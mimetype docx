--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -1,1209 +1,1082 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00F56E5E">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1B25F1E8" w14:textId="7A8DE4A8" w:rsidR="000C2293" w:rsidRDefault="000C2293">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19BE0536" wp14:editId="635D8B79">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1681655</wp:posOffset>
+                  <wp:posOffset>1685925</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>283779</wp:posOffset>
+                  <wp:posOffset>180975</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2805890" cy="1250206"/>
-                <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                <wp:extent cx="2805430" cy="1357630"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Text Box 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2805890" cy="1250206"/>
+                          <a:ext cx="2805430" cy="1357630"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E">
+                          <w:p w14:paraId="133572A8" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F56E5E">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>Agent Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E">
+                          <w:p w14:paraId="047C5095" w14:textId="65B701BE" w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00EC63B0" w:rsidP="000C2293">
                             <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidRPr="00F56E5E">
+                            <w:r>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>CalBRE</w:t>
+                              <w:t>D</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-                            <w:r w:rsidRPr="00F56E5E">
+                            <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t>RE Lic #</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                            <w:r w:rsidRPr="00F56E5E">
+                            <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00F56E5E">
+                            <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00F56E5E">
+                            <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="19BE0536" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:132.4pt;margin-top:22.35pt;width:220.95pt;height:98.45pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz41LLgQIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+14TdYGcYqsRYYB&#10;RVusGXpWZKkxJomapMTOfv0o2U6CbJcOu9gU+UTx45Gzm1YrshPO12BKOrrIKRGGQ1Wb15J+Xy0/&#10;XFHiAzMVU2BESffC05v5+3ezxk5FARtQlXAEnRg/bWxJNyHYaZZ5vhGa+QuwwqBRgtMs4NG9ZpVj&#10;DXrXKivyfJI14CrrgAvvUXvXGek8+ZdS8PAopReBqJJibCF9Xfqu4zebz9j01TG7qXkfBvuHKDSr&#10;DT56cHXHAiNbV//hStfcgQcZLjjoDKSsuUg5YDaj/Cyb5w2zIuWCxfH2UCb//9zyh92TI3WFvSso&#10;MUxjj1aiDeQztARVWJ/G+inCni0CQ4t6xA56j8qYdiudjn9MiKAdK70/VDd646gsrvLx1TWaONpG&#10;xTgv8kn0kx2vW+fDFwGaRKGkDtuXqsp29z500AESXzOwrJVKLVSGNCWdfBzn6cLBgs6ViViRyNC7&#10;iSl1oScp7JWIGGW+CYnFSBlERaKhuFWO7BgSiHEuTEjJJ7+IjiiJQbzlYo8/RvWWy10ew8tgwuGy&#10;rg24lP1Z2NWPIWTZ4bHmJ3lHMbTrNrHg0PE1VHtsuINuZLzlyxqbcs98eGIOZwQbiXMfHvEjFWDx&#10;oZco2YD79Td9xCN10UpJgzNXUv9zy5ygRH01SOrr0eVlHNJ0uBx/KvDgTi3rU4vZ6lvAroxww1ie&#10;xIgPahClA/2C62ERX0UTMxzfLmkYxNvQbQJcL1wsFgmEY2lZuDfPlkfXsUmRcqv2hTnb8zIgpR9g&#10;mE42PaNnh403DSy2AWSduBvr3FW1rz+OdGJ/v37izjg9J9RxSc5/AwAA//8DAFBLAwQUAAYACAAA&#10;ACEACM6yl+EAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzIFb3bTENMSsykl&#10;UATRQ2sv3jbZaRLMzsbsto3+eseTvb3hPd77Jt9MthcXHH3nSMFyEYFAqp3pqFFwfN89rEH4oMno&#10;3hEq+EYPm2J2l+vMuCvt8XIIjeAS8plW0IYwZFL6ukWr/cINSOyd3Gh14HNspBn1lcttL+MoSqXV&#10;HfFCqwcsW6w/D2er4KXcvel9Fdv1T18+v562w9fx41Gp+/m0fQIRcAr/YfjDZ3QomKlyZzJe9Ari&#10;NGH0oCBJViA4sIpSFhU7yTIFWeTy9oXiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALPj&#10;UsuBAgAAbAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAjOspfhAAAACgEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:132.75pt;margin-top:14.25pt;width:220.9pt;height:106.9pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLg+eTagIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykSdoFdYosRYYB&#10;RVssHXpWZKkxJouaxMTOfn0p2flAt0uHXSRKfKTIR1LXN01l2E75UILN+aDX50xZCUVpX3L+42n5&#10;6YqzgMIWwoBVOd+rwG9mHz9c126qhrABUyjPyIkN09rlfIPoplkW5EZVIvTAKUtKDb4SSEf/khVe&#10;1OS9Mtmw359kNfjCeZAqBLq9bZV8lvxrrSQ+aB0UMpNzig3T6tO6jms2uxbTFy/cppRdGOIfoqhE&#10;aenRo6tbgYJtffmHq6qUHgJo7EmoMtC6lCrlQNkM+m+yWW2EUykXIie4I03h/7mV97uVe/QMmy/Q&#10;UAEjIbUL00CXMZ9G+yruFCkjPVG4P9KmGmSSLodX/fHoglSSdIOL8eWEDuQnO5k7H/CrgopFIeee&#10;6pLoEru7gC30AImvWViWxqTaGMvqnE8uxv1kcNSQc2MjVqUqd25OoScJ90ZFjLHflWZlkTKIF6m/&#10;1MJ4thPUGUJKZTEln/wSOqI0BfEeww5/iuo9xm0eh5fB4tG4Ki34lP2bsIufh5B1iyfOz/KOIjbr&#10;pivpGoo9VdpDOwTByWVJ1bgTAR+Fp66nCtIk4wMt2gCxDp3E2Qb877/dRzw1I2k5q2mKch5+bYVX&#10;nJlvltr082A0imOXDqPx5ZAO/lyzPtfYbbUAKseA/gwnkxjxaA6i9lA908DP46ukElbS2znHg7jA&#10;drbpw5BqPk8gGjQn8M6unIyuY3Virz01z8K7riGRevkeDvMmpm/6ssVGSwvzLYIuU9NGgltWO+Jp&#10;SFPbdx9K/AXOzwl1+vZmrwAAAP//AwBQSwMEFAAGAAgAAAAhALZ6NArhAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj09Pg0AQxe8mfofNmHizi1RagixNQ9KYmHpo7cXbwG6ByM4iu23RT+/0pKf5&#10;9/Leb/LVZHtxNqPvHCl4nEUgDNVOd9QoOLxvHlIQPiBp7B0ZBd/Gw6q4vckx0+5CO3Peh0awCfkM&#10;FbQhDJmUvm6NRT9zgyG+Hd1oMfA4NlKPeGFz28s4ihbSYkec0OJgytbUn/uTVfBabt5wV8U2/enL&#10;l+1xPXwdPhKl7u+m9TOIYKbwJ4YrPqNDwUyVO5H2olcQL5KEpdykXFmwjJZzEBUvnuI5yCKX/18o&#10;fgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLg+eTagIAAD4FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC2ejQK4QAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAMQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E">
+                    <w:p w14:paraId="133572A8" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F56E5E">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Agent Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E">
+                    <w:p w14:paraId="047C5095" w14:textId="65B701BE" w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00EC63B0" w:rsidP="000C2293">
                       <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidRPr="00F56E5E">
+                      <w:r>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>CalBRE</w:t>
+                        <w:t>D</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-                      <w:r w:rsidRPr="00F56E5E">
+                      <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t>RE Lic #</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                      <w:r w:rsidRPr="00F56E5E">
+                      <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00F56E5E">
+                      <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00F56E5E">
+                      <w:r w:rsidR="00F56E5E" w:rsidRPr="00F56E5E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D9272C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41EDFE8A" wp14:editId="40DAF6DC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5885180</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>957580</wp:posOffset>
+              <wp:posOffset>909955</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1572260" cy="576580"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="11" name="Picture 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1572260" cy="576580"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EC63B0">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0685A01F" wp14:editId="2541C738">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>409575</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>5048250</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7052310" cy="4743450"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="9" name="Text Box 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7052310" cy="4743450"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="131BA091" w14:textId="24059A31" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Whether you’re visiting family or taking a vacation, you need to travel smart to overcome the frenzy of a holiday trip.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="17F62D54" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Book flights and hotels in advance to find the best travel deals.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5A35A876" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Check the weather of your destination and pack appropriately.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="578C9281" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Focus on early morning flights or late-night travel to avoid the midday crowds. An early morning departure gives you time to book alternative flights during the day if yours is cancelled. Evening flights give you a full day to pack and prepare. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="46DD3E52" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Don’t miss your flight by getting caught up in holiday traffic or security lines. Leave early. Give yourself plenty of time to get to and through the airport.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="30ACB95D" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Travel light. Avoid checking luggage when you can. This expedites getting to your gate quickly and ensures your luggage doesn’t get lost.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D4FFC00" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Don’t carry wrapped gifts in your carry-on luggage as they may be inspected. Leave them unwrapped or in your checked bags.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="30837653" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Double check and update the address tags on all your luggage – just in case!</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3E5F1E67" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Make sure </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>all of</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> your electronics, especially your phones, are fully charged before you leave. To recharge on the go, take a portable power bank. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="621E1D7F" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>Bring snacks to ease the long wait times.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="483A92D2" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00F56E5E" w:rsidP="00F56E5E">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0A1F6BF1" w14:textId="4A0BDD05" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">When you’re back from your travels and considering your next adventure, call me for all your real estate ownership questions! I’m trained to help. </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0685A01F" id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:32.25pt;margin-top:397.5pt;width:555.3pt;height:373.5pt;z-index:251653120;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCe9Z3+agIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xnuwV1iixFhgFF&#10;W6wdelZkKTEmi5rExM5+fSnZeazbpcMuNiV+fH0kdXXdVIbtlA8l2JwPen3OlJVQlHad8+9Pyw8f&#10;OQsobCEMWJXzvQr8evb+3VXtpmoIGzCF8oyc2DCtXc43iG6aZUFuVCVCD5yypNTgK4F09Ous8KIm&#10;75XJhv3+RVaDL5wHqUKg25tWyWfJv9ZK4r3WQSEzOafcMH19+q7iN5tdienaC7cpZZeG+IcsKlFa&#10;Cnp0dSNQsK0v/3BVldJDAI09CVUGWpdSpRqomkH/VTWPG+FUqoXICe5IU/h/buXd7tE9eIbNZ2io&#10;gZGQ2oVpoMtYT6N9Ff+UKSM9Ubg/0qYaZJIuL/uT4WhAKkm68eV4NJ4kYrOTufMBvyioWBRy7qkv&#10;iS6xuw1IIQl6gMRoFpalMak3xrI65xcjcvmbhiyMjTcqdblzc0o9Sbg3KmKM/aY0K4tUQbxI86UW&#10;xrOdoMkQUiqLqfjkl9ARpSmJtxh2+FNWbzFu6zhEBotH46q04FP1r9IufhxS1i2eiDyrO4rYrBoq&#10;/KyzKyj21HAP7S4EJ5clNeVWBHwQnoafGkkLjff00QaIfOgkzjbgf/3tPuJpJknLWU3LlPPwcyu8&#10;4sx8tTStnwbjcdy+dBhPLod08Oea1bnGbqsFUFcG9HQ4mcSIR3MQtYfqmfZ+HqOSSlhJsXOOB3GB&#10;7YrTuyHVfJ5AtG9O4K19dDK6jk2KI/fUPAvvurlEGuk7OKydmL4azxYbLS3Mtwi6TLMbeW5Z7fin&#10;XU0j3b0r8TE4PyfU6fWbvQAAAP//AwBQSwMEFAAGAAgAAAAhABzXDonjAAAADAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sbbVsozSdpkoTEoLDxi7c3CZrKxKnNNlWeHqyE9xs&#10;+dPv7y/WkzXsrEffO5KQzhJgmhqnemolHN63DytgPiApNI60hG/tYV3e3hSYK3ehnT7vQ8tiCPkc&#10;JXQhDDnnvum0RT9zg6Z4O7rRYojr2HI14iWGW8OzJFlwiz3FDx0Ouup087k/WQkv1fYNd3VmVz+m&#10;en49boavw4eQ8v5u2jwBC3oKfzBc9aM6lNGpdidSnhkJi7mIpITlo4idrkC6FCmwOk5iniXAy4L/&#10;L1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ71nf5qAgAARQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABzXDonjAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAxAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="131BA091" w14:textId="24059A31" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Whether you’re visiting family or taking a vacation, you need to travel smart to overcome the frenzy of a holiday trip.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="17F62D54" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Book flights and hotels in advance to find the best travel deals.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5A35A876" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Check the weather of your destination and pack appropriately.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="578C9281" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Focus on early morning flights or late-night travel to avoid the midday crowds. An early morning departure gives you time to book alternative flights during the day if yours is cancelled. Evening flights give you a full day to pack and prepare. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="46DD3E52" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Don’t miss your flight by getting caught up in holiday traffic or security lines. Leave early. Give yourself plenty of time to get to and through the airport.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="30ACB95D" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Travel light. Avoid checking luggage when you can. This expedites getting to your gate quickly and ensures your luggage doesn’t get lost.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D4FFC00" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Don’t carry wrapped gifts in your carry-on luggage as they may be inspected. Leave them unwrapped or in your checked bags.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="30837653" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Double check and update the address tags on all your luggage – just in case!</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3E5F1E67" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Make sure </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>all of</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> your electronics, especially your phones, are fully charged before you leave. To recharge on the go, take a portable power bank. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="621E1D7F" w14:textId="77777777" w:rsidR="00EC63B0" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>Bring snacks to ease the long wait times.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="483A92D2" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00F56E5E" w:rsidP="00F56E5E">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0A1F6BF1" w14:textId="4A0BDD05" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00EC63B0" w:rsidP="00EC63B0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">When you’re back from your travels and considering your next adventure, call me for all your real estate ownership questions! I’m trained to help. </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F56E5E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69654B4B" wp14:editId="351AEC7B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>567055</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>149225</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="956310" cy="1390015"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="10" name="Picture 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="956310" cy="1390015"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F56E5E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...632 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A31B517" wp14:editId="57A59D80">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4381850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4487917" cy="525517"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4487917" cy="525517"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E" w:rsidP="00F56E5E">
+                          <w:p w14:paraId="352086B7" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00F56E5E" w:rsidP="00F56E5E">
                             <w:pPr>
                               <w:pStyle w:val="BasicParagraph"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Kartika" w:hAnsi="Kartika" w:cs="Kartika"/>
+                                <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Kartika"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="46"/>
                                 <w:szCs w:val="46"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00F56E5E">
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Kartika" w:hAnsi="Kartika" w:cs="Kartika"/>
+                            <w:r w:rsidRPr="00EC63B0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Kartika"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="46"/>
                                 <w:szCs w:val="46"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>Your holiday travel guide</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F56E5E" w:rsidRDefault="00F56E5E"/>
+                          <w:p w14:paraId="3BDCEB07" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRDefault="00F56E5E"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:345.05pt;width:353.4pt;height:41.4pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3ZMYwfQIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51kSR9BnSJr0WFA&#10;0RZrh54VWWqMSaImMbGzX19KttOg26XDLjZFfvzEp84vWmvYVoVYgyv5+GjEmXISqto9l/zH4/Wn&#10;U84iClcJA06VfKciv1h8/HDe+LmawBpMpQIjEhfnjS/5GtHPiyLKtbIiHoFXjowaghVIx/BcVEE0&#10;xG5NMRmNjosGQuUDSBUjaa86I19kfq2VxDuto0JmSk6xYf6G/F2lb7E4F/PnIPy6ln0Y4h+isKJ2&#10;dOme6kqgYJtQ/0FlaxkggsYjCbYArWupcg6UzXj0JpuHtfAq50LFiX5fpvj/aOXt9j6wuio5NcoJ&#10;Sy16VC2yL9Cy01Sdxsc5gR48wbAlNXV50EdSpqRbHWz6UzqM7FTn3b62iUyScjo9PTkbn3AmyTab&#10;zGYkE33x6u1DxK8KLEtCyQP1LpdUbG8idtABki5zcF0bk/tnHGtKfvx5NsoOewuRG5ewKk9CT5My&#10;6iLPEu6MShjjvitNlcgJJEWeQXVpAtsKmh4hpXKYc8+8hE4oTUG8x7HHv0b1Hucuj+FmcLh3trWD&#10;kLN/E3b1cwhZd3iq+UHeScR21fadXkG1o0YH6BYlenldUzduRMR7EWgzqLe07XhHH22Aqg69xNka&#10;wu+/6ROeBpasnDW0aSWPvzYiKM7MN0ejfDaeTtNq5sN0djKhQzi0rA4tbmMvgdoxpnfFyywmPJpB&#10;1AHsEz0Ky3QrmYSTdHfJcRAvsdt/elSkWi4ziJbRC7xxD14m6tSdNGuP7ZMIvh9IpFG+hWEnxfzN&#10;XHbY5OlguUHQdR7aVOCuqn3haZHz2PePTnopDs8Z9fo0Ll4AAAD//wMAUEsDBBQABgAIAAAAIQDp&#10;m/l+4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLFkluq00naZKExKC&#10;w8Yu3NwmaysapzTZVnh6zIndbP3W7+/L15PrxdmOofOkYT5TICzV3nTUaDi8bx+WIEJEMth7shq+&#10;bYB1cXuTY2b8hXb2vI+N4BIKGWpoYxwyKUPdWodh5gdLnB396DDyOjbSjHjhctfLRKlUOuyIP7Q4&#10;2LK19ef+5DS8lNs33FWJW/705fPrcTN8HT4etb6/mzZPIKKd4v8x/OEzOhTMVPkTmSB6DSwSNaQr&#10;NQfB8UKlbFLxsEhWIItcXgsUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3ZMYwfQIA&#10;AGIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpm/l+&#10;4AAAAAgBAAAPAAAAAAAAAAAAAAAAANcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2A31B517" id="Text Box 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:345.05pt;width:353.4pt;height:41.4pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRmLYZbQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51kSR9BnSJL0WFA&#10;0RZLh54VWUqMyaImMbGzX19KtpOg26XDLhIlfqT48aHrm6YybKd8KMHmfHg24ExZCUVp1zn/8Xz3&#10;6ZKzgMIWwoBVOd+rwG9mHz9c126qRrABUyjPyIkN09rlfIPoplkW5EZVIpyBU5aUGnwlkI5+nRVe&#10;1OS9MtloMDjPavCF8yBVCHR72yr5LPnXWkl81DooZCbnFBum1ad1Fddsdi2may/cppRdGOIfoqhE&#10;aenRg6tbgYJtffmHq6qUHgJoPJNQZaB1KVXiQGyGgzdslhvhVOJCyQnukKbw/9zKh93SPXmGzRdo&#10;qIAxIbUL00CXkU+jfRV3ipSRnlK4P6RNNcgkXY7HlxdXwwvOJOkmo8mEZHKTHa2dD/hVQcWikHNP&#10;ZUnZErv7gC20h8THLNyVxqTSGMvqnJ9/ngySwUFDzo2NWJWK3Lk5Rp4k3BsVMcZ+V5qVRSIQL1J7&#10;qYXxbCeoMYSUymLinvwSOqI0BfEeww5/jOo9xi2P/mWweDCuSgs+sX8TdvGzD1m3eMr5Ce8oYrNq&#10;iHjOR31hV1Dsqd4e2lEITt6VVJR7EfBJeOp9KjHNMz7Sog1Q8qGTONuA//23+4inliQtZzXNUs7D&#10;r63wijPzzVKzXg3H4zh86TCeXIzo4E81q1ON3VYLoKoM6edwMokRj6YXtYfqhcZ+Hl8llbCS3s45&#10;9uIC2wmnb0Oq+TyBaNycwHu7dDK6jkWKLffcvAjvur5E6ugH6KdOTN+0Z4uNlhbmWwRdpt6NeW6z&#10;2uWfRjV1f/etxL/g9JxQx89v9goAAP//AwBQSwMEFAAGAAgAAAAhAOmb+X7gAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sWSW6rTSdpkoTEoLDxi7c3CZrKxqnNNlWeHrM&#10;id1s/dbv78vXk+vF2Y6h86RhPlMgLNXedNRoOLxvH5YgQkQy2HuyGr5tgHVxe5NjZvyFdva8j43g&#10;EgoZamhjHDIpQ91ah2HmB0ucHf3oMPI6NtKMeOFy18tEqVQ67Ig/tDjYsrX15/7kNLyU2zfcVYlb&#10;/vTl8+txM3wdPh61vr+bNk8gop3i/zH84TM6FMxU+ROZIHoNLBI1pCs1B8HxQqVsUvGwSFYgi1xe&#10;CxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFGYthltAgAARAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmb+X7gAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAxwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F56E5E" w:rsidRPr="00F56E5E" w:rsidRDefault="00F56E5E" w:rsidP="00F56E5E">
+                    <w:p w14:paraId="352086B7" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRPr="00EC63B0" w:rsidRDefault="00F56E5E" w:rsidP="00F56E5E">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Kartika" w:hAnsi="Kartika" w:cs="Kartika"/>
+                          <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Kartika"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="46"/>
                           <w:szCs w:val="46"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00F56E5E">
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Kartika" w:hAnsi="Kartika" w:cs="Kartika"/>
+                      <w:r w:rsidRPr="00EC63B0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Kartika"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="46"/>
                           <w:szCs w:val="46"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                         <w:t>Your holiday travel guide</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F56E5E" w:rsidRDefault="00F56E5E"/>
+                    <w:p w14:paraId="3BDCEB07" w14:textId="77777777" w:rsidR="00F56E5E" w:rsidRDefault="00F56E5E"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BA3950">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39C7CAA6" wp14:editId="11D29B89">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-40990</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4224655</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4992413" cy="731520"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Freeform 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4992413" cy="731520"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="connsiteX0" fmla="*/ 21020 w 4992413"/>
@@ -1283,65 +1156,65 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Freeform 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.25pt;margin-top:332.65pt;width:393.1pt;height:57.6pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" coordsize="4992413,609600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApl2Ky3AMAAN4KAAAOAAAAZHJzL2Uyb0RvYy54bWysVt9v2zYQfi+w/4HgY4FFki07sRGnCFJk&#10;KBC0wZKh3SNNUZYAitRI+kf21++OFGWmaeFkqB4kUrzvjvfd8XiXHw6dJDthbKvVihZnOSVCcV21&#10;arOifz3e/n5BiXVMVUxqJVb0SVj64eq3d5f7fikmutGyEoaAEmWX+35FG+f6ZZZZ3oiO2TPdCwWL&#10;tTYdczA1m6wybA/aO5lN8nye7bWpeqO5sBb+fgyL9Mrrr2vB3Ze6tsIRuaKwN+ffxr/X+M6uLtly&#10;Y1jftHzYBvsfu+hYq8DoqOojc4xsTftCVddyo62u3RnXXabruuXC+wDeFPl33jw0rBfeFyDH9iNN&#10;9tep5Z9394a01YqeU6JYByG6NUIg4eQc2dn3dglCD/29GWYWhujqoTYdfsEJcvCMPo2MioMjHH6W&#10;i8WkLKaUcFg7nxaziac8O6L51ro/hPaa2O7OuhCRCkaez2rYFddK2daJbxDFupMQpPcZmRT5JCd7&#10;Es0M2O8gf6eQnDRkni/meYz9CwNFYqAs5/OLxfy0iRR02sQkNREoOm0iBQGT0+K0HSB+5Kqc5ReL&#10;6cVpOykoMHWSsjKx84p4pOKvtDBLLLwy6inkOVWQfpuYYKyJOccPakg6GBGGBSz3Z7rXFhM8zUDI&#10;5jiF7IK0A5WAwow9AYZEScHFm8CQAil48iYwxDUFT98EhpCl4PJNYIhECp6l4EDcQLyBeo2VWvpK&#10;7SiBSm0ogUq9Rgxb9sxhvOKQ7JMS06zocLBxudM78ai9oMPo+aTx+4jxOkpIlUoOZ/6ZbJSI397r&#10;jGUHvQsncvAsisXvIB5OoFd8LEFAQBSL3yAOVQv0vkLwpWtREZfaipCdyJxP05FCZD4pvlbLtrpt&#10;pUTOrNmsb6QhOwbRuMnxGVx7JiZ9xiuNsGAG/2R4Z4Rbwo/ckxSoVKo/RQ13DUbDHyx/y4vRDuNc&#10;KFeEpYZVIpifpdaxL0CEd8UrRM012B91DwqiZFASdYddDvIIFb5JGMHhxP9kYwE8IrxlrdwI7lql&#10;zY88k+DVYDnIR5ICNcjSWldPcBMbHVoU2/Pb1lh3x6y7ZwauO0gH6LPcF3jVUkPiQ4L7ESWNNv/+&#10;6D/KQ6sAq5TsocdZUfvPlhlBifykoIlYFGUJap2flLNzuJyJSVfW6Yradjca0gEqGOzOD1HeyTis&#10;je6+Qjt2jVZhiSkOtqFSOjjDYXLjYA5L0F9wcX3tx9AIQU7eqYeeo3JktQfPHw9fmekJDlfUQUPx&#10;Wcd+iC1jpwA5fJRFpNLXW6frFtsIn4eB12ECTZRPnKHhwy4tnXupY1t69R8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/mk904QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftBulA&#10;TaE0RWgSYqdNYztwDI3XFhKnNCl0b7/stN1s+dPv7y/WozXsir1vHUl4mibAkCqnW6olfH5sJwtg&#10;PijSyjhCCd/oYV3e3xUq1+5G73jdh5rFEPK5ktCE0OWc+6pBq/zUdUjx9uV6q0Jc+5rrXt1iuDV8&#10;liSCW9VS/NCoDp8brM77wUo4dKfTcieGy87Mt7OXV6zfzpeNlI8P42YFLOAY/mD41Y/qUEanoxtI&#10;e2YkTEQaSQlCpHNgEciyZQbsGIdFkgIvC/6/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAKZdistwDAADeCgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA/5pPdOEAAAAKAQAADwAAAAAAAAAAAAAAAAA2BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEQHAAAAAA==&#10;" path="m21020,l4466896,r525517,315310l4508938,609600,,609600,21020,xe" fillcolor="#c00000" stroked="f" strokeweight="2pt">
+              <v:shape w14:anchorId="048C783D" id="Freeform 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.25pt;margin-top:332.65pt;width:393.1pt;height:57.6pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" coordsize="4992413,609600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3BOe1xwMAALkKAAAOAAAAZHJzL2Uyb0RvYy54bWysVk1v2zgQvS+w/4HgcYFGki27sRGnCFKk&#10;WCBogyZF2yNNUZYAitSS9Ef21+8MKcpM08JJsT7IpDhvhvP4OJqLd4dOkp0wttVqRYuznBKhuK5a&#10;tVnRLw83b84psY6pikmtxIo+CkvfXf75x8W+X4qJbrSshCHgRNnlvl/Rxrl+mWWWN6Jj9kz3QsFi&#10;rU3HHEzNJqsM24P3TmaTPJ9ne22q3mgurIW378MivfT+61pw96murXBErijszfmn8c81PrPLC7bc&#10;GNY3LR+2wX5jFx1rFQQdXb1njpGtaZ+56lputNW1O+O6y3Rdt1z4HCCbIv8hm/uG9cLnAuTYfqTJ&#10;/n9u+cfdfX9ngIZ9b5cWhpjFoTYd/sP+yMGT9TiSJQ6OcHhZLhaTsphSwmHt7bSYTTyb2RHNt9Z9&#10;ENp7Yrtb6wLZFYw8VRVRrANNcK2UbZ34BgdUdxL4/ysjkyKf5GRPYpgB+wPkewrJSUPm+WKex2N9&#10;FqBIApTlfH6+mJ8OkYJOh5ikIQJFp0OkIGByWpyOA8SPXJWz/HwxPT8dJwUFpk5SViZxXnAeqfkL&#10;I8ySCC889RTylCqQ3yYKjDVRc/ygBtHBiDCsTbm/rr22KPBUgaDmOAV1gezAJaBQsSfAIJQUXLwK&#10;DBJIwZNXgeFcU/D0VWA4shRcvgoMJ5GCZyk4EDcQb6AUYxGWvgg7SqAIG0qgCK8Rw5Y9c3hecUj2&#10;SYlpVnS42Ljc6Z140N7Q4el50fh9xPM6WkiVWg53/olttIj/vfcZyw5mF27kkFk0i/+DebiB3vGx&#10;BAEB0Sz+B3OoWuD3BYbPU4uOuNRWBHUic16mI4XIfFJ8rZZtddNKiZxZs1lfS0N2DE7jOsffkNoT&#10;M+kVrzTCQhh8kx2/En7kHqVAp1J9FjVpKzwNf7H8B1yMcRjnQrkiLDWsEiH8LI2On3xE+FS8Q/Rc&#10;Q/zR9+AgWgYn0XfY5WCPUOG//yM43PhfbCyAR4SPrJUbwV2rtPlZZhKyGiIH+0hSoAZZWuvq8c4Q&#10;o0P3YXt+0xrrbpl1d8zA5w7kAC2U+wSPWmoQPgjcjyhptPn3Z+/RHroAWKVkD+3Litp/tswISuTf&#10;CvqDRVGW4Nb5STl7Cx9nYtKVdbqitt21BjlABYPd+SHaOxmHtdHdV+i0rjAqLDHFITZUSgd3OEyu&#10;HcxhCXo1Lq6u/Bh6HNDkrbrvOTpHVnvI/OHwlZme4HBFHTQUH3Vsddgydgqg4aMtIpW+2jpdt9hG&#10;eB0GXocJ9EdeOEMvhw1YOvdWx47z8j8AAAD//wMAUEsDBBQABgAIAAAAIQD/mk904QAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftBulATaE0RWgSYqdNYztwDI3XFhKnNCl0&#10;b7/stN1s+dPv7y/WozXsir1vHUl4mibAkCqnW6olfH5sJwtgPijSyjhCCd/oYV3e3xUq1+5G73jd&#10;h5rFEPK5ktCE0OWc+6pBq/zUdUjx9uV6q0Jc+5rrXt1iuDV8liSCW9VS/NCoDp8brM77wUo4dKfT&#10;cieGy87Mt7OXV6zfzpeNlI8P42YFLOAY/mD41Y/qUEanoxtIe2YkTEQaSQlCpHNgEciyZQbsGIdF&#10;kgIvC/6/QvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANwTntccDAAC5CgAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/5pPdOEAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAhBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC8HAAAAAA==&#10;" path="m21020,l4466896,r525517,315310l4508938,609600,,609600,21020,xe" fillcolor="#c00000" stroked="f" strokeweight="2pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="21020,0;4466896,0;4992413,378372;4508938,731520;0,731520;21020,0" o:connectangles="0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BA3950">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22772ABD" wp14:editId="65DF77B1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-60960</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4028725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7903779" cy="0"/>
                 <wp:effectExtent l="0" t="57150" r="21590" b="76200"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Straight Connector 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7903779" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="123825" cmpd="thinThick">
@@ -1351,65 +1224,65 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-4.8pt,317.2pt" to="617.55pt,317.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjr3dR6AEAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJW0N2o6R66Wi4I&#10;Knb5Aa5jNxa2xxqbpv33jJ02u1qQEIgcHH/MezPveby+OznLjgqjAd/y+azmTHkJnfGHln97enh3&#10;w1lMwnfCglctP6vI7zZv36yH0KgF9GA7hYxIfGyG0PI+pdBUVZS9ciLOIChPhxrQiURLPFQdioHY&#10;na0Wdf2hGgC7gCBVjLR7Px7yTeHXWsn0ReuoErMtp9pSGbGM+zxWm7VoDihCb+SlDPEPVThhPCWd&#10;qO5FEuwHml+onJEIEXSaSXAVaG2kKhpIzbx+peaxF0EVLWRODJNN8f/Rys/HHTLTtXzJmReOrugx&#10;oTCHPrEteE8GArJl9mkIsaHwrd/hZRXDDrPok0aX/ySHnYq358lbdUpM0ubqtl6uVrecyetZ9QwM&#10;GNNHBY7lScut8Vm2aMTxU0yUjEKvIXnbejZQsy2WN4v3ROgClZ9645/oEr8XYARrugdjbQ6PeNhv&#10;LbKjoCbY1vnLeoj0RRitrKfNrHLUVWbpbNWY8qvS5BMpmY8ZcoeqiVZIqXyaX3itp+gM01TCBKz/&#10;DLzEZ6gq3fs34AlRMoNPE9gZD/i77Ol0LVmP8VcHRt3Zgj1053LjxRpqw+Lc5cnkPn+5LvDnh735&#10;CQAA//8DAFBLAwQUAAYACAAAACEAB6nH690AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7C&#10;MAyG75P2DpEn7TJBSmHd6JqiCWm7AxNn05i2I3GqJpTu7RekSeNo+9P/fy5WozVioN63jhXMpgkI&#10;4srplmsFX7uPySsIH5A1Gsek4Ic8rMr7uwJz7S68oWEbahFD2OeooAmhy6X0VUMW/dR1xPF2dL3F&#10;EMe+lrrHSwy3RqZJkkmLLceGBjtaN1SdtmcbS5INm6fdfjgu3d4P65fP9vSdKvX4ML6/gQg0hn8Y&#10;rvpRHcrodHBn1l4YBZNlFkkF2XyxAHEF0vnzDMThbyXLQt7+UP4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA4693UegBAAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAB6nH690AAAALAQAADwAAAAAAAAAAAAAAAABCBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#c00000" strokeweight="9.75pt">
+              <v:line w14:anchorId="5FD8D431" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-4.8pt,317.2pt" to="617.55pt,317.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrtF2szAEAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadKuoLtR0z10tVwQ&#10;rGD5Aa4zbixsj2WbJv33jJ02XQESApGD4495b+Y9jzf3ozXsCCFqdC1fLmrOwEnstDu0/Ovz45tb&#10;zmISrhMGHbT8BJHfb1+/2gy+gRX2aDoIjEhcbAbf8j4l31RVlD1YERfowdGhwmBFomU4VF0QA7Fb&#10;U63q+l01YOh8QAkx0u7DdMi3hV8pkOmTUhESMy2n2lIZQxn3eay2G9EcgvC9lucyxD9UYYV2lHSm&#10;ehBJsO9B/0JltQwYUaWFRFuhUlpC0UBqlvVPar70wkPRQuZEP9sU/x+t/HjcuadANgw+NtE/haxi&#10;VMHmP9XHxmLWaTYLxsQkba7v6pv1+o4zeTmrrkAfYnoPaFmetNxol3WIRhw/xETJKPQSkreNYwN1&#10;z+rmdvWWCK3vWp567Z7pVr4VYESju0dtTA6P4bDfmcCOgm51V+cvXySRvgijlXG0edVVZulkYEr5&#10;GRTTHSlZThlyy8FMK6QEl5ZnXuMoOsMUlTAD6z8Dz/EZCqUd/wY8I0pmdGkGW+0w/C57Gi8lqyn+&#10;4sCkO1uwx+5UbrxYQ31VnDu/gdy4L9cFfn2p2x8AAAD//wMAUEsDBBQABgAIAAAAIQAHqcfr3QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvk/YOkSftMkFKYd3omqIJabsDE2fTmLYj&#10;caomlO7tF6RJ42j70/9/LlajNWKg3reOFcymCQjiyumWawVfu4/JKwgfkDUax6Tghzysyvu7AnPt&#10;LryhYRtqEUPY56igCaHLpfRVQxb91HXE8XZ0vcUQx76WusdLDLdGpkmSSYstx4YGO1o3VJ22ZxtL&#10;kg2bp91+OC7d3g/rl8/29J0q9fgwvr+BCDSGfxiu+lEdyuh0cGfWXhgFk2UWSQXZfLEAcQXS+fMM&#10;xOFvJctC3v5Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDrtF2szAEAAPEDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAHqcfr3QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAACYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" strokecolor="#c00000" strokeweight="9.75pt">
                 <v:stroke linestyle="thinThick"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BA3950">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74B63B9A" wp14:editId="2B3D3322">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-40990</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1670050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="8650014" cy="0"/>
                 <wp:effectExtent l="0" t="57150" r="17780" b="57150"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Straight Connector 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="8650014" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="120650" cmpd="thickThin">
@@ -1419,91 +1292,91 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-3.25pt,131.5pt" to="677.85pt,131.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7Orpv5AEAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01wEq1XUdB+6Wl4Q&#10;VOzyAa4zbix809g07d8zdtPsakFCIPLg+DLnzJzj8fruZA07AkbtXc+bVc0ZOOkH7Q49//b08O6W&#10;s5iEG4TxDnp+hsjvNm/frKfQQetHbwZARiQudlPo+ZhS6KoqyhGsiCsfwNGh8mhFoiUeqgHFROzW&#10;VG1d31STxyGglxAj7d5fDvmm8CsFMn1RKkJipudUWyojlnGfx2qzFt0BRRi1nMsQ/1CFFdpR0oXq&#10;XiTBfqD+hcpqiT56lVbS28orpSUUDaSmqV+peRxFgKKFzIlhsSn+P1r5+bhDpoeet5w5YemKHhMK&#10;fRgT23rnyECPrM0+TSF2FL51O5xXMewwiz4ptPlPctipeHtevIVTYpI2b28+1HXznjN5PauegQFj&#10;+gjesjzpudEuyxadOH6KiZJR6DUkbxvHJmq2tiZOIrSByk90gd+fxvkaojd6eNDG5PCIh/3WIDsK&#10;aoJtnb+sh0hfhNHKONrMKi+6yiydDVxSfgVFPpGSppRWOhQWWiEluNTMvMZRdIYpKmEB1n8GzvEZ&#10;CqV7/wa8IEpm79ICttp5/F32dLqWrC7xVwcuurMFez+cy40Xa6gNi3Pzk8l9/nJd4M8Pe/MTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD3ljhk4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbv&#10;gu+wjOCltJumJC1pNkUEUS+Fph48brLTbDQ7G7ObNr69WxD0ODMf/3x/vptMx844uNaSgOUiAoZU&#10;W9VSI+Dt+DTfAHNekpKdJRTwjQ52xe1NLjNlL3TAc+kbFkLIZVKA9r7POHe1RiPdwvZI4Xayg5E+&#10;jEPD1SAvIdx0PI6ilBvZUvigZY+PGuvPcjQCkveNi1/0/uP5tVx+1dVsf1yPMyHu76aHLTCPk/+D&#10;4aof1KEITpUdSTnWCZinSSAFxOkqdLoCqyRZA6t+V7zI+f8OxQ8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAOzq6b+QBAAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA95Y4ZOEAAAALAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#c00000" strokeweight="9.5pt">
+              <v:line w14:anchorId="025ABEB3" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-3.25pt,131.5pt" to="677.85pt,131.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3fn5ryAEAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zgVrFZR033oanlB&#10;sILlA1x73Fjrm2zTpH/P2E3TFSAh0ObB8WXOmTnH483dZA05Qkzau562K0YJOOGldoeefn96eHdL&#10;ScrcSW68g56eING77ds3mzF0sPaDNxIiQRKXujH0dMg5dE2TxACWp5UP4PBQ+Wh5xmU8NDLyEdmt&#10;adaM3TSjjzJELyAl3L0/H9Jt5VcKRP6iVIJMTE+xtlzHWMd9GZvthneHyMOgxVwG/48qLNcOky5U&#10;9zxz8iPq36isFtEnr/JKeNt4pbSAqgHVtOwXNd8GHqBqQXNSWGxKr0crPh937jGiDWNIXQqPsaiY&#10;VLTlj/WRqZp1WsyCKROBm7c3Hxhr31MiLmfNFRhiyh/BW1ImPTXaFR2848dPKWMyDL2ElG3jyIjd&#10;s2bIiYQ2yJ5mvJHnp2H2NXmj5YM2poSneNjvTCRHjre6Y+UrF4mkL8JwZRxuXnXVWT4ZOKf8Copo&#10;iUraWlptOVhouRDgcjvzGofRBaawhAXI/g6c4wsUajv+C3hB1Mze5QVstfPxT9nzdClZneMvDpx1&#10;Fwv2Xp7qjVdrsK+qc/MbKI37cl3h15e6/QkAAP//AwBQSwMEFAAGAAgAAAAhAPeWOGThAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4KW0m6YkLWk2RQRRL4WmHjxustNsNDsb&#10;s5s2vr1bEPQ4Mx//fH++m0zHzji41pKA5SIChlRb1VIj4O34NN8Ac16Skp0lFPCNDnbF7U0uM2Uv&#10;dMBz6RsWQshlUoD2vs84d7VGI93C9kjhdrKDkT6MQ8PVIC8h3HQ8jqKUG9lS+KBlj48a689yNAKS&#10;942LX/T+4/m1XH7V1Wx/XI8zIe7vpoctMI+T/4Phqh/UoQhOlR1JOdYJmKdJIAXE6Sp0ugKrJFkD&#10;q35XvMj5/w7FDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3fn5ryAEAAPEDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD3ljhk4QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAACIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" strokecolor="#c00000" strokeweight="9.5pt">
                 <v:stroke linestyle="thickThin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00BA3950">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00E93BAA" wp14:editId="64EF068B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>985</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1702435</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7781544" cy="2267712"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7781544" cy="2267712"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1511,147 +1384,155 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.1pt;margin-top:134.05pt;width:612.7pt;height:178.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQC6fo4lKAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T32RU6dWnSpL2qlS1FZtpz4TjGNLGBiQ26b99x3ATqq22qRpeSAHOJzLx8fny6t9x9GWadNKUeLk&#10;LMaICSqrVqxL/O35ZjTByFgiKsKlYCU+MIOvpp8/Xe5UwVLZSF4xjSCIMMVOlbixVhVRZGjDOmLO&#10;pGICNmupO2JhqtdRpckOonc8SuP4PNpJXSktKTMGVhdhE099/Lpm1N7XtWEW8RJDbdaP2o8rN0bT&#10;S1KsNVFNS/syyD9U0ZFWQNJjqAWxBG10+y5U11ItjaztGZVdJOu6pcz3AN0k8ZtunhqimO8FwDHq&#10;CJP5f2Hp3fZBo7aCu8NIkA6u6BFAI2LNGUocPDtlCvB6Ug+6nxkwXa/7WnfuH7pAew/p4Qgp21tE&#10;YTHPJ8k4yzCisJem53mepC5qdDqutLFfmeyQM0qsIb2HkmyXxgbXwcVlW/FW3bSco0oBvHCnWtqX&#10;1jYeLNfG4NTDBZf9d1KFi1hIuumYsIFZmnFigdamaZWBNAXrVgyA0rdVSAI9QoUunevW3/bPdDKL&#10;44v0y2g+juejLM6vR7OLLB/l8XWexdkkmSfzX67EJCs2hi0lJXyh2oF6Sfau2g8Z0z+CQBpPPrQl&#10;nuIBMCjIYzyUCHA73FytRlN3w+AHttXM0saZNUDar4PzcaM/6AB3Xly4UUg3D5ncSuQ4EljhLXvg&#10;LHg/shrIBTxI/bX4Z83mXIdqCaWAdgDTNKRiYXkcw68nyfGEb4cLCHiqto/dB3CS8T52qDJ0548y&#10;rwrHwuI/FdaDOZzwmaWwx8NdK6T+KACHrvrMwX8AKUDjUFrJ6gBPD9jrWWwUvWnhASyJsQ9EgwgB&#10;tUFY7T0MNZe7EsvewqiR+sdH684fCAS7GO1A1Epsvm+IZhjxWwGqcZFkmVNBP8nGeeqez+ud1esd&#10;senmEkgFygDVedP5Wz6YtZbdC+jvzGWFLSIo5C4xtXqYzG0QW1BwymYz7wbKp4hdiidFh/fqHvjz&#10;/oVo1auABebeyUEASfFGDIJv4OJsY2XdeqU44drjDarpidMrvJPl13PvdfoOTX8DAAD//wMAUEsD&#10;BBQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrC&#10;MBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14Z&#10;pwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q3&#10;1MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGjTwruVf&#10;j3UvAAAA//8DAFBLAwQUAAYACAAAACEAMovbT94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3KhTSzFViFNBJZA4cGjLhZsbL3EUex3Fbhr+HvcEl5FWM5p5W28X79iMU+wD&#10;KVivCmBIbTA9dQo+j68PG2AxaTLaBUIFPxhh29ze1Loy4UJ7nA+pY7mEYqUV2JTGivPYWvQ6rsKI&#10;lL3vMHmd8jl13Ez6ksu946IoJPe6p7xg9Yg7i+1wOHsFO/dhFpukGOT8NrzE93J/fPxS6v5ueX4C&#10;lnBJf2G44md0aDLTKZzJROYUiJzLKjdrYFdbiFICOymQohTAm5r//6D5BQAA//8DAFBLAwQKAAAA&#10;AAAAACEAY7C+WfArIQDwKyEAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4Q4bRXhpZgAATU0A&#10;KgAAAAgACgESAAMAAAABAAEAAAEaAAUAAAABAAAAhgEbAAUAAAABAAAAjgEoAAMAAAABAAIAAAEx&#10;AAIAAAAiAAAAlgEyAAIAAAAUAAAAuAITAAMAAAABAAEAAIKYAAIAAAAgAAAAzJybAAEAAADiAAAA&#10;7IdpAAQAAAABAAAB0AAAAfwALcbAAAAnEAAtxsAAACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUg&#10;KFdpbmRvd3MpADIwMTU6MDg6MDUgMDk6NDE6NTcAKGMpIFBhc2hhcGl4ZWwgfCBEcmVhbXN0aW1l&#10;LmNvbQBoAHQAdABwADoALwAvAHcAdwB3AC4AZAByAGUAYQBtAHMAdABpAG0AZQAuAGMAbwBtAC8A&#10;cwB0AG8AYwBrAC0AaQBtAGEAZwBlAHMALQB0AHIAYQB2AGUAbAAtAGMAaAByAGkAcwB0AG0AYQBz&#10;AC0AYwBvAG4AYwBlAHAAdAAtAHIAZQBkAC0AcwBhAG4AdABhAC0AYwBsAGEAdQBzAC0AaABhAHQA&#10;LQBiAGUAYQBjAGgALQBzAGUAYQBzAGgAZQBsAGwALQBpAG0AYQBnAGUAMwA1ADkAMgA4ADEAOAA0&#10;AAAAAAAAA6ABAAMAAAAB//8AAKACAAQAAAABAAAJ9qADAAQAAAABAAAC5wAAAAAAAAAGAQMAAwAA&#10;AAEABgAAARoABQAAAAEAAAJKARsABQAAAAEAAAJSASgAAwAAAAEAAgAAAgEABAAAAAEAAAJaAgIA&#10;BAAAAAEAAAu5AAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSA&#10;AAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgALwCgAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEF&#10;AQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAAB&#10;BAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHx&#10;Y3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm&#10;9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS&#10;0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0&#10;pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8Axn1uY4seC17eWuBBHxaV&#10;HYurw+p/VrrDbqc57X2i199bKnOZY8wK3/aJ93qVt+iq+b0AX5Zo6bSatlXrfpXkB1c/zrXW/SdX&#10;u/TbFsQ5uB0kOH+t+h/jOJk5LJEXA8f9X/Kf4rzexSZjWWmK2lxPgFfv6bbj3PpsILmEiWlpaQPz&#10;mO3Dc1JjLqvoiwNPEO2j/ouUxyRIuJBYI45iVTBAG6A9F6iG7vQcW+LYd/1JQ39Nymz+hshvJDCY&#10;+5aLLL2kbBfPgLy0flci/bs8Mc02Gh0aCC8n+taXOc1R+5P+qf5f4bP7WLvMfy/elHHFwnUlpLXC&#10;COxEFJtJd9EE/CVoNyM5p3MJaT3a0A/50blH7XmQB6rgBxBiPuUty7D7WuZQH6Uv8X/0JrjDcWT6&#10;LpJ+lugfc4Ib8O1kFzYB4MiP84Kw6y92j7HOnncSfyqPpz2CIvrS05I9L+rX9Jvcz8EjWBwZVltM&#10;nWQO5hFGI4jcCI7TojYCBKR2stEVqbaXOIa0STwArwxatsbnb/gNv/VJso11MbRW1ocRNjxO4g/R&#10;YdznfS+moOa5qGDEchF9Ix24pN/4X8Ozc/zUeXgRAEceSfze3ij80uH/AJv99q/Z3bdwhzf3mkOE&#10;/Fqb0k03svY6owx/teRIIADnT7fpbv3Vfp2ZNUhjWWtgWRI1Ilrtv0feq3J/ExnkMc48EyNDH5JV&#10;/wBF0PjX/FzJyOOWfDkOXDGQjOMxw5cfH8kuKPoyQlL+40vTTitXxiJrBRSa67nkGwwxoE6n4fRV&#10;+WSERcpADuXn448szQiSWmKiTACIMSwiQB/nD+9NZfZVY3c2prC524FxJ2DRvvZv/Sud+YxqpXvs&#10;Gacyq17ayQA1oDDH0dsyfZs3f4NU83xHFD5fWboj5aH7zbw/Dss79w8AqxXq+j//0OKxem9exrW5&#10;FOJeLq9QQx0c/RduH0dq3qOv/WNtgsuw73WiYINh59vt/wDIrvf2Xceaye24kx/1Sf8AZ9tZ0qfx&#10;9Juv3fRU0ckYggX5NKUeZkQeCA8fVf8A0niP2/10tDH9NyHtb7Q07yQPLez2qP7YzA7aekXhvg0E&#10;O/CpdycK385lh8jugT8H+5ROExx0otc4SNSWz8N6cM/8gtOPmO0T5vF/tOw/S6RmyOfa8j/vqm3q&#10;NxZLej5Lf+sbvyvXbNw2SSK7Kz4mde/5iIMKt4mHmOXO0Mfc5L7yf99PsZf3YjyDwNmcXk7+mZQd&#10;3Ladsf2Q9BOdA0wczmI9E8/5y9Fb0uqd+8/2hx4aqX7KDnEiCAI5jT7tycOckNmI8nORswj+186b&#10;lOcAR0/N18KCf4p/t4aYfg5o8f0B/wDJL0L9kEaiwDznuf7O33Jj064Ew4gRrDhAH5v5zXI/fZ9w&#10;gclIf5Mfa8H9uZEjp3UXDx9CB/1Sc9SoLgW9Oz2sOg/QyZj+uvQMTozbLDZkfzTdZDpkgg+ny72u&#10;b9JaBx8Fns+z1iut7n6s0DzB3Nn27vo/6sTTzkh4s0eTlIH0xh9OJ8yZ1GsuO7BzKW9jdWGN49rX&#10;Wbvz/wCS1U3vc9xseZLyST5rtvrh0F78VudiFraccW35bX2EF07XNdTpsf8A4T87/CLiWuG8uYW7&#10;CZa3nt+cs/nc88sxGXyw2/wv0nrv+LnKYsPLSyRqWbLIxymP+TjAy9rH/wCpP8NbUfFafRsHqF9W&#10;Vk4uK/KZQ1vqNrLdxIl22pry31bNh3bGqhu9QwP0juzQJ/6LPctr6q9VGNZdhHLrxbbHe/Gua+t+&#10;4fzfpOe309z5+i79IouXlwZYz/d2bnxoGfJZMVX7lCWnF6IS9ziH93gaTepF0RhZWv8AIb/5NZue&#10;3Nyc9uVRS9rQwN2uaGPBH/Cj1GvY6bPb/wAIu9PT6CS0nafANM+e5I4VQ4dLeDLP7itXJnhkjwzu&#10;rt4DHg5rHLijwdtv/Q3zd+H1uzcK6m117tzA5wcfH9Ja5u/e9/0tiHb0zrLnMcK2e1oa4OtBBj6T&#10;W+xrvT/kL0n7FV9HaHCO2pUH4lc7GtLY5BEGfhKhEcHYsh+//wCr/wAX/wBDf//R78HIgt9RgJG5&#10;30iSP9I1v/oxDeMkuLbMgskh1b69xPER6WqIwY7nOdWQwlu13pwdCNoO33N9v5qjTm3Pd7cUsqYC&#10;HB30nGG+h6Zadv8AN+671P8Arfqe9BcyqddcHObbax0QHWtlhP8ApGt2s9T/AMCUtmTWAbMqsgfS&#10;L6w2f7XqbWbv6qn9oYDPpHaNusDuNIaC53tSNl/rBoaIfJB2gbRLRDtxe7ftfv8A7CSkY/aDZ9S2&#10;h1QghzWWNMg6t1fez/N/MRBZkS6muybGDb+kBOvLbC7a3833Jq736CvHd6YMb9zQTz/g697v/Pal&#10;dZlMgY1DbnEDcDZs2j+tssc9JTGeo+pDDSQ5k+4P3B06EtH+D/6ambHi5sua17zDJMSANz9kNdu2&#10;+1SY+82DdWGkj3kO3Ea/RaIZuQn42QRYX5LwxwG/Rgr03b9HCx9e5u3ekpMH3EyS0Mc6GAwZ8Hd2&#10;7nfmM/7+mtstAE1usJOoAEgePuI/O/NTNqtGwC0CNsugFriP5DjvY/8AtotbLNsOfLwfcawQCf5T&#10;ff8AmpIamTkvrfj1OY8utt3g1hrwW1/pNtm/a5n5n0G/9tpsgZT2vbXDDEFx9zSJDy5rNP0j9303&#10;/wA0rHoODWtGQ/kjc4Au1B27Pb7XN/NdtWXlY2dfbbjnqGbQKh7Xtpp2vaWmdt3p7fzv0vren70y&#10;V/ayRo1/V1Kuo5uNh4jm5TG3Viiyx9ThBIrc30XO3+7Z6rtrNn/Bqp0TE6T1iX5+BTdlVwXXCoNa&#10;Z/f2Q3d/YQ8zpXSLLWW9Uz8e5rMRrH12bccOxd++l36C1tbaW2/n1V+k9aHTsTErtfkdJvoc97QB&#10;RU5poAb/AKP0/Usrc/273/Q/4JKIu+KN9l/ucA/VzlGR6xMoOtTh4WDWRi0V44PIrYGT8doCp047&#10;7s2/JyWsdSWgVNe1pdLTO7c5rtrdPoKxZ9t2Ena50S1o9rf6rn2T/wBShPx7LWbXX2VNdyW7JAP0&#10;m+6t30f30/SqpiMpEkmVk7knVHjX3GkPLm7bIIsJY1wb+5YbNzn+pt9qnTktsOwWVtsME1ssZZof&#10;+muWu+rn1EZm229Qza7sgvd6zb82se93eytvobdv+ta2uks+ptdpb0YdP9YR/R3UvsI7e5rnWfST&#10;iI9CSfJbZ8HWfWTECfNoI/IhWNe0zYH2aS7azdx2Hu37lY4DiR2lg1mQDpy5CrBLG7hLTw4ktj87&#10;3MsL37k1T//Z/+0VGFBob3Rvc2hvcCAzLjAAOEJJTQQEAAAAAAAzHAFaAAMbJUccAgAAAgAEHAJ0&#10;AB8oYykgUGFzaGFwaXhlbCB8IERyZWFtc3RpbWUuY29tADhCSU0EJQAAAAAAEIkIPcHEvAMk3R/Q&#10;unClrS84QklNBDoAAAAAAOUAAAAQAAAAAQAAAAAAC3ByaW50T3V0cHV0AAAABQAAAABQc3RTYm9v&#10;bAEAAAAASW50ZWVudW0AAAAASW50ZQAAAABDbHJtAAAAD3ByaW50U2l4dGVlbkJpdGJvb2wAAAAA&#10;C3ByaW50ZXJOYW1lVEVYVAAAAAEAAAAAAA9wcmludFByb29mU2V0dXBPYmpjAAAADABQAHIAbwBv&#10;AGYAIABTAGUAdAB1AHAAAAAAAApwcm9vZlNldHVwAAAAAQAAAABCbHRuZW51bQAAAAxidWlsdGlu&#10;UHJvb2YAAAAJcHJvb2ZDTVlLADhCSU0EOwAAAAACLQAAABAAAAABAAAAAAAScHJpbnRPdXRwdXRP&#10;cHRpb25zAAAAFwAAAABDcHRuYm9vbAAAAAAAQ2xicmJvb2wAAAAAAFJnc01ib29sAAAAAABDcm5D&#10;Ym9vbAAAAAAAQ250Q2Jvb2wAAAAAAExibHNib29sAAAAAABOZ3R2Ym9vbAAAAAAARW1sRGJvb2wA&#10;AAAAAEludHJib29sAAAAAABCY2tnT2JqYwAAAAEAAAAAAABSR0JDAAAAAwAAAABSZCAgZG91YkBv&#10;4AAAAAAAAAAAAEdybiBkb3ViQG/gAAAAAAAAAAAAQmwgIGRvdWJAb+AAAAAAAAAAAABCcmRUVW50&#10;RiNSbHQAAAAAAAAAAAAAAABCbGQgVW50RiNSbHQAAAAAAAAAAAAAAABSc2x0VW50RiNQeGxAcsAA&#10;AAAAAAAAAAp2ZWN0b3JEYXRhYm9vbAEAAAAAUGdQc2VudW0AAAAAUGdQcwAAAABQZ1BDAAAAAExl&#10;ZnRVbnRGI1JsdAAAAAAAAAAAAAAAAFRvcCBVbnRGI1JsdAAAAAAAAAAAAAAAAFNjbCBVbnRGI1By&#10;Y0BZAAAAAAAAAAAAEGNyb3BXaGVuUHJpbnRpbmdib29sAAAAAA5jcm9wUmVjdEJvdHRvbWxvbmcA&#10;AAAAAAAADGNyb3BSZWN0TGVmdGxvbmcAAAAAAAAADWNyb3BSZWN0UmlnaHRsb25nAAAAAAAAAAtj&#10;cm9wUmVjdFRvcGxvbmcAAAAAADhCSU0D7QAAAAAAEAEsAAAAAQABASwAAAABAAE4QklNBCYAAAAA&#10;AA4AAAAAAAAAAAAAP4AAADhCSU0EDQAAAAAABAAAAB44QklNBBkAAAAAAAQAAAAeOEJJTQPzAAAA&#10;AAAJAAAAAAAAAAABADhCSU0ECgAAAAAAAQAAOEJJTScQAAAAAAAKAAEAAAAAAAAAAjhCSU0D9QAA&#10;AAAASAAvZmYAAQBsZmYABgAAAAAAAQAvZmYAAQChmZoABgAAAAAAAQAyAAAAAQBaAAAABgAAAAAA&#10;AQA1AAAAAQAtAAAABgAAAAAAAThCSU0D+AAAAAAAcAAA/////////////////////////////wPo&#10;AAAAAP////////////////////////////8D6AAAAAD/////////////////////////////A+gA&#10;AAAA/////////////////////////////wPoAAA4QklNBAgAAAAAABAAAAABAAACQAAAAkAAAAAA&#10;OEJJTQQeAAAAAAAEAAAAADhCSU0EGgAAAAADXwAAAAYAAAAAAAAAAAAAAucAAAn2AAAAFQBkAHIA&#10;ZQBhAG0AcwB0AGkAbQBlAF8AbQBfADMANQA5ADIAOAAxADgANAAAAAEAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAQAAAAAAAAAAAAAJ9gAAAucAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAQ&#10;AAAAAQAAAAAAAG51bGwAAAACAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9w&#10;IGxvbmcAAAAAAAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAAAucAAAAAUmdodGxvbmcAAAn2&#10;AAAABnNsaWNlc1ZsTHMAAAABT2JqYwAAAAEAAAAAAAVzbGljZQAAABIAAAAHc2xpY2VJRGxvbmcA&#10;AAAAAAAAB2dyb3VwSURsb25nAAAAAAAAAAZvcmlnaW5lbnVtAAAADEVTbGljZU9yaWdpbgAAAA1h&#10;dXRvR2VuZXJhdGVkAAAAAFR5cGVlbnVtAAAACkVTbGljZVR5cGUAAAAASW1nIAAAAAZib3VuZHNP&#10;YmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAA&#10;QnRvbWxvbmcAAALnAAAAAFJnaHRsb25nAAAJ9gAAAAN1cmxURVhUAAAAAQAAAAAAAG51bGxURVhU&#10;AAAAAQAAAAAAAE1zZ2VURVhUAAAAAQAAAAAABmFsdFRhZ1RFWFQAAAABAAAAAAAOY2VsbFRleHRJ&#10;c0hUTUxib29sAQAAAAhjZWxsVGV4dFRFWFQAAAABAAAAAAAJaG9yekFsaWduZW51bQAAAA9FU2xp&#10;Y2VIb3J6QWxpZ24AAAAHZGVmYXVsdAAAAAl2ZXJ0QWxpZ25lbnVtAAAAD0VTbGljZVZlcnRBbGln&#10;bgAAAAdkZWZhdWx0AAAAC2JnQ29sb3JUeXBlZW51bQAAABFFU2xpY2VCR0NvbG9yVHlwZQAAAABO&#10;b25lAAAACXRvcE91dHNldGxvbmcAAAAAAAAACmxlZnRPdXRzZXRsb25nAAAAAAAAAAxib3R0b21P&#10;dXRzZXRsb25nAAAAAAAAAAtyaWdodE91dHNldGxvbmcAAAAAADhCSU0EKAAAAAAADAAAAAI/8AAA&#10;AAAAADhCSU0EFAAAAAAABAAAAAE4QklNBAwAAAAAC9UAAAABAAAAoAAAAC8AAAHgAABYIAAAC7kA&#10;GAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUP&#10;DAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4O&#10;EBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/A&#10;ABEIAC8AoAMBIgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsB&#10;AAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFR&#10;YRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD&#10;03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUG&#10;BwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC&#10;0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5en&#10;t8f/2gAMAwEAAhEDEQA/AMZ9bmOLHgte3lrgQR8WlR2Lq8Pqf1a6w26nOe19otffWypzmWPMCt/2&#10;ifd6lbfoqvm9AF+WaOm0mrZV636V5AdXP8611v0nV7v02xbEObgdJDh/rfof4ziZOSyRFwPH/V/y&#10;n+K83sUmY1lpitpcT4BX7+m249z6bCC5hIlpaWkD85jtw3NSYy6r6IsDTxDto/6LlMckSLiQWCOO&#10;YlUwQBugPReohu70HFvi2Hf9SUN/Tcps/obIbyQwmPuWiyy9pGwXz4C8tH5XIv27PDHNNhodGggv&#10;J/rWlznNUfuT/qn+X+Gz+1i7zH8v3pRxxcJ1JaS1wgjsRBSbSXfRBPwlaDcjOadzCWk92tAP+dG5&#10;R+15kAeq4AcQYj7lLcuw+1rmUB+lL/F/9Ca4w3Fk+i6SfpboH3OCG/DtZBc2AeDIj/OCsOsvdo+x&#10;zp53En8qj6c9giL60tOSPS/q1/Sb3M/BI1gcGVZbTJ1kDuYRRiOI3AiO06I2AgSkdrLRFam2lziG&#10;tEk8AK8MWrbG52/4Db/1SbKNdTG0VtaHETY8TuIP0WHc530vpqDmuahgxHIRfSMduKTf+F/Ds3P8&#10;1Hl4EQBHHkn83t4o/NLh/wCb/fav2d23cIc395pDhPxam9JNN7L2OqMMf7XkSCAA50+36W791X6d&#10;mTVIY1lrYFkSNSJa7b9H3qtyfxMZ5DHOPBMjQx+SVf8ARdD41/xcycjjlnw5DlwxkIzjMcOXHx/J&#10;Lij6MkJS/uNL004rV8YiawUUmuu55BsMMaBOp+H0VflkhEXKQA7l5+OPLM0IklpiokwAiDEsIkAf&#10;5w/vTWX2VWN3NqawuduBcSdg0b72b/0rnfmMaqV77BmnMqte2skANaAwx9HbMn2bN3+DVPN8RxQ+&#10;X1m6I+Wh+828Pw7LO/cPAKsV6vo//9DisXpvXsa1uRTiXi6vUEMdHP0Xbh9Hat6jr/1jbYLLsO91&#10;omCDYefb7f8AyK739l3HmsntuJMf9Un/AGfbWdKn8fSbr930VNHJGIIF+TSlHmZEHggPH1X/ANJ4&#10;j9v9dLQx/Tch7W+0NO8kDy3s9qj+2MwO2npF4b4NBDvwqXcnCt/OZYfI7oE/B/uUThMcdKLXOEjU&#10;ls/DenDP/ILTj5jtE+bxf7TsP0ukZsjn2vI/76pt6jcWS3o+S3/rG78r12zcNkkiuys+JnXv+YiD&#10;CreJh5jlztDH3OS+8n/fT7GX92I8g8DZnF5O/pmUHdy2nbH9kPQTnQNMHM5iPRPP+cvRW9LqnfvP&#10;9oceGql+yg5xIggCOY0+7cnDnJDZiPJzkbMI/tfOm5TnAEdPzdfCgn+Kf7eGmH4OaPH9Af8AyS9C&#10;/ZBGosA857n+zt9yY9OuBMOIEaw4QB+b+c1yP32fcIHJSH+TH2vB/bmRI6d1Fw8fQgf9UnPUqC4F&#10;vTs9rDoP0MmY/rr0DE6M2yw2ZH803WQ6ZIIPp8u9rm/SWgcfBZ7Ps9Yrre5+rNA8wdzZ9u76P+rE&#10;085IeLNHk5SB9MYfTifMmdRrLjuwcylvY3VhjePa11m78/8AktVN73PcbHmS8kk+a7b64dBe/Fbn&#10;Yha2nHFt+W19hBdO1zXU6bH/AOE/O/wi4lrhvLmFuwmWt57fnLP53PPLMRl8sNv8L9J67/i5ymLD&#10;y0skalmyyMcpj/k4wMvax/8AqT/DW1HxWn0bB6hfVlZOLivymUNb6jay3cSJdtqa8t9WzYd2xqob&#10;vUMD9I7s0Cf+iz3La+qvVRjWXYRy68W2x3vxrmvrfuH836Tnt9Pc+fou/SKLl5cGWM/3dm58aBny&#10;WTFV+5QlpxeiEvc4h/d4Gk3qRdEYWVr/ACG/+TWbntzcnPblUUva0MDdrmhjwR/wo9Rr2Omz2/8A&#10;CLvT0+gktJ2nwDTPnuSOFUOHS3gyz+4rVyZ4ZI8M7q7eAx4Oaxy4o8Hbb/0N83fh9bs3Cuptde7c&#10;wOcHHx/SWubv3vf9LYh29M6y5zHCtntaGuDrQQY+k1vsa70/5C9J+xVfR2hwjtqVB+JXOxrS2OQR&#10;Bn4SoRHB2LIfv/8Aq/8AF/8AQ3//0e/ByILfUYCRud9Ikj/SNb/6MQ3jJLi2zILJIdW+vcTxEelq&#10;iMGO5znVkMJbtd6cHQjaDt9zfb+ao05tz3e3FLKmAhwd9JxhvoemWnb/ADfuu9T/AK36nvQXMqnX&#10;XBzm22sdEB1rZYT/AKRrdrPU/wDAlLZk1gGzKrIH0i+sNn+16m1m7+qp/aGAz6R2jbrA7jSGgud7&#10;UjZf6waGiHyQdoG0S0Q7cXu37X7/AOwkpGP2g2fUtodUIIc1ljTIOrdX3s/zfzEQWZEuprsmxg2/&#10;pATry2wu2t/N9yau9+grx3emDG/c0E8/4Ove7/z2pXWZTIGNQ25xA3A2bNo/rbLHPSUxnqPqQw0k&#10;OZPuD9wdOhLR/g/+mpmx4ubLmte8wyTEgDc/ZDXbtvtUmPvNg3VhpI95DtxGv0WiGbkJ+NkEWF+S&#10;8McBv0YK9N2/RwsfXubt3pKTB9xMktDHOhgMGfB3du535jP+/prbLQBNbrCTqABIHj7iPzvzUzar&#10;RsAtAjbLoBa4j+Q472P/ALaLWyzbDny8H3GsEAn+U33/AJqSGpk5L6349TmPLrbd4NYa8Ftf6TbZ&#10;v2uZ+Z9Bv/babIGU9r21wwxBcfc0iQ8uazT9I/d9N/8ANKx6Dg1rRkP5I3OALtQduz2+1zfzXbVl&#10;5WNnX22456hm0Coe17aadr2lpnbd6e3879L63p+9Mlf2skaNf1dSrqObjYeI5uUxt1YossfU4QSK&#10;3N9Fzt/u2eq7azZ/waqdExOk9Yl+fgU3ZVcF1wqDWmf39kN3f2EPM6V0iy1lvVM/HuazEax9dm3H&#10;DsXfvpd+gtbW2ltv59VfpPWh07ExK7X5HSb6HPe0AUVOaaAG/wCj9P1LK3P9u9/0P+CSiLvijfZf&#10;7nAP1c5RkesTKDrU4eFg1kYtFeODyK2Bk/HaAqdOO+7NvyclrHUloFTXtaXS0zu3Oa7a3T6CsWfb&#10;dhJ2udEtaPa3+q59k/8AUoT8ey1m119lTXcluyQD9Jvurd9H99P0qqYjKRJJlZO5J1R419xpDy5u&#10;2yCLCWNcG/uWGzc5/qbfap05LbDsFlbbDBNbLGWaH/prlrvq59RGZttvUM2u7IL3es2/NrHvd3sr&#10;b6G3b/rWtrpLPqbXaW9GHT/WEf0d1L7CO3ua51n0k4iPQknyW2fB1n1kxAnzaCPyIVjXtM2B9mku&#10;2s3cdh7t+5WOA4kdpYNZkA6cuQqwSxu4S08OJLY/O9zLC9+5NU//2QA4QklNBCEAAAAAAF0AAAAB&#10;AQAAAA8AQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAAAAXAEEAZABvAGIAZQAgAFAAaABv&#10;AHQAbwBzAGgAbwBwACAAQwBDACAAMgAwADEANQAAAAEAOEJJTQQGAAAAAAAHAAgAAAABAQD/4Q6R&#10;aHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLwA8P3hwYWNrZXQgYmVnaW49Iu+7vyIgaWQ9Ilc1&#10;TTBNcENlaGlIenJlU3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5zOng9ImFkb2JlOm5zOm1l&#10;dGEvIiB4OnhtcHRrPSJBZG9iZSBYTVAgQ29yZSA1LjYtYzA2NyA3OS4xNTc3NDcsIDIwMTUvMDMv&#10;MzAtMjM6NDA6NDIgICAgICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5v&#10;cmcvMTk5OS8wMi8yMi1yZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0&#10;PSIiIHhtbG5zOnhtcD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLyIgeG1sbnM6ZGM9Imh0&#10;dHA6Ly9wdXJsLm9yZy9kYy9lbGVtZW50cy8xLjEvIiB4bWxuczpwaG90b3Nob3A9Imh0dHA6Ly9u&#10;cy5hZG9iZS5jb20vcGhvdG9zaG9wLzEuMC8iIHhtbG5zOnhtcFJpZ2h0cz0iaHR0cDovL25zLmFk&#10;b2JlLmNvbS94YXAvMS4wL3JpZ2h0cy8iIHhtbG5zOnhtcE1NPSJodHRwOi8vbnMuYWRvYmUuY29t&#10;L3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL3NU&#10;eXBlL1Jlc291cmNlRXZlbnQjIiB4bXA6TW9kaWZ5RGF0ZT0iMjAxNS0wOC0wNVQwOTo0MTo1Ny0w&#10;NzowMCIgeG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQaG90b3Nob3AgQ1MzIFdpbmRvd3MiIHhtcDpD&#10;cmVhdGVEYXRlPSIyMDE0LTEwLTI4VDEwOjUyOjI0LTA3OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIy&#10;MDE1LTA4LTA1VDA5OjQxOjU3LTA3OjAwIiBkYzpyaWdodHM9IihjKSBQYXNoYXBpeGVsIHwgRHJl&#10;YW1zdGltZS5jb20iIGRjOmZvcm1hdD0iaW1hZ2UvanBlZyIgcGhvdG9zaG9wOkNvbG9yTW9kZT0i&#10;NCIgcGhvdG9zaG9wOklDQ1Byb2ZpbGU9IlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIiIHhtcFJp&#10;Z2h0czpNYXJrZWQ9IkZhbHNlIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjIwMjQyMjBkLWNj&#10;ODctNWU0YS1iMGU5LTA2YjZlZDQyYjk4MiIgeG1wTU06RG9jdW1lbnRJRD0iYWRvYmU6ZG9jaWQ6&#10;cGhvdG9zaG9wOmRhNzliODNhLTNiOTAtMTFlNS05YmFhLWM2MTM1OTViMGM0NyIgeG1wTU06T3Jp&#10;Z2luYWxEb2N1bWVudElEPSJ4bXAuZGlkOjlhZDI4YzU3LWE3OWMtMDE0Yi1iZTQxLTg5NzQxOWVm&#10;ZWU1MCI+IDx4bXBNTTpIaXN0b3J5PiA8cmRmOlNlcT4gPHJkZjpsaSBzdEV2dDphY3Rpb249InNh&#10;dmVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjlhZDI4YzU3LWE3OWMtMDE0Yi1iZTQxLTg5&#10;NzQxOWVmZWU1MCIgc3RFdnQ6d2hlbj0iMjAxNS0wOC0wNVQwOTo0MTo1Ny0wNzowMCIgc3RFdnQ6&#10;c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpIiBzdEV2dDpj&#10;aGFuZ2VkPSIvIi8+IDxyZGY6bGkgc3RFdnQ6YWN0aW9uPSJzYXZlZCIgc3RFdnQ6aW5zdGFuY2VJ&#10;RD0ieG1wLmlpZDoyMDI0MjIwZC1jYzg3LTVlNGEtYjBlOS0wNmI2ZWQ0MmI5ODIiIHN0RXZ0Ondo&#10;ZW49IjIwMTUtMDgtMDVUMDk6NDE6NTctMDc6MDAiIHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2Jl&#10;IFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIgc3RFdnQ6Y2hhbmdlZD0iLyIvPiA8L3JkZjpT&#10;ZXE+IDwveG1wTU06SGlzdG9yeT4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94Onht&#10;cG1ldGE+ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgPD94cGFja2V0IGVuZD0idyI/Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJFAhAAAHBydHJD&#10;TVlLTGFiIAfQAAcAGgAFACkANWFjc3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAAAAABAAD21gAB&#10;AAAAANMtQURCRQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;CmRlc2MAAAD8AAAAdGNwcnQAAAFwAAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACiBkEyQjIAAAGw&#10;AACiBkEyQjEAAKO4AACiBkIyQTAAAUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbcoAAI4tGdhbXQA&#10;B+/cAACQkWRlc2MAAAAAAAAAGlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAdGV4dAAAAABDb3B5cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJbmMuAABYWVog&#10;AAAAAAAAtVoAALxnAACSMG1mdDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAA&#10;AAAAAAEAAAEAAAIAAAIkBB0F2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzv&#10;HiUfWSCHIbIi2iP/JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9&#10;wj7eP/hBEUIpQ0JEXEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxm&#10;XXheil+bYK1hvmLPY+Bk8WYCZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6&#10;yHvNfM59zX7Mf8uAyYHHgsWDwoS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5Ym&#10;lxmYDJj/mfKa5JvWnMidu56tn5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmx&#10;R7I2syS0ErUAte222rfIuLW5o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctE&#10;zC7NGM4BzuvP1dC+0afSkNN51GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5Hvl&#10;V+Yz5w7n6OjB6ZrqcetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn&#10;/Vz+C/60/1r//wAAAegDpwUsBoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ&#10;1hreG+Ec4R3fHtsf1iDRIcsixCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/&#10;Nn83fziAOYI6fzt+PHw9fD58P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBS&#10;x1POVNVV11bZV9tY3lngWuNb51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627o&#10;b+Vw4XHectpz1nTNdcN2uXeveKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiK&#10;pouVjIONcY5gj06QPZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTK&#10;pb2msaemqJupkaqHq3+sd61vrmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPB&#10;asJyw3vEhMWKxpDHlsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G&#10;35TgnOGi4qjjreSy5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8&#10;Vv1E/i//F///AAACBQPYBWgGxggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0&#10;Gz0cQB0/HjofNCAsISMiGSMPJAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2&#10;KzchOBY5CzoAOvY77TzjPds+0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJ&#10;UohTiFSIVYhWiVeKWItZjVqPW5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatu&#10;q2+rcKlxqHKlc6N0oHWddpl3lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoC&#10;iveL7YzijdiOzY/DkLmRr5Klk5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmm&#10;X6dmqG6peKqCq46snK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTx&#10;xhXHOcheyYLKpsvKzO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k&#10;0eXS5tDnzOjE6brqrOub7Iftb+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z&#10;/k3+4f9x//8AAAHZA40FCQZUB38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZ&#10;fRp0G2YcVR1BHiwfFyAAIOoh0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNV&#10;NEQ1MjYiNxE4ATjxOeI60zvEPLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBO&#10;xU+5UK1RoVKVU4hUelVtVl9XUVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGke&#10;agtq+GvlbNJtvm6qb5ZwgnFsclZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiD&#10;jYRyhVeGO4cgiAWI6onPirOLmIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/&#10;naqelp+DoHGhX6JPoz+kMKUiphWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt824&#10;07nbuuO77bz4vgS/EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM&#10;2HPZm9rE2+/dGt5G33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8&#10;Ov17/rv///8AgACAAOW0f81/VMw/f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+kkRhgH9/BR9k&#10;gf6AHPy4fnSLeeQPfleJssrbfk+IFLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMAf5aDeB2igOSD&#10;3/qjfSWXCOJIfRyUMclYfSWReq/OfUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCILRwEf8+IEfi/&#10;fBeisOCCfBeeyceyfCubFK5FfFuXo5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqMfsSLyfcJe0eu&#10;dd7ae0SpesYbe12kxKzSe5agZpMQe+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO8PWFeqq6Xd1Z&#10;ep+0SMSnerOui6t8evCpPZHie0ykTneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4ei/GctwNehu/&#10;O8Nieie4c6pNemSyNpDfesmscXbSe0SnEFuue8CiMD4MfDufDxccfAePoPMdedHSyNrxebTKYcJJ&#10;ebjCjak/efC7YY/nelm0znYGet2uxlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9eWbV08FVeWDM&#10;7qhWeZTE4o8Tef69knVLeoa3B1ppewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9sb7NhwV9V6a1&#10;hjB9M44ahYR9SHTQhPx9jFprhJt96D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2NhbmGIaV+hPiF&#10;A4zQhGSEKnN9g/SDiFkPg6iDBzw5g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyPGaQUg/WNE4uJ&#10;g3WLVnJVgxeJ1Vf/gtiIfDssguuHlBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Khgw6VOoo4gqCS&#10;oXEpglCQQ1b3ghuOHDo0gi6MlhQ4g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWdpIjugeOaEnAL&#10;gaOW51YCgXWT/zlTgYaSDBMVgpqM5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofVgU6hxm79gQmd&#10;vFUfgOOaMziJgPOYOBIfgbyMQeQvg4vA2s2sgpy6graSgc60ep70gTau34bogNOpsG4xgJOk7VRc&#10;gGWg2DfdgHSeWBFUgQOLt+MpgyTMlcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13gDOsjVPGgAio&#10;VjdNgAqjXBCugGyLR+JOgtDYu8vagebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0zVM8f7qwSDbR&#10;f7ylEBAqf/SK7t08kmF8mMdrkHp8Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1iYh9MjaOiSd+&#10;AREyi9Z/3ttGkS2Gy8YFj0KFhLAqjYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOCQDV6iEmCYBAE&#10;ipiDhtmzkACRJMSdjiKO7a79jGOM35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2h3mHBQ76iVaG&#10;u9hHjwibksMujTKYe62Bi4aVl5ceihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKMHQ4UiCiJhNbp&#10;jkqmFcHRjHiiJqwkitSec5XSiWibCn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1OhyWI/9WnjbGw&#10;x8Cbi+KsAKr2ij6nd5S0iNajQX3ih6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuIj9SQjTO7pb+S&#10;i2e2BanyicKwppO+iFurpH0KhzCnCGWehjai500MhV+frzGdhQudPwwehZeIMdOjjMvGx76ziwPA&#10;SakWiV66FJLnh/S0SXxChsyvBGT2hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLSV737irDK8ahd&#10;iQ3D4ZIxh6O9U3udhnq3fGRphYuyx0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iTmUd7IaP2lrh7&#10;CY7elGB7JnkVkkV7eGJpkGV7+Upyjtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD56MBlZmC/I36&#10;k02CS3grkUOB2GF8j3WBmkl+jfeBgS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHllJiK+IzhkluJ&#10;iXchkF6IVGCDjp6HXkiYjSqGoC2njIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72TNIu7kXKQ7XYD&#10;j4aO/19/jdKNUkexjGaL+yzei8yLzQivjB+F38d8mCyihrPGlYSe+p97kwubrIqEkNKYqnTsjtmV&#10;9F6PjTGToEbui8WRxCw7iyeRvgg8iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqgjXQBjlOdI124&#10;jJ2aJ0ZBizSX9yuuipSXOwfbikyFUMVmlya27LHJlICx3p2JkgitDoiqj9WomnNAjeWkj10TjDCh&#10;E0WxirSe0ys6ihKbyAeLiZuFGsSSlsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWsVVx9i9qomUU+&#10;ilymQSrZiaic+QdKiQuE7sPilm7MebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwDi42xE0TVihqs&#10;Qip8iWmcugcWiJmEy70/pdB6eqocomh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7ZEJTlKJ8Cifz&#10;k/N8/QSqk39/pruzpOKDlKkqoVqCnJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGCk7yA2yc0kwuB&#10;dQRokgOCmrqIo+uMwqgXoGiLAZUknRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F6CaOkjiGWwQv&#10;kLSC1Ll8oxuV9ab9n6OTepP/nFmROYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5kXeL2QP9j5KC&#10;sriWolWfaKYKnumcM5L+m6qZP39WmKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+RVgPTjpmClrej&#10;ocipAqU1nlWlFZIumxGha36CmBGeGWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOvjciCfbbLoVey&#10;vaRtneGuHpFsmp2pxn3Kl6Cl0WmWlOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqCabYPoP68tqPG&#10;nYK3YZDKmj2yXH0slz+tzGkBlI6p4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVxoK/HLKM8nS3B&#10;F5BBmeq7X3yllvC2P2iIlECyElOzkeCvRz2bj9KpqCQfjvSYbANljB2CTK4er/555Jwpq955tooQ&#10;p955sneKpBd55mRHoJh6UE/5nXN65jofmvZ7jSApmph8cQAAldN/yqzOryiCg5toquSBmYl+ptqA&#10;4Hb7oxOAY2Oon5uAJk9TnH+AIzl0mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6JjYi9pe2IGnYx&#10;ojCG+2LknryGIE6fm6aFjjjVmSyFSx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofMpTCPhHVQoWiN&#10;vWISnfyMUU3omuiLODhBmGqKoh7Kl9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSXF3R1oM+UwGFN&#10;nUuSsE1Cmj2RKDe/l7iQax51lxSQYQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPKoDWb72CqnLKZ&#10;XEyvmY+XazdNlwqW5R4oll+UWAAbkMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yjQ2ApnDagT0xB&#10;mRyeOzb2loCdfR3zlciUQAAokBmAG6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7m9anqUvhmMWl&#10;4zawliOi6x3MlU+UJgAzj4+AIqe5qxXCXpampsS8q4TWora3cXJinvay+l9jm4avukucmHWtHzZ7&#10;ld2k1h2nlQmUDQA8jyCAKJ+wuoR5dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51EbvpK56ajHroeZ7&#10;BxfwonJ7vgAAkSiAAJ6mubaBpI5CtMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/gzFsoN5/wRew&#10;oTuAugAAkG6AAJ33uMuJ1Y2as96ISXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6n+yExBeBoByG&#10;BAAAj8uAAJ1ot/OSEIz4sw+P53warlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOKLBdcnxyKsAAA&#10;jz6AAJzVt0aaaYxismGXpnt7raaVNGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+njaOuAAAjsSA&#10;AJw7tr+i7ovZsdGfknr6rQ+cj2mLqI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWePqAAAjl6AAJvI&#10;tjaroItwsUSnpXqYrIKkE2kvqAShBVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAAjgqAAJtKtde0&#10;jIsisNSv23pXrAOrq2jpp3moMVbfo0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWAAJrZtYa964rL&#10;sHS4g3oOq6Gztmispxuv41ayou+toEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHzxWN5GIIfv9J4&#10;y3IWunx4uWGjtWl46lBxsKd5Uz4LrHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA5oG2vvN/+HHC&#10;uZB/SmFKtG1+4lANr55+xD2tq19+5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFHvgiHJ3FeuJ6F&#10;3GDbs3WE80+hrp+EWT1SqlqEGSkjp0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOOX3Dpt7yMlWBr&#10;soaLJk86rbKKJT0AqWqJkyj2pkiJ4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCStvCTdGALsbuR&#10;lU7orNaQJjzDqJKPaSjXpWOQGxAEpeGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCac1/PsQmYLE6u&#10;rCaWcTyVp9CVsijCpJaVvBArpOOK7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+isG+e306Jq5Od&#10;Bzx9pzqcrCi4o+CabhBOpAaLBgAAjBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol2E53qwmkGjxv&#10;pryi/yizo1ObhRBso0SLGwAAi/+AAI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57qnCrXDyApiCn&#10;9SjcosiboBCworiLSAAAi+uAAIS00J9483XXyll4g2auxG94W1cRvtZ4fUazuZN42jUHtQh5WCD2&#10;snd5rgfrstl7RQAAifmAAIRiz5+AbnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZs8x+UCD2sP5+&#10;nwhnsOp/5wAAihaAAIRKzoWHxXVvyHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGDgSELr5WD+Ajm&#10;ryiD/gAAii+AAIRGzXyPFnVfx2yNGWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEsrkmJ5AldrZuG&#10;VQAAikWAAIQ5zJiWhXVYxniUB2YdwHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCPewnMrEKGoAAA&#10;iliAAIQdy9SeIXVQxaSbGmYov46YkFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0qxuG5gAAimiA&#10;AIP+yyylz3VKxO+iOWY3vsyfO1ahuOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+HJQAAinWAAIPc&#10;ypqtpnVFxFSpdmZKviimAVbCuD2jjkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAAioCAAIO+yhK1&#10;xXVFw8Ww6mZkvZOs8lbyt6OqZkbCsiWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiAAPKGe0Z5itr3&#10;e5x5pcL9e/Z50ap9fFh6HJFwfMN6ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/BceZCE79k6egeD&#10;6MFxeoCDBKkVev6CTpAde4WByHZ5fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQdNdoeKyOUb/X&#10;eTeMUaeSecyKn468emmJJXU3exGH1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWfd4WY074geBqV&#10;0aYBeLyTDY1SeW+QpnP1eieOa1l1etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOjbLyKdy2fb6SF&#10;d9ebuYvveJGYRnK+eVqVLFhneheSOTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrspdmypKKM1dxmk&#10;foq9d9qgInGYeKecE1dseWuYZjqWegKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y/6ITdnqtZIm5&#10;d0OoLHCzeBajTlaReNie6znWeWacKhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZdfm2dojMdsSw&#10;aG/od56q4VXneGSmHDkzeOOh0RK5eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/yIf/dly4928v&#10;dziy6FVGeACuLTimeHemTRIld4uMROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIdagot5nW7wgl16&#10;S1Vggk97Ajkmgpl70xPfhJ18juAfgqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOAdG2zgSmAQFQe&#10;gTCAHjfugYOALBJ4gyCApt6EgUqNq8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyGgC6GgVMMgECF&#10;jjbngI2E4hE8gbKEc9zngCqYl8ekf8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM3lIIf2SLJDX6&#10;f6yJ4RArgHWHwdtgfz2jksYkftif6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEVfqOQ8zUhfuKP&#10;Sg9Af2WKUNoNfoWurcTafiCqJK7tfdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmXCzRefjKVXw57&#10;foCJytjzffO56sPIfY60ga3afT6vMZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4fZmbZg3YfcOJ&#10;XNgQfYXFWcLrfR+/DqzyfMi415ZQfJmy439EfKCtbWedfMuolU7afPek2TMsfRugWA1TfSiJAtdk&#10;fTXRF8I8fNDJ56wwfG7CxpWCfDS7936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzofK2IutHBjVF2&#10;kr21i+t3BqkDiql3fpN+iY54CX0xiJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8edA8i/GAx7x8&#10;ipmAPqfaiWN/zpJoiFV/fnwfh25/V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7iiqmLG7shiV+J&#10;nKasiCuIN5EvhzCHDXryhliGE2PihamFRkuPhSaEljBEhSGERAsehiSDws1+iY+VdbmxiEmTF6Um&#10;hyWQ2o/Nhi6Oz3mxhWyNC2LHhMyLdkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhXh2ycq6POhk6Z&#10;no6BhV2WwniEhJiUHmHChAiR0UnAg5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2maqKqhZ6iiI1o&#10;hLCe2neCg++bb2DTg1iYXkj7guqV4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGxhQ+rl4x1hCCn&#10;Gnang2ai92AXgtKfR0hVglicdS17gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+03ouhg6mvknXe&#10;gu+qwl9ngmampEfHge2j+S0EgbqecAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorqg0u4aHU1go6z&#10;AF7VggautUdKgZOq1iyXgV6eJghKgTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53NnL4jwd3810G&#10;jZR4y0W5jHJ5pisDjE56jAapjP98nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJje1+T1wcjIh+&#10;bUTOi29+mSoni0N++gYsi2yAF7+OlFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqExlsoi5KEL0Px&#10;ioGDuiljik2DuQW+igqDJr5vk0GSp6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlowiqiKHEMZiZ6J&#10;ESiqiWWI5wVfiNeDob1HkmecharPkE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQUkJTiOSOxygI&#10;iKCOygUNh9CDarw8kb+mhqnFj6mi+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0GniDyU3yd8h/CU&#10;OwTIhvODPLtbkTmwp6jpjyWsX5W0jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mblScLh1WYvgSP&#10;hjyDFbqkkM+7Aag2jr22AJT5jMqxD4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3CaqhtaaJARghaaC&#10;9roakHzFuqenjm3AA5RbjHi6UoBgira08mviiTewTlanh/utEkAthuyoxCZIhoGZ4gQ7hS+C3bLD&#10;oHp0w6FInYh1To88msd14nxomD12jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFKkFl8urGwn2B9&#10;5qB9nGt9mI58max9Y3uqlyR9UWfslNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/3bC7nkaHDp95&#10;m1yF9I2PmJuE+Xq2liCEM2cFk92DnFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8nVOQMZ5omm2O&#10;YIxul7SMtnm3lTCLM2YTkvqJ+lF+kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZip12mZOXBIty&#10;luKUp3izlGWSc2UxkhuQglC2kDOO7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJysmO6f0Yqpljic&#10;vnfgk7yZ5WRjkX2XV0//j4qVPTo4jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+owYnolbek/ncl&#10;kzqhfmO6kP+eZk9ujwqb8TnCjWqbAiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lIlVGtdXaFks6p&#10;VmMgkJOly07mjqejSjlZjQChWyAMjJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2VnX3knixomKf&#10;kDmtzU56jkyrXTj8jK6mZR++jD6VdgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EFoEV1/F5znUp2&#10;xUq8mqh3ojVXmL54axtAmWt47AAAjZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8cF3anDl8l0oi&#10;mZt83jS/l619LRrQmDV9mAAAjGyAAKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0fmzyCiEl5mKOC&#10;RDQslrKCKxptlxmCxgAAi2CAAKGwp5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmIq0jLl8WH4TOh&#10;ldGHeBoTlhqIOAAAineAAKDjptSW5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgslv2NvzMmlQKN&#10;LxnIlS2M7QAAia+AAKA6piKf3o/toomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT5TK7lDuTiRmE&#10;lFaQ6gAAiQeAAJ+dpaGo8o9nogWlZ353noqiBmzIm0ae81pumE6cW0cqlbKakzJik52aEBlQk6KR&#10;HQAAiHyAAJ8WpUOyNI7moaSuEH30niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6fdBkmkxCRAQAA&#10;iAuAAJ6qpPm73o59oVS3IX2EndCyi2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3krWQ4QAAh7CA&#10;AJXxtQhzxIZ9sLh0N3aQrKJ0wmXvqMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3rAAAiX6AAJVV&#10;tCJ8AYYfr8V7tHY0q557kGWOp7J7llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAAiMSAAJTVsxmE&#10;LIWMrsODNHWwqpOCZWT8pqmB2FNvoweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGAAJROsh+MU4Ts&#10;rc+KwnT7qaSJYGRZpbGIP1LWohiHaEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7sVOUkoRUrQSS&#10;cHRZqNyQiGOypOmO31JKoUCNhD/Inh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec+YPLrGaaS3PU&#10;qDiX1WMvpEGVrVHOoJST5T9mnVmSwytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNgq9WiS3Nop6Wf&#10;SmLGo62cp1FuoAGajj8bnL+ZeisQmkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yqeHMmpyym42J4&#10;ox+jyVEdn22hjT7OnD2guiramcqc+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLVptCu8WIqor+r&#10;fFDcnwmpcz6em9SmzSq8mWSc5RIGmeaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0K1snscp0zEqK&#10;rZ51hziTqhR2RiRSqCt2twpYqgd3FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0sKt6tkpPrG56&#10;7jhfqNV7QyQ0psd7gQqfqC58YgAAhbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+AtUn2q0yAdDga&#10;p6yAbCQTpYGAlArfpoOBJgAAhWuAAIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mUqkGGLTfPpp2F&#10;1SPypFuGGAsXpQeFUQAAhSmAAIc+vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6MHDePpayLliPX&#10;o1aMPgtKo7mHogAAhPGAAIbfu2KaU3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTddpNORxiPDomuR&#10;6At0opSHvwAAhMKAAIaHut6iX3gJtdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyYqiO6oZiWowuc&#10;oZSH2QAAhJqAAIZNumKqlXfVtVqnHmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOqoPyYHQvAoLSH&#10;8gAAhHuAAIYNuhGzPnfAtPivOWi3r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCYLQvxoB2IEwAA&#10;hGGAAHtuyzFy/W2ZxbZzN19YwH9zmlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNvsE13iQAAgySA&#10;AHtoykB6iG2rxMJ6EV9ev2t52VBwukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98RgAAgyKAAHty&#10;yRKB2W2Xw56A2F9Hvj2AD1BOuQt/oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAAgyGAAHtwx+iJ&#10;FG19wnOHnl8XvRGGZ1Alt9SFhUBeswGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+AAHtbxuyQZW1l&#10;wXCOgF7+vASM6FACtsKLpUBPsd+Kzy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5xiWX5G1UwJqV&#10;kF73ux+TjlADtdWR9kBPsO6Q7C9hrNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSfdW1Hv+qcs173&#10;umCaR1AKtQyYZkBbsCWXXS95rACXeRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/v1uj/V78ucGh&#10;LFAWtGGfFEBnr3WeWS+Nq1ac0xx4qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGrk18JuTioW1Aq&#10;s8ymM0CFrtekzi+5qrCgRRyzqDGTZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmAeB90zKIqeOp1&#10;r4okebJ2oXFjen93o1eGe094nzsvfDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx95aDLd2V9yojd&#10;eEt9zXAueTN95FZbehV9+ToHeu9+EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9GdgqF/Yd+dwiF&#10;EW7zeAaEQlU+ePaDeTj5ecSCxBPEedWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGOTIYRdeaMdm2y&#10;dvaKwlQqd/KJITf+eLKHtxKUeIuF7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSudOWT+Gx8dgeR&#10;aVMjdwuO+jcVd7uM/hGPd3GJP91sb5isDcfZcLSnurGqccujf5rbcuifeoN3dA+btGtYdTWYM1Iu&#10;dkGVDzZCduGSxRC0doSLS9xObuu3jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpydIqfTFFadZSb&#10;dTWPdiWZJQ/+db+K0Ntvbm3DHsXlb4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2mtlCvdQmiezT0&#10;dYWetQ9qdR+KbNrLbhvOxsVEbynH5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAKdI6qSTRjdP2j&#10;KA70dJ+KHNYVfw5xtsHlfxByyqz0fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894CDSagFl5Bw9Y&#10;gfJ5PNSMfVF8f8CyfXN8eqvOfZd8fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQfxJ9cg5BgEh9&#10;g9MAe9KHUL8HfAKGQqpBfDOFRJSBfHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2CJQ1MftKBg9Fu&#10;eoaSGL1leryQGaiheveOMJMNe0CMaXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4fY2E/M/zeXKc&#10;6bvveaqaC6ctee2XQZGkej+UmHtmeqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH886zeJun0rqz&#10;eNSkH6XyeRWgcZByeWqc5npKedaZkWNWelOWhEs+esyT5jAhexWSggspe42Hi82ud/Gy07mweCqu&#10;TqTqeGWpv49seLmlVHlaeSyhNGKFea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O98bjjd6q4oKQQ&#10;d9yzNY6LeCet63iBeJupCWHEeSekt0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhKd1HDI6Nfd3e8&#10;4I3Ld7W2wnfIeCSxL2EgeLCse0lUeSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNxvqCShnJy2owb&#10;hdFz7na3hUd1C2BchNx2NUi0hJ53VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9zhQx7G4sHhHV7&#10;V3Wqg/l7p19bg5x8CUe6g2h8aSzYg7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7ODconZgyyC0nSH&#10;grqCVF5RgmuB80bHgkSBnyv7goWBbgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hxggCKfHNCgaiJ&#10;Nl01gWuIEkXVgUqHEyssgXiGfgcUgfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWSUXIbgLCQLVw1&#10;gISOVEUAgGiMvCp4gISMCQajgOaEfcAwge2jvq24gUCglppXgKudZIYUgDiaRXEcf+eXWltRf7aU&#10;wkREf6GStCnXf7CSEwZEf/6EPb9EgUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0SeuFqSfxibgkOm&#10;fvaZIilRfviXQgX2fz+ECL6QgM642qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnYfpWiqUMMfneg&#10;cCjffl6bggW2fqOD3L4UgHjDwauCf9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCqc0KTfgenMCh5&#10;feabXgWDfiaDurdckVdvsaY1j55w7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDvieB2pCaBijt3&#10;gQMqiiR5vbZYj+F5U6VDjkd5npMejNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7mCWyiPp79ALb&#10;iIR9abVJjouC6qQMjQKCXZIDi5KB037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6h86AuAKVhxaA&#10;orQsjU2MlaLUi8uLPpC2imqJ6H25iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF5gJZhdmBlrMF&#10;jEuWSaHCisuUOI+ciW+SLXyLiDqQN2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIlhMqBc7IGi4Wg&#10;H6C+igmdWY6YiKyaj3uSh3mX2mfKhnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WBVrE1iumqDp/r&#10;iXGmlo3AiA+jDXq8htmfnWcFhdWce1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCSinK0J59AiP6w&#10;Ao0Jh5arvnoChlanl2ZRhVCj4VHGhIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+i568iKq5woxu&#10;hzu0xnldhe+v7mW5hOKrwFFEhBOo5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiOmHNwQYelljxx&#10;aXWwlDxyjGK1kmhzt06SkNV05zjUj8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14gIbXlQ543XTk&#10;kw15R2HrkTt5xU3Qj6x6UDgZjpV6zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXpk9uAZXPtkeWA&#10;HGEFkB1/8U0Bjph/3zdjjYF/1h13jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseIDXL2kM2HD2Ab&#10;jxOGQUw5jZaFlTbAjH6FGxz8jN2FZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2j9yOM19GjhaM&#10;s0t+jKWLfTYqi4yKrhyPi9CK4wAAhTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqVhl53jVqTaErK&#10;i9+RrjWYisWQxxwjivKPkQAAhE+AAKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3JjMOaU0o2i0aY&#10;PzUlihaXlBvRiiySzwAAg5WAAKLxlGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjEShikmmis+fZDS0&#10;iZid2RuLiYeSnwAAgv2AAKKKlBa5mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3imCnSDRSiTCi&#10;1xs3iRiSZwAAgoSAAJpSpNtuhIs8obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690PzBylmV1KBX/&#10;mE11KAAAhiB+aZmyo7t3Loq0oKR3hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/qlSp57RWmltR5&#10;3AAAhQCAAJkLooZ/wYnqn31/XnoKnJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+6BVUlXh/CAAA&#10;hASAAJhKoWWISokNnmOHRHkYm4aGU2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUHlD6EgAAAgyiA&#10;AJd+oHyQ3YhDnXyPQnhHmqGNvWd0l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJQAAAgmyAAJbX&#10;n7CZq4eXnLmXeneXmd+VV2bJly+TU1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAAgc6AAJZGnxyi&#10;j4cYnCifz3cVmUSdDWY5loqadFSdlBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuAAJXOnrGrl4ad&#10;m72oTnaSmNKk+WW2lg6h11Qek5WfUUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1nmK08IY7m2ux&#10;KXYimHitRmVBlaqprlO0kyqnDkEvkRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRuAH5Xq3tvF29d&#10;qANwL195pMBxS06MobtyaDxBnzdzdyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4Gqnp2jm8Apu12&#10;8l8ao5V3bE4roIN3+zvonfR4jCeEnJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9/258pcJ9u16L&#10;oml9ok2nn1Z9qDt5nMd9xiczm1d93g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23DpKuEol3roU2D&#10;+U0RnkODgTsAm7SDNibgmjWDLQ0/m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GLtF1BoGKKgUyJ&#10;nUyJiTqNmsGI7CaUmTGI/w0/mlyHPQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6n6GROUwJnIWP&#10;0Toymd2O9CZbmD+PWw1CmSeI9wAAgACAAImoqZ6fIHtApficq2wmomSaRlxInv2YGEuhm96WXDnj&#10;mS6VhiY2l16U3A1KmBGI/AAAgACAAIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tKmzmdOTmKmJmc&#10;rCXzlsuZcg1KlzmI/AAAgACAAIkDqOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk+jlOmB+ixCXI&#10;llGZjA1DlqCI9wAAgACAAH9yuf9tbHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMBp5NyeB67ptFy&#10;wQW9pz9zbQAAgACAAH8zuR91UHHHtMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3dR7EpTB3kgYg&#10;pSF4xQAAgACAAH75t/F8/nFvs598nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65o7V8oQZyozZ9&#10;owAAgACAAH6qtr+EknEFsnGDsGLGrj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKCFga2oX+B5AAA&#10;gACAAH5Mtb+MOHCksXKK4WJbrT6JsFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbxn/qEsQAAgACA&#10;AH3wtP6UBnBPsK2SQGIIrHGQl1MCqGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE0gAAgACAAH2f&#10;tGmb5nALsBKZtmHGq8mXmVK+p6+VxELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAAgACAAH1qs+mj&#10;5W/Yr46hUGGQqz2ezVKGpxucqUKso1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACAAH02s5usR2/Q&#10;ryupVmGEqsGmXVJkpoKj60KQoq2iwzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKvxUhs3mWlwKxt&#10;tFgdvDlun0nTt+xvlTp1tAFwgSlTsTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0cGXDv7F0i1g6&#10;uwR01UnxtoZ1QDqWsnZ1vymNr392IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWqvnJ7RVgmubV6&#10;/UnWtSR69zqIsQN7EimerfJ7OBVurd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB+FfnuGqBQkmo&#10;s9KAzDpmr62AlimcrIqAkBWvrDCAzAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfAt0WHtkl1sqiG&#10;2jpRrnOGUSmeq0eGSRXtqq+GkAGRpFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6OVElnsaiNIjpB&#10;rWyMXimoqiGMhRYnqViLgwHxouqBUAAAgACAAHIwv1CY02U/umKW4FeutX+VCkljsM+TjTo/rJCS&#10;wim2qTiTBxZgqC2PIQJHobSBigAAgACAAHITvtOgYGU9ucyeGlextNWb7klksBaaOjo6q9KZtim3&#10;qH2YeRaFp02POgKNoLOBugAAgACAAHH+vnaoNmVDuVClole7tEOjKElrr3ehazpFqymgUSnQp8qc&#10;RRaopo+PUgK6n/OB2AAAgACAANm1cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmtyo2rrd4p0G1IF&#10;eKB1gjZ6eaB2wBICenl2rde3b1d33sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnHdg56UVDrdzR6&#10;1jVoeCF7PhDOeMJ6rdXibYSDHcGkbxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKAnE/ZdeWASjRs&#10;drx/7w/Ad0F/ItQZa+qOSr/VbY6MkKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7MdLSF4jOAdXKE&#10;2w7WdfODMNJ6apSZb747bECWzKlUbdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SLqDKldEeKGA4O&#10;dNSGqNEmaYqknbzrazihI6gCbM+dqpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHgcz+Pzg1lc+OJ&#10;DtAVaLmv1Lvdameriqbra/mnK5FJbYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqWFAzZcxuIsM9H&#10;aB+7FbsQacu2AaYMa1Oww5BebNarmHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxncnmIYs65Z7zG&#10;YLqAaWHAfaVhatq6Y4+cbE20YHltbdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeIJcpaeeRri7d9&#10;emRtS6PBeuZu648Ce2hwdHlVe+5x+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jpd+h2PLZXeJF2&#10;5KKkeS13g43secR4InhCel14ymGvev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA5LSuduaAh6Ec&#10;d5WALIxzeEN/6HbyePV/uWCFea1/mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerMLdWuKM594dieI&#10;8osDduSHxHWid66Gv19feHiF0EfVeS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT9p4EdPCR2YmX&#10;dbePzXRldomN4V5Id2aMLUbteCCKnSxseHKJigiTecyFk8MkclugwrBicyyd15zOc/Ka3ohodL6X&#10;9HNKdZeVM11LdnSSrkYbdzSQiyu9d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj+Ydoc+6gM3Jd&#10;dM+crFx9dbGZdkVqdmmW0SssdoeVVwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaOc0Sok3GHdCak&#10;TVu9dRGgjETOdcmdwCqudceaIwd4d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6xHnDVc5msK1se&#10;dISoCEQ7dTulECoqdSOcggc7dvaE5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8gblxTVpwgbhy&#10;2UOAgd10RykEgoF1UwU8g7t2jbpMgL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ33VlwgFB4pkKT&#10;gHh5WigugPx5yATIggx60rkcfw5+zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5fvh+jUG6fyd+&#10;kiduf45+fARigJF+kre8fZSI1aZcfYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyEmEDMff+D9iao&#10;fkSDhAQJf0iB1LZtfFmS4aULfFCROJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+fPSJkCX/fRiJ&#10;BgO+fi+CiLVVe2KdDKPze16ao5Goe16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmPdSVofA+PAAN+&#10;fUGCXLR1ep6nSaMNep2kJpC8epmg1X2KeqediGmgetSadVTOexKXvz6sez6VxiTseyqUIANJfH2C&#10;ObPMeguxoKJYegytxo/4ef+pr3zCegSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqYUgMee92CHLNc&#10;eae8IKHSeae3mI9WeY2yvnwUeYOt6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8e16CBKzYi71p&#10;2pz5ioBru4v9iX5tcHnAiKlvCGZph/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3JKvzigJzZZwH&#10;iPh0VYruiAx1Mni5hz92CGVxho124lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7FarwiGp825rVh3t8&#10;+YnZhph9C3edhdp9IWRxhTR9RlAphLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaGWpmkhg+Ft4iQ&#10;hT6FAHaLhIaEU2N5g+2Dw09cg3mDSTmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iYhOCOioeDhBeN&#10;InVig2eLtmJvgtaKZE5rgnWJSjjhgjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qXfoaBgzCVXHRv&#10;goCTM2GMgfGRME2qgYaPeDhFgUWOUh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWtgnadrHOZgcKa&#10;ymDEgTeYJk0AgM2V8jfHgHaUuh5RgGySVwAAgACAAKZKg4+tCJYjgr6puoT4geemJnLhgSaijGAS&#10;gJefVkxTgDmc2Tc3f9+btR34f6eURAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8gKmqoF98gBCm&#10;70vXf6+kejbNf1iheR2efw2UBwAAgACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANualyNjrBv9kkP&#10;jZ1xdDPWjRByshmHjqJy9gAAgxZ6vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvEjVh1+UhVjEV2&#10;2TMoi613ihj9jQB3gwAAgaF+H50YkhN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18GEeOiwF8XzJ+&#10;imN8kRh+i3x8bAAAgFqAAJwZkLeEK4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbOidOCCTHliTCB&#10;zRgRihKB2QAAgACAAJsmj4SNLIwAjeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H3DFZiBeHUBew&#10;iMaHWAAAgACAAJpSjqCWUYs/jQaUmHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDLhymNTRdJh6yM&#10;BQAAgACAAJmkje+fgoqHjFqdMHp5is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT9Bb/hrKPjQAA&#10;gACAAJkcjWiozIn1i9il6XncikSizWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+heGPYQAAgACA&#10;AJi9jQiyVomEi3uu8XlWidyrOWhOiFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiPKAAAgACAAJDY&#10;nuFozILXnExqjXPfmgJsNGPEl+9txVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAAgAB90JBAnY1x&#10;Y4JImxByUXM8mMNzOmMmlqN0IlHwlLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACAAI+YnCF52YF1&#10;mbp6EnJ9l216TWJglVN6lVE9k2p66T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7PmsyCPYCSmG6B&#10;23GEli2BeWGQlBOBJlB7kjeA6j4qkLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSKqH/Gl1mJuXC0&#10;lR2Ix2C0kweH3k/WkRyHDD2bj6CGeil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38XlniRy3ABlDyQ&#10;QGAKkh+Ouk8zkDONYD0ljp+MaikijbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z+G+Ck4mX1F96&#10;kWCVuU6ej3WT8TyljeKSzSjPjNiSxQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28AkwOfk172kM2c&#10;8U4djtya1DwmjU+Z3ChrjDiYGg9LjKyKVwAAgACAAIwBlz2txH3DlPSq3G6RkpqnqF6CkFakkU20&#10;jluiUTvPjMag9Sgfi6+bIQ8ci/mKNwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFjioHhs/kiLng5u&#10;cjaynDVvtyJem+NwWghYna9wIAAAgACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydzFkgwnKtz/jZn&#10;msN0yyIrmkd1HgiAm3R1MQAAgACAAIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUewm1R5oDYAmWd5&#10;/iHrmMx6FQidmWd6pwAAgACAAIIApUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/aTWLmCl/XyGh&#10;l3V/WAiul4t/kwAAgACAAIFkpCWIR3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUblw+FAiFalkKF&#10;FAi8ld+D0QAAgACAAIDYo0uQX3NooE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK8SErlSSLYgjM&#10;lGCF8wAAgACAAIBtopCYh3L3n5mWzmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEVlB6Q6Ajikw6G&#10;AgAAgACAAIAUohSg03LDnxueuWR+nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+VfwjokgCGBgAA&#10;gACAAH/RobypXHJ9nrem7GQum6akMlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjjkTuGAgAAgACA&#10;AHa0s8Fnf2n1sDhpCFyArOVqjE4YqbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpwAgAAgACAAHZa&#10;stBvUmnKryhwHVxXq6Zw+U35qFRx3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAAgACAAHYMsXx2&#10;6Glgrdh3G1wCqkd3YE2gput3wz4oo+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACAAHWssB1+XWjp&#10;rH1+Flt3qPN93U00pZR9wz3Hopl9xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVErvSF4Wh/q1iF&#10;LlsFp8+Eh0y3pG2D8z1yoWSDjyyQnzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhONimgoqnWMclqv&#10;puOLWExfo3mKWD0eoGiJmixfnhiJaBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfmqcGTylpupiOS&#10;Q0wYoq2Q3jzUn5qP7iwwnTuQBxjanJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2bO1oypYaZVkvY&#10;ogaXozyUnuyWtSvrnJOWdhi7m8aQuQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVoupPyg0Eu4oV2e&#10;yTx7nimd8yvrm76bkxjRmvKQyAOslYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5ZpcEMjtAVqxjQq&#10;sOhr9CMfrz5sog4hsUhr4wAAnwRzsAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENFsndwbjRbry5x&#10;MSNzrUpxnA61ruhw5gAAncB4KQAAgACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12GTRRrZB2fCOR&#10;q4h2rg8crMh2JgAAnIl8IgAAgACAAGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQtrBR78COTqfJ7&#10;+A9nquJ72AAAm2h/oQAAgACAAGl6ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreBmiOUqIWBng+p&#10;qTCBrgAAmmyAAAAAgACAAGlOuTyKu10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOdpzqHwA/mp6uG&#10;uAAAmZCAAAAAgACAAGkpuH+R/l0UtEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKORRAiplmK6QAA&#10;mN+AAAAAgACAAGkNt/OZWV0Xs56X5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/pVmK/AAAmEiA&#10;AAAAgACAAGj6t4+g610jsxOfSVBRrrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOLDAAAl7KAAAAA&#10;gACAAM1QbG1mRLnnbjBodaXTb9hqkJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGtdqlz1g3HeDFz&#10;tstcae5xVLhYa+dyZ6RtbbZzd4+fb2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4VQzmdnR35cmI&#10;Z8l8YLaRadx8XKLha8t8X44mbZl8fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwhdO58g8e7ZeKH&#10;ULTCaAqGUKEbaguFYIyaa/KEh3cqbc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uAuMYYZEaSNLMp&#10;ZnyQVJ+DaI2OfosPaoOMu3XXbG6LF1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTFYwCdIbHdZT+a&#10;cJ44Z1WXtYnKaVOVCnSma0eShV6lbSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2oE7DUZECkl50q&#10;ZlWg+oi7aFSda3OpalKaE13IbDOW/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbANY3+uxJxTZY2q&#10;TIfbZ4Wl23LKaYShuFz/a22eBUYkbOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq455uyZPizk4cl&#10;ZuKuTnIXaNqpc1xdasKlPkWLbDeiPivGbACcqAltcBKGX76vdI5lYK0EdYJnvppsdnFp74a+d1pr&#10;/XIPeEJt+1xaeSxv7kVTeg9xuysDet9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVycIW2dXZzmHEO&#10;dnN0vVtqd3F130R2eF125Co4eQV3kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/c7Z7Qm/BdM97&#10;lVpEdeR77ENzdtZ8MilYd058PwZ6edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC/m54c0+CgFkn&#10;dHiCDkKFdW6BnyiRdbeBLgYPeIWAMbiubNGPKacnbjKNw5S/b3yMUIFscLiK321GcfeJhFgaczSI&#10;UkGodC2HOyfedESGeQW0d2SDbLd4a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQr1cpchaOt0Di&#10;cxONEic+cvuMVgVndt6Dp7aCapukFKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZgcS6VVkA+ch+T&#10;OCa8cd6SIwUnd0qDfLXLad+ul6Q+a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6cNz+mcV2Z8yZJ&#10;cOqW4gT0d6GDWbVWaWK5JKO4asm0t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8YcK6hDSXHcBWZ&#10;iwTKd+eDPbBwfP9krKBNfR1nHY8RfVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVxDyQAf6tyJgH3&#10;gWd0Aa9TetFuoJ8zeydwE43fe3pxaHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSNDfcl2nwG2f654&#10;ca4deNV4kZ3geU15GYy+ebZ5kXpLeiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7VAF9fit8V6y4&#10;dxCCZ5xzd5iCJYs3eBaBz3j6eJaBcmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFLfdF/uqtmdZeM&#10;QJsgdiqLQInldrSKJXexdz+JAGScd9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiAw6pPdGmWMpoJ&#10;dQOUeIjRdZGSlnakdiOQqWOhdsGO1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lwc3igL5kldBed&#10;vofqdKObFnXBdTWYZWLMddqV4k7bdoCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGqOZhzc2KnFocr&#10;c+ijrHT/dHKgOWIOdRidE04rdceaeDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfwcuKwioaPc1us&#10;YnRac9eoOGFzdHakgU2ldSKhsDh8dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZmiYOXhJxownI/&#10;hEdq0V+4hAtsykvxg/JurDaBhCBwSBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKAguhwbXE1gp9x&#10;vl7DgmtzBEsXglp0OzXAgn11OBvIg291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4K3ASgQN4wF3A&#10;gN55VUo4gNd55DUFgPN6Txs3gZp6LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28Tf3l/3lzbf2R/&#10;wkmAf2Z/rTR4f35/lBrKf+F/VwAAgACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuHHVvWfh6GSkiR&#10;fjKFmTOyfkKFDRo5flmFDAAAgACAAJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1fQ6M+EfXfRmL&#10;sTMcfSSK3RnHfPuKZgAAgACAAJx9fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6TyUc0fDiSCjKl&#10;fCuRJhlxe8eO2QAAgACAAJvle/ul84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaPe4OYwzIfe22X&#10;+RkgesSQ/QAAgACAAJt9e3+vn4w5e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCgGjGvesadnxi4&#10;efKQtwAAgACAAJTRjwxjkobyjZ1l8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52iilvRxPIjJtv&#10;FAAAgAB6QJQQjS1seoYri/dt/ncOiuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10HhNiin1zrAAA&#10;gAB9tpMxi191R4Ucik12DnYYiUh2xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMDiH94mgAAgACA&#10;AJIsibh9+4QLiLJ+JHTyh8F+NWTqhuJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+BgAAgACAAJEw&#10;iEyGzIMPh1OGV3P8hmuFw2P1hZKFHVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAAgACAAJBXhzuP&#10;voJUhkqOsnNDhWCNd2MihIWMJ1Ikg8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACAAI+ohmKYtYGa&#10;hXiXF3KFhImVOWJng6mTRlFtgvKRij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8ghbyhvoEJhNmf&#10;lnHpg+GdG2HMgvSai1DVgjeYWj65gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq94CXhGWoV3Fj&#10;g2KlRWE/gmKiIVBYgZefmD5WgQqeZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpplphlWWxElONn&#10;eFzhk2RpckxJkg9rTTo2kSBs9SXZkThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9tAmuZk2luZ1xF&#10;kdtvv0u8kHtxBjm+j4FyJyV4j3ZyyAsukRhyRQAAgACAAIYglUhz23juk4h0pWrSkdl1ZFt7kFF2&#10;HksMjvV21Dkujfp3dCUOjdR3uwscjsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18c1qmjtp8l0pL&#10;jYx8wDiRjJR85SScjFh85gsBjLx9DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnGjZqDMUmojEGC&#10;yTgFi1GChyQ4iv6CZwrtivGB7gAAgACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ60kGiy6I/Tec&#10;iiWIWyPricCIawrZiWeGFAAAgACAAIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhrik2PaDcUiUKO&#10;mCOeiLKOxgrGiB2HSQAAgACAAIKxj9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOWGjaPiIyVayM0&#10;h+mUFQq2hxCHPgAAgACAAIJaj2SmhHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8h+WccCLuhzmX&#10;ngqVhkaHKAAAgACAAHqQoqVicG4ToCZklWCrne5moFIgm+doikJYmh5qTjDimP5rwxyBmcFsPwPf&#10;mKFsvgAAgAB/0Hn8oUFqe22gnsxr4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxml89xBwQglhBx&#10;0gAAgACAAHlrn6JyWGzunUJzIV+dmvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1+wRSk8V3TQAA&#10;gACAAHjEnhB6HWwym7t6YV7NmXh6nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0kcB8TAAAgACA&#10;AHgbnL+B72uImnKBuV4emDWBdk/IlhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2AnQAAgACAAHeG&#10;m7qJ32r6mXOJOF2TlzCIdU86lQmHrT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAAgACAAHcRmt2R&#10;12qAmJ6QxF0VlliPhk66lCuOSD9tkkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACAAHazmkWZ62pL&#10;mAaYg1zdla6Wy05zk2GVDD8ekWWT1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZrmdaiK2oCl42g&#10;e1yLlSeeXE4cksycRD7SkMSbGS4nj0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlhk2IDql1jklU6&#10;p7dlg0dppTtnVzhNox1o9yc2ohdqGxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6qRtqj1T9pkZr&#10;4UdAo6BtKjg3oWBuUyc/oDFvGxJxoi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nxc1SYpLRyN0be&#10;ogNzATftn7lzuicbnnJ0LhKSoBNzmAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9oyx4nEZqoHp4&#10;7zeJnjN5QSbdnNx5bBKXnjJ49QAAlDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/K0XjnyZ/BDcx&#10;nNB+9Cadm3B+8hKSnIZ+4wAAkuiAAAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWFnguFUDbYm6uE&#10;5SZvmiiE1RKSmwOEuAAAkcaAAAAAgACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6LuzaGmryLGyY7&#10;mSWLShKlmaiJoQAAkNuAAAAAgACAAGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZAmfSRsyXpmGGR&#10;vBKCmK2MgwAAkCeAAAAAgACAAGrwpKGd419WoaScqFKZnpia90TYm6KZVjYzmReYzyX8l2qW5xKq&#10;l6mMngALj4qACAAAgACAAGGzuHxgiVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRySrURnuAhcrqRn&#10;awAAk1hy2AAAgACAAGEwt5Fn21XHtE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwpsugjxrAlsaQAA&#10;khd3bgAAgACAAGDqtgtu7FV3sr9vkkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlcqaVxnQAAkOF7&#10;gAAAgACAAGCqtGR12FUlsRp2GUj9rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3OAAAj79/FgAA&#10;gACAAGBosvV80lTpr6x8v0i+rF18rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAAjsGAAAAAgACA&#10;AGAusdqD8VTHroGDl0ijqySDKjubp/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOAAAAAgACAAF/9&#10;sPyLFFS1rY2KfUiYqh+JvDuLpuGJCC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAAgACAAF/ZsFeS&#10;RlSyrMuRfkiYqUiQdjuFpfmPiS1Lo0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACAAF/Br92ZoFS7&#10;rCyYvUijqJGXgTuHpTSWhC1Som2WLR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMETZxVf7a7TaTli&#10;tJvtaz5lYIgibSRn7nNpbvhqaV23cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq0a1LZopshZqO&#10;aL9uLIboatJvy3JGbM9xYFyobrFy60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uGZCB2TpkHZn12&#10;84VzaLN3pXD4atJ4XFuBbNB5EUTKbnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWAD5dDZGx/yIPu&#10;ZsF/jW+XaQF/aVpSaxh/TUPPbL5/KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWyYqaItYJpZQyH&#10;l25SZ2KGjlk1aZCFp0LnazmEzSmJaxmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2RtYExY6KPtm0t&#10;ZgON1Fg8aDeMHUIaaeOKoCjlaX6JsQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAxYnCX3mw9ZN6V&#10;MVdqZxqSwEFxaLuQryhgaBePygd8c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXagCGtuY+ecmVat&#10;ZiyZj0DWZ8mXJyfsZuKVIgdEc7iE6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrPYx2kA1YfZWCg&#10;fkBNZvCeHyduZciZXwcYdAOEzLM3buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p7VXpdYFsTT+8&#10;dqRudyYCd1pv/AQyewlxErHCbCxpq6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UOc3hyMj74dKBz&#10;miVXdQ90eAPheXJ1ybAxabVz9J/Na3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4Lj3+csl43CSH&#10;cuZ5JgOZeet6Rq6SZ4J+H54maWZ+LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0ccRd+PCPScOF+&#10;EANbelN+K60QZZ+IR5yzZ5iHi4tsaWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KDxyMwbwaDUwMm&#10;eq2BgqvWZBiSfZuAZh+Q/IpBZ/qPWXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKgbV2JHwL6evmC&#10;A6rcYtyctZqJZOyacolLZsuX/ncfaJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO3ALVezeB6qoj&#10;Yeym7ZnMY/6j6YiEZdmgqHZWZ5+dYmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3e2qB1qmtYUWx&#10;H5lGY1StW4foZSKpTXWxZtylRWLFaKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OBxaWkdxVew5Z6&#10;d69huoY0eFxkdHSneRRm+2HwedNpZ04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4dHlojZVadVRq&#10;joUBdiVsaXOLdvZuJ2Dud8tv1U0ieKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdyUJQCcx9zboPk&#10;dA50dHJodPh1Zl/sdeB2U0xGdsd3NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KNcRd8T4JYch98&#10;jHEZcx58uV64dCV86Us8dR59GDY1ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qFO4EIcHWEt2/U&#10;cYOEH120cpSDkEpVc5+DFzV8dE2CrRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4bxOM927NcCyL&#10;nVy9cUWKVUmNckyJNjTbcvKIYxvvccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6VP23wbwuTJ1vu&#10;cC6RNEjccTePiDRZccWOcRuQcF2NWAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01bh2avFs2b0KY&#10;K0gwcFKWGTPRcNSVHxs6bzWRegAAgACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+ia1qlbn2fTUe1&#10;b4qdAzNWb/+beBrEbkeSGQAAgACAAJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljYf9do1UXGgC5r&#10;DTDlgL5s3ha1gj1tNAAAgAB2XJdTfRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu/kT7fkFwjzA5&#10;fr1xyRY2f7NxuwAAgAB6Z5Y5etdwvogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQvfHB2KS+XfNt2&#10;2BXFfUh2hQAAgAB985UFeMR554a8eSp6cneXeYV622d5eeF7OVYQek57jkNxesB73C8Jext8ChVm&#10;ex17pgAAgACAAJPTdweDDoWud3+C83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5XeZKBdhTpeU2B&#10;UwAAgACAAJLUdaSMS4SpdiaLh3WEdpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCHLRSBd8aGpgAA&#10;gACAAJIHdIKViYPbdQyUI3S3dX2SfGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5dn6LFgAAgACA&#10;AJFqc6CezIM3dDCcynQLdJ6aeGPndQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeNfgAAgACAAJD9&#10;cv2oHIK6c4+linN9c/Sik2NVdFGfj1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAAgACAAIssiH5d&#10;8H4Rh61gx2/Thx1jamBHhrhl2090hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB504pRhjRmrX06&#10;haRotW7shS1qml9zhM5sYk66hIpuDzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIlehAdvU3wdg6Rw&#10;o23tg0Jx2153gvNy+k3fgrt0CzvYgrF0+iezgvd1hw2eg+d07wAAgACAAIhPghR36Hr6gcV4l2y4&#10;gXh5Kl2EgTJ5qE0AgQ16HjsjgQd6gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9gBuAo2vCf9+A&#10;llyLf6aAbkxnf3uASTqof32ALSbcf46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI02sCfpuII1vC&#10;fl6HVkuNfjeGlzn9fiyGCSZRfiSF2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpHfY2Pt1sNfU6O&#10;UErcfSmNDzlmfRaMLCX1fOOMOgzqfTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeXX1p5fG+VYkpJ&#10;fEaTsjjTfDSSsSWCe+aSSgzLfCeIpgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2e7ycsUnWe4ea&#10;rDh2e2uZ4CUmewyXIwyKe1+IegAAgACAAH5DkfldZnHakJFgGmRpj3FiplW6joNlB0W+jcNnOTQf&#10;jXJpGx/SjlZqFwZOjplqFAAAgAB8y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2i9xs5TO1i31u&#10;RR+OjCdu4AZqi/Zu8AAAgAB/3nyujddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1yozMuialzhh82&#10;iiNzzAZ3iZ90KwAAgACAAHvJi+116W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKjh/Z45x7diEZ4&#10;7QZ8h5J5vwAAgACAAHrpikp+BW54iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+dx6dhox+YwaM&#10;hcZ+rwAAgACAAHoiiPqGRG25iBaF+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5uhPmEOwaRhDyC&#10;2wAAgACAAHmDh/SOjG06hxqNzl/jhieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OKiQaLgvOEbAAA&#10;gACAAHkEhyqW3Wy5hlSVsV9dhVmUJ1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJgeWEawAAgACA&#10;AHiihpKfTWxShb6dy17qhLibxlCCg6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSEYwAAgACAAHGv&#10;m9hcsmXxmfdfQlk7mGBhtEtOlvxj+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAAgAB/SnD3mg5k&#10;jGVnmEdmb1i0lqJoQErhlSNp+Du2k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACAAHBPmBNsQmSi&#10;lmptjlgOlMtuzEo/k01v+zs0khFxCSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+TljFz42PRlJZ0&#10;rVcrkwd1ZUmNkY92EjqZkFt2qCnlj8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7kGMXkwx74lZx&#10;kYJ8HUjQkAl8QzoSjs98Zyl1jjF8fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8kdaDPlXckEiC&#10;+0g7jsqCoTmEjYaCVikwjL6CNxV2jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWKoVVUj0WJ5Eez&#10;jb+JFTkGjHaIdijPi52IURV1i+OIBAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUSjnmRAUdpjNOP&#10;sTi8i3SO0yhwip6PBBUZiseMoAEahtGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSYX0cQjCCWsThy&#10;irGV0Sg5icWVJxT8icmOMAEnhgOAyAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCroFtijTHynwVk&#10;aCDnnxNligv7obtlGgAAjZRt0gAAgACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnntoVjHSnP9pvyDz&#10;nNVqigxPnvpp/QAAi/tyzAAAgACAAGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/mxFvGiDQmsFv&#10;lQx9nGxvBgAAint3ogAAgACAAGOdoQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0jSCQmN50wwyO&#10;mhl0VQAAiRR75QAAgACAAGMOn2548FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBNly16MQyOmAF6&#10;KgAAh9F/nAAAgACAAGKQniyAVldxnBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/+AyVlh6AEQAA&#10;hrSAAAAAgACAAGImnS2Hv1cZmxiHeUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAyslHSFDQAAhc6A&#10;AAAAgACAAGHVnF6PK1bMmkqOm0rTmByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWIegAAhSGAAAAA&#10;gACAAGGVm8uWzVa/ma6WJErFl2yU7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAAhJyAAAAAgACA&#10;AFkjsa1aZE4ar1JcjUJkrRleqjWcqxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx/QAAgACAAFhw&#10;sGdhfU26reJjG0Ijq2pkuTV/qS5mOic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAAgACAAFgIrpJo&#10;aE1KrAtpkEHQqYlqtDU4pzhrzicYpaxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACAAFeurKdvOkzf&#10;qiZv/UFXp6hwuTTnpVVxbSbfo7xx7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdSqv12HEyKqIJ2&#10;ikEEpf926jSKo6Z3Mya6ofV3bRYJol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19I0xQpyp9SkDV&#10;pJ19TjReojd9PyaSoHR9MxYboJd9FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwpphKEFkC5o3WD&#10;xzRBoQKDbCZ0nzSDRxYdny2DhwU+myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK/UCqooOKZzQy&#10;n/6JzyZdniGJyhX/nhGJNgVNmauDlgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCnobqRVTQunyOQ&#10;pCZnnS+QmRYmnPaN5AVqmHCDqQAAgYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9gN3+GaHFjTGve&#10;ap9mRlcobK5pJUEqbmJrzyfrbtpt3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5LZa5rEGq6aA1t&#10;KFYeakBvLkA1a/xxBicYbBJyXgZjdTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZyzmluZax0DVT7&#10;Z/51Qz8+abt2ViZRaWV3CgYXdbV4Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gUY397AVPUZep7&#10;az5OZ6h7xCWXZt176wXVdiR8mq2+VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyCCFLIZBGBrz12&#10;ZcqBWCTyZISBEQWddoOAbaxSU3aOZpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHnYnCICjy+ZCWH&#10;GSRiYnWGnQVudtODpqstUc+Y1ZrqVViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSOhTwpYriNDCPw&#10;YMiMogVGdxaDkapQUISjNpoeVBugQ4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjucYYqTViOOX2yR&#10;7AUmd0yDe6nBT5itdZmSUzSpoIh4VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+aBSMiXkWWHgUN&#10;d3eDaqgXaNtZSZhjaqlcr4fPbGtf5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDocvFszAFMfc9u&#10;86aBZYhjd5c0Z6Vl5Ia9aZpoMXUta3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJxTAEufgFzx6Te&#10;YohtjpV/ZNlvDoU3ZvtweHO4aP9x1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEUfi14ZaM0X9d3&#10;iJPVYlB4MIOWZJR4x3JfZrh5UV/+aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8ZqGoXX+BfZJg&#10;YBmBXYItYnyBJnD+ZLiA4l7oZuGApEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBjW5CLe5ErXkKK&#10;loEJYLiJkm/pYwmIg13mZUCHgkrJZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmVdJAyXLyTzIAa&#10;Xz6R+28GYZuQJF0RY+KOb0oTZdyM8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9zW4ic939ZXg2a&#10;W25KYGyXv1xaYriVYUloZLmTaTU3ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWmDH7DXSOip22y&#10;X3ufTlvQYcScWEj1Y8KaBzTDZKKY5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1ncvFfkGy8dBti&#10;jFrhdURlZEfBdmdoEzLyd2hqYBled81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFnaWujcYxpoVnl&#10;ctFrvkbmdAdtujI4dPVvYBjSdMlv3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqFbyZwxljucINy&#10;KEYYcclzdDGZcqV0fBhjciZ0kwAAgAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3+Ve+bmx4o0UW&#10;b8J5QTDHcIl5txfKb+x5jAAAgAB+cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbGbIh/LEQ5be1/&#10;KDAabp5/HhdSbgZ+8AAAgACAAJR7Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2FzEN/bE6FKy+I&#10;bOeEvxbpbHKEwAAAgACAAJOPYmKSEoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULWavSLVi8Va2qK&#10;rBadayOJxwAAgACAAJLeYS6biYSyYzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKRsi6Tai6RJRZW&#10;ahWN5QAAgACAAJJmYE2k84QuYl2iZ3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4iaRiXYBXlaUyO&#10;zgAAgACAAI58eOdYsYEneVJcCXK3eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVpWxDeflBpYAAA&#10;gAB2CY1SdeFhuoAQdplkQHGcd1Jmm2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCIe4Vt9gAAgAB6&#10;H4wdcxtqtX69dAlseXB7dONuHWDldbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRByywAAgAB9tYrV&#10;cJNzsn1rcah0wG8pcqF1rV/oc412h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAAgACAAImTbmt8&#10;rnxQb5l9Fm4LcKl9V164caV9ek5dcp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACAAIiJbKSFtntH&#10;beOFem0Obv+FDF3HcAmEgk1/cQeD/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIeyayyOunp1bHmN&#10;3mxBbZyMw10CbquLkUzGb7CKeztIcH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKXuXnNa1iWRGuV&#10;bHyUgVxdbYmSqUwjbo6RDzqqb1uP9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lPan+etGsKa56c&#10;UVvQbKGZ3kunbZ2X0jpFbl+WricVbgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhbl2fGgVpeoVjs&#10;gX1hd0jBgbhkGzcDgidmcSLRgx1n+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bUfu1ltVgXfx5n&#10;50gLf2Bp8jZwf8pruSJngIRsyQjfgelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds2FcZfNxuZkcy&#10;fS1v2DW+fZZxEyHmfhhxtgjFf4ZxmwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYuert090ZbeyB1&#10;0zUXe4d2iCF0e9R20AiyfXB3CwAAgACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7mUW0eT974TSL&#10;eal8GyEZecB8IAiqe6F8lgAAgACAAHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETld6yCEDPyeAKB&#10;3yCfd+OB1QiDeh+BXAAAgACAAHvLdHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliIXTNcdqCH2SBK&#10;djuIDwhyeNiFVQAAgACAAHsxc1KT8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLLdXqOKx/cdOCO&#10;DQhjd86FqwAAgACAAHq+cnicfG5Xcyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqVEh+Bc7aS1ggs&#10;dwqFhgAAgACAAHVOirdX2mmAifta8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/ivll8wH1ihRn&#10;GAAAgAB8X3RYiBtf52izh5liU1vohy5knk34htlmxT6phqtouS2OhuJqSxlPiDBquwIsh2xr+gAA&#10;gAB/g3NqhZFn52eshT5ps1sLhOlrZk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJOhRNxNgAAgACA&#10;AHJwgz9v32ahgwhxGVn2gsdyOExKgoxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2zQAAgACAAHF9&#10;gUJ34GW5gR14kVkOgOp5IktdgLd5mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAAgACAAHCmf5B/&#10;8mTvf3+AI1hSf1WAJ0q1fyGADDwHfvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACAAG/2fjmIC2Rh&#10;fjqHxlfPfg2HPUorfcqGlDtyfZuGCyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9pfSaQJGPXfS+P&#10;cldFfQCOZ0mqfLWNPDr1fHyMYCqkfFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOYS2NqfGCXQlbT&#10;fCyVv0k7e9aUIjqXe42TEipbe0mS/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Qk0hZ91GuklVc&#10;xURRkZVfYjV5kSVhsCRykaJjVQ9PlIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg/VEJkCFjOEPM&#10;j1FlTjUXjsxnHyQ+jxxoWw9pkW1n+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQjedprUMcjRtr&#10;PTSNjJFslSPijMJtbg9ejoJs6QAAhF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lwKkJliwVxPDPs&#10;ioByICNviphynQ83i89yDgAAgrx4mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGeiS53UDNmiJ93&#10;yCMDiKJ3/Q8MiVN3lAAAgU585QAAgACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599jTLehwR9mSLZ&#10;hsx9ow8LhxJ9tQAAgBuAAAAAgACAAGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJahbCDiiKAhViD&#10;iQ8zhSGDRwAAgACAAAAAgACAAGPeh4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJsCI2hAaKAQ7l&#10;g6CH8gAAgACAAAAAgACAAGN8hrGUGVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiICgu2QKg7bgl2K&#10;CwAAgACAAAAAgACAAFzgnvFV31JCnVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81guAaEnEphBAAA&#10;g6NtSQAAgACAAFwGnN1dHVGsm1lfVUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbfmN1l4wAAghBy&#10;MQAAgACAAFtfmoVkQ1D1mRtl/EWfl71nojkFloRpJirqlcVqVhomlodqtQcXlZxq5AAAgJd3FAAA&#10;gACAAFq2mEBrWlA4ludsnkTRlZdtzjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAAgAB7ZQAAgACA&#10;AFoMlkxygU+SlQRzW0Qwk7d0HDfGknx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/LgAAgACAAFlz&#10;lLd5yE8Gk316Q0Oxki56lTdRkOl6wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAAgACAAFjwk2uB&#10;E06Wkj6BO0NMkOqBIzbtj5eA7CkujqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACAAFiIklyIYE4v&#10;kTqIO0Lnj+aHxDaQjoaHNijcjX6HBhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3kY6P5U4JkHKP&#10;o0LDjxWOzjZvjZCN2yjijFeNwhj5jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFUTUZiqJhW0jtN&#10;pw1ZPS7speRbaSCGpdlc9w6XqKNdCAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXEpsxdNzq/pR5f&#10;Mi6Fo8Fg9yBbo21iKw7HpbJiBwAAnWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZjjjpBoutlGC4R&#10;oX5meSAToQdnVg7RouFnCgAAmt5p7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmkoLZrAS2hn0ls&#10;AB/Anr9skQ7GoD9sKAAAmHdvKwAAgAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVxES0rnUxxpB+M&#10;nKVx9g7AndlxjgA1lgB1CQAAgACAAAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzrm553kR9Ymtd3&#10;nA7Ym6l3XgBxk9p6VAAAgACAAAAAgACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9nh8mmV19jA7R&#10;meV9tQCwkgl+zgAAgACAAAAAgACAAE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8KmBKD5A6qmHeD&#10;ewC1kJmAewAAgACAAAAAgACAAEzxnSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOKrw7Zlx6IRADd&#10;j2eAlgAAgACAAAAAgACAAKnOWupTqZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1DhaBVllTvCad1o&#10;oyMlaXBq6QPneWdsy6fCVqNeIJgUWeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJrjTrTZudt0CJl&#10;ZdhvbAPIeZxxZ6XcUsxojZZHVlVqc4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnlZBhzFSGxYrF0&#10;GQOtecp2YqP5T1Ny3ZR6UyBz2oQ8VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4eCEKYAR4+QOV&#10;efJ69aIyTEB9HZLgUEh9RIK+U/x9aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6Xcl+HQOBehR+&#10;36CwSaSHWZGLTd2GsIGRUbmF/3CdVU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SDoANwejCCK592&#10;R3GRipB4S9OQDYCeT8+Oh2/EU3+NCl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNiekiCSZ6ERayb&#10;pI+jSi6ZTH/gTj+W8G8aUf+Uq11XVX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyCQp3iRF+lho8P&#10;SPCiSX9VTQmfFW6bUM6cFlzrVFOZcko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2HYiZTgI6kZGVX&#10;WH72ZpVbBm46aLdeiFxhasVh5klRbKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBddI1eYLFgZH3a&#10;YydjNW1CZX5l5luEZ7dod0iSabZq5DQXawNtARtnak1uIAAAgABy05oLWlpnWYueXUNpZnxPX/Vr&#10;XGvMYn5tPFo8ZOJvCUd3ZvtwvDMraC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJyX3quXQNzh2p4&#10;X7Z0nVkIYkV1p0Z1ZHF2pDJhZYV3dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJWmp7vWkeXT58&#10;ClgCX+p8VkWOYih8pDGtYxt85RmwY0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD+mgVWyWDglcM&#10;XeODEkTVYCSCuTEaYPSCgRlIYaWCoQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/WVqK8lZCXCuJ&#10;1EQrXm6I5jCpXxSIUhj8YE2ISQAAgACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uSUlWdWreQk0OM&#10;XPqPLTAsXXiOfBi5XzmM7QAAgACAAJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUlWYiXSUMsW8aV&#10;jS/JXBOU+xhZXmaQdgAAgACAAJFYaaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNheEGscZhkgC11&#10;cqVnCRPRc8ZnxwAAgABx5I/KZcNcvoJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDYbq5qGizHb5Js&#10;AhNhcOdsUgAAgAB2lY5LYipmIIDdZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tvxSw5bKVxFRMS&#10;bl1xDwAAgAB6s4y3Xuhvbn9TYWhw13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtxaet2RRKSbEd2&#10;DAAAgAB+R4tFXAx4uH3yXrV5aW+tYSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7nRI0anp7bwAA&#10;gACAAIoRWaCCCHzSXGqCB26iXvKB319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHmaPeBOwAAgACA&#10;AIkZV5mLT3vnWn2Knm3FXRiJvF6WX3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CGQwAAgACAAIhc&#10;VfaUgnsxWO2TJ20RW5WRjl3sXgKP6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAAgACAAIfZVLqd&#10;mXqqV72bn2yCWmeZVl1eXNKXCE1FXwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACAAIUwcZJTQHhq&#10;cpZW82qlc7NaeFuldNhdyUtedfdg5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPHbdJcDnc3bzBf&#10;A2mBcIRhzlqlcc1kc0qCcwZm7TjhdCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k3XXSbAFnF2hY&#10;bYNpMlmNbu5rKUmYcEBs/zgjcV5uniSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRwaQxvN2cAarZw&#10;oViVbEBx8ki9ba5zIjd9bsx0KyQXbuF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3Y2XcaD54Ildg&#10;ad14wUfPa1p5VDakbHh50yNtbDl6FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTcZht/rVZwZ9B/&#10;o0b0aVR/mDYGal9/mCL3acp/owrfcBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyHNFWuZg2GhkY9&#10;Z5iF6zVwaJOFgiKkZ6SFigrLbs+EQwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UMZJSNa0WfZh6M&#10;UDTUZwqLpSIuZdiL6QqzbeqHPAAAgACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SUYUUpZOWS1jR4&#10;Zb6SGyHJZGKRUQprbmSHCwAAgACAAHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJHfGhgHzD/fUFi&#10;rhzifmxkIwSEgOlk7QAAgAB5IHezdmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l5jB0ekdn6hyI&#10;ewVo8QSbfilpsgAAgAB8wHZ9cw1jl2qwdBdl1F38dQln80/8depp60C5dr9ruC/Fd31tNRwQd8tt&#10;1gSce8VuuQAAgAB/73VEcAVr32lzcTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9ylhumdLpy4gSf&#10;ebF0KAAAgACAAHQTbVd0N2hLbrB1Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtYce54IgSteBl5&#10;swAAgACAAHMOaxh8nmdvbI99E1rabc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9wgSYeDx+ggAA&#10;gACAAHI6aTOE+Wahar6E5FoWbAqEkUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSaeDiCgwAAgACA&#10;AHGSZ6eNRmYAaUOMsVl4apaLzUvka7CKzj0obJOKBizcbN+Juhora/aJzASZeDqDHAAAgACAAHEV&#10;ZnGVjWWEaBqUjlj3aXCTIktlaoORnjy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAAgACAAGzFgtlS&#10;e2GCgs1V51VIgvRZLEfLgzlcPTjWg6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8A2uWf4RaTmCQ&#10;f8FdIVRmgAdf0EcQgFViUzhDgLlkkCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqEfFNiI19vfMtk&#10;XlN2fTJmfEYufZBobjeLffhqJybqfoprZxKUf4lrPwAAgABvegAAgACAAGlteWZp+F5OegRroVJR&#10;eoVtLUVLevdumDa/e2hvziZMe9twoRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011Ud5By9VFdeCVz&#10;9URReKJ00TYjeQt1jSXIeWB2AxH1efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6YlCIdh561UOa&#10;dp17JTV/dv97ZCV9dx97khHXd7l7YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2dGuBxUMLdOOB&#10;jDTpdTmBYyT3dS+BZBGpddqBiQAAgACAAAAAgACAAGYScUmJmls0ck2JVU9icwGIvUKCc3SIBTRn&#10;c7uHiyRyc4mHmxFLdGqGwQAAgACAAAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20ITckuOszQLcn6O&#10;AiQvciGONhERcz+K8AAAgACAAAAAgACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va5C8ai9ddZR4I&#10;jSle+gmAjmpfKQAAgABpaQAAgAB+cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6hiO5ixh3Jiflj&#10;+Amkiqhj/QAAgABuKQAAgACAAF6fhkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRoKR1ihvVo/Qmj&#10;h1Fo6wAAgABzZAAAgACAAF2wg2hnyVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzjhCRuGAmGhGdu&#10;DAAAgAB4WwAAgACAAFzGgOhvPVJOgRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5zYwlhgeNzigAA&#10;gAB8rAAAgACAAFv0fsd2xFGIfwp3hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qlaf7R5mQAAgACA&#10;AAAAgACAAFs8fPB+PVDXfU9+kkWZfW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/MwAAgACAAAAA&#10;gACAAFqse3mFy1B0e/mFzkVGfBuFeDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAAgACAAAAAgACA&#10;AFo7ekqNbFAFeteNK0TZev+MbTines2LkisnenWLSBtiedmLMglMeyqGSQAAgACAAAAAgACAAFSl&#10;ltxQPUqMlfFTVT+JlU9WSjMmlQJY+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAAgACAAFOek/1X&#10;P0m8k0RZ4D7FkqdcXTKIkkRemyRnkohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACAAFLLkQxeP0jc&#10;kHlgZz4Kj+xibTHYj4dkOSPkj69lhxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIAjkJlQEgGjchm&#10;8T0ojUtogTEvjOlp4SNUjQFq0BJKjpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hsVUdEi2ltljxr&#10;ivdutTB0io9vniLjiopwPRH+i75v5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZiWd0XDvSiP11&#10;DS/qiIx1jyJpiGh11xHiiR91iAJFhlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7LTtYh1R7dS+A&#10;htV7lyIEhpN7phGohuV7iwJwhIJ9VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrYhfaB1y8MhXCB&#10;pyGbhRGBphEvhRiBwwJhgxGBdQAAgACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOIvS8QhDiIFCHt&#10;g4OIGhHkgx2HJALXgbSB7AAAgACAAAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZoChWThnDoXNX&#10;vwijoxtYZQAAkZRf5AAAgABwegAAgACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9bvBlFnqFc2Ain&#10;n3NdWQAAjtxkfgAAgAB1UQAAgACAAEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjDm71h6giXm85i&#10;UAAAjENpUQAAgAB5qQAAgACAAEYHmjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1nBgiAmExnXwAA&#10;id5ufAAAgAB9gAAAgACAAEVkl7ho6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1lQ9srwAAh8Z0&#10;LwAAgACAAAAAgACAAETFlZNvvjtKlQpwpzDklFtxXyVMk75x0xe4lABx0AiSkilyZAAAhhB5ZwAA&#10;gACAAAAAgACAAEQ7k8J2nDrPk1p3OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAAhLJ9ygAAgACA&#10;AAAAgACAAEPJkkF9kDptkfZ97TAykU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WAAAAAgACAAAAA&#10;gACAAEOAkQSExjolkM6E9C/xkDKEsySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAAgACAAAAAgACA&#10;AJ77U9VN1Y/IVwhSHYAEWiJWUG9cXSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn9AF7fYBrGZzR&#10;ToVYCI4UUi5bb36EVbJevm4IWRFh8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGLfWRvz5raSaxi&#10;Pow7TcBkuXzvUZxnImyKVUFpe1sgWKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt04pjoRTxsZIpr&#10;SbNt+XsyTdRviGsfUblxDVnaVVZyhUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cKQTZ2eIjLRgp3&#10;OHm+Snl39Wm9To94qljYUlx5XkacVWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamAfodrQtSAbHib&#10;R4uAXGjDS9yAS1fvT8aAPkX3Ut6AQzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZKQA+JiHexRQaI&#10;p2gBSYmH1Fc7TZOHFUVcUK2GezIuUTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCSdnb5Qu2QxGdu&#10;R5iPNVa5S7uN1kTcTtSMtjHDTxiMGxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3ZxQUKYhmcERgmW&#10;S1ZsSj+UY0SlTVmS4zGJTV6SUBr3U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1WOWZ9YopaL1WB&#10;ZPld+0M9Zxdhjy9PaEBksRaqaXVmVAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/Xo1hdlSjYTFk&#10;eEKAY2pnSi65ZF1ptxZOZmBq2gAAgABysI+aUORhSYICVG1j13OZV7lmUGQCWs9or1NWXaVq8kFj&#10;X/FtEC3RYJ1u2hWxY+BvigAAgAB3Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIpWllxeEBqXK9y&#10;5y0TXQp0GBU4Ybh0cwAAgAB7dowcSK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4DT+UWbt41Cxx&#10;Wbp5exTVX+d5rAAAgAB+84qxRUh+G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70Vx1+1Cv1VsB/&#10;CRSHXmR/WAAAgACAAImIQluHnnx+RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE3yubVEyExBRV&#10;XaKE+gAAgACAAIihP/CQ/3uyRMqPrW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+SstUkeKxhQqXeuJ&#10;mwAAgACAAIf/PhGaHnscQwyYFm1WR4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2RExPfXmmNQAAA&#10;gACAAIgdYexODHrDZAdSHWyxZiZWF12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6TcOtkaAAAgABx&#10;tIYnXPlXG3lIX4tad2tjYf5dtlx7ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo/wAAgAB2aIRu&#10;WGJgRne0W1ti32otXhxlY1tcYKNnxUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAAgAB6i4K7VDBp&#10;aXYXV3lrQmiVWnRtC1oUXTBuuko/X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+I4EyUGtyiHSq&#10;U/RzqmdBVyl0uVjUWg91sklcXJ92nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/rTSF7p3OAUOF8&#10;F2Y2VEd8b1ffV1Z8tUh7WfZ8+TeyW5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2EtHKOTjyEeGVb&#10;UcqEGVcYVPiDsEfAV6WDWTcZWSaDKSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHSTAqMw2SqT7aL&#10;slZ3UviKnEcnVaqJuDaEVwqJKyQ3VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU8mQfThGTNlXz&#10;UVuReka6VAuQFzYxVU+PUSPfVVCPZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6bLdV0lRhblhZ&#10;g0TGb91c+zOPcStgEx/UcaxiOQczd7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKldC1NYan1gFUPi&#10;bCFi6jLSbWVlaB9EbU9nCgcfdOpnvwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3Ztpmr0LxaJlo&#10;5DIQacpqzh66aU1r9wcNdBVspQAAgAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3JtWEIXZUtu6zFt&#10;ZmVwRR5YZd5xAQcOdBNxzgAAgACAAHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEtYkF1ADCaYzt1&#10;1h24Yvt2PQbndFV3hAAAgACAAHTzVVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7IjAHYFh7gx1P&#10;YIl7uwbWdHJ86gAAgACAAHP9UpGBuWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91XcSBSx0MXn6B&#10;iAbYdG+BaQAAgACAAHM9UEOKOWevU6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yHQRydXOSHxQbT&#10;dHiEnQAAgACAAHKzTnCSmmctUe2RolqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxAW56NGQaddNOE&#10;eQAAgACAAHDRcXNN4mUGcpNRpFh4c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBgFgCnfuZiWgAA&#10;gAB42m8PbOtV3GO7bmpZE1dfb9xcLknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDOfqRnIQAAgAB8&#10;hG2WaKdd92JSanhgkVY2bCNjEUjYbZ1laTombt1niCmab59pNxXHcH1prQDgfoZsKgAAgAB/vGw1&#10;ZLRmF2D4ZsRoElTiaJxp90feajZrvTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAAgACAAGrjYSNu&#10;Rl+4Y2ZvpFO7ZWRw7UbKZxdyFjijaG5zIihtaMNz5xUbaslz2gETfi53HgAAgACAAGnFXgN2gF7I&#10;YHZ3UFLnYpZ3/0X0ZFx4kDfNZaN5ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjcW0t+q13tXeN+&#10;9FIbYB9/DEU2YfJ/CzcbYyt/EydHYt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOGwF1EW7uGj1F5&#10;XguGF0SgX+OFiTaJYQiFKSa0YGGFJhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzFWgCOM1D3XF6N&#10;NkQiXjKMIjYgXz+LaiZnXmGLiROwZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ+E4He4hUgkED&#10;fGRX3TJ0fUxa2yGUfoBdDQzMgKBdeAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9d7pbBUAqeKRd&#10;2DHIeYJgUyEcemdiEQy0fKxiPQAAgABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJhkD8vdQ9j1zD6&#10;deZl0CCBdnhnHgx8eUFnGgAAgABvVgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43caxp3zAecn5r&#10;WR/VcrNsPwwwdlhsIAAAgAB00QAAgACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv8y94b09w+R9L&#10;bx1xiAv+c9BxbgAAgAB5sgAAgACAAF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7PbHR2sB8Da9t2&#10;/Qv0cZl3HwAAgAB90wAAgACAAF2YZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8ix56aR18rAvX&#10;b8J9PQAAgACAAAAAgACAAFznYkqDMlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3sZuqCtwuKblyC&#10;ewAAgACAAAAAgACAAFxiYG2K7FImYqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJKgtZbT6GqgAA&#10;gACAAAAAgACAAFjzg1xMYE6rg5ZP3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARxh9VbogAAgABp&#10;NQAAgAB+Gld4f05TfE2Ef9VWikJ5gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhgbgAAgABt8QAA&#10;gACAAFZIe1pas0xUfB9dQEF7fMlfqjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAAgABzJAAAgACA&#10;AFUrd6Jh9UsxeJJj/UBWeVVl5DRYefdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4IAAAgACAAFQa&#10;dDlpR0opdVJqzj9Vdi9sNjNidtBtbCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAAgACAAFMmcSxw&#10;q0lDcm9xuz6Ec2RypjKhdAZzZyU3dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACAAFJRbnd4Ckhz&#10;b+d4qT3EcPZ5GjH1cZZ5ayShcZt5nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGmbCd/dEfvbcx/&#10;uD1Ybvd/sTGob4l/jSRlb1J/iRRCcDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G8kdvbAGG6Tzc&#10;bUGGeDE5bc6F8yQRbWSF2xQQbqSFuARReLWC6wAAgACAAAAAgACAAEzvjaBK10NgjWpONjjVjYNR&#10;aSy9jf9URB5Vj19WVwyAkd1W9gAAiYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZUize1ihdXUCvF&#10;in9Zvh2Zi5hbbAw5jRVb1gAAhk5g3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8hpRdPCrXhvNf&#10;Oxzch9RghAvkiJ5gvwAAg1RlugAAgAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNjKyoBg4Fkvxwg&#10;hDFlqwuIhLdlwgAAgKpq3gAAgAB66wAAgACAAEibfvFmPD8nf49nzjTCf/5pNykegE9qVxuVgMFq&#10;+As7gWBq/QAAgABweQAAgAB+vgAAgACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1wIhr7faZwbAsT&#10;foZwhwAAgAB2VQAAgACAAAAAgACAAEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpyeud2EwrUfDZ2&#10;bAAAgAB7RwAAgACAAAAAgACAAEZPdtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7+wptem98rQAA&#10;gAB/eAAAgACAAAAAgACAAEXTdNuCvDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrOeLWCBgAAgACA&#10;AAAAgACAAAAAgACAAECZmUVIqzeymK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5UYAAAhLJfigAA&#10;gABwDQAAgACAAD83lbxPBDZUlY5R2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAAga5kQAAAgAB1&#10;AQAAgACAAD5BkhZVeDU6khlX4Ssekj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABpIwAAgAB5dAAA&#10;gACAAD1vjn1b/TRQjp9d9ioYjtVfqR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAAgAB9WAAAgACA&#10;ADyaixRimjN0i2lkJilEi61ldB2ZjCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACAAAAAgACAADvL&#10;h/JpXTKmiIdqgSiQiOVrax0GiUJr8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAAgACAADsVhSlw&#10;KTH0hf5w7yf4hndxeRyNhr9xtA7nhq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACAADp8grt3CjFd&#10;g893fCd2hGV3rhwuhJd3qA6jhEl3kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoNgKp+JzDngfZ+&#10;TycLgqx+MRvjgsx+AQ6Rglx+LgKJgYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8AAP//AAD//wAA&#10;bWZ0MgAAAAAEAwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQE&#10;HQXaB2kI2Qo2C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZE&#10;J2YohimnKscr6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVG&#10;j0epSMNJ3Ur3TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTx&#10;ZgJnEmgjaTNqQmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceC&#10;xYPChL+Fu4a3h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27&#10;nq2fn6COoXyiaqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4&#10;tbmjupC7frxrvVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ&#10;03nUYdVJ1jHXGNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60js&#10;Hezw7cPulu928FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOn&#10;BSwGhAe/COcKBAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEh&#10;yyLEI74kuCWzJq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18&#10;Pnw/fUB/QYJChUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa&#10;41vnXOpd7V7xX/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5&#10;d694pXmbepB7hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSyS&#10;G5MKk/qU6ZXZlsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3&#10;rW+uZ69gsFqxVLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3J&#10;pcqty7bMv83IztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6&#10;573owOnD6tTr5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gF&#10;aAbGCAYJMgpSC2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZ&#10;Iw8kBCT5Je4m4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM9&#10;2z7TP8tAxEG9QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mN&#10;Wo9bkVyTXZZemF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12&#10;mXeVeJF5jHqHe4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGv&#10;kqWTnJSSlYmWgJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauu&#10;u6/MsN+x87MJtCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4Q&#10;zzLQVNF00pTTstTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vs&#10;h+1v7ljvXPBb8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJ&#10;BlQHfwiWCaEKpAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg&#10;6iHTIr0jpiSQJXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrT&#10;O8Q8tT2mPpg/ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1W&#10;X1dRWENZNVomWxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCC&#10;cWxyVnNAdCl1EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+K&#10;s4uYjH2NYo5Hjy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6Qw&#10;pSKmFacIp/2o86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDB&#10;MMJAw1LEZsV6xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch&#10;4c/jAuRN5Znm5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5k9/&#10;zn9YzZl/qH7NtNp/mX55nBR/o35lg0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+fIs05LV+Y4ls&#10;zEB+XYfMs5p+boZmmth+mIVDghh+2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx4vt9MJOSyst9&#10;PpDPsjp9aY5emZN9rIwsgO9+B4oiaE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8M52/yTN8TZnw&#10;sMJ8hZZXmEV835Maf8t9T4/zZ1Z90Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfrx6p7h6MKr2B7&#10;yZ5plvh8K5n4frJ8r5W3Zm59Q5FBTi59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN65KwUrhl7LKZh&#10;ldx7maDafaR8JJtZZZV8yJWoTYJ9kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUKrPl6p647lOl7&#10;H6ebfNl7tqDoZNh8YJndTO19NZJQNOh+PYmn82N5988B29h548ZAw/p58r3kq/d6OrXslAJ6uK4k&#10;fCB7W6ZAZEh8EJ3lTG986pTjNIl994rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471qkzt6ZLRqe3d7&#10;DatAY8J7zKGWTAl8r5czND19vou27lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKFKn11eweEhn3G&#10;Y8SD8X41TI+DeH7pNZKDKIAA7D2HfYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4PfedSDlIMtYpyD&#10;HYKNS5KCw4IWNNiCkIHB6nqGR5Nl1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqCyoi9YbaCaYcD&#10;Ss2CJoVMNDOCB4Nv6NuFT53+0uCEX5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5BYNaBx4tkShiB&#10;l4hoM6KBi4UE51yEi6ig0WyDnaQVuxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiBOY+ySXWBGotl&#10;MySBH4Z75gCD8bNL0BuDBK26uc2COqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPbSOSAr446MrmA&#10;wYfP5NWDc734zvqCh7dWuLWBvLDioi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmAU5DZMmCAcoj7&#10;49aDDsilzgWCJMDit8aBV7lToUqAv7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7MheAMIn+4wCC&#10;vdNUzTeB1spZtvqBB8GaoIiAbrkTiiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/+4rX3hKR4nyw&#10;yO6P8Xxjs7GOGHw6njuMaHxHiI2K3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x3CqQtIaXx5SO&#10;wYVSspKM9IQ8nTaLV4Nbh46J5IK2cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOPjpCVxjmNqI5X&#10;sXKL3Yw+nBWKV4pwhniI+IjZcNCHtYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qXxNiMv5dssAeL&#10;B5RrmsiJgpGkhVKIOY8db9mHBYyoWoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eMCaCBrrqKW5yb&#10;mY+I3pjkhDqHjZVPbvCGa5HVWc6FSo40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6mdrZmJyqTEmIKI&#10;UqAXg0yHCJt+bhqF4ZbiWSuEzpIdRHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJUazal5uH3acq&#10;goaGm6GKbXeFepvQWKGEYpXQRBKDc49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTUltGHe64Sgc6G&#10;PadbbOOFKaCCWDaEFplOQ8GDJ5GcL9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieHLbS+gTeF8aze&#10;bGeE4KTVV9SD2ZxtQ3iC9JOFL6eCG4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tzfuiQxnvaaqiO&#10;dXx3VoiMIn05QpaJwn5QL0KHQn/izJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP04GtadqNmIFj&#10;VcaLWYExQfyJEYE3Lu+GpoF6y0KZEY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9aQKM0YZKVQ6K&#10;pYUfQXSIcIQKLqWGG4L6yiGYHpeOtxiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCMFIspVFiJ+Yj5&#10;QPKH24bBLmWFn4ReyP+XZqD2tgeUrZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5ARU76JbYzNQIqH&#10;XYlhLi6FNIWhx+yW2KpgtP6UIqXXoa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI8JB0QDCG74vT&#10;Lf+E2IbBxvuWZLO/tCCTrq5WoNeRH6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPiP+eGj44NLdiE&#10;jIe7xi6WA70Zs2WTTrbEoCGQwLB8jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qGQZALLbiETIiQ&#10;xYWVr8Zxss2S/L8cn4mQcrfGi/6OHbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHCLZ+EGolAvyCk&#10;h3qtrMmg+nqNmn+dfHqWiBSaH3rYdXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJO3/TvaKjnINw&#10;q+Kf8oJ8mc6cc4G1h26ZH4EldMWV74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZvIOiqYw2qtyf&#10;BopumOybhYjPhoyYQYd1c/OVHIZQYVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh3ZTsqdCeRJJb&#10;l9mazI/5hZWXfo3CcxOUZIvNYJiRVInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3DqOmdjpplluea&#10;IZc0hKGW2pQmcjyTqZE/X+aQqY5rTeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c/aJpliSZjJ5g&#10;g9+WSZp/cYiTK5avX02QIpLaTXaNFY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpYlW6ZGqVxgzWV&#10;26CqcPeSxJvrXtePv5cVTR6Mp5ILO/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaYvKxYgqWVfqac&#10;cHOSa6DkXm2PcJsMTNeMWZTzO8eJS46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMOgimVMKxKcAiS&#10;IKWJXhqPKp6kTJmMIJeBO5+JHJAUK8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYChSHpqbEqdIXr4&#10;WwWY8HvASgmUoHyxOWqQEX3/KdCLHH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBaa7+cMoAiWn2Y&#10;D4AdSY2TyoA2OSGPS4CTKeCKa4E5rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxObXYVIWemXRYRz&#10;SRqTC4OuOOSOm4MQKe6Jz4KRrbSrm5LPnS6nNJBqjHOi444ye3uesYw1alyao4pwWVSWkojBSLCS&#10;YIcSOK+N/oVuKfqJR4PJrO2q/Zr1nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V8oz4SFSRxYpW&#10;OIKNcYelKgSI0YTgrESqYqM3m8ml/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEFSAKRMI1rOFqM&#10;8ImvKg2IboXUq56p76tem0SlgKaoio6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQu5BNOD6MiIuH&#10;KhSIHIalqwapl7NomsOlH63aihmgyqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLsOCqMNY0lKhmH&#10;2IdUqoOpTLtkmlekybToibSgda6FeNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeMA46CKh6Ho4fj&#10;ouG3/HnHkwGyzHmjgzytqnm4c3WolnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3nJ3+M2X+2oeS3&#10;LYGNknex6ICwgtasvIAMcxGno3+oYyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yMGYEcoT+2RolC&#10;kduxCYewgk+r2IZNcoSmwoU5YqihroRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJioLe1cpDmkUSw&#10;Po6lgamrEoyVceyl8orEYiCg54ktUoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0x5iHkLevkpWU&#10;gRmqaZLZcVulTJBPYaagM43pUiObHIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAlkDevBJx5gKOp&#10;1pkCcO6kupW8YUSfpJKJUdWafo9VQvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9aueqNAgEmpTJ8D&#10;cJykNZryYP2fJZbuUaGaApLbQtaUq46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnNgA6o0qS0cF6j&#10;sZ/NYMKepZr6UXGZmpYRQryUVJEFNOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uoc6owcCijV6Rk&#10;YJyeUJ60UVuZSJjvQrSUEJMNNOqOto0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hliafyv/3nCW2ep&#10;63poTOyjoXtPPuudDnxiMYWWBX3TJXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6vD38HWxWo8378&#10;TKaip38sPr2cE3+AMZOVFoAfJdyNnYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRBWryoA4OETGKh&#10;vIL6PpqbLYKJMaWUQIJLJjaM5oI4lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWminJYgCTCWg5Ya1&#10;Pn6aX4V0MbiThIRTJoSMSINOlEK+k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxlS/igJ4pUPmuZ&#10;rIg8McuS4oYzJseLwoRCk+S9/Z1dhXu38JncdvWx4ZabaGar0pOSWfaltZClS9affY3BPl+ZDYrT&#10;Md2SVYfmJv6LUoUVk4m9g6ROhTq3aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDxPliYg40tMeyR&#10;3IllJyyK9YXGk029AasThQ625aYKdqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWYGY9EMfqRcYqv&#10;J1GKqYZakwC8orG1hPK2dKu/dp+wUaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupERMhiRMIvGJ2+K&#10;bobRiZXMJHlwe/XFNnkobma+aHkvYOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY1H3JI6SP4X+c&#10;iUnLKoBle7/EYn92bi+9jn7VYLS2nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0JDOO/IDpiTPK&#10;Gocie5fDaoWgbgi8k4RXYIe1lYNwUzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCONoITiS/JHY2+&#10;e4nCZ4unbei7kInPYGq0iIhAUx+tXIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMaiSPIQpRQe4LB&#10;gJGabea6n48uYF+zmo0CUx2saosFRjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnHhJrYe3vAtpd3&#10;bfC5zZRkYHWyyZGVUy+rpI7nRlCkTYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEve3bACp0Ybf25&#10;GplUYI6yGJXaU0urAJJ/Rm6jtY8nOlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/d6J2bg24gp34&#10;YKqxgJnKU2uqcJXCRo+jOZG2OnKbqo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeHbiW3+qI9YNKw&#10;+Z1XU5up8JijRsOixZPuOqSbS483L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8HHoHrSV8g3pe&#10;lXF893rdfa19fHuCZfB+FXw+TkR+2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Loq897O4IylDR7&#10;0IGqfIh8doFCZOF9LoDjTVV+EICfNgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56GYoQkup6yYh9&#10;e2R7i4cFY+R8X4WGTH19W4P+NUx+m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHykZh54Y9UekF6&#10;u4zDYvJ7p4oaS7h8uYdHNK1+DIP962l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15FpYdeSh6BpJy&#10;Yg17Bo6WSwJ8LIpvNCR9jYWd6gR1k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzmeB95aZf9YTl6&#10;fJLrSl97so1tM699H4cX6Np1Bbx70p11lbYOu/92N6+6pSR2+6mUjj135KONd1F46p1zYIF6BpcM&#10;SdR7S5AzM018woho5+d0nMdx0bB1J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6KuX/J5qpr8SV56&#10;9pK7Mvx8dImM5yd0VdJB0PZ02cmbukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5W56OSPl6sZT6&#10;Mrx8NoqB4pmEEXgbzY2DhXh4uByDDnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvDSVWB4nzsM3yC&#10;BH514OGCjoKpzFyCF4HmtxKBs4E/oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWBFYAfMuCBWoBJ&#10;31GBQY1BysGA2YtutZaAgom4n8WATYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINYMlaAv4IH3b+A&#10;KJfFySV/x5T0tAF/fJJCnlx/UI+5iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2ANIOs3ER/QqJB&#10;x7N+4p57spp+oJrSnQd+gJdKh0F+gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw2vp+kKy+xnR+&#10;MagEsWN97qNYm+N9057Fhj1935pIcJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+ArcyxWx9pLF+&#10;sFx9XqvHmuR9Q6YhhV59WqCRb+Z9kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GYxJZ9Orrir398&#10;7bQWmgZ8za1NhJF856abbzl9LZ/XWhp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+587sQnrsV8mLw1&#10;mUR8b7Q7g+B8iKxYbqZ81aRgWax9O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdXq72KLXfdl1+I&#10;/nh8gqmH5nlDbdGG3no0WRiF3ntGRHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI9H/RllqH1X+G&#10;ga+G0n9lbOiF439nWECE/X97Q8yELH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfKlTSGv4aTgJuF&#10;0IWDa/GE+YSRV22ELIOiQyuDd4K/L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mFy42zf3aE9Yu0&#10;avqEM4nCVqqDfIfDQp2C24WvLzmCS4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZfmSEMZHOahaD&#10;hY7aVfqC3ovEQh+CUIh5LvGB04TGzFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmDlZffaUeC6ZPO&#10;VV2CVI+cQbKB2IsXLrOBbIYLy2aHM7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53KaKSCc5igVNmB&#10;3ZM9QVeBco1+LoCBFocnyqCGx7wPt5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuCFJ0yVGmBh5al&#10;QQuBHo+nLlaAzogaygqGdcXNtwOFPL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFoVAaBP5mwQMWA&#10;4ZGILjSAlYjkw7uV+HXescqTsnZyn2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ63rqP8SIDXxr&#10;LWmGJH5gwnyUwX80sNCSg37YnoSQbX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37nPzuHR39bLSuF&#10;dIAMwVmTooh/r6KRb4dAnXuPWoYSiq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGGlII2LPSE14Gd&#10;wEWSk5HYrnyQbI+6nEuOZY2qiaeMfYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74TyLMWES4MQvyeR&#10;vpsmrXSPmJgxmzyNl5VRiIuLwJKJdaiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD0oRivieRG6Rz&#10;rHaO+KCrmkKM+Jzoh6GLJZk1dNeJeJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WOvU6QmK2uq6WO&#10;eKkNmXOMdqRghtqKpJ+2dCiI/psSYYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+QMbbZqvqOE7FX&#10;mMOMEKu1hi2KOaYHc4iIlqBaYP+HF5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3qnKNxrmGmC6L&#10;wLLbhZaJ5awXcwGIQaVTYJOGxp50ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOcKHXOk2KZN3Z6&#10;gfGWZXdFcCyTo3g6XkaQ4XleTJ2OEXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23kq6YJ32OgUSV&#10;W32Kb36SpH2yXaOP8n4BTAqNMn5qOtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGXIISggGSUYoPR&#10;brKRuYMpXPOPGYKfS36MaYIfOn2JqYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8f3uTfooUbd2Q&#10;5IicXEWOUYctSv2LsYW8OjGJBIRKKoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+Su5BibReQFI37&#10;W6CNlIulSoWLA4k4OeyIbIayKnmFtIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZahbGKPgJNSWwqM&#10;/I//ShuKd4yRObCH74jyKnCFSoUYr7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86PCZh1WpOMiZQm&#10;ScWJ/Y+sOYKHhIr5KmmE8oYIryGZzrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1UWiOMLpgHSXqJ&#10;pZKHOVuHK4zEKmOEqobSrqqZgbp2nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL3ZuOSTaJYZUK&#10;OTCG8o5JKl6EcId4pwGounTBl36k3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkcRqGSRXp4NuCO&#10;RHwqKC+J/n5IpjKnxH0KlvOj4HzPhzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeRXn4BNqiNbX7I&#10;KEuJOH/RpX+mv4U9ljOi5IQ6ho2fHoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6NniMq4FMKGSI&#10;ioE7pMalz41blWah/IuehbGePooAdaqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL/4OvKHqH8oKF&#10;pASlEZVqlKahP5L4hO6dhZCldOeZ445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXqKI2HcIOro2Ok&#10;Y52PlAegmJpghE+c3pdDdE6ZPJQ5ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyHAYSsos+j5aWW&#10;k4qgF6Gkg9ScVp20c8+Yr5nOY8aVIpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJok6jiK16kxGf&#10;t6jAg12b8qP1c12YRp8rY1+UuppnU5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeijP7VIkq6faq+4&#10;gvaboan/cviX8qQ+YwmUZZ6HU1eQ7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRpizytx3T6fJ2p&#10;OnWtbb6ks3aMXrCgGnedT6KbYHjiQP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs3HwBfEqoQnv0&#10;bWmjsXwYXlafF3xyT1GaY3z7QL+VgH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2e9KnQoIqbOii&#10;tIGdXeGeIIE+TvOZd4EGQIKUn4DiMsePioDnJnqKKYEQmCKvlot7icmq9Inbey6mWohibFmhx4cb&#10;XWKdP4YDTpKYoYUBQEeT1IQGMr+O0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46Xa8ehBoyWXO2c&#10;dYqxTjqX5IjhQBOTIYcHMriOLoUvJtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1WgZZH0XIeb1I9C&#10;TfCXNYyRP+qSfYnYMrONnocQJwKIioRLlqutpaHwiFqpBp5FecKkapqoavmf2JcdXDibSpOZTbiW&#10;rpALP82R5oxqMrCNHIi6JyGIKoUXlketRqk3iBqooKTMeYaj9aBZarWfUZvxW/WawpeZTX6WOpM4&#10;P6uRg47BMq+Mu4oyJzuH3IXClfSs/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtRTVqV3pYUP5iR&#10;NJDHMq+MeYtsJ0+HnYZMjRG8UnQcf6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOugrnirO7yamHoq&#10;LzCUI3wCJAGNSX4wjL+7eHuCf322AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyFO6uZi31ML1KT&#10;I35XJG6MZH+ejIS6boKyfy60/4HHcamvhIEMY+mqAoCaViakY4BdSJSenIBNO5iYlYBUL3CSP4CM&#10;JM2LnYDpjEG5bIm+ftW0AYg1cT+uiobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/L4qRdYKcJR+K&#10;8YIRi++4lZC+foKzKo6YcOetsoygYzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQxoSDJWSKX4MV&#10;i5e38Ze4fjSyf5TwcKGtAZJLYvOneI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8JZ+J5IP2i0W3&#10;cJ6MffOx95sbcGmsb5e+Yr+m4JR/VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6Jf4S0ixC29qUy&#10;fcWxfKEPcD+r8Zz2YpumX5jzVRCgzZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVSitS2pqu9fbGx&#10;HqbTcDGrgaHaYoWl25z6VQKgP5hDR9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3GZHP2dIrANHRk&#10;Z/66BXULW2mzrHXzTtytB3caQoKmC3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5dJm/T3qnaAS5&#10;BnqeW2eykXrbTtir3HteQouk3HwdNuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+O4DBZ/C37IAN&#10;W0qxbX+xTsOqtn+QQomjvn+lNv6cdH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6Z8a20oV0Wymw&#10;UIR0TqypooO0QoWit4MVNxabfYKKLJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C114rPWwyvVokt&#10;TqCopoe5QomhzYZlNy+apIUYLNaTMIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJWw2ugY3CTqCn&#10;1ouYQpSg/ImDN0qZ5od1LQeSjIV7JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOtzpIQTqmnK481&#10;QqSgWoxkN2WZQ4mXLTOSAYbdJKeKrIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYOTrOml5KBQrKf&#10;1476N3yYyot5LViRkIgOJNqKVYTvgIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0TsmmFZVyQs+fXZE9&#10;N5qYY40TLXiRPYkIJQKKEYVl5rd2sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5d+97D3hlYU98&#10;D3mqSs99PXsoNK9+u3z/5LV0135zz7N14X4rug924H36o+13233njXB42330dtp56n4aYFN7Dn5K&#10;Sfd8X36WNAZ9+3784uVzTYmKzfF0aYgauIV1f4bEon12lYWojCt3s4Svdb944oPLX2R6JoLiSTR7&#10;lYH1M3B9TIDk4Shx/JSNzDNzI5IIttR0Ro+loP11cY1rith2rItqdKB394lzXn15V4dpSIB64YU8&#10;Mux8r4Ky35Rw6J96yqZyE5vztUtzQZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovVR9t6Q4hfMnp8&#10;JIRe3kFwE6pVyVlxP6XXtAJybqFhnk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5vItWMhl7rYXj&#10;3StvbbUZyEpwmK+lsu9xwqognUFzAqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4VMcl7R4c73FJu&#10;87+6x3ZwG7lNshFxPrK2nFxyeawZhqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ684hm27Nupcoj&#10;xtpvxsKysWFw3bsCm5xyDrM7hepzdat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh1yB/FXIaw5p/&#10;GXM5r4B/KHROmsl/QHVohap/ZHaXcGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9ZnyZwnJ9i3ya&#10;rmh9s3yjmbh94nzBhJ5+Hnz7b2l+bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cUwNd8KIYErO18&#10;YIUCmFJ8qYQog2V9AYNrblx9cILCWXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6749pq2B7NY1u&#10;lvV7jIuMgi58AYnUbVV8iYglWJ99JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjNqf56OZXdlaJ6&#10;nZL8gQV7HZAtbFt7wI10V918c4qXQ5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5bZ5ClIN52Jpa&#10;gAJ6ZJZ9a3d7EJKcVy172Y6eQxN8yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aMk455NKGUfyd5&#10;y5ymasF6hJelVph7VpJtQqt8V4zZL1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4r6ibfmF5S6KO&#10;ahl6E5xtVhh68ZYEQlJ7+o8pLyZ9MIexza93asReulx3rL2mpl936LaUkgh4Ra9afbl44KgkaYl5&#10;r6DWVaR6mpk8Qf97sJEuLv9874iVyAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGEznXwaN+EO3dc&#10;VSWDsXjqQYeDQ3q8LnuC+Xz5xtyGR3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wKaAGDIXyLVF+C&#10;tH0gQO6CZn3cLieCOn7LxbOE4YTKtACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuCF4GsU5+ByoFE&#10;QGGBnYDmLd6BjoCDxFqDpY6OspmC9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbOUuKBA4VeP96A&#10;7oPYLZ2A9oIeww6CpJhAsU6B9pW+nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuAUYlSP22AU4ag&#10;LWaAcYOVwfWB26H1sDuBMp6bndKAopskituANJekd7B/6ZQpZIh/wJCuUal/t40bPwl/zok6LTd/&#10;/4TkwRKBPaubr1mAmKdinO2ABKL2ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/XoudLRB/oIYJ&#10;wGSAxrUqrqaAJbANnC1/i6qhiTZ/FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3CLPB/UYcEv+2A&#10;dL6hrh5/1biYm4p/MbIaiIl+r6tfdZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/EofVuXeQrnBG&#10;qRKO5nGSl/iNTHLQhh6L1HQRc9GKaXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zzuH6PRHmVqCyN&#10;nHnqlwWMFHpDhTeKp3qucveJSns2YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN+YLLpwSMY4I/&#10;lfuK4YG2hCyJhYFLcguIO4D5X82HBIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwApduLOYqdlMOJ&#10;yIk2gyaIcIfpcRqHPYa2XwaGGoWPTTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeKQ5L2k7uI2ZDB&#10;ghKHj46PcCyGZIxoXj6FW4pPTKCEUogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtNksiIIJg5gS2G&#10;25Ucb2CFtpIBXZSErY7hTCSDt4upOxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+HjJ+MgGqGRpt8&#10;brKFKZdqXQmEKZNGS7+DMo76OtiCZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5f8CFzKGmbhSE&#10;sZyRXICDwJdnS12C0pILOqKCCIxeKueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymFbKePbY6ETqFq&#10;XBaDYZswSwmCgZTEOmuBxI4LKtqBE4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOiauuQQ3URWd+O&#10;AnapSRqLtnhmOJqJZHpzKQaHA3zsqpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqPL3qEWUGM/ntL&#10;SJSKwnwsOEiIhH1CKQeGNX6ZqcOXQ4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/zWJmMC3/lSBKJ&#10;43/iN/6Hun/5KQiFf4AnqNWWK4m0mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eLKoRrR56JFoN9&#10;N7+HA4KOKQmE34GTp/aVK5JLmJuS0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjVRzWIWIbyN4iG&#10;XYT5KQqEVYLcpyqUcprfl+WSGpgxiAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+HvIpBN1GF1Ic4&#10;KQqD4IP+pn+T4aNTlzaRj5/jh1qPSZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1SNyiFXok+KQuD&#10;f4T3pfeTdKullqqRJadshseO26Lydn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE/YsIKQuDL4XK&#10;pZWTI7PeljyQ167WhkmOh6lqdfyMTqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyLKQuC74Z3nc2j&#10;C29bj6WftXCjgPmci3HuccKZc3NKYjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI4XzknTah9Hej&#10;jyeeqngOgHCbfXiNcTyYYHknYbOVQnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6AnJmgyX/Ejmqd&#10;jn9pf8eaYH8icI6XTH8AYRmUOn7/UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+KfsofGjZ2cfoa3&#10;fuqZW4W4b9WWSYTUYHOTSIQOUSCQQ4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0jOGbno35fiyY&#10;gIxIbxSVc4qjX9+Sa4kEUKuPeId4QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa4pVEfY2XxpLO&#10;bn6Ut5BUX1eRso3dUEiOuItoQbWLuojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxufRaXMpkpbf+U&#10;HJXUXt2RHpKDT+mOLo8pQXyLLIu4M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+WxZ9QbYuTppsZ&#10;XnOQqJbkT46NwpKiQUGKxY5HM6KH1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVAbSSTSKAZXhqQ&#10;Rpr1T0qNYZXGQRCKcZCCM4uHjoshJ26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBugmnL0WdqcinR/&#10;S5iYV3Y5PcqT+XgaMIOPZXpOJIGKmXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4WYqbcXlQS1eX&#10;RHpSPZ2S73tyMIiOanzQJNCJsX5okBuqeX55guamcn4pdVWia332Z02ebH3zWR+aYH4VSwWWQX5a&#10;PW2R+n6yMIuNiH8zJRWI5n/Tj5qpYIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLPSqyVVIJNPTuR&#10;HYHVMIqMv4FxJVGINoEbjw+odo1YgcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmUg4YlPQ6QWYTU&#10;MIqMDoOGJYSHn4I9jo6nw5S5gUejyZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonMPOyPpoejMIyL&#10;coVsJa6HIYM6ji2nJJv7gOKjMJkecz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNePBIozMI+K54cc&#10;JdKGuIQRjdemvaMZgK2ix5+RcwaeuJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyGMJCKfIiYJe6G&#10;Y4TFjZOmcqoSgGqicqXVcr6eWaE/ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyKMYnUJgWGH4VX&#10;hLu2Rm6qeGGxg2/aa8asyHEmXumn73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9IqKMJ3zShIG1&#10;bnYWeEqwmXZ4a6urvncIXs2mzXfHUdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWLMH5ThEy0TX07&#10;d/qvfXzxa2iqmnzOXoWlpXzoUZSgkH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+vhAOzKIQud5uu&#10;XINNavmpfoKNXi2ki4H8UUqfg4GYRKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62yMIsRd0OtaIme&#10;apyojYhGXcyjmocGUQiekIXnRHaZdITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHsdvesq4/malOn&#10;yo3lXYai1IvzUMudy4oTRFOYqYhAOIiTZIZvLaSN+IShJFKIeoLogw+w5ZiedrqsFpYAahqnK5NQ&#10;XU6iL5CiUJedKo4DRDaYDYtoOIeSv4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvhaeump5h8XSCh&#10;ppUNUG6coJGqRBGXkI5GOHqSQormLc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCmNZ1pXQOhG5kZ&#10;UFicCZTrRAyW/ZDKOIORz4y1LeKMm4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDHVgqvgHI9Skep&#10;XHPmPrii4XXJM8qcF3fUKaiU7XoxIPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKuR3ceSl+oFHgn&#10;Ptuhm3lnNAGa2HrLKgaTwnxxIY2MiH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvpSlWm2HxSPuag&#10;anzsNCiZtX2jKlWSuX6LIgyLo3+OeQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjylsYBtPuWfUoBY&#10;NEWYsIBZKpiRz4B+InmK34C5eOe79YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRrPuaeWYOmNGCX&#10;yYLqKtKRAoJIItaKOIG/eMa7Jo9EbS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuydeYbDNHqW/YVL&#10;KwWQUoPlIyOJrIKgeKi6hZVsbSS06ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyommNJOWTodxKzKP&#10;vYVRI2KJOoNdeI66DZthbSK0XZhqYXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSVyYlZK1aPQoaJ&#10;I5WI3YP6eHu5tKEmbSez6p2RYXyt/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3K22O6IeJI76I&#10;k4R52qVx8G0qxqZzUW7Esit0pHBXnSB16nHph7R3MHOJciZ4hXVCXLV583cVR217lHkjMq19inuT&#10;2LZv23gZxRdxa3iJsMZy43kFm+R0T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyUMiV8uX2k1u9u&#10;GIMFw1tvv4JRr0RxVIGumnty3oE1hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17+3+d1TRsj43P&#10;wZ1uRYwNrZJv7IpjmQBxkYjWhAlzQ4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF606JrR5h9wBJt&#10;CJXFrApuvZMbl4xwcpCFgshyO44Fbe10IYucWT92HokURMV4SoZYMOl6vIMy0lhqSaMYvs9sD592&#10;qshtyZvIllRviJgjgatxX5SMbPRzVpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2XvctrSakNqb9t&#10;AqRYlU1uxZ+dgL5wqprubC1yspYyV9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZqtrJ3qOtsaKy5&#10;lHFuJ6bef+lwFKENa3hyK5stV1V0ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uUqEhr97TEk7tt&#10;ra3HfzhvmKbNat5xuJ+/VtJz/ZhnQw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17KG+okyx7tnFU&#10;fyJ8THMMaup88XTfVtZ9q3bQQul+j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfpkid6MHidfih6&#10;4nlkagZ7qXpCVg58iXsyQk59l3xJLzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4zH/qfPZ5n3+/&#10;aQN6i3+mVTp7jX+QQbJ8vH+DLuN+K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcwe8V4fYYQaAR5&#10;h4T2VHR6qYPTQSZ7+YKdLph9hIE1xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3e4xPZxR4pIox&#10;U7154Yf3QKl7TYWQLlh88oLSxM5y3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+Zjp33Y9DUxh5&#10;NYvwQDp6uohVLiF8dYRGw91yGqkysddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3PpQwUo54oo+u&#10;P956PorgLfR8C4WNwydxibMFsR1yb64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZjaUhR4MZMxP495&#10;2I0qLc57tIamwq5xKrylsJZyDLbZnc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3zpZTPz15hY8k&#10;LbF7boeQvWCCe2tSrN2CHm0/m4mB3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaLPoeBjXjdLLOB&#10;2HubvEmAtnUbq8mAh3YAmmOAX3baiEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSAmnwELHmBBn2A&#10;uyZ/F37Zqox/Bn7GmVh+8X6whzZ+736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8ULEaASX9JudN9&#10;rYh0qTZ9pYeFl+Z9pIaKhfd9tIWRc5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/ooDyuJJ8f5H8&#10;p/Z8f5A5lqt8i45ghMx8qox7cqJ85IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2t4Z7k5uBpux7&#10;mpjqlaZ7qZYng9J70JNPccF8FpBzX6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq962KTuphJ65KF/&#10;lMl68p3Ngvt7G5n3cQB7bpYdXwZ75pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644pWZ6WqntlBF6&#10;ZKVEgkN6iKBmcFN64ZuCXnB7a5aKTPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5/LIqk3p5+qx9&#10;gaR6FKaMb8J6a6CUXfl6+5qITJZ7qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9GyokFmI4G5+f4OH&#10;7nBHbimHB3IjXKCGKXQjS1eFUXZJOkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12HhHXcfpSGn3bU&#10;bU+FyHfhW+OFAHkJSrmEQXpKOdmDnXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+fZGFVn1ibG+E&#10;lH2ZWyyD5n3lSi2DRH47OYKCv36kKdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiEHoPna5aDcYNE&#10;WoSC24KpSbGCWIINOTWB9oFpKcaBqICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopxaq2CeojcWb+C&#10;A4dVSSOBloW8OOaBSoQEKbmBFoIcqnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiBsY5YWSKBPovT&#10;SLOA6Yk9OKSAtoZvKa6AmINfqbaD6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOjWJiAp5AiSFmA&#10;VIyDOG+AOIiiKaWAMIR3qSWDZKmAmduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyALpQoR/N/6Y+G&#10;OEF/0oqXKZ5/24VlqMSDBrIXmWSCPK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfdR6h/iZI0OBJ/&#10;g4xDKZh/loYpoeWUFGpOk++SAmw/hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJTHYeNgmHl3im&#10;J3aF6XuboTWSmnMBkz6QtXQIhGWO7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnmNceGn3t+J4iF&#10;CH1ZoGyRKXuNkkmPYHvFg4aNo3v+dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyFwH48J5eEQH73&#10;n3qP24PvkUiOGYNygnSMboLucySK0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DVJ6SDkYBynpWO&#10;tIxYkFyM/4sjgYuLX4nbckCJz4iFYrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC+oHInc2N2pS/&#10;j6iMLpLTgNqKjpC9cYWJAI6OYgWHi4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1nSmNL50CjvyL&#10;ippbgC2J6JdycN6IWZRiYXCG7JFMUhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmMr6UcjnWLEKG2&#10;f52JaJ30cFKH0Zn5YO2GZpX1UaaFIpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60TjgyKt6jsfyOJ&#10;B6RBb9WHZZ9MYIGF9JpRUVOEtJVJQq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9uaXWvkei2XyG2/&#10;a9eVQ2+eXSCSsnGWTlWQEHO4P/GNW3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9eZmWnHROa02U&#10;EnVwXKSRg3avTe+O7XgSP6aMRnmSMeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6VW3rTaqCS3Hs7&#10;XBCQW3u+TXyN2XxcP1qLR30MMcyIr33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFTaeuRtYD/W3CP&#10;SoDATQOM3YCRPw2KYYBoMbWH4IBMJbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQvYa2WuiOUIWm&#10;TJiL+YSmPs2JkYOeMaSHKIKPJduEt4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQWmONgYprTEGL&#10;J4iKPpmI1IaiMZWGhoSiJfmEM4KTkRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM2Y79S+KKi4w9&#10;PmeIOIlvMYaF/oaAJhGDxoOEkKuWJ6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNKS4SKEI+nPimH&#10;xIv2MXmFkIgiJiSDbIRPkF2Vzqg/gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJoZLBPfuHY44t&#10;MWOFQImAJjSDJYT0iICmbGmnfFGi+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOFOqGRZnXiLjuN&#10;f3iQIyGJgHuTiBKlV3Fse/yh6HJzb0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQQ3k+Lk+Mb3sc&#10;I3mIhH0xh6CkCnjye2ugqnlFbsydRHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyALlyLen2HI8aH&#10;qH6shxaixIBKes2fbIAAbiCcEn+/YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWKoH/LJAiG6YAC&#10;hoWhs4eRejyeY4avbYubEIXLYIyXs4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHmJECGRoEyhgWg&#10;4Y7OecKdl41UbRWaQYvDYBiW5IooUxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+FvII7haKgLZXm&#10;eVyc65PPbKyZlJGJX7OWNo8qUryS2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4MchVCftpzXeSyc&#10;dJopbHqZDpcgX3SVmJPlUnqSNpCwRcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKfYaOceO6cFaBL&#10;bDSYo5x3XyuVJJhiUj2RvpRXRZiOc5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/cUur12sLZYun&#10;wmzoWXyjgm7fTUifBHD8QS+aTHNJNaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq2HGdZWimnXLB&#10;WWKiQnQLTTedu3WBQS2ZCnclNbuULHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgFZR+lWHh8WRqg&#10;/HkkTQKcfXnyQRKX3HroNcCTD3v5Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKikGX4qWMKfxH4s&#10;TLmbVX5TQOmWxn6TNb2SDX7lK2aNMn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPTWF2etoMnTHqa&#10;SoKYQMCVz4IfNbeRKYGsK4eMZ4FJItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad2IgJTDuZb4a7&#10;QKGU8oV9NbOQXoRFK6OLtoMRIxqHFoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4ytTASYu4qjQIOU&#10;RYiiNbePrIalK72LHYSmI06GoYLBep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WYJI5CQFeTvIt8&#10;NaiPJYjAK9eKnIYFI3iGQYNxenSo+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGCQFaTH44ANbOO&#10;qIqRK+mKQIcpI5qF9YQAcYG5o2jcZqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2fgXMLMPKZWHWc&#10;J6OS6Xh6H8KMcnuHcUS45G/XZqu0EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXasMTWYBniZKAqR&#10;rnrEIFeLV30NcSi3onZzZoCyynbJW7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW0nt2KF+QlXzo&#10;INeKYn5tcQe2Q3zPZkyxb3yiW3msW3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4vKKaPnX7kIUWJ&#10;kH+ncN61FIMUZiawQoJwW1GrL4HgUHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOOxIC3IaOI3oC6&#10;cLi0LIlSZhOvT4g2W0KqNYcRUGOk4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJeIfCISIGncJez&#10;eY9gZguui43IWz6pZowJUFukEIpBRamel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCHzoJvcH6y9ZU3&#10;Zg2t8JMhW0KovJDAUFmjX45FRZ+d6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMVcG2ylprZZhet&#10;cpg9W02oLJUxUFyix5H8RaOdU47cO2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFtGGb6u+hu7Gk9&#10;qLVwrWtxlOpyXm2cgLV0Em/ObFZ12nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHFumpswXLkp2Bu&#10;rXQGk75wi3Uwf6RybnZna2J0Z3ezV0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq0nyBpehs5HyN&#10;kl5u5ny2fnBw8nzzalxzF31BVnR1W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YKpDlrRIUWkOtt&#10;aIQ1fSlvnIN2aU5x6oK/VaV0WIIDQkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp5Y2ej3xsHou7&#10;e/Vub4noaExw44goVOJzdYZTQcF2QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYajk1rEJMveuFt&#10;dJBMZ2Rv/o1qVDNysop4QUt1nIdJLzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFqLpp4ef1spZaG&#10;ZqVvRJKIU59yDI5kQOp1Eon+Lwh4XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GEeTNr+Jx5Zfhu&#10;rJdiUx9xiZITQJd0oIxvLuB3/YZVxBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFra6IHZW1uKZvQ&#10;UqdxFZVcQD90QI6MLsB3sIdawIJ0/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9zZWt6LnHQUnx7&#10;aXRQP8R81ncULdN+kHpLvydyyHB7roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14vncqUc96JXiu&#10;P0V7xHpiLY59r3xYva9w0XqfrOpyJ3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/UQd5Cn0EPrp6&#10;032cLVJ85H5IvChvF4SZq1lwgoP+melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4C4E8PkF5+4C2&#10;LR18MIAYurttn457qfhvG40EmI1wi4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VUPdR5PoOoLO97&#10;k4HCuZJsdZhTqNRt/JYAl29vdZOGhXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4nYZqLMl7DYNA&#10;uKZriKILp+htFp7cloJukptshJZwH5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjxLKl6nYSPt/dq&#10;16uYpzRsZ6eIlcFt4aMcg9RvbZ6Ccb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96QIWvt4ZqYbTo&#10;prNr7a/tlSltXKp8gzJu4KTPcSlwpZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59YaestV9IWWko3V9&#10;RGgskzl9gWqJghx90GzPcHB+Lm8fXpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7DG9Lomp7aXDP&#10;kht7x3I+gRN8MnOnb4R8rXUdXcp9QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjhoSp5q3lykQ16&#10;JHn5gAJ6q3p+bpV7RHsUXQV7+nu8S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4EYIHj6F4pYGu&#10;fs95RIFRbYV6A4ECXCd63YC8SxV70oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqOjmZ3YIlcfaR4&#10;EogXbJV45IbVW1554YWcSoN69YRWOgd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2VpD4fLB3Fo7G&#10;a7h3+IyOWrB5BYpSSgR6N4gHObx7m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhse+F2RJVFav53&#10;N5IWWhp4VY7YSZ15lIt8OYB7E4fnKnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1mZuFall2lpdW&#10;WYt3yZMVSTd5GY6uOUt6pIoBKmh8ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1adJ2D5w+WR53&#10;S5b2SNt4rZGCOQt6TIvMKl58HIXspYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGDg27YV72DM3FX&#10;R3KC8HP+N3KCzHb0KGqC1HpcpK+DiG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSIVw2B5XY0RuqB&#10;wXf8NyOBwHn5KGuB6Hw+o7CBwHdFlWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqArXsDRmiAqnvm&#10;NtuAzXzkKGuBFn4BopuAGIAjlEh/34AghVN/roADddx/h3/iZdp/en/LVcd/hn++RgV/pn+1NqZ/&#10;8X+sKGuAXn+goX9+wojvk0t+logvhFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+z4NZNl9/NYJH&#10;KGt/v4EYoJZ9spGzklx9kZAxg3F9dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bRNih+k4SxKGt/&#10;OIJln9l82ZpSkZ58wpgMgrV8p5V2cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+CYbiKGt+x4OG&#10;n0p8NKLIkQZ8JJ+7ghR8BpxDcqJ7/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjUKGt+a4R7nuh7&#10;wKsMkJF7s6c0gY57jaLRchp7eZ4eYo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+IYVFmJ2OMWTp&#10;i6mMrmdsfd2LaGnQbzqKQWwoYB2JHG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xphl+iMam15ivCL&#10;IW8afRCJ8nCubn+I03JFX3qHvHPvUFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeKtHXfifWJkna5&#10;fDGIdHeKbaaHa3hfXsOGa3lGT8uFenpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34aiPmIEH5HeyaH&#10;DH5fbNmGEH5xXhKFLn6PT0qEW364QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCGyIXSekeF0oUr&#10;bAKE5YRuXXyEDIOxTtuDVoMDQJ6Cq4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1aeaCE3ovsa0mD&#10;9opWXM+DKYi8TlqCfIcpQEeB6oWOMrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWEGZJ6aqaDM5AK&#10;XDeCcY2TTeOB0IsYQAiBQ4iQMqCA7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjTah+Ck5V+W7mB&#10;1JIhTW6BRo68P7iAxotKMoqAeIepJpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWCE5qvW1OBT5Zk&#10;TSOAx5IUP4OAWY21Mm2AHoktJqaAAISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6GvjWASO625XShmM&#10;4XD2PKCKzXPAL5yIvHbfI8yGt3pji46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KNj3NnScKLl3VM&#10;PGeJmHdTL5WHoXmZJA6FtXwhiuaT2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhrSVqKYXmQPCmI&#10;fXrNL42Go3wyJEiE0327ih6SV3xdfemQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJRn28O+eHfn4m&#10;L4CFwn6lJHmEDn8xiVWRFoQCfSmPR4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHHO62Gm4FYL3eE&#10;+oDsJKSDZYB+iK2QD4uqfIKOToqpb8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GFzoRaL22ETYMD&#10;JMiC1oGiiCWPR5MtfAyNkpGMb1SLx4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cjL2SDuoTkJOWC&#10;YIKdh7mOs5p+e56NAZg4buGLMZWFYbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12DQoaJJP2CAINv&#10;h2iORqGee0aMlZ6ybn+KvJsyYVmI35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fqJRCBs4QbgEKg&#10;DGRbdPadOGa/aSSagmkhXMuXwmuNUC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiIbnpkf7qeumv9&#10;dJCb9G2ZaL2ZMm9BXHaWZHD/T+uTf3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wSfzadMnNjc/Ga&#10;g3RTaDqXx3VOW/iVAnZhT4mSLHeRQyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6btXqbc0mZE3rz&#10;Z4eWaHtMW3CTsHu1TxeQ8nw0QuCOK3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHBcrGX4IGIZu+V&#10;PYFCWtySjYD2TrOP2YC7QpaNKoCQNxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW8YgSZniUT4ci&#10;WmiRoIYfTk2O8IUeQmWMQIQoNweJl4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5sZguTiYzNWgCQ&#10;24sMTfWOMolIQi2LjIeGNwKI34XHLHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS75JOWcaQKo+1&#10;TbqNfY0iQe6K7YqYNtiIVYgVLICF24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eMWX+PppQhTYGM&#10;9pC+QceKao1lNsOH4ooXLIGFfYbDI66DNYOddOupUGPoak+l42Y9X2CicmihVB+e0GseSLma7m2+&#10;PW+W2XCQMr6Sn3OMKMCOSHbZICKJ+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBESKmZg3JCPXSV&#10;eXRuMt2RT3a9KQeNDnlMIJ6I23wDdBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSYI3atPV+ULngw&#10;MuuQGnnOKUKL9nubIQqH4n1+c6ylPHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsFPTqS/nvWMu6P&#10;BHy8KXCK/X3BIWeHC37Tc0Cj9n98aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR739eMuyODn+F&#10;KZaKJH++IbWGVX//cuGi+4YeaG6foIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4MuyNM4IgKbSJ&#10;aIGOIfeFvIEEcpKiN4yPaC+e24t1XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSMdoSDKdKIxoMq&#10;Ii2FPYHhclmhmZLFZ/uePJEiXTKar48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5IahKfCIP4SQIlmE&#10;14KZciuhMJjVZ/2dyJa9XS+aJpQEUhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH2oW5InyEhYMv&#10;agmy12NqX/yu6GWpVeGquWgNS7CmJGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbTHqCLXHpgaZix&#10;8mpAX9et0mvLVdapaW2JS7qksW94QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJPRklMRQACCXZw&#10;JiiPjXkoHzaKMHv1aVuwhHDCX5OsYHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6LriTx3lRJoKO&#10;Y3tWH7eJK31kaSSu+XcIX0+q23eDVV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2Sn3wOJsyNXH1b&#10;ICeIS36qaOqton05Xxypi31BVS2lKX1USzSggX13QWSbqH3EN86WsH4uLvyRl36nJwuMdn82IIWH&#10;jX/KaLesmYNjXwCoeoL5VRekFYJ7Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GLsIDmINOG7oDC&#10;aI6ryolbXvGnnoh+VQ6jMIdqSxKei4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJiIRSGa4GTaG6r&#10;L48bXu+m8I3JVQ+idYwbSw2dyopFQTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiGAYJBaFqqvpSh&#10;XvamYpLZVReh2JCISw+dJ439QTyYZ4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLNws9oDmDgsUpq&#10;TmO/n1FseWaMjMJumWlNecNww2wTZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5lRWt/r9NnyG1F&#10;ngZqKm8Hi59sgHDMeLxu43KaZa5xZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYEriJlhna3nJVo&#10;GHdsikVqm3g2d49tMHkQZLFv5nn8UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpjg4AOmupmNn/M&#10;iN1o43+WdlJrqX95Y65ukH9nUU5xoX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZmXFkm4glh3Zn&#10;Zob0dS9qT4XOYrxtZoS7UJtwpYOdPtl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENjSJBshlZmK447&#10;dClpMIwPYehsZInnT/5vzIe1PnRzd4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJhWtlI5VTc1No&#10;QZIhYTdrkY7nT3xvFIuSPiNy4YgLLdB29oQwuLFbRKhup/BeYaSMlothU6BohKpkTJwlcptne5fn&#10;YJhq5ZOfTwdugo8tPdxyZop2LbV2koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKNcg1m2J1DYCBq&#10;UpfrTp9uApJiPZFx/oyOLZ92QoZ3tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1o2vaX/R3SW7F&#10;TjF5EXHYPLh7FnU4LC19cHkXtBhtE2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IVXzt1qHQUTZ53&#10;p3YyPFR56XiJLAR8fns2splqv3RuovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0OHlaTOJ2a3p/&#10;O9t44HvFK+B7pn02sQxor340oWxqtn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6GTDp1TX6tO3N3&#10;9H7fK8B65n8Ur5tm6ofhoA1pDIcaj9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0VYK6Oxd3JoHP&#10;K6V6QIDJrm9lfpF/nupnso/gjrxp0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZOsZ2d4SPK455&#10;soJRrYFkWJr5ngFmmph/jddowpXHfR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ144cTK3t5O4Oo&#10;rNBjeKRAnU9lwKDnjR1n7J05fGhqKJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlUK2t42YTOrF9i&#10;3q0/nNBlJqj+jI1nSqRSe9Jpg59yavhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194ioXDqId3iGAG&#10;mi54MGMbivh472YDeuJ5wmjRaj96pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkpp2p1EWmEmR91&#10;/mueidx26G2eeeF332+UaV547HGVWLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy03Ltl9tz8XQc&#10;iNR1AnU7eNt2HXZTaH93Tnd5WAF4pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wqln1yEXyIh2Zz&#10;Q3zOd610fn0KZ3R1331RVyt3Y32kRz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1weITihjFxxYRT&#10;dolzG4OuZpR0loMLVnJ2RYJyRrt4FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0vhTZwiYvDdZ1x&#10;9Yo2ZcBziIilVdJ1TYcTRkt3QIV8Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVvhZMFdNdw/pCM&#10;ZQ5yqI4LVUV0hYuBRfB2jIjkNwh43oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oLdDBwNJacZHFx&#10;7ZMlVLxz5I+jRZJ2AowGNt14ZIg1KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6NvlZxXY/VxU5fm&#10;VFtzV5NoRT51io7LNqN4BIn8KUd6s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWifYm1/3mt+UtaA&#10;JG6BQ5eAf3GxNLmBBnU3JviBxHk3mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+OHEeUjd+pXNU&#10;QyN/KnWrNIB/3nhBJwyAxnsqmfB7JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0UZh9QXgWQrh9&#10;8XmPNE5+0nsuJx1/5Xz7mM95Nno/i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7/HzAQlp81X1S&#10;NCV94331Jyx/H36ml693mILdinx4JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFMQeZ75YDxM+59&#10;F4CSJzl+dYAplr92TotviYt26oqNe6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7EYReM8F8ZoL8&#10;J0N95IGAlf91QZPYiMx16pI1evF2ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeNM6N70IUrJ0x9&#10;bIKplWx0cZwPiDV1I5mpelV1xZbea/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7VYcbJ1N9CYOl&#10;lQZz2qQGh8F0kqDeedR1MJ0xa3Z14pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9J1l8uoR1j5eH&#10;71+pg3eHEWKvdoiGaWWWaM2F22hvWpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWDy3lCjsuFyWgQ&#10;grKFLmpAdbiEpmxeaBaELG57Wf+DunCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3shjemDwHBRgayD&#10;VnHAdNWC63MhZzyCjXSBWU2CO3XxS0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B73hwgKKBnnku&#10;c8GBUHnYZmqBCHp5WJiA2nslSsaAwXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICBf7uAGYCUcuV/&#10;4oCFZZV/s4BeWBx/lIA7Sm1/oIAhPTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+8of1cjp+w4cj&#10;ZOl+m4YrV2x+kYUuSfB+roQ4POZ+6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48lcZR91I2LZE59&#10;tYvBVt19u4nuSYN96YgXPLB+MYY5MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59GJO4Y9B8+JES&#10;Vmh9CI5iSRl9TIuqPG19pIjqMFV+NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJmlY2B8Y5YcVgx8&#10;c5KISNZ8wY7uPDd9LYtIMDd91IeKJZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uMWmgpUtCK/Wsh&#10;RciJmm5EOTuIN3GULTyG5XU+IomFr3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3fUmWJa3AnRX+I&#10;JHKUOReG33UmLUqFsHf9ItaEm3sXgjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH73UeRSKGyHbP&#10;OOiFpnidLVCEm3qaIxqDqHy/gWCK9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oCRMSFinrxOLmE&#10;jHvyLVODpn0QI1WC1X5BgJOJcX4wdVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqEa37yOJeDjn8i&#10;LVqCzH9cI4eCIH+Zf96IOYWtdKaHQ4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1OH+CrIIYLV2C&#10;D4FyI7CBiIDHf0yHRo0FdDWGXowKaHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB74TfLVqBcYNX&#10;I9OBCoHKftiGjJQnc8GFq5KQaAKEpZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXodeLVmA7oUBI++A&#10;o4Kjfn+GAZsUc2WFIpjkZ5+EF5YSW3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOAiIZmJAWAUYNV&#10;eDOZZl8pbb+XMmIIYsGVIWTpVzqTBWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9IKqHaHlQd46X&#10;uGafbUaVpWjFYk6TkGr3VuKRbW08SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKGRnsNdveV4W3h&#10;bJmT729lYcKR63DwVmCP1nKRStONs3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHykdk6UIHT5a+KS&#10;QXXpYQKQVHbYVdKOVnfTSmGMUXjgPxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaSp3wAa0CQ2Xxh&#10;YGWO+XyzVTuNB3z9Sf+LFH1XPs2JL33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8armPvoLPX+mN&#10;44J7VMWL9oIQSZmKDoGqPqKIL4FVNCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO1IkLX3eM/YgM&#10;VFmLFIbnST2JNoXDPmeHZ4SqNCuFn4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8oXz+MSo10VB6K&#10;T4t9SQmIb4mSPi2Gt4e2NAOFBoXpKpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWLuZKaU9mJuY/X&#10;SNOH2I0iPguGJYp/M/aEhofsKpuDGYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRjTuaZ2mdiREyW&#10;omqHOdGTQW3iL/WPyXFpJs+MS3VCHweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraYRGyDRDaVDG8K&#10;OdiRvHHBMByOW3SeJx+K+3e+H4iHwnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJQ/6ThXNwOcWQ&#10;T3WBMDGNDHexJ2GJz3oUH/eGuXyKa7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SSGXe+OaKPAXkj&#10;MDmL3nqgJ5WIxXxBIFeF1X3qazicAHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vuOX6N2nylMDmK&#10;1X1qJ72H3n5FIKmFE38iasqa1oBLYT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM03/8MDyJ64AI&#10;J96HFoAbIO2EcIAwam2Z6YakYPOXZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZMEeJIYJuJ/6G&#10;a4G/ISWD6YEVaieZKoy/YLKWrIvDVtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeIhISOKB6F3YMr&#10;IVKDfIHUae+YopKyYKeWIpFJVsuTWY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZnKDaFb4RaIXaD&#10;JYJwYqyryl4aWX2oc2DXUDek42O9RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qOx3VFHZWKVHlV&#10;YhWqkGTBWS+nImbhUASjZ2kwRr2fXGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHejHi2JFnr4Yb2o&#10;3mskWNSldGy8T8WhwG54RouduHBqPV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCIAnxzYXCnGnFW&#10;WH2jvHJzT2mgFXOpRlOcI3UJPTuX+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3FYSOlknd4WDii&#10;QXghTymeonjTRhOauXmUPSWWpXp+NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2kXX2SWAqhDn3K&#10;TwadcX3tRfSZjX4QPQ2VhH5KNHWRaX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6V+qgFYNBTvCc&#10;dYLRReCYlIJPPPuUloHhNHWQi4GJLLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9ifT4iATuWbqId4&#10;RdaXxIZKPO6TzIUvNGiP14QqLLyL24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42HTuKa/4vhRdOX&#10;F4oAPPOTIYg0NHmPN4aDLMqLUITtJfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn9mG5hM5qjWUN&#10;cv5tOmhnYQBwDWvbT0ZzDW95Pdx2W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oXg6xoHmx1cftr&#10;EW7bYB9uLXFbToxxeHP7PV11E3bgLUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl63PFcNNpG3U8&#10;XytsenbITdJwCnhsPOdz7XpALSF4K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sHb6JnWnuNXjZq&#10;9nwjTR5uxnzFPHly6X2CLQB3Y35bsEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRlzIHJXVZppIFk&#10;TH1trYD+PBlyCICdLOR2tIA3ruVV042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfoXJxof4Z7S/Rs&#10;vYULO8VxSYOHLMx2H4Hjrc5UT5dmnl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tnkItfS4Zr8Yja&#10;O4RwqIY0LLl1ooNbrPtTIaDnnZxXC52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2Sx5rUIxjO0xw&#10;I4ibLKl1O4SerHNSSaoMnRhWPKXYjRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspqw4+GOw9vtYqt&#10;LJx06IWsqtxqDFqsm/pr/V41jHZt8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90OdJ5U3N1Kq58&#10;WngAqVpm8GSTmt1pNGcci3drZGmTe1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4CnbHKp97Wnow&#10;p8xkJW5WmUFmpm/rig1pDXF1egprenL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoFKpF6dnw/pjdh&#10;qHftl7FkWXihiI1m7nlJeNJpinntaI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5rH4ppL9fgYFp&#10;llNiWoFHhz9lGYEPd5Vn3YDLZ55qz4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/po4pdvIrRlTFg&#10;s4nYhjJjkIi7dpxmd4eLZr9pjYZbVs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRcSZQPlEhfWJI7&#10;hVZiSZA0ddBlSo4TZghogovyVj1r+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0Rk5VeRZpfhKRh&#10;QpdodShkUpRQZWtno5E5VbRrO44cRotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVdfKIohBpgep47&#10;dKBjjpopZPVm7JYcVVhqmZIHRjpug43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4fgtt0GGGKc8R1&#10;d2TfZCh27mg9VGR4h2u/RPl6Rm9yNfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9xr2kKcslzQWuM&#10;Y1J07m4aU7h2w3DHRHt4wHOZNbN7BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCKccxxM3I0YoBz&#10;EnPsUxZ1IXW9RA93W3epNX954HnIKCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZvU3jOYX9xbXms&#10;UkxztHqcQ4J2KHudNTh45Hy7KDN73X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9QYK1v9X9NUaBy&#10;cX9YQw91GH9pNQF4Bn+BKDp7LH+dmExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+NuvITKURFxWYPm&#10;Qq50LYMENNF3SIIVKEB6lYEVl29kbJC9ijlmtI9VfFpo642sbeprNovfXzttuIoOUI5wdYg7QmJz&#10;ZYZhNK92p4RtKEV6GIJblsljVZk8iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5vvYxEQg1yyol1&#10;NI92JIaBKEl5sYNxllliiqFuiRlk6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/wQcNyRowsNF11&#10;vYhFKE15X4RYkq55YVqIhk153F4QeSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9/W92Mix/QHOS&#10;JamAwngvkZd2lGNEhU13YWXzeCN4OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3NrMgZ9/HafJc9/&#10;s3owkHh0BmvjhBV1EG3Hdx52FG+baVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV82XmPJfB+w3wP&#10;j0VxtHRygt5y7XWVde90G3ahaHt1VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxVJgx98X3Gjhpv&#10;vXzngdtxGH1TdPByaH2dZ3RzxH3QWbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9PX9UjSJuIYVI&#10;gOlvk4T6dA1w/IR5ZqRydYPYWP90F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4CzjFpszo18gClu&#10;VIxyc1ZvzYshZftxWomnWGlzGYgoSuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8FrwpV2f5BtV5Ov&#10;cr1u2pGKZW1wco8vV+VyRozPSm50WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0mfx1smZqmckFu&#10;H5eoZPRvu5RnV4Fxl5EiSiRzvI3aPVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KBOF38b1yBMmFc&#10;Yn6BRGS1VS+BXmggR86BiGu2OuGBx29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVpbod/DmgLYcl/&#10;QWquVJ9/gm1jR2Z/2nA9OqaASnNALnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9Am60YPN9XHCd&#10;U/N9yHKZRul+UXSxOl5+9HboLnB/xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVNYC57mHZ+U0t8&#10;NHe6RnR87HkKOh99v3puLmd+wXv1JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6D3xFUsh6x3y6&#10;RhN7rn07Oe18rX3ILmN93X5mJDx/Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1UiZ5nIGYRal6&#10;nYFGOap7w4D5LlB9G4CqJF9+jYBYgWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4o4Y8RUJ5voUS&#10;OXx6+YPqLkh8dYKzJHt+C4F0gNV0eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqWRN95CoiUOUB6&#10;XIaSLkF77YR8JJJ9oYJkgGxzt5jvdTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4bovFORB52ojn&#10;LiZ7hoX8JKR9TIMpe3mJwVppcOSI5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWupNgWFlG+CKweF&#10;EnO5IWSEt3hPepuHXGIecC6GwWTOZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6EFnMSKyODwnZ8&#10;Ib2DkXopecSFC2m3b0aEpWu8ZEyENm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaFKzWClnkcIgqC&#10;j3vdeOGC73E0bluCrHKYY2CCX3PyWASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2Bj3uVIk2Brn1q&#10;eAeBInidbY6A+nlkYpuAx3oWV0WAk3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33hIoaA7n7Md0Z/&#10;m3/0bN1/j4AeYft/cIAhVr5/TYAKS21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWATYADdqd+aIci&#10;bGF+c4a0YY1+W4YAVlB+PIUiSwB+QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4ENdil9co4Xa+h9&#10;i40PYRh9eouiVel9Yon6SqV9dIhXP4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8tpTLa4h815Mv&#10;YLh8ypEEVZB8tI6NSmB8y4wbP1t9HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloeZqyQ2l1wXG2P&#10;c2DKUbOOBGQ2RrmMemfEO8+K42uGMXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO4GQNW+SNiWbG&#10;UUyMJGmSRnSKrmx9O7GJOW+XMYaHyHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qSW0yLnGysUMSK&#10;UW7YRhSI/XEfO3yHr3OMMYGGZ3YbKEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJyXJ/UDeInXQK&#10;RaWHb3WpOzqGSndkMW+FLXk5KGKEK3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhBT5+HH3kgRUmG&#10;DXoSOv2FD3sZMVyEGHwwKH2DPX1fIQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F4X4eROyE4X5V&#10;OuaD8X6iMVyDH378KJeCbn9aIUCB2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLWRJKD7IJYOrOD&#10;EIHmMW6CRoGDKLKBvYEcIXGBUYCwa+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWDBoYTOoqCSYTn&#10;MUuBnoPSKMOBKoKrIZmA4IGCa5iF4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mYOm2BpoetMUaB&#10;D4XXKNGAuIP2IbiAh4ItZd6bMVmhXOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaPiWtMLVeM529f&#10;JQOKV3PHHgeH/HhiZSKZR2B9XGuXP2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8rLYSLV3KXJVuI&#10;7nZKHoyGu3odZJSXJ2csW9SVP2lMUreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J6XWsJaSHrHim&#10;HwCFo3uwZASVGm23WziTS29QUhaRWXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHiaJdyGkXrYH2OE&#10;sn0bY3OTV3QzWrCRonVJUZqPwHZgSFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeFnHziH7eD5H5b&#10;YvCR6nqlWj2QS3s6UTeOdXu4SAWMd3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/H/2DOH9yYoKQ&#10;wYDpWeKPNYEAUOmNZ4DfR76LbYCmPqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeCqYBfYiqPz4bw&#10;WY6OU4aEUJuMjoXBR32KmITXPm6IqIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEkYeWPGIzTWW+N&#10;p4v4UH+L44qER2aJ3YjLPnKH5Ic4NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5OkXFj5U1ChlFwx&#10;SuWepl+RQkibaWMmOZyX4Gb4MSeULGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9wUtSf9GIeSn2c&#10;9mT6QgSZq2gGOYWWIGtHMT2SfG7AKaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d/WfmSiGbFGo4&#10;QbiX1my+OV6UZG9tMUGQ4HJNKdeNWnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2LSa+ZMW9bQXCW&#10;E3FSOTGSwnNxMTyPY3W0KfyMB3gOI3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6XjnRyQSOUf3XN&#10;ORaRTHdUMTqOEnj6KhuK3XqtI7uH0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8QPqTM3o8OPqQ&#10;D3sYMUWM6HwXKjqJ2H0jI/GG9342HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmSIX5xON+PDH6p&#10;MUKL+n77KlyI+H9gJCKGPn/CHyaD2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJlONCOMYH1MTCL&#10;OIGeKl+IS4FfJEqFpYEaH1uDY4DRWIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaNeoT8MUWKjYP9&#10;KnSHtoMVJGOFLII0H4WDBIFprH9c41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTnW8Rs6mjvSztw&#10;lW0oOxB0mXG7LAd4+nblqotY7V9hm7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhqxm5hSoxu0HGi&#10;OqVzNHU0K/d38nk+qL1VZ2mAmf1ZPmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPBSd5tN3YMOkBx&#10;9XiWK+p3B3t2pvJSPXNzmEtWY3SCiSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTprznpdOeVw3nvZ&#10;K952N32IpUJPd31ClstT4H1uh8VYIn2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6OOZZv7H70K9N1&#10;g39uo9RNIIbxlYtRwoY9hq9WOIV/dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRvIIHdK8p06YEi&#10;oqlLKZBzlIlP+47Xhc9Um40qdnpZQIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISHK8N0aYKhocRJ&#10;l5mwk8JOjpckhSFTTZSCdeJYEJHaZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710AIPpoStIcKKB&#10;kzdNe573hKBSS5tcdXBXIZfFZedcO5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7oNVj81U1ktRm&#10;aVk6hElo510ndRlreGEGZXFuLGTuVaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytgMF7lkaNjD2H7&#10;g0Vl4GUCdDxovGgCZLRrvWsKVQpu9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5kAFgAGqlgdtj&#10;G2zHcu5mQW7nY5tpj3ETVCptGXNaRSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9dPXM0gF1gl3R6&#10;ccBj/XW7YpZnmHcHU19rbXhoRJdvfnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0HuvfxdeZ3wZcI1i&#10;BXx5Ybhl23zfUqpp+H1YRB1uTn3cNh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNci4Oab6NgXoMV&#10;YOhkZoKRUhlotoIYQ7ptSYGmNetyK4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ribuVe94l0YD5j&#10;MIgIUZVnroadQ25sbIUwNcdxgIOzKXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d0I+DX7NiLI0s&#10;URpm1orTQxtrvYhwNadw84XuKX92TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55UqX09hWpHqUNBm&#10;IY6mQtlrKYtPNXpwg4fUKYF1+YRSlVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdzA2T7T6l1TGkH&#10;QVN3xG1JM3Z6jXHxJtl9oncrk+Zno15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJTwhzSW4EQON2&#10;E3FrM0Z5L3UnJvh8jXlRkoFkYWd4hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVxcHLuQIh0iHV0&#10;MyN38ng8JxN7mHtTkQdhdHBhhJ9kQHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/QAlzNHliMut2&#10;43sxJyp6wX0uj61e6Xkug1th6nnrdmZk1XqQaONnzHslWxhq93vATRluZ3xsP6RyCX0mMsN19X34&#10;Jz56CH7ejo9cxoHkglJf8oHbdXdjCYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5MqB1KYCLJ095&#10;a4Bdjala/oppgXteTYmYdLFhhoiRZ1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0fYLiJ1146IGr&#10;jPlZkJKsgNRc+pESdBBgTI8vZsRjtY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1J2l4fYLGjH9Y&#10;fJqVgFlb+Zg3c5BfWZV2Zkpi0pKGWNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4J4OxigdytlWA&#10;fkxz3llxced1KV1PZNB2jmEjV0Z4C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdHiLlvT14FfTVw&#10;2WEvcOVybGRKY/V0DmdiVpZ1zWqKSSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31sNGZ7e/BuDmjj&#10;b95v3ms/Ywdxvm2XVdpzvm/9SJt17nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7jerBrfXCNbq5t&#10;iHInYjRvnnO+VSxx33VaSCV0UXcOO5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRpQnglba1rf3j/&#10;YS9txnnJVHBwPHqZR4ty8Ht8Ozl1zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+kbMxpwn+3YGRs&#10;N3+yU8Nu2X+uRxxxt3+3OvZ0yn/LL3B4G3/lJU97fYAAgyljNodpd+tlyobvbBloTYY4X8Jq5IVf&#10;UzNtr4SHRrJwt4O0Oshz7YLoL2d3bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2XzppzYrEUrds&#10;uIkTRkZv54dmOoZzQIW9L1t23IQBJXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho74/XUltr7Y1K&#10;RgZvNorCOk5ysIg4Lzl2b4WgJYt6M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2ElUCB9Q2UQQ6h+&#10;LGkqN7F/NG17LFeAdXI0IliB53dffaZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7FmpHQ0t8QG2p&#10;N4R9i3E6LGJ/EXUfIqSAvXlYfIx0UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9tQtZ6hHITN0d8&#10;EXTeLGN91XfpIud/t3sse3BxpG1ncNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp48XZfNxJ6vnhe&#10;LGR8vnqKIyF+03zXelxvTHU1b9Jw4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqDNut5knuxLGx7&#10;yXz7I1N+D35XeXFtWXzvbxBvF31oZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4kH7dLGF6+n9C&#10;I3x9an+oeLFrt4R0blptk4RFY3xvWoPZWCpxLINLTK9zKYLAQU91XIJANo13soHILGJ6SIFMI558&#10;4YDLeBpqZIu1bc1sWorhYvVuNom1V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5tYMWI7p8coHB&#10;d6lpXJKubWBrZpE7YodtUY9NV0xvRY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SVI898GYKKc8yC&#10;jFWaad+CcVlnX2yCe100VGyCj2ENSRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD1Hdzcr5/kl0c&#10;aQx/ymBGXq+ABmNvU9mAQ2alSLKAhGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZccp8vmSQaBJ9&#10;PGcWXed9rGmdUyd+GWwsSC5+kG7SPUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6LWvuZxl63m3V&#10;XPR7fW+3UnV8G3GeR558y3OWPON9l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4ZkF4zXSDXCp5&#10;lHXAUbN6W3b2RzB7M3g5PJZ8N3mUMqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13DnshW3t393uw&#10;USZ43nwsRr1523ywPGl7AH1LMpp8SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGVWwJ2ooFyULd3&#10;nYEvRlR4uoD1PBx6A4DMMoZ7aICvKZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1iobxUE52l4Xs&#10;Rfp3zITxO895NoQDMlx6toMiKZl8bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIwwT/h1xopjRbp3&#10;CYihO6h4h4btMkN6JYVFKZN7+4ObIkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI0GDNQmWID2Ta&#10;OEmHTWkgLsmGlm2bJgmF/3JvHqiFkXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2YeQhaGAWmOOCmF&#10;b20vLtuE63D9Jk2EinUVHx+ETXlYZ1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGEEm4mN/ODtnEg&#10;LtqDaXQ9JoGDP3eVH4aDMnsEZpGC8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3KjN7KCKXTwLsyC&#10;EndZJqeCHHnsH9+CPXyIZceAx3EsXPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OAy3ieLruA5npO&#10;JsWBIHwZICqBbH3hZRN+9XfyXE1/NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwfLrd/3H0VJuGA&#10;RX4WIGmAvH8NZHZ9ZH59W7t9y37SUrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+9H+fJwR/iX/c&#10;IJ2AK4AOY/t8KITfW2p8tISvUnF8+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHqJxd+74FrIMd/&#10;tYDlY5p7KosFWw97yopPUh18I4kaSPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+eIK3IOh/V4GU&#10;XuOTiFTZVp6SFViTTgqQqlxmRR2PJWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KFHSaHHHeQXgiQ&#10;+1uDVfePxl63TXeOdmIDRLGNBmVwO8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+Fy3lVXViOZ2IV&#10;VUWNZGTDTOuMPWeDRDqK72piO32JjW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXryXLGL+2iSVJuL&#10;IGq4TEOKHmzrQ8iI+282OyuHyHGhMsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J2m8DVAKJJnCi&#10;S7eIRXJFQ0uHQXPxOuuGNXW+MquFOHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3VhU3uHfnZ8S0eG&#10;uneIQu+F0HiVOqaE4Hm2Mp+D/3r2KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2GH3wnSu2Fc3yY&#10;QqmEm3z+Om6Dw313MoWC/n4IK0eCTX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGBSo+EaIFUQlyD&#10;ooESOjSC3YDlMlCCN4DKKz+Bk4DEJNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmDpoYJQl+Cz4T0&#10;OmKB+4QOMqCBWoNNK3yA34KlJP2AsoHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuvPh+Vrl/ANiaS&#10;/mQWLmCQNWixJ0WNbW18IO+KzHKKG9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaSTuWSeNemRD2ho&#10;LmGOXWxsJ4WLtXCVIWGJP3T3HG2HIHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lSNayPIWyNLlqM&#10;mW/7J7eKH3OFIcKH3Hc7HPKF73rhUwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKNUHCLLk6K+nNf&#10;J9uIs3ZKIhCGpnlVHWSE6XxGUomTKWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3RkLkmJi3aiJ/eH&#10;d3jrIlCFmntGHcWECn2BUg2RVHKjSuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleISXm9KBiGYXtk&#10;IoWEtH0NHhaDUH6SUaGPynh1SoiOrHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyhKDuFc32mIrWD&#10;8n6gHliCt395UUqOh34ZSkGNjX56Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiEun+qIt2DUH//&#10;Ho6COoA5URGNf4ObSg2MoIN9QvSLPYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4FpIv2C0YEgHrmB&#10;14DVojVWm0+qk+RaKVQjhUJdv1iYdh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy2nAtKsd3+3YE&#10;oChRylmfkk1V2l0wg+FZ7GC6dOxeGGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOnKs926nhsnk1N&#10;cWOLkJNR+WYogm1Wd2jDc5dbC2tiZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1+HqxnHdJg21V&#10;juJOfG8FgNZTWHC6clRYSHJyY0hdeXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzOmrRF/nb7jWBL&#10;YHfJf4JQnHibcRpV4HltYm1bZnpLU31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC7oB2jBlIr4Bl&#10;fnhOQIBUcDxT14BCYahZp4A0UvxfyYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9iw1GYYjCfaRM&#10;PofJb5FSG4bRYQ9YMYXcUoNelYTqRHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlEepDGfP1Klo7g&#10;bw9Qq40DYKJW+osrUh9dmYlMRCxkfYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7fIFJR5VqbrJP&#10;hpKyYGFV/pADUfRcx41DRARj14prNrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1jc1jRbjtmqV03&#10;X5xqEGGrUN1ttmZFQolxmWsYNLR13HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCPbVtja2QeXuJn&#10;O2e1UExrTmtuQiZvoW9YNIt0WHOoKEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1gfWrqXcxks22q&#10;T3JpMXCKQY9t8HOSNEZzDXbsKGV4V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGkXNJia3OKTrVn&#10;S3WLQRRsbXerNBBx5noIKHt3fXymkHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhgaHlNThNlpHps&#10;QKxrHnufM+Zw6Hz5KI52wX55jyNKjn48gvVPl35xdjhUg36aaOhZfn69W0petX7lTZpkOH8dQF1p&#10;/39iM8RwEH+3KJ52IYAZjg9IFIcLggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZjCoONQCRpDILj&#10;M65vWYI1KKt1nYGEjTlGDI+LgUtLk44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIerP99oSoYWM5xu&#10;w4RuKLV1MIK7jKJEepeWgMFKK5VIdE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69nqojpM3xuToZR&#10;KL502YO8jL5kXVBjgHBmyVS3c7ppVFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/MSV413CAJcB8&#10;vXZYiuxf+Fkyfxdi5VzIcpFl22BaZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3X3O2JfF7m3iL&#10;iVRb8WINfadfU2TYcX1iqWegZJFmEWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bKJhx6nHqZh8JY&#10;UWrOfC9cFGzPcBNfwG7PY3pjfXDNVmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5vHx+hlhVGnN0&#10;euRZLXSwbuddK3XjYmphOncRVaplg3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42hSpSU3v8eddW&#10;rXx0bfxa8nzYYZpfSn0yVPhj2n2SSEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP94RNeP1UjIQC&#10;bTxZDYOTYPJdpIMUVGRidIKdR91niIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxUeFRSzYtGbKBX&#10;f4oCYGtcRYinU+thSYdXR3RmloYQO61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dRcpIwbCdWRpAW&#10;X/xbL43dU5VgV4uyRzply4mQO3prcodwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+au5vcFlDXqtx&#10;j12UUg5zzmH+RWV2PmaXOTx432tqLa170nCvI3t++HZ7gGJnYVkAdXFpuFySad9sG2AlXc5uk2O/&#10;UV1xL2duROR0AmtHOO93B29TLaN6WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+XN5r12ncUKNu&#10;zGzORGBx/W/jOKZ1YHMjLZp5CXaxI/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5pVm/qT/tspHIW&#10;Q/JwK3RgOHNz5HbMLZt333l2JDF73XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXWT0lqwHc/Q2Ru&#10;nXjAOB9ypHpYLYh25HwZJF17Fn31eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRpIXw8QwJtPHzt&#10;N+pxiX2vLX92CH6FJIJ6b39jekhYDoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7QqJsFoDYN8dw&#10;lYDELYB1TIC0JKF55ICgeZtWLokZb0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5rJ4R5N49v1IOQ&#10;LX10soKgJLp5c4GteR5UtJBKbtZY7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfBN2BvN4YCLWN0&#10;QIQ+JM55GIKKd2xzBlEFbPF0V1UrYhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98mGuYKld+xHDg&#10;IWSBE3aZddhvGFi9a89w1VxMYS5ynl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9PKmx9RHPLIb1/&#10;2niddIdrcWCCapRtkmNqYDRvrWZWVUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV78naWIgp+yHp7&#10;c0xoHmg5aWdqkmp1Xxds+Wy1VHxvZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4Ik192Xwvch9l&#10;KW/jaFJn5XFzXiBqkHMAU6JtQnSLSPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9DH23cSFinHd2&#10;Z4Jll3hhXXBof3k3UvprcHoESF5uiXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8PcFNga37SZsVj&#10;nH8ZXMdmuX81UmVp4H9AR99tMX9XPXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7BemYXlZjRh94WN&#10;XEFlQYTvUfBok4QzR3hsEYOEPSFvyYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyqZcdgqou/W9Zk&#10;FoplUY5niIjbRy5rJYdgPPNvAIX5M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7h1UuWW18Yllg&#10;Tyl9RV2vRKR+LWIlOjB/LWbVMFWASmu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvlWJV5Xl+DToR6&#10;gmM1RC97s2cJOe59BGsPMEp+cm9HJ2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2i2WYTcZ39Gio&#10;Q6V5cGvWOZp7Em8vMDB80HKyJ4p+uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuXTQ11nm4EQxF3&#10;aHCJOT15V3MxMA17YXX6J6F9jXj4IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZzjHNDQqR1lXUY&#10;OPN3zncOL/Z6G3kZJ7p8hntIIN5+1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhhQjV0B3l9OM12&#10;cnq5L/J4+nwGJ9R7oH1mIRd+JX7BZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5ytX2wOIR1VH4u&#10;L+R4BX6+J+d63n9PIUZ9kn/XZeRnPYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGcODp0aoFcL8B3&#10;QoEuJ/V6P4D7IWx9GoDBZXJly4kcXNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdzpYQ7L6l2pYNM&#10;J/F5yIJfIYt8uoGAYoSC3FDhWfSC8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bWLE2D22vYJGKE&#10;Q3E1HdWExHbHYUN/ale3WQN/3VtPUEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuCAm84JKqCsXPe&#10;HlKDcXilYEN8HV6QWAx84WGeT4R9kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2JOKBT3ZhHr6C&#10;SXpbX1R5DmVeVyJ6F2fZTqV7A2pfRfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2AHHi7HxyBSXvn&#10;XnB2T2wfVk53mG4GTeN4wW/zRUZ53HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrqH2uAbn1HXaVz&#10;5HLLVZd1bHQhTUd2znVuRMJ4IXbBPEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/t356XPRxyXlE&#10;VPJzj3oITLd1KHqyRE52q3tZO+p4NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+AXGZwAn+MVIhy&#10;B3/HTGdz0X/GRBl1c3+yO8d3HH+7M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xukIWaVCRwv4VM&#10;TAtytISeQ890eIPRO5d2PIMjM5F4KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBhUPiKlFSBSRqK&#10;AFi+QN2JXl0rOHGIp2HTMDKH7mbBKJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWHuFqBSEyHWl5F&#10;QD6G4mIuOBCGWGZIMBKF12qeKL+FZm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1R5yEuGOzP6iE&#10;dmcTN6+EKGqcL+qD6G5YKNWDuXI2IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyCN2kHPyOCNGvY&#10;N1CCKG7PL7+CLHHsKOCCP3UlIr6CcniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5MPpeAMXCCNwqA&#10;YXLhL5uApHVfKOiA9HfuIvGBYHqRHimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+fHUVNr5+3HbN&#10;L4h/TXinKPN/0nqLIxyAdHx0HnOBF347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHluNnt9l3qDL2t+&#10;MnuyKQh+1nzuI0R/qn4hHrCAe38zU0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8jH3yLzp9Un54&#10;KQN+D38OI29+/3+WHuF//YADUuB3cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4EaL2h8fID4KSd9&#10;Y4DoI4p+foDOHwh/mICsTtiT/U+jSEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uMI2aTJUGKemvk&#10;H5SI9nFvGxmHtHbnTcyQ+lW5R1KP7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpPJWyIn28DIACH&#10;UnPlG7WGR3inTRSN+FvLRoyNLF8cP9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG7XH3IFuF3XYv&#10;HDuFCXo+THiLEWHQReqKfGSkPzGJr2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTAIKiEl3hNHK+D&#10;+HuqS9qIXmfORVOIEGohPq6He2yIOBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyDfXpBHRCDEHzs&#10;S0GF723HRMaF8W+VPkCFmXFuN8SE9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJHWGCTn4DSryD&#10;0HOTREyEIHTcPeSEAnYiN4aDi3d7MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSBrn7vSkyCAHkv&#10;Q+eCl3nyPZWCr3qfN1aCXntYMS2B6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0SfuAfH6lQ5eB&#10;Un7bPVWBnX7mNzGBbH75MSSBD38wK1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD//wAA//8AAP//&#10;AABtZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUG&#10;BwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/&#10;QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4&#10;eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7Cx&#10;srO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq&#10;6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMU&#10;FBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/&#10;QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqyt&#10;r7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj&#10;4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwME&#10;BAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYm&#10;JygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1v&#10;cXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3O&#10;z9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P0&#10;9PX29vf3+Pj5+fr7+/z8/f3+/v//pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bB&#10;p3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdM&#10;hNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqo&#10;UJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky&#10;/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNar&#10;movdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbP&#10;plmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JG&#10;Sv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovd&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLql&#10;h8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSn&#10;b7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JFSv2hTGDypUtx&#10;5qlKg9qqTZXPqValyKhhsMWqa7XCrHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknoncmpqP4Zqaj+Ga&#10;mo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqa&#10;j+H/pjgy/6NFSv2iS2Dypklx5qpIgtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbivgcSyqofLrKaG&#10;0KWjhtWdn4bak52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYve&#10;k52L3pOdi96TnYvek52L3pOdi97/pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6hyrFXrci2YrDF&#10;umy1urN4vrKugcWtqofLp6eFz6CkhNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+f&#10;iNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6jSV/zqUZv6K5E&#10;gN2zQ5DTtkifzLdRqsrAXKy9uGy3s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH14yhh9eMoYfX&#10;jKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9f/&#10;pzcy/6NES/6lR17zqkRu6bFBf9+4Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcalq4XJnqmEzJin&#10;g8+RpYTSiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG&#10;1IqjhtSKo4bUiqOG1IqjhtT/qDcy/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZIpLm8XLKvtm27&#10;qbF5waWugsWhrITIm6qDy5Wpg82Pp4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJ&#10;pobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131rz9s7Lg6euTD&#10;N4fd0zWQwcRJp7G6XrWptW68pLF6wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoiohs6IqIbOiKiG&#10;zoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs7/qTYy&#10;/6VCS/+qQVz2sjtq7r02d+jLM4DQ0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTFla2Ex5CshMmL&#10;q4XKh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeq&#10;hsyHqobMh6qGzIeqhsz/qTUy/6VCS/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4Y7eftXK8nbN8&#10;v5uxg8GXr4TDkq6ExY6thcaKrIbIh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ&#10;h6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi584tadDgJH+5&#10;zzeXp8JSqZ66ZrWatXO7mLN9vpeyg8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aGrofGhq6Hxoau&#10;h8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8b/qzMy/6o7&#10;Sf+2MlPwxypa2N4hZsLfJIKtzjyYn8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKGwIuxhsGIsIfC&#10;hrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOG&#10;sIjDhrCIw4awiMP/rTEy/7AzRfjAKUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQvHWyj7l9to+3&#10;g7iMtoS6irWFvIi0hr2Gs4e+hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOI&#10;v4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4hbaXeLIOX0kWS&#10;kMtbnYzFa6WLwnWqir98rYe+f7CEvICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1frqGtX66hrV+&#10;uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/sioy8cYcM9Hi&#10;FDq88xtWqO4mbZjhNX+O2EqMiNBdlYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nDgKh4woKpd8KD&#10;qnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq&#10;d8KDqnfCg6r6vhwo1t0OI8DwFD+s/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCUd890l3XOd5hz&#10;zXmacs17m3HMfZtwy3+cb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/L&#10;gJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfrRnB/5VR5e+Fh&#10;f3bdaIRy226Hb9lxiW3YdItr2HeMatZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P&#10;Z9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq/59GQP+dUFX6&#10;oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KB&#10;n9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvC&#10;upCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMid&#10;cLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl&#10;76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Kt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCM&#10;xbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDF&#10;nHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NR&#10;deSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/&#10;ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiM&#10;j8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1&#10;wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSk&#10;U4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4ba&#10;oluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59G&#10;QP+eT1T6oU5k76RPdeWmUYXapViV0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSLx7aPjcuzipDP&#10;sYaW1K6DoNengaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWn&#10;gaHVp4Gh1aeBodX/ozkq/6BGQP+eTlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3FonS0wqF9ub+g&#10;hb67nYjDuJiJyLWTi82xjo7TromW2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg&#10;1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdMdOapToPcqlOS&#10;0qlboMumZqvGpXCzw6V6uL+kgr27oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Ym4mf2JuJn9ib&#10;iZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/ozgq/6BFQP+g&#10;TFT7pEtj8ahLc+arTIPdrVCR1KxYnsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOhiM+snI3Vo5aU&#10;2pqRnNyWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Y&#10;lo6e2JaOntj/pDgq/6BFQP+gS1P7pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGivxrJzs8OyfLi9&#10;sIDBtqyCya6nhc+loYrVnJyR2pWZnNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGU&#10;ntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceivSIDfs0qO1rVR&#10;mtC2WqTMuGWryr1xrsG5e7a3soDArqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue2YybntmMm57Z&#10;jJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq/6FFQP+iSVP8&#10;p0dh8q1GcOmyRn/gt0eM2btOl9O/V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2XpYXSjqGJ14eg&#10;ktmHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc&#10;2IehnNj/pDcq/6FEQP+jSFL8qUVh865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1usLK2eLmqsYDB&#10;pK2Fx5uphMyTpoTQiqOH1IOijtaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaC&#10;opbWgqKW1oKiltaCopbWgqKW1oKiltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvkwUKG38xGjdPP&#10;UpfBxGGns7tts6u1eLulsYDBn66ExpirhMqQqITOiKaG0YKkjNOApJLTgKSS04CkktOApJLTgKSS&#10;04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktP/pTcq/6FEQf+lRVH+rEJf&#10;9bQ/bO28Pnjnx0CB4NZGh8nNUZq4wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTLh6iGzoKni89/&#10;po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+m&#10;j9D/pTYq/6JDQf+nQ1D/rj9d97c8afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1ebycsoHAmK+E&#10;w5KuhMaMrIXIh6qHyoKpisx/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7N&#10;f6mOzX+pjs1/qY7Nf6mOzX+pjs3/pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4x9Y+jrPJUqCn&#10;wGOtn7lwtpq1eryYsoG/lLGFwo+vhcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/q43Jf6uNyX+r&#10;jcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+sPE3/tzZX8sUz&#10;X+HWNmPN4zF8utM/kanIVKGfwGWtmbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+IxIKuisWArozF&#10;gK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMX/&#10;qDQq/6Y+P/+xN0r5vjBS588vVdHiLGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQtoK6jrSFvIuz&#10;hr6IsofAhbGJwYOxisGBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCM&#10;woGwjMKBsIzCgbCMwoGwjML/qTIq/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJFkpfKWp+Rw2mn&#10;jr90rY28fLGLuoG0iLmDtoW4hLiDt4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8frWLvH61i7x+&#10;tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc2h87xusjV7Ps&#10;Km+j3zWCltRKkI/NXZqLyGuhicR1pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7h7N5u4izebuI&#10;s3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLP/rS4q&#10;/rslMOPSGi3J6BtBtvcjWqXsLm+W4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3ujecZ9pHjFf6V2&#10;xIGmdcODp3TDhKhzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPC&#10;hqlzwoapc8KGqXPChqn/tCQl7MoWI83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZYop81WyPeNJx&#10;k3XQdZVzz3iXcc56mHDNfJlvzX6absyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc&#10;bMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5HmvwsWY7yPGeE&#10;6ktyfeVYenngY4B03mqEcNtvh23ac4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l1YGPZdWBj2XV&#10;gY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY/S0goJv+gN&#10;Ha3/FTOd/yNFkP8zVIX3Q19+8VFod+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2fWLheH5i4Xl/&#10;YeF7f2DgfYBf4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff&#10;4H+BX+B/gV/gf4H/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8ST&#10;i7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH&#10;2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+a&#10;UUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGb&#10;w7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bC&#10;j4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxn&#10;ldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/&#10;nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+&#10;oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6&#10;wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZ&#10;cKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ&#10;959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6&#10;fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuS&#10;vL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG255klNKbbqDM&#10;mHiqxpWBssSVibbBkY66v4yQvb2Ik8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiwe6rIsHuqyLB7&#10;qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+bT0r/n09Z+KJQ&#10;aO6jU3flpFeF3KJgk9Oeap/Nm3Spx5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKayLd/oMu0fKfM&#10;rHypyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcr/&#10;oDgi/51FN/+cTkr/oE5Y+KNPZ++lUXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbBmIq6vpKMv7uN&#10;j8S4iJPItoOZzLSAoc+sfaXPpn6nzKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+o&#10;y6R/qMukf6jLpH+oy6R/qMv/oTgi/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qhakNWmYpzPo2ym&#10;yaB2rsWef7XBnIe6vpeKwLqQjca2i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafMn4GnzJ+Bp8yf&#10;gafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/oktX+aZMZvCp&#10;TnTnq1GC36tXjteqX5rQqGmky6VzrMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qKodKghKPTm4Sm&#10;zpqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp83/oTgi&#10;/55FN/+eS0n/o0pX+qdLZfCrTHPorU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3vqGEwLWbicau&#10;lY/MqJGVz6KOntKaiaLTloelz5WHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWH&#10;ps6Vh6bOlYemzpWHps7/oTci/55EN/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qzWpXUs2Oez7Nu&#10;pcuzeKvDrHy3uKWBv6+ehsaomYzLoZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYumzpGLps6Ri6bO&#10;kYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW+6pIZPKuSXHq&#10;skx94rZPidy4V5LWumGa071toMm4dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQlaLUjZCl0IyQ&#10;ps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps//oTci/55E&#10;N/+gSUj/pkdV+6tHY/OwSHDrtUp85LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19v6WngsWdoojL&#10;lp+Oz4+cltKLnKLTiJWk0ImUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+J&#10;lKXPiZSlz4mUpc//ojci/59EN/+hSEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rczWKOzshsm8C/&#10;caq0t3e1qbF8vp+sgcWXp4bKkKSMzoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wapc+FmqXPhZql&#10;z4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5DYfW1RGzuvEZ3&#10;6cRLf+PPVITZ1GWIyMtrmrrCcKmuune0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQgKOlz4Chps6A&#10;oabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps7/ojYi/59DN/+j&#10;RUf/qkJT/rFBX/a4QWrxwURz6sxLeeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5exg8KOrYXGh6uI&#10;yoGpjc18qJbOe6iizXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabN&#10;e6mmzXupps3/ozYi/59DN/+lQ0b/rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mRtclmn6nBcaug&#10;u3mzmbaAupSyhcCMr4bEhq2Ix4CrjMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmr&#10;n8p5q5/Keaufynmrn8p5q5/Keaufynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPEPGHm0UNk2d9D&#10;c8jcSoW30FeVqsdloqDAcKyZunm0lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2XxnqtmsZ6rZrG&#10;eq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi/6FBN/+pPUP/&#10;szlN+b43VerMOlnb3Ttiy+U/d7vZSImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuIs4a+hbKJwIGx&#10;i8F+sI/Ce7CUw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCW&#10;w3qwlsP/pDQi/6M+Nv+tOUH/uDRI8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8ZnpJLBcquOvXuw&#10;jLqBtIi4g7eEt4W5grWIu3+0ir18s42+erORv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796&#10;s5O/erOTv3qzk796s5O/erOTv3qzk7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/7zNrr+E7fqDW&#10;So2WzluZkMhpoYzDc6iJwHushr5/r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3kLl3t5C5d7eQ&#10;uXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wzMf+5KzbqzCY2&#10;0uEmQcHvLFqw7TNuoeE9f5XXTYyN0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKseb+ErXe+hq91&#10;vomwc72MsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9&#10;jbH/qS4h/7MqK/LFIizW3hwtw+0jR7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7Mc5t7yneeeMl7&#10;oHbIfqJ0x4Cjc8aCpHHFhKVwxIembsSKp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4un&#10;bsOLp27Di6duw4unbsOLp27Di6f/rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxtiuVJeYPfVoJ+&#10;2mSJetZsjnbTcZFz0nWUcdB5lW/Pe5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxozIicaMyInGjM&#10;iJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jpESC1+Rs3pf8m&#10;S5f6NFyL8UJogupPcnzlW3p34WR/ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+jGXWgI1k1oKO&#10;Y9WFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY/p&#10;xw0MytoLD7f3EiSn/x05mP8rSYz+OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll5HJ7Y+N1fGLi&#10;d31h4nl+YOF7f1/hfX9f4H+AXuCCgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+D&#10;gV3fg4Fd34OBXd+DgV3fg4HL0AkDuuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhXX230XWRn8mJn&#10;Y/BoamHubGxf7XBtXe1yb1zsdW9b7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9zWOp/c1jqf3NY&#10;6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/mlNP/pxVXvWc&#10;Wmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmr&#10;vb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga&#10;/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfC&#10;gZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CE&#10;pMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzs&#10;m1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94&#10;sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pG&#10;Lf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5&#10;wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuO&#10;jKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm196&#10;5Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+X&#10;UUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+e&#10;usF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s73/nTga/5pFLv+XUEH/m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic0JKBpMuPiavH&#10;jY+xxYmTtcOFl7jCgpq6wX+eu8B9or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5&#10;sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPagVWrtoFp45Z9g&#10;hd2capHWmHOb0JV9pMuShavHj42xxIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmvwbR5sMGwerDA&#10;sHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca/5tFLv+ZTkD/&#10;nk5O/6FQW/eiU2nuo1d35qJdg96fZo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/hJi9vYCdwLx9&#10;o8K7e6rEtHqtxK17rsOqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuv&#10;wap7r8H/njca/5tELv+aTUD/n01N/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1ocyZfqnIlYaw&#10;xJKNtsGMkbu+hpa/vIGcw7p+pMW3fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOk&#10;fa7DpH2uw6R9rsOkfa7DpH2uw6R9rsP/njca/5tELv+bTED/oExN/6RNWvimT2fwqFN06KhXgOCn&#10;XozapGiW06Fxn86deqfJmYOvxZWKtcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+rMWff67Dn3+u&#10;w59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsP/njca/5tELv+cSz//oUpM&#10;/6VLWfmoTmbxqlFz6atVf+KrW4rbqWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPBsomZxa6Gociq&#10;hKnJoYCpypyBrMabga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuB&#10;rcT/njYa/5xELv+cSj//oklM/6ZKWfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGqdaLLpX2rwZ2D&#10;tLmWibyykZDBrIyWxqeJncijh6bKm4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3F&#10;loStxZaErcWWhK3FloStxZaErcX/njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w67FSe+SzV4Xf&#10;tGCO2bNqltGxdZ7GqHurvKCBtLOah7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iSh6zFkoesxZKH&#10;rMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+eSD//o0dL/6hI&#10;V/utSWPzsExv7LRQeea4VoPhu16L2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSRxpqRmMmWj6HL&#10;kYyozI+KqsiOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMb/&#10;nzYa/5xDLv+eRz7/pEZK/6pGVvyuSGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29rneqsqd9tKmh&#10;gruhnIjBmpiPxpSWlsmQlJ/LjJKozIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6s&#10;xoqOrMaKjqzGio6sxoqOrMb/nzYa/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxOdOfCVXvfyGGA&#10;0cNqjcS6cJ24snWprat7s6OlgLuboYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvGhpKrxoaSq8aG&#10;kqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/p0RJ/61DVP6z&#10;RF/3ukdo78FNcOXJVnXczmR6zMZpjb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIihkseEn5rJgJ+n&#10;yoGaqsiCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8b/oDUa&#10;/51CLv+hRD3/qEJI/69BU/+2Ql33vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKnobZ3sZixfbmP&#10;rYK+iKqJw4KokMZ9p5nIeqelyXuiq8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2e&#10;rMZ9nqzGfZ6sxn2erMb/oDUa/51CLv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/cWWfP2GB5wM9m&#10;irLIa5qmwnCmm7x2r5G4e7eJtYG8grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6atxXemrcV3pq3F&#10;d6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F/7U7Tve/PlXs&#10;y0RZ4dpPWtTfUWzG2lp9uNNii6vOaZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95sZPBdrCbwnSw&#10;psJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcL/oTMa/55B&#10;L/+nPTr/sDpD/bo4SvDGO0/j1UVO1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4q4q8f7GEuYO1&#10;gLeHuHy2i7t5tJC8d7SXvXa0ob10s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50&#10;s6W+dLOlvnSzpb7/ojMa/6A+Lv+qOTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas3E6Fn9NakpXM&#10;Z5yOxnGkisJ5qoW/fq6AvIKyfbqGtHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3oLlzt6C5c7eg&#10;uXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cowO9rdMj/K5zhV&#10;vOw9aa3lRHmf206HlNNcko3MaJuIyHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuycruQs3C7lbRv&#10;upq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/pDAa/6c1Kv+0&#10;LzD0wyox3tgrLczmLkW98jVare47bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrGfKR3xICmdcOD&#10;qHPChqlxwYmrb8CNrG3Akq1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5Wt&#10;bL+VrWy/la3/pS8a/60tJfy8Jyjl0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSFg9dhjH/SbJJ7&#10;z3KXd813mnTLe5xyyn6ecMmBoG7IhKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVoxZGlaMWRpWjF&#10;kaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9K02g+DVek+5B&#10;bInmTXeB4FiAfdxkhnjYa4tz1XGOcNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6ImWXNjJpkzY6a&#10;ZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW9cEXFNTfDhDA&#10;7xgmsP0jPKH/LU6U+TpdifFHaIHrUnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm2nuJZdl9imTY&#10;gIti2IOMYdaFjWDWiY5f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WL&#10;jl/Vi47+uRYN1NILBsLuDhax/Bkqov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlkc2jnanZm5W95&#10;ZORzemLjdnxh43l9YOJ7fl/hfn5e4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb&#10;34iBW9+IgVvfiIFb34iBW9+IgVvfiIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB/0VSevxSWnL3&#10;WWBr9F5kZvJkaGLwaWpg7m1sXu1xbVztdG5b7HZvWux5cFnre3FY631xWOp/clfqgnNW6YRzVumE&#10;c1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0IC6T/EhqX/x8q&#10;i/8uNoH/PUF5/0pJcf9SUGn/WFVj/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRhVfZ2YlT1d2NT&#10;9XljU/R8ZFL0fmRR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0&#10;gGX/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CV&#10;ps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTf&#10;j3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lX&#10;U/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamw&#10;x3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/&#10;ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19&#10;mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO&#10;2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2Z&#10;W2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Su&#10;scdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU&#10;/5VDJf+TUTf/l1NF/5lWUv2ZW2D1mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCiz4CVpsx9manL&#10;e52syXmhrsh3pa/Idqqxx3SussdztLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91&#10;urK/dbqyv3W6sr91urL/ljMU/5ZDJf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaWbIPfk3aN2o+A&#10;ltSMiJ3Rh46jzYOTqMuAmKvJfZyuyHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4tbh3uLW4d7i1&#10;uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E/51SUf6eVV72&#10;nlpq7pxgdueaZ4LglnKM2pJ7ldSOhJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXEd6y2w3azt753&#10;t7e3eLa4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5trj/mDMU/5dD&#10;Jf+XTTf/m01D/59QUP+gU133oFhp759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImPqcmEla7HgJqy&#10;xX2gtcN6p7fCeK65wHe1ubh4tbmxebW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbms&#10;erW5rHq1uax6tbn/mDMU/5hDJf+YTDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/inmqJ3Jpzk9aV&#10;fJvRkYWjzIyMqcmHk6/Ggpmzw36gt8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7tbqne7W6p3u1&#10;uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FMTv+kT1v5pVNm&#10;8aVYcuqkXn3jomaH3Z5wkdeZeJnSlYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9snqyvqt7sr2m&#10;fLO8o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/mTMU/5hDJv+Z&#10;Sjb/n0pC/6NLTv+mTln6qFFl8qhWcOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWNja+/h5S1uYOc&#10;ubV/o7yxfay+rHyxv6V8sb+hfrO9nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7&#10;nn60u55+tLv/mTMU/5lDJv+aSTX/oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC4Kppi9qmc5TP&#10;n3ydxpeDqL6QirC4i5G2soaYuq2DoL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7uagbO7moGzu5qB&#10;s7uagbO7moGzu5qBs7uagbO7moGzu5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+pSlf7rE5i9a9S&#10;bO6wWHbosV5/37BoiNWsdJDKo3qdwJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZmBr8GXgrK+&#10;lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU/5lDJv+cRzX/&#10;okZA/6dHS/+rSVb9r0xg9rJRau60V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCrk4u2pY6Tu5+L&#10;mr6biaLBmIiswpOFr8KShrG/kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYaz&#10;vJGGs7z/mjMU/5lCJv+cRjT/o0VA/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btqgMuycJDAqXad&#10;tqJ8p62cgq+ll4m2npOQu5mPmL6UjaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9jYmyvY2Jsr2N&#10;ibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8tEld8rlPZem+&#10;Vmzhw2By075pgMa1bo+7rXScsKZ6p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQrsKIjrDAiI2y&#10;vYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pCJv+eRDP/pUI+&#10;/6tCSP+xRFL6t0ha8L1OYebEVmfeyWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1kp2Luoyak76H&#10;mJvAhJekwoKWr8KDk7DAhJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSR&#10;sr7/mzMU/5pBJv+fQjP/pkA9/61AR/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9a42wtXGapa92&#10;pZyqfK2TpoK0jKKJuYagkL2Bnpm/fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+&#10;f5ayvn+Wsr5/lrK+f5ayvn+Wsr7/nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT6slOVuLVWlfS&#10;0V5rxMlkfbbBaoyqu2+Zn7V0pJaweqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93obG/ep2yvnqd&#10;sr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+iPzH/qjw6/7M8&#10;Qvu7PknwxkRN5tJPTdzcV1bM1V1qvs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KFtXmwjLh0r5W7&#10;ca6fvG6vq71xqrO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7z/&#10;nTMU/5tAJv+kPDD/rTk4/7Y5P/XBPEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomcyGuVkcRxn4jA&#10;dqd/vX2teLuEsXO6i7RvuJS3bLeduGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1&#10;uW2vtbltr7W5ba+1uW2vtbn/njIU/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJHTMfiTV653lRu&#10;rNlbfJ/UYoiU0GiTisxvm4LHd6J8w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62yZ7q2tGe6trRn&#10;ura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/tTIx88MyM+PU&#10;ODDT4Tw/xuhCUrnlSGOs4k1yn99Uf5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DCiKluwY6rbMCU&#10;rGq/m61pv6WtaL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq3/oDAU&#10;/6M2Iv+vMCj7vC0r6M0sKNXgMDDH6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiRfNBxlnjMd5t0&#10;yn2ecMiCoW7Hh6NrxYulacSQpmjElqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXD&#10;pahlw6WoZcOlqGXDpaj/oS8U/6gvH/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7wQ2mS6Ex1iOFV&#10;f4HbYYd712qNdtNxkXLRd5Vvz3yXbM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsieoWLInqFiyJ6h&#10;YsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgTyegiJbr0Kzqs&#10;+DRNnvc8XJLxRmmI6VBzf+NZe3rfZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk0YeUY9GKlWHQ&#10;j5Zgz5SXXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZj/pygS/7cf&#10;EubOEQ3L5hUWu/QhKqz+Kz6e/zROkvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9wgWjedYRl3HmF&#10;Y9t9h2LagYhg2oSJX9mHil3Yi4tc15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b&#10;1pSNW9aUjVvWlI3/sB4L7cYOCM3bCwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F48Vloce1fbWrr&#10;ZHFn6Gp0ZOdvd2LldHlg5Hh6X+N7e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjgj4FY4I+BWOCP&#10;gVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8kL5L/Lz2H/z1J&#10;f/9JUnj8VFpw+FpfafRfZGTyZWdh8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635wVuuBcVXqhHJU&#10;6ohzU+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TMxggAvdQIA631&#10;Dg+f/xofk/8nLYj/NDl+/0JDd/9NSm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3cGBW93NhVfZ2&#10;YlT1eGJT9XtjUvR9ZFH0gGRQ84NlT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84Zm&#10;T/OGZk/zhma9ywYArtsGBJ//EBCT/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJW/9dTFj/Yk5V&#10;/2ZQU/9qUVL/bVJQ/3BTT/9yVE7/dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK/YFXSv2BV0r9&#10;gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFq&#10;a++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8Cj&#10;zWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/&#10;klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNv&#10;qZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS&#10;2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++N&#10;cnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzF&#10;o8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7&#10;/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/S&#10;bq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqL/jS0O/40+Hf+MTC7/lFM7/5VWR/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+Cio3cfpCS2XqW&#10;l9Z3m5rVdKCd03Kln9JwqaHRbq6i0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/EpMRvxKTEb8Sk&#10;xG/EpMRvxKTEb8SkxG/EpMRvxKT/ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f9pVkau+SbHXp&#10;jnZ+5IqAh9+Fh47bgI6U2HyUmNV5mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafKbsKnw3DCp71x&#10;wqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+QSi3/l086/5lR&#10;Rv+bVlL+mlte95hhafCVaHTqkXF+5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSkpM5yqqbNcLGo&#10;zW+5qctvwanDccGpvHLAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKr/&#10;jy0O/48+Hv+SSi3/mE05/5tPRf+dU1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7bh4mV1oGQmtN9&#10;lp/QeZ2jznWjps1yq6nMcLOqy2+9q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+&#10;rbF1vq2xdb6tsXW+rbF1vq3/kC0O/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5cZvKcYnHrmGl7&#10;5ZRzhOCPfY3bioaU1oSNm9J/laDPepylzXajqMtzq6vKcbWtxnG+rb50va62db2usHa9rqx3va6s&#10;d72urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/m0o4/55MQ/+h&#10;T0//olRa+qFZZfOgX2/snWZ55phvg+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1q63Dc7Svv3O8&#10;sLd1vLCwd7uwqni7sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLD/kS0O&#10;/5E+Hv+WSCz/nEg3/6BKQv+jTU3/pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S04yHmsyGj6HG&#10;gJenwXyerL15pq+5dq+xt3a6sq93urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7&#10;u7Gie7uxonu7saJ7u7H/kS0O/5E+Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWoW2vtp2F05aRp&#10;ft6fc4fUmH2Qy5GEmsSKjKK+hJOouICarbR8orCwequzrXm1tKh6ubSke7m0oH25s519urOdfbqz&#10;nX26s519urOdfbqznX26s519urOdfbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2/6NHQf+nSUv/&#10;qk5V+qtTXvKsWWjprGBx4qloetmlc4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Gofqe0pX2xtaF9&#10;uLadfri1mn+5tJmAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurP/ki0O/5I+&#10;Hv+ZRSv/n0Q1/6RFQP+pSEn/rExT+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+mreShaKwjIyp&#10;qoiUrqSFnLKggqS1nYGutpqAt7eXgbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOU&#10;grmzlIK5s5SCubP/ky0O/5I9Hv+aRCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hkt15p2rRpc82s&#10;b4LCpHaPuZx8mbGWg6KqkYqpo4yRrp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCFubSQhbm0kIW5&#10;tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hCPf+tRUb8sUpP&#10;8rVPVum6Vl3hvWBk1LhncsivbYG9p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qot4yKs7iL&#10;ibe3i4i4tYuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/ky0O/5M9Hv+c&#10;QSr/o0Az/6lBPP+vREX6tEhM8LpOU+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWefqGemoSol5aM&#10;rpGTlLKMkZy1iI+mt4WPsbiFjra3ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1&#10;h4y4tYeMuLX/lCwO/5Q9Hv+dQCn/pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5fy75kcb62aoCz&#10;r3CNqal2mKCjfKGYn4KokZuJrYqZkrKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWCkLi1gpC4tYKQ&#10;uLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0QUD0vEZF68RN&#10;SeLOWEvTylxexsJjcLm6aH+utG6Mo650l5qpep+SpYCniqGHrISfj7F/nZe0e5yhtnibrLd3m7e2&#10;epe4tXyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO/5U9Hv+gPSf/&#10;qDsw/7A8N/24PzzxwURA6MtOQt7TVUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6Lq36lhKiFqn2m&#10;jK94pJWydKOftHGjqrVwo7i1c565tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5&#10;s3abubP/liwO/5c8Hv+iOib/qjku/7M6NPm9PDjuyEM549VQN9faUkjI0llcustfba3FZXyhwGuJ&#10;l7pwk422dpyEs3yifbCDqHeuiqxyrZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7uxb6O7sW+ju7Fv&#10;o7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm0EMw3N9KNc/f&#10;UkfB2Fhas9Fea6bLY3qax2mGj8JukIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3p65kt7SuZbO9&#10;rmitva5orb2uaK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva7/mCwO/505HP+nNCP/sTMo&#10;+b0yKurLNync3T4p0ONGOsXiTUu43lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3macMWBn2rEiaJm&#10;w5KlYsOcp2DDpqhfw7SoX8HCqGG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6&#10;wan/mSwO/6A1Gv+qMSD/ti4j8MUtIt/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLbXHeH2GOBftVq&#10;iXbUcY9v0XmUa86AmGfMiJtkypCdYsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjDolzIw6JcyMOi&#10;XMjDolzIw6JcyMOiXMjDolzIw6L/mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zczt+s+RarpRVSe&#10;50xikuVSbobjWHh94GB/dtxphnDYcYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ldzaOaXM2tmlvN&#10;t5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3JBXryhwR0+Ae&#10;E8TrKya38TQ4qvA8SZ3vRFeR7ktjhu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+i2LXhI1f1YqO&#10;XtSQkFzTlZFa05ySWdKkk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJP/&#10;oSsN/68jD/TCFwzW3RAHxeseGLf2KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu52R2auRrembi&#10;cn1k4HeAYd99gl/egoRd3YeFW9yMhlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZo4pW2aOKVtmj&#10;ilbZo4pW2aOKVtmjilbZo4r/qCMJ/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+S4b+R1Z9+FFe&#10;dvNZZW7wX2po7WVuZOprcmHpcXRf53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+VOGXf1PhnH9T&#10;4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO29xIPqP8fIJv/&#10;KzCQ/zY9hf9ASH3/S1F1/VRYbflaXWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFftfG5V7IBvVOyE&#10;cFPriHFS64xxUeqRclDplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXPWvgcA&#10;xcsIALfbCQWo/xQSm/8iIZD/Li6F/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2VaWvpqXFf5bl5V&#10;+HJfVPd2YFL2eWFR9n1iUPWAY0/0hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzz&#10;kGZM85BmTPOQZkzzkGbEwgYAttEHAKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/TEFj/1NGXv9Z&#10;SVr/XkxW/2NOVP9oUFL/bFFQ/29ST/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2GWEf9ilhH/YpY&#10;R/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoRhf8nG3v/MyRx&#10;/zwsaP9DMmH/Sjdb/1A7Vv9WPVP/XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH/3RHRv92SEX/&#10;eUhE/3xJQ/+ASUL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0r/gigJ/4I5&#10;Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL&#10;4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4&#10;i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU&#10;/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHc&#10;ZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+B&#10;SCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gun&#10;jd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS&#10;z2jSks9o0pL/gigJ/4M5Fv+DRyX/jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw7X6CeOl6in7m&#10;dpGD5HOXh+JwnYrgbqKM32unjt1qrJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPLadCUy2nQlMtp&#10;0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+UWEf/kl5T/5Bl&#10;XfiMbWfyhnVw7YF/eOl9h37leY+E4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6ltlnw5bZZs2X&#10;0GnOlshqzpfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ/4Q5F/+IRST/&#10;kUww/5VRO/+WVkf/lVxS/5NiXPmPambzinJw7YV7eOmAhH/le4yF4neTit9zmo7dcKCR222mlNpr&#10;rZbZabSX2Gi9mNhnyJnRacyZyWvMmcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3L&#10;mr1ty5r/hSgJ/4U5F/+KRCT/k0sv/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4d+mDgX/kfoqF&#10;4XmRi951mI/ccZ+T2m6mlthsrpjXaraa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qduG/Knbhvyp24&#10;b8qduG/Knbhvyp24b8qduG/Knbhvyp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/mlZP/5ldWvqW&#10;ZGT0kmtu7o10dumHfn7kgYeF4HyPi913l5Dbc56V2G+mmNZsr5rVarmc1GnGnctsyZ3DbcmevG/I&#10;n7VwyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5F/+OQyP/l0ku&#10;/5pLOf+cT0P/nVRO/5xaWPuaYGL1lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W1HClmtBurp3N&#10;bLefy2vDoMNux6C7b8ehtXHGoa9yxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxz&#10;xqH/hycJ/4c5F/+QQiP/mEct/5xJOP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQdnzhioCE24SJ&#10;i9N+kZLOeJmYyXShnMZxqZ/CcLKiwG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXFo6Z1xaOmdcWj&#10;pnXFo6Z1xaOmdcWjpnXFo6Z1xaP/hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK/qNVVPaiXF3v&#10;oGJn6JxpcOGWdHnakH2C0YmGi8qCjZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6asdMOmp3bDpqN3&#10;xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+TQSL/m0Qs/6BF&#10;Nf+jST//pU5I+6dUUfOmWlvrpWBk46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Zn7J6oaOvd6mm&#10;q3azp6l2wKikd8KooXnCp516w6ebesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6b/&#10;iCcJ/4k4F/+VQCH/nUIr/6JENP+lSD3/qExG+KpST++rWFfnq19g4KhpadShcHXLmXiBwpJ/i7uL&#10;hpS1ho6ar4KVoKp+naSme6ano3qwqaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9wqeWfcKnln3C&#10;p5Z9wqeWfcKnln3Cp5Z9wqf/iScJ/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5RTOywV1TksV5c&#10;261oZs+lbnXFnXWBvJZ8i7WQg5SuioubqIaSoKOCmqWegKKom36sqph+uKuWfsCrlH/AqpOAwaiS&#10;gMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/nz8p/6VBMv+q&#10;RTr8rklB8rFPSem1VlDht19X1bFlZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyHl6WXhKColIKp&#10;qpGCtauPgr+rjoPAqo2DwamNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2Dwaj/iicJ&#10;/4s4F/+ZPiD/oT4o/6ZAMP+sQzj5sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGAsZ54iqmYfpOi&#10;k4Wam4+NoJaMlaWRiZ2ojYenq4qHsqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiIhsGoiIbBqIiG&#10;waiIhsGoiIbBqIiGwaj/iicJ/4w3F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTAVkbZv1xTy7dj&#10;ZMCvaXO2qG9/rKJ1iqScfJOcmIOalZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/q4OKwKmDisGp&#10;g4rBqYOKwamDisGpg4rBqYOKwamDisGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm/6o9Lf+xQDP0&#10;uEU46r9MPOLHVUDTwlpSx7phY7uzZ3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSElJiof5OiqnyS&#10;rat6krqse5HAq32Pwal+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owaj/jCcJ/482&#10;Fv+dOh7/pTol/607K/y0PjDxvEM058VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxyiJineJGQo36Y&#10;iaCFnoKdjaN9m5aneJmfqXWYqqpzmberdJjAqneUwal4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4&#10;k8KoeJPCqHiTwqj/jCcJ/5E1Fv+fOB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3JyVdQvMNeYLC8&#10;ZG+lt2p8m7JwhpKtdo+KqXyWgqaDnHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCbwqdymcKncpnC&#10;p3KZwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2JfW+OSfqyUAm&#10;4NZJKNHVTjzDzlZOtshcX6rCY22fvWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gia6mbpGippqZm&#10;qbOmZqrDpWmkxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/jiYJ/5czFP+j&#10;NBr/rTMe/rgyIPDFNSDj0z8c2N5FJsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9col8uniQdbh/&#10;lm+2h5pqtZCdZbSaoGKzpaFhtLGiYLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8ai&#10;ZKvGomSrxqL/kCYJ/5sxEv+mMRf/sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NKqNVZWpzQX2iQ&#10;zGVzhslrfX3GcYV1xHeLbsN+kGnBhpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxdt8qdXbfKnV23&#10;yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrcKQ7M5DYdweZA&#10;LrbjSD6q4E5Mnt1WWZLaXWWI1mNvftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82aklnNpZNXzrKT&#10;Vs/Ck1bL0JRXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ/6MsDv+wJg/1&#10;wB8N39UbB83kJxPB6zQjteo9M6nnRUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm3nV/Yd19gl3c&#10;hoVa24+IWNmYilbYoYtU2KyLVNi3jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bW&#10;i1PW1ov/lyQJ/6kmCv64HAnmzhEFzuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxSXHzrWWRz615r&#10;aupkcGXobHVh5nR4XuR8e1vig31Z4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+EUd2/hFHdv4RR&#10;3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn9TEsm/U7OpD1&#10;REeF9UxRfPVTWnP1WWBr819mZfBmamHtbW1d63RwWup6c1jogXRW54d2VOaNeFPllHlR5Jt6UOSh&#10;e0/jqnxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wMAc3MCQDB4AwE&#10;svoZEKX8JyCa/TIuj/09O4X+RUV7/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJnV/F4aVXwfmpT&#10;74NsUe6JbVDtj25O7JRvTeuacEzroXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvq&#10;pnL3sw0AzMMIAL/RCACx7w4GpP8bE5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/WlJe/mBWWvxm&#10;WFf7bFpV+nFcU/l2XlH4el9P939gTvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOeZkjznmZI855m&#10;SPOeZkjznmZI855mSPOeZkjznmbNuwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcrev9BNHD/Rzto&#10;/01BYf9URVz/WklY/19LVf9lTVL/ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH/ohXRv2NV0T9&#10;k1hE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLgBgKX/xMIjP8i&#10;E4P/Lh15/zglbv8+LWb/RTJf/0w3Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9uRUf/ckZG/3ZH&#10;Rf96SEP/fkhC/4JJQf+GSkD/i0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0uv&#10;xgIAotYCAJb3CgKL/xYHgv8kD3f/LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL/1ozSP9eNUb/&#10;YjZE/2Y3Q/9pOEH/bDhA/3A5P/9zOj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/hj06/4Y9Ov+G&#10;PTr/hj06/4Y9Ov+GPTr/hj3/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li&#10;93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HX&#10;Yt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+G&#10;WT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7&#10;f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG&#10;/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjs&#10;ZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj&#10;34HUY9+B1GPfgdRj34H/diQG/3c1EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+blr7eXdi93WC&#10;afRxim7xbZJz7muZduxon3nrZqR76mSqfeljr3/oYrWA52G8gedgxILmX86C41/Xg9xh24PSY92D&#10;z2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn/4pPMv+MVj3/&#10;i11H/4dkUf+CbFr7fHRi93h/afN0iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILmYraD5WG+hOVg&#10;x4XlYNOF3WLZhdNk3IXMZduGyWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24b/eCQG/3g1&#10;EP9+QBv/iEcm/41OMf+PVTz/jltG/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6VeeprnH3oaaOA&#10;52apguVlsITkY7eF5GLAh+Nhy4ffYtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJxGfYicRn2InE&#10;Z9iJxGfYicRn2In/eSMG/3k0EP+APxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8hG5h9354afJ5&#10;gnDvdIt263CTe+ltm3/naqKC5WephORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn14vAaNaMvmnW&#10;jL5p1oy+adaMvmnWjL5p1oy+adaMvmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NML/+VUTr/lFdE&#10;/5JdTv+OZVj8iGth94J0afJ8f3Dud4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL4GPHjNxj1IzP&#10;ZtaMx2jVjcBp1I66atSOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/eiMG/3s0EP+F&#10;PRr/j0Qk/5ZKLv+XTjj/l1RC/5VaTP+SYVb8jmlf9odwaPKBenDte4V36naOfOZxl4HjbZ+G4Gqo&#10;id1nsIzaZruN1mXHjtFm1I/HaNOPv2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKR&#10;sm3SkbJt0pH/eyMG/3w0Ef+IPBr/kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd8I1uZuuHd2/m&#10;gIF24XuLfdx1k4PXcZyH0m6ki89rrI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JStb9CTq2/Rk6tv&#10;0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+cSzX/nVA//51W&#10;SPibXVHxmGNb65NrZOSNdW3ehn512ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7lbtryJa2bc+W&#10;sG/Olqtwz5amcc+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG/300Ef+MOhn/&#10;l0Ai/5xFK/+fSTT/oE48+6FURfSgWk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TCepOKvnabj7pz&#10;o5O2cauWs2+2mLFvwpitcM2YqHLNmKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TO&#10;l590zpf/fSMG/38zEf+OORj/mT8h/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9oXdeYcGjOkXh0&#10;xoqAfcCEiIW6f4+LtXuXkLF3n5StdaeXqnOxmadzvZulc8uboHXLmp12zJqad82ZmXfNmJl3zZiZ&#10;d82YmXfNmJl3zZiZd82YmXfNmJl3zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+pks49KhQQOyp&#10;V0fkqV1Q3KVmWtCdbmjHlXVzv459fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553uZycd8icmXjK&#10;nJd5y5uVesyalHrMmZR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4IyEP+SNxf/nD0f&#10;/6FAJ/+mRC77qUk18axPPOmuVUPhr11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImMpoSQkaGAmJad&#10;faCamXyqnJZ7tp2Ue8SeknzKnZF9ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99&#10;zJr/fyIG/4QxEP+TNhf/njwe/6M/Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcakama8nXFytJd3&#10;fKyRfoWmjIaMoIiNkZqFlZaWgp6akoCnnY9/sp6NgMGejIDJnouAyp2KgMubioDLm4qAy5uKgMub&#10;ioDLm4qAy5uKgMubioDLm4qAy5v/fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv7LVMNOO6VDnY&#10;t1lIy69hWMGoaGa3oW9yr5t1fKeVfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+GhL6fhYXJnoWE&#10;yZ2FhMqchYTLm4WEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+XNRb/oDoc/6c8&#10;Iv6tPyfzs0Qs6bpLMOG/UjXTulhHx7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKIkY6PkJaJjJma&#10;hIqinYGKrZ9/irufforInn+JyZ2AiMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5v/&#10;gSIG/4kuD/+ZNRX/ojgb/6k6IPuwPSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWStqWtwpKRxepyf&#10;eIOUm36KjpeGkIiVjpWCkpaZfpCgnHqPq554j7ifd5DJnnmOyp16jMube4zLm3uMy5t7jMube4zL&#10;m3uMy5t7jMube4zLm3uMy5v/gSIG/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJI9fHTDPJwVVF&#10;vbpcVbK0Y2Oormlvn6lveZaldoKOoXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWecJbGnXKUypx0&#10;ksubdZHLmnWRy5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/pjQY/681G/S4&#10;Nxzpwz4c4M1FH9HLSzLExVRDuL9bU625YWGitGhtma9ud5CrdICIp3qHgaSBjXuiiZJ1oJGWcJ6b&#10;mW2dpptqnbOcaZ7DnGucy5tumMyab5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJn/gyEG&#10;/5ArDf+gMxH/qTIV/bMxF/C+NBflyzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZrkrZsdYmycn6B&#10;r3iFeqx/i3Sqh5BvqI+TaqeZlmempJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdon82XaJ/Nl2if&#10;zZdon82XaJ/Nl2ifzZf/hCEG/5MpC/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXUSC64z1BArMpY&#10;T6DFXl2VwWRoi71qcoO6cHp7t3aBdLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/lV2x0JRgqtCU&#10;YajQlGGo0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO8sAmDOPQKAfU&#10;3zILyd8+Gb3bRyyx1k89pNFWTJnNXFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZjvY2JX7yXjFu8&#10;oo5ZvK+PWL2+jle+1I5ZttOPWrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkFq005D/iCEG/5wn&#10;CP+qJwr8uCEJ6cobBdXeIATJ5TAPvuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBnaXTObnBtzXV2&#10;Z8t8e2LLhH5eyo2CWsqXhFfKo4ZVyq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJVcHZiVXB2YlV&#10;wdmJVcHZiVXB2Yn/jR0F/6IlBv+wHwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb40o+kOFQSobf&#10;V1R83l5ddN1lZGzbbGpm23RvYdp8c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc03xQ1OB+UdDg&#10;f1HQ4H9R0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYPArztIAuw7S4Z&#10;pew5J5rrQjWP6klBhelQS3voV1Ny6F1aaudjYGTnamVf53JpW+d6bFfngm5T54txUOeVck7on3RM&#10;6Kp1S+i1dkrnw3ZK6N12S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/nRYB/7ESAdPD&#10;CQDH0QoAu/IRBK/zIQ+j8y4dmfM5Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3zaV5Z83BhVfN3&#10;Y1Lzf2ZP8odnTfCPaUvvmGtK76BsSe6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3Hbkbtx25G7cdu&#10;Ru3Hbkbtx27/pw8A07oHAMXHBwC61gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+cf1RRWj9Vkth&#10;/ltPXP5iU1f+aFZU/W9YUft1Wk76fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE9LFkQ/S1ZEP0&#10;tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/JRSL/zIfgv88&#10;KXn/RTJv/0o5Z/9PP1//VUNa/1tHVf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+EU0X/i1RD/5FV&#10;Qv6YVkH9nldA/aZYQPypWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQAtsQEAKrTBQCe&#10;8g0ClP8aCYr/KBOB/zQdd/88JW3/Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK/2lDSP9uREb/&#10;c0VE/3lGQv9+R0H/hEg//4pJPv+QSj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+f&#10;TDz/n0y3vAMAqcsCAJzbAwCS/xACif8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9KLFD/US9M/1cy&#10;Sf9cM0b/YDVE/2U2Qv9pN0H/bjg//3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+Nv+VPjb/lT42&#10;/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto/ysRX/8yF1f/&#10;ORtR/z8eTP9GIUj/TSNF/1IlQv9XJ0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/dC01/3guNP99&#10;LjL/gi8x/4gwMf+KMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2kyCv9sPhT/dkYe&#10;/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0&#10;Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd&#10;6HD/aiQE/2kyCv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGc&#10;Zfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw&#10;3F3ocNxd6HDcXehw3F3ocNxd6HD/aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8/3lkRf9zbU7/&#10;b3hV/2uCWv1oi1/7ZZRj+WKbZvdgoWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHxWNhx7FnhceZa&#10;5HHgXOdx2F3ocdhe6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9xPBT/ekMd/4BL&#10;KP+BUzL/gFo8/3xiRf93ak7/cXRV/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816tb/Jcs3DyW7px&#10;8VrDcvBZzXPuWd1z6FridOFc5XPZXuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53T/&#10;bCME/2sxCv9zOxT/fUId/4JKJ/+EUTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5aJBm92WYafVj&#10;n2zzYaZv8l+scfFds3LwXLt071vFde9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph5XfKYeV3ymHl&#10;d8ph5XfKYeV3ymHld8ph5Xf/bSIE/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4ReRP9/Zk3/eG5V&#10;/3N5XPxuhGL5ao1n9meWa/Rknm7yYqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB43F/jeNJg5HjL&#10;YeR5xGPjesRj43rEY+N6xGPjesRj43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/gz8c/4lHJv+L&#10;TjD/i1U5/4hcQ/+DY0z/fWtU/3Z1XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5ftHftXb557FzL&#10;euhc3HreX+F60mHje8pi4nzEY+J9vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X3/biIE&#10;/24wC/97NxP/hj4c/4xFJf+PTC7/j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo8G2Qbe1pmXHq&#10;ZqF16GOpeOZhsnrkYLt74l/HfOBf2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3Z9+At2ffgLdn&#10;34C3Z9+At2ffgLdn34D/byEE/28wC/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+OYEn5iGZS9IJu&#10;Wu98eWHrd4No53KMbuRtlXPgap133WemetplrnzWY7h+02LDgNFi04HKZN+BwWXegrtn3YK1aN2D&#10;sGndg7Bp3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa/5NDIv+XSyv/&#10;l1E0/5ZXPfqTXUbzjmRP7ohrWOiCdWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJZrKCx2W9g8Vl&#10;y4TBZtyEuWjbhbNp24Wua9uFqWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24X/cSEE/3Qu&#10;Cv+EMxH/jzoZ/5ZDIf+aSSn/mk4y/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yFb813jXXJcpV6&#10;xW+df8FspYK+aq2Fu2m4h7lpxIi3adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qHo2/ah6Nv2oej&#10;b9qHo2/ah6Nv2of/cSAE/3YsCv+GMhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDpml9J4pVnUtqP&#10;cFzRh3hmyoGBb8V8iXbAd5B8u3SYgLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv2IqgcNiKnXHZ&#10;iZ1x2YmdcdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tBHv+fRSX9oUot&#10;9KJQNOyiVjzkoFxF3JtlT9KTbVzKjHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJp3Gui6Vwuo2j&#10;cMmNoHHVjZxz1oyadNaLl3TYipd02IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/cyAE/3oqCf+L&#10;Lw//ljkW/50/HP+hQyP6pEgq8aZOMeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aFgnewgYl9q32R&#10;gqZ5mYaid6GKn3WrjZx0to6adMWPmHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfWi5J31ouSd9aL&#10;knfWi5J31ov/cyAE/3wpCf+NLw//mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/0KNhTcacaVq+&#10;lXBlto93b6+Kf3aphYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+OetWNjHvWjIx7&#10;1oyMe9aMjHvWjIx71oyMe9aMjHvWjIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+nPx/0q0Qk6q9K&#10;KeKzUS7Wrlc+y6dfTcGgZ1q5mW5lsZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6ljo19sJCKfb2R&#10;iX7QkYh+04+IftSOh37VjYd+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E/4AnCP+QLg7/&#10;nTcT/6M6GPypPRzxr0Ig57RIJN+3TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenaejoF8mIuIgpKH&#10;kIeOhZmLiYOijoaCrZCDgruRgoLMkYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHV&#10;jYKB1Y3/dR8E/4ImCP+SLQ3/nzYS/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5cS7inY1ivoWpj&#10;ppxxbZ+Xd3WYk358kpCGgoyNjoeHipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSPfYXVjX2F1Y19&#10;hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfrtz0Y4r9FGdW+&#10;SSrIuFM7vbFbSrOrYleqpmhioaFvbJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmNqJB2jLWRdI3G&#10;kXWN05B2i9SPeInVjXiJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4YkB/+XLAv/ojIP&#10;/6szEfKzNRPovDoT3sU/F9DBSCnEu1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6hpuBgICYiYV7&#10;lpKJdpSbjXKTpo9vk7OQbpPDkG6T049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO&#10;1Y3/dx4D/4kiB/+ZLAr/pTAN/K4vDu+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1X1SfsGVflqxr&#10;aY6ocnGGpXh4gKJ/fnqfh4N0nY+Ib5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTWjGyU1oxslNaM&#10;bJTWjGyU1oxslNaMbJTWjGyU1oz/eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG0c45FcXJRSW5&#10;xE42rr9WRaO7XVKZtmNdkLJpZ4evcG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopjo66MYaO+jGCk&#10;0otjoNeLZZzYimWc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+gKQf/rCcH8rgk&#10;BuXHJATZ1ScFy9M3E7/OQyOzykw0p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7eG2wg31or4uB&#10;Y66VhF+toIZdra2HW628h1qu0IdcqtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2of/&#10;fhoD/5QfBP+lJgX9sSAE7MEaA9/TFwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyLxWBXgsNmYHrA&#10;bGdzvnNtbLx6c2e7gndiuop7XrmUflq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv3YJYr92CWK/d&#10;gliv3YJYr92CWK/dgliv3YL/hBcC/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982DrDdQB2k2Ukt&#10;mNVRO43RWEiDz15Se8xlWnPLa2FsyXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5Usa7elHHz3lR&#10;xON6U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHYwwoAztEKAMTl&#10;FAG55CYIruQ0E6TiPyCZ4Ectj95POYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzUgmdY1ItqVdSV&#10;bVLUoG5Q1K1vTtW8cE3W0G9N1ehwTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XL/khEB&#10;/6cRANi5CQDLxggAwtUKALfqFgOs6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpKaeRhUGTjaFVf&#10;43BZWuN4XFbjgF9T44liUOOTZE3knWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK3+xnSt/sZ0rf&#10;7GdK3+xnSt/sZ0rf7Gf/nA0A27EGAMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zwPyaC8EcxefBO&#10;OXDvVEBo71pGYe9gS13vZ09Y725SVO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKvX0Pyu19C88xg&#10;QfPnYEHz6GBB8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcAp+oNAZ33HAeU&#10;+CsSivg2HIH5QCZ4+kgvb/pNNmf6Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I/IFPRf2KUUP9&#10;k1JB/pxTP/6mVD3/sVU9/rxWPP7NVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlbOsAIAvboE&#10;ALHHBACl1gcAm/0QApH/IAmI/y0SgP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9dO0//Yz5M/2hA&#10;Sf9uQUb/dUND/3xEQP+ERj3/jEc8/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lLOP+5Szj/uUs4&#10;/7lLOP+5Szj/uUu+tQIAsMACAKTOAwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i/0IkW/9IKFX/&#10;TixQ/1QvTP9aMUj/XzNF/2Q1Qv9qNj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/mj40/6E+M/+q&#10;PzP/qj8z/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8WAnn/IAZv/ygM&#10;Z/8wEl//NxdY/z4bUv9EH0z/SiJI/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24sNv90LTT/ei4z&#10;/4EvMf+IMDD/jzAu/5YxLf+eMi3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKkwgAAls8AAIjf&#10;AACA/wwBdf8SAmr/GANi/yEHWv8pC1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/Uxs3/1gcNf9c&#10;HTP/YR4x/2UfMP9qIC7/cCAt/3YhK/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5Ak&#10;J/+QJCf/kCT/YCUE/1swBv9hOg3/akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH/2CETP9djlD/&#10;WpZT/1ieVv9XpVj/Vata/1SxW/9Tt1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/uU/Bf6FTxX+RW&#10;8l/kVvJf5FbyX+RW8l/kVvJf5FbyX+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9yUSn/cVoy/21j&#10;Ov9obUH/ZXhH/2GDTf9ejVH/W5ZU/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLHX/xR02D6UOJg&#10;9lHpYPFS7mDrVO9g5VbxYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE/1wwBv9lOA3/&#10;bj8V/3RHH/91UCj/dFgx/3BhOv9rakH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/V6pc/lawXv1U&#10;t1/9U79g/FPJYfpS1mL4UeRi81LqYu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY8WPbWPFj21jx&#10;Y9tY8WP/YiUE/10vBv9nNg3/cT4V/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+Tv9iiVP/X5JW&#10;/1ybWv9aolz+WKle/VewYPxVt2H7VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k2VnwZdNa8GbT&#10;WvBm01rwZtNa8GbTWvBm01rwZtNa8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/e1Qw/3dcOf9y&#10;ZUH/bG9I/2h7Tv9khlP/YJBY/12ZW/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT3mbyVOdm6lbr&#10;ZuJZ7mbaWu5n0VvvaMxc8GjMXPBozFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18uBv9tMwz/dzoU&#10;/31CHf+ASib/f1Iw/3xbOP93Y0H/cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di+FmuZPdYtmb1&#10;V8Bn9FbLaPFV3WjtVulp41nsaNpb7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve&#10;7mv/ZCME/2EtBv9wMgz/ezgU/4FAHP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/tsf1X4aIla9mSS&#10;XvNhm2HxX6Nk8F2rZu5bs2jsWrxq6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/sbr5g7G++YOxv&#10;vmDsb75g7G++YOxvvmDsb75g7G//ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t/4ZXNv+CXj78&#10;fGZG+HZwTvRxe1XwbYVa7WmOX+pll2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027ZXeZuzl7rb8Zf&#10;6nG/YepxumLpcrZj6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93Lgv/gjUS/4k+&#10;Gv+NRyL/jU4r/4xVM/yIXDz2g2RF8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSja9ZirG7TYLVw&#10;0F+/cc5fzXLLX+JzxGHoc71i6HS3ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0r2bndK9m53T/&#10;ZyIE/2onBf96LAr/hjQR/409Gf+RRSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPgeH1a2nOGYNRu&#10;j2bQa5dqzGifbslmp3HHZK9zxGO5dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho5neoaOZ3qGjm&#10;d6ho5neoaOZ3qGjmd6ho5nf/ZyIE/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZSLvGUWDbqkF4/&#10;5IpnSN2EcVDVfXlaz3iCYcpzimfGb5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6sWfjeqto43qn&#10;auN6o2vkeaFr5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/jDMP/5Q7Fv+Z&#10;Qxz9m0kj9JtPKuyZVTPlllw73pFlRdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVunXWxbKZ4rmuv&#10;e6xqu3yqacp9qGrhfaNs4nyfbeJ8nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7je5pu43v/aSED&#10;/3EjBf+CKAn/jzIO/5c7FP+cQhr5nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZv4J6Yrl9gmi0&#10;eYpusHaSc6xzmneocKJ6pW+rfaJutn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyUceJ8lHHifJRx&#10;4nyUceJ8lHHifJRx4nz/aSED/3QiBP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+SkUCnboVc1z5pf&#10;Q8eTaE+/jHBZuId3YbKCf2itfoZuqXqOc6R3lnigdZ57nXOofppys4CXccCBlnLTgZNz34CRdOB/&#10;kHTgfo904X2PdOF9j3ThfY904X2PdOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM/505Ef2iPRXy&#10;pUEa6ahHH+CqTSXUpFQ0yp1dQsGXZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZeZt8lXelf5J2&#10;r4GQdr2CjnbOgo133oGLd9+Ainjgf4p44H6KeOB+injgfop44H6KeOB+injgfop44H7/aiAD/3gf&#10;BP+JJgf/ljAL/583D/qkOhPvqT8X5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9yYKeLeWihh4Fu&#10;m4OIdJeAkHiSfpl8jnyif4t6rYKIerqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/hXvgf4V74H+F&#10;e+B/hXvgf4V74H//ayAD/3oeBP+LJgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPLq1IywaVaQLif&#10;YkywmWlXqJRwYKGPd2ebi35uloiGc5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A3YN/f96Bf3/f&#10;gIB+4H+AfuB/gH7gf4B+4H+AfuB/gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6MzC/SqNA3psTkP&#10;37c/EtK0RiLHrlAxvahZP7OiYEurnWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8gYadgH6EqIJ7&#10;hLWDeYTFhHiF3YN5hN6BeoPfgHqC4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//bR8D/34bA/+P&#10;JAX/nSwH/qYwCfCuMQvltjUL27w5Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZc2aQlXpsipKB&#10;coWQiXeAjZF8e4ubf3eKpYJ0ibKDconCg3KK2oNzid6BdIffgHWG4H91huB/dYbgf3WG4H91huB/&#10;dYbgf3WG4H//bx4D/4AbA/+SIwT/oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0utLBWPKqrXUmh&#10;pmRUmaJqXZGecWWKm3hrhJh/cX+WhnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJtj96Bb43fgHCL&#10;4H9wi+B/cIvgf3CL4H9wi+B/cIvgf3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3JgTewyoD0MM1&#10;DsS/QR25ukwtrrVUO6WwW0ebrGJSk6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mWfGuXoX9ol62A&#10;Zpe8gWWY0YBmlt9/aJPgfmqR4X5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC/4cYAv+YIAP/&#10;piUD8rIgA+S+HgLXySICysczDb7DQByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+qXRneKZ6bXKk&#10;gnJtoop2aKGUeWSgn3xhn6t+X6C6fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5ji&#10;fGOY4nz/eBgC/4sXAf+dHQL9qx4C7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FRNpi9WEKPuV9N&#10;hrZlVn+za114sXJkcq95aWytgG5nrIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6W6Tkel2h5Hld&#10;oeR5XaHkeV2h5HldoeR5XaHkeV2h5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI0hwBvNEuCbHO&#10;Oxemy0YlnMhPM5HEVj+IwV1JgL9jUni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1nHJWtKl0VLS4&#10;dFO1y3RTteR0VLDndVas53VWrOd1VqzndVas53VWrOd1VqzndVas53X/gxIB/5YRAP+oEQDZuAoA&#10;zsQJAMfSCgC/2RkBtNgrB6nWORSf00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9ZZcR2XmDDfmJc&#10;wodmWMGRaFXBnGtSwahsUMG3bU/Cym1PwuRsT73sblC57G9QuexvULnsb1C57G9QuexvULnsb1C5&#10;7G//iRAB/50OANqvCADNuwgAxMcHALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLYUzV51Vo/cdNh&#10;RmrSaExl0W9SYNB2VlvQflpXz4ddU8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7yZUvI8mZLyPJm&#10;S8jyZkvI8mZLyPJmS8jyZkvI8mb/kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0DnuUtC5TlORaK&#10;5EIggeNKKnfiUDNv4Vg7aeBfQWPgZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL4KdYSeC1WUjh&#10;xllI4d9ZR9/wWUbc9VtG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4BQC3wwUArdEI&#10;AKTtEAGb7SAFku0uDonsOhiA7EMhduxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+tyRlDreklN7INL&#10;SuyMTUjslk5F7aFQQ+2uUULuvFFB78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VHU&#10;pQAAxLIDALa8AwCryQUAoNgIAJf0EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e91UxWfdbNVX3&#10;YjhR92g7TfhvPUr4dj9H+H5BRPmHQ0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn840k5/ONJOfzj&#10;STn840k5/ONJOfzjSTn840nHrQAAt7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8xD3L/OBZp/0Ac&#10;Yv9GIlz/TSZW/1MqUv9ZLU7/XzBK/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7OP+dPDb/pz01&#10;/7E+NP++PjP/yj8z/8o/M//KPzP/yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR2AIAiPsNAX//&#10;GQJ2/yQGbv8tDGb/NRJf/zwXWP9DG1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/ayo7/3IrOf95&#10;LTb/gS40/4ovMf+UMDD/nDEu/6UyLf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzOruAAA&#10;nsUAAJDSAACD4AAAff8PAXL/FgJo/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oYQf9PGT7/VRs7&#10;/1kcOf9fHTb/ZB40/2kfMv9wIC//dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl/6cmJf+nJiX/&#10;pyYl/6cmJf+nJiX/pyafwAAAkc0AAIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/JwZI/y8IQ/82&#10;Cj//PAw8/0IOOP9HDzX/TBAz/1ERMP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95FyL/gRgg/4kY&#10;Hv+RGR3/lxkd/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O/2RFFv9mTh//&#10;ZFgn/2FiL/9ebjX/Wnk7/1eEP/9Uj0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/SsRO/0nOT/9J&#10;3k//SOlQ/0jyUPxJ9lD3S/lQ8Uz6T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP+1D/VicE/1Ey&#10;Bf9YNAf/YjsO/2dEFv9pTR//Z1Yn/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1CfSf9Ppkv/Tq1N&#10;/020Tv9MvE//S8VQ/0rPUf9J4FH/SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS5VD6UuVQ+lLl&#10;UPpS5VD6UuVQ+lL/VycD/1IxBf9aMgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/XnQ8/1qAQf9X&#10;i0X/VJVI/1KdSv9QpUz/T61O/060T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM91PuT/hT6FD5&#10;U+FS+lTgUvpV4FL6VeBS+lXgUvpV4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21AFv9vSR7/blIn&#10;/2pcL/9lZjb/YXE8/119Qf9ZiEb/VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT/03PVP5M4FX7&#10;TOtV+Ez0VfBP91XpUfhV4lL4VttU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/WSYD/1cuBf9g&#10;Lwf/ajYN/3E+Ff9zSB7/clEm/29aLv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9VoFD/VKhS/lKv&#10;U/1Rt1X8UMBW+k/LVvhP3Ff1T+lX8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4Ws9W+FrPVvha&#10;z1b4Ws9W+Fr/WSYD/1osBf9kLQf/bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8/2Z2Qv9igUf+&#10;XotL+1uUT/lZnVL4V6RU9lasVvVUtFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvXVvZcz1f3XchZ&#10;+F3HWfhdx1n4XcdZ+F3HWfhdx1n4XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98RRz/fE0k/3pV&#10;LP91XjT/b2c8/GpyQvlmfUj2Y4dM81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbDXOZW0VzjVuRc&#10;31bwXdVX9V/MWfZgxlr2YMBb9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD/2AoBf9rKAb/&#10;dzAL/346E/+BQxr/gksi/39TKv97WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXlX51Y412lWuFb&#10;rVzeWrZe3FnAX9pZzmDVWeJg0VnvYcpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf82S2X/Nktl/z&#10;ZLZf82T/XCQD/2MmBP9vJgX/ey8L/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47XdqQOhydUfkbn9N&#10;4WmIUt1mkVfZY5la1WChXdJfqGDPXbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fns2DxZ69h8Weu&#10;YvFnrmLxZ65i8WeuYvFnrmLxZ65i8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/jEcd+YtPJfKI&#10;Vi3sg1025n5nPuB4cUbbc3tN1W6DU9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79fwWi9X9BpumDm&#10;abVh72qvYu9qq2Pvaqdk72mmZfBppmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2kiBP92IwT/giwJ&#10;/4s2Dv+PPhT9kUUb9JFMIu2OUyrmiloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9ev2mXYrtnn2W4&#10;ZadotmSwarNju2uxY8psr2PhbKtk7W2mZu1so2ftbKBo7mufaO5rn2jua59o7mufaO5rn2jua59o&#10;7mv/XyMD/2sgA/95IgT/hSsI/440DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6EakXIfnNNwnl7&#10;Vb51g1u5cYtgtW6SZLJsmmevaqNqrGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rsbplr7W2Ya+1t&#10;mGvtbZhr7W2Ya+1tmGvtbZhr7W3/XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV65tHGuObTSHa&#10;llUtz49eOciJZ0TBg29Nu353VbZ5f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCda8BxnGvScpps&#10;6XGXbepwlG3rcJJu7G+Sbuxukm7sbpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+IAP/iykG/5Ux&#10;CfubOA3wnj4R56BEFt+gSh3TmlIrypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneLZaJ0k2mecptt&#10;mnCkcJdvr3KVb7xzk2/Nc5Jw5nOQcOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetwjHHrcIxx63D/&#10;YyAD/3IbA/+AHwP/jicF/5cvCPieNgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1jGpMr4dyVKmC&#10;eVukf4Bgn3yIZZt5kGqXd5htk3WhcJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod16nGHdepwh3Xq&#10;cId16nCHdepwh3XqcId16nD/ZR8D/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9DtSnRBvJoU8p&#10;wJtYNriVYEKwkGhLqYtvU6OHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1hHfFdoN433WD&#10;eOh0gnjpc4J46nGCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/kyQD/50rBfGk&#10;MAbmqjMI3K43DM+qQxrFpU4ovJ9XNbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6Ci2qKgJNuhn6c&#10;cYJ9p3R/fLN1fXzDdnx923Z8feh0fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzqcX186nH/aRwC&#10;/3kYAv+HGwL/lSMD+6ApBO6oLATjry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJn5RrUpmQclmT&#10;jXlfjoqAZImHiGmEhZFtgIOacXyCpHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4f+pxeH/qcXh/&#10;6nF4f+pxeH/qcXh/6nH/axsC/3sXAv+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsewQBi8rEsms6dT&#10;M6qiWz6inWNImplpUZSVcFiOkndeiI9+ZIONhml+io5teomYcXaHonNzhq51cYa9dm+H0nZwh+h0&#10;cYXoc3KE6XJzhOpxc4TqcXOE6nFzhOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B9KciAuawIAHa&#10;uiEBzbgxCcK0Phe4sEkkrqtSMaWmWj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4kIxsdI+VcHCN&#10;oHJtjKx0aoy7dWmNznVpjeh0a4vpc22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I6nH/cBcC/4EV&#10;Af+QFgH/nhoB8KsbAeK2FgDTvR0ByLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRmTomhbFWCnnNb&#10;fZx6YXeZgWZyl4pqbpaTbmqUnnFmlKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupwZ47qcGeO6nBn&#10;jupwZ47qcGeO6nD/cxUC/4UTAf+UFAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOuuUYhpLVPLZqx&#10;VjmSrl5DiqtkTIOoalN8pXFZdqN4X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2cyXFdnORwXprr&#10;cGCW629hlexvYZXsb2GV7G9hlexvYZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UKAM/BCgDGxRgA&#10;vMQqBbLCOBGnv0QenrtNK5S4VTaLtVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZkYqePZ16mmmpb&#10;paZsWKW1bVemx21XpuJsV6TtbFqf7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/fBAB/44QAPae&#10;DQDYrQkAzbgJAMfECAC+yhQAtconBKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4Z0twt21RarV0&#10;VmW0fFtgsoRfXLGOYlixmWVVsKVmU7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnwaFSp8GhUqfBo&#10;VKnwaFSp8Gj/gg4A/5QMANulBgDOsQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Yj8pIJP/i/+JJ&#10;Q0NfUFJPRklMRQADCYbIUS59xlg4dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72NW1S9mF1RvKRf&#10;T7yzYE29xWBNveBfTLzwYU239WJNtvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA4ZwDANCqBQDF&#10;tQUAu78EALLLCACr2A0Ao9kgAprYLwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9jzGtEXsxzSVrL&#10;ekxWyoNPUsqNUk/KmFRNyqVWS8qzV0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF+1pIxftaSMX7&#10;WkjF+1r3kQQA1KICAMevBAC6uQMAsMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9EG3XeTSRu3VUr&#10;Z9xcMmLbZDdd22s7WdpyP1XaekNS2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5MRtrtTETY+U9D&#10;2PtPQ9j7T0PY+09D2PtPQ9j7T0PY+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU6BQBjOklBITo&#10;Mwt76DwUc+hEG2voSyJk51IoXudZLVnnYDJV52g1UudvOE/ndztM54A9SeeJP0folEFE6J9CQums&#10;Q0HpukRA6s1EQOrkREDo9URA5/hDQOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4BALC4AQCkxAIA&#10;mdAFAI/hCgCJ8RoBgfEoBXjyMgxw8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82UtTPRsMEn0czJG&#10;9Hs0Q/SENkH1jjc+9Zk5PfakOjv2sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw49+w8OPfsPDj3&#10;7Dy/qgAAsbMAAKS/AACYygEAjNgEAIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+RxlT/k0dT/9U&#10;IEv/WiJI/2ElRf9nJkL/bShA/3UqPf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++MjH/0DIx/9Yy&#10;Mf/WMjH/1jIx/9YyMf/WMjH/1jKyrwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkCZ/8iBGD/LAda&#10;/zQMVP88D0//QxNK/0kVR/9PF0P/VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx/4YjL/+RJC3/&#10;myUs/6UmK/+vJir/uycp/74nKf++Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvOAAB+2wAAdfkH&#10;AGv/DwFi/xYCW/8eA1T/JgVO/y4GSf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9YEjP/XhMx/2QU&#10;Lv9qFSz/chYq/3oXJ/+DGCX/jhkk/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60bIf+tGyH/rRua&#10;vgAAi8oAAH7XAABw4wAAZ/8EAF7/DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3/zoHM/8/BzD/&#10;RAgu/0kJLP9OCSn/Uwon/1gKJf9eCyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/mQ8Y/5sQGP+b&#10;EBj/mxAY/5sQGP+bEBj/mxD/TCoD/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dgJP9Uayr/UHgv&#10;/02EM/9Kjzb/R5k5/0ahO/9FqTz/RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C/0H2Qv9B/UL/&#10;Qv9B+UT/QfRG/0LvR/9C70f/Qu9H/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/VzYI/1w/Dv9e&#10;SRb/XVMd/1peJP9XaSr/U3Uv/1CBNP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9EvUH/RMZC/0PR&#10;Qv9D4kP/Q+xD/0P1Q/9D/EP8RP9D9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/ROtJ/0T/TSkD&#10;/0wwBP9UMQX/WTQI/189Dv9hRxb/YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7/0udPf9KpD//&#10;SKxA/0izQf9Hu0L/RsND/0bORP9F30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0blS/9H5Uv/R+VL&#10;/0flS/9H5Uv/R+VL/0f/TikD/08uBP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9dZCv/WnAw/1Z8&#10;Nf9Thzn/UJE8/06aP/9NokD/S6lC/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+EjyR/VI+kbxSf9H&#10;6kv/SONM/0neTf9K3k3/St5N/0reTf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H/2c6Dv9qRBX/&#10;ak4c/2dXJP9iYSv/Xm0x/1t4Nv9Xgzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6TLxI+UzHSPZL&#10;1EnzS+VJ8EvwSe1M+UjpTP9K4U7/S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ/03/UCgD/1Uq&#10;BP9dKQX/ZS0H/2w4Df9vQhT/b0sc/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaSQvdUmkT1U6JG&#10;9FKpSPJRsUnxULlK70/DS+5Pz0vrT+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9QyVP/UMlT/1DJ&#10;U/9QyVP/UMlT/1D/UScD/1gnBP9hJwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9aGQw+WVwNvZh&#10;ezvzXoVA8FuOQ+5ZlkbsV55I6lWmSuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS91HRU/1SylT+&#10;U8RW/1O/V/9Tv1f/U79X/1O/V/9Tv1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0C/96PRH/ekYY&#10;/3hPIPt0WCj2b2Ev8WtsNu1ndjzpY4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ2Fa8UdVVyFLS&#10;VdtTzlbrU8tW9lXGVv1Wv1j9VrpZ/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/UyYD/18iA/9p&#10;IQP/cygF/3syCv9/OxD/gEQW+35MHvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthijkrUX5ZN0V2d&#10;UM5cpVLMWq1UyVm2VsdZwlfGWdBXwlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37Wa1d+1mtXftZ&#10;rV37Wa1d+1n/ViQD/2IgA/9tIAP/dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq4XhkMtxzbjrU&#10;bndB0GqAR8xmiUzIZJFQxWKYU8NgoFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71ywXvldq1/5Xahg&#10;+VylYflcpWH5XKVh+VylYflcpWH5XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+JNgv4iz4R74tG&#10;F+iITh7hhFcm2X5hMdF4ajrLc3NCxm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2GsXLBgt16uYMRf&#10;rGDYX6lh61+nYfdfomP3X59k91+dZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC/2gcAv90HQL/&#10;fiMD/4grBf2NNAnzkDsO6pBDFOKPShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61bohSsmuPVq9p&#10;l1qsZ59cqWWoX6ZksmGkZL9iomTQYqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo9mCWaPZglmj2&#10;YJZo9mD/XR8C/2oaAv93HAL/giEC/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohbL8KDZDm8fmxB&#10;t3l0SLJ1fE6ucoRTqm+LV6Ztk1uja5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNkk2r0Y5Fr9WKQ&#10;a/VhkGv1YZBr9WGQa/VhkGv1YZBr9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXrmTUI4Zw7DNaY&#10;QxbMk08ixI1YLr2HYTi2gmlBsH5xSKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVtq2SSbLdmkGzG&#10;Zo9s32aObfFljG7zZItu9GOKbvRiim70Yopu9GKKbvRiim70Yopu9GL/YRwC/28WAv98GgH/iB4B&#10;/5EkAvKZKwTnnjEF3aA2CdGcQRXHl00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31TnHiFWJh2jVyU&#10;dJVfkXKeYo5xqGWLcLRniXDDaIdw22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOEcvRjhHL0Y4Ry&#10;9GP/YxoC/3EVAf9/GAH/ihwB/JQhAu6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQXTesi2U/pYds&#10;R6CDc02bgHtTln2CV5J6ilyOeJJginabY4d1pWaEdLFngnTAaIB01WiAdexnf3byZn9182V/dfNk&#10;f3XzZH9182R/dfNkf3XzZH9182T/ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC0qcwB8ijPhO/&#10;nkkftplTK66UWzanj2M/oItqRpuHcU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+ea9oe3m9aXp5&#10;0Wl5eupoenryZnp58mV6efNkennzZHp582R6efNkennzZHp582T/ZxcC/3YUAf+EFgH/kBcB9Zsa&#10;AeekHQHbqx8BzqovBsSmPRK6oUgesp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo1f&#10;foCXY3p/oWZ3fqxodX27aXN+zmlzfuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNkdXzzZHV882T/&#10;aRYB/3gTAf+HFAD/kxUA8Z4VAOOoFgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOemF88l5RmRJCR&#10;bUuLjnRRhox7VoGJg1t8h4tfeIaUYnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C8mVwgfNkcIHz&#10;ZHCB82RwgfNkcIHzZHCB82T/axQB/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbArBbutOQ+yqUQb&#10;qaVOJ6ChVjKZnV47kppkQ4uXa0qGlHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahnaYm2aGeJyGhn&#10;ieNnaInyZmmH82VqhvNkaobzZGqG82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3mg4A26cKANOw&#10;CwDKtBYAwLQpBLaxNw6trkMapKpMJZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aWflhxlIZcbJKQ&#10;YGiRmmNlkKZlY5C0ZmGQxmZhkOFmYZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0Y2SM9GP/cRAB&#10;/4IPAP+RDQDenwkA06oJAMyzCQDEuBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3h6ZhP4CkZ0Z6&#10;oW5MdZ91UXCdfFVrnIRaZpqOXWOZmGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJek/ViXpP1Yl6T&#10;9WJek/ViXpP1Yl6T9WL/dQ4A/4YNAOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7MgqhuT8VmLZI&#10;IJCzUSuIsFg0gK5fPHqrZkN0qWxIb6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6GwYFahwWBVotxg&#10;VaHvYFaf919XnPdfV5z3X1ec919XnPdfV5z3X1ec91//egwA/YsJANqbBADOpwYAxLAGALy5BAC1&#10;wQ4ArMIgAaTBMAiavzwTkb1GHYm6TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1froFRW62KVFit&#10;lVdUrKFZUqyvW1CswFtQrNpaT6vuW0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm+lv/gAkA4ZIB&#10;ANGgBADGqwUAvLQEALO9AwCrxwsApMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79bM22+YjlnvGk+&#10;YrtwQ166d0dauYBLVrmJTlO4lFBQuKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5WSrP+Vkqz/lZK&#10;s/5WSrP+Vkqz/lb6hwIA1pgAAMmlAwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASKzzYMgc5BFXnM&#10;Sh5yy1ImbMpaLWbJYTJhyGg3XMdvPFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jFv0tHxthLR8Xt&#10;S0bD+U1Fwv9ORcL/TkXC/05Fwv9ORcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0CAJ/HBQCW0gkA&#10;jtoSAIjbJAKA2jIIeNk+EHHYSBhq11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385TNOIO0rTlD5H&#10;06A/RdSuQETUv0FD1dhARNPsQELS9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTRmAAAw6UAALWu&#10;AACpuAAAnsMCAJTNBgCK2QoAhOMYAX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfjXSRU42QnUOJr&#10;Kk3icy1K43wwSOOGMkXjkDRD45w1QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7OD3i+zg94vs4&#10;PeL7OD3i+zjGoQAAt6sAAKq0AACevgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jIIZO47DV7uQxNY&#10;7ksXU+5SGlDvWR5M72AgSe9nI0fvbyVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri448r4vN/PQLzfz&#10;5y828fMvNvHzLzbx8y828fMvNvHzLzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvdBQB09xEAbfcc&#10;AWb4JgNf+C8GWvk4ClT5QA5Q+kcRTPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14Hzj9giA2/Y0i&#10;NP6YIzL+pCQx/7ElMP+/Ji//zyYu/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAAn7cAAJLCAACG&#10;zQAAedoAAHDyCABo/xEAYf8aAVr/IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49/1UQOv9bETj/&#10;YRM1/2gUM/9vFTD/eBYu/4IXLP+NGSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/xxwm/8ccJv/H&#10;HCb/xxyhtAAAk78AAIbKAAB41gAAbOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8uBED/NAU8/zsG&#10;Of9BBzb/Rggz/0wIMf9RCS7/Vwos/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQHv+gEB7/qBEd&#10;/7ERHf+xER3/sREd/7ERHf+xER3/sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP/wwASf8SAUP/&#10;GQE+/yACOf8nAzX/LQMy/zMELv84BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/Xgcb/2UHGf9u&#10;CBf/eAgV/4MIE/+NCRP/lgkS/54JEv+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0IyBP9IMgT/TDYG&#10;/048CP9QRw7/UFIV/05fGv9Lax//SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w/z21Mf89vDL/&#10;PMUy/zzOM/873zP/O+o0/zvzNP87+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1P/819T//NfU/&#10;/zX/QywD/0QwBP9KMAT/TjQG/1E6CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9Fiyv/Q5Ut/0Kd&#10;L/9BpTD/QKwx/z+zMv8/ujP/PsI0/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//NPg//zbyQf83&#10;8EH/N/BB/zfwQf838EH/N/BB/zf/RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V/1RaG/9RZiD/&#10;TnIl/0t9Kf9IiCz/RpIu/0WbMP9EojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/QOU3/UDwN/pA&#10;+Df3Qf829kH/N/JB/zjsQ/856kT/OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9QLAT/VS8F/1k3&#10;CP9cQg7/W00V/1hXG/9WYyD/Um8l/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0WtNv9FtDf/RLw4&#10;/kTGOPxE0jn5Q+I59kTuOfNE9znxRP8570T/OutF/zvkRv8840b/PONG/zzjRv8840b/PONG/zz/&#10;RisD/00pA/9UKQT/WSwF/141B/9hQA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/Tosx/kyUNPxL&#10;nDX7SqM3+kmqOPhIsTn3SLk69kfCO/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI/z/aSv9A2Er/&#10;QNhK/0DYSv9A2Er/QNhK/0D/RyoD/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RRGv9gWyD/XGcm&#10;/VlyK/pWfS/4U4cz9lGQNfRQmDfyTp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+5UzqPeJL9T/f&#10;S/5B3Er/QtRM/0PNTf9Dy07/Q8tO/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/YygE/2gwBv9s&#10;Owv/bEQS/2pOGf5mWB/5YWIl9V5tK/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVRqj7jULI/4U+7&#10;QOBPx0DeT9hB2U/oQdRP9EPQTv5Fzk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/R8BR/0f/TSUC&#10;/1chAv9gIAP/aCYD/24uBf9yOAr/ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn404luHOOBZjzvd&#10;V5c+21WfQNhUpkLVU65D0lK3RNBSwkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3Vf9KtlX/SrZV&#10;/0q2Vf9KtlX/SrZV/0r/UCMC/1seAv9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0UBvqb1oi5Gtl&#10;KeBnby/bY3k11mCCOtJdij7PW5JBzFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1XfS7xW7ky5VvpN&#10;t1b/TbJY/02uWf9NrFn/TaxZ/02sWf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC/3goA/98MQf4&#10;fjoL8H1DEel6TBjidlcf3HJhKNRtay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8W6RLulqtTLhZ&#10;t062WcNPtFnVT7Fa6lCuWvdQrFr/UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd/0//Vh4C/2EZ&#10;Av9sGgL/dSAC/3wlA/2BLgXzhDcJ6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4PL5ngEG6ZYhF&#10;t2OQSLRhmEuyX59Nr16oT61dslGrXb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9Sm2D/Uptg/1Kb&#10;YP9Sm2D/Uptg/1L/WBwC/2QXAf9wGQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLRglAcyn1aJsR4&#10;Yy++c2w3uW90PbVsfEKyaoRGrmeMSqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h4VabYvFVmWL9&#10;VZdj/1SVZP9UlGT/U5Rk/1OUZP9TlGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4QgAfOKJgLoji4E&#10;35A2B9SMQRHLh00bxIJXJr19YC+3eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhRnWegU5pmqlWY&#10;ZbVXlWXEWJRl21iSZu9XkWb8V49n/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/XBgB/2kTAf92&#10;FgH/gBkB/YgdAe+OIgHkkykC2pQxBs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2dUKjc31Hn3CE&#10;S5xujE6YbJRSlWudVJJqp1eQabJZjWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+Vodr/laHa/5W&#10;h2v+Vodr/lb/XhcB/2wSAf94FAH/gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZuYpTJLKGWy2s&#10;gWQ1pn5rPKF6ckKdd3pHmXWBS5VziU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuDbulag274WYJv&#10;/FiCb/1Xgm/9V4Jv/VeCb/1Xgm/9V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeWGADbnBwAz5st&#10;BMWXOw28k0cYtI5RI62KWSynhmE0oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOXVYRyoViCcaxa&#10;f3G6XH5xzFx9cudbfXL2Wnxy/Fl8cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB/3ERAf99EQD/&#10;iBIA8pISAOOaEgDVnxkAyp4rBMGbOQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCSgHVFjX58Sol8&#10;hE6FeoxSgniVVn53n1h7dqpbeXW4XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2/Fd3dvxXd3b8&#10;V3d2/Ff/ZBIB/3MQAP+AEAD/ixAA75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZNIKSSViqdjl4y&#10;l4tlOZKIbECNhXNFiIN6SoSAgU6Af4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJccXvzWnF7+1ly&#10;evxYcnr8WHJ6/FhyevxYcnr8WHJ6/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDMpBUAwqQnA7ii&#10;NgqwnkIVp5pMH6CXVCmZk1wxk5BjOI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOBm1hvgKZabX+0&#10;XGt/xVxrgN9ca4DyWmuA+1lsfvxYbX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gOAP+FDADikggA&#10;1ZsJAM6jCQDHqBIAvaglArSmNAmrokATo59KHpubUieUmFowjpVhN4iSaD2CkG9Dfo52SHmMfUx1&#10;ioVQcYiOVG2HmVdqhqRZZ4WxW2WFwltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdng/xXZ4P8V2eD&#10;/Ff/bA4A/3sMAPKJCQDZlQYAz54IAMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJahUSWPnlguiJtf&#10;NYKZZjx9lm1BeJR0RnOSe0tvkINPa4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zuWV+M+1hhiv1X&#10;YYn9V2GJ/Vdhif1XYYn9V2GJ/Vf/bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4AsrAgAamuLwah&#10;rDwQmKlGGpGnTyOJpFYsg6JdM32fZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNelaBVW5StV1qU&#10;vVhZlNRXWZTsV1mT+VZbkf5VW5D+VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiRAwDMnAUAw6UF&#10;ALutBACzswwAq7UcAaO0LAWbsjkOkrBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRvQWiid0VkoX9J&#10;X5+ITFyekk9Ynp5SVp2rU1SdvFRTndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9TVJn/U1SZ/1P/&#10;eAYA4YkAANCWAgDGoQMAvKkDALOwAQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18s1IldrFaLHCv&#10;YDJrrmc4Zq1uPGKrdUBeqn1EWqmGSFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m909Npf9PTqT/&#10;T06k/09OpP9PTqT/T06k/0/6fwAA2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EUAJTBJQKMwDMI&#10;hL8+EXy9SBl1vFAhb7pYJ2q5Xy1luGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xGTLOpSEqzuUhJ&#10;tM5ISbPpSEix9klIsP9KSLD/Skiw/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2qQAAq7EAAKG6&#10;AQCYwwUAkMkQAIrJIAGDyS8Fe8g7DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bBcjNTwXs2T8CE&#10;OUzAjzxKwJs+R8CoP0bAuEBFwM1ARcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/Q0O8/0PWjQAA&#10;xpsAALilAACtrgAAorYAAJi/AgCNyAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsVYdBTGlzPWx9Y&#10;z2IjVM5pJ1HOcSpNznotSs6DMEjOjjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/y/45Psv/OT7L&#10;/zk+y/85Psv/OT7L/znKlgAAvKIAAK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPeGABu3iYCaN4z&#10;BWLePgpd3kgPWd5QFFXeWBdR3mAbTt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96mKj7ftSo94Mgq&#10;Pd/jKjzd8Ss73PstOtz9Ljrc/S463P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAAjcMAAIHNAgB2&#10;1wcAbugPAGnoGwFj6CcCXukyBVjpOwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB63IbP+t7HTzr&#10;hh467JEgOOyeITftrCI27bsjNe7PIzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr+COzpQAApq0A&#10;AJm3AACNwQAAgMsAAHXVAQBp4QYAZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZHCkT2TgxB91UO&#10;P/dcDzz3YxE6+GoTN/hzFDX4fRYz+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cbK/vrGyv76xsr&#10;++sbK/vrGyv76xuoqgAAmrQAAI2/AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO/yMCSf8rA0X/&#10;MwRB/zoFPv9BBjv/Rwc4/04INf9UCTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/lQ8l/6EQJP+u&#10;ESP/uhIi/8oSIv/QEiL/0BIi/9ASIv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90AAFnjAABT/QYA&#10;Tf8OAEj/FgBD/x4BP/8mAjr/LQI3/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YGJP9dBiL/ZQcg&#10;/24HHf95CBv/hQga/5IJGf+eCRj/qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQugAAgsUAAHTQ&#10;AABn3AAAWOMAAE3wAABH/wIAQv8MADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/NQIj/zoCIP8/&#10;Ax7/RAMc/0kDGf9PAxf/VgQV/14EEv9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+iBQ3/ogUN/6IF&#10;Df+iBQ3/ogX/OS8C/zwwA/9BMQP/RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ/zyBHP86jB7/&#10;OZYg/zieIf83pSP/N6sj/zayJP82uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/Nv8m/jb/Jvw2&#10;/yb8Nv8n+jb/KPo2/yj6Nv8o+jb/KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9IQwj/SE8N/0db&#10;Ev9EZxb/QnMa/z9/Hf89ih//PJMh/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjHJ/840yj/OOMo&#10;/zjtKP449yj7OP4n+Tn/J/g4/yn4OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C/0EsA/9GLAP/&#10;Si8E/0w3Bf9NQQj/TEwN/0tYEv9IZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/PaYm/zytJ/88&#10;tCj/O7sp/zvEKf87zyn+O+Aq+zvrKvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87/y3vO/8t7zv/&#10;Le87/y3/PC0C/0QpAv9KKQP/TiwE/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4H/9FgyL/Q40k&#10;/0KVJv9BnSf/QKMo/0CqKf4/sSr9P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s7T//Lew+/y/r&#10;Pv8w5z//MOc//zDnP/8w5z//MOc//zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/V0cM/1VREv9S&#10;XRf/UGkc/010IP9KfyP9SIkm+0eRKPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJDyC7wQ9cu7EPn&#10;LulE8y3mQ/ww5EL/MeNC/zLhQv8z3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sjAv9SIgL/WCcD&#10;/1wvBP9dOQf/XkMM/1tOEf9YWBf+VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt7UmjLuxIqi/q&#10;R7Ev6Ue6MOdHxTDmR9Iw4kjlMN9H8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfNSP83zUj/N81I&#10;/zf/RiQC/08gAv9WHwL/XSQD/2EsBP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5VdSXrU38o6FGI&#10;K+ZPkS3kTpgv4k2gMOFMpzHfTK4y3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/OshK/zrGS/87&#10;wUz/O8FM/zvBTP87wUz/O8FM/zv/SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ+WhGD/JlUBXt&#10;YVsa6F5mIORbcSXhWHsp3laELNtUjC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnKTsk6yE7dOsRP&#10;7TvBTvk9vk7/PbxO/z66T/8+tlD/PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9fGgH/ZyAC/2wm&#10;Av9vLgT5cDgH8m9CDOtsSxLlaVcZ32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaWN8ZUnTnEU6U7&#10;wVOtPL9Stz69UsM/vFLTP7lS6D+1UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9BrFT/QaxU/0H/&#10;UBwB/1oXAf9kGAH/bB0B/3EjAv11KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybKY3ErxmB5MMJe&#10;gTS/XIk3vVqROrpZmDy4WKA+tleoQLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX/0SlWP9Eolj/&#10;RKJY/0SiWP9Eolj/RKJY/0T/UxkB/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4B9x6RA3SdU8W&#10;y3BaHsZsYybBaGwsvWZ1MbljfTW2YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhGpVnHR6Na3keh&#10;Wu9Hn1v8R51b/0ebXP9Gmlz/Rppc/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/dBcA/3ocAfJ/&#10;IgHngSkC3oIzBNN/QAzLekwVxHZWHr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadij0ClYJdDol+g&#10;RZ9eqUedXrRJm13CSpld1kqXXuxKll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/R5Jg/0f/WBUB&#10;/2MRAf9uEgD/dxUA+34YAO2DHQDihyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2UsrW9tMqltdTem&#10;anw7omiEPp9mjEGcZZREmWOcR5dipkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qMZP9Ji2T/SYtk&#10;/0mLZP9Ji2T/SYtk/0n/WhMB/2YQAP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eIOwq/hEcTuH9R&#10;HLF7WiSsd2Irp3RqMaNxcjafb3k7m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6TYhlzE6HZuZO&#10;hmf2TIZn/0uFaP9LhGj/SoRo/0qEaP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA84UQAOSLEQDW&#10;jxcAy44qAsKMOAm6iEQSs4RPG6x/WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKObY1Fi2yWSIhr&#10;oEuFaqpNg2m3ToFpyE+AauNPgGv0Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r/0v/XhAB/2sO&#10;AP92DgD7gA0A6ogNANuPDADQkhUAx5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1lMJd6bDWTd3M6&#10;j3V7PoxzgkKIcotGhXCTSYJvnUx/bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9MeW//S3lv/0t5&#10;b/9LeW//S3lv/0v/YA8A/20NAP95DADugwsA24sJANSRCgDMlRMAwpUlArmTNAexj0EQqoxLGaOI&#10;VCGdhFwpl4FjL5J+ajWOfHE5inp4PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVyw1Bzct1QdHPw&#10;T3Rz/U10c/9MdHP/THRz/0x0c/9MdHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4IAM+UCQDHmBEA&#10;vpgjAbWWMgatkz8PppBJGJ+MUiCYiVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFenmPSXZ4mUxz&#10;d6ROcXexUG92wVBud9lQbnfvT253/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/ZA0A/3IKAPB+&#10;BgDaiAUA0JAHAMqXCADCmxAAuZshAbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmIZjOEhm04gIR0&#10;PXuCe0F4gIRFdH+NSHF9l0ttfKJOa3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/TGp7/0xqe/9M&#10;anv/TGp7/0z/ZgoA/3UIAOGBAgDUiwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsMnZhFFZaVTh6P&#10;k1YliZBdLISOZDJ/i2s3eopyPHaIeUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9igdFPYoHrTmOB&#10;+U1jgf9MZID/S2SA/0tkgP9LZID/S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+dBQC3oQwAr6Mc&#10;AKeiLASfoDkLmJ5DFJGbTByKmFQjhJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuIRmWKkkliiZ5L&#10;X4iqTV6Iuk5ciM5OXYjpTV2H+Exdh/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA6nwAANWIAADK&#10;kgMAwZoDALmgAwCxpgkAqacZAKKnKQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50mWczb5duOGuW&#10;dTxnlH1AY5OGQ2CRkEZckZxJWpCpS1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO/0lYjv9JWI7/&#10;SViO/0n/cQEA4IAAAM+MAADElgIAu54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/D4WoSBd+plAe&#10;eKRYJXOiXituoWUwap9sNGWeczlhnXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpIUZjmSFGX9UhR&#10;l/9HUZb/R1GW/0dRlv9HUZb/R1GW/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAAChsAAAmrIRAJSz&#10;IgGNsjAFhbE8DH6vRhR4rk4bcqxWIW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1WkjD5Ro5hAT6Ol&#10;Qk2jtENMo8hDTKPkQ0uh9ENLoP9ES6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sAAMKWAAC3nwAA&#10;raYAAKOtAACZtQAAkLkOAIu6HgGEui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2EmXrJoK1qxby5W&#10;sHcyU7CBNU+vizhMr5c6Sq6kPEiusz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9Fq/8/Rav/P0Wr&#10;/z/agwAAx5EAALucAACvpAAApasAAJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/BQAxpwEkSZL9R&#10;F1++WBxbvl8gV71mJFS8bidRvHYqTbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7viNEK58zVBuP03&#10;QLf/N0C3/zdAt/83QLf/N0C3/zfOiwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIAe8gHAHTLEgBw&#10;zCIBa8swA2bLPAdhy0UMXMpOEVjKVhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdDyJUoQciiKj/I&#10;sSs+ycQrPsnhKj7H8is9xvwtPMX/LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmmAACdrgAAkrcA&#10;AIa/AAB7xwMAcM8HAGfWDQBk1xoAYNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdiE0fXaRZF13IY&#10;Qtd8GkDYhxw92JMePNihHzrZsCA52cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8jN9T/IzfU/yO5&#10;nAAAq6QAAJ+sAACTtQAAh74AAHvGAABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO5DwESuREBkfl&#10;TQhF5VUKQuVcDEDlZA4+5mwQO+Z2EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo5Rgx5vQYMeX8&#10;GDHl/Bgx5fwYMeX8GDHl/BiuogAAoaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4FAFTuEABR7xsA&#10;Te8mAUnwLwJF8DgDQfE/BD7xRwU88k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IINLfSPDiv1nQ8q&#10;9qsQKfa8ECj2zhEn9+YRJ/XxESf18REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7xQAAb84AAGLX&#10;AABW3gAATvAHAEr6EABG+xkAQvsiAT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/UwUr/1oFKf9i&#10;Bif/awYk/3YHI/+CCCH/kAgg/50JH/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/dCRz/3QmYsAAA&#10;iroAAHzEAABvzQAAYtgAAFXeAABJ5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysBLf8xASr/NgIn&#10;/zwCJf9CAiP/SAIg/04DHv9VAxz/XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR/7IFEf+8BRH/&#10;vAUR/7wFEf+8BRH/vAWMuAAAfcIAAG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/CwAw/xAALP8W&#10;ACn/HAAm/yIAIv8nAR//LAEc/zEBGv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9hAgz/bAIK/3kC&#10;Cf+GAwj/kgMH/50DBv+lAwb/pQMG/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID/zs5BP87QwX/&#10;OU8H/zhcCv82aA3/NHQQ/zKAEv8xixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/LrwZ/y7FGv8u&#10;zxr/LuAa/y7rGv8u9Br/Lvwa/C//Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou/xz/My8C/zks&#10;Av89LQL/PjAD/z82BP8/QQX/PU0H/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZGP8zoBn/MqYZ&#10;/zKsGv8xsxr/Mbob/zHCG/8xzBv/Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d9TH/HvUx/x71&#10;Mf8e9TH/HvUx/x7/NSwC/zwqAv9AKgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/PW4R/zt6FP85&#10;hBb/OI4Y/zeWGf82nRr/NqQb/zWqHP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc18R30Nfod8jX/&#10;HvE1/x/wNf8g7zT/Ie80/yHvNP8h7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0kyA/9JPAX/SEcH&#10;/0ZTC/9EXw//QmoS/0B2Ff8+gBj/PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf+Tm8H/g5xh/2&#10;OdMf8jnkH+858B/sOvof6jn/Iek5/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/PCcC/0MjAv9I&#10;IgL/TCYC/08vA/9QOQX/TkMH/0xPC/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZAlh71P50f8z+j&#10;IPI+qiDxPrEh8D65Ie4+wyHtPs8h6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/KNw9/yjcPf8o&#10;3D3/KNw9/yj/PyMB/0cgAf9MHgH/USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT9kttF/NJdxrw&#10;R4Ec7kaKHuxFkiDrRJkh6UOgIuhDpyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXWQvgo00L/KtFC&#10;/yvPQf8rzkH/LM5B/yzOQf8szkH/LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9cMgP/WzsG/FlG&#10;CfZWUQ7xVF0T7VFoF+lPchrmTXwd5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2EazKNVGvCjTRsgp&#10;0UbcKs1H7CrJRvcsx0b/LsRG/y/DRv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B/04YAf9WGAH/&#10;XB4B/2AlAv9iLQP8YjcF9GBBCO5dTA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTRTZAnz0yXKM1M&#10;nirLS6YryUqtLMdKty3GSsIuxErRL8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL/zO2S/8ztkv/&#10;M7ZL/zP/ShoB/1IVAf9aFgH/YRsB/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5eF9JbaRzOWHIg&#10;y1Z7JMhUgyfFUosqw1GSLMFQmS6/T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1r0/9Nq1P/zas&#10;T/82q0//NqtP/zarT/82q0//NqtP/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHtbiwC5W02BN1r&#10;QwjUZ08QzWRaF8hgZB3EXW0iwVt2Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBSrTatUrc3rFLF&#10;OKpS2jinUu05pVP6OaNT/zmiU/85oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQAP9jEgD/ahQA&#10;/28ZAPJyHwDmdCYB3XQxAtNxPwjLbUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAurluIMaxZjzOq&#10;WJc1p1efN6VXqDmjVrM6oVbAO59W0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqYWP86mFj/OphY&#10;/zr/UhIB/1wOAP9mEAD/bREA+nMUAOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhrXB2zaGUir2Vt&#10;J6xjdSupYXwvpl+EMqNeizWhXZM3nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1PpFb/z6QXP89&#10;kFz/PI9c/zyPXP88j1z/PI9c/zz/VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgAzn0qAsV7OQa+&#10;d0UOt3RQFbFwWRytbWIiqGppJ6VocSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2RXqs/j164QI1e&#10;yEGLXuFBil/zQIlf/z+JYP8+iGD/Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9sDAD4dAwA6XoM&#10;AN5+DADSgRUAyIEnAcB/Nga4fEINsnhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8M5RnhDaRZYw5&#10;jmSVPIxjnj6JYqhAh2K1QoVixUKEYt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/gmT/P4Jk/z//&#10;WQ4A/2QLAP9uCgDqdwgA230IANSCCgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuhdlwhnHNkJphx&#10;ayuUb3IvkW15M45rgTaLaok5iGiSPIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn/EF8aP9AfGj/&#10;QHxo/z98aP8/fGj/P3xo/z//WwwA/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogiAbaHMQSvhD4L&#10;qIFJE6J9Uhqcelogl3dhJpN1aCuPc28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NCeWqwQ3hqv0R2&#10;atRFdmvtQ3Zr+0J2a/9Bdmz/QHZs/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDafAQA0IMGAMmI&#10;BwDDig8AuosgAbKKLwSriDwKpIVHEp2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGN&#10;PXlwlkB2b6FCdG6uRHJuvUVwbtFFcG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/QHFw/0D/XwgA&#10;/2sEAOF2AADUfwMAy4YFAMWLBgC+jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1YejoBdJIl+ZCmF&#10;fGstgXpyMn14eTV6d4I5d3aLPHN1lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENrc/9CbHP/QWxz&#10;/0Bsc/9AbHP/QGxz/0D/YQUA+m4BAN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmSKwOikDgIm41D&#10;D5SKTBeOiFQdiYVbI4SDYiiAgWktfH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiqQ2Z4uERleMxF&#10;ZXjnRGV490NmeP9CZnj/QWZ4/0BmeP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIAw4wDALuRAwCz&#10;lAkArJYYAKWWKAKdlDYHlpJBDpCPShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRvgn03bIGGO2l/&#10;kD5mfptBY36oQ2F9tkRgfclEX33lQ2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9/0D/ZwAA43QA&#10;ANJ/AADHiAEAvo8CALaVAQCumAYAppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FYIHqPXyV2jWUq&#10;cotsLm6KczJqiHs2ZoeEOWOGjjxghZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9AW4P/QFuD/z9b&#10;g/8/W4P/P1uD/z//agAA3ngAAM2DAADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGTnjEFjJ08C4Wb&#10;RhJ/mU4YepdWHnWWXSNwlGMobJJqLGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aLskBUi8VAVIvh&#10;QFSK8z9Viv4/VYn/PlWJ/z5Vif8+VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgAAKqcAACgogAA&#10;maQQAJOlIAGMpC4DhaM5CX+iQw95oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcwW5eANFiWijdV&#10;lZU5UpWiO1CUsD1PlMM9T5TfPE+T8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzkdAAAz4EAAMKM&#10;AAC4lgAArZwAAKOhAACYqAAAkKoNAIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmmWBxkpF8hYKNm&#10;JV2ibSlZoXUsVqF+L1OgiDJPn5M1TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/OUmb/zlJm/85&#10;SZv/OUmb/znbegAAyIcAALySAACxmgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYBdrIzBHGyPQlr&#10;sUcOZrBPE2KvVhherl0cWq1kIFesayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJFqb8yRKraMkSo&#10;7zJDp/szQ6b/M0Ol/zRDpf80Q6X/NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOsAACIsgAAfLkC&#10;AHa6EQByuyEAbrsuAmi7OgZkukMKX7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6Iki2hCVFtpAn&#10;Q7WdKUG1rCpAtr4qP7bYKj+07io+s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAAuZUAAKydAACh&#10;pAAAlqsAAIqyAAB/uAAAc78DAGrEDABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQxFgPTcRfEkrD&#10;ZhVIw24XRcN4GkLDghxAw44ePsOcHzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi//yQ4v/8kOL//&#10;JDi//yS9kQAAsJsAAKSiAACYqgAAjLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9AhAFXQLgFR0DkC&#10;TtBDBEvQTAZJ0FMIRtBbC0PQYw1B0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsXNNLSFzXQ7BY0&#10;z/cYM87/GjPO/xozzv8aM87/GjPO/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABqxwAAXs0DAFTU&#10;CABM3Q0ASt0YAEjeJgBG3jIBRN88AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXhegoz4YYMMeGU&#10;DTDiow4u4rMOLuPHDi3j4w4t4PIOLN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcAAI+wAACDuAAA&#10;dsEAAGrJAABezwAAU9UBAEncBgBF6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYCM+1NAzHtVQMv&#10;7l0ELe5lBSvucAUp73sGKO+JBybwlwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi7/UIIu/1CCLv&#10;9QiepgAAka8AAIS4AAB3wQAAaskAAF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3IAAz9ygAMfgw&#10;AC75NgEr+T0BKfpEASf6SgIl+1ICI/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+oBBf/twQW/8gE&#10;Fv/gBBb/5AQW/+QEFv/kBBb/5ASTrgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAAOuQAADX3AwAy&#10;/wwALv8SACv/GgAo/yEAJv8nACP/LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET/18BEf9qAhD/&#10;eAIO/4cCDv+WAg3/pAIM/7ACDP++Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJAABe0wAAUNsA&#10;AEPgAAA45QAAL/AAACv/AAAn/wgAJP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8tABH/MgAQ/zgA&#10;Dv8/AAz/RgEK/08BB/9ZAQT/ZQEB/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kBAP+pAQD/qQH/&#10;LC8B/zAsAf8yLAL/MzAC/zE2A/8wQQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/J5EM/yeZDf8m&#10;nw3/JqUO/yarDv8msQ//JrgP/ybAD/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn/w/5Jv8R+Cb/&#10;Efgm/xL4Jv8S+Cb/Evgm/xL/LiwB/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJXBv8wZAf/LnAJ&#10;/yx7Cv8shQz/K44N/yuWDv8qnQ//KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR/injEfsq7xH4&#10;KvgQ9iv/EPQq/xL0Kv8T8yr/FPMp/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/OikC/zsyAv87&#10;PQP/OUgF/zdUBv81YAf/M2wJ/zJ3DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8urBL/LrMS/i66&#10;Ev0uxBL7Ls8T+C7hEvUu7RLxL/cS7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/F+wu/xf/NCYB&#10;/zkjAf89IwH/PiYC/0EvAv9BOQP/P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ/TSPEfw0lhL6&#10;M50T+TOjE/gzqRT3M7AU9jO3FPQzwBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjkMv8Z5DP/GuMy&#10;/xrjMv8a4zL/GuMy/xr/OCMB/z0gAf9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9BWAj/P2QL+z5v&#10;Dvk8eRD2O4MR9DqLE/M5kxTxOZkU8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjbFuM56hbgOPUY&#10;3Tj/Gts3/xzZN/8d1zf/HdY3/x7WN/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB/00oAf9OMgL/&#10;TTwE/0pHBvpIUwj2Rl8L8kRqDu9CdBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxjiPaoY4D2yGN89&#10;uxndPcYZ2z3YGtY96RrSPfUdzj3+H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8/yH/PxwB/0UX&#10;Af9LFwH/UB0B/1MkAf9ULQL/UzcD91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WCFt1EihfaQ5EZ&#10;2EKZGtVCnxvTQaYc0UGuHc9Btx7OQcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8kvUH/Jb1B/yW9&#10;Qf8lvUH/Jb1B/yX/QhgB/0kTAP9QFAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfjU1UK3lFgDtlO&#10;ahLUTHQW0Et8GM5JhBvMSIwcykeTHshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G3yW5Ru8mtkb7&#10;J7RG/yizRv8oskb/KLFG/yixRv8osUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14bAPlgIwHvYCwB&#10;5l42A99cRAXYWVAK0VdbD8xUZRTIUm4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wkuEqkJrZKrCe0&#10;SrYos0nDKbFJ1imuSuoqq0r4K6lK/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/SRIA/1AOAP9Z&#10;EAD/XxIA/2MWAPJlHQDnZSUA3mQxAdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhUeR+2U4Eis1KI&#10;JLFQkCavUJcorU+fKatOqCupTrIsp06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//Lp1Q/y6dUP8u&#10;nVD/Lp1Q/y7/TBAA/1QNAP9dDgD/Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJv2JSD7pgXBW2&#10;XWUZslttHa9ZdSGsWHwjqlaDJqdViyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZUuIxl1PyMZZT&#10;/zGVVP8xlFT/MJRU/zCUVP8wlFT/MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORtDgDWbhYAzG8o&#10;AcRtNwS9a0QJt2hPD7JlWBWuYmEaqmBpHqdecCGkXXgloVt/J59ahyqcWY4smliXLphXoDCVVqoy&#10;k1a1M5FWxTSQVt00jlfwNI1X/TOMWP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA/1sJAP9jCADr&#10;agcA3W4IANhxCgDPchMAxnMlAb5yNAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKcYXQlmmB7KJde&#10;gyuUXYstklyTMI9bnDKNWqY0i1qyNYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc/zOEXP8zhFz/&#10;M4Rc/zP/UwoA/10GAPVmBADfbQMA1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJDqZuUhShbFsZ&#10;nWliHZlnaiKWZnElk2R4KJBjfyuNYYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4f1/qN35f+jZ+&#10;YP81fmD/NH5g/zR+YP80fmD/NH5g/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDDeg8Au3sfALN6&#10;LwKseDwHpnVGDaFzUBOccFgYl25gHZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFjljR/Y6E2fGKt&#10;N3piuzl5Ys45eGPoOHhj+Dd4ZP82eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IBAOFsAADUcwIA&#10;y3gEAMV7BQC+fQ0Atn4dAK9+LAKofDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmskh2xyKIRreiuB&#10;aoIufmmKMXtolDR4Z582dmaqOHRmuTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVyaP81cmj/NXJo&#10;/zX/WQIA9mUAAN1uAADPdgEAx3sDAMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7SxGSeFQXjXZb&#10;G4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXZskjRza5w2cGqoOG5qtzptask6bGrkOm1r9Thta/83&#10;bWv/Nm1r/zZta/82bWv/Nm1r/zb/WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkArYUYAKaFKAGf&#10;hDUFmYJACpN/SRCNfVIWiXtZG4R5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJs2a2+nOGlv&#10;tTpob8c6Z2/iOmdv9Dhob/83aG//Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0AADIfAAAv4EB&#10;ALeFAQCvhwcAqIkVAKGJJQGbiDMElIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHpsJnR5cypxeHst&#10;bneEMGt2jjNodZk2ZnSlOGRzszlic8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82Y3P/NmNz/zb/&#10;YQAA4G0AAM93AADEfwAAu4UAALOJAACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6Eh04Tf4VVGHuD&#10;XB13gmMhc4BqJW9/cSlsfXksaXyCL2Z7izJjepc1YHmjN155sThdecI5XHndOV158ThdeP43Xnj/&#10;Nl54/zVeeP81Xnj/NV54/zX1ZAAA3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQAJeSIACRkS4D&#10;ipA5B4SOQwx/jUwSeotTF3WJWhtxiGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQzW4ChNll/rzdX&#10;f8A4V3/aN1d/8DdYfv02WH7/NVh+/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7hwAAso0AAKiR&#10;AACelAAAlpYOAJGXHACLlysChZY3BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWMbSVhi3QoXop9&#10;LFuJhy9YiJIxVYefM1OHrTVSh741UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/M1KF/zPjbAAA&#10;znkAAMGDAAC2iwAArJEAAKKVAACXmQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcNb5lPEmqYVhdm&#10;l10bY5VjHl+UaiJck3IlWZJ7KFWRhStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJMjvoyTI3/MUyM&#10;/zFMjP8xTIz/MUyM/zHccQAAyH4AALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGjFAB8pCMBd6Qw&#10;A3KjOwZtokQLaKFMD2SgVBNgn1oXXZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqbLEiaqS1Hmbot&#10;RprQLUaY6y1Gl/kuRpb/LkaW/y5Glv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAAoJsAAJWfAACK&#10;pAAAfakAAHerEABzqx4Ab6wsAWqrNwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQp24cTaZ2H0ql&#10;gSFIpYwkRaWZJkOkqCdCpLgoQaTOJ0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg/ynJfgAAuosA&#10;AK+UAACjmgAAmKAAAI2lAACCqgAAdbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRGB1azTgpTs1UN&#10;ULNcEE2yYxNKsmsWR7F0GEWxfhpCsIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvchOq3/Ijqs/yM6&#10;rP8jOqz/Izqs/yPAhgAAs5IAAKeZAACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBdvRIAWr4gAFi+&#10;LQFUvjgCUb5CBE6+SgZMvlIISb5ZCka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9pBc3vbUYNr3K&#10;GDe85xc1u/YZNbr/GjS5/xs0uf8bNLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wAAHuzAABvuQAA&#10;Y74AAFjEBABQyAwATcgXAEzJJQBKyjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQHOstuCTjLeAo2&#10;y4UMNMuSDTLLog4xy7IPMMzHDzDL5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKulwAAoZ4AAJWl&#10;AACJrQAAfLQAAHC7AABkwQAAWcYAAE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnYOwA42UUBNtlN&#10;ATXZVgIz2l4CMdpoAzDbcwQu238FLNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5CCbY/gkm2P4J&#10;Jtj+CSbY/gmknQAAmKUAAIutAAB+tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYANeQNADPkFgAx&#10;5CAAMOUqAC7mMwAt5jwAK+dEACrnTAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf66EDHeuyAxzs&#10;xwMc7OEDG+rxAxvp+QMb6fkDG+n5Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnLAABM0AAAQdUA&#10;ADjcAAAv4QIALfENACvxEwAo8hwAJvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZRABn3WgEX92UB&#10;FfhyART5gQET+ZIBEvqiAhH6swIQ+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAAgbQAAHO9AABm&#10;xgAAWc0AAEvTAABA2QAANd4AACzjAAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX/ygAFf8uABP/&#10;NQAS/zwAEP9DAA7/TAAN/1YAC/9iAAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/xwED/8cBA//H&#10;AQP/xwGDtAAAdb0AAGfGAABazwAAS9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8FABf/DAAV/xAA&#10;Ev8UABD/GQAO/x4ADf8jAAv/KAAI/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sAAP97AAD/iwAA&#10;/5kAAP+lAAD/rAAA/6wAAP+sAAD/rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/I0sD/yFYA/8g&#10;ZAT/HnAE/x17BP8dhQX/HY4F/x2WBf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8cwwf/HM4H/x3f&#10;B/8d6wf8HfUH+R3+Bvce/wf3Hf8I9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywnAf8uJwH/LSoB&#10;/ywyAf8rPQL/KUkD/ydVA/8lYQT/I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH/yGlB/8hqwj/&#10;IbEI/yG4CP8hwQj/IcsI/CHcCPkh6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvwIf8L8CH/C/Ah&#10;/wv/LCYB/zAkAf8xIwH/MSYB/zIvAf8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8nfwb/J4gH/yaQ&#10;B/8mlgj/Jp0I/iajCf0mqQn8Jq8J+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9Cusm/wvqJv8N&#10;6Sb/Degm/w7oJv8O6Cb/Dugm/w7/LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC/zROA/8yWgT/&#10;MGUF/y5wBv4tewf8LYQI+iyMCfgskwn3LJkK9iugCvQrpgrzK6wL8iuzC/EruwvvK8YL7izUC+os&#10;5gvmLPIL5Cz8DeIs/w/hLP8Q4Cz/EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86GgH/PSAB/z8o&#10;Af8/MgH/PT4C/ztJA/85VQT7N2EG9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGcDOoxogzpMakM&#10;6DGwDeYxuQ3lMcMN4zLRDd8y5QzcMvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U0DH/FNAx/xT/&#10;NxsB/zsXAP8/FgD/QxwA/0YkAf9GLgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQnoOnoK5TmDC+M4&#10;iwziOJIN4DeZDd83nw7dN6YO2zetD9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3/xbGN/8XxTf/&#10;GMQ3/xjEN/8YxDf/GMQ3/xj/OxcA/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+AuxGSgTnRFYG&#10;40NiCN9BbArcQHUM2T9+DdU+hg/TPY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sVxzvIFsU83BbB&#10;PO0Xvjz5Gbs8/xq6PP8buTz/G7g8/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/TxQA/1EbAPtS&#10;IwDxUS0B6U84AeJNRQPcS1EF1klcCNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNClRbBQZwXv0Gk&#10;GL1ArBm8QLYaukDCGrhA0hu1QegbskH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/HqxB/x7/QhEA&#10;/0cNAP9PDgD/UxEA/1YVAPNXHADoViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQwEpyEr1JehW7&#10;SIIWuUeJGLdHkBm1Rpcbs0afHLFFpx2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGjRv8iokb/IaJG&#10;/yGiRv8hokb/IaJG/yH/RQ4A/0sKAP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxaOwLGWEgFwVZT&#10;CbxUXA25UmURtVBtFLNPdRewTnwZrk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4I6FJxiSfSt4k&#10;nUrwJJtK/SWZS/8kmUv/JJhL/ySYS/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA6V4KAOReDQDV&#10;XxUAy2AnAMRfNgK+XkMFuFtOCbRZWA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6gUI4gnk+WIpxO&#10;nyOaTqglmE6zJpdOwieVTtYnk07sJ5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q/yb/SgkA/1MF&#10;APhaBADiXwMA2mIGANRjCQDNYxIAxGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtlFqFZbBifWHMb&#10;nFZ6HppVgiCYVIoilVSSJJNTmyaRUqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8ph1T/KIdU/yiH&#10;VP8oh1T/KIdU/yj/TAUA/1YBAOldAADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGwaDwEqmVHCaVj&#10;UQ2hYVoSnV9hFppeaRmXXHAclVt3HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VWuiyDVswsglfm&#10;LIFX9yuAWP8qgFj/KoBY/ymAWP8pgFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoDAMZsBQDAbA4A&#10;t20dALBuLAGqbDkEpWpECKBoTg2bZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIkhlyLJoRblCiB&#10;W54qf1qqLH1aty18WskuelrjLnpb9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/UQAA8lsAAN5k&#10;AADPagAAx24CAMBwBAC6cAwAsnEaAKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5mYxiLZWkbiGNw&#10;HoVieCGCYX8kgGCIJn1fkSl7X5wreF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/K3Rg/yt0YP8r&#10;dGD/K3Rg/yv/UwAA6F4AANlnAADLbQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQDm3I/B5VwSQuR&#10;blIQjGxZFIlqYBiFaWcbgmhuHn9mdSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9vYsQvbmLeL25j&#10;8i5uY/4tbmP/LG5j/ytuY/8rbmP/K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3AQCwdwcAqHgV&#10;AKJ5JACceDIClnY9BpF0RwuMck8PiHBXE4RvXheAbWQafWxrHXprcyB3anojdGmDJnJojSlvZ5cs&#10;bWejLmtmsS9pZsEwaWbbMGln8C9pZ/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA4WMAAM9sAADE&#10;cwAAu3gAALN6AACregQApHsSAJ58IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7cmIaeHBpHXVv&#10;cCBybngjb22BJm1siylqbJYraGuhLmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr/yxla/8sZWv/&#10;LGVr/yz0WwAA3WYAAMtvAADAdgAAt3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85BYh9QwmDe0sN&#10;fnpTEnp4WhZ2d2EZc3VnHHB0bh9tc3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70vXm/UL15v7S9f&#10;b/stX2//LGBv/yxgb/8sYG//LGBv/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAAChggAAmYMOAJSE&#10;HQCOhCsBiIM2BIOCQAh+gEkMeX9REHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3hydgdpIqXXWe&#10;LFt1qy5adLsvWXXRL1l07C5ZdPotWnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0AAMN2AAC5fQAA&#10;r4MAAKaGAACchgAAlIgMAI6JGQCJiSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0XaYFjGmaAah1j&#10;f3IgYH56I119hCZafI8pWHucK1Z7qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypVef8qVXn/KlV5&#10;/yrhZQAAzHEAAL96AAC0ggAAq4cAAKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniOOwVzjUQJb4xM&#10;DWuKVBFniVoVZIhhGGGHaBtehnAeW4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLMK06C6CtOgfgq&#10;T4D/Kk+A/ylPgP8pT4D/KU+A/ynbagAAx3UAALp/AACwhwAApowAAJyPAACPkQAAhpMFAICUEgB7&#10;lSEAd5UtAXKVOARtlEIHaZNKC2WSUQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFPjIsjTYuYJUuL&#10;pSdJi7UoSIvKKEiK5ydJifcoSYj/J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWEAACrjAAAoJAA&#10;AJWUAACJlwAAfpoAAHebDgBznBwAb50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlcElWYYxVTmGsX&#10;UJdzGk2WfR1KlYkfR5WVIUWVpCNElLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8kQ5D/JEOQ/yTK&#10;dQAAu4EAALCLAACkkQAAmpUAAI+ZAACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFfpDsDW6REBVik&#10;SwhVo1MLUqNaDU+iYRBNomgTSqFxFUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f4x09nfQePZz/&#10;Hzyb/x88m/8gPJv/IDyb/yDCfAAAtYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gAAGOsBABfrREA&#10;XK0fAFquKwBXrjYBVK5AA1GtSAVOrU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QTPKuRFTqroBY5&#10;q7AXOKvDFziq4Rc3qfMYN6f+GTam/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACXmwAAi6EAAH+m&#10;AABzqwAAZ68AAFq0AABTtgwAUbcXAE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4WgY/uGIHPbhr&#10;CTq4dQs4t4EMNreODjS3nQ8zt60PMrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/EzCz/xOyjgAA&#10;pZUAAJqbAACOogAAgqgAAHWtAABpswAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycAP8MyAD7EPAA8&#10;xEQBOsRNATjEVQI2xF0DNcRmBDPFcAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggqxPAIKcL7CSjB&#10;/woowf8LKMH/CyjB/wuolQAAnZsAAJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnDAAA/yAQANs0J&#10;ADPOEQAyzxwAMc8nADDQMQAv0DoALtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOEAiTUlAIi1KYC&#10;IdW5AiHV0gIg0+sCINL2Ax/R/wQf0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAAbbgAAGC+AABU&#10;wwAASccAAD7LAAA10AEALdUGACXbCwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe4UoAHeJTABzj&#10;XgAb42oAGuR4ABjkiAEX5ZoBFuasARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj+gGWogAAiakA&#10;AHuxAABuuQAAYcAAAFTGAABIygAAPc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0XABntHwAX7iYA&#10;Fe4tABTvNQAT8D0AEfBGABDxUAAP8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIACfbZAAj17QAI&#10;9e0ACPXtAAj17QCLqQAAfbIAAG+6AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf4QAAGegAABb4&#10;BgAU+g0AEvsSABD8FwAO/B0ADf0jAAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/ZgAA/3cAAP+J&#10;AAD/mwAA/6sAAP+7AAD/zgAA/88AAP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEAADrWAAAv3QAA&#10;JeEAABzlAAAU6QAAEfcAAA//AQAN/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMAAP8qAAD/MgAA&#10;/zwAAP9HAAD/VAAA/2MAAP9zAAD/hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/IikB/yMnAf8j&#10;KAH/ICsB/xwxAf8aPQH/GEkB/xZWAv8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8SmQL/Ep4C/xKk&#10;Av8SqQL/Eq8C/xK2Av8SvQL/EscC/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/A/QT/wP0E/8D&#10;9BP/A/QT/wP/JCcB/yYkAf8mJAH/JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC/xd1Av8XfwL/&#10;F4gC/xePAv8XlgL/F5wC/xehAv8XpwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0F+8C8Rj6Au8Y&#10;/wPuGP8E7hj/BO0Y/wXtGP8F7Rj/Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8nNwH/JUMB/yNP&#10;Av8hWwL/H2YC/x1xAv8dewP/HYQD/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyxA/YcuQP1HcID&#10;8x3OA/Ad4QPsHe4D6R75BOge/wXmHv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A/y0cAP8tGwD/&#10;LiAA/y8pAP8vNAH/LD8B/ypLAv8oVwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPzI5UE8iObBPEj&#10;oQTvI6gE7iOuBO0jtgTrI78E6iPMBOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok/wnaJP8J2iT/&#10;Cdok/wn/LhsA/zEXAP8yFgD/NRwA/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxoA/ArcgPuKnsE&#10;7CqEBOoqiwToKpIF5ymYBeYpngXkKaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H0ir4Cc8r/wrN&#10;Kv8LzCr/DMsq/wzLKv8Myyr/DMsq/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+OzUB9zlBAfE2&#10;TQLsNFgC6DNjA+UybQTjMnYE4DF/Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIvsQjQL7oJzzDG&#10;Cc0w2AnJMeoKxjH3DMMx/w7BMf8PwDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkPAP8+EAD/QRQA&#10;/0MaAP9CIwD1QS4A7T46Aec9RgHhPFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJyzaPCso2lgrI&#10;Np0LxjWkDMU1rAzDNbUNwTXADcA2zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOzNv8Tszb/E7M2&#10;/xP/ORAA/z0LAP9DDQD/RxAA/0gUAPVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtAYgbIP2sIxT50&#10;CcM9ewvBPYMMvzyKDb08kA67PJcPujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzxFKs8/RWpPP8W&#10;qDz/Fqg8/xanPP8Wpzz/Fqc8/xb/PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A1kosAM5LOwHJ&#10;SkgCxEhTBMBHXQe8RmYJukRuC7dDdg21Q30Os0KEELFBixGwQZISrkCaE6xAohSqQKsVqUC2FqdA&#10;xBemQNkXo0HtGKBB+xifQf8ZnkH/GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9MBQDxTwcA5lAJ&#10;AONPDQDVTxUAzFEnAMVRNgG/UEMCuk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/EqdHhhSlRo0V&#10;o0aVFqFFnhifRacZnkWyGpxFvxqaRdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8bk0f/G5NH/xv/&#10;QgUA/0oBAPJQAADhVAEA2VYFANNVCQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiqUV0Lp1BkDqRO&#10;bBCiTXMSn0x6FJ1MgRabS4kXmUqRGZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K9h6LS/8ei0v/&#10;HYpL/x2KS/8dikv/HYpL/x3/RQAA/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1seALVcLgGvWzsC&#10;qlpGBaZYUAiiVlkLn1VgDpxTaBGZUm8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8eik6qH4hOtyCH&#10;TsghhU7iIYRP8yCDT/8gg0//H4JQ/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADRXQAAyWACAMNg&#10;BAC9Xg0AtWAaAK5hKgCpYDcCpF5DBJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1VeRiLVIEaiFOJ&#10;HIZTkh6EUpwfglKnIYBStCJ/UsQjfVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/IHtU/yD/SgAA&#10;6VQAANpcAADMYQAAw2QAALxkAgC2YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1ILkV5aDo5dYRGL&#10;W2gTiVpvFoZZdhiEWH0agViGHH9Xjx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1V/0jdVj/InVY&#10;/yF1WP8hdVj/IXVY/yH/TQAA5VcAANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNpJACeaDIBmWc9&#10;BJRlRweQZE8KjGJXDYhhXhCFX2UTg15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqiI3JaryRxWr8l&#10;cFrVJW9b7SVvW/wjb1v/Im9b/yJvW/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAAu2sAALNsAACs&#10;agQApGsSAJ5sIQCZbC8BlGs6A49pRAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4YXgadWCAHXNf&#10;ih9wX5Qhbl6gI2xerSVrXrwmal7RJmle7CVqX/skal//I2pf/yJqX/8ial//Impf/yLwUgAA3V0A&#10;AMtlAADAawAAt24AAK9vAACnbgEAoG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpSDH5pWQ97aGAS&#10;d2ZmFHVmbhdyZXUacGR+HW1jiB9rY5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvokZWP/I2Vj/yJl&#10;Y/8iZWP/ImVj/yLrVQAA2GAAAMhoAAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQdCoBinM2AoVy&#10;QAWBcEgIfW9QC3ltVw52bF4Rc2tkFHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2JmqSVgZrkmX2bN&#10;Jl9m6CZgZvkkYGb/I2Bm/yNhZv8iYWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUAAKd3AACedQAA&#10;lnYNAJB3GQCLeCcAhnczAoF2PQR8dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZZm56HGNtgx5h&#10;bI4hX2uaI11rpyVba7cmWmvKJlpr5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLjWwAAzmYAAMBu&#10;AAC2dAAArHkAAKN7AACYeQAAkHoLAIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4Uw1sd1oQaXZh&#10;E2d1aBZkdG8YYXN4G15ygR1ccYwgWnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//I1Zv/yJXb/8i&#10;V2//Ildv/yLfXwAAymkAALxyAACyeAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEAe4EuAXeAOQNy&#10;gEIFbn9KCGt+UQtofVgOZHxfEWJ7ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJRdrMjUHbGJFB2&#10;4yNQdfUjUXX/IlF0/yFRdP8hUXT/IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqDAACNgwAAhIQD&#10;AH2FEAB5hh4AdYcrAXGHNgJthj8EaYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4BzGFR/fRpRf4gc&#10;T36UH01+oiBLfbEhSn3EIkp94SFLfPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAAwHIAALR7AACq&#10;ggAAoIYAAJWIAACHiAAAfIoAAHaMDgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhci1MKWotaDVeK&#10;YRBUiWgSUYhxFU+IehdMh4UaSoaSHEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC/x5Fgv8eRYL/&#10;HkWC/x7KbQAAungAAK+BAAClhwAAmosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUiAGOVLgFglTgC&#10;XJVBBFmUSQZWlFAIVJNXClGTXgxOkmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60aP4/AGj+P3Bo/&#10;jfEaP4z9Gz+L/xs/i/8bP4v/Gz+L/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7lQAAbJkAAGWb&#10;BABgnBAAXZ0dAFueKQBYnjQBVZ49AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUObdQ9Bm4ARPpqN&#10;EzyamxQ6mqsVOZq9FTma2RU5mO8WOZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UAAKSMAACYkQAA&#10;jZUAAIGaAAB1nQAAaKAAAFukAABWpQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kCRqdQBEOnWAVB&#10;p18GP6ZoCD2mcgo6pn0LOKaKDTalmQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEyof8RMqH/ETKh&#10;/xG0ggAAqIwAAJ2SAACSlwAAhpwAAHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWwHABEsScAQrEy&#10;AEGyOwA/skMBPbJLATuyUwI5slsDN7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4CSyy0AgssOwJ&#10;K6/5Ciuu/wsqrf8LKq3/Cyqt/wutiwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAAWbEAAE20AABC&#10;uAAAO7oKADi7EwA3vB4ANbwpADS9MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEqvnQCKb6CAie/&#10;kQMmv6IDJL+0AyO/ywMjvugDI7z3BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIyeAACApQAAc6sA&#10;AGewAABbtQAAT7kAAES8AAA6wAAAMMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5ACPKQgAiy0sA&#10;IctVACDMXwAfzGwAHc16ABzNigAbzZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8CGMr/AhjK/wKb&#10;mQAAj58AAIKmAAB1rQAAaLMAAFy5AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ1QsAFtcQABXY&#10;GQAV2SIAFNkrABPaNAAT2j0AEttIABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3guAAM4NIAC9/t&#10;AAze9wAM3fsADN37AAzd+wCSnwAAhacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkAAC7NAAAl0QAA&#10;HtUAABbaAQAR3gYAEOcNAA7nEgAN6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EABOteAAPrbgAB&#10;64AAAOqUAADqpwAA67wAAOvSAADr6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABevgAAUcUAAEPJ&#10;AAA3zQAALdEAACPWAAAb2wAAE98AAA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1HgAA9SUAAPUu&#10;AAD1NwAA9kIAAPZOAAD2XQAA9m4AAPaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQAAD40AB7rwAA&#10;bbgAAGDAAABSyAAARM0AADfRAAAr1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAAAf8DAAD/CAAA&#10;/w0AAP4QAAD+FAAA/xoAAP8hAAD/KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA/5IAAP+hAAD/&#10;rQAA/7MAAP+zAAD/swD/HCYA/xwkAP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8LXwH/CmsB/wp1&#10;Af8KfwH/CocB/wqOAf8KlQH/CpsB/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnMAPwJ3gD5CesA&#10;9Qn2APMJ/wDyCv8A8Qr/AfEL/wHxC/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA/xcsAP8VNwD/&#10;E0QA/xFQAf8QXAH/DmcB/w5yAf8OewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+DqgB/A6uAfsO&#10;tQD6Dr4A+A7JAPUO2wDyDuoA7g71AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ/wH/Ih8A/yIc&#10;AP8hHAD/HyAA/x8pAP8cNAD/GkAA/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOIAfoSjgH5EpUB&#10;+BKaAfYSoAH1EqYB9BKsAfMSswHxErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C4RX/AuEV/wLg&#10;Ff8C4BX/AuAV/wL/JRsA/yYXAP8kFgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9G18B+RppAfca&#10;cwH0GXwB8hmEAfEZiwHvGZEB7hmXAewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ1QHfGugB3Bv1&#10;Atgb/wLVHP8D1Bz/A9Mc/wTSHP8E0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywhAP8sKwD/KTcA&#10;/SdDAPclTwHzI1oB7yJkAewhbgHpIXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB3iCnAdwhrwHa&#10;IbgC2CHDAtUh0wLRIucCzSL0A8oj/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/LBIA/y4PAP8w&#10;EAD/MxQA/zMbAP8yJQD6MDAA8i48AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6AdcoggLVKIkC0yiQ&#10;AtEolgPPKJwDziijA8woqwPKKLMDySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/CLoq/wi5Kv8J&#10;uSr/Cbkq/wn/MA8A/zILAP82DQD/OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A1TFaAdAxZALN&#10;MG0CyzB1A8kwfAPHL4MExS+KBMQvkQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4MN0HtTDuCbIw&#10;+wqwMP8LrjD/C64w/wutMP8LrTD/C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88FQDkOR8A2zkt&#10;ANI6PADNOkkByDlUAcQ5XgLBOGcDvzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWaCbM1oQmxNaoK&#10;rzW0C641wQusNdQLqTbqDKY2+A2lNv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA/zsCAP9AAwDy&#10;QgUA6UIJAOU/DgDYPhYAzkAnAMdBNgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQevPXgIrjx/Caw8&#10;hgqqO40LqTuVDKc7nQ2lO6YNozqwDqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8/xGYPP8RmDz/&#10;EZg8/xH/OgEA/0AAAO9FAADhSAAA2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dKArBGVASsRV0F&#10;qkRkB6dDbAilQnMKo0J6C6FBgQygQYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgTk0DhE5FB8xSQ&#10;Qf8Uj0H/FI5C/xOOQv8TjkL/E45C/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDDSw8Au00dALVO&#10;LQCvTjoBq01GAqdMTwSkS1gGoUpgCJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJFlBKQRZ0TjkWo&#10;FIxFtBWLRcQWikXcFohG8BaGRv0Whkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgAAN1PAADPUwAA&#10;xlUAAMBTAwC7UQwAs1IZAK1TKQCoUzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoMkUxxDo9LeA+N&#10;S38Ri0qHEolKkBSHSZoVhUmlF4NJsRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9S/8WfUv/Fn1L&#10;/xb/QwAA5kwAANZTAADJWAAAwFkAALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphWSASVVVEGklRY&#10;CI9SXwqMUmYMilFtDohQdBCFT3sSg0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7RGndO6xp3T/oZ&#10;dk//GXZP/xh2T/8Xdk//F3ZP/xf4RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYAplsTAKBcIgCb&#10;XC8Al1s7ApJaRQOPWU0Gi1hVCIhXXAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4UpQYdlKfGXRS&#10;qxpyUrobcVLNHHBS6BtwU/kacFP/GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMtaAADAXwAAt2IA&#10;AK9hAACoXgIAoV8QAJtgHgCWYCwAkWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVlnDntYbhB4WHUS&#10;dld9FHRXhxZyVpEYb1acGm5WqRtsVrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Za1f/GWtX/xnr&#10;TAAA2FYAAMheAAC8YgAAs2UAAKtlAACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOEYUgFgGBQB31f&#10;Vwl6Xl0Ld11kDXVcaxBzXHIScFt7FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa5B1lWvYcZVr/&#10;G2Va/xplWv8ZZVr/GWVa/xnoTwAA01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YNAJFnGQCMaCcA&#10;h2cyAYNmPQJ/ZUYEe2RNBnhjVAl1YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0ZZV6YGmNepRxh&#10;XrQdYF7HHWBe4x1gXvUcYF7/G2Be/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2aQAArGwAAKNs&#10;AACZaQAAkmoLAIxqFgCHayQAgmswAX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtlZg9oZG4RZmR2&#10;FGRjgBZiY4sYYGKXGl5ipBxcYrIdW2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/Glxi/xrgVQAA&#10;y18AAL1nAACybAAAqXAAAJ9vAACUbAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkEDcm1JBW5sUAdr&#10;a1cKaWteDGZqZQ5kaWwRYWl0E19ofhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1WZvMcV2b/G1dm&#10;/xpXZv8aV2b/Gldm/xrbWQAAx2IAALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFyEQB8cx4AeHMq&#10;AHRzNQFwcz8DbXJHBWpxTgdncVUJZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyTGVRsoBtSa68c&#10;UWvBHFFr3BxRa/EbUmv+GlJq/xpSav8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAAoncAAJZ2AACJ&#10;dQAAgXYBAHp3DwB2eBsAcnknAG95MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxadWgPWHRwEVVz&#10;eRNTc4QWUXKQGE9ynhlNca0aTHG/G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v/xnOYAAAvmoA&#10;ALJyAACoeAAAnXsAAJB6AACEegAAensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9CA19+SQVdfVAH&#10;Wn1XCVd8XgtVfGUNUntuD1B6dxJOeoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8YR3b8GEd2/xhH&#10;df8XR3X/F0d1/xfJZQAAum8AAK53AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBohBMAZYUgAGKG&#10;LABfhjYBXIY/AlmFRgNXhU4FVIVVB1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SBmhVCgKkWQYC6&#10;FkCA0hZBf+0WQX77FkF9/xZBff8WQX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMAAIWEAAB5hQAA&#10;aokAAGSKAwBgjBAAXY0bAFuOJwBYjjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAIR4xoCkWLcgxC&#10;i30OQIqJDz6KmBE8iqcSO4q4EjqKzxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8cQAAr3sAAKWD&#10;AACZhwAAjIgAAH+JAABzjAAAZZAAAFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuXPwFJl0cCR5dO&#10;A0WWVQRDll0FQZZlBj6Vbwg8lXoJOpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4DjSQ/w80kP8P&#10;NJD/DzSQ/w+1eAAAqoIAAJ6IAACTjQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYASZ8QAEefGwBG&#10;oCYARKAwAEOhOgBBoUIBP6FJAT2hUQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcwoKIILqCzCC6g&#10;yQgun+cILZ33CS2c/wotm/8KLZv/Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKYAABmnAAAW6AA&#10;AE+kAABFpwAAPqkMADyqFAA6qh8AOaopADirMgA3qzsANatDADSsSwAyrFMBMaxcAS+sZgItrHEC&#10;K6x/AyqsjgMorJ4EJ6ywBCasxQQmq+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAAm48AAJGUAACE&#10;mQAAeJ4AAGuiAABfpgAAU6oAAEitAAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAqtjIAKbc6ACi3&#10;QwAnt0wAJrhVACS4XwAjuGsAIrh4ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1/AIbtP8CG7T/&#10;Ahu0/wKfjwAAlJUAAIibAAB7oQAAbqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwAACS/BgAfwg0A&#10;HcIUABzCHgAbwyYAGsMvABnEOAAYxEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEAEcekABDHuQAP&#10;x9QAEMbuABDE+gAQw/8AEMP/ABDD/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABLuAAAQLsAADW+&#10;AAArwQAAI8UAABvJAQAUzAYAENALAA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArSSQAJ01UACdNi&#10;AAjTcgAG1IQABdSYAATUqwAD1cAAAdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQAAHOrAABmsQAA&#10;WbgAAEy9AAA/wAAANMMAACrHAAAhygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEAA90YAAHeIAAA&#10;3igAAN8xAADgPAAA4UcAAOJUAADjYwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA5ucAAObnAADm&#10;5wCDpAAAdawAAGizAABauwAATcEAAEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvdAAAF4QAAAOQA&#10;AADlBwAA5g0AAOcRAADoFgAA6R0AAOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2AADyigAA85wA&#10;APOtAAD0uwAA9MgAAPTIAAD0yAB3rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAAHdYAABTcAAAO&#10;4AAACOMAAAHmAAAA6gAAAO4AAADuAAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA+CoAAPo1AAD9&#10;QwAA/lIAAP9jAAD/dgAA/4kAAP+aAAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8RIQD/DSQA/wkr&#10;AP8GNwD/A0QA/wBRAP8AXQD/AGgA/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCcAP8AoQD9AKYA&#10;+wCsAPkAswD3ALsA9QDFAPMA0QDyAOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A7QD/AO0A/wD/&#10;GSAA/xgdAP8VHQD/EB8A/w4pAP8MNAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/A4AA/wOHAP8D&#10;jQD9ApMA+wKZAPkCngD3AqQA9QKqAPMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC+wDnBP8A5gX/&#10;AOYG/wDmBv8A5gb/AOYG/wD/HBsA/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5JAP8MVQD/C2AA&#10;/wtqAP0LcwD7C3wA+QqDAPcKigD1CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA6AnAAOYJzQDk&#10;CeIA4grwAN8L+wDeDP8A3A3/ANwN/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/HBkA/xsiAP8Y&#10;LAD/FTgA/xNEAP4SUAD5EVsA9RBmAPMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQmADmD54A5Q+l&#10;AOMPrADhD7QA4A++AN4PzADaEOEA1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/AcwT/wH/IhIA&#10;/yIPAP8hDwD/IhQA/yIcAP8gJwD/HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA4hZ6AOAWggDe&#10;FogA3BaPANsWlQDZFpsA1haiANQWqQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHDGv8CwRv/AsAb&#10;/wLAG/8CwBv/AsAb/wL/Jg4A/yULAP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYgRADhH1AA3R9b&#10;ANkeZQDVHm0A0h91ANAffQDOH4MAzB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3AcEgxAHAIdYB&#10;vCLqArki+AO2Iv8DtSP/A7Qj/wSzI/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA/y0QAPMrFwDo&#10;KCIA4CYvANkmPQDSJ0oAzSdVAMooXwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8J5ICuyeZArkn&#10;oAK3J6kDtiizA7QovwOzKM8DsCnmBK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq/wb/LQUA/zAA&#10;AP8zAgD2NAYA7zIKAOguEADcLBgA0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBqArYvcQK1L3gC&#10;sy9/A7EvhgOwL40Dri6UBK0unASrLqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8InjH/CJ0x/wic&#10;Mf8InDH/CJwx/wj/MAAA/zUAAO84AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6OD8AtjhKAbM4&#10;VAGwN10CrTdkAqs2bAOpNnMEqDZ5BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1tgibNcUJmTXd&#10;CZY27wqUNv0Kkzf/CpI3/wqSN/8Kkjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIBAMk+BgDEOw8A&#10;uz4dALU/LACxPzoArT9FAak/TwGmPlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IHmDuKCJY7kwmV&#10;OpwKkzqmC5E6sguQO8AMjjvVDIw87A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/NwAA6j8AANxF&#10;AADOSQAAxUkAAL9GAgC6QwwAs0QZAK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hDYgWWQmkGlEFw&#10;B5JBdgiQQH4JjkCGCo1AjguLQJgMiUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/D4BC/w6AQv8O&#10;gEL/DoBC/w76OwAA5UQAANNLAADHTgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEAnEs9AZhKRwKV&#10;SU8DkklXBJBIXgWOR2UGi0drB4lGcgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8RbkRe0XLEXpF&#10;5hF5RvcReEb/EHhG/xB4Rv8PeEb/D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFSAACrTgUApE4R&#10;AJ5PIACZUC0AlVA5AZJPQwGOTkwDi01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+DHxJhw56SZEP&#10;eEmcEHZJqBJ0SbYSc0nIE3JK4xNxSvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA2UwAAMhTAAC9&#10;VwAAtFgAAKxXAAClUgEAnlMPAJhUHACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/UF4GfVBkCHtP&#10;awl5T3ILd057DXVOhA5zTY4QcU2ZEW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO/xJrTv8Ra07/&#10;EWtO/xHoRgAA01AAAMRWAAC5WgAAsFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgyAIZYPQGCV0UC&#10;f1ZNA3xVVAV5VFsGd1RhCHVTaAlzU3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEUZlHDFWVS3hVl&#10;UvIUZVL/E2VS/xJlUv8SZVL/EmVS/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACaWQAAkloLAI1b&#10;FgCIXCMAhFwvAIBbOgF9W0MCeVpLA3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlWfg9nVokRZVWV&#10;EmNVoRRiVa8VYVXBFmBV2xZgVvEVYFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YAAL1dAACyYQAA&#10;qGMAAJ1hAACVXQAAjV4JAIdeEwCDXyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYFbFxcB2pbYwlo&#10;W2sLZlpzDWRafA9iWocRYFmTEl5ZoBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNcWf8SXFn/ElxZ&#10;/xLcUAAAx1kAALpgAACvZAAApGUAAJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZjNAFzYj0Bb2JG&#10;AmxhTQRqYVQFZ2BaB2VgYQhjX2kKYV9xDF9eeg5dXoUQW16RElldnhRYXawVV129FlZd1RZWXe4V&#10;V138FFdd/xNXXf8SV13/Eldd/xLWUwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAAg2UCAH1mDwB4&#10;ZhoAdGcnAHFnMgBuZzsBa2ZDAmhmSwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5YY4MQVmKPElRi&#10;nBNTYqoVUmK7FVFi0hVRYe0VUmH7FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNmAACpawAAnGsA&#10;AJBqAACFZwAAfWkAAHdqDQBzaxcAb2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpXBlxqXQdaaWUJ&#10;WGltC1Vodg1TaIEPUWeNEU9nmhJOZ6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8STmX/Ek5l/xLM&#10;WgAAvGMAALBqAAClbwAAmG4AAIxtAACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABkcTYBYXE+AV5x&#10;RgJccE0DWXBUBVdwWwZVb2IIU29qClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0dszRNHbOoTSGv6&#10;Ekhr/xJIav8RSGr/EUhq/xHHXgAAuGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIAAGt0BwBmdREA&#10;Y3YdAGB3KABedzMAW3g8AVl3QwJWd0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwMR3SIDkVzlg9D&#10;c6UQQnO2EUFzyxFCcugRQnL4EUJx/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACbdgAAjnUAAIF2&#10;AAB1dgAAaXgAAGN6AgBefA4AXH0ZAFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+VgRKfl0FSH1l&#10;BkZ9bghDfHkKQXyGCz97lA0+e6MOPHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/Dj13/w68aAAA&#10;r3IAAKR5AACWegAAiHoAAHx6AABwfAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioAToc0AEyHPAFK&#10;h0QBSIdLAkaHUwJEhloDQoZiBECGbAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2g+QLNoL2CzaB&#10;/ww2gP8MNoD/DDaA/wy2bwAAqngAAJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWKAABOjAYASo4Q&#10;AEiPGgBHjyUARZAvAESQOABCkEAAQJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+ABTOPjgYxj54H&#10;MI6vBy+OwwcvjuEHL4z0CC+L/wgviv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAAfYUAAHCHAABl&#10;igAAWo4AAE+SAABGlQAAQZgMAD6YFAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1mlIBM5paATGa&#10;ZAEvmm8CLZp7AiyaigMqmpoDKZqsBCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV/wWpfgAAnoUA&#10;AJKJAACEigAAdowAAGqPAABekwAAVJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQhAC6kKgAtpDIA&#10;LKU6ACulQwAqpUsAKaVUACilXgAmpWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcBHqTvAR6i+wIe&#10;of8CHqH/Ah6h/wKihgAAl4wAAIuPAAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4qAAAMKsAACiu&#10;BwAkrxAAI68XACGvIQAgsCkAH7AxAB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiyfgAWspAAFbKi&#10;ABSytgATss4AE7HrABOv+QATrv8BE67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8AAFujAABQqAAA&#10;RawAADuwAAAxsgAAJ7UAACC4AAAYugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcAEL5BAA6+TAAO&#10;vlcADb5lAAy/dAALv4YACr6ZAAi+rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACTlAAAh5kAAHqf&#10;AABspQAAYKoAAFOvAABHswAAPLYAADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJDgAHyRQABskc&#10;AAXJJAAEyiwAA8o2AALKQAAAy0wAAMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvIAADM4gAAzO8A&#10;AMzxAADM8QCKmgAAfKEAAG+nAABirQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAAFcgAAA/LAAAK&#10;zgAABNICAADTCgAA0w8AANQUAADVGgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA3WoAAN19AADd&#10;kQAA3aQAAN62AADeyAAA3t4AAN7iAADe4gB/ogAAcakAAGSwAABWtwAASbwAADzAAAAvxAAAJMcA&#10;ABvLAAATzwAADdIAAAfWAAAA2wAAAN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUeAADmJwAA6DEA&#10;AOo9AADsSwAA7FoAAO1sAADugAAA7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAAZrIAAFi5AABL&#10;wAAAPcUAAC/JAAAkzQAAGdEAABHWAAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA6gAAAOsGAADt&#10;CwAA7w8AAPATAADyGgAA9CMAAPcuAAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+ogAA/q0AAP6v&#10;AAD+rwD/EB8A/w4dAP8KHQD/ASAA/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBuAP8AdwD/AH8A&#10;/gCGAPwAjAD7AJIA+QCXAPgAnAD3AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA7gDrAO0A9wDs&#10;AP8A6wD/AOoA/wDqAP8A6gD/AOoA/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/AD4A/wBKAP8A&#10;VgD/AGEA/wBrAP0AcwD6AHsA9wCDAPUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0AqwDsALIA6gC6&#10;AOgAxgDnANYA5QDoAOQA9QDjAP4A4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMUAP8PFAD/DRkA&#10;/wsiAP8ILQD/BDkA/wFGAP8AUQD+AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA6gCRAOgAlgDn&#10;AJwA5gChAOQAqADjAK8A4QC4AN8AwwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDUA/8A1AP/ANQD&#10;/wD/GBMA/xUQAP8SDwD/EhUA/xEdAP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0GagDpBXIA5gV6&#10;AOQFgQDiBYcA4AaNAN8GkgDdBpgA2waeANkGpQDXBq0A1Aa1ANIGwADQB88AzgjlAMwJ9ADKC/8A&#10;yAz/AMcM/wDHDP8Axgz/AMYM/wD/Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A8xA6AO0ORgDo&#10;DVIA5Q1cAOENZQDeDW0A2w11ANgNfADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDLDqsAyQ60AMgO&#10;wADGDs8AwxDmAMAR9QC9Ev8AvBL/ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8fCAD/Hw0A/x0S&#10;APgaGwDuFiYA5hQzAOATPwDaE0sA1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWEAMQVigDDFZEA&#10;wRaYAMAWnwC+FqcAvBewALsXvAC5F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8BrRv/Aa0b/wH/&#10;IgQA/yIAAP8lAgD8JAcA9yEMAOwdEgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDAHmIAvh5qALwf&#10;cQC6H3gAuR9+ALcfhQC2H4wAtB+TALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci7wKlIv0CoyP/&#10;AqIj/wKiI/8CoSP/AqEj/wL/JQAA/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQkAMMlMgC+Jj8A&#10;uidKALcnVAC0J10AsidkALAnbACuJ3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54CoyioAqIoswKg&#10;KMECnyjVApwp7AOaKvoDmCr/BJcq/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADaNQAA0DMBAMwt&#10;BgDGKhAAvi0eALguLACzLzoAry9FAKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAuegKeLoECnS6J&#10;ApsukQOZLpoDmC6kBJYvrwSVL70Eky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/BYwx/wX/LQAA&#10;6jUAANw6AADOPQAAxjwAAMA3AgC7Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MBnTZaAZs2YQGZ&#10;NmgClzVvApU1dQOUNXwDkjWEBJA1jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeFNvYHhDf/B4M3&#10;/weDN/8Hgjf/B4I3/wf0MgAA4zsAANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8IgCgPTAAnT07&#10;AJk9RQCWPU4BlDxWAZI8XQKQPGMCjjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqcB4E6qAiAOrUJ&#10;fjvGCX074Ql7PPMJezz/CXo8/wh6PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAAtkkAAK5GAACp&#10;QQQAo0ERAJ1CHgCYQysAlUM3AJFDQQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSBQHQFgEB7Bn4/&#10;hAd8P44Iej+ZCXg/pQp3QLIKdUDDC3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB/wnpPAAA1UUA&#10;AMVLAAC6TgAAsE4AAKdLAACiRgAAm0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdOAYJGVQKARlwD&#10;fkViBHxFaQR6RXAFeER4BnZEgQh0RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8Ma0X9C2tG/wtr&#10;Rv8Ka0b/CmtG/wrlQAAAz0kAAMFPAAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCLTCQAh0wvAIRM&#10;OgCBTEMBfktLAXtLUgJ5SlgDd0pfBHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pInwxoSK0NZ0m9&#10;DWZJ1A5lSe0NZUr8DGVK/wtlSv8LZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUAAJxSAACVTgAA&#10;jk4JAIlPFACFUCAAgVAsAH5QNwB7UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoGa01yB2lNewhn&#10;TYUKZU2RC2RMnQxiTasNYU27DmBN0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvcRwAAx1AAALlW&#10;AACuWQAAolgAAJhWAACQUQAAiVIGAINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBTTAJtUlMCa1JZ&#10;A2lSYARnUWcGZVFvB2NReAhiUYMKYFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6DVtR/wxbUf8M&#10;W1H/C1tR/wvWSgAAw1MAALZZAACrXAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoAdlcmAHNYMQBw&#10;VzoAbVdCAWpXSQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1YVKcOVlW4D1ZV&#10;zA9WVekOVlX5DVZV/w1XVP8MV1T/DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9cAACGWAAAf1kA&#10;AHlaDQB0WxcAcVsjAG5bLgBrWzcAaFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFprBlpZdAhYWX8K&#10;VlmLC1RZmA1TWKYOUlm2DlFZyg9RWecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAAvFkAALBfAACj&#10;YQAAlmAAAItfAACBWwAAeV0AAHNeDABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFfX0wCXV9TA1tf&#10;WgRZXmEFV15pBlVecghTXn0JUV2JC1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c/wxNXP8MTlz/&#10;DE5c/wzJVAAAuVwAAK1jAACfYwAAkmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMdAGNkKABhZDIA&#10;XmQ7AFxkQwFaZEoCWGRRAlZkWANUZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIMSGKyDUdixw1H&#10;YuQNSGH2DEhh/wxIYP8LSWD/C0lg/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2ZAAAbmUAAGhm&#10;BQBjZxAAYGgaAF1pJQBbai8AWWo4AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtpbQZJaHgHR2iE&#10;CUZokgpEZ6ELQ2exDEJnxQxCZ+IMQmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQAAKZqAACWaQAA&#10;iWkAAH1pAABxaQAAZ2oAAGJsAQBdbQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUBTnBMAUxwUwJK&#10;cFoDSHBiBEZvawVEb3UGQm+CB0Bujwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9a/8KPmv/Cj5r&#10;/wq6YAAArWkAAKBuAACRbQAAhG0AAHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2HQBOdycATHcx&#10;AEt4OQBJeEEASHhJAUZ4UAFEd1cCQndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3WtCDd1wAg2dd4I&#10;N3TyCDdz/gg3cv8IN3L/CDdy/wi1ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAAXHYAAFR5AABO&#10;ewUASn0PAEh+GABGfyMARX8sAEOANQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4f28DNn98BDR/&#10;igQyf5oFMX6qBjB+vQYwftoGMH3wBjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1AACGdQAAeXYA&#10;AG53AABjeQAAV30AAE+BAABHhAAAQoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlAADeJSAA2iU8A&#10;NIlYATOJYQExiWwBL4l4Ai2JhwIsiZcDKoinAymIugMpiNQDKYbuAymF/AQphP8EKYT/BCmE/wSq&#10;dAAAnnsAAI56AACAegAAdHsAAGh+AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAzkhcAMpIhADGS&#10;KQAwkzIALpM6AC2TQQAsk0oAK5RSACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGTtwEgk88BIZLs&#10;ASCQ+gIgj/8CII//AiCP/wKkfAAAl4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4AAEKSAAA6lgAA&#10;MpkAACqcCQAonREAJp0ZACWdIgAknioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AAHJ9tABuffAAa&#10;n40AGJ+fABefsgAWn8kAFp7oABac9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0hwAAZ4sAAFuP&#10;AABQkwAARpgAADycAAAzoAAAK6MAACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWqMQAUqjkAE6pD&#10;ABOrTQASq1gAEatlABCrdAAOq4YADquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/AA2o/wCWigAA&#10;iYwAAHqNAABskQAAYJUAAFSaAABJnwAAP6MAADWnAAArqgAAI64AABuwAAAUswEAD7UKAA22EAAM&#10;thYAC7YfAAq2JwAJti8ACLY5AAe3QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAAtrQAALbLAAC2&#10;5QAAtfEAALX3AAC19wCPkQAAgZQAAHKXAABlnAAAWKEAAEymAABBqwAAN68AACyyAAAjtQAAGrgA&#10;ABO7AAAOvQAACcAFAAPBDQAAwREAAMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQAADEXgAAxW8A&#10;AMWBAADFlQAAxagAAMW8AADE0QAAxOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAAUK4AAESzAAA3&#10;tgAALLkAACK8AAAZvwAAEcIAAAzFAAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAAzh0AAM8kAADQ&#10;LQAA0jgAANREAADUUgAA1WEAANVzAADWhwAA1psAANatAADXvwAA2M4AANjdAADY3QB7oAAAbqYA&#10;AGCtAABTswAARbgAADi8AAArvwAAIcIAABfGAAAQyQAACswAAALQAAAA1AAAANcAAADYAAAA2gUA&#10;ANsLAADcDgAA3hMAAN8ZAADhIQAA4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwAAOqfAADqrgAA&#10;6roAAOrDAADqwwBwqAAAYq8AAFW2AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH1AAAANkAAADd&#10;AAAA4QAAAOMAAADkAAAA5gAAAOcBAADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2MwAA90MAAPhU&#10;AAD5ZgAA+XoAAPqOAAD6ngAA+6kAAPuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAlAP8AMgD/AD8A&#10;/wBLAP8AVwD/AGIA/wBrAP8AcwD9AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A9ACiAPMAqQDx&#10;ALAA7wC4AO4AwwDsANEA6wDmAOkA8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/DhgA/woVAP8B&#10;FAD/ABgA/wAiAP8ALgD/ADsA/wBHAP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIAhADwAIkA7wCP&#10;AO4AlADsAJoA6wCfAOkApQDoAKwA5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/AN0A/wDdAP8A&#10;3AD/ANwA/wD/EBMA/w0RAP8GEAD/AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA8QBiAO4AawDs&#10;AHIA6gB5AOgAfwDnAIUA5QCLAOQAkADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDVAMgA0gDdANEA&#10;7QDQAPkAzwD/AM4A/wDNAP8AzQD/AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8CJAD/ADAA9gA8&#10;AO8ASQDqAFMA5wBdAOQAZgDhAG0A3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCYANAAngDOAKYA&#10;zACuAMoAuADIAMQAxgDXAMUA6gDDAPcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA/xAGAP8QCQD/&#10;EA4A/w4UAP8KHgD1BikA6wQ2AOMDQgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDMBXwAygWCAMkF&#10;iADHBY4AxgWUAMQFmwDCBaMAwAarAL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM/wC0DP8AtAz/&#10;ALQM/wD/FwQA/xQAAP8WAwD/FAkA/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxRAMkMWgDGDWIA&#10;xA1qAMINcQDADXcAvw19AL0OgwC8DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EAsRDUAK4R6wCr&#10;EvoAqRL/AKgT/wCnE/8ApxP/AKcT/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZDhcAzxEmAMgS&#10;NADEE0AAvxRLALwUVAC5FV0AtxVkALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwWlACrF5wAqRem&#10;AKcYsACmGL0ApBjPAKIa5wCfGvcAnRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEAAOgkAADdJQAA&#10;1CEBAM8bCADKFxEAwhogALwcLQC3HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wAph9zAKUfeQCj&#10;H4AAoh+HAKAgjwCfIJgAnSCiAJsgrAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQI/8BkCP/AZAj&#10;/wH/IgAA6ykAAN0uAADPLwAAxy0AAMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUnSQCiJ1IAoCda&#10;AJ4nYQCcJ2cAmydtAJkndACYJ3sBlieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnGAosp3wKJKvIC&#10;hyr/AoYq/wKGKv8Chir/AoYq/wL0KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkAqywUAKYtIgCi&#10;Li8Ani46AJsuRACYL00Ali9VAJQuXACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKILo8Chy6aAoUv&#10;pQODL7IDgi/CA4Ew2gN/MO8DfTH+A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9AAC+PgAAszwA&#10;AKw4AACnMwQAojIRAJ00HQCZNSoAlTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVkAYU0awGENHIC&#10;gjR5AoA0ggJ+NIsDfTSWA3s1oQR5Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8EdDf/BHQ3/wTn&#10;NQAA0j0AAMNCAAC4RAAArEIAAKQ+AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCHO0QAhDtMAII7&#10;UwGAOloBfjpgAX06ZwJ7Om4CeTp1Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47zwZtO+oGbTz6&#10;Bmw8/wVsPP8FbDz/BWw8/wXiOQAAzEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4LAI0/FQCJPyEA&#10;hUAtAIJANwB/QEAAfUBIAHtATwF5QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QEbD+QBWs/nAZp&#10;P6kGaD+4B2dAzAdmQOgHZkD5BmVA/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACsTAAAoEoAAJdH&#10;AACRQwAAi0MIAIZDEgCCRB4AfkQpAHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5EYAJsQ2cCa0Nv&#10;A2lDdwRnQ4EFZkONBmRDmQZiQ6cHYUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/BmBE/wbWQQAA&#10;w0kAALZOAACnTwAAm00AAJJLAACMRwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToAcElCAG5JSQFs&#10;SFABakhWAWhIXQJmSGQCZUhsA2NIdQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwlaSOQIWkn2CFpJ&#10;/wdaSP8GWkj/BlpI/wbRRQAAv0wAALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpLDgB2TBcAckwj&#10;AG9MLQBtTTYAakw/AGhMRgBmTE0BZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyIBllMlQdXTKMI&#10;VkyyCFVMxglVTOIJVUz1CFVM/wdVTP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAAk1MAAIlRAACB&#10;TQAAek4AAHVPDABwTxUAbVAgAGpQKgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1lQ&#10;cARXUHoFVVCGBlRQkwdSUKEIUVCxCVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP/wbJSwAAuVMA&#10;AKtXAACcVgAAj1UAAIVUAAB8UAAAdVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5AF5UQQBcVEgB&#10;WlRPAVlUVgFXVF0CVlRlA1RUbgRSVHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8JTFTzCExT/wdM&#10;U/8HTVP/Bk1T/wbFTgAAtlYAAKdaAACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBmVxAAYlcaAGBY&#10;JABdWC4AW1k3AFlZPwBXWUYAVllNAVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpYjwZJWJ4HSFiu&#10;CEdYwAhHWN0IR1jyCEdX/wdIV/8HSFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sAAH1aAAByWAAA&#10;a1kAAGVaAwBgWw4AXVwXAFpcIQBYXSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkCTF5hAktdagNJ&#10;XXQER12ABUVdjQZEXZwHQ12sB0JdvghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9VQAAr10AAJ9f&#10;AACQXgAAg14AAHhdAABtXAAAZV0AAF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9jOQBOY0EATGNI&#10;AEtjTwFJY1YBR2NeAkVjZwJEY3EDQmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHvBj1h/QY+YP8G&#10;PmD/Bj5g/wa5WQAAq2EAAJphAACLYQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkAUWcRAE5nGgBM&#10;aCQAS2ktAElpNgBIaT4ARmpFAEVqTABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5aZgFOGioBTdo&#10;ugU3adMFN2juBTdn/AU4Zv8FOGb/BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9lAABkZgAAWWgA&#10;AFJqAABNbAQASW4OAEduFgBFbyAARHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZATpxYgE4cWwC&#10;NnB4AjVwhgMzcJUDMnCmBDFwuAQwcNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAAoWkAAI9oAACB&#10;aAAAdWkAAGtpAABgawAAVW4AAE1xAABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5eDUAOHk9ADd5&#10;RQA2eU0ANXlVADN5XgAxeWgBMHl0AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2+QMqdf8DKnT/&#10;Ayp0/wOqagAAmm0AAIlsAAB8bQAAcG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4FADZ/DgA0gBYA&#10;M4EgADKBKAAwgTAAL4I4AC6CQAAtgkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8BJIKgASOCsgEi&#10;gskBIoHnASJ/9wEifv8CIn3/AiJ9/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABWeAAATHwAAEOA&#10;AAA7gwAAM4YAAC2JCgAqihEAKYsZACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGNVAAgjV4AH41r&#10;AB2NeQAcjYoAG42cABmNrgAYjMQAGIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYAAH12AABydwAA&#10;ZXkAAFp8AABQgAAARoQAADyJAAA0jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIAGpcqABmXMgAY&#10;mDoAF5hDABaYTQAVmFgAFJhkABOYcwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQlfwAEJT/ABCU&#10;/wCVfQAAhXwAAHh8AABrfgAAX4EAAFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6dAAAXoAMAEqIM&#10;ABCjEgAQoxkAD6MhAA6kKQAOpDEADaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOOAASjoQACo7QA&#10;A6LLAAOi5gADofMAA6H7AAOh+wCNgwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAAOJoAAC+eAAAm&#10;ogAAHqUAABeoAAARqwAADK4HAAevDQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAAsEcAALBTAACw&#10;YQAAsHEAALCDAACvlwAAr6oAAK+/AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqOAABdkwAAUZgA&#10;AEWdAAA7ogAAMKYAACeqAAAergAAFrEAABC0AAALtgAABbkDAAC6CgAAug4AALoTAAC7GQAAuyEA&#10;ALwoAAC8MQAAvTwAAL5IAAC+VgAAvmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4AAL3rAAC96wB/&#10;kgAAcJUAAGKaAABVnwAASaUAAD2rAAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAACwgAAAMQAAADF&#10;BAAAxgoAAMYOAADHEgAAyBgAAMkfAADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADPfgAAz5MAAM+m&#10;AADPuAAAz8gAAM/bAADP2wB3nAAAaKEAAFunAABOrgAAQbQAADS3AAAougAAHb0AABPAAAANxAAA&#10;BscAAADKAAAAzgAAANAAAADRAAAA0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQAAOAvAADiPAAA&#10;40sAAORcAADkbwAA5YMAAOWYAADlqQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABEuQAANbwAACjA&#10;AAAcxAAAEsgAAAzLAAADzwAAANMAAADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADkAwAA5ggAAOgN&#10;AADpEQAA7BgAAO4iAADxLgAA8zwAAPRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiwAAD4sAD/AxcA&#10;/wAVAP8AFQD/ABgA/wAjAP8ALwD/ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA+QB9APgAgwD2&#10;AIgA9QCOAPQAkwDyAJgA8QCeAPAApADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDmAP0A5QD/AOQA&#10;/wDkAP8A5AD/AOQA/wD/BxMA/wARAP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4ATwD6AFoA9wBj&#10;APQAawDyAHIA8AB5AO8AfwDtAIQA6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCvAOAAuQDeAMYA&#10;3ADaANoA7ADYAPkA1gD/ANYA/wDXAP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA/wAaAP8AJgD8&#10;ADIA9wA/APQASgDxAFUA7QBeAOoAZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDcAJAA2wCWANgA&#10;nADVAKMA0wCrANEAtQDOAMEAzADRAMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA/wD/DAwA/wYI&#10;AP8CCgD/AA8A/wAVAPwAIADxACwA7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBvANQAdQDSAHsA&#10;0ACAAM4AhgDMAIwAywCSAMkAmADHAKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIAuwD9ALsA/wC6&#10;AP8AugD/ALoA/wD/DgUA/wkAAP8JBQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDWAEkA0QBTAM4A&#10;WwDLAGMAyABqAMYAcADFAHYAwwB7AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcArgC1ALkAswDI&#10;ALEA3wCwAe8ArwH7AK4C/wCtA/8ArQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcKAOIBEQDbAh0A&#10;0gMrAMwDNwDIBEMAxARNAMEEVgC+BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMAsgaJALAGkQCv&#10;B5kArQehAKsHqwCpCLcAqAnGAKYK3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/EQAA/BIAAOwT&#10;AADiEwAA2w8DANYJCwDOCBQAxgoiAMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4OZQCtDmsAqw5x&#10;AKoOeACoDn4Apw+FAKUPjQCkD5YAohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/AJYU/wCVFP8A&#10;lRT/AJQU/wD/FQAA7RsAAOAfAADSHwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUArBVAAKkVSQCm&#10;FVIApBZZAKIWYAChFmYAnxZsAJ4WcgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCTGbIAkRnBAJAa&#10;2ACNG+4Aixz9AIoc/wCKHP8AiRz/AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYgAAC0GQsArhoV&#10;AKgcIwCkHS8AoR46AJ4eRACbHkwAmR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8AI4ghACMII0A&#10;iiCXAIkhogCHIa4AhiK9AIUi0QGCI+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA2y0AAMkxAAC8&#10;MQAAsS4AAKspAACnJAUAoyMRAJ4kHQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCLJ1wAiSdiAIgn&#10;aQCGJ28AhSd3AIMnfwCBJ4kBgCiTAX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr/wF2K/8BdSv/&#10;AXUq/wHlLAAA0DQAAME4AACzOAAAqDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0wAIotOgCHLUMA&#10;hS1KAIMtUQCBLlgAgC5eAH4uZAB9LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gCcS+2AnAwyQJv&#10;MOUCbjH3Am0x/wJtMf8CbTH/Am0x/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACVMwAAkDEKAIwx&#10;FACHMiAAhDMrAIEzNQB/Mz4AfTNGAHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0dwFvNIEBbjSM&#10;Amw0mAJqNaUCaTWzA2g1xgNnNuIDZjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4AALVCAACmQQAA&#10;mz8AAJM8AACNOAAAiDYHAIQ3EQCANxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAAcDlXAG45XQBs&#10;OWQBazlrAWk5dAFoOX4CZjmJAmQ5lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNfO/8DXzv/Al87&#10;/wLROwAAwEIAALBFAAChRAAAlUMAAI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9LQBwPTYAbj0/&#10;AGw9RgBrPU0AaT1TAGc9WgBmPWEBZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+vBFo/wQRaP90E&#10;WT/yBFk//wNZP/8DWT//A1k//wPMPwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAAfD8AAHdADABz&#10;QBUAb0EgAGxBKgBqQTMAaEE7AGZCQwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJbQngCWkKEA1hC&#10;kANXQp4EVkOtBFVDvwRUQ9oEVEPxBFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdLAACYSgAAjUkA&#10;AINHAAB9QwAAdkMAAHFECgBtRBIAakUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVNAFtFVABaRlsB&#10;WUZjAVdGbAFWRnYCVEaBA1NGjgNSR5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8DT0f/A1BH/wPE&#10;RQAAtU0AAKNNAACVTAAAiUsAAH9KAAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABfSS0AXUk1AFtJ&#10;PQBZSUQAV0lKAFZJUQBVSlkBVEphAVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtLvARKS9MFSkvu&#10;BEtL/QRLSv8DS0r/A0tK/wPBSAAAslAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoAAGdLBABiTA4A&#10;X0wXAFxNIQBaTSoAWE0yAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnICS059AklOiwNI&#10;TpkER0+oBEZPugRGT9EERk/tBEZO/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACNUQAAgVEAAHdQ&#10;AABuTAAAZ04AAGJPAABdUA0AWlAUAFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1STQBMU1UASlNd&#10;AUlTZQFIU28CRlN7AkVTiQNDU5cDQlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/A0JR/wO6TwAA&#10;qlQAAJhUAACJVAAAfVMAAHNTAABpUQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQATlYtAExXNQBL&#10;VzwASldEAEhXSwBHWFIARlhaAURYYwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8WM0EPFfqAzxX&#10;+gM9Vv8DPVb/Az1W/wO2UwAApVcAAJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdYAABSWQcATloQ&#10;AExaGABKWyEASFwqAEdcMgBFXDoARF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12AjpdhAI5XZMC&#10;OF2jAzddtQM2XcsDNlzoAzdc+QM3W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAAdVkAAGtZAABg&#10;WgAAVlsAAFFdAABMXgIASGANAEVgFABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8Y00AO2NVADlj&#10;XgA4Y2gBNmN0ATVjgQEzY5ECMmOhAjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg/wKuXAAAm10A&#10;AIpdAAB8XQAAcF0AAGZdAABcXgAAUmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2giADlpKwA4aTIA&#10;N2o6ADZqQQA1akkANGpSADNqWwAxamUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYBKmnlASpo9gIr&#10;Z/8CK2f/Aitn/wKpYQAAlWAAAIRgAAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABAawAAOm4FADZv&#10;DgA0cBUAM3AeADJxJgAwcS4AL3E1AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdyewAmcosAJHKc&#10;ASNyrgEjcsMBI3HiASNw9AEjb/8BI27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUAAF5mAABUaQAA&#10;SWwAAEJvAAA7cgAANHUAAC54CgAreREAKnkYACl6IQAneigAJnowACV7OAAke0AAI3tIACJ7UgAh&#10;e1wAIHtoAB98dgAdfIYAHHuYABt7qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZaQAAiGkAAHlp&#10;AABtaQAAY2oAAFlsAABPbwAARXMAAD13AAA1egAALn0AACeBAwAigw0AIIQSAB+EGgAdhCIAHIUq&#10;ABuFMQAahTkAGYVCABiGTAAXhlYAFoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXWABGD7wARgvsA&#10;EoL/ABKB/wCRbgAAgW0AAHRuAABpbgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAAJ4cAACGKAAAa&#10;jQYAFY8NABOQEwASkBoAEpAiABGQKgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagALkXoACpGNAAiQ&#10;nwAHkLMAB4/JAAeP5gAHjvQACI38AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19AABDgQAAOYYA&#10;ADCKAAAojgAAIZEAABqVAAATlwAADpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwzAAOcPQACnUgA&#10;AJ1UAACdYgAAnHIAAJyEAACclwAAm6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAAdnkAAGh6AABc&#10;fgAAUYIAAEaHAAA8jAAAMpEAACmVAAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAApxAAAKcVAACo&#10;HAAAqCMAAKgrAACpNAAAqT8AAKlLAACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACoywAAp+QAAKfv&#10;AACn8wB9gAAAb4EAAGGEAABViQAASY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkAAA2sAAAHrwAA&#10;ALIAAACzBwAAswwAALMQAAC0FQAAtBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0AALhuAAC4ggAA&#10;uJcAALiqAAC3vgAAt9IAALfmAAC36gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAspwAAIqsAABmv&#10;AAARswAAC7YAAAS5AAAAvAAAAL4AAAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADEIAAAxSkAAMc0&#10;AADIQgAAyVEAAMliAADJdQAAyYoAAMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgAAFOeAABGpAAA&#10;OqsAAC+wAAAktQAAGbgAABC8AAAKvwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAAAM0DAADOCAAA&#10;0A0AANEQAADTFgAA1h4AANooAADdNAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA4LIAAOC+AADg&#10;wwBmnwAAWaYAAEytAAA/tAAAMrgAACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADRAAAA1QAAANgA&#10;AADZAAAA2wAAAN0AAADfAAAA4QQAAOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFGAADyWAAA82sA&#10;APOAAAD0lAAA9KMAAPSuAAD0sgD/ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA/wBFAP8AUAD/&#10;AFoA/gBjAPsAawD5AHIA9wB4APUAfgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDsAKYA6gCuAOgA&#10;uADmAMUA5QDbAOMA7QDiAPsA4gD/AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8ADQD/ABIA/wAb&#10;AP8AKAD/ADQA/gBBAPsATAD3AFYA9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCFAOYAigDlAI8A&#10;4wCVAOEAmwDgAKIA3gCqANsAtADZAMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A0AD/ANAA/wD/&#10;AA0A/wAJAP8ACgD/AA8A/wAWAPsAIgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDiAGkA4ABvAN4A&#10;dQDcAHoA2gCAANgAhQDVAIsA0wCRANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA4gDEAPIAwwD+&#10;AMIA/wDBAP8AwgD/AMIA/wD/AwYA/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2AOMAQQDfAEsA&#10;2wBUANUAXADSAGMAzwBqAM0AcADLAHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoAvwCiAL0AqwC7&#10;ALYAuQDEALcA2gC2AO0AtAD6ALQA/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/AAYA7AANAOUA&#10;FgDeACIA1wAvANEAOwDNAEUAygBOAMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoAewC5AIEAtwCH&#10;ALUAjgCzAJUAsgCeALAApwCuALIArAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/AKYA/wD/BgAA&#10;/wUAAPEDAADoAAAA4QAHANUAEADNABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgAtABfALIAZQCw&#10;AGoArwBwAK0AdgCsAHwAqgCCAKkAiQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCdAuYAnAT0AJsE&#10;/wCaBf8AmgX/AJkF/wD/CgAA8Q4AAOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcDLACzBDcAsAVC&#10;AK0GSgCqBlIAqAdZAKYHXwClB2UAowdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmXAJgKoQCWCqwA&#10;lQu6AJMLzACSDOUAkA32AI8O/wCODv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAAvhUAALkQAAC3&#10;Cg0AsQsXAKwNJACoDjAApQ47AKIORACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACVEHIAkxB5AJIQ&#10;gQCQEIoAjxGUAI0RnwCLEaoAihK4AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV/wDtGgAA3CEA&#10;AMolAAC7IgAAsR8AAKsaAACpFAYApRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZOAJAWVQCOF1sA&#10;jBdhAIsXZwCJF20AiBd0AIYYfACFGIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIAeh31AHkd/wB4&#10;Hf8AeB3/AHgd/wDlIgAA0CkAAL8sAACwKgAApycAAKAjAACdHwAAmhoOAJUcGACRHSQAjh4vAIwe&#10;OQCJHkEAhx9JAIUfUACDH1YAgh9cAIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHchlwB1IqQAdCKy&#10;AHMjwwByI98AcCTzAG8k/wBvJP8AbiT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4AAJcqAACTJwAA&#10;kCMKAIwjEwCIJB8AhCUqAIIlNACAJj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUAdCdsAHIndABx&#10;J30AbyiIAG4olABsKKEAaymvAWopwAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHULwAAwjYAAK82&#10;AAChNQAAljQAAJAwAACKLQAAhyoGAIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMsRwBxLE0AcCxU&#10;AG4sWgBtLGEAay1oAGotcABoLXoAZy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDvAV8w/QFfMP8B&#10;XzD/AV8w/wHNNAAAvDsAAKk6AACbOgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYAdDAhAHExKwBv&#10;MTQAbTE8AGsxQwBqMUoAaDJQAGcyVwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFdNJwBWzSqAVo1&#10;uwFaNdIBWTXtAVk1/AFYNf8BWDX/AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6AAB9NwAAeDQA&#10;AHQ0CwBwNRMAbTUdAGo1JwBoNjAAZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdiAFw3agBaOHQB&#10;WTh/AVc4jAFWOZkBVTmoAlQ5uQJTOs8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAAskEAAKBAAACS&#10;QAAAhj8AAH49AAB4OgAAczgAAG45CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABdO0MAWztKAFo7&#10;UABYO1cAVztfAFY8ZwBUPHEBUzx8AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0++gJOPv8BTj3/&#10;AU49/wHAPwAArkMAAJxDAACOQwAAgkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4XAF4+IQBcPikA&#10;Wj4xAFg+OQBXPkAAVT9GAFQ/TQBTP1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYBSkGlAklCtQJJ&#10;QssCSULoAklC+QJJQf8CSUH/AUlB/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABvQAAAaEAAAGNB&#10;AQBfQQ0AXEEUAFlCHQBXQiYAVUIuAFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExEYwBKRG0BSUV4&#10;AUhFhQFHRZQBRUWjAkVGtAJERskCREbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgAAJRIAACGSAAA&#10;e0cAAHJGAABqQgAAY0MAAF5EAABaRQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoAS0dBAEpHSQBJ&#10;SFAASEhYAEdIYQBGSWsAREl2AUNJgwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJASf8CQEj/AkBI&#10;/wG2SQAAokoAAJFKAACDSgAAd0oAAG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9KGABMSiEASksp&#10;AElLMQBHSzgARkw/AEVMRgBETE4AQ01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2gATtOsQI6TsYC&#10;Ok7kAjtN9gI7Tf8BO0z/ATxM/wGzTQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAAWUsAAFRMAABQ&#10;TQUATE4OAElPFQBHTx4ARU8mAERQLgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8UmYAOlJyADlS&#10;fwE4Uo4BN1KeATZSrwE1UsQBNVLiATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlPAAB7TwAAcE8A&#10;AGZPAABcTgAAVE8AAE9RAABKUgEARlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6ADtWQQA6VkkA&#10;OVdRADhXWgA2V2MANVdvADRXfAEzV4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8BMVX/ATFV/wGo&#10;UgAAlVIAAIRSAAB3UgAAbFIAAGJSAABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7WhcAOVsgADhb&#10;JwA3XC8ANlw2ADVcPgA0XEYAM11OADFdVwAwXWEAL11sAC5degAsXYkAK12aASpdqwEqXb8BKV3e&#10;ASpc8gEqW/4BK1v/ASta/wGjVQAAj1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkAAEVbAAA/XQAA&#10;Ol8EADZgDQA0YRMAMmIcADFiIwAwYisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0AKGRpACdkdgAm&#10;ZIYAJWSXACRkqQAjZL0AImTaACNj8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABuWQAAY1kAAFpa&#10;AABQXAAASF4AAEFgAAA6YwAANGYAAC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZrNQAlaz0AJGtG&#10;ACNrTwAibFkAIGxlAB9scgAebIIAHWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/ABxo/wCVXAAA&#10;g1wAAHVcAABpXQAAX10AAFZeAABMYQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0AIXISACBzGgAf&#10;cyEAHnMoAB10MAAcdDgAG3RAABp0SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogASdLYAEXTPABJz&#10;7AAScvoAE3H/ABNx/wCOYAAAfWAAAG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADduAAAwcQAAKXUA&#10;ACJ4AAAcewcAF30OABZ9EwAVfRsAFH4iABN+KgASfjEAEX46ABF+RAAQf04AD39aAA5/aAANf3gA&#10;DH+KAAt+nQAKfrAACX3GAAp95AAKfPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAAVmgAAExrAABC&#10;bwAAOXMAADF3AAAqegAAI34AAByBAAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAKiSsACYkzAAiJ&#10;PQAGiUgABYlUAASJYQACiXEAAYmDAACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG+gB+agAAcWoA&#10;AGdrAABbbAAAUHAAAEZ0AAA8eAAAM30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIGAAaTDAACkxEA&#10;AJQWAACUHQAAlCQAAJUsAACVNQAAlUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEAAJS1AACTzAAA&#10;kuYAAJLyAACS9wB4cAAAbXAAAGByAABUdQAASXkAAD9+AAA1gwAALIgAACONAAAbkQAAFJQAAA+X&#10;AAAKmgAABJ0DAACeCQAAnw4AAJ8SAACgFwAAoB0AAKElAACiLQAAojcAAKNDAACjUAAAo18AAKNx&#10;AACjhAAAopkAAKKtAAChwgAAodwAAKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUAADiLAAAukAAA&#10;JJUAABuaAAAUngAADqEAAAmkAAACpwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYAAK4cAACvJAAA&#10;sC0AALE5AACxRgAAslUAALJmAACyeQAAso4AALGjAACytwAAscoAALHgAACx6QBsfgAAX4IAAFKH&#10;AABGjQAAO5MAADCZAAAmngAAHKMAABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4AAAAuQIAALkI&#10;AAC6DAAAuxAAALwUAAC9GwAAvyMAAMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSXAADEqwAAxLwA&#10;AMTLAADE2gBliQAAWI4AAEuVAAA/mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAAALwAAAC/AAAA&#10;wwAAAMQAAADFAAAAxgAAAMcAAADJBAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA1jwAANhNAADZ&#10;XwAA2nMAANqKAADbngAA264AANu6AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3AAAVuwAADb4A&#10;AATCAAAAxQAAAMkAAADNAAAA0AAAANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4FAADgCgAA4g8A&#10;AOUWAADoIAAA7C0AAO0+AADtUQAA7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA/wAOAP8ADgD/&#10;ABIA/wAdAP8AKQD/ADUA/wBBAP8ATQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDxAH8A8ACEAO4A&#10;iQDtAI8A6wCVAOoAmwDoAKIA5gCqAOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A/wDdAP8A3gD/&#10;AN4A/wD/AA0A/wAKAP8ACQD/AA8A/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABaAO0AYgDrAGkA&#10;6QBvAOcAdQDlAHoA4wB/AOIAhQDgAIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA0ADKAM4A4wDN&#10;APQAywD/AMsA/wDLAP8AywD/AMsA/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDyACsA7wA3AOsA&#10;QgDnAEwA5ABVAOAAXQDdAGQA2gBqANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsAkgDJAJkAxwCh&#10;AMUAqgDDALUAwQDDAL8A2gC+AO4AvQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAAAP8AAAD5AAcA&#10;8QAQAOoAGgDkACUA3wAxANsAPADXAEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAAwwB1AMEAegDA&#10;AIAAvgCGALwAjQC6AJQAuQCcALcApQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCtAP8ArQD/AK0A&#10;/wD/AAAA/wAAAP0AAADuAAEA4wAMANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8AUgC8AFkAugBf&#10;ALgAZQC2AGoAtABvALMAdQCxAHoAsACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4AKMAyACiAOIA&#10;oQDzAKAA/gCgAP8AoAD/AKAA/wD/AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgAvQAkALkALwC2&#10;ADoAtABDALEATACuAFMArABZAKoAXwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCgAIoAngCTAJwA&#10;nQCaAKcAmAC0AJYAwwCVANwAlADvAJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwNAADLCgAAwgUA&#10;ALwACgC2ABEAsQAcAK4AKACqADMApwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBkAJoAagCYAHAA&#10;lwB2AJUAfgCTAIYAkgGPAJABmQCOAqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8Ahgj/AIYI/wDv&#10;DwAA3hQAAMoVAAC8EgAAsxAAAK4MAACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCXCUcAlQlOAJMJ&#10;VACRCloAkApfAI4KZQCNCmsAiwpyAIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIANwAB/DdgAfQ7v&#10;AHwP/QB7D/8AexD/AHsQ/wDmFwAA0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0PAJgOGQCUDiUA&#10;kQ8vAI8QOQCMEEEAihBIAIgQTwCHEFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4AfBKIAHoSlAB4&#10;EqAAdxOuAHUTvgB0FNUAcxXuAHEW/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAAClIwAAnCEAAJYe&#10;AACSGQAAkRQLAI0UFACJFR8AhhYpAIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkYXAB3GGIAdhhp&#10;AHQYcQBzGXoAcRmEAG8akABuGp0AbBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/AGce/wDRJgAA&#10;vSoAAKsqAACdKgAAkygAAI0lAACIIgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYAdh4+AHQeRQBy&#10;H0sAcR9RAG8fWABuH14AbB9lAGsgbQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABhI80AYCTpAGAk&#10;+gBfJP8AXyT/AF8k/wDKLAAAti8AAKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoiDQB2IxUAcyMg&#10;AHEkKQBvJDIAbSQ6AGslQQBqJUcAaCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9AF4nigBdKJcA&#10;WymlAFoptQBaKsoAWSrnAFgq+ABYKv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAAhjIAAH8vAAB5&#10;LQAAdSoAAHIoCgBvKBIAaykbAGkpJQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABeK1cAXCteAFss&#10;ZgBZLG8AWC16AFcthwBWLpUAVC6jAFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv/wDBNgAAqjYA&#10;AJk2AACLNgAAgTUAAHkzAABzMQAAby8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8xAFwvOQBbL0AA&#10;WS9GAFgvTQBXMFMAVjBbAFQxYwBTMWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUBTDTjAUw09gBM&#10;NP8ATDT/AEwz/wC7OQAApjkAAJU5AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBhMg0AXjIUAFwz&#10;HgBaMyYAWDMuAFYzNQBVNDwAUzRDAFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3ggBKN5AASTif&#10;AEg4sAFHOMMBRzjhAUc49QFHOP8BRzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwAAHA6AABqNwAA&#10;ZDYAAGA2AABcNgsAWTcSAFY3GgBUNyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4ASjlVAEk5XgBI&#10;OmgARzpzAEY7gABFO44ARDyeAEM8rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGzPQAAnj4AAI0+&#10;AAB/PgAAdT4AAGw9AABmOgAAYDkAAFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7LwBJPDYARzw9&#10;AEc8RABGPUsART1TAEQ+XABDPmYAQj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDdAT1A8gE9QP8B&#10;Pj//AT4//wGuQAAAmkAAAIlBAAB8QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUATj8OAEw/FQBJ&#10;Px0AR0AlAEZALABEQDMAQ0A6AEJBQgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7Q4sAOkSbADlE&#10;qwE5RL4BOETbATlE8QE5Q/4BOUP/ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVDAABdQAAAVkAA&#10;AFFCAABNQgIASUMMAEZDEgBERBoAQkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZPADpGVwA5R2EA&#10;OEdsADdHegA2SIkANUiZADRIqgA0SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAAkkUAAIJGAAB1&#10;RgAAakYAAGFFAABZRAAAUUQAAExGAABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6Si4AOUo2ADhK&#10;PQA3S0QANktMADVLVQA0TF8AM0xqADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M7wAvTP0AL0v/&#10;ADBL/wChRwAAjkgAAH5IAABxSAAAZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wGADtNDgA5ThUA&#10;N04dADZPJAA1TysAM08zADJQOgAxUEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQAKlKVAClSpgAp&#10;UrkAKFLSAClR7gApUPwAKlD/ACpP/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABRTAAASE0AAENP&#10;AAA9UAAAOVICADVTDAAzVBIAMVQZADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClWTwAoV1kAJ1dk&#10;ACZXcgAlV4EAJFeSACNXpAAiV7cAIlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4AAHVOAABpTgAA&#10;X08AAFZPAABNUAAARVIAAD9TAAA5VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQAJlwrACVcMwAk&#10;XToAI11DACJdTAAhXVYAIF5hAB9ebgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAbXPkAHFv/ABxb&#10;/wCQUQAAflEAAHBRAABkUgAAW1IAAFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChgAwAkYgwAImMR&#10;ACFjGAAfZCAAHmQnAB1kLgAcZDYAG2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWLABRlngATZbEA&#10;EmXIABJk5wATY/cAFGL/ABRi/wCJVAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAAPVwAADZfAAAw&#10;YgAAKWQAACNnAAAdagcAGWwOABhsEwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgARbkwAEG5YAA9u&#10;ZQAObnUADW6HAA1umgAMba0AC23CAAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZAABcWgAAVFoA&#10;AEpcAABBXwAAOWMAADFmAAAqaQAAJGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncbAA13IwAMdyoA&#10;C3czAAp3PAAJd0cACHdSAAd3XwAFd28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsAAnT2AAJ0/AB7&#10;XQAAbV0AAGJeAABZXgAATmAAAEVjAAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAASfAAADX8GAAmB&#10;DAAFgREAA4EWAAKBHQABgSQAAIEtAACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACCjQAAgaAAAIC0&#10;AACAywAAf+cAAH7yAAB++QB0YgAAaGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQAACV4AAAefAAA&#10;F4AAABGDAAANhgAACIkEAAKLCgAAiw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkAAI5EAACOUQAA&#10;jmAAAI5xAACOhQAAjpkAAI2tAACMwwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABNbAAAQnEAADh2&#10;AAAvewAAJn8AAB6EAAAWiAAAEIwAAAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACYEwAAmRgAAJof&#10;AACbJgAAmzAAAJw7AACcSAAAnFcAAJxoAACcewAAnJAAAJulAACbugAAmtAAAJrnAACa8QBqbQAA&#10;Xm8AAFFyAABGdwAAO3wAADGCAAAnhwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAAAKIAAACjAQAA&#10;owYAAKQLAAClDgAAphIAAKcXAACoHgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAArIUAAKybAACr&#10;rwAAq8MAAKvZAACq6ABkdQAAV3kAAEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCfAAAJowAAAacA&#10;AACqAAAArgAAALAAAACwAAAAsQAAALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsmAAC8MwAAvUEA&#10;AL1SAAC9ZAAAvnkAAL6QAAC9pAAAvbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAALJkAACGfAAAX&#10;pAAAEKkAAAmuAAAAsgAAALYAAAC5AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAAxAUAAMYKAADH&#10;DgAAyRMAAMscAADOJgAA0DUAANFFAADSVwAA0msAANOCAADTlwAA06kAANK4AADSxABVjAAASZMA&#10;AD2aAAAwogAAJagAABquAAARtAAACbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0AAADNAAAAzwAA&#10;ANAAAADSAAAA1AAAANgAAADaBgAA3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0AAOpyAADriAAA&#10;65sAAOyoAADssgD/AA0A/wALAP8ACwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7AFIA+ABaAPYA&#10;YgDzAGkA8QBvAPAAdQDuAHoA7AB/AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEArwDfALsA3QDL&#10;ANsA5gDZAPcA2AD/ANgA/wDXAP8A1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAVAP4AIQD6ACwA&#10;9wA4APQAQwDwAE0A7QBVAOoAXQDnAGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA2QCLANUAkQDT&#10;AJkA0QCgAM8AqgDNALUAywDEAMkA3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/AAAA/wAAAP8A&#10;AAD/AAoA+AARAPEAHADsACcA6QAyAOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAAagDOAHAAzAB1&#10;AMoAegDJAH8AxwCFAMUAjADDAJQAwQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7ALYA/wC2AP8A&#10;tgD/ALYA/wD/AAAA/wAAAP0AAADzAAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEAygBKAMcAUgDE&#10;AFkAwgBfAMAAZQC+AGoAvABvALsAdAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACuAKoArQC3AKsA&#10;yACpAOMAqAD1AKcA/wCnAP8ApwD/AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0AEQDHABwAwgAm&#10;AL8AMQC8ADsAugBEALcATAC0AFMAsgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6AKcAgQCmAIkA&#10;pACRAKIAmwCgAKUAngCyAJ0AwQCbANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA8AAAAOEAAADR&#10;AAAAxgAEAL0ADQC3ABUAswAgALAAKwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQChAF8AoABkAJ4A&#10;aQCdAG4AmwB1AJoAewCYAIMAlgCMAJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA+ACMAP8AjAD/&#10;AIwA/wDzAgAA4gcAAMwHAAC/BAAAtwAAALEACACrABAApwAZAKQAJACgAC4AngA3AJwAQACaAEcA&#10;mABOAJYAVACVAFkAkwBeAJIAZACQAGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0AhQCpAIMAuACB&#10;AMoAgADlAIAA9QB/AP8AfwD/AH8A/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACgAgwAnAATAJgA&#10;HQCVACcAkgAxAJAAOQCOAUEAjAFIAIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIEDcgCABHoAfgSE&#10;AH0FjgB7BZoAeQanAHgGtQB2B8gAdQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcAALEXAAClFgAA&#10;nBMAAJYRAACUDQQAkwgNAI4HFQCLCSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08AfQxUAHsMWgB6&#10;DGAAeAxnAHcMbgB1DXYAdA2AAHINjABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBpEP8AaRD/AGkQ&#10;/wDQHQAAuR4AAKgeAACbHQAAkhsAAIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQLQB5EDYAdxE9&#10;AHYRRAB0EUoAcxFQAHERVgBwEVwAbhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSjAGMVswBiFcYA&#10;YhbjAGEW9gBgF/8AYBf/AGAX/wDHIgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAAfBkAAHoVDQB3&#10;FRUAdBYfAHEWKABvFzAAbhc4AGwXPwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBiGW8AYBl5AF8a&#10;hQBdG5IAXBuhAFscsABaHMMAWR3gAFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJkoAACLKAAAgicA&#10;AHslAAB2IwAAcyAAAHEcCQBuHBEAaxwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5HAF8eTQBeHlQA&#10;XB9bAFsfYgBZIGsAWCB2AFYhggBVIZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8AUST/AFEj/wC5&#10;KwAAoywAAJMsAACGLQAAfCwAAHQqAABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBfIycAXSMvAFwj&#10;NgBaIz0AWSRDAFckSgBWJFAAVSRXAFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEworABLKb4ASyna&#10;AEop8QBKKf8ASyn/AEsp/wCzLgAAni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoAAGMnAQBfJwwA&#10;XCcTAFonGwBYKCQAVigrAFUoMgBTKDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUASitwAEkrfABI&#10;LIsARy2aAEYtqgBFLrwARS7WAEUu7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8MwAAcjMAAGsx&#10;AABlLwAAYC0AAF0sAABZLAkAViwQAFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEotQwBJLUoASC5R&#10;AEcuWQBGL2MARTBtAEMwegBCMYkAQTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/AEAy/wCqMwAA&#10;ljUAAIY1AAB5NgAAbjUAAGY1AABhMgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0ASjElAEgxLABH&#10;MTIARjE5AEQxQABDMkcAQjJPAEEzVwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7NrkAOjbRADo2&#10;7QA7NvwAOzb/ADs2/wCmNgAAkjcAAII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0AABPNAMASzQM&#10;AEk0EgBGNRoARTUiAEM1KQBBNS8AQDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhpADk5dgA4OYUA&#10;NzqVADc6pQA2OrgANTrPADY67AA2OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAAaDsAAF86AABZ&#10;OQAAUzYAAE43AABKOAAARjgKAEQ5EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc7&#10;UwA2PFwANTxnADQ9dAAzPYMAMz6TADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9/wCeOwAAizwA&#10;AHs8AABuPQAAZD0AAFw9AABVPAAATjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4cADk+IwA3PioA&#10;Nj8xADU/OAA0P0AAM0BIADJAUAAxQFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUAK0LLACxC6QAs&#10;QvkALUH/AC1B/wCZPQAAhz4AAHc/AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABAQAAAPEEEADlC&#10;DQA3QhIANUMZADNDIQAyQygAMUQvADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpGbwApRn4AKEaP&#10;ACdHoQAmR7MAJkfJACZG5wAnRvgAKEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIAAFVCAABOQgAA&#10;RUIAAD9EAAA7RQAAN0YAADRHCgAxSBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoAKEpCACdKSwAm&#10;S1UAJUtgACRLbQAjS3wAIkuNACFMnwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQQwAAfkQAAG9E&#10;AABkRQAAWkUAAFJFAABKRgAAQUcAADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdPGgAmTyEAJU8o&#10;ACRPMAAjUDcAIlA/ACFQSAAgUFIAH1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHFABlR5AAaUPYA&#10;G0//ABxP/wCKRgAAeUcAAGtHAABgSAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAALlAAAChTAgAk&#10;VAsAIlUQACBVFgAfVh4AHlYkAB1WLAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAVWHUAFFiHABRY&#10;mgATV6wAElfCABJX4QATVvQAFFX/ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtMAABETQAAPE8A&#10;ADVRAAAvVAAAKVYAACRZAAAeWwcAGl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143ABJeQAARX0oA&#10;EV9VABBfYgAPX3EADl+DAA1flgANX6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAAbk4AAGJOAABY&#10;TwAAT08AAEhQAABAUgAAOFQAADBXAAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQZhQAD2YbAA5n&#10;IgANZykADWcyAAxnOwALZ0UACmdQAAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANlzwAEZekABGT1&#10;AARk/AB3UQAAaVIAAF1SAABUUgAATFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QAABlnAAATagAA&#10;D20GAAtwDAAIcP/i/+JJQ0NfUFJPRklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJwNQAAcD8AAHBK&#10;AABwVwAAcGUAAHB2AABwigAAb54AAG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YAAFlWAABRVwAA&#10;R1gAAD5bAAA2XwAALmIAACZmAAAfagAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8AAHkTAAB5GQAA&#10;eR8AAHomAAB6LwAAejkAAHpEAAB6UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAAeN8AAHjvAAB3&#10;9wBqWwAAX1sAAFZbAABMXAAAQmAAADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57AAAJfgAABIEC&#10;AACCCAAAgw0AAIMQAACEFAAAhRkAAIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdoAACHewAAh5AA&#10;AIalAACFugAAhdMAAITqAACE9ABlYAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAAIXcAABl7AAAS&#10;gAAADYMAAAiHAAACigAAAI0AAACOBAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAAlCkAAJUzAACV&#10;QAAAlk4AAJZfAACVcgAAlYgAAJWdAACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpqAAA/bgAANXQA&#10;ACt5AAAhfwAAGYQAABGJAAAMjQAABpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0HAACeCwAAnw4A&#10;AKESAACiGAAAoyAAAKUpAACmNgAApkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0AAKTRAACk5ABb&#10;bAAAT3AAAEN1AAA4ewAALYEAACOHAAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAApgAAAKgAAACp&#10;AAAAqgAAAKwAAACtBAAArgkAALANAACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4XAAAuHEAALiI&#10;AAC4nQAAuLEAALfCAAC30ABUdgAASHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIAAAOnAAAAqwAA&#10;AK4AAACyAAAAtgAAALgAAAC4AAAAugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAAAMYWAADJIAAA&#10;yi4AAMs+AADMUAAAzGQAAM16AADNkQAAzaQAAM20AADNwABNgwAAQYoAADWRAAApmQAAHqAAABOm&#10;AAAMrAAAA7EAAAC2AAAAugAAAL4AAADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzgAAANAA&#10;AADSAQAA1QgAANkOAADdFQAA4SEAAOIxAADkQwAA5VYAAOZrAADmggAA55YAAOelAADmsAD/AAkA&#10;/wAFAP8ABgD/AA4A/wAWAP8AIQD/AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA7gBpAOwAbwDq&#10;AHQA6QB6AOcAfwDmAIUA5ACLAOMAkQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDTAPQA0gD/ANEA&#10;/wDRAP8AzwD/AMoA/wD/AAEA/wAAAP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAAPgDsAEgA6ABQ&#10;AOUAWADiAF4A3wBkAN0AagDbAG8A2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACcAMkApQDHALAA&#10;xgC+AMQA1ADCAO4AwQD+AMAA/wDAAP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA8QAPAOsAGADm&#10;ACMA4gAuAOAAOADbAEIA1QBLANEAUgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADCAHoAwQCAAL8A&#10;hgC9AI4AuwCWALkAoAC3AKoAtgC3ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA/wD/AAAA/wAA&#10;APcAAADqAAIA4QAMANcAEwDQAB0AzAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZALgAXwC3AGQA&#10;tQBpALQAbgCyAHQAsQB6AK8AgACtAIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwAoQDyAKEA/wCg&#10;AP8AoAD/AKEA/wD/AAAA9wAAAOgAAADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0ADYAsgA/AK8A&#10;RwCsAE0AqwBUAKkAWQCnAF4ApgBjAKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsAlQCZAJ8AmACs&#10;AJYAugCUAM8AkwDrAJIA+wCSAP8AkgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwACALMADACtABIA&#10;qgAcAKcAJgCkADAAowA4AKAAQACeAEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgAkwBuAJIAdACQ&#10;AHwAjwCFAI0AjwCLAJoAigCnAIgAtQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDsAAAA0wAAAMEB&#10;AAC0AAAArAAAAKYABwCgAA4AnQAWAJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0ATQCMAFMAiwBY&#10;AIkAXQCIAGMAhwBpAIUAbwCDAHcAggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDdAHgA8QB3AP0A&#10;eAD/AHgA/wDeCgAAxAsAALIMAACmCwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMAiQAsAIcANACF&#10;ADsAgwBCAIIASACAAE4AfwBTAH0AWAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBzAJIAcQCfAHAA&#10;rQBuAL4AbQHWAG0C7QBsA/oAbAP/AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsOAACJCwMAhwUM&#10;AIQBEwCBARwAfgIlAHwDLgB6AzYAeAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZfAG4GZgBtBm4A&#10;awd4AGoHgwBoCJAAZwmdAGUJrABkCbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAArRcAAJ0YAACQ&#10;GAAAhxYAAIEUAAB9EQAAfA4GAHwKDgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBsDEQAaw1KAGkN&#10;TwBoDVUAZw1cAGUNYwBjDmsAYg51AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR8ABZEf0AWRH/&#10;AFkR/wC5GwAApR0AAJQeAACIHgAAfh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZAGkQIgBnESoA&#10;ZhEyAGQROQBjET8AYhFFAGASSwBfElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsAVBWZAFMVqQBS&#10;FroAURbSAFEX7QBRF/0AURf/AFEX/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABsHgAAaRsAAGcY&#10;BABmFQ4AYxYVAGEWHgBfFiYAXRYtAFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMYXABSGWQAURlu&#10;AE8aegBOG4gATRuXAEscpgBKHLgASh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUAAIgmAAB7JwAA&#10;cSYAAGolAABmIwAAYiEAAGAeAABeHAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcAUR09AFAdQwBP&#10;HUoATR5RAEweWABLH2EASR9rAEggdwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBDI/oAQyP/AEMi&#10;/wCmJwAAkykAAIMqAAB2KgAAbSoAAGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIhFgBQIR4ATiEl&#10;AE0iLABMIjMASiI5AEkiQABIIkYARyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaSAD4nowA+J7QA&#10;PSfKAD0o6AA9KPkAPSf/AD4n/wCiKgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAAWCgAAFQmAABR&#10;JgQATiUNAEwlEwBKJhoASCYiAEcmKQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+KVwAPSlmADwq&#10;cgA7KoEAOiuQADkroQA4LLIANyzIADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsvAABvMAAAZTAA&#10;AF0vAABYLgAAUysAAFAqAABMKgAASSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPiszAD0rOQA8K0AA&#10;OyxIADosUAA5LVkAOC5kADcucAA2L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcAMzD/ADQv/wCZ&#10;LwAAhzEAAHcyAABrMgAAYjIAAFoyAABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/LhQAPS4cADsu&#10;IgA5LykAOC8vADcvNgA2MD4ANTBGADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80ngAuNLAALTTF&#10;AC004wAuNPYALzP/AC8z/wCVMQAAgzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIAAEYxAABCMgAA&#10;PzIFADwyDQA5MxIAODMZADYzIAA0MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUALjZgAC03bAAs&#10;N3sAKzeLACo4nAApOK4AKDjDACg44gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABlNwAAWzcAAFQ3&#10;AABNNgAARzYAAEI1AAA9NgAAOjYCADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05MgAsOTkAKzlB&#10;ACo6SQAqOlMAKTteACg7agAnO3kAJjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/ACU7/wCNNgAA&#10;fDgAAG05AABiOQAAWDoAAFE5AABKOQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4ALT0UACw9GgAq&#10;PSEAKT0oACg+LwAnPjYAJj4+ACU/RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAfQasAHkHAAB5B&#10;3gAfQPMAH0D+ACA//wCJOQAAeDoAAGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9AAA0PgAAMEAA&#10;AC1BBQAqQgwAJ0IRACZDGAAkQx4AI0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZABxFZQAbRXQA&#10;GkWFABlGlwAZRqkAGEa+ABdF3AAYRfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAAUj8AAEo/AABE&#10;PwAAPUAAADZBAAAxQwAALEQAACdGAQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAbSjAAGko4ABlK&#10;QQAYSksAF0tVABZLYgAVS3EAFEuCABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ/wB/PwAAb0AA&#10;AGFBAABXQgAATkIAAEdCAABBQgAAOkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08NABhQEQAXUBcA&#10;FlAeABVQJQAUUCwAE1E0ABJRPQARUUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQADFG4AAxR0QAN&#10;UOwADVD6AA5P/wB5QwAAakQAAF1EAABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAApTAAAJE8AAB9R&#10;AAAaUwAAFFYJABFXDgAQWBMAEFgZAA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApYWgAIWGgAB1h5&#10;AAZYjAAFWJ8ABFizAARXygAFV+YABVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgAAEFJAAA6SgAA&#10;Mk0AACtQAAAlUgAAIFUAABpYAAAVWgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMABWArAARgNAAD&#10;YD0AAWBJAABgVQAAYGMAAGBzAABghgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABsSgAAX0sAAFVL&#10;AABMTAAARUwAAD1OAAA1UAAALlMAACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhnCwADZw4AAGgT&#10;AABoGAAAaB8AAGkmAABpLgAAaTgAAGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGipAABovwAAZ9wA&#10;AGbuAABm9wBmTwAAWk8AAFFPAABKTwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAAFGUAABBoAAAM&#10;awAAB24DAAFwCQAAcA0AAHEQAABxFAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAAc1YAAHNmAABz&#10;eQAAc44AAHOjAAByuQAAcdIAAHHrAABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJcAAAqYAAAImQA&#10;ABtoAAAUbAAAD28AAAtyAAAGdgAAAHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4bAAB/IgAAgCoA&#10;AIA1AACAQQAAgE8AAIBfAACAcQAAgIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAAVFgAAElaAAA/&#10;XQAANWEAACxlAAAjagAAG28AABRzAAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAAhgYAAIgKAACJ&#10;DQAAihAAAIsVAACMGwAAjiIAAI8sAACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACOqwAAjcEAAI3c&#10;AACM6wBZXQAATl8AAENiAAA4ZgAALmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkAAACNAAAAkAAA&#10;AJIAAACTAAAAlAAAAJYDAACXCAAAmAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwAAKBMAACgXgAA&#10;oHQAAJ+MAACfogAAn7cAAJ7LAACe4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAUhQAADYsAAAaQ&#10;AAAAlAAAAJgAAACcAAAAnwAAAKEAAACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACsDQAArRIAALAZ&#10;AACyIwAAsjEAALJCAACyVAAAsmkAALKAAACymAAAsawAALK/AACxzgBMbgAAQHMAADV6AAAqgQAA&#10;H4gAABWOAAAOlQAABpoAAACfAAAApAAAAKgAAACsAAAArwAAALEAAACxAAAAswAAALUAAAC2AAAA&#10;uAAAALoAAAC8BgAAvgwAAMARAADDGQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAAyJ8AAMivAADI&#10;vABGegAAOYEAAC6JAAAikAAAF5gAAA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8AAAAvwAAAMEA&#10;AADCAAAAxAAAAMUAAADHAAAAyQAAAMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0qAADePAAA31AA&#10;AOBlAADhewAA4ZEAAOKiAADirQD/AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA/gAzAPsAPgD3&#10;AEgA8wBQAPAAVwDtAF4A6wBkAOgAaQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADcAJMA2QCcANYA&#10;pgDTALEA0QDAAM8A2gDOAPEAzAD/AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8AAAD/AAgA+wAQ&#10;APYAGQDyACQA7wAuAO0AOQDoAEIA4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBuAM8AdADOAHkA&#10;zAB/AMoAhgDIAI4AxgCWAMQAoADCAKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8AugD/ALYA/wD/&#10;AAAA/wAAAP4AAAD0AAQA6wANAOQAFADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDHAFMAxQBZAMMA&#10;XwDBAGQAvwBpAL0AbgC7AHMAugB5ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0AxACsAOEAqwD2&#10;AKoA/wCqAP8AqgD/AKoA/wD/AAAA/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAjAMEALQC/ADcA&#10;uwA/ALcARwC1AE4AsgBTALAAWQCvAF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEApACKAKMAlACh&#10;AJ8AnwCsAJ4AuwCcANIAmwDuAJoA/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADLAAAAwQAFALkA&#10;DQC0ABQAsQAeAK4AJwCrADAAqgA5AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0AYgCbAGcAmgBt&#10;AJgAcwCXAHsAlQCEAJQAjgCSAJkAkACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/AIsA/wDwAAAA&#10;2wAAAMcAAAC6AAAAsAAAAKgACgCkABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEAlABIAJIATQCR&#10;AFIAjwBXAI4AXACMAGEAiwBnAIoAbgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/AMAAfgDdAH0A&#10;8gB9AP8AfQD/AH0A/wDgAAAAxgAAALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAAHACNACQAiwAt&#10;AIoANACIADsAhgBCAIUARwCDAE0AggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5AHgAgwB2AI8A&#10;dQCcAHQAqgByALoAcQDRAHAA7ABwAPsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAAkwQAAI4AAACK&#10;AAgAhgAPAIQAFgCBAB4AfwAnAH0ALgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBzAFcAcgBdAHEA&#10;YwBvAGsAbgB0AGwAfgBrAIoAaQCYAGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA/wDADAAAqw0A&#10;AJsOAACPDgAAhg0AAIELAAB+BwEAfAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2AG4APABsAEIA&#10;awBHAGoATQBpAFIAaABYAGYAXwBlAGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MAXAPHAFsE5ABb&#10;BfQAWwb+AFsG/wC1EAAAoRIAAJETAACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBuBBIAbAQbAGkF&#10;IwBnBSoAZgYxAGQGNwBjBj0AYgdDAGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgKeABXCoUAVguT&#10;AFQLogBTC7MAUgzHAFIM5ABRDfUAUQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgAAG0XAABqFAAA&#10;ZxEAAGcOBwBmDA4AYwwVAGEMHQBfDCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsAVg5RAFUOWQBT&#10;DmEAUg5rAFAPdgBOEIMATRCSAEwQogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wClGQAAkhwAAIMd&#10;AAB2HgAAbR0AAGYcAABiGgAAXxcAAF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQRLgBTETQAURE7&#10;AFASQQBPEkcAThJOAEwSVQBLE14ASRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbFAEIX4wBCF/YA&#10;Qhf/AEIX/wCfHQAAjCAAAH0hAABxIgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYAVBUOAFEVFABP&#10;FhwAThYjAEwWKgBLFjAAShY3AEkXPQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/Gn0APhuNAD0b&#10;nQA8HK4AOxzDADsc4QA7HfUAOxz/ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwkAABXIwAAUyAA&#10;AFEeAABPHAIATRsMAEsaEQBIGxgARxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1HAD4dTwA9HlgA&#10;PB5iADofbQA5H3sAOCCLADchmwA2Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAAgyYAAHQnAABo&#10;KAAAXygAAFgnAABTJgAATyQAAEwiAABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+ICkAPCAvADsh&#10;NgA6IT0AOSFEADgiTAA3IlUANiNfADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m3AAwJvIAMCb/&#10;ADEl/wCRJgAAfygAAHEqAABlKgAAXCoAAFUqAABPKQAASygAAEglAABEJAAAQSQFAD8kDQA9JBIA&#10;OyQZADkkHwA3JCYANiQsADUlMwA0JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcALSmHACwpmAAr&#10;KqoAKiq9ACoq2gArKvEAKyr+ACwp/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABMLAAARysAAEMo&#10;AAA/KAAAPCgCADkoCwA3KBAANSgWADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rRwAsK1EAKyxb&#10;ACosZwApLXUAKC2FACctlwAmLqgAJS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0AAGouAABfLwAA&#10;Vi8AAE4vAABILgAAQy0AAD8sAAA7LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAAKy0nACouLQAq&#10;LjUAKS89ACgvRQAnME4AJjBZACUxZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAhMu8AIjH8ACIx&#10;/wCGLQAAdS8AAGcwAABcMQAAUzEAAEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAxBgAtMQ0AKzER&#10;ACkyFwAoMh4AJzIkACUzKwAlMzIAJDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaBAB02kwAcNqUA&#10;Gza5ABs20gAcNu0AHTb7AB01/wCCMAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAAPTMAADczAAAx&#10;NAAALjUAACs1AgAoNgsAJTcQACQ3FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAcOUkAGzpUABo6&#10;YAAZOm4AGDp/ABc7kQAXO6QAFju3ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1AABVNgAATTYA&#10;AEY2AABANgAAOjYAADQ2AAAuOAAAKjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0fABs+JQAaPi0A&#10;GT40ABc+PQAWP0cAFT9RABQ/XgAUP2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sAEj/5ABI+/wB5&#10;NQAAaTcAAFw4AABSOQAASjkAAEM5AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAeQQQAGkILABhD&#10;EAAXQxUAFUQbABREIgATRCkAE0QxABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1FjAANRZ8ADEWy&#10;AAtFyQAMReUADUT2AA1E/wB0OQAAZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwAAC4+AAAoQAAA&#10;I0IAAB9EAAAaRgAAFUgIABJKDQARShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AAC0tKAApLVgAJ&#10;S2QACEt0AAdLhwAFS5oABEuuAARKxAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABLPgAARD4AAD0+&#10;AAA3PwAAMUAAACpCAAAkRQAAH0cAABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlRGwAIUSIAB1Ep&#10;AAVRMgAEUjsAA1JGAAFSUgAAUl8AAFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDuAABQ9wBoQAAA&#10;W0EAAFBBAABIQQAAQUEAADtCAAA0QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAADlUEAApYCgAG&#10;WA4AAlgSAABZFwAAWR0AAFklAABZLQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAAWZAAAFmlAABY&#10;ugAAWNUAAFfsAABX9gBjRAAAVkUAAE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJPAAAbUgAAFlUA&#10;ABFYAAANWgAACV0DAARfCQAAYA0AAGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7AABiRwAAYlUA&#10;AGNkAABidgAAYosAAGKgAABhtgAAYc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAAOkoAADJNAAAq&#10;UAAAI1MAABxXAAAWWgAAEV0AAA1gAAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAAaxUAAGwbAABt&#10;IgAAbSoAAG00AABtQAAAbU4AAG1dAABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq8wBYTQAATk0A&#10;AEhMAAA+TgAANVEAACxUAAAkWAAAHVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAAAAByAwAAcgcA&#10;AHMLAAB1DgAAdhEAAHcWAAB4HAAAeSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwAAHmUAAB4qgAA&#10;eMEAAHffAAB37wBUUQAATFEAAEJSAAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAALbwAABXMAAAB3&#10;AAAAegAAAHwAAAB+AAAAfwIAAIAGAACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACKMAAAij4AAIlN&#10;AACJXwAAiXMAAIiLAACIogAAh7kAAIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQAAB9pAAAWbwAA&#10;EHQAAAp5AAACfQAAAIEAAACFAAAAiAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggAAJMMAACVEAAA&#10;lxUAAJkdAACbJwAAmzQAAJtEAACaVgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBLXAAAQGAAADVl&#10;AAAragAAIXEAABd3AAAQfQAACYMAAAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACbAAAAnQAAAJ8A&#10;AACgAAAAogAAAKQFAACmCgAAqA4AAKoUAACtHQAArSoAAK05AACtSwAArV8AAK13AACskAAAq6cA&#10;AKu6AACrywBFZgAAOWsAAC5xAAAjeAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAAAKEAAAClAAAA&#10;qAAAAKsAAACrAAAArgAAAK8AAACxAAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAAwh8AAMIuAADC&#10;QAAAwlQAAMFrAADBgwAAwJsAAMGtAADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqXAAAAnQAAAKMA&#10;AACoAAAArQAAALIAAAC2AAAAuQAAALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYAAADIAAAAywAA&#10;AM4FAADRDQAA1hQAANcjAADYNQAA2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA/wAAAP8AAAD/&#10;AAkA/wAQAP8AGQD+ACQA/AAvAPkAOQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADiAGkA4ABuAN4A&#10;cwDcAHkA2gB/ANcAhgDUAI4A0QCWAM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA/wDFAP8AvwD/&#10;ALoA/wD/AAAA/wAAAP8AAAD+AAUA9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBFANkATQDUAFMA&#10;0QBZAM4AXgDMAGMAygBoAMkAbQDHAHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYAuQC0ALcAyAC2&#10;AOYAtQD7ALQA/wC0AP8AswD/AK4A/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDXABoA0gAkAM8A&#10;LgDLADcAxwBAAMMARwDAAE4AvgBTALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEAeQCvAIEArQCK&#10;AKsAlACpAKAAqACtAKYAvgClANsApAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAAAOYAAADXAAAA&#10;ywAGAMQADgC+ABUAuwAfALkAKAC3ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgApgBcAKQAYQCj&#10;AGcAoQBsAKAAcwCeAHoAnQCDAJsAjgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCTAP8AkwD/AJMA&#10;/wD3AAAA5AAAANAAAADBAAAAtwACAK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8AOwCcAEIAmwBI&#10;AJkATQCXAFIAlgBXAJUAWwCTAGEAkgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACgAIcArwCFAMIA&#10;hQDiAIQA9wCEAP8AhAD/AIQA/wDlAAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4AlgAUAJQAHQCS&#10;ACUAkQAtAJAANQCNADwAjABCAIoARwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCAAG4AfgB3AH0A&#10;gQB7AI0AegCaAHgAqQB3ALoAdgDTAHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsAAACfAAAAlwAA&#10;AJAAAgCLAAsAiAAQAIYAFwCEACAAggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBLAHgAUAB3AFUA&#10;dgBbAHQAYQBzAGkAcQBxAHAAewBuAIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkAaQD/AGkA/wDA&#10;AAAArAAAAJwCAACQAgAAiAAAAIMAAAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBzADAAcQA2AHAA&#10;PABvAEEAbQBGAGwASwBrAFAAagBWAGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAAnwBfAK8AXgDD&#10;AF4A4QBeAPQAXQD/AF0A/wC0BwAAoAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJAG8ADwBtABUA&#10;awAcAGkAIwBoACoAZwAxAGUANgBkADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8AWwBoAFoAcgBY&#10;AH4AVwCMAFYAmwBVAKsAVAC+AFQA2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6EAAAchAAAGwO&#10;AABpDAAAZwkDAGYECwBkABAAYgAXAGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgAQgBXAUcAVgFO&#10;AFUCVABTAlwAUgNlAFEDbwBPBHsATgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5AEoH/wChEAAA&#10;jhIAAH4UAABzFAAAahQAAGQTAABgEQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAAVQcnAFMHLQBS&#10;CDMAUQg4AFAIPgBPCUQATglKAEwJUQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABDDKkAQg28AEIN&#10;1QBCDe4AQg37AEIN/wCaFAAAhxYAAHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQRAABUDggAUw0O&#10;AFENFABPDRsATQ0iAEwNKABLDS4ASg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9hAEEQbAA/EHkA&#10;PhCIAD0RmAA7EakAOxG8ADoR1gA6EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAAXh0AAFgcAABT&#10;GwAAUBgAAE4WAABMEwMATBELAEoQEABIERcARhEeAEURJABEESoAQhEwAEERNwBAEj0APxJEAD0S&#10;TAA8E1QAOxNeADkUaQA4FHYANxWFADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW/wCOGwAAfB0A&#10;AG4fAABjIAAAWiAAAFMgAABOHgAASh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUaAD4VIAA9FScA&#10;OxUtADoWMwA5FjoAOBZBADcXSQA1F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UALRu4AC0b0AAt&#10;G+wALhv7AC4b/wCKHgAAeCAAAGoiAABfIwAAViMAAE8iAABKIQAARiAAAEMeAABBGwAAPxoDAD0a&#10;DAA7GREAORkWADcaHQA2GiMANRopADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0dZAAsHnEAKx+B&#10;ACofkgApH6QAKCC3ACcgzgAnIOsAKCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUAAEwlAABHJAAA&#10;QiMAAD8hAAA9HwAAOh4AADceCQA1Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMALCA7ACsgQwAq&#10;IUwAKSFWACgiYgAmIm8AJSN/ACQjkAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCCIwAAcSUAAGMm&#10;AABZJwAAUCgAAEknAABDJwAAPyYAADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwiFwAqIh0AKSIj&#10;ACgjKgAnIzEAJiQ4ACUlQQAkJUoAIyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0AB0oygAdKOgA&#10;Hij4AB8n/wB+JQAAbicAAGApAABWKQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAAMCYAAC0mAwAr&#10;JwsAKCcQACcnFAAlJxoAJCchACMoJwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAcK2sAGyt7ABos&#10;jQAZLJ8AGCyyABgsyQAYLOcAGSv3ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMsAAA+KwAAOSsA&#10;ADQqAAAwKgAAKyoAACkrAAAmKwgAIywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0zABsuPAAaLkUA&#10;GS9QABgvXAAXL2kAFjB5ABUwiwAUMJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAAZywAAFotAABQ&#10;LgAASC4AAEEuAAA7LgAANi0AADEtAAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAbMhUAGjIcABky&#10;IgAYMikAFzMxABYzOQAVM0MAFDRNABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41xgAPNOQAEDT1&#10;ABA0/wByLAAAYy4AAFcwAABNMAAARTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIAACEzAAAdNQIA&#10;GjYJABc3DgAVNxMAFDgZABM4HwASOCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQADTp0AAw6hgAM&#10;OpkACzmsAAo5wQAKOd4ACznxAAw4/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2MwAAMTIAACwz&#10;AAAnNAAAITYAAB04AAAZOQAAFTsGABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+MwAMPjwACz9H&#10;AAo/UgAIP2AABz9vAAY/gQAFP5QABD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQAAFA1AABHNQAA&#10;PzUAADk1AAA0NQAALjUAACk3AAAjOAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4ACkQTAAlEGQAI&#10;RCAAB0QnAAZELwAFRDgAA0VCAAJFTgAARVsAAEVqAABFfAAARZAAAESkAABEuQAARNEAAETqAABD&#10;9QBkNgAAVzcAAEw4AABDOAAAPDgAADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZCAAASRAAADkcE&#10;AAtJCQAHSg0ABEsRAAFLFgAASxwAAEsjAABLKwAASzQAAEs+AABMSQAATFcAAExmAABMdwAAS4wA&#10;AEuhAABLtQAASs4AAErpAABK9QBfOgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAAJz4AACJBAAAc&#10;QwAAFkYAABJJAAAOSwAAC04DAAdQCAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAAUy8AAFM5AABT&#10;RQAAU1IAAFNhAABTcgAAU4cAAFKcAABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+AAA+PgAAOD4A&#10;ADBAAAApQgAAI0QAAB1HAAAXSgAAEk0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkOAABaEQAAWhUA&#10;AFsaAABcIQAAXCoAAFw0AABcPwAAXE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUAAFrkAABZ8wBU&#10;QgAASkIAAEJCAAA8QgAANEMAACxGAAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAFWwAAAF4AAABg&#10;BAAAYQgAAGIMAABjDgAAZBEAAGUWAABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABnZgAAZ3oAAGaR&#10;AABlqAAAZcAAAGTeAABk8ABPRgAAR0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUAABJZAAANXAAA&#10;CGAAAAJjAAAAZgAAAGgAAABqAAAAawQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0AAHQmAAB0MgAA&#10;dD8AAHROAABzXwAAdHIAAHOKAAByoQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAyTgAAKVIAACBW&#10;AAAYWwAAEl8AAA1kAAAHaAAAAGsAAABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6BgAAfAoAAH4O&#10;AACAEQAAghYAAIQeAACEKQAAhDYAAIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJAACA5QBKTgAA&#10;P1AAADVTAAArVwAAIlwAABliAAASZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAAAIMAAACFAAAA&#10;hgAAAIgAAACJAAAAiwQAAI0IAACPDQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAAlWAAAJV2AACU&#10;kAAAk6cAAJK9AACS1QBEVQAAOVkAAC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACAAAAAhQAAAIkA&#10;AACNAAAAkQAAAJMAAACUAAAAlgAAAJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQAACoFwAAqSMA&#10;AKkxAACpQwAAqVYAAKhtAACmhwAAp54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAAE3gAAAx/AAAD&#10;hQAAAIsAAACRAAAAlgAAAJsAAACfAAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACy&#10;AAAAtQIAALcJAAC7EAAAvhgAAL4mAAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6uQA3agAAK3AA&#10;ACB4AAAWgAAADYgAAAWPAAAAlgAAAJwAAACiAAAApwAAAKwAAACwAAAAswAAALYAAAC3AAAAuQAA&#10;ALsAAAC9AAAAvwAAAMIAAADFAAAAyAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAAANRXAADTbgAA&#10;1IYAANSbAADTqwD/AAAA/wAAAP8AAAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADxAD0A7QBGAOkA&#10;TQDmAFMA5ABZAOEAXgDeAGMA3ABoANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkAnADGAKcAxAC3&#10;AMIAzADAAOwAvwD/AL4A/wC9AP8AtwD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wALAO0AEgDoABsA&#10;5QAlAOQALgDfADgA2ABAANIARwDOAE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0AvwBzAL0AegC7&#10;AIEAuQCLALYAlQC0AKEAsgCvALAAwgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/AAAA/wAAAPIA&#10;AADmAAAA3QAHANIADgDNABYAygAgAMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUAUwCzAFgAsQBd&#10;ALAAYgCuAGcArABsAKoAcwCpAHsApwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDyAJwA/wCdAP8A&#10;nAD/AJkA/wD8AAAA7gAAAN0AAADMAAAAwQACALoADAC2ABIAsgAaALAAIwCvACwArQA0AKkAPACm&#10;AEIApABIAKIATQCgAFIAngBXAJ0AWwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCRAJMAkAChAI4A&#10;sQCNAMYAjADoAIsA/QCMAP8AjAD/AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYACAChAA4AnwAV&#10;AJ0AHgCbACYAmgAuAJcANQCVADwAkwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBgAIkAZgCHAG0A&#10;hQB2AIQAgACCAIwAgACaAH8AqQB9ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAAwQAAALEAAACk&#10;AAAAnAAAAJQAAwCQAAwAjQARAIsAGACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCAAEYAfwBLAH0A&#10;TwB8AFQAewBaAHkAYAB4AGcAdgBwAHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A7QBuAP4AbgD/&#10;AG4A/wDEAAAArwAAAKAAAACUAAAAjAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAiAHgAKQB3ADAA&#10;dQA2AHQAOwByAEAAcQBFAHAASgBvAE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAAZQCOAGMAnQBi&#10;AK0AYQDCAGEA5ABhAPgAYQD/AGEA/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1AAMAcQALAG8A&#10;EABtABYAbAAdAGsAJABrACoAaQAwAGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAAVgBfAF0AXQBl&#10;AFwAbwBaAHoAWQCIAFgAmABXAKgAVgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUAAIUHAAB6BwAA&#10;cgYAAGwEAABpAQAAZwAHAGQADQBjABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYAWgA7AFkAQABY&#10;AEUAVwBLAFYAUQBVAFgAUwBhAFIAagBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBMAOsATAD6AEwA&#10;/wCdCQAAiwsAAHwNAABwDQAAaA0AAGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcAGQBWACAAVQAm&#10;AFMAKwBSADEAUQA2AFAAOwBPAEEATgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCAAEUAkABEAKEA&#10;QwCyAEMAyABDAOYAQwD1AEMA/wCVDQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAAVA0AAFMKBABT&#10;BgsAUQMQAE8BFQBOARsATAEhAEsBJwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBDBFEAQgRaAEAF&#10;ZAA/BXAAPgZ+AD0GjgA8B58AOwexADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4UAABiFQAAWhUA&#10;AFQUAABQEwAATREAAEsOAABLDQYASgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQkuAEAJMwA/CTkA&#10;PgpAAD0KRwA8Ck8AOgtYADkLYwA4DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMAMg30ADIN/gCI&#10;EwAAdxUAAGkXAABeGAAAVRgAAE8YAABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBADRIAPw0YAD0N&#10;HwA8DSQAOw0qADkNMAA4DjcANw49ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4QjgAtEaAALBGy&#10;ACsRyAArEeYAKxH2ACwR/wCDFgAAchkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgAAD8XAAA+FAAA&#10;PBIEADsRCgA6EBAAOBAVADcQGwA1ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksALRNUACsTXwAq&#10;FGwAKRR7ACgUjAAnFZ4AJhWwACUVxgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABWHgAATR4AAEce&#10;AABCHQAAPhwAADoaAAA4GAAANxYAADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwVKgArFTAAKhU3&#10;ACkWPwAoFkgAJxdSACYYXQAkGGoAIxl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0ACAZ/wB6GwAA&#10;ah4AAF0fAABTIAAASiAAAEQgAAA+HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsALBgQACoYFAAp&#10;GBoAJxggACYZJgAlGS0AJBo1ACMaPQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAcHpsAGx6tABoe&#10;wwAaHuAAGh3zABsd/wB3HQAAZyAAAFohAABQIgAASCIAAEEiAAA7IgAANyEAADMgAAAwHwAALR0A&#10;ACsdAAAoHQgAJh0OACUdEgAjHRcAIR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBNABshWQAaIWYA&#10;GSF1ABgihwAXIpkAFiKsABUiwQAVIt8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAARSUAAD4kAAA5&#10;JAAANCMAADAiAAAsIgAAKSEAACYhAAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAbIigAGiMvABkj&#10;OAAYJEEAFyRLABYlVwAVJWQAFCZzABMmhQASJpgAESarABEmwAAQJt0AESXxABIl/QBwIgAAYSQA&#10;AFQmAABKJgAAQicAADwmAAA2JgAAMSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYKABsmDgAZJxIA&#10;GCcYABcnHwAWJyUAFSgtABQoNQATKT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYADiqpAA0qvQAN&#10;KtcADSruAA4p+wBsJAAAXSYAAFEoAABIKAAAQCkAADkoAAA0KAAALygAACsnAAAnJwAAIigAAB4p&#10;AAAbKgAAGCsHABYrDQAULBEAEywWABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0uUgANLl8ADC9u&#10;AAsvfwAKL5IACS+lAAkuuQAILtAACS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsAADcrAAAxKgAA&#10;LSoAACkqAAAkKgAAICsAABstAAAYLgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAADTInAAwyLwAL&#10;MzgACjNCAAkzTgAIM1sABjRqAAU0ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBkKgAAViwAAEst&#10;AABCLQAAOi0AADQtAAAvLAAAKywAACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82CQAMOA0ACjgR&#10;AAk4FgAIOB0ABzgkAAY4LAAEODQAAzg+AAI5SgAAOVcAADllAAA5dwAAOYsAADifAAA4swAAOMoA&#10;ADjmAAA38gBfLQAAUi4AAEgvAAA/MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAAGjMAABU1AAAS&#10;NwAADzkDAAw7CAAIPQ0ABT4QAAM+FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAAP1MAAD9hAAA/&#10;cwAAP4cAAD6cAAA+sAAAPccAAD3kAAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAxAAArMQAAJjIA&#10;ACA0AAAbNgAAFjgAABI7AAAPPQAADD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUdAABFJAAARS0A&#10;AEY2AABGQgAARk4AAEZdAABGbgAARYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAASjUAAEE1AAA5&#10;NQAAMzQAAC40AAAoNQAAIjcAAB06AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAASQoAAEoNAABL&#10;EAAATBQAAE0ZAABOIAAATigAAE4yAABNPQAATkoAAE5YAABNaQAATX0AAEyUAABMqgAAS8EAAEvh&#10;AABK8gBQOAAARjgAAD04AAA3OAAAMTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YAAAtJAAAHSwAA&#10;Ak4AAABQBAAAUQgAAFILAABTDgAAVBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QAAFdSAABWYwAA&#10;VncAAFaOAABVpQAAVL0AAFPdAABT8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAfQgAAGUUAABNI&#10;AAAOSwAAC08AAAVRAAAAVAAAAFcAAABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABgFgAAYh0AAGIm&#10;AABiMQAAYj4AAGFMAABhXQAAYXAAAGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8AADo/AAAxQAAA&#10;KUMAACFGAAAaSgAAE04AAA5RAAAKVQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEAAGUEAABnCAAA&#10;aAsAAGoOAABsEgAAbhcAAG8gAABvKgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAAbLAAAGvKAABq&#10;6ABERAAAPkMAADVEAAArRwAAI0sAABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABnAAAAawAAAG0A&#10;AABvAAAAcAAAAHIAAAB0AgAAdQYAAHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89AAB+TQAAfWEA&#10;AH13AAB8kAAAe6gAAHrAAAB53wBDRwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAAB2UAAABqAAAA&#10;bgAAAHIAAAB2AAAAeQAAAHwAAAB+AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAAjA0AAI8RAACS&#10;GQAAkiUAAJIzAACSRAAAkVcAAJBtAACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChWAAAeXAAAFWIA&#10;AA5oAAAHbgAAAHQAAAB5AAAAfgAAAIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIAAACUAAAAlgAA&#10;AJgAAACbAAAAngYAAKEMAACkEQAAphsAAKYpAACmOgAApU0AAKViAACkewAAo5QAAKGrAAChvwA2&#10;VwAALFwAACFiAAAXaQAAD3AAAAd3AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAAmwAAAJ4AAACf&#10;AAAAogAAAKQAAACmAAAAqAAAAKsAAACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7MAAAu0MAALpY&#10;AAC5cAAAt4sAALehAAC3swAwYgAAJWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYAAACbAAAAoQAA&#10;AKYAAACqAAAArgAAALAAAACxAAAAtAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAAAMcAAADLAwAA&#10;zwwAANMVAADSJQAA0jgAANFOAADQZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/AAMA/wALAPwA&#10;EQD5ABsA9wAlAPMALwDuADgA6QBAAOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMAaADQAG0AzgBz&#10;AMsAegDIAIIAxgCMAMMAlwDAAKMAvgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/AKcA/wD/AAAA&#10;/wAAAPsAAAD2AAAA7QAHAOcADwDiABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgAxQBOAMIAUwDA&#10;AFgAvgBdALwAYgC6AGcAuQBtALcAdAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCnAN4ApgD5AKUA&#10;/wCjAP8AnQD/AJsA/wD9AAAA9gAAAOsAAADfAAAA0QADAMoADADFABIAwwAbAMAAJAC+ACwAuQA1&#10;ALYAPACzAEMAsABIAK4ATgCsAFIAqwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9AJ4AiACcAJUA&#10;mgCjAJgAtACWAM0AlQDxAJQA/wCVAP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAAuAAAALEACACt&#10;AA8AqgAWAKgAHgCoACcApgAvAKIANgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCUAFoAkwBgAJEA&#10;ZgCQAG4AjgB2AIwAgQCKAI0AiACbAIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA/wDkAAAAywAA&#10;ALoAAACsAAAAogAAAJwABACYAAwAlgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8AIkAQQCIAEYA&#10;hgBLAIUATwCEAFQAggBaAIEAYAB/AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcAdADUAHMA9AB0&#10;AP8AdAD/AHQA/wDLAAAAtgAAAKYAAACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACBABsAgAAjAH8A&#10;KgB9ADAAewA2AHoAOwB4AEAAdwBFAHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0AcwBrAH8AaQCN&#10;AGgAnQBnAK4AZgDHAGUA6gBmAP8AZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAAAHwAAAB2AAQA&#10;dAAMAHIAEABxABYAcAAdAHAAJABuACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkAZQBOAGQAVABj&#10;AFsAYQBjAGAAbQBeAHkAXQCHAFsAlgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCoAAAAlQAAAIcA&#10;AAB7AAAAcwAAAG4AAABqAAEAZwAIAGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8AMABeADUAXQA6&#10;AFwAPgBbAEQAWQBJAFgATwBXAFYAVgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1AE4A0ABOAPAA&#10;TgD/AE8A/wCcAAAAiQAAAHsDAABwAwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8AWAAUAFcAGQBX&#10;ACAAVgAlAFUAKgBTADAAUgA0AFEAOQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJAG8ARwB8AEYA&#10;jABFAJ0ARQCwAEQAxwBEAOgARAD6AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJAABVBwAAVAQA&#10;AFIABwBQAAwATwAQAE4AFQBNABsATAAgAEsAJgBKACsASQAwAEgANQBHADoARgBAAEUARgBDAE4A&#10;QgBWAEEAXwBAAGsAPgB4AD0AiAA8AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAAeAwAAGoOAABf&#10;DgAAVw4AAFEOAABNDAAASwsAAEoIAgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBCACYAQQArAD8A&#10;MQA+ADYAPQA8ADwAQwA7AEoAOgBSADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMAvAAzANgAMwDv&#10;ADMA+wCCDQAAcQ8AAGQQAABZEQAAUREAAEsRAABHEAAARA4AAEINAABBCwUAQQcLAD8FDgA+AxIA&#10;PAIYADsCHQA6AyIAOQMoADgDLQA3AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYALwdzAC4HgwAt&#10;B5UALAenACsHugArB9IAKwfrACsH9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABCEwAAPhIAADwQ&#10;AAA6DgEAOg0GADoKDAA4CRAANggUADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4KPQAtCkUALAtO&#10;ACsLWQApDGUAKAxzACcMgwAmDZUAJQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQAAFsWAABRFwAA&#10;SBcAAEIWAAA9FgAAORUAADcTAAA1EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsALA0hACsNJwAq&#10;DS0AKQ40ACgOOwAnDkQAJQ5OACQPWQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAcENgAHRDuAB0Q&#10;+QBzFAAAZBYAAFcYAABNGQAARRkAAD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0RBAAsEAoAKxAO&#10;ACkQEgAoEBgAJhAeACUQJAAkECoAIxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNxABoTggAZFJUA&#10;GBSnABcUuwAXE9QAFxPuABgT+gBwFgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAAMhoAAC8ZAAAs&#10;GAAAKhYAACgUAQAmEwcAJRMMACMTEAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAbFT8AGhZJABkW&#10;VAAYF2EAFhdwABUYgQAUGJMAEximABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEdAABHHQAAPx4A&#10;ADkdAAA0HQAALxwAACsbAAAoGgAAJhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcXABkYHgAZGCQA&#10;GBksABcZNAAWGj0AFRpHABQbUgATG18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAADhvqAA8b+ABp&#10;GwAAWh0AAE4fAABFHwAAPSAAADYfAAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAdGwEAGxsHABkc&#10;DQAXHBAAFhwVABUcGwAUHSIAEx0pABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0gfAANII8ADCCi&#10;AAsgtQALIMoACyDlAAwf9ABlHQAAVx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAAACYfAAAjHwAA&#10;IB4AAB0eAAAZIAAAFiAEABQgCwASIQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcADSNBAAwkTQAL&#10;JFkACiRnAAkkeAAIJIsABySeAAcksQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABAIwAAOCMAADIj&#10;AAAsIwAAKCIAACQhAAAhIQAAHiEAABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0nFgAMJx0ACycj&#10;AAonKwAJKDQACCg+AAcoSQAGKFUABSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjhAAEn8ABeIgAA&#10;USQAAEYlAAA9JQAANSUAAC8lAAAqJAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAAESgDAA8pCAAM&#10;LAwACiwQAAgsFAAHLBoABiwhAAUsKAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAALYQAAC2ZAAAt&#10;rQAALMIAACzgAAAs8ABaJAAATSYAAEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEmAAAdJgAAGScA&#10;ABUpAAARKwAADywDAA0uBwAJMAwABjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2AAAzQgAAM04A&#10;ADNdAAAzbQAAM4EAADKWAAAyqwAAMcEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAAMCoAACspAAAn&#10;KAAAIygAAB4pAAAaKgAAFiwAABIuAAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAAOBQAADgaAAA4&#10;IgAAOCoAADkzAAA5PgAAOUoAADlZAAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA28ABRKwAARiwA&#10;ADwsAAA0LAAALiwAACorAAAlKwAAICwAABstAAAXLwAAEzEAABAzAAANNQAACTcCAAU6BgABOwoA&#10;ADwNAAA9DwAAPhIAAD8XAABAHgAAQCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gAAD+PAAA+pgAA&#10;Pr0AAD3cAAA98ABNLgAAQi8AADkvAAAyLwAALS4AACguAAAiLwAAHTAAABgyAAATNQAAEDcAAAw6&#10;AAAJPAAABT4AAABBBAAAQggAAEMLAABEDQAARhAAAEcUAABIGQAASCEAAEgqAABINQAASEEAAEhP&#10;AABIYAAAR3MAAEeKAABGogAARbkAAEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEAACUyAAAfNAAA&#10;GTYAABM5AAAQPAAADD8AAAhCAAADRAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4AAE8RAABRFQAA&#10;UhwAAFIlAABSMAAAUjwAAFFKAABRWgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBDNgAAOzYAADQ1&#10;AAAvNAAAJzUAACE4AAAaOwAAFD4AABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABRAAAAUwIAAFQF&#10;AABVCAAAVwsAAFkOAABbEQAAXRcAAF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+AABalwAAWa8A&#10;AFjLAABX6gA/OQAAODkAADM4AAArOQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAAAFEAAABUAAAA&#10;VwAAAFoAAABcAAAAXQAAAF8AAABgBAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAAai4AAGo8AABq&#10;TQAAaV8AAGh1AABnjwAAZqgAAGXCAABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJAAAQTQAAClEA&#10;AARVAAAAWgAAAF0AAABgAAAAYwAAAGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEGAAB0CgAAdg4A&#10;AHkTAAB7GwAAeycAAHo1AAB5RQAAeFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAAMkIAAChFAAAg&#10;SgAAF04AABBUAAAKWQAAAl4AAABjAAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9&#10;AAAAfwAAAIIAAACEAwAAhwkAAIoOAACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACKfAAAipUAAIit&#10;AACHxQA2RwAALEsAACJPAAAZVQAAEFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsAAAB/AAAAgwAA&#10;AIYAAACIAAAAigAAAI0AAACPAAAAkQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQAAKQhAACkMQAA&#10;o0QAAKJZAACgcAAAn4sAAJ2iAACdtwAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAAdwAAAH0AAACD&#10;AAAAiAAAAI0AAACRAAAAlQAAAJgAAACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACpAAAArAAAALAA&#10;AAC0BwAAuA4AALoYAAC6JwAAuTkAALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIAABRpAAAMcQAA&#10;AnkAAACBAAAAiQAAAI8AAACWAAAAmwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAAALIAAAC0AAAA&#10;tgAAALkAAAC8AAAAwAAAAMQAAADIAAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAAzXMAAMuNAADK&#10;oQD/AAAA/wAAAPsAAAD6AAAA/AAIAPgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIAQwDeAEkA2gBP&#10;ANYAVADTAFkA0ABeAM4AYwDLAGgAyQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCuALYAwwC0AOgA&#10;swD/AK8A/wClAP8AngD/AJsA/wD9AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA2AAbANYAJADS&#10;AC0AzAA2AMYAPQDCAEMAvwBJALwATgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCvAHYArAB/AKoA&#10;igCoAJcApQCmAKMAuQChANkAoAD5AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMAAADTAAAAyAAA&#10;AMEACQC9AA8AuwAWALkAHwC3ACcAswAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABSAKMAVgChAFsA&#10;nwBhAJ4AZwCcAG8AmgB4AJcAgwCVAJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8AhQD/AIIA/wDn&#10;AAAA3QAAAMYAAAC4AAAArgAAAKgABAClAAwAoQASAKEAGQCgACIAnwApAJsAMACYADcAlgA9AJMA&#10;QgCSAEcAkABLAI8AUACNAFUAjABaAIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8ApwB9ALwAfADj&#10;AHwA/QB8AP8AeAD/AHYA/wDWAAAAwAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAOAIsAFACKABwA&#10;igAjAIgAKgCFADAAgwA2AIIAOwCAAEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEAdgBpAHUAcwBz&#10;AIAAcQCOAG8AnwBuALIAbQDPAGwA9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACPAAAAhwAAAIAA&#10;AAB8AAQAegAMAHgAEQB4ABcAeAAeAHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0ARABsAEkAawBO&#10;AGoAVABoAFsAZwBjAGUAbQBkAHgAYgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/AF0A/wCsAAAA&#10;mQAAAIoAAAB/AAAAdwAAAHEAAABtAAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUAZQAqAGMALwBi&#10;ADQAYQA5AGAAPgBfAEMAXgBIAF0ATgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBTAKMAUgC4AFEA&#10;3ABRAPkAUgD/AFIA/wCdAAAAiwAAAHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwACwBbAA8AWwAU&#10;AFoAGQBaAB8AWQAlAFcAKgBWAC8AVQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBYAE0AYgBLAG0A&#10;SgB6AEkAiwBIAJ0ARwCxAEcAzABGAPAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAAXgAAAFkAAABW&#10;AAAAUwABAFIACABQAA0ATwAQAE8AFQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBIADgARwA+AEYA&#10;RABFAEsARABTAEMAXQBBAGgAQAB1AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A/wCHAAAAdQMA&#10;AGgGAABdBwAAVQYAAFAGAABMBAAASgEAAEkABABHAAoARgAOAEUAEQBFABYARAAbAEMAIABCACUA&#10;QQAqAEAALwA/ADQAPgA6AD0AQAA7AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMANACmADQAuwA0&#10;AN0ANAD1ADUA/wB+BgAAbQkAAGALAABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/AQcAPgALAD0A&#10;DgA8ABIAOwAXADsAHAA6ACEAOQAlADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEAVQAwAGAALwBt&#10;AC4AfQAtAI8ALACiACwAtgAsANAALADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4AAEMOAAA+DQAA&#10;OwwAADkLAAA4CQMANwUIADYCDQA1ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwALgAyAC0AOAAs&#10;AEAAKwBJACoAUgApAF0AKABrACcBegAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wByDQAAYg4AAFYQ&#10;AABMEQAARBEAAD4RAAA5EAAANg8AADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwEFAArAxkAKgMe&#10;ACkDIwAoBCkAJwQvACYFNQAlBT0AJAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHgedAB4HsAAdBsYA&#10;HQbjAB0F8wBtDgAAXhEAAFISAABIEwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAAKg4DACoNBwAp&#10;CwsAKAkOACcJEQAlCBYAJAgbACMJIAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAcDFsAGwxpABoM&#10;eQAYDIsAGAyeABcMsAAWDMUAFgzhABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcVAAAxFAAALRMA&#10;ACoSAAAoEQAAJhABACQQBAAjDggAIw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0qABsNMgAaDjoA&#10;GA5EABcOUAAWD1wAFQ9qABMQewASEI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAAVxQAAEsWAABC&#10;FwAAOhcAADQXAAAvFgAAKhUAACcUAAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAbDxAAGRAVABgQ&#10;GwAXECEAFhAoABURMAAUETkAExFDABISTgAREloAEBJpABATeQAOE4wADhOeAA0TsQANEsUADBLh&#10;AA0S8QBiFAAAVBYAAEkYAAA/GQAANxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUAABwUAgAaEwQA&#10;GRIGABcSCwAVEg4AFBISABMTGAASEx8AERMmABEULQAQFDYADxVBAA4VTAAOFlcADRZlAAwXdQAL&#10;F4cACheaAAkWrQAIFsEACBbdAAkV7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAqGgAAJRkAACIY&#10;AAAfGAAAHBcAABkWAQAXFgMAFRYEABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0YKgAMGTMADBk8&#10;AAsaRwAKGlMACRphAAcbcQAGG4MABRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoAAEMcAAA6HAAA&#10;MxwAACwcAAAnHAAAIxsAACAaAAAdGQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwADRwQAAwcEwAL&#10;HBkAChwfAAkdJwAIHS8ABx45AAYeQwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAAHr0AAB3YAAAd&#10;7ABYGgAASxwAAEEeAAA4HgAAMB4AACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYbAQATGwIAERwE&#10;AA4eBwAMHwsACiAOAAggEgAGIRcABSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNaAAAjawAAI34A&#10;ACOTAAAipwAAIrwAACHXAAAh7QBVHQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAAIB4AAB0dAAAa&#10;HQAAFh0AABMeAAARHwIADiAEAA0iBwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAAJykAACcyAAAn&#10;PQAAJ0kAAChXAAAoZwAAJ3sAACeQAAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsiAAAyIgAALCIA&#10;ACYhAAAiIQAAHiAAABsfAAAYIAAAFCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykNAAArDwAALBIA&#10;ACwXAAAsHgAALCYAAC0vAAAtOQAALUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oAACvWAAAq7gBN&#10;IgAAQSQAADgkAAAwJAAAKSQAACQjAAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAANKAAACioCAAYs&#10;BQACLgkAAC8LAAAwDgAAMhAAADMVAAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAzYAAAM3MAADKK&#10;AAAyoQAAMbgAADDWAAAw7wBJJQAAPiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUAABYmAAASKAAA&#10;ECoAAA0sAAAKLgAABjABAAIyBAAANAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8AADonAAA6MgAA&#10;Oj4AADpMAAA6XAAAOm8AADmGAAA4ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAArKQAAJigAACIn&#10;AAAdKAAAGCkAABMrAAAQLgAADTAAAAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+CwAAPw0AAEEQ&#10;AABDFAAAQxsAAEMjAABDLgAAQzkAAENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7PAAA+7wA/LAAA&#10;NiwAAC8sAAAqKwAAJSoAAB8rAAAZLQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAAAD8AAABBAAAA&#10;QwIAAEUFAABGCAAASAsAAEoOAABMEQAATRYAAE0eAABNKAAATTQAAExCAABMUQAAS2QAAEt7AABK&#10;lAAASa0AAEjKAABH7AA7MAAAMy8AAC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06AAAIPQAAAkAA&#10;AABDAAAARgAAAEgAAABKAAAATAAAAE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZAABYIgAAWC4A&#10;AFc8AABXSwAAVl4AAFZzAABVjQAAVKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAAHTUAABY4AAAR&#10;PAAADEAAAAdEAAAARwAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAAXAMAAF4HAABh&#10;CwAAZA4AAGYTAABnHAAAZicAAGY0AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe3AA1NwAAMDUA&#10;ACg3AAAgOgAAGD0AABFCAAAMRgAABkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAZAAA&#10;AGUAAABnAAAAaQAAAGwBAABuBgAAcQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8AAHRjAABzewAA&#10;cpUAAHCvAABvyQA1OgAAKzsAACI/AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAAYAAAAGQAAABo&#10;AAAAawAAAG4AAABxAAAAcwAAAHUAAAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACKDwAAjBcAAIsk&#10;AACKMwAAiUUAAIdbAACGcgAAhYsAAIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQAAARaAAAAYQAA&#10;AGYAAABrAAAAbwAAAHQAAAB5AAAAfQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAAAI8AAACSAAAA&#10;lgAAAJkCAACeCQAAohAAAKIaAAChKQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwApSQAAH04AABVU&#10;AAAOWwAABWIAAABpAAAAcAAAAHcAAAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACVAAAAlwAAAJoA&#10;AACdAAAAoAAAAKMAAACmAAAAqgAAAK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdFAAC1XAAAtHQA&#10;ALGOAACvpAAiVAAAGFsAABBiAAAHagAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAAAJoAAACfAAAA&#10;owAAAKYAAACoAAAAqwAAAK4AAACwAAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAAzAEAANMLAADU&#10;FQAA0yYAANE6AADQUQAAzWgAAMuBAADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQADADyABMA8AAc&#10;AO0AJQDoAC4A4gA2AN4APgDZAEQA1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABpAMEAcAC+AHgA&#10;vACBALkAjQC2AJoAswCrALEAwACvAOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA7AAAAOgAAADn&#10;AAAA3wAAANkACQDSABAAzwAXAM8AIADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1AE4AswBTALEA&#10;VwCvAF0ArQBiAKsAaQCpAHEApwB6AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA/wCNAP8AiAD/&#10;AIQA/wDoAAAA3wAAANkAAADJAAAAvwAAALgABAC1AA0AswASALEAGgCwACIArQAqAKkAMQCmADgA&#10;pAA9AKIAQwCgAEgAngBMAJwAUQCbAFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsAjQCaAIsArACJ&#10;AMUAiADuAIYA/wB/AP8AegD/AHgA/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACcAAkAmQAPAJkA&#10;FQCZAB0AmAAkAJQAKwCRADEAjgA3AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMAWwCCAGIAgABr&#10;AH4AdQB8AIIAegCSAHgAowB3ALkAdgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAAAKUAAACZAAAA&#10;jwAAAIkAAACFAAQAhAAMAIIAEQCCABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsAdwBAAHYARAB1&#10;AEkAcwBPAHIAVQBwAFwAbwBkAG0AbgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBkAP8AYQD/AGAA&#10;/wC0AAAAoAAAAJAAAACFAAAAfQAAAHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8AHwBtACUAawAq&#10;AGkAMABoADQAZwA5AGYAPgBlAEMAYwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCCAFkAkwBYAKYA&#10;VwC/AFcA6gBXAP8AVgD/AFQA/wChAAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAAYQAEAGAACwBf&#10;AA8AXwATAF8AGQBfAB8AXQAlAFwAKgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBTAFAAUgBYAFEA&#10;YQBQAG0ATgB7AE0AjABMAJ8ASwC1AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIAAABnAAAAXwAA&#10;AFoAAABXAAAAVQABAFMABwBSAAwAUgAQAFIAFABSABoAUQAfAE8AJABOACkATQAuAEwAMwBLADgA&#10;SgA9AEkAQwBIAEoARgBSAEUAXABEAGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIAQAD/AEAA/wCF&#10;AAAAdAAAAGcAAABdAAAAVQAAAE8AAABMAAAASgAAAEgABABHAAoARwANAEYAEQBGABUARgAaAEUA&#10;HwBEACQAQwApAEIALQBBADMAPwA4AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgAgAA3AJMANgCn&#10;ADYAwAA2AOgANgD+ADYA/wB8AAAAawAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAAAD8AAQA+AAcA&#10;PQALAD0ADgA8ABEAPAAWADwAGgA6AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEAMwBJADIAUwAx&#10;AF4AMABrAC8AewAuAI4ALQCiAC0AuAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABNCAAARggAAEAI&#10;AAA7BwAAOAUAADcDAAA2AAQANQAIADQADAA0AA8ANAASADMAFgAyABsAMQAgADAAJAAvACkALgAv&#10;AC0ANgAsAD0AKwBFACoATwApAFoAKABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDwACYA/wBtBgAA&#10;XgkAAFILAABIDAAAQAwAADoLAAA2CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0ALAAQACsAEwAq&#10;ABcAKQAcACgAIAAnACUAJgArACUAMgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAfAIUAHwCZAB4A&#10;rgAeAMcAHgDpAB8A+gBoCQAAWQwAAE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoMAAAoCwAAJwkE&#10;ACYGCAAmBAsAJQMOACQBEAAkARQAIgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/ABwBSQAbAVQA&#10;GgFhABoBcAAZAYIAGACWABgAqgAYAMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAAOBAAADIQAAAt&#10;DwAAKQ4AACYOAAAjDQAAIgwDACALBgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAaBR8AGgUlABkF&#10;KwAYBTMAFwY8ABYGRgAWBlIAFQdfABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID7wBfDgAAUQ8A&#10;AEYQAAA8EQAANREAAC8RAAAqEQAAJhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsKABkKDQAYCRAA&#10;FwkSABYJFwAVCRwAFAkiABQKKQATCjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAADgyUAA0LpwAN&#10;C7oADQrSAA0K6gBcDwAAThEAAEMSAAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAcEAAAGhACABgP&#10;BAAWDgcAFQ4JABQNCwATDA0AEgwQABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0ORgANDlEADA9e&#10;AAsPbQAKD38ACQ+TAAkPpgAIDrkACA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQAACkUAAAlFAAA&#10;IRMAAB0SAAAaEgAAFxECABURBQATEAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgADRAeAAwQJQAM&#10;EC0ACxE2AAoRQQAJEU0ACBJaAAcSagAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABVEgAASRQAAD4V&#10;AAA1FgAALRYAACcWAAAiFQAAHhQAABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8RCgANEQsADBIO&#10;AAsSEQAKEhUACRMbAAkTIgAIEyoABxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWOAAAVowAAFLcA&#10;ABTPAAAT6QBSFAAARhYAADsXAAAyFwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEAFBMEABITBgAR&#10;EggADxIIAA4TCQAMFAoAChUNAAgWEAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAAGUcAABlVAAAZ&#10;ZAAAGXcAABmMAAAYogAAGLcAABfPAAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZAAAfGAAAGxcA&#10;ABgWAAAVFQIAExUFABEUBgAQFAYADhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsWAAAbHQAAHCQA&#10;ABwtAAAcOAAAHUQAAB1SAAAdYgAAHXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAAQBoAADYbAAAt&#10;GwAAJhsAACEaAAAdGQAAGRkAABcYAAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAHHAkAAx0LAAAf&#10;DQAAIBAAACAUAAAhGgAAISIAACEqAAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAhnwAAILYAAB/R&#10;AAAf7QBIGgAAPRwAADMdAAArHQAAJB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkBAA4aAQAMHAIA&#10;Ch0DAAcfBQADIQgAACIKAAAkDAAAJg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4AACdLAAAnXAAA&#10;J24AACaFAAAmnQAAJbQAACTRAAAj7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAbHAAAGBsAABQc&#10;AAARHAAADh0AAA0fAAAKIQAABiIBAAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAtFQAALRwAAC0k&#10;AAAuLgAALjoAAC5IAAAtWAAALWoAAC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEAAC0hAAAmIQAA&#10;ISAAAB0fAAAaHgAAFh4AABIfAAAPIQAADSIAAAokAAAGJgAAAigAAAArAgAALQQAAC8GAAAwCQAA&#10;MgwAADQOAAA1EgAANRgAADUgAAA1KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAAMq8AADHNAAAw&#10;7wA8IwAAMiQAACokAAAkIwAAICIAABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUrAAABLgAAADAA&#10;AAAyAAAANAEAADYEAAA4BgAAOgkAADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/AAA9TgAAPWEA&#10;ADx3AAA7kQAAOqsAADnJAAA47QA3JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAAECgAAA0rAAAJ&#10;LgAABTAAAAAzAAAANQAAADgAAAA6AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAASREAAEkXAABI&#10;IQAASCwAAEc6AABHSQAARlsAAEVxAABEiwAAQ6UAAELDAABB6AA0KgAALCoAACcoAAAiJwAAHCgA&#10;ABYqAAARLQAADTAAAAkzAAADNgAAADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgAAABKAAAATAMA&#10;AE4GAABQCgAAUw4AAFQTAABUHAAAUycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54AAE25AABM4AAw&#10;LQAAKywAACYrAAAfLAAAGC4AABIyAAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAASQAAAEwAAABO&#10;AAAAUQAAAFMAAABVAAAAVwAAAFkBAABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABhPAAAYE4AAF9i&#10;AABeewAAXJYAAFuwAABZzwAvMAAAKi8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQAAABIAAAATAAA&#10;AE8AAABSAAAAVQAAAFgAAABbAAAAXQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUAAHALAAB0EAAA&#10;dBgAAHMlAAByNAAAckUAAHBZAABvcQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAUPAAADkEAAAdH&#10;AAAATAAAAFEAAABVAAAAWQAAAF0AAABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAAByAAAAdAAAAHcA&#10;AAB6AAAAfgAAAIIEAACGCwAAihEAAIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+bAAB+sgApOgAA&#10;ID0AABZCAAAPSAAACE4AAABUAAAAWgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAAAHoAAAB9AAAA&#10;gAAAAIIAAACFAAAAiAAAAIsAAACOAAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAAnzMAAJ1HAACa&#10;XgAAmHcAAJePAACVpwAjQwAAGUgAABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2AAAAewAAAIAA&#10;AACGAAAAigAAAI4AAACRAAAAkwAAAJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsAAACwAAAAtgQA&#10;ALwNAAC6FwAAuSgAALc8AAC0UgAAsmoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAAAGwAAAB0AAAA&#10;fAAAAIMAAACJAAAAjwAAAJQAAACaAAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAAsQAAALQAAAC4&#10;AAAAvAAAAMEAAADHAAAAzQAAANQFAADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADIjgAAAAAAAAAA&#10;AAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9&#10;PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WG&#10;h4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P&#10;0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////&#10;////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxga&#10;GxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFi&#10;Y2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqr&#10;rK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL0&#10;9fb3+fr7/P7//////////////////////////////////////////////////////wAAAAAAAAAA&#10;AAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+&#10;QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaH&#10;iIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q&#10;0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////&#10;//////////////////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMk&#10;JSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xd&#10;Xl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWW&#10;l5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P&#10;0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAAD&#10;BCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8Q&#10;ERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZH&#10;SElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+A&#10;gYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6&#10;u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T1&#10;9vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoa&#10;GxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxN&#10;T1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8&#10;vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp&#10;6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkK&#10;CwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4v&#10;MDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomL&#10;jpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX&#10;2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6&#10;+/v8/P39/v7/2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZ&#10;q52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuu&#10;e8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1&#10;qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgO&#10;ksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjL&#10;s6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6&#10;MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96o&#10;mo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wt&#10;n4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7MKvGuE+0wLNn&#10;vbuue8S1qYjLsqaH0a+jh9WtoIjZq56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ5KGYkOShmJDk&#10;oZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk2csJGuTODTnn&#10;zg5g2soMksu8LqvFuU20wLRmvbquesW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6lm4vgopqN4p6Z&#10;j+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP&#10;456Zj+OemY/j2MsJGuHPDDnlzw5g2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH0a2jh9WroIjZ&#10;qJ6I26Wdid2jnIrfn5qL4ZuZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKb&#10;mY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vEuky1vbNnvriu&#10;e8W0qYfMsKaH0ayjh9WpoIfYpp+I26OdiN2gnInenZuK4JiajeGYmo3hmJqN4ZiajeGYmo3hmJqN&#10;4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJGtrRCzje0Qxf&#10;1ssLkcvAKazCuU22vLNovreue8azqYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjdmpyJ3pWbjOCV&#10;m4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWb&#10;jOCVm4zg1swJGdnRCzja0wxf1MwLkcnAKa3AuU62urNpv7WufMayqYfMraaG0amjhtSloYbXoqCG&#10;2Z+fhtqbnofcl52I3ZOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIve&#10;k5yL3pOci96TnIvek5yL3pOci96TnIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3ubJqv7StfMaw&#10;qYfMq6aG0KekhdSjooXWn6GF2JyghdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCd&#10;it2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbSCzfW1Ate0MsK&#10;lcS+La68uFG4t7JqwLOtfMauqYfMqaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H2o6eiduOnonb&#10;jp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduO&#10;nonb080KGNXTCzbU1AtfzssJl8G+MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGepITTmqOE1Zai&#10;hNaToYXXj6CG2IugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ&#10;2YugidmLoInZi6CJ2YugidmLoInZ0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFtwa2tfcaqqobL&#10;pKiEzp+nhNCbpYPSl6SD05OjhNSQo4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJ&#10;oYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO0wplxsoLnbm8&#10;OLK0tli6rbFuwaqufcanq4XJoamEzJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ejiNSHo4jUh6OI&#10;1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jU&#10;ztAKFc7UCjrK0wpowMgPobW7PrSttVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPNkKiEzo2nhM+K&#10;p4XPh6aH0IWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWm&#10;iNGFpojRhaaI0YWmiNGFpojRzNAJGMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGwfcOfroTFma2D&#10;x5SshMmQq4TKjaqFy4qqhcuIqYbMhamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInN&#10;g6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpyscQep6W5Sbah&#10;tmC7nrNwvp2xfcGbsITDla+ExJGuhMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismCq4rJgquKyYKr&#10;ismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJxNII&#10;IMDWCUi41Ap4qc8XmJ6+R66atmK6mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+HxIaviMWEronF&#10;g66KxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WB&#10;rovFga6LxYGui8WBrovFv9QHJbrXCU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermStIO9jrOGv4uy&#10;h8CIsYfAhrGIwYSxicGDsYrBgrGLwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCM&#10;woCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rcofMyoRKrGpV20&#10;wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjA&#10;FjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ&#10;1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1&#10;lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNw&#10;ur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5&#10;vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6I&#10;k9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnN&#10;s5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6i&#10;f7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT&#10;6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9it&#10;hpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK&#10;0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8&#10;oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGP&#10;i9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3a98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRwur6if7+8oIjD&#10;uZuIx7eYiMq1lYnOs5KK0LGPi9OwjY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3aq4ad2quGndqr&#10;hp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4vh9T6rgmfMup&#10;Q6vGply0wqRvur6ifr+7oIjDuZ2HyLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayKktyriZndp4ic&#10;26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb&#10;9sEOFPfBFTD4vx5T6rklfMupQqvGp1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfRsJaI1K6Uidet&#10;kovaq5CN3KmNkt+ojZrfo4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOL&#10;nNyji5zco4uc3KOLnNyji5zc9sEOFPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6jfb+7o4jEt6CH&#10;ybSdh86xm4fTr5mI1q2XidqrlYrcqZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc&#10;oI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T6rojfMuqQazG&#10;qFmzwqZtur6kfb+6pIfFt6GHyrOfh8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuaglpngnJOb3ZyT&#10;m92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd9MIN&#10;FPXDFDD2wBxT6rsifMqqQKzGqFizwqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I2qqdit2nm4zg&#10;pJqO4p+Yj+OdmpjhmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Z&#10;l5vdmZeb3ZmXm92Zl5vd8sMNFPTDEzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6poTFtqWHy7Kj&#10;h9GvoYfWq5+I2qedid2knIrfoJuL4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pecm96XnJvel5yb&#10;3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0gfMqrPqzGqlaz&#10;wqhrur6neb+6qIPFtqeHzLKlh9GsoofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/gkp2X3pKdl96S&#10;nZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfe7cQME/PF&#10;Ei/0whlS6r0ffMqsPKzGq1Wzwqhqub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGfhtqdnofbmZ2H&#10;3ZSdid6QnI3ejp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPd&#10;jp2T3Y6dk92OnZPd6sUME/LFES/zwxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7FsqmHzKylhtGn&#10;o4bVoqGF156ghdiaoIXalp+G25GeiNyNnovci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iue&#10;j9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuvOKzGrVKywqtm&#10;ub+wb763rX7GsKmHzaqmhtGkpIXTn6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N2oifjdqIn43a&#10;iJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a4cYKE/DHEC7w&#10;xhZR6sEZfMuwNavHr0+yw7BguLyybL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSUo4TVkKKF1o2h&#10;hteJoYjYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL&#10;2Iehi9iHoYvY28cJEu7JDy7uyBRR68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqGy6OohM6ep4PP&#10;maaD0ZWlg9KRpITTjqSF1IujhtSIo4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWF&#10;o4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrIt0SwurZZuq+x&#10;cMKqrX/HpquFyqCqhMyaqIPNlqiDzpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWlidKFpYnShaWJ&#10;0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJEd/NCyznzQ9P&#10;6MsOe828IqjCvDyxsbVevKmxcsKmrn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTNi6iFzYiohs6G&#10;p4fOhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Sn&#10;ic+Ep4nP1ckJENjPCiva0wtO2NALes3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmthMeUrITIkKuE&#10;yY6rhMqLqoXLiaqGy4eph8yFqYjMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnM&#10;g6mJzIOpicyDqYnMg6mJzIOpicyDqYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4obRmvJ6ydb+d&#10;sX/Bm7CEw5auhMWRroTGjq2Fx4ushceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqCq4rKgquKyoKr&#10;isqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDSCijO1ApSxdEK&#10;g6rDLaiet1e4m7Vou5q0db6Zsn+/l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6IxoStiMaDrYrG&#10;ga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eB&#10;rYvHzM0JDMvTCi3H1ApZstgLgJ7NK5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCMsYbBirGHwoiw&#10;h8KGsIjChbCJw4OwisOCr4vDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+M&#10;w4GvjMOBr4zDga+Mw4GvjMOBr4zDx88IEMXUCTS42QpboucSdpfaJYmQz0WYjsddo43BbquNvXmx&#10;jLqBtIm4g7eGt4W5hLaGuoO1h7uCtYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+frOMvn6zjL5+&#10;s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn8Q5Vm/EbaJHm&#10;LXiJ3UCFhdVWj4PPZ5eCy3Odfsh4oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LBiKtywIqsccCL&#10;rHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus&#10;/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2&#10;iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJ&#10;wLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/H&#10;m2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/&#10;o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gU&#10;Dv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHM&#10;tYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyV&#10;isO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2Kx&#10;xJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9Gw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4&#10;Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWT&#10;zbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6&#10;kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJty&#10;tsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/&#10;tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSD&#10;ls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTR/7gUDv+4HSf/tSlG97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJwbuXicS5k4rH&#10;t4+MyrWMjsy0iZDOs4eS0LKEldKxgpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPSrICj0qyAo9Ks&#10;gKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDHnWCxxJxxtsKc&#10;fLq/noW+vJyIwrqZiMW4lYnJtpGKzLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qCodWngqLTp4Ki&#10;06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kTDv+5HCf/tihG&#10;97Ezat2pP5HHnWCxxJ1wtsKee7q/n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3Tr4qQ1q6Ik9it&#10;hpnZqoWe2aWEodWkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSE&#10;otSkhKLU/7oSDv+6Gyf/tydG97Eyat2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ich8i2mYjMs5aI&#10;0LGSitOvj4zWroyO2KyKk9uriZncpoed2qKGoNaghqLUoIai1KCGotSghqLUoIai1KCGotSghqLU&#10;oIai1KCGotSghqLUoIai1KCGotSghqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6xxJ1vtsGgeLq+&#10;oYG/u6GIxLieh8m1m4fNspiI0bCVidWukovYrI+N26qNkt6ojJrfooqd2p6JoNaciaHUnImh1JyJ&#10;odSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7Gib/uCZG9rIw&#10;at2qPJHHnl2xxJ5utsGhdrq+on+/u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON3qiRkuKkkJng&#10;no2d25qMoNeZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZ&#10;i6HV/rsRDv67Gib/uCVG9rMwatyrO5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qzn4fQsJyH1a2a&#10;iNmqmYreqJiO4qWXk+aflZngmpGc25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h&#10;1ZaOodWWjqHVlo6h1ZaOodWWjqHV/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBqtsGjc7q+pXzA&#10;uqWFxbajh8uzoYfRr5+H1qyeiduonIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDWk5Kg1pOSoNaT&#10;kqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+uSRG9rQuatyr&#10;OpLHoFyxxKFotsGlcbq+p3rAuqeExbamh8yypIfRrqKH16mfiNuknYneoJuK4JqajOGWm5PhlZub&#10;3ZKXntiRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX&#10;/LwQDf28GSb+uiNG9rQtatysOZLHoFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfSqqKH16afh9qh&#10;nofcm52I3pacit+Rm5DfkZ2Z3Y+bntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Z&#10;n9ePmZ/Xj5mf14+Zn9ePmZ/X/LwQDfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKpa7q+rHW/uq1/&#10;xbOph8ytpYbSp6KG1qKhhtidn4bamJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f14yen9eMnp/X&#10;jJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF9rYratutNpPH&#10;olmxxadftcKtZrm/sXC+t61+xrCph82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qLn4vbiJ+Q24ig&#10;mNiIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X+r0O&#10;Dfq+FiX8vCBF9rcqatuvNJTIpFWxxqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE0pukhNSWo4TV&#10;kaKF1o2hhteJoYnYhqGN2IShk9eEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aE&#10;opfWhKKX1oSil9aEopfW+b4ODPm/FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0sXDBra1/x6mq&#10;hcuiqITOnaeD0Jemg9GSpYTSjqSF04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGjk9WBo5PVgaOT&#10;1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rolatqyLpXKr0Ct&#10;yL09r7e2XbqusXLCqa1/xqWrhcmfqoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfShKWK0oGljdKA&#10;pY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/S7MELDPXC&#10;EiT2wRpE970hatq0KZbNvCipu7tDs661YbyosXPBpa5/xaGthMebrIPJlquDypGqhMuOqYTMi6mF&#10;zYiohs6GqIfOg6iJzoGnjM+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43P&#10;gKeNz4Cnjc+Ap43P38QJC/LFECPzxBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXAoLCAw52uhMWX&#10;rYTGk62Ex4+shMiMq4XJiauGyoerhsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuAqozLgKqMy4Cq&#10;jMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDSCoexvi+upbhU&#10;uJ+1aLyds3a/m7F/wZmwhMKUr4TDkK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62Jx4Gti8eArIvH&#10;gKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH1cYICdnMCiDl&#10;zw1A2NULX73WC4ilxDSmnLdauJm1a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJsIfCiLCHw4aw&#10;iMOFr4nDg6+KxIKvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+L&#10;xIGvi8SBr4vE0sgIB9PPCh3V1As9wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9uZG1hLyOs4a+&#10;jLKGv4qyh8CIsojAhrGIwYWxicGEsYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKA&#10;sYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ2jKIi9JMlInL&#10;X5yIxm6jiMN4qIXAfKuDv3+ugL2BsH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5i7V4uYy2eLmM&#10;tni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsIBsjSCSKz3wlC&#10;oPwVWpPwKGqL5jl3hN9JgoHYW4uA02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGhcMeDom/HhaNu&#10;xoajbcaIpGzFiqVsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzF&#10;i6VsxYulxM4HCrfZByaj+w49lv8eTo36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7acohr2XeLadd6&#10;jWfWfo5m1YCPZdSCkGTUhJFj04aRYtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT&#10;YdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXD&#10;l4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+&#10;We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvI&#10;uH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJ&#10;ksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4&#10;wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2i&#10;S3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6e&#10;ybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6&#10;hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeL&#10;u7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZ&#10;mlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9&#10;osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EX&#10;Cf+yIh7/rjA6/6k9WeyjSnnYm1uYx5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46Ow7qKkMW5h5LH&#10;uISVybeCmMq2gJvLtn6ezLV9o8yzfKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuv&#10;fKjLr3yoy698qMuvfKjL/7IXCf+yIR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXCmYG5wJuIvL6X&#10;ir+8lIvCupCNxbmMjse3iJHJtoWUy7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9qMyrfajMq32o&#10;zKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7WeykSHrXnFma&#10;xpdvssSZdrbCm3+5wJyHvb2aicC7lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrRsoCf0q5/o9Kq&#10;f6XPpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fN/7MWCf+z&#10;IB7/sC06/6s6WeylR3rWnFmaxphtssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQi8u0jI7Os4iR&#10;0bGFldOwg5rUsIKg1aqBotOmgaXQo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafN&#10;o4GnzaOBp82jgafN/7MVCP+0IB7/sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5v5+DvryeiMK6&#10;mojGt5aJyrWSis2zjozQsYqP06+HlNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2fg6bNn4OmzZ+D&#10;ps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5WeumRXvVnVibx5pp&#10;ssSdcLbCn3m6v6CCvryfiMK5nIjHtpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae2aKFodWehaTR&#10;nIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabO/7QUCP+0Hx3/&#10;sSw6/604WeumRXvVnVecx5tnssSebrbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGwk4rVrY+N2auM&#10;k92oipveooie2Z6IodWbh6TRmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYem&#10;zpmHps6Zh6bO/7QUCP+1Hh3/sis6/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+v7ujh8S4oIfJ&#10;tJ2HzrGZiNOulonYq5OM3KiQkuGjjprfnoye2pqLodWXiqTRlommzpaJps6WiabOlommzpaJps6W&#10;iabOlommzpaJps6WiabOlommzpaJps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zVnlWdx51jssSg&#10;arXCo3O6vqR8v7ukhcS3oofKs5+H0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paPoNaUjaPSk4yl&#10;z5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UTCP+1Hh3/syo6&#10;/642WuunQ3zVn1Odx55gssWiaLXCpXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnoncpJuL4J2ZjuOa&#10;m5nglZac25OToNeRkaPTkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CP&#10;pc+Qj6XP/7UTCP+2HR3/syk6/642WuuoQnzVoFGdx59escWkZLXCp225vql3v7upgcS2qIjLsaWH&#10;0auih9eln4jbnp2I3Zebi+CSm5Pfkpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ&#10;jZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6cx6FascWmYLTC&#10;qmm5v61zvruufcS0qofLraWG0aeihtWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iLmqLUipek0YqX&#10;pNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3HB3/tCg5/7A0&#10;WuqpQH3VpEmcyKRVsMaqW7PDr2O3wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF2I+fh9qKn4vb&#10;h5+S2oihnNeIn6HUh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGH&#10;nKTR/7YSCP+3Gx3/tSc5/7AzWuqqPn3WqESbyahPr8ewU7LFuFm1ubNtv7GtfcasqobLpaeFz5+m&#10;hNGYpITTkqOE1YyihteIoYrXhaGO14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj&#10;0YSio9GEoqPRhKKj0YSio9GEoqPR/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1Ercm5Ra69uFm4&#10;srJvwKyufsaoq4XKoamEzZung8+VpoPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnTgKah0YCmodGA&#10;pqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/tyQ5/7MvWumt&#10;OX7ZtC+WzLgyqcK9QLCztl26rLFxwaeufsWkrIXInauDypepg8ySqITOjaeEz4mnhtCFpojQgqaL&#10;0YCmjtF+ppTQfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP&#10;/7kPB/+6Fxz/uSI5/7UtWuyzMHrdwB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTGmayDyJSrhMmP&#10;qoTKi6qFy4iphsyFqYjNgqiKzYCojc5+qJHNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXyp&#10;ls18qZbNfKmWzXypls18qZbN/LsOB/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5T7aktWW8oLJ0&#10;v56xf8Kbr4TDlq6ExZGthMaNrYXHiqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuSynyrksp8q5LK&#10;fKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3/LolWufOE2jI&#10;2QuJrcMyp6G4VridtWi7m7N1vpmyf8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WErojGg62KxoGt&#10;i8Z/rY7Hfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH38AI&#10;BfXCDxn2whY27sgVUM3cDGa12g+Iosk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKFwI2xhsGKsYbB&#10;iLGHwoawiMKEsInCg7CKw4Gwi8OAr43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+&#10;r4/Dfq+Pw36vj8N+r4/D2cIHBeTHCxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GPwmWpjr5yro28&#10;e7KMuoG1ibiCt4e4hLiFt4W5g7aGuoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0jb18tI29fLSN&#10;vXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIMSan0FGWZ5iV4&#10;jtw5hojUT5CGz2CXhMxtnIPJdaB/x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSqdMGGq3PBh6ty&#10;wImscb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utz8YHAtDN&#10;CRLA2QksrPcPSJv6HlyP7zFrhudCdoDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQepZuz32Xbc5/&#10;mWzNgZlrzYOaasyFm2nMh5xoy4mdZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoyd&#10;Z8qMnWfKjJ1nyoydysgIAcLSBxOu5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51ceRlem3ha35q&#10;33CBaN51hGbceIVl23uHY9p+iGLagYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e1o2NXtaNjV7W&#10;jY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/LkOC/z1OfP1L&#10;V3f4Vl9v811laPBiamTtaW5h629xX+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWFeljkiHpX5It7&#10;VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458/6ocBf+qJxf/&#10;pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2A&#10;m8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6&#10;wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+S&#10;eKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmt&#10;w7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv&#10;/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9&#10;fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqS&#10;vL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXG&#10;koK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+qJxf/pzUv/6NE&#10;SvqdUWXpl15+25RtlM+Sd6bFkoG0xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKYwbyAm8K8fp7C&#10;vH2hw7t7pMS7eqnEunmtxLV5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1&#10;ea7D/6sbBf+rJhf/qDQv/6RDSvmeUGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnBkY67v42Qvb6J&#10;kr+9hpTBvIOXw7uBmsS6fp3Fun2hxrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6rcSxeq3EsXqt&#10;xLF6rcSxeq3EsXqtxLF6rcSxeq3E/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZmlsyVcanFlXy0&#10;xJaDt8KXi7rAk4y8vo+Ov72LkMG8h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJsHurx6x7rcWs&#10;e63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/qTMv/6VBSvmf&#10;T2bomVuB2ZhjlsyWb6rFlnm0w5eBt8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iCmMm3f53Ktn2i&#10;y7Z8qMuwe6nKrHyqyKh9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF&#10;/6wZBf+sJBb/qjIv/6VBS/mgTmfnmlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+vZOMwbuOjsS5&#10;ipDHuIaTybaCmMu1f53NtH6jzrF8ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+&#10;rMalfqzGpX6sxqV+rMalfqzG/6wZBf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uYaqzFmXS0w5p9&#10;t8Gbhbu+mYm/vJWKwrqQjMW4jI/ItoeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+pyaGArMahgKzG&#10;oYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv/6Y/S/igTWfn&#10;nVWB2Zxcl8qZaKzFmnK0w5x6uMCcg7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGxgZ3TrICi06eA&#10;pdCkgKfNoIGpyp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG/60Y&#10;Bf+tIhb/qzEv/6c/S/ihTGfnnlOB2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qIxLiVicm1kIvN&#10;souP0bCGldWuhJ7Xp4Kh1KOCpNGfgqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8ea&#10;g6vHmoOrx5qDq8eag6vH/60XBf+uIhb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzFnWy0w591uMCg&#10;fry9oIfBup2IxreYiMuzk4nPsI6N1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeFq8eXhavHl4Wr&#10;x5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+S/iiS2jooU+B&#10;2aBTl8qeX6zGn2m0w6FyuMCifLy9ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zcnImg1pmIo9KX&#10;iKbOlYipypSIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvH/64XBP+u&#10;IRb/rC8v/6g9S/iiSmjook2A2aJQl8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSgh86wnYjVq5mK&#10;3aWXk+abkZvdlo+g15SNo9OSjKbPkYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvI&#10;kIqryJCKq8iQiqvI/64WBP+vIRb/rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGzxKdqt8CpdLy8&#10;qX7CuKiHyLOmh8+soofXpJ2J3ZqajeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmNjqrJjY6qyY2O&#10;qsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ejSWnopkh/2qdI&#10;lcylU6rHqFyyxKxktsGubru9r3jAtqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f2IuZodSLlqTQ&#10;ipOnzYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ/68VBP+wIBb/&#10;ri4v/6k7S/ekR2npqER+26tDlM2pTKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+hpITTl6KE1o6g&#10;h9mIn4/ah6Ga2IegodSHm6TRh5imzoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5Wp&#10;yoeVqcqHlanK/7AVBP+wIBX/ri0v/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxSsbm1Z7uwsHjD&#10;q6yEyaSphM2cpoPQk6SE04ujhtWFoozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjLhJqoy4SaqMuE&#10;mqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfrrzt73rYzj9K6&#10;NKHMwjmqu7pVtbC0ar2qsHnDp62Ex5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+ll9J/pqDQf6Wm&#10;zoCgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ETBP+yHhX/sCsu&#10;/6w3TPqsO2XttTR44r8pidjMIJi+vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTKjqmEzIiohs6D&#10;p4nPgKeNz36nk898qJrOfKmizXynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3yn&#10;qMt8p6jL/7ISBP+zHRX/sSku/602TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOzb76gsXvBnq+E&#10;w5euhMaRrITHjKuFyYeqh8qDqonLgKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeaukynmrpMp5q6TK&#10;eaukynmrpMp5q6TKeaukynmrpMp5q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p0t8Rf7nMJ5yn&#10;vUyxoLdiuZ20cb2bsny/mrGEwZSwhMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8rJLIe6yXyHmt&#10;nsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2GRT/tSQt/7Qs&#10;SfLFH1TW3RJiwd8TgazNLpqfwE+rmrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCHw4aviMODr4nE&#10;ga+LxH+ujcV9rpDFe66UxXqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6&#10;r5nE/7cOA/+4FhP/tyAt+b8fQdzZEUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbORuHu4kLaCu460&#10;hb2Ls4a/iLKHwIayicCEsYrBgrGLwYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXuxlcF7sZXBe7GV&#10;wXuxlcF7sZXBe7GVwXuxlcF7sZXB9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIifZbWN42Pzk+Y&#10;jMhhoIrEbqaKwXiqh799rYS+gLCBvIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22driPt3S4k7d0&#10;uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHuyA4iy9sLLrb4&#10;EUyl9R1jl+gsdY3fPYGH2FCLg9NgkoLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PGgqRyxYSlcMWG&#10;pW/EiKZuxIqnbcONp2vDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co&#10;18AGAdvGCA7L0woVuOgMMqb/FUqY+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2JcNhxi27WdY1s&#10;1XiPatR7kGnTfpFn04CSZtKDk2XShZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQ&#10;jpZi0I6WYtCOlmLQjpZi0I6W0cIGAc3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70TWR58Fhqc+xf&#10;b23qY3Np52l2Z+VueWXkcntj43Z9YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92JhFrdjYVa3Y2F&#10;Wt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYamv8TK47/JDmF&#10;/zZEfv9ETXn/UVVx+1dba/ddYGX0YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY635xV+qBclbq&#10;hHJV6YdzVOmKdFPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51vMkF&#10;AKvbAQia/wsWj/8ZI4X/Ky1+/zk3eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtrW1X5cF1U+HRe&#10;Uvd4X1H3e2BQ9n5hT/WBYk/1hGNO9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM&#10;85BmTPOQZkzzkGZM85Bm/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyM&#10;jarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn&#10;7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vA&#10;eaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+i&#10;LBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGb&#10;ucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarH&#10;ipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBs&#10;eeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8&#10;wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6EYA/+jKxD/&#10;oDol/5xIPP+XVlP4k2No7JJpeuGRc4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjChJi5wYGbusF/&#10;nbvAfaC8wHukvMB6p73Aeay9wHiwvb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHiz&#10;vLh4s7y4eLO8/6EYA/+jKhD/oTkl/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCCpsiPibDEj4+2&#10;w4uRt8KIlLnBhJe6wIKavMB/nb2/faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9tHmzvbR5s720&#10;ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3ll5p65Vje+CU&#10;bI3VknWczZF/qMeRh7LEkY62w42QuMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15qsC9eLDAuHmw&#10;wLR5sb+verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9/6MYA/+kKRD/ojgl&#10;/55GPf+ZVFX3l1xp65dgfN+WaY3Vk3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9voOYv72AnMC9&#10;faDBvHulwrx5q8K5ea/CtHmvwbB6sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7&#10;sr6se7K+/6MYAv+lKBD/ojcl/59GPf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WTgrTElIq3wpGO&#10;ucCMkLy/iJO+vYSXwLyAm8K7faDDu3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyxv6h8sb+ofLG/&#10;qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp65tbfN+ZYo7U&#10;l2uey5V2rMWUgLTDlYi3wZONusCOj72+iZLAvIWVwruBmsS5faDGuXuox7R6q8eve63Fq3uuw6d8&#10;r8GkfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+mJxD/ozYl/6BE&#10;Pf+bUlb3nFVp65xYfN+bXo7UmWeeypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aUxLmBmce3fqDJ&#10;tnypyq57qsiqfKzGpn2txKN+r8GgfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+g&#10;frG//6UYAv+mJg//pDUl/6BEPf+cUVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTDmYK4wZmKu76U&#10;jL+8jo7DuYiSx7eCmMu1fqHNr3ynzal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52Asb+dgLG/nYCx&#10;v52Asb+dgLG/nYCxv52Asb+dgLG//6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BTe+CgV43Unl+e&#10;yptrrMWbdbTDm364wJuHvL2XisC6kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvHnYGtxZuBr8KZ&#10;grG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//pTQl/6FDPv+e&#10;TlX4oU5o7KJQeuCjUozVoVudy55mrMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCGltSpgqDWoYKk&#10;0J2CqMuag6rImYOtxZeEr8KWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA&#10;/6YYAv+nJQ//pTQl/6FCPv+fTFX4okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3wKKAvbygh8O3&#10;mojKspOK0qyLlNugh5/Ymoak0ZeGp8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCSh7DAkoewwJKH&#10;sMCSh7DAkoewwJKHsMCSh7DA/6cYAv+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKpS4rWqFGazaZb&#10;qcelZbLEp3C2wKd6vLymg8O2oofLr52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqsxo+KrsOPibDB&#10;j4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl/6JBPv+iSFT5&#10;pkdm7qpHd+OtR4jZrUuYz6xUpsisXq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96Pmp3ajZWi04yS&#10;ps6LkKnKi46rx4uNrcSMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/B/6gY&#10;Av+pJA//pzIl/6NBPv+kRlP6qURk761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbduuLKwfMKpqobL&#10;nKWE0o2gh9iGoJfZh56i04eYpc+HlajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KI&#10;kK/CiJCvwoiQr8KIkK/C/6gYAv+pIw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLevjuP1sQ/mszF&#10;Sqa8vF2ysbVvu6qwfcOjq4TJlqeDzoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSWrMaFlK7DhZSu&#10;w4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/Pv+oQFH8rzxh&#10;87Y5cOq/N33jyjWH1NE3lb7CS6mwuWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3QfaeY0H2opM5+&#10;pKjLf5+qyYCbq8aBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3E/6oXAv+q&#10;Ig//qDAl/6U+Pv+rO0//tDdd9r0zauvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6xf8GYr4TEj6yE&#10;yIeqh8qAqYzMfKmTzHqqnMt5q6bKeqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3E&#10;fZ6txH2ercR9nq3E/6oWAv+rIQ7/qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaGtsw8m6jBVKuf&#10;uWa2m7V0vJmyf7+VsITCja+FxIath8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5pa3EeaWtxHml&#10;rcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2L0jzxChR4NYm&#10;VszkInG72iiIqsxBm5/DV6mZvGmylrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6PxXuulMV6r5rE&#10;eK+gxHWvp8R0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D/6wUAv+tHw7/&#10;rCsk/7AvN/q/JUHk0SBFzuQdW73pInSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eNtoS7ibSGvYWy&#10;iL+CsYvBf7GOwXyxksJ6sZbBebGbwXiyocB0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGn&#10;wXSxp8F0safB/64SAf+vHQ3/rigk/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFIlJDKXJ6NxWql&#10;i8F2qom+fa+FvICygrqDtH65hrZ8uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5c7ekuXO3pLlz&#10;t6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB7xdIsPcgYKHq&#10;K3OV3zmCjddMjYjRXZWGzGqbhMl0oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/ja5vvpCvbr6U&#10;r2y+ma9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MOAf+0Fgz8vBca&#10;1tYLFsPtEDCy/BlKovklXpbtM26M5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZccx9m2/LgJ1t&#10;yoSea8mHn2nJiqBoyI6hZ8eSomXHlqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2TH&#10;nKNkx5yj9LYKAf+4EgvVzAoLxNsKGbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrjYHx132eBcd1t&#10;hG3bcodq2XaJaNh6i2bXfY1k1oGOY9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZk1zSmZNc0pmT&#10;XNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRDjP80UIT7Qlp9&#10;9k9iePFaaHHuX21r62RxZ+lpdGTnbnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a4Yh/WeCLgFfg&#10;kIBW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTIBwC02QUKo/4N&#10;HJb/GiyL/ys6g/86RHz/SE11/1JTbv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJzZ1fxd2hW8Xpp&#10;VfB9alTvgGtT74RrUu6HbFDui21P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P&#10;7ZBuxsAFALTQBAGj4wIKlv8QGIv/ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb/19PWP9kUlX/&#10;aVRT/21VUv5xV1D9dFhP/HhZTvt7Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4kF9I+JBfSPiQ&#10;X0j4kF9I+JBfSPiQX0j4kF9I+JBftccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87Kmj/QjFh/0o2&#10;XP9RO1f/Vz9T/11CUP9iRE7/Z0ZM/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NOQ/+HTkL/i09B&#10;/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/lTsc/5NLL/+P&#10;WUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKp&#10;qcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq&#10;/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/R&#10;eJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRx&#10;wKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aE&#10;h96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCr&#10;xHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/&#10;jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxx&#10;rarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5IS&#10;Af+WJwr/ljsc/5RLMP+QWUP/j2NU+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+TntF9l6LPe5um&#10;zXmeqMx3oqrLdqWsynSprclzra7JcrKvyXG3r8hxvK/Cc72uvnS9r750va++dL2vvnS9r750va++&#10;dL2vvnS9r750va++dL2v/5MSAf+XJwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPojXeA4YyAi9uI&#10;h5TVhY2c0oKRoc9/lqbMfZmpy3udrMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1urO8dbqzuHa6&#10;s7h2urO4drqzuHa6s7h2urO4drqzuHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZLMP+SWUT/kl5V&#10;+pJkZfCRanTnj3OB4I59jNmLhZbUiIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0xXiotcR2rrbE&#10;dbS2wXa3trx3t7a3d7e2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2/5URAf+Z&#10;Jwr/mTsc/5dKMP+TWET/lFxV+pRhZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uEk6zIgZewxn+b&#10;s8R9n7XDe6S3wnmpucJ3r7nCdrW5vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3&#10;sHm3t7B5t7ewebe3/5YRAf+aJwr/mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC3pF2jtiPf5nR&#10;jYiizYqOqcmHkq7GhJazxIGatsJ+n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmveba4rHq2t6x6&#10;tresera3rHq2t6x6tresera3rHq2t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+WU0T/mFdV+phb&#10;ZfCXYXTnlmiC3pNyj9aRe5rQj4Sjy42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmrvL93s7y4eLO7&#10;snm0u655tbqrerW5qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4/5cRAf+bJgr/&#10;nDoc/5hJMf+YUUT/mlRU+ptYZPCaXXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PDiZS3woSYusB/&#10;nry/e6W+v3muvrl4sr6yebK9rXqzvKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2&#10;uKR8trikfLa4/5gRAf+cJgr/nDkc/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plpj9aWcprPk3yl&#10;ypGFrcWQjbTDi5K4wYWWu7+Anb69e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5oH22uKB9trig&#10;fba4oH22uKB9trigfba4oH22uKB9trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/nk9T+59SY/Gg&#10;VnLon1uA351kjteabZrQl3ekypSBrcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7r8KmfLG/o32y&#10;vaB+tLuef7W5nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kRAf+eJgr/nTgc&#10;/5pHMf+cS0L/oE1S/KJQYvKjU3Hpo1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26voqSv7qBm8W3&#10;fKnJq3yrx6R9rsOgfrDAnX+yvZuAs7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiB&#10;triYgba4/5oRAf+eJgr/njgc/5pGMv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqkYpbSoWuhy511&#10;q8aagLPCmIq6vI6PwraDmcusfabOon+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2uJSDtriUg7a4&#10;lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ/qdKX/SpTG3r&#10;q1B746xUh9yrXJPUqWWdzqZvp8ijerDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWUha/Bk4WxvpKF&#10;s7yRhbS6kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+fJgr/nzcc/5tF&#10;Mv+hRUD/pkZP/6pHXfatSWvtsEx45rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+FxKGVks6UjqPS&#10;kIuoy4+KrMaOiq/Cjomxv46Jsr2OiLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmO&#10;iLW5/5sRAf+gJgr/nzYc/5xEMf+jQz//qENO/61EW/ixRWjwtkh06btMfuPAUYffxluO1shrlMa9&#10;caa1s3i1paiBw5Sfjc2JnKLSh5SnzIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqLtLqKi7S6iou0&#10;uoqLtLqKi7S6iou0uoqLtLqKi7S6/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FAWfq3QWTzvURv&#10;7sVJd+XOUnzd1mJ/zM5okrzFbqSru3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3EhJOvwYWRsb+G&#10;j7O9h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/oDUc/6A/MP+n&#10;PT3/rjxK/7U8Vfq9PWDwxkJn5tFKbN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYatiMZ7qpTKeKuo&#10;yXuiq8d+nK3EgJmvwoGWsMCClLK+g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8&#10;/54QAf+iJgr/oTQc/6I8Lv+qOjv/sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GMrsxfm6HDbaiY&#10;vHmykbWEu4WxicJ8rpHFeK6fxXWtrMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/lrK9f5ayvX+W&#10;sr1/lrK9f5ayvX+Wsr1/lrK9/54QAf+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQOE7Z3jlay+Y9&#10;br7gQoCu1FCQoctfnZjDbaiRvXmxi7iDuIO0iL19sZDBebGawXWxpcFyr6/CdaivwXejsMB5n7G/&#10;e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc/6g0K/+zLzT5&#10;vy086c0vQNneL0rK5zRfveo6c6/eQYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6to27d7WVvHW1&#10;n7xytKi9brOyvnGssr50p7K+dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9/6EQ&#10;Af+lIwn/pDEc/60uJ/+5KS/uyCYz2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81imorHcKKGw3qo&#10;gL+ArXu9hbF2u4u0c7mStXG5mrZwuaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4bqy2uG6strhu&#10;rLa4bqy2uG6strhurLa4/6MQAf+nIgn/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv8zJmoec7dpXe&#10;RoON1laNh9BkloTLcZx/yHihesV+pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/rq5lvbiwZbm7&#10;sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/LsdGuPRExnM5Rkp&#10;vfIiQa/9KlWh8zRmluk/dIzhS3+F21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIehaseMo2jGkqRm&#10;xZmlZMWgpWTFqKVjxrKkYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLum/6gQAP+q&#10;Hgj/sx0R7MkOD87jDhW+8hgtr/4iQ6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZbopw1nSObNN5&#10;kWnSf5Nn0ISVZM+Kl2LOj5hgzZWZX82cml7NoptdzaubXM20mlzNtJpczbSaXM20mlzNtJpczbSa&#10;XM20mlzNtJpczbSa/6sPAP+tGgfywA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9eg/FLaH3sVnB3&#10;6F92ceRlemzhbH5p33KBZt14hGPcfYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X1qWOVtWsjlbV&#10;rI5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79EByh/xwvlf8p&#10;P4v/N0yC/kVWfPlQXnX0WWRu8V9paO5kbWTranBh6nBzX+h1dV3nendb5n94WeWEeVjkiXtW4458&#10;VeKTfVTimH5S4Z5+UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/8bQIAM7ABgC9&#10;zgcBruAHC6D/EhyU/yAriv8vOIH/PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb9W1iWPRyZFbz&#10;d2ZV8ntnU/GAaFHwhGlQ8IlqT++Oa07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2f&#10;bkvtn25L7Z9u0bkDALzFBQCt1gMBn/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9PQ2L/VUdd/1pL&#10;Wf9gTVb/ZVBT/2pRUf9uU0//clRO/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5NbRfqYXEX6mFxF&#10;+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+/ykbdf81I2z/&#10;PCpk/0MvXv9KNFj/UDdU/1Y6Uf9bPE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/eEVC/31GQf+B&#10;R0D/hkg//4xJPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUAAJ7XAACP9QAB&#10;hv8PBHz/Gwtx/yQRZ/8sF1//NRxZ/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2EyQv9mM0D/ajU/&#10;/242Pf9zNzz/dzg7/3w5Ov+BOjj/hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/&#10;kjw2/5I8/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KV&#10;guRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKR&#10;zmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5&#10;fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxl&#10;yZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NG&#10;JP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO&#10;3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHO&#10;aNKR/4QTAf+FIgb/hjUU/4RGJP+AVTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnnod41/5XWTheJy&#10;mIngcJ2M326ijt1sppDca6uS22mvlNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchqz5bIas+WyGrP&#10;lshqz5bIas+WyGrPlshqz5bIas+W/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hkUf6Ha173g3Jp&#10;8YB8c+t9hXvneoyC43eSh+B0l4zecpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z12jGmtNozJrM&#10;asyZxmvMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/iDUU/4ZGJf+H&#10;UzX/i1tD/4xiUf6Kal72h3Fq8IR6dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhvpZjWbaua1Wuw&#10;m9Vqt5zUab+d1GnJncxryp3GbMmdwG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd&#10;/4cSAf+JIQb/ijUU/4hGJf+KUjX/jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG4HyPjN15lJHa&#10;dpqV2HOfmdVwpZvUbqqe022xn9JruKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4cMehuHDHobhw&#10;x6G4cMehuHDHobhwx6G4cMeh/4gRAf+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6QZV72jmxr74t1&#10;duiHfoDjhIaI3n+Nj9t7k5TYeJmZ1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/EpL9wxKW6ccSl&#10;tXHEpbJyxKSycsSksnLEpLJyxKSycsSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU/4pGJf+QTzT/&#10;lFZD/5RbUf6TYV72kWhr7o5wduiLe4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPPcaqmzm+zp81u&#10;vajHcMKovnHBqbhywam0c8Gpr3TCqK10wqetdMKnrXTCp610wqetdMKnrXTCp610wqetdMKn/4oR&#10;Af+MIQb/jTQU/4tGJv+TTjT/llNC/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeIktiCj5nTfZWf&#10;0Hmco851o6fMcquqy3C0q8hwv6y/c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8CqqHfAqqh3wKqo&#10;d8CqqHfAqqh3wKqod8Cq/4sRAf+NIAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33mGBp75VodeiS&#10;cIDhj3uK3IuEk9aGjJrSgJOhznuapsx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3vK+oeL2vpXm+&#10;raN5vq2jeb6to3m+raN5vq2jeb6to3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49EJf+YSjP/m01A&#10;/51RTv+dV1v4nFxo8JpjdOiXan/ik3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2xxHS6s7d2ubOv&#10;eLmzqnm6s6Z6urKje7uxoHu8sJ98va6ffL2un3y9rp98va6ffL2un3y9rp98va6ffL2u/4wQAf+P&#10;IAb/kDQU/5JDJf+aSDL/nUo//59OTf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaPhJvQiI2jy4GW&#10;q8d7obHFdrC1une3tq95t7aoeri2o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOefbqynH67sZt+&#10;vLCbfrywm368sJt+vLCbfrywm368sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+bRjH/oEg+/6JL&#10;S/+kUFj6pFVk86RacOuiYXvkn2mF3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1uaZ7trihfbe2&#10;nX64tZt/ubSZf7qzmIC6speAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux/40QAf+QIAb/&#10;kTQU/5dCJP+dQzD/okU9/6VISf+oTFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbLlYOiwIuOrbaD&#10;mraufqq7pHyzvJ5+tbqagLe3mIG4tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOCu7GTgruxk4K7&#10;sZOCu7GTgrux/44QAf+RIAb/kjQU/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBTaOyyWnLks2F7&#10;269uhMymdpTAnH6itJKIrqmKlLeghaS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmzkIS6spCEurKQ&#10;hLqykIS6spCEurKQhLqykIS6spCEurKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/p0A6/6xCRf+w&#10;RlD5s0ta8LdSY+i7WWvfvWRy0bZsgsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJs7yMibW5jIi3&#10;toyIuLWMh7m0jIe6s4yHurKMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qy/48PAf+SHwb/lDQU&#10;/5w9If+jPC3/qj04/69AQv+0REz1uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqnegoKGArZObi7eJ&#10;lpu9g5Wvv4SRs7yGjrW5h422t4eMt7aIi7i1iYq5tImKurKJirqyiYq6somKurKJirqyiYq6somK&#10;urKJirqy/5APAf+THwb/lTQV/547IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/RW1nPymBtwcJn&#10;gLK5bZCksXSfl6p9q4qkiLV/oJe7eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25s4WNurKFjbqy&#10;hY26soWNurKFjbqyhY26soWNurKFjbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy/7g6O/bAP0Hs&#10;ykdF49ZURdbZV1jH0F5ruMhkfqrBa46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3nbW5epm2t32W&#10;t7Z+k7m0f5G6soCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+VHwb/lzMV/6I1&#10;Hv+rMyf/tDQv+b42Ne3JPTji1kg42eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53pHi6g61uuJOz&#10;aLiotmmyuLZvp7e2c6G4tXacubR4mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7&#10;lbyw/5MOAf+WHwX/mTMU/6UwHP+vMCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz3VZspdhdepjS&#10;ZYiKzm2Ufcl2n3PEg6dswJGsZ76hr2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sava50mr2udJq9&#10;rnSava50mr2udJq9rnSava50mr2u/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEtIdXgMyzJ6Dw/&#10;vuhDUbHlSWGk4k9wl99WfYraYIiA02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2qY7i/q2awv6xp&#10;qr+sbKW/q22iwKptosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/oiwQ/60oFfu7&#10;IxjozSAX1d8lHcjoMDG87zlEsOxAVaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzNgZpnyoueZMiW&#10;oGHIo6FgyLOhXcfDo1++xKVhtsOlZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl&#10;/5cNAP+cHgX/piYN/7QgD+/GFw/W3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609wgeVYenrfZIJz&#10;2m2IbdZ2jWjTf5Jk0IiVYM+SmF7OnZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5euMmeXrjJnl64&#10;yZ5euMmeXrjJnl64yZ5euMme/5oMAP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676LTmi+jZKlvo/&#10;WIv1SGOC7lJteuhcdXLkZHtt4G2AaN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9SukVbUvJBW1M2Q&#10;Vs3RklfI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID1MkKAsjaCwa5&#10;9BYXrP8jKqH/LjuV/zhJi/9CVYL4TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c4YN/Wt+Lglfe&#10;k4NV3ZyFVNylhlLcr4ZS3LuGUdzMhVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqF/6AK&#10;AP+tEwHUwAgAxs4IALnjCwir/xcZn/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/VeY2XyZWhg72xr&#10;Xe1yblrreXBX6oByVemHdFPnj3ZR5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6TOTFekzkxXpM&#10;5MV6TOTFekzkxXpM5MV6/6QHANi4BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA/z8/ef9KR3D/&#10;UU5p/1dTYv1dV177ZFta+WpeV/dwYFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrwn2pJ76drSO+w&#10;bEfut2xH7rdsR+63bEfut2xH7rdsR+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsFApz/EAuR/x0X&#10;h/8qI37/Ni12/0E2bf9IPGb/T0Jg/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hUSv9+VUj+hFZH&#10;/YtYRfySWUT7mFpD+59bQvqnXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcyLYBALXB&#10;AwCn0QEAmesFAo//EgmF/yASfP8sG3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//Xj1M/2M/Sv9o&#10;QEf/bUJF/3JDRP93REL/fUVA/4NGP/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+jSzv/o0s7/6NL&#10;O/+jSzv/o0s7/6NLtroCAKbKAACY3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zceV/8/IlL/RiZN&#10;/0woSv9SK0b/WC1E/10uQv9hL0D/ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1/4w4M/+UODP/&#10;mDkz/5g5M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/DgJn/xMFX/8d&#10;CVf/Jg1R/y8RTP83FUf/PhdD/0UZQP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9nIzL/bCQx/3Il&#10;L/93Ji7/fSct/4QoK/+LKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep/3YVAv9zIAT/&#10;cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9h&#10;q3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDj&#10;edVg43nVYON5/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n&#10;9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nV&#10;YON51WDjedVg43nVYON51WDjedVg43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/eFgz/3lgP/93&#10;aUr/c3FU/3F8XPtuhmP3a45p9GmUbfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tfvHzqXsR96l3N&#10;fedd2X3hX9592mDgfNFi4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cVAv90HwT/dTEN&#10;/3NCGv93TSf/e1Y0/3xfQP96Z0v/d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ5937GWleetkqnvq&#10;Yq996WG1fuhgvX/oX8WA6F7QgeJf2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HKZN+BymTfgcpk&#10;34HKZN+B/3gUAv91HwT/djEN/3RCGv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0gWb1cIpt8W2R&#10;cu5rmHbsaZ5562ekfOllqX7oY6+A52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTchMZl3ITFZdyE&#10;xWXchMVl3ITFZdyExWXchMVl3ITFZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0/4NcQP+CZEz/&#10;f2xW/Xp0YPh3f2jzc4hv8HCPdO1tlnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fjYcmH4GHVh9Vk&#10;2ofNZdqIx2bZiMFn2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94HgP/eTAN/3hB&#10;Gv+BSSf/hlIz/4haQP+HYkz/g2lX/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqig+RoqIbjZq+I&#10;4mS3iuFjwYvhYs6L2GTWi81m1ovGZ9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oy6&#10;adaM/3sTAf95HQP/ejAN/3w/Gv+FSCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrxe4Jy7XeKeelz&#10;kn7mb5mD5Gyhh+JqqIrgZ6+M32W4jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs05C0bNOPtGzT&#10;j7Rs04+0bNOPtGzTj7Rs04+0bNOP/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FWP/+QXUv/jmRW&#10;/IlrYfaEc2vwf35z7HuHeuh2kIHkcpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGTxmrQlL5r0JS4&#10;bNCUs23QlK9u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/fC8N/4M8Gf+N&#10;RSX/k00x/5VTPv+UWUr/kmBV/Y9oYPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1tp5HbabGU2We/&#10;ltRnzpfHa82YvWzNmLZuzZiwb82YrHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W&#10;/34SAf98HAP/fi8N/4Y7Gf+RQyT/lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz64R/fOZ+iYTh&#10;eJKL3XOckNpuppXYarOZ1mjFm8lry5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmidM2YonTNmKJ0&#10;zZiidM2YonTNmKJ0zZiidM2Y/38SAf99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+cUkb/m1hS/5lf&#10;XfiVZmjxkG5y64p5e+WDhITgfI+M3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLHoKd0yJ+jdcme&#10;oHbKnZ52y5uddsuanXbLmp12y5qddsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N/4w4GP+XQCL/&#10;nEQt/59JOf+gTkT/oFVP/J5bWvWcYmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzDcK6hvm+/o7Ny&#10;xaOqdMWjpHbFo6B3xqGdeMegm3jInpl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5ypyYecqc/4AR&#10;Af9/GwP/gS8N/483F/+aPyH/n0Is/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4JpxddWTfIHLioWN&#10;w4KPlrt7mp61dqeksHS4p6h2wqeheMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmdlHzJnZR8yZ2U&#10;fMmdlHzJnZR8yZ2UfMmd/4ERAf+AGwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6qVBJ8qpWUuqq&#10;XVziqWZm16JvcsuZeIHBkIGNuIiKl6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+xKSSfsWjkX7H&#10;oZB+yJ+QfsmekH7JnpB+yZ6QfsmekH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1Fv+eOh7/pD4o&#10;/6hCMv+sRzv2r01E7bFUTeWzW1XcsGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52nl4Ctq5OAv6uR&#10;gcGpj4HCp46Bw6WNgcWjjYHGooyByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+Mgcif/4IRAf+B&#10;GgP/hi0N/5Y0Ff+gOR3/pjwm/6tAL/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLulcX+wnXmMpZWC&#10;l5uPjaGTipmnjIepq4iHv6yIh8CqiIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITIn4iEyJ+IhMif&#10;iITIn4iEyJ+IhMif/4MQAf+CGgP/iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k55cJSPtrCWEzM&#10;umBfv7Jnb7Orbn6oo3aLnZx+l5KXiaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aDicWkg4jGooSH&#10;yKCEh8ifhIfIn4SHyJ+Eh8ifhIfIn4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+lNBr/rDYh/rM6&#10;KPO7QC3pw0gx4ctRN9LHVkvFwF5duLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZiiqnSYt6t3lcGp&#10;epHCp3yPw6V9jcWjfozGoX+KyJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif/4UQAf+EGgP/&#10;jigL/58xEf+nMhf/sDMd+bk2Iu7CPSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqYsnGHjKx5k4Go&#10;gpx3pI+jcKKfp2yitKhun8KncpnDpnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqOyZ56jsmeeo7J&#10;nnqOyZ56jsme/4YQAf+FGQP/kSYK/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpKM8TSUke3y1pZ&#10;qcZhaZzAZ3iQum6EhLZ2j3mygJhvr42faK2do2StsqRlqsWkaqLFo22dxqJwmcehcpbIn3STyZ11&#10;k8qddZPKnXWTyp11k8qddZPKnXWTyp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6uykT7MgsE97Y&#10;NxDT4UEeyd9JMLzaUUSv01hWoc1fZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66sZ5duMmeYq7I&#10;n2amyJ9pocmea53KnW6ay5tumcubbpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gPAf+JGQP/miMH&#10;/6gnCv+1IgzxxCAM4NUkCdHhMBTH5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6dMxzhGvKfoti&#10;yIyRXMiclVnIsZZXyM6WW7vNmF6yzJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdnoM2XZ6DNl2eg&#10;zZdnoM2X/4oOAf+LGAP/nyEF/64gBvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTkSkiY4lBWjOBX&#10;YoDdX2x222h1bNpyfWPYfoNc2IyIV9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLRk1+s0ZNgqtGT&#10;YKrRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4CxOseDbjvLB2t&#10;7jcuouxAPZfrSEqM6U9WgehWYHbnXmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR3LiFUd3UhFPQ&#10;2odUxtiJVr/Xili41otZttaLWbbWi1m21otZttaLWbbWi1m21otZttaL/44NAP+XEgH/rRUB2b8J&#10;AMzOCQDD6w4EtvUeEav1LCGh9DcwlvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1wblrqenJW54V2&#10;U+WReVHknntP46x8TeO9fE3j2XxQ2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oFT&#10;xN6B/5IMAP+gDQDbtwYAysMHAMDSCQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4/VFQbv1XV2X6&#10;Xlxg9mZhW/RvZVbxeGhT74JrUO6MbU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y5nNO1ed0TtXn&#10;dE7V53RO1ed0TtXndE7V53RO1ed0/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8hFpL/LiOJ/zkv&#10;gP9COXf/SkJt/1BJZf9WTl//XlNa/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9JxkRvOmZUXys2ZE&#10;8sFnQ/LUZ0Xu52dG6+hnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8vgQAr80EAKTe&#10;BwGa/xUJkP8kFYf/MCB+/zsqdP9CMmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/ck9K/3lRR/+C&#10;U0X/i1RD/pRWQf2eV0D9qFg//LNZPvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvbWj3721o9+9ta&#10;0q0AAL24AgCuxQIAodUCAJb3CwKN/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wzVP9TN1D/WjpM&#10;/2A8Sf9mPkb/bUBE/3RCQf97Qz//g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3/8JLN//CSzf/&#10;wks3/8JLN//CSzf/wks3/8JLv7MAAK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/KhNk/zEZXP84&#10;HlX/QCJQ/0gmTP9PKUj/VStE/1stQv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+LNzP/lDgy/5w5&#10;Mf+kOjD/rzsw/7I7MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAAhO8AAHz/DQFv&#10;/xEDZv8ZBl7/IQpW/ykPUP8yE0v/OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1/2QiM/9pIzH/&#10;cCQv/3clLf9+Jiz/hycq/48oKf+XKSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqocIA&#10;AJHRAACC4QAAeP8AAGz/CAFg/w0CV/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+DjX/RA8y/0kQ&#10;MP9OES7/UxIs/1gTKv9dFCn/YxUn/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5EaH/+RGh//kRof&#10;/5EaH/+RGh//kRof/5Ea/2gZAv9kIwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/ZHJB/2J9SP9g&#10;h07/XZBS/1uYVv9anln/WKRb/1eqXf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS5mPxU+pj7FTt&#10;Y+ZW72LgV/Bj4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19AEP9mSRr/alMl&#10;/2tcMP9pZTr/Z3BC/2R7Sf9ihU//X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi+lW8ZPpVxGX5&#10;VM5l91PdZvNT5mbuVepm51btZeFY7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bbWe9m/2oYAv9m&#10;IgT/YS4H/2A/EP9pSBv/bVEm/25bMP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9dnF39W6Jg+1qp&#10;YvpZr2T5WLVl+Ve8Z/hWxWj3Vc9o9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vuadNb7mnTW+5p&#10;01vuadNb7mnTW+5p/2oYAv9nIgT/Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE/2l2TP9ngVL/&#10;ZItY/2GTXP1fm2D7XaFi+luoZflarmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zkWelr3Fvra9Rc&#10;7GzNXe1szV3tbM1d7WzNXe1szV3tbM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9wRRv/dE4m/3ZX&#10;Mf90YDv/cGlF/21zTf9qflT/Zoha/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9bfRYx27yV9Rv&#10;7lfib+ZZ5m/dXOlu013qb81e63DHX+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw/2wXAv9pIQP/&#10;ZS0H/2s6EP90Qxv/eUwm/3pVMf95XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3YZ9o9l+ma/Rd&#10;rW3zXLRv8lq9cfFZyXLvWNpz6Frjc95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh6HTBYeh0wWHo&#10;dMFh6HTBYeh0/20WAv9qIAP/Zi0H/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3ZsT/9xd1f+bYJe&#10;+2qMY/hmlWj1ZJ1s82Gkb/JfrHHwXbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4xGLleL5j5Xi6&#10;ZOV4umTleLpk5Xi6ZOV4umTleLpk5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/gkcl/4RQMP+E&#10;WDv/gWBF/3xpT/92clf+cX1f+W2IZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc0HrjXd971GHi&#10;e8pi4nzCZOF9vGXhfbdm4nyzZ+J8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AVAf9sHwP/aSwH&#10;/3c0D/+BPBn/h0Uk/4pNL/+JVTr/h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy72ahduxjq3nr&#10;YLZ86V7Efude2H/YYd9+ymPfgMFl3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+sad9/rGnff6xp&#10;33+sad9//3EVAf9tHwP/aysH/3syD/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+DaVf9fHJg+HZ/&#10;Z/Rxim7wbJV07Wifeepkqn3oYbeA5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvchKls3YOmbN2C&#10;pmzdgqZs3YKmbN2CpmzdgqZs3YKmbN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh/5RKLP+VUTb/&#10;k1hB/5BgS/uLZ1X1hG9f8H16Z+t3hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofBZ9mIt2nYia9r&#10;2ImqbdmIpm7ah6Nu2oagb9uFoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9wHgP/cigH/4Iu&#10;Df+ONhb/lUAf/5lIKf+ZTzT/mFU++pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KWfs1toYTJaq2J&#10;xWi7i8Fo0Iy2a9WNrm3Vjadv1oyjcNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqHm3Lah5ty2oeb&#10;ctqH/3MUAf9wHQP/dSYG/4YsDf+RNhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/mlGhZ345zY9WG&#10;fW7Nf4d4xniRgMBzm4e7b6eMtm20j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd02IqWddmJlnXZ&#10;iZZ12YmWddmJlnXZiZZ12YmWddmJ/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BDJP+iSS73o1A3&#10;76JWQeehXUrfnWdU1JVvYsuNeG7DhYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CUnHTRkph20pGW&#10;d9OPlHfVjZJ31oyReNiKkXjYipF42IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/eyMG/4wpC/+Y&#10;NBL/nzwZ/6NBIvumRiryqE0z6qlUPOKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/kYqke5yQnniq&#10;lJp2u5aXd8+WlHnQlJF60ZKPetOQjnrUj4161Y2MeteLjHrXi4x614uMeteLjHrXi4x614uMeteL&#10;/3UTAf9zHAP/fSEF/44pCv+bNBD/ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFSxaBpYbuYcm6x&#10;kXp5qYuDg6GFjYuagZiRlH6llpB8tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2IfdaLiH3Wi4h9&#10;1ouIfdaLiH3Wi4h91ouIfdaL/3YSAf90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/OvQSLqtEgo4rlQ&#10;LtS0VkDJrV9RvqVnYLSeb22ql3d4oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPOloSD0JSEgtKS&#10;hIHTkISB1I6EgNaMhIDWjISA1oyEgNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E/5QnCP+gMg3/&#10;pzQT+q44GO+1PRzmvEYh3L9MLM65VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJj5KRgoyfln2K&#10;r5h6i8eYfInOln2I0JR+htKSf4XTkH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD1oyAg9aM/3gS&#10;Af91GwP/hRwE/5cmB/+jLwv/qzAQ9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBjXaaqamqcpHF2&#10;kp96gImag4mBlo6QeZOclXSSrJdxksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aMe4fWjHuH1ox7&#10;h9aMe4fWjHuH1ox7h9aM/3gSAf92GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/dzTwWzshHKcLC&#10;UTu2vFlMqrZhW5+waGiVq290i6Z3foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U0ZJxkdKRc4/U&#10;j3WN1Y12i9aLdovWi3aL1ot2i9aLdovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54jBP+qJgb4tCUI&#10;68AoCOHNMAfU0jcUyM1FJ7vITzmvwldKo71fWJi4ZmWNs21xg691e3qrfoNxqImKaqaWj2Wlp5Ji&#10;pr2SY6PSkWed05BqmNSPbZXVjW6S1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiK/3sRAf98&#10;FwL/kBcC/6IhA/+uIATyux0E5coeA9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHAZGKGvGtte7hz&#10;dnK1fH5qs4eFY7GVil6wpYxbsbyNW6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZiGqW2YhqltmI&#10;apbZiGqW2YhqltmI/3wQAf+BFAL/lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYPuNtBIazVSzOg&#10;0VNDlM1aUYnJYl1+xmlndMNxcGvBe3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odcq9qHX6bah2Gh&#10;24ZjnduFY53bhWOd24VjnduFY53bhWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+CgDRzQoAy+QQ&#10;AcHkJQe34zUTreFAIaPeSS+X21I+i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyVeVTMpntRzbx8&#10;UMzifFPB4H9Vt9+AWLHegVqr3oFcpt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B/4APAf+ODgH/&#10;og0A27UIAM7BCADG0AkAvukSArTpJQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt3mZbZd1vYV7d&#10;emdY3IZrU9yVb1DdpnFN3rtyTd/hcU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy43pVsuN6VbLj&#10;elWy43pVsuN6/4MOAf+WCwDdqwQAzbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09J4rsRjOA604+&#10;dutVR2zqW05k6mNVXeptWljqd15T6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etqTM/sbU7H629P&#10;wOpwT8DqcE/A6nBPwOpwT8DqcE/A6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu2gkApPUXBZv1&#10;JxCS9TQciPY+J3/2RzJ29k47bPZUQmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4m1xC+KteQfe+&#10;X0D332BD7uxgR+PxX0jb8WFJ0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUAANSpAADCtQMA&#10;tcEDAKrPBQCg5wsBmP0aBo/+KRCG/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BDUP9oR0z/cUpH&#10;/3tMQ/+HTkD/lFA+/6FSPf+wVDv/w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn&#10;91RD5/dU26EAAMWwAAC1ugIAqMcCAJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/QiZg/0ksWf9P&#10;MVP/VjVO/104Sf9lO0X/bT1B/3Y/Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/dSTT/8Ek3/vhJ&#10;N/74STf++Ek3/vhJN/74STf++Ek3/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEBfv8dBHX/Jwts&#10;/y8SZP83GFz/Ph1W/0UiUP9LJUv/UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz/402Mf+ZNzD/&#10;pTgv/7I6Lv/AOy7/0zst/+s8Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8AACayQAAjNkA&#10;AIH1AwB5/xABbv8WA2X/HwZe/ycLV/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9YHzb/XyE0/2Yi&#10;Mf9uJC//dyUt/4AmK/+MKCn/lyko/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS0m&#10;/8ktqrcAAJrFAACL0wAAfeIAAHX/BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk//zYLO/89DTf/&#10;Qw8z/0kRMP9PEi7/VRMs/1sUKv9iFSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/pRwd/7AdHf+w&#10;HR3/sB0d/7AdHf+wHR3/sB0d/7AdnMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8NAUn/EQJD/xcD&#10;Pf8fBDj/JgU0/y0GMP8zBy3/OQcq/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EKG/9pCxn/cgwX&#10;/3wNFv+GDRT/jw4U/5oPFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/UTIG/048CP9X&#10;RRD/W04Z/1xYIv9bYyv/WW8y/1d6OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9MtEz/S7tN/0rD&#10;Tv9JzU//Sd1Q/0jpUP9I8lD7SfZQ9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8UOdP/FDnT/xQ&#10;/1wcAv9YJgP/UjIG/1E6CP9aQxD/X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D/1KXR/9Qn0n/&#10;T6ZL/06tTf9NtE//TLtQ/0vDUf9LzlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLlUPpT4lH6U+JR&#10;+lPiUfpT4lH6U+JR+lPiUfpT/10bAv9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9gXyz/X2s0/1x3&#10;O/9ZgkD/VoxF/1SVSP9Snkv/UaVO/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vrVfpM8lX0TfZV&#10;7FD4VOZR+FXfUvlW3FP5VtxT+VbcU/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG/1g3CP9hQBH/&#10;ZUka/2ZTI/9kXS3/Ymg1/190PP9cf0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/T7pV/07EVv9N&#10;0Ff/TeJY/EztWPZO8ljuUPVY5lP2WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ/18a&#10;Av9bJQP/VTAG/1w0CP9lPRH/akca/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mRTf9XmlD/VaJT&#10;/1OqVf9Sslf/UbpZ/1DFWv9P0lv8TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPddy1j3XctY913L&#10;WPddy1j3XctY913LWPdd/2AaAv9cJAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/a2E2/2dsPv9j&#10;eEX/YINL/1yOT/9amFP/V6BW/1apWf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV8V/dV/Jg0ljz&#10;YctZ9WLFW/Viw1v1YsNb9WLDW/Viw1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2UvCP9vOBD/dEEZ&#10;/3ZLI/91VC3/cV02/2xnP/9oc0b/ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg/FPHYvlS3GPz&#10;U+hj6VXuY95Y8GTQWvFlyFzyZsJd8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7XvJm/2IZAv9e&#10;IwP/XioF/2ktCP90NQ//ej4Y/3xIIv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9gkVj/XZxc/Vql&#10;YPtYsGL6Vrtl+FXKZvVU4GfsVupn31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2HvarNh72qzYe9q&#10;s2HvarNh72qzYe9q/2MYAv9gIgP/YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1/3tgPv91aUf/&#10;b3RO+2qBVfhmjFv1Ypdf81+hY/Bcq2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68YetvtmLsb7Fj&#10;7G6tZOxuq2Ttbatk7W2rZO1tq2Ttbatk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+MA3/hTsW/4hF&#10;H/+ITSn/hlUz/4JePft9Zkb2dnBO8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/b9pd03DSXupw&#10;xGDpcrpi6HOzZOhzrWXpc6lm6XKmZ+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw/2UXAv9iIQP/&#10;aSME/3clBv+CLwz/ijkU/45DHf+PTCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3ebo1j2WmXadNm&#10;oW7PY6xxy2G5dMhhynXFYeV2uWTmd7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r6XOea+lznmvp&#10;c55r6XOea+lz/2YXAf9jIQP/bSAE/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZN+yNYEHlh2lK&#10;34F0U9Z6fl3PdIhlym+RbMVrm3HBaKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6nmzleJtt5XeZ&#10;bed2mG7ndZhu53WYbud1mG7ndZhu53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/kzcQ/5hAGP2a&#10;SCD0mk4p7JhVM+WVXTzdj2ZH04hvU8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1qu36qatJ/pGzg&#10;fp5t4X2ab+J8l3DjepVw5HmTcOV3k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gWAf9kIAP/cxwD&#10;/4EgBP+OKwj/lzUO/50+FfifRBzvoEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5ntXuIb693kXWq&#10;c5x6pXCofqFvtoGeb8qCm3DegZZx34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiOc+V4jnPleI5z&#10;5XiOc+V4/2kWAf9mHgP/dhoD/4QfA/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9iiVjbMmmBFw5Np&#10;UruNcl6zhnpnrIGEb6Z9jXageZh8m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fhfYp34nuJduR6&#10;iXbkeYl25HmJduR5iXbkeYl25HmJduR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK+qQ3D++oPRTm&#10;rEQa3a1LJNCmVDXGn15EvJlmUrSSb12sjHdnpIeAb56CineYfpR9knuggY16rYSKecCFiHrchId6&#10;3YKGet+AhnrgfoV64nyFeeN6hXnkeYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9rGwL/excC/4oc&#10;Av+YJgX/ojAI9agzDOuuORDis0EU1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19b5aIhnaPhZF9&#10;ioKcgoWAqoWBf7yGgIDbhYCA3YOAf96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6gHzkeoB85HqA&#10;fOR6/2sVAf9tGQL/fhUC/40bAv+bJAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6qVpCsKNiT6ed&#10;aluemHJllpN6bo+Pg3aIi458goiZgXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB4X18gON7fH/j&#10;enx/43p8f+N6fH/jenx/43p8f+N6/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEpBeK6LwbWvzYP&#10;yrpEIL+0TzG0rlhAqqhgTqGjZ1qYnm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaFb47RhXGL3YNz&#10;id+BdYfgfnaF4X13hON7d4PkeneD5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/hRMB/5QWAf+i&#10;HgH1rSAC57ghAt3DJgLQwzQNxL5CHrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4CdfnJ5moh5cpeU&#10;fm2WooJplbOEZ5bNg2mT3oJsj9+Ab4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofkeXKH5Hlyh+R5&#10;/20TAf92EwH/iBIB/5gTAP+nGQHvsxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8nrVcSZSwY1WK&#10;rGtfgalyaHmle29yo4V2a6CRe2afn39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43tsjeR5bYzleG2M&#10;5XhtjOV4bYzleG2M5XhtjOV4/24TAf97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3OGwHCzC8Kt8k9&#10;GazFSSmhwFI4l7xaRo24YVGDtWhberJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJfFqn4nteoON7&#10;YZvjemOX5HlmlOV3ZpLmd2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A8qMLANmzCQDP&#10;vgkAy8wJAMTTFwC60iwHsM87FqXMRiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2VkuIJrXraOcFm1&#10;nXNVta51VLbIdVOz53ZXq+Z2WqTmdlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa6HRgmuh0/3IS&#10;Af+GDAD7mAkA2akGAM61BwDGwQcAwM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85VPH3LXUd0yWVQ&#10;bMdtV2XFdl5exIFjWcOOaFTDnWtRw65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputwWaPrcFmj63BZ&#10;o+twWaPrcFmj63BZo+tw/3cPAf+NCADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm4SkGneA3EZPe&#10;Qh2J3Ewpf9pUNXXXXD9t1WRIZdNsT1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS7WJLyPJmTb/x&#10;aE+48GlRsvBpUq/vaVKv72lSr+9pUq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLIDALm8AwCwyQYA&#10;qdgKAKHnGQKZ5yoJkOc3FIfmQh995UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBPT+KNU0vim1VJ&#10;46xXR+TEV0bj6VdG3fZZR9D3XEnI915KwfZgS732YEu99mBLvfZgS732YEu99mBLvfZg/4kAANme&#10;AADHrAEAubYCAK7BAwClzgYAnOQMAJXvHQON7ywLhe85FXzvQR5z70knau5QL2LuVzVc7l86Vu5o&#10;P1LucUJN73xGSe+JSUbwlktD8KZNQPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8VEXP/FRFz/xU&#10;Rc/8VEXP/FRFz/xU4ZUAAMumAAC7sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4Lefk3E3D5Pxto&#10;+UYiYPpNKFr6VC1U+lwxT/tlNUv7bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3/+pFNvz9RTvy&#10;/0Q+6v9EPub/Rj7m/0Y+5v9GPub/Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXPAACK3QMAhP8S&#10;AXv/HgN0/yoJbP8zD2T/OxZd/0MbV/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97MTn/iDI1/5Y0&#10;M/+kNjH/tjcv/9A4Lv/vOS3//zkx//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85wagAAK+xAACi&#10;vQAAlMoAAIfYAAB98wcAdv8SAW3/GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD/1MbP/9aHjz/&#10;YSA4/2khNf9yIzH/fSUu/4omK/+ZKCn/pykn/7krJv/SLCX/7ywk//8tJP//LST//y0k//8tJP//&#10;LST//y0k//8tsa4AAKO5AACUxgAAhtMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8mBUv/LgdG/zYK&#10;Qf89DD3/RA45/0sQNv9REjL/WBMv/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6YcHf+3HRz/yh4c&#10;/+YfG//wHxv/8B8b//AfG//wHxv/8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi/wMAWf8LAVH/&#10;EQFK/xcCRP8fAz//JgQ6/y0FNv80BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/Ygsd/2sMGv92&#10;DRf/hA4V/5IPFP+gEBP/rRET/7oRE//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74AAIbMAAB32wAA&#10;aecAAFz9AABU/wAAS/8FAEP/DAE9/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUFH/86BR3/PwUa&#10;/0UGGP9LBhb/UgYU/1oHEv9iBxD/bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM/6IIDP+iCAz/&#10;oggM/6II/1AgAv9LKgP/RDYF/0c6Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9IhS7/RpAy/0Sa&#10;NP9Dojf/Qqo4/0GxOv9AuTv/QME8/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/PvpD/z30RP8+&#10;7kb/P+5G/z/uRv8/7kb/P+5G/z/uRv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP/1JSF/9RXh7/&#10;T2ol/013K/9Kgy//SI4z/0aYNv9EoTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/P+lA/z/0QP8+&#10;/UH/QP9A/UL/QPZF/0DwRv9B6Uj/QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9MKQP/RzQF/002&#10;Bv9ROwj/VUYQ/1ZQGP9VXB//Umgm/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0SwPv9DuD//Q8FB&#10;/0LMQf9B3kL/QetD/0D1Q/9A/UP/Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F40r/ReNK/0Xj&#10;Sv9F/1IfAv9NKQP/SjIE/1AzBv9VOQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/TYk3/0uUOv9J&#10;nj3/R6Y//0auQf9Ft0L/RMFE/0TMRf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL/0fiTP9I203/&#10;SNtN/0jbTf9I203/SNtN/0jbTf9I/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BKGP9eVSD/W2Ao&#10;/1htL/9UeTT/UYU5/06RPf9Mm0D/SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K/0X4SvtH/Urx&#10;Sv9J6E3/S99O/0zXT/9Mz1H/TM9R/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/UiwE/1ktBf9f&#10;Mgj/ZDwQ/2ZHGP9kUiD/YVwo/11oMP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9KtUn/Sb9L/0jM&#10;TP9I4U3/SO5N/Ej5TvJL/E3nTv1P3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/UcZU/1HGVP9R&#10;/1UdAv9RJwP/VikE/14qBf9kLwj/ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9/1iIQv9Vk0b/&#10;U51J/1GmS/9PsE3/TrpP/U3GUPpN2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXBV/5VvFj+VbxY&#10;/lW8WP5VvFj+VbxY/lW8WP5V/1ccAv9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9zTB//cFYo/2tg&#10;MP9mazj/Y3c+/l+DRPtbjkj5WJhM91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2VtpU+VjMVvpZ&#10;w1j7Wrxa+1q3W/tZs1z7WbNc+1mzXPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD/2cjBP9wKgb/&#10;dzUN/3pAFf96Sh3/eFMm/3NcL/xuZjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXmWLBX5Fe8WOJW&#10;zFneVuRZ2Fb0W8pY913AWvheuFz4XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf+VyrX/lc/1kb&#10;Av9WIwP/YiAD/2wgA/91KAX/fTML/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5ReZohEviZI5R&#10;3mGYVdteolnWXKxb01u4XtBaxl/NWt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZho2P3X6Nj91+j&#10;Y/dfo2P3X6Nj91+jY/df/1oaAv9ZIQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5hk0h8oNWK+t+&#10;XjTleWk94HR0Rdpvf0zTaolTz2aSWMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg8marYvJmpWTy&#10;ZaFl82SfZfRjnGb1Ypxm9WKcZvVinGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3UcAv9+JAP/hy4I&#10;/4w4DvuOQhbyjkoe64tSJ+SHWzDdgWY603pwRc11ek7IcINVw2yNW75plmC6ZqBkt2SrZ7RjuGmx&#10;YspqrmPmaqhk72qiZu9pnWfwaJpo8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SWafNk/1sZAv9f&#10;HAL/bBgC/3kbAv+DIQP/jCwG/5E2C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7dU6+dn9WuHKI&#10;XbRukWKva5tmq2mmaqhns2ylZ8Nuomfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzyZpBs8maQbPJm&#10;kGzyZpBs8maQbPJm/1wZAf9iGgL/cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV35pLHdOUVSzK&#10;jV85wodpRbuBcU+1fHtXr3iEXqp0jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+Rbuxuj2/tbI1v&#10;72qMb/Bpi2/xZ4tv8WeLb/Fni2/xZ4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+KHQH/lCYD9psw&#10;BuufOArioj8Q2J9HHM2ZUivEkl05u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOebZRxqnGQcbpy&#10;jnHRc4xy6nGKc+tviHPtbYdz7muHc+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo/14YAf9nFwH/&#10;dRMB/4MWAf+OGgH+mCMC8Z8sBOelMwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6mh3RXoIN8Xpp/&#10;hmSVfI9qkHmabot3pnKIdrZ0hXbMdIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF28GmBdvBpgXbw&#10;aYF28GmBdvBp/14YAf9pFQH/eBIB/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dDGsGiTim4nFg2&#10;r5dhQ6eRaU2gjXFWmYh5XpOFgmSNgYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpxfHvsb3167W19&#10;ee5rfXnwaX158Gl9efBpfXnwaX158Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1oBoB6KkgAd2w&#10;JAHQsDIKxqxBGLymTCezoVY1qpxfQaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyDoXJ3grB0dYLF&#10;dXSD53N1gepxdn/rb3d+7W14fe5reHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AXAf9uEgH/fhAA&#10;/4wRAP+ZEQDxpBMA464WANa2HAHLtDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxTjJV0W4aRfWJ/&#10;jodoeYySbXSKnnFwiK10bYjBdG2J5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0gPBpdIDwaXSA&#10;8Gl0gPBp/2EXAf9xEAH/gg4A/5AOAPWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGwSSOnq1Ixnqdb&#10;PpajY0iOn2pRhptyWX+YemB4lYRmcpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaorsbmyI7Wxthu9r&#10;boTwaW6E8GluhPBpboTwaW6E8GluhPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkAz7gKAMm9FwC/&#10;vCsGtbk7E6u2RyGhsVAvmK1ZO4+qYUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1imahvX5m8cF6Z&#10;329gluxuY5HtbWaO7mtni+9qaYnwaGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95DAD/igoA35oE&#10;ANOmBwDMsQgAx7sIAMHCEwC4wigErr84EKW8RB6buE4skbVXOIixXkKArmZLeKttU3Gpdlprp39g&#10;ZaWKZGCjl2hbo6ZrWaO6bFij3GtZoO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/FmY4/xZmOP8WZj&#10;j/Fm/2sQAf9+CQDxkAQA1p4DAMyqBgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuTwEwoir1UM4G6&#10;XD55t2RGcbVrTmuzdFRksX5aX7CJX1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif8mZam/NlXJfz&#10;ZFyX82Rcl/NkXJfzZFyX82Rcl/Nk/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIFAK7NDACnziAC&#10;ns0xCpXLPhaLyEkjgsZSLnrDWjhywWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6VdTru5Xk28211L&#10;ufdfTrH2YFGq9mBTpfZgVaH2YFWh9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADTmwAAxqgCALux&#10;AgCyuwIAqscGAKLTCgCd1hoBldYsBozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17KckVYynxJVMmI&#10;TU/JlVFMyaVTSsm5VEnK3FNHyPdVSMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36Wk6t+lpOrfpa&#10;/38AANyTAADKogAAvKwBALG1AACowAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMXcd1NIGrcVihj&#10;218vXdpnNVjZcTpT2Xs+T9mIQkvZlkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09Fwv9QR7v/Uke7&#10;/1JHu/9SR7v/Uke7/1JHu/9S5ooAAM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvqDgCF6B8Cfugt&#10;BnboOA5u6EEWZudKHV/nUiNZ51spVedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmyPj/qyz4+6O8+&#10;Peb/Pz3g/0I/1/9EQM7/RkDO/0ZAzv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAAp7YAAJvBAACQ&#10;zAIAhtkGAIDyEgB58h8CcfIrBmryNgxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG9HMqQvV+LT/1&#10;iy889pkxOvapMzj3vjQ2+OE1NvX5NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl/zg55f84yJ4A&#10;ALapAACosgAAm70AAI/IAACD1AAAeegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9DEU3/SxVJ/1MY&#10;Rf9aGkH/Yx0+/2wfO/92ITf/giM0/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8qL/n/Ki/5/yov&#10;+f8qL/n/Ki/5/yov+f8quaYAAKquAACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe/xoCV/8jA1L/&#10;LAVM/zQHSP88CkP/RAw//0wOPP9TEDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/ohwl/7QdJP/M&#10;HiP/7R4i//0fIv//HyL//x8i//8fIv//HyL//x8i//8frKsAAJ22AACPwgAAgM4AAHPcAABn6QAA&#10;X/8GAFj/DgBR/xUBS/8dAkb/JgNB/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cKKP9fCiX/aQwj&#10;/3QNIP+CDh3/kg8b/6IQGv+yERn/yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX//oUn7MAAJC/&#10;AACAzAAActoAAGTkAABY9QAAUf8BAEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/MgQo/zgEJf8+&#10;BSL/RAUf/0oFHP9RBhr/WQYX/2MHFP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/TCQ3/0wkN/9MJ&#10;Df/TCQ3/0wkN/9MJkbwAAIHJAABy1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwAMf8QASz/FgEo&#10;/xwBJP8iAiD/JwIc/ywCGf8xAxb/NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG/3MFA/+BBQL/&#10;kAUB/5wFAf+rBQH/qwUB/6sFAf+rBQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9BPQb/QUUI/0FR&#10;Df9AXRP/P2oY/zx3HP86hCD/N5Ej/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLVLP8x5S3/MfEt&#10;/zH7Lf8w/y3/MP8t/zP/Lf82/yz+OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u/0UjAv8/LgP/&#10;PjQD/0I2BP9EOwb/REMI/0VPDf9EWxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/Nqwq/za0LP81&#10;vS3/NMgu/zTWLv8z5i//M/Iv/zL8MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9/zHxPf8x8T3/&#10;MfE9/zHxPf8x/0YjAv9ALQP/QTID/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0JyH/9AfyP/PYwm&#10;/zuYKf86oSv/Oaot/zizLv83vS//Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y/zr/Mfo9/zPz&#10;Pv807UD/NOpB/zTqQf806kH/NOpB/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/TT0I/05IDv9N&#10;VBX/S2Eb/0huIP9FeyX/Qogo/z+UK/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP864TX/Ou41/zr4&#10;Nf86/zX/Ov81+z7/NfJB/zfrQv845UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0giAv9DLAP/SCwD&#10;/04tBP9RMQX/UzkI/1VFDv9TURX/UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz/0GrNP9BtDb/&#10;QL03/z/JOP8/2zj/P+o5/z/1Of8//zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3VSf891Un/PdVJ&#10;/z3VSf89/0khAv9EKgP/TSgD/1MpBP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9Scij/T34t/0yK&#10;MP9KlDP/SJ42/0emOP9Grzn/Rbg7/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/QNxK/0HSS/9B&#10;zE3/QclN/0HJTf9ByU3/QclN/0HJTf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH/2M/Dv9iShX/&#10;YFUc/1xhI/9ZbSn/VXku/1KEM/9Qjzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDxSeFB7UrwQepK&#10;/ELkSv9E2Ez/RcxP/0bGUP9GwFH/Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9MJAL/VSEC/10h&#10;A/9jJwT/ZzEG/2o8DP9qRxT/Z1Ib/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKdP+5RpkHsUK9D&#10;6k+6ROhOx0TmT91F4U/uRd1O+0jUT/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9KtFb/SrRW/0q0&#10;Vv9K/00fAv9QIQL/Wh4C/2IeAv9pJQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynxY28w7WB6Nulc&#10;hTvmWo8/5FiYQuFWokTfVatG3FO2SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX/0+wWP9OrFn/&#10;Tapa/02qWv9Nqlr/Tapa/02qWv9N/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1Cf94QBD5d0oY&#10;8nNUIOxvXijna2ow4md1Nt5jgDzZX4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1Rw1fmUb5X91K4&#10;WP9TsFr/U6tc/1KnXf9So13/UaJd/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/YhcB/2wZAv90&#10;IAL/eScD/34yB/mAPA3xf0YV6ntQHeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRgl03AXqBQvV2q&#10;U7tbtlW4W8VWtVvfVrJc81esXf1Xpl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/U5ph/1OaYf9T&#10;/1AdAv9aGQH/ZRUB/3AXAf94HQH/fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIvy3RsOMVvdkDA&#10;bH9GvGiIS7hmkVC1Y5tTsWGlVq5gsFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiWZP1XlWX+VZRl&#10;/lWUZf5VlGX+VZRl/lWUZf5V/1AdAv9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2NNAfkjT0N3ItI&#10;FtGFVCPJf14uwnpoOLx1cUC3cXpHsm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTNXptk6l6YZvhd&#10;lGf5XJJo+1qQaPxZjmj9V45o/VaOaP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB/3gTAf+BFwH/&#10;iB0B8o8lAueTLwTelTgJ05BFFcqLUSLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOhbpJXnWucW5lq&#10;p16WabVglGjIYZJp5mCPavdfjWv4XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr/FiIa/xY/1Qa&#10;Af9iEwH/bxAB/3sSAP+FFAD6jRkA7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIViN66Ba0CofHNI&#10;onl8Tp12hVSZc45YlXGYXJFvpGCNbrFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pbg2/7WYNv/FiD&#10;b/xYg2/8WINv/FiDb/xY/1YYAf9kEQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHRnjEHx5pAE76V&#10;TCC2kFYsrotgN6eGaEChgnBInH55TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz3mSAdPVif3T2&#10;YH9z+F5+c/lcfnL6Wn5y+1l+cvtZfnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EOAP+MDgDxlRAA&#10;450RANajGwDLoS8Gwp4+ErmZSh6wlFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZhnuSXYF5nmF9&#10;eKtkeni8ZXl42WV4efRieXj2YHl3+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5dfta/1oVAf9p&#10;DgD/eAwA/4QMAO+QCwDdmgoA2aILANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyRYz6VjWtGj4lz&#10;TYmGfFOEhIVYf4GQXXp/m2F2fqhkc325ZXF+02VxfvJjcn32YHN79150evlcdHn6W3V5+1p1efta&#10;dXn7WnV5+1p1efta/10TAf9sDQD/ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoEt6Y6D66iRhum&#10;nlAonppZM5aWYTyPk2lEiY9xTIONeVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2RqhPBibIL2YG2A&#10;915vf/lcb336W3B8+1pwfPtacHz7WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaXBQDPoAcAyqgI&#10;AMSuEwC7rScDsqs3DamnRBmgpE4mmKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+KWm2Nll5oi6Nh&#10;ZYu0Y2OLzGNji+5hZYn3X2eG+F5phPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta/2IQAP9yBwD4&#10;ggMA248CAM+aBQDJowYAw6wGAL2yEAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiDoGVAfZ1sR3ab&#10;dE1wmX1Ta5aIWGaVlFxilKFfX5OyYF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG+1llhvtZZYb7&#10;WWWG+1llhvtZ/2YNAP93AwDjhwAA05MBAMqeBADCpwQAu68EALW2DQCutyECpbYyCZ2zPxWUsEog&#10;jK1TK4SqWzR9qGM8dqVqQ3CjckpqoXtPZaCGVGCekVhbnZ9bWJ2wXVadx11WnetcV5r6W1qV+lpc&#10;kftZXo78WF+N/FdfjfxXX438V1+N/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6qgIAs7MBAKy8&#10;CgCmvR0BnrwvBpa6PBGNuEcchbVQJ32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qpkFJVqJ5VUqev&#10;V1GoxldQp+pXUKX8V1Of/VdVmv1WV5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28EAOaCAADSkQAA&#10;xp0AALumAQCyrgAAqrcBAKLCBQCcxBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4yaLlmOGK3bj5d&#10;tnhDWLWCR1S0j0tQtJ1OTbOuUEu0xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FRnv9RUZ7/UVGe&#10;/1FRnv9R/3YAAN2JAADKlwAAvqIAALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTLNAl8yUASdchK&#10;G23HUyNnxVwqYcRkMFzDbTZXwnY6U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/SUW5/0pHs/9L&#10;Sa3/TEqr/0xKq/9MSqv/TEqr/0xKq/9M6X8AANGQAADCngAAtacAAKqvAACguAAAlsECAIzLBwCE&#10;1Q0AgNUeAXnVLgVy1DwMbNNHFGXSUBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdGz505RNCuO0LQ&#10;xjtD0Oo6QM39Pj7L/0BAw/9CQb3/Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeYAAC4owAAq6sA&#10;AKC0AACVvgAAi8gDAIDRBwB44Q0AdOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+BfHU/gaSJL4HMl&#10;R+B+KETgiytC4JotP+GrLz7iwS8+4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85O8z/OTvM/zk7&#10;zP85zZIAALygAACtqAAAobEAAJW7AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd7DUGV+w/C1Ls&#10;SA9N7FETSu1aFkbtYxlD7W0cQO14Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs/yYy6/8oMuf/&#10;KzPk/ywz5P8sM+T/LDPk/ywz5P8swZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgAAGfmBgBi9hEA&#10;XPcdAVf3JwJS9zEETfg6Bkj5QglE+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkYMP2YGS79qhss&#10;/r8cK//jHSr8+h0q+v8dKvf/HCr3/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACXtgAAicEAAHvL&#10;AABv1gAAY98AAFv1BgBV/xAAUP8ZAUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/Uwgx/1sJLv9k&#10;Civ/bwwo/3wNJv+LDiT/nBAi/64RIf/FEiD/6RMf//wTHv//Ex7//xMe//8THv//Ex7//xMe//8T&#10;pqkAAJizAACKvwAAe8oAAG7VAABg3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUCNv8sAjL/MwMv&#10;/zoDK/9BBCj/SAQl/08FIv9XBSD/YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT/+MJE//4CRP/&#10;/woT//8KE///ChP//woT//8KmrEAAIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/AAA8/wkAN/8Q&#10;ADL/FQEu/x0BKv8jASb/KQEi/y8CH/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9mBA3/dAQL/4UE&#10;Cv+WBQn/qAUI/7kFB//QBQf/4wUH/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAAX+AAAFDnAABC&#10;7QAAOv8AADX/AAAv/wIAKv8KACb/DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO/zMBDP85Agr/&#10;QQIH/0kCA/9TAgD/XgIA/2wCAP98AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/tQMA/7UD/zkn&#10;Av8zMgL/NTQD/zg2A/84OwT/NkMF/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymbGP8opBn/KK0a&#10;/yi1G/8nvhz/J8gc/yfUHf8n5B3/J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e/y3/H/wv/x/8&#10;L/8f/C//H/wv/x/8L/8f/zonAv80MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/M2UO/zFzEv8v&#10;gRX/LY4X/y2YGf8soRv/LKoc/yuyHf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q/yD/K/8g/yv/&#10;H/8s/x//L/8h/DH/Ivcz/yL3M/8i9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4xA/8/NgT/Pj0F&#10;/zxIB/87VQv/OWIP/zdvE/81fRf/M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah/y/LIv8v3CL/&#10;L+oj/y/1I/8v/iP/L/8i/zD/Iv8w/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybwN/8m/zwmAv85&#10;LQL/PywC/0MtA/9EMgT/QzkF/0NFB/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83miD/NqMh/zWr&#10;Iv81syP/NLwk/zTGJf801CX/NOYm/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/KeY8/yrmPP8q&#10;5jz/KuY8/yrmPP8q/z0lAv89KgL/QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR/0VnFv9CdBr/&#10;QIAd/z6MIP89lSL/PJ4k/zumJv87rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3O/8p9jr/K/A7&#10;/y3oPf8u4T//LttB/y7bQf8u20H/LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9PKQP/UjMF/1E+&#10;B/9RSQz/T1YS/0xiF/9Kbxz/R3sg/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8LPs/yC34P9st&#10;9EDrLfBA9y3tQP8v6z//MeRB/zLbQ/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z/0AkAv9FIwL/&#10;TCAC/1IhAv9WJgP/WS8E/1k6B/9ZRgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3SZUr9UedLPNH&#10;pi7yRq4v8EW4MO9FxDHtRdMx6EboMeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L/ze/S/83v0v/&#10;N79L/ze/S/83/0EjAf9JHwH/URwB/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtYGPhYZB30VXAj&#10;8VN8J+5QhivrT5Au6U2ZMOdMoTLlTKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86zkr/PMRM/zy9&#10;Tf88uE//PLRP/zu0T/87tE//O7RP/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/ZigD/2gyBf9o&#10;PQn6ZkgQ9GNTF+5gXx3qXWsj5lp2KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBPuzvOTsk8y0/h&#10;PcdP8j7DT/9AwE//QbdR/0GxUv9ArVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0YfAf9QGQH/WRUB&#10;/2IXAf9oHQH/bCQC/28uA/lvOAfxbkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0zFiOOMlXlzvH&#10;VaA9xFSpP8JTtEG/U8JCvVPWQ7lT7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0KhWP9CoVj/QqFY&#10;/0KhWP9C/0gdAf9TFgH/XRIB/2YUAf9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttvVxrSa2IjzWds&#10;K8hkdjHEYX83wF6JO71ckj66W5pBt1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/SKFa/0idW/9H&#10;m1z/Rplc/0WZXP9FmVz/RZlc/0WZXP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB9XskAet9LQPi&#10;fjkH2XtGENB2UxrJcV4kw21oLL5qcTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqmXLZLpFzHTKJc&#10;4k2fXfdMnF7/TJhf/0qVYP9Jk2D/SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9aEQH/ZA4A/28Q&#10;AP92EwD8fRcA74EeAeSEJwLbhDQF0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/P6lniEOlZZFH&#10;omObSp9ipU2cYbFPmWDBUJdg3FCVYfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9Ii2T/SItk/0iL&#10;ZP9I/1AWAf9cEAD/aA0A/3IOAP96EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6fVcjtHlhLK51&#10;ajSpcnI6pG97QKBshESdao1ImWiXTJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn/06HaP9Mhmj/&#10;S4Vn/0mFZ/9JhWf/SYVn/0mFZ/9J/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQANaPGgDMji4E&#10;w4s9DbuHShi0g1UirX5eK6d7ZzOid286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpTh2q5VIVqz1SE&#10;a+5Tg2z/UYJs/0+Ba/9NgGv/TIBr/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/bgoA/XgJAOiC&#10;CADciQkA2I8LANCTFwDGkysDvpA7DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3fUWOdYZKinKQ&#10;ToZxm1GCb6dUf2+2VX1vy1Z8b+tUfHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/S3tu/0t7bv9L&#10;/1cRAP9jCgD/cAcA8HwFANyFBQDUjAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAgoolaKpyFYjKW&#10;gmo5kX9yP4x8ekWHeoNKg3iNTn92mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1c/9PdnL/TXZx&#10;/0x2cf9MdnH/THZx/0x2cf9M/1kQAP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSaEgC8myYCtJg3&#10;CayVRBSkkU4fnY5XKJaKYDGQh2g4i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmxVm95xVZueuZV&#10;bnr8U295/1Fwd/9PcXb/TXF1/0xxdf9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA3YIAANCLAwDJ&#10;kwUAxJkGAL6eEAC2nyQCrp00CKaaQROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7hX5IdoOITHKC&#10;k1BugKBTa3+uVWh/wlZnf+NVaID6U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5/0xsef9M/14M&#10;AP9sAQDmegAA1oYAAMuPAgDElwQAvp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplTJYuWXC2Fk2M1&#10;f5FrO3qOc0F1jHxGcIqFS2uIkU9nh51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9PZn//TWd+/0xn&#10;fv9MZ37/TGd+/0xnfv9M/2EKAP9vAADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCqqB4Bo6cvBZul&#10;PQ+UokgZjJ9RIoWcWSt/mmEyeZhpOXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluOvVJajt5SW434&#10;UFyL/09eiP9OYIX/TGGD/0thg/9LYYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44AAMGXAAC4ngEA&#10;saUAAKmrBwCjrRoAnKwsBJWrOgyNqEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdAY5qBRV+ZjElb&#10;mJlMV5eoTlWXu09Ul9xOVJb2TlWU/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pbiv9K/2gAAOV5&#10;AADRhwAAxZIAALucAACxogAAqakAAKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3isVCNyqlwqbKhk&#10;MWenbDZipXU7XaR/QFmjikNVopdHUaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/SFSS/0dUkv9H&#10;VJL/R1SS/0dUkv9H/24AAN5/AADKjQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAAjLojAYW5MgZ+&#10;uD4Od7ZJF3G1Uh5rs1olZbJiK2CxajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJrthCSKv1Q0eq&#10;/0RJpf9ES6D/RE2c/0RNnP9ETZz/RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKykAACiqwAAmLMA&#10;AI67AQCFwQwAgcIdAHvCLQN1wToJb8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7ME26hzRKupU3&#10;R7qlOUW6uDpEutc5Q7j1O0K2/z1Cs/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+4H0AAMmNAAC7&#10;mgAArqIAAKOpAACYsQAAjrkAAITBAgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBbylQWV8ldGlLJ&#10;ZR9OyG8jS8h6JkfIhilEyJQsQsikLkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24/zc9uP83Pbj/&#10;Nz24/zc9uP830YYAAMCVAACynwAApacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcNAGPYHQBg2C0C&#10;W9g6BFfYRglT2FANT9hZEUvXYhVH12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUiOtbyIzfU/yc2&#10;0v8pNNH/KzbK/y02yv8tNsr/LTbK/y02yv8txZAAALadAACopQAAnK0AAI+2AACDvgAAd8cAAGzP&#10;AgBi1gcAWuQOAFjkHABU5CkBUOQ1A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrnfhQ354wWNeec&#10;FzPorhky6cYZMujqGTHl/hkv5P8cLuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoAAKqjAACdqwAA&#10;kLQAAIO9AAB3xgAAa88AAF/WAABU3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kMEO/NLBTjzVAc2&#10;9F0IM/RoCTD1dAsu9YEMLPaRDir2og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl8f8TJfH/EyXx&#10;/xMl8f8TraEAAKCpAACSswAAhLwAAHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9FwA+/iEAO/4q&#10;ATf/MwI0/zoCMP9CAy3/SgMr/1MEKP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8CBv/4gka//kJ&#10;Gv//CRn//wkZ//8JGf//CRn//wkZ//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAATuAAAEPlAAA+&#10;+wEAOv8MADb/EwAy/xsAL/8jACv/KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW/2MDE/9wAxL/&#10;gQQR/5MEEP+nBA//vQUO/+AFDv/2BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6AAB3xQAAaNAA&#10;AFrbAABM4QAAQOcAADfzAAAy/wAALv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8rARX/MgES/zgB&#10;EP9AAQ7/SAEM/1IBCf9dAgb/awIE/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wDAP/sAwD/7AMA&#10;/+wDiLkAAHjEAABp0AAAW90AAEvjAAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa/w0AFv8RABP/&#10;FgAQ/xoADv8fAAv/JAAJ/yoABv8wAAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/iAEA/5oBAP+q&#10;AQD/uwEA/7sBAP+7AQD/uwEA/7sB/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydMBP8jWAX/IWYG&#10;/yB0B/8eggn/Ho4L/x6YDP8eoQ3/HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR/x3yEf8d/BH/&#10;Hv8R/x7/EP8e/xD/H/8R/x//Ev8h/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/Mi8C/zMxAv8y&#10;NgP/Lz4D/ytJBf8pVgb/J2MH/yVxCP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8itRH/Ir0S/yLH&#10;Ev8i1BP/IuUT/yLwE/8i+hP/Iv8T/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/Fvwn/xb8J/8W&#10;/zAqAf8xLQL/NSsC/zctAv82MgP/NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO/yiREP8omhH/&#10;KKIS/yeqE/8nsRT/J7kU/yfDFf8nzxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/J/8X/Cn/GPYr&#10;/xn0LP8Z9Cz/GfQs/xn0LP8Z/zEpAf80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83Twb/NVwI/zNp&#10;C/8xdg7/MIIQ/y+NEv8ulhT/Lp4V/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3qGP8t9Rj9Lv8Y&#10;+i7/GPkt/xr5Lf8c8y//HO0x/x3qMv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB/0AlAv9BKQL/&#10;QjMD/0E+Bf8/Sgb/PVcJ/ztkDP85cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/M7Ea/zO6G/8z&#10;xRv9M9Mb+jPmG/c08xvzNf4b8TT/HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44/yHeOP8h/zUn&#10;Af89IgH/QiAB/0YgAf9IJQL/Si8D/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2CF/48jBn8PJUa&#10;+zudHPk7pR34Oq0e9jq2HvU6wB/zOs4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l2Dz/JtA9/ybN&#10;Pv8mzT7/Js0+/ybNPv8m/zkkAf9BHgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/TE0J/0taDvxJ&#10;ZhL4R3IW9UV9GfNDhxvxQpEd70KZH+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB7yTcQPwn2ED/&#10;KdQ//yrPQP8qx0L/KsJD/yrAQ/8qwEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EXAf9WHwH/WCcC&#10;/1gxA/9XPAX8VUgJ9lJUDvJQYRPuTm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul3EauJtpFuSfY&#10;RcYo1EXcKc9G7irLRfstyEX/LsVF/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60Sf8u/0AdAf9J&#10;FgH/UBMB/1YUAP9cGwH/XyMB/2AsAvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpRfSDWT4Yk0k6P&#10;J9BNmCnNTKAry0upLclKsy7HSr8vxUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/M6pO/zKpTv8y&#10;qU7/MqlO/zKpTv8y/0MaAf9MEwD/VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G42NKC9xgVxLV&#10;XWIZ0FptH8xXdyPIVYAnxVSJK8JSki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jaxT/Q3rlD/OKxQ&#10;/zinUf83o1L/NqBT/zWfU/81n1P/NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9mEwD/ahkA9Gwh&#10;AeptKwLhbDcE2WpFCtBnUhLKY14axWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWeNq9UqDitVLM6&#10;qlPCO6hT2julVPA8olX/PKFV/zudVv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83/0kUAP9TDgD/&#10;XAwA/2UNAP9rDwD6bxMA7HIZAOJ0IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSezYnYsr19/MKxe&#10;hzSpXJA3p1uZOqRZozyhWa4+n1i9P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b/zqPW/86j1v/&#10;Oo9b/zqPW/86/0wSAP9WDQD/YAkA/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+Cb90SxG5cFYa&#10;s21gIa9qaSiqZ3Itp2V6MqNjgzagYYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehDj178QY5f/0CL&#10;X/8+il//PYhf/zyIX/87iF//O4hf/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDdeAgA2nsLANF+&#10;FwDIfisCwHw7CLl5SBGydlMZrHJdIadvZiijbW4un2p3M5tofzeYZog7lWWRPpFjm0GOYqdDjGG0&#10;RYlhx0WIYuVFhmL6Q4Zj/0KEY/9Ag2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1APAP9bBwD/ZgMA&#10;7G8CANx2AwDUfAcA0YAJAMqCFADCgygCuoE5B7N+RhCse1EZpndaIaF0YyiccmsumG9zM5RtfDeR&#10;a4Q7jWqOP4pomEKGZ6NEhGaxRoFmw0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58Z/89fGf/PXxn&#10;/z18Z/89/1IOAP9dAwD9aQAA4XIAANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6DQw+ngE4YoXxY&#10;IJt5YCeWd2ktknRwM45yeTeKcIE8hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2Rnhs/0R3bP9C&#10;d2v/QHdq/z93av8+d2r/Pndq/z53av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQAxIcGAL+KEAC3&#10;jCMBsIo0BamIQQ6ihUwXnIFVH5Z/XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4cZ5GdXCsSHNv&#10;vUlxcNlJcXD0R3Fx/0RycP9Ccm//QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9iAADmbwAA13kA&#10;AMyBAQDFhwMAv4sEALmODgCykCABq48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9rMYJ9czZ+e3w7&#10;enmGP3Z3kEJydpxFb3WpSGx1uklrddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/bXL/P21y/z9t&#10;cv8//1kHAP9lAADicgAA0XwAAMeEAADAigIAuY8CALOSDACslB0AppMvBJ6RPAuYj0gUkYxRHIuJ&#10;WiSGh2IqgYVpMHyCcTV4gXo6dH+DPnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7/0Rmev9DZ3j/&#10;QWh2/z9odv8/aHb/P2h2/z9odv8//1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMBAK2XCQCnmBoA&#10;oJgsA5mWOgqSlEUSjJJPGoaPVyKAjV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdDYoGlRmCBtkde&#10;gc1HXoHvRl+B/0Rgf/9CYX3/QWJ7/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADWeQAAyIQAAL6M&#10;AAC2kwAArpcAAKabBACgnRcAmp0pApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQbDFsjnU2Z41+&#10;OmOLiT5fipVBXImjRFqJtEVYictFWIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/Pl2A/z5dgP8+&#10;/2IAAORxAADPfgAAw4gAALmRAACwlwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUANgJ9KFXmdUxx0&#10;m1ojb5liKGqYai5mlnIyYZV8N12UhjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BSj/8/VYv/PlaI&#10;/z1Xh/89V4f/PVeH/z1Xh/89+WcAAN12AADJgwAAvY0AALOVAACpmwAAoKAAAJanAACPqQ8Ai6oh&#10;AYWpMAR/qDwKeKdHEnOlUBhto1geaKJgJGShZylfoHAuW555MledhDZTnJE5UJyfO06bsD1MnMc9&#10;TJvqPEyZ/zxMmP88TZX/PE+R/ztQj/87UI//O1CP/ztQj/87620AANN8AADDiQAAt5MAAKyaAACi&#10;nwAAmaUAAI6rAACFsAsAgbEbAHyxKwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZqm4nVal3K1Go&#10;gi9Np48ySqeeNUinrzZHp8Y2RqbpNkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma/zdJmv834nQA&#10;AMqDAAC8jwAAsJgAAKWeAACbpAAAkKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/CGO4SQ5et1IT&#10;WrZaGFa2YhxStWsgTrR1JEu0gCdIs44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8xPq3/MkCo/zJB&#10;pv8yQab/MkGm/zJBpv8y1XwAAMKKAAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABwvgMAaMIOAGbD&#10;HQBjwy0BXsM5BFrDRAhWwk4MUsJXEE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3ArSM8wcQjPMDp&#10;Izq+/iY4vP8oN7v/KTi4/yo4tv8rOLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIAAJSqAACIsQAA&#10;fLgAAHG+AABmxQMAW8sIAFfNEwBWziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UOQM9vED7PexM7&#10;z4kVOc+ZFzfPqxg20MMYNs/oGDTN+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEvyP8hvo8AAK+a&#10;AACioQAAlqkAAIqwAAB9uAAAcb8AAGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETdNQFB3UACP95L&#10;Az3eVQQ6318GON9pBzXfdgkz4IQLMeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/FCna/xYo2v8W&#10;KNr/Fija/xYo2v8Ws5gAAKWgAACZpwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAARNsEAD/pDQA9&#10;6RcAO+ojADnqLgA26zgBNOtCATHsSwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj8K4HIvHIByLw&#10;7Qch7P8HIev/CCDr/wof6v8LH+r/Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHBAABkygAAWNAA&#10;AEzWAABB3QAAOOQAADX2DAAz9xQAMPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftSAR78XQIc/WkC&#10;Gv15Axj+iwMX/54DFf+zBBT/0wQU/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8DnaUAAI+uAACA&#10;uAAAcsIAAGTLAABW0wAASdoAAD7fAAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf/yYAHP8tABn/&#10;NAAX/zwAFP9EARL/TgEQ/1kBDv9nAQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf//wIH//8CB///&#10;Agf//wIH//8Cka0AAIK4AABzwgAAZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8AACD/BAAc/wwA&#10;Gf8RABb/FgAT/xsAEf8hAA7/JwAN/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MBAP+HAQD/nQEA&#10;/7IBAP/KAQD/6gEA//MBAP/zAQD/8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA55QAALeoAACPu&#10;AAAc/QAAGP8AABX/AAAR/wQAD/8LAA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/LgAA/zcAAP9B&#10;AAD/TQAA/1wAAP9tAAD/ggAA/5YAAP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQvAf8lLwH/KC8B&#10;/ycxAf8kNgL/ID4C/xpJA/8XVgP/FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF/xKsBv8Sswb/&#10;EroG/xLDBv8Tzgf/E98H/xPrB/8T9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/Ff8J/xX/Cf8V&#10;/wn/Ff8J/yUuAf8pLQH/KywB/ysuAf8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8XewT/F4cF/xeR&#10;Bf8Xmgb/F6EG/xepB/8XsAf/F7cI/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/CP8Z/wj/Gf8J&#10;/xn/Cv8Y/wv/Gv8L/xr/C/8a/wv/Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC/ydDA/8kUAP/&#10;Il0E/yBqBf8edwX/HoMG/x6NB/8elgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/HtMK/x7lCv8e&#10;8Qr/H/wK/h//Cv0f/wv8H/8M/B7/Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8vJgH/MiQB/zMl&#10;Af8yKgH/MTQC/y8/A/8tTAP/KlkE/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWhC/8lqAv/JLAM&#10;/yS4DP8lwQz/Jc4N/yXhDfwl7w35JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S7Sf/Eu0n/xLt&#10;J/8S/y4mAf80IgH/NyAB/zkhAf84JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/LnkJ/y2ECv8t&#10;jQz/LJYN/yydDf8spQ79LKwP/Cy0D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss/xTqLP8V6Sz/&#10;FuUt/xbgLv8W4C7/FuAu/xbgLv8W/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2Av8+QgP/PE8F&#10;/zlcBv84aAj9NnML+zV+DPg1iA73NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT6zTXE+c06hLj&#10;NPcU4TT/F94z/xncM/8a2zP/GtQ0/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/QRYA/0QWAP9H&#10;HgH/SScB/0gyAv9GPQP/REkF+kJWB/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7nBTlO6QV4zqt&#10;FeI6thbgO8IW3zvSFto76BfUOvYa0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/HsA8/x7APP8e&#10;/zkbAf9AFQD/RREA/0oTAP9OGQD/UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN40V0EOBEfhPd&#10;Q4cV20KQF9hBmBjVQKAZ00CpG9FAshzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9QP8ju0D/I7ZB&#10;/yOzQv8is0L/IrNC/yKzQv8i/z0XAP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNVMQHrUz0D5VJL&#10;Bt9QWAraTmMO1ExuE9BKeBbNSYEZy0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXFJLxF3CS4RvAl&#10;tUb/J7JG/yewRv8nrkb/J6pH/yanSP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA/1UOAP9ZEQD/&#10;XBYA9F0fAOpcKgHiWzcC2lpGBdJXUwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5TZUkt0ydJrVL&#10;pyezS7EpsUq/Kq9K0SqsS+srqUv8LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N/ymdTf8p/0MR&#10;AP9LDAD/UwgA/1oLAP9eDQD5YBAA62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpkF7lYbRu2VnYf&#10;s1V+IrBThyWuUo8oq1GYKqlQoiynUKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8umFH/LZZS/yyU&#10;Uv8rlFL/K5RS/yuUUv8r/0YQAP9OCQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDNaC0BxWc9Bb9l&#10;Sgu5Y1UStGBfF7BeaRysXHEhqVp6JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hUxTOWVOE0k1X2&#10;M5JV/zKRVv8xj1b/MI1W/y6MV/8tjFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIAAN9nAwDYagYA&#10;1WsKAM1tFQDFbikBvm05BLdrRwuxaFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYtmFyPL5VamTKT&#10;WaQ0kFmwNo5ZwDaMWds3ilnzNola/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+FW/8v/0sMAP9U&#10;AAD7XgAA4mUAANhrAQDPbgUAzHAIAMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFpYR2dZ2oimWVy&#10;J5ZjeiqTYoMukGCMMY1flTSKXqA2h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//M39f/zF+X/8w&#10;fl//MH5f/zB+X/8w/00JAP9WAADuYQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMAsXgzA6t2QQml&#10;c0wQn3BWF5tuXx2WbGcik2pvJ49odyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7Ys87emLuOXpj&#10;/zh6Y/82eWP/NHlj/zJ5Yv8xeWL/MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxzAADEdwIAv3kE&#10;ALl6DgCyfCAArHwxA6V6PgmfeEoQmnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqFMn9pjzV8aJs4&#10;eWenOnZmtjt0Zsw8c2frO3Nn/zhzaP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y/1EEAP9cAADi&#10;ZwAA0nAAAMd2AADAegAAun0CALR/DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyLdmIhh3RpJoNy&#10;cSt/cXovfG+DMnhujTV1bZg4cmylO3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r/zRuav8ybmr/&#10;Mm5q/zJuav8y/1MAAPRfAADeagAAzXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUrApuEOgeVgkUO&#10;kH9PFYp9WBuGe18ggXlnJX13byp6dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8Z3DnO2dx/Dlo&#10;cf83aHD/NWlv/zRpbv8zaW7/M2lu/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3ggAAsIUAAKiH&#10;BgCiiRcAnIopAZaJNwaQh0MMi4VNE4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15iDRpd5Q3Znah&#10;OmN2sDthdsQ8YXblO2F2+zlidv83Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gAAOZmAADScQAA&#10;xXoAALuBAACyhwAAq4oAAKKMAgCcjhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsddoVjInKDaidu&#10;gnIraoB7L2d/hjNjfpE2YH2eOV18rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRfd/8zX3f/M193&#10;/zNfd/8z/lwAAOFqAADNdQAAwH4AALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuTMQOFkj0Jf5FI&#10;D3qPURZ1jVkbcYxgIGyKaCVoiXApZId5LWGGgzFdhY80WoScNleDrDhVg785VYPhOFWC+TdWgv81&#10;VoH/NFh//zNZff8yWX3/Mll9/zJZff8y72AAANtuAADHegAAu4MAALKLAACokAAAn5MAAJSWAACN&#10;mQ4AiZoeAISaLgJ+mToHeZdFDXSWThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1XjY0wVIyaM1GM&#10;qjVPjL01T4zeNU+L9zRPiv8zUIn/MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJzAADCfwAAtogA&#10;AKyQAACilAAAmJgAAIycAACEnwoAgKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxbGWCbYx1cmmsh&#10;WJl0JVWYfilRl4osTpaYLkuWqDBKlrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8vS43/L0uN/y9L&#10;jf8v4msAAMp5AAC8hQAAsY8AAKaUAACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABuqDIDaqg9BmWn&#10;RwthplAPXaVYFFmkYBhVo2gcUqNxH06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf9StCnf8rQpz/&#10;LEKb/yxEl/8rRJf/K0SX/ytEl/8r13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMAAH6oAABwrgAA&#10;arAOAGixHQBlsSwBYbE4A12wQwZZsEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYeQqyVID+spSI+&#10;rbkjPa3YIj2r9SM8qf8lO6f/Jjum/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACukgAAopkAAJee&#10;AACMpAAAgKoAAHWvAABptAAAXrkGAFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6WQpHumINRLps&#10;EEG6dxM+uYQVPLmTFzm5oxg4ubcZN7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/IDOy/yAzsv8g&#10;wYMAALSRAACmmAAAm54AAI+lAACCqwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkAScYoAEjGNQBF&#10;x0ABQ8dKA0DHUwQ+x10GO8dnCDnHcwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAuxP8TLcL/FSzB&#10;/xYrwP8XK8D/FyvA/xcrwP8XuI0AAKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/AABUwwAASsgC&#10;AEDNBwA60g4AOdIbADjTKAA30zUANtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iLBSrYnQUo2bEG&#10;J9rNBifX7wYm1P8JJdL/CyTR/wwj0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAAhqwAAHm0AABs&#10;uwAAYMIAAFTGAABIywAAPtAAADXVBAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm5UoAJOZVACPm&#10;YQEh524BIOd+Ah7okAId6aQCG+m8Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj/wUY4/8Fo50A&#10;AJakAACIrAAAerUAAGy9AABfxAAAU8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/ARACHxGQAf8SIA&#10;HfIrABvzNAAZ9D4AF/RIABX1UgAT9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0BDfb/AQ30/wEN&#10;8/8BDfP/AQ3z/wEN8/8BmaMAAIusAAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv3gAAJuIAAB/q&#10;AAAc+wYAGf8OABf/EwAU/xoAEv8hABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/bAAC/4AAAf+W&#10;AAD/rQAA/8oAAP/wAAD//wAA//8AAP//AAD//wAA//8AjasAAH21AABuvwAAYMgAAFLQAABD1wAA&#10;N90AACviAAAi5gAAGeoAABX5AAAS/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIAAP8qAAD/MwAA&#10;/z0AAP9JAAD/VwAA/2kAAP9+AAD/lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA//oAgLUAAHC/&#10;AABhyQAAUtMAAEPbAAA14QAAKeYAAB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/BgAA/woAAP8O&#10;AAD/EQAA/xUAAP8bAAD/IwAA/ysAAP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+mAAD/uAAA/88A&#10;AP/PAAD/zwAA/88A/xwvAf8gLAH/ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC/wlvAv8JewL/&#10;CYYC/wmQAv8JmQL/CaAC/wmnAv8JrQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/CfkB/wr/Af8K&#10;/wH/Cv8C/wr/Av8K/wL/C/8D/wv/A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8eMAH/GDgB/xRD&#10;Af8RUAL/EF4C/w5rAv8OdwL/DoMC/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65Av8OwQL/Ds0C&#10;/w7fAv8O7AL/DvgC/w7/Av8O/wL/D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E/yMqAf8mJgH/&#10;KCUB/ycnAf8jKwH/HjMB/xtAAf8ZTQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/E5kD/xOgAv8T&#10;pwP/E64D/xO1A/8TvgP/E8kD/xPaA/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV/wb4Ff8G+BX/&#10;BvgV/wb4Ff8G/yYmAf8qIgH/LCAA/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1iAv8bbgP/G3oD&#10;/xqEA/8ajQP/GpUD/xqcBP8aowT/G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE8hz/BfEc/wbw&#10;HP8H7x3/CO8d/wnvHP8J7hz/Ce4c/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/MCwB/y43Af8r&#10;RAL/KFEC/yZdA/8kaQP/I3UE/yN/BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUjtwb0I8EG8iTP&#10;Bu4k5AbqJfIG6CX+COYk/wrkJf8L4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4eAP8zGAD/NRYA&#10;/zUVAP84HQD/OCcB/zczAf80PwH/MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG7yyUB+0snAjs&#10;LKMI6iyrCOksswjnLL4J5izMCeIt4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDPLP8Qzi3/EM4t&#10;/xDOLf8Q/zIZAP83FAD/OhEA/zwSAP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3XgTsNmoF6TV0&#10;BuY1fgjkNIcI4jSQCeA0mAreNJ8K3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9Esc0/xPFNP8U&#10;wzT/FcMz/xXANP8VvzT/FL80/xS/NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA/0YmAPZEMgHv&#10;Qj8B6UBMA+Q/WQTfPmQG2z1vCNg8eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLIOrUTxjrCE8Q6&#10;1RTAO+sVvDr7F7k6/xi3Ov8Ztjr/GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/DQD/QwkA/0gM&#10;AP9LEAD/TBUA9UwfAOtKKgDkSTcB3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KEEsFCjBO/QZUV&#10;vUGdFrtAphe6QLAYuEC8GbZAzBqzQeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8bpUH/G6VB/xul&#10;Qf8b/z0QAP9CCQD/SAUA/00IAP9QCwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXETloJwExkDb1L&#10;bRC6SnYTt0l+FbVIhxezR48ZsUeXG69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG/yGfR/8gnkf/&#10;IJ5H/x+bR/8emkf/HppH/x6aR/8e/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUNANVVGQDMVywA&#10;xVc8Ar9WSga6VVUKtlNfDrJSaBKvUHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yin0uxI51LwCSb&#10;S9glmUvwJZZM/ySVTP8klEz/I5NM/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/UQAA5lcAAN1b&#10;AQDVXAUA0lsJAMtcFADDXigAvF44ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBUfR2eU4Ufm1KO&#10;IplRlySXUKEmlVCtJ5JQvCiRUNAojlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/I4hS/yOIUv8j&#10;/0UHAP9LAADwVQAA31sAANNgAADMYQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4KpV9XD6FdYBSe&#10;XGgYm1twG5hZeB6VWIEhk1eKJJBWkyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqDVv8og1b/J4JW&#10;/yWBVv8kgVb/JIFW/ySBVv8k/0cDAP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtmDgC0aSAArmkx&#10;AqhoPwWjZkoKn2VUD5pjXRSXYWUYk2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mmLIBZtC1/Wccu&#10;fVnmLXxa+ix7Wv8qe1v/KHtb/yd7Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA0mMAAMdoAADA&#10;awAAumsCALVrDQCubR0AqG4uAaNtPAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCHYnojhGGDJoFg&#10;jCl+X5cre16jLXlesS93XcQvdV7iL3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe/yZ1Xv8m/0sA&#10;APBVAADeXwAAzWcAAMNsAAC7bwAAtXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25PDo9tWBSLa2AY&#10;h2lnHIRobyCBZ3cjfWaAJnpkiil3Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8sb2P/Km9j/yhv&#10;Yv8nb2L/J29i/ydvYv8n/00AAOtYAADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCjdhcAnncoAZh2&#10;NwSTdUIIjnNMDolxVROFcF0YgW5lHH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxnrDBqZ74xaWfc&#10;MGln9S5pZ/8saWf/Kmpn/ylqZv8oamb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4AALtzAACzdwAA&#10;q3kAAKR4AwCdehQAmHslAZN7NAOOekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIicm97Jm9uhSls&#10;bZAsaWycLmZsqjBkbLwxY2zZMGNs9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhlav8o/VMAAONf&#10;AADOaQAAwXEAALd3AACvewAAp30AAJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98URF7elkWd3lg&#10;GnN3aB5vdnAhbHV4JWl0gihmc44rY3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/K19w/ylgb/8o&#10;YG7/KGBu/yhgbv8o8VUAAN5iAADKbQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8AjYUfAIiFLgKD&#10;hDsFfoNFCnqBTg91gFYUcX9eGG59ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Yd7gvV3fRL1d3&#10;8S5Ydv8sWHb/Kll1/yladP8oWnT/J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+AAACmhAAAnYYA&#10;AJGHAACKiQwAhoobAIKLKwF9ijgEeIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0IV2BfSRagIko&#10;V3+WKlV+pCxSfrYtUX7OLVF97yxSff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n6F4AANBrAADA&#10;dgAAtH4AAKuFAAChiQAAl4sAAImNAACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtpjlEPZY1ZE2KM&#10;YBdei2gbW4pxHleJeyFUiIYkUYeUJ0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD/ydNgf8mToH/&#10;Jk6B/yZOgf8m4WMAAMlwAAC7ewAAsIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcSAHKYIgBvmDAC&#10;apc7BGaXRQhilk4MX5VWD1uUXRNYk2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLImRZDKJkWP7SVF&#10;jf8lRYz/JUaL/yRGiv8kRor/JEaK/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACVkwAAipYAAH6a&#10;AABwnQAAa58OAGifHABmoCoBYqA3Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUucdRhIm4EaRZuP&#10;HUKanx9AmrAgP5rIID+Z6x8/mP8gPpb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAAALx9AACwiAAA&#10;pI8AAJmUAACOmAAAg50AAHegAABppAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUEUKhOBk2oVwlK&#10;qF8MR6doDkSncxFBpn8UPqaNFjymnRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3n/8cN5//HDef&#10;/xw3n/8cxHgAALWFAACpjwAAnZUAAJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCyDgBOshsATbMo&#10;AEuzNQBJsz8BRrNJAkSzUgRBs1sGP7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPFEDKy6RAxsP4S&#10;MK7/FC+t/xUvrP8WL6z/Fi+s/xYvrP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAAcasAAGWvAABZ&#10;tAAATrcAAEO8BQBAvREAP70eAD6+KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQxwHcFL8CGBi3A&#10;lwcrwKoIKsHCCCrA5wcpvf0KKLz/DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWUAACZmgAAjaEA&#10;AH+nAAByrQAAZrMAAFq4AABPuwAARL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1ACvMQAAqzUoA&#10;KM1WACfOYQAmzm8BJM5/ASPPkQIhz6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8GHcn/Bh3J/wYd&#10;yf8GqJQAAJyaAACQoQAAgqgAAHSvAABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn0AQAH9YKABva&#10;EAAb2xoAGtsmABrcMQAZ3TwAGN1IABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLjzwAS4PQAEt7/&#10;ARHd/wER2/8CEdv/AhHb/wIR2/8CnpoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQAAELIAAA3zAAA&#10;LdAAACTVAAAc2wAAFd8FABTpDgAS6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMACu9iAAnwdAAI&#10;8YkAB/KgAAXyugAE8eQAAvH9AALv/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4sgAAaboAAFvC&#10;AABNyAAAQMwAADTRAAAq1gAAIdsAABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7HAAE/CQAAfws&#10;AAD8NwAA/EIAAPxQAAD8YQAA/XUAAPyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/AAD9/wAA/f8A&#10;iakAAHmyAABquwAAXMQAAE7MAAA/0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAACP0AAAX/AwAB&#10;/wkAAP8OAAD/EgAA/xcAAP8fAAD/JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA/6YAAP/CAAD/&#10;5wAA//wAAP//AAD//wAA//8AfLMAAGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrmAAAR6gAADO4A&#10;AAXyAAAA/wAAAP8AAAD/AAAA/wAAAP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/OQAA/0oA&#10;AP9dAAD/cwAA/4wAAP+kAAD/uQAA/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA/xUrAP8QMAD/&#10;CzgB/wNEAf8AUQH/AF4B/wBsAf8AeAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/AK8A/wC2AP8A&#10;vgD/AMgA/wDXAP8A5wD/APMA/wD9AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xsp&#10;AP8dJgD/HCUA/xknAP8TLAD/DjQA/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKIAf8CkQH/ApgB&#10;/wKfAf8BpQD/AawA/wGyAP8BugD/AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A/AP/APwE/wH8&#10;Bf8B/AX/AfwF/wH8Bf8B/x8mAP8hIgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/DVcB/wtjAf8K&#10;bwH/CnoB/wqEAf8KjQH/CpQB/wqbAf8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K4AD7Cu8A9wr6&#10;APUL/wH1DP8B9A3/AfQN/wL0Df8C9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yIdAP8eIgD/HCwA&#10;/xk4AP8WRQH/E1IB/xJeAf8QagH/EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB/RCsAfwQswH6&#10;EL0B+RHJAfUR3QHxEe0B7hH5AewS/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPpE/8D/yYdAP8o&#10;GAD/KBYA/yYWAP8mHQD/JigA/yM0AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkYgwH3GIwB9hiT&#10;AfQYmgHzGKEB8RmoAfAZsALuGboC7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/Bdwc/wXcHP8F&#10;2xz/Bdsc/wXbHP8F/yoZAP8tEwD/LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB+iRUAfYjYAHy&#10;ImsB7yJ1Au0ifgLrIocC6SKPAucilgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLYJOoD0iT5Bc8l&#10;/wbNJf8HyyX/CMol/wjKJP8IyiT/CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81FAD/NRwA/zMn&#10;APoxNADzL0EA7i1OAeksWgHlLGUC4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yuiBNErqgXPK7MF&#10;zSu/BswszwbILecHxC33CcEt/wq/Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M/zERAP81DAD/&#10;NgcA/zoLAP88EAD/OxUA+DkfAO83KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTMNHwFyjSFBsg0&#10;jQfGM5QIxDOcCcIzpQnBM64KvzO5C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80/xCuNP8PrjT/&#10;D640/w+uNP8P/zUOAP84BwD/PAIA/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5BAMw+TwLIPloD&#10;xD1kBcE9bge/PHYIvDx+Cro7hwu4O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkRqjvvEqc7/xOl&#10;O/8UpDv/E6M7/xOiO/8Tojv/EqI7/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDhRQcA40INANVD&#10;GQDMRSwAxkc8AcFHSQK8RlUEuUVfBrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhBmhOnQKQUpUCv&#10;FaNAvBahQNAWnkHqF5xB/BeaQf8XmEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsGAP8/AAD5RgAA&#10;5UsAANxOAADTTQQA0UoJAMpKFADCTScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwNpkl0D6RJfBGh&#10;SIQTn0eMFZ1HlRebRp8YmUaqGZdGuBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiNR/8YjUf/F41H&#10;/xeNR/8X/z4CAP9DAADrSwAA3VEAANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5UQQKqVEwFplNW&#10;CKJRXwyfUGcPnU9vEZpOdxSYTn8Wlk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUviHodM9x6GTP8d&#10;hUz/HIVN/xqFTP8ZhUz/GYVM/xmFTP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAAvVgDALhXDgCx&#10;WR4ArFovAadaPQKiWUkFnlhTCZtXWwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyIUZcehlCjH4RQ&#10;sCCCUMEhgFDdIX5R9CB9Uf8ffVH/HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBKAADfVAAAzloA&#10;AMReAAC8XwAAtl4AALFcCwCrXhoApWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpoE4tZcBaIWHcY&#10;hVeAG4NWiR2AVpQfflWfIXtVrSJ5VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8cdlb/G3ZW/xt2&#10;Vv8b/0UAAOxOAADaWAAAyV4AAL9iAAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKWZEMFkWNNCI5h&#10;VQyKYF0Qh19lE4RebBaBXXQZflx9HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa8CNvWv8ib1r/&#10;IHBa/x5wWv8dcFr/HHBa/xxwWv8c/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgAAKVmBQCfZxQA&#10;mmklAJVpNAKQaEAEjGdKCIhmUwyEZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44hcF6aI25eqCVs&#10;Xbglal7OJmle7iRpXv8ial7/IGpe/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADPXwAAwWUAALdq&#10;AACvbAAAp2wAAJ9qAQCZaxEAlG0iAJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hnZxZ2Z28Zc2Z4&#10;HHBlgR5tZIwhamOYI2hipiVmYrYmZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/HWVi/x1lYv8d&#10;8kwAAN9YAADKYgAAvWkAALNuAACrcAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsDgnFFB31wTgt6&#10;blYOdm1eEnNsZRVwa20YbWp1G2ppfx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVeZ/4jX2f/IV9m&#10;/x9gZv8eYGb/HmBm/x5gZv8e708AANpcAADGZQAAum0AALByAACndQAAnXQAAJRzAACNdA0AiXYc&#10;AIV3KwGBdzgDfHZDBnh1TAl0dFQNcXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22UIl1soiRabLIl&#10;WWzHJVhs6CVZbP0jWWv/IVpr/x9ba/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAAtnEAAKx2AACj&#10;eQAAmXkAAI13AACHeQsAg3sYAH98KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNldmgWYnVwGV90&#10;ehxcdIUfWnORIVdyoCNVcrAkU3LFJFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv/x1Vb/8d5VcA&#10;AM1kAAC+bQAAsnUAAKh7AACffgAAk30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9BG2ARgdpgE8K&#10;Zn9WDWN+XhFgfWYUXXxuF1p7dxpXeoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/shTnf/H052/x5P&#10;df8dT3X/HU91/x1Pdf8d31wAAMhoAAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5hQIAdIYRAHGI&#10;IABuiC4Baog5AmeHQwVjh0wIYIZTC12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuBmx5JgawfSIDB&#10;IEeA4x9Hf/oeSH7/Hkh9/x1JfP8cSXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAAAJ+FAACUhwAA&#10;iIcAAHuJAABwjAAAa44NAGiPGgBmjykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAOUIxoEE2MchNK&#10;i30WSIqKGEWKmRpDiqobQoq/G0GK4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpChP8azWcAALx0&#10;AACvfgAApYYAAJqKAACOjAAAgo0AAHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeYOgFUmEQDUpdM&#10;BU+XVAdMl1wJSZZlDEeWbw5ElXoRQZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/FzqP/xc6jv8X&#10;Oo7/FzqO/xc6jv8XxW4AALZ7AACqhQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAAV54AAFKgDgBR&#10;oBsAT6EoAE2hNABLoT4BSaFHAkehUANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42oKYPNaC7EDSg&#10;3Q80nfcQM5z/EjOa/xIzmf8TM5n/EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2VAACBmQAAc5wA&#10;AGefAABbogAAT6YAAEepCABEqhIAQ6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxcAzesZwQ1rHMF&#10;MqyBBjCskQcurKMILay4CSys2QgsqvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8NtYAAAKiLAACc&#10;kQAAkZYAAIWcAAB4oAAAa6UAAF+oAABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAytiwAMbc3ADC3&#10;QQAvuEsALrhVACy4YAEquG0BKbl7Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0/wYhs/8HIbL/&#10;ByGy/wchsv8HrYoAAKCRAACVlwAAiJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cAADS7AAArvgMA&#10;JMIMACLCFAAiwx8AIcMqACDENAAfxD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kAGMiuABfIywAX&#10;xvEBF8T/ARbD/wIWwf8DFsH/AxbB/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABisQAAVrYAAEq5&#10;AAA+vQAANMAAACrEAAAiyAAAGcwEABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7USAAN1VYADdVl&#10;AAzWeAAM1o0AC9ikAArYvgAJ2eYACtb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgAAI6fAACApgAA&#10;cq0AAGS0AABXugAASb8AAD3CAAAyxgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsABt8RAAXfGgAE&#10;4CQAAuEuAAHiOgAA40cAAORWAADkZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA6P8AAOj/AADo&#10;/wAA6P8AkZ8AAIKnAAB0rwAAZbcAAFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZAAAO3QAACeEA&#10;AALlAAAA6QYAAOkNAADpEQAA6hgAAOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+AAD0lwAA9bAA&#10;APbQAAD38wAA9/8AAPf/AAD3/wAA9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAALtEAACPWAAAZ&#10;3AAAEeAAAAzjAAAE5wAAAOoAAAD1AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA+icAAPw0AAD/&#10;QwAA/1UAAP9pAAD/gQAA/5oAAP+yAAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6AABZwwAAS8sA&#10;ADvRAAAt2AAAId0AABbiAAAO5gAACOoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8AAAD/AAAA/wYA&#10;AP8MAAD/EAAA/xgAAP8iAAD/MAAA/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MAAP/VAAD/1QAA&#10;/9UA/xMoAP8TJQD/ESUA/w0nAP8GLQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/AH4A/wCIAP8A&#10;kAD/AJcA/wCdAP8ApAD/AKoA/wCwAP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A/wD/AP8A/wD/&#10;AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9AP8ASwD/AFgA&#10;/wBkAP8AcAD/AHoA/wCEAP8AjAD/AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA/gDIAP0A2QD7&#10;AOkA+gD2APkA/wD4AP8A+AD/APgA/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/GB0A/xMeAP8O&#10;IgD/CiwA/wc5AP8DRgD/AFMA/wBgAP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8AnQD/AKMA/gCp&#10;APwAsAD6ALkA9wDEAPUA0gDzAOYA8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/APAA/wDwAP8A&#10;/x4dAP8eGQD/HBcA/xcYAP8THgD/ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA/wZ6AP8GgwD+&#10;BosA/AaSAPoGmQD4Bp8A9gamAPQGrQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDlCv8A5Av/AOQL&#10;/wHkC/8B5Av/AeQL/wHkC/8B/yEYAP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8TPAD/EUkA/xBV&#10;APwOYQD5DmsA9g51APQOfgDyDoYA8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9AOUPzADhD+MA&#10;3RDzANkR/wHWEv8B1BP/AdMT/wLSE/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A/yMOAP8jFAD/&#10;Ih4A/x8pAP8cNQD5GUMA9BhPAO8XWwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDfF5gA3RefANsX&#10;pwDZGLEA1hi7ANQZygDQGuEBzBvzAckc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc/wPDHP8D/ygQ&#10;AP8pCwD/KAYA/ysLAP8rEAD/KRcA/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFqANYhdADTIXwB&#10;0CGEAc8ijAHNIpMByyKbAckiowHII6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8FtiX/BbUl/wa1&#10;Jf8GtSX/BbUl/wW1Jf8F/ywNAP8tBQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDfKDMA2ChCANEq&#10;TwDNK1oAyStlAccrbgHELHYCwix+AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYsvwW1LdEFsS3q&#10;Bq4u+werLv8IqS7/CKgu/wioLf8IqC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcAAOo2AgDnMwgA&#10;5C8PANkuGwDPMSwAyTM8AMQ0SQDANVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgGsDSQBq40mQes&#10;NKIIqzSsCak0uQmnNMoKpTXlCqE1+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wucNf8L/zMCAP81&#10;AAD2OgAA5T4AANxAAADUPQQA0jcJAMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649YwSsPWsFqTxz&#10;Bqc8ewimPIMJpDuLCqI7lAugO50MnjuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/D5I8/w6RPP8N&#10;kTz/DZE8/w2RPP8N/zUAAP85AADqQQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEAs0QyAK9FQAGr&#10;RUsCp0VVA6REXgWhRGYHn0NuCJ1DdgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQQcASjkHZEotB&#10;8RKJQv8SiEL/EYhC/xCHQv8Qh0L/D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhOAADATQAAu0oC&#10;ALZHDgCwSR0Aq0stAKZMOwGiTEcCnktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iCD41HixGLR5US&#10;iUagFIdGrBWFRrsWhEbRFoJH7haAR/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R/zsAAO5DAADc&#10;TAAAzFEAAMFUAAC5VAAAtFEAAK5NCwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaRUF4Jjk9mC4xO&#10;bQ2JTnUPh01+EYVNhxOCTJEVgEycFn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM/xR3TP8Td0z/&#10;EndM/xJ3TP8S/z4AAOhHAADVUAAAxlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYlAJhXNAGUV0AC&#10;kFdKBI1WUwaKVVsJh1RjC4RUag6CU3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUac1DJGnFQ6Bpw&#10;UfwYcFH/F3BR/xVwUf8UcVD/E3FQ/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACvXgAAp1sAAKFY&#10;AwCbWRIAllsiAJJcMQGOXD0CilxHBIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZWgBV0VosXclWW&#10;GW9VoxptVLIbbFTGG2pV5htqVfsZalX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMAAN9PAADLWAAA&#10;vV0AALNhAACrYgAAomAAAJtcAACVXhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJe15dC3hdZQ52&#10;XGwQc1x0E3BbfRVuWogXa1qUGWlZoRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdlWf8VZVn/FGVZ&#10;/xRlWf8U70YAANpSAADGWwAAumEAALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdlKwCDZTcBf2VC&#10;A3xkSwZ4Y1MIdWNbC3NiYg5wYWoQbWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3BHF9d4RxfXfga&#10;X13/GF9d/xdgXf8WYF3/FWBd/xVgXf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAAmGcAAI9lAACJ&#10;ZgwAhWgZAIFpKAB+ajUBemk/A3ZpSQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVjZIMXYGOPGV5i&#10;nRtcYqwcWmK/HFli3xxZYvcaWmL/GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9ZAAC/YgAAs2gA&#10;AKltAACebQAAk2sAAIlpAACDawkAf20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xWCWhsXgxla2UP&#10;Y2ptEWBpdhRdaYEWW2iNGFhnmxpWZ6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8WVmX/FVZl/xVW&#10;Zf8V4lEAAMpdAAC7ZgAAr2wAAKZxAACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBycy8Bb3M6Amxz&#10;RARpckwGZnJUCGNxWwtgcGMNXXBrEFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t2RpObPQZT2v/&#10;GE9r/xdQav8WUGr/FVBq/xVQav8V3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQAAHxzAAB2dQAA&#10;cXcQAG94HQBseSsAaXk3AWZ5QANjeUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwTUHSIFk10lxdL&#10;c6YYSXO5GUhz1RlJcvMYSXH/F0px/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACzbwAAqHYAAJ15&#10;AACPeAAAhHgAAHd5AABvfAAAan0NAGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/VQdUfl0JUn1l&#10;DE99bw5MfHkRSnyGE0d7lBVFe6QWRHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/E0R2/xNEdv8T&#10;zV8AALtrAACudAAApHwAAJd+AACKfQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEAWocuAFiHOAFV&#10;h0ICU4dKA1CHUgVOhloHS4ZiCUmFbAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8gvASPIH/Ej2A&#10;/xI9f/8SPX7/ET1+/xE9fv8RxWYAALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2GAABfigAAWI0B&#10;AFSODwBSjxsAUI8nAE+QMwBNkD0BS5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6ACzqOjww4jqAN&#10;N46zDjaOzA42je8ONYv/DjWJ/w81iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAAmYcAAIyIAAB/&#10;iAAAcooAAGaNAABakQAAUJUAAEmXCQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+mlECPJpaAjqa&#10;ZAM3mm8FNZl9BjOZjAcxmZ0IL5mwCC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S/wstkv8LtnUA&#10;AKqBAACeiAAAk40AAIaOAAB4jwAAa5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMXADejIgA2pC0A&#10;NaQ3ADSkQQAzpUsAMaVUATClXgEupWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsEJaL/BSWg/wYk&#10;n/8GJJ7/BySe/wcknv8Hr34AAKOIAACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABMogAAQqYAADip&#10;AAAvrAMAKq4OACmuGAAoryMAJ68tACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+xggAespQBHLKp&#10;ARuywQEbsecBG6/+Ahqt/wIarP8DGqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoAAHafAABoogAA&#10;W6UAAE+pAABErQAAObAAAC+zAAAmtgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUAFL1AABO+SwAS&#10;vlgAEr5nABG/eAAQv4wAEMCiAA7AugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQuv8Bn48AAJSV&#10;AACHmwAAeaEAAGunAABerAAAUrEAAEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/GBQALyg0ACcoU&#10;AAjKHQAHyicAB8oyAAbLPgAFy0sABMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMztAADM/wAAy/8A&#10;Acr/AAHK/wAByv8Al5YAAIqcAAB8owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAAI8MAABvGAAAT&#10;ygAADc0AAAjRAAAB1AkAANQOAADVFQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA3m4AAN6EAADf&#10;mwAA37QAAN7ZAADf9wAA3/8AAN//AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6AABFvwAAOMIA&#10;ACzGAAAhyQAAGM0AABDRAAAL1QAABNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUbAADnJAAA6S8A&#10;AOs8AADtSwAA7l0AAO5xAADviQAA8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8AgaUAAHKtAABj&#10;tQAAVL0AAEbEAAA3yAAAKswAAB/QAAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADu&#10;BQAA7wwAAPEQAADzFwAA9SAAAPgrAAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/wAAA/+EAAP/1&#10;AAD/9QAA//UAdK4AAGW3AABWwAAAR8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YAAADpAAAA7AAA&#10;APAAAADzAAAA9AAAAPYAAAD4AAAA+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcAAP9KAAD/XgAA&#10;/3YAAP+PAAD/pgAA/7oAAP/RAAD/0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/ADIA/wA+AP8A&#10;TAD/AFkA/wBlAP8AcAD/AHoA/wCEAP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8AsgD/ALoA/wDF&#10;AP8A0wD/AOcA/wD0AP8A/wD+AP8A/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEhAP8QHgD/DR0A&#10;/wcfAP8AIwD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCVAP8AmwD/&#10;AKEA/wCnAP4ArgD9ALYA/ADAAPsAzQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1AP8A9QD/APUA&#10;/wD1AP8A/xUdAP8TGgD/EBkA/wsZAP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6&#10;AP4AgwD8AIoA+gCRAPkAlwD4AJ0A9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDsAO0A+gDrAP8A&#10;6gD/AOoA/wDqAP8A6gD/AOoA/wDqAP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA/wIwAP8APgD/&#10;AEsA/wBXAP8AYgD8AGwA+AB1APUAfgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDpAK4A5wC3AOYA&#10;wwDkANQA4gDpAOEA9wDfAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8aEAD/Fg4A/xIO&#10;AP8SFQD/Dx8A/wwrAP8JOAD/BkUA+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOHAOQDjgDiA5UA&#10;4QOcAN8EowDdBKsA2wS0ANgFwADWBdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8Aywv/AMsL/wDL&#10;C/8A/x8QAP8eCwD/GgcA/xkLAP8YEQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDlDGEA4gxqAN4N&#10;cwDbDXsA2Q2DANYNigDUDZEA0g2ZANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS+QC/E/8AvRP/&#10;AbwT/wG8E/8BvBP/AbsT/wG7E/8B/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgcAOwVKADlEzYA&#10;3xJDANkTTwDTFFoA0BVkAM0WbQDLFnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUAvhmvAL0auwC7&#10;GssAuBvlAbQc9gGyHf8CsB3/Aq8d/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/JgAA+ycAAPEl&#10;AwDwIQsA6BwSAN4ZHQDUGy0AzR08AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkjfwG3I4cBtSOP&#10;AbQklwGyJKABsSSqAq8ktgKtJcYCqyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/A6Em/wOhJv8D&#10;/ykAAP8oAAD2LQAA5zAAAN8vAADZKwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08AtSxZALIsYgGw&#10;LGoBri1yAawtegKqLYECqS2KAqctkgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZLv8Gly//BpYv&#10;/waVLv8FlS7/BZUu/wWVLv8F/ywAAP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEtEQC6MCEAtDIx&#10;ALA0PgCsNUoAqTVUAac1XQGkNWUCojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDShBpY0rQeUNbsI&#10;kzXQCJA17AiONv4IjDb/CIs2/wiLNv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA0kEAAMdCAADA&#10;QAAAuzoBALY2DgCwORwAqjssAKY8OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWUPHcGkjyAB5E8&#10;iAePO5IIjTudCYs7qQqJO7cLiDvKC4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8/wiBPP8I/zMA&#10;AOw6AADaQwAAykcAAL9JAAC3RwAAsUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RMAZREVQKRQ10D&#10;j0NkBY1DawaLQnMHiUJ7CIdChAqFQY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkNeUL/DHhC/wt4&#10;Qv8LeEL/CnhB/wp4Qf8K9jYAAOZAAADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCfRhMAmkgjAJZJ&#10;MgCSSj4Bj0pIAoxKUQOKSVkEh0lgBYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhGog92RrAQdUbC&#10;EHNG4BByR/cPcUf/DnFH/w1xR/8McUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEAALRTAACqUgAA&#10;ok4AAJ1KAQCXSxEAk00gAI9PLgCMTzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJeU10C3dMfQx1&#10;TIcOc0ySD3FLnxFvS60SbUu/EmxL3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxqS/8M8D0AANtI&#10;AADHUAAAulUAALBYAAClVgAAnFMAAJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9USwN8VFMEelNa&#10;BnhTYgh1UmkJc1JxC3FReg1uUYQPbFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/EGRQ/w9kUP8O&#10;ZU//DWVP/wxlT/8M7EEAANRMAADDVAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwAhlcZAINYJwCA&#10;WTQAfVk/AXpZSAN3WFAEdFhYBnJXXwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJiVKkTYFS6FF9U&#10;0xReVPITXlT/EV9U/w9fVP8OX1P/DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhfAACcXQAAklsA&#10;AItYAACFWgoAgVsWAH1cJAB6XTEAd108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFtsC2VadQ1jWn8P&#10;YVmLEV5ZmBJcWKcUW1i4FFlZ0BRZWPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N40gAAMtTAAC7&#10;WwAAsGEAAKRiAACXYQAAjl8AAIVcAAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJsYUsDamFTBWdh&#10;WgdlYGIJY2BqC2Bfcw1eXn0PW16JEVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc/xBVXP8OVVv/&#10;DlZb/w1WW/8N3kwAAMdWAAC4XwAArWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQRAHJlHgBvZisA&#10;bGc3AWpnQAJnZkkDZWZRBGJlWAZgZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMTUGK0E09izBNP&#10;Yu0ST2H/EU9h/xBQYP8OUGD/DlBg/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACPZwAAhGcAAHll&#10;AABzZwAAb2kOAGxqGwBpaygAZ2w0AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZpbgtTaXgNUWiE&#10;D05okhBMZ6ESS2eyEklnyRJJZ+sSSWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQAAL5eAACxZwAA&#10;pm0AAJdsAACKawAAf2sAAHNrAABtbQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMCWXFLA1dxUwRV&#10;cFoGUnBiB1BwawlOb3ULS2+CDUlujw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5Fa/8NRWr/DUVq&#10;/w1Fav8Ny1gAALpjAACtbAAAoXEAAJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12EgBbdx8AWXgr&#10;AFd4NgBVeD8BU3hIAlF4TwNPd1cETHdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3WuDj51xQ49degO&#10;PnP9DT5y/w0+cf8MP3H/DD9w/ww/cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAAdXQAAGl2AABe&#10;eQAAWHwBAFR9DgBSfhoAUX8mAE9/MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVBf3AGP358CDx+&#10;igk6fpoKOX6sCzd+wws3feYLN3v8Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBvAACleAAAlnkA&#10;AId5AAB7eQAAcHoAAGR8AABYgAAAUIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+AEGJRwFAiU8B&#10;PohYAjyIYQM6iGwEN4h4BTWIhwYziJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8IMIH/CDCB/wgw&#10;gf8It2sAAKp2AACgfwAAkH4AAIJ+AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9kA4AO5AYADqR&#10;IwA5kS0AOJI3ADeSQAA2kkkANJNSADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiSvQQokuEDJ5D6&#10;BCeO/wUnjf8FJ4z/BSeM/wUnjP8FsXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gAAFiLAABNjwAA&#10;Q5MAADqXAAAymgcALpsQAC2bGgAsnCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEAJZ5uACOefgEi&#10;npABIJ6jAR+euQEent0BHpz4Ah6a/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACTiwAAhYoAAHWL&#10;AABojgAAW5EAAFCVAABGmQAAO50AADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByoLQAbqDcAGqlB&#10;ABmpTAAYqVgAF6pmABaqdgAVqokAFKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/AROk/wETpP8B&#10;o4YAAJeMAACNkQAAfZIAAG2VAABgmAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAAGbEAABKzBwAP&#10;tRAADrUXAA61IQANtSsADbU2AAy2QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAFtsUABrbqAAe1&#10;/wAItP8ACLP/AAmy/wAJsv8Amo0AAJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECsAAA1sAAAKrMA&#10;ACG1AAAYuAAAEbsAAAy+AgAGwAsAAsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQAADEXwAAxHEA&#10;AMSHAADEnQAAxLUAAMTaAADE9gAAw/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAAaqYAAFysAABP&#10;sQAAQbUAADW3AAApugAAH70AABbAAAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAAzhgAAM4hAADQ&#10;KgAA0TUAANNDAADUUgAA1GMAANV4AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW/wAA1v8AipsA&#10;AHuiAABsqQAAXrAAAFC2AABCugAANL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIAAADXAAAA2QAA&#10;ANoFAADcCwAA3RAAAN8VAADhHQAA4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcAAOqvAADqzgAA&#10;6+8AAOv+AADr/wAA6/8AfaMAAG6rAABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAASzwAAC9MAAALY&#10;AAAA3QAAAOEAAADkAAAA5QAAAOcAAADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3MQAA+UEAAPpV&#10;AAD6agAA+4QAAPudAAD8tgAA/NIAAP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQAADTJAAAmzQAA&#10;GtIAABDYAAAI3QAAAOEAAADlAAAA6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAAAPkBAAD7CAAA&#10;/g4AAP8VAAD/IQAA/y8AAP9BAAD/VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA/9QA/wsgAP8H&#10;HgD/AB0A/wAgAP8AJQD/AC4A/wA7AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8AhwD/AI4A/wCU&#10;AP8AmgD/AKAA/wCmAP8ArQD/ALUA/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/AP0A/wD9AP8A&#10;/AD/APkA/wD5AP8A/w0dAP8LGgD/BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA/wBeAP8AaAD/&#10;AHIA/wB6AP8AggD/AIkA/wCQAP8AlgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2ANkA9QDrAPQA&#10;+QDzAP8A8gD/APMA/wDzAP8A8wD/APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8AGQD/ACUA/wAy&#10;AP8AQAD/AEwA/wBZAP8AYwD+AG0A/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCeAPIApADwAKwA&#10;7gC0AO0AwADrAM8A6QDmAOgA9QDmAP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A/xIUAP8QEAD/&#10;DA8A/wMQAP8AFQD/ACAA/wAsAP8AOgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADtAH8A6wCGAOoA&#10;jADoAJMA5wCZAOUAoADjAKcA4QCwAN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA/wDTAP8A0wD/&#10;ANMA/wDTAP8A/xUQAP8SDAD/DgkA/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBNAOsAWADoAGEA&#10;5QBqAOIAcgDgAHoA3gCAANwAhwDaAI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQAygDZAMgA7QDH&#10;APsAxQD/AMQB/wDDAf8AxAH/AMQB/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/DBQA/AcfAPED&#10;KwDnADkA4gBGAN4BUQDaAlsA1QJkANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYFmADEBaAAwgap&#10;AMEGtAC/BsEAvQjVALsJ7AC4C/0Atgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsFAP8YAAD/FwAA&#10;/xYAAPsTBgD6EA4A7gwWAOMJIgDaCTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8AwQ52AL8OfgC9&#10;D4UAvA+NALoQlQC4EJ0AtxCnALURsgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCnFf8AphT/AaYU&#10;/wGmFP8B/x8AAP8cAAD6HgAA6x4AAOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAURAC8Fk8AuRdZ&#10;ALcXYQC0GGkAsxlxALEZeACvGoAArhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3PAKEe6gGeHvwB&#10;nB//AZsf/wGaH/8Bmh7/AZke/wGZHv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAAyhwIAMQZEgC9&#10;HCIAtx4xALMgPgCvIUkArSJTAKojXACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGeJZQBnSWeAZsm&#10;qgGZJrcBmCbJApUn5gKSJ/kCkCj/Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIpAADjMQAA0jQA&#10;AMg0AADAMAAAuykCALgjDgCxJhwArCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1nAZktbgGYLnUB&#10;li59ApQuhgKTLpACkS6aA48upgONLrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8Dgy//A4Mv/wOD&#10;L/8D+ykAAOsxAADZOAAAyTwAAL88AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACaNEAAmDVKAJU1&#10;UwCTNVsBkTViAY81aQKNNXECjDV5A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn823AZ9NvQGezb/&#10;BXs2/wV6Nv8Eejb/BHo1/wR6Nf8E9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoAAKM2BgCdNxMA&#10;mTkiAJU6LwCSPDsAjzxGAIw8TwGKPFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcFfTySBns7ngd5&#10;O6wHdzu8CHY81Qh0PPEIczz/B3I8/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJRAAAvEgAALBJ&#10;AACmRgAAn0EAAJs9AQCVPRAAkT8dAI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5CYgN8QmkEekJx&#10;BXhCegZ2QYQHdEGPCHJBmwhwQakJb0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/BmpB/wVqQf8F&#10;7TcAANZCAADESQAAt00AAKtNAACgSgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQAgEg/AH5ISAF7&#10;SFACeUhXAndIXwN1SGYEc0duBXFHdgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtlRuwLZEf/CWRG&#10;/whkRv8HZEb/BmRF/wZkRf8G6DsAANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1HAACHSAsAg0oW&#10;AH9LJAB9TDEAek08AHdNRQF1TU0Cc01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJCWRLlgpiS6QL&#10;YUu0DF9LygxeS+oLXkv+Cl5L/wleSv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAAsFUAAKFUAACW&#10;UgAAjVAAAIdMAACBTQgAfU8TAHpQIQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNpUWEEZ1FoBmVQ&#10;cQdjUHsIYVCGCl9PkwtdT6EMW0+yDVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO/wdZTv8H30MA&#10;AMdNAAC4VAAArFkAAJ1XAACRVQAAiFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2AGxWQAFqVkgB&#10;aFZQAmZWVwNkVl4EYlVmBWBVbwddVXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YMU1P8C1NT/wlU&#10;Uv8IVFL/CFRS/wdUUv8H2kYAAMNQAAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2VgEAcVcPAG5Z&#10;GwBsWigAaVozAGdbPQFlW0UBY1tNAmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRYjwtSWJ4MUFiu&#10;DU9Yww1OWOQMTlj7C09X/wlPV/8IT1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14AAJVdAACJXAAA&#10;f1sAAHZZAABwWgAAa1wNAGhdGABmXiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oDWF9hBVVeagZT&#10;XnQHUV1/CU9djQpNXZwLS12sDEpdwQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdKWv8Hzk4AALxY&#10;AACuYAAAn2EAAJFgAACFXwAAe18AAHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxkNwBaZEABWGRI&#10;AVZkUAJUZFcDUmRfBFBkZwVOY3EGTGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5CkRg/wlEYP8I&#10;RV//B0Vf/wdFX/8HyFIAALhcAACrZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAAX2YGAFtnEQBZ&#10;aB0AV2kpAFZqMwBUajwAUmpFAVBqTAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhCaJgJQGipCj9o&#10;vQo+aN4JPmf3CT5m/wg/Zf8HP2X/Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdnAAB7ZwAAcWcA&#10;AGVoAABcagAAWGwBAFRuDgBSbxgAUG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZAkRwYgNCcGwE&#10;QHB4BT5whgY8b5UHOm+mCDhvuwg4b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8GvVwAAK9mAACi&#10;bQAAkWwAAIJrAAB3awAAbGwAAGFuAABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBFeDMAQ3g8AEJ4&#10;RABBeE0BP3hVAT14XgI7eGgCOXh0Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0/wUxc/8FMXL/&#10;BTJy/wUycv8Ft2MAAKptAACccQAAi3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoAAEJ9AwA/fg4A&#10;PX8YADx/IwA7gC0AOoA2ADmBPwA4gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8DLIGhAyqBtgMp&#10;gdIDKX/zAyl9/wMpfP8DKXv/Ayl7/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABtdQAAYXcAAFd6&#10;AABMfgAAQ4EAADuFAAA1iAkAMokRADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqLVAApi18AKItr&#10;ACaLegEki4sBI4ueASKLswEhjM4BIYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IAAKF8AACPewAA&#10;gHoAAHN6AABmfAAAW38AAFCCAABGhgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwAIpUmACGVLwAg&#10;lTgAH5ZCAB6WTAAdllgAHJZkABqXdAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEWkv8BFpH/ARaQ&#10;/wEWkP8BpXsAAJmDAACJgQAAe4AAAGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2XAAAlmgAAHZ4B&#10;ABagDAAUoRIAFKEbABOhJQASoS4AEaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOSAAyjpwAKosAA&#10;C6LmAAyg/gANn/8ADZ7/AA2d/wANnf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAATJIAAEGXAAA3&#10;mwAALp4AACSiAAAcpQAAFagAAA+rBAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQABrkUAAK5SAACu&#10;YQAArnMAAK6HAACunQAArrQAAK7VAACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQAAB7kAAAa5IA&#10;AF2WAABQmgAARJ8AADmjAAAvpwAAJasAAByuAAAUsQAADrQAAAm3AAABuAkAALgOAAC5FAAAuRwA&#10;ALolAAC6LwAAuzoAALxHAAC8VgAAvGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4AALv/AAC7/wAA&#10;u/8AkJIAAIOYAABzmwAAY58AAFWjAABHqAAAO60AADCxAAAltAAAG7cAABK6AAAMvQAABb8AAADD&#10;AAAAxAIAAMUKAADFDgAAxhQAAMcbAADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADOgwAAzpsAAM21&#10;AADO2gAAzvYAAM3/AADN/wAAzf8AhpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkAACS8AAAZvwAA&#10;EcIAAArFAAACyQAAAMwAAADQAAAA0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEAAN8sAADhOgAA&#10;4koAAONdAADkcgAA5IsAAOWlAADlwAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABcrwAATbYAAD+8&#10;AAAwvwAAI8MAABfHAAAPygAAB84AAADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADkAAAA5gMAAOgJ&#10;AADpDgAA7BUAAO4eAADxKwAA9DoAAPVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnkAAD58wAA+fMA&#10;baoAAF6yAABPugAAQMEAADHFAAAiyQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAAAOgAAADrAAAA&#10;7QAAAO8AAADxAAAA8wAAAPYAAAD4AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA/2YAAP9/AAD/&#10;mQAA/68AAP/DAAD/1gAA/9YA/wQcAP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8ARgD/AFMA/wBe&#10;AP8AaQD/AHIA/wB6AP8AggD/AIkA/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5AP8AxQD/ANkA&#10;/gDsAP0A+wD7AP8A+wD/APsA/wD6AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA/wAWAP8AGwD/&#10;ACYA/wA0AP8AQgD/AE4A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8AJYA+gCdAPkA&#10;owD4AKsA9wC0APUAvwD0AM4A8wDmAPEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA/wDqAP8A/wsU&#10;AP8GEQD/ABAA/wAQAP8AFgD/ACIA/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBwAPcAeAD1AH8A&#10;8wCFAPIAiwDwAJIA7wCYAO0AnwDsAKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A4AD/AOAA/wDh&#10;AP8A4QD/AOEA/wDhAP8A/w0QAP8JDQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5AEMA9gBOAPIA&#10;WQDvAGIA7ABrAOoAcgDoAHkA5gCAAOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgAtADVAMAA0gDT&#10;ANAA6gDOAPoAzQD/AM0A/wDNAP8AzAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAIAP8ADgD/ABYA&#10;9gAiAPAALwDsADwA6QBIAOUAUwDhAFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcAzgCOAMwAlQDK&#10;AJ0AyAClAMYArwDEALsAwgDLAMAA5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8AP8A/xEFAP8O&#10;AAD/CgAA/wgBAP8ECgD4ABAA6QAaAOMAKADeADUA2QBBANMATADPAFYAywBfAMkAZgDGAG4AxAB0&#10;AMIAewDBAIIAvwCJAL0AkAC8AJgAugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/AK4D/wCtBP8A&#10;rQT/AK0E/wCtBP8A/xQAAP8QAAD/DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0AyAI6AMQDRQDA&#10;A1AAvQRZALsFYQC5BWgAtwZvALUGdgC0B30AsgeEALEIjACvCJUArQmeAKsJqACqCrUAqArFAKYL&#10;3wCkDfQAog7/AKAO/wCfDv8Anw7/AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsWAADSEAIAzwkL&#10;AMgIFgDBCiQAvAwyALcNPgC0DkkAsQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGAAKURiACjEpEA&#10;oRKbAKATpgCeE7MAnBPDAJsU3gCXFvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A/xoAAPQdAADl&#10;IwAA1SUAAMokAADCHQAAvhYEALsQEAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCgGl0AnhtlAJ0b&#10;bACbHHMAmhx7AJgcgwCXHY0AlR2XAJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg/wGHIP8BhyD/&#10;AYYg/wGGIP8B+h4AAOsmAADaLQAAyjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8mAJ8hMwCcIj4A&#10;mSNIAJckUQCVJFkAkyVgAJIlZwCQJm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sBhCe7AYMo0QGA&#10;KO4Bfin/AX0p/wF8KP8BfCj/AXwo/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACrMQAApSwAAKIm&#10;BgCeJhMAmSghAJUqLgCSKzkAjyxEAI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIuegGBL4QBfy+P&#10;An0vmgJ7L6cCei+3AngvzAJ2MOoCdTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoAANw1AADHOwAA&#10;uj8AAKw8AACiOAAAnDMAAJgvAACVLhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEAgDVYAH41XwF9&#10;NWYBezZuAXk1dgJ4NYACdjWLA3Q1lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNrNv8Cajb/Amo1&#10;/wJqNf8C6jAAANM6AADCQQAAs0MAAKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4JQCBOjEAfzs8&#10;AHw7RQB6PE0AeDxVAXc8XAF1PGMBczxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDuxBWc8xQVlPOUF&#10;ZDz6BGQ8/wNjO/8DYzv/A2M7/wJjO/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAAjkAAAIk8AACE&#10;PAoAgD0UAH0+IgB6Py4AeEA4AHVBQgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANoQXkDZ0GEBGVB&#10;kQVjQZ8FYUGuBmBBwgZeQeIGXkH5BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhDAAC5SgAAqUsA&#10;AJtJAACQRwAAiEQAAINBAAB+QQYAekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZPAWpGVgFoRl0C&#10;ZkZlAmRGbQNiRnYEYEaCBF5GjgVcRZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8EV0T/A1hE/wNY&#10;RP8D2j0AAMRHAAC1TgAApE4AAJZMAACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBuSScAa0oyAGpL&#10;PABoS0QAZktMAWRLUwFiS1oCYEtiAl9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RKvQdTStwHUkr2&#10;BlJK/wVSSf8EUkn/A1JI/wNTSP8D1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwAAHhIAABySgAA&#10;bksNAGtNGABoTiQAZk4vAGRPOQBiT0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IEVU99BVNPigVS&#10;TpgGUE6oB05OuwdNTtkHTU71Bk1O/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACuVAAAnFMAAI5S&#10;AACDUQAAelAAAHJNAABsTwAAaFALAGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpUTgFYVFYBVlRd&#10;AlRUZgNSU28DUFN7BE5TiAVMU5cGS1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/BElQ/wNJUP8D&#10;ykgAALlSAACqVwAAmFYAAIpVAAB/VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4AW1cpAFlYMwBY&#10;WDwAVllEAFVZTAFTWVMBUVlbAk9YZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZDWNIGQ1fyBkNW&#10;/wVDVf8ERFX/BERU/wNEVP8DxkwAALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZWAABhWAAAXVkE&#10;AFlaEABXWxsAVVwmAFNdMABSXTkAUV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12A0RdgwRCXZIF&#10;QF2jBj9dtgY+XdAGPVzxBT5b/wQ+Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAAkFwAAIJbAAB2&#10;WwAAbVsAAGFbAABbXQAAVl4AAFJgDQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBHY04ARmNWAURj&#10;XgFCY2gCQGNzAz5jgQM8Y5AEOmKhBDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle/wM5Xv8DvFUA&#10;AK1fAACcYAAAi18AAH1fAAByXwAAaF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gdAEVoJwBEaTEA&#10;Q2k5AEJqQgBAakoAP2pSAD1qWwE8amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsDMWjtAzFn/wMx&#10;Zv8DMmX/AzJk/wMyZP8Dt1sAAKlkAACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQaAAASWsAAENt&#10;BABAbg4APm8YAD1vIgA8cCsAOnA0ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFxegEvcYoCLXGc&#10;AitxrwIqccgCKnDrAipv/wIqbf8CKmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcAAHRnAABpZwAA&#10;X2gAAFVrAABLbgAAQ3EAADx0AAA3dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8ALnlIACx6UgAr&#10;elwAKnpoACh6dgAmeocBJXqZASN6rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIjdP8CrGgAAJ1u&#10;AACKbQAAe2wAAG9sAABlbAAAWm4AAFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeCFAAmgh4AJYIn&#10;ACSCLwAjgzgAIoNCACGDSwAghFYAH4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPmABiB/QAZgP8B&#10;GX//ARl+/wEZfv8BpnAAAJVzAACEcgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAAN4EAAC+EAAAn&#10;iAAAIIsFABuNDgAajRUAGY0eABiOJwAXjjAAFo45ABWOQwAUj08AE49bABKPagARj3sAEI+PAA+P&#10;pAAOj7sADY/gAA6N+gAPi/8AEIr/ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4AABYewAATX4A&#10;AEKCAAA5hgAAL4oAACeOAAAgkQAAGJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5owAAqaOwAJmkYA&#10;CJpTAAabYQAFmnIABJqGAAKamwAAmrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8AmYEAAId/AAB6&#10;fgAAa34AAF2BAABQhQAARYkAADuNAAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAGpQoAAaUQAACl&#10;FgAAph8AAKYoAACmMgAApz0AAKdKAACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl6QAApfwAAKX/&#10;AACk/wAApP8AkYcAAIKGAAByhgAAY4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IAABemAAAQqQAA&#10;C6wAAASvAAAAsQYAALEMAACyEQAAshcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0AALVwAAC1hgAA&#10;tZ0AALW2AAC13AAAtPcAALT/AAC0/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABAnwAANaQAACqo&#10;AAAgrAAAFrAAAA+0AAAJtwAAAbkAAAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADCHQAAwycAAMUy&#10;AADGQAAAxlEAAMdjAADHeAAAx5EAAMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cAAHGaAABhngAA&#10;UqMAAEWpAAA4rgAALLMAACC3AAAWugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAAAMwAAADNAwAA&#10;zgkAANAOAADSEwAA1BsAANglAADbMgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA39kAAN/zAADf&#10;/wAA3/8Ad58AAGimAABZrQAASrMAADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADMAAAA0AAAANUA&#10;AADZAAAA2gAAANwAAADeAAAA4AAAAOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFEAADyWAAA828A&#10;APSKAAD0pAAA9L8AAPTfAAD08wAA9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAAE8oAAAvOAAAA&#10;0gAAANcAAADcAAAA4AAAAOUAAADnAAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gcAAPkOAAD8&#10;FgAA/yIAAP8zAAD/RwAA/10AAP92AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8AFgD/ABUA/wAY&#10;AP8AHgD/ACcA/wA2AP8AQwD/AE8A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP8AkAD/AJYA&#10;/wCcAP8AowD/AKsA/wC0AP4AvwD9AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A7gD/AOkA/wDn&#10;AP8A/wAUAP8AEQD/ABEA/wASAP8AFwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/AGgA/wBwAP8A&#10;eAD9AH4A/ACFAPoAiwD5AJEA+ACYAPcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A8gDsAP8A7AD/&#10;AOwA/wDrAP8A5QD/AOAA/wDeAP8A/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wArAP8AOAD/AEUA&#10;/gBQAPsAWgD4AGMA9QBrAPMAcgDxAHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA5gCpAOQAswDh&#10;AMAA4ADTAN4A6wDcAPsA2wD/ANoA/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/AAYA/wAJAP8A&#10;DwD/ABgA+wAlAPgAMgD1AD8A8gBKAO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4AgADcAIYA2gCN&#10;ANcAlADUAJsA0gCkAM8ArQDNALkAywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/AMcA/wDHAP8A&#10;/woGAP8BAAD/AAAA/wAEAP8ACwD0ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA1ABfANEAZwDO&#10;AG0AzAB0AMoAegDIAIAAxgCHAMUAjgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3APAAtQD/ALYA&#10;/wC1AP8AtQD/ALUA/wC1AP8A/wwAAP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkAJADRADEAzQA8&#10;AMoARwDGAFEAwwBZAMAAYAC+AGcAvABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCaALAApACuAK8A&#10;rAC9AKoA0ACoAOsApwD7AKYA/wCmAP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA6gkAAOIEAADa&#10;AAcAzwARAMgAHADCACkAvgA1ALsAQAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCrAHUAqQB9AKgA&#10;hACmAI0ApACWAKMAoAChAKsAnwG5AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI/wCXCP8A/xAA&#10;APcQAADoFAAA3BUAAM4RAADGDQAAwgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhNAKYIVQCkCVwA&#10;ogpjAKAKagCfC3EAnQt4AJwLgACaDIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoAjhD8AIwQ/wCL&#10;EP8AixD/AIsQ/wCKEP8A+xMAAO0aAADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCrDRkApw4mAKMP&#10;MwCfED4AnRFHAJoRUACYElcAlhJeAJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsVmgCKFacAiBa1&#10;AIYWyQCEF+cAghj7AIAZ/wB/Gf8Afxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoAALMmAACqIgAA&#10;pRwAAKQVCACgFBMAmxYhAJcYLQCUGTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcAhh5vAIUedwCD&#10;H4AAgh+LAIAflwB+IKMAfSCyAHsgxQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0If8A7yEAANsr&#10;AADHMQAAtjEAAKkuAACgKgAAmyYAAJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUkRgCDJU4AgSZV&#10;AH8mXAB+JmMAfCdrAHsncwB5J3wAeCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3AWwp/wFrKf8B&#10;ayn/AWso/wFrKP8B6CgAANAyAADAOAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwAhygXAIMqIwCA&#10;Ky8Afiw5AHwsQgB6LUoAeC5RAHcuWAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFrL50BaS+sAWgw&#10;vgFnMNsBZTD1AWQw/wFjMP8BYy//AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6AACRNwAAijMA&#10;AIYwAACDLgkAfy8TAHswHwB4MisAdjM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVkAGo1bAFoNXUB&#10;ZzWAAWU1jAFjNZoCYTapAmA2uwJfNtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B3DMAAMU8AAC0&#10;QQAAokAAAJU+AACLPAAAhDkAAH82AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBrOkMAajpLAGg7&#10;UgBnO1kAZTthAWM7aQFiO3IBYDt9AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0NfUFJPRklMRQAG&#10;CdIDVzvxAlY7/wJWO/8CVjr/AVY6/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACFQAAAfj4AAHk7&#10;AAB0OgAAcToOAG08GABrPSQAaT4vAGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1AZgFcQG8BWkB6&#10;AlhAhwJWQJUCVECkA1NAtgNSQM8DUUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsAAL1FAACqRwAA&#10;mUYAAItFAACBRAAAeUIAAHQ+AABvPwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4AXkRFAF1FTQBb&#10;RVQAWUVcAVhFZAFWRW0BVEV4AlJFhQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJLRP8CS0P/AkxC&#10;/wJMQv8Cyj8AALlIAACmSgAAlUkAAIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJFEwBfRh4AXUco&#10;AFxIMgBaSDsAWUlDAFdJSgBWSVIAVElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmhA0hJswNHScoD&#10;RknsA0ZI/wJGSP8CR0f/AkdG/wJHRv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAAcEkAAGlGAABk&#10;RwAAX0kGAFxKEABaSxsAWEwlAFZMLwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFMTmkBSk5zAkhN&#10;gAJGTY8DRU2fA0NNsQNCTcgDQU3qA0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNPAACeTwAAjU4A&#10;AIBOAAB1TQAAbEwAAGNKAABeTAAAWk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9AE1SRQBMUk0A&#10;SlJUAElSXQFHUmYBRVJxAUNSfgJBUo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8CPU//Aj1P/wI9&#10;Tv8CvksAAK5TAACaUgAAiVEAAHxRAABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABOVBQATFUfAEtW&#10;KQBJVjIASFY6AEdXQgBGV0oARFdSAENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhXrQI3V8QCN1fn&#10;AjdW/QI3Vf8CN1T/AjdT/wI4U/8Cuk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQAAFhUAABSVgAA&#10;TlcAAEpZCQBHWhEARlobAERbJQBDWy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEAOl1sAThdeQE2&#10;XYgBNF2ZAjNdqwIxXcICMVzlAjFb/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQWAAAgFgAAHNX&#10;AABpVwAAYFgAAFRZAABOWwAASF0AAENfBABAYA4APmEXAD1hIAA7YikAOmIyADliOgA4Y0IAN2NL&#10;ADZjVAA0Y10AM2NoADFjdgEvY4UBLmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//AStf/wErXv8B&#10;sVkAAJ5cAACLXAAAe1sAAG9bAABlWwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoANWgSADRoGwAz&#10;aSQAMmktADFpNQAvaj0ALmpGAC1qTwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAja70AImrgACNp&#10;+QEjZ/8BI2b/ASNm/wEkZf8BrGAAAJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1jAABEZgAAPWgA&#10;ADZrAAAwbgQALHAOACpxFQApcR4AKHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNgACBzbQAec30A&#10;HXOQABtzowAac7kAGXPcABpx9wAacP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAAcWQAAGZkAABd&#10;ZAAAUmYAAEhpAAA/bAAAN28AADBzAAApdgAAInkIAB97EAAeexcAHHsfABt7KAAaezAAGXw5ABh8&#10;QwAXfE4AFnxaABV8ZwAUfXgAEn2LABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3/wASd/8AnmsA&#10;AIpqAAB6aQAAbWkAAGJpAABXagAATG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IAABSFCQARhhAA&#10;EYYXABCHHwAQhygADocxAA6HOwANh0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4ABYbJAAaF7AAH&#10;hP8ACIP/AAmC/wAJgv8AlXEAAINvAAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAyfQAAKoEAACKF&#10;AAAbiQAAFIwAAA+PAwAKkgsABpIRAASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACTWQAAk2kAAJN7&#10;AACSkAAAkqYAAJG/AACR5QAAkPoAAI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUAAFV4AABJfAAA&#10;P4AAADSEAAAriQAAIo0AABqRAAATlAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoAAJ4iAACfKwAA&#10;nzUAAKBCAACgUAAAoF8AAKBxAACghwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAAnP8Ahn0AAHh8&#10;AABpfAAAW38AAE6DAABBiAAANowAACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACnAAAAqQMAAKkK&#10;AACqDgAAqxMAAKwZAACtIgAArisAAK83AACvRQAAr1QAAK9mAACvewAArpQAAK6rAACuyQAAru8A&#10;AK3/AACt/wAArf8AgYQAAHGEAABhhwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAAEqgAAAysAAAE&#10;rwAAALIAAAC2AAAAtwAAALcCAAC4CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAAwEgAAMBaAADB&#10;bgAAwYYAAMGgAADBugAAweMAAMD5AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2gAAAxpQAAJasA&#10;ABqvAAARswAAC7gAAAK7AAAAvgAAAMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoLAADMDwAAzhUA&#10;ANAfAADTKwAA1ToAANVMAADWYAAA2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8AcJkAAGCeAABR&#10;pAAAQ6oAADWwAAAotgAAHLoAABG+AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA0wAAANYAAADY&#10;AAAA2wAAAN0AAADfBwAA4g0AAOUTAADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADvnAAA8LcAAPDT&#10;AADw7AAA8PQAZ6YAAFitAABJtAAAOroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIAAADWAAAA3AAA&#10;AOAAAADjAAAA5AAAAOYAAADoAAAA6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwAAP8sAAD/PwAA&#10;/1UAAP9uAAD/igAA/6QAAP+6AAD/0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/ACUA/wAyAP8A&#10;PwD/AEsA/wBWAP8AYAD/AGgA/wBwAP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8AngD+AKYA/QCu&#10;APwAuQD6AMgA+QDiAPgA9AD3AP8A9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wARAP8ADgD/AA4A&#10;/wAPAP8AFAD/ACAA/wAtAP8AOgD/AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA+QCAAPcAhgD2&#10;AIwA9QCSAPMAmQDyAKAA8ACpAO4AswDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDlAP8A3QD/ANUA&#10;/wDRAP8A/wANAP8ACgD/AAgA/wAJAP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYAVQDzAF4A8QBm&#10;AO4AbQDsAHQA6wB6AOkAgADnAIYA5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDKANcA5gDUAPgA&#10;0gD/ANIA/wDSAP8AzgD/AMkA/wDGAP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA9wAiAPMALgDv&#10;ADoA7ABFAOgATwDkAFgA4QBgAN4AZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDNAJUAywCeAMkA&#10;pwDHALMAxQDCAMMA3ADBAPEAvwD/AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8AAAD/AAAA/wAA&#10;APYACADuABEA5wAbAOEAJwDdADMA2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABtAMIAcwDAAHoA&#10;vwCAAL0AiAC7AJAAuQCYALgAogC1AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8ArgD/AK4A/wCu&#10;AP8A/wIAAP8AAAD9AAAA8gAAAOgAAADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9AEsAugBTALgA&#10;WgC2AGEAtABnALIAbQCwAHQArwB6AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIAxgChAOMAnwD2&#10;AJ4A/wCeAP8AngD/AJ4A/wCeAP8A/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAPAL0AGQC4ACUA&#10;tAAxALEAOwCuAEUArABNAKkAVQCnAFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUAnACOAJoAmACY&#10;AKQAlgCwAJUAwQCTANwAkgDyAJEA/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADhEQAAzhAAAMIN&#10;AAC7BwAAtwAKALEAEgCsAB4AqAApAKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcBYwCWAmkAlAJw&#10;AJMDeACRA4AAkASKAI4ElQCMBaEAigWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/AIML/wCDC/8A&#10;9hAAAOYXAADSHAAAwBoAALMWAACsEgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgAlAtBAJIMSgCQ&#10;DFEAjg1YAIwNXgCLDWUAiQ1sAIgOdACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9ENsAehH0AHgS&#10;/wB3Ev8AdxL/AHcS/wB3Ev8A7xcAANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkRBACYDhAAkxAb&#10;AI8RJwCMEjIAiRM8AIcTRACFFEwAgxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReDAHgXjwB2GJwA&#10;dBiqAHMZuwByGdQAbxrxAG4b/wBtG/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAAqyoAAJ4oAACW&#10;JAAAkCAAAI0cAACMFwwAiBgWAIQaIgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2H1wAdB9jAHMf&#10;awBxIHQAcCB/AG4hiwBsIZgAayGnAGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi/wBkIf8A4CYA&#10;AMgvAAC0MQAAozAAAJYuAACNKwAAhygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQzAHMlPABxJUMA&#10;cCZLAG4mUgBtJ1kAaydgAGonaABpKHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsAXirsAFwq/wBc&#10;Kf8AXCn/AFwp/wBcKP8A2CwAAMM1AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5KAMAdicQAHIp&#10;GgBwKiUAbSsvAGssOABqLEAAaC1HAGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4vhABcL5IAWi+h&#10;AVkvsgFYMMgBVjDpAVUw/gFVL/8AVS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgAAIo3AACANgAA&#10;ejIAAHUwAAByLgAAbi4NAGsvFgBpMCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIAXTRaAFw0YgBa&#10;NGsAWTV1AFc1ggBVNZABVDWfAVI1sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFPM/8ByzYAALg9&#10;AACjPAAAkjwAAIU7AAB7OgAAdDcAAG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43MQBdODoAWzhB&#10;AFo5SABZOVAAVzlXAFY6XwBUOmgAUzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrlAUk6/AFJOf8B&#10;STn/AUk4/wFKOP8BxzoAALNAAACePwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAAYjkHAF86EQBc&#10;OxsAWjslAFk8LgBXPTcAVj0+AFQ+RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFKP4sBSD+bAUc/&#10;rAFFP8EBRD/jAUQ++wFEPv8BRD3/AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1BAABzQAAAaz8A&#10;AGU8AABgPAAAXD4EAFk+DwBXPxgAVUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNSAEtDWgBKQ2QA&#10;SENuAEdDewFFQ4kBQ0OZAUJDqwFAQ8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8Bv0EAAKpFAACW&#10;RQAAhkUAAHlEAABvRAAAZ0IAAGA/AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABMRjEAS0Y5AEpH&#10;QQBJR0gASEdQAEZHWABFR2EAQ0hsAEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH+AE6Rv8BOkX/&#10;ATtF/wE7RP8Bu0UAAKZIAACSRwAAgkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcAAE5ICgBMSRIA&#10;SkkcAEhKJQBHSi4ARks2AEVLPgBDS0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUBOUyVATdMpwE2&#10;TLwBNUzdATVL9wE1S/8BNUr/ATZJ/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABoSgAAX0kAAFVI&#10;AABQSgAATEsAAElMBwBGTRAARE4ZAEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtRUwA6UVwAOFFn&#10;ADdRcwA1UYIAM1GTATJRpQEwUboBL1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0AAJ1NAACKTQAA&#10;ek0AAG5NAABkTQAAW00AAFFNAABLTwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScAOVUvADhVNwA3&#10;Vj8ANlZHADVWUAAzVlkAMldkADBXcQAvV4AALVeRACtXowAqV7gAKVfWAClW9QApVf8AKlT/ASpT&#10;/wEqUv8Br1EAAJhRAACFUQAAdlAAAGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtYAAA4WQoANVoR&#10;ADRaGgAzWyIAMlsrADFbMwAvXDsALlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2OACRdoQAjXbUA&#10;Il3SACJc8wAiW/8AI1r/ACNZ/wAkWP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAAVFUAAEpWAABD&#10;WAAAPFsAADZdAAAwYAUALWEOACthFQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAjY1EAImRcACFk&#10;aQAfZHkAHmSKABxkngAbZLMAGWTOABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxYAAB7WAAAbVgA&#10;AGJYAABZWAAAUFkAAEdbAAA+XgAAN2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2ogAB5rKAAdazAA&#10;HGs5ABtrQgAabEwAGWxYABdsZQAWbHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8AE2j/ABNo/wAT&#10;Z/8AmV0AAIVdAAB1XAAAaFwAAF5cAABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAkbQAAHnABABdz&#10;CwAVdBEAFHQYABN0IQASdSkAEXUyABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1lQAKdaoACHTD&#10;AAl05wAKc/0AC3H/AAxx/wAMcP8AkWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUAADxoAAAzbAAA&#10;K28AACRyAAAddgAAF3kAABF8BAANfwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8ABH9LAAJ/WAAB&#10;f2cAAH95AAB/jgAAf6MAAH67AAB94AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABrZgAAYWYAAFRn&#10;AABJaQAAP20AADVxAAAsdQAAJHkAAB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJFAAAihsAAIoj&#10;AACLLAAAizcAAItDAACLUAAAi18AAItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/AACH/wAAh/8A&#10;gm0AAHNsAABobAAAWm0AAE5vAABCcwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAAC48AAASSAAAA&#10;lAYAAJUMAACVEAAAlhUAAJccAACYJAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAAmZQAAJirAACX&#10;yAAAlu4AAJb/AACV/wAAlf8Ae3QAAG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaIAAAdjQAAFJIA&#10;AA6WAAAJmQAAAZwAAACgAAAAoQAAAKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgvAACoPQAAqUwA&#10;AKleAACpcgAAqIkAAKiiAACovAAAp+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAAS4IAAD6HAAAy&#10;jQAAJ5IAAB2XAAAUnAAADqAAAAekAAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAAswoAALQOAAC1&#10;EwAAthsAALgkAAC6MQAAukAAALpSAAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5/wAAuf8Ab4MA&#10;AF+GAABRiwAAQ5AAADaXAAAqnQAAH6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsAAAC+AAAAvwAA&#10;AMAAAADBAAAAwwEAAMQHAADFDQAAxxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4AANGIAADQpAAA&#10;0MEAANHmAADR+AAA0f8AZ48AAFeUAABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAGvAAAAMAAAADD&#10;AAAAxgAAAMsAAADNAAAAzgAAANAAAADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADjFwAA5iQAAOc2&#10;AADoSQAA6V8AAOp4AADrlAAA668AAOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIAACa5AAAZvgAA&#10;DsIAAATFAAAAygAAAM0AAADRAAAA2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAAAOkAAADrAAAA&#10;7gAAAPEFAAD1DQAA+RYAAPwlAAD9OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA/+QA/wARAP8A&#10;DwD/AA8A/wARAP8AFgD/ACIA/wAvAP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8AcwD/AHoA/wCA&#10;AP8AhgD/AIwA/gCTAP0AmQD7AKEA+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/APMA/wDpAP8A&#10;4AD/ANgA/wDTAP8A/wAOAP8ACwD/AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA/wBMAP8AVgD+&#10;AF8A+wBmAPkAbQD3AHQA9QB6APQAgADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDpALoA5wDNAOUA&#10;6QDkAPsA4wD/AOIA/wDeAP8A0QD/AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8ADgD/ABgA/wAk&#10;AP0AMAD7ADsA9wBGAPMAUADvAFkA7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACHAN4AjgDcAJUA&#10;2gCeANYAqADUALMA0QDDAM8A3wDOAPQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A/wACAP8AAAD/&#10;AAAA/wAAAP0ACwD3ABMA8QAeAO0AKgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDSAGcA0ABtAM4A&#10;cwDMAHoAygCAAMgAhwDGAI8AxACYAMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA/wC4AP8AtwD/&#10;ALMA/wCwAP8A/wAAAP8AAAD/AAAA+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5AMsAQwDHAEwA&#10;xABUAMEAWwC/AGEAvABnALsAbQC5AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcArAC0AKsAxgCp&#10;AOQApwD4AKYA/wCmAP8ApQD/AKUA/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQAAoAyAASAMIA&#10;HQC+ACgAuwAzALkAPQC1AEYAsgBNALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUAegCkAIIAogCM&#10;AKAAlgCfAKEAnQCuAJsAvgCZANgAlwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAAAPUAAADnAQAA&#10;1AAAAMkAAADAAAQAuAAOALMAFgCvACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUAnQBbAJsAYQCa&#10;AGcAmABuAJcAdQCVAH0AlACGAJIAkQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCIAP8AiAD/AIgA&#10;/wCIAP8A+QYAAOkMAADUDgAAwwwAALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsAMACYADkAlgBB&#10;AJQASQCSAFAAkABWAI4AXACNAGIAiwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggClAIAAtAB+AMgA&#10;fQHnAHwC+QB7A/8AewT/AHsE/wB7BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAAngoAAJsDDACX&#10;ABMAkwAeAJABKQCNAjMAigM8AIgEQwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9CHQAfAh+AHoJ&#10;iQB4CZYAdwqjAHUKswBzC8cAcgzmAHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAeAAC5HQAAqRwA&#10;AJ0aAACVFgAAkBMAAI8OAwCOCg4AiQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5NAHkPUwB4EFoA&#10;dhBhAHUQaABzEHEAcRF7AHARhwBuEZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8AZRT/AGUT/wBl&#10;E/8A3x4AAMYkAACwJAAAoCMAAJQhAACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5FCgAdhQxAHQV&#10;OgByFkEAcRZIAG8XTwBuF1YAbBddAGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEarwBgGsQAXhvk&#10;AF0c+wBcHP8AXBv/AFwb/wBcG/8A1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIAAHkfAAB4GwMA&#10;dhkPAHIaGABvHCMAbR0tAGsdNQBpHj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkAXyFzAF0hfwBc&#10;IY0AWiKcAFkirABXIsAAViPhAFUj+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACiLgAAki4AAIUt&#10;AAB8KwAAdigAAHImAABvIwAAbSEMAGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8mSABdJk8AXCdW&#10;AFsnXQBZJ2YAWChwAFYofABUKIoAUymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/AE0o/wBOKP8A&#10;yDAAALAyAACcMgAAjDIAAIAxAAB2MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwAXiolAFwrLgBb&#10;KzYAWSw9AFgsRABXLUwAVS1TAFQtWwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJL7sASC/bAEgv&#10;9gBHL/8ARy7/AEct/wBILf8AxDQAAKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYvAABiLgAAXy0F&#10;AFwuEABaLxgAWDAiAFYwKwBVMTMAUzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNrAEozdwBINIUA&#10;RzSVAEU0pgBDNLkAQjTWAEI09ABCNP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAAgzgAAHc4AABt&#10;NwAAZjYAAGEzAABdMgAAWTICAFczDQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBLN0YASjdOAEk4&#10;VgBHOF8ARjhpAEQ4dQBDOIMAQTmTAEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03/wA9Nv8AuzsA&#10;AKI7AACPOwAAfzsAAHM7AABqOgAAYjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkcAEs6JQBKOi0A&#10;SDs1AEc7PABGPEQARTxLAEQ8UwBCPFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYAOD3RADc98gA3&#10;PP8AODv/ADg7/wA4Ov8Atj0AAJ4+AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABTOgAATzsAAEw8&#10;CABJPREARz4ZAEY/IgBEPyoAQz8yAEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpBcAA4QX8AN0GP&#10;ADVCoQA0QrQAMkLOADJB8AAyQP8AM0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEAAGxBAABiQAAA&#10;W0AAAFQ/AABOPwAASkAAAEZBBQBEQg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4AOkVGADlFTgA4&#10;RlgANkZiADVGbgAzRnwAMUaNADBGnwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAuQ/8ArEMAAJZD&#10;AACDQwAAdEMAAGhDAABfQwAAV0MAAFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpIHAA5SSQAOEks&#10;ADZJNAA1SjsANEpDADNKTAAySlUAMEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vKACdL7QAnSv8A&#10;KEn/AChI/wApR/8Ap0YAAJFGAAB/RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAAP0oAADtLAAA3&#10;TAkANU0QADNOGAAyTiAAMU8oADBPMAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAnUHcAJVCIACRQ&#10;mwAiUK8AIVDIACBQ6wAhT/8AIk7/ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFKAABYSgAAUEoA&#10;AElLAABATAAAO04AADVQAAAxUgQALVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8ACVWRQAkVk4A&#10;IlZZACFWZQAfVnQAHlaFABxWmAAbVqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8Am00AAIZNAAB1&#10;TQAAaE0AAF1NAABUTQAATU4AAEVPAAA8UQAANlMAADFVAAArWAAAJloJACNbEAAiWxcAIVwfACBc&#10;JwAfXC4AHVw3ABxdQAAbXUoAGl1VABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd5wASW/4AE1r/&#10;ABNa/wAUWf8AlFEAAIBRAABwUQAAZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkAACtbAAAlXgAA&#10;H2EDABpjDAAYZBEAF2QZABZkIQAVZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsADmV9AA1lkQAM&#10;ZaUACmS8AApk4AALY/kADGL/AA1h/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABOVQAARFcAADxZ&#10;AAA0XAAALF8AACZiAAAfZQAAGWgAABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtuNAAKbj4ACG5K&#10;AAduVwAGbmUABG52AAJuigAAbZ8AAG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoAAHRaAABmWgAA&#10;XFkAAFNZAABIWgAAP10AADZgAAAuYwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoABXcQAAF3FQAA&#10;dxwAAHckAAB4LQAAeDcAAHhDAAB4UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAAdfAAAHX/AAB0&#10;/wAAdP8Afl8AAG5fAABiXgAAWV4AAE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0AAASdwAADXsA&#10;AAh+AAACgAgAAIENAACBEQAAghcAAIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRoAACEfAAAhJMA&#10;AIOqAACCxQAAgesAAIH+AACA/wAAgP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAAMW8AAChzAAAg&#10;dwAAGHwAABF/AAAMgwAABocAAACKAAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAAkScAAJIyAACS&#10;PwAAkk4AAJJfAACScwAAkosAAJGiAACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZqAABYawAAS20A&#10;AD9xAAA0dgAAKnsAACCAAAAXhQAAEIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoDAACbCAAAnA0A&#10;AJ4RAACfFgAAoB4AAKIoAACiNQAAo0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgAAKD2AACf/wAA&#10;n/8AbnEAAF9yAABRdQAARHkAADd+AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAAoAAAAKQAAACn&#10;AAAAqAAAAKkAAACqAAAArAYAAK0LAACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1XQAAtXMAALWO&#10;AAC1qAAAtMYAALPtAACy/wAAsv8AZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoAABCfAAAJpAAA&#10;AKkAAACtAAAAsAAAALQAAAC3AAAAuAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4AAMQUAADHHgAA&#10;yCwAAMk9AADKUAAAymYAAMp/AADKmwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABBkQAAM5gAACef&#10;AAAbpQAAEasAAAmwAAAAtQAAALkAAAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAA&#10;AADSAAAA1AUAANkMAADdEgAA4R4AAOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXFAADl5wAA5vYA&#10;VpQAAEibAAA6ogAALKkAAB+wAAATtgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAAANYAAADaAAAA&#10;2wAAAN4AAADgAAAA4gAAAOQAAADnAAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA+kgAAPtfAAD8&#10;egAA/ZcAAP2vAAD9xwAA/eQA/wAOAP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8ANgD/AEIA/wBN&#10;AP8AVwD/AF8A/wBnAP8AbgD/AHQA/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wClAPUArwD0ALwA&#10;8wDPAPEA7ADwAP4A7wD/AO8A/wDjAP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA/wAIAP8AEAD/&#10;ABkA/wAlAP8AMQD/AD0A/wBHAP4AUQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDvAIEA7gCHAOwA&#10;jgDqAJYA6ACfAOYAqQDjALUA4gDGAOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA/wC+AP8A/wAD&#10;AP8AAAD/AAAA/wABAP8ADQD/ABQA/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABbAOYAYgDjAGgA&#10;4QBuAN8AdADcAHoA2gCBANgAiADUAJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAAxgD/AMQA/wDE&#10;AP8AuwD/ALYA/wCzAP8A/wAAAP8AAAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDkADAA4QA7ANwA&#10;RQDVAE0A0QBVAM4AWwDLAGIAyQBnAMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsAnAC5AKcAtwC1&#10;ALUAyACzAOYAsgD7ALEA/wCwAP8ArgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAAAOUAAgDcAA0A&#10;0wAUAM0AHwDKACoAxwA0AMQAPgDAAEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0AsABzAK4AegCs&#10;AIIAqgCLAKgAlQCnAKAApQCtAKMAvgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCbAP8A/wAAAPwA&#10;AADuAAAA4AAAANAAAADFAAgAvgAQALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgATwClAFUAowBb&#10;AKIAYACgAGYAnwBsAJ0AcwCbAHsAmgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADsAI8A/wCOAP8A&#10;jgD/AI4A/wCPAP8A/AAAAO8AAADbAAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0AogAnAKAAMQCd&#10;ADoAmgBCAJgASQCWAE8AlABVAJMAWwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCIAJUAhgCiAIUA&#10;sQCDAMQAgQDkAIAA+QB/AP8AgAD/AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwDAACmAAAAoAAH&#10;AJsADwCYABcAlQAhAJIAKgCPADMAjQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBhAIEAaACAAHAA&#10;fgB5AHwAhAB7AJAAeQCdAHgArAB2AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A6Q0AAM8QAAC5&#10;EAAAqRAAAJ4OAACXCwAAkwYAAJAACwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9AEQAfABLAHoA&#10;UQB5AFcAdwBdAHYAZAB0AGwAcwF1AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG8QBoB/8AZwf/&#10;AGcH/wBnB/8A3xQAAMMXAACuFwAAnhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMUAHwFHgB5BygA&#10;dwgwAHUIOABzCUAAcglGAHAKTABvClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsAZA2ZAGINqQBh&#10;DbsAYA3YAF4O8wBdDv8AXQ7/AF0O/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACBGgAAexcAAHgT&#10;AAB4EAYAdw0PAHMOGABwDiIAbg8rAGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMSXQBhEmYAYBJv&#10;AF4SewBcE4gAWxOXAFkTpwBXFLoAVhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIAALAiAACdIwAA&#10;jSMAAIEiAAB5IQAAcx4AAG8bAABuFwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcAYBc+AF4YRQBd&#10;GEsAXBlSAFoZWgBZGWIAVxpsAFYadwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBMHP8ATBz/AE0c&#10;/wBNG/8AwyYAAKonAACWJwAAhygAAHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIbEQBfHBoAXR0j&#10;AFseKwBaHjMAWB86AFcfQQBWIEgAVCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKRAEkiogBIIrQA&#10;RyLNAEYj7wBFI/8ARSL/AEYi/wBGIf8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAAZikAAGImAABf&#10;JAAAXSIEAFshDgBYIhYAViMfAFQkKABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABLJ1wASSdmAEgn&#10;cQBGJ38ARSiPAEMooABBKLIAQCjLAD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8uAACMLwAAfS8A&#10;AHEvAABoLgAAYS0AAF0rAABaKAAAVycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0AEorOwBJK0IA&#10;SCxJAEYsUQBFLFoARCxkAEItbwBALX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8AOi3/ADos/wA6&#10;LP8AsjAAAJsxAACIMgAAeTIAAG0yAABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBMLREASi4ZAEkv&#10;IgBHLyoARjAxAEUwOABDMD8AQjFHAEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgynAA2Mq8ANTLH&#10;ADQy6QA0Mv8ANTH/ADUx/wA1MP8ArTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQAAFQzAABQMAAA&#10;TDEAAEkxBgBHMg8ARTMWAEMzHwBCNCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUAOTZfADc2awA2&#10;NngANDeJADI3mgAxN60ALzfFAC836AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACANwAAcjgAAGY4&#10;AABdNwAAVjcAAFA2AABLNAAARzUAAEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5MwA5OjoAODpC&#10;ADY6SgA1OlMANDtdADI7aAAwO3YALzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/ACs5/wAsOP8A&#10;pDgAAI45AAB8OgAAbjoAAGM6AABaOgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsAOjwRADg9GQA3&#10;PSEANj4pADQ+MAAzPjcAMj8/ADE/RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAmQKoAJUDBACRA&#10;5QAkP/wAJT7/ACY9/wAmPf8AnzsAAIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9AABCPQAAPD4A&#10;ADk/AAA2QQgANEEPADJCFgAxQh4AL0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERYACdFYwAlRXEA&#10;I0WCACJFlQAgRagAH0W/AB5E4wAfRPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAAZ0AAAFxAAABT&#10;QAAATEAAAEZAAAA+QQAAOEMAADRFAAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAnSTEAJUk5ACRJ&#10;QQAjSkoAIkpVACBKYQAfSm8AHUp/ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH/wAaR/8AlUIA&#10;AIBCAABwQwAAY0MAAFhDAABQQwAASUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0JACROEAAiThYA&#10;IU8dACBPJQAfTywAHk81AB1PPQAcUEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQAEVC6ABFQ3gAR&#10;T/gAEk7/ABNN/wAUTf8Aj0UAAHtGAABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3SgAAMUwAACtO&#10;AAAmUAAAIFMDABxVDAAaVhEAGVYYABdWIAAWVicAFVYwABRWOQATV0IAEldNABFXWQAQV2gAD1d5&#10;AA5XjAANV6AAC1e2AAtW1AALVvQADFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oAAFFKAABKSgAA&#10;Q0oAADtMAAAzTgAALFEAACZUAAAhVgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIADl4qAA1eMwAM&#10;Xj0AC15IAApeVAAIXmIAB15zAAVehgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAFW/8AgU4AAHBO&#10;AABiTgAAV04AAE5OAABHTgAAPk8AADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBjAwAMZgsACGcQ&#10;AAZnFQAFZxwABGckAAJnLQABZzcAAGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGasAABlxwAAZesA&#10;AGT8AABk/wAAY/8AelIAAGpTAABdUgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAAIV8AABpiAAAU&#10;ZQAAEGgAAAxrAQAGbgkAAG8OAABvEgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAAcVYAAHFmAABx&#10;eQAAcY8AAHCnAABvwQAAb+cAAG78AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZXAAA8WgAAMl0A&#10;ACphAAAiZAAAGmgAABRsAAAObwAACnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZAAB8IAAAfSkA&#10;AH0zAAB9QAAAfU4AAH1eAAB9cgAAfYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8AbV0AAGBcAABX&#10;XAAAS10AAEBfAAA1YwAAK2cAACNrAAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAAgwEAAIQGAACF&#10;CwAAhg8AAIgTAACJGQAAiiEAAIsrAACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACKswAAidgAAIj3&#10;AACI/wAAh/8AaGMAAF5iAABRYgAARGUAADhpAAAubgAAJHMAABp4AAATfQAADYEAAAaFAAAAiQAA&#10;AI0AAACQAAAAkgAAAJIAAACUBQAAlQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwAAJ1MAACcXwAA&#10;nHYAAJuRAACbqwAAmskAAJrwAACZ/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAlfAAAG4EAABKH&#10;AAAMjAAABJEAAACVAAAAmQAAAJ0AAACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACpDAAAqhEAAK0Y&#10;AACvIgAArzAAAK9BAACvVAAAr2sAAK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEAAE90AABCeQAA&#10;NX8AACiFAAAdjAAAE5IAAAyYAAADnQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAAALMAAAC0AAAA&#10;tgAAALgAAAC6BAAAvAoAAL4QAADBFwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAAxa8AAMXRAADD&#10;8gAAw/8AVnwAAEeCAAA6iAAALI8AACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3AAAAuwAAAL8A&#10;AADCAAAAwgAAAMUAAADGAAAAyAAAAMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0nAADeOgAA31AA&#10;AOBoAADghAAA4aEAAOG9AADh4gAA4PQATosAAECSAAAymQAAJaEAABioAAAOrwAABbUAAAC6AAAA&#10;vwAAAMQAAADIAAAAzgAAANEAAADUAAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA5AAAAOcAAADr&#10;BQAA7w4AAPQZAAD1KwAA9kEAAPdYAAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8ACAD/AAkA/wAM&#10;AP8AEgD/ABoA/wAmAP8AMgD/AD4A/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1AP4AewD8AIEA&#10;+wCIAPkAjwD3AJcA9QCgAPMAqgDyALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8AzgD/AMYA/wDC&#10;AP8A/wAEAP8AAAD/AAAA/wAFAP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5AFQA9wBcAPQA&#10;YwDyAGkA8ABvAO4AdQDsAHsA6gCCAOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA3ADYAPQA1QD/&#10;ANMA/wDLAP8AwQD/ALsA/wC3AP8A/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAbAPYAJwD0ADIA&#10;8AA8AOwARgDoAE4A5ABWAOEAXADeAGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoAywCTAMgAnQDG&#10;AKgAxAC3AMEAzADAAOsAvgD/AL0A/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/AAAA+gAAAPIA&#10;BQDqAA4A5QAWAOAAIQDdACsA2wA2ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAAZwC+AG0AvABz&#10;ALoAegC4AIIAtgCLALQAlgCyAKEAsACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/AKEA/wCfAP8A&#10;/wAAAP8AAAD3AAAA6AAAANwAAADQAAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEAtQBIALIATwCw&#10;AFUArgBbAKwAYQCqAGYAqABsAKcAcwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACaANAAmQDvAJgA&#10;/wCXAP8AlgD/AJQA/wCSAP8A/wAAAPYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAAFQCsAB8AqgAp&#10;AKgAMgClADoAogBCAKAASQCeAE8AnABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9AJAAhwCOAJMA&#10;jAChAIsAsACKAMUAiADmAIcA+wCGAP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAAvQAAALMAAACq&#10;AAAAowAKAJ8AEQCbABkAmQAjAJcALACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJAFoAhwBgAIYA&#10;ZgCEAG4AgwB3AIEAgQB/AI0AfgCbAHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA/wB4AP8A7QAA&#10;ANECAAC7AgAArAEAAKIAAACbAAAAlgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2AIIAPQCAAEMA&#10;fgBJAH0ATwB8AFUAegBbAHkAYQB3AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYAbQDOAGwA7gBr&#10;AP8AawD/AGsA/wBrAP8A3wsAAMIMAACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCBABAAfwAXAHwA&#10;IAB6ACgAeAAwAHYAOAB0AD4AcwBEAHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgAdwBnAIQAZQCS&#10;AGQAoQBjALIAYQDJAGAA6QBgAPwAYAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIAAIgRAACADwAA&#10;fA0AAHkJAQB4AwsAdQARAHMAGgBwACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwAZQRSAGMFWQBi&#10;BWEAYAVqAF8GdABdBoEAXAePAFoHnwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBWCv8AxhUAAK0X&#10;AACZGAAAihgAAH8XAAB2FgAAcRMAAG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGMLLgBiDDUAYAw8&#10;AF8MQgBeDUgAXA1PAFsNVgBZDV4AWA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7IAE0Q6gBNEP0A&#10;TRD/AE0Q/wBNEP8AvBsAAKUcAACSHQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAAZBAIAGIPEABf&#10;EBgAXRAhAFsRKQBaETEAWBI4AFcSPgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABMFH0ASxSMAEkU&#10;nABHFa4ARhXFAEUV6ABFFv4ARRb/AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEiAABoIQAAYh8A&#10;AF8dAABcGgAAWxcCAFoVDQBXFhQAVRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlIAEsaUABKGlgA&#10;SBpiAEcabQBFG3oAQxuJAEIbmgBAG6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8AryMAAJgkAACG&#10;JQAAdyYAAGwmAABjJQAAXSQAAFkiAABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBLHikASh4xAEkf&#10;NwBHHz4ARiBFAEUgTQBDIFUAQiBfAEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci4wA3IvsANyL/&#10;ADgh/wA4If8AqiYAAJQnAACBKQAAcykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIAAEwiBwBKIhAA&#10;SCIXAEcjHwBFJCYARCQuAEIkNABBJTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUANyeEADUnlgA0&#10;J6gAMie+ADEn4QAxJ/kAMib/ADIm/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABbLAAAVSsAAFAq&#10;AABMKAAASiYAAEcnBABEJw0AQigUAEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkqSAA4K1AANita&#10;ADUrZQAzK3IAMSuCADAslAAuLKcALCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwAAIstAAB5LgAA&#10;ay8AAGAvAABYLwAAUS4AAEwuAABILAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEAOS4oADcuLwA2&#10;LzYANS8+ADQvRQAzL04AMTBYADAwYwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAmMPcAJy//ACgv&#10;/wAoLv8AnC4AAIcwAAB2MQAAaDIAAF0yAABVMgAATjEAAEgxAABEMAAAQC8AADwwAAA6MQkANzEQ&#10;ADYyFgA1Mh4AMzMlADIzLAAxMzMAMDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+ACU1kAAjNaMA&#10;IjW5ACE12QAhNPYAIjT/ACMz/wAjMv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAASzQAAEU0AABA&#10;NAAAOjMAADc0AAA0NQYAMjYOADA3EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAoOUkAJjlTACU5&#10;XwAjOWwAITp8ACA6jgAeOqIAHDq3ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82AABuNwAAYTcA&#10;AFc3AABONwAASDcAAEI3AAA8NwAANTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0fACY9JgAlPS4A&#10;JD01ACM+PQAiPkYAID5QAB8+XAAdP2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMAFz3/ABg8/wAY&#10;PP8AjjcAAHo4AABqOQAAXjoAAFM6AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAApQAAAJkEIACRC&#10;DgAiQhQAIUIbACBDIwAfQyoAHkMyABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNEigASRJ4AEUSz&#10;ABBE0AAQQ/IAEUL/ABJC/wATQf8AiTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0AADw9AAA2PgAA&#10;L0AAACpCAAAlRAAAIUYDAB1IDAAbSREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAAE0pKABFKVgAQ&#10;SmQAD0p0AA5KhwANSpsADEqwAApKygALSewADEj/AA1H/wANR/8Agz4AAHE/AABiQAAAVkAAAE1A&#10;AABFQAAAP0AAADlBAAAyQgAAK0UAACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQGQAQUCEAD1Ap&#10;AA5QMQANUDsADVFGAAtRUQAKUV8ACVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7AAVO/wAGTf8A&#10;fUIAAGtDAABdRAAAUkQAAEpEAABDQwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAAF1EAABJUAwAO&#10;VwoAC1gQAApYFQAIWBwAB1gkAAZYLAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAAWJEAAFenAABX&#10;wAAAVuUAAFb5AABV/wAAVf8AdkcAAGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBKAAApTQAAIlAA&#10;ABxTAAAWVQAAEVgAAA1bAgAJXgkABF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7AABgRwAAYFQA&#10;AGBjAABgdgAAYIsAAF+iAABfuwAAX+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAATEsAAERLAAA7&#10;TAAAMk4AACtRAAAjVAAAHFcAABZbAAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAAaBMAAGkZAABq&#10;IQAAaikAAGo0AABqQAAAak0AAGpdAABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn/wAAZv8AaVEA&#10;AFxQAABSUAAASk8AAD9QAAA1UwAALVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoAAABuAAAAbwMA&#10;AHAIAABxDQAAchAAAHQUAAB1GwAAdiMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4AAHaXAAB1sQAA&#10;dNMAAHP1AABz/wAAcv8AY1YAAFhVAABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAVZwAAEGwAAApw&#10;AAAEcwAAAHYAAAB6AAAAfAAAAHwDAAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACGLwAAhj0AAIZN&#10;AACFXwAAhXUAAIWPAACEqQAAg8kAAILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4AADJhAAAnZgAA&#10;HmsAABVwAAAOdQAACXkAAAF+AAAAgQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYAAJALAACRDwAA&#10;kxQAAJUbAACXJgAAlzQAAJdEAACXVgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAAkv8AXWEAAE9h&#10;AABCZAAANmkAACpuAAAfdAAAFXkAAA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACYAAAAmgAAAJsA&#10;AACdAAAAnwAAAKEDAACjCAAApQ0AAKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6AAComQAAqLUA&#10;AKfdAACn+AAApv8AVmgAAEhsAAA6cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAAAJoAAACfAAAA&#10;owAAAKcAAACqAAAAqwAAAK0AAACvAAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAAwBwAAMAtAADA&#10;QAAAv1UAAL9uAAC+iwAAvqgAAL7JAAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmOAAAQlQAAB5wA&#10;AACiAAAApwAAAKwAAACwAAAAtQAAALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYAAADIAAAAygAA&#10;AM0CAADQCwAA1RIAANYhAADXNAAA2EkAANlgAADafAAA2poAANu1AADb2QAA2/IARoIAADiJAAAr&#10;kAAAHZgAABKgAAAKpwAAAK4AAAC0AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAAzwAAANIAAADU&#10;AAAA1gAAANoAAADdAAAA3wAAAOIAAADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0awAA9IkAAPWl&#10;AAD1vwAA9d0A/wAGAP8AAwD/AAUA/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBEAP8ATQD/AFUA&#10;/wBdAP8AZAD/AGoA/wBwAP0AdgD7AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA6wDEAOkA5ADn&#10;APkA5gD/AOUA/wDTAP8AxwD/AL8A/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/ABIA/wAdAP8A&#10;KAD/ADMA/wA+APwARwD4AE8A9ABXAPEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQAgwDiAIsA3wCV&#10;ANwAnwDZAKsA1QC7ANIA1ADPAPIAzQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAAAP8AAAD/AAAA&#10;/wAAAP8ABgD5AA8A9QAXAPMAIgDxAC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A1ABjANEAaADP&#10;AG4AzAB1AMoAfADIAIQAxQCNAMIAmADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2AP8ArQD/AKcA&#10;/wCjAP8A/wAAAP8AAAD/AAAA9QAAAOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwAOgDIAEIAxABK&#10;AMAAUAC9AFYAuwBcALkAYQC3AGcAtQBtALMAdACxAHwArwCFAK0AkACqAJwAqACqAKYAuwClANoA&#10;owD1AKMA/wCiAP8AngD/AJoA/wCXAP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcAwQAPALwAFwC5&#10;ACAAtwAqALUAMwCwADsArQBDAKsASQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCdAHQAnAB9AJoA&#10;iACYAJQAlgCiAJQAsgCSAMkAkQDrAJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwAAADZAAAAxwAA&#10;ALoAAACxAAIAqwAMAKcAEgCkABsAoQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABPAJIAVACQAFoA&#10;jwBfAI0AZgCLAG0AiQB2AIgAgACGAIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8AfwD/AH8A/wB+&#10;AP8A8QAAANgAAADCAAAAswAAAKgAAACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCNAC4AigA2AIcA&#10;PQCFAEMAhABJAIIATgCBAFQAfwBZAH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQAowByALUAcgDP&#10;AHEA8QBwAP8AcAD/AHAA/wBxAP8A4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwACAIYACwCDABEA&#10;gQAYAH8AIQB9ACkAfAAwAHkANwB4AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIAbQBqAGsAdABq&#10;AIAAaACOAGcAnQBlAK8AZQDGAGQA6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACjCAAAlAgAAIkH&#10;AACCAwAAfgAAAHsABgB3AA4AdQATAHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkARABnAEkAZgBP&#10;AGUAVgBjAF0AYgBlAGAAbwBfAHsAXQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/AFgA/wBZAP8A&#10;wgwAAKoNAACXDgAAiQ4AAH0OAAB2DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4AZQAmAGMALQBh&#10;ADMAYAA5AF8APwBdAEUAXABLAFsAUgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBRAKcAUAC7AE8B&#10;2wBOAvQATgP/AE4E/wBOA/8AuBAAAKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUOAABjCwMAYwYM&#10;AGEEEQBeAxkAXAQhAFsFKABZBi8AWAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlfAE4JaQBNCXYA&#10;SwqEAEkKlABICqYARwq6AEYK2ABFC/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAAeBkAAG0YAABl&#10;FwAAXxYAAFwTAABaEQAAWg4GAFoMDQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABODj4ATQ5FAEsO&#10;TQBKDlUASA9eAEcPaABFD3UAQxCEAEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q/wA+EP8AqRkA&#10;AJIbAACBHAAAch0AAGcdAABfHAAAWRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEYAEwRIABKEicA&#10;SRIuAEgTNABHEzsARRNCAEQTSQBDFFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQANxW5ADUV2AA1&#10;FvUANhb/ADYW/wA3Ff8AoxwAAI0eAAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABNGwAATBkAAEsW&#10;BgBJFg4ARxcVAEUXHABEGCQAQhgqAEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADkaYwA3G28ANRt+&#10;ADMbkAAyG6IAMBu3AC8b0wAvHPMALxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQAAF4kAABWJAAA&#10;UCMAAEsiAABIIAAARh0AAEUcAgBDHAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUAOR88ADcfRAA2&#10;H0wANCBWADMgYAAxIG0ALyB8AC0hjgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wArIP8AmSIAAIQl&#10;AABzJgAAZScAAFsnAABTJwAATCYAAEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADkiFgA4Ih4ANiMl&#10;ADUjKwA0JDIAMyQ5ADIkQQAwJEoALyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWzACMlzgAjJfAA&#10;JCX/ACUk/wAlJP8AlCUAAIAnAABvKQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAAPSYAADolAAA3&#10;JgYANSYOADQnFAAyJxsAMSgiADAoKQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAmKmkAJCp4ACMq&#10;igAhKp0AHyqyAB4qzAAeKu8AHyn/ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQsAABMLAAARiwA&#10;AEErAAA8KwAAOCoAADUqAAAyKwMAMCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00ACcuPAAmLkUA&#10;JC5PACMuWgAhL2cAHy92AB0viAAcL5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8AjCsAAHgtAABo&#10;LgAAWy8AAFEvAABJLwAAQy8AAD4uAAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAnMRUAJjEcACUy&#10;IwAkMioAIzIxACEzOQAgM0IAHzNMAB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMzyAATM+wAFDP/&#10;ABUy/wAWMf8Ahy4AAHQvAABlMQAAWDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEAACszAAAoNAAA&#10;JTUGACM2DQAhNhIAIDcZAB83IAAeNycAHTguABs4NgAaOD8AGThJABc5VQAVOWIAFDlxABI5hAAR&#10;OZgAEDmtAA44xwAOOOsAEDj/ABA3/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABENAAAPTQAADg0&#10;AAAzNAAALTUAACg3AAAkOQAAIDoCAB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+MwAUPjwAEj5G&#10;ABE+UgAQPl8ADz5vAA4+gQAMPpUACz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQAAGs2AABdNwAA&#10;UTcAAEg3AABBNwAAOzcAADU3AAAwNwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0AEkMSABFDGAAR&#10;Qx8AEEQnAA9ELwAORDkADURDAAxETgALRFsACURqAAdEfAAGRJAABEOlAAJDvQADQ+AAA0P2AARC&#10;/wAGQf8AeDgAAGc5AABZOgAATjoAAEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFAAAAcQgAAF0QA&#10;ABNGAwAPSQoADUoPAAxKFAALShsACUojAAhKKwAHSjQABUo+AARKSQACSlYAAEplAABKdwAASosA&#10;AEqhAABJuQAASd0AAEn1AABI/wAASP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAANj0AAC8+AAAp&#10;QAAAI0IAAB1FAAAXRwAAE0oAAA9MAgALTwkAB1ANAANREQAAURcAAFEeAABRJgAAUS8AAFE5AABR&#10;RAAAUlEAAFJgAABRcgAAUYcAAFGdAABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1BAABRQQAAR0EA&#10;AEBAAAA5QAAAMkEAACpDAAAkRgAAHkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcMAABYEAAAWBMA&#10;AFkZAABaIQAAWikAAFozAABaPwAAWkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEAAFj0AABX/wAA&#10;V/8AZUUAAFhFAABNRQAARUQAAD5EAAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAOVgAAClkAAARc&#10;AAAAXgQAAF8JAABgDQAAYRAAAGIVAABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABkZgAAZHsAAGOT&#10;AABjrQAAYswAAGHyAABh/wAAYP8AX0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08AAB9SAAAYVQAA&#10;ElkAAA1dAAAIYAAAAmMAAABmAAAAaAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0AAHEmAABxMQAA&#10;cD4AAHBOAABwXwAAcHMAAG+NAABvpwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABITQAAPU4AADNR&#10;AAApVAAAIFgAABhcAAARYAAADGQAAAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3BAAAeAkAAHoN&#10;AAB8EAAAfRYAAH8eAACAKAAAgDUAAIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzpAAB7/wAAev8A&#10;VlQAAE5TAABCVAAAN1YAACxaAAAiXwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAAAH0AAACAAAAA&#10;gwAAAIQAAACGAAAAhwIAAIkHAACLDAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAAkWIAAJF6AACP&#10;lwAAj7QAAI7hAACM+wAAjP8AVVkAAEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3AAACfQAAAIIA&#10;AACGAAAAiwAAAI4AAACRAAAAkwAAAJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIPAACkFgAApiEA&#10;AKYxAACmQwAApVcAAKRwAACjjgAAo6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAAJ24AABt1AAAR&#10;fAAAC4MAAACJAAAAjgAAAJMAAACYAAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACw&#10;AAAAsgAAALUIAAC4DgAAvBYAALwlAAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC36gAAt/wARmsA&#10;ADlwAAArdwAAH38AABOGAAALjgAAAZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMAAAC3AAAAtwAA&#10;ALoAAAC8AAAAvwAAAMEAAADEAAAAxwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAAANNYAADTdAAA&#10;05IAANKwAADS0wAA0vIAPnkAADGAAAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAAswAAALgAAAC9&#10;AAAAwgAAAMYAAADKAAAAygAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADjAAAA5wUAAOsP&#10;AADsHwAA7TMAAO5LAADvZAAA74IAAPCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJAP8ADgD/ABUA&#10;/wAeAP8AKQD/ADQA/wA/AP8ASAD/AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA+AB+APYAhQDz&#10;AI0A8QCXAO4AogDrAK8A6ADAAOYA4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0AP8A/wAAAP8A&#10;AAD/AAAA/wAAAP8ACQD/ABAA/wAZAP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4AWADrAF4A6QBk&#10;AOYAagDkAHAA4gB2AN8AfQDdAIYA2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/AMUA/wC7AP8A&#10;tAD/AK0A/wCpAP8A/wAAAP8AAAD/AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA6QAyAOMAOwDd&#10;AEQA2ABLANMAUQDQAFgAzQBdAMsAYwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6AJ8AtwCtALUA&#10;wQCyAOQAsQD9AK8A/wCsAP8ApQD/AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQAAADcAAgA0wAQ&#10;AM8AGADLACIAyQArAMYANADBAD0AvQBEALoASwC3AFEAtQBWALIAXACwAGEArgBnAKwAbgCqAHYA&#10;qAB/AKYAigCjAJYAoQClAJ8AtgCdANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A/wAAAPYAAADn&#10;AAAA0wAAAMYAAAC9AAMAuAANALMAEwCxABwArwAlAK4ALgCpADYApgA9AKMARAChAEoAnwBPAJ0A&#10;VQCbAFoAmgBgAJgAZgCWAG4AlAB3AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA/wCJAP8AhwD/&#10;AIUA/wCCAP8A8wAAAOMAAADMAAAAvAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAfAJgAJwCWAC8A&#10;kwA3AJEAPQCOAEMAjABJAIsATgCJAFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYAfACUAHoApAB5&#10;ALgAeADYAHcA9wB4AP8AeAD/AHcA/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACWAAAAjwAEAIsA&#10;DACIABIAhwAZAIUAIQCEACkAggAwAH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYAWQB0AGEAcgBp&#10;AHEAcwBvAH8AbQCNAGwAnQBqAK8AaQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAAALgAAAClAAAA&#10;lwAAAI0AAACGAAAAgQAAAHwACAB5AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcAbgA9AGwAQwBr&#10;AEgAagBOAGgAVABnAFsAZQBjAGMAbQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABcAPsAXAD/AFwA&#10;/wBcAP8AwgAAAKoBAACYAwAAiQQAAH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkAFwBoAB4AZgAl&#10;AGUALABjADIAYgA4AGAAPQBfAEMAXgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCBAFQAkQBSAKMA&#10;UQC3AFEA1gBRAPUAUQD/AFEA/wBSAP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAAaAcAAGUDAABj&#10;AAcAYQANAF8AEwBdABoAXAAhAFsAJwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBRAFIAUABaAE8A&#10;ZABNAG8ATAB9AEoAjQBJAJ8ASACyAEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUOAACDEAAAdRAA&#10;AGsQAABjDwAAXg4AAFsMAABaCQIAWQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAvAE4ANQBNATsA&#10;TAFBAEoCSABJAk8ASAJXAEYDYQBFA20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoAPQX8AD0G/wA+&#10;Bv8ApBAAAI4SAAB8EwAAbhQAAGQUAABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABPBxEATQcXAEsI&#10;HwBJCCUASAkrAEcJMQBGCTgARAo+AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoMigA4DJwANwyv&#10;ADUMxwA1DOkANQ39ADUN/wA2DP8AnRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcAAE0VAABKEwAA&#10;SREAAEkOBwBIDQ4ARg0TAEQNGgBDDiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsAOhBUADgQXgA2&#10;EGsANBB5ADIQigAxEJwALxCwAC0QyQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABxGwAAZBwAAFkc&#10;AABRHAAATBsAAEcaAABEGAAAQxUAAEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoTKwA4EzIANxM5&#10;ADYUQAA0FEgAMxRRADEUXAAwFWgALhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/ACgV/wApFf8A&#10;kRoAAH0cAABtHgAAYB8AAFYfAABOHwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcAORYOADgXFAA2&#10;FxsANRgiADMYKAAyGC8AMRk2ADAZPQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAkGpkAIhqtACEa&#10;xQAgGugAIRr+ACIa/wAjGv8AjR0AAHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8hAAA8IAAAOR4A&#10;ADgbAAA1HAQANBwNADIcEgAwHRgALx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9NACYfVwAkH2QA&#10;Ih9yACAfhAAfH5cAHR+rABsfwwAbH+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAAWSQAAE8lAABH&#10;JQAAQSQAADwjAAA4IwAANSIAADMgAAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAnIikAJiMwACUj&#10;OAAjI0EAIiRKACEkVQAfJGEAHSRwABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj/wAZI/8AhSIA&#10;AHEkAABiJgAAVicAAEwnAABEJwAAPicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUHACcmDgAlJhMA&#10;JCcZACMnIAAiJycAISguACAoNgAeKD4AHShIABspUwAZKV8AGCluABYpgAAUKZQAEimoABEpwAAR&#10;KOQAESj7ABMo/wAUJ/8AgCUAAG4nAABfKAAAUykAAEkqAABCKQAAOykAADYpAAAyKAAALigAACoo&#10;AAAmKQAAJCoEACIrDAAgKxEAHywWAB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYuUAAULl0AEi5s&#10;ABEufgAQLpIADi6nAA0tvQANLd8ADS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwAAEYsAAA/LAAA&#10;OSwAADQrAAAvKwAAKysAACYsAAAiLgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEAFTIoABQyMAAT&#10;MjkAEjNDABEzTgAQM1sADjNpAA0zegAMM44ACjOiAAgyuQAIMtkACDL0AAox/wALMf8AdysAAGYt&#10;AABYLgAATS8AAEMvAAA8LgAANi4AADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1BQAUNgwAEjcR&#10;ABE3FgARNx0AEDgkAA84LAAOODUADTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzifAAE3tQABN9MA&#10;AjfxAAM2/wAFNv8Acy4AAGIwAABUMQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAAJTIAACAzAAAb&#10;NgAAFzgAABM6AgAQPAkADT0OAAw9EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgADPlIAAT5hAAA+&#10;cgAAPoYAAD2cAAA9sgAAPdAAADzwAAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40AAA3NAAAMjMA&#10;AC0zAAAnNAAAIjYAAB04AAAYOgAAFD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQdAABEJAAARC0A&#10;AEQ2AABEQQAARE4AAERcAABEbQAARIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8AaDYAAFg3AABM&#10;OAAAQzgAADs3AAA1NgAAMDYAACk3AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAIRwcAA0kMAABJ&#10;DwAAShMAAEsZAABLIAAASygAAEsyAABLPQAATEkAAExXAABLaAAAS30AAEuUAABKrAAASsoAAEnv&#10;AABJ/wAASf8AYjoAAFQ7AABJOwAAQDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEAABNEAAAQRwAA&#10;DEkAAAhMAAACTwUAAFAKAABQDQAAURAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQAAFRSAABUYwAA&#10;VHcAAFSPAABTqAAAUsYAAFLtAABR/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAvPgAAJ0AAACBD&#10;AAAZRgAAE0kAAA9MAAALTwAABlIAAABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABdFgAAXh0AAF8m&#10;AABfMQAAXj0AAF5MAABeXQAAXnEAAF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQAAEtDAABDQgAA&#10;PEEAADJCAAApRQAAIUgAABpLAAATTgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAAAGICAABjBgAA&#10;ZQoAAGYOAABoEQAAahcAAGsfAABrKQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAAaLsAAGfnAABm&#10;/wAAZf8AUUgAAEhIAABBRgAAN0cAACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFhAAAAZAAAAGcA&#10;AABqAAAAbAAAAG4AAABwAAAAcgUAAHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9AAB6TgAAeWIA&#10;AHl5AAB4lgAAd7MAAHXgAAB0/AAAc/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAAE1wAAA1hAAAG&#10;ZgAAAGoAAABvAAAAcgAAAHYAAAB5AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAAiAwAAIsRAACO&#10;GAAAjiQAAI4zAACNRAAAjFgAAItvAACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFTAAA0VQAAKVoA&#10;AB5fAAAUZQAADWoAAAVwAAAAdgAAAHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4AAACRAAAAkwAA&#10;AJUAAACYAAAAmgUAAJ0MAACgEQAAoxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAAAJ3BAACb7gAA&#10;mv8ARlkAADlcAAAtYQAAIWcAABZuAAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAAlgAAAJoAAACd&#10;AAAAnwAAAKEAAACkAAAApgAAAKgAAACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5LwAAuEMAALda&#10;AAC1dgAAtJcAALS1AACx4gAAsPwAP2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4AAACUAAAAmgAA&#10;AKAAAAClAAAAqgAAAK4AAACxAAAAsgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAAAMYAAADJAAAA&#10;zgoAANITAADSIwAA0TcAANBPAADOagAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAdgAAAEYkAAAiR&#10;AAAAmgAAAKEAAACnAAAArQAAALMAAAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADMAAAAzgAAANIA&#10;AADVAAAA2gAAAN4AAADhAAAA5QAAAOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZAADrtQAA69UA&#10;/wAAAP8AAAD/AAEA/wAHAP8ADQD/ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA/wBTAP8AWgD9&#10;AGAA+wBmAPoAawD4AHIA9gB4APQAgADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADfAPcA3QD/AMwA&#10;/wC+AP8AtQD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8AHwD/ACkA+wAz&#10;APcAPQDzAEUA7wBNAOwAUwDoAFkA5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCKAM8AlQDMAKIA&#10;yACyAMUAyQDCAO0AwAD/ALsA/wCwAP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA+gAAAPgAAADw&#10;AAkA7AARAOgAGQDnACMA5QAtAN4ANgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDDAGMAwABpAL4A&#10;cAC8AHgAuQCBALcAjQC0AJoAsQCpAK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA/wCUAP8A/wAA&#10;APkAAADyAAAA5wAAANsAAADRAAQAygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/ALQARQCxAEsA&#10;rgBRAKwAVgCqAFwAqABhAKYAaACjAHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwAlQDxAJQA/wCR&#10;AP8AiwD/AIgA/wCGAP8A9wAAAOwAAADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACpABcAqAAgAKcA&#10;KACiADAAnwA4AJwAPgCaAEQAmABKAJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsAewCJAIgAhwCX&#10;AIUAqACDAL4AgQDkAIAA/wCAAP8AfAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAAAKYAAACdAAAA&#10;lwAFAJQADQCSABIAkAAaAI8AIgCOACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4AfwBUAH4AWgB8&#10;AGEAegBpAHgAcwB2AH8AdQCOAHMAnwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBsAP8A2gAAAL8A&#10;AACsAAAAngAAAJMAAACMAAAAhQAAAIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcAMQB1ADcAdAA9&#10;AHIAQgBxAEgAbwBNAG4AUwBsAFoAawBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDCAGAA6wBhAP8A&#10;YQD/AGEA/wBgAP8AxQAAAK0AAACbAAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwAbgARAGwAFwBs&#10;AB4AawAlAGkALABnADEAZgA3AGQAPQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBaAHIAWQCAAFcA&#10;kABWAKMAVQC5AFQA3gBUAPsAVAD/AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUAAABuAAAAaQAA&#10;AGYAAQBjAAkAYQAOAGAAEwBfABkAXgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBDAFUASQBTAFAA&#10;UgBYAFEAYQBPAGwATgB6AEwAigBLAJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8AqgEAAJQFAACC&#10;BwAAdAgAAGoIAABjBgAAXgQAAFsAAABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBRACgAUAAtAE4A&#10;MwBNADgATAA+AEsARQBKAEwASABUAEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAAxQA/AOoAPwD/&#10;AEAA/wBAAP8AoAgAAIoLAAB5DQAAbA0AAGENAABaDQAAVQsAAFIJAABQBgAATwIIAE4ADQBMABIA&#10;SwAXAEoAHgBJACMARwApAEYALwBFADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQAPAByADoAggA5&#10;AJQAOACnADcAvgA2AOMANgD5ADYA/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABTEAAAThAAAEoO&#10;AABIDQAARwoDAEcHCgBFBA4ARAITAEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsEPgA6BUUAOQVO&#10;ADcFVwA2BWIANAZwADIGgAAxBpIAMAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAAAH0RAABsEwAA&#10;XxQAAFUUAABOFAAASBMAAEQSAABBEAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwAOQoiADgKKAA3&#10;Cy4ANgs1ADULOwAzC0MAMgxMADAMVgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAlDN0AJQ31ACYN&#10;/wAnDf8AixIAAHcUAABnFgAAWxcAAFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkRAQA5DwgAOA4N&#10;ADcOEgA1DhgANA4fADIOJQAxDywAMA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBvACQQgAAjEJMA&#10;IRCnAB8QvQAeEOAAHhH3AB8Q/wAgEP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAAQBoAADsZAAA4&#10;GAAANRYAADQUAAAzEgQAMhILADESEAAvEhUALRIcACwTIgArEykAKhMwACgTNwAnFD8AJhRIACQU&#10;UwAiFF8AIBVtAB8VfgAdFZEAGxWlABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8aAABfHAAAUx0A&#10;AEodAABCHQAAPB0AADccAAA0GwAAMRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZACcYIAAlGCYA&#10;JBgtACMYNAAiGT0AIBlGAB4ZUQAdGV0AGxprABkafAAXGo8AFRqjABQZugASGdsAExn2ABQZ/wAV&#10;GP8AfRoAAGsdAABcHwAAUCAAAEcgAAA/IAAAOR8AADQfAAAxHgAALR0AACscAAApGwAAJxsFACUb&#10;DAAkHBEAIhwWACEcHQAgHSMAHx0qAB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQfegASHo0AER6i&#10;ABAeuAAOHtgADx71ABAd/wARHf8Aeh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIAADIhAAAuIQAA&#10;KiAAACcgAAAkHwAAIiACACAgCgAeIQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgAFSNBABQjTAAS&#10;I1gAESNnABAjeAAOI4sADSOfAAwjtAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABWIwAASyQAAEEk&#10;AAA6JAAANCQAAC8jAAArIwAAKCMAACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYmFwAVJx4AFCcl&#10;ABMnLAASJzUAESg/ABAoSgAOKFYADShkAAwodAAKKIcACSibAAcnsQAFJ8wABifsAAcm/gAIJv8A&#10;cSIAAGAkAABTJgAASCcAAD8nAAA3JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAAGSgAABYqBAAU&#10;KwsAEiwQABEsFAAQLBsAECwiAA4sKQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAELYMAAi2YAAAs&#10;rgAALMkAACzrAAEr/AACK/8AbSUAAF0nAABPKAAARSkAADwpAAA1KQAALygAACsoAAAnJwAAIycA&#10;AB8oAAAbKgAAFywAABMuAgAQMAgADjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3AAUyQgADMk4A&#10;ATJcAAAybAAAMn8AADKVAAAxrAAAMccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAAQSwAADksAAAy&#10;KwAALSsAACkqAAAlKgAAICsAABwsAAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAFNxQAAzcbAAI3&#10;IgAANyoAADgzAAA4PgAAOEoAADhYAAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2/QAANf8AYywA&#10;AFQuAABILwAAPi8AADYuAAAwLgAAKy0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUAAA43AQAKOgcA&#10;BjsLAAI8DgAAPRIAAD4XAAA+HgAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncAAD6PAAA9pwAA&#10;PcMAADzpAAA8/QAAO/8AXjAAAFAxAABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAeMgAAGTQAABQ2&#10;AAAQOQAADTsAAAo9AAAFQAUAAEEKAABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABGNQAARkEAAEZP&#10;AABGXwAARnMAAEWKAABFpAAARMAAAEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUAADI0AAAtMwAA&#10;JjQAACA1AAAaOAAAFDoAABA9AAANQAAACUIAAARFAAAARwMAAEgHAABKCwAASw4AAEwRAABOFQAA&#10;TxwAAE8lAABPLwAATzwAAE9KAABPWgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAASv8AUzkAAEc5&#10;AAA+OQAANzgAADE3AAApNwAAITkAABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABNAAAATwAAAFEE&#10;AABSBwAAVAsAAFUOAABXEQAAWRcAAFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/AABXmgAAVrcA&#10;AFXjAABU/QAAVP8ATj0AAEM9AAA8PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAAC0sAAAVOAAAA&#10;UQAAAFQAAABXAAAAWQAAAFsAAABdAgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAAZi4AAGY8AABm&#10;TQAAZWAAAGV3AABkkwAAY7EAAGHdAABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZDAAAeRgAAFUoA&#10;ABBOAAAKUgAAA1YAAABaAAAAXQAAAGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0FAABvCgAAcg4A&#10;AHUSAAB3GwAAdiYAAHY1AAB1RgAAdFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8ARkYAAEBFAAA1&#10;RgAAKkgAACBMAAAXUQAAEFYAAAlaAAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5&#10;AAAAewAAAH0AAACAAwAAgwgAAIYNAACJEwAAih0AAIorAACJPAAAiE8AAIZmAACFgQAAhKAAAILC&#10;AACB8AAAf/8ARksAADpMAAAuTwAAI1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQAAAB4AAAAfAAA&#10;AIEAAACEAAAAhwAAAIgAAACLAAAAjgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQAAKAhAACgMQAA&#10;nkQAAJ1bAACcdgAAmZYAAJm1AACW5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJbQAAAHQAAAB7&#10;AAAAgQAAAIYAAACLAAAAkAAAAJQAAACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACnAAAAqgAAAK0A&#10;AACxBgAAtQ0AALgWAAC3JgAAtjkAALVQAAC0agAAsokAALCqAACuzwAArfUAN1wAACthAAAeaAAA&#10;E3AAAAt4AAAAgAAAAIcAAACOAAAAlQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAAALAAAACzAAAA&#10;tQAAALgAAAC7AAAAvwAAAMMAAADHAAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAAy34AAMmeAADI&#10;vgAAxekAL2kAACNwAAAWeQAADYEAAAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0AAAAuAAAAL0A&#10;AADAAAAAwgAAAMUAAADIAAAAywAAAM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgGAADrEQAA6iMA&#10;AOo6AADpVAAA53IAAOWTAADjswAA49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA/wAXAP8AIQD/&#10;ACsA/wA1AP8APgD/AEcA/wBOAP8AVQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDvAIQA7QCOAOoA&#10;mQDmAKcA4wC5AN8A1QDbAPcA1gD/AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8AAAD+AAAA/AAA&#10;APwAAwD+AAsA/wARAP8AGgD9ACQA+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBaAN8AXwDcAGUA&#10;2ABrANQAcgDQAHsAzQCFAMoAkQDHAJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8AnAD/AJgA/wCV&#10;AP8A/wAAAPoAAAD0AAAA8QAAAPIAAADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQADkAywBAAMgA&#10;RwDFAE0AwgBTAL8AWAC9AF4AuwBkALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgAuACmANwAowD7&#10;AJ8A/wCVAP8AjwD/AIsA/wCJAP8A+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAKAL8AEQC8ABgA&#10;uwAhALkAKgC0ADIAsQA6AK4AQACrAEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoAmwBzAJkAfgCW&#10;AIwAlACbAJIArQCQAMcAjgDwAI0A/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADRAAAAvwAAALMA&#10;AACqAAAApgAFAKIADQChABMAoAAbAJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8ASgCOAE8AjABV&#10;AIoAWwCIAGMAhgBrAIQAdgCCAIIAgACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/AHAA/wBvAP8A&#10;3QAAAMsAAAC2AAAApwAAAJ0AAACUAAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUAhAAsAIIAMgB/&#10;ADgAfQA9AHsAQwB5AEgAeABOAHYAVAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBqAK4AaQDMAGgA&#10;9gBnAP8AZQD/AGQA/wBjAP8AygAAALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgABQB2AAwAdQAR&#10;AHQAGABzAB8AcgAlAHAALABuADIAbAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBdAGIAZgBgAHIA&#10;XgCAAF0AkgBbAKUAWgC+AFkA6QBZAP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAAgwAAAHkAAABx&#10;AAAAbQAAAGkAAQBmAAkAZQAOAGQAEwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBbADwAWgBCAFgA&#10;SABXAE8AVgBXAFQAYABTAGwAUQB5AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A/wBNAP8AqgAA&#10;AJQAAACCAAAAdQAAAGsAAABkAAAAYAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAbAFUAIQBTACcA&#10;UgAsAFEAMQBPADcATgA9AE0AQwBMAEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcAQwCsAEIAyQBC&#10;APEAQgD/AEMA/wBDAP8AngAAAIkAAAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQAAIATgAJAE0A&#10;DQBMABEASwAXAEoAHABJACIASAAnAEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8AVgA+AGEAPQBu&#10;ADsAfgA6AJEAOQCmADgAvwA4AOgAOAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoAAFgLAABRCgAA&#10;TAgAAEkGAABHAwAARgAGAEQACwBDAA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4AOwA0ADoAOgA5&#10;AEEAOABJADcAUgA2AF0ANABqADMAegAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAwAP8AjAkAAHgM&#10;AABoDQAAXA4AAFIOAABLDgAARQ0AAEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoAFQA5ABoAOAAg&#10;ADYAJQA1ACsANAAwADMANwAyAD4AMQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCdACgAswAnANEA&#10;JwDyACcA/wAnAP8AhgwAAHIOAABjEAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAANw0AADYLBAA2&#10;CAoANQYOADQFEgAyBBcAMQUcADAFIgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAnB1kAJgdlACQH&#10;dQAjB4cAIgebACAGsAAgBssAHwXtAB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgTAABBEwAAOxMA&#10;ADcSAAA0EQAAMhAAADAPAQAwDQYAMAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwrACcMMgAmDDoA&#10;JAxDACMMTQAhDVgAIA1lAB4NdQAcDYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8AexEAAGkTAABa&#10;FQAAThYAAEUWAAA9FgAAOBUAADMVAAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAoDhEAJg4WACUP&#10;HQAkDyMAIw8pACEQMQAgEDkAHhBCAB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQswAREM4AERDu&#10;ABIQ/gASEP8AdxMAAGUVAABXFwAASxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYAACcVAAAmFAEA&#10;JRIEACMSCwAiEg8AIRIUACASGgAeEyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYAFBRkABIUdAAR&#10;FIcAEBScAA4UsQANFMoADRTrAA4T/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3GwAAMhoAAC0a&#10;AAApGQAAJhgAACQYAAAiFwAAIBYBAB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYYKwAVGDQAFBg9&#10;ABIZSAARGVQAEBliAA4ZcgANGYQADBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgAAF4aAABQHAAA&#10;RR0AADwdAAA1HQAALx0AACocAAAmGwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwAFhwQABUcFQAU&#10;HBsAExwiABIdKQARHTEAEB07AA4dRQANHlEADB5eAAoebQAJHoAABx6UAAUdqgADHcIAAx3mAAQc&#10;+AAFHP8AaxoAAFsdAABNHgAAQh8AADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4dAAAcHQAAGB4A&#10;ABUfAgATIAkAEiEOABAhEgAQIRgADiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJaAAUiaQADInwA&#10;ASKRAAAiqAAAIcAAACHlAAAg+AAAIP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAAKiEAACYgAAAi&#10;IAAAHx8AABwfAAAZIAAAFiEAABIjAgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAIJioABiczAAQn&#10;PQADJ0kAASdWAAAnZgAAJ3kAACePAAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQiAABHIwAAPSQA&#10;ADQkAAAuIwAAKCMAACQiAAAhIgAAHiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoLAAgrDgAGKxMA&#10;BCsYAAIrHwABLCcAACwwAAAsOgAALEUAACxTAAAsYwAALHYAACyMAAArpAAAK74AACrkAAAq+gAA&#10;Kf8AXyMAAFAlAABEJgAAOiYAADImAAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAUJwAAESkAAA4r&#10;AgALLQYABy8LAAQwDgAAMBEAADEVAAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAyXwAAMnIAADGJ&#10;AAAxogAAMLwAADDkAAAv+wAAL/8AWicAAEwoAABAKQAANykAAC8pAAApKAAAJScAACEmAAAcJwAA&#10;GCgAABQqAAARLAAADi4AAAswAQAHMgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAAADgoAAA4MgAA&#10;OT0AADlLAAA5WwAAOG4AADiFAAA3nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9LAAANCwAAC0r&#10;AAAoKgAAJCkAAB4qAAAZKwAAFC0AABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7CgAAPQ0AAD4Q&#10;AABAFAAAQBsAAEAkAABALgAAQDkAAEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3jAAA8/AAAPP8A&#10;UC8AAEMvAAA5LwAAMi8AACwtAAAnLAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAABTsAAAA9AAAA&#10;QAEAAEEEAABDBwAARQsAAEYOAABIEQAAShYAAEoeAABKKAAASjQAAElCAABJUQAASWQAAEh7AABI&#10;lwAAR7QAAEbgAABF/AAARP8ASjMAAD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1AAAROAAADTsA&#10;AAg+AAADQQAAAEMAAABGAAAASAAAAEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZAABVIgAAVC4A&#10;AFQ8AABUSwAAU14AAFN0AABSkAAAUa4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAALzQAACY1AAAe&#10;NwAAFzoAABE9AAAMQQAAB0QAAABIAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWAIAAFsGAABd&#10;CwAAXw4AAGITAABiGwAAYicAAGI0AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa+AAAWf8AQTwA&#10;ADo7AAA0OQAAKjoAACE8AAAYQAAAEUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAA&#10;AGEAAABjAAAAZQAAAGcBAABqBQAAbQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8AAG9lAABugAAA&#10;bZ8AAGvBAABp8QAAaP8AP0AAADk+AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAAWAAAAF0AAABh&#10;AAAAZQAAAGgAAABrAAAAbgAAAHEAAABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACFDwAAhxcAAIYk&#10;AACFNAAAhEYAAIJdAACBdgAAf5YAAH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwAABNSAAAMVwAA&#10;A10AAABjAAAAaAAAAG0AAABxAAAAdgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAAAIsAAACOAAAA&#10;kgAAAJUBAACZCQAAnhAAAJ4aAACdKQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAAkPoAOEsAACxO&#10;AAAgUwAAFVkAAA1gAAADZwAAAG4AAAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACSAAAAlQAAAJcA&#10;AACaAAAAnQAAAKAAAACjAAAApwAAAKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNGAACxYAAAr34A&#10;AKygAACrwQAAqe4AMVUAACRbAAAYYQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAAAJQAAACaAAAA&#10;nwAAAKQAAACoAAAAqQAAAKwAAACvAAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAAywAAANEKAADT&#10;FAAA0SUAANA7AADNVAAAynEAAMiSAADFswAAw94AKWIAABxpAAARcQAAB3sAAACEAAAAjQAAAJUA&#10;AACdAAAAowAAAKkAAACvAAAAtAAAALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwAAADQAAAA1AAA&#10;ANoAAADfAAAA5AAAAOoAAADuDAAA7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA/wAAAP8AAAD/&#10;AAAA/AABAPwACAD+AA4A/wAUAP8AHQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7AFYA+QBcAPYA&#10;YgD0AGgA8gBvAPAAdgDtAH8A6gCJAOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA/wCoAP8AnwD/&#10;AJoA/wCWAP8A/wAAAPsAAAD2AAAA8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAqAPIAMwDtADsA&#10;6QBDAOYASQDiAE8A3gBVANsAWwDWAGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoAvwCqALsAwQC4&#10;AOkAtgD/AKcA/wCaAP8AkgD/AI0A/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADkAAEA4AALANsA&#10;EQDaABoA2wAjANEALADKADQAxgA7AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMAZgCxAG4ArgB3&#10;AKwAgwCpAJEApgChAKMAtQCgANgAngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAAAOMAAADaAAAA&#10;0wAAAMYAAAC/AAAAuQAGALcADgC0ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEAoQBGAJ8ATACd&#10;AFEAmwBXAJkAXgCXAGUAlQBuAJMAeQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8AP8AdgD/AHMA&#10;/wByAP8A4AAAANAAAADGAAAAtgAAAKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcAHgCUACYAkQAt&#10;AI8ANACMADoAigA/AIgARQCHAEoAhQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCNAHcAoAB1ALYA&#10;cwDfAHIA/wBuAP8AaQD/AGcA/wBlAP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAAhQAAAIIABQCA&#10;AA0AfwARAH8AGACAACAAfQAmAHoALQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBtAFYAbABeAGoA&#10;aABoAHUAZwCEAGUAlgBkAKsAYgDJAGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkAAACXAAAAiQAA&#10;AH4AAAB4AAAAcwAAAG8AAQBtAAkAbAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAyAGMANwBiADwA&#10;YABCAF8ASABdAE8AXABXAFoAYQBZAG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8AUAD/AE8A/wBP&#10;AP8ArQAAAJgAAACGAAAAeAAAAG4AAABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABbABUAWwAbAFoA&#10;IQBYACYAVgAsAFQAMQBTADYAUgA8AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkAhQBIAJkARwCx&#10;AEYA2ABGAPwARQD/AEUA/wBFAP8AnwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAAAFMAAABRAAIA&#10;TwAIAE8ADQBOABEATgAWAE0AHABMACEASgAmAEkALABIADEARwA3AEUAPQBEAEQAQwBMAEIAVQBA&#10;AGAAPwBuAD4AfgA9AJIAPACpADsAxwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABuAAAAYQAAAFgA&#10;AABRAAAATAAAAEkAAABHAAAARQAFAEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8AJwA+ACwAPQAy&#10;ADsAOAA6AD8AOQBHADgAUAA3AFsANQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/ADIA/wAzAP8A&#10;iQAAAHYDAABmBQAAWQcAAFAHAABJBgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0AOgAQADkAFAA5&#10;ABkANwAeADYAIwA1ACgANAAuADMANAAyADsAMABDAC8ATAAuAFcALQBkACwAcwArAIcAKgCcACkA&#10;tQApANwAKQD7ACkA/wAqAP8AgQQAAG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJAAA2CAAANQUA&#10;ADQCBgAzAAoAMgAOADEAEQAxABUAMAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/ACgASQAnAFQA&#10;JgBgACQAbwAjAIIAIgCXACEArgAhAMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAATg4AAEUOAAA9&#10;DgAAOA0AADMNAAAwDAAALgsAAC0JAwAtBggALAQMACsCDwAqARIAKQEXACgBHAAnACEAJgAnACUA&#10;LQAkADQAIwE9ACIBRgAhAVEAHwFdAB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA/wAaAP8AdQwA&#10;AGQOAABVDwAAShAAAEAQAAA5EAAAMxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoKACYIDQAlBxAA&#10;JAYUACIGGQAhBh8AIAckAB8HKwAeBzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0AFQeRABQHpwAT&#10;Br8AEgXkABIF+gASBf8AcQ4AAF8QAABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAoEQAAJRAAACMQ&#10;AAAiDgQAIQ0HACEMCwAgCw4AHwsSAB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYNQwAVDU8AEw1c&#10;ABINawAQDX4ADw2SAA4NpwANDL4ADQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQAADoUAAAyFAAA&#10;LRQAACgTAAAlEwAAIhIAACARAAAeEQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoAFg8hABUQKAAU&#10;EDAAEhA5ABEQRAAQEFAADhBdAA0QawAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAHD/8AaREAAFgU&#10;AABLFQAAQBYAADcWAAAwFgAAKhYAACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcSBgAWEgoAFRIO&#10;ABQSEgASEhgAERMeABETJQAQEy4ADhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSNAAQUowADE7sA&#10;AhPdAAES9AACEv8AZRMAAFUWAABIFwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAAHRYAABoVAAAY&#10;FQIAFhUEABQVBQASFggAERYNABAXEAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAHGEcABRhUAAQY&#10;YwACGHUAARiLAAAXoQAAF7kAABfdAAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIaAAArGgAAJRoA&#10;ACEZAAAeGAAAGxgAABgXAAAWFwIAFBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsYAAgcHwAHHCYA&#10;BRwvAAQcOAACHEQAAB1RAAAdYAAAHXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8AXhgAAE8aAABC&#10;HAAAOBwAAC8dAAApHAAAIxwAAB8bAAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAOHQcADB4LAAkf&#10;DgAGIBEABSAWAAMgHAABISMAACErAAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAgngAAILgAAB/e&#10;AAAe+AAAHv8AWhsAAEsdAAA/HgAANR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsAABUbAAASHAAA&#10;EB0CAA4fBAAMIQYACSIKAAUjDQACJBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0AACZKAAAmWgAA&#10;JmwAACaDAAAlnAAAJbcAACTfAAAj+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAlIAAAIB8AAB0e&#10;AAAaHQAAFh4AABMeAAAQIAAADiEAAAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAsFgAALB0AACwl&#10;AAAsLgAALDoAACxHAAAsVgAALGkAACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIAAEQjAAA4JAAA&#10;LyQAACgjAAAjIgAAHyEAABwgAAAXIAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQAACwHAAAuCQAA&#10;MAwAADEPAAAzEwAAMxkAADMhAAAzKgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAAMbMAADDeAAAv&#10;+wAALv8ATCUAAD8mAAA1JwAALSYAACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4oAAALKgAABywA&#10;AAMvAAAAMQIAADMEAAA1BwAANwoAADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+AAA7TgAAO2AA&#10;ADp3AAA5kgAAOLAAADfbAAA2/AAANf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAAGycAABUoAAAR&#10;KgAADiwAAAovAAAGMQAAATQAAAA2AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAARREAAEUYAABF&#10;IQAARSwAAEQ5AABESAAARFsAAENxAABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADguAAAvLQAAKSsA&#10;ACQqAAAdKgAAFywAABEuAAANMQAACTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQAAABGAAAASAMA&#10;AEoHAABMCwAATg4AAFATAABQHAAAUCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQAAErKAABJ+AAA&#10;SP8APjIAADUxAAAuLwAAKS4AACAuAAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAARAAAAEcAAABJ&#10;AAAATAAAAE8AAABRAAAAUwAAAFUBAABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABdPAAAXE4AAFtj&#10;AABafgAAWJ0AAFfAAABV8gAAVP8AOjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0AAAhBAAAARQAA&#10;AEkAAABMAAAAUAAAAFMAAABWAAAAWQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUAAGsLAABvEAAA&#10;bxgAAG4lAABtNAAAbUYAAGtbAABqdQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAoOQAAHjsAABU/&#10;AAAORAAAB0kAAABNAAAAUgAAAFYAAABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABtAAAAcAAAAHMA&#10;AAB2AAAAeQAAAH0EAACBCwAAhREAAIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqqAAB31gAAdf0A&#10;OD0AACw+AAAiQQAAF0YAAA9LAAAHUQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAAAHQAAAB4AAAA&#10;ewAAAH4AAACAAAAAgwAAAIYAAACKAAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAAmjMAAJdJAACU&#10;YgAAk38AAJCgAACOxQAAjPMAMUQAACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABuAAAAdAAAAHkA&#10;AAB/AAAAhAAAAIkAAACNAAAAkQAAAJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgAAACsAAAAsgMA&#10;ALcNAAC3FwAAtSgAALI+AACwVgAArHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAACmIAAABqAAAA&#10;cwAAAHsAAACCAAAAiQAAAI4AAACUAAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAAsAAAALMAAAC3&#10;AAAAuwAAAMAAAADFAAAAywAAANEEAADVDgAA0x0AANAyAADNSwAAymYAAMaHAADCqQAAwcsAIlsA&#10;ABZiAAAMawAAAXQAAAB9AAAAhwAAAJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYAAAC6AAAAvAAA&#10;AMAAAADEAAAAyAAAAMsAAADPAAAA1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMAAO4nAADsPwAA&#10;6lsAAOd6AADkmwAA4LsA/wAAAPsAAAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/ACIA/wAsAP8A&#10;NQD/AD0A/wBFAPwATAD6AFIA9wBYAPUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUAkQDhAKAA3QCy&#10;ANgAzgDSAPYAwQD/AK0A/wCeAP8AlgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAAAOkAAADsAAUA&#10;8gAMAPgAEgD3ABsA9QAlAPAALgDrADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwAzQBiAMoAagDI&#10;AHIAxQB8AMIAiAC+AJYAugCoALcAvwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCAAP8A8AAAAOUA&#10;AADeAAAA2gAAANsAAADcAAAA2AAHANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0APQC6AEQAtwBJ&#10;ALUATwCyAFUAsABbAK4AYQCsAGkAqQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8AIwA/wCCAP8A&#10;ewD/AHYA/wB0AP8A4gAAANMAAADKAAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEArQAYAK0AIACo&#10;ACgApAAvAKAANgCdADwAmwBCAJkARwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCKAIMAiACUAIYA&#10;pwCDAMIAggDwAHwA/wBzAP8AbQD/AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAAAACYAAAAlAAA&#10;AJEABgCQAA0AkAASAI8AGQCOACEAiwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBLAHwAUgB6AFkA&#10;eABiAHYAbAB0AHkAcgCJAHEAnQBvALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8AvgAAALEAAACg&#10;AAAAkgAAAIkAAACCAAAAfAAAAHoAAQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBwAC0AbgAzAGwA&#10;OABrAD4AaQBEAGgASgBmAFEAZABaAGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA9wBXAP8AVAD/&#10;AFIA/wBRAP8AsAAAAJ8AAACNAAAAfwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwALAGMAEABjABUA&#10;YwAbAGEAIQBfACcAXQAsAFwAMgBaADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgAUAB3AE8AiQBO&#10;AJ8ATQC6AEwA6QBLAP8ASQD/AEcA/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABeAAAAWQAAAFcA&#10;AABVAAEAVAAHAFMADQBTABEAVAAWAFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoAPQBJAEQARwBM&#10;AEYAVgBEAGEAQwBwAEIAgQBBAJcAQACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAAAH8AAABvAAAA&#10;YwAAAFkAAABRAAAATQAAAEoAAABIAAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwARAAhAEIAJgBB&#10;ACsAQAAxAD4ANwA9AD4APABHADoAUAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0APUANAD/ADQA&#10;/wA1AP8AiAAAAHQAAABlAAAAWAAAAE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwABwA7AAwAOwAP&#10;ADsAEgA6ABcAOQAcADcAIQA2ACYANQAsADQAMgAzADkAMQBBADAASwAvAFYALgBjAC0AcwAsAIgA&#10;LACgACsAuwArAOoAKwD/ACsA/wAsAP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAAOwIAADcAAAA0&#10;AAAAMwAAADIABQAyAAkAMgANADEAEAAxABMAMAAYAC8AHQAtACIALAAoACsALgAqADUAKQA9ACgA&#10;RgAnAFEAJgBeACUAbgAkAIIAIwCZACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUEAABWBgAASwcA&#10;AEIIAAA6CAAANQcAADAGAAAtBQAALAMAACsAAwAqAAcAKQALACkADgApABEAKAAVACcAGQAmAB4A&#10;JQAkACQAKgAjADEAIgA5ACEAQwAgAE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0AGwD2ABsA/wAc&#10;AP8AcAUAAF8IAABRCgAARgsAAD0LAAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAjBAYAIwIJACIB&#10;DAAiAA8AIQASACAAFgAfABsAHgAgAB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcAZgAWAHgAFQCP&#10;ABUApgAUAMMAFADuABQA/wAVAP8AawgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0AACcNAAAjDAAA&#10;IQwAAB8LAQAeCgUAHQgIAB0GCwAcBQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsAFgQzABUEPAAU&#10;BEcAEwNUABIDYwARA3UAEAKKABABogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJDgAAPg8AADUP&#10;AAAuDwAAKA8AACQOAAAgDgAAHQ4AABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJEgAVCRYAFAkb&#10;ABMJIQASCSgAEgkwABEJOgAQCUUADwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbbAAoF9gAKBP8A&#10;Yw0AAFMOAABGEAAAOxEAADIRAAArEQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQAFQ4HABQNCQAT&#10;DQsAEwwNABIMEAARDBQAEAwZABAMHwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAIDXEABg2GAAUN&#10;nQAEDLQAAwzSAAIM8QACC/8AXw4AAFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4RAAAbEQAAGBEA&#10;ABUQAgAUEAUAEhAHABEPCQAQDwoAEA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAsAAkQNgAIEEEA&#10;BhBOAAUQXQADEG8AARCEAAAQnAAAD7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAANhQAAC0UAAAm&#10;FAAAIRMAABwTAAAZEgAAFhIAABQRAwASEQYAEREIABAQCgAOEAsADRELAAwRDQALEhEAChIVAAkS&#10;GgAIEiEABhMpAAUTMwADEz4AAhNLAAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR9QAAEf8AWBIA&#10;AEkUAAA9FQAAMxYAACsWAAAkFQAAHxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJAA4SCQANEgkA&#10;CxMKAAkUDQAHFQ8ABhYTAAQWGAADFh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oAABaAAAAWmQAA&#10;FbQAABXZAAAU9wAAE/8AVRQAAEYWAAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAWFQAAExQDABIT&#10;BgAQEwcADxMHAA0UBwALFQgACRYJAAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAbLQAAGzgAABtG&#10;AAAcVQAAG2cAABt9AAAblwAAGrMAABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoAACYaAAAgGQAA&#10;GxgAABgXAAAVFgEAExUFABEVBAAPFQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0AACAQAAAgEwAA&#10;IBkAACAhAAAhKgAAITUAACFCAAAhUgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAAHP8ATRkAAD8b&#10;AAA0HAAAKxwAACQcAAAeGwAAGhoAABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgcAwAFHQQAAh8G&#10;AAAhCAAAIwsAACUOAAAmEQAAJhYAACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3AAAlkgAAJK8A&#10;ACPaAAAi+wAAIf8ASB0AADweAAAxHwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAAEBsAAA0cAAAL&#10;HQAACB8AAAQhAAABIwIAACUEAAAnBgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAALi4AAC47AAAu&#10;SgAALVwAAC1yAAAsjgAAK6wAACrUAAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAgAAAcHgAAGB0A&#10;ABQdAAAQHgAADh8AAAshAAAHIwAAAyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMKAAA1DQAANhEA&#10;ADYXAAA2HwAANikAADY2AAA2RQAANVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8APyQAADQkAAAr&#10;JAAAJCMAAB8hAAAbIAAAFiAAABEhAAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAAMgAAADQAAAA3&#10;AAAAOQMAADsGAAA+CgAAQA4AAEESAABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9ggAAPKIAADrH&#10;AAA5+AAAOP8AOigAADAoAAApJwAAIyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0AAAAwAAAAMwAA&#10;ADYAAAA4AAAAOwAAAD4AAABAAAAAQgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8AAEwrAABLOgAA&#10;SkwAAElhAABIfAAAR5sAAEW/AABD8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAUKgAADi0AAAow&#10;AAAEMwAAADcAAAA6AAAAPQAAAEAAAABDAAAARgAAAEgAAABLAAAATQAAAFAAAABTAQAAVgYAAFkL&#10;AABbEAAAWxkAAFolAABZNAAAWEYAAFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAAACwuAAAnLAAA&#10;Hi0AABYvAAAQMgAACjYAAAM6AAAAPwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAAAFUAAABYAAAA&#10;WgAAAF0AAABgAAAAYwAAAGcGAABrDAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAAZIkAAGGrAABf&#10;3AAAXf8AMTMAACwxAAAiMgAAGTUAABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABUAAAAWAAAAFsA&#10;AABfAAAAYgAAAGUAAABoAAAAawAAAG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIWAACAJAAAfjUA&#10;AHxJAAB7YQAAeH8AAHafAABzxgAAcPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAAAFEAAABWAAAA&#10;WwAAAGAAAABlAAAAaQAAAG4AAAByAAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAAiQAAAI4AAACT&#10;AAAAmAYAAJwOAACbGgAAmCsAAJZAAACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBBAAAVRwAADU0A&#10;AAJUAAAAWwAAAGEAAABoAAAAbgAAAHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8AAACSAAAAlQAA&#10;AJkAAACdAAAAoQAAAKUAAACqAAAAsAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkAAKiIAACmqAAA&#10;otEAI0gAABhOAAAOVAAABFwAAABkAAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAAlQAAAJsAAACg&#10;AAAAowAAAKYAAACpAAAArQAAALEAAAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADaCgAA1hYAANIp&#10;AADOQQAAylwAAMV8AADCnQAAwb0AHFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgAAACQAAAAmAAA&#10;AJ8AAAClAAAArQAAALMAAAC4AAAAugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAAANoAAADgAAAA&#10;5wAAAO0AAADzAAAA9A4AAPIeAADvNgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAAAAAAAAAAAAED&#10;BAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpL&#10;TU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOU&#10;lZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd&#10;3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////&#10;/////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYo&#10;KSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9w&#10;cXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5&#10;uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////&#10;//////////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQME&#10;BQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktN&#10;Tk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SV&#10;lpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e&#10;3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////&#10;////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4v&#10;MDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdo&#10;aWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6Ch&#10;oqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna&#10;29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhsc&#10;HR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RV&#10;VldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2O&#10;j5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbH&#10;yMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8A&#10;AQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEi&#10;IiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5g&#10;YmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfI&#10;ycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w&#10;8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQ&#10;ERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5&#10;Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gj&#10;paeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f&#10;3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+l&#10;JQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C&#10;06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnM&#10;snSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSq&#10;w6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7D&#10;XlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2&#10;t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlry&#10;xGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6&#10;GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3L&#10;sZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+mJQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrxyGRx48Zqh9bA&#10;b5vLuHKswrF0urutd8S0qXvNq6N/1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO&#10;4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6F/+zQyL/vksx&#10;/8VURfnJXFvvzWNx48xpiNXGbZzJv3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYndkJ2J3ZCdid2Q&#10;nYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3f+m&#10;JQb/pTAO/6o6F/+1QyL/wEsx/chTRfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyxc8GjrHbImqh5&#10;zpKkftSJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXY&#10;iaCF2ImghdiJoIXYiaCF2P+nJQb/pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy3tZlicvMapy7&#10;wW2rr7lwtqW0cr6cr3TElKt3youne8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISk&#10;gdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4QiH+xEow985S&#10;RPDWWFrn4F5y1tpkiMTNaZq0w2yoqLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/zn+nf85/p3/O&#10;f6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zv+oJQb/&#10;pzAO/645Fv+6QiD7xkov9NNRQ+vdV1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQtXG8iLF0wYGu&#10;eMV7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9&#10;yXusfcl7rH3Je6x9yf+oJAb/pzAN/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1jhbbRaJWnyGuh&#10;nMFtqpO8b7GKuXG2hLV0u32yd793sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3&#10;sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7zzUot6d1PQOHp&#10;U1nT6ltvv99jgq/TZ5Ghy2qdlsVtpY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1e7t0tXu7dLV7&#10;u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u/+qJAX/qS8N&#10;/7Y4E/nEQR3t0kkr4uNNQNvvUljK7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGpe790rXa9d7Bx&#10;u3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7&#10;e7Nxu3uzcbt7s/+rJAX/qy8N/7o4EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDcZ4aU1GuQi89u&#10;l4TMcJx9yXOgeMZ1o3PEeKZuwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnyp&#10;bsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYozO5MQcP5UFW1&#10;81hmpelhdJfhZ36N22uGhddvjH/UcpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxszH6cbMx+nGzM&#10;fpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+vIwT/ti0J8cg2&#10;DN3cPRPN6kYqwfZLQLb/T1Gq91hgm+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7iW7Yfotr1oKN&#10;a9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r&#10;1oKNa9aCjf+xIwT6vywG49QvB87mOxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/7W9ueep0cnXo&#10;d3Vx53p3buV9eWvkgHtp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOE&#10;fGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9GOZv/TUWS/1ZP&#10;hv5iVn76alx393Bgc/V1Y2/zeGVt8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm&#10;74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU3xEBwu8mC7X8&#10;Ohqn/z4nmf9EM43/Sz2F/1VFfP9hS3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8glpj+4ZbY/uG&#10;W2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb&#10;Y/uGW9TPCgDE7RICtfsmDaj/NhmZ/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29FZf90R2P/d0hi&#10;/3tJYf9+Sl//gUpe/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/&#10;hEte/4RLXv+ES17/hEte/4RLXv+ES/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRv&#10;d+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/&#10;sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5&#10;voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+Ks&#10;dYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr&#10;/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+f&#10;IgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiM&#10;v7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnY&#10;pHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZT&#10;PP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/&#10;nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qD&#10;kcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZ&#10;zpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/&#10;psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr/7lSPP+7XE/6&#10;umVk7bhteOGwc4vVqHmczJ99qsWXgbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOnfqLTp36i06d+&#10;otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i0/+fIgX/ni0M/6A3&#10;FP+rQB7/tEkr/7tSPP+9W1D6vmRk7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CHyrKLjNKuh5XY&#10;poOd2qGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWh&#10;gqHVoYKh1f+gIgX/ni0M/6E3FP+sQB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/SsXWhyKh4sMCh&#10;e7y5m3/HtJaEz7CUjdWrkZfaoImc3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig&#10;15qIoNeaiKDXmoig15qIoNeaiKDXmoig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79RPP/CWlD5xGJl&#10;68Vpe96+bpDRtnOjxq52s76necC4o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/YlY6f2JWOn9iV&#10;jp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/ny0M/6M3FP+u&#10;QB3/uEgq/8FQPP7FWVD3yGBm68pnfN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6WhitWcnJHalZmc&#10;3I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y&#10;j5Sf2P+hIgX/ny0M/6Q3FP+wPxz/ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+mwbpytbaydsCs&#10;rHvIpKh/zpykhdSUoI3YjZ+Z24qcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqc&#10;n9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jLV1Dy0F5m59Rk&#10;fdrPaZPIxW2murtwtK2zc7+jrXbHmqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc14SinNeEopzX&#10;hKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M/6c2E/+zPxz/&#10;vUcp/MhOO/XOVk/u1V1m5NpifdPSaJLBxmyks7xvsaa1crycr3TEk6t3youne8+DpIHUfaKL1nuj&#10;ldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV&#10;1f+iIQX/oC0M/6g2Ev+0Pxv/v0co+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5ur6C3cLiVsnPA&#10;ja52xYWqesp+qH/OeKaH0XWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1&#10;pY/SdaWP0nWlj9J1pY/SdaWP0v+iIQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m41ll2OJge8XV&#10;Zo+0ymqfpcFtq5m6b7SQtXK7iLF1wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGpi8xxqYvMcamL&#10;zHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1Ef+5Phr5xUcn&#10;8NFNOOngUkzi6VdkzuRfer3XZoytzGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzCca+CxG6uh8Zu&#10;rofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxv+k&#10;IQX/oywL/681EP+8Phj0yUYl6thNNuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3Db6iFv3Gufrt0&#10;sni5d7Zzt3u5brWAvGu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+&#10;a7SFvmu0hb5rtIW+a7SFvv+lIQT/pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81RivOhedKveZISd&#10;1GmQkc5tmYfJb6CAxXKlesJ0qXTAeKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7&#10;hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPHPRTk2EUe1uZJ&#10;NcvxTkzE91NfsexdcKHiZH2V22mHitVuj4LQcZV7zXSadst3nXHJeaBtx32iacWBpWbEhaZmxIWm&#10;ZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpv+oIAT/&#10;rioI/L8zC+nPPBDX4UIeyu1JNb/4TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l313eMc9V6j2/T&#10;fZFs0YCUaNCElmXPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+H&#10;l2XPh5dlz4eXZc+Hl/+qIAP/tSkG8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/ddYI7wZWqF62xx&#10;fedxdnfkdnpz4nl9b+F8f2zfgIFp3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl&#10;3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++9EEisP9FM6T/&#10;SkGc/1FNj/5dVoX5Zl599G5kdvJzaHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2PpjHRj6Yx0Y+mM&#10;dGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdP+2HALozRQB&#10;zOYdBL7zMRKx/z4io/9CL5b/SDqN/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+XxdZ/h/Xmb4g19k&#10;94ZgYvaJYWH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2&#10;jGJh9oxiYfaMYvPEDwDO2gsAvfMdB7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/ZkVs/21IaP9z&#10;Smb/d0xk/3tNYv9/TmH/gk9g/4VQXv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tR&#10;Xv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUch/88JHz/RCtz&#10;/00xbP9YNWf/Yzlj/2s7Yf9xPV//dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY/4hCWP+IQlj/&#10;iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+ZHwX/lisL/5U2&#10;Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61&#10;wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSL&#10;jJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX&#10;+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+g&#10;Phr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnaj&#10;ucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7P&#10;hZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+Klv&#10;aO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/&#10;qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0&#10;qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGm&#10;y4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2j&#10;eHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm&#10;/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9&#10;cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+Z&#10;HwX/lysL/5c2Ev+hPhr/qkYl/7BQNP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GOiaLLiI6rx4KT&#10;scR+l7fBepy7vneiv7x1qsK1ca7Ds3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/B&#10;s3KvwbNyr8Gzcq/Bs3Kvwf+ZHwX/lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY9rFsa+qtdX3f&#10;o3uN1ZuBnM2ShqjHi4qxwoWPub+AlL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSrdq3Eq3atxKt2&#10;rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+lPRn/rkYl/7VO&#10;NP+3WEb/t2FZ9bVqbOmyc3/dqHiQ059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyhz6t4pc+learI&#10;pHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxv+aHwT/&#10;mCoK/5s0Ef+mPRn/r0Ul/7dONP+6V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HAk4S8u4yJxbeI&#10;kMu0hpnOsoak0aR8pNGffanKnn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2q&#10;yJ59qsiefarInn2qyP+bHwT/mSoK/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1nbue6b4LasXSV&#10;z6h5psWffbS+l4HAuZSKxrWRksuvjZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnKmIKpypiCqcqY&#10;gqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/skUk/7tNM/+/&#10;Vkb9wV5a88Fmb+a/bYPZtnOXza13qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmHotOUhqfNk4ao&#10;y5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy/+bHwT/mSoK&#10;/54zEf+qPBj/s0Uk/7xMM//BVUb7xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/sJ6GxqiZjMuh&#10;lZLQm5Kb05SOotSPiqbOj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+K&#10;qMuPiqjLj4qoy/+bHwT/mioK/58zEP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XIaoXWwW+ayrl0&#10;qr6werazqX+/qqKExqKdisubmpDPlZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+ozIqPqMyKj6jM&#10;io+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj/79MMvzGVEX2&#10;ylxa781icOTNaIbTxW2axbxzqrm0eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOGlabOhpSnzIaU&#10;p8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+cHwT/mikK/6Iz&#10;EP+tOxf/t0Qj/8FMMvnJU0XzzVpa7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yBxZeohsqQpIzO&#10;iqKV0YWiodKBnKbOgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yB&#10;mqfMgZqnzP+cHgT/mykK/6MzEP+vOxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJzGqZusNvqK27&#10;dLSitHm9mK99w5Csg8iJqYnMg6eRz36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKo&#10;y3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZLMfPRUUPr2ldZ&#10;499db9PbY4XCz2mXscRtp6S8cLKYtXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPMd6uoynerqMp3&#10;q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/nCkK/6cyD/+z&#10;Oxb/vkMg9cpLL+7WUELm4VZX3ORbbsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6weMJ3rnzGcqyD&#10;yW2rjMptq5nJbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/H&#10;bqyfx/+eHgT/nSkJ/6kyDv+2OhT6wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeRocprnpTDbqiJ&#10;vXGwgLl0tnm2d7p0tHu9brKBwGqwiMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2aw&#10;lsNmsJbDZrCWw2awlsNmsJbDZrCWw/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/kTD/X7FFWye5Z&#10;a7fjYXyo2GeLms9rl43JbqCDxHGne8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aRumO2kbpjtpG6&#10;Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI/7EwC/vAORHs&#10;zkIZ399HKNPpTEDK8VFVvvJYaK3mYXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRuxHynacKBqWbA&#10;hqxiv42tYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+P&#10;rv+iHQP/picH/7cvCfLHOA3h2EEU0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1thIHYcYt61HWQ&#10;dNJ5k3DQfJZszn+ZaMyDm2TLiJ1hyo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59g&#10;yY+fYMmPn2DJj59gyY+fYMmPn/+kHQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w/k9PpvpXXJjx&#10;YWiM62hxg+ZueHvic31133iBcd17hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDVkY5g1ZGOYNWR&#10;jmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skmA9XfKQfH7DwZ&#10;uvhEK63/SDuj/01Jmv9XVI35YV2E9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3ZuWIeWPkjHph&#10;45F8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfP+r&#10;GwL3wB0B2dwSAcfrKAq69zsarP9BKaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4dl9s9nthafV/&#10;Y2f0g2Rl84ZmY/KKZ2Hxjmhf8JJpX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNq&#10;X/CTal/wk2pf8JNqX/CTav+3FQHWzwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5gP9UQHj/YUZy&#10;/2pKbP9wTWn/dlBm/3tRZP9/U2P/g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc/ZNYXP2TWFz9&#10;k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/KQ6e/zQYkP86&#10;IYT/QSl6/0kwcv9SNmz/Xjpo/2g9ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+HRlr/ikdY/49H&#10;WP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSMTHBwC3&#10;2wcBqf8WBp//Kg2Q/zAVg/82HHf/PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY/3U2Vv95Nlb/&#10;fDdV/383VP+COFP/hTlS/4k5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+K&#10;OVL/ijlS/4o5Uv+KOf+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3&#10;546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+n&#10;WTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+&#10;rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ&#10;/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7R&#10;daSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546J&#10;guGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/&#10;pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401&#10;EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSi&#10;z3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGG&#10;j4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM&#10;/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/kCkJ/480EP+a&#10;Oxf/okQg/6lNLf+qWDz/qGJM/6RsXPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6naTNdqKpy3Sn&#10;rMlxra/Hb7SywWy5tLxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLux&#10;vGy7sf+UHQT/kSgJ/5EzEP+cOhb/pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn3194ZaDi9mOipbT&#10;h5CgzoGVp8p8mq3HeJ+yxHWltsJyq7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNv&#10;uLWzb7i1s2+4tbNvuLWzb7i1s2+4tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+xVT3/sF9O/a5o&#10;X/KqcnDnpHqB3pqAj9WSh5zOi4ymyYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKzvKtztrirc7a4&#10;q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ/5UyD/+gOhb/&#10;qUIf/7BKLf+0VD3/tF5O/bNnYPGvcHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28e5rDunqjxbd5&#10;q8esc6zGp3Wxv6V3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1&#10;uv+VHAT/kygJ/5YxD/+hORX/qkIf/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7ls+bgKXHkoWx&#10;wYqLu72HlMC7hZ3EtoKkx7B+qsild6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yf&#10;erO8n3qzvJ96s7yferO8n3qzvP+VHAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/ulxO+LpkYu+4&#10;bHXjsnOI2Kl5mc2ffqnFmIS0v5OMvLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+sr2ZfrK9mX6y&#10;vZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gwDv+kORX/rUEe&#10;/7VJLP+7Ujz9vVtO9r1jYu69a3bitnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqZ&#10;gKjLloGuxJWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvv+W&#10;HAT/lCcJ/5kwDv+lORT/rkEe/7dJK/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceoe6q8oIG0tJqH&#10;vKyUjcKmkJTGoI2byZyLpMuVhqjLkYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/&#10;kIWxv5CFsb+QhbG/kIWxv/+WHAT/lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO8sRhY+nFaHfd&#10;vm2MzbRzncKreaq3pH60rp2EvKaYisGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCMibDAjImwwIyJ&#10;sMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+nOBT/sUEd/7pJ&#10;K//CUDv4xlhO8MhfY+bIZnjYwWuNybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaWyZCUn8uLkajM&#10;h46sxoeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwf+XGwP/&#10;lScI/50vDf+pOBP/s0Ad/7xIKvzFTzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamtq3uzo6aAu5uh&#10;hsGUnY3FjpuUyIqZncqGmajLgpOsxoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKv&#10;wYKSr8GCkq/BgpKvwf+XGwP/lScI/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNcYt7PYnjNx2iL&#10;v75um7K3c6insHmynqt+upWnhMCOo4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/BfZivwX2Yr8F9&#10;mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/t0Ab/cFIKPbL&#10;Tjnv01RM5tlaYtjUYXfHy2eKucNsmq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2nmch6p6XJd6Ks&#10;xXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwf+YGwP/lyYI&#10;/6IvDP+uNxL/uT8a+cRHJ/HOTTjq21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWvkbh7toi1gLyB&#10;sobAe7CNw3aulsVzrqHGcq2txHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKp&#10;sMByqbDAcqmwwP+ZGwP/mCYI/6QuC/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nfXnS612SGrM9p&#10;lp3HbaORwHGshrt1s363erl3tH+9crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSyvWy0sr1stLK9&#10;bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X7s5GI+TcTDLd&#10;509Jz+hWXsDkXXKy3mSCo9RpkZXLbZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pjtZC7YbWbvGO3&#10;prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+bGwP/myUH/6st&#10;Cf+5NQ3yxz4V5dVGH9rjSTPP605Jxu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1oXPEeKZuwnyp&#10;acCBrGW+h65ivY6wX72XsV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFe&#10;vJ6xXryesf+cGgP/oCQG/7AsCPnANAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me52N2kuBpgYfa&#10;b4l+1HOQd9F3lXHOe5lszH+caMqDnmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzGm6RcxpukXMab&#10;pFzGm6RcxpukXMabpFzGm6RcxpukXMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudCH8LxSDS4+UxG&#10;r/dRVaL1W2KV7WRtiudrdoDicH153nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CSXtGWlFzRm5Vc&#10;0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/rSED+L8mA+LU&#10;JQPO5TMPwvBCIbb6RzOr/ktCov5QT5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zlgXpo44R8ZuKI&#10;fWPhjH9g4JGBXt+WglzemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqD&#10;XN6ag/+jGQL/th0B6cwXAc/jHgPC8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVXevltXXT2c2Fv&#10;9Hlka/J+Z2jxgmlm8IZqZO+KbGLujm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc65txXOubcVzr&#10;m3Fc65txXOubcVzrm3Fc65txXOubcf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/QiyQ/0g2h/9P&#10;P3//WkZ4/2VLcf9tT2z/c1Jp/3lVZv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmXXVv4m15b+Jte&#10;W/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkAwOYNAbL8IAin&#10;/zMTmv85HY3/PyaC/0Yuev9ONXP/WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd/4VJXP+ISlv/&#10;jEta/5BMWP+VTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+Z&#10;Tc3BBgC+0AcAsfYOAqX/IQmZ/y4SjP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9pNVz/bzda/3Q4&#10;Wf95OVj/fTpX/4A7Vv+EO1X/hzxU/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S&#10;/5M+Uv+TPlL/kz5S/5M+Uv+TPr3FBQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp/0AfYv9JI1v/&#10;USZX/1ooVf9iKlL/aStR/28sUP9zLU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/izBL/4swS/+L&#10;MEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0Dv+POhT/l0Ic&#10;/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5Ta&#10;bLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm//i&#10;/+JJQ0NfUFJPRklMRQAHCf+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4&#10;jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55L&#10;J/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW&#10;2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/&#10;iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0&#10;o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn&#10;8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+e&#10;VzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvC&#10;mNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iSgI&#10;/4UzDv+QORT/mEIc/55LJ/+fVjT/nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC43idiOB0o4zd&#10;cqiQ22+tk9pus5bYbLqY1mvCm9FpypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpm&#10;ypzKZsqcymbKnP+MHAP/iScI/4gyDv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2adF/1lH5s7Y6I&#10;eOeHj4HigJWK3XuakNp3oJbWdKaa1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnHocBpx6HAaceh&#10;wGnHocBpx6HAacehwGnHocBpx6HAacehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb/6VJJ/+nUzT/&#10;p11D/6RoU/ygcmLymnxw6pSFfeOLi4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJbbiuwmm8sLxr&#10;wKq3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+NGwP/iycI/4ww&#10;Df+YNxP/oEAb/6dIJv+rUjT/q1xE/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGVoM57m6fKdqGt&#10;x3OoscVwr7XBbbe3uWu4tbNuva6wcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiw&#10;cMGosHDBqP+OGwP/iyYI/44wDf+aNhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXvpXd25Z1/hdyU&#10;hZLUjIydzoSSp8l9mK/EeJ61wnWnucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lzv6upc7+rqXO/&#10;q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tHJv+xUDT/sVlE&#10;/LBjVfaubGftqnV446F8iNmYg5bRkImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9qXK0u6Z0ubOj&#10;dr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/jCYH/5EuDP+d&#10;NhL/pj4a/61HJf+zTzT/tFhE+rRhVvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+HlLW6gpy5tX+k&#10;vLJ9rL6rebG/o3ayvaB4uLWeeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2v&#10;nnm9r/+PGwP/jSYH/5MuDP+eNRH/qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B73qp3jdCffJ3H&#10;l4Onv5CKr7iLkbayhpi6rYOgvamBqb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CYfbuwmH27sJh9&#10;u7CYfbuwmH27sJh9u7CYfbuwmH27sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4TTP8u1ZE9btf&#10;Vu27Z2njtW591qxzj8qjep3Bm4CnuJSHsLGPjraripW7poedvqKFpcCfhK/Bln6wwZR/triTgLuy&#10;k4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH/5UtDP+hNRH/&#10;qz0Y/7NGJP+6TTP6vlVE879dVuq/ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7aljpO7n4uavpuJ&#10;osGYiKzCkIKvwo+DtbmPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6&#10;s/+QGgP/jiUH/5YsC/+iNRD/rD0Y/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJwj8Cqdpy2onyn&#10;rZyCr6WXibaek5C7mY+YvpSNoMGRjKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSK&#10;iLm0ioi5tIqIubSKiLm0ioi5tP+RGgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2xVND7shbVuPG&#10;YWrUv2h+x7ZujrutdJyxpnqmp6CAr5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSNtLuFjLm0hYy5&#10;tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ksC/+mNA//sDwX&#10;/7lEIvzBSzH0yVJC681ZVd/JYGrPwmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6jJqTvoeYm8CE&#10;l6XCgJavwn+Ss7yAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tf+S&#10;GgP/kCUH/5ssCv+nNA//sjwW/7tEIfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2cJqlsHalnKp8&#10;rZOmgrSMo4m5hqCQvYGemb99nqLBe56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1&#10;epe4tXqXuLV6l7i1epe4tf+SGQP/kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/49hWU9PSXWjF&#10;ymN7t8Jpi6q7b5iftnSjlbF6rI2tgLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0nri1dJ64tXSe&#10;uLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+sMw3/uDsU+MND&#10;Hu/NSizn2k893d5VUc3YW2e+z2J6sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCMuHSvlbtwr5+8&#10;bq+svG2rtblup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tP+UGQP/&#10;kiQH/6IqCP+wMgz+vDoS8sdCHOjTSSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SRxXCeh8F2pn++&#10;fKx4vISxcrqLtG25k7ZquJy4Z7enuGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7&#10;sWiyu7FosruxaLK7sf+VGAP/lSMG/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dRUL3jWWOv3l90&#10;othlg5bTao+Kzm+Zf8hzoXXEeKduwX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76tYr++rWK/vq1i&#10;v76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjwyDgN4dhAE9Tj&#10;RSbK60s7wexPT7PoV2Cm5V9vmuJmfI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPGiqRfxJGmXMSZ&#10;p1rDpKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp/+YFwL/niAE&#10;/68mBfjALgbm0DMI1eE8FMnqRSi/8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKCdtp4iHDXfYxr&#10;1IKQZtKHkmPRjJVfz5KWXM6ZmFnOoplYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljN&#10;q5pYzauaWM2rmv+aFwL/pR4D/7cjA+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2VVWU9V9gifFo&#10;aIDsb3B46HV1cuV6eW3if31p4ISAZd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmoiVjZqIlY2aiJ&#10;WNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJvfM7GbL9Qyim&#10;/kc2nP1MQ5P9VU2K/V9WgflpXXn1cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf6ZR0XeiZdVrn&#10;oHdY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+iFQH/txUA2M8L&#10;AMrnEwK88ykLsf07GaT/QCaZ/0Uyj/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8Wmb6gVxj+IZe&#10;YfeLX1/2kGFe9pViXPWaY1r0oGRY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY&#10;86VlWPOlZf+tEADWwwgAyNMKALv0FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz/14/bv9oQ2n/&#10;b0dm/3VJY/97S2H/gUxf/4VOXf+KT1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/o1RW/6NUVv+j&#10;VFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8zFon/OR5+/0Al&#10;df9IK23/UDBn/1o0Y/9lN2D/bTle/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49BVP+UQlP/mkNR&#10;/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3zQUAquQIAZ//&#10;GQaU/ygMh/8uE3v/NRlx/z0eaf9FI2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/eDFR/3wxUP+A&#10;Mk//hDNO/4gzTf+MNEz/kjRL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1&#10;S/+WNbfEAwCp1AIAnPkLApP/GwWF/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1IgUP9ZIk3/YCNL&#10;/2YkSv9rJUn/byVI/3MmR/93Jkb/eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD/4spQ/+LKUP/&#10;iylD/4spQ/+LKUP/iylD/4spQ/+LKf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5Bt&#10;Rf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/&#10;jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelq&#10;uX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u&#10;8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+L&#10;eE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ&#10;/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/n&#10;aMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+D&#10;HAP/gCcH/30yDP+INxH/kD8Y/5VJIv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/lGvxepty7nai&#10;d+typ3vpb61/52yyguVquITkab+H4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LYis9i2IrPYtiK&#10;z2LYis9i2IrPYtiKz2LYiv+EGwP/gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06/5hpR/+TdFP+&#10;jn5f94iJafGCkXLtfZh56Xiff+V0pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XLZNGTxmXUjsZl&#10;1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+ONRD/lj0Y/5xG&#10;If+gUC3/n1s7/5xmSP+YcVb7k3xi9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+vldhtt5nVa8Cc&#10;0mnJnsllyZ7CZ82YvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk/+GGwP/&#10;gyYH/4UvC/+QNBD/mT0X/59GIf+jTy3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzkg5KG332Zjtp4&#10;oJXWdKea03Cun9FttqPPa8Clx2bCp8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zO&#10;lrdszpa3bM6Wt2zOlv+GGwP/gyYH/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6RiSvyhbFn3nHZo&#10;75aAdeePiYHgh5CM2oCWldV6np3RdaWjzXCsqMtttazHa76tvWi/rLhrw6azbcifsG/MmbBvzJmw&#10;b8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//nTwW/6REIP+q&#10;TC3/qlc7/qhgS/ilalrzoXRq7Zx+eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRzta+/cLywtWu8&#10;sLBuwamscMaiqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnP+HGgP/hCUH&#10;/4ssCv+XMw//nzsW/6ZEH/+sSyz/rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiYzYWPoceAl6fC&#10;e56svXinr7p2sLG3dbqyrXC6sqlxv6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1&#10;yZ6jdcmeo3XJnv+IGgP/hSUH/4wrCv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/GvZlzqq29u4aN2&#10;f9WZfY/MkYSZxYqMor6Ek6i5f5qttHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnHoJ15x6Cdeceg&#10;nXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV/6tCHv+xSiv9&#10;tVM79rVcS+6zZF3lrmxv26Vzgc6deo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSlfbK1n3q4tpt5&#10;u7GZe8GomHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGov+JGgP/hiUG/5Aq&#10;Cv+cMQ3/pToU/61CHv+0Siv7uFI687laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KForCMjKmqiJSu&#10;pYScsqCCpLWdga62mX+3t5R9urOTf8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOS&#10;f8Wjkn/Fo/+JGQP/hiQG/5EpCf+dMQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7ctWdxzqxvgcOk&#10;dY65nHyZsZaCoqqRiqmjjJGunomZspmGobWWhau3k4W2t46BubSOg7+rjYPEpY2DxKWNg8SljYPE&#10;pY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FBHP+5SSn2wE85&#10;7cJXSuS/X13WuWZwybBtgL6oc460oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3jIq0uIiGuLWI&#10;h76siIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/hyQG/5QpCf+h&#10;MAz/qzkS/7RBHPy7SCj0w04468dWSuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6ahKiXloyukZOU&#10;soyRnLWIj6a3hY+xuIKMt7aCjL6tg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOm&#10;g4zDpv+KGQP/iCQG/5YoCP+jMAz/rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nvv7dpf7SwcIyp&#10;qXWXoKN7oJifgqiRm4mtipmSsoWWmrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9kMKnfZDCp32Q&#10;wqd9kMKnfZDCp32Qwqd9kMKnfZDCp/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjCRybuy0015NBU&#10;RtXLW1vHw2Juurtofq60boujrnOWmql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJustnWat7Z3mL2u&#10;eJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG/5onB/+nLwr/&#10;szcP/L0/GPPGRiPq0Ewy4NVSRc/PWVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWDqIWqfaaMr3ik&#10;lbJ0o5+0caOqtW+kubRwoL6tcp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3C&#10;p/+MGAP/jCIG/50nB/+qLgn/tjYO98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZleqLAaoiXu3CS&#10;jbd1m4SzfKJ9sYOodq+KrHGtk69trZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOma6bDpmumw6Zr&#10;psOma6bDpmumw6ZrpsOma6bDpv+NGAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd4Egt0OFPQsLb&#10;Vla0011op81jeJrIaIWPw26PhcB0mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4tq1ktcGpZbDF&#10;pGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6QlBf+zLAb3wTMJ&#10;6M48D9zeQBnQ5Ugux+VNQrngVVSs21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGeasWJomXFkqRi&#10;xJ2mX8Snp13EtKdew8SkX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoP+Q&#10;FwL/mB0E/6kjBP+5KQTuyDEG3do0CtDkQRvG60cuvOpMQbDmU1Kj41phl+BhbozdaHmC226Cetl1&#10;iXLVfI9r0oKTZc+Il2DNj5pczJecWsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZ&#10;WczMmVnMzJlZzMyZWczMmf+SFgL/nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268UcvsO9LP6XtUU6a&#10;61paj+piZYXoam5953J1deN4e2/gfoBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W1bSOVNXBjlTV&#10;wY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenLFgHR4R0Cxewx&#10;Drr1QB6u90Uuo/VKPJr0UEiQ81pThvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eMdmDmknhd5Jh6&#10;WuOee1jjpX1W4q9+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4fv+YEwH/&#10;rRQB88MPANLYCwDE7B4EuPYxEa39Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw+3Raa/l6Xmj3&#10;gWFk9YdjYfONZV/yk2dd8ZloWvCeaVjvpWtW761sVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60&#10;bVTutG1U7rRtVO60bf+jEADxuQwAzskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9HMYH/Tjl6/1g/&#10;c/9iRW7/bElp/3NMZv96T2P/gFFg/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6taVPuxW1T7sVtU&#10;+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp/yEIn/8xEZL/&#10;NxqH/z4iff9FKXX/TTBu/1U1af9gOWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/j0VW/5RGVf+a&#10;R1P/oEhS/6dJUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSs+4BAC+wwUA&#10;stQGAKb+EAOc/yMIkP8tD4T/MxZ5/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20xVv9zM1T/eTRT&#10;/341Uv+ENlD/iTdP/444Tv+TOE3/mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/&#10;pjpL/6Y6S/+mOr+8AwCwygMAo9wDAZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/Rx5Y/04hVP9X&#10;I1H/XyVO/2UmTf9sJ0v/cShK/3YpSf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+aLUP/mi1D/5ot&#10;Q/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwGdP8jCmn/Kg5g&#10;/zISWf86FVP/QhdO/0kZS/9RGkj/WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+/3ggPf98IDz/&#10;gSE7/4chO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96HQP/digG/3Iz&#10;C/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn&#10;92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93&#10;mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx&#10;/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03Dn&#10;X91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98&#10;Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6&#10;afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc/96HAP/dycG/3QyC/9/Ng//hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO/32PVv95mFz8&#10;daBh+XKmZfdvrWn1bLNs82q5b/JowHHwZshz7GTNdehh1HbjX953213jedVd5XbVXeV21V3ldtVd&#10;5XbVXeV21V3ldtVd5XbVXeV21V3ldv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+STyf/kVwy/45o&#10;Pf+KdEj/hoBS/4GLWvx9lWH4eJ1n9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XOf+Ji1oDZX92B&#10;0F/gfsxg43vMYON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje/98HAP/eCYG/3ovCv+FMw7/&#10;jTsU/5JEHP+WTif/lVoy/5JlPv+OcUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jqb6596Gy0gOZp&#10;vIPkZ8aG4WXPiNli14rPYdmIyGLdgsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPg&#10;f/99GwP/eSYG/3wuCv+IMg7/kDoU/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImFYvWEj2vwfpdz&#10;7Hmeeuh0pYDlcKuF4myzieBqu4zeaMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2CvWbdgr1m3YK9&#10;Zt2CvWbdgr1m3YK9Zt2CvWbdgv99GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/nVYz/5thQP+X&#10;bE37knZa942BZvKIjHDsgpR553ubgeN1oojfcamO3G2xktlru5bXaciZzGTLm8VlzpfAZ9KRumjY&#10;irZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4ErCf+NMQ3/lTkT&#10;/5tCG/+gSib/oVQz/59fQfucaU/2l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX0m2vnc9suZ/M&#10;a8Wgw2fHoLxoy5u3atCUsmzVja9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZif9+&#10;GgP/eyUG/4MqCf+PMAz/mDgS/55BG/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWPg3reh4uG1X6S&#10;kc94mZfKdKGcx3Gqn8Nvs6HBbr+jumvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDWjKlw1oypcNaM&#10;qXDWjKlw1oypcNaMqXDWjP9/GgP/fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy+albQfOmZFHs&#10;om5h5Zp2cNyRfn/SiYaLy4KNk8V9lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKoccubpHPQk6J0&#10;1I6idNSOonTUjqJ01I6idNSOonTUjqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+ULwv/nTcR/6Q/&#10;Gf+qRyT9rk8y9q1ZQe+rYlLnpmti3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mho693qqasdrSn&#10;qnbBqKNzw6WgdcmennfPlpx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkf+AGgP/&#10;fSUG/4onCP+WLgv/nzYQ/6c/GP+tRyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HDkn+LvIuGlLWG&#10;jpqvgZWgqn6dpKZ7pqejerCpoXm8qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d70ZOXe9GTl3vR&#10;k5d70ZOXe9GTl3vRk/+BGgP/fiQG/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdWQOe1XlLdrmZk&#10;0KVuc8addYC9lnyLtZCDlK6Ki5uohpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcaikn7MmZF/0JSR&#10;f9CUkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/pDUP/6w9F/6y&#10;RSL2uEww7bxUQOS4XVHXsmRjy6lsc8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeEoKiUgqmqkYK1&#10;q42Bv6uNgcWkjILLm4yCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlf+CGQP/fyQG&#10;/48lB/+cLQn/pjUO/649Fvy1RSHzvEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneKqZh+k6KThZqb&#10;j42gloyVpZGJnaiNh6erioeyrIeHv6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eG&#10;zpeHhs6Xh4bOl/+CGQP/gCMF/5ElBv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzAWlDNuGFiwbBo&#10;cbapb36sonWJpJ18kpyYgpqVlIqgj5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJnYGLzZiBi82Y&#10;gYvNmIGLzZiBi82YgYvNmIGLzZiBi82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN/7Q8FPe8Qx7u&#10;xEor5MlRO9XEWE/IvGBhvLRncLGtbX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/k6KqfJKtq3qS&#10;u6x6kcOme5DJnnyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+DGAL/hCEF/5Uk&#10;Bv+iKwj/rTML/rc7EvTAQhzqyUko4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4kJCjfpiJoIWe&#10;gp2No32blqd4maCpdZmrqnOZuKtzmMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2&#10;lc2ZdpXNmf+EGAL/hyAF/5cjBf+lKgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9xF1esb5jbqW4&#10;anubsm+Gkq52j4mqfJaCp4Oce6SLoXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCczZhwnM2YcJzN&#10;mHCczZhwnM2YcJzNmHCczZhwnM2YcJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4DuvLQBXh2EYg&#10;09hLNsXQVEu3yVtcq8NibJ++aHiUuW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpykaKqnpWaqtKZm&#10;q8WkaKbKnGmkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/jRwE/54hBP+s&#10;JwX9ui8G78c2CuPUPhDY30Mfy95KNL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7eJB0uX+VbreH&#10;mmm2kJ1ltZugYrSmoWC1s6FftsWgYbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+V&#10;Yq7Plf+HFwL/kRoD/6IgA/+yJQP1wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhXnNJeZZDOZHKG&#10;y2p8fMhwhHTGd4puxH6PaMOHlGPCkJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFcutKRXLrSkVy6&#10;0pFcutKRXLrSkVy60pFcutKRXLrSkf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzlNxHC6kMit+dI&#10;M6zkT0Sg4FZTlN1dYIjaY2t+1mp1ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCnkVbQtZJV0seR&#10;Vs3UjlbI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB/68ZAfTBGAHd&#10;2BEAzOUmBcHuNxO270Ijq+1HMqHrTECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn4oR4YuKNe17i&#10;lX5b4J6AWN+nglXesYNT3r6DUt7Sg1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdnc&#10;gv+PEwL/pBMB/rgSANbMCwDM5BEBwO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBdT3rwZlZ08G5c&#10;bu92YWnvfmRl74ZoYe+Oal7ulm1b7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVzUenVc1Hp1XNR&#10;6dVzUenVc1Hp1XNR6dVzUenVc/+YEAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe+z4hk/tELIn6&#10;SjWB+lM+efpdRXL6Zkpt+m9OaPp2UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3rGBT97VhUvbB&#10;YVD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQHALvUCQCw/BQD&#10;pv8pC5z/NRWQ/zsehv9CJn3/SS51/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NIWv+LSVj/k0tW&#10;/5tMVf+iTVP/qU5R/7FPUP+7UE//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUdqv&#10;AgDGvAUAuckFAK3bCACj/xcEmv8rC47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//YjJc/2s0Wv9y&#10;Nlj/eDhW/385VP+GO1L/jTxR/5U9T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5QUr/uUFK/7lB&#10;Sv+5QUr/uUFK/7lBSv+5Qci1AgC4wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUVbP89GmX/RB5e&#10;/0wiWP9UJVX/XSdS/2UpUP9sKk7/cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF/6AxRP+pMkP/&#10;rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/DAKJ/xoEff8h&#10;CHL/KAxo/zAQYP84FFr/QBdU/0gaT/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90IkH/eiJA/4Aj&#10;P/+GJD7/jCQ9/5IlPP+ZJTv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJqvBAACd&#10;0AAAj+EAAIb/DgJ6/xUDbv8cBmT/Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA/1UWPv9aFzz/&#10;Xxg7/2QYOf9oGTj/bRk3/3IaNv93GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/jRsy/40bMv+N&#10;GzL/jRsy/40bMv+NG/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA&#10;/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72Dl&#10;WfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+A&#10;USH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/T&#10;XPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG&#10;/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/&#10;aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ&#10;8V/lWfFf5VnxX/9wHgP/bCgG/2sxCf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97eDv/eIZC/3WS&#10;SP9ym03/cKRR/22sVP9rslf/abla/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6FvpZOJa72TgWvBi&#10;4FrwYuBa8GLgWvBi4FrwYuBa8GLgWvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS/4NEGf+HTiH/&#10;hlsr/4NoNP9/dT3/fIJF/3mOTP92mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0Y8xn8GHTaetf&#10;3mvmXeVs4Fvpbdlc7mjWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9yHQP/bigG/3Eu&#10;Cf97Mgz/gzoR/4dDGP+KTCH/ilkr/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKmYPpurWT4bLRo&#10;9mm8a/RnxW3wZMxw62HTcuVf33PeXOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvN&#10;Xu5rzV7ua/9zHAP/bycG/3QtCP9+MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/g3tL/3+HU/58&#10;klv8eJxh+XSkZ/Zwq2vzbbJv8Wq6c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg6nDGYOxuxmDs&#10;bsZg7G7GYOxuxmDsbsZg7G7GYOxuxmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45AGP+SSSH/k1Qs&#10;/5BgN/+MbEP/h3dN+4ODV/h/jmD2epdn83agbvByqHPtbq9462u4fOhown/mZs2C32LYhNFf3IXK&#10;YOB/xWHjer9j6HS+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/cCYG/3kqCP+F&#10;Lgv/jTcQ/5I/F/+WSCD/l1Is/5VeOP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedyo3zkbquB4Wqz&#10;ht5nvYraZcqN0mLUjshi2IrCY9yEvGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2&#10;tmbmdv91GwP/cSYG/3woB/+ILQr/kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS74x7X+qFhWrl&#10;fo104HiVfdtynYXUbaSL0Gqtjs1ot5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyuauR5rmrkea5q&#10;5HmuauR5rmrkea5q5HmuauR5rmrkef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+eRh//oU4r+6BZ&#10;OPWcY0bvmG1U6JB3YuKIf2/agId70nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvLlbZp0JSxa9WN&#10;rGzbhqht4H+nbeJ8p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF/4EmB/+NLAn/&#10;ljQO/508Ff+hRB7+pUwq96VXOPCiYUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/dpuPunOjk7dw&#10;rJa0b7eXsW/EmKxtzZipb9OQpXDYiaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHg&#10;f/93GwP/dCUF/4MlBv+QKwn/mTMN/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plvZ8+ReHPHioB9&#10;wYSIhbt/j4u1epeQsXeflK10qJeqc7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6BmnXegZp13oGa&#10;dd6BmnXegZp13oGadd6BmnXegf94GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4rUoo8K9SN+es&#10;XEfepWRY0Z1tZsiVdXPAjnx9uYmEhbODjIytf5ORqXublaV5pJmhd66bnna6nJ13ypyZd8+Wl3jU&#10;jpV424aUeN2DlHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gjBv+UKgj/njEL&#10;/6Y6Ev6rQhv1sEkn7LVQNuOwWkbYqWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCRoYCYlp19oZqZ&#10;e6qclnu2nZR7xp6Se82YkXzTkI982YiPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchf95&#10;GgP/eiIF/4oiBf+WKQf/oDEL/6g5EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2ecHK0l3d8rZF+&#10;haaMhoygiI2RmoWVlpaCnpqSgKedj3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDbhomA24aJgNuG&#10;iYDbhomA24aJgNuGiYDbhv95GgL/eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck5r1OM9u4V0TN&#10;sGBWwqlnZLiibnGvm3V7p5Z8hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+FhcubhYXRk4WF&#10;2IqEhNqHhITah4SE2oeEhNqHhITah4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+bKAb/pS8J/643&#10;Dva2PxfsvEYi48FOMNW8VkPItF5VvaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqOd&#10;gYqun36KvJ9+isqcf4rQlH+J1ot/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiP96GQL/&#10;fx4E/5AhBP+dJwX/qC4I/rI2DfO6PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+kpHF6nJ93g5Sb&#10;foqOmIaQh5WOlYKSl5l9kKCceo+rnniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN2Il5jdiJeY3Y&#10;iXmN2Il5jdiJeY3Yif97GQL/gR0E/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJLsvDU0G+vFtS&#10;s7ViYaivaW6fqm94lqV1gY6hfImHnoOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8idcpbPlXOU1Yx0&#10;k9iJdJPYiXST2Il0k9iJdJPYiXST2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/rywG97ozCezE&#10;Ow/izkIY085ILMbHUkC5wFpRrbphX6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWgkpZwnpuZbJ6n&#10;m2qetJxpn8WbbJ7QlG2a1oxtmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYif99GAL/hxoD&#10;/5geA/+mIwP/sykE88AxB+fLOAvd2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0ibNxfYGveIR6&#10;rX+KdKqHj26pj5Npp5qWZqelmGOnspliqMOYZafRk2aj1otnodmJZ6HZiWeh2YlnodmJZ6HZiWeh&#10;2YlnodmJZ6HZif9+FwL/ixgC/5wcAv+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnRTjuszFZMoMdd&#10;WpXCY2eLv2lxgrtveXq4doBztn2GbbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLTkF+s2YlgqtqG&#10;YKrahmCq2oZgqtqGYKrahmCq2oZgqtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB49EgAdPfLAbJ&#10;4jsUvt9EJbLZTDil01RJmc9bV47LYWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jolevpiLWr6kjVi+&#10;sY5Xv8KNWL/Xi1m43IVZtt2DWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+BFgL/lRQB/6cW&#10;Af24FwDpyxEA098WAcjnLAe+5jsWs+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFtbmzPdHRmznx5&#10;Yc2FfVzMjoBZzJmDVsylhFTMs4VTzcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1U&#10;w+F9VMPhff+HEwH/nBIB/64RANrCCgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS5lBAiORZS37i&#10;YFR24Whcb+BvYmjfd2hj3n9sXt6IcFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W5XVP0+d0T9Pn&#10;dE/T53RP0+d0T9PndE/T53RP0+d0T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEaA7DyLQym8TsY&#10;m/BBJJHvRy+H7k46fu5YQ3ftYUpw7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1jVe2nZVLts2ZR&#10;7sBnT+/UaE7r5mhN6OhoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDdrgQAzLwGAMHJ&#10;BwC42woArfgcBKT4Lw2Z+DkXj/g/IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4eUpd+IFMWviJ&#10;T1j4klFW+ZtSU/mlVFH6r1VQ+rtWTvrKV03741dM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lX&#10;TPvpV+WlAADOtAQAv78FALTOBgCq6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wqav9UL2X/XjNh&#10;/2c3Xf9vOVr/djxY/34+Vv+GP1P/jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ/9xHSf/cR0n/&#10;3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/Kwx+/zISdf86&#10;GGz/Qh1l/0kiX/9RJVr/WihX/2MrVP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+YNUj/oTVH/6o2&#10;Rv+zN0T/vzhE/8U4RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIApcwBAJndAwCQ&#10;/xIChv8fBXv/Jwpx/y4OaP82E2H/Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH/3EkRv94JUT/&#10;fyZD/4YnQf+OKED/lig//54pPf+nKTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0&#10;KrO4AQClxgAAl9UAAIvvBAGE/xMCd/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9IFUj/TxdF/1YY&#10;Qv9cGUD/YRo+/2caPP9tGzv/cxw5/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6QfMv+kHzL/pB8y&#10;/6QfMv+kHzL/pB8y/6QfMv+kH6bAAACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX/yQIUP8sCkr/&#10;MwxF/zsOQf9BDz3/RxA6/00ROP9SETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/dxUs/30VKv+D&#10;Fin/ixYp/44WKf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2EzCP9pNgv/bj0P&#10;/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/&#10;XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9m&#10;IAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2Sy&#10;Qv9juUT/YcJG/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN&#10;7FX4TexV+E3sVfhN7FX4Tf9mIAP/YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j/3NsKv9wejH/&#10;bYc2/2uUO/9pnz//aKhC/2awRf9kuEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1WepQ8VjvUe1X&#10;9FHpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9uMwv/dDoP/3dD&#10;Ff95Thz/elok/3doK/90djP/cYQ5/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PFUP9hy1L9X9JU&#10;+V3dVfRb5FbwWupX61jwWOdY9VfjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VP9oHwP/&#10;YykF/2guB/9xMgr/dzgP/3tCFf99TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/bKFL/2qqT/9o&#10;slL/Z7tU/2XEVv5iylj5YNFa9V7cXPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb+VfcW/lX3Fv5&#10;V9xb+VfcW/lX3Fv5V/9pHgP/ZCkF/2stB/90MAr/ezcO/39BFf+BShz/glUl/39jLv97cDb/eHw+&#10;/3WJRf9xlEv/b55Q/2ymVP9qrlj9aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm3lrwY9hb9GDR&#10;Xfhb0V34W9Fd+FvRXfhb0V34W9Fd+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/fzYO/4M/FP+F&#10;SBz/h1Ml/4RgL/+AbDj/fHlB/3iFSf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNkxWjwYtBr6l/d&#10;beNd527bW+pt01zvaM1e82TIX/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X/9qHgP/ZigF&#10;/3EpB/97LAn/gzUN/4c+FP+KRxv/jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc8W+dYu9spWft&#10;aa1r62a2b+hjwHLmYcx142Dfd9Zc5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/YvRjv2L0Y79i&#10;9GO/YvRjv2L0Y/9rHQP/ZycF/3QnBv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyLZjv4hnFG84F8&#10;Ue98h1rsdpBi6HGYaeVsoHDhaKh13mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lpcrtj7W22ZPFn&#10;tmTxZ7Zk8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM/5A7Ev+TQxr/&#10;lkwk/ZVXMPeRYjzyjG1J7IZ4VOd/gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJZb+Dx2TOhMFj&#10;3YO6ZOJ8tmbmdrJn6nGuaO9qrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvav9tHAP/bCQF/3ok&#10;Bf+FKQf/jjEL/5Q5Ef+YQhn/m0ok+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aNdcpylXrGbp1+&#10;w2ylgr9qr4S9abmGumjHh7do2oexaN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1tpmztbaZs7W2m&#10;bO1tpmztbf9tHAP/biME/30iBf+IKAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3llmZM3Y5vWtOH&#10;eGXMgYFuxnuJdsF3kXu8c5mAuHChhLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu5Xefb+twn2/r&#10;cJ9v63Cfb+twn2/rcJ9v63Cfb+twn2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3D/+gPxf4pEch&#10;8KdPLuiiWj3fm2NN1JRsWsuMdWXEhn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+LpXC7jKNwy42g&#10;cdmInXHfgZty5HqZc+lymXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/cyAE/4IgBP+O&#10;Jgb/ly4I/582Dv2kPhX0qEYg7KxNLeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCAiX2rfZGCp3mZ&#10;hqN3ooqfdauNnHS3jpp0xo+YddaLlnbdg5R24nyTdud0knbodJJ26HSSduh0knbodJJ26HSSduh0&#10;knbodP9vGwL/dR8E/4QfBP+QJQX/mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9LyJxoWb+Vb2S3&#10;j3dusIp/dqqFhn2kgY6Cn36Wh5t7nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6NeuZ2jXrmdo16&#10;5naNeuZ2jXrmdo165naNeuZ2jXrmdv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/erPBLusUMc5bRL&#10;KdqvVTrNqF5KwqBmWLmabWSxk3Vuqo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2wkIp9vpGKf9OP&#10;iX7ah4h+33+HfuV3h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D/4geA/+VJAT/&#10;oCsG/6gyCvSvOhHrtUIa4bhKJ9SzUznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyYi4iCkoeQh42F&#10;mYuJg6KOhoKukYOCvJGCg86Rg4PZiIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC5HiCguR4goLk&#10;eP9xGgL/ehwD/4odA/+XIwT/oikF/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahiVq+iamKnnHBs&#10;n5d3dZiTfnySkIaCjI2Oh4eKl4uDiKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6fYbkeX2G5Hl9&#10;huR5fYbkeX2G5Hl9huR5fYbkef9xGgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzkvz8U2MBGJMq6&#10;UDe/s1lHtKxhVaqmaGGhoW5rmZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaMtpF0jciRdo7Y&#10;ineM3YJ3iuN6d4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48bAv+dIAP/qSYD&#10;9rMtBeq9NQngxjwQ0sREI8W9TzW6t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GAgJiJhXqWkol1&#10;lJuNcpOmj2+TtJBtlMWQcJXYinCS3YNxkON7cZDje3GQ43txkON7cZDje3GQ43txkON7cZDje/9z&#10;GQL/ghcC/5IaAv+gHwL/rSQC8rgqBObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+xZF6WrGtojqlx&#10;cYaleHh/on9+eaCHg3Sdj4hvnJmLa5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bje2uW43trluN7&#10;a5bje2uW43trluN7a5bje/90GQL/hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TINx8xBH7rHTDGu&#10;wVRCo7xcUJm3YlyQs2lmh7BvboCtdnV5qn17c6iEgG2mjYVopZeIZaSjimKksItgpMGLYqbZiGOi&#10;3oFlnuN6ZZ7jemWe43plnuN6ZZ7jemWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+pGAH2uBsB58ca&#10;AdvZHAHN1jALwNI/HbTNSi+oyFI/ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGDfGewjIBir5aD&#10;Xq6hhlyur4dar7+HW7DahF2s4H9ep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleP96FQL/&#10;jhIB/58TAP+wEwDvwBAA2dQMAM7fHAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SCxGVeecJsZnLA&#10;cmxrvnpyZr2CdmG7i3pcu5V9Wbqhf1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy53RYsud0WLLn&#10;dFiy53RYsud0WLLndP+AEgH/lBAA/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9GKTdRieZ2U43&#10;jdRWRIPRXU96z2RYcs1qX2vLcmVlynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4UMrbd1HG6HNS&#10;wOtvUr/sb1K/7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADHyQgAwdsLALfo&#10;IAOt5zENpOY9GZnkRCaO4kwzhOBUPnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZjGdT2ZdqUNmj&#10;bE7ZsW1N2sJtTNvcbE3Y7GpOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ/+PCwDppAQA&#10;0bQGAMW/BgC8zQgAtOkOAaruIgWi7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WREZ+lsSWLodE1e&#10;6HxRWuiFVFbojlZT6ZhZUemjWk7psFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK4/NcSuPzXErj&#10;81xK4/NcSuPzXPmZAwDUrAIAxbcEALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1QSB49UgncPVQ&#10;Lmr0WjRl9GM4YPRrPF31dD9Z9XxCV/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfITUn44E1I9/NN&#10;SPf0TUj39E1I9/RNSPf0TUj39E1I9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcAmv0UApL9JweH&#10;/i8Nff43FHT/Pxts/0cgZv9OJWD/Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN/5I5S/+cOkn/&#10;pjtI/7E8Rv+9PUX/zD1E/+Y+RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsusAAC5tgEArMIB&#10;AKDQAgCV5QcAjv8YA4T/JAZ6/ywLcP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9jJE3/ayZL/3Mn&#10;Sf96KUj/gipG/4orRP+ULEL/ni1B/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+&#10;/80wPv/NMLuxAACsvAAAn8kAAJPZAACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX/0ATUf9HFk3/&#10;ThhK/1YZR/9cGkT/YxxC/2kdQP9wHj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/rSM1/7gjNf+5&#10;IzX/uSM1/7kjNf+5IzX/uSM1/7kjNf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8TAmj/GwRf/yMG&#10;WP8rCVH/MwtM/zoNR/9BD0P/SBFA/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IWMf96Fy//ghcu&#10;/4sYLP+TGCv/nBkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACSzAAAhNwAAHj3&#10;AABu/woBY/8QAlr/FQNS/x0ES/8kBkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/UA0u/1QOLP9Z&#10;Dir/Xg8o/2QPJv9qDyX/cRAj/3gQIv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ER&#10;H/+REf9cIgP/Vy0F/1gzB/9fNgn/Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or/16WLv9coTH/&#10;W6oz/1qyNf9Zujb/WMM3/1jNOf9X2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31Uf0981H/PfNR&#10;/z3zUf8981H/PfNR/z3zUf8981H/Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9oTxf/aFwd/2Zt&#10;Iv9jeyj/YYgs/1+UL/9enzL/Xak1/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bmPv9V6z79VPA/&#10;+VP1P/ZS+UDzUv1A8FL/PvBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF/1wwB/9kMwn/&#10;aDoN/2tDEv9sThf/bFod/2pqJP9neCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/XL4+/1vIP/9a&#10;0kH/Wd1C/1flQ/1W6kT5VfBE9VT1RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/&#10;Qv9eIQP/WSwF/18uBv9mMgn/bDgM/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WONf9kmTn/YqM8&#10;/2CrPv9fs0H/XrtC/13ERP9czkb/WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H51b/RedW/0Xn&#10;Vv9F51b/RedW/0XnVv9F51b/Rf9eIQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/dVUe/3JkJv9v&#10;ci3/bH8z/2mLOP9mljz/ZaBA/2OoQ/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ6k/wV/FQ61b2&#10;UedX+07kWP9L4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2UrBv9tLgj/czUM&#10;/3c+Ef94SBf/eVIf/3dgJ/90bi7/cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO+2C8UfpexlP5&#10;XdRV9VvjVu9a6ljpWPJZ5Vn3VuBa+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03XW/9N11v/Tf9g&#10;IAP/XSkF/2gpBv9xKwf/eDML/3w8EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xtjUX6apdL+Gef&#10;T/Zlp1P0Yq9W82C4WfFfwVzwXc1e7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/Ucxe/1HMXv9R&#10;zF7/Ucxe/1HMXv9RzF7/Uf9hHwP/YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f/4NZKP9/ZjL8&#10;enI7+HV+Q/VxiEvybZJR72maVu1molvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvTXPBmzV71Ychf&#10;+VzEYPxYwWH+VcFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95KAb/gTAK/4U5&#10;D/+IQhb/iUse/4lWKPqFYjP1gG498Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ctbddft2/UXsNw&#10;0V7Scc1d53HHX+5rwmHyZr5i9mG6Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WP9jHwP/&#10;ZiME/3IiBP99Jwb/hS4J/4o3Dv+NQBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXecoZe2G2PZdNq&#10;mGrPZ6BtzGWocMljsXPGYrx0xGHJdcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n+VyuZ/lcrmf5&#10;XK5n+VyuZ/lcrmf5XP9jHgP/aCEE/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZPKO6RWzTni2ZB&#10;4IRvTtl9eVjRd4JgzHOKZ8dvk2zEbJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2rmjsb6pp8Gmo&#10;afRjpmr3X6Zq91+mavdfpmr3X6Zq91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/jSwH/5M0C/+X&#10;PBL4mUUb8JtNJ+iXWTThkGJC14lsTs6DdVjIfX5hw3iGaL50jm25cJZytm6edbJsp3ivarF7rWm9&#10;fKppzX2oauN6pWzpcqJs7WygbfJmnm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71Yv9lHQL/bR4D&#10;/3sdA/+HIwT/kCoG/5cyCv2cOxD0n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnphun2CaLV5im6x&#10;dZJzrHKad6lwo3qmbqx9o224fqFtx3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SXcfNkl3HzZJdx&#10;82SXcfNkl3HzZP9lHQL/bx0D/34cA/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96hVDHSml5AyJNn&#10;TcCMb1i5h3dhs4J/aK59h26peo5zpHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTleJN06nGSde9r&#10;kXXyZpF18maRdfJmkXXyZpF18maRdfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF/54vCPakNw3s&#10;qD8V46tIINimUjDMnlxAw5dlTbuRbVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyVd6V/knawgZB1&#10;voKOdtGCjnjjeo146HOMeO1si3jxaIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9nHAL/cxoC/4Ia&#10;Av+PIAP/mSYE/qIuBvOoNQvprT0T369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5aKGHgW6cg4h0&#10;l4CQeJJ9mXyOfKKAi3qtgoh6u4OHes2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBphnzwaYZ88GmG&#10;fPBphnzwaf9nHAL/dRkC/4UZAv+SHwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7Dplk+uZ9hS7CZ&#10;aFaolHBfoY93Z5uLfm6WiIZzkIWOeIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB5naBgOtvgIDv&#10;aoCA72qAgO9qgIDvaoCA72qAgO9qgIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+KkqBOyxMQfitzkN&#10;1bdCHMmwTi2+qlc9tKNfSqueZ1WjmG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6AfYSognuEtYR5&#10;hMeEeobgf3uF5nd7hetwe4Tua3uE7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/ehYC/4oXAv+X&#10;HAL/oyEC9K0nA+i1LgXevTUK0LpAG8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCVeWyKkoFyhZCJ&#10;d3+Nknx7i5t/d4qmgnSJs4NyisSDdIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1s&#10;dojtbP9rGgL/fRQC/40WAf+aGgH/ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6qqxcR6GnY1KZ&#10;o2pckZ9xZIqbd2uEmH9xfpaGdnmTj3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhvj+pxcI7tbHCO&#10;7Wxwju1scI7tbHCO7Wxwju1scI7tbP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDDIQHSxi0IxsE9&#10;GLq8SSivt1I4pbJaRZytYVGTqWhai6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apiif2eXroBlmL+B&#10;ZZnYf2iY5XhplupxapTtbGqU7WxqlO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB/5QTAf+iFAD1&#10;sBQA5r4UANnMFQDMyisHwMY7FrXBRyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3p3pscqWCcmyj&#10;i3ZoopR5ZKGgfGCgrX1fob1+XqLUfWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb7mxjm+5sY5vu&#10;bP90EwH/hxAB/5gQAP6nEADntw0A1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9XQI+7XkuGuGRU&#10;frVrXHeycWNxsHhpa66AbWatiXJhq5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xuXaTval2k72pd&#10;pO9qXaTval2k72pdpO9qXaTvav95EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC91SUEstI2EafO&#10;QiCcykwvksdUPIjDXEd/wWJQd75pV3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2q3NTt7tzUrfS&#10;c1S3629Wsu9qV6/xZ1ev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUFANKzBwDJvgcA&#10;wssIALzdDgC03SMDqtozDZ/WQByU00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZcX8V/YFrFiGRW&#10;xJJnU8SeaVDErGpPxLxrTsXTak/F7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFRvfVhUb31Yf+G&#10;CgDwmgQA1KoEAMi2BgC+wQUAt88JALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHjaWDpw2F9CadZn&#10;SWPVbk9e1HZTWdN/V1XTiVpS05NdT9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5WkzM+VpMzPla&#10;TMz5WkzM+VpMzPlaTMz5Wv+PAwDaogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgGk+k0DonoPRh/&#10;50Qid+ZOKm/mVzJp5V84Y+VnPV/kb0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ5btSSObPUkjm&#10;6FJI5PhRSOH8T0jh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+AwCoywUAn9oJ&#10;AJjyGAKQ8ioHhvIzDnzxOxZ08UMdbPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/OlDyiDxN8pI+&#10;S/KdQEnzqUFH87ZCRvTHQ0X030NE9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpCRPL6QtGiAADA&#10;rgAAsrgBAKfEAgCc0gQAku0MAIz7HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX/FkjVP1iJlH9&#10;aihP/XMqTP57LEr+gy5I/o0vRv+YMUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//7zU//+81P//v&#10;NT//7zU//+81P//vNcSqAACzswAAp78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8tCmT/Ng5d/z4S&#10;WP9FFVL/TRhP/1UaTP9cHEn/ZB5H/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6QmOv+vJjn/uic4&#10;/8onOP/cKDj/3Cg4/9woOP/cKDj/3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB5gEAev8QAXD/&#10;GAJn/yEFX/8pB1j/MQpS/zkNTf9BD0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/cBg3/3kZNf+C&#10;GTP/jBoy/5cbMP+hGy//qhwv/7UcLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HKm1AACawgAA&#10;jM8AAH/eAAB2/wUAbP8OAWL/FAJa/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cMOP9NDTX/Uw4z&#10;/1gPMf9eDy//ZBAt/2sRK/9zESn/fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi/6sUIv+rFCL/&#10;qxQi/6sUIv+rFJy+AACNywAAftoAAHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/JAQ8/ysFN/8y&#10;BjT/OAcw/z0ILf9DCCr/SAko/00JJv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98DBj/hAwX/44N&#10;Ff+VDRX/lQ0V/5UNFf+VDRX/lQ0V/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK/1tFDv9aTxP/&#10;WV0X/1htG/9Wex//VYki/1OVJf9SoCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/TuQu/07tL/9O&#10;8y//Tfgw/038MP9M/zD8TP8w+Uz/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9TJAP/TS8E/1Qw&#10;Bf9ZNAf/XToK/19DDv9eThP/XVoY/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1OuLf9Sti7/Ur4v&#10;/1HHMP9R0jH/UOEy/1DrMv9P8jP/T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y9E7/MvRO/zL0&#10;Tv8y9E7/Mv9TJAP/Ti4E/1YvBf9cMgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/W4Mm/1mPKf9Y&#10;miz/VqMu/1WsMP9VszH/VLsz/1PENP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP/zj0T/838VD/&#10;NfBQ/zTwUP808FD/NPBQ/zTwUP808FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZADv9mShP/ZVUZ&#10;/2NlHv9hcyP/XoAo/1yMLP9bly//WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6/1TnO/9T8Dz7&#10;UvY99lH7PfJR/z3vUv877FL/OOtS/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/UisE/1wrBf9j&#10;Lgf/ZzQK/2o+Dv9rSBP/alMZ/2hhH/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9arTr/WLU8/1e9&#10;Pv9Xxz//VtNB/FXkQvlV7kP1VPZE8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/O+VV/zvlVf87&#10;5VX/O/9WIgP/VSkE/18oBf9nKwb/bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt/2WEMv9ijzf/&#10;YJk7/l6hPv1cqUH7W7FD+lm5RflYwkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0biWP9D3ln/QN1Z&#10;/z/dWf8/3Vn/P91Z/z/dWf8/3Vn/P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91QxP/dU0Z/3VZ&#10;If9xZyn/bXQw/WqANvpmijz4Y5RA9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61faU+dW6VXkV/VU&#10;4Vn9T9ta/0vVW/9I0Fz/RM9c/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD/2YjBP9vJgX/&#10;di4I/3o3DP97QRL/e0sZ/3tVIf53Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1DoXadU5VuvV+NZ&#10;uFrhV8Nd31fSXtpW5l7WWfNa0lz8Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf/0jEX/9IxF//&#10;SP9ZIQL/XyID/2ohBP90JAX/eywH/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1PulugEblaYlN&#10;4WWRVN5hmVnaX6Jc1l2qX9Ncs2HQW75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9RumL/Tbli/0u5&#10;Yv9LuWL/S7li/0u5Yv9LuWL/S/9ZIQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+iEUX94hOIfCE&#10;WyvqfmY25HhwQd9yekvZbYNS02mMWM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e2Gi8X+tmumP3&#10;X7Zk+1mzZf5VsGX/UK9l/0+vZf9Pr2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3EcA/98IgP/hCkF&#10;/4kxCf+MOg75jkMW8Y5MIOqKWCvjhGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhivWagZbplqGi3&#10;Y7JqtWK+a7NizmywYuVrr2b0ZKxn+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Kmaf9Spmn/Uv9b&#10;IAL/ZxwC/3QaAv9/IAP/iCcE/44vB/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9ckzEeHtUv3SD&#10;Wrpxi1+2bpNks2ubZ69ppGqtZ61sqma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9Vp5s/lWebP5V&#10;nmz+VZ5s/lWebP5Vnmz+Vf9cHwL/ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S55tGHN6WUinS&#10;kFw3yolmQsODb0y8fndUt3l/W7J1h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGcatdxnG7ua5pv&#10;82SZb/hel3D8WJdw/VeXcP1Xl3D9V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+GHQL/jyMD/5Yr&#10;BfWbMwnrnzsQ4qBFGdebUCjMlFo2xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonSTaZ5ynG2bcKVw&#10;mG+wcpVuvXOTb9BzlHLrbpNz8maSc/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZkHP7Wf9fHQL/&#10;bhcC/30XAv+JHAL/kiIC/ZopBPGgMAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuvh3FUqYJ5W6R/&#10;gGCffIhlm3mQapd2mW2TdaJxkHOsc41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3+lqKd/painf6&#10;Wop3+lqKd/painf6Wv9hGwL/cRYC/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlAFsyjTCbCnFY0&#10;uZZfQLGQZ0qqi29TpId2Wp6DfmCZgIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2hXrkcoZ772qF&#10;e/RkhXv4XYV7+VyFe/lchXv5XIV7+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/mR4B9qEjAuqp&#10;KgTgrzIH0qw+FcemSyS9oFUztJpeP6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqAk26Gfp1xgn2n&#10;dH98tHZ9fMV2fX7gc39/7mt/f/Nlf373Xn9++F1/fvhdf374XX9++F1/fvhdf374Xf9lGAL/dRMB&#10;/4QUAf+RFwH/nBsB8qUgAeauJgLbtC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtRmZByWZONeV+O&#10;ioBkiYeIaYSFkW6Ag5pxfIKldHmBsnZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56gvheeoL4XnqC&#10;+F56gvheeoL4Xv9nFwL/dxEB/4cTAf+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76uSCK0qFIwq6Na&#10;PaKeYkebmWlQlJVwWI6Sd16Ij35kg42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fXdXOJ7W1ziPJm&#10;dIf2YHSH9190h/dfdIf3X3SH9190h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA6q4VAN25FwDP&#10;uigExLc5EbmyRiCvrFAvpqdYO52jYEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxzj5Zwb46gcmyN&#10;rXRqjb11aY3SdWyQ7W1tjvFnboz2YG6M919ujPdfboz3X26M919ujPdfboz3X/9sEwH/fQ8B/40Q&#10;AP+bEAD0qA8A5bUNANW/EADKviYDv7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJsVYKfc1t8nHph&#10;d5qBZnKYimptlpRuaZWecWaUq3NjlLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdfaJL3X2iS919o&#10;kvdfaJL3X/9vEQH/gQ4A/5EOAPKgDADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhykt0wqm7NVN5Kv&#10;XEGKrGNKg6lqUnymcVl2pHhecKJ/Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f62thnfJlYpr2&#10;YGKZ915imfdeYpn3XmKZ915imfdeYpn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sIAMbHCwC9xyAC&#10;ssUyC6jBQBmevkonlLpTNIu2Wj6DtGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBnXaebalmnqGtX&#10;p7hsVqfMbFio6Whap/RjW6P4Xlyj+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/iwkA35wDANKp&#10;BgDJtAcAwr4GALzMCAC1zRwBq8svCaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4bVBpt3RVZLV8&#10;Wl+0hV5bs49hV7OaZFSyp2VSsrdmUbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37Wlat+1pWrfta&#10;Vq37Wv9+CQDykQIA1qECAMqtBQDAtwUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUfhctOKn3JVjR1&#10;x109bsVlRGjEbEljwnNOXsF7U1nBhFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxOv/lZT7z+VVC6&#10;/lVQuv5VULr+VVC6/lVQuv5VULr+Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfTCgCg3RUAmd0o&#10;BJDbNw6G2UIZfdZLJHXUVC1t0lw1Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6bUkvOqVNJzrlU&#10;SM/PVEjO61NJzvhQSsv/TkrK/01Kyv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAAw6sBALe0AgCt&#10;vwMAo8sGAJvZCgCU5RoBjeUrBoTkNQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX4HI6U997PVDf&#10;hUBN349DSuCbRUjgqEZG4LhHReHMR0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe/0RF3v9ERd7/&#10;RNmXAADHpgAAuLAAAKy5AQCixQIAmNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1GGWLtTh5d7Vcj&#10;We1gJ1XtaCpS7XEtT+15L0ztgzJK7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84QO39OEDs/zhA&#10;7P84QOz/OEDs/zhA7P84QOz/OMugAAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8+B8CdPgpBmz4&#10;Mgpk+DsPXvlDE1j5SxdT+VMaUPlbHU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7nik+/KsqPfy5&#10;Kzv9yys7/eIrOvz0Kzr89ys6/PcrOvz3Kzr89ys6/PcrOvz3K72oAACusAAAobwAAJXIAACJ1AAA&#10;fugFAHf/EgFv/xwCZ/8mBWD/LwhZ/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QYQP9sGT3/dRo7&#10;/34bOf+JHDf/lB02/6AeNf+sHzP/uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy/+cgMv/nILCt&#10;AACitwAAlcQAAIfQAAB73QAAcv0JAGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/QQtB/0gMPv9O&#10;Djv/VQ84/1sQNv9iETT/aREy/3ISL/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//CFif/xxYn/8cW&#10;J//HFif/xxYn/8cWJ//HFqS0AACWwAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQBTf8cAkj/JARC&#10;/ywFPv8zBjr/OQc2/0AIM/9FCDD/Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g/4ANHv+MDh3/&#10;lw4c/6EOG/+sDxv/rg8b/64PG/+uDxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvjAABf9gAAVv8A&#10;AE7/CgBH/xABQf8WAjz/HQI3/yQDMv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9KBh7/UAYb/1YH&#10;Gf9cBxf/ZAgV/20IE/93CBH/gQkQ/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJD/+YCf9JJwL/&#10;RDEE/0sxBP9QNAb/UjoI/1JDC/9RTg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//SKYg/0euIf9H&#10;tSL/Rr0j/0bGI/9G0CT/RuAk/0bqJf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G/yP9Rv8j/Ub/&#10;I/1G/yP9Rv8j/Ub/I/9JJwL/Ri8D/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1BoF/9Pdxr/ToQd&#10;/0yRH/9LmyH/SqQi/0qsI/9JsyT/Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko/0j/KP9I/yj+&#10;SP8o+0j/J/lI/yb5SP8m+Uj/JvlI/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/WDYI/1lAC/9Y&#10;Sw//VVYT/1RmGP9SdBv/UYEe/0+OIf9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9Lyir/Stkq/0rm&#10;K/9K8Cv/Svgs/0r/LP1K/yz6Sv8r90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KP9LJgL/SysD&#10;/1IrBP9YLgX/WzQI/10+C/9dSQ//WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o/1CmKv9Priv/&#10;TrUs/069Lf9Nxy7/TdMv/0zjMP9M7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvwTf8r8E3/K/BN&#10;/yvwTf8r8E3/K/9LJgL/TikD/1YpBP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9cbR7/Wnoj/1iG&#10;Jv9WkSn/VZos/1OiLv9SqjD/UbEx/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79OPBP/zXuUP8z&#10;61H/MelR/y/pUf8v6VH/L+lR/y/pUf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H/2g5Cv9oQw//&#10;Z04V/2VaGv9iaCD/X3Yl/12BKv9ajC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1Uck981HaPvBQ&#10;6D/sUPNA6VH9PuhT/zvmVP8441X/NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9NJAL/VCQD/10j&#10;A/9lJQT/ai0G/202Cv9uQA7/bUsU/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZOvJYoT3wV6lA&#10;7lWxQuxUuUTrU8RG6VLSSOVR5UniUvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf840ln/ONJZ/zjS&#10;Wf840ln/OP9OJAL/WCED/2EgA/9qIwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2a2wq8md3Me9j&#10;gjfsYIs96V2UQeZanEXkWKRJ4lasTOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a/0XNXP9CyVz/&#10;PsVc/zzFXP88xVz/PMVc/zzFXP88xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kxCP96Owz/ekQT&#10;+nlOG/R2WyPucWcs6WxyNeVofDzhY4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpUy1jGVclX2lbF&#10;V+xVw1v5T8Je/0rAX/9GvWD/Qrpg/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/Xh0C/2kaAv9z&#10;HwP/eiYE/34vBv+BOAv7gUES84BLGux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tjkU/IYJlSxV+h&#10;VcJdqlfAXLNZvly/Wrxbzlu4W+Vbt171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/Q7Bk/0OwZP9D&#10;sGT/Q/9VHwL/YRoC/20YAv93HQL/fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u1HhpOM5zc0DJ&#10;bnxHxGuETMBojFG9ZZRUumOcV7dipVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOqZ/9OqGf/SqZn&#10;/0amZ/9Gpmf/RqZn/0amZ/9Gpmf/Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmMMgfvjjsN545E&#10;Ft6KUSHUhFwtzH5mOMV4b0HAdHdIu3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0YKVjwmGjY9Vi&#10;omXtXaJp+1ehav9Rn2v/TJ5r/0mea/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB/3MVAf9+GgH/&#10;hyAC/40nA/SSLwbqlDgL4ZRCE9aPTiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOqb4xXp22UW6Nr&#10;nF6gaaVgnmiwY5tnvWSZZ85kmGnoYZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu/0uWbv9Llm7/&#10;S/9bGgL/aRQB/3YUAf+BGAH/ih0B/JEkAvCXLATlmjQI3Jo/Ec+UTB/GjlcsvohgN7eCaUCxfnFI&#10;rHp5Tqd3gFOjdIhYn3GQXJtvmF+YbaFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5WkHL/UZBy/02Q&#10;cv9NkHL/TZBy/02Qcv9NkHL/Tf9dGAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPhoDAG1Z49EMqY&#10;Sh7BklQruYxeNrGHZj+rgm5Hpn52TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtwtWeJcMVniHDg&#10;Zop09F6LdvxYinb/Uol2/06Jdv9OiXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sSAf+HFAD/kRgB&#10;9JkdAeegIwLdpSsEz6E7D8WcSB28llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJXknqKXI54kmCK&#10;dpxjh3WmZoR0smiCdMJogHTbaIN48mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+Eef9PhHn/T/9h&#10;FQH/cBAB/34RAP+KEgD/lBUA8J0ZAOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQYj6hi2pGm4dx&#10;TJWEeFKQgX9XjH+HXIh9kGCEe5ljgHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+VX59/1F+ff9R&#10;fn3/UX59/1F+ff9Rfn3/Uf9jFAH/cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYDx6g3DbyjRBqz&#10;nk8nqplYM6OUYD2ckGhFloxvTJCJdlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1fr1pc37SaXaB&#10;7mJ4gvpbeIL+VnmB/1F5gf9ReYH/UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+QDgD1mw4A6KYO&#10;ANmvDwDMryQCwqs1DLinQxmuok4mpp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpVi&#10;dISfZXGDq2hug7ppbYPOaW+G62Nyh/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9Sc4X/Uv9oEQH/&#10;eA0A/4YNAPaTDADeoAkA1qkKANKyDQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqSmmRCi5drSYWU&#10;clCAknlVe4+BWnaNiV5yjJJiboqdZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K/1Jtiv9SbYr/&#10;Um2K/1Jtiv9SbYr/Uv9rEAH/ewsA/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQxCa6wPxakrEoi&#10;nKhTLpSkWziMoGJAhp5pSICbcE56mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZmYJHJZmKS52Jl&#10;lPhcZ5L9V2eR/1Jnkf9SZ5H/UmeR/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDPpgcAya8HAMS5&#10;CAC7uhwBsrgvB6i1PROfsUgglq5RK46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqchVlmm45dYpqZ&#10;YF6ZpmJcmbRjWpnHY1ua5WBfm/dbYJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/Uv9yCwD/gwUA&#10;35MBANGfBADJqgYAwbIFALu9BAC0vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146ea1lQnOrbEhu&#10;qXNNaad6UWSmg1ZfpI1ZXKOYXFijpF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bbof9QW6H/UFuh&#10;/1Bbof9QW6H/UP93BwDwiQAA1pgAAMukAwDBrQQAubYDALLABACrxRQAo8UoBJvCNw6RwEMZib1M&#10;JIC6VS55uFw2crZjPW20akNns3FIYrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67GWU+u5FhRrvZU&#10;U67/UFSs/01UrP9NVKz/TVSs/01UrP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIAsLoCAKjEBQCh&#10;zA8Am8wjApLKMwqJyD8VgcZJH3nEUihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlUvItMUbuWT067&#10;o1FMu7NSSrvGUkq75FFMu/ZOTbr/S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+FAADUlQAAx6MA&#10;ALqsAQCwtAAAp78DAJ7JBgCV1AsAkNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1fL1/MZzRay245&#10;Vsp3PVLKgEBPyYtDTMmXRUnJpEdHybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9CSMf/QkjH/0JI&#10;x/9CSMf/Qt6NAADLnAAAvacAALGwAACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV23jcLb95DE2jd&#10;TRpi3FUgXdtdJljbZSpU2m0uUNp2Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb5TtC2vQ6Qtn+&#10;OkPY/zlD2P85Q9j/OUPY/zlD2P85Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoDAIfWBwCA6REA&#10;eekgAnLpLAVr6TYKZOk/D17pSBRZ6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6YgqQ+mTK0HqoC1A&#10;6q8uPuvALj3s2y496u8uPej8Lj3n/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1qQAAqLEAAJy8&#10;AACQxwAAhNIBAHrfBgB09BMAbfQgAmb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2XRdG9mUYRPZu&#10;GkH2dxw/94EdPfeNHzv3mSA5+KYhOPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8Ijb3/CI29/wi&#10;Nvf8IremAACprgAAnLkAAJDEAACDzwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAFT/84CEr/QApG&#10;/0gMQ/9PDkD/Vg89/14QO/9lEjj/bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt/8gYLP/hGCz/&#10;7xgs/+8YLP/vGCz/7xgs/+8YLP/vGKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/CQBb/xEAVP8Z&#10;AU7/IgJJ/ysERP8yBUD/OgY8/0EHOf9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91DSf/gA4l/40O&#10;JP+aDyP/phAi/7MQIf/BECH/0BAh/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAAg8oAAHXWAABn&#10;4gAAW/EAAFT/BgBO/w4ASP8UAUL/HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo/0kGJf9PBiP/&#10;Vgch/10HHv9lCBz/bwgZ/3oJF/+HCRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/swoU/7MKFP+z&#10;CpO7AACExwAAddMAAGfhAABY6AAATvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8iAin/KAIl/y0C&#10;Iv8yAx//OAMc/z0DGv9CAxf/SAQV/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kGCv+TBgn/nAYJ&#10;/5wGCf+cBgn/nAYJ/5wGCf+cBv8/KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/RVsO/0NpEf9B&#10;dxP/QIUV/z+RFv8+mxj/PqQY/z2rGf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/888Bv/PPgb/z3/&#10;G/89/xv/Pf8b/z3/Gv89/xn/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cuA/9KMQT/TDcG&#10;/0tACP9KSwv/SFkP/0ZnEf9EdRT/Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc/z/AHP8/yR3/&#10;P9Yd/z/lHf8/7x3/P/ce/z/+Hf8//x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+QP8b/kD/G/9A&#10;KgL/QywD/0ksA/9NLwT/TzUG/1A+CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9Flhv/RJ8c/0Sn&#10;Hf9Drh7/Q7Uf/0K9H/9CxiD/QtEg/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/H/lD/x75Q/8e&#10;+UP/HvlD/x75Q/8e+UP/Hv9BKQL/RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP/09gE/9Nbxf/&#10;THwZ/0qIHP9Jkh7/SJsf/0ejIf9HqyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8RfQm+UX8JvZF&#10;/yb1Rv8k9Eb/I/NH/yHzR/8h80f/IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9VKAT/WC8F/1o5&#10;CP9aRAz/V08Q/1VcFP9Tahj/UXcb/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2Kf5Jvir9Sckq&#10;+kjZK/dI5yz0SPIs8Uj7LO9J/yrtSv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l60z/Jf9DKAL/&#10;TSQC/1QjA/9aJQP/XiwF/2A2B/9gQQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8UZMo+lCbKvlP&#10;oyz3Tqou9k2yL/RMujDzTMQy8kvRM+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ/ynhUP8p4VD/&#10;KeFQ/ynhUP8p4VD/Kf9GJQL/UCEC/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JTFf9gYRv8XW0g&#10;+Fp5JfVYhCnzVo0t8FSWMO5SnjPtUaU161CtN+lOtTnnTr875k3MPONM4D3fTe483E/5OdlR/zXW&#10;Uv8y1FP/MNNU/y3TVf8t01X/LdNV/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/aScE/2wwBv9t&#10;Ogr/bEQP/WpPFfhnXBzzY2gi72B0KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxRsUHZULtC1lDI&#10;Q9NQ3ETPUOxDzFL4P8tV/zvJV/83yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/Mf9NIAL/VxsC&#10;/2AZAv9pHQL/byUD/3ItBf90Nwj9c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI42FyLPNNalD/Q&#10;WJxCzlejRMtVrEbJVbVHx1TAScVU0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6Xf81ul3/Nbpd&#10;/zW6Xf81ul3/Nf9QHgL/WxkB/2QWAf9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1VBvhcF8l2mtq&#10;LdNndDTOZH06ymGGP8dfjkLEXZZFwVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnwS7Nc/UWyX/9A&#10;smD/PLBh/zmwYf84sGH/OLBh/ziwYf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C/34nA/mAMAXw&#10;gTkK54BDEeB8UBrWd1skz3JmLsltbzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2xXapPrly0Uaxc&#10;wVKqXNRSqF3rUKhg+kmoY/9EqGT/QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9VGQH/YRQB/2wS&#10;Af92FwH/fRwB/4MjAvSGLATqiDUH4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8QbNphEavZ4xJ&#10;rGWUTKljnE+mYqVRpGGvU6JgvFWgYM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89nWn/PZ1p/z2d&#10;af89nWn/Pf9XFwH/YxIB/28RAf95FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjHglUjv31fLbl4&#10;aDWzdHA8r3F4QqtugEanbIhKpGmQTqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo9FCWa/9Kl2z/&#10;RZZt/0GWbf9Alm3/QJZt/0CWbf9Alm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owbAeqRIgHflCsD&#10;05E6C8mMRxfAh1MiuYJcLLJ9ZTWteW08qHV1QqNzfUegcIRLnG6MTplslVKVa55UkmmoV5BptFmO&#10;aMNZjGjcWo1s8lOPbv9MkHD/R49x/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/aA8A/3UPAP+A&#10;EQD/iRMA8pAXAOWWHADZmSYCzZU4CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13ekaZdYFLlXOJ&#10;T5JxkVKOb5tVi26lWIhtsFqGbL9bhG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/Q4h0/0OIdP9D&#10;iHT/Q/9dEgH/aw4A/3gOAP+DDwD9jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08gropYK6eGYTOh&#10;gmg7nH9wQZd8d0aTeX5Lj3eGT4t1j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaBdvtPg3j/SoN4&#10;/0WCeP9Egnj/RIJ4/0SCeP9Egnj/RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANufDgDOnyIBxJ00&#10;CLqYQhSyk00fqo9WKqOKXzKchmY6l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfnegWXt2q1t5dbpc&#10;d3bNXHh36lh7evpRfXz/S318/0Z9fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA/30LAPWICgDf&#10;kwgA2JsKANOiDADJox8Bv6AyB7acQBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWIg3pKhICBToB/&#10;ilJ8fZNVeHydWHV7qVtyerhccXrKXHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA/0Z3gP9Gd4D/&#10;Rv9kDwD/cgkA/38IAOWMBQDYlgcA0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhTJ5mUWzCTkGI4&#10;jY1pPoiKcESDiHhJfoZ/TXqEiFF2gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dScYT/TXKE/0hy&#10;hP9HcoT/R3KE/0dyhP9HcoT/R/9mDQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/qRoAtagtBayk&#10;PBCkoEcbnJ1RJZSZWS+OlmA2iJNnPYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mGpVlmhrNbZYbF&#10;W2WG41loiPZSa4r/TWyK/0hsif9HbIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcAANaSAwDNnAUA&#10;xqQGAMGrBgC5rRcAsKwrBKepOg6fpkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNGc5N7S26Rg09q&#10;j41SZo6XVWONo1hgjbFZX43DWl6N4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dmj/9HZo//R/9s&#10;CAD+fAAA3ooAANCWAgDInwQAwKcEALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYmlVSqCo1wyfKBj&#10;OXeeaj5ynHFEbZp5SGiZgUxkl4tQYJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/TF+X/0dglv9G&#10;YJb/RmCW/0Zglv9GYJb/Rv9wAwDrgQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEAo7ckApu1NAqT&#10;skAUiq9KHoOtUyd8q1oudqhhNXCnaDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFUn65TU5/AU1Kf&#10;3VJVn/NOV6D/Slmg/0ZZn/9FWZ//RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSfAQC6pwEAsa4A&#10;AKm2AAChvQ0Am70gAZS8MQeLuj0Qg7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11P1ysfkNYq4dH&#10;VaqTSlGqn0xPqq5NTarATU2q3E1OqvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9CUqn/QvJ8AADX&#10;jAAAyJkAAL2jAACyqwAAqbIAAKC7AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1uvVYkaLxdKmO7&#10;ZDBfumw0Wrl0OVa4fDxTt4c/T7eSQky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1/z5LtP89S7T/&#10;PUu0/z1LtP89S7T/PeKDAADNkgAAwZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0UAIHNJgJ6zDUI&#10;c8tBD2zKShdmyVMdYchbI1zHYihYxmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48RMXBPEPF3zxE&#10;xPM7RMP/OUXC/zdFwf83RcH/N0XB/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACgtAAAlr4AAIvH&#10;BACB0AgAeNkOAHXZIAFv2C8Eadg8CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvTeylI04UrRdOS&#10;LkLUny9B1K8wP9XCMT/V4TA/0/IwP9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/LsqUAAC7oQAA&#10;rakAAKKxAACWuwAAi8QAAIDNAwB12AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsPUeRUEk3kXRZK&#10;5GUYR+RuG0Xkdx1C5IIfQOSOIT7lmyM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ54v8kOeL/JDni&#10;/yQ54v8kOeL/JL+eAACvpgAAo64AAJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/wIAFZ8CsDVPA1&#10;BU/wPgdL8UYKR/FODETxVw5C8V8QP/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/SxGTL1xRox9eIa&#10;MfTxGTHx/hkx8f8ZMfH/GTHx/xkx8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAAcdUAAGXeAABe&#10;9QoAWfwTAFP8HgFO/CcCSv0wA0X9OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx/3ANLv98Diz/&#10;iQ8r/5YQKf+kECj/tBEn/8cRJ//hESb/8hEm//YRJv/2ESb/9hEm//YRJv/2EaepAACZswAAi74A&#10;AH7JAABw0wAAZN4AAFjnAABS/wkATf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/BDD/RgUt/00F&#10;K/9UBij/Wwcm/2MHI/9tCCH/eQkf/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98LGv/fCxr/3wsa&#10;/98LGv/fC5uxAACNvAAAfscAAHDSAABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3/xsBM/8jAS//&#10;KQIr/zACKP81AiX/OwMi/0EDH/9HAx3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/kAYQ/50GD/+p&#10;Bg7/tQYO/7oGDv+6Bg7/ugYO/7oGDv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusAAD/+AAA5/wAA&#10;NP8JAC//DgAr/xQAJ/8aASP/IQEf/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YCDv9OAgz/VgIJ&#10;/2ADB/9sAwT/eAMD/4YDAv+RAwH/nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/OS4C/z4uA/9A&#10;MgP/QDgE/z5BBv88TAj/OloK/zhoDP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8ysBL/MrcS/zK/&#10;Ev8yyBP/MtMT/zLjE/8y7RP/MvYS/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/EP8z/xD/M/8Q&#10;/zP/EP82LQL/OywC/0AsA/9DLwP/QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ/zeMEf83lhL/&#10;Np8T/zanE/82rhT/NrUU/za8FP81xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/Nv8U/jf/E/42&#10;/xP9Nv8S/Tb/Ev02/xL9Nv8S/Tb/Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9FSAj/Q1UL/0Fi&#10;Df8/cBD/PX0R/zyJE/87kxT/O5wV/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/zndGP856Rj/OfMY&#10;/zr7GPw6/xf6Ov8X+Tr/Fvg6/xb4Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC/0YnAv9KKQP/&#10;Sy8E/0w5Bv9LRQj/SFEL/0ZeDv9EbBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/Pq4a/z62Gv8+&#10;vhv/Psgb/z3WHP495hz7PvEc+D76HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE//xjxP/8Y8T//&#10;GP89KAL/RSQC/0ojAv9OJQP/USwE/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eAF/9Gixn/RZQb&#10;/0ScHP9DpB3+Q6se/UKyH/xCuiD6QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f6kP/HelE/xzo&#10;RP8b6ET/G+hE/xvoRP8b6ET/G/9AJQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/VkkM/1JVEP9R&#10;YxT/T28X/k17GvtLhh35So8f90mYIfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF3inoRewp5Ub4&#10;KOJH/ybhSP8k30n/It5J/yDdSf8f3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1McAv9ZHgL/XSYD&#10;/18wBP9fOgf/XUUL/1pQEP1YXhX4VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir50qpLOVJsS7k&#10;SLsv4kjHMeBI2THcSOox2En2LtRL/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPOTv8jzk7/I/9H&#10;HwH/UBoB/1cYAf9eHAH/YyMC/2YsBP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdWeyXkVIQp4VGN&#10;Ld5QlTDcT50y2U6lM9ZNrTXTTbc20UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/K8NT/ynCU/8n&#10;wlP/J8JT/yfCU/8nwlP/J/9KHAH/VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J8mlHDutmVBXl&#10;Y2Ac4F9rIttcdSjWWX8t0leIMM9VkDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/UN89vFHwO7pT&#10;/De5Vf8zuFf/L7dY/y23WP8rt1j/K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9oFwH/bh0B/3Il&#10;AvtzLgPyczgH6XFDDeJuUBTbaVwc02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vViaO7tWoj64Vas/&#10;tlW1QbRUwkKyVNRCsFXqQa5X+TyuWf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8urV3/Lv9QFwH/&#10;WhIB/2QQAP9tFAD/cxoB/3chAfR5KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/ZXUwu2J9Nbhg&#10;hTi1Xo08slyVPq9bnUGtWqZDq1mvRKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng/zOjYf8xo2H/&#10;MaNh/zGjYf8xo2H/Mf9TFQH/XRAA/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87CM96SRLHdVQb&#10;wXFfJLttaCu2anAxsmd5Nq9lgDqrY4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJmlzfSZpf8kSa&#10;Yv8+mmP/OZtl/zabZf8zm2X/M5tl/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/exIA9YEXAOiE&#10;HgDehycB0YQ3B8h/RhHAe1EbuXZbI7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1klESaY51Hl2Kn&#10;SZVhskuTYcFMkWHYTJFj70eSZf1Bkmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/Nf9XEQH/Yw0A&#10;/24MAP93DgD/fw8A8IURAOOJFgDWiyMBy4g1BsKEQxC6gE8as3tZI613YiqodGoxo3FxNp9ueTuc&#10;bIE/mGqIQpVpkUWSZ5pIj2ajSo1lr0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqMbv83jG7/N4xu&#10;/zeMbv83jG7/N/9ZEAD/ZQsA/3ELAP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2JQQ+1hE0ZroBW&#10;Iqd8XyqieGcwnXVvNplzdjqVcX0/km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnMT4Fq6EyDbflF&#10;hG//P4Vw/zuGcf84hnH/OIZx/ziGcf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA2YwJANWRCwDK&#10;kh4AwZAwBbiNPw6wiEoYqYRUIaKAXSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aFcJRJgm+eTH9u&#10;qU58bbdPe23JUHpu5k18cfhGfnP/QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9dDgD/agYA/3YG&#10;AOSAAwDZiQYA0o8IAM+UCgDFlhsAvJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35qNY58cTmKeng9&#10;hniAQoN2iEV/dZFJfHObTHlyp052crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86e3n/Ont5/zp7&#10;ef86e3n/Ov9fDAD/bAQA9XkCAN6DAgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwynkUcWn41QH5mJ&#10;WSeThmEujoNoNImBbzmFf3Y9gX1+QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG134E9wefVIcnv/&#10;Q3R8/z51ff87dX3/O3V9/zt1ff87dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUGAMOaBgC7nBYA&#10;s5wqA6qZOQuilUUUm5FOHZSOVyaOi18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41IcH2XS218o05q&#10;fLBPaHzBUGd83VBqfvNJbYD/Q26B/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/cgAA4X8AANOJ&#10;AQDKkgMAw5gEAL2eBAC2oBMArqAnAqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+Mazd6inI7doh5&#10;QHKGgkRuhYtHaoOVSmeCoU1kgq5PYoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/PGqG/zxqhv88&#10;aob/PP9nBAD2dgAA3IIAAM6NAADFlQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0ARkZxKGoqZUyKE&#10;l1spfpViMHmSaTV1kHA6cI93PmyNf0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1eivBIYIv+Q2KL&#10;/z9jjP88Y4z/PGOM/zxjjP88Y4z/PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALClAACoqQ4Aoqkh&#10;AZqoMQaTpT4Pi6NIGISgUSB+nlkneJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KRRluSnUlZkatK&#10;V5G7S1aR00tXku9HWpL9QlyT/z5dk/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAAzosAAMSVAAC6&#10;nQAAsaMAAKmpAAChrgsAm68dAZSuLgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9poWs0ZJ9zOGCe&#10;ezxcnYU/WZyPQlWbnEVTm6pHUZu6R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab/zpWm/86Vpv/&#10;OvF0AADZgwAAyJAAAL6aAACzoQAAqqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJCEXewTBhxrlQf&#10;bK1bJWerYipiqmkvXqlxM1qoejdWp4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/TaX8PE6k/zlP&#10;pP83T6T/N0+k/zdPpP83T6T/N+R6AADPiQAAwpUAALafAACspQAAoqwAAJizAACOuwIAiL0SAIO9&#10;JQF8vDMGdrs/DW+6SRRquFEaZbdZH2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqymjhIsag6RrK5&#10;OkWy0TpGse05R7D8Nkew/zRIr/8zSK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wAAK6jAACkqgAA&#10;mbEAAI+5AACEwAMAe8YNAHjGHgBzxi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYhUcFuJE7AdyhL&#10;wIErSL+MLUW/mi9Dv6gxQb+6MUHA0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1BvP8tQbz/Lc6K&#10;AAC/mAAAsaAAAKaoAACbsAAAkLgAAIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7QQAhZ0EoMVc9T&#10;EFHPWxROz2MYS85rG0jOdR5Fzn8gQs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7JTvL/yU7yv8l&#10;O8r/JTvK/yU7yv8lO8r/JcOTAAC1ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQAZNYJAF7eEQBb&#10;3iAAV94tAlPfOgRQ30QGTN9OCUnfVwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk44KUaN+C3Gjbh&#10;zRo23+waNd75GjTd/xs03P8bNNz/GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1AACFvgAAeccA&#10;AG3PAABi1gMAWOEIAFXqEwBR6yAATesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1gCjjtagw27nQN&#10;M+6ADjLujg8w750QLu+tES3wwBEt8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8QLOv/EK2iAACg&#10;qQAAk7MAAIa9AAB5xgAAbM8AAGDYAABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7+TgCOPlAAzX6&#10;RwQz+k8FMPtXBS77XwYr/GkHKfx0CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH98gog/PwKIPz8&#10;CiD8/Aog/PwKIPz8CqKnAACVsQAAh7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8IAD//EAA7/xkA&#10;N/8hADT/KQEw/zABLf83Air/PgIn/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AFF/+PBRb/nwYV&#10;/68GFP/ABhT/1gYT/+kGE//pBhP/6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe2gAAUOAAAETm&#10;AAA89QAAN/8EADP/DQAv/xMAK/8aACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/RgIU/00CEf9W&#10;AhD/YAIO/2wCDP97Awv/iwMK/5oDCv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/CA4q4AAB7wwAA&#10;bM4AAF7bAABP4gAAQucAADbsAAAx/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0AFf8hABL/JgAQ&#10;/ywBDv8xAQ3/NwEK/z4BCP9GAQX/TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA/6YCAP+mAgD/&#10;pgIA/6YCAP+mAv8uLwL/MywC/zctAv84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8qdAn/KYEK/yiN&#10;C/8olwv/KJ8L/yimDP8nrQz/J7QM/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7C/8o/wr/Kf8K&#10;/yn/Cv8p/wr/KP8K/yj/Cv8o/wr/KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD/zg8BP82SQb/&#10;M1YH/zFjCf8vcQr/LX4L/y2KDP8slAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/LMsN/yzaDf8s&#10;5w3/LPEN/yz6Df8s/wz+Lf8M/S3/DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8yKwH/OSgC/z0o&#10;Av8/KgL/PjAD/z06BP88Rgb/OVMI/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGhD/8xqA//MK4P&#10;/zC1D/8wvRD/MMcQ/zDUEP8w5BD/Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O9jH/DvYx/w72&#10;Mf8O9jH/Dv81KAH/PCUB/0AkAv9DJwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/OXYN/ziCD/83&#10;jBD/N5UR/zadEf82pBL/NqsS/zayE/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2/xPxNv8S8Db/&#10;EvA3/xHvN/8R7zf/EO83/xDvN/8Q7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0BP9JPwX/RksI&#10;/0RYCv9CZQ3/QHEP/z59Ef89hxL/PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X9jvKGPQ73Bjw&#10;O+oY7Tv2GOo7/xfoPP8X5zz/FuY9/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/RB4B/0kcAf9N&#10;HgH/UCYC/1EwA/9QOwX/TkYI/0tTC/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNBnBnxQaMb70Cq&#10;G+5AshztP7sd6z/GHuk/1R7lP+gf4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/F9hC/xfYQv8X&#10;2EL/F/9AHwH/SBoB/04YAf9SGwH/ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS8UxyFu5KfRjr&#10;SIYb6UePHedGlx/lRZ4g40SmIuFEriPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLNRv8gzEf/HspH&#10;/xzJSP8byUj/G8lI/xvJSP8byUj/G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9eMgP9XT0G9lpJ&#10;CvBXVQ/qVWIT5lJtGOJQdxzfToEf3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8K8tIySzISN8s&#10;xUjvK8JK/CjAS/8lv0z/Ir5N/yC9Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB/1YRAP9eFQD/&#10;YhwB/2UkAf5lLQL0ZDgF7WFDCeZfUQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjHT5QqxU6bLMNO&#10;oy7BTawvv0y2ML1MwjG7TNMyuEzpMbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS/yKyUv8islL/&#10;Iv9KFQH/UxEA/1sPAP9iEgD/aBcA/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9jG8hcbSDEWnYk&#10;wVh+KL5Whiu7VY4uuVOWMLZSnjK0UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8uqFb/K6hX/yio&#10;V/8lqFf/JahX/yWoV/8lqFf/Jf9NEwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHkcSwC23A6BdFs&#10;SAzJaFQUw2VfG75iaCG6X3Emtl15KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVVtjqjVcU7oVXd&#10;O59W8DefWP4yn1r/Lp5b/yueXP8onlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MMAP9rDQD/cBAA&#10;9XQTAOh2GgDddyUB0XY2BMhyRAzBblAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4QypF2MNKJclDef&#10;W505nVqmO5pZsT2YWb8+l1nTPpVa7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqWYP8qlmD/Kv9S&#10;DwD/XAoA/2YJAP9uCgD2dAwA73gOAOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65sYSGpamknpmdx&#10;K6JleC+fZIAznGKINplhkDiWX5k7lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/M45k/zCOZP8s&#10;jmX/LI5l/yyOZf8sjmX/LP9VDgD/XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0AxH8wA7t8Pwq0&#10;eEsSrXVVGqhxXiGjbmYmn2xuK5tqdS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCHYbdChWHJQoRi&#10;5EGFZPc7hmb/NYdn/zGHaP8uh2n/LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1AQDbewUA04AI&#10;ANCDCgDHhRoAvoQtA7aBPAmvfUgSqHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuBNotpiTqIaJI8&#10;hWecP4Jmp0GAZrRDfmbFRHxm4UN+aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8vgWz/L/9ZCwD/&#10;YwEA9G8AAN94AADUfwQAzoMGAMqHCADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Yd2Elk3VoKo9z&#10;by+LcXcziG9+NoVuhjqCbI89f2uZQHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv/zR7cP8wfHD/&#10;MHxw/zB8cP8wfHD/MP9bCAD/ZgAA53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIsoAqyJOAelhUQQ&#10;noJOGJh/Vx6TfF8kjnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9EcW7ARXBu2UVy&#10;cPE/c3L/OXVz/zV2dP8xdnT/MXZ0/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADLhQIAxIoEAL+N&#10;BQC3jxMAsI8mAaiNNQegikIOmoZMFpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3gjl2dos8c3WV&#10;QHB0oEJtc61Ea3O9RWpz1UVsdO9Abnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/Mf9fAgD3bAAA&#10;3ncAANCBAADHiAEAwI0DALmRAwCykxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsihINiKICBaS18&#10;f3AxeH53NXR8gDhxe4k8bnqTP2t5nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZrfP8ya3z/Mmt8&#10;/zJrfP8ya3z/Mv9hAADqbwAA2XoAAMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6WMQWXkz4MkJBI&#10;FIqOURuEi1khf4lgJ3uHZyt3hW4wc4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65RF9+z0Rgf+xA&#10;YoD8OmSA/zZlgf8zZoH/MmaB/zJmgf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAAtpUAAK6ZAACm&#10;mwwAoJweAJmbLgSSmTsKi5ZGEoWUTxl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZmiIQ5YoaPPV+F&#10;mj9chahBWoW3QlmFzEJaheo/XIb7Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1oAADgdgAAzYIA&#10;AMKMAAC5kwAAsJkAAKidAACfoAkAmaEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdcInCVYydrk2os&#10;Z5JxMGSReTNgj4I3XI6NOlmNmT1XjaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8yWY7/MVmO/zFZ&#10;jv8xWY7/Me1tAADZewAAyIcAAL2QAAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKFpjUGf6RADXmi&#10;ShRzoFIabp9ZH2mdYCRlnGcoYZtvLF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6WyTxOlug6T5b5&#10;NlGW/zNSlv8wUpb/MFKW/zBSlv8wUpb/MOZyAADQgAAAwowAALiWAACtnAAAo6EAAJmmAACOrQAA&#10;iK4RAIOuIgF9rTEEd6w9CnKqRxBsqU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38uUaKJMU6hljRL&#10;oaQ2SaG0NkihyDdIoOc1SaD5Mkqf/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJhgAAvJIAALGa&#10;AACmoAAAnKYAAJGsAACGsgAAfbYNAHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyxWxpYsGMeVa9r&#10;IVGvcyVOrn0oS62IKkitlS1FraMuRK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/KUSq/ylEqv8p&#10;RKr/KdGAAADBjQAAtZgAAKmfAACepQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYBZr8zA2G+Pwdd&#10;vkgLWb1RD1W9WRNRvGAXTrxoGku7cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9uugmPbj5JT23&#10;/yQ9tv8jPbb/Iz22/yM9tv8jPbb/I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5AABzvwEAaMYF&#10;AGDKDgBeyh0AW8osAVfKOANUykMFUMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iFGDzIkxo6yKIb&#10;OcmzHDjJyRw4yOgcN8f5HDfF/xw2xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAApKMAAJiqAACM&#10;sgAAgLkAAHTAAABoxwAAXc0FAFPTCgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB2VgGP9lhCDzZ&#10;awo62XYMN9mCDjXakA802qAQMtqxETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U/xMv1P8TL9T/&#10;E7OaAACmoQAAmqkAAI2xAACAugAAdMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+UeAEHmKgA+5jUB&#10;O+c+ATnnRwI351ADNOhZBDLoYgUw6G0GLul5Byzphwgr6pYJKeqnCijqugon69YKJ+nwCifn/Qkm&#10;5v8KJub/Cibm/wom5v8KJub/CqigAACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP1wAARd0AAD7u&#10;CQA88hEAOfMbADbzJQA09C4AMfQ3AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4egQf+IkEHvma&#10;BRz5qwUb+sAFGvreBRr58gUa9/0FGfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kAAHXCAABnywAA&#10;WtMAAE3aAABC3wAAOOUAADX7BwAx/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsBHv9DARv/SwEZ&#10;/1MBFv9dAhT/agIS/3gCEf+IAhD/mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO//ADDv/wA5Ou&#10;AACEuAAAdsIAAGfMAABa1QAATNwAAD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/FwAd/x0AGf8j&#10;ABb/KQAU/y8AEv81ABD/PQAO/0UBDP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+mAQD/tQEA/8YB&#10;AP/KAQD/ygEA/8oBAP/KAYa3AAB3wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAAI/8AAB//AAAb&#10;/wUAF/8MABT/EAAR/xQAD/8YAA3/HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA/1IAAP9eAAD/&#10;bQAA/34BAP+OAQD/mwEA/6kBAP+rAQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8wLgL/LjUC/yk9&#10;A/8lSQT/I1cE/yFkBf8fcgb/HX8G/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4Bv8cvwb/HMkG&#10;/xzWBv8d5Qb/He8G/x35Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8sKwH/&#10;MCgB/zMoAf8zKwL/MTEC/y06A/8rRwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/IZkH/yGhCP8h&#10;pwj/Ia4I/yG1CP8hvAj/IcYH/yHRB/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi/wb8Iv8G+yL/&#10;Bvsi/wb7Iv8G+yL/Bv8uKAH/MyUB/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxeBv8qawf/KXcH&#10;/yiDCP8njQj/J5YJ/yedCf8npAn/J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ/Cf2CPko/gj3&#10;KP8I9ij/CPUo/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/OykC/zs0Av85&#10;QAT/Nk0F/zRaBv8xZgf/MHMI/y5/Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8ttQz/Lb4M/i3J&#10;DPst2Qz4LegL9C70C/Eu/gvvLv8L7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/Cv81IgH/Ox4B&#10;/z8dAf9AHwH/QiYB/0IxAv9APAP/PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N/DSVDfo0nA75&#10;M6MO9zOqD/Yzsg/1M7oP8zPFD/Iz0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7iNf8N4TX/DeE1&#10;/w3hNf8N4TX/Df85HgH/PxoB/0MYAf9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9AXQn7PmkL+D10&#10;DfU8fw7zO4gP8TuQEO86mBHtOp8S7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnxFds6/BTYOv8T&#10;1Tv/EtM7/xLSO/8R0jv/ENI7/xDSO/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B/1AoAf9PMwL/&#10;TT8E+0pKBvVHVwnxRmQM7URvDulDeRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnbPrMa2D69GtY+&#10;yhvSPt8bzj7vG8s/+xrJQP8Yx0D/F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9BFwD/RxIA/0wQ&#10;AP9SFAD/VhsA/1ckAf9WLgL4VDkD8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaGGNJFjhrQRZYc&#10;zkSdHcxEpR7KQ60fyEO2IMZDwyHFQ9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8YuEf/F7hH/xe4&#10;R/8XuEf/F/9EFAD/SxAA/1EOAP9XEQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQjaVFkN01JkEs5Q&#10;bhbKTncZx0yAHMVLiB7CSpAgwEqXIb5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ8yWwSv8irkv/&#10;H65M/x2tTP8brU3/Gq1N/xqtTf8arU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIYAPBjIQDmYiwB&#10;3mA6A9ReSAfNW1QNx1hfE8NWaRe/VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIork2rKqxMtiuq&#10;TMQsqEzbLKZN7yqkT/0mpFD/I6NR/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/UgoA/1oJAP9g&#10;CwD/ZQ4A9WcRAOhoGADdZyQA0mY1AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5XfSOsVYQlqVSM&#10;KKdTlCqlUp0so1KmLaFRsS+fUb4wnVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/H5lX/x+ZV/8f&#10;mVf/H/9NDQD/VQYA/10FAPtkBwDvaQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wNtWRXE7BhYBms&#10;X2kdqF1xIaVceCSiWoAnoFmHKp1YkCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TORV/ctkVn/KZFa&#10;/yWRW/8jkVv/IZFb/yGRW/8hkVv/If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVwCwDLchsAwnEu&#10;ArpvPQa0bEkNrmlUE6lnXRmkZGUdoWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFueMo1aqDSLWbU1&#10;ilnGNohZ4TaIXPQwiF3/K4le/yiJX/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA9WQAAOBsAADX&#10;cQMA0HQGAM11CQDEdhcAvHYqAbR0OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWTZHgokGKAK41h&#10;iC6LYJExiF+aM4ZepTWDXrI3gl7CN4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk/yWCZP8lgmT/&#10;Jf9TBgD/XQAA52cAANtvAADQdAIAyngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNOEpxwVxiYbV8d&#10;lGtnIZBqbiWNaHUoimd9K4dlhS6EZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80emX+L3tm/yt8&#10;Z/8ofGf/Jnxn/yZ8Z/8mfGf/Jv9VAwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5fhIAsX4lAap9&#10;NQSjekEKnXdMEZd0VReScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhnoDZ2Zqw4dGa8&#10;OXNm0TpzZ+02dGn9MHVq/yx2a/8pd2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320AANF1AADIewAA&#10;wX8CALuAAwC0gRAArIIjAaWBMgSefj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54&#10;bYgxdWySNHNrnjdwaqo5bmq5Om1qzjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhxb/8ocW//KP9Z&#10;AADrZQAA23AAAM14AADEfgAAvIIBALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459URWJe1kahHlg&#10;H4B3ZyN8dW4neXR1KnZzfS5zcoYxcHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6Mmty/y1sc/8q&#10;bHP/KGxz/yhsc/8obHP/KP9cAADnaAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0AooodAJyJLgKV&#10;hzsHj4VFDomCTxSEgFcZf35eHnt8ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZldKY4Y3S1OWF0&#10;yTphdOc4Y3b5MmV2/y5md/8rZ3f/KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/AAC8hQAAtIoA&#10;AKyMAACjjgoAnY4aAJeOKwKQjDgGiopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39xKWx+eSxofYIv&#10;ZXyMMmJ7mDVfeqQ3XXqzOFx6xzlceuU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8pYXz/KfViAADe&#10;bwAAzHoAAMCDAAC3iQAAr44AAKaRAACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6jFIWdYpaG3GI&#10;YR9th2gjaoZvJ2aEdytjg4AuYIKKMV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB/y1bgv8qW4L/&#10;KVuC/ylbgv8pW4L/KexmAADYcwAAx34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkTAIqZJAGFmDIE&#10;f5Y+CXmUSA50k1AUb5FXGWuQXh1ojmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEzUoiwNFGIwzVQ&#10;iOI0Uoj2MFOI/yxUiP8pVYj/KFWI/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACtkgAAo5YAAJqa&#10;AACOngAAh58QAIOfIAB+ny8CeJ07B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuVciVXlHwoVJOG&#10;K1GSki5OkqAwTJKvMUuSwjFKkeAxTJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/Jt5wAADJfQAA&#10;vIkAALKSAACnlwAAnZsAAJOfAACGpAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oNY6JSEl+hWRZb&#10;oWEZWKBoHVSfcCBRnnojTp2EJkudkSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydHmv8lR5r/JEea&#10;/yRHmv8kR5r/JNR3AADChAAAto8AAKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+vFABsryQAaK8y&#10;AmSuPQVfrUYJW6xPDVisVhFUq14UUapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQaitJUCowCU/qN8l&#10;P6b0I0Cl/yJApf8hQKT/IECk/yBApP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAAjqYAAIKsAAB3&#10;sQAAarYAAGO4DgBhuB0AXrgsAVq4OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNEtXUWQrWBGD+1&#10;jho9tZwcO7WsHDq1wB05td8cObP0HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GGAAC0kwAAp5oA&#10;AJygAACRpwAAha0AAHmzAABtuAAAYr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRFA0fETgVFxFcH&#10;QsNfCUDDaAs9w3INO8N+DzjDjBE2w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8UMb7/FDG+/xQx&#10;vv8UMb7/FLiQAACrmQAAn6AAAJOnAACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBEzwwAQ9AXAELQ&#10;JQBA0DIAP9E9AT3RRwE70VACOdJZAzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzTvgos098JK9Hz&#10;CirP/gspzv8MKc3/DSnN/w0pzf8NKc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70AAGPDAABXyAAA&#10;TM0AAELSAwA52QkANd8QADTfGwAy4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UCKONxAibkfwMl&#10;5I8DI+WhBCLltAQh5c0EIOTsBCDi+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACYpQAAi64AAH22&#10;AABwvgAAY8YAAFbLAABL0AAAQNUAADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXvNAAj8DwAIfBF&#10;AB/xTgAd8lgBG/JkARnzcQEY84EBF/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/AhLw/wIS8P8C&#10;EvD/ApqkAACNrQAAf7YAAHG/AABjxwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUAJPsNACH8EwAe&#10;/RsAHP0iABn+KQAX/jEAFf85ABP/QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ/6YBCP+6AQf/&#10;1AEH/+sBBv/2AQb/9gEG//YBBv/2AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvdAAAw4gAAJuYA&#10;AB/wAAAc/wAAGf8JABb/DgAU/xMAEf8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9EAAD/TwAA/1wA&#10;AP9rAAD/fQAA/5AAAP+jAAD/tAAA/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAAZMkAAFbTAABH&#10;2wAAOuAAAC7lAAAj6QAAGu0AABX9AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB/xgAAP8eAAD/&#10;JAAA/ysAAP8zAAD/PQAA/0kAAP9WAAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/sQAA/7EAAP+x&#10;AP8lKwH/KCkB/ykpAf8oLAH/IzIB/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKHA/8SkQP/EpkD&#10;/xKgA/8SpwP/Eq0D/xG0A/8RuwP/EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C/xL/Av8S/wL/&#10;Ev8C/xL/Av8S/wL/Ev8C/xL/Av8oKQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/HVID/xtfA/8Y&#10;bAP/F3kE/xeEBP8XjgT/F5YE/xadBP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W2wP/FugD/xf0&#10;A/8X/QP8F/8C+xf/A/sX/wP6F/8D+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8iAf8vJQH/LCsB&#10;/yo1Av8nQQL/JE4D/yJbA/8gaAT/HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF/x2tBf8dtAT/&#10;Hb0E/x3HBP8d1AT+HeYE+x3yBPce+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTyHv8E8h7/BP8u&#10;IgH/Mh8B/zQeAf8zIAH/MiYB/zIyAf8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8khQX/JI4G/ySW&#10;Bv8knQb/JKMG/ySqBv0ksQb8JLkG+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/Buol/wbpJf8G&#10;6SX/Bukl/wbpJf8G6SX/Bv8yHgH/NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD/zJSBP8wXwT/&#10;LmsF/y12Bv0sgAf6LIkH+SuRB/crmQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjrK98I5yzuCOQs&#10;+gjiLP8J4Cz/Cd4s/wjeLP8I3Sz/CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/FwD/QR8A/0Ep&#10;Af9ANAH/PUEC/zpNA/w4WgX4NmUG9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKiC+YyqgvkMrIM&#10;4zK7DOEyyAzfMtwM2jLsDdUz+A3SM/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8LzDT/C/85FgD/&#10;PhIA/0EQAP9FEwD/SBsA/0gkAP9HLwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgniO38L4DqIDN05&#10;kA3bOZcO2TieD9Y4phDUOK4R0ji3EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6/w/AOv8Ovzr/&#10;Dr86/w6/Ov8Ovzr/Dv89EwD/Qg8A/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhBAuZHTgTgRVsG&#10;20RmCdZCcAzSQXkOz0CCEM1AihHKP5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssYvT7iGLo+8he3&#10;P/8WtUD/FLRA/xOzQf8Rs0H/ELNB/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/UxEA/1QYAPNU&#10;IgDpUi0B4VA7AdpPSQPSTVUHzEtgC8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlEmhm3Q6IatUOr&#10;G7RDthyyQ8QdsEPZHq1D7R2rRfwaqUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/E/9EDgD/SggA&#10;/1AGAP9VCgD/WA0A91kRAOpYGADfVyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0Ttk12FrRMfRix&#10;S4Uar0qNG61JlR2rSZ0eqUimIKdIsCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmdTP8XnUz/Fp1M&#10;/xadTP8WnUz/Fv9HCwD/TQIA/1QCAPdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNcPwS9WkwIt1hX&#10;DLNWYBGvVGkUrFNxF6lReBqnUIAcpE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzIJpZM4iaVTvUi&#10;lE//H5RQ/xyUUf8alFH/GJRR/xiUUf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA1mMHANRhCgDK&#10;YhkAwmMsAbtiOwO0YEgIr11TDKpbXBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKWU5MklFKdJZJR&#10;pyeQUbMojlHDKY1R3SqMUvImi1T/IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9MBAD/UwAA7FwA&#10;AN9iAADUZgEAzmgFAMtnCADCZxYAumgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11oGJhccBuVWnce&#10;k1l/IZBYhyOOV48ljFeZJ4lWoymHVq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8ehFr/HIRa/xyE&#10;Wv8chFr/HP9OAQD/VwAA5V8AANhmAADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOnakIHoWdNDJxl&#10;VhGYY14VlGJlGJFgbBuOX3QejF57IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxazy57W+wrfFz8&#10;Jnxd/yJ9Xv8ffV7/HX1e/x19Xv8dfV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnABAL1wAwC2cBAA&#10;rnEiAKhwMgKhbj8GnGxKC5dqUxCSaFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkmfV+SKXtenSt4&#10;Xqktdl64LnVezC90XuktdWD6J3Zh/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADsXAAA3GYAAM5t&#10;AADEcgAAvXQAALd0AQCwdA4AqXUfAKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4VpZxuCaG4ef2Z1&#10;IX1lfSR6ZIYnd2OQKXVjmyxyYqcucGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/H3Fm/x9xZv8f&#10;cWb/H/9UAADoXwAA12kAAMpwAADAdQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoFknVFCoxyTg6I&#10;cFYThG9eF4BtZBp9bGsdemtzIHdqeyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBoZuQvamj3KWtp&#10;/yVsaf8ibGr/IGxq/yBsav8gbGr/IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18AAClfAoAn30a&#10;AJl8KgGTezgEjXlDCYh3TA6DdVQSf3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyLKWpslyxna6Mu&#10;ZWuyL2RrxDBia+EvZGz2KmZt/yZmbf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAAzm8AAMJ2AAC5&#10;fAAAsX8AAKmAAACggAcAmYEXAJSBKAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlzdmcccHRuH21z&#10;diNqcn8mZ3GJKWRxlSticKEtYHCwL15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy/yBicv8gYnL/&#10;IO9cAADcaQAAynIAAL56AAC1gAAArYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+B36BSAt5f1AQ&#10;dX5XFHF9Xhhue2Uba3psHmh5dCJleH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0uWXbzKlt2/yZc&#10;d/8jXHf/IFx3/yBcd/8gXHf/IOpgAADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACUigAAjYoRAIiL&#10;IQCDijACfok7BXmHRQp0hk4OcIRVEmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9kSlXfJ4rVXys&#10;LFN8vi1SfNotU3zyKVV8/yVWfP8iV3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoAALaDAACtiQAA&#10;o4wAAJmOAACNjwAAhpAOAIGRHQB9kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEXYIhoG12HcB5a&#10;hnkhVoWDJFSFjyZRhJwoT4SqKk2EvCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Qg/8fUIP/H95p&#10;AADJdQAAvIAAALKIAACojQAAnZEAAJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yWPwZolUgKZJRQ&#10;DWGTVxFdkl4VWpFmGFeQbhtUj3ceUY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zwJEiM/yJJi/8g&#10;Sov/HkqL/x5Ki/8eSov/HtVuAADDewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAAdZ4FAHCfEwBt&#10;nyMAaZ8wAWWeOwRhnkUHXZ1NClqcVA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5Fl5kgQ5eoIUKX&#10;uiJBl9MiQZbvIEKV/h5Clf8dQ5T/HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaSAACblwAAkZsA&#10;AIWfAAB5owAAaqcAAGWnDgBjqBwAYKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVgDkqlaRFHpHIU&#10;RKR9FkKjiRg/o5caPaOnGzyjuRw7o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8YPJ//GMR8AAC2&#10;iQAAqpIAAJ+XAACVnAAAiaEAAH2mAABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQsjsCTbJEA0ux&#10;TQVIsVUHRbFdCUOxZQtAsG8NPrB6DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt/hQ0rP8UNKv/&#10;FDSr/xQ0q/8UNKv/FLuFAACvkAAAo5cAAJidAACMowAAgKgAAHStAABosgAAXLYAAFC6AQBJvA0A&#10;SLwZAEa9JwBFvTMAQ709AUG9RwE/vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMKML2kCy+9twwu&#10;vtALLrzuDC26/g0suf8NLLj/Diy4/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACDqgAAdrAAAGq1&#10;AABeugAAUr4AAEfCAQA9xwYAOMkQADfJGwA2yicANcozADTLPQAzy0cAMctRATDLWwEuzGUCLMxx&#10;AirMfwMpzJAEJ8yhBCbNtAQlzc4EJcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/B6mWAACenQAA&#10;kqMAAIWrAAB4sgAAa7gAAF++AABSwgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkAJdolACTaMAAj&#10;2zsAI9tFACLcUAAh3VsAIN1oAB7edgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY2/8CF9r/Ahfa&#10;/wIX2v8CF9r/AqCcAACUowAAh6sAAHmzAABsugAAX8EAAFLGAABGygAAO84AADHTAAAp2QAAId4F&#10;AB7oDgAd6BUAG+keABnpJwAY6jAAFuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6KAA7vngAO8LMA&#10;DfDNAAzv7AAM7fwADOv/AAzr/wAM6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAAUsoAAEXOAAA5&#10;0wAAL9gAACXdAAAd4QAAGOwCABb3CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ+z8AB/tKAAT8&#10;VwAD/WYAAv53AAD9iwAA/Z8AAPy1AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIurAAB9tAAAbr0A&#10;AGDGAABSzQAARNIAADfYAAAs3QAAIuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8QAAf/FAAE/xoA&#10;Af8gAAD/JwAA/zAAAP86AAD/RQAA/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cAAP/lAAD/5QAA&#10;/+UAAP/lAH+0AABwvQAAYccAAFPQAABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM+gAACf8AAAb/&#10;AAAC/wQAAP8JAAD/DQAA/xAAAP8UAAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/XgAA/3IAAP+H&#10;AAD/mgAA/6oAAP+5AAD/uQAA/7kAAP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5Af8QRQH/DVMB&#10;/wxgAf8KbQL/CXkC/wmEAv8JjgH/CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B/wjIAf8I1gH/&#10;COYB/wjxAf8I+wD/CP8A/wj/AP8J/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/JSQA/yUkAP8j&#10;JwH/HSwB/xg1Af8VQgH/ElAB/xBdAv8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8OoAL/DqYB/w2t&#10;Af8NswH/DbsB/w3FAf8N0QH/DeMB/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/AfgO/wH4Dv8B&#10;+A7/Af8mIwD/KCAA/yggAP8mIgD/IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC/xN8Av8ThgL/&#10;E44C/xKWAv8SnQL/EqMC/xKpAv8SsAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHzE/8B8hP/AfET&#10;/wLwFP8C8BT/AvAU/wLwFP8C8BT/Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8lOwH/IkgB/x9U&#10;Av8dYQL/G20C/xp3Av8agQL/GooC/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9AvYayALzGtsC&#10;7xrqAuwb9wLpG/8C6Bv/A+cc/wPmHP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA/zEVAP8wFgD/&#10;MSAA/zAqAP8uNgH/K0MB/yhPAv8mXAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPyIpsD8CKiA+8i&#10;qQPtIrED7CK5A+oixQPoItUD5CPpA+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk/wTWJP8E1iT/&#10;BP8xFgD/NBIA/zYRAP83EwD/ORsA/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8CxtA+0rdwPqK4AE&#10;6CqIBOYqkATlKpcE4yqeBeEqpQXgKq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8Hyyz/B8ks/wfI&#10;LP8Hxyz/Bscs/wbHLP8Gxyz/Bv81EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5OzcB8jhEAew2&#10;UQLnNVwD4zRnA+AzcgTdM3sF2jKDBtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsxvArJMcoKxjLh&#10;C8Iy8Qu/M/4LvTP/Crsz/wq6M/8JujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJAP9EDQD/RhEA&#10;/0UZAPdEIwDuQS8A5j88AeA+SgHaPVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwLwziUDME4mw3A&#10;OKMNvjisDrw4tg+6OMMPuTjXELU47BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wutOv8LrTr/C/88&#10;DQD/QAYA/0UEAP9JCQD/Sw0A+UoRAO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJCZgi/Qm8KvEF3&#10;C7pAfw24P4YOtj+OELQ+lRGyPp0SsD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/EqNA/xCiQP8P&#10;okD/DqJB/w6iQf8OokH/Dv8/CQD/RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4AzU0wAMZNPwHA&#10;TEwEu0tXBrdJYQm0SGkMsUdxDq5GeRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxigQ7cZn0PHGZ1D&#10;4BqbRPMXmUX/FZhG/xOYRv8RmEb/EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVTAADdVQEA11UG&#10;ANVSCwDLUxkAw1QrALxUOwG2UkgEsVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qCFZ1KihebSZMY&#10;mUmcGpdIphuVSLIclEjBHZJI2B2QSe8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8Sjkz/Ev9FAAD/&#10;SwAA6VMAAN5YAADTWwAAzVsEAMpYBwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqhVGANnlNoEJtR&#10;bxOYUHYVllB+F5RPhhmSTo4aj06YHI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ/xiGUP8WhlD/&#10;FIZR/xSGUf8UhlH/FP9HAAD4TwAA5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18jAKxfMwGmXkAD&#10;oVxLB51aVAqZWVwOllhkEZNWaxOQVXIWjlR6GItUghqJU4och1KUHoVSnh+DUaohgVG4In9RyyJ+&#10;UuchflP5HX5U/xp+Vf8XflX/Fn5V/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADGZAAAv2UAALpj&#10;AgCzYg8ArGMgAKZjMAGgYj0Dm2FIBpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRYfhqCV4ccf1eQ&#10;H31WmyF7VqcieVa1I3dWxyR2VuQkdlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/Fv9MAADpVgAA&#10;2V8AAMtlAADBaAAAumkAALRoAACtZw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcNiWFeEIZfZROD&#10;XmwWgF1zGH5cexp7XIMdeVuNH3ZamCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxxXf8acV3/GHFd&#10;/xdxXf8XcV3/F/1PAADlWQAA02IAAMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJtsKgGVazcCkGlD&#10;BYtoTAmHZlQMg2VbEIBjYhN9YmkVemFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6wJWtewSZpXt4m&#10;al/0IWtg/x1rYf8bbGH/GWxh/xhsYf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAAsXEAAKpxAACi&#10;bwgAm28XAJZwJwCQbzUCi25ABYZsSQiCalIMfmlZD3toYBJ3ZmYUdWZuF3JldhpwZH4dbWOIH2tj&#10;kyJpYqAkZmKuJWVivyZkYtomZGPyImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBTAADdXwAAy2gA&#10;AL9vAAC2cwAArnUAAKZ1AACdcwUAlnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1XDnZsXhFza2QU&#10;cGpsF21qcxpraXwcaGiGH2ZnkSJjZ54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8cYmj/GmJo/xli&#10;aP8ZYmj/GexXAADZYgAAx2sAALxyAACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCGeC8BgXc7BHx1&#10;RQd4dE0KdHJVDnFxXBFucGMUa29qFmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpruyZZbNMmWmzv&#10;I1ts/x9cbf8cXW3/Gl1t/xldbf8ZXW3/GehaAADSZgAAw28AALh2AACvewAApn4AAJ1+AACRfAAA&#10;inwPAIV9HgCBfS0BfHw5A3d6QwZzeUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gbXnKCHltyjSBZ&#10;cZoiV3GoJFVxuSVUcdAlVHHuIlZx/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADNaQAAv3MAALR6&#10;AACrfwAAooIAAJiDAACLgQAAhIENAH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9Vw5kfF4RYXtm&#10;FF56bRdbenYZWXmAHFZ4ix9TeJghUXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/GVJ3/xlSd/8Z&#10;Unf/Gd5iAADIbgAAu3cAALB/AACnhAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYAcIgyAmyHPQRo&#10;hkYGZYVOCWGFVQxehFwPW4NjElmCaxVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJf8whSX7rH0p+&#10;/BxLfv8aS37/GUx+/xhMfv8YTH7/GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2NAAB8jQAAdY4E&#10;AG+PEgBtkCEAaZAuAWWPOQJijkIEXo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7F0qJhxlIiJUb&#10;RoijHUSItB1DiModQ4fqHESG+xpEhv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAAsYIAAKeKAACc&#10;jgAAkpAAAIaTAAB5lQAAbJcAAGaXDgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdSllYJT5VeDEyU&#10;Zg5KlG8QR5N5E0SThRVCkpMXQJKiGD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P/xU+j/8VPo//&#10;FcVzAAC3fwAArIkAAKGPAACWkwAAi5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6EiAFWhLwBSoTkB&#10;UKFDAk2gSwRKoFMFSKBaB0WfYwlDn2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgTN53oEjab+hI2&#10;mv8SNpn/ETeZ/xE3mf8RN5n/Eb57AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABrpAAAX6cAAFKq&#10;AABNqw4AS6saAEqrJwBIqzMARqs9AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeqgAk0qo8LMqqf&#10;DDGqsAwwqscMMKnnDC+n+g0vpv8NL6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQAAJSZAACHngAA&#10;e6MAAG+oAABjrAAAV68AAEuyAABBtQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cANrdQATS3WgEy&#10;t2QCMLdvAy63fAQst4sFKrecBSm3rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgmsv8IJrL/CK+N&#10;AACilAAAl5oAAIugAAB+pgAAcasAAGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3DEgAswx4AK8Mp&#10;ACrEMwApxD0AKMVHACfFUQAmxVwAJcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbkAR3E+AIcwv8D&#10;HMH/AxzB/wQcwf8EHMH/BKWUAACamgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAAQsAAADjDAAAv&#10;xwAAJssEAB7QCgAb0REAGtIaABnSJQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT1nwAEtePABHY&#10;pAAQ2bsAENneABDV8wAQ0/8AENL/ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWwAABotwAAW70A&#10;AE7BAABCxQAAN8gAAC3MAAAk0AAAHNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUtAAzlNwAL5kIA&#10;CuZPAAnnXQAI520ABuaAAAXmlQAE5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8AAOb/AJOhAACF&#10;qQAAd7EAAGm5AABbwAAATsYAAEHKAAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL8QgACfMOAAfz&#10;EwAE8hoAAvIiAADyKgAA8jQAAPI/AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADzxgAA9OUAAPT2&#10;AAD0+wAA9PsAAPT7AIepAAB5sgAAaroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0AABXhAAAP5AAA&#10;CugAAAXzAAAD/QEAAPwIAAD7DQAA+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkAAP5aAAD+bQAA&#10;/4IAAP+YAAD/rAAA/8AAAP/YAAD/5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA0gAAMtkAACbe&#10;AAAb4gAAEuYAAAzqAAAF7QAAAPQAAAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/EgAA/xgAAP8h&#10;AAD/KwAA/zcAAP9GAAD/WAAA/2sAAP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7AP8bJgD/HCQA&#10;/xokAP8VJwD/EC0A/wo2AP8FQwD/AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA/wCaAP8AoAD/&#10;AKYA/wCsAP8AsgD/ALkA/wDCAP8AzQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9AP8A/QD/AP0A&#10;/wD9AP8A/QD/AP8fIwD/HyEA/x4hAP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8EZwH/A3MB/wN9&#10;Af8DhwH/A48A/wKWAP8CnAD/AqIA/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDqAPwA9gD4AP8A&#10;9wL/APcD/wD2BP8A9gT/APYF/wD2Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA/xUvAP8SPAD/&#10;EEkA/w5WAf8MYgH/C24B/wt5Af8LggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/CrIA/wq7AP0K&#10;xgD7CtQA9wrnAPMK9ADwCv8A7wv/AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8lGwD/JhgA/yUX&#10;AP8hGAD/ICEA/x4rAP8aNwD/F0UA/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCOAfwQlQH6EJsB&#10;+RChAfcQqAH2EK8B9BC3APMQwgDxENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B4hL/AeES/wHh&#10;Ev8B4RL/Af8pFgD/KhMA/ykSAP8nEwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8GWQB+BluAfYY&#10;eAHzGIEB8RiJAe8YkAHuGJcB7BieAeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa8QHYGv4C1Bv/&#10;AtIb/wLRG/8C0Bv/AtAb/wLQG/8C0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4hAP8sLQD/KTkA&#10;+SZGAPQkUwHvIl4B6yJpAeghcwHmIXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB2CGxAtUhvALT&#10;IskC0CLfAswj8APII/0DxiT/A8Qk/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/MgsA/zMIAP82&#10;DQD/NhIA/zUaAP0yJQD0MDIA7S0/AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAqhgLOKo4DzCqV&#10;A8oqnAPJKqMExyqsBMUqtgTDKsMFwirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/BbQs/wW0LP8F&#10;tCz/Bf80DAD/NgUA/zkDAP88CAD/PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIBzTNdAckzZwLG&#10;M3ADxDJ4BMEygAS/MocFvjKPBrwylga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5QmtM/UJqzP/Caoz&#10;/wioM/8HqDP/B6cz/wenM/8HpzP/B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8EgDbOh8A0Dsx&#10;AMo8QADEPE0BwDxYArw7YQO5O2oFtjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzihC6k4qgyoOLYN&#10;pjjFDaQ43g6hOfENnzr/DJ46/wudOv8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA90QAAOZHAADf&#10;SAEA2kYGANlACwDNQhkAxUQrAL5EOwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmmQHsKpD+DC6M/&#10;ig2hPpMOnz6cD50+pRCbPrERmj6/EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB/wuSQf8LkkH/&#10;C/89AAD/QwAA6UkAAN5OAADTTwAAzU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pOA6dJVwWkSGAH&#10;oUdnCZ5GbwqcRnYMmkV9DphFhQ+WRI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgVikX6EolG/xCJ&#10;Rv8OiEb/DYhG/w2IRv8NiEb/Df9AAADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5TxEAslAiAKxR&#10;MgCnUT8ColBKA55PUwWbTlwImE1jCpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhInBWGSKgWhUi1&#10;F4NIxxiBSOQYgUr3FYBK/xKAS/8QgEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMAAM5YAADEWgAA&#10;vVoAALhXAQCxVA4AqlYeAKVWLgCfVjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0OiE90EIZPfBKE&#10;ToUTgk6OFYBNmRd+TaQYfE2yGXpNwxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94UP8PeFD/D/1G&#10;AADnTwAA1lcAAMhcAAC/XwAAt18AALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZTAWMWFUIiVdc&#10;CoZWYwyDVWoOgVRxEH9TeRJ9U4EUelKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLyGXFT/xVxVP8T&#10;clT/EXJU/xByVP8QclT/EPNIAADjUwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkAnV8XAJhfJwCT&#10;XzUBjl5AA4pdSgWGXFIHg1tZCoBaYAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhvVp8ablWsG2xV&#10;vRxrVtUda1bwGmtX/xdrWP8UbFj/EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBkAAC3ZwAArmgA&#10;AKdmAACfYgYAmGMUAJJkJACNYzIBiWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxrEHNccxJwW3sU&#10;bluFF2xakBlqWpwbaFmqHGZauh1lWtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8SZ1z/Eu1OAADa&#10;WQAAyGEAALxnAACzagAAq2wAAKJqAACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7ZE0GeGNUCXVi&#10;WwtyYWENcGFpD21gcBJrX3kUaV+DF2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf/RhhX/8VYV//&#10;E2Jf/xJiX/8SYl//EupRAADUXAAAxGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQAIdrHgCDaywA&#10;fms4AnpqQgN2aUoGc2hSCHBnWQptZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpgaXWKmHFtith1a&#10;YswdWmLqHFtj/BhcY/8WXGP/FF1j/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACscgAApHQAAJpz&#10;AACObwAAh28NAIJvGwB9cCkAeW81AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRpbBFhaXUTX2h/&#10;FlxoihhaZ5YaWGekHFZntB1VZ8odVWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/E+FYAADLYwAA&#10;vWsAALJyAACpdgAAoHgAAJZ3AACIcwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YEanJOB2dxVQlk&#10;cFwLYXBjDl9vahBcbnMSWm58FVdtiBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhRbP8VUmz/FFJs&#10;/xNSbP8TUmz/E9xcAADHZwAAuW8AAK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5FAByeiMAbnov&#10;AWt5OgJoeUMDZHhLBWF3Ughfd1kKXHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKhGUxysRpKcsYa&#10;SnLlGkty+RdMcv8VTHL/E01y/xJNcv8STXL/EtRgAADCawAAtXQAAKt7AACifwAAl4EAAIyBAAB6&#10;fgAAc38CAG5/EQBrgB4AaIAsAGWANwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1RfG4PT3t4EUx7&#10;gxRKepEWSHqfF0Z6rxhFesQYRHrkGEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1lAAC9cAAAsXkA&#10;AKeAAACchAAAkoYAAIaGAAB3hgAAa4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdFA1aHTQRThlQG&#10;UIZbCE6FYwpLhGwMSYR2D0aDgRFEg48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8SQID/EUCA/xBA&#10;gP8QQID/EMZrAAC3dgAArH8AAKKFAACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBakBQAWJAhAFaR&#10;LQBTkDgBUZBBAk6QSQNMkFAESo9YBUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqNrBE5jcEROI3h&#10;EDiL9hA4iv8POYn/DzmJ/w45if8OOYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEAAHqTAABtlQAA&#10;X5cAAFSZAQBPmQ8ATpoaAEyaJwBKmjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYFO5lwBzmYfAg3&#10;mIoKNZiaCzOYqwsymL8MMpjfCzGW9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACshQAAoYsAAJaQ&#10;AACLlAAAf5cAAHKbAABmnQAAWqAAAE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADylPgA7pUcBOaVP&#10;ATelWAI1pWECM6VsAzGleQQvpIcFLaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/CCmf/wgpn/8I&#10;KZ//CLGCAACliwAAmpEAAJCWAACDmgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAANa8MADOwFQAy&#10;sCEAMbArAC+wNQAusT4ALbFIACyxUQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIisrsCIbLbAiGv&#10;8wMgrv8DIK3/BB+s/wQfrP8EH6z/BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCrAABVrwAASbEA&#10;AD60AAAztwAAKroDACS8DQAivRUAIb0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9eABq/bAAZv3wA&#10;GL+OABfAoQAWwLYAFMDTABW+8QAVvP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAAip4AAH2kAABv&#10;qgAAYq8AAFa0AABKtwAAProAADO9AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQzCUAD80vAA7N&#10;OgAOzUYADc1SAA3OYAAMznAAC86DAArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL/wAJy/8ACcv/&#10;AJiYAACNngAAf6UAAHGsAABkswAAV7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80AABHRAAAM1gUA&#10;CNkMAAbZEgAF2hsABNokAAPbLgAB2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350AAN+zAADfzgAA&#10;4O4AAN/6AADf/wAA3/8AAN//AI+fAACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAxyQAAJswAAB3Q&#10;AAAU1AAADtkAAAndAAAD4QAAAOMHAADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADrQwAA7FIAAOxi&#10;AADtdgAA7owAAO6hAADvtwAA79EAAO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cAAFm/AABLxgAA&#10;PMoAAC/OAAAk0gAAGtgAABLcAAAM4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsAAPAQAADxFQAA&#10;8x4AAPQnAAD3MwAA+UAAAPpRAAD7YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA/98AAP/fAHew&#10;AABouQAAWsEAAEzKAAA8zwAALtQAACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADwAAAA9gAAAPYA&#10;AAD3AAAA+AAAAPoHAAD7DQAA/REAAP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93AAD/jQAA/58A&#10;AP+uAAD/ugAA/7oAAP+6AP8WIwD/FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A/wBcAP8AaAD/&#10;AHQA/wB+AP8AhwD/AI8A/wCWAP8AnAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/ANYA/wDnAP4A&#10;8wD+AP4A/QD/APwA/wD7AP8A+wD/APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8QIAD/CiUA/wQw&#10;AP8APQD/AEsA/wBYAP8AZAD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALEA&#10;/QC5APsAwwD6ANAA+ADjAPcA8QD2APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8dHAD/&#10;HBkA/xkZAP8UGwD/Dv/i/+JJQ0NfUFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJTAP8AXwD/AGsA&#10;/wB1AP8AfgD/AIYA/wCOAP8AlAD+AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA8ADfAO4A7gDs&#10;APkA6wD/AOoA/wDqAf8A6QH/AOkB/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/Fh0A/xMoAP8Q&#10;NAD/DUEA/wxOAP8JWgD/CGYA/whwAP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEGowDvBqoA7Qay&#10;AOoGuwDoBsgA5gbcAOQG7ADiCPoA4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/AP8jEgD/IxAA&#10;/yEOAP8eEAD/HhgA/xwjAP8YLwD/FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA7Q6EAOsOiwDp&#10;DpIA5w6ZAOYOoADkDqcA4g6vAOAOuADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHMEv8ByxP/AcoT&#10;/wHKEv8ByhL/Af8nDwD/JwwA/yUJAP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8YTwDqF1oA5hZl&#10;AOMWbgDgFncA3hZ/ANwWhwDZFo4A1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjSAMca6AHDG/gB&#10;wBv/Ab4c/wG9HP8CvBz/Arwb/wK8G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A/ykVAPcmIADu&#10;Iy0A5yE6AOEfSADbH1QA1SBfANEgaADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHDIZ4BwSKmAb8i&#10;rwG9IrsCvCPKArkj4wK1JPQCsyT/A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8vBgD/LwAA/zIA&#10;AP8zAgD5MggA9y8OAOsrFgDhJyIA2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpzAbsqegK5KoIC&#10;uCqJArYqkAK0KpgDsyqhA7EqqgOvK7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8Eoi3/BKIs/wSi&#10;LP8Eoiz/BP8yAAD/MwAA+TgAAOk5AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9M0gAuTRTAbYz&#10;XAGzM2UCsDNtAq4zdAOsMnsDqzKDBKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y0QecM+oHmjP7&#10;B5g0/weXNP8GljT/BpY0/wWWNP8FljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8DAM04CADFOBUA&#10;vTomALc7NgCyPEMArjxOAao7VwKnO2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0HmTiWCJg4oAmW&#10;OKsKlDi4CpM5yguROeULjzr3Co06/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADxPgAA40UAANRJ&#10;AADLSgAAxUcAAMFBBAC6PxEAs0EhAK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhAagWWQHEGlD94&#10;B5I/fwiQP4gKjz6RC40+mwyLPqYNiT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/CYJB/wiCQf8I&#10;gkH/CP88AADrQwAA3EoAAMxPAADDUAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToAm0lFAZhITgKU&#10;R1cDkkdeBY9GZQaNRmwHi0VzCYlFewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8RNoRe0TxD3pF&#10;/w16Rv8Lekb/CnpG/wl6Rv8Jekb/CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQAACpTAsAok0Y&#10;AJ1OKACYTjYAlE5BAZBNSwKNTVMEikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJDnpIkw94SJ8Q&#10;d0isEnVIvBJ0SdITc0nuEXJK/w9ySv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAAzlMAAMFYAAC4&#10;WgAAsFkAAKlWAACiUgcAm1IVAJZTJACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+T2UIe09sCXlO&#10;cwt3TnsNdU2FDnNNkBBxTZwSb02pE25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP/wtsT/8LbE//&#10;C+5FAADcUAAAyVcAAL1cAAC0XgAArF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7AYNWRAJ/Vk0D&#10;fFVUBXpUWwZ3VGIIdVNoCXNTcAtxUngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsVZVLpFGVS+xFm&#10;U/8PZlP/DWZT/wxmU/8MZlP/DOpJAADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACWWgAAj1oQAIpb&#10;HgCFWywAgVs4AX1bQQJ6WkoDd1lRBHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dVihFlVZcTY1Wk&#10;FGFVtBVgVcgWX1XnFWBW+hJgVv8PYVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4AALZjAACtZgAA&#10;pGYAAJtkAACQXgAAiV4OAIRfGwCAXykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwHaltjCWhbawtm&#10;WnMNZFp9D2JaiBFfWZQTXlmiFFxZshVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1cWv8NXFr/DeNP&#10;AADNWQAAvmEAALNmAACpaQAAoGoAAJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNjPAFvYkUCbGFM&#10;BGphVAVnYFoHZWBhCGNfaQphX3EMX157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7jFVZe9xJWXv8Q&#10;V17/Dlde/w1XXv8NV17/Dd5TAADIXQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAAfmcJAHhnFQB0&#10;ZyMAcWgvAG5nOQFrZ0ICaGZKA2VmUgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBVYpESU2KfE1Ji&#10;rhVRYsIVUGLhFVFi9hJRYv8QUmL/DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxuAACjcQAAmnMA&#10;AI9xAAB/awAAeGsFAHJrEgBubB8Aa2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpdB1lpZQlXaW0L&#10;VWl3DVNogg9QaI8RTmedE01nrBRLaMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8NTWf/DdJaAADA&#10;ZAAAs2wAAKlyAACgdgAAlncAAIp2AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABgcj0BXnJFAltx&#10;TQNZcVQFV3BbBlRwYwhSb2sKUG90DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt9BFGbf8PR23/&#10;Dkds/w1HbP8NR2z/DcxfAAC8aQAAsHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cAAGV3DABheBcA&#10;X3gkAF15MABaeToBWHlCAlZ4SgJTeFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoOQ3WZD0J1qRBA&#10;dbwQQHXZEEB08w9AdP8OQXP/DUFz/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACXfwAAjIEAAIGB&#10;AABygAAAZX8AAF1/CABZfxMAV4AgAFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/XQVGf2YGRH5w&#10;CEJ+ewk/fogLPX2XDDx9pw06fboOOn7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/C8BpAACydAAA&#10;p3wAAJ2BAACShAAAh4YAAHuHAABuhwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAASYk6AEiJQgFG&#10;iUoBRIlSAkKJWgNAiGMEPYhtBTuIeAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akzhf8JM4T/CTOD&#10;/wkzg/8JM4P/CblwAACtegAAooIAAJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+RAABHkgoARJIT&#10;AEOTHwBBkyoAQJM0AD+TPQA9k0UAO5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKTBS6SpAYtkrcG&#10;LJLRBiyR7wYrj/8GK47/BiuN/wcrjf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAAepMAAG2VAABh&#10;lwAAVZkAAEmbAAA/nAEAOZ0OADedFwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAun1oALZ9kASuf&#10;cQEpnn8CJ56QAiaeoQIknrUCI57OAiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyBAACgiAAAlY4A&#10;AIuSAAB/lgAAcpoAAGWdAABZoAAATqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oiACaqLAAlqjUA&#10;JKo/ACOqSAAiq1MAIateACCragAeq3kAHauLABurnQAaq7EAGavKABmq7AEZqP0BGKf/Ahim/wIY&#10;pv8CGKb/AqWJAACZjwAAj5QAAIOZAAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAvsAAAJrMAAB61&#10;BgAZtw8AGLcXABe3IQAWtyoAFbc0ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5lwAOuawADbnE&#10;AA245wAOtvsADrX/AA60/wAOtP8ADrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsAAFKvAABGsgAA&#10;OrUAAC+3AAAlugAAHb0AABXAAAAQwwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0ABcZJAAXGVwAD&#10;xmYAAsZ3AAHGiwAAxqAAAMW2AADG0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJnAAAe6MAAG2p&#10;AABgrwAAU7QAAEa4AAA6uwAALr4AACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQEAAA0BYAANEe&#10;AADSJwAA0zEAANQ8AADVSQAA1lgAANZpAADWfAAA1pIAANanAADWvwAA1uAAANbzAADW/gAA1v8A&#10;ANb/AIydAAB+pAAAb6sAAGGyAABUuQAARr0AADnBAAAtxAAAIscAABnLAAARzgAADNIAAAXVAAAA&#10;2wAAANwDAADdCgAA3g8AAN8UAADhHAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA6YEAAOmYAADp&#10;rQAA6cUAAOniAADp8gAA6fUAAOn1AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzKAAAgzgAAFtIA&#10;AA/WAAAI2wAAAN8AAADjAAAA5QAAAOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEhAADzKwAA9jgA&#10;APdIAAD4WgAA+W0AAPqEAAD6mwAA+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAAVr4AAEjGAAA5&#10;ywAAK9AAAB/UAAAU2gAADd8AAAXjAAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA9QAAAPYCAAD4&#10;CQAA+g4AAP0TAAD/HAAA/ygAAP82AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/uQAA/7wAAP+8&#10;AP8RIAD/EB4A/wweAP8EIQD/ACcA/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AgwD/AIsA&#10;/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA+wD/APsA/wD7&#10;AP8A+gD/APoA/wD6AP8A+gD/AP8UHAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/AEgA/wBVAP8A&#10;YQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkAvQD4AMkA9wDc&#10;APUA7ADzAPgA8wD/APIA/wDxAP8A8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEVAP8MFwD/BR0A&#10;/wAoAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA9QCcAPQAogDz&#10;AKgA8QCwAPAAuADuAMMA7ADTAOoA5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A5QD/AP8a&#10;EwD/GBEA/xQQAP8PEQD/DRkA/wokAP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUAdQDyAH0A8ACE&#10;AO4AiwDsAJEA6wCXAOkAngDnAKQA5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9ANgA/wDWAP8A&#10;1QH/ANUB/wDVAv8A1QL/AP8eEAD/HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA/QhFAPgGUQD0&#10;BFwA7gRmAOoEbwDmA3cA5AR/AOIEhgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDSBbsA0AbJAM4H&#10;4ADMCPEAyQr/AMcL/wDGDP8AxQz/AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8dCgD/GxAA/xgY&#10;AP8UIwD2ETAA7w4+AOoOSgDlDVYA4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2PAM0OlgDLDp0A&#10;yg6lAMgOrgDGD7kAxBDIAMIQ3wC+EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8BthP/Af8lBgD/&#10;IwAA/yMAAP8kAwD/IQoA/R0RAPEaGwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDIFmsAxRZzAMMX&#10;ewDBF4IAwBiJAL4YkAC8GJgAuxmgALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd/wGpHf8BqR3/&#10;Aagd/wGoHf8BqB3/Af8oAAD/JwAA/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0tAMkePADEIEkA&#10;vyBTALwhXQC5IWUAtyJtALUidACzInwAsSKDAbAiigGuIpIBrCObAasjpAGpI68BpyO8AaYkzgGj&#10;JOgCoCX5Ap4l/wKdJf8CnCX/Apsl/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADaMwAA0y4DANIl&#10;CgDJJRcAwScnALspNgC2KkMAsitOAK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMrhAKhK40CnyuV&#10;Ap4rnwKcK6oDmiu2A5ksxwOXLOIDlC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/A/8wAADyMwAA&#10;5DoAANY9AADMPAAAxzkAAMMxBQC9LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oBnzNiAZwzaQKa&#10;M3ACmTN3ApcyfwOVMocDkzKQBJIymgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWGNP8FhjT/BIU0&#10;/wSFNP8EhTT/BPwzAADrOgAA3EEAAM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5KwChOjgAnTtE&#10;AJo7TQGXOlYBlDpdApI6ZAKQOmsDjjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmtB4I5vAiBOdMI&#10;fzruCH06/gd8O/8GfDv/BXw7/wV8O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAAtUkAAK9DAACp&#10;PgsAoj8XAJ1AJgCYQTQAlEE/AJFBSQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWBP30Gfz6HB30+&#10;kQh7PpwJej6pCXg+uAp3P80KdT/qCnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7AADfRQAAzEwA&#10;AL9PAAC2UAAArk8AAKdKAACgRAcAmkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZVAoFFXAN+RWME&#10;fERqBHpEcQV5RHkGd0SCCHVDjQlzQ5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8IbEX/B2xF/wds&#10;Rf8HbEX/B+w/AADYSQAAx1AAALtUAACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJSywAhUw4AIJL&#10;QgF/S0oBfEpSAnlKWAN3Sl8EdUlmBXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhIsg1nSMUNZknk&#10;DWZJ+AtmSf8JZkr/CGZJ/wdmSf8HZkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgAAJxVAACTTgAA&#10;jE4OAIdPGwCCTykAf1A1AHtQPwF4T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIHaU18CGdMhwpl&#10;TJMLY0ygDWJMrw5hTcIOYE3hDmBN9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADNUAAAvlcAALNb&#10;AACqXQAAoV0AAJhaAACNUwAAhlIMAIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1SUwJrUlkDaVJg&#10;BGdRaAZlUXAHY1F5CGFRhApgUJEMXlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/CVtR/whbUf8I&#10;W1H/CN9KAADJUwAAu1oAALBfAACmYQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIAc1guAHBXOQBt&#10;V0EBaldJAmhWUAJmVlcDZFZeBGJVZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5WVb4PVVXbD1VV&#10;8w1VVf8LVlX/CVZV/wlWVf8IVlX/CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBjAACDXAAAe1sG&#10;AHVbEgBxWx8AblwrAGtcNgBoWz8BZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1CFdZgApVWYwL&#10;VFmaDVJZqg5RWbwOUFnYDlBZ8g1RWf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAAtGEAAKpmAACg&#10;aAAAl2kAAIxnAAB9YAAAdV8DAG9fEABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJcX1MDW19aBFlf&#10;YQVXXmkGVV5zCFNefglRXYoLT12ZDE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd/wlMXf8ITF3/&#10;CM9UAAC+XgAAsWUAAKdqAACdbQAAlG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQlAGBlMABeZToA&#10;XGVCAVplSgJYZFECVmRYA1RkXwRSZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gNRmPRDUZj7wxG&#10;Yv8KR2L/CUdi/wlHYv8IR2L/CMpYAAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0awAAaWkAAGNp&#10;CwBfaRUAXGohAFpqLQBYazYAVms/AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhpeQdGaYYJRGmV&#10;CkNopQtBabcMQGnPDEBo7gtBaP8KQWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0AAKBzAACWdgAA&#10;i3cAAIB2AABwcgAAZXEAAFxwBwBYcBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsBS3FTAklxWgNH&#10;cWIERXBsBUNwdwZBcIQHP3CTCD1vowk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7bf8HO23/B79i&#10;AACxawAApnMAAJ15AACSewAAh3wAAHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4JABLeS4ASXk3&#10;AEh5QABGeUgBRHlPAUJ5VwJBeWACP3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjLBzR36wc0dv0H&#10;NHX/BzV1/wY1dP8GNXT/BrloAACtcQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAAW4EAAFGBAABI&#10;gAoARYETAEOBHgBCgikAQYIyAECCOwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMzgn8DMYGOBDCB&#10;nwQugbEFLYHIBS2B6QQtf/wFLX7/BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKDAACIhgAAfYcA&#10;AHCIAABjiQAAVYoAAEuKAABBigIAO4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xGADKNTwAxjVgA&#10;L41iAS2MbgErjHsBKoyLAiiMnAImjK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8DJYf/A612AACj&#10;gAAAl4UAAI2JAACCjAAAdo4AAGmQAABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAslxoAK5ckACqX&#10;LQAplzYAKJg/ACeYSAAmmFIAJZhcACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX5QEclfoBG5T/&#10;ARuT/wIbk/8CG5P/Aqd/AACchgAAkYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0AAD2eAAAznwAA&#10;KqEAACGjCgAfoxEAHqMaAB2kJAAcpC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAAFKWBABOllAAS&#10;pagAEaW/ABCk4gARovgAEaH/ABGg/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABxmgAAZJ4AAFih&#10;AABMpAAAQKYAADWnAAAqqQAAIqwAABmuAAASsAkAELEQABCxGAAOsSIADrErAA2xNQANsUAADLFL&#10;AAuxWAAKsWcACLF4AAexiwAFsaAABLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/AJiOAACPkwAA&#10;gpgAAHWdAABnogAAWqcAAE6rAABBrQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMAB74MAAO9EgAB&#10;vRkAAL4iAAC+KwAAvjYAAL5BAAC/TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAAveQAAL32AAC9&#10;/wAAvf8AAL3/AJKUAACFmgAAeKAAAGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7AAAXvgAAEMEA&#10;AAvEAAAExwAAAMkHAADJDQAAyRIAAMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9gAADPcgAAz4cA&#10;AM+dAADPswAAz84AAM/rAADO+AAAzv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAAQrkAADW8AAAp&#10;vwAAHsIAABXGAAAOyQAACMwAAADQAAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA3B8AAN4oAADg&#10;NAAA4kEAAOJRAADjYwAA43cAAOSOAADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyjAABuqgAAYLIA&#10;AFG5AABDvgAANcIAACjGAAAcyQAAE80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIAAADkAAAA5QMA&#10;AOcJAADpDgAA6xIAAO0aAADvJAAA8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkAAPe8AAD3zgAA&#10;998AAPffAHCsAABhtAAAU7sAAEXDAAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA4gAAAOUAAADp&#10;AAAA7AAAAO0AAADwAAAA8QAAAPMAAAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/QAAA/1MAAP9o&#10;AAD/gAAA/5YAAP+oAAD/tgAA/78AAP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAuAP8APAD/AEoA&#10;/wBWAP8AYwD/AG0A/wB3AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA/wC0AP8AvQD/&#10;AMkA/gDdAP0A7QD8APoA+wD/APoA/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/DRcA/wYWAP8A&#10;GAD/AB4A/wAqAP8ANwD/AEUA/wBSAP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8AkAD+AJYA/QCc&#10;APwAoQD7AKgA+QCvAPgAuAD2AMMA9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/AO8A/wDuAP8A&#10;7gD/AP8SFAD/DxIA/wsSAP8AEgD/ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA/QBtAPsAdgD5&#10;AH0A9wCEAPUAiwD0AJEA8wCXAPEAnQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDlAPEA4wD9AOMA&#10;/wDiAP8A4QD/AOEA/wDgAP8A4AD/AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8ALQD/ADoA/wBH&#10;APkAUwD1AF4A8gBoAPAAcADtAHgA6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCmAN8ArgDcALgA&#10;2gDFANYA2QDUAOwA0gD5ANEA/wDPAP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA/w8FAP8OCwD/&#10;DBEA/wcaAP8BJgD8ADQA9ABBAO0ATQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZAIYA1gCNANMA&#10;kwDRAJoAzwChAM0AqgDLALMAyQC/AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D/wC/A/8AvwP/&#10;AP8bBgD/FwAA/xQAAP8TBQD/EQ0A/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRbANIEZADPBWwA&#10;zAVzAMoFegDIBYEAxgWHAMUGjgDDBpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUAtQv3ALMN/wCx&#10;Df8AsA3/ALAO/wCvDv8Arw7/AP8eAAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDiCyIA2AsxANAM&#10;PgDLDUoAxw1VAMQOXgDBDmYAvw5tAL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQowCwEa0ArxG6&#10;AK0RygCqEuUApxT3AKUV/wCjFf8AohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMAAOYkAADgIQAA&#10;3BkFANsQDADQERkAyBMpAMIVNwC9FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUAqxl8AKkZhACo&#10;GowAphqUAKQangCjG6gAoRu0AJ8cxQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGVH/8BlR//Af8m&#10;AAD0JwAA5i0AANovAADPLQAAyicAAMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgiUgCmIloAoyNi&#10;AKEjaQCgI28AniN3AJwjfgCbI4YAmSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibvAYwn/wKLJ/8C&#10;iif/Aokn/wKJJ/8BiSf/AfopAADsMAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4AricdAKgpKwCk&#10;KjgAoCpDAJ0rTACaK1UAmCtcAJYrYwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKKLJ8CiCyrAoYs&#10;ugKFLc4Dgy7qA4Eu/AOALv8Cfy7/An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/AAC7PwAAtDwA&#10;AK81AACpLwsAoy8XAJ4xJgCZMjMAljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNsAYYzcwGEM3wC&#10;gjOFAoAzjwN/M5oDfTOnA3wztQR6M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8DdTX/A/AzAADd&#10;PQAAykMAAL5FAAC1RgAArUMAAKY9AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCHOUwAhDlTAYI5&#10;WgGAOWEBfjloAnw5bwJ6OXcCeTmAA3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm469wVuO/8EbTv/&#10;BG07/wNtOv8DbTr/A+o5AADVQgAAxEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQAIw9HQCIPioA&#10;hD81AIE/PwB+P0gAfD9PAXo/VgF4P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMFaz6gBmo+rgZp&#10;P8AHZz/eB2c/9QZmQP8FZkD/BGZA/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACqUAAAok8AAJlK&#10;AACRRAAAikENAIRCGQCAQyYAfUQyAHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1DZwJrQ28DaUN5&#10;BGhDgwVmQ48GZEOdB2NDqwdhQ70IYETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/BOBBAADKSgAA&#10;u1AAALBTAACnVQAAnlMAAJVPAACLSQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEAbkhJAWxIUAFq&#10;SFYBaEhdAmZHZAJlR2wDY0d2BGFHgAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8QdaSf8GWkn/BVpI&#10;/wVaSP8EWkj/BNtEAADGTQAAuFMAAK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdLEgBzTB8AcEwr&#10;AG1MNQBrTD4AaExGAGZMTQFkTFMBYkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuYB1dMpwhWTLkJ&#10;VUzRCVRM7whUTf8GVUz/BlVM/wVVTP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAAl1wAAI1ZAACB&#10;UwAAd08EAHFPEABuUBwAalAoAGhQMgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWFBxBFdQ&#10;ewVVUIgGU1CWB1JQpQhQULcJUFDOCU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBLAAC/VAAAsloA&#10;AKdeAACdYAAAlGAAAIldAAB8VwAAclQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRAAFxUSAFaVE8B&#10;WVRWAVdUXQJVVGUDVFRuBFJUeQVQVIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4HS1T/BktU/wVL&#10;VP8FS1T/BcxOAAC7VwAArl4AAKRiAACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABiWBYAX1giAF1Z&#10;LABbWTYAWVk+AFdZRgBWWU0BVFlUAVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hYogdHWbMIRlnK&#10;CEVZ6ghGWf0GRlj/BkZY/wVHWP8FR1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkAAINnAAByYAAA&#10;aF4AAGFdCQBcXRMAWl0eAFddKQBWXjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmECSl5qA0hedQRG&#10;XoIFRF2QBkNeoAdBXrEHQF7IB0Be6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0XwAAqGYAAJ5q&#10;AACVbQAAim0AAH9sAABvZwAAZGQAAFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1kQABLZEgASmRP&#10;AUhkVwFGZF8CRWRoAkNkcwNBY38EP2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/BTti/wU8Yf8E&#10;PGH/BL5bAACwYwAApWoAAJtvAACRcgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0ATWkXAEtpIQBJ&#10;aisASGo0AEdqPQBFa0QARGtMAEJrVAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2aq4FNWrEBTVq&#10;5QU1afkENWn/BDVo/wQ1aP8ENWj/BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3AABpdAAAXHMA&#10;AFFxAABIcAoARXASAENxHQBCcScAQHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJjATZybQI0cnoC&#10;M3KJAzFymgMvcqwDLnLBAy5y4wMucfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAAnXYAAJN6AACI&#10;fAAAfn0AAHJ9AABkfAAAV3sAAEx6AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2ezsANHtEADN7&#10;TAAye1UAMHtfAC97agEte3cBK3uHASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4/wInd/8CJ3f/&#10;Aq5sAACjdgAAmXwAAI5/AACEggAAeIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJADCEEQAvhBoA&#10;LYQkACyFLQArhTUAKoU+ACmFRwAohlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcBHoa8AR6G3gAe&#10;hPUBHoL/AR6C/wEegf8BHoH/Aah0AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABYjAAATI0AAECO&#10;AAA2jgAALI8AACWQDAAjkBMAIpAcACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqRYAAZkW4AGJF+&#10;ABaSkAAVkqQAFJG5ABOR2AATj/QAFI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogAAISMAAB3jwAA&#10;aZEAAF2TAABQlQAARZcAADmYAAAumQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQAEp0tABGeNwAR&#10;nkEAEJ5MAA+eWAAOnmcADZ53AAyeigALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wALmf8AC5n/AJyE&#10;AACRigAAiI4AAHuSAABtlgAAYJkAAFScAABInwAAPKAAADChAAAmowAAHaUAABWnAAAQqQUAC6sN&#10;AAiqEwAHqhsABqokAAWqLgAEqjgAAqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmqAACpwQAAqOQA&#10;AKj2AACn/wAAp/8AAKf/AJWLAACMkAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAAMaoAACarAAAd&#10;rQAAFLAAAA6yAAAJtQEAArYKAAC2DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAAuFQAALhkAAC4&#10;dgAAuIsAALegAAC3tgAAt9MAALbvAAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGaiAABYpwAAS6wA&#10;AD6vAAAxsQAAJrMAABy2AAATuAAADbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQVAADEHAAAxSQA&#10;AMYuAADIOgAAyUcAAMlXAADJaQAAyX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0AAMj9AIWZAAB3&#10;nwAAaKYAAFqrAABNsQAAP7UAADG4AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAAzQAAAM4AAADP&#10;AwAA0AkAANEOAADTEgAA1RkAANciAADaLQAA3TkAAN5JAADeWgAA324AAN+FAADfnAAA37IAAN7L&#10;AADe5gAA3/QAAN/0AHmhAABrqAAAXK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgAAAnMAAAAzwAA&#10;ANMAAADZAAAA3AAAAN0AAADfAAAA4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsAAPA6AADxSwAA&#10;8V4AAPJzAADziwAA86IAAPO2AADzyQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAyxAAAJMgAABfM&#10;AAAO0AAABtUAAADaAAAA3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADyAAAA9AYAAPYM&#10;AAD5EgAA/BwAAP8pAAD/OgAA/00AAP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/BAP8HGQD/ARcA&#10;/wAXAP8AGgD/ACEA/wArAP8AOQD/AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA/wCKAP8AkAD/&#10;AJYA/wCbAP8AoQD/AKgA/wCvAP8AuAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4AP8A+AD/APYA&#10;/wDzAP8A8QD/AP8LFQD/BRMA/wATAP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8AWwD/AGUA/wBu&#10;AP8AdgD/AH4A/wCFAP4AiwD9AJEA+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDMAPEA4wDvAPMA&#10;7gD/AO0A/wDsAP8A6wD/AOwA/wDsAP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA/wAiAP8ALwD/&#10;AD0A/wBKAP8AVQD9AGAA+gBpAPgAcQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADsAJ8A6wCmAOkA&#10;rgDnALgA5QDFAOMA2gDhAO0A3wD7AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8PDQD/DAsA/wMJ&#10;AP8ADAD/ABIA/wAdAP8AKQD7ADcA+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6AOUAgADjAIYA&#10;4QCMAN8AkwDdAJkA2wChANkAqQDVALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8AyQD/AMgA/wDI&#10;AP8AyAD/AP8RCAD/DQIA/wcAAP8FCAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDkAFQA4ABdAN0A&#10;ZQDZAG0A1QBzANIAegDQAIAAzgCHAMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAAxwC9AN8AvADx&#10;ALsA/gC5AP8AuAD/ALgA/wC4AP8AuAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQAOgAGgDjACgA&#10;3QA2ANgAQgDSAE0AzgBXAMoAXwDHAGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8AuQCXALcAnwC1&#10;AKgAswCzALEAwgCvANgArgLtAKwD+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/EgAA9xIAAOwR&#10;AADmDgAA5QYIAN0DEgDUAyAAzQQtAMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUHbgCzB3UAsQh7&#10;AK8IggCuCYoArAmSAKoJmwCoCqUApgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//AJsP/wCbD/8A&#10;mw//AP8aAAD3GQAA6h4AAN8eAADVGgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8Asg9JAK8QUgCs&#10;EFoAqhBhAKgRaACmEW8ApBF2AKIRfQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACXFNAAlBXsAJIW&#10;/QCQF/8Ajxf/AI4X/wCOF/8Ajhf/APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0ZBQC5EhAAshUe&#10;AK0WLACoFzgApBhDAKEZTACfGVQAnBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyIAJAckgCPHJ0A&#10;jR2pAIsdtwCKHsoAiB/nAIYg+gCEIP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA0zEAAMYzAAC8&#10;MQAAti0AALAlAACsHQwAph4YAKEgJgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCNJGQAiyRrAIkk&#10;cgCIJHoAhiSDAIQljQCDJZgBgSWkAYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo/wF4KP8BeCj/&#10;Ae8rAADdMwAAyjkAAL47AAC0OgAArTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4AIsrQgCIK0oA&#10;hitSAIQrWACCLF8AgCxmAH8sbQB9LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcACci7dAnEu9AJw&#10;L/8Cby//Am8v/wFuL/8Bbi//AegxAADTOgAAwz8AALdBAACuQQAApj4AAJ44AACXMQEAkS4QAIwv&#10;HACIMCgAhDEzAIEyPQB/MkYAfTJNAHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAzhAFvM5ACbTOd&#10;AmwzqwJqNLwCaTTVA2g18QJnNf8CZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQAALJHAACoRwAA&#10;oEQAAJg/AACQOQAAiDQNAIM1FwB/NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcAbzheAG04ZQFs&#10;OG0Bajh1AWg4gAJnOIwCZTiZA2Q5qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJfOv8CXzr/At07&#10;AADHQwAAuUkAAK5LAACkTAAAm0oAAJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8NQBvPT4AbT1G&#10;AGs9TQBpPVMAaD1aAGY9YQFkPWkBYz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7MBFo/7ARZP/4D&#10;WT//A1k//wJZP/8CWT7/AtY/AADDRwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAAekAGAHU/EQBx&#10;QBwAbUAoAGtBMgBpQTsAZ0FCAGVBSQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJaQoYDWEKUA1dC&#10;owRVQ7MEVEPJBFRD6QRTQ/0DU0P/A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdTAACdVAAAlFMA&#10;AIpQAAB/SgAAdUUCAG5DDgBrRBkAZ0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VUAFpGWwFZRmMB&#10;V0ZsAlZGdwJURoMDU0aRA1FGoQRQR7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8DT0f/A8xGAAC7&#10;TgAAr1QAAKRXAACaWAAAkVcAAIZUAAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBdSTQAW0k8AFlJ&#10;QwBXSUoAVklSAFVKWQFUSmEBUkpqAVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL5gRJS/oESUv/&#10;A0pL/wNKS/8DSkv/A8hJAAC4UQAArFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04AAGRNCgBfTBMA&#10;XE0eAFpNKABYTTEAVk06AFRNQQBTTkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38CSU+NA0dPnQRG&#10;T64ERU/DBERQ5ARET/kERU//A0VP/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACVYAAAi2AAAIBe&#10;AAByVwAAZ1MAAF5RBwBZUREAV1EbAFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExTVQBKU10BSVNm&#10;AUdTcAJFU30CRFOLA0JTmwNBVKwEQFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/A8BQAACyWAAA&#10;pl4AAJxiAACSZQAAiGUAAH1iAABuXAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywATFc0AEpXPABJ&#10;WEQASFhLAEdYUwBFWFsBRFhkAUJYbgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6WPcDOlj/AztX&#10;/wM7V/8DO1f/A7xUAACuXAAAo2MAAJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVdAABOWwwAS1sU&#10;AElcHwBHXCgARl0xAEVdOQBDXUEAQl1IAEFeUABAXlgAPl5hATxebAE7XngCOV6HAjdelwI2XqkD&#10;NV69AzRf3QM0XvUDNV3/AjVd/wI1XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAAgW4AAHZsAABn&#10;aQAAXGYAAFFkAABIYgkARGIRAEJiGwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5ZFUAOGRfADZk&#10;aQE1ZHYBM2SFATFllQIwZacCL2W7Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNeAACnZgAAnG0A&#10;AJNxAACIcwAAfXMAAHJyAABkcAAAWG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGooADZrMQA1azkA&#10;NGtBADNsSQAybFIAMWxcAC9sZgAubHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IBJ2r/ASdq/wEo&#10;af8CKGn/Aq5kAACjbAAAmXMAAI52AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+cwAANHIKADFz&#10;EQAwcxoAL3MjAC5zKwAtdDQALHQ8ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1kAAhdaIAIHW3&#10;AB910gAfdPEAH3P/AR9y/wEgcf8BIHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8AAGd/AABafwAA&#10;TX4AAEN+AAA4fQAAL30CACh9DQAmfRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gAHn9SAB1/XgAc&#10;f2sAGn96ABl/jAAXf58AFn+zABV/zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACaegAAj38AAIWC&#10;AAB7hAAAbYYAAGCHAABUhwAASIgAADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJHQAXiiYAFoou&#10;ABWKNwAUikEAE4pMABKLWAARi2UAEIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8AA6H/wAOhv8A&#10;Dob/AJ97AACUgQAAioUAAICIAABziwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAAIZMAABmUAAAS&#10;lgYADpcOAA2XFQAMlx0ADJcmAAuXLwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAABlpQAAJWoAACV&#10;vgAAlOAAAJT0AACT/wABkv8AAZL/AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCYAABEmgAAOJsA&#10;ACycAAAinQAAGZ4AABKgAAANogIAB6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8AACkSAAApFYA&#10;AKRlAACjdwAAo4sAAKOgAACitgAAodIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAAe5IAAG2XAABg&#10;mwAAU54AAEahAAA5owAALaQAACOmAAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAArxEAALAYAACw&#10;IAAAsSgAALEyAACyPgAAskwAALJbAACybAAAsoEAALGXAACxrAAAsMYAALDoAACv9wAAr/8AAK//&#10;AIyQAAB/lQAAcZoAAGOfAABVpAAAR6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUAAAK4AAAAuwAA&#10;ALsAAAC8BwAAvA0AAL0RAAC+FgAAvx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QAAMOLAADDoQAA&#10;w7gAAMLXAADC7wAAwvoAAMH+AIGXAABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAhtgAAFrkAAA67&#10;AAAHvgAAAMEAAADFAAAAxwAAAMgAAADJAAAAygUAAMsLAADNDwAAzhQAANAcAADTJgAA1jIAANhB&#10;AADYUwAA2WYAANl8AADZlAAA2asAANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawAAEuyAAA8twAA&#10;LroAACG9AAAVwAAADcQAAAXHAAAAygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAAAN0AAADfBwAA&#10;4QwAAOMRAADmGQAA6SQAAOwyAADtQwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA790AAO/kAGqo&#10;AABbrwAATLYAAD68AAAvwAAAIMQAABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADiAAAA5QAAAOYA&#10;AADoAAAA6QAAAOwAAADuAAAA8AIAAPIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9aAAD/cQAA/4kA&#10;AP+fAAD/sQAA/8AAAP/GAP8AFQD/ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA/wBRAP8AXAD/&#10;AGYA/wBvAP8AdwD/AH4A/wCFAP8AiwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+AL8A/QDOAPsA&#10;5gD5APYA+AD/APcA/wD3AP8A9wD/APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8AEQD/ABcA/wAk&#10;AP8AMgD/AD8A/wBMAP8AVwD/AGEA/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCSAPgAmAD2AJ8A&#10;9QCmAPQArgDyALkA8ADGAO4A3gDtAPAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A4AD/AP8HDgD/&#10;AA0A/wALAP8ADAD/ABMA/wAfAP8ALAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADzAHQA8QB6AO8A&#10;gQDuAIcA7ACNAOoAkwDpAJoA5wChAOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA/wDXAP8A1QD/&#10;ANUA/wDVAP8A1AD/AP8JCgD/AQUA/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABAAPIATADuAFYA&#10;6gBfAOcAZwDkAG4A4gB0AOAAewDeAIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0AzAC4AMoAxwDI&#10;AOAAxgDzAMUA/wDDAP8AwwD/AMMA/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/AAsA8wASAO4A&#10;HwDqAC0A5gA6AOIARQDeAE8A2QBYANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYAhwDEAI4AwgCW&#10;AMAAngC+AKcAuwCyALkAwAC3ANQAtQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/AP8NAAD/BgAA&#10;/wMAAPcAAAD0AAMA5wANAOAAGADaACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEAvgBoALwAbgC6&#10;AHQAuAB7ALYAgQC0AIgAsgCQALAAmQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCkAP8AowD/AKIA&#10;/wCiAP8AogD/AP8QAAD7DAAA7w4AAOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8ANwC7AEIAtwBL&#10;ALQAVACyAFsArwBiAK0AaACrAG4AqQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGoAJwCtQCbA8YA&#10;mQXiAJgG9ACWCP8AlQn/AJQJ/wCUCf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAAxxAAAMQHCgC9&#10;AxQAtwQhALIGLgCuCDoAqglEAKcJTQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZDH4AlwyGAJYM&#10;kACUDJoAkg2mAJENswCPDcUAjQ7iAIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZAADnIAAA1iQA&#10;AMglAAC/IgAAuRwAALQUAQCxDQ4Aqg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJWAJMSXACREmMA&#10;kBNpAI4TcACME3gAixOBAIkUiwCHFJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8AfBn/AHwZ/wB7&#10;Gf8Aexn/AO8hAADdKQAAyi0AAL4vAAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCUGS0AkRo4AI4a&#10;QQCLG0kAiRtQAIcbVwCFHF4AhBxkAIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgfqwB3H7wAdiDU&#10;AHQh8AByIf8AcSL/AHEh/wBxIf8AcSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEAAJ4rAACYIwIA&#10;kh4QAI0gGwCJIScAhiIyAIMjPACBI0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4AdCV3AHMlgQBx&#10;Jo0AbyaZAG4mpwBtJ7gAbCfOAWoo7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADLNgAAvDsAALE9&#10;AACnPQAAnzkAAJczAACPLQAAiCcMAIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMrTgBxK1QAcCtb&#10;AG4rYgBsK2oAayxyAGksfQBoLIkAZi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//AWAv/wFgL/8B&#10;YC7/Ado0AADFPAAAt0EAAKxDAACiQwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4Acy8pAHEwMwBv&#10;MDsAbTBDAGsxSgBpMVEAZzFXAGYxXgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFcM7EBWzTGAVo0&#10;5gFZNfsBWTX/AVk0/wFZNP8BWTT/AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItAAACCOwAAeTUE&#10;AHMzEABvNBoAbDQlAGk1LwBnNTcAZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdrAFs3dgFZN4IB&#10;WDiPAVY4ngFVOK8CVDnDAlM55AJTOvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAAr0kAAKRMAACa&#10;TAAAkUsAAIdGAAB9QAAAczsAAGw4DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBbOkoAWjtQAFg7&#10;WABXO2AAVjtoAFU8cwFTPH8BUjyNAVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+/wFNPf8BTT3/&#10;AclAAAC4SAAArE0AAKFQAACXUQAAjk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0eAFw+KABaPjEA&#10;WD44AFc+QABVP0YAVD9NAFM/VQBSQF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasCSUK+AkhC3gJI&#10;QvYCSEL/AkhC/wFIQf8BSEH/AcVEAAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1SgAAakYAAGFC&#10;CABcQREAWUIbAFdCJQBVQi4AU0I1AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpEbgFJRXoBR0WI&#10;AUZFmAJFRqkCREa9AkNG3AJDRvUCQ0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQAAJxXAACSWAAA&#10;iFgAAH5VAABxTwAAZkoAAFxGBQBXRg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EASkdJAElIUABI&#10;SFgAR0hhAEVJbABESXgBQkmGAUFJlgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/Sf8BP0n/Ab1K&#10;AACvUgAAo1gAAJlbAACQXQAAhlwAAHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExLHwBKSygASUsw&#10;AEdLOABGTD8ARUxGAERMTgBDTVYAQk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5AjlP1AI5T/IB&#10;OU7/ATlO/wE5Tf8BOk3/AbpOAACsVgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAAX1YAAFRSAABM&#10;TwsASU8SAEdQHABFUCUAQ1AtAEJQNQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6UnMAOFOCATdT&#10;kgE1U6QBNFO3ATNU0QEzU/EBNFP/ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRkAACLZgAAgGUA&#10;AHRjAABmXgAAXFwAAFFYAABHVQcAQlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldBADlXSQA4V1EA&#10;N1haADVYZQA0WHEAMliAATFYkAEvWaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8BLlb/AbJXAACl&#10;XwAAm2UAAJFpAACHagAAfGoAAHFoAABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4XB0AN1wmADVd&#10;LgA0XTYAM10+ADJdRgAxXk4AMF5XAC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdfzAAnX+0BJ17/&#10;ASdd/wEoXf8BKFz/Aa1cAACiZAAAmGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkAAElnAAA/ZQAA&#10;NWMJADJjEQAwYxkAL2QhAC5kKQAtZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsAJGZ6ACNmiwAi&#10;Zp0AIGaxAB9myQAfZusAIGX+ACBk/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACAdQAAdXUAAGl0&#10;AABccgAAT3EAAERvAAA6bgAAMG0DAClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJtPQAhbkYAIG5Q&#10;AB5uWwAdbmcAHG52ABpuhwAZb5oAGG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/AKRpAACacQAA&#10;kHYAAIZ5AAB8ewAAcXsAAGR7AABXegAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8AHHcWABt3HgAa&#10;dyYAGXcuABh3NwAXeEAAFXhKABR4VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAOd+YADnb6AA91&#10;/wAQdf8AEHT/AJ9xAACVeAAAi3wAAIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiCAAAuggAAJIIA&#10;AByCAAAUggkAEYMQABCDFgAQgx4ADoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNsAAiDfgAGg5EA&#10;BYKlAAOCuwAEgdsABIHyAAWA/wAGf/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAAYokAAFWKAABJ&#10;iwAAPYwAADGMAAAmjAAAHY0AABWOAAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAAjzIAAJA9AACQ&#10;SQAAj1YAAI9lAACPdgAAj4oAAI6fAACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSAAACLhQAAgokA&#10;AHSMAABmjwAAWZEAAEyTAABAlQAANJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJAACcDgAAnBMA&#10;AJwaAACcIgAAnSsAAJ01AACdQAAAnU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YAAJroAACZ+QAA&#10;mf8AAJj/AI6IAACGjAAAeJAAAGqUAABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAVogAADqQAAAim&#10;AAAAqAAAAKkEAACpCgAAqQ4AAKkTAACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACsYwAArHcAAKuO&#10;AACrpAAAq7wAAKreAACp9AAAqf0AAKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQAADamAAAqqAAA&#10;HqkAABSrAAANrgAABrAAAACyAAAAtQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkAALohAAC7KwAA&#10;vDgAAL1HAAC9WAAAvWsAAL2BAAC9mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABwmwAAYqAAAFOl&#10;AABGqgAAOK0AACqvAAAesQAAE7QAAAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADDAAAAxAAAAMYG&#10;AADHDAAAyBAAAMoWAADMIAAAzysAANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7AADT2AAA0+0A&#10;ANP2AHOdAABkowAAVqkAAEevAAA5swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAAAMkAAADNAAAA&#10;zwAAANAAAADSAAAA1AAAANYAAADZAgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA6U8AAOlkAADq&#10;fAAA65UAAOusAADrwgAA7NUAAOzlAGamAABYrAAASbMAADu5AAArvAAAHcAAABHEAAAJyAAAAMwA&#10;AADPAAAA0wAAANkAAADdAAAA4AAAAOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4EAADxCwAA9RIA&#10;APgcAAD7KwAA/T4AAP5TAAD+agAA/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA/wARAP8AEwD/&#10;ABkA/wAmAP8ANAD/AEEA/wBNAP8AWAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/AI0A/wCTAP8A&#10;mQD/AKAA/wCnAP4ArwD8ALoA+gDJAPkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA/wDkAP8A4QD/&#10;AP8ADwD/AA0A/wANAP8ADgD/ABQA/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBmAP4AbQD8AHUA&#10;+wB7APkAggD4AIgA9wCOAPYAlAD0AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA6AD8AOcA/wDl&#10;AP8A5gD/AOAA/wDZAP8A1AD/AP8ACwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/ADYA/wBCAPsA&#10;TgD3AFcA9ABgAPIAaADvAG8A7QB2AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEApADfAK4A3QC5&#10;ANoAygDXAOQA1AD2ANEA/wDQAP8A0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAAAP8ABAD/AA0A&#10;+gAWAPYAIwDzADAA8AA8AO0ARwDpAFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA1ACCANIAiADQ&#10;AI8AzQCWAMsAngDJAKgAxwCzAMUAwQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8AP8AvAD/AP8C&#10;AAD/AAAA/wAAAP8AAAD0AAcA7QARAOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0AXADKAGMAyABp&#10;AMYAbwDDAHUAwQB7AL8AggC+AIgAvACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDnAK4A+ACsAP8A&#10;qwD/AKwA/wCsAP8AqwD/AP8EAAD/AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIAygAuAMcAOgDD&#10;AEQAwABNALwAVQC5AFwAtwBjALUAaQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCnAJwApQCmAKMA&#10;swChAMMAnwDeAJ4A8gCdAP8AnAD/AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8KAADVBAAAzgAF&#10;AMYAEADAABoAuwAnALcAMgCzAD0AsABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBvAKEAdQCfAHwA&#10;nQCEAJsAjQCZAJcAlwCiAJUArgCTAL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8AjQH/APkOAADq&#10;EgAA3BUAAM0VAADEEQAAvgwAALoCCgC0ABIArgAeAKoAKgCmADUAogA/AKAASACdAVAAmwJWAJkC&#10;XACXA2MAlQNpAJMDbwCRBHYAkAR/AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK6wCCC/wAgQz/&#10;AIAM/wCADP8AgAz/APEVAADgHQAAzSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcWAJ0JIwCZCi4A&#10;lQs4AJMMQQCQDEkAjg1QAIwNVwCKDV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8Afg+bAHwPqAB7&#10;ELgAehDOAHgR7AB2Ev8AdRL/AHQT/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACuKAAApyMAAKAc&#10;AACbEwMAlg8QAJAQGwCMEScAiRIyAIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsVZQB5FWwAdxV0&#10;AHYWfgB0FooAcheWAHEXpABvGLQAbhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/AOAmAADKLQAA&#10;vDEAALAzAACnMQAAnywAAJcmAACQHwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4AdxxFAHUcTABz&#10;HFMAcR1ZAHAdYABuHWcAbR5wAGseegBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABiIvoAYSL/AGEi&#10;/wBhIv8AYSL/ANcsAADDNAAAtjgAAKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsgEgB3IR0AdCIn&#10;AHEiMQBvIzkAbSNBAGsjSABpI04AaCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaOAF4mnQBdJ60A&#10;WyjBAFso4ABaKfcAWSn/AFkp/wBZKf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAAkzwAAIo2AACB&#10;MAAAeSoDAHImDwBuJxkAaygjAGkoLABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBdKl8AXCtoAFor&#10;cgBZLH0AWCyLAFYtmgBVLaoAVC69AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2AAC6PQAArUIA&#10;AKJEAACYRAAAj0EAAIU8AAB7NwAAcjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45AFwvQABaL0YA&#10;WC9NAFcvVABWMFwAVTBkAFMxbgBSMXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMATDT/AEw0/wBM&#10;M/8ATDP/AMY6AAC2QgAAqUYAAJ5JAACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBgMhIAXTIcAFoy&#10;JQBYMy0AVjM1AFUzPABTNEMAUjRKAFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3lQBIN6YARzi4&#10;AUc40wFGOPEBRjj/AUY4/wBGOP8ARjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsAAH5HAABzQgAA&#10;aT0AAF83BgBaNhAAVzcYAFQ3IgBSNyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYASTlfAEg6aQBH&#10;OnUARTuDAEQ7kwBDPKQBQjy2AUE90AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACvSQAAo04AAJlQ&#10;AACPUQAAhVAAAHtMAABvRgAAZUIAAFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8NgBHPD0ARzxE&#10;AEY9SwBFPVQARD5cAEM+ZwBCP3MAQD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/ATxA/wE8QP8B&#10;PT//AbpFAACsTAAAoVEAAJdUAACNVQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwATD8TAElAHABH&#10;QCQARkAsAERAMwBDQDoAQkFCAEFBSQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5RKAAOEWzATdF&#10;ywE3RewBN0X/ATdE/wE4RP8BOEP/ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZWAABoUAAAXUwA&#10;AFNIAABKRQkARkQRAEREGQBCRCIAQUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdYADlHYgA4SG4A&#10;Nkh8ADVIjQA0SZ4AM0mxADJJyQAxSesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAAnFkAAJJcAACI&#10;XQAAfl0AAHNaAABlVQAAW1IAAFBOAABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5SjUAOEs9ADdL&#10;RAA2S00ANExWADNMYAAyTGwAMU16ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N/wAtTP8ALUz/&#10;ALBQAACkWAAAmV0AAI9hAACGYgAAe2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08MADhPEwA2TxsA&#10;NU8jADRQKwAzUDIAMlA6ADFQQgAwUUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oAJ1OtACZTxQAm&#10;U+cAJlP8ACdS/wAnUf8AJ1H/AKxVAACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABgYQAAVV4AAEpb&#10;AAA/WAAANVYIADFVEAAwVhcALlYfAC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZYWgAlWGcAJFh1&#10;ACNZhgAhWZgAIFmrAB9ZwgAfWeUAH1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cAAIprAAB/bAAA&#10;dWwAAGprAABdaAAAUWUAAEZjAAA7YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioAI14yACJeOgAh&#10;XkMAIF9MAB9fVwAeX2MAHGBxABtgggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZXv8AGV3/AKRg&#10;AACZaAAAkG4AAIZwAAB8cgAAcnIAAGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNmCAAfZg8AHWYV&#10;ABxmHQAbZiUAGmYtABlnNQAYZz4AF2dIABZnUwAVaF8AE2huABJofwARaJIAEGimAA9ovQAOaOAA&#10;EGf3ABBm/wARZf8AEWX/AJ9nAACWbwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAARnQAADtzAAAx&#10;cgAAJ3EAAB5xAAAWcAoAE3AQABNwFwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgANcVsADHFpAAtx&#10;egAKcY0ACHGhAAZxtgAGcNIAB3DvAAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58AAB0fgAAZn4A&#10;AFl+AABNfgAAQH0AADV9AAAqfAAAIXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwhAAd8KQAGfDIA&#10;BHw9AAN8SAABfFUAAHxjAAB8dAAAfIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8AAHj/AJZ3AACM&#10;fAAAg4AAAHmDAABshAAAXoUAAFGGAABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAANiAEABokKAAGJ&#10;DwAAiRQAAIgbAACIIwAAiSwAAIk2AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACHqwAAhsQAAIXm&#10;AACE+AAAhP8AAIT/AJB+AACHgwAAfocAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEAACSRAAAakgAA&#10;EpMAAA2UAAAGlQAAAJYGAACWDAAAlRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYAAJZVAACWZQAA&#10;lngAAJWOAACVpAAAlLwAAJPfAACT9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZlAAATJcAAD+Z&#10;AAAymgAAJpsAABucAAASnQAADJ8AAASgAAAAogAAAKMBAACjBwAAowwAAKMQAACkFQAApBwAAKUl&#10;AACmLwAApjwAAKZLAACmWwAApm4AAKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/AIaNAAB4kQAA&#10;apUAAFyZAABOnQAAQaAAADOiAAAmowAAG6UAABGnAAAKqQAAAasAAACtAAAArwAAALAAAACwAAAA&#10;sAUAALELAACyDwAAsxQAALQbAAC1JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAAtqkAALbCAAC2&#10;5AAAtvUAALX+AHuTAABtmAAAX50AAFCiAABCpgAANKkAACarAAAarQAAEK8AAAmyAAAAtAAAALcA&#10;AAC6AAAAvAAAAL0AAAC+AAAAvgAAAMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoyAADLQwAAy1UA&#10;AMxqAADMgwAAzJwAAMu1AADMzgAAzOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAAJ7IAABq1AAAQ&#10;uAAAB7sAAAC+AAAAwQAAAMQAAADIAAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA1QMAANgKAADb&#10;EAAA3hgAAOIkAADjNQAA5EgAAOVcAADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOkAABVqgAARrAA&#10;ADi1AAAouQAAGrwAAA/AAAAFxAAAAMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0AAADfAAAA4QAA&#10;AOMAAADlAAAA6AAAAOoAAADtBgAA8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wAAPyVAAD8qgAA&#10;/LsAAP3LAP8ADwD/AA4A/wAOAP8AEAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/AF4A/wBmAP8A&#10;bgD/AHYA/wB8AP8AggD/AIkA/wCPAP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA2wD2APAA9AD/&#10;APMA/wDyAP8A7AD/AOIA/wDcAP8A1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAeAP8AKwD/ADgA&#10;/wBEAP8ATwD/AFkA/gBhAPwAaQD6AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA7wCdAO0ApQDs&#10;AK8A6gC8AOgAzQDmAOgA5AD6AOMA/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/AAEA/wAAAP8A&#10;BAD/AA4A/wAZAP8AJQD9ADIA+wA+APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgAdwDmAH0A5ACD&#10;AOIAiQDgAJAA3gCXANwAnwDZAKkA1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/AMgA/wDCAP8A&#10;vgD/AP8AAAD/AAAA/wAAAP8AAAD7AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A4ABWANwAXQDZ&#10;AGQA1QBrANIAcQDQAHYAzgB8AMwAgwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9AM8AuwDrALkA&#10;/AC3AP8AtwD/ALYA/wC0AP8AsQD/AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEAGQDbACUA1QAx&#10;ANIAPADOAEYAygBPAMcAVwDEAF4AwQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCKALMAkwCxAJwA&#10;rwCnAK0AswCrAMUAqQDhAKcA9QCmAP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA8QAAAOgAAADg&#10;AAAA1AALAMwAEwDHAB8AwgAqAL8ANQC8AD8AuABIALUAUACzAFcAsABeAK4AZACsAGkAqwBvAKkA&#10;dQCnAHwApQCEAKMAjAChAJYAnwChAJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA/wCVAP8AlQD/&#10;APwBAADwBQAA4wcAANUFAADMAAAAxQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBBAKYASgCjAFEA&#10;oQBXAJ8AXQCdAGMAmwBpAJoAbwCYAHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYAigDJAIgA5wCH&#10;APkAhwD/AIYA/wCGAP8AhgD/APQMAADkEAAA0RIAAMURAAC9DgAAtggAALEACACrABEApgAbAKEA&#10;JgCeADEAmgA6AJgAQwCVAEoAkwBRAJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYAgACEAIsAggCW&#10;AIAAowB+ALEAfQDEAHsC4QB6A/UAegX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0AALocAACxGQAA&#10;qhMAAKQNAACfBQwAmQAUAJUAHwCRAikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cAgQddAH8HYwB9&#10;CGoAewhyAHoIfAB4CYYAdgmSAHQKoABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBtDv8AbQ7/AOEc&#10;AADLIwAAvCYAALEmAACoJAAAoB4AAJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4NNQB8Dj0Aeg5F&#10;AHgOSwB3DlEAdQ9YAHMPXgBxEGUAcBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLAAGUS3wBkE/YA&#10;YxT/AGMU/wBiFP8AYhT/ANYkAADDKgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAAghMIAH0REgB5&#10;EhwAdhMnAHMUMABxFDgAbxU/AG0VRgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBiF34AYRiLAF8Y&#10;mQBeGakAXBm8AFwa2ABaG/MAWhz/AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2AACbNAAAkjEA&#10;AIkrAACBJQAAeR0DAHMYDgBvGRgAbBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1OAF8dVQBdHVwA&#10;XB5kAFsebgBZH3kAWB+HAFYglgBVIKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8AUiL/AMgvAAC4&#10;NgAAqzoAAKA8AACWOwAAjTgAAIMyAAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBfIi8AXSI2AFsi&#10;PQBaI0QAWCNKAFcjUQBVI1gAVCRhAFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwozgBLKO4ASyn/&#10;AEso/wBLKP8ASyj/AMM0AACzOwAApz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0AAGMnCABeJhEA&#10;XCYZAFknIgBXJysAVSgyAFQoOQBSKEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMASSuAAEgrkABH&#10;LKEARi2zAEUtywBFLuwARC7/AEQu/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACPRQAAhUMAAHs+&#10;AABxOQAAZzQAAF4uBABYKw4AVSsWAFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEktSgBILlIARy5a&#10;AEYvZABFL3AAQzB+AEIwjQBBMZ4AQDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/ALs8AACtQwAA&#10;oUcAAJZJAACMSQAAg0gAAHhEAABtPgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQASTErAEcxMgBG&#10;MTkARDFAAEMyRwBCMk8AQTNYAEAzYgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5N+gAOTf8ADo3&#10;/wA6Nv8AOjb/ALdAAACqRgAAnksAAJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5AABNNQkASTQR&#10;AEc1GQBFNSEAQzUoAEE1LwBANTYAPzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5ADg5iQA3OpsA&#10;NTqtADU7xAA0O+YANDv7ADU7/wA1Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAAflAAAHNNAABn&#10;SAAAXEQAAFI/AABIOgYARDkPAEE5FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANzxTADY8&#10;XQA1PWkAND13ADM+hwAxPpkAMD+rAC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFHAACkTQAAmVIA&#10;AI9VAACGVgAAfFUAAHFSAABkTAAAWUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4jADc+KgA2PzEA&#10;NT84ADQ/QAAzQEgAMkBRADFBWwAwQWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIAKkP5ACpD/wAr&#10;Qv8AK0L/AK5KAAChUQAAl1YAAI1ZAACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABDRwAAOkMKADZD&#10;EQA0QxgAM0MgADJEJwAxRC8AMEQ2AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChHgwAmR5UAJUio&#10;ACRIvgAjSOAAJEj3ACVH/wAlR/8AJkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14AAGtcAABfWAAA&#10;VVUAAEtRAABATQAANUoHADBJDgAuSRUALUkdACxJJAArSisAKkozAChKOwAnS0MAJktMACVLVgAk&#10;TGIAI0xwACFMgAAgTZMAH02mAB5NuwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACcWgAAkl8AAIhj&#10;AAB+ZAAAdGMAAGlhAABcXgAAUlsAAEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQIAAkUCgAI1Av&#10;ACJRNwAhUUAAIFFJAB5SUwAdUl8AHFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0ABdS/wAYUf8A&#10;GVH/AKNZAACYYAAAj2UAAIVoAAB7aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAALloAACVYCAAg&#10;Vw4AHlcUAB1XHAAcWCMAG1grABpYMwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegASWo0AEVqhABBa&#10;twAOWtUAEFnzABBZ/wARWP8AEVj/AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJtAABVagAASGgA&#10;AD5mAAAzZQAAKWMAACBhAQAYYAsAFWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFAAA9hSwAOYVgA&#10;DWFmAAxidgALYokACmGdAAlhsgAIYcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAAiHEAAH5zAAB1&#10;dQAAanQAAFxzAABPcgAAQ3AAADhvAAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAMahkAC2ohAApq&#10;KQAJajIACGo8AAdrRwAFa1MABGthAAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp+AAAaP8AAGj/&#10;AJdtAACNcwAAhHcAAHt6AABwewAAY3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYAABV2AAAPdgIA&#10;CXYKAAR2DwAAdhUAAHYcAAB2JAAAdSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4AAHSTAAB0qAAA&#10;c8AAAHPjAABy9wAAcv8AAHH/AJJ1AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABBggAANYMAACmC&#10;AAAfgQAAFoEAABCCAAAKggAAAoMHAACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACCOwAAgkcAAIJV&#10;AACBZQAAgXgAAIGNAACAogAAf7oAAH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QAAG6GAABgiAAA&#10;UooAAEWLAAA5jAAALIwAACGMAAAXjAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4AAI8SAACQGAAA&#10;kB8AAJAoAACQMgAAkD8AAJBNAACQXQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAAi/4AAIv/AIiE&#10;AACAiAAAcosAAGSNAABWkAAASJMAADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACbAAAAnQAAAJ0A&#10;AACdAwAAnQkAAJ0NAACeEQAAnhcAAJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97AACekwAAnqsA&#10;AJ3GAACd6QAAnPkAAJz/AIOLAAB1jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAAF6AAAA6iAAAH&#10;pAAAAKYAAACoAAAAqgAAAKoAAACqAAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAAsSkAALE4AACx&#10;SAAAsVoAALFvAACxiAAAsaAAALC6AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2fAAA/owAAMaYA&#10;ACOnAAAXqQAADqsAAAWuAAAAsAAAALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoAAAC8AwAAvQkA&#10;AL4OAADAFAAAwx4AAMUrAADFPAAAxk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUAAMXzAGyZAABe&#10;ngAAT6QAAEGoAAAyrAAAJK8AABaxAAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAAxgAAAMYAAADI&#10;AAAAyQAAAMsAAADMAAAAzgAAANAGAADTDQAA2BMAANweAADeLQAA30AAAOBUAADhawAA4YUAAOGf&#10;AADhtwAA4c8AAOHmAGChAABSpwAAQ60AADSyAAAltQAAF7kAAA28AAABvwAAAMMAAADHAAAAygAA&#10;AM8AAADTAAAA1gAAANcAAADaAAAA3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsAAPASAADzHwAA&#10;9DEAAPZGAAD3XAAA+HQAAPiPAAD5pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/ABMA/wAfAP8A&#10;LAD/ADkA/wBFAP8AUAD/AFkA/wBiAP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0AkAD8AJcA+gCe&#10;APkApwD3ALEA9gC+APUA0gDzAOwA8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/AP8ABwD/AAQA&#10;/wACAP8ABgD/ABAA/wAbAP8AJwD/ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA9QByAPMAeADy&#10;AH4A8ACEAO8AigDtAJEA7ACZAOoAoQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDdAP8A2QD/AMwA&#10;/wDFAP8AwQD/AP8AAAD/AAAA/wAAAP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMARQDvAE4A7ABX&#10;AOkAXgDmAGUA5ABsAOIAcgDgAHcA3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCvAM0AvgDLANUA&#10;yQDvAMcA/wDFAP8AxAD/AL4A/wC4AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA8QARAOsAHADn&#10;ACgA5AAzAOEAPgDdAEgA2ABRANMAWADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDEAIQAwgCMAMAA&#10;lAC+AJ4AuwCoALkAtgC3AMgAtQDmALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8AAAD/AAAA+gAA&#10;APEAAADoAAMA4AANANgAFgDRACIAzQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBfALgAZQC3AGoA&#10;tQBwALMAdgCxAH0ArwCFAK0AjQCrAJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8AngD/AJ4A/wCe&#10;AP8AnAD/AP8AAAD3AAAA6wAAAOEAAADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0ADoAsQBDAK4A&#10;SwCrAFIAqQBYAKcAXgCmAGQApABpAKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYApwCUALYAkgDK&#10;AJAA6QCPAPwAjgD/AI0A/wCMAP8AjQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQACALYADQCwABUA&#10;qwAgAKcAKgCkADQAoQA8AJ4ARACcAEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAAjwB3AI0AgACL&#10;AIoAiQCVAIcAoQCFAK8AgwDBAIEA4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADcDgAAyhAAAL4O&#10;AAC1CwAArwMAAKkABwCjABAAngAYAJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoAUQCIAFcAhgBd&#10;AIUAYwCDAGoAgQBxAH8AegB9AIQAewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/AHIA/wBxAP8A&#10;cQD/AOMRAADNFwAAvxkAALMZAACqFQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUAhQAvAIMANwCA&#10;AD4AfgBFAH0ASwB7AFEAeQBXAHgAXQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABrA6YAaQS3AGgF&#10;zgBnB+wAZgj9AGYJ/wBlCf8AZQn/ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIUAACMDgEAhgcN&#10;AIAEFAB8Bh4AeQcoAHYIMAB0CDgAcgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtnAGcLcABlDHoA&#10;YwyHAGIMlQBgDaQAXw22AF4NzgBcDu0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAArysAAKQrAACa&#10;KQAAkiQAAIkfAACCGAAAexEFAHUNDwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABkEEYAYxBNAGEQ&#10;UwBfEVoAXhFiAFwRawBbEXYAWRKDAFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW/wBSFf8AUhX/&#10;AMYoAAC2LgAAqTIAAJ8yAACVMQAAjC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQcAGEUJQBfFS0A&#10;XRU0AFwVOwBbFkIAWRZIAFgWTwBWF1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8ATBqwAEsbxwBL&#10;G+kAShz9AEoc/wBKHP8AShz/AMEtAACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0KQAAbCMAAGQc&#10;BwBeGRAAWxoYAFkbIQBXGykAVRswAFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEseYwBKHm4ASR98&#10;AEcfiwBGIJwARSGuAEQhxABDIuYAQyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwAAJc+AACNPQAA&#10;gzoAAHk1AABvMAAAZioAAF4kAgBXIA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoASSJAAEgiRwBH&#10;Ik4ARiNXAEQjYABDJGsAQiR5AEEliAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9J/8APSf/ALg2&#10;AACqPQAAnkAAAJRCAACKQgAAgD8AAHY7AABsNgAAYjAAAFkqAABRJQsATSURAEslGQBJJSEARyYo&#10;AEUmLwBEJjYAQyY9AEInRABBJ0sAPyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCupADcsvwA3LOAA&#10;Nyz4ADcs/wA3LP8AOCz/ALU6AACnQAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAAXzYAAFUxAABM&#10;KwcARykPAEUqFgBDKh4AQSolAD8qLAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4LmYANi5zADUv&#10;gwA0L5UAMzCnADIwvQAxMd4AMTH3ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9KAACFSgAAe0kA&#10;AHBFAABlQAAAWzsAAFI2AABIMQQAQi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYA&#10;NDFPADMxWQAyMmQAMTJxADAzgQAvNJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8ALjT/AK5BAACi&#10;SAAAl0wAAI1OAACDTgAAeU0AAG5KAABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3MxgANjMfADQz&#10;JgAzMy0AMjQ0ADE0PAAwNUQALzVMAC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5uQAmOdgAJzn0&#10;ACg5/wAoOP8AKTj/AKtFAACfSwAAlE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYAAExCAABCPQAA&#10;ODgIADQ4DwAyOBUAMTgdAC84JAAuOCsALTkyACw5OQArOkEAKjpKACk7VAAoO18AJzxtACU8fQAk&#10;PY8AIz2iACI9twAhPtQAIT7zACI9/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/VwAAdVYAAGpT&#10;AABdTwAAU0wAAEpIAABARAAANkAFAC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+NwAmPz8AJD9I&#10;ACNAUgAiQF0AIUFqACBBegAeQY0AHUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/AKVNAACaUwAA&#10;kFgAAIZbAAB9XAAAclsAAGdYAABbVAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAAJUMWACRDHgAj&#10;RCUAIkQsACFENAAgRTwAHkVFAB1FTwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAUSM4AFUfvABZH&#10;/wAXRv8AF0b/AKJSAACXWAAAjV0AAIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERUAAA5UQAAL04A&#10;ACZLBgAgSg4AHkoTAB1KGgAcSiEAG0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExlABNNdQASTYgA&#10;EU2cABBNsQAOTswAD03uABBN/wARTP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAAbWYAAGNkAABW&#10;YQAASl4AAD9bAAA1WAAAK1YAACJUAQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAARUjQAEVI+ABBT&#10;SAAPU1QADlNiAA1UcgAMVIQAC1SYAAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtdAACRZAAAiGgA&#10;AH5rAAB0bAAAa2wAAF9qAABSZwAARWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoMAA5aEQAOWhgA&#10;DVsgAAxbJwALWzAACls6AAlbRQAHW1EABlteAARbbQADW4AAAVuUAABbqAAAW8AAAFriAABa9gAB&#10;Wv8AAln/AJdkAACOawAAhG4AAHtwAABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAqaQAAIWcAABhm&#10;AAARZgEADGUKAAdlDwAEZRQAA2QbAAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABkaQAAZHsAAGSP&#10;AABjpAAAY7sAAGLdAABi9AAAYv8AAGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcAAFJ2AABGdQAA&#10;OXQAAC50AAAjcgAAGnEAABJxAAANcQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYAAG8wAABvOwAA&#10;b0cAAG9UAABvZAAAb3UAAG6KAABtoAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACFeAAAfXsAAHN9&#10;AABlfgAAWH4AAEt+AAA+fgAAMn4AACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8CwAAfA8AAHwT&#10;AAB8GQAAfCEAAHwpAAB8NAAAe0AAAHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjOAAB37wAAdv4A&#10;AHb/AIl6AACBfwAAeIIAAGuDAABdhQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAADYgAAAaJAAAA&#10;igAAAIoAAACJBgAAiQwAAIkPAACJEwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAAiWgAAIl8AACI&#10;lAAAh6sAAIbGAACF6gAAhfsAAIT/AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiRAAArkQAAH5IA&#10;ABSSAAANkwAABJQAAACWAAAAlwAAAJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJkaAACZIgAAmi4A&#10;AJo9AACZTQAAmV4AAJlzAACYiwAAmKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAAZI8AAFaTAABI&#10;lgAAOpkAACyaAAAfmwAAFJwAAAyeAAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAApQAAAKYCAACn&#10;CAAApw0AAKgRAACpGQAAqyMAAKsxAACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq0AAAqe8AAKn7&#10;AHWPAABnlAAAWZgAAEqcAAA8nwAALaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4AAACxAAAAsgAA&#10;ALIAAACzAAAAtAAAALUAAAC2AAAAuAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcAAMBbAADAcgAA&#10;wI0AAMGmAADAwQAAv+MAAL7zAGqXAABbnAAATaEAAD6lAAAvqQAAIasAABOtAAALsAAAALMAAAC1&#10;AAAAuAAAALwAAAC/AAAAwQAAAMEAAADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADOCAAA0Q8AANUY&#10;AADYJwAA2TkAANpNAADbZAAA234AANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoAADKvAAAisgAA&#10;FLUAAAq4AAAAuwAAAL8AAADDAAAAxgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAAANkAAADbAAAA&#10;3gAAAOAAAADkAAAA5wYAAOsOAADvGQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA9LYAAPTHAP8A&#10;CQD/AAYA/wAHAP8ADAD/ABEA/wAcAP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8AZQD/AGwA/wBy&#10;AP4AeAD8AH4A+wCEAPoAiwD5AJIA9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7AO0A/wDsAP8A&#10;4QD/ANIA/wDJAP8AxAD/AP8AAQD/AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A/wA7AP0ARgD6&#10;AFAA9wBYAPQAXwDyAGYA8ABsAO8AcgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADjAKYA4QCxAN8A&#10;wQDdAN0A2wD0ANkA/wDWAP8AzwD/AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8AAAD/AAsA/AAT&#10;APcAHgD0ACoA8gA1AO4AQADpAEoA5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4ANQAfgDSAIUA&#10;0ACNAM4AlQDMAJ8AyQCqAMcAuADFAM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8ArQD/AP8AAAD/&#10;AAAA/wAAAPkAAADyAAYA6wAPAOYAGQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJAFoAxwBgAMUA&#10;ZgDDAGsAwQBxAL8AdwC9AH4AuwCGALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA9wCrAP8AqgD/&#10;AKgA/wCjAP8AoAD/AP8AAAD/AAAA9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgApAMIAMwC/AD0A&#10;uwBFALgATQC2AFQAswBaALEAXwCwAGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEAowCcAKAAqQCe&#10;ALgAnADOAJoA7gCZAP8AlwD/AJYA/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADNAAAAxAAGAL0A&#10;DwC3ABgAswAiALAALACtADYAqQA+AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsAagCaAHAAmAB3&#10;AJYAgACUAIoAkQCVAI8AogCNALAAiwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/APMAAADjAAAA&#10;0QAAAMUAAAC9AAAAtgAAAK4ACwCoABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYAkgBMAJEAUgCP&#10;AFgAjQBdAIsAYwCKAGoAiABxAIYAeQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4APIAeAD/AHcA&#10;/wB3AP8AdwD/AOcHAADRDAAAww0AALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIAHwCOACgAiwAx&#10;AIgAOQCGAEAAhABGAIIATACAAFIAfwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACIAHEAlQBwAKQA&#10;bgC0AGwAygBrAOoAagD8AGoA/wBqAP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAAnA4AAJYHAACQ&#10;AAkAigAQAIUAGACBACEAfgAqAHsAMgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBuAF4AbQBlAGsA&#10;bgBpAHcAZwCDAGUAkQBjAJ8AYgCvAGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4YAAC9HQAAsCAA&#10;AKUfAACbHAAAkxcAAIsRAACEDAAAfgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6AGkCQABnA0YA&#10;ZgNMAGQEUgBjBFkAYQRgAF8FaQBeBXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEAVAv2AFQL/wBU&#10;C/8AVAv/AMYfAAC2JQAAqSgAAJ4oAACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBpCBQAZgkdAGQK&#10;JQBiCi0AYAs0AF4LOgBdC0AAWwxHAFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAOigBPDpoATg6s&#10;AEwPwgBMEOMASxD5AEsQ/wBLEf8ASxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikAAH0kAAB0HgAA&#10;bBcAAGURBwBfDhAAXA8XAFoQHwBYECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAAThFXAEwSYABL&#10;EmsASRJ4AEgThwBGE5cARRSpAEQUvgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACrMQAAoDQAAJU1&#10;AACLNAAAgTEAAHgrAABvJgAAZiAAAF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwVMQBLFjcASRY+&#10;AEgWRABHF0wARRdUAEQXXQBDGGcAQRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2ADwc/wA8HP8A&#10;PBz/ALUwAACoNgAAnDkAAJE7AACHOgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkATBkQAEoaFwBI&#10;Gh8ARhomAEUbLQBDGzMAQhs6AEEcQQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4H5IANyCkADYg&#10;uAA1IdYANSH0ADUi/wA1If8ANiH/ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4AABnMgAAXS0A&#10;AFQoAABMIgUARh8OAEMfFABBHxsAPx8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJNADciVwA2I2IA&#10;NCNuADMkfgAyJI8AMSWiAC8ltgAvJtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAAlkIAAIxDAACC&#10;QwAAeEEAAG49AABjOAAAWjMAAFEuAABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2JCwANSUzADQl&#10;OgAzJkIAMiZKADEnVAAwJ18ALyhsAC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor/wAqKv8AKyr/&#10;AKw8AACfQgAAlEYAAIpHAACARwAAdkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJADcoEAA1KBUA&#10;MygcADIoIwAwKCkALykwAC8qNwAuKj8ALStIACwrUgArLF0AKixqACgteQAnLYsAJi6eACUuswAk&#10;L80AJC/uACUv/wAlL/8AJi7/AKk/AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABeQgAAVD0AAEs5&#10;AABBNAAAOC8GADItDQAwLRMALi0ZAC0tIAArLScAKi4uACkuNQApLz0AKC9GACcwTwAlMFsAJDFo&#10;ACMxdwAiMokAITKdAB8zsQAeM8sAHjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0AAIZPAAB8UAAA&#10;c08AAGhMAABcRgAAUkMAAEk/AAA/OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQAJTMrACQzMgAj&#10;NDoAIjRDACE1TQAgNVgAHzZlAB42dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAbN/8AGzf/AKNH&#10;AACYTQAAjlEAAIRTAAB7VAAAcVMAAGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5CQAlNw4AIzcU&#10;ACI4GwAhOCIAIDgoAB84MAAeOTgAHTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZABQ8rQATPcYA&#10;Ez3pABQ8/QAVPP8AFjv/AKBLAACVUQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAATk8AAEVLAAA6&#10;RwAAMEMAACdABQAgPg0AHT4RABw+FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAUQFMAE0BgABJB&#10;cAARQYIAEEGXAA9BrAAOQsQADkLnAA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBdAAB2XgAAbF0A&#10;AGJbAABWVwAATFUAAEFRAAA2TgAALEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0UiABJFKQARRTEA&#10;EUU7ABBGRQAPRlAADkdeAA1HbQAMR38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8AC0b/AJpVAACQ&#10;WwAAh2AAAH1iAABzYwAAamIAAGBhAABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAXTgQAEUwMAA9M&#10;EQAOTBcADkweAA1NJQAMTS4AC003AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFOpAAATboAAE3b&#10;AAFN8gABTf8AAkz/AJZbAACNYgAAhGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEAADdfAAAtXAAA&#10;I1oAABpYAAASVwEADVYJAAlVDgAHVRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoAAFZXAABWZQAA&#10;VXcAAFWLAABVoAAAVbYAAFTUAABU8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABvbwAAY24AAFZs&#10;AABJagAAPWgAADJmAAAnZQAAHWMAABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABfHgAAXyYAAF8v&#10;AABfOgAAX0UAAF9TAABfYQAAXnIAAF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/AJBqAACGbwAA&#10;fXIAAHV0AABqdQAAXXQAAE9zAABCcgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAAAmsGAABrCwAA&#10;ag8AAGoUAABqGgAAaiEAAGkqAABpNAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAAZ64AAGbKAABl&#10;7QAAZfwAAGT/AItxAACCdgAAenkAAHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5AAAZeAAAEXcA&#10;AAp3AAADdwAAAHcCAAB3CAAAdg0AAHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVHAAB1VgAAdWgA&#10;AHR8AAB0kgAAc6oAAHLEAABx6QAAcPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAATIIAAD+DAAAy&#10;hAAAJYMAABqDAAARgwAACoMAAAKDAAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAAgxUAAIQcAACE&#10;JgAAhDIAAIQ/AACDTwAAg2AAAIJ1AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKAAAB6hAAAbIYA&#10;AF6IAABQigAAQosAADWNAAAnjQAAG40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIAAACSAAAAkgEA&#10;AJIHAACSDAAAkhAAAJMVAACTHQAAlCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwAAJG2AACQ2AAA&#10;j/MAAI//AH6HAABwigAAYY0AAFOQAABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAAmwAAAJwAAACe&#10;AAAAoAAAAKAAAACgAAAAoAAAAKEAAAChBAAAogkAAKMOAACkFAAApR0AAKYqAACmOgAApkwAAKVg&#10;AACleAAApZIAAKSsAACkyQAAo+sAAKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4AAB2gAAARoQAA&#10;CKMAAAClAAAApwAAAKkAAACsAAAArgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAAALMGAAC1DQAA&#10;txMAALkeAAC5LgAAukAAALpUAAC7agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABYmQAASp4AADui&#10;AAAspgAAHagAABGqAAAHrAAAAK8AAACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+AAAAvwAAAMAA&#10;AADCAAAAxAAAAMYAAADIAwAAywsAAM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSSAADVqwAA1cQA&#10;ANTiAFudAABMogAAPacAAC+sAAAfrwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAAAMcAAADKAAAA&#10;zAAAAMwAAADOAAAA0AAAANIAAADVAAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA7CQAAO04AADu&#10;TgAA72cAAPCCAADwnAAA8LIAAPHFAP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8AJAD/ADAA/wA8&#10;AP8ARwD/AFEA/wBZAP8AYAD9AGcA/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCUAPIAnQDwAKcA&#10;7gCzAOwAxADrAOEA6gD4AOkA/wDnAP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA/wAAAP8AAAD/&#10;AAwA/wAUAP8AIAD/ACsA/gA3APoAQgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDoAHMA5wB5AOUA&#10;fwDjAIYA4QCOAN8AlgDdAKAA2wCsANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A/wC2AP8AsgD/&#10;AP8AAAD/AAAA/wAAAP8AAAD9AAgA9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABNANwAVQDZAFsA&#10;1gBhANMAZwDRAGwAzwByAM0AeADLAH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUAvADlALoA+wC4&#10;AP8AtwD/ALAA/wCpAP8ApQD/AP8AAAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDaACAA1AAqANAA&#10;NQDLAD4AyABHAMUATgDCAFUAwABbAL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMAiACxAJIArgCe&#10;AKwAqgCpALsAqADVAKYA8wCkAP8AowD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAAAOUAAADYAAAA&#10;zgAJAMcAEQDCABoAvgAkALsALgC3ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8ApwBlAKUAawCk&#10;AHEAogB4AKAAgQCeAIsAnACWAJkAowCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCNAP8AiwD/APkA&#10;AADrAAAA3QAAAM8AAADGAAAAvAAEALUADQCwABUArAAeAKgAKAClADEAogA5AJ8AQQCdAEgAmwBO&#10;AJkAUwCXAFkAlgBeAJQAZACSAGoAkABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8AIIA3ACBAPYA&#10;gAD/AH8A/wB/AP8AfgD/AOwAAADaAAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAAnAAYAJgAIgCV&#10;ACoAkgAyAJAAOgCNAEEAiwBHAIkATQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9AH0AewCIAHgA&#10;lQB2AKMAdQC0AHMAzABxAO0AcAD/AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJAACoBAAAoQAA&#10;AJsAAwCUAAwAjwATAIoAGwCHACQAhAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBSAHYAVwB0AF0A&#10;cgBkAHAAbQBvAHYAbACCAGoAjwBpAJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8AYwD/ANAOAAC/&#10;EgAAshMAAKcSAACdEAAAlQsAAI8DAACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBxADQAbwA6AG4A&#10;QABsAEYAagBMAGkAUgBnAFgAZgBfAGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkAvABYANwAWAD0&#10;AFgA/wBXAP8AVwD/AMYWAAC2GgAAqh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEKAHIAEABuABcA&#10;agAfAGgAJwBlAC4AZAA0AGIAOwBgAEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwAVQB3AFMAhQBS&#10;AJQAUAGlAE8BuABOAtIATQTwAE0F/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACPIgAAhR0AAH0Y&#10;AAB1EgAAbg0CAGcGDABjAxEAXwIZAF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMGRwBRBk4AUAdV&#10;AE4HXgBNCGcASwhzAEkJgQBICZIARwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/ALkkAACqKQAA&#10;niwAAJQsAACKKgAAgCYAAHchAABuGwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIATwwpAE0MLwBM&#10;DDYASw08AEkNQgBIDUkARg1RAEUOWgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7ENEAOxHxADsR&#10;/wA7Ef8APBH/ALQpAACmLwAAmjIAAJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkWAABREQgATA8Q&#10;AEoQFgBIEB0ARhAkAEUQKwBDETEAQhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNtADkTfAA3FI0A&#10;NhSfADUVswA0Fc0AMxbuADQW/wA0Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAAeDQAAG4uAABl&#10;KgAAXCQAAFQeAABMGAQARhQNAEIUEgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4FkIANxZKADYX&#10;UwA1F14AMxhqADIZeQAwGYoALxqdAC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwyAACfOAAAlDsA&#10;AIo8AACAPAAAdjkAAGs0AABiLwAAWSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkdADYaIwA1GikA&#10;NBowADMaNwAyGz4AMRtHAC8cUAAuHVsALR1nACwedgAqHogAKR+bACgfrgAnIMcAJiDqACcg/gAo&#10;IP8AKCD/AKk2AACdPAAAkj8AAIdBAAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABEJQAAOyAHADYe&#10;DgAzHhMAMh4ZADAeIAAvHiYALh8tAC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYidAAlI4UAIyOZ&#10;ACIkrQAhJMUAISXoACIl/QAiJP8AIyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMAAGc/AABdOgAA&#10;UzYAAEoxAABBLAAAOCYDADEjDAAuIhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkAJSVBACQlSwAj&#10;JlYAIiZjACEncgAfJ4MAHiiXAB0oqwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACYQwAAjUcAAINJ&#10;AAB6SQAAcEcAAGZEAABaPwAAUTsAAEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUnGgAkJyEAIygn&#10;ACIoLgAhKTYAICk/AB8qSQAeKlQAHStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3kABct+gAYLf8A&#10;GS3/AKFBAACVRwAAi0sAAIJNAAB4TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAAMzQAACovBgAk&#10;LA0AISwSACAsGAAfLR4AHi0lAB0tLAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAVMX8AEzGTABIx&#10;qAARMr8AETLiABIy+QATMf8AEzH/AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJOAABWSQAATUYA&#10;AERDAAA7PwAAMToAACc2AwAfMgsAHDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6ABQ0RAATNE8A&#10;EjVcABE1awAQNn0ADzaRAA42pgANN7wADTfdAA029gAONv8ADzb/AJtJAACRTwAAh1MAAH5WAAB1&#10;VgAAalUAAGBTAABVTwAATEwAAEJJAAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAUOBgAEzkfABI5&#10;JgAROS4AEDk3AA86QQAOOkwADTtZAA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg88AAJO/8ACjv/&#10;AJhOAACOVAAAhVgAAHxbAAByWwAAaFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcAACFEAAAYQgMA&#10;EkALABA/EAAOPxUADj8cAA1AIwAMQCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYAA0GKAAFBnwAA&#10;QbQAAEHQAAFB7gABQfwAAkD/AJVUAACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABRWwAARVcAADpU&#10;AAAvUQAAJU8AABxMAAAUSgAADkgIAAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJIOwAASEcAAEhT&#10;AABIYgAASHMAAEiGAABImwAASLEAAEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMAAHdlAABuZgAA&#10;ZWYAAFlkAABMYAAAQF0AADVbAAAqWQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEAAFAWAABQHQAA&#10;UCUAAFAuAABQOAAAUEMAAFBQAABQXgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAATfsAAE3/AI9h&#10;AACGZgAAfWkAAHRsAABsbQAAYWsAAFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJeAAAMXAAABlwG&#10;AABbCwAAWg8AAFoTAABaGQAAWSEAAFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+AABYlAAAV6sA&#10;AFfFAABW6QAAVfsAAFX/AIxoAACCbQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAAM20AAChrAAAd&#10;agAAFGgAAA1nAAAHZwAAAGYDAABmCQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAAZDoAAGNHAABj&#10;VQAAY2YAAGN6AABikAAAYacAAGDBAABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54AABgeAAAUncA&#10;AEV3AAA4dgAAK3YAACB0AAAWcwAADnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEOAABwEQAAcBcA&#10;AHAeAABwJwAAcDMAAG9AAABvUAAAb2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgAAGn/AIN3AAB8&#10;ewAAc30AAGV+AABXfwAASX8AADx/AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAAfwAAAH8AAAB+&#10;AAAAfgUAAH4KAAB+DQAAfhEAAH4XAAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8hAAAe5wAAHq2&#10;AAB52gAAePUAAHf/AIB/AAB3ggAAaYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkAAA+JAAAHigAA&#10;AIsAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIAAI4vAACOPwAA&#10;jVAAAI1kAACMewAAjJUAAIuuAACKzQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABCjwAANJEAACaS&#10;AAAZkwAADpQAAAaVAAAAlgAAAJgAAACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACcAAAAnQUAAJ0L&#10;AACeEAAAnxcAAKAkAACgNAAAoEYAAKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5AHCMAABhjwAA&#10;U5IAAESWAAA2mQAAJ5sAABmcAAAPnQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAAAKkAAACpAAAA&#10;qgAAAKsAAACsAAAArQAAAK4BAACwCQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAAtH4AALOaAACz&#10;tAAAs9UAALPwAGSTAABVlwAAR5sAADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACtAAAAsAAAALQA&#10;AAC2AAAAuAAAALgAAAC5AAAAugAAALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkPAADKGgAAyywA&#10;AMxAAADNVgAAzm8AAM2LAADMqAAAzMIAAMziAFibAABJoAAAOqUAACypAAAcqwAAD64AAASxAAAA&#10;tAAAALcAAAC6AAAAvgAAAMMAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA0gAAANUAAADZ&#10;AAAA3QAAAOEFAADmDwAA5x4AAOgyAADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8AAAD/AAAA/wAA&#10;AP8ABgD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABoAPYAbgD1AHQA&#10;9AB6APIAgADxAIcA7wCPAO0AlwDrAKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A0AD/AMQA/wC8&#10;AP8AtgD/AP8AAAD/AAAA/wAAAP8AAAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDxAEYA7QBPAOsA&#10;VgDoAFwA5gBiAOQAaADjAG4A4QBzAN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8AtADMAMkAyQDp&#10;AMgA/wDHAP8AwQD/ALcA/wCvAP8AqwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAOAO4AFwDqACIA&#10;5gAsAOEANwDdAEAA2ABJANMAUADQAFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkAwgCBAMAAigC+&#10;AJQAvACfALkArAC2AL4AtADdALMA9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/AAAA+QAAAO8A&#10;AADmAAAA3wALANYAEgDQABwAzAAmAMgAMADEADoAwABCAL0ASgC7AFAAuABWALYAWwC1AGEAswBm&#10;ALEAbACwAHIArgB6AKwAggCpAIwApwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/AJkA/wCUAP8A&#10;kQD/AP8AAAD2AAAA6gAAAN0AAADPAAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMArQA7AKoAQwCn&#10;AEkApQBPAKMAVQCiAFoAoABfAJ4AZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQAKwAjgC/AIwA&#10;4gCLAPoAiQD/AIkA/wCGAP8AgwD/APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4ACwCpABIApQAb&#10;AKEAIwCeACwAmwA0AJgAPACWAEMAlABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBrAIcAcwCFAH0A&#10;gwCIAIEAlQB/AKQAfQC1AHsAzwB5APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAAwwAAALgAAACv&#10;AAAAqAAAAKAABgCaAA4AlQAVAJEAHgCOACYAiwAtAIgANQCGADwAhABCAIIARwCAAE0AfwBSAH0A&#10;WAB7AF4AeQBlAHgAbQB2AHYAcwCBAHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA/wBoAP8AaQD/&#10;ANUDAADDBwAAtggAAKsGAACiAAAAmwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAnAHoALgB3ADUA&#10;dQA7AHQAQQByAEcAcABMAG8AUgBtAFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcAYACnAF4AuwBd&#10;ANwAXAD2AFwA/wBbAP8AWwD/AMkNAAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACCAAUAewANAHcA&#10;EgBzABoAbwAhAGwAKABqAC8AaAA1AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0AYQBbAGoAWQB1&#10;AFcAggBVAJEAVACiAFMAtQBRAM8AUADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoAAJkZAACPFgAA&#10;hxEAAH8NAAB3BgAAcQAIAGsADgBnABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsAWABBAFYARgBV&#10;AE0AUwBUAFIAXABQAGUATgBwAEwAfQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBGAP8ARQD/ALgb&#10;AACqIAAAniIAAJMiAACJHwAAgBoAAHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYAHQBUACMAUgAq&#10;AFAAMABPADUATgA7AEwAQQBLAEgASQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOaAD4ErQA9BMQA&#10;PAXlADwH+AA8B/8APAf/ALIiAAClJwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAAYRIAAFoNAwBT&#10;CAwATwURAEwFFwBKBh4ASAYkAEcGKgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9CV0AOwpoADoK&#10;dgA4C4cANwuZADULrAA0DMIAMwzkADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsvAACALgAAdyoA&#10;AG0lAABkIAAAXBoAAFQUAABMDwYARgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0yADoNOAA4DT8A&#10;Nw5HADYOUAA0DloAMw5mADEPdAAwD4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8ALRH/AKosAACd&#10;MQAAkjQAAIc1AAB9NAAAdDEAAGorAABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5EBQANxAbADYQ&#10;IQA0ECcAMxEtADIRNAAxETsAMBFDAC4STQAtElcALBJjACoTcQApE4IAJxSVACYUqQAlFcAAJBXj&#10;ACUW+gAmFv8AJhX/AKYxAACaNgAAjzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgAAEwiAABDHQAA&#10;OxcFADUUDQAyExEAMRQXAC8UHQAuFCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QAJhdgACQYbwAj&#10;GIAAIRmTACAZpwAfGb4AHhrgAB8a+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5PQAAbzsAAGU3&#10;AABbMgAAUi0AAEkoAABAIwAAOB4BADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZLQAkGjUAIxo+&#10;ACIbRwAhG1IAIBxeAB8dbAAdHX4AHB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/AKE4AACVPQAA&#10;i0EAAIFCAAB3QgAAbUAAAGM8AABZNwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0AJR0SACMdFwAh&#10;HR0AIR0kACAeKwAfHjIAHh87AB0fRQAcIE8AGiFcABkhagAYInsAFiKPABUiowAUI7oAEyPaABQj&#10;9QAVI/8AFiP/AJ48AACTQQAAiUQAAH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0AAA8MAAAMysA&#10;AComAwAjIgsAICEQAB4hFQAcIhsAGyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZABQmaAATJnkA&#10;EiaNABEnogAQJ7gADifWABAo9AARJ/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAAakkAAGBGAABV&#10;QQAATD4AAEM6AAA6NgAAMTIAACgtAAAgKQkAGycOABknEgAYJxgAFicfABUoJQAUKC0AEyg2ABIp&#10;QAASKUsAESpXABAqZgAOK3cADiuLAA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlEAACPSQAAhUwA&#10;AHxOAABzTwAAaU4AAF5LAABTRwAASkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0MABQsEAATLRUA&#10;Ei0cABEtIwAQLSoADy4zAA4uPQANL0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEABjHLAAYx6wAH&#10;MPwACDD/AJdIAACNTQAAg1EAAHpTAABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1QgAAKz4AACI6&#10;AAAaNwEAEjQJAA8zDgAOMxMADTMZAA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2YAAENnEAAjaE&#10;AAA2mQAANq8AADbIAAA26AAANvkAATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgAAFtVAABRUgAA&#10;R08AADxMAAAxSAAAJ0QAAB5BAAAWPwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYABDsuAAI7OAAB&#10;PEMAADxPAAA8XgAAPG4AADyBAAA8lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACIWAAAf1wAAHZd&#10;AABtXgAAY10AAFpcAABOWAAAQlQAADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdDDAADQxAAAEMV&#10;AABDGwAAQyMAAEMrAABDNQAAQ0AAAENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELDAABB5gAAQfkA&#10;AEH/AI5YAACGXgAAfWEAAHNjAABrZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAAHlMAABVRAAAO&#10;TwAACU0FAAJNCwAATA4AAEwTAABLGAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAAS2cAAEp7AABK&#10;kAAASacAAEnAAABI5AAASPgAAEf/AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBmAABDZAAAN2EA&#10;ACxfAAAhXQAAGFsAABBZAAAKWAAAA1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQjAABULQAAVDkA&#10;AFRFAABUUwAAVGQAAFN3AABTjQAAUqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAAd24AAG9wAABl&#10;cAAAV24AAEpsAAA9awAAMGkAACVoAAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAAYAsAAGAOAABf&#10;EgAAXxcAAF8eAABeKAAAXjMAAF5AAABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa3wAAWfcAAFj/&#10;AIRuAAB8cgAAdXUAAGt2AABddQAAT3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4AAARuAAAAbgAA&#10;AG4AAABsAgAAbAcAAGsLAABrDgAAaxIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoAAGlsAABogwAA&#10;Z5sAAGa1AABl2AAAZPUAAGT/AIB1AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAsfAAAH3sAABR6&#10;AAANegAABHoAAAB6AAAAegAAAHoAAAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4GgAAeCUAAHgy&#10;AAB3QQAAd1IAAHdlAAB2fAAAdZUAAHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EAAFiCAABKgwAA&#10;PIQAAC6FAAAhhQAAFYUAAA2FAAADhQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAAAIcAAACHBAAA&#10;hwkAAIcOAACIEwAAiBwAAIgpAACIOAAAh0oAAIddAACGcwAAho0AAIWnAACExQAAg+wAAIL+AHiE&#10;AABqhgAAXIgAAE2KAAA/jAAAMY4AACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACVAAAAlgAAAJYA&#10;AACWAAAAlgAAAJYAAACXAAAAlwAAAJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpSAACaaAAAmYMA&#10;AJmfAACYugAAl+IAAJb4AG2KAABfjQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAAAZsAAACdAAAA&#10;nwAAAKEAAACkAAAApQAAAKQAAAClAAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAArAwAAK4TAACu&#10;IQAArjMAAK5HAACuXQAArnYAAK6TAACurgAArc0AAKzvAGGRAABTlQAARJgAADWcAAAmnwAAF6EA&#10;AA2jAAAApQAAAKcAAACqAAAArAAAALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcAAAC4AAAAuQAA&#10;ALsAAAC9AAAAvwEAAMMLAADFFQAAxSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwAAMbeAFWZAABH&#10;nQAAOKIAACmmAAAZqAAADasAAACtAAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAAxAAAAMMAAADF&#10;AAAAxgAAAMgAAADKAAAAzQAAAM8AAADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADkQQAA5VoAAOZ0&#10;AADmkQAA5awAAOXEAP8AAAD/AAAA/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0AP8APgD9AEgA&#10;+gBQAPcAVwD1AF0A9ABjAPIAaQDwAG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA5ACoAOIAtwDf&#10;AM0A3ADuANkA/wDZAP8AygD/AL4A/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wAPAPwA&#10;GAD4ACMA9AAuAPAAOADrAEIA6ABKAOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYAdADUAHsA0QCC&#10;AM8AiwDNAJUAygChAMgArwDFAMEAwgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/AP8AAAD/AAAA&#10;/wAAAPsAAADzAAEA7QAMAOgAEwDjAB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEAxgBXAMQAXQDC&#10;AGIAwQBnAL8AbQC9AHQAuwB7ALkAhAC3AI4AtACZALIApwCvALcArQDQAKsA8gCqAP8AqQD/AKEA&#10;/wCbAP8AlwD/AP8AAAD/AAAA9AAAAOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEAKwC8ADUAuQA9&#10;ALYARQCzAEsAsQBRAK8AVgCuAFsArABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACSAJ4AnwCcAK4A&#10;mQDDAJcA5wCWAP8AlQD/AJIA/wCNAP8AigD/APwAAADwAAAA4wAAANQAAADIAAAAvwADALkADQCz&#10;ABMArwAcAKwAJQCpAC4ApQA2AKMAPgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCWAGYAlABsAJIA&#10;dQCQAH4AjgCKAIsAlwCJAKYAhwC4AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0AAADdAAAAzAAA&#10;AMEAAAC4AAAArgAAAKcACQCiABAAngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBDAIsASQCJAE4A&#10;iABTAIYAWQCEAF8AggBlAIAAbQB+AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwAcQD/AHAA/wBw&#10;AP8AbgD/AN0AAADJAAAAvAAAALEAAACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCHACEAhAApAIEA&#10;MAB/ADcAfQA9AHsAQgB5AEgAeABNAHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoAiABoAJcAZgCo&#10;AGUAvABjAOEAYgD6AGEA/wBhAP8AYQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAAAI0AAACGAAgA&#10;gQAOAHwAFAB4ABsAdQAjAHIAKQBwADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIAZABZAGMAYABh&#10;AGkAXwB0AF0AgQBbAJAAWQChAFcAtABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACyDgAApg8AAJsO&#10;AACSCwAAiQUAAIIAAAB7AAIAdQALAHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAANgBeADsAXQBB&#10;AFsARgBaAEwAWABTAFYAWwBUAGQAUgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDqAEkA/gBJAP8A&#10;SQD/ALkSAACqFgAAnhcAAJQWAACKEwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEAXQAYAFoAHgBY&#10;ACQAVgAqAFQAMABTADYAUQA7AFAAQQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBEAIUAQwCXAEEA&#10;qQBAAL8APwDiAD8A+AA+AP8APwD/ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHISAABqDgAAYggA&#10;AFwBCABXAA4AUwATAFAAGQBOAB8ATAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJAEEAUQA/AFoA&#10;PgBlADwAcgA6AIEAOQCTADgApQA2ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAAlCYAAIkmAAB/&#10;JAAAdSAAAGwbAABkFQAAXBAAAFQMAQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/ACsAPgExADwB&#10;NwA7Aj4AOQJFADgDTQA2A1YANQRhADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH8AAsCP8ALAj/&#10;AKglAACbKgAAkCwAAIYtAAB7KwAAcicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoLAD4HEAA7BhUA&#10;OQcbADgHIQA2CCYANQgsADMIMgAyCTkAMQlBAC8JSQAuClMALApeACsLbAApC3wAKAyPACYMogAl&#10;DLcAJAzTACMN8AAkDf8AJQ3/AKQqAACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABcJAAAUx8AAEsZ&#10;AABDEwAAPBAGADUNDAAzDBEAMQwWAC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcORgAmDlAAJA5c&#10;ACMPagAiD3sAIBCOAB8QogAdELcAHBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYAAIA3AAB2NgAA&#10;bTMAAGMvAABZKgAAUCUAAEggAAA/GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4AJRAkACQQKgAj&#10;ETIAIhE6ACERQwAgEk4AHhJaAB0TaAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAXFf8AGBT/AJ4z&#10;AACTNwAAiDoAAH47AAB0OwAAazgAAGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0XBQAmEwwAIxMQ&#10;ACITFQAgExoAHxMhAB4UJwAdFC8AHBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJABMYngASGLMA&#10;ERnOABEZ7wASGf8AExn/AJw2AACROwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAATDAAAEMsAAA6&#10;JwAAMiIAACoeAQAiGQkAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAVGkkAExtVABIb&#10;YwARHHQAEByHAA8dnAAOHbEADR3LAA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtEAABxQwAAaEIA&#10;AF4+AABTOgAASjYAAEEyAAA5LQAAMSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0bABQdIgATHSkA&#10;Eh4yABEfPAAQH0YAECBTAA4gYQANIXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsACyH/AJc+AACM&#10;QwAAg0YAAHlIAABwSAAAZ0YAAFxEAABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAeJwMAFiMKABIh&#10;DgARIRMAECIZABAiIAAPIicADiMvAA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYmlgAEJqwAAybE&#10;AAQm5QAEJvcABib/AJVCAACKRwAAgUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EAAD8+AAA3OwAA&#10;LTYAACQxAAAbLQAAEyoHAA8oDQANJxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIABipOAAQrXAAD&#10;K2wAASt/AAArlAAAK6kAACvBAAAr4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABtUQAAY1AAAFpN&#10;AABPSgAAR0cAAD5EAAAzQAAAKTwAACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYvGwAFLyMAAy8r&#10;AAIwNQAAMD8AADBMAAAxWQAAMWkAADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//AJBLAACGUAAA&#10;fVQAAHVWAABrVgAAYlUAAFhTAABOUAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAADjkFAAk3CwAE&#10;Ng8AATYTAAA2GQAANiAAADYpAAA2MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAANqUAADa9AAA2&#10;4AAANfUAADX/AI1QAACEVgAAfFoAAHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVOAAAqSwAAIEgA&#10;ABdGAAAQQwAAC0EEAARACgAAPw4AAD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQA&#10;AD52AAA9jAAAPaMAADy7AAA83gAAO/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAAX2EAAFReAABH&#10;WwAAOlcAAC9VAAAlUgAAG1AAABJNAAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAARhoAAEYiAABG&#10;LAAARjcAAEZDAABGUQAARmAAAEVzAABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhdAAB/YgAAd2UA&#10;AG5nAABnaAAAW2YAAE5jAABBYQAANF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMBAABSBgAAUQsA&#10;AFEOAABQEQAATxYAAE8eAABPJwAATzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0AAEy1AABL2AAA&#10;SvUAAEr/AIVlAAB8aQAAdGwAAG1uAABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAYYgAAEGAAAAlf&#10;AAAAXgAAAF4AAABdAwAAXAgAAFsMAABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZSAAAWFgAAFhr&#10;AABXgQAAV5kAAFayAABV0gAAVPQAAFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEAAD9wAAAybwAA&#10;JW4AABpsAAARawAACWoAAABqAAAAaQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8AAGUUAABlHAAA&#10;ZScAAGQ0AABkQwAAZFMAAGRlAABjewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3dwAAbnkAAF95&#10;AABReQAAQ3kAADZ4AAApeAAAHHcAABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0AAAAdAAAAHMC&#10;AABzBwAAcwwAAHIQAAByFQAAciAAAHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+oAABuxgAAbO0A&#10;AGv/AHt7AAByfgAAZH4AAFV/AABHgAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAAAIIAAACDAAAA&#10;gwAAAIMAAACCAAAAggAAAIIAAACCAAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAAgkMAAIFWAACB&#10;bAAAgIYAAH+hAAB+vQAAfeYAAHz8AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCLAAATiwAACosA&#10;AACMAAAAjQAAAI8AAACRAAAAkgAAAJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJICAACTCQAAlA8A&#10;AJQZAACUJwAAlDgAAJRMAACTYgAAk3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAATY0AAD+QAAAw&#10;kgAAIZQAABSVAAAKlgAAAJcAAACZAAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAAoAAAAKEAAACi&#10;AAAAowAAAKQAAAClAAAApgcAAKgQAACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACoqAAAp8cAAKbs&#10;AF+PAABQkgAAQZYAADOZAAAjnAAAFJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwAAACuAAAArwAA&#10;AK8AAACwAAAAsAAAALIAAACzAAAAtAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8AAMAzAADASQAA&#10;wGIAAMB+AADAmwAAwLcAAL/YAFOXAABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAArQAAALAAAACz&#10;AAAAtgAAALsAAAC9AAAAwAAAAL8AAADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADMAAAAzwAAANMA&#10;AADaBwAA2xMAAN0lAADeOwAA31MAAOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAAAP8AAAD/AAcA&#10;/wAQAP8AGQD/ACQA/wAvAPwAOgD5AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA6QBvAOcAdQDm&#10;AHwA5ACEAOIAjQDgAJcA3QCiANoAsQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCvAP8AqQD/AP8A&#10;AAD/AAAA/wAAAP8AAAD/AAIA+wANAPcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4ATADbAFMA2ABY&#10;ANQAXgDSAGMA0ABpAM4AbgDMAHUAygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZALkA9wC4AP8A&#10;tAD/AKkA/wCiAP8AnQD/AP8AAAD/AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA1wAjANAALgDL&#10;ADcAxwA/AMQARgDBAE0AvwBSAL0AWAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCvAIgArQCTAKoA&#10;oQCoALEApgDIAKQA7QCiAP8AogD/AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMAAADYAAAAzQAF&#10;AMYADgDBABUAvQAeALkAJwC1ADAAsgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBbAKMAYQChAGcA&#10;nwBuAJ4AdgCbAIAAmQCMAJcAmQCUAKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8AgwD/APgAAADp&#10;AAAA3AAAAMwAAADBAAAAuAAAALIACgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZAD8AlwBFAJUA&#10;SgCUAFAAkgBVAJAAWgCPAGAAjQBnAIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0AzAB8APEAewD/&#10;AHoA/wB3AP8AdQD/AOYAAADTAAAAxgAAALsAAACxAAAApwAAAKEABQCbAA0AlwATAJMAGwCQACMA&#10;jAArAIoAMgCIADgAhgA+AIQARACCAEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEAdQB8AHMAiQBw&#10;AJgAbwCpAG0AvwBrAOYAagD/AGkA/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACjAAAAmwAAAJIA&#10;AACMAAoAhwAQAIMAFgB/AB0AfQAkAHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8ATQBtAFMAbABZ&#10;AGoAYQBoAGoAZgB0AGQAgQBhAJEAXwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/AMUAAAC2AgAA&#10;qQIAAJ8AAACWAAAAjgAAAIcAAACAAAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsAZwAxAGYANwBk&#10;ADwAYwBBAGEARwBfAE0AXgBTAFwAWwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQAMgATwDuAE4A&#10;/wBOAP8ATQD/ALsKAACsDQAAoA0AAJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkADgBlABMAYgAZ&#10;AF8AHwBdACUAWwArAFkAMQBYADYAVgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABoAEoAdQBIAIQA&#10;RwCVAEUAqABEAL8AQwDkAEIA/ABCAP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAAew0AAHMIAABs&#10;AAAAZQADAF8ACwBbAA8AVwAUAFQAGgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABIAEIARgBIAEUA&#10;UABDAFkAQQBjAD8AbwA+AH4APACQADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwXAACfGwAAkx0A&#10;AIkcAAB/GQAAdRUAAGwQAABkDAAAXQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAgAEQAJgBCACsA&#10;QQAxAD8ANgA+AD0APABEADsASwA5AFQANwBfADYAawA0AHoAMgCMADEAngAwALMALwDOAC8A7wAu&#10;AP8ALgD/AKceAACaIgAAjyQAAIQkAAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJAwgARQANAEEA&#10;EQA+ABYAPAAbADoAIQA5ACYANwAsADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0AZwArAHYAKgCI&#10;ACgAnAAnALAAJgDJACUA6gAlAfsAJQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUAAGQgAABbGwAA&#10;UhUAAEsQAABDDAIAPQcJADkDDgA2ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQAKgM7ACkEQwAo&#10;BE0AJgVYACUFZQAjBnQAIgaGACAGmgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACTLQAAiC8AAH4v&#10;AAB0LgAAaisAAGEmAABYIQAATxwAAEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkHFwAoCB0AJwgj&#10;ACUIKQAkCTAAIwk3ACEKQAAgCkoAHwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzGABUN5gAVDfkA&#10;Fg3/AJwtAACQMQAAhjQAAHw0AAByMwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAANBMAAC0QBgAm&#10;DQsAJAwPACIMEwAhDBkAHwwfAB4NJQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAUD3EAExCEABIQ&#10;mAAREK4AEBDGABAQ6AAQEPsAERD/AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0yAABTLQAASigA&#10;AEIkAAA5HwAAMRoAACoVAQAjEQcAHRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAxABQROgATEUUA&#10;EhJRABESXwAQEm8ADhOCAA4TlgANE6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAAgjwAAHg9AABv&#10;PQAAZToAAFs3AABSMgAASS4AAEAqAAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAUEhIAExMYABIT&#10;HwARFCYAERQuABAUOAAPFUIADhZPAA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY4AAHGPUACRj/&#10;AJU4AACKPQAAgEAAAHdBAABtQQAAZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicAACcjAAAfHwAA&#10;FxoIABIXDQAQFxEADxcWAA4YHAAOGCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkABRx8AAQdkQAC&#10;HaYAAR28AAIc3QACHPIAAxz/AJM8AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABPPQAARjkAAD42&#10;AAA1MgAALi4AACUqAAAdJQAAFCEEAA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcfMwAGID4ABCBK&#10;AAMhVwABIWcAACF5AAAhjgAAIaQAACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgAAHRKAABrSgAA&#10;YkkAAFhGAABOQgAART8AAD08AAA1OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4ABiMSAAUjGQAE&#10;JCAAAiQoAAElMQAAJTwAACVIAAAmVQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAAJfIAACX+AI5F&#10;AACESQAAe00AAHNPAABqTwAAYE4AAFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41AAAVMgAADy4D&#10;AAosCgAFKw4AASoRAAAqFgAAKh4AAComAAArLwAAKzkAACtFAAAsUwAALGIAACx1AAAsigAAK6AA&#10;ACu3AAAr1gAAKvIAACr/AIxJAACCTgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAAQ0sAADdHAAAt&#10;QwAAIz8AABo8AAASOAAADDYDAAYzCQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAAMjcAADJDAAAy&#10;UAAAMmAAADJyAAAyhwAAMZ4AADG1AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9ZAABmWQAAXlkA&#10;AFVXAABJUwAAPk8AADJMAAAoSAAAHkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoPAAA5EgAAORgA&#10;ADkgAAA5KQAAOTQAADlAAAA5TgAAOV0AADlvAAA4hQAAOJwAADezAAA30gAANvIAADX/AIdVAAB/&#10;WgAAdl0AAG1fAABlXwAAXV8AAFJcAABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAKSAAAA0YBAABF&#10;BgAARAoAAEMNAABCEAAAQRUAAEEdAABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABAgQAAP5kAAD+x&#10;AAA+0AAAPfIAADz/AIRcAAB8YAAAc2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsAACZZAAAcVgAA&#10;ElQAAAxSAAAEUQAAAE8AAABOAwAATQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwAAEo5AABKRwAA&#10;SlYAAEloAABJfgAASJYAAEevAABGzQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABgawAAUmkAAERm&#10;AAA3ZAAAKmIAAB9gAAAVXgAADV0AAAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABWDAAAVRAAAFQU&#10;AABUHQAAVCcAAFQ0AABUQgAAU1IAAFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/AH5qAAB3bgAA&#10;cHEAAGZxAABYcAAASm8AADxtAAAvbAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAAAGUAAABjAAAA&#10;YgAAAGIEAABhCAAAYQ0AAGAQAABgFwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAAXY0AAFynAABb&#10;xQAAWu0AAFn/AHtyAAB1dgAAa3cAAF12AABPdgAAQXUAADN1AAAmdAAAGXMAABByAAAHcQAAAHEA&#10;AABxAAAAcQAAAHEAAABvAAAAbwAAAG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0mAABsNQAAbEYA&#10;AGtYAABrbQAAaoYAAGmhAABovgAAZ+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAANn4AACh+AAAb&#10;fQAAEH0AAAd9AAAAfQAAAH0AAAB+AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAAfAAAAHwGAAB8&#10;DAAAfBIAAHwdAAB8LAAAfDwAAHxPAAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOAAABlgQAAVoMA&#10;AEiEAAA5hgAAK4cAAB2HAAARhwAAB4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0AAACMAAAAjAAA&#10;AIwAAACMAAAAjAAAAI0AAACNBAAAjgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQAAI2QAACMrQAA&#10;i84AAIrzAGiGAABaiAAAS4sAADyNAAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAAlwAAAJkAAACb&#10;AAAAnAAAAJsAAACbAAAAnAAAAJwAAACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACiFgAAoyYAAKM6&#10;AACjTwAAo2gAAKKGAACiogAAosAAAKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoAAAebAAAAnQAA&#10;AKAAAACiAAAApAAAAKgAAACqAAAAqwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAAALEAAACyAAAA&#10;tAAAALcBAAC5DQAAuRoAALotAAC6QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABBmAAAMpwAACOg&#10;AAATogAACKQAAACnAAAAqgAAAKwAAACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8AAAAvQAAAL8A&#10;AADAAAAAwgAAAMQAAADGAAAAyQAAAM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhpAADXhgAA16MA&#10;ANa9AP8AAAD/AAAA/wAAAP8AAAD/AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A8ABHAO4ATgDr&#10;AFQA6QBaAOcAXwDlAGQA4wBqAOEAcADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDNAL0AywDgAMkA&#10;+wDHAP8AvQD/ALEA/wCpAP8AowD/AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEAEQDtABsA6QAl&#10;AOQAMADfADkA2gBBANUASADRAE4AzwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3AMAAfwC+AIoA&#10;uwCVALgAowC2ALQAtADNALIA8gCwAP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA+gAAAPEAAADo&#10;AAAA4AAGANkADgDSABYAzgAfAMgAKQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0AFgAsgBdALAA&#10;YgCuAGkArABvAKoAeACoAIIApgCOAKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA/wCOAP8AigD/&#10;AP8AAAD2AAAA6AAAANwAAADOAAAAxgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0AKgAOwClAEEA&#10;owBHAKEATACfAFEAngBWAJwAXACaAGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIAiwC1AIkA0wCH&#10;APcAhgD/AIQA/wB/AP8AfAD/APIAAADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwClAA4AoQAUAJ4A&#10;HACaACUAlwAtAJQANACSADoAkABAAI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQAaQCCAHIAfwB9&#10;AH0AiwB7AJoAeACrAHYAxAB0AOsAcwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAAALQAAACrAAAA&#10;oQAAAJoAAgCUAAsAkAAQAIwAFwCIAB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQAeQBJAHgATgB2&#10;AFQAdABaAHMAYgBwAGsAbgB1AGwAgwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBiAP8AYAD/AMwA&#10;AAC8AAAArwAAAKUAAACdAAAAlAAAAIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMAJgBxAC0AbwAy&#10;AG0AOABrAD0AagBCAGgASABnAE4AZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCbAFcArwBWAMsA&#10;VQDyAFQA/wBUAP8AVAD/AL4AAACwAAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIAcwAKAG8ADwBr&#10;ABQAZwAaAGUAIABjACYAYQAsAF8AMgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBUAF4AUgBoAFAA&#10;dABOAIMATACVAEoAqABJAMAASADoAEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAKAACGBQAAfgAA&#10;AHYAAABvAAAAaAAFAGMADABfABAAWwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2AE4APABNAEIA&#10;SwBIAEkAUABIAFgARgBiAEQAbgBCAH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8APAD/AKwQAACf&#10;EgAAlBIAAIkRAAB/DwAAdgwAAG4FAABmAAAAYAABAFkACABVAA0AUQARAE4AFgBLABsASQAhAEgA&#10;JgBGACsARQAxAEMANgBCADwAQABDAD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQAnAAzALEAMgDO&#10;ADIA8QAxAP8AMQD/AKYWAACaGQAAjhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMAAFEABABMAAoA&#10;SAAOAEQAEgBBABYAPwAbAD0AIQA8ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8AMQBZAC8AZQAu&#10;AHMALACFACsAmAAqAK0AKQDGACgA6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1HwAAbBoAAGMW&#10;AABaEQAAUg0AAEsHAABEAAYAQAALADwADwA4ABIANgAXADQAHAAzACEAMQAnADAALAAuADMALQA6&#10;ACsAQgAqAEsAKABVACYAYQAlAHAAJACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/AJ0iAACRJgAA&#10;higAAHwnAAByJQAAaSIAAF8dAABXGAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAALgATACwAGAAq&#10;AB0AKQAiACcAKAAmAC4AJAA2ACMAPgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZAKcAGAC9ABcA&#10;3wAXAfUAFwL/AJonAACOKwAAhC0AAHktAABwKwAAZigAAF0kAABUHwAASxoAAEMUAAA7EAAANA0C&#10;AC0JCQApBQ0AJgMQACQBEwAiAhkAIQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVPABcGXAAWBmoA&#10;FAd8ABMHkAASB6UAEQe7ABAH2wAQCPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAAZC4AAFsqAABR&#10;JQAASSAAAEAbAAA4FgAAMRIAACkOBAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAXCScAFgkuABUK&#10;NwATCkEAEgtNABELWgAQC2kADgx7AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUvAACKMwAAfzYA&#10;AHY2AABsNQAAYzMAAFkvAABQKwAARyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4KABUMDgAUDBEA&#10;EwwWABIMHAARDSMAEA0rAA8NNAAODj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIABhC4AAUQ1AAF&#10;EO8ABhD/AJIzAACINwAAfjoAAHQ7AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1IwAALR8AACYa&#10;AAAeFgEAFxMGABEQCwAODg4ADg8TAA0QGQANECAADBAoAAsRMgAKETwACBJIAAcSVQAGE2UABBN2&#10;AAMTiwABFKAAABO2AAAT0QAAE+4AABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0AAFc5AABNNgAA&#10;RDEAADwuAAA0KgAALCYAACUiAAAeHgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8ABxUmAAYVLwAE&#10;FjoAAxZGAAEXUwAAF2IAABh0AAAYiQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACEPwAAe0IAAHJD&#10;AABoQwAAX0IAAFY/AABMOwAAQzcAADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0bCQAJGQ0ABhkR&#10;AAQZFgACGR0AARokAAAaLQAAGzgAABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByzAAAczgAAG+0A&#10;ABv8AIw+AACCQwAAeUYAAHBIAABoSAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAAKjIAACAtAAAX&#10;KQAAECUCAAsiCQAFIA0AAR8QAAAfFAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAAIV4AACJwAAAi&#10;hQAAIZsAACGyAAAhzQAAIO0AAB/8AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJAABKRgAAQkMA&#10;ADpAAAAvOwAAJTcAABwzAAATLwAADSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYhAAAmKQAAJjMA&#10;ACc/AAAnTQAAJ1wAACdtAAAnggAAJ5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAAdlAAAG5RAABl&#10;UgAAXFEAAFNPAABKTAAAQUkAADVEAAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAALwsAAC4OAAAt&#10;EQAALRYAAC0eAAAtJwAALTEAAC09AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAArywAAKu4AACr+&#10;AIVNAAB9UgAAdVUAAGxXAABjVwAAW1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMAABM/AAANPQAA&#10;BjoAAAA4BQAANwkAADYNAAA1DwAANBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcAADRoAAA0fQAA&#10;M5UAADKtAAAxygAAMe4AADD/AINTAAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABCVgAANlIAACpP&#10;AAAgTAAAFkkAAA5HAAAIRAAAAEIAAABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8IQAAPCsAADw3&#10;AAA8RAAAPFMAADxlAAA7egAAOpIAADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEAAGljAABiZAAA&#10;V2IAAEleAAA8WwAAL1gAACRVAAAZUwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQAAEgIAABHDAAA&#10;Rg8AAEYUAABFHAAARScAAEUzAABFQAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAAQOwAAD//AH5h&#10;AAB2ZQAAb2gAAGhqAABdaQAAT2YAAEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJYAAAAVgAAAFYA&#10;AABUAAAAUwAAAFIEAABRCQAAUA0AAFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5dAABOcgAATYsA&#10;AEylAABLwgAASeoAAEj/AHtpAAB0bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAAIGcAABRlAAAN&#10;ZAAAA2IAAABiAAAAYQAAAGAAAABfAAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAAWxwAAFooAABa&#10;NgAAWkYAAFlYAABZbQAAWIUAAFegAABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0AABMcwAAPnMA&#10;ADByAAAjcQAAFm8AAA1uAAAEbQAAAG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkAAABpAAAAaQMA&#10;AGgJAABoDgAAaBUAAGchAABnLwAAZz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEAAGH8AHd4AABt&#10;egAAX3oAAFB6AABCegAAM3sAACV7AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAAegAAAHoAAAB4&#10;AAAAeAAAAHcAAAB3AAAAdwAAAHcBAAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1XwAAdXcAAHST&#10;AABzrwAActMAAHH3AHF+AABjfwAAVIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQAAACEAAAAhQAA&#10;AIYAAACIAAAAiQAAAIgAAACHAAAAhwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcAAIkQAACJHAAA&#10;iSwAAIg/AACIVQAAiG0AAIeJAACGpwAAhccAAITvAGaEAABXhgAASIgAADmKAAAqjAAAG40AAA+N&#10;AAAEjgAAAJAAAACRAAAAkwAAAJUAAACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACYAAAAmAAAAJkA&#10;AACaAAAAmwAAAJ0HAACdEQAAnSEAAJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJviAFqLAABLjgAA&#10;PJEAAC2TAAAelQAAEJYAAASYAAAAmgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAAAKYAAACnAAAA&#10;pwAAAKgAAACpAAAAqgAAAKwAAACtAAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAAtVUAALVwAAC0&#10;jgAAtKwAALTMAE2SAAA/lgAAL5oAACCdAAARnwAABaEAAACjAAAApgAAAKkAAACsAAAArwAAALMA&#10;AAC1AAAAtwAAALYAAAC3AAAAuAAAALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcAAADLAAAAzQwA&#10;AM4aAADPLwAAz0gAANBiAADQgAAA0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8R&#10;EhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZ&#10;W1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gi&#10;o6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr&#10;7O3u8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8A&#10;AAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2&#10;Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+&#10;gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbH&#10;yMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////&#10;////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxES&#10;ExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlb&#10;XF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKj&#10;pKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs&#10;7e7w8fL09fb3+fr7/P7//////////////////////////////////////////////////////wAB&#10;AgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6&#10;Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJz&#10;dHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqus&#10;ra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl&#10;5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAAAAAAAAAAAAEA&#10;AAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQl&#10;JicoKSorLC0uLzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xd&#10;Xl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWW&#10;l5iZmpucnZ6foKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q&#10;0dPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYG&#10;BwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkp&#10;KissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5&#10;fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS&#10;0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb2&#10;9/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYX&#10;FxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RF&#10;RkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1&#10;tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm&#10;5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////igfBJQ0NfUFJPRklMRQAJCf//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////9P/////////////////////////////////////////r0f//&#10;///////////////////////////////////////36f7/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////hzdf/////&#10;/////////////////////////////////92vlrf0////////////////////////////////////&#10;/8WMaKfn/////////////////////////////////////8yciaTn////////////////////////&#10;//////////////rOu8b1////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////cxb31/////////////////////////////////////7+T&#10;eoXF////////////////////////////////////25BbPWWo9v//////////////////////////&#10;///////+vHU0AFSb6//////////////////////////////////TlH5JLE6a7P//////////////&#10;/////////////////9jUyrN+ZW2l+f////////////////////////////////////TFrq/J////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////w1sbs&#10;////////////////////////////////////5ruRdGOr9///////////////////////////////&#10;//bEmnNFJjR9zP///////////////////////////////7WAVTAKABlgsv//////////////////&#10;////////////z3Q1CwAAAApSp///////////////////////////////ljQAAAAAAABPp///////&#10;///////////////////////2aR0AAAkMBglSsf/////////////////////////////LOw4TNUxb&#10;TUxew/////////////////////////////+pYDZghp+2rKm42f//////////////////////////&#10;///gl42+5f//////////////////////////////////////7fn/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////+vZyrzH///////////////////////////////////P&#10;moFtWkaI6v///////////////////////////////8R8PiYQAABUsP//////////////////////&#10;////////4IM8AAAAAAAuh+3/////////////////////////////rFMQAAAAAAAXbdb/////////&#10;///////////////////7gDEAAAAAAAAJYcz////////////////////////////SWgIAAAAAAAAA&#10;Xcz///////////////////////////+oNQAAAAAAAAAAXNP///////////////////////////99&#10;DQAAAAAAAAAAVNb//////////////////////////+59RQAAAAAAAAAARNT/////////////////&#10;//////////yqZC8CAAAEIjdJWM7////////////////////////////ppGtBKD9jf5Wnutr/////&#10;/////////////////////////9WyrLLM5Pr/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////+W7&#10;l3diyP/////////////////////////////////bnmc2CgACjP//////////////////////////&#10;/////8h/PwUAAAAAXs//////////////////////////////2YE5AAAAAAAAPKr/////////////&#10;////////////////nkwAAAAAAAAAI5D////////////////////////////cbxoAAAAAAAAAEH35&#10;//////////////////////////+vSAAAAAAAAAAAAG/u//////////////////////////+EEwAA&#10;AAAAAAAAAGTm/////////////////////////+xRAAAAAAAAAAAAAFfe////////////////////&#10;/////7gVAAAAAAAAAAAAAEjW/////////////////////////3QUAAAAAAAAAAAAADjP////////&#10;////////////////+aJaEwAAAAAAAAAAACPF/////////////////////////9+bXCwAAAAAAAAA&#10;AA26///////////////////////////vsX1VOSIRBwECESKy////////////////////////////&#10;///fv6WZmJqgrL3a////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////jvp2AfPv/////////////////////////////&#10;///yt4RXMA4AHaz//////////////////////////////9KKTBUAAAAAAHLz////////////////&#10;////////////1n82AAAAAAAAAEvJ///////////////////////////6kT4AAAAAAAAAAC+r////&#10;///////////////////////AWgAAAAAAAAAAABqV//////////////////////////+NJAAAAAAA&#10;AAAAAAiE/////////////////////////+deAAAAAAAAAAAAAAB3////////////////////////&#10;/7QlAAAAAAAAAAAAAABq/////////////////////////30AAAAAAAAAAAAAAABb9P//////////&#10;/////////////SsAAAAAAAAAAAAAAABM6///////////////////////pQAAAAAAAAAAAAAAAAA8&#10;4f//////////////////////MAwAAAAAAAAAAAAAAAAt2f////////////////////+ZimEnAAAA&#10;AAAAAAAAAAAn1///////////////////////7b6JVScAAAAAAAAAAAAl3P//////////////////&#10;///////+yp12XUo8Mi0sMDlH3v///////////////////////////////ebd1tLQ09nk////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////+/Uu9b/////////////////////////////////57iPaksvFW//////////////////////&#10;/////////+ShZzQHAAAAADzJ////////////////////////////1oI7AAAAAAAAABKX////////&#10;///////////////////thTEAAAAAAAAAAABv//////////////////////////+mQgAAAAAAAAAA&#10;AABQ4f///////////////////////+xpAAAAAAAAAAAAAAA3yf///////////////////////7Mv&#10;AAAAAAAAAAAAAAAitv///////////////////////3kAAAAAAAAAAAAAAAAQp///////////////&#10;////////8jQAAAAAAAAAAAAAAAAAmf//////////////////////qQAAAAAAAAAAAAAAAAAAjP//&#10;////////////////////RgAAAAAAAAAAAAAAAAAAf//////////////////////fAAAAAAAAAAAA&#10;AAAAAAAAdP////////////////////+XAAAAAAAAAAAAAAAAAAAAav/////////////////////O&#10;AAAAAAAAAAAAAAAAAAAAY///////////////////////KSIBAAAAAAAAAAAAAAAAYf//////////&#10;////////////uaOAVzcXAAAAAAAAAAAAaP//////////////////////////+tOulIZ8dXFwcneB&#10;lP//////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////bup2CaWnT///////////////////////////////Ik2U9GQAAAB2e////////////&#10;////////////////245MEwAAAAAAAABu///////////////////////////bfCwAAAAAAAAAAABF&#10;1/////////////////////////+LKgAAAAAAAAAAAAAitP///////////////////////8JEAAAA&#10;AAAAAAAAAAADl////////////////////////30BAAAAAAAAAAAAAAAAf///////////////////&#10;////5zYAAAAAAAAAAAAAAAAAav//////////////////////nQAAAAAAAAAAAAAAAAAAWP//////&#10;////////////////RgAAAAAAAAAAAAAAAAAAR/j////////////////////pAAAAAAAAAAAAAAAA&#10;AAAANen///////////////////+WAAAAAAAAAAAAAAAAAAAAJdv///////////////////+8AAAA&#10;AAAAAAAAAAAAAAAAGM7////////////////////rAAAAAAAAAAAAAAAAAAAAD8L/////////////&#10;////////AAAAAAAAAAAAAAAAAAAACrn/////////////////////JwAAAAAAAAAAAAAAAAAACrX/&#10;////////////////////cAAAAAAAAAAAAAAAAAAADbn/////////////////////4JyMcFVCMyYb&#10;FA8NDhIaJr/////////////////////////////55NjSzszLzM/W4Pz/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////r07zj////////////////&#10;////////////////0qmFZUgsEgGF////////////////////////////8atxPA8AAAAAAABP4P//&#10;///////////////////////VfzUAAAAAAAAAAAAfsv///////////////////////+N1HQAAAAAA&#10;AAAAAAAAif///////////////////////5AjAAAAAAAAAAAAAAAAZ///////////////////////&#10;1UMAAAAAAAAAAAAAAAAASPb/////////////////////igAAAAAAAAAAAAAAAAAALt3/////////&#10;////////////OAAAAAAAAAAAAAAAAAAAF8j///////////////////++AAAAAAAAAAAAAAAAAAAA&#10;BLb///////////////////+cAAAAAAAAAAAAAAAAAAAAAKX///////////////////+6AAAAAAAA&#10;AAAAAAAAAAAAAJP////////////////////cAAAAAAAAAAAAAAAAAAAAAIL/////////////////&#10;////AAAAAAAAAAAAAAAAAAAAAHT/////////////////////EwAAAAAAAAAAAAAAAAAAAGj/////&#10;////////////////QgAAAAAAAAAAAAAAAAAAAGD/////////////////////egAAAAAAAAAAAAAA&#10;AAAAAF3/////////////////////0QAAAAAAAAAAAAAAAAAAAGH//////////////////////yQA&#10;AAAAAAAAAAAAAAAAAGb//////////////////////8msmYl9dnFsaWdmZ2tweoz/////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////ixaqReWF3////////&#10;/////////////////////92md1AsDAAAAAAxxP/////////////////////////gkk4TAAAAAAAA&#10;AAAAj////////////////////////9JwHQAAAAAAAAAAAAAAYP//////////////////////7m8P&#10;AAAAAAAAAAAAAAAAN+L/////////////////////lhwAAAAAAAAAAAAAAAAAFMD/////////////&#10;////////QAAAAAAAAAAAAAAAAAAAAKP///////////////////+uAAAAAAAAAAAAAAAAAAAAAIn/&#10;//////////////////+eAAAAAAAAAAAAAAAAAAAAAHL///////////////////+8AAAAAAAAAAAA&#10;AAAAAAAAAF/////////////////////aAAAAAAAAAAAAAAAAAAAAAE3////////////////////6&#10;AAAAAAAAAAAAAAAAAAAAADv/////////////////////DgAAAAAAAAAAAAAAAAAAACr5////////&#10;////////////MwAAAAAAAAAAAAAAAAAAABvp////////////////////XgAAAAAAAAAAAAAAAAAA&#10;AA/b////////////////////jwAAAAAAAAAAAAAAAAAAAAbQ////////////////////0AAAAAAA&#10;AAAAAAAAAAAAAADK/////////////////////ysAAAAAAAAAAAAAAAAAAADI////////////////&#10;/////4AAAAAAAAAAAAAAAAAAAADL//////////////////////cWAQUFAwEAAAAAAAEGDRjL////&#10;///////////////////86+HYz8zNz9DS1Nfc4ur/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////8drG///////////////////////////////xxqOEaE0yGAAV&#10;q///////////////////////////uXxGGAAAAAAAAAAAcf///////////////////////9d8LwAA&#10;AAAAAAAAAAAAO+P/////////////////////32QJAAAAAAAAAAAAAAAADLX/////////////////&#10;////dAMAAAAAAAAAAAAAAAAAAI3////////////////////FFQAAAAAAAAAAAAAAAAAAAGr/////&#10;//////////////+ZAAAAAAAAAAAAAAAAAAAAAEv///////////////////+2AAAAAAAAAAAAAAAA&#10;AAAAADD9///////////////////XAAAAAAAAAAAAAAAAAAAAABnn///////////////////2AAAA&#10;AAAAAAAAAAAAAAAAAAXT////////////////////DgAAAAAAAAAAAAAAAAAAAADB////////////&#10;////////LwAAAAAAAAAAAAAAAAAAAACv////////////////////UgAAAAAAAAAAAAAAAAAAAACe&#10;////////////////////eQAAAAAAAAAAAAAAAAAAAACO////////////////////pQAAAAAAAAAA&#10;AAAAAAAAAACA////////////////////2AAAAAAAAAAAAAAAAAAAAAB0////////////////////&#10;/zYAAAAAAAAAAAAAAAAAAABt/////////////////////3wAAAAAAAAAAAAAAAAAAABp////////&#10;/////////////9cNAAAAAAAAAAAAAAAAAABo//////////////////////9wAAAAAAAAAAAAAAAA&#10;AABh////////////////////////UDxGTlRZXWFkaGxwdn6J////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////v1buji3Nalf//////////////////////////+L+OZEEh&#10;BQAAAAAAUvz///////////////////////edVhgAAAAAAAAAAAAAF8H/////////////////////&#10;5WwWAAAAAAAAAAAAAAAAAI3/////////////////////YwAAAAAAAAAAAAAAAAAAAF7/////////&#10;//////////+dAAAAAAAAAAAAAAAAAAAAADX8//////////////////+hAAAAAAAAAAAAAAAAAAAA&#10;ABHZ///////////////////KAAAAAAAAAAAAAAAAAAAAAAC7///////////////////uAAAAAAAA&#10;AAAAAAAAAAAAAACh////////////////////DAAAAAAAAAAAAAAAAAAAAACK////////////////&#10;////LQAAAAAAAAAAAAAAAAAAAAB2////////////////////TQAAAAAAAAAAAAAAAAAAAABk////&#10;////////////////bwAAAAAAAAAAAAAAAAAAAABS////////////////////lAAAAAAAAAAAAAAA&#10;AAAAAABA////////////////////vAAAAAAAAAAAAAAAAAAAAAAw////////////////////6g4A&#10;AAAAAAAAAAAAAAAAAAAi/////////////////////0QAAAAAAAAAAAAAAAAAAAAV////////////&#10;/////////4EAAAAAAAAAAAAAAAAAAAAL9f///////////////////8gLAAAAAAAAAAAAAAAAAAAC&#10;7P////////////////////9eAAAAAAAAAAAAAAAAAAAA5f/////////////////////JHAAAAAAA&#10;AAAAAAAAAAAA2v//////////////////////nQEAAAAAAAAAAAAABw4Xxf//////////////////&#10;/////9W5vMHHztXb4ebt9Pv/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//jfz//////////////////////////////sxqWIbVQ7IQcAMt7////////////////////////X&#10;klkpAAAAAAAAAAAAAKD//////////////////////4k2AAAAAAAAAAAAAAAAAGf/////////////&#10;////////ZgAAAAAAAAAAAAAAAAAAADL2//////////////////+VAAAAAAAAAAAAAAAAAAAAAAPI&#10;//////////////////+nAAAAAAAAAAAAAAAAAAAAAACg///////////////////XAAAAAAAAAAAA&#10;AAAAAAAAAAB8////////////////////AAAAAAAAAAAAAAAAAAAAAABe////////////////////&#10;JQAAAAAAAAAAAAAAAAAAAABD////////////////////SAAAAAAAAAAAAAAAAAAAAAAs////////&#10;////////////agAAAAAAAAAAAAAAAAAAAAAY////////////////////iwAAAAAAAAAAAAAAAAAA&#10;AAAF8///////////////////rwAAAAAAAAAAAAAAAAAAAAAA4f//////////////////1QAAAAAA&#10;AAAAAAAAAAAAAAAAz////////////////////yQAAAAAAAAAAAAAAAAAAAAAvv//////////////&#10;/////1QAAAAAAAAAAAAAAAAAAAAArv///////////////////4sAAAAAAAAAAAAAAAAAAAAAn///&#10;/////////////////8sOAAAAAAAAAAAAAAAAAAAAkv////////////////////9XAAAAAAAAAAAA&#10;AAAAAAAAhv////////////////////+qCgAAAAAAAAAAAAAAAAAAef//////////////////////&#10;bQAAAAAAAAAAAAAAAAAAZv//////////////////////91UAAAAAAAAAAAAAAAAARf//////////&#10;//////////////9qIys1P0pVYGp1foeRnP//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////6M+2nYNpTrn/////////////////////////7LKDXDodAgAAAAAAAHv/////////////////&#10;/////8VtKQAAAAAAAAAAAAAAAED/////////////////////gxsAAAAAAAAAAAAAAAAAAAfL////&#10;//////////////+SAAAAAAAAAAAAAAAAAAAAAACY//////////////////+kAAAAAAAAAAAAAAAA&#10;AAAAAABq///////////////////dAAAAAAAAAAAAAAAAAAAAAABB////////////////////DgAA&#10;AAAAAAAAAAAAAAAAAAAd////////////////////OQAAAAAAAAAAAAAAAAAAAAAA6P//////////&#10;////////YAAAAAAAAAAAAAAAAAAAAAAAzv//////////////////hQAAAAAAAAAAAAAAAAAAAAAA&#10;t///////////////////qAAAAAAAAAAAAAAAAAAAAAAAo///////////////////ywAAAAAAAAAA&#10;AAAAAAAAAAAAkP//////////////////7xYAAAAAAAAAAAAAAAAAAAAAff//////////////////&#10;/z4AAAAAAAAAAAAAAAAAAAAAbP///////////////////2kAAAAAAAAAAAAAAAAAAAAAWv//////&#10;/////////////5kAAAAAAAAAAAAAAAAAAAAASf///////////////////9IWAAAAAAAAAAAAAAAA&#10;AAAAOf////////////////////9YAAAAAAAAAAAAAAAAAAAAKf////////////////////+iAAAA&#10;AAAAAAAAAAAAAAAAGf/////////////////////1VgAAAAAAAAAAAAAAAAAABP//////////////&#10;////////uy8AAAAAAAAAAAAAAAAAAPj//////////////////////6spAAAAAAAAAAAAAAAAAM//&#10;///////////////////////JRwAAAAAHEyAuPlJohO3/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////01cn/////////////////////&#10;///////60rCSd11CKAwAAEr////////////////////////FfUUXAAAAAAAAAAAAABHY////////&#10;////////////xFAAAAAAAAAAAAAAAAAAAACf//////////////////+iDAAAAAAAAAAAAAAAAAAA&#10;AABo//////////////////+UAAAAAAAAAAAAAAAAAAAAAAA2///////////////////aAAAAAAAA&#10;AAAAAAAAAAAAAAAH7P//////////////////FQAAAAAAAAAAAAAAAAAAAAAAxP//////////////&#10;////SAAAAAAAAAAAAAAAAAAAAAAAov//////////////////dQAAAAAAAAAAAAAAAAAAAAAAg///&#10;////////////////nQAAAAAAAAAAAAAAAAAAAAAAaf//////////////////wwAAAAAAAAAAAAAA&#10;AAAAAAAAUv//////////////////5w8AAAAAAAAAAAAAAAAAAAAAPv///////////////////zMA&#10;AAAAAAAAAAAAAAAAAAAAK////////////////////1gAAAAAAAAAAAAAAAAAAAAAGP//////////&#10;/////////4EAAAAAAAAAAAAAAAAAAAAABf///////////////////6wAAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////94iAAAAAAAAAAAAAAAAAAAAAPL///////////////////9cAAAAAAAA&#10;AAAAAAAAAAAAAN////////////////////+fAAAAAAAAAAAAAAAAAAAAAMz/////////////////&#10;///oSgAAAAAAAAAAAAAAAAAAALf/////////////////////oBYAAAAAAAAAAAAAAAAAAJz/////&#10;/////////////////3oCAAAAAAAAAAAAAAAAAHf///////////////////////96CwAAAAAAAAAA&#10;AAAABUz/////////////////////////oldodICNnKu80Of/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////7eP/////////////&#10;/////////////9Kjelg6KSMcFg4GAACf/////////////////////6xSDgAAAAAAAAAAAAAAAABp&#10;///////////////////kQwAAAAAAAAAAAAAAAAAAAAA0//////////////////95AAAAAAAAAAAA&#10;AAAAAAAAAAAA4//////////////////NAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////////&#10;EwAAAAAAAAAAAAAAAAAAAAAAhf//////////////////TwAAAAAAAAAAAAAAAAAAAAAAXf//////&#10;////////////gwAAAAAAAAAAAAAAAAAAAAAAOv//////////////////sgAAAAAAAAAAAAAAAAAA&#10;AAAAHP//////////////////2wMAAAAAAAAAAAAAAAAAAAAAAv///////////////////yoAAAAA&#10;AAAAAAAAAAAAAAAAAPv//////////////////08AAAAAAAAAAAAAAAAAAAAAAOf/////////////&#10;/////3QAAAAAAAAAAAAAAAAAAAAAANT//////////////////5sAAAAAAAAAAAAAAAAAAAAAAMD/&#10;/////////////////8QHAAAAAAAAAAAAAAAAAAAAAK3///////////////////AzAAAAAAAAAAAA&#10;AAAAAAAAAJr///////////////////9nAAAAAAAAAAAAAAAAAAAAAIb///////////////////+j&#10;AAAAAAAAAAAAAAAAAAAAAHL////////////////////jRAAAAAAAAAAAAAAAAAAAAFz/////////&#10;////////////kQYAAAAAAAAAAAAAAAAAAEH/////////////////////618AAAAAAAAAAAAAAAAA&#10;AB3//////////////////////8pLAAAAAAAAAAAAAAAAAAD////////////////////////LVwAA&#10;DBgkMT9OYHSLp8f//////////////////////////9fn8v//////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////+vUzcfCvrq3s7Ctqail////////////////////3X5TPzAjGREJAgAA&#10;AAAAAAAA2/////////////////92AAAAAAAAAAAAAAAAAAAAAAAAp/////////////////+6AAAA&#10;AAAAAAAAAAAAAAAAAAAAdf//////////////////BwAAAAAAAAAAAAAAAAAAAAAARv//////////&#10;////////TgAAAAAAAAAAAAAAAAAAAAAAGv//////////////////jAAAAAAAAAAAAAAAAAAAAAAA&#10;AP3/////////////////wQAAAAAAAAAAAAAAAAAAAAAAANv/////////////////8RkAAAAAAAAA&#10;AAAAAAAAAAAAAL7//////////////////0QAAAAAAAAAAAAAAAAAAAAAAKT/////////////////&#10;/2sAAAAAAAAAAAAAAAAAAAAAAI3//////////////////5EAAAAAAAAAAAAAAAAAAAAAAHn/////&#10;/////////////7cAAAAAAAAAAAAAAAAAAAAAAGb//////////////////94hAAAAAAAAAAAAAAAA&#10;AAAAAFP///////////////////9KAAAAAAAAAAAAAAAAAAAAAD////////////////////93AAAA&#10;AAAAAAAAAAAAAAAAACv///////////////////+sCgAAAAAAAAAAAAAAAAAAABb/////////////&#10;///////nRQAAAAAAAAAAAAAAAAAAAAD/////////////////////igAAAAAAAAAAAAAAAAAAAAD/&#10;////////////////////1k0AAAAAAAAAAAAAAAAAAAD9/////////////////////6cuAAAAAAAA&#10;AAAAAAAAAADV//////////////////////+YKgAAAAAAAAAABhgtRWDg////////////////////&#10;////qGN0gY+cq7vN4vr/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+fLt6md&#10;lY6JhIB8eHRwbGhlkP////////////////+8akgtGQoAAAAAAAAAAAAAAAAAMf//////////////&#10;////AAAAAAAAAAAAAAAAAAAAAAAAA///////////////////QgAAAAAAAAAAAAAAAAAAAAAAANz/&#10;////////////////jgAAAAAAAAAAAAAAAAAAAAAAALL/////////////////zgAAAAAAAAAAAAAA&#10;AAAAAAAAAI3//////////////////ykAAAAAAAAAAAAAAAAAAAAAAGv//////////////////1oA&#10;AAAAAAAAAAAAAAAAAAAAAE7//////////////////4YAAAAAAAAAAAAAAAAAAAAAADT/////////&#10;/////////64AAAAAAAAAAAAAAAAAAAAAAB7//////////////////9QXAAAAAAAAAAAAAAAAAAAA&#10;AAr///////////////////o9AAAAAAAAAAAAAAAAAAAAAAD///////////////////9lAAAAAAAA&#10;AAAAAAAAAAAAAAD///////////////////+OAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//+8GQAAAAAAAAAAAAAAAAAAAADv///////////////////xTgAAAAAAAAAAAAAAAAAAAADY////&#10;////////////////iwAAAAAAAAAAAAAAAAAAAAC/////////////////////zEMAAAAAAAAAAAAA&#10;AAAAAACh/////////////////////5EZAAAAAAAAAAAAAAAAAAB6//////////////////////J0&#10;CgAAAAAAAAAAAAAAABFf///////////////////////odBMfLDhFU2JyhZu00vX/////////////&#10;/////////////9fo9P//////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////+/fz8e7s6+vs8f//////////////////2bKZh3ltZF1WUUtGQTw4Mi0oI8T/////&#10;////////////SyULAAAAAAAAAAAAAAAAAAAAAJL/////////////////iAAAAAAAAAAAAAAAAAAA&#10;AAAAAGb/////////////////1wAAAAAAAAAAAAAAAAAAAAAAAD3//////////////////zMAAAAA&#10;AAAAAAAAAAAAAAAAABj//////////////////2wAAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;/////50AAAAAAAAAAAAAAAAAAAAAAAD//////////////////8kMAAAAAAAAAAAAAAAAAAAAAAD2&#10;//////////////////E1AAAAAAAAAAAAAAAAAAAAAADf//////////////////9bAAAAAAAAAAAA&#10;AAAAAAAAAADL//////////////////+CAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+p&#10;BgAAAAAAAAAAAAAAAAAAAACj///////////////////TLwAAAAAAAAAAAAAAAAAAAACN////////&#10;////////////XgAAAAAAAAAAAAAAAAAAAAB3////////////////////kwcAAAAAAAAAAAAAAAAA&#10;AABe////////////////////zUMAAAAAAAAAAAAAAAAAAABA/////////////////////4cQAAAA&#10;AAAAAAAAAAAAAAAc/////////////////////9heAAAAAAAAAAAAAAAAAAAA////////////////&#10;//////+/TgAAAAAADhwsPlJqhqXI////////////////////////wnyMmqe2xdbo/f//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////7uHXz8nDvrq2sa2pp6am&#10;p67/////////////////voZtW0xANy8oIhwWEAsEAAAAABT/////////////////1wUAAAAAAAAA&#10;AAAAAAAAAAAAAAD//////////////////zQAAAAAAAAAAAAAAAAAAAAAAAD2////////////////&#10;/3YAAAAAAAAAAAAAAAAAAAAAAADS/////////////////7AAAAAAAAAAAAAAAAAAAAAAAACy////&#10;/////////////+EkAAAAAAAAAAAAAAAAAAAAAACW//////////////////9RAAAAAAAAAAAAAAAA&#10;AAAAAAB8//////////////////95AAAAAAAAAAAAAAAAAAAAAABm//////////////////+gAAAA&#10;AAAAAAAAAAAAAAAAAABR///////////////////HIwAAAAAAAAAAAAAAAAAAAAA8////////////&#10;///////uSwAAAAAAAAAAAAAAAAAAAAAn////////////////////dAAAAAAAAAAAAAAAAAAAAAAQ&#10;////////////////////oxYAAAAAAAAAAAAAAAAAAAAA////////////////////2EwAAAAAAAAA&#10;AAAAAAAAAAAA/////////////////////4gPAAAAAAAAAAAAAAAAAAAA////////////////////&#10;/8tTAAAAAAAAAAAAAAAAAAAA//////////////////////+lOAAAAAAAAAAACR00TmuM////////&#10;////////////////mTlDUV9ufY6gtcvl/////////////////////////////+v5////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////+vMuayhmZGLhoF8eHRwa2hmZmjx/////////////////2FF&#10;MiMYDgYAAAAAAAAAAAAAAACe/////////////////34AAAAAAAAAAAAAAAAAAAAAAAB1////////&#10;/////////8MAAAAAAAAAAAAAAAAAAAAAAABS//////////////////s3AAAAAAAAAAAAAAAAAAAA&#10;AAAy//////////////////9qAAAAAAAAAAAAAAAAAAAAAAAW//////////////////+WAAAAAAAA&#10;AAAAAAAAAAAAAAAA//////////////////+/GwAAAAAAAAAAAAAAAAAAAAAA////////////////&#10;///mQgAAAAAAAAAAAAAAAAAAAAAA////////////////////aQAAAAAAAAAAAAAAAAAAAAAA////&#10;////////////////kAIAAAAAAAAAAAAAAAAAAAAA////////////////////uSwAAAAAAAAAAAAA&#10;AAAAAAAA9P//////////////////6FwAAAAAAAAAAAAAAAAAAAAA2f///////////////////5EY&#10;AAAAAAAAAAAAAAAAAAAAvP///////////////////8pTAAAAAAAAAAAAAAAAAAAAnf//////////&#10;//////////+YLgAAAAAAAAAAAAAQKUZmxP/////////////////////ufx0MGig3RldpfpWvzO7/&#10;////////////////////////56CqucjY6fz/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////99fDr5uLf29jU0tHQ0tfg////////////&#10;/////86einxxaWFbVlFMSEM+OjYyLy4x/////////////////9IlEQMAAAAAAAAAAAAAAAAAAAAA&#10;//////////////////9CAAAAAAAAAAAAAAAAAAAAAAAA//////////////////99AAAAAAAAAAAA&#10;AAAAAAAAAAAA//////////////////+wCwAAAAAAAAAAAAAAAAAAAAAA9v/////////////////d&#10;OQAAAAAAAAAAAAAAAAAAAAAA3P//////////////////YgAAAAAAAAAAAAAAAAAAAAAAxf//////&#10;////////////iQAAAAAAAAAAAAAAAAAAAAAAr///////////////////ryIAAAAAAAAAAAAAAAAA&#10;AAAAmf//////////////////1kgAAAAAAAAAAAAAAAAAAAAAgv///////////////////3IAAAAA&#10;AAAAAAAAAAAAAAAAaf///////////////////6EoAAAAAAAAAAAAAAAAAAAATv//////////////&#10;/////9NcAAAAAAAAAAAAAAAAAAAAM/////////////////////+WLgAAAAAAAAAAAAAAFTJSd///&#10;///////////////////gchMAAAEPHy9CWHCLqMjs////////////////////////ym9ufo6esMPY&#10;7///////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////54NLIwLq1sKyopaKfnZubnKCn//////////////////+CZFZLQzw2MCsnIh0Y&#10;Ew4JBAAA1P////////////////+SAAAAAAAAAAAAAAAAAAAAAAAArf/////////////////MHgAA&#10;AAAAAAAAAAAAAAAAAAAAi//////////////////7UgAAAAAAAAAAAAAAAAAAAAAAbf//////////&#10;////////gAAAAAAAAAAAAAAAAAAAAAAAUf//////////////////qRsAAAAAAAAAAAAAAAAAAAAA&#10;Ov//////////////////0EIAAAAAAAAAAAAAAAAAAAAAI///////////////////9WgAAAAAAAAA&#10;AAAAAAAAAAAADP///////////////////48UAAAAAAAAAAAAAAAAAAAAAP//////////////////&#10;/7g+AAAAAAAAAAAAAAAAAAAAAP///////////////////+VtAwAAAAAAAAAAAAAAAAAAAP//////&#10;//////////////+fNwAAAAAAAAAAAAAAEC9QdP/////////////////////dchQAAAAABhcqQVp1&#10;lLba////////////////////////vFhEVGR1hpqvyOP//////////////////////////////9LN&#10;4fH/////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////z7+vv9///////////////////////uuaidlo+K&#10;hoJ/e3h2dHJzdXh/kP/////////////////rTzowKCEbFRALBwIAAAAAAAAAI///////////////&#10;////aQAAAAAAAAAAAAAAAAAAAAAAAP//////////////////mwoAAAAAAAAAAAAAAAAAAAAAAP//&#10;////////////////yDkAAAAAAAAAAAAAAAAAAAAAAP//////////////////8GMAAAAAAAAAAAAA&#10;AAAAAAAAAP///////////////////4oOAAAAAAAAAAAAAAAAAAAAAP///////////////////7A0&#10;AAAAAAAAAAAAAAAAAAAAAP///////////////////9VbAAAAAAAAAAAAAAAAAAAAAP//////////&#10;//////////+FGgAAAAAAAAAAAAAAAAAAA+z///////////////////+xSQAAAAAAAAAAAAAAGDld&#10;gf/////////////////////lex4AAAAAAAwhOFJvj7PZ////////////////////////u1gpOUla&#10;bICXsM3t/////////////////////////////7OetMXX6///////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//rv5+Hc2dbU0tDQ0NHT2eDr9///////////////////uIp+d3FsaGRhXltZWFdXWV5lcf//////&#10;////////////vzEfFhAKBQAAAAAAAAAAAAAAAP//////////////////7VYAAAAAAAAAAAAAAAAA&#10;AAAAAOj//////////////////4IEAAAAAAAAAAAAAAAAAAAAAMz//////////////////6svAAAA&#10;AAAAAAAAAAAAAAAAALP//////////////////9JXAAAAAAAAAAAAAAAAAAAAAJv/////////////&#10;//////d8EAAAAAAAAAAAAAAAAAAAAIX///////////////////+iNwAAAAAAAAAAAAAAAAAFK5T/&#10;///////////////////LYQIAAAAAAAAAAAAMLFB2ntH////////////////////1jTAAAAAAAA0j&#10;O1d2mb7l////////////////////////w2MYKjtMX3SNp8bn////////////////////////////&#10;/6h/lqi70Of////////////////////////////////////9////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////93Oxb+8uba0s7GysrW5wMnV&#10;4////////////////////5dsZF5ZVVFPTEpIR0ZIS1BZZqH//////////////////6cmDgcCAAAA&#10;AAAAAAAAAAAAAFb//////////////////85QAAAAAAAAAAAAAAAAAAAAADr/////////////////&#10;//R5CwAAAAAAAAAAAAAAAAAAACH///////////////////+fMgAAAAAAAAAAAAAAAAAAAA7/////&#10;///////////////EWAAAAAAAAAAAAAAAAAgxWoT////////////////////pfx8AAAAAAAAAAAYn&#10;S3Gawun/////////////////////p0kAAAAAAhcvSmiKrtX8////////////////////////03Ue&#10;JjhKXnWPq8vv/////////////////////////////65yhZiswtv2////////////////////////&#10;///////////f7///////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////+/sqqmo6Ggn5+ho6astMDN3ez///////////////////+K&#10;WlNPS0hGRENCQUJDR05ZaX3///////////////////+eLgYAAAAAAAAAAAAAAAAAAAD/////////&#10;///////////DVgAAAAAAAAAAAAAAAAAAFUH////////////////////nexoAAAAAAAAAAAAACTRg&#10;i7T/////////////////////nz8AAAAAAAAABCVKcZnC6///////////////////////xmYPAAAA&#10;EypEYoOnzfX/////////////////////////6441Kz5RaIGdvN7/////////////////////////&#10;/////752f5Spwdz5///////////////////////////////////S2PP/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////by8O/v7/Hz+P3/////////////////////&#10;///////4sJ+al5aWlpibn6SstsLR4e7////////////////////+jlBKR0VERERFRkdLUVpog6n/&#10;////////////////////pkEBAAAAAAAAAAAHNmOPuuH/////////////////////xmUKAAAAAAAE&#10;J0xznMTs////////////////////////5YgvAAATKkRigqbM9P//////////////////////////&#10;/6tQNkphe5a01vr//////////////////////////////9KHfJixy+n/////////////////////&#10;///////////////Uzu3/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////+3l4+Pk5ujt8fn//////////////////////////////bGUkpKVmZ2jqbK8&#10;0O3//////////////////////////51TR0lNUVZgc4qv1vz//////////////////////////7JW&#10;ABo1UG2LrtL3/////////////////////////////81vPl97mbfX+f//////////////////////&#10;/////////+6fg6bC4f/////////////////////////////////////jzuv/////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////AAAA/+4ADkFkb2JlAGRAAAAAAv/bAIQAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQIB&#10;AQEBAQECAgICAgICAgICAgICAgMDAwMDAwMDAwMDAwMDAwEBAQEBAQECAQECAwICAgMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAFAgC5wn2BAERAAIR&#10;AQMRAQQRAP/dAAQBP//EAaIAAAAGAgMBAAAAAAAAAAAAAAcIBgUECQMKAgEACwEAAAYDAQEBAAAA&#10;AAAAAAAABgUEAwcCCAEJAAoLEAACAQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlR&#10;QhZhJDMXUnGBGGKRJUOhsfAmNHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rl&#10;o7PD0+MpOGbzdSo5OkhJSlhZWmdoaWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTF&#10;xsfIycrU1dbX2Nna5OXm5+jp6vT19vf4+foRAAIBAwIEBAMFBAQEBgYFbQECAxEEIRIFMQYAIhNB&#10;UQcyYRRxCEKBI5EVUqFiFjMJsSTB0UNy8BfhgjQlklMYY0TxorImNRlUNkVkJwpzg5NGdMLS4vJV&#10;ZXVWN4SFo7PD0+PzKRqUpLTE1OT0laW1xdXl9ShHV2Y4doaWprbG1ub2Z3eHl6e3x9fn90hYaHiI&#10;mKi4yNjo+DlJWWl5iZmpucnZ6fkqOkpaanqKmqq6ytrq+v/aAA4EAQACEQMRBAAAPwA5JqA3Gu9k&#10;ZGQsOQTZ7MPwPoffyrhaCpP+fr6FBNFxr1v8e+PkBSSP9QZE4DEEEC6D0gi3I/3o+7BagNXHn/q8&#10;urPokTjUH/V+R9K/Pr3vMItGkF1UaNbDgm4Hp0k/0N7D/eb+21UsSafn/sf4cdI4oP1O6hHH/V/l&#10;FOve8moLqJ06ZEuGF1RWH6AhPNyeQPp72AfP/Z/Z8vXpaAR8Xr/q/wBVOve+SONTAKf9162ZlsF+&#10;romni35Nx78fhBJ/YOn4SocV4fL/AC+fXvchW0ksGCK/A5Dk/gBj9CBweeP9h7pk8BX/AFf6vXpR&#10;2rljTjT8/T/Z697ys7KCpsCUAIUXB1H9AC/j83/3v3pgGp/qof8AV/g6badGYAimcf6uGeve/NMQ&#10;2pAVNgSLWf8A17L/ALH9P+9e9EYoc18v8HTrGgBGQfXh+09e98QxCNa+oqpAYCxa4IKgji3BJvb/&#10;AGPtsoSwIp6V9B5fb0XyxGNqigX9tOPz697yNPGP2yLEoGLD0m9tQDBvwLfi3vSIaVbh5fL16LlD&#10;DMhBGaH/AFV/1ceve8SSowHkXQwS2klTcGx4UfT+pv8A8U97dWbK5p/qp/q4dPrJVQpOryHE0+XX&#10;vcpXXSum4spUrdSH/Ckf63+t72sTZZs14f4af6j0ZW0VGLEg1AxTPr59e95Q3PN1cD9JYfi31U82&#10;/wBh/vHu41aSSf2/y6eeRR2jz6975atNw2m5ANrjVyeD/X62vx79RW40K/y/Z+3Hy68GRlEgOB17&#10;3wZmspLOSV5t9Rp9JHP+3H4/2PukketdIFKHj6+fkK9JrhUZSEGfUef5jr3vmGIYP5Tp0EWtZP8A&#10;VG5+pP1tf2mERppK/n/qPSEsaZ/zV/y9e98oSphXSv5YkXQAg8kheT/rk+6aGRuP+H/L15SFIK5o&#10;cev+Tr3vtbF1U6L2Vy5YEBT+LD6n6/W/uzLTv8s1xT7Pz6fmDs/iEED5g9e996lViQnK6yAQrcfR&#10;SoX/AIp79pbSKMKf6uOemakGlcde980eS15OR/Y5CtyLkFh+T/U+/KkWv5H7afb/AJx0ogrqK+vH&#10;r3vzSXFyDaxU6Dq/4MpsP9bn2/4Ug7UpQ+fn8vy6WhKGg/1f6v8Ai+ve+9ZspIGrkKCQF1W4Gph/&#10;vFve0RQukcfP/V/g/n1TSoJHl/qz173mWVpDyS2pbc8WIFvr9f8AW+ntMy6W0nNOmzHoFP8AVTr3&#10;vpCbKEIYBiQGTSWJBupH+v8AW/u7axTxeH+rh86dWIydWOve8odgukFiLa3S1wDe3Fx/Xn6+/KtW&#10;qBUZH8uP2dN6VLVP7eve+MRAYMbho9btqLeofVVsP9vz73Oz0qDxWh/1cP2dalroIBqD/qPp173N&#10;Lq2oNcFm4s2stxqNv6e0WrSAAeHSNWxQeXXvfWtgQbOt1ICluLIeZLuBwR7uVUk6s0+X+H/Vnq9U&#10;ODTr3vKsxIHjs4XUhYHSCTzYEf7wAffgQralxwx02yrWvXveJm/SbafobSHhQTwbi3P+9e3lk1pp&#10;rQ14Cv8Asjp5M1B6976WROWtceS1gbHng3f88e6SuHUKBTST1RjqwPLH+ode9546hi1gxtcWDC50&#10;g20Xb6gD6j3WRFeOqUHVHRNNf209fXr3vM7D9RCcta4a1+ebk8gf7x7ZFBw6qoPlXH7Ove8ExAZQ&#10;Wut9KXUXBvax5sLe1eosK/KpHqPsPT0WVJXz49e99+dpI2AFxynBBcAHkXPIB/rz70BCGVlNTxIp&#10;T+fr1UQqr1r173jjczjj+pLDkglR9CfyB/U+3ZD4RpJgD8/2dOMoiOf9Veve5ccgSZA6Ecerm+o2&#10;uOQSTf8Ax/2PtPqLREk8DgU8ukzIWjLA+dOve8sgD+tWtc8qR9PyVPNyf9hx7aDAjTxGT/q/2eqL&#10;24I4enXveOSULe0ijhWIAuxuPpqYXt/sPetONK5J+fl05GhYDH+br3vIjaSPWAmnVZyp5P6ixP19&#10;1xx+eP8AP69NuCVOM+v+AD0697yPyxKlkU2JW6kW/JA/J/x93JpUA/5R/PqqkhaOKnr3vgxCX0he&#10;QNPJOu/+JA59+ANNVeGP9Xy/wdWGfi/4r/Y697k+QBVP6b2v+CwItc6uPZfl2NMmvmcZ+zy6YCks&#10;af6v9X5de945ZNJCqWD3CCwJCn6/T/H6/X25BGxJJ/IHz/2B+3q0cZbuPD7af6vTr3vgsg1agdRW&#10;63ICqCfy2n/X+nt8q1QnD7Kfyr1dkJxwr/q/1Hr3vM5YjUbglQqKbgH/AFiP6fXn26AzGhz9lP5+&#10;f+rj02iqp0jgOPXvfNP3XIcKW4JuoBvwLm3/ABPtp3ki7lNKenA9VYeGtV4de95joViSzhQBcaQ1&#10;wT+DYcfm359seO57AM0+fn+fTfcy8Aeve47tcMyfo5sBqJBuCbqPp/iD7V00hSBUDjQ8engp4Nx6&#10;978kj6rXIYx/puQPSf6H+n1t/wAi96pGQQw4Hh9vpx8vy+fXmRSK/Pj9vXvedJAznzAiw1Eqv1uO&#10;Ob3/ANiCPdXHZpTFPLz/AC+dOHTLpRaR5+X2de9+mkYyKx4DCwN7EL9CVFhx/rn23AAFNOI41/l+&#10;fW40XSfUf6qHr3vGkjuUAQA3BY6iVKD9Okf1/qT7XQ6GiIYiuSBwJ+fz4Y8urMioDU9e9ykkeR1I&#10;0ix+ukaiAPr6PoLe2i+irE19R5enDh/qr0wVRUOSf8H8+ve+yCpZ2BseWVgPybAWH9Lce20YS8K0&#10;FePXhRgEB/Pr3uQmjTqT6tawZr/2QD6Te/H1sPbbyNqI/wAmPPpk6gaN5de9+d0ssZ1AEW5NhqT9&#10;XFiDf+pHvcZYqWehPy8x/n+Xy68qtXV/qz173kSSML+sBgCCDYcXOjSzfX/Hj3sxHOkU/ma/4Ps6&#10;bZX9Mev+GvXvfjIqA3bTYnSAQxNhextyR7oEkJ0mlD5+n2/b8uthSTgV6975Ixa8gYWIAHBBbgnm&#10;/wCn+l/eyNMY9VNTgYr/AJP5daYUAWnXveQT2Xxo1lNh+gcryCfVxf6/X23jVroK1/1Z/Z+3qhiq&#10;dRGf8v8Aq9Ove+SSghdDEAqW/TZQxAGvm35/HHu/d8UgoK0+f+x+3/N1UrxLZyAPXr3vtmUhRc2A&#10;JJJva7A3EfJFv9b3Y5IIqf8AUetANqJI/wBX2+fXvfWqQekxi5tzqPA1frNvz9PegSRUHHpjHn1u&#10;inNf5fy697yBgixsPQ4ZgH1csbHkXt/TkAf63uiuDIY6V86+n7c16oRrLBsg+XXvfAF/xe+s/qsd&#10;Rt6mJPP9bD3sEhSrZLU4eVT8v5nq5C1zwxw/l8uve+SOG8Sh/wBNwpAUDgc2C/1/r72dRNTx4+uK&#10;/wCrj59VZaamI6975IdLj9VgdIBBCqB9RIB9R/Q+6A4J/wAH+XPl1psr/qz9nz+XXvclSisCoB5Z&#10;bXuQSP8Aavx/xu/096mVnTSePkT5Hplg5GfT/V+fXvfbshsyyWIcfqBvzzb+n+xv/vPv0epY1D+Q&#10;/wBX7fXrSBgNJHl173xBBdVYWsSeRbg/6km5P1+pHtzUVVnbz+fHyFf8P+frZB01HXvfJXBZi2oX&#10;BIANv0sNN/8AeOL8/n3okKBTPr9v5f8AFV49VZTpAHXvfZaQalRLIPxYkf7Dg/1tz+PflYMeNaf4&#10;f5V68AmNRz173xRpCLEcgjUrC3p4+n1+n5/4j3umpqjGfnw9P83VmVa1HXvfMTfhmUFG9JJBYgWF&#10;7fT6+3ESMgPJjVx8/wAsf5P29VMfmPMZ665/1/p/xv35XZrgEkM+o+k8ccWJP0PHuoB1Efs8q/L9&#10;nn1plCn5gevHrv3yje41agPV6zf0oQTaxtwT9b+9Aluyh/b6/wCb/N1V1zwr6det/vHHvmJArLx6&#10;WDn6XLEf2rnnj+lve9DL+HTT/VQ9a0VFPMU/L5ddX+tuSOLfT3j1qCt7jT6iv51EcA2/p78TkV4f&#10;5+rBTQnzPXhf8++bsLNa+n/FTe5F+dP1H49+JqdI4D/V+WOHWlX149d++1dT6VIsber6n08j/YE/&#10;gj3pWGQBUn7R9v7P9XHrxU/ERw/y9e/2P++/x99KQRe9wCb/AFsb8E2t/sPx73r7S7DPn15gQaEd&#10;dW/x/wB6/wBt7yarWUobNYJe1wFFwrW+n+Hu9KsNXlj5fb/xf5dN6a5B4cevaR+OLm5t+T/j78HP&#10;BW4Kks3JHI+ukNe5/wBh7bLEsKCij5f7Ffnjj14gVofPh14ccXJ/p/xs+8msAambixY8gWJ+hH5v&#10;9PaZY3Y+G+POvkflX/Y6ppLYQfLh/qx13f8Apz/re+Aca1DEkGxNrAEj+v8AX/Ee1IZh5D7P9XD7&#10;fy6uU7ccfn1xtcW/w/I/P9feVnS4JI/OkgAkgfgAi5/2PtpJZKgU48fl/q9emwjUoOu9P+v/ALDg&#10;e+MekSaWJGsgMfwunkfqsOfaoNnuyOrvUpUDh1xYH6/7x/rnkce8QZi54PJvzpP04JA901LXuPyG&#10;aZ/b1cAaeu7WH9Pra1zx/vfvOj6WUMbliNJBHBB5H1+v+x9sTDUukjPoP+KA6aZNQJGOu7D/AH3P&#10;+H1PvNJJcFQBdri7clbG9wfx7ToEB0LXPl9npjz9emkTNTw+XXufyfob8ccf4++JYcfqNmUsP8V+&#10;o0j/AHvn3bSW41FcA8T8utgHyx17/eSfyB+P9f3xaQ+ptRuf0H9AbSebi34Ht5GwAa5/yemadbCr&#10;hfPz/wBVevW/4n6gfn8e8XkWxPNiQdWoWD34/wATx+fz7UqwftAofLFD+3genNDVoeuH554+tyfy&#10;PoDY+5YKuFK31k+i1mAX8EB+Rz7TH4ySakYP+z0noy1B4ef+oY65/wCBB+n4/wAP8R7jvISRb1sh&#10;Ktax9IPq+th7eUdoHl6+vTyoKZwDSnXX+F+fr9PoPpf/AF/fOKRWItb6MLjgAfgAgfn/AHx96kUk&#10;Nk5+Vf8AVTqjowHrnrofXn+vBN72/P198i5fWL+kNey2LXAtf1fn/G/uwFEXA9PzHCvz9adV06aE&#10;ddHk8mxvb+hP+At+P8ffayKnqBPp0n1C6hieRce2ZRqejZJ/w/L/AFDrxQt2+teuf0H9AP8AY8D8&#10;+8juGkFigLXCEC9j/Tk2/wB696Cuo1EY4f6v9nHVQpC+eOur/QXvfnn8g/7D3iZludSsNTWBFiDY&#10;fnjj24jCQjw2FT8xj+fTgBpRfIdcbafzb+psbW/w+v8AvPuUkoubXtbT+f8AWNrf096k4aqZPAkc&#10;emGTHXdjxbg35F/eHym7g3cHV9SADYXA1cf7Y+7R0GSKn88Z4/6qdXCAUPDr3NhbgXt9f6kg++Bc&#10;EhFvrGll4uq2N7Fuf9592U6e7hUkfP8A1fn1cIQNbcOHXRFwt7Gzcfm9r8n/AJH77uSpIW6a7sWY&#10;AKfwwA4H+APvzsv9mMMvClcn0r8+tcDSuaf6h17m+oj/AA/p6fz/AK498PWh1IqkG45Y83/BH+t/&#10;h79rWul8H/VWny8v9jq9UYaWJx8uuyAf9hb6KT/vHvLFcXJ03FiFX9Or+gBNwf6e7MBo7aU4/wCf&#10;/VXpt/QcOuvqQOfqfrwbW/w95hJwpcqSA3+Fh/qSv+HsrVmcVT8Ofnnjn5efp1TTkhf9Xz65/n88&#10;/wC2494TJcA2sDqvfgtf9K6GH+9f7H2siTjXJ9B+Hyyfn/qp1ZU7v9WOuuQSALAD6n6X/p78EHps&#10;wBPJte4I/wBWoP1P9fbcqlKlTgEA8P2U4U9OvajWlOvC9+b3/wBcW/xtb3nLKDYA+oaRfgc/hif+&#10;Ne0xYU78enlX9n+DpsAnj1y98brzyC30C2v9D9bW5/1/fkmYUpgHHyI9af4et0J66sL3/wB9+P8A&#10;invyE2Fr202jIIXgCxDL7cDL4lWFGz+Q8uvNk0P59dgW980F2A/SLEMCeQTc2H+H9b+2/EqCppX5&#10;cKfP1I6q3D19P9X+r7OuiLm9yLf0t78pZAqkAxueTY6mJ5AUfi1x+ffmNRXz/l/sfs68aPUg5HXf&#10;vhqu2jQTZhcEDi9yTcc8f4+3FFDQtwHl/q+f+x1amNVevW9873C8ghtX0P8AUWsb/Tn/AHj+vuq8&#10;FINSP8/r5f5utUNfs69/vre/arkrrIvyv5t9bC35/wAfenYtx4+gOB/xXXqUyB11YD8e/K4FrE8a&#10;ltpsqn8/q/p/W3u/irQKT/q49eI9evEX/wCN/T+nviXOoXIUBGCjSSeOeRzz9efekI14BYnFPT0/&#10;b5dbCUB889dEfW1l4+tv9v77RiUIUaQpN/pp/wACAf8AWt9fe9RVaEZ8h/hFOI+R4daKgHPn139D&#10;z/vAPH+v77uwGkEKTcMSebN/aBPP9Ab+/I4Yk0yBw/kQevUFa0r10QpN7Xv/AK/+w+nvmpKgXNrK&#10;SbcAH66Tbn+n497dtOSMk/y/2f8AN1U5OM9esCT/AIADmx/2PvCWNifTazEMbi4BtyLn/H68/wCH&#10;umrvrwH8+r0HDrsC3vl5CCGIPP1sQTccfX8f4/8AFfdTJnHEj/VTr2nFB14C3+9c/X/b++VtRBBU&#10;+k3JBAvb9Q1fT/W/A5t7c8RQMmnVK6Rnrx+o/wB8P68n34kKpQgEHUrab3NgCCD/AF45H+x5+nvY&#10;NWoOA9fP/P17Jz17/Ynk/wC2499M1rD62B4AUG/JHI4961BiXFa/s/yf7HVqYr11bj6C5IJvz/r+&#10;+SFlZhcAKP0BdX+uQ/0/p+fr7pIwBofMDz4k1GTnqrBdPCv+r067/P5+pH5+lr+85YLxpIC8hz6g&#10;1+Soa4t/r+6ghzqLcKVFaUHCuM1z9uemtJNKnj5cKde/2H45/wB8ffRmLjm1/Va1vqbek+3Cqrhq&#10;nND9vrx4fn/h62Igp68P8foLWP8AsPz7wBfJe5IYfqJ4tb6X/wCK+9u4UFhnT6fz/Z5Dh098HDh1&#10;7/Y3v/rf7x77Z0DKNI0G2nkNyAblz/T8/wC29+1DQWI4/YMUHz/Ly88daCtpyc9df7Hn6f0/4r74&#10;K2pmD2u3AB4BH0NyOP8AD6fX3bNaGgHCmKcK/n88cOtlaDt8uvC34/PJ/wBj+PfMsCtj/UFStxpZ&#10;gTdR/T/iffqEE+Y/1V6qFNajr3N/97Fyf9t748ngvexsTYgkgfj/AG349+OkAeR8vQdbwM068Ddb&#10;gfW/H9ebc++/IpcByQxBAsfobAg8fnj3sF1FQKj18gPTrwU07R/s9esBx+CbfT+v1/4p79dlJPpF&#10;xYAeq/P9rji359+Y6TU+nn16itjrwH9LXBP4/rz/AMU9+VntdmXl+bcFufoSbfT/AAPvyMooPI1/&#10;LrRC1wOuyPz+f9bnj+l/fgxBIubklr/nTqsAwI+luPp7q5QqXOQOHr8z1ugOadeA+v8Aj9eOL2/p&#10;74hlvbjgB7k2FubWP9R9Lfn3aq6ixyT5/wCrz68QQOvf04/2xFhz75tJYBvqSLNf6jgfUn/invxQ&#10;MO4caft/2etBK48uvfm9/wAfX/Y8++fmIVblQNXNjyf9te/++59plhGrFB5V6qYwTXPXf+9++iRc&#10;sVZV1BhYGxH9CRf8+2GhNCyd2k8PT/i+PXqEUoeve+V7aiOLr/WxH5sD/X+t/wDbe6qsjULfn9nn&#10;16laA5z173xEgbgXJXj1leWP0IH+P9Pr7dlicUcEafT09Pz/ANVOtlKZPDr3viTctclZBwbXsABf&#10;8f0/p7VRRERiv5Djj8+rAcPTrr8/7b/e/fDyfU241WNjpJ/Gs/1v/T2iBcGin/iv9XDreg+fXfvt&#10;WvfgXsfVYm4+vC/1P49vIzhwdRoP5fn14igz+zr1gPoLe/XuFBJK21XW4PB/Knk/7H266ll7D+fr&#10;50p/xXXqUJPn8+uh/j9frb62/H199xuv5spZrj66tJ+osLW49l8yAUZRSmD/AKvTrTA8R5Drv3kb&#10;QoPP6SBywuP6WX/H/X90UkmqCp+Q9ePTY1MM/wCDr3voxjVcXBcc2Uaf6gji30/Hvf1UzcThRTj5&#10;dWDGn2de94XIQEH9HKekBjccjV/QD/W9qIi0gGf5fy6cHdkceve+EUoBAtpH1a+ofn9S2+v+vb3X&#10;RrwfPz9Pz/1fb1t0NK8T173281tVhcqQQP6Le/1+pv8A7D3tVRRTIFKeXWljrx8+ve8izqzOB+kL&#10;ex/qx5DC3+2/3n214baSFqf8OOtNGQAT59e99NMrAi5BFj6iLKtv9ST+P6e9tFIVpTIHEdaEZB+X&#10;XveS6kmzHkX5NuP9pB+n+t7oEIGf5fPyPWqGnXvfZZFtc2e3pPINv99/xv3QKXJKjHpXz/yDquli&#10;fl173j86j9P+wHpCk/TUCP8AeuPdqSudLZH+D/JTq/hE5PXveQNydQChBwC1lPHJNvr/ALa/vfwq&#10;PU5+VPtH+r5dVIxQcT173weZWACixLalJ4Jt/iL/AOw9t6VA0j9o8q/y6ssdDVuve+nsQulh6RrI&#10;vwxtcgng8+3FHfRa5OD6fPjx+3ryA1yOPXvcchiga4VdRIF+VP8AaYEn/YC/tQAz9z9xz9mPl6+v&#10;ToI1aeJ/w9e95EmPpD/QEBmOk8NwGIBvf2xJHRuzz/1cf+Lr1VkpUr/q+XXveVmAN04LMbrZRqA4&#10;vc8kf0I90CkGtMKf9WCemwppnr3vFbWCSdI+o9Nix/1Oq3+x+nuwcoKLkjz/ANR6cBK+Veve+HoX&#10;9Oo6Qt+Bblvrx/Ue9mR1XSaA+nHj/g+zrfd59e95WCg3B+hIUkhgb/UNyP8Ab+9gv+PtJ8q0NPX0&#10;49VFaZ/Pr3vghAYkEg86tQFiwF7re3+t7qWJDI/lio/4v+XV2BIC/wCD/L1731KVOkg/UWIJAuSO&#10;Sbc2/p79DrAxWlPP7etICMHr3vHGo0gltIZtLAXJsFuB/sT7dZyjcKny/b5/Lq7k14ZHXvfmMagX&#10;sVtf68jm6hg1gefeyX8PjwwcA1xwr6deGs8K16976eJJOQqM5HB9BuBYWDMbD/W9tHUOxeH+HHn/&#10;AKqdeWRkwK0H29e9xJKOEG2kxn88a7MB9QDa3P8Aj7285ZQSP9X+r5enShbmQ5JqP2de9xmoYnUs&#10;bKFbUWYL/sWA5/23tSly2kVNQRSlf83T4upFIUcTgcf9jr3uG+Kg49JPq/zikhQlidJB/wAPagXO&#10;dTCoHkR/gI8+lK38w86fL5+vXvfJcZSqjehGKhrliWsDwoIuePrzx7YM7MS+rTnGP8OM149VN9Oz&#10;0JI+zHXveI4mFiAI49QKceoEBeRYcf8AE+7fUSK2Gxk+Xn04NwcVJJ/4vr3vgccgGkA2AACmx0nn&#10;03b9V/8AADn299SSaOMceP8Am6t9YSe7jx+3544U697xfw6MElowwsFW6fk/i5+vHHukk7EDwiR6&#10;1NPy/lxNDTq/1RPA/b173gbCUz3BihkYrrGtEIja9wB9LnnkH35LyUEDVTypw8uPXheaTXhmn2j5&#10;9e94XwtCEvLTQagdJZYVYahwosAf95HtxNwumbsbV+dP2fPz/wAHVxdFmwKj/J1732MVAgP+TU6K&#10;FA1COMarng3sb/j3trudgHBqT6n/AFfM/bTqomjJqKEn+X/F9e945MZSyIxkhiZWGn/Nn/UXtpFx&#10;+PdEuZ+Gr5/6vz6cEgDAD9mPX59e9t7YCgOpxToC1wGKfgrcKt7EADn6f7z7eW9vFABNT5gGnp9t&#10;Pn04JFBpQZ6974f3cxxDP4EduCSy8flr8f8AE/4/n3f94XfCvrTJ/wAn+XquqMHSVAr173jTb9KC&#10;WjpobEDTydQFrnkj6j6C4t72u5zFtD1+0f8AF+mePVw8K9pFOPDr3uJJtykqNYNPCqkBgyoDfTz6&#10;iR9fyeP9h7Vi/uo6OpNeFP8AJ/kHT5aIU9cDgOve4kmzqCVmKxKdSiwUDjSbmwb6Wv7cG7XaqKk1&#10;FSKn9n+r/UWSkVO4kde9xpNmYm2kwAleAGRBYh7HU9vyLD24u7XyjUW4+h4Y/wBX+ode+mgceo+3&#10;5de98X2XiVLgwopVgANGjg3I+lj+bfX3YbzekAlm4cag58/2fZ1UWlu9GArUfLy697jPszFpGCYF&#10;trb1AX5XUbW/P9be9LvF3ltRHyr6U8+vG1gH2/ln7fL7Ove8P9yaUFXjhQAm76E0sV555/25uPz7&#10;82/zkaS5P2nj+z/UKdUFrHXUhFT/AKhw697yjaVNHpuiudRAUm9wRYEqbg2tfg397bd537gcU/1f&#10;5OPSlLdeINaDj173Ph2xTcGKOI3JYhuRGPybn8nkfX2lm3acULnjw9T/AJRQU6cIRcNj7Bxr9meH&#10;Xvef+AU62dgFUfqAUMCGHIF/9f6n239bLJgGv+rH+x/l6qYLdjjr3uXHiKT8RKLGxJALsunkEjgf&#10;0vbn2y13Mg1Ma44f6vT7ePV9MacAK9e9y4sfDcFVVXuNNr6VI5F/oObkf159pnun+Jjig/P/AFfs&#10;6beqnV/goOve5jRqliqnUxNwza9IX6kn/FuP9791jLSN3mgFOHnXhX7B1qMZNccP9X7Ove+AMg0q&#10;NSxlgqgXOpx/VSfx/j7UhoqZpgVJArj5+n5Z6e7DUnJ4/l+zr3txjkkACekEggMfopAv9F+t/oSf&#10;9b20UCdyk04/MD/Jjy6RMqE6hUj5de9y11KAGFgSRZRfTq/Sb8cfj2mOhwdQ4/P/AD1+3pk08v8A&#10;V8qde95Lgta59JsFBbVdfySPx/sf9f2jeMrQ0wRx/wBj/VXHVDUD7fPy697yJIC4F78FixN1UWue&#10;Rx/vftohtNajJ9P2ceH8j+XTbJ2kjr3vFLMtiYwZPTcLc31f2r/X/YXH+w9vx27tXxBp/mcf5P8A&#10;Y6dSNhh8f6sde98ROHVWUgK2oOSDcFeOCv0vc/j3QoENPxClPTJxX8v+L634RViDx8uve47NpYWL&#10;WIbSBdha39oA8/19vI5wo86V+2v8v8vHp4Coof8AN+zr3v3lUJdm03FxqOkKQbXCn+v4N/ezH3kR&#10;gmnDz9eJ4Y69oZj25/nXr3vgZY4lv9CDcgWII/xuPr/T8e9COWRiDX7c1P8AsDz6sI5HNKde9wGl&#10;dpFLFl1ByQo/FrL6ha1vz7WIgRdCnh5+dflx6U+GoQgZpT/Z6974mYIAQ120nT9StyeQV5t7cVSB&#10;T048K/kcZP8AxfVhFU8KDz/yenXveNpirjTZgAHAuCS176RYEf6/utKgk4rX5Y/bx6uIwVNfs+we&#10;vr9nXvfjUMSfIrKdNlALcE834/HPHHukcSLWhr/q/wBX29eEQA7DXz6976d1/bK2/Tq1iwP1/IJH&#10;+x93UEqxbI62qsdQYcfKnXvcdWlLBVv9SzDVpFibji/Njb6+7llUEt+Xr/Lp9gijUf8AB173xZio&#10;0Gwcng/X6/Uqj3A59+qOPEDz/wBVK9eVQRq8v2f4M9e9+JNhfVcFhq/PA0qQv+P0J/PvRKg0UU/1&#10;f6sdeCjgKcOve/F9QANlAIT6XEYA5AA4591qS2Mk/wA+thQueJ4/b/l6974Er6rNwvH0JvxawH+9&#10;8+7FW8h+yv59WAOCRx697y30qykaluCeeSWHHAtxb8fj2z8RBGD/AKvy6bpqYGtD/q/n/h697xqx&#10;b9Q4sUCiwFh9WA4+n+tb3ZhprQ1+fH+fVitOGfOvXvfWtUA1FUABGk2Gon6WP5P+I9+0kmvH/V/q&#10;x1sqxNVqf9X8uve+Jb1AAodJ+hU2ZAPVyfpzz9Pr7vQ6ScjHr69WpUGoOf8AD1732Ai6iDYi/qNv&#10;Trtc8j6H/D3XvOCOP+TrRLk5/wBVOve+Lyr6xfURYrpBBa36hbkge9hT+X+D/Z6sqMCD1737zJ41&#10;9IVgT6bEG9/oD/rf4j37w2DGpqOqMjIxINf9X+rHXvcYvcNqAOnkOA1+DYkW/wB69uBRimOlIUCm&#10;mueve+hMOWDoouRa1/qPyo5J/wBhb34oa8K9eK+RB697xedwxNluLi5UErcc8sCefp9OPdzGCOr+&#10;GCAPXy/4rr3vhJKzXNj6h6uLcAWWxI/23/Ee7qoHXlAB0jy4de98QWuQq3+l/V9Db6KU/r/X3sgc&#10;W4dbNfM46976kLnSl31EG4UgArpPIP5H+xHvygAkjrwZVzT9vXveMMqi2k620kvxy6iw0Acgf05/&#10;4j3Ygk/IVx/n62WZiGPAA/s/1f4eve+tciMTqH6vWur9IIH0+vH+vf36ikDHVSRQA8R8uve+ZOo+&#10;RgGsgFhqS+k8BSPrb6/ge9UoKDrwJpQde9w2qLEoreokFhbgoDqJUt9OfqPbwiPE8OnGjcIJTwP7&#10;f+Kp173lEq+QxkklByrkWPGpbE/Xj/b/AOPuhQ01Dz6ZJNK9e99Go0s9rEhFJNrKv0PHNvz+m/vZ&#10;jqBX1/b14HgBwHXvfB6qMHVdl9AIYJYBv9UEP9PwfdhE3Afs62CRUCn+r/V5de9xmkGpmLkALZz9&#10;CwIBF78f4+3QmAtOvEEAN6iv/F9e99SOA1hpFo1ZRdWYE2PLkW/2I/1vflXtr86dOxuK58/9Xl17&#10;37zEKWC2BcEcmx/qeF/rce/CPNK9XlfSaVzw/wBX+Xr3uM1R6ZSBZlJXgn6CwIAtwfrx/T28IxUA&#10;9IWgi1KRgA5Hrnz6977LMyBywIY2YXLXS/FmH445/H+x9+CgGlPs6d1JqpwPp/qJz173wmqCdOlF&#10;Yt6mXlQNPKjWT9BYf4e/JHxNSKdWrivp1731C7AtqsqyDQbKNeleS2sfTkj6n+v497kApjy/Z0hk&#10;jdjUr8wPkT/h/l173w8gKgtxINTaCoIUFvQRJ/X8n6+7aKMQOH+xn/N0oii8IEkUY08804/4a9e9&#10;4HqfHdHCrcKW1KR/tYN/9e9vrx7cWLUdS/l04ONM+X2de98RUpGA0bXNjYkLqJIBUEjgm3PvZiLY&#10;PVQxpUjJ/wBR41z173k8/oVSV/SdFl5BI55FueeB9fdPD7qr/q/1evT4ZpYxJxB/YPLy697jtOFB&#10;ABBVXDsGs17aATzxfm4t7eCEmp/1efTeTQ1H+r/V/qp1730JioJDWUhLXAPMbACxJFj9b+/aBWnV&#10;fP7B/qr69e98lqWNiWW4AUFjYMPofr9Lf4+9GIU6cjcI+oio+zNPl/qz173jeY3ILFbKo+vJCgHQ&#10;SLk3/wAP9j7sExXj16Rw0mteFOPzz/k/n173xWTxgX1+g6g5AFyRzYk8j/E/8a97K6j9vl0yzcPt&#10;8/8AD173xDxl2Jexs3A4sWuhY2Jv9P8ADk+7aSAB04K59B173iackkgslmsFIuzal+lyOf8Abfj3&#10;sJinHqnxmv2fyp1732sjG2piQCSLk3t/iwt/S559+0gcBx62q6KspI1cf838+ve+yQpSzuABe5vZ&#10;mIvpNvp/X/ebe/CtDjp8R64g5Onj6n7Ps6975F0IFzcpwv8AQC97gi1/6f763utD+R6TUZnp/g8h&#10;T16974NIigCwUm4PqN73Pp1g2FvewrEmnTpGlQK40ivyz1734SKF0gWAQWOrkMeSoa/vZU1r0iMv&#10;iN28BwOR+f8AOn7a4697xiU/uFbBlRVGq5T9vg2H1/2H4/w93K5Ab/Z6WCUGNW8/PFB5/wCAZ8+v&#10;e/CUBRdUVyRcelTyeGJH1/2k/j37SScHHV5GElTx/wBX+r9vXvfAtp1AMf0/2iq3A5JN+f8AWBPv&#10;YUmnTHGuOP8Al/1fPr3vD52A1Ej13/ULaRf/AB+lvqPd/DHD06synwyi4I+f8vs69795GLKCqFQt&#10;7cspJP8AZI4/2A9+0UHnXpmBnMPdxqcHiPI/s/P7eve/KXYNos4F7HgAW+ovb+n5I+vvVACNWOlr&#10;oxjB4jiR/q/yde98FmcEEsyqQQEKqxtz9QLgW/w92aNeAFT69JnYefn5/n+zr3vi01mU3/UFsxsQ&#10;VBsOP95It7sEqKenXtZr2GuTWnyHD/V+3r3vxaR1DAnStwE08AXuCo/Iv/yL3ugBofPpbAxKh38/&#10;Icf8uD173w1KbBpPSwNw12F782YfgfTj3sAgVAz8ulJJPAfyH+qvXvfESKobQtgfro1EAA8sWB/3&#10;i/PvelmI1Z+3pmeRYxTAJ9cV/wBX29e94hN6DdlJbkknkLf0m9uL8f63uxTOPLpEzSKwkXifl8v5&#10;D59e98zOquFPLMt2OlTqGm63Zbj/AF/fhGStV4dWiuCq1NTQ0/P518vsr1734SlkHpBPJ1fpexb6&#10;gA/7wf8Ab+66KNx/zdbDhmqxFf8AV5H/ACde94HkUEqgVpGYaxIxUFf6D63/AMR7eCHixoBwp16h&#10;MmMenXvfTv47+gAEqG+rKGPJJH+HvyqGPW3jYGtfs+VOI+fXveB52CBdTWRgrWFi5kP14+g/1/bi&#10;xgtWgz/LpMtvDUMVFRUin+D51/Z173iWUqQENhb62Jt/qgG/qf6D3coD8XTp0nBqKZ6975Lci92I&#10;13Nhcghb8G/5+h+nvTUH7OrAUalacBnjQ/IevXvfKok0Hg6SSlmDG40i4Hp4J/F7+9RrXj5dOSR0&#10;bVn7Kfzp6f7HXvcdZmJu+lQx1ElmZSL/AO3Nv9f24UUcPLpkppBFTWnGg/Znr3vsS6pPooQuVYWB&#10;DWHDqPzx+Pp79povqf8AVx6YkcRRtTiBX8vt+3OK0697zmzki7ScGx/K/lV4/p7ayBWlOiglmrXJ&#10;+3z8znGeve4ckwQ6SVXQQVABNwf7X05/w9vqhIr69G9rEoVUj4nP/F/I8MU6976eRdNlRSb31agV&#10;X1f0J/r/AF97CmuT08zEEkmp88Zp8qf6qde94wQXUgFbfr9SgMh+ugn3vgtD04mk0WtB/P8A1f4f&#10;n173xklj1HSxZQ3p1EEXJsVTi31+tvdlRgKsP9Xz6akC+LQjAp+3y/1Yp1730WP0kBAAOo3LWANw&#10;xv8A70D73QV7erM61JbFfs/z9e98OAWKi1yDa7EarXPP1+n+F/fs9UDAVr58P8/2de98zIfSzI3N&#10;gCeDwLkDT9f9jz71p9Oqqx8SnAY4cOH+r/Z6974sW5/GkKzHi7Em4urfn/W+nvYAHW2LPkcamn5/&#10;s/Zx+fXvfE6De7G50ujtYEi3OoH6EHjj3uh8vsI6U98UWDnGR6/4ade99TSWex0hlQNdSp4/BBH5&#10;/rz72i1Wvz6S1JFM0J9T/qoeve8JmGoMNRuLtpFi1uBbj3bwzSh69QjuIxX/AFCvXvfQkIDsbswX&#10;hR/Qm/DH3bSKgeXTZoooBQn1/wApHH/Vjr3vtJFVSxJQkapAWLG17LZDyPz70ykmgz6dKWjSRRpF&#10;CPt/l8uve+ImudRP0bSW/UVGm44uOP8Afc+7+Gf5dMEAGlM/6v8AV69e99GUnTfU6sbAgBrhuGNh&#10;9f8AC/uoQZpgjrYVmI08fz/1Dr3vGzoGCaTGmqyv9CxHHCn+v+293VTQmtf9Xr0oWBq0ehB9PL/V&#10;+fXvfLyXZlALAIVu1i9m/wBjbn+nvWnAPz6u0KLR1HD/ACde94i2mVUGkf8AHQltFyx4+gtxYc/n&#10;3fTVK/s6SStI9cef20/z188j7Ove+JlUwkf2xrLMPTdluQQeePewh1/LHH59VoRnOPmDTr3vAzWU&#10;OLuxXSTdQyj6nS31+t/969uKOKnHXiVCGuR/I9e98hZ1VXLtYh2BPKlfprvci1vr/X3o1BJAH2/5&#10;utBnNWIx61r+VMde99GZUCgLyuotqLXtawIsTcG9zx72IyxJ6djIZg5wo8/9X+z173j8i2Z7BDbg&#10;sBbS/LA/8Vt/vXu2kg6elZdeGqp/lxp+3r3viJpCDp0t+kDUVsvGkWb/AB/1/e/DUev+r5dbL4pT&#10;A/bwH+br3v0jehLaiGLMbaQNZFrav969+Ran7Mf6h0Xu+ty1KV/Z9lP83Hr3vD5Ajka7i2rSGF7f&#10;qc8fSwt+fbmnUOFOl8bM6iQYxT/UOve+nkZvTp5ax9Kp6LEsQV51X/4n3tUA7v8ACeqsylaKMH7f&#10;9Q697xGQqob0FhYi9mCX41G35+nAH+t7sFqaeXXlIK0/z/6qf5+ve+Jcxr9PWOSfyrfgMpNjc2t/&#10;T3sDU2OH+rh/l6tqIy3XvfbTBgrEhWBA/o7caTbT/T+l/fhHQkeXWq6iEYAAg/t/Py/l173hedX5&#10;0MUBsNS2tqAuOLGxuDzz/T3dYyvE56b1sSan5Y6974tJHePkaPUBZGtp8WqxYf7EaSf9b8+7BWof&#10;9Xn/AKj1ar1rmvDy+z/UfX59e9//0Dfq4WPWSqCNbaCFsoC2FrG5v7+VU9zUGevoBpTh1v8AHvik&#10;j3urABkVfSOQPzqvyP8AAf1/2HtVFH/Fj/V5f5elkCGMEsONKde989fkLKTpCj0GzCzWurX/AAeb&#10;WP4/p7v4IArTP+r7Pzp0/nAJ+3/V/qr173la9/x6UWzf05JCWW/0N/x/j7TKamh4V/1f8V1cEE6e&#10;ve8hk0+KMSNcaNf9Qz3KhjYc/X6n37TUMx4Vx/qPVhwJpw/1Y697zSlOShIsoFz9ARb03P0I/H+u&#10;Pe0V1QMfhY/8UadXZJUQSNwJx/npx69795iupfU7sgW5vyQBp4J/Av8Akf196Kd1Tw/yevTSmvdw&#10;p/qr173zFQ6i2olxpJF1uB/au4t7qRXiMV45/wCK6cDPp9K1697yeUgcAhnX12e5/VyFCiw+vq49&#10;+bSeAz5fZ1pmDZ/GDx+XXvfTlWDeQBHCi4+pAYBrswH+vp9the75dJmt01grhR/q/wCL6977D+oJ&#10;+skHVfjRbllJIP4JP192KgfZ08qKgoooK+X+Hr3v0ksUTqLELpBDFLm2j1Brf48XHPvwDEVHr1Y1&#10;48Ove+Syr5EZQSQigFSW1Br3AXn9IHN+f6e/EChA/Z/s9N60LaAcny+XXvebyorlGbRpBN2u3JXS&#10;FBv9fyLX91AoO3/V+X+x04tVFUPl/qwf2cOve8hdLpoViAv+K2A/Ja4H9QR70an5dbYqTw/L1697&#10;4B108kstmElhyOCVYsLcg/0H091KgDVw8ukk0cY/UUZJ9f8AJw6978j6VAQBiUdWcMVUH66hr+t/&#10;x9fehkh64HDpiJk8QSKeFceYrj9vXveZZAY4gwCay31H1YDTpVxb/XHtwCrf6v8AZ6O4WLA+ePt8&#10;/wCf+rj173yWbRdQxbUSCNRbggXP+F/oOfx7S3CanHyrwx544Y/y9JbypYNTND5Y4/L/ADde95BI&#10;ukFlflCP7LG1+AT9Da34ufeoFHi18h+WfP8AL16btVPjArmn+rHy6977DKFTSGZgCbFT/sVvf/ef&#10;arJJ8ujSmSD/AKvn173kRwV/1JUi7MCxJP8AZH+H4/1/baqRqIGSOHnX/VnpulSTQ/Zw6976QqSV&#10;J0kFmUm59X4AB/pf/ffT3SWP4WGeGP5V+zrzBsMM46975JK92VSCQCW0j6fm4BPHN/r7sVCLrc1r&#10;/qx151QLrbh8z/sde9+8srMFDGzG5BsAAOQLr+f9b3UFRRkINOAHH8z6V6ovgsupCD9n+H8uve5C&#10;OPWoYBmGonUdfp+lj/r/AFB9tkGQBuA4U+3qsiFgCwx8h69e99+UModvSw4sbMBzyqC35+vPurQl&#10;XIyf9WP9WOk5te4iv2U697yxsXCiThXYgA3vZRxcn6D/AHj204KNQ0JP5dMSURqMK9e94o3ZbhLF&#10;tekRkcgA+o8n+n5HvbLXS32CvXqFqU4f6vl173kaSx0/nUTIWFw2oXNyPrz72i6To/1fn/m6Uxxl&#10;Vq3yp1735qgIylgwDEO2kXVj/S35H+sPbcgBkIXy/n0mYAOaeXXveRjwrFiP3blADYJJa5YW/H+0&#10;/wC8e66cE+Q6rRlGP+L+3r3vO7XOp11IrkLdVYjSLAf7D+hN/dCK088daUgnt8x173iaxF9TH1Ac&#10;HVqJH+6yfwPakMi0LkCn2iv206UK6gUNP8HXvfTRFWCswsRrAJKlgf8AVFeb/wC+t7dM9BQ8OHrT&#10;rfjKBX8vXr3uTHMkKagLH9J5uCGH1LW4v/j7SyOS2f2enSeSrnu+3r3vvWHKlGdXAF35RSrC6jn6&#10;8f69/dfEdQU4A9VwQQRWvl173lZrLpIZnIAUj1G5NmOprAX90/pf6vl5/wDFdeA7tXkOve+DyRyS&#10;rbS2kKCoGkAJ9SbcHm9uPbtNK1atQePl04FZIzqNK+fXveWOREk1pHdHv5P7YC/ixH9Lnj/efdRQ&#10;rWtBXBrj546a/tY/i4cKevXvfbSaWMd7FraWb6KPxpDfT/Y/X26kaMNbcPs/1f5OtqupdfkP2nr3&#10;vIFV1PBZkLXkuR+nlhz/AL1f23JoFRkYx/q9Omz2H5GmPt69788ym1wRYqoUk21EcsP9b+pP+Htm&#10;OAgVrxGaDy8x/n6qIipqOve+1kN1QKQqkAvZT6jzwQLj2oRBoLDHHFf9XH5dWZFpqrn0697yGzcA&#10;kiymw4IA4uL/AEt9OfbQIDahgDqo7Rkde982U+OzEqF0tZgDwxH0b8+3EdxIdNKn/i/2dUBGvABJ&#10;r173iQku9+QFPrWzXU8aZAv+8e0tyQFFeIPD8v8AVg9ek0lACc+Y/wA3XvchpBoaxBIFlXUQAOLE&#10;g2H+++vtNEDXxGBCn+fr/qp00iHVU4HXvfCIyGzJDrCjU1rgn02WzfQj+nPtaZSgAB0jhQcPL/Ue&#10;nHCAZaleHXvfL+2rldOoXNtIIvwzKb/W3B9uCRXJIGfnU/l9h8j86HrXFSqnh173yZ1eZh9B6eB6&#10;tTCwAv8A631v79QDNa49aUP+o/nw60qkRg9e95ZBxck3TQBcgLwLEfX6fTn2jjdhJ24Br8+m4+OP&#10;Pr3vhGSwuDyqFf6+kcg8Djm/tUTQ045H7eruApoeFa9e95NIjK2ZmYgC3+vyb/4+6yEyfFTy/McD&#10;6dUNZFPkOve+vI7MoseAw5F/Rc2P9fT+L+/E0JJxw/wdbKKoJ+z9v+z173MQqiABtZC25APNj6jb&#10;j/eP959o5NTnFanhTy+Xr0mcFmJ9f9X29e949STMt0YtqZF44K6fr6r+r/Y/717WRqUTTX5/6v8A&#10;B1fS0anOMHr3viiNqjLMlkDaGP6L3JJNj9fx7q0gBxx9flTrbMNJAGTSv7Ove8oiIa5CKVU3uw1M&#10;pB5J5H+I91Mygima8TSorw/L/UeqF6rQVOeve+SKAdQJKKp1Dlbsfxo54P8Arfi/vTyjTn4v8n+X&#10;/iuquxIoeJ86de95EJBDaDqYMi29JYHl2W9vr/vBHtnAGlT/AJc+mPT1/PqrDyrUCh/P06975BmD&#10;XuFCggEAhgZBwGN78n+l/brFWhCcKGv20/2OtUBFP9WOve8kbjSTYAhgoa/qAP1Yjji319tleCtk&#10;Hy/1f6vz6oy9wHyr173mSdV0nx3LcBlH9gn9Xjv9LHn+vtp1IFENK1x55+dPPppojnNPOnz+3r3v&#10;tpVbQvpIF2/K3UqOB+b2tz71DHoYsRRmFACcV9K/5OtKhFWB+3r3vEJOQD5Crq15BYtwOBZf6AW/&#10;P9Pa5WCA68n0H+f8+rlcE4x5de981KkEmw0M5BI0n/Hm3HupGpQAAv8Al86dVYEH7eve+gwBILvY&#10;MVC8kNYfW/55v9f8f6e3oY/EAZBTic/4P2f6h1bTXNOI6977R1c61spJJJ+gH4BF+Ofxb3WYJGyr&#10;5H8iRxBPz4DrTLRdJyOve5kYR0DNc8kuHDDRYk2AH0AHN/ZfNKUl0eQ/Z/q4efSZ9Smi49Kde98w&#10;oZh+VDm2kj6WGmx90E8jVAPl9tPnTqrEqPQ0z8+ve+v21W7AltR0oTYE2sAtv96/2Puhnkeihqj7&#10;PXHDy/M0OOt97YXA/wBXHr3vCstyVS41Po08/RrBSb2tY88/X2vji0AAnPn5f4OnGUAVbNBx/wBX&#10;Hr3vmji5BdRp5uA3q02uQD/xP+8e76jWlPP+XVWBoGArXr3v11vxZgZNJHANzZgF4F/9h7cNVQNw&#10;NfP0/wBXDr3dShxQV/1eXXveUyKun/VFh6AeAy8j/A/7f3qop/q/n02EL18xTr3vp3KI31b1KWCg&#10;E+og3Nvp/iD70KLw8vnT/V/g68q6iPKnCvXvfESsW1EFQ1jrUAsWIKEcX4/NvanUSmfPFPL1zX/J&#10;1vQtKDJH/F9e95V8Y4Iu11GkAaja9jYfn+tj7R+HVtXH7eA+XVD4lKjh/qr/ALHXvfG9kezHUDfj&#10;hjY3YccfX3sYNR1YirCox173xjcmT1Gyhg1rksTb8j/D28ZWKUYVPl5U/wBX8+rOq6MZP+r/AFev&#10;XveQtECSSSQf6gW1C555vz7YRXXDVJ9fL7cdUAk4Dr3vsM1xa5W91UG6sBa5LWuLfj3U1avkfM0x&#10;X1HWiqgGv5/8V173lVgbFWJHJFze9vxq/rf/AB92CjVq88Y9Kevr646oQRgjPXvfTOoKliPqbLpv&#10;yvJF1H5/HvZAauP50qft49b0mhp/q9Ouvzf3wZ/oykkOeLqFvqP0v9fp/T25JG0SVqKHj/q9OrKl&#10;cHy+fXgSfqLc++r+QA2cAarjUbWA5B549s63BwB6j5/y63TRivXfvnf6n6obAAXsAeD6hz/sT71V&#10;2JQcftz9uf8AV8+m6UPXvfg5VgCLC51D+ob6C5t9Bz7vXuBUV8jj+Y6sV1cOve/GSwspOn6g8AXH&#10;PJI/3r35jTIFf+L6roBywz17/bj/AG3viPS1/wBy5IOkhiDxxqJv+ffmAoWOKf6v2f4erHPCnXrf&#10;8i/HvKr31XY2bkJwAGIuT/t/6j3vEkYFcU/PPp026jFBkdcSDe4/w5vx/rEe8oYaT6rFrD6XPP4F&#10;z+f6/T2mXUH1EA0Jwf8APQfy6ppOqvoeux9bf8Uuf9gPeAXFtIF2On0qbk/Ti9+APyfajtUAemAK&#10;8Pz6dNPPrxF/99+Bzb3K1aPGLKSrWVbH1C39OAT/AK/+v7Rs4ZSxpn/VSvScgNX5+vXf+xP+8e8D&#10;sFYhgRyTqAtpP+pH1/2w9rY2WgBOacK1/wBVOnVUkVHXRHHH1/1z77VlRjcgsbAarAD82/1z/T3W&#10;TUwBXH50I/4v7evMGdaDr1uTx/seOf8AH/Ye8wkvb8Am5AN9RJ4Bv+fdHk8IUHFsD5U86fZ00UoC&#10;fPrq3q/rpA/1/wDC/vxYnXpvcm5X9J03vc2/p7rCy+Ia8TmvrT062AARq67sP97/ACfz9feJZdD3&#10;BPLhuVHA+tyT+PaigYUfNf8AUR/qz1Zo9S0+VOuJBAP+txb+n4/xv7ymRGVitybk8DT6r3FufaN4&#10;2R6SCo4D/J/qx1UK6kCn/Fdchb/YgC9/r/t/fO6lLX9Wk8AWPP4vY/X3ZJDrqOFeH8v5f4etEEPw&#10;69b/AG/9fr/sOfcXUwJDF76gSuq5Ita/B4/2HtYSK/6s+nT3aeA4+fXQP9Ppzf8AFj/gPeZGACc8&#10;kuxBOprEcJyPz9f8PdTUmvpn8v8AP6dNMtSTT/V69dWNvpzawt/j/wAb99KQ92sy3bSwvwCB+R/U&#10;/wCA9sSXBEoVMf5R1tjpxx9P9XoOuwLC3++F/rz7kroQE6VuRySb/wCFzq/3m3tA00kj1NT/AIM+&#10;h9OmTqYj5dcgLce+10s9v1KdJDvcAC35FuP8PdtWlQfI148a/wCr/UOtHVprw+XXvfCVgyi5UMpJ&#10;H9rUgNmIXgc+3oEBkzU6Rg+R8xn5dXjBBxUg/wCHr3uK1r8MPoCpAJY/8FH0HteGrgdPqKLw+3hT&#10;rha1iBze35+n+PvLBrvYSDSVHq5FmHH4/wCJ9p7rEQLcQcevTctKZGR5ddjji1vr9Ppb3ldkGiO7&#10;Hgmy/UMTdiPz/rEH2hQMTXGT+z1P2enTYVmBfh1y98Gn9LMjMvpIuNV30/T/AAv+P979q0thHJVv&#10;9R4VPVliOoK3r10R9P8Aef8AW/I95EYeOMFiDbUysAQSOLc8fn23Kw14HqPsPr1VgdZqKj168Bb/&#10;AJFaw/A94PMTaxJuT9Abn82Vh/h73HaMVBNB/q9OnPCBqD14kD6/77m3vn9z6gNIIT6gXJBva5+v&#10;9PdHhaI4PHzH+r/YHWvBxWuT13795WNxpDAMQG4HJuCun/H20ExSvH/V/qPWhGoGTSvXvfIOoGlS&#10;Vvz6j+kW/srb/Ye6UZBq9P2fMf5evFDxOf8AV59e95WYKByLW13AKkE/Uc/T/XP+8e/IWICgUx/x&#10;fDBPmf2Z6bALde94TM3DBtRINvRcqEHBB5t/sPaiOJHcitAP8vTgiXgRT8/Xr3P4/wB9z74+olSz&#10;avWbKb+oWAYf65P/ABPtfWJTQUH2cPkerCiigFPXridX0H+Nzf8Ax4959elfqebkcW4DcgAc/kfX&#10;2XSNqk1YIoKf5c0z/wAX0zpqcD0/wddgWt/h75Bwbqx0qU1eoi4ubnT/AFN/9490WQCpUkkg58/t&#10;8/L/AA9aocEZNeu/fbemzCzLYsTf1AkXUEH6cf4/X3oMQasa0oAP8OeBp6daXuFDjr3vEGVbqAOL&#10;NyzXsf6E83N+b/4+3IozIxHlQ0qf9XDpzSTnroki1ueffcTo/wBVN7AEBbr9DbUQfwDe3urKo+L4&#10;vl/k/P8AZ1qRWXzx9v8Aq49d++bkRksSp/tKAbKTYE3Xn/X/AN590JNSOJ/z/wCb06oBqGkY9eve&#10;+kcG1yVIudJDMD/Szj/Y+6EUqq4pmvE/5vt6sykfMfs6975MQFLIAwN1uoddSlf1C3+ufbjV04x/&#10;OtPL5f4ft60AWIB+3PXvfIaQqNdr8f0GoNxbSRyT/vfvzMS51efp5U/n1WhJI6975eSx0liPooJ+&#10;j6iDe30tf/D3bUEY0r/l/wBj0/b17RjVT/Y/y9e99FvUQTc2+tiDe9jcj/E+/M6aQB25+Vc/I9ep&#10;214de99JItgCOVCg3BX/AGN2/wBf/Y/71VsMyfzJP7fz68UPEefXv99+PfTu3juB9CBc6r3vyD+A&#10;fpb3tGRwXFfT0FRjh6fb69bCgvTroC3+w94LhRpYufytrfS4tb/iv59vKNdfWnn9nH/D04Bq7l67&#10;95lbSFvGT9Tq/VYhvTf8n+v/ABPuiyAAg8fKnnT+Q+3qhWpOR/q49et/r++1lUBrsdV7hgCOfoSQ&#10;Pp/QH346sUz8vP7a8KdaZCSAOve8Wslje/Ok3UAX5uFuByBf8cnn2/HLWMq57SKcOHmOrUxjrjp/&#10;p+P68/n3liZX1W/Utg+oi+n8Gw/2/P8AvHtl5AmHFK+leHl8/t9OtOpWnp5U67/3r/jfvkxHJWy8&#10;giw+o+l/9v8An/Ye/CQgUB/1H8v5evDqq/PPXfvkQWNwORYEiy3H9o3H++/2/vwdTWnd8vL8/t6r&#10;wx10QD/X/b/n+t/fgpCljb8D6ar6f6n+vvTSGlCtPz8uvE6jTr1v8T/vH+3949VrC3IGoi4uCfxz&#10;f/ePezLqzTJoMH/V59WAJ49d/wC+/HvkNNx/m2P4YHi9+BqN/oOPbS5B1ceBHnj0HWj8uve+1a7E&#10;ar8eoX554/3v6+3UVFFWGP5fOvr15lxwp1734ksSrWPIJKm9lP0ax/4j3QMCQw7flw+zrwFBUefX&#10;vfBZAbabHk6iRZjb8WP0/wB691BZTUCv+r/V+fVmU07v9jr3vxk51Ag2uC+nSF/JsRb8f097Eh06&#10;T+E/6sefWtIpTr3+++vvEzWb0rqDf2rEWK883P8AvftkgMO8f8X8unAtVyfy6977Qqtri5Y6wALL&#10;zzbT/Uf7A+9qX1gk9vr6daIrWmKde98yU06Vb6j1WDkC5/K/X26TRqnNeA/y8cdVAPEjHXvfta2L&#10;awLJccWAB49J45+vulakIwr/AKv8/XqcBTieve+0e6g3BXkAM3PHqBsPzzz7RSVQ/p4I+X7f+KHX&#10;mXNPPr3vzVClSiqAb/UWsSP7F/dkQ6tTYH+f9v2daWKjaicde942b0g3bVpGsNYfnkj/AIpf3dVU&#10;HQuBxxxr9vz6uAa0+eOve+F/IxsR4+XGn9RIGk6W/wCIufb9accYA/2ft6thft4fLr3vospW51ED&#10;02IYsWPNmJ/pb36gJxmlc/LrenNMde99iQE3JNvz6WNwR9L/AJ9+VSHotK+VcAH7RT/Z68VIwOP2&#10;9e98rqqlowf0gHg+n83Or6/049ueI1CB58QQBnzI6oAS2lz/ALPXveO+kWsT9ChPIB/JufwfeiKi&#10;hyRxzxHp9vzr05TVkHr3vxILcKVUaQoVibX5a5YG/wDtvbdOOk0ofz/l1oEgU41+XXvfFWVVIYCw&#10;Asbmxubn6f70ffu5sipHn606sQx+Hr3vl5mVpApGhrenQLAA82B/r9PdBEpwQRTOD6+X+x1UwggV&#10;8uve+1ZdWo6r2DNpDc82AIv705BQo3DgBw8/9VOtMDSnXveSS5VUPNjwVBItbkl/9bj6+2zpLCgp&#10;8vIU/wAvVUGa/Lr3vACrC1wvq5YmwbiwRVb8f4+1tAAGLA+X/F9OZBqPLy/2eve8otx/qjwfqRZe&#10;RoJ/4i/tJMw7VB9f9R9eqnj173zOpzdvqCNTNwy6uFFxfn+n9PbWohqjj/q/1Z6oNKjr3vE0yr6A&#10;AzNrsLn6p9QebX/1vbiamUHh8/8AJ04sbGrnAFP59e9+SUNfgDT/AGwo+p/UPr/vPuswCUPH/L8u&#10;GevMhWhPn8/9XHr3vnqAjGokfT9TAAH6lbg/kfm/usZLGh4mvGn+r/L1Wh10A/Z173jWQNxwysCv&#10;qIBB/I/xA9vGLSlUpT5A8erlCOPEde945ZQWBtcWC8m9lHPB/wCJ92HaummeJ/1cfLq8aHSaceve&#10;+iwayjgDngWNz9Ofof8AW9+ahwPPrYBBr59e99XH9PqCukk6Rzdf8f8AY8e9s1Rk8eOB+37et0P5&#10;de98o5bcCzXv9Q1gb2JAP+9ge9MFYUA7jTPl+zqrRg54de95ldWW7E8X1KQAWt+VI5H+29pTqWvq&#10;f5D5dNFWU4/b173x0qwQnT9WJjBsGAF+bG3+x961DJ8icft8+thiKgft9Ove8RMbkHUx9FlFtIDg&#10;/Rl/3o+3g8iGjVC/afz+X+r06cXWBSnz+f8Aq/4vr3vi9kJSw/QNOmxH6vVe/wDxv24upl7vt/w9&#10;WWr91cVz/q/l173jZl5I9IvqOkM5cccuQeR/sfejRWx6Uzw6uFan+oU+wde98WOo8lSDdyrLY3t6&#10;LG9v62sPeuJ1+fn1tQQMfZWvXveNraWLMwCqj2uBz+LI34J+g9uI1CKjGf8AV/q49WU5AFKk0r/s&#10;9e99XNxdrF9Lkg/pQ82Ykf1496ZVLh34/Z5+Xn1cjBoK0x+fXveKQkt6RrAtclrkMDe5sP8Afc+6&#10;UPke70/1fs6sgUDOPy6979fyLqK2Jbh7mx0j/UAfkX592WQJ+nwFM+VPsJNc9eOpDSvAZHn+3r3v&#10;gQhuCLILalIvc/QKo/3x93Hw0TiaiuAR6cP8mCerAkZ8zw6975eKPTZm9Li/qBs/9QRwfp/T2nea&#10;TxCwPw/toOveI9cDI/l8/wDV69e94DDDE72GoBVMdh6Qf7Kj/X+vt8TSSKBhWNan1x/m8+nBLLIo&#10;1Y41/wA/XvfBxc25TSx/Tp03cWt/rD63H5v7vrEYGvur68fy/Og+zqymgrWtfX5f5+ve+JiUhw17&#10;ekaVFrG99TW45tcke3Ecog08K5z+XA5Pl9vW9RFCv+r7K9e9w/A+tiQ1ieH/AKXv+P8AeAR9ePak&#10;SMO38qfZ51/aTX556UmVdNB+z9n+r7eve+csDAMR/bIJJ4YFPpY/73x/xpqKZiFYNWn+D/P6f4Oq&#10;pItR/qFOve+EsQKiyIrlmGsn6C3+P1+n55v7urOrVJqMVHrn9vqD5dWjko2Sade98xSMykMVUAEr&#10;9CVa9gTfn/E+0rMNdA3xUB/wY+zqpnAbAr/m6974/blwDcadVlUccXv5Df8Ax5/4j252ByAMgft9&#10;Pt/1Z68ZgvbT51/yde98Go4r+okEuSgJ020j1EXvf6D+nt0SsqgJQf6v5CvTi3L/AIfT/D173kMS&#10;MQml1Q/qN1U+m+nTyb8fX22z0HiyEVOKca/5v9R6oHYdwIr+fXvfngVVjAIIPqf9IFyLDji/PPvy&#10;vVjIBQUoMGtP9jH59eWQkknHXvfXjRlDBrtz5FCWUccDj+pHP9fejI0fxU+VTmleJ/yjrepgxWmP&#10;LNeve+xFCACQzNexUMSL2tx9P9ufaVp2JpQADgRXP7etF3+zr3vpo4gwBTUttd7i1iBq9P0/x59v&#10;pOGFV7WGPX7M/OnD162rvSoNPL/N173h/aBcaDcqTGpe1iCNKi3+3BP+29vkuVAqKVFTjGMk4/b5&#10;/Pq5MhUGvnnHXvfBGTWCQxv6Sgve4a5DXP1H1v7dYsRpoKD/AFfz/wBWOrNq06R+38uve+SzlTpv&#10;wD9Co5Bb0A/kn3RogQRwNOHpgefl/k+3rRi1Cvr173yWUkX+o5+rG4strn/W590ZBgqKevy/aaip&#10;zx/w9eaOhpw697j6yqkAqdSnU5LG/P0592VEejEf8X68P8I6cKVIJrjhTr3vwazhuG03D2IWyc3H&#10;F/p7vkrpJofL0+X/ABXXjlSoH2fb173heZV0OoIQlm9OpSB9FHp96ki8QHVxpx8vmaevTqxkllY5&#10;697ySVIVLowAK+nUbkccEn+n+x9pI7erd/Dzp/qHTaQEnuHDr3vAWD6y939DepmLEX/Oj/D/AHke&#10;1GRQevy4/Lj5/ma9PAEUC4z/AKs/6s9e94iABpDKwNtVrFdRF7WJJ5H4J9uggEkin2nyGMf8V1cd&#10;xrwp/q/1Hr3vqSUFf21sAD/ZNgF+otyBx9B70WBK54f5fKvHqyIQe/1/w/6uPXvcZ39KlDxqDJGz&#10;EMLCzE/k/wCt798m4evTyrkhvsJ6975HSSvqN7MWbgqGPP8At/6g+6hjQ0FR6U/1Y60KgHH+en+C&#10;nXvfihuLHUbadN7sL/T6W+o91Lg4PD7OvK4p8uve+LxsLfQm6h9ICNz9Lnn8e/CSvn9nVkZTk/l1&#10;736ORV1kjSQCpFrhufrb83/r7qy1p1WVTp9fPr3vkzX0kOAV/sgA+q2rlrg/7D36hXB8+qqKihBz&#10;/q4f5eve8JkH+rFh9RYaRza+sX+p+l/9t7cA6eC08uve/AliwK2a30IuRf6MC39P8PfvhpTh140F&#10;CDj16974/Vb6WPBAsfU1hbX6f6e3C54Vp/s/6uHW81pX/Y6974PMoHDGygaubAMv1OoHm30t7qFN&#10;c+f+r8urLGfMf6vs8uve8TPIQfWBqACvxb/YAC4v+bj3YKlcDhx/1efVwqg4HDr3vszLq4VXspFy&#10;tioAu1jz/sbe/eGQONM9e8NqZqPz6974CZdIbUzOLkXIsFPCgaiPdtBrSlB/h62Uo1Maf8PXvceW&#10;ouRp+oYoFY/m1yzX/wB4v7cSKnHz9P8AV/g6dijBrX/V8v8AVnr3v0Ul4nIXhhZSdWvXfi39Affn&#10;XvHy/Z151HiAV4cQOA69795AhKFbXBswYL6gL21Dm4P+HvYFRqHVTQmoyV4/Ide98dZZSS44VgGB&#10;vyfpf+v+35960gNw6tTTmlOHXveL1KqsLOWOlbgjU1uSWA/5F7v2kmvXtQOD6fLHXvfWvVdFJa9w&#10;Bfnj6N6uf6/T3sAjPVdVBjr3vgJmMmhkFgEsRqF3PBuALD+h/wB7970DSGBznrxIBx173wMrklGV&#10;jc2FrEG5+vFuAPdgopUdeyBnz69787LH4zqW2gL6lUSBrWLX+lrce/AFq0/2OqjHXveDys6sCCEU&#10;egXTi5/UD+fpb6/7H24UC0I4+fSe48TT21I86Ej8uHDr3vmsbyorDSFB0BjwSSf1Ej/D6j3XUqMQ&#10;enYCxTurXjn08v8AV59e99MxVXLsWCAqLfqN7DkGwI/w/r72oqRpHHpw9e9x5JE9MiHhbX51aiT9&#10;T+ORwFA/1/bqqw7T5/6v9R6Uiv0pBPDh+X+T/UOve+vuPGzKFKM6BQ3OmzD0km3Bv/sPfhHqANcA&#10;8Oko+fXveHyMwZmJ0DhbW1ennULW+hHPtwqARQdbyMrg9e98NbKoBcC/1AI5A50j8fX+vPvekEnH&#10;Xhwp173ieZ/qxtyo4fiwPC2Nv9492VF8uvUJIp173xVvXyG9RB1EjSFPFhfk2/N/dyKin+qvVY5V&#10;8Ux/i9K5/wA3XvfBpbSFWNuLH1cAgfkAn82B97EY0ah05IdRJA4f6vLr3vkfKVazrp9DBhbU9jZh&#10;+DYe9AKrZGf8HVKkE/6v9X2de94ppVUH02LGMhv1N9DYFPrYn6+7Ihan5/6q9J0tkjIp/P8A1eXX&#10;veF28zsW0obC6kaLgXFzx7cA0Cgz0oBj/YfX9v8Al6977V2TVdiT+QpPBXi7AccH34qD5dXTUyl6&#10;Uofsx9v+T0697xF7kC7GNiCp5uGP1IjJH+uCbf6/u4QA/Pps0U1XJPE8f59e99SaCo/dYkCwIuEN&#10;rWJJubAG31t70pYeXVq0H2f6q/l1730stgQVUhTxpFjyBYgD/Y8/7x72VB/Pr3Y6FT+L5cP9nr3v&#10;kZDZ+WIAI0gBmDsRxb8/4e9BeFB1syAtpApQCn+r/Vnr3uOrgkH6sTe1gDa2oj03t/jb24RQU8uv&#10;EKIwSc19f9X+z173yd1f0ldIsGAX0rccaQf6Hnn3pQRkdUEb6a0r173yWSNQdSozgrpJ/Nz6Q31/&#10;Txf3oqxODjpxWBXhU+X+o5+dOve+LMDqDaktcFCBqUMeG/F/yAD72B1p1IJLZqf9X8/+K697wGTU&#10;NNwFDaWtpINzwpDcj/W/2B93CgZPVNJoX/2f8H+rB6978pIJDlSoBJYMNTXH6hp5H19+Ocjj1sVI&#10;JAJqM4/zf4eve/NqcX4K8MWFtdgLKWuR/re9igx1TQFJA8/2f5Ove+Dk3dtQYsfS6rYgn6agR9OP&#10;p/re7U62oZVA4/6v9jr3vGZixVRqL6btxpQHVcm1vqP8Le9iOg1eXV1ZsA4U/P8Ayde98mY6dJNh&#10;e6kXUGw1XQ/1/J/31vAefS6gSqoKD/N+fXvfblzyQoIVSqrpPLJ6QWB+n+w96AUdICFqUzQ8f+L/&#10;ANX+Dr3vgZSpOsaX0m1ryGxHJP4+v1/3j3vQCO04r9nSEWjhtKmq8a+vEkEcade99a1a/OklG1KA&#10;PWb3APPJuBb3bSQfXPT6L+HhSlBmg+Q+X5nr3vhHMx1MRruliTwUb/Ugm9/8Le7MijtGP8vz6cLu&#10;JdDEEeXqT59e99CS7MRcXH0tyADYEj6f1/HvxUhQD02AUHCvH5f6qfb173xDsupxaS6nUptZWU3s&#10;1v63970g0U4+fXiwRwAfP9uOve/M0foAF1Iuy+pSpNyAD/Qc/X34Bqk/s6sgYZpk/kP9j7PPr3vG&#10;JQr/AKyi6rA6SEYW1W1EXvf8e7lKrUip6USTgQ6YxXyNPTz8+P7Ove+LzIxC3FrAAj6EgenULi/+&#10;w/1/fghUE9J0R5UAArTFP8/XvfcoLMpBXUhVR+QWbhhe1+RwQSPfkIA+3pVDaKCTIcnj5V9M+f5U&#10;6977YhQA3pCqX4uWBH45496AqajPSyoWrH7KfZ59e9xRURgJdCuo3kFruATw4Yfj+g+h9vGJq8eH&#10;+qnSKaSR0KKaedfn173weZVtbVoLMLGxIA/SFVT9f6/j3YRkn5jpkatIBNW/w9e98FnR2Vv6AJ4y&#10;PQ39HBPH/Ee7GNgKD7a9aTUjaa1rnNcfLr3vnqV9axgAIbFVH6rn1D82/rwef6+66StCx49XYuOO&#10;RThTPXveEF2cLqZLXYEfT0jhdXP+9m/u9ABWla9UWVQSCBUeRxSvmP8AL173w87u+oMC4vpDaQAB&#10;wb2sTf8ANvdvDCpp8uni2ihXGf8AB/q/yde99vPIq60RQSFDMxLLqHNgG96CKcE46s0us14f5a+v&#10;XvfDz2aMsSWIbWSUAJNyTYe7eHUED8umaMxPr8q49M+f2U6974tIx8bAng/m/wCluV5H1/2HvYC1&#10;IPn/AIetglTRv20/1U/y9e94vOfSqOTqNm+oUMedJaw/2/tzRxJ62WUhgfLP+qv8uve+yWYc2Wx+&#10;t7Xt9ef9b3UY60z1GrA4UpnH58eve8RcKVC2AI03Gnm/JuW+txx9PdgCePTVW1FgTTy/1edPTr3v&#10;sPqc+vUeLqALLpF9CkfU+9lTStOtE6xpI48fnXieve+zOwUhSQRzqJN1B/qOPp/j714ee4dIRZRq&#10;a1IGa0/wf5+ve49y3IDXDaDypsR9WDE83vc249u0UCh/1f5ujeBDo7qZ4YP+Dj1737V6WUPHclVO&#10;huHKm3Ckk3/2HPvQGRg9PT29csKEZrThUfLy/wAHXvfCSUKLKbAAgkfrseABe3+xB+nuyoSc9Img&#10;lAqtDT55697xeVFGoIosVuxPIW/JUW/437vpJ7T1swuAST5fLP8AP/D173zM1uApkLHTe5Gk3ugU&#10;X+h/xHuoQHiadPRRGgWYZp/q/Pr3vzPZyvIdbAhrgAtz6D/QH3sIdNeIPVJYCGovdXr3vgaj62t6&#10;OJASOEvctx/j/X6e9iLGfPh1QwuW1D8/2eRPp69e99I7N+4LstiQCQtwPppJ/AH4HvzIB2+fTkSu&#10;Hq3AeeK/ZThT5/yHXvfSTJ9Day306SA6g/UDSeeDyD72yHy4/wCr9nTsimVNKGlP2f6h6jr3vG82&#10;liNDArxHpYM7auFB44P9efdhGNI9fP06ShdWFwOB/wBR6976j02AYgW1Wk+urnhRf/ewfr724ocf&#10;s6fmEoQIi/l/lI/w/wAuve8JkVBqZmDWYAAfuEn6Aj/A2txe3txU1Y/4rpvwkBJbu9eNOve+JmLq&#10;b6gRySLm6/05/wCJ/PvYjCnpSO1QARTH5A+nrX5de9+8sYXyFWJXSha9xqIuAV+nv2hydPrn8ut9&#10;moimP9XrnHXvfN3Wy6vSsi6iQSRdDc308C39D7qFOaZp/l60I1j+EVP2cP8ABUnr3vEHUiTSdDIi&#10;kgsQeSeDx+P8Pr7sVNRXNer1AFDx9eP+o/4Ove+LSEqL2A+oXVbkm30+t+b+7KoGOP5dVL49a/l/&#10;m/Lr3vossgF2NwF+ovc/W5ccfX6ix4Pvekrw4dIjEwYhaEf4Py/2R173hZwouJEjLIfQAt7nglb/&#10;AEuPbgUnyr8+qtHMFLgY44yPt/z+fp173m1qAAoC2Ng36mL8AFl/xsAB7b0kmpz/AJuqCNpfhwPX&#10;/N173ikmsoIJRw7eQBQQ1xawA/p+T7sqHVQ5FMdLY4wD2Lq8qn5+XXveJmGjWQZGfhQvIsPqLfX6&#10;fW493CnUFGAOtuBQqfLyp5/6vXgOve+Jl5Q6xqNksAAR+Bf/AA+nu2igP7f+K6LhE8japMDj+z0/&#10;P/P173wL+jgN9LgkEk2416jewvzybe96c16XA0JFakGn+x/k/wAPXvfITDx2EbXFxfm972/H0B/q&#10;PevDOrVXHSZrdWaimlfL/Vwp6cPl173wSRSSpJBALMfrwedLN9LH/XP+293KGlV+z0/PpyJdCCrV&#10;+R/1fz697xsSSQjM11Eb6WsVbSHF144AHPveAO4U6eoGOrh/gx/q8uve+xPYx3IVmCmRgtiFHPC/&#10;Xj68+/FDQ+g4de1UqWH/ABeOve8QcXDek6vo11AYMb2J/rwT/wAR7sRUU4dWqGfR5Z9f82eve+Pk&#10;OqxCKov/AEBF7Dgm9iB/re7AUHmevTIYqMpr5de94rm9tRGkFoww9JYA3UXv/if+Re7GlOmQe0ng&#10;T+3Jr69e98taeK+pyNPB/cBUlbfp/P0+n096o2vgP5db8SmBSp+Q4j0/1cOve//RNwikqG1qHCqC&#10;AxJIHNzzY2APPv5XHCg1ORX/AFZ6+gxYFU97V/1ep63+PeS8qFnI/XyT9daONQ/1rD8f439vR/Fp&#10;IxTjxpn/AC9KTUEV697xkKXutylgCT6hdSXS1/yCLX/x9uOxVTqwf8Pz/n14YNTwHXveYyLZjcMo&#10;AIDDT+NN7H8/776+2fCbiOBP5V/zU/PrwbT8/s4cRn18+ve+KykMrK634sJFuCQgIAP1H+93/Pu3&#10;hY0t8+t1YAg9e981l59bl0KE6THoUazc+kfUgcA+7hQvDFf9X7OvEk/6v5de98mcpINBX1Qr6tSj&#10;Wpt9FH9eOTz7aZRIQAKA/wCqtf8AJ00FodQ4ZH7eve+w4IUsTqDesWsbkArcngji/wDtvx788elT&#10;T0H+H/L04GIGeve88UxACiQ3YK3CqQCVsoIv9PwT+PbBQ1rQEcOrKCe4gde99+Uj0yFQpUAEFWJ0&#10;8sGB4JA+l+P9j734ZGaV/wAHWwTXPXvfSygPwB/mwAxXSb3uC4sRcH35lBAJOfMU62xoK8T173lR&#10;i9i7lh4m0G9yzDg/S/0P0uB/vPtqT4SoFM1/zdJZWkZSpXTX55A8vLz+3r3vgpF7amBFrEX9QA4I&#10;0n8/k/4+7Kh1ADPVI4SjDUcDI/1fL58eve8qnXdVU/puLC5PHJ03tz+fr+ePfmUqKn+fSvUKca9e&#10;98hLHGWDi+n9IViLNa5ULex455Hv3hsQCPPr1a8PPr3vm0hujLYrpc6BpNxbgC/HP9Db22VqNIGc&#10;f6qefTFxEzAaRU+f+x69e95UljLABiotIFLJruGFvoODyRbge6FGOGFT+z/D0l0kMPEB8zigx173&#10;xEwQpzY+oKWjJGsC3Bb8/wCNvfkBGE6dhneP9JcqxNB6fP8Az9e9+EjkhldVAQ67ggaQb6mYm3+A&#10;Ptyin9uB/q/z9LeLK9TVeHzr173mWWxQMTpGprC3pP15JPP+24/HuoQLnq8beEDipP5de98438r6&#10;lU3Cu6i+iwF7vq4Nx9b/AOPu1Gpq8vPp9ZWf48Dr3vOr6BaRlDX/ANVqIAHDN9Ppb3QmoxUj1/yd&#10;OswIqPL9n7Ove+BkMjKAE0lWFn4Ui9/SBz/rHix/r7aYFTqBJUfy+0D+fSObxUfxIzimf9Xr/k69&#10;75sWsmnVySb3FiQPwT/vNuf8PdG1FfKnl0y5k8FSCCCePnTyrXr3vw4IRWK2dvwpP0vqHH1/Huor&#10;q+HH+rB+zjnrUJJlGj8/2ZH/ABfXvefU9rfpWzG7KNR54N/+I9qPDQd1K0/mejKgB1ceHqeve/MS&#10;TGfVa1wbi4B/1IX6e7A1GMf4erAChr1732JWXQ/lKuGKsvAOheNKgfW/+39pHVQ5DDiMH/Vw6QTo&#10;ElJYcaU+fXveTX/mWuCdROqw1KHuOCeP8Ln22xNTU/l5dJWJGB6/bw+3r3vkGC6gLEX4Kkf0v6T+&#10;Lfn26oUlQKZGR6/P/Uelsbo5Cg59Ove+DSABWDcAlXPOofm9rW59supDEHFD0mYFWYUoa+fXvec2&#10;YamZmfWAt2J1A/QG3Nv8PdAvdngem6Zof83XvfZkAeRdVo9RDBRfkLdS4a9/9ce9pihrQn5dWAHG&#10;nXvffmsSWdeCNOlFAIAv6COLf15v70KAgA/n/wAX/LrwA+Hr3viHMhA1Ah/qtwWFj/qjfk/1H+t7&#10;2oZXr/Py60FA697yvJcWZwq3CghuGI/1Wr6W/pbn8+6hfMZz/h/1cetUIFB173kEpKuFLvexOq2k&#10;H8ELY/096aNuJx1sg17T173y8jAJqbSDcq9i6nXcci3IH9B9D7so/CM049aUkZ/wde98hIkSl0s5&#10;sAbFfqDY3JFwP8bn3sr4hCNT/Z6s36p0MOH+rHXveRHVllK3RS68izWNuVQEfX/Ae2nUqQrDh+z+&#10;XVPDCUT7eve+Ex9bONVhY6TwWFhf9P0sfwPb6nUgj/b+3A9AP+L6URCqBTx/1U6975xuSjWBB9Op&#10;CSoVvwwJA5t/T3tlACljStTXjjqkiioqafP/ACde993QEyXALBRzY2P5OoX5/pf3de0gJ5egNCPs&#10;4/l16jEaacOve8is4DXsTexu1yLt+pT+eP8AD/Y+2JQGAp5f5OP+oY6bfTinl173yZ/SzIXOkDgc&#10;3I5FiSLD6+2jxz1VVIajUz173y8sttLWKtGhBY3sPqOD/vR/2/uudNQeqlRWqmmTw/n173m8qLbS&#10;hPkUWtYM+vi6k/T6H/Ye2hAZGGvB9a+n2f6vTpkRVarH8+PD5de942clZCy6QFYKgN2AH0J08f19&#10;7oyERrwHn5ceHDrbArQKaj9mfz697UtFUQCjjUsrGw1BbIAFXnQD+T7cWIMK4HlnJH7fXonmilM2&#10;rh/P/UOve2WqYGp8qAMiiwGotpsLkf4/m/vXhJGNK4rx9f8AV6dGtuCIQjefn173HWRNeooedRVV&#10;FuTyBc/j/Y/4e9soZSFIXh68P9XHp9o200r+f+rz/l173IE3lNjpBBJIN7gfheL8C17e6pEoYFTx&#10;FP8AVWnH+XTJi0dw4U/1f5uve8qCyuq2udWk+kXIHIN/96Nuf6e1Kkjh+f8Aq9f8nTZPcGbgKf7H&#10;XvfrAL+BwpB4N2/173/2I9t1UkHNMgfL5ef2+vXiatTj8uve8scqjSrXQGxLpY8jm/I/r+P969pZ&#10;VlrqGQfz/wAvHpt0NS1K/Lr3vm8ySHSZFLuG1AggEAcabCw/1v8AX9tPFImaUz+f5jjU9VETJmmB&#10;wP8An6974HT6SqNfTyxvZSBY6VB/23HHtTGzODq8uHzr5fb1epzVsf6j173zSUKoUMR9W+oPOq+k&#10;j688e6zQs7Bl+eD9nEV+Xl59VdCWJpXr3vMAWUmwCspCn9XB5tqH1/1z7Z1FDUn/AFfnT/Vw6aJz&#10;p9P9X5de98nCldNgWblSVswCm4NgOB/if9jx7oG0tqrQCvz4/wCb/iutKWDV9P8AVx6977V2sSVJ&#10;KaAtw9j9DxawPH1FveqgPjjnP+D/AC9aZVBweP8Aq/w9e99ltRRkB40tza63/UBpN/8AHn6f63t9&#10;a6SGPGv+of4OHDrQWnaf9XpXr3vIguoKtYM4RNQtcMedSf64JNh7orEuK/8AFf7OR59VODQipAJP&#10;+r8+ve+9ILEhhbS/AXSeDcnnjn8EfT3fSaA5Hzrj9ny615Co/n8v8nXvfWr0Lcem6rYgXF/ppP5H&#10;++HvcY/UBJAOfU1HD8v8NOt07sZPHr3vkDpAtcc3N7+lmB+p+n+wP+HurNqbt/4r55/ycK8eqULc&#10;f9Qr1730rOyKDcEm/P1uSedTfi31/p/sfdS/FuAFTw/nT/V9vViqqxPl/q/1Dr3vLoDFSGOm7a25&#10;+qi4uh/J59qoLjQhAxXhny8/9Xz6oXKg4+zr3voHQxVUW301W5T1XHI+vFxb8f63tiRixqan/V/q&#10;z/l68QPiY/6v8nXvfZkZOPVyWBCi+qxtcH6fm5/4j3QAEUrj5/5fn14Krde98otelTFb9Y1XAb0m&#10;1/0/T6fg+7GrDvGkDyrx/wCL4fn1p9GQ4xT7M/n173mMrxgq935GkG7afTf02tx/X6+2TDqNRVa8&#10;RwH+r7OmxGjnUuPXr3vAJGezm+oHS1mCWsPqVH0+g9vrXSW8vXjT/L07oCjT5fZXr3viJH5AFpNT&#10;lQDqYra1yD/vftQqaWCtk8T9tOH2fb14ovmcU697yLLZhfm7GwJsAwH6gx4Nh79pDITxHr/kA6q0&#10;eKjHXveZZCFHN1c31cWUm41W/r7ZUnKAg06bKAsSOI6976LrZVvYr+QxDO5/Tc/j3vUeLcKn/i/9&#10;VOvBTWp/wcB/q+fXveSNhpIF1HJB4Gprgc3/AB/sffmYvjVXj1V1JNTx/wBXp1731HLwlrj1EF+L&#10;6gbcf04592JGF8/Q/wCXrTRmp+zh5f6vLr3vrWLgry19QUgi/POo24/w96dqZY/L1FP9XoOrANQh&#10;uH+rh1735pFBU6gx+oVrH6/UKw/3n3rUCnn8h5/6vt/l14ISfTr3vmhjIGq9mIDAEt9TbVp/23vV&#10;VrXzP8/l1Vw4OPy6974ecL6LE6fTfSR6dQYAfjj8+7rRjnA+f+xxB+fW/D1HV+f+r5de95tKKR6u&#10;W0sOQ6NfnT/W/wDr+6Ryazg/LOOmxVhSlQOve+BbT9WAXUSDr5AJuUuefd/icEitDxHl1amoVUeX&#10;p/Pr3vvzAMqqSNTaSxNxf+oJHH+HtSsilKUoK5p/kr59e8MkEny69z75CWRDexYF/wCz/auPpzxf&#10;/C/tDRK9/Dh+w/b5/s6qY1Ip/q/4rr3vtCZNRUFdTXKG7ekHkWP5/wALe2ZGeNRpFV4YOR+fWmAT&#10;Dft+fXveR2QsF9QLfosoGri31/I/r7tFI0gzmn+Gv+H7OqqrAVHlx697xsSAoBdWZrgg2PDfT1D6&#10;W/r7UVGrIFB+VD/l/l8urgVrioHXveUyW5JVi7N/rgf2bG9/fqEVBPEZ6bCZoMU6976AF1W9tPB0&#10;39QP1I/4pf3oVGRmowTTHp9n7OvHhWla9e9+EwW7WPqJ5U3LAGwIYfgfn8+9amFA3DA/z8et+GTj&#10;r3+395Vc8OdVgTbgXYfkKTzb/G3tuRRQqp+2ny+XTbL+Ef8AFde95lkICyI1iSbC3Jt9Rc35t/X2&#10;jNKd/Anz/bkdNaFNY2GOve8EhaR/r6Q12LAcW5tzf6ezGNl8gK04fKn8/wBvTselV4fZ173wZyGd&#10;ifyALEekjm/0vz/j71XUDp4HiSOPVwBQDr3vKJQp0uRYWVT9TY8kBzwTf3plDihpjNeBx/n8+qNG&#10;xFU4/wCrj8uurc3/AN9/T3k8ikMebG6i5uXFvrccH2Xlu+jGnkPQU9Om/D4D8/s679xta8yawFvY&#10;fQEW/Hp/3j8e1kDuUFQa/wCH55p/l6e0sSFpnr3uXHIti6/VjZiQCL/2bMeLf4D21NMWanClf9R+&#10;fSd0bVQ9dAWFvfg9mW/GoEkfS34sfz/vHukZ1MNIOCf8/wDL049bK1BAzTrv3hZl4JPI5/JuL/Uq&#10;vtYDRaZr/n8vX7a9OAYK0x11/T/eePr75FmNwxBA9TAqLcn9R9utJSlPPy+wdeouKeeOurfjkfSx&#10;4Nv9a9/fJnZbsTpII9KWsbi97f630v7LkjLkilDkcK0+XqePVAgaigVr5ny65e/eYk358ZN7j6A/&#10;U3U/4/X248SoviNgqR8vsGM9b8MU+fz6975sSWVgwHF9P9k/1JFvz7TkqFWgqSfP19QPP8+qKAAQ&#10;R+fXvfHX+2AGCi+v6LY82JYn8f09uROGl8T9pzxHy62FGvVx/wBXl8+ve8CvqYnTck2IH1ItwQx+&#10;g/Psw7yQtc5PpTp5looz/q9Pt697yeVgAD6lsLLqA06QbXH+x/r7bkoV7uFD+X+b8+m9AORg/wCf&#10;rq3+w/ra3P8Ar+8qtdVJIA9Rva5IJ4P+w/At7QK1ONDX+Xp+3qjL3dd++DKAA2oqE1XHH9Pr/sf9&#10;f24kreIWUhg324/1fPq4bjUVrTr3voOUTSWXkHhOdIvzc8G5/r9PaiaNWUnzGfn/ALP+X5db0am1&#10;Up1732wHpKHSBqDFvSzE2uSeeLcX90S5HwsKk0/2Mf4etA4IfP8APrq3+Nv9t/xPviA1/rcEWLEt&#10;YH/YfX/Dj29rR0q1Ps8/9X+HqxI/Z5de5H+P+vb/AGNvp74s7s1i4UqQWZbXf8AkN9P9h70Ujb8N&#10;CcY/yn/B1tVRBgVr6+X7Ou/fjJdQx40n0gM3Nz9AR/vPttYK1D8B5YyR/q/1eXglG0jrr/D8/wDF&#10;PeZJi7MCCFa5AP1IsPz/AF+vtuaNYmU1r8/L/V/q+1p4wqjPDrv3mXVpsumy8Ai6/wCtb+vtM8qR&#10;AdxP+A9NnTWrV697xgldK3bUL8/UKb8+/aQzClTXOOGB5j08hjq9AakcD1732ZDrGmwurIONR9V9&#10;RGr/AB96A1RjSMfP/Y8h+XVdI0/6vL/Y6975GwW4JBH1B5+v6TyP6fX35apx40pXJ8+FPQ/8X1oV&#10;1de99RsoUi9woW/K6uODcX/2/vYUUBNMn8jThTyGa/t6s6mteH+Dr3vgS3jBDDk2/SwNz6bj/b/X&#10;26jaHLHBNaY/n/q49bAGqjf6vz697yRkoqhQFbhm0Xs7NwQf+RfT205Bw5P+rifln59UajGpz5fM&#10;de993YtYtoUG7kMbCwB/J/31/dl7TXiaf6vX/UOvdo4Cp8uve+Sy2uyhVCqD6jYAm4Y391ADD1HD&#10;gf8AB9vVGQcG4nr3vzSv6f7NgCjMbkDUCQQfwfpf3caa0JJBwf8AYP8An62qKSa5/wCK9eve+Ss2&#10;jn1n9QBsfUtibauAbf0PuhcBv4RQE+ta+VPsqPn+XVSo1de949Zvqtdhz9blRexBP+x496Kd2utO&#10;PEf6ga/bTpzSKU4Dr3vIjr9BcGwZmBHNvUFU/wCx9uEE93limD+Rrw/b1R1JGriPL/P173z8lyo5&#10;KobnheSwNrsRa34HPtploTXz/aT1UJgkef8Aqx173wkLeq63H0sGsLnki/BP55B92Q6iNODitfl/&#10;q/ydbXy09e98SVN/SSfqXsbHgcAW+g/p72Kgaj6/n9nGo/ydXAIxX8uve+XmIICsXPBFhyCy8i/4&#10;+v091MemrVpT/UMcT/g6qI8EsKde9+eQAL9SwsJOLaha5J/APP0tz72vyx6fb8x/g68iE/Z5f6v8&#10;vXveOYakJjKi1j9CwHFwDpP0P9Le9qTr1san1/y9WjIJ0uOPXveJCxZiQEAAIFzcv+kMCePd3oR2&#10;5pX9nnn/AA9OOF0gDND173n8sg0EsoA45HAX/EqPbekaCZAT6evyB/1V6a8NCTgnr3vrzEWNyCCS&#10;DawAJt6eB/r+7BGPcoOPnX9h/wAPW/Crig6977eRmbk/m/P9f8P9f3WhX9Vxw+XXhGFFaf4Ove8h&#10;ZWPqZS1x9ANQUc+nj/X9tK5JJjB44NKfb/xX8+mwreQx173wLxEWQLqIIW/0DcXIb+lv68+7IHoS&#10;2an8/P8AZx8urBXB7q0/yde98VkKoQNR45uSFAH9kk/m/wCfblSSS+R6f6uA9f8AD1YrVgeve+zI&#10;QpJKk3/JOo2sAoJ/H9L+66dRCvXNKHyp/q/Z1oKC1OH5Y+3r3vrmztyBpsVJB+otc2/P1t79rqQl&#10;c/LhXy4gdbIyAc9e99F9KpZvoGuuknn6FrfXj/W9+AJxSlaen5Z8uvBSSeve8SyXGrUo13HJ9RF/&#10;0/1/x59uEIx7Tkk8eFft/wBX59OGPPDI/wBVeve8lwNNiOb2sOPpzc/0/Iv7ppFe8EUOQeB48P8A&#10;VX5dVochvl1733rBS4uGt9R9VAP9n8/8a96CGRSV8v8AV/L5dV00YDy697xu9yp5Q6QQoJ4twTY3&#10;+vujEjJz8/L/AFf4erqgIpx6976Fr/kAgEKBzcn66QeP9f3sA+QqAf2dbIqtPT/Vx6975l7kN+oM&#10;RquPrzYW449+LLTTwP8As8DnqqqKU6974l9QKhmC8kMTYMR+G4/3r2zQa9VafZ8urBaZwT173wDk&#10;G4Yj6gC45NuDf8j/AB9uBq1NerMuKEde99mzX1sWN+SfwByOB/X3vWAdINMY/wA/WhXiAB1732LE&#10;EW4IF9JIF/qDf6e9jUaEDHr/ALHXqUNRx6976Nx6B+j6kXN/ryB+f9j7dKKAQM/OmPyr16gPeePX&#10;veQ6gCCfqq2HJOm/4uOR/re6kjAPADPoT/qz69NihPDgeve+CyBmIuVB4Or6EjmxFv8ADge2i7IK&#10;EYrUeoqOPz/M9XMdBU5PXvfpdKgerW3pNgFsEP8AXj8e06M54/6q9eSrcBQf5eve+gR6tNmFiTYA&#10;kavzxzx7edqAjz4/7H+bqxHAnHXvfL6H9XpC8j8XJ/HIPtmSUyUQDHl6/wDFjqpFRwyeve8hqSAF&#10;VfSQQSDYGwvcKbG4/p7sY6uAxp6/6uHTfgVyfLyp1730ssRvcKDcg8Wtf+l+f+K+6aGFNYwcg18v&#10;mOtmOQHBNOve+XkspHP0+osbC9wLH/eB70OAJHrxx17QScf6vXr3vFJKuhtbEi+pWuf9azfm/wDh&#10;f3rUddU/wcP9X5fs6tGhLVX7COve8Rv6bkXPKsCbMP8AUj2poEIVfLHl/PpwUqeve8fkEZZmItez&#10;LqJX/BlH+v7q+piUbJBx/qHy6uELAKo+z/N1736SW8V7obsSoOmwuLlDY/n/AFvdIogXwdJHrn9n&#10;Hryx/qU/z/t6976V2/s2UgXK2Nzbmy6vp7fYO1DWp44wT8+tsoHHz69771jULi5IPI4A/pz/AL2P&#10;fqkk6sda0UXHDr3vg0t7c2DeoOL8r/rH68+60o2eI6uEIz5+nXvfJ2QKvqIC3BIItL/UEDk8n/Ye&#10;/aaAAeXp6f5+qIrMTT/iuve+jIpA/CqBfT/tXIBv/T+l/dnjYH0Hr/q/1V62qtWnGvXvfMzqi/kJ&#10;/a/N/wAqLMeAePbTDVRqivD/AGeqiMsfn173hlkWxHJsoPA5II/xvc+6ooQAsfLyPn8/l/l6cjjN&#10;a18+ve+lmKKukBiwN1tpdf6WIv7cIrRafs4dbZAxqf8AYPXvfZkOlXJAdLq1tSm9v0gi4t/X34Zo&#10;gPE/6v5deCCpUfCeH+rHXvfEuRwpALIRZOCbDUFA+gvz9Of6n3sKSaNnz9R/q4fs62FzkcD5/wCH&#10;r3vpHCAqA1yRwxIDDTcgMb8/gc+/OADTFKD/AFeXW3Qsan/Vn/Vjr3v3kVSeLtJEVLEkmwIItf63&#10;/r+PdXpXiKClP9Xy69oY09FPD/V/qz173j9DoF1eoAqTdW9N7cC4+nHt5SxyBSpxjj1YVD1PDPCo&#10;6975NJpGkaQRYLIzLf8A1yCbX/p/xPtP4OpqCq1yAK/5+HWlWuTw9Ove/ayxIe2kFRZAAqg/4/m5&#10;HuvhsTq+X+rh/n+3z63poKrxOc8T/wAV173iNg68lQuq5axAQ8D/AIqLe349XdUVJ4fs/I09P9R6&#10;uCSvrX09eve+vLdGYNqCAIP1XJBIIW9+f8fdHtpA9Bivl508sen8uveHRgpFK59eve+BmV9akKfU&#10;Cyn0lQDe4taw+p9qYICpBP4sV/l/q8vs6sIyhFMfP16979rUkcHk2B1AW4t9f6H20YagLUVGcAnH&#10;7f8AY8uraWA/2P8AVnr3vqSQoW0WV1Is362At+oXsLcD3aGMuQ0owfyFfsHnSv28evKmsCtaH8vy&#10;697xltekoebABiCCrnj6fTg/X3fw1bBxnIqaH8z5+fVgukEN/qH+z173kYnTybleAwuWW39Bze4+&#10;nukatG+mmPQ5r5/Zjz9D1VQK4FK/6v5fLr3vAQE5v6NWkq36rj+yP8G/HPHt5lYdrYI9D/h+f5ef&#10;TmWx504/6vTr3vmJLKzmyG6hl08m3AAvz9OPaSRZPF0vX5eVM44V6rp7gOI8uve8fmYHS3JQFiQQ&#10;f66SQv8AQe1uglldMVx8sEfz/ZXq/hgio8/9R69795EaNJDb1gk3ci4UW1W/x5FvdGorFFqKH5/a&#10;P9k569oKuY/T/VT/AGeve44qAbaAOHYWIDfUWIub/T8i3vZhV+2nH7PL0Hz9Rjp0wnzOaevXvfRk&#10;dgoKE3LMUv8AT8fqB5/P/Ee91RBg58qDP5/YeNPPqwQL3V4ef+x173gaZUsLuNTEWJu11+pUf63F&#10;/dlLu3bQ0Gfsz/l+fTojZ+Hl+zPXvfEVdiSF5sR6rglb2LX+txf3prdSM8Af8PlT062beopXr3vl&#10;9zfUzOn0/IsRY2u3++Puhi8I0Aoa/tPqKHHVTFTCg9e9t8s+l3bkKCzBhwSLW9P4H1+vtRGdNK8e&#10;P7f+K9OlkcRZQDxPXveE1DNYk8ggLpuxsVv6rfm1rn25TSDqFAPy6cEKjHXveIzOtrOi/QXuf8Tp&#10;t/Xj6/j3oPXtAPTgiU+XXvfX3TlR/qNV35v6l+qkkW/3j2+kRLZzX/V+3rfgLWnn173mSoZyDqbQ&#10;3+ABBv8ATULXHttlzpI/y46beEKKAZHXveVpDextyGUMAdRWxtcHk2491BoTpPH59NKlf9WOve8D&#10;ykKgF/qFN2Pp0/QW/wB9/re7BASC44DHzr59PJHViT9vXvflnJCiy2uFBvYMv1PB4HP197MY4jjx&#10;I9D/AKvs680QqWr173z8jspHpZRZgv0KlfqOeDf3SvClM46oFRaeR4f6vTr3vkshGpPSbgHTYX5N&#10;xqb8H/W/HtPNVm1n7Pl+Xy6qy5DUx69e9x2Y2A1fWwNrrxquQwP159uKurAyP9Xn0+gDVNOve8bN&#10;xqYHTe5P1Fvq1iv0H+x92AAGgUr6/wCrj04BnSOPXvfhMpHpBVg9hYfg/Q/njn3YxFgBXH+rh1rw&#10;2/Fw69768+k3KuPSx8i2sGBt9FPP+x9tmPiuPs/1cPy614dRQmueve+BqTI9kLephqkNrgWOq4ta&#10;9/8AePexFpFW/LraR6RV+A4Dr3vu49RYgvpFy99I/Fgh/wB4v/t/duIpSlet0OAOFfLr3vCz6gCS&#10;Qw4C6gbjVwQGvyf6j3YKV4dOKpGOve+InKksBZCTxbUvJ0ki1yffjGCM8etmNSNJNfn173zeSzkq&#10;TptdRGeWvzYqTxb+nvSpih4/6vPqnh6l7+I697xSTE3KAqtvWVIGo/10ngf4+7KgGGNenFQDDZ9O&#10;ve+JluAqv6nBLWsP8Ao0cA3/AB+fe9GakY6sFIJqMDh173hknJUIEs506xe4vflrgcH+ov7usYDV&#10;rjy6cjjB7q1H+r/VXr3vpX1BuQLKVa4/Utv0kcHj8W/2PvZWnWnWhC+uR/s9e98ddlGkgLpvc/4D&#10;031fX+lr+/AZz1XAwRTr3vDIwP0KhRz9BpA/HP8AvfP+w93UdbV2FdGTT/Ucf5uve8UbOG08ANc6&#10;bgjkahcG3I/r7uwFK9acvWjV/P8A1fy8uve8rTI5ku1rc/UepjxpAH/FPddBFCB/sdVqCKjj173H&#10;+4ItHdmb9TEqLFfoY2P+w/B9ueGDVuHWwCcrkjj5/wCr8+ve+Im06bBmUMbMi3VGc8q1ieP8T72U&#10;1V8jTz8/8HW/DcYCmvzHXvfpJQG0oxZFA0GNFaVR/aJQH/e/fkSoq2Pt/wA/XmRwKsPzPXvcRqgW&#10;BViQwQrqVfWW4dWvzwP8fb4jpggf6uFOqnj173kE2lCt0ZuPE3Nwb2KsbDi39ePdPDBauR69eIII&#10;r59e98HlRmNrqECiQJySiggW44v9Pe1RlFPX169173G84JJaQBbfo5+h5DE/1/2Ht7wzQADrRBpj&#10;yHXvcpcjEw0EEkAWZW0gafobrYXN/bJtnB1Dr1aGn+rPXvcd6tSG0KCgtdeeR9NTD/X+hHt0QsCK&#10;8eveXXveDzqZC/Ia4ksQV1C2myc2Nv8AG/tzwzp0g44fZ59bNaac9e99NLEFZmia5FlIfUFY8mxb&#10;6j+th78EeoAbqzI4Go4H7f8AVXy697weQObBb3GkaWKgaeSW/A9uaSPPqgywX16979wdIFubMSOT&#10;+qxJY/X8fT3vga9PGBgteJHl173hd7vY2ZrKCLkKeLW545A/p7sAaV4dJ2UkELivn6fl6j5Hr3v3&#10;kZW9Km+pBfkhgP1Kv44F/p79pqM9JVgKuSWwePGv7f8AV6de94y92ChSBYi1y2m/F1+tr/4+7BaD&#10;J6VgMWASueve5asYwyjSuoaRGGIAYj6qP8bce2viNf59LFgQfHx697jMwNgDcMpYqTqtp+rXP+t/&#10;sP8AX9uAafy6alhZcoK/I9e98S7fW7aRa9h6eBc8g/X/AA5/r7sADT16aVHYhAMny/Z173xLAKoA&#10;VlIuCfTdgQdLMOeL2F/fgCTQ9LYwVT0x6f5P83XvfTzIGILACwUAliCbXNl/r+BwP9j72EanDqoi&#10;jLZGfUceP8uve4zSXBJbTbSoD8cnnWAfxxxz7dCEGlOm2t1JJH8+ve+Jme1y3CtYkAEED9Vgv559&#10;70A49ekr6dWmlf5A9e98Fk4Ejehbj1H8hh/iAP8AX+vPuxQfCMnpQtuad/E5H+H/AC9e98zLpLsS&#10;gUAcX0kkcaQT/X82+vuoTAGT1WSBEAZq0rx+fHh5f8X17315NRJvf/VgkHngHkWuAR+Pe9GnBH2d&#10;K42JHaeH5jh/h9Py6974hha91Jvyb8WAHqIFzz/h78Rmg6o8aOdVKH1oR/xfn173yab0gmxIBsSw&#10;P15Q/wCt9PelQ1NP8H7eqLCAe81P8uHn/P8A1V697wrMWLP6kAUDhQbvrs/Lf1NufbpjoAvE9KhH&#10;QBSMevAH0GOPn/Pr3vt5XW0iXDXZxyL/AEuBpP8Ajce9KgPaetJoVO0AeZAoK+XXveJqlQNRVmLD&#10;SQSwCp9QtvofyQfdvCPAHh/h6RXK0A0j50+fXvfFpdRLm4CgkfQ2PIe9+OLf4fT3ZYyBpHTAVglG&#10;yc1of2U9f29e9+V7C5Bb0kBg13s39dH9Px+LfX34rU0/l5daH6imuDSmPl/h/wBXHr3vgZrRyDji&#10;0iizAeNiQHIYfni/uwSrV9cH7eNMdLPEbwgxHcRQUFRX1697yJOAtw6rI4AAv6hcXuOf9j/sLe6N&#10;Ga0IwOkhLr3j+f7PT1697iTVEnkYoytpS3rsvJ5ZCOfVf8f63t5I0KAEU60F0ipwa+tf5+lB173y&#10;EhQK7KQzg30WIEdtXqX8H/X960hiVBwP8P8Am6W+CGQqxJJ9a/l1737zWuVsbXdrMfUSLKVU/T62&#10;/p734dTQ/Z0wbcE6aVA/1U/b59e980aP0kNZhcgWABUmxFz+eefdSG4EVB6U+En59e94fIwksg1M&#10;NTPqIAJH0N1BB/oP96930grn8ukzwK1CmNPDy4eX+r9vXvcNnkDBuXLKGIY8LzzqJ+g/oRe3+Ht9&#10;Qpr5U6sqMSoXh5+v7PM/y6974NK4CkpqvcG/pW5/HH+2v72EHkadMLHqJEfw+eOA8804fYD6V697&#10;ymcONKfoCqzBhpXyarnSvJ/P4Puoj0mrcf8AJ0qXw4koBSp9eP8Aq8uve8rSIbW1Nzckjm9/1D+t&#10;uOb8e66T8ungVcaj5f6v5de99OzNHfUq6btYFWZ/xYW/qf8AeffgAGpTj+zpuVSxDDA/PPp8+ve4&#10;Id9apcKXtdgTqKklgVYcWH0I9v6QRX06YMbgldOqnp173ymqWVUATS5JKvbhlS6hfpb+vJ5/r70i&#10;A1zj/P04VD/hAOaf6h59e94LlmADaz/Vf1A/kAgcf48+70AGcDpp0Yrw4UOeve8gl/aclwONN7+p&#10;dAFlS39f9v7qV7xiv+r/ACdXVODSjuOcV4de94xMbn1KbaVKFwNNjqY6mtyPr/vHu+jH+XpxQEwR&#10;hflUmvXvfPzC6+hPq3quEuh/QSPx/h+fetGDnpiSNhlfMcOJFPkaZPy6974BrlFNigD/AII5v6r3&#10;t/sL+/EUBPnjpqs7VAFCOIpTy/wfLr3uO0hFrmwKnSCB+eGB5+v+x9uhQeHSxK6aHiePy/2PXr3v&#10;sTmONS129JRh9fSx4AuOPejGGcgY8+rNoOPL04/5eve8bsVub8AhgPpYk39R/wCI93UVHSaSBnGq&#10;PHr6flw/Yeve/GdtXrPoYqqfn9Rvq9PI49+EYpjjx60LVmQM7fkAfLyPXvfTyggKltAJsSQRrDWu&#10;Qv49+CUNW49aW3kD62yB6cSPIH7Ove8KTafqY/IA403JBJP1A/x/HHtxkr606Vxx+NkR4HH/AFfL&#10;r3vtpC5RgPT9GAsxXULenV/Z/p70E01B49eFuEFFXHz/ANVfz6977M7KhAIOm5YJ9W/APN/9v/xH&#10;vwjBOf2nq41eICvH9n+x173B813e6qAoLD63W4tqZRxx7UGOgGePRgHAUsBU0GP8P5/ZT59e98/I&#10;F1cE3VdV1sRqPC3Y/n3XTwP+rHRUZVDUJqCfLh+2nl6de99PLZdKkABl/Teyj8Af1I/I97VM1brT&#10;MRSnrSg8x+f+Dr3vkZCx1Ktw31BK2Up9eD/X3oIKaetEnWUU91a/6gOve4rSlS4+tv1cAktq/obn&#10;j/X9uhAadPRwSHhjPDIP+r7Ove+xPoAa95GY8gC1wLeoNa/vxj1NTyH+rHWp42ROwnSDw4U/Pr3v&#10;kZmsdXpuQ3BuNR4Yqt/9uPx794deHl014jfFx9Pl173i87FGDWvaygjSFjP+1D68e7eGNQp1cCPw&#10;u7DA/wDFfLr3vwdk4CkLyUKAl1t9CB/jY/X34qp+f28OmzrlYIv7DkfZ+Xy6974mcpqW5t6WANlY&#10;km4+p+gPuwjDZ6fW1Yr3nI+X50r/AJuve+AlkYBm0hvVfVpLG/8Aifr/AK3vZRRgZHTphib9On2f&#10;Lr3vkZb2sQqgKukMEs1yBf8A1vegn5npE6eE2kj1/Mf6vTA697jlmZtWoGMK3GrSurkhiQef9e3t&#10;yigUAz0st1VU1jiTwx/l697yI7MAzMGXQLEo1z+GIsfr/sfdWUA0AOek80cgbUq49K8Ps/1U6976&#10;EqgXBFvoAWLMSq2XUD/vHvZUse7pghiKEH9n+r7eve+JkdiDJ69SDxhiqqP7Nr/i/wBBce7BVAqu&#10;PXpcsJ8MgYbNSPOnAde98dbKhQcH86b244Osj88/X34KDk9JoAhYNKQRk5xn/D1730xCh5TIlyyr&#10;qILWIHJW/wBTbjge98TooadblMT4FCfQfy9KeXHr3vGzq1wttI4DKQtiOABb6c8/7A+7BSMnryxP&#10;p08AfX/Y6974BidJKhgGLFhZdQtY8/4G3Pu1AOlgoF8NTp8+H+Djnr3vzVDAro0/pJB5DXNlJ1f7&#10;yLDn3pUFDq6RzgBtQ4Hj8vTy49e98Va9g5UmxYMq+u9+LAW/wFr+9keYx/g6tGqyDU/DgM+h49e9&#10;8Q6f8FILBQ5DEsTwBq/H9De3vekn/LTpQU1AqQKfZ/q/n173wMxH1OrUoOoXJ5bhABxb/Y+9hBTG&#10;OmxGi5Ude949TXflv0KCvGizW0qBz/j7uAuMdbCKDw6977jkAS4J1kG7Dg/UMRyLED6Ej3plq2Rj&#10;pJMdB7QM/P8Awde94vKVcM2mw1HgG5FiDY82tzx7vo7cefTY1N2+Vftp8z6/Z1733JOAUjj9K6dQ&#10;JP6WH9oX/wCJ/wBb3pUOWbj0qhR1Op+Pp173jMtiG/VpCsWFwgYABmA/PuwUfZ048YZKfs+XXvfE&#10;SswIfTZbgD0cK31A/wB792ZaHHn0XMCDnB6974idLstxyynWWF9A9PB+lrH+nvZjODT8ur+GSmsn&#10;A8/XPXvf/9I1scwVWVE/3WFIv6m5trFv9sAT7+Wx0D4Pr6f6vXj19CmvNONet/j3lEl4SQJGZSv6&#10;bcW59XNuBwf9f/D2z4ZWSoNBn/Vw69q/1Hr3vKHjDG2lCBYOSNNioN9V/wAG/wBPz7q0TNQnNf5E&#10;cf5eXTkSMQa8Pz/yde98dTM5lJW7ILr+LA+k8Wv/AI+3aUUIOA6uECCnr/Lr3vkrXLMRHcC7+kFt&#10;V1YN9f6/j6/X34gcB1etVoOve+fLSnS3ITUx0hVuTeTQTf8A23utRSp61xrX/Vw6977ZlKKbXMar&#10;6gnqTSPoLc3/ACCfdkAU1B/zZ/lT59NtHTuTz/1fs6975RSlf1NHyuqzG9lYaf0/1NvdWYk8M/6v&#10;5f4emSSTkde9+DyCQWC6WRSxAC+S/pAViP6/j3oafDq35Cv+Tq2lgNRHxfP/ACde98FkJsy2fXdV&#10;Ziw0KhBF2/2P+39uaWP5daFc0rnr3vLe+gFktY+pwNWu3Fy345vf/Y+0skYUEiv2f6vX/P1sNx9f&#10;9nr3vL+4LEHSAF9FrH1mxF1HF7Xv/re2gAMHj69WHaT69e98iHDP6lK6STqsNPpu39LG3IHvSkag&#10;TX/P9nWyBq7vPr3visrMVt6bKA51aWdVHEiAf48Wv7UkpWldXHiOHpjpK7lZQh86/wCDr3vJ5LgA&#10;W1fpJUi/PJe7fQ/g+9lQPOlP8Pp06B/q/wAnXvfRJaw+ui5vcDVa9wCv1t/j/r+01CmD/g6dBPxD&#10;Fflw/wCL697zICQGVxpViCiuG0lh+rn8/T/efbTU4Ur+XTci61Ip173x8oFwSJEFgWC3YEn+hP1B&#10;/H0PuyIVyME+fy/2eqW9uYqs1NbH8gOve+a1BYMxjJBTSRa5kF/QHBt/re9uvkG4cPl9nSg1OFPD&#10;/V9nXvfINYCxYaDcqCOCDyNPJH+9e60qSvr/AKuPVasaUyOve+QqrKbWvZigsV9J/JNvzzzwPejG&#10;TSp+3rYFRRs9e9+WXgawC2n18MWCk6mII4sB/sT79p/z9byK5697kNOp/Q17t+khb8fpJ/2n6Xtf&#10;3QDOf+L/ANXDqtSz9x4Y+VOve8xmcmMFgFVzww4J/Lgfj/D3vByBTH+r7fn1ctqIYYoPs/lw6978&#10;pchmIGq7HUQTZfwLk8j83I+vvQ0gVFRw9Pz60AKaiDSoz/hP2/Lr3vp5SkcdiGJ+sik/S9yrD6cf&#10;76/vWkliRgdPJMVGcgft/wBnr3vL5U0xMxcglgRx6if0tZuBz9ffgD6D7enInMpPr/On2de99tIC&#10;mnSRyLki9x+VJ+nH9PdAgDdx4ef+r5dM3CgtRjmnEcR/q/Z173zWwBOq2m3pS3+bP0K8/n8D2yYy&#10;uTkH/V+zpKscgQuRWnn5nr3v0IaOzEIoZtR9RuL8Lb/H/iffo6eIKZ/Lj1u1o0pAOqoPCo69753k&#10;IIXSF8gJv6WJtwST/h+P9t71LFRyRX5EDpyeKRZGKjB9M/bwz1732p0qACPUQGDAIA2rgXXke9rE&#10;XxSh8+P+qvXlgcgF+308z+zr3vmrMru2kgq3q1Gy/S2sXP0/wJ590li0gUzX9vVZIvCC6TqBPmev&#10;e+nKadSWuODqP6WY3KgfS1vdRGwwwweP+r19OqFJRxFPnTr3vuCQn1JyygL+kCx/A1/4fi490YcC&#10;3Dqmo+Yp173njeyBAokHkBDMxsyn+trWF73P0v70A+rStRUcPt9fn1U6iQQan0697xSTH1BCSPpa&#10;zCwU+q30sT/h7UrbsvxUx/h9elyWrU7yB173l1O/pTURwBHa5JJ1D1f4Hn+vtpozHHV6D/LT7P59&#10;J5ofBXV5fL/L8uve8mo3UmPTf+1blrjk3P8AxHvaICC3HHrkfOnHpyGNdOvgf9X+rPXvfazMpI0n&#10;86uGLEkWvpuOf8R9PdgiyJQUq3mfL/V8+nnhVxQ/l+XXveRqlmATSCyldLBrixNiB/xX2zGAshJ4&#10;Yx6kf6vXpIh0yFWx5fb/AIP8PXvfAykcaWJXhr8k+r634PtQ0XfUkCue0/8AFj8ulgjrwoB173k1&#10;2L2uUUNwAObker/D21VmxwFa5P8Ah6b04BPE9e98GkuTcEKyrYBjbmwB1j6n3tVV+ypPz9D6EfP5&#10;deMQYAV/1ceve85mIFojxb9AX6lTxY/4/wC8+2vA090nA8PX8x5dNeESf1PLz6978tSeS0YkJAbU&#10;OCPoFU3vYf7f26Y4yAeAHlXj8/8AV+3rZgUnDU/1Z697yrJqCpGjOWCm1xdWXlgB/QfS/tqRGUGv&#10;zz6g/P1/l006MlSeAr+f5/5Ove812BkIJVwoHDAg/wCq0jj/AAv/ALb21Q0BOfQHyHkfs6apUgHP&#10;29e98Uc2JF1Sx/qBxyWAAuL/AO9+3VZVahPHz/yV6coK6SP9Xp1731CXB+obUdWkKblLf2r3v/X3&#10;5o6gE4JH+rNcf7HXpgrDGB6nh/sde955ApF1sQx/SwuxIawP+x/PHtjuVqnyOfQ+tem1JXDVFPPr&#10;3vOjGIgEXY2+thxpHAt/t7Hn3tiCc5HTbUfhw697yJKPV/Yazk3IFlUfS3PPvXcRRRX/AC/8V1Vo&#10;zjz4fz697xNKJGTxkAadXJAKte1ufpcHn88+1EK+ECXHrinEfZwPVlQqp1evXvfYq5gCGCsfSv0s&#10;SwuRa/5+vuwjWgKHIrTOM/6hjrxgiPDH+ode9zBp0KOAwjQj9Ov1G51Nz9bnj8D2lLnKMKivA+vq&#10;Ok5J1Hzz86f6vn173iWUIwflWIKkH6NcEXUfj+vtyMVqqrX/AFefTnh1Gk5/4vr3vJHqLEsw4JY3&#10;HBsSSw/r/vfvWKAfxYp6U6beg4D/AFY6975hhGF0ggc6g5LCwuQBf/be2nQv2ny8+H+r/VXqpGut&#10;c/5+ve+QcvZtWnjSADe97C7N9f6+9rFCinBr6n0+yn2Z6qVC1UjH+r/V/s9e95Y6nQw1AK6/2je0&#10;lxYsB/jbg/n2mkiIqUFQcih4Z4VPHqjQgrjIP8vt/wBWOve+byPIqKi6CWLXB/BX6/S/++/r7tHG&#10;3iFyPL0zx4fPqqoqkljUde9+jkKaVcggKeB/ZH5Nj+OPr7f0JItSKH/VjrzJqqV/b/q8+ve5QkLv&#10;GdaIF508qNTcauTf6G/9PbKoANKih+zpjRpQilf83p173GaUBgOfQ5K6SeT+oMQBYkD2pVQo8SQg&#10;sfI+Q6eVCR9oz/m6975CfSV5DC1wrAab2LAMTf8Arbj34qjmgFDn+f8Am8utGLUpxnr3vj9wL6uO&#10;CTYXCg3OoG3490MEegV48NXEmvy634WCB/q/2eve+1muQxdyEIDtYWuwsrED+n0F/p7aMcgJVVFP&#10;t/4v/Vx49aaLStKDPDr3vs1Eqmy8AuXJ4uBbTYW/4i/vaW6YYnhSo/y49Dx9evCFGHd+Xz889e9x&#10;9UgKSMQQSVCqysWANuFb/A8/4X9vqrYGKrXNPMjj+zp3StCowR5/6vs697m/dNGqqqgHV+lfSoBX&#10;TqLj/W49tmHOK6eFT+3h5en+XpN4Adix/b/Ph1732tUXUK6grqBut/SSeTqH1H9T/vHvzwAKAOI+&#10;zh6deMJB1KaY+XXvfFJZCTwUGoKwCGxudP0NuR+P8PaRqq2lBmvrn16syKPn+fXvfFZ2QSBQokQa&#10;TxYEgcsLD88j6ezMBTGrSA1PnWp+zrbRBqFvhPXvfvPdRqK/Qk+mwuBw1/6C/wBR7oU7tOCPn6Hy&#10;614eTSvXvfJJwtg9gWuQbH9Q5W/+B/w91uI2df014HPChHy+Y+3rTx6j28Bx+zr3vn5maQfpW7AM&#10;OTc2vex+ljcXB9o+FaD7P8Hp6ZFeq6Aqf6v9R697xmoZnsWPFytgSj825H+8e1MaaVBIwc/ZXP7e&#10;rLEAOH+fr3voTOAGJ9OvlWFlN+B/Xj3d0R1OniBx+XVmjU4H8uPXveYSpp1NZjfTGt7Cx/VwTc3/&#10;ABxx7SxRtqGo0p/g9f8AV656ZKHVRcde94xOSRpsbi4Xj0AG6jn6X+vPte0KSdhGkqeOM/aPX7On&#10;DHjh173lMvkbSRZOB6SPqWuCxP4H9PevBihGphUnNfI/LHn034ekV4nPHr3vM8mkhQVYXK3Xgj82&#10;B/Nh9fZeWUatPav88+vp/g6bVa+VPt697xsXNmBKqRq1PwWt+P8AA/4+6AaagmoGeH4j+zj9nVwA&#10;O3ifT06975qzFityw/IblfpcBQAP96+ntaseqEsPi40HHHrxHDqpAC1OD8uve+JkkYqW1RmNiQqL&#10;wpt6AT9Db35y6H9QcaenWwqAEDNRxPXveUtIACSLFrlfoqm3LC/+v7T61/I/l/q/1Y6ppSpA8hx/&#10;yde99rK4cgMRZirEXsfTc/S17e7VGGUUH+qlevFF01OfQde9+Mv6WYm2siNgbL9fp/X3ofFUDhn8&#10;/wDZ9eteGKkD0yOve87zF1H6SLekgG1if1cH+vFvfhIcGlGJ8+P+Wo6aWIKfn/qx173gD+oqdACs&#10;GLAAlrj6Eg8Afj2oZQftP5D7c/6vt6dKUowrnr3vJclEbWFDOApNgCf7Q4+p9sKxGK4J4/b6/wCT&#10;pvSAxWlade98RJEoBYiwcmwDBjzfgAfn6/T3tFalPtqfI/6vt4dX0Oxoo4j5de95VkaQ+RQVbk2H&#10;q4vYn1c/4/j3YoAKeuccOHD/AFZ6aZFTt4jr3vOsiXKKfQCxYyEh2b+gUfW59lVypRwwGDQ/Yfn/&#10;AJOB6a0k95FT8uFOve48rlQCGXVcXCx3sPzx/X2stlpHQ14kivn9v+bp+NAxyMfM/wCrHXvePyva&#10;W/qu3AOoNz/Y55v7UaS5CntrTj9vVwinT5f4Pt697wBpGZTrCop9IPFyRdhz+f8AYW938Ci1Hp9t&#10;c/6uJ6cOgA0FSeve8v3DkC5cWLWva9gf8P8AintCYUqWcA59Kj9p/wA/VPCWpoB173jWpuSoCgkX&#10;FzcgE+rj+o/1/d1bQKMTg+ePsFeP8s9XMNBXr3vktUEZl1MVBX0Kb341Aj34xtIlWH28PX+fy600&#10;GoVoAfU4697kfcuxuZSVYE6Qhv6uAvNzb/Ye3Y49Kmg4eZ/1cf8AD0z4IC0C59a9e99lrojLcE2H&#10;PP4sPpz/AK4Nve2BRSz5pny61TvKnI6976aVl+pvqV9ZAAHAuC2r+v8Ar+/VFMedP9Q694akelOH&#10;XvfmqRdf6tx9CSLrc8f4j/H3oa2fGR5/L7PnXj1tYDn0HXvfazkEsuom/ClQpUD+g5F/9f3Zw4FG&#10;wPPzz/q4daaEEAHr3vmahiwupIPCopYAc/6n6e2vCQjTSp9eqiEUx+09e95Hn1emwCm92INgfwg5&#10;4/1/fooVQgq3E/sr1VYgvd5j/VXr3vj5gn1Aubjnmx/SAB/r/Qf7f27orSpp/s/6vPr3hluHXvfR&#10;ldySPT/UXvxbm3/GvemjGkgCqnJ/2PT8+reGqinHr3vkJj4vqPzY2A+htYEW4H19pfpwF0AkH0Jr&#10;X0ofKn+Hqpi/Ur1730KolSfGDz6tN/pa3P8Aj7tHGqN+rU+eOH2jrZtwCCT9leve8QlBH1/pYX/B&#10;Nrgj/Y2/23t9eHnX/Vj06sY/Py697lLwxLEMI7qfSD6WsQBe3+39pZI9Skp9tPl8v9X+Tpk0K9oo&#10;T17308zBLqbhSTzybMbAAH3eKPStcGvl/q8+thF10bz697jGaTSCfTq+tjbj+lv6f63t8AE1OSDx&#10;8+nhGnBfLr3vksiqQAdQCi4b6WH1A/x/21/e2pTSPP8Ay5z1oxsQailf9X7Ove5CvdVDXLjUdJK/&#10;QG5BI/3ge0E+ktQGoOK+Va0J+zpkqQTTgfP/AFeXXvfNavxE6yQSOGJALAG6m34+lvaV01kLw4Vx&#10;x/1ft+zqrW/iAac9e95BKNGvUL2JZSRqN7m3/E+30ApUCnDiPy4H/AOm9B10Ax60x1732CAi2JPD&#10;G/1P1vwTxz9efp79EusgLn/JxqevEEmvDh173HaX1EKSVKgkMSwNhdiAB9R+Le16RJGAQKH7PXz/&#10;AD8+nhHQVbiP9Q6976VjqC35/Qbf2CVv6j/W3J920jSFUcM08v8AUT5+XWyBSo/4vr3vyT2JUFyF&#10;LMdQP1/AJX8n/il/aWSIK2taZ/Z6daePFcV/1cOHXvcg1IY3YaSALgix5/qR/h9bH2mKMqAAVPCn&#10;Hj5Dy/ljpkQYoueve+lfV61B0+m2k3sAOQwP4+n+8e/OneFqPL/J5fLz6tpA7TxHXvfvIAD5GKE+&#10;kEn8Dm5Fv9v79WoFSKn0rk4/4rrxQ/hFR/q/2Ove2+ty1FRxtUVE6QpEL62IGk3tdv6/14t/h7Xw&#10;Q61MK5bFaZqCP5fz9elEVnI+AMcT6Up/Lr3vBj9x43IC0FXHIwA4DesAHSSVP4/1vbVzazWza3Ug&#10;fZwH+r/VTqr2rVqmfs697do6q1wLFyVIe/Gkciynj68Ee21iEiK3D0BGfzzX8+mngJ48B5de98km&#10;JcFSFW5IBNrg/UD82/p7aYsjGI+f/Ff6vSvVTFRcivXvfmm0hl/STpXn6G5J+l+f63t9fe6oXo1O&#10;P+SmPlT8+vLFqp50697wRV8TyaQ4LX4LfX9Wk/X/AIp7caNQCa1Bp+zy4en+rPTr2jqmojHXvcha&#10;gD/U3YFdI5Okj9Yseefp9PbYRnbUCacfPNPt6ZMNRnAH8vl173xNQgIsyjVZwpGphzYsRbj/AFv8&#10;Pb8cLcXNKE5Gcf5fz634LNWvl+zr3vFLVBiR6r6vqOLG3LAj/D6e3/AiZQvHy9fPzP7OHDh05Hbk&#10;D169778w5dDfSDr/ADewut/oL+9eCuoj/D5ev+rHXjH5MKen+rPXvfD7lrCyqBcAC688X5HBH0v7&#10;a8MatK+n2U/P/N1bwVB41/1fs697ztJZQ9xct9CfpzYkgn+v5v7cWMV7vPjmlP5Yp+2vTIXu09e9&#10;9hnCkjSFIJ+gDDSP9vY/1t7oYSW05p9vE/Ijr1EJzmnXvfSSOSNRI/Cm9uLf2W45/ofbJjkVs5xU&#10;fLPDzz1tkVRQZ9f9XHr3vj5ULWVSW+vqclARxYNbn+vvyI7DVwGfI1/4v5/4OthWpUnH2f6v9nr3&#10;vJE5IkDBRYerSSwH+I/3nn3Q0VgVyB+X+r5/s6pIgBFCTXr3vMpUXY3C8Fja4H4/P+w96LCmr04e&#10;XoOHTbA4A4jr3vGZFspZA34VjzpF+CB/xPvRLN8RpT/V/q/Z1cRmpofy6977kkCq1ze6g8FQQv1A&#10;4/4n20kWk91K8eOP9X5U60i1NRin59e9xDMTYkg/kj/C9wb/AF/2PtVpCAaq54Emh/zf6uHSgRUw&#10;B1730rsCf03JJW/q0gm5Ppvx/X3o0eOpPlnyz1tlBA697zLKXI9RC82b9Kq9uPr/AMR7odZGh8ge&#10;Qx+Zr5/b00Y1WuM/4R1730szgWZgxJNjzcgGwuTf6f8AG/egCGx5Y+fz/b/sdWMS1wOve+JkMhuW&#10;Abn6kqvp+tja3+Fx7ppcgsB58Pl59b0hBgE9e996iF+i+otYqfooAIuB/X/X93BXyFOP5f7Hy6rp&#10;FfPHXvfvICtwx9ScAar3PpJYfSw/HtonT3E1NMYFK+dOreHQ5HA9e99Bip0W1KimxvbV+T9fp/rD&#10;3Rl768Ps/n14rUahivXvfBCZNLFgreqwsQCR9Df8C34/3n3pjpLacfmP9Wfs6240VFKj/J173kR9&#10;DWsLkMAQCbH9Si3P+8/7D2oixTgMZPofTqjLrGPkeve8DVT6hzpUDg83Zj6baR+PyP8Ae/b6iilW&#10;yak/YtONenVhWleJ/wAnXvcjyixN+SP1Dk8n+vP+29p6mmPLJr/LH/FdNaCD1734OUchmYsVFja6&#10;rxe2of717uG0tpBwOAp/g69o1ioFBXr3vBLL+4hFmUDVYccj8D/H8+9BFYkMaMfP+f8AL7OnIoxo&#10;PXvfIzFW9PIVQdRILeo3IN+SP9b20YGBGQKnH+XrwjqM/s6976RlTyMDY3FzyAdfLen/AHr2zKo/&#10;Fw+Xy4fl/g68wZqA9e982kbkj1C4APANv8P6H/X92WM6fEUZ8zwHzFP546qEBwcHr3uIz63c3uFI&#10;K8n6D6gWsPahI6lSvFjj/V/nI6UBCqgcK9e951nVVIDX13/UbsL8jm3+8H3Rk0nNaj5DH514fPpo&#10;xMWr6enXvfTThDdCCeB6l/U30H+w9tMW0hdNRmvHraxahQ/yPXvfDysw1yAk6rnVqAK25sB/vre2&#10;w4BwKcK/Mf4OreGqnSmMeXr173x8rFrawLkePUxso+twB9Db2uKM+qlAKZHnUf6vXqwjAFafbT/L&#10;1730zajqVrnUVa6kWA+gH45549pi7IgBWlQT9vzp1tQR2kY8uve+9RYqPXa/P4Uj6AHn/be6RjUR&#10;nJ9fT1HWitATjr3vpG5ZQSQbXI9R+vAXUfx/h7VyaTRRSor/AKq062y4BGPt6977EodyrMSV9LkA&#10;/W1xb8E/1I9+8M6fWuQf5da0FVqPtH+ry6975mUKOSB6LE3FwSfQAo4/1vbCBjVQCaf6v+L6r4eo&#10;0+fXvcVm1Ai+r/VmxGkn6EW5+v8AsPayMgdpah8vX7PQHy6eUUOcenXvfZdAF9bcXJv6Q4toBOn8&#10;3/r7qQxaoAA/bT5061pJJNMeo8uve/NKFQAFjZrswNrcfVl+n0+nH+v7qsBPdTFPtp6jj/qz17wy&#10;XJ4de98i9+LNoNiRq5AP0uBzf/AfX+nuhgj0A+fCmBn1Gf5nrQSgr59e99eVYrXuVBvxbV6b3AYE&#10;2PH0/p734DsCK44f7FOB+0V634bPkcf5fs/y9e9+ErsBrvY3uFNrC11/4pa3unghQyqc08/9X8/L&#10;r3hqvw8eve+Ng5SZGTgOtiS2og/i/J/x/pb3dAYUKsD5Hywftz+Xr1b4axMDxH5de98vIGK6iL6P&#10;03CAGxK3/wBf839tM7F6MtQK/PrWkgEj148eve+mIJGsHSLrpAubn6lCP6/77/BzRFTFDXP5D1Hl&#10;8vPrwBANOJ/1Z697xqy2XSp0t6WBFgulT9Q31N/bjBihK4YUp68fLy4cfXq7K3mcj+fXvfHyFyRc&#10;C5uB+F4PpuLXt/r+9lUUhqFjw+31/PrenSATXr3vidSqTa+tbhSNK6uARZiP9jx+Pd9SZUdo/nSp&#10;I+35/bw62ArGh8sfl+XXvfhJyynkMoVWHKqP9Sx9tuGIqhp5n1OPL8vTrZXFR5Hr3vzuT6NAYqqs&#10;ABc/qOolF+lvr7biaoLN6kf5OPn15UAOqtAa9e94ZFa/pYmNl5DC91v6vV/Qe3o6gVxUf6hj59OI&#10;VHxDI/1Dr3vi8kcUrfngBhp5BPp9N+D/AK/uyxyOgI8+FD6eZ8x8vWmetqjyIPXr3v0k62kYlWR9&#10;KhWAsF+oFif9e3vahwwUAjTn/ZPmc08uvLEcL5jPXvfDXZXsxF2+gZbC59TFf6Wvx/re7gEmoGrj&#10;jNK/7Hy6tpqQSOve8ZcMnq4ZVFwNRJYchiD9T+Cf+I910upNO6vE8PUUH+H/AA9W0ENjz/1Hr3vh&#10;5C/BYgXBuwuxK/TkfT+g497ClWqq08sU/b/n6t4empp+zh1732XP6dRKhmBPqF+CQx+vH9P9j78o&#10;wJKZ+QGPPj/qx17QONPLr3vpp0I0CwI4DWtcqbWFvpz9PdgKUpwPkcYPqa9eERADeXXveNpXAtcq&#10;GIRQRe1jcf0sD+fe3RRQkD9nr/m6cEak+tMny6974gy2Gog6ramT8XHpFrH/AG/vVAxzTqxCcV/Y&#10;f9Q6978zMtgt1GoCzg2OkcWA9+0ajUnj6cR9nWgi07v5de94SS1/VYhtIPPp/AsF4A/A938NVAVe&#10;Hn/q/Pp0BVwB1730RpCD1spv5Sbcf4Hge9fiOoYH+r/Z63UkkinyHXveCxXUi2YsdIYNfSt7f6/+&#10;wHvygHJ/4vp2oNGbFP59e94WQagGN15VlIFrg20g/wBfz7uV4EeYqOnA2MYPl/q/1V69768Vh9SL&#10;EqL3VgjHVYE+9khk0/6v8vW/EBNf9WOve+yhPqsFIUhibXv+BzYn/EfX2ynaO0/6vs60GHA5qcde&#10;98BEitz9SAADpCqSfxb/AHn2oViRq4etOr62K/5uPXveQAKGUAAFTf6kAm2ki/8AxX22wNQa+v29&#10;UJqQSeve8cmqw1udB+puAFFvpY8H8fn24mjOkV9ft+XVk01NKVHXveNjcHSuhbtbkWN/qy3+v+29&#10;3Xw65NSTn/V5fPq6ihyanr3voMraEB4ADEupHH4N/of9t72SdJJGM0H+brdCKsR/q+zr3vmjgagz&#10;Xa4Fybj63AUJ/sP6e2JFIIZRw/l1VwcHgP8AV69e99mR/VcgBCGPJLavp+Cf99+PdCAUxmp/1Hh1&#10;rSooaVr173jMqaiAdPDXLcBvyCpb6/n/AIp70I2UV49bVCBQ+vXvfWtTcISzG3pvYMLc8sOf8B79&#10;Q1q2B8+tgHiwoP8AVTz6974nQdLMdKsNI1EcH+r3493DsK0yf9XDrwZhXzz5de94XkZVZfIh5Fls&#10;QTbjUx54H097A1MGoR1fsrrYHt/1Y6974tIIkJdihNhrIGtmPK/T+vvwTUxpkfy638eBwOf+L9Ov&#10;e8Rnbm37huCCSNLajq/Qefp/U+3QnAcOnkRW+X2fZ6/b173wklDG5KkEBlUWYnj9Qt+f9f3sKRg/&#10;n1YRsAR58D173yDXRg7qOLamAvweLfT/AGPupABFOm6gHtzTr3vC81uB+m1tIUKzf1HPB93VATnj&#10;04Iiak+fXvcQSsAqmb08ft6mBFzYXsP+I49vaASTTPr1sqqtoPyqeve5Szj+0E1XUcjVcf2bNb2y&#10;UPl1soNJIrT/AAfl173iJN2XTZSxQ6eCG/1wf9492piterBkVa1yvr/mp17367qjqXbSt7XW4JH1&#10;UsLk+90BINMnpKzFqueve8Ek3lYLflVFyDpH+JYfT8fke3FTTnp+KP8AT8Q+fDP7ft697wO2sKi8&#10;6W1XItc3sPr9AefqfbiqAanz6XQokZPlgcPTr3vEXVADYNbhwCA93F72P1A/rf3cKWPp6fl/l6rN&#10;Esh1Pg/6sfb1734EaUVmBLXvxcWbghSfpb6H36hqaD/V8+mFgjrVgTT/AFZ697461bUNbMikD1JZ&#10;gB9VBtyPdiCKYyelMZCmmnTX9n/F9e9+Mp5Xmw59KgAof6qLC3uukcer1UGh404eY/P1697xrLZr&#10;AMhHB0/29PquGP4/p7uUqK8R8/LpJclNP7Kf5a/Pr3vGZAtiRwWbSU5uzG54/wAPz7cAJ8/t6TRR&#10;NI1SO3/N5fn173xd49Z4sdTBpCeCProZR/vHvwVtIPl6dO3CVIdRgeXp9ny9eve8ckmmxCC7Di/A&#10;ZSDxqH/E+7qtRQ+XSVjTh173gj5a5CA6SSTbS3Ppuo/3i/u54UHW1XxMVp/k/wA/5de95QvoPK61&#10;tcgEafyABfjj+o91r3fLpWYUIpXh59e94mlUJqAZyfrYi3J+jgHi39R7toJNCevfTRkZNaH9vpjj&#10;173hkkDAa2s1rItzYWAFwDz9efd1Wh7R9vVGjijYlv8AYr173082lI9QVj/Q+i+r6Gx+nH9PewlS&#10;SMDpSPDbFaDy9Py697zK4NzezqltAt41b8ElrHkf190K0PVAiKQSoqfP/V/sde94fIJLgaQb/Tlr&#10;W4ZRb6f144920049XCrTHzOcde98Ciq0hYBiSjKbWsDwCfrbjnj3apoKdeko4CMAaVOPX0/4rr3v&#10;grjXqd7XIW6EkgWtYKxtzxc/7x7swxRemDAtKqT5U/PJr17308jB20KpRGIW9gx/B9f9Pz/vXvwQ&#10;ae7BPTioqYTFOve/SyjUXRgWMd5OLgkm7KAARf8AAt78iHgRivVh5Pg+o697wl+AhKgOqkGwuzDm&#10;1z+f9h7vT8Q8ut6aNU5/2c/8V173002hW/tC5A0/7bnT/tybe9hNRBPVidDhlJJoDnyPy697weUs&#10;1itl5UHUTrsAbD/G/wBfbvhgLUcemTXzOPTr3vyyFtF/To/1gNTLZVB+n+3/AD70VArTNermoU5w&#10;ePl173gLyeR1Km/KqRZRZBxdfx/r/T25RdINf9R6QzSyHKYr8/8AV8+ve+flABV1Iv6weCFI+qqV&#10;/P8AgT7roqdQPTSRgVVcD8/8J6975+Qql1kvqABtY8FOAbn88kj37TVq06Xrp0AkcBj5etade9x2&#10;YkaygkAFwpI124FiR+B9bD/ieXKZ01p16ajo9CBUevCnXveN6i4QK1gyguRwQPyAGtz+bf7f3ZYy&#10;Ca+XD/V/LovAJbvyRwr/AD/4vr3vKj3VeQNI/trY/wCAK/1/p/r+6EZPz6NI6kY4/wCH/N173iaV&#10;bCzJpCkqf1EX/VYfTj+n593CHz68AysVcAUOa1+3y8vn1735ZvILAKVA1Gw0kWAsACf7QAuD/r+/&#10;FAp+f+r/AAdKpmh8ARoakU/aPXH5emeve/Mx16lYG9tVzoBP0Og2so+v5P09+CgrTpIRX/Vn7eve&#10;+DSxnSQToFmA/VZdPAYj/EHm/uwRqEUz02RryT/qHXvferUHl4CuLleFsDwSQf6f77/HVCCE8/Xr&#10;WhFqVFK4z5/YOve8xliiXiSMrwUD2C3Bu1gTe1uf9iPdNDuaEU6tSNKAgD8uP2/Pr3vC0q+VQbCM&#10;jX9Lf4mwAINuOL+7qjaCRxHWzk0PA/lQ9e98TOABc2vqXTxyVPDAjm1rf7H3YRZqP9X+z1ptNKce&#10;ve4rEQuAQbuHb9XCj6Rlha5N/r+b8e3QCy4xSnTYiRWAJrQYPoeve8QqJWBbUQoBiPqUct/RVt/W&#10;3P8At/p7uY0GKZ49PogeIuMEcfnn5+fn173yjk4YhjpIXUrGx9HpIN7fU/4e6stCKjqi6lOny8vs&#10;697yI6tddYEhOjnk6QbgK3+w4PvRDKa0x1YsPMj5/s697jmfRIYydMekKyA8g83N/wAg/m/u4jqu&#10;rifXqoY0oSD8uH+r5/l173wM+uL1MiaSzsTqP+C2Iv8AXj8W/wAfd/DAfGcU6cjieQgCqj7P+Kr1&#10;73iecMouwUypySTb6/Un88c/192CEHHkevTJoOknj5fPr3vj5bEMSNdmu39llU/W39fxa1/fjH5A&#10;Y6SKDqoeFPP1697zR1BsSpOqxKksbF/qbi31t9Le6tHmh4dPV09oGP8AP+fXvcXyM7BSwNzcAkgk&#10;fUMrW4Pt3SBw6rUtUca9e98lYcu5HA03vqOn8hSbcf4n8/T3or5L1bv01/b/AMX5fZjr3vHNMDqW&#10;/pVSRZbEBmBbVf8A2wt7siHB8+qrgav9VOH+Tr3uPG6qNSSXuXuCFUjj6/4k/wBPbrLXDDrwYuTX&#10;HDGafy6974/cg+g3FzZhYDj6n9Jt/j794RGevGpY0NTUZzw/1fLr3vxcGw4Kq2n1sL3/AOC3/wB5&#10;/wBh72Epn/B1ute2vDNfKn5Dr3vwqJNRI1XN1cei/A/b/H0/r78Ylpn/AFevTfiH4Qf214+df8nX&#10;vfjUMDYKb+pvQwKgHiw/33+Pv3hKRx6cIUKHrT5HPHz+weXXvfFpg7MSxNwCDxwCBdRf6f7b3YR6&#10;aU6syGMqoIJ9BU8fMf5fTr3vDrXTpsRYM3PIB/H9fqP6e7aTqr1WoZtOa8MCv+qvXvfJGLctf0tq&#10;sSym1uAv+w/PvTALhek4ZlNOFfM/6vy697x63JLAgL9UKnUC31uAfr/r+76VoAfz6eLjUeOPX/VT&#10;/L173wMxspCta99XJtYaQU08f4c/T3bRTBx00zDUTU09Pz8/Wvr173gkkI1EBvUALj0/mxsx/P8A&#10;sfbiLWg6X2stUJHxef8An4eXDA6975mUBCFBZv7X9kGw5H4I/wATb3oIa6jw6fBA7WqR6Uz/AKvz&#10;6977WYckX4DMFQ+mwP8AvgLX96Mfl0jBEcpMhIFcVzX5D0/Pr3vE0gMmshVAF3NmX8fRj9Df6fj3&#10;cKdNOP8Aq8ulJY0Y1+Y+X+r8+ve+ZkTStudd7fUhdXJVgh5/2PuoRq56LRJRacP9X+qvXvfAMU1f&#10;hSPVpIvxwrED6H+o92I1UIyenY4zNHUYpwHr6/7Ffy6974MwTgMrAtcAsCzfkn/WH4HuwGqpp1VG&#10;8BgXFDQ18/2/L18+ve+Dli7AXJa7fq/V/wAG/of8D7soFMf6v8/SuOaN01DzPHP+bh9nXvfmYaSN&#10;FnuoJX/biyt9fegDXBweFenGiVlofhr5f6uHn1736OQNctxYEBwTqAt9CG4JH1PvbqRw6LnjZfKo&#10;Hn/l/wBX8+ve+BmuFOlRpC6hpDNe1rMACPV9fdtFCRXj/q/l14RsRUVAPr/h697wSVDG/wCoX0mw&#10;ay3+v6v8B/T3ZYgOlwAjUgnSB65+3y4de99JMsiNbk/RjclrryCv4P8AX6e7FCpp/LrzsUUsF4D/&#10;AFf6s1+XXvfmcLpYuWIAuLHUb/2ixH/Ee/aTTTSnVFn1sU00xSv+YY/zDr3vhrAuB9Wv6bEq5sTc&#10;gjj8XPuwBOOtS1mj0GlfX0A8uve+1k0kf43VTbVZyP02+v8AsPeiterLVF0HPz+fXvfHUEZw1yF9&#10;F9V/xcsy8f7a3vdK06rQA1IpT7fPr3voSW5J9Q41L6RY88gf7wffiK46uTxpXr3vk8oV2Ys3qsEs&#10;ARYC5a31/wBY/wBfeglRTpmUSMOwk/nxr5fPr3vgZLWXUzhhcG/osfUeF54H+P19200yMdIwQpIY&#10;ZHHj/q/2Ove+BJZQrcqWUgsQWItwSQLf7A+7UodXTkK6pDq8v2f6s9e949XrUXAa3+t6R9PSOT/v&#10;v6+/fh6WEAde99tJIFZ1NrgWOpbC/wDUG5F/pf8A2/vYVSaHpJJM6SaScL/qPXvcN5WLahqLkFQu&#10;oaNVrjST/gOPzz7eVBSh4dOzVkj8NeB/w8ePp5de954pudJ9TXVnHNySPV6v99f226Y1Dp1VFBSn&#10;oPT+fXvfGdmYMwuBpN7XJvfVex5/1j+PdoqAiuerrpDVdSQMfP8A4r5de9xy66UVSjNyBa1iOT/x&#10;H/G/bgU6iTw684zWmkH/AFf8V1732rlQVJAsoNyA1iLj9P4Fv6/n3rSCa9V+zr3vozaFbVqCjgqd&#10;Op2Yc/64/wCKe9hKkU6YlhMjj0A697jLNdiWJQn0XYAaQLEDj/Yf7b26YwKAZ8+qooWojBqeP5de&#10;99rOIyqsR+m6nlrEj1a1PvRj1Co9en9QKgnyNB/q/Omeve8bVBYNd9BZQEIBN7fXT+QD/j/tvdli&#10;yKCv+rz60ZFBoDSnn5fZ+Xn+fXvfCOQoRE8mk8EkgG4bjUbf7yfr7syhu9R03SOQgyL6ioPoARjj&#10;/g6976DqEKAAgm7AGwW5BF+OeB/vXvZU6tX+rz6f/TB04of2U/yf5+ve/wD/0zRhiwP+aZQNMZDW&#10;Di3JZTyNP1/r7+XGlPM/5uvoSHaDT/V/q/2et/j32k3jR1tqVQqh1YghgAWJA+v9B72ysxoMHj9v&#10;+r5/l1s0c0Ir/q/y/t697yK9vSoQAga424Fz6gLm5t+b259tUqdVf9X+r/B0qp2/b173l8qluFCq&#10;F1G/LBlvwyH68fQD3sAqtDn/AAdUmqEqP9X+o9e98WkCLr5t6Q7cm8hIuEBsAfpx+Px71pNQAcjh&#10;/s9NI9DQ/wCbr3vLDOJPIF1AtGFCuSAeL8/n/C/+I96KBfy6UBlqAvl/xfXvfNiQnM1rRIvGnTYD&#10;1n1c2/HHugWpGPPrx41HXvfrqP1tYsgF+Ao9J1fm3+x+nvYrw8utgCgJHXveR2uwKlmU6ABe4UBe&#10;SD/xPvQwcinXqk1Ix173xd4oyARYkEaeSNNtV/TxYEWPvahmzWnTPhmlUP5efXvfmkYmMemxjC6O&#10;NN1bhjbi5uD/ALC3u2jj8+m8jtHn173njnCS6WPCxsouF1Eg8AAj6j/H2lkjoNSD8h/h/wCK6spo&#10;2r/Vw/1Hr3vMZo+eLhgAwCKNNx+ptf4BNyb+2AjEelDitcn0FPXq+lzHUD5V/wBX59e98fKoDEAG&#10;SMEK6gE6vqRa9rfnke7LE4II8zkGvVApHxeueve+KumoOWX1IQRcqbkX45B9q8hdBqRXBPlT/P1t&#10;GBYEjA/w0xXr3uQrWiQ6td9Vj+AXFvofrf8ANjx+PbbxFgTTI/1f4OHS0qXiNRkDB8j5nHp6de94&#10;WJVNZbS4GgBQxNh+lebfQXsSPadaaqAV6R17hTr3vKv6QHN/ppDMNJH6hyP7QNvr7q9Se4U9aevz&#10;HVQwb/V59e99ySgoFVQHLELGbepXFmJYf76/u8MYkkoSaU8vUdKLeNZZNJNBQn/Y6975oykKL6bX&#10;fQqhiCRYgA83/wAT/sPdni0nUv2V8unZoBEodfPBH+br3vleM+NnFgW0A6QnkXkqTbk8/Xj/AG3t&#10;sLVSF40+3/UekIY1p1737zcoQNQFyzBuAv0BFvrYnn3QKeHD/J1f58Ove+RLK2prck6QwYix+oKE&#10;D/XPtrFT5049FsrP4hU5HHHl+fXvecyAhWb9YBQ6VsXF7MFPAv8A0/p7sCQMH/Y6XRPWINxPn8vt&#10;6975+QcIGX9XoOqzXUcmS1wePfqEZ/4r8unKeZ697yrKixxoCbksf6rpsSOQeOfdSG+OnXjWgZhw&#10;4f6v9nr3vEs1gLsCC1i2m5vexJb/AB/1vdgvdWmetgkEvXNPXr3vmG1amDAKXY6QDY6fqCG55+vu&#10;vwjSePr/AMV/l6qummoeXp/n6977Et5NIuArq6CMBDbTa9j+PfqEJngeNf8AV59bBKgVzx/4r7Ov&#10;e+SsxGrUqAvddXKqurlj+b39+AjGAKHjjy6fikRAFVAppTr3vJ5nLah+GZfqEH0+oU8WNvesDHp1&#10;4XK04Z/l173xWVkZrAOOGPHkVVc/liD9f9j7uVpg9UYsSCfLPH/B/qr173nWUn8lbsA91B9P1C3H&#10;5H4tf206HiBwz/k+fW9JaMFQO1vXh173w8pJNlF9dgCLuTaxY6f6+907SKk0z8vz6VFwa0P+anz9&#10;Ove+QmLK6MwLEqwEfCglr6W/r9Pp+faeUAuJEFPt/wAPp0X3ixhgYeJ9fT18uve8qN6HDOtvKWJY&#10;kAA8soP55+lv9b24qGupvID/AFfs6fihZD4jfFTy69795DcFV5JGkixYn+p92JWpqT+zFfSv+DpS&#10;yqAQTj+XXveT7hubrp0sVUjUpDf2iT/X/H8+96IyuM/Pj/q+fWginga/z4de98jK51MdTagLMW4A&#10;H4YW91EYRvUfs/1fZ17QmKUp173w8o8ihWF7/wBsNxzcgH6f4e6yRhl/zde0alJ697zkgLrJ4HFi&#10;Dbg83X+nvQiYChpQjH2dN6F1UI/Pr3vjqLMWuB9OLH6G2u30N/6e/NEhFAKU+Zz/AD8urFQKDr3v&#10;mbgvYkKxLImq7C/Fv9b6fn206oaBOPmfIkefVcUFBU06977uAuksOCSSL2JB4A/5H70UdMmlf9X8&#10;+vUb4qde99ytewGu1+Qn1UD6gf8AG/bkDKoYv8RGKjryCla9e98o5SLi9+Pp/asP6H8H+vusiPQP&#10;6D8vs6rIgoCRw697zBxrbQSL2+n+qYXNv97Nj7o7ValOHl02ymg1Z69795io+t2XgXNwy34YHmx/&#10;2HuzqHc+GaY9OI9P9Rz1RombKj+XXveQTIxLFtYsosBqu2mzAn/X+hI9tCNhQN2tWnkPP/VXprwJ&#10;Bjh173yjkALMCtrm1rFiFHILcW/PtwgadND6n0p9vV2U0A/1f7PXvfcU6pIt3Y8NpbSAFP8AqSPz&#10;9f8AHj3rwiwqRUeSjzr6ef29ekjZ1NB/P/V/xfXvefU5H9lidbgltNrm4t9eP6H8e0xBDGopTH+r&#10;16TFQrUYf6h173xaVVURqwGrizHjkeoX45P0/wB59vRLQeJnFeHTkaFhrpw9Ove+QkCuIm5CrYsA&#10;QoJP1DD6nn6e3JAzQlq5HDPz4EeXlnrbIShcYr5de95AyNa7c3IUEkAgGxso/wB7Pto+JHjiOPrQ&#10;/aPPqlGU44ceve8juyhQ3DhCoIJ444u7fX/intN5/b/h6a7aduanr3vGX8q39aGzWPHABItccf4c&#10;f09rkGmPI/z9OKpj+fXvcuKURxhW0g6TfU3Gv/UqSDcj6j2xKSr8cj/B0xJHqevz/wBVeve+fkDG&#10;NyoZxquDwn7anSCv+vxb2ytAMnqgQgMPI0+3j/q/wde95y1hZAq2CghSPwPVcD6n63v9P9b3ssSC&#10;SMnjjy/1U6ZAqe8k1r/q/wAH29e9+13YDT6VsULXJ0gXBLD6+9aiBQcM44fL/J1fRReOTx+09e9+&#10;DmUks62ItySpUWuD/Q8/6/vxZietFAmAOve+as2knUQSrFjyWJLf1PP+Hu+qna2fyx1VlUmhHn17&#10;30rk2cgAn083/sHg8/0vb3o1I49bKgdo4f6sde98Qzarpdvqo1DSxYfqX6fm1/8AD3Th+zrzAaaM&#10;P2de99htHH9WfUx4Vi4uCD/hf+l+Ppz7uCGOR5eXy63h/wBgp8uve/DTckWNgQLn1WCm/P05HI96&#10;rVcHPmOtHA/1U697yeohSbhbMEJUAaVGqxS3Bv8Ak+7YI7ePmM1/b8/9WeqYGPPz/wCL6974O36V&#10;XT6xb6/4/W3/ABP+vx72SQpkcHHy/l/scerKKVLVxnr3viFFwSNTKbrYG1r+kAH6259pEmBajZH+&#10;X5/5ut6iVpwB697y2DaQTbkcgEj+vJP/ABX294hGBwz9v7OqGq1pn/D1735Sb+kXAJH09JvxqH0+&#10;vt0SBcA/8X14gH4v9X+r+fXvfMSaQCWuRYHkWtb1WP1t7aIRmr6V/PqmjVgDr3voyDVrNipBWyn0&#10;g/gH88e99oQKo9c+fVhHRdA8uve8bFwP1hrsBdTci3quC31v/h/sePdtaemeP+T/AIrreKig8uve&#10;4bVmi6IE5b9fAK8eqyr/AF+nt5UBUO3n5D09OnfDRgGJ/L1/P1HXvfD78KIyWI1W/wAALC4B/wBf&#10;/ePdxGSSKcccP9WR69W8JSSoyeve/ffKyhgx9X4ay2B+oBF+eAB/X20YWBrXHy634QGGGP29e98o&#10;6p3LWYkfUNcgAKfUdRFuP6Ef63upEq0p5/Lpp1o1KV9KCvXveb7piFUkOzqHuoubX0+k/wC8f4+6&#10;iJqakFKH7Pz68sQ+KhFOve8qTsQhIFyWB4sLjk8f0H49uCNtRFQf59aMYyOve8iS6QV5BY3b8LfV&#10;ZWuf96HurqQBrxk58/2cP9WeqslTq8hjr3vKtQqizSIo0m12XToBuxsObfi/tOIzQgLx8/8AZ+zy&#10;6ZMZ4gde99PWQooZ3A0gaVVySV+vKqTx/r+9eHq+AY9KYB/1V61oBNMZ/l1730uTpW5fQxJJC3Kk&#10;3FtQI/p+fbrGaPCmlPOn59NuoGFenz4/Pr3vy5WAK8YKn1EhmJAJvyF/3r8+/MrOtTnzHrn+f+xj&#10;r3ho5DavLr3vv+LQSKbMhIJLkauPT6VP45H9fdTFX9NfMf6scR1aODW1IzWmOve/LWO5GgG/AP5U&#10;ah+OR/t/dHhIHaaEcfU/t6eNsFHf17356hSpUHVZg2pQeCf1M35ufoPd4VK5qf8AV/qqevJDnUcY&#10;/l/qz173l+4BQKAf1NpJ1D02sQ3P+w9uvGH7icY/1Dqng91T6de98A6n0qqgkG6k6LFhx6vpb/D6&#10;+9lQMKTxpkVwOt6SOJx/q8uve8izMmli5AW1hpA5/wBb/iffiiAYNW/1Vz/sdUaNWqKcfM9e98tb&#10;OfWy3fWdX6SAGudR/H+35/r7YYhXKUpQjFP5j7f9Q6rpUYAOPLr3vKsgHqFxqYHixZiPpb/H+vtS&#10;IgaCuB/qOf8Ai+qlT55p173zaa4JuVGu5B55BufV9f8AWPtmWDT2V8+PqP8AVx6osY4ccde99NOt&#10;tQa5texYG3+P+3/FvbfhyVqxFScf5v8AVjraxk4p/Lr3v3msFGsEFgxsCLX4Ygf8a93iLgMtKE/n&#10;w69o446976WUEm7Dk6L2C3I44H1I/wAQPbmk4WlPP+X8vs69pIH8/wDV/q4de989QAKixdTe/pAs&#10;w5Njb6f0/r7SyLUk8BTy44/1cetFT8R4H/J1730adT6gQhJCm5Nv06uCtuP8R7o61IIqP8H+H8+v&#10;eLmnHz697bZYpEcAMwBJBJJ1agedIU29qfVR+X+r59LopFZcjh/g8uve+kaUsV1Nq1hWdiwWyi/q&#10;P9R9fbqgUoT15lQAGgpTh173KjmNm4LEFjrGpgRb6sB/vB901MDo8umXjGPL/V5de95o5jY35Vjc&#10;qbi6r9Ct/r/X2nauvHCnGlTXpqSMeXH1/wCK6974ySc20/VQAVuT9eOPx/sfdoaFeHD1x9v+z1tE&#10;rx/n/Pr3vtJJCzAOVXUOAOQyixPq+nJ/r7cMoT4VBPp6168yLpBI697ztIwFiQGK/wCP0H6ufwf6&#10;e0gqKk5z5cc/L0Hy6bCg8Ove+h9B+4dQJNmF202sVNv99/X3YSNr004kDBpn1+fp140rw/4vr3vA&#10;1Z6dNvXqt9LgW+nJHtT3VOkY6dFsSa1x173xFTrYgkqQQ4KltVlPI5t/sT7sKseI/wBXn+XWzDpF&#10;eI4de98vvA2pWIIuRpB06l+hQX/HuukKamuPsr6/y6r9MV7gM9e9846yPUfUEFyP6KTb8X/H9P8A&#10;b+23Wi1Fftpw/wBjqr270yK9e95PuYltx9bni5bgXFvz9efbRkOnyqfTqvguR8v5de98/uCzj1ix&#10;QKSTw35AY2P+HvZkABXj9n+bj1XwQBWnn1730JWJtcKsnCp6gxK8/q4/Fzb8+7MoUAAcDx4/6vl5&#10;da0Cgpmnn5de99+dGUeoizWBPpWzfUW/rf34DuNfnUf6vl17w2DcK1HXvfIyRgXJuBc6xe5/2r8n&#10;m9gPdQyyNpHD+Q9etBXPb5ny697xtPZFCgnyMLEc2GnUSQL/AI55+ntnwzI+pKYwfnnH+XHnw6uI&#10;qsScEf4f9WPn1723PJURqpDglS4UOxa6DmwX8m3+2v7XIi17vP5cMU+2vSxFgZqEU4cPXhx697zR&#10;1b8FQRZfSFS7iMm/DG9+bA+2n7BocVHr8/P9lP8AL021ulCpNftPn/q4de9yhVg8lgigfqOoE2Nj&#10;bV/j9f6e2E0K1Y0yf2/6j/LPSc259K9e98xVRhlGvV6Cqi3Deoi6n/H6G/tQvijIHl5f6v8AVXrT&#10;QNQmlM/5uve5BnWxNzGGGhvVbkC4QHi/+v8A7b20fjwSQf5fIef2+v5dMCIk+pGR1734yi7WIF9N&#10;7X5W/I45v+T709TitKjP7OPz4cOt6DQfn173yadD6tPq45NvUCL6gT9f9jz78qmPLZx68M8P83z6&#10;0ImrSuP9WP8AVjr3vtahghJBVWT0XGokA8WIP+8H2UzKFkYVqan/AIr7f8nWmiXXQZIPXveCSpVj&#10;pYgsUW7CzBtR/B55ufa23hUL4tPsHAgD1/1enTiQMuV4V/1V4de9h7vPEnJ4x4o55EJQqwDsFPp/&#10;bJA/x4/1/Z5tNysN0GIBofy6Uy+IYSF/1f6vPr3sr1FnMzs7LSwVDStTA2UktZQGFpbHm31/PuTp&#10;tvs92tAUA1HP+qnA/P59EAuJ4JdJPDy/zeny697E6i7gCg/uaWfTdTY+oW1AfS31P49h6bk2bTRR&#10;8+H+Ho1S9R0/XHd5fL/PXHXva9xfamOZUEgOsmwfUpj08XcB+T9Lf6/sOXvK91GwkUenEH+XlT16&#10;bllRiO3J/L9h9P8AUOve1Om8sVVoWSRw5UEBn1DnjVpNrWP1/p7JjtFxHJ+qOJOR5H08+n4itQG4&#10;fZ/m/wAPXvbFV52KKd3gmf0ljrRyAzWsNQ5/29/a6Hb3kwePz/ydK5LgAUXIxg/5Ove2o77ninEY&#10;bUA9yoWxHOm+ri/P9D7XDZGkAI4U/wBX2dJfqYi+lgCDjh173LffyryVY86dQYAAEmxsx+v4+v8A&#10;T34bHMQScDHkSf2/6vn0pLQhTWg/b/Lr3vPFv+CZtDHQBpa7SgMzfUGw/P4t7cbZbmKMACvlw4f6&#10;vXh15HtCK4/1fLPXvb9Du2mnBjXWoDai/NySLkjSSP6A+yua0mRv1BgfyHqeFeqgQa6/lw8vXr3u&#10;am4kKmzjWg/RYEtxdiDf/efbXhM40/xVBPGv7eH8unI4IJX0qeP+r/P173nTNo4BeZFKsSLtZ0Yj&#10;j0rzYfS30PussbHtUf7A+z/Kf8vW3tYlJCkH8weve5Qz9OrXknAYcXY6hwTyP6Dj6X9tCOYUFMf6&#10;qAf5+k7WiUoCKf6v9Veve8wztKRpWXzauFNlsLngN/r/AO9e9MsnHTjicfl/qPVRZF84FOPXvchc&#10;rSkqNSBrkEAg6vwAALAf8T7sAwNQtB68eqmzkoc1H29e95FrkHJawIuSGVeCeRYXsf8AA+y+ZyZC&#10;AMU4UP7fnXqjW5pjiOve/fxaHyeOE6ySRdgSignSb/Q3H4Huwg8QjVVV/n15bNnXU3kK441697lG&#10;Y3YK2tCwIcXI/HpsLWN/xz72yaWzwFcZz+f+XpoR4GoUPp/l6977Et+WBOlv1i5BP6b8e2yNUlPQ&#10;cOHzr/xfXtFMA8eve+/V/aI4J+i2OlhwfbjyaqVwoAFD/k9OtVH4R/Pr3vwZb6VJNgQfqoX/ABv/&#10;AE91ZWZA48zn1+zrZVqVPn173wilB1IXbSzNYEj1X54/4173Kp4KKkccHH216tInBgAade98nk9a&#10;FE031AA8MLcarX5v9efdAtO0nhQY/wAHDgOtKnadZr8+ve+DOVZV4OphqtcgAC4+l/8Ae/dwTVj5&#10;j186/wCrh1ZUDKWH5f6sde98AdRsLW9VwDxf6cj8H/X96LhRq9CMn0889WpQde99h3IB1gaAQP8A&#10;Yi3Fv8fbTsgrQY8gK4zivpjrRVRWg49e982cKiqX0uTdWsCpFvob88/j3uMNXU1SKepB+39vVFQs&#10;xIGB+3r3vqKTTrIYsST9bgAf0uf9597fSQCw8vt88fZ/l69JHWgpQde94jMfUBwxFiLllK/ixH+9&#10;+3TDgyE9pNcca/5q9O+FWleA/wBXDr3vk8gdY11DUrC4a/J/PH596RWRyacQc/4Pl1pUKsTTB697&#10;8ZAEAu3H6bckMTz9P949+YEsWp558qfb+efs69oJaoHHj173yUvpcXsCv6ja9x6rj6i/+t7bDsWF&#10;BQ+o/wAFPs/b1U01Cmc9e98S5sxf1alUEWGq1/UeeLf193UqpBpQivEUGP8AL1sKKimKV/4r1697&#10;6LKTYXVhZY/6W+pJt+Pe1EjDHyJFOtqDTOfXr3vhJME1i4uzD6kaQt+SB/xI9+AoeNafLI/P5f8A&#10;F9WSMmjeQ697yLMbEOBpGkgD1EG1jyfz/sPbQQGhGD3Ctfl8uH28OqGMVFOPXvcdp4wx0sAOP9Ue&#10;D9QAPz/X26K6V1nIHpQmnlU/8X08InIGOve8scikEj8g8BeAAL/X8e2ZKKQwx9vHP+TptlYN/qr1&#10;73xMmkqyhuTYnhiotyRf/ff6/t5jQCpFfs/kaf5uraNQo3XvfZfSPqQ3Fm/Vwefxf6+2BDExJY4z&#10;Xy+z7f8AVjrwWv2de98dZCnhSSfr9Tdv8P6n28saAVYGgwPQ04f6q163pBb/AFeXXvfMyMQuiyi4&#10;W1geU4bn6f6x9trGrEqRX/MRjHHPCnVfDUHuz/s8Ove+Ek3CAkaS5JbkEWHHvSwrGSU4nHr9v2U4&#10;Yp1tIlNW8+ve+Cz6XYrwDZSACT/i1z9L/T26E1gR+a8Knj/n9erNFqUA/wCr/iuve8ZmA1ML3W4K&#10;kXVf62I/P+P+8e1ARmUjApwPGnTnhnAPn1732s97khAQq6bjXYg3FrfU+0rRgMA9R8/I1H+rPHj1&#10;povIV6978sgUAlbXGpSSVX+pvf6WvexPuzhilBWvpSpOccPL59aKk8D9vXveTnStvofUy34LHlrE&#10;/W/9PemBJJGT6+g40/y1HVcaj8vPr3vzEJywJ0+o/wCHPIIHN/ewfETAr8/nwr1sd3Dzx173F+6N&#10;2OnRc3LWPI/DX/1uPbkcLmlCWoDUH1/1cOnfBFKA1/1cOve+xUAkAC54ZlB+n9Bb/Di/v3hlUBk7&#10;cHPl/qPz60Yjkk0+fXvfLyEtIIrPrXVrLcCw9XH+v+B7oA6r3eVKCgHH8s0+fWgo0qXxQ0oOve+P&#10;k4XWDdv0lTY6tOkarCxP0NvftIJIGQPy+fVtJr2nA49e99lvJYEMh0qCzOSPSt72I/3j6e6oUVtS&#10;D8qD1/1fPH2daA05GRX09eve+DSsp4LaWIuQNDAg2AW/4H+9e7FA9anNftp558zx6uqKRniP2de9&#10;8lkJuxcj6LzwP6lmP5A+n9feiGBoRXj5/wCT869VZKGlP9XoOve8Wu63Avc+pzYBg3F+OR/vHtwo&#10;K1NaAfspT/i/yp1fSdVD/wAV173wMjErAQoQEkBSCG/tMob8H/An3bQoBck6j5/s+flTqwVRWUHJ&#10;69778oW3+HCrwfyF12F/z/xHvSIWqGPxGufsP2D/AFenXtFfz6978rE6iGIb6FvzpPCrf/e/bea0&#10;YVqRjyr6/l5DrRXADZB/Z1734uSrAatQPpAN9X4KK3+xvyfdtJQqWyKAE0p9h/yE9W0gMCfPj8vn&#10;173hZA92KjW1rG+kgi31/wBY/wBfbyyOtFH+r5/5T+3qysUNK4HXveMFbDUbspAUEc3vd3F/rf3q&#10;pqacOP7fn6fP59OUYtVcD/Vjr3vi1QVUhfSwv6uWN9IHBHBNr+3QlR3E4/y+p/1enW1h1MCxqPTr&#10;3vhHICgWQtqHBIaxvbgrYfj8+6ujKarTORjyr50/OnV3joSU4f5Ove8kkmi2pC73RQADa4W2og/6&#10;3ugwarUDP7P9Xp1RI9QopoOve+i/p1AghXYgJYKq/T6/j6/T/Y+9qoqBkADgethQDnFR59e9+DKv&#10;OkfTUwPPNtXDf4cj3YoPn14qW7a/sx173xc6U8iWIkbUP7Sg6b3A/BH090I1NTgfKo/wev2dbUam&#10;oeIH+r7eve+DTLpBVWBHq0KRf63H5AJN/ewjA1Ax1YRGtGNR6n/VXr3vh5SQBY6hwDcDmxBAA/4p&#10;/sfbmk+f+r8+H2fs6v4YGfLr3vg83Fr6WAFlH4JNlI/re/vRRgc1p69WWPNfLr3vvV6SCWZjcG5J&#10;XQv9Dfke9EVJ4eXVQvmBSn+Hr3vxdVVbWDMPTySoNrEsP9496ANKHHW9BZj8uve8QkZbsBbgi5uQ&#10;b/2uT9Qfp79UM+kf4R05oBOMj/V/qPXvfEtpBXWQSNOlm/Sf1N6vz/hx/j72FYtUDH5Z/wBjrdK9&#10;xGP8PXvfESC5Gq6i9y4JGoC9yP8Ab+6kkZK8ccfn1sqaVIofL7Ove8GskpyDpBtY8jU1gbfki1r3&#10;9uoQDwx/hp/LpzSPLz/Zjr3vl5HVdJIsxuvOkkE/m/8AS319tsQzagKfz60VUkkcR+zr3vzSc+oe&#10;n68FSvH9f9b+o/3j22ooMHrXClP28P8AD1734MCPVqIYHm1wLfpJI5v/AIe76iox/s/l1uhr24p/&#10;Pr3uMQfoxuxP6P6gDlgTa39QfbusGmP+L9On6qRw/wBj7eve+/IobSObxlvV+oWuOG/Jvb3QhmFW&#10;Pn+X/FdUZWK1I86de94lkjX9xmDXuTp+gDGyawv+Pu5DcBjrbaiKDiP5+tP9R697xySK51CzBUuA&#10;1rPpP11G/wDtvfkVl6cjFFzg1z8uve8JnZEfR/VWU+QlvVwVFuf9c393CVYV6oYyxo5/l6cPtr6d&#10;e99rMzoRclNHA40gXuL6uTz9QPfiig1pnp3wY6jSKfP/AIrr3vwVwpQlTI1ySSG0i2pjcD6f0H/E&#10;+/Gmqo4dNyqpGhfhOBjr3vAz3sHYAK2oKWYaLcBzwSR+OTx7uo9B/q9OrqpIAXBwMgfy+Z6974GV&#10;jIAFYhFUHV+rU1wSPpcf77n3YJ21rx6dSIKSvr9vDj1730ZGDMn1Nj6rW+v1Df0/1ve9OA3TyhWA&#10;by6974EsbXHp40gHUC5PP+8e7UFPn02sYVq/4eve8JcsdCnUQxJCn6KnA4b6G3u4UAVI/b08F/Ee&#10;B/1UGfPr3vGzeQMp/s2YW5OkfVWJ5H+392A0mo8+k0x0tgmv+D7Ove+LSehTqVUYgNquS4/2AuP9&#10;f3YLRqUqR6eX+frxmZgU/wBX+r+fXveVXYR2PjYKmpQblQ5F9Q0n6/4n3RlBbFQTx/1f5umWRlXI&#10;p/q4de9x/OSqXZj6lIZSBpt9bIf6e7+GAcCnWqHAHn69e98ZJCodbHVcNYqbni4B/wB7HPuyJUg9&#10;GQUKAmKAeXrx697xqx0k83NrAaRdW54+n+88e7FRX/VxHVqsaqeB69795GuyjQBZrnlrq5swsPzf&#10;m/v2jAJ60WJwx/1Dr3vEeCoc6tVtIBFmW9rqB9OPqPbozw6tGPEOg+fXvfVyuv1XBACki4AB+l7m&#10;x/r79pBpXy6vJCRny/1fy/y9e94pqhgFKMdSqR9LgXNiGH9Pe0jBqGHHpDI8x/T+z/Vw6977VtR/&#10;c0C6qqm/9peeAORcfT8e/Ff4evKmtdMla1r9h/zde98HYEay3pjZrBgRrY/nj8e9hSMevTwotYyK&#10;A0/L/i+ve+KuWLG7NZPx6Lj62W/1/wBj7sQAKevViRU1Of8AV/h697wTPqS5sGFrm92ux9Ja/wDh&#10;+Pd0WhoOHSdolY5b/Y6974Rt+0ebM2oDgHUBzyo+v+2t7sw78cOrqgjTtwP9Xl173gMz2IRm0nhr&#10;gHgn86vz9Pr+PbnhioLDPVgfJuve+Anks1gygLb08gj8MD9Cf6+96FwOPVjwBAz1737WXFuCwHpu&#10;ChtqsQLWv72V0n5ft6TSwvnFeve+mZXKvex5QkAngnlSObf1ufr+PfgCoI6vAHCAHyxn5/5h173w&#10;aQWuoZhx6SDouDpZrEf193VM5x/h6sTpNFGfU/5eve+DSEWszKSbmX6Wa/0A/H/FPfgoz508umIz&#10;cksAPh9f24P+r06974eQ8XJsBYlLHlTaxX/H/D3YLXh1X/GS/wAuPlxP8+ve/HVo1XKuHAPqYg8c&#10;2J5tf37Gqnl0pNSVzw4/P5f5v59e94tdydV3H1N2PqBF7XH4HH/FPd9PmMdODRQqTT5+X+r1697y&#10;u1/WjKECgOoPra1+fqLkfj3RRTB4+Xp02FoTq8+ve+N7WIIJWy6SW5AW5HNv9492wccAenckFUx1&#10;73jYksGJAJ+ouQoNuP1Xv/sf9b3ZQNOBw6oDnFf9XH7Ove8aksRfghj6jx/iCR+Pp/T3Y0GV8+tV&#10;IOMH9v8AqqOve+E8wUlVfSGsFIF7AgEKG+lj/t/dkjqKkcPLpp5H1aEOP9XDr3uKZ3D3Lr6iAdJt&#10;/QLx/rX59vBFK0ApTpMqFiwQ0/Zj1+38+ve8iMgXSQ6hxq0q3DNewJ/P0vyPdGVq140+XSjwkFS2&#10;eH2/b173yMl1BX6MSrE+hUsurVb8f0t/T37R3UPTsYGSuP8AL1732s11f0rbiwPC/wBG54NiCP8A&#10;W/x91ZKEZ6scqA3XvceNozpcyEBrXA9K6j6Q1xwf8Lf7H26y8QBw/b+zpNHEq8an0+z8uve+2uSx&#10;b8ni1mHHICtf8H6n8e9Co4f6vt6MIKomoYJp8vP7M8PP8uve+pJYyUIRgU1WsrICdIuDf8A8n8+9&#10;orDJPTkymWjAivDj58f+K9Ove8bzjVyD+bBLkHSlnN1/w+h492EdRx6p9OCpUHScfYfl8+ve8ZnF&#10;mTUoLWABZrHWOCP6/wCP+2920Z1U4dPCCILgFvn/AC4eXXvfESoulbkqpZQL6fRxcXH1/wAD+P8A&#10;D3vSSa9JJIHUlQKg9e98VqorojyaVJtpK6CtmvwR+P8Aex72YnywGemWqOIJoOve/STRyi3q/b1B&#10;SLAEE+hSAOP8PflRk/P/AA9UZVY5yRT9vHPXvfbz6So5AVdIjIsCDzw3Pvyx1H+Xqx7a1w3XvfCS&#10;cX8lwvKmyqWBAFiAWN/9597VPw9balaDj/q/w9e9xxIVf0kOzLd/pfn6Bj+P9gfr7dKgrnFOmjWp&#10;pjP+r/i+ve+MYkdrDgqdRubg3+hF/wDC1ve20qM9PrGRBwovmD/q+f2de99pJYEjjjURZSCB+AT/&#10;AFP196ZPX7OmwMaQMHr3vk9QXZbkhjbiIDSAeVU/1PvwioCBkfPrxUNXNKde94SVbyP5Ncmn6liC&#10;WsQQNP4+nuwBWi0oOnoiplUfPH5/5fPr3vCZvKwTUq6UCGPm2oDSC1+CPzf274YRanzNelskixqW&#10;wacB519P9gcPXr3voyawLhToBUgBCbC408/j8/T34JSvz6LnMko1Man5fZ/q+08c9e98RJos31uC&#10;oF+OQSx0/wDFPfimrA8umSzFMcP9Xn173yE6quknhQSP1E3b8gEfT37wyTXq6muaf5AP8PXveMSu&#10;pHpsBYl2Bv8AUAEfm34B493KKRTj1TVqOlhpOfP0+z/Ieve+nPoDXUlWbglWJ1fUD62P5+vvQGaZ&#10;p08srR5WgGKhuB/1cOve+DsAdJ5OoNdrm4HFrfm39Pdgua8OtMTMA0a8fTy+3r3vi0irqaxK6iot&#10;y97/AKh/Q+7aWPb59MSnwsZB/wA/qP8AP173gM6ppQjUQzG6qeefq3twRlqmtOvRGSVmKivDNeHl&#10;/sde98/Oj6SGVvVxfnn625H0H0918Nhgjp8xSUowHr5/Yfz6976DlVX6aeS17nXfj9X10/j3sqCe&#10;mI0YilCGJpTNf82eve+hKVUDk2I/SwNtRsoAP9P9v79oqerOHU968OFeve+mmKqpP0YuLm5LG3Iv&#10;+D/T3YR6jjy60WoQf2/P8vL7eve45mH6le4BAvyAVP1/w/2/09ueHTBHS+NUiTSRWuc5p8vs/wAv&#10;XveVZbfn0gMSpb1AG120gH3Qpj59JZEdpOwVzXFPtzwqfTr3vE0yfVBYKQLxjVxf0htV7D8kf7x7&#10;uIzw/wAPr0zonI1Upk4/1f5f29e99LKHJZSAF1WJvZrmwDD/AHn6ce9lCooc9NFmXulQrXPD/V/L&#10;r3vHNMt2Cm5NgbkhSwP0ZbWtb6H6/wCHuyIaA9LIB4NXcZ8hWlB6nz/Lr3vgZVZtX9pSLabnSQtu&#10;SP8AifdtJA0+vTk0rAamYqeJwKGpx9v5de98FqSf0EMusjjgDi/0H5/2HvZixnHXkSAd2c+tePpU&#10;5z+zr3vxmuW4awFwDp0WI5J/2P8AsffvDoB1fxBoII/bjH+r9nXvfJJgfSDchtS86WOkcqdQuf8A&#10;be/MhrXploFIqn+oevXveAzMzrYszAG6n6N/zcJ/BH+w92EYC04f6vLpTHAQhHlxB9D6f6vz6978&#10;ZCxW2kgLybMSfwOG5t73pUDpNIUkNTgAca08v5+mOve+PkIu7jUCQoubfTk3P+B/2PvemuB1oM6H&#10;QjU/L1HH0/wde98Q5cadbXW9zcairHm5Nz9eB78VA7qdWExVqN/gGD6/b173wWRRqDMS1/6suoqe&#10;Ddhb+gNvdip8uHXnk1LXJNcVHl6mn8vn1734SWU2uSxDG1iWb9R5/wAP6+/Fc58uqsSlaHifMU+X&#10;Dh173xD3LKzA8MwY8AXH0v8A4f0/PvZHAjpvXT/P173xgcJcqdasStzx6vwLkcce7SAnjg/5On1l&#10;GNVB8/5f4PTr3vsszAljpGkkoSLm39o2tY/7H3oLTA6a1qrFohnOSPL5de98A50twPUoIUE2Cgct&#10;qP0v/X3sqKinVhMWGf8AV+zr3uKZixs5YLqIUBgT9L+k/wDE29veGKVUdKTExg8X4fMAcf8AB173&#10;mMjmx4At9dZJaw4Ujni3H+v7b0r0nEppR8kfz+dfl1735ZZQLNZSwJCg+nT+kggD63/p72UQ8M9W&#10;EiMaLg/P/P173xaQNcEhClgAWuraeTcf4j3sJpP29b10XVqofIefA0P2H06974+Rk1/Vb2JsVCrp&#10;bVrF7W+tuP6+7FQxz0maNpc1qf8AV/gPXvftTawxkbSwFxqAFm4UXb+nvVF00pnr0aLFIVBqKYx5&#10;/wCz17308pXU11ueL3BIAHN+OQeb+/KlcZ6daZAcde94PunA0XUBfySADx+m5vzbkc/7z7d8Fa/P&#10;pmZBKdXr/h/2cde94pn/AChuStwhPqtq+pP1+n+9e7Io/F1dqKQD1732tR676nOpQgstjx/ac/8A&#10;G/fmjxSnDq6uVUeY40r+0fLr3vqSY6R+6UspGhQCQVUhiVtwP6fn3tI6NUCvXg7MCpFPnXy+319e&#10;ve46ymw9OlRxqJ9RN+UB/wBa3+v7dZaHj+XVNQVqDj/l/wBXD8uve+XkYAsLEMp5v6vTyWP+2+nu&#10;ukEgenTolK9nGla/Kvr8uve8XnezEWLKQbNdlDA25Jt/sR7uYhgeXWqsx7uB4U/P+fXveQSoRcML&#10;21ah6S5vb0/X3XQQemyGVgVBz/L5n7Ove8MgcqOFLuLksbroZj+n83N/p7uukYOB155FVdRJABx/&#10;qr1730j8WkPK+nQdXLcgkqtuP6c3t78Vz2/t6aLGutTX5j0697xB7hfJdlUEgi7ekWIve4/1h7c0&#10;0rpxXq5kFSF4nhjJr5A/L9nXveQyrcKNAhBKs1xYjTxz9b3/AMPx7roPGuf9X+z0+iA2jvxYU9Kj&#10;Ix6V/wCL697/AP/UMwdGoIV8a2DI/wBVD6hpFja+q9x/vfHv5dAGC6uNfL/V6dfQsULSgf6qU/z9&#10;b/HvpvQ5CMgZwSmq5W1xrYX/AB9T/j7cjRWy4JA/L7M+nTqRqoJGaca8Plnr3vmgVVLhxqjW1wvL&#10;arLwAeb8/wCt7rLTXQKRWv2D7MfPqwOc/wCr+XXveYsWHka1iul3+o1B9PDED6H62/r7YIpgeXWz&#10;Q/Mde98gSi2KSek6xc2U6iOBr/tX5/2HvdSzZ/1fl0y8JOQf59e984mLEa9F1Koqg2Vhe9w35/r/&#10;AL4e9soPDy4+v+qvDrSJ6EAjy/2eve3IiDweR7EuEAsBY2P0Go2A/wBb2nDENp49PJKCfDkFDnr3&#10;uH5Eka59VtCXVuArNYhh9ALfUk/63t3Sy44D59brQaQeve+LMv8AmlRGuotY/QE35b8H/ffj3rTX&#10;u62SPs6975eRXZADZgpIZlFypY/gCxsf+I9+AK1rTP8Am8uvAsPz69787eNtK28pTUxLBrBxxwf9&#10;4t7sgrg8Ok8la1xn+XXvfSSkyrcFtJkQq367aba9R+oH9P8AY39+KAL01ipP8+ve8yyhgxsAfVHr&#10;IvZTwdIP9Bxb3RhVs/I0416VRYUHzz173yiYumkm4OqzuB+DZVH9efpf3VhpbH5/n1YivXveM31s&#10;eGIUg3JuwH0Zbf717cD1UV+zpiUkOCPMYpx697zankWJfStl+oPJIve34I/w+vvTDJ8zwPlT7f8A&#10;P1dJtVEIp5VzWvXveQSaV0EoTyFZhfWGJP6x/geeRb2yEXiBx9PL9vVWjYqaHh/k6974JMmngllG&#10;ooyC2kn0sw1f7wOPfp464XzpX8uA6rjgMde9zUkUGwLMwH6xazC1/wBXFre2ItYfURQZr/xXSi2l&#10;WOQNJwz9v+o9e98kfWysV/VqDNqstl51WH+w59uTEsmleGCMU/1f6h0oupleHGDUeX+x173xZmUo&#10;yixY8hwdHq/UQRf6f19+RQAFbH2dFtQSa9e9+V1Uq4BaM/qaAkgMtyxH0t9Pz7pLEXBK8fOvp1cK&#10;xWoyD/q/Z173mEqME4LhmYuf6H9QPP0t/qgPaZ0NanFKY6akgDsJGoKcR6/Mf5eve8moG1uC17xl&#10;f6/Qjng3ueB72FFf8vp+XToULw4+vXvfQkBWNSxupLMfra59LMf9v9OPejgGnn1YE8OHXveRWkUn&#10;1BwwsTwLoTyCfp/hcW97KgijCnzFf5dOFiVCyA/IeVfXPH8uve+2ZU0adGnhWX8szn9Km/Nz/wAV&#10;9tspapUf6vXpBdKxTWo4eh8q+fXvfFWBJULZS1g12Vfrxf8AP+wHvagDJNeq2hA1ajinl/qp173k&#10;uLqwXkgq2ojTb6D1fj/C3+x9+9QelgyM9e9+LhEsASNVwF/UGtq5+o+n+I96GWr6/s69WrV6976l&#10;cqEb0lm4CarnUedRPA/w97AqCvHqjqzIUXiR173nWX9s2trCq4F1ve31t/hf6D3WlBp8jjr0YKpp&#10;Jr69e98zMgRVXgxvrKsLA+mx/QPrf6Dj34o4yeHy6sRU56974iU6hIgRuAD+ogj6lrWvc/k/7D3v&#10;FNDVof5fPqwIBH+H0+fy697yJLGxZAvIe+r9JLEXU3b6f0IHtsp3eJxPpjHVQ4eTx6VI6975JMNR&#10;vYkccAMusfmx45/p7voFKnh6cP8ANXpeJYytT/xXXvfMtxaxR7htVrarm3Kn/evdGBZSinHp6/Z/&#10;s9UkKzIYweP+Ty49e99NIpuri2ohYiG4Yj8cm/8AiL+9qCo0n7eH+Tq8AMQCVGak0HCvXvfiGuxu&#10;bm30f8jkAAjgH/H340qaZHy8+r1pXjx+X+r7fTr3vNfTfUV0xxh/qAfUeS1/qf8AWPvTEAgqaV/a&#10;f8359bLUFT58f9Xl/Pr3vzM4IbgJpDED6i/04P8AvY9+qoHn+f8ALquoKKtw/wBXH/Vjr3vmkosF&#10;DLqJ5PpGnTzZbcc/j3pjpFSOHl69aZkVS5rgYHH8/s6975CXU39nQo/WCfqwuNdv8fbESq415B9P&#10;LH+SnTUTiRNa4Pp/q+XXvfHyqW0Rg3DKGIH05BIH9PagIxPjOKCnDp9V1VYnh173nBVF4LMbEct+&#10;pr303/qf6e6BmbioWlKef59U7mHdTr3vipIVlIB/taxf6kgEXH+24920sTny4jy+X59eYVIHDr3v&#10;KTdG5JAuDyoBAH0X+v8AsfaNUIOmP/Aemx8XXvfNSp13vz+tn0qq3FhpDcn/ABt/t/dpNYVVpngK&#10;Hj61/wAg6TzllAUDJ9D6de99FwD+oqCl7CwDf6m1v96Pt2Je3GAD6/6v9X2dXiq0YNKkceve8moq&#10;gUgNe4texYk3uCObfT8+6MWD4B1cfyH2fy62e4kjy697yI+pX1WXTblhcvbk+gm9v6fj21Iaio4V&#10;/Z/lr6npm4FAAM1409Ove+ccoNmfUpZTYgqF0Kx8V7fn6/X22aq/dn/Z49J6Z1Ede99G5supA7HW&#10;UIBCty1z/wAT73G4UDUPljif9XDq8cqqO8EeX5de99JLcGNmDC4szcIp1XGkL/xPPt4srDUBp/mS&#10;Pn/qp1cyJXWoI/wny697yoWRiW0lbkljb+twoP54961I9ATpBHD7PP8An1tijLg/6vXr3uQZS4UD&#10;XpVAvpIIjFjYgH/Y+0lCoDU7gcfP/UOkwAXy8+ve46GT1RsvBIuGkIFhe5N/zxYj2+z6T2nj59OF&#10;xUED86de9yQ9xGDo0D0C7XLNr/r/AFPNvbLdw1nqjaRUnieve80Ug/UPGQzf7UwUleCjH+l/dQpI&#10;r1VwKeeP8/8Al6975zCX06H49Wkaj63B/tfkjmx/r7eiZM6+JPmfL7ft61H4dTrH2/IfLr3vLTOx&#10;F3Yllvq45Uafpz+APbLgA0FPyz1SVQML59e95VIYEW9DMvpBtdQPUCfzb3Wma9NtUEHzHXveXUos&#10;oJRdN255HP4J/B4/1vewx+3puhJ1cT5cOve8KLI4UKQVXU7KR+b6tJ/wt79XOMdOsyLkjJpT/BXr&#10;3vuNyUUsXu5Zh9bCTUFHP9B9fp79QHh1VgNWKYp+zr3vozW4X1ajfVyQzWBP+3HANuPbscT11fLq&#10;wQHJx/q/1fb173l8gWM8AsQyWKk2450j+t/e/C0nvxw88cf82emyhLcaDj173iEpV1bU15C9wx1K&#10;P9Qbfj2+YwEKimPTjg/tz05oBQj0/bxz173n5sWWxuLhzYLqBvYg/wCP0I9pq9uhhT+Z6axXQ37P&#10;l173z1lrBjeRmB4NitybqQPxfm/tM0KgkrwA/wBXzr1TSFNRwH8+ve+RY2QhRe4LAsB6T9QoB/p/&#10;j7uATjieq0JJp/g6978VYm4dwuv9tNJFkBAYWb/H/Ye9Gi8f9X7P8HVRg5H2/b173FYszaWcBWax&#10;sP0gmyhiORf6e9qaoHXzHDp6gAqB173xsP0pb/WvYEgWvb+n+v73Q1qcDp0NwLde94ZnqoYtaaWc&#10;Agj8kEcBR9Of63uPe1CsRQ8f9VPt6TzfiKZ697YJ6mZnW1OGZgRcjTqvwpFvyP8AH+nswjVFWlaU&#10;4fLpQiiOP5qK/wCf9vXvcGTIGEhZg40EozGxBLD6rb/WIv7fSPUaLmvl0n8SQ10+Z4Y6979BlqaQ&#10;Aq4Rgb6yBY82LHj6W449vtaMoqwqf9X8+lhKadKnP2cfnXr3uUlYpuA7hUWxAszEkXB5F7Hi9+Of&#10;ado3j4jFfs/OvTLyvE5VRUH59e98xV/toS3iKn02BYGO4DEH8An8A8H3XTRiR/P8+qi4Go6vT/P1&#10;73y++vdQGBUXUkkljqtY3I4H9PehFTur+Q/yfb0nF7pbOOve+jXTnVGNWktoQgPdfzyf9a/PvZiQ&#10;jUaEDpT4sbr3D5/6h173HeWschCWUWUBSQL25UsRc2PH49+RYwMZp1X6g+QoPL/V/l6975K8jOzH&#10;USwCFmb+0ptoW/1H+HvXhRhSq4r0l0qTq4V9Ove88Yk8dvHdkYqCODc2ueeP8Dz/ALH3XwkBGcU8&#10;/X5dOqsasBSteNTX9n5de98jZHBZl/whAOlZG/Ia5+tvoPdDGpooBx0+bSIgAAgeX+rj173kjsly&#10;5I1MJFTixVeGBuPp/h9fdtGkADFK1/Pp3QI1CoKYP2/n173K+60aZAWDKfUJDZiP7DLcWBIP9P8A&#10;b+23jQglh+f+r/D1p8I1aY/1eXXveWGtVGUahcyM1xw7SDkqbk3/ANh/sPadVLnuOBj/ADenH/UO&#10;kcEhkbSeDVA86de9yWmvq0yAsWLKA12Ck39QHP8At/emXSc8P2f6vs6Xqq1oRwGfLr3vsTvGr65G&#10;IuWJNh6relQBzyf6e9LGziig/s/y9aZEahUfkOPXveSOrV1VRpY8o4vfQSb6CT/U+9vFIhJJPH/B&#10;0y0VCzKf5de95zUtcSALe4i0kaiSRz/QG39be2xx40J4nprQpqhxnPXveZJCpOr68q39b3BGlT9D&#10;7fbUo1HJPp5fM9eZAwx+XXvfJJR6tZ/JsE+hv9Awv+P8PddYfBp9v+H8z8/PqrJ/CP29e98BoBBc&#10;EjmysdQDXufrzcH3sKqtg9v+rj/q49WIYgheve86OPWCwJdbn+nH0C3+n+sPfgQpGnGRxp65/l+3&#10;ppl4EcB1722wvWitm8qwpRgKYLA+csOQkn/Gv9j7sWHFCSTXzxQ8On3VDEAMnr3tyDs97ablvUFJ&#10;F7/UAj+ntvQOFRQZ6YKqvGvXvefzKQFVlHJuxPAt+AP9bg/4e6lSAP2/ZXh014ZB1MP8/XvfGaW4&#10;KoVDKVYKBfnV9V+nH4Pu2hqVbGRny/y9WjQDufgcf6vn173x1/uHUwYDUTGoCgk/qU2/H+9+/NHR&#10;apXzyf8AJ8uraeztFPmf8PXvfasOGChLEBueAp+iMB/vI90yOtEEmnHr3vxudKtbSrW1E35Iv6f6&#10;A/4e660VgD9vXsCpHHj173zUMpUGRLI4LBRzp/2r82H1v7TPSQu4BGMf7FPXz9eqkrQkDiPP1697&#10;8VJFlZL6mI1MdJQchvrzb+h96x51H8/l1oEDLA06975KSTHewH1CEAXLNpPI/r9efetQALAfb9o4&#10;daPnT9vXvfK6spYAC4KyGx1LY8hR/Xj6392NUav8JqPP+fWjqGCfs+fXvcJlOrV+SfQCqjUL/lx/&#10;vR9r4WUNVhxGeJ6UhsEceve+WlS12YWcGzIASB9CLfTn+ntrh5Z6pqOnA4Hgeve8LxM36BZbm1+e&#10;AeNQ9+zWrZ6fWQD4jnr3vgY3uBZCvJIJABAN9Vv8B78XopJ4U/Pr3iKAeIP+rHXvfKUEEvbTcAX+&#10;lrgEAAX/AN5B9oUWoooLAft+0dVQjTprXr3uMktQpJR76QwItc6jze39P6H6+31twBWuTnHn/s/s&#10;6eMUZUB+J/1ceve861koW7xhz6f85ckf10/1/wBf6+35EDGlTj08/X5dUa3jLdpp9nXvfbZA69TR&#10;hGN7t6iWuPyP9j/h7bSErTur8uvLadtA2ofs6976+7LoxN1CXKkWCG/9Qv8Aj9ePbgRVoCCK8T+f&#10;+D/L1v6cIwAyTx9eve/CrKEMqBHtfUosfUdJJANiP6ce6mMA0Wv2fljPketG2Ddtaj7eve+a1qNp&#10;CqhvyRxdfVfUPqR/vr+7NIorqNaY8hj9nVDblSc9e98ZaoRTF2FyVuFQGyC1iRzx/Uj6e6yJ4sYC&#10;+fA1H+b0x1dYC8VB+3/Vx/w9e98hNDJGS5N3DalI0308sR9fxx7S+E6uGINB6Z/1V6qY5EeijA69&#10;768LMoYSEoo9IFgAlr8c3uP9tz7e8Y+X7P8AD1vxFVtJXJ697jtLPAR42kdAjAKzMW0jni5+vPHu&#10;pjEo1g9x9P8AVjh151DnVQV+XXvfjlfwxsVjJ1AkgORyhP8AQfkj8+7NFLHmOhH5VI4dVaAIRUUr&#10;w/L7Ove5CZO4RSSCq6tKhQj3GmwJ/H5t7bKyHLZxT7P2Yr1T6ZTw8/8AV/qr173KTKQPpjEpuVsw&#10;b0gACzHk34P9Pfvp1YVKZH+qh9R00LZiSQK06977+6Q/oZQAAAqsFOrjk2/r/vXvbxSGjNgcASP2&#10;gfl1vwmHx1/1f6v29e9xZpY5UKMqN5EdQAwf02Iub/7G/wDj7cRCjUrX8uHTqxj1x9nGv2de9hHu&#10;vB0GS8glijdgWGrgNfTqQFl+tv8AH2K9qvpLZgAxHDjwp/q9OkV7tqSZRjU0pgfs+z/J172C02y5&#10;YqkSIhePlgGHI0m5Gr68fUEG3F/Y9TfNUJWSg+2nD/V5dF72rrUfl/Kv+rz697y/w6SHQzWQoArW&#10;e68uCVH+Nrc39t+OsqlfI8P9gfPqtCrCvwn1FR8/LFeve58NZVUWn1tdSbsCzFoyb8AkcH+vtJLZ&#10;RTEmgz/h/n+zrWmnB9IOacf9Xr173Kl3OxVrSx3AKFSVFgRwRoP+N/dY9kJPw4FPL/P0480ZUFyS&#10;K/zH29e9oXJ7xhpHkDyBWAPpUEl2vy1gePx7E9ry8WFJM4xT0pw9fX9nQfutwFvJUGtMj7Ovew0z&#10;PY7xmSR6wKqtpSNJLMw/UmvTbm1x7GG2cqpIFCR/Mkgfy/2fz6QS8wRLlTTSPz/L/D/s9e9p6g7J&#10;FXI7LPOHSTk+ST1aLjVcHn+gFv8AH2vu+UNC1ePVj0oafZ6/s49Vtt+ElJONTiuD+zr3sbNr9mrI&#10;0ccszSaP7MzWAJUgW554/wCN+473bk40Z4l08cfL7f8AV8ujm13Ms3Z5n/V9np/qr172MdFvSAxh&#10;jKpJYFb6SCdNyvH0A/x9gebl+dG06Dw+f5Yp/g6EMF6ixjI4cR173mm3jRN6lqFiuUtzwTa7KhP+&#10;xvf6e2I9hnOCta4/zV6Ykuypxmvz/Z59e9sVZvyggZU+6D6GuxJuR6bm3N/9Yn2ti5ZuJRqCEDh/&#10;qr02b1zjT6mtePXvePH9iLK4igcEyykFyBqI/our6k/X/ePfrjlZo01yLTH+qvyrx6ot+1KkUHXv&#10;a9osy1YmuGpYanLXGn0t9NTAm4I/1vwfYduLD6c6WXI/nT7P8PS+G7Lr2Ej1Hr1726Q1NRqJ+7lm&#10;LMDYgoGJN9SEW49lzwArXQB/P8j07UatTZ9ePXvapx1X4/8AOSI7MSApa5Gj8Lbk8f7z7L7mGnw4&#10;B/In8+HSpPCWMqrVrn7fz8+ve1bDWRvGBGy6yVLFSb21WNx/j+ePZQ4kRi7HgD9hPl0xo1tq4jr3&#10;uX51YBdfpSwfSFP1OoauB/rE+6GRgM4J881/4r8+mhEwNaZP+r/Z697xiUqyoHGq/wBCGuQRwAx/&#10;3n2rMSMoZcj8v5/6vkenCgIJIx173kEjFfr6iPxZrAenhf6e6UoRXhnGRn7fsyP5dUKUbhjr3vxJ&#10;LLf8C91JsbfUi/0t/r+71ABNcHyNK18gc561QaSR/q/1fZ1731qYXK/qJFmI50XtcMf96/r7rGsb&#10;UX0HD5j0/wBgdbIB7T173xMmr0k6RYjUQ11P4vYf8SfdvB1NpUedaUB48cV/w8OthAO6lT6de98F&#10;kUKCPW3q1Bfqzj6pz/vr+/NDJXTSnlw8q1/1cOrMrVyKeleve80bsSefRpYgLY6SByCR+T+R7alF&#10;OP51Pl6/s6bYCnzx173wi1hizuHUEEXuSobjSbe9nSy5FDT58eP+ry6s9CKKKH/N59e99rqJbVZi&#10;DcLfjT+OPzf/AF/diyg9prUcePl/Kn7R1pgBSnXvftQVbjQzgMxI41Lfjn+v49+VtLHUaDy88/If&#10;6sdb0kmhqB173jEhI1AWYqDd2A1c8qo/w/qPx78raTpXFPlwH+ryPVtIGCcA+XXveQu6qxJZgy3I&#10;CA6Qv+psfp+QT7qzZAAx+Hy48fy+Xr1XSrECn8+ve+CsB6kZCE9VyGNtQ+o/2/5+nuuXYhqgseFa&#10;ft8/KvVipOHBz1730XVkudWrSdNuGY35A1cWPu+k6guDwz8vn/n68FIap4de943qFCswAsNKkNcu&#10;D9LH/evbrQt8TECp/wAH+fq6wnAb/Y697iPIS4fVyPoAAAdXK3H5t/r+9Y0aKVNc140/2fLp9U0q&#10;Vp/q/wBnr3vKZbaACyBiCwRiVt9SAT9D+f8AW91CsVJJBoK5FKH5jz6osdQTSp+fH/iuve8IkGon&#10;S9xcLqJC3Y3H1/4j3cglQDwwa0Hp5fPpwowFK4697keVwovYkp9F5Atxqufp/ibe2iv4h5n8XH/i&#10;/Tj0z4a1qPXz49e99B3HKMFFiT9ACqnkkj36moU4/wAx/q/w9bKqeI6978tRrZA2llLWUAni/wDa&#10;B+v+x/4j260TeGVrTz/Z/q4DrbQhFJGPM9e98/MoDKWJCsQWuCbnhRc/j/H3QhqCgoeIH+H86/6q&#10;dV8M11cMcPL7eve+D1BjYKoAClktqB4IvqYn/VfUc+9LEXUMMVz+Yx/LraQ6lya1z173gkqRxpue&#10;QSRfjnm34/4p7dWIUq3Hp1YDSjY697j1VakKl2Yq1wpBJJYD+n+t+fd4Y9VF40JA4UHT0FsznTxH&#10;+r/D172lMnugUUbCFSwbgMbMgI/oARz7MYLCSdwCaUr8j8/9X7OrzRGJqgBivHNPy+fXvcvBZaoq&#10;ogahFKSLqAU2f6Xtc/j/AF/aa9gWPUikn5fZ8/LpuqTDVUA+nXvanFQjKC17JIvpa44+n5+v+PtA&#10;FdVYVyRTH+r/AAnOOmzE4YhfMde98xUpq4dUYliQG+p+hezfUH8Ee9S6lUKSccMCtPnTzHDPVDGR&#10;h806974mQg21Ak6muSGHrP0uv9fwT7sAGTVQjAHCh/1fPq2hStQPT5de94DICbOHPDXuQSTewLD+&#10;g4v7MI1KxEqRn1/4r/iunQjBezr3vqOV0YPxZdVyAAF40/W/N/6e25+6qkelPyNf8/r1t0VlKnz6&#10;97lNPyVB/scX44+rMbf19pPDVvOhJqT6fZX/ACdMLEaV+f8AqHXvfCSbWQdbEFPoCo0hTcD/AI3/&#10;AMV92VApNBx9f8PW44wvADj/AMX1732JdCWuoUc/6o2+pt/rf6/vRVS9STX+Xy62U1MT59e94fMp&#10;sAHsNbM1zf621G3JHJ930hQcgE0z+Xp6/wCz1cxEA8M/6v29e95BIGVmAPjvYJa1je+l1JvYj8+9&#10;aSAaGppxPrTrRQhgp+L1/wA3XvfASKylFKrYWC3sRbi5/p/yL3rSaVb+Xn/PJHWyhB1nPqf9X+rj&#10;173yubkekhQFIIFwb3I+v1+vv1QBpUf7PXqDj656974eVG4vYjhrC30P9T72wY8B/l634brkCvXv&#10;ffmQBjrublgQPrpsLAn/AGP096CkUFPz/wBXp14RsSMfLPXvfESLpLK2rkGzN9HLWFh/gDx7swbS&#10;f8Pnnj/k6sY2rRhT/N1730Jb6mdl1cKOCum/qJIH+9+/ECgU8OJrmp60U4Ktf8/XveEyv5PSB6SF&#10;uSB6Tc8/4/j3amf9X7OnQi6M8T6de9xlkIZi/IVgLfjSeGNx9Lce3AxNDTj5+h40p/q4dPlagBeN&#10;P59e99+TULoQNLaR+Qp+hFuCCP8AW/434kCnWtIXD+Y/b1733qBa7ksQ/qseBc3sOPdB2jTw4U61&#10;p7aAUx1730sgBZmViWAHpuSBq06iB/hx7sxH7K8fy/1fs6syE9oxT1+zr3vp5gpb0quok6tQa4Fw&#10;AUH+v9f+K+9DIrx/b/q/b14R6qedPl/gPXveJpCRJYi1tRZjcKt+Sq3+h/p+PbgWpAqSTn1P5+nV&#10;wigiv+r7T173wDM5KlrFvULtyfTbj6/T35yQAx+zHH8/9VOrkBe4CtP9X8+ve+r+M6lA4YAWH6j+&#10;PV9T9Bc+9FlY0Ppw/wBX5/l1v4+0/b1732ZFtdiC2kkWPJublQDwPr73Q/IjqoRqgDh1732JVCqC&#10;b2X/AFuQOLEf69/r7a8Ni1Bjif8Ai+tGMkk/Pr3vh5XJBsLDUAo54v8A1b8/7D/ivuzxqeP+r7Or&#10;+GoqPsz1735SxcFnY6wbDgWN+L34/wBt7ZZVFVA4cetNpVSBQU697xNJpDPJ6LsRYkHg/wCpP4+n&#10;559vrpwqGtPOmP2f6vz6cVa9q5oKnr3vG0trPY3D2s1+fobk/nj6ce/HSy0I/Z+fVwlaqD5eX+br&#10;3vwkDhm0j18gKD67XI0Mf6D6+6FSDQHh/q/w9NspppHAf7HkPnw6974tUw30sNJbTpJUEGw08AWF&#10;jbg+/eG5yM9aaN6ErWtP9X5+vXvfCWos8ZDOqE+pQBzb9Olj9P8Aevd0jFDUZ6ukGtSGGR55/wBV&#10;eve+P3DBiArIugGzAXt/tKn83/3j37wwRU0PW1iqBWjfMde983m1oFD3kAN0K/uEEaSzE8W54H59&#10;1VNJNRj1rjptANVaUA88gf7PXvfUpUKSzkyMlnI1L+gekKv9R78oNcDAP+Hq6gsRTgD/AIeve4Tz&#10;AqV/Tf1NpW/0+jAH6f6/t5U6WaFTuPl173gWZASOLmxIAY6lI5IH5/2Ht0xtSo6TzEaCymlPy4de&#10;98jLGyFDxYNY/SwIsOF+tvwfddDA6uk8U0UhLKajGfOn+Ef4eve8fkQqbFrooUXXk/0PPF/zx7vp&#10;auRx6MIyGA/1f8V+fXveLzut2VluLlvryD9Rf/Ye7+GPP/VTq0sbMccMf4f59e98BIS4+vJ1Pwf0&#10;kAgN/iPqB72UoOkx1qaPX1/4r/Bjr3vg1RqkZSrEcaXJXSCOebf7c+7CKig163E9NRfI/wBX+D16&#10;975K4VrMQA/4YnUL/U6R+P8AG/vRWo7fL9nV/qEGKU+z1+Z697wNKicGQk3BCstr8/pBHJ/2P49u&#10;hCRw6cim7iGyP9X7eve8RZ1kf9sIWsVNvoh/tAH3egKg1rTp4sq4Y0+3h173x13ZW1HUt1NrKGt/&#10;avxf/Y+/aSBSnH/VTpDNJrft4D58eve+pJCpQKilidIY8qdQ+qgf7172qggknHTXHJ8+ve+i7lmB&#10;cEG66L6NbAWve1x/sf8AW970qBgZ9elbaZItA4jz+zr3vg0rQhbBnH6QfqAbW/H+8j3sIH40HXo4&#10;gvexxT/D59e94zMWNwWBuLm4Oqw+lj/xHu2hQKEdPg0yP+K/1efXvcQysjgupBA9VidIBNwR/X2/&#10;oBGkcOqAkNQGv8uve5cjhQxUm5JJKstwbfrJb+v0v7ZUEkAj/V/sdWDDV6/6vXr3uG1QbCQoQwBU&#10;AEBVlvyxFvp/r/n26Ix8IOP8nWiKfFggcR1732ZW0L/m2a49CsFvqFze31459+CgGvDpfE2tQSc0&#10;/P7Ove8SyKrBXVruCTqNtXNha5tf+nuxUkVHl0nn0iWqZrg/I+mOve+DSAax6uLDkklAPUoCj+nu&#10;wSvTQbiB5/z/ANjr3vGaiS7Lex/Sgaxb1crq938JaV/M9VR6gqfw+v8Aqz173xWaQOwY3GkBlLFd&#10;TKebD62/pz72yIVBXrZwcYr/AKv2de9+kl0AsQRddTKp4Jvwp+v+29+VNRp1WudDf5P9Q6976Mzq&#10;osSPQdFrcl/9R9QL+/BATT59X01ISvD/AFV+z/B173GeV0QBmJBsStzYm/IU/wBfbyopOOPTUhq2&#10;k4JP+qv+x1730JtA8hZgNHNje3P4H4/23vfh1OmnTasykpXgfnx697wtOqlrAWuNOk35IvcMeef9&#10;793EZP29KkLSsQPLieve+QLEFwWdSq2Ujkfg3sb2B5v71QAhRgjrcmtH0kjP+Xz/AM/XvfIMZA3k&#10;sTYOouwj1qbglb83/p70QEIK/wCodNEilG6974NrQn0MSLNYEtfVa9v9hzb3vDefXj5V4Dz8/wDV&#10;Xr3vH511MoY24Qn6E2ub82F/8PdtBpnq1WocYFPz/wAvXvfRqJGc6FK+mw+gD8cK4BuD72IlC5PV&#10;ZDIi6WFP8H+o9e9xjM7q3FnFi2nSVX/AX55/H+Ht3w1DfLprU5AC0+Qz68Mf5T17301UygBmXULM&#10;Va5uB9V4+gsb+9+ED1cA10n04f8AF9e98zVSaSv6XFiDr5N/UtiTa/Nh7qIVrXj/AJOtRsWGfI/4&#10;P9Xr173GM7SrYAg676W1qGP9f8QfqTf26ECcc162crUZ4nr3viKmbSbtYqDrQ/UkHj0cn/W978NN&#10;VR+R/wBWOkbSSuxSuPSn+XzH7KHHXvfU1QgCeMBdCjUrDUquSP8ANk/63+2/2PvaRE11ef8AP7en&#10;9CEUqDw4VFeve8EpsV1eokqwYHSxLKCFFh/tvx/j7ugqMcB1vSQSoAFPIfb59e9+kk1BQH0n0gjV&#10;pdwVsFbVcfW9z9fflWhJp1sOCCoHHgfTr3vp5LpYgjhLkfUgf0J/xtYf097Ve7HXhIpYRJn/ACf6&#10;uHXvee8fJIXxDRGGDt6lPqIS3H+w9tgMePHJ69JIyrqUavkP8h/4rr3vGJSqD+yn1B4LEXvYqfob&#10;H6+76KtXievBv5etPt/w9e9xmnEgUWNgCFta1g1rn/E3N/bgj0mp6NI07BUZ4j/J173had/X6uUb&#10;kWLABjyACfp/sfdxGtenaUwc1/w9e95fMWJZXW1gSxuQV03OoJzb/H6+6aKYYdarXB/1f7PXvcXz&#10;l1FkBCgaVKnVcLqNv6Anj/e7+3/DC+fWix1YFKg1PpTy/Pj9vXvfKOZ/z+ANAOm5LfVgPxYEg+6s&#10;gpjz6sTWob/VXj8/s6978btyUJ0qVf6+om3FgOfyb+/CgwD9nRawMbkk/FQj/J9h+X59e99pJewY&#10;M6iPgGxBI9I1D6j/AA9+K0NRgk9J9Taq0pXz8h/qOeve8TSsVEZtYkEG3On66jcfUDj3cRiuodbY&#10;LWrmlPP/AFU4+p/n173lMnGpD+oX03so0mwuG+gP+9e6Bc0brTGqF+PXveFZLMzXAB/UL6iLG1o/&#10;z9PwPdytQF9P9WerKBE2oitPI/Z9v8+ve+JmKH0sfXGuhADckXYqf9j+fz9PdhHUdw4HoxqJk0gY&#10;Pp5cOve8bS+kLdTcDUbAaSTwo/1z9fdhHmvSQ2zqSVYH0HDHz6976M4CnSf1ek8nSqnkWH1uPpfj&#10;37w+7Pl00VdCBT8z6/Lr3vH5WDWLsQT9FILMbci30/2/u+kFccekvjCOWoYnNMf6qde98GZQC92Y&#10;m10W/wBPqSFHP1/Huyqa6SKfPq80rA62B/Py9B9p6978WYD9R/cVz/qWIP0/Vz/ha/v1AT9nWllW&#10;mMVpgcR/m6974moa6gMGCDhhyxIB5/1v9b3sRrk+vTTyM8mhO3JOeH2V697irOurWWdkW90seCwu&#10;xDf8R7dKGlKdLUjlaBkY5bI4U+zHz697lCVSiOGY+llAsLsP7KEjn/YGw9s6SCVp58emG1ImgAiv&#10;25+foPyPXveJqgKC2ohSv0+tj+Ro/wAfoLe3BGWovHpUttGtHIrT8v8AB/q8uve8D1GtltcLYMSX&#10;Jf6chbfXj/fce3Fj0g1yfs6dRitETHp/xXl1737zMwRbqpINrX9PNlY8fn3oxgZOeiyclrtiudR8&#10;8g49PLr3vynUQA5VgbWuGLf4gfn6e9nAqRXpVbQssLFx8Rx8gMV+z0H+Tr3vGHWR2cMY1H0JIBMi&#10;/mw/J930kAA5J6U1C0BGfQ8f9X+rh173lD+pnQ3BFgTcLxyef6j/AA9t6cUOOvFmK4Nf9X+Dr3vC&#10;ZlFtTX9S6gf1ab3sCeB7c0Hy69IFlQGWopwPChpwPr9vn173zeZNJCk3JAAJLaVvyAG4PPH1/wBb&#10;3UIa1PSVYaPWTh5U8/TjmnrXr3vEZGUka/1Ef2RpC/UW/p/Qj24FX9nTzSMp0sB/h/1Y8+ve8ZYo&#10;SQzJqaxvYE2+oXn/AIr72VrxHXqksHGQKVPlw4/b173iZ9Q1BdIDaSAbFyfow+t/6+7AUwfPpty6&#10;MSG4/n/Lr3vysCVuDZfU/wDr3sQ2riw+tjf348OrrKAarg08+B8senXvfRk1/pGsSMVBJBuw/Itx&#10;/rj3umkZwR1QkrJX9nl/Pz6974iVUVgSXJuHsOWUDggAfS/vehm4cOmp0M0ZRQaA1yf2Cvy9f5de&#10;98BJGRe4soBBNw/+0jUPwPe9LcOkqXDxDwJBUj/VgcK/Pr3vkZkLOwYjSwtqJ9Pp+gt9b+/aGAA6&#10;XeMslCoFDxxSvp/q8+ve8RYiQtpOgngoLgELwP8Aip/Hu1AV/wA/S2JrcwqCcipOc1/1eXXvfLyX&#10;/Uwu3A0gjSL/AJ08m5/Nv9h79pr8I6pJeUXQi0GPt/wZ697wtKQ5F2lZG0qP6G3N/wDYf4+7iPFe&#10;FektQ4qTT/V8v8nXveTz29IEd9Qsfq1m44/4r7qIwc56oQSvD8zxP+Tr3vi5AkuZWLoOUbSLMRw5&#10;/r/rD34V08OP+DqhrUH/ACf5eve8XlJZlI1KAW/tC9zywA5H+2930CleHVjkde98jIF/SLayoNuS&#10;gAsBYf1v71oJ4+XViWIIfjih+Xp8/nTr3uNI6sLarNquGa4HHJsF+v8At/bqqQa0xTrTFFahBP2D&#10;r3vkZdMaqHP5LEWJYA8hvpxb6H3rRVq9eDR/EfI/y6974rU/ttbSGsOG1EG/ADX/AD+f8PezDnPS&#10;hoxM7PCe0V+Xl173waZlRU0AtaxILFnvxbV9SCfoPp/T3YINWoGn7P8AVXqkMPiPRjQcf9X+CvXv&#10;eFrlrqxWwCrGwvzbka2/x+vu44UIr8+jPxacaY/wfZ173zEjBS9+BcNdTpN/qw1G3H+HuukE0HSG&#10;aMVouKH9n+UDr3vpZow4/tAg6SwIFz9W+oHvfhsV9Ps6SuKef29e98DIisAWAUrzwGJ5Om4vYf6/&#10;u2liOlBmPhlQK1Ap5H7eFa9e98WdWIYnXY/UH8Aab2/Nhaw/PvahgKDB6ZLUXUME4/4vr3v2q7WK&#10;E8HUF9Pqva9v96Hv2nSOPHrRlCDuIHlX1+zr3vi8l10jVqP44J4uLEfg8fS3uyppOo8OqVBPGnz8&#10;uve/By4VBpsPrrJJJA5B/BsDa/vxTSdR8+ru4FCfI/t9D+fXvfmmRL6ShUek/Q6TewF/94v70I2O&#10;D9vTcmkChOf9VOve8Sst/QGDDki50kAkkXPu5DU7uB60JKtT7f2/n173j8paWRhewsbDkqL2upb6&#10;3tzb3bQAgH+r/UOt8IwKgeWfz/Z/l6977JUAgswOple5uNV7gafr9CDf8j36hJBAx06od/gABArU&#10;eQHn+fp173xVg1lkYlb2Njp9If8A4p72VoNQHTZkU1IFfOuPPhUV/wCK6974SSAMpXVYg2bkBgos&#10;dVuLj63PuyjtIP8Aqr1V3OmlcHr3vGHbV6QRfm5te17EAf7yR+R7tQUz1RWZaEnA697ytIJiG9Sg&#10;C2ksoJtxfTccG/8AX3UIUxxr59XWi4qDnj5Ctc/l/hPXveB3IQsGA54PBK6vpb/b8f7z7uq91OnG&#10;oFI/LHnTz6974CcG8Q+vJBBsOFC2W30H597Mf4z0wwFR69e9+Z0tHwdFyCgCarAG2of154PvYU1J&#10;rnrYLZ9fXr3v/9UyEU6WLaQTp9KH1Agi63J/pYe/mAMLPQ/wnJ4ZFAaD+dTWnX0NaSx1ef7OHW/x&#10;74+Y/wC7WITRYlArFQVBIA5uOORf6H2oYR/g41GK0PHzGM/6s9O6yFOmtD5eR+0de95VaQMvjcfp&#10;1XCgq2oXst/9YH/W9tulQ1SccT/n9ScdXbwzFT8X+z/kHXvfmlvcGRbBQGUE6Wb6BVuOR/UfX2yb&#10;Ysuta1PqMU8/9X+osr/Lr3vI7Hxx/uBRIoDFWuWOoGyluRYce2o4311C1059D9p/1enViwK0UVpx&#10;697xAnUCwYekgWIALE8qUPFyPyPapKBe4Aj0FMHiCflxFOqIyFa1Bp6de95pZprBYjJoMdnBuToA&#10;uChPHHtItQS5xqJIp9vSaeYxpnieFPLr3v0UzlVA1C45F9NyRYgmwFrDge7MxB7eHSaO4nppBqPn&#10;/n69746nWUSKxAktr0AhSoHjItYf4fU3/p7q1HSp4jpxbpyKNniPs/1fZ1735JJVIaxRVV1BY3Ho&#10;FlJtzb+g/wCRe/AKATT069HMRIS1dJ4de98kY+kM+olCVe1tNvSEDAXtyef9h73Iilv0+J6clmRn&#10;EQNScDr3vPHIhLKF0toYFiTZkU2Sx/PPH9f8fbEkbKatxBwP8PTvhNoyQKGmOve+YYo+jWWufI8g&#10;Oq+pbEAHkc8f7f3dUTw9Z4ngPz6vQotOGeve5OoCML+kkM4CSC41CwJD83P9R9f9h7osIcgg0wOI&#10;/wA2MedeHWwxp173iKqSlnGphcKQLFbagtjyDx/vuPfmRlrXhwxx60zKew4P29e98RIxEbh0KhmI&#10;59IYta5/1/8AD37QHDKc8P8AV/s/4OqhGqdR/wBn59e95g7I9mdnFnY20nxgHkkf09tgflw/Pp53&#10;CJUcf8PXvfowrEFLqQCLC6I1mJFyPob/AFJ96YkVBPH+XTCBWrqOfnx/4rr3vkJCVADXUsbhRqUX&#10;vqjBP+92970CueNKfP8APqmk6wT5eXr86/4Ove8nlYmMEnxetiqcei1nAA5AH1N/9h78qUGenWkD&#10;jSK6uve+azg6bWJBYLcagRYnUn5tb3rSAMnA6bXSVNP9Xr173mSSTRDIjBTICSi3bi/62H+P09sn&#10;iRXHSnUMFTT5f5Pz697yJJIGUqx8V/UACg4PBubn6/2fbbRhqg/EPz6oQDk5p173mWWPVo1RHXqI&#10;N7EG5AAYjk+2fDcVYV6bL0Ffl173zV1F0LqEJBI1f0PAN/yfe0jdmqRniP8AP0ptgrSjV5eXz697&#10;6DKdBLFRrZdC2N9J5t+TcW+v+29q2RaaFHkc8af6j0YTaGjIbFQaH0I/z9e99+ULZRImoOQwtqsD&#10;zpJP4/HHtAI2kGRjH+r/AFeXRLJpaPSwrXr3viJdZsxUkMFB8tgLG51Lfn3tYWqQv8v8nSa2qhdB&#10;xBAI/wA329e99kqASzLp8nrPGoC1wB/h/j9fbhjCkD1/1ft6UF6Gpx173wFY5mVUYvrKxiQKRZT9&#10;f9t9frc+2zEAhJIxmn+DpIbvUSYgCv8Al9P9nh173LVl1nUNa60F7cADghx/vP8AUe2s6MGh9P8A&#10;N/qz0ojlMgpwI4/7B6979Mlnkbg8khVJEjD/AAHAsP8AD3sEMAR/sdPgigp173kuyXctpI4Lk2CL&#10;a7En+v8AUnj3qqmijj1oseC/6j6fP8uve+N9AY31jhil15Q+pbMPz/sfduPbw/z+fVqAtRcU/wAn&#10;XvfN5NSqSFt6lDkgsCf0kj82+lxz7qAP9jrWAcCny6976jcMAiliupdShl1awP7LNzYf0/p72ysD&#10;qcZ8uvMPxHr3vwqFd/yyluGsPUVNiLf6/wDt/evDx8+PXiq0wOve+bu2oEBRIfqzctpFyLA/pt/h&#10;70DQHjj5nz9fXr2orw48ceXXveQVWlGDCNtLAtb6qRyQSvBv7qIwRUVz9n/F/l04sjjgM/OnXveW&#10;xZvrYMF0ACwBtqLNa5Fv9t70CAO7if8AV/Pq3j18s/5vLr3vouNLxGxUBUQfQMWN+D/T3sA4PVXl&#10;YrRhSvXvfUjqAyhlA44VfSSSPUD9bA8f6/umWIZuIx/q+3oveeRyKigGB609P9Xl173zWSyst9HC&#10;sQSRqF+T/S9/p7tHRWFeB6vby0kEZHH7K9e9+DoLtfQGYWY2uR9Q1v8AH/ePfjUL8/8AV/q+fS4S&#10;iMetT173kZm1oBIHIu2kfqVeL/Q/0/NvfiiMCw48OnzLGaMMde95kkVdKWf9BJANnNjbUQD/AF/r&#10;78x7iSf5ev8Ag6aeercaU9fn6fZ1732BJIf1aVW4YMRdgRe4/A/wv7qoCnHDpsMWNSeve+y1iQAH&#10;WwBOokRi1gX/AOI491lUSANWhH8+mrlmMYYH4SMfbx4EZ6978NLlrOBpK83vew0roY/1tx+fdkI0&#10;0I4/6uHW7SdiCpyfIfb5fIjz6975JKSQrXvY3IsTYHlP9j9frx7q0RahBoAcen+z08xLmoOn/B9n&#10;+r5de98nlQ+ota408EDknSALccj6+/CNvIV9a+ny8+nAEOGFQPXr3vIkyhYxbSGJUDnm35uTf+t/&#10;9h7YkhatF/M/LovkASSi5A/LHXveXysWBdeQrC6sDy/BDi9v6e2vDagzjy/2Oqkhv9XHr3vj5dLl&#10;dTf46xpCWHCKD/j70wNa5+3rXcT68c9e98xJIUCq9x6rcXVi115X/Aj3Uha4NfTHD5A/n14FdVVI&#10;/Z17328yEobj9LBlDFCzXIuBb6D/AGr34RtSgzn/AFf7PVdQB0sfPz/2Ove8iTRhAH9I0Ag6gTc2&#10;1XI+n+392EbVytf9X+fHW9de4f7H+xXr3vqN7/ufUS6wEU2YFXu1rn/bX9+ljI7V4/OnXiSw+HPX&#10;veYHSwdWA9JurXHFjYk/RT+Sbe6dzdg6vlqqOve5aSMUBJ0uoDKANQ/V9VP5908+4Vr6dUpnuzXj&#10;/gp1734yMr69ZUMSOfqpt6RpH+PJJ960ilR/q/1fLrdBhR5+teve+o6hgEu/6wQG+ulTxo5+pP8A&#10;X29Hbl+AJp+WT/k+XHrYQOvzGafPr3uQtSWW7SCxJvckXtZtLW/F7+6SpQ4FMfz/AD6q8Kq2Bw8+&#10;ve5AqVk4uVurMzKfTYABTqH+8fg+2wuM/wDF/Z0x4VBjI9P9Veve8KzK2liSosSbm9w35H4+n1v+&#10;ffmGk4/1eXTpjIrTz/l173lDwSNe9yOOWJ0m9iCAeP8AfH3sOwFAadN0kUUHD5U6975IyKSrN+2r&#10;ISbFvUbLpUt707FjU5P+o9ecMQGpk/yHH/J173icBdLrfSSAAwAIC/4fm9/+J9q45lb4sN/q+fV1&#10;bVVTx6975QvIOVJCq1mW4+gJ1WB5H4+ntxzEy0kINPPqsiqcsMnr3vLDIA1zcEysC3Js/wBGI/oO&#10;efZewzq9em5VGmnyx173mV2ut+Rq030gXBNi3+tx78KChpQ+o/l02FGn7B1735JrlkdSbtpfV6Wu&#10;bWH+t71niDn/AFefXmiwGHp+XXvcYs3jsPWS/Kk6j6X1aSf6j6j/AA92pqNR/k62ylTRT+fXvfQc&#10;L/m7LyASQTcWBNx9R/h78cHuz6V9fXrQNcDBHkeve8bzIQIywZiQ+nSQqBjpJDf7x9f9h7eiRcv6&#10;f6h04sYIDYx173HCQm39kH0BedTFj6fUf6W59qasKkipPqOHTpLE1pn/AFY697b6ijgkYp6CVINu&#10;LNf0qtiP6f7x7urOoz/sin+r9nVWhFRKRSnl69e9tkuKpzqMaEFTrBiH6ToAClBz9f8AYe1i3Tig&#10;JrQefnn19eqSAKOBx59e9tU9AUBZTKLHXr1NyG+rc/09urcISFdQf5f8X0hEcik0Na9e9x3pq6Oz&#10;JKXjBJAuzXuQykr+D9bfX/D26ksBYgqF+0D+R6aUTVIbP+b59e9xPPkIXctF6fIunUh4udJYE8Dj&#10;/b/09u+FbsMMK8OOevIhBqtK/Z/k697nfxCtFg0Z0tpLNoN1Ib6Le3FrCw9tG2gLeH6fMfz62JHL&#10;UJ4eXXvbgle5F5OWuQwJ4ItYNcfgn/D2la2BOlfL5f7PSZ7plaiip/yde99fevq5BYKfV9bAfqt/&#10;S9rH3swEqGGAfXB9M9OwXbOwVl0j/Vx49e95Uyd00lHD39IvZWseAxH+H/FffjaODU0x5f5ulAZd&#10;X29e9zY6xGIV1DkOC5/pfhT/AENvoD7TSIUyuK56MC3hkAn5g/7PXvchZIGsdb/tyD0kizH8Lf8A&#10;x/I9tt4jDHE/l1uWVa14k/Pj/m6975kxPxrChnIdrAITa5bgEj/Hke6hDpNcn/Vjr1UMZqagitK/&#10;6v8AL1730ILtZNJIP6hqFyvKuP8AifbMZyCOAx/xfSGFdMwb0H7eve891Qa7lL2Csw0nSx5QMOPr&#10;9CfblAxIIrTPr9p+3pfVgfs/1E9e94pJpFuw/sEAre7eo/QKOTf/AF/bxiVkHqfnTh/L+XSiQRLH&#10;rBz6jFft/wBgde95FlSMcsddwHiYXMZYWX9P0P8ATn20RJw4j19adIxIvEHH2enHr3vo1ESjyq7M&#10;xIN7tYn6Dngg/gH8e7eGzDI/1f5eveLGTRh/n6978mTYMBrawLXLMTqP4Lf63uzRgCpFa/4Or9lK&#10;6aAjBI697lHJoGUaxqDWKhr3uL3Qn6f7H2lNupFFGft62dAUj/Uf2de95TkAzqUAFivqP5H5t7oU&#10;cCjCv2Uqft9ekuoByh/1f7HXvfP71vJpYgrbXyLFFv8AUleL29s6KLX1/wBVOnI1Uvprkjr3twE6&#10;XN7sxZQrfpsPqAbf1+o49+rpoeveER8OBQ9e952lS5XR6+B6bj/YqrH6D+vv1RXB48cdMhGpWuPn&#10;173haJyG0m1mGoKWV2UG6n+l/wDW9rRcIRRvT/YOOOR054iDjxp9v5de9yToQ8m66fSb6hz+SPxb&#10;/e/aNiCaHGfM+Xz6a7mFVGa/Z17307LZShuEdLMoOk3P1uP8R7sjaaiopQ/6qdbUNUhsVrjr3vhI&#10;3JZbW48nIBuT+fx/r+/ELWo4Hz/z/wCz1dFoNLfl173mMi6VYASAWBTgHjgFTx/vHtDodpSuc8PT&#10;9nl/l6a0GunhX/Vnr3vAZiASFAsfUQeVH9GF/p7UAJTuOfs4npwRLWleve84Mei4YED8G3F7EKB+&#10;V9sMBroop/l6aIfXRhT/AC9e99JIHIBJBS9xa99XACf7cf6w91kjkXNKjh/s/wCo9bKFBjgf9Wf9&#10;XHr3vIdQWQ69Olitj+kC/wBSSf8Abj6e6LxFKUx/qp5/y6p2agtPIH59e9tbyX+rNYEXAJHJ54I+&#10;nP19mKnwiHoDX/V/LpeiACgHHr3vKrkFxyp1C30Or/gtvz7qdJppGP8AB02UBA8/8nXvfITqqyXY&#10;Ak6QD9eeG+v5Hv1NWAP9nqph1EUH29e95abSpdLhmI0jWf7LG5Oq9uf9b2zMGVQ/AVz6/s4/5+m5&#10;tTAHgP8AV5de98ZJV5H6rNp4/UAeb3Fv99+fd4VKJVRQcf8AUOP+z1aONv8AL/qHXvflMQ0knliS&#10;CxAKx3/SQv8AX8t7cbWvcwoD+w9eYSGvy9PXr3vpmh8frADl2IN/wT6Rb/ifz7qPF1gq2Kfs9SaZ&#10;4dbVZQ1FOMde9w20EDSbamtcEMQP8Cfx+Pey1TniPyx8h0oGvNfLr3vMhjH7ZKK12/1XqTixHBA9&#10;+Ofz+VOqHUTqFSKDr3vnDEssnJJjAYOQeBdQRaw/2PukkhiTtGa1FP8AV/g6pLIUj+Z4de98qmBL&#10;nwoFcagCdJC3AsxIN7fUf7H2jwG7zg/6s9NRuxoXz172ySI9uGvw5B1uBy1yn+vxYezAYUBuHp8+&#10;l8QKgg9e94w1/LEJHH7ZARlLWANlJfkkH3tWNOOOrg5B868ade9ykaZE5kZ7qyMCxUgn1KR+AP8A&#10;WHtpo1LjSeH+rPSSRSGqBWp/4vr3vzu7KzSO91AZyLINWkgKLfke3IwqgInp/q/w9PxqqpT18/2d&#10;e9tjuIXKq7klfXwunQQb/wC3P/E+75oNIpWv+odMXTFWAHoT86+Xy697jyOG9SuwZks2g+kalJWM&#10;fTn+h/r71kU/y9JGyag58+ND172n6iSeNXlSZwCNJS5JJJvp/r9fofp7MoUViARXHH59WtnYAn9n&#10;rWvn8uve4zZCsF1eQlViBsCQwZVJsx/P9T7WR20LClNVD5H/AAfLrTSBhSXNP9R/1enXvfCm3LFT&#10;2SafwsF1ai1g9je12tpF+B/X3aXaiW7Bn5Z/1fP060k6rUqKU9f9X+qvXveOqymLmCTrVeQizlwx&#10;uoZC30vY25/1vbiWc69rCny+zgPz69JPrzTh/q4/6uHXvfGOrxtVAAKhNTKq+q2sH8adJ+p/Ptxo&#10;rhGqp+yo/l8v8HSeWdVQnTT/AFf4eNOHXvaZyuPgdb0jlvXqYA2IF+NH4J/N7/717MLO6mUjxcA/&#10;4f8AV5fs6KmZ6EPUg/nQH1+z/D172GmUFZSsyNHJI8ijlS1yhblb/j6fX2M7E28vpjz/ANX2/wAv&#10;l0nJFaR49D/q9evew9yDZEyNogk8bNrBB08E24AHJ/H1v7FtqttoyRmvH5emf9R6LbhpTkcfzP8A&#10;P/V8+ve0XlsbVVUOoyzq9zq1XA1Ibg3H4txf2b2ssayZAPrTif20/wBnjnokvLeaUF34/b5elONP&#10;PHXvYRZ3BZhiwiVnQHU7lmvcg8lefx7H207hZKlGIGPl/sft6DE1hczSlgKr6H1/yV697S2PxObi&#10;qBrp5lXWoLAst1/WwANrX9nV5uFnIv6TLUUH5/I5r6dVitbpQPT7OFDSnn172IFB/Eqd0MLTKbgc&#10;A8kD834+vsLXn0typOKnz/y19cDh0dW3joCWzj86/L9n+Tr3tf0efz0cZWLyEqF9Lksbg2BIPA59&#10;hW4222XuYDP+rB6NzLdW6hX4GhqPL5E+v+qvXvcmbcOUYkzRypdwzBeV13ubAcAD6+0sdpagaVA+&#10;R8/Q9XS5uK6eHp6n0/2eve+6SorqyeNxHISrjUDH9UA5DKPr/sPe3S3iBQmnlx4U4f8AF9OqZmYB&#10;lJH5jP8APr3tcwPXUaNJLTyFUIvoUryQLc/Xn/D2VzC0nUeGRQ/4Pn/k6My1BrSoBGf83Xvalxm/&#10;ZscpjkSVjpcNb6lh+jTb68f1+nsM3nLyTtqU08/y/wA3SmOQINY+X2Dr3t4qO2JvCyUsTCbUiLdr&#10;Kj/6vUT7L05NGvVJQA5A+Xp03cXjK9VyDwpX/MT17294DsZ6qwrSY5ww/cvpvfi7f434Nv8AY+y7&#10;ceVAgLRLUcaf6s9Kbe6dqF/Lh8sfLr3sZcTvLGiMNLVI/wCgFFcfqAtqD34uL/X8+wPd7FMhwpxU&#10;jH+r8+jWK5jT4jWowT/q/n172taLPUdSQKeeyte9gpDXsAf6/wCHshnspkbVMK09cEf6q9Llkjm4&#10;/l/sde9vv3WtFIVWUBmV73ubXs54/HtOumI6Bg0+ymfT1/w9XEQBIB+3H+Tr3vnHK3DLYj9XFyNP&#10;6bav6f197fQaFf8AV+X+XrTIvn173mSdLxsHIBblVF1AC2JBNufyfr70Udqo61x5/wAv2eVem2ib&#10;IK/n173mWr5AUq5LfQixPFydR91EQXubFB9uPOlPl9uemzb1HdUCnXveISXLF2tY3IRtSXv/AI34&#10;/wBb24D3AgVqPMUIH5UHV9NANPn6/wCT/N17307eJl8dtJBZUX6jX9CT+fbrMkgoc+v5f6vLz62q&#10;+IO7B/zde95hKUF9A9ak2tcljwQp/HtEUSTtU5H+ofb00Y9Rycjr3vgsrAFQALgMVZbaf9pBHvwj&#10;Y0BOM5rX/V9nW9ArU/4eve+Bl06dN7AeoG2pSfpz/j/X3QLqq1R3YH2ef7fTq4SoNeve+jIurSLa&#10;SRdT6gF/N/688j3ZUYDVWhHXtDFdR8uve+w2kXAAYA6SSdQJ4Uer6f19uMgkP6hwaVHWytTnh173&#10;41EijQ50hLWb/g3AFwOef6fX22Yq5ShrgjyNOvCJGIK5J6974s4WNgSPWSb3Ngb3Fx7qFqQ4r2ig&#10;FB/h8+vBe4GlKde943YEgoCtyCzAi4NvV6rDi39Pb8a6Aa5J/n+XTiLQd2f9X+Hr3vshLkqxsbE6&#10;rajfhvUB/vPurVYUIxSlPn/l60C9AD+Xp173zcLpH69CstjpHJI+hItwPbIZg5LcQPs/l59VUknP&#10;Fh173GDNfTpUJckD6kXbm9/94v7UMp06gak048KeXTxA+LNT/k697ygo/wBSOQGKsBcENwAx/r+f&#10;exVGo3BfQ+o9Om9LL5fn173kV+BIOG+uluBcHm4taw/w9sOjZByD5ccdVKGug8Ove8TuSG0gDVzw&#10;xAF/rwfx/iPbqKoULTh+X+o9OIoqK+XXvcGSdIwxddIF9VyBa1raSPblK00tU+Xn/q+fSkJmmoZ/&#10;n173i+/j9Omb03ICMx5JNzyP6+3VjQIC+TngBWnofl1XQg40B/1eXHr3vi1ZFGNTyJo1ckkekEWO&#10;lf8Ait/dWUsCsdeH+rh5dbohwONP9Veve4rZOBQ3ikANwASSQEI54P8AT/D3rwHPEfl1VpIvt+zr&#10;3trqKpalSHmOlWbTZrkk/wCqP44/P9PauCAoRQcfy/1ft6WW8y6NSihP+rz697TdcYC4AUMFNyCR&#10;pclbMdX+8ezS3Q6aZqemyEc6VNTQn1r172l81vqPbSRhhcAj9uJbkEfgN/xN/ZrZbC+5kmM0P+rj&#10;/m6Krm4Eaa48UNSQKV+37P59e9oat+Q8NIHVKKWR2PBYLHYhtIZlPF/6En2fwe28s5DM4H8/n+zo&#10;ofe11dpp5f7HXvfKi7sqsm/oijCXCs6EXfSAw1Mf0m/+p491uOQ0tlqxJ+XkOrrfSOQRkn1x172J&#10;mH7INQgWriADjSSv+cQ/W1gf6W+vsL3vLjQPWM/Dn5Ho1trvxGHjClMnz/4v9nXvazx27MbXMYoZ&#10;R5ACAJNKvcfRmYcW/p7K7iwuYRVx2/Kp8s44449GYMUvA0/wde9qaOpiMZPpVQeSTZGH4VePqP62&#10;9lkmlh5mn+z00Qte08P9X7P9Weve8bVUQca5bXUADhjY8hX/ANt/vXtvSSO0dW0qVxTj/q+fXved&#10;Jg7216rghV1cgMLXv+P6e6OQFp/Mf6v9jrTKAOGR/qp/l697h1GQWFtBaPQtxqBsrcW5YXt/sfah&#10;IVeLUCSTx+zp9IFKeITTr3vDDkFMaWtf6MAebMbj6fQ/7H/inuxhCsS3Dy/Z060ClyK/MfkOve8i&#10;1pFm13va0eolvVxdv8eLfj34xKVOfX5j1/1fLqn0ysCKY9fLHp173wFVrKuqjgg+nkIPrYnmwA91&#10;EYFRXh69OGEAUJ4+vn173zSoaVnBDgAApdhqNvyy/W5/Htp0KEE/6vz6o0QWg4/Py/1Dr3uTpbQX&#10;Ukm5DKPU40nlRew/xP8AtvbT3Da9Bx0wZU1+Gw/yfn173x8rWIIuALgaRwQOQL8/6493JJFOH+r1&#10;6v4a1wc/b1730CDqCgkWDHT9BccA/wCsfflJKmnl1anA+fDr3vvWpJuGAbTcf1uCTx+Tz+PeqknU&#10;PLrWkgYp173jaX1Pxbm1m+nPAP8AsOSPfgKgEZ/w9WCqFBJ/1f7PXvfAug9JYDRYAX9TWP4AHHPA&#10;/PvZ4VAPzPW1yar58f8AVX/Y697zaz6iALHhgpvYIbcX/wAL+29VRpJz/n9eq6cj5f5eve8N9WtE&#10;DIbW0gjkixUhv6WNvbxbSaua09PszUdXHbQtkev+HHXvfcZFvoBcjTZr30glla3+NvbZOCK/y/wf&#10;6sdVao4eX+rHXveNip/Sp4HpJAvZr8Nz+bc+7KzJjiP8nrT19OriowT/AKv2de94nkMICEG17tp5&#10;sWs1xf62vYe3UfUdQ4/Pj5jpxVDmo697yRvcpdSGP6gxuGYfot/Qf0/417akLUqTUDh/q/1fz6o6&#10;H1wOve+mkBu1jrDNZr6QADylvwebf1/p70uoGinGP9X+XrwUnA4U697wF2C6mTUh5sNQZlvzcH6/&#10;631/r7eDV7OH+r/V8unCVUha5P8ALr3vgZgCLKzEn0AAD63BP+Bt/T3ta/5+rhSag4px6977VyQr&#10;FRpLFL6h+R+QP6fj/e/emXBA4nP+r7evMKVA40r/AKj173xeVIzEou7LdRcaje97gc/61z9B7qEL&#10;AnhXprQ5qQaA/sp/q8uve4xqY5CiODGqmQ3CC978IvPH+Pt4RMtSvy8+rlHUEg1rTzp/qA/1Dr3v&#10;zSuqlf23LI36b2Gs3Dg/1+n+t78FBznB/wAHT6Ksqhsj/Y/yf4eve+JmeyC7B1JazeoOL+kBv6j6&#10;/T3vStTXI6qkQ1EECn+ry9Ove+tZJ9TGzDkm3JvYH3oD0HTulQKDiOve8eu3+7Cb6gPy1ueBf3fT&#10;XgP83V6EkGlOve43mbn03NzZrk2/AYW/4n26FHXpGCAngOHy+z/iuve+hKI7jX62UhbqLAk2BDDk&#10;/i/+v72U1UxjpKzMaaqED8z1732Z2PrlcqVUiw0hS6/gj+tjew968PFE8+nIUGqoz8v8vXvfA1B1&#10;AqAFIIJAIJtchbH+tvoPe/CAFCenJwT2nhWv7Ove8btG5IAKgoulSx4AH9m3+P0H9Pr7uAwyTXpK&#10;DkV7vLh/h/y9e9+DAuBqA0rzcg+vTxqB4v8A4H34g0rTr1Rp0rg+YA+fkeve47VAva6E/VtJsx/K&#10;qf8AX9uCJuOR9vW1YhgwP59e98VnJ4AWygWFtTA2uVY+7GMDj0ZBiYg44nNK4+0de94I5HJawuGD&#10;Akq172sDY8H24yqKV6YuHXTRjk/6v9R69761up0pdm06muLWK/8AE/4e/BVOT0ibGPXHXvfEtIvL&#10;EEMoBOkaixN7L9OAOfewFJx5fs6rWgI9P9Weve8Rbgk+kWsT+k2BsG1E2N/rx7uAPLrQJLE/z697&#10;yvKiopFr3HKm5IIsFN78H68+6BCSf9Q6alkaIgINTeuaf8X173HMisz2utrDkMVX8jSB9SfboUgC&#10;uengWairkt/qPy69788sY0LqJ0jkjVp9XI0kfX/G/vwRjU0p06EcqGGSfL/Zr173jBKsbswuNNiA&#10;QDfUG+vP+t7tTFKdXjl0lhQ5OaeXXvfnctw7FSf1f2dX+J/2HvSrTgOmXm8U0jOPlx/z9e9xhIfM&#10;9mNgBYMf0kjgaR/X/X9vaewHqoYrTSfn6H7a9e98C3AJ1B7Eki2m2qwAU/n8D36g8uHSrxVds0qc&#10;j59e98GmMRZQ1w3Nh9FYC93c/wC8D24I9efT/Vw6UaiDqApX/Vx6975GWNo7uwdmFtDC2oD6E3+n&#10;+ufddDBqLinn1USB+5Tw/lnr3vEZH5QhSCNV15+nAKn+tvyPdwAc8Orn1Pd/LP8As9e99XvrLq91&#10;sxa17qTb/bW9+p5A4PVGopx54+f+quOve8DVDJYxgpYHi4JNhy1zzb3cRg8TXrYwTT+f+r9nXvfB&#10;pGCF1OptJJNv06/oef8Ae/qPdwi6qHA6rKaLVTQn+X29e98WqA8IBaxtYvY+rTwLsRz72IiHqOHS&#10;b6xFKowNcCny8qfb+35de94lm1Ani4X1XI9HI4KoT9fp/Ue3PD0nP5dKSaH8/nw9RXr3vppXZHJ4&#10;b1JHb6KPorcHkf04uP8AW97CAMOqa80/1U697jiZ7MHkAW62LD6WH6UJ+h4/1vdzGuCB+zqpbUQV&#10;FSPXz/Lhjr3vsysLAaWAOoEc8HkH/Aj34IOlsVsulZGGk+fz+3r3vt20syaUCBQ2trAkn8Aj8D3p&#10;aFQ1TXp5vTFKH9nXveMzSG4udJ0ErqGoen1MP8Lfi/uwjUHpJcVwtQSK59fSn29e99fdHVcgtG7E&#10;hgdKFltcn6/4fj3YxA/aOmlDjAAJ4keY6977erdyVHpUpySb3t/aUD834vb6fj3pYFHzz1XxFZTM&#10;jVAwP9n0+3r3uDJNp9N2X1AmwAIuBpIb+g+n+Ht9Yye4dK7eREUI4Brx/wBXr+XXveNpXIT0Fb2t&#10;qJBY3NySL/69/wDYe7Ki1Of8w6rNcLQpXt+zPXvfcbudZW4UgNdv13vyw/1+B78VGAePSU1XvX+Z&#10;8+FP8P7Ove+BnDByqlSQOSNQZl/UQTwD/iD7t4RBFet6jrDgZ8zT/J173j8qudN/Vb9RdjcWuFYn&#10;62PNveypGT1bLHT9vAcD173jeWXUnqJsCQoZiDfhiOTbn3dY1oadaxop6f4eve+TzyWKrqDaRYnk&#10;pY3Wxbn/AB/2PvQjWoLde0TyLrNKca08uve+Be62t62KHULgWIBBIP4+nvekBvkOqVIYB6fL049e&#10;98Hm4jIdG0+kg8EXNlIv+P8AevdlTjUH16fjid3qBRf9Vfz697xtK4LALrY82TlSAQWAJ+gsf9f+&#10;nu4jBANaD59VnjMcgjpg+X+D/Ueve+bSgAMDY21hbsCbH6AAfW5HB/Huqoa04j16ajjfx2dqUp5f&#10;P5/y6975rPpu1yVDAkEXN1X6WHA/1z7qY6mnVwwpQ1x/gPz/AMHXveN6jWbgBVF78iwNtRvz/tvd&#10;li0ihyerhSxqc14D/Z4UpxrivXvcdpEDWSxW5uwBCBGFybqf9cD/AHn26EOmrdL4yaaCMig4+nlw&#10;4f6uHXvffkRz+kFSih/ra4+h44/wP/FfetBUcc+XSe4aQMCpIXyp5/6vy697xGQklVuulRe4uNFr&#10;gj/H8W92C4qf9XHqsFy5bSQGz60A+2mD/h697zaxqA1GxUHSzG6G/wCAORzcm3utDpyP9npc0mKL&#10;n7PP9nr173EkGlgNZDni9/Tyfx9T/wAV9vKa5pjqrSAioHDPpWn+z173kEtgNLyDSSSgPr5Fxdv6&#10;A/j6+6aCa1A6QXCkuZEFVNPt/L8vP506975LMNek3Fwt7sCxAW/osbk/4e/NFivp0jaQAUBoPzrx&#10;6974mS8mnSzAfTkAA3J1MQfrb3vQQvGnVixZqr8JwT6j8+ve+jLZwymwKAOnA9ViWYr/AE+tvftA&#10;Iof29VxxU/ZXNaY/b173xNQAWAa99QsGs7Cw02FiBx9fdghoP9Q6uzAsCcj5/Pr3vGZLBbNdtIe9&#10;9LFR6bg3v9Rx9PdgtSa+tOnrZiGIPDyPp8v2f7PXvfESAg3AVnsVIF/18khv8fz7sV9OA6VkkVJp&#10;j/VSnXvePyaiRdiXUcA8ccEgA3/2PvemgzinSK6XVCVNKrn08+ve8LzHyObkeNBzcaWLEjSCLG4/&#10;HtxYxpAI4/t6LEq7CNfM/nT16976jcuQEIB0MF+nAIuSf6m/04HvbKAKtw6OXFf02FQR+0fn5gde&#10;98hIbKrNd/XfUQr2ve4/Fvpx7qUyWAoOmhawrQRmgGSONaevnx+fXveEOATz6WYnmzEEf2bj6X5/&#10;px7cK1yOtG3t5X8Rs+o9f+K69743CPyL3DFCBfV/VQfofrce9gFlx07VBSLgRj0oD69e98klXg3L&#10;WuoH0UXF7N/xW/vTKc9XOkDIqKjh/m48OGKde9+eS4sVUgC/HP59IFxbkH+vPvwU1yevPJHQkHHk&#10;D6ev+rPXveJ5YlGpvwdKsEIA/wBTa3+HuwRq9v8Ah6LbmTVSJxSoqfLNePrjHXvfQcMOGPKgkflW&#10;U2Pp/IPvemmD1a0UIQTxJ8vQcOPz69795QJTZRcW0ubBr2vzz79pLLk/l0tZkqdVeOP+K/1fLr3v&#10;iZLE6So1Cy3A/J1OLf7bm/vYWo+zpoSMKMx9fyHXvb1C8BgUL6lCk6SLamtYix/rb2gkD+KelA7V&#10;Xz/1f6q9e9scjjXKCBoLCxBIVbn/AHn2YKp0j16TOSsoAOP5VPn173wklJICAg3C3Cj6f6oD+v8A&#10;ife1WnHrxlYgiuP8P/Ffs697xl9ekk3s1tJJPpX8cfU/093AA6qGIFFx1734TF7opAEZ1aBcAp+B&#10;qI/3j37QAKnz63rbSFOQPT/V5de98mJIZmYKin6Ai/A/ov0H4496FK0AqT1sASGgFeH21+Xn173g&#10;llC+heFJGtjcOUPKjm//ABX3dFrk8fL0r1tlVG7h/l4ev+qvXvfESqeBJpdrlQRax1WNrcX/AK/n&#10;3vQ1KkVHW4opJ2AGQOP+cde94WkNlT1FuSrWvfk2t+be3NH4jw6Utbq2CeHmP54/ynr3vtZYwvqb&#10;kG1+T6j/AKphx78yNWo6L5o9QMYPcPX+X7ePXvfBXKn6m/H1UA3v9SfyPwPp72VDYPTShY008T+I&#10;8AT9nXvff3FmYMzHU4PjJBI4szADgf7D34x1Fafn04simlACa9e9++4QEIWBZTyWFuSfr9efx70Y&#10;icgdOMrE6x173jZjZjqIPkBUBkAFjcE25/Hu4AwPl1QsFWpNOve+g66muD63HkIA9JHq1AD63970&#10;kDHkMfPqniMfPyp9vXvfbSFbyar3K6gLahb9Sqf9b3pRWi0pSvW0fT8/5de94fNYyMWIIUAhDcA/&#10;2dRP14+v+Ptzw6gDp4GlDp9DkHr3voSnWGMh9XAseGP1II44P59+0UXtHTLSFU7eNf8AD6de98DK&#10;H+p4t/QHTY8aOTz+PdtJUU6VWigAyHhwHnx8uve+MjsAtiDZdS6Rzzxe31/17fT3tUz0nmjKyN6E&#10;8Pt8+ve+BYKwY6tJH9rkavpyV/B/2/8Aj7sAStPPqgcqf9X8x69e9+dyo9K8EnhV+nHJuP8Aefel&#10;WuD1uKXQ2vB9f9Xy8uve+3fxi73IdNSqTckk+krb8cfU+/KNXDy6VpceK9FXJ4Zx+fz6974mYuDp&#10;a4uTy97av7X+v/h7sF05P+Dj0oVWeQhhxOfy/wAI+fXvfTGw0nkFfVzquQSLsB9Ljnjj34Cp1D16&#10;Syxy0JKlakn/AFev+o9e94wxcEKn+uTY2sP9v9Ppf3emak9JdbmmTwp173xEj2YC2nSQdWn6g31H&#10;n3YqDk9aIrkn9vXvfMy2OkNpY2P4szW+o/xFiR7poByeHSW4DyAKoqKHOcde94pZwXXTwUFyf7Rv&#10;9SSfz7ssZC54Hp2NSsIDEVr9uOve8TtIbIeSLlSP1EE20k/7x7sqqM9KA7sS1QK0FfTr3vtpP6kA&#10;/RUQA3vz+bcDnk+/Ba8OnpIE8LUoNaVqfP1+QPp173wEoClwWUi9j+fV+AD/AI8/X3srU6ek7Rtq&#10;EZGT6+Y/yde9+aSyX18sCSefxy1h+ARzce9qtWpTqmTX7eH2de98ZJQdLW1MF51Gy6QLgi3+3H9P&#10;e0UitcdP25KsQvmPPh/sfPr3vFGw1iwZAB6irFiAeSAp/Bufd2B09WnZWIKkE8Py/L/D173x8ysP&#10;RpH1RbXKt6uAD/t/949+8Mj4vt6TayfOo/1f5+ve+hKtxovcEC97ErYi30+hI597KGmerQktKB17&#10;3jMwR4+BqLEM1yeP8R9CL/1/x92CEqelpIlGkjByPLI8/t/2Ove+2lvfkNYkWHqA/BDf8T70E6Qh&#10;mjOjyP8Ah41/Z173FaS8n1IJcAt9AbLpCm3+tz7fCdny6o3d3cD8uve+zVLqACtf8ppJuT6OT+Po&#10;Pz+PehAaGp6e8B/C1hvy8+ve/wD/1jCRSiL0C5YAFnFuCBpVLn8D639/MVLCqgyfhpwPn5/tP+f0&#10;6+hpGJU+o9fP/VTrf498gWVZF0BrLZ31KUPFy4vwBxYf7x7aqMTjicU+XD7f9Q9Ot1qNQ4+n+br3&#10;uQZQUI4AC6URr3NrD0EfX6f7D6e2ELqzOFz/AIP9WP8AD16rKTUV697wGREC63INm9DAsxX9aXI4&#10;4sfp7v3zmiiv2eXr5+fz/LqtSx6975CVTEqrqZiVIF/rcfkt+eSbf8U900lCxJoBj/ZP+DpqRWdc&#10;Ein+rPy697yKSyhQ4QKxJACvZlb6nj/G/ujLpJalc/MV9OksMEwct8IBz8/s697yGTTZ3l8jldTL&#10;b0kLbnWP+I960t+IaRin+brU4KkK1angfL/V/qHXvfEOrA+uwAGq66lS9v03/p9R7rpoR0mUA/D1&#10;73zjP0ZpNTooS/8AaMgW6XH9D+CPei+dJHH5eXSgUDBWw3+wTXOeve8RZnZn4UKoAAuCi3s3H0P+&#10;29uCijPn0wGqdJH+o9e951YMpUMgay6FKgh1v+g83HPP09+Si1dgSDgkeXzHS23Sp8Rl4cP8/Xve&#10;RTGunUzK2gKDpPDFeefoR7ozEpppUDP+r/L0r1Gpp1733e6q1yzEWJAtdAdLEoB/ifz7sQUQIaD+&#10;fH5ivTF07qRox69e98WcBVHDcWViLm2o2UH+g5+v9Pejr1UH+qo/y9IQ8imjsR/q+fXvfABWc/5x&#10;lCE3OksW/UWU/n/W93VmLDUQK+vp6Hp2M6plY0z/AIOve8yyAqCGGv1Dx6Roey34v/rf7f6e6tqq&#10;VC0U/wAq/wCz0YE1NPX/AAde99JUaltcDUjAEKArG5AWS/5P+291nj0SaT8q+f7OmJXOvwz6fb/q&#10;49e9ygw8K3a6hblbhSxB+oYH/bX9pj8ZxX069pJFCK9e980ml4ZFIY/2WIVSLWudI4t9fp72VWtS&#10;etrG/wCXXvfIsUVX1P42LAsCDpN7lifrb/D3UNqOimerMjBdL/7PXvfOKcHlQCiBv1fV1bi63/Pv&#10;ZX08/wCXVF0gADyPXvfFZ0ULP/ZuSdJNiTwDz9Lf0970/hp14MAtR/q+fXvclJUKKfKEJJck8f2T&#10;wCfrf/efbRUg/LpTE7Mprnzr173xWQIBYDUb+ljp0qPqqDm5/J/3j3ajHAH7M9VMQrXy/b173yik&#10;RSy2BGpmBe1gLfUX5PP4v71KhADH5DHWo+3LY69761M7RtyADYlSAFcAi7f4H/X96BpUEA1NfX/U&#10;eruSAFUedD51HXvfJtI0yMQdLc8gcLYaSxsD/wAV96DsTRhx6bZDTV/Lr3viZiVlc/oZtIQLq9AP&#10;Kgr9SfdiqilB5f6q9NPJpTWRXIwOve/RanBKErZiPryFI4sv1Jt70yqaK2a9M+EHQCXNTXPH5A0x&#10;jr3vI0ioNIYAl9K6eV49R9JsSf8AW9tPGGA0jPn8+qPbgldHpkeo/wAn+Xr3vOkgRXZzceQMVP6n&#10;JFl0qx/H1NvaXw21Cgp6fKnHq1uGUsRX0H5fyp8+ve+SzsxZm9RVgCD/AGwOOF+n0/p7fMK50nj/&#10;AC/4rox0VWpP7Bjr3v3nQgKp8h1AuGsqhvyGJ4sR/t/dhGFrRaH9vTijw8oKnHEfs6975tPqjay6&#10;QxAu36zq4OhR9PpcXt7qU1OHbBH7P+L6bnlEkgfFfP5f7PXvfAzI0ZJfSNQQlyLAfTVz9f8AX97M&#10;CKe3/V/q8+mKlTSueve+ZqGjGliCf22VxpuEBsouf94sPdTbjinlXBrx/wBnq4IAr+3r3vnHUILh&#10;EuTZGuDpAJuDzx/r+22gehJx1UsoBJPz6975GUgPe9rWfTyygfSO/wCPdAjH4cU4fb1uv8JFB/h/&#10;y9e98JKgCIkEqCV0qukr9LeO5/2FyPbywUkFcinVa0Oof6v9nr3vtJyukEsqlQwP6WJIshJ+n1/H&#10;ujW/2Vr14HNTTr3vOtQSpZv0+Mk6rgrc2+o/Nx7baMhqHAr69Xx+X2/y6974rODYAEBUFkWxcLfk&#10;8cWJ4t714Dt3f4eH5dJHt1kbxA3Hr3vtZ1IXUCRe4A/qDwGv+kf0HvaQt+GnDif50p1eKJYjUHUf&#10;5D/V6+fXveYzAjgmxJck/UAfgauCP9t78sB/F5dueGengwpQ9e981mtILkD0epmUEgG2n1Lew/Nv&#10;dGjOmoGP9XHr1a9w69768yixDGR0LDUtyQPwW/qCOefenHbjtB/Z/sdNXLFYuwkH1Hz4Dz/l173y&#10;klX0NrA4sy6tIsw4t/Q/m3vaRPQahx4dORaggEmWP7eve5DVUb8RkAGLUZGtqCo914PJvaw90aFx&#10;UMMjhTP+Dpu57oqHBHln/KKde9xjUqkYcPYFLhbs11PBP+B/of8Abe9LG2rhShz5f4ekkdwkZ8Qk&#10;inHz4/7PXveVau1yumxW7A8Ei1lHo/BJ/Pt3wFA1Kamlf28ePmOl0c0UhOggmn+r8x6de95PMrKq&#10;E6SQjAPbWCGvwv0F/wAe6GEjA4/LhT/V/l6cOBUEde9+eUvawCkiUll/UADYoFPHvyx4oBwpjrTe&#10;Gy6Tw697zCfRGxSS5jKlyB9GPFuLn6Dkk8e2zESwxx4Y/wBQ6SyRDJBrT9tPl5E9e94hMljpkuzG&#10;+rlv1N6tZ/6Ft71oevDBr+dPT/LXqmsouomgNSK8TTGP9XDr3vl96hVtLCyahpHAIUadYa/+vce6&#10;iKmBx/y9NGXAUNq/Z+f7Ove8f3IYx29fpYavyRe2iw5uPp9Le3VjcDNAa/Z17xTGNNKnj/s9e95o&#10;65NJ1KqAOwJClh+jkXH+8m/v3gacmtaVz09HLCAFcGp9f2gD/Z697yjIp6VZbaCANNrcMOR9L/gW&#10;Pun00nnTu9fQ8PP8/s6YDnjkV4nz+z7eve8v3hA06nC3YSKADc3H5N72+g908KmfPH5f5ft6sJ6s&#10;KmhP+qvXveWLIIikBg1gvNweByFt/X/ih96MJbKrnP2/6v8AJ0+AzVZM/Z/qz1735qtpSW8iuiHk&#10;KvNmSwIBt/tvdBCysCooaefSdtXiayxFFpQn1697zpUIwQalKhiRpBK3JuQCPqQfbyArUjH7P82P&#10;t6XW2QT+X+r9o697mrIoUAEliWZgw+ot6Lk8c/77j2mljaSQkigP59UkMit3CgPDP+r04de9xXqF&#10;LrcgoNJUkldZ+sa34BH5Jt780Xb2nP516afxBQLTjmtajr3vmJb6QdP6mAB+l+AlyD+PoL/1908B&#10;TQg/5cfLryyUGmn29e95xVp418ZAIAEhsDpcjlbWsf6An3QxFCRnPDpNcSSIdKileHz6974RVzB0&#10;AbUhsQpIsT+n1MB6T9Pz/r+9mElVZh8j/q/P/D02hnYgsR6H1/Z173kWsK6QZBINZdgp4Y3tpIb6&#10;AfXj/D26YU8h/q/1f4OlradR8uve88dXG1iug+oBSHewHIJtxcWv9PejGANJJz8qmn29VY0XPnw4&#10;de99pWK17BkCtpMlwCW4a4B5P09sPDgaWFDwH+r/AFVr01JVtOnPy/1f7HXvflqwDdGBVCCLsAyL&#10;/aYseGAtY29+ETVGoU/n/wAV15RT4wQD6/5uve8clf6lYFQWKnWx4sLAlwLG3+w9uNBpFFrj/L/q&#10;8uHWpXMcXZTGD8h173iasVlMvk1OrFtINmAHpXV/rf1H+A9uRq+rQwx6+X/FdNwzksUan+U/nw69&#10;7w/eSlCTPpVbXDDUT+W5/qQPz71JbsSKCpOP9Xy+fTNzUAMgyeve8i1qNZWJNmvEdIsx/VYFfxb8&#10;H3tElU6gCRwPy/yHr0FwADUGnGtOH29e99GriLAA+rWtyrcghuGYD6j88e3AH4Ef8Vx49Kor6OTt&#10;z/q/wde98Fro2UFwrKhk0st1C2bSfUOLD68/0PvYhkrg/P8Ab1Xx1/1Hr3vEK1GA8ZS7uQ344I41&#10;XsLfkf6/tzw3U0IJoP8AVjrRnqvh1/mOve45qo0V1JAC+nmx1N9CADe/u3hO4DKPn0zqBXWP5f5/&#10;Lr3vgZoC7WYoRa30VLm124HH0/1z+PfjFIUGpf2f4OPVC6lAHoBxwRX8+ve8UtRFySykl0UaWBHN&#10;rX/p/rn37wzXA/yZHTCTxV0k0P8AM/s697xloWduFJYrpjLEyDjksb/T8m3txFdRUVp6j+fVpJIl&#10;pTNfkSOve8MiqCLGPWpVgLFrqONPH1HPtREK8eB8/wDV59UIiYhwKev+r16974iVAzalW4bUt72D&#10;LwpAX/D+vHt2hORWhHXiCRVcde9wZqxA1kAYgtcAMTdRcAW/2PFvbogZlA4fL160HWNgTxHXvcY5&#10;C7FiD+LPr0Lf6FWvY8/4j279JWPIAA/M+mOPT3jmQKENPOnXvfa5aWJWZmH5NlAvf6ar2+n+I9tH&#10;bgSBQ/Oh4flX9tevSFxQscfLy/Lr3vkucSQgNqHN+B6XsOAw+hH5P9f9h72NtAJIAOnjnh8/9jpk&#10;XFfhBrX8/t697mR5Qlmm8isq+mJVdgbX+g5H+3+vtO9lQ6VB/Z/hpwPTwm0tTh/k/wCL697zjKg8&#10;s2okgpdgxA/PH5Hun0JDUFafIYP8uPW2nBahPD5/6s9e942yyI51y3TSxtY6ybcct9D7eNkxXTp4&#10;Y8v8nW5bwOQWpin7fX59e99pmFbSgYjlXLMTYkf1I5PH+Pun7vcCreQ4dUE9TWo6975y16O3pvqY&#10;AJY2U88kk/8AE+2PpnHyB/l8qevTKzyGUjIBPDy+dP8AVnr3vKtRFbhT9V1NqtcMdP0N/p+D/tvd&#10;jDLoP5/bjyp6/n0afUK1uVrWh/4rr3vI6h+SPHoXggkFVBt6r/Xj839pKANQj7emEYagR5Z697mw&#10;sQFRmB4JVb+n62JX+h/PPtiRXyyf6v8AV+XTki+KtV+Kv+z1726atLLcgjTyoJ1EWsbKLfS/09pl&#10;SoocdegjlUlmwB+deve+ZqLWQOykH8rc/wCuXH0/1vevAJNel/aQWGeve8yVn+cJZieCSQSTYWI/&#10;r9P6+/PAVNFyMdNtoNKfl1730MmyN6W1Aqqgcm2o/lhxf/Ye/GItkkDPDqmmEgBxnift/wA3XvfN&#10;q8goEF7sxdl9OkfTQQeTf/D3Uwmvd/q/Ph+3relM1+WD/hHl+3r3vma2RWKqAp5BPKqp/AYm1jY+&#10;9GIniPlx/mM9aaJGqck0xkZp/n6979HVo0djbUCwc3J0hf7RA45/HuhSUUC8P9WOtCOWg/I+X/Fj&#10;9vXvec1cb6FEqxspDANa7fgr6f8ADn34RsGLmueP+rj9nW1jIc/iBxjr3vpZg2tiRwx4uTyDYsTb&#10;6f4j37QMqp+zqzJQCnn173JE90VbgJe1wPTYC4vf6/429pGhJevn6+Y+zpOyaWJPXveMVUIu/kEY&#10;jbkji9je3+x/p/t/aorKyaTVqf8AFcetPUodXD59e99iticMEL6rg8kWDE3UE/Xkfj2x4DLwY1p/&#10;qPnw9eqaUYcQaf6sde98RpLFmYoASbJyouAPSv0Fv9f3syOg0jux5+Zr6/4Onw+KLk/Pr3vol7tx&#10;qAYXYahrB48hA/xPPt3iAOA9P9npwBaAVof9WOve+IdXLExsb8KSCukKbEi34v72ykD5fbivl1Yo&#10;ygUan+z173jNwSQWCm4YnkrfgXYf6/vdNS4H2/7HW6qwzk9e99sI0VQHY2F2N/1H66bD344NWHHr&#10;yl3JJA697xIkg5vqSxJjvqA/Fh9P+Ne3XkV1Apmv8v8Ai+nC6EcKH1697jtU1ikAopUn06QCwIa4&#10;vf8Aqf1e6KVrmvVRGK5/1Dr3vgs1YJAoVdJAJYqoVT/qhf6n62HvbFGFV62ypqAp/Pr3uY07aE1g&#10;a1BTUb2ItdgRx/rDn3QjSf8AZ6qsQDGnDr3vlBOwcWBGqzG1y3AAH+AF/bM+MjiP5fZ1SZVCipr+&#10;XXvc8yhhpLAn0/6oLcfpUn/H2jAYPVxj5/sp0m00NKde99aYyxFkC6W1Krc6iNN1J+gtb6fn2+s1&#10;RniOB+X+fj1YO4Hzr173hFNT6iA3DRlitxdD9LBl/s883/r7URuzDxOB8vn6Vr9nV/FlC19DT7f9&#10;Xy6975tTp6Sr6Q0ZS2q6Op4JN/8Abe7Fiak5r1pZCeOc9e9wnCSAqzrcKRpB4v8ApYXH5PJ597BN&#10;dXn8ulA4Vpgnr3uJNSozBYysjaV4YepdP1Yk/i/HvZZiAc08v+K8uks6SSSaz6cP8B697wvj5GXR&#10;y7WbSRZgASW1f631+n+297LgkVx02YRjNPt/yde9tNZhahjquA6KqhLklST+sAfn8e1dvMqEK3rX&#10;8vT5Dr0VsT+oxpX08+HXvbY2IbT6w5IQ3lLE6RwGkCDkD6j/AI37MBdAsKHStTgDj8ur+Bq9AKnh&#10;itft+wde9tVXtVJdQkRZFY+pzqNiOV5/JPF7+1Me5le5TT+X+odJ2tWJqhFfLzrnr3tmPX2PuxU1&#10;cQXWw0zsEVh62a39DzcfTn2sO/ygAGhrTiB+w9MvCEUM+PMGn5cB/qx173nj2KiOsi1Mp1KjadZ9&#10;LD9B4+pP+H59sSb7qGgLXyrTy9PsHz6TywNKQVyKY+fXvc/+6TxIxSseVpANZXVaNdVxw1uQePpy&#10;faf96oSAF4fzJ60toaaFGf8AVTj+3+Xn1723z7Qhd7mqdnBs1yDf+yxJ/wAf969rod4lTAAA6Z/d&#10;rE0OKftNPTy+XDy697TFbt2np2dOCgQhPSLkkH18/T/Y/wCPsQ2u6zEDP+ameqS2y09Af2fPr3tD&#10;5PGYpYWMiR6r6GZiAVANvICOD/S3+HsR2l/eF8VpTy/wH5/PouniRa0yQPIcPt/n172lBQ4IMylA&#10;6xkqdShuLf2r/wC3A9nv1V1pLeeDg/4fT/D0TpGkj1Zc+Z8v9Xr1722VlFgpgVhp1JLBnYsWIF/x&#10;f+o4+g9qo7y5/G32DHA1P+GnzPn081ipGB9nlx4DHlxr1723Jh4aia1NTSMoYEaY2IPNgLW4+v0P&#10;t07qkSapH/InIPnU/wCbp2329I3LHj5f5f8AVTr3tXYjYFXVupkpZljJBV5EKKbi51qeTb/W9kd9&#10;zVBFGWRgfzrx9Olx28k4wvz4Gvn+3r3sV8b1jh1QLVgTTXGrghbk/Qgf04+nsG3XN92x1R4AHr6/&#10;5+l8O0qRUrQj1/l+2vXvb8+xsFTR2p6YKQV9SmzXte3A+h4H0/N/ZYvMm4SNV2JrxFcfZ+R9fLpQ&#10;dtAj1Jx/zfz+39nXvbXPtWAFlKtoAJ0CMPGwPAVtXAA+l/6+3U32RlFTw/L/AAenHova2k1UqOPA&#10;de9sNVsGkZNSLZi1isY/tXtxf/iPZnHzI9cn51P8v+K6V/RlgTkg/s697TdZ1uEDyQKAUZWOpbrd&#10;xdQ7fnnngezKHmgEhXPH8/8Aih8ukjWNZCig4yP83XvbcmwM48gCIyAuPUpsrBvV6rngEfj2sbmO&#10;yWPuIOPX/KR1tLFw1V8uP7c49eve1DSbGycBBkqpGUMVYISCSp5+pH09k1xvlrKDpHljhj5dK0tp&#10;lIJB4f6q9e9iDhlqsaYqdixGsg3axsRcam/r7C1/4dwWelK/L7OlSK9POo/YevexHpcjKiD9zQPp&#10;qbi6katJF+P6X9hZ7cagQK08vn0YQh6h2IX7a0P29e9uCZyRHCFgvpBIZzdgwJuL+0zWnHSPPy9e&#10;qPLpYo2SPUf6uPXvc3+8CS6ECg+hx9B9QLarcD/Y+2za6BVcfbmvy6sCFILAgH/D6evXvcyDKQzM&#10;EZwX4VdHGkWumo2tc/0Htt4nUal9a/6v9np0FKdnA8Pn/wAV173PWddRKsG/VrQqo4JsLhef9a/u&#10;pLHt8/8AVXrZQMKU+z5de9ykZbCzrpIZjwQBbhLX+vtO84DGOmMDj+3pl6kkUyKf7PXveDzPpYE2&#10;Xnm9wQG+ig/737dKoSOHT3hqDjr3vmJgLcnSRze9gTyAxP1P592Umooc/wCTqpjxU8f9X7Ove+jJ&#10;qH1uLEgoLa/wFJ/p/sPfqKD61z14JQ1/w9e9+TgoxYPxduQSSf6D82961g4A/MdefIKAU/1efXvf&#10;GR+VAJJ12C88A8/W/vysornFOP8Ag62i0B+zr3vvyA3Bt6QNJYtYD8gk/wBP9b3parxPHrekjI69&#10;77LahY20tYcC5HFyPr9P6W96GBQ/hoaeX29UpQ1BNeve+J5v6tOs8EDkn8Wvxe3193AKjUTgevVu&#10;ArStP8HXveB6llc3/wBVaxIC/wBA5/w/H+Pt14S9dGK5/M+n+fp5YNS0H+r5de99y1K8sWBIAPI0&#10;qCPz/re05Qx5oa/z6osekdwp5de9ts2R8d+GJUB+QNMnFx/sP8fbiRs2a/L7OtgpnSK/yp8/z697&#10;av4tMSSyEagGVQxUCxuWt/xHtR9Nq4HrTS6cMAOH2/8AFfb173xfc3i0how6vfSbk2t9CP8AW5vx&#10;z7dXb2OQ2R08YkI46T6gde9tku71VmUKoLMygqLkem5HPPJH1t7UDapGGWqOk8jsO1aGv+qvXvbD&#10;VbmSWM/vMdDamCt9SSbgAn/YH2uh2xkIxjpmcuig8f8AV8uve0pWbmanZUUySEs1wDItgfUoY/W4&#10;9msG1LICTRf9Xl9vRd9SVqV4jy/w9e9wKjcOW8cbDyaC7BbnV9Tf1G9/zz7VxbXaK5rSpHTscktd&#10;TZr5de9tybqykTBGR73fhdVgBwFAU3uf8faltntGWv8Ah6rIxY1T4vT1697mR5qolIcGXVrP+cZm&#10;PBtYqfyPwPbDWESdrUp8urxu6rQnjx+3r3vK+Sr2soDWYMQTe12vYMDf/Yj3VbW3QUxUdPAsc1p1&#10;72kM3S5StJU0xkJbUb3cRhhdVH9CTz9fZ7YS2tutVYAf4af5PTotuoXliI/4vr3tBS7Nq55SJ6cq&#10;DrOnxhlZByefr+f9f2JYt8giTsYftofljgKdEabVry4IA/b/AMV173zpdrVGOkDQU76Q4uBcFwws&#10;ymwP+9e63G9R3KULAV/w/PpcloyLpArX7eve1hSmqppNMkJQRsBI41M36dROpvz+ObeyG4aGcaw1&#10;S3D0/Z0ughcsHNQKUofOnyyf+K697VVNlIYHVwGj9ABYxm5v6ixvb/e/ZLNaNIKcfz/kOlSm4Zci&#10;grn8sfb9nXvanj3oUh8YL6kU+q/1IOmwI/rb6geyl9iq+o0oen0WQLlqny48P+L/ACr172kajfGX&#10;hqCI4KlVUEEnUX+v6gObAjnkezmLYLNo6sy1/wBWPt6ZklZSVQkt5eQ697lr2NkPGYGgn1MlgRdS&#10;xYlh9Px/X6e2TyxbK3iKwp/g6YkuJ1pVTw4jNPzx/Pr3ufSbiylTbWkyM6lm+rePUD+kt9Rb6G3t&#10;PPt1rDgEUHD5/wCr06MbaWZ4wW4H/UK9e9q+grqssLJKEsoItwVHqPH0PN+PZNPBCVJYivRpEWKm&#10;Q8fI9e9rKjqJpIwWRYmW0ZLDSp0C12Q/15tbkeyOWJQxANa56tBFLUo9cDH2nr3uYJOA4K3sBdbg&#10;XAIBVD/rcce2QADp6WCMDDde99LUyNZl5cAqzqOCF/s8cC5tb35wGA1fb9nTFwAFCjzzTr3uatTL&#10;FZvI2l25HqYqXOpnJvb8829ptCuTip+fn0wiRy0Vx3Dh5fl173kMyqCxcsWIZVBbh9NyLn/b+/Kp&#10;qBTq6qztRQABg/5f9X59e99GoUIGUk6yxK6fUGJNyfe/DbxD/q/Lq/hEvQ+X+Tr3vDLWKitqbSy+&#10;rngD6Ag/g24+nvaxkmgGDj/L1VgqGpz/ALH+r8+ve0vkM3OGm08eoBSbEG4/t/7fj/D/AF/ZtBYo&#10;wBbj59J6SmoiXiaVB/wf5vXr3ttjzmRZ7FBpLBQTcE6lt4yR+f6H2ofb7bTxz/qz02HkBNTQef2j&#10;j+X29e9qqCseWIO0ejQwJOrWGa2mylfxzz7K3hCNprqB/LowtwJF1E1+Xp/s+nXvcnzygfUE8W1E&#10;kkFipuBwR+D7aMa1p6+n8vn1cx1bT5H/ADf6iPkeve+TzqLhSLXWwBuQ4PF2X+vGke6iI0BPp/Lr&#10;wgJADY+fy/Pr3vlLUqkbMLq3puCpYgstmIP+H1J+nuqxEt6j/N1UJQgNketf8Pr/AIeve+Lztp0j&#10;SzKLlySQWIsDc/617n8+7xoA+o9bhTUSTUZp+X+ry/b173wSY3QlSHshINwCDx9Qb3uR/r29+KCh&#10;A4Dq7xHSaf6v+K6974CZQ5BW4LBl1toZrrpFrnk3HB97KNT/ADZ6oYXY1OPLGQPn/Pr3vrXqQsZU&#10;ZkDEi7XXixCW5uBe5/3j3vTQ6aEVp/qPVJAQ47aU86ceHXvcUyMRqACsiaQ6qWYBeVYAH6/8SPbo&#10;UA/aelMcOhu6prk54/Kn+ode99GUnSA7Dj6LyvAs2m35/pb3bRTNPz6dCDLkV/y+nXveOORdYbVY&#10;q9+VF2JF7XP4/r7260XTTy8umpaqtaVHD8/t6976+4jBs7L5GB5ueOCurj/YW5/1/fvCYioGB01S&#10;qrgj5evn1730rkgWuVVrFiLWJHJJt+f8feyoBz0ojZKavI/6vz/Lr3vi05TS17tY8HkcHm4H5Hvw&#10;jqKeX+r+XT4VeAGD/sf6qde98TU6gpuqXP14IIAuCAP6D3vwdOOPXtIU6eve4yS3DEHXCQzXs9yR&#10;f6n+h9vFCDkUbH+r7etyGvaDRj173weW0SafUQCxZSfpa1iP6f4e7Kg11P8Aq/2eqqjKCW4+Y8h9&#10;np8z69e98btYEgelTaxsSPoWuf6+90H7eqvCGqwwaceve/M4dVddQXTdTKAW1/4A24/ofegpU0b+&#10;Xp03oaCjVqD5jz86elPOnXveLymwGpgG1Av6rj+p5+vP59uFBUmgPThCOKt6ceFT1736Sf1ehdQs&#10;AWLEalA5Zbfg/T3pI6rnp06aEUFT/q4nHz6974iQ6db2FhcBXsWJP6SDzb83920UwOmnt4eK1Xjw&#10;OPt/b6de94/InD6V/tWBdbf4D/Yf4+76TwzTpsQRgA6zn/VSvXveAzIt+dLC2vRYn68sL/X/AGHu&#10;4Q9PagrA0qPQeX2Dr3vt6hL31W1WtY2BH0DH/fX96EbeeekskExbWvcrcB5jr3vryLqQMwF/UoIu&#10;Cx4u5HvekkGnSRkmNRTI/wAPl9vXveBpm9RYlibWCsbrY3/w5t7cCDAHSrwhpA4txJ4V/wA46974&#10;GSO124BtpGq9hbjV9fr73pby49Ni3cgAMKHiKGteve+HlCyXjT1n9XkNjYC3Fj/X6H8+96CV7j+z&#10;qrQy6aaq0+VKde98TL+6zF2U6GuBzpP+qAHA93C1SlBx6dijEQ1HJNKE/wCTr3vEZmJNjf1AlfqU&#10;YC9iv9Lf4e7eH5EdOhqEAjr3v0lSxUqSADzdSCUsPpce/RxCtadedgCaYPr6/b173jEr6CWAJkUD&#10;lrk/0U3ub/63u2ldWPLpto9eR5elAeve8TyyJGW1XYr6kawkYj9I45B/A4593VVZscP9X8utoqEj&#10;XQCtD/qPl69e945H8iK5Oh9K+gXFmPN9ZuSf6+7KulivEev+x1rRpkqhqorSlP8AVTr3v0s6kekG&#10;5/UGKksQLXsLW59+SMg54dbZmdKefHjQY/1ceve8UkqOB6iOVV3LBuT/AE4IB4tcH3dEYH/B0zCk&#10;0cjM9KUxQ/8AFV6976aoL6CgN2IDEOeADY2P4N/r72ItJOr/AAdKD3roJoTgEeXn17355eXDGS8h&#10;sdDAXYHQD9bf6x9+VeBHl04CHqCcjgPlT7K8eve8QmAH6AxjVz6rtcILJq/3r6+7+GT58af6h1Vj&#10;XIwMU9M8T5U697wLVKGN5CJCvHpNixN9Njfgni/u5iamFx/k9ft62zKFKgV4g54j8uve47TN5Czn&#10;SAGBjFrC/wBdJuf8b+3Ag0gKK/PqqojxhFFQKcfXy+f+z173k1qoaQ/QcXQ6JG4A5H9f6e9UJOn1&#10;/YP9jpZFCyCrHPGn8P8Aloeve43mYiXQ2m3q1XuSf0gMfzx/T254YGnUK163NECgIOaUoMVzx/1f&#10;4eve8jyJptrUm4Oo8gH+pH+HuqqwNadF8eaY/afPr3vpZvSzM4UrawFgdKm9yTx9Pp72YzUac9HJ&#10;ppU8TT7eve45lkdhYgBCpJvYn8/7H/X9uBEUV8z0juCvjBeII/L/AFf4Ove8b1LAcAEMQpc+otbk&#10;C3+tyfdhF5npMU76VwPL5nr3vzzGyksvjJCkA25ZfwB/sBfj34LXAGerIGZgEqWP2DA9eve8Rl/K&#10;ldXAtxe9/rb/AI37uENe4Y68UcEDSeP7Pt/1cOve8TzK4AUfQDX9GJOr9RA/PtwRkcT9nTrRhVJH&#10;EnNPL0HXvfRcXLaWIBAJLG+ogA8k/T/eveqVwemydRPHjT9nmf8AJ173ylkKLGTZgAuo3AWxF1HA&#10;vc/j3pEBJHDpUlujAOSVPy/w5/n8uve8XlVkZmOnUFA03Yj8fT6c/X3coQaAYHSaVNLlB86fP/V5&#10;9e98FddLWvY2AbVfgH1EH8En6D6e7MpJz5eXTSlgdRbPp6f6v8/XvfB3D+kal0Xs/NmuNIII+tjY&#10;8+7KpQVPn0oiRWGoimcDFfsPp173j8+knW2q9lKgktdVBF/wB734er4R0pV1YeG3DPD0/b173ykq&#10;nUKOHVSLi3I5FwB/h9CR72sKljXz6YEUAJFT/g/wceve8DyGVta2N/SwAuPqGP1+n9B/X3dUCDS3&#10;5dX1jwwidv8Ag9Pzpx6978JGABGkHRwpJ0oSbkg8/wCsePftCnB9etTUkQLU44H7P8PqOve8bysy&#10;XLg3KnSp9QvyLMf9sbe7iMKdNP29Nxqin+Knr/lA+3r3vn5SEBBChltY34C/XVYXJvx7roFaHPTg&#10;EYbCAen29e94Wn+qofrp+nHCqLawf6gEe7iMfEw6ft8uYkoARWnyznPzp1737zrol+q6gDqX9Mek&#10;+o2N+B9be9lGqvy6UPbx5MTEtSufP/V/sde9+FQfGAhKBrcN9Re4vf8A29x78YgWqc06QMR8LGtM&#10;/Lr3vsyEkR3LN6Ra5VnAIBv/AK/9Pr70EHxUx1pB5rw6974B/Gy+sqt2X0kHUbem5P0+p+vuxWoO&#10;K1/1Hqwqpr54/wA/XvePyF5Lg+jUNLD0qNP4Ib8Dn/bfnj3fRRaeZ8uqkjSC5qaH7f8AV8/Tr3vE&#10;ZdIDA6gCwuP02b9RA/px9f8AW9701weqnVWg9PLr3vm0zOY1A0qAQWsLCxNySP8AivvSxhQTx6a8&#10;KEMXdckf6vt6975/cBQAvoGgfS/LadVgD/sfdTFWpOenWUNH4VcYx5/s/Ly697xtLqkB1EFdMhLC&#10;y/0ILL9P6+7hKJSnyx/h62fBCgUGPL/D+fr173wmlkDX5toDaQOGI5B55t/iPr72iLSn+HptxHj5&#10;+f8Aqx/s8eve+KzFxeX6rdCL2C/63Fj+feygXCefVo2RFouQK0OOve+JqF9SXJAY8tZWtbgg/wBO&#10;OB7sIz8R627BqE8SBkcPSn59e941m0MCG9QI+hFrWuBc/n+hHu2iooeqGRaVNafMfF/q8+ve+DuB&#10;+44uoFx/iXF2Fhz/AMR7sFPwjj0wojQlo1AOPLP5en+Xr3vHrAAsVR9SmxFzbTfTzwBf+v597C+o&#10;qM9OAgnS5xx/PhUH5de98jICRyRw1yTq06hbSrf4/wBfegmMDrzkE8dNBQ/l/l/1U6976Mh1rySp&#10;AOuwH5tpb+o+hv72FwerrV17Bkeh/wBQqeve+2mW3BDgq1ipFtVr6ePzf/jXvwQ+Yp023iKeBVjk&#10;1zXPp/xfXveJJdX5JCqGYcDUwHAa3592ZKYPn1pi1KZ4+ef9X+ode98zIHChlH0FwpIJIF7sSf8A&#10;Wt/T3ULSpHVhU5Kkn7MfL7R8+ve8TS/kHTptcFtX6eDfjm34593C+Rz01IdQpKK5/YT/AKuHDr3v&#10;g7XS5FuAQFbVZjyOR+f9497AAbGelFuw8VSK1r/LhT0x+3r3vpyAqh21G4AXVY6AL2N/e1y3aPLp&#10;fLCs6k0zxH2+nXvfRYhr3JsBbUANX+1X5HvwXH29FBByD17301Uy6Y9UhQhr6SLKR+Sf9597EVan&#10;GOrMWwVNMde94hJGBHdw5Zblhrtq/IK/k/7x7uUYk4pTptjjTU8f5de98HlZP0sb2BZQ31HIuSeD&#10;x9R72qKeI6dgjkfK4Hqeve+HkPAYuxBVlBFvxYk/j3fT5jpWkEej9U5PnTr3vIGZW9LKQkn6iBaQ&#10;H6r9bXv9PdaAj7R+zppbYsxV6rTzrn8v9WR173jWoKMxb9Aa1y1rj+mkGx/x497MQYdvp0sQLEta&#10;dw8+OPt8uve+E0hkZ2bWLEHg6Qf6BRb+n+Pu6KFUADr3iChelP8AMf8AP173iLsWKi3Larn9S6l4&#10;P45t9fd9IAr0xCVikoDgjHp1732s4CrY/pNgfqWuDz/jxx70YyD9vTtaEs2PL7P9jr3vtAQpHpa4&#10;AsL/AKrXtb+o/oPp701CcVHSK5CM7MCMUPp/xfXvfYl9LFr+n9S/nyAX4J+n+x96KZHz/wAHXktg&#10;9uGBoxzX+VKde94i6l1Y2ACsxBIIVQOSPoP9Y+3NOCv5Dphrd18tVcD7fs49e94zMH1MAAFsx/AP&#10;51f4/wCw93CFcHPT0UUaAFz3V+Gv+GnXvfItqAP4Nyfp6Ra9x+AT/T3UChp/q/1fPrVx4cZUR8a1&#10;9R9meve/LNzqXQigA3Y3st/UCv8Are9FMUOTn/UOrALc9zDTqJrT/COve+nk1cgqAQRYsoYD/VLf&#10;/Ye9rHTB4jqyW0SEiSrUwKjH5/Lr3vF6gHtb9LkDixBFjyfrz/T+vtw4I6dEhYjXTSf50xjzr173&#10;i8qn66SApQqD9bD8D+n4492CEDH29Fsq+E9Dw/1fzHXvfNfQpJcAEalKesWbg6bH+t7+9N3GgB6W&#10;RVWPT/Fkev8As9e9+mZYyrBm5A/q1h+TqX/W+n09+QMwpTqzp4ykMKhfnw8sde99LKQP1XBX8c6t&#10;XH0A960DVgdaXRG2mMef2/nwPXveMy2upOkLa5BvquPxfn/efdwlDXieqPGJKUpq+X8+ve8bOWAZ&#10;rlVIK31AegW/4px7sAAaDBPV0Gg0Th6mnE/5uve+fmjcHSE9CnjSLt+Pp9Tb3rQVOa9O6nUrQ1rn&#10;h/Lr3vCagsWFv1fk+g3H9kA/kc+7+GAOqFn1KDn5eXy/1efXveL7jy3W+lr6ODbUQRYH/D3bRpyc&#10;+fSR4XjbTxAHGhH2j7Qcde989VjqJAYKQR9RpAseBz7rSooOmNVeve+JlW7E8rpB1fQKPrcX+v8A&#10;j73obgOPT8EOsVPE8B6/5uve+hObCyqAeAhvdeCb3/P+x978Ohr/AMV1YRqrcBX5+XXveCOc63ct&#10;cKbfkgnnT9R/h7caPAUefVzBG3npr+z7Pz69781UAhJNiQTcj9DWFtIHN7X49+WIk6R08Q7ntoRQ&#10;D5de99rOGQJ5CwIsx06iSt7C4/H09+MRDVpTrblq1YcOFeA9fn17308tzpVvRpsb3CqSeVU/kfn3&#10;4Jip49JzFG9XA0kfP/J6+v29e94VnN/oCukMDawY/kD/AGP1Fvp7cMYIwf8AY609tjUGpxBrg9e9&#10;4DNJ6RYoRcWB/VcFrE/0/Hu4RDnj0wsXfR8Ux+z/AD/5uve/RzHSVVSBYkDliGHD2YW5/wCRe/Og&#10;rXpRJBEvBseWOI6974PK4uYzwAv0GklQRqIP9D/iL+7hE/H1ZFRDwHD7fyPzPl173wkmZmWzNcCz&#10;2/I1XRVP9R9f8fdlQAH/AFf6q9OlwqUOK1p5fafz4U6974mcIiG7fXSfTcvr9BuF+v49+EZLU6be&#10;JJJNLVxgHzPn5+XXvfjMoIGk8EaPzqv+q5I5sLkH+vvwjNK1416StAdNVz8vP0/bX/P173i1JpHr&#10;BOtmDfQjkcX/AD/S/wDsfd6HVw8v9X5+fWvGOnRwWlPtxSvy697/AP/XHselWUFGbRFcgi49QsXH&#10;1/2J9/MuyhxQ/P8AmKdfQninW/x75oxXysASjBOAAQCB6gQPwePaYWqKwNfPH7f2Y62GZTXr3vJJ&#10;JpOj0kFUuFLXjJXUBc/0tz720TFWZTk/s8/28a/lTpwynLEYp/xf5efXvfklV3d5PqqppupJJFgz&#10;ccD8km/tP9PKGGkcPmKfn/s/l0njnLvpA4ceve+SS6BqcIQU9OokX0gA82HP5v7s6SuwB/PH2/5O&#10;lGsEhfI8ade95rqNLRMjroAYABSr/wBpR/jcgD22VJGiYef8vL7R1fDEJ8VPQ5HXveV5EfVfUXsE&#10;BsVABAJJvx/h7aCEN3EfIV4fL/UeqSRaiUYCvl8uve4gKhTGWdQymxYfTm5uv5v+PxY+/MM14+XR&#10;TQhq8Kf6vy+fXvfMyKkfEi/pVLm/0F73A5HHI/3j21o1GpH+qn+fpzxlJ1hQWPXveaIqwGlmkFgb&#10;XUhbAHUQOef6e3jCdOtqD/V5dKltddJJeJPAde94Xk9Xpspvf0qL6FPqVl9vGIpGxJwf8OPSnyx0&#10;sIoD173LRlfQJXIRVBW4D8gFiqi/9faRI5AaoKGnHh8v29UVW8uve4xnVXOi4ZrOFPCFTzr1f7D2&#10;6kZNWl8sfs8qDqjxRy0Egr6fl173kEyEFwuvXdSAfoR6jfj6+7CAjJBFR+f2HpvwYa99T/h6976D&#10;klAt7IpC2P6ASQG/Bt/r+6GEq41AgE/tp1RLZQwZDUf5uve8zMItEqOQ1ig+gC2HH1/x+lvfhpLF&#10;WFSK1xWpJx/q+XS0UqajgP5nr3vpTrWIkBgtz6jwWItctx/sf8fbR+OtcfZkfl0Ts5EmpiOOR173&#10;kV42jALu9m4S6qFK/wBhP6AH3dUBTjivpX7D9p4dGUJLxhq0r173zjmEmkc/oksGP0F7klj9P8Pd&#10;TbFR354VA/1Z6fFRgn8/l/q8uve82ttTWb08DgCykfhiR9CLXtz714RAAj41Ofzxip4dVNeAzkjr&#10;3vGh1rJqIPBChG0kkG2oE8G3091lRgQfPz+XpXpqSMjPn5/5Ove+SHjgLLpZyVYX0m1lDavqef6+&#10;2yKGrCleH+o9UCOfKo/yde9842IYABV0j9TC4DH6cH6n3RqAevV4wVfI+XXveVW0guzH1al9N9KF&#10;TcEp+PfkBL0X/V5cft6ebHw9e99LJwr6mZTqUxi11ufqT+f6+7MKkg48/UV9OqLXVQ9e95DKQiRk&#10;EAve4P6ha4VQLc2/23toJ3E+f2V6fA0mtOHXvfndRGHuTdv0sNQQHm5X+vvyh9VFH+z69UqPhr17&#10;3ggZmBWRrASah47DXY+lCb8Ejk359uyKVYUFPt6RTkRmjGlaUPHr3vMkzBpdOoqGZiPyfzpNhf22&#10;0fBj5fyr59WtwrPp4Cma5H+o9e99R1F+LBAJNYIOrj6k6ifr734JClq0FPzP+x516UukZGeve+Sy&#10;gysJFMg1HxufQFv6lQK30N/qfbjQMIvEBHkaZqBw9M9aRKDWTU+Xyp59e95pZCQdLcm2ryX1Aav0&#10;KV+h/N/bCqRhuHTpOkEOade9+sYywNwCRq1AEE2tfg8W90rqAxj/AC/n1qoYChr8uve+mAYoyFls&#10;ShfVZbfVioH9f8T7cQEYbgRUY8/s/wAPTMmTQYPXveGQuqO7MzOz2sDwQtrEAcW/r7d09wWlBTpB&#10;LE8b5OOve+aFyhADEc/Uqfp+rg/763vRRS1RRfTPTkJlemKgn/V+XXvfcUoXWYwAzAEjXcLY8WDX&#10;v/gfdHQgAP8Az8+n1DAEcM/y697zrM5aUcgOABYXLNazMpJ96EYKB0GB64/Z06qIBVuP+rj1730a&#10;k6dJcFrWtpBuwsLtpHH+t7p4bU7RjHnTpmUMi6wcfsp+3r3vG87yqPUwD6fQq/XSLA3+oJ93CUYs&#10;vHpppAMft6974GVpLOWkKIgGpWIv6vQpH9ePp70YxmoHGvXvEXy8vXHXvcpqwAsoc2MYvqNiGA9Q&#10;W3++HuotnagIpU486f6vTqomBdQFqDwNOPXvfjMhVgt1GlG13BAAOotb6j/D+vu7wkZcj9nH/V59&#10;L2KL5ZHHr3vGsxAP7jgWYKPre/Ni34J/ofe/CUrwr0xM9I6qPT+fXvcj7wFeVsVQWLAc/Qm9z+f9&#10;sOfbfgkEZx6f6vLpMswxUde98Y6tvUzqxZmUEK3NwOWH9Vt9P9j794KgAf5P9XHp0TIaAgjr3vgZ&#10;28gJP0ZiwtewHKOW+hvx7eW3Uip4+WcfMf6sV6URVAqcHr3vl93IzPcm5QhrWIuPwhH5sOf9f2y0&#10;MacOGM/M0/y16StNWUq3D/Nx6975LLYswfUl14a4W6f2LfUc2P8Aj7RyqDgLT8+Pz/keimR0Lnwh&#10;QH8/9R6974NUISzIwRE/tqGW725J/wAP9f28IZCNTcTT8h1vvc93xfLjx8+ve8kdUoA/cKl7huSx&#10;VweNJbm/0PHt0REZIz/q/Lo0RlCgMO6n+xj8vz697yfdlvSshN7hip0kG/67N/vJ91WKp1kU69JL&#10;pNBx6974x1LazpLOSVGu1ltY6rk/X3cx0yaf4afZTqglNAGoRTr3vIZl1KPIzaWYaVUAt/QADi3+&#10;29t+EdNWWnHP+HrzzKxwtT8+HXvfLUQStrC/A9IZ3/xP4vf/AHr3XwxgjpkOAahR+zr3v0szskZD&#10;AhfQCLAgA82t/sPdvCVmKjFf2fLrUr+JGQ3l1735JlR0BN7jixNl/BBvxz9AfaYwufh4fPz/ANR6&#10;Qp4jmi1Hr/s9e9yGcaT6nZTpCr6dXBuxAP1P1u1x7cRNGPXP+EdLkGhdIyf8HXveZZiqhfKysAxX&#10;kHTqJXSf9f8Ar72Yg2ada/Cfn/qr17339wyCy6gCzKxQaVIC20kN+AfqT9T7r4JrxxxH29ahuFoE&#10;AwMjPn/n6975CpC6FIIUXCrctpYfRnB/P1A/p7baFznFT/q/1evWriTVR+B4H/COve88VaUjuylS&#10;rgqSP0gf6mP+v+x9+WKgp/k6egmVYwOJqfsP+r/J173IbIXaw4SWQsdIWy3Fiw4txx7b+nBAUnP5&#10;/wA+reMrqVAOOHl/qz17377oppBY6SrD12u5c+rSPzYj8fT219Oc0HDovZ21Gtaceve+YqjEw0u3&#10;jLaVvzyW1E2PHptxx+fejAHGVyBX8v8AUenvqAwpXP8Ak9D+XXvebzoJPXIRqA54IAvfyBV/rYW/&#10;pf3oQsB2jP8Aq/1Hq2tgBShr/I/L7f8AD173wV4o3ADEKGbUSWUA2ANyf9cWP/Ee7+BKVIIFRTFe&#10;vCI/xAHFP81R173jkqbypY2UsGF1IKA/lbe9fStnUtPL8/LqomP9lI2nJBxw/wBXl173z80djHyQ&#10;GBBuuoseGJA/2BA93MQCcNNPXgf9Wf5evSstCU0iuB6Vr17300yDxgytojIBJchDyFuWBv8A0sPd&#10;FtyWNQKnIFKn/VTpKgUt+oT8h5/Lr3uK2TiRwolW7uS5H9Fb1G/Bv/tufr7Wpt7nuocDhQ/7Ip06&#10;88YJIGQKfPy/L9vXvbec4o1AyKwSRgZABYoDxf63H1HtW20nSG+XD8s/s/Z0llmBHiClRk/5a9e9&#10;4Bn4AVPkXUHYrYXJdgByb88W/N/em20lRVSAPmf5Y4f8VXpC10oXtFB5fmeve4b7nRGAF7678sCb&#10;k86k/ofpf2pTZw2CKgcKDh5/y49NveBSUYnr3vE+59DCzajySWtpIva3+w4A9uDZ1YaZBp+VM/lT&#10;pwSyEaR58KHzP5jr3uHJuly4YnTa30Csupl4Vgv+PtQuxhu7SMU/2PP9vTCyvIupaD+Rx+3r3uNJ&#10;uaVB6nZf1fQqoYnnm31B/p7dTZKiigH+fn6+vTbySBQoNW+2vXvbW26yq61clW1B0YkaQpseR9PZ&#10;j+4tPxLp9CPWnp/qp07HOqijkk/Lr3uFLvmMX1FlUNdVF2Gv6X5+n+x/r7UJy28nEZzngSPmOHVp&#10;L9Qvh/l1720zdkRL+207La5YahyCeCASTYAW9qv6pqwDFQGrwHCv5D+deiaa9CVSTA4V697wjsWF&#10;orJVkgHXd20qSTcD1fgAW9uLycWckrUY6ZF1Q6lBPXvfS7+aRgqVAcl1I1LqKrfVa4/4k8+1D8oC&#10;JiGBGCPl/q/4vrR3YK5RmoeGeHXvblDvpkJkSpLG5OmMhSpuPSxY/T/D8e0b8rGmlhWlP8uf2cT5&#10;9ODcyRTVX/B173mXexcsQSzarWcEH1HUWB/oP6W9p35dAPaaD14io40of9VOnf3ioPxVrSvkBj7a&#10;de9x33ZNIdSHS/k9P58dhwWH5v8A09uLsYUUbh/h+z0+XT63HiDUTpHrxqPl8uve8bbnqTdiqyhX&#10;CA3Ogow9ZZeOT7umyItGU6T5/wCT9np+fT0ThKNnP+r7R1735dxVTkAxC4Y6SLEkAWF1F7W4sT79&#10;JtqLwb8yPnnPz6UtceMhRW/aKde95/43VqwU02uL9TBdKFj9LKf+I9t/u6MnB0+nnjz/ANgdJQku&#10;v9UgKPP/AFZ697yHcEgkSyPEykk3I1I17WBHA/23Pvf7p1LocVBI4fZx/wAnSp5Q6hH9fKp/Zn+X&#10;XvfCXckqXAjkszEa7ngE8WI5Bv8Aj3sbDqQOaaf5/L7emWVtIABBHmaf6v29e9wW3ZLDIANcpsdY&#10;u2ng8Wkb3s7FEyAaQOHD/D0gM7jtIFfsFf8AV6de98F3jISA0EiBSACrlbD6G4Nr/wCPu67FGe1i&#10;KD1p/qH516ss7t2nGfMcOve5dPvMrK1mbQWt6gPoeNLH6D/X9szcvowGnJOcen+X8uliSgqC1ak5&#10;/wBX+D0697fl3fqYSqwYuwBDj639AIUcaf6H/beyqTYkAMenB9OIzwr/AJuqC4C9gqfn/q4Hr3t1&#10;TeCLZW0MqN+8bn6AX0KfoP68e0bbAZa9pB8vPP8AsdWW9qlPMj/Ueve+v78wwu0Z4F/T9Li/+8XH&#10;5/r7bfl53GqhqR/P/V+Y6dW+YZOTTh1728Uu/MdMyqJgrxaQA7AtYn9f+ufoOfaCfl2dI9Zr9gB/&#10;1fy6Uxbh2d1B5kef+r+XXvb7FuzHuXvPe+p1IK6rr+Fve1uePaIbFcv3accMn1+WOl0Nz4ve2B9v&#10;7Ove8r5ymmTRHMiu1joWytIv6r8fU25559tfuuaIFqYXBP2mnTwmoSQRgHy4Hr3vIcnCqqdehr2I&#10;+oZT6gw5/wB6HuiWZLf6v83T6TRijuT5Z4j/AFfLr3viM2LOD6rX0gFfo3CFCOf9gPensXYjFA32&#10;+XH7Ok0t1VtQqAeH5f6q9e98P4vNI0iNdRcEllOtgVvpHJt/sPehYlUBpUeopTH+r/N1RJ2WmdXz&#10;/wCK8/5de9yFyM5IQqI42N9LsAQP7Nr/AFH9fbf0YYVyf2f6vz6fRiw1SGlOve/Go1SC5RtL3Vhf&#10;SV+hsy/T6f8AIvemg0D0qOHH8vTrZkeLtw2K4697nQVtQEIUlgWNgRxGObCzck/1Hto2ykUOD5fP&#10;7elEQDpqLUqMcP8AV/l6977eSaTUTLoVQDqBsOR9dK/kfn214QQ8Kk9J5WEZKsan5Dr3tsk+6teO&#10;VW0uFIAuH9X0IvYH/H2pCxgUYUqOmWletDivmRnr3vLA1UpdzdVQsVIILLf+t/rb8e22ji9K1p1u&#10;ARVyta/l172oabIoyAEKABrFgSZCDYm39R9T7QzQEEinDNSf2dKAF1HFD/Lr3uca1T+iyk2B+nqV&#10;TdgB/iefbZV+BJNPTy/2OnAik6T173zerVx5FBBJ4Gq2lm4IUCw/2/uo1AkeZ/YetpEBTgfn173H&#10;krAqtGt1s2l2ChdbSfTUf8B/T3vQ47v9WOqOh06+NPLr3vjDMrWGk8/VmNwH1XuGPIvb34oacfP/&#10;AA/z6YhJ+Faipz/xXXvcmSQygRr6XEi3AsPoeRf8296UAGrUpTpRE8fiEccHr3vk0j2EYCAhwxKj&#10;1ooNuSf+Re/AfC38/X59WChu+pIPXvfUkw1qqgnSbMTxcgatQHtyLToJI6tGgoxPXvfREhIK6AoP&#10;rJNwzFvp4/8AifbRK1NOB69j4Tk9e99K0mtmLpzddPqIAWxDKV5vcHg+6FUYdy6iP9WetFKjOeve&#10;+lLXIU8XDA/U6fwL/X6/T3YRxk1pj88Hy/b1bSlKkf8AF9e95o3ltbVqk/s6rabHhWa/14/HtiSN&#10;PEUvgAZ9a/L8+mZU7wy/D59e95j5F+jKHeMrwF02JN1Fx9PoRb3eE9poO0GueNMCv29NqRQCnA16&#10;97jPHM1vGwJHIPq1CwI5vbj+o9uUUGo6f1IM8B6eXXvcfwNd0MhOpdIewtp/VILr/tgfboKilKU6&#10;uGGKDHXveEvMjMQdShNDuVIZVUagAf8AEf77j3oaTx8uq0pTH+r/AFfy697wNUzxqHW6FF1ku3o0&#10;2Nr2/wBYX93VFJIPnjH+r9nW9XadX+r/AGeve8D5fUCpBUlVdX/EhuAf9b/Hnge3hb6SDx8umtfc&#10;F8jiv5cOve471kdmBXWWCgr/AKsA+nSf+hv+K+3kQ6h5AdUUhzQCgHr60z173DfI1PkVY1aVXBBH&#10;p/pey/4DjST7roQLUkD/ADenSSe4MNAoFSPMcM4/M/y697zQVMspRXgkCk6JNTKXYLyTc/0+lrf7&#10;e3ujnOlSD6U/wdMLK80qhqGvkMcfs+fXvapSl8iKwW4KoSENwv0+oYi1hwP949pRhgDjpdmg1Cno&#10;Kde9xZ1jgVk8mosCvPOopYlr/wDEk/093UlmBUUp6f6vXp5BpWpxX/VX8uve0pVSoqOUUCR1ZSQx&#10;4Vv95uOCbD2YxKS/Gqjyp/qPSW4cqSp4AV+0+R/1cePXvaMq6aqqZFWGN9TBrMP7Vhw50/Qn83+n&#10;s9t7mOMapCKDj8ukEyF9WkgV/l/q+XXvaQq9j1uVku947nTpJN7W/wBp4HP0Ps9t+YYrZMd1fPAz&#10;/n+XDpI1m75GPn173KpOm6dij1FZUhpCBbWRGwI9Sn+n+x9sy85ugIjVQBn7T5fb06m0GnCh/Lr3&#10;tWUHVODo0ZZKaOV1N01O1nW/LKn1uDa9/ZVNzbeTiqkgD8iPz/ydKl2weQr6/wCX9o697U9HtjEU&#10;CoEoIldSW1qqq2occf7z+Tf2UzbteTV7z+2vHpULGGPAxwx1725NSU41FQdAa6gIBYafXpUHj8fX&#10;2jaWYnJqcf8AF/l0+0MYWiioNCeve8LBGBjRSBqupQ6WYHnUdP0v+eefewSr148OqNGFFR8v2HFP&#10;y697xtIieRNCjyIL39RTSP1Jex/HHtxkJoaj/V59e8LQaOAONCa/s/z9e9xodLX9CgMzMpYC5B4O&#10;pf8AH68+6lnB1KeHlXpkW0Rl8Q4H+qnzpXr3vKlJrDa4gqqPqf8AE3A03v8A4/Xj35pmUVBp6/8A&#10;F/5enmAWMyLx409fKtfTh1732KFmJXSgAAA1c+m2kkfXSRckX/Htp7gKNQJNTnovMZ1Fvn+z/V8u&#10;ve860MSQ/UtoNha5BI4B1D+v+t70bl28zny8ujONEkTWooRx697gzUY0aGF3YgkKdYQH/X/Nvr7d&#10;W41OGB41r5dN3AXxUUYqTqJ8x+XXvbetPFrBWxKvpDEKdJtYFbf0HB9qWlIVj5enSNqodPzx9nXv&#10;bo6AgNe2gAAKQQzW4JBAv7TA0qAOP+X06MH1AaRgU4nh/Lr3vgIVljCagJF1FmHqshNwGP8Asfyf&#10;fmwdY4Gn/F06Ze3Eyh1ajUAqfT1p5/6q9e98o9KyBNWqx+qD0qy/V7/8QPfuKgkV4/8AFdOxKAoD&#10;0Izk+Z/wjr3udG93VmaMEX+h4/wY6eefx7TzRLoqo4/4fQeX+qvVmijKkxjSw4de9zlyfibklbAF&#10;m0qQQfT6fzYfQn/ePaTwGYUX546ZWYKNLChzw9ePXvcoZfVa6gq4+jMpChPopYf7f/H2wbXFAcj0&#10;6ss8ZpTj/n697yCvP6gQCdRUFiI1FueLc/4D3uO2FQDxHr0pijV++Rsfzzw697kQ5FGuLgsBxqYW&#10;JtdlU/4f190kgJP6fA1/1Hqxir3J3L/q9f8AUOve8y1Yj0u7KqsRpNxc6jxdVvbn6X90EbkUGCPX&#10;/V/k614RkFFX9uP8P+Dr3vmauNQhjOphfljYox/PH/E+7CBtWhsV/n8urLA7E+IKD/D173jatdtI&#10;4V2CrdT+o6r8/wCJt7fMMajArg9XFsg41IHr173K8+pDrN+Tc3F7g2v9OeP6+0Z+LSM/PpgINQ04&#10;6978ZEjH5NwXF+LD6G39R+Abe9dxBH+qnp1qmrJx/m697xNVKyuebBVdgxIXUvNm/wCNe3PDd6aR&#10;WuPI49evKjMQEAr6/I/6uHXvbbLUhizIVYWKi4NrsbgAH/D629rQqBNJ4jh0YJHih/1U697jvUMz&#10;Mi31H1AtcrY/6q/9PfgDTR5Z/wBX+rHXmAC5pw697bpZZCXLHUofSbH0AqLcH/H8e3BEqgev+HpO&#10;TQgoAB9nXvcF5F9Wk820Cw4XV9dXP0H+HtzRTB+3/iukFzGXBceWT9ny9eve4E1PFM6hQCxXm30H&#10;qvcE25P9Le1UbyBc4H7D05bCUp+rwPCvGn+rh172zzY0FS/BcuxNjcrxYLbi359rFuaHSDjr0kNM&#10;ChHXvbO2LKAp6hctbUulbr/X/ivtYLqpr0n8HGrI/wBXz697iPjjoQuuojUT6SSqA2ZSCCeR/tva&#10;hbqjHSaD5+v+x/Ppn6VQ5dKEt173xFPpKRmM6dRcRkMAtv1FVHP0/NufdvGJqwP/ABf/ABfWjGxX&#10;AP8Aq8uve4a0YEvlMa6WYnVo/WLEi9xwR+fbrXB0aK5Hzr1VoSM0PXvcgQQOiMyhNTFyAoOoFrAB&#10;1+v+JP090aaRaqM462UAH5de9zIjHHcD0gEgMSSAALi17Gw+n19pm1GhOf8AL16tcceve5Yq6RVI&#10;vcEXLKP1EiwJvaxtx7oYpiBQ8PL063qovcKn/V/g697ivW0BtpRbKbMzBrr9LjV/vXt0QXCjurQ8&#10;Kda00OT/AKvz697kxy0Rib0R/ouxD35BID2HPH5PujCdZAVJIr/q/LrwYgjzA/Z173m8GNn9bMpK&#10;WJubAkj6A/S4/H59tmW4Q6fI+nl0oiRQoZvP0/l17319tiWYqVBJQMTxpVSOSw/JI+vuhmvAK+Ve&#10;trHGRUDr3vPFSYQaNCIvpLAldQcgngf63FvdGmvSDUnq2leJ697zNT4VtbtHGz6RpIdbt9eWQ/0P&#10;196Et4OwEjPp/l60Y0/s6evnx697jNjcPMfIUgNl0D9J0MeAOPpe3Hu/1V6lVBPz62kKFqcK/wAz&#10;172+UNHj00sCtggTkqVVSbXv/X+vtBc3FwcU/wAPSkRLHSgFQMU/1U697UkSUkSK2lTZfSR6lN/0&#10;21fS1rX/ANj7LXaVyQxp8v8AV/PpegBAKkE+nXvctHSwUBS3qLEWB0n1NweOP6/8R7aYDzr07WnX&#10;vfUk0aj0m4IuLgeklrXBb6E3Nr/j3pIWahIx1dBXLHA/zde945ZggIU6FddPjBs4B5vqHF72/wBv&#10;70IiaV4jP29NSRGZa+YzX1/2Ove8ZqBp0kk+O1tV/Iuj0tqB+tx/xv37w86vXpsWrt/bZFOAznjx&#10;697lJKksQKsfTcKbcNYc6fzyOPbZUoaHz6dEfhiij0/1Hr3vjru5C6tYKFdR4U25BVfwv197pQCv&#10;Dq5BC18uve+pLuDGSpcAl76WUErcoBf6D3sDSQ3l/q/n1po42IZh9n8uPr172xTUInlJ4CgkM7Er&#10;6lOoi39OeP8AbezBLgxqPXqkkOltKYpT/P173kWl0Aqq2bkiMAeuRRwvP5t7oZtWT+306aawR28S&#10;tM5A/wBXr173yuyEpySbaRGbX9NypYfSxIJ96IR+4cB5n/D0rWGKOgQ8PX5f6sde9uCztwrBkANy&#10;tlJCWIuW/qT/AE/437Tsg4rQ/Ph/LrdFoW4+Veve+mZAzsiFgbFL8AuL3LA/61jz70AaBSf+K68t&#10;WwT6de98mne7MUI1clmuBpFzpF/9b+n+9+9BFIoD+XXmiSRdAOB5jjX1697xvKoF1ZrAclrt9RfS&#10;NNvofz/j7sqsWx/L/Vw6rGoUaUFD/h/2eHXvfazoAZA9wqkgkEEENZbk/n/W97aNsKRx6dw3bTjx&#10;+zr3vG05ChrXa4kDEAtpIt+n8f8AI/bixDIJp5U6dSEsMmlcU697hpMVdHUAaS68WYAyfRuf63v7&#10;dZBQqc/7HVHWRWMZJ/2Ove83kcC4OlSWDKVuGY+oEf63tsItc+X+qnWlR3bHD/V5de94llFxouAw&#10;9Ln6cH9B+n19umM08j8vPpb4fbQUP+rj173GeRkuhBdSwIfVyADcqAPxb+vuwXVkY6SMQZChGB+z&#10;P+qnXveTzRnwkIwZQQxAFnB5B/p7r4bUap49VVI2BXyHlnHz697805S2lbWN9Wseo/qYFR+ODb+n&#10;vQir8R/KnW+0dnAf7HH/AD9e94/uDIo41E83B0qrX9XqHJ4+vHu/hBDjHWi+Kf6v+L6974edRYED&#10;V+GH9r82t9Lf4+7eGT9nWw0jNTiPTz697xB+TovptqCKpsCfz/vHu9B+LpsuWavAj/B6faOve+2m&#10;fRICyeOwYhQbhj9SCPpb+l/eggqD04zIQGI/z/6v8/XveATG3NyhDBltflb6T/UD/X59umMUHy6e&#10;SFWiD1PA/wCr/J17339wHKqCQth/goZf7P0/x+nvwj01PSegZCjCorn5Hy697xu7ubAlAq2Aa4DH&#10;+tj+D/j72FVRU5r1rUWAataE+XDr3vGskl2DoSCpVAbBQAb+gH6j8e9lVoKfaenFdlGviB5+Xz69&#10;77JDkhZOeCClzYEfhf8AD6WPvYGnJHVAdS09P9X8uve8JkUE2K8ITf6i9rEgkC/Pu2g0z69eJY44&#10;/kP29e98HdSpGogNZDYi9/qFHH5/r7soOrhXps0Hcfz8qf6vn173gWTSUCkgrdf1AsTf6gfT6f7f&#10;3fTxPr1v4fKpOccKefXvfSyAmRrAp9Ab2Jb6sQB+f8fe2U0Gc9ULahSuP5jr3vpqgoLG3oHo0fVy&#10;DwP95sffhHU9KQsUiIq/Ouaf6vl173hld/1G2o24+sdr302/3j26qrw/4vp9YY/IE8eNfL/J69e9&#10;8/LZSAAQNLX/AALD1IL/AJB/HuunNT0jegkKoajhx4f5aenXvfmYshdeGUgn6W0L+SOLk/QW9+UA&#10;HSeHTZo4GaA/4f8AJTj173BFQC7KiP6GLXF1P+BBPNv6n2oMR0jUePXvBcEAjj+f+ode945Jwbye&#10;nklHKgsAfq2orb6/1t7ssf4ereHIGypNPX/Pw697wPPwSSCDYgB2JYXspX+jD24sfl1VpKnSQF04&#10;wM1+fy9eve8jFlPkY6m+gBOk3NtIJ/JHuooe0Y6L521yaVyBwp/M/n+wde9xjM12kfgk8KBd0t+k&#10;lh/T26EA7V6WxRmKBV4Fq1qfXy/L9nXveBZkkJJJWwt/aJPN7uP8f9f24yEdOGM6dP5muAP25P5D&#10;r3vxYhXBBUktbS4K2JupNuB/Xn8+9gZx06zsSuRQAca/5f8AJ173jWa7sF9QUKSvNgQPqf8AH829&#10;7ZDpBPn0wJEoAcjI4Cv5U6975FtTXAZFIuCGHLfQliv1uOLe9Uovqerr5E4z6+RH+qvXvcaWUJw0&#10;pCgcleW0n6D/AJEfbqJqFQOlCwgr3VPyHn8/9Weve+CkBVKPcC2shi1/IPwp5/pz7sQdRDfl+XTU&#10;6BCKCiUp9h/2eve+ROn1Em5X1AKDe3AA/wBh9fx7qO7HTtsRUjFaYP8Aq/I/5B173gNUeOdIOm2p&#10;w30+t7f7Y8e3fBH2/wAulOljw9Kfn6f7HXveHzkF7jyAn1IhtoDWH1P++/p7v4fCmD8/PqjgOndU&#10;AZ+wj0p1730avUxAUFQVBA4sWH0Yn3sQ0UVPTcUZiQSS5b+QH7P2/Lr3vi05IYshkJ0sAxQJoHIC&#10;otvyLge/CLODT7OlgZXANKj5ev8Am6978KknUbMGddNgAB9bnkcgf09+MVKfL/Vw6YkZGYll+H1/&#10;zde98Y5w7FmuVU+kWJJYcWK/6n/X92aMjA8/8H+fqkixkaFNCc/Z6Z6977eVG1LpC6QQh5VSeDq4&#10;/oOPflQjPH16YikMUgLVA/ycP9nr3uOsqlNTcXNlNxwCQDqLf4/7H26VIanT5dgSf4v9X+ode9+8&#10;ugC1hwbhRdtP006h+T7ro1HPWmKydp8vP/i+ve+/uBqKLq1EISSfTfULqf8AY/n6e9iI01fb0z4S&#10;A6iw7vlT8uve+DVDO1ib2YIQAV0i9iT/AKr+o97EQUfl9v8AxXSh3JXQvwgYJ/yfZ173h8hQuFcN&#10;Z9FpACSL2Jtb+nPu+kYqPLpidRMqoSQBXy/Z/Pr3vjHIbmM3KlbeMCwUA2so/P8AX3tkFAw4+vTc&#10;UKxCuGPrXP7Dw/Lr3vkZAt051GxYgBQQbfUfm3+A59+0ljq/1Dp4E1r173waVtXLhG0jTpUg6ibG&#10;7f7xz72FFMCvXiB8NB/Ly4de98DK0YJsWL8luOF0jgj6n3YIGxXh1oFVwRQ/4a/6j173yJPq0krc&#10;G9rH+xcFSP8AeP8Abe9AUOc/8X1Y9xC8f+L697i+ZyqsbKwC6CosoOq4B/P59uiNQ1Bw8+tawDQe&#10;uR50r/qOOve/eVyDc+pV0k/QmxGu9vpcmw970KDgdaOFDkU4nH+Xr3vmZVI/Vf8AB4uLHT6Qx/2H&#10;HvWjPWweOfLr3vG8lh6D9NJkJAubMbam/p+eP9j7sEFc9XiOiXV5tWnrWn+r+fXveENYl2sA12/w&#10;AvxqI/2P192PoOjBJC3Yvp+f21/1fZ173lZ1Os/htNyCQrMQALk/0HHuqqRQdJYrWQgB200xTzHH&#10;r3vE8rKxHJtcHkEknm4v+eRc/wBfdggI+XSe4Twf8h+3/Vnr3vldiCoPLjVp4NiouwYf0/p+fyP6&#10;e/aRx6ZDMoAc0I9fOp/yevXvfB5lCggEGw/VYAsRyLfT8Dn3sIamv+odXEiFgMiuf5/6s+nXvfBZ&#10;0KcAXBZxY8MwAUlSeb/T3YxsDXp0RzGoU1+2gP2fMde99CVQVKl1F5LBytyLFSCD9QSR78VIr+XT&#10;DSMGOqgJ+fAUHl5f8X1732JwdNyOPSTz+oiwsLE/j8e9eGTXq8MazS6GJCjP7Pnxz5f7PXvfjJp5&#10;ubKnBX1amH0JH1/24970k0+3pdLErKVQAEfl+Veve8SztILhtKorE3AJLF72Q/763uxQDjmvSExS&#10;g1AFDUU+3Hyz/Pr3vi1RcMVbSRbSTYkG/wBSLW+nvYjoRUY6o1vIoq+fLHXveBqgm6i2oGxI4Uj6&#10;twfyL3t7dEVMnh1WKCRqhu2ny/l6fn173xEwR+LmzAWbkWViNVuf6e9mMEZxjqsirE+jVin7PsPz&#10;/wAvXvfM1IbVf6gFlX6i68FmN/r9ePdfBII869LI4FCVlHH5+XXveEyl2W66dQ4YajYLc8E/Xj6A&#10;+7aKLQeX+Xpqa3D1aP8Aw06976aReQWPOoFTb6sL6ufoLf097CGlQOk30soNaDHz6977WzqGZiGK&#10;n0i5uBxpH+29+IocdLYEMUekcfljr3vH5TrX0gFBYEgr6h/Qf630920YycHp5grKAeHnx/b9vXvf&#10;jLcC5YqzeteBYXvwx+pt/Ue/BBXyx0mjt6MKkFRX7f8AN17315QWsNQUKQrkg6bjgOfz/sfeyuKn&#10;pYY1QUAFSKft/wBWOve8TPa6q2m3Gi9mHHOk/gHn/jXu4FTUjpOII2FaVrxz+wkde996wFNje/6j&#10;cgN/S30sQfp70RU1PScxrHcrowOPrj1/4vr3vkspUAs4b0kc2ZSbfkf7x70Vr2qKZ6MQ7Dt9PL/B&#10;/qp173iVrEEE6Tc2LXUEC10Fv+I49uMKjpI0cVyNSN58B/gz/qPXvfESqzavJc+ocfRiPxb+n+8k&#10;+/FCBgdIZofDOomoPn/q9OHXvfi9/wBJUlbBTzcH6kE/T6f4/wCw9+C+dOPW0hLDWxoCPtr8+ve+&#10;LN9LEqGPDGwBf63W/wCOLe7AU49Lo3XQIwcL6Yr/AKv29e99+ULcnVqsQ4PJ4H1910E4HThYAAZH&#10;+r5de94w3BuSysBYiwH19I0j+ntwgV8geqF3LZoAPlSnzzxPXvfSsFJEh4uTdjdb34C296IqO3ra&#10;vUmnHgT5fs/1Hr3v2oarfTVe5NyT+B/sf9j72VbSOm6kA+Ga0r+f+r9nXveJpA4LKVBQngkm4As3&#10;0/Pu4SmD59VQgr2dwHD/AD1PXvfQktY6dDk6vzY/0+v4/wBb3rTU+o6RN4sTHUTn/i+ve+STEmwf&#10;QdSsUCg3QfU8Hg/197ZPUV6VJpdC7rk0Gc8PTr3vwlAN1v6tYJPLAfRdQP8Avfv2kkZ6uJAcOa+g&#10;8v8AV/Pr3vHr/opdFazKQLsLWsym/u5U/Z6dWZ2Q4Azj/ijx6977dxp0tq+htb6gn9Okf4e6hTxH&#10;+r7em0NTqwBXr3viSQpDfqAAN1/Vfkt9fz/X3sUJqOHWmRJAajPyP+D8vLh173jYhTYAn1oW9VgG&#10;Uc6fp7sK+Z68BpUJXhX9nqT5de941lLMQWJIJ5Yc2P1W4t9f9b3YrQcMdbBEalpDg+h8vL/i+ve+&#10;1lZiyfhl/WzALxxwDzf34qAtf5dbj0EKzfbwpQfPr3vrWh40km2kEf1+mri/1Hv1G4161IWp3U/M&#10;eX7Kde9xvIgP6tQsFYFrcngEW9uaWI4dbdi4I9BjBp+Xp173wVi5JS8iqQxUsQsZXnlv9792K0+L&#10;tJ/aerDSaM3aQKZzX0P29e9yC6NcsWj16WtqBZfxoH+x+vtsBhwzTqil3P8AL/Oeve8bNEFazeqR&#10;gSliR9LC31t7sA5I9B59aIcnv4fYPtx6/b173w+4ChgHtdwvq9SrpNy1v9ce7eGa1I6cFs7g6VwB&#10;X+Vf9X+Dr3vGWGn6klrkBbKQef1H8n3bSa44D16spEbLXyp86/5uve8fn0KbjVyQNRF72sQFPNxc&#10;kkDn3fRqPoPl1e4/UlJQU/nT5H/Vjr3vpZlAKqqo1xcLdmJAP+2HvzIa1OR+zpo6wQ0oxkA/b59e&#10;982mBvY2dhpa/LW5uCv04496EZGTwHSGaEAVbFf9VR173Hd9AdtZ4jFiwD2a/wDaA4/pcfT24q6i&#10;AOlkYwFX8+IxTyP+rPXvfSzKsgfm7fX6i3HJvz9f6e9shKlT5deejCo4DJ9f5/6q9e99JOWLMg9K&#10;M1weD9Pyf6cg+/NHwVvMdVPEsxpqpn08v8nXveKSXniyj9TAgEgG3IH+t7uifn04BGrBSpz5jFev&#10;e+lmKjgG+kAD03W7Xtf/ABF/fjGG6b1LUD8OTXjj/DXr3vIahZf03XSwt9GF/oAR/wAQOPevD0YP&#10;Wxh6NkelKH7a/wCHr3vEztpUu/ADKVB0ck3Dj6/4Hj3YKAe0dOupZT4K1Armtceg+z51Pp173wYn&#10;V5OfV/rsLgXBX/Ee7AY0dI2lU0jHHy+37fQ8Ove+nlGkaidWlSALk6ufoo/w4NvflXNBw6uzFmyf&#10;lw8h173w1qqk/puCn0APNiACR+L/AO9e76WJoetBmOPIevXvfF3YaWLcHUQ1xYHgkNp/p+L+9qAc&#10;dVqrNTIX09D/AJa/y697xiTUoL2WxPIvcXvYC31/rf3bSAcdWGG7eBP+qv29e99pIl/Ve6/RbfS/&#10;HPPHJ/p706Gh0jj01VhmpIPH9nl656978SmteAE9XGq90sPSF/A1e/BXoR5/6vPp0gMRIDlcHhTP&#10;+X59e9//0B5LBwwb0MUXUoXkg2YG4/B4A/2A+nv5mR29fQnQ9b/HvGHHhYgnXZCLldNgoBJH4uAf&#10;T+D7tSjV63pPXveESlru/FtAfnWQFsPof+J/r78VxpOa/wCry62wFNPHr3uRDISrLrZf82Sw5Nvq&#10;A/HH9T/X22yqoAHAf5/Xj1TwlVNC4Ap173wZ1W2rU4IDRm54e/AAP9LkkH8e7hTinz/n04FJz173&#10;ySRVFuH9NnJYrpJsR9Pq3+A+vujwiUjUaGv+Dj07AhEmoeXXvcqScE6UQJaNRfUbqUXmTn8345+v&#10;09si3XV4r+RNB5Gv+Tp56SVcjI9Ove4nnl9UhkAuRcgAMRf6D/XJ/HHt1oIMKE/Ovr/lHr0hZE1c&#10;O4/6vsr8+PXvfMyBwbBtdlUXAI0mzXNrE25/5F78IkU5AoPL0/2erCCRTkY/n173kVx63IYEWJsx&#10;RrfWwK/7e4+nurKHwe6nD5V/2elkQ8MA/L/V/q9Ove+Sy2QEs1yNIkuurU36b/7D6n2wbfxCamny&#10;A+frwoequjSksMccf6v5de95VCARguHZfqRyOAQV4+l7/j26EjDkIDSla8MedP8AJ59MMJI6Uz+f&#10;XvfEsNKalBDDVpHIRQSNLf7b6e6lYkB049M/P/D8+tukoogPH/Yr17364csIl1FkvKQdClgb+j/W&#10;+hPt1gBhsHyzXpgqQtWx/qp173yQglSo+oJWzAi9rAtb/ffn2muMDSwrilPnj9hp516cQ8VBz173&#10;maRDoPPkFluRp1ENZrkk/U/8aPtqE4pT5j1+df8AV9vT6knA4+XyPz6975Lrv+keM6mI4JYE3Jb+&#10;n9OPemEKt3kf6vy6o0ELUJGfP7f9Xz697xa21J4tJIJuDwFY302/2HHtt0AWuaGtKdJJbcIlYSR+&#10;38/5de9ylY+URoyq5j1PZvWzEchNXH+B91dm8IMwqMVyQB8jT+XSnu8IE/Kvz/2eHXveJWBYBpOD&#10;9Tb9PNiNP559+pkMBxH5cPL/AFefTMiu0ylcinXvcgOpUBX0hgVDni5ty+n8X/qfbYDKcrgEE+f2&#10;fsH+z0/Urx4efXvfSTMseiViCQebj6K2kG/1sfr7uYkYh1Gr5ev5cKjh8+nUic944de9+Eo1oHWw&#10;A9DFg1weDp/p+CCf9f3WSIM7eGck8B/l/wBjquo16977Y2kWwZ11G66gdTW1ck/7x73Anhks/b5f&#10;z+XkOtmg49e981cxsiGwDkyaQV/URdVLA/7ce7O2tdcWfImnlX+fVT/EvXvfcssbRxtrJLSadH1I&#10;vyxDf1/p7rbjLdvH8/8AZ6ctjVix/Dw86/8AFde98I3cXVCSwJZircRAH9VmP9Le3pBFxcih9fPH&#10;qPP+fSi6SMDXX0/n173yMqsF5JIZm+o5K8jj2y0dWrSgIr9n5/6q9IiAcnz697yRyp6ixN9Qk03O&#10;ptI9TMVsPp9B7TtG7nSucH9h6pTyA6975pOupwBrBckGxGkML8/gf097Ka9JIoT5eZp5/l1sKWp5&#10;de98S6JE6AkyM12C2Gkf2bEnnj6Ee7sCJPFPcB5ngetnB1fz697467KNJuqta4BIQ/7WSOT/AIe6&#10;GElq0oT5V/1YHWimo18+PXveZysZJYva9ipZihv/AK3HPurI9KjhTH+fq6jQnd59e99u3r/SFQLq&#10;iOtgwdxa9rX/ANf3Y6aChqRj5U+3qp0k9e94pJLmQ/6tdF1A4Kn66R/tz+fd9IUBK5yafb/q8sHp&#10;JcsMRniB/wAV173xDI91QtcAEnW3qP0VSfflXwgJD/g4V8+lECMEBcUJ8hk0+fXvfaKF1L42TSur&#10;8aCSbAAm/wDrnj/W92djrY01jHHyB86/5j05qFTXNP5f7PXvc2RxZyygKEQ2GptNuDe34vzf2jAc&#10;tQVr/qx869NaaVI8/wDVjr3vgFDeQq3pCBvT9GZTZQD+P9f28NQGhgKtTPr86dbZdSFCOP59e94z&#10;IXTVcAsbqpJ9RB0reQC9wPz7v4JDaT8vy/1enSX6SZqg06978FjhA1yOLgXAPDlyPTIq8g/7H3pS&#10;zdqoDU0Bz5f6vPp9IkQUoD8z5fZ173kdo7uLFgbsJCSQF/1N/wAn+ntseJTUaVWmPOvVyurj5de9&#10;84mbySlWRDoLav6o1uFUf04J/wB496kXT2v58RwoerEN9nXvcaUi4XV5dbgkslkAtYrYfm3093Xu&#10;FOGD01NG7x6Rx4/s6977KlmsWb6AjTfgL9Lf0/x964rUCvDpAAHAAPGvXveSFk1Hy8clQCCSwH5D&#10;D+h/p9ffiGqApp1aONtYFeNK/Z173LQaEF9His19TfoP1IN/8foPbWdQZTn/AFZHRi1FBauOve/J&#10;Gt9XJ1qyoNR+i/RiP7RPP597kJdWHClMnpACJWIPBvP/AAde9428ag+TQStlUDWNWrleRyTbj2yk&#10;dDjNf5dUS1Eakt5V+wfYPXr3vwjDlfSFW95CSb6m5HH1I/2HtRUA8eINMUrT8uPl1aOFmpQ0Axw/&#10;1V6977ZJPIGAv9Sv9leDYMP+J597JCjuFPP8vPpxrd1NVz173kWMuxYWUkFuVP8AnP7JYC/1/I9t&#10;swH+ry6TsGUhWFOve+ac+KOxRm1KrchC4J1oob/eb/7f3UkLU1Hl/q+zq6xswr5de9841B1aVNyu&#10;gvbSQwuARY/g/wBPe9dTjA6sD4SsriteAp+2v5enXveZeRYFraPo418qDyW/x5/3j22fUevTBp5d&#10;e9+IWNiRp/SV54ufwhU/Tn6H3V3K0yB8s9WQqAdTAela9e99KLoraVCNwx1XCc3ubC4/3w93rSlP&#10;i6240NQf7PXvfGzK+ouOJGsCLWuhK2A4/wAb+7ACmPPqhPkMde98QxVzqLIDqZyRcp6rXA/2APtx&#10;EVst5eXr025AWnGvl1732KnUwGl25ALauXBbUXYMPz7o0JXB4fb0n0KMlhjiPOvp/n6978tSWlkN&#10;7gPdVB5ANtJY/wBfx/t+fbxtDoDDFak/6uP5dGMcTvGPExX9n+r7eve8jVQkEMd+EZ/oGvdxYEn8&#10;m/8AX/W9s+DIBU/z+3+XWp08IVJFPLyH5Dr3vwqLoIxJps/0ZdIFrR2QD8/4f4e7JbnxaHIp5Z6a&#10;DB5BGpwfMf6vXr3vm8z8SLMWZSVU6QFv/XkXHPt42qsCG4VzTjT/AAV6deGVVbgRXh5kde94/uXD&#10;BmXUCX5RgF4UBWBFvzc+2PAYHTHkgeQ8v+KpXphGT4VGk/y6976FddtWr8OAbMOBwl/9sePx+Pel&#10;ty1QVyKZOP29JZZtR0+QPXvfa5BzZmkJUDV6bkBlH1DHkm31+n0+nvf0o0lCKMP8/D/D/nx0oEpF&#10;VAA4f5x/OvDr3uLJkieNfCsoIHN7+pWYj8kce3ltFA7a8Kn/AGP8nRfPIXkJBI9ccfz697gPkWCs&#10;xcKLnhDawZuDb8kcX5v7XRWyFwABT1P+rj6f7HV4ZiH0k4b/AA/5/Tr3uF9/qVlEtmMmp2JJU88j&#10;/X9qBaxjtccAaU7ak/7HTr3IXtatDwripxn+dP2de9tU9ZeUhLG7KFKljzcMAW+tj9fp/vfswhhU&#10;xUBIA/n/ALPSSS51jBpTj/sf5uve4zVba2VWclSQCvIuBYXb/Xv/ALH28tpGqVApUdNFmCHJrQ/s&#10;PyPDr3uA9TOwsYpLA2vdb2Au/I/rwLj3eO3hHmKnyOf2enRcGdjorx/1f4Ove/IZpAUZWjUH0uDd&#10;QobgsTzfkce3yiRrg/t/1fz6fW2atXPnw8+ve+bQut9QYOxLXUagEvaxX8f6x96LoDUfKn59KZO1&#10;DTBHn6f7PXveF4JdRVlI1W0kH0C/DBlt/vPu0MiLUGhHp/s9JIRJJGVU8D+3r3vGY6lv2mHji1gK&#10;h+rsB+W/s/6549rvqIRUr5j5fy6eCSVwKY/Z1730+KbVdyQvIIBHAChrW/p/vfuhvolWox/Kvr5+&#10;h694TZIOnGeve8L4SKVdBBsyfXSQCD/ZANiDfke6ru8cbsc/4QKf4eqLBrUlDUehFKf4eve2ebZ9&#10;I4a6nUxIDNfV/UcAc88f19mi7zpAP/FH19cdMz7e2DIKV88H/VTr3tkqevZXB8U6hD+oEFTx/X2Y&#10;W/MMEdKj5gf5/l/k4dJJNvehWn2Acf8Aiuve09NsHM0h1QzswZ2Nw7F/SL2VV+n05v7MV36zk+ID&#10;P+X0r+zHp0TXG3yK2Bw+0de95aTHZCIt9xG4CMA9g11f6HUf9b/jfuklzbEUU0PkScAfKnTtrayC&#10;oYdw9DihHClOve1XT0NQWDsLh3UJGx9TBSPUxH+8ey154Vw2SvEgVpx4dGMVmsQ82P8AIfZ5de9u&#10;8FAyuyiEXMqXVrnUx5IUjnj2guLpSozQfPj9tPT/AC9GEUb1qPn1724pjxZlaI2UgaSuk+g/j+v+&#10;t7Lp75V+HNfPpSlt3FTwPp/q/wAHXvbtHRaLJpsrgsy6LlOP9VbgE88/7z7L3vDIRipB/L9melAt&#10;zXAA+fr/AJOve8rU5EYWPkr6jpFmCgXJb8k/09s+MpYCQHjSvHP+D9nDr3hE4bPCvpX/AAde9wjj&#10;2dmc6tQ0tcrpJFr3X8cfi/tet8Ebw0z8q5/Mn+fTbRaZAQCueH+z173jfHBl0NHo8rmzksfUvKvb&#10;8X+n+Pt5r7SNagCnEVxSn+EH8urSFmjKqaVwT8vTr3vnHgoWUgkgKWLqy88ryFP9f6e0r7o9QQuq&#10;orUf6q19Rjqi2xYjFa+f+rPXvc5NvUQuW1ADT+A4Orhm+tv8CR/sPaZ9zuHNDn5cD+2nTxto1FX8&#10;s5yfs6974y4KiVwQkRbX/aU2FvobD/iR7sN1n0UzT5UxnphooqaRkenCleve8L4lVU30qiuUHosb&#10;/qtx+P6f096N80q10mtPXH2fL/L039JI7EIKAfOvXveA4zRbxhSzamEeokhrcAnn/evdmuu0Ain7&#10;f9Qp06bMLCcZA+2pr/q8+ve4747U8jS8K3p8ekD1FeSSB9f9Y+6peEUBFfmDnH2+vSAxlQOFf5nr&#10;3tuOHLPMIpGUjT9W0jVbnSw/3r2vju4mUaxWoND8/wA/T59KYYaKHGQw/hr/AKvyPXvbhBQyRqFB&#10;YSWXyBWa4P1Gkm45+psfaeWWBu4gGox/lPqPQdK+40Xy/l9nXvc+Klqor6pSWtrTksWGuwufxce0&#10;1x4JI8MHAHkPiPGnqft6USBVNYmrj5/8Ueve1BTedSxlaQngKzMS4A+nFz/Tj2T3BibsSgpk0GKn&#10;/DX14V6ckUuAAdJAqfSvXvakj0xoLxg2XWCGPN/xf/H+nsolZdRIoBUV9P8AV69J4w2mrGteve+U&#10;lQY2BijBW6Nc+plFuVVj+T9be9pDqQM54kgUNP29KkJVftr173Ckmmkd3Lsqn+psB+QpXkG/9APd&#10;vDRQFpkdOiU0AIGP59e99RVstOLlmdSQv1sAD+orfn/ePbpthJQJTVQkj/Zz5dNysHUMBkVNeve3&#10;CHOAMFLaVDD8/q0DUGYnn6fUj2heyFRjy/mf5U61FL3ihqOve5D51GcuJk1tZkCqfqTpvf8A24Pu&#10;pstSaSuPXz9el7SB10yAU9eB697kJm6cOD5EJuoCAn6AHVq/1/aZrFgKKf29ItYAKyGueve87Zmh&#10;bU+sGwUgXvoB4uy/kX/r72tpMo0kCh4H/Y6MleOPAFMf6q9e98FzdLrWRipjBCiNWtyn1JH4v9fd&#10;GsSDpcZ8zXB6ba7thhhU/L+eeve8zZakJUiTxxarWZiNKXuEA/BHFvbP0coBp5D5f6j0x9RGCShJ&#10;Hyx173PizNOFCvOZGDFj/a0qOAGIsbHg39sS2gABAP8Agyc/n0rF1bhe0GtPPr3vI2TodJKOTZgQ&#10;Ln1XsQ1/p9fqPbAt5SwJwB+VD/h6qLitGqDj1H+rPDr3vNT5WmSQAOBISVfUwa2o3YLe3H+8e9Pa&#10;uBqIrXhj/i69eMkOqvaD5fZ88fz697nRZmlSwDIY/JcA29V+T9frz/j7Z+lmqSB9vVQ0eWWmfMHh&#10;173nTK0bOhZwrkEk3JGkkAAEE3+lvbX08qrRRUV/P/VnpxXDdq/6v5Dr3vmcpSixBBCnUT/QD8sT&#10;/he3t2KBwaNwPl/n9PXp1KM2itCR+X8uve/HJQMlw9mZ/VxfXYf0/H+B+nuj20niYFR8uH5f6q9W&#10;KeHVh3AD9nXvff8AEYGuqOFa4BVhY35sB73HblviWv5/6v8AL1WGkhp+zPXveRcnTiNtcyatWo6e&#10;f7Okk6bH/XN/x781vLG1UBAP7RT/AFY+XXpYgjgjgR173y+/pTKSWKKLXY/T/H6fQ3/HtkROBWnr&#10;/P8AydUU/p/Z/wAX173jbJxn0xyKylS5bgsLm36Re1/fvBocLTh+Yp1ULGTWoFOve+zkE1aQwLMp&#10;b02Ok/UalBH9eR78InPEedPPq3ZSi5/2eve8IqiONSuH0l7tbVxckKBYfnn3dkHwqDxoenDk0Hl1&#10;7356htLBAS1muhN2YL+q7fQlb8f61/ddIrkDGK/P7Pt6r3Vpxp173Ccs0X0Op0cHWQfTp1G/+P1H&#10;Ht9dSv25r1s4NDivr/Lr3vEsSBTquToIQagQBY6RYD28XzjOc/6v8PTFaGgz8/n9nDr3uOYljK88&#10;si6o2XSvjP11Efji3193LYxQ+fXq6uIqeP2cOve8saxclAotYg2BuBYWv/qR7YkWvH/V86f5P5dN&#10;vbI4DGgb9or6/L/iuve5MdhdhwNBC6WIDhiAzAn/AF+V/H+x90VGWo/b9tD+detw2phYv/Kn/F5+&#10;zr3uUKh9KqT+oG7K4VbadSWH5I4A5910muoeQ9K/t/1eXSmoc0XhT8/n/q49e9wTTh7NI92Diw8j&#10;fVF9V7f4W/Pu6NoNAKevDrUi1B4/b173ikpktHr0MoI1EjSWA9IAKf74+1CsScY6Tsqs2Rkf4fQ9&#10;e9yaaKFWOoepSALFFEo+p9R/PHN/bEjE4Uf6h5Y8uraIqE4/l1736cwpIxVDGLB9Au1iG4W/0sfz&#10;73+oQCPzrQZ9cenTtBxJ/bSnXveZatGUgAtfjSAFJZeLj/Ec+21R8FhkHz9D/k9Ps60GUelfnx/4&#10;rr3vj9yXIbT45QfSOLmx0adX+wAN/dhbGulj5n1/1V9PLp2NdR8MNQ1zx4Dr3uNPOrWMiqRqC6gd&#10;LqwU3Kf15/Pt1UA+E18/lTphkAbUTXjTr3uF9yVRtLKELFjrThRc6ghH1J/oPb+gGTzJp5fPpxVi&#10;csx4+Wf9X21697iK5aS8emz3dgbk2C/QD+h/p/xT2pWMg1PkPy/4vqrRuZAa1Uevn+z/AFcOve8c&#10;irqdyGZ3e6km3P6QCfwB+PbrsSlPT09B/h6tMNaHGrTn+ePt697zIoKgOpLqTrC20rY8f4k3+ntD&#10;Qju9eH+r06T6StGIo3l608xT/Vw697nwiZAosbixJNyCv5QMTb6W9tkhsnz4dXqc44k/spj/AFfn&#10;173IHErEspDBVVQ31uLgcX/PtM0RK9uAK16TtayEnw/Xh173yaUIupdJ0sWdRf0H6Brn/ePx7oEp&#10;RW49KIY2iB1eeKen+rz697a6iVJFcj68JJpcAm62+qiwJ/3r2vRSKAigHCo63IoZqEED14f6vl17&#10;3ASFqdrg2A/Sp1Atcckn/X9vGRWFMV4fl0lIBclaZqfXHp8j173Kj16Sr6SCBduRw41XKfj+g9ss&#10;fOnDy+zp3xXVSwHDyA+VK9e98RdbFWW7MwBFyAun0ghv9b6n3sgk08gM9VZWKimQBn1697iFSWN2&#10;N2J+jD0qOVDW/wAP6e7A0GOqAUFR6fs697kRxPJYAoCsZVmJsCjHgaRfn3R3FKN5mvT6ghNbmgp1&#10;73NWOyepmbSukCxYlfz+L/7f2mZgGFBWp6blliMilBqzn/B/qpx697x+ONObC4K2J+qXNgCDxc/j&#10;3dmYrQcf5dKWXgB5fLr3uSIBLpLf2VZQrek3Qcsf+I9tqwU44n/L1auoioJ9aY697yrGqiO1lBC2&#10;Y3YEH+2x/wB790YlmpXjxp5fI9KIKhSVOT/IDr3uYWUftBwFYg/k3BPJ/wBb/evbY41Oc/6vz6u0&#10;gXvOWH+D5de94WqUQPaQhiABdRc24t7eELg6RwH7c9X0y6KqoPmBXy697bf4g8cmqThQCA55LMOB&#10;qRf8Ppb24LYHhx/1eZx0m8U6u7HHy49e9z4s1EYpLMQ2oEsxDKSD6RY/Qf4e08lm/iDHD9v+z0gM&#10;haYqBWn+r/iuPXvfRzFKquWmCk+gXcXuDyVP5HuxtJvIVrTh/qx06CmkhzXPl/q49e98pMzSOrXm&#10;FgAjXddSf7D/AAPJt7utpLGoCjOfL/VnpQsscYGin2f6vPr3uDJmsfGqs0i6fUXb9YX8enT/ALz/&#10;ALx7fitZT2qtT8/9VOvC9Cn7fy/bXr3tsn3FEBdIQ9wSCDdbfQEA/n2pWxd5KjHTBuoWfUM08uve&#10;8bbja5P20dhEP13/AMF1AC4t+Pe/3dVR3Gtft6sHVoi541x173GkzIZyNMaKE/UCo0t9QVLfQf1/&#10;Pvy2JAFa56aM6kCooD+f+D1+fXveAZqhjudXrtz6wVJte4tfg+3DYzn7Psz+3rQnTgDWv8uve+Jz&#10;1O8i6bhDpBOjjyXtdR/T+vvX7ukVe7P5/wCrPVhItM1H2Gtfz697nCT7hQoH1/qgBFuTx9eD+fbB&#10;TwjXp8itGbI/1f6vLr3uR9ueNJC62AOk2JAHJ5/P9fdRIBinDzP+x1oBA3cnDP5fL5+nr17329Eu&#10;nU+hDIwJa12YW9K2X6D/ABH+x93M7BsCtPLy/wBX/FdPTQRg+LGp+Y+3geve216OIKVAcWe/qN2D&#10;N6fQv5U39uiZye6mfT/Kek/hhsUoP9WOve2ybGpG2lgGU8rYH639N+bqP8T7UpcFhqU/I/6vPpgw&#10;EtUAHr3uA9GbaihupcKRc2/2r/Ye1CTEnSDWvWhaM8lANP7Ove4E9FKl1YW1Ncamb1ah6iSPz/vX&#10;tTHOnxDywek80MkJo3D1HXvcFacpP49YuVUubjhgPqy/0HAFvawyq6ahj0+z/P59biti0Zd8D1PX&#10;veRYLMRy12CkobAW4K2/p9PbDPUelOmSCx0oK+nXvbjofSVHA1chLckc3C/m1/p7TakrU56v4ZoR&#10;qODkUpTr3uBNFUn9EqjWDGpAtqccDWObf7f2oRogO4HGfXpoYJoePXvcGWmqSFHldR6gw8hOo8/o&#10;08+1CSxA1C14Ux/n6sMfFXr3uKsRTg1EoZYwup2IU35L2/I9vaiwqEFCfLPWgQcNw+3/AC+XXvfc&#10;kkcLqzVKk6blTLe7W/UUPA+lh78qPKtFU/s694tGBJp+f+qvXveRN1pT3Je4BKm7oLC1irIxH1/H&#10;vx2VpTwzSvD/AFcOjCG4gQ0bJI8/kfl/q8uve5g7Jp4VCBNJ0kawRIoUkqGNvqFIN/bH9V5JDxwP&#10;lT5/zHXpr2M5UgU/LHGn2+nXvcyj7Do5ZBGZlQsNWppERQA30vJYX+th9faaflmdBqArn0Of2dMp&#10;ugBox+0eef8AL/h697VVPuijmKBpvJFpJJBB16yNJsP6Dm3sol2iVFPbRujOK/UwlT8R4YxT9vXv&#10;amgrIJYgY28p0KyuTe4tyLfgAcc+yiWCRG7hTpRG/djz4j/V5/y697lFo1KE/XTZluC3q+pW3A+g&#10;uD7aozAjhXpQrNJUHif2D/L173k8wGok3BHpKkcfm2r8D/e/dfCJUV6sF7ajz+f5de99JUAB2YlL&#10;IGUqyklgb2t/jwL/AJ91aI1AGc0PXgpJoM14/Z173yZhqZm9KsFP6j+PqAB+eP8AffT3unbQDrRI&#10;pTzFP8PXveMSWVQVCqebk3IU2DBWH+t+fdxHVqVz06EZySf9Xp173Hd9LEeqykuCXLXuS2lf9cf8&#10;R7d01/PH+r8+vOqrw4/6hT7c9e9+Eqj6DR6he/6h/bvb8kf8a918NiKnP+DrSo7ZT7D8j6fP5de9&#10;5GkWxAZTKQSRewJa6mw/F/8AD37TQ1PAefy6v4IIpX/V9nXveHyvYgjUq/QAaVDH9bWU3v8Aj3bw&#10;xTGCf8HkOqyQFTq4j/V/qp1736SqY6ram1Rj8G17EgC30N/z78sKDjj/AFf6sdNkKoB4fn/k/n17&#10;3g88oWxA0nQw/GlSQpYgnk34938NNVR1sBS4rx4Yznr3vKXujaQNJFjY6tP+1n/Y+9aQGHSwwZwe&#10;ve8Yk08qwkU8WY6SLH8H24yauOD8s9PEFhQCnoR59e9xme5VxZeCTpJJ5QIth/Xj3amCD0inY629&#10;R8vz/wCK6975JUelyykhTZSzC635uQB+bWHvxQjAPHpRAC6UOP8AL9np1732sw1NYoWdmKk3BQLw&#10;P6/nj3YoKDyp8ulJUUFQRTr3vCJWVWZXBujPYhr3JNwfetALAEdFk6skpcCoPA/5/n173xMqE3DW&#10;ZVddOoldTD/HkH/W/wBh7tpYdMDtYaq1P/F06974B9Ciy8tdmOosFZuDzbk/QG/uxXUePSrwg0Bd&#10;mp/k+XXvfklAABupZWCLewN/q5+lvz9femQn59JaEgCuoE/4P8/l173xaVtOoMll1AIo/IGnknk+&#10;9hQDT16M7dfDSoHceP8Aq+XXveDUQqMCQbA2UaSCQQef969uYJp5dVnthKdS0/Pz697xrKwCK72S&#10;5b+pv9QDb6/6x92KgklR00Ld2OiQ0A9OP+Dr3vnrCoLEKrG7G5Fh/U/gn6WHutM/PpYoCgEDj+z9&#10;n5HPXveMOXIjYi63AI/1Gm4Yfn6/n3YincPPoudaStHFlWzT0/b/AMX6de99GUcgay4Y+rnkWABt&#10;9P8AAce96DUcOmBpoAB6j/Z/2Ove+g7aQ7i6kMEFiCbNzb+pBHv2jOlejOOOqBJBU/b/AD6974tK&#10;LaUsmsFi2kluPzx/T3tUJy2adF7JodgSD173g1jW6DmwH9F9J4HDfX25p7Q3+qvVRFI66gKf4f8A&#10;Z6974rIgYAsGU8sb8EAfpswA97KNpqMdMTq0iFCf8mf9XHr3vEZFLtZlVTexI4H+p5P5/wAfd9J0&#10;ivEdVjUomhq6hxzgf5q9e9+Z9CnSbm1gLXNyL2Gn34KSaHq5409eve4zuSFs6hy1m440/UleeLfm&#10;w9uqo9DTq+rQQV4n1+XXveAzuX0sdYGr1c8n6X5AFrf4e3dApUY6fN0tDRTw/mfL/iuve+DVJWyN&#10;6kAsRcMbXuP9t7sIgRUYPTcKLMzE5p+Rz173x16F8q6tZFrf6lmb66T9ePqffqajobh09Mg4r8Pm&#10;PXy/n17321TpuNbaiLMpVbBrWIQ/2h/j72IieI4f6s9PIixjUOOB618/yp+fXvcZZDEQXBAIvpZb&#10;kt+Nf+t7cKFh29XYhmz+z0697jyN+olgBp4AP0F/qP8AD+tvbi+nRbc0Ev25697z/dFFdGsbKrXN&#10;zweOPxa31J9t+FUhh546SKkaSa14+Q8q+fXvcLVrdiZLKLMQwFifpew/3v2oA0rwr0Y2xZ2LsK0x&#10;T/V69e9+8qvfU1wPSNLCwCfRWH/GuPfgpUcOnHQnKGo9PMde94zIBpcGysStjYPYHgg2/wBt7to8&#10;j/LrbwGTSCMoKcafYf8AP173jdr6jq1MfXrvpJH9Sp/p7sBwxjov8Jy5RR3DPy9OPp8x173haXVJ&#10;pMh9OkhxdQPTw3puLf7z7c0YrTj5dGEdusYCkVY/6sD5evXveN5HZ7sfS6sbOBZtNrGwA0/1sPdl&#10;UKtBxHSkqUGph/k4/wCbr3voTlWIX/aLgD0gEf1I/p/X34x1UE/Ppp9LLkVH+rNOve/GVmZSSbqS&#10;PSTqNxa/+Fvp72EABp1UCNG4eVf9Xz697wnSLXspJA45uo+uofXj6293yerg6mAHnnJ4en5Hr3vo&#10;SixCsVUAEqPqzX9Vzb8fX/evfileOT1STVWknDFP8/8Aq49e98R+rUANbsL+r9agXvz/ALyPx7se&#10;FPIdVFaUYcOHyPXvfpHKgiyg3UgizMik3uPxf3pVDGuadOxguxC1r+wVpQ9e94DJYMyhm/B1PYrY&#10;gaR/Tn24EJOeryWxSMOxrQUP/F/L16974rMVTU7aG54+rqt/U1h/tgD7s0dTQD/Z6dS3QsdeK0pn&#10;5efy6975K4FkYsxDalNiSUAvzf6Xvxc+9MDXUMDpieNlevHzBOK+X7eve+MkrRsSY/o5QkHVb88j&#10;/WP192VQwqG+fTTaCcYrkf4D/Ph173wklF7qSi3OkH6sQB9D/jza/wDT3sL65619p/1enXveKN7E&#10;nh/Up0gkGxtcaj+L/X3d11fLHWwQSVrwGP8Aivn5Z6975tIS5IIUc6gSbggG6hvr9Pp7qq0XOenD&#10;GyxapB5inoBx4Z49e94XkPqIHoZgdScEg8G/P9CPd1XyPHpimaKP2/bw/b1735pX0sFVhdk8d+Wt&#10;9G0t/vfvYVaivz68XUp4lfy9Pt+3r3vzzsdRXQdCgH6kkt9LE8396VFHHz60zdoLDj6eXz697wrI&#10;WuoN76TcsSDZbgcf0/p7uVoa9VVmZSWpqP7T/qHp1732ZS+oyWK8AWvc2/tH6XHPHv2gD4ePTzIy&#10;xgldIOR+WR9lade99STINQAsZCL8kfjhowOTb8+/KhOT5f6s9bjjaSTQcD+Y889e9+WZuV/IVQLf&#10;QAt/bP1/qLe96fMdKzbRlSEFDXH8v8Pr173glkPkGm+lApIFubHSQf8AeLe7qo0Z49NJbBAdfEnA&#10;8h8vt6974a1Ae7gE+lkKhrXAQEn82/r/ALH3bScED/Vx6u0EWqq4H+r9n8+ve+OsgWDjSASNS+o+&#10;rST/AI/X/YXHvenzIz1VlRV7MnhWv+r+XXvfNZwouzC3OkN6uTZDwPddNTQDp5JFFa/L7f8AY9Ov&#10;e/PM0hKKQU9JBH+v6l0f1Fh78ECgE8evNOv4Rx/1f5/29e94vIpvdjfSAOAB9dRUk/7e/u2k04dM&#10;NplXS/5cePXvfAzOq38Z1hfre7Jfhbc82+tvdggJpXH+HpkWgrqV/wCXXvfXl+gN3KabG3LE/RyB&#10;/t/e9HmPP/J5dP6Yo31IKmlPl9vqfT8+ve+Bazei+oIWBPIVrW0k8WP+Pu4BIq3CtOtiQhtZ6975&#10;PKAo4B4DBr2II5cMP6n+vuirnpmaNZZFIOB/qr173wMyP9NN/U1mJ5A/AH1H1+vuwjYcerhfDqy8&#10;KZqM/wCry6976M5JNhove4BudJ/NjwOfe9AAznqwlBUqcmn7D5/y6977MjWdQoRbANpNgVA9Rsfp&#10;fjge9BRUE561Uqfyr/q/z9e9wg6liLfoGoXuxFxZVa30ufajSaV9fTr2o8Ove8npCji3p/VquABx&#10;c3/r7pU6vXrZY1pXh173xRwGINrEMCADrJJvx/X62/1/dyMVHSO8QEBh5eXy9eve+OvjSFB1E2K8&#10;/pHAb/evfgvmenIHVYlAYen+rjTr3vkr3Fw3pVeC30uOTa3+9H3ploft9OnxhqH+XXvfRBVgGbUL&#10;F9XDX/HNuLi/0H197rUHSPl1404DzxTyr17320jKTc2sth9Te/1Fvx/QW91VAR1ricDjx+XXvceW&#10;UIysVKn6ryW0nTp5/P8At/byoWGnpy3jE4buwvXveZai6WLHi172JH+2+n19ttFnh1Qgx0Dcc/bX&#10;/Vw697xrJZiVBF+R9CpUD6kn8/n3cpgV8uqAvXS2B5E/8X1734SL+QrHUG1G63A5IH+v/re/aDxH&#10;Adb1qw7PL/Vnz697xtOTyfS17KtgRweAbfW3+PuwT9nSVmJuQ3kBx6974NMCvrKqDfngEn8C3+PP&#10;PuwQ1x1uVm0MDwoCKDj68PTr3vwmVhclRdkXSAL/AE+mn68/4H3ooeA6atiVlaPiCK/L7f8AZ697&#10;8ZQCL+mxHIUkF9N7AkfW31PvejGM9PlgDqpUD/UP2f8AF9e98dYZSFuvJKkWJv8AU2b8n37TQ1Oe&#10;rK5004VqT/xXl9nXvfXnNiGLaj6Wvb0H6jk/8R7t4eajpsUFSDwzw/l5de98/I6+sEXU6dTEWsRZ&#10;tQ/P+v7rpHwnz8utCWhPiVz5de94jIFUKxA0kENxbTc6Sb29201JI8/Lq4KO1FwzDz+0cPn173h8&#10;pcepvTqFlHDMxPpv/h9fbmgKcDp65thABUk1wfy+z+XXvfNnW+mzD6FiB+fppH4/xJ/HvQU8ekTB&#10;WFK5Gf8AN+XXveJ5ABqBv9Lmwa1h9Qfyf8Pe1UnHVozQiMeeaev2/Lr3vhNMqxhlubAHSQeAD6lt&#10;/X/C3uyIdWerKAvxUzwHXvfYlIF29LhbWAAsp9Viffig4D162yA4U9e98BVKhKFAv+sTf66lI+t+&#10;fe/CJFQetaFP9nnH5Z8/sHXvfB6kWQKTcsS5DEFFtdtQ/qbfX3ZYjU1/L5/Z1tQCCW4jh8/9Xlw6&#10;975NMV1Shl/TwgBJHPBP+A/I96CD4OvAAHwv8OP29e9xpKjzKCxDlbEC+j/EhQP949urEUagFP59&#10;XQpGpYNTyrxH2/Z173ySY8GxZWNo7i5BI5F/z/sfdXQZpj16oykgnh5/kPP9made98C+lnJOpkZg&#10;wYFdQPFgw/1/x7tSqgDz6o7uqDTxHpT1/wAg69787B4xGDpAYN40awJ/V+f8f9v78qkNr4k9ejld&#10;lMrCuSK+v7PQde99NU+pkOkX0KQLjSgF9Tafofx78IqCvHq4VgoZc+dOve8fkXU4BYGwuxNiC3I0&#10;/wBbfkn6+76WAz+zr0fiKKjC/wAj9vXvfEygIsoPoBsLli5Ym78fQf63uwSp0eZ/Z1WleIrxx9n2&#10;9e94nmBbUnlb/Uh7X/BsT/gAefdlQ07qfl1fWycR5ev5f8X1730srEkkhlb6C4LABuGtx9PfmQAU&#10;4U4/5utoyMQaaacf8GP83XveNn9Oo8L+R/qTc8MP6f63u4XNBxP8+jR3ihSi8fKg4/7Pr17315D5&#10;CforcXDEkLextb/fD3soNNPMdFDIz5Fa0pnHz/1Dj1732ZVH1dTrLcaSTb/VXHvWgk4HDqilkYn0&#10;p/q+fXvfBpFBAW34vZhew9JcMfwP6H3bSeJ6cUgDv4H/AIsevHr3vEXCMGDAkhuSBqK/W3P+t9fd&#10;9JI4daOjSQwqDSg9Pz6974moWM6W9S3AJW1tP9C1vrf3sRFhXh1WhOaaT8z/AKqde98PuObGwHIs&#10;SCTY3U3/AMfe/DI4Hqpq3bk/6sf8Ueve8rSkAjUt72/oVP8AZuF/HHuoQMeHWia91DX/AFceve8L&#10;1CE6jpJW7En9NzwWP/FPd1jIFBwPWxqLgNxOBTgOve+MdQg+pGlgbC1rAk86j/vA97aEkfPrfY3C&#10;tM5PmfQf7PXvfSy3a4NkUlhqsdI+gPFifr7sUIA1dVqBTSDnj1735peCtlIKj8Ef4n/W4t9feggq&#10;D59e/UrprnyH8v8APnr3vgs1rD1Kbqzkm50/RQSeP9iPqOPd/Dr8+mvAKHxXOa+XCo4/b17319xG&#10;WFyBpAa31sb3HP1H+t714TAY8+rEHJ9eGP8AV+fXveN5lugYjmxBsQt2I1c/W9/d1jNDTq1MZx9v&#10;+z/q+XXveFqnSw06iAeG4LGw0kBT9Rxbn3cRVz0ptowXNRimK8Ca/s/z9e98RPqAB4Uk+nkhTfkE&#10;D/Ag2HvZjIyM9MTa4SaHDfl/q4H9nDr3vgJwVfTcnUQWA/UAw0m555/1vdilOPTesE54Hy+Y697x&#10;fcNxJYWsTbjk2vqtf6X/AMfdtA4dN1Na/wDFde9//9Ed1HoADDUSFPCrf08Lc/QD6j/C4Hv5majz&#10;B4E4+XHr6FVUtw4db/HvtvGFW6qWY2I0sVJtctYcAnnj34A17jxFRn5Z4+nTjRMgyeve8UkY/wAf&#10;X6pRpAuCw1A25sf6H/H8e9qa1r+XVBUZPXvfisbaREfQVLG17i/pYE/m9zb37PA9VzxPXvfBiboj&#10;IUbl0Y+pbEBQrAf7fj/H+nvYxmvVwan06978jl2FrIioobyC/q4UhVPN7n3qmju4n+X+qlfz6ciY&#10;KShJ7sj8uve8hbS5PFmR7n6NoUXuB+SSfx70oDAgrx+eP9Q6eLoPi49e9wZDrVXAfgMSoZR6R/aC&#10;n6W+pt7eUANpxStP2/P0/wAHSRSwkDeQ/wAJ6974epCQGuNCH1fQsCSrE8/gf6/49mDRRNRmABrT&#10;H+Eevp5jz4dKNchyDx8uve8kc76oyragEPkBAuqueBoJFz9R7SyW8Qdl+HOK+oH+XH+TpO92I5CK&#10;V+dM1/1ceve+vIziNbMGPLAWWOLSL2/x+lzzf+nughiAYFhU/MipJ8vSh8vPpRHKjqCR9vGv2de9&#10;5Umlcpb08sFYKB6kUkjSPpcfS/tiVFQVP5V+3p4lVWp86f6vt697yJUBGCPqClL3YjRySQLccn6+&#10;/NCtKjFTXy/l0kaRnyMDr3uUlQAsXp1BtQ4ujRkXGq97c/6/tqRXyQfs/wBX5V6fUl0/OnXveMOS&#10;6MtmGstovdQGOklr/wBP6e7SKGUjgaDPnXy/b5/z6SmgOMde9yJmN0AUnSGJU+pH0/Ww+vH9fZai&#10;Sa2znzpg/wCo9bB1NQGmc/6vLr3vKkp0xKToFybg31agR9Pp73KEJoQakYPp9vTjMtQDivp173jH&#10;6gyhlKs7BjYqF+oJ/N/8PfiPD7ZCSpoMYPWsKak4H+rI/wBXr173khaR3BU8i7FxYFla90Bbm/5H&#10;v0pjVQh4Up1vUCtAMU8/P59e95gSFX0xsfIbG+lrIP7ZP0t9f8fbaMDq010gcBwFf5/n1tDxAx17&#10;32Cn0BN5GGlfqgFzqOoj6c3496dZlJkkNfWnnXy9Mf8AFdUIcZ49e98W1Rx/Qa+EIIPpA9JU/Ukf&#10;jj2+KMRT+WOjIUoD6de98wVdERwA91IKEtZb8qWNuf6n20UkEplAGMZ9fI06QuriVmp59e99sVVS&#10;oY69YIJB/WD9Af6e2SZJCT6fPy6oSzYrw9eve+zNZhcFiFX0rxqVTfUT7fRe0NGukV8ycfZ/hpw6&#10;fjgZ1BXAJ8+ve+TsGVgCrLddOoA3uRpOkm9/xf8Ap7bCJEC2Sa8fU+ny60KQtXiQfL/Vw6978Aq3&#10;/VzqLSlT6rG2kAn6A8AH25RpCGYdoNAAf9Xl1VyZWq2F9B/sde94Y2kJaM30sQSyqBx9QxH4/pb3&#10;p3gXKjhgA/6s9VOniPy697kyMRZWvfWgfSLanC2Qk/UW/It7bgjofFTAoaZ4f7HWlXz8uve+l1li&#10;AqtbhkAaP034JP8AxI91OkBWkyM0zX7aU9T5HrWMefXvfZLREMQlwbMACxNuByv0/wBh7fcJLGGI&#10;9Tk08uNP8Hy6s2lgPT/B9nXvcpl0wspVgJJEZULA3S1/Uw+hv+faJGLSDI9PT7KdN1JIJP8Aq8uv&#10;e8Eh8dQskZOtnsAVLKeLaSn5uP8AkftQunwtM/kaCnl86/5OrjC0bFOve+fmCs4Gr1EWtchV/Syj&#10;/WP+Ptt4mqKjNM1/l8umZdYjJXyz173jcoovpVVuW4Y8emx1f0v72kLt3V86Z/mB0mht2Ztb/Cc5&#10;8/s697zFmYLoZEVihRmHAGkG31/r9L+6MGYEEdoqK/n6+vS6pHDr3vuRwAyy65VCgjRYAsTcC345&#10;+g97VVOI1APz9BxP2/b9vVHqqkqKef8As9e9+QzPG/kV7NZX0/qIP0VlH5/1uPdQV1FxkjIz5/6u&#10;HSa2aRmNTUD19eve8g1iMqbq30NgbhV5BUL9L/ke9R/ESDXFRXzPmD/k6VqfPr3vmP0aGT9sWY24&#10;vf1cgfT/AA97DFpBJX7a+R/yjy9evCurUeve+roQQEEbWCkD1mzDjk8cf7f21qcPUmp+f+Xp0Cq5&#10;9P8AV/sde94xHazEs5C2Ckf2rfthVP0NvyfbxZlYomKj/Bx/2KdNkdxVcnr3uUjH9aqFcx83bk8X&#10;NlP549skGuh27SftP+o9NhiVB8uve+KhDbWSzMC2s2HAFgFYcG/5HvzLpygpTBp5f5h9vTqBSTX/&#10;AFf6vTr3vp/ESmkEMqySKFYaUJNn1L/xHvyalBDcMV9T/wAV0ikAjfX5VNQOve84ZX8b8N6AukBQ&#10;yFTbUAb8/kj+nvTO4FAaf5/9VOnlZWAIx/q8uve/ENpYlFKBGUFmHFyfUB/xHu5Knh8RNf8AV59e&#10;kYvGxCmv+H7Ove8hf0prUj0MUPBYKOAoC+2SPiUnHSDK5OD6f5Ove8cepgFkuSfqi21P4yTyeLf0&#10;Fvz78VVampr5egPSwKrpR/PPXvcyAqFbUFA49J1G6genX/T/AF/z727DFTjp8EL173muj2AVRf8A&#10;SU/ToAN1uf8AH3UBx3v3DNf8lPn1YmMqBTPXveCGQJI9rhluqq7XA/ADMLjj356uo/L/AFfn0WTH&#10;U+fLHXvfFJY08RYFgqv6lJIW51EAD/H8n22Y3OocelQNMeQHXvedpSw8vpDgqb3CBwo4C2+t/dVH&#10;dpT7KfZ01MUMZY5p6Y/1Hr3vpmOgMeFclGX9TC3q4I/Fv9sfbo40p0iUhhUV697x+aMWeQB1JNwo&#10;1hTb0kn+ov72Vr8urio4Y6978cgwCroIGqwuAQPp6dH+8+9iFmyvH9nWxIqOJD3U4/5+ve8f3eok&#10;gR2b1KWBuRcqPpwPp9Pd3gMTAOfyHliv+XqoIc+g9fnx697xGs1FURDqawN7EspW4X/FgAPd40qj&#10;FuFK/mMDPp5H5fl01MKpSuRn59e98EnRh6h9WYgsxF9VvqbW/wALfj28HVVApRhTP+r9vV4p4o0A&#10;KZ8z5n55/wAHXveM1MICm9mB4BHFgbc/7H2qUCRjpNKZ6WpcRPwannnr3vL5o2Ny667qT9NJ/qBz&#10;e4H++49pbjVUAZGSf8hrw6RXcuttI4Dr3vtpoyGJKLqcL+oLY8f2hxx+D/X3uGGRmBU6afI+vn5f&#10;z4dJ0Gg6q8PPj+XXvcZsgoVCQQvH0sQ+h7cNfnjk/wBfa/6YZBI1Dj9n+DowW6VzT8X+H1oeve+I&#10;rkYXBAJJYaioVgeLqR/vdvr7rJZEfD26eOM+f+qnp0xcCIAMo00/w+f+r8+ve45qWGl1KsutraTq&#10;twb31fW39T7v9IAdPdjIJHHzBx6/4MdF8girT8/2f8X173jNbqjZZCoViDcnn1rqLlV+v091+ko3&#10;iRk6q8QP5fKnp+fWppGRQU+f+x6de9xZaoAeqxub6SedK2sOL/4f717dW1ah0gn9vn/l6Li7shFK&#10;U+0DJxT59e94knp7OBKrCxIFgxBvcsVP0P8AT/D2oEMvbqSlME5H5n/iunIJfCUtNjyzXJ8/8PXv&#10;eD7lWYmOE6AxNgQQT+OT9P8Aff09vfT1oGbVjHlTzPSe5uA9FBFAP2f6vXr3vF5Uvcqqj8leWDFb&#10;W0/W/wCPd1ibQAlcfz+eekZaucde98w0ZQSItiWYkxn6KeAuk/W1xyf+K+3lR6d4P7OjGMgw0dhU&#10;4z/l9eve+DLETqYAsrE3ViCq6bEAcfT6G3vwilU4x58OmktwHFXGP9Xr173K0RohcMCGKy6D9RY8&#10;G5/P+v7qxkNajIwK4H59KiwFWbIHXvfbzwqA9gALHkjSzaeArH6n/E+y4RXLuQ2fT5fb0k+pLlg/&#10;w+nXveD7mmQnlQ3108stmNxdx+OfZhHBOoCtXz/1eXT0VFQHH8uve/HKUkOvzFVYsi6mGoA/gXHH&#10;+N/bv0lx5AjHn/mr1bXQV1Upx4+vXvfAZqlKGMHhyQdS2JX6AAEfj/D3prCRuPkOI9T5Gv7fX59b&#10;EqMpA4ceHH5V6974RZih9KtcHyAFbg308Atf/D2wdvudVEHEenl5j7fP7OqW84BYsKfy/wBXz697&#10;ztkKAghGjDBgeG4tquSA/P8AgRf/AFvb30ktAzgmmM8eH+o9Kzdh6Fip8uA6975ff0tixUrcrwDd&#10;vSeGv9Ln2mNnMtKGgrk0+XVhMrDhqAHl9n7eve8LZnHqNZuv0GlgS12P5P5H1BNvbq2dzwzT/Vwr&#10;0XzMslCoFB61r173iGUxBCmWJSGt6tIU3I/Sx/Nvx7fS1vQulSR65H8j5HrUaxRjJBJ4nj+zz697&#10;yiuwzgMZAmkkj0KLc212H5/1/fjBeJggmnz/AJf6vPp/VH6j9vXvc5KjFm7K8R9QtKtr2/1IX8E/&#10;k+080dwBQ4J8j508q8OHXoyhOTVfT/Z697n+eicPpZLghrs36dK2Orkf8j9l4SQMBQ0OCf8AAP8A&#10;P0uEkddIOP8AVw6977WajcEAhSNIYlhzbhbW/AP4v73LDOvYSanAIFaHrfiKDQnUfLr3vKgpuV1A&#10;aQFNuQRe5IP4v/Q+0LvcfEBx/wCKr+fSU3BDVTh6HNOve8slLDKByF0NqC+k61/sk8/X/W97juZA&#10;THKKhqD/AD/l/l6eilR6owpUY/y/s6974PQh1uCLLpI+liAfSQR/vA9vrKKBlFeIPHV+z06c0Kp4&#10;Dr3vCKZmJt/YYkIwIbgc6mH4J/HvchWEGSvkKkf5j/h8urDGR17329O9ydTaSoJRjZFtz6APx/T2&#10;zFeaxoKVPlTNfz+z163Xt7vL+f29e9xXim0ONAK39PquxL/SxH9P9f6fX3dZUXAx5/8AF9FhAAOn&#10;OcV458v8g6976USjUjchAtwy6SrWtdiByPalNIAcD4hih4j1p5fb0YRgqoAUjHXvfiUVxoCnUtw1&#10;iV1D9X4uL/4+/OyMpqSKfFnIp/h+wdbINK8Mcf8AL1735YlDFgoIvcaxcIL2JFj/AL2PaNpCx9CR&#10;w+35+n2dF7ojKQR9v+rj173HlpYEuqkKVJkIC2DKf0En6k+1MTakBPDgPUH0HlTp+BaIFNcYB9P8&#10;n5/l173jjhk1gaiOTp1WLIRwpAbn/Wv7vNLEq4Tu+XmPy4dLAisK04f8a697lxwujq8rLYEAj8cG&#10;1yo+n1+n09oZLguD4XA/5eP206tVQewcPl6+fXvbgp8YsClg2ksCzFha4Ok/1/x9owQeP+an+r5d&#10;eqSc9e9yElYq51WN1NjpuBaygqP0/wCJHtq4iIcpxzn/AC/bjgenCniKCgz9tP8AV+fXveQ65Qxb&#10;0ItuTyoJ5LWH9b296DLG2ACD5dWVKqEY1I8v85697wPFIoRVsTazHUQt735/x9u4YlhwJ4efCp/I&#10;dNlCKnyHXvfEUnkV9UpBDaigGsj+oufx/re9fU6GrGopwrXP7OmyrPVYxUU49e9wZaKUliLANyAT&#10;yEJ+tl/rb2qikRl+z/D0ioBg4K9e9+WnLqGuU0SHW4B5t6VB1f4/QD3ss4J0ZDDhjj50+2nSuJ3Y&#10;EHh173zNKvidibssgLEelmj02F7/AJP5Fv8AW9pWZGkFBQH8x02YJgC5/L1/Pr3vEtKL6CCocrYB&#10;rLp/qzXv/vufagsK1jHAeYrw4fZU16UrqACrXHHr3vuSAokgB1nWpUE3CD8rf6/T8W+vureCpAce&#10;Xkf5npG4cMf9Vfn173HQ+QkkclgAGJ5CcKVB+n+vb3dhb0NAOB4dMhqk1/wHr3ubCRYG7GyMCrLy&#10;CDpGk/m/4PtBp4g8OlIdqY/w9e95Y5LqCDe9lOogMun9IP5P+w96CqGJ0gj7OtAkE1/1E9e982mc&#10;BGKk88FWtcg+ohl/A/p/sPe/DTyHS+KHVGA2ade99GokJZ1JATWig2P6xYk2uCPrx78IlAoB0+o8&#10;NWwDXjUV6977bISQjUjOSPSCRx9B+T/Q/wBn8296NqsmSKefHz/z/wAukRWVjUDj8+ve+IytTp1g&#10;X1m8vDX+vNlB/PuwtIw2getK/L5+VPn02ZZIXDscj8+ve44zVYNQQNf8BVa4RjcAB/oR+QPz7Vtt&#10;8Q7gy0+Z9P8AD8ujCO7eQalPxfy6979Hl65iVaNiiEkDlvIVGo+pvp/gB7Z+jgVdSUr55z/qP7er&#10;q7xjsHz697doK2eU69NpmjJVTqCgEHVe/wBCf8efaGWCNQKGgrTpi4uJAQxJpSmPt697lCqqWVEA&#10;dLk+QhyNWqwFx/h/qvaPwo1OfLpOJZUoAa+f29e9zoZ54tI5YOgYlRwSB6gzEg3/ANf20yI1aCma&#10;f5urrK2o6hxFP2/7OOve5aVMy3NgRfkav8L3IP8AvifbLRUoa0/2Ono2LcMGn+Cv+r8uve5KVqJH&#10;+5IFcsqgX9TAen6/64/A/wB4908InKLjP2A+vTonAGt8DgOve8jZCPS6ozXA1Wb+gFvXze55uR78&#10;bYUzj7P8IPVTcx6ahhUeVK9e9w58pePSy3OkiwYnUeTf0/69x7eitWapXFPl019SACRx/wBXD/B1&#10;73Bjy6iPU7KIwgBJK3a5020nkG/PtWNvZyKZ444n7R9vXkuAXAJoBk/l173y/vJTgMoeNzbRdyNI&#10;uQCF/wCRfT27+55yNSg1H5eXHpTLINNYqVAH+Cv5Y/n173wG6aGK7vMip6y9raQAv6bH8WHH9Pp7&#10;quyTvwFeH7f9Rz00k0aij5J8xj/V8z6de9423PjmWy1MWksGIYra1g503P1/J9ujZrhGqwIIx5+p&#10;H/FfL5demvI1XWhz8z/qx1731HuakN9U62VbNYXQr9W0m/5+nPup2iWlQp9eP2DPy/y9Iv3igOPU&#10;/mf83y6974S7zoYo7eeO44CsUBAHpANueOCf9ufbi7DOzYUgfnn58OHWm3SNSAvmPXj/AKvLr3vD&#10;Bu2hqJEk+8TTfVIDYJpYes/0/wBt73LsNzEhqp/L+XXl3KOuon5Y/YOve3ldwUJRvDMhdtVxE+sN&#10;wSGB/H0t7Qfum5D/AAkDj/nH59OLeRMcH/UOve+L5yOQIolW1rkFxdvoQDf8i4Nvdv3dKAz6fl59&#10;b+sIPYR/qz173x/i5H0Kem7EqBctq9IAvY/j8e2xYOBkYNKV/ZXrYuWYhRQnHp5jh1732cm7xh3L&#10;amv+ggaeLksQbn8n3b6Rg2nFOFOHH/VnpQss618uP+oenDr3vi9cj21tyiIqk3MgHLB7/wCH9P6e&#10;3Fs3TIpxPEV9Mdbo5QOTRq/6h/n697xJWxeRxf8AIAFioY3uVDf1/J9+aCTiozxx/q4dMmRkbB7l&#10;+f8Aqx173KWphLLd1JPqsDp0m5Nv9YfX6+9BJGUgjI/n0st5jKKNxH86+X5de9yxVIUPLWU2IAtZ&#10;wQb3/A45I9pmR2bT6f6s9VeZncxrwXJ/1f5Ove8wrUEjNpUkW1DSUYf6kk/k/Q8fX639tLCwGOH2&#10;9XgKM+kfb+fy/wAvXvfX3uqIhGUB3W9ybkL6R+q1gfz9femiZDkU+XW5lEQDA8fI/t/4r59e9+aa&#10;RLkNcBFU2/VcG5Fh/je39fbZC8W8+mjIIXBfGrAHE9e9842OkhWRdVi7f4jmxHPF/ddNDqOPL/V6&#10;dPFw1TQjy/1fI9e945NRIX8sWN9Ni1+DYfi39PbgpQip8vPpgKH7K1P21FfTr3vpopL6V0iNVFnB&#10;DjSPx/UXNzf/AGHv2pK1YUp5deBRmoygUr+0cT/sde9+LxxhgRzIE1gr+phwCOSf9b3o6zRh9o61&#10;IxWhXj9vAde9xZKmI3XVyoFx+Cb3Xjj/AG3txUdfiHHqocqpBPxZ/b6+fz697kRyRALfSfJfnUCq&#10;2F7n8/Tge6FWqag0HWlFDitaf6j1732k8NwrFdBUi6kIVLfUFQPp9D9PdJEZx6H/AFZ/Z1Z2EqBK&#10;0p+Yp173mWohuArkFQyrZmsG+ov+Dce2fDcVJFQerRxIrBi1aCtCKfZ173ykqIeAzqQV/Uv0sObE&#10;fT/Hj6+7xq54Vp0pDqh7j/q+fXveJ6qIgfusWC67A3II/oRb/Y+/eGSKhaGvHqnihqBagj59e94f&#10;v7HVHLdCp0lrLpJNyLH/AHge3FhYDQaA/Lr3irwJz/k697ivkAdaxvoZALi/4vfn/XHtwW1AKitT&#10;xp020qqO38q/6v8Ai+ve4EtXK/Kyq8TaV1AlSS3H6Pr/AKx9qo4QDlSCP9VelUNxI4o1aqOPXvbV&#10;UVVSvkAlXUtl5PIt/tR+vtQkUZYah0WzTAvVRQ/P1+zr3tlmqK+QeMOI728o4YG31sTb62/p7XxR&#10;W4OqlfT/AFeXz6TM9PjyfIf6vTr3ttmWsJZln0nUDbWxJBX0B1F7e1aLDhNGfs/b02ZWGkE8Ove2&#10;moqKqFADVlm4JUkG39eSTb/D2ujtYmNdHHhTz6TSXJVtKmoP+Tr3tNV2SzTKywyNpJUEAlbBf9Wn&#10;0v8AkH8+zS3s7IHup6+vSdpZpGCLUk/6q9e9s/8AFdxwXEc02vkIXIBBH6mIb/eAPr7X/SbfJ+o4&#10;BH2VHy/n0qcy0BqKDjQf6v59e99pufcAsJJncCLxqLLZubG4Qf15N/e32vbyvaoFTX5/8V1Zp53V&#10;lXHnnhw/1U697eYMtl62O33AQhL6ipZbg6bX/N/8fZbJY2Vu2oitTwHHpqJ5Gwh4Yz1727Y+nqpJ&#10;Gapm8ir+oi6hnYCyKD+f949obt4kUeEtK8PsHSoqQQeIPD8uPXva8oqZSuuR7BbMtvqtha2n8+w1&#10;cSn4VHSuH4CfKv8ALr3tTQTRgWDEabC+o3+l7av6ey2VXanRgrBlFOPXvc9KxGUqhVvX+sWNgPqx&#10;1cnn8fT2w1uA1Wr9nTniDgTX/P173JSVix0sStvWwsQGA1Ekv/h+Bx72ANOlvPy+X5dL7Zv01Vs/&#10;5j/h697wSPGzkICoIJ9QVj9OdDi/9b/7x7qV/F0Xy9kjEjgaef8Ag697j6G/tFNZJZSbEKFNvUT+&#10;f6/1934Upw6quO0Ghz173wRWJXSULqjekgAC/Jax/wB4Pu3lTpxf0zk1P29e9t1VEXCOVBYFrBhc&#10;EfUcf1HNvamOTTVVOD0zcdwqxp8uve2bTGrHhVI40Wtqsb21f6/19rQzkUr0iZU4eRxx/nT/ADde&#10;9xGqkSTWADpABXT+q5vfjnj/AB+vt7wWZdJPVGFAFA4+nHHXvcKpygQFb+NuPrxbUePr9QRz/j7U&#10;Q2Zc6uI68qPKpkLUHDz8uve2ebIyA+q1yGAckLf+hBv/AEtz7XJaqRj9nXmiNNXXvcSo3BTogErs&#10;AUOsC3qdebo3HN/b0W2OzVXGfP8Ay/LovlnMWTx8vTr3tF1+7qhdJDi2k6WIW5A4DSLzYg/T/efZ&#10;/bbIhBFK5Fc/yr0jeWVsg8eJB/yde9pKs3NIwF2YsONbWsT9f0j8j+v59nUO1KMmn2dJmaZwTUn5&#10;A5/4rr3tPVGYqpLlfI4YWFgbH8m6/wCB/Ps0jsoEywAI6QmeTX21A8/Xr3vJSR5bIECHyBOVuSSL&#10;Nwti36b2+g+vukzWUHxUr5/l/h6Wwx3UvdUVI4H0/wA/r172qafaddJ43lZmkaMen1aV030FV/qP&#10;z9L+yebeLdKqtAP9X+r/AC9L/pZQulwan+X5ny+XXvYh7fwuTiWNWV/FGxKMXJZVvZjY/wBbcewt&#10;uV/aPUg5PEdLrWKRXINRXiMcOvexqx2ulgTygMBEASGIsFYlif8AH/D2A7kCWQ6fX/J0eW3bRZPI&#10;U/2eve1ClSjKbFQXUX/JuvqBufrx9R7LTEykVHDpUjMrDR5H9teve/GpCgiPS31EqFR+hyE+p/2/&#10;049+8Itlseh/1f8AFdOtNUUoQBw9K+nXvfBZwsdgdQAX9uwAP9FDW+nNz/j7sYqtU8f9X8+ljxqF&#10;rWpp/P8A1cOve/CpswuwPIDkc6QvJB+n1twPevCPCnD+fTCuWYqQQRxFM/b/AKvPr3v3mBvqYko2&#10;kj6am/Nz+L+7aSOHn0pLigUY+30pj/D173yE4KkMgBLRjUeLWWzDV+b/AIPuhjIaoPSGQlnbQT6Z&#10;zk4B697xPKAWvHZPoCLArxqQWN7/ANPbqr+dOjFRpURqM8P9Xz6976E/jZyEDqGV2sLcv9Qt/wAC&#10;/F/fmjDLpJ/1f5+n1jqKfi+fr9vXvfI1AJIT1I1gWNgdZNj9bX5tY+6+GeLfs6oxJor/AOr9nXve&#10;N5dLEEso08PxpAJsSxP1N/r7sFqOkkqlBppw9ePyrTr3vg81gHkAfgCwFwGU3B5+vHuyx1NFx1e2&#10;gDnUvAfz/wBX+Hr3vuOQC4Z1F1v6VHGn6p/sAfe2WuKdGBBB4V4efXveFpAzF1+qkiynjRbg825/&#10;2Pu2k0oerVxXj9nDr3vgW1WdQQNN7Akk/wBkN/j/ALbj3ugBoem9EVQXH7ft6974NMy/QgG99IHG&#10;m3BH597CA+XXgCmBinpw/wBXl173wDKg9Or8sBqv+eSf8L/T3sgnJ6rLKqqDIeJp1734ksRazEj6&#10;G/PFz9LXN78e/cOnNVBXFCMU697x+Rjbi3qUDi66iLC1/wDHn/jXu2kcekL2Y8Q6MD9p+fXvfFJi&#10;odWdiVDaSU5LXs1h9ALcH3YpWjAU6dWBPDCN3Z8q/l173wZkYKGJYXBH0ZrjgBv9f+nvYDVx009u&#10;gYFOJPr6n/J5de99O4VlKagSun1aQl7WJa/I/pb3ZVNKN/s9KWcKfD86/sH+X1697xuwVbXci1mI&#10;tZQRYWv/AE/r78oqa4/1f5+thtJ7e4H9uOve+KnUyjgWLW4awvewLH6k+7kaR8+kVx47fFgD0PH5&#10;evXvfayObeq8ltaj6Kyre9z9OPz71pAzTH8+kYmlIoGIHlnh173hDkuBqUGwfWRzy36SW/p/xv3e&#10;gA/lTpXbNIzGZ8+Xp173keTQoClQpIub3Lf4G30/1/8AevelXUc9PARDvVQGav8Aq/Pr3vCZYzZb&#10;EkXNixsotbi/IH9fz7sI26vrY+dPs697xs+p0tqvYgOCCALf0/p+AfdwulTXpkmNpAxFW4g9e94V&#10;lGlgVLlWbQeTqH+pDH6D+tvd2Q1GadO66Gp/1f7PXveLyngkgKq6rWuhe9wLn6n8e76P2/z6L55A&#10;0jMADTh/xXXveJJg5Uhna4tIlhZTzYWP093ZNPGg9Omx4hGorUfs/wCL697ws+nWdTcX0quoArq4&#10;VSfpa/1Hu4FaeXVQzP8ACOPoP8J6976LrqYqmiyHSNWoA6fxc/7z73QilTXp0W0h7j/s9e94VnJ4&#10;XmwViD+g3Fxwf6f093KAZPSc1B7jnr3vgZudIUuCCeABYqbarG3197EZpXh1ZJCjalz/AKv9R697&#10;5OSTpuQdAKc3IX/VBif6/X3pcZpjozkXUhRfPr3uNPKQBGhX0KCU/DBfqQf9f8e3o0HxNXPn04pq&#10;KV8uP+r+X+Xr3vgtUGSx4axOu/pN+R9fzb6+9tCQ1Rw6syIEDBs+fXveITq/lX6JpclWtcfgg2/H&#10;+Hu+grQ+dR9n/F9F80U0k3aPIZ/1efXvcXy2AUhrLwGJuWt9FZfyP9j7dMdTXqj2/h5Lgn0H+rHX&#10;vfmkClX1kyMrHkWB/wBpK/gfge9hCwOMCnT0cgWiqAFPl/s+fz6974GWNWsC4kH5H01sb+kn8D8/&#10;192Cvpr5f5Ol0FJhUdorT/V9vXvfEyF5CoYO/HJYAKV59JP4+v0920hVrwHTBqrFWFRkVHCn+r9v&#10;XvfFpF8hNrWUqWL6GF+b+r8n3sKQvH/L1tWrpUn9grw4de94zKWVVDBgUOrQ36he4BJH1vwfdtFD&#10;X0Pp0tgCxpqbiTXOf2D/ACde94PuyjWZSSiBtJcMVH0Om3+Hu/ghsjgennaNhha19eHXvfFqkg6G&#10;bTcgh/SdRa12MZ/w497EQIBGfl/s9IJYXeSooFz/AMV173jEjE2ZiSXsp5UCxuV0jj3coPwjy6Zk&#10;ikSjEV/1caceve+2qW1SNyGHpI4KqPxe/wDvY9+EQ0j06Tys+kBRj8/Pr3vG0wA1lTY6WsGFrng2&#10;X8392CfhrjrRMgbSTkZ4f5P8Feve8kcoa7Frqqk3NtVyLsoJ5t+L+9OtMDz6srn+zb9vXveHzl2F&#10;wQP0ki5sLcBgf6D/AG/u3h0HS6LUiHV8R4+Z+Rx69e94Xm0jhix+ikC31Ntdvzb3cIPTqzuH7eKn&#10;B/yU9Ove+2fkNe+nWeV+g02JYf64/PvQH4evDQg8NeBoPU/6vLr3vg03ILSWBRbAWBFl/t8f14Hu&#10;wQUOkdWcMy0kBp6eY+f+fr3vlHOyxlWIBf1IC6mxH1Gpvr/vre9NGCwYDA+XSAxyiQGhPlX/AGPL&#10;HXveB5SlixBLAHUBZr/Rjxe9x9Pbipq4eXWzE7rpPmePXvfQqCov6RpK8WW5C8hbXP0+vv3hknpS&#10;kUcbK7sG0jyGK9e9+M3l12Yr9OdNy3+Fz+R78ECEVz/k6USJGRpfhxpXgfl173iUldSsFuSuj13F&#10;ubAW+htf3YivcPLoulh0VaKppk14/l6+vXvfES6gTx6TpPPNvpe/+8H3YrQ58+kviKSaLw4Aceve&#10;/LL9dBF9Wkkn+0OSvP8Ahx70V9f9Q63QlTqDZ9B6+f8Al697xiovoNtJuQR9TzwEb/bX4938OmOP&#10;S6OHTR2NWp5/l/g6975POxPD6iF/SgsnPBLavr/rf8U9+CBRn/Z6eWShJPn173xecKFUgEAXJUMD&#10;c2utv8fyfx78sdakf6v9X8+rRoiyF1wD5eXXvfBZiS7lGOq3A/sgafx/xPuxjGkAHp3UtKV+f86d&#10;e98BITqZdVwA7Mf6W+lv6n/iPdtApQjrRkQCi9e9+aUCzEgXVR9P035tcfTnn35UJwPLpipAoeA8&#10;vtPXveNXa4Gm4Ycabk3HDWJ5uR+fdio9f29VJxVsGuPs/wAH+rj1733I5Vl0yk6Bax5YE2GgX/x+&#10;nvyCoyOPVqkA1HHr3vhrs1xclQLW4JuLEr/Xn+vu2ioz59a/DxAx17355LBW+oIAI5JAB+hH4J96&#10;VfI9ayvcOve+azOGLL9Db9R4Fx+n/En3oxgih/1fPpQbeViKDB+dPt49e98fM5ZywU6VsSPSLAAF&#10;R/rfQe/FBQAdMMhUUKmv+rh173wefULWUMbFG45ANvUv9Qfr7sI6ca/PqopX/V+XXvcZpb/SwksD&#10;bnhuRwT/AF9uhNPHh0rhiUJqIyT173mRyU0+OxVX+h5Ujh9QP9fp7oy0apOD1WYUfHn173jErrYa&#10;UTj6Dkcn+v0PP9fdiisfM9JUIcakB+df8P8Aq+3r3vp2vzyGKhrX4Y355H+8+/KPLrYIrmleFB/q&#10;4+vXvfG5JV1GhiBZ1PFh+WB/2PvfAUOevalC6j5GlPn5de983CiJj9SwZQSwBHPJIH4/xPvS11Dp&#10;tHRaEg4r/Pj8+ve8Ib8k6TaxbkfTkC3+35v7cK04deZotRXOk4OMU9PXr3vpSQdQ+mofRlNwWtY3&#10;P4/r78RUU62FUL2fCuMjiAP8NfX06975eRfoFJJYi9gNZv8A14v/AMU9+0kmpPTAkOqtaj08vlT0&#10;69768yaVB4Ac3T1XGnkqP9b6/X37wyK0/b1dmOoO/n5eVPL7Ove+DSc34IZiPrfTfhSQfpcc/wCv&#10;9PdgmOtiQnJ7vSnlQevnQ9e9x55biNBZj9eD6mAPHH9bH25GvEnpdaiMM01Pl8lPnX1px6975KxQ&#10;epSRpJP4Kg/g2/P+PvRFTjj0xcyJLJVTUjH2+rde94zVoCVB0kcek3XTY+mx/P8Aj72IWpXj0lJo&#10;a1FM/M/8V9vXvfYkNpDdTYAhuRpN+L/4f6/vxUY68yqQGANSaH1r5de98lZwqtIFtwbhgQTe4a5/&#10;3n34gHtXqxZSaA0BrXHn6fYOve8IljvygVrsy8cX/TcH8i/u2l/I16qC4NBSmP5eQ6974rMjOb8h&#10;XVta3uQBZz/xT3soQOvBFUF1IBOKH5+nH9nDr3v3nsB/bErGw1htNjwR9eSfr/T3vwx+z5de0FWz&#10;gjPDH+zTr3vmspQDyXIOoRm4FmB5uPzf3UqGyvXmHb2GgNCa149e9xpKlXcjS3oPKX0ks1jx/X26&#10;sRVft62ECippU/mB173iWYys2khTquwLgqRcLbT9Bf3fQEpX/B16i0wRn1rUde95hP6GU3K3uTxY&#10;6fotj/vHuhjoccf9WetAaaMOIIoMevkf8nXvcfWdP0NwSqkElf6j1H/kfu+kV+XRncKZIPEXHn/q&#10;+XXvfIVN9Mcn9RqKngNawUg/S5+pHv3hcSvRYSGFCACK8eve+zMnqFhwSCbki/8ARX/w9+0Nx6sQ&#10;RTWfyH+Ude9w2l1XUsQrKWJXgWU2JN/z7eCYrTh/l/ydeJCnXXiaCvp/xfXvfTzMy8Ek2UC/14N7&#10;6he1/wDW9+WMA5x14uQSRihPkPPz6974tMWH6gblbrwCv5sPyefewtOqGgjCqAB5AZ+f5Dr3v0cq&#10;3JH+pZPzyAfp/X/WPvbIRT9v+r/N1QdwoTxyP9X+Tr3viJNJYX+vFyLk8+nlebe9lK0+XVyQtCeP&#10;+Hr3vkXBQFWU29R/2o/Sx/w/1v8AY+9BTqNcdbqCe3gf5emPOnkOve8EkzAhGe5sLKlwP8Dcf0+n&#10;txUFCaft60HIQhfs9Pyp/m6975mcmwRgLCxFrjT/AGgL/wBP8PdRGOLDqoeg7sn7P83XveJ5/wAS&#10;GxY6f02vpbUCbc293WI8V6uyhAIlAp8X7f8AL173xaT6kKAbENpYEqpHJN/6/X3ZY/XI6rp1L2it&#10;PMf5Ove+hUKqfovcALc35HF2P4/r714RZuPXgXWiCmOHr/tuve+hP6U0MpKi7XHNrc2H0970UbI6&#10;8zCtX8849f8AV5de98PP67gCwsqr9FPN9R/x92EYK0PHr1aEA5qf5D1697wGTQykJYEMNIveznkj&#10;/fce3AhYUJ63q4E/b/s9e95pZxpCgLZVNwDcjSb8/wBf8fdEQ1qfPpyUA9ykmtK/s/l/g697jmbQ&#10;x0uFUjUCOFFxwC3+JNvbgTV5dJwwYsFFT8hj/i+ve8wqCU0uQCATqUHUPzYj6e6GIBqjrTK5JNRk&#10;/wCTr3uI8nHPANwSCWLX/qPb4SmeJ62zNQhe6nHy/wBXy+XXvfUj3XgDSP0sTchSL8n6f4WP+t72&#10;qkHPHrwcE0JpUcP9nr3vCrXIN7n6Lx+r+hH+9c+708j1QMVU6cg5PH/V+zj173kWQ/QkKyaj/UcA&#10;3Uj63HHtsoOI4HrVaip8/L7f8vXvfaOXKjXqPNxYcsL8G3+t9feyAuadeMgJAUHP7eve8TuSEOtG&#10;uwuQLXt9Bb8W/Iv7uBk1GOtMlHoRT5ZNfz6976ZhcfSwJuBwRzY2H9Le/AdL4Y6LoPxHJB4fL8+v&#10;e8bSCPU4uthYNe5P4NgeB7sF1UHTZtwNJQ6RmoyRWv8Aqr1732ajlHY/QN9SFuTyTYfge/eH5dJ3&#10;R0chu4D1/Lr3vyzPIdNxcLcDhR/qiCfp9D78UC8OHTevI1CtP9X8+ve8GtWezAD6KRc3YA83P0t/&#10;S3u9Dpx0pmnK0ZDUDPr+30PyHXvfFmdXLar/AJClbHgAD1/T/Wt9fe6Ar0oVlkTURqrStD68RT/V&#10;jr3vzSayhH9bfS5/VwR9Pz+ffgAKg9WLoqlTWuKegp173wklaxRiAxY/QgKrEXtpH9fdlQcR0zN+&#10;qmpMUzTzpw/PP8uve8AcKF0kCwNja/pAH1B/BN+f6+7lScnPRcf8HXvfRkNgSRypI45PP9P6C309&#10;+0Dh1v8A4v8ALr3v/9IcxUkgiRAqooFwFI1Mfqt+bgWsT7+aFrSRSHrn0HD51+3/AGOvohXSBRf5&#10;fYP83W/x7xLKRp0gtzpOq9/pwRf+gte/tpwpbWwxggD9n+H+XHq4VS2quCeve+bTKsepNB4B5uVj&#10;BA1Hk3PPA/1/d1t5XIcHBr9pNeHTEgBPpxGBxp173jDougs+nVGuk/U2e+k+n8H6c+66X1FdNSP5&#10;Eef+qvSf4cuOHH7Ove/NOqICX1XIEageq2mwUjjjn6j28LeWR9OKgVPl/q/z9XJR2onECp/yde94&#10;i9ze3qCmRJFuw1fRgSObe6+EUfuGB8/Ly6tGjMVJ4V/P/i+ve+lZuUA5KHSUOsMJOSLn6c/i/B/w&#10;91IIoTx/1f6vs69ItGNeve+aIEDHknSSGchyAp02/wBf+nHupOo/y6arUV9Ove+PjkJVrKNQdSmq&#10;2phfkNa1rfQf19r0njjiCkGopnjg8PP/AFDpUsbKPnj/AGOve+Wj6fUWjAv6bMxbluf8Rx7RFyza&#10;vnX/AFf5OkSpoJPEkny/Z173kRAXIB4UMwBUhrSLYfq/Uf8AW+g91J7dTDj5/Z5np6Onijr3vGpb&#10;WAFKBiYwNYJYm4PA+hb8/wCt78AaBhnTnz/1Y6UPKFqnn/n4H7B173gWnLSX9WpSQ2n1C4BJAvwb&#10;24PuxIXI4f5OktQPz697kRwuilTqZbhmHBIvcutv9f6+9EnDAZBx+XSmE+XXvciNSSCDpN3Ww5Iv&#10;/b4+vujMvrxz/sdMsrVJoSPs697yojAX1ryHX6eoaSTbSP8AePaWcKXK04gGo41r15CCCB+z5/7H&#10;XvfNGY6FugDDjkFxa4FyPxzcg+2ATpZfMGo/2PXPTsSO66FxThXy+zr3vmCwGhm1aWAU/QBk9QCh&#10;f6/4+6gcWLEMfz+3qpTSaPx6977UNpEmnVJIWQM5JCqTf/AD23RC2hSdFfsrj+fVB3HT5V/P7eve&#10;8nItFZXJAJsbgkAker+g9uhaUYEgcPnT0I9PTpSkGqhrx697jiXS1i1tDGxIYab/ANkLz72x0gEj&#10;BOP9Xy6TM5RqSYpUfz9eve86yTMAzKvL2Yj0sSP0ED/Y/X/b+7AKR2n0p9vn0ZK6MoZeH+X/AD/5&#10;Ove86sYVR9YZna7sbAFRxcj/AF+D7a0sxOoYpjNBXpLPXUTwp/h/zj9nXvfFpFshaYm8jMi2XSr/&#10;AOqJH4t/xv35E1HtFcAenD0/PqiozioWtaf8X+3r3vx9P7mjSDYlkPo02v5AD9R+Db8+6BnC6XOS&#10;ePz9PtHV1eSIUYdwPHr3vr9tnVlcleVIewKAjVx+efx7vqfuDYPyFa5/Z/LHn02XLOSfM9e9+aZw&#10;GAUMAyswP4P0L3PN/wCvvdNLVQ0PmKVoDxwPn1oggkefoOve+YMlnX/dgBNyFBZb/lj9fx9PbJSj&#10;qUPA5FKj9nVmhkWlB+XXvfIuFDMEJeQgngnXZbEEjgc/7H3ajlqqOFKfPOePGnp+3qufIde98YjJ&#10;oJYcBgNRIUqFPAQ35H9fbbKCan/Bgf6vIjpt9ZQgde99+YvIxYmTSFYFbII1P1uLfX+h96EbFQqY&#10;z9ueH+r06TW5c/p/4T173lSQtI4L2XhgHswCN+r0H+n19uSRKArL5Djw4ep+fS0qOI8uve8l/wBw&#10;GNy2jTe5OrSeGaP/AB/p7bdWkiDEHz9P21Pl88DqpOoZ8+ve8EgV5S1ioD3D6yCR+danjj+v9fb4&#10;kdAIjTUBwOR+X+zTqwJrQceve8bAqsodkZS17L6lcg2H45I/r7syEUdB3H+X2dbIoxfz+fl173LR&#10;QokBvZo49JJFgBz9D9bH2nprClqAA5AHy4/KvVQagV9eve8TH/ORlmsCOGWznUfSDp+vP0PuzKGU&#10;eEKj/B/g62wU9oFeINeve5IkePUwYBkCoEBBB4/PJ5/x9tMkf9mTQNmv2f5OqBEQBEFAOve/Sysq&#10;qQwZnUnUjHSVHIS31B/xPvcOlzpoAFp+XlX/AC9bXJoeA6975PL6VLAlHUCPSb6jwDrv9P8AE/n3&#10;daeNpr2jPlUU8h8ut/ioOFeve+BlCk6edHpDK9+Rzcgccc29tPG0r1pSpBxkUH+x16pqT173y8nr&#10;cEeTWAXJYWLDnUT/AK309uNpUiMMAfsr8sH+VOtECoof9jr3vlFK19TCzlBc6tR0k2VVT6Dj226o&#10;QU9DQClM+efMjr1F8vLr3vl5BHq1KSoFraioTiyhiR+D+bWPuxVCulSASa0pxHnw/wCLHW8cFNT/&#10;AKv59e99eReIVW4MetJiT6WH9bf1/r7YKlWLEefD5Hy6KmLtJ4b14/8AF/s6977inHkK2UPa4PNg&#10;1rDR+f8AG59uSQ9utK/n/q8v29GZAZe3h5de9yUl9AbUWdRY6XVrEXN9Ivf/AGA/1/bBicNUjHVa&#10;HifLr3vwbWqFiGdAbqPTqW/AcD6EDn6X9+YH0oOH5+XTUsSMwZsVOeve833MQUAD1MdK3a2o/Wyn&#10;/eb+66Gc0PAcaf6vXpwCuBj/AFefXvfMTLdYlsyngtqU6GANzccH+l/fvAZUMjihrQD5UrUf6vPr&#10;2Rnr3vHI7xhdP0VSvoYm/NlKX+l/z73HGJDk0IPHyA8+H8urqATVv+K6974rJ6AQCGXgFDdSGFyN&#10;X0/xPuxQayAcE/OvSPwNTlmNBX/Ueve8xs0auRqszFSAdXPJUnn6/i/tpSWbSTSv7B176Za8T173&#10;wBsVLOpkIe6gqwJP0UofyB7uyhgSoOmuK+RPnUevXpbdyO3I+eP2Hh+fXvfGOQswjSy6Q3DEgeq5&#10;sB/T6+7rbyUqB/xf+rz6Y0S07Bn9nl173gZ3bkAxrqIbgWJSxEh/1j+PalIXQfCGqPPy6aaKfzFc&#10;fs697yM6vpUjSVRiWJIZnU8BQv159s+G0Y1EeY4/6v29JfDaPLggfy697xrJpjBK8sCALglV+oDC&#10;/HI/P9ffnSR3Oo0qfip/q/4rpQ1FXQDWuK/6v8PXvcd5FX9wABvJdj9NEgBDFbH/AG9h7UwKNenT&#10;xpjyII/zZHSJom1Bo6/MH09R173geqSMkqFJDBhyW9LkfVQRwBf/AGA/w93Fs0j1rjga4yK8MH09&#10;Mnp0n1P5fPr3uFJNTawZJQqkagRwCGbUfr/sCPa+C0YAsuft8z/qr+R68jFzqHAYqT5jyp173Dnq&#10;qWIPolZi0n6wb340/U8f14HHtWtlcTHRImkcKHj6/s4U6TT3LR9rGnyxXPp172z1GbpkTxrKoUEt&#10;cA6iDYBACT+L6uPZlHtEzU1DPoeFePy/1V6QvegL8/8AL5de9sU+6IYSQJAVAKkIf0C+nWP+RWHt&#10;fFsTyEORShFMYofXyPRO+7aWAfNfLh/seX+Hr3tsfelMv9sG2kG3DBifSzFv6CxJHs7i5b1EMFLD&#10;yqCan5fI5+WenTusbqKMPsP7aDr3vGu9aeFlXya+bKBKPVqX6lL2JH1P+wHt3+rXew05GTj54APp&#10;606RvvsauQDX86DFOve8Mm/KL6PNdxzpEiBuW02K/gc/7b/D3aDlaY11IM/8X+3qkW/xSHSTQV/z&#10;9e94137jtTBqg/ufT9LWZiFYG5+h+n+t7fPKlwMeGBp8+J/1Vpnq43hG71bPn554Dr3vIu+MewC+&#10;VUdWChlcC1n+rKTxf/ePbZ5YuO4qtfyzj59N3G7IUNDgevH/AFY697ktvOgVNUdTFwRpZTbUf0+r&#10;+v0/pz/sfaZOWZ2cKgJ48cU8/wDD59JY9yR5AgNf9X+rz697wf3up5eRVWYuhYEqWchrKLD6cfX2&#10;oTl64DaRF+3/AFZ/b0YLfxVxTH5de98xujxpdJy5jYMyk3FwLLqA5+vHvbbJI3ZpNaetKfb1v94x&#10;cNXD/V/q9eve/Rbub9cjKCSF9TDyNfm1gP8AXvf2z+6TlAKeVeI/KvSU7v3AD5j59e9+O7i19HGm&#10;9gWuDzcXUX4/2Puz7EzmsgrXy9ceZ/1Z6UteA8DUH7f9VR8uve8Y3VVzABFYsWvq4IUjkWFv9e3v&#10;TbEiAMqgjz8q/wA+P+TraTF1Hhiv7a/z697zU+Uq6iT134JKMpsbFrKsgX/b8e23sokFCn8vX0PS&#10;6EO41Nj/AA9e9vKJNOuo+rSx1BrHhTbj/H/Ee0MscaLjAp5V6clqhoMA9e98p1hWy8q2skgEgoF5&#10;vcfS9wB7ZRCQHIpQenH/AFefSO5neP4KU/1cPl69e9tlTUJEQw0FT9b+ojm49Q+ptzYe1ltAJu1h&#10;Svnw+3HkPn03Hcux7zq8/T7a+nXvcdMikDMZANRfSNR/UrL9QD/vYPtUNvaZCVU6QKn14+X2Z6ut&#10;0AQf8o+zA/yde9v8FVT1ESaZQoYGRfVcrpANrXuPx7L57OSE0I/1eVfn9v8APpStypH7POnXvfJo&#10;oZAXklRWYhLOwHBX9QA/x/J90CEPgVHpTrTSjgCB173gelo40cPUrpFjpUiwYeqxN+Lf1Ht0DUfh&#10;rTpszooqzD7eve2156GORiJlLalALAEKf7LPp4/w+nHt0W8zZCmn5/5RQjplL8O+lcr5n/Y6975p&#10;VRs1llCRh1Zgv9T+VLf1/wAfejbg1UpkA19P9X2dOrOCRQ1+3y697d4a5HYaGLxMAr3JUAA8a7/6&#10;1/ryfZdJaBDkf6iK8P8AL0rjlfgWI+zr3vOs7M3lSRyjXBVCoso9I/417ZMEdaUoSPP+dB0+HYYD&#10;ZP7eve5UVTLb1agEIXkMeWPodiP1cD+ntHLa29NOCfX/AAfs+359N+GzYpTOT8uve36nqvpEWP1u&#10;t7kFANTEWPPP9fZRNajT4kda1Fa/6vPpUscjfAdRHn8uHXvc+GeYu6qzcaVCqR47Eax9PoB/h7T+&#10;fcKAVqfP0/OvSmNmwGGDWp+f+z1724ozlwGLNG5U3W4N1H9o8cA+01wyFCiEaqZB9Plx49KVWlRQ&#10;de9zBH+G0tyxL8FeBY+r8e0PjKTUEg0wPl/q+zpOYyzE66DyHl8uve8CNyUBvzwDYf64BH+9+7uA&#10;tHb/AC56YMcinQRkfs6977BjdCjAqL8ngsWvZSxP15/2Fvbcq6ZQ6mtfSvpmn+rj0uytDiv59e98&#10;Z1ROCFsPqEZdX+pV9PFgfbqI4BOaN5nh+3j0lnMjNShA8j173BKFEfkBmJsSPwT9FHtyqMcf6v8A&#10;V69MnjQ5/wBXr173i1wASWuzgKRxe9vzdv8AHi3t5NWtc9vD/V6dWU6ZARjyP2de98lMNpXZLtrR&#10;lRyCARwzA35/1vepjOT2tg1BK1FMYBH+Xox1ahU8CM0697ySvSyBmisFuuldLEG367k/k/X2nhE8&#10;Z0nFPnSn+r59aTxBUef+D5/s6977M1nViBd2sx1DU1ltpNvof6H3srqUqxwOHy/4v06Qq0gbTnj1&#10;73zDRknSxGoqAtvUbfgtf2ysYOZK1HEE8fsxx6MVcIKAcfn173yV2AOldAuTdzYaAb8qD9P9Sf8A&#10;b+9SKgqwOcDGf5/4eteOEFBxOAB/l/1V6979J5CSUfUbXZQbvY8m6H6Af191ioAa8eFTw/lxr6dM&#10;h1mTQ1K+tf8AB658uve5UUbIE0OG1EAAsFNmPCG/+2v7qyq1SopSla/zPDp+JgiaTilP+L697ySx&#10;gM6sfGfp6SCPX6r6vyR+fz7vEzGtc6fI/binyPVpUR6sRU9e95I4fINTSCw8akj6EAm62H5/qfr7&#10;amdq0+3A4g8fzGPX59WQxodMfEf6vs697kLQQOC19SsQwYX1IRyoN/wfyPbAkkApTh/h6cYmlDwP&#10;XvfIUVMPq4L+SxbhSpb9XJ/23txbicDSDQU4fIdWjJSsiAVIp9n2Dr3vnJRQFXMcukfW5UXBH6mJ&#10;P1J/HtvxTWrD8vl0knQE6gM9e9xP4dBwPSB9WsS3P5uT/j9Le9iUkauNT59J/ClYVAxwzjj1730K&#10;SJlIXSqa+L3LL/q9S3+p/wBf3oM9KNimft9OnvpZAKPQD+f29e94xSResIdZVgEuDcKef9uDb3bV&#10;wJHHp8RR4FMde95UohoViFkWN/Uv+BIB8ZH5vzz720uaHz4fb8/l0qEUjAacVx/sde9yxjVJBunr&#10;e7Ekg2FrKukWJt9ePbDXFK8ajz8vn04bdkrq8jTr3vkMMJHBZUCllb1ci4/PP5sfbbXoUCmSK8D6&#10;9eNsvnWo8uH+qvl173iGJMbhQqMjSAk6beVl9NwTxa3AH9fehfIVzUHhSmR/qP8ALpFLAGlNFoeF&#10;K1PXveU4eMl5ChDqSpKJZGbVpPP5t739YR2nh/sf6vt6Vx2iqoDDNM58/wDN1732mLeMsQhFpNX1&#10;BuWXlhwL8/n3X6sGg/1U6ubYhqfbUGtaj/Y6978lG6FpWRyEa7N9GJ06AR/T+t/emuUkUIM1634C&#10;NGVpxqK9e98/CzaWZOQBo5C/q5P6f6f4+05k0jQTXNf9X29Fxg0dj+X5fs6975jTdHc20Cz/ANDz&#10;dRzb6XP+w91D6qj9nWmjrwOfnnr3vpmVfJZiSBfSSDZOAWAP1F+R7cHchqK5H5dNiQkMQeP+r+f8&#10;uve2uWTVc6vIVYiMpZiBpvb6cfk3/r7fjGcigxUeXH/Vw6aqfxcOve4fqjUvexNjxqZtZFz/ALx9&#10;R/xT2tIDGlK0xX/J/q8um5HYsajh/q/l172yVVZUlSQf1KyG1xp50Fv8Ba/19mNtFE2G8uA8v9XD&#10;qjuQaDhSv2n0697S9dW10czLJYoqHSi/pA0XHqPBIH+8/wCw9ndpBCc8PU8fy9KHpJ4s8amRQM+f&#10;+cf5PLr3tOyZOqLWc2SQ+kkN5G8htYsLWt9bf7b2bxWsdAfPzPp+3/D00Lucjvyf9X+HP5de9tlb&#10;LUTK0Wt2MiqoXU0Ze3qYKR9D/vfswigtkNQMDz/zV4j/ADdMvPKxoo0j/V/qp173BjbIwKyySO/B&#10;CC5a5B5Om/8Arn6+3wtvIfhFPSnD7fl02k0rVRyT6eg697h1GRyTI6J5tI9QCl+FNlawP+xt/re3&#10;ksrYSAtTNfz8wD8v8/TE/jrwFfspg+v2Z697ZJqjKu2lFnKWAuATcuLnn/W/P9fZhFHaqKlQMeY/&#10;1f8AFdFpubmp0Ur8xw697yRnMDT4zPGrA6gpe1goJXn+gsfbbfSt2uoNPkM/s8unDNchRTB8iAKE&#10;n/N1725U9TuCMq6Tzu/CMAsiMA/N9X0vaw9oHgsXqHUfLh/xfSlXlFK/6qceve3MZbcCyKweXULj&#10;SQCGP9oahyOfz+Pp7Y/dVjJHooOHSurUoPP/AC+vXvc5d25ymKF/IEAYLcMXU/Uaf95t/r+0r7FZ&#10;ydygVx54Hp/s9KIpnRtROcfMde9v2O3w0rKKguHNgQFKAc2uL8fQk/659objYdDFowB9ua8K0Poe&#10;H7ejRL0gl+A9T8+ve1au6qN3SJX/AHfTclSVA/tesHj/AAI9kn7pNDIygKa+teH8x554dKBck1J4&#10;eVD/AD697zR5MPOP3vIn9lQy2uPobj8/4e2pLECM0SlBmtRx9B6eh6rrVxXI+fy/y9e9zP4oQ6tr&#10;DkBVIK2HrJvb/WtyL+0xsAFJJpxPrwpQ48j/AIelEYCoxU4Pn173PiynpkS7IocJ6CpX9OkaQeR/&#10;Xn8fn2gayYgFlrXhxz/q/wAPTYjOKsCCfmKnr3uTHlgWCO9nW6CV1/wsLMPrb+vtk2dWqimlOH2Y&#10;6sQ8bBo6EU48CP8Ai+ve+ZyyJ6WnWQ+nV6SLE+n6fn8Ege6/QSSUdQaZ/lxyfIdVkaaSkhBP5/z6&#10;97jy5/SjAu5KsQ2n8kNZSSPp/rn6fT3dNsDEMFpTNfLI/wAP+odaL+I4FCGya/4T1731FuLxxcI/&#10;kLco7BSef7I/oB/tz7udpZiTSoya+n29LIigrqqwPnXh173Mi3OgGpSS1+Vfh1Vh+o34t/re0x2a&#10;UdwBp5EdNVnUnSe3ypT/AFV697jVG4JA19djfiy2N/qYx+OR7dh2nxPhWvrkf5emxrbzFft697hz&#10;ZOeZR+8SB610EAKvGoEg34/x9uJYhMU/onHn/l6aMjq2knH2/wCrh1731/EzFpZ5CCNICkqSTyS4&#10;HBAP4PPu5sdZOPn/ALHTZkDPReP5/t697xJnRI7R/Rka8gN7Nf6BmJtbj8e3BtpQah58KVP+T9vR&#10;hC/gp2mtc18+ve8wyzgswbStwo1GwItfix5I/wAfbLberrhc/IA/t9PP5dNuooSv+yf9jr3vMmVW&#10;bTeqZdYIFiP1Xu3q/A4/p7ZNkVNABj14U/Lpjx2qa/lj/VmvXvfA5EBzeqHoLO2oDkfQ/SwuCb8e&#10;/JZgipXHT8RLZIx/M9e9xZc7II2RJfzo1rpJAtcsB/iLX59ql21C1dAP5dKNSMwUJn58eve2mTN1&#10;TWVHQOSB6mVQUX6C4+lz+fav93QqpLioB8vU/wCHpuWSNhpbyPkP9Veve4jZ+rUBmjYoC/k9S3JX&#10;jk/144/2/tw7dCacK/L59MSLojJrVvLr3vjDn6yxkUNFIY38bMpKFv6t/jb8+/fu+IMAuQMHPr1W&#10;O4IkVGbjj9v+Tr3vGNxOtlmPlUp67j6Mxs1yP6f092/dgIPh0rX/AAcP+L6TysEY0qfn173kGdS5&#10;4L/RdVxYqxsLA/0/B9++gemn7f8AiuqKxk8ify/w9e9tGQzAivoJR9BZQpKlVH1Dj83/AAP949mN&#10;rZitK1HmeP5A+X5dKG0g+px86/Z172wNlL3eQlvMECKVGkG9jqC/n+ns2+kcgaABkg+v258uqGCS&#10;U6tFQDmlB5cR/n697kNlI49AWbUijU403Yki37nH1H5X+n59sNZynUyqB5f56fb5npwQ+Fl0oa4P&#10;H88f5eve8rZ2mcWeNdAsGJjs3IsNJPN7/T+ntlbG4UMVNa8B6Z/kB/PrWpWFWNQcHr3v0FXj3VmW&#10;yNbnyKCOW+t+Lm17j3aRLsAKeBOaf5vt60GjbiAK+X2fLr3udHXYmN7l0Flsbp+tFa7AaeDb8ED2&#10;wbe40aNBNeH2/Yc/b1tVhQFuLH0/w0697coMriRqWOoY+m/pBB1fWMWa1z+L+0U9jd01uK59c04d&#10;OyEOwatTjH+rz697cIt04yFzeqitGgaxJBDjgqQfyD7Ln2e7YCinJp/s9V1ypkYqeH+ry697bqne&#10;kErMlPqks51MlgG1C3N+QDx7VR7HJGA0uMefV4bho5asOI697mU25W8I9dncWk5025uSfwB/h7Zk&#10;2ldVfIcOn/FidiT5+fpT0697nybyjpoD+5p0MuvU12cW5QKP6cXPthNkaSSvqMU6VreKorXr3tvO&#10;/I3YLHLFa+lrcEDRq5K/Q/059qW5ddB3A8MdI7m9oVZTmh8+J+fqOve88e70IsZQ5YnlbkkW4sF4&#10;Nv8AH2w2yMPKlOmEncjsFaV+wfn173Jj3JNKU0JKQL/Q/oA4BP1/w4/23tt9rRBkj/P0ZW6MQHkG&#10;TwGf5/6vn1726RVNdUrdxI921g6D6rjkn+lh+P8AePaR4oI37aDH+r7enHgMjaoyVPz/AMnXveYw&#10;yuqKwJV3sGK6bWH6eOf9j7a1KpJHkP8AUevLboMnPrXr3uFPTMsh0LbUAlr30qOCzE/7f2/HICtC&#10;fn/m6pNbCUEr8X7OHXvbRWwhl1MxY3CqukmxW1rsB+T/ALf2ttpCpoop6npBSaJSvl/l+zr3tOVd&#10;FUyg/wDHJBoMhBD3J48d/wCvs1hniUgfiPl5deSOSUEGv+D+XXvbBPhfKqhiwUq5VnUlI3IJW4+p&#10;PB9mcV8EJdeOPtI888OqyWc7Cmk/L5/5Pn172zzYCiTUZJVclbEWNzc2GpD9ADb2YR7nKVBUef7P&#10;856TC2dFowrSuKAU/wBnr3ttlwtMXVYoZCwuxXTrAUCwIX8f7fj2pj3CVQS7D5eXn1792SFdYANf&#10;LhQH+XXvb9RbfDiNzBGjNYBiB6fzpJtxf8ey653MqSA3+b9nVI9pVyGNSBWoFP8AVx697WuPw9LC&#10;AjQxqQAxKgG51WFmH9Bbk+yO4v5nJOrH+x6f5ujeG1VCaCgpQcKfl69e9rKBaGnsFh1sgJ9RsA5U&#10;rax5IPP+29h6Uzy9xagP+fp5raMnxCaVx9vXveeOuBVUGhDpNgvDAcjRc/7wfbbQeeTX16cjt4VN&#10;AvA+fn/q9Ove8n8RVQSSQWRl5Nzzy3pvwTfj3sWbMf8AV6f4OjAWjfEQAfn173yTJSaNOmQ2sQdI&#10;XycnnSfpYcG/19tNagHJH2emPXzr03oKHQwof20x5nr3ufS1EgaxJ1aW06yeOb2biw/Nz7TTRIRg&#10;dOQhVrq8+HXvbwZj4lD/ANQNKsQb2utifp7QhO/HHpYaMxNcj/L173y9DBm13+iM1ypCiw1f7fj3&#10;46gdNOmJIhIwKGh4k0qD50697wq4Dsqm+njSCW4IIu39T/j/AIe7kEitOrrGjLpYVb/Nmv8Aq9ev&#10;e+ZYt+3qDKNPIuFJFtIDf64sefz7qB+KlP8AVnraxaZjIcj04eXn1732jj6adP1AsSwY8nVcf48n&#10;+vvxHmP9Xy6WoY9R0kV/ZSg8v29e9+JJP1IH1BP6tAOq1v8AWBsD71QefThbNW4E+X+Hr3vp5A+p&#10;tXqtfT6gef7Vv8P+R+9hWXHl0mkarBB5ef8Ah/1fb1732ZPp+VNiRbm7kNcW/H+9+9af29NaVl0k&#10;vw/n8vs+3h1735p1la66VuvMYLDQRcFuf9jb34IVWh/b0sTQU0pkDAp173iZlBKrYsBove7HUdR4&#10;/wBbj3YA0qer6jSvDr3voyADSOCfpwdI5tq5/Nv8Pewn4j1WtCVJp1730Z4/0DSpJAJvz9LWB+l/&#10;6/4+9+G3EjHWtQH2eQ9eve8RkBa3FvUCQOQG5YA/k+7BTTrdKDUaE/6uPXvfEsniFiw+hRiDcKWs&#10;V/xF+PewGL5/PpNPF42lVOn7fT/IfTr3vA9S0fpLG7OSLWYICLk2Fv8AfH28sQc1I8urArFGUjzQ&#10;ef8Ak+XXvfaSyeNXd/r/AKnSLFr/AEXn6kcf7b3pkUtpUft62jPx9P2/8V17315UKsxIUMRq1A/6&#10;1r/jn6j37QQQKcOt+IyrqOf9XDr3vHc6TqILC3KkjVq5N9X1t/Uf093Izjh0ilulWqR5Pr5fKn2d&#10;e98fKhsDzIXuGZW0WUWDkG1/9b3vQa/L+fSmoeJZKZYf8Weve+mm4chuBcrwoQtf+r/j/A+/BOAp&#10;1XIof9VOve46znWGVxoYWB5HNuOOB9P6+3vDGmlMjrVV4eYP8+ve+KzhSWN9QEjBdOtrEWYoF/J5&#10;49+MZI0jhj5ft6bltxM1Ccnr3vG9Sq6GBshQC0liQ5PFgLn3YRE1HnXy6tGBEhQ0qKg+h+z7P8PX&#10;vfAzH0WayqfUwvwfqv8AUfX3vQB9vSmUKKafPr3vk8zH1jQAQTyOQRyosOeefflQAaf9X+odNigH&#10;XvcV5XARg120k2HBIa/oP+w5vb24EU4p15Y9UgPn173xEzldJb6AA208X+n+t/xPuxQVJA49eoUa&#10;jih9P9WOve8RnZzoZgVAIUf0P1Yrzx/r/wCPu4QAVA6Ri1GrxGPnw6974CodZAiXHkuXAAPpX6sR&#10;+fezGCmpvLpWVVcgYH+r/VTr3vg05I0gWuTYAjgW0gi/9fyPdljNerKATpqM9e94RJdCBG1+F0k3&#10;X0m1lHu+gg5PWiAGweve8YqHGsggoAFNxzqXg/43Hu5jU0Hn1UQpJXAr5k9e94VmQuQjkG5JIuAV&#10;C3Um/wDjf3co2nI6Ze1jjIdxQ/nTr3vppfWAzunFxe7Fr8EccD/G/vYSi8AelUehjlhnyrT54697&#10;j/dFQpKo50kaxwH1fT0n6f0Pt3wamlSOHVWMaMRXB/P8+ve8TSPrtpQLxwpspuPUt2P4/r7uEWle&#10;mtakUBNf83XveNioSx+ukkMQWJsLFW/H0593UEtjps3ErcDT/Vxr8+ve+GphZQyMFTUpLA21fTWo&#10;+lve9Natwz07FCJF1VofPz/P7Ove+DzAcE/RQnBJCs3Ook/j+nuyxn4h6/t6YdGVivxfPH+r/P17&#10;3gaUL+VJLEmQMSF44sD/ALf24qV41x5dWEsimoYn5de99RzG7KHCqAp1HkoByQSeTf3to6mtOtB3&#10;VtXHr3voVJc2YD1anOoEnUPpwf8AePevCpw60zuF1A0AqKUz+3r3uO1RoPI0qdKauS2ki5IH/EH2&#10;6Iq5GaZ6X+JrbQnECp/zde98pJtS+lkGsMDYlS6j9K/8Rf35U0/EDjpwGvcf9VfXr3vGkqgWdgzW&#10;AH+7AR9NPP8Atvfip8sfy60WPEVp5/b173waoALR830+lQpJU2+gI5H+v/j7sIiaMOqMNOfs/n/q&#10;z1730GJcH1i4Uc+pGI5AJNve6UFP+L61RQdKileNMde94WmJbk28nCmwdFtx7sFAz6deMcb1Y0NM&#10;V8/29e99GRwA7L6UGkE3tYn6k/k+7aQTReJ6bRdKAHJPn518uve+zIPw36tVgB9F+lx/j78FNcjh&#10;04CSCR8v2/b173x84BuosAgVrKSTY/7x79oJwetJppRsde94JHLl9LEDSGANxqCm11PtxVCgVHT0&#10;Muh/1ME+f+T5de98BKwV11Aqwv8A19V/SB/if6+7aAc+nSyq8a/Z59e98RNZjcFSwBVWtyPpxf6f&#10;8R78UxjI6SzRmg0Cv8j9v5de9+MgcOGsbABeedJP5T62/p73oIII/wBX59MAOCA6kEefl+3r3vm0&#10;4sFsGKBbkqbX5At/xPuojIOqvHrwRiRWi1Bp8v8AV+3r3vispVSHYXUGxtwCD+Lf1/r7sUFe0cet&#10;KK+RoP8AVjr3vg0gUFndWayslrBQT9T/AK/P197C6jRRjz61QGh8/wDD/sev7Ove+HnsW9QK6QT9&#10;ALk2BP8Arm/Pu3h1p69aVI0Y4pX9v2f6uHXveMTh7eS63AGm3IZeDdgPzwfdzEVHbnp06/iBoB5/&#10;I9e95BPp1FQDqB0ggaCSP1XP9L3B908OtAeqGhJUmtAP9X8uve+Al9S39KpZbE3S5JP1H15JPu5W&#10;gxx60tDXT5de98GqEDXUMWuA/J0/Uktpb+v+H597EbEUPXg1V1LX1x/gr173yEwN2Q2VxZltcqp4&#10;IsPzccH3XQOB8utuzCn+XB697xBgki+phqB1XNxY2Nww/wB693K1WtBjpyERzPk4IxTzp/q/Pr3v&#10;E0/6lsvALKb2KqDwSP6i3twR/iHn0r8KFRha1/1f6vs6978ZjpbSxN1F+PrY/q/w1f196CZqcdJk&#10;FvJIYnatKH9vl/sde9+Sos3KhmYKtiLEEnUT/X8c/S3HvZixg9eu4Y0SijPlx8uve+DzKim1mB0p&#10;xqvcG+kEc8A2v72Iyxoft6bttLUU8M/meAPXveN52I9JsLXF+btpBPI/I+vuwjA49KnS3R9PmCCf&#10;M0z6+X+Hr3vH5+QHCXsjfkj9P1U/UH+p920UyvT1WYlj+fXvfcbvqK6767lkYqQVBJRmZvrxbj34&#10;qtAQOHTUx/S86Ln9h/1fLr3vuR2VjpNluSToIAJ/Iv8A69velAIz0WBiQAtaAlRw8z/qz+XXveI1&#10;BAZQo+vDX9Tn6m4P4928MHJ/4ro2UfCo+z8uve8rVBbjQSCNZVbH1fSwP+3/ANt7qsYB6SGKRzqc&#10;0yf9j/Oeve8WrnUW0qedAv6vwV5+l7G3u9BwA6sWW3jKLQk4/PjXr3uS5YAEFGDIBzcgD6G4H0+t&#10;vbQA+zouEraqjFDXgBx/z+XXvfY1WKo1l5GkAcgDkhvr+CB73QVqc9eE2e4V/wA/+Xr3vGziPUTY&#10;iwJudV7cf8V97ALUp03qdseXXvfAzKdVnC6rH+puP1j/AB/1vdtJHl14Kw4jAz173h+5ZARpBvp4&#10;I02sbqeP6ge7iPVnpwkDgeNeOfn+Rz+fXveAyO7lkYajfQCxKh1U2It/Qce7hQAARjqoVdIqcUH+&#10;H/USPTr3vhHPa49RtwrEgn6+pV08f7f3Zkr1ZtSnv4eX2ef7f5de9+acMfSSp/xACkk/n+v+v78E&#10;I4562TpoE/1f8V1730JNBWxuACQVF34HPJ/23vWmoNelK3KRx6CMnr3vMJlVbMbvdrnmzBhYrxfn&#10;3XQSajh0m0rqDoP55/4vr3uCSGfkAEFgFbjhRywYe36EL1Qg+ef9Xy6975xzeLUqOpLC5HBBA/AH&#10;4/23vTJroSOrBho0OMD/AA+teve+JmZmAuoQkcC/AtflT+f8Pe9AUVHEf6v2dV8QBa07uGeBHz4/&#10;t6977LsDySbcEWHKj8G30P8AT3rSKY8+tyoy9pwCB58K5p+fy6974NNybXs5F73azH+0R/ifdglR&#10;ny6oVFajyH5de99CYKAhGj1qQum545NiP6/Wx97MZNW4468X01YnPH+X+rh1733JOrhSGZtBNiVP&#10;FhyBfkW/J96SIrxFK9XXUQQ2NXoDn0/b173g8+rm/wCSXXk6ieLAj82+nt4xgYHTek1AXP2/5eve&#10;+y9102XUCBYfViText+bfU+6he6p4dOpDIx1PjiCfl9nHr3vj9LhmAZiAChsos36Sv8AX3vB+z+f&#10;XpAwbwq1ArTGD173xkqAORawOkqQSDY8mx97WPy6r4jFfDJ4nh/k+z5de98Gf1XUBSeGZuLL+WW3&#10;B/2Hu4UaaH/V8utChAByT5eQ/P1+XXvfF2UMCSDGp/VcjkcWt/j/AIf7H3tQSKDj14Esn2mnXvfU&#10;sgvYKGLgsv8AgCfpp9+RSO4np5piYVRsBeJ9fTr3vpZFQqNdwtjfTybDhNX9f6e9shap6T6q4HXv&#10;fUmlgXEgD39JT9QAa1mv/vfvynTgjHT8fhu2jUQfmMde99M6pyx0uLA3Gvm11vb/AHj3sKW+Y6pK&#10;gWTQhr8/Tr3uOJ3LlWOkNYc/QXN2Ugfj/H24Y101HTbsunu+XXvfIVN2/K2uGt6lB55H9QffvBxX&#10;j1cNpYUzkUzxHXvfEsAS6n1atDEEAsp5T/invYqRQ8Onpo+4uMU/zde94TKyFiV0/njkj8Mv/Gvd&#10;ygIp0kJElKNwpX/Lx6978ajWQW1H02Yf7HgBj+P6+/CMgdvV1lTWNYxXPl/g8uve+vJqGnUT/VuF&#10;kKt9R/jb+vvekqa/6q9KhKqrjuHlTH2fb9nXveIzoqlRe1jpvYlUI+tx/vXuwjJNemJXjJBAz68P&#10;2+ZPXvfRkVOTclivN9Nm+gJva/veknA8ukrsW+AU/n173jeUhdX0J5AvyQxF7gf7wfewgrTrQdte&#10;qtOve+Dzki5B0gAKfzf8m3+P1Pu6x5x+fXiTgVr173kE4MQICltNtB/tKONRP45/Huvh93HowMjR&#10;jTUGtKY8+ve+jMGB/UQwUsSLrZBcD/AD8e9hSOriXAFAPkPPr3vpahC34UMBdrWHJ9Ls39T9CR78&#10;YyB0knAH6yGn+U+nXvcEysHKDlbn9N2YgfQAt/T8n+nt8KCtfPpO1Twx/q9Ove/GRvUrNq1KWtrB&#10;tb8N/Qf4fn37SDkY/LqraVoeGeve+CyyFSdYUkmMseBb6i34/p7voFeFR1USIwPdWnl9nXvfhU6A&#10;oZR/sP1Mw4Gr+v8AX3owluB62SGz/L1+zr3viarQuoG6gn/Xc/1B/wCK+9iIk6fPpVHRW1k54U9P&#10;t+0de94TkY1T1aQ5Be39oWNmFx9D9L+7i2cnHDh0/JcBRVjgfIcD/n697jJk4XBIlF/VodvToK2v&#10;c3tz+PbptHUgUx59NC4jkJFafac144p/s0697yrko2KDyjm+rVYeof2hY/Q+6G1YAmnW1kA4Vpn/&#10;AGOPr59e9+lyMIUhZoyQAf8AOI11H6yL/wBPfo7aQmuk/s6TXN1GwGniKg0NP21697jNkYyvEiqQ&#10;hBswvawPN/ybe3RasDwr0kFxGw4Zx59e94f4tEIyXlKsmkD1Akh2HIt9L8+3DZPUBRUHq7XEQj1J&#10;TUKj5/5sYPzr173yGSjJVS9wy3TQwOuxsCf8L8W96Nq4qQP9jpZbOPD8TGrzHoPL/Y69781eqqrq&#10;4IJKsoOn9RD2X/W/PvQt2JII6c1ISK/h/wBVT173xat/cXTIoP8AZY/04tYf15/Puwt6Lw68JFZa&#10;nhgcftzX0qOHXveKSsAZGDrIVJUk2Fgo4H9DYf76492WAmoIp0wzQjJ7W8jXj+Xr8+ve+TVQ0Rr5&#10;F1jUwBYaTdeWDf63N/8AC/vYhNTjpj6lPGqSKV/l/q9Ove//0xo8ZHrBVtYAueSQCPUAPzf9X+t7&#10;+bNygibBNPn6Hr6HgAvEZrmn+r9n29b/AB7kKY2VgWsSuktf6sQAV9XF/pYXv7JydOR5fzH2ft6o&#10;ZyWJAwD173xeFSvjDFS8YT6D1C9xc/QfXm30/wBt7UJckLVVFQag14Yp+fVvEj1az+ynXvfB4g4K&#10;Kq6vGNXr9OpLAWH9ODb/AB9t+K3mfP8APP8Al+fTLNrORSn8/wDV/l697wGJlBdgDa4tqJuSALRn&#10;8f8AG/8AX9r4HMta8Tjh9v8Am/lTqscbFiCcEY/1efXvfJItKvIoc6xYlSFGoctpT+lvrb23dyAO&#10;sZpj8/8AV8j/AJunmrGcHz/b9vXvfkabUutgoZSWj0ldLXvwwH9PqR7TMEpxyOm2ao7sde9yE0ly&#10;JIhpXSRIhsykc8H8ixH+Ptkg6da/nXh/q9OnYoVI8QNWvl8+ve5XoYR2jvGeFF+frwRo/I/x9sgn&#10;J/bkU4eX2dOipbOf8GOve8MwYRxNpYkhtaEephcj/eDz9P8AW9vIytIQOGB/n6TMCjn0Pp173y1A&#10;tECqj6lST+fxyeQfxx/X3RjQUFTXy/1flXp+FQoDcT6efXveVo1KkWXg63P0KBh9QQPr+efeo9Vd&#10;QJI4fL/V5fZ01KpVtQ8/+K697jLErCysfXZwNJVQV9JJtwRb3fVmjVx/qHXoUDgljw4fMnr3uTCl&#10;kjdAfMpNiRqRgAT+f6249su4J0HI8z6Hz/1evSoIFWtOve+B0gcfWx5BsQx4Krb8e7gFG0vTH2Z9&#10;D9nVAzKAQKU6976j0OVI9IsVYjggr+i/9Sbe6OpNGJOrgD9vGnTbKakrivl69e95UMKiME6C2pYn&#10;0XVSpJK2/p7qI9BOoVOMHj/q+zp2JSoCqM/z697yRyw/QSBTpJPoYKWJ0rID+P8AWPvUkBU9wqP8&#10;Py6dnR1Ol+Hkf8I+zr3vADISpkI9Qckqx+jn8g35/wAPx714SDMefl+XAenSLTICTSuPl/Ide99l&#10;SjRhCLEnyAksWUG+kk/S3BPuoPYWYcKfZXhw6MR2xAN5f8V1731MxF3B4uxt9QAD+skf4e/CFgSh&#10;HD/L8v8AB0hmYBtRyv8Al+zr3vnCRU2cXIB4sSFLryCbf8V9szMbfh9h9fy8utJK8X9meJPH+WOv&#10;e+Ux0aVdl4e5sPSIzyTzf/jXu0RZ6uAQKEU45+zrVS3xV8x/q/yde98IwjkopB1MbvwVCt9NV/6f&#10;W49qglYwQCGAHpT+Xn69PLeLCmnPClR/q49e983l9IBs1lYR21FTp41n+n+w+vtI1vMJCoBGa0+3&#10;/P0wSXqwxU1p1733DKrK6Efq0Kp+hIAJ4J/2P090I0MVIqfs4H068KZrnr3vzuUUKH1IQxUaT6NS&#10;gW4+v9Ofe4UqNZBLMacfnnrcQAkB4evp+zr3vKJP27+O6qyagAwNr3sSf6/19umOmCdPHj/gp/n6&#10;XeIAaGv7P9WOve+vKFb+qFhpJuxW44BK/kf6/vzJJTBoRn/V/m6YuXUkMOve+ayftEEguGZyNAvK&#10;gOliQTwPz7Sl2Na1/bwJ8vmP8HScFhx8+ve+xKVu1lYFiLAaVQWsoJ/qT72sTEhgft9etqtCKcW+&#10;fXveNZZWSVypBY6SBbi5vyD/AF9uvGS1F4eeeNf8FPMdearnHqeve+RkcKEY2bUuktcaQD6P+NW9&#10;2AFCCKinrxx5fIdWXUq92P8AVmnXvfKWTUNJkvpJCsFvZUHK3H+PNvaeLLqzZ+R6qGU0PmP8/Xve&#10;SMlEZCQFEg8jsBypFwFP+9e9u41lWGqgwPIGv8/9VOvdqyFeP2de9+Z9bMytqWO73lDAgfpKqfwP&#10;8PbjR6CKALqNKjgfQH1/1DqyqrOqnFT/AKvt6977UWk1FSS+lkcECwH1DC/H+N/dWeinTwU0OOP+&#10;r9vTktS7GPiv8z5/6vXr3vnIdRub2KElQp9Sg/q4/I91KCRhpGc8T+ynyp69NMuoig8v8HXvfUh8&#10;JJTQbxqovpRgrcsPzyfbcddWmmRxPkaf5Om6hQSPt6975Mbx+rhSFUNpa1tVzb+v+v7tH2uFBz8u&#10;vRvVQW+fXvfQF2bxzKD4xyycN+bEfTj28Q6g+IpoTjNKZ/1cerBgc/6s9e99AFNQeTxlwwGkFlW4&#10;4UqPwfdGLTSkR0JHqBX7a/t68zCtRTr3viszyPpNvUoAAH0CWX1E2sD/AFv7VCCMDU1SeJJ8yeP2&#10;8emS5r2mnXvfP7kHyQmxsgJYC5t9NAI/4j219OVPipx+f+H546sGGG4H/Vn7eve+DypELx3J0ojI&#10;pFvWSef6f4+6xW0kjEyDBPHz/KnWgIwS1Mnr3vySg6GOm4F2X6Xb+wHP4v8AQ+3pIgVpxzinH9nn&#10;14SMT3H9nXvfZqEutzoBDXZVIPI4Sw+qk/T3UW75FRSo+2vH7f8AZoOnBJio6977FRY2iYqxjGo2&#10;9RI51MrX59+a1Q9zHVngaH/Vnh02Hqa+XXveTyKqLcyIAWa5Atdls1h/j7YaApJ2KGr6fLP+r5da&#10;edIyKCpP8uve8ivIQPG8bJ6iWkJCqqgEi1uOeLfn3cQJJWWVcn/V/m68JdR1jz6978ap2jDByWA/&#10;IOnl/ot/8OPezaRBiRUA+X+x61p1oMade98zUenSmlAFsSNQ1t/UW5/24/4j3X6NWyc141pXqwcD&#10;iMnr3vlHMyKsfkOnVZbX0pc83/17X/3v36S3iEgqDj0zn0+dB5/Pp1YZTTxKeuM08+Hn173wM+lz&#10;MUS1zGebEWugYj6/8a9uJCEogNafzPTDE/D/ALPXveKOoYK4ZeVSQlrEkc8MObMLf1Pt948hVzWn&#10;7eqnyHHr3vGK4CNB9G9QBF7aQbjg/X8fn3b6ZjnyGD/q/wAPVHoh+f2+vDr3vjLXr+QyMmkKR9QC&#10;NRNzc/4/7H3trRgnkRk5zx+XTM7gxEOMUr5HPp/q4de98DWllbQeFsFUhtUhAJJc/kG/+2t7TpZm&#10;NwzZJzUZA9KjgMfz6LdQVgfWmfSueHyH8+ve2eWvMaMmo+tw+v66QE+oP+FrezgWayUIAHHPpmtS&#10;P8B6cuAnhmQVOnjT0r172n6/OBFFmuCdBZP1lT9Rz9f6/wCt7M7LatTAtWoznh0SyXGknTnzp/k+&#10;31697SVXnyPRyulyRqflSeF0Am1rc2P49iO122MEFVyR+VP9X+XpEb8xnSc6uOcDr3tOVG55DENU&#10;zRqt14Y3Kg3HB/JPIt/X2f2+yFjUUAPl/h+eQMft6KLvcXZyVPrUeQ9f5de9pOr3H6WtL6kUoG1k&#10;KWLaQrM3+HH9fz7EMGxIMkcRkedKVJH2eXRZLuDafID086f5PXr3tGVu62h1nyEaC9rg3H4KG3J/&#10;1uQfZ3bcuLIQ4H7fMevp/m8ugzcbgVYqSQPspUH/AIv/ADde9oLJb8MPLGQKBb6DUwNxqZW/xsbf&#10;09imz5diXNQDQEfZ8vT/AA9ElxvItwSW04yc5+X5fz697RlZ2JIqkK8rahySxUGwHP1vyb8f4+z+&#10;15YjfTRADj0yR55+VK/n0HpeamLUoxqaVqP5/Z/n697Trdiz6wxdirE3IYhgl7KoLf42sPZ0vKlv&#10;lWStOHaQCfX0+X7ekkvMzKwB9a19c/5P2+nXvfODsmRbiObQ+tVKswc/qseG+vvf9UY3ORgedPzp&#10;X0/4vrcfNbr+MjTQAV697c6fsm4bVU6QGIALAaiQAbMOOTe3tLLygoWixkHy8vz4Z+zp3+twBoxJ&#10;4UzT7SPXr3uVF2Q2sMakEByFEjXPH6itj/T2yOUVFV00Zv6J4/I06fTmxIxWN6ajkE/sPXvbjF2c&#10;iKNTevVZWVj9NVmBK/70fbT8kM5YhDT7DU+Yp/goOnV5tQyVL0+eoZ697U+M7VorhKisRbMFtqvp&#10;VTdiG/qeLD+nsuu+R5SoZUpj7PsGPPpbHzbG/Y0o8/Qk/Z172s6Td1DVJ5UqgI3YOCGHq5sUJv8A&#10;i4P+sfYWu+WJ7dtIT1wePzPmP59GtrvcMoorAkn7fzpx697UkW46UAzCrjKki6l1v6uNI5/FuP8A&#10;bj2TjY51cjT2nOaeVPz/AGdG1vvMYPc1U885/wCL697f8ZuWkeX9iVW0+oIrpwLj0gD8E8e093s8&#10;kFCFKnjwwQf5Cgz69HVpuaatOqoPz4D1HzA49e9q+DcEdwBANQP4YaifqrfQj6/19hifaZASiZBJ&#10;APl6/bjoRR7lEFoWz/q8vWn5de9qOm3BGVDFfWbDQAFGn6LdR9Pr/t/Yfm26XVpOaf6v2dOLeiXu&#10;qDw4Hr3vLJlImBWy6jYj1Dkj6Aavx9OfbQspwO7gKgfLPy+X+TrRua9uPT/Z697T1dVMAWV7WcFi&#10;pUAXH0AP4/BI9n+27cZG0uvH+LzH+XFTT06TCaE1VjU+QOK/5/l172hK7KVGoqHdm1hVHJA0njSB&#10;9P8Ab+xdHt6JEAPLieGPl/m6Q3EtYwRQUP2fs/1E9e98qPKV6F2V5BcgN+Aeb20n6X/qfaO422Fl&#10;NFqT+dfKvrjj8j0mSeRKhTknHnX8+ve3OXNVwW+m2osC4/zo1DgkHiw/B9oU2qOvcpIAr6Z/2Onv&#10;rJsmo/1eX+rh172nazJ5QFv3HYkqfq1/rouef94PPtem2WxXK6TXAJoMZ4/5fXHSWeSWddAalP2d&#10;e9zqCpq6lh5S4AZY2sNIPqFiR7QTQQpw+eOIH+r5dO2ZkjIV3qzY4YH+fr3sRsVRLO0YeRgSSCWY&#10;XNiCqhf9b6k+w7dyeEuj4qf5fMnz9PUdC2BQy8K0Ar172IlBt2EoE+4BIZWZSwshPKrb/fc+wje3&#10;8iNVV7eAoOHzPy6UosRYMgotPzJ/zde9qamwFOCRrEZ4OmwvdTcNb+pHHsPSXl1KRQalrx4mhNK/&#10;Kn8+laCIeYFf+K889e9u4xVPHZVSIkD6vqIub3Y6fpe9vaA3EznUSaHGBQfz/menkFsxpqGogf4f&#10;n173yjx9IhUa9V10FQg4N7EXtxf/AJH7be4nkJVlpTPGtafnn/L0Y/4rJF4TUFONP8/n173MFNSx&#10;BlQorG6gXJIOnjSTb6c8+07tdSsSDQYqcCtPsr/k6abQHOhu3GSKf6v5de95dUCX/cU6AukGxcn8&#10;f65HPtObeUgMtPP+fH/Y9Omy8eNJzkenXvcnREwLNKCikN9f1Mxt9P6n6e6LGyHTIp4YxjGcn7Ot&#10;oFBAkGD6ZPXvfmpodBMZBP8AtahQrfUar/8AED207NUGlARxB9OJp151xU4FOP8Asf6h173h8ENj&#10;9BypYfQufqoC/wBPz79Uju4D5Z63QUDZ/wAPXveOWGMoWXRrB9R4vp+t9J5Fvz+PevFY9rE0r5/5&#10;+H5dVL1BXiOPXvcWSKEKwa2vnUAOCGPpII+vt8SyEjUa14f7Pp9vXjEjj5HOOI+30697aZtIEgRT&#10;pI0rxfjTZmsbC/8AT2sQHWtRw+fSHSBQHiP2cf29e9w57oiaQQqlQCbawy/XUP8AY+1y6Xdo8Z4j&#10;1HlTzr0pMZBIqB8v83Xveani8qMYxyQfSTYI30DKv9R/h9faSZvClWKTgpzjJ+X2Hz+zpVVdYVvs&#10;/wBXrX/D173KbHHm6vq0pqXVyWtc6T/Q/n22G8OrawBXBGRxpkfLp54JIvmPUZx8/Q9e9yHxzmzh&#10;jpGnUhupUnjVZf6/Tge07XMYJU9/z8vlk5/LpsKFSrmlft/y9e95monIuxCaTd15Nz9B9Pp/vr+0&#10;5uAwoRQfLpOdLiig/b173gNJUg6lLMw1AMp06bi5up+p/Fvd4pYlTS+Ac5FQaf4D1aKCvcRjyx17&#10;3FenyI8jKVLgKNIQjX+Aefpce1qzWmsBvhNcniPP888PXp+hVu9OP+r8+ve2qSpzUbSfsqqB9AYk&#10;EkKbcr+P+J9roVsyArHUWz9nr021dQJHbxxX+RPl173yStyK3DQsAT6y4Zbsb31W+l/xfn8e9tbW&#10;YAFQaVOMZ+3/AFDz6XRwJSrjHEHz/wA1Ove3CGqrSv6nYaz6jdvxe4UHkC9h+fZY6WgcMRQ04Dh6&#10;fkcD/J0mDUavrwr/AKsHr3uY81QyBQ0hYlSQRZox+SxP1ufx7rGkGqtARnz4/YMcPMn8uvO7KeHX&#10;veanqqp2YPGzDVYXbhhe91J/3349s3EMUdNByRUjjT5dWFSvaOP7Ove5LVErXW2kKT6jcEL+Bp+h&#10;B/w9shQBwr8unmBBow697yeRwpYKpUrZgOWIAte4NyPx9PegqnBOfXy6cSON4i4JLD+Xp+3r3vtC&#10;5FgljpVgPUSLf2b/AIHuvzY9JuK14/y697n0X6RrABd1Q8MOb2Gk/Tj6j2llAr2/b/q+XRkpwpHn&#10;T8uve3TzlGuAOPyV4+tioI/25PtsqjDPD5f7Pl0ZkRkZFQc9e99xVaNGrltRZ2JUi9x+k6fra/8A&#10;T+ntPJC0ePL16Li6gn/D173nWoVNCtoAdgbgKCB9Qx/H+t/j7TPFKO8Zp/q/4vpNIGQh1Nafy697&#10;7StUKdJBEl+SOQFa1hb6E8fX6+3Dlqny/ljpcsqMxYZ+Xpjr3v0s8bQxNpU+u62cqRZeVLH8+/Cq&#10;MU4CnXjIQNI+z58eve8BqonUgMyEXY/Q20rayX/pb1e7iF9VKYr/AKv9jqnA0HD/AFV/b173iaSF&#10;kJsrC4Zb3VgB6dNgeR+effmik4kfz/w46akRHqWxTzr173C8glZdJTjj1H/U8XF/oLA/X3tQYqkj&#10;8uid5M6UOqtP+K697jywRMxubKwut2GkcXChk+v9R7d1uMH1/b005Oo1pX5faOve4LBFYgmygj6s&#10;A2q9iB/vv6f19uJVhwz+3qtSRQVr173GlZ2UhAwDFgoUcspbnUzfS/PP09r4gdI1mp/wYA/ydXiQ&#10;Syd2cfs697x/boyXeNgDdVH+rIGm5P1/1/8Ainu+tlNVPV7iJyQEFRTyp+09e9wqnFQsunSLKo0K&#10;F/slrMA39eR/yP2rivJUGkmtf5fb9nWxbLQr5Nxwf59e9tRwsNm1xXZbkDhSqg6Li1rXF7+1f7xK&#10;Uq1R50GPl8z/ALPRdLYKjVPDhw697a6jEQCzIHfSoOtgoK3Hq03+tiOB/sPaqK/cqRwr+EVrQf4P&#10;PPVBY6mowK5/b172yT4uQFvGoJUABiChIuANKn+vH+w9nUW4aKFqmtPt/wBn/OervbBE0EfZT/D8&#10;j1721yUlRTyMWVBdSxYx+pwtlKso/PF+P6ezRLuOVew1+w0/1f8AF9JWt6rVD3DjWnD/ACde98+I&#10;tDOsR0ottaDm4FrD6D8H6+6mSRxoViPP1/2em5IISpLE5r5edOHXvcVqhmYGLxgqqlj41XUFYaDz&#10;9OePp+PbsUOgktWn8vn+3z6RpGFq2n9vXveA5J4wFDA6421qNLaS7C3qUfj8+3hbo3d6f6qdWCoc&#10;0p/g697hvlpEN1WOykoG/LEnS2sDk3/r7usIJNK/5utLIgzX/V6/Z173zkzMlkkanhmRLIdSi5DM&#10;NUmn8XPvYt1GMg5+X5fPq5kWg7hUcf8AV8+ve+MWTgIbVSxCxuAEVTc8obf0/IH59tTQF8KTgH+X&#10;TEsw1VTh5gf7PDr3uWM1SwC0saAE6LqFBCj1Kfx+ePbKWUrVpU4+Y6cF60cY4afn173GfctJGbx6&#10;UZSSI7g8rcG1v9e5HtZ+6i6/qGtfzoP8HTwvQwBDYP8AqoPMde9+h3sFIQMkhuw1sCQpYEgMq83/&#10;AKe2JOXSasKgGgxjH+A1+3qsm5FI9SCtONOve5o3+EALGDSzWupsdKiyqWH1PF7+0g5XatamvEY8&#10;/kPLpOu6D49Wc/kfkD173kj7DpWQKp+snpUDUyhvySfrxzz/AK3un9WCH40+Y/1fkelMO8xq2mRq&#10;/wCr9nXvbZNvqnXUDUKlmubkFmA/Ivbm30H+t7MI+WHbyNfsxT0/b5/t6U/vUkageve4Ddk0ielZ&#10;QIw+iRDpv9f1N/qv6+3P6rSAgnVqxTH+x6Y+XSSfexA2k5Yjh8j173mHZuPuBI8TFTYMugOR/Zuv&#10;1Nv6e6ryi7LpWorxHEZ6qu/wkadWnyNakfYPUde9yY+x8dJe8y25VWMiAHUwJLqfoQQbD3tuVJoy&#10;FABOPXyFOPDzz8+tnfrdDlhT+f5de9yjv3GODorIhILg+sMsg+o0jkAD+vtJ/Ve6XiK04eR/wfz6&#10;fj3uB6AP/q/Pr3uLJvO3EVRHKrDUSrD1ORyAF+o/xHt1eW2bLClKYHyNeP8Al6d/eS1pWtfTr3uI&#10;N2tKBqqLMDYgNc8fXQW/oeQPe/3BQkcQeOMV9P8AV+fTY3BWbSuT5ny+z9nXvfJdy1KFXWYA+r0u&#10;ukfS9h/ifr7sdkFOH+b06sbshjXy8gRQV697daLcUkzxRvIxDk6lJH0A54P1/wAfaG52nwo2QrXh&#10;kf5CKcOltveQ6Sstc8Ove1bRz08mgF7yMfIsZIstv7KsD9Cf6/T2Hbi3alQKhQB6fI8fP/D59KvE&#10;hcCQGlOH+z173Ik8RZgDrI1kuSV129Vhz/sOfbIhmUZI+weXp5dOMz0FGpjhX1/L8+ve8cbQBIxr&#10;GgLq0x3a7Pf0j+tvoefdmdgGRxRuHDiPM9XVxQKeP+T1r173Mp4qPUraI7KFGm4YXYm4a/8AsL+0&#10;EjTUzX/Vw/4vpQRp/wA9Ove5kiU7IVPjQ2YkqoLMR9LD/W/23tqPxNVRU/5PX5dVVtRo3D54697Y&#10;6tdfiaOxQqQCzgeg8XuD/tvx7XwowLrQ1B8h/I+n29JJYotRZQf9Xl1721y1FBGxSolW7IAVVgVY&#10;3udTfi3+x9rI7e5Pcg0/aM0+Q6ZLaW0Hy697iTZWhguYhExVTcnlQByNBPPP+9+1CbdLJgk/6vn8&#10;uvGVFrQ4HXvaeqc5SszKoD2IKtLYOtz6hf8AIHs1isHFCDQfLP8Aqr0ha/RxWn+b7Ove45y1LMza&#10;R5JY2BB1gaAD6tCi9z7f+mljULUUPyPH/N0si3BkGlFqOIB+fp8h1736OrE7vohZiSbWU2uTxcD8&#10;n/H3p2EYFTXh8v8AD0uXcC1KpU+dD/lPp173ISlyM+vTTFtQ02sypqH5QgHm3tK9zbI1GbHnQ5p8&#10;+mGhaQsEqBX5V697jnBZtlKCCSIk6gQ/pQfTUf8Ainu311lxJr/hPXjbTHABHz8+ve867Rzs5IDt&#10;yvDFmZhY2f8AR/vre6HedviHlWvD/i/9VetLZTVr5n/V58D17270uw87P+28xA06j6W4FvqpPNzb&#10;8+0MvMNgh1BeGOnl2+QHW9RT/VnOAOve1DD1hM2ny1LLfSTcFnGr66r8Wt+fZZJzUi5Va8f5dLVs&#10;GNGrUcfPr3t5h62WM6aeXSLcyWPo0j9Wpvqf6e0EnNAfLCv+rh1cWKV9fl1731L1/VNHY1DSA3YA&#10;C1iCASyj8/197TmCIP2rQj/V59e/d65Feve48HWckw1TVBUBmVg1y3Nzp/ob/W9/p7efmYIaIn+A&#10;dak28iM6OIFa+X/F9e9u9F1pi4AjsWlJcajrAsRwulf6H2XT803knatB6f7PSRNubg/cQDk5P/Fd&#10;e9qCHZeHhIVEPINyRxf6j6f7b6W9oH3u9kAZjTo4t7NYolHrk+df8lP8PXvb3FhqCBkC0saFPSSo&#10;F2AHDEn62+l/aF7+4etWrX+XVgFBII4+df8AVT/J1724RwRxBVQLqDXDAEA3HBI/w+lv9f2wWL5P&#10;SpVAWigfaM9e99vELH0R/tsOf7IBHqB/oP6c+9qxFBUgefr/AKvl0YQGEppagPnwz+fXvcQ0kJdg&#10;UZkP1vZghP4Vhx9fbhlk06wRX06aubdH/VWgI/1V697wLh6V0XWgJuCvqIIX6A83v9f9j7sLmatV&#10;anl0XmBJc4qTQV9ft8uve+EuFpCdKgNqT1My6gHB/wBSPpf6X/4r72l/KMk+fl6dOfSqqgL5cc/5&#10;fPr3tqlwNKyoCgYaGNrhQXsRfSPpc/X8e1q7lIBXIP7aD/V+fSh1CxAhaE+fyHHh1723ybRpJlDs&#10;ig2F0AsrlR9NX9PbybzMh4k9F724dvE4n1/Pr3uP/dOIsUhRYjbSqEFjyOWb/X/437c/fDUq51db&#10;jRhRRkeY/wBX+DyGOve8o2z9qVC2GkaXsf7WnTfn3Q7oJa18+vGIGrCgHl8s8P8AL173nbBOy6NY&#10;GkA6lH0Uiw/1r/X20NwUGvrjq3hAfCRj/Vx697xLhZjr9bC4XU7mwOk3Bs39f9h7cO4KKCmPl15V&#10;oTXr3uXS4htarIP916mZmsdJJ4u31JH09sSXopqX18un4Yw0tW+3A/Z173xGKSOVH9Vh6gpXUXFz&#10;6ifxYWPt03wZCAOOCa+fy6Ws8SRk1r8gcn/Z697cIaZEFyDY+oNYMwI/TqP+xv7RyTM5+Z6ROzSM&#10;Xpx9PL/Z697mgEg6GtZVU6gGYtptqCL9ePackAgP9v8AqPVASPt697xtI5+ltXGsk6QTwfx+Lj6f&#10;7b3YKpwcA9LQtWJGaf6vz/yde95depJF+kmhHsb2JbltRuBY/W1/dNNGBPCv+r/N0w/iI5Zq/wCD&#10;z697xSzBUP6gDcal45V+AT/ZH1H9D7uqVb/J/m6dD0wfsz5fbTjj+fXvfJ5g4sh0BbGwAUXHAv8A&#10;j0/j+vuqoVywr/q/y9LYEQxB2FWqan09Mde99GoCqdZHNgfSyqCObWH+9e9+EWbtFKdMzpRiUGP8&#10;Hz+Xn173jaqs2lTfUA4cNY/Q24H5F+b+7CIkVP2U6ZqxOvyGP24/1fb1730J7ay12ZD9GYKTGRe4&#10;t/QXIv72YjgDFf8AD1VdWoRrjPH7M8T+z7eve+/OLngj1fkk+nkgm3I+g4968MDj0phgJrrOPQfz&#10;HXvflkKC8bAObi5KlwxudN/yD/vHvxWuGHSsqijAH5Y8uve/O5RuLr+WkSxXXcW/J+v59+0hhTj8&#10;j0kDvSoHxcP9j+XXvfBpg5IuDbQGdf8AauAQV55t72I9Ir+wdWk4Co4evr/q/b173wQ+O9lVg2pj&#10;YhmH+Jv9P9h7uQW4nqutitG8vP0697xPVswBjII4LFibWHJ0kf0/1vd1hHB+mmkWMHXmv7f9X+qn&#10;XveNKpizhizH6LwLJ+WZR/S3/Ffd2hFARj/L1syF1CtxI4HgP9n88de94mqNRsGW/wBQ1rcAgW/J&#10;BB/r7sI9Iz1YSsqGMgFqfsB/w9e98RUtGfSGDBdL3s3qP1YBv8QCCfezEG+LqgmzgUPp5Hz697wG&#10;qbTpKc341MUOkWuw0/Un/H3cQitQafZ14uNXdg/tHr173xFSGjUeoc8qWJ/tEj1n68e9+HRiekTw&#10;FtTqw/OuMeXXvfYmdLaB5WUA6XINzb1Hj6Afge/FFIocV6fiLCNVcgjIqK0Fft9Ove+mmcqdSqbX&#10;vZgVPFwNP9QTwfewig4PV3Yk0U8P9Q6974iULp540n0k3Um1wrW+lvr/ALz72VJB6oDnIyMH7fPr&#10;3vEJCbjWyEByzX+t+bKx+n4920jjSvVzq0qa1rn7Pt6974MwIVjYH1OB6Tct6QR/xJ97C8QPs6bU&#10;FTTiAeNPz697xpML2/UVP1BuNTcL9eDb3dkp+fVxIxUDgeve8QqFB8BkNyxdjZgQw/1JP1Fvp/tv&#10;djEf7Sny6d7h8YIHr173z8quSoYiwYagf7I5U3Pv2gjJ6srhXqvEde9wnnaIhTYEg3LcarG/pA9v&#10;iIONQzTppnLipOo1JP58OHkPLr3vxl1stytragL31KpuQWFv9h/tvftGkcD02RTB+frx697xrU6g&#10;CTqVtd78aNTH6N/r/wCHu/g0NPT+fSgrKExxFMfLz/4v8uve+xOto9ZBOg8tcqeLrb/iPejG2SOm&#10;WZmcAGgp6ef+Hr3vA05Vi6u2k2v+kkkD62/3r24I6ihA6ssgAo2eBH+DPXveNpyzl+dZVW441ECx&#10;a3+t7uI6KB5dbhnCuxPD5Dh6A9e9x/OFIc2v6gdI5v8AS7Hm3+Ht3QT2/wCr8vXpuSd3qOH58R9v&#10;XvfBqhZCLFgCALniT6XAYjjn8m3vyxlONP8AJ0n8UHiRX9vXvfBp+CAmr0KWIOoBQeG4/wB493Ef&#10;mT1ssmqjHr3vgzTA21LpKhWJIJ1E3F/8f6+9gJTh1oMh4HB4fZ1731IWayKFBVfwL8WsSP8AiPfl&#10;A4+vVHljVdRNK4697xF40CjVp8jDQxU6jJa1io5HtwKzeVacfs6LLjeLW2B1SUPmBj9n+rh173Fl&#10;lOqyJqJGk25JANiw/wBY8C3Pt1ExVjjoK3vPmy7aR9XLHDqwPFkWMMfRdZWp88E19Ovfj/ff8T75&#10;szA6vCw0q6upGixUWu2q1iP9q91oOGoH/V/P8ui2291uXJwzwXVvKifEUniYL6lirnSB51p17/Ye&#10;4hqV8iiSzIQCSDZkAFgjA/0/P59v+DgleI/1f6vLoRWfOu33cXjIKofhYEFT6EMKg/tp1737WzBn&#10;A5N9RYkgAk2P+t71pAOk9H1tvFlPTS4HEgH+dfPj173jllsikckWsbXDXH0APvaICejKKdF4UNeI&#10;9RTjXr3vyzAx6SRb6m1ze4+nPIt+PeyhDV6UC7jCakFDwyf8nXveFpo1JYi9h6hyCCPUDf8AA/r7&#10;cCM2D07BJIQXkODw/P0/wfz6974rOXkkY6OUJLJflL/QfTj3sxhVAFePA9Oayxp+X2fb/sde99tP&#10;woTlBpBVvT6vwbf1/wAPehFkhsHqy8a0I/1U697xtMjD9RQHlLq1208WsfwT/T3YRsDwr1Rmp8eR&#10;6f6vPr3vr7kEFdRKjgkkKGJAJvf8W/w978I8aZ63UUDHAbA6974eZT9GIA5Vb3RgfSbEc3Pvfhkc&#10;R1520nRTj173xNRo1N+59VB0tZf6EKOfx7v4daDH+XppmIAIHXveI1GoGTXp5PovyQeVYkX4H0t7&#10;t4VO2n59Wb0IBHl/q/zde949RJLIS5YAFmvqV/oOT/X6Af05Pu2kUzw6XwSF4wQeHXveQWN21n6q&#10;Rc6hq+mn/W4PupqMU6tLMsdCfnX7P89eve+Bd0u+oG7IWN0u1jYEFvxzYfj3sAGi0wOmTcI0ZVq1&#10;4AfM9e985alySBYtpAZgFAsv15/r/T/H3pIlAqf2dICoftPHjx/1f8V173G8xBIZSwNlbUxuthq1&#10;sf6ce3fDB4cerailPX7f50697yCZSCAo/LqRduF/Iv8AX8e66CDUn5dWI8XSlPlX0B697wmUORcg&#10;6hyP7S3HBFv9vb3cJQdK5I4Y0Jplcg+fCn+br3vtmOng/q/C8WCrYMOPqfrYe/KBXPSMSto0H4T+&#10;VKHh+fXvfYkjZWALjSEN+Lj8FAD+Pz70VYGpHHqryAfEcn0JPzrX1PDr3vsSizKvH9VIFzcX4Dcf&#10;j3ooa16qrqgOcnjx/wAnr59e9x/Kw1lirG4K6dQC34AP4vb26VBpTrZpwGPIf6vt/Pr3vIkg9QDN&#10;cm/Nhx/wX+nP591ZeFRjrwUhtTd1Pt4de94nn1cF9QQm5UH82QKL/Un/AHj3cR0yPPqyooNSQKig&#10;FR/q+zr3vA8+pjdV1Ncc2+gNluf9tx7uqUAp5dUBZhoJOKfn51/yj7eve/RzaQdTEMyWF+PpyAGP&#10;P496ZKnh1oseKYzXPEU+Xn8uve+LVNgSrH9ItewJN7MQefz/AF97EZPTrMSmvBYnPmaf5P8AJ173&#10;2XTyi7NYpweShNrsDb/HgD36jaOqRzNG+pRSnDr3vmJkRAz3BXnixCofof63t/xHvxRiaDqzAuas&#10;3GvH/V9nXveNpIiCDdtVzrbSGU3uACv+I97CsDjFOtLKY8q3mKD1x/s5+zr3vEZzH+LswJX+qgrx&#10;Yn/X492Eerq0tzJKmkGg4EDzzXr3vI8uiMBdLXjuAzm4W9xf/Y/j3pULN6dUV2SQvQH+X2fsNOHX&#10;vcYyXDPYelQD/qgrnjgfj24FoadGkb6gGHmKmnr6faM9e9+Lgji44HAuADwR9P8AWJ97ANc9OUBF&#10;aY/1V6977120Xc8WVOApY/QXPutBU0HSG9Q1EgwTgn7B59e99+VmIBcghmsVbSOeDrJHJv73oAFQ&#10;OPSNCgc1pWlc5H5de98HkmBKGUMLFQ1yCRqsCSfr9PewqHNP9VOq1TVp8+ve8PkYlGD/AKR6Qfp6&#10;b6hY/wBD7vpAqKcerGvH06977EoPJYhlOoX5Buv4t/jb3op6cD17JqK0qKn5Z/zde98dd9XBYCwu&#10;bKRfk6R+P8fdqAUA62xVnqo8v9X208j173xD6SGF1tck3JIIBAAP5H+HvxFRQ561RqUB/bnr3vpg&#10;t9IBUcsRf8/X8f192UGndnququfMY6974GYadS8G5BXT/VbHVf8Aw/x92CEGh/b1suNWnr3vj5CO&#10;QfXqAW4OkELyEPvegcPLrw7zpHH/AFcD1732ZPVqDkPddAB5PN2J/wAfx70ExSnXmV0bw3AGM/8A&#10;F9e98S5Lg3uoU8qb3I+pIb/bH3vTQU6rVuNKfb173xd1KvpUaib3AKhiDzbV/T3ZVOoVOOtlvM4/&#10;yde94/JrGu72LADi9j9GYnm/vemnbjrT4Wq9e99+RrA/VjdWFwLleQbHm49+0D8ujLXGFIOVAxTy&#10;8q/n/Lr3vi0o5IZg4IF1IIJtytj9B/vPvapQ+VOkToV+EVByOve8nn1LfktyQzcNcn8D+n+v71oI&#10;Oeno4gAHrn/B9vXveNpU1IVsQVLaSbahb1Xsf9492CNTu6eDVXSrEf8AF/6vy697xCcxL+g6bgKU&#10;AOoE+tb/AEA5HPu5j1mh49IbhgX00qTliMZ8s/4eve+BlsV0hVDH1WvrBU+qw/1vr7sEFDqz1tbw&#10;ldMnrluve80kxNox+gcKAPqxP4P1v/W/ttIx8R49blkDnSvAD9vn/Ide94lkjvp1MoLFWVgGB/Nx&#10;+fr+PdyjU1GnTPZktTr3vA8nK6SQAzcA3U3NuR/xT3dV416qrnVT+f8Aq/4vr3vGJG0HVYoNWoWJ&#10;H1vr0j25pXVgdUL6RQde98/IJLc8fTQDyADx9eeT7rpK8eqBmP2f6v8AB173iMoAuxsxJXVyDcNd&#10;bXv/AL17uEPDy6oWYCg6976aUq3p0sym/P6bXAOr/b/X34LUZ6sjsrArjr3vi0um2vSxa5+pXkm3&#10;J/p72Erwx1YyMSD59e98RKEk0Py3JGn8qfxrP+9e96Cy6l6d8GVgPEyPPh17315VAYmwIkvdrizD&#10;kWv+bfj3sJwHHHW0RFbUKn5eX+r/AAde99NObFQNSuyDVYWP5/H09+EYrWvCvS0srGq8Mk+dPt+Q&#10;6976MgVS+tlNyCL/ALh/BU/4fn3YLU0A6QNGxbSgwcj5/wCbr3uM1SNelj6UsdKcayPyWNv9j7uI&#10;zSo8/Xpkq4WpU/aeHXveM1JXUdRAdASF02VQL2Ui9vdxFXFMjppLgRvQDUSfn58f9Xl173AbKwG5&#10;kYLYclh+Pxcj8/1/HtQLOTAXPS59LgLU4pkf6uHXvcds1BZ2dwdAsuocvq4Ug/049uiwkxQdI5Qi&#10;kqjkH1x+zr3uI+5IkcjQjqNLsAT9An0H4v8Am3t4bU7LWpHSJ5hGdLH/ADfl/n6974Q52GdrWI5L&#10;LyRbjUAxP4/H9fe3254xXpk3ArQtT/P173zkz0CqSWdAwsC1iT+TqUXt/t/fk252wKGnSuG91uI5&#10;CCMmvn9nD9nXveP+8UEQ5kLgRsqMWQAAn+yP8Dfn3b92SPwFM/PpYbmKp4jT61x173EO5qZfQ7Fu&#10;LjngKf7JH+v9P6+3RtMpGocOk8t5B4LeGaCla+VfPr3vBLuqIAJHMoJBKqRpT6HT6mub/wBfbibO&#10;4Oph0Wpfw69TE4OfPH+rgOve2qq3UIzcG3C6yi3DXPI1tzf6j2si2csCP8PS47pAUww0+h49e9w2&#10;3xBH+rnUpHBI8bE672Pt8bBI/Dy6IZN0iWVgpBAJAp5/Z173Dn3xDIt1J+oAAYHkfU/4X5/4j29F&#10;y/Ipz03+91RwVqfn5V697bTvQ8okvF/WvJUA/W3PFvaobEOJXpX+/wCN6qCQR9mfn173GfdLX4kc&#10;tYfoI+hP5H+Pt4bQPMY+fSefeA40Rk0rWvl1722VG63jRrsLvyAlgtwbHj6G9z7Vx7OrsCBw6LDu&#10;zIvbinz4en7fPr3tpk3vVeQDWzKBYamFzb6Cw9q12CHTwp03LzHOBQsAP5+lK/b173xqN415VNLK&#10;PqpW/IN7n6f7Di/u0ex24J1DpEN+eYsNWcEf8X8+PCvXvcePdeXdv3JiFP0BW9wD6uPz7dOzWSjt&#10;Xq43Gd11BjQV4DJ+z/J1727QZ+sexmYqQAz6ubheQF/417QybdAvag6eh3NnTWTUH/UK/nxrw697&#10;cEzc6gMrjU1gpe9iC1z/AEt+LD2nO3xkEEcOjCLd5kUIMj1J4f7Hp1732dxTAsjyEhmDfqIGsWDE&#10;25/2Hv37sj+IDpwbzc17Scde94m3JUobq3KkMQHuSFbTfn88fX3YbXERQ8D15t5kJJSo+eDXj/q/&#10;2eve8DbrqhYMt/1atX5APIUj24Nnh6RfvgyGoDH0JI/yeo697xneFVqC6f3Ap+p9NrX0hf8Ae/d/&#10;3LFTVXHXv3nLT5fbn/i+ve//1BlMlrNqIuCQ1wq6GIJHH0sRa/59/NjJExiwDQ/6sevl+2vX0JyM&#10;qR6lIORUV/1f6j1v8e8pqY7oLKQgI4awLgWGlT+b/n8+0aWpYV9aV+z/AFcem1kMhOkgfb1730s0&#10;UmpF5cfuN9QpFxYK44/H+392mtmRdfCmAAMj5n/Vw6u/iKupDqA/b/Lj173JYllAUDS0ZsykXNms&#10;np4H0N/aXwyrU40p1oSpkE4x9vz6974RxkxqjkG6N6g31+nq/wBe49qhG0aGVDp1U/Z/k6VxNEUH&#10;+rj173mRGVljIAQxiyKRqLWFnFr8/wBQOb8e0Ujhm111HGfL0P8Asfn04FSRAH8h/wAX173hkWRI&#10;9TAE6iACTdoivpUgfkHkEfj29FGZGApjHlWnSR0cVB8uPy6976VXQkkhgV1ab2VifzqP9rjm3149&#10;uzy6o/CP+qh/zdahmamkAinXvfKJ1FrMzKqtpAP6dI1fT+n+PtGUXSajPr5f6vTpVGxbsfieve5K&#10;yaoi11kNrXJJYC/qEX+HNyPdPDcyUXFafz4Vp6U+3pwqPy/1ceve4kXP1dGbU+nX9LACwI/H9fa2&#10;WFljDMDqqOHz/wA3n5deLVIRRUf6qde9ylkN0DKPWH1MCQGsbqoJ/wB59oiAC1T51wcV+z+fW9IN&#10;Q3l173iuQ1jwhJClb2Vmvxx9b+9kxtlDQinHzr1oAcR5de95gSi6kTSSfpc3uLgXA4JPFx70V1Aa&#10;moP9RP8Aq+fXu7UFJoOve8almZeAV5BUkKbElmYn/X/23v1QtaY9a5/IdeOfOtOve/CTTcBlEjli&#10;LiwK3tdfwfpYf63t1qv3BaKKYGf+K62z1NDw6974K7qypJpDqWMf1+v1+jD/AB49t14slQD8/wDL&#10;14GgJH59e98YCxHiYvceRiXI1XF9Vh/vXt2R6kOO4jyHr6HpRPKZFBoMenXvfYuqxKtvX5BYm+vn&#10;VZrfT20WB1FuIFcf6vLphckhuPXvfB6oByDa+oJqZz47rxqH+9D8H3ZYDQDgBmh409Pz49a0kA1O&#10;Ove+y4ZQzqwbUUYtzqv9CpJsAPpb+nvYR+BwF8vT5faequjOulDXTkV4de9907eKMI9iQ51Fbi6n&#10;gED8j+p97k0yjHkcVHn9vDh02sZJ1Ej5D1+foP8AL173mL6if2wQxKNx9SLqDc/n/Efj2jWIoew1&#10;pkAnGf8AD1ZUcCrHh/qz173HTUiSpFZSGuWB08E6Qf8AG39P8PatVChVf0qf8P8APpOFcHK46976&#10;DOFVnuBrAFvTYfi35sfr9PeyQ9QhyBmvWmQ6SaUPz697yBpEZHDu5ZtK3UHTY3LAf71f23LGsg78&#10;UpwP8v8AVnrXpTFP59e9yA5AK31H9TuWBNtVhcH/AHoe2/p41IK4z+zpZElVBPH/AAde94vI5jdi&#10;1lEixnWGDMNVwf8Ab/n2oWplCLxqafs8+nSM0rx+fXvfbqrOEBZE1AKL+kkj1A2/IP0b/Ye20qIy&#10;xzQ58j8v9XDpoxK4o3r656974nkNdv0lrsS36QbDQw4t/X3UxKaMBT8v8/n0mZSmK1H+rHXveVZA&#10;WILOdN3A0j1FTYqQfqTfj20YjHWlDX/V+dOvI4qR5de98xI3qbSXHkUMji1vyGYD+g/p7v4QA0rg&#10;0rXzp/kz1eAmpK8eFeve+pNbszBQVQi9rFhfkWF+Bb6c+2zHGNKketBXz8/Xz6WLoK0kFacP8/Xv&#10;eZIh+Bchm9Rb0C41K/P9PeiNI8TAH7Set6lL6gv+evXvfZksgW4NtJWN3vrYm2sC30/w908PWNbY&#10;z5eXVWjiYmpoD/q+3r3vn5PqA12VP06SDdzYjn6j/D3oqErqFQp9cfaD/qr1SWgIYDA4de99nWH0&#10;kIHKrqs9x/yF/S/ui8NQqafLI/LrcVdBYeX+ofb69e98X8ia1uLEaSdTFlYHWQQPx9Le1axROfE9&#10;M8aA1x/PpqYaiZAMjj6fb1733HEs8mpnUDQRqYX5QXOnV/th7SSDwlCgU409c/Phj+fSbMkehjTj&#10;9v8As9e99GRVvGVPpDN+rVe/9tueAP6c+1EEQVdY4n+fz9f83VNIjXw1r+fXveCSVvQqEGN0YPa4&#10;JYsPVcfgD8e1AXizcetgUXu6975yEIujyAtFqAYH9RbhdZP0P+A9+C1Oo5r8utfPr3uJc6tJZ72P&#10;DXPB4DEj6XP49uDhw6saEde95nLXtZ0CkKWJA1gDUQbf61+PqfdAAK1p1pVLZGeve8LsWksrWuL2&#10;ckLcfTV+b/T8+9gUGR+zrwHkcde98Y5SdSyFdVhcWsjOTcfT6fkn3sgVB4fl+2nz602B8v8AJ173&#10;3967SaSBYIDyCVD/AF1IfzwePe/CFKqa0J+2nz62QFGo/wCode99fd6G4H6FYk3FvWCD/r/69+Pb&#10;iWzOQgpnh/n+zpoSauyMauve8U+Rdl0gBhcaTqUFSp+rLzyB7uln4RGqoI40FR+XWmZ46aloeve+&#10;UeRXRoLgObgAsQj2PBLi1j7q1my10ZBp5dVWRV7dOPl5f8X173NFYq6AbopXTZTyxBtc3/Nvba2s&#10;0gLAUoaZ/wAnSmMBjqGR9nXveNa2MaF1XDMShPOgoTrJN/6XHI+nu8lqydwNSPl68B1W4ddYFKYz&#10;/kHXvcw10cii2kNfV5P9Ul7ABrX/AMAbe0zQNHnFBw+3zxXP29aNwSuksAKfn173HFRE4YeQFixC&#10;KQSJNJsR/j/jf2+sMhNCP9X5dNmZa0/1Dr3vz1Uax3MhYSqE03AsBck2/AH1/wBb3bwGDaiOGc8P&#10;y6bE9TkVp88de9t09THpUhhpYN9dXp/p6R/Ti/8AX2rhtyaGSo/w/P8APpmSVSS74p173ENYFZF8&#10;gBU6i5N2jLH9On6c+7i2Ei1CmhpQcQQMeWfXB8+iy5n1KACM+X+r0697wNUOoAUuzXJ1gnhPqAB+&#10;DyePaqCyQ1JGkD5VPpx8/I5+zj0mjKk1OQOI/wAn5+fXvbLPUOyG90B9UaA/QE2YAf0/N/ZlFAgw&#10;inIGW/z+v2Y6T3E6gGIEhT/q/wBXl172nq6e0f1QsGB+lvSfob/63s0giKEKvE/z+zopnJBAznh/&#10;n697SFcDK0pe3NzfkKGIve35+nH+sf8AD2I7SJa6Vx9ua+v5+gHRW7NTt4n8/Xr3tH5SMaEYPbh7&#10;C9iw4NwB/Q/09iWwFBxyDSv2/wCwDT0GOg5fTMSUB45/2Ps8+vew6q5JyHGr0q91YmxBPp5P0Fr2&#10;J9i6zgVjQCvrk/s9c56JDNLVkqMZz6/6vLr3tK5FZmGmztywvqb0m34P55/p7EVssQyRSgHHy9Md&#10;Fl5ISDQ1Oc8fXA+3y8uve0dkKT7q9k9dyPXwtmBsxP8Aha49iC2ESL30b5Djmnn/AKuHQavIWmj0&#10;yYJFQPPiOve0LXYp9YA1Byx51gkcXZR/vfs/t5BFlqEA4xXAIzj/AIvoPyWLxN3mqjzFfyr1721H&#10;FksdS6wWBDDgcj8AD/ePZ39fFKlUYBTSgzjy48ONc9Ua38RaA0rnhn5f6v8AL1720VWEUSk6mB1c&#10;ixBJKllLX/23tdb3sWVYA0FCBmvlUU6JZ9slVmEfD/D17211mDyiqfG8hW7AWHqAB4K/1/x9q4dx&#10;tmPhYULQev8APyB8/MdF5tbgE6R8NOve0vWnKUwN/KQvB4J+hHH+9+zaM2sp1A0X5HNa/wCDy6Rz&#10;NcRV0j/P8zT/AFV697RdduHMUzyCOeZY+TpYn0gm/Ps9tLKynNa18gKcP8x6Dku6XEUmltWflT/D&#10;nr3tsh3XlBMjTTkhGBC2sCL/AFNzzf2vm2G2aMsopX0pn0x/PyqetDc5a6gxH/F4B/P7Ovexa21v&#10;6tjiRUqmCqQWVn5JvyD/AF9gndOU4GqQtVNRQCnr/P18vz6EVhvs4OomoJ/1UPXva6i3/I1mqKk2&#10;dvSNVtAJvY24/r7Db8oQR1AFKU8hk/P/AC+vR8OYjGtPEKgY+Lz+z/D172rtv9q0+LlOpzKGuFe5&#10;1JY88fkC/sp3PkwzxGgweIA48OhDtnNzIQuvBPyz5Urx697G3Cdv4+s0+V1iuQBJ+lmdbWJH09x7&#10;uHJUkOUXS2TQehrWv+qvQ9s+a4pCFYkH0P8Aq/1Dr3sUKPelNKgYVUfKsTYgsV+psfzc2t7A17yz&#10;MHCGMj/V6+ePLj0dLvaSMr+nlXy697kTbypxHIRKtyPSJGs1l/Hp+v8AsfdYuWWZ/hOccMeec+YP&#10;Rk28xMuoVoR172jchvshX0VDslyoTUTbV/aF/wCn9PZ7b8skMCFzjgKAeQ/1efRTc74Y3KClcE9e&#10;9skG/wCCOQ+Qu/rHNvWbcEqzf7fn2vbl3sUqDgkADiDwrw8+ky74JmCOxOeFf8+Py697fqfsWjAK&#10;mEAFtKvqU3J/En9LW4N/aWTlWUHgaj0rWnn8q8fl0YRbrpwf2eg697e4N30FURGZ1502bkOf6gH6&#10;f7f2XT7BcplASBXh8/UdPLugJ7qGh697eqbL4qXiSZUJ1Aq1j+kWBLL+f8f6+ymfabuhqtaZr6V4&#10;0Hn9nS6O+hbINP8AV5de9vtNlMX6FjkjupuWBuSobkn+v+PPsvfbbhF0NVQtfL+WOlkN5GDrjIp1&#10;72/pnqKymOqRXT1XXgMU5NtP1H59ks+zzO2AaHhXjWnl8+jNd7qteH+ry697cYNwylGMVaCS2u4k&#10;bWOeFe/09lcvL8mBpr5cKinn+3q/72YIPBFM/I0/Lr3toyfYeToBI0FaxKEADyekMfrZT/tva2x5&#10;MimoAnH+jTGP8HrnpHfb60cNQc+Z88+nXvYb1ffufxbEszS2ZgWSXTpF9Qvbk+xND7YW1ytVAPyp&#10;w/1cf8HQWl5skiPc1c/OuOHrw697xQ/K2aLUtdBIp/s8ixH1axH5/wBf2rb2bRohoAK/6s/5B6dX&#10;X3A8Je8gjGfPPr172qcb8nsHVBVmkKyEAoC5A/2H9f8AYH2TXfs/cJITEoFP8I8ujCPn+CR6YrX1&#10;/l172oB3niasM8VbArlQw/duXc/nmxvb6geyl/bK4Q6THitKgeX+rz6NE50s5DUOf2gH+XXvamwX&#10;bUNY5i+8RwdNlE62Y24At9P6/wC8eyPcfbySAdiEYJwPTj8ujS15oglA0vn9tPz697Eal3ss/LyK&#10;72Gi34IHAueOePr7CN3yo9ulVBFfUYp/lH2U6E8O4I6ayak+QOPs697UKbopJkBmnVZPoxGlm1D/&#10;AGscf7b2QS7JdKaxL5DHBaeZp5dPpfI/D/Y697jT5wwq0iKC2osLtq1ofyzfWx/5F7cTaZSyxstA&#10;fKlc/wCbq5uwDk4+VePXvbQ255FDMVIvew0FW1n8gH6A+1i7HLWhNPXHTTXzr3eYrgj9n29e9sVf&#10;vo07uHWw41Ac8cXuDx9fZnb8tRvUsSSfXyP+Dotkv9LM4GTxP2de9xaHe1NXymNpQgJvZnFmuf0m&#10;3Pt+85ZmhQMoNeNaV4/Pq0e5l6ajxz9nz/Pr3sQMdloJAbSpo1J4zYci3Oq3I54/1vYTuttuY3yC&#10;D5mnCvl6Eep6W224K76XIIJ9OHXvauiqo5dJjlVXBU3bkPf6ryf9hf2QtDIuoMpK0xnh+z+XRx40&#10;3wVLf5v+K697c1eOUFQwjPBJ+l7cMBf8D8H2VkMuMEj/AA/P/PXp2gkUVFR5/wCTr3tzhWn8Q1G7&#10;XsXvd3IJC2I+t+Pr7RtqBp518vL5ft6VxRhFIFD59e98/sQbEc/7sDEghiP6gW/23vzTupp/q/4r&#10;qxjj8h/kp/sde99y0qD1WF7BjpW5CfXQB/j7qkshDMmacf8AP9nSj6ORk8RVqP5/6v8AD173xahj&#10;kHr0hbiRQ6jktyY/9cD6H376l1ai1B9a/ljps2617lp+fXvfjjqWQk2vyll0r4z6rWkP9bfU+7G+&#10;lr3n7P8AV5/Z17wFGGOPIVx173gTGxeTWifpewCgIGAP6VJ/I96N2zdjef8Aq/1enWzbxsNIHGlM&#10;f6qde99SY4Av4VUeq7hiD+efUP63tb35LsAaWPAUH+rj1UW6UofLHy697wHHxg3csBqGoIQVB+oP&#10;/FePbguWIFCBT186fy699ODgDr3vE2PUawCxZmHqsfSTyoNx+f6W9um6LGvn6f5erPEZ5Mihp6nh&#10;69e9x5KYRjSj6iTpuFszKSdTKf6ccC3tQjhqq+Af2dOLbSRg+IcNgD7PM9e9+CArZT6xZSQdLKFN&#10;+W/Itz7oXVVqc5+3pF4EimhH516974vJJGps4AvrV2u1tIsoW3F+Pp7sqCZgAKniOlSOqz6VBqBj&#10;0HXvfE5JrLqBAtyWIIuBfTz+Dz719PQGuM0459enJ5nCE049e98RWLGgkEha/qKkBdKuQShtwePz&#10;78IQ2AKenResrVGftr173jny4YhSCynkBCBZQLFdJ5Pt8WDaKKPL7D+Y6flMiioII+Vaj5n5de9x&#10;f45ESSzEajZWsVuFsVVl/wAQePdv3c5NGGfMf4P9npnx2HZ58cde9xpcxbiNwWL6rE3VVvy978WH&#10;u8diWGtqAD5VJPoB8uqm6LfDkfzx/q/b1721zZuqMiqsjH1tqNtIVAbrqYcc/T/b+zFdsiRfEYVF&#10;Bjzr5+R+3ph7gcWbh88/Ph+3r3uTTZoEEyN+m50hidfq9Qt/rm3tibbgDRePz/l0kN7RTpOf8HDh&#10;173LGYpmUgFkLTWQEckKbuWT/D2jexkUmgBpStPnTpoXBZ6L8XrSgp8/Q9e945M3GApu1xw1xbXY&#10;WB/4iw+g93XbWbBUZ4Z9elaRr8LHJ9Pn173iGYgJ1eB2ZgfXyIzp5Jtzc8H/AG3vZsJEOKcaUBBy&#10;fT7MV8umZEaPKnV/hz6f5+ve+zkFcXjDh49JvY8h11gsfxx9ePdxZTKo10o3nX0NPlnq9uXTy+IY&#10;/bw/y9e9yBkfIgZldQoFxYqbgDQ5H1uf9649+NkytpBB+wn/AIqv59KhIgOfkB173nhqIyWZpNLL&#10;awHBHJZbg/48/wC29p2ilC1C4rT8+t1Gmta5pTr3vK9TH4wW9WskgMAzWAKhif6fW9/ekgkdqRj+&#10;eKjyH+x14lAcZ/mMde9tstRSPKxsQtlu1kJDqQbBR9QbcW/r7MIrV4+7VU0J8+BFMny9B007DhXO&#10;ePXvbZPXUhZglvWNUd7XazWIGrk/0B9vJby6lJqAOJr5/wCrP8umgyjgaE/P5de9tVctNJGSSC2l&#10;PSpBdiTdRqP4P59r4BcrSlWHr/l9D9nr0TzTSIdNc8fLr3tG5OogQONSFTyQWvyn1W97Ai9x7FVr&#10;BKxBoa09P9Xp03NIJFABz/g697TctZDGVUyMSQC1iAoK/pub/Wx5v/r+zWK2IqHAx/xR6LVkBkdT&#10;SnlXjXr3uNT1dNVOVjcC9ywPpGq9mYH6c/0/Pt2S3FK0oB06GUrStR173LNPTxuGF9X0sL6Cqi5J&#10;/wAB/X6+2IkmoQcD/Memntw69xw37ePXvcWRYkDM7AgjSQBe2oBdI/re1/b2mTVROA9fL/ZHl0lk&#10;gZGJQjT9tPOvXvbPLVxxOT5AouzanIUqA3Bsv9fwT7VR2k09BQsDStPPphozULWvz697T9buCnJ0&#10;Fw6qzHUpB9X0C6j/ALcezKDZ5WOfL19P8/kemZWjA7ZKH09Pt+fXvaaOVFZLKIHN1YWDH1NYWuv9&#10;CfZzHtywRr4vHj+Xz/n16GdtAAAIFc+efl6UPXvfF6WsluQZFYtqBW4AH00gj+n192MtqhK0qBTj&#10;5/6vXp4+KVAUih697hmlysWtvM7Wa4RmIGkcBgf+J96ZrOQUCgH7OkdxDI41eY+Q697bZajJo7ID&#10;IguS3JCKFF9Oo/W5+ntTFBAUZ2HD7M+hHy+zpBJHMIyQOHrj5Y+fDHXvcNpa2QETEIbag5uxUA3v&#10;z9bW9qESAvpiNRjzpjyH7ePSUT3erTHXP7Pl/q+XXvbVJKvikVXNw2kMuoXN76lB+n9D7NVtQp8R&#10;KEAVzmlPP55/Z0xdC5DGQkkcPWh8x172naqonTUYpCDHcgAkklT+ksOebezK3tYWAD0AYVBp0WML&#10;liAPxcD6DzJ9Ove0++UyMTswlkW3qZdTMFb+nP4P0t7NU2+z0ZA/Z/q8umXM6oQtTQ44Af7PXveA&#10;bgy0fqFRMui+kWKjW3NmI/H4t7cO0WrA0Ap64P8AL5jz6YN3fLk8eve56bszMPjZKl76voDySCP0&#10;lri3tJJsFqU0eHU+XDyP+qvTo3K6QgMSan18/Tr3tQUPY9ZTukcjLMF5k1pcq3Nytv8AH8/j2WXX&#10;KcEoLIvH58Pl0pi3yUUOQRXz4f6uHXvbynaKFhrVbXb8n6H6gn/D8ey1+TwBxJxn/VxAPy49K15g&#10;dz+o1TTh8+ve5EfZpujRy6bEaV5spvyQRzb/AAPtg8oEmlKA+vp6U6MrPeJ4/wCivzP+o9e9qzG9&#10;m1qyRlWYg3u2oNwxt6R+f8bfT2UXvJyMCCBT7Kft9K9HcW9hjpr+Xn172u6PsSqlYCeQTIRpOp7c&#10;X4BA/r7Dd3yoqKzAU+zBqPPhn5dGf77X+0LZ8h6Y/wAHXva8xe7qeYxhHVZNBazWW1zzGdRsD/re&#10;wld8vyZxjGKkk/P1/wAnSqy3NZZA2v7QTX/Z697fm3HFGQY2Uh2OpCA5GrnTf8H/AHr2UttLlCJB&#10;w9Kj9vR8b1GUiv8Ah/n173xfOrKbLKYwVb6/qL3sAfqQPdf3cw/TYaiKUApw/wAFadOGV2Hca/5v&#10;9Xn17201WWfTojldSNRuCfUCb3Uj6D+g9r7eyWmpqZ/yeRHn0la4Z11KdQzx4/s8/t697TD1cpZi&#10;0hk1cC9zYfW4/wCJP09nEcNuq6q1p58MU9OkOt3/AD/bSn+qnXvcaqkaYgRI4awIAc6bnhhf+n5A&#10;9ux+BGO4/wDFeWPXqpVmBRq59K1/1fb173BkxNdUaZEEiKFRQOXuzHjSf6/j3s3tui/FUV4cKD59&#10;Mjb5TXQTQnz8uve1lt3aNVLdpFdQxuC6cageUZj9Bbm/si3He4UJCUIHz8ujuy25moKcPP8A1efX&#10;vYz4naiRosbwRDkAqo9ZJHLlv99f2BL3dy9SCSeIJPl6Do+gskRq0697VtNgYaeNBGlwo+gB40/U&#10;oD/X8g+yKXcnkJLEiv8Aqp0seMR4AyfIDr3t0p8TSROJDEpuGYXIGlz6/Uv5B+h9o2vpWUrUn8/9&#10;X+z07BF4lUbr3uSlHSxg/tonlBYeJQCGY3KgH6+/NPI/aTWh8+lUcCyNRR8P7fl173nijRPSCp4B&#10;K/Usv4ZgPrf23IzFdLHB4fb/AJPs61PCFAU/C3DgDUceve8jlSoaylLfpsQWA+ot/vBv7ZOvA6Z+&#10;ljdcE1Hy697xm1rhbMwW8Zub2Pp/T9P8OPehwoelMERirwzwp173zKk6LNYqP7JuzWPq5H/E+9Vp&#10;kjj042kihWnXvfTSMFAv6S1gCACdX9R7tUsTUnqoRCpQDiP2fn173gkLhfISoKuigD6sdXOr8f63&#10;uyoC2gZxx6QCJgdIFT/Lr3vIxIUta7MGUk/Rfza4/B/B97THaT5dPwj/AEOv+r16974LNw1gdCWG&#10;klbhSfSoH5P5v7qU8+mTC+tgVr/g/wBnr3vi0vKuSyx+gD8EkHVcD6+9hSBpGemlJQdg8/y/4rr3&#10;viZIgQXBJZmFwbg3UEX/AON+70YpRfLowMZZft/1HHXvfRnUk8yBdIuFIC8nlr/1/HHuwUgg0H59&#10;aMYZvDU5Hl50Pn17355eBwBpsQdRuVJ4Okfn/be9aeqxuIyCSABXyrn5f6vPr3vwZj67BUKnUNY1&#10;FdVgLC/0+vutBw/yf4OrSSx1oDXP5f7Py6976Pj1GQqwJsRyCBf9JNx9DyefbhdjgYx15rgsoTgC&#10;Ptr/AJuve+I03drgAek6ioAJAIPHA/oCPfqstB/s9N1cnTTH8/z/AG9e98Jb+U3sp0B1I0hr6OL6&#10;fxce/JWnb09Ho0asfn/qx+fXvfALqSx5ZAOVta172t9f6WP+9e96qGo4HptSuuooB173j/C2Iv4/&#10;UqHhmQ6Rf/H62/rz7t6g+uK9PeErVqBWv2fz6974CaJ29f0K+q/1vc2BA+ljx7sUcLjpsxKrDU2O&#10;ve+jMqmJ0tHq9JswZbjghT/vv8PflRs1zT9vShGCkUz6de98RLY6Xa91bUB9RdrFb/0PvZUHK+vS&#10;RxGHwMf7APXvfEyCPUC40MnAP1t/auR/hwOfe9BahA8+n4ydI0DH8vz+3h173xE4Kuw9Fzp1WClU&#10;I4ufx+fezGdQUmtOqEp4hB8gMeVfPP5/s69787cnSQf0s5kPBUAfrI/xABt72q14/wCr7OlEGl2H&#10;ln8j8h/l+zr3uK0jyeYuVQteRQvpQD+yx1fUE/2R7eVVUCmQOPrXpRcRRSjSR6cP8PXvfccoId3I&#10;AXSpLj035DcH+vHHurIRQDNc4/y9F0iNEaNnzBrnywR/l9Ove8QZpNXpBIJClbWYtcgta5vbkf4e&#10;7kBBxpX+XSuNtMPiOfiP+oU6977aQKGa5NiFYG7KHUfXSb34sbf4+9hamg8/59aWcggAY45PH0/w&#10;fZ173xMkCk6XABITSFAcMSSrc34t+Pfgsh4j8/l6f7PVEbxXGrAJOR/q49e99IFsxJJuwuFGkLYH&#10;/VfT6Xt78ag0A8ulIhU1ArXzzx/L/D17315NSuovZRfj6tzz6/rx9ffitKN69XhDohJrWvD8uA/w&#10;de99NOEk9QvGbarCyjUdRHP5I97EZK449NO+snVgD+fzH2f4eve/NUKioQOD6iAwPP8AY/ofx/vX&#10;vyxkkhvLplmKoEIIP+x/h/yde94WqGFwLIH5JAN1YekA/wCNv+Ke7iMfbTqhlkpVlPnx8/n+Q697&#10;wPUqrKo5XUQ3Nrte6r6frbn/AGHtwRVWvn1eMmTtIoT/AKvPzPl173jLtrJLEpxoP1BtwFA/qP6+&#10;7AClPPp8xxxjub8vU1416974lrBWdyFYggr9Rbkhf8PewKmgHDpGXCvReJ/P9vkMde99eUiI2Ic6&#10;z6hcAhjqBP8Aifx7tp7gDgdeQM0gVPL7P5V9P5de94TIx4LNdQSS/pGv6cW+trfU+7aRxA/Z1tkZ&#10;SNY/Z8uve8jOo/1N1K/m9mA/P/I/dQDx60a0wePXveAyAhmI1MAOAbXJP0A/H+Hu+k1pwHWgAMcO&#10;ve+XldAjqoVTcai12+mpQF/2P59+Cg1BPDrQALUPl5eWeve4plfUjh/8D9OGLfVrfXj27oUjTTow&#10;MClAv7Pz6978JwzeprAsQAQGIW3Fz+L/ANbce/GMquB0gqEfuyc8PPy/b173jMpN0YKgsTG4/GkW&#10;KkH6/wBfdtAFHXPqOrrC5FSp+YrTGM9e943kVFX68ISrcm3BUgX/ANv7sqkkn+XT6xp4YMgNeve8&#10;JnY/oYhdILAMA1/08/7D/Y+3BGB8Q6c/SXuCivl/q/w9e940kJk1uWVgvAv9bf2L/wDED3dloNI8&#10;+tsFlDBu6nCn+rHXvfIylQjqw0KHBJ0ksSeRx+P9f3XRUlW8+kipK6tVaeQH2+f5de99ieA3AszM&#10;EZbi7D0/QX+nP59+8NxngB15IJBKNWR5kY/1U697j6ywCm7qrXBW1lI+hv8A72fbummelQjjXCih&#10;PXvcPzO1ze4fW3+vzYg2+g9v+Gop+XWy+mqk0xnP8v8AVw6977MiLpZWYNHpDAi4Ib6/ke/BSa6g&#10;M9JfDd3Zq8RwH8uve+3mlS6oisFcWYWN/wA/Q/191ESnLGmOHVDBqAIPzNf9Xl+R697wGQu2o/pY&#10;sB9Q2r82B+lj7dC0wOPXnTwgqp3Uwf8AP6de94WlAP6l08h2DGxA+gHF7f1uPdwlRTz6qLdGqWYj&#10;0NMfy4nr3vyyu5Df5tSRpKclh+Ab/j88+/FAopx6LylCQDUD/VUf5uve8xJC6joCqWX6gi/4/wBb&#10;/Ae6UBNM56rXOOve+ImuDHpuoubryS4N1DE/0/IH1970Z1Vz/k6Lr3cYrNSSRUfy68eB/X2qdr7M&#10;3VvCedMJjGqI4CqVFQ7CGjhZ7MvkqZOBxc2Fz7lX2r9kvdD3t3obD7X7NcbtMpXxXiSkMAJpqnmb&#10;TFEoGTqYGmQD1zz+99/eR/dr+5/tzH3c39Ir9o2eHb7ceLeTADAEY+CvAF6D5dYmlRWVGYB25VOS&#10;1vy1h+P8Tb2YDb/QWHo1hqM/majJVkcZ+9xmPhVaON2F1hiqj6zb6s5Av76re1P909bGODcveXmL&#10;VLEC1ztm1xs7qSO1PrifDJByzLHp9K56+W770X/MxP75c+m/5b+77tMXLe2zGlvf3FJL8IDlv4VL&#10;caDhw66VpW1akWNdRC3bWWUchzYWF/6H/b+xJi602QDjmO1aCuaiCT0NRky0r0tTGCq1Nm48jA6S&#10;fzxce82eSPuCfdj5M0LYcqruhniUGbcZ5JPgaqllBEepj6AAkCoHXGr3J+/N96n3Xn+o53513G4Z&#10;JWkVVnddMjCjPHRhpNMYwBw656L/AFZjyfzbg/jj2oava+LqdBn2ngpCsiTKRDFHqljsVMgQeo8A&#10;2PB9yrzD9z/2O397afc/bXZ2a3OuMxDwjq4EOIyA6kZ0tUEjjXqMti+8d72cvRzRbNzlutulyNMo&#10;F1KQ9fWrnz4nrvQP8RcW4J9pDKdc9dVxBy22vtvK8jO9AWhiEpJa8qr6fqSVuLe4B53/ALv/AO6X&#10;zDCn1Gx3nL0xZv1tsuHVATQFXjk1oFH4cfn1kh7Pf3kn31/Zm4Dckc930kSppENxMZkoTXtWSufX&#10;066ZTaysV5H41AgfVbH+v9fYTZr48UtU1X/dHcMHkjdXgx+UkcyRU8gukU1RGSbs36WZbECw94ac&#10;9/3Te/vNeXns9zZabmkeporO+jNtckH4EadNUOqtVB0KGwa1r11p9kv+Zj7305YmsbD3s5YtN2tQ&#10;Ak1zb1t5nAoC409pag7q1zkjrlyF55I+tuP9t7L7urYu6NmztHmqCeniCoRULG7QOXYqhR11JY2J&#10;AD3t9be+ZnuV7Pe5/s9vb8u+5uxXWz3SEU8ZKwyA1KmK4SsMgYCo0uTTiAevpI+6T/epfdd+9XZW&#10;lpyPzDDa7xcgD92XrrDch6dyxlqLLnC0IJ8h10GBFx/WxB4I/wBgfaGEyBxaW4IJGki45sLE+498&#10;MkfDw66abfvMF4AoIqPLH7D/AKvLrl74+QhWWwGskc2IueQb/wBfzf8Ar73p1Go8uhLbXCugV+Iw&#10;B5ft/wA3XvfFZCE0qb6he4J13YcgseAP9b3ZkBYE/s6VjUXNeH+rj1730k1kZnuNJutzyRa1gPpb&#10;3pkOrHVkK6znr3vGZSbG4NyTe51C4uAv4sPofdtH8uq1JODQfP8Aw08+ve8XkH6QAQATe19XP1Uf&#10;70Pd9Pn1s1wpNfMfn173yZwBcEqrKujSPUNJudV+Bf3oAk/McfTrbVA1Ma16974tUgxkAm6EEqBd&#10;rfUkj3sRd2Rx6ZDE/ESD173zkkQkMHYcBmWwAsPrf3pFbII6cqKDOfWny697jtKQzFbaiAAVBueP&#10;wBwbf193C1AB4dKLaVlk0g4YcPSnn9p+fXvfZlsQAQNPOgOSDcfn+n549+01HTk8bmjpmn+rh/h6&#10;974ioJvHJpDjni5Fhza/9D9fezHTuXh0gLyilME1r6/t9Rn7a9e9+M11LX/QVDKRYMTzYH+n9D78&#10;I809erxp40gRj5fnjr3vEZrhSbAMOTYg2+luPrf3bRkjoxFtCFApU+vn173lSa4DEWAvypFgbcLz&#10;+OPeinp0y9pRw0WB55/wde98Hn9VgqjSQQR/qRxpP+HvapXp+dQYWUmg6976SVtLMpYBiXVgwubg&#10;Xt9foPz78y5APl0VVOPtA9OPn+3r3vD5WcgKCAQp1hrAgfqvf/be76AoqejOO1iTDCp/1cP8J697&#10;5/cyDk6S2pr6rj0/4f8AI/evCUnphrYNJ2GiZz88in7RXr3vEZ3bUQVIVSWUAkagwGlv+I93EajB&#10;49KEtokHD14/zx6/5+ve+hO3FnfX9GBsGUn8f7b37w/2dOVQDQcY8+ve+mmCqusqAPobEHVcet7f&#10;U8+9iMk46TvbQOdNAK+XHr3vg0x/snglSTx/gL/7YX97CAcerJa2xTuFft48P9nh173yYte72sAp&#10;ABBJIOlbX/2I96AFKL59FjqocqpqFP7fT9nXvfBpAWNtN7KLAWQN+r9Q/H0/3n3cKaUPWqE44g/6&#10;qde98DIoawHpc2AJseCfwPz+D73oNKny6V2sMciazkj8+Pn9mfy6975vILmx+qn8AlrLwbD8X/23&#10;uqpjPSRh4bMreR/aan/N1735ZU0/Rjc3NhqBGq7Aj8j34o2rPVdLg4/1V/zHr3vGzfqSxdNI9IBJ&#10;VgPqPrcf0/w93ApQ+fS6O3JpqNDimK1+f+Tr3vgXuDe6kEKCFvcL9BY/kni3uwXzGeqTQd9I6ClR&#10;SvnXOfs6977DhnCm6t9SbgKx+oFv9v7qV0rXy6To8iUaNq04Aedf8NfPr3vryrcrqsyjSAf1Oefo&#10;f9Y+9hSaGmOjguAdP+D9uf8AJ1730ZACqsTZlYg2+lrFQG/33597CEio49JrolojpqdJ/lxP5fP7&#10;Ove8Jk1EhZLGxDC11kLem/PA/wBv7uEoKkf7HRcNBOMDr3vszEkBuSFsAQfU4U/Xj6D/AA9+CACt&#10;P+K60GRRj1/b9nXvfg4Kmx0q9hwbH6ckE/74+9EEH5jq/cwooqf9WP8AV5de98C9nJ1ErYKoYgW/&#10;qQP97A/3r3elVA6t4Mtfhr6+X+oDr3vEWKyxkkkGwsv5Vh9Av0/1/d9NUI6qY/CbJBGafL1H+br3&#10;vmZlBKs5KhbAKbG9iDz/AI+6iMldQ49UdyBTh8+ve+ImVvQAeeQL/g+klifp72Y2GeqBtRoBx697&#10;4a1tYBtOkszm5OpRYFj/AFHu1DXPStFVXIcVOK+mf9X+br3vgZ+Qrs5I/Ato5JIv/U+7eH6f7PVZ&#10;J/Dk8OKgA9BmvXveSKVgJL6dS2tpN7j8mw/4j6e6OlCKcOto6S6VkAYfPj/q+3r3vhrUXVmN7fS3&#10;Fib21fn88+7UJNR06SI6LTHkPTr3vg8pBBDcC66eLgf2Rfn/AGHuyqKZ6QzDS9G4H0/2ePz697xx&#10;sUtyWj+gbVf1X5IH1/1/dmAbyz1USBl0Hr3vk8gDjQbuLBv9Y+rl/elQ6aHpejuyDyA8+FTT0697&#10;6jlJZWvfQWYiSwZWY2VRbj6/197dKLp9etlgQVjHDy4cP9XHr3vGtQolYfqu3J5HP0vxwR9fdjHV&#10;AAKdUWXFDgfkc9e99TSqRZQxJ9Kkf8mAn6gD/H3ZENe7h17xXUh66v2Y/wCK6974CZwpX+ypHp4K&#10;qxH1A/3r3sxrWvn0xMUY6mbuzgHj/wAV173H813uDYK3PNiXP4C/n3fw+2nr0iOV1HHXvfNqkF+Q&#10;AVZQB+kjix4/r714VF62pJwvH06976aXUSC2jkggAk2U3Uk2+v597CACvSvSFAfSPLPzpn8q9e94&#10;/MzSMpsD6SdI5UfRj/rn8H3YoAtemzAxYGvE9e9+aZdQBdl5PpuLL+PqBz/sfp78EJGB1VI/1NDY&#10;IrX7B173iadFDKrFidPqPJsD9WP+t9D7sEY5PSqhLAaa/wCbz/Lr3vqWQW1WJBUMCCbMx5sf6AW5&#10;PvaKa06pJErd1dOeP+f7eve+llJQ30gFSSGvfUBe3H1HvxQVx69Mvb04GvD5de98HqLgFOCvNuGB&#10;B54B/P192WOh7unUiCA6s8Ove+CyKSguSwJ5cchrcG3097ZCK9XBGkqRxOPSn/F9e9x5ahWkCspK&#10;31BuAXZeCx549vLEQuoH8vTqwA00r+z/AFY697xfe6Wb6i/9DZdV7+r/AIj3b6cmnTcyLImkmgr5&#10;f5Ove4b1YdrK2okf6+kkeuwvz/Ue31hIFSKdUR2dwi09B/q/w9e9wZ55Li9wP0BrkEL9DY+1EcaD&#10;h0okjFdFS1eFPX7OHXvcGTzBSBI+rSbKxNrsbXIJ/p+fagBK1IFOi1oldtRXKmlfs/zHy/Pr3uM1&#10;PMpKG7agLNdiPpze3+39uiRPiGKdWZXK4On/AFf5eve4Ropgx51B/T6iwX0/QMPxb/D2+LiM5Pl8&#10;ukrwuBpBqPl173jfHSaxIZBzYgEkXI4Bv/gP6+7C6QigHTMtoJAY34Dh/wAXx697iS0M8LrIH8nJ&#10;FrsihWvz/ifb63Ebrp4fz6T/AECMe2pBP7P81cde9ttVBUtcLKTybFbqDYkFAD/Sw+pF/aqGWIcR&#10;/q9et+EVrpFPt49e9p+px+TY3jmKOQRYkgqLcfUfX+vsxiubVcMv+z0V31vcyJWIk8K5/bjz697g&#10;LjcwrhZJWd73J1EgDSbLY8fX8e1JurErVQAOiVbW7kJQBvkKYr5de94hj80rh9Ja4aw9Vm5PJt9P&#10;6e7m5sStOHWzb3S11gj7RT/V69e9yTSZAqGdBwoBtrPJH0A/rf2141rWinp9bC7lGFqftI/n/KnX&#10;vcCXD18r2FO9ja9iSGv9CQf9sfahb63RcuKjqv7tvCdKrUtkmoAH2n/N173NG36oKLRqF9OpADq+&#10;l7Et/jf2x+84S2T0sTZWKgPXUfPy/KnHr3tum21XG+kaVBuCT9Lk2uT7VJutuMHPSOXabkfqDuOR&#10;86Dhj9nXveB8Hk4VJFyoF7kmzg/UG3u67jaSGnDoqO2XE0lF1YPpwrnHr1722y4HIMD+0wJsASOS&#10;b2AsL/kWPH19q03C1Bpq6em266dahSKeXH5E/Ph69e9t42/ktZ1xuLXJAT1K1y1hb/Xvf2p/eVoV&#10;BBBr8+kDbdK4CMKn8/8AAeve50OEryELwSKBYgsLHjgOp+l+f959p3v7cEhWHSiHZJYgWROA4D/V&#10;/L5Hr3tzhwVSCNSsoAHqkBJ9fIK2/BsfaN9wiINDX7OjCHbbiVgIl00NT5D/AIvr3twGDqF0KGQ3&#10;HKnVdLcmxP8AsCLfUe0/7wjNT/m6WfuaY4qKZ8sft8+ve5a4eYqQSeCQOCTYCwU3/p/X2w16lajq&#10;42qUZK6qeh697kR4U6l1vcX9Z4VQ31Wzcn6/X/G3ttr8U7fy6ch2ssSXUACmCTUj/iuH59e9yXwM&#10;bJ+2AXL/AFAIOpvyb/j6/wCHtpdxYN3cOlE9jCtAgA1cRg/6vL5+Q697bpduswuLLp/AOkMoP1tz&#10;9T+fapdzAx0X/QCWQpGAlaEnyAGOHXveI7Z5T91b8sZPGTZOTYL+Ppb/AGPuw3Xj249K9OfuQVqH&#10;FOFaef7ade9//9WqyX+bxsMZBafG7LytXTayPM9SpMi30oyC1hxc298x1+6POLUmeddVOAHDz/w/&#10;toOunf8AwRttPKUgRj5fEAfL+flT163+Pa0g/mtdbSMiy7RzwdhqKqyv42IFyGtz/r+yCb7ql1CK&#10;LOuPUEV/2f8Ai+hDB782hQnS32HGf+L697HjrX+YV0xv2tpaGabKbcq6uWOFP4jAppi0nFpJktbn&#10;j3HvNX3d942qFpYKSKATjjj+fQ45e93tt3OZYpHKk0pXyNeHy+3z69/sb+z6Y3M0+UpKesoqqOem&#10;mCSQyowcSQuusFWHB4+lvz7xo3fYJttnaK4ShQ8PT51+z+XU3bffw38YloGHrX/VU/5+ve3eKoWU&#10;tpew8bgsDb6fVgp4A59h6VnVvI5xjFPTpU0sisQpxX09Ove8oeOJAFYaTYaiCxdiNAs4/N/qfaaG&#10;DxmZnPDiP556MopfEBHEgeWP2/z6977acMykk6tOnRfgBEuWsP8AVfQX/PtdGqxdi/8AFf6vXqyx&#10;sVZvIef246978DrCqWUAjUvpHClb2P8Atr8e0NzG6sXHA/6qdI30oSfIn8vs6977YqB44btcNrZB&#10;pJQgrqd25H+Fvp7bjikJDMKCopXh9nV0LIdaDPz4de9+LMpJ1qt1s2kD1oRyLH/b/wCw93QLE9T3&#10;ZqPlnj+X7Knqn1DuDrFaHy8uHl59e949ShdJVR6vSzAhmFzyCPwT/X2YqXOVzX+X21/wdPDXSoPD&#10;P7Ove84Mboqx6yH40swJifm5W55H9Sfx7KmheKQl1DDjgcR8z8ulFaoQMHjnr3vlrVCsavqbQQ3A&#10;KMD+m35/xPuqWk7knTQA4rxFPX8+H2deGFz506976Sb0WZ1C25PIOtT+kC9/re/u/wBHISSpqVxT&#10;/V6/LrQddXnUY6974rKVuWsoZrccMqjgE34F/rpPtnQoAQLXj+31/LpOzHxKrmn7Ove+SMGRrqSi&#10;MCt7+oFj+k/i39Pe6MrAg0pxPDH+fp4S63Hr1734PeznV9Cty1nLAfqF/wDeL+9aFFa1qcinz8+r&#10;gFSwPyp9vXveLXcAceS7BnAP9rkEn/e/diKV1fKg4Gnz+fTiimRw6976UoIlRyzSFWsw5AubEcc2&#10;/wBb22EbV2nHp02zANrqB6fM+nXvfiY2A0qulGu4Ci3p+ign27HI6OWWn+ryHn9nW6awCcHr3vmj&#10;enUp8gve3J5B/UrNxxze3+w96ernU3aTxr9mB9vz69SigDj173x9RdStgoZ2Bax+p+oP9PbdKIQ2&#10;Dwp/q8+rYAGrHXveQxsGDawQpZtJY/2zw3H1+vvaUY0QVPz+XlXy6rqydI49e949TyCyPd1Zrkj8&#10;A21cDgW928NxjFDn5V44J+XWzVTVuve+JDkgswuvAHJV2/KsrfUH6+7J4dMDVUfmB/n9OrMoKkUr&#10;8uve8rFCLE2YFX0KWVyB+F/p/j7pQaqkdvAnjSvA/PpvwVrUDh59e981cMDpBIZ9LCx4fVwDf8A/&#10;k+9Up2GpoMfP/Lw6tqpUHj9vXvePXzZ3kkDuwMYU2AvfQb/4+9kCpKChFP8Ai+vEAvqNB8z9nXve&#10;cmMxsF1MpI8YsNOpeNIJ/I/B9+0UIY/h/nXifn9nTKyhyFI6974kI8di5JDFrEadJ1cKf6g/Tj3r&#10;S6MUHlw/2a8OrOpKlfTz697yajdSASykIQxGnSDwC39R/vPvRJAIA45r5/n1RYE1UY0J6978zC+h&#10;9bkt61BNy31Fv8PoPdKlspj/AC/l07TwwAnD/L173lYx6QQHVihdwCbllaylf8PwAB73oNc0NBTP&#10;2fLz/wBR602oAHr3vqVwito8gQ29B5ZbfUkE/S9+T7TpGWNDnOD0+HGgv1733rgkYNwfGV9bA8gD&#10;6WH9L8H29okwnrjHl8yf8PSVJFd9KmhNfs/nwHXveR38QJZnZiTbV9X5+vP+HugIfGCKfYPzHVs0&#10;NOBpX0PXvfle4IW6s8YuzkByAb3Yn8f4e9MgBDkAUP5dWjfTIUahA4fLr3vJIzC4swuEYWsQ3GlV&#10;JJt9eb/T3VUBAyDT+WfIdbapFeve8Lu9hFa2lSSbXPPq9J/P+P8AT2+IxpBrUHh+XSSaPQQT58Ov&#10;e+k0/wCJZgpW4BIcrzc/8R7uajLeX+TqqqXQ+dP9R6974qoT0sU1OACB+kqLkqSP959+x5dUPz69&#10;74SOXNghDkemyc6lWxW39bfn8e7DAr1umKnr3vkORJZdOlRybi2gXIN/z/T/AG/urMMDzPSlIRTU&#10;3XvfUgeQkhgoYAlgzFTZbMwJ5v8A4D3paVJGfLOPz+zp9cEKooOve8ZjY8qGQFAygkDheFLAc3P9&#10;fbpbNDnpJcEA9x697jyq8ZDqD6QGYjgyMVuVAP8AT6fX3taNhj/q/wA/VAFZ1LeXXveIoSp/UXUE&#10;aF4Ed/6kf4/X2p8SFpBQU+fGv+ry/PqtwELAucDJPXvcR9SBdAK/VSfUAJWBsW/P44/x/wAPaxHj&#10;NTH/ADpWny/zcadeja3pqXt+3/Vw697jJTaLMzcPqUuTzYrqJC/0v+R79NMJWDCv+r1+fTFxMkjd&#10;vEY697iEuGUnXpuy/pOkW9IbTc/7b+nPtTGIwDWh/Py61DRfPI4/Z173j+8dbBg5Cgg6GJFlJUtz&#10;9Lfj+vu0ir4eaGuQPP5cOrz3GlK+fEU/yf5eve4s2WaMA6SyjUNT2BBDFbW+vP8Aa92S1Ur4jGhN&#10;CP8ALx/Z9vRO905Jb1INf83y697gSbgmj0tAWDeoesC9hxbV+Re/tbHtS01tSmKGuf2eXHPSWS8a&#10;FWPHzFf9Xl1723NuerTSG9QBFww9Q1CxVW4tcn/Y+1sWywnvYZzmvz4049IoruZULMTUmvGgx173&#10;HO7XGohJLrdQxOhl1Em6j/ePar9wxnINSRnjT7P9nrRupBXu4Dr3tpk3hOQrMbgaPH6j9QebEWPA&#10;9qo9lAcrEp+35H7ei191kFe7B4Z44z9nXvcf++zaXTzWKh2uAWIVuP1fXVa/PtR+4QQCiAEftr6A&#10;DpmbdA6kVrT7K/l173yO9IiIy02hrsFJvGWFha9/yR/X8e7xcuzuKxrQHNfn5/ZQj9tOkrbmRRlq&#10;PWmf9VOve8B3fCRYVCFyeQGFkH5YH/H2pj5dn4MKfYP5cemjuaZBrX8uve4ku6ceyhZqiBU/rqFy&#10;W/sg/Ww+n/I/a2Dl25xUHVx4efp6D/V6dI5N0T4agn5/5eve0/Wbqx2th5oTY/oElxYABQ2r6fn6&#10;ez222G6VAqrUitCcEV+fyzT18uie43mPIRtRzU/8V/L7Ove0dWbqpGtplRCLnSzrZEuD6b/W3F/Z&#10;7abJMpowNQf2/wBLhTPQduNzV8Mf9X8X/F9e9pqpytFMxHkjlu+snUNLgj6so/3s+xDbbfJCNVNJ&#10;OB8vP+f+TphLqArlvma+vr+z088de9slbkomDaZEUKb+hgxVh9QFH9T9PZlBZSMahCTTPp8qn59I&#10;Lm8iNShzX/VU9e9pioq0uxcrcsSCWFhx9fT9P9j7EEEE6LQDOQfSv58aAjPr0VNdkKAQGp6/nWp4&#10;n/UOve01NNExBbSGuCGv9CeRqYezJVeKMaskKPPieNKeVPXornmh8MitQQcDNeP8hwr/AJuve4DV&#10;NGjC7hrsx5NwWU3NwP6f8U9qlhmYaSoFBny404fMnhXovV8d4NeH7f8ALw6977WbHSEEleGXVq/t&#10;aj9bfgfT3d4JyNC8aGhB4n0r5f6h1tmDLpU5/wAPXvbmtbizGV1Rk6lsCFJuTzdv96t7LTBdq+ih&#10;1Hic0x8h9lT9nSNmQAqw+0+VPn17231MGDnUoyRm9zYLqu1rnnnSLHn+vs1t5L1KNFUYrT5fP7PL&#10;+fW7mK3lQMmmvoaD5Z9SPXr3sMtwbUw9V5BHHGjk3vcKoZvpx/h7Gu0brdrl8H/DTNft/wAPQV3G&#10;xg1GgFV4EZOOOTw/y9e9g1k9qy07MVQSgsR6V5UfSxv/ALf3IFlfCQaqftP7Kenp0FJbcqWArX7c&#10;8eve2WNpqD06SGDMBa4KkD6XH+tY+1Eh8Qlzk/6v83SXV9OauSeOCM+v+o9e99S5qYRkElSGB4JI&#10;un0Fv9jb2ylpG7jt8v8AV/q8ui6S+cE6uJ/Z8qfPr3vqn3HJEVMr61BBHNmCn+yb8+1J2eN1oEFa&#10;f5/PpZDuLAUIoR9vD1x172rqDfop7AO4IYXUm4UHi+o/1/PsivOWlnqDHkZ8v83Dj+zo7td/niFE&#10;aoHAn+Qp+3ieve1xRdtGlAvLIVJsAGtawt+f97HsMzclrKxGkKaYxWtM4r/q9OjuDm6ZBQvQnNBw&#10;Nft697dh2+zAM7u1yQQZNVn/AAWI/qPaQclaBpRRTPn6+mOl8fOVxSh4emqnXvchOyjKwdpDc3Vb&#10;SDST9CqqfqT9Ln3ocpiMUYEVPDyP+wOPT8PNgclZNQJPHj9h+XXvb/Bv6hm0NLqBIsQugXIFirAH&#10;2gn5aeA0GKeta/aKeh6Xx7/BQ1kwMcfnx/wde9uX98MfNGEimXULmwYLcgcKxb2jfYZQKgkjIIIy&#10;Min+z05/WGM8HJ+Wf8J6976O7SoLxzgAFRpDMGPFrjm30vf20+wamGoZGOAH8vl5dPLzCEFFkJP+&#10;r9nXvblTb9kiUM07sVJIIkAYXXmw/wCK+0c3K6uxGgEEDgOH2/7HSqPmeUEKZD+z/Vx697eYexJw&#10;wHmcE2YnWB6Ta3A+n1P+w9k91ysCKiPhxPrTj86dKBzSx7dVeNcf6v8AN1727Rb9e+sVLqWudQcr&#10;cgG/BPF7fj2XNyzGy5iOc8B+WeNP59KRzOxQFsD5GpJPXveQ9kVwjHirSysQt1ksSbfQn/ff19tf&#10;1ThJJZOPkBx6dj5oKYqa44HB+30+30697Y6zsbIVP7Uzs2k2/UWLsDa9x/T/AHn2b2vK8CprC8Rg&#10;EHGfQ8Pl07LzKZUavH58M/7HXvaRrtwS1IkkeUljfTp+oJNip/3r2IbfZVR/DI01yfsHrT58Ogtu&#10;G5kAgE1ah/Z/Pr3tF19dMxYhjpLL9CANIP0F+f8AX9iKHb4lUdoLDI8/8H+qvQflvZ9BAavnnNOv&#10;e2GXIuhZlcqBfSOVHp54P49r/wB1wyoPEQCuTXj/AKvXpFJutxH3Bjk/t+zr3vJFu2rgItUSEi1w&#10;GsouOOf6e6Scs2UorppX0x+WP9R6XQ8x6adxFPT1/wBXGvXvakxfZVbQTpJHUyBgw1BWIUj/ABb/&#10;AA9kl7yZbSxldFSa5px/LiOjmz5te1GsPQE+Z4n09aHr3sxG1PkZBFFFT17i6kKWLflR6T5Pr7i3&#10;efbJmZvCTHAD5H5f5eh/t3uMuhY2fIxx/wA+ade9irRd4Y2rY6aqNSdJjZGXn/DSD7Ad17bzxMw0&#10;VI44P5gevQmtOe4y1NfnxFf5fZ172oY+5IgyjUWQlfUZNRCj68E2JPsnb29kHCnDhQ+flXoQ2/OW&#10;pq6w3l5f4eve1VQdlUGQkCtUQoXN9Ic6tI5CsGJHP9b+w7d8nT25LFWovp/hrQcPTowG/RzniPQj&#10;zNeve3KryNLUKxEkUok9X6g/pHI0j+gvz7Yg20wkalIUUyBnPnnh/l6ce88QUPAfP9tfX5de9hjn&#10;8oMfI1TRzmN0ax5AFwORb/D6+xNZ7a8y6HGof6qGnz6DM24SwytpY+dP9Xz697eNp9jVEkgSeo1M&#10;WRPS/q0/1I/IP4/p7Jt85QRQWQY4n0/Z/qr0abZuTyBSWI9fXH+xx697MDht4PUxIFlVpNSMpYiw&#10;HPpK/wBm/wDxv3F24cvKkhoKca0+Xp6/n1IljdeJRnJ0/wA69e9itisuKtVVtKy30tJIw0hiLkC9&#10;iP8AW9ga+2soT28eFPLPD/Y/PoVWwhPEVr5V697V9Mygg3IBPALEN6v6/wCH9Lew3NEQSB6cfKlf&#10;P519ePRinh0IFOH7Ove3OKoYKxkkW3CqADdbG4PH0H9faGSLUcA1P+o/l0yK8Qf9nr3vJJUqoDLJ&#10;ZkOonjSNP04H9f6e/Ro4FStRw8+Pl+zo1hmMcIRqHFOP+rh173hOSiXUBZQpUhS4Zfpfhfqfyb+6&#10;taMTWlK+ta/7HRXcP4bEnjx4de94Tk4mJ1HkuOEJW4/qxNh/h7u1oRTSKVHE/P0+Xz6qLhARQ/tG&#10;Ove+DZSI2Cyf2rqLEKpH9bfn/W+vvy2bLnGBTj5f4c9b8dUNa5GK9e99jNI2pV4H6rlR+RpAN/8A&#10;H3sWL11qDT9v7Mfz6p9VEhycf5fl/n6974NlIhqBtrOlb8Kqg83/AK/7D6+7pYSfwk/LP+r9vVlu&#10;YmICniaD5E/4eve8TZOEtp81uGZyzGxFvTpvzf8AF/ahNvnoTp0kft/P/D0o8eNEYEkU+f7eve4T&#10;5WAn9xowxIAFxf6XDD/fce3Rt8i9pGAKnjQV/wBXDpE1/IRRaAelPX/N173xjr6dkZVAKhmUhhcr&#10;6fSoI+tzf/Ye3Dt01K08xSn2f4Om45RKhOvPmQeve4rVLepfTw11APIHF1A/w/r7cFnIrVINfT1p&#10;1UaojqAz5ZqD+f8Aqz173DmlDtIxGhiQNP04/qV+g/qD7ch0r2EUYCmc0PA9emnaRVVcefXvcdZl&#10;N4v0sGvz6VsbaQeDe4Nx7s8b69XEY+Wc4x5j/P0jOvjX/Vnr3vE8kSkA6FBDmRuSF/CqLfnn2pja&#10;RqggmhC54/6sdKFuXRRrGPTzP29e9tsslM2v1RgpIAFcjWBYG5/1/wDD2qCyVCmoBzX/AAAfYK8f&#10;PPSZpk+EcD6f4Ove215YY3kHlDjUTo1AIV03BQn+vtRHCxUeGlPn54Pmekzy6lovaP8AN8/9XA9e&#10;9xZMhAp0FgiMAW4ANgLhbn6j68/19qY7GZlqB544k5416SySJQpX8z5V9fXr3uAa+nRhIsocDkp/&#10;tLLp5YH8ce3zt0pAVgan5caefSRVUNV2qOJpxPpT7eve8abjpEIUIpaNmIJZgQXGkm/15/2/txto&#10;k00YHSfljjXP+TpdHdRqgVDQelP8I+X8+ve3Rc5RTkRHSulSQVN1APJbUf6j2gTa5UeqqSeOK49B&#10;T/VWp9Ori8Qd6kH/AIvr3vBLuPH0mkPMhJCkrdQQynlQo+otbn2ph2S5mJKpQNUYzivp5f5Oklxv&#10;MEQJ8waYNeve0tV9nYemLD7tUkDH9bIAP6Lcfj8f4ez2Dky6ky6ErxJpiv51458uimTmWBGCgj1/&#10;w4r69e9pSs7ghkQx0s8Z/IdHIZjfSwufwP8AH2eWnIUharowA4VHCnClPI/6vLpIeZC4NMLmlfl/&#10;q/Lr3uPQ9pTTsbyaWFw0hNmP9Lkk35sLD29c8kLCuspRT6HFa/zqelUG/wBQA7UqfIin+z1727Td&#10;lw6BE86s9y1o7hfIx51fS4/4n2XLygdYkYUNPPzHyA9P8HSo7zqNS+cY4Y697bo+wi92MulbEEXC&#10;2LHSSAfxYHn8e1DcqqqiqlqHiBWvmf8AV58Omzub1JJ4Vr+Wf9Xz697bazf0EYbSxd9BCuGYlFPq&#10;sP6Dj/eva235ZMgyuD9gJ/zmnD8+k8m7yfCzVB9CP9X+x1720vvyvrCoRp1jdWsTdVAuBdvyP9f+&#10;nswi5YWFMKMZGD+30x59J23PUKVGKUr/AKvt+3r3vCczVTIfM/LJ6Sb2RBYDgfk/19qDtJR9QHE5&#10;8jU+mP8AUOm2vlBFW+3/AFfPr3uNHWFyC0hF7F7G7Pb9Ki/vxsNOKZpmuPzHTYu4SCVpQ+f+r09O&#10;ve3CHMUlMdSm50WZtVgVB5/3n6e07bdLIQGBoTjz6pNfrGwCkfP7Mfz697bq3evhJAkTSV0mzl2L&#10;A+prj/bW/wBb2YwcumY1yP5ftr00+6x01A1ofsHDNfmPl172lqrfcKxvrqJQLGwAB4I+gI/J5+vs&#10;5i5dRWGmh4HNf2jyH+XpE+8FcLTNfn/q+XXvaSn3XLWF/FJPpP01XckNeykX/wBh7N49phgFQP8A&#10;V/k9ekcu5SOSRw/1eXXvbS1fUTSKo1aIzqJ9VyR+QR/rfn2sWCJVKNivl6VGf29JI5bmTUNWWIp9&#10;nz+3r3tT4yvWM6jEFkuHJNiW5upYn/evZRdQlm8KP0+yn+oU6No2KCvpj5de9qGPcr6mQRkkEam0&#10;ejji4b8/X8eySaxQDuND9uOjFbgaQRSnp9nHr3t9irhNGspRQCyizfTm1k/17E8f09lrqI6pX/Zp&#10;6fLpWo1AD1FfWn29e9yI6aOoYo6A6SbLawJIJOon8D+ntM1w8fcpp5A14U9OnvDLNT4gPzp173mk&#10;wUE4GmJVIFwALMCfq7f8T7qu4SI3GoPHy/1U681ipFSo7uNBQ5+fXvbU21mmRgKdWWQ6S/j0rZee&#10;T9f629mEe+eETRqEcM5+306TttS1yPsFR+2v25697hjrgTMZWW13UqbfRFFnYj/H6f4e3f60SJ26&#10;iQOPr/qFetJsviZyB64B9PL5/t697yjquOoL6QukMum3q/X6uSPyP979uvziI6a2/wBVOFOnxy0D&#10;g5r8jx9ST173gquo0TUFdCHX1K6HSlxbWfyb/Tj3uHnkq2aU4YNCaetOkE3LqxEoR172xy9OOQQk&#10;sdvrqYkXP4t+Lfg29rhzuoYgcfLPlxzTj0ik5ajmBVuPlx/aOve2ZunZTKqtMoAD/QDkHhLavzf/&#10;AGHsxh5xQDsrQ0P5+deqLykho1KD9p/Z8+ve2is6gqINTQ1Ooq3qIGm9vyD/AFP9B7WR85QSPpbF&#10;cfZ9o/1DpNPysysVYcfOg4de9s0nXVVEVCO2o/rtcG9ufUfyeL+1cXM9rIxzx864+ynH8+k52WbV&#10;g0r/AIOve4392M7RoFpJC8SX0EAq2o/Tj/X93fedvnADkFv2j9vWv3dMKquSPz697zU9HupLpPBN&#10;YXAdDwUt+Qv190nutqLAK6mtB9mf8n59b+kuyQpFQP8AUeve32hmzdOyC1WzhV9Pq03J4IX2UX/7&#10;rkTVjJIyMmnRpaxTwuNAYH51J+z7Pz697FDGZPKeKLXT1LlSCSbkEW9Vx+fYKuIbbWzAihr9ueH7&#10;OhPbvNShHHh/q9P5de9r/G1NROw10cikgH6Esyk8XHsK3ixQgNG2fX/Z/wAo6MEEjEaa54Zrjz/1&#10;Dr3tZUmHSpYCYsgcg/Xj0n6WsLAfj+vshk3EB9VeH8v9no2tbSCSVSwxxyTX+Xr/AMX172/0WzqW&#10;dzGeb6/G9xcN9fT/AEH1BHssu97kT9QVFPL1Hqf8nSxtvj8TtWnqB/l9eve3yPYtMkqBo1ReDYgt&#10;oa34Zvz+QPZZ+/5mDacn5HpVBtXiYUaj/q/1fZ172q6LaVHCdKoLCxuUDqefSCB+beyS53ueTuY5&#10;9K0/Z0/HZRr/AGgr69e9qGDHQwkRICsbMNXA4APpVR/xJ9lcl3Ix1Nk+WeNfPpWsOnuOPPr3t4ij&#10;Ed1VNCkgKPwbfqLH63/PtE7s4q5qendJp6edcf8AF9e9yQVtYu5ZCLAEAkH+oHJB9tuK9Pr4Uh0H&#10;NRx+z/B173xaeO5vpb/Aar/0Or/XP09tiNqdI2/Skqpyuf8AN173jMtwNB4GkaW0Euv0J/1x/X2+&#10;i6T6E/I9LVn0y+Ipxj7c/wCSvXvfXjkUs1zYqSSrKGIDfp4/HH0PvZYcCP8AY/4vr0s3icQKeXyP&#10;XvfvKqg3ccqDYWst/oSw/IPvQBI+zptGYDtIH+rh173i+4kBLLIjX+gJuSb2AF+ffjGtcgj/AIrp&#10;0TKTRsEfZ/Pr3vsSOCmoLoZjc/2uOSQBxzbge9aAQevGQAAjNf2ft697xtIVZZCweO9x6iSDewFj&#10;+P8AD/X92CBgQMEdeRw1VbB6978svLl2+liEtY+rgcG4Nj+Pe6EYH7ekpqBp6974vKx9QYq17H6W&#10;uf1AX/qP6D3sDFCMdKIA1GJ8uve+AfT6HYgiQcAaVt/Qt9fr73QGtB5f6v29e8Yt2ghaZr/s9e99&#10;6wAdXqIBPBuoufT/AF91K1Pb0imZdQen2+Q/4v1697xeZWuVa5LElStiAxsWJ/Fj9b+3PDINDjHT&#10;6yO+llNDQfZ8/wDi+ve8aPqDANdtYuQBZQCRb+lvp/vPvZSlCeHSugYavQcfMn5/5Ove+0kLajrA&#10;vcuePyfT9bWH+H+t78y0oKdIzQjB4V49e99iVbqNSg2IBW9m1G/0/IB4v78ValCPyPShFCqVfB8v&#10;lXr3vn5o7Mof1WA+hdSFYAk/8R70Y21DGOmpKM1MgD+XDy697jyObi11UhgrAagAGsbr/vJv7cVe&#10;NcnpTGwerqAWIz6/Z1735XOpVZlRSo0kqLsPwdR/3r3oqKEqKnpOIvIgg/ZXr3vy1Dky3bkar6Vs&#10;zIBa+kfj35o1ABA408+tSRBR9ueve+Kys6mNSGCk62dfHx+Pr/sLe7FQpqcV4Uz0/GjSAkNTVwA+&#10;WM9e94NaEBrBXZTpXVYEhrM4A/qB+Px7d0MPsr/xXWp4hGMZp5nBOP8AB1730XWThgGIsoVOVVVN&#10;l0j/AAPvwBU1HD5+vTaMAlGND6Vp+Q/w1697jtUDyEhtNv22DEg6jYXb6/76/twRHRTjXPT5jEhB&#10;FTXgKcP8/XvfF5ha5IYvyAfULqbIf8OLg/4+9hOHlTpPIFjoG4DyB/nXr3vG8z6WuyIpIAQMXUEC&#10;zXB+v05/p7uiiuKk+fT0ASUsvr+fD59e98EnZm8bOzqBcggC3NlCL9W1WtyffjGANQGf9XH06WUR&#10;VoowOve+ZeSO6lxc+lQUBF7+kC/+2Jv9ffqBhwx1VCClY8iufl17320oQWJJkA5Z2AsALcg/7x70&#10;qEntGPl0zdE6VVOBOSP9Xp173xWoKKW/TfS8bJ9TcXF1P+F7j3sxhjT9vTVVACilPIYNDkV9a/l8&#10;+ve4rStIGY8E3DiJrMSTpDn/AG9r/wDFPbgUKaDy4V61IJVALD/YH5en+x173x8qnWRwAq3/ANWR&#10;G3Nh/jbjn3vScA+fTmpQoB4j+da/8Xjr3voVKkBV1XaRn5DC5bgkkfm/9fdjEclqYx0/C+mENKQD&#10;8zn/AFY6977WoMJLOzN9biM6jqYgAKD/AIDgfT3ox6xRaY6sboVJ0n04/Z1734zXBA1aNIId9Slg&#10;FK2Ufk8j8+/aPM8fl1eTTMlEoeH5Z8/8vXvfByfGHbkrbm49ZLWYqP6j3sDup6/y60kHhswfOrH5&#10;U8uve8Xn5K6SdA4JUBlW31cn8/2v8D7v4dBX16RN6Hy+eeP+x173wMwKv6BFze1jfnj6n8k+9hO4&#10;Zr15ewYP+x1735pSFiANzpAFza35I5+lv6+/Kla1687eI3ecgmh/n/xXXveGSYpbUxYNpuIxyNfL&#10;A6uefbipXgKU9etcWAAoeOfPr3vC0yhW1MSCyn9WkHV9Db/D+ntzQzN1pGCyBhnIA+Q9Ove8fkVn&#10;Vwf82rgEHn9P+J970sBT1PS5mWQGMtWvmP8AVx6974LUIzfuFVF1TgMBz9WNv9iL+7NEQKL0gYlZ&#10;ADin+r9vXvfITAOVAHALFibemxChgb+/eHitePSpQvhFnNGIwD69e94mlIZn1FkC3IDHSHW54X/e&#10;L+7hBTT5/Z5dJUBpSoDHHr9nXveNqksmscHkCO+gkjkW/wBjfm/uwhoaH9vHo1BRUpWtMev/ABXX&#10;vfkm1BmZdJ/4MAxI5B0/n/Ye9NGQQB0WeC0Umgitc4qeNf8AL173gmmK2XX+vXpX63H5uT/Um/t1&#10;I6kmnCnSyEPiMHjmv+H9np173hWW7LcAhVYE3sb2+ukfX/X93KYxjrcySK5FacK/Z69e99LP+ss1&#10;uPrYAsCOPSf9597aOtKDqrAV1Ade9+8pNgCQpI0r/aIt9f8AD+n9fetAFfXrYfTGBXP+rj69e94X&#10;Z1VV9Ok67kH6FLjkf8Tbn26FWteql/EcKK5/wfP5fMde98kYWDaQTGLk2Opz9dNv6e9MprSvHqlS&#10;rUUnuxX0p1730ZS1yoCk+nSbj6X+pP8Aj/t/ftFBnp1pSUIX4qVr/q/4sde94RIFNmGn6mwYDQSL&#10;liB9Qf6e7kFhjPSOszEFyprxFOve8Tyh42a5UH0C5tYD1LwObn+nu4TSw86dPs5TFKFfTz/4rr3v&#10;irlSq6gRy+sENe4sAw/HuxUHNP8AV/l62XUhW8xxHXvfDyXZgdTm5UMNLKrN/aNuOfe9GOmWAZq4&#10;APDr3vylmWwAZiSpZrBbXvckW/1re/GgNT03cSkRVHHHD08x173FeV9RUO3B0ngMFJ/PH9P9f26q&#10;L5joneZiuqo0/ljr3vIt7seHjCsXL+hWb6Fz/QD8e64oB5/LPQb3vmKz2yzeaaVYwikszGgAHEkn&#10;AAHEk44166v/AMi5v/tvY67A6byO4IqXNbkabDbflVJIYgnjyOXiXllo4G5jiYf7vf8ABuo/PvoF&#10;91T7hfO3vdJac88+a9i5QZ9QlcUu9xRTmOxiOQrcDcuPDUZTWadfNT/ebf35PJHstabl7Ofdpnj3&#10;7m51eGXcEYSWW2MaqSrcJ7hc0p2KR1gE4kYpCNem4eUcxo300g/2iPyB7NfjaakoqSLC4emjxGOp&#10;4ylNT0kYCw3/AFTyE8ySH6szXJPvvh7a8k8pe3vLsPt17a2KbLtkS0VIRVyxPdPcSN+pczvxZpCR&#10;U4AXHXxn+5PuRzz7rc1XPPvuVuc+87pduXkmuZGdmJqdK1J0IPILTHXOOJIyzAEu/wCuRjqdrcAE&#10;/wC9D6e1rQ0EUBtFGzTyKuoDlpQBYyED6n88e8oNo2PatjH+LALJIoDsT3PSmSOFfswAadRqpnum&#10;oVMjfhQDy/zdcnIVSSyxj8sbAD/G59qxdoVsjCRgEjMN9N1PqPOnT9L/AOPvT3dgZjJkmmmn4aV4&#10;06G8XtzvcoVzREK6vVq04dB/UdobPglkpzlIjPFUfbyJZlCkMUZ/V9VuDyPeCp2lXU0DFTcXZi5v&#10;qDMLgWP+P9ePdI5bU25tLeRlLVOsnUwJ888fs6T3vIG82kfjsAyrSvl5cPt+fU3GdgbZy9T9pRZC&#10;OSoN9EQIJex+qG/PHNvr7DnIUu4qJapzjo8rUKSqU4K00bQILkamuA5vwLc2+vuP9z27my3lmvHg&#10;i3LWKAKFRfDXhjFHJ9Kn59E6Wlssy205e1p8RILEN+XEfn0skljkCtG6urjUrKQQR/hb2yQwUaVY&#10;qZT9rWOiO8djFLGpFoqOoI/A50g3t+PYEgtNutdyW6vHNvNQNoypWuUhkHmK1IrWnEdOyS3BtzBH&#10;3xgkA8QfV1r/AD4fPrJf26VL01VT1NDm6SDI4yeFlmp6qBJomifhozGQef8AEc/n2t5nsOWectlu&#10;uUfdDbod42W4jPiQzxCQKKjKH41dTSjIQw4ih6e2Hd965Z3a333lO6ksb63cNHLFI0bqwNQQwIIz&#10;1xZQb/UfQ3H14+lvZauxPjbS1NPUZ7rqodpwDPUbaqJlkWRGfUDip2sV0j6QufoOD+PfIX70H91/&#10;f7DYTc+/dtmfd7BVMsu0yMHvI1Yk/wCKSCnjqq/6FJSbB0s1NPX0ef3e/wDf2+4PttdWPtp96Ytv&#10;GypphTcR/uZbKCBrdj/uQgFNSsdVBg9YdckbAOC8ZICyKLlSeD5FH+P5HsnOWpK/B1c1DlIJ6Gph&#10;1saeoikilV1OgOI5ADb+jW5+v098h7/aNz2i/k2reLaW0uoW0ywzRtFLG3mro4DKfkQOvr49gPvR&#10;+0n3heVo+bPabmC23ywJALQuNUZOQkkZ70byyKehPWcG/wDxrkf7x7gpUleNTWAJKmwvqH6Lj+nt&#10;A0Xn/PrKqzvxcxhlyFrwP7eu/fGSXUAFa6t/tVhq/I/wI97VADny6V1EhJFccf8AOeve+IazC7F/&#10;GoB45Or88f7z73THClevVoanB/1f4fLr3viswTi3qW7AXI+r/wCPvZQn/V8uvHtNCRmn7R5f6vPr&#10;3vl9yeNQBF73LE3t9VH9fx714Xp1snVUniOPXvfDW5uwFrm9k/I+tjf/AA920jhx+3rQ0g6RT5de&#10;99+QkauPppvc/k3N7e/Fc0HXu0nuxTh173wecKCrEXjGgOPTyfUF/wBb3tYyTUfs6MbdUWPWct17&#10;3iV/qdNgdL3F9P15vf8AJsDb3fRwFelCuGftH88n/Ucde99tILo4QEi5IW7BT+oah9LfT8+9BWoR&#10;XrbaCNLCoby/y9e99tVN6rjUlyt1HpFrW+n4v78IgDUGh6rHDEncgoftrWv+Hr3vgXIWNLBV18gN&#10;cWP+pY/T8+9hck9PBiOve+y1vSDpudYa41A3uNIH1A9+APxdaBVsggD9v2/7B6974CTV9NWn1KCQ&#10;R6vz/sf8fdtNOP2/l0xPV1KKB5YP7Qfz6978WOlQL3H6uQLBeAAfeqCtTw8ukSwyBwHyARnj8xU9&#10;e94zMx1Kt9NrE2AtYAmyfkf8R7v4YrU/5+l7P2dw8+I/w/t6978snlUBW12uSxJAP0INvx/h/wAb&#10;9+ZdBqcdeEpKmvafL7R/LPkeve8bTaQ1rrYFjpGq5X6qVH9frc+7KlSPOvr02rMBpOQfX1OK9e95&#10;Ek8iMTY6CQD/ALTYWJPFz7qyaW6Zdir0U+g/P5fM9e98Fk1M2qzKtx9AQwa36f8Abe7FKcPPqtH0&#10;axWh+f8Aq/Pr3vFJKFPF9P0Fr2vyQD/r/n3ZErx6fTWBRRgeXnXzp8uve8olVFubM4Kjn6EAD1H+&#10;n+v7qUJNBgdJ5IDJR42pXypgV/n6f5cde98XmiPBJB0/7BeRY6jza/0497ETjqngjUAQeAz5n1oB&#10;/P8Ab173iEl2VkJVgqvb6Xt6QwPP093047urBBCpxUk8cGgI4D59e98xIfWTcSOOLL+S3IH0sP6e&#10;66K0HkOvMgl7vhI4HGfQf5Ove+CzmJgBzqJYaeTYkDTb8/n3Yxhx9nV4VVE1P8RqKenoeve/PIyD&#10;hidSMjAHhOfSQPwbD6f8V9+Cg/lw6u0zcVBFDX1r+f5+XXvfASP4w2oupK6S4C3kJFzqH4t7tpUv&#10;SlOvCTJA+Z8jgeQHr6Hr3vyyLz6mHLC5UggLybE/Tke/FDWtOtpGrHUBgZ8sV+f5+XXvfF3L2Uar&#10;hbq/1v8A1IY/6w97C6cn9nVCaEkZHmMcfSvXvfAMWX1OpIaxCfUMw+n+sB+Pe6UOB15auD5aRU1y&#10;Pn+f8/2de98HnMaiNrEOOFClyrA2DXP4t/vPu6xBjrHH16bWFZQxApprn7K4+YrTh1735Zjd1Ylf&#10;TdTq1cA2IB/JPvTR0AIz16ONWHiRkCvyoeGaeXXvfPy3CgPHZQR6jdmA+gU/g2t/sfdSucg56e8U&#10;agrUB4fIf56/5Ove+DylGAUgqDe3BvpFvr9fdlSq1I6bkeiALX+fA5p+fXveNZQWJsGAJXUGPIP4&#10;uf6EG/u5j7fTrUi6l08KUxxp6n/MOPXveNreWzHhR+oWIsSfpf8ANvdhUJgfl0k8KpqzAg9e95Qy&#10;ta5Mh402sh0WtqJH+PutDT06d7EpoFPt8+ve8MrsoW7HVdlZSL3A45P9fd1UEkj8unncHsTFc/t/&#10;1Y697xtMCbKpdbAqPofSbc3/AD7sqUy3HpHcRqo8Wn2/5/s6974pMCdKkKVubM1uRzYX/wBjYe9s&#10;rAd2R03CGLDjWta9e98XmC2Dnkgkm3N7G2r8Xvfj3sIaVX9nS/Mo8RP5/IftwOve8azGwJY/QKR9&#10;Ab/1/wCK+7lR5dVYiRdNKkeo/wAvz9Ove+RnBW2oEKdItcnn66Pzx9fdfDoeHSF42VyV4evl1730&#10;ZvGH5sCRruyseOQwP4sfz79o1H59KhJVdA4DI9K/4eve+BrI/wBZYWuC5drt/Q3/AN6938FuAH2d&#10;WYsJKx9v+A9e94HkjJbSbszG4U6Uva4P4/1uPz7uFagrw6bqWpU1H2fyr173wFTZlVb6wRcKVNx9&#10;Wa/+PuxixU9edtCdo/ynr3uNJVfqZWAHJ9Ny3+sR/X24sPkR0USXLk48uPrX0H+Xr3tgrc5LGfHH&#10;ZXN9RkNyDbnRpH1/p7M7fb0fufh8umGMrA0BP2f5R/g697yUOQlnT93V9fS7X1Mb8fX+n9fdLi2S&#10;M9n7Oldss6yiTtoRSn+Xr3t6SaVCbtzx+p+V1DkD/fc+0LIrcB/qHRs1Dg8Ove+Mk7FpH8hBYBVY&#10;H6t9Bx/h72iDSARjrQC6yQPIf6v8/XvfmqdVkZwlhdmvcHjTcH/fW9+EZ+JR14GrepH7KfZ/g697&#10;xVM6K4UO99Ok3sCeOL245+nu8UTFSSOl1tIEjNfWvDP2fZ50697xyVqKEBJ/sm44JH4Fv8Pp7skD&#10;Ek9IrimvxI6jVn5Cnn+fl173ilrQVup0j1cW/wBT+LfQG30HuyW9DnpgyJTVxNB1722z5OUrqjsv&#10;6Rz6mNha2k8e1aWqaqN/xXVPGauK9e98Er5pIibFHPAH1YXN/Vf6E/gD3treNXpxHVkMkjBa58/s&#10;697y+WouOUJVb2vZlJ5AYn8f091CR0r05JGUbWuRwzj+Xn173xNRdCpH9bFmI9R/qP8AiffvDo2O&#10;mCKtq/4v9vXvcSVXuwQFCvqGg3sSeeR/X2+hUULZ+3py2XXJRhgjNMZ6977i8jqzOHbQfSxsAp+m&#10;pr/096fSpouOl7OsK1r+Va5/yde95C1iCQWBsLm7KP7N7D/X91oSMY6KwGcmmKnr3vIG1kj1ACw1&#10;BgdIUckj8D/D6+6EU6sIpGXWRj/Vw697xyEx6wgvpUab/kXuSPz7uoBpXpsgnPA9e94GUuCxYGxF&#10;7cWYn8qeD/sPbgIBoB1YCgx173xMTEsXCrG6q2vUSSPwq2/r+R9fewwFAOI6aCRsSR9n2Hr3vgkE&#10;Tub6Sq/hwQGufxY/g+9tI6j7fTrawrpIJoeve+JpoS5aykWHAHpuP8f6n3sSvTT14QRA1Ayeve8b&#10;RRXBAvp4UMFHJB5b+nu4kalCePWjChBAxXr3vEYo9VyukggjkEiw4XT/AE/N/dw7etetGCPTpA/y&#10;9e99lIiCvifXpLsQBpuBfWL/AJ+vuoZ+Oocf9Q6cjtVlk9B86V+ynp173yWOJwrWBW/JDEEX/I/x&#10;+v8Ahb34u6YB6faxQMFFdIr6de99PCrBCtgI7tZ1uRYWVrfm9/e1cqaN59PeFDAlIgVBFMZ697js&#10;sZX1KDewJC3QspudX5H9PboLVrX/AD9NSxRzEgqAQfz9Kj7CK/n172v8Rsylz2FqqnGVUT5WjDPL&#10;iSjeSanA1mSNj9T+ePZJNuV1b3qxTIfDfAf5+Qp/LpmG2tiGMvl5EUFfkf8AL172H8uLEMsgkiJl&#10;jFiQv+bsbEgH+ns8FyxUAGgP8+tMLAKrBQBXNG/w/L7eve3LI7ekx6UzimYGogWp1FOPGw9LG/8A&#10;W30PtqG7aUsHNADT8+kX0oL0DDP2fs697TgRBIDoWMKGsotYngk+r8/4+1xYleNa06USWqJH4gqD&#10;UV9P9WRj7eve+ysTMNBspAPFi1l5s1+Dz/T3rvAznpG4ANKV/wAA+0fZ173w1JwD6SAG1hQxsv19&#10;R+n4Nv8AX92zSo6oTn/Vnr3vxddNyw1gm11/UCLk8f7f6+/UNaeXXgSPh9f8w6974ppfRdroP1KS&#10;A2kkDg25/FveyGHDB8um5HMcZf8AL8+PH+fXvajwGKgzVYlAMhDSSTAiI1BtG41+lGcfRifrc+0d&#10;zLLEoYJq/wA/+b59Bm93AQtimOJ/Yc/YD1725b+6z3ls3FrnpsbLW4pgjfeUaGeF4dPEgMV7AfWx&#10;/wBj7EfLW1zb/L9Pbij+nmDXgegbvHP1vtMbSSMO355+z/i+sXni1+LyIJL28ZYB/pfhT9f9h7BV&#10;NzQSUE1UoPkpyokUodR8kioFVP8AXIBF/Yxk9ud7jv47MoaSA0NDTCluP8uFekEXu3tMu3S3gcVi&#10;C+fmWArT/bf6qdZL/wCP++v9Pf8A/9bSx2bPRxhpqtbFVRtQX0i3JFv9a59h29tQEJQUB48D/qz1&#10;Km164V1O2D860P28fX/D1v8AHswe2N67QlMdBJTa50sC6w6rj9PLH6Dj2EL7bXozuAR/gp8uh9tW&#10;7JLL4MprTFfsI41/w9e9m32DtbCZqmjq6OCNCB5I3HBUj1IwA+h/PuEua5/DZ4yOFa+lP8/n1LvK&#10;8Mkrh4s5z/mPz/wde93L/E/ceYbAy7cyU5lSjjCUZlYM6xhNSohYn68W94F+8G1QvMbqBaUJ1EYy&#10;fX1p/q4dZcckbpcLbrDI2VwCf5fyx+fXvZ0FcKifsWaxup9I1BeQbfi/vGExs0naa6a/7B+3qWYG&#10;MqgDNKde95WnLC+kKR6SovpVgNS/8R7ejjCqVb1+QP8AqrXozt0K1Q4of+KH8uve/a35YrbSNV7k&#10;k+kqV0r/AENh7cANaDj8uHGuf8nSjxipIrhv9Q697xGqVAikn9JLEC2kgkAKfzxwfa2Hb7m5I0L5&#10;4/w1p/g6QzbhBGf1aCnz/wAn29e95IqxVKqLHSt7gFjcni9v6D6e9XG23MJq6kfkaD5Z/bjrUO42&#10;05Aib1/2f59e9yI5QzqdRLEfkAqWYWJH4B9lM9vUmg4emP8AV59OuCuYTx4jgcf5+ve+ndEKqxKE&#10;q2k67hdINywP+2/1/b0asqkNnOMep/2enoA+ijev55I/b1735ZfVGo0foLD02IW30I/Nz9T7uQBV&#10;nx+H/V/m6dIAOo1zX/V/q+zr3vIXW/k1AsBa9vp6SoAb86R9CPdAzKukYGDT/L/q8+q10mg/1f8A&#10;F9e98UJXkEMySH1FOWXnUbn83/P597YmQgmlPtpny621X446976MrRMCSOdVlNjeQ/pZ7/m3B9pZ&#10;ohKAU/y8PTHTDq6tqGVPHr3vOs2oaghNhIfSfRcj8r+T+b+2RZsXo/aDxHE0/wA1f9VenUUg6wKU&#10;9eP29e94opdRVCylCfoAAD9Qf8fra/tULWNUIp3DPz6cLPxJyM/t697yKH0rwoOolyDclALEW/F+&#10;OPaGWJUehNRTzxnp9X1YHl/h/wA3XveT1M1ydZPpCWvosLEah/vftugUUxj08/nQ+nVZY9RLLXA/&#10;L8h1732LBVEhQfuaUHFl/qun+1+eT70Rgsoqf9Wfl03EJANVMf6vz6975NKRaNBewNwR+2FHPH+N&#10;vdXj7gSp4YH+cn+XTtK91ade94le6lVspDqSdIUIfrZL/X/W930uWoRUk+vEjq+Bk0697z+SQKpK&#10;IAHLf1dyRa/H0t71QOWNKfsoB/nr59abuVgvHyPl173wm1HxmK4swB+kbFSbgaR/j+felKhKH/LT&#10;7eqRagv6pr/q/n173ykJsWVAhuurUfSCxsbsf98PfkCl6ua19Mfsp1ZAanr3viPHpvJJY+XQ9zdw&#10;b39N/wDb+/EFVqBg8PT7COn5F0RiTjX/AA+lPn173j1OiuS2gs6+stp1E8jn83/r7cQKw0jJ/mP9&#10;XmOkqp4blgQc1p8zxB+XXvfcjRLCCz+N5JBYqGa7WtZl/wAfdxbzVqoDD5nP2k/4OrVEgKClKU/b&#10;9nXvfcXDst7KmlgoBOm68sx/of6e2WNRRuPr/k+3pPGh1VcUH+r9nXveUujAi+lyQHDD1Xtf62sB&#10;b6+6BHZ9RBI+fDPnTz6UDiTxH+Th+eeve8RdfIQ/pVQvIYjUzG4Y3/Nv6+7aABQZNf8AB5fn1egU&#10;Y4/6uHXvfbSrrLRgtc6Fu3qJI9Wkk/09+WGdwFpxr/L16oKBQrf6vt6975+SNdWgkynSALhjf6le&#10;P0j/AB97MRNHc6UA4086Y6uGrmop173gjmAaQuHIDENGx0sSeA4/r79okwozUVFM0/1fy60w1ClR&#10;Q+fXvfaSvJIyAgxalI1k3TV6RpH5HFx/T3ZgukEgg/6uPmDXj0iMYRa8fs/1V697lsQAQSWZyASz&#10;FgNI/UP9f8c+26Y1en8/l1eNZiAGPb173xE8I1Ij+uS6Dyc8Wu3+2/F/firsB2mgyfn9ny6eWMCr&#10;DNOve+tYZCs0tgENlVgf3Pxcf8R+PetFGChcniT/ACI9D1bVQHNft4de99iTSp0yC7D1K3JLC11B&#10;ufoLcD3chmORw9P9XHpEWLmpH2de98vOiag8inUl2OrgAGysbD/H3QqxIINKcPt6vDJ4bcaA/wCE&#10;de94i0RI0SKUCBS34BHqYkfW9/b/AIUmWIPGv7fTqzp3GlCePzp173kWeD1nygWW6t9Wva7G/wCO&#10;PdTbzUUqpNf9X7Dw+3qgjY/5fl173xFTGw0teyhbm5+t7AlT+D7dFnJqGqmfTj+3y9OlGpUopzg/&#10;7AH59e9+NQrlmRvGNRUsW06T9EZR9Pr7s1sh7VywGR68MV8h/s9aVnQamBIP+H06974PVLpCs59I&#10;uTa6+k/Rv8D9fe1s80JOeGKY6bcK7VAoeve+BrEkIjJJ8al1QjhuLkgn/D229q8efy/PpGX0GjDh&#10;xz/g6974yVMUbXZr6owRpKktYcAqfze3+PvawMVweB+3j516004p28Txr6de942q4AYfX9QWIuLq&#10;oPDM5/xNrH26IXbUSMf6v2jplqyjtA+RHXveHzwkaZAOGNyy+pgTf6/7yP8AD254UlagenXijEBq&#10;U8v9Q/w/Pr3vjK1Mzkk29I+jaVt+kC4/P0BH5496CyoupRT8vz/Z1QghTqrnr3uHMkZkXx69BLal&#10;+oF/082/J5Pt7QVFaVOM+nyx5f4Pz6TFVFQwrT/VTr3tvFNTaylkktqkFydK8G9weTb2oW6mCaTg&#10;CgpT04U/PptkSQaQMnH7P9R697ap6CIqZFT0j6SafqSeSB+RY39ntrcP4gQiit5eYIoc+lei+ZKH&#10;Tx/1efp172xz4xLAESfQtY8j0j0j/Xv7NknanlQYxTzOT0jcVFSPl/xXr172mqykUBizslmZQL20&#10;ggAgH+t/6/S/s5gmVyNXD5/Lj/Lotv2Iiop8wPTHn172xyQoYmJazJxeSzEsBwf9jb6+zaPSO40K&#10;8P54NOg3Kx1FRjr3tO1csaaQrqXWwYL6QxKCxUW/x/rz7XW8BYVBpnPr54r6Z6RyiYPrVqDJPy+X&#10;z+3r3tC5Crm1MFf1a206WuSALX5/xvx/sPYpsbZZNNRVfQ4pnOf2ft6K7i6ZTqVuHl6Hy/aOPXva&#10;Kr8pXAxqJGLEMALMFIseGI/x9iW22+zUsSoAXjXPp/k9Oiea7cAtUgLU/wCX8+ve0rU5fJ28fmII&#10;IuCCTcchgT+B/X2cxbfajh6fZT+ea9Be73WdIyxJofL+VK/z+3HXvackyGRZ3BqpBa+oliebX4B9&#10;mS7bANJC1qRQDPn/AJKdEU24XMrqe5VHkD/lH5Z697bhWVrv/npG5Nwz88251fjmw59nI28RnIAH&#10;HArwrSo9f8wHVpLqbiTQHz448uve/ff1KKVEkpYH8NZeQoNyf8Pel25ZJAzIKHFTxHzxw+dfXplr&#10;uYd+rFfPjn5eXXvcZstWByHqGAFgtmAv9VX/AGP+I9mMO0Kyl6DGT8/IUPpxp+zh01JeyEVcnFT9&#10;vXvcR8zUhlTziQ3Gr1Gx/NiP63+tvr7UrtHmAKDPCpFc0ofKn+D7OmHu6Euxx5efHr3uBUZZ0jZf&#10;IxBuxXULnnnU39Abjn2sj2hGpMwBI+XpjA9fy6Tvdq1XUjtr9nD/AA9e9s8uVe/DDn6kEmzDlv8A&#10;YW/Hs0Tboh3nIx5flkcT6/b0ie/0gy1JHGvXveBs1IQ/jsp1cAj1MSL3/wBtz7cawikYKqV4Z9B/&#10;n/ydIpt3Djw4jg8WPpj5de9wpM4yghXOpSOVs1gSPr+b8cW9uR7TGzUODx44p/qx/wAX0WvfkAhi&#10;QT6nB/Z8/wDJ1723yblqkDD7l1Cm3J50g3/s8/4e1kOyRSN/Z1HyFMH7fX9nSd9zkZtIGr9ufWh6&#10;97Yqvd9RqcPNJqBJvfgi9wx/2B9mcGwxggKMfIcfT8+kMm4SuStaUPlU1/z/AOfHXvbTLu6aQlAN&#10;SG4bUwNxckfX6G3s6g2wxMXIIxTPkB9nSRrxaljUfb/qqR17211GVjquDCgJIBI+o+oPB+t7+3Pp&#10;pkANa+n2ep+fp0X3dZf1Sa/4Kde9slUsUv6AQA1r8Hk8gC3Nvzz7MLaMxaXYVyKjyHl0x9JQGSlX&#10;P4eNKfb172wyxkM7LqZSTewtyT/j/j/T2eQyIy6AQCK/z4Z6T/CdP24+fln09eve8RvyLFAL2P8A&#10;UkXBv73o1djnPGn+z6+g6LHivGJEjgHyA9a+nXveRS9yC5YHSxF+BYc/7b3VrQFc0Py/n/L06aMd&#10;7EPX5Vr173nSWSw+o9X9frz/AGrf8j9syWqpj5fnTrYuLu2INT+fy/1H/D173m+9kVjaQizfi6gE&#10;G17D2mksowhkA48PXPA/Ov8AxfRxDcyMPGz3DFTX88fPr3t4p8hNHZw5YAhjZrMTfi4/HtBJYVWv&#10;H8h9v+r59LI7t8FiQfWlcDr3t4izU5cHUfqG1MLjgXsf9j7LZNujdhRc+fkftI6VR3TNQVyc/F5D&#10;zPofl17280+ZqXZgzc6lAs1wob6gE/19oX21OBrXyBp5cSadKluXrXVpPkf9kde9vEORcNaRjbgn&#10;6E2vY2H0/wBf2mfbwV/ToaDyx0pS5mUVRvtp1725JXaTr1sLGwN/UT9NLKf6fke0UtiCP1FIPDhQ&#10;fb0oF4wNXwfT1HXvc1MpNp0mUOpUekH1fX2nO2IzARgE8cjp5dxAwKjj+ZGQflT+fXvcgZcKBewV&#10;dJAvbSRx9B7ZFkH9CMjp1dyBoXoRx+f2+lOve8cuXsdQZtRFgR/ZP5tb8H25DZcQRUD/AFEdKYtz&#10;8PtIqB6mtK/5eve4rZHUzHy2/pd7epvoSP8AH279EcrT9tOHpj/UOkLX5NSx1H/V+WOve4UtchuD&#10;Lr/Tf8kgm/B/oD/T2ogsnA8ShJPHFP8AVjpL47tVmqxPE+v2j5de9wKirhe8auxFzc2/H9oXNrf4&#10;+zCG0Nf1KAHy9fl/xXTDEuasf9XoOve09V1a8xKALKASpN7E3Frf7f2YKtV08Ken+fpO06g6Fz/m&#10;697aaip8Z9LueeD/AE551W/3v28sLOAKY4fP/Z6TtM6sF9fKnDzz+Xr59e944spoZr3PB02azKb3&#10;B/1vbU+2o6gsgFfMedPX1J6eFw2rUtan8j+fr64697eqLO1KP6JXViyges6VI5/2F/p7J59lgmBb&#10;GQaev+yfl0sg3C4B1I1P9Xl172JGL3BXMojWplAWz2Z2uGP1s3+v+PYXu9jstZ7eIFDSmPmPn0Mt&#10;u3F3RS5NSBn5eX/F9e9ijgtyVMTwtKzGQ6fzfWQbgWP4/wAPYF3XZowjqcAUIPnx8+Nfkehlt+8X&#10;aV1N2gZr8j6/5evexzw26JqqIqGfhU1SXs4ubk3/AMPwPz7jfctliifFK4+yvp8/8nQ8tb9njFGr&#10;UY/Pj+XXvc2anGVdhNPI6uGF0Y8j6Hkfn/D2VhRZDXx45OaV+yv+wOmWYy4Y44Hz697d8Rhcbi1M&#10;2uXWn4kAsL8HT/sP6/n2ivLua7qACeANPkOB/Po+tWWJdS0pSnoftp5de9rLGbqpaObSDqCyLpHJ&#10;UcfXg8883/HsOXmyeKniEHIz9vnn7PLz6EVhuyR9qfnnj8vTr3sVMFuyWv8AqWjXyJaQPc6b8hif&#10;6/4ewDueyJE3hsoqakkfyP2/4ehdYbohYLGePkR/q+3+XXvYuUG55lUrJUCU8CzG/A+inng/0t7A&#10;17sYU6VGDwPAV8xT/P59CNNx7RXt697VNLuuLSQ8pQMwBv69Rvb9P4t+Lew9JsDABgpoamvD/i89&#10;GkUpkWoXt9a0x5/z697nPnIuZEk0gD83sT9Li3+9e0sW0lWIdSeqAohqv4s09Pz697ZavcCKzSuy&#10;MQQwJJUixsR/iP8AevZhb7QJG0hfT7D9nl03LdClHoftNeve0nVb3hpGeWdzp1glOVRF5szN+Sfz&#10;7PU5aedcUq4oPPh6en+Xoiu9wiibUvBsevD09Kde9tD9s7coFknlqizBbLaRtKSauRp5H0uLj2pi&#10;5IvrhljZRkZJHH0p6jpDJvqr21H+z59e9oyv7tFRLpxsUhjEgbVEpIb/AAc/737Po+R0jT9QZA8/&#10;s86f4Oia55iJakZqR+Q697kjtmpqYwVVme2qRQ54NrGxP5H1/wAPeoeT1EuoLSv7P2/6q9Ui5jkq&#10;A50tXFPWlf2fPz697Tlf2nWxyalqPFdxwzeW39Qzf4Dk+z+DklZFoEqSDTjg/wCbqtxzQWGhTxHG&#10;vnXr3vgvb+O1oajIBCGDMjyEjVzcEDnT/re7D2+ueKxjAPCtP5/6vTplOZ466S2T51/Z173GqO4o&#10;hKUoK5CrkamaRjbVwRb+n4U+9jkPSh8RADT04fL9vp1YcyrI3Yx4EGh8/T/Vnr3sT9p7vq8vFDKJ&#10;XYa1KBr2JYfhjyQeQL+wVvmyx2fYPz+VOH2dDLab6S5C6zU0qc1p/qxXr3sZKeVJhdzy/quSNIUc&#10;Frn6/T3HVxbSrKTHSg/n/wAX9tfXo1d1ViePp+fXvbRVZBafzP5Aw+qgWL2DWIt/iPZjbWDSkBag&#10;5HpXGPsofXqpWNRVmof9Wevew/y+6I0ka0qrEpdyVbxhyBpZSP8ACw+v59i2w5fmkQM6HNBnNPn6&#10;fb0WT3sMSktn1JPl172HOR3xqkcJUJoDqSTL6lFrE2HPHF/Ypg5WeJNRjOMVoDx9P8nQVut6VR2s&#10;ahuPy/Lr3tnk3u8a8y6jwGGs30KdS/X6X/w9mkfLDOO9QK/LiSP8PqOmTvMZSrEkkV+VTw+XXvfN&#10;t7JIq3kQOwItfVwQLG9/6f1+vu39WZUYlVIpxoPtp/s06qNz8U4NPWmf29e944dwfdWUVMkZJ03H&#10;o1La6sF/p/X/AA96baJYnIVa/wC1r/Pry7jRuP8AlH+r5de95BnIKAJNLUxEglm8hLFjqPoOr825&#10;H9PbR2W4looX4sU/n5f6sjqk98zgaW4g44V+fXvaOy3Y1gUoNUz/AFuWYRoLfSy21fT6f8V9ndhy&#10;iMm6qAvkADmoFSfSnD5dE7bg4DRljT5efz/Lr3sOq7cO5MlJI5rJijX1KoZLgG2gexTFse32y4UA&#10;4A9aevRJcXN4dWg1BwPl/s+nXvacmpa5v3ZZ5C9gzIxZmCk2AUfTj2cxR2q0RRgk+fDouKXRNGqG&#10;9K0P5f5fy697bZGkjQFpWvpOlifUR9NRH+wt7NYrSEuTHwqK+nlgfzx1RJZYFYN86+flx/PjXr3v&#10;HBnHp5gv3R+ukoBx6vyV5+gvb/H27c7TFItAuTkH/J/kzw6su5hKFzU/Ijj/AKsHr3tYUucpQ15p&#10;SxYG12+irySb/kjj2HrnapWUFBwORT/Vw/n+XSsby7AKe2oyBT/Vjr3tQw5zHPGGYqHPrQMSAqEc&#10;Lp/J/wB49kx2udZtNMDB+ZH+rBHS623Sr6Wegpkk5NM4697xT5mgUCSJiWYcaSBq0gcf7x7UR2Tq&#10;VjICgV/y/wCCvHiOnLi/RF4VNP8AB5Ade9tLbhmRzpmCIbcf2So4IufoD9fZj+7i+l5DgDiP2/z4&#10;fl0Vndplycgj8x/q8uve4FRueoEjaZyo1LqYuQvLcqLf7fj2pXZl0EccE/5a9NTbo7Dw0JyD5fZ1&#10;73H/AL5tG2n7hnUAa1vc2BHq4+lvb52KqVUZPAkV/l/n6oN6uIYggxxoSPOvp+zr3vDV78QDV5D9&#10;HBBAYH8kgL+T7ag5dWNiRTiCP9gf4ek8+7u+pmYavkOH2Dr3tJVO9BO30k0v+qwJOojj/bcH/X9n&#10;cOyJb0LjBNK8SCf8Hnx6QjeZqiNKkHNBx/nwr51697d8Vk6HIuBUK63+gLXJuP18f71+PaK+tjap&#10;WEf6uNPn9vz6NbK5mdqvQf4fs+fXvYm0NPilVDFGCpVSXK208H9QP+w5HsItNMve3EnyPD/V6dCm&#10;zh1JroAade9uOmijeyoBdbArYIQbWP8AsR9T7RG5uGoOH2cfz+VenwlCK5Hp173lEEEjsUUKCotY&#10;AEm1rG/0+v19pWklTvPcQfTj/q8vs6soOrStePXvaqxuNpCilo4xq5f1BtJK2uT/AFHH09lV1cOo&#10;oK5+XH5V9KcaZ6PrOyjZA0n7B8vn51697U1JhotC2VEuSxX9R1A/m45uPZBcXBDF8lRj8vl/m6MP&#10;o1ArHkYx6j7fl172pKXC0pYLrGrSLAg3H5FyPz/sPZPPestUIIoM44/P8vl0uitQAGkH5cMU8+ve&#10;3yLF0scIlIB9QQve4W3AOk2ufZRJdzPJojJpSoHA/t6MlsYahKH1697zLTQxjSWCIzqeVGpjaxAU&#10;fix/PtgvJ+CpORx6sdtGAo48a8R6de9y6XDa5ANIGq4AYksq6rEWHHIt7amv/Di1MTQZ/Poxhso1&#10;UFeA8+ve1hT7fiVFBW7tpYuvAP41N9Ob+w7PvLcE4enH8s9WC1FIxj1+XDHXveWTbwYWMQJMgJFy&#10;b/1Kt9CLfj2mG7vWtfkMdMPaCRiSOIpw9OHXvbbNtFpwyxJoVXuAxNvRw2kj6D2rh3zwyus1PqPT&#10;/P1VbBaqJRUef+SnXvcUbIuVLLpseDpDnTa3Lf1H49rG5kUP8RI+ROfn+fy6WGzhr6g1qB8uGPn1&#10;73kPXMDraRzZmJjCqbBr8kAcf7f2z/W11NVJqMcfL59MPt8crVYY9PT7ft6974HrDGNqQx2DE6g7&#10;WcG/6vT9f6W/p7qOcrpQKMeNagD+XSU7LE9Cf8H8vl173iXrDFRBV+3W2ohibMwv/bUi/wDsR7f/&#10;AK53RYlXIHl5ft68Nljr5D+X+Hr3vgvXGHjYD7PVdn+vAbjmw/4p723OF+w7JKf5PXPpTHVJdiQi&#10;i4+fp+zr3viOu6W2pKJQ4cEh9NipP0QgE8D3oc3T0pJITTzB9PXrUWyQg6XyR6HjTz+3r3tzi2NE&#10;jKyxKsIGkCwB+vB9P5/1vaOTmG5f4iS3+f16MU2Vo6MFGeFM/wAuve3Sn2h4mGkxsQt1/bX0xkcF&#10;ieSf8PaSbd5JUqRQeYrivS5NmCrThXyH+qvXvc6LbmhlkDqwUFZNIsVYD+1fkW5+n19pWviRoIoT&#10;w6UR7YqmrEAj9p+zy+3r3t8ocekTp6ASPV5CDyh4LKR/X8+yy6uKitflT/P0ontggVifl+XXvb0k&#10;S3PAcIToJu4C/Vio/r/j7LjPIFoDSvWo5Wjj8JT8/T/i+ve5UT3Dgq3N7WHCkfXgW+vtORnHTY4V&#10;bI/n1732z62QWI41epbXI+o4592AAUg8elNuokRkbJp/Lr3viJg2pVEihXBGrjUALlkZvxf+vvzL&#10;QD0PVZUWNxqGGz+XXvfEVNhZmLO7PZh+oW4szfQC3vRjrkcOmWVS9UwvHr3vA1QPKY/IQNIbUOSA&#10;v9lWH1PtwRnww9Ot0iajOtSOve+jUxxq4Q6Sq6r6V9R1WGk/1/J97ETswJ60zdwPlwp1721z5gJq&#10;W7klfqoADFeeL/X/AFvr7Vx2JbI4V61qHBc+X+br3tNz5Wtqv2qaNlDNqYqGVtSnUFa/0/xB9m0V&#10;nDCdUhrjh1WNWkcDj6/Z50697nYuXJvInkDBdX4sVZVN2HB4A9pryO1Re3pzw5EYrmnEYrj1697U&#10;yOLHUxNmPjALH9w8kG3+v7KiPToyiWkQ1D/Jnr3vj5WLW9CovBBYaXY8nV/sb29+0Aivn0nukWni&#10;KOP5de98fOTqJLECy/TkLe6gk/4/n8+9+HSgA6SEDgPz6976kmKvCQQ1ifJe5/F7pb+n+9e/JGCp&#10;Bx6f7PVlfSDTHXvfJpyrp9SXJVWU39R/Vyfz+b+9LHVT6Dy6qx05YY+zj8x9nXvcXylbKrs97nk2&#10;Aa5/WB+T/X2+ErkinXqAgBxj/L1733rOnyKSbOQRcXAAFx/j/sfegBq0nr1KH5VOB173k8hJYqCr&#10;WUt6gPIDwwsOP8L/AI91CD8X8vLr2vHb173jE2hlXxrfVaxblwBcf7yPoePd/D1AmtOrqwD1IxT9&#10;nXvfQlGsaioV14ZSbEk8hfzYce/FToouafy6s8gJ7SRX/B173k8oDEKF1aXCBm4YNxZj/T+nuqri&#10;p4efV7ejyV8lyf29e94ZZ5UYXJZTcBBYKTYazc/gn6393WNKeh9elghiEuvSOve+DuPUxLchlXUz&#10;fr+pNz9R9Le7BfIU/wBjrzxKcqKf6v8AD173jSflDygJs5F7sFsDz9bnk+7NGaFePp0kmgZM+tAK&#10;4/M+XXvfNpSWZwdWkEFNJFyLhFF/yR9f9v7oEAAU4r5/4em3eWMaQcH7PLr3uGam/JYK1iCgDLpU&#10;k3C3/ob/AE9qAhA9fn09bymQEOakU4+nXvflkazXYE6dQKixVRe9jfjjn37SMV4dKXgicaCACfPr&#10;3vgspFlsGGlRrub+S59JP9fz/jf3soCK/wAvl0hWSmCcrivXveOSU6uXtpUDSoAIv9VX/efdlSq8&#10;OlkEAqZJF7vL5U8/8/7Ove+lmZU1sQxsVCn6uL2uL8cfX34oCdI/4rp7Qo+HH2de99mULKJE9asQ&#10;NFtJ0lNIGkf4cH/b+/aTpKnBHWparGaYNOve+3lUhhzYcr6ib2bVZL8/i4Hvyqwx0ls2DuVXGK0P&#10;+ry697wPKIwVfkECQF7XJJ5PP9k/T3dV1EFfsx/q49KXi8UaHxT0+XXvfE1PkZwv6AdYUcra1rA/&#10;71734WgAHjwPTSW8USVAqx8zx/1f5Ove8QlRi2pmU3+lzZRaxCgfW9/d9LACgqOnZHRYi2CP51yf&#10;9X29e98nfQuocnUwAuHYMRpBAH5HHHuoUs1D/m6L0oEUP50p+fz/AJde98FmQNYI12YFbjUPpckj&#10;/be7FCRWvS3wo3GsAEritfn5/Mjh17307anLK4UBSWWwK8C+hSOb3H5PvYGkaWHSZv0pNJ+X2kf4&#10;Pt8+ve+Mk7tHe9ri4UrcCwvyD+fx72sShqHq8JCyhV458sU/L/VXr3uI8pbSAD/wZiQGIvytvqf6&#10;j2+qAZPT7M0LV40z9vnX/B173IinCXdj+4VUEEqRptYcn8f09tNGW7Rw6Syq/iEKAATWvoD8v8nX&#10;veN6gPbSCQeSb/UgXsSeePdli0jPT+iMFRWvqfLga/6v8vXvccTMykg+qP8ASCQDpPDEW+vt3wwD&#10;Q4B6TuhKl1IIrnyNB59e94DO9w5XTrAVYzpF1TlV/wBf+ntzwgRoGaZr8z0wnjTrVBgf6uPz6974&#10;vPq0khWLesKgOgLezBh/Uc8e9rHThgfz68kEolXXUCufPh/Lj173x80engD6kXX6C3NwfpyPdvDY&#10;Hpcyk0Yef7Ove+BkuAFDWYgqB+gWGq7fn6+7BDxNP8vW9BI0kDVg5+XXvfccinXdlYepjewuR9UB&#10;/Nvpb3VlaoxnqxGqpoa+vXveIzKFKlrorWBHA9VzyT9eeT7c8Mk/Pry5wf8AUfX7eve+LOGaNX/S&#10;bKAbWH9o3J4+v097CEAkcevMGFK5p6cT173206cAXUgM2prXFjpswb6f7D8e/eGwzx68qjiOHD7a&#10;/wCbr3vAX1gEutwSLsLBrjjj6Xv/AMR7cpTgOnIpkUFdJJp+3r3vGWtHdCNLFnAUm4KfUMD7tQVy&#10;P9R6rJKHfURQ4/L/AFedeve8fkV9IUlmOs3vpAH0FvdtNK+Q6ozkDQ3H5cPz697zO7FY/W1hoDNp&#10;Fr/i5Xn/AHj3RVBJJHHqqmvxDArT7fl173gZ7ltVrm5B0m5b/VED6W/P+393A9Ot6mppLVP+TyHX&#10;veJZWU/rPK6SeRrsTwG/P193Kg+XTYJAoOve/SyEsFuXJIJ1cMyj0ix/4j35V8+HVw5FKDT/AJev&#10;e47sXcMlgFbS/PJ4vyf8Pd1GldLfl1UipwePXveGVmLDQwRfILrJpseL31f6/txABxHTDvpbV173&#10;35X1Ktltc2Uf2/62P59+KLSv+odU1twrT+Veve+w6RhiAAoIuOP1/m9uPdSpJAPHrTFlJqf8w/2O&#10;ve8Tzu2pE5QJeT6auG4Cn+n49uLEBluNeklxeQBCXOB58K/Z173loKWetmSGip6mpnmKxxQQxtPL&#10;LI36UijjFyT+AB7Uw211e3EdjaRNNNKwVEjVnd2PBVRQWYk4AAJPkOoY9zPdfk/235buuaeb9xg2&#10;zbrNdc1zcOI4o1Ar3E+Z8lFSfIdcWdVBZiFCi7EkBQLX5J+n+x9nA606bgwMUW4t8wRT5M6JqHbs&#10;miSmohYFKjMnkPJa1qflVP6rngdpPukf3dm3bJb2Puv94+3EszKs1nsT1CpWjRzbmwJoKUZbUZOP&#10;F/hHxdf3o399tzV703u5exn3X7p9v5bV2hut2jqtxuCiodYTgxW7HApQsMk9QQz1t9BMdIQwZ/Us&#10;0xva8RP6U/x+p/HsbaisqJZWeRTp4CWAWKJANKxqoHAA+gH099U7ncZ/FEaRhI4lCRpGqrFEiiiR&#10;ogACoopQDAGKdfOWxa4ka4mkLyyEs7MSWZialiTxJ6nIixoERQqKLKo4AA+gFveSnUxywSWkjYlR&#10;HY6kJvdw5X6X/ofZltqG2vLe7HiI+oaSO4VJqwYjhUeopTpLKwdGTBA4/wCTrl7EPD10ePrlrWie&#10;qeOIrHDqEaAv9TqYe53uIPrGM0TM7+GKCgCgE1wfIsRQ18h1vlneIdk3JL6aIzaK0WtMkUP7BwHS&#10;f3RhZ9w4Stw8NfJjWrUEZrIUDyxLqBOhSbE/6/tcYfsnB1A+3zTRYes1f5h9UsRHk8aaZ4wRz/U+&#10;wRJue3qVjmmWKY4aJmBZTXT8Q7SCeBB6n/l33F2u+jZN2UW+k1DAExkenmwIFK1HrnolHaHxx31Q&#10;vS5HrnJT7gaSJ48lTZOsgparykavuIrjQyk8BFItf2IEFVi8ghNJWUdVqNv25o3LG1wAoP4/pb2s&#10;BlVdYBK+oyMccio/n0P7e72LdMWNxFMWpgMpY1FQNPGn5dFOrpe5+vaum/vZtXdOIoqeOesasGOl&#10;kpYqdZfGzS5Gi8iQ2I4dmHp9s+TwaTqXVdLixc2/WB+Lf8T7MLTcDGdJ4f4OgrzDydFeIZYl0uOP&#10;9L8vl/Lo0HUvyPp2lpMblK6Orpqpb0bKQGp0C6jKZGZrqTfg8n8e0JltkQZKN2WJEq11GJrAKZAP&#10;QzEfVvwD71uVntW7gDcIwxAOl/xKeAb50xx8uHUbX3Ik8itJY1SX+EfA3nQ/M8Kj5dGoo+18GhjN&#10;TUKaSTSxmuTLCrnSZJIybhF+pvzbn2BMM9XT1tbicnBJBX0c8n6o5IoXptemGVfJ/aPOpQfpz7iN&#10;Hns7iTbb1G8VGIDNhCle11rx1eYqcdAS/sDb6ZUBUfCyn41cZZSMUA8iRnoWaeogq4IqmlmiqKed&#10;BJDPBIssUsbch45EuCD/AFB9ukElTj2lenXyBijLCSEjYf27Ofo1uR+D9PZvtd9u/LkklxY0YMV/&#10;SOEZRlu6ldVCSvDOOiuRYboKJDpIr3cT8senl1nsPr7TPYnV23O2MIaevafD5aNdeM3FRxRDIUbW&#10;/wA1PG4ImhY/qjfm3KkH3Fv3iPuj+1f3sNjTedytztm+W8bC23CJFSRiynTHdIB+tCGphjrUZRh1&#10;kp91j74Xvb9z/nlObfajd5LNtS+NEWLwSoGGpHiJ0NqGK0qPLrgwa4ZT9L3Q2s3+x/B/x9189idT&#10;bv63rjBmKX7jFlh9nuLHrqx1WSdN2Iv4mNx+2/P1/wBf384Xvj93D3b+73vR2r3H2t4IZHdbe7Ss&#10;tpcqpwYp1FAxGTHJokFfhIFevui+4V/fBfd++9bZWfK1xuCbJzWIo/Gs7l1jjnlIAY2shIVtTAkR&#10;mhFafLrqOQSAHSyHm6OLMpH4I/4p7DOVhbTrU6rHUGU6rNZwbf05v7glF884/wBQ67KWPNVtcoHk&#10;PHNf8AHlU9ZPfS1CrwrCw/QfyGb+ytvyPz78Yyak9CSC6t5+5SK8aVH+r/J173geZQ9tYZStybEM&#10;W/1PH+8e7rGdNadKkHiMFGMk+pFP8PXvfTSqeDaRibgBjYaeTZfdgjcTjpdFEygla5NCfM/Lr3vp&#10;J2F28wk0uw0g8cc8X/p9D780QrQLTqrQxMQAumtOIp17308qgjlradfpHBa1wDfn6X9+WOo6Ry6k&#10;7ZBX5nz6975LMrRlnIdWYcEkG9rrqt+Px78UIei9Ko5C8eogYFOve/JMrW9d0U3b6i5P4v8A6/Hv&#10;zRlc06eDUUvjPCn+r8+ve+Rf6stgFTi3+1ckM30NuPr7qFrg9X8TUlDx8/UDHDr3vgZmGojUVVbM&#10;w4UAWsxB4J+n092EYrTz69bhWkpwrkUr519M/wCbr3vF5T6VD6fSCVKk6ueDY/1Hu2gcSK9KWSWM&#10;EsMVpXjQ+vXvfRddDSMH1eQAhrjSv1DKR9AP8PewhqFFKU6YLUGlSDUYp/g/M9e98xN+Q2rVYaAT&#10;a5/tKf8Aff4+6lPUdaLMMPj8v5Y8/n173x8hAZC1pAOLkWYtceMX/H+v7tpBIIyP8HW2I1AHOc4p&#10;SlM1HkOve8Uj2YkOL6TpF7llvc/T+n0v7uqgilP9jqqM+shhgnPyNMVHofL5de99pKb3RrKSARew&#10;PGkal/PH+29+ZQRQ9N1XSVJ+Hh6EHy/Lr3vvyA3Ci7ApqIYKT9Pr/sPr71oI+LrcbxhayHtGT6f5&#10;8eny69795dKsGYg8KNN+SbAiw4+v4960EEY61rCDVT7a/nT7D173idwl9BP0BsLi5Yer6n/efd1W&#10;o7urPMvh5xQ8f2EY9eve+LvoZVIHIYEDkX/1RX/YA8f0P9fdlUlSR1UM7oSlan09eP8AOtM9e98V&#10;bQS1zwdIAIIIsDp/wv8A097K1GenVSSZdA8hniDxp173xMhYXIA/JC3NrD+n+8j/AGHvemhoOlsM&#10;bx1ac5wK+VB9nD/Y6976EjKCLMpAsOfpdtN7n+ot78UDEDj0hu/D8T9E1HGg9fU+g8+ve8srehTd&#10;mDFTcXGmwuef6Dnm3usfxEDFOmIyNXdjgR51Pnjr3vDFPp1krcfWPVwQ1/oT+Prx7u8dfOnrTp24&#10;QjT4vdX0OSPl8vP7Ove+jJyRp5BaxLk8gn/YfS3vejA6b1Rntk4/yp/hJHD8+ve/CXULFgq8tYkk&#10;6PqdQH+x96KUyMnpr8PaOOQP2U+0geXXvfBpUS51koAbNYn1E3GoD+vJB92CFutuWpr/AIeHkPT9&#10;vl/h6975eawP4VkDkAj6E/2QOOP6D3XRXPmDTrzMrFU4U4/n/s9e94zMCWtfURe/HqF+Wt/sLG/P&#10;tzwyAOl1gs1GJ+Ghr8z6/bnr3viz/liQQpCk/pDE3tf/AFjYe/BaClOPSxraGRFiHAZB9SP8/Xve&#10;KSTUAzMVWwIsCGRgbghRf6+7qtMAVPSOa0jiqyMceRyKkcB+35nr3vlr9Nma5Ymz2DEi2r6D6C/9&#10;PeqCtekPxdzGlD6+n+of4Ove8TzxrJybDSRpGrUbL9R/xIPu6xsVPVdclQW+IcT+ePyHDr3vkJUA&#10;YLZ7g2Or8taxVf8AW+nvWk41Y627A0J8uve8flsVQk6Rdv8AaR+AT/j+P8fe9Fe4celNsqtqdyCC&#10;OAxT8vXr3vk0wSxUuxLXYAWIIPpFh+B9ffgpOOHSULqBBHrT/P173hapuBpIL3ILAkLYXJDE/Un+&#10;vu4jzwx/PrSRlzQZ/wAPXvfBqk2sp0gC5kUWJDHS6qG+o/Bt7ssVMn9n+Dq0kZjk7uNPtHrn7R17&#10;35niGgeQnU3ptYkIfyW/HPvSqxrjrygAjzrx8uve+LTMI7MT6j6THblhfSD/AIf4n3YL3dvlxr0u&#10;lkht2/TrWhrU+R/y9e9xTWEH9ILD0tqsVvySoP8AxPt3wPnjpCxEigufIZ4cOve8DVrRkt+0GYqQ&#10;EAtflfSfpwLX9uC3VhQ16oTFp0NX5/Z/g+zr3vBJkY7MTIwKsbfn/E2H9L8D24ts2rA49MvOAAVF&#10;Pt/yde9w/vQSWKalYEgIfUrDkuVP+P19v+AaAdUFwQKhhX5/6q9e9xKjKxoutyAwa5IuY2t/aK/8&#10;T7ejs2ZtK8OvNcUUCo/1ceve4U+f1ECnCayRqsLqbc2ufp7UR7aeMnDpj62o1A/5T9vz697gmpq5&#10;lszFdQtdCbhdWoafr/sfajwoUOBWnr+zpnW1NRx58OPXvcyCHy8m+lXF2YaiRbgFv969p5JNJ+3r&#10;S8anJOT/AKvn1726RAR/p5OkW5t9DY/X/ePaVu/j5dLAdIAr/q8uHXvfJ5mHEjSNqb0klSxKf4LY&#10;/wCxPuqoDkdLIo9al/lw9B69e98fPY6ihcIAbr6bFj9R/X3vw6igNOrPGIlqgoR5cfzp69e98mkD&#10;KCpC8/k/2ibsbD6e/AEYPXrYgAs3Gp/Z5de94GLlgfoU1KQykEC/DN/X25gD7emppGLHQaLWmPsz&#10;+XXveM3cqpbVpBsVP6b/AFsx97Hbw/4vrXisSNZwOPz697zOIyCNRICDxgfkW5Jv+f6D3UV6s0Ks&#10;viRZH+b/AFfb173GKKQqgWAJNzwSgPIC/wC9/wBPblTxPTawyOMjH+qvXvfOMJYuBcq3BANrDkMS&#10;Pzf3VtRNK9KkTSmhRk+f2f6qde99PMF1JIOGuXKn1DWeA4P+P092VCcr16RG0soAqfLjSma14Z69&#10;74MyCwKsQfTe44ZubA/8U9+AbjXpAXUfF1731IxsXsVH4uRcj+zb8f7D35QK6ePXg1OHDr3vk03q&#10;jQMZEtfSbqNVrEXX8/6/vypgk4PWmkBNGP8An6977jUP6gxsBq5Jv/QCw/p/X3ommD0qgiZjqYde&#10;98xIsRYN6gStmNjYkXJYj6+9FS3DpZRiKMKde94XlR1cgrcObFvzfgXtzYe7qpUgHoqIq9PPP2fL&#10;r3vwl1qpItYeqwuQf63H9Pxb34oQerlJFA1Dj173iaZFLICdVvTbngn+h/x92CMaE8OmyPDNSKD7&#10;D6cT173hM35sQ/NlYcsb3uyjgf4e3QlPs6oJEZuI+3y6976E2lTbhvUSoX6FR/U/X/W9+8PU3y6s&#10;ZFANM0697xSSh4wzG5C6fT+sG9+bfX6+7KhBoOmkuKk6hw/b173jaX0MeLlb6LXFl5F2H5/Pu4Tu&#10;AHSxEWRNQPHh/q49e94ROVAY6kJUgXJIKG9uP6/4e7mME0pX/P1WHxaNXBrjHp/kp59e98xOAv8A&#10;ZAIsCGvdbG30/wB8PevCz0oknKwEv20AP8/83Xvau2jteXdddHSrUfapb1sTquBwBcfj6c+/RrWY&#10;QgVJP+r/AC9By/3R7FGZmrq4edD6ddEgAk/QC5/PsSMz009DRzTwVnlkWJ5LkNoIF7gOOP8AWv8A&#10;09y1y/7Z3++ohtiDWnlmp9B5/wCr06BM/uBbWzASCgUCv+x+XSfqdz4qjmEFVN4HL6BrsBf/AGPt&#10;IdfDLYbduOSLTZqhKaYltauj/tur/i2kk+zjePZPc7P9LcYHTFRVSP8AbcM/aP8AD0X7xzqk1vrg&#10;cqD+GhBpxDfP8unFsnRmlkqo6iOSJYmk1xurcAXuLf7x7F/tnqXL7aytCKaJKmLcdNDXqIl5H3BO&#10;qFWX88gn2CpuQb20PiyoQiYB+wVrny9Oi7Zuc/rf03ap8/yzX/Y+fSX2Z2DtrfNJXVGCr4qg4uvq&#10;MbXxa18tPU0shjkEig8fT2NPWPx4y/ZW19zVuWhlxkGJwqQYuoeIr5KiljAdJAfrdfqT7I7/AGNb&#10;ONFhUEltTeoxXj6Hjj0PRmvNbQ3oQvh30j/D+zy6a929p7Z2jl9v4Wuq45K/P1n2tPTROryhTx5S&#10;B+AbD/Y+6+dxYOpw+erMMimaWlqXgQpqIddWlR/W9/8AePaOS1MQLH4fnxr/AMVw6lGG6WW0EpPG&#10;lfzH+r59CWDcAj6EA/7f6e2OpgqKGX7epXxVCAErcE+vm1/oLcce2ioPcvA9IfFHi0BrUVxXjwz9&#10;v/Fdd+4RnAYg2dW5N+AW/T6v6Hi1vp734ZIrw6obmEAqzBSD6+f+rz697xGcoPrf6rqB1NYgFgQP&#10;8OPbnh1z/wAV0judyt4BVe6vzAFfU/Lr3vjTyNVSiGI83dr2Jtpa9tR+n+Hu7xeGuthWvl+XHoL3&#10;m/EkgmhFB8hjjTh88cade9uNVDJjHhmaQqSokEguqg3DFiV54/w9rtuszcHhWo4U/wBWadAneN5i&#10;lifS9SfX/J9ox9vXvZouo+73jx42rmzHlaSpBploamNZEkjc6BbyDi/uYORdotYNxWU0U1Uk048c&#10;19R1jT7g315chlgah4V4g+gx8j/l6DvsPa8+fxMk2PrKnG5ShjknpK6lmaKSJ0Gs/p/UOOQfr7EG&#10;q6g6yG5MZuimxFJFSNJUVOSw9o/tqmQUUjU8njPpssvjawH495rja9rm5cN8dJaEag+MasUrxrml&#10;fnX5dQOm57kk72WogPQf0SQdQ+yhBNeiK0He3dqVOc67yCM+Ylq6OiwO6IoP3IolykP3r1I021Gl&#10;E2k/6oge/wD/19NttuRUVOaWSJk/bJZ7CwuObEfgj2HGvPEYJjH7D8+pantWWILUKMCg4EZ4niT1&#10;v8e8+0MPQDMQxiQhXkCs2oXuDcBb/wC29pNylVYGKilUOKfs/PzPp0dbDFGl0qg0BwK5qMcfmfOv&#10;XvdrHTW3VXDQNRMbvGAQLOumMavofeLPO99pmcyZAr+0+fzr+zHWTfJ9qv0qFDU0rj5n/VWvXvZ3&#10;OkM9l8HvOjp5ovDTTftySNfT414Uub6QTf3jLz1t1tuO3yOBqND/AIKfypU/l1PfKNyYZwjcCfzp&#10;gde92VxVH3CqysmpUBJYkkgANfj6D/EfX3iLf7e0M5C/xEUwM9ZAWffCCprUfmD6fs697ySVAVQW&#10;kuX9RCNw10J1E/T/AF7+0EVo7NpC0HrWpx5U8+GOryzLFUtUAf6v9nr3sBO5PkXsDpTHR1e6sp9q&#10;1TG5ipwwaebTfWY0/A/Fz7l7kL2q3Pm+YfRRkioFaHSPOh/l8uPUQ85+5228rRM1zIF8lpkn7a9e&#10;908/Iz+Z7lsnAuI6qapxcWpwchqBnsDpNj/sfebvt592rb7EfU74A7eQ40/zV/nx6xO5u+8Hc3cx&#10;h2pguSNR9Kenr/l697UXxQ+eO+qyrp8dv/IvlcfM+l6qckypqIszOP6H8+0/ul7C7M1uZNriCuBg&#10;DiMH+fQq9u/eC+l0x7k5ZeAPAj8z5+vXvdr2x/kj1zvbOU+2sRmlmzRgZ46cBgrqvMiof03+p594&#10;Y8z+0+77LDJeyRfpqT+ynn/gr69ZNbFz5Z7ofAhkqwH2k0/w9e9j8KtHZWLXQh7sTypBvc39w7Pb&#10;eEaAaqf6vL9nUk29xrRXJyf9X5de98kyKj0pdxpsj6vWz8pck/T+gH4t7SNCwYs37KcfSn+fpTqf&#10;VVjWnD/V8v8AN1734VQsnkFzfgAnST+gatP5P9ffvBap8M1/1f6sdXEgB+3r3uStTYKougGu31di&#10;pNgLn6/4n3XwSTqNK/6v59XUF2qOve+BqUXSruWYk3ZwCI7g2so5uLf1928JuC4HoPP/ACdPvEaf&#10;p5+Xr+fXveaCpEIX0ix1hvyF4Ju6/W39Df3Uw6gVOP8AV/h6chBU6mBJHz/y9e9+8ieWPlgdYBW3&#10;6gfqGt9F+lrfU+6NG8dAR9nr0zIymXWgFBx+0+fXvcqOcMQWKFG1Fit1jBAOlhY/n8+6SKjDSy1I&#10;4cP2H/J1XNQM6q+Xn/q/zde99vVg/uoyKFa1wNPBF+AP95PtObND2svEcTn7af4KdeZmBoKde94x&#10;V69JIWwPoFw5PFz+4ebH3b6dIhpA9flj7OFR0/EhkNGwo4/5AB69e95RKnqZSx1O3IuRcj06F/H0&#10;t7vpJU1yKefmPMk/Z1eaMK2hcV8v5f5a9e99KyNGGdpCCwJ+puQbkH+lyLX91KBSxSlfWnl5fy6e&#10;aFdBStaceve88NU3iUrZV1nUwvqIYcoin6cf7f2jezYtpXjTH2g+fofQdJdcY7aEY8+ve8pkGsOG&#10;ut+Qbkn0+kWH0v8AT3VrVV7WFCOHzzwP2HpZDAjJqc5PAenXvfG+lm0sCrFXKuQSdVh+n82+lvbZ&#10;j1PQClKgHyFOP2dVeBlJ05XOeve8TGMFlYKqu1hqDak4uSwPIvbg+1KwyFKhTq+XE/IeX29VaYCN&#10;UUdw8/Xr3vgCv18mos3BJIQIeAFuPbCwEvpOGX5HBr/PpM7IBg+XDia8c9e98JSqiUB2ZlNgVbSW&#10;JsDe/wCPZqBU0IGeOOmBpOCAK/Lh1732vkLAKzBVcDQjH+vN7/W5/PtsrEas4Go1zTpbDbsTqk/n&#10;17353U6mPkaUyDQiksCFNmuv5/xHvwQadJHb58ARUevlTq8sZCllwADWnp173ildvVq0ASC2gc3G&#10;q4LE/wBPp7qLSE0GTTPHpGj0XT5jzPXvfCWfhipBIsBb1BdX6f8AWI9uJEEGkdNkt5+fXvcZZJIZ&#10;jJc3VQzWF+GNigP9f6/7f29p1Lp8v9Xl1XiKde9y/IpUyLL/AGWdwrafof0G/J/pf2wVo6rShrQd&#10;LvBRogFGTwP2de98BJyzRE+MNpYkggXAI4/w+tvx7u0etSkvFhnpKpcVBxjy/wA/XvfIt+s6iCV0&#10;2J9IDC7fn/b/AJ9tJbxCgHD/ADdeMjaaGteve8KsPIL34UMrAk2KiwH+A/pf6+1BNBjFP9X+odOx&#10;zeDU0rX/AFfZ9vXvciNgJnOrUqgKwY+m7ctx/X8e2nRZF1OKk8D5/Z/l+XTRkcMSp697jrKhkdyx&#10;9EhVkuQG1C62/P090a0BGrOMk8f2/n59NyQyP8JpX7P59e983kQKSGtcBrBgUuTeMKPyAeT7olsQ&#10;+VOkHHz+fSaNJS9JBRRUH5j5f6sde9xPuGVzb6Ec6CCdSj/H+v1P+HtcsVVNcfb/AKvXpSSKFeP+&#10;Qde99ipUISxs2k+kgkvqPoF14v714LMaLw/wdV1pqOk4HXvfA1L8l7jWgKtzYrf1WH04t/xT3cRA&#10;UJzTyHXgQpxnz697yGZjcrpI1EoAwBdAObavrz9AfdmSNhUDIp8v2+vp0sWRXXRxH2cPn/q8uve8&#10;MrSH1FjIT/RrMp/NgDa1rD3ZEC9o+z5dJ5oxEuqvAcPKtf8AL173GLOYyzM0oLhU1f2Gtb6r+f8A&#10;D3po0LZ7a/4Okbx6qVqOI697xedzo1sBIpZrK4/V9Ftf/eh7p9NFQlfs4fz/AOL6Z8AeTH5j1H+b&#10;r3vjK07lDpdgdQYluRYcv/re1AiREqKL6/7Hnnq60poTtp/q49e98WapD3ZXvYEENqb6EWYH6e9K&#10;8LDtzT8v2evW0mjk+EgkY9Kn/V/Pr3vyGdxdjfk8KAQwVSSGP9b/ANPbraQQE4EHrZlAkKyEefn1&#10;73nikcFAWlVRqLRtdjdjZbH+l/x7YmikdSVSpxwx/LpqUo4NaZpTHXvfUjSBQCrAtqVefovJQm3P&#10;P15+gFvbYiUCpFc/6v8AP/PoplkzRTQD/D173gkmlRCgVQwBZbEgqQPV/hx7MLSMCQMRUMM/L8/m&#10;fl0ikICH59e9puaeo1WDkKG4Xks5HIYM304+vs9hjWpx8hjz/wA3kPn0mY0y329e9pSraTVoLhQd&#10;XouAWv6ixv8AS9+PZ7bwk1YDJxT7fTooupFnJQHhx+3yA/y9e9slREZI1e4QAksLm9geVt+QfZrE&#10;6RqQct6jzPy+zgR516Dsn9ofX/V/l697Zqum0qzizWYWK8i5S4JH5t/tva61lJJUilRk8BUH/Vnp&#10;POyiNtRwB5/Pr3tF1lDFZmf+2xIA5+lmL8c+xFYXGkV8wAf55r8uJB86dBeYEyNpIJbiPIkcPyp1&#10;72maimEpKKgtGhCsq+o35t/rH8W/4j2JoZyqq/CvAevrX8uk5HiitP8AV59e9pHIUMmryGLR9bqP&#10;9YXBB/qPZ3Z3ChgBngeFTxPRJd7dpVjGK+YxkUyCPWmeve0FW01aWbwwPpuSG0EHTYfn+g+h/PsT&#10;WtxGO7UCRxHocjy/lTz6Ds0Dq3YK1PD0PD+efz697b/BXm+tCukqW0rZXIP9T/W4tb2tjuYQrI1a&#10;ngDXGDQfPPHpGIpaV0mp9R/Lr3vh9hXyAnxyav0Wt6iG51uf8Le/R3FPiOK6vkAKVoPX5+fV4tvu&#10;ZRgUNa18iPl69e94jgK2X9McjC4AOlle4AuQTxY/X2+m+20Pbq+dD6V4f4enzsUxFFNPXGBk4H29&#10;e94m2vXEMVp5dXF2Ibjm4I/3s+7jmCIOGBqPtFaU/mBWg9ekzbJeVroJB+zPz/zde9xf7t1puskE&#10;hRzoJZCb8G4uf6/Xn/ifag8xwae4qtag+uMjP+XpNLtFxpIMZoeOPTP5fb17211G16pFa0UlgxVQ&#10;A35+nA/2xv7MY+ZLZxRXGfXy+VeJ6STbJOyhFXjxx/q/YP8AL1721PtjItx4n4FiRwQD/a/qePa9&#10;d7t9Wgtp/nXh/Lh0WPy5dMzUXQKjy+Xoeve2ap29XxuWAkN259FvUhN1a39B9Pa1d4tjUah5eeR/&#10;xf8AxfRbNsF4NTDhTGD9vn8+ve2KrwNXIbgOCSWsbWDX5t/Un2aLu8PazEGnChp8s/I/Py6L32m+&#10;QaitRTy697aZNrVjanIexA1mxv8ATUNX/Gvp7WR73boKagCc4OD/AMV0hfZp2GkqTXyH+Tr3tul2&#10;3Ux6vQ4NwLgX5PN7fn2vj3pNYUvpIz8vUZH8x0wdpuU7ZIyCK+VRjPHr3uMu36lfUyyXIJBUXIUH&#10;kke323RJWI1ipX7Pn/Lj01+75QWXSeGR5H8uve5qYaUxNrVbNpKiwDGy2JHH9f6+053KNWMmvuHE&#10;Hgc/z62beUAECvrin2Z8+ve4M2BmU6/ETr9IIGocfkKOAf8AH28u6qTpL8KfaR/m+XTT2UkvagqT&#10;Ty9Pn1723TYaoFl8ErM1iboyi31uL2/23s1h3REGktTz4/s/KnXv3RIpAkqDx4Z697wPhpgjXjcN&#10;cX1Lfg/Rhb+n9Pb43ZNVRRiK+X8+Pl0kO3y11elfLr3vguLmjkCFXUkkEGxt6f1H+n+HvZ3JJEzQ&#10;kcTWh9f2DpiXbjKNDKDQ14+nXvecYWXSHEL8kG9tStf6kW9pm3UMNCZ4+lBT5Hp1LORqqcA+g9Ov&#10;e5MeJnALeORbMNTaGI0j6Ej/AHr2z9fU1Zq/IU/Z+3pQLJVoDmnzp/q/zde9zv4bUKV9Js11B0H+&#10;1x6SfbBvkqxIAY0rQ8c9OpbgKVpQV/b173nWlnjJdVOrhGDDTY/T/W+nuzTCfJAzkU9PlTq4jfxQ&#10;wXifyA+XXvc5BULYMTZeVGkkldWlmI/r7Tu8b000+ZGM9PHufVinyx+0de9yNFSv9bBtZDH1G5sp&#10;sf6/X2yZ4yKuRg0Ga9Oaq8eve86LVfXS4AP4/AIv/sT7qXgyhYZ/1Y63Vaceve+apU/qLMxUMo9V&#10;v1Hi4Hto/R8AQKenWiRin/F9e95SsoBLawNNjb6hj/aNz7aZrfUAhApU0zmnVKKfLr3uI6zXYtew&#10;tyQzX44Ugfm/tamgUKUofIU/b1fVmoFOve4DifU1yVBP6nH0A+gNvx7tq4Vqa8P9X+DptmKrXj17&#10;3Gldru1z9Rfk21rze35v+fbsSCQmPh5j1Py+X+XpNqL5Y/P5D/i+ve26pmJ130m5XgWFrf1K+1yw&#10;qgBIqPn5/wCry60xVMPQD/D8uve4TOzA2Gm1rO3BIb+z7UgALrqM4+Xz/wBjrWigLPT5j/J60697&#10;8tFcsbqQNN15Kgn6n/A+2nnXQS44GnH9n/F9NIwkqSDUGlD/AIfl+fXvbvQ0TeZNJDetLD6hja1j&#10;+SR/jx7KJ5G06q0rwIIH+qvS2CIlqgU1Yx6H/P172KuGol4GjToYAkn8EXLD88fS3sJ7peKqmSny&#10;+37fIevQ2sYBqBHp/qr5fPr3sVsdhmmUMqWtYqNBLIfqXDf4+44vb0s5WtABQ54/LoZ2G3STABcA&#10;fz/Pr3sSsTjpKRVVXLE2Z1F7C3P0/r/Q+wbulzHM4CjBwOANfn0M4ovBiWMD7Pl172tKJpokIggk&#10;f1jSCvN2+oX/AF/YQuXgRwXNCK0Pr5Y+df29L4IZJO7gprQ8M9e9vLYfN5NBFCDSo7XLysVb/ahG&#10;o+oB+l/Zc19bRd75H+Gp/wAPr0cQWUmgLU+pPDj/AKvz697UeG6+ihtNVVNRPIGVmP8AY1A8Eo34&#10;/wAfZLfb6jdq0ApjJ/nTo0t9skDB2BIH5D5de9ifR0NLRKFjKRo2lS1/pY/Sw/x9g6a6e5kqQaZo&#10;OFf9joR2A8BgKVJ/l6de9v8AT1kcWpfIBYjS1hY6eb3/AAAOfZe9vqIxk+f+U/M8Oj1XUrTjX5/6&#10;s+XXvbl/GoKf1sdY0kr6ramtz6/xc29of3cZxgCnCnoB8vP7elsW4PEunUCB5Hy+Xz697xnd8KKS&#10;VkFvqARYA8WJPtkcvAuDQkH8q/l6dMSboqqAXH+r0697ZK3crVDsFUaCFtc3PPPAHAv/AE9mlttH&#10;goWCkZNKZ/l0U3O7AVC5PqT/AIOve0fkvPklZJXZdZZhoctpBXj/AFrW+nsRWlmIRUCmPMZr6dFk&#10;l19WhWtCP8HXvaWlwtJTBjVyK1yCyXBVi3A0r+P6H2cI0stV0k+h/wA359EkwEpVy1KH+Xp1723V&#10;GbxOLp3jijiVlsPoNRsbaigtYfS1vZhHtlxdFWUE19eHRVfXMUNGRqsfLyx59e9hdmt+SEulGqxH&#10;ysGkj9IJP11W+nsWbdy5GVBlzUDFDQdBm63ui0iP+f59e9hhktxZesZmSscfVQLkXX/iRz+PY0s9&#10;qtokKlafICmR9ny6DE29yykorEfyJ9P8HXvbJSJVVEo11M0gDAszMwP9fQP6fg+zCaGERU0gYIr+&#10;X8z6dWttyunk0uRTH+on19Ovexf2rQU7yoaqQEB1/IANhcm5+gt7AW9giPTGBj5eVfI/6s9DLaZi&#10;1PEK1FDkcc9e9mkwGdo8XSqtM5DodQUMq3Fhe3Nr2/3j3Dm77TLcyMxUkNmvpnqS9t3OK0WpP2H5&#10;/wCbr3t1rO3GpYyhljRFGkIGu/H01kf4cH2S2/I63Eo1rwz+VeH58c/n0ou+aIVf9SQAD/iskefX&#10;vYe5juzxxOIwXcg6STZRfhuF5P8Ahf2N9r9v4y4MgovpTPyOPLokuecVVMmpyK/LyP8Aq49e9gZn&#10;u1svWynQWiQkaVUmxtz6if8AX9yLt3J9vBEe3j8qDPDHr0BNy5wmLMFYAZGT6+f2de9pmLfVQ9pH&#10;KtKpNm1+pj9SrX/H19mw5ZTAC0Wuf9MMGn2Yr0SnmOVwSzdvyPHHn50697b63fdVNIiLPIoVvUgG&#10;q4uPST/h7X23LMSMRRT558/LHmekzcwTeKFVi2f2gU/1V697c6DedQFQesWuByVbUf0tf/C97e0t&#10;3sUGdK6vsH+E/L16O7TfiamN/Sv+br3tSx74rZEVUmAZySzFbNqH6uR9f6f7D2SScvQH9SPy4Af4&#10;Sfy/z9Lv33GKBGABwBWtcgcfL/V6de95Gzk1Y15agyIAC3rtwTz9fbX7ojiA4g8P8v8Ak8+nTuMj&#10;1Dcfn+fE9e9y4chSAEkJxdiCPqAODqHuj2UwGpakDFMdWS5PaWNRSn5fIfl17260+Zo41jGj0qSG&#10;NtIKgeixNy39AfaKfbpyS4+L8jnj/L9nTyXUWmpOf5/z4de9w6rLUz2KhVuG4vYkKb6QT9Obe37b&#10;bpUJLV8q1pw/Lh1SW7UrUZpTjn/B172kcpWU8iaYpbNIgUgAXUKDe7Di9z7EFvaSgV4UHGlB+ziR&#10;n7a9E93JqRmjJHr5cf8AUKenDr3tDTBopS6yOxcAWUjj/jYJH09n6pF4J0DhUcMnhUknh616DBl0&#10;j9M/Lr3vyV88ekiRnI/tNcaj9Arf7G/ui2McqnSKMT58M+npgV/4vqyXDAYGkfb1724R5iaGxkEm&#10;tQvIIYWPF7Hjj+ntNNt8aYOamn8/P7elS3sgNKaiOA88eX+z1728RZmCVQrkq54Dk25vwo/w/wB5&#10;+vsumszHWRQCPkOIwK5HqeHr0aePqhEjVr6eleNf5VHXvc56iJ4l0yBhoJAsXszrbj/AH6+0ohoS&#10;GA/P5D0/zdVMlB2ipPH/AIr/AFceve2mo8irezEFGLWHpBNmAv8A8R7XRheBwf2in/FdPeC6Rkk9&#10;3l5040/2eve2xI5ZbgQsT9CR6QoFr3P5P59vyOBgGn2cKfZ5V4Z8+i17a5fJJp6n8v5de9zYdvz1&#10;N7pI11Ngqk2Ki5v/AFv9OPaCXcLaM1cjt+ePt6e/dsxoSMk8R/k9K9e9vuP2Y5OqWBlIUNZvSCL3&#10;/wBhwf8AfW9pLjmCJF7TU+vy/wA/z6PLXZZFFSMt58cen2V697WeP2hHG3kCGP0iyn8i9vSPx9L+&#10;w5eb9FKxCsNHD1P21+fAf7PRxBtAibXUgEU4VHrXr3taU+KEURiZ2NrGMAabn+1c/wCw9kMt+rsM&#10;aTWvz+z7f8FD0IbZdA0kVP8Aq/l/g697zLjy1o43IB4UMt2GkWBP+HPtK04er+Y4/n/k9T1RwQdR&#10;48T173LSieJUbyKWRgg5BYc883+g59syzhsDz/Z16IB5QK4P+D/Lxp172+UlQY3RXbhCo0qQfqLc&#10;j6WPsuuYNanTj5+n/F+vQltGVB4Y8uGPL0+3r3tZwV4bQwYC5F1UaWB/Tcfgcj2G5o9VYwKeWf5d&#10;KjcgtpQ00449e9u0GQUS+oD6qSV5IF/7X9T7LJ7VkXxDkZHz9CPs+fRjA4dMk1Hn5/s697VEdVHI&#10;ioSGUWcagCAbFg3P1/31/ZG0EqnUBgenp6f7PS+KZ+JwR5fL0697dqYU0hWSSSL0gMStjrN/02/r&#10;b+ntLIzhqKDkfn+X2dL/ABFJB4E+v889e9qOGtoqRmcsmpWVgVVSFFtXN/r/AEt7KZra4mFBwI/2&#10;CM/t+zpXHKpUBcde9u1NuCJh4wkaAs2gEDnX+SP8T9fZVNtcijxK+X+Djw9OqmUIMGoPkcH8uve3&#10;eKtjYhPqpiuxtq0/hl5+hv8AS3sseB0r8utCZSucfb/k697mw1sCJqZwwPpZfqQwOkqPwOPr7aaN&#10;60VeOc8M9LIJUjUh11A5yOHXvcwZCl0P6iwUhlSx/ULA3t/ha49oTbTAjy48Oqk57cHr3vNJVIY1&#10;IZAP1Kgst2PFtP8AWwv7aWNwxBHWs+f+r5de99R1URux/WoJZCuptT8aj/j9f8Pe3jY0Wo+XlSn+&#10;r7enEYA6SMHr3vmksfhACaQCGuQqtp1fUH/ivvTRuzU1VPCmfTp8MshCAVJ+Veve+DVUbOdMYIVb&#10;awBcH6cj+tuePamO10qfENT/AKvLpYLOFRRhU/y6979G8LPc2JUsFF/Uyr6iw/rb8+/Tq6LhcY/n&#10;5dOiG3AqUFf5de98XeNOLKVYhgbXLBzdRwePbKpNIe2v+CnTi4GMU9Ove8iTowBABLkhjYfQ/Rv9&#10;cAce7yCRDpFR8q1HVuOE8/8AUeve8fkXyftKGD+ks1grW+rMfyAPdKyEFmY468T3f6uHXvfITobg&#10;i6onJAFz+AFA/p/Qe2yjUwePTNxGWjIAqfL/ADZ6977SVo7tFfka2H58d7EH8f63vRQMaMK9Fpjc&#10;sFKmvXveWWVhJ+lTpQHhuNJ5PI/I/wAfdFQUpnj1cowPAinXvfEVBLBgbycswYG4Uj0m/wCLD/b+&#10;96D58Div+r1/l0/bFga07T5/Pr3uM1SbS6hfQou1/qJOPR/QgfX/AG/t0RksGU/6h69NSFpZCAcD&#10;HXveDVEUf1nTwF13Yq55N2H4/wAfp7cKtqpiv+Tp82mMH7B6de99GVQ3jGhtSk/t2Gk2uDY88j+n&#10;v2jGo1x69JlRjL4R8uP+r1697jCCKRWBZyqHUQCw0n9Rv+D/AK3t7xGT8+lFzbqqB1HHj173h8FO&#10;DIGiE5MiyLq9IBXlbgf0/p7t4khAIOmgp0nihdu5OI697z2htKwSPyBRcDjVqF2uBzcA/X3SslVB&#10;Jp69WgBEwUjhX/V9nz697xxyeJzojI1OL3I9SjlQtuLE/wC9e7Ouodx8ujI1rT/B/g697yGdmAud&#10;LagpA4P+uP6D+h910Drb0oSx+f7Ove+BcxhQrXsALkAsTfgk/wC9292ChhU4r0WSziQ8KAcOve+L&#10;VFlJBBR2v6rN6R9NI/wNzf37wvXiOmAT173xMvr1Bhpf0o4N1Sx1H1N+T/T3sINNCMjy9en7aJZC&#10;xfIFMcK9e94WkkRvQ4ClgbDm5VeAPx/hf8+70Vh3dGJKaCZMgA+XDr3vy1LhtZjTn6kmxNzqAb34&#10;xilAeiUNQ1qc/wCqvXvfA1BcsZCFDk6iTZiCfop/3jj3bQBkZPXgaN173yWpAPpAKs9kA4sB+Xk/&#10;F7e/GM0ofz68aA48+ve8clQWYDQl/WhcngWOoG/1/H1PvaRY418+trQ9e94xO7hS6toIN35sA36R&#10;c/61wPdvDUVC8fT/AFfPrzDNf5f7HXveZJX0G/IPN7+pVH14P5t9PdCo1D5cellkKhvy/P8A4rr3&#10;vhNU67Ff0oFB+rBuOCpB5B97jjCnPn0Yp5hh173iNTZNKmwA/tMSq/2SBe9/9h7cEJLV6tpqO714&#10;evXvfEySSKf1ghdOksLMpuS1x/sfftKqf9WOkN3KEjER45rXNKHH7R173285UoFYoFRg2pr2a3qP&#10;p/NuBz78sdQdXr6dFwFBTr3vCWLFpF/cYqWBP1IHI4P0tz7vgUU46ft3USgNivl173wFRodS6lSA&#10;QbXbURzcE8Wtb3Yx6loOlt5KUTSMV8/l1735ZzGVZWIARr6/8SABz/tv969+KahkdFio7UIFakZ/&#10;1fz697xllf8ALCzFdVjYXFy6k/kf717uAV+fR20mg48859P+K6974Gawsp9QOjn6EKOWsfwR73oH&#10;mOOetu6IFHm3D/Z/Pr3vj5CLH9drk6msblrA/wCv/vfvYUE0PVXqwKHgfMeQ6975GYhB/TUCdPpY&#10;Ec83+v8AsP8AivvQQVx6dMRxiJC6ZbgSf9WM0qeve+mqQ6uzlXJ9KgtY+s8kH8WNzb34RaTQYHWn&#10;aYSrSlBx/Z/gyP59e94VmChuAyMWOoj1XS5IW34/N/bjRkkHz6eBaUkhSQP8vA1/1Yr173jab0kM&#10;dFm4Y8AKfoD/AEPPuwTPb0mkt45G1lia+XAY+X5Yr173jFQEZl1ab6mQKbHVbUS1/rz+PdjFqFfT&#10;162tsiHxEUkClKjh/qrXr3vsTNZmuSbhmJtypHCj+ot794YDAdOkOGatM+Q+Wf2j/B173wYupL6i&#10;DwUHA+nBK24/417sApFKdaoHQK2f544/tr173j8zDVqcaQosCdOon6t6vyBYX/PvfhqcgdaRQF/T&#10;xxPz/wCK+XXvfbzkKJFJZ/RpQH6/W5Vf688+9rHU0OB04oYCvlnPEeQ/1Dr3vDLVX1SaSSF1FbaT&#10;weBY/j3dYfwjqhUmgY4H+by9cDr3vgZmk5QGxJJuRpFh6tFuePdtCLx6szLUgEf6q/4Ove/LKPSA&#10;ySW1EIq/QAkkE/7yP6+/aaZpTpoUA4ig4j+XD59e94GmBH7hbWsl/pqYarLYD/YXHtwIQaDhTrQZ&#10;VkpGRT0GB/qzw6976edY76Rqa4FrErY/1/o1vx78EL8cDryyUYKfP/D5V+X+Dr3vjHOmpVAItw1w&#10;dIW1rFv6/wBLe7MjUqelToGTxFyeOcfMgD0HXvfFpCFKh2BAANrD0k/1/H+v72FqQadJgxB1cTSt&#10;Pt8+ve8YkCqBZgLn02uQV9OrUP68+9lSTXz688hpVTU+X5/5uve+IlJDsF0iwvwCJSARYA/T3bTk&#10;AnP+Drys8sgQHOfyp17300/7UZcG5BsBbQrquqx/xA/3nj3sIdRA8vPp4CUJqbh6j/VXr3vG9SSq&#10;SLpKGx/cQK17fqKj6XN/fljAYqeP2/6uHSXUXIUVGTQVz+z+eeve+X3QsXKlla7WjAv9L6zf8X/J&#10;+o978LyGD1tDqI0n0B9a/P5de94pahD61XSDqBNvwB6bD3ZIyO09KhCWPeQCONM/6sde9x/MeSjh&#10;eLAgXsrLyB/X254fCor1vwk11ap697xLUSKFvIhb9N+dIB/r/jb6e7mJTUhTTp7XEcacDFOve+lq&#10;GBfSp4ViAGvxbgEHkn/D3sxLQV6aKxVOrJNBgf6senXveD7n1tqseb2JJZQfodI/H+Hu/hDTUdMm&#10;2bUfCNBnjw/4vr3vmZwwTTytibBr2F+bEf70fevDoSG6QmSUGh/n173HL/qYM1iRchtPAP6v949u&#10;hfI0694r5qa06979JUBVuwIIJC3P6jexUqf8D78sWadbjQyvk0A4n/Y6978syqAzrpdRrGk2U/hQ&#10;L/4e9FDWi5Hz6vNCsfeh1cOIp/sde94WnJJI1Wbm4/s8aiD/AEP9fbgj8uiLdtyhsYGLnP8Ah+VP&#10;POKddE2/5Hb2KHXnV+4N+TGelKUGFgH+WZuvEiUKfuWanpNNmnmte6JwD+ph7yW9gPune7f3jL12&#10;5Qtks9qt2AuNzvCYrSIE0IRiK3EoyRDCCxpkpUHri19/7+959hPuZrLy3d3P7/5rZW8LaLKRWeFq&#10;drXkgJECV/B8ZHWJ5Sp0qhkc/pRfxx9Xb6AezmbI2DtXr6nvjYjksyQ4lztVBGtQFk9JiooV9MK/&#10;612P5PvuV9277nPs992tV36KvMPNAU13O4j0xwBgAVsbdiwi8x4zkykHiMdfGj993+8t+8d9+Pe9&#10;POl5+6OX4sQ7TZu6W1Aahps1mkPmz1zwp1h+38r6qhtajQ0dPa0UbL9WP5Ykn88e1U0s1RMTIrMm&#10;oDVqFrt9ODzce8npLm93K8ZrkHQTx1eZ4Ej+LyrwPn1z3VI4o+0gHqXbn8WA4Fh77+xmfSiSM1zq&#10;Hk1AEg3/AEn63/w9ujYb24ZYYHJrQjWKZB9DSoNKYOOtC7jXuZR+XXft8ip1QABNDSW1j6qjKttQ&#10;J/2/uQ7HbIrcxhYysstNYHwoyjiGNQfX7aDorkmZzqJqF4fMde9uNOLyQamY6Ba7BVPH6mYLxz7F&#10;1kDLPbozO3hKR3gA182bSaEtwA/DxHTSUMmaAE5/zZ697zCGDU6vTIyaiTZQSQTfSXP+9+zVdssS&#10;0kMlvGVkNfgBrj8VfOvCnVfFIaprRTwBPD0qP8vXG1gebH/VEf7bj3zoqKCnJkoHNG9OzOogYhoS&#10;51eQAEc3+vtHFsez25aHb1ERWo0qaqrNxOg41Eeo6X2sl2z/AFsUzI6EMCK6gowCCKHHWCoiinie&#10;mqYIqmmqEaGaGoRJYpUcWeOWOQFWUjggix9vMO4d04+XQuY+6ULrMU4jmYxnkMob6E/Q+yb9z7gk&#10;ulZYpghqUKhJCnlUr5k44Uxx6F0HPXN20uY0u3cEY1ESL6mmrh8/PoKc50V1FuYrLkNjYWOoRgY6&#10;qgpTjKuIoeAktEUsP6D270W9cslv4hQw1SiXUGplMMywcELIR6dX1/Ht/wDd12qO8kVGY9iodQC4&#10;zIWOG+S1FOjrb/dPdonRdxhS4VTVmVdDgeYGkafs1DpOZj497Zlgrht/KZTBy1VJJFFBNUHJY5Kg&#10;xeOKX7eqOoLYWZUcX+v19qHeGzaPe+GiyWPcQZGMLUU1XGF1kKup4pLfU2Gm3sM7xtUW4p+7L1vD&#10;eNgUkAqyNXyr+FhxHoajPUo7/wAtWnN2zJzNsAV53TUQcCRKVKPT8a8AfXHDooHXPyEzHQvak/S3&#10;blQtNgpan7bGVczOzUFVVTacZV0DPZTRVmrUbt+2f6WIJb/ujTTVVLWs0U8LLEEmOlg+sompD+Wt&#10;cD+nuO5ruTbrm6sr5jVSApY8M0ViPMNTHyI6x8ktH7TGpBqdQpwI4j5aeBr59Wfo6yKroyvG6q6O&#10;hDKysLqysOCCLEEe3OGaWFW0GT1kSEo91Vx9FAP+wvb2fWO53thGRatJ+ppclWwGHAH5eoHEY6Lp&#10;I45CNYGKj5kdcvbhUUmPzNA1BmKWmylJUENLR1kKywMVN+YnBF1PI9izcdm5V9wOV35a5/tIN3tL&#10;zL29zEHSnAgKwJDLUlWFCK4I6rtm7bvy5uke7bBcS2dxAQ0csLsjqwyGVlIIP2Hrq3Fuf9f8/wC3&#10;9hLuP469YZ1ZJEwj4aeZCqVWInamEOoA2FMbp/vHvCv3L/uw/u0c22rzcsW15y3O6krLZzmWFGOR&#10;rtrgupUf0WX09COi/sh/e5ffx9i54f3JzrdbnZRMv+KbiRdQsq/h7+4AgU4166sR9Df/AF/+K+y/&#10;7j+JGapzUT7V3FRZGC2uGkykclHW/p9SCaK8bN+AbC/F/fPf3A/uoPe/Yo5772+3Sw5igQakjJaz&#10;uWUVOnTLqiMmMASBWJoKHHXb/wBkP+ZmfbhBbbb76ckPDLVVmvNtnJU8Kv4ElR6nSpp10C30IB/x&#10;U/8AEH2XXdfWu+tmkRZ/bGQo1Y3jq44hV0FRoGttNXTaxwDc6rEe8AfcX2Y91PaPcf3f7k7Hd7Q5&#10;BIM0R8NlBpVJkLQsMj4XJyKgddzfu3f3sP3QfvDWwuOTucbW1uFAZ7bcGFpcIWIACiQhXIJp2n18&#10;q9dq6sSAbkGxHIP+8+w5Mr6dQK6X0aSttIseTx+Pxz7jcItaHiK9dMtj542ndrdLiznSSOUVDxsr&#10;IwPmrKShr8j59cvfEyk2/sshvcDSAfqSxPHP1PuwQfkfXoXRXMco8SNq6h61rTypx+fXvfFam8j8&#10;Fg2nUSCLAi3J/wB7HvZioopjpi5cqqgjPEDz/Lr3vIJ9K6jp4IGkEXYkgXIH+w90MWaevSu3Phxe&#10;ur/iwP8ADXr3vi1UQdJBYa9Vj6bfS9j/AE/3r3sQ4454dWJXiaf4af6vM+fXvcg1OmOyurodPHF7&#10;/wBLD+vtsR1epFCOnYY2l1NQED50z5cP9VOve+BkIu3k5NrKW9DG5A5/r/h7voqaU6WWkBjcs1Fx&#10;X1OfmMUrw/n173xFSQSf1EDVyLi/9ef6/ke9+ECM9LZlUxlGpmvn6/ZwPXvfJJrxEarghmBLXH9C&#10;Lf7H6/T3Vo6N8+HRPcK65FAuKEf5vXr3vgajS4jCaQBYL6SCxAsw/wBgb+7eFUaiePTWoaKnjUet&#10;aefXvfBZ7aVVdT6gGDkArb8D+v8Axv3sx8S2B8unoVaQks2DnhXy4fsz173xEwS6qi67tb1BlF+S&#10;EY/QX/2/uxQmhJ6cCM83cKg0zTIoKUOacOHp173i8h0kjWpZteo/T1La7D6j/H3bSK5/1U63cQwq&#10;PEjFKGhBzX1/1cOve+450Vglx6uSA1wx+gKsf6/4+9PGSNXReQGycD0/2Ove+LzK1lGv0AAH8Ak2&#10;Yt/gP+I97WMjJ8+rPVseXXvfYqApAK6y1rkNZSgNgwUD8Dm3vxj1cMdPwCGRjHIMcafzp/s9e9+a&#10;aJ9ROphxY/TVcBfSP9f/AIn34Iw6MVht428QVqDj/J/kp6Hr3vAXk131WViNJX6G3F1/w+vtzStO&#10;vCUqSUAFePr+3r3vIswS/rPNtRAF9RAA+v04/r7qUrTrfiBwUcClPsHXvfCWbU6IrKQI+f7R0jm5&#10;v/vB97VNKkkefSAQxMxIYrpwfKv+cfzr1734zyhgpYm30X9KqCL2BH1t9P8AW9+CIQTTpVbxQDJB&#10;oaZOf2+n+x17320gAZmJNhfSRbn6gtfgi9re/BcgAfn0pkETUMoBIoR5+vA/tx173hacltILAlLa&#10;jyF/Oqw+tvqAPdghpX06SSRwMS4SrV48D+Xpjr3vhK1uA125U8g3UG4II+n1/wBj7uor5Y6Ryw6A&#10;ZAcHgM1+yv8Al6975qTe6uwFiHJPBZvx/t/yf9b3U/PpJUHj173wkkdQNZuCPQSLAfUAL/vRt9fd&#10;0QPgde7HNaU4fy/w+v8ALr3vis/pSwJZVvK/51E2tb8/m/8Are/GPJPlXHRiJZPB+LINFpj8v9XH&#10;r3vis5uHZvSg4Vvqz8jVYf0P597MQAoOPTaXtwhzn8v8H+Xr3vms6eEu5GrixH0/Vf8AH+PuhjbX&#10;oXqtxceOuilKU9eve+L1ahVGsCzk+i3pFvoSf8fp7uIWqcdJQDU+XXveCRiS5vcaVNyQbW/P+829&#10;3UUAHVzoIATPzIpU/L5de94/OgsoIVjZrk/2FHp/2Bv9PdvDY5PAdVoNNTx/1f5eve/NMxKabEWP&#10;9bkG35/P9R/T34IACOtk9urV/n/1evXvfBqhrhrkliVIv/tX0I/r/h7t4YoR6daoBXT9nXvfQmub&#10;6GUAEFDYoLG2u34B/PvZSi0rXp6B1RjqNDTJ6976kmDBdLWKllICkgr9VHP4/rb3tUoTXz6pPMsk&#10;2lB/q/2eve45fQx/SC1muDqVVtfm30/w9uBSePXqMaMlKev+x/Pr3vg9QeWDuQpZlsRYsRYj/EW+&#10;n9PdvDHClK9eZS5KtT5n1+zr3ttnqWUqqhx9GGoEhueSb+1KRAip6Qydho5wOve4stUEU3bj/VAe&#10;oKw9Vgf029vpEScfs6StIa44ft4+h/w9e9tNVWwRa3MxMfDIr6UC245/4j2sigkai6c/LPSWSSgB&#10;NOJrk9e9s0udgBYpMNQ/oW55+gH/ABv2tTb3xVemnuErpUVPCn+Dr3tkGSnrZfGGcLyeebKP6j/H&#10;2YG1jt11EZ6QO7TsNWR6ZFM0697f6KnIOsC3pZbk8lyOOPr/AEv7LZ5cUPRjCG0CuKfz+Q697f4I&#10;xp0kshVGW7IQA7C+kAfQey+RhXUMg/Pp3S34v8P+H0Py697mKfHaMKygg30nhzawY2+n/Ee057qt&#10;x/ydG9lboEMsgFCcD7PPr3vMJFA9RI/ssNPq+lxpJ+v+HumknA6dnRBD4yimmh9Bx/wde98GmBRR&#10;6f1GwNibE/Uv/X+vuwSjZ61ZSK1UfBHD7f8AKOve8Qk03VWNrlbE2B5uy3X8j/H3bTXJx0qlC+E1&#10;a19TXj/m697zrJEQASWIYjQbWsOfqPrY/j3Qqwz0UFmIDA0qM+o+z7PM9e94HnOsklmJA4YE6rG2&#10;k2+n+Hu6x9vSi3haSLxM04DHH5/n173lZrx+ksHPIVgCbn6kW/AH1HutO7PD16bbUGKUII8qH+XX&#10;veF5SqllJLXC+rgqTyCP6gfj3cJU0PD/AA9GCKqR1IAGOB4+uPt6975fdKQpZgzD63WwUEc/7f8A&#10;3j3XwiOHW1fioqD+Q/w9e9+WRCHbUbAAqgbkkH+v9B72UOBTrzEHSP5/P59e9xWmAkZiv6gpYgf2&#10;f0j6+3RHVadVkfUoqa08v9nz69778oUFydQJvp5XTc8XHv2g/DSnWjbiarMor5kChp6/l5/Lr3vo&#10;1JLBVQ+kC2pgPr/r/wCvx734NBk9Fk0LxjxEIKV8uH8vP59e945ZwL2J4Jt6tPB/1v8AH6+9olcn&#10;pZCkUcQDir8cj+Veve8RqmS2k3JW2rUQFB/qP6j6e7iFTx6d1+LJUY/wfOnXveTzldQchlIQ6gTY&#10;BuPSD/tvdTEte3+fWxcB6enn/q9Ove+5JgNQVwfpaMAcgj9Wof4e/LGTSo/Pq9VrWJak/wCDz697&#10;xGoKCxFta2Gggix+mo/4e7eGCceXVBPWuK/5Ove45fnlybcBjfgn6k/0/wB9b26FqKAdMtrK1r+3&#10;P7Ove+y6/XynkjkGz3tYXH+3970n+HosaJ9ZQD/N1730j8PqGkaC0ZBuWXn/AHnj6+9MuRp4+fWj&#10;HJVE00JGKf5fQj59e98fKpAOkEWbgtzp0/qUfk+7aKceno7XT3SEfZ5/n173gaRGJRf0n/E34/Sb&#10;f6/B93CEZPSrUS1Rjr3vA8oVgqv9EsxHOk3sxB/px7cVTTPr1cHgK54f5/8AN173iMpHpJF+bH6E&#10;XBNj/UD8+7hQc9NMa8cjr3t929unJbfroa6hfUYZA5hb9Etj+5FMPyP969+VBFKJRhhiv2+np0Ht&#10;9s0a2KoKCn7Pz8z/AIeuiLgg/Qgg+7a+rNtQ9gdawbsGNnCVTmKphFOZ00sOW5B4NyP8B7m/2w51&#10;aDco7QkMY8jNOHz+X+HrGvmK3e1n0SdwJx5Uz6eg6JT8lckduVFKseShxxr4NdJLLUeE+cNYRi59&#10;RJ+gB/3rkCeyOoKTblWdz4AFEZga2h020sTxJEB9Dfg++pntxtth7j7P9FuCCRowBqNCUriq1yKE&#10;jGQQc9Avdr+8s7GS4QM6DTqqfhqaAqOIGaehNOiZbK+X2Zoc+ett5r9pV1K1D4HOCT/J62GI2kpq&#10;o8cgG6sfr+PYn4HfMW659s0ldiRLVY6BKJJKqNpPAUjC+Tnj8cD/AA9rd/8Au48vy7fJFHGZGJrg&#10;BagDh+fmeo12znp4dxMMbYLAUrQ/OhPr/Lom27ezeyvjfJ2tvml7HiptsZWtm3AKSCdZHc1dSzND&#10;ToxFzY8BfZ8MU0W1+mM1U1DQxyTR1MnliAVS837YjQDk3uPfND3m5Nj5V3h7SzQqGYjQcsFzp1EY&#10;qoxjB+XU+8vXce67vbXEROgEtRskeYrTFRQA+VeuXxC+UR+YPy12y2Kqq+uwGzNuU1RJPMzfaS14&#10;kH3LqhJsxa/6rW/F/dQ+9uld40cdR2BTYSrqRk62oeijhgMkrxNJ+3IUsSBb6f194735aWQ2w7dI&#10;7vQkDjX5+VOp8l3eBEFvGaFaVFflx+VfIenWyjTZ3EVFTJQQ19LJV06R+eITRmSIvwFkAPB4+h9l&#10;presOxK+qnq6nbmWiWVmkeaWgqUW1i9/WgCjgf737SIpXtRSaGnyrj9vHplt3t0LHUNRFKlqZ+z/&#10;AFU6dfPCTp80Vzaw8iXIPANr+xT6s+PVNvXc+F2xU5Wda7LTx00rRQ/5Pj3k/S84blrcXHt6OO50&#10;vNNEaKKgeZ+z8+gLvfMLx6jC2Fr6V+frg16adw5yl23hMlna4j7PGUk1ZNZgpaOFC7AM3ANgeT7b&#10;u7OjMp0/uDK4KrieqOOm9FZCjeKaHVdXBAtz+fY9i5clk2uO9MdFcVoeNaZqPTy6CkXMM96uhjiv&#10;H1x6eX+Dz6Ytg9h7Y7J29Rbl2tkIq7HVya0KspkQg2ZXVSbEG4Psq4ya0lYZHXRqOuw4GpeSbH6g&#10;29lj7bIX0KNWaetflTgKdXu7w1DBq4x+XEfl6dLj265DPUuVP2kQIuiLHb6A31G3/Ej2aW1i1lR6&#10;VOcD/DX/AFZ6IZ5jLLpXPr6D/Vw/Z173M2/T5Cgmjy8FLUyLQNG/kRGKB1IKq7/65+l7+xNtV68U&#10;ykHhTgc08sf6qk9Aze9oWUeKw4VBpx44x9nXF1DqyNyHBUi1+COeD7MBH2PWS4WoqxDK1RTQxxlC&#10;3pR5GEQZR/QhrW9znZ8w3v8AVa7tdXZpQ6qd39onl6/P/J1FVxtFou7wALhi1cZroYj88dBtVbBw&#10;bbjxuVEEaSJNPKVCraa9NIfUbX4JuP8AW9//0NOepydVLJP5bvEQQAATYDgAH2EoygOo8CKemP8A&#10;JTqXLxbiWSig0UY/Pz/zdb/HvntGkmyeapxBFIkcThnOkr6Q1/S3+9f6/tJuM8AgavmMeecf6iPX&#10;o52C2drpWYEgefA+Wftp5de92xfHiaWJfDOCIBCFBYWUP9BY/g/m/vFb3DEcjM8bDLD5in+X/JTr&#10;J3kfsiTxBin8v9X+Dr3s3lcJqenStoJglRCUZSLLqCnXxb+v9fcCvG7sYplwagj0J8z8v5cB1M+3&#10;SNbkyr/q+3/V8+vezf8AVXZFNubC0NPUVdM+UhgWCphMirPII+CSp5H+P49wnzhypPa3jXMKkoc4&#10;Hn6fb8+pg2Tf4WjC1yBkf6uPXvYg5vMpjqCorJX0w08TzTMzWVFQFi3P4Nvx7CG1bS17frbqudQF&#10;KU880HqPOv2dJuaeYfpbB5kIFB+zHH/P173rI/zAu827A7MkxdFUPLQ4cPSoyyEwsyOQ1gpI+v0P&#10;vqT7CciwbHsMbyRgNLRiKZoQCPtz59cy/dvnabed7aJGJQVoK1/Z9nH+XXvZI8HjjlmV5bumk6QF&#10;H6vwb/737yMlAtUOgAUrwp5efz6i+wt3uZQ7fxVHz/1fz697NH1ZgqrHQ+SzKjMyxkAiyt9OP6e4&#10;z5ouY5YSCBT55yK8PT0+eepa5cguUgDClDn1/wBjr3u1r4U9aRZDdU+8Ji6vjIyIv1aWaU6Qz3/x&#10;tf3hj70b/FbbYbSIAa61r6ZoB/qrnrLP2p2e4lcXbVxgf6vQD869e92809K0VmK8BWvb1Lypv6j/&#10;AIc+8Fr+QSSHQeJ8xTAP8vl69ZSwRFIdAFc+Y9PX7eve8ohGkBY10Pexte4A5IP15/3v2XSOQ5LV&#10;ycH8/wBnRlEV0imT/g697kCGIFbxsPGSlmJBsT+SP8f979sqxOFzX06cQE9g8/P/AFcOve5KojWS&#10;yjTcqefpezqD/iLf7H3oll48PQ8R/s/5s9GJBjUKuR173hMKAEKBYam1M1tLc2H+8D252gEj0/I/&#10;Pq+kcBjr3vE2pQhHIsblfo4P4YH+nv2pRio6SzOUagNMde98ruWjVNR1XDE8Dji+oe22AKE/s6Sh&#10;mdqnPr9vXvcs3AjR1srsCCo4X8BmUf7yT7YFACwOfX/V8+nX1Baoc/z697xwkaowWsLv6tN76h9S&#10;Pzxzx7dkQUNRUmnD58Ps63pZVDE4YZr/AKuHXveTx8hAUCvqW/1aw/oR9CfbKyL8RIJHy/b0ttVY&#10;BpARnh+Xn+XXvfFX0iP021ORYElLgWDMRx/rf4+9Np7ipxT/AFDqgik8YE8ONeve80jFVUh7ByTb&#10;/UECw1H/AIg+9gClfOg6fluCpKgA+Vf9X7Ove+JnbgDk3V7j6W06QgP5/rx9PeqELq/Z8/mf8Fek&#10;cccsnwkef/Fnr3vnLMwAckN6gbAlCRbkXHuq1YkHifPo0iAEYU4Iwft+3y697xI7SnWBYgr6Ua7k&#10;abH68/7H3btHa1CM+VB8q+v+XpuaUeGVTNcYr59e99LKzBi5YNq03PJ03sQL/n+v+HvZBAHCv8vl&#10;9vSBYXJHkPP/AFfPr3vppWAaNCQNY1Na55twR/X6cj6D6+64UjUa4/n0ols1quk/l8/tH+Xr3vrz&#10;SWe4vZlAbi+kD1afyefe6A8K/s6tBbmNtbDywCMD5Hr3vmahwhVgzBjcc8XvYc/n+t/e0jkkNVoC&#10;P8Hn0paQhC5xTr3uOsr63YalJsocE3F+C4v/AFH19qDAPDwQ1Kkg+YB4U8+mRKW7AK14/wCz173j&#10;d3+khIcEkfhSG+gb/e/bY0kEr/q/2Oi/TQ0Hz697jF50R9N2ABN7H8fS1v6/j26EjIBOPX5fPqjV&#10;BpSvz/1f4Ove+V6t11m5XUjEA3Okjljf/eh72qRVKg1J4eXDrTBqkAUH+r8h173ztK+pivDc6bAF&#10;gD9Tb8W/p72yIE0/zHlXpbAJUAjqc1+wde95Q+mNrGygKQArAxW+oJP1/wAfaWTUoJHEfn/qJ6Qy&#10;VAArxNPy6978fXJ43kuWVm0tZRYfQqfz/vfvUbs0fdQ0/wBVD5Y6pFI+oqxrT9vXveUS2AIK3ZVu&#10;ykchD+T/AIn3ulSf9VOnh8VP9Q6978KoWKalH0JsQ1m+nqvz/sfe/C1HUR/xfWiQvHPXvbZLVi+n&#10;ghtJMqnSdV7eoD/bH2rjgYmq188D/L8v8vTMktCatSvpxPXveF6qLgLJx+lQPwL/AJvwPb620iYY&#10;U4YOfz6Z8bT2gHHr173hatAZdLLpjDBrAW1Fuefr/gPd/oy5Kgkk8PXpl3AVmbzwc/4B173h/i8I&#10;ABksEck24AJB9I/qQP6+/LtkidwB4ceNfyPA9IIp2jfRIe0jiPl173gGXhZV1SD0qoP15X8gW9ui&#10;0alQCPL/AIv5dPLuSs1Dg8RTP8+ve8a5qPyAWOkBjdT420jm/P0vxx7VNYVWuOHD1Pp/sdX+rKgN&#10;U+f7f9Xl173lOeicj1KLKfr+bGwA/wASfz7aG2qh1Lkk/b/L+XW3uzXVUn/B/wAX1733/Hbab6Uj&#10;4e7rYW+hvb8/193/AHfHQ04+eMD55zTqouzx8j173zhy0Mrvo8TG/JJACrbWTc/4f09pJLZUIqf8&#10;PD/Vx6892iAVJz5Uz/xXXvfJszGieQR3VQUQKCrONXqIB4HuroznTUY9TX/V/k6SS3MjtRO0fPiT&#10;5/Z173y/j0QTUb3F9HoHpT6gMT9T7TfRAsGoaGnA0Hp+wnpvxW4sK1+Xn8qde94pNytTqNFIjhAW&#10;/wA3ywAuoOn+t/a6CxElPEcgLgeuR0llkINGOT+dPsHXvbNU70qIPWaQJcaiES4a5Nl1D6W/r7NY&#10;dqhYUUk/I/Lhx/wefVEup1RtDUpwrxp8uve2eXf1SLs0RuAzen6r6bBB/j/ifa1dkiNHHxHjjh6V&#10;+XRfc3cmguASfn172xVHYs4dT4nNz6rgXBDetbn/AGPPs2tuXImBqRmn7P8Ai/zp0jO4lR3jJAx6&#10;H/P/AJOve09kewqmQughEa6WIZOGsRqDMx4Bv9Lf09ntjsEMbhgasPIiop6D7KZ6LZt1kqEU5H7O&#10;ve01HuyeU+SWMO51arkuVI/Or/ePZ82128SgJTJx5ZODX5dILm8ZFOCaHy9f83meve4D7vqSzAxN&#10;e5BSxLLbkC/+IA9s/u6HipUkcD/sf4eiVryZj20J4g8POleve22p3hVqAFgLRkln/bY6Of0n/iD7&#10;XxbVEcv5+v8Ak9M/4Om5pJ5Yyug/M+p697aW3PWSvqkpGKWsoKEPb+g/Fv8AiPZsm3wR9i8fXjnN&#10;PtHRW8FwQSyFvIVP+rHXvcZMvUsUKUTKFbTqZGOkEn6gfU/T2oCwRDS51en+D/P0wfGBKheve3AG&#10;tyBCijPAJACXNvqBJb6X/Huj3MMC60cahT9vp+zpXDt885rTSeFT9nl173zl2vkamFTFQSBLkpIi&#10;kLe2kk3+l/p7bTf4IWKs4qKD5+tR60pk9Ny7BNLUPHX7BmnEZ697jwbMrncXpXJvd0ZAW4UC3+wJ&#10;4/w9qxzBEe8sSONa09fn/qz1a35UkZqlag8P9n08/nXr3teYHrWesmjNRRCONmZmJWxktawA/H9O&#10;fz7Du583xW0TsklT6g1+39vH7MdCiz5RHFhw/wAP28QD172LtD09QssbywU8ZRWIRrXBP5s35sf9&#10;t7jy859nRiFZgK14/l5eVfLo6j5TttIWRKDicf5fSteve3IdOYuUAEQrqJKOYgLrcKeP9fn/AFva&#10;NfcGdV7WpT55r6j50xTpavKtuvCMUFPL0697l/6HMG4tIiMVIU2jAUkGygqB+rg+2/8AXBu9QAJz&#10;8/QGp/1evTTcpWzHSENTWgFKYHz697i1HSW20I0xR3ctZghBkcj08N/sPauD3FvdAAennx4D0r0w&#10;OSY3apXh5UAAH2/P/B1723jofbTF2fTwVIRY9HN7Eav8eSR7XD3PvEoa1NKE1GeNcdVPJ8NPgDf7&#10;Wvrj7Ove4U3x/wBs1BC/bqBr5ItYAccluQfbw9075M6jwPE1yOH+DpNLyNasDVdNM/Ifl172xVnx&#10;w2yFZ0pTZmIQvZ0I+v0X/iPZvZ+7N+WoXJoBnHl/qPH06Qy8h2fEjV+QBp9nr9vXvacqPjpgQRZH&#10;GoaXZbMF9NrBWFx/h7OF9156FfPjn7fX+X5dFcnIVtICqooB4evH+XXvafqvjZh9QAMiC1z6Fdl/&#10;pf8A2A/4p7OLT3XnZayuKCnnQHPDpI3t1DICXUVHkOHp9gPXvbFUfGvFckPIyhgqalN7nizFP6/0&#10;9m8fuq4Io2eOD5fKvz/LpHL7bxE9qVrngMD7f9VOve2Sp6BpqEuqQNIjAIh0atJtyAOSBz9fZnH7&#10;miRRpYEeo9fn5HoluvbxY1oq548P8nn172naro9tRZaIyEPwAoUf67f7x+PayP3ELGrTBfyp/qPR&#10;Y3Isy1BH5Baf6vt697apumJlsTSyDUWRdcZZfzqF/wA+1o9w4A2JKlfM/wCby/wdJ5eSCr/CQRxw&#10;eHrXzPDr3tkn6YlY+SOmAsSrEIbKQP1aW/B/p7NYvcAcQ4NMngOPD5dJ/wCorMdSqSGrigH2cf2n&#10;y697jt064Df5K0n0Vm0DSt/qR+ePasc/RaKh8+WeJ88fz6TPyOAPhofn/g/l173Dm6qmT0rTMjDg&#10;nSCrKP8AU/7C3t2LnhJfnUetBnz+zy/w9F/9T2Viwhr8v8nXvcGXrmWEMGpgw1A6wGWxH4I/H+N/&#10;au35qRl0k58hX+eOPTY5WkSpZADXGBk+nXvbTVbHlUlWhCEH0MVNj/gLcc+19tv6HJFCa+fr51/w&#10;jpFc8rKDlMnjin8+ve2WbZ8oLkRrqQklWGkMAP1c/j/C3s0j32NqNroDx8v+K6JZ+X1iarArWnme&#10;P/Fde9xf7rVCKGKotyR9NStfg3/1/bjb1Dr0lqfKvH5f7PVDsKrKtVJz8P8Aq9ePXvfMbbbTZ1Gr&#10;/kotq/qf6f091G8RM3EL/pscOrHY4vhIoc+Z9eve8cuCmjUEBtKgD0rx9LAW+v8Atvdl3eNm01FR&#10;6n/B8umf3EScEGnl8vX59e9wnxjJy6/m9wpBbi30/wB59qF3BDwpn5jpM+0yqTpSp8xXh173Haib&#10;+0twOPp6uORYn6+7reB81AHp8/y6RPYtx4U4jr3uG1KRq0x6RyL3/wBV9ePyfatJKNqr5VqPPpP9&#10;MxPEde9tk+PZA5Kk8CwuLi36rD/C/wCPZjDdCUiNvxfl9n+odM0/Aeve2GenVEksT6b6WJNibXN1&#10;+pAH59rqsxLE544xgf5eksqKrZ/1fOnXvaamRdbc6eblRZgW/rY+zoVADcfl9n+XpPIcmhqT5YyR&#10;6eYx173jALXCCzEi+vUAS3B4/HurTrGKnJIPD/V/s163GxcBVGonAPHP5jP29e9udHjamYhlifg3&#10;9Jsp/oXI+vsouLmNSWmNaUxx/wBX+Tp1Ldy+qQHGDTz697X2I2+5sDcte7G1/SbXsT/T8ew5e7kD&#10;UkDSeHl+z5+vQl22wlZhK6in4Qcde9i1gMJraK6l2U/QrZUIPIDD+g+vuPd53LWGjhoBTzJ/1UJ/&#10;l0N7Cy/gWlR/xfXvY04nFCJP0sNCayL31MRx/sP8Pcd7hfyTNoU4r+z1/wA3UhWVuIoFFOve1XSe&#10;ONrtCinhdNrhTa5JJ4N/6+yCQ+IrGtaA0PrTyp5AevRisKltLHh59e9iDhWil0l4I0+l7hdNvotj&#10;+ePYUv8AWtTUU9POo/n/ALHQo261TSteB4fZ6/b8h172vaaCDhyIyxC2IsFUjni/++PsJ3bzq5Aq&#10;aZJ44Hp/g6E8FnEHGqpA/wBVP9jr3t6SMLG9wpsBpZSRxfVrX8/4c+yWXURVPP8An/k6MgqEaSO3&#10;/Vx+zr3ttqV8KKWYMp5+llBb639uRJremmnDz/l0iuVjhqw7R5fM/b5evXvbO+SWmS3kuX03BIsF&#10;DEHV/sP6ezmPbfql7MD7DnFf59My3glQ6X+fDPz/AG9e9pnJZtAGWKXkXKqGuGseBcfj2a2e0gDv&#10;9PSnRJcXj5BI/wABHXvaSqdzVUes+Q6FIBUEyJf6tYD/AHi59iC22XWowAM8QAT8uimTc3U0JwPk&#10;K/t697a6jetXDr0OP9pAsx9VhZb/ANPa6Ll2JviAqM8PIepGCOksm5Pn/iuPCvXvbBNv3KAlUlZH&#10;DEarcH+tif8AbezWDl+3wFFR6k1+f/FdJf3xcINYanyr172y1m/6ydRG8rGW5uCbsbjkk/09qIeX&#10;YENFA9ag+v8Ag6KLje5GDKhr8wafbT/P172lqrPvUq/kLE8sS9zc3sR/gPzb2fW+2xxsCgFF4/4P&#10;zpx6KZ7+Z3qxIGP9X5fz697YJZ4pixNkDMDyPTa17X9mbqIADH3DNDwrmmBx6Ibx5tVclaGhB8/s&#10;4j8+ve4UrQhiqqGFxYjV6v8ABf8AjftTGAD3NSgPmMfYP8nSYQOtJKEn50x+Xz697wxSyxvqQAsC&#10;DZOLW/1R/P49+ZoQpDAEHI+f+Y56VW6MH4YOfl/q/wAPXva5w9VUkxuGMarZtX4BHLKSP96/r7DF&#10;/Fb1MYzqp+foPlT+fQk29pyVArjNafsr6enXvauFbknEqxyMpJAJDEcD83/4j2HpbO1Q6WI0r8+J&#10;PD/MfToUJPcUEfl6fP7f8PXvbbUY/JVA8gnkc6jcFiTa1xf+n9CPaiEW0R0ilTwoMU+3/P0U3Nrd&#10;SSaqEmpOK0PXvafnxWWci+u2sFSRxYf2D/sL349nVtcW6P3kHiSPl6D7D/s9FT2F4W1MajNc0x/x&#10;fl172n6nF1z31agNRvxc8G2lb/737NkvYgdeCTSoPkPX8uiG72q4MtRx4Z4U+3/J1721jD1T6gL6&#10;+UGlWJ544Ucn6e1K31vpq+QPLGfnXyH+HpONpcJxLUzgY/b6eXXvcZtu16tZfJ6yGa/0/H6W9rV3&#10;W1ChnAouAf8AJ+Ven49ouWcUQqAPPjp/z5697f6TB1qIA0cvJFje68gahf6m49ltzfRUKoRxFRx4&#10;8K+WBmnRpHs8ygkEZpin7McB8+ve3SPA1q2vfQpJWzH0m+khh+P+Rey57wDIGOGCB9n2/PpSNsnj&#10;XUAGA/1fn8+ve5Apq9FZCp4NyOFstvoD/gB7oZoGAIpXOT/P8vt6M4o3Qd/pT8/P/N173HaonjBB&#10;MiWVltZuP6OT/iePekWPGuhPrwHD5fs/w9VlmeEAr3de98YqqucXJdifUACSjAfqIH0/2Hu7C3Sv&#10;nSgGAKeo+Y4568GkwXFB8+P/ABfXvc9KavlQkpYub20lrEcE3HFv6j2iMsSNU0A8qYA/z1pjqpgu&#10;ZXOg0HHFa/Z/s9e9+XD1mk6gWP0BKsXtYmwUfT/A+3Y9xgIrhgK8Tj/Zpio6UGCRxWhFPX0p/qr1&#10;73CkwtXIVRY5PwSQpAI5Lqfzf+p9vJuNuoqWp6cK5yAB6YzXpHPtZfuXBHyxw/2P8nn173x/gVTp&#10;5AGkFyPyVP1IP9R9f8fbw3NCSFan2H8/y9Pz6aj2Zy3xE1+WOve5dJtqrnZF0yEnSBcav8bKfoTb&#10;6/09objebeM6w3dxyamvpnIH+c06MINoZZO1DXzND68Ove1DBsKodNYZm1Ix0EEEckeo+yaXmSzX&#10;UhyafkD8v83Rl+5pVUrwpnhX0yft/n1727Uey61blS50sADbnlr3AtY8eyiTmK2kNUIp61zjGOnL&#10;fl+5MilsqKDhn7B172taPYszqgFOWDhkcvG5JBtyQRx+T7J7jmuMLrZ+Pof9Wej+LYSy0lXJ8/8A&#10;ID172/wdaOfSaSyWI4BI9IAJC/W5v7JZucloAW4n1p+f+rzr0YxcunC6DQfn5f6v59e9q/HbEkjR&#10;oyoFgLFFW4UqL2B+v4/x9h+85nLkBGFD8+NOjWHYUVQrKSPSmMfZ+3r3tRQ7PpIY9bRF244bjkAc&#10;m3Hsoff5pGKB/LgPz6MU2Ypgpp8/9X+rHXvcasxtEqGyaVQm9rarE2NzbgD+o/HtTa3Rc8dWK14j&#10;Ff2dPiyiSisoqRg9e9sU9JAASukMNWlCWuSvGrV+Qf8AD2axSsTSv+cVPSOW3jywABHHyxw697bp&#10;YoFtIxcW9JKnjm1mH+H+A/PtUxJFFpnHn+w9Fs0Y/DwJocY697iVCwiM+NyWk5Go/Q/Q/T/ej7sh&#10;YNpI4enp0zUigp/LHXveCEMq2UtccaQuoEqLkgt/sPz7dNK18h/q/wBVePTsQfWq1xWvHh1727Uc&#10;9UsmiMnSGAGsc6lN7KT/AF9ll3FA/wCoSCKHhUdLmWQUlpX5f5eve1FS1joyrJFpIYXYnWxP1uCP&#10;rz7JmQMDnB4D/V69KIZHqaE44GuR/sde9v8AHXO44dVAY3u36V+hCn/YW9oXtVVhkgHHCvRiLtqU&#10;fIr+fXvceSeohMj/AHEi6BdNB4Kn1MQo+v4Hu62McgANCD6jpWszABlBFeve+v4xKVD/AHMoUm3E&#10;lr3+t/68k8/j22+1Qg4Uca8D+zqkl460AFRx88H/ACde986bcVTTPdZZDZhpZjeylrm5/wAAT/sf&#10;bUuzQyCpC/6v89M9Jvqp2lViakU/4rr3tXUG930qrzaAlr/6kkcA3P0/3x9ktzsCMCxTj+3/AFen&#10;R/HuKEVdeJz/AMV172/w72x7uA0kQW4J1TK2o/QFfoOfyPZQ3LcyDCtUZ4V/Lp2O8twTqNaev+xx&#10;697cIN3Y520rVRD1HTrktewAtf8AoOT7QS8v3KCoViT6D/J5elemm3GNanVWh4eg4j+XXvcw7xoV&#10;PFZC4B5lLD+z+ocm9z+Le2v6uzEanXTX8/8AB6efS2K5iZKyNTUKimccc/5j173kXdtKXVI66NZG&#10;HIcABtQ9IB+vH49sfuCZsGOuf2fM+XVFvCzaKDj8Xl/q+zr3t4gz1HYXq1CkgSuWV1aS9+OeBf62&#10;9o5tquomwmRngeH+foziuUiOtDnia/5Pl173NjycMhJjdCg1carMSRbhh+T+Pad7WYHvBr/q49LF&#10;vi9TWn+rz6975pkkQetgAVKgmxJB+q2H+HIPuhhdvw16d+qIWhXB9Ove4s2ap4gGaU6AeRcC9ufq&#10;PoP62+ntxLWdwQqiv+rh1U3goWHXvbe25adXCpezNqMmongDhR/S39faj93TE1amPLraTuXoB/q8&#10;+ve3WkziTelVYMFOgFOWU/2gD7TS2jR1Jp/kHSrxJAcgZ4Hy+w/Pr3t5jqmYKguW/W1lUgIPSAx/&#10;4gf7H2VywqGJ4VwOnEbxE1Hr3uQ0o9Kg6SwH59AYfliP+Re2AhyTkDqxxx/2eve+zMQvrP6QSyqL&#10;An6Npb+nvaxEmqefDrRUn5/4eve4/wB1rY2c202AAuAoP6ST+fb/ANOyqMA9eZDEmry4H5de9+Em&#10;mIo44b1W12BIHOo/W/8AT3Qx94ZeI/1Y+XRfFAxmwKqPPy6974PIEi9LgqovYcajp40j8/0t72E1&#10;PnoxpUkn/iuve8BkYFdK6TcENa/pI9Sav99b3cKDWpr/AKuPVBGNRcDr3vN5RGNF7iVl9KNqQt9V&#10;Y3+lvz+PdSgbPAj/AAdalVniKrk04efXvfAyDg6vGSSGP5LAgXuv1v72FHA56QQSrGCkgJFeI+fr&#10;173jmkJZ3/T5FN24H1Nv1Dmx/PuyAUC+nS9lIIIGf508h173iDlmk0sLAqSzXPN7KBp+nu+igB6c&#10;qdGfLy9eve+MzRm3L/W7aWBILf2j/Tn6D3tA3DH59ILicFdMdP6R9Pl8/n173H8jkW5Y24+t2F+A&#10;f+Ke3NCjJwOkPA069787i4GllU8jTybg2sB+L/09+VTxr0ris3ddZIAz/L5de98fMxLC59DWGrSF&#10;kvx6UF73/J970AD7fTy6XQReFFVuOf8AD1735pDECvkjZrj0i2lD9OT/AIcn34LrNaGnVzpbBzX8&#10;uve/eRH0aSAo5+ob6cen/ib+/FWQGvE9FcsDRGlK0/1fs+fXveMvGLKeQoP0JPoZblBf68c393AY&#10;5HSavp+Lr3vGJgrFhq0nSVVRdWN/yx92MTFaHpSLcBO9gP8AJ1733NVEn9YcDlikdyt+SD9P6WPv&#10;SQ0GR/Prf0zLmoB8q8D+f+rPXvfIN5U8nNwo1IQbXvxYfnj3phobT01olY6Qprwr/q/Z1735pR6N&#10;JYXUk6n4L24PH+9fj35V41z/AJujG1j8JCzZbz/Ly/2eve+g5JZL/VV5ChQSOSCP63+nvZQUr0pq&#10;CtR5f6vz697xXNhb9QZf68cfp/xuf9692x58Ok8zCKIyLmpqT6f5j173yEzxh9QVdSsCQbnSfTwp&#10;+n59+MatSnRcoeZqr5+Z9fM5+XXvfEOBpRwpBUHUVAslieAT/T6n6+/FfxLX/Z6XC3groHxUqTX8&#10;q/Z173hWYHyWJsEKAst2uzHSGW/9Px7dMYGn7c9MpAUbxWaoXhTj/qrg9e94/ILDSBwNLHULAsf0&#10;j+g/J97C+vSp2dyVNG86elP5f7PXvfMuDzfWxINx9GI/w/w+g91AIPoOruWNChoKUoeGfl69e94H&#10;kLa09SC/rNiCh/oF/wAfboXIY59OmSGZCoUnT54P7K+vXvfBZVCMRcnUCyki9gLFR/hf3sxkkD5d&#10;XZGqGIoaen8/9Xn173zM2lDe2km+oC/oFhbn/ex70EBan5daDGnhcBwPrnr3vFJICklnDc6tJNuB&#10;9Rq/P5/3k+7qvcARTp5CGlVW4D14fP8AI8Ove4xqCNQYqLEXDL+kD68D/D/fc+3vCXBGfs6fMER7&#10;lxWpI8j+309Ove+RlI1EWN7uQSNR8g+rf7Djj3QLXj/qp04pNKCtB+XDr3vDJLddK8tqseQRwOHC&#10;n6Ae3Fj7sjrw8ManIArTyr/qP+Hr3vCJ3JNiob6KTe1mHqtf6W9u6FpTq6tmrVPD5fy697zNPpaw&#10;N0Uf7Frsbcfk2F/bQjqtTx6LZISZG82JqPkKf6v59e942mVhpjId9TAAkkrYliyf7D3YRkGrCgp1&#10;oIY6sQQPP1Pl+X2/Pr3vuVlayzEEqLq3H4FyD/Xj6e9KCMoMdU16ABHw/wBX7PTr3vC0jKS1wRcK&#10;oP8Ah9HDD8fn/D25pFKefS5CpTw6UqKEef24/wAHXveB2aQkXDLrsw/1JsfWeb293UBR+XSLw31i&#10;M/bUen+ccaevXvfEO8dypuo+h9Qtc8EW/HPPu1A3yPVpIEIqvEfz+z50oaenXvfX3IXS9gutgRZb&#10;BiP0g3+gHv3hFu3pr6eT4sA+lc/L7D59e942e7hrkAgHQSVJa9gOP6fQ/wC8e7Kppp6cEQUKK5Fa&#10;mmD9g/1Y6974JKPWWaxaQjSSQBbnTc/kf1/x92ZDUBRinVY0ZZiv8IPl+Vfn9nXvfETgsv1tcggM&#10;RcE3PH1P+Pveg0z0rNR8NP8AY4f4Ove+TPqPkP6Twx/p+RyfegNIp0XuNDeGtfKgz/h/1UPy697x&#10;NVEjSifquFsxN0X9X+ta3P8AX3cRUyTTpQlpgO7EU4/ac/5+ve+EdSgUX1K41FFH1Yj6Lz+eLgf0&#10;92aJq1FCPPp1YCmQNQP+D/Uc/P7Ove8bSOVUJqXXq1LY/Uc3DX4Av9PdgqgktTHVgUj7jmh9ePy/&#10;2eve8EMkkb6nKuP7S3vfUP1f7D8D3eRUZaKKdMTLDN2gaacD/k/2eve8rTsSVWwVhqNjZXNjax/B&#10;/qD7qIxTU2adejtlShB1YoKf6s+dOve8bPZlVzdxYhebA/U6v9h9D7sFqDpHSha0ouPWp/kT173H&#10;aYR3UE/RrekhbM178+3AhYV/y9W0HgaevHr3vE8wdkH0Sx9IHBA5ANvyP9f24E0gnz9emGlINFzX&#10;r3vj5BqN9RKWZbD0kaeSD+be9hSKfP8APp2OkgULQH5+Z8yf8nXveKOa5aa6qbWCt6kBIsukDn3Z&#10;kooQV+3p2VTEvf3JwqMGvqR1732GEfjs2riU+n+ltTkj+g/s/n37SWJqPTovuEExMoNDgEeuKA/5&#10;+ve8cUraTZ/1ltQe2kr9Li/0/r7s6LXhw6bZI9NAK0H8+ve+SHkOwUELfj6gj/A/Qe/EYoOvIugl&#10;yasaU/1evXvfATPM+kGyh+STwsdr3P8AvVve/DCj8sfM9Ir67WCImQ0HXjwP98PYrdS7CXfe5YaK&#10;qZ0wWLj/AIlnp0ZQyUNysVEkn1ElS40IQLhQzfj3lf8AdA+7ZuH3jfc+PbtxR4eXdspcbtciqhIF&#10;NRBG3Dxp2HhoOIBLeXXDP++I/vC4fudex81ryldoOcuYw9ttcYIMkI4S3ZQHUBEDRGIpq6jzyOAi&#10;RreSRrKWvpRR+uQ/8FH0H+t7PssUcEVNR0EMVDjaOnSnocdTxrHBTQwiyBFUf0+pPJPJv7+jm1sr&#10;HabG12Hlu3Tb9ssolitrOFQqRKgABoANTkAF3arOakk9fn9cx8y75zhvt5zVzZdy7hud/K81xczO&#10;zySySElizMSeJx5AddwxRwxiKMaVHIuSxYk3LEn+p598jT1clRSOJYRSDyfewsjGokZwPtzBKpsu&#10;k3L6hz+LezRbK5nmjkdgUOHUijEngVYGgp+Koz5dEgltkhkQqxkwUYHtAHxahxNfw0OPPrMBb/E/&#10;19vEECI0mm4IRTG36h/gx/1/6exNt9jCk8rUNQg0kZAzgkflT+fRdNK7AV9c9d+80aM7BpLNaxBt&#10;YLp/si3+8+zG1ieeYS3PdppTBoCudI88+fr007Ki6U/1V8+ve5WuRmRUdAWuzBgQmgGzAD63/wAf&#10;Z8bi7NxDaW0y6nqTqFE0g5GnjX+l+XTOlApLA/L1/bw697mxyAsU0jg24Hqva4a39D7GFrfq9w1u&#10;kdCh0mnGtK1/0p4g8emNOM5r173MLCO6MoQ6QSrC+qx/x9mlULBQcnh9n+r/AD9O6mhrEy04VHqe&#10;uuD+f9t74xFWZlDFVdSGKJcuRyqkf0/r7aLoX1RAZyTjPlWvy69bgFjFqKhgRgVr5gfL5nro8AfQ&#10;kW5Y/T/H3PoETzSFkillkTSHWzy09hqV3U/2f9f2xL4JlLLpEoA1cNRWuATxp6fy6OtojKyt4iiT&#10;xBRSO7wyBXUQcUpgk/Z1Eqi2hCH8YRgzIRYSL9NAP9b/ANPeSd6SOllneR2EySU5Okq5dlsxVUPB&#10;t/T2nvJYooHS8OmOhrStSCKUWlWJz5ZHHpVqs47c30TMzPVASPxeeK0H2nB64jyM4hKqDGwktfV6&#10;L2AJP9f6e1T19uSnwkseCy6x0NHMA2NqWkbxNITpSGoMhOlrf2jwT7Au629xaQJbRoiBF0wnWaOo&#10;4J393igZNSQxyOpg9n+dLHZrr9x7+xhinOpGIwJH/iphVbyNBQ8aV6rV/mT/ABr3v3H11T716iwt&#10;JmuxdnaTNQh44MtkNtU8hrqynwsrAeSpDKDHAT6+QpBsChe8tkY/GVb71on8b18UdJURef8AyUOj&#10;avuvFyNQB4cf63sCb9YWm6bZNvOkrd2+hJAcAqTpDZHxLwHqPs6N/dHlw7Hu9vcWBQ2W4szALQsJ&#10;QtW0kcUcUYjhXrv+WV8qMx3t1flOvt+UmWpez+oHp8NnTlKKopZ6vDSHw4eWtFQqslVHoaCaNwD6&#10;ARcXPsM8DklmgphPrWSYIsSEiQso/TIzLwurkj2V8t7iIXW3uyauQqg932EkYFfLqCt2smjlcxUK&#10;rljw/IeZp1Zvf2qiEGoqw1AkCzH6m/8AT/H3ILIkYaZHGoVA7jXjg/ZXohBaoBGOu/bjTT6YUMra&#10;jbUzP/QH6sP6D2Nti3ELtiDcJNRCks7UBAqR3D0AoAfTpLICsxEQ8+HXvfciyOjTQlpIUjJaGNPI&#10;WBIuUANzb/A+/bm1xJAbyxm122lg0aoHrnioBBrjFDwrTq8MbyuV09wyTwp/sddEheT+bD3ijfWr&#10;JMqPFbSyShGifV+pDFKCD/Qj/b+yRbax36zey5jtobu1yrR3KRyRsDXUPDlDVNMEDy416ft7u826&#10;ZbnbpXhkGVZGKsPQ1BH29dMisCGFwT+f+II9gDvz41deb5+5rsdA+zc/KrlanBjViKqYm61OQxLE&#10;JqYcN4ip/PvAL3g/u1PZj3LtrrcfbxV5V3iQlo/p9c23tTKh7YkeFqqS/guueAIx106+6x/e3fe2&#10;+69e7dZbTv027bHZsC+23p8WGYGmoFmrIpphSpxWtOsIjkjYlW8ikk2kJLqCP0Iw/H+v7JT2R8ee&#10;xuvIqvKz0Ueb27TSWOZwsv3YiiLeOKWqx4HmS5/VZWC8XPvkL7zfcq9/vY8TXvMmzte7ZEwH19jW&#10;e3IYtpLgASxEhakSRgLWhfIJ+qn7nn9/T92b3tS12D3MuhyXvktEK3L6rJ389FxxWvAB+uSzBjps&#10;yuQfSym4sP6jj/efYDNPpLkkFkIFhfgnjSV4vYXvx7xR8MED/V/xXXdvlXnrYOb9st972a6jurW6&#10;UPFNFIskUqngUkUlTXjUcOB4dZvfQqFZ2AKq3DXvYrc2YFR/rX9+MZUVOepHtJRLGM1pj7B5fLPl&#10;173wNR5TYML8/wBrhrm/+9fX3YRhRU9LolV3/UOkfZk9e95TMp0sZLHSAoChVN+D/sf6e66G4AdL&#10;UMQwtKefr8ifl8+ve8kdTFoIC3KhdQI9V7WK/wCHIuT7q0T6qn59OAsBRSKE+v8AMf5Bw6977Z1Y&#10;MrH1KQeCLc2sePp/T3UA1r14GmAePXveFpdQ0mQr+k6h9Fa36NI/3j24EpmlevONaGMkEGv5H1B4&#10;04fs697xeQofRJq06lDi2q45Nr/n6392C1+IceimlaauP+r+fXveNJjG4Z7shvzcgkn1Dg8W/wBj&#10;f3Yx6looz0ttghiIBoxIpXhw/wAnDr3vLrWQMysqnkAWsp/IIJ+n05t7oVKkBh0pL0SpNR/qHXvf&#10;F5zpDki7WuDfi402J/H1/HuwjGqnkOqFkU6Hz8+P59e99NLYBlZORqNrEIT9Of6f6/vwTNCOkksa&#10;VOlqUHA/L0+3/P173x8twzq5A4JsRwF/BX+g920UoCOkrkpgj/Z+z9vXvfFZNZPiUi1tRBOogra4&#10;J+gP0597KacMf83Si1AaUSEjSPXzp5U/1Y697k+a+nUg06VXUSAiqCDxfn8j6e2vD40PRh2kYYAg&#10;1/1fLr3vE0iLbQWNmDKOLqP7IH9L/ge7BCT3Y61VcLUAn/Vn/Z+zr3vppVI1Mulr8qANP+ubfm/v&#10;eg8B1qqnFR/s/wCby6974KfW7+oa1ZRfhzcjV/xr3sjtAPl02FYzBhTSB9tPkPz697kGYglBZ2tq&#10;VrBgugXJF/6/8R7bCY1dO6sE/wCrPXveEyK6EHi/pIsR6ieQv+2/3j3fSVao68RTPp173jaRA1w1&#10;rAkqRybj6C3uwVqZ6p4oAIUEnyP/ABfXveN2spCMbMVUtqBNxyVtz9Pp7uB3dwyK9NvIZaQqMtSv&#10;yA/z8T+XXvfCScpb6ggepVBOoXvpP+P/ABr3ZYw2emHt2j7sEde98pJmcIJXZgVuDf8A1HpVbD35&#10;UCkleqiGcIZApx/P7Ove+kcLYMWKqAGYXFgQOCP6c+9MteHnw6VxDw4iacc5+X+Dr3viWiZiVbRx&#10;+k3JPBs3+v8A1/p7tRwM56Qu1GB9a4H+Tr3vi0iyegGwFiWBuORwLEf4fT3sIVycnpUY7cLRW7uG&#10;R1730zxE2LLpuDxb+zzcj/Yc+9hX4jj1QRRgVLZHkP8AP9vXveGSpVGZwwVDwVsSbgm2n/Yc393W&#10;IkUIJPSSVvDbQa1+eP8AVTr3voSR3Qk6rG50Fb6T+CP6WP1/Fve9L0IAp0ysjy9oHd1734yApa/B&#10;JUcXAZbk2/wv+f6+/BSDw6faJ61IGBX7D173ikkYsvq+liGIFiyKdTE+7KoAOP8AiuvaJqUHnX/D&#10;/l6977MwUBgfW5bltXr1C6mw/H5t78EqaeQ/1Hr3ga49IJ4fkT/xfXveBpVHju+oEG4Or8H6Lbj6&#10;8+3NNagDpqOGVzVzQfP5de98g5bkED6n1gGytf8AA+tvwffqUGfl0vUUHZ5enXveB76FXUhW5YEX&#10;C8/Xkf717sONetZRcn/L/wAV173hqGXgRAFgp4NyouLWIP4/3n3eMHi/SG8/s68M0r/s/Ly697Zp&#10;10p9A5B9Wkm6Am50g/4/19r42q2fy6ajhUQOwGTgfYR5fOvXvaJysbSkgEsb2AU6rD/VAn6H6fX2&#10;fWbBMn/V/q9eg9dpJUopwPl5/Pr3tvpcaXlQShvrqNiDqFvUB/S/09qZbsBDpp0iSFidR/zU+zr3&#10;tWUFDEguY+AS1hyAtr6S/wCf9h9PZNcXDnAPRnFGIjSn2GnXvb5CUARG8fquysbAfX6X/NvZe+rU&#10;WWuOlY0KRU0yD69e95/Na6s8moXAJ5BAFgf9t7b0VoQB0Y3EC6vFioo4acft8x173202pV0fVeCz&#10;fUn+v+sPxf34R0J1efl05ZfpEtIKAkcKHPDz/n173wEr/QH9UlgbA/j/AFR/p9b+7aFpX5dKbk1j&#10;kEQrQHHnX5eX7Ove+2nUOitcsCLuFBv/AFDA/ge9eGaErw6JULeKoyKUr5Vqf9Xy69795V0yPpAB&#10;Ylreotb0k2/x+nvxQ1C9H7XCaiK1qfL/AC9e94/Pp06Rq0Aktp9XPJP+w/PuxjrxNK9IZFt3zoqW&#10;/Z+dONeve+Cyl7EG95Cblhbn6/X+v9PdigX9nSkSRqjKcg8NOB8h8qefXvfTudBGocXsTf06j9R/&#10;j78oqfl02kqFdR40wR8uA9eNade9+8ihQNRfSCzNq/LcAqCPz/vHv2kk14fLpvWxJZgCTSuPy/b1&#10;73iMv1WynVf0lSdX5P0+h9uaPP0687KDgD0GScfMnr3vzSArqXUrrZNRJAK3/K/7x72FzQ5HHrYc&#10;hNODn04/5+ve8fnAK8hvrq12Om/BAH0v734f5fZ15aMKyCg4LnFfP9nz6975Go0g3KudLXSxP0Fl&#10;uw96EXdWlOl6zp4eoEcc+v8As8Ove8PnVFOo6nI+gHA5sCb88fj254RJxw6LSCav9vy/l1730Khf&#10;HpIUluTcXPPGoAf4e9eGdWK9WZi2kn0A/ZjP29e98fKjfRSbAC1hbT9LAH/H3bQR1oHBp+0+Xz69&#10;7xrMoBseA1yrfU354A+tvdihJz+3rQNTROP5de98XqQVB0WUiwKkBiSLX/wt9L+9rFQ8c9XUkVAO&#10;a0I+Xn17315go1H/AGHqvY/UD+g970Mxx1RidRB4U/1Z6974GYcsW9IH5N1+l7Afn/H3bQeHVTIx&#10;FPLr3vC0xUjUfq3pXSLfk2Fv6+7BNXVRSvofXr3vp5QFDSSek8R2+hP4Bt9fe1QlqKM+fTgIoV4H&#10;z+f7PLr3vE1SulQ36xwLWsQDYhmP++493ETVx1VjSo1Y+zz6978Jg4LKLA3sGsDZfwT+f9f34xkE&#10;A9UZ44hqkI/2eve4klWsPpeRFBVj6fpoJtZSfrb2ojt2kbsBJ/bn7B0Vz7zZQ1JOBUg4yeve433U&#10;UjAhwwCcjXpcsBa9v9sT/h7VjbrpVJKHjjFekicx7exoWC14ZB/wf6q9e9z6FJqgyNTRvKVvqVQW&#10;9ItcFvxz+fbUljcHtKH9hx0X7jzHt4t9Lsvmf21yfl173cL8GvkfRY3EY7rLc2Pghpo5ikNZ+l3D&#10;vYLMjfW1zz79tdhuO0bn9dajUGIDAigHyH+rPUF83yQbi/1UDgFQQBTA/wCL4/Z0TP5m/Hv/AE29&#10;ZZz+GZSrxO5sTh6yXCVlPz4KxIi0EoUHizWvb2ZT5B7ewrSVT4uKmUSxeVTS6TBOkn7isEXgEAj3&#10;2X+6lK11sKbmwcFkAocFW4HWPxA0JFOGDw6iO/3S0k2W+t94qsyIPBZTRGIYEBx54r8gePWlTs75&#10;Edn7L74zvUPcmTraiv2nnZqTFZiUkh1jqDDDHHMfqpU/Qn/efZZOu8bSfd1shjXy08wX6fkAAg3/&#10;AKEn3mRPcGa0llOQBQUwSp48M/n5DrE+63CVd78WNu0ucU/wfljHWL+aP25vDbWyNmJjayoXF7gx&#10;U9ZPpeSzqXJhZSptpC29mjqtx4kbUmxGRiNRTxSxzpC8h8byR20+Rb/QW+nvD7nr7ve6+6O+rdWq&#10;EA6tRC+RqT+fz6yX5C5lawszMz0yCK+lM/Olf506KJ/K5+bG9fjtu/NZHEQT5Gs3PKtAT42keGnK&#10;288LHi4J5P59ghujufJT5DFyGKKLF4rTEuPpoUSLxxcLx9COB7Cc393xvrEaBF4TmoLEkrkVJAGP&#10;MgfLqT25+2qGyM0coaWQsStDr8sknFM9tPTrbG6X+VdDJsvNSmozlbvnc8ctbNkKipbW07QaoVuT&#10;dbXAWw4sfYn/AOmSjzWLtkcbjZcZUQxq1KKeFJ24/cuyi9yOBb3JVr/d1bXabKkcS0vGB1SaaqKi&#10;gCL50JFa59OgmnPMFxKC2rByeOTwAHy6qI3p8z/mtgO96tMBX7mXH4rMCohpHrqmXE1VHFUXBqpJ&#10;Dp9XI0C319pbrputcHvBNwUHjpZxL93FDMFWdZwQ4jNuLX+hH1HvGbmX7j/PfL++myntjNCSAJIx&#10;26STwHEE/iHlXHQhueYbCe0EySqarmhyOOCDQ1PnxoerJ+7/AOaRvzKfGHPCu2rWYrd82Bkoa6KJ&#10;JZaVpZabxPVRVEYJdSxJVRyPz7Zu9917f3rXbwp6akoKqpkwiMKqZYfROsdiqCTm/Fgb+2+afu+b&#10;9tW1rbLaSBk/DpJJAxWoFONDTyz0X2O8W0So8z6arUZBDCtDShrxxQgHrL/Kr7x3Xhup+ncx2HuD&#10;J0lLubcGdpY6SqaSLzwVdfLLTGeNv7IvZQw+lh7o/wB/4PXWlKGmKSQ8TANpRmJKkAD6WI55+nvH&#10;G49ut4s7xreaNqqxBBUilOHlx6tve8xRW2sOCKeRqPXH2+Xz+XWy7S1cNXBFUQSRyRyqHRkdWVkZ&#10;dSlSPrxb3y2nhdt1dHNBk8oKXLeVTTRRqW4RLnyMPpfm3sf7H7Lb3v0BW3iwRQVwSa8R/s/5+gDF&#10;z/ZWMngk1A9OIHz9aHFPPqFlMr/DUSVqd5oL/vSqygQj6Bip5P8AsPYmy11NQ4uLCUGQgCHQZIhc&#10;mZ72UzOgNyfYt2j7svN0bNPJbVI+Y/aK8aeXyOOnb33I2ef9NJM+ZAwfz9f8/TIN3Y2T921QsYDe&#10;t4tA4W5tc/T68+3ZMbRrhJpVEwqpEUyNq/ZOmVSthb6arXP+8e5DtvYvmZNqudvNqwkcIaUwSHVq&#10;V+QHGtOglPzLtbblDdCUduon5HSwFfln9nSOqOysZ/eGgpvvaU0peYH81QH28nr0/QC4+nv/0daC&#10;j66wqFlkpEJIudUalRp/HP4t7x/bmGd1BSprwz881+w/4ajrKqLZrcsAy0ya+tBg/wA+t/j2ttud&#10;c4emmWZKaNF/XpRFVdGrm5/I9k1/v9y0TJkV881/4vy6Ee37TbxgeGAAeNfiPp/g8uvezIbbFJg4&#10;l8LiAGMqLlY7afyCP9bj3F24s18zJLnP8uFPt8/WnUh7Rcx2MYWvw8Kfbw+3z697VQ7Wix/+Tzyr&#10;UR/gnTdAPy39bfS/sgbldJGDx4OK/wCClfPiehC3NcMHYGNSa+npx9fP9vXvfWM7MxNFm6fM4Wrm&#10;x2StYrFMVSRm+t1/IP8Arf6/tFufKP1Nu8Myh1IxjhT/ADEA9K7DnQR3AYMft+zjWn7evezCdufI&#10;7G7T6kWv3JPrr8xj3higVxHJL6dIZh9QP629grlH2tlveZB9OlURw1T6+dPt9fLpPz1z/Am0EF8s&#10;KU/wkde963fZ2cx2491V+YprrBWVEkqhzZlLvqB/4p76KcqbW227ekFMKAOPkB+2nWB263Bvdxe7&#10;AwD/AIfT7Kde9qDYdMkslPZgVF3JH0AHCmw/Bt7WboXUaVHDHH9v8j0ItnQKAEBzQUPz/wAuT+XX&#10;vZ5OncB/eTM0GEgUs9Y6ppPNlvd7f73x7gXnncGsbZ5nbCgnHAipOfn/AKvLqd+S9rF/cxW48iB6&#10;DJ8/tp173fT0L1xQdd7bp6KDxyVc6GaqmBA9VrqpH1+vA986fc3mG43e/LuSFrQfMcQafkf5dZ08&#10;kbJBt9pHoHxZ/wBnr3swYPEan9JBAA1c3P8Ah+be4YkSkjPxLUr+Q9OpRTTTGfUeZ6975GUa4wGX&#10;TYoABfTxcW/1+B/h7ZMastACONR8/wDV/Lq1EVV0gjj/AC9eve8hKixZvpbUuqxU8jQbXvb6k/63&#10;tD4Uvw0yeHpUfP8Ab0pSRdIB48KfZ173wSTUyliwUnUFXken+1YfQfn28bYa6VqR+I8B+Xn6DrbS&#10;OhUaahqn50697yrawJCHluT9GX6IQp5v/X2nAJYqvEYI+fn+XD7OnPEUiopTr3vxCkDUylApEZb0&#10;kD6EgfT35opRmh/w5/wnpmTwnAL/AOrPXvfLVHEqkatSsQtiLI1vSzAfU/8AFfbfhyO1Hx/gP7fL&#10;/L1QWy6q14de98nlOnVyGdR5EXkKhHpVR/jwTz7ZKNqpTtBwfn6nrzoVBrlf8p6974xSqwIuAqHX&#10;6D+lrcqB/j+be3tOQKV9Pn86+VD69Ow0IDEA0x+z/VXr3vpJ1DNZQo+gK3IuP1EJ+P8AiPdWjVhW&#10;vHHyPSrxWCmoHXvfIGIemOy3Ym3LIWH6irH688e6lGBH4j5g4OPX7fL9nVxMuCwz1732pHqDoF1D&#10;UrG/oKmxPH5P9PbZquBwHRfNmRjxqeve+Ila9hypcf2QNVib3P4B92MdRUiv+bpRaKgqH4/b173y&#10;kkJZdPiNv9183K24W596WIitaivnTj/xXp0qJTQwLZP+H/B1730hjS4vpc8sFIIstioH9f8AYe9F&#10;CfiGBj/V9vz6atlCLnjXyPXvfFCQx1fUnVYggA3AUWP5+vPupIAoRw/1U/LpQTiv+o9e95CwCW+r&#10;GUjURYBfqf8AXPtujlqn7acDX/Z6bNTwNAeI9fz6976tpikLekHS0ZH0YnjUv5/Htw/GPt4HP5dV&#10;uHeNAy5zXjkD0HXvfrB7LqUjQJLBSAtubXb/AIn3emngD3GmP5/7HXo3EqFXya/aaU6975sGa7Or&#10;LdlQPYekj6AAfQH82918+Pqf9jpQAANS04Z6974PCyPIf2yHsw5Oolfr9f8AXuAPd1NVHGo8vl/s&#10;dFtxEysJBWh6976jTQsiFvq1hYm5UixBP4/qPdHDFgQKg/6uHCnW4plVQjCtT173kZDp0qoKooRv&#10;+QrXJB/A/wB79+yDU1/b0vIDY/Pr3vF4dCMiFgSy2NjYH86H/wAfr/vHvTsGbUTTjUV414daYgnH&#10;kOA/wde99HVcggMTa68qSDwVP+PvbprTt/L/ACH508+ieSNnXAIoaivr5de945KZ2e6tyigEAcjX&#10;woufp/j7rAaChBFfM4yP8nSaJXWQlx/xfXveBaOQhVFghupNiSAp1FlI+v8Aj7f1hsnjj/V8ulQq&#10;3aBn/V/Pr3uK+MldiFDBnHqa9mUMb+r/AIj2+s1crinED/DXpuS1nBDFcfb/AJOve8MuJlP6v0WK&#10;xva/qUci44uf8fb63aU0jNf9X8vl0maAntyD5/b6fZ173gfBK6AHVclTpFwTbkszf6/49uDcVU0F&#10;KDjXy6qYJPLNKf7PXvcVsZGEBLtHYnm5JLfQWU/Ue1Ed4TIdOMfy/wA/TckS8eIp6Up+fXvcdqWi&#10;uFll0ylSSFChQL8hl/Nx9D7W1f4wMH1Nfs/4rosKgOa8f9Weve5EGGoZNK6wCxJChrt9LgEfT/D2&#10;nurqeNda8OFaDB8x+fW5ERItcWGJ86Ejr3uSduU7kFW1B1AvyCpH9m/4P9P9b2gXdZ8xMANPmfMH&#10;pVbosiESgVGMDGf8vXveRNs05Lc+rSUsb3DDguLcG3v372nKhgBSnEf4P9XDpYLOqk6R8uHXvclN&#10;t0TBb3cAWZH1K4YEgXt9Dzf3o7pPUg8P9WP29b+kHwkYwf8AUeve8ybapVskZjUqbSqUuVAPHr/J&#10;5t9Pp7aO5TMdTjpwWqlgdNT173MTb1PqXyHyX0kOQdIB4ZGU8D8cf7b2x9c6gjAJr6V/1fPrRsY2&#10;DJIo/wABPXvco7eolDBkvoPN7ENfkaR/rH8/6/tn6m4U/EaU4Hj/AKgcjpMNtQNQt2nypn/iuve+&#10;K4ClUxq0QYA6joNn5Oljzx/re9rfuK6CR5f5fz+3pfBtkDrWgHkBT/D1732dvY+RUVaZNJLKjP8A&#10;Xgc/tt+f6/09vJutyGPcfIn/AAYP+TpmTZYjgKPy697Zpdj4+e2uNERr/oADO5NiuoD8A+18e+zx&#10;jsyfI+g/PouuNkjbUyAq3l6fmOve2ifrXFy6v2g/IHGnWjfVQyn6fUk+zGLmq8jQGvdnjw/l6j/N&#10;0W/1dqAXIr60x1723t1HhZxJdJBIU9KsAyKfrquP8ePbo57vIDpJGiprX/B60xXpBNy+RVWAx/l6&#10;97bx1NT00uhY4y1vqeGETfU6xwefoPZivPEkiVJrT5cD+fHyp0x/V0aqIuP5D9v8uve/Hq2ilBt4&#10;lkDlUOks5H9kf0+tx/sfdDzrIra6VA9aUp58PTHVpOVEALGMYH+r/Z6974Dq6mDBZaZXS63YoNAJ&#10;GliLfgn8+1A52lTIkqFNc5+dOlUfLca0NAacfsP2+nXvbh/onw8qqrRKgcMAAisDzyb/AF4/r7SN&#10;z3eiUuMk5zinGmP5dJ5OW41lPbxyCccf9X59e98f9ElGpAgZFAI0L4uL/Qtz9Vtyfbw58uChMmf9&#10;Vaft/wA3VI+WQR8IFPM/5D172+Y7rnHUCx+WESDUT6QONZFgT+fp+Pp7Rz84XMqlg1Dw9D9o+R9e&#10;jKDl61UDWMjPp+z5de9qaPaGLKafDoFhZzpC6QL254J5Pskk5hujJWtSfU/5elZ2O3Y6aUFOH+z5&#10;de9y4ds4SnGpKGJzb9TIJJNerl254/Ptk79eMSrMfkKmnpj/AFU6UJtdvHUFfy4f8XXr3t3goKON&#10;R44vS0hFhEAoA5BX/WsfaCbcrhxRmwBn1/P+YPSuKziBGkY+fXvctYoddgQCLHlAxGliNIv/AI+0&#10;LMSlcNjiD8q/6vn0t8GILQ0z+X+qnXvcopEEX1LZTZtVgdOmxsv+3t/sP8PZeSxJDf6vz/Z0Winn&#10;173gd4dSlXsGNtNrsOL+gD62v/r+3oIZGXI+H/Y8+tga2AA4Gv8AqPXvcMzoxMZUP+5zfkWY/wBf&#10;x/sPpx7MViK0by8/nx6UArwB/wBXz6975pIxXToAKkgE8F2Pp1m/H0+n9fbDW+rz40P2fnx456Za&#10;AMxOrj8v9X+o9e942kBZQFTSeC4+pdTcqR/qj/xHuq2qjLHPy6qLU6qseve+mj1yG92BF7gWAYC/&#10;pH+Av/sbe1QJVaAf5v2dOiKMDSQDw/1ft6976NKWXSVRyq3dyBd2ufT/AK4A4H59tG8ZRq4mtMmm&#10;KftI+3h0WNDFVnZeJP8Aq+zr3uPJjUJI8eq5UEfX8G1v9iefau33CWJNYOTX7fSv8ulMNuvhkrxP&#10;+o1697xyYSECxuWcg2NtJP4S3+259rI94kCgU+Vfy/wH06bltkRAQoIPl/n+XXvcSXBIQSIdRCAc&#10;BbllHP44B93Xf56BWNBXgMCnn+fSGay8VtOkCnAAYx/h697b323C6uWpwtwWEhAsGFxoJPJH5v8A&#10;j2th5gmVxqkpXAB9OPA8PT7aU6TJtUbPpdRn9leP+ode9tk209SGQ0yAalI0gMDbk2/xNxe3szj5&#10;kcyFi9Kggg8f9Xp+XVTsMLHtxUnj/h+Xy9Ove2qt2eheXRTog18LpAOsg+kBf6j+vsxtuZ5UUM7B&#10;q8QDTA4f6vX5dJJNgTSTTP8Am4U697Y6jZwjLqYlH0N7AlWK3JI/1/ZgvMrFgx/w4+Q+0Hj0UzbJ&#10;Cxqy0b/V/l49e9sk+0oHuzopjuRyig/1+n9b+zSDmORQACRSgOaj5kf6sdILjYYKUVKD1H+r1697&#10;TNbs+kfWJI3Y8g6YrCT/ABbj/efZxbcyTh9IbV51rT1oPyHRDPsgV9AU44f5D+zr3tG5DY99Wina&#10;wuV02P0/2j8exDac1yqAan9ta1/ydFE2zkjAr5UP7fz697SlXsGc6rQG17trABsfoCCOB/U+xFDz&#10;b5a+FKjJH2/M+nRW+xhSSVoB+Y/Z60697bG69ZVDGILciyoPUP6MR7XDmgS1BIOceVP+L+fSNtii&#10;lB1JX0z17347BgiV/LGX49XCLyRq5A/2wHt9eYmNDGOHHJOeq/uKCE4ShPzJp/sde9w6rZlJCGJj&#10;sIxZbMpHI5F/z/T2/BvU0rBjxNPWtPy9Om32WJkLMq5+XCh/wnr3tHZLCUFOkupYxYAAkBrC/wBV&#10;v/T2f2dzO6qyA0auK8RwFfToOXthFCCwXHnQ/s/2R5de9h/lqXGpCQoRWAH4VdVxbVf8D/D2LLBp&#10;mcN6fz9K/L59BTcbaHxDLGwqPLyI41+fXvaBqmhRmZSGIAH+t/qSoPsUW6mgDGlc0p/l9eglPLEj&#10;Eg/7J9fs697T1dUlr+kqx+g4YKfoWJH4/p7NrWCjiRvtr/KnRczmR6t/Lr3tNVcdTMymNTZbkO1i&#10;Cx+pP+H+w9m4aMDQ2QfL/VnrTKjqUK6q+nl869e9wo8dLI0muO7Ecm40gA2v/hf+nu0kz0FHr/q9&#10;f8vVVsJJXHhGoPDyIp6de9qHGbfLO2qMyPdSBY2U6voNX9P6+yq73FIlHhHHmfL55+Xy6NLbbCBV&#10;81408v2f5OvexIoNuAMbxab6WYKCFseGv/W/sJXm7kkUOo5/L0PQsstnkkp20wDnh9p86de9iLi9&#10;sgqCqKo4Ggj0kXuR/iPYSvt2cggtTPyx6GnQwtNmVQr0qQcHAH/Fde9iHjsGtOhCsbMy3IQFVIH9&#10;i/19gncNyaYFFpWtTXFf9joQ2tgkRLgUJ4nr3tVwRU8CEBjcBQwJI03/ADc/n2G55Hc0UU4nGaV9&#10;SP8AJ0aquKHj/Lr3tzgWA2JIKJYNqA44uoB/J/rce00iFEINQSDQjh8/t6uhUMK8Ove1LR1dNCAF&#10;njkZrDhh+q91Fh+P9b2R3Vs7sGKn1z54/wBR6E1nfW4VQrBSvCvD7eve1NDnqaAq7TRo4IDIbMll&#10;X6m/0P8Ar/T2WNtUky8K8DU/Py9cfLHR1HuCAgkgivl173KTddIRJIKyFiAVVCyAC3GoAcEf6/tF&#10;Ny7K5GgUr50IFP8AJ0sk3eEkKuOH/FHr3tsym54TDZZ4ZC6gN4iL3I/H9D9efam02SQPhML6j188&#10;/wCrPRHuG7I1VJ+H7Dny+wf6j172HOYz2pdQkVWLjSTLyFtYm/8Axr6+xht+1aQqSfhFRTh9h/1c&#10;OiIbvobQeFPL1+fXvaUfOLqdGLG4AUg3Jv8AQsR/xHs3bbjq1FajzrxH2enp0XTX0k0wPAHH2Y69&#10;7jrWSTM0ZVh9FH+pH4P+396aNUo48jXhX8qeQ6Ta2bA/kOP5eX29e9tNTC7SOoj9R9OpedQBsBf6&#10;An2qSdY/7VxQ1x/k+Y/l0huknb9RamvkB/Kny697grjqidl0RkhGuwc/144vz/sfalruOEAsRT5e&#10;R9Ps6bG2zynXJWhpgZp/sde9uFNs6SqbzNHIgN14XkX/ACQfaObfI4K0YD5j09f9npXBsEkgqFYj&#10;14de9zn2RK14kp5AV0sxA+t19JIbj/X9pxv8SMH1A1/l6fmeJ/LpW/LDkghdX2E9e9yqXrqpk0M9&#10;OLm+lXaxIA+gUD/fD2zLzPArkqaEfKgp/q/Z15eV3Dk6KHh6UrxH+Tr3t4g6xklVmMR0g8qVAJuL&#10;+mw9oJ+bo1NGNDx/z5/1Y6UjlNmNGWgPkRw/2eve3qm6xpI0vLHZjYpoBIFvqGB5v/X2Wyc4NQrG&#10;wIBPqR+Xr+fRlb8oqoqBwzn/ACde9qSk2BBGoZYwgBHGhVUc/Qg/U2Pslueby50Ia1zj5cejGLYe&#10;8VU1+f8Asde9vkOx0VCDEjrqBuQoN73II/J/3r2XHmU0AALHgR/I588ft6N4dhj0jUKny+X+fr3u&#10;dHtWGNvGqRXQhQCoHNv1OAP6e037+cioHE8akfL8uHSxNmiCiiZH2/yP+Tr3vG+zqeTkQxXZmUH6&#10;Asfyy/19uRcxyg0JIp/q4+nmfXpqTYbdxwxx/P0/z9e9p6o2FTs7lYbKbLbXqGsjgITz+PZrBzRj&#10;SGIPCvqPU/4B0WXPLcUi0VeHEH0zn/N172yz7FWIs6RjWTwY1bUbfUEkfgcWHtenM68SaDz/AC+X&#10;z6J/3AI37EoPsPlx/aMg8Ove48Ow6jXq0J4uLOwuosQSgH9P8fdm5qUAUYg8eH8/8vSiLYhJQqpr&#10;xNT9nXvb9HsungiUlQdGoMOQRc2YEf7ax9lT8ztI4LE+ta4+VR07+4/DOkrQnhnHDz697jTbUQAe&#10;KGSXSPogP9bkFj9eQefdhzFDTRrxg9XbZ6LQr/m+2nXvcA7Gq6oEJCb3KjUxOpW/Suojg+1K80xQ&#10;gEuDwGPKoyaememjsXiEArUsRwHD/YHXvbrQdSLOyNVKQGBBEvIuxKiMqtjx/X2kuudhGCEYtwp5&#10;Af6vn0vj5TUGpoTTzHXvaii6ioUIHijQAk3MhXkgBlRT/W/Hssl54m8zU+WfXh+fS0crRIK8PSow&#10;eve5sXWlJCAFSMn6artwPpaw/r+D7Ty84zS1qcY+YH/FdK15ZgZgNNajjw697dIusBIOI1I+gVxy&#10;S3qsx4P+t7LH5xKgtrXHp/hP+bpwctW9KspJ/wBXHr3vN/oop5EXyiy+sBUDlnVfUU4+hH+v7ovP&#10;LxkupqPX0r5/5ulCcvReUeMDh64/zde9yF6nx0YDFQqvZR+1qAvyrFj+L24/r79/XqeY0DV0/lU+&#10;h+fqfs6VR8uF1oE8xxpjr3t5o+sqFihEAVT+rTEB/RhcL+m/9fZXdc5XDLpdsDFOH7T5no0i5YVD&#10;wGOGD172qqfr3H062eBdSi6gcX5tpFvr/rf6/sPXHNV1NQhs0pXj+Y/y+fSlNjjOGAxilB+fXvb5&#10;BszGRpGTBGCwDcRgqLf2Vv8A63J9lkvMdw9WDEUrXyzxr/h6XRbDCBWn8vTz697eqfb9Gn+bRfpc&#10;WQcuTqC3P4tcXPtDLvNw2JD9mfUEHpXHssKdtBkcaf6uPXveY4KniDERWZrAG/6Qx1N9PoAeD/T2&#10;x+9ZSwQ8AeHlwx/q8z041gq5AFK8Kf6vn173GfCNGnDKRbTYAXEbWAa5+hBsCfdv3ilakVHz9fP8&#10;v9Xn019KvlTB9P5/6uPXvcOoxUl7MoYBBYEBAzhgGF/ybHg/n26l5GzcaDVxGf8Aih1v6MSMUPn5&#10;5697SmQ26ZmlHjV2I1aIgbkOL/7x7EFnubwgVIVa0r/g6LbrbJRR6Up8/wDL8+vew6r9sVUDsIy4&#10;F9aF1YkH6CMf1NvYrtt5t3+IgHIp/l6JJbR6EMOAz+R697YZMTkIbiandl+lzc8W45/r/rezJN1h&#10;KhUYVyRSnRfJt7OlQDXjnAHy697x/wANcrq8cgv6baASD+kH6ce6JuJC0Dgknpg7bJxYZPz6976T&#10;HTQv+5CxRypAJJAC88Ef1/I93N4jcGFBT5Vr6g+nW4rARuGOP5n9nXvb9DGr6gES5KhI0sTz/Z0/&#10;Un8/4e0MkyqeJpSpP+Qfb0cRwahpRSPnQ9e9vEeOZwt4gEHKhgQAf7Qt9bj/AB9l73i6qef2+X+r&#10;j0vG2SMNTUH+Hr3vmMVMLeN0RTyAf08Dg/4n8+0cl0poW/D5A5P2dNybf4S0ZMA8a/Pr3vHJj64q&#10;WkTUhBGtVFwR+oqPwPqPzz7WRX8Iorih+Z/Z+fSdUZDpXIB8/wCR697bf4dIRbSwtwq20lgfqvP0&#10;4/w9qBfwauJz+zpwK9AeH2/b/qx173zFI4uXjYqlggAuQRwLgfXj/efbLXsT0CA/Py/LptrcsdTU&#10;HmSP9X+ode9xZMc8obxxuCAfrqDEk2GrTxb/AIj3sbhGAFYjSc0rWh/1fz6aljkAXQaqf8nXvbLL&#10;gJZJBZH1s36ULavSOLAcX/r7WLfRDOsZ/wBWf8nSHw5QWZTT5ceve838DqIAFbylmJBsXa1+T/r2&#10;4uT7oLy3caiwp+VOnobWVyxJJFfKg/4v09Ove+kxlRq0L5EIAJFjay/4t/vfvRntRV1YU9PPpX4U&#10;0YIFQB8+ve54wkqlZGnl1AgXVn+h+un2mN7aMGGCPspnj+zp1Vm1Urgjh/q8uve3yhxteGYmdxEL&#10;aAWJ4vwPGfxe3PsvlntmOKah+Z/M+vRpas7fpgUOeP8An/1Dr3tYUFNkk0s0z2CMqgOfQv0tx/j+&#10;PZBf/TBKADjXI4/P/iuj2G3ao1Gv8vzzx697foxVFkDICugqvLMC9yWDj6D+vsopFQ1/Py/OvS3u&#10;YEE54U8z8/l8/Xr3uT9jU1JUSuIlCEgfQEX/AEMB+P8AD22Z7eJaotT/AJ+BPTUsKiEls5x9vr/m&#10;697mwYfRZWbVcliFX6AC3559opbxRgiuPXHTcQaI1/1V697UFNSQx/4SOB4wbkqoPJsPpb+v+x9l&#10;ss0jgFvh8+lymR6BsLWtPU9e9vEUxVAVRWWzC4ADD+ydLD8f6/tE8auw1GnDpUjquDw69788xIKk&#10;A6AWKggKU+tyw5uPfkiUd3n5dUL68DHp173jE7OCC4ViLajYEJfh+P8Abe3PDVD3CtPt/wBX+z14&#10;nJB+IevA9e94ZJRZgGBH9QCbW/tN/wAa9348c/6v9WOrPIxGk1I697x/cOwUa1DDSF0n6pzcgH8/&#10;4+9aAcU60CQNI4de98zUkBljOpQoINtLKAbFv+Ne6LDU6j/xf/F9O1TBHn173yEwDHQr6gv9twwK&#10;nklQeOT+B9femjcjuIp/qx1rxl0VHAUH2k+n+Xr3uN92l/CGGq9tVrW1cFQT9P6X9vG3Aox6sI5H&#10;XxBinAH0+Z6975vUlmDKwAUhSoAYBQtje4/PuvgBQR0leNHfVIOHnwr9vl9nXvfKSdWKlSfpbgAh&#10;itm1Ff8AW+h90SNhx9elJdVWtfy/wde94zOg1kEKWI083fTa/wBB7sY2NKjh+zpPeMHiPhnhx/b/&#10;AJeve8fksC7k8mwRuPUeSbj6/wCB920kmi9I4k1kkjAHD/L8uve+opvq5KqCQp50jQV5F/yT+fdm&#10;irhRnpYqBO9VAFf9Veve4xlZtT3YKxGgFjwALWA/x9u+Gq9g8uP29XaSpwaAeX+X16975B1Y3udI&#10;5v8AU3Uc3Xi3191ZSBjq4eWoBpk/sHXvfazHkkJYH6gC3I/WNX5/HupQVoD/AKvTrcmhQS+T6eR8&#10;+ve8XnOrRb+1dQFAP14+n5/xHtzw8aumPHGnuOc/n5Ade99GX0XEhI13JX9bEgApz+APe9ALZA4f&#10;5em9WdQAFB5jFPOg9eve8TORchzb62Fr6R/vHu6jI68HZGo3H+Qrnj60697951kFhr03NiSA5ZeF&#10;5X+n59+0sONOqiRwSzdw/wBVeve+azMwBUsNFxa/DheTYn/fH3UooJrSpz1syMVJZiM+QwPTr3vC&#10;8xvGQx4P0POkMdQAH5/x9uKlVNR/s9KIGWSXuOrH2cP9j8uve+jVSEL6006ipcckutvQT9bW5Hv3&#10;gp6Gvp/lHSt4ENdPb8vIjjXr3v0kziwVlKsGsg9Q5F7Afj8X9+WME5GR59J5UaMajkeXlT8uve+j&#10;OY2SQkvdiALcqDx/vf497WMMCoxTz6rbgM2mlFUV/wCK+3jnr3uIakM5DErYsFtY6VIuA4/2Pt7w&#10;qLUfLoxYs61IHkBin7Ove+X3NkCuP7IIKP8A1Nrk/wC9+9eCCSw8vKnSGGMmQtIKBSRkUqfXr3vg&#10;apUVmNiAAF41FrXAJK/1/r78Iixp/qHS9oXaMtpqOFcYqf8AP/qp173yWqbx6+VX9JZSAWIPGjV+&#10;SPx70YV1aRn5dFkusSAL3FuFcfLh/l697wtOW1Ayi2gsQC1rkfrDf14HB9uiMChp59K0iMYYqe45&#10;z8+Hz9eve+KVF4yb3UjkgG5P6nGn+v8AiPe2i7x08AThvIfl/q/n1730J9YszrpZFsrE3Nm0pa/A&#10;/wAf9t78UpkDPRXdxsrlytPXzFfy4Dhjr3vnqtr1I1gLgDSw5Fh/ibi/vWnhQ9O2sFP1D9lOH5/Z&#10;nr3vA0p1uRYsQ1iwDWThVBA+v19uKoAA8ulqsrVCiuf9XHr3vEZUDMb6dXOoNdgNP9ofi/F7e96W&#10;pp9OqOzU0g1FMj0/1evXvfJW0avpb6C31IIvzf6/UfT3orXA625UeZ1Y+XD/AFGnXveLyBgXbQyC&#10;1ghAb0j9Vz/gb2Hu+mnaOPVCxp2k6j5nr3vvzAFTqDAFVbSQWBK3FgP9jb37RUHBr1XVXUwqC386&#10;f58fs9T173jNQFDaGQeqxsBYEk2I/wBbm492EZNK9aJOPP8AOh4Zr9v+z1730J0eAm4LoW5NwL/g&#10;3P8AxH49+8Mhx6HptkQOGIz6de94Xl0ejUBzYEcqbm9ww/p9be3FSpqelAB0+KfLPDh5D/Jn8+ve&#10;8es6tRIbVwdB0auSbD/bH3alRSlKdNiZQ9DilTjND519f9jr3voyXCq11GvWvqHp1G/rJ+t7c+/a&#10;ckrny60Xj1Eg1r8vs/Z173yaYuvChG+gOrUbNbkn+lv9t70ECnjXqqvGWAdvmTT04de94HcsFLOA&#10;AeWY8JwOVP1P59uKACaD8urrJHpZly1Kgetft9PTr3vhZGW7/um7ANewOlQfz+B7vkGi4B6ZLyBd&#10;KmgPH7f8Pr1733IzKq2ZRqa625Nh6QNX4/r70oBORw6rGSHzmuOve4xkdLrrJW/qYsGFg1yAP8D/&#10;AF9uhVbuI6u88YlQAVIr/MUz173yQFdAGmwuxsATYeprn/H/AA9+Y1rUdaMsjLnFTWnXveMzLdin&#10;0YcELyzarEj+gt72IyBn/D1rxH06Sajr3vzTsoZELKGs1/qSANQt/Qfke/LGKgnrTkNQt+weXXve&#10;LzixJK3ZAXH1Gq9uPd9GaD168DXFeH+ofn1730zqFAvZ/UNH4JvcDV/Tj35Qxavl69bFa0Xh5U69&#10;7xlgxBJIcjkEm1lHpI/P+Fvd6ECnl1StR50697xPPdR5bErcWva5H0BI/wAP+Ke7BKHt68H8gcH5&#10;9e9xpZ1GixLED1WJW1vpf/Y+3UjOScdeLLXT5de98nlRSGDLwp1/1Jt6fp+B78qMcEfZ09bXYgOF&#10;x8+ve4DV0aMSSEsWJ0+kG/HF/wCntQtu7LQZHWrjcFljxgHjU+nXvbbNnaWBkDzIrEhRqYeq/AI/&#10;4n2qj22WQGg/1eh6JJd2tozpYg/nT/Z6977XPUxBQTx/2g2s82/BH+A/r7udpmprYEcP9R+fWl3O&#10;2cAagKD/AC/zxw/n173mbLUo0hqlF1fQM2kE2vqBP1/2Pvf7tetACf8AJ9vTN3u1tChINdQ/1V/w&#10;fZ173Kwhn3FlqHBYQPkcrlJ46SjpKYl5Zp3bi9voo/U7H9Kgk+xBy9yVv/Ne+2vLfLtpJdXt9KkM&#10;EMalmd5CAoAA8uLHgoyxAB6xe+8X94fkT2L9t939zOe71LPbNoheWV2YAsQDoijBPfJIQEVR6/Lr&#10;g7qoJb6KLn/bf8i92abQ2djeuttUmGo4xV5FYFk3BlYIBLU1+QlbXNGFXloo2JWJb8AX/r7+lT2P&#10;9lOXfu5+2lr7ebKvj3sgWbdLtV1PNeSAaogFPdDBTw4xngWrXr83f76f3rOc/vofeB3f3h5pkaO2&#10;mkaLbbVn/TtLGMkQotcKWXuenFmPWKBZArNK15HOrStwsa/2EAb/AA+t/qfa8gpH9V5Lqw1+sfqs&#10;t7K3/Efg+59stmnV21SDIqGPBqDAB/P/ACdYfy3CnIHDGPL8us4BH5uP6f4/4e5niV4n+okRfVp/&#10;T/gdR/3r2erZRT2zacPCMlcqPz8jnpP4jK4rlW4dd++McnhS6gsqgkt+Rp+pcf09pbe6+hjYxqXC&#10;UJbzULxJHmOtuniHOK+X+br3uUkokjEin0ggH1XUH62/2Ps5trr6u2+pRwAG41xU5/1EZB6ZZND6&#10;KV/Lr3vuRVLxzPCZHC6R6rgXOqynj6Ee3bqNZLiK7uLbx20aa6sUrUaSCMj1AqTnrUbEKY1fSK1+&#10;fXvbjDNdWYK2uwRhazqT+P8Ajfsbbdfxz2zzxRN4oCqy0owIGOPlTz6SMGjagOD/AD697yseAWux&#10;H5vdrezeRUjQTOCWj9MtQ+X2/LpslnOTUn1Pp16wH0FvfJWKsrXsR9NI0G54H+x/r7cjYCgkK1zi&#10;lMHIFPX168GZGDpgjzHXRF+D9P8Ae/8AA+3+GSNEEsaL52S0rcLxp/3Yfof68+2zCpctQZpkDJ9B&#10;XjToXW1zHHCJYh+oRRjXAxxPr1ClRizB2AjBVkH15vxZiOPcGB0RmkmT7g69MbOAF1yGymM/QH/X&#10;9uSooCmRgCDgmmK+X58PU9FdnOqu80yeN5CoxU4BHlUfPHWaVCygK5jtYkjlrDkqb829ustFT1KF&#10;i6vVrENFJPF6UYfpaQgW0/0YH2jkOoBZI1Za1BPcK+VAc16Ecm3Wd1GZBLW5CUEJXTTh8RGNNM6q&#10;5PTUtbUxzGJaQfa6wzV3nVlk1/VY4z6td/7NuB7lw5/HVm3sltvsCSgGNdRS0lbJHJ4YxKfGKepk&#10;a5HJAVh+Pr7B+5WDWMcm5bwYPCmZUdV1hXD4AYMTkk0FD8+PUhcq85W+77S3JHMzsGhB+lnIBaJ1&#10;zTUBUAAAhvTBx0TXsP49ZjY/d+O+S/ROOYZ7NTLQ907Kp637Sn37gRBopstj6aQ+L+JU7clTbzD8&#10;hxcgLu6GTY+Zx9CtLTyY6YLT0r0ZOmKKNQyPI/Ib02K8/T3GfNtn/Vy7triyiXwJaiICoYacnVXi&#10;V/mM9A1tlmeW6srycPcQ97MCGWQPwKkcK8Txyejo4XKwZvF0WVpoaunirYlkFNWwNTVlO/KSU9TA&#10;/KujAqwP5HBIt7mQ5kzsUjANvTrAXSxAv9R9P6X9oYuZrmR/BUAlaAmgoaZp/q49BuXbRCoZzx8v&#10;MdOgJNv9jf8A4r7UcDCaJHA0iT9Qc6dCkWOn+v8AUe5DsZUvoIrjRRZTQhiF0rShpXB9VrWp49Es&#10;imNypNdP8/t65e3Gg1UaBFleQiytJJbW9jxqtx/tvYu5dthtsJs1dpV/jcguacCaUGoiuFxw6be5&#10;kEpmiAQnyFaU/wAPXRAPBF/cueOCX1RRqGIJkUrcM1/qP8fZtdbTbyFp40QuSCaiur188NSuR656&#10;9LLHIVMQ0mmQP8n+brpQRcE3F+P62/ofbazmHzLoYKnLFf8AOKANVtP+8Aewt9WNtFxbhGC4JK4Y&#10;DHoa+oC8WB614Rcr6/PHXL3npquKRlV0ADIrrHMF1Okgvpkie/P9VPs7sN5stxJ2u7VQssYKrJQG&#10;RHHwvG1aNx1KfLFOtKj2souEzobiBUAjzB/wHriRcWPNxY/i9+CfZa+4Pi5s/sasqNzbWaHZu85l&#10;b7qaGIjA5sg61NfQR2WKbVx54h+fUDb3zt+9P/d08n+6tq/M/s8ttsW9BpZZYdBWzvWarEEJi3mZ&#10;+DovhnUdaYr11j+4T/eze9/3O+Z0try6n33l2ULFLt11O7QxxgjugBJ8KRQKqVoD54PUYJJTj0Xl&#10;iVRZWJMq24srH6i30v7q23Vjs1sTP5HbW6MXU4rNY6olp6mnnjdfIIX0x1NLMRaaGUEPHIlwVN/f&#10;ArmvkbmTkrmC75W5otns7+xkaKWKQaWVlJBpXipoSrjtcUKkg16+8j7q33zfan7zPt5t/PXIG5Qz&#10;pdwxvLbeIhuLWUqC8U0ddQ0MSA1NJGa56zxSpKgdGDKR+ofQEfVWH4I/IPtMfx2nJOm1zdg5Wygo&#10;P08c/X2Rfu6SmesyrXdLa6UMjAH5Nxxx6ye+1zMTW9TXNhYm9m+jNp+nvRsXHl0b292pJWUgACoq&#10;PT/D173LjycYupPKq12Um5tyTz/rj2y1oRkdLVeBk1BxUgH7Ps/zde950rEY2Eur9NyL3Fxe5v8A&#10;0Pts25GadVa6hcgVqfL08h/Pr3vn94oeRo2Z1tZWPALrweP9uT/vHuvgHSA2D/k6fUqWoP21xx4f&#10;8Xx6978tUNIuwUDUxuCbBuDZR/xPvRhNeGemGi8y3H/i/wDZ697wvXxAiPVexFioJDfU2VT9CT9b&#10;+3Ft3PdTpwEKDQfzrQ+p+XXveN8gwuqsFNuOCfr+OP8Aefd1twc06dT41NTT+X2f5uve4FTkDHHw&#10;413VrKbXIHq/rx/xT2oitg70Ax07czkiiKQKcccRwr8j172wVWenjUiMhFVTe2pnYObHV/vFvZlD&#10;t0bHuyeiG43MJURcagGmaGnkfMde98aTcPoJZvKWe4WxB+ukAke9z7YNWBT59JIr1pplEhNKH9p4&#10;/PPXvbym4C4BKgStwSp/BFwtz+PaFttoSBw6O1dNOhagAceI/wBVOve5iZpZVCaQLWCeof4EX/r/&#10;AE/xPthrEodXV0dSOPpXy49e9zYK+FowGGnixLG/0PLBfrz9AR7YktmDVH29OEsgz5VJ/L/V/l69&#10;7zGo1uxjayMCRc8n1HSF/wB6/wBt7oIyqioyOtgFiKCuBgfZ/q+3r3vsVYQLe1yCVcCwta2o/wBP&#10;6H3XwSxNP2f6v29OOZIe0Ej5fsx+ZyOve8Iro0fRqF1soubDn/X/AMeef9b259OxFR59U8Vq4fyr&#10;/q/y9e95PudZGoqoBuq/05Aa7D+v1/1vdfCIGkdV8QsRX06974Gf1XH6jpPAFx9Qf+JHu3hkY6bW&#10;unJr/q/ljr3vkZjpsraGJI+gJUnm9x/re9aM9wqB1tQgOtRWp4+X+ry6974yTaNKMWaR+L6gLsBx&#10;z+OCDb3tY65Hl5dWUuSWPAfs4fz9Ove/NUaWUav1kG/1BUt/T+nvwix1Ys2dOaeX2efXvfJ6gRnj&#10;1LYnk+k3OkX/AKj82PvSxlhU/Z1TWzLmo+3/AFfy697htVKbkWsoFka9yzGzWYfT/X9vCI8P59ed&#10;VBEhritTw/Pr3vgtRoNjySLi9wUFuLA/X3YxFuHWz/SwSfXiaf5uve8JqmLEqAgsACPUSPoTz/Xi&#10;493Ea0p15WjoSSf54/Pr3vB5TI1mYkAsAQLBWBuQP9c+3NNFx01ND4o1L5f5uHzqfPy697yeWJJG&#10;lALKBY/XUebL9f8AC9/dNDFQnr1W1gMdGcglhilTQ/b6/wCTr3vwmJHNwbawOAPGTxY+9+Hmvl/l&#10;6d7WPHBwD/SH+b+fXveNJSGJu1h+P6kX/Up+n0+nvbIOA6eKxUoM0pWvGvn/ALHy697yCpCabMQ4&#10;DEnQSoY86NP4/wALe9GMtWvDqjKpJrnzFPT/AD+h49e9x3n12BtcsG0/QC4sDYfS/twRheHW0RnY&#10;UwVBpjj8v8ueve/LKwYG/PNxcG7fUAE/0/Pv2laf5eqs5QKVWur08h+XXveM1FtR5vc2AJ/s/r4/&#10;17W/r7sIv9X+DptZGYk4pjBwc/yI9eve/JLdC17MXIN2tYD8Lb8/n35kGqlMdJL+UPEFUYrxP+rH&#10;XvcdwZL3Xkh78kXIP9ojn6+3FIXqtoWkgMdCaNknHl5eo697bGpEteymW5LDm314t/iPrf2s8Y8B&#10;w621oHNWUV+0de99tSqpVwACwX9H11D6lj/W9/ehMSKdNyWsKoTQKQP9Q697lpZOSNSOQT+FJvp1&#10;Afg/737ZYluByOixQdVKnr3vmpjJ0gBhe1yL6Cf7I/p/sPejq4k9eFNQpXH+rHXveOSQGS6XB+jh&#10;mIYWXng/192RDpo35dHgAODTI9KDh6+Z697xGRWNhdGABvqsr88WI/PH093CEcf+K6bLELQ/7JI8&#10;z9nXvfJ6gJpKsBqsWJFzpB5Xn+n+HvQj1cfLq3iAMG4nj1734VCsWDWvcaCxFvV+WI+vvzRUyPz6&#10;bkRHAnXLj+YHr9nXveIy3v6lUK1gdVhb+gv/AEPI930DyBPVg1M1/wBX+r9vXveIySBr6gbGxF/q&#10;QLkD+t/dtApwp1syCmAK/Zw+zr3vr7kgg6foxNguk8mwUkcf7H34xA9V1Emgx+fXvfJpyzF7qvpv&#10;pY2/T/at78EAFPn1Z3XUKcOve8InYKhA9OrUbkWax/tEf4n3bwwSevB0U14/Lr3vxnJBdbKbngEn&#10;i3Okf19+VADpPVKr/qp173hec3NiRqF73P6v9Y/n+vtwJ69a1cKDh173xaouSFKaiLqwsAD+Rb3s&#10;R4qRjrQNOHrX/V69e94DMVLXOlnH1JNgw4/1h/h7vorkZHWwxqT69e94xLd2v+qwAN+Bc2Om/wBf&#10;6+7FAFx1o5yeve8pn0gKNJbmx5J54PP4/wBb3UR1NerK5C6SKjr3vG8rqFJf9Vv7XC/1N/r7sqKf&#10;Lh1WtcHh173ySUaS1jYKQfUCAAfqD/r+9Mhrp69U/D5de942kJAaO7A3upNub3sP+J93VKfFjrde&#10;ve/CZmSxGjXxe/1H0Fh/sL+9FAGrxp1qmeve8epgSDIDcWINiCSOb/4+70BzTrYA49e94mNyTqsF&#10;v9bfS30/437uB8uqM6xgV8+ve8bSkxq1gHJF1INz+AbL9Db6+7BAHI8uveKpHbig8/8AJ69e98DI&#10;2oggi1yP7QBH5AHuwQBa9Ue4UY697cMbkaamdmqaZakWJAZgBf8AtXB/H9PbM8Ej00NTokv/ABnP&#10;6algKde9+nqcdkqj9+jjp4EACLCbaQzWJv8An/H/AA9m23TiyADEk/6uPQK3qyu5ogEBAFcAef8A&#10;l697NX070xtPdiw/cUyVElUoXWjXaNdOr0/4+5S2PeNtnIiuQtacCPnT7BwwfPqId2/eO2uZIya5&#10;+X7a9Ive+fr9t4eoylHCs32y6yrDUG/wNvx7GrJ/FCixlWK/aOUNNVxjVJR15RUlKnleRYg2tyPc&#10;5ct7dyfcwf4/FGCxpX8I8/256i3dt23651FWb7c0rx/1D5fPoolT8uMrjKqWmzeysnLQ2utfgYZK&#10;t1jY2WZ4r/T8mxv/AIe131/1YMblpKvNxJSZCjjWWJqIxKpdGvrUqPqTwPchbZ7TcvcxXcUVhEhW&#10;RqV/D8j9gweo/wB15s3e0jpOSSMGtflw/lT9nRPflt/Mfk6e67qs7t6KfIRzO1K9NW0c0davlTSy&#10;BWsRa/5HJ4HsZc/mqmKONq6uE6KoiVXkDXCDSA1vyOPfS32l9pl5e2GO0tE8NKVBNRxA4D58PkT0&#10;AL/etx3FSA3CvGvDhT7a4r1qk5vc9X8oO1Ny7wx20clQZatq5KyavWhlprh5yQKaRhwb2Ykc8ewl&#10;xO4pMRlK2CDQ33U/lVwbhlf1AH3kRyX7XzXu5CG8T9MnNRQH8s1A9f8AL0FbOyLXyzTEYLcc54/y&#10;/wAPR4u2/jlivkB11sSTdC5CIbXwa4qqpp42Ainpk8crspAJB5bni5v7UGa3HXTSQ0oazT3Kqpst&#10;hwQ1/eT2ze3XLO0waLOBQc5YVPA8T6DqQxdiBBGoCqBgE+X2/LPHpJ9F/E7qLY+Or8pj8NSNS4ZT&#10;rrKlPJM85UunrHIIAPH+t7nUGDhrYhHV6C0iF2QgE2+hv/j7c3642vZtvkn8BWjBoccSRTph9xmV&#10;Wo1GWhweA+Q8616S/anfFZ1ua7M7eglTH4mshoo54XMMYn0Fo4gfyOL/AOvf+vt4mwuOxlPHJb0R&#10;qFVL35PpsL/19g/lzmyPfryTb4bcRomA3kBTy9SK+Xr0mttzdZWoaE0z6gZoPKtPP/P0XLYXyZ3/&#10;ANy7ryu34KWKOeSeZ5cj4/EiQpF57SSDglbjkf737jx0GMr7TU9M0dRGbGXTZgb31XH9P6ezvdNt&#10;t5GH73ETqfgNNL0pwPzx0ZPf3DpUtkEAEilf9WehF3Bu7snZ4/hG79yYjK4DIQ66OjklS8kLpcIY&#10;m/3ZYEH8n/X9p/I7Hp6l6upklcpURn7iTWQxUfhjx7A258sclXqSh10S+jAfbUDzrT8h0gudyuId&#10;XiMfzNPL1+0V+eOhS2b81Bg6DBYHGUiUORwFRBDisbLETB5XtGktKFtywH9P9f2VzdHVWAy9fURY&#10;qSWN9b+VlI0MxPrt/r8+8Suc/bLljedwdbeCMnAJ0DNDTVUZzjH7egzd8y3csaxRs4B4Ctfz9AOr&#10;1elPm92ZtbZOJyvZFNTrBUQI1GiyOKhIGjLRedW4Uaf6f09p6H4ywyIaiGonhn/UzRqvBPBNvr9P&#10;Zzy17L2FhCsyRLjjQVPDjThmvDohe6kmfxHJqKV48Pn1PzX82/bFNkjjamjo54GbRHqqSokYc+LX&#10;yNXHA/1/Ycbn6nbY1WKpDPkGmjMii7udQ+qqp4BIt7EG6cu7ZtC1cBmNKVGR6ilOFfL7acOmbi7k&#10;RPEjYcfMfz+zGPt6NP0r8r8R8gMJMKE0+HSmqlp51kKR3Dch9a86eeOefz7c6fMVbbayEZwFWrpF&#10;AiqYeZA1QilgDzwPyD+PZANz20xHsGqvyqTg0Ap5V4fM+nRed3ZnBLCqnH+b5/Z8+puQ2jTDsXAV&#10;y74o3gaorHktV8RWoJyoYKdOkkAANxbgfX3/AP/S1YM73FlfMiYWjVI2H1nU6hcnTyPr/T3Dlvsd&#10;vCC0tK/4R8/t4/l1ksd8YOGiFCM0Pn5H+Wet/j2/be7Q3hFLTzVVKJoWWzoI2ChQLkj2XbhsllMl&#10;VAUn9vyH5+XzHQgs91ldRNGK/wCrIp9nDr3syWOzr57Ex1axvBK0RLxkEDUeTpB9xre2MME+kdpB&#10;pw8/n/qr0Lra5aaGpGmtMfs697TU0byTM1S7KyhgOLLqJNuP+J9uwiMgLEBjj5D5/wCDHr0jup3U&#10;0U5ya+QpUZ/yft697Dvde4ZduVNPV0qyySJqZVU3VZCeOBzxa/sVWOzxXkIjkzq/wYwfToL3u4tZ&#10;nUhrX5/z/wBXHr3sEu1uyd2b+paSHLTTGCkgMUEJZiFUC5HHAHHsY7Dy7Z7bJVQoY+dBWmOPzr/h&#10;6APMO7398CrtTTgD5f4P8nn172Vt8BW1tQF0ytpPP1tYfQ/7H+nuTYpoo0ooFSfPH7f9XHoCpAz3&#10;A1E8eHlXzNf59e9jPtbH1OJhh0g6uATY2Jtyp/rYc+ye9ZJjUj1GP8PQ22v9N19OH58K+vXvZwek&#10;dz1W1s7QZaKPXVwSXjDLcEtdbKP9j7hbnzafrrGRAo0sOAr/ADPy6mvkjc1tb1Wip5V88jB/1Dr3&#10;vYD6OzGTzGz8fk8tKDPV63UMvqRGa6gE8kEji/0980/cnb4bLdDFEPgJBr5AYIp/q8us8+TLxprC&#10;N5DX/Yxw+XXvY2JNJxqcC9wCtiLjgAFf6e4saNTVTSgPCvn/AJupDEqA0rkcfkOve+/uEDRsbkXA&#10;LMyhUb6P/t7f7f3Q2pdSiCh+Xr/mNadVa7hiy7gD/CD59e98RkFJCpbSbi40q7MeP9iP+Ke1MezX&#10;Dr4i6jQ47TQeePLHn0l/fNgDRZBUYHXvedagH+0FubEGw+ltV2/r7SXFhLbqWINRxJB8vID9vSwb&#10;hDLGG14UGnrnyp1732KjUEVQFtf1N/aP5IP+A9pEgc1kY0B+VT/qPTAvk1kE0B/aKf5+ve+Bqlay&#10;swv6h/wUjgX/AAeP959vtbaeBOAP9Q9D1f62Bjg4H7PQ9e95vuQVUKRcN9AoLMONIJH5P9fx7b+m&#10;aVhqBbA44+09OpewFgA9K/Mf5eP2de9+ecsVUC2oFXR2X9RPpt+Rxz/sPac7eak0p6Cvp5fZ8/y6&#10;ca8h8MlnXT5ZzTr3vE00cCB9aRsBpBZhpP8AXUP9b6e37fbWuH0oCeBp/kx8+mBuNpEp7x+eDny6&#10;978lX6bRyamZwSAQQfza/wBbfj6+35dnniOqdKjyFCKD8vT/AGetR7tZyShUkBPpw697kiqF9Vgp&#10;D2srXtpPIB/Nx9fZa22yiuK0/kD6+vyHS5blT3Eg1xxH+r5de98PMz6rPbUwY6rhQTwgf8/7D201&#10;o4o2gjNAeNfy/wAvW2eF2BHE+Y6978Hk0iwL3kv9RbSeLt/re2zE2QopTj+X+zjp6MwKKqePmePX&#10;vfIuyqV8YF2HraxZbDgKw/B960EHJ0nyHr+X+Xp4FHFajHl/l+3r3vIljob0liL3v+SeLH+v+t71&#10;pZCSp7TinHPHPTohYrrDCmf9mvXveYSApIrMykFRy34B5ux5v7bINRp4mtT02Aa1JOPy6974NK/A&#10;ThRpsoNwwPFj/rf4e9aEPxDNeP8An+z06tqKmvl5/wDFde99GVTGyBibkBV/qVPNr/gHjj3pYUJH&#10;macc4/ydNyM0ozg0r173yWVkJMhA4t+mygEcf4ge6NHRajh9v5dJY5WXHmP8PXveZZ7XQ6TdrqwN&#10;7gchD/T6+2fDrHqBpQZB4n5j16UxzS6gH4cM8f8Ai+ve/Ozg3/5ufUgEKSOSR+Db24sFYxpPlU8Q&#10;adWncNGYkFaef+br3vtpmLEcXKqLMAWAA/H5J+vPunhmgrw/z+X5+nSJSD/m8x173zSaPhgwY24F&#10;v1XIFrH6+6kPUk+v+r7OjKCRjFpPxDy449fy6977eaxYubaWFvTddLD6FR/xHvTR6e48fLPSl0oa&#10;k1P7Ove+xKCdWsD1BUCcMWRrsbPz9OD72SCCpGPP7Dw4fPovmiAJciorU/af8n8+ve85lR2f1q6q&#10;tyCovweFLL9f8PegGC14Ef5cf4OvW0IlJLj8uve/LIGJGliF9WgMADqNv9uPdMKc0zg/l0rCxRnT&#10;QCvXvfHWrM5JCs4ABI9K/hdZ/APu1O2tagmlPX/P9p6cotajOf8AB8uve/GblI7MTYC1gFkub6gT&#10;wAP6+/FarVxjOOFOiqVX1MzCmfMde9+IkOpECuvp9V9On8XIP4/A92IolTXH2fs/2OnrTFV82GOG&#10;fl1723VdI0hDGystxZR6SU+l/wAC/tRA+g8ePD5fb8+tz2KMp0gjjWuaDr3tJ1mCrGlMqNeIgsrX&#10;N11f2VB4t/ifZ1HfwlR4g0/6uJ+fQdurGQHVWg8iB/qz8uve29o8lSPpKn03F4yBawvp/wBe39Pr&#10;7Vr9NMtBmvkRk/Z/l6QTwSBMVBxU+p/yV697yR7jqKYKsysyaixa30dQdAuPxx9T7o22ROD25NPn&#10;x+Xy6Ytr36VCX4k8Aa/y697fqfddPIsasGUsh9Frm4vq1afx/ifZdLtMySEjIqBX7fMenyHRjFu4&#10;DHXhfL59e9uH94aMhNI0aQbi686ltckn6c39sjbJa0NaH51p8vTpY24Rnu1AjhXr3vG2dpwVeGWN&#10;QFZS1wVa35AH+wAv7uu1z1o4+ytf5f5eqLucaGpIH+H8h59e9zqLOoZEZ3jcMOTqVgtj6CA3+v7Y&#10;bapQ1AKH7KEf8X1Y7mrOGdhn0697dRmYyQUsWDN+qxcOedXP554HtPLt8yppZTkj7Ps6UC7Rl7qZ&#10;+fXvfYq1CADWX1aidY9RvqYKP98PbDxOW1HgcfZ/xXS6G9jQUbIPCnl/n697lLVxFY/I6ln13jAG&#10;of2TqJ/Ptv6eQggYHrQ9PLfQMe49e94xUkFArH0s3pUgLf8Apcfnm3HuxjY6ioyf+Kr/ACr9nSS4&#10;uIGesef9X+rj1732tQ0Z5IuSL3UXIJ5Orj/W96Kd9f29aEiaqk0+f+Tr3vItSdX7dlU+kgsFNuD6&#10;v8Pp7alhD9x+fAV48Pt6alRXoxIrnz/Z173letBNnPGpdPIVdRNvTbn+l/dI4tB0jI/Z/sEen+fp&#10;pZUgbRXUPXzr173HNXEXLenxgs1gwuWCi3P/ABT24CoSqgk1pw9f9n16t9XbaDU8cD8/8p6978K+&#10;FTYlNd/82Wv6eOT+LX/H4HtpYpT8NafZjjT/AFHpGl4qMM4JyP8AVnr3v0dXBJYa0T9y6gvquFW5&#10;AH19V7W9q2hdCWpgD/V/l/nTpe1zGMDIPXvef+IKIw66QxLJo4CgWFuPxf219MzNWmaVUj/VT149&#10;aM6AVNAB17341i2JMqBRqF3YgeQfix5/xHvSxymgK1FfTy+z/Vg9JTuMZNV+H58f5de94f4hTsWU&#10;uHsfoVsDZgbqv/E/7D2rFnMqgaWFT+z7evNfp4YYOAG697xNkQmp3ddbEP6SFP8AqR6f8Sfbi2E7&#10;N2jFK9NG8t60LinHjU/b173w/jCRKFMifrXUrHS/B/Gn8+3F22RmLHBz/qp8/L8umzf2pzqFR8/5&#10;9e99plr/AFki8hZlf9xQoB+lrcnULcD2xLt0oAfTgeVCK/5PzPy6TTbpAwDKcL6/5Ove+/O97eSM&#10;kurkg3ks63W4/IH0t7YFk+okKR8vsx/PhjqgvYCBpao8v8nHr3uNU1Vj/ndF5FszEEh1bVe/9TY3&#10;P/FPZrBYMgFRXHoafn6Zx0qNxGF7TWvp/g697xw1Echv5LlSfKWPLMPUdK/4Gx/x93ktJoxVRqFK&#10;gdeWaOtSf9X+o9e9ufmQpp1FSr/qZrj9QXgj2ikgYAvSv2D+Q9en1kStVavy697kxMhXUSCwve17&#10;nSeGB/Nhe59ozqBoRT7en+08P8Oeve8xkXgKwuDywuCLMR/vXB9suWpxof2/y6aldRQIPt697zll&#10;VZGUnUfUFH6bgjm/++4PtE6OCAaGnn55+X+T5dNa0roWgPXvcpSq+qxYtHbmws1vUA4/r9B/re9K&#10;X1hSeB/P8x1aOREOcjz+fXvfksLH6cAj1KStgQBf8cXJJ9qfioGHGv5j7PXpchh06SOPXveRJ4ZG&#10;IOrgFCQfqz8ID/tvr7RPDJGSi/M09KcekTgIzAZHl/q/wde94joIfQSSmpChAsoAta5+v+A93US0&#10;DsMYNfX/AFcP2dUYoCCaDr3viGjUhiEsoUsFIPP15B+h/rb2sVtQKqTxxU/6v2enSlXjcEK1ftFP&#10;9Q697hzRiUmRSiEkelLXBNydI/rb6+1CGWhUZ9K/4aeXy6o5QAmQgAcOve2ysSMtqZRdBYepdNwN&#10;N/z9L8/19m9sWLA1rU8Kevz4U4H7eiV0heUjUKnPz/4rr3tNVKQkHUsYs50sCPUD+f8AW/oPZwiT&#10;x0GqoA4caGvCvz6aulVE40I/1fn172wTvToXYNqC/QkAsQR9APxb/H2YwJPJTSp9fn0QTXFqMEgn&#10;r3tkq56SMSBZAGcJbUoFr3YhSf8Ae/Z9Da3mlXC6fOtePpjopvWt1RjpH8v28eHXvaYyOZx0AZZJ&#10;Yy4sW0ldVh9SQfp/rH2d2W33khGlaft4+v59Bu5voIRQ5r/q4j/V69e9omp3XjVkkWNo3PNlLDhD&#10;+f8AA+xVBtNwwq9a0zj58Py9eiKTc7cvXyGa+f8AxfXvaUyW8qaJHMfjY+PTYEagfquoH+ns+ttm&#10;nYYGARk/4Okc26W2kSBhTiK/4Ovew9yW8EkEhWSxYMwBWw1Wv6f8b+xPZ7MfECDIU1rw/P7Bw6D9&#10;1v8AGqEDAr5nz9fsr172DG5t2StIVjuxN1K3BC2/sWH5vyfchbRtNVGv9tMfs8/8vHoC7lv/AIvY&#10;XAp8sZ4n/i+vew7qsjWVAYsxdWcEqbcc2NgfYtWzjBBPkPLj/m/LoJXW4tcdq5+z/B9nr173FMDy&#10;ktbgC35te34A/wBb2oLqp0g4/n0iS2nuD6/ypX/Vw6976jxbyFxp16wCWAJYMTwSD9Pdpb1QgVpN&#10;IGKjH5V6ULtVy50tQU697dafbNROquIiWIAst/UVFj/rf7H2TzbxFbk9+fn5f6vTo0h5blLd+ry8&#10;iOPGp697UtBsapqJCRBKEuFJ8d9JvzcD8f4n2VXfNaRxhENflXH2fKvpx6EFty/csAEQ0Hyx+09e&#10;9iXhOtKsgF4mKixso5Ivwuo/Q+wTuHOUVSFNSa1IxQf4MdC+w5ZSFQzrU/b5caf8X172JdDsKGMa&#10;pdKBWVRHxxxyCD+b/UewldcytKaK+knz4/ZU9CuHYXUV0UxwOf8AV6U697fv7tQU3pR9SXFwgAc/&#10;14/HsnuN8DghiQwHHyrXy/2elY2+QIBQr8qY+dBx/wBnr3vn/C7G0Zk0KdJYC3qYfTSfwP6+0Y3J&#10;ZCf+K/mc9PJt8zCoB/Z173wOJYIGKSEHj1C4cfX6j6H25DfRLLrNB/gH59KF2ubjKP2f5eve2efE&#10;1UuoBnQEsQAzK1x6VDAf737WfVWqUMTZ+zB88en+XpHdWjxz0gBoKetK/Lr3uG+NqoWAaaVLAD8n&#10;Sw+gOn+vu/1MUgPD1/L7P8I6TMs8Qo1AK/8AF9e9t9SlWoYrIzC5DKzFiR+Pr9fb8bQCQMGoOIpj&#10;7fs/1U6oTJGdQZq/yHXvbRLNMutrONIuCOSLfVdP1Ptd+gxpWgJr6/4fL/D1QvdMKIWb5Z697bZa&#10;iukcLAk7koACoYk8WFre3G+kjFNQ9SPT7ft8h0nuIb4qEjwTxwf9X+fr3vNTYPPVdtNPUggsAXRj&#10;yePp/rfT2z+9rGFGUlR9hB/ZTrdltm4yEggkVx6D/NXr3tbYjrzcFQ6F6OUKmm4kULc/m1/r7IL/&#10;AJo22NSxfuNeB/l9nQnsuXJXA8TV60HH7OvexSx/UuQkKSzFmF0PGlAgAswIP59hC552iQEISfkB&#10;x+Y+zoWWvK7ACq0+QFT/AJuve1rTdQ0ssWqVVCjm5uG4PN/pf/Yew5cc8eE1Y6UoccQT/q4jo5/q&#10;rFpBK6vlUA/n1726U/V9BA6uI45ANNiQD9TcDSebD8+y5uc7iVKMfPNB5/8AFcen4uWIo/LTXj5/&#10;6h172/Q7PoYuPGluQPSF/wBioP8AW3B9l03MVzK9HbHn5j/Ufn0tTZFD+E1COJNf8FPPr3ua22aK&#10;IA/bISBwWAsAfxqP14Ptld3mYU1tin+xX5+vy6VvtdnGKso+3hX/AGeve2KvxtPASyRx/gWVQCQD&#10;6HUj+n49rob24kJ7j6V8v9joqe2iVmUCoqaefz/wde94FamjicKRrJUkWAYg8hQv/G/e2ErtqJNO&#10;NTXj9v8ALr1IV4CtP9Veve/R1NKx9KJYlmNmUngW9Cn6e9FJQupjWg/1Z8+rGWNgCxr+XXveWnmj&#10;UMQQWJU6j6tKg308/X2xKhwOA/Z+fTqijUpk8PXr3uQKiZlLooY8lrhVC82Y3t9f8B7YMYApX7Kf&#10;5erlVAOaf4T1722fuTVC+l1BkGhR6SRa5F/yOLgH2qMhWMcAaCv+X8+qaXHxDPy/l172oYqYSKoK&#10;FQCFW4soJTklz9T7K3ukVjQE/wCr9lOn0hZqKgrX/Vw697zHGQW16PXqYEcANcWHH9L/AKR7bTcG&#10;C6WwPL9v+r9vS6PbCynxcCmPt+fXvcaXDrKoCjgP6i1/1fS4/IP093/ewjfuOPXjn5/b0lk290ko&#10;c0+Vf9Xp173wXDBQRINQUrdCbE8XCg/8V9+/eifEuPMHyp8x02LV1wq6fPhjr3vmcRRtbUPSytYA&#10;c34UjT+f9f2z+8mdg4pWvEny68bTxKMy/YT8+ve84x8cXjWGnFrkEqp9I45a/wBb8290/eDPUtTP&#10;rmv+x/m6cTbzIe4VBGT5f6qde9uMOPj1KsaL43Y8BCGX+0ASP68+0D30jVU9p9f9j/VkdOQbdGrk&#10;gUPkKfljr3t2ix6mMIf1OT62F2P4Nm/H/G/adp3Y6ieIFQcD9nQjisooVBArw/M+v+r0697lpiyU&#10;Ugi1goMrXHIvcj/AWNv8Pac3qCqseFSf8lPT0x0+1sultQxQ/L/V6de954aNI1i16Xu9yfGAtwLo&#10;CD9Ra5H49o5LoEkCp8uJx6/n9vSEW+lfh9OJyPy697co1jkIVbqo1a2tyObIoB54/wB4HtO0xHlX&#10;OPs8/wBvz6eSEAUoM/LPXvclEvaOw1htSGMheDxrcH63Fr+2WlfSWU+QFSK/YK8OtiFQtacPz+wf&#10;5eve5P2aNGNQvEnKm/Pp51n+n+x491a8kUaAcnyp/g+3pcI2jjOnB9PPr3uQqkhSWBThALKA68L6&#10;QvPH+P09pZHYgBctxNTwwfXHVFM2oByan5de95mZAiq6lrMQCF1EKW9Pq/J/P+HtMxuFfHCg/l50&#10;+WB1o6o5DpzTr3v3oCr9QCGKjUSLA6glj+Tyb+/UJ1A5qc/b/k+zpfESUqM+WPM4/wAHXveTyqvj&#10;K3tpYsbgENfkMf8AD+lvadyWcg+VPn0juG1SaSSAAP8AV+3r3vC1TGwZ2kN203C/2SeCLfX6fT2/&#10;4bkU8v8AV+3pTGXkipXjUV/Lr3vxmj1MiLqPBBLcsePQt/qR9T+D794Lae7j6g0/lw8h+zpp4ZNJ&#10;A4049e94GeVldeHOi4Lctr1BRq/oP6H+nHt5AusF6gHiPL58PMnPTixEDU/2U9B5n51x1723fb1L&#10;eRmjXS4DJGDdw6+m1x9B+bf7D2tN1oUUbAHpjj/h9OmbiMtHRBkU/Z/lPXvfH+GeYWn9RAW+tVJj&#10;bSP0Ef4/n3U7g6NVMHy9TWvSP6ZGNCKn/DXr3vIuIx7rpESayoBugLWBAUBT9LX5I90/el8pFWpQ&#10;n1A+359KV218Bl4de98XwOMIMjUoVGICMALflWbT9f8Abj2+u7Xi1UH/ADkfb6fL162NuhXGmvnn&#10;1697bpdq4xpNIjFmUsGULGylm+qr+Ln6e1qb9dABn+XDPDjX19erfu6FW1aQG86Z/wBX2de98V2j&#10;io1BsDIoIYgD9RBZRrXm4t9R7u2/3TGg/I5H8v8AP1ZbONcKKDr3vs7eicKYj6Qrkjj0sODc/n2w&#10;u5vqpSp9fl8vLz/nnrbW6hdNOve47YSKxHk02Y6GNi3HBXngC4/3r2o/eUmr4a+or/q4dI7mEV0A&#10;Cnr/AIeve26owtSFYrUAkEmz2FgDay2/P+9+7RXsTGlKZ9fXh9n+TpA9umohQMU/mPQ9e9tRxVWQ&#10;8ip+htJLWPkYjnS34H+HtcZVcUJ8q/Z/n/4vrZsxKak6QeB8q/Z+XXveRcbOoKzAI97MCqkpHbUb&#10;D834PHujzqr6qlgRXjxp6eX7evCyEbaiK1/Zj0697cloY2jMckaXFgrqoR2XSD9F/r+T7Ri5cuSC&#10;Pzz/AKgOlUVkJQWBH2UGP9jr3vgMfTqC50sxYhSNPKjk2A/21/dheuWAUEf5+mXsP1R4iZ8qD9nX&#10;vfRoIFTUiAcjTqGs8D1f4+9m7q1HqSPXHVksEYgMAvp/sU6976GNpZAyto/tW1Kp0lubX/4r9PdG&#10;vWVOwU4Zr/P5/Z0o/dyha1H20x17302MhAAAbk3IXSQQOFYMf9591N2+omTSPtJr86j7OtNtxrpO&#10;k8AfX/V59e99jGsJBdSRdQrOBqKgX+vvxvl0UXGDw9a468bUwhdFPy/wfOvXvb9DSvGbAMBpJ029&#10;LIB+skfT/W/PsslufEOp8t9v7AB14qZKFjw4en2de9yI4VUBQqtGt1c2PBY8AA/4/T2zJJqPccny&#10;6djjZjoi4/6q5+XXvc8QaEAY2ZF/Wqm4tc6A/wDX2hkY1xwPS2WIxIpB1A/6q9e95UbUos+gKPSD&#10;+pW0+q5P4/JA9skUOM149VhRnYt173JjcsiNqvyRYJzoVf6/W3ulO6hFf8/S1VUuE9fnjr3vhHUM&#10;3pBCpoB0sbBfVa2r82/3j268AU6jk9XaEKCwNaf4Ove+c82gjwepQvqbgr6f7Gr+t/bcUZLUkx6C&#10;vXoQxYBsEnA697i/c6gisoUMH02Ivdefr7UvGBUg1PmenpGRlo9B5V+f+Y9e9+aQyqWFwfGQpvpF&#10;r+rV/vftrTo+zpDMzw4fBx8x8v8AVx697xqWHIYAkci17i9rrf8Aw/Hv1RXA6oJZHOgfbXr3vvyh&#10;o3DhbfQi5Xgmw1W/3r34KQ9V+3p1XLtRARiuOJp59e943mZQEDnUW1qBwbgaAP8ADjn+nu6oONBT&#10;gfzz+fTwt5dIAIqc/tzk/wCbr3vzNaPzaitnSMhArElvqxY/Un8j3Ze1yq/6vs+zpQJfp9WunAni&#10;cj7Pl173w8hEjksQpFwRZgbfqDW/P+HvRBIB6LHlLMHA7fMfL/N173yGkSaRfkqf1fRTyw/1ubge&#10;9ZpU8B/qHT2pVUshwvD5D/L/AJOve+mmVWZAwCMFVfw4t/aW/wCD/j72qEgEjh5/5+qGUEAtw8zw&#10;6974MeVcE2UAly17SWvYD8/0PvdMaSM/5OqOW1mgqeH+1P8AL/L173EmktI50kaQoYHnjT+oj8E3&#10;9vog0gDNeHRnCoijVOBP5/t+zr3vIs+gB2bgki5IJ/2kW/1/p7baMntAz/Lpi6hLfqJ6ZH+X7PXr&#10;3viak6rG4BYFrWOll4sP8Df8+9iHtqOmY7d5UDBh9lc0+3h173naeMkg6zGVFuApZ15urf4e6eGw&#10;4YPWpkdSB5UoKZ/I/Pr3vCJASoVtH0V2a5Jc/RQfpf3cqaamFemKvU0H7R8/5de99LOiMY7keoqp&#10;5v8A0PJ/B97aIsNXHp0xySVcoc/6sDr3vwn9ZDKSqv6l02YkcAD/AIp78Yzpop49M17dI+E9e99e&#10;UDU+nQb2DM2ldVvp/T/ePetB+Hj+XWlYDBOQKfb173h85LEEs4PAIOldX+pI9u+GAuOlBjkWGtKA&#10;mvr5fyx173waTyA3bgMRcfq4/De7BdJx1SN2WRWXNf8AB/qx173FeRVCLf0soLBP6f6oH+vHt1VJ&#10;/wBX8ujaQkE0z5DP+rj/AJuve+cc5OoKxN7+pf1gAX/P9APdWj4VHVbiISJRfiBFBX9v7Ove+fmI&#10;/BtHqYr9DJf/AGo8j/Ye66K5H/Ffl0xAPBq5wW8vs8v9WKU697iM55ZAQASOBe9vSbn629vAeTda&#10;mmeMMSeGaegORT/V8uve+jK6uC6hv2iQGHK3PJNuPzb/AG/uwWq4Oa9NW0skqsamoOc/yFcfb173&#10;jMxYBjYaSTpYWXg2B4/rwB7cKrTT/q9ejSWZDB4Y4mgpXPlX9nr173kNTdVXgn8owAVCvqDC/tnw&#10;iTj/AIvpFoYsrKaaSaH5eny+w8Ove+mqRqP6iXa5tYBfSCtl/BJP192ETEV9Ot/2jCpAPD5/bX0H&#10;p5Dr3vxZjpstgRqve7AmzAADj/YH3pRQn1HViaJprWnp5n59e9xvIoYIb62AJP67C/pFvpce3tBp&#10;XpjxsHGfX9npx/Pj17320mqMPqJJbk3I4Xgi/Fhc+9aRrpTHTviasAAE8fT9n7Mde99LIYtNnZgA&#10;oKsOdLsCSv4Jt78UD4p/qp02jaqu2Sa/Kn+rh173jbS8jMPSNTEA2AbUdQP+x+n+292AKpQ9XMoR&#10;Vqaj5f6uHD7eve+vOdRDH0MR6dNja+rgfj6/X/D37QKY4jpszEGgyPs889e943n8bHQmq/PAvduf&#10;UB/jzx/re7iPUvcenIkmuVPdQVGeFPy406976Ml2No7NrBvcgcekg2970gDLVFOqypLBRWPHhTh1&#10;732znleBY8GQD6kXABH+PvWn1/l1VZhwda+gGM9e98GntbUwtcG2j6C3Gkn+vuwiqMf4etBmaoAq&#10;fTj/AKuPXvfGR1fixB45Qka7/pNvpz9fe0Ur0ZQxyLAQ3E8Pl9nXveMylLXQlNVwVve/+t/X/D3b&#10;RqxXPRUQVNG+Icf8n+x173webUAoBZmsOfrct+VPvaR5rwHVoonlk7Bnz6974CoZmIItpOkEm3IP&#10;P0+h938Kgx1UgqaNg/6v9jr3vgZGEZRvWrEMpve1m54/3n+nvYXu1DBHWuP+qnXvfTyMrXLWBLEK&#10;wIujDSGA/wCKe7KtfL/UOvde98fMxVTq1INOkAEmxFigv/t/fhGoNB59bGDnr3vi7hgOT9LaR+hl&#10;Ave4/wB4PuwWnTTRKX1niAMfz49e94JJtJKsNJYtc3JA44Nx9OP6e3UjZhUZp0/FFJIC4HaBk+eP&#10;Qf4eve/LOqk6nU2tpsCAv9ovxb6e6mMnyp1cQSkCg4+uKde94pai/ibWyowYnTYOeb8k/mx/4j3d&#10;IjkUz0tW1iRe4a2Pl/m+XXveNJio1MRoLWPAU8Dg/wCIP59uPGQ2nif28emmigDGMqdXHjXHoD6f&#10;z697xS1f1ckEICASdK/S4JH/ABPvaQn4R59IrgJGw0YHDia1697bKvNx0yq7MAwUnhgQT9C7e11v&#10;trzHSOBNOHSe5mghUIGqan/B172mKveOOgVjJVIgUaru6ryT9Lc3449nNvy7cy00oTWgx0STbzax&#10;DVqCj8skY/b172wS9l4KABpK9SfqbG4W/JQk/i319mkfJu5SHtiwMf6h0Ryc22qyfEM8e7y697TN&#10;f3NhaZW8E6SldWkD9FiCeTfn+l/Z3bcgX0hGpCprk+f+DpFd892EA1K+R5V/zde9hJm+/KoS6KZI&#10;2UXFkbUbX5X/AI37Gm2+2asKzcfmMV/1ft6j/dPclKkKwrXFTTP+r9vXvaPqu6MjW2YQIDZgPXq0&#10;m/8AZQfU/wBL+xJb+3VvD5Hy8hToLXHPrsWIfR+ylOve8mL7Iy1TNEzVNoywYLqsCv8AQ/8AFPd7&#10;vky1hjOmPOc/Ppu357nc1MmoCvHOeve1dWb6efQ09S48aEagxsAo59J4HHsnj5TUMaKKnhj/AA9E&#10;/M3uE9raMdfdSvGhoONT6evp10fp7t3+GfVTbQ2TD2RuOgaHdW9KYy4MVXqmw+0pVBppYo35jmrD&#10;63c2bx6V+hN+v33JvYPb/bjluP3g5jtwN73ZZFsNYGq1sT2tOin4Zrg1Ac0IjB00qeviO/vnvv6b&#10;594P3bm9ieSdxZuUuWpNM4jYiO93AV8Rnp8awZRR8Nanj1FCLNIG16o4tShAPSZVPLsfza/A+ns5&#10;VJTapTVA2tdCC3p/rqOngH6e85tn25nuDuLmmSuTUfImnw5Na8euHU8+mMQfmOpQFr/4n+lvbwEL&#10;xDULEXv/AEIHGrn2OoYHlsgW7DHXUDgFR5gkYJ9OPRcWCyYzXrv3DZrI6LEPGVKaWuGbVwzMT/vH&#10;sgmlCwPCkNYwukg1BOriTkaj/gPSlBVwxbu4/Z173hj8gikjuWBQrdrAKq/pNx/T2htzc/SyW1dY&#10;dCKt+EDhSmccM9ONo8QN6Hy8+ve+o2EbsQ7GHTqVSOC5FmKj8+92rrbSMwZjAorQjGrFWA8/l151&#10;Z1AIo3+T5/b173JuZQhtqMTLNCGB1I1v13H+HH9PZwsslyqzAajGRLHWtUalCw+dMU4dM0C1WtNV&#10;Q32enXvfJqx4maRg7RsoRzGoBVQDeQg/6n+vt+XmG7tLhrqXUyOojfwwAQtP7TONSevmOPWlt0kU&#10;ItARwrmp9Pz697k6pZTSSUtUVpg5kkVFSVKoFLKssx5RQebj88exBDd387Wk+1TkWynUQAriao4S&#10;yE1RPOvGuOmQqRrJHOlXOBUkFSDxA8z9vl173OawZJPU5Xg6OR6/SxP9QPYmnZDPDuaapGXFEFQA&#10;/ax+xSOJz0kAwUGP9jPXvb5SBKiGWHhGchSR9QbWBBPs0lauQeAIqP8AJ0ebbHFd272/wlyPL5dR&#10;5mKMj2uovf8A2P8Avvr7xvjJIY5HlkkqIbH0RuCpdeCWWTkAD+n+w9oY4A0ncxYNUsjHUpJFAQTw&#10;xmgxXPV59qmtrcySHXGOGg0yOOoN5Dzp1wFQsjqiWWThmVwb6f8AaWH5/wBf2str4arNOVlrGl+4&#10;Ly0cUkIY08akaI0c/VQP7LHn6+yVybBXjdzKA5NTRQqnAjAHktMNk8anqVeS9gvb22QvIF8VaxKU&#10;1EaTXVqP2mqHHmB0BXbXZOH2PBU5OrpS9Di2ijztetatNHT09UpAR6cfuEk2CzRggHhvalrMBjX1&#10;089BTyNVowmaRAyto4LFDwCf6Ae05uXuItEp1xg/CQCCD5UPHobXnKu0xzmJ7ZRNOp1OKj4RQnGA&#10;T6DoHNq9y5bM42p3FjtymqwGJraSGHHRxQGYirf9uOSWYmR1jWylnHN/aGye0tq5ynqtp7kpTJjq&#10;3xpj61GaOSiqgulY/OCCBaxU3sLc+97xtcG87UIZ4lkjUUKeYAFAyEZVhwqOPnXoHbPa7Ps+9tst&#10;+7QGVh9NdD/Q5TUGOTVho2GQGwPl0KHYO6e1afbmD7F60o8bmRh/uKneOxa0k1W4duopkd9u1EQP&#10;jromGoKVPlF0X1EewG3ztKfrWqoUirZJaOvq6OlgqrgKyytaCLkENrAIJXn3CnMnLb7BDHuO3Ss0&#10;Ur6DWishFOw+oOc0r+fRfu2yXtru021bgqyFImmjdAdMiH8YPCq8aAkemOhJ6q7Q2925tKl3Zt4T&#10;06meagymJrlEOUweVpbCrxeUpD6oZo78o4B5HHtS09Ss9NTaG4K3bVa4P0KkfgD6exZY7il1tltB&#10;GcAGpJ9McOIA+fUWTQeFM+rjXyr/AC/LoSvcuOZgy+oAIb2A4F/qOPr/AIH2a2u4zW8sZDikeRTg&#10;PI/M/I9JnjBBxx697mQ1ZMwAW2omx1Cx41Xt+CPYn2zmSW4v1jVKCQ59CKcaeRGPl0y8HhrrB4de&#10;/wCNe3F6Ra2OSaNwsoYMSrEBtH9lyP6/Q39nu5bbablF4lsQJagh0NKlT8LEVqOKnz6UwxvcK0xN&#10;WHEHPlx+R9PLrgzaWUf6rgf6/tj8bRVT+VYiHKLEORILfQuP9f6H8+wN4H0W7uL5I28SipQkOKVo&#10;zDiTWoVvMceqFtUQC6gVrq65+5MFQZZHAJsjaAFJC+i/pIbkk88+z/ad6e/vXi1dsbUUIxC1UkFD&#10;qFWLGtWxUU6Zli8NFqOIrn5/5uvfm/P+t+PaF7U6e2N3Xt7+C7vpCK+lWRcLuCkIgzOIlZNK+CpU&#10;XkiDWZoZLqbfj3D/AL//AHY/bH7xeyNHv0AttziDCDcIVVbiFwCAslR+tFU90T1GAVKkV6yZ+7R9&#10;6/3j+7Bzlbc4+2G7y2VxA61i1t4U0VRqikTKsrCoyKgHqJ9usTtJCAhkN5lAGh2/1ZT8E/Qke6LO&#10;9emOyPj5nloN007Vm3655pMPu3HpUVOFq6YVJighyFUq6YKlxpJgkIPPp1fX3wJ96fu3c/8Asjvz&#10;bPzfZ1gbNvdxAm3uEzQo9KK4A7on71JxUZ6+3n7gP97L7X/es2i32W+ni2jmqJUSWwmkWs8mgeJJ&#10;anGpK1ITjU0Hp1njkDi9mU3IIcWP+2/3r2C9LvGEXhepjJRrWLheC3qB1f09wRNsMpHiKuD8v9XH&#10;rsZs/PFtdwqVegb1z/KuOsntSU25qWQX+5QEAeoyBeWP6Rq/HHspl2qZDQoT8qdDG35hikoSR/k/&#10;4v8AyZ697UFNm4OCZlYFtRKv9LcH6eyyWwk4AU/Lo3TdbdgNL/zBqaef+Tr3uYucQkgSK3qYoGtY&#10;35Vf9h/X2ydvNKkEdLo75FqVagwSafzPqfs697nHLxsyA3Vj/qWuLEesC35PtgWTip6WLuDqO0qw&#10;9Dmh8uPl173418fD6kchlVrA/Vh6Tz9be6/TNwOOlCbmdQJUUPD1Prw9fTr3vzzoG0ktqbSFsxuL&#10;tdtV/e1jamPz6Wrcgv43mQKD/YHXvfCSSNiHW/0B0kA/m5v/AIe7IrAUbpPeSs8YT4dX8x8h5HHX&#10;vcKWNJWlLesOBYC1gTwSCP8AW5vx7fR2UADFOitbWZ6aQAvr54+XXvcD7RFOpdKEfmw9AB5BU/n/&#10;AB/PtR4zEUOR0oW0jiPZkevn+fXvcpY7iwAA0lg35UD+hP8AW/HtosAc9KwowtS1PXr3vMmvWrKv&#10;CKhUCwa99Y1H6X+vujFdNPXrZjWQ0P5/Z/q/wde9uKs+pQSQSQSQDpJsPSG/r7SFRQnpWjHxDXII&#10;/OnCp/1V8+ve5cMxQMpFnUFfrwLck/64H59syICa9KVdlZkOfQ+g8hj/AAde98meNmQkm5F7lr3Y&#10;8cA8WHv2lgDTpbHIZARiopg+maV/Z173kNJqNy1zpGrgte1mBW/+9fX6e6+NTH+r8+kpt3XTpoAK&#10;ny8/Lr3viqunPkCqrAkkjSNXNv6kf4D3slT5V62LcY11JpQ5+3/DX+XXvfGSbVpBY8GwZbAPcX1c&#10;c8WH+8+/KlKn/D1aS3VRpUUI868Pt9R8uve+2nNgQNQuoupYOFP0cf65/wCJ96EYrnHT6wxGlR8/&#10;9n8sY697xvLd7MCCCNQJufpdTb8H8W/p7uqY7f8AV/q49JJB3E4+z7D/AID+3r3vv7oG4D/p1Mbf&#10;4ng2tfg/Qe9eFTNOPVWjdUDcceXAU/2P83Xvfb1DvGWVQfSS17Am7WCr/ri49+EYDUbHTIMEg0ZN&#10;fL1NOP2Dr3vH51Zri9goJAW/q/I/3vn3bwyBn19eqOHlR0cgKRTJwPP7eve+kkVydbW4As3GpQTo&#10;Uf0N78f4+7FCBVR59WVyicO0ccDjTjX0I4enDr3vGZWA4a4NxcgalU/Q2/wB970Anh1ppFaqjANK&#10;mvCvr6/ljr3vt3AUp/ZsSrEi4NrtwPyOfr78E7tR/Z1v9QYiJqOIOKk+YHp9nXveMuCGIZiC+m/1&#10;9IN9R/1+Db3fQRx/1HqouaVB8v8AD/kHXvfEOGIYfSza/rdl/BPv2kgZ/LqplrTPcCDw/M/z8uve&#10;/NUatKN/Zsv+JFuAxHvQip3evVBQGoouak/PzPXvfISyDiMkMLjV+okj6Br/AJ9+0Kctw6c1Rlma&#10;vpX50rgU+3j173jWS5a4Ov6L9LAnhi349204Hp1ppJUUaz25+dfkade98XLhBrW5uwLDgICPqP8A&#10;XHvagFqL8unBV08RWogxp+zz697js5JNizcDSz8XB4Dcf63B9uhfX+XTFF1UXu+Vf8/Xvfdyl9Qb&#10;U3Ohfqobg2/F/wCvv2kGgHDqssSPGwJpx/Igfzz59e98TUFTqB1Fbgi9gT/Sw+o/r/X37wvI+fSa&#10;3jMUbajXVSlK/wA+ve8XmUFWa5FrFblbH+lj9fbhjPAdPhU+I4HqM8Ove8Jmdh+u1iSl/q1z9GI/&#10;p/T3fQo68z6mOs1B697zGZtKni6/UfQjV9BYf0+t/dPDFT0ia0JbUh7acDwHzrx/Lr3uO0sjagpK&#10;kAA8kAn8tf8A3j3cKgoWz1c21Dk8M8Mf6j173w1txxqNtTsedLfgkf4e7UHT+rGkcK16974DSbsC&#10;b/1vwR9SxP497+VOq1J49e99mQ2OpeP9UD/ja5A/3r3vTnB61173jLeg2sdIFyLEgf0H9P629705&#10;6sX/ACHXvfO5HJuzMRe4AAsLEc/4e9ZOOrVAFD5de98DIp9bMf2wdKj8n8XX6e9hSMDz60QvH169&#10;74tcrySVFrgG3J5Fv8P8PdloDXh6dVI9D/sde94mkf6KFC2v6mBuPryf8fwPdwq+fHrZNWoOH+r+&#10;fXvflkOorYWANvVZvULHj3opQV68V8s1/wBXn173waTm1r6TZdH1axuWNv8AX92C/Pj1QlQMn8vP&#10;r3vh5lk1Aki72JPp4P0+n1+nu3hle7iB0+sLtxFP9X8vl69e94wQWNjbnVcgaWK/UAH6e7Hh1Qgc&#10;K/b173gZiXuBe7Bgb/Q/T6f7z7cVRpoeq/DluHXvfMG6mQsPR/yV9LH6fX3WlG0+vTbShWoBUevX&#10;vfAqdQ+lipP1F24uD6foOfdqjT8+qeOQe5ePXvfiCbLe0drWtcA3/wBv70COJ49OlwF1Ln5de98Y&#10;3/scoBcGx/A+tgP9v7sy/i49NmVvQU9eve+IfSdIYBm4P5HH0t+L+96aip8unPEUDUeH8+ve+Ump&#10;TqJOnSRYN9CBYW96XOAOqiVSSvn/AC6974eZEW5Bvay83cA/m/0v/r+7aGY4PVC0jtRMfL1/2Ove&#10;4/m1GxUaf6AE/Xi7f6/59ueHQVHHq0tswppIcHz8gePXvfFpjx+FH0LcEG/AAHuwjHT6WiqD4p8s&#10;Ade99IxcfuekheSTckg8Hj+tvr72RpyOk9zB4NNDVB/aP9jr3t4wtPQVOQp6fISSR0skgWSWK14w&#10;50k2b+n9PaO8kuI4C9uO4cAfPpMWSPU8poB172td6bAG1qaPKUeQo8jiqsqVeOdRKC4uqvG3P+vb&#10;6H2o5fg3LfnEEcLeJilBWvr0Dd/5g22wjrcvo0+ZahHrjrq/4/Nr29nK+Le5dt7Vw8VbmZ1krHVv&#10;BTjmUc25H4On8j3kbyD93b3A5tuvHtbV4oVPxOaV/I/F9nWPnOXuHy4ZdIlWUnjp+Wcj5dFj+SnY&#10;8W09ry46lSSpr6tbssK6khjI0gzyfRL/AF59r3szsbJbjzktTt+PI01AYVjhSGNkcuv6i4Q2/pz/&#10;AIe8x9i+6Bz+/hQ23hmmSalgcUx9maDqPDzzs0UbMASTXgAftPyGf83RV+ru6eusBtXTvSbHHNyV&#10;M0lQKuWmbTCz3iW4vfj+n19ozb2+98492paqCpq/NdY5Tq8iK36Vf88H8+8w/aT7sfM+w3EX7wTU&#10;qkcFJyPP5Y+XUXbxf2u6zt4anvqMiuPUfL5dFo+Um3Oge98c1TBU46kKFJJ4y0TU1SUOs2VeCfzb&#10;68exCo6TKZvQK92RpAGsXLFWP6jxwD/W/vpTyf7dRbVt6ndloQvD8QrmmeFc/wAuipttRUqgBFKf&#10;OlP8/D+fVcOVg686pp6ur2zQ06Q0hKaaemiR541a0ZUkXI+pAv8AS3tQ0ew5Dpq4p1ZoGuVPHKc8&#10;+xrJu3L/AC/dxWjKUafCdta+mfXz6RC0gXuGCcUAB4DFfQedR0Be8fmvs/blbDtPOYmqoDuKIwUk&#10;0VMakgz+hARHwpK2+vNv8fb021pKiVKpqsxzxKQI7Bl03+lx/X/D2ouuYbe2mRCraWxUcM04g5H2&#10;9JZGRnIUen2f6uHQXz/KvEbYifbkO0parDZOqjZckivE3kkuoDwSWINiAbj/AFvajxVMIKdp2nvM&#10;AYQ+rggG1hf3H/Om8vNdLtyx6osO2KCvln5H1/Pop3G68GJWIICmvl5edfQmn2dFB+Q2+qjN7mo9&#10;qU+CkXA+OkzdZTCC5lnqb6JZXUDUFH0H0A98MnBXV9EgppU8iy3PkI0tb8ceyDYpYrC8eMDwye5S&#10;B5ZBGP8AVTor2+5kd9L5oa+Ywc8fP7Ombpbcexut98ZFNw4uqioKrGrLSyY6GQzhpP3JtYtzb+n9&#10;Pbth6aWjoVjrgvlZiZGXkAW4IPss5rvb3et3ifZZxI1suFHAyV8/UUFKn59DaJGkFVbP5V+0/wA/&#10;8PQYfITdqdldmx5PrHKTVVBt6hiWhx1VCYj9/wCYtIlRE11Ct/X/AG3uBuGoSTH1FDRTxrUyoVOk&#10;glV/IP8AsPd9l5X5kuzPu2+r4bSAiMDyxk04CoqBXop3K3lnDEnLYwQafM+VDTHS4+MvWm8W7CpO&#10;0O08E5xNNWeehp+Wh+5jHolWE+nSSOP9h7Dnbu2oaeVvIolkaQlmYA2Ynm5P159hOTlCWxvHknFV&#10;7s8CSDmv2AitOiT9yyyPVmABFAR6g8KenH5dWE/IzvPN5TDJDjpzQ46jxhMUVM5jMiwIdUWgcLde&#10;Ln/H2LlNjKSkieRtT6UuzHhfTzYKPx7Bu583bmlwtlZdiVqSeJA+z+fVpYPAXwHPauOA4E8Ps4Gv&#10;2/Pqj3d3fXYm990Yva+JaDGUsuQEUL6yZ3V5D6nn/wAOD9eOfZeOz67btFX0xzT/AG8UgvG0UYkL&#10;EmyfT6G349xzzXzLczSlJGpqx2mprwOB+09EF8ZEjKR09Kg1A9a/L/D5dbKf8tXaXbed6wyM+zn/&#10;AI3X0NaaepGVrHpYLwJqmOpuWUvci30Htn/h+y2wQy8dRL9lFF++fFxpY6EkCfX9RHHsHrZzyWjX&#10;6OdEdCx+3AzxrUgVHRL9K5yFwM8fL/PU1+zoxQ7E+StH3C/WeR21t5ctlpxJt946521ilX7qugqJ&#10;P0qBTpKyn+th+ff/09aWt2htTEU4mrJIb06kEXUMNP6S6+4KS8uJm/Eta4J+Z/1DrJ6W0toe2Qio&#10;/wBR/L5db/HtI0e8cRDkRDQY/wA1DHbVK63VufVYH8fW3taUbQampPCuRX7enLCcGU6R2/PhXyp/&#10;q4de9jnj974WLDPXRUMwkiQlYQh03A+ot9Rxb3Ht/BrutGCCTX0x8/8AUehWl60EZKoSK/z+XXvf&#10;DDZ+n3fSzTx0slLUR6kB0N6j/qbf429syxranNMgGnlXp53mvIdWmhpX5+px+VevewS3lUVLTSU4&#10;jLSI7C7i1yD6VX/ePchbG0XhIY8041r9hr+fQF3QPpMfHz9D172j1xZyMAFVEqECzNb9P4Ckf737&#10;ESXB8T9PNeGOHma/Z0QS2hmBd1xjj5A+deOP83XvYf7hlwe3Fcz1KLKmpzGoA5B4Bt/Uf7b2ILRZ&#10;bhdI4HzHGvnXz6C97JBbSgRH8weB9ft697BybtirepamxlooA1lJUEuNVgQWvbj2eRbaWXU6V8h8&#10;vs/PopTf21Zo1Dxz5f4R69e9rnafb+68JX09bHomeKVJFSSMlSUa9j/r29ku88uWt3bGJ1OkiuDn&#10;7B+Y/Z0NNi5lmsp0aPh8XHgOJFP9WM9e93BdQ/zHcRgNn0EG6dvVEVVQJFCUpHCJOAeX0n/E/j3h&#10;/wA9ewX763BriB6as1pXj5f5+sq+Wve1bCwCXVRQD4Tx8uHrjr3s4myPnj1NvDEzZV8jNgDTRO0s&#10;OSaJE9Av+2Tbni1vcI7j93feLW58G3jWQHhQGv5/5+pN233y2maAzSv4dONfOvn9lOPXvZa+3/5p&#10;3X2Ax2Wp9iwz5fL04kip6idNNI0l9PkBH6gDz7knlL7rt1NNHJuwCxmlUAqaehPUY83feNtoQ6bc&#10;dTeXmMeY+X+Dr3uuSu/mS9/7ryUc8G4xi6dZift6FFhugfUAAB9APx7yFsfu98oWdvo+nBJHFv8A&#10;N6Yp1DVv768xXV0GE2kavypX/UOvez0dbfzRaLFYalpOx6Weuqo41Rq+lXTPINIGt/wf9j7h/mr7&#10;sVvdXXjbOfCHp5VH2/L08+pf2j7wzWtqFvahwKAg1+ea9e9qPK/za9mUmTWmxW26vIY7Tf7qWcKw&#10;b6k+NeP9a/sO2/3T3eIvcy0avADj16X7x0If9MEpUd1cmp/lnr3sStp/zQOqs5DUTZOlqMJNFGXA&#10;kk8scpT6iw/P9PZBuv3WdyhcLbUkBOTSlBX/ADdCaz+8FtsluTIxBzQ1HAjh+wde9g5m/wCbhhqX&#10;N1NLh9rrV4uGRkhnnqXSaQhreRAPpcW4PsXWH3UoHtFM8pWRhkAV+dPy4/M9BK++8mv1Ph266lOO&#10;45zw8/2de95sD/NZOSzVLTVO0khw88ojqJ/O8lRFGzAtIhH9PbG4/dYtYrVnjlq4B4gAE/Z0YbX9&#10;4SWaRfETt4VJBIr55x172wfKf+ZDX4fC0FF1RXp9/WHyVVcbTTU0RjHoUHgML29mHt593OxS78be&#10;46hOAwAaHjT+eeiHnz3/ALm1txFs8h1kGpwcfZ/q+XXvZSuqv5i3f1BVzT5HPyZunkkSRqavVSuk&#10;MCVj4uB/re5c5k+7/wAn31p4UdqsRA4jift/yfLoE8u++3MaTBrmQsppQH09D519PLr3s69T/Ngx&#10;mDxWPOV2xLU5SVY2qY4p1iiiKWJ0r9SP6e4Wf7rMVxeOYJNKZp2+Xp+3/Y6lE/eRFuiBkIfzA4U+&#10;Veve1ztH+aptjPSwtLsrJxxSMFlkSpRwik8sEtz9fz7DG9fdbe3gdlmWtBSgzX/J0Ldi+8PFd6SV&#10;IBNBU/6s/I9e9n96i+Sewe24EjwWQSlyUmlHx1a3jqdQ5UBfoSP9594587e1G5crHx7hNSLU1HAj&#10;gc/4esguVefrPfkVlapPl/q9PPr3swoaRiVdnJL6tK8WW1ySBzweR7hS6gSGsIpkUHyzjqTIJK0Z&#10;KEde99mRoyGFmYED0/QxgWDC3Av7LypGHNONPt6XCRWFQanzH+Hr3vn5OT/ZBfhWBF78FiP8fekj&#10;cioziv8AsdX1oDg/b69e9+LSBiCbm6jSBbRf9LE/639P9j7bAVsgfYa8fUfL/L5dbqCBTIOa+R+X&#10;XveQyI0p1WLJwzMTwR/qgv0/rx/sfdxDJoBQUBGPnXyHTRkjNVrXy/4rr3vtmBYAep5CCCSP0gcf&#10;T82591MRFfEGmg/P+WOmyscpIb7QfP7Ove+eoHU6kqeCCQFIb6FdP9R/vPtoRaMtn+eP8/Wlhl/i&#10;qP5069761lQ5LALdbm5B/qAbf4/j6+9ghmqoP+x/n6VqaGucZ4de98TITzctItvWQfowuFBP+2Pv&#10;bRgYJFP9Wek00NTrU6f8P+x1731HI0V7knVYnj8t6lUX/wAfwPfjGhFR9n2/M+XTlurQtUNWo8/9&#10;Xn173JNQBqN2Olbg2/tMbEAD8D/ePaZbWjUrQfbk/PPSksBSmOve+llU3JIHK3a5/H9SR73JAfir&#10;VRWmM/b8+rmVGFJeH8v9Xn173l16GBRreSxVEsVC/U2A+l/949+ELPljpzknz62XjQUTh5nr3vmH&#10;YuLoB/utgSVF/qrKR+L/ANffhBrrqNOP5/l1R5oyaj7ft/b1735p1Ryi3JVLlnGpS7H6ED8f093S&#10;JNIfjkU8j+w8Kfz6o0rEYIVeAxQ9e94mdgbhjZSA9jqNz9Rp+hAv7cSMOdDCp9D5/Z6dNs6qSshp&#10;X1PH7B173zFWASvIulwpVhqQfRj/AMR7r9OGzk04mvA/y/4rz62koNWSmBkgde9+NbGFVWLXOsgg&#10;gFufpc/Wx/r7p9M7L4gJoKVwaD9nVjdAip00+00H+ode98TXRuqlXKhCVJJJLAjTp0/0PHHu620i&#10;sQatQZ+X+f7fTpO99EOzB+z/AGeve8DyUkqGNkW+i/pYEXB5Ov8AHPP+HtQkcsTakJI/PovupI5W&#10;Bj4jieH2D9nXvbLNj6WZDwrG5vYrJxb+1b/H2tjupdVX4eVcfaQf8/RLPaeNKJFoo/n/AMX8+ve2&#10;RsBCwYxSyRuSeEPpUj66m/x/I9r47qp0uK19f9WaenTUtkqkKx48PSo/y9e9wavbszldFWQE0swv&#10;bUf0hWP9P6e1kF2qKYqUr6f5/wDVjpI1tKFKL/LiPy697bE2/WQzFVq2NjcajYMpNr2H1HtSLhXo&#10;SMj9o+zppbWauqoP2+XXvfpsXlxGumrUFWeMEmxKgfQEW/H0Pu8b24YsV/y/7NerrC61pnzoOve8&#10;Q/j1NGIkqTcAHU2pgQeLK31J/wAf6e3HW1lbI8/yr5GnTDSupFQQB9o/4vr3vlHl8vFCrEtrDkWY&#10;l+Cbfr+t/wDG3Htg7dA5qwFP8vnjrXjTE1UEg/M/4Ove8zbky6Lr0AG/AIIYMp9X+8c390G22pND&#10;inoPy4/Z/l60b64iFGqRx9f59e98otz5PUGKsLsSF+qqx/x+gv8A8bHvUm2WyjTUH/V5/wCr7etj&#10;cJ3XuJz/AA/6uHXvbjDvSrjTxyQMxAOggs1zexszf0sPaSTZLZh2nH7OGc9PreTxrVXoPn173ni3&#10;zIxPkppLrYk6PxqubEcm/wBbfj35tlgBJJANcf5vl/s9Lo9wkddVRWnlwPXvbgN1CZbinZWLagw1&#10;WRf9UL/Ugnkf8U9o5NmjJFWwMUHAny/4v8uqPJNLJk4p+df9Xn173jqtxeNVRVAcqtyP7PIAF/x/&#10;re7wbYjEAjhj8x6j1/ydIJLhhh8AHh6H/KR69e9pup3Q8B9TgXNrspNgbFhf+tr+zmHZI5MAU0+l&#10;K/6v8HRe96oFWNaHJ/yjr3vBTbtCSRlqhwNYEZsCW1P6Rc/gf7f2rk5fOlmAB4fypx/1f4etx7xI&#10;pye35+XXvb4d2U7ofFOGv9VXk3cDVz/j/vHssOzTVwmB5eX2U8+mpN+DDSrE8ccAf8vXvbfVbnn8&#10;f7eoadTNckk+q9if9tx+faqDYiSWmHxfsH+UdIX3llGWqP2Z9f8AV5de9puTfFaHUMWZC9wwDIRo&#10;+tyP6fT2JIOXLWSM6wQKfDUZP+o/5PPpsbs0i6k4Dj6/6v8AY697b6rsN4F9TOCQF+pPAvqAb/D6&#10;+1EXLK/hWtDwwPy/2ei6XfLkcV+wcf5+nXvaXn37Vyq7QSPGzPe7FuVA4sL/ANAf969msfLEK0Mi&#10;ChGKZ+Rr+fn0gl3q7pWnGtKcfz697aRvzN0zF4ZXcM/JPJ/rbV9Qf6H2Yf1XspDVgKgUOPL5/YOi&#10;195uTJqkqSPPP2/sNKU697lxdt18TEyyOLEWKORqJ4VSB/Qfn+vtKeS7I5QADPEVx6j/AGerpzFP&#10;GQqVVa8Caj5n/V+XXvbsnbpcN+hzY8u5YgE2Yaj9Dz9bce2P6jwghT+dPM8f837OlcfNMkjgS1oT&#10;Sv2/Lr3uSnaEuoss+ol1Yxq41KpHN2/J+vI/w92PJC/CEFM+eK/4R/l6NIeYLiNgUNf9Xl172p6D&#10;tCR5NZmC3AupAP0axuPoD9D7LrzksBewH7a/LH7OjFOZHJ7Tp9Sc/s+Q697W0HYsEjaRPGCy/lxr&#10;sReT1D6D63FvYOvOUHUFimofIeY+XpXNejAcyxtEElfj6evXvbgOwqG4iadCuu7SRpq50mym/Auf&#10;z7QDlKRKtGmacCeNcfb1dOYIySqMeGK9e9vSb8x5B9QcMwJbUVOlkte35Avbj/Y+0R5Qn1UdKcR/&#10;lArxyfz6Vx7uCASc8K/5+ve+5OxaFGcR6TYrdtXFgbcD/ePeoeTptdTGRThQ5r6n7MV60280ahNP&#10;Tr3vAexsaAVe2pydT60W4Q6rAfS/+v7Vf1NuaDStWrn/AD/l1eLmERHTx/2eJ/1cOve+j2Xjg7eO&#10;1vIrWYjU39pvV+Lf4e/SclyaaSJw+3rU/MKsRkinp+zPXvfa9lY4u4IW45Gs39Tf1IPN/wCnvZ5M&#10;uTHpK5NDg0yOH2f6q9U/fqBeNB61697g1nZ2NiVgjxlxxqkW/CnhQB9P8B7fh5IncAlaA5/P1/P+&#10;XSaTfl0g1wPTy+f/ABfXvaYqO244o3dnjUa0caSCQQefSP8AD8f649nUHIzMdSChFD/h4eX7eiq7&#10;5lSJNSmteOT/AKh5de9ojI920euRBM3kYkkABFOk+kD8Dj8exHZ+3rVGMCtfOmoefyr+zoOyc5rG&#10;5pJWh+z8v9nr3tI1/c/3GtYzJqNydTggG3qGlfpx7EttyCgUIy1FBU04ft48OkV1zc7qdPAD1yK/&#10;Lz9a+fXvaRre1ci2vw1ZCmxZS30H0t/iP6+zS25Kt1KlkoR/gr0G5+Zpm4eXypjr3tJZHsrKVB0m&#10;Z7CxVlaQj6Eswv8AQfS3sV2fKdlGBUKaVpgDz6QSb9O4otSDjJx9nXvaNrN3Vssh11MmltLSMzO1&#10;yf0AW9n9tsdtQrEASOFeOOOP8B6IL/dLmRipb7Pl+Xl/l697hPnJB6zJI0gABIv9Cb3J/r+fas7Z&#10;DgEg+XDgfy/y+nRS1zcFsGtPyz1722VWenZZFjjlcW9L824/Ufpcnn2ujs7SP+2II9f8n59NyXEr&#10;gZrXr3tMVFTkqktojkHBAQXJ03+p/P8ArezSH6GLvJrjzAx/q9OiySxmuTrbUfmaUHyHp1721Hbe&#10;WrG1CN21fqGlif8Aabn+v159mEe72sRK6vTiaAdJTy1dSnKliRmppj1/Z+zr3tR4zrzL1LAmByzW&#10;N3uEH9QFtz7Lrrmizi1AN8Pzz/sdGtryfMxFI6jyoMn0/wBXDr3tbUHUWTmdY540RBYyAEhuD6Tz&#10;xx9LHj2HrnnOCJS6yFv8/wDhI6E1pybLWsnD0+zr3sTcX1HTRMGliVtQAF7libXBv9D/AK/sI3vP&#10;UhGhOK1xjFfX7ONOhpt3J8BNGUE8fs/2evexDx3WuOpxraJRGgUhRHcfW7OzH6jiwA9g+/5vu2B0&#10;tVjggkmv2dCOHlCIAEqCfPJ8sCn2+fXvavg2dSRkaadFFrkiMBLkXGsH/eD7DVxzG9TRqMOIrnpU&#10;nL8KsaKQR5E/4Ove3mDbqDUvhSNFAW631f8AJI/H9fZPNvJdfiZvKhxQefRkm1wIi6B/gx173m/u&#10;5G5AeK5vZkVbX444/qR+fbH74q2g+WQeOfIU6Xpt4kbRWnzP+D/N173n/u/T3cGJVUaQt47WW35v&#10;9T/j7TNu0gXUgyQeNeP+r+XSpNpU0NAQfM1Jx173n/gdODqWMagQFsikMAL6GPvY3hiR4hz/AID6&#10;/Z1b90xONP8Asde98TtgShgYlCNYsLcEH6Wt7t+/HFaDgMU4/aScfZ04NnDHsqKcKDP5+X5de98p&#10;doRWAKISSo1IL6AouOf94v7T/wBYZwxUGoJ/1cPPqrbEwywqDw/2fn173GbYEc4dwqCLXa5B1fg6&#10;Sf8Aifdk5nkQiigkV8/2V+fTScvBh/Z+tcefl1730vV2Kne06KoKi4F9Taj9Qfp9ebe9nnG4QYOa&#10;5qa/6h8x04OV0J9B8h/h697co+qcJGQPELAqoVwDpVxcFeD9f8faefnm7K0DYoTStSfn+X+Dpfb8&#10;qQEgyDUP2f4Ove1JR9ebfoyQcfTalKqZEiH5Fw30t/sR7ILvm+/mU+G7Z4DgP8/RgvKVrQUFPt/n&#10;172pY9rY6Eq0NJCtrLYqpkYkXVzxybeyaTmK+lehbHp5D5fLPS625ctYc0BHoQAP9X29e9z0xVMY&#10;3JpkPjY6UUAHhf7Q/pf6/n2hfcrlnoZNOvj8s5/l0ZpttvGcAA/Z/l697yxY8sxQlE+g0RjggDgc&#10;c+2ZL1qErUmv7P8AMfl6Y6eW2jU0UD5Hr3vp8dINShpdJIYDk6AeLD/eePdPHGFIFOP/ABXT5gdM&#10;8P8AZ697izY+tF3jDAAEg8344BN/6jm3tyK6Sh4j5DP2cOmvC1ccg/4eve4ctBX2DgNoZjYauD6v&#10;qo+v/Ee34bihIkNcV/lg9I0sRGSxFGGR5j5fn69e9tsuNzD+RFdkQNdBIpsg031D63/2/tat5bIC&#10;3Et6n/VQ9NXFsZUIANSP9X7eve01WbSzlXqUVJBk1DWwsNA5I4+pH+Hsxt96tI1BOR6en2/6s9FQ&#10;2+6NTQivr6/Z173Fh67zIjvLW61sG1KrAgk6R6Prq/H+t7Vf1htDlBSuKf5urJtBLBsg/wA/2de9&#10;uFH1tWI6s9TI3OogR2X1XILyH+n0A/PtPccx25GlM1FB/nHSqPanOXBAzxHXvalh2QxcKZdADqzG&#10;9yuhdLG/+pP4H19k8u+le9vSg/P/AFfl0sh2uKI6jk/POPs697eItoQrp1SlgGLC39oA/wBf96/P&#10;souN7o7OpoTxH2+fH06fbaomJcf5AP8AY697nLtSk1fUsbkMxABAAv8A74+0o3tgpLErUUoM8T5d&#10;aXaowNTfh/Z/snr3vh/AVUq4QmNbr6vVqsbiQKv14H0HtWNy1jQp8vs+VM9LUs0UaYwB6Ux+38uv&#10;e8MlHEpsqxqAy3VhyCCANDH/AF7+9R3DSmo1UP5Dhn/B14xqOK9e942poCACmkeqSy3P7Zswvf6/&#10;i/txWZSc/Zwrj/Vj16oI41kPnUU/2eve8f2qOLBQbsDawuCAAQWP05I9ueLQamPl/g6v4akDV6U/&#10;1fZ173ySgiDawbJoIuCCwta4H4Fybe2XYtQsM/6qV9emZLSJjVh3ev8Aq49e95UpI4yq6QVEfLWA&#10;N0AIPP8AUnge7eK4Haaf6v5dPokajSop6de95IRHDGGdCGMisbEAsP0hmH45/P8AT/X9tuoaTV8q&#10;dUMKa9Qz173nE8D6WQJG0RJU8aWOrTcKf8OPemWqlT5j/V/h6e1HUWGOve+a1UXIIuoPLC+r0kfq&#10;/wAb3Jt+PaUWfE1IOfsz1dnd6lRj0+3r3vE80XpIJD8lgbta55CkfS3090e0kRezgPLz6aMWs9p0&#10;/wDF/wCbr3vIJo4gxDWAWw1XHqblgP62Fif9b3QwyPihOePCn29W8MnNR9vXveE1qCQlT+LKQTZT&#10;+kvx/h+PagWPbRj6VH+by62qohrQk/Pz+zr3vK+RMkZYO5BIGpRdvGq/Sw+gP0HvwtEFNQ4cCeGf&#10;9XDq/iOH1Ur/AKhT7ade9846uzIQzA3YqDc83PlCn8fj2ieNCWoa0/4r/V6dKQvifOvHFf8AVx69&#10;7zQTOti4e2olQh1akVuQx/2/urprVjT5H5f7Pn8uqsj0pT5Hy/1eXXvbkJGcElrC2tQoPNuOHP1A&#10;/PtD4ZVQcZ4/7I8ievBlRaAUp5fnn9vn173HMtniP1DDTz+rXfliR/Q/737qYzUlsGtP2DB6pJEJ&#10;JNRPyoOve5KorSHkX8YOk6Ve6D1cj6/1Hv2ohQv+rPShdIUBf9R697yawpkcMD9ZI09HAsOS34P4&#10;96xWh8q1/wBgefXqDSCDg1/1fPr3vlHL6wIwNekltRDfqHIv/j/vHv1O2p4fz+35dW4+dQf9X5de&#10;98XdbOospCAckghBy6qfyQfz9fbdGFAPP0/y/wCr59bQorBX/wBiv+r8uve+5KqNReRFGqMG5YEk&#10;Di7D8n/W/p78sJaoqcH9n+x/g6eLqcxjh50697htWxICiEah6QwupAvawY3+l7j2/wCC1at/g/wf&#10;n0yXahNcfz697xS1l9Q0tqK8vf6Ei7H/AA+oHHvSx6RqGPSvn/qPTflqHHr3uOksrxjWoLMCS7Np&#10;ICm4Cn8/4H8+3goOFBA/z+fWy4HaOP8Ah6976802p29ajSLqpUK/4Aa/9f8Akft0247QufWvr8vX&#10;r3cQBT8+ve47NUhtMXpVrKvrI4/HB/Nyefz7cjSMAtL5eXr1UhwKyin88/l1736oNSunWLjSrWQi&#10;wF+A/wCefwf6+7oqBjQcOAPp5/I9NNGr6lbI+Yz+Xl1720SPUSSXElzbgaibIwsSf9f6Ae3wUZcr&#10;U/5Rnph7dAw04X7f59e99K0/MKklDY6dQADH68e6gqBVSBn+Xz+3pQFDIeBCn8wB5/8AFde9x5Cd&#10;Y5ZRGFGlmFrD0/U8nn8e7KP0zqzU0/1fLpJdMdNOIJx6j7eve8hZlIIkLlyS/BugPH1P0F/dgBpo&#10;ABT+fp1a0cf2YFB8+Bx5fn173zZXYh7lSpUGy8FSOWW3/E+9KjOxAwD8/wDJ/qp0uSJ5CQtFoOP+&#10;x6eXXvfMozEjyLqBYqbrYgryNQ/2AI90KtGBUEDP8vl/gPVSjIaAUAFcD/D17371aAHUAM/pUW1a&#10;U4J/2P1HugaoqufP7OqKxCKy5qRX88cOve5yQKgDtqsGTTb8XsSCBf8A2PtidjqOag+Z6cACmg/P&#10;/P173KZvUhCqAyWVWs+oA+occi39faRgdBBJwePXnQeFU4KnI+R697yFgeQSjMouFJIUfRrEfk/6&#10;3HtldQPr8+kx08Tw6977WYBSdSsNVtKm1iObrf8AHt4IzHNa+p6MbdI0AiGC3E8fs697yLKWHrcH&#10;gMFDfpueCt/qR+fdJUAJoOHn69OXEdVYA1p5/wCl+Q9eve/CcKojaNWuZFBuTx/tTfg/4e2TEa1B&#10;9OkKiQVVR8Wa8Kf6vXr3vhFNoLAzAr6gBzypsW5P/I/bxjFK0z0siUqulifyx/q+fXvfEvdlABGg&#10;PZkcg2bliw/oR+P6+7Djk/t8+ng5yGPHy+Xz697yrVScIALsulFH5tyWOni9vrf20YlFdWQP9Q+f&#10;HprSVbUcgcKcflx9P2de94wys1/TIRr06gVJI+v049uDtFeH2HrwkWRdajDYPnn/AD9e98RJx/Ys&#10;5a7W9JYC+i31v/j73pHn5f6q9bZUbLeXXveMvyLiRhpPoB+p+rFCbW4sTz78AtMdVRIlPaBXj/qP&#10;XvfBpDEwA4LsE8f+rH9C7e9hVYHV5fy6fBbiTkDj17307MGS7LqH0HDC17ab/wC9e9qq0NBj/Vnq&#10;wkYjt4ev+Xr3vzylFMnkUfWxIsG5+pH+3HvwSMkCnWidQ0nK+mD/AD8uve+knAVn9MahixI5vYXY&#10;3/PurxZoM+XTH00JWgJ8+PGnkB869e98Wm9WrVYO2m/6QQRw1j/r+7rGKAEf8X1fwoqhSKsM5697&#10;xGZQxLX1KCBwAzKeVIX6D/D24VNKAY6qwXTQgUGaVHXvfWt29IYorC5VrMAV5uT/AI+6hVqSQMdb&#10;EcSHUgofX/V6de98BJqZhJ6uLg6hdSPoRbj24vaNS9LrYdmt8kGn7eve+LOoXTG6/wCKMPyCOBb6&#10;2+vHuzJ3Vbz8/wDV5dNXChDqUjuOfL9ny697xrMwdb/2tVxe7AXHqIH+8+9FBpqOA/1U6YYxgaT5&#10;/s6975STFY1s3GoAsDw31uVH+A96VQWz+zq6SqDRTj0Pl/s9e99CQyaSxNjcFmN9Kp+AV/IuOfft&#10;Ojt/1Z60JWWmgg1P+qvy6974mfSqG5YLJz/Uj62H+8/63vYQMT8x17xhWpPn6f5fIde95WnRwrxy&#10;kEXsBYn9VvUf6+6iI5BHTXhRknwkBz/qp/m697wSVBKEN+m5LBl41GyqSp+v9fd1j0tUdOGJo9Ls&#10;oWvy+3z8j5Z+XXvfazgWUsLAGzWOnkAMB/Q/4/09+KV7hXqvid2oVH+D7eve+CsxW5fUhP5HBb8m&#10;w5ta3vZAB4Z60WjhOqNBqI/w8P8AUOve43nN73srH1AAWv8A2V5/w/4j2/4eNPE/6q9LVhhVKyju&#10;AHnThk9e9+E5Ukk8G/pFiSx4Fv8Aere9NF5U9Mn06baz1OPDIGa1889e98/Mrm4LWK2sR9PWbgH3&#10;TQVFPn1qRJ1HAEA0/L/UOve+BnTWxIKqL/QFV+mm/wDt7fX3sRtpxnpOYpge4Gg44r+Q6978017a&#10;pCfT9AfoLfQEc/1t78qHyHSdI0jcg8Gz9nXveIzQgqOQQHDL+rUpN76h/r/X3cRuakcOr6mkB0gk&#10;D5f6v5de98Wl188i6k6kA+i2H1P1Nvp/sfdgmnHp5dWZ3BKnyxnj86/6uHXvfEOokBuB+2CbHWQu&#10;m/1/wI597K1Wnz6bViKNxpUU4ceve/NLZVLEBWtpH6tKqL6tI+g/p78EqceX+HpbbW4eJgW08a0/&#10;y/Lr3vgJYrS6yyfpZRJbSVHJuw+l/eyjClM+tOtyWbGgT+eCf9Q6974rKL6QwK2YEgnj+twfx+b/&#10;AOt7syVycHHSOWORD+qKf4P29e98Vq4h9SPUbKCedY4uR/S1ve/p2PT8NvWjSNpFMjzz/l697xPP&#10;cH1XC/UiwA45v/hZbe7rFXHSo2sRTtNCBg/4PL51r9nXvfRnRnBUgGwbTqJ9VwAb/wCsPr734Lqm&#10;c9ITbzIaUP2+X7eve+LVILSMDo9Ri/LWA9JAI/H+9e9iGgA/PowtB4cQqRxz+ytM+fXvfllCFxqN&#10;yWBZiXCseSCSeP6ge9lC4Bp/s9Vu1V1ovdQg0/1f6h59e98FnZmZLgWFgSb+pTdDz+B/X3sxEDVT&#10;HSSO2lc9w0/M/wCrz8uve8clQjAhbtKAOWvyeebD8ce7LEa1Jwa9LkEdso0eZyaVz/senXvfD7o3&#10;RbMAOeCDdubAj6jn6e9+CKFvPpz6gNkgj58R/q/wde9++8CuQS5t+L3AZv8AEf73739PUV4DpPNA&#10;sveDp9Sfl50/1fPr3uN9yfISDZQobSeSWN/p/W9/b/gDT/qH7fs6dSLwkOhqGlanB/P0/Lr3viJA&#10;BJcj0tcut7qdVyCo/wBt7qY8inn5H/J1WRw3ZIAdXl/lHn8x173m863QhlDFWuB6Wazc2H+B908N&#10;gDUGn+DpJdKkaB0BAHmfOua/6vTr3vhJOpPq50tps31FuFP9fr/T3tYz5efReZvJSB8+P+ode9xh&#10;WEKps5sdJ+pVrk8AfW1uP9h7fEAz/q/1HowFvGYe9tJI/ZXhjhU/y6975pNp1G4VCraSSx0ta/AH&#10;J/3r3QqDSoqf8nTQjAyasCRinGnmD173h8qurBmYjj1FhZj9bj/WPt7TpA0+flTh/wAX0tkmjjhb&#10;R5j0pT5de98GlCgWlPkswF1DCxFuVPPvypU8MdI7TuUhhg04+Z+XXveHWjBdbBmX/WW5vypv/X/i&#10;vu+hgTTh0/rYVXj6V8vL/iuve4VRWsoKC2lVIJ5PN7EH/W+h9vx24Pd0jnmMS1OSOAPmfLPy697S&#10;ldXyi2m5VtV/UVIUDi9/8fZ1aWqE5Gfs6J553Ziz5J/Z9n2de9gzvDcuUijZKS6sAyal/oPr9fr7&#10;kLYtqtpXUyitegPvm4zxR60r9vpinXvZb85mM1Uv6ZJybsTqLAcD8Ef43t7lex26xhQKwUcPtPUP&#10;7zu24s5iqc5zn9nl172H+Qrc/wCNhIahR/gxYMv4tbn6/W/+t7FVla7aGqpFT5+ef8nQTnnvaApq&#10;r8znh5de9o2pq8072Uut/wC05axP1YMB/h9L+xBDBt4HaooP2ivQOur7cyKaSlT6Z9KZ697agMwG&#10;1gykMT+gkk8XLEn6n/D2bRfQrVTQ6acR6/Z0SSrdPUmpI9c/l17250xyNk1hgAoBNjew4Jb/AIn2&#10;7qgqW7aEnjTpOBcIe6uPs697U+MqqmAqqK5uPrY6APoov9f8faW4gtpiBUNTifMH5eVPn1abcpbK&#10;JnY1ovHhX5AeX29dE2/2Jt7P/wDCr48y9372qNx7sjP+jjYlRSVWeQsQ24MubVON27Gg+sT211TX&#10;/QNP9r3kL92/2IsvcrmOTfd+Ux7JtVJLgimqaQGsduvnSUjuI4KGPXFX+9c+/wAz/d19szyHyXKB&#10;zXzJG8VuQam0tiCk1yc1DUNIq8Sa+XWKRmYiJNSs3Ja36E/JB+l/6e75fIs7QwhY6eJEjhgSFRHD&#10;BTxoI4aaKNLBVRQAota3vqMbtdzuI7aRRCg0qioAqpGo0rGoGAFUAAemePXxwXc91c3Et/eSNNNK&#10;zPI7GrO7HUzknJJJJPz65xosahF4VRZR+AP+K/19qChgKvILfs2sjEcFh9Rb3J/Km2Si5lojfT0I&#10;Vyoyw4ceJHl+VeiG7lFFHB/T5dc/c92K3AQynT6V4BNhyefYuvpbmAtGsf1J0jSmARQZc+p6RoFb&#10;idPXvbLJIWRldSzEnSfp62Nv98fcYXd00sJSdT4lcGlKMT/k8vLozRKMCpx5/wCr1697xOifbyCO&#10;oEcwCqwYENoc+pU/x/x9pZLeAbbJ4FyI510ggg6irYZVpxPmDwHTiu3jAumpfL7R69e98mhQRlA7&#10;Bkgdkj/ssF+pDf19uNZQfTGKKR1aOJiieTBaVOo4qePz6qshL1K8WAJ9Ove+MVRosGb9sx2ZmVgw&#10;JXi3+B/Htq2v2hUJK1YymSag6iM0Hpkfs628WvI+KtfUde9yYmp0jjhkdRZdUbSSX8txfRc/X/Ee&#10;zi2m26O1SyuHVdKkoXeviV/DqySR/Dw6adZWkMiA/MAcPn/s9e9+pfHTeWMHRTMCdWpCiE+p31/Q&#10;L/r/AE9vbIbbbJJrQMVtpfOq6QxyWDcNPzNNPWp9c4V2y4+RqfQU8z/h697cYKmOSRo4SxSOOBxK&#10;tnhlSVbo0Mqkhhb6n2O7Tc7Y3j2FjqCwJHmgKMrjBR6nV6ny9D0jmgkjTXJSrFgRwYEcQR5de9u9&#10;KhlYKHKpf1mxuFH15/r7EiuipWOvE8f8H2dOWUD3EgTXpXzPy/z9cJCVUkLqI+i/1NuAfatxVNCK&#10;hhIkstIEYVDSG6tcWXxM30te9/ZbdyP4YKECTyp5faOpH5c2+1F8yzq8lrpIkL8DUUGgnhSta+dO&#10;kVuqryK4eoXEVFPBnJNLY0PqZVeJ/IwmjiF2VgCpH+PsWMHRR0lIkSuZFB9ErqA7xnlCQv5H9fYP&#10;3Cdppy5GkniPKvy/zdZI8o7RDtu1pBG3iAcHIAJU5UkAkYGK+Y6pn+XXZOZz28fHPDJRLTUkcNZj&#10;qWWqkooMhGpWriSolRVYNa/jk+h+g9uFXFZGlCBnCNpuPobcAH8e08LZ0k0z0dblbkRtMqa2VTT9&#10;n+XoJOlt+eXMUu3KnOnE42qydN95TQupEwecCVnYcyOo5IvYfW3sJMxGZFqBKo1SFFMbAkwlwQoL&#10;Dleb+r2L7UBlCLkUPyr+z/AM9Y08zRNKsxuRl2UaSMoTUDP4c51HFOr4toSUcdHj4qGoWakp6WVY&#10;aqIqkVasVv3o1W4ZQthpFiG+vuNjNwYDeVVU9Xbnxcvmo8XDLQZyRqb7OrZj444MXUuQ5qIuTYDg&#10;Dk8j3He+Np3O6sjbMU0I7BqaXD4PhVOrxBQk+YweJ6lHkzc9p5w2S25Q5kmj8eINFDcI4LAx00g4&#10;GOAWpo9CpB6rO+TPWnbvxN3bu/5lfGn+J7k2/l8lRZzuPoqojyVZS5eOdhS5vduJggZjEwQCaq0r&#10;qTmROAQAl3ttiv68qo4oKasrsUz3grV1zlaUEJJLVTn0qw+pX2Edwt4ttijv9lDywPXK6nMWkDVr&#10;Y49TwpQGueot5u5H3Pl/e5du3PtU1MUhAVZF/DRV+E+RBPp5dHu+MfyZ65+UfWmK3/sPLUc8zQwU&#10;+48HHOrVu382IFesx88THWUViwimtZwLj8gNeMy1LkI1qIGDqxtzwt1PIUf1t/vftRtO9W12TPQV&#10;Jpmgx5n7SM9R3fbfNZv4UwpTPRiwb/0t/vPt0LxwuZlYKCGv9DYEcgD/AGFvZ2biGxmN9EdFQ1eF&#10;KEcKfOlAONT0hAaQeGRXh137ecfU6I1b+yVIv+HB5Nx/r+5D5Yv0k2yNJRpQA6Wp8WeP21J+0dJm&#10;drecsmScEdcSoIAPNv6/X/b+5k0H3i+VWCToQwYW5tyEPHN/6ezbc9tivlSWE6JUIKOAM0/C1R8J&#10;8/Ty6cVmuFaTGrzFePpT59eHp0qL2+n9ef8AH2zzwtGszaG8jrYxglV1j6tdefYK3Lb57dJrjwyZ&#10;ZQAVHaurPdUUx8x8um0calRjQKfMZ+zPXL3JjklRYgQfTGpJ+i/0Pq/J+v19n9pfbhbwwxutdKAt&#10;wAPAV1ebU8j8RyeHTLKhYsDxOPX/AGOve2He+zdq9nbVr9obwxUOb29l4ljrsfUFlVzG+uKZHWzJ&#10;IjcowNwRce0XOfI/Jvu1ypJy1zZare2FwVcoTRkkWullIyroalSPP5dCnlHnnmv285ls+buT7yXb&#10;9zsHDxTRMVZWU1BqP2dcQoHP9P8Aeveu78vviNvL45Zn+8OHmn3F1Xna+dMPmkibz7feR9cOD3Da&#10;4RxcLDPfTIAPzx74S/eI+7dvnsPzN9NdK11s92zNZXgUhT3EiCbiEnRACa4kFWXzA+zP+7U/vSdg&#10;+8XsNpyTz/dJY822kSIwkcKL5kAVpErRQ5wSv4vLPWNJdTvGy6HTSbfhla9mU/n6G4/HslceZzET&#10;Kj+YKFF7j1aQbgAHiw940z7fZAECla/lnru9svM1zc2wnhYngeNRWnn51A6ze3+k3pXU+pZTLYjk&#10;hmtb6A8cX/I9lc2xW0tGUDH2dC235iukoKGgp+2vGvp6j8+ve1bQ7y8mlhJILC5uedX0/P4/qPZN&#10;NsS1I0genQgsuZJJRo1EefH/AC/y697WVFuhZSdUok4DEBtNr2B0/m/siuNkZBVR0K7TffqG0OQp&#10;HAk4PXvajgz6uFVZTGQPqTYk3+l/ofZVJtjJUlejtb9goZSD+eKeg9Ove3KLPH/drI/9pmLfSwta&#10;4/PP/E+0T7eP9DBH5dGEO6PHhGBApTzI+f29e9vlLlEnREDoGsSdTark/RTb8/ge0E1o0ZJINPs6&#10;MIr9XlDSVJqP9Vf8PXvbi8ysP84g0WvpJsSefoP8faYIa8OPR94yHOc8PPz/AMHXvfYqAp1tdmKg&#10;KAVNwx/Fv6/X/Y+/GOo0jy6sGBqeve88bKBcnSpHpuBfj6Kb/i5+vtpweA6ejXWQtP2fPr3uWj2U&#10;kBQNP1IHBtqJJHPH5/w9tMuQCejMW8IoDUj7f8n+Dr3vkDdSC/EYXSdRtyupRpP+9/091Izgca9I&#10;5FSOqGp0nHlT8/POeve8zSlvqUBKE6I+SykgcN+OLA39thAvCtPU9MxEggA5JPHh8yfn5/aOve/e&#10;Q8XSwZCNR5RT9GFvx/xX34J5A9G1tJGgBJBr+05/mOve5X3iqvjEh4H6uDYhL3B/rc/X2z4JJ1kd&#10;ea4jI0rTjj8+ve4kjsSW+l29JAuA6LwWA+n9D7fVVAp04kmoBCtF4k19T5fZ/q49e98fLo5LBiFI&#10;sfSNRUXJJ/p9Le9hC2Bjh1VqlezBalT5cSeve+kqk4CXVnT1KGBsOPRc/wBQf9h72YjxJqB02AVO&#10;D+Zz54+fXveIyKDIbsWLC92vbi/Nv95Pu6qTQdXQaSSopXieNa4/1fs69795OP0+s29SXUfWwVh+&#10;Bze/v2knHl1V3CRGhpXgDn14f5eve8hkMSaLlQRcJcEFWNiP9591CB2rx/2Oi+NwfhI4UyKfmP8A&#10;L173xEhHqBsAv0sRfm9x/Xnj3opU06dihVwC3lXhwrn9vr173w9TOAJVFz6rAc2F+b/Rvd6BRkdO&#10;GAOmSf8AB5+n+ode9+eQp/b+rDUSL2Zvrz/tv+I9+C6vLryQatWag5pQf6vX9vXvfEMxYAsLKTdO&#10;D6bEAqR9f8T72QAKgcevSQssdVehHy4j0+Q/zde98TJZSgYJc/VTa9jcAL/Xkc+9hKkNx+3pCaig&#10;/l59e94hLr+jk6QwAC6S1jdh/T6e7lKfEOPWjqVdRH59e94zMwH1HA+t7WKn6/7D3cIvXta6an9n&#10;XveQVJA9JF19NrhbargXP5P091MQPHrwkFeAA/yde94xUPr9er/Xv9CD/ZP/ABX3vw1pjrepVQgD&#10;/YPmf59e99+VmZwXLRjhR+Dcfqt/Ufkn37QoUUGetCdgnh/h/n+3y6974mV7Mxax/s/66iyk2/HP&#10;uwVajqit3AnH+Tr3vstdCv0sFINydRuNV/z9f9496pmo8+jHStxEJDllqPz/AMx697xNIpW4W2n9&#10;QJPH4YqPdgp4V49F5Ok6hhuve8AexBsAdVyPrptwGsf9593pjpuuf9X+Dr3vnqH1Cng3uTe1uGLW&#10;96oOHXuve+Ak9KkuoS+kspuNX10j3YrmlOnxAdBb0Fc+n2f5Ove+BnP0sGKk/S1xb6qT9Le7BMVP&#10;TOpKVr+f+x173xMt1AJ0gr9CoOo2/J/1uPfgtDXj/k6aMqDGT86Y6974LKrWOkBQL2AGkW4Ut72U&#10;IxXqqvU0OK8P9nr3vm8no+qEsR+jiyj6kH/H629+Ve7q6srjtOf8P2de94DL6uCv6tFzxqFvqLf0&#10;/J930GmerkUz5de98WkZSeNVmBHH6x+bH3sICM46VRCFotchoONf5Up/qPXvfF30W9DAHnUxIPq/&#10;w+vA+nuypU8ei55WBoh4HB6975CXQQQQSQAbWCi3HP8Ajz70UDDrxncigFPX59e9x5JGBIFmPCix&#10;svq/1vx/X24igivVDI7ChOOve8cxIXgrwVJINvpyNP8AsfdkyelVq/iEiXOKgeg697wmTUzantqU&#10;D9Wm/P0HtwLQY8ulrNCKy1HDjTP2fLr3vm0kYtweALk83IHDAfj3UK3SFr6VlIVQPn6f5yPXh173&#10;iMrk/XSwIGkj+z/UA/19uaAuOkhqMqaV49e98dQufVdv6jmxH0uP979+p8sderI60Wreg+XXvfBp&#10;iCCQBcAmwuOB+CPp7uIwa9PpBI76TwqK8P5evXvfg92BZral/H0H9Rce9FaDA6bbSraVHBuNePoK&#10;de98vPy1yfpxbni3A0n+h960cCOmTgeXH9nXvfgfIWQX1G2jSeVJNyD/AK/vxooBP59OKzRdxoR6&#10;kY/Z172podnboqKEV0GKrHpghlM3gdl8QH69VrfTn3RJYpGYA/Dx6ZE6yO5dgKcfLPy697SErSIz&#10;RsHDqxVgLWU/U39qhGPi4jperQFQHWuoYI4nHEV697xSTcgXDKGvx9TYcX/p72ka8QOm0UI7EVqc&#10;A/7Pr/h6974LMQObeV72Nx+QR9D9f9b3fRmo4dWBIwMenXveK9wiFWe4CWVSzX/Asv8AT6+7UHxc&#10;KevT0KOX1AZHH7fl/l697zxzPBIpZCJFsFDqeQT+UP5/w9tsiyJQcOmb24jxGfL4vkfSo4/Pr3sY&#10;MHgtvbxoJIKac4rPwrqj/wCOFQ6C4Cg/kn2TWq3cN+sUx1xP5edP9Xn9vQF5i3Vre2eVO7TWgGPz&#10;+359e9hlV4PN/wAYQbirK37WlkEcFIrP4mCMQ76j6b295p+2EPLPLcC3N0EMhHE0Pp6/y8+sN+fN&#10;x3nerto4idGaAk54cfs+eT1hmDtGwi067G2okDkfm3s9fSmyxkqaHIw04+0KaYWIIAZV0iwbm/5P&#10;vPr2p9xNiv5Y4ISC1BVMV4+f7Mj7KdYy8wRbvt9yxnqtSDU+noft6pw/mRdhZXrDZlbWTzyRL6qh&#10;qiMFg0As0lz/AE+o59jdlMBLjJY0muizk6APTxawBt/X31H9pLCy3CKIyqukkUoeGoVpXyNBnrew&#10;XUtw2iRqqP5ny+3qmnpvvLBdvU9dVYuoFb/CJY4ayRm1B6g3Njc8cA8fj3xwmAra7KoiFoqdbmSo&#10;cX+psEH+v/T3kzdJs2y7ebvTVo1Jx50zX7R0PI1hjt1uASGzw/YKfn0LPcHb+xut+r63PVyxVOZj&#10;gk+0xNOwR2MSavMFH+pt63/H59i/TbcgoJI28rS6U/zY/PPJNvcWx+4f76tJXtoTAAaB5PhrWnHh&#10;8/8AD0WS7hJJH4ZXBrnzOf5f5uqdcv8AMXNdnYHMJRbeTbqSVrLDl69nMCMshRVDPZeLXX/efbmK&#10;Z5o2Ca4IjcWQ2/1r/k+yjcObds2mdDesk9xQEV0kDyJXjQ1H7OkU18YkFWJ4+n7P8PQQZjtXBbOy&#10;mOq8xLit07hEcdRGlQ0M0aGQEM8BJOly39Of6e4lVSLT0bJBUlJSpActYm/6tJ/4n2WpzncX96Xn&#10;hAU/DSnbQYJr8+PQWutyImrCcUPAZ41wT/gHUnaPcGR3TvuCuze1KWrxKVQnNLTRBoacBL0xnS2o&#10;jVY2H+t7a5qujjxsNNFIonBF21Xufq7sP8fapbTcbncJL+8dDBJGNK1BpSlT6mvl8/l0xc3OuMl6&#10;sCM+fl8/8HmehVxuyd/57tjPb1zlK9VtKroyKOnEASNaewNNBGkg4AUgBf6i/uLixXVflQTkQxvc&#10;WHqNueb/ANT/AE9m1u1jtMQmuiACdIripP8AOuf9R6VbWih/FoaEV+Vfl0IG/p+ueu1xWUyuHpjl&#10;MnCsBEunQPKTEItH4AW1yPayo6lJ6Qo0iu8YKsCVL6gPoR7A3MGy7lt3Nsd/tkZEU7LqKV0gYLV8&#10;uGft6E5d45aoQpbA9PX+Qr9nRF+ztkbi2n23Q5rb+Iq8fh9x1VLKZqOKWOhSikdZqk67aSo5sfob&#10;8e0v9lNTtU1k8epGYsilbsBf6f7x7lm+5g264AsLaUMyUDacnga486V6beWSWZUPc3A0Az50p6fL&#10;o9lV2dtjdH8B2FtjMMMhSpFjsjPCypCZWjZpJCBa51HV/vXuXT5SleemiGOkgDyKPKY9KFjwTf8A&#10;1/cRb/c3a+JDJK7swOmooBXgD6A4/nXh07ceGFANQeFK4IFOJ8q44ZOegK311fvCl23u7KHsvH5y&#10;op8ZWTDELW6qiOFRYxMpJtdSAbfXke3jOfcPQv4JzBwA7KP7LNyR/j7haC7srW1uBuJXWa0Y0qCT&#10;wFfX+VOg+bG8vZHCHUMn7Bj1869FG+L2Mo4ew6Kl3ZtddzVErTV1HSaTqjkpSWRpWb6xt9SFP459&#10;gHvHazVBgeeEVU0kSmH7hPIrAn9aBuL+4Y3LeNnm3M2yyLhqaqjB4acfz9eqf1W3CZu7tBP2VBoK&#10;fb/m62c/ij2nk6Pa1f8AZUr7bxVDUutdRYeB6V4+NN3MYGoEAcjn+v0Ptjh25XHGVVOwVSiR+Ok0&#10;nRIxnW50j8AXPI9yrbSbGnLFxZuw1ui6RVfJ1JNfsH7K+fS9eUbhbRhq+KmaYwQf8FBTj59KzKdx&#10;YCLsnbOSiirahamtr1qNxiV/Lj9GJqXQs59WqSRFjFvwff8A/9TVywe1M5umNVydTJKJiWdrkFg3&#10;q4X8i349wje3FvtqhiOHlXPp9meP7esptt2+S8FZCW1GoBPHPn/hp1v8ezPbN6Qw8VIhnp1d7R8s&#10;tw1uSWJHHH+HuNt35xmTUsbUXJ9Ps/4vqRNo5UWZdTAgCv8AkpT/AFevXvZh8H1Nt00sNMmOiaOT&#10;0nUq35+pAPFifx7jncObpVrKHOP8n+f16HdryhbkVp2/t+w/6vl172KO2+j8FSRSJSY6CKSQFuIw&#10;CLiwAJ/PPsHXvP1xqqz1AJ7h+VPs9OhDa8jxmIiNCTUnVT5Yx/h697A3sv4tSVtXLWY54qSRyzsk&#10;l1hLH+lvp/r+xvy17oRKFjmYnyzxx6j+degDzH7dyGUzW4+3FM+lDw/wde9ld3X0pvLacEs8lF95&#10;SqPXLSfuqtxxqA/p/X3K2088WN3IoV6ZpWtP2/4Py6iveeW7+xgIiSpzwzjzr6fYPQ9e91t9y4PO&#10;Ute09RHPGkhdCrBwvpYngfn3OnL252ky/pkGnl/h+2uf5dQDzJt97DdMSpKZH7T5/n172EODw7zS&#10;JPLqWxFgAeRf6n2Oda6KqRj/AGfXolggK0RsUOa8K+Zr6de9j1t/ExuYWdV50te1+FNx9fZHeXVV&#10;Joe3hnieHD7OhpZRDCKD20FfXH/QOf5de9jPjsZj54ESemV/qwuv0a9gLD/X9hKeTv1Dh9o4/wCx&#10;x6EigJHQeX8/U9e9gP3PnqjDz0WDxNT9vA6O06QyFTfUAQ4X6/7H2dbTt9vMRNIvdT0/1f6qdAff&#10;N5uYZfBjkJpWuTQDy/1enXvYQ0NDJWxF6qVgGF7lr6ri5Iv/AIexZFbQxiqjokVnlAYseve3Olo6&#10;HFss6u5aPli39rUPxb8/19vacafL/V/LpyImB6p+fz49e9zMluimmp/t3pjKv4b9H4sbfn2mNpBq&#10;1vQ/LpyW/cpWRiFp8Pp8vXr3tAVOXjFSqU6GNCwstyb6eCePe0jhACqtPmePRUb0O+mpxTIxw4D7&#10;PXr3tVSVVTT4tZlaQFoywJbk3F+P6e9SWkDHURw8vXoylvblItQc44eY9PL0697YcJDU5SujjDMS&#10;z6hy1yCeLH6f65PurJFAniUFaH9g6Zs1ku518Q14E+X2U697NhsfY2SaNHEbFHFi7X0r/rewVvG5&#10;QRkioFKVGP5dSVt23SY0HBArjFP9Xl172pcv0xlczUa4IyyAXYlS35/I+n+w9kdvzHaWuolh5emP&#10;z6W3PLc91VjVq/yoOA6975bd6N3FFWuhhZYIwSJVjtx/Sx4/1h7tdc4Wulc+nE/Lj0/ByvdxIpZa&#10;DGPn9v8AP8uvewd7K2Bmo821DNFKPG37bKpN1/SCP6ez3a94tJUD1qaAfb5/6qdBLctlu0u/BNSQ&#10;RX8j5H1+zr3sSOsNj7ogNHS0cMjF542Z3B4TVzqv7KeYd2sFhZpaVp+X5nofcsbPeBwADVqGnoPn&#10;8/WnXvdxHx867fa1fiNzSyypXQPA7pCSFKmzssqfQ/0v7wz90d4gvYJLNQClD5eWcCv7esv/AG82&#10;6WwMUzGhw35f5QeP2de9284/LQ1NDBVSSiIyxpIzaiSmoBmDE88D3gzuW0zNdvAiFxWo9af5esor&#10;PeYILYGTh5kUHXvbpT5KinVvFURS3dReJ1kAHFi2n6WP59lt1sd7br4s8ZVSPMY/z8OlUG/2Mz0Q&#10;5+R/Ly9Ove50nIADqyrJfyA2tYfn8n8+yp4jE3hstDTh/m6PMMK+o6977Lu2o+kEEFQSeLixAI/r&#10;7a0RAaacTk+dR6/4OrgEkKh44/1Dr3vsER3ZY1Ylhqvwx/Go/wBbn/jfvxaoq2PP/Yp5dOi2kK5p&#10;X09P2de98B+pyZLG+jUqgshU6h6Rx/rn3Y1fQCKjzBPy9fP7OmKNXhX/AGOve+YZ5AR9eeVbmxvp&#10;PH5Ptkwxxt8VAeP+r0HTqz+H20r173yWTnQ4tfhhbVbVx+f979t/TkGtajyp556s1w2kU/nnr3vv&#10;W+pwQVZtI4IsQOOAeB/Q29qEiVIwNI+3/P8APpok/F5n06975aiPV/a/Sp/BYH02P+3I/r+fbLW6&#10;NUr+zy+fV0mKChz1737XHYGQXcqwFyQCG/HH+PtsW71xgevn0rtfDllKjyFc9e99BnYaYzZNOr1f&#10;TgWFweffplRWxWn7T1eTw1k0rjh/q+XXvfmaaEgIQAwtzYj1Ld+fx/r+21USjSxB+ZxjpFcyNGuo&#10;VJY/s6975LM6s15Cy6S3+K24sD/T/efbsMMZBBBJ4f8AFHjjpuG6aSMhxU+R/wBXp173yLswfT6v&#10;20LXYWQk3HI/J/p7ubaEEYIocZ68XcnifLj1730SxkVmABUCw+igHkf6x/3k+3BHpB8PBpx6pQk1&#10;J697iuZTrb1yDks4NlFuf0/1Hu5UUGr/AIv/AFfPp2OQR1U8D/M+Wfl173BmDm1jwuogX0gEfpJv&#10;+fap/p3SiGhxUGufy4dI7xnKEL+I5x5enXvcQ/cwuCNP0sxDEi7D+z/rX90CxN2+o+z+fRYTM3xV&#10;yPLFOve+UUso0kA3bUDY2H0tqNv6/m3+v71ogA0ChHz4/l1oLIAVyQKH5jr3vNCZo2Zo1UcFr8ng&#10;HlR+Ln8H294ETn9TFaY/wdK4YZGHiSMaelP9VD173m80qrq0kkm7CwIFhb/fD2qWGHSQtMY+f8/P&#10;06WiIyJ2jAz/AKvn173HNTMfSI9XJBsDoFzwXH+v7sYITg1AH+rj020MTjIpXz8+ve4bPViSERwh&#10;dRYE/q8ZX6AD8D63P9fdVt4QSXY4yBw/n59Mi0jyZCT6f6vPr3vopVuFLoFUltUJ5lKn6Fh9ASf6&#10;fj3Z+FFyvqONT/Mj16RT2M2gqhqScGtKU697xinqvHpZTfVbSwHqDclgR/Tj3fUpIUAj5+noK/5e&#10;mTZ3P9mVP21r+Q6977ioeP0ajcnUQDexOom30/2Pur3CKzVYgjGPWnr+fl00behq3mSB+X+rB697&#10;7agha0cg/UB9Y+T9TZSOR7Z+rNarUEep/LNPt60beI8eve+cGOoyqhlXTGQTquSzlv6fm39PdJJ5&#10;BUIaV+X+X/B0w9o1f0iM8ccPn173JTH0gawSJQzHnSGuLcLf8X/x91NwSAzVrTzr/wAVw6dW1jCg&#10;Nkj16975/aUaIP24gGd/INAazD+g/B9urcSMdUY7hwqeH29PCNRkD/V8+ve+DpRhb/tKi3JuLG3B&#10;+n+xuPe1WdQASAfsrxzn7M8PP7OqDwlFacBx697aZv4Yq3d4y9goP6iGItYhva2FZXYACoGT9nyP&#10;2Z6QXTRUCucgcRx88fb172jcq1CVUJIps4/VzpAtfUD+OfYis1IBJ8zSla+f8q+nyx0GZzTUMcK8&#10;Cc8eHz697QOSq4ksUv6JToIBKgMbKAfyPz7E1lBU94+IUFcZH+DGM9EeqXUyvU14fM5r/q9eve0n&#10;UZqu16KeOVNNwdAcqSfySPx/T/bezhLK0Ud9D/q8z/m/y9FFyL1P7EFgP8ny/wAvXveCmze5A2n7&#10;aodNQIDq5vc6SdP+H+Pt5rDbqA1Ax65H2/aAemgm4OQxFAfLz/P5H1+XXvaqpZMlWhEejIdipHBQ&#10;Bfqbj6Xvcn2idYYso2M4xk5xX+f8ujuysbiRF1+Xy45+fDr3t9/ujVVsf7kCx+tQ9wQRc3Yg/T8H&#10;j2lG5w2/cDQ0qKnBHp/q+0cejI7QrcWPCvXvb3RbCokTVKqk3NwV1kEenU6n/Y/737QXnMADkRkg&#10;D/i/8NOrPtUSIWFATj7fPHz8uve8rbJx0qllUogZm4ILcg/j6kf4fj6+0yb7KXIU1bFa/Lyx0nm2&#10;uF2q6qTjj8qDy+zr3tO1fX2LmLlAF+hf8EKGtZQB/hz/ALf2Yx8xzxqAxquQtfM/M8aU4HomudnS&#10;I18qGnmPsPXvbRJ1njmBk8xSQSXFuA3H1t+SbezSHmWQaSVqP8HH/Y+3piDZ1QmSnGlD6euOHmOv&#10;e8LbCoorgyyaA2r0GzNYcAWsP8Le3xv8rkEICTwPp+X+X8ulg29vhX4jw/Lr3uLNtNIDrjqJTYg/&#10;uHgm3AAT/D+v09rhuXjKI2Wgb09M8a+eOmpbJ00qTUYrT/VxHXvcJ8HVwMxNQXVzYXYi+r/VW5t/&#10;X2nOhwSVFRw+YoP51PRFWWIkMaUP7eve+YDwAPLOTpsGAYrq0tyBc8kW4/4372lvE40haNjy/Ktf&#10;8vWjdyqagkEGvlw+X2de9zoc8KfUkjvJqOkKbfUXINvwP+J97fZvEIZKLWnH18jXzA/b0cJuOAzO&#10;MgcfX/N6de98JM35DIbkXAKknj0tYr/rfW3vybbGjamH5AV9K/b8/wA+qtugaoBJI9Ove8Ayi2YS&#10;sWUN9GNzf8kL+Lfk+3v3dDUAAknjQcB9vRc1/cFtQcgHy9P+L697xzZyNAxvwp0Fr83tZSB9fbi7&#10;dGQoYAedPl6fn0oXc2aPVKaU/IHr3tnmzrXYhntpBtfSWseWOn2si2dXwFFfMefH0/L/AFV6QXG7&#10;S/gNAPXP7fTP+rPXvbbLuX6LJdhyP1WAs31/17n6ezaPaFWiqAAfP1/2TjHz6Szb05XSe6voeH/F&#10;9e9prI7hSXUiv6tQsdTDS30B4+pHPs0tNoXTqIqD5GlfQj5fM8T0WXW6Sz5JoPTr3tIVEU1W5KM7&#10;WuxLG4K8gufyf8R7OQltACsi5rjFAKU4U4j58eg28c9w5EgPcceQr/m8+ve3TH4WaVQS9tJvYk34&#10;4Yj/AIkn3Sa4jUkk48s5pxFR/qoOjW2t5pHofl5+mP8AUOve1TT7ZifUWuxtco3NwfSB6f8AH6f4&#10;eyGbctD6q+dBQf5/l59Ll20sSXofy/z9e9zY9o0rExFFX0gFrkXtyOW/3n3V9+8NPmKUqB9mAOnh&#10;t0YWjcAafZ9g/wAHp173LTZ1AvpMPkYekkhRdr+km/49ozzAdFZFNcZ+X+r/ADda/dNrJRilfXGa&#10;fb173I/uLDMurwRobOqKQNXJsdQ/x+o9sNzEsQqo9P2/4eHV4+X7eTtijJJ9f9WOve3Cl65pYwvm&#10;UEkGwuCfpfTqPHtFcc0SYpSn+qn7Ol0XKiaqlAOHH8/Tr3tTU2wsVEwDUQHADvpGou36gslrXP0F&#10;/ZTPzbdlDR61PCvn6dHdvy7aoujSD9mT+Q8qde9qSDaWMWIaKGMspPBAL6SOE9P+9+yebmS8dqFs&#10;faa4P+Do1j5fhBFIxXH+qn+qvn172+0mDo4wH+3SFLRqQAGYcGyi35/x9oH3y5Zu8lh+Y/I/IdG0&#10;G0QqQzJTT5AUr9v+GnXvbkMZArHSvpIXV9Da/wCFt9Qfz7TNuTyKfE+LPnT/AFf5Rw6MI7KMfCnD&#10;5f4eve3NKZQP0HQUHpJX0ov6bAf7x/vPsnkuSHLcPn88Vx6U9fLpRDZ6JiwAoR/q/Z173OhhVI2u&#10;p1MwAueB/tJ1e0Ut4VyDX1NP2EeX5dGQFDXyB8uve5QUqCdF9RCsouSl/of8QT9PZZLI5OGyP2n5&#10;gegHVJINXeFrT9p+dOve+bOUEiotioUktqtwt9Q/rf6ce22K/G5rXj9vzHr0z4enJB/1evXveQVE&#10;l9LIgLaOF/UrWuwufdH8MfDWvn5/z+fl1fwnYagpP+D/AIo9e984He0l0uzSKp+vFjeyA/7yfbJK&#10;4OaZ4f6sU/1Z6WxO6SBRWpxTyPy+XXvbmkLoupVPqkHKgEKxPJ/px9OfbSyxkmI0wK5JGPz6O7ZF&#10;lm0y5xj0x173NCqz6SrWuoAY2Bsfyw/ofp7RzygEODUEHhgfKg/1Z6UzQKJFYDSCK+lTXHXvbgka&#10;2OhALArc2uxJ/Tc/7x7LWmkP6jGg/l/LrWj+jpPXvcmKP9sA3VQllvfn+vp/r/X/AG/tKZmWQMhp&#10;xwTXiOlKxebH/V/sde981ppmY6gLXAVgAWNxf0n20bgFQrNitDT0/n1dACCFqR59e9uEUarHpaxN&#10;vQwvcj6fQ/n2lk0s1CTT/VTpQsaqatxp5de9yl0f2yrMbA+g+kAaRYDjn+vtvTUaYx/P+eenKVHa&#10;K/n5/Pr3vIpR42VWY6bEg+krccXv/wAR7ppcOCVGf8nVdLatTD+fXveZSi3S5IbTfSCbEiwOo+y2&#10;fxTIXIpQ4qOPy/1fPp8dwoMU4A9e9+IjjkDRFQeT5A4uthYFgf8AH2sj8bwtLZyBSnEef5/PqyqH&#10;cYr6069778izsdOpCtrh7qCg4YEf8T7vlFoxGfOn+qnS0oCNLcKde99mUEMSEUBgV1ahcEWH0/J/&#10;J/HtE7yiTTU54+Qp/hB/1HpCFjYBlGOFOve+i6xlXKA2uqKrcBiLtcMPyfp7ULKXGjVQ+tK8PQjq&#10;jKA2BUA/6h1732Y0cFmIIF1NzYWb0stxxx9f9491mmnVwgFQeJA4ft4A8Ps68PD9Ove4t4wQU4QW&#10;uuv13HAe4/3gD2sVJAhL5J9R/L8v206qVJz68Pn173K4QSHUfpqHrFwx+mr8E+2lLycKYqOGSPl0&#10;ohBDqQPs9cceve+C1BLtqLlTbQfoJNPJDAfn/e/bcsTFajAHEen2H/J0vQK3a48jWvXvfFqpjwGQ&#10;NrKWtdhzqYm3+tz7bFirCj4BHqT9n+ry6q0cJPDy9T5de98oKhlS7kabFQ1i0gYngFB9L8jV7ant&#10;Y0bhWv7aDiR9np1R4oymuOmoVNPkPMde98zWxxMV1FrsVW7XOtQGuz/0N/aVbeoFP5fM/wCr8+mH&#10;JkXT5efXvcQVbgMCRp1AaFawY8M1r/gcc/T2vit1c92Bx+YHmPtPn01IUU19f5D/AD9e9ts0/Ltw&#10;FZ2b9IuSLcqfxccW/HsyCIFCrwFKVPr/AJK56oImmqy+X+rh173DlqGBCqoQlfpc6Qg4Gonix/Pt&#10;0IeJyP2dV0UOeve8MdRoZ1+iBlGpDq+jXDH88fX/AG/veiorSpz16nXvfE1S3XQbaDdieQyjhgVH&#10;9Tz/ALb+nu/hn7fLrQGKHPXvfAPO6X1tqOq/ptp5uP8AY+/EIp4DHqf8PT0cEhIYLg9e98lMsg0K&#10;5c3BHIUC44N/96H091IUNXhXptgUYhhQ9e98GiY6GJb0A8ot/wBYBA/xN+Pe101Ncj/Nn/i+rAFm&#10;A9eve+kimVVF7i66mS6+k8WJP5Fvr73VXYkgacmgNc/6vL/Z6UungIdGdXXveUwSkIqyaWJ50jm1&#10;iWDE/wBfz/j7TSXCQnI1H9vmPLzPp0XtpQ9/DP8Aqp173heOpHjDsbBG0hSQAP8AVNq97S6jbP8A&#10;s/YKetOtq8ch7Mn5j8uHXvfH7GWSw9S+p9LISWZivAsfr/h7VGRamprTiOAFen0kERI4k/Lh173N&#10;Wmb0J+VKqwXgKQLte/8AX6+0ctyi1pkn+XkP9jqqxk4JoD173JijmUnXcBja5e7AG97hfpf+p9l+&#10;kEnuFQCSP8h/w+vSuEUkBB9cD09P2U697mJdFiB5OpiDqsAtzckn/ef8fdWWpwP9nhjp6fSSK0Nf&#10;yqKj0697mRl2iOsXUi6KWIC6WK6dR/w9t3Eao+pKV/1U6buIkC+ImAf9WP8AL173jV0S6IA4Avfm&#10;+oWNuf8AH20ykqdWP9VPs6ZAYMW4V4de98/PIrnyHkhAFUepCeVYH/W90MQKqta0Gc5P2+nVhRRU&#10;ipGT86de98Hmi5Cg6bWbV+btqKsf8P8AH6+1KxoDqUcPnX/Uel6+HXWqj1+zhwPl173w+5VSsasi&#10;qPpo5YEr6yvu7Ravw1/1f6s9W4gilR6f6v8AD173wesOkuHMRYW+oOkXspAP5uBf/efdVtUdqKNX&#10;n/q/1fZ0yYolbUoPDzz+z5U697bmd3ZVJZo1FiXPI5sSPxe/+8e1RjRQQeI4EcD6D/Y6dFWFT/qH&#10;+T5de9zIoWXmQLrsbjVcj/a0t+ebD/Y+0lwwaPFaVr+zj/xXTUsShDIoNfL/ADde95RGw0kxhS6B&#10;WcsCty36hb6X4v7Ss9Rp1doyMfy6TGnAZ8/9jr3vJKVuYmUAaf1rwAF4Vv8Ab/X3qOoYFceVP9Xr&#10;w68tStV/wZ697xkXZ1ZwqjSEKjUw/wAT/t/a1SgwnH58OH+x0vKqsShBUefn173gYhWtcMinWtiQ&#10;CPoP1fUj6n3WaQMoCjJPVLg0UA0J48KGtM1/wde94phLqdhqKnj0v9bKSAb/AI0/8a9+qvhJnPoR&#10;Wn+o9FzeRBofSn2cPn1722+IuT+NLBbC6oSBwA31/P8Are1PbT5nz+R+XD/i+riNnJKDuBz9h697&#10;9ocJywWQE/QamIB4JP8AX/Ae26LrK0x5eQ/1HppomRypUY4ZP+r9vXveB0dnS9mUAXHCmxF9ZB/2&#10;/u+squgih+XTcgFCkg8qcOJ+fXvfDXIqFwfpcA2BCEm1rf1/w97b9TsbiPXy6sST2kEhaD5D/Y+f&#10;XvfAvU6AoH5uo/obf48H+h9uRPEjlmocU/n5eh+fVlmeM19cfl/q49e98PPMiC8Sgk2UoNR0sOAF&#10;+oH1t71IRK2WxTqmsk8TXzzx6974Gsl0tZSDqAY/634F/pf6e/FQMV8ut1k0gVoOve+a1lQpXSAp&#10;XT9CVNrcE/g3P191MUb4fP8APrSnjUmn+r9nXvcpKuXUjMLtyo4Jt+TYr/Q8+6SWwAPz6fDGukji&#10;Qf8AVXr3vPFU1AdgWa9iOPybarkH8/ke08kS8KUPTuhD3049e9ytfkCx2Lp6ixZbanbggAfS/wCR&#10;7bBKmoNPs61Uq1UJB+X+H8uve5CutOouFYgagDYlLfk2/wAPx7aOp2PofTpRCa1Nc/Lz/wBXn173&#10;yWQroc2ax4Xjlnu2rn888t78ELHRwNOnqVeh9OHlT/V5de98PMryaUZWIDMZLcKD+skH/bD3sxyK&#10;NTCn29M+NpIDKaeh8+ve8Zm03chrA2F7esH8qv8AxPveitKceqGaQ/CAB+3r3v33MgCAWja7EKnp&#10;IH1Zrn/e/exGuSc4pnPVdchJYmvy6974/ehNKXu4NmRvwn1JT+vvwhrVuA69EwRaEZ8qD/J/l697&#10;impI9IAKqTZgG/U/0NvbgiBzwP8Am62WLLpGCP2U6976Fb69NjoQWe4OpG/BB/ofd2th4YeuT5dO&#10;GMpCJ9eW697xPVLIStyyi6luSQ97+of0P+Hvyw6QPU9Na5PIn/V/q49e94TVPrVCD6QCGuQt7XAN&#10;v6H/AHj3cRLpr/Lpwn9M92fT5fLr3vKasqbFgpJ5Fiw1E/4/g/j3XwRx6bBNCAcYz/k697xtKRqs&#10;AwDWa7Gy3X8n3vR/xfVxK/nx9eve/PUHxlWsbKVU/wBtluCFAH5449+EQ1VH2/LqruzYPr173j+6&#10;kvq0lSAqKxW5PFxcH/ePd/DUdvHz6bABoCPX0697wmqmOhdWkOtm1cOV1caR/S/u3gx5IFSP8PVm&#10;amWwOHHz9P8AV59e94vuWKGPWEA1FmCWJANwVv8Ai/19uiIqdYH+r59XW4ZG1I3HjX/B9vXvbeci&#10;Y2OqzG+rn+yFv9AOP9cfn2r+mEornAp68f8AVjpuS6aYZHw49K/5f83XvfhmLldPA55+lwAD6/6D&#10;/W91Niqg14/6vLpppR+KgOP9X+rz697ypk5r2YALzYE39NuLA/19ttbRkVBz59eEqEDyPy+XXvcv&#10;765hbhFLWso9Om3PoP4PtpbYElTx9T/hPWw8dCDg5zxp8/y697xrWghdR1qxLMP0ghQbAA/k+/Nb&#10;57cHpwszAGpHpx4/5eve8xqOOCq65DyATwwsobT9Pfo4u6pFf9WelNoD4niPwIrU/wA/zp1730JQ&#10;VsXbycC6jhSB9Vv/AE492ZWLYA09Lizg6Vz/AIPz+3r3vl5bBPr6ms92JN7eo3P+9+6vEoqV/Lqk&#10;sKOKqNK8cf6v5de9+MoVlEQKopBbk6mLckf15/PvwhDVDZP+T169FHGCCuWHn5Y9K9e94nlD3IVA&#10;GYoRqJZinBsfyBewPtxUKDQTnjXyofL/ACnp3KBg/wAVCa8f2/5uve8fkQ6yQQVQCP6lT6vUf9f/&#10;AA93NdIC5pxrx/4rpoXCPGCjVpxrg9e99/cKAbyAMCRdPUx0emxUfj8X/wCI91MTN3MKj/Vw6d0u&#10;O8/KtfPr3vtZRo1MRZ1/DelipOoAn8G3vTQlSPt9PLp1nI4eZxxP/Fde9x0qBpPrAAD8gcgjlQT/&#10;AIiwv7caEBq0r9v8/wDP0gmtNTlk4EHHkK8SPPr3v3mj0+QEXPOnVYkKbkhf+I9+EbkhKY/wfb0+&#10;isKIKEU/4o9e9+E0ZDFSyhgRZuQQedLKeLj8e/MjsauKnqk0bOjGQUoOIGRj/P1730ZRb0gopXn/&#10;AFFmNuCebi97f7b3UJXJOa9E4YEhqkkV/l17315GKXAYi2kiQqCCv1AH+Nrj3tY6tT/B0ZWDuC2j&#10;OPTGPInz697wtNYCIva1mvpBD6iG9dvwOfbvhihcD8q8PL9vS8GTRqWuPLzHkf8AOOve+EcyAFY1&#10;tYsxBZidV7Ahv6f6/u7xBRVzqOPlinp/l63IqBKS5rwx6/Lr3vGzFm9RuLckEXDBrED/AFvr/sB7&#10;cACrpTz4f8X1saUUIvn/AKvPr3vxZSkjLdueWa1zYkCw/wCTvdVY1AYf7PTS3Cq2hyASRx4ZHH/i&#10;uve/K6tGrAaQ3ANtJ9R4IH9Ofz+PemDa9K9eeVkk7PStP9Xl173iJZRZWc6jYMLXRvrcf7G1z/Q/&#10;09vLRx3DI/ZQ9WVlkqknAfsNR/xfXvfFndzZrKJHA5vcuV5DEf0PuoVU+CpIHTTSJHIChJxkilPs&#10;/wBXz6976Mjr6h+LRqVAJ9VwpJ/NuT72ArdtDU56t40GVNakk5JPHH7PKnXvfhOdRUFJCw0B21JY&#10;/VyB+eb+9CMEAUIzXFOmRKhQJwPy8sj+fXvfG7Fmd7FL3AVhq1A8hSP9Yc+98BpTiPlTqy3KtWCM&#10;5XzOMUz1735JU5AII1aeSQSpXUR/vHHvZjahpjGfyzT/AD9eMyhTxPmT5nr3vE0oThXa49IJYaLX&#10;sAwH1J+l/wCvuwR37mpn9v8AxXy6oZmkarf5jw4fl173h1DycuSuoWjvYKSbEvb6kn6e3dLBCxw3&#10;r5/Z1vWukvTv8vP+XXvfFZxrK6ARck3v+2LcaD/rcn3VkLKCT5ft+3pi8uImCxysR9nHAH8uve+J&#10;mdtLWDDUFQ3Gr0m/P+3+p97ESBfQ/wAuimSRdVFqPMY/1cfTr3vk068EuB6NINiDYGwBP0/4378s&#10;dfL/ADdLrSbxgV81697jfcLquWYgLezEW0qeGBP4P59umE6eFK9KqYohoP2de94xOpN+DYsQAePV&#10;xyB+Le7vG2mhrT7P9WetOwYMrHHz697wy1B1a1bTpAAI+vAvfn6e7rCVFCMHh1pRRafn+3/iuve4&#10;slQSbFiddiebkAg8D/ffT24IaCtOHVWZVAz/AJeve22eeRiNLaVNxe1+LXIv/j7VRxhaVHSW4KSL&#10;4dc/zH+fr3tlqoJG0oJNK6HLE821/wBSfwLW9mkLgjxCOJp+z0p0TTxtpHp+3z697SFftWGt9M05&#10;UkH1BgoLEfVW/P8AT2fWe7vAQ65HnjPy/wBXl0SS7at0TU1HmaH/AFU697TjdfYdFPkDuwDMHcl7&#10;2/wX63P49ni8z3PwjHCvrT/V+3oiuOVbNQWK4PHP86Hr3tqqNhUJBbwR2I5DIPrfVz/h7Xw8yXKj&#10;WCflnopflCzZPE08fkCa/t697YJeucRUSM0lKgazG40g3tyQP+IPsyTmy5AGTTgc/wCrH29EsnJN&#10;kx1UBP2/5+ve2mfrPDxesRm1tT8hRp/qLfn2bWvN9wx+Ijyp5/8AFHoun5Jt1qUX+Yr1720z7DoI&#10;QXiiLixZdQBQn6EG31P9fZ5HzLOSQ7YwPn0FNz5Ugj1dmAOBFD+3zHXvaq686byvYm7cJs/b2P8A&#10;JlM3WJTRExMaejpwb1uSrNP0gpotUjm/9B9T7H3IG0cxe5HOO38kcsxGa93CURqMkIpy8shHwpGo&#10;LOeFB8+sKvvZ+9PIv3bvajefdTnmVYrPbIiVRmAaedhSG3j9XkegoK4qT1jlfQjNbUReyC13a3pQ&#10;X/J97A/XvXW1+otlYfYGzqGKnxeJhH3VfoQVecyjqPv8vXyDlnle5W59K2UcD33G5W5N2X2w5Vtu&#10;SOWotUUA1T3FO+7uaUkmf+gTURLwVAPMnr4AvvBe+3OX3kvdndPdbnicvcX0r+DFUlLa31HwoYxw&#10;AVaA04mp64QI6JeQkyudT88KT9EQfgD6e1xSRxy1EJkJB1HQykKGCi5EiNybf4fT2Kdis7a63CA3&#10;TEVaqMMA0yQ6nJyPLgDXh1CNy7RxNoFR5jjSvofL/L1n9qYCUO8xS66AgRX4sDe5U/n3MCfvaO4k&#10;3Bo9ShQmhGIAoeLL5VrSoGePRJ+kUEYPnWpH+Xr3vJIwIGpgjBOLcXX6mze1t/dao9MreDLooCMV&#10;BywDfLga+fTaL/CKivXvbW/jYsbatS2FiPR/tN/z/h7j+UW8shYjUXGDX4ftPA44fy6MFLqBTy69&#10;7iJC0khLhUVCqpclja176/6eyuCwmnnLTaVVMDiag/irx+306feRVTSDUnr3vlL5YhoACoNTCQOG&#10;1FuLqfqPbl19XZoLYAIg4NqDaq4x5j/B1pND1cmp4HHXvfSok40PbUgAkuSfSPoF/qT/AIe9JDb3&#10;yiKelUFGNScLwApxJrmnmOts7RHUvA8P9nr3vHJQoY0BI/bbWljY/W1gTzb2xPscKWiKW7kNVHBj&#10;ny4kAinzNOrJdNrNBxFD173NPiWJozHGVlUrIjJqUq6+OUPEeCLfUez0ywW0JRY0KuArBhUEEaWD&#10;J+IEE1Hrx6TDWZdYJqpqDWnDIofLr3vPSJDABGFjCpFHDG6KsCFI1tGkUEfCqBYADj2dbWLK3lIl&#10;0sQqorr+mDpFEAjXCIBRaDApXpm4eSUlyTUksQcnPEljxJ+fXvb7TVDx29IsR/ZJtf8A3r3IVrLL&#10;LChnUDHFcgHzH+z01BctbOdFTXy64uAwsb8kf7D/AB9vlRWVENHYW1SgLIpAYFLepCn+9+6Swq2o&#10;oCacAOJ+zoVXO63tttoUEapKBgc48wR8/X8um77OnkqA7Jc0xLRH6Mjsf1hv8PwPYr7Tenq6DH1k&#10;RSWSnpzSpImuNVUtZ4jDcgEHi5/2/sHXrjKxn9N6H1rTFa/l6/LPWSHt61pf7VabkhEksEZiBAKh&#10;QT3KUrTHkTU+YI6qa+aSZDF1u5tpTySY/bu9qqDP1SSwxVVTUZHEQBoKyLIlQ0ccxUB0jItpsfr7&#10;WzqHVvwAv05v/j7KgaHqVZV8SIjhjh59VRbayv8ABNwUrBfIWyESmpLDxRRu+lnGgXDLcXb8fS/t&#10;C5FaaoqZaOUTUsjJqgl8avDKVUvIGX8gC9w3+w9n9t4sUInSjAcRXI9Pz+zqH98Wxvdxl2q4EkDs&#10;KxuVBR6AlwcZAHENQenV5fU2S3bh9hba3bQ1W3t24/zGm3DTR5OaDKUdLO6w4mSFwxiWov8AmMXb&#10;jX7SFRtKnzlVR1lTS41Dj5PPj6zGho65JwpRZFZrBQByQv1PvV2lnLPHJdR+I0LB0L/Ej5BoRxBB&#10;pQ49R0D4+VLrd28WMxQJw1WlVeQfgLK1FGigbGdXAjocsn2lidmRz4zIz56oqKhTFVU+8YHmxdHH&#10;M2qogmq6ZWMpl1mNNQ0heCCPYhYeopc1jKrA5qRaqaLXRSS1MQiarikUgHS/DOB+ph9fYS33bbnZ&#10;rlN22pawyD9SMZWlO4kDFD9la/b1MvJu9WfN2xz8n82TeLcwMYRNIuh5Aa6SpbjIvmVwaDz6pJ+X&#10;HSfZfw57v2/8vfiZtmuh65ysce59/bC2nLV1u18NkKMB8rVZXG40iOPF18bg+NUJik1kBVNgUrfu&#10;xMlsHJvLjcLW1lHXT6KQ4aKWrjemidAslZAxHjlALamUgaRc+whuuxxTFb/lqAv4pClItTaStCdY&#10;JGlqVyvbQZz1BHNPJu7cuX7bdvkq+ANbQzyUAdKmlGUGnlVWyWrTHV2fxb+VHWfyq66oN7bFylP/&#10;ABSCmoYd3bZkk05HbWbnphJUUU0cli8WoMYJhw6gE2Nx7yxeKUt5CqvbRoYqVVh/qgt+b/n2bQwW&#10;txIyXTAMMaWI01BxWlc18+okk8SNezI41HEjozV7244/3m/tyRyqBiFHgBYEXCAf2vp9f8B7FMN3&#10;PbxeIQCLcEqSe0Yzgcagmnz4dIimo0H4uPr137c6eqOkMOEIVx6gbA8gn/fcexttm9R3USuyhYyo&#10;IYsO0ED4vnXHywD0wfEhOn5/zHp11b+vPFv+K+3ZKUZKOaQEGSEqFUC3k9Ja7H/D2ZTraygJKupf&#10;tPacf5+ja2s5N2iluEakqUAWnxAg/kOBz1GecQSIjKwjZXJcnhCpAAt9Te/tinplUkSMy83KnUPp&#10;yB/sPYY3XZraFjPJK2g5KknSaHFKcKHoqV5EbQVowx9nUm4v/vv9h7xLMIpdHpZQA8jcghWvZlP0&#10;PA9sWW5/u7cfpOx1FGYioOlq9wIw9AMjiDnz620euPVnzA+0f4Ou/cbcu19u792zl9m7qxdJl9v5&#10;+kehydFWoHimgkH6xqHEiGzRuOVYAj2Y838q8te4vLN1y3zLbLdWV0hR0deBK0Dxk5V1rVXXIPA0&#10;6P8AlHmjfeUd8t945buXs7y3kSSOaNijIyNqGR8x5464MLWexOm9lABN2+tj7oI+RnxVy/Re6aij&#10;qaI5DZWTqZW2huMFZ/uaFzrGPyjxjTFVwfoZT+oAOOD7+cn7y3slzP8Ad/58k2C78WbarkmSwvGU&#10;hJYqkCJmGBPGKCRcVwyihx9yn91L/eGcq/eb5Is+Qee7yG35326JUlhLKPrY4wAJohXuk0j9VeJN&#10;T69Y4ZxNqsrqUOlg6MhJ/wBUgP1U82PsrlRsqgYkiIrx6iFGknkfT/D/AA948JvsymjZ/PP29dz7&#10;bZ7LcYVaEAsckA8APP0pw/4rrP7TlRs1Y+VBUhj6lDBgBwfSP1WFvZnDvgYGufTh0o/q1LCS0KBv&#10;IZBP+b7B173CODnpisgkcKCLKoYqDe/61/2Fx+Pan94wy9hpX1/2P83Sc2E6ghhQ8K8D9n+Tr3vm&#10;tRkKNbrql4a2onizE3uPr7oyW8/a1KdeMl2oCsSacAflw697kRZ2tAUeFhf6twNX+q4P5JFh7ak2&#10;+34k8OrLfzq9G4/5/wDV/g697fqDP1Cs7Mr6r6VKqdJZjwWUf09ltztsRFFpT/Vw6E+37jNMhD5K&#10;+Y409Pt/yde9rmhzDTRgPqV73JP05IBvfn/H/D2HrixWN8dCm1v5o30k4bFDnHy8xXr3t+gqm1qB&#10;+gjUQvLf4Nz+OB7LZIRpzx/1fz6EQlY5JINOBxXOa/tp8+ve3aOdyBZSGAFhzzYgqXJ+l/6e0TIA&#10;c9L7e5aFw6+lCD/g697cY6lgNJ4Tjn9X1A5v/jzb2naNa6hx6OxcwFdZrU/5Ove+2kMkg0/UsCfp&#10;f/gpt/xHvQSi58ukruZnbwxUAD9nr8uve+bTMjMoYH06QQP0k2uQT/vh7roDZPTGsH4s6fy/4v7f&#10;Tr3vk0pZbkNwBe5tqsAQLf7z7rooadXaR9AAACjy8+ve8Ubi+rj9PHNrc3Bt/X24y1x00HIBoK16&#10;97yPOxjKhiNLMpHFmDC4J/PP/Ee9LEoOoitelH1c3wkivrTOP83n173xeW6mxOrT/aGoXva9vfgu&#10;aH18unUuyB3L+Y/yde99eZSUuLaiQD9WH5c3/of96970HNOvPdtq7BQfPr3vl5Re4Hr5C2tpbU3D&#10;X/231960nh5dLVdHXUDj58f2f4Pl173005XgPcEev02vxYj34RgnI6LLiQPMSDgAU+3z/b173xM3&#10;pA5J4svB03FwCR/tre96M1/1HprUxbu/1elOve+zKw5Y8cXHF0UXAFj/ALx79pHRnb6fABXJz+2v&#10;XvfDya14KFh6y1hf+guR/tz7sABxHT+OJ6974fcFFK+pVA0uG0m5va9x9T/X3vw6muK9bIHGv7Ov&#10;e/LJf9JKC3pBJUhr/wCp/wBv78Vpxz01cf2J/wBX8+ve8TSOb2tb+vPA/wAL/wCHuwA8+icFgKeQ&#10;6976DBR9Tw3IP1NjYH/YH8e/UqetHIp6de9+8tlDMAQRcajyRfTcL/Qe96Kmg6bLBfi6974F1LKL&#10;DjkGw0i/+A/p72AaY60ZIxk9e9+L6bAnTc8MT9bcng/j+nvYUnIz04SmkmvA/wCbh69e9+Eh/Tb6&#10;r6W+l7/Qkni3HvWgceq1BwufXzp9tPPr3vG0jD9Juykg2N9Qt/T+vuwUefDrxZAeJp/g+09e98jU&#10;E8MRfTpFyNQ5uAD9Af8AD37w/l0qhv1hULStP2fn173haYyAug9Q9LA8Hg2s3/GvdggQ0bz6SNOj&#10;sWPmfL/V/Lr3vvykWBDsbG4BW5A/si/45/Pvfh+lOqGRQMde94WnuwAdrgXsxNiD+OP9593EeKkd&#10;LbW2kAE0hqCKgf7P+o9e9+OggtpDLcrYcK1hcC31HPv2a08+kj3U7MQTQfzA+R88de989VgLBfUd&#10;LLe5v+Af8B+b/X3XSDx6SlgeHXveInSvJ/SxNhcg8/q93Aqft61+dOve+g6MLPflr8Wtyfo1vr/U&#10;W9+KmpI69+HP/F9e99X9J545DauLC9yLf48W97xXHW9RpQ9e94DLe9wxDNYKPqtvoF/p7dCUHXid&#10;NNR0/n1730agMSLepOB9bBQLm/v3hYr69V8Si+FWgrX1Feve8clSXI4A/PFyFA+lj/vfuyxhRUdX&#10;NfMjHpw697xiS3P0/wAQRfV/S34v7uVxjqtTTr3vryixBW3AIPBAP9ePe9B4jh1uoyOve8LVHkub&#10;XvY/Sy3BsPr+PdhEFwOnkDBWrwOPnTr3vGG1sOFJJYKFNtJtbk/i3193CgDPW2OiFiOBFK/6vP59&#10;e98hJaP1W4YXN7sSv9P9f3UpVsZ6ReL6Ci4I/wBXy6974+XUbeW5+un/AFJv+k2/w920AcRTr3iM&#10;Bj/i/T/iuve89JRVeRqFp6SNp5ZtCRqinU7M3AUD/Gw59q7e1muHWOBCST+Q/PqvjvC414Wuc0AH&#10;oR/qx11c/wCH+P8ArW5PsWs90jvnbmDxedr6WAU+SU+OOIlplt9UkT+v41exOOSN4MXjyRMqHgSD&#10;Q+hGP9R6ftbqG4cqHz5cafbXzr0yUG5cDlMhX4rH5ahrMjjCor6SnnSSWlL/AKRKF/r/AIf7H2jo&#10;thboqKqnoBjGhqall8Syt4jIHPosX+t/6eyg7FfIzakai/LiPX/P1uZo4pS7GgHHPn/q/Pp6LqAW&#10;JGkfVriwt9bn2+Rdd5fFZWOj3VQVdBTs4WSoVA0agkDWHHH+39sS7TPpDL2mnDz/AM2OkM0sRQvF&#10;X9uT10siOupGV1PIKkG9v6W9nM2N8NqfcFTisrQZhKjEVYimtIFBMVgxVCDz9LG/tfsPLF7v5Fvb&#10;irDjxrn1H+bj1HnMPNybQjI9dQ8uNQeBr5DoCe5PkV130bg8lnN81s1DTY6mlqHGj0uI1uqiQ8At&#10;9B7sSl632ZF1xlNj0QojlUw8tNDP9vEhBSK5jZlF+f63v+fcwXf3beYdo2ld+MTMqgM1K5qeK+tP&#10;mOPQE2n3Aju79XaXSBWqnHyqv5/t6pu2F/Ob2Dv/AOQW3duIz4fZeYzMmIpZqqYDyuT4opJhfSt7&#10;hgL8+6zu1viemzOrq7sOrqT949a6wUag2EeonUzD6cfj8+4l3PY7y13Ewyx6EAwR5n7P8PlnqW7H&#10;meO9lS1V8kA1AxSpp/gz1dbsvuvY2/tyV22NsZJcjXYyhjr614iDDGkpGlQw/Jv7r3YqJXRx6lJT&#10;m6gMV5v/AK3sidGRqDy6F7XCiDWDWv8Aq4fLy6Fy4/3kD/Xv9PcchfIukpqX0/jgN9Ofp/sfewSV&#10;+XTIvGpR1FeHGn5/5+u/cykr3x8wnjILi7AGzIACTcf7yfbE9uLmPw2wP59NRXDKaZqDjy697faj&#10;OLmkVJKKnNS1lRol8byEX4Zvrfm9/aKOxazPa5Ar5mvGnRfuW4eDFQjPEn5n09fU9e9qPCYbdeBk&#10;hzdJjpmigszakc+RWHIU/Uj+o9iK02SbcwGiBZuIp5f5/wAuov3Lme0YtbXLAZ/Fj8q8OuJZRxqU&#10;H8AkfU8D2LtN2ngdww0+E3ZgKOmKgxR1VLSmKSGYGwZ2IuQPqT+PayR9+246I5W0jyatccKf6vn0&#10;TT7XtF3GJ4GWpBPlUf6j+3rD4FR2kVn1OfVqclSD9Rb2cPqKtjxO3JoaFhU04fVTOnqKppuGZzwP&#10;qv0+o95Q+wm4bhJzDBO7MqgjV88n9o+Z4dYqe7VnZWqydvdSgP2fLzr1W5/MT2Dt/ffX0uLzENKX&#10;qKd4V+4swkRxpMaD8kg+3yvqMvuCrab1SRUr6UsLqdPJA/rb3219tfcG5261h8NqKNIHClRgY4fn&#10;1jvabmtk6+GaeY/P/B/xfWvfievuqfjRiGwOL+zw2S3G0+Rq4HkZZGeU2+6m1n0h/wCwv49iVthQ&#10;KZB4iJUcF1P/AB1/JP8AsPp7y63LmWPmHl/xll8LxEKyeoxn9v8Ag6knbdz+sgyfKnzrkH8v8vVe&#10;/wAp90HNz1kaZ0rj67H1NIky/RMa6lZkgIJF2b9RHJ9q1auITSR6R5EC3sLkXH0v7ibduStyvuXL&#10;WWC6cQszNpNVqKkD9tKj1qOqXluPDGlj51wfyp8qY6rz3X0zufL9d7Xr6XcGTgwlXV106Qny0izp&#10;FIVAKMRcWGoE8H3KWZVvdbX/AMOL/wCt7jC85Vvvq1WOQv4ecGpoPM56C25QurhCTx/l/n6LVlOs&#10;s1/EoRBlZKj7B/Mlp3nnMMVmW5LEggj8nj8ew/3emVFVQyUsLT0R1JMsd9cTP9ZGA/HsRQXtyioY&#10;GJavdnP20Py6D7FllYNj0/1evr1a38Isz1NV7Q31jN0Z2DDb8pvBXY6oyojC5SOjjJFDAZ+LlrcC&#10;3Ptzwu1aSKnFTVRvLUOS9pmLIgbkLpP4t7M9w9yZdnVdus2BcDucjUQfQA8B9nr0a2kivSOTiRTh&#10;+QB9Pl0DPyG+eW6qTck2ytkZChw2JxsIo56zH0sX3c88baWEkvI/FvT+R7VEdLFCmiGNYvqBpAsf&#10;8f8AefaFecrvd5Y7u+d5VjpVQMevAfZ0IYjGE1AZHCnDGD/mHRVJ+5M5vOspsxubJZfPLRyQiWnm&#10;ZmEir6nGhf0k6bAi309o5NoTU9dNWxV8hWeVpHhDMAC314/1vp7k6D3h2TxHS3SRXoKhwCuPOnDh&#10;/g6Yut58GpkGQ1P5cR/g/n1YT/w4zsPcW1KPZdTsLw5DCYqnoaLIZCGnmVjTxiMGzLcAn639qSWF&#10;/tY40H3DRlAVc8nn1G/sO7FvdpcczTXF44tkuFDCTy1AUFR5Hj0jsr1Lpw+vSc/af8uOipbS3lia&#10;rtbcGVzU67Qos1THIU2RolZ6enrBCRAogX6BiTwP629zoIYpI08kSARkkAhbqU/3319grni/vdu3&#10;s21jO8pugK58j6elRno9njcgCKo8X8/z/aegd7c3RuPaO+Pt8FuLJVo3OlLJUXmZqeWnm9RvHe3I&#10;swHsGd89u0m1qDJRJQLNWUM5jjJuyfkK7L/vFvp/X3gd95Xm7mjY7N7O1YrHIQKj4gQPI8c4z+Q6&#10;ln252ezvLoQXQBwD3Uz5/wA/89etp3+U1/LN2PvHJ7S7j3lm6jNxZXatJlFw0yIIYWqdMktPGbHh&#10;SCpP1t/r+wW2P3R/ezPPjdxR1NN91HIcezqNAkj+sSaeBf8AAHHvnvy77k8xWW+pJczO9JKNVmOC&#10;RQnOT69Svzdyvt1jZmaOIK4FR6EcaY9P8HWx12R8V+uoNg1tDsna2GwtRRUvkApKSKA1SxepxI6A&#10;FiRe5P19rxcqxrZD9xOsiFU+0KkGSFpQPIo/IC+on+nvPaHmvd25Ym3DX8Ma+fnjA/M9Y3vzPCN1&#10;S2CjQW4fh1UI4etRSnDqsGs6Z21DmMTgzgMXNSVmUqXXKx+MrSVcNPKzLUf0LkaVX/VH3//V1rdk&#10;ybhwMEVZLEtVHEFcq4vdAPqL/wBfePvMjQS/o1AzX1qBj8usvtuY2Maasgft4evW/wAezL7d7o2k&#10;iQ02Xq1xda2lBE12UXP14+n09xVuHLtzOC8ZLoQaeVBT+dOpA2nme0VlSY8MftFDX7OvezY7KyuN&#10;y0cMtBUxVKMha8bqxAKWUnTyPx7iHmDbJ7UkPgqTT0/nx6lrZrqG4ZdBBC+fkf8AUKde9j9gT+5D&#10;EwXRGNX1BJX8Bz/U+4x3JikZkiNSa1NMVrxA+Q/n1JNqYvCDLWppU19afy697XNXR0lRTlZIYmcx&#10;SFQ6qdSqpt7JLO4uBN8RIJ9fX/Vw6reQRTwN4wGBx/mR86+XXvZQey90bc2LVyPm3hjxspZVjeIE&#10;M/1sUb68H6e5w5UtLzc7cNCe7FTU/wCAZ8s9QhzJLYW0tZaAnBPyNcU865+z8+vewa3ZtDpntvbM&#10;zNhsVUCojaSOop4Vp6mCUobngfj/AHv3KW1bxvmw3KqZGAUitfThQevy6jne9g2PdrRpUC4FSQKE&#10;Y4U8+ve6du7es8d1ruoUeLn8tBUuWiVyFaJVfTZj/r+8peU95l3mzWQ8T/hpXPWNXMG0pt10yx0K&#10;1NK1xnh8/wAuve2PCZOijjii80ZksfTqFxY8gf4W+nsRXVq1KJ614jj5/wCx01YXVukQ0tgU44Na&#10;ft45+XXvaxym7aTbuIkyEpUrBGxGm17A/QX/AD+B7J128StofNTj1/b/AJer7lu8MMDKDSvp5n5f&#10;Lz/4vr3ske9N0vuTNyZNdQj+ih2uf1X4/wAefYqtIFhTHHz/ANXp1HN9ePdTmUnP8uve5GHzt/Gj&#10;m4Xghz9BbST/AK30HsxRsUPSi1uVKhG8uvexBiyGO8aCYx2YFmC2b/kI3/r+PdiwFR0tMsaklj5C&#10;mf8AV/xXXvbYkNLlZpUpYtUamxJX8H8ce6syla4P+HqulZAAo7Qfz/1eQ/b173ByOzzFpqY1HDAl&#10;W4K/1sf8P6e6AoTSmf5f6vt6b+jRTqUUP2/5PLr3t8agM2IigmYBgANVgPoOQf8AYf09u6e3T094&#10;amPQf5f4eve4u1YYqLKoE0uwkHPPKhhwD7R3yloiQCaf6v5dKNvBjuQV4D/D5de92FdXyR5Gjo4H&#10;Cx6JlUg8amJsOD9QPcM80CWJXkUeWB5ceP5dThy1DHPH3jVU8Plj+fXvZtcbQUFC0SvTgs4sAQti&#10;XFlIH5t/X3DV7fTIzItNOP8AUf8AZ6lG3tolAVaZGccBTh9vr173MrpYoI3WOBE51IFRLubWW5X/&#10;ABHsuS5m8SrsakdKrizjZCaZYDFB9v8AqPXvaOo+rKfc9TLlMtSpH6v2mkUE2cfX6fQf4+zqLmm5&#10;sgFUk08vKvRSnKwuJDJIMj9gHy9eve1ztDrSg29X1E04pxChXxubIEIOpr6vwB7L9y3273FPC1EE&#10;D5n5/Z0KNv2ux2plZ2p51419Ps697NDtDdG2KCWmxsmYoGmLxjQssepBqvY6Tx/re4h5h5f3G7Bm&#10;Ck+RrXif8Py9OpO2LmOwgZU1qTwqDmvoP9jr3swW4oc7ufadbjNu5eSkkqaVlpaqnkPkUaLKqlT/&#10;AMTf3F1ttVvtu6iXcIy4ByCKgCvEev8AxfQ43K9kvdvKWjZIpg8B6/n172VDpbbPc/W/YLS5vcmT&#10;r8XLVWNNUzTzwSxNILkrISALH8fn2OubZuWd22PTbRIHUUqKen+r8+gzylBvVlfiSd2ZSaVz+3r3&#10;u12kqdVPFMyn90K1rD0tp1Xb+o/r7w/vbdPqHiOVB4mox5fzx1k1tbl7UIT8I9fLr3uT5CB5AdVz&#10;6b83J5FwPz/T2XvCvChycj0p/k+fRzbEtKNQ4GvXvfN3YKX45CDxgljdh6iW+tvbS2jhsUz5nh+Q&#10;9ejNWoTpbz4enXvfFnVVJEdwbEgsRq5+pA9ueAQNPcTTBHl888Pl+zqpbJ1cPX06975JcjUshUL6&#10;WItpCjnRf6n6+2ZEMZo41VyPSvz/AM3RWxBY0GDw697ys6qzAep1C3LcEoRcFiPxb3tYmoCe0Gn+&#10;HgP8HT0UAkWpNP8AY9PXr3vqRnIa49IBuQ1iDa44/qPqPalUjX9Py+fn1SYBAI1NSPPr3vsO2kA6&#10;m5TTY3YHT6l0rxc/19pXjCvoA9fs/wBXr02DXj173zF+DcnkqiFLhbc30nnn2nOo0AHHzBzw6egm&#10;EatqHEChHl69e9+E0f8AZ/Xp0Fv9R/QEf63497NrIUKvitCOqvIXbUcV/Z9nXvfI2CqtmBtdWFy3&#10;HLawf9491WPR9vrx6oW1HUc/4Ove+lIBk1i9grFQOLXuLD8393IApTHHrQpT0H+Hr3vuORwZGW2k&#10;lCFUj9N72/43701Kj0Hn8+tntAA697yeUES2AdyAHY35P1Fh/QD6N72YGFCwNBn/AFevXq4rx9ev&#10;e+lIjQCMgh9Ra4/SbcLc3+n+HvbRsTkY/wBX+DrwIJxX/V/q4de945AHbVpBHqOn/VW5DEf0+vtu&#10;mrBOaY6oyiQhTx8uve+iihL6NTHgBl9On+lv6+23rUg8R+yvSN0cVWh7f9XHr3vpYIooizC/pOoC&#10;wLAXZAAPofbqhyc149tf8J/1Z6UxRACp4nh/s/P5cOve/RxDSG9KkIQD9Ay3uQQfyPdnbBQ5pnP+&#10;r/iunqkjr3vn4Aup2AsRcgnhSeQVb+h/w92jnkiYAEELwJFRTgf+L6W27xlNDdvz8j173xFMx1FV&#10;Gk21aSVALf1I/wAePb63S6aeY+f+f9vSFwNTFcCv+r+XXvfUdOG06YxcBgCf1fXkOP8Abn36S6Iw&#10;BSo880r5inV5I1Sma1H7Ove/LBFYRsdTm5Fjc2AHK35P+t79HNOW7RReA8qev2DpyKOAqXkNK4Ar&#10;/h697yxpCkiaVNiSdT6SAUHKG/N/dZpZCcjT+39oPCnTbIhPaf8AV6/P7Ove+PjjVtei/wCpfSOG&#10;U/QH/W9tGWZyEbuI4+X2npHcCJ4yhYY8/Q9e9xain1c2sY9QKsbelrcll/J4A9uRijaRjV6j+fz6&#10;LETU2lTx/wBVfz697jfby6PTyAy8Ai1/9SQfyB9Pe2KoxHH5+dP8GfPqsi6W0kcOve+vCSBp1+rS&#10;Hb02F+fx9be7M4LAjHGny60TnPXveBqA8oZLKxLE67kG9rMB/T6397jmBOoLkD9vH/UeqsKqR64/&#10;1f5+ve4z4dHj1CYto451FWuLkMf6/wBfa1ZgeGK/y6T+GykAmgwMde9wZttK+h5H+qnlGNgxHDG/&#10;4sB7VLdFDpAqfL508vs/w9JGsUkrqzn7D173AO2aW6q6ekEqfXcsRyxCv/t/asbm6fAPmCP8vy6R&#10;y2AjOGGTj7Pmf9Xy6977G2sbY66eMogYcgFj6gfWfyRxYj3ob3dIQa5Pz4fP7D0jawiJ8q/6vPr3&#10;vG2DxsAsIIgQbXIDMyhRwxI4P/G/aiLebt1NWwSPyof59Mnb4uBPDj8/y9Ove+/4XiwxJiVA1weB&#10;Yfi5/wB4/wB49mC7hcvgYAJp65/w9P8A7vtloaVp88Z697mLBRxqmhIgS31KrrP+NyP6j/efbbzX&#10;D1q5Bp64HE8PU1PSmGOOPKjhwHl173gnkSNmRWHp/SSTxq4LC35J4t7pGpdfPHma+YBqerTTgLVs&#10;E8Kf6v8AVw697itkUjVwCC7XsL2PIJ9QP9Rb/Ye/LZSGgGR+Rx8v8x6K/EAo4z+deve26TJOLkqy&#10;kst3VlHJBBQf4Wt7M1tEjiC6gTTgBU48yf8AVTpmW5RIgV7iw4f5/Mde9tk2Wjs5sSxkIUhi2kD+&#10;p/2w/wBt7djtSwppwfUU6LizFKEALXr3tubIPpIAYG9jq/J/UGB/2B+n+HtYlrpFC1R6cPLHVA2C&#10;Kmh8v8nXvcWatm+oUOqMfUQSpF7+lf8AeB7UxRoGJ4Ggqfl8/tPWmmCNWvccfZ5fn1720VNdIEB9&#10;QUszWAvcWC21fi//ABX2Z20AkIZzVa4HmfyPl8/y6QzXLP8AE1fs4CnXvacq8lMQ5Y6SzcFBdBcX&#10;BUH8f19nSwIXGqhoeB4V/wBgVPQdviol7DhuPXvafmllmk1u5+oYk3tckj6fT8fj8c+ze1t0kUoP&#10;wjgOJH2/n/Lov1MmFFft/wBX7Pn173xanDXcsTqGkG9wCzFQf9f/AA/4p71MgjYpGDQEZ+VK56qr&#10;knSxyPlSg4/y697zrAqqEMg+trsfpqBP0/APthlNRX/YpWlD8zTPTgUGmcde99zaI9Rtq5IF/wBA&#10;J/tFvwB/T37V4jUpgDy/zeQ9adO6FFQwp173AkMTKytbi9he1rC19X+v/vHtbDbtxoKkYHpXz+Xy&#10;6T3BUxkCmP24/wBX7eve2N1js3kdU5IAJJ9JBHJ/4p7OotcYHEEDJFKmn8/Qn04dB67uRG2ok54U&#10;/kR/h697iSmii8oBFzxZuCQP06Qf8L/6/t6PWSrn1P5fYf8AL0WpOWda9oBoc9e9tpOOD8FFP6gW&#10;HPqNwD/T2u1owK6SaYxwrwOfX/D0ZR/TqNKrUDzrXz41P+qnXvciGoptelF0HliYwLWXi4J/H+Ht&#10;p9EcVHYg/YaDHp5+vXgqKMcc5Ff9Wfl172+0fqAMSkm99XKk2uG/1/8AW9lEtQGOoUY8D5jNM/s/&#10;y9Gtij9zHCkUpTj58f5D59e9q7HK7gLwCpsX+mtSbhbn8+yO7dfELg1X1PkaeXy+zoRWsLswfTUD&#10;/V/LHXvb2KYawH9IN3N1LfU2Fh/vfsme8jALKRX/AC+oHy6XrEzEMUq3H/UfUde9vlPj4WVi5Njy&#10;31Zi19P4+nsnlvMaIT5eePzqelcVrqWlMelKD8/9XDr3t7ip4wv7cZ0qAASQZOLgD/W/w9l7z8BI&#10;1Cf9Va+nS2GFIRpbiDT0FPt8+ve5UKoj3l1Oy8C3+p/1Vh9bfkf19sTSIYqxnifP/V/h/LpX4IMA&#10;bgxNP9mvoB172/wQiXQFJCkqVOkjXfkEq35/4j2TSXKIK4JAGDxNPIfLpZbpoSgNW8/8mfT1697d&#10;kpkjUDx+pyNRvpLE/m4/29vaVZHYdxrx4enp/n6OIokjUBaaqZPr59e9zI4IwpYgcN+gn6qg/I/H&#10;+ufdS7Fs5/1cft6doTxJ697leKnFmFn/AK6QPSxNirA/QW/PtptbAD58W/1cfTrdMVBz1736NYWW&#10;R3jFi9lBNiObWuv49prgzFgRgeVP9XE+fTiMACK8fPr3uZFHCwZjoKgfT+03P1IP9P6+0EiyI7aT&#10;g/Ph05FlwrDHrXr3txjijI1BbDhLGw5/BH/FLe0byNHg8fT0r0YrprQceve5Bo43aIkWIYEKOBcD&#10;kE/1/NvaY3U2orUY/P8AZ1smMECtD6evXvcpaCl1NqW9wvB0lh/rW97eWcJRTn7OPn+3pXHa+JFr&#10;FangOve5SY2AHUGvyC3H5B40D/eD7K57xmYsgI4DNP8AVTqkdkgnWXiP5V697lpRwqdCrqLKSpJs&#10;rajwSfoD7SG5kyR/hrQ+eP8AB0dwWrKuquM/6q/5uve8i08GtuNQUWu/p5As4X8f8V91a7lrTFW4&#10;4r/xXSkwxU4cR9v/ABXXvchKeJGc6f7IEVwALMOSQ3H+PtKZZD2knFekbKiuVQUp1734eFRZwzg+&#10;kFSyyLq4DG/vVHY9n5V8uvLq1Y697z2VEVVYMrEkk+oem1vp/Q+2zVjWlP8AVkn/AGelQ1EE4FKH&#10;r3vkGCFVJL88lF4IJuTz+B/h7oQpJb8qenWmALF0+zr3vh5BETcAgXAJ+nq5BYj8292ajmtOA/4v&#10;8v8AL1oUYaiK06975low1vQ4ZU0EEgDSPUBa9/flZqGoII+f+r8+nCukVGfl6eleve/F9TGNeFNi&#10;rMfoQL6hbgW/x96Y6SCamgzQD+f+Tpsn8Tef+H0697jySIrGMsW/TY2HLX4It+D78qksSRQcf2j/&#10;AA/LpZbyxpGQcEVNPMjr3vOahRpWMr9VPrJvf9LLz+Ceb+9aTqGvj5f6vl6dbkuKrpRaMfOuKde9&#10;8GqJNLtxa6qoINtRbSWB/N/oP9v7o0CS9koya5/1efSdGIqeBr+XXvfN5XYamsfHxd7hgBxpJ+h9&#10;1it4oR2DJA/w/wAuql+6if6vs69795NKH6kqS5AP5+pufxa5t7dyX48etIryOEB4+v8Ah697wyTW&#10;X1qpKXUhQF1KW4IK/wCPJ9+4NoFaA/6h0tS3WOQVqSM9e949TGyH0r9dP+qLH6E/4+70A7/PpcSt&#10;RIMnr3vn5LsocsQuqx1aVAUWK6vdKqDqHEdUwOHn1730zMGADHUEBBIBLE/1/of9f8e7AChJHW9V&#10;Kmmeve/LKwUXIYFuSODyNJP+w90kjVlocf6uH2HpuZ0RC3D/AFcPs9eve8jtfStowNYuAouBcg8n&#10;63+vto26AFxUnP7fs/y9JBcIRXTU9e94GBDoTxqB5/Uqgerxgj635Njx+PdaMkmBSlD9vkaD9nzP&#10;VKq6ny/w/aOve40umxcObs2sgOOdXGn/AGA/HtcDWq+R4Y4ev+bq9o2l2i8m9fl173Ek1GxUgk2R&#10;yfUun6MoX+v497HnqBBOQPUf6s9ekjcuWjXif9R697xxJ+llLDUxUAL6nt+oXPF/8f8AH3d6jFaU&#10;6qYJQK0x9uf2de950hALMBq+pa/p+t/6/wBAb2/pb22zjUK4P+rh0/HCqgCYVJz+z0+09e9ydISO&#10;I6lJCklCORc/Q/4D+p/p70WBrWufxV8/8tf5DpUVGVA4+fp8/wDY6974RkFXC+Ng1lX6KdA+mkH6&#10;m/192Oqg1f6qf6v9Veiy5j0Sfbnr3vJEVU/tshGksb8xXe3F/rx9OPdJQVADmlfLzxw/b6fLq0MT&#10;KRM3AcAeP+anXvfnN2ABAUaWPpJP9OP8OAfekqKmnl/L1+Xp0rdNSMpx5j/J/m6974lgQrhAtlAY&#10;r9NIFiS1vofaVoZwxCnJ4Hz9afLh0hljDEAkowr9tD5fyrXr3vlFKTpLkHTcB2vZwGBIN+P6f7f3&#10;QwlQaoRU+Q+3/D1qOGBW1VNRw+Xr/Pr3vP5BqPCqkYjYKvIAe5slufr/AI+6+BIy1yTn5cPl9mOn&#10;wVc6uJ4fs697ypURswAQKXJ+nOsn0up1f4D/AGHttkMdNR4HIr6Zp/xfy6uQdOf9X/F9e98dS6W0&#10;uAOQFUKADbTYk/UG97e9hGaWrCtfP5ev7R07BQSajw4H/V+XXveMy/o0/QM4KvYqpJI1Kf8AC/09&#10;rVg1J3HTThTj609Om7lioVge31/1evXvck1cIjt5ApCOGj5uWFwWsfqD/T3vwFYZB44NBgYx/LpI&#10;ZXZRnh+zy/zde9tj11iviQgFQ7tcgltJ13/3j3Q2j6DQ1qT9g8xjy6ssqj4q16974mSUFXIYKeNR&#10;J0iQ2sCT/QC9vbfgae2gqTn7PPI4DP8Ak6fDxk6QRxA4/wCricf4eve8chqJWZnK28i3udOoHk2C&#10;/Tj8+3YI41WijAr2+YpT8unonPh6RUEVB+X+r16978Iyl2aUg6bFAbKV4YcHn/Yj2+dLANQU49OM&#10;506mPn/q/wBjr3vtVUsFJUM6KQ7niy+k8n8H/ifdQFQE0oOOP9Xl16vl5Y8+ve5KPFpIRmR9Oo8A&#10;j8Egofrzzf2ilceLQ+pHDz+f2jHTfjUkEYFPL/V+XXvfM1JSwOh2PKMBYhjwP9tz7r4YcaAMHiPT&#10;pVRXQop+Lj8v9R/b173yWYSHSV0RxgA2YEFibBrH/H3VoQBqFCfsxT/N0wYAFJBq38qde98TMBZt&#10;OplGmwFgLm35+vHuioADpFa+vEf6uHSfWQe3H+r/AFY6978khe54UkXNr3cO1xcHkcj6f097YCMA&#10;cSfP0x5+XTiyNENK0APp17335FYk86kVWNwoBDcG9/8ADj234HfggA8Bn/UB/l6oG7tLefrwp/xf&#10;XvfU04Mg0MSOFugHAIsBpP8AT29AvhjuGR5n/N14Vf7f9Weve8D+NW+jAqytc2NyTY8D6D/Ae3hr&#10;kGpvP/UOlkIbTU0of2j0+3r3vsFbksEDBgbH8WH4/wAD/X2zPqYhU9Ompl1OAOJGf9Xy697xy6dR&#10;YhSWckNYqwJNgpH4H+t72qMVCHNPn0x9O7NVVH7f8nl173jKxuxNiTISDdVVbg3Y/wCtf8+7MKDV&#10;wI/n1uSHSut+A8hXNOH29e94WZGKWOgpxYWNgf7Wn8m/496o2dXA+f8AsdMkFqk8aYNf8HXvfNBC&#10;NTi41EqX06jp+pOk/T/XHtss2mgGR/g/1ceqRhCShGfn/sde98BDGxOgr6uF+hZSDzqP/FfelkbU&#10;A2aZP+oZ6e0pSrLw9Ps9Ove+NlQ3ZULarFbj1f4/6w9vlO0iun0/bnptVjX4/wAuNOve+wFGooeS&#10;WZzqFjfgAAfVh9OPdFEhamSBw/1fPpXEqSuK8Bk9e99vcKtzYqbf4gEX/P8AT+p93eAlqg16dmFT&#10;VBUcMde99vOQpsQpVRoub2X6G/8Ajzwfba2zas/mOmArFhRTU9e99JMt01G2pSylgbH+yR/sBz70&#10;8OkFlyAf8H+TqmrQaNjy+R697883qPrXTGoVW1AWtyPSPx7rGoIrSpJJ6W2rqaqck5z+zHXvfFHB&#10;LG3rAJ/VwxItrT+v+HvbrRaCp4fl16eVdPheYIJ+XXvfSy6tTMGUAWZWIABtpNgD9Pz/AFv7sIHO&#10;F49J1jLnHzz8+IB+XXveGWVfSAxZSbFdLFlNrix+v09urBipH+r1/b1UxzR8Rq+z/Vnr3viJQr+Q&#10;OAoQAfQhW/K8/wCHujQsFA+fWgwJ0NhhxHXvfBZlX9sFnfSZC1wQxJJ/H0t9P6+7eCT3t2j59eJV&#10;QPOvDr3vzSRKyWJDt9QSLqCDf1D9Vx7uYHKH0H7Cfl1ukjxigwK1B8vs9P8AB173FaRkf9HBOlV1&#10;EhieQpI/p9fezENGempGdBqONX5/6q9e98DOxLE+kg3cKbAMPoQP9bjj26sShQCCQf8AL1pZXNa5&#10;9a4HXvfvMDrH6TqLD6sTcADn/iPx7r4QB7R8vy6oZmDigrj19eve8hnFmIDtcgEXAs4H9lfzf/H2&#10;2YWrSvD/AAdOCUZ1DA8xkde94zIpVCHLuzC/40HgXP0/Hu4iapHl1fxABUilR54PXveM1SFmjGu4&#10;JNrf6r6Mv9fe1hcDUKCvWvGBanH/ADjr3vA1RqJ08Gx0iTkf4lfyL/09uiPSlCOJr0nZ2dRqGOOP&#10;8vXvcYS6gwLhQCVVCRc2FyAB+rn2+YSqigOo5OP2Z+zqrFSAK8eNf5de94CIpXf6po+h03TkcaSf&#10;9592HiInbXrYoBRT173x8KuWDWAVgL3tp/qbD6e9iRgvqT59bQhAWpx9eve+a+KPUQTzdQxuwJIs&#10;Tc82/JPvTJIwFPSp60EJFR+wde9808lkjDWALaRf9Vvxc/717oxBbVTqyqZCFpX1697kosUYQeRS&#10;Xkve1tI1cEt/xHvRJPlTh/xXRsK8Ove8quA7OJXYg+gAC3A/P9QPyfeqYpTj1Urj19fs8+ve8LTN&#10;qOpQASGBJuGP9Db8g/j3s4Glf9X+x0ne7dCFiNc/z/1Y6975+Q6WNzZ9RBJuHe44v9Rb6e9ac0I4&#10;fLpYs1YxTI4/8V1730kiMAbkltX9vSQE5BBP5IJ97IcZQYFBw8z0w24sP7FfQH5n5egHXveFZVkD&#10;kW0KwUWAudJvyf8Ae/fijUqx7j8+t+Jdkt8xjPr1737ztEOQJCBZPTfWGIF+OBa5968JZOGPXPSD&#10;xXZR58R88fPr3vAzKf1qFsyg6dSm/Gkcf72PbqKVoQa1rjj+f+x0utbmQHTXUKYBNeve86uCg0a3&#10;XS66WN7Aen8cD8Hn3pq6u7pT40nkeve/LIqBiQpCxW5T8sSp/wB6910kmg8+qVYmpPXvePWhYECy&#10;3Om4FzcerVpv9B+T9PblG4U4dbDNTjw6974E3IHoKcDULqwX9RJH5/p78o46eva3rk49Ove+DSLc&#10;gekMFFjcnlbBb/Tk24/HvQUeladJGgY5ShzgHyHn17301Q6upumkNp9I1DURaxJ5/N/exEpBC8af&#10;Zjj/AJOrwkwai3ADyqOGeH+r0697xl72ZDZgP0ahYG1z6j/U+3GAA0twrxpx63JuYppoaHJI4n9n&#10;p5fn173wMzRiwYm+j6AFjcm5YD8/gf7D3cRiQ1044Zz/AKv9jp4S6qHJr+3/AFevXvfNKpAdNh+G&#10;BIHrC2W1x+bce6mNqUr8qfz60wY5Neve8PnvE2kf2tTqpF2AHFrf69r+9+FVxXiOmZIvEmDsSaU8&#10;68OH2Up173wNSwBZlGhV1aiDZmvwvH+wIt7e8Fq08z/gPVvFUEVPH/VQeg/1efXveE1VyXYkKQCN&#10;PBJI03K/4gfX3vwCFAUdWWRCPi/n6de9xxXFCTa4JAIJtchfV6f9j9fbptCwoT/LP+x+fTAuoWJS&#10;M1K8fT8uve402UVC2pi2orZSpDr/ALSh/opJv7fjsgyigyM18qf7PVTcUzSlPM5/l173AfNxRuG1&#10;XC6dLNexXVqFj+Pa5duYjIIB4jj5U/y9Nve6RqJpX/Vj/Z697iybmFzyrBWNzblufSAR+B+R7uu0&#10;kknNOP8Axfp0TSX9Wdgf9jr3trk3IY5GZZkU3Nhq5va7BQfzb8/4W9r4No1JTTqH+r/D59NHemRR&#10;+IDzPp173HbdiA2kMJIF/Vqu3OrTYfQ3N/8AX9vjZQaFV8v8vr6eXz68N/ViKA+Xn/hr173mj3XF&#10;fUZEOm6j1Ei5uAefyfx7a/cYYadBr/s/6h04N9R8En/Ufl1730+6Us51Rtqa7BCfqvNh/sPdBsx4&#10;hTQU4+Xz9aV6ZO7LLIWAJAp8+ve+K7haUlo0C2IB9RBN/wAsf6X92/c5VRUV+dP5deW6Z80NB5nF&#10;Pl173LXLSE3C39bIysCqgKvJ1fQ8jj2xJYKq6eHAk/7HHozhnCIEU9xyx/1f4Ove/fxKUhbj9S6u&#10;L+q4+nP0HHuv0aLqIJxw+fVpbnTEWQ1p5V697wfezup0yFOHOkAhgWNjf/H3cQKr4zT9nSQ3suqg&#10;IP7Ove+46+aMWIDXZgSSxYcEL6f9b3UwhjhuAFOFOrrfEtSQY8vTHHr3vIazSosbFbFdQsAbfVj/&#10;AE/p7otsK6mzXiOnUuNQ1gVBx/s/Lr3uA9RIEZQTe2ssf6lueB+TzwPx7VpBGG1UqOFPl04ZwO4U&#10;P+Qf5T173GmqHZeXW1rf6+nk6R/t/r7VxwALjj5fL/ZPSTxAw4Vyc8P29e9pusyop3C21+liS4bS&#10;HIsun+h/1vZnBt/ip34I8vTzI+fTEtwFGa/Zwr8h172m6ncVnVWkIaxJTkBf6kD2YR7epB8MV4fn&#10;ToO3e4u6u1aheAHDH+X1697ZJt2VKn0sSqhhbVcyc3/T+APa6LaYya0/lgH5dEMu7ANUjHl+X2ev&#10;XveSHckkqpeNbstj6eVX6sD/AF/Pt47S9SG4V4+R61Fugmbw2Fa/lj/P1725RVUdTGFuGZAwClSw&#10;BY34H+t7otuYZtbV/kD9nSqe6jwzcflTy697mwUsLsPSAioSQbtY/U/7bnj3cXEmnS7UHr6D5kev&#10;+HoC807hHDasWNCRT7B9p/meujf8e7SfiB1XRbW2hL2JXUoTcO74pKfDzzKQ9JtYOGjMUdro1S66&#10;3P10hR77Q/cd9kbfkjkU+7W/xMm+b5G8VqJK0hsGIJkQD8dwRQtxCCg4nr4Pf76T78V994T30uPZ&#10;Tku6J5T5SmMcgQ9l1uSVWaViD3iI1ROIqD1i0F31E2C/pW3IYixZv8bfT2bMyFiddlUW1aFL3H6f&#10;eZEt0XZfF7QKAgAn5fz8uuKyx0FUz9vWW1vb/TUyRxrJIivIC2gBdTJG40i5H04+tvcj7NtNvZ2Y&#10;urmNWlBYoCpchXULU0+Go40NQMHoqmmZ30qe3FanzH+rHXftyJVVKjSXCjhTcp/Rbf4j2OGcQwm3&#10;UguFU0VqlK0otDk6hmmekNNRBPCv7eve+LLr5sr+gi59PP1Asfx/re0lxB9VFUAOQhDE1XuFSBpP&#10;l6kZr1ZW0GnDP29e9tGl4i7SwhUFmRdeu5P9s/0t/T3H5tprF2ku4NIWjKuuuSaaiPKnkvRjVJKL&#10;G9SeJp/Lr3v2t1SMMruVdlTTxr1j06wPr7r491DFGJELkEhdJpq1cNVMH7fLr2hSxAIFRmvlT0+f&#10;r173wSComMRZlYpqEjt6VJH6EUfn/H23a7fud5PCrMGKV1s3aKjIUVr5enGnV2lhjDaQRXgP8JP2&#10;9e95bmFiTEpurMzKbEn6AgH6f4e1olaxlNYgRpNWBpUk0FK+dM+nTQAkUDVwOAf8vXvfF6lRFFYX&#10;EhbU5QDxKvPqJ5/1vbM26wQ2cBUCkhbUxGVAzluOfL59WWEmRqnhwzx6974RTQVcaSUsyyKTqRgp&#10;AazFXPr5tf3SG8s9zRZbGYSL8QYClQMHiK0rg+vVpIpbZis6lT5j09OHXvfG4S/kZkIIaPx86Obc&#10;/lh+faTUbdj9Wzo1aoUzpBPGnFlr5cQOt5cUjAI4Gvn/AJuve3+nmDlbcFlDxqVKFv8AGx/29vcu&#10;7NuUc1I2IQyLVFZSpbFK0PmTmnGh4dFTxujduaHy68Rfg+85qAsE0lS9lKlSLtdiWtYn2ofcoo9p&#10;e73MKiCoIBNSK6aeoJPkOnI9byMoJLN6+fmPyHn10QLfT+n/ABT2vev89BRSpirRw0sjExSu5sGP&#10;1jIb6H/E/X2STwWF1af7qVpHAoAUZoM6lIOQVNKg8a16mX2o5u/dd9+5L8qqTsSHY/iNPyz0T35h&#10;dLDs/YFZm6BK6p3DtKhmrMbQUaeX71V9c0Uka+pza+lF+v59jrGQyf7C/PJ/23+8+w0xOr/V/PrL&#10;GHQ8dRT/AFefWt3vOCtwWeaOaLmSTUphcxInIR4p/wA2BBDKRwR7YMpAWbyC2or4yGsLh+CEb+vs&#10;ytHAXSRjj/qHQM5htC8hmxUjTQ0FQeND6+g8+rNfiRvpYdsU+15qao8cFfNlxX0/lqqelmobPC9f&#10;QseYLm5dRZfqfp7iw0iQrHpQCSMkqwFgAy2IdR/tuPb0kxcnOD/qx0XWu2JbRoEXvQkggYyM1Hz4&#10;dDdufso5+qzcFdkP9xWTpKenrcfPPIlRUeGYtSy4ypAYHTINYdrXXgce8v2SO4mOlgH8g9FipT9J&#10;Vvrwf6H3QzlV0cMU/wBQ6UfuqOaVbpqPRtQFKEEcCDxqD6dJGr7hGKochtCsGQxrjF/waWqlyCZG&#10;CposrSsKmlq6NP2mjmhcqGkW635sQPbhVTR1NC8ddTRvEGczLq8jmK4HmQDkE8+k8e483Wa75PuF&#10;3PbdT2xqZAeC1IwPOuTpJx5dS5su32PuNZPsO+oi3T1WIAgmQAfG1eAPAqO4ceqT+yaze38vbtvH&#10;dvfHXO7szPWM9PSybnfKUElHhMVkcnO0kuyzJCSKhYhc0tXKoDE2H0HsrvZ/WtZTvT7q27na6hwt&#10;BHVpHhMTTwfZ1FZXMpjqswsimRjE36NJAAJuPa+6n2vmbZRfbNM8MkIJ8KKNKtK7VLP+Kg4keQqR&#10;1jJ7je2e4+3NxcxX1hDNbSyoBKS/iQRqCCqmukhzjVT0Hl1sUfAr+YZ1f8ydp0dJQ1rYjsvHY6KX&#10;PbbyBhieqkQEzVOJCH1qEAdltq+pt7DLbedrKmmK5lo46g1EkCGCORYKjQTqVNfBfj1aeAfp7DGz&#10;7/PRk3PUdTFVIU6WoaMoH4mrg+hr1Cm9bVbwT124EppDGpBZa+tPLOK5PVjX/Ffa0i1tYryg1MEU&#10;hbA8lSD+L+xvZCZyJID2AlgtRgeYNfKuT8xjoMPpHHj69e9qrEzOqkuVLFblVYgNydJH+w9yltkk&#10;9ztsTXZBlNaleFCcfadNK9KNrmW2nkZeFOBOT1gnXWoH0N+Da4F+Dce3moxq1yeanQeUoGeFbAMR&#10;+fV9Le1HiIqm3uRqQ+vR7dbIu6Ri8sBSUrUovA08xXhjpuFalCTFVSERCXSk7m49Z4RiP8TYf7z7&#10;R88U0cxjniUAreMabNxwy6v9bmx9hi+juTdNbXUaNGe6IhaYpRl1Dzpkg8eArXoKPG0A0tVW8wf5&#10;fz6d1YMLggg8gggixHBuPcqIsFX/AFX9R/ZB/Nz7FO2yMLZElXPlThp8iftHl+XSMmj6lx137TvY&#10;3XWA7Z2Xldl7tpWnw+ShKB6dhBXUNTpP2+Sx9SAdE0LWdGP+sQQSPYH9z/a/kr3a5UuOTOdbUXVr&#10;cZBPxwyDKyRNxR1PmOIqDg9TB7U+6XuB7R867Z7lcg3r7fue0TLNBJH2k04q1PiVvxBuI6j/ALcT&#10;2F9TXJJJP+wF/wCt/oPevx2L05uXo/dmQ693FkchuGnxMmrb+78ksYrtz4OoP3FFka7wqsX3CBvD&#10;OkfAZL/n381/3m/aG59j/dm/5LejQDTNbsqsqPBIOzTXiRSj0J0tUenX3x/3TH38j98r2XG8cxLH&#10;b77tcghvEVsvXhKIzkLUaSwGk1Hz6zA344uDY2P049oU0sbtfSFdRcH6KSW1WA/x5t/tvePwmdMV&#10;x12ggtILmHxVYU+z5f5/Lrl7hTY2BrgjUXNghtpX0kcAf1/p/h7UJduPy8+nV2lSSoK/M0/y9e9t&#10;NRgqeQelQCCbAoAA3+p0jix/qPayLcZFyTX8+kFzsAYUADjFainXvbcu0/03Ycm2kcf6w5/3j2sO&#10;9tlRwHRRNy8kb+HoI8x6faPM/wCqnXvc+DbMVOqsyAuPVYEAkX+j/wCH+PtLJuzSmgNB0dWWxsO0&#10;ARinClT8/wDUeve3ePFxob/UD6qnPIFyL/4H2ha8Yj/P0dW20rGcLU+pPkf9Rz1727RQqqhACGVR&#10;pIsPxyD/ALH6f7D2jdyx1Hh0ew2dPjWnzP8Ak697nxgBLG4LLYlOfxYE6v8AG1/aVqlsdMylWlJj&#10;AA4ev5/n/g697y8FSNQAEYtYfi97kD6fQ/7D/X91zjqwlrQU/wA3Xvffl8YBtq4GkC9wtrksPfhH&#10;rPRjaPpJcHHD7f8AV6de98TOb6n1clbKig/X/fD3sxUFF/n07PCrntFD/L/V5de98/uAeCSUuvBs&#10;CAR9R/t/dfDI4jPSKWJY6UJNf89B173jMlyo4PPDXIBIurK1vp9D72FoCemaqFq1R/s9e95HlMaX&#10;a17nhv6AWJv/AI/j3pU1mg4f6sdXh/XkIHwjj618gPzGfXr3vA1VpsAtwS17EsQL8i/9fpb26IQa&#10;54dLTboRVTTH5enXvfISoyNyeALEixH15Yf73b3XwyD/AKqdV8FQvGp8v+K697784tzYKDqsBc2N&#10;/wBR/p/T3rwz0nED6yKaaefln/P6eXXvfvOHAJZATwFIP1B+nH+wIHv3hkHFetSRzAlYxWnGnD8v&#10;8vXvfWu1iOSQCdH0ViTwP9h+fftPSQzuuSoH7f59e98fI17C5ALXJPJINyWJ/wAOPeyi0qelS3oS&#10;ARq1Dx4fPyPXveJ6j1em19N29P1AuQth/vj7useM9Kba6llqJDTyHqT9nz9eve8YqCQqEgMpNnI5&#10;v9OLcce7+FQ1/l0sMrEaa93p173x8jhv7TGwLFb3te5Csfxz9Pe9II6acu6lFPqPzHD8uve8zTBi&#10;AWA1DlfwSD9L+2xHTP8APosdbyJidIanAjP29e9+MoAOprfQi3P1FrFf9f3sIfLpIzl6gnHl173j&#10;dyAPodJ4BsePr6SPoPewo4daqTnyH+ricde9++4UAk2vx/wX+lh/T34RdP2yRSS6X4Ur/mH59e94&#10;hKzhgPUQ3DyKDzzx/rf63u5TTx4HyHSq5hto4dSeVMV9T/qx8uve8hlAW8gJKWC2JJAP+pUH6cX9&#10;1CEmi8D/AKs9I7ceJIEJoDWp4cOve8CzK1iD+m4KsCeD7c8NhxFen7oxRL4URrqIJ/Lzz6/4eve+&#10;i9kDC4QM2u/JYqeLEf4/n/b+9hatQ8T0Xsy1Kk8Kfz6974GZ7LpBHqNubOvN9Rv/AIc+7CIZqenI&#10;jEX0EkY8siv29e98fMxfVq1AaiwB5NxZbN/S/wCPftCgU4enSzwoGAoCB9o/b/l+zr3vHqcg2bSA&#10;Wuqn6M34/wBsOPblFHzPWjuEa/Dmnr5+n2jr3voVDaQoZyNRJ4GpvxYe/eECSadJ0khiJfBBHn/k&#10;HXvfMzi9g6kkBjxpII4Ab+v+Pugj8yOkzygVan2en5de949eqxMjX4+jAKH+p/417vQg4GOqGVuG&#10;nr3vGJAWY8fh7208E8aSDb/H3coaDqrSlDVqkcKA/wCH/Y6976NSPVZtIY6ST6uQfrz/AMR78IuF&#10;enw0hANNQH8v9Xrw6975NOigFpLkk2ZSStlH+9+9CNiSAP29ItTSkmhpj8v8/XveNZRY2KgPb8m4&#10;N7XI/qfdimaHy685IIAJwcH8vT0697wmQ3ZDdTcEW5PA5t7dCmmOtq8itViTThnFPs6974t6rMGN&#10;+G/p6j9VH9ePr72KA0I68ZpGTQOIJH2/Pr3vE8jaXW63UGxsB9fwPe1QVBpx6dicKQ7gngK5xXz+&#10;fXveLWdY4+gAPruLkcMD/T+p9uEAr0YNNGKAt8h9vn+fy68eP6n/AFvc/HYzJ5WqSmx1M8887qqx&#10;xKzEuPwun6X/ACD9fr7WWthNeN4cKlj8vnjpiYIyF9dAD+XXEtYEmwUXLMWAAUC5Yn/W9iTQdPb5&#10;rKtIKnEzUSFl8lVNxEsZI1MP8bH2Ml9tuaUhWaWynRWFamJwAPmStKedei2W8ghTUJAWFSAR8s4p&#10;wH8umQbm28xZEzuHkkVynjiyNLLJqBto8aOTq/wt7MjjvijRrQYjJ1maaeCrCl4aeMKxAH7yLIv0&#10;/wBjz7nn2a+7Nu3ufuw22C4itworLJLqog8gB+JjwA8z0H5uZ1tmZZTpBr3OCQcY0gDuPyx69Fe7&#10;h+ZPXfT8mQo8xRZKpyNLGzU8KeKKKpfQWUam5Avxe3sV8L1ltTY0qV9NjVLJYM9SEnaEDgSRlha/&#10;5P8AvHvofyH9xrlPke5G/cyyLfpBVtDKVjIQVJcDy86Vz1H/APWjduZ93t9m2qmu4kESKaKpJ/iN&#10;eFAWJ8h1X5uD+YBv3veX/R31fSQ7SyWeeSjoq+nlLVdQ73CQrPLzGpF9Tj2tMvXUEmF+9WI5jFRT&#10;RyKDdjFLq0kAH6D+vsTe7w9tt72Rbe4iRri30C0EcSwhYmFHV6KNSAUK6u6vn0O4uYBaWk1tf3Iu&#10;mjOmGRKU1KdDoMD9IAHjxoCD1g6FftbB75ymBzGbmxO5K6kniq8iZWnp8g9GT64dRuWFj6vz+fr7&#10;Tm8cLjavG4/Nx0D/AHsAiqafxDQwVfV4mZBxp/HuAvdH255X5v2OHf8Ak+wSzaxtEWZEYHxhHh3C&#10;gULDiSMlSa5HVb/m+13a98O0QRiKIH4gCwX4jT8RU8KZIPnToxPQ/em6cV2JuDrndmcjraGfIzrT&#10;1de9pYamQcPE855SQnlfoOLey/d077zNdi6JKPHQ09CsQglldL1E0iDlpuL/AONvfN/mazNhcywK&#10;hBWpAocZx/q+XRnYTxNFTUGqK+tPn/sdWQYKhWkgZjUNUSTOZGbVdEB5CRgcW9jF8Oe39zS1FVtv&#10;JGSpx0FLNJEX/VQhVNvG7cBD7OvZy4uRzxYpClfGmRCMkGpAJI4g9Rv7hbbFd7ZJc1CkUoa/t+f+&#10;YHokn8x7pzbPa/xc7Lp8ywoazHYKeroq9HEUnlRbpCx41ajbg+zhQbv11rzyjxOxN21CzKTb+vN/&#10;z777bZ7ebZunLibesaurIQQwoc+WeHyP59YT3O73O1bgHViF1H1xQkDPz4/Z1oC7z+Pe+trPS1m0&#10;NzVdTVYzKx1lLJSvULPBV08upAkiE2IIst/x7d91bo2Tu/Yea23vOphShpaaSWLxEAq+g6Cif7H6&#10;n3zl+9F7CLypH+9Nqj0oCQR6MaYYj1+XHy6yX9uOYTfhO7Uy0Vq+p8vs+Yx1sB/yg+0PkVQdqUNL&#10;l8ZlMu25zBS5etznljElJCAs0iSPxdQOB9fdEu69to27ctjtrRVGVozVz/ZNGrMzQs5YA3/p/X3z&#10;avtqu4piClDXhT8v29ZKpcxtBqbtGCKcfQ48h1t2pqKKzroYqCyj+yTYkX/pe/19paTbm4I6paSX&#10;GVSzatPjMTKdd7AXI/H9fbZ2i8VQdPHh9nr03PchakMWFMH5Hrnf/ff8T7V2R6Z7EoMQ+dq8LImM&#10;WAVEkqyDUsQBbWyE/wCxPtO0SwMEkwxOKjjkVp9nW7O4juJFTWOGK/6vL59cFmiZiiyIzqSGVSCV&#10;/PIH09hdT1M9PUgBvHJHZla/rFyCpJP+t+PdJIkZKnIPr1bcbBZoe1aEg8SDQev2HrJ7M91x3AaI&#10;U2M3LFHV0BKreUIXVf6qzf09neybt+6n8W2FWXy/w1+3qD+aOUGmqTX9n+r9vTfkcelfA0Zkkhex&#10;0SxmxVrcMQPrY+zrYDrDqftLCSZSk+1hq29aRxMkVRDJpu7Lp+p+vB+vuUNv3vl7fittuKDX/EKe&#10;fAN8qZr1GV3b7xsYIRy6gcD6eWOiz793b2z1rW09RQUEe5cEzATB43eRV/OlkuwP/E294qTC1HXd&#10;EcTQTR1uKcyaWuful1EixX68c2/w495E+2m2bNslx9XbvqLHgSKD0OPLPD9vUIc+y3O8R9wJ+df9&#10;X+rHRe+28y3d9DDT12Nq8FksWFmhEkbNSMQ2t1Yva4JHsU9tZnDUmIpwZIvK+qWVWYeQO3JVr/6/&#10;voR7c7nb3qR28ZrSlBT0HGvmCf2HqCrjb3hnIKgnFB9nn+fWsX87/j73duzt3LZaiosmcRHBS43G&#10;zUgmWiaC5ZpESL6G/F/r77wu5oZcxVKGH2Up0RlbABr+kBh9b+89eRtskudkZJ/OhXUK9wpgg5Ib&#10;P7ehPsJktqhxxqf9jH5inQb76+M2RoumtvpVwGbeWGphV1Iq1aZKiKO8siTRNz9LL/iL+xEg+1gA&#10;lX/dzkmRjyW03Fz/AMR7T8ybhu+4iSwu5PDRBpCqNIHlgDo4vtykNI5zp1Vp/sn09B5HquTsXK78&#10;3f8Af7dy1SKWHD4/wQYvGwmhhp4ARC5p4ovzYXF+f6+3VFEigH1A82H5/rb3B+4XEvLN+00DudOD&#10;qPGuc16Kw6IHkrUeZ4j8q8f8PRH85X1XXmZqKuiq62UQFYpDVvruHAchw/1H+sPr75NHoAQLcN9b&#10;2sf6C59pbfco91k+vaTwaH5YPHI86nphI7WciUgaRXy8znI/1fLrBRblTctSudbJSYgRS2CQSCPR&#10;Pe7lwhHDH6j+ntpmrK/7uGjpaN2R3Gud7+IKOCB/rexQuz8qWls+87i4lZlJrUUU09K1NfLrdx4V&#10;ipmA1MQc14HGQPmCT8jjow2D6s6Motm7g7P3vvfFVmSGPqp6HCpOklc+QcFYPJTqfVqJPH1H59zq&#10;+nqDTsInMcovY8/UC5t/re0vtzzRskO/NFeRDwpDRKiv2VBx+XVLbdY5H8PTQj09OA/P/L0G/wAc&#10;Oydh0HYSx7lwkVVhK2pAgppUSVGjdz4dSScX024P9faVNXkKXHSCprYfNHfxysQNTKbBSD9b/n3I&#10;HNW3cvvJLcWUKRlhltNKniKD58Oindby3d2anYKUr68P2f5+j55Prnp7eHbGOqNm9eZJcPkVifM4&#10;yno2Dx04jJmqIGjB0gHnm349hFuDs7ce362GCSnpmp5HssjGzSC93Kn6WHsEbbvNlt1yIL2GOVCa&#10;tUcQPL5Vxn5dF1nfWglRw2TX7ccPsBNM+fVp/TH8tb409s7UrM5R1mdfJwwM02L8vlp6OQKRTxyx&#10;mzgkgcfm3+HtT4ftWLMY+oWgjiqcnCGHijcODIRcAKvJ/r/yL2Y7zvXJMsq7nc0Voc0LhUxw+dAO&#10;pQ2ApubqiIzsCAKHzPn+0jHQDdj/AMqLG4DtDa+U3OuXpdmy1lMKebwza44ll9KTtY6eOBfi3sO6&#10;vE0c9ZlKne/2SUlbTGWekepVamJQSzSRqOdYF7L9foPeAX3n/cH283W3mtYL6GW5B/s41LMD5DV8&#10;FdVK5wK04dZU8se3e4bFovrySFZSoYxI4ldNWQpK9gIAqwrVa0OR1sZfFbrvfeyMHsPGdTYnKQ4b&#10;BqKWHK1MQiw89A6KjU1Rc30DQfx9T7Ds9LNRVeJ31srMvkdvST+aOKqNmpAia2jaQfQgA8H/AFvf&#10;P7l/l1OZb6Q2Ual4qM6g5oW0qVHFskVpwBr0IecLpjtDmQqRAncNQ4MdI0j8VCRWmQCT5dWP7j70&#10;wm1oqjbXYMbYTPVFHNFEY4mkoq+RoiGaCQcAMCdN/wChHsdP4zR1ND98scH8Qx1P4HfxqHD1CGkQ&#10;3HJFnvz7zxseVLke0l7bsn6hSMDjqr4sYP5+XWCUjWy83xuP7NpCdWcYLcPXUBj8vPqh7LTbhwvy&#10;32rRivyh2FvLN5LJmn+4k+xCYnFVG42YwsdN9dMhGk/kg8e//9agrFY9crSJj4go8iAMwF2UfS/H&#10;+v8AT3iZuN3NE5lkqaE4rx9PtxXrNSCy+qoqkUoaimfTA+zz+zrf49qek+POJy4ibyH7jhzK62b+&#10;pAH+HPsOT83fRrQ+f+T/ACnyH29CPb+UHmoUFD6kYJ/1Hh9p697Nx1V1jHsuAGOZ5ndNJZmJXgXs&#10;qn/H6+4p5n34bm58NRj8iK+ZHU0cr8vzWijtJA9fL8v9Xp172YehR0KKi3ZCSzC41WHJuP8Abj3G&#10;1zEkgJJ4cOFOH+bqS4otPaWP+Th5Dy697V9Oz6UGu49YAbkqoBU6Sf8AbD+nsPrBFUmlD6jz86U6&#10;ZlIaJvkPy+WPXr3sknyX2RR70oUhlkeGeCeQxMj/AKigsNQ/xt/vPuePbrcl29NRFQQPP1Hl1jrz&#10;1tz3bmUcQcfbw/wde9lw2ftbKYCj+3iqJD4kdCqljqspAYr+f+Ne5Wvdwsp3VzQ8KfL/AFHz6BkN&#10;pcJbvGtSdP7Tx/w4z8uve66vl1t/d38WbK1FNVmjjU/uRhuAHLE3X/Xvz7nHkK+tRCsUZA0jy/1f&#10;l1jr7gW15DdGWhVQfnTPqPl5fn172RCHPVGOmEyTy61uR6iTf6G9/cuao5UqwAB/1ceovW7dCSfi&#10;Hz/wde997g3plM7TRUU0rrTR2JjBsHYDktb6+2SkatqUZ/wdVub2a5I1nAFB172kVUNyTYXAsDz/&#10;AL7j24gPHpH173MhVlYPGdOkhub/AEJtz/hx7c69U8B172sMbRTVWgByvk1W9Vx/wW49uBSMn+f+&#10;XoyhgrpZ8k/y/wCL697Fja+BlpyVU3Z/UWAIvweCD+PaW7ulgwcUr6UrwqOjy2t/C7pBSvD0OeHy&#10;+zr3te1eIVKQiUKzPceocgkX+nstjuWB1efpnI/P06WvChXK0P8Aq/b172FWdp56aOQhmEaseBez&#10;A8Wt+D7O4pARQ5P+rH5dFEjeGaHH+Dr3vralOssscig38nqawB+v4Ptq7YhaLg/4f9Q6W7Yuqepr&#10;gj88/wCbr3s8PVsQgSEyM7DzqyAMSCeL8/i/uKeZI2m1kU0ZGfP/AGR/LqZOWWZCxb4DT8vPr3s4&#10;m25pMxVpA+r9lAVJNv0n0rz9PcGbvbeDVacT/h9fl/l6lfba3BEQPA/6qkde9i1Q7ZhmPklUOQ9w&#10;LDTYcjT/AF5+vsH3dz4FVckEedcn/V/LocQbWrisxJ+wcfXr3tajFpTU66AQFAIX6An6XN+PZHHu&#10;UkswDUoCT/PH+z0bi3VIyiIBig9Rj9vXvZZ+48XvrITxRYSrkpcYy/uGB2Ulv7Wpksbj/Hj3IfLd&#10;xaU/VHcTXy/y9RbzJDurSqLUHT8uNfn172GG29l7ooRJPFUVlTVmxDlpSb/UNqb+h/x9iC/vtucZ&#10;AH+Uj/VQ/t6L9st90QqQWZq+XH9v+Hr3s/vxwbsLFlTm6+pqKSWQD7eqLsAosdIDfQgf09wPz+u1&#10;zITAFV/LTSoP+ry6nnk5r9VAuCaVFPP5U/zDr3s9eAfH5+Wo8lEi1FHOo1ypcG3q1Ej/AHr3j1u7&#10;T2lTISRkjOD+X+XqZbBYdSySKKqaj0/Z5H19evexPSoSMeNiCEVDqB9Pp4It+PcX3SS+IXOSxJ4E&#10;j/iv8vQztL4w9wyP8nXvcz7uHSVEhRrBlHJVmB4u/wDh7SrE+vVTPAjzp546O4twr+qo/Zx6975v&#10;WopZlYMihV9QJY/ljx/iTb36NBUAivy4fs+Y6UrurYApTzFP8B697xRV8UhZAxGlDqDALYHj6k8/&#10;j25IhAFEAP2k/t8j8+qHcZHqBwP86Hr3vMs4fUCwUAoAGHpIbi4H+P59ssuggH58M0P+rh8urNPG&#10;h0nifIf4Ove88jBU8TsCxsLElrAG9nbgjj3SNXMniJ5DNf8AD1cX9F0KMefr/q+zr3vBPVpCuhZF&#10;N9CsB6hcjgkn6WHu/g6jQA5z+zz6SSX8MWa1rXzz173HbLKi2RwvjsrEjSGN+Cv9T/T24+3ySE6l&#10;JB4D/V/PpDdXkbHWhx8sH/V/qHXveA5qIljK7KdJChW5JAub/n/Ej8e9DbriIfppWmD5/wCodJl3&#10;Z0ApnGa5p173gfcNPEf3CLIoA5Usbjgr/X/E+1CbRduutQaft6q27uaFG48PTr3vmd3UDDST4woB&#10;dgdLsbWazf737t+470ktpqT68B+X+Dqz760QAOkH5kde9+G6ceblp206gxvpuwP05/Fh9T72Nguy&#10;2koM0r6dbj5jjJoxU/Z/m6977fc2LLDy1Ua2WylGUXB+jC30H9fd4thvlqqoeNMZ/Z8urjmCA1qK&#10;0+fXvfA7rxCcrWROo/W6zJ6rjgc+3f3DuDUqmfL5ft/wdaPMNvpqoz+XXveI71w8Q1GqhOn06EkT&#10;9H5Lf6359sSct30o0suK18616RScwxlu5wB6f8V173Gl7AwYNxVKbKSdLekWH1/wJ/p/X29HyxfU&#10;LEAeQHH5fz60eZ0CglgR9lf9nr3uK3YeIBN51IuTd2AJJHCke3l5XvH00p8zTgB5/afTptuaVfCt&#10;g8ccAOve8f8ApDweshqhBISTZFJABH0PPI9vHlW9SPsOoEYNfTgeGOtjmYLGRG4IIwTSo9Ove+Y7&#10;Ew5AUzRMCfU17Efklifrcfj2y3K17Uls0pQYyfPrQ5rUEgsCfkOve+R7HwqpoNTEALi2v06Tx4yf&#10;6n6+6/1QuPKgI+RPz+wdWPNcWAT8+Hn8v8vXvcd+1sKjMVlhfjjQbk2FgFjHBt+fb8HJl25oOA+X&#10;r8+k45n11KNnH2fl/sde9xj23g7+N2ZVNuSnqv8AqJ9P0HtY3JF6OFTTjQeX+X/B06OaYwvDz697&#10;yntHAEqVl1uASpBClG+rW/Nz/vHun9T70EgMeGceXl/s+vSeXm4KSCw45NAKfLPXveI9oYRlBDAs&#10;rXF7ajb8N/h/vPvX9T7xqAkmtfKtPXplua1wS/pw+f8Asde945O1sQgH7kY8lwSbWT+gIJ+l+Pd4&#10;+SLlhqKnt44/ZX/D8ukb81xoGfgB5/8AF8eve8MfbeFYhXVpGUtddagH8akU/wC359uHke7LeIQQ&#10;B+dD9n+qnTac2QyAkMaDif5/l173Mp+y8PIy3LJzqDctb6ajqH+v9D7Zk5PlUEfL9noOla8xQTYV&#10;jT9lP83n1724Rb6xMjEpJcNfgXUX+utD/U/09o25auolHAngMevn0vi3XUKr3Dy9T173yfeVEYy4&#10;sQpKgW1FLi4LqObk/X2n/q/cRy6RQH8h9v5Uz8x1eTeI0Pe1D6Dr3vCu8YSLFlsxtpAPqJsCGB/p&#10;78dmcVAqflwp8v8AN0nbeBrotaH/AAeQr5de9+/vUxBjXUwBWxK3uOLBfz/Uf4e7rstBq8x6Gp+f&#10;HH5/b05HuJdQxNP9Xz6976XPztyql5BKV9ShpBc2BDHj3Y7QhX0HyIPTbyrIalqE8ajHXveUZSoZ&#10;eVYlmJY8AcWsoHP+uSPbf7oCEgYBAFTxp/k/zdJ2llBwaioGP9XHr3vA9RJqIAurOLfViCo5Y/65&#10;9qIrFUoSMj0zX0r6dNg6stmnlwr+fXveGV5VQsGYg2DFj9CRchv6G/swSJW7aajTh8vPhnhmvl09&#10;48laGg9Ove4z1M4AvfWLn68RAre7D8X9v+AgWunT5etT/hx0nmuygpqrXy9eve4lRUXheTXqOoWW&#10;93BuS1v6f1A9uR2zGQKcADifh/4rote5JehFGpj0697b5K6NCzDSrKQOSGNvpYtfk/Un2qFmtBXP&#10;2CnpkD0r6/PpFLcxKv6zip4Z/KoH5/4eve2+XIUzOmtkYEkINYdFuPow+n/G/wDD2sgtJSpMYqeB&#10;NOPH/B0x9XCwJWrAYr8+P2/7HXveA5DGIP3HH6ivoZb6r8XLf6r6D/Ye1S2N0wHz9eH7OqfWA4Ip&#10;51PXvcJ89jgboyFUaxUsqrZePT/vZHtQNtnBCyefD/V6dJZ90SMUJyRUft8/Tr3ttq9y0VrCRLtr&#10;slwLoP06CvH1sPaqDbJF7jwHHGPOtRx6LpN3atFUVH559eve2KrztO4I1Cw5BH9oWvbn6WPs3gsW&#10;IqPIEY4jpAk71Lnga1p6nz+3r3thnytPZ7m5uCVVlZVc/UBv8L349nMW26zTV/hHl5DpDdTsG1HN&#10;cA0/I1Hr1723S5aFnKrbUG5AufqP8OPa3wIoU06tLHz4mvr9mcj06LZb0VHhg19Sf9Veve4pyL3b&#10;1qL8jTcCxuFt/T/H25QAlS1agih86cAfP7OtJcXDAFVrXyoQf5/6qde98hlVBb9wki6/4lv6g/m/&#10;4v7TSQ2rEUIqo9DQk/P/AFU6URPKa4Ipxpkf6vl173wfLS6SqjWp4BI+hHDBh+frf3SNolfSy6VU&#10;CpBqSf8AN1dnmJ0nj861/wCK697jyT1koKpGyE8ftqb202BB/P8AQ/6/t8Tw6GMpFD58P2/5PmD0&#10;nFpuE7adJp6/6s+nXveJMPk5/wBxaeoYNxpKMTx9eB/j9Pe5N1sYwNbAcMDGPL9vHPSeXYL2eTxF&#10;BqaeRxTH+ode9zafY2Yqm1vDOS2lv0sAoP8Aqmb6Diw9ppOYbJPhIr9vp6U4k9K7blO8c5UsSeNM&#10;jPp5f5uve1Lj+q8jOdUySqj3KEi1ubM2v/G3/E+yy45thU1RgCASaefoT6/5+hJbck3LcRj+X+ao&#10;697XOP6ckZWkmkKqoAQaLSMt/oxP5H/E+w5ec8IpHdq4mpNejuPkkpQFaUrwr5f5/wDD172pqHqu&#10;KFwJPLJcARkXAuT9WH+J/PsnuOdY9IQEU4H0FM4+30HR3DymFGVJGKnyxkde9qqm6/igZozEZHBu&#10;HK+kafzf+pt9PZLc82RydwJ4GlMAfYOjM7Akbiooafy+zh1729psuFQD4UuYze9m4vzYn8j6EeyU&#10;cxysWoKj+f5+RHSuHYVNQFLEemKf5Ove50GzqYA2iVX0qSpOn6cHVbgm309sNzBcUqcjPlWv+b/J&#10;0r/cpUZQED51r8/t6975rtaCNnUqNbekqBa6hiwUhvyP6+2P3zc6QADSteNf+K6suyBTUJX5k8P8&#10;w6977/u9RxFyIluwBuLcActqJ+n+Pvx3WYmhoK44efkRTHWptv0g61Clfzz/AIOve+mooYyQSLab&#10;j03sF/AP09t/USM4VxU+fkfkf8nRZNF4QLZFKCv+rzPXvfDwxPZjIFCXDarKrc3B/wACfpb2rpcn&#10;4DQHh6/y6XLpQU4igz8j/k697h1c8EAMjSooIAUGQFjY2BsP979rYIZSqgGv5ZP+z9vl0mmuUiWt&#10;ak1/1Dr3tsfOUEAY+QOGWzLq/RYWOpv96/2/tUljLLTWKH5H5/5skdIJd3SMGoA+deve4LboooSS&#10;XVkYWJ1DTcm4ufxb+vtbHtEsjEsCBmtMig9Pn8ukTb+FIGoflkenXvcNt+Y+JvHdQAQQupWW7cjn&#10;+n59u/1blkGopxJ8qV+0/wCH59Nf1mhHbqB4+Xp17270298bKxtOLWuAjgkMo/sg/X+vssn5WuF1&#10;Mop+RPHzxnoxh5hWgCt8xwz1728DedBGhcTagAFb1DSxfk3/ANqHsn/qxdMxoOH9HP7Psz0oXeg8&#10;gao1Dh173LXfWPJYJoVgqtqcqbc31WH5H596XlicoQCdORQ1H+qvqOjOHf0C0L0rxH+Tr3ubDvCi&#10;lcqXRbsGJQli9jc+n2guuWpok1aa+Q+2np5j59LId3Rm0q1fKnXvaopssspDKusTBSBquLDlNK+y&#10;OXbVXJC44Ain+o9Cq0uVaNdGccK9e9uK1l0cMAb8AC2lltdBz9CvsvezXVpFV+fCn+evr0YaZFXx&#10;GpQfPI+XXveTya2RCNWpdOhrhQCL6uPaCWF1Yk/4ePTbRmU6lwDkj1Hr173kSSJWC6i9h6Rq1L/g&#10;CT/X6WHtoxlhXNB+X+r5dWMCKa5x173zaoVCI14CB9ChdNrfUW/4r72sI0+IeJ/aeriMAHz8+Nf2&#10;9e9xlmRkYvIUK6QT+AT+oC/+2I9uOjBhVccfl0zLGVFIj8yOve40lRAUJVmPGkox/RY/qH/G/dli&#10;IahAqOB6Tk6sngM9e98fvoEbUWCsUuQCFUhR6RpH/EfX34WkjKKDFeteMT2ISa+XXveNstCCbM7F&#10;rX+hfUBawI4t/j/t/bybe4HiUr65pj0PqelcRUAk5oM1H+rPXvfKGujmZrD1sfXdghXVwQv+It+P&#10;z7bktipAGAf8PHPy6f0LxXhWv5f6uPXvchXe7IpW7WubXIUfix/r+faWQDjn5H/N/k6bmVV7hkHh&#10;61/yde98/NYGzk3NwSpFxbSVIPFhb6+2zlhrx/xfT1uiSKyPwx+R/wCK6974GcsCFZmCqpCk83HP&#10;Kn6qfr7cwW1+Zr01JGYSG4g+fXveYSlU1OyOskaX0g8fm/8ArX4HvXhiQheB/wBX+r7etwaEfuHC&#10;o/On+br3vGJtbyaWAJ50sbMDYaVBA/J9uNEUTFTT5cfXpfHMNOcH/J1734zhtAYi5Fwi2UAD6Ek8&#10;2/1/dPBbJUY9Tg/PrTSx6sEGv+o9e99mpViVLrYalBUrY/6prn6gW9+SB+FKA+dOr61TBIA9f8HX&#10;vfETJqHq4uqqQdRBJ/J/x/PujRSA1pTqrOrNVTXr3vg8oDhSPSAo0peyknUL/wCHt2kiLgeY8q8O&#10;rVV1KilD/qH2Z6976+5BKsVBbXyLsNQbmx/2kfX3popaDTjHGgPD+XSZraAAValfP/V5/wCDr3vi&#10;k+oMmuyFnKgHi97nVbkj68f7H37UFoQO77f9VD1pbZPU/b173jZwis5uxuqFA1xoDAC1/wDX+vur&#10;AtRvIcTw49PCKOPuBHoSeve+xKqhWvpCyesLwAGF2A/4n3XJ7TwHA16sCRUUwfXr3vmXTTcoULMA&#10;huV0g30tzwP8PfiD9vVgccASPXr3viHUM5a9rekcHU3A0m3N73v/AIe/cTU+lK/7HVDqPeT8v+K6&#10;974tJc6GUKD6dT/ULe49Q/H+P+PvYPYKZp/l6sGIUL173zSVW4GklTdBbSBIQdQs34tcf7H37UwG&#10;nyPH+WK9UcBzVgD17335gQCgHoKgEC99QuU/25uD7rTGc1/2OruRozmv+of6vs6974JJdhqI9VwL&#10;sS0ZbkWt9b2+nu1TTB+3/MerajpU16976MgC/rZ4jyRyAT+kqFP0AA96UEvqA+VR/LqtTqBAB+3r&#10;3vgSzBUL2Ui4jQ31gsACL8WH+++ntxgUGofEaZ8x8iD9vWnVG4qC3r173xjqkSw4UuGRgNR1N+kH&#10;j6W/Hurip1+fkf8AV/L8+vKqxjtAz50z173k1gPdeQCxDFuCB+Tb8iwP+x91ZdalXzX1Gf29ewyl&#10;WNPn/m6976aa6gKregsCAPUtrlhf8gj6e6pEqLT1zWnHqwC6dANa8eve+LSO+kEniR7kkDSNVyL/&#10;AJv9SPwPdl7Hqp/zV/2OqMASQcr6cR/qHXvfHyswNlci7AtblgR+i5/wF/boPmeP+WvGnTX06NUD&#10;4j+yv2de98TLpsV0kXJAYHTqW5Kt/tre3VGo6qH8vSvSUxvG5RvLr3vk0nDqpBLWJiZmJuBxbVxa&#10;4/4j3TTVjUVX+X59KDHbrDqXJ8j8/s+XXvfMyo5OsoZSANJJF3J1OARx6vx/T2njjMTPQUUjj6/6&#10;q56bRzqHqePzpw/Z1733Jc2ZbKVYBgTe0bC/0P5Uce7qQpIpXH+r+fS4Yr6de983lI8utGZQjepL&#10;MoI+jIPrcf09t1alEya8PXjj7PXqiyBa+Xy/bTr3vEsi+T18AIL6QRYk3RTf/Ye0Tayf6QPDz+Z/&#10;P/B0k8QudeM+vn649Kde996ruQXuCdSqFuRcWKk/1+lv9b3cKwOp1zWuDj/UPTy6fQFZF8zjzx61&#10;Pyp5f5uve+zICztILa2vqX8aeQEH5+lvdypCinAf6v8AV9vRhTSMeQ6974h3a+lnZUAPq+v0sFKn&#10;jn/evbJQasCg+z/B59FTKwlNF4Z+R+f59e98kqVOskoGaLi5K/Q2DEjn/Ae9rG1KcP5+WceXH9vT&#10;gEhTvXSf8nn173y+4ZdWqzWVWIUavzywUfX+n+8+3fDDsqpg8B8/9g8elpEQIQ8aeY/l173iErWJ&#10;h1aXHp+gKgXsL/15JPt4QL50LD7eP+bps08qLTy/y9e94TPw+rUSTpUD6EXsbEf14PPu0gowTzAr&#10;XyzXHTsbeRzTr3vl9XVl+ihkIXm/PILn+nP+v7aKlak+fW3DJJUny4f5eve+nlJXSFY2Zr2J0yMB&#10;ZWP+t9R7rqUZHHph7qNK0FaeQ/n/ALHXveB52BIa/wCpCBq9QA55t9PyLe7L3x1Hn68PsHW45VfP&#10;oPPh+XXvfQYhfIGb6gXW5XRe41X/AMfdJEOsimKdI7iIrISQKHNfy4Dr3voGS0ikheRyATYk/qI/&#10;3j3SmkqP2dNAVoqnhw8vyB8/z697zmRIlYxksbqL6b31f4f0/pb3tIiTRqYrw4+vSmKKRqEtSlf9&#10;X5de98JhoXTouNQbUG4sefV+RY/T3sqOJPHy/wA3r1uSABRoJJ9Pt6974pONJBsf3AVsuhhb/A/4&#10;/X3ZYyqmnpx6ftY9EZY4OePXvfctQo1LosDcliAwYf6rj6W/ofb0MbSmg6eLmlBknr3viJfIAGFy&#10;V4Fh/Xh7j+vvzoyH5caj/B/m68WYZPD/AFY6976ZgRpka35UD1EKP7Pp+nP9PdQAACo/PjSvTcka&#10;SCnCn+H7P8vXvfESrq0sAy8BnHDDVxwzfX234ePmf8P+r068I1oDkn5f4eve/edBICC0nqYEGy+N&#10;QPpf62/p7vootBjh+f8Aq+fVFhjNK1NDw4/t+XXveJZlYIGX0tqPp5AIPILH6C3Pt0oVqw/Z8+lQ&#10;wCQTkZH+x1737yqxjGsq12YnUORa3I+t/bbCmQPSnVKUYmmKf6qde99NIvAAOkj9XFib+kkjj3bQ&#10;pOc/Lpt4RIKev+rj173G8yxSpfi+rytb1AN9AR+L/Qe/eEHUsvlwHl0XtG0T0BoRw9D9nXvflniD&#10;Bl+qFrBzfhj9Vt9OPx7qNfBvP09erxSyB9BY08/z8+ve8MsxJQvIoN2sAOdJF9RH9f6j28IwQcV4&#10;f6h09dEadB4gf6qde94i+tQ8SghlZddiouOQ9z+fyB7uqgVD1r6V9en41TQDSpYAH7Ove8bMUSzE&#10;gA6mK6v0nj8/W/1497RAZMcAafMdMSW4Vqg4JAp9vnX/ACde94455R5AWvc+jycgW5QD+ht9Sfbr&#10;wkGnH1p1ZnWOLSaCmPzPr+zj173j87chyjFrshvyAP1Bb8n/AA/Hu4tSVDOSPKnE18v29JHcyAFT&#10;qNT/AD4Ade9x3szACQgBRci6tZ/wpP8AQ+3xblGIFCfP7f8AV+fScsysU8xx+Xr173GRZWdl85uB&#10;pU8m4v8AU/8AEX9qm8NAoIqD5V+3h05HDLIqktg4xn7f9jr3vgVkErM0pUKAzkEArzYWH9P8fegw&#10;IpQegPSLg1D/AKvTr3vhJMIwQJZLNpuqEAK1+HXV+Lck+3UAbPW6jP7Ove5CtoUEyc6tKm5J1EAs&#10;1z9R/r+0zIHPcuSM06ss0n2j/VTr3vNHMoicEhyx/AAAt6Te35/p7YeAFgFqAOHn/wAV0ri/Vy3b&#10;6H1/Py6975JVQqytq4usbGwJNxpPP9fr739IeBBHSuMRxtq4V418vs+XXvfIVC+kWK+okHghiTwS&#10;Bx714S0NRn0P+rj0744B08T5/wCf8+ve+P3SMxW7Agg3Q3uv0/UP9j9fejbVUmtPtH+o/wCrHV0l&#10;rWo4de98zUEfkHVYKo5sL2vp+tre6fSsV1AYHnXpDLGid34TkH/V+z59e98hUKyqoYJZxYqtwrE+&#10;kn/ifbXhyKSSDnj1uKcxERk8f5fLr3vj5/KG4FwSNS/0tZTp/r/Uf4+3vBZQDT+fr/sdWlTW/aRS&#10;o/mfT/L173xEij0mIAqyg8kX+nIH9b8/7H3VomA1k8a/l/q4dKxIo7VxxH+r7eve8bS21Sc6HvYt&#10;wylf1DSfrf8AHvwQKoQ8f5Hj0z9Ia0Bp60/Z173zMxAJQsVI/UeSCxuLD8C3H+vb3XTih4jh09HG&#10;sYNMnFT173y1FtOlwSwYGMH+yFsC5H5JH0/w96KUFSOnPKo4de94mqFTWhDPcE6FJIF2sdLH+nN/&#10;8D7cWFmoVFPn1VnRfOp697imcrKi6gF0g+k6bgA/qP0/2HtQIVKEk93zHTf1EeBmvXveRp31BrMU&#10;swFzawtccj6ce6+BGARWvVDOxwOve4jzlpCWZozHytjx+eR+LfWx9vRxKFoFrX/Vw694xK0I697w&#10;SV4VdGttJDFVVfWbm7G/1vYe1K2gbKKMHuz5nFB8v8vVXlcghseR697jCuk0nhuBxYEkn9IFv9fn&#10;+vt/6IK1KDGP8PH/AFeXTHZqAXHr/s9e94WyU2oCRHC2A+gH1+hb/W5HuwswQSriv5in+rh+fXiV&#10;/DwAp+z/AD9e98hkCvH1dRp+gsuoDgj+n+I90NkakkAD/VTrfilQWrSgqeve8H8R4IGlHFlPL8gD&#10;6aT+CfbyWKHJBOP2f5uqiVGzXB9fkf8AL1736TKSMhKyEWIVQPSXNhew/wBt7vHYxh6adX25/L7f&#10;Tpv6hAaVwKnr3uI2S0/qcal0Wex0cG1gB/jwfbi2asdSj8q5/Pyz0ik3BSCRT/i+ve8b5iM6wNHo&#10;NgzkIuu1mJP9L+3Ytu1HOo14/L5/6vXpNBuMUYOon0/zZ9Ove22pzdJqcXjJY6tVy49X08Z/p/X2&#10;YRbbKpU0/wCK+fz9P9jrdxu0UQotGbyz/q+zr3tMVO5sfBq0x+QajcubKXuQFt9fx/tv9f2aQbTc&#10;mhx8gp/1Z6D11uRGp5DjiaH5cP29e9p+s3hTXYfb6bj9a2AQH+0R/XgW9m0HL1wTWhyK0rn7P9WO&#10;iV99hUllBOM0PXvaWrN0RXcqwDKo02ZTfSS3Lfj/AB9iG15fOkUP5evlX59F91zBBGtQ1D6UofTP&#10;+br3tNzbpVpG/ej1Ai/rHOv6kW+pHs0Xl7QPgpj/AFY6Ds3M+h6eJQHr3txpdwwsp1PHdmFyZAfU&#10;vC2UfT2luNhZXGkUGamnAf5K+fS2DmRScyA4xUUwP8/Xvbqdx0Kga3juw5Aa+ll9J/P/ACO/tINj&#10;nNdPD1PCnR7BzHEhFWAqfP8Awj/Z6979JvOkpwrCW5Gn0k3DWH0t73/V+V2o1Ptp/q/Lp5uZ4x5g&#10;etTWvljr3uLD2EzzabBYRY6TqFlv6gX/AN696m5XCJUE1PmR5npqPm5NZ/Uxjjwyflkde9qeLesc&#10;wCrKrqAL/hipOrSW/P8Ar+yeXl2WMk6AT5n+Q/1Do7HMiuMU4Dzxnr3tQ0u4aeoUIgjjJ06ddyQS&#10;P7Vuf9b2TXO0SQMQ6/aB6fb8z05BfQu41GgPkP8AV+X2de9zBk1DOIyrEsoYh7sSBc6mP0Frc+2f&#10;3cunHpwpj8vsz0exvb0AUgVFKde99/xAn06TxqK6gLMbX5/pz+f6e2hYNq7KeX+r/N0ojOPiOafZ&#10;173hatuoQFQbtqYMSvP6hc+7i0MY1Vrwx5/s6bncxxlxk/4Ove8UtWiqCrXexW4HJI+hYfQf4E/X&#10;3eCBWZmfFTXPD8umrefxA2shSKfnX0697aZtMoKta7EMxIuLC9gw+oH9Le1/iiMgAVNP9X+r16rc&#10;umoKw7iMf7NPXr3tglw8VQxIAUBTZ+bqb/77n2sSdowM/b/xf+Horl2xxENZ/Z/n/wA/n1723rgo&#10;Va5UOoJ1/Wwa3oIt+T+R7fW/dQDWlfz+2v2dFMu1RriUfZny+XXvfv4aikqFCfgfUWIXjkcWv+fa&#10;tb5nFFqeAINO7PkfL7OkY2+OMaoxQj/V58Py697n0tCaeVX/AKcOoa59X9on8W90lnFyDAFoB68f&#10;sH29Ft3WBizfhH+H/LXrx4/33+29mU+PHUcvae9qelqF/wB+xhHgy256lmZCaGnlDR4yFlBvLVNZ&#10;LfhNR95Bfdf9j7r3y9zbfZZ+zattCXm5uSR/iiOKxLjukncCJR6Eny64wf3uf367f7pHsJcrsMwP&#10;NXMglstsjPxR60KzXVBwWFTQH+PrE7HhV1Xe4BW3A+hbn+n1Hu4SWKIFYqaFaamgiSGmpoUWKGli&#10;RQkFPHHHZQAoFgB77338duXWKzi8C3gQRRRLRVhjVQscQ00AooHDzz59fAzcX13uN3NuW4SGa4uJ&#10;HllkY1aR3Ys7sTkksSa+fXNECAAXNha5Nz/tz7yUlP5aiJ2uBHG13DaWYkW0sv0Nj7e2bbFudwhd&#10;0IWNGqQ3cSRgEcDQ/wCfpJPNohZR5kU9Ptr1y9qKMCJUR2ClrhQxAPPA/wBc+5a2+IWMEVvckKJa&#10;hVYgdx4H1P8AkPRM9XYsorTj173jaeAVf2YYrVGAVIZEPMYbRq8hFrg/gm/vV1PaxbwdtiJjuvD8&#10;QyKmKfDUswoSD/sdXEUv0/1BFUDacnz48Ps697l6BpYySFuBcv8ApU/1BH0B9n6WS/Tu97OZBpGX&#10;wFI81bByc9J9RJGhafZ173BqY9CsSCyfRSCSxP6hf/D8cewfvW3taRvNINcR7VYEknzBb+EV4evS&#10;qF9ZABofP0/Lr3uNSrZZVYepmP0JJUyixRf6W+o9kmzW7RwzRSAapCaUJJQyChUHgCBlfTp+dgSG&#10;Bx/hp69e9y1a0ggW6yLcoj2LNGg0iTj8N9L+z2Fyt2NujUpKhqiMQWZVoA/+lc1/wcek7Ds8U5U+&#10;Y8ifL7R1720uzsNZLaFeVWVQb8PpKm/0H+t7A95JOym5/ArurIB5hqUz5Z/PowRVBK0FSBT9n+Hr&#10;3uHZiwZQ2kSrGUIYK2vn0D8i31v7Ijr8VBRtJdV0kEKdXoOLAfOmfl0pwBxHCtfPHrXz697eX0kx&#10;kIuoKyMTZQdJ5AUf7x7Hc7wsY5ERQ4RkNaAGnkFWlB6evHotXGpan19eve45/WoKhdJAvcnT/T0+&#10;yshWmVXGkA0LelflxH59OjCk/nTr3vO0iSyoVkCvG8kSAuQZBpGp0Q/qIv8AUfT2ZTzpf3UckMg1&#10;wu0a1YguNOWUVyQTgjh02EaNCCtQQCccM4B9Ps697507GjSWOY/cqWMiayA6oLag+v8AAP09rtpv&#10;f6vwT2l9/jasxddRGsKKag2vyrw8+m5lFw6vGNHkacK/Lr3vjLFWpO1XjJSr1JgkZJhrpgKfmwv+&#10;jyA2JH5A9r57beBetu3LRCpdgMyuB4NEA4k/CXFQSPMdOQzQBFiuh/ZE0Iw1Tw+3SRgenXR+n4P4&#10;5+nPHPsy+yNxTZjHFKyHw1lIRFKwkjdagFfTLGE5HH1H+3963GzeFhOwCh6mgYMAR/SGCDxHnTj1&#10;l77X85vzFtBtrsUuLaisxp+oKYIWtQQKA+VfPPVBv8wL4ywbJ3pR792/UhtubwqpmOFio6hXwuS1&#10;eas81WgMTRVMjkxAsHDXUAj2rZUEn6gCL30kAi9uOD9PaNWK5HUgTxrLhgG+RHn+fRWNnZqs2/DJ&#10;4qybGvDE9OKmkqJo5ys1lekEkRBdZV4eMi1uD74CH6XAP+9D+n09719MrbrTuFf8HSlk3y7PKyVV&#10;TTK/hVB9wqT3BGjxm7FPVcGw4HvvRZQp4tyLfQH+vvWrNerCNVXR1wmz09bPNWvJK89Rq8skzh6i&#10;VUGh1llIAY8XPHPH594ZofIpsNV1ZeeVZWGl1YfkEfX2zPBBeW72d2oeOQUZT5j7fL5dOwT3lhdx&#10;bltrmK4hOpHGaEfL0PA9ca7+6O7Nsbh697BoqbcGx90Qx4/OYiqqGo5JmU+SjnpKprtFPTv+5C6/&#10;QixFm9wYXgofLQ1UUbUNWxIZwJAyMAsqPH/tN9PP+v7hsPc8mbybVS0cevXG9T3JX5cacD1P9xa2&#10;nuVy6L1wk8vheFPCQKB6GvH+L4v+K6o9qajffw57veLA5HO7ZnwmdTcGxd1QSzUs2W2+a3/cXkNE&#10;BCOrKvikBuuoMGFjb2Am/emZWrjvDa+XqVo6elkePbjU6fbpYlnaklb/ADd7EvcE/kexe1lBzbdJ&#10;u1hcNDMiHTEaCNmyaqMaC5AqQCK5PWFfuL7Sy8o2l1JtsSyw69TqNRkjWgqAwqHVRVgGIPkK9bWH&#10;wC/mm7d+SzYDrzsTHU+3OwJqVKSLcEmQo6TG7nrI1KQtDjJdMiTzEWYR3TUR9L29g/hMxJXwuklq&#10;aoSV4pIg+trxnkavzzzz9PZbte8XD67SUmJlbSQMsSM0r9vEY6x13TbVtJAy96MAQaUFD1cWDf8A&#10;FvawoKx/P4GvYqGVgB6LH+0R/X+n+v7lDlLfZ33P93T1MbpUHjop5k/0jgAcM+nQduYFSMTIaEHP&#10;+x/l679iJiqlkiBUjyaGVNQ1Ly31Kj68e5CvIgzV/Dg/6j0MeWr5ooNUZpIVIWoqOI4gZ4dJ7NUK&#10;VYVJAxjDLIwRzG/oXSojf6Ak/wC8e4248fPUNS1VO8axK7tWQeLW1RB4mWLRICNDK+lifyOPZb4c&#10;100dtqAhDHxFYVLDSaBTUaSG0tXOAR59P81bfE8R3CNdUhA06eFK5Zh60qtPnXy6xYKpI8lI4Yfb&#10;nReRvV5dAZkBP1BBuLf09p4gAXCn0/j/AGHIHsRsI0XWRXTwoKkY8uo1oa9Kb3Jp6l0K6hqiWzWU&#10;lWa5+hv+f8PbA1TKz4ow7Tmv5g9GFpeNCyh6lENSAaE/YesboWVrEByLBmUMFNvqFPsFPkr0piO8&#10;+vZqOBFpd14GKoyG0sr4Q0lPW6f3cVUFLFoKoDxuP7Js4+hviR97T7s+3feE5Fa0g0Q77toaWwnI&#10;+I0q9tIeJimpQZokml6YNc9fuTffT5y+517r2PuXygzy7eWWO/s60SeAsAyMBitM6qY+IZ6booZY&#10;KrWWF5AqSDWdMka3Iks35X8H/Ye6EMhQ5TCZHJYXLUc2OzOHrqnHZXHVCBZ6SupXMU0JVvx+VP0I&#10;sR7+bnmLl7dOVt8uuXt9ha3u7ORopY24o6MVYH7COIweIwev0UvuufeK5N+8N7T7J7qcky67Dd7e&#10;OYIWDPC7AF4ZKcHRqg1AqKMBnp0Bva30P5+oI/BBHuAxuU4IJ5HFkNl9QJP+8+yYUFfTrKyORDUc&#10;QaEft8uu/fcnCkjQ7LYgaeLX9S/7z+PfkGfPrwkVmwKgde98zLGoQaQ97E39OggCzE/7E+6hGaua&#10;dWVFYAgZHD8/8HXvfGR7iym7Fb2ay8J9Df8AxP197UU49KYj2k0x6+v+wPT16974qzhVChW9Jvz9&#10;SRcn/kfvZCFjXpfBLHGGLjPy4nr3vIk7oy8BrkqpsP0i1hb+o/HurxqwPkOm5Z9aFEqtQOJ/wde9&#10;5jU31WvYHk6fqWABHH4HF/8AY+6CKlPn8+i9qrTVjHXvfDyMNZEgAUXJY/q4vwf6/Tj3sKDQU49K&#10;7eeDsjKggnj/AIK/y6974Gd2bUxYsFUqBbi1lHq/qD9T7uEFKKMdGatCqgKRSv8APr3vijszKdVw&#10;pbkta51X9P8Avvr78QAKDj1U3Khjmg9R/q/4vr3vKz3DLYqLhnvY3ZuCAf6D3XSBkcemnaAOJSdV&#10;OAH7eHXveAudTeoWVRcfpJ1C9zf/AF/6e3Ao/b1X6ulAgwc58/lTr3vkapmBVrcxlQSdS6j+ST9O&#10;Pp7qIQuR616a8VxUIaA+n+r8+ve8YmZTYFeEt9LXBB5v/tv9492KBh9p614snm3XvfflBUlbAX4C&#10;3NxyRwfr/X34pmnWvHlI01x8v8/XveISubMwJ9LWI+mhTxq/33Hu+hRgdeE0oNQePE9e9+MpSxA+&#10;q6QAD9eQzXb/AG3v2iuD1YzygVDU69795TdSGNmFiLkE2a7H0/1Hv3hihFOHTTyO40E1Hz8uve8j&#10;zm2jUVuDybcm+pQT/ifdVj8+k/hOHHmP5+mP8J6974rIQGudOrUGBN2AXmw/2P0PvZTz9OqOWjlW&#10;jU00I8v9R+3r3vizWKWKta1rufpY2AH9R+f9f3ZRg9WW/lDnV3AccZA6976DMifkm5JW30WxtqPv&#10;RAZqdXW+WU5Yj+QpX+fXvfEXYqGAJJv+AQign/fH3vgMdPiV+CvXj544/wCqo697zLKXsy/S5LAB&#10;bmw5HPuhQLg8ekMzBJiWPz/1eVOve+EjlSx1XYILc8ov506f9692VcUI/wBn7ek+oMugioJz6de9&#10;4jKxT1KLi41EBLt+kKfdgg1Y8+lUCaB4gJpQ/wCofPr3vmnk0FuPTflXsV1C4t+D/T3o+Hqp0zcS&#10;0IQkiv7MfL51/wAPXvfBmYgOo4Fxf6i5NwCf6/n3sKtSD162IVtMhqaeXCnr1732ttalywOkG+r8&#10;k8iw9+OF7em5J2kY6TjhTzFOve+IqNKj8KutFJPIuf6H/efe/DqfXpspqJY8TTj8vl173jM66ip4&#10;BsrG/wCv0/W5/wCI938IgV4062viKtG/Fmg8vs/zde9+1Cy6QCG+oH1455H9PfiD+Ly6s00oYoxF&#10;DTy/y+X+Xr3vC7lVta+ocG/6vxcH24qgt09HDqIlZhQVxTI/2D173GDEqpPpAuQAf9sf9a359uFa&#10;HHVbqVKgCnGn8uHXvfF5Xb/CwW+my8D8WHPuyoF6QyMVSief5/bTy6974mWQWIOngA6iDqJ+osfz&#10;+Pe9Ir02J3YkP3UpjhT/AFDr3viXckgHk31An6nTfTp970r59WWSOull/P5fZ173iMlyqk35AGmw&#10;UD/G39PdgvEjpdBIy6kXIYU/L/V5de9+kqGIZgy3V7MAD9ALW/4372I8ivn0hmSWI1bAP59e98Vd&#10;21FQosCOW5tbVdbfU39+IA7T1eITyJq1UB9f8np173iEzPfkh+bXNufzdvdygX7Om5G0SsklK49f&#10;tx173lM/DBvqPSWuQR/XTfjn3XRwI6szw11HNc0/w/Z173HL3XUCSt7Fuf63AA9300OnpnxpGpnA&#10;4D/P/q49e9+SQEhxzb6K1gPULEMD9T/vXvbLinVkE8g7DioqeJrX/VXro/Q/63+++vuxb4rVu16j&#10;bNfjJ9tLVZiGYytn0hjM1IknEYd3/r9Dzf8Ap7yJ+7he23LnuTt++7htsW8RxMG+kmUvG5/i0rWu&#10;j4lr2g8cdemu2tplmcCgJOk5BP8AEAa5HEVFPXosfyqodyVfWNe23d9jYskLB6mqYxRLkI15OPM7&#10;lSoexB0cn2bx9gQ5CnSGn8cyyQlZZWb99JHuWHH9b+n+nvuXvW7e2fOPLAu768j2lJIZPFS4RUML&#10;MtNCgLR1PlTAHQeg2+P94LfLO8y1OpnejjVXUKcOBrwp1ra4T5Hb12F2bM89JufO5Gh3CGoqTGCS&#10;eiytJFUApLCfoSwve359pHBbZ3Rt2Ooxj5WkrcZ93J9tC8bTT0b39YKi+kD6E/n3gd7f/WWPNF/a&#10;8p7jCkNtoMrxyqFnRXAjKKe+QkkGi5UGpx0olskZXjQo0aFQTxB7hpbScmn4h+3HVovfG7uq+xto&#10;7Z3bvPrvcNNuCsx8bRfe0M1KIZJ4BJJHV1NgiWJ/t+3GiNNkMhJjMhHBPUO3/AbSFVwF9LKhNjfn&#10;j3mdB7+7dHaScs8wFY7iCsLnijUoDXypQjJ49RtzBsR2zeJblCsMqSVpGCqKaChj9ONT9pHDqufs&#10;7oPsDaOFo+zupaqux+MQDLw1uPYCpo0ZtTpFKvK6b/qBsbn8e5O94KDB7Gy8U9LTUmtYvtYo41ic&#10;yavwq8nj8j3h377817QZlG1OqmMsGdPhcEDTSuKL/M8Om93vUnHgaoy65Zo00qxIFABwNPOlKmtO&#10;jLfBSg3/AL77ax+ez2ZyOfRKNpcjJUzNLTUhEVpIhERdGc/Xn2FGy87ldx4iTGRUMUkNERfITjT6&#10;QbhFfkXH4HuKva3n/cDuZ2Yvril9T8K8D9gI4j9vUZ8wTPAiyRMVKn5jh6ef+QdHf+VfTGwdrTU3&#10;astbkcbloFNPHisebx5CqltoZoI7ElTYgg8e1VSRbUknmx25Nq4jIfcAwo9bAw1FlsGRgQAx/B/r&#10;z7HXO3tJ7e7r/u03JH1upB8GXQFJ/EKA1C8dH4uFRXo95X50v4EMctHWn8RB/wBNw8vMedOgH2z3&#10;R8h0xNE3Xu+x9jRTJU1NJk8VBm5TTQuPJQyiVg6hgNOq91BuPbBtXZNH19uLNZLCU9NT43MRiGnp&#10;Vk8jwwsdTxox/Ib8/kewj7P+yUkPOEG5bYolggkYo7AgMoOGYcRUeXkeq84c8WU1s9rM6tWtScBg&#10;MVI4ivp69Lf5Q/KTae/+kK3YubnqMZuipoIpM/FTxPFSJWIDqRZD/us/7x7E8JLXKI3jsSCRIoFw&#10;LXAkt+ffZ7kTafF26KG4Wjaa49QKfnXrE7fbhbyYug4HA/P0+zyHWsLkq7C7X3Fk8pQV7zUwq3H2&#10;UyF9c3k/XSg3FlH4Nz7TlXsyeq+4STTU08yMk8TyFNcbfqW/+t9D7DPud7S2HOu2ybRuY/Sk8wO4&#10;H5erDy/w9GnLPNVzsV6k8bEBSPPyrwI888PQ06M71b87qHqPK7ey2JFViMnQ1EIo6mKierpZHLBX&#10;jmSwFm51auf9j7TmE632VjZqyrgwxpMjEG8bmYSByOdJFvpf62983fcb7oW2cttLdbbJLJksBKor&#10;TiK0xU+nAHHWS1p7pT7uGSImFVBpqYFjThUjGo+YGOrc9rfzRt9bnyG3KCvg28MLl3hgq66hp5Ke&#10;pj8lru5c+kkEHT/X33uJ9m5Wkpaav26sWapjxW0NEZDKUPpkbSPr/X3DG2e1ewbTLPJzHb3EkSxt&#10;oS3ZEbxfw+IXBASvErny6Guwc22F5Np3Uy6NJoImUVYfxE8F86jo5e2u1+zq/Jff7b3rgKnbNXUQ&#10;vLDuSUaqalkQGSOjOoEFT9NX49li7Uxe6aqCXG4BNw10NT6UgiiqPGkUg0kPF9Db6D3izzZy1cpe&#10;ODCFAJoOH2fYSOPlX7ehxs95FUTKVqfn/L1/Po+u2M3QZDGU9b93jNbxItRJDV07oZQPURKrEEfk&#10;XPsn26+vd4bPSGqz+Dr8clUpMMtXA0aS6f7Ks35APN/r7jOfa7mAHUMDyHEf6qH7Ohev+MxDuBoO&#10;A+Vf9VPLPSogq6aqBamqKeoQGxaCaOZVP9CUJ595tq4yfcUq4+BVepYOIbiz+hdTIB+T+fZfa2lZ&#10;Tgmp8j6/Ph/n6B2/3TwRM7jy8uP2fs/n1nJABJ4A/r7MRsCg3HtCoNHW5GvooXdP8wZBoUNYuwB+&#10;lr8e5Q2zlCSeIXUQWvzweHAfMHy6gjfN8aZ/BZNQY0Bpj86fbj9nTbWT00kLqUjqVKkaCqstxfj1&#10;f8U9j3k5p5qeD7LdEFWXRTGtRrWa4PKsDyeeOP6+3rfmLeNnv/Baq6GyQTT/AFf4OiuXli13C0Ny&#10;0Y4VOOkyuBw1ZFK8+Fp0Eqsrgwxk25AGq359zDKtFiUr8oxo6tH0TgvaGQfQSKxPIP1t76E/d55y&#10;vr2dGnJJXSdRyCMGnyPz6xZ5/tE2rcFEOF0nH+H59V4fITYH3G4RhdvU0NdSVkE0yQRIDU0NQguF&#10;0oCbXsB9Le11tPO7NzSRYmgycDZeNQxCVC6tRNyCFPA/HvsJyFzzy3c7QlhLIFn0gmp8+OD9n+T1&#10;6Ce1bvGi6GoxrXjjhwoPl+L16pb762J8heqKnL783RtSpqtgtUMk7mhmljWhQFVY6l4Onnjg/wCv&#10;7EQ5+vx9QtBXNAYbBRIF9R4sG1f19lfNm72Edy1wjClKhuHoSWHoeA6ev7qKdtSHUoqeFK+dK/Lh&#10;6nohGR6F2D2hQVPYOxYs0c3I8lQ9J51SlLNJ5JYzAwDMBYiw/wB79rjb+bDPHSSgtcloGJ5kjPJA&#10;/rb6394483c2bRu05guHCNmlDg8QKn869JZXmltcmnE4FaYxn0Hz6IF8o/hnn9x4ar35hIJoafH+&#10;KnztNTUpH2dag0CZ1UWKEj6WuD7z5ndlFjq2lRpkVXmEcoFiovYAG30/1/ZFaXlhFZqlS+rifxcM&#10;U+fRK26GGkeoigqVrlvn6+VcenSM6E/l3b/33sHfM8mImasgwM+Rw006SQuXjQyxzU4axbUAbH6n&#10;j2JtE+MamimeSBXZfIj8DUGF73/P9Sfcdb5f7hbXDh5WWA04tQfKg/lT16etnfcDRTqrUcanH8/T&#10;7eqwajp/tav3blNoYrbW4szW42vqKGppaGlqapY5KaUozMn0FrX9p3L11O/lSnlidkjYWVlAU/1J&#10;vf2MuSd02+ORbyeYEqQaVrUU8j/hA6fvrSeyIqhNaZB8qZp604/8X0Y7rb4z9i7ZzmEye99rbix1&#10;PNk6ZIaZcbWSzTr5LMCFS45sOfp7LJu5M5mKalp6CpkhqYa6R2MRurosg0ggfUED8/g+5A3znmG9&#10;QQxyZrX5VGMn7Bg+ZPQbuRfXDkFCA2BjGPn88/5OtqT4qbT606ly26czuXC0tVgcntHExRyZID72&#10;CrqKFjWsjuNYKs4AA/1H+PsMexKz+Ly4va1XG9Lm6uP/ACcxHU5Ea2lkjI/r/X/YewRvnMkpU92h&#10;kqSfnwx8z0T7cs0N2I5zpqxU/nwoT5E+Xy+zo+/w76+w+wsbvPtja+Zi3D19LXPV1JqbJHT+WYyx&#10;006v9PD/AI24PsWuitmbH29kKKizMGZjyc0qsJGR1FRJq9R1f4m3I+g94B++3urzd+rtlmDEqkg1&#10;OW4EH7KcP9jrN32l5Jd7aPcXyTQjHD5/t4fZ0b/O4rcvbFC27qHM7RzO2EpD4aCnjSoWii0kEeUf&#10;2voDx/j7V3yi6O23mcLV7v29ls7idxUI1RUHjC09fGbB9MY/GkX1D+n9feIm0X/MO9zi23Ghjbie&#10;J+VSfnwH5+XWRe4y3e1bZSOgUCvb/qpWvEdD50B2kNvNjNhVFLi5sNGrwU+UxtQp+xqIwQaaoRvr&#10;c8A/8VHsCdpbb3Vs7buNFPuU5fF1StUVOLRSWjkdSDHY/Tn6i3vIL2n2E23MsNxdME0MueFRUGp9&#10;SP58OsXedub7u9WS2oTpBoRj7a/5D5cOmj5D772PvHG7h25XbbqqTM0UD0lDnqyNFji0kkVFNKnq&#10;t+V/1x7V0Rtiqqq8GmZzExj8f62FQHAK/Xi1/fVu12/aP6gXU6oP7NKiowNSGtfPIB9fn1BB+oO4&#10;CYklwTQU4Yp+deH5V6o6zVVlZ+9dm4GTMyvS0VZl1grjM2mJJcFUUzSBzxYxuygD+pvx7//X19eu&#10;MoaCejWufQ8qcmQ/Qkc6r/j/AIp7xV5qtVkDGHNPT7CcfyPWbWzTmJ1DGnkfkPl/Lrf49nV2nWIg&#10;hkIXQyqVvYWW97hv6X9wfv0DlmanqPU8BSvoTx6mnZ543jDCgFBTP2UP5jPXvZlNuGnroYzFJb9s&#10;kNxyv05HuLL5pIZiHyKmoP8AM/Z5/l8+pL268RlGihzkUyP4j/l697UkifYgSSRSFAdTyJc/pBsP&#10;8eP949oPG8VDowwpg44jz6OriTShMXGv+o1697bpNxLJE6U40m0iluRYnn/efz72lkSKN/F/k4fl&#10;UUHRZJIZEMRBNSc1p/qp5fPr3sLNy4KPJIXmYuVDOQSSSLGxBP1/4pb2L9lvTCwWIUx+X9IfaT0A&#10;t2sPqfWox+fn+zh9vXvYOfw3EY6rFOaqKKWV9RjkkVXP1vpB+n5t7kWB7m4UOrdtPQ1PmAP859eg&#10;ERDFPolNAaj548z5fb172Hvbuydp7j23X0mT+08ksM6KHZNYBiYoU/rz9fY75Q3G/tL1ApND6cKj&#10;/Vj7eo2592/b7myLOBq01IxUnz/bx6971wuyMDHtzeWcxEJJp6aunSE8W0hzZQP8Pp7y/wBpnNzZ&#10;o7cSOsPNziWG7dE4A9e9oP6Hji3++Ptb9vSDr3vmt7ekX5F/8f8AD2+vDHWuve3qiRmsjIwJIA/o&#10;fz+f6X97Fa0p09EpZwAOGevexRwFMI5KRTGCmtbk3sCPzf2omGmEsoqafy8+jy3HhjWR+XXvZmNu&#10;YijmhVx6GAS4J5IN/wBI/wAfYVvpWU1Jz+3h5fKhPQ8s4llQGgNQM+uP8nXvcbfNDNSU8ElOpEZN&#10;wwHOq2lh7YspVY58uP8As9Fm4QGBtP8AD/g697DRMJV5SCVpkbxOtjcE3H59n63Ea9oOBj+Xl0Si&#10;1aVTr+37R6/b1737B4uOlq4KdF+swQab3LauAR7bnl1xkNjhxI/Lpft1sVOk4oRX7PL9v+rPXvY3&#10;jL7o21JSvT0gNATGxdFLA2+p1KPYQvUt5tRIFOH8uhxaXFzaEOFJU4P+rhXr3szfVvblO2QpqTJ0&#10;3jefQpkI088AX/rb6+4w5m5fjniLwn8gcmnr1JPL/MCLIrk04AitKjr3s9OGqYqqNJYjqiZQyOGX&#10;1Am9x/rfke4Q3XapGkNQQwr5HFeP5kdTLY7xZSKgdyONP9Xr172uvslngA1h1b1qE9QHOq1hf2Dp&#10;rO4tnrQ09c1/2Pz6EVtPbzrXVWvD8+NT172m8rh5ftntCZlYkaPEGezfkg/T2pgv3iejmh+0jPr0&#10;mudrhnOrTqr6Gn+r51697l7U2r9GnpTGGdSqSKA2gDn/AA/1vbe7b+/h/pkgBfLjxzX0/wA3S7bd&#10;ljL4WgGKU4evDr3sze1MHDSxoUQRgWsxOkqSoHH9SPz7ineN0lkbxSSQfKmAfL8yPPqS9t2+OCLt&#10;FDQDA408/wA/Xj172LmNdMeS8a6WcRh2VVvKBwHY/wDFfYEuWa5erfMn0/4r5dHY/RXxT5evXvfc&#10;+cNTVrBTBzpdXlZLkMSxDLx+faYWMaKJGUEmtPlT/VXpXDdhj6jhxpn5jj/k697eDXSogXTJpAVl&#10;u/Do3C2I/Psul2qNzUUqaUP+EHzI6ECzMsQBJr9nE8fLr3uIcvI7PD61QEEC92+v0Lfk+2ZdsVFL&#10;efoBwPyr5dJJrtvFIPGuMED59e9uEeRjA4VyxsLggkj6/Qf09lstlr+PFPT/AFefS2C+kK6HP5Hy&#10;+w9e9yzkWLHXcqbMCl2YN/ZUt/T2mayOVSlOArxzxOOPSlr2TTpVfzrXr3vhJkZ38oAaRV+oINrA&#10;XVUY/wBfbqWEUbClK/M/kagf4OHSOS5cDvP/ABfXvbPWZKvVWMcQBI1MpUs1wONP+w9rYrO2VqVz&#10;TyxT16L5rpwh0gD/AFceve07UVuXbS6owQpcswtaS1ybHi/449nNrHAToNK0r8+PmR6dF0VxczSA&#10;ScKHNP8AVw697xuuVnP7esKBcM1ydR+oH9QD+Pz7W/4vHxoAPs/L516VBHYVSpIH+onr3uNNjs07&#10;Mvl9TJpLkaRGxN7gfX3ZLqxJ40B+dT9nTDQzP21oPTh/s9e9tX93M+8bGN5mIvcNe9z9WD/4/X3f&#10;67b9QFQDw/1Dz9DXy6TtYsaivD8+ve4x2luKZrJI7aQAyo5jKlhxa/8Ah7ut9YKclfzzjpkbXcli&#10;pao+WDTr3vM+wNwzID5WNrAlmYuAfqE0+7Rb1t8dQCv5GvSpNmu1U0HHPGvXvfR6zzR8Y+5JBjNk&#10;kJCB/qVYj/Dnn3p+ZNtZa9ozkDHDzHr+XWn2m5eqsMedK/Zx8+ve+Y6yyOq/3Ib0etxcrf6eksfz&#10;+fdP6xbeRU0H55/Z/qr1obHKQKD+Z/1V697y/wCjKrsEaqZgCRe7Ibj6WH5/4p7TScw2amqkU48P&#10;L/V5dM/uSfyz9tRQde9yx1dV20/cAroLsfJwwH1A1/k+/f1ksVwDT5U/wf4On05fn01etT5EfyHX&#10;vfa9bvr5qGsy8gC7Ej6ILfTn3Y8w2ZYCuPTz/wBjpobCyAgV+Y+zyx173hm62jAR/PJc6gVDObLf&#10;ksBx/h72vMFvQjA/wj/N179wTjuFanzIz9hHp173jHXKoAhd2ZriwOoAEXuSPr+Pd032F27Tw/n+&#10;3ra7FMSxYkfLhx9PXr3uO/X5hGsK7H6KzCwIJtwP9bm39fZjHzJAseldIbgRX0/4unXm2WaKPwkX&#10;u+3z697jv1+5T0l2JcjUFsVAFyL/ANfr7WLzLbEoDjV88deXZZmYM1QfQcK9e94G2DWlkCAsLhCd&#10;JEitax/3j6+7T7/ajVr+Gny4etfmeA4+fSW52GYliNRB4HGPkf8AV8+ve8J6+yZIVIZSeRqJKC5N&#10;hf8AP+t7ZTmOxjUKdIA+ec+Xz/LpGNiulQaRjHz/ADqOve4E3VOZnaEyI4UGQGzliur8rb/Hm3t9&#10;uZ7BGopHzzSv+b/B0nl5Wu2bs1U4kGtaf4PPr3ufR9S5OE3kaX0m15GALjV/tPJv7Yk5rtBHVCtK&#10;EjNT+Q9R5j9nSq15TuYyxAOfnWv5Hz/1Dr3tR0/XEtOV1yyAyN9Ftyv0BI9klzzPayNRCBX1xn1x&#10;wrn7OlybDNGxAPDNCOH+r0697UMGzYoUBYOzKTYvdWLKLXP4/wBt7KhvkTErqz6D/Ify/YejCHap&#10;EALtn5Gn5nr3tzp9uRxkW1Nqcal45AA9QX+v00+2JdyimyAR9vH9vp8ulJ2gOalCPz/y+fXvcpMD&#10;ThrFNRJJYrb+ybaCD+R9T7SncA6mvAcBwP7erptTRDVor6VP+T0697kJiIkI9IXSRdb/AEVrHWPz&#10;9PdDeoeDeWCT5+hH2+fTywFuPCnpw697lDHi9kU2YjSoFiLfQuw/P5FvaKXcQxFcEehpU+v86VPT&#10;yQAEcP21x/kPXvco4+psyatH6QqixY8fQW+n+x91W/jQip1UrXVnz4/PPT72kbsBkccnA+XXvfB8&#10;fVaSRZQNIvpOllIJ4/P1N/b37xjdqkcfMHz6aNkdVKNU+f8Aq/1efXvcObGV7J41X9Jtr1Gzr9Lg&#10;H6/n29HuNvq1VpiuBT/V8/l1r93SFak59KeXXvbZNtzIklVmAdrk2c2AHpGq/wCObf8AIva1d4tz&#10;UkVPDh6n5fP/AA16Yk21ycqDSn+r8uve2qbZ+SsV+7kuouTE5K2BJP8AgTY+zFN4sZVEhABPGtBw&#10;/wAmOkU21OwLBaMfLj173HOyK6VSZZnLN9SGHNl9V7fXi9z9fe33q3p+mQa5yDwH+r/L0WS8vyyk&#10;9o+3P7Kfz697wDrite+iaQLzwrk2LH6N/Q24F/x7unM1vHXIIoMUyP8ABX5/lXqh2KZVooA88cae&#10;vz697hSdaZJ3ZAXMYcG4ckFG4/2/+I+nsxj5rtETvbiK8B5/bj/UR00OXpy1HapPkP8AVk9e94G6&#10;kyDFtMx5YKBYkkEf1H+P/G/dzzjamgUj1qf9WP8AVTp3+rEsg1AY865Py/b173JXpzINcJOhYMB6&#10;gyqDfhVP9b/X2yedrTRRsUr5eXr/ADx1VeUHZdBUVHnp697m/wCheUsonrIhcBWCMfTdbSW45+nt&#10;p+e7aM1TTUV4VzjjjrTcp0xTTTyzX/V6de95R0jTg6fuC4BC3ePQeRqDLbg8e2P9cBaamHz88eX+&#10;HH+Hrx5QVxgEkio+X+o9e9yYOksYrFZp5CxBBKjSFvfSfr/t/aU8/vSo4eY86Y4fPj03HyQrHSwJ&#10;+Z4D/LXr3tyi6W27EP3BLKqDSQz6Swv9Ub62vxz/AIe0MnPt65Ok54+VR/k9M9LRyTEGJIFfzpw/&#10;w9e9u46a2muv/JmdQQeJRxcahrcDk+0rc/3umoYnhWuPUH7OlsfKUK0Y9v2CnXvbjD1ntGDVrxkR&#10;06VsCxcF+Lkj/bH8c+0zc4bpMCFc9wHn6eX2f6vPpdHyjE5qU4/iNBj0r1729RbE21EVMePhjS6h&#10;i6qWHq9Qsf8AYe2JOatyK6HbHClT6Y88cf29GkfKdrGoWgx8uve3iLbWMp20rQ04RT6dMaKwCjm/&#10;Fufx/vPsnn3+9J0+KVPE/wCx/m/Z0pbl2EAFVBI+X5A/5Ove5n8MolKeOni0gsB+2tjYfRf9b8X9&#10;sfvq70MHlNcHieH+QdK4Nkt1JEyEEU8/838x173JNDSjyKIURgFBTQONXJItx7TndZGoWZtNRkn/&#10;AFfOoHy6NI7C3QCq1AI/1Dr3vKtLCANKqLgXJF2YHkW/1/6j3U3TPUA4BORw+QznpT9LA2LcUOcf&#10;4Ove/NCv7gBIawUaVK3K/wBgg/7x78JZKAnzznPHz+R6o8Wk6WA+eOve+nAtYqUNhqI5ZSPSLcc/&#10;4+/BzQtWnlSnH/V/l6b8JATjj69e94JQVbU4IjCkEKTqueQRf63/AB7srhaBMU4D/J1YIirpUYHX&#10;vcdnYksHaw02/tBQBfTf/D8+1YRDkedf9Xp0xoaulqU/1eXXvfBzIf6rqJZbOdNgL6G/PP459p5X&#10;EbDTTIp/qHSOZm1aOBAzTh1722VLtdnZiSQRpB59XFpP+J9uqKELih8/mM0HSCYfpEDHr/sde9ts&#10;0TMkvqdQyizAi924BF+LH+vs1tdJfUTxz/sV6K2q4B454f4eve01U0FfK0mmfSJAAxLaQRewuF/P&#10;5B9n8bxadNPOuP8ABXpFNq1UJ+wde9pbI0FRCHZ5f0kqNJupYXBDE/Xjkez2Jo5NPhjj8vl/LPRP&#10;uBdSoI4VzTB4efy697DrK1MUStrqWB9QUantpvZroBe9uB/vPsU7dYeOw0g1Jz8sfP8A4vqP7y6b&#10;WdZIFTxI4fn/AKqde9h9k91QQSyBJS6BlF7m+kcabDgC9rn2Mbfl+JgAoP8Aq48fn0EL7fY4pAkZ&#10;oOFT5/Z6fLr3trG58dUghp2icsDYlbEC4sB9fZuvL7BKuoCDJxXh0jXfwR+qQR8v8Pp173kjy9CJ&#10;NUNZIoJBF30sAfqpA+n+PvS7GDUac/M4/wCK+XRlb79EE0Bv8x/1enXvbv8Ax9grqlS76dLWBuGc&#10;8AD+v+v7K7nZIkBalB8v558h/wAV0tG+uoqW8uAPD1qfIfb173OpslkJnikWR2uVKoF9VmNgeP6f&#10;Ug+ye5soIFIk0kZxX/VSvRrZ7pcScTVTmnn88+R697FrbFEapxJK8hfggAsLopueD9Bf6+wFvksN&#10;vqYKoUYznJGKfZ1IGzxSOwdvhH+r/i+vexyxcAREYgO3DxjUbgqtgq6fp7jC5dmLUGkE0oMV+fnj&#10;5dSntcckah5BgH7P29e9qCF2swulnAsGuCCOTe3+29lN7VQG9KgelB6dCqMggsQKEYrnNf8AL173&#10;nR1kb9YDXLLYHhgOB9b29oJANNQPIceJ9a/KnVJrUA1U6aAV/wBXl173lR/1kcawo4FyCp+igfT/&#10;AAPthY42IIHaBmtR+frnrcEb6zqyi+ZFK/sz173jLoj6mZjYX5BbUSbck+3BbrnGPt/wefWriNow&#10;dA4/y69782nUQZAkRIupH62vc6f8fdWlUxlcVOPs+f2dI4g5bu9PTr3uKYrGW4UqxUKWvyWHGq39&#10;P6fn2wuCNPl5fZ1VrYNgGg+zr3vktNB9WVRIbLyl/wBQ5t/h/h7eWcigzn5j8qfb15bRl+E6v5de&#10;99LSQ6i2lbFbm7AWN7Dj/iPakTSlfD9RTFP8P+o9L0iQBYmSpIyfPzqK/wCXr3vnojWxsoUAaCSD&#10;6wbn/XI9oA7SOxIAJ8h5eRJ/1cem4k8JQDQHPD09D173mWa/kB41r6QdKksovcH/AF/r7oFiJUMD&#10;gZx/Knp6dbABXIr5/Z173x8otYt6hbUCSylyb+kf63091MK1LBSQQKcMD7fl06rhQQiitPX/AFV6&#10;974tNa1ytrgLqYcXa5WwHP8Ah/T35Ig1VUZH+r+fVdZk7G4DiKZ6978zkEEq6gJpAPqufwA39Pb2&#10;jUKrxr5dbQSsKgV/yf7PXveNZRG7OWaxX639P+FmX8/6/vzKTwHDh/q4U60aiqv8QPpw+3/P1733&#10;IZH0tYaiNSkfQX4Ytb35IgpIP+zn+WereE+ulPi4Dh+z/Z6976CMVdmX0kaZGAX1EDjQB9Bb25oN&#10;KKf8vn5+vTwt3MdGOfT/ADnr3uMraAEY3V1uoB/tck6j/Ufj3pghOB9vH+XoOmG0gk1p5ZH+D5de&#10;9+Got9XI4sBf8C7f6/8AsffsMD6cePXgw4Dr3uSFRhcswkZlKhjyCbi7f4e2yrMaLkCo+XVPDab4&#10;Vr5cf8vXvfKzRhQxVlsoYiP6uTwxI/Fr+254xp8QDhUY/wBX+o9LBE6jOQOFPTr3vC3pF+PSzLY3&#10;1Ak6tS2/B49sIRlBiv8Am8/9Xr008bNRUIp8/P8A4rr3vnq0lXJs121RhLX0fQNf8f0t7bK1GkZ+&#10;z/J06RwB4+p/2Ove8jVGsKGB06rqoHJa2ocH6W5tf8e9aKZGKdaIPH/V/q9eve+mdQjEqEsOCy6n&#10;LX50j88kH3dI2Mmkf8UPt69qAz5de94TPYL+eRGGZiSTe12H0H+IP097MYX+0NDSuMgD/V6dVZ1K&#10;hlz9g4de98mlAKjSGKXAPqIF/SrKeP8AXHvQjqDQ/wCr/P1dV1LqyPPPXvfTyqAsZJCsddwLaSeA&#10;pH593hhaTuAx/q8/XqjFU+LP+r+XXveATJGFJDkKSQtrEfix/qP8fbrWrA9pH+r/AFcOqLKrVrin&#10;+Hr3vmatZNF1sNRsXGnSgBIOofn/AA97WEQmpNa/5+mnmbghx5/5uve8WpgQzXdVYhDa4Ck8aT+P&#10;zf8A2HtQ0aulSKahkjj/AKuHTgDxoJfXj51/1cPz6976SRVALAm/Kjggg8Mef6WsPaU27UrWoHp+&#10;3+fTniIxrX8/y6977ErDVYELHawtYi/+B/NuSPzb2yVCUDHPy/1fb1YrppqPXvcmFi6uHdLhi300&#10;6WU3ufyS1x/rD3Q4NB14inHgeHXvfASKWexJAc6bX9fq4/V/X8n3cA6erhQVr/h697ylzaMlbqfq&#10;LgXLMZCCP8Pof9t71wJBP7OtCo7VPp173h8zObEFS2oKv0S4PAF/6/j2oVQVJrSnEefr5fZ0inRm&#10;kPpjhx6977WawTV/tLIXChiCNJYf634v/X3VgB25r5+nVUt2ZSy4Pp9nXvfmmSSxIB9MYPoUeqw1&#10;Wv8AQC9x7oSaEcKV/M9PQQMpq2KcM/z6975/dXBLKoY6QqCxY3GkLf8A3j/X9taaUPE+fT4BJ9ev&#10;e+BqRpVlJV40A08avpdTYcXJt9fe9NDUinXivaQ2K9e95A3lUtJ6XEatHY8MLfq1fQD/AFx/vfve&#10;oA1AFT5/IcB0ykSJmlT8/wDN1730AyaZBOBe3pZuWN/SOP6H6ke9UVsUA6UCjHAp173iaoWzWQhg&#10;D/sWJHF+eb/n3tlPw8erhO7jUD/V/Lr3vwnN3AZraAeHvdTz6f6n3XwolI7QT+dP2deJKU+fHr3v&#10;ryK5OgBgsZDXsCEBsqtf+lvdzgBSMenVSQvD8uve8l7XdZLegLZRYXP0QKPqP8Pda+mD69a8Q/6u&#10;PXveB5R4yRwWBFweQL3Yi39T7uuSadaA1D7PXr3vmroAGNgRpUAgglhy7G30/oPdanhTh/hPWw5B&#10;4Dr3vySrc6lCI3+spdfqv+9W96lhHlX1H2dOVIALHr3vH9yiSN+oXLRrc35K3AYj8f4/j2x9FJQO&#10;pB8/mB69FcinWWPmT65zQde98BJ5HCIV4N2a/IULYLc/X+nPt5Lfw6mbJOKfP7PLpVCpiQ6hxxkf&#10;z6978ZzpERGn0i5AAtY3uV/x/Ht6n4qcf8HSgxg8fPr3vGTZ1Ziwb0hzexPPpIt9b/n3pokkJ0rk&#10;mv8Aqr5dNiFI27RUeh4de98jL+oMRq1DRd9BKfhNQ+lvz70sJjbuGePy6dq+qh4fy697ws/pJvq9&#10;YAC8C4FtRP59u0BanCgP/FdbJNaj06974RzBmAkkICkei+oH8C9vbM0WlaotfMn062WNOFc9e95n&#10;qUu1jcmTR9QdPp4Hp/r79CjtWp00zTrRyDqGn+XH0PXveDzlWdFIvrSxve6kc+v/AA9qDEr0dwQc&#10;/wCqnW84BPXvfMTEux9LBV082vwdPpA/BH+39stAgAKVFevY4f6j173hqJV9LAqFUWZGuWYN/aIH&#10;+P0Hu9vGFJ1gkn04D5+vWoyC3cD/AKvPr3vC0hVkJKqCv0HqYMeLt+LH8+3yKgqf8GPl/q49VZh8&#10;NCPLr3vJrBVA/pIU3a/BB/Ohf6/n2nkhBcmMUAFft8sdWFaaj6fn173w1ouscBrkN6vrc/qT+hPt&#10;vwZTQ0x1ssOA/wA3XvfF5baQOEYaQUJ1Cx5v+Li3t+O3/Ec/I9aqxANPs697jB+QXIJZiTwD5P8A&#10;UK5H4H5v7fKgYArwp8vs6SSJ3ZJJ/wAnr/k6974LKPWWOvXyzL/YP4Vb/wC9e6mKPDLjT5etetER&#10;CPU1aj/Lw/2eve4/3Au4dDp0jSy3Ykt9XF/969qTEtKxEAk/4Oipi7VZia0PXvfM1RZVA5jNg4/Q&#10;BbkFh7aaNR2gZ/b+w9G1vJWIGvy+eOH216974y1TlTySBYci9rfUX/pzx7qkSKQFUCp/n/qx1syO&#10;cUFPMcR9g/Pz697gzVRPqEZLXCsLHTcnlTb/AFr+1ccWK1/Yflx/ydMXckjR1AIUZNfUD9tB173h&#10;88o1alFiefyUH0/HIHtaIY1yoyP2ZHp03bsyxKExSuft697wFpW1SKW029MaH625JN/9497bQBpo&#10;MftPSWWUuaUwP9XHz697zLM1gPUQdIcEcKbf0H4/rf2mMZr2r9nz/wBXy61Hrr+kKnr3vp/LZgt1&#10;LA6fow4N7kn/AHr3VdAI1CtP5+vWijKasKft697wyCPWS6tqIXkD0/65/wB59vRVKY8j+359U0kD&#10;Ueve8MtQqKQ36SQF5vYW9HP/ABHtxI6tQceqk+XXvbc+VEbABmFmFvodRv8AUj82/A9rFtKA1p6d&#10;NC8MJ0A1+3r3vpsnSxemZ0RnclXOohnPNwv9fd0tDKdfkB/L/P0w98CayZ/1fy697wT7lxcSL5Ks&#10;XAGpbkk2Prt/sfaiPaZpG7VGcf5af6uPW13jQmmlT5Z/w+fXvbHPvjFwMT529TgKgBF1/Txb6/1J&#10;PtanL1xNwWtPz/1Hosn5ipJpYkU8gf8ALx6979FvmnAfQWJb02Okuova635t7s/LdWGrh8jQfZ00&#10;m/xO3xhhXhU/s697eod1QVAVpCwCstgpChV+qi35/r7L32SWCoXj5fP5enRhFumkA5FDg8c+gPXv&#10;eeTdNHDGHMwsOQE5LtcEjj/efel2WVvjAHkR54x/LoyXe1Ka2oCP5/5qnr3vjSbphq2KxqCAxLPq&#10;uf8AAi/1A/PtqfZvBIxSoz1WHetTDtoOBJ/n172oocnE4GoXZ7FSebC3P1/P+HsnksJQ5CGoFf8A&#10;VXy6OIbhSdSSCjfnX9vXvfJamPWApYqym4IGlvzdj+P+R+/PbFVyKVJ+3/Vmn5dbubkihVh6UGP2&#10;9e9+NXEGYxlVCpdiAS+lbfp/2PI9t/SzEaWBP7KD7fs68kxljDV+2mB173iavjkCkcMFcBtQBa31&#10;A/4m39Pbq2LqAWag+w4P+rh1UMgxqHXveGWdWu4ursF5UqVc/Q/4AfW3t1bY5DEY9QcH5dW1rwrx&#10;Pp173wediiKW9NjcBgELAWKtf6/6/uq2vcQKV/n+XXvEQevXvcQ1QGoNfUUZgDytibcAfS5H5/2H&#10;tQLMk4bFf+L4/L8uteKleP8APr3vgsqM2oH1ELck2AAFvp/S5t7eVfDXwxQCueOT/wAV1UnVknP+&#10;Xr3vxk4b9WlvyDcjQbDn8fQc+6KDgAVp/qz6nj1Rq6aoKk8fKnXveF11IDrZzo+guR9QHux+tvz7&#10;dBpg5/1fLrbeVK449e9xJNSxnS4uFJFvqdRAt/vIPt1RqPw4/l1piqrU0of8Hn173gHIPLHn1Nbk&#10;BhawP+HPtSACNIx5Urx8/wDV+XSFiCxb/V9g8sde9w552UN47Eghbki/J5cH6f1PtSkDUrSlc/7P&#10;+r59Myt4cZYD/V/l697b55JlvdhoDoYQOWYtYDWP7NiLn3dI9QFRT1PkfmPX7OiJ5SaBs/6v8vXv&#10;aayQnlEgSQIgOlxqsA1+LX5/2Ps2tY40pUE/t/1f6vl0jlaq1Ffs/wA/XvaJrRLEhKzyaBqU3ZgA&#10;b3sCObf4+xZY26yA+IMNnyqaYoPQ/wCrz6JpZXLHWceg9P8AZ49e9pOrr3h8lpblWJUM5JJtfm/4&#10;4JHsRxWsciBUAFaeXD8+g3uF/jwQcNnhXh8/2Y697TFZlJX9J1G51XAuNRF7kn/evZjDaohA/l6/&#10;L/Z6Ct9eXOAtSCMEDJ9Qeve0XX11c7SIXk0cLxx9OAP+K+xDbwwimKUzw+Q4fKvRDNc3rqQtTTOf&#10;2f8AFjr3tPSpXamZfKdTLZgGCjQ39lv9f2ZoLSnEA8T/ALHRb9Nfs2oVA+XA4/1Z697n0sOVYvo+&#10;4YEhtYJBJ+jeo/7D6e0lw9kSWFKN+Wf9ivSyC0vyBrUnHl/s8eve1PTY/MS8yRzHldGkMT6gFUE/&#10;0v7JpbmzjOlTUDPr+Y+zP5dHVtt26BwuQpyR8hxz5HH59e9uSYjJMWYo4DKL6rgm3HpH4H5PtNNf&#10;2qmqgCh4U4/M/P06M/3XeOAQGVQaU9f9nr3twgw08YUsjnVqsljZnIuCbfj2y9/HICwpimag0+wf&#10;6qdL4tlvGGsjhTPyGcj5eZPXvbtBjaqN/QLDi1tX1tz/AK3stmvIDx40/n61/wAPS9NtuFOBXhwO&#10;B+fXvbvBS1SMlpJBp03aMlCwt+D7Lbi4tnQggV4gnOPQeuejm1S5RCJOPl549Pn172pIXrrxoEk1&#10;DTd+dTIeFDD8/wCv7DsrQMpK+fD/AGPn0f25mAGkkH/B/wAX59e9qOA13j9ahS1wuu+pePrY+0R8&#10;MtX09P8ALTo/gd9IL4zmmSfWvl173zEc6FSzKACpKX9QRv6Acer8+9FBICpFPnX0+X+DpTLPCyaZ&#10;AQv20r1732jRa0/dVVJZhzwpQG+og/7Ae0308lSQDinl/qyPPopM0Ieik4OPOo/2PP1697xyVFOh&#10;IaeNSwDAOVt9LBbjk2vcH8e1AgdmEmk1BpXPp/qp69Km3GzMqy0qy8Din59e9wJK+njDESq3Bvob&#10;6A/QH/X9qFtpnxQ+WKf5flx61Ju0FPjA/wAuc/Knz6974Jl6f0cExqSD4wtr2sGH+H9b+6PazEla&#10;aT6Zp9mPPote9W4NWIqPKmAPtHXveOXJUysD9EZQAABb635H+2/1j7V29hKxDHAX1+X+rHSC4uow&#10;NdRQVrn/AFf7PXvflr0aQFG9TkDgF/WxHp0pckngAD6nj2YpaNGS/Hzx/Kg9TwHUWc782WmzWE97&#10;eSrFFGrM7sQFREUlmY8FCqCxJ4Drpvp/h+ebcfn3c18ZOu6nrPq+hOUpjBubecq7lzVM6Mk9DBNA&#10;I8RjJlflXig0tIv+rY++7n3SPbKX2e9mrZtyiC7xzHpvroFdMsUJX/Frd6jUpCHxGXhU1pXr8+L+&#10;9m+9xB97X7097e8uz+Ly5ywp23biCSkuhybi5HkfGkrpP8IHr1HhBeSSdhYH9qIXH+aQ/q4/1R5H&#10;59j2AZFlRVKagSjObsbc2X8X/p7yDjEl1HLCiFNeVLevoPWnl59cySQjK5NfXqT7z45mMjhpCTqV&#10;QhBUJZbFGP8AU+zXllna6kSSTUdQUKSVKkcQSOBPnxr0zeAaAVGPXjX7Ps697UEKtyZQrMvqRrag&#10;L8WQtz/r+5V2aGSNmmvlEhQVQ4YCpOEJz8/8vRPKyn4Meo4ft697lsLxuODdTZje4P8ASw/HsSXE&#10;CmxbWAQVbLCpBPDHGnyH5dNK4DU+zr3vjHGxiAlswZAGIvpa3+B9s2dlJcbesN4Q6uihipNDT5Nk&#10;dbZtL6o6jr3vK0alBYAqBY6r6hYWUj+vtfcW6yxLFQaKUNRVgAKAgeZHz60B2+IDmvXvbfLELuqE&#10;aiA11uDqAspJHsF7hZBJZIbd6tpU8CDUDBNMY/bXp+OQ4LcP8nXvfIHUYm0nUq+NvT6jb9QJPNie&#10;fr7sLkXNxbskZDxAxtijGgqcnOknPHzrTrxUqGU0pWvy697jBReRWQmzH1Ekj/VfT8H2RCAFpopU&#10;LaCa1NVrWtPkw4Uz69PFsKymlR173xKAt5lGkaRZALc35vb6e2pbfVMbyMaRQdtOJHEEDhUdbD6R&#10;4RyfX/V6de9xpZkQoCVBK6kcg6SByRf/AA/r7KLy+t7aRFkIBYVVvwkf7HT8aOwJAJAOR8+ve2wT&#10;63l0yX8Y1FtJIe5uFA+v+x9hhb9ZbiV4pA+gVJoSGrkY4n0/LpaYtKrqHxfy697dadIwsUzojyqW&#10;EDsgLoZBdxG34vax9i/aY7dbeO4mRWlU0jJWpXV3HT6V4UPH8ukMzOWaNSQppqFcGnCvr9vXvckx&#10;q7sApDC0l7gkC9yrA3v/AK3s1NtDe3T6IyGX9QMSKjgSGGa14EHh5dJ9bIoJNRw/4rr3t2QowA0k&#10;qQb6bf04AB9yVbzRXNoqKuGWlABp4cKcM+Qp0iAAejV/y9e+vuXt+pG2J6Wtx1P5kpWqJKmOoyJW&#10;SaKpk1z2aY2uP1AHgWsPYWudpg2yxW121NcdXZi8gBGpquasQKg0NTQBRpFK9DnlbmKfad8h3pFB&#10;aIUZA1Na6dOnSB6cBmpyeg77U68xfaewtybDzMrU9HuGhamStjgjnmx1SrCSnroFl41xuAwPB+ti&#10;PZjsTl6HM0sdbj54qiGQLdopFl8b2u0b6PoRf2RSRGNqagy+RUgqR6gjB6zD2Tfdv3+yS/sW1KwG&#10;oV7kamUYcQRkcPLHWvH3B0tuzp3cNXtndEUlOXkknxVdHE8NFl8ak7RLXU0zXFzYF0B1Anm3t0JA&#10;+n9Ppz+efbfRyxxX16B7FQAOYxGDJTyOZp5AodwOFTU/Gmx+o5Pvje/H09+6arqNOldPFHSqsrKH&#10;uyuY01kglrkup+un+i/X+nvIB+LX/wBb3puHT6V1evSDyjrJHU+Wri1NKZI3kjbVGL3YMw+jN+le&#10;Ofp9fcKtxyViKUIhmjYyCQgtqVhaRHt/UfTj6gewRznsbbvapdxuFkttRz/Caah/Ko+fUjcgcyx8&#10;u3U1pJEXiu6Bgp/GPhb/ACH5E9Ec+W/X+b7KxGB3ImXQ1nX2Pnx9HHXBgI9vTSGpqqSKW12KNdwr&#10;XIJ49zMZd6CJJAGUeRGU6ifGGIUOGH1P1/3j2HeXHuI44pY66gSBhs+g1UoK+v8Am6O+cYbVr6ZK&#10;Dw5ANQ7acBqoATgV0540+fRZ+na7NY7+DZbHtkKbJ4yukbE1lPBX+RZGJMQhr0UBXYLrvf0/W/Hs&#10;qnfPX2SoqjH7w2XQPO8NfTncGMpZzT68ez6Ja6jpIFCySqSC6uwBW/sXb9scm62g3GzR1vEIqsZA&#10;1gVNSMAsCcsTlfs6xA575Q2nbbme9TTFayxsT2giOUAaD/QiYAg6RVWoaUJ63D/5b/yn3B3L13Ft&#10;Dsadpd3bc/yPHZWb7iSqzVFBq8seRqZuHni9ISQf5xb35W7JjESiQRu+m5iUHSwb1XtYkfX/AAPs&#10;x5JuY57tHnIB0hRnzJxWnH5fOnWLu4R6AyrWgJ8qfn/n6s6F/wA8f8U9iJQxtB43ZvSQG+nFiPr7&#10;meY6lKedKfs6NNoia10TM3ac/LP+rh1DqCkivCBckAf0NweBc+533KSo6higX6hri7K3BF/wfx7Z&#10;8IowPH/Z6OfroriFkUlQPXAJU4OfI+XUNoGR1cqrE3ANgWVXF3Fl/I/J9p2uQwTySBGNOzgaRpGn&#10;UBqlJv8AQe/SzyWyi5y6YDqtO0VFZCTkhQMgeVeghuFsIrqSi/plsV+zgPtPDpzhfUi3Kl7EHT9P&#10;Sbe4hsygoQ6st0NyNQIuvP4v/X2tNJrYNb0ZCuM/ECMUbyqaZ6Kiml6N69Zvbpi6gRpG88Kq72Vg&#10;ZLrFIBcsCPrb/W9pVNzcWyPcL4cunvSoah811Dj8j6dCPZ7q2tXqyhlZqBjUUI4NTy+Yz1Dq4WlQ&#10;qsjpYMdKAEyK36lN/wCv4910/PD45pmYD3jsmiBzkcaUu98ZSQqi5Kjp47w5+AKQDNCqlJVAu62P&#10;JB98pf7wL7sNxzLYn3j5MiX6ixjpf26IqvNGKn6kEZeRAArrSpWjCpB674/3PH94bZfdm9z09ufc&#10;q6kHLnM8scKy62aO0usCNwhJCRsTRyorSvoOoOLV6Uvjwp8FPGJKctJqlVXclopbkk2Jurf7D8D3&#10;Uqk2uNHDK4YWIsdLBrHUP9hb3xVaPSzKcU6+8Dljebbd9tjuIJA6SIrI6kEFSKqQRxVgQa+nT176&#10;+4u3pWwdlAub2FrMVP4/wHvXhkDJyOhKkgI7WFT5fZ173nMkZBQrrC/Qgggcelh/rn6+2tLDIPW4&#10;lZsg4P8AqNP8nXveEyAkg2AAuD9V44Fj9bf19uBSM9GUYCRKjihFftqc9e99wy6m1MWRrN+AAD/U&#10;j+l+PenSgoor1YZ+0de95GkRgdPFwCrD9Vr/AFY/05P091CMD/n6t5f5+ve/eRwAfSLj8MQfT/Xj&#10;j63/AORe/aVPHquGXSc/b/k6975JLqWzaSBqBJNzyPz70UOqo+XVRCuoEnhmg/y/6vLr3vGW1N6g&#10;TwxuODbgH/Yf0924LQdOGlO01FAK09M9e98tSEnTwoDBlP04HBFvxcm/uulgM9aDHIpg/wCfr3vp&#10;mOlAb3DW44uDcg/61vewoqercB/qr173wLNYrYXHrDtcs97uCf8AW93oK1P7OtcOGc9e98BYML8X&#10;50gHSbmxJJ/oPe8kY68G1AkeX+rPXvfNSXNrnhbkOAR9Svp/2AHHupAUVP8ALrUjqi1rn08/t+zr&#10;3vsr6bXAJBsSSALnjRb8/Xg+/Vz0lMxJ7MD1+fzHXvfYAUC3qU/qJPqP+LD/AB96J1E1x05HMSpD&#10;ZK0r+Zp173hAvp1i4LMAR9Obhhb+nPu1aZHTzGq5x1732wVQFH0Aup5vyeF/437uCzE/P06oh79T&#10;YA4/6vs6977PIBRSykX1XBFwb6f8PrYe6inA46vjy697wXe1mBubKOf6m6i4/wBh9fblADjrwAI7&#10;s/Lr3vPHMU9JtcMeWA+jcsCfyAeOP6e6PHXu6SzQMATHgUyP9XEUx17308jGNwjkAhr/ANoEW+nP&#10;9PelWjAnpPbxDVqaqgE4PlQ/z4de98CzNbVb6AXuAWPIUD3agFafs6MA6DtHAVx/q/b1734SeL6E&#10;kBmFgOVY/U/7zb3to9fTVxGJANOSBx8vy+fXvfEyXIHpH055/pYL/ibcc+/aQB69JYrddVWFfzoO&#10;ve+Ooi5P6QT9fryeTz/r8+7UFPn0YFkAyR173wMjqCT+k34J9NrEAMD/AIfT3vSpNB5dNgxlqmlR&#10;j/Ueve/LK7LoAvwBctwR/qX/AMR+Pe2jUGvVVjiV9Yx/q8uve+SlfrZgACCb/wC02Dgf4fge6kHq&#10;ssUbiqEKfM+v+br3uK7i1y5IDXF/qAPobf7z7eCenn0yIVpRjX7D5+vXveIShhzdTwNRWxvfm1+L&#10;e7aNJ6obVfxEkelcfb1732k+gBr2K8DgfQ/Qn/XPvzRhjSnHqwiCDTUkfM1p173wNSmqxYc6TyTw&#10;DyT/AIf6w97ERpWnTkeuLUOII/M9e94ZZVUrZgxP5X688aTb6D24qk9JVtnMutj51x/l6974GdiS&#10;LDUoDKC1y3P1v79oFOqzxQolRg/LzPXveOSRVXkkAc6jchtX4Nvp7uq1NR0XGhznPXveNpyWNh9C&#10;oci9iALce7CMAZ6VW0Ymcq/5fPr3vxIJW7MirwALXu39ffgMH16MVAJGP9mn+br3vrUNJBNgTwxt&#10;f08Akj3amajq+kHBAx173xEi82b6NY3NwQwt9R79pP8Aq49I5blIiFioRU49Ove+LMVYaSo9X0sd&#10;Wk/2gPyB7sMivRa8jGpJ/Pj173xdibFySuoC/wDh+C39Pe1A/Dg9XjcorCnxDz/yde9x3mKMIwLh&#10;iNK3JZjqva39B7ejhMlCBnpmedK1bFQBQfIfy697H7rTpDPb7oZMpLUQYzHO4iSeo1ap5W/SsKjk&#10;2H14sPz7mj2l9h+ePeLeDtHKlt4hQVZ3YRwp6B5G7aseA4npUm8bNYMlvfzpFrIAZyFUFuGs/M9B&#10;V2h3P191BQUtdvjMpjzXuyUdHDGamtqAv65Vp05Ea/2nPHs9PSewp+uKPJYrKNFIa+qglupBLxwf&#10;p5X+o/B+nvo/92r7rfOPIHOlxcc12bWn06NEWBBFWz2tQhlYfiXB8z0EOe7r6XwxUKjkqrJIpDtx&#10;wVJOmnHhnB6qe/mJ/I7b3YvU2Ex3U+YlyVQ1bNUmoRCkCTPAYY45lJPKtwbjj8ezOfewYeKeqoKt&#10;5YquJkES+rxu6cSa+bAfn3Mv3luT7O42xbPZpBNfIUqiKV0xkV7yMMx/DpGM1PS3a7e+/d0ct04c&#10;yhWi091V86kDgBgV4Go6rT+IdbuzMbpxtD2vgqGjixkIq6DLoFvWpFVXMSeQBhZhySbW4HsIKbYe&#10;Tps/BujH72rvH9yKqtxoWaaFYg+t4ZLek3+gv7w45Y+777n7nO19bWsMEa9ySTzrbHgW1KZCpOAT&#10;j0p0JbXY7qaILLHoJppL9pb54zQ9XQbv+XvTz4OfrrcGzq6uqq6kXE0api0roKmaaP7aCRIogzKg&#10;P9v6f09jdS5Pq85WTdGTeCGpoViWfxMsKx+NLuZ1J06iebr/AI+4k5k58e1l+l8cyXKahK5cSK7K&#10;2kMrDu04yT8vLqNeZ2Jk8GhaUEq7E1DZpjzxSmeggpuke+6jZs+xcRHBDtXNeaTERVVO5qqOhrh5&#10;UpJBJcaAG/Sfp7KL373vtLeuY/u7tWQmkp0Mf3JcCMzltJC2+o/pb3GnMPOVzuVI3Ysa/s9D6faT&#10;0GodsbwGJNCT6Gv+r1HkOjpfEf4xy9BbXmXNVdPXbkyrCauanQaIl/EYZv8AeQPcLbeSyO2129HB&#10;KppZxFFXm6mOVpLHUV+h/wBf+vsRe3981rKblK6hUgjiR559fs49Be/2z6wiGSmeAJoaf6vLoS+3&#10;tlYjfeCzeNycKzSxwF6EG4eKRFIXSR9Lf19jnVTU8cyGZKatgljZg40yEOwuACOR7yP5c3GXna9g&#10;25pPDGoKCx0kAZPyqfKv+DpFLsptIGcUAodOacP+gvn1WTndk1HW+By+UxK1mOq6YSu8MSkwTR20&#10;lpHB5+gvb3CxFMMhlHMhMUasFVNZKIo5AS//ABHvpF7Ze2VpsW2IIxrAoxNfjJHl/s+fWN3Nq7hc&#10;zOqMCA2QK+X2f4PXj1UF8tu4dwQ7QnyFNTpkK2WOoukEGmR7ErEkjL9fyQD+f8fayrVjpJhDSStI&#10;zCzn6i5+n09y9b74dnuFhakbduCahR+EVHD59Rg91d2lyRMSSRjUa/L/AGf5dVpdd5PcmfxNRnN6&#10;Ymnx0NNVGWlgmKioaENq1uTaxI55/wBj7m0VLWzLcxupKlWdm0qb/Q39yNHzhtUln4twwBpwwRWu&#10;T0e2M0VxH4sYpXj6fP8Ay9R95dn9dYUeWbK0DLqjl+yggWrMUqkMEbRe7gi5P+v75TYaZ2S0EKMB&#10;zL5APzy3/GvcfcwScs7+nhzMpQk1qOJ8wRT548uhDZbtJa0CdqrwoaEn7Kcf9R6YNtfJPbtH9zk6&#10;LdWXelMweGggoJi6zoQyQhSDb1AC4/H594P4Rg6F1lqZ/JUH6rG1zY/Ww/HsCW/tpypNq+mt0VGq&#10;AWoSTx+eR8x0f2vMN0X1Ru2agmtDx4CnCn8x0J9J8qvlFv4z0u1zX4rbyKFp63ImemDkIBHqmGn6&#10;2/I+vt4pTiP2poFkDl7AKtm0k2tyOf8AW9x5z77I8nzbLcXC2tv4mkkMVWpah4mlRQjB6lTlbmS+&#10;kuEF4WCinqQQP9VB8+l3118kvlttLd1FQ7n3nkH21Tz033MEeUqBSNESHmER8gBdhcc/kn2Rj5qD&#10;ctPR0MORcT4xpWnx14wp8U1vGpcD8Djj3xb914LLbt0m2VYkRoCVJUAEkE6iTxPGo+3rMLlzcLSe&#10;xRYwigKBjJJ8ya+eet0L4V7k25vXpvB7vwEkskuZpKRsqZKqSptXQxBJB+4Tp5ve31tf2QvYWelx&#10;G6MdUghFp6qEuoJOpWYa7G/+9+4Hs00uQvw1xXhjhXoPczRpNCxrQA0/w/4ePRvmGpWX/VKR/txb&#10;3Ybvto5otu7hwlHJLFV00TVltMseoj1Bgv09y/yo243Nq0aH51AriopSvy6ho7fZtcF3pQ8RXFfL&#10;j0H9C0EVRksfX1MKOk7GDXIEYxlbgj8/7H2GlbFlarPY7I4uiqKhjKhejijkDelgP3FtpF/6+1t1&#10;yru13KWuVoCfTAGaUP51px49GVxNBHaNAtAPKhx9o/zeXT2mTxVFSSLPXU1PFDE2qaaoiChVBu1y&#10;foP6/wCx9iH33tuq3PsfFYikmlw1bUQhqqcFozSTNZUEhW1/rYn8e8uPZS0O0WfhTYYAZ/2OPDh1&#10;g97uWU8d40oYhGr3ehrw9SaevRJNmb3o6Lt/eeblcZvEhzDikg8dTJPEqE1JpSbjhgCLf7H2CnSX&#10;xy3BsjJpuHJ7pqsi1xPC8bu6kD1FSbm978395WbdzN9BIsqzFVBAwaD5H1+zqKuW9vmv5dMB1ajS&#10;vl/xXQf/ACS+UOy93bXzXWuM2wcjX5KCagraLN0yRJCsilSQjAgWP9r2bStmqa51UVEpdlVNciuV&#10;FhYf48/19n278+XW4WjJFMXqPMjIHlx+zHy6kp+TL6CASyVKn+ifLzqeP2dVu7F6nwey0d325QUN&#10;FBVtVNT0jaSTPIXkd2P055PtQ4DdddtyvxEeYpUrMY03hkqkVknotXoWSRvoUHAI94oc5S8xzbp9&#10;TbNIx1AqM5+wY6fa2t7HbWSUVGeOPnX8j/k9OhxyHSHU3Z+wd9Y/b89NiM9WYueSfHNJTvR5YrEZ&#10;zEgsdMtx6XA4PsuG+ch2Nku4arE4KU0+1o6qlnMs3Iq4ap9Y8JPIsL/7b3O2xXu4CwiW7JDhQTXy&#10;qBn9vHrHrctxMl6yoeBJp6UPl0YDpvaPQ20/i/hdw7gxeNk3FBt7I42dqZEWopqvFRvRtA4jsLAp&#10;c6v6+zMYLL7kzG4MhTzNowOAolidw5RzPHBdix/Frc+w1zzvVxJt0k6UAX8waHLf4OpF5AtHNzHI&#10;o/Uc1+31P2VOeq6cX0X0B1VgtpVuNxdIez+5d3VeTp5JqaEl1y1c0kUCuwvYA+m3B/2HuJiMu2ew&#10;W4qzFVwq6ukmlSBI3Pk1ICPE6/U/8i9w9Zc63sCtbWpIBWoXOOFSB/I+Wep/m5ZhMIN0BTGCART5&#10;+nHh9nRud/dB7a23vrrWLd236GlxVWada+qngg+zkdvoyzabKxuTb/D/AA9x+sZNzZypmXIQilWm&#10;eRZBUx6WIAsL/nn/AB+vtjaeYOb7vcxbxNK5ZsDP8vsr9g6raclbbdkQpGC5wq1BBJP+TFPTrL8u&#10;9k/HDYGxFyj0+Kb7ymSOB6GpjCyPKdMY1KQNP0FvYa9pxml7i6yrPIUWaabG1SgXGtpbhmA/r9fe&#10;T23214Y44txy4Ga4pQ1an2VA6xw93Nrj5P5lfbJxpmhkIIBwsgJ4ngV9CMEAHpFfGD7d/h/8qcJh&#10;6WMRYtMtmsTFFIso8RwQliSOQXBAZGIa/N/dgmHoaL+GwvBFTRZWjMUtDVzRowao03tc/j/Y+4c9&#10;0/a1uYr/AMNk1qoYAgUZVrU182zkelT5DrM32G59tjy7bR7rNQBdI1YopPADzA45yM9a7/xc/mbT&#10;dO7qyGO7L3dV0mz9w11bj8nhUlnYU8EVW9PE0EaE+MhAC3059se6t+VtJQVdZurHfxObFRyqtNBT&#10;eZaqIKBdABp/1/8AY+8XucPbG+5MjGhTGsgDaipCrUsKE8TSnHhn59ZZnbdqvNuVbYiSOddQYA6a&#10;mtQD5kYB62Nfi5uPq/vFMPU9P7vpXwm5JfuhWR5hfu4JygmkULI+oMLfptc3HutvcnaeYrt1VtVg&#10;9s5bF7bM6oreCVFpruSzKtrC1+QAfd+Rxv17cJaoDI39EE+nmOB9OHDrFv3D5PsdpY3S5FSaA1p6&#10;08/lnq2Os6t2fjttRUG4K/H1+UWnctU5KanSSvkEZA1pIbsDc8exSps2rbUyOQOSkMsUUBR7fuB2&#10;q4wVt/Xk/wC9++hO32+9x+1l/t7OxlkhjIUk1FJYjpHnWlQR+XUDPNbDcEpQVBJ4VPl+0DP8vLqn&#10;rdW0cbH8tusaKk2XRjCT5vPnKMqWpjSJs7JNT1Tq3BQTLGLKfqR7/9CiObY8+ValmgpmptJ1Hxft&#10;lR9bMP8Aebf4+8N598RYy9fLzPr5/wCz1nhFtclA6Lpr/qz8vP7Ot/j2Om26Ovx9FS0kzSSLEqoW&#10;a4Yrc2BP5t9CP+Ke4/3We2m1BGHd5D/J8646FO3x3FuoGrhxOfy/zde9i7j93y4FKZYUdybiw/N2&#10;ubj/ABHsD320peMS5H2+tPL9vQ427c5Qc9tPxCvGnD51/wAHXvY8YSsy+coUZw7JPH/mpBYoG5LE&#10;D2CbyOG1uCFrUef+D9mf8PUi7aj3iKaUJoSacf8AVx/aeve1nFs6lNASUCylCXe9gSObgg/j6eyF&#10;t5YTaGHnx/1flXpXNCFR2ANT5n7ade9gBv7OxbVjlgnOt1V7BbsWNip/2AFuf+Ke5I5XsjuBDION&#10;f2Y8jx4fb1GHMO4i3Lxx8TXNeHr/AJfy697IbvrN1ddMcnT1LQOZJNIBs4UX0lP+J95FbLt0YjVS&#10;Bmn5fb/lPUH79fTu4aE0rWlPTyP+x172EceO3pnKj7t6+uqoIw2lWaVlA+g55HPI9i61+htJAqIo&#10;NRXh5cRX/J0CN1ttwvbagq1ONfSmaHy697q67n2Xl/7/AGaSSleOQzyOVYEGxctqF/6j3O3Lt7BL&#10;ZroIoRj/AFevr1j1vu3TxbiVZSa8PnT/AFfl172E8+yclCAXAS4vZiAQL83HsTKivkefRL9DLWn+&#10;r/V8+ve+abSr6Z4nIWRXFm082N72/wBf6e7aSv2de+ikDAnIr172LOD2rS1dNGstLGZNJJa3I445&#10;H09tTziE6eA4/wCr8+A6PLe1VxoAwB/Pr3tUw7WmidPEoCKBa1/rbg2/p7QyXxdSp8uPy/1enRlB&#10;YPJJRe6n7B55+XXvYpbcpKuARRlTIQQTpJ4F/wCp/p+PYfvZUK9poDXh/q/Z0KrKB41ArQZHA8ev&#10;excg2oc9RrTzKXJ5Z2FiDew+v5H+HsLz7olpISDTI+w9Ho2Y3S0lFOHEHPy697YMh1fm6NpBTqTA&#10;YyQuggtcW1Aj2oh5ijbDMPz+3h9o9ei245ZmiUquTw/1eVP59e9pvD9W51X+5YAHyHxhlIZCrX5s&#10;Pr7WTb7EI6mg9c148P8Ai+mLDYbhJh4i0PqfOuBTr3s1GydkyS4wY/K0v3Ux50yIGVSyiy8f737A&#10;G778yylkanpnH2n7epG23ZHkiKHz4D7P8Feve2ncmwqPb4nzNJRSxT0hZljCkAFB+lf6n2xt+8Lu&#10;DCFzU+hzx8+mNz2ttujM2gkoKgDNK+f2evXvZaKruPsYV81BSZatpqdagqsUbSoRGrWChr8f4+xu&#10;mwbbcwmd0FT9lft6B0PMm6GbwkZlHy+XXvZsutd8dtz09H9jlqmqHjRzBMGdXc2JuT+T7jLmXZdq&#10;tSW0gZb5cOpY5a3jd2VHDE6jn0I9f8/XvZ+ep8zujcdNPDu3HJS1cDKfJHGFSZAAQWP9f6294/c1&#10;R2lkxktCKn/D5j/Z9OsguW5Li6Qrcp3YoeFfl172YTHYj1AqjCMEG5AJva2lSfwf6+4vurxnqZzq&#10;ND/xZ+zy6k6z22GNgxGTwHCn7ONPn172ImNpZo9S+MlGdVHpIYBVFzb+n+I+vsMXV0JKgEV4+gH2&#10;/P7OHQmhj0jTXH+by697V6UkM0BjcshK2JvZlP01ADj6+yFiVmogqCcD1J/zdIb+P49IpXNOFf29&#10;e9g9urfe3OroqvLbjycdLQwg2MsihpeLhIwedRPse7BylecxFYLRC2oEVpgH/J1HO7c22ewBpLlq&#10;D5n+QPHr3tE9efLbrXsXINiaGtahnExigkqCuibU2lbEfn2IOYfaHddktfqKaiACfUAD/VXq3Lvu&#10;jtm7yiGNhxxXj172Z+Kjp5lWZCGUgEutyD/aDAD+v9PcJ3f1QcqKgitR5+nn8upRtpUuwJQR3fP9&#10;p697npRNGxbUmngoCAGBYfUMP9vz7RNH2UEbL5caj9g6MnS1UZJBB/i9Ove5yCOFHB0to0sSCCDY&#10;csfaFre5Lr2nScfMfMenVo7i2OXbFeve+5J4WcqNH+62QX/DX+o/1/p799DcKaKhwaVOaj7R047W&#10;gBAcft8v8/y697wz1cChpJFT8KS1rN+OP+N+1lvtl5IxU540Ar+XlwPl0UXF3Y2+pncKB5/7H+fr&#10;3tEbg7L2HtsL/HM7iMcQ2lPPUQsCx4YCxNrn6i3+t7GO0chb9f1a3t3bHGlOPy/y/t6CdzzvstlJ&#10;pkkX0qSP8Hr/AKj172osDuvbW4qdarCZLH5GJlDLJSyxyjj+0UBuL/4+yne+VN32xStzE6UPEgj8&#10;tXnT18uhRsu+7fucPiQMCvqDxr8+ve1eiU7ANIY/WgtpA5P+1n2BbqO8R9BqK4H+rz6FS+AQCQDX&#10;1697lR/bExkadK3LAgWYWK6iv9qx9o2a4AKk/wCHp0LC2KDI6974D7XWWEYVGIDnSB+kerSfoL/0&#10;91rMVBJJIFfP9lOnkWBQdKmuOFP8vXveRpY/KAt0sBwxNkA+gFvoCOfbiaRHrwT+yvzr8ujGK4tx&#10;FkdwH7fn+X/Fde9yC8X6kEepUuWt6Sbc3/xI+ntH+scE/Eceo+Vf8vSRfhLDTQnz49e99B4rBwIv&#10;FoGklTYkfrAH9D9be/aJFrStRx/1f5etMQTpSnDJ/wAHXvfIGB2j1eNtSjURpW4H0Zf6f0900ygc&#10;KDy9fsPWwGORQcP83+r9vXvfpEiLgqVjQghRe4ABJGmw/wBt7uDJpowNc58/s44HTor4fw/OvE1O&#10;DXr3vEqoF4tYDUCLBh/rj/eR79rfVVTn5/s6bIMh7R5DBH7eHXvfQip2iDggk3uzc/Q2LC30H0tf&#10;2tSTURQcBwp5/wCr8+jKPwXUYAIGRjH5de99+GnIBA0+gkcWHPDBT/W3497NGNCBUflx/wBWfs6u&#10;1vAy96io4Y/1faeve+aRwNoAjs5OlAwuDo+q3/H+PtHIXhbND51HE+nRZNAInGsA19OOc8Ove+ax&#10;U+pVsrHUQusARr+WQfm3+v7vqnILMTRsnJr8jQHy8+t/RAjUVpUV/wAx/Lr3vsQQhy3j9RAFkBVd&#10;H+pY/wBf8fz7bFxKqjvx6DOfUj/VTpOYo1Wp4enqfXr3vmYY3ETWUKC9gbc6R/qvrc/48e/eIxFG&#10;Ofz4en7eI6ULDERqNPLHyOD+z0697yeBF8Y9TfQ8i+njlbj8E/S/49+EhZiJP+LFT07FBb+IfEAH&#10;+X7R1731Isd0Kkqdfp1j0r9BYL+Ofz79JMRVAKVwP84PD7ejN7W3MOrSM0wAP9VOve+clLFfWYgx&#10;DFWcWuwfhVJ/Fv8AW9teIzjQMen+X9vmOHSGS0hK6Fx+X7SOve4y0yOCAAfUBbhgBex03/r+B78a&#10;jtApj88+v+r5dIjbKjFUAYeZPEgn/Vw6975mhitYelgykyXCv/r/AOuD/T3cSOuWP+Xq3hKgBelP&#10;lxH5de99GgjQhlW4a4KE6yQSCXa35b6/X3sSkiurh/l4f5utiFR3D+fp1730aCBUDgMS0pBAF2Vd&#10;Onm/+P0/1/bIlk1nGRSlTx/Z00dvJYsgGnyqfs/Lj5de9yUpVBUFCrIeRYgtqOm4P+tyfbYLgd3z&#10;+ePT9vV4rOIA+MwwTgflg+lcYHXvfvABd1ViA3BYWLf01e3B4pAAFD5imBXpckEIWoXAr60HrSvX&#10;veRFh0lZVfgmXTYMFCiyqQT9SfoR7soaoKkGuK+nzHp9nTWgswWI1Bxnh+Xy+XXveNFSRzqUIHb0&#10;BR9L3+l/z+Tb2reJEjpWtBXjn/V5dKJLSFIjQVIBz9n8qde9+HiPDIqgOEBAOtj9eW/w/r7SFtBr&#10;HnjxP5dNrax1qPOtP5de952hp3VbKrA/XQL6PzyB+SeD7osjM2SQeOP5D5cD1420ZWvCnlX9nH/D&#10;173mEUJ1HTq9a2Is1rgBif6Aj3Ztfhh46fYSf+LOf8nW4LeKVQxoK+WPXOeJAp/Pr3vnrQSBk8YG&#10;tQ7GwHA1H6fU/j2mdJaFq0Y+XkfyPr1SS3jcER0DU/z8ftp173lVh/VFTyIXKrdhpWygA/69j72A&#10;2kClf5gef+Xq0dtDGAQoJGK+v+b5de99yyrGzImlySGOtbr9fqf9ew/1x7oFkC66lQfT1+X7cdOm&#10;ALxAH+Xr3v2s+q341MByQTzdgo/x4A92VyDj/UPn1vQp7gPn/wAX1730kqM91UlgLXcavUP6g8C5&#10;491IbIPCv2A9VEcdSpAI4/6j173zmm4CksNLA8X/AEk8rb/evdAgY5yc+v8Aqr1rwIm+ID9nDr3v&#10;kdBLuBYKedVifoSL3/21v9t7saDSVFCP8Hp/n6sIwSAgC/5h173yZwVeQf0+hWxsDwGP+N7+2wCX&#10;Ea/bw/l+VOn5YGU0YAjj/wAX1737yLIdOm3oBAWwGpLkkqP8R7sEJ+dD6fsr00EDnAqT8uve+bH1&#10;+kAAhbkkEMP7QBHJ/oR70R6nPl/q+3pwxSjBHXveQlDwAvpvYWBOlTfk/wDBvp7qFYZ9eqhXLaeP&#10;y697x+dXLgqoYXAueABwDb/Hi/vbJWmoVHp/s/4OnQksakkcf2fL9nXveQzohCAr/YJYeoeQf4H6&#10;D68f7D2y9us2TX9vHpokPlwafs/wde98ZJgrE29Pq1WNiQTfUF+tvqR7aFkAAobHzz9nyx14aVGg&#10;YHp/q/Lr3viKkFrhuFUW1jgLa9v9b2p8HSpX14/l1sMVNRUde98VmRmb9wCxuoJNxf8APH9bj3cp&#10;RcdVJZjVvPr3vk1YkZL30ldJs1izknmwH+8+9BCcnrXXveB6mG3LDjV6TY6gDfSB+Lc+76GHXjXh&#10;173gd0d5dIAIUMpTgWC3ckDix/1vb8dFUDy4dMygUBpjh/q/wde9wpZV0Fk9KggW5sbX+gH09+dQ&#10;7haVNP8AVnoqmoz0TyFOve26aUIhYLyRa7AAWt+T/vftVFESVUU40H7aHPy6RzRyOKDgBX7fXr3t&#10;plrZI20goVCgMo5Qi/pUnm3P0Ps1SERjVxz+f5Acf83SHSzPocUr172y1uSmhbWIrlVUenlLHgtx&#10;/vfs4trZZdLFstxzwH+T/P0kuVKsY/Ift/b172hcvnJj5VFLKy2HIX0aifTc83/xt7Em22SJIus1&#10;BOB9nr6U/n0GL3xlFGYtXh6/6h5evXvYO56eokSa8EvqLlbKRweCuscg/wCv7knZzaxgayM+ZOR/&#10;m6jbdraZiTQkMa19B51697BrJ0eRJlZIJlSRj4WZGFtS8cjj8fX3IFld2cY06gfU4Naf6qdRvuW1&#10;XcsupBWgpgE8PP5de9pGehyFy4pJ9R+miNlVLfU3I/r/AE9nf11tTBX7P83kOg++2bjE5ZI9RH7S&#10;PsxT/L173zgXKopGiVTa5Gk21E2I/wBj78LqzY/EMfOnEcadO29tuIcFhgcBnBP+qlOve1Zj3qoX&#10;vNrPqFrXVRZR9Dzx7I9ye0kQsi5wKev5eXR9BBOrDxENa09QSOJPl+3r3sVcJm8VRANPG7SelmJN&#10;gluWYA/19gXcrKSUF0oAKilPX8VehptN0IgHccCcUpWvmK/yHXvYzYLf234whYrD49NrryB9WkZR&#10;yfryPce7py5cSVOSMmvE5H7MeXUq7PvlpCoBIoPX/L+fXvYj0vYm23UeKvijFwCpdQf6gC30/wBv&#10;7BNzypd8XBI+wgU9SePQ0j5rtgmgMPLj6efXvahpd5YSuJSnqlkI0rbUDpH0LAj6G/sju9jvYQC4&#10;qKmvy88eeejqDmOGbSBSoOKHhUeXqf59e9v0FZHLZ43U+jUH5JJvbTx9beyWW21Npaor5eePl5V6&#10;EVvuQkUH4gfInJ/1fPr3txWc2A0kabDiyh/yx1D+n49ojbTgVFPPic0PDj6dGMN2W7K0IrT8+H7O&#10;ve+UksTBiLB1B1aif6cqoHH+PtgrIjBXqKHy8z9v+rPSgMcpWlMk04k/4B173wRg2kkIS3qJdPpb&#10;m1ief6n3powylGB45zn/AFfLoskYLIVRvTzJ/wBX2de9yGmVo3ZSukqCfxd1HHAH5H09sm1OrT86&#10;A14A9OC4qorUnr3vE0iFfIzi+kBNJIu6kcMf6Dn6e6iCQSFQBQcT9np1cT1YKPUeXXvfAtcAji5W&#10;9gDf/UqD/j7UqrElz+Xp0uUSK2s5xj/L173wUq+pTxYg6y39r6ep/r/vHurINZINARwp69eWMOx0&#10;NXz4evD/AFfn173kJX1BSTGAt2YWZ0Nr6T+Ln8H22ISCC3xZ4eXVmttAq7fl59e9xQwU2N9ZJte4&#10;AUCxsD+R/X+vuwiFDUkj/Cf83Sbw21EgfZ/q8uve8iqpILFSosbHk3BADKB+P8feijfZ+f7R8+nE&#10;gd8HGcnj173IkZQNK3YPYaCeQPyFI/x5v7sF4KPLpYSIlz5UH7eve8Sy6tbqq+MFNRYcggeq4H9T&#10;9Pz7oA1aOSaYwP5/5/LqgoznUalSaf6vT+XXvfDzaweWSwIvzq0m9uB+Qfr/AIe1HhqeNKf6v29b&#10;V1f+0x173yD2UKZBwwH4sbG9iTwR7rpWp0ih/wBXDpR2sKD/AFfPr3vgwBY+pQA99RBH1+oW35Ht&#10;rwxTur/q9ekn0uasxp6cMde99u4BOlhbUqhVBIsR/at+fpf35YAq0FQM1pj/AA9V+lXThjT19eve&#10;+JDXUkhRqBDc3JtyB/UH6j3ZdKgHjU+VOroYodNTx9Bg/M+nXvfjKW1X5WysVX+jEeog/wBB9B7p&#10;LTQU4H55/wAHXp5ggopz/k6975M6BgCCfoeDx6vrcn8Wtp9oljQD/V+yn+qvSVp10YFCf9WOve8Y&#10;k1SEn9B1FQSbKn40k/n6G/59vrGgaqZI/wBX5efWjOzYjFCOOONP8H2de9+Z1AIJuykAfm9+TY/1&#10;N+CfflVzQKBjy/wD7Om9MpIeLNag/wCz173jaYrdrtZG1Iv6gTa7aT/U/n8e1CRkjQw4+fnT/Y/2&#10;OlKWsjCkhGeve+PmDcqw0tY8glVZSder+oP1t/j7bMQbtepA4+vSdWeBihqSD173y/dszEqzOVBD&#10;G6ixvdbfS3uogQntBNP5n/Z6Uqs8iVApQY+f/F9e94g9lBAPIBDclVCsCbD/AHr280J1BQMDyH+r&#10;y6o1tMB3jVTyrn7fTr3vGz6nQPYB7ai12IW444/w5/w9toKhgeAr8h/xfSYAMMnA/wBVKfPr3vIX&#10;9IAUWuwLXF1GrS5I/p9fdQikiMmh49eWOrCOoBb+XXvebTwoUkEtcgEWvc+rRb+l/p/r+1BQ6Tp/&#10;Ko8jxp8/To1WFdGhzUDr3vEyc6FcfqtcEXawtZW/xPI9+CEoAcj04f6uH+TpIbaQVI+E/wCX/N17&#10;3xVmuLKwZWNyTfhQebc3uB7TyxISBJQH5dU1NCNEg+YP+D9v8uve+0JawD8qW4Thr3Ba/wDW/wBB&#10;/vPthoSCQAD8/L16fjZHXBGPI4p/q/w9e9+LlSypYltRCqCSp51Nq/p+P9f3oQswyKU62XjxU4+3&#10;/V59e95fVpX8gkOzMQDqb6AD8cjm/wDj78kDN8OD/k61XOlO5uNOOPt/1eXXvfBXYqVcagq6gum9&#10;l02Wx/rxx7ce2ZQChFfPyr5cOrqG06moM+vXveLyBVN1QkEEK36tSW0rqHNifqB9fevp2LUIIxx4&#10;j5dUZ1+In/N173yMqAGwDXdbqACFY8sB/rDgn35IJCMjiP8AUevGRafCWP2H/VTr3viZSpsRZCnN&#10;j60I9Oo2+gH1t/X3c2wVSyH/ADfl8z5deLhcUp/q/wAvl17355VjAAHplQuvo+mr6L/X88/4n2mC&#10;MT38R1YgHBrj/V/h69768rLFYlhqQAajwxNgSw/p+D73oq/2cevaK4HXvfLyjSt7myLpH1XUSNYJ&#10;b8D3oqC2KdWoV+E0+fXvfTS6VYFCAADz+ASAn055+nuyozUbIz/s9e1FfiqPt/w9e99LMyg20gaQ&#10;P08cDkKT9Cfe/CcmoHWyjMOH+x9v5de98dekkmy/2tKNqHLj6j8/4+7+Exz/AC8+k5mhJEeof6v9&#10;Q6975SVN7WbUQbFyv5A45H+PtrwmUksKdPKuk4z173x1Fjr1+jSBqYEIPV9C39bcH8e944Uyerg1&#10;ag49e98jUIjABwwUXK3v9f1G/wDsLH3VYmbNOPVK51Aceve+AqAxAAPLAlSAVYcABf6E/n25o1DP&#10;5Z/l+zqwoxqfTr3vCkr+Rj6TdraTccg/T+pt+b+/MoXFaenVShJycD/V+3r3vIJ9ImaygalU2uLW&#10;FmAJ5tf6e/FC7ADhn0/ydWZdRoD+3r3uMstw+on9xUW2oE/quLg/7z7uVHD0r14stfs697zSSqQg&#10;Yg8kgx3WzXtyTyP9f3VEJrjj+f8AqHy68DqPz9PP/N173HcqwZWLqOLMOQpa3HP4/rf6+3NLg0UU&#10;/wBX8vs69SooR/q/1Z6978Wc6VUjTbTcH82vYj+nv1BrqwzX/VTrRNOIJ/wde98VIIW5Ba9ygIsQ&#10;GtbUPx/j+Pd9NBkGn+r/AFDrysklQv5H/D173yYhSdCqWLlipBJW/wDZYf6xNre6KrNUnjw62olc&#10;YH7eve+LMSSzLazg6jwnAuAqD26UVEAJz8v8p/1Dp2VTHGteIoOFfz/2fLr3vEJA1ihCkXkK2tqH&#10;+0n8W9tldJC1r5D8/n0m1qHCK2a/bn5de98vMXJkYqHK2/cKryfyoH1PHu2jyWtP9Xn1bWtSrGhB&#10;8+PXveMyEWC/m5uOT9Be3/G/fgBmtaDy9PT/AIrrQkDVPGn+r/VTr3v3mU+OwYByUcj1XI+jEH8e&#10;9DT3eY4+n5dVV0IOmp/1cB173jdkJI+h5Ucj6f2QVP5/p72NYSpAofkeqK7mOj0INeODQceHXveQ&#10;sWIAFwqfVgAF/pcD+vvWl6En8s/4enFMlaCny+dP5de94tTkm2k3JuAoA/oS3/GvfjoqKj+fHpOz&#10;rIQSKGh4+vkfy9PTr3vGzWGm4Gq319J5/H+P9Rb34Bahl8vzHXuz8B7q5pkU+RP+Hr3vFfQpuvCk&#10;6iefx/t/8be30cMdTUyMf5fkKevSSWA6jJEDpOM+Veve+SyI503souwstv0D6N+OPz7bdHIDD/D0&#10;qbXSi0Gmmf4j/wAX173gk0Biy3JZgWJNhyfUw/xt+PdhX8X8urMKVLjyzTjXr3vtnW2llP6CSwC/&#10;UH0+S3+NvdlDM+pBQn5nHrT8vLz6bKsWJI8sVPAH08uve2+Wt0nTp1m4VrCxDEW06frb2YrDQAAn&#10;Tggf6uHVGNCaYr+VOve4jVTqjAB10ekXuSQW5F/x7uYgDx+fRY6lHOrzz+Xl173iWsqNelowpf0k&#10;i2pFtZRY8W/qfby2qMCwOBnNc/s4dWgnWNjGwJxXHp173lfKrTMym2rSbF7BTzYcf196+i1gOBnh&#10;x8+lL36ovi8acK/5/Qde94f4vSamJkGnm4dhpJ+hAJ/p7t9E1AT/ACHRVJfRu5c+foKD9nXvcdqy&#10;klYlZotDNc/uLYAfQFf8DwT7fjtpImD5x6in8vmOmPrEapoeve4/igqG1B4yDdQQQSBa3IH4/wAf&#10;e11LVWr01E0bSdwJrw+3/N173ErMdHIhVkQj6a76iLcHSPrf+ntTBKQ9U4jPrn5+XXp7eQsXU1H+&#10;ry/w9e9pGuwEZcMoAN7A3NgWPK/7H2d2+4gYJ4ev+r9nRTLExwBUHr3tH1W16iVuC5OtkXjSlr3O&#10;n/Y8W9n8G62yBRwoP2n5+uM16ILvaWkfVE9D/q/b173DXCV8J4R2VD/aYi4Uj0qPz/T2ul3OzYaT&#10;xNPLh6/t/b0lXZ7lGBr172801Dk5ABIpX8C99P8AQ2t9Bb+n59lkslpqUpStc44j7PXh0cW0MiIF&#10;zn7f9Xp173NbEVbrqlZkCgFFA44IUcD82vf/AB9sfVIvZCBWvE0r+zPS76Sdkxgde986alrKVh4I&#10;v7TlnbnWGFmCj2zOySmpPkPn/qx5dKBazgdxqft9f9Weve5T5jL0oIVLByCmofSzXARj9Dz9P8fa&#10;dbW1caD/AKj/AJunPrLiEeEuafyP+Xr3uO+8MpTHS68IL67A8/kE/m/t8bJDK+k0L8fXj8/Qf5Ok&#10;b7ncK1Wap/Zx+XXvean7BU3SePxzeoeq1rH9NmH+x+vvf9Wl0hgeP+rh0YJupES8fUj8/Py8x173&#10;x/vlTTMWEhUIDZNVgLC3p/w+t/8AH263Lbgf2daj9v8As/4Om5d8VTQZp64697cKfeFEQxDScJYK&#10;QSDcW+n4t/vXtBJsD4YgD5fOuB/s9Ox73HUFzT7Ove+b7xptIEblV0nSzD6p9RpH+q596GwyK/iA&#10;VFMjy/bxp5dWbfYdVanPHP8APr3uJLn45bXlaxGng2JI5HI/P0v7fTaNNCRj5+nrn+XTqbijqHjp&#10;SvXvbzTZ1Jiscas7IUVvpqP41f6/59oJ9sEepmxUcPT5HpfBellKGgJzUft697UCSOyj0qNIFgzX&#10;J1WAVr/19kjwaakcf9XD506MY2kcGn+r/Z9eve+E7SLDqudN1NlvzzYqP6i/092iQagnAn/D8+vT&#10;l1WoOD+yv2/Py697R1bnpqORkIJATULcsePqD/jb2eQWcUorx/1en+ToP3G4OkumMdq4yONfP/J/&#10;Pr3tpfdkzI3js1wf8Xu3psfx+R+PZpFtkflQeZNMft49Jv3nJIMcccP8P28cde9+p63KVR9LlgSt&#10;hb8kH6m30sL297kgt0Gc08xw6fRi4GeP2/6vy697lyU2RmLWk0ck6R6dJI5Ww55t+f6e0lbVGIIJ&#10;I/1ceH7OtfSVbUFNeve4NTg8pU6tUiqzWKrqPqXTcaj/AEHt6K6t4wSOA9eI+QHp/wAX03+7XodB&#10;Ir65/l6ceve22faFbNx9yCXIKnWTZWHAdTx/Xj2tj3hY3qOHn9v+fz6Qy7O8nnQ/5P8ALTr3tpqe&#10;tndlElZG5YgtYMPUQboT+b3/AB9PZkvMwUksgBpj7B5/n/Posl5WaRizKPy/Kh+Rxn7eve8X+jCG&#10;Q2eZiAVsoYjVYXtf8i5+vtwc2FBRVyRxP+rj6U6ZHKK8GXH2/t4de9zYercSWZpmEhVbtZ9TXUal&#10;UD88W5/HtufnK4CkK2kHy/y/6uNelC8mWlO5OPnT/L5de9zZNk4Gi8YSgSUa7J5tTW1c2b8cNcX9&#10;spzTeXANZABQVpjhw+dOl0fJtsF1aBjGaUx6U8uve5NLtqhGsLRRcNwnhVQgN+P+N/j2lut+uTQy&#10;Safs/Lh/qz0oTlq1UjUoHlSgr/qpnr3tz/gVIhCmJVuVChEtrKqNV2HPHNv9a/tCu63EzVDE/nQ+&#10;fEf6vn0bQ8v26DUFAU+f+D9o4efXvfAYWlZS5RVCX0hAG1MDe5v/AI+9yX8pYsCa+efX/V9nn1Z9&#10;nt0BdKV9P9Xn173hmoaWBgfEhYkEELzwbhV/p/X35blzwJHp/n+fn0mawtowSoFKenmfWvHr3uLK&#10;sCKR4UQFxwqgH1fgf8T7e1PxBJPDj69M/Rw6qaQKjy6974iKE8xoNQFgAgKD1WH0/wB49+MhpTy8&#10;88enRbQpRlAx60697zKDHqAUJ6dXrAbVY2AJ/s/1t7bar6Sfsx/q9Ol6W0YHcvn5cOve8FXLVGIC&#10;Jgzer0oLjngD/WB/r7tEEL58j+0cek8x0Gi1Uf6uJ697D3L1Ode6QM6MuocEgcj6n+v/ABHsS2EV&#10;o3dKKqeFcYp+0fZ0E9xa6DVjJ00x/gP+r8+ve0XJS7odvTLMDYX06jweSWsebn2fp+7YxVqU48f2&#10;f6vPoHt+8g2py/E+Zp+Q9P8AD1730tHkyxE9VMSDe5JLJf6hT7e8S2BDqo4YxUfs/wAvXoze6tS6&#10;s8MGmfWvXvclKatVQRO7MNVi7sdWo/Q2/wAPoPdSYqlqAA5PCuP8/SyMX1DqAqeNfyx8s9e9uUEN&#10;aAgMwFl1H6m5P5Kn8fj2hmELHVoqK/n/AC49NSzXSuakgDGOH7fPr3uWYagGMeUk2IYXv+SSBf8A&#10;H596Vo6EUoTgf7PRZfXEogaRzqIGPL8/8nXvZ0fhx0s2/t+RbxzFKZdn7CnhyNV5kKw5PcUX7uHx&#10;Sqws+hrVEw5ACqD+r3mB9zb2Yb3L9yU5n3mDVsfLmm5uC47J7kEG2tV8mLuNbjOlFzx6+eX++1++&#10;/B7Hezk3s5yldleZ+b42hojHVa7ee2ediDUNKKxp+Z6jzantChsXsXIF9MV/V/hz9P8Ab+7hJZvM&#10;ZZJFOpjrd/ppYn/eP6c8e+yl1ctdtJc3Ay7VLfDQnHlwC4A+VMdfFdpIIqan9tfU/aTnrOAAAALA&#10;AAf6w+g98FL6kBI8akkqF9d/9cfn2xC0/ipGWUxqSTjvr5UI8yD/AJ+vELpJGG/l137daVQG1nUW&#10;lfUFsCL24JI/p7GeyQBLgTsDqmfC0qo+Z9ccfPy6L7hyRpH4Rx697d9KKCobiw1DmzfkW9ySLe0t&#10;ke2SQiigOM0Pn204H1ANaY6L9TNk9e95vqin8Cx45Nvx7OV0eAunAAH2/wCwf59UyTTr3vsHngkG&#10;/Iv+P8PbiipPHjWhp/g68CRQg9e9+dtIJJ4+n1+v9Pp7anmSGMyScBQfOpOP59bOomnXvcdkOstc&#10;CwHp4ABB5/3j2S3Nmz3JuiQulRQUxUfESeHDy4162CANJ697wsjOEaOVoRHKkrEBWMqC+qElvw1+&#10;SOfaFULKJbaQwrCyyVIVi68ChJFdLVqXHcAAB08GVSQ66iwI4kUJ4H7R1732RzcFbFiWPIFz9CPb&#10;EyESCWKRSoZmY5Fa8KYyfIcetV8vPr3uOzssjXZnUjVpC2ZARblhwTf2SzXEsd0xesinyA7lBGO4&#10;YLH/AAdPhUZBpwf8PXvcKqgWVNes6igCp6bqB9bj8+w1u23RXEDThzr0UCYx61FOPSiCVkbSRiv7&#10;eve09Kk8EkP27ghtXlDCwPHo035Nj7ju5hvbGWM2cmrUO6ooMnAp0cRtBKrCUcOFOPXvb7QSS6fE&#10;zKzn6fSyE/Vif8PY/wCXprxlNnI6s71p6KTxNT5j+XRVdrH/AGiggf4f+L697n04ZA7OdUhd9TGw&#10;B4strfUexLtayQCWaUVk1MCxOCaaVx5qRx+fSScq2kLgUGP9Xn1724QSckWsV03I5HI+pt9P9j7G&#10;mzXiSs8IQgx6QSMjhWv9HPD5dJWBQhwfs697kSUEVdTyxTQpNFIrK5ZrBVtYhk/IPtZuu2WW5IbW&#10;7jBVgRkcK8QPt8xw9eltlHcBTcQcQahq0K086dcHdVIBNifoLXJ/1v8AW98tsZ/H9dZGnh108GOz&#10;VTHQijLiNEmPqR4Cx5N/xb+vsDXm0bRysY7OKURwXUlEQigjfTSoNT2saAj1oc9SHyFzfu2z7vLd&#10;+GbhCgWfJ+AMKPgUBT1PEVFc9AL8huiMD3zslMDk6ibH5bC1MmY21laeJZHo8otM0Ijmha3khlU6&#10;JI7/ANG5Kj2aJJUljWRGDRuFZGX1AhhcEEe0rKysVbBHWXUdxFcwLPEwZHAIIyCCKilPUda+eT2l&#10;k9p5nLYHI07RZLDV9RSzU1QGjlWVJm1edJLFCCupfwQfeVRxext/tv8AW916fjSorQ9JXcOWijlE&#10;SVVFHUBQ6ytIdMcPHlHqIsb/AE/rf3yF/wDWB4/HvRoR0+AaU6RU8kTSeaWMS65tRuzhj69WkOD+&#10;m51Bj7xz1UNHBNVzyLDBSwyTTysdISKNS7sx/wBb3UorDS2ft9Pn8vXpiW9jsYmvJm0JCpZjWlAM&#10;/t9Pn0qMP19JvrLYrZmOoUymQ3fmaPG4Wiip/u1mlqZQskdQhuHVTdpGJsFBJ91Ib2+Ve8KruTKZ&#10;vY2VqJNt4SSbCtgnaSKmqZYV80WRmE/pMUw1BXXke4p3bmu7TcVvNql8O3UBEQrWOREPczL5amyC&#10;CDpAzXHQQ/cV3d2J3zcZZLS9u38eGRHZgkXwCIpUgvSjOrA1LH0HWxvsD40dWbV6l271Zl9lbUzt&#10;DjMLFQZOon2/i4pq2rkJnrJ1qKeNZFIdisbq4YIFF+PalzvyZ7a7Co0w228JgcHJPRKM9LkK5p5a&#10;SaqjBgpKJIhaQyDUHb6LcEX9+3j3EvpLX6W0hjtxKrAuja3JbAC6gNNRUE0J8ug5utrBpkfm7cZb&#10;i3ZqRxwQiNZVT42kLElRWhCjjkdKnr3ofq7q4Idm7YpcbNE8jxVJJkqIzJwQr8A/0FwfY1bPgdaK&#10;lDJpVIVTQSS6y6RcN/W349jD2ohlZ0nkUBVGmnmr4GfspUfPrGPmKUSXL6TUk4I8x0L/AOP9t/vu&#10;PY7YzHeWkQS/qKj1EWvcfUf09zHcXDRydpJpx+0cf29DzYdkW62xRccSPs/4oCtK9ILPZ/8AhtXp&#10;jOvSSzi/AKj9On+pte3+29wclClMxGtb8aFK34vyT/W34HtVayNKBj+fRPv9nFYSldQrigpXHn+X&#10;yPT1hsg2SpIpxG6q55Y+kAkekC5/p9f8ePbIskU5dCCVPBU/kWsLn2sZCUoQCDUHH7egpHPDdSNG&#10;akenDhj+XT6QygMAuoD/AG1yS2kf159p6lp5aCVsfJJJUIzzTUkmjiOEkN9szD8pfi/1Fv6ew/s6&#10;ybLdnZZmd4pdcsDEYRRTVCTmmmtVJ4j546RXsZkesajUKAgeZ/iH2/iHr9vWVWBUH/e+Ppwb+5C+&#10;VZJS/C6l8QA+g03Nwfzf2cwG8W9me5/sWKiKlKUpknzqWqPsp0XMFoukUYcft65fX/ff7Y+1nTUu&#10;Oy+Okx2RpYqqjnp9E0NQqSJJrDRyoFa9rqbXH9fZVve3W24W8lnfRrNDMrI6sKgow0n9oJ9CPLqX&#10;eVLyNoIzGSjRaJFaoBEimtV81pQZ89XSNzhrqaeOqpXUSh5IgQr8RMnHktw1jyL/ANB712flP0xV&#10;dC9sZPAU1LVHZ2eWbcGxslMpeGfHVMpaswjSqADNQSHxsPqYyjfQ+/m3+9R7Dbh7Ie5V1tSIW2u8&#10;Yz2UtDQwua+GW4a4iSjDjhW4N192/wDdCff1sfvG+0FtyRvhMW/8sWsFtcl3H+MRp+nHKualqACT&#10;FBUZ49PeGrpa2kH3RhFbAfFVpAT4/IOUlRW9QV1s4v8A1I5t7Li9QrqkitYEgsAbWJF+D/vA94yC&#10;IqSrDPXcq2vIp6O3E0pTgenf3yFQoNltptqAc6WK8FWA+l/evCNKnoxSajh61UHh/q8h173n85L/&#10;AFBVwRa9yAv0Ww+n9Ofbfh4+zpU16ak0rwycZ/yYz173x86OvkuNIFrK51X+htf/AFuR7sUINPP7&#10;OvfXEVoKn18vP/Y697yLUX4C6bAL6RwQfpyfbZipk56URXHj1HCgz9vp173IaUXtzqKeqxvcWH1H&#10;++/x9t6TTp7z+zr3vGkqBiXJ0m6/15BsbD/efdmjJHaOrBmGR173kEwvYKWQ3IYf1uAB/rXt7qUN&#10;M4PXi7jAOPT8uve8eoWP402LMR/ab62v/sfd6V+fXi7EUBoeve+YLsxJvYab6rFVsbA2/oBb3SgC&#10;06o0xT4hx4Hy+z7f5de98gVslrl1bkfqvb/e/wDW96oamvDpO92VXJqDT7QP9VR+XXvfQmAFvQLk&#10;khhzYqbix+nN7+9mPNetPdyFaSAoKVFOJ9P2j/L173yWYhS4tqF+GIUEqPqL8/63vRjBNPLplrlX&#10;PcpzjPHPEVH2Y+fXveNpzIAEBDLfVYWN/wA8Hg+7eEVPd59bDMQCtCDkeoFePlSnmD1737WpZCSx&#10;/Gkkc34P0/p/T8e/aTQjpZGoi86k/s6978SGY8n+1cqbA82HP+NrD34DSOnCznia9e98PNyoKheb&#10;AMNR5HK3X8+9+HioNfs6rXr3vKsl7mxKj1AKCAFb8m3+H+8+6lKY9et1PXveFv1EgkqAv+xIuLX/&#10;ACf6+3Fxgcc9bZi3xfn8+ve8SzEsVAPpH1IBJ/qbfg/4+7lMVPTE0uiKv5Dr3vizhtTL6TbWRewK&#10;m5A97C0IBHSGG5Gv9Tz8/IU+X+Hr3v0chLXYA3HGrmwH1/29vemUAY6Ml+Gv+rH+x173wZybaWVb&#10;vxf62/J5/wBf3sIB17Fajr3vkGLEKf8AAs1renVw1/8AinvdABUDr1K4Oeve+jJ/aU8avqfUtr24&#10;/wBf34LXiOvZ4de94zJqA1G5DqdHFzbhbL/h9fdwtOvcfy/w+vXvfnkFgfpckavoARz9R/j70BXr&#10;1fLP+Tr3vE0hFzrDEjSVBJ/2It7tp9R17Pn173gZm/1R0E20/wCINwo93AHp1V3VE1Dy/wBWOve+&#10;vOLAA3bkWtfSSfp/gfexERk8OtpqZdeKUrx/1cPPr3vCzyWszem4BVxyV/qL/wCPPt3THSoyT15i&#10;ARwNePyHXveB5FBQnkNbX9DpU/1v/tr+7KhINPLq1eve+zIGJ0E+nkn0g6R9D/rH3sLTj59NmQcP&#10;LHXvfEubA2X6LctYFQfzb/invekcB0VXcytPoQ1p5Dz9R+XDr3vCZGa6k6iOGOk3sD9H/wCI93CA&#10;DVSg6Tal+zr3vH5AvI/zYsoH9SeOb8/4e7BK/b1aOR0YOD3D/B6de9+WQqNAKkA3+pJAHJFjxYHj&#10;3tkFa9GMd2Gc+X54z/g6976a8kZAYHn03IQG/wBRce/Civw+3p2WZYWAY5/1f4eve8JdlQov1W5a&#10;9gbWsGH+H+HtwKGbUfPopmYPJqFcnH28c/5Ove+MsxjIK+oj68sVAIFyD/vY97WMN8q/6s9MtKEA&#10;r+IV+3y6974SSytG9gAXsQyub2H0sv8AT/ifdljQMCPL5dJZpqwEx1Bz6cPl/l697HHorrWHsHN1&#10;NPW1DKKKFqiJRHr8zKNXjbV9B+L+xHtO3/UXKIorqPr8/wDVXoD33MKWkjKWNeFD8vTprzOVp8Lj&#10;5shUkCGErrYnSq6msCx/p7se2ljKeClxeIoKBaalorUzoEIvJq/dc25u1uffdX7gOz7JteyS2d/C&#10;lJH1OWA7jp7QTxx5U6hnnLdru5u0lhfWM4I7RimSPX0/Z1Qb/MR3utHvar3FlM+JKSHBz/wykM2m&#10;kpqdYSIgB+PX6mtz7Hyp25TrDHkPsAzRKh0xhlYrayiw/PvP2/5w5Ht5p7e48NTCtRU6dZGNIPD/&#10;AGOi7le4u9zu1tmAYKaqACDjj9g/zZ617OsflUdxb0ynWQ3X5vuaiSal8yj/ACmRpT5fGD9VHFgP&#10;wOffeMofHlKJGRDjazTEUcA+GoY3C6Tzb/ifeCvvl7tWvKu6wvZxxqksXiRTqVYsobKh6MO1sUpX&#10;8usstoF3tm12ypMzR6DShGCSTpXFdA+3j1Z11tsfNdn9aZr7LO5WHem1KiVfDD5oopsdMpanddFm&#10;06RdTq/xtf3P33Q0lJhq7b4Wqw01VBNPBl0jWOOV0BuBInFh9Sv4Hvm194T3z5q53njv3YrHboIo&#10;0jb4EydTAU1M5J1NTOOAHS+33GaasrOzhRQdxNDxFTxr5Hqy7+X90lSYSpXd+Zz0G9sq3jpa+iy4&#10;+7qcZLG3pigWpLaFS9x/U3591gbt21uegocnJ/GKnJRV9XNHA1PVMy1AiYhywQ2+n+x94Vz79dz3&#10;algVZeOD+LNc9AHf7yIyF8Cnn6f58/n1dXH4rARqEKqLDSBpBFgB/h7BrC4Kpoa1ZZo5Q6SrJIJI&#10;2GtUYM9i3JNvp/t/ZlBNNcSanOK8T/q/w9A643uq+EDk0zwqOBr9v8+svP8AW/8AxJ9nv633NsPe&#10;OI/hc5amzsM0YpoaghUZ4hpBT83NuL+5j5Y3GON0tJCEWgFRitfP0/Z0WzPIV+oXgPl/qoKdFy7U&#10;xm+cTUNuLA6a/FpDL/EaRAxqI4v1MyIP1D+vsbRtCCip/vW+4km8Y0MWbwLZfSfGfrY/n3lf7Xcp&#10;TXm5x3CMAiuKEfizkA8K+fQc37eWgtG8IVpwNPP8+B+3y6qf+Qfyqjp6ar2tHDTpJOJqapgaMLWp&#10;rW3kKt9L8gAc/n3ExzzRSjxwh7FhJJxp1HgEgfj31N5R3oW23xWkpXAAOcDy+0gf4esdrvdLdrlh&#10;PQEkmp4E+npX58D1S/29Hh6+LJjJZSppBUuklDRaWLmJXEkkUJ+ha/P09rbEJHTFJZGjqJJJQDez&#10;hSxHAHJsPaTmNEUlgdTGp1cKgV8v8B/MdR5zHJau9VBq2fIUHmPl8vXqujvCvr91JkcDjo8jgcbj&#10;cSzxtA81MaxKdNTTzOlhd7iw/PufuvJ5bGwfd46mp2ghj1S62GvjlhZf9694zc78/bnyxC7WjnRk&#10;VwckUOPtx+3oq5cZmuGicmgB4ZH209fn0vP5b/xL6K79ytVtrs7M7gqN3VVfOMfQo0opvsoyFWX7&#10;hrqWuTqP+t7K/vTvHIiTxUdMaYQkJK+ogMQfWUH1sORz7xzvPfXmie5VI7ll04NOJ9B5Vrwr+3qT&#10;4YbWONSxFWXGM/PJ4+XW0j0B/Jv+NfXmMqp6/AQ7gqck3nibK6J1p0ABiABFuP1G319qSi31iRgE&#10;3NU1yuIYldoEYeeZ9N2XSx4/pf3Jdj95q+2XZ/Faklwi+fCo8z+fkMn16Emx2EF5dqAe2oOfXhkf&#10;6uFD0GW5P5bcuY7EqtgYOgGE2rkZ5ZGySRaYKGmZ7BKbxgXYAhhfj2jv9m929HIaek2s4lpy6rUR&#10;yXRyDoXyKfz/AFtx7h7f/vgc5bmJbK5WCOJsUUFWOPPJr9nU3SbTtcdpE9oqQlAAWTV3/aCSK18l&#10;+3pZYz+Qh0hT1EdbkO1uwcrO08dTVU1bPHLSFgdTx063GlL/AKeOPYB94dnbi7nghlykcdPSUEZj&#10;oKSKM2UAaVLsLc2HvCXnjdI973B9wIBaQlifm2aDiSK+vQ02De/po0hY8MYqPL/L69XE9D9G7M+P&#10;mwsd19siGojxdCqF5auZpqipmCBDKxb6XA5A9k0FNNR1oEMVpVe5fn0rbhbD/ED3HkcXhTK1DimP&#10;U/M/5uhVf7l4trQg1r+3516Gr3Zf0Zu/F5fZtLgcggORoUZo2lAZXV/Vdr/48X+o95K+zhs590is&#10;rlaBiAOH+qlPL/B1C3MF89tKz0p/k/L5evRLflfht2Y7Eybz21VOkFLTCLJRRNIsyxpcCWFU+p/r&#10;f2LCTfwL/KKeKlNRNIdDaUXxhhf1cHj6W/p7zg3/AJL2uy2fxba0Rg6gBqVCNxJFMljkAcOlPL13&#10;Z3ts8jqHcii9xGk1+MAfEadtDgVr1XPs7etZ2hmKjFZfPbggpcdEwmpjUzRtWW40qhI4AuCPz7CH&#10;vDK5jIbSkpqFGkytTPCGaIMPFGGB1KT/AF/qfYN5U2LcFu3McbUPy8xkcPsHUB+8e2NKCsYPGuPn&#10;8vTo2nSVBs/Fb4jqZ6qnp8Tj6So+1jqJQDJLKhVg6k8lR9V/r7E/qfRNtVMXk3dcjT4JpkYi2qrS&#10;nLEBj/aBH0/Pt33FtuYtr27x7WNhQcKH14kD1r+XHon9luR5Li9M1whz8sYz/h/PouO/6HB5Du+k&#10;z9K1HLgcjvSGjq3DRuY6GSoWI8E/oJuT7cOo90Y3Px5LD5+najyeMM6wmaEjzortps5/PHuFeRub&#10;95teaYbS/JeCRhxJwSQCKeX+odZSc0cq2trtWtY8UBwfsr+2n5efQm/O/oqspes5919X6Ia50hao&#10;hpXSNJofFqMyFTzxYnjn2osh9jk/LSU6K5Qcow06gn9L/nj30Oh5Dtd42xL61UeIw1cNQoRw+X28&#10;TjrE/mjaEkhbwXpU4BzXFKfLP7eqS9u757F6prKfKbrq6lcdLMlKayGoGmKSYkGSZUNrXI03+g/1&#10;/aUlp6KHOUWWqvHC9HSGJ1uLs0ZtESf6gDj2isuUpZLtLWQEYyKGmOH+Gp6xqveX7iHciyghWY1U&#10;jj9n559B0YYdiblynUW7tn7W+6yR3HuFKvGVoDWgp8mmrIaT9AjOLkj6+2XY+6ZKHd+Rpp43fFbh&#10;q5opHYN4xcaLEm9tQ9me4+1kF9aPbOpZZF0gUJArwI4Vpjh1K/L0o26VJYhlKAD5V8/z/Pz6V3yZ&#10;2lkch0Ts7eG3a6Ki7I6OxeL3Pilp5I/uaqoogZ5qcx35Depbf0t9PY2w7Fwu34qibbdGKGWtmepn&#10;0Slkd3HIQf059p+QPuz7Sl7Jc3cvjUAQRsuQAamv+ocaeXUvXXMTbntoRBRgMk+g9B6mhr1V3kf5&#10;s/dPyAfHbW7BTHY2l23KaSaWippY6+WaJPGJZyf0uPqAOAbkfn2jcTW1FNu7J08r+KMw07AxgqjE&#10;pZrn6Hn3Klp7T7Nsm5MkduqgAENpGDwOnzGf59AO45ivbMnwFaqkZBp61HHhnoZe8c1l96fFTZGV&#10;pqivy+QGRyizxVFW8k8tOKtniDAc2WMXBt9D7QHa2Ep6rc2zcz9zHGtDkGnlZjyQlmAUn+rAeybm&#10;7luCGeOS29KdwoaggGtPPqDuey++3RM7OHBV1JOonTihLVrjFSTx6Mh/LP7WzsfSfe3X+RxlZVS1&#10;eEWjxq3aUpDkKKSnZJCw9XiW55/HsyGI3PqpoBIdKaECuL6LKgsLf8T7Eu1crwbjAGf4iMVGftr8&#10;646G/Ie7XNvapbAk6TTJwtckfZnNPPA613u/fiMBvHcRwfgkrJayvqDj6hgssb1FU4bS/wDW5tpA&#10;4/HtaUuVhqE1CWGVCCp1hHJBGkAh/rwTYH2S7p7b7hfKu17zZLe2YJIBQOtSRUVpUVxUVpw9Osit&#10;g9wOaNugWxiuXFspJ0VqqnzIHH9nHoqm1V+UvQu46Ci21n977ZpcdO9VQNgK+tpo4ZP+OoNOwtc8&#10;G4v/ALD2D+9sThGnE0iRFJVbTBFGkSarW1IsYA5PJ495Ae2vsPyJNtvjjZ4rGTCkRRhNVBTUa1Oe&#10;J+deq79zNuXMjGTcJKsFAFBpDUFFwMA0ySfiJ6vz+IvyD+TPae27by3ZumoyuJMML5PLV9bWNNGb&#10;E+RaljpIFv0n6+wPGzkiyLNECMXVSK9VSfWNvH+9EbfizKD7MJvYKNOYIUhobJmPiccDS5H8wAfO&#10;pHr1Gr7XcDcUCgVPafStGHp60/Z8+rPD3Zm6rbSUNbLG29cZTvR4XcYQ+eL7lhRVjFbavVC8gvf3&#10;/9Gvnbe1YAsfnpg91JAdLBTp41ggWNvr75m7xvEigla1A4eXHz/PrqXt1paOolSjfKnl/sH+XW/x&#10;7EKfZ2OmiVVhWNlQFdN/UfyzFeRc+wvDvtwZCJx6/aKcP81OhEu3I4IAGATTz/1f5K9e9smO2TG2&#10;SjeYo0MLEojXb1KTo/w/rYe11zvaR250Cjmg+XDJ/wBnrdrtSLIKYyDT59e9mUwdNTwU0cOlFCgA&#10;MBY/m/P+829xpuV07ynQTqPz86gf6vXofWDJarRRk/6qfy49e9u9ZkIsdAdRSxSRtPHA5A06vzf6&#10;+y61tJLlxjKsKnzJFMD/AC+o49N3UzNGdIzWv+Wn7AT172STulHztWDSlUN5CWsQCwvzYfj/AIr7&#10;njksfRoqzZ4Y414kGo/ZTqDOa4/rJ9L44gfnny697JjuLAV0VZDTuwZHbUuhSVt9LG/5/wAPc7WN&#10;7EbYlTp0inH19P8AP1Fd1aya6Ggpw8vz697HDrzAxrRJTSRrqRGdwbXueA4/2/0PsO7zuEiyeNG3&#10;Gg4YJFf2j1PQks9thexNeDeX8v8AZ697IH8n9iNQ77NaaUMk6uqOkfodQxNibfUfkn3NPIW9E2Cr&#10;IfP5k8B/qHr1AXO2yPa3+BQMT86Gvr8/Lr3sscuwP4wQkMLKb6b2LD6emxP19yem8rFV3Ygef+c9&#10;AtNg8Vf1QanyFQfn9nXvbdVdOZuBfNz40PCsSwvYkcD/AIj26nMUMjBQ3y/Z59My8uSQkE6qedcU&#10;+fz697ZKWgyGCqxFPHe7abheDz+m3+8e1vjJdJ4oOoDPy8+P+HrVrYiIZFQfJqiv5+R9B172KWMo&#10;ZKmBZI47MxAuQCVNvUP9tx/r+yS6u1jYhO3/AD+vR9b28egBRSvkfX/P6de9rbBUMglEctOUYMAW&#10;ZQA4/wACP6fX2QXd4BG1O8/bj5/t446Obe1lD6mBp6n/ACD/AAnr3szGwMdSuESWIGRuLleSfyf+&#10;Kf8AG/cd77duorG2BxHUjbdHFIq5xjHl6U+3r3sVspiKaDFVM/hDPFGxAIFibaze3+t7DVpezG4C&#10;q1Q2KcSOlW4WsUQOkHSRUAjhmmD64z172W2j7DwktdNR1UX20kNQ6My6QpKtpN/cgDb5ngEi5U+f&#10;5dA2K+tlnCt68PL9nXvZiNl57DVGiSmqIXaXQFIK3Nh9GA5/HHsB7/aTIGIyPlwP5eVOhztt7asg&#10;owofM0xT5cePXvc/sivxT4uOEeMzPI14gA/p083v7LdhFzbzCRzgfl/Py69vMsE0fYR+X+Dr3spN&#10;VsrGZbIRPTUgEnmsxSOzWLXb6Dkf09yf+/TbW5jLUJFc8c/bjoAx8vCS4Z41y2ftr6f4evezz9Sb&#10;AOPpKULT+OV0Q3K/QEA6RcX1D8/4e4V5u5mE0rENUVIp6f6vXqdOTOXECgFcYBFM+o/b69e9nY25&#10;th4KfzvERYofQlnPFuCPqv8Aj7x83re2kfRqoM1JzXP+rHU77bs/0qrVNNM1Oa/L8sde9r6no/CU&#10;VoSmr0x2+gWwNkI/pz7BE9001ZFY6Vz86/Z/k9OhRBG8mFJ08SfP/Pn0697V9H4igf8AtCyq4ubf&#10;7Qw/P9fZVNqTuXFcmv8Ah+XR4BpjI+X7fn9vXvb8kWtWjsq6j+4xBVSP9QCfpb2iilJlBPCtB9h4&#10;46K7wnwy9c0/yY697qF/mG09fJkMLh4aiZKWrPlCKSE9MmgG44uR/X3mp7IG1Fp4jLqp+dQR/hrW&#10;tOsLfeKS9N0IkrStcefrmvCvkM9e9lf6D2hPj8zR1LE6IJ0lLDgcMCDcfU/7H3K/PEkE9j4cYBqK&#10;AHj/AMV0F+RYLqC5ictwIpUmvXvdzmK3Pm/4ZTCiKui08I5YkaigDXI+gHvCneNgt1v5CyEAHj/q&#10;8v8AJ1mDsm7SLbgMRTSKfb/l697zS7j3hofTYqOQSF+v0AJ/B/2HspXZbNn/ALOpbNRU8P8AJ8z0&#10;qm3pwaQivzqfz+fXvbO2c36zPLDMEVeCDpa3+pC6vrf+o9mcXLltRQEHcPPJ/L59FL8wTq9PFC1x&#10;SoNPt+f+Dr3uFLuTfqtI0tTZBbWURCDx+Ta4t7W2/LW3OaaK5pwPH1/Z6dF8/MUkaajLXTWnr6de&#10;9kf+U3yz3f1zA+2MXMY8jVUzGSoRrNErrpBR/rqN/rf3kB7be0+2biy3lzGKeQI8/Wvr1j57i+7V&#10;/YBrSB88Kgn/AFHr3up/Idnbz3nVNPlc3kKgtK0gR6mRkV2PIHP+3/p7yfteTts2yAJDCo+dBxp/&#10;qPUAjmndNwug7ysdXqT5/LyPXvdnfw7z25KSbHyPlJhAI1EsMspaOSMn6MrH6f0948e7Wx2LQPGI&#10;wTnPz8wB6dZWe02/XSBElckGlQTiv2de92647NVFTCjtIChF7qwv6RqAC/717wj3PZo4Zmi0jSKi&#10;lMAf5/z6yxst3R4wtfTiKD9vlXr3t5GQdyreVi2kHSxuVW1xyLH2SSbUi1qnGv8Aq+z06OlvQDjg&#10;P8vkOve5y10w5R0OoX03NjxdmZT7RHbIwFCgVFSRnz4Z6eE6HtXPnjj173lSre92COrJrF2YN+3y&#10;bm/H9B7bfbUeH9NQtDTNc/l1YzEfD68fXr3uR94ByFjB0glb3JJHFj/h7TjaavwJIPyp+XTguGIp&#10;qB/Pr3vEci+oKWubckEaSbfSxt/sLfX34bSRl1ANfI/lXpqSeTUFQ5JH5fPr3voV7BCLoAGZtIHN&#10;jxZV/wB5t7aO1KGC6SWb5YGfM+tM9Pidj3Zrx697z/xXxkeosssdiAw5K/o0L+PaT91K5CA1Ff5+&#10;f7cUr00NwQLkgZP2jr3vCmY0m7soBDabnQLqLalYf8T9fp7dk2dhkVNKY9fl8+mZdyzSJiB173w/&#10;jUCkH1Bn1AkXKshP0P8Axr3ddqZjgMKEceP20/1U68m6tqAc4GK+Y9P9nr3txiygkjjPpYgEhVaw&#10;Swsw0n62/B/r7TtYlZfDRyfkBWp9M/s+fRlHuMo+Fyf9Xl173Kp60lrK4c8sGA/sty3J/wCI9szW&#10;LkhjQV8z6gZHyp+z0629zrar8Tx9f2de99rVanULJqbUxFwTYA+nUT9bf4fT3o2x0cKilMH14U6M&#10;4rmsA011DFPn6/s697mx1EfoXkM7nUZCTz/qgfz/AF9ljxMDXNKY9MYp0lSfUcnUDX8v83zHXvcp&#10;qmLQLFioZhpFvqDa3P4v/T2wIWzWgJ9P9X/F9bLDNTXHlWlP8/8Ah6976hrUZVIFyl/S3AYAkBVP&#10;9OObe7SxV7ScV600tV0N209P9X+rz6977FZCigk6mKXIseHJ0qCT9Df/AGPvXgu1ATgfl04jgUIY&#10;inH7Ove8q1akeoKB9AzcqSLaybH+vN/e9DV7TT88/s6s0wJFakYyD+3Hl173zQ/TQwv6mv8AWwsD&#10;6SPp/U+6yBi1FrwxXrbjXIDBXSaUqeP2/nXr3vmrsLXC6SGtpcOQSACTf83vf/X91YHSUIr1os2n&#10;wqAsMV/n1730tQpsjEtpbxnSdRcmwXkf4/T35EbSQ2BxB9P8/WkKrE0bNT/J17309SAUDC4P6gGF&#10;7pwWv+D/AIH3sRsq6Vx6n7eqNKoQKDWmcfPr3vGZ/UHDXUFgpJu12NhqA/A/3r2oWMMQopg+eAfU&#10;Z9fLpTHNHLKgA8wT8/8Ai+ve8f3TFkW6adVuSbkEXJsPp/X/AA9uyBV1A5P8v2/Z/s9KpbqJFZTU&#10;tTiBjP8Am697yNkYwSDocjRcjhioNrG/Nrfn2wbeRaMAQM+hA/2fl0XtMFIcYH+Ude99x1aWZlBN&#10;+FDm1iRpubf196YO9Ac19BmnHPy40+fWn3GJ0KyOD5cPP/V/Pr3vksynUb8+UAk2NubXF/8Abe22&#10;gmj/ALTyFQPlk0oOmYrqNXwTQCo41PoPT7eve8ZrI44iI7ghydHOq30uf8LH/efbgtnLALnVj/UP&#10;y49PS3CgA6tRPmfLr3vjHlBd1kW/rIIAKgC12Ivx+b+9vbOKMuPP1/L/AFevTbXeghqgen5/5P8A&#10;V59e98kroyp/F31cgAXH5e35+n++PugjLkNn+fzx/sdXFxG9GrQilaH+XXvec5FGDowta3qNtTDT&#10;p9Sr/T+v+t739O60pj14+v8ALq/1SstRjzPz/wCK697zCpga6pb1WZdTBtJBLKWJ5tb3VhKwUmmD&#10;keopT/iunXuvEILtwIPp5U6975JIEV+Swe9wWB1WJF7/AF/wt7bMde7TkCtKeeMH5DJ6cEjsupaE&#10;j/J5Hr3uTHUNoJ0j0sQyWNvSbXJ/339fe2iUAAkluvHwyoJbvz+ytRw+3r3vyyXLM+o67X5vwBaw&#10;v+P6D8+2ytKClKHr3iMTk0pwNKj86de98GqB5SdKA28fAsGBaxNv8be1FvADGWP8vL/iulto0oXU&#10;xz/sf6qfb173k8rA8nUHKgqTZeDZz+f959ty2ZVjIoJqD8qA/wCHpcWRlIfz4/Z/q49e982aIIAt&#10;hMCFBDDToPNlv/tj7TiGQLRFJBzT8v8AD16MxotENfn/AKv8nXvfZmcEhbMALatRVFXnhP6f6/19&#10;tGEBasSB9mf2ceqtPABUmpPkCK/z6975s5bVZ0B03Fl0rYNpsSefrf3rRpNDwx9v+qnSfxNMviBa&#10;DFa/Pr3vibKXP5QW4IMYAJ5AP+B+nvceqtSeljMNB14B6975AC5Ww0lbk6Q6kgark/763vaqxan/&#10;ABfRfGviPQcT/qr9nXvfTagXbgswRebiwbi5J/Fjyfd1jrHVVPHjWg+ynHy6dkiSNKls/wCr/D17&#10;3g8RvqYqb8BQSD9QOP62/Hu7AZCZX1PEf6vPpLrBJUeXXvffhuSXZWsQbR8Eajf1N+P9f3tVGmh4&#10;ev8Am6oZPTy/1Y6975ELr1BQTpBIe17KOSL/AOw5/r7qyrShNADx68JcVIx8uve8biAFmjXSG0tq&#10;ZAyg2u1yPp/re/FJQer60I1Vx173yYqrIFsh0rZSATYi12Ycc+7RhlBJyD+z/i69Mu+pSFpQ8D69&#10;e9xJXRQ9wou/NvoxUXLG3tyKJgaoafbx6QrCOLmlPs/1V697iVTU5uR6gVQkEeogjmy/T+n+w9vw&#10;qwFKVNeA49NO6lqqO2lOve252ppQXdUuQV49JuvAuB+P8PZlH4y0RwMDz4gf6vPpBJ4QkqgNfKvX&#10;vcEw07C3pOu9ywFhYm+kkXt/hb2oSRgcVxTy4n1Pr0iuu56SeXn1721z4+CRhGyKi88kBQADzyP6&#10;/n2aJuDqvea08jx+Rr/qPSCa0R0IOR/Pr3tlqsHSzeRGjia9lUhFC6gbmw/P9OfZjb7tMh7iRXz4&#10;jPr5/n0SttMUnHArWnn9nXvbPLtigclpKSIqhGpfENIH0FieLf63s3j365KiKGSteGc/s6YPL1rJ&#10;RKaify/kPLr3uI+18WdSGiiUR2LL41UaWN7Lf/ePb7b1uRbUH/aT/q/2ei+blW1JqoAPz/y9e9wa&#10;naOC0MfskbSxIvGv6R/hb6+1UPMF+pzIafI+f+Xpgcq20beJpU+eBX/N172wV208OqsIoYo9XNtG&#10;plb62sP8P6+zGLmO6ViJGJP+f19Pl0guOX4FZqDhnFMk/Lr3tJ1e2IULotOrICLEi9hb9LP/AL17&#10;ObfdmkTVWp/bX8v5fb0jPL7SrqAx8zk08vmPTr3uINsNKT4o7EAWIJAW3OkEfW3F/dJ76MEOxGnO&#10;KUyflXj6dMptdxEyqO0A8ONPtB697eKDZE9Q41uFQsCR/W/BJH59k11u8CkqKkjFP9XD5D8+jW12&#10;q6llpqY/yH5ny697E7C7RNApkjmZf0atQP8AZPqYf8Rf8ewJuu6QSkkdxNRjI/0p/wAvz6GdltUi&#10;FWJ7h50NB+f+Dr3sSMbS1FO9xIygqy3a7Le9wDp4A9gmf9UEAZP7ehhZpKqLoNTXzrU/P7Pt697U&#10;sXmLDyMTpCiyFgD+Rcf0/r7SHRXTSo/af9Q6Flt+qVI8jnGR9vXvcsEXKMbGwYuTyGJ5DX/qPp7S&#10;yBmXQK1riv8Aq/wdGE1fDKpxJ/l59e98wzEyE308cAHgKf12/H9L+00kcsdCQDX9tf8AY/y9VjhV&#10;HGs/s8vz697ylgtixP1Ho5uAR9Tb+n49p1Ic6W8vOvVfpSCc0H+qnXvfDktIi8G9iXGnULfqW34+&#10;lx7cVGkBVeAq3+r/ACDp9I441qRX/Y6974rNwq2ZWHD6T6CP0qAB+fp9fbLA8RQ1HTlScA1qOve+&#10;auFYqeVViQq8yEk2Y2P196cOACMfb/L8+tCsZBU8ade985KhmuoA0tZVAUA8H6AfS4/HvSrpHqcn&#10;JPE/6uHThkYih+f2/wCr5de9w3mRS5sbAModm9RF7EC/0Pt9IpJDpjFT50HVCCQAT173kafToYsA&#10;T/Sx5sANSj8+6FXRmRgR6A44/b1pGZD2nj/q/Lr3vxn0nWx1EEBVYAIxN7qbf7f25HbPJiJTTgSO&#10;ruSw0k/n1730WURqGdVJbUFAvqv+Cf8AevfmjkjcqwIIxn5eXWvPs8uve8SsCxAYG3JJazWvyFt7&#10;pT1FK+nXgPI9e99iXTcakGpgOTc/65twDYce/FBStOHn14EoQV/1fLr3viKhRJq0WAYlQDqvxwTf&#10;i/8AT254TkaqH9nW9ROSa/Lr3vkk4P8AQchgLhbk8ggf1H9PdNFR3cOrRMYga5H8+ve+nlMhUCyh&#10;b625JUMxNl/HPPuvhhVqQPUDy/PrcjlhWnw5/wAmeve8DVJ1DxuOCAAwueeOD+fbv08LLpcZ+R4f&#10;8V/PopbWjFWJqP2U45+eeve+Xk9Q9R5c2JOl9P6foeOPadreMgtGK/PjX5j/ADdPIJFTxSKjHDiB&#10;6/n173z8wJC+pQSo1ElSGH9o34Huhi4YofKg4/b8uvI4JAU5zw8/tp+3r3vkstygBGoNpsxJDf8A&#10;BT/Ui/twIVWgzXjT/B0ZxyLHGEH+r1+fXvePyku2kiwOnlS10AsRb+tvyPdGDrlqn7D/AKh0jeZ/&#10;FqDg9e99SSOpiBT6/S5sTyCwK/0P+PuiqamtfLz/AGfYeqFmZi0mTT5Z9P8AV9nXvfBZbABiVIfX&#10;YGxPFi3+v/h/T25UgkjIpxpw/wBQ4dKFuCmCKjA4Hz697yeQXIQEtdTZ2Ok2X6X/AKfQkD3bVqU0&#10;pSnAcf8AP9nSsTI41KRw4ef+r/D173iMpQMHCMQx4Xj0kgNe39SOfdWhdmAUGhpXFcjz/wAn2nop&#10;cqHK6q5/4r/V69e99CX6khCCRp0k2GkflR/vZ92+ndO1QSTXiPX59V8RACK1qfz+Wf59e9546nQg&#10;v/tfqLXZCv1Ym9+eP9vb3ZlcsB8h8vy/1enRwrEhTXyr8j173iMyldJazc3QADVr4Nm/Atx/re7l&#10;HJ1cc/sHW1lDGpP29e95PKHKlGUtrJIQgNa2m1v9bn20UNCaEfP5f7NOm3QSCg448/P7fTr3vgJ4&#10;vRe2tme5U2t/Xj6XPP59+WJvhOB8/nnj5j1x000MVPPUfsP+oDr3viH1hLfV0YfUElgTdePoB9QA&#10;fbTK0b6QOFf9j+fSBtIcqBUDy9P9XHr3vozL+nUOA92uApIN7N/tiRb6e3Y420V00r+37R6f5sdK&#10;rZwqmmDj7eve/NM4dQGLIpBtcc6vUGH9OPbpjBycH7M9K0kXUKnTx6977eQX/bH+pLEH1Kh+lh/s&#10;be6KtJKsMf4T/n60kcSHxAtf9Xl8+ve+HnQMkZvb9Vv02ZuAbjn/AFh/sffiraTpqSa5/wAn5/5O&#10;vST6F8OgOqv5D/Z+XXveYHWrEHjSFcg2f+oa35v/AE91rWjDIB6trEmV7h54/wBWfT7eve8Qddbh&#10;i5uNFw12Fhckr/r3/P19tSW4Y1BoK1I9f83VCJCdINFHD59e99PPGWSNSbFQuo/W44UH8Dn294BM&#10;fCg4/wCo9aMWpKkkH+XXvfF59amPgMObW/Sv6fp+fpY29stDHG2oLgcekzSyxEofLjgV6974O173&#10;azC4uwb6XBsB9P6+7AEED1AOP8v2dM1djWufmc9e98jU3AW4fhSeRxexAYfg293FaalNGHDH+rHT&#10;5uAUZT8VKcMV6976eSw0u36XADXHN7Ff0/7Hj23p7qoPKv8An/4vy6RUINOHXvfFZWUMCpe3FzYN&#10;ote4t79JEslCD/mr6H7el0c5Winh/g697zK6op1tdGvZhyTY2tb/AFvdRAWOOA/1DpbWEJWteve4&#10;hkRhcKACQfobs17r/wAbPt3SVbIrjHRSXcE5qeFfl173mM5v+NNrN+k3I9XJH+P0908JSp0ilQKe&#10;vnw6cF09M59f9Xn1730sxNja5nOldRsfSbFiR9LfW31/PtMYiuDin5j7OlgljOQePr173gkmVmte&#10;wuR4zzcg/r0n6Xt9fz7WRJojAA4+fz+Xr+fSN5nclgcA+XD8uve+JdHOpW1epQQhsD+OD/X3bSBX&#10;t8vT/V/q49V8WQHVWvXvfUcwY3Cs+r0gfgn6fU/gf1968BaAEAD9hr8+vJ9SQGUmnHr3vpC8ruus&#10;pZrOWYf2Tyqj/fW928KJaVFfl/g/z9PxCTXpLHHl6jr3vjJOA4ubFjYBeAdQtex/3kj3aOIHvUDt&#10;/b14+LIdAwAfL04Vr173z1LEWjMn7dhqLfUsRdWY/X/be3KahqI6Wr2V08B8uve+XmiYFdRDFQfI&#10;SfWPqCrC3J908KndTHz/AJ9OFyfUfZ173j1ixuRJGPwxIYaubFvzb8e7aAaAD/UOm2KuNJzmvHr3&#10;uOkxRmtzGCbkGxOr+gPP+v7pLArrqOB+zh0kcPGCFoV454n8/wDL173iMil00jjmwtezfW3H59ua&#10;KJTH+odJdbgaq8fLjjr3vp3N9Fz+oegEarWtqV/x7o0canXp/Z5n5+vTzGSGmRn08x8+ve8gnA8Y&#10;Gm4udIbgkcANf8/0918GhNDj/P17xQ3DP+Svp6de9+Z18iWTUNHN7Egsf0gn+1/j7uNYSg4DjT/N&#10;6dNMSoBBPXveEz6bKt9B5cE+oG9ipJ+lvqR78Io2NSK08vI+detGUsKHgOHy6974o7MzDhSRqUks&#10;CQBxa/J4+nujpGfi8zmnAfkOrl6gD0/1V/z9e99GUFnBuQLKpDEDgchAP8Pr7cWJExGBj5VNPn1Q&#10;1IoTQHr3vh5fWCWtcC3BYFT9OR/tufejEtRqXI9Mfy/wdeqdPh1qD6H09eve+mnCtyU8agK1mOqz&#10;cqdR/wBt70bYae0n9mP9Q8+rKdFcUFeve+DVF7BhzpAUEWIuePUP6j8e9C2zrBwPP1+z1/w9bDI3&#10;Dhw69780p1guwVAfoALAfi4+p/r7ukWmPSM+tSetVVzSpP8Ak6974MUGosVbUwu4twSbqePbqVwt&#10;eH+rP+TrwRCaOf8AZ697w+Nf3HKkBiL2NrOeRz+L/wBfdyxoF86/6v8AP1WSNitZFx/P8+ve8MkK&#10;yM1gbgFhqYWKqvJHP9fai3JANeB/w9IJIhHQjBP+D/V5de9t89LHUD1AMPGtr3BP4Nz+P8PaxWYn&#10;UMH/ADdJpofqMk0Jp+z5D+fXvbbNg4XZmuzI7AcagGAFiQf949rYbxIzoPH5/wCbptbOBARQmuKn&#10;PHh/Pr3uEdtUoPoeVNXJ0swZQPTdifwf8ffpL9lepofSopn8/Ty6RT2DwtVanyoeI/Lz6974DDSR&#10;PeKqf6NxqKn6ek6B9Bb8e1KSxMcqAf259B6k9P2tsIVz8eKnjTr3twjSqEarIxtw+o31NbghrfQD&#10;8e0Ny0PilYjRvl5Hy/bmvp0tHb2jz/1fz6975yEqL2C3Ycv6rsDchQeL/wCI9p6UOoZ8q/6v2dF8&#10;1vpNQMeX+XH+qnXveEkyKdSLq1FroB6m/Kj/ABP0/wBf3cOQQoNRSlP9XHpP4UZy1eve8g8XpRoV&#10;JLKb29Q5403+g/r7f+peNAy1Nccel8cMCqGFCPX/ACfb173lMUIB0gOhuCqlVcHT/j9Pdo7h3aj9&#10;pB4/5a+vDHSsWikeIKZ9BXr3vGkaaf0H0kFiTcAX0+kf1AA59qGLA4Jr+WOqPGENB+XD/UOve8Gh&#10;ArRlQbMygILsVsBbn/X93qdQbIr02VGCBg8OHXvcWaOA3SySfRmsCVva4a3+9/63vaFlPH/Z/wA/&#10;SZrWGSrkUP8Ah/4rr3tnnxNLOJLhdRFzxZdVuG/3j6f0PtfBeyQsKYPDy/YPmR0kfbVbs0A19P8A&#10;Vx697bJ9pUrudekFkYMyryD9QS319qxu8qrUGpB4Hpo7cxFQD/L0697Z6jZKI/7UrC8d1NtV1tYa&#10;mH6eB7MYt/k009OPD/Ufy6LJtnJYumflw/2D173gO2a2MnxFX0rwFY+q4uQb/kck+2zu6OTUcfXy&#10;/wAwPSZtumUVIp9tP8nXvcKo29Xf5wpo02ZAH1AaT+kD/bfj2vi3qBRoIqMjPpnP29MNZyrhcjr3&#10;vuGnyEJUGld0vqDcW9X1P+3Pukl5bXB1/i4H0oK8B69KbS2uEapBp8xjHD7D6nr3tUYwSxsW8DD1&#10;KzM/pIRTz9P6cn2R3boa1NKVHrxr0fQL4Z8R64IFOIyeve1etSLAuGR9JIIBBLADSx/HA5A9kkls&#10;XbUpAH+r9mMdCC2kKNo4g+flQef5/wCbr3vIJzItnGpRHbQb24Ngv+B+t/bawBBRDknifX1Hy6Uu&#10;GeMrxHmP8o+XXvbbPjqOo9TRBlbQFsbMG+rAX/H45+ntcrzRnSCPy9f8o+z/ACdFF3ZIzamGfXj8&#10;uA8+ve4QwWOiIdEuBwwQqSp/AW/5PBHt766XCsRT/Zz+X29J1sU1AUABPGh+3/V+XXvbnBDFAhCK&#10;LAKjX/tD6gm3P+v/AIe2JZGdiGOR5fPPSoQiL9MjIP7DnP8Am+zr3uSLp+lATpLFeDY/kavyCSfa&#10;LTNINJNDX1oD/qHn0shMTD9QVbyz1730XFikn+bdypFrEkAjQSDwBf8A2PuggmPcpznz9OlpETjQ&#10;aVP2Dr3v3kuXsUsG0AjSLtaygN/rce9iCQEKKgH5+dc9IJVSOWjHUOP+fr3vFJJCi6L/AODXJ1cG&#10;/H+sPdhBOSCTQCvz/wBVenzOjCuniajh50/w+fXvcH79dXqNxq0RuB6SCDY2+tgfakWdASWPDIrw&#10;/wBX+TpGVoTXB9D8j/h697eKFY3fyykKG1k6/T6foAD/AEtzx7K51kQ6BkjiR5g1of8AJXpZZxLN&#10;MF9f9X7eve5c0dNHf9oEMQNHDK3p1WA/H9R7ouuvGmPsp9n+Do2eOFUIfFBinHB8h69e9t09VSqT&#10;GEUHxXTgBjZuSNP+wHt9YpZGqKn9pp0XvBE58Qr/AKvU/l1722TVqL6EZFOm6NYqw4B0/wCw+h9r&#10;YLZwVdu0+ny9af4Omp5hGAAc+nAD1x172wCskKt+oLcm/GlQT9OObH+vs1Nuqmh44oDxpjz/ANWO&#10;kUl8FBVVJI8/L/UOve40lVZyzIXW4KqvNxaxJJ+nt4R9vz9fL8ukUkjPSp4f8X+fXvfhOjtcR3Jt&#10;a4PALabf4W97ZCtASOqUZPI/KvDPXvfJ4yhUKAobk+q5AU8i4+v+PttWLVFK/wAv8P8Aqx0rggEo&#10;PiAgUx8/29e94ZJNKkhkuCTb6lzblef8Pp7fWBCoDceFBw+2v55/Z0uXw0AUDiPy+3PXvfGSeMxa&#10;VBTWAXNgLn6qqn/Dkn29HbkGqkinDz8/8nWi0TNxGPL/ACGvXvbc6AqDJGGe5uTYrotYEj6cj8+/&#10;eJoOqM0/z/5/XoouYoGc+EvDjTIP2D5efXveAIqDVoCkF1VQLllA+v8ArD3cuWNK1OOPy6LfoYSA&#10;AoqceYGf9XH1697hPQU8o8gQXNwCoN21D+y39fz7dFzKGoWP2VwPl01+7omyq1OcA8D+fl173BfF&#10;CMWAAuCFDCzarnm/493W9cHia+fn0jk2+MVB8v59e98oKNtBL8MV0WANmGm1gfx7flvDUsc+vkaj&#10;7P5jpLNZFUAjqw4Hzp58PX/B17254/BPUVFNDBC9VU1cscNPAqNJJPUSMI4oogLkl2KoOPr7VW0l&#10;xeyLbWoMkkrKqKMkszBUA8yWYgD7eoe9z+Ztk5M5Yv8AmDfZ1tbKxgkuJ5mIVUiiUs7E+RoMV86d&#10;dMQASTYDkn+gHJPu8XpTYEnVfWu39nzur5ZDPm9wuijxrmsx/lVTSxOvDrApWFW/ovv6BfYnkAe0&#10;PtJtHIcyCPcEU3W4MBxurgB9Bbg3gxlY6+RqB1+cL9/r7yEn3rfvR8y+7NuzDa5JvpNtjZq6LK2/&#10;TiNOAMhBkNBQ6usMAB1zaSrTEM1yblVGlLi9hx/T2KaOH8yk2ZgNLHlV1f2CP96v7lWOQTeLGrZI&#10;FGrgA+RHr6V+XWGrKVCmnDj6/b1n9zqYRxIkkquUD2DqC7lraVBH1Jv/AE9n+0i3tES4vEYxFqVA&#10;1OWoQtQMklqcBgdJp9UjFIzmnDh9ueve5ziSKOlk1KWiMjSXvpcEWW5/w+h9iidLrbrGwvAVM0Jk&#10;eStSrfhWuARTh8j0lXQ7ulMGgHy9eve5sUySkqP1KiSSCx0rr/TZzwT7E227hFenREamMI7rQ6U1&#10;cO44Y14gZHn0lkjZBU+ZIHqafLy697zCwPj8gjeQ3jv+oaeWKq31/wAfZstFZ7MT+DJMdSZGqgoW&#10;0hviFcH06oBkNSoHH8/s697zj+in6D6n6k/nj2cprIKK1So4niT/AJOmjxr173xH19QJ0jVduSOe&#10;fp7SppBEcyl6AkE9xB+dKAD0r1YAnh173xY/W/5P9CPqP6e27hogDWpD+gzU4GB/h60K9e94WBj/&#10;AEi4Fjwbkf1FvZPcRmyzarVVIODU081APpx+fp06p1fF173wVh9GL8gsDb0g3+hH49ooJYtJSZmO&#10;qrKwFEBrgH0P5Up1YjgRTr3vx0ldRQnSCdNzzf8APHvcpgNv40qH9Kp05FdX4seZ8uvLq1aQePXv&#10;cCVVY/tqWbSrWHLL/iSf8PYNuraORytuCSFDUBOBXJP+Y9LEag7j/s9e9tdSQXVgulEGlQb8H+v+&#10;x/3j2FN1eKS4DKmhUACg8ftr5kkE9L4QwQgmpbj/AKvl1733T1Np1sp9KBiBwCP9Ux/31/dtv3Er&#10;fq4U6UXUQDT7WP5cR59alhrEQfPr3txaV2XWtvHrBAX6EfksfqB7E017cTIZ4QPCDAgAihGMk5IH&#10;249R0jEaqQr/ABEde9uKVKoULo2madYkZI2fhhdWkt9F/Bb2O9p3dU0yyRFUuJNCsFqcrVSxHBBQ&#10;jWccOkhh1kgMOwVNTThxA9T8hnr3t0gqU8rFQfS+kjlQB9dQA+ot7E8VzDda44cmM0bHyrUE8R6E&#10;fPq0U3gzB6Ch+eAPmB5/LriRcW/P9SP+Ke89VBgKyogkrKZTJBIlVSvNTw1CCaI6fKhkBMTfjUvs&#10;ruorTxlju0jkc9wLCujRwIJqARXFKV8+hFHc7WZGkieW3DUrp+CUVFQ4BBAPmCCPl1BIrlsimCSN&#10;tSyEs8cseoekxmxBt+b/AOw9i5t/PRUksGOrqiPTXAPj1UftwixLRM55APGkEC30Hsl3Sy8T9aIH&#10;UtdVeLUzUD5Dj1P/ACRzhb7dcRbJuky6boBrYAdsYPFC3EVNNIYChwK9Vo/M/wCM8/YGLreyti4h&#10;k3LgYpo9400cj0tbuSho4gaaujiS6ySxKTcodTgc/T2JKspAt+bf0/PsMsDq6naJ10gjgf8AL1RL&#10;lsTkfvaqCoDQ1tPNMs6zI8ktqc6lhFrliQPULc/X3maLjj8j63/P9PbYfOPLpU9tUY8+g8od2sJp&#10;RJNUyLDOEqFdVISFzpCBTYqAbAXv7LZ8q921eyumtxZKipcnWVVVJQ4xI8PTmprY1ragQyVSxqR6&#10;Y1Yux/oL+y/fJLlNkuXtWVGK6CWNAFdgjUPk1Caeh6B/Mu3w7mbPZbiVIluZlqZG0I3gqZijN6Pp&#10;CgH4iadWxfyvaCl3V3RlstUQSiTaO0Mpl6IyyxyRl8pVxYIqikH9CyOQy6eT9fx7qHxWHlzm5IaL&#10;Gl2qpMfDWVmWko4zNlEDeVRKOAiLqKsjAMWN7ce4JnlMdvR6qKmi4IBpxB9Pl0jv9yTatma5vQBG&#10;sjIkQc0iNKGnqxoCCMUx59X8+zl7J2PQYlFqkp4TPUJCpGjgIv8Amgt/ylzb2o2XaJL147iSj6uC&#10;5xXz/wBMDnHWN3MvNF1uLGB3bShJ48T+L9vXvZgtuY8Bo4yPQr3cr/ReB/re8nuS9rXa9rZsaqkf&#10;b8/yrTqPrSL957mivXSKE/If7PWCplMMLyD6qOL/ANT/AIexnoEjSEWtwqi55t/QAf737Mrgs0le&#10;p92eOGG0A9ABn+Qp+zouu8pK6pyMOjzNGZZSI4RpLnhGd2HJv/Z/pb2ms5CFV5fq5vqJ0kHWbAr/&#10;AL17NNvkqwUcOgFzfaLHG1xxY1qa1GTin+AdCns+uaopYoBxFCkUcYCMjftrpkVr/U3uST7Qup4m&#10;Yglbixt9QPr7NHbw3Msh7aDHpTifzHH8qdRGHeNiEND0vbf1/wB8fbn91HLFCukmdSGDKAFXjj/X&#10;v/T3pFqS6GqMB+w+fR8dwhngijKnxkNajAH+U6uFOHUYQMJHOr0Oukg3J5N+B9B79kqF4xHURhjD&#10;UoHDXBKSH9cZI/oePeoJBMjW7GjLj/Mevb7tUlr4e4RAmKcBqmnax4rj+E46j0Nak7z0rWWopHCS&#10;R8kmP6RTC/1DW+v9ffLHTlJkI0+lbHXwpb6jQPoeRz79cDWrLQ1HnTH5H/VTrex3Rgu0bGB54yMi&#10;g/LPWathE0DxnV6xpuv1Asbk/wBPYEfLrpafvXpbN46joAd17Liqt27RniDPJJW0dOzVuPicDW61&#10;VOXQpxdwn9B7w4++T7R2nuf7N3pjjMu5bWGu7XQKvqjH6kYFKnxIwcDiwXrpp/dz/eK5i9g/vKbD&#10;zRFIbTbpZVtr01Jje3mYA6icFQWqSR2Z9OgtzOewPXtbBnMjX6YM1lMXhMg8jrDHSiqkWkpayoVj&#10;pRImILNc+kn6X962c33Eb+GWN4po2McySK0ckcsXDRmNgGDD6NccH388jxhS3y4j0z8/Th1+hV7c&#10;83WvMuxwX1lKJYbhEkjdWDKyMAwKkVBBBBrXoXQQRcEEEAgjkEHm4PvyyTJa7CxH9T6Ra4J/2Htj&#10;TGepRiluIxTIr8/L0p8+u/cmKeZGW5vfghSD/Z4BP+vz7ZeNDXpWJ5KFmH+X8+ve5WvQdIDC9jqt&#10;6SxAJBX/AFvbOnUM9KkkqMYp+3r3uVE0g5kv/a9IJ/X/AGSP97HttgpPb0sgBMqkZ/yf5+ve5EbN&#10;w0jHgAWAuRYfS/8AW/19ttTgB0bEipUde98laxIcaATdVJ1HV9Abn6e9EVHb0gvCwYKDTjUDP+rG&#10;f5de95tfBCtwfSqXIBA4JI/5JJ/w91CgVLdO2jal04OK/PjQde99aiAB/qB6/VcH1Xsv5449605+&#10;3pUaeR697yhgRYMdRIA55NjZjb+pH+9+6lD/AKv9XDqsil0K+dMfL/Vx6974F9LJ6rqNNgVsyOeL&#10;n/Wt9fdqVBHDovS3kYUbAU0/Z5186k9e98Cx0gn88tYX/NgAf9t79x7fTpVcLrhBGT8jT5V+fn17&#10;3yWRQLtcC2klgD/r6Sf6m1veijcB0VkkYb7fl1737y6ybcEhjcAAi31/P+Hv2inHq9QrDzPy86n+&#10;XXvfuWuTchuVf6cBb3B/3s+94Bx0ZW8hlSp8jSv+rz6976aTTqu310i9uLt+Qf8AXN/fgmrgOrvI&#10;UTVSp9Ove+KtGGI1ksVYqWv/AK1x/vPu1HI4Y6uDUA+vXvfTSWC+vTcANY+km/psv0P49+VKnAr/&#10;AKs9bpXC8eve8BqFGpbOxvbUoJvckgW/3j254Z4468RQd2Ove+ixVtQP1Kn8+n8D/E+/UxTpJcQy&#10;SPQEAAU40IrxP/Fde98S9wbrx+uy3uq3+vq4J/w930UOem1sdJo7cDTHmOve+kc3IBa3qNvpcsbs&#10;AT+R70VqPn0vIx9lOve+ZkIXUzagGsp4Ita7G3/FfddNTTrR446976aoNgbc/QhW5tb0qB/vfu3h&#10;5p1pqZAPDNfs49e94vMfSONN/UtrFV5HNvz734Y48eqqwbSxpn7Qfy/2eve8ZmsUJFyGJIuRze2o&#10;W/2Fx+fdtNQadWkA01GD9vXvfTPqOrSQ3IuGvx/XQfp/X3sUA0nreo+HXr3vEZrMbkabHkDTqI4u&#10;zf192CVHDqpNTpPqD/sde98NajURrEhPJa9kv9Cv+w/pz7tpPpgdFs8xmBijGSTT1xxFOve+i4H4&#10;YsTa9h/t2tyf6+7UPDh0x4ksSgVKn54/1f5eve8JYlgzs3oNwCf6DliP9ja3u4AAoo49PpdmpL91&#10;flSg49e94PKGYHSSHsguQLt+Bp/p7cCMBQHIz0p8cEAoajj6Cn+f06977DLcDSbHUllstrC5+v8A&#10;vHv2k+Z6YuZPEiIQef2/s8uve+2uxCWJ1sApubmxvYW/1x72kZbK5PRSY3QHHp5jj/q49e9zarF5&#10;OhiiqKihqIEn0tHO8UiJMhFgQ5HI9qo7G4lqFU4Faf7HVixCk0qaDHn17203l1BQl7teyhifr/Zu&#10;L3/HtQNru6fAa/6s/Z1r9c4UUr/Lrom31/2/495Xpq1ALQS/uNdQI5bWBsOSPp/re9Dbrommg48+&#10;nwuaFhX7MV/zfb16/Nrf7H2rNv7B3bumRKbEYWtqmdzdkgk8Yuf1KbWAB9vW+z3k8wSNSWb4QASx&#10;+wDPTFxPHBqkmcADjVhWn556wVNXTUUL1NZUQUlNEpaWoqpooIYwPy8spCj/AFyfY1x/FfsSenik&#10;o6WOascFqilaWPzxaRY3W/0HscP7X81Q2H71uLOVYMdxUilfUU8/+L6Dqc7bAZTbrMtUoKVx/s06&#10;DSXu3qaDJLiZt/7ZjrpDpiibJwaZX/45xy30Fv8AAN7Qe5+jN7bcaKnnipqirkAJpKSUSzJpNm8q&#10;j/Y3Hsmt+VbqWpMbChPEH+Xy+fTcvM21yOGV1JOAeGP8o6EOjyuPr4RUUlVDNAQpEyODGdQuLMeD&#10;/r+w/k2nuOnllSfE1ShT43bwO2mx4sQLfX8H3teUb9ZFDITT1xk/z+fSp7+1e2M0T1qKcajh8upw&#10;ZWAKsrKfoQQQf9Yj2bv4/wC0tx7fFdm4Y/GhgSJwAyy2f1AqPx/ifeRftJ7VX2/7nEjR0odTEjHp&#10;Svz+XUJ8w7rBFcMZ3CepY8K+Zp6+dOi/d+dn7P2VtxcduDIwU9RmZDBSQvIo1PGNRLc/j2abaO4J&#10;aGv8VZKhqaioMguP1AfQKfx/xX30l2Lb73272TXtdVkjRmABI7h9noMU6iubebCfcfpjIHCnBU1W&#10;hNTnz/PqmD5N9dYTvWnbz63w8MSY+Spgch4YqgjU6sP+J+ntU96/IHc3W218Y23sfRGOtieOorHj&#10;WWVZQbRgsb2IFz75/wDvB7ve4G8bxPJcXc0aEnSF1IKedOFK+Z6yj5F2/ZXtluLaNC5ArpAB4efp&#10;/l6Ff4J/ys/h5s+Kr31VbCxe6t5wViSCuyzNVy0rSDyl1BNgp/oAB7ATqb5wSRTSUXYOJpMnSLJ5&#10;krEVYqiJwfSAwAB0/j8+8aJOdd98cSXdzJKEOEkdmGTkipNK8DTocXFq1KRt4Z8s+X2eXVmW7/i1&#10;13l6Gpj2dSQ9e5KopjTPW7dpKeCKSIJoX7im02cr+CT7NHke+tp9q9c7lptsRS5LJUkBdFrHi+/g&#10;pySss0UcXJCj0hhbj6+0PNPPQ3W+jrBFaxGlFi1aBgDBY1yckGuT6dEl6TYuZIyFBGVXhX1+Wc9I&#10;Xpf4sf6F9zw5mHdlfl0rIpI8mHjSGGvqb6oqieBPSrfT6eyxYHGww4DBpK7ioknrqmKlnBZ4UL8a&#10;kb+o/P8AT2G4bQ7reOqqDWgqPt9R6fPz6h7mjdJE1Bf81SOJB/wV6N9V1f27TyG4jjRdRP54vx7E&#10;muwuwsjtyp8tOVzS0jfuqgVGcC4VSOfr7kW05B3aCAThGKZNfl6/b1HdpuF1e3g40qePkB8/8/QP&#10;DsDLLuiOiD0j4uWdIfU4WVNRtyCbW+n+w9kzpaLJYPcyZWjEsUcMrFR6kB9R5U/1/PtDcbJudrVg&#10;jFVNa5Ip/mHUmW7xmEpLU8P82P8ALXobBJBURFWaN0kQqyEhgysLEH+osbe7Buqey8R2ZtfJYV6y&#10;GkzeJp/t1WRwslRxaRgT9SLXPvKf2N9w7/bNwi2vcTVHYEMfhBpQU4UqOHQS5g2qU27FCNByQxNA&#10;TitB8uqNv5hnxTfbm4MN3js3B1GXxiZKE7lw9ChkZAJPKtSYhe6j6Hi3tPzV9XhqiWlm8kgjOl5Y&#10;rupB4BuPx76g8ryma2jnYkAjHqBxH7a1+fWMPMe03f1bBASK0/3mpqPt4/Zjoged6+232RTQZrFQ&#10;UFJNUvrgo61BFJ5I+JVKNypuLcW5H09q/aO4KGZzGY5naJtVrHgsbX55+vtHzfzVBtqs4k1FTQFs&#10;4I8uHDP58OgddbVcOCXY19SOPpX5UxTom3yJ+JXYWepklxuRxWOhycDQymNBqMKN/mdaC1iDzb82&#10;Ht/3Pk4YoKpZHkmEtOR4orgqxFlv/sOPeJvuBv436Mw2y1qag4qTwJp5V4/l1bbI2sj4jgKCRT/P&#10;/l6Mv8APj3WddVWCylTSUGNqqOqaGarqI/8AgTTxMskiqxs34uWB59k73VjsWKuSWpSSOCUs4HNw&#10;zfqJ/wBjbj3CkHJl1LW4lwKnjk/y8vn07uG+SowiiNaGleIx+H5dbI+z+w6ipx9NR0Jhq6inSKOR&#10;lYBQq2Vb3P8Aqb+0mNsyTUcktBK70UiPpiLFlC/Q8H8/09h7c+XtykLQgMfsH7K9Crlre5I5hQ8a&#10;E0xSv+bz+XQl0u/8TT1kNPk3gp60EBmcoupiL8H6n8ewcj2dk5szPRUFECZZ7MzKwQtq+lm+l/6D&#10;3FO4cibis4oj0PyyOP8APqe9r3aR418Rv2+QPA+lehTO4cRFQrkJq6njpvEJWkMq6QmkEv8AX6ex&#10;6pNjy0+HNFk4IowYDqe3LTadKkt9Rz/vPsX7P7F8zbzB4yWsreYOk5X5Ypnh0MrKRQmtTWpAr6mt&#10;B8s8Pl0EeR732RT1601JmKWtk8whMdPLG+m/qv8AXngE8ewDrOua6DIygQNUQ+QkzKp1KinULt/U&#10;C1j7Au/e1+7bRdm2uY2jYMRpINP2U/I/MdH1zdSxQFC2nTUEHNCMHHGo6FfG7nwuWo46ukroHSRb&#10;hfImof1BB9iHsjEVWBz1PULLJHSxgKUBcowbkqfpz+fcxezvtXvd7usUtsjaUYFm/P8A1DqDub96&#10;jQOhcBqeufT/AA/lw6Cvujd2DpNj52gmmp5quroZoqenLKxLlP22IP8AZv8AW/szmOp8tUtFU1NV&#10;HJRD1CCdCZNF+SCLf7C/vsjyJ7NQ79tyW25rRDpxXJI9D6Dz4dAnlXnqTZLstKscq8PDkqUOcUKk&#10;GvDIPVE+e7Q2zgMtkKHA4aYbjBeB66ncGkeaRblXQHixNjp9z83g4sklNpYlvIt9AYqUHJuTx9eb&#10;e56svYPlzbbeNbZVFaBu0E04HNPsHSXf9/fd59chr5fZ50UnyH+DpHbO7L3Hha3LzZSqeSMwSSr5&#10;ZrNHNKxCMi/0H0t9be1ft3B1ENl8YROPGFJRnVRYDV9fZxN7Mcjzxsm8W0c6UI00/wAOPTyHR/yV&#10;zONklGltKg6iPKo4H5+h8jXoEd99u4rFztkWzdd51lElSscjGKlqWk8pqNANjc3vb/D2p5tv+FXr&#10;mo4YaoKxNQiJGW+pGpktfj3htzF9z/l2654k3rl1I7e3YgiCKrCo4nORqx9hJ6mjn33U2Xfttjls&#10;E8GZowsqKAI/EFRrTzGuoqpGKCnr1Lyn8xfKbgw2N6+2/mZ8wKpFpauCpnaYQmMBQKUv6gr8Aq30&#10;uQOPYf071NJmRM8wEehyNV/W19Lcf4+8h9h9tP3DaJbyLo0qVXHbQUGfUeXWL+4X0kqkIpOf8uaf&#10;tr1H3nRUO8us6nG1WNmkra+phmnZBYUoLa10ta90bgm3+v8AT3EbGR5+vkP3CrO7EgF7AKGsTpJ+&#10;nsg/qTJPuhlHk2aUoFrQf6vl0CLiyc3Osqakn5/ZQ9Zod8ZTpzZ1FQLhZqnEUtKsDtFTGSYlkBW8&#10;wGoE/gg8D27TYakwyQG8c00biQsgH6ibXAHtXvezy2apFGgBUjgCK8KV9OGB8/n1W6jaE1WiilK5&#10;oTXz/YeguxvZ+6OzqzKRtBW4zE1tM1F46h3VGp/Hq9RexNx9eOb8e1rR5metp1DVTI0MQSOK9rnT&#10;+fybH3JfJltCbAtQLK9NRI7qADJHH/LjPRrYXbfTlFBFBmvEileH8j+Vei1v1DtjZ2ayNVSbUoZR&#10;msgazI5YxeSQQI2liFIIX034t+bn2y0cFJUVtaaiQpUqBpkBJJYnksP6C3u11ytBuF28ifECck4y&#10;TX8h5+fXrmxWfK/CfXy8qV9Ohe3edy4zbm2qfb9NTT4KodvuKGSMaYKYnn7e39QQGNrn/W9gr3dT&#10;VUGMxVTDO0i0eWpHl8blmaKWQAr/ALc+4R9y+WprNw+rUdZyOGeAr8+o05stpUuKLxqQT5YoRn86&#10;j1HVgn8uHLYl9174w9TiY6CTMbYrVpmnp44ojPRIyySgkcem9ifqAR7GzaYnqsZjnBPjmo4WKNe4&#10;AQD6f4+9co29wUT/AEua/b8hnqnKniKjqwOqv+f/ACZ/Z1WB8pK7Abe7F3vooqd63G7irYjVQFWu&#10;8szSqt/oQF0str29q5q6jxsR81RpkjNvArAsPyjMBz/h7yF5e2e5MYEuBWhPlk4/Py6lm0kuxDUO&#10;amtfQj5/Py6BTb2wd69jV8cmPwQGPrzqfNVkTw0xVB6kgdx+QL6h9Tx/X2htyZymrVgeNXZ1uioP&#10;q3PN7f09ynt6Lt0J0nUK8Bx/1V49GQupkBbVkGnr9lOGBX9g+XR/fj/1Jm9grl6SsqYFpqhoZpZb&#10;X+3kVDcoz21A34/249wRBVJQsxUlZkDg/wBpAg1c/wCuBb2bGeAzBxwH+Aj/AD9W/eLmTxC1SBg0&#10;NAKcfX1/PHQiPn8LU7shgWohSsx070LgxgQzNUg0+sfggMyyX+nHv//SGjOdNdfZuVv7u4Oox9QF&#10;Fnt+xKwN9DR/63N/fN/ceVd1YtU6wPMCv7D9vkePXTvZtyVozStB6dvyzXz63Qdr981GPo4JN4ZP&#10;FOJB+5aRIqiFbAAsBwT9L29xqD41UtfHLVmN8c8PDiUgLOCCwEQP5J54/PskPJe7xHU0TEDPw1+3&#10;/N/Py6PzzBFCjUGKZPoB86/Oh6kZb5b9YYqspqD+O4+tqa1xHHHRzCV45GNv3SvA03F/Ydbz6AbC&#10;4v8AjmLMkj07MZYBFZgoPqZQL2I+vsK7tt17YSskqEK2B6V+df8Aiulu38xxzOFOKmlD9h4n0p0M&#10;Wz+0tu7vqDSUVTF5/GkigSoyyhvzGw+tuOPr+fp7BMJJSh4VbxyIGADIeONNmHHPPsEzRtLNrkpS&#10;oBHDI/w1pT/D0PYbiOWMS/YKUqanyHyOKf7HQm+0Vno8tMCXM0sKknUPV4/xZh9QfZ9YhUUaaJX/&#10;AFD9vz6LryS4eM+GArUPlxHXvYL7hxdTUDV47MhcAldZPJBJv/T/AA9j/Z70RN8/OlOA8vs6A99Z&#10;icaQuTihHl6E9e9omo64ly1M2QhgkMlMDI8YX1pGpu3PP+39yBBvEYQAGhp6jzFTXoJ3WzK7ZQV9&#10;DQHh/q+XXrj/AG/tuSaLAUrKUJlOr1ELYMBpCkD62+nuxD3Uq0ShXIzk+meH5dNzQm2iUKor6fIe&#10;np6/YevewQ3/ALPy/YQjrYqAVcVK7lpPGWKBvoX0i9uPqfY72HcxtkWktQ8OPHzqK+VT1HW9bTJu&#10;EjSafyP2+X2de9h3SdUmhj8iwRNOobUoQAhhy3o/H19mrc1tK5TXSmOB/I9Elvy4GViwoVxShxjz&#10;/OvXvbFm9vMkckE1KFdUPGjm4F9XHF/9b2bbfvZadSzUB4fL/V5nouvtt8IlNI9Pl/q9evey153a&#10;Yqsm3+TEFX+oS4HPBUEe5Cs95hjiIVjgU/ZjoGXO1lZDGgNPKvkR6j0p/M1697We2ds0UckNNHHr&#10;IW0lwbEn6m5H+39lm47i7ICpoPXo1sdpftdhQGhJP+D8+vexqo9l00qwjwxgkW/R9OL2U/g39g2b&#10;d5EkINKV/b0KYtm1jVTH21r8qde9rXb+1zjKoS6gEDAqgHLFRcEW+n49kV/uAmrqoKV4+vR9Z2Bt&#10;21fLH+o9e9ii+GOWxs1LcqsyFAv5II5YsOR/Uf19hm2vmiuQ5XAJJI8z8v8ABTo5fbDeQaSpJoft&#10;r8v83XvZU9zfHOQT1FZTSynzyu5KrfkknkKePclbXznC8fh8MZH+Wn+TqP77lSdJWeP7R5H5f6uH&#10;XveLaWxMntqRnMrsIyyhXkN1tYEi/wCPz7VXU8e4pqTIOTUZz/q4fs6SW1rLZEmQn/L6/wCoceve&#10;1Gs0NVk1iy1bAkccui7yi9geVNz9fZRLtU0aFolNMn4f2f6vy6WwTwzzrG5qD5cKn/P172Y7ae0M&#10;BUpFLQwUpBVCJFVXYtwQdQ/JHuPt73C7hDh6mmaZHyz6fZ59Sjsm2WNwoegI8zx/L5Z697MntnER&#10;UUcYhjsQFOk8FwDpJA/2I9xDvF9Kx1OTgZ9Ken2/5fLqY9isEtCgb7T6cPP5jr3sxe3o9dJ6ybEq&#10;oQqSQALG5/oP8PcV73OwfsA0kcft8vt9fTqRkASIKoB1ef8Amr5nz+XXvb/Jj10gaArBlLAnkEj+&#10;yPwPz7IIrhAh1YpU4GT+fnT06X26ro0+a5xj/i6eh697yRUDRBgARGsli35JbkXvx/sfe3m8RM+f&#10;D7P9n59OyK6rVvs+fXvc6rqnoqaSVVcqi6m+jEaVsSD+f6+62kLTXKjyqB/Pz+fQb3Kfwomc/n6A&#10;de91U/NbcmGyn8NmmAElIWjLsFDxsW1aTb/Yk+80PZvZ7mC20Kppx4+vmP8AJ8+sRPdHdYTNpNCy&#10;VoKZr6+lB/h697JlsvtTG4x9ME4VYmUM6KBfSeTz9Qf6+5x3TlxriMK3zI1A8Pt6irZeao7OQaXI&#10;pnPXvZoNsfLfEbbpJEyjtUU0KFtYYRsgAvZg/BFvoPcV7l7Vz38tUGWpmmAfLPUkWvutHZRaJWrT&#10;INeApj/B172k90fzJNrY5ZoMLhaiqkFw7zuAGYcelF+g/p7MNs9jGDCSd+PlTh/s1/z9Fl974RBD&#10;4fdXhn/Uft697AQfzCt/ZncAnxxgosahH+SmP0lB+oNqH+2F/Y3i9m9sjtwrRlmA444+efkePQNH&#10;u9fyzlo17fyz9nz+fXvaqrP5hG5zU/woY6imLooDIh8l2HN+f6+0Ce0Nlbt49M1+0H/V6+fT8nut&#10;eTRlAgBOBWnH1xmvXvZNvkj2Fube9TDuHN0jU7zxxiIrGyRNT/VbN9Pcp8qbXbbTGsMJAFcfL8vn&#10;5dRJzdeXl/KLuetGGPQfbTzPXvYPbBr4qmREl4cA8Eg8Mbn/AG359ja+V5Iqjif8nRLtU6lgxPdx&#10;Hyp69e92R9IZLKUBp5FnECnxrEI3sPEP0njm/wDr/n3AXPW2+PAwKg0J/wBVT1kpyPuYtolUHB4/&#10;L0/b173aFsXsSjkooYclkI46qNUWPySAM5tYageD7xL5h5SmEjPbIxLVrjGD6f5Rx6yN2jm6BEUS&#10;SZpT5en7fn59e9jFSbhSYO6zKweL06JOXAFxpv8A4ewHd8vSoAZENfQ4p/s/n0M4OZ4JAFU6m+2n&#10;+o/Lr3t2h3BC9kSVwXiA+oub8XJ+nA+o49kku0MuKkFSDX0pxHyJ6PbTdRKSQaaaVINaV8vz697m&#10;w5uOVijO5GgKHvwbm4IB/H49oJttaMlRUmv+D/Y6MxdPTtY/kf8AVXr3ud/E0UWMrcKGJGkckc2v&#10;/wAj9pTZSOQNJoeHpT1rXqwvJSKk/ZT0697xtmaSNgWkZ3IN+VC2At6f9f8AHu6bbLIaYHy41H+X&#10;1+XWlv5EbL59K9e9y487TEqxlTRp9Cmws4FyoJ/P+9+9nb5qYGPX+X+r06Wrueo6TWvnkceve5EV&#10;bHN6rcKrhiDcgNci2n/efaV7YRL3jI4fl6jp83cPh1IU+YFOJ9T/AJeve+Y0FUHpOlCGH1sC1+SO&#10;L+01CTX/AFfZ0n8WM1Jx173zijiJSzC661tbVZeTYD6D22VZR3Hz4+v59WWRTgEde9zokDWYel1U&#10;g/0te5P44t/tvdvCiNTKAxOD/L/N0ZWzkRUJqf29e9zBKAygELYnQWsreri6gcfTn2iu7PUP0QNX&#10;n/q+3HSkOtdLcT8v8vXvcqOUuqrquoZl9J50j6sD/vHHtC0TaS06dwI+wZyMef8AgHT6P3BvsPH0&#10;+X2de95xP6kDOSWJYt9VXTwtz/j9B7Zmt41hZhgVGD5V+XT7dqGRSKDgOBGf59e9+FTbSG9FyQQL&#10;qVPGi3+H5I+vvU+30cNRaca1waY4ccde8QVpU1+3r3uQanVpQBgY2IJvqH+qZgP9fi3+PtJJaFa6&#10;wKtlSPM+gIxjreru+Kn59e95VqwrKNI/qSv1JUi3P9f969pmslCZYg/MeR4n1H+brxkbTSoqf2/6&#10;vPr3vsOCrgNazm5JKXvyyr/Ww+vvf0oajVJJIqAAa18/9X2dX8VgAGoCBQ/5D173ySqZB4dbNc6T&#10;I39LXFxbi/8AX3WW0GrSDp9B/hH246v4hB9Kenl/Pr3vM9RrQgaVKyKfrcm4/Ug/x+ntOLaUAErg&#10;8D6fb6dbEuApqQPPz/Pr3vjFVXGq8gXUGBQaNNyPx/UC/H+297+lmINF+X+r7fTrXiKtQfPr3vi8&#10;2tVILFGYkknm/wDT/Wv7fitKdzt+zj+Y4fLqvi0z59e98FmWwVGkVrfuWbVbm+oH8kXP+w93Fo4B&#10;agxwr/q4HhTyPTRlODq/1YrXr3uPJLKqXLkMSQOPUVuCGB/APtQtsqsvaKCuONDw/M+fpXpFPdrU&#10;IuaDNK5r173Gl82tm8hJawNj9GA/S3+tfn2oWOmFHzpj9v5dJ/FkwQhIHD8+ve4xeqs0iu/Ok/1U&#10;i1xbT9bH6n25HFEJBE48yPT/AIunTLXBK6QKf4f59e9xTX1KsZLvZm9Q1EKAfTYj+vtetjFGCinj&#10;kGgrxr/qHTImkU4PXvfkzFXZgwvdh6gb2Km49R+oP596/d1uGrFjHnnj6/5P2dOi7nGAa09eve+R&#10;zZF4z6izX0k6CQCS2o/6/IH+w97fbhIAwNMeQFOH+b/P00bp3apb9nkeve/JmwpN+PyvJGliLglR&#10;/Xjj23HtSULfEf8ALnh9vn9g9erfUleJ6974DOFGkaw1HgG+kMHa9/8Ae+D7udqgZNNcEcKZx6/n&#10;0z9ZQEhuH+r+fXvfJc/pMZtpZWHJJAIAs9rfX88H8j3r90Qv2rQ/kBTB/wBjp6Lde5lVq0/1Dj+X&#10;XvbtBnBIHPlQLqJLhizLb8AH6c2+ntE+yJUjVmlKV8s0x/h6XQ7oowTTy4/6v29e9zjlRYlKo6Vt&#10;e7qxJa4DFfyQObe0p2Zi1KZ4DP8Ah+Xz/wA3Vm3TOkAfLr3vnFlRbUZDY/TWwLgcX9I+hPHA90fa&#10;GWqoO75GoJHz4Uzx9erx7qtShxTzH+x5de9zFyAdjZ0YKLnUVuuq4uT9b29pRYzwnRTP2cfn/gH7&#10;ejODdljoqsCDmn+r/B173JfIoUYoxv8ARdDXB9PAJ/pz7aaC5VqSLn0/zfnj7OljbyHYA0FPLr3v&#10;klcTGBZNajTdmuwA55t/r390eCdyxXgfTrTbyMlmUD0pQ/l6/Pr3vkcsWLaFQs1xbVzZLAuV/wB6&#10;v7TfRupBbzqK/wCrz+fSQbnGFAp8q8D+fn173O+4Pju40hRpu12DAjl1B5/2/vX08mrSqEknjQY4&#10;HP8APp1tyiXtFSaeXH5cfLr3uGcuiF/IU0oqDn9AN/Tcf7b342jMtY1qak8OP+x15t0jCHVWvpXr&#10;3vo5qG/LMYiNJ0/QlRYWI+lvdjYSodQXuGa/Zx/2Pn03+9VUAqKEefnniaenXveJs5e+ptKWaz8c&#10;Ej0h/qf9h7fG3S/2rAmnEnNK/wAvsPn1Vt0h1AnNK+WPP5/sPXvfJs5FGSxZ3b6tyHUC3Jt79+7Z&#10;wNH7P9n5dVO6qE8vsp8v5de9wZc02tiqMFLEcHQDqHGpb/g/n2+m2lgFOCP8PqPWox0mbdnJ1Ej7&#10;BxB9eve475qUaixP6R9CAbgaRc/n2pi2pXBpkAgUpn/NQZ+fVU3EP+Kh+Zp+XXvfa5OZ1PqLD9TW&#10;tYFeVc6f9693fZjG2k4Png0+yvz4dPi6evb173zfJSNZWJcLGLCxUDi5a5+t/r/j7aG06ASARk19&#10;Kj0+Q9et/UNWp6976FQzoQdVmUhgt1Cm30BN+P8AED239GFGvJrw/wBXn8+k7XpprFPXj173GeoK&#10;2U/pFgrG5Lf1sDa4A9rUgLEAUVgeFPljP246p9XGzUBz5AcB173hEwWQF2uALFSeSwFwb/j26IUF&#10;Cxar0+VCDTHy4/LqyswqP5+Q+Xr17328xXXccBbqSVAAP9oKPx+R73LDGjaYwRXjmv8Aq/LpHcSO&#10;kxWlRjr3uN5oiqkyE6jybXFz/Uf4+6+Hjh/sU6ZNw1KADr3vrWgcFVX6kkG4tb8EC1j/AL37uiAr&#10;pX16aLs5oaVP7eve8M8hIb+2ri76b86blQR+APau0pHIGfHEfYfn0qt4WAMjcOve4TyE2ZgTqAsA&#10;LhW/A/xFh9fZnJNbxL3mv+r/AFV6eMRdaECnofPr3uDIrO7clgORYXDsfoLf1P8Aj/sfbZni1BQa&#10;V8/LoumiMcmny/wfLr3uBLQTubeA6VsSSoFlbkA2vf8A2Ht1ZoQ3iBv5+fnx+XSKaz8Ql+BOD6Y6&#10;97xnBS1Fx4bllIBKlSpQ/W3t5dyijATXSlOB8jw+XVPoVGF/z/y8uve3Kn248didNxa6p9Q59Iv+&#10;B9P6+08+5jQ0ucD8X+Tz/Pj0YQbUh78Z+XXvaio8bDSlD4o2BJDWFm12sX/1h+PYbvNzaQFUYigx&#10;xHH/AC9GttYIiknJ8sY/Z69e9vSQprA0j0KoW2mxIP8AX6c/Q+yZ3dwQTx44/wAPRtHGCdCYxmvy&#10;+3h1725RkISrrZL8FRYci4Nx9faI6iKVzT/Uenz4n9nX0+z/AIrr3uQjqSzBrIFDDn03B5vb6n3p&#10;tZXSaDyB86/P5enRlZXMcRCvktj1z1732rIZFLaDqPq1P6Lj6Er/AI/j34xXDZkWgGPKv2/6vs6O&#10;PFSuTTr3vmJUJdEcEBL6TYEL9bn/AIj35YXgqxGD504/b6VPXjKirqZqE8T5fLr3uK1TCGeS7GxA&#10;s1/ofovP+PuhiQgRyAajkkeo4dMtdqDpXPXveQVQI1s3oDWFrCw4P7lv6fj3UwaWAQUrx9fy+3h1&#10;b6hKlQDQ/Lr3vg9TEpDLwWYMSb2NzcvY/S/493pIaoFqcUwMDraTiRjUUp8+H+rz6976FRqErFjc&#10;ki4Yag3402/sgc+3BbzYA4HJx5Vpw/1ca9O60wuof4ade9+aSPRpFy11bUGIIv8AQEfX/ifbLQK5&#10;1aaVNBTiaccdej1oDWp49e98ddzxp0sSF1/kX5dh9SP6e3I4mjGmMfM8M/Lq4rWpNf8AJ173wkdT&#10;fU4AuF9AB1/n0j8e9KA7FZF1AChr/qzT19et/L069756g1lGsekFQXt9Bey/0J960yq1KUBPADh8&#10;/wCXVQM5697xmYKzKbC1mFvU11FgpP8AUf196nhDrRBRuPpx6sOw1PXveUzIw0ggKLkkcXYeohiO&#10;ePp7SC0krggn0/4vq2ogn59e94HdRYAqLFWJsLgn6WYfg/Qj8+3obZidL+f+of7HWy1R2/6qHr3v&#10;lK4KAqT6TcJxbk3uP6n8ge1KCWIgnNcf6v8AB00WK9h/2a9e98o30ixIZT/UDUp1cFm9syQwuC9C&#10;refoPy+fV8+XHr3vgJ1VpFkYAltNzxwR9QD/ALzf3s2sMikIKEcKef2/7HWi+Ps697wpKV9XBBtG&#10;T6SL8gFbf6/J9pXjdV0kZJrwriv8/wDIePSIywvLqbIGcjz/AMv+o9e95XqLHSCRdr6yQ2oq1gf9&#10;f/H35bOVxrAoPn5Dzxxz0vLhhqBqP8NeP+ry69768iM2iR1YIQ3JIuoWw0sP6m/HuotZk8iOOf8A&#10;V/q8umYvCjT9LB9fyH+r5de98I5bMGJNrrYggqBa4U/717VrZxFS3A+ef5/n/LqwJddS9uf+L697&#10;6EkcjqQSCC91P0sBwWIt/jb3QWpo2jIHGv8Ak/z9bw3awBUjP5f6s9e9+Eh/bvJrs/0JK2sbW5+t&#10;xcfX2jMABI0gHzJFcD/DTy+XTIt9R7GP+x/q4de99Ell18s2vTwbaP8AAf0J45P+x92KpQrIAAc1&#10;GP59MMP1AsZJ4k/5f8nXvfN5lkCmNhcEqQb3uRyFt/T8H23HAqGqVJGR+WBn/J1tHdKSAEgGuMcM&#10;U/2P8/XvfFpGcAhlJ0lQPTcX/tG/PH9D7WhGRC68OPnX/VX+fTJKn5HPH/V9vXveB5HGorYG1xGP&#10;qAAACGH4J+nuhCUFcAkZ+2vl/qz16lSAPPHXvfPzonosFBGkm1jqI5ux/wBYD/Y+2yhqaZzX/UOj&#10;VUCqAOA/1Hr3vwlB0sjf2W1BlLWOq5II/At/tve/CJHA0HmP9Xn03KQkZZcH+ef8H29e9+8oJCqo&#10;uVYq62AB03swP55N/dNJVSTnz+ecfnTqiXMfh1Ymv+z8uve+9Y0C5F9JZTxfUb/S/H4vb3fQ+qhB&#10;FeNfOnD59VkuFAAi/P8Ayde98I5P2tUbgA3ZSxFwP0m4HNh9PbmkajG3+r/VTpOZdRYsONM9e99C&#10;VWQMAdSqRcerVpP6SP8AAW596aIkkVp8utIxQlh59e98S7Bv1oHUEjmySC12so5uAf8AiPdQjCgI&#10;OTT/AIrpUbkUAoTTHXvfIPIF02X82KEc39Qa31/1v6e9aPT0/wBVOnlkYw+KMUBp9o/1fs697xCf&#10;130tyBpYqTpcC3B/w+v+F/e2t0PcfLJoeA/y1PSAyOxrWpPH+fDr3vmJH9Q1LduB+peAoBJJ/IP0&#10;91EWaEU/wfs/1Z6XReLbhhxJp54/1evXveTz/q8jrcIoa1x+mwa39Sfz/j7a8NwwCUOK/ZX/ADdN&#10;yXkqsGpQ4P5Hzrwrxx173Gke7abHS6jlTb9A+t/8f6e1CKUXPEdKtQchya8PU4Py+VB173lWoNwE&#10;KkBQpuDdRwga/wBRc/Wx9tvEWNWrUn9o9Ok1wkZBc1r9vn/l69788pKsh9SgcnUoKG172H9T719G&#10;tQ68DXh/q/b0jLGgPH/Y6979JIhYXJY6bBf0jgXDOB/vHvaWxVKJxrx68JGoQfPr3vEswsLKyMBf&#10;kg/SwHB/p9bW91+mdjqbP+r5dX1AgsM08uve+0qEKW8hufUxAOokm3N7fX+v9PbTQOp1UqBj/V/s&#10;9bElTShB9D1735Wur6X4Qlvob8H6W5/3j3XSTIFjBofzA/Prf9Lr3uMk+hmMch9R/wB2c+ogX/Tx&#10;/jYe17WilRqHkK/7PVGcnu8v2efXveVZ2KtrN7C2ri7D/VN7TvbmoZR5+vl6DrYkSoxTr3vtpnYN&#10;Iq3ubqP6ED6Af4fn+vuixlDoP59WPchCsK/4eve8Am1MSA4Y6Q5IsST9b/0Hu8du5Ujy8vy/y9MQ&#10;qY1P+D/L1734yMLFP0g8Kw/UeQVAP1HtQ1uoJVjTFceo/wA46s0hBopwR+fXvfaVQjDeQkMzL/Zt&#10;+ObD6+9m0Yt2mopXOfsHSiK5lj7QO358Ove8PmBLSXYsxNkb9Ivxr/x496Nsw+I0HqOP2HpszOW1&#10;jB6976jkhQDUQ5v9Dfhreo/4C3+29utE4I04oP8AD9v+r061HcMAdYqta44/z8h/xXXvfUlUrSKB&#10;dUIK82Yrz+Qfx/j7bNuxBIII9eFfs6u9yx9aeRrT9nXvfYezMrHUqkm688n+pPHF+PelhrQM1Kj+&#10;XWjdH4Q2Kf6v9Vft697wGUkrpLahezMRpNjwbf4f1Pt1bdKd3+XpjxZK5oP9XmPU9e98lf8A1QYs&#10;2rUpugYfRSL+23t2qWBAAz/q/wBX29OrL5vg9e9+8pR9AU2+qi4sWA4t/wASL+2WheorTrwlTVWt&#10;D59e945JVBBFiQgBAPqJU/Qkfi/+PtxLZydNRXr3jqhoTx/wcOve+DM9rIqh2VWOqzHSW+vHI593&#10;+mPEmo8qYpT/ACefVfqdIwKk/wA+ve+XklJUqR6bkBr+kE2I/wBb/H3sQxj4mwRk+det/U6sED9v&#10;XvfAyKNDWubMb3+gJ5uD9Tf6e6tbsQVGSD+Z9P8AZ68LgAYHD06974eRzdi2khT4muQ62+itf+v9&#10;PbyQhVAcVJ49NtNJrxX8v8vXvfETSNot6SCWP4DFvopIv70bZWbBx/q/l1pZ3NADX5/5eve+Us5j&#10;ZkIblVA0aeGbnhv8Px7qLdCuoj/V5/7Hr1ozuVrUDr3viZDe4OokqPpq0i3qJH5N/djFE4KqKGmP&#10;L9v+bryTFmpWvXveF5ZXJu/AOlja4Dn8KR/h+ffkhjAFQa/L/D09E7yOQuKZPyHr17315PSAwuoI&#10;IANiT+bn/fW96EJPavE/6gf+K6eq8YJAqf2f8X+Xl173z8isSttQNiBwCAePqefe4ognfWvH7Kj/&#10;ADdMNchhRcep8uve8Qlk0srGwvax/JU/pB/x9vMAwqwrUZ/z4/l59VkuWK0HaP59e99a+BcOt9JY&#10;W4+v6fyfdiAcLT0H+z0mLFjUmvXvfMMlmZRcXuFBB9X0F/8AD8296bUAM8QOthWdqAfL7B8+ve8L&#10;llDsrc8Bje6gj6+n+v8AT+nvSKC2ceXz4f4OjAIUhK19R8+ve8LarNoOlSR6GP1b6nUT+OeB7eH9&#10;LPH8ui7u9eve8JSW17Fbkgg2CtcccfX/AABv7qiAy9ppqqfX0pjy+fXjn8/59e94HLLbQ9mYXKsp&#10;b82Nx/r/AJHt5o3Mvht5efl9v59afUhz/qp/n697xlpXH7nqsxCkDgEXIUA/1seR7fEEJHd0y5V6&#10;Ej+Z697xGZ4yXHpAYMBpFmHI0i3t3wIihCin5nHTXgxMummaY4+vl6de9x5K6XUCYyNF2NrEci17&#10;j3aG3VVqTWvVreEw4Jqfs/1Z9eve+QqzJqHj0AlVIX9Ti2oEX/p+B7v4ZXtU/bw/1V6U6nSgU0/l&#10;Q+vXvceSvmYeMIXBYg8hQefSb/617+7KiFyVOf29J1kRpCqCrDiaGnXveA1JkGn9xHtyVJ9J+puw&#10;+v04I9viLTnFP8Hy6o8wGU4fz/L5de98XkYKpRyrMALDkMD6dI/3nk+29YrQDota9kYkR4DcKjP+&#10;x1730DUrbWVQG3B9RJWwAueOLf63txApWtM+vDp6J5GTWa14Y/y/Pr3uQWlc+ljqKNra3154uPx/&#10;sPp7oyxqCafZn/VXpZE406HwfKv+rJ+3r3vG3lPCp9EMlxfj8Eaj73pStT/s/s+X8un2ZaaWYAH1&#10;p/g/1Z697kxqSjCxDBGuRZi2rgDSP95PtqRSSAfy6TusEtNVKcf+LPXveN2Fm1KDZRpKgD0ixLXP&#10;P+v7ssWkBVNf8/WhFbRLQ0NPz8/9X7Ove4jVkanSwisiNq025BNwD/vXt/wpSdXTU+gU04A6974f&#10;xakA0Dxq2kkGwDP+TqJ+ot9B7uLaUmuSf8H+rh0kF3CTp1f8X6de94Gy0RA0OxQgnWwWzMebIrc+&#10;30tAqnWpr6Z4H/Cel8W4wRqWfLfsBHDy+0fb1732M5Tjgtf0hWFufUOCT/W4+vvRspCpUx0oa+f7&#10;fl/qPVhuucDI889e9+TOQF1a2m2oANYAsTYrb8XP590NjIASBSvEemPXqjbgXzUetP8AZ/zde98X&#10;yUDMQQFHIsSbMBwGufoeeCPdfpWC0Pr/AKh8/XrwvyMAgV/P8s/t9eve8i5SBNQZ0ChuACTf03P1&#10;+g/BP/Ffent3wpqSf9X7evC5JABz/KtP9nr3vDNl4uQugX0FrEHVcljYf15uPdks5PLPofT/AGOt&#10;G60ZU+eP8v8Aq9Ove4j5mFm1qya19NuVOlv0g3P1+nPtRHtxJACk/OtePyp/g8qdPHdo8VFfWh8/&#10;l/qx173jlylMNS6h9NQ1EL+5/aXSnB4vz7c/d8oPalB8s4/Pgfl0lm3NXoVGkDHr+2vCnl5de94H&#10;zdKQqu/7hAQaSD9CSLn+hH191jsZAwoDpHy+Vf256RPvMSkqzVHrQef+fr3uFJlqVlKawpSQHyAW&#10;IFubj/E+3xYyKBJpwfz4ep/1V60Nyt2av+fy/wBX59e9vNLlg4uDpGmyqWurED6g/wBfp7QT2iug&#10;/wAmM/b0f2N9GYx4uTxr/np5jr3t1XI3WzXLMqcBvqW+vLf72PZeLJNdVYihxj/Vw8+jUSE5Gaf6&#10;q/7HXvcaSoRwWVbED66VBQgjgX/BI9vogjwP5V+Yz5186dVLOa5rThT/AFft697TmUqZYkkm0kaR&#10;q9I/Dfm3055+nsztYVOkGndUcf5f5uifdZDEA/EZFPQ+f+HHXvaLfecCOItBLi91Vbfp/wAT7EEe&#10;xk1qaYoK5rXj9lOgdPuksb+EPIf4ckV9eve88e40dSBAxYnUzAcDn6f4gD2nO2MrnIxgA/ZxFMdK&#10;IL+eRqlaUHHPD/Z697dabMJKQYlsSwvqX9d/rx/sB7SPbFPiGB9nRnbT63UEClQD6fnX/VXr3vO9&#10;cV5QkBiVCAf43IUH/XPvehEBUVY08/8AP0bTbmkVQxo1aAZNR/qp1721z188pIPA5GgHhdHBsw/2&#10;/u6QKop9nRLJeSsKMD5ef58PL59e98EqGlsLsPSALWsbfjn/AIj3doSzFlJqfn1RZblmpUmvH7PP&#10;/Y/2Ove5SyJYaj6jYcA2BP1sfz/j7SukoFOC19B/qz/Pp0i4QF0qFJxUjy9f8p8+ve/Ehg1nVj+C&#10;pP8AyAL/AO9H34At3tiuPz/1fs6UQJLOQycBx9B69e99iVhpUfgM2peLEC1j/tz/AMT788ajga+X&#10;S17Y6fEWhJ/L9nXvfXkLi7NyDpX+tv8AH/b+6EaRRfPif9X29F09dPCvzHXvfKIs40AH0sLDgAXN&#10;7kn8f1t70SeHr/g6Kr24W0tWkY0HH7f9XHr3s6nw661fcW9pN95GjEuD2PGz08kwHin3LUIUoIoR&#10;Y6mp1Jmcfi6H62953fcO9n2509w5PcLfIdW0ctASjUO2a+cEW8QJBDlD+q6+QA9evl7/AL//AO+V&#10;N7d+01r93Hk+88Ld+cD4l6EJDQ7XGe4Y4fUP2nhVa9YpFWS0TfQ2ZhzyFa4uRa3I/wCI92feSzgs&#10;C5YliSTb/EsDxyffYg3FJVM41uasTU5rX/PSn2dfGppqtFxTH+r8uslveSNFfRIGVdSASgj9Ok2A&#10;IH5/xPt+3hiuXF0hAqKOCPh0kgVHr8+HVHZlqlK0OOu/b2yeOGnLgyN5FQMikqoYEiRh+P6X9yJL&#10;Ymx221kuFMkmoKCgwtQTrb09Kn7eiwNrkcLgUJzx48B69e9zCQxhBXWGVrkFdFxzZh9T7E5ZJltV&#10;ZDMrIwJBATGaODkg/LFcnpMBQsQaGo9a/wCbr3vgAiyiPgkK0jDVygbgAhbD6fS/tFFHbW+4LaMA&#10;SQZCK5jDY0sFoDj4K1/b1clmj18PL7afb/Pr3vKGhLqsYvoDDWV1aSPqgZhcH/EezZbzbjdRRWZL&#10;iIECQrrAI4pqYVBI/EvAceqFZApLYr5DH50HXvea+loyp1KSbrwSV/Lgn6c+17zvbyQvAxkjeo0g&#10;VNP4wSagKcUzXh1RVDA1HDr3uSEDDXGjE83A+oP9Gt7MgsTHxBUHz9T9vV/DLANEpP2Zoeve+GhW&#10;R7EeRRwCdN7nnk/4fQe27iLVEfBXUx+dDk5zwwOqxoratRpQf6vtPXRJuBa973P9OPeCxGsFL/jW&#10;ODY/k+0CxmNnilhJBr3jiR6kcajh1TyqD137xFQpHLGx502JYf6x9lbwrbsuWJBAqlCXBPCnAU86&#10;UPVw2r5de991DaELKoaw+gbTq/rc+39+mS0haWFA2kUopoT6ivljr0K6nCsade9tZAZnaJ/GCqmQ&#10;L+q1r25+tvofcfNpaaSe0kMNVGoLxp6DjWnA/wA+lwwoEi6qcOve25/XIxkUaXC21A2uv9ALW/rf&#10;2F5qz3bNMgKvwrwqP2U9Qc5r0tXtj0ocj0697xlY4o2aNrqELEs121k6TGpH4t9Pad47a2hd7Z9S&#10;quoktnUTlBTy9K9XBZ3AYZ+XD1r/AJ+ve+eNq47zXAbXIRHGoLazazXP+B9quVt2tkMqyAMZGIRA&#10;K6sU4+inFOBPVb23ftPCgyeFP+L697ew4QLGitrZWchjYg/hAPpz/vHserdxwQx2NurCRlZm1cQe&#10;Kpp4ENTy4dFhUyEu1KCgH+f/AFceve+azTrNBH9pI0c5meSoWWJYqXxxgxJKrkMS5uBoHB+tvYgs&#10;Ly7WWKJ7Z1WcyOZFZfDj0qNCPqOolzUAKKA8eqGOExu/iAMmmi0NWqckEYAAznj5de9uUEUcs0bM&#10;oV7eNS17eo3sSvs8SK0ldb2eOkqDQCc4bJGMGp6pbIZJRBUAMfyr5V9OuLnSpNibckD+nuNLRPS5&#10;CfKRVLVMkqU8P21TM94xSsX/AMijVv1MeSx/2/slvLC5t9yk3aGTxfGVVMDEjsTOmKhprY8aileJ&#10;p0cG4aKFUBUmJiQ5+PVUAE51aVpj5eXWJlR18bL+26tqUL6GRxZlb/Xvz7Hbr/esW8sEtesVRBLT&#10;zS0c8VTBJTTCSncwyM0UgvbUDZhwfqOD7C6S297Et/Zq6RyEjTIpVlZTRlPrQ4qMHy6y95J5mut5&#10;21oNxK/U2wQMUbUrKyhlcU9RSo8jg06oy+Y3xkw/V/YFDufadJKu2t5HIV8lNUMXgxue8wappoJ2&#10;OoB1Yyxg8AAqLm3sSKecSJpvyl734Nvrc+yLd5rizKyQioatfQUzn5U6lnZZIryMxSGpX9pr1Tb8&#10;idt5XYO4qHKY2GJMfnIjKJgpemNZCA9TFOWsOB6hx/vPsvvyex71fV9bJDFK9RT19FLTsp0xwM0n&#10;jeSZr8LoJFyDz9PZXvsgveWJ5GU6qIaZBBDrkA8QAc18vn0Afce3ghis7mYMVSfiBUDUjL3eYrgD&#10;1PVoH8nLehru1d64aqkxdJVVfXzN9vM0kWQrWgzcNYfsEtpcqC0kguLJz9R7r+6f27jgamqiLzq0&#10;r3nEizrOwkJJSb6kA3B/x4t7hy3t/rL8RTVC0BxShPz9Py+w9Qx7i7xeEJBIAhAHbQrpFB5fMZ/n&#10;1sTezcYylgARdBPA4CDgn+nvJrlDZ9tEQEkerSg7aUFT51HH8uoAuZZJZQjE0J8sn9nXj7W9BRrT&#10;sDGf1jgDjk88/wBPY78OC3i8KBAiVJIHCv8As9CTarAwSiRW1FxQH+Y+ynTbUzq0ZBFghDMSQf8A&#10;WsPyPa2FOZadYZJGj1KCXQ2Y/wCx/wCJ9lRkCyF1FepWW0e4slt55DHUDuU0J9M/y+XQST5JaTIz&#10;VlJRCtdZmUxSKBHEouG4tYMPrb8/j20Z8xR0qki8SoVP5cNwFt/r/wCPtXYsVkLMaeZ9KefQa5x8&#10;CKwQkVQCnzDVAFB8/n0pNlS1Ektc0v8AnHmWQFQQjKwLOhJABKggen/Dnj2GNVUNGXdiuhRZCWtr&#10;c3BVh+Lcc+yrfd1ntJHkJURxiinXTWzChVlpgLxr8+oihjEpAySePyHr0JPvnjqokAvp9KqAQ+q7&#10;EWfn68H6Ejn3vlXeGvLYwXJWihQh1VLE4YGtCKN6jOT044+nmEi188cMeXXj9D7WVPXwTx0eLlWW&#10;Q5GaaKmEcdxHNHGZnlqJPqNViBxa9vZvezLZ3cZzqlJUHy7UZzXyAopoTxOOh3tV3Fudgmzz1cSk&#10;hAAMNUDUx4kkngBQDJ4dJPJU60FXPnkaOIUtNeunllcaqNfV4oUHoAUgsSefbVNSyU1SFcglG5tx&#10;YKfyP6n2cxzLJFVRxHQOu9unsL4Rykdpz+R9PU/LpRwVCVUIljuUdFdHFrFWXUrK3+9e1nt/Ixwl&#10;Ylhl0qEEc5kRjKzswdfGOQsYF9R4N/8AD2HdwgmklcOAFABrihrWop5EUHHBrjgepd5L3i0tI4o4&#10;FctXSDXuyfMfwrxr0EHZ+0ZdyY6tjqp6P7HwNJNSVEGqECBdQbyj+3IfTpI/AI96+3z76fh6x7ur&#10;MpjzTtieyaeq3fSw07r46OtqK1oq6nRUA0x8IyfgnVb388n3w/bG19tPeW+g20qLTdK3sSKukIJ2&#10;YtGAABQSAkUxTh19uv8Aco/eM3H3S9hF5U3wl5+W5UtVctq8SFlqp11JNMf4OnvqrcSZzbsmPP3D&#10;VO06qPbFXJUxPBNNJQUELJLLE1yrlHGoE3+jH9XskLRxuoY+uwB59AIPBJH/ABHvEgMynGOu9wao&#10;Dj/P0JvvmFjdRo+gv9fSbNyDf/Dj3Qlwe7rQpWlAK+fXvckldKsv6wfWxIN20+kAfm3trurQ8D0t&#10;iCqBp4fZ6/4f+L6975vIR4xc+pRpJH1/1X0/x4v78qAgsPLo2tVQR+JFk8D8j8v2jr3vpWbSXuQq&#10;m5P1u+r9On/Hnn3YiMmjcT0tDVFK+teve8vkJTVcamYi3B9N7i5P9Lf7D22VodPp0X3kjFwpIqPT&#10;1P8An49e99qLqpBW/wCWa5AIHqHH5/oPdfP/ACdM2zaZhU/L8uve+RdQAVZiQPpY6rC62/xv7uqk&#10;kVFAT/h6N01EBiKV/wBjr3vvyi8jBwCLEaVI4PLHn/E2PurA6qAf6gcdVYip697yKy/VjqAUgWsS&#10;Tb6r/j+PdM8B14M1e45PXvfFCpJLXFz6dbCzD6Agf097b0oD60HWySBjr3vE0hBK2JNyT6r2Grmw&#10;/wAfpz7uAmkHqlIz8QrQU/Knn173zkd1uyhV4VFa40sWFrMP6Ej3VQpw3TC20FdZzXy8hj/D/sde&#10;98Fl/sh30gG/AtfVb6fi/wCPdqLXUVB9P9X+HpQuDgAfYKf6uHXvfINcBiSVvdtVtJAF7c/n+vvf&#10;5AA/6v59XJFKUweve+LzBgoOq6re1tIIvf6H8Cwv70IyBVfX7et1byH+r06974eRWW3AOr0kXNh9&#10;SpJ/23u1COPVct8Q697x3u6liBpP1X62/JIH1NvdlUHAzjr1VHbTj173kR10k8lgwHH1/rqI/wB7&#10;90dScg9aYVyT173jYqzWVjf1CxvYH6i/+9j3vKipHp1otpAZv+K697xGytpIJ+gBDfqYfX6f7c+3&#10;BQio/n0340TnscY8uve+ZUXYltKLZTY8Mx5Gq/Bt70CNNKZP+DpzUAKrQmvkP5/Lr3vgz6bEf2r2&#10;AIu/HNmvx/h72ik9aLkUrUde94fJaNuFaxFzq5W3BsPrf+p9uGOrA5H5cemSUjk8R3OfLjj7eve+&#10;hIpUfVjYOWH0/wBcg8f0v71oYHHDq/1CH5fb1731r5T1EB9Q+oAuD9f9h/T3bwyAcdbeVVxg14fn&#10;173HLFT+r0cPc8AD6hSfxb8e3gq6RUZ4dMS3MSnwy3d/M/8AF+Z4de95JJVAb6sxAu30UGQ8af8A&#10;Ef19tohIH+rh0jRZFmDkggGuRmv2+f8AqPXveEvpcBR+kKbk3PPHJ/P9fdwtRU+fVpPBmYtSpoQT&#10;Wua+Xz/l173hM48moEayLKPqD/q9V/8AiPd/D7KU/wBXl0guI2VdWosPQ+X7Ove8DzC31P10kArw&#10;b8FAbf7E+3FjPE9aguBEArgECvrivCvrTr3t1wWNqs3kqPHU4/eqqmOOOwuPUQurT/vBt7UQ2/jS&#10;BFFa0r+fl/m6216ijSKj1z5dePHJ+g9n52V8c9qlKKqzta6SxOvlijCt55Y7M8a6za34JHvI32l9&#10;jd55+vUtoQIwTUsa8D/q/wA/Ufcyc+Wezo3hkEgE8eJP+qvRWPkH8n8F0dgqvILh6rcVfBTtMtJT&#10;NpSP+ykk5HIW/wCAL+xO3b/Ac3HS4LF4GgWiwj/aK89IhWchAi+r8kNzz9ffR/ln7knJMVrHJdLJ&#10;I+ldbFhRn/ERQVCk4C8R1D+5e82uANYa45CKM7SBgW9UUDAPDSeHHomu2vlf2bT0c25d15Okgbc1&#10;K2UoMTRCNhh6MEzQI8chPJitc/1/Htsq+psEKBKms2xQGSGJTKaeD7dpp5DqQl1/p9APcqXP3E/a&#10;3ednaztLKS0mYLSYSMXXJ4Ke0huBrn06Lts99b6KMwXEcUxCU162EgetQ38NPIg8R5g9BPtX+ZLu&#10;LJ7zlxNDuPCZWlqqmpEENZFC4oqek9D+U09j6m/JN/aq23s/DZGjVZNqYwSUemJVkpA7lP7LEseR&#10;f8exDsn93p7aWm2UubR55EwzO+kt+X5VPRbuXu7zFJLr8URBqkDSeA+fmB/m6Q3evzu7m2hn4p8Z&#10;2JSYvC5CGSRUgoKTw07oupooWlVmJt/j7MXszHY3DUopnxtHSqUKo9NTRQ8E3aORk59i6H7p3IHK&#10;kGvZdot1nRlYOVDSY8wxJFc8KCoHRdde6u9Xm1/u9njkz/aBKSn5M1TUZpwGOqM/mp81Plr2jTVO&#10;P2n3Dn6jHvM0ddhvvftJKikYWMkEMAQEG5sCP8ePYQbh3FW4vf2WqscTFRQ0ia41GhdZWxcD6X9x&#10;z7jcgW9rbSWfg9oFSFAADD+VPXqHL3mu8trzxEYgZoT+3/YHn1Yh8PsC+d+KHU2P7ByMuX3zV5Sp&#10;JydTVNUVrxiqEkcck1yx0DgEnj2Tje+V3jRdjQZ9JWmpJ5UYxn1x/bO3rNj9Dz9feEt9yXZW94Xa&#10;MV1kjt4H/AR8s+nSuD3E3BAJVk/Kpan29bF/WOS2/lOsKXBQztHJR41aCa8zCf7iKDSp8pOq4Iv9&#10;fZmYMphRhWXLUGPp4ZhHLBUtHGZqh2j1siE8kC/09yVyd7Zcu7ofqd1gSRmUltQoM8D6g+mPLoR2&#10;nvBLbTpFK2pRXVxoST+KlP5cOq9uwd+dv0e9KWj683Ln62WgqJKXIYxZJHocfTLN4o5Khv0i4+nN&#10;z7S22t/7apsnV46gc+Gd9M66SqxODYDU39fcsbDy1sfJ83iWKg8F40AHlj/L5+nRNzjzr+8bNri1&#10;elagVIPcBWnqacR/n6Ze/upO2+1dn4vLbgl8GVxStUUH20olkqBKv7rMiGwP5sfYcZ7fNdlOxqbD&#10;4oCloIKqnhTQLSzapP3ZCw+gH+H49iK73WLcT4LUCDj6H/Y6x/tOZNwW9JWQk1zUnJr5f4ehU6y6&#10;Nx2wug6rN7qmlze5KzD12Qr55y7w0siwWpaWOG49Si3+x9rPs+tO6cTkttVlNqENKDTylb6aqMXV&#10;4z+GP9fz7xr96+WOTr3l+eSSJFn+JGU0YPwoacUP4hStc16zg9mOfL3RHBKahiDqPFTSgBP8PqAK&#10;+nSk+G+Mz+2DQ5FMpUVuN3BNN97Q1Ds6wUUjNJGyiwsYz+m/44912ZXbtbiKmenraeeJhKxVmR0j&#10;YMfSxb/D+nvmPv23PFfSeGeBxkeR8qcOsrm3uKcCVanGCaf6qdWcfXm5IP0t/iP8Pan6c35kdl7+&#10;xFQrzGlkqoqTIU4L+CsoJnCTQuvH1HIv7Dt7szXlv4a5bj8wfl9pwegfzBvtrBAQWBJrX/D/ALHX&#10;F4xIhQn6jg2+h/Dc/ke7Zew/7pVGewO4duSQxUQwtMYKOMjTBNNAC6Sxn+0De595H/d89pd15mMf&#10;1ClY2arMVOaHiKf4PPqBtz5ihu5zbk8a1AHDPp5/Z59Ey7D7gyW1sRubb+QhkqMyldPFBLG2m9Hr&#10;1U7ByL/pNuPp7R+KiaqeeOaGKRZVJBI0onqvqU2+n+x99Oti9htkisgt+rcCMdpx5+lDXPQai3+2&#10;2UtLLGZENcFipr61Feq4e0fkXltutTZbH1kyNBV/8B7rJNL6bGKyH9V/yPr7ccttujq6AwU9DQ1B&#10;MTeVUVROoIsZI5Bzf/ifZBvn3e+WjZuLRNXxZBzWmBT0Hrx6Ko/cG4W8Ert+nX4K/wCX5dInrX52&#10;71pN4Rvu3J5jD0VRWwwUMlcjnFTFGu1NUqRdLra5+nsHdo7EXaOayGUhlqIPMQ0Ai1I5P1bygcXH&#10;59wbZeyG4bRu63LJqiiNTT5ZAFOI/wA3Q+m56sb2wEaCrMKkHy/1f8X1Y5vD5TbT33sqPFY00lRV&#10;5KEQV6zSRyUyCUaGdQb3B5Kn8fn2YHF0i5rFzZh6eac06+OohQkvdfobD+v1IPuT9/8AdjdeVrNN&#10;q28aCgA1EE1oKfkPQ9B2K0sdwc649THurX0HCnClc14+XVeqdVYiTeh25XZWlpYMtUvXYuUNFHdZ&#10;f3JIoyLC6k8WP+PvFG1NDt7cW5qFZMdNiqKZ5oJrxF/GmoMoa1xf+nuJuZPda93eJbe71CQ0WvEV&#10;J4+gxw6B278vrFKziukeXGla+ny4dC7h+iJ6HfWztlZaai3Rt7K5FaqCqAR5KeJeZKU6bn6n1c/4&#10;+2va++8Nn9txz1FWGys6B/UuoSAcLp/rz7I9h3Zrq/0SVKnhX1+3gOo93nbRCokQacUFP5n7elR3&#10;F0FuLaO5IpttUEUW1YpP8oWntEYYzZmvGOePrf8APtLV+3YNwidakeKSN/JEDybkfkf42+nvJHYO&#10;WDvFmphSmr8scKdR8ECyAEnJP5/7Pr0Ftd3jUdRVlCtO6V9HUaaWrlS7BDqHqJP9pR+fx+fbNT4q&#10;WijNNGWCL6QFj0fU31Enj3IWx+zPiXVbmPUMYzT7D6+vr0PLGOO0GMlqHGft/Onn07Z3vyDNJDWp&#10;KgmYNNq8wdjpS/otzb6XAPvPDhJIKtaxYVDEcsqDWfxe3+t+fc4bL92zZbyeO7ntgwrU1XPyqB/l&#10;49Cu331kiECMSB5DJoMcT0jK35DZfK4KpwKZmriXRYR+ZxGt+QgYfW35QH6e1jTY+myFM8HOp1Ny&#10;3JD/ANCT7nmz9sNqs7P6KJTHoApgAVPn8vnXA6svN0lkhQyMVqKAGoB8yM8R9nRV9wb/ANzbVzCZ&#10;aaokaNJYjGUYlZEPBJH04U8f69veIY3F0GuOqjhnTS6Mun63HBX/ABB9w7zT93Pl3mOR2njVnapD&#10;KBqJ9a+teI8x8uh7y7ztbNKZNwBnhaupdRVjXgVfOkg04gjyOOhT2j312nWyU1XgazJQUkbqzxNO&#10;6rNFf1K5a9h9OQOPbWaClh8M0FNTPFcmzxKWu35HF7+xv7c+xuzcn26q8ShRTuYDPmMceIoPy6jD&#10;m67hvbhnGENeJrgZAJHH065bk7C3hvatyEW4c3maGol1BBBXSCGKMAjRJb6g8C3tS0NYryRQvTtD&#10;TPZS7BdP9CVt9B7yY2SxstumCW66FIxUChxSlftzX1x0BcIRppWvDzp0AuZ2o2NgqsnS5WHIZqma&#10;SVKeORlezC2mTV+pj/r/ANfakqosZRRxSw1sOotq0vJ+AbsePp7EzzDhNRADxrTz/wAPTjSvKaSH&#10;H+f7OgwwmX35uetyeNy22a9KeNDClRTwMnk/ChfyxNr/AOF7j3Eq950eMjiaCSOYq128JD/p+p/4&#10;17QzX1lQu7CQE0opB/P/ADdKrD6h5NLMKChPH4a4H+b049OGC+N2U3pV5OPM01VSRTxmKNcmDADE&#10;7ftg6fqbWs31/wBt741vZkGRpUooYZUeVDrkKFFFuW5P9Pr7JreXYttmN7HXU2e4UA/4r5dGrM6o&#10;zOdQPGpP7MZJ/wCL6adkfBKl663HX7xrslT1P21VqpqU1IlbS7aY1BTm4vb/AB59oeeryOXrVp8d&#10;H+xEg8tQwOryEchbf09le7bj+/rhbawHatDWmft/OufPpyJYpnCqWFDUA4pXzFfUVB/z9GvpcXtP&#10;Z+Dau3LVMmRqqi1FjFKqnhVvS8hY2BOkg/4W9qrFYEQ0s1S80ktYqFuOFU6rWP0J/r7TWGyW8cQu&#10;RVpAM+VPXj/l6NBZqunUMn1+fE/Z/PoEd7difxDNYnC02Pp6XCVdTEoLkGVwQQNDHgc8XIsQRb3N&#10;pKOMsgqp5JgNRa/JGoXspP8ATj242y2chPjnVxrj8Q4Z/ZQ+XSGa3X+zdPhODQU+3/NXpKbqy06R&#10;1P8ABsZS41ltFHJGF0PKjaC0mgXAb6XP+39vuNoXZyFja+olXb+yAfTx/vHtmG1Tb9Tagmk4ankS&#10;KUBzw8j8+ie5hMCMYGoVzT9goK+o8v8AN0Cu/t00mHoHepr4olEQWeCN9aySyJaTk/ge3PJYN7iW&#10;OULM4swSxJubMCP9h+fa+G5ikGvuRgfTzOOHmDQeYx16K4HaHI1Hy8qkUp+3y6QHXfelFOpo6/HV&#10;0tHSzTGOSsiYU6IF0xyiRuLEgk2+o9pbL7CbKfbQ5CQmmaWOZl4I9D6lbn2TbzytYcy/C9dLHUP4&#10;T01f7PDuTArnh9vDJp8gP2Doedh/KzE4BM/l9kRQz5empaugAUNBIrzQsjQ6FUfW5uSfp7W1RVY3&#10;EpDi6BlE8VOAX4LKqrpsv9Pb/KnJttt0pM0YUVqi8SADSpJ8z8uHTmz8uW1jJWRaEtU4ya+laYNP&#10;59FL696z7B7KzOU7O7KpZTisrn5qikxcxk8c0klUWE86t9VBFgfxYe0UWo3aaebVLKZGJseWseT/&#10;AK3seXI2/b4i5FdP4Qamvr/kr0ILuKCFaJio8+I8/L16PdPT5PD0+MxeGENBRJSRhC6aoYCwLLEo&#10;AADX5vzz7cIKvFSwKsOPBmNwoKrfUGsGY/X68/8AGvftuvBfqHjOleIHy9ekNoDcOCSCBUCh4g4H&#10;8vzrw6QcuC7DjzE1RlN7tBiomSSQpJIE8DKD4gP0m49NvqDb3kjoqpqOoqWe7o8eiD6RhTIAUK/n&#10;gn2ZtKonVPWufy/w9GTWkayqlMGufyJz8qjj1IyO6duwbv2/t2KmKUlbSV8lVmf11k00VDLLHP5B&#10;+i0iIefr9Pz7/9OyylotvqkVRDG6aWWwdAv6U5WT8jn+gPvH2wstrlcQ3GlV08eFSSCaHgagYr5/&#10;Z10G2+5m0FpB4Yp5n18j8ujw747E+R1H/F6MvFXVEkjDyU1YalY4jGQJ4YxwCAeLH8gHnn3LrMlN&#10;IiJT+C6aApWNbEAAc2HPFxz7lCy5E2m9sdduuaEivDP+oftp0TXO53CSkNQJ/DnhjHzz1XxD3jvv&#10;Y++pRvqs3IKKqlVZV80iPGS4bVByLc21EH/H6e+CPQZBIKSWGjLSC1aDCGiYG9/T/Xn+nuJeePZm&#10;5mt5JEiJXguKcBXjT5Y9fSvShN+S2dWiYlj5VxQeZ+zy+XR9uivn9FsjICqyG4cpFSglsYs1aslW&#10;CJNARy50tqH1B+liPZWfkP0bR4+ej3HtVP2K1VWtgii1RxuV9EyoPpyPyPeF+4co7jZbrJYTxntO&#10;PU0JNPmepc5Z5mlurcaiASBn1FPPzwRX7D1sl/Eb5Zbd752NDX1FbTRZWmujgzo33EQ/TNqHAJvy&#10;PaF2R8es7k6CGvqo46qlrdQmp3B8kSsD+6+r8cfj2uvOUruytRcGIqOOoj5/5Cf8HQkud+t0lETf&#10;Cc/Pjwx8zw4fLoUNwfJ3qzCbkqtpy7ko1zdKUH23ljYSSMuoQqVJ9VvwfYdbt+OdV/HajHYQw5B4&#10;WdhChHkRWsxUj6jTe3+t7KrJpvFAYMCcV8mNKcfn/h6st14y95oKE/y8z5dCnQ7/AMJPhafN1ky0&#10;FJNEJPJObKB+WP8Ah9D7V2P6HTaW06jIZSBDXVSvTrCUF0MgKixPAPP59iEJPKwiQE+vlUeflkfM&#10;fn0Ftwu42roxxXOAK8Pn65HSWg7Uwma3B/CMTUx1McCGWWeKRWB0gHg/0F/ZR9wfHGc5INOZBT1Z&#10;aaOCNGNgW1FbkW/qOP6+xpt8tyYuxagVHHj6fP0PRPQSRBCcGufn8vPh0v4N04mZHZKmIeIhZNUi&#10;AKSOL+xC2t0FLioKbJbajGRRNUOUxdTCvkZCbSqy/Qjnjj6e1Ba6nlEdwDU4FD+z+fSWS2j0jUdX&#10;2f6uBp0w5Pf2Dx8r02Uq48aHCtT1TygQyEi6gSfT209v/ErILtiTsDalD9uBDJPlMNp9cLAXlaFL&#10;Xte/HtPHcXVrMbe8BwaBvX0qfXoPztSRvDoCuDTzOc0/w9MW2u5Nn57ccm0ospTSZZV1UzRyK8VW&#10;oHOlxwG/w/P491oZzEClmkWop7OpdWDqupXAIZSGB+h9iywuyoFSSKjzriv+r9nRXc20Ey1kSlKc&#10;Dj/P0L/tAzbewcsvlkpYjOSV1AXF9P8AQD8/j2J13WSNdCSV9BwP2fy6Kv3ZCSQAeHnT+Z697bxs&#10;2gikE8ClA1ySNKqLeri3Puz75JJ2OfLhX/L0zJZ+C6kLXz+X+x5Z697fMdPT0rrGhEuiy3/UCfy2&#10;k/S/tNI/iKDQetOlkDBo1ZRp+XXvaup6yKYaTEFa4vcC978Bf6f439kc6vpaUCp8zx8+HRpFTUpb&#10;hWh/1H59e9rLESxobo3JIvex0m+m6g8G3snnYuAi8BnB4/In+Z6EFtKrUjaopnBwfX5jHp172pKm&#10;lhanLvpfXq+i8GxubX+ntJb3TFmVRQ+uaY8vmPOvXroQSITGhJp58cfP+fXvZBPkLuLK0TmhxEk1&#10;F6/3DASshHGpS62JH+Huc+S4YZowZyM0IFcf8X/gHUBc3Xs0MvgRVB8zXjX/AC+fXvZVsBUZSqyE&#10;BqayrnIlBk8juSNL3Auf9tyfcn3dta+HpGajj9vn9g6Bm13FwX8RiRmua5P+rHXvZxdm9uxbRjgN&#10;VO8UMRCkMdX6eCFDfj3FO+crLfzHSuW4/Pzr8h1Lmz82rtxVWNK0Okn9v2de9mz61+Rm3Ny5COj0&#10;SoI9IWpYHx2YAOALcC/PuHuavb+S3gagpWpx5n1Hp/l6mflnni2vJBFIaA0qa8D8vVeve7CtqVlN&#10;kcfT1VLUJIkgRlfgBr2JB/1/oPz7xf3/AG+4trho5V7V8v8AV/Ov2dTxtNyl1DSJgQAKZxT/AFZ6&#10;97X0kCkMRwWI1KwuSG+ukn8C3PsMICM4qBj/AFeR6EsCKSHqD9nD+fr173gERa3PoW4C2urODe1/&#10;px/xPvczED/D8v8AZ69d6tQY8T172wboq5KPFVBiiZtSSMCD9GtyrL/QC/Hs25bVX3RFkYAahg8K&#10;HzJ/Zj16j3mt3itJJQaHJ/L/AC56971y/mn2Pk5t51+LLeCjp6gqIyTqY6tN5B+efoPfSz2m2eMb&#10;ZHItCaDhTh5/7HXOf3M3e5l3SWPUQBwp9uT/AD4de9lV2xlvKpuD/ZAf/VXNjx7mm729CqqgNM8f&#10;8PUcR3U6KtWND172nO19zz00dLj6SUx+RdUyAkHj02Nv6+9WW3wx5Kjj6dJdwu5qAKfP/V/nPXvY&#10;HR5WClLPOTI78AFtRF/qfZwFBXyB9R0TGRtOPL/D172IG0YafNcRTeBy9mBIDEH6Ef6/vUsoRDpG&#10;eOP8PR1Y0eijFeOc9e9jZj9iQUDQ5MgVU6lGAuHtY88Dn2Er2/ABUDgDn0Hqf8H+DoXbXZA3KvSt&#10;M4z9nXvZ0avZe2d/dPZWKsoYxksfjfJSSGMB1aOLkRtbm/8AQ+48h3uSDc6K2GalB6f5+h7ue0xX&#10;e0FnQVA8/Wlf+KPXvdW9Pha3C5KWOnMsf2872LXBsr2IN/rxx7mS0nW6tqmlDj/Z+X5dQWFns5iV&#10;HA/7Gevex82f2JncbJFFR1EmpdB8dyVNjY/63sg3bZbeYEuMfP8A1cehls++XEDKYiaY8z/L/N17&#10;2b3bG7Nx5ml89U0qOqao5EZ1Ak0g6/cTblsu3xSlSAOOPX/Z/Z1Ldhut5NGJSWxmn+b/AGOvexe6&#10;t7B7C/iwppqmqlooahFImLuop9dmBv8AT6fj2AeYeXtrWFmAFafnXjjoc8u7vuSXahmJFRxPA1+e&#10;c+vXvdme3Foa+hpK1pDI1RTxyka7ckXNvxwf9494ycwwm2uWijFFBIzx+VfXrJnZZhJbgEgMePz6&#10;97WOvGwoFvpYaS2gByLiwAbjg/09hNkfTpNTX8qfb+zPR/8AUQ24Ku+D64z616974SVmLTiNdZLc&#10;3XUqsv6hz/tgPbYjfVWpPyGMen+Wp/LrZv0J1pk0ND5fZ/q/Lr3tprK7EQ6bpJr5uAhVQCLgWN/z&#10;9Pb8cbmo4Vzj5f6snonuZJGqwzq4nj172wvk6YsrxpLo+qkghyL8owP1/wBf2Yx22kCNDWua/wCr&#10;y+zpNDPepQQg0H7PlU9e9uI3ZDS6QKeU6R9GuRwPoR+Rf8e2ZNvWQ0wQPkP8vRpNuM1tEG08a19B&#10;X0P+Xr3vEd/sLeOik1jUttLaCW/1X+390i2SImtQKnGP5+lfl0VSb9KjEmq1/wBVf8w697zU2+Jt&#10;QR4PChOnhiCbC5DG3t2bYV06qg8a4/nT16vFzK+oMzChOcUp9o697UcO8KUixlItxYcuWY3Y3bix&#10;9kb7FMrEcDTy8/8AN/lz0dw8wFRqUgH7cU+XXvchN4QHUrSgC/0/1H4V+PbUmyMW1qDjBOQDj/J6&#10;da/rLGGDk8OJz/Lr3t3p90xPb9yPSL86lBY/0J+hH549p22iSPVSlSBgg/s4cPPo5s9+UmjkHA4+&#10;nHB+Xp1728RbgoTw08BBHGshCADx6hz7TNs8pXRp/ng8adHA3dAvDP5H/V/k697zx5vHTBrVMaMD&#10;ceoWI+lwfpe/09ojtcsRoEI9DxA+zy/Ppxd1j4kGn+qnXvcqLKUxDBJkDMy/m+q7fgi4J9o3sZFG&#10;ljUDhjh64wKef59Wbc1J7MD5549e9yEq09GlwQrXVlcAfT1XB+gvf2x9Mx1FyASDU0z9n+b5V6vH&#10;exVLynPl8uve+LVsZNzKSIyNOn0pdhcsebfnn25DZeEpC1Lnz8+Pz6f+tth1732lbG7Kxf6kqPX6&#10;SxFlBv8Aj8/7b2z+7ijaVNaZowP558j+3raX1vq0h8/y697zLUiNfXKbWuOVIuDyEt+P8Pz7odu+&#10;LQDwzSnrX7f+L6WG5VQWOQOve+1riEsGLFjpN2Go6QSGP4IF/dIbNj8Qx86ip/n/AC+3pI1/XI4c&#10;KGvH/N173gkrWbSAdWk21DgMbg/S/H+IHtdHAqAkAqDSlKY+z1z59MG+oaleJ9eve/DIgAp+3ckN&#10;qsQRqH6v9b/iR7otiJXXUcLUUpX8yeOT/h6UR3CyNkFeINeve8smQAY6tOnhXK+ocL+on/H6e7x7&#10;eqggkn08v5/5fl15Y40OpQccP55697xrXw3LK301Xvp1NqNzqP8AU+9/RRFtLMaUwPsFK+opSuPM&#10;dOa26974vXweMq3BJJ1KCSbsAwH+wH091eyRW1Jnyz5k5r+3pFdE6xpFK9e94pauncFdCBLqF0kr&#10;qBsVLX/ofx7usbpwPSLIr8/Xr3uLJNAysiR/Vh9T/hpZ+P6f09uIraqsevVotWPDr3vDI9KVHAZg&#10;w9RUkswb1Wv+LHj2+A4GT0lrXPXveC0Wo3UleGdr/m9rAn62Bt72C1aVr6fLqv8APr3vF4FmUiMa&#10;tPqJIs9hcD68Wt9P9f3p2oKU6amHZnI+39n+rh173h+2uzDTdVuCzBiPpfi34/PPvyHNTT0/n0x4&#10;JmA1MRxpT9nHr3vGKb6lbixDMCdQBBJuP9f25gNUEjOP5f5MdXjhkQ11YHD169746ZVDhr3BsJQL&#10;+oDlXv8A7e/tw+GwPkOFPt8+nXE7DtpQ9e982eoABBYAcm9wSbelVA5/5F7SdqtpBA4/6v2dJkaa&#10;JzU0I/weXXvfP7itjLWl9P0VgP13FrNfn/b+3xEhANM/7J/ynp/6mbSBTSw9f9jr3vGMhkovIqyM&#10;wtqIa5I/DWA/H5A9+ltrYAGnefOg4/5+tS3sqLSnceve+xla9gwbyWZyCI9QBN9IY6v97Htk28Rf&#10;XpB8v9QGM/Ppg7jMpDEVzT04+fz697jS7jr6f9yMEsGuGAuCObaj/W/+w49rV29ZM4IAPHH7Bw/1&#10;U6fkvZEQyHy8uPp1724xb6qvCVkinWQkx306vrwHU/Q2+p9opNnDtUoK8Af8n59UG6uRUijD9v5D&#10;r3uB/emY67CVySSfQeWB/tj+nP8AvHtZHtFVJZAmKCtM/Zjj6npwX87IXdQuPM8f9nr3vnFuec+r&#10;1Bg4sukgArxa30ta/Pvx2g/C1Kn0Ir6cP58eqreXLNrcgCnAHI9K/Pr3uSufaWVGd9BZSxVl0gt+&#10;dN+f9t7022tEjCgx6U/n159xCYYgn5f5fl8uve5i7lTU2rnSt2UpaxP0Kn6/T2n/AHeGU6koTjA4&#10;9a/ecZUFsde94ZdzQqoQ+n63DC5KsPQCP6fn3ddpf4lU/L8vPp5bxnXUuRxx173iqNwxMEZT9V9Q&#10;sStv9UP8B7ch2uQSGop5kfKvGmPz60t5rcxA5GT6gevp9vXvchNyLCnBJVQhuLILPwGBt9Be3P49&#10;2bbpWqHXPl64yKDz/wAI4dPjcmjXvzTh173IXcsUhsFNuA9uCoX6m5/1uD7afbHbLAY8iP8AN1o7&#10;yGqmqny9ft/2Ove8R3VAVYDyAxiwYG2oFuRf8g/n2iO0VYAKB/g/1HpLLuS0AjYDr3v0m6KUqdQb&#10;gAqWuQnHIFvp7ULtzLpRUp5VAxTia9aO6xkqBx+Q/wAPXveZdwUbrdX/AN1rqsF/tcAMG/r/AIe9&#10;tZyrXUoOcen2iv8Aqp0sh3NviJ/w8fn173kGWoS15ZBdSliHsQDzYj62/rce6PZs4qVBqPTj9h/w&#10;9PG5aQ6zknjTz/4rr3vIuQoGdiXWMMDcDhGZfox/x/2H09oWsX/ACKnjxr9n+DpxZQ3w5+3HXvct&#10;K/HOojZ+CRZyxK2vcFVPPHPPugsXQaqmucUz9hIPD+fTqyGJg9P9Xp1731LksVHfXIAq8Dk3Yj8a&#10;R/t/d0tnL9xNaZ4f4f8AVXq53BgxpQfb/m/L8+ve+CZ3EKxXyKU/tafqLD0kAj24bCYjXXPlUAge&#10;v+z1cbj3hX/bQgDr3vIMxjdDqpVfUvIsGIPJ4/wP19tHbnIpwwfyzj8vQdWe6haQM2aA8M58vtr1&#10;73nXLULhT5QAv1ChQv8AgWK/gW59p0sbmFyVo+MA1x8wDwx04bpFBAqTT0xQ9e98pMvQrcrMq6iS&#10;LGy/1S7H6hvwfdE265c0DYA/MfL7Bwpx6TiYRgsAMDj173hTO0/lP78YBsdAsTc8BABwb/j2421E&#10;xnTUnBqScUPTq7iqqAtC37P2/b5de9yIc1HrIMyWuNSg6SxvdVu35/qR7LLrbGjXW9SWr5V/4r16&#10;XQ7mhB1/l173J/i8ZYKtzyb6VGkE8nn82/PtE1jItTwI+0Ej1/zdGQmV+5fMf6qn/Pjr3uUMiZGA&#10;QEIxU/4MFNvx9PaNoKDvOQPXqy1K1U09Ove5QrGVgAUCm1xYm35JVfzf2ysKkZzkdWT9MEDJND+w&#10;/wCqvXvff3RaTUXPBBsbEkHk3BH+29r2jcJSlMevR/rZ1oeNOve8jOSxZSV9LAEC/DfS1+frz7Lm&#10;LU0n8wc/8V0TuXY6ST6UJqf2fZ173wJlICGwQiwc/Rjb63v9f8PeqefkP9X7OtZfNSvr8v2eXXve&#10;KdJVVnuWFl1BeQXX9Nz+B/h7uO6laY8/QfL59LrR61StSMg/L7fX5Hr3vLpd49RbQ/ovccar2AA/&#10;K2+vtRCVVa4OT+z5n5/y6WoTTu4VNPkKfzPXvfl/F9JPjuDe1/7IYqfwPr7eNDUAYB/1Z6sQeH2/&#10;n173y1+O2ljY3DKL/X8E2vf/AA59o3ikM2tcAeY8v89f5dLI3JUCoFONeve+2LEaiPwOONKX5ub+&#10;24yqalr21qa8fsHp/l6tHICCzHgaV/1cOve+r6WIcanKFfSfXpvcaQeL/m/uqAFyMH8/9XDpwDuN&#10;OP8Ak6979rZCWJuAoWzi5va+of0I93iR3c1PD9lfL/Z68Fd2ouSONeH2Hzz173waUK7HgcKQQttW&#10;ocsoJ+nt17Zz3ihoMj5jpppQhoQQ3DGfy6974tOAvqsfwTYrYA2A0/m/0/w9ptLUIpxp9vzPyp6e&#10;fVJLlBQFT3Zp/q9Ove+QkZlYqtmYXH4ci9tBH+H1Hu2qQucaqefyHmR/m6uJSauMj1+z5f5uPXve&#10;F3mBK2ZDpOlWW51E/kH8kf7b3ZwrVYnJI/Kn+DovubyMTEavT9n+Tr3vkJG9SyI2kWCtcg2WzXt7&#10;0XVKMRUnP+TpVbyAJ6g540/4vy697xtMG9UhWw0hrXB0/UDm/BH092j1k8KjPdT/AAD7fOvTxZZK&#10;pQcMH1p173xaZ9XjKj1gFQV9CgGwYX/px70qqRgmnnQ0P+rj0XsEDFKnBznNPl1732rBxa/9T+m/&#10;0+vJ/wB4t9fbUjUauaKMZx8v2dPROWQq/l88HzH7OPXvfZkUMGjjUjUfSzatBAsSpH1v9T7pIzOF&#10;Zv2gU/3r5dPHUwDn0zQU+2p4fmM9e95CzBC2opbhVF76SAARb68/7H2+v6g4AKT8Q+3I9KDj6dOB&#10;tWABpbPHHzH+r/P173g8oYhVk06T6iQWuQCAoAP1/r7ubeREqRQCpoOJAPp8xmvXi6qfCGDTypn8&#10;/Pr3vNcnQHf02cnkWTSv1a3PPHtHNFrWqdxHEVyan/J1ShMLAHH8z/q/aOve8azvdhflAXJ/UpYA&#10;LyPpyPr7skDJmUaaVAHy8/XPp0nhrrov+oH5+vXvfKORVQtwCGP0b+0zW41fi349uKFkoiChJr+V&#10;Kj7PSv59OyOxUouPnw4cMf5eOOve+CyK7XYnhzpIY6iW+jH8fk+3MiqjJI4Vx/q9ekyZK6h/xfkP&#10;lwyeve+TyFQbNchySeRc/QHn/iPdDFC7AMgz5r6U40+3y9elhl8IAmhNeA/w/wCbr3vGZRLGhYMQ&#10;dN7HV+kggAH/AB/p/j7qLdEapxXh5kfKn+rFOrNOzKFrhuNPtp9tf9jr3vnrAViXIXT+AR5Ab6x/&#10;rce7GN0cK/GnH8sf5adUlQtDR+J/aAOFf8nl69e98XnAa0Z0qT6ST6mOi5Zh/re/eGsiUamCfKlP&#10;TPr0XirUNRg0Pp/xfXvfaOWaMI31cghxpVOeACf6/T22tuFLMeB9K/zJ8x06JDTXTyHD7ade9+uC&#10;GULfVcmxUXP9oLf6Af193EcdMrg4r/l6oJPXhWnXvflmQyqljps3DMAfz+B/T8j3UWzUqxFaZpn/&#10;AIr/AIvqwenHGOve/G1gWNjr4GrRoQk8Bz9Ta3uphY/CQKfb/IefWzIjGn+Dr3vmZLC97F3IUAAl&#10;hz+o/QEfX/efdWgiRKMK1AzWnHj0phk7ACPPjXFPPr3vjqW1zIGsGCoWYWtawY/1PJ96S3Ymi1FS&#10;B61/1evl16MIr61XzpT1Prny/wAHXvfTH/kEtzyPqxNwo/ANgffmgUNpIJPpXI+319a9PGVvhAr5&#10;HOaeuPLr3vEG1X0s1iGDBhqIsAE/Tf8A1re7iBWIBADU9fLjX/VnqsrtIPC0jA4elP5f5+ve+iQ1&#10;lKkPb0gn8X5Kn68j3RopD5YJ4/P5jpLbyt4itkAmmPPHp59e9+BCFltoTSeDZrg/V7e/eExPD/UP&#10;n69GMvhyIQTj1/1fPr3vyuAS17/UgkX1E8lTf6D3tUapBHDj5f6v8vSQwZorCo4/6v8AD173xikk&#10;Xjhi4CtbllBPpZb/AOwv70yOcCvyxx6TMQrEN5f5PTr3vmWtIzODfQ63vxx+XVfyT9T/AE96MUzq&#10;KDicf5/y9OlVqgk7wc+X5f8AFj+fXvfDU1tRPLo1gfUUFuRf/eRb3SPtJU5NT+eP9Vem5GDys1Qf&#10;KvXvfg5C3BbTxewPH4/437cEQLtJTiKen+r8utVbPEj5f6s9e98UKoblVKsulCv4I/V/sT/j7oxL&#10;HtyeNK4I+f8Ag6d8BgtWbSfQmvl59e99CU3Kq+kadIsoZACbcav6/T25gAVoK+X+TpMWBySB/h8+&#10;ve+JkMY0sbcgixILC1xYf7UfetHiHArX9nTiIkjjVwpWteHy6974CSRgSCSQQOOSVLXsx/r+f6e7&#10;mNlWikEkH9vV3WIpWLB4Ur/q/n1730JSzk3+lxqb8k8i39D/AF9uLbhgCzUqKGnl5ZHnT/B0pQxK&#10;oCDyoT6/5eve/GRUVmZlJJ4JuSF+g+v4/wAPbOBVBkg8R8v8h6KmpQMOPl173iuGDMr/AECG/wCC&#10;1if08m/+Hu3cDopSv+D7enATlDjr3vCHKqbHlmtpU3sPydQ+g+hI93UF2NMleNf9Wf8AJ1RiNRZu&#10;Iwf83zP29e98Sy6kKsDKOdK3I/FtSnn/AGHt/wAAila/y/1U61r0sARjr3vkJZZAWBZSWNw6kcqv&#10;4X/E/k+0tUB0mlRwHn/q9OrmgQjiTw9eve8CO5Zxf0sAoFxyPzJb/D6e/VIWo/1fZ0wJD4lKDh5f&#10;6v29e95WaQAHUr6AbH62H0B92A1IR69KG+HuPHhTP7eve8TTSIPpc3Nxc2UkXCq4+o/Ptwws2dI/&#10;L/KOmta5JH2de94pjK4BGlNKkWIOksfxcfg/1/r7skSgnUaE/t/Mf6j1STSSDXIFPn9h6974pJI1&#10;gptpjNy30up+hJv9P959+kSOOhdjx8uPTbz+EFLg5NBTy6979rLeryC9hdW4bj8qB+B72UA7kqVP&#10;n6fb1cTKYhID2nzA9fXz6975eQ6Va4LjUuo3JuOVIBPtl8kqR8/TrRnQ1Ffh/wAvp173yWTzKV1L&#10;Y3sQTpUkXU3b/invwIDCuPlmp8vL+Xr0oJOoEmlPI/7H+o9e98RIqg3uhQeon9L/AIGkf4/19uLF&#10;IxFBUny4dVJNQUpU1qOve+QksBISW9JbT6uD9B9fr78YZH7So/b8/wCR+3rRZGNGpj/Uc9e99xyL&#10;w2rTywAB1Fv9e3tp00HuH8utZDgAjr3vDLKwJtZQwDXINvSLev8A4n2pihRyGb7Pz/zenTscywvq&#10;PnUH5+n+x173waclWCAWQglgARf6lb/7zf3422lgVNaY8h+fTkl0aaeAOMf6vXr3vmsq6WYXZRZW&#10;tYWLHVcH/invXgNXjT/Aa8cdMMUrgnh/qx8+ve8PkvqsdaaBpHCtGQfVcn8n/D3b6dNNRj7eB/Zm&#10;vp00HBJDcOve+Rf9vhixOkH6sf6cn+vtpEZ30laD9n7f5dXB4Ade98DNayqAn0F2Ju5H/FP8fbxt&#10;0amdR44+fSmOeOOMfbTr3vD5fIWuNIUhSF5LsPzdePr7qbXw/hNT8+qvchlMaefn17300kv+AP0N&#10;xzexB5+nH14938GrENwoKU/n9vSdmAJ8+GR173z1avGysCwYAsW0WYenUSfdooREajPz61qxU5H8&#10;+ve8BYu+oka7lb8D9H9lSOQL+3tLLhK/L5evS0DXSg4+vXvfYANh5A2kklbnm4/A+oH+P0PvZ1U7&#10;uPSS44inl173GchmsLWJAANrlvq1x+P9692Hw8ek46977VBYNJblrEIR6V0gHV/sQQffnLaTp8hX&#10;J4/LrTMyoXHECtOve8DIikc2N/qzC5A412F7/wBPeoJXZSSM/wCrHVIJXlrryRT/AFfl173hHjYE&#10;GzFtViSA34NmPtRpKtj4vkP9X8un3YRKTwP7anr3vpnhRChdNa/2dP6Qfybf0/J97pIwJAr/AKv9&#10;X+DpHOFkUpH6fy697gNLGgvqUk/RgOVF72AH+H097WJmbOB88dE9QCAck+f8uve4z5CNPQockKbF&#10;gNAUC13H5P09vwwOT3YH8/l/s+fT1vOobw3FAeFeAP8Am697b5M3MhOhmZGFhccjnkrfn82/2/sw&#10;i29nBJXI/wBX+zTrb3RQEgcP29e9xZdxCJWLNpZlYaA3JFrBQPqP6+1UWyySpwyCM+n+r/i+kB3U&#10;UIAB/wAnXvcF91FUAWTSDHfTa5A/FyLe1v8AV8+dOPH5+Z6Ybe1AIpT1z173DXPPIxkaWQMyaCb2&#10;BH0W7f737dXZAhoafsPH/V/Ppht600qVA8s/6sde9w3yKyan1SKGvcc2a/6VsPqP9jxz7Vx7OBxo&#10;aZHTMu6SS9rYr59e9t5rG1amDamOo25CFRb6D8A8W9q/3bEUrStOJP7PL+fRb9VQ0Bx51z/s9e9+&#10;fIyqQVDyOBf1NZFK25t9bDn24u3x5XSCv2kmnpX/AAdPC+kKFakgehz+3r3vJFk3lIdlXQUP0Uer&#10;+nJ549ty2ECIWjBANK/585/1U6eS9kqCGIOOPD/V/wAVw697zpV6gTrDMvqI5AAFyeD7TfRLQGtA&#10;fl0Yi9hABkFBwP2/7OOve5q1dzGEa49K3LgaRfgFT/Tnn2lmtYoyQDX8qf6sZHSiOZHBC1/wfLr3&#10;vzzXFx9TwOATrB03IH4/I/w9p/ATjQ/tx5n9vl+Xz6eDHiT173inqoREwUvrNgGtcgXvqP1/x59u&#10;JGpcFvhHH/V8/wCXTbFiNQ4ehOeve0xUw1kxsjMqvfT/AIKTp03/AKC/49nkBtkXJGDx/wA/nnos&#10;uIrxyPCbSK4rxH+Tr3vGmNyBcs1TI6AMCCG/pyLfQW9uPeWeiiUzx/zn/V6dJGtL6pTVWpHnj/V/&#10;sde95xia9m1uX+pP00sFv6Sp/p/ifaKW5tzTuB/LHDh6V9Qf8vSpbK4chf8AVUde9zVxdbILGIi4&#10;/U1ubNc8f630v9faV76FCFReHp/qoKdPLY3QYLT/AFf6uHXvamxcbUkDJUoWAU6FK8ks39fx7Irg&#10;eM2uPH+D/N0ILGGSGMDjSp4de9uEeeo1LRFL8IA7qRptfjj/AG1/aeSykJBIAOTjzrj8vs6M/qbq&#10;Mqhw3EH1Hp8vs697lLkgxLLp9SXb9JOlBz4/9sL+6fR6TVhw4jJ4+o41OejVZWkTVTiAccM+vn17&#10;22VZSrV0NxqP9oHUQxsVXTxbnj2qhxRfTh+Xr6Y6S3UBulETUDHI+XyP5f4R172zLt+jjJYwBiWs&#10;5OkjV/hf+v59rxuV2UC6woyc/tz9nRCdnJOl6edPP04+nXvcg4mAAkIVCabmwVR+Qot/T3T6l9Pc&#10;/GuBnH+X7elA2cDJkFf4eI6976NJDEo06WYqLkKQQzEMASPz9L39t6wSdRNOPqPP/VTpRFtyRNUi&#10;pBxWtP2cOve+LQAGw9WorcOdRT8lQw+nvZKHBxTOMfZUdXezD18RM0+dM8Ove8BoYmJZDyzlGszX&#10;A/Isf8fejIVWpOo0rT/L0lbbI0AbiRT8/s+Qp17309CBpVSwHJARrluPpf8Ar9fbyyebGhp/h/1U&#10;PTscMSAgY8qetf59e98lpljUA3ZY7Cw51E3tpJ/p9CfdDKFOo07vXHy4cQfMdKhA9RqoAf8AAPKn&#10;EE8B173kRDySR+kgK3BILXsB/h/U+07lmFeFDX/Z+316UqKAKop9lP8AUOve8ItcBv6Na9rAH0lT&#10;/r+9NUHs44/Pz60aDAr173w0qBe6D6gDm4P0On25ItF1mpA+X+rHRTdqCDKMAGufMn/IeB9Ove3j&#10;FUFTkq2kx1FTzVdbXVUNFQ08ALy1NbVSCKmhRB9SzEDn2/Y7fe7peRbft0RmuLh0jijSpZ3dgqIo&#10;HEsxA6gz3p9xeXvbnkjc+buZZ0t9v2m1luriRm0qsUKlyNROCaBB5kmnXTGwJJsAL393gdX7Ax/V&#10;ew8Ds+ijQVMVOlduKr515HcFVGHyE73PAU2jQD6KoHv6HPZ721sfZD2t2z29tQv1AQXO4yVP6u4S&#10;KDIDXOmFaRL/AKXr80P74H3juYvvX/eF5h949+ld4ry4kjsImNRb2MbkW8a+QGnuIHmeuEYPLMbl&#10;iSOANKk+leP6D8+1u7FyG03JsFCnShBP4/4p7HMkryyq4WrEYFdIPlg+X2dY0KFVaVp/P/i+snt9&#10;pIgJI10m5VvS66QfHwwH5PP9fY/2SxLXcKhahlftIpq0YI9WycVxWlOiy4eqMwPAjgfXr3tzkSZk&#10;GiMsPoykj6D9P1/p/T2MJ7bdZ7QC3gY0oGWorQYGK4IpSh6QoYg3efz69771KqhpeDGgax9JXVwd&#10;dvT/AID2940MESz3oIa3jBC00ldXHxCO0V4AZ61pZ20p+I/l+Xn173y1aQZGNg+lUso9JPIJf2oj&#10;naGJr65fSsulUoowx4HVk0pgilAcjqtKkKvlx/4rr3vjTku8zFWBkezIXZ0OhdKtED+m4+tvetlu&#10;Xu7mZ5EKmViGQyF1JUUDx1ACah8Sjj1acFVVAagD0ocmufX5de9zCosDYalHDf1B5KexG1uiBZHW&#10;rxrRW4VBOUp9v8+k9a48j173KhAZQNTB34CqbWA+gY/4+zGEsYgZF01BxxoP8/T8SIRpDHUeFP8A&#10;L9vXR/1r8/763vIIpAiuWjUKxChytyPoQQOT70aKAqcfnXh55/y9PLDMsYlYqAOANK/n59cCRqIG&#10;q5t9Abf1vf3ikiZUUKCx9R1A3H141W/H9PemSkfhCp9Knz8qniR69MyxsFBp61Iz1zvyR/S3+v7j&#10;kWYj0jQfUfwOLm1/x/r+0gbXJ4aFR4VNbHgDTIX7PU+XTLLpNONeHXfuAz3ZIgA4k1kNquth9Dxw&#10;R7Bl3cu9zHtzpUSs7BtWBTgcVBFDw4Hy6UqmkGStNNMU6974VMUcYikAbUCyll5Nium/tLzDYWVh&#10;Hb3MOrWSwJHoRStBj/N1a2dnLKeHHr3vCyRTRDWoXkaR+WUjQfr7K3htLuwC3KhGBGn1ZT2mo8s8&#10;PlXpwM8b9p+35Hr3tsqaVBFKkMzIQjsWCi4MP6VAP0B/HsJ7ttttHazQ2spWilmNBjRwWnlXyrxG&#10;ejCGZ/FVpFBzw+3j173Ewq6VV3ibhpGUG+oBVuVH+v8AW459oOTIgNM9xEXClsZBoorQfM8cZ6d3&#10;I1Yoh9AfTP8Am697UjSWjWQgpe0gZbMygjhW/wBf3J010Y7RblV8MnTIGFCy14K3nQjiP29EoSr6&#10;K18qcB173wfXkKOrgpqyWmqDHLSvU04U1FFO8WlJ4vKCupAQ63BF/r7WQtcb3tsgsrhop6GN3RVa&#10;SF6drjWCpKg6hxB4dOIRZXEc0sYdAQwVvhdQfhNM0NKHzp173OoKeempaKnernq5qaCnhkrJ9H3F&#10;bJDEI2qanxBV1yka30gC5NgBx7F1jbXC2kEUkzMUVdb9tZdK0LOANKs/xPSmcDHTE84nvHnhjWPW&#10;7MqLXSgZiQq1JNFrQVJNONT1733WxSTMwSdqSWzokyxxyrHIwtrCv/T8cj2l3S3luJ0MUzW7aSqS&#10;aFZQxHHuyD6GoBOM9WjkCzN4qBxUFhUjFeGPLroDgfmwHPtz29S5/HVwyT5yeSCF4Wp8WI46SnmV&#10;f86ZWjLPIpPJWw/oPZTFsu4i4YblfNKlKCNY0VQQOOqhbJ4jFD506HHLu53u1iO+22PwmiYNpeVq&#10;SrXhpwCq+YAOr7ekbvXa+3t7YSv21uDHxV1DlKSqpHnNNBPNQNNEU+4pJplbwzLe8ci2INiPZjMX&#10;kYaiOGpjdXWQKsoQgiNyBqVh+LH6A+yLcLHXHJZScKEfP/i+steXeYYLlId0gYNrpqocBjxBHlpP&#10;AHNOqEPkv8astU4nefXNfTmKahFdkdrVlTGDWV9BQxmaCWnqGsGZ4wBK6cF7/wCHtE98rGepN6zS&#10;tpWjxclXqCPIV8LCRWCICT/rD2DNbLs1/bTkllilHCpHYaEV4nFccOj33EsTf7GphFaTW7ihABpI&#10;PPgBQ+eOivfykczVYj5fbVwdZIUnyOC7BxtQtU16gik29LW00WqTTzqjuQBfiwvf3W/1Tlo6OuqK&#10;RoYYITMxgigUqhEo8gBjtZZLkllH1/1/cQ7feJYbxHPItVYf7AoP8Pr1jjz9t73VqlwGLMFyW44x&#10;+a+h/wAnW2H/AK3sz1JPOHBAUI7jkFiWUi4Nvwf8Pc7bHue4290rRikchGRxIPp6EenCmSeoOuIo&#10;ivnUDr3tWUddJE8bB1bT+L2HH0Fv99/h7l23mjvIBVlYkUJBHH7OP+z01Z7jcWVwsiHC0weHWGWF&#10;JY2jYWDAgkfi/wDr+1L/AB5iVW6cJqJb6IwHKr/r+6fQKM+XQ2/rk50x1HCprwBA4D5EdJ0bbpF8&#10;hCsuolTob1SoW1BnY/2gfofadyWUepshNwSxIA4NzYMAP+J9p7q5gsKRihLjyqSBwr/nHQU3Pd7j&#10;dCFc9qkn5E/l8sdPlJRw0i2jRV9Kjjk8DkXP+9D2ichOjTiFdbGIrrGngE8ix/PuG+Ztyhk3AWtv&#10;qcxEBvQEn18yfM+WOtWcLLF4jUAbh/q8upnuGkzrKrqDHc3Ja1rfTk/S3sii3Ca2u/HgVoiTXU1P&#10;LgCRig8j5dKCismljX7P8nXva+xkiGoxVTPJ6KeeOW0TlDyRdjp502/x59z4sKbvtttdytRo0ElF&#10;NFLaCAT56ckgHBxWvTWz3KWW6W8sjUjSUAivdTUCfsr/ADz01ZmnerxGVpYgDNPj6qOLWiyL5XgY&#10;Rag9wfVbg+1tuzGiKqWeG7RTL6QtiLML3Uj6j+nt3ZrovCYn+IHj1InuTsCw363tp3RyjgPQjjXz&#10;HnX+fQR9F7zqt0bOijy4VM1ip58fkhcD9+mneBlaOwK202sR/wAR7aMTNJHIsMSqHuNbXUroUhij&#10;FvoGtY2/r7WXsaumuTh/qHQb5avLi3uFtbZQHNKmoI0jOklvJuBI6FDPUFLV0sgrdRhCuV0a9Qkd&#10;DGsiLH9XS+oX49lS/mA9RUfYnRFduvG48DdnWojzlG1LChebAhxFl8Y/jXUYlRvMg+iFSbcn3zq+&#10;/p7SbdzV7YNz5BGfrtg7gyrUvbOwWRHAFaRnTIG/AA/qeu3P90j95PevZn7zWx8sfUeDs3Mcq2d3&#10;CWpCC9RE6DgGV6KpA/F0BGy3qNodjVkctfGcHu4rjpnqvOKus3JSqP4ZVzNK7KJJYhJAeAZDoBN1&#10;Ue9eQqQOWDHSGK8jUCNX1P4/w98M500yEgUB4H/D194uwXv122K5NSuP9X+rgR0Ze/viCW0swUBf&#10;wBZgtrX4/wAP969s0ArTo6Aqadd++yU4XWwb6kDhRY/QH/Ec+9gMRWg6NjCygMgAxTJpXzJx173k&#10;e+lBY2YEXtc8/pGr+nttTQn5f6j08JHWLw6444x1732p0FVdjzqUMR/Tnn/ebE+/E6qlR1cTuAVH&#10;Af6uPXvfMk3P+0jSh1Wvfgn/AIr7oKUz59FJnOogDByB6de9+eViDZCoGlgwuFupt5Ln6ce9hBgk&#10;/wCr068ZqZp1734uWbiyozaVNjqIva9z9B73SgoeI60LqXVjH7eve8jub2Um1ytwo0FRcAgn6H+v&#10;uoTStccK/P7KdHEdwRADSp6974pIdYAAIFwr31LYgtcf43HvZUAGvXlu5K92eve+RJUfu+nQotZe&#10;efp9P6i1veuOE6dN0TUEcOve+jKCSATyDcMLkf1sf8ePfgpAyK06qbkt2r59e9+dlT/VFmOnSbsC&#10;dV7AH+n49+UavsHVhKMaxgen+rPXvfEtpuTcmS2oXI9N/TYfT3sZFB5dJptyCtpQVAwa8R6nr3vm&#10;GBCi5Cmz2LAWsQSSv9TwOf8AH3qhPz6UpdAgYx6/5uve+DuCPULaAWYE3YC+m1x/vA9uKtOBr6U8&#10;+rNcVwgoceY6974qzgkq40kllS1kCj/Vgf4i/upUUyOHE+fSYSM1ZAflWtR/xXXvfTMCdRWygguL&#10;2YPyRYj6j3YCnaf9Q/z9WN+sZ0Pn0/2eve/GQsSTfnhSqjm54JA5J9+CimP8P+fp4XVfiFOve+iw&#10;UXtcah6je+ocn62/4178UJPSOUMCzBqimAf8HXvfFpA1z/a9X0AAAseLe/BadFPiuRQ4/wAPXvcd&#10;mYBbsQFOpluQRcG9wfr7dWjV9T0sjvCTplauKauH7eve+PmuxF7D6o1rKzfUAW/w97MdACenXuAg&#10;rqr5ft697712NzZg3FiFuzW5YN/Qf09+0FzThT/B04HBSoPGp+X5de94jMCw5Njf8XFxwRb6WHu4&#10;jpk+XWiwrU8BQ+nXveIuxY2JuXUsTZiyq35v9Le3StV4eXSie5jlVFUEEDP+Cmeve+nnEam6kJcW&#10;uotc8WuP9696WHUfn0kKRs3iOTUV8/Xr3vD5hYXcEOAFsCP9uw/H+w9uCMeXl1vWDQN5en+UfPr3&#10;v3mW5LaF0kC9zbT9PoOP9b3oIaALXqqBYzRK8a/ZXr3uI7lSBGwGrlWI9YuedX459vrGZDSlSOI6&#10;q3c9SePH0Py697wu/kcFT+bEkHmw+gX6f8V9uCJkHcOkskcQUsooaVxn7K/7HAde9jT0xg6jM7op&#10;I4FZZEVmjkUMWjZRqBQqPqx4Hsacm7PPuG7w28UZfWw4Ctamn8uot525gfaLNnj7QAeHrT16ac7l&#10;qLBYjIZfIzxU1FQUstRUTTOI444o1uzOzWAFvdhUVbHg4cbR7gqGinp1DPb9bFhdVcj8/wBffYD2&#10;e5Tj5cs4ZvDpIFUFhWtPOlP8P5dYFc9e5d7fSNBE1MnIrU+v7fLqk7unN5ruur3dXdc+LKY6rlqa&#10;WklqBenXwftPLHq+qD+yB/r+1bteTDyR5LP5AQrSxTCDH0g0sZmB1eRl/qfre3vOflDcvqbZvGXU&#10;gwo4mvqQPT0/PqObPd7y6Ulm1McnJr/q/wAPVaPyJpe06HJbF6V2L/FJs3l8TPl967pYTRxYumMf&#10;27UsFR9FFrhQD7EeHMxbhgWjWARMhSVV0cyKo4YH6W9zzyhFAjNcTYwCFNT+ecY/l0K9nEppI5DK&#10;vDyFfP7R8zjoouI6eqOh87V7wq8zJkYpInoJpJq8PBSVE7mSYSIxuSTchvx7UWExv2yTFohG0jrw&#10;belR+Lf4+xbvm5JJGojbUACcfZ/g6Gl1NPLHGlSVQHFa0qOA8z0H3fXaB3H/AAKKkyrZGjoKSpkA&#10;jkujTsl2JuebH6N/vPtWSmClpWkdPTGuoiw5/HH+v/X3jvc71uV3uxAlCx6mNBUkAcTj+X8+g+bq&#10;a0UqAQeIoDmnVZFLnN57w3/TYnHZdIjkci0ULK03mSJX9ZkZLn0gWAA9lQ3Pnocrna2kpxHGFlYV&#10;DxgNI4tpUf7Ae4g9xt3iuneONQFY0P8ASoMfZXz9egRvu5sylyMY7T8/M9bUPxh6fr+vOrtoZjK1&#10;FdWVAxMMuMpasvHBSOQJJp40PGp25PJt/sfYQYb7HPZjMbfriv32Ok8dJJPa0kDEkLb/AA/H+PvG&#10;HdtstUL3VzQBKkVFAM8f2cf2jrWyx3m4XKiKpzxHD5/5urQs7ldwbO2rs7de3oJqjF7jiifL0lIG&#10;eeOpMQAkGj6Bje4PsGu5M7WbVyOEiFWxTH1IjWB5SFIYgOSn0sB/xr3FN97iWO1XRhtZF7cVBx/s&#10;9Cvd+TdxjQTKhAr86Z+Z/wAI6NN01tChzG28lla/Ex0sm5kWSd2hUTsAllZnIB1A8/6/tRbu3Hh1&#10;2xhqvBpAcrWUZqsg0ITyJ411MLrbnjgnn2Gv9dZ76+8Fmwvr5186/wCToguNqv7eFjMpFeGPID/V&#10;jh1y2T1VmMfnc+2er56rDJVeLDUzuzqkTfUlXuOf9t7DPYuco8nlanPVde0ElNTRpRtdkJmjfW6l&#10;2/tX+p/p7Od59wfoNvaRWqwX9n+bos5Z5fbdL8RsOPypivD5Z6EPcWzzU4yHAUtFBLQVlTIuREgU&#10;oKWSPTcRD8D+n0Hs/uAi66h6zyHaO9Mg9SkEkZo6ZHWOOWqgHNNa3q5Fjxz9feFvPXutu257mdqg&#10;bUDg1JLZr5+n/FdZ3e3XJTWdtE2ihIGKcP256DHF7Dz+3dxY3bW1qWixeJhhmfIVzxaytPI14zCP&#10;9WfwPp7Ij2z8hsD2JkYqKm2ticDQUjrFDPRRWmm0n0PVN/a4tcj3EM8LLMZpZGkJ9eA/L/UOpums&#10;xbQKit8NPnSvRjcHhxhaQUprq2vcsXaatlEr6m+vjAHpX+g9vOz9g4bMtSZmjo1qSpinM0JuFZTd&#10;tSrwLH+vsbcgbLHzBuaWl1jORp/Z+3/D1BnP1zcQCQCgr9tTXAp9vH7eou6c/DtzE1GQmZFKI/jV&#10;mALvpOlVv+b+zfYeipJkhaY6yVEaIQCIxEAFUL/jbk/X31r9nuVNm5Z2eMQgLpUE5+WTX1+XUCWf&#10;jTXhdi2pz5etf9QoP2dUcfI7sneOY3BkYqUSIIpkYNEpV5RUPwur6nQLAL9PaU3h2XHtxmoaGkRp&#10;1bxMrMQJPxwVvYf63J9rvcT3is+XY3tdvcPIKAClQK4INfMfZ59ScvKy3cBkuahhSila4PxVrkEe&#10;nn0uOi/hO3YcVLu3fuVrWgqQtbTQKtlgZuR6JLXY/wBCCB9febCb+OqOpqKOeGd40MkWonQpAKkf&#10;kr+fcBw/eJnaXVcN3eYqB+RHCp9egrd8iTSXFYMf5KeVf9Vehd3v8C8RlqCXFY7IU70fldqeeamU&#10;yM7Ai5cc6lvYW/Ptbz7qxmWp4Go3p4qiRxHKZSqlT9PT/rn2L7H3v2reUa2nXw2JNKHj6jHlT/Vx&#10;6bl5O3O1QuuV/Z9o/wBWOi5Yv4Tb36yr6yepyVdmsPSwvPSQQeQuUUElXW/Onj2JG0M3W7WE6mNZ&#10;KetULOTEjgi1wUJ4uPoR79P7exc9R6rNar8S5J4+ZpmleFPMdJtu3NdsJjuARp9OPpmuSP8AVw6L&#10;x23uDE1tbj5xkpsfn9tzPHSQLUCGZHS0TwyRt/qgOD+PYLdib1z2aqMpgKWKCnxdWrRvAsSpJLGT&#10;c6QovY/j2BL72Ou4bkQKh1Cg1E4LDh9vpXoq3jni2hk0V1LUBjx+z/NTqxroPPbRwu1Nub0y2Rly&#10;Gap6cTSVbSmaGmLqA4aRjYH+vHth2liIMFjdBppWC6VgRv1DWbk2+v195J+0n3W7i4jXdN2X9Qkn&#10;SM0PkPSlOP7Ogju+8LuCj6WgHzH7f28Pt6DT5B/IvL70ztPgNoZKlo6EK7V1WbnUkXqdODYE8/6/&#10;tZ/eVqfumlkvp+rXBZQfo35/p7zN5b9kk2aONlg7V4Ypw9R88/5ugl9K7PrYGmT6Y9Pn/l6JVkcT&#10;T5+aWCrz0bo7SuVUB0SRvqUvcXNzx/t/p7k01RUVUsjvCsaOoUAkm5H1Y3H+9+5Gj5V+lOv6dVbz&#10;xw/P+XS172SGPUh00pU8QPz8h8vLpLZvAUWBx9PHS181TPSP5HkQcojephdTbjgm3NvanoqJ1g8k&#10;t9JuqC4L/wCP0/A9jfY7htsjHiqCGxX8XqQK4P59JYb50YEGoPoaV86+nQPZbekEGUajpQshbxvP&#10;KAVjsDqFmNvURyB/t/fNaU07STAMBZhpVdKgE3Jt/jz7ESiyuGaeM1qCfsBzTzqPXpQ031B1njWu&#10;fnw4dOMueoNwQw44vE7rKkjNK6SSXK6gFkfgsP8ADj8e0PnPufv6ZI1/bnYeW5/1R4K/8U9gbmB4&#10;tnCmIgaicU/mPl/m6XQ37WkFVHwkjPzyKeo6MF11Lh6LbmXnlZfNj4ZJYVXSCBEnkKlPyDYnVcD2&#10;pZ8Z9vTwxsGTSoYXGkOLXPB59ksu/veUWIVGniP2+fH5V4dFM+6NcliaEDj6Cv2dAHh+zDnsvk6u&#10;ieOuj80tM4gbytDKkliTpuLLwCfcSCOasnNOhZEVbIAfSQPqb/4ezzZNxeeQRSvpAFKGlPy/2Otw&#10;01aq/aKfLy+Xr+3pZ1GSx+3cfFlK8o1TUO3lEqhnUnlFZfpc3tYH/H3zqcLTvAzGWaWcXRV5ZVt/&#10;tP8AX+h9iG5vNla3LvIWc1GPXyNPWuc9GayweAGZe448sHPl/l4dScT2ZOlZAn2VBQ0bDytKzRwy&#10;MHJBZpSRw1rWH09sGK2r469Y6iV3WRtehwQW5uVYN+B7CQ3C1trpVeSqH1FBXjnzNBx/l02tzboA&#10;5J1cajh9lPl/PpZ7173pn21PW4aKlp5aSN4nq43Uw07RoRrQj+1cXv7dcthqiTLwUVBEkMFh5HAV&#10;FCFfUD/Un6ew/vvMVvuG5C0tHUA1GCAMf8Xj1p1S63WNj+iacaHFT/mHSA2V21hz1/lN0bjr56+u&#10;inkioYFZmeSp1jx6dXpVATcluBbj2usTh1xtO1VcKunQLDn/ABuf8fcl8q2UcUHj4JkFBj8Ipk/M&#10;n/L0ebPeLMfEHdpGakCv+z/l6L/uDsl96ZimwcSSz1byidpJAPCIyxUqEJJBFxyf9t7mTZTEY+kk&#10;NTII5NJZgSL6SPyFH+x9nF9JawFxMQgAz5HP+E8KdKrrd9L6ARRfQcBX/Vn7cdN/9z+xd07mpYsP&#10;TJV46OSKKGVFZNDo9w0UjfkW4P0+vsN85n8RFQrkaHJN5IHJ0pJpBuLhmU/4cWtz7JLyewgsvHSa&#10;lOArnI8wRjHl0y9ywUyMx7vM+eAR8q+fRueuutd6z5up21unbNPJj8hTIvlqYhUTDi2mKSMC1zyW&#10;vx7R+D7Yz2UypEUiHG0ziKSQRhLnjXZhweD7ijmTm1/qGWCTxEA40oAacPn5/Lz6INyv4ySiUNRk&#10;/OlP5fP/ACdCP2V8KOpsJs2pWooWfcmSpXqaeKeokqCZHVjEhie+ka7AWF7+xzxWdiyrjwVCSMp1&#10;PIh1qB9f1f1965d5ilu/05D+Zrw4+fkfIdFFrOxYlx8Oa+WD/q/1DqrvenV2R64hdMxiXpaV4xFS&#10;Uk8QjlCG6qHjI/SwNtX1PtTvI9YEiaoZZFBItwCAo0kk/g/737mLbLi3hhDgAKaHHz9fXyz8+pA2&#10;64t4gAR60+w/b5eh6Qu3osTs6Goy0O36Y0VQYm0gamjWpm/duwHqZD9SbkD201WJkaKSokDRz8Kr&#10;8auOB9fqPZ/DeW7ylLcgsRx9PMf8V0ra7XwysRJLniTUgUGD8/LGOhh2923i0r6fA4aanyGO8bTT&#10;U7MZli1Dy6SwtpYMLDjm/HthyGBlpqVqyjqdclgWjexDAmxUf8UHsK8yIVtjJGTqXyNM/wCalT9p&#10;PRFuNwFh1uKAAip9a04Dyoel3hO3qDO5uPbe58StLE0njirotUbRvGupJB/RQB9fzx/T20UWcjkq&#10;rND4KqmRdS+MpqfTY8Dgj/U+/cubpYXB8NuwqPs9akkcfz+VOkG2XcdvNUGi14n8/wDP0ItX1wKX&#10;CyNHlXyWBzUuuOb7hJRBEshZArC5W45PP19rqPMouOqI5IFWtkijenS3pk0yjyX/AMQtz7E1xay/&#10;XQPFIBHqbWD8RHhtQL/ttNflXoVG7GAnxfi9KUxT0NcHotGX6ryE3Ym0q3E5ySTaFJlMpR7rlkm/&#10;ymnjkwVQmLNM/wDRq1oI3/1/6n3/AP/UML0n2ZuzsTGzSZ+1PNBACsyRrCdQNvUv0/2/vD6xurwZ&#10;gqxqKA1P7Af8I4+fHrpHd2NtbQsy0qcZ4fPraa+SnRPUfWcdDkMPh6anhyVSYqukkkZlVG+jxyj1&#10;C9wLX/3r2N+FqaphXQ1dSkjqSYSoCvoX+yb/ANf6/wCPuf8A255guILmK3vcxsRUfhNTxArx8/TH&#10;QL3WzkurQmHDDPCvDzp9pPVIHz46L25n9vY3N7Hwj09dTsPupdPkIWxuZGTgWLC4P1t/r+3XHtJL&#10;O7g2jvww/wABb6/n+vvMFLLbrzb1ZItQOTXLHAGK1A4H5eXUUXcl7ZXJdVIUUoak4PGleHA4P2da&#10;9XcVZkNiY2OnlqZWzNJKh+3VyDH+5d2uP0kC5At7XUVUtbFHT1MMVWijSYp4hIrL9Fvc/QfUD3AH&#10;N/s5ytc3T30sQXV3Ak5rk48icCvp0K9k5kntZEt1Yg08zx+zz/Lp+6X/AJhHfnVdDT47bG8a7E0B&#10;LLEsFSkT+AsFcEt/aK2sP969rfE0JWKSGBIoINDJGiL4wxZLmNl/IUkDgge8euedi2027WaLlV0i&#10;lDpoaAj0JArmpPy6kMbq87RzO2cHUDThkfZ5Y+fR+Om/lPvGu3Ft/f8AuLM1uYqqnK02QyX3lY8r&#10;SRCZWqSoNhqAIsL88+wzxvWUWJytdnausSoq52llV7nSsUpuY+bDVYm39PcMQ8lOJavD2qafmK5p&#10;6GgNft4dCK13/SrBhXyOfUHj9tB1ezuD+ZVtrd+2cRtLayzUhNLSQTl42d/uFjCst1uRpPLD6E/W&#10;/uFu2hx2ZxX8NijSSSmmSfxj9Uqq36Wtxx9bX97m5cn+pGlGoQVoBkEjy8zU+dMfmeksu4LR3nyr&#10;eudLelPw/b646EHpzuTIbcrptx5bKRx0dfAVaoqpwIKYSMNEqF7BRzYm9uRYe0dh6amqozHksTR/&#10;5JZYi0I1KAdIuH495He3nsz++7L6meNkBGNQ+KgqCKZPA1/LoN7nzEkcoSFq0zk/Z6fz6JJ85Pn7&#10;XdM5ihp+ud9tl8jmJGeuoqOuEsVMXBZyVVvSFP0v9fx7UNPh8TSyPVYympaWZ1Cy/t6NVz6g2myk&#10;2+nsx3b2Tlsptap21xQVoKcQPi+2tPM9IW395YxIKiuaD/DT+Xlx6LNtj+anuHdePg27viry0sqo&#10;0sL+cLckCySvKbBTckc+3SaFcjSz4+aOmkgqongmhKgKUdNDCzccf63uMubPbJ47Z1iVyQCa/PyA&#10;HHgOidt+S4uCGYZP7eNP2+nRiOkPm7h6PdGJzUuWkonp8lTeCSdwXWNnFpJnB5jtfUPp+R+PdJfy&#10;c+P2U25unIVePoimPr6mWohMcbFFTWSqnSODzzb6+4N8aTbZPBuKqUFDqx8v2dDPa4mvIlcNqqOH&#10;28Kj0Fcft62oep+ysH2hs3D7lw1fT1oq6KnkqDBKkirM8QZuU/qfZTI+vKxWDyReq/A0EK3quCAf&#10;6f092fmG2oEBJrSv8+HnT7OhEvLbL3edfSuft9PToTfchtqQtAYZI0RgGUcEE8G305F/p7rFvIZu&#10;5gM1FDkfM1456rNskgQgqPy8vmAePXvaRXYsME7vFCQ5c3DAlRf88fT/ABv/AE9ng3c6Neqppw9f&#10;kfzp8ui+TYnTIzXhQ/5ONR173MG1qwN6YgdJBJANmAA/PtO+6oyBXNC3kSOH5cek/wBAEp6j8609&#10;fsPHr3vK2EyVLpYAoQwIW5HH9eP969t/UwyCisDXyGDj1/Lq3glM8f8An2n+Gvy697d8fVyFWhqg&#10;A+vS+vkH8WH54HvRTxBrjrQUxmtfLPH/AFZ6eWXxEp508vT/AFf4evewe7D2Dic5O9TVQ6mvqH5B&#10;sLAf4X/p7HvLu5XFqQAcAitPInzH2fz6j7mDZbW5rKx88eo/Pz697Lfldp43FJNLDTQxaCykgD0m&#10;/wBf6n3Jdnu08vxHUDwPGvrT/N1Ht3aW1lVUHDz4/wAvl172DeTwlRk6tWmZo6JCxABBEmn6EKfp&#10;/r+xPG2vPDgc1qPz/wAnQZkV2kLA0AIOOI+3ify697EXaGbx2z9MthqjYawGF2Yci7f7x7Id324b&#10;guhQSD8vXz/M9Cvat/Fiy0Y4/wBXlmnXvZqdg/L6qxNXT00NPeiQpEyM3psDp1AWtx+fcN8y+1Vv&#10;eRtIVOog5HH+Y4/z6mTln3QeBlhY1XA48Kenlny697tQ6y7BoewttU2bpLevxiWJGsYyPTe/1H5v&#10;7xN5s5Tl5evWtpB6lW8j9vlUfz6yh5Z5ih3S2Ry3EVBr/Jv8A9eur82/4nn/AG3sRyQCwswsQY7s&#10;ACb3H0+h9gIglT5sePQuaZJlKrT1PXfvqelSvikjcRyq45GnUpBFvqPqfxce3Nvne0nSXNQRSn2/&#10;6uPQd3axjvbRlYCoBA4/8V+3r3uhP+YN8ccqN/DdOGonkxFcI6iYRKSFnUfuow+nP9PfQ72P53tp&#10;9ojtJzSRfmBX8usAvePkK4ttwN3br2nJ+ZB/l9vXQN/8D+R/T3WnlCuz6dhPGfuBdFj06ApH5YH8&#10;D6e8p4blb1dR4U6x0unNsCsgOP21+fXfsB89WZPPVz1Dq7sToijAJCr9QOPawJ4a6jw6KZRNJ3kV&#10;rw+zy697SlXiK1CHqIZVLflgR9Oef6f63vykEVB6YMbrhxTr3ta7KhrY8hEkesgBdWm4Aubg+/T6&#10;RAS3Rxt6MGWoyfX/AD9e92EdO7ZlzDFshd40eMqjj+v1Nj7inma6NvE7R1OP5D/N/PqZeVdr8Uhm&#10;IHz+XHHXvdguM2jjYduS46nURvU0LqqWsHlKXRSB+L/j3BqbvKd2BJ7g3l6dSff7QhsKRDIU/wCy&#10;fkOve6qOxdtz47cuWp5KcQutXL9EsgYsRpH+v7yT5a3BJLFSWpUA4z+fWNW87e8F46spBLenlXj8&#10;+ve3br3YMdVPDUSLfUQxUDkqH/23ve+bmsUTGvAYr/kHz6EXL+1JNMSwqE4elfX/AIvr3s/mzdo0&#10;kVFErxKF9Nl0g3I/wP8Ah9PcD79vDNKa1JGf9R+XU37NtMJjoy1OPz+X2evXvY9bX2bSpU66anji&#10;WRV1uqAOLcllA/p7jvc95eSOspoONCfLyH+XHUkbVssNQ4Xhmnl8l697MBRvLjY6ejowVjjhTRyT&#10;c/U2H/GvcXbgY7uUyEfF6/5Pn0P4GkQ+HHQV+0U697f6Orln1LqfUi3YfpDMfqo1f0/HsOXkMEBD&#10;Lx+weWM+tPPo0VnoAak/6s/Z172r8XTRldbR6mdOVvewb8+oc/4+wvck6qRArU8fT546P9vtXkOk&#10;4BOacQPX8+ve1LBi8cW1SJHYxi5dQxJH1sD+f9h7SLcysMDFTSvEfPy+0f4OhPBt0LoDpCjy9f8A&#10;V8+ve8pxuHaw+2gNhqXhSblrEj/W/p7cW5uFqASftr+zp9tutwa1qfnw+wgde94ZsbiWJRKKmLFN&#10;RbjSLi1wv+P1t7U/UXNACSVqcAZBxjovuLK3c6WAAauB6/P5fLr3ttlw9BGA3ghRmN2/SdPFiB+f&#10;r/T3tbu511ZjQcDT9mB0Gp7S1UsCRWuP9X+Tz697Zarb9NIRpMaliwQ/lARxqa/59mKXl2I6HFMn&#10;OR8vs/wcD0WPZ2x7WoP5D9nHHXvcddq094i899JYBlJ0kWsWufz/AK3urXc+o6ga8TWv5cOP+bqy&#10;2kLGhzjHl9lPl/k697hVm1laRRDUFAjeo6/qgFxbn8/09qY59EeqTGoUFQSBxNfPz8/T7Okr2kQo&#10;VYgHr3uVFt+Onj0s7BXYF7utmJPFib29oZZ2kNF4D8/L/Z/Z0aWe3zSoBHwofyr/AJOve5Aw7Lp8&#10;Mp0/Ri7aioI1Af1vb/G/trxlNQxAIzT/ADk8f8nRm233bppd8rT/AFV8/wDVnr3udBiJVB8yEk2u&#10;FJbUGIOoKf8AD6/n208sdQQ2Ps4H/B0ugtp4xl6gGp+VPIjr3ufBRywSgRJN4gwKAm41Afg8Wt9R&#10;x7TSGKY/DWtft6WqSUqfnUnH2Hr3uW8FYASZXuUuCy+Mk/1a3Fv9f6e06WsLdwWhr9ta/wCX58Om&#10;nuUiQmRqCvHz+ynXvfVP5pFaOWouEOklnKjlrgC/4F/r/h79NYlNLRrpr+fl+3h0jbd4K9tAeOT1&#10;73ycxpokapVdH6j5ANRvYE2/r9CPd1sHPaQxPzGPn+R/zdbTebatJG/MeX5efy697c6eGWsKgTr6&#10;j6T5BpsPypH+8/7D2Xy2phqFB+yhrT5/5ujGHdLeRaB8eVOve3mLH1IB1zEjVweLXtYi3+Fr39l0&#10;o8P4l/Z+fH7OlYugy01D9v7K+nXveGfHVZb0TiJUN73BDgnixP8AX8e6q6gBiuT8+HVfEhoCCAft&#10;z173miomVw8rA+kKQLX8mngixt9fdo/RBxzX5Zr+Q6M7K6goV1UPka+fXvc1aJDpRmurFbnUpZf7&#10;X6h+fwL/ANPdfEOfI5wOjETREYYVFeJ6974pRQgtyGK3/SR9D9LAm34H1PvxZWowUggU/wBX8+rm&#10;RGFQR6ceve8f2kAACTRki406vV9T7rIc0CkH/V/h6RXTxVXV8QPr5de9+ekpgG5UWACm5s3Nmv8A&#10;4XH49t1etT0lXSTpB/aeve+bQppshj5C+sJdls1rCx/pYDjn3RWplvXHXgRTSw44x/h697aJaaUP&#10;IUIURnU5I/tD02IH049qwy0z0nYFGIPrjr3uKgnUsrMLhhZSOBybkfn8/wC8e3l0EUHH7c9J5FkY&#10;44de94WnnpyygIw1EuxBJAQkkg/mwvb/AFvbnhxMKsMHH+odJywYEsT6f6v5de9yFqm4srMtlI0i&#10;12JJNr82H+9e6eCBUMKeX+z1dZHApin2f6vz697xyZAQKwaN/WpsFABHBIUE/Um/vxgD5Xy+f+o9&#10;eaaWh+Xl173AbccFmtTyWKogUpfVJazgj6An6/4+1gsGCKWoGPpwHGn+Dj0mmunRBqFSeA9PtPXv&#10;eOXdVOt0emYHSfVpa41H6gccce202tpm1VrTy4fz6RyXUxGp+H+Tr3uBJvKmYODRMU1KSyajyqFi&#10;LEX5PswTaAqqoOfM/InjT/N0na8lAI10/wA3l/Lr3vB/falA0ihkUWuLixIJsb/4E+1H7rUr3Efb&#10;/LpG24Ag1Ymn+H8/9R6974jfVGvo+ynIYXe4If66VspH0/x/2/ts7PDWoArnz8iPt60dwWtSD/q/&#10;1ft697hvvXH6iv2LEEuCCGUWvdrE/S/5HtTHtwcipJoMf4fL06Zl3LUut608vt8uHXveA78xicCg&#10;dhe41n/C1vVxx7UptrSn4qkmmPQ+f/F+nSY7wgJZgag4P+f59e94ZOwqAK4/hkzrpIXSUFgD+Sf6&#10;+3Bsk/8AZqw88HOfl5jH5DpO++MTUUr8zXr3uPJ2JRICY8UxDDksAVuVvY2/2PH9fa1eX2ZQ4fgf&#10;lx/LyHCvTB3qQ0AU1Pp173EfsOiuD9g4lAuysNIP05QHk/1t9fakcuiRtdag+XH+f8+ks2/silmx&#10;6fb8+ve8MnYFHe7UjyMSeToWwP0Bsf7P09qf6tsyaV8v+Lx0lbmgovhozY8v+L697wtvqinZyYJE&#10;sNK6wuoaeBe34/xPtw8tSpQL5Zp6D/Z/b1dOagfOhFPOn+r59e99NvenQnVFKGkQA2/JPANz9Lf4&#10;e6/1dJOonA4kf6s+ny6cTmgMwq+n7D/h8z173lG9qMXVUmA0p6iwJ4H0F/rf8/090bl8r3mhqceo&#10;r5/5evNzIScMOPm1fz697kxbvxjC2mWJjckE3BI4J0j6e0kuxPCa14H86HiKkZ9evJzMqvWRiwHA&#10;gE/aKmnXvfMbpw5cet1BF2C3JYj6EW4+v590OxsEDDJ9SQAB5dK15jiYg1GfUjr3vi+6qIkJHTMy&#10;+kH1etgxtYn6fXm3vx2d1FdYI44zQUz+w8Kcetfv4ySeGjcfSn8/Sn8+ve3+j3Bh3A8tNMGtZnjW&#10;9gwtYBuLj+g9lM9hIraDkMMV/wAo9fToQbduMrEKKktinr6ft+XXvbqMviSzEQzDSFNmBDm4tax+&#10;v+x9lMtr4Z0nyrQjgD8xnj6jo6W7kJARTx9aU9f9Q697c4azFSklo5eApsqs2pm+oN/pbi/steNg&#10;vpWv5U/z/Po0id5DnA9PTr3tzgkonuvika/Ic3IAvawLf0/A9oZFkAOnj6f5Pl0tVJClA2n+f7Ov&#10;e5TUNNOWYQyOCbIQoGkAXNh+P9f3WMmMV1dxy1T/AKuHAdWjsHYkoSx86+n+r16974NhaV0YeMqw&#10;02PI+p/T6fqfoL+3kuwlHJFSKAV/n0tjsnRizelP9Xl173w/gQa5Ck34IbVr5PNj/h/T3Vr2A8W7&#10;uNAPLrZsA5J+H0HAfb1725QbfhkQ6v2+AFPqs3p5At9LD8e0U24gEV4/sp/lz5dWG3uuAfnQ9e95&#10;JNt0UqRxgn0glv6IAdQAAvz7ZG6CNq0/Zjh61/ydPDb9eGbr3vjHtKiUMwkl1cPe7WGr9Sj+lvdJ&#10;d8jDgEinn619NJ/bXrx2mNaEgmnn/gx8v+K697yQ7YpUYgSSlrkqxb0ycfRVPPH1v7Tz7yCmk0+Q&#10;Gafb5Z9Onk29gdTZr+f/ABXXvbmMPBE6etw4BsHPDAcWA/BB/r7K2vQ6VoW/yf5ejOOJgukDHXvb&#10;vFSuiMLKHKqRwLMf6kf7z7LpZBM3i0oD5+XT4GlQVBofPr3vhJCbXVl1KpIZeFOsWJF/dYyNQ+Z/&#10;l1eOrOq+p6978kJDG7X/AGwouwawH+pXi1/6+zJ3XTkefDoQAVqaAZ697lowEZFxqUBVW92HqtqL&#10;D62/pb2gki1SB6Y8/I/LHz6TyQB5gxGKZPr8uve+JJKMEYaVa4UrYE/4r9Qb8393aNWNGFCafl04&#10;0Mci6SKV/wAnDr3uQjrZdZUXAAa31LcAKB9SPzf2XOCkhVPz/wBnoodTFIVGKf4PLr3vGQP3Bydf&#10;9oN+B+Afxq9vgL4VdXHypTP2eY6OIrxUh1Ag/l5nyp1733MoiRNJSViq6mUkaSB/j9f9b29bNqUq&#10;2NJp9vTcU/iMwaikHh50697wCS4K29V/rwAwIuVF/wCn1v8An2o0nVU+fkPL9nSgCvmMjr3vsOWM&#10;urhRYkkk6+B6iD+P8PbE8BkRdBpQj9n+x1ZWIoW4en+X/Vnr3vlzZSSbjlnuBbXyqAr7bW1JGDQg&#10;1qM8PL8+nfFXTQ1qPs4Dr3vh6SWbng+pvyNA41Di/wDW/t3w/CUKnnWvnxz/ALHT0EiIhDGh/bUf&#10;L9vXveF29RN7gAEFiDc2FvT9AD7fBVR3Yx+XSSWVdZkc0B6976ZNaEgABVuW1Xb1G9w17gA/QH2n&#10;cxPIA3dXiRw+ynz9ekpuINQSuqvH0/MH1697x6ygUaiwIBU3sSR+kkfj/b8e31jiUkINJHn6V6t4&#10;tvpKqygU9f5de98WmVmHrZQigkars3JL3J/r/vPtM8baqjNeiuZlaYlc14H/AFfs697yBpJpGk1q&#10;wFyVD2BRR9LcXP8Ah7cioirEy59SKj/Y6WQXRiQRuCvzGa1/1cOve8LkM+rlT/ZvYAKedNvp/hb2&#10;+pUppU4A8ulayI4IUg0Gf+K6975NZrurFmYMfUbcJ/ZsP9hYAX9p7hUFBgEeg9f9X2dMTSqsiqOP&#10;+Q/5T69e98Y3kHqYMgUAFjwxAOoAD/b/AE/2PtN4OsrGoBNaj/LX/N07HNCp8NSGrw/Z5/Mfz697&#10;8hdjoLAqGUk/puWP9q/9Pz7fktCXaQGv+r9nSoPk1PHh6fs+fXvfbSEO8akehrH1elWPBufxxb/f&#10;H29FbLCBTJIz6H8v9VR1RiGAUVAH+H1/Zjr3vCxa5B9RBIDr6GKchrW/wJ9qgABX19eqivn1731H&#10;KbhTIqlrjkaj6uR6m+nHssezlLalzShwcGnA9Pq3Es1OHlWvXveQT3v+kMxLWFgC2mw+g5sPbn0s&#10;jtV2+3z+Z/1eXTTFSxYYbr3vF5HBDjQzBf0MP92fT0gfWx/r/r+3pLaJUPhrThnzp5jrasQQMkf6&#10;vPy6974iUXvc21AHSAFYgWYkE244H+PtKpUAaqAU/lTAxnpnUFNGpSv+qv8Ah697yhyNQZ9ZsVIs&#10;OAeCp/qPz7osM0vcvbnz8/2dOakYnTnP7cY/aOve+0l1AtcJcMui5N2P0ZQPp/gfdzayIS0mQK0o&#10;akGmK08h59PKU1fZwr5cCBT5fz697xs9vGGIWw03BDk25HH9Pqb/AO39tKzirniAaUrUnga/IdVZ&#10;tX6jGpIxT9nXvfD7hR6g3kBZ9Pj4PIt6v9fjj3fSrCmB9v8Ak+zNekbgE6DgH14/b+XXvfZmZtOl&#10;7MGvcuBpZhYG31sB9QPdlU6SoNQP9j1/w9NLNHSgYEA+hH2/6vLr3vgZ2YsttJDFVZGIDaRyNHNr&#10;e/NEA1Sa/wCT59OkEGgbyr5Y/P8Aw9e9+j0myFNZcMAxbTYLcWYmx5NufegZeIOPl+fl02ZGrg+f&#10;Bc/6sde99SSFj67MQVAjBBR1B+t/68fUe7rBIuQppnPmMf6uP+TrcaktVAQPnx+wenXveaOUayFa&#10;+pgxHJC6vqBq/PHNvbUkTNGO01Ff9Vfz6XRx0jAoSOOPXyqT/k69746nLyOpDarEE3IUkWux/wBf&#10;23EEC+HwNaD5Dj/xfy4deqANQzTy/wCL/wAHXveXW5/TxbWzAnnngsx/xN7f0/2PtwlA+rzx9v8A&#10;qpQ/n01JKRIxrStKDgft6977SQekG/0W1ltYBSxJYWuf8fz70VXSSKYqft/1fy6tHKWI1ZArx9PT&#10;H8uve+DlbaiwBB9Nzd7CxDqT9QP6e9K9G0qOI4/OmQft8j5demIShiyPnWvDjXy+3r3vsSIV9fDq&#10;FGkNY6G/U7L9SOfx72EVTTjxp9tKfy6aSU08NjWvn/gz8uve/EsCxVrEoCbNcFRYehf8Ppf3UanO&#10;l+4Vr9p+fnjy6VSByGPEcfTr3vvWpAsNB/sj+0VvZuP6/gX/ANf3Yj1z/n6QOR8J4/6qD7B/Pr3v&#10;CWOmRT6XX1XsWZtItbj6n/H3ZTpAJwPL7fn/AJOrglRk0X/V/Pr3vgJAhut7iwNzq5FiTb6WI/B9&#10;1ZQ7VcD/AGPX16oHk1VNB/q9OP7Ove+esC78DQLWD8NdCxBU8f4+6CKjaSa+efL06cMjHt4H/B+z&#10;r3vgzOxCgroJW4Y8G4uQf+I93AVRTgR6Dy/y9ekuJHBWRq/kK/keve/ama6k+tH1W1KoFwFKX/1u&#10;be9kK2aCnzFfz+XTZbgy8KelSR173ySRCJWLK4ViI73jbUBpax/oObD3TwwjAoKEAiv2nrWpgwKm&#10;hX/L8v8AVnr3vtGAACEkMPQWsLr+BqH1+vu7DTWv20piv/FZ6XRyPprxI4+n+z173xYx2ZpBobW2&#10;oFgQxX86T/W/ttAWcAHgAf8APTrROKrg/wCrh173gJUoWJAP6gTdrkGxuo+gHFv6+3ZYwzN5+mKc&#10;Pn0lNC+mtTw9B173xVit2JBDHQSAFUsRciw+nthYgAKE4/P/AA+fWlehqOBP8/8AY697xh0bW59I&#10;Vgw/ofwQD/X2+irH2rmvnTrTOK0AqPOvn173waRfEXuFdmFzf1Mb8A/6/wDW/twgl6LmnWjk0j4/&#10;5Ove+0mLKrliEQjUGvdrj9IPtqaFmKj7QeGT6068AAe48fPr3vj5gCWK6biwW11F+VYk/wBRz70t&#10;ug/pf6v9Xr1WTj5V9R173iMpIvYj6AEH9Z+oAJ/2P09uhFBAUUp/q/1V60XJyeve+JckMbjUFJ0g&#10;G4a9xe5P0/PuwWgKmv29a1de99CQfo0uGLeo6jYFvqbfT6/j+vuwTzxn+fTywllLUqf59e99JpJK&#10;llLH0KTfix4BA4/xt7alVpEFMEHh5/t9Okk0TSrp4FT5j/Aeve+ZX8KbXPJUAFzbg/7f214chADn&#10;hWnVIluFSjEGn8h8j173wEgtHEQUJLsthdQSbs1/6cXN/e/Acmr8PXz+zrwgcyGR6AfbmnoPt697&#10;4yTyLxEpJIPF1F1a3FiOAfrzzb2pSNT8XEf6q/b0rHd5/wCr/D173xaXUvrQMxIspIZAQOCb8H22&#10;sgExRfh4cKH8+kcd0DcFD8NaD7ft+3j173wBbQSDcsoYkNZksb2uf6/4e3aAHT/q/wCL6V6qEr55&#10;+zr3vhFKIpFazairDTzpYn6sbcW/r7s6BxQ0AJ+zhw/PrTNjuIyfWn5de99tMzBi6+lrgG55Cn6K&#10;R9QT/j7rpHCv+wfn1ssD217vSo/KvXveANHa15AEYs5uLKw+ikfUge7n1p/m6qWWtVzTFeve/GQ6&#10;VAckj1em6lTY8Ef1P197GeOOvFtRzjr3vtTyS9ypGkC4sQfqNI/r/re/EYx/LqwIA7eI/b173wll&#10;9Pq1FQToKi+kA/RbcfT+vuygqaL+wn/D1sHS3bSta0rk/b173waW5DM35Afi1rfjj+v1v78FGjSt&#10;APl1rWaZOB1730ZFDEBrRgAkAchr/qJH9Pbmk0Fc9M/UR8App173wWS5JRyb/TV9CR+oG/veg4FO&#10;vLOtaUoM8eve+gw08SBVuV9QJH5JBv8A7x70UNaEY+X+TrxmhpU1/wBX+r8uve8McobUqS8gkhrB&#10;WawIC8f7z7UC3/T8UjHCn+U9LI3lNuWRc+QJ/wBX5de95DMkbIb6G4AFjzpW40/43/r7TrHXpAsp&#10;OWFa/wCHr3voMjrqDm+v9xSLWN+SD/vdv9b3vSwxT+fV/EHkv8+ve+2IYmzXt+CACT9FJX8+9KtA&#10;a+fTfiyk0HaP5/t697ijReyE31NcarhQTci/P9Pb7KSPT/L1syy+uPSg49e9x5JVZh67IofkeljY&#10;fRif97HtwLTh5/nTpOz0OpuJ/wBX/Fde9stZUwo3NToHLEm1gL2sSfrcnke11vA8i0AqD6ef214f&#10;Lz6SzTuhAXH+r/VTr3tJ1246Km1Kru9mA4HIsbkkf0P/ABv2ILTZiY9TnLeuP21r5/LoMXu4eGK/&#10;MgUpSv8AqHXvbbT7qpnL/sSBdNxa5ZlPJUa/+J9q5NqDsrFgc5HD+Q6KF3eU9rGoPDyx173iqN2U&#10;EajTDobSxF+SfwDx/rfT2si2wfz9PP8A1evT827SPGdALH5/5x5de9pSbcPnklCU8oZmOlrGxJHC&#10;/n/Y+ziCzhTLZHn5ZA/znoLz3N2ztUGtfIEY+X5/5Ove4JrMlObikYI1mXQCSVIt6j9fwbg+1iC0&#10;jHGoHrT7TQeX+X7OkwjvJDq0scYqcfz697mwJm5iNFLIQw4AXj9XDc/0H19pJpbStAoH+rOceXDp&#10;ZDtt7IKMtAfl5+g9eve3aHEZ5hZkkVStwCVuATf6D8fX2jN1ZKSC1R5UP+rPR5bbRdBQtTQ+vH7O&#10;ve3GLbuURR5Hb8C7carg2W/5P5v7TNulotCrYOaDOK8M8OjNNlqlSTU/6qU697mJt6pJ0ynTYsC2&#10;qzOALs4H+8D/AF/af98W9KjUQP8Ai+lCbOqrSpoP8P29e9zYNukKLyhA4BBYf04ZgR9OeRb6j2XS&#10;7wDla1FP+KI9PPpZHtSAagK0+38+ve5pwEQ4Mupr6bLyGUEBv9iPyT7SncJiSQDT/Ufyz/h6M12t&#10;lFdAFKVwOPXveZMRThjp9VmC+q49J9VwT/sfbX1M+nURx4+fnQfb08dvnAqV/n6nH+r7Ove5CYyE&#10;61a4YqzgM3P6S3Fvr/vv6e08l3JWpyCeArg/MeXW2sHjIFDWtPLj173zFLTKERo1LAqQRZfqSOR/&#10;T+g97Vm1Fi1Qfwj/AFft6Vfu5EYyT1JPlj/CP59e9yGhhVWBiiAHCn9WggakIA+n49+VnJANT/qz&#10;mvVks7c/hLA+Q+Qzn16974CONlIIi1aSeAVAuP8Ak4fX/Y+9saZINPSo/wBQP+TpySyt1aoUgeQr&#10;k+tfTNMde98CUDBb/wCpUn6XBFwdR/21vdo+FaUFMfl/hPT1tHAp7lxk/wDF9e9+IOkarhTwSDwt&#10;uOPzx7oAGk1Aef8An68nhhz5gcP9nr3vgxjZrcaWKqQ3AYqOB/vfvYBKcc5P7f8AVx69xHacZ/w9&#10;e94TSwHV6VY8E6gOBfker+lh72C2AMYr1QYNRjz6974sANOnjxi6qAB6Te6n+p/1/dqFs/zr5+X/&#10;ABXS2zJU0Hln/BQde99WQszqRe1xzp9f+A5/23tp0kFFrxPmP8v+X06fnbQwBHEfM09Ps6978z6g&#10;w16WYFSSg0C6/qF/6+9CIBSH4ipqDjGP5eXr0n1RAmlftH+D/Z+3r3vi7XLKA4b6tc6remwZgPfo&#10;0KvQU7uB4gDqyuinWaUPD/N/n697wtIQQiMSzPbUQrDVyTa/49uLArHURQZ4VH7f8nVBLCzElSBn&#10;I+XDr3vpilrENqvfkqAQOf7P+x978BQpB/1eX+z1r6gZGc/6s/Lr3vjrVAPVfWxK2AIK/WxtyCPe&#10;jEgOsDFB/qp1rx0+OnlTHljy9eve8BbStyCzcgH68f0t/T/H28NMj48qfL8j0lJVuHD/AFf4eve+&#10;CGwYMwPJNvxcr/qfyB7pIIlI1DiKcOOfP06fNwQtGFT60P5Hr3uMsjepnQlDcagLBLm502ub3/Pu&#10;zoqkFBn/AFf8X0291KO4AEnyP2U4de98S/q4bSbKb2tcn6AA+2kOl6jNK+vn0ia+nrpehGa/n5de&#10;94NQZ2AYAXY2UXHB9ZH+v7VKpYAnNMcPX5HoovNx8KIyykDTwAyD9vr/AKuHXjx7O58M+tZdwb0m&#10;7AyVPJ/Adj3NK7oDFXbmq4jHR06A/U00TNMzD6Er7zt+4r7STcz+4x90NzT/AHVcsnWtVqJ76VSI&#10;I1/5pAmZ/MFV9evl/wD+Zgj75NnyR7Nwfdl5YuQd65xKyXqo3db7ZCwc66Gqm4kAUA8VB6xMSzKg&#10;HB9TnggL+P8Abn6e7PpQZWZmvJqI4ubnnVcj31quka+kMhGs18zk1NSft8/8PXxpIRGoCdtP9X7O&#10;sg/33/Gvc6ljMrxqbga1TxMv9QdZvb+ns+2e0kvbqOJiVqwXwyOPHUQ1MduOP2dJJ3EaE8cVqP5d&#10;d+1DDTJCVEbEpGCqhvUyj/UazyfcsWGzW1pOPo3LxxCnd3EZ+DUcmhFeieSd3BLihOcYr86de99S&#10;lCz+VmUAggq5jC6TfSxX6j8+017LbS3Movi4UEEFZDGF0GulipIoR8RINeHW49aqNH+CvHr3vE8m&#10;uRo2pjJBKyqJFb9tdK6leUn8f0/x9ppb1bi4ltns/GtpyqiQNSOoGpXkPpWunjmmOnFjCqHD0Zam&#10;hGfQgf5eve5SK2qzH9rTyhv9bcaD/T2cWNtOHpdMPp1GYzU1YjtKHzXHnTPTDsunHH16975Ri5uA&#10;pKkgg8XU/U3P0I9v7egm1SQhWKkghqqXQ8TU5Ur5UoD9nWmNMHgf5de9yDpNrk3IuFJH0HsQM8Mg&#10;CFu4rVVrTAPp8j5+fTORny697yoHZvV9dPP4BsPqP6e34VkoWnOaAYPafmB5fPp0anfHkPs/1Hro&#10;24v+T/t/8PedChjBlLEqSAebAngDj6/7D3cHANR9vD9nSlGjaENOSSDQcf8AUfn17kfQC3+HBv7z&#10;RtFp0OzhmN19DBBb62Ivb/Y+6OxWRRTjUf6v8nSm3eAxMjsQT8sf7H59YzrDAhbr9ODcm/P5/wAf&#10;bZVaGAUXF3+i2tJcWZX/AKgj6+yzeHgWBIWJDSPSi0o1QQyt6hgaEcT69F4I1nSMD9v2/L5dZfce&#10;KniTSvMSoLRpGAECL/ZW9/r7JrDZrSCVY2BiC4jRKBFQeQJrg+YB/Z1Zpmapc1rxPEknr3vP41bh&#10;rMoNwLAgAcj2ePt0V3WK4IdFNQpUUFPnx+2nTIcg1XHXvbfUR2UIroq+oPcEWH9kL/xPsGb1Z+DA&#10;trbyIqCtQQcLTAUmpIB45wc9KoXJYswJOP8Ai+ve4MlIY/KW0FXjtJrbT6bfQE+wtc7A1q0sk5Uh&#10;o86nAwfmeAPHIqOla3CvpUVqDin+Xr3vlDEkZF4wqL6lIuQpsNNiP9vz7vZ2kNoR46AIuVIz5AgC&#10;h/M4z1WSRnGDUnHXvfKosoaZ3VYhY2uLKoH+H9fb26kRB72RwsJpj+EUxwHn68PXqsOpqIoJbr3v&#10;CrsIg8E/pkcAINRBCi5Gr8Ejgf19pI7m4SzV9vuqrM3wKWoQAKmowpIwB59OMoL6ZUyoyf8AY697&#10;dYamBRraTQBpS7nTpb/U/wBPY+2fd9ph/VuJdAACjWaUNMjBoftbOOkDwzE6UWvnj/D1724oVJJY&#10;Eq1hc2YG5uCf+IPsWqY2BZlqr0zUFSOK4yM+WOmkIDd3+r1rw69+PfPOwyJSJNRxPO8YZ0gE8kbk&#10;qtyaUqQCwH9kn6+w7zELp9vaS3hFxJGSQutkelDUrppqcDgpNCPnxEc9tDHJC8LtGrYFcqDjK14D&#10;1pUg9RYWZmkV9NxbkadRB/suP9b8+5Gyd80NFkhjj+xSVi/cyvNUx6/uLBJDNTEmXUtrFrBQfz7D&#10;Vnvmz7xpgtE8J5BrBZxVmp3KQTq1DTRjSmOhxyVv1zy1c6L1/wDFpHo1AxUHycsBpNa4zUcSOgq7&#10;g6xoOwtvVASkQ7hoaSePD1qCJaqNZCHlo455fSkcpUaxY3sLezG1rw5Xa+UBC1MM+Lq1IGl1lQ05&#10;K2DXBBHI9kk1v9JupJpolpWtMtQj1yCMUp8+ssp7uLfORrpkPiUgkpTNRpqD6YpXrWpHX0vQH8xH&#10;qajYPt7G5btLZ2WRq6oWCGGplrXhqqZ2jYOIZWbQ8bek6rkEG3uoHbk2Sj3ecbE1HLeurahKSRjR&#10;1f2STaDPAxFpRGeGvY349wDdQyNdKYqtRqCuCKHgK/zHE9QhvCWb8u/WyB17EUsO9NZWtG81LDhx&#10;Hn1taf7H8n/Y+zaY+r8yQjWdduLIQCyfUMfxx+PctbBunjLDBrKuoqKL5j1+0DI6x/vINDNQY+3y&#10;PD+fXftQqQQpK2I5u3BHPFyPclW0iFYpZUoykMGOCCDjIweOK8BgdE7VqQOHy697zsXUcWY/kCwF&#10;iPx7P7q4v4oz4VHPngBeFcVNBTy/z9MqFPHHXvbHWVTIxdmb/BU/ABsf9h7i7f8AephK9zKxIphU&#10;qAADSny9T0a20CkBQP2+vXvbBKTUMrh2QrdlKGx1NwS39eOOfcdzyPeuHBKUyKf0vM+uP9jo1T9E&#10;FCAa8a+nXveRA/jZg63W1ke41Mv1uBf2oTxhAZjIGKEUVscP2jPoMdUJUuARg+np172IG34aasjB&#10;ZtUc8SJpsNYsbMtv8Lm5HufeWfo59kW7t28VLhACGxQICGUgeYJNSMcOk1jarcXzW9zgDGOPcRkf&#10;l1HqZHijLpYlQzeo2U6VvZj/AMT7GKuoVrMFBEoIFCqIlr6/HCuldZHt23nMG4sx/H/l6n3d9oTd&#10;eTordagWgCjjq0oABWnnjhw6J5tLLw7M7w3LRyyyCm34y5XRLMDSrlplCzx4+M/pSyeomxLc/n2G&#10;08bwMxWRVkkYFZUuWGk2HA+o/wAPYo1eMhC4NDSorxHGmOoGuYJLKTUrAM7AhhWuCMY8q4x0cBHW&#10;ZbFOALMGAIYMttR1f70fawioqfN4ysw2WiefH5bGV2PrfImqGSjrIGpJ4Hc8amRzpH9B7AfN+yWP&#10;MWyXvL14mqG9hkhdfVZFKn+R6yB9s+Y905d3zbuYraR457KVJ45afA0TBlGryauV+Qz0W7uvHzz4&#10;XIRbe8SZtKihrcbFT1LQ1SZTH1a19LXxeIE+NHjCv/Un6H3qm9r7Km647G3nsSqa0m19wZTGxOki&#10;TJLQJUNJjpVmQlWDQFDx+bj6j38yXuJyjc8lc57ryndgh9vuJITXzKNQU9aihrwIyOv0VPuM++dj&#10;77+xPLvuHYSa03G0j8Q1r+tGoSSmTXuFf9noxWGrZsjicbX1FNJR1NZQ0tTU0cySRy0tRLCrz07x&#10;ygMCjkrYj8ew/EgaREJNyDyFBIufp/xW/sAaMVPDrN+FgJBXHHjw6cvfXkKKRw9gOVH0H0NrfW31&#10;+vu5iznGejQtxrTOf9X+rHXvfNZroWuRZRpsp1FgeP8Aff090eHS1COJ/Kn+XqskqRrqYH9uOve+&#10;hI5sW4AKgBrANwdRP+ve3u3gCpC9bDhgWHA9e95tYV4wXUqb6VuQ54AIJP8AT200VagDPr+fSSYI&#10;0nDjUn7c/wCx1737yWZkWzL+o3BuQBbSVP090KV7ukfbxX1p/q/Yf5de95TKOAbAE2j9J4IAAHH+&#10;9H3URtXHHraqSwA8/wDV/g6976D31f4g+k8EAlhqP9Txx7d8BsV/1fL7OjmqgADIGPz6978JlJVF&#10;4+ik/wBoMfSP+JPtsRMcjPWtQ8h1732HOpRckEFSCdRAT9DFvemTB8iP5/Z1tSrKB5j/AC56975k&#10;qPSSWNj+njgNckW/r7qqMxqMdXAAzQV6976JuA1rlrgC9iODYi35/wAffqBcdMXU6xroGSRX0x9v&#10;r1730XAJjNiwIUc/qW3Nyf8ADn37Sfi6LNQIzjr3vpmvYBNRvyQLFVC3vq/2PA9uBK5B/wBk/wCr&#10;PRnGR4Ck8aHh61pw6976aYFeVAFtLKF9Rs2rVyf9f8e/eGysem5bqOOqjjT5YqOH29e94wwKm30O&#10;opybEcgKwF/dlQl6H8+q2bJp1DgcGv8Ag+3r3vgJUkFiCoAIAsfTxcGx/wAPz/xX3YxOrkDP+Xrc&#10;0SSSh6ceOf8AVx/l173w1XiAUark3JJUlTxdT/vXu2ga6k0H7afl0ooiiicAMDyHXvfE3to1M3It&#10;cHgfUXH+t+fbqhONKH7R1oMa8eve+JkZiG1ckWNwNKgC30/J91aEKo8/8PSC7RcMMEnr3viW13Us&#10;SG1ckWH+sD+fe1QBq9MRhpJBGTQV697xqSGUAn0k2uLm5v8ApI4t+efdmANR0pa31sdJoOve+DtY&#10;If02NrGzBr/2v6fj3taZAyT+X5dKlJUafQU/L06976Mii36dTXNzYA3+ot/W3u2n9g/wde8v9Vev&#10;e8BkT0aAx1KQV/1LNwBc/wBP6e3RG7Egev7etajSrf7PXvfUsoEYI1BkP6WHCi31sfz72sDA0fBP&#10;nw60rCvHPXvcUG5B/qOBxY6udLN7fjiDEhv9R+Xr1RyR8P59e94XZb3kNmZtJt+gc8AqBx/Ue3fA&#10;VW0A56b8R/I4697xFwH5Ym9j/avyeQFH5/1/ahUVFoo/znqhOpqtk9e9qbaWBk3BmqHGITGtRNov&#10;JqFk+rgAfUj68+zOwsZLyYKudVNI49JridIo2kfAAr5AY8z1xZgqs5PpVSxP4sBcm/uwTqzEYLZO&#10;SVKbwiqSDxrWSIAtz/qb/Q/X68/n31J+7L93axtrOHf+aYisr6XRWxRRwJ+3jnh1h57v83F7iSyr&#10;ppSoqMqeFR/n+zqt75sb+3Pn9jZPaWz1qJcZO3gy38OdhWVcVjrVTHyUU21AcH2JGYrsfJmq+eqj&#10;GQcUqvTU6aXMraLsoHP5/I959f1b2ixUeCq0AxwHD0/LiPz6w93WCG5ZpKAjU1Dw+f8AqHVcuwcZ&#10;vODrrbGLxNZLtxP4tPFm8rVrLD9lT/cFYpDcjVz+Cbfi/t62/ihXR0skGPnoKSREmmhqSdELg8lR&#10;+L/j2JuW9z2uznWIoQPMGnEnj5YPz4dU2xbeOXQakGlPM/Z9n+DoJu3+wxs+fJwZ7deK3Rnop58b&#10;h6/CaVrsjAUvHDIqfWx5NuB7FWj3HicJMjNokaFPEES3pQ8Ak/1PuZpt9TcLQ21mCihK1HEUyRqH&#10;Anj1K1jt4WNSASAvDiPWp9DXy49EV3p0n2R3Ttiqx1Ca3E02UlGRkq6iRlM1Qp1hIrtcAfQ2+vtT&#10;U+/sXVofDCQwdVKtYMT+Bb6e2tvttvCNNf3sq1Hw/P8API+Y9Oju229pUFAQMYPka8a/4PTousnw&#10;I3vt1pHzu78i8M9I8x8R8kEaWvZnl5FrckcX9sW8t6CKlULHU/bK8STmmFuZDbknnT7xk91vcK15&#10;Wm/d2y0lLk6pBxFThRTIHz8+hxa8kw3VqWerNWgIpSnFvn+fRnPhX/L3xOUzmQz2TrsXPlIlq5cH&#10;UZNVbXFEPLIYYwQNS24P59gFWy7UweYlq6w1lNJlGMmuYGWJn+qgafpb3jLv3uNcRI1xcxMK5NM4&#10;9cmgrxx1HO++2dxIzeAMVrUnyHy9fs/Z1eNtjrHtTeGzsdt7EVu3K2m20kePiSmLUc/iVdMhbX9W&#10;IFuLC/sJNymhws+Q3ThsitXVQgTPCi28jFrIrAc2t9fcD8++5011tUkdkCJJKDV6AZH+rz6f5E5P&#10;ktdyC3KkHVSnlSvH1+316Pb1Ts/KTYzHbZ3dho6bH0FP4YUdxJrKKFbQALckH6eyv9itmd//AGmc&#10;rYmjaSWSJ0RT47rwrLf6W94ZbnzHuIu5CzMan7Aany41p68esr5uUbO52xZClQB5/P8AzdGqxmMp&#10;MTRQY6hiENLTII4ogf0KDwP98fa52BtaorsTEWuXhdqKKV9TJMxTQBIRx9D9PYq5Na/3S7CHU+k5&#10;x+dKH19R1j57gbTabZDIoHDz8v8AP/n6g5/MU2HpJJ6qQJGiGVzqAZI4+WYD2vcJ1ljsbh81jZ4W&#10;iylMWnSSTUI0YkyMiof6j8+8gN65Mv7/AGRXFRipHr5U+z1r0Bvbma1i3ISyCo1D7K/Menn0DJ7h&#10;o59wYKSkmhqMFlXekEkLrI+sNoErOn4BuCPpb2ieyd45jLba271dilMOExzPXV4UH/Kq1+Lzlf6f&#10;ge8c19pdyO5TXkkRaQ4BqcL8jw/b5dZjQ80QWcSxpThxBp+yn8+hupDTFpskXOqoRU1PwqxoLhU/&#10;PJ5Psreb2rkccXlSCobnUXETen+igEewzzByZuW0MfFjwK/kPn6HoZ7ZvJ3iLU41V9MeWDXy6c1d&#10;XTUrBhYfpYHn/XHsy/xh3jlaDJzbeqHElFlaeWngWe+mOpC/tsG4t/vXtHyzPe7VuqXMOoPUcOGf&#10;L/KegRzvt0EsDGUA4x6g/L0Pr/k6SW+MHQZ7AVEORW8VKVrCR+pRAdbgf64/r7MthqjclBlc1TZO&#10;OWGOkDinl1kxs7myKCPr/gffRv233Tf942yOystRkccRUeXn5dYyzSw7buH1CjQQQajyNeJHRGu4&#10;tu9aGDCZWA0Ez1NdF9xCviM5ih5LlfqoWw/H19puPa33eTfJZOperYTLNIkgJSLS+r6Hi3sQbz7C&#10;c0bzJ4t2NAcVJqSTXPp+3+fQwHP9lDHRWYvWjE8T86muSeI49KSH5I7d2/hqbE4bHNGyRfb0SIIw&#10;ZXWPSLKtzf8Arcf4+1TltrZCozFLlcZV+GmkSNJI2UCPR9FBAvf/AFiPYNvfue84yx/U7comTix+&#10;Ej554jPDoZcr8xbZvDN4sqRsM1kOhTTyBONWeHn1G2Z8xNk1NDkMTuKnlx+VxYqJWDOrJKYyWKI7&#10;Wsfxf/YexAm6+oaaCkqy8sjq8Uk7Q6ki1k6rPcW/x49ydyJ9zbmCVFl3CfwmDAFApalfPXwqfTy4&#10;dCjmXeuVdr2oabhLq4IzHCpKpX8LSmg1+ZpUU8+i87n/AJgOEyFZkdv7epqWqrZYKpKWORi0qqql&#10;PUV4vzwD7Xv3UdDNSCaQyQvAIxEgYheLp9fz/X3nLy37NRckWEdqtSgTjSrk6aZJx+XWFvN+5zz3&#10;TyqwQivw8NP8+qjd70+5ezTuXIyQw4zJDMT14qpGjRSqsdcZMfqsQOADf2gd5wikyOGysSBYJKwU&#10;8xI/EgspP+x+nsIb/s9vaX0crxHyqSAM14fn1El5dyXMjayTQ+WKt8/Sv+z0Yb4yZ6szey+wNhZS&#10;uafKUOFfIUKRyvZ0gBE7Qn/Uiwvxx/r+3+RammhdqSjSaUqGiV1P9pfTa31v7yu9uljG1BreGrAC&#10;uMCi4p6ivQp2e5meAlyQVxXjXGftHz+XSK21U4bL1CR5TOTU9NDPLDWTROraljf1LI4uUIHB9tuP&#10;wO7svM0s9NNCFNwCpWDSTcWtyf6e5DjndZjJeBRWmD2itKYzmgx8ujQXEUTCQmtPXpc7q7c6F66p&#10;Upo87h6qSQECM1KvkZZ1Gk6x+ST9bcW9za1K/F1UNHE0UlUY2Zo5hayA+sK3/Ffbe5O0swWDRVhW&#10;h4Aeuc0P8urGX6ol6AKx8uH7OmrC5Hbu/wDC1m4THNT4SSaBIJ6BiyNI62Ryg/w+trgj2qsBlI5f&#10;H9wF8bErIpIDRsPSbj+l/wCnsGb7GyprQEA1qq0AB4HjkDzp+fRTuEDeFVfLIFMnyoeiw96dfVtD&#10;BVNgHqI67Qk9LJEpaGqhcXEXA4bm3P49iJST47TJGsMUy/qYKysLAXs3+v8A09kOyNuhcxxPpHy7&#10;gFqfX8uP5dU2lp1mBAqpIwaUyfn8/Xog+VwvayVtHVDO5jAMskcbLNEyqJJZfEDCrEWt+D/sfx7h&#10;mPB5x0j/AIaBNBKvjfQIzGUPBv8An/YexHuW3tc2Ze5cOAKiqnj6g44j8qdDSa0EkLeKckAnGT9n&#10;pTy9ehPrV7l6lxVXkKzsb7vHZHFFqmlnZ6oVomS0ii9tDm+n+ljx7cM7tVspFTTJJDD9vHZgx0hl&#10;Atq1fT/Ye4ejuLdN1+lk1Llh8JIocZp5A+vl0DRaSQu6EAqDQ+v209M8eizdG/KvHdY57cm2stit&#10;xZVs9lpJKQ0kJqTRvUTXZBEfX4wxBuPqPYW7meHa1FJWpAJ5UXxx/btfUW403P1/rf2zzNu020VN&#10;jQ0oDp9aUofs9erLqM2jNB6n5cPyHp/g6s96LnrPkBumHbUmVq8TjFda2sjzERjmVIxfWkZHpJHA&#10;Gq3+HuZsyYV1JFU1a+KWoTyaDZijX+v+w9hLat83SbtlZ2yRQnNTn9teGek0srsSNJ+Z9aeny6R3&#10;yzpa3aWarcRtmSprKTCslOZIS0cT07R3A8i8WuL3PNv8famyw/h8clYY4iRGSs0iL+lvxb8f4+1O&#10;+X25wReJINJpWla1pinyrw4+vSOQuEIXBIx/nx/LounVdXL2NX4/as9flYEatjiqsPTVUpQShw3k&#10;kYcuG+tj+L+weyFdlGkTILKuhyxjVQQ/B/tN/wAUHuK4dx3uS/NxN2qDX08+P2nz/IdFqXsryESG&#10;gDcPs4gfM/4erbtp7H63o8PUbJNE7T00cMVbLUhXgZtAuyAj6gn6E8e2zD9hVmXqqiinnjhgoGZJ&#10;QbqNSXvyT6r/AO9+8juTPcK5SzEEzjFPiGagDAP5Z6GFpceEnaeH7T+X+oH9vT5uv4w7a66xdJnM&#10;Ji5cjl9wtG9FO5WZniqQAlrACNUP45uPaartwrXz1KCWR5J2aOCNm1BVA4v/AK/+PtWOZJ7/AHHx&#10;LhtQY+foTw9Mevl0r+qM0oY5pU4OeOR/M4HQvbd67l2/j8PUyQU0cFBGlTkJIohGxlYfu2NuQt/6&#10;/wC9+287WOVxc0MlbHHUyBkNLrKsEt6VX+v+J9jO42aTdNsrbvRyvCvE1Jr9nRy0b3Nqvh1+0k0O&#10;cH5U6WT9nJtbcFFVQYWsqsYhVmyywCWMuOJZCFvpH4UEe2XAbZrcdL/d99UX3sxkUi4ltIAjOpH4&#10;/wAfcDbjsW6Wl89rMCAScn0NT/q+3oKXMDhmVqHjk/6v5f5ulFv7s7beXxk3Y8Rjqf7v0EiPC+j7&#10;VWpleYQSRtf1g3JB549mBwe26naFKKdQ5ha8z1EhJcsbfUfn/D2bWfi7VHHroo404tXzzw4cK/Mc&#10;ekLXVKAivljhX0r5/wCbqqXsbuvbPyEzJytPU0kuTpXTHxYiAR+CIRSN+kfjSTZ2I4P+t7VVHVVR&#10;YT0x8pH1RiL8n9IH+8+5J2zcrq4IEWccMYwABT0+zo6t76aVQusqTgf0cDNONKilB0E2axOG+0kw&#10;u4YjjoSzKkka/sx2uwk/SOOCpH59q+HJTSSxitpWFOF4P19ZXk/8a+nsQreyWy1/smYgg+RAJr+w&#10;evRxFfuFLjtPrihI9M+mf29FtzezMZicfk5Nobnhp8/PWgMpEagU0c9wh+lgQPqOfx7RGZ3Coy6Y&#10;yAGn0kTEOvpdT6ioP0+g/wBv7jzmzne4kYWto2lhkkcTimP5H7CB0V7luTXEerUKitaeteJ+ZJp0&#10;aPrrrPI5HrKTfOYkjypmhehiko2vUR1EZMMckqr6l9Z9V/x7ckO3auppXqGRKyQrGiqLGUk2Fwv1&#10;+v19kGzc1SW8iyyAyGvDhXPCmPP1+fRHbXM0QOnOk1ofP/N0D1RU/ITZODz0WFoJMptWg8uSqpqq&#10;qsaKnhUPJpMnC6rWCg/8T7EdsNCKaOFqeHyFGjSTSNQUR6iQf+C39jBPcC6mke8Ru2EAMM6dRYIK&#10;jj8TDFfz6N1u52hZsgLQ8DnIxThTNceleiB03yZ3JU7lyWcpc/XrjMdVUsmSxQkkWgermrVoIA0X&#10;0YieSM3v/jfge//VPHh9vYXaNc0OPxMNNRzc2jDAuCLBSp/3sD3Dy8lHZpPBnGnTUV40A4HNMnj1&#10;0PXd0vYw7MFXgQafbn/COrU8t8uct8puuY89jd6nIZGNggponiplgqQwee7Je2mxtwLfn2rp5sfV&#10;wGKGlippo9A1+MpI9yQuo/nmx/1vaeITWu4h7MVq1Vpwp50HGlP8nSQ3cESMpNdWft+zzp0GtJSZ&#10;zF4uSq3TuWuzWPqKOValJqhZKaIGxW5P+BIv/rk/T27Rw01NCNOkERx3UH6ErckAn/e/eVPId1uM&#10;9lGLknUWIqccfL08qgDqMeYJYnmWWMgjURx8j50rwr1rc/LqUZ7svLpgQ70ByNSjVKsCoRJh6GI/&#10;p+D/AMU9qLb0cZq1ZlDaSki/8GLgcH8kj8HgfX27z3cSm1aKI6RQr6+R48CBX049EbKpmBiK8fME&#10;n1wDQ+VfQ16IXvCKsoqqFYgywwuuuNRf9wOBICfz9ARxb2vK2eqg8kFLZYZrs0hHMYsRZT+LEnUf&#10;8PeMX7nW4vfqbla6cAVNDkZP20wPLVn06F+23jhQrEUOMnz8j+eP8vR7+pewtqNsXE0dfkpIshSq&#10;FSCIhHSd1JIkBP4IseLcD8e08tbTkyxyM5ILX18kn6OSr8XP9PYktOX47+RYDEGJoD2mgGCoBGfW&#10;pOD+Z6PLeaRXq5B1ca17fT+XpU9CBuXfXYOx6Cl3VisytFQTmKaA09TE87XbQ7zxnnUOLW/3sD2m&#10;sg9KyuKeGNGYHWQLX/s3v9fcibB7Y7ULxJ7zuPljyGRX9mMfaekG68woLYxqTQAgtTJ/hx5gGvz6&#10;SdT/ADAO3a6lbAT7iyX2AUwtOlSClrEXSMji4ve5/wCI9pWSnbSwQekglm4/H5Y/09zbbQ2GzWZM&#10;VFAGkCnE+QA8vt9fz6jO33Ga7v3Z8LUAUoSTmq0/pfyPHoMqPsSt33uSCsyNfPXVNRPE6GolMrvL&#10;JJoNgb3Wx/2FvcaC9wjFVJOq1/qPwdP+PslTeLPdZjb8ZFwcZNKA1P4uOeGD1IiW7zQAt8QHz+X8&#10;uGOjAbt2PuDB4uPc6UdT9g8NOFrBGTHGZlsAjcekn68H25U9NUGugaLUyegvySbEknn6Wv8AX2CO&#10;bLC1treTxVGS2QKAUAxT/AeglFbSw3tPiYMQSBihpgjFPt6z9b9hU82Er6CuqxBl6Oe2PVyCarUw&#10;XRe3I/NrX49rTN7G2lu3Az0e6aGmlNXCYKWcxg1H3BQrE8X9LXve/vnd7yW1rbzNc7edMgLEjy0j&#10;4q18/lx6mXleYKE00ycj5Y9f8A+3rYg/lh9+9yYrJU2HoKqtrNrUXherpqh2aGOF5E0xeokcrcgH&#10;n6H3T53N1dSbF3TW4dRqhDO0UigqOSSGH9eCOB9PeNkO7yELLkAYI+zFK/4Cepkt1VohVTgDHmPt&#10;9etrHbmZi3Bh6LKxDSlXCkoW4OnUoaxI49l4rcFAruwCgXN+LsQRYMP6f4j2ILC/aSikVJ4fIceP&#10;r/h601tqfSo1Hy9Psr/qz09+0zJjBFI/jQAk82X1Dnkkn+vs9ivGOUatQfOn5GvSA2iiuCP8H5f8&#10;X173imoVC/2hfnSB9L/1H+9e3Yblg4ZBw9Rxriv/ABXSZoUSrogUDyoBX9nHr3tN52SkooCZWUSK&#10;QAvIP6QbWPI9iLbIJZnBSpH+E/b0FN0mhgd2HwrnHmfl172V7dPY0mKqJYKVEc+UkSMbjUD/AEFv&#10;x7lbauXzNGsjKQaDFONfIHqLd15qa2kx2kHgPn69e9hnkuyazLKy1FR43v6DGfQEt/a03P4+p9i2&#10;35eSFgyISaj5AeVa/wCHoMXPMrT0NCSDwOMfL1697DrNZUyox8wkDNcqLEH835/4k+xRYbcE/UZa&#10;A+XofQU6C1/eowMvD1+30FevewA3Vu2uilenphoswUlByf6j2M7GwqAzitfy/Kn+HoBXm7TifPw1&#10;4jyHH/Nx6974YnIGphK1blpSwPrP+02PHt26slUawNP+wf8AL0vt52ejOcn5/s697WuNgRNDobEk&#10;2KgKCpP1AH9Lc+yK4RT4iNw/aa/5uhFtsghn1E0Ap8xX59e92A/Hzuup2LTJQSqtRRSujuhJuhFh&#10;cH/ex7x+9weSot5Q6F7hWn+X+fWRvIvOP0SLZyZFRgkcR5V/wde92CY3vLZmWo4XOQjpKyUJaB5F&#10;1kk2K2b/ABPvGzcPbu9tnfQgZBnzrw4VHU/WPONtNGVqrDhTgRUY+35ddC/05P8Ajx7FvbOYizMK&#10;zURZjrLfqACr+AP9tf3H277K23V8Xh/l9fnToXWUsV1CZg2PQZGfLrokDg/n/inPsNfkLhqev2Fm&#10;Z6yiiqnhpZPF+2JJBJ4yfKLA8jj2P/a3eJbbdoY1eisR5/Omeoj91dqS52l3C1NDQcP9Q68tuQPw&#10;Tf8A4j3q9doYyOfeGQjyMTR0qVMoAItZC1gLH6g++mnKm4Ry2C0Oo0/b1zi5gtGh3B1dSACRT065&#10;e8OCwe1ES0UURYgjWV1WYn83+nsTz3DhtKk5H5D5dJLfwFXQ41U4f4Ove01u/bFJMwlh8d478WBU&#10;gG/Fv9v7ftZSy0cf6h8ukVzEtK04de9zNmYGjepQrCvkUhWYcW45t/xT2l3KeieGDTGf+K6NduWJ&#10;qD8X+D/V59e9m12jXrgpoyrxxxsqeljY3HNhb/D3GO72jXkZ11ODwrkfMcfs6kzZ79LNF1ZA4HGP&#10;LI/y9e9nN2HvzBVSwpkayGFgAl5WACj6ekH/AHw9w/ufLs6TNIi1HHHHPmfn1LO273aXkIScihFP&#10;y+fn/n697aOwPj5tve9RktzUmSVleMzIsA9OtFvZilwb/wBfZls3M9ztWizmFFGFPDh5ev8Aqr0Q&#10;73yla3h+sU/Fn5f7B9R172Au1NkPjqw0wHMcjKhCkaUVrE6f6H68+xbe7wbu28ZSK0rg1/P8uiHb&#10;Ns+llZKAUNDjy41H+qnXvZqMJQrS00IAJCoATp+rjm6g/m309xfuztOCTWrHPrT/ADdSlYaBCukY&#10;IH8j5+nXvYv4CtSjVFKXaVQQeAU/1Jt/T3H+5W08h00OnJHlWg+En18+htZXjRKNJqvl+X+T+fXv&#10;bvU78gwsrTVqaKZFEep0Fzc8kOfofp7L4Nilu10KaMafkBx/zV6V/v2K1zcUAGePH/V5de9rjCdo&#10;7UrJIaOo8MMjKrLMpRlZHFzrA5A/1Xsj3blC/A1RCpFag1GP8tPLo723mrbZmRg4rwyR+z5Hr3sW&#10;MfUUFcgloqiOSycNE6MhB+hCg/X/AHn3H97tN5AxEykUz5/z+zqQLLdre4XtYCucef5jBHXvbj46&#10;orZNCHngjVr/AA1z/hb8+y51RX0nz/n6H/N0KUcMupTjy8v8HXvba9LX3urDSBq+pBBvwQq8jn6+&#10;1UL2+ScGvEj0z5f6q9aJkJrn9tOve4NRRZhtLUptq1M5N1S4I4Unn25HLBrJNSeieVZtbaamvGv+&#10;f1/wj0697YKjCbsnYlHMI9RDNIwLXF7WPtXHc2SICqgZofP/AFD/AGeg/Jt94xLx0oScA8P9jr3u&#10;Mu192Fgxq7ra1ix+hFyFC/7e/taNx24xnt+dQP8ALXy4daG1XbDOfyPXvfjtzeBKpFVWGkgNe9h/&#10;tH4+nBv/AK/ts3+3irhQTTIoPL5dNvtV4M0ORxH+z1731BtfdizRLNVgpe4PkvwDzf8A1hyb+6Sb&#10;paNGyxDPGmBTHpw+zpNabTf+MXCkkeuAK/b/AKqcOvexAosPWxoFmkEjhVA1LquVbkqf94HsNTXM&#10;IoRwJJx6/kck06H1htjRRjWCAePqfP8ALr3t9WmMaaQFZtWsatOksPSzX/Btx/h7RG4XVShK+p9O&#10;NKV6OBaxUroB+3/Vx697gVFVJTxN4oWMhYrcggop+tgPoSfbooX7jgCoFft+fHopvlMTEoPKtP8A&#10;P9nXvaKr9x5uE2iiChSeBGCW40hgP8eCfZ1Z29q1CxPDzr+f+x69A2/vblTRNRBB+w/If6h172hM&#10;jufdcwZVMi3NmKA3B+rWH0/23sY2m3WEbUQZArU8T/m6CV9fX+fCDClOGD/q+Q697R8uW3HGuozV&#10;RILckyC/NipPABP9fZ2ljtZYg0GqnkKDhkenl9vn0Bry73hJCQpoaVwf5/l+3r3uA+ezzMWleQqD&#10;dQLtybGzf70T7Wpte3tGBQGnnWn+z6dF7btuldHc3zrSv8+ve80G6ty07KIZJ40AB4Z9OvV6ique&#10;P+J90l2bbJamQKa/xUqP8telkW87xEPOlPSh697UFJ2bueCPQXmlNxywYkD9JIv+ObfT/H2Vzcq7&#10;bIKMV7jjA/w/zHR/b80bsFq9fzHXvfKXtPdFzdXVyyi4jIUi1wbHV/vP59sw8o7a3aaBad1eODTF&#10;af4OtS81bqH1MTT8hX/J/Lr3v0PZG6ZZfTLLIrMFPo5UH1EgDj8ixt73ccrbdCKADAr5cB+zj8ul&#10;tpzRurSArU/5Pn5de9iJiN7blqjFHNSsxkIQypGU1Lr+rqOAf9q/w9g7ctlsYyzAVX0NOJNB8+h3&#10;t29X81NYqOGRx+Y697E2imq5IUknEiuzAFlNgwB4Y+wZcwpHMYoqYFePD5H59DmCRi6ouK/b+3/J&#10;173MeKeTmPXrUHjgOzA6gF+nFvaEEeeQen2rWrceve4kcdYp9bErqPpj1aQb+oXP+P19qhEr4wGp&#10;5npirs1ABj1IHXvbiHOgBGYhQGJUmyMR9GH+9f7H2maHQ2s0JP54+z7enhKyGmqn8/yr1731U10c&#10;UbBmUXIui+pnb6hnA/J59uQ25kegHlX5f8V1WW5V21eXz8uve2mPNwGYIIT6uP3Abk8kyC1/6c+z&#10;H91nQW1ZxUf5M+nSJrlNRAcVPAf8X1736sycSBpEh8rKQG0jToPIAP1JP04P+x9v21jIraZc+np+&#10;zrTOMg93z8q8ade9tf8AGXaSK1DKiM6oGvq0i4UNYf19qmtQRSoJFfL/AAk/y6TQzMX0sMef2fP5&#10;de9q1PtXiJ4Ucalvqt6f9q+v4Fh7DzIwl0qK0/L/AFfbnz6XhUIqT/q+XXvcKRaPnyU0fGkA2HGl&#10;rFl/Oo/19rEecjBqR8vl/g408+tvHG6GpDEeRGc9e9t9cySrL46GOQgAF1VeODYXHIH51X9qLdpC&#10;dQ7ABnPHPDPn/k4dFs9mj0eMhaf6v2/l172x0vmLlTRoqXJZzDq/QCFI4uRz+P8AX9rJpv0144+f&#10;AH0P5V6QNt7N8aZrxr+Xn8h9meve3sYuCpYn7eMFxxaMFlH054sPp/vPsvG4lFHnTj8zj+X+XpfD&#10;tGsBmFfI4/y/5eve3P8Au3SAkGliZtIA9Ck3bn6fn+vHtn96SmlfI4z/AIelicuRmtUrX50/n9vX&#10;vcKfadKzFmp0Kr/uvStgedB/w/1vdhvDgnUMt5itf5cB6fPqsvLMLgBkBpxzXj+zr3tv/ubAWZGp&#10;YgRYBtC6VvyAFsfp9T7Wx789tU1NfP19c/6vLpMeVUQZHE8P9R+0de94zsrHsD/kqAgAlgmq1v1B&#10;l+nP4I9qI9/mFTI3H+R448/8h6TnlKI11cD17221G0KQarQeMauLounUPzYc2PHPtdFzAy0JYH08&#10;v28ak5x0iueU0jBZDSuBngft/wA/XvacrNmh5XAhcWBsLfUX9THVz/sB9L+zKDmNK5PD08uNK/4a&#10;dB+45WdgVI1D9vD1YeXXvbLL1zLNrYeRVYaQNJsFYg3uLWP49my80+FQAceAxx/z+vy6K/6l3DGi&#10;KR9p697xydZVyKBHJpVohzYuxP8AUleRYf8AG/bw5tjI0rkg/Ifsr/qz1f8AqNdkEaTUfP8AwY69&#10;7jjr7JJezlz+kFgNVgeLgfX+vvcnNFq2ZOANf8gH7emjyTcqw1itPz/n173IXr/J2uEjewv6j+o2&#10;/QBbg/n21/WiFuOCK0pT040+fz8+rDk6ZADo49e945tm5iMjRSa102JjGtlB5F1P+8Ee6rzHaBRU&#10;nh5/Z/g6Tzco3cdSoNQPyNf8HXvbFU4PJU0hDUstuF1MjX9JufoP979mse62kyCrqaDgPL9vReeX&#10;rxXVWH8uve3jG4qeWdQ9HOCzLb0txcWLX/3q/ssvNztkQ6M0GPkONPz/AJdHO17BKxoy1IHE/b/q&#10;r59e9i9idq07xwGWA3stwTqbU3Kuf+J9ge/3de4pQnNDw4eVP8A8+pP23YFSP0PkfUD/AFY697WK&#10;baoUb/NRtdFGtVBa6m5Ztf8AvfsKvurONTE8SKUJofs49CBdnUAFyB/k+wfPr3uYmLoIwVSKPWos&#10;Sf6E2sSOCB7ZFxK1KK2a8af6q18uli2NvEKMKf6uPXvcj7OmCBRGij8qAAeB9Q5/r7oXu28gD68f&#10;ypx6UhIAunH+r/Z6975JFSqJLNqDem4tweDa/wBf9h7SzNNrJpVjinAGg/mfs699TGraUoQMEjh+&#10;zzp173K8MR0srWZkFz+pmvwC6n6e0BS4UEFA1KaagAep/Z/PpUNAGfy/2Ove84jCqq61Tm4W4vcc&#10;/X+p/IB9sTPdyE61dtQGaCmfL0x+XVhoDeZ+3r3vwjBDOzWszHSCQVkHJun596aC4Eg7WpT5H7BX&#10;5efV9a1/2Ove81kuLnSGS2sABjbk3H9f9b3WSzuSMKa+YOBn/V59e1qprUf6v8vXvfD7hI/Ski3P&#10;AUgfUH0kn/D6+2G2ucHVpYE5HmSPPh/xXTzXEQ7q4/Lr3vKzEqSdDMBYuBcf1Fj+P+J9p/orgtoC&#10;kg+nyNM9J/rbfzbH+E/Z173waoRCGaVUU29Tm7Lx9Qp+vtwbfcGQxKpr5/5urfXWwJWp4fl/q+zr&#10;3vHJWU6KxeVWJYFCGA5Jte/HIH49uR7ddSdiCgofX/B/l60m625XQrUB8jwr173gepjBI8iKE+jO&#10;11A+pL/mw+g59qItqua+IB+Xr04m520cgkDA/KvnT+XXvfTV9ICwNTEFt6maQWAC2/aJ+t/6X93/&#10;AHdemhC1/bn0r6dKTzFAq1wcev8Ah697xyZfHxAKaxJb6Qw1gErb02I+n1596Xa9wd2ZkAp55oOq&#10;R8yRmQ6tA+Xp173wkzlFEBIaukAKqSXZbKRwbgn9Q93XZ7txocYqaUOf+K6Zm5hhMeitc+WKj7ev&#10;e22p3hhlUh69CB6m8ZGoG/Gj/ibe3I+W5ySwGPQg/wCodFT8w26HOfz/ANVeve0hk+0aGl9NNT+T&#10;i2oPcG/AYsP95Hs+tOT/ABwdRqaedARTz+zy6J7rml6kx1NPkB+fz697g0faKSOiz0jCMMvrBVrE&#10;C91v9B+OPfp+U4FDUPyzinr03b80uz91SR6/6vLr3tW0++cfNHYzIAfGfUQxH5Km/wDT/X9ljcuS&#10;RkUNceVePr0KLTmBmoK59Dw6974z75wMZMclUSG/WqaXZwp4bj+n0t/T2/8A1euR+oKU8uINT5AZ&#10;6fn3+VE1AqPs/wBXn1721y9k4Qu6IJfQNItGyDj6aSRYHj8+7ryrPUdxyc8P9Rz0Wtv1wMBjx8z/&#10;AKv59e9w5ey8el/FTVLhhYHxlgw/tBgv+8n2qXlxWoWOft8/2dWbmO5/DWv5U+0de9xR2RLMkhjx&#10;r+mwJ0sCQOY7Aj+n5Hux5ct43Gp6jNBx48ft9aHpG29XDNQkn5cc+nrT5de94xvjMSgmmxcgDEqA&#10;Q12J/sMy88/U+6HYLFYwXOV8xxJrxoP5DrwvbuVQaMOPl/qoPTr3vCdwbymNocfMmoC4KB9Ok2Fm&#10;/A/1/bi7ftUQAcj8+Br8vXrQu7pmFCTSmKfy697kRZDebOddEPSVZmYCw/AP4u3P+t7TTQ7UgYJT&#10;Vwpxp+fl8ujC3adgNeGpn5f5Ove32krNyNzUoCQxUKqACwF2f68H8eym6gslXsApStfP5ftpw6XR&#10;mRWoK8fP59e9qiGecQoJ/Wx0t6VsVNrAt/T+vsnERMmqE0pXy8ujazExk/TOmnGo8v8ALXr3uYKi&#10;UBgotwWA0WsDyST+Bb6e2LiIqQz5J8/s6cu4pFKuxr/q/wBX2de94i9SCfFpP9qQORbSTYn/AB49&#10;sjTWpxTpKr6G1qOHXveLVKHKhiQSdRP/ACaQDY/X2axlTGGI+zo8jYvEH4V6974Xe51ECxUMQLgi&#10;30C/k2J5Hu+OHVjjHXveSSZ/SFY8jUxIIIAPFmP14FrD3op5jrw6974x6jyXIX9NybC55s1+bH8m&#10;3tqVWLVT9nTFxHI6/pn8vXr3v3qYtqXSWtdhq0qv6fSR9eLe7RAgANxXrcIkWMLKcj9v5nr3vscK&#10;G16NIN7qzWuLEi/+HIHuzhyCFzUfz6fUA5JpT/D173h0OEcW1fTSQWDPf1C6nn/A+y7wz4igDj9h&#10;FPmek7Jpl7x/lHy697zaiSFJBkaw0r6jYEfqPHANifa1I2U0BOn/AFcOnEQpU1Jr6+X2de9+DWDF&#10;jYFr3HJ4v/T/AFr+3KAnV/q4jj+zq+K/l173GBmdgVcWHIIN7O9xwPqfwLH+vtJcFfFOTQjP8qZ6&#10;o7uvwDH+Ade99oTGQ4P9pj6r8Hki1v8AEk29pXrWhHDyH+X+XSeaSR/iPAAcOve5BctzGF9WoBlA&#10;0jSpP5/wt/j7stCNP8vX/V/q4dJ1idG0xkGvlnNeNeve8ca3IYi6qxCXJ4/N2/x+h93eNgagUr5/&#10;7H29L/AULgnIrxr+Xyz173yPrGoBLX0eot+r6DUB/rcH3e1ZVYx1qSAeHl6g/wCHr0GEI4f5Ove/&#10;ahwpkVvVf6KtweSAf9bm39fa8+vTv+X8+ve+0lZTp0m17MBpY8W1cn8EX+h9tyx6lFMD+X5jrasV&#10;YMvl+z9nXveVJJHdAGFgukabBVvf0kfn/Yj2WSwxxCpzX5+f+TqxIbIGT17328pYupbQF1BVX6qm&#10;r63PJte/19+hR5TqQ0PGvzpQ+tOA60dOokjP+r/Ueve44coeCW4BUJe/JvpYj6f7H2tWzjYEy9xP&#10;7PyGPz6pgfDgen+Xr3vFLK4/Tz6QAP6sfS4A/wB792e1jPcoCnjX5en+b0/LrYNcNnr3vNI2hF8d&#10;2dk1KVUfg2Gq30HtAqEUMlB6jP7fn00YNNCCPsH+Xr3vsvqt6yClnuvJBH6i30vf6e6NopWMGvr6&#10;+n+fp15AtQOve+g5+o+o9Q1MW03/AKX/AKWJ/wAOfe6D0/2ekSDWwDfn173yMz2uANRXlnvcqByw&#10;J/BP1PvSaW1VPb50/l6+XS1oI2NEoPs4H/ZHXvfCQ6vWLKCtuLWuP1WX/Y/X3ddIk0E5H7fSv+DH&#10;TMUbO1CDUfs+2vHHXvfITKF0tGGLfRS36itvWRx+Px7qFAU0NOPlT9hPWhA4Q0aufs/n/qr5de98&#10;XlFgSwDEabAXsP6uw/p78F/hof8AV6dNvGUHd/q/4vr3vGHUtaQrZiwAH1Mh4uCeCP8AX92I8hk/&#10;5OvKQBqPH/J173xDxoWDMzamZgb2F9PpsPryfqfdTUjFB5HpsmufU+XXvePzOraf0gcqHJKqo5YE&#10;D/eLe7uBTXSvz9Tw8/TpbGf0g1KnzI8+ve8vn1qT6QQ2kAj0W+nq/wCJ/wBh72wCuMen5eop020+&#10;nAWvnnr3vi0kt1DWPBOorbWLekEfn88+/DTnTg+QGekxZidR8uve8Dy6h6ioF72AOlgGsQy/4/k+&#10;9qgJAYU62g1NprQde9+YH9Po+ikAtz/U2XgNYe9AKGqD/LqwNDpBP7P9VOve8aEg8ODZgoU3YHn6&#10;i4/2PuxbSeH+r59PQMVejceve+auApZtLHUWCng3t+kAe6VkLevTklNBr/l/l173F1nWApAVmJIJ&#10;J9R5BAJ549vACh/zf4ekZqzUPp/qz173m/b4VXsbAIGtb639X/Ee6KWNTTA/1Y6bQh9VAe3B/wBj&#10;5de98WbSxB+tm/ookBa7L+PdhUrX16uVofl173x1EMGjUm5IIuLgqtmHNv8AefewBpIb08unY30m&#10;g4efHr3vGHAazMWLEfRvqf8AUhvewJNIGny8/wDVnpWyBx20P+Tr3vwcuxXXpIB0qLkaif1Mfzz7&#10;8RQ8KgefSKhGafL7aevXvflYAKzXJKtpIJOr+oIPvWlnbSM9aIPBvLyOf9Xz6978fUA9ybjkAkhk&#10;PBBt/tv8PdlBB0niOqeKoJNaN173wWTSqesDlyqadQUn6g2/PtAys0hUjJ8+ilg5crTNaftzXr3v&#10;E0kZckghTc+n6H/YDi/59mCqwQKOP+rPRuvbQenXvfAyWuQAULnlr/QC4KgfU/6/vT2/iniQR+z/&#10;AGOk8kccxGlqEcMcK/bw6975NLYG+tCxBVrEGx+oUDi3+PtKIJC/h0yOP2dJPAk16BT7T/n697xD&#10;iSRyWLMPUbhbL/rAHk/4e1SRsiaPIHj0rg0pEVY0of8AY/Z173yDW9K2sOWF1sR/aBYfk/09vaKi&#10;vD8q9WaUIaJmvqP8HXvfjZf1MU0qSSQWv/QKT9P9cn3R42KkKa+nl1p5GZGUmnoRQftNeve+jKVZ&#10;jpPqt+2LFgBzqB+ntIbeQ0B4+tei99YbuqfnUnr3vg931EfpZeb8er8nn+l/x/vHtdFGIkAbj8ul&#10;aDsWL8IH5nr3tvlpyxBBYKLi2qxAvcNqJ9qEbFOvFaihNeve8jKVUWbk8MQSQbH8gf7z79TNT1XT&#10;pFRx697xvH5FIdyCSANN/wA31/7x9B7cjHeKeXr09agPIteA4elfn8q9e94o4AjMqalYsR6tWnTe&#10;9+OPr7UGQiMsxr/qx+fRjKWiRmwft+fp8+ve/NGoJ1yF3Fx9W41fQMTz/sR7Rs4FK+fRK8qxADj6&#10;f5T173zIDDW+oHkkqxAD345tx/UC3veBw6d1BsipHXveERv+pizgFeRICQPrYMv1P9feyevVzivX&#10;veZQunWrcnUCb2KkHm9v9f8Ar7dQhZNLD1p0ptKGYalrjz8q9e9tzU4IDiRmKswZR+o6voCD9T/Q&#10;+12uNV0stK0zwr+fSmSFfh0AfOnpw/w9e9wZMVTzg+c3I+v0KgfkD83v9eOPdRcPERTI9f8AVj/D&#10;0TXFiyOXfgeHH/UP9R697b22zipTrljIXRdWa4DsDfSLfTj6ezOHeLgEiMV/OtPTJp/sdFb7LHPq&#10;ZRk8cigP5jr3vAdrYwq9l4IKh1va3BAA+tje3u53WfJpmnDzr5Cv+Hy6SHlmJT3Ch9K+Xpx697lL&#10;tjFqLtTIzAaZGYBh6gOPUPp/X2nG83YwCc+nH9n+D06dj2OCMBaE/IYp6AD+deve+UeKxqLxQR6l&#10;XUSoNmZRewJ/1/ak7lct8Taa+X2+dPnw6VLy9aqAzAKDn1PXvcxaSgisEp4wCtuFFwSLsp4/H09s&#10;Nd3bDLUPy8/+L9fLpWuy20RwOGeHzqKde95UjSFToVPWCPSq3UE3BAP45+vtOZpWI1Ek+tTSp/4r&#10;pULK3UGi1PzPHh+ymeve/SOocWBHAKsCC5a3q/4r/gPdaM3e3lWtfL0P5H/L08LeEL4hjFBxPl6V&#10;p556974K6tquWYA3Kk2sNH5/r9fx7tUgeXD8vT+VOnw+mnaKD9n2j+Z/Pr3vzugCggFQijyH9ai4&#10;vYf04/PvwViRqND8h1pQtc4LZ4ClP9R6977MsdhdbFdSqRxbm503+n+w/wCI91CMpwT5V/1fy6rp&#10;IwmRTy9Mf5+ve+Jm1IoAPotqW+nSS11A/pYg397CKHJIyf8AV/s/Z1btpkHUfTNeve8IcOzs/pYa&#10;SpU8BrWY/wDG/ewxU0GTw+Rr8/t8uvI2k4yfnw+X88U697zfcJYsW5F1cAWsALizf0/rb3pYgB6U&#10;GPKp4f4On1lDKAwyuRTGfs4ZFOve4pqCVQ6bM1io9LWt9Lv/AEtwPbixqSaZ+3ptpSxoQKeWaU9c&#10;/wCTr3vqORyxF1GpSpVhb82Fv9bge9aRgfi/wYr02AKrxJ+Vft/bnr3vGZjGzqSzK50/q5cK2o3N&#10;uP8AW/w97oKB6UpnPAeX59bJYqGOSKfz+f8An697xyvdz9Qn0BH6QENlUAfTj3dVCpoU1r+3PVQK&#10;ITXy/PPXvftfoZWU/QEKb8X9Ju35vxb37QVbA+z54/wD16oZEWny697wCRzcg2Wx+o5uQbKL/wCw&#10;HtxUxpYZHmK9U8caQdNT6/7HXvfPUL/VieRcAAEHm1/+K+/GMEZP+TqhnJoKde94tYXULliWNhcg&#10;8/U/1HFveigPHH2deMzfhx173j4v+Ct2BsQdLf8ABfp+fdnWoxXy4fLPWxcSse41/OnXvfEt9QAC&#10;PwB+pNLXN/dSGBBYj/IfQdOLKG4mh/kf9nr3vrXyXXX6lsrA/qY8WF/9697oPhFK8adX1KBRiB8j&#10;XP7MDr3vAPJqDWBIPpU+okkXsv8Atz7uFHA16p4wUmtc+fXvftX0DtpII4VeSbW/5H7sqKPn02Zz&#10;WvHNeve8TNpCIDrW/Lfm5B+h+v8Arn37QRmtP8/WhO3ljr3vp3NtN9Kn+3bmx+gF7/U+6LEpUA56&#10;0XbTXy697xXQqGRhdSQpa9y1/USR/wASPbpGvByP9jrZmmZaVx173HdiEuCfW1yv1Gkj1An/ABJ9&#10;+WNFpj8z/q/ZTrxZvOg/1f6qde94GkAVk9TFAt+eTcXtf/eL+7C2IJNAvn6f6vs6QzrG6k51evXv&#10;c3FUVTk66moqGmkqa/I1MVJTUkKFpaiqqT4oIY0XkksQAB+PZhY7de311Ft1khkmuHRI1GSzuwVV&#10;AGSSxA+fUFe9HuNsPtxyXufN3Mtwtrt+12stzPK7aVSOFC5qccSAoHEk066P9f6f63/E+71+sdjY&#10;3rHYm39mY+MLJRUkdZmapgFkrs/WxCXJ1Mzf8HOlVP0UAe/oG9quQNr9oPbra/brblHiQoJ7yXgZ&#10;r2ZA0zMf4Y8RoPJRT16/NJ+9p94fmv71fv8Acw+9XNUxkO4XEi2kde2CyjdltokHkNABI82JPXFA&#10;QCT9Sbn+n0sLf63teqZA6eOzLySCv6wObKT9D/j7kGNp0kVrYArxNc1A+Kh8vkcjrHAhCp8Tj1z9&#10;qCggdAGFr3uCQeCfqDf8j3I/K233SEXUVAQSRUVyfL5kcP8AB0T3cqnt8uve3dBYECxN7kD/AB/J&#10;9yPZxiEMiUY1qQBQknzNfT16LWNePXvcd/8AO8qpLAgB/wBBtxz7ILppBuFZI0cuCFDEBTTHdggj&#10;y9Sen0+AZoB6de98Pt0d0UqNKfuaDcJqB402t9Pxf2yNqgnvIYmUaE/UZCKIWU8BTjp8q4HVxKyq&#10;W8zivn173MjKyIzoQ972I+g/2HsV2LwX8DXELiQmoBA4HNK19DwIp0nYMraWHDr3v1l/BKs1rkWB&#10;4PN/9f3UxRFVWOqu9KkABjQ5rUcD5/LrVTXPXvfaMzXfgqCRdhpIVTY6VP8AT36ykmmLXaEOmorV&#10;gVIUE1oCPI8PI8erMvkcYr173zYqbPc2tYm9lY/k2H+8e1knhyabhmKhQRWvaQaeXma8PQ9aY1qo&#10;Hp/Lr3vKEBVvyRpYC/AP4sD/AMR7UmJGNWHGhoeApwx04oqhANdPn9vy697lyOwQ/uEftg8DmQD6&#10;c/8AEe/EqoLMMD/Vj59LZnl0U107B/tvSp4f5euAAv8AQmzcf0Fz7bFGslytjcgKU03seSNX+9+y&#10;y11XTG6mj0upICsmngcHUa1x50HRewodIP59c/eWRQNOkAFvUwW55J/Or6f63tTJHHBRY+3uLY4G&#10;p9TgZ8sfLq0ncFIAyPLr3vj9Cf7JsQPqeR9fp7eIYEkjSxrT7fU/L7OHHpmnXvcd0VwCWDWJINrg&#10;f1NvYevNvhuUVnmD0qa0wKn0HGnqePy6dVytQBSvXvcKWkKs0+uQljpEZAdXP+sfYX3Hl+S3LbiJ&#10;HJckCMgPrxxoeAP8ulUc9VEdB9vA9e98PE6ErYHTeRtPLcrYqR/Ue0xsLq3d7QhSyHxG05YalAK/&#10;7UcR5cRjqxkVhqrxwK/Lz697wywRtAyBPILNJcavUAPSsf0H+39l1xt9vJYtbxr4wo7lhqqcdqpw&#10;FRkEnB6dWVll1k0OB9nqT173EphHoEAFx5DI41WIcgWtf/D/AGHsi2wwiBbFOHiFmqSCrEDA/IeW&#10;K9KJtWrxa5pTh/sde9uUbRSEx6xcm5hsDrH9fUOR7GFq1rdk2yyAEsP0aAlhXjUijDyp0gcSJ3kY&#10;/i9P2cOve3aIovBNgisfRa68fQD/AA9yJaS24X6eEgCIGtD8OPhoPMenAeXSVKa9T1z/AIfz697y&#10;JVSyU4iM7/b8srOgDKSLatTDg/74+2YHjmtfqRKwj0mkjLR6E0VqkUBX5rn8+lRu7kRCzc9la0wR&#10;XzoeP8+uHjQOZdPrK6S3N9P9Le0+2DwVTXx5pwtNVU5SOqqqTT97X08bWNFU0+ljJEx/WqWPsHyb&#10;Vy3NdjfLegeI95iJ8SUqdJSWLSQytxYKFrXOOBzZX1wbX6C5cLBXgxJC14Oi1B1D+KpoPLri7MvC&#10;qzlgdIsQotydT/j/AAv7HHrLcZMuR2xXeYxwM8mKrZUjipqulkS4pIQp+sYOkAi5A9pL61vDNIJI&#10;mfwHUrLoUIyMdSlSpIrH8B+EkAEDj1kP7O842bLJytdTCkquYascgKVMRDZqfiQEkcQTw6pt/mlf&#10;G3L7jpdkd/bMw/31bszN4Om3rT0kHmr6TFfxuCqj3UjKCVjo/HardDqWP1L9G91e70pt74TufO0i&#10;1EFFjBmKt4aaox0ZIjmq/NDFTVaNrJdTcgjTc394+83W7QbldQ0YOZWevzclhT/TBgQfn0Zxw8st&#10;yq8MkLmeIuh7yKaCy9yUoAuKUzQeh6uBwOThzWDw2Yp54KqDLYnHZOGqpW1UtTFXUiVMc9O31KMG&#10;DIf6EezV4Gr+9pRUIBJUhUSSJHWwdR9NQ4APPP59i7lK4e8tzMil50AUqCBnyJ8lr+w06xs3a2+m&#10;n8J+1CSQSPL7OJp07e1abhQXZWDW/bFrC5+hI+tjx7k+TxEiVriRWDcUFKV9McdJ8/zr0QDLduKe&#10;fy6975SSGJfoDYeoKfpxq+nt65vZrCIxkaqA1AzQceHnj+XVFjEjVrT0697Zp3jnDshBRgLEAldI&#10;JBUD6/X2Arue2vg7w/2cnA+Wmvwgcf8AL+XRnGjx0Vhkceve2tA0TGM+oavRxxpY3vb2GYY5IJDD&#10;QMAcD5fMcRTh6dLW0uurgfPr3ua0NwpUfn+zcE35LC/9P969m8lkzqrxKDSmBxPqc+Y+dMdJlkzQ&#10;9e9qfbimnrIpR69NhERxpD28gUXsAbC9x+P8fcl8j7fpeZ5DrGglDkaakBgoBoA1AcipoDjrVveN&#10;DuEEiihDZ/wVz6An8j1gqokmp5opACkkbK172sRb8ex4oKuMwPHIxlWrYRBYxcRs63AP+9n2IbmF&#10;vEDIKaM586dZD7PuURsmgnYyC5IUBfwlhw/LifTon3YezKufceC3BjIIcVPslJ8rLPWE+TI0kU1p&#10;1jPN9VwEvyT9b29oLLQ2mdBqBR9N1sp/oCb/APED2IrN6xgnIPr1DXMtppu2jWoKtSooK0GP2fYD&#10;U8ejT4KqNVjqSp/s1FOk2kt5APKNR9Q/B/3r29YMVLxkSzGdVJUIR6gQLEW/2Fh/vPtBuHhK9VXT&#10;Xz6FfKA3CW3IuJfGUVFKZ4eePsA9fPpG73agp9DfbCGpl8Y+5KkjxM5UXNx9Lk8kWH590P8A8ynr&#10;z+6XetHuyjp2GL7E2rQ16uEQQjLYVv4dkadQoCqxTxSafqSxJ98Ivv68l3Owe90u+PHSDeIY5kby&#10;1ooikAPqCoJHowJ4jr7I/wC4d96tr3j2Fn9plnQXfL128qxVGs210wYNp8lWSqCmAOufVm4Mnmsb&#10;n6LMRpFXbe3LX4hDGJjHUY/xRVmPq0nmLGTWspBcG11I/HuujUxb0eki2opY8qo4N/eCckehiD8+&#10;vo8glMiLMvmAR0KHvk3EZewALC4sPV+Tcf72fbixvI1Qc+X+wfPo6WUMtT/Lyz/xfXvfIlSoF7WU&#10;f6wDcoQR/W/Ptly+ru4j14/6vs6RXEzStoHCvliuf9X59e9+BVV0gg3sNLAMQTzqs34H197UsTj/&#10;AA/y6vBI+rRXHEfs/wBQ6975ek/UE6OByBx+bX5+n+8e6NqA+0f5v9X29eu2bVThWv8AP/iuve8g&#10;1WZitgxA1LccH13JH5PNv9t7rRjwGB0lRDI1EFT/AJuve+r6NEZJJf66jfgG4t/iT9T/AK/tzwyf&#10;9VP9WOl0UIjOtj+Xp8vt697yhnNlawsObEAAabk/4j68e3PDkAoo+WadPGRRgV6976RbkEta3FrB&#10;fxYNx/xPtqRHTupjz/1Dy63qUmg697ysQoUk2FzyABf8hQB+Dz/t/dEofiNceX+r/VkdXqDk5697&#10;4GQkx8Lfk6lP0P8AQ/69v9b3s/FU+X8+tYr173xYhmYl7EKbWFubFgLfgi490oqigGD+f59FtzqM&#10;5Y1Ipjr3vE6t/aFjZQGt6SBb6j8H/H3Zcf5unI4Wrqkx6ev/ABXXvfHlwoBAPqBKlvrYX/2Nvbna&#10;M8PPpbQUouM+XXvfFmII13BdiAbEqHAuzW+vvWSSRmnRZI5dix9f8HD5Hr3vmrfSwb18MU+gJ+h5&#10;+tr+6hdRocfb/k69HOYWL/xeR8z/AJ/n173j1spsSpI/UPybfS/+9W9qTExIoOPn6dGIlV/+Kp17&#10;37zMyhilgAvBsP8AWHHHA+vtkIqGi5Hz68zopqTj/N173x1nUp1c6jpckj0/kn34gFqUoPT/AGem&#10;jcx1GnNeve+g5N9YU6dfJGn9PAIt+fdipY0WpPSaZpJD8NKde99N+pm0tpKjgEAgX+v+x93SOSoU&#10;dOW4WOrNX/V/qp173jDsylEbSCAVa3ClR+T/AL63t9IQKNIP9Xz6eDk93AenXvfUnPHDM3ruL6Qq&#10;m2mx/p/X3fwVIJGKdeDkceve8RV2jIUHUp51W/p6gpH4/wB7908Jw1HIIHD/AIrq5kGqh697wXIH&#10;qsjBbgaeDzcML+1qoE+HpqpPcQa/Pr3vEX9AC3DPa6nlv6kgngc8/wBfbgpXqlTWp6974MyqtgCF&#10;vcPwNRsGYkfTi/592UaznrfnQde9wizhifS92LFXB5J5HP1v7uY6sMEUx/s9UqCtR172p9tbVz+5&#10;8hHRYiilqncgARoTpLf2dQ+n+8+xTsXLV7vk6QWKGSRyAFVSxJ8qAZJPy4dNDSSC7ZY0AAJJ+wDJ&#10;6j1VXS0MEtVW1ENLTQozyz1EqRRRoouzO7kAD/Y+zf8AW3SmQ27m6CrzEkEdbBHIwowwLrK0d1R7&#10;fS/5HvOX7vX3Tef+YeZ7a83Pa5YbVJA7tIuk0TIoG41I6A3Pu8222bfLamZYJwrNRsHtGFAySxPD&#10;y9aU6LD3T8iNmba2RnXwOYhyuSlo3ggkx5M8MXlbwySCZeCQCfp7Fo4Ja2kyCTReCoWqdYpkYgk3&#10;4bUOCL++s9zySdh2fwYo6FBw+zFcUrnj+XXOvnK6uLm5LlSWYlieJrWvE8fnWvVe2R7NqMVuLb9U&#10;lf8Ae0NfjI6mvo5FWQqT6mXS97G39fr/AE9ib1/17Lj2lyGQl+7qmgtTs95AisL+knn+g9xRf31/&#10;ayFNJIANCePzOf2/y6iy6mcS8CQBWtaAGua+XD7eiU/Kb5WbezdJQ7V2wf4Ljzmo1zRjZKR6h45N&#10;Cxssdrgt9b+xFppEjIiqH/W5TSnC3U24UfXj2SbLu13e7isRah1AVrSoqMdXs2lNwQpFC2M/z/1e&#10;fRYt77Zd8bLlsDRazTUSVi1MpWWWJpVuXSWQsVux+tuRx7Tsm2K7K52anpSDQShbSPqBVnPqCkf0&#10;9518qcqLBsxvLpgkRXWST+KlTQDyHz6nvlpop7YGcgUoTnj6U9T5noX9sdz7T2F01R7k3jKlFnsX&#10;BJLV08MiHzR0qkg+JuOQPUPp/T2sn63r8NFFU09QtVJE6SyK19DBOfGR/gPz7xu92Nz3hmmk5cdj&#10;BwDKMn1Na+fUyWFltMm2+LbAO7ZZicqQfgUVp89X+ToEthfPXpbuLMVe28zjZ8TRZWOfG0dZKwuD&#10;KpCvHICfq3IH0B9xNz1VPXYWrxy00Zrq4LGkca8xSo1w6lefqPcLcncjX3OO7l90RpA1Kaj3E8Cf&#10;t/l+fV5d7t9utXUUqRRRXzb8X7MenQ99aV9V11vTAZfEZhxtTbwqqurqZ5gI6ujq1skMjSHSbLzf&#10;6+wLp6OpqMzTYjcMJRElEcTzR6wZPotz9ef6+5o332T5ak247ff2qPSldVVIoPUfszjoq27nr6Ez&#10;RMkM0c1K+KtSKfwkEFD9nEeXR8qrt99r7Jz3YHWOQpsk81G9fVU0EoMkdOjeSY06glVZefxzfi3s&#10;Pszsxk3xkYZlqP4aTGopYFIjlRhy4txpH+8+8S9/+7rbpus0KU+mZu1a6iB6AnBA/i4+XTR5t2QX&#10;gurWIJqaumvAA5APp6HJ/Po03X/ywoc30vtvdtPPRxZqpoi882QkjCQ1ER0vDKtwS5N/6W+vt/3L&#10;/czC7fOByeOSFauG1HURwDzwyAfrv9b3/PvFT3c+7ld7JuCbhsivJbFQXDZKtmtaD4fQ9Sta877d&#10;e7cXsiwWNaurENoz5HBK+lRg8ehp6Q7nynZsNXWmWmMuPqWhrIYZFNM6tYqI2ubMBzY/X3O6PhwT&#10;beyeNllil+wr5KmmndLNIp9ZckgXtb8ezn2r5DNjc+PdR9oCkUp/xdT/AD4dY3+5fMMV0xQnj5/L&#10;7PU+vQEfOne28sDFtYbT+4tlo5sXXwxM9itTIEjDBfp9SL+1hT47+OZ2XLxVVFVYl2SKSnBBkbT6&#10;C8g/w/H195MW9haXDi0kUFWoKYoPWlM/4M9AzlizEcRmhOa+vA8fyr0U3LbzquuuuafbVVjtwYze&#10;FNDUVdLlCj/axu4FSscUxuLH6WP1946zrembKaqHH42aWR9cTvTp5CT/AGSfz/tvcwcv+zux34r9&#10;KpkkpQ+vqQPQcPt6Fy88tbH6KZhk4LDJpxCmtAvrjPkeg9xnzvrYtqS1G5dyZ/FxYtGpsoFlJija&#10;JtGtZCNSsfwDz/Q+3Op63jWDTkcTjXBDJI6Qqyxqw9RIAtcW/wB8PYa9zPusQXm1vNt9nqnqPhPY&#10;QRRgw9fz6nLkvn6wWyaC6cLJVSkoaikfiVl4fY3GuKHpWdUfzGsHV5L7WLdOalpG8ctC+RAV6pg+&#10;kxaJbek/6o3/ANh7C2h6ZxeAy0uYxE7TyNN9zEiII46aUN6Q1v8Aere4I5H+55u0u+C43pBHDGwF&#10;BUlvP09OJ+XRN7g+5FqYjFAwZ8gsuRgYp55/bXo126v5g22azDfwakxc9Bka6CSnqKmVg6lWj0yP&#10;SBbXLA8f09rk4vK1Ad6+eMFn/UbgOT9dN+ffR3239ktl5chRYIlUilTjIp/l/wAPWNd9vVxfyku1&#10;Kny40p8sf7OOiXZjtbD5qujkxwrqolGZoywZ4AzkknSSOfra3PtPb3pp8dtasmp2WOplaCKOUXH1&#10;l9RX/C359j/nXZrTbLRRBEBSmDwz/h/wdB3cbmeNisXwimPT/Z8/8p6UnSuVptx9t4iiq/PPjqOH&#10;I1U9KxDpqWkIjVwR9QSDa/sYtkQIMBQSzxpJOaenkIYamA0XLW+n+PuQPby2tZNnGpFJoMEAgft/&#10;zdCDl3mG6gQqGIby4kAjz9OHGvHy6JF3bnsgnZe66LGVc8GNhymQp4XhcxwB3mCaQV+pH6bN/rj2&#10;rcjWpNTrTrC8QQqxOgGNy34P+J+vuQbawtYCQFUBjwC+da8KUOejq73u6mDVbUD5k0H5fb/qp0Eu&#10;x9sVWGzNRm58vT5KStSRFpzJoqaTU128YXlufqSP8PaRzOSRKVYUpkWUcmYgcKv0Ib8/7x7LeYni&#10;a3aB11aq5YCi09D6/YcdAq/la4DOx8gBjGOFPX0zjoa9nbPlnzNXkarLVU9JUXRcYJVZBK39vxkc&#10;L/ib+0Rnp6jORYrGiwDVlOWk54lja6C/9D7gveuWZN1uY45AKswz+fEn5+nl0G322OaXxZQRqy1O&#10;HHjXFOhg6z2/i+s8nvbd8gaSYYHJQpToQdVFUoTMwAtyPwD9PYmfwqspGg8lTG7qFT0BgiDjgg/8&#10;R7njlnahtG3paSNrKCmMf6qepqehrtm3hYAQMcP28T8j8z+fRbcFvHbeYo8qKLDVdHTzSTTHzmI1&#10;FVIWPrVovpccgt7EjHSVFTjxBHIkckQ0HSLaz/W/Hsr3SG3t74XUgJ1VychfsHAfb0Vbjt7wMXbI&#10;atB50HGp/wAHr1Xn2fhtubU7IO48vSV2Soco33ES1UrTpQIGAkEMQuvPOo2HH4/PsJp8VVZDdcq1&#10;I0qoMBdgQqm9gRb8+7WjEXhkmBKhaetaiozXjwr6dJbOVPCCNWteA/aMnHVjuC7B29s3oahrsIJK&#10;l2iOUp6GkKSPKqwicIA9yqkcfm3tUz7BGNjariqy6aCXRrgabXPJ9hyTdbHebh7W3DqyVLBhX5Ei&#10;h4eZ9OlEt48sgxxrmn5E+v8Ak6Kvt75xUfaOcTaE21auhrvM0cFSIkmCzqxRvTGSxsPqSAPx7YKa&#10;qWifx0YeZ5JNLlZL+Pnn6fgexds+22dpCFiQkvQ1rXNanPpXPz6PdrtVaPxHXtxT1+3hTj+zo082&#10;1ot0Y1a/ciU9EtJRCakWWnCiZv8AdSBSBcn62/H19u+OyC0GSmFVUrEJYi0St9WLWIdbfT8+yTmG&#10;4msxKjhaOuM0BPz8xgHpbfSfTQEjyxmv7P5joJ+0to1W69jUf8BwIyU1FkFp650sYohENDxsDcEW&#10;tx+PfGqqK3ISNGtbUrSuxJjSZrMNV7394s7/AM3PFdMWcqrVAANKiuPmQK8PPqP7/cqFjLkLk+g/&#10;PBP/ABXSJ29tzbmz6WOtm2bt+bcKRKoyU+Ip0aCVUOpAGUNptex/r+feSrTCrQmnr3SRkUt6z5Gu&#10;RZjY/wCPtfy9f2W8TCK7JZfP7PP8wOPTFncmZtRU5IPpitcfaOP7ek9tmq7hn3vFnNqY+poKCoqB&#10;FM9NB9tA8Al4Al+puCT9SBbn2iqXKpj3ElLSTJAGYhnYGIc8+n3J1rt21W4M0cQ0HjUD9vGvQgaK&#10;EqzOwGulKeQ+WePRwc91w+9aWWg3LnsdV10yxtPDBC6VbLp4DSkm5HPI99Z6uyubgRoaxPAf87Db&#10;0qtvx7rvGz2m4Wq6CoUDhThXJ+fSOW2hI0DFf2fn6/5OsXU+xOtOrcpPr2vLHl4zppcspDTysGN1&#10;kZr/AFPNwfp7QeU21uisUnF5ErF41VacI2pONJ5/rz7jXcOTiYx9IOFTxNMcft/PpCtjHIKUyvAj&#10;hjH5/wCGvRqNpdy9QYCUR7uwSLVCpllqMrK8LU8zB9Shze5HH0P5+vt62t1slPiJ/wCIktkJpPLU&#10;uCytJx+T/S31/wAfZ/y77f3qq0t1UEDC0p5/zxx/L16N4douMyhfL/Uc/L/Dw6DjuH5cVdbvnHRb&#10;RhRNr0VKlNQrKqSortwksatx9V+gvpHP599Um0cbBUSkRWEblo5CCHax+l2v/sPYhs9gjjufEYUA&#10;J9K16etdvn8cOU0k1qfStRX8x1Ky/d27cjj6NDUN5ayl01dMljBTRuukNdbWJH9fp7UlLtajapFd&#10;dioBDK3puePofz7ljl65trIeLK2jtKkEYAbyPlX5jy6EsdylsKHsxTGOIPl6+vp0iJe98nj8VJtx&#10;lWCok9KVKfvaYpGIcOp+jf4/QcEe5GaxrRVGPr6WlWWeCIoWiX1oNQYf7AD6+wvzzd2aUvIUBFBk&#10;CpB4DNeJx+zPQbvvDUy4+I+VCK+X5mo9ekps7e1FkcfuvbWbzf2WLytUlQiV8wSCcmNkmcvxZpGY&#10;H/W9qWbdqZCmgpJqVopkiRHZ4za62BP+v/j7xx3bmcvNoUFCGrwqKjGacPU+vQFvXeOYaKEqc0A/&#10;l5f6Y9FY258TK3ZG7M5vTE7tTJYusrZ6+ioKOsjTxxyq0qK7H9Q+l7cH3mooEh0SJLF/lFytr8W5&#10;sT+PZrsnOEkLBRIGJNM8a8MEUofTp7bt0ZpPDfDZofQny/zf4eou7c7kqr7qinwmQVsIqCWSbRJH&#10;J5r3kiP1ddI454P+w9r5dEOKaUxLNIi2t9LuePr9LD8+xDvnM0ssVZWoAKBR+3B41p5+nRldXxUd&#10;54+gxXHH7Tg/y6r+yeSzG6u3afDfxibD4yoq9LSRIP2qOFfIFZbXLuBp/rz/AF9o/dm34cjFQ1Ui&#10;LDOIwrvHwVLDjUy/7b2k2yO13eRGnodVDqoflT50NfPpDDeCRa0GMEj1rSlD6eXr0an4pd7ZTaGX&#10;3ztKCtrcnhxk5pcdRZGQujxLKVm8Uc9l+vIUfTn2H+LSlosuBUGaaamGqPgMwsQFIJ/3v2KbHl21&#10;ludDLT+WfI19ft6NraF51JWlT51x9nr69H83xHnd49eVC4hKHG47OI0db65IY5YpYiZ4PGoJPP4P&#10;H09i1Puir8tCEhbwGKYyk/qsKdgqqf8AXtz7GKco2kG3sqRZnNWOeKsGH56l404+XQpW0UbcyBjU&#10;jOe7gMk+tcj59VxYP4fbIp9v71SSvpv43X5XDmnkV5PCZoc9TVzvL+L2ja3H9D7/AP/WsiljWoEZ&#10;lQeWHSRrBNwRpILD/XIHuWN95Z2neZHaQUL1GoU48fnxI48AK9ZRbRzNCEHiOajAPliuD88f5uqa&#10;ekPlpuLqKvrqTEZTI/wjJSMtTRxVCmmJ/LKG+huPqPz7xvFBTsKg6ZHAUeg/oa9w1jx7C0HtrYiY&#10;tpLUFTigIoRjGo1ABNMftwq3rmGSSMeFJTtFScCh4cM1BGcefRoKv5zdk79xU20MPmIcbSyXsJ/X&#10;VS+SzhFmRxfj+g/w9wJZxI2pEvYCwte4J/PuS7DbRt9sY0rqNPKhHD1B4fZXHUeRbvcEy+N31zjy&#10;p5fMH7K+vQGFq2oqS2er4WWSZ5KiRmVy72LsWP8AU/4H6n2qaCeSnp45GIV2W1lU3sW9NwD/ALz7&#10;j7fLSW/vNKnVoY/EcHB8yPSmPMDHr0bWV7G9xrk/AQcnBNKUrxoMf5OgiyQ2/WZ7M0UdKayGWmik&#10;p5tWrx1FtTFWHFjyunk8/wCPtV0OdgqG0yFQCFj1NyPrdrWN7kH629hPeOUphbeJFUnLUXjTgAai&#10;hA+R8/PyFiXcRdfCJOoVqM1HHhwxXPQUZCLN9fZWCr+0L0E7pM0bgSssIkvYlbfQ2AJ/H+t7lVGL&#10;FTG+gx6z6w63KyBvwPZHstydouvFnDDy+Yp60/P/AAdHb3oMYSOtKH7QT/m/zdLfsLteXceCoqHE&#10;vN9msKrU012UwzPywu39P8OPz7S2Sxk1Lxp1s4Y3X9II9Lf7zz7kbbOcbQypECasaeWBxzkYzSnz&#10;6aXbJbm11sDpOB55r8/T+fUnqPrqp3Dh8jnsnLDTUNGyNDHOSZJ5CbtGF+hAH4PtPhbRsrhnBBHH&#10;9kg8q3uQZE/eEJdBoJz8vPIHlg+mD0GLzaFt7gyoKA0JK4rQnNDTNOH59KRIYcHuWGtpFgoaekMb&#10;AmypJMkmtWiBt9PzY88+2sRJA8kiRlCbayTqN/qBY/SxPsq2vl5bS6EwUuTXuJxTHmONaUyMUr69&#10;CSy3yPw9EgwcV/wGv2ADh0arP937g31tah21kctTPQweGCKmoo4adXSP0qxZb3Ygc82P9L+3fFVL&#10;GRVk4RgwGg2ILfS5P+PP+t7R+5NgJtrc2gHkaU9AcD/Z889J5N0s5pxpND+zOOJ/1DoP9sthsbvD&#10;H1clTIrR1lOZvKVVbKR/ZY/Qi4PseKihpZtjT1yxo9bQ+OaB73Zzp9SlTb6fQW/3v3yo91ormKd4&#10;3YjJDfIA1Gc1B+eT9nUh8m3KvKqg6gBnGK+Wc/7PV/f8trsp6z5A0+2aIxR7czWPmEtOw4Lqqosk&#10;LfQFbEH62+o91M/JqOrzG6KbIePQTTFJXVdKllkKtY2+tgL+8aYKxVRwSQxoDn0/y/s6n+wSkQxQ&#10;6afZ1uLbAp4KPblHS0xHhhRRGo/CFQRb/D+h9k/q6J0+gHD2YkleAf0qP8ebez+znC4c0IGPtPSt&#10;UQp4b0GPyP8As049Lb2n3pQZRxcNyFvYKV/HP+t+fZ6l0kzaCKMOHCmc46SyRx0LA1A458vKnXvb&#10;dUwCQtYAG2m4v/T9Q/1uPZjbuwIOTTh9v+X59Fd1EEQlBWtOIqQf83+Dz697B7euDyDRSz0375Gs&#10;kW1XBWzBl+t/cj7FfwjTXGc8B+fp6V8wOo55hsnaBvCrUgmpOOP7B6U697IZvnBZmbITAQTR2lL6&#10;WB5s1wR/xPud9jvoQil86R+yvA+tOseN7tLk3DAjtqT6UB8+vewzrMRkKON5GVhx6g4II0HUNJ/p&#10;/X2Mop4pSGGc0xwPyr6+fQXui1tH4jCv2HypTPXvYV5TcFU8hgikdgDpdF/UAD6h/h/h7EUFpGED&#10;tUfb+39nz6Ct3fzSv4S5APlwz/PHXvbPX42qrwkwp2D3AJtdiD9Bcf7z7Ux3UUZoxFf5f7HSX6KS&#10;4YaVxksfs+X+Tr3uLjcTklq4tUbAeRR6gQvDXLe3bm9g8IsxriuOP5dGMFrMhCUIGKevHr3sY48X&#10;VfZa0gJt+gjm62sSLewpNcxtN4ZOT/xdD8+hQkLOaqDqIpQf6uPXvas2T/FIqlIZo3RC/BN7W1ek&#10;G/49ku5xQPWlASMk58v8/Qw2I3CyAOKGnH1pSlevezTYnA1NS1PLIzRFSjKysTYBr6ix9xFus8K1&#10;qM5IH+rB/P8ALqVNtmukaNiSfPPEDy/P8+vez+dUbjixmKiLTFwsSJpLgODGNJY6v6/X/W9wBzfs&#10;xvbo0B0mpHo37PngdTpy9vaxwaHYEGlfQ/5s9dW/P5/H/IvYu1m89tZnGT0dc9O0ToUmSa2lgRZh&#10;z/vj7B23bJf7fcpPAhFOFP8AV+zpdvO5Wd7A0bU00oa+Y+XXDQRyG5/1v9sPdSvyt6g2PWyVdXt/&#10;GRRTOxnkqYECsGb1EWH9n/D3mR7Z8y38VskV45rgD9n+Hy6w59xuW7B5Wls4+J4gV/LrIL25+vuu&#10;ir2ZFhoA8dz9edOkF78j/ivPvImz3IXYBNK/6q9QHcWDWzEOCKYz5f6vl172jMrRsySOSSBYWvyV&#10;H4/P09iCByqgDhx/1fl0WyKSGU9e9wMa7UCu8GrVe4K/qFv7QP8AX3u4jErFWNPP/Y+fVYGoNXXv&#10;aijy+XqCjPLJYHi9+QDwT7JprSNEKk1/1f5elsd1cKKo5A9K+f8Am/w9e9izgoMtWxU7xT1ETEKX&#10;TW5+n09Q/r7Cd7b2zVRgNNRxPmfTodbQ9zIVYcajgTpr54r172e7o2uq8fjKjH5OeSannU2SZi4R&#10;tHNtZJI9w7zJZI04kiAzWlAAQfUH7OPU07JcM9iY5yaCtOve0t2HTxbaravL0TEgh5Y6dWuR/avp&#10;U/T/AA9rdkSW5/Qb7AeGfT5dBPf7o2MzTRtStKfI+YHy697CfbnyGr2r5aPI0cZpoiEtGCsi/gMx&#10;HsT3PJ8c8VaUp58Cf8nRPtvOLhzHLXFc1ox+3y697FfH964N3Xy1X2j8CzurlRf/AB/NvYZu+R5S&#10;CYxUH5V/Zx8uJ9ehZbc7RhhSQgeVRUD/AD/b172/dkb2xe4OvJ6/FVySzUpSSUq4VjoHLEH8H+vt&#10;DtPL0lruAinUaagDzqOAqek2+8zpNAxVqtSv5cB9meveyaYPsTcOTrUWlr5WMMgAOog2VtIUODwP&#10;p9fciXPL1mtv+oowPP8AzdA7bOZrp5ahjgivCo/Lzr/g697OdsTftbtiCmy+R3FPHGFVnp2nkIYj&#10;k+gcX/Av7ijfOWLa91IiAitK0AIxX8h9nUxcvc43Vk6yPISCM8cflxz6/t697OdsfvTbW54oIo6p&#10;RUOLeplGoj6fnjn3B2/e39zaMTCtVHl/M8MjqduX+fra5iVCwwPM4/b8/Tr3t23X2/j9sVdNTeET&#10;NMC5GtG1n6m2o8f6/wDX2VWXJs9zEWkqoGcCmOlO48/W9tIqFsn0pj5f6vz697EHae7IN1UkdbHG&#10;YUZQdMhA+h5V0PAv+CPYS3jaJNslEbg1PAU4/n6/4Ohpy9vNtuMYaQgahgeXXva11RsNUY0kXAQs&#10;GtYW/wBh+Pz9PYcb6lHo3A14A1p8/XoTtNbji6Gv2eX+H7Ove+ZYEDVY8aeJLBG+vP8Ah+Ofe9E4&#10;Yk8Pspg8D1vxrcCpZT8sV/Z173zhIRWB0rYAcmyszA/T/W9tGG4+LJBOMeXr69e8a1UajpIPD169&#10;75hUDAg3JP8Aatckc6bD2wEnPa6/4fPrS3djXRqUH/P173nDRq4Xyxsyg/RbDmzXVgbA/Uc+6Ojg&#10;1oaCla1H7QfLo3Se1fMRFKfIf6v59e95D4tK6UuxYlHYeg6eSVH+83HthjQkE1X5cfz680duwJDh&#10;SP5/l173wMSSqW0IPKbHgfUcLcf7C3vyvUhKEehp6+f+z0lktlkWjgH0/wAtPt697iS46GdbNDEi&#10;lDrDKuplHH6frz9Le1sdxND2qQQMefyOT8vXpK+yQSVDJg+Xn/qHXvcZNt4910tGFAItaNSV4t6T&#10;+SfyR7UNvE6SjSc8K6qcf8n+odI5OV7cyatAPzHD9nXvcRtrY2RnLwRtExIBZR9D9Lkfj+vtQN/u&#10;FQVYkg+vl/l6Qzcr2TqNS5Hr/sf5eve2n/R9hXuyJGW1eksAVVPodIYf7b+ntUeaLzQCWJPHP+rF&#10;eiZ+SLLVULjj5fsxw697lPsvCxqFeCJgbesrGRwbk8j6/jj3UczXik9zZrxz8zwzT5/kek8vKNjB&#10;goKnhitf8ufXr3tvkwO1KXVHJHSArJYmTQLX+gcMBc8249r4943Nx8RbHDP5/s/zdF1xsVhCKBQa&#10;CtKY+YqPTr3tN19NsaOT9ySmQhv0ixt6tRdvwQfqLfnj2dQbhfAfqVYHzHoTQfnX/B0Uvttgz10A&#10;k/6h/wAV6de9yKB9moQIRTEtcrrALAMObMR/sRb2xe3u4MgGogVoaY+zpdZ2u3r8QCgkcABx8vXh&#10;172qKeTEKqmmqKZypJPqUMR+kKePr+R7IJ2nkBDV+fqPn/n+zoVWMdip/T44Arx+3/Pw697fInjK&#10;qU0ONR0KpOkM34I/5F7JmgdwXc54E+oGP2+vQhs1joGrqYY/Ide98qiScA+MqOeATdgxU3K3/HPu&#10;8dvGTRxU/MfbwP5dLJmj06JRUUP/ABfXvcL7is0k3GkSBWsbEnUQrAH8/ke7R2iF6KK04inA/wCX&#10;7OiFjkqBSmc/5D/gr869e94pPuRcPIpQn18lTa9wL/S/549qFtI9JbTmo8uFT/P+f+TpLLfR24IY&#10;gtx697a6qb7ZS3lQux/LDi63uGP+JHHsyt7GaUaBgDNaelaU+2nRFd72RjVjjwyPQfOvXvbEtbSm&#10;QCXIQQ+pnZr/AKUDHUgH9bn2by7RcSoCRUkjy4f5/wDOeiX97QiSpepODU8a/b6f5+ve5DZfDw3X&#10;+KwSaXJJJA5Kn1HV9bcc29tx7PcPXStAPxUOP2Zz0vTf7ZVX4ceeR/Pz697iybuw9OuqOthkKWAC&#10;+q4+qve1uOOfb67FdgVYY8+Nf+KPkOk9xzPBbgsKZ40zX5fP59e9tf8ApCxYcxNLJfUQWVP2yWBu&#10;S39Pwfbh5ZmZqsATxHyH+wOkcfORZgNX8sU9D173LXdlHIjPDWoVszWILGwFiCx5P++/PtltlaEn&#10;toFxXyFM4x506XDmeQgkDHmcD/UP8vXvcqk3dTGTTLWQiK4QKgCfXkXJ+o/33HtmfY5BHTDeZ+X+&#10;znpWvMhbEyihPA+X+z8+ve1VS7mw8pC/cRM66VIAKabgnkjmwt+fZBdbTPQEggDGMj5Y+f7ejaDf&#10;rG4AHCnkTXr3t3TP4oqSlTFYkA6dBYKLkgrxe/8AxHtG+1zlivEeg8j8vWn+XoRQbzasAEIoo8j/&#10;ADp1726Q5fHzgOJla1grXvx+SNPF/wAW9l77feRtoK4Jx+2n+r0HS1d2iJ7iADkUIrT/AFfy697k&#10;DL483AlQlWUuA516W9PIH9P8fbTWlwhDMv2efzz/ADqOnzuVulNXn6/6hw6974vncdEzE1MaEkWB&#10;te1uCCfrxx70NtuFbMRavnXGfU1/Z1R94t0+LH8uPnnr3vjFm8axeQTRuAG1A29AH1Nh9R9APaj9&#10;23eoCoFKcPXyHzzxPV49+tjRVKiuB8+ve4U+Vo3GpJIG4Ugl7KVJuSf9a349vCynHYRTyJpw/wBn&#10;P5dJp9xtWqRQ+tPn5nr3uLLl6JDZ3hLXFgXVrlubX/1vx7vHtlxp1HC/tNOHD1r9uD0VvcWqrrBV&#10;V+3h/q/wde9t0+8MTFOITHIyry0gBIHH9tQRcf63tRFsl6Yw32/7P7OP+XpDFvtrbvx44yKj8vP9&#10;nXvbum6cNICJJY0GgBQl7XHJujci/tO203UZ1DLGtQceY/Lh/h6N4t6sZBQfEfLAP5de95mze3yt&#10;xJFI6gEqpU3JPACryD/j+PadNv3EsdQ7T6nh0pO4W7CpUUpxqOve2Kv3jhKH/UyAJx4xqJNvoP8A&#10;ifZlbbFcXBJdqEnhT/Cf8P2jojv90tYm1NQ14BfT5/Pr3tlh7GwsjsjUkyEPw50n6C7LKV+l/a9u&#10;XJoe41NRUgHIHrTzHp0XLvtoXCspH+b/AC9e9vMO7dt1AtK8EZsrWe/P/IRH/FfaVtuvUaqMfP0/&#10;z/Lj0rj3CymqVIH2jNOve8jbr2zTklTAwUkkx3YEE6Vvx9P9h7o+2XlwFRnNPIk+nlT5dPG8tAtA&#10;1K1qRT8/s697jzdiYyIqIUU8/UIbMfyB9LfX2yuyO+oyseBz6HrbcwxpXQxIXz4Y+Xr+X29e9xJu&#10;yqTQVNNMoew1IPUSPqbH/D3pOW1Z9YP5VHTEnMrfGgJpjPn172n6rsIuXeBJ+F0gO2kaQeeAOCfZ&#10;7a8uqSAQCPUHz4/6v5dJpOZrkMPDX+df2Dr3ttG/65mGkalVjpuH5DfVePa08uWrCrUFeH5fZ0lP&#10;Mt0z0IH7SOve5K79qhfXG2oNZgbgcjSPpz7QyctRAilKeZ+Q869bXmG5LAMAQPIGh+yvXvbgnYcs&#10;aqVuNHBGkEE2t9P8PbL8twmMsaBCcGp4/nw+fRunMU7RBwO3h8+ve857LmYqv25lSJf0qtmAP1Nx&#10;9SPaQ7Hbhq/5fyxjh1VeZLh5NNG/aT173HquxchIpMVNLGrDUSoIBJ4tcc8j6292GyWgXRx9M/zP&#10;+qnVJ+YbpcBWr+dPzx/gPXvbId+52YnRHUEIdK+hmZUv6l1f717WttFkErQEnj5Gv+X7f2dFw3vc&#10;HY0GK+h4+Xnnr3vpd47gZ2/YqQj2KqIn1BR+k3t/t/bZ2qxpUhajzr5fZ1ddz3F8steJxXP5evXv&#10;ciLcO8JCY0jqGDWI9NgAOeT/AEt7ZG27cBrpTyOfPp9LvdJBWjCn+rj/AJ/Pr3vqSTetU5k8VWGA&#10;FgH4sfpoDf7f26LfaYQEfSceZr+0DpwruL0U1auBnz697zpiN6zraQTCyXN5NIDMeb3/AD/r+2Pq&#10;NnhbsIWuKgfs/KvTsVvfo4YsV+Yyfnj0697k/wB3d6SRBFrHUAEHVIDqt+FU/T/An2z9dtUdJAlW&#10;rTA9f9X2dGSw3RWqqaH0Bz/n+fXvfTbL3M/+erWjFv0ia9tQ+tr8e7NuO1Hs0FvyyP8AV5dMNtN5&#10;K9O4Y/l6de9yYeu8o5P3GWbhVuCXIAcXAVB+faaXd7TwyiIK8K4r+fr9vRjHtFyU9OH8v5nr3t3T&#10;rqmBC1dfVTBlsrFyLX/1vzf2ibdqHUmkUpWtCft6Xpsd060B9PLH29e9y4uuMKdJLVHH1vKHDaeL&#10;m4vf8C/tNNvrABQyn9n2/l08eWpCf1DX0697mJsDAKrF4CVZeA7gMwBtq/Nrf09sHmOSKSsZJA40&#10;8qD55Nf8HVByorMTQk/6vn/g6975psjbcZ0mlvJpViFd1t/VUB/Frcj22OYJ2QKa0PrSprkV+z0x&#10;0ri5SRO5l/YQePr6de9yl2phISV+1Ea6VJ1MWF/7Lm30/p71++ZfiU1pUcP9Wf2fs6Xx7KkGEpQe&#10;vl656975rtnCEswoImAN9Y0gnSOGNvxf2029ysAK18zj+Vfl1c7SHWjEfs697zrt7b7XX7OHU/19&#10;Acj6D0m3F/pf2nl3i7X+z8xmuMevGh9PL16qmwqzEJT8yP8AV8uve838Cw0YAjx8KhSVACrpLX9J&#10;bT6j/sPbJ3i9BLEimPX/AD0+zy6fOxIqlu3A/wBVa46975R43HxNZKaG+rgCIMCALODq+lv6W9t/&#10;vG9cghgONRwpXz+Z6di2JKB3AHyI4H/VwPn173NENKg0mCOIgcBEVgT9AWUW+gvz7SyXV29V1VFP&#10;s/4v7OlQ2uMO0YJwMYpk5I9KcOve+MSRBiuoAKBpH5ufwFH49pmaZh31Orj/ALJ9acadPxbcgH6g&#10;7q5A8gPn173z1oAWkkOpC4Y2umkG4BFuLf4X9p5nlroiJoQOBP5cD03PbQRyhYVNMV+XXveETeMM&#10;qg3JAVSqldL8mxb+vteYUmAZuJHl0Y+DFMisR+zB6975B1IsF0DWA3FmCD63H1AP491XVHUGuPnX&#10;PT8SRxjSn5de99RSrG7ly6yajZdRLX/s3/w/wHtLcBnj7cjGeH206YuwTGaDtPA+nr1733LUxnSA&#10;wWzDUgsAGJN7n/Ym/P8AT2lSKoqeB6KWp+fXveI1CgAsQzGyKASR6eCWH9P6H2+PEC6FOPs/wdPL&#10;dOqeGgp8wP8AL/q4de98JayO4S2nm4ABuTpPquB9fpb2/bxSE1app0ts3aSrua09fP8A4rr3vHHX&#10;QyOVaRCVFl1DlSDZm4tyD7USIyLU4+fSmSVIlDOaVJ697wy1kaEl5Rq1G4uNJA/USP8AbW/Hu4hB&#10;UMR/h8+kzX1snFh6Y+fp173mjrNX0DeixjtwqgcXI9syfpEChpgVPmfkfPqi38ZegFR6+f8As9e9&#10;8RWqq/u30kHSAupuSCoa/wBOR7sEL/Bk/P8AmR606fF1Cwwf2+nXvfFchGxKhwxDg6g/BY/U3P8A&#10;t/8AYe9PC8Paq9qj5efCn8uksm5Ir6EXHqeHXveWOpQnyFbkMV9LcOxPpb/b2v7rVVWnDpYlxDIo&#10;YGlfXr3vozceokAG+m4IGsmzAj6/0A9tOIZKcaU+zh1f6uBMAg/z697zJPCo9NyQGUagQ40rqa4H&#10;Fvxe3+t7SuildKimfX/V8ukU14XGkJQfs6978xjIKxjUCVcMTYKwNyAP6avxf3RUZj3H9nHprx5G&#10;yxH5f5eve/O8YK6fSttTEAskjfpvYfS/t+1Xi3nmnSq1cy1B8hx/1fZ173j12LA3XSWGoH9S6eQV&#10;9qnj8RdJp609P2fPpbjHXvfNWUgH9YZSpHNlFvS9v6+0yI0LVfgOJ/w0+09JGZo5NZ+EVJ/1f6v5&#10;de98ZCi2J5AbklfpcHkD2sUh8jh5fl0qDKwquR1730syKC11RtZF7llYA8Ej8EDj/b+7aWbHEHre&#10;eve+jO3mLKAdQZv7X9SGJFvrfn2XTKDXUKeXyp/q8+tO/hpUcTj/AD9e99+V4wz/AKlOofqIKllv&#10;fn6D3WFyjUXh54x9tf8AD1VJUYaSCP8AOfXr3viXZYz4zwQbm5NxYhdJ/I9rIZVkOnh+f+HrwdC2&#10;muT5de98vIiAM2mzKeW+npP5Uf63HPt8CtQeriuQeve+HkYMGUixIuATwt7Meefr9B7ba2WRAGyf&#10;9R/ydeoMde95bMullto0EH8m4/Gkc8/n2XTYYxgfCcfZ0hkkVpCpOQafl61697xGYBSGU/i4U3LW&#10;FyV/2/8AvfuioQfn1tWCUY4pX9vXveRpjYA31CwZSeGRhwmoD/Y8e7iJQCUFPP8AZxqPOp4dLIZI&#10;pgPD4/P/AFefXveIygE3seCqgG4sRYc/0HtRHas2mRiD58P9VCOrliQKGua/n173yVgoRnId9BFx&#10;9R/ixHtQ8EJrRBT061qOQMV/Z+zr3vi0gKFks1rGxtcC31sPr/re08sKAGQClR1SR6RkGufTy697&#10;6ui6bggWChmUEFj9Lqf9hf2lo3Hz/wAnDpGe7K0PXvfO4IKvbVdQXYm1r8hQp96CkklRUenVGeNP&#10;iNT6de949AUk61b1gAg+qx4uL/0H+Ht/WaAEH8+H7OmZLiYgDy9Bw69761ooYD68hQCCP8eTf+l/&#10;eqEDppZWJ7j1730xB0EOzD0jkkFvwV0H6f6/ugQ1wOlCyIVqxoeve8YaNSBclSw5PB03sVF/9592&#10;CgDh000zjC4+f+br3vmQL/uBiFYhWUAWuL2/rf8A4j3sChqg+3ryvLxJ/wA/XveEcm7AkWBJAvpB&#10;sARz/wAT7sJNPDj1ZZJEfWrZ6977ugDLpNwAfVa/H0bj/b8e/FnPf6/s/Z155JfjLGvr173w1DXo&#10;va/Oog3H5It/j9fewgCigyf9Xn1uOVgKnur5f6v8HXvfEImkkNcsNZDE30/iwPu5Vq5FPn16R7gi&#10;rg04Cg/w9e982Isj+pyLaroLIPxf/D3UDUDXqitIPMj8+ve+IIViQOSbKpYsLFdR0j37RinW2Z6c&#10;Seve+BfVpFj6bhQOTe39o+3UZ0rpPH1FafZ1tbiWIdpr/k+z/L1733cAhrlSdSlVH0sPqL/0+h59&#10;t0JJB8zXpjU7GuT173iaZkfSrEmxUC36fzdbc8n3bSDXrYLsc5I9eve+r3YC/BFr2N/9qFvzb8+7&#10;Yr8+vUateB+2v7Ove+IK+NrAm4K35UlhyP8Ab/T/AA/PulKtmlOtqSrBhjr3vENJAKgk3sShJ0MP&#10;7IYcf6/t4xPGAWxX/VX7On3huDEJH7q/Zw9T173wkcA61YFWItb6g/Rvr/vXvyio9R6/6vLpOcYf&#10;h59e99tIzqyhuLD+1Y6fyCT+Pflwet6qDj8uve8XkjBAdr3GoE+m4tZdLf4e7FD6daqh+LPXvfZd&#10;VY3PCjUxAA4t9bH8n35Y5KhR5mnXlOpgqjjj9vXveL7rUGDIUAFwL8BAfSSx/J/p7VNaKQRGa6fM&#10;4qfl0teJJEKxDKjy86de98mkAKliQAoJtY/Q3/2PH9PaYKfSvlj/AFfz6R6lpg1/Lr3vg0iuRdwA&#10;zE8j6L+rhR/X35UI4Dqpah1cT173ieZFuSbgMoe41KxLXFr+7qjNQnHWnYMMDr3v33AbSPp+AB9d&#10;RNrNx9bW+nvxjYKTT8uqrRTU9e98HqtIQ6LakJYhjyA1rp9f949qYrfBZjmuKeX29L4V0Lr+ePzH&#10;XvfknjVRpZrs2oAqTpI9XAH4/A9+nTTSLFB6dUvJnZhCDgeY/wAA+zr3viX1WXgFdXNvoCfUGv8A&#10;0+nPtPoHA5Pl0ixUM9CfX/JTr3vGJS9uADqsRfgr9PIdXH492KFaAgjH+odWKulGOKjz/wBXH069&#10;7wuTHY+QEsbWVjpC6fSU0/0/N/bqxlshSadbKTSDsBahHDh+Z6979GX9XqVfV6vUeQORyP8Aint9&#10;VRB+oDXhwrSvr/h6Vwj6dg0inVThg0/2fs6975oQ7Jr9LJqRdOm/B4d3/wB5H591ldYwQqk0piv+&#10;o+nH59O/vAKzChb8+B+VeHp173inl9egEarFlA4Dng6if6c2IP5+vtyONZIgzHiaf6vT8uts3jwi&#10;Vj+Ijy/y/wCfr3vyOzgEjSWtZbgre9ub/wBffiqRigGB6/yPTbIANPkeJ4g9e98JYyzf5wqVBtYA&#10;gMOebf1/HtxaMfU0rWtf9VPPpp5grdwqTxP+br3vpXkWN1YKw+uo/SzfTn+v049tTKTMCDmnl6/8&#10;X0zNIpkVgwHCny9R/s9e99BXMmhnjGpeQD+v8fj+g+vt+ihKqM/P1+R6e8aMAkCv+riPz6975yIq&#10;kBfWAosbjUrfg6iPrf8A4n3QKxBDefoMf7HTLTSMar+zy697jSpe7a5VfWfR+AByPp/ZIv8AT3cA&#10;DtIBx5cSP9jqwnxpYCny49e99ORGBa15I2ZvSDZh6gL/ANf6c+30XWwY8Afh8iKU/wBXz6MIH8Uh&#10;iQBX4TwwDX7a0Bp8vn173iVAVPqI1A8A3ICi9yfwTbkW9+YKHCnz/wA5/Z0lm8SCUA0IAqB9uD+w&#10;9e98gE4Q6LG+prknlfoCPp/X22ysfn/qPDpOZpWAqTQCnXvfGSwXjkqBwST9f1XY/wCHvYTHp9n+&#10;ry614rniePHy697xFiCp+t1XVe4sWsABf8fi/wCfd9NRT9vXlkdRpBx/q/4vr3vh6ySnpCkXu3Ny&#10;AADp+lvfiADShp+X/F9VBNa/5eve/FVVCdKlha3qublfpYDi/v1M1B/b/q+zp0StSnp173jZlW/o&#10;X0H1XGm9/VcEfX3YIKU/wdaErKTmn2fl173xacerTpS5Ba3GkMb6gf8AbH3todWKE140/wAvVGkI&#10;Namo+frTr3vG7EG99UYBZeDfURdiQT9QfbihAtCoDVA+wD/J9vTniKYSCasTQGowB/hB8j8uve+m&#10;kDGzekFg3NvqCSoJ/wB5/wB49+0lifMk0FB/g+z1HTYP4Sf9Xp+XXvcNGdm06iVVrkG4DC5HJP8A&#10;rc/7D2paFlQ1FD6Ho2lt4zExGDSv+r0697zyEISL2AAZLm5F7g8D8f09p1qwH5+XRQQOFc+nXveM&#10;soAJ08Nbg8un0uwX/D/H/eve6HqmPXr3vppNGoWGprAkcWBWx0gfi1vp9fr73pY/D1vtrSo6974H&#10;0jkoELfUnUwAHIuP9t72UemrSaf5fLrw0ca1HXvfAlWYW4Zjxb6KSSOb/wCHulSDny/1fn1cEEU8&#10;uve8bSG9g5OltPK20sv+w9urG7LUCn246b8RRx49e9+Vl0mxazMAOLkX4b6/1+vvTqy8RXqwK8V4&#10;9e94XmQFg7ckhU4JUkC4Y2F/ewjngOvNIG+I/s697xmQEHWSrccKLkXNiBb+v593MTnFOqak697w&#10;TSBv7RYLpFgTxY3/AEn/AG3u6QHVVuHVTJ+Ede94HYFUTUoYsxUE+olObD/D/X+vt/w1rgU6pqPr&#10;173i8jrYMNYJ0rYgXPBBI/pce/CGNc+flXPXqknr3vgwCk8NqUkuPwARzfT9efp7fSLXg41fz+Q+&#10;f29Fu53yWNo8zGhofn172f8A+FXVsOQyld2tmaSKel29M2L2oszIyNuCSMitrmpyCT9tCwEbfTUx&#10;I5HvoB9xn2ltt13u693uYLYS220SLBtysao+4EEvKyZ1/SxkFfwiRgTkU6+Rj/mYH+/DfWltY/dK&#10;9vb5opL9fq9+MZybWoNtalgajxG1PICOAp59Y2AdgpvpHqI08E3uLt/r8292Qsuvkty35kNwGPOp&#10;vqTf8++m7J4pJc/FmrHzNSWPnx4/b18oKtpoKcPT/B1kHudjYIwuqdrxEXVBqKs17FVv9B/rn2IO&#10;WNvsQol3J6QNgLU0ZgSKA501ORX8ukt7LITphHd6+f2n59e9qeD0oQAy3cEWAFxbgXP49yxtT+Da&#10;mGMMpZwVIAFQAaCvmKdEk3c9ccP2de9zLfRuQdI+trc8H2LtJZllIZap50oDw4evpWoz0lxQjr3u&#10;JIAGHAZh+oXvb8r9P8fYV3BIkukV0DuvxLUkAcV4Gg8jXpQlacaDr3viw8kbAvJFa7aorhlC8svI&#10;JINvx70WN7ZSo0jwmpbUldahclc1LKaHhk+XW17JBQBq+R4Z697yxku8cya2jEQCLq0xsGH+cdLX&#10;B/p7MrVrq4uI763VmhESiMa9KMCAS7oQGDDyBp5460dKKUelamvqKeh4Hr3vPY31H68Dj8j/AAvb&#10;2a+DKJDJL50B04/MA8OmKimOve/FQdSgkW/1/wDevd3hVme3UkGnzz9g4GowevAkZOeve8RLLq1e&#10;lFK6Av8AvOo+ylnvIlb6gaIY2QxhfStCWOaU/hHTlFqAMk16975TTMQLAli2kAXKiw48hX6C/wBf&#10;dtz3KRoFSIEs76QFqQCBjxCOArQkVrThnqyrqbU58v8AVTr3uWhZIYxKqPKU1M0ZcqrE8rZh7OrT&#10;6xbZPrdLShe/RXSW/o1zT0qOnHaJItIGqvA1yo9D5V665v8AXj+lv+J95WQ+DU/AclBdSr/1IVvp&#10;7fkKuDHUgsKcaEVHr5H06t4ciWwlYChOMEV/PhTroMNZUfUKCeRYX+nHuM8Y8a/qZEA1EnU7lfox&#10;tYXHtFNaxrboJGaSOMZr3M2ngagDIOagDppyCdSALXjQ9cvfAaXdZNSuGU6ASQpJFibe6KIbi4S9&#10;jl1q6HQK9pPmeNM8OH2dUqwqrD7a+XXveNwVa3jHFvVfSLEfj8e0c6MkpQQrVRlySqgH0PwmpxQ0&#10;60B5E9e943Yh0OhdIUkjUfSf6k/717L7u5kjuopREuhVaoL4UnAataD0A4EdXVQUIr5j/iuve4h1&#10;LMzRa7sPVqU6SzCxLew5J40W5ST7frDuKMSpoxZaEkeXoONBnpR2mICT1x+XXvcaaZoI2HhYsw8b&#10;aNTaR9LgfT2U3l7Nt1lLCYSzuNBIq2gfIYArUfbXp6ONZXB1CgyK+fXvbMhZJFVoyCCblgQbk/pu&#10;Pz7AsJmhnUSxmMrlqima/DXzYcAOHRk9CpIav8+ve5NIZZpBIQ6hnZULXDIo4uCPx7N9oN5eXX1R&#10;1JqbSurDJ6NUZp6U/Ppifw400ChoKmnmeve3+nEiIzNy5uoZjywB4JC+5O2Y3dpbPcTAFnqgZuJA&#10;NdbAcATmpyQM9FMul2AXhxx5fL/Y697zVSVEsaiySeNdYj1PHrkBugUofoPyD9fZvvVnu91ZAqEn&#10;0DUUUshd61XSVI7QMFSaN1qGVdXcSPIHBoDxx6/4Ove4i07VVRZ4Hggp4jUTs8V/JddP7FTGwZCp&#10;F2BB1D2T29nFfX9Lu0ktYokEjs6hRrK6SIplYOpWlWVgQy56WxHRCxjIdiMUJOkA1JZSCCCDQHFO&#10;ujYWubc2/HJP49oWXbdVNujE7goqibEVmKykmQxyYvcNXLFPRyRfayVdbRVBWJ7KTaBrhb3Bvb2A&#10;jst1c76k22sltGz+IgjuteuGulpDHIVUqV/0MnFTQ+XQ1suY22q1eC0o5dE7mhTXHKp1qscigsp1&#10;CurBI7WxXqFXUFHlKCsxuTpoK6gyFNUUVdSVMYenqqWpjMNRBNG9wUdCVI/I9pjvPrduys9iN70c&#10;FVGuKl8G46R5Z8dO01HZ6bN0rREeaFhcMBdf6/T2X+4HK97dGTdtuhOmMMkisApCoe2ZK/2iFWoW&#10;HkKj4TSRth9w4re1upQB494qlzpWQCRl0tUGujxQNWPgYEH4lJS2yNvRbIxFNs6lBXC4jyw7a5Yi&#10;DDGQyU+JZ3LEtS38cd7XiCAX0sfb3sbHU+GoooIH1QWbxgklWVb2IJ/Fyfr7DHJIj264afUG1VNM&#10;0bTj7PsH+XqL+aLubcrlpJlo54+RHD/IOlv7Wbl5XuFKxKLop/LHksL+xrPJcXsplCFYkHap8yeL&#10;ep6DKhY101qTx/zde9x2qnLMq6/7IcOSf9bk/wC39lk+5zeIypr7gNQckGg8xX1444nHT4h7QWp6&#10;inXvcaUeNNY9QDG/4AdiOdI/w9lVwPp4vEUagCa0/ibNafL5efTqHW1D5/6uPXvfJYAQJC/rAHpH&#10;9r82P/Ee3orCMoLp2BYDPzHkD6mvD59VaQg6AMde95UgmEyyv4g2sAqC1vHquIyTxq/qf6+1MG33&#10;Yu1uZNAGoCgJ+CuFzQE14niTwx1VpU0GMV4fz8z9ny697WePj0ujDQW1A6lUKzfj1W/4n3Pey2oi&#10;sxI4Qlh8SrpJ8s+Z4cTxPRXblmulYEjSRg5/Z1xcXVh9Lg/717XNNkikUxWVQIvGFYWARg12Nvyb&#10;cD25LahmFRWta/P/ADdSZt++NHbytHIAIwoBGApBqSfU0x6dI7J4KmrpohPB5ROKkVEbpr+4jkiK&#10;JCzMPSt+fciv8NfHHkIdaQzqXtKpSQSK+h7r/S449p7N3j/RcGoxQ4x+fS7e1td3iTeLUkRSivcK&#10;NqBocfaP9npm2gK3Cwvt6v8AFJVYyXwRtSFjAaJ18lMbycgqhCkH+nuJjn8cysz2VLEEvp/T6mLW&#10;9qroakpTj8uivY5jBdBnegWhrqpwzmn+X8+lDnqYVeOqacRhjPG8RUwiYHyjxgqjfkE8WP19kG/m&#10;f7Nmy/Su2t3wwCQbR3hQmqlBGukoc1StStISouQ0ixKwuALgm/vmj/eL7E197dbPvcMOprK9dWkH&#10;FFliNQRSulmjHdXBCg8eu+H9x5zPFsP3sbnari5MC7rtcqJGCKSSRlXVSa8aEkelK9BX17uzG0+7&#10;f7pu6pVZKjy9RRTyq8L5Gow9VHHUQwQk2/bjMjH68KbWA5oPZtLMLBbPZuSAW4ta39f6++NckJIJ&#10;Jr5n/VT+fX25bFcGfaonGSAB0P8A76D3LlbGylmAvpIYEcEe2F0oummPt6PY59K6Sv8APr3vuLTq&#10;dWYmw4JIVQSxsOLjjiw/p78/fQkU/wAPVdSu9QaD5de9821Al9QbUD+LL9f13H4sf9790CRjy6uJ&#10;BG1Ur6fl/qz1737UDpUKTZUtzzYjn1e9FU4gdUZmkOT173lHNxf+v6bghj/r/wCxv7foCKD/AGOl&#10;6IoTT/q/4vr3vv8AtAgkNoBufoCT+L8/g+9kGlB/g6uR173y1kkFghVl/sjgc3WwH4A4t+OfdKgG&#10;oGf9VemXnRMDJ9B1731qU/ptcmzEkE6ieSAf6kW961ev+odaWdGUVBFeve+bMCR6gSL2I5AJW4W1&#10;v9cX/wBh7p4UZqKZPn/n6fUkDHn1731ZTrBvpOksALEkDTYf7bm3vfhRimkf6qf7Pp1smuTx6976&#10;K+oEL9VIF/oL/U2Jv9Px7bdAoqn+f9nVlk01J40pX5ef+fr3vgwGtVHq1Cy2JAItxe3+HN/doo30&#10;/qCi8c0Nf9jqxeq1j4HNeve+xquw+luQhsAfVzY/8V9u+FEFoBx6aqa18+ve+iC+lwS5FxwfUigf&#10;ke2hGI8AdJLhCWqgop8vT5de94+FOvXb9T3A45/rf839uAE/MdeigNQz49PM9e9+1EMpCqwIvdrX&#10;LE/S4/rb6e3dKkU/1Y6VMKmi/wCfr3vrS4drgC4IN/otz9G/2NvbLxoRTiekUyOZAqeec5p1737k&#10;mwAPLfuAgiwH0I/of8fdhCq0NKnp2OHQdTGvn9nXveM3ZRqF7i4A5JN+AFH+8n3c6Y/g6vLJ4agH&#10;JPXveNX+gB9P0PJPNiSvP597ZyQPX5Y6T/UyaaY49e98ibepAVAOmzNz6uSfr+Pp9PfvEaneK/Pq&#10;4uSa6vPr3vC7gMRpZrix/wBUFN/x9Ofz7sM56obkE1I4de98GcoNSAt9FZSCTYn6g/Q/4X92LA46&#10;s9wCmlOve8YtL+1fjUAbgswW36f9h78rFTq49VgkZmZSa/afPr3vGwI5B4sdYNrW/ssAPp7fAzpP&#10;5dK6ft8uve8DBWH6fTZWBZrXP5uDzY29uxIWyagDj02zYwaU9fLr3vipbXYrYCxfi5sOAqf8R7d/&#10;T8RSPP8AZ9vRfNdoikRkH5Vx9p697O18cMljMfSSxwiMVshkeSSy+RfTdURjyOP6e85fudpbnn+2&#10;FwpDOSoIUE0PGhoSDj4hQ/PqMea953i1gaXa3dHKuoKmjaeLCoFRgV1ChAxXorHy8xmYyfUeTixM&#10;00TRz08lQIJXiZogxV76SLj6cG/s1uGxjZLL/d0sUxaaNk4HkDlxYsD7+kPkWz2PbNnE5XS6qDUm&#10;oK0FSfmPMk4B6xo3DeJ7p3acnjXPczV41JP7dXHqnnem+8ds3ruoo90ZGhiixtRFVv8AcSxwmOKI&#10;iRkmeW31t+T7E9evxTYg0sNDVTVsxL/cSAaIrm5I/N+fYI545g5Vms5LKFoWY1C6XyG9Sc8fMDj8&#10;uo+3ZLa7mAlK5J+eDw+f+CnVYO5PnjszJdmpkcl2HsfF7Yx2ijgw1BklfJZGdQUQMVstvwVv/j7X&#10;W3cTTUUCUks6/dw04RvJ/bNrNYn8D3iTzRYRC8YRmujB86gjJFTmp/KnQL3nlQWyeOhoO4+oHnSn&#10;HPADI6ru+Rfae9NwZyfdlBgKmbaGQz8lTBJjX1mhdXDRPKsVxeQAEX45/r7QefxAxc7ytMsrPK8k&#10;QDH0hmv9PZVy1y2rXyTzKAAwIFKVJpU/lx6IdvtBNchEXNaeg8qnPp556sI6P79l7f2zR4ajwWQx&#10;S0+Ppcdlpa2Bh900FOIgYZn4NyBe359qfbWRpXFM4s7alQutrJb9Sm3vOFby3ueWTbKwUGIpSv8A&#10;Rp+3qUdrpEgiQHUCR5V4UNPX58Pl0GHf2zM6u3t04wsaaB8XV2pap2Xyh4rRyRs39rnix+ntc53P&#10;0OPoZElqYdcylUBZSVv/AKo/i/vGLbOXdwja4a/NIxXSreZJ4/5j0MeXry6t3aGV6JThxp8wfKvV&#10;X/xN+PPbee7ClrJcZl0wWIrVnWRqee0sscpdWgQi54AI029l9zeQpo1FTSVMX38cqeIxkEKdV28l&#10;+Dx7f2Xe7PYrwhkEciZwONT8q+f2dFPM+4pDF4klNJBANaahxBx514cK9bDvW+0dyVT/AMI3Lg68&#10;7QrcZPFVitJSeV1h/bNPb9wOHAIt/X+nsM90ds7KwuRhpczkKJ86I1mNLAQZVF+Jh/qTb+vs35r9&#10;zLS6OlKCSmQKennTj/qx1De481PGSEbI9POvr60+XHoyXVXxE7r3jg6h9p0uTwWw52npIJ8zKUeq&#10;g5V6doh6mT/atP09zMnWzZinpsjgz4qrK0uuklmT6yMLoD+Qv9be4kfmB9yugtucHAPz8v8AL8ug&#10;mvN1xLdGJCdIPm3p8/L9nT/srZ9H13/GNrditFW4XZ2VAy9JSTELDRAXldVJtq/oSP8AefcXcO1m&#10;yO2MfLmoY58vRAeaVVB0M/8AaBH4v7lw8h7Xv3Lay34EmsUatP5U4j16lvY97uXt6FyDT1IqP8o9&#10;fLrF1J3dBtzuHdFJ17kp8fsnNMTjKSWSRTKlKAAwSQ/W35H19pLG0P8AB6KWJY1CyQToZoNKj1Ke&#10;CR/tvcK7j7d7PtRZdvQALwIoBU/LHQe32eW9nLli1Mip8x6fLozWe37Wb2zdPPJVtK1NkMdIKHJa&#10;pHZYpV1yKGuoH1It/sfcTpqqMmPystaZI5aWuqII4nLBreQ6XUH8W/NvYP2zk6b6/wCoSnacnNKf&#10;sOfPprbuYZ9ujNuhUs2c+Xl+z+XUr5mZOop6jamHw8MFRBmcbBVVFUFRokWOIHRI62tflbX9j7gM&#10;dn8mz6C7SxSN9nMCbLGR6S595V8jbVJagz3LLGkaghmamkeor5FvL9nTSzrdXPiu2GqSflXiPl9n&#10;VTHc/YnTHX7QT5mWiosbkaWJ9zUtSQDUViSBB9tGQSdIHBA/xPsRsNLLj4Kik3IkcUkgYF2N044V&#10;rn6X/r7yBuYBJtMFxZyxqQQxJKlXB4j88/Z0IU3aayhBgz6Hj+RHl8sdFK7bx9NvmPbO7/jrkzWx&#10;UNXBWxQwGNlqEkIeamZIrXPHAPPsLdx5GjxdTJ/D5op43mAtEQVZdV7BjwePZLLtdmzadrQEFhgC&#10;vzIrgDPCnRPeblc37MWY0zx4/bx4V/Po+XUu0Nw7/wAHRSbpxdViayHHtp+5DLPFUmIK7aY/xe/+&#10;8e0Rvbc8M9DQUeHQvkJZFlliJvojTlvSt/Zpc7bNb2kS2kZ1/i44Hpp+XketbfaypRiPKn5egr51&#10;414dGK+P3SuUwef3Fmd7yoMDBTSUdDUIhVZnqLrHzIOSBzcfT/X9lx7u7Hrlw0WMphIcmtTj2eGn&#10;UkCOKYeTVb6G319xZ7jS7ncqgZa6aVGRngPnwz9vTu62soULghv9Wfy6P78XuicXhs7VbplRJMbU&#10;U2WjppqmyySPVKyK6E/UAG4PsyG2N+w/wjEUk3jhq6jF0roCQshbxfRR9Sb8e5E9shJHZ+HKBVgA&#10;Aa1Y/IU8vTh0/tFi6KXB+EUFfMn0x5dEH3x8bqqbfG79w0Tz1mLptz5IyxFWaFA1TqLXAta3PJ9i&#10;JiMlVVyCCpgbTLxE/ILEfVrf7H3K7RSoCzjSVxkcfQ9Kp7acElj3KCa1wMenp+XRfew9k4ratQ+Y&#10;xeQjE2MDy5CmBUx2bkRKU+h/J/H+x9xs9AsTLSOC7SkWBNlAtwePxf6+wZvXiNIkBTUrHBqcV+WR&#10;SuaHoOyiZ5AXXzwf8pHD9vWLrrJ1GUilz1Noio4Ijzy8jszXsqC3NrgH3hpMSlNUQu/hkcFHVFkD&#10;kMpB1kA/4e3IdqCOqvpr8Q/L1+X+Xo3tYvHKqaUJHr+0V49Omd3fPlcZkaaJquiicTUk0tTTPDE8&#10;UqFfHG7AXF/1XPsbIKujWFJPso6ipMerR6fwouST/vHvV3YbhO5SO7aJK8QBU/Z6dDOy2zUjGRu3&#10;jj/CKY/w9VcZrYm+Mhl6qgTsTNbZ24mRkiWeBFMlnlLBaVgVAAH6gTx9fcUbgxkdLLUOi0kkTkNC&#10;p9Zb62At+fx7Yi2+7lmVZJTIgDA6wAdQ9QOOM/PpDue1SlyI8jFNXEf7Hr06T/Hrs+s3TjcNBlqj&#10;eOErserJma6JVjVnIVDLZmFkBJccEm3sLs3la7P/AHMGDglpKl20LVuCrDn/ADiAfX/X9r5LM3Nu&#10;0FoNDAU1tVRQen+TzPRVa7LFG7LJnUONKef8hxHVg3VvVm2+paTE1HZGToM1iqOl1y4xHBp1jjFl&#10;pXDGyqRcW+p+h9ulfUbjp8HT0dfVLO4hERmIOuSQLzqI/wAfbVry8oYGIo0oHc2VLH1JFPLy86Z6&#10;Xrs9t4wMfd8s4x5fZ/s9B/sTr7orK9tZ3duzduw46SbIGqamhULBSwySEvLTAiwB/IH19hHs/cdZ&#10;V1maSegqIDjpmhEkqMqTkGzMrH62/HsU7JZMsTJKuliRmhGfMen7OhRFtaRRAEBqiuMZ8xT/AC+Q&#10;6sc7c6owNHgNmrSZqimXPxQVBWnkjM9LHIocAxE/Ui9/+K++eYrKyrlFRV10KAgrCACpQKbqmofW&#10;30FvYZ5w2u1kjKXDCoHH0qcZwa/LNfz6ZubGN4OHD86/t8+FOom39o7dwWOlxWI2/PP42E1c/olj&#10;qZJR65Uja4H4JJ+vuHR1+bw8xSPJNNFVKCtO4vJE1r3Vj+D/AE94m80cmF9yLxU01rRvw8Minl1F&#10;e6bfGJSrKMevD5A8a/P59MGd2t1vvijElfs+Ciq8K0kUmThKpBWQoTqjmROCR+Wt9R+B7jVlbkWr&#10;oWqnnMcrjWza9BJI+pH4HsmWw/csollOR/qrT0/1Hh0WrGsHaNI8/X/V/m6e8Ht/av8AdmspcFTY&#10;yOehpiIIIBTmZFSMlSEa5BNrggG49w8/X5jB5B6mNzU0b0q+GnveLUF+n+uePZ3Dvlw57G1KBwzT&#10;9nCnr+fp0XC5kYEGiiuQMgfL0/1HqX1ttnZXYe14cbWUK4rO0uWlFdXXEdcg8lter66ODYEfT3K2&#10;NuLOZCVZMnTiOOeceKLRdFS/0L2HNvbdxzbLZECViMnFMfZngPOvp0lmvGhPxdoqSD6+npTzJ49M&#10;fyD6l2Jh8LMm1qxpa3HY+V56taj9+WYRm2mMMeAeWIAI/J9mCxN1mkmRFZSunU/CoByf9j7FPKvO&#10;UL3Ie7oRXjigFc4OPs/b0INn3a3Zo0cgHzHoaihUf5uNc9VJ9h5SnSlxWMytVVRtDUPM8dKjTTVY&#10;J9OtR9Afx7fFp2mVpogvAPqWwGv+1pH5/wAfc02W8WFzCJIJBqoQTj1J4+uPL5V6keK7s5LYOnxH&#10;+X+zTy/b0mI954TFxwYrJS1SSu0d45Vk8sMC8x6pLGzAC4/2HPtLnB1U0qw+SNZPK0h9P9pj9CR+&#10;PYdut52+3n8KaVQxzwHn+Xp5eX29IZdxtIJvIeXHgKefz8v59DLUd4bT27RTZWWColofsY6fQJFK&#10;/bxR6XkMjHhhzcnnn639uv8AdXLufBGUVFswZmvcfkEfQewLzBzS8P6NvIAAeJNagZ8vThngPXoM&#10;7puA8QlM1JNR6VOPtBz9nQD5D5gdR0AnytS9fUyyGSFYYafSAdblTHO36wL8e5ZxhoqR4qiRVkJP&#10;rZrk8f761vdJt+h3PZmimNSRVqnKn7P6WM5pw4HpJ9e7wBKZ9Keo456T0PbdHvvcFJWbfpayspF8&#10;IkoooiFgJYv5GIBC3BGoN9f8PaQSOGJwJYXkk1XSY38RBa63t7g+9khSV4z3CpqOBNAcjzPGh+fQ&#10;VvI/GkKIwFK0Hy4U/M1z0bWSrzWXpIJ8VnaTHY8UvjqcSBGKyH9rU6otxYfU3PF+B7kB6hagMadj&#10;ESShVT6CTbj/AI2PbNrt09s6y/mTwFB6j1pxp09DbiMhmIGkAVpQdua/OvCv7emitOCq8BUQQ5yK&#10;PJQqFniqXXyVIH0ZjJyLkGwvbj2sKWrOTpJacahGNMbMhsyuP6gfS359i2OdL+TwIxUDgfOtPKvE&#10;0xx6USSQyMFjNQxpStagH/BXy6JFuvZsXVu88HuWVaf+JSpV5CmgyGr7SsjfUSykj6lSdA+lxx7h&#10;JM9J9xR1fnqIwNcRNyCtr21H83+ns/29H25njlY0rg/5Ps/lUdbuYPBXxIvi9AMV8+HD8/X7el3W&#10;4Sj3Y23t67QOH25XSy/Z5SKAwrKap5gUkeHi4+l7jnV7DSppQm98XHFKTTZhP2x9dBja51X/AKc+&#10;xztG8wW+4xa37SAKtkk0I/P+XDpds11Ve4Up61pT7ft4V6sM29uqZvjBvfJZyhMWd64aRMmUX/gQ&#10;HiBieILxZ0IIP+PseH2xqmh9TaEhdNfF7mO1hz9Ln2LE592eS2eep1RsB4dc0LDNPLFPn5cadDQy&#10;25tg9GoBWlfLjpqPPyzn06p8ofmThf7vZuq+3U5QZiknGMWVmYQnIRHVICLqfGLADkk/7D3/AP/X&#10;syjSOWMq6rqAJBswJI4Vhfj63HuXZZ5baaqFqYxjh5g0pTyHUzWETBxKmQa1FQa8TQnyAHHzJxXr&#10;V4ncUNQXp21x6rgKdQsef1fgWt7wTUxiub+kodPHJIH6Pzcj/W9mNpuSzsAwoQRUfL1+VaHFer3W&#10;sp4eSWYD0A/LiKk+delJit1PBUUsyFopIXjZyh0M63/USLEfT+p/r7gBFVh6V5+np/24PsTIIJ42&#10;IJ7fU8Dxx889bg2tZy3gtwqTipxjjior59DFS7rqMtRVNqyWNIiGljka7W0clWF73+pA/wBb3yqW&#10;meBRC2l1I9BuFIvxY/n/AFvZElrC90TMoYZNccfs/kPkPLpr6aOyLCZSaU054sampHkopihz0+9Z&#10;7v27R5Wtjzmp43BKTQ6SwNwqLY/QL9SR+P8AYe5lFC6rqBsx/UQDc/km5/2I/wB8PbW5XlvAjRAa&#10;gF+HHlXFB55B9KcOhnywZLqcRzEkPwrQELihoP5U8vn05vubC7l3KuEqNM6VNVFS0jTlEQrNZI/1&#10;fQEkWvwfx7Xm18vRyLrEpvAdLq6hgGUg+kNwL88+4A5l2+53C5d7dSEavqpBzx+zGKdDrd7KG2Va&#10;DB45IOOJ9R5U6fO+uta/p6HD43PUGMDZWOCto56GSKa9JMxfTI8d7lhcEE8ke3jLVcFU80irG/mA&#10;VdIv4xpKg/4fX2R8v8t3Vi6NcO6FWrQnDZB+fpXpqXdreKCOBTprWoNP9X2/7HSZynflNj9u4TbW&#10;JoKCmpaeEGSWGmiStkl8QQeaUEXH9bj+n+t7QM1KQL6CikG5IIUgf6kD/e/c72G4oiqgPcMAL8/M&#10;14cafZkZ6Lrh7aZRU1Y0qOPrSn+UfYa9Bvk98x14Dy1Rqp2UKkaqihGdbmxPA+un/YfXn2xTjUdH&#10;1Fyb2Fj/AK59yVs9i01uLlxTGBn/AAEUGOiR9ud8rgCp0jA/2fQZ8z0qNsVmWNEaxyY2X9+mUnSy&#10;Rg8EKPoT+CffCIetAfSARcDni1rH/Wv9fbO8WSPZSxEVp5Hicg4/Zn7adEU9ldJmgB+0fL+dAP5A&#10;9PcW4JI66WaebxTqEHklcH+yNTpc/wBRyPY2bUzIkxlThpIxNHWwvFrkZdKykHwkar2AY3LD/ivv&#10;nJ72+3N9eXDXdrGwCtq4Hh51FBWopRTwxTqXeR7gxopJK8BkZ+X7fL508urbfgf8iNn9f7kwm58t&#10;umlx+QxciUppZyUkq6WaRSxjmN7La5AvyQfYT9o9L43c23alPsIafJwU0lZE5Ya303Dqr/gt+D/X&#10;3gtzPss23XjFQ1Qx1AD5YrTj+f2dZAWl8SQpJ8jSvE/t88nrcd+K/wAusVvKPHSpmYsrt/Jfa0dJ&#10;VRkaEeRA6yG54HOnk/i/uqLfGyq/b1bUUs1I6aZZDG0ocFkDHQxLf1t+PZBB4tdMnAChoPzI/L16&#10;EAlilUB8cB/lx+3q0OirIK6niqaaRJYpFDK6MGUgj6gi/sOYNvV+QWrmp6QyCFPI4UargEXIb6i3&#10;s/s3CqiPUVYefkPXzzw+w9I1jbL8FH7T6f5OpLOq21ELc2Fza5/p7QtbHNE7DQUs4UixIY3tf63v&#10;f8j2JLVyoKsKN+H5Vx0naV0UkcfXjTz4Z65e0LuPcVLisdV1NSVZkDqIVAOpwv0sf629i/Y7Bppg&#10;iscUr/n+z0869R/zJuNvBExc1A48P8uOveyN7x7Gq6mokSmxVOqB2VHZAzlC17Mx/PuftktWhiBD&#10;EFv9Vftp1jvvu7NLOwhHcxNfPHAfy/y9e9gJvLdqS0+jx6ZpLhlUXIHAayqP6+5H223VAPXgKf5/&#10;8vp0E7p2ZCKdxxT/AFHHl8j8+ve0JtPZk2YrZKn7ZtLyXVShJII5uPx7MNw3qO3tyFYcBT7PQ/5T&#10;0l2zY571ixFTUU/L/V8uvex3j6veGiDil1OBcgC5BP8Ah/X2C5+ZUE2kt/LFPn9nlXy6GY5aKpVw&#10;TjJpx+0/I+ufy697ZU2LVRTFvsJPr6R4+LIeLn/e/bv7/jk7jINNM59R5f6sdI32FjKGU4oK+ufT&#10;/VTr3tbYfaFbUWjlozGxKhVKMAf6EJb2UXG9WyVYHXUnPr0dWu0hBpjBzWppWh9K/Lr3tfYzY600&#10;8QqIwJNX0AIJN+SE/wAP6+yW531mhIXC5HGvH1HD+dehLtu0sr5WgOKn1/1fb172YLD7ejkpolTT&#10;9F/skKoACkm/Jv8A8b9x/ucgMusgmnl6/L/N1JFptsCIKjIArTzJ/wBWOve1Q8L4tTDG7B0AVbat&#10;LJfUbBTxf8eyNo/qAGdQCP2/z/wdK5Z5LZQkR0jzH+rh173hlq6x4HeKKVpCArKlzqYfViP8PbYi&#10;to3IYAeZqMDyx5dFtxezUCCppwrWn5de9h/X4fI5qcJWUTrHIxjZZwSNBHLPf/D2I7DcYbVQyMeN&#10;ccM/6v2dBe/2643JCHqa1rQcK+nkD+XXvZY+4uqVwkckkVPqoZg0l1B0xsRchT/j7mHlXmSO5dV1&#10;Z4cR1D3NXLhtVJRajiCeH2H7OPXvZCt50s+Mfx0qqwksStjwoNrN7nHap4p4gxavn/sZ6iC5RlB0&#10;/Z/qH+Dr3ts29i6ypKCaB4kZtbFhYAH6nn8W9rbydEFBkjH7emIoyPLhQHr3swu2dkR5UI60nkRA&#10;oYKvBsODcf4+wRuW5NCWr8IGT6H0p/qPQv2navqGWRh2j19fKo+Xmfy697F+mwVPiohTJTiJyqgX&#10;X82szX+vsHXu5tOlckD1wf8AV/k4dDS2iW2IcrWhofkD5/6vLr3sXcHRzUeLSaByshj1DQxPBHH+&#10;v/T2Dr9ormTwmNBUV/1fP16HNqWW3ARsHJPrXr3sPt4xZbJIfGGYojA6xe6PwS1/6+zLa5Le2kUg&#10;DGD6/wCzjz6Bm/xzznUB2mvDOa8P2de9lYyu08zSZCsqIk0pI4IKhiVJXkMBxb+vuTLDcreaILUG&#10;g/l6/b/PqNrqwnjlMiCh4/z9eve0zBt/KS1h85N/S5VSw1H+vJ4/2PszkmtXj0kj0HlSvl+fr0li&#10;W6D/ABGg+Z/ZT1697EaTFZg4SoxtFUSIKiHTKgc2P5I0j/eR7ICtus2sioByT50+fp6fy6OmW4nT&#10;QgJDUBqeOM8eFPs49e9t2yNo1+JrWMwJLnUy+oKOeCL/AE9ubhdwSQBfSvp58fnjpft1k8JDH/D+&#10;z/V5de9mhxuKgqsctPWQh4dJYlifRf8AUAf6/wBB7j6agYtwrgY4AcMef7epH2yFtBElVOAP9gfP&#10;h1724YXA1eOytG2GmZUvcMjkhbckP7JdzEMqaXABPpwzgmn+qnR3bGW3esLUPnT9v5eleve1NksR&#10;nsruWmrK2saWjg0WBlLAeP8AsgH8X9lsNtaR2zIMmtKUGft48PTpyfx5ZVZ3NFNc5qPMHr3sxuA3&#10;7Xbdpo6anguvj5fk6ja2nSPrb8W9x9u/LFtuExZxXNKHyPGv+ToUWnOM+1RBYzgf0v8AVTr3t/bu&#10;fNKFjWGPhiwFiP8AWDEf4fT2Tr7f2NBjJ/Z/qPV5fda9Vv7Qk/mR/Lr3uM/c25vIpFPHZuVAJtb6&#10;nUp9qU5BsVIGnHljH+r5dIh7s34fVX7fX5cOve/HubdzuS8FM44LKAVb0j0gD+v++Pu7ch7ch0le&#10;P+rj0+fdm74Vx5ZOD6cM9e9xZO4N4SSAwoIgCLoUL83uQSOCP9f3X+oe2gGqgk0ziv2D7fLosk9z&#10;d28bSGIB/Inzx/s9e9rfb/bu4JJIhXRRvrPqAQKdQ5PI5HHA9hfeeRbFVM0C0p+f+Dh+zz9Oh1y9&#10;7m3bshkJIbHGorXPy697HjAZ98rGkjBY1a37ZLBQP6XN+f8AW9xTuuzfTSslcrwNKfbX7K06nzl7&#10;mZdwiDzNkjBx172o/KZD6NX6+NPANm/tE/7z7JxaSRmjcCPn/q/Z0NoJ4iQ2qoHl173lathRQC6L&#10;JdiSHuLk2FyOQbf7z719CzClCVAxQefng9LTNERg6gKfl9n+Wvp1730MpGgCkqpvqW9ip4sOR9Pb&#10;UtgzM3A0+0HhXy9R8/z6o18tWVMj5+Xzp173j/iEBtctcsLgH0yW+o4PH0uePevoXpU0z9uP+K8s&#10;9JJLsoup2Ar/AJ+GM+fXvfceQhc+MlEQAlCptYE3P1PP9be7LYse5csDnP8Ak8v8+Om1uoST4bVI&#10;4jz697gVdXC6+uYrGARwCoIb6Wt7cSyZXDVzwNeNPP8AL/VTpFeSa2DLUU49e9petpMBK2ipkLOo&#10;VgplNiX/AKHn/XI9m8KTRpjzPE4/IHy/y9A2+jaNDXgzUqeOM/lXhXz697YKqj2VGT540kcH1eqR&#10;7H6jVb6i/s7hkkCKI/Th6/meH+evRMePbxzTzP7f8B6974RvtJtKR0wia5AZU0AJ9NILfn/W9uFJ&#10;mJBU0IxXNPsP7f59WVJK0Ck1pQ+n+r+XXvfavhYi7QOxYsNJYAKQo5RiL+r/AGHtDNBnQxK0GBxP&#10;HGaZz08DNA4JqAOFD17260+4KSlJETO2tvSCWI+lgbLwPoPdPo2uK1z5+laevzp+Xp0bxbzMoGr7&#10;KqP9Weve8n8egmYgGUAtZ2P9bEMB/vNyP6+2/o1Chhw48P8AV8ujBdwmkjVzwOc+nz9Ove5LZQOJ&#10;GibxFWA9N2DN9Dpb3v6dfx1Ppn/D6ilR5dMySyOtHOKY/n8vTHXvaaySS1HkkWsmVgWXSHa/9W0/&#10;6w5J9m1mtuZF1qoB/IcMH0x/LohmtZ2fU2QCaUpx9fz697SVdiaqTlaqqe7/AJeQi5PHN+Bx7PoJ&#10;4EXJFM1Apnj/AKqdBncNvv3DaK93CnqeH7Ove4CbXnfUZHmkPFipe9wedVzz/vvr7VPuFsqAniBW&#10;ta/kP9WOiY8v7g1GpXic1+Xr8+ve8abNkaVg0cpBb9TBmDAg3Nl5vf639vLvNigoKCo/wCvl6/5O&#10;lMXLm5M3dw8+OK/Lr3t1TYw0i1NMzgAXAYFv62H+w49stzFbMaoAKDJJ/l6j7B148r3ZYkg/4eve&#10;80Wz4FY+akYqx0hluSQP1atQ/r7TS8wIUrhiB5DjXhT5j08+ldvynPTUw/kcD/VXr3uaNsUq6v8A&#10;J5jx6LDTr59Asf8AeB/vXtC+6k+ZPrXKivH5/nx6Ok5auWfIJFPy9Pzp173nGz4yoK01SqyaCp0i&#10;+o3txa/tp96jNa0oME0r/P8APHTrcs3ROoClD55/wde9yl2oYQWRKi5Fzps3pWwI4+g/HtO+5o76&#10;noCvmPnw+09U/q/dqQQaH7Pnjr3vMNvVqeUR00wLaWZnRyq3Ho/T9Rz7b+tt2U6hQn5+vHHrQdGk&#10;Wz3ir5/bxP8AKnXvcqmwWZD2KyQoEPpDsDcGxZV/pz/T2XXF1bFmVQB6cPP5/wA+rptN6DQj9vn1&#10;726nAZIIHDsSQSdLMF4Fh/t/949sR3ULHwjSnD1/n/qGejS1268XUHJfgPM0PHFf5+XXvbTNtjNz&#10;O4Uar2JJlDaTf6Wvc24I9q/rLMLnHlTyp+f+Ty4dJJ9nvpG1aqjPHNPQft9PLr3vGm0M4ykLOqBr&#10;MPVa4/4KLG/uv1tqKtQYGM/z6aXZdw1ZxT0rX7QOH5mmOve567HyUiCNqtuBpLKz83N/Vf6n8e6j&#10;dLNMt5D0r9v2/l0dW2z3CqPEIyKetftP+rPXvcr+4dVESzVrupU+i7cEAagD+Pwfr9PbX70tHFVA&#10;J+yn2f5uvXOxyyRlHUVHoDUfP+VOve2mp2tVQiRUkMxFgT9GJv8ApN/auPeIhpJyBivy4Vp/qr0F&#10;rrl24ZsCpbHnwHGtSM/Ph173Dbb0itecTLpIJCBrg35u3/Ee1Et/DKnatCSPPgPnj/V+XTtps90o&#10;0kkEcBXI/wBjFePXvbgm2aFreqrAAFytx6nF2UG9/ZVPfRpgkCn54HnQdGbbZdEjU5BHmajH5de9&#10;u8ewsPOt5Za29rn66V1clgDc2va3PtJDv0kDUFK/y/1UHSiDlkzj9Rq1rk8Ove5H+jPCKDoeruwB&#10;Klwo5F9QU/n/AGPtW3M8rrUkfkPL0+zPS6Pk5XyG8/2enXvcodaYhSRIJfUP+OquUa1yXcfQn+nt&#10;Cd+apfFRilOPlT/V+fSuLlZVJK/s/wAn59e98x1xiQv+7L6dSnUIwAR6U445tf8Ax9tfv9gxYigr&#10;QjHljz6v/VopVQKA+VB173nXr/Fm91L6QvNhzfgf74e6jfFUV0/kTx/2OvDlWMnUwJPD/UBjr3vM&#10;NkUFtEdhz+pzd1/1RU8cj6290/fgFTjA8vQ+XT/9WIqUpT7Kf6s9e99/3Ix4YcqxIPqCAEW+ukfT&#10;+t7+3xzA44DCn1+XH5/Z1RuV4iahAR/g697xHY2OBYIlldCS4tyL3tpH5P8AT3ocxS4Zj3D5/wCx&#10;15OVIa5FP8/7Ove+KbDxeolwxsFZVZr8n+p/1vbUnMcpXSuRw48ft/l02/K0WrVoB/wH/V/Pr3tx&#10;j2Zg4z/wDivcj1LcBf7XHP1+g59ppd8uSpY+gAFfP1/1cOl8HLsKgLp/bj+Q697ck2/hIFulFBc6&#10;v0RqGNh9WNv9uB7L33e8cnuP5+Vf8HRhFy1F50Wn2f4Ove8j4jG6R/kdOqixUPEthqFyGIF/9ifb&#10;KbpOpOgs2rPHz+zh9vSgcv29aA1/L/i89e95lxNArEpTQq4UEaUWxW129JFv8fbUm5XZXTUmh8z/&#10;AMVj59UPLkA40P2Y6978+Op3kZUjTT9L2UlyeQQCOAf8fek3C5KjXXHlX/ij1ZdggqK4H5nr3vH9&#10;gEJEKxq6m2nSP0k3Ctp93e/kZacamvpT8+lX7lt04gt8qY/b173OsyBeI9QBJVQAQyjkgj/e/ZRP&#10;dSvRI6ih4+v5eXTr7ZAgGhQany8v9Xr173zbW0nq0aXhVGW54INwxA/3n3WBrqUE6jT7Bn5cOtQ2&#10;UOWjXh9n7M9e95SHb6MNQUctb0j8W/H+sD7TePcICoJoTn5/6vMY6fa1VVAj7gT+3r3vg6DQ2o+Q&#10;MBY/pFwb2uP9tb24lzKMVp6f6j0uijjQEaQPy697yal8dwNRKJpvfhT/AKoD6kH/AF/bVTkZBPGn&#10;TmgH8uPXvfQcWP8AbBWxYNe3N9J/31/emULU8D/h68aRoX6974+mMmwLG3OsBvUfoFtyR7oHMhoB&#10;Q9Mx3AegNV/1f4PTr3vpWUltYie66rqCNK/4X/p72VLjUjEH08vz6XQMVbSTQHy8uve+ErAsSpVS&#10;Y1IZrcJqtZT+f8ffh8IFOGPtPS4Cgp/g6976/Tc8+lvo3OnVx9fz/re3okaRqD/B0kKNNL2DBHH5&#10;9e98QU0yRr6i0gA/BHF7c/4fge3JIXjUM9B/q/PrUtvJCmtyKD06978VGplACuLqxUn0g2/BsbEe&#10;2/w9wrXP7P8AD1SMSoPFUdp+XEde98pnUXKECxQ8ta4UcD/G31/r7a0k8PP9o6c+oIGllJr6fyrX&#10;h173G1kOGFjrBDc6b/1BB+n+tf3to2PaxFBwx5+tf9j7Ori5BP6nl+eft6976ke19SC5IB08Gw+o&#10;F72HvYHmPy6c8aNsK1Tk/L58eve8Seq7EEsAbck2ubWuTzb3thQUHGvl5/Mf6s9PYBqD173yMrcL&#10;pWQJrBZSQL2u2q/P59sG3QyArXOfWo4U/LpDJAhkMjMaE1pWpzg4pw697xaiI2bRa5YlieVBFwdL&#10;fj6i/wCTb2+kdCoXhwx/P/JXy6egkicqiGg4DB/1V6974ySmykadSKAbMbkW/UTb3YopqsnAih9f&#10;y6UHQGKg56975LK7MPoSdIAGkkEH+p/1uP6+2hGoUq3AD/V9vVDUVBrTj8gPt697wyJ+4xN7N67E&#10;C3p/qPboi8ZMDAoPzPl8/wDJ59MuiTIQihvs/wA/r173gIImBiK2JAYEAMNIsdIv/T/b+9NBTtkw&#10;w9P8vRYyMD4bgrTy/wAlf9VOve+RKtdWYsRYszLpAVuL2/2P/FPe41UCoFPs+RPRxCiKgK0p9vn/&#10;AJ+ve4hgBZgoCuAfWn9D9Gv/AE+hv7uUVgCT/g/Z5Z6SXsZMQEZycZPHzP8Am697TtfSVZLSpJrZ&#10;bLazAKyL+on+h9m1m8AYaxx+RNGPl8/t6DVzFKtQAQ3l6Dr3toizWTpJkilpJNFgC5DMrK3pBU/7&#10;H6ezSTb7W4SuONMHh5n5Y6LY5brxSH4DifL9vkeve1bDI9bEHDOjMLMliDbTwTz9ePZG8UVvJVqE&#10;Gvb9mPnxGeI6P4FlaM6Tg+vEin+z5U697iCjnudJ1NcWD2WxP1K3/FufdJHhYdqDh5A+Y8/s/wAp&#10;6bW0nJ1aaAfz+fXvbmvmhRDcP+AVN+QOb/8AGvr7LpItbUp6/Kv+r9nSyGKV+1s6fs6979E7Oyhm&#10;Lc254AAIsLH/AHv3RomRK06fNvMi1YUp/qr173PWwZCxLA6lfSdTfXn624HtI0TsTTAHrwH+odbh&#10;ieao4AZJPr1732sunTKSNJLao1DN6ibluPz9Pr/sL+1Bs0PaAa+px/P/AAdLzaRBcVP7B173kaZZ&#10;AApBuDqLJxZOBZT/AMR79HbNAS3+X/AfPq8EIhJ0+fAHy697jM+mwNuW4Fybhhyz8f717eQM+VFR&#10;5/6vt6eLEHtzTr3vKktvGwJClSnjIA9P4Kjmxvb/AG3ukkZKlfMf6v8AB/h602p42QceH+br3vkx&#10;JVrX9N2DHhmN7myn6/0t/wAU9o4j4b1Y/KnkOi23k8GTv/Z6fl/h6974mxVmABGlg5UfQ6vqQfqe&#10;Tz+R7VLKjPRSMfz6Xx3EUh0Ic+VfP7Ove+lmOsaD6ApUOBdG4JJ554593eOORKNmvD16eYBkpXPX&#10;vchuVXSVtbhhyAPpYD68W/PssZGjYqMeQ/z/AGdFryNHIUkx/gI6976LKI3VAzctwfTc/RtKj8Hn&#10;3eP+1DAU/wBXn1SNzJcK/Chx9nDr3vErXSxA1EnQv9kEHgG5+vA9mBwwbyPHo0Joeve+JKmPUSFI&#10;Pqv+og/7U3155HvyMzHhTy/4rq3mCeve+aM1rNf0rcANYEnnVcf4X49tyxA5IoW8/wCVP8vSaWGO&#10;TJwT5jr3vkShFlUXsXRuRybcg/4c8+0whk1DVkedOk/0szsPFbH+bh173jMyNqPqKoqDyaRc/wCr&#10;sv0I/wB592NpItKUJNaH0/1f4et/SzIO0g1Pp/P8uve8KkK3NwrC9gNI0E8kj/H+ntYAQndkjpeK&#10;haNxHE+vXvfNpAokMJ+g/NjrB9I9H4P9R72NIIVj/q4/5OvVBxUde94BL4yLNpJ06B9Bo+h/2Hut&#10;NXxrxH8/9XDr2Djy697yiRg9iVUEEWI1XP1Vrm/H5P5/p794aacj9nTfhxUoF9f9Q697zMwKj1gm&#10;/I5vdBw4/wBj9PZcRkih6J2rrIHGvXvfTSIZAVW5FuVK+nj9JJtck8e9hW006qaAaSOve8TSBj6U&#10;CKG5VeTe9jyPftFB8+tkLp6975GSPWTZmiAta9iD/gfp78FYDJp1Qkccde9xWmAuhAAJKpq/Bv8A&#10;2CPr/r+3ljqvd5U62SCRp8uve+hOUCtpLerhuNXHpAH4593ZKtRSMdWVu6vEHr3vkJnHHIFwNI+p&#10;/wAOPbWgNinVy3oOve8bzBWOgMCAGA/Uq2/Ki/0/Hu6xmlMdNGSo006978ZBxpJJH9CDqLC4sf68&#10;+7LHkEnz6sjqumvkeve4yzB2ksik/QvqY2Ktw1jybf09mDAL2OaH0oPP5/6j0bGdamGQj7PKh4Z4&#10;Dr3vOk4LNquBoKgg3ufoNRP0F/aR4OzXF5HPSJliMZltgTQ5BPz8uve+DS2J1aQV1AMjaZAPqSwH&#10;Fv6H22Epk9JGc1oRw6974ieQHUqDgk3LEE6h9bgW/wAfe/DQ5Jp1tZABw6976M7ni6WIPN7Ec31X&#10;/P8Are/eGtK1P7OtmYU7R173jlkWMovNmF3Jvcj/AFV/rb3dVrw6aFeve/ef9AuUUgixJ9J/1dxe&#10;9/p70Y8nH29e1EY/1fl173j+5Fyb3CrcEG4YDhlC/T3sRgAKRxI6spIITjUgde9x/M8jskDFQpFv&#10;qA6sPoAP97J9mKqIwARX5ny/4v06NTKYwC/DI+WPlT/V69e98RKqEL6rx3DFvUORqa/9T+PaWSJ1&#10;JOKH0/1Y6J5XTxSoIAPD0/b173zeW7IsZVfQLJeyi/4uP6j8H6e9LCa6aV/1evDqutaVrWnH1r8u&#10;ve8AkQtqOpiLKDdixbm5UH8f4e7mKQYGB58Kda8RfxY/1efXvfRlYKwZubWsBzb+zw3+H193WM4Y&#10;Yz/qPoOveMUIKDzHXvfd1VBpa4sC9/pYf1J/I+tvdyQQWHlwx5/LpSbyN6+VOH+r0PXvfBpgpe41&#10;AgD6ggm3o0n2ysTvQgcekZlwNArU/s/2Ove+wwbUNejSi2K2uDa4JJ/p9OPb6QBWByT6UNOHHp2P&#10;WoV3AJPl/wAVnr3vHZlQkli1w6ALYEkAEfn/AGPv0sILgRgDiP8AL/xXV7iWPUuldOKfn/hp173x&#10;ZtZdQSQ1iHYjUxtzwP6fQEn20FKjWOIxQdVDqoqCOve8wbzKqNYsAqgWGr9Nh6j/AL178iurFlqA&#10;Mn8+nUlky6tSlPz+wde94yJECgqpKjSoKgaueRZfoLf8V92MLagBmueP+rj0yzhD3ggHz4/6q9e9&#10;9amNyAbXCBbm+r6sP8fd4Ihqq/zwerxuS5Kfh8/Sv+Xr3vp1L+QAAMVCsEazC3BNz+P6e3eDAj1N&#10;AR/q/nx6ULMo+LiD9tfn1732WSNQrL6h6VkPq/H1INvoLe/KtR8vQV/ZT0/y06ZeYue3tUcAMDr3&#10;vjdSAGRSVa1gQLuV4uovcH24UkTuKmv2UPz/ANXn1sTSL3q1T5ZyP9Xp173xVtAQj0lmNwBdCo5I&#10;a/8AT8e2TCH+KpA8zx62H1sxcV+fDh5+nXvfalQpd7Ec6GYkcM3ChbfUm17+3KDToUeeB/lz6evT&#10;zzKY/CiXSPQ5z6/Lr3vgWBsuqwuQgJNibXAsP+K8e7Gg7StcZ/1f5uk2qnDr3voXCr6vqWANyATw&#10;fWD/AL3798PAcB/IfPy61nh5de9+dgNCy3mufowsTx9FA/P49+pqGpKV/nn5/wA+tEg5I697wsRY&#10;syi6oBGGNybkjnn/AG3t1VkZhGgzjrxb14j+fXvfBJLBi5sdDEWP9fz/AEA/1/bjwyAAKwJJ/Lyx&#10;5f5utFlpg5+zh173kBQoXEhKMmpb8tdV4Gk/T34W5FOH7fX59V8RdOM9e94XkCoVBOsKWNzwR/hf&#10;6Wt72sMgOokDPqMU+XGh6sJgjal4rTr3vjHKgQ3UahZkFxxxzccXv9B7u8Bbz4imMY9fM9XkuPEq&#10;WGSKfLr3vgjqCWKcc3QAkC66lJP9Qb+6GGQ49PP/ACU9OqeIhFK/6hjr3vg0llYsdLAFo7IL8clm&#10;+v8AT6+7CFyMU69qXy697xu4Kq2or6Qv1Yn66g2k/wBb29uLBQ93+r7OqeJntx173id15Hr4tqB4&#10;Oo/gH6k8e3we2nl+XXlkavHH+r1HXvfXnNxpurFTfgjgHlTf/AcH3XwhqOOtamPE9e94Xl16h6T9&#10;CLFlsTY6b/UfgX/2Pu4FMUp1X59e943l/WFYKLBTZSeCONR55uOPftJ4kV/PrxC4xw6974iW4UMj&#10;ccGxNwF4sb82J592CAGtKjry9pJFM9e98AzMw1WbS2o3/ItwDf8A1vex21K4/wAnXgSDqrny6975&#10;i3q06b3/AEgn831En8kWvb2p+pcqVIGaZOeHy6WNfTMukYqM/Pr3uO0isSDqLXILW9ShSTYkf7H2&#10;1HHK4pGK0zj/AFfs6Rkjj173jYMx49H151EBRf8AJP5HuhUihccfl17j1735ZSt1YEjk2uPVcEC/&#10;+8+9gAcOtUzXr3vgNLFbLyT9PwNP0DD/AF/6e3UjZmoMdWRQzUJp173wUNytiDquLf2dRBYKP6e9&#10;m3lBoaY/1ceqsdBKtxGD1730Q0g+v1a3J5Ci5P8AvXv3gyHJA6rrHn1730xa4F9LBuLG9l+t+PdT&#10;G4XII/wdWqDkde94Ga93vyWJJta4tYsSOOfflWpA/wA/Xiaceve+LGxFuSLfquDdh9OP68+3PAcD&#10;FD/h6rr/AC697jNcWYXuV/QebFT9f9f8e7rDKTjH2nHXi4p173gd9BIKnUx4J+oI5BPu4gbBJoP5&#10;9eLqBUnr3vgsoeNQGVRY3tY8jni/+9e3WRIlOKnyp/q/l0nmn8OMyDr3tV7E2jkN97uwG0sWCtXu&#10;DK0mNSZo3kWCCaT/ACmscJc6Yo9Uh44sPYs5D5Q3L3D522vkjaSouNzuUhVjXtLHvc4OI0DN6Yz1&#10;hH9837yWwfdy9juZPdnf5lEWzWkkkaMdPj3BUiCAeRaSSgAHEV64s2lSfqf6fn62/wB8fd8G2dq4&#10;XY+28Ls/btKlJh8BSR0lMBzLPMB/lVfVSWGuWZ9Tsx/r/Tj33s5b5R2D2/5YsuR+VoBBY7cuhDQB&#10;5ZD/AGtxKwHdJM9WJNaCijA6/Nz92fdbnD3w9yd491ufbprrdN6uJLiVmJIQMxKQx1JpHEtEVRgA&#10;deUEDnlj9T/U29vyQvMwCh2Yrc6SFGhebsT7OILKS8mRYFZmpU0/hFcnPDFP5dRw0qxirEAD19eu&#10;XtQY9P8AJyQiuxYhkkAsoB4sT9B+fck8twyR7cRHErMzUZHUFQK0qD5YBNRkdFN2wMtCaCnEde9u&#10;5SJxoN/0kFUJsEb0mzCxH+HuQfpdvuf8XkqSq1KKTpVCKVqKEV8qVofLouDuh1fPz/2eve8qgRJH&#10;Gl/GF0i930qPpqZjc/7H2axBbO3gtIK+CAFqatQDhqJNa/M9UZi7M7cT+X+wOve4y6RPI/JUKRpK&#10;3Jsb3/r7DlubZd2uJjqMaoRpKg1FeIzU/Ijp5q+EE8+Neve8kYD/AEJFiL6hY8/TT7U2IW9J8MsN&#10;LZLChIORopwB+2lR1Ru3j173mI0i97GxIGon6fW5/wAfZw8XgxFg1GCmg1Ek0FcnjnjWvyx1Suo0&#10;8uve/M5aNHt9V1g8X/23u0l0Lmxjuo1JqusVpWo8v8vXitG0nr3vhEWsOdR+jFvob829ptsa4CBt&#10;VWxqZqnBNcepPD5dbYLXh1735tV5FZSosPHb8m17Af19+ufqNc0VwmgMP06EEMaVIA4FvNfnx68A&#10;BpIP29e99RIXW+h4edRA0hi3+qYC45/J90262a6i1aHtlB1UGlWZv4mpVcgZoM9Xc6TSuqg+dOve&#10;5cYJZrc6Re99IP8Aj7OoXq5BYkD5UqfUev28OqorE1XNBU+nXRNrf69vfc0kjxhLtoX1WUkEED9Q&#10;A90v4q27nuFBWqYYU4Uwa/s6cNzLMBGT2jy8q+tOvaQDqsLngn8n3AqpZkQNDFeFYQ7Mzeosou66&#10;Rzz+D7De73u829pqsIF+mWPUzE0Y+bKVxpJHn5k06cVbeRgKkHAp8/UHrv8A2Fuf98fcFqucRU0s&#10;VLII5gjqrJoMKngrKjfT+vsgud73SC0tbqzsSIZQrINIHhLw0ODw9R5ny6dFtDrdHkFVqONa/MHr&#10;3t1LCVWAKsQAGAsQGtf/AFj7HLTi/tJETSzKKMB3ANSoFeBPyHD16Q6dLBj1722z/czSwpFLFGqC&#10;RqiN0LNKpj0wjUv6QG5Y25HsFbhNf7pPFZxOkYQEyAqSWBQhA2nOkNkjFRwz0ti8GNGd1LE00kHg&#10;QcmnnjA697xiplFR9ummQiNAVa6+sL6tBP8AZ/pfn2jXerz97ja7Ckq6VGk1WrKorpJ4Jx0as+XW&#10;2gTwfFfGTn5V8/n60697lTM3jkZY9T6fTESFZ3/soGFv9ufZvuUpe2lm8HUwFBExALtiigj58Sad&#10;MRACQAtQevp+XXvbFLJO8pSWnUEtqtq1L5CLLpb/AA/PuMby53Ca4MV1bgMW1Fa1AcigIPnp4GvD&#10;o2RIVQNG59PTHXveWCWaKNdenWpKtoXyIbi+oFvzf8+1lheX1tCjEAstV7VDChFa1P4vKvAfy6bl&#10;SN2OmtDnJp+XXvbsA7Rgva50kszCMKL8jUPr/rfn2Oo4ri5tQ06irBe8sIgorwquWHy4H+XReSqv&#10;2+XlSteve5xZJI2h4K6DqYFlcfj0uv0/r7F7S299C9hGaoE0udTIfTtYUofOoII6ThmjANBWtRiv&#10;+Hy+VOve+NNNVU8BijJfVFKvlZTqRC2nx65Pqbf8j9lFgd1gsBbnVcEK7K5qNIBoilj8T8CNXECp&#10;NOl4u2j1GMhdY0nAJofi8sDyx69cHjRypcE6GDryeGU3BsPcSOmqpqStkmpqudYqeWESSR0+id0j&#10;L6owv0vexubcX9o4I57iyuhuUc8rJCUrMsCmUgE64woqC1aZOg0x06lvI2m4gFI9VSyBiEPox+Qz&#10;jIB64mWNXCM6hyAQpNiRe17f6/tHxDH41EzUb1E2WjxVV/EKeuy0s8LUP25krKaopFvEI1AOgqoI&#10;/r7AltNtFvbQ7nYl7i88GQyRyzsw0KtXWRACmjH6WkALWpFR0I472/kk+hjVVhLhVZYxksdIoTRu&#10;6tGq32ddvGJAA3NmDrxyrobq1/8AA+3eirsRlMDhK7ExLRrlqQTQUsmjXBEhsshUcrG4GqNja/8A&#10;r+1s77Rc8v2Y262WzkuxVVNNKhagljUsFJHa+AcA5NOkW77fJYXzrLIZDGWWUE1IcUr9ozgccN5C&#10;p4JI+uVZENkKlHUNpkR72tf+0P7QH+Ht2BgSFR+orYl7XBf8Mp9nvibXBtqQkF5EA1MB+OuCD5jy&#10;pwxkdB8iYyFlxXy+XWYH/fX/ANv7bZqdZZfKHOoi9ip/siwH+A9g2821Lu5N6jnUQcU404Y8h/lz&#10;0rjmKJ4dMDrv3xWnFgCbaSS/5Bv9Af8AeD7pHtwYKsjUINW/Zinn/sdWMxBLDzwOve8320elHQHU&#10;RfSP0sRwC3+w9rm2i0aOKeJSHIqAD2tkgEn7Bw+3pvxpNRjbh1724U8MdmDDUPSQCt1ve4Nz+f6e&#10;xXsO2WkkbLcrrC6adtQGBqDU8D6elK46STysDVcHPXvbnE2g2Qkc35PI/wBv7HllHbwgwxV01qK5&#10;/Z8vQfb0mSR1aoND1724RSujAkgxEjy3Cm4PFyp9qnVWBpx8ujO2uZI5AxoY6jXUDI88dYpE1KQD&#10;ZrHS17EG3tR4vyzfcxTSFohaSEX5CuTq0f0H09ld3oj0OgycHodcvC5ujPb3TkxDuQHjRq6qUOB/&#10;xfSZzTR0TQVMMSCpc+GaSwAIjXWrStaxPHF+bce5kVMlPPfSVjbkMwuruo/Lf8Rb2w8rSx54/wCA&#10;dGlvYRWV4SF0o2QTkFh6n+RFP29RZqx66gIQq0pjs8aEpJFExNyALWJ+qm/+t7Cz5TbI/v78eu1M&#10;E5aUttGvy1PFGhlH8QwajK0jpGvqZrxaVsfz7xk+9Ny0vNnsVzBtqAiWGA3CELVqwESMAPQqGB86&#10;EnrPn7jnuDd+1P3o+TedkmpCt7FDMNQCaLgiEkk5wJDShAoOi6R53H4/ee05lwURy9BuykxGNrqs&#10;OtdS4jPM2MzTpKto1jEZ8kga5vY/Xn3qxTE6l1CzlBqAW4DMPWrW+tj6ffzzMmCRkA/t4euadfoT&#10;cgbnHuGyrQ6hQMCDUEEAinyzUevHo34P454/3n/Y+8BUc+PUpIFhwPxb6j8+00ncKnBP7D8/l1IM&#10;dwuNfl6cfs6798rJcWBvyb6dIZvp6R/iL+22DqO7pSpVvh6975qzEFEP05NhyNI1AH/ibe2+r9e9&#10;8kLBvSx1MSSCPSt1sNPHJ96IqOqtqp29e95Q6Ws36rmzWNySunm1/wA/0931N5HpQly8Yoc8B173&#10;zBD/AEABZdN/r9HNgD/sTb/b+/A5qx6dW5RmKPjr3vEU0CysSwDMxFtJ9R0arX5ve9v6+/N3d9KV&#10;6YlNT4lKA+nXvfEWZ9J4IHqYm3LcECx/2PuvDI6ZwTniOve81jwbgFR6LfRja/0P+te/vQc+fDp9&#10;JnT4u77fL7D173w+p9aot2uAOW9Jv6gP9gQPd9RH+r8utm4kpUGlPz6975gtq1OAbF1JHFtf9P8A&#10;G/upqMDppnlY0J8s59f5de9+0uGUKWBCXtxcXHCkn63+tvdkKgcOlyKAgNKU6974ujIqt6tZYhr8&#10;m59RBv8Ag3+vvxZtRArTpmWR1ainH+r/AC9e9+RUUi+uxJDAN9OSVb8cfj/Y+7glwVbp6FmKVYgk&#10;n/B173k1XJChQLBr+v8AA/Uv+9e6004Bz1ctT4q1697iKSpDf2mckW5QFgSpGr6cDm/u5JIJHD/i&#10;v8/SaScUZRxJIHXveU6iDzdiBwVI+otdf9vbn3VXUUDdXhmLLocZXz9R/q/b173jc29IAW7eom9j&#10;pNyBp+t/9b2+iO5JFcf6v29Pah8+ve+HIW5soX6abeoq1gD/AMT7bkjdPiFa/Ph0XzufFIPEU/n1&#10;73w9TatIAsb8WVjp4Nz9be9KpOBjpl20kAjJ8vPr3vgU0pcgkk/S9iDfkg/7x7rmvHrdcVArn/V/&#10;n697xMpQ2Fxqv+q+pubEgg/j3fDDHl6deFdVOve8jKyxn6nUV9S/kKfzb8/19+o1asKGnVdaF9A4&#10;0r/Py9eve8AIjYuPU+trhgtiCBp5P+9+7Ln7OnI2CNq4de94HkkJUaSTzfSALt9CR/Xjn2ZQpEq6&#10;vX8/9Ven1niKli4Azx8v8vXvfRQMGZSdakXB41Mforc249ttKSaeR6KprqWUkA0VvT/L69e98KeM&#10;STRo/wCkygMNXqJJtYe1dmqyThAeJpX/ACdI5mVYSBg14gf6sde9nl6z2tSQQ7ao6ZhC+SjSulnJ&#10;ZZPH9LAi3H+9++xP3EOQOXHs/wCstw2q7aTQCaEIBQHTxyfM+mOsefcXedwfc/oIaiIDNDSv7PL+&#10;IefRKPlX2Bkdt4HPgU7zYzF4xL08Y/4FVdUhZWa976R9B/h7sy2PtfHYfG0ksIWeeSIN5n5Fj+F/&#10;p76Fe6XNl7tFseXNsJjgoviSji9RwHmF/wAPn1Am83jwqfJQR3Up9mD1oSfzL/l92Xu/eW49gxGo&#10;29tSgyC09YaW6yVTtypnZDfT/tP0/P09iOTTwUhlkUs1m4AsQATYgD+vvFQQ7juG9i3tZCMjLE1q&#10;fLHGn5dRnfXUqz6Iycitf5Z9a/5eqS6DE5TdG8KfD4iveSerqkSKqqJmRQ78uQ1+Lc/T2Eu4q29d&#10;HUAGAKCCE5J44LAe5it+WrqSBPHrqFBWhJ+dc56cO+XE8Qt2WtMAniD61/ydbB3xd2jWY/q+fadV&#10;Vx7pk/ycmetV5VDAjymnae4IQ3UD8+0Uyy5SbwrrmmkIVHIYqFJsRY+xds+xXCOEUMADlj5V8z9v&#10;n6DpzbA0rtI2KHHrU8a/M9Hfx8lD13iv41Vx0WDweOikqq2miMNPMZxGBG91sAWNvSB7XK4VMViF&#10;iiUeYlmLKoBuVuxv7Ed3uUvgPt1q5PgitB6/yr9hPQgF6QtAxCjGn0+flWvkfPojM/yCm7O7jqJq&#10;yuqDg6CFaQ0M1QZKco0v7TNCTpYmwPN/YS57HV1WJY3nuL6gNZuApvpe/wCPZTt+5MqMl44JNSa1&#10;NPLPr+3pRZbo6kkNj0bip/wnHHj1a90tv7aeFShraLHKl4Y4n0Qxxq00iePVTqg5f/gw49hXNjpd&#10;wVMmCoa80UinVUVMZuPTwF/w/wBv7A3MNkt5ORYUDEZNKVFM/l6dEfM+5tcw+EhBAFSB5D5H/V+X&#10;R949+UfVe3oOy907dlz1I4VMZh3jRJ/3rEOkfHq083t/j7Q+5ui9r06Nn6+pat3DBZoal31CdY+Q&#10;jp9T+bXPuP7jl690uxOqnpXy/wBX2dQtIlzeTt4ak5IyD+YwOha6k+dW695biodrYXaLYTZdTTn7&#10;kmFBPjvKdCaJV4B/qLe13js3BlMXgKGijakq6KNNIVFVW8foKBhxzb29abcLbw3J0uPP1PH5f5er&#10;QbNJaO8znJpXBpk/zHpjoM9zbFrdqbv7S3NuGrizu3d0TOZIZJHeeiWWO6zaWvq03utgeR7GYVGK&#10;ocDLFkGjNXVoJJo2dX8YA5+t7e5Ftecv3dYGyim1awdQ+fDGPP5UqOhBBu0tpSJSSAKEk8R+fkT8&#10;q9VVVO2u5N4d54+u2PBU0Gxtszz0NHVx0tRE2S1ya1aRlAvfn1D/AGPsHK+sxK/dVOqOOgjUhuRY&#10;i3JFvrf2UbZLJu0+l/hr+zz/ANQ6MbO4lvMOfPj8uP8ALqz3BYPetJT4XEutRVbnq3WQylG1KbgC&#10;Lk8Acc+wewm6UqNyV0GJpJYMVToX+40+ipm1erTb+o+nPsULtVtZy+IpIWta+Rr/AJPWvS2e10MD&#10;XJz5H50H+fo3W8uuZ068xMu7MlSVu5qp0helLDVSQ6fQLuSfT9DYAezQ9Zb1miefzxn7TWVs/MoW&#10;3Daf6H2f7fdrf121Bh8UFcGuMngBxHl14JI7hU4+XlXqlP5//EjFb82/joMZVrT7hWmaRZadvHSt&#10;IWNkeVeOB9Te39fav3XXNmqqNqOMyU5Uh1dWA+n0IP49zNtuz3g2+C2i7wi6CW4E/spX7OPR0u3y&#10;rH4k3xUoRT+f2HoHfit1vN0zsYYbc1XGuapWUR1EEiFSyvqR0diF1Efqtx7LX2VX5bCtTUlDRlpZ&#10;f8wuiwd3PFz+Lex3yvtt9YXCIsQNaChzk8f83y61Y2vhyHw+6mKcdPy/P86dXO/FfBbc3ZRV+dyO&#10;TSaOBylU3l8pjVBdig/6J5N/cTaWArhknzWYqYxO9Oi/aBgwiZl54HHuUf3SkFwbxxqY4oBgf8V+&#10;fQ8sdjcrVxQmhNcZ9APIj0PHoVuy9yYk4BNrbax9S0EdVK75Fk8STCNzZbgauPrb2/7nx+x3REq8&#10;VF/Ep3WITlNVpGNgSWBBuefaC55R27d6ybhHHp46qANX5eX8s9G8m0Ws5pLjtGkAVOOFTwJ+z8+k&#10;R1sO53qZqmLc4O1qSCSeOhDaJRBENSqCn0sOOP6+1Xh+r6eWmjyJVJZKGNXp3kOlhpXUIlAPA/w9&#10;lMFlsuzzrDChLV4+lOHDHSGWytrM0lYAmpAphR6N5fn8+gB398t8ftfckez3NQjbkr3o61YIy8MY&#10;kfxmrqXI/wBe5vc+4dJvTJUVVKajAZCc0UrU8QpIzoYI2nU5+n+29s3e+2wEsfgudJNSBXh55/Z5&#10;9EN7NFwShLDy8q/tFPTz6d909MbP3NhoqTG7+wWNTcVIK+vqMpPG8wM0XkKU6k8D8WIv7ad4bhzO&#10;araH7amnoFl0mSOQ6Jmta62HuN9/5it/FiiIaNfIEDUPOuPLogLwxS1GQPw+n7B/hr8+pPS3Wmxu&#10;vdvZmKtylDuA0AYUlTTBZ6SIODZ7m44+v049i1srbszstXVGQySRBCCSwRCPoPxf2f7TdW0dk16X&#10;1MRTJxTjSnn0bWNxBoNMEeVOJPmPl0Sz5Gd2YPC4irx2HbHyJSVzFIwI4RPUB/7VrHT+P959jRTw&#10;Y7HxekF5NJuHGpjb8D/insAb5zbfG8NszrFGpFCMluHD5jp2bmAQsIqkBTigGP8AB5ceqdd59m9o&#10;b+3A1FNPDisLT1KGnlx5CwjVz5NcdrsB+osebWt7aMlDjfHJKaCOSqlX0DSCzMR/T/ifYx2W/u7p&#10;fGZqrGtTgVPyrxr0uW8kuUIdiQDx/wAhPnjh0YPqzcnZdfVUOObfFfFtzCoi1VR5NMYGqxDTxnUW&#10;t9FBsB7Tu26GaGuqJ8ksdPTyEGMcAAXvYH8e2rzfdyEEuhVD07B5/IHy/wBWeiS83MRNoiI7TxrT&#10;J8qYr8z5dDV8h+ymrtj0WK67eqz+4aSFzUePVO9TNpALvEnL/wBRcfX8e2/f2XxrCGioJBNNHyWi&#10;JZIyfTZ2H1J9qOW94u1tQbx1e5Y1IWnaK+fpXhTz6tt26FnFSAQa/wCf7K+nmOlR8Fdm9m09DXbs&#10;7HpvszkiypR1qGKrq6WJvICkX9gAWFj9fb9sbbEUuOdq2KGSOdeDpGtmb66m9pvcn3BXlYW7Rg+L&#10;KwAGdKjz/wBjoV3G8hFWOMkE+VPX5/Z+3oGv5gXzNqetN17dpNq5LK0uYgyNPE8DO5xtPCguAUuB&#10;wBwL/wCv7UNP19tVJDUyYtJHUn/PszKDf9fjPH19xzvfuNur3kFnbLE0k4DAhC5ofz/yU9OvTXUz&#10;qiVqHFcZx544j5+fRS97fzHfk1NJiNpYve9JRnN0kVRE2Ix0RqmpZFsY/MpLjjggf04PsPt+bLpp&#10;poq+lWKCCHSreNAvqBJW5X6fjn2KxZJzBY/XTfpzopLilK/0v8pHQVvraR5mY8TxxxPnpzn51/Lq&#10;wz4b/KLM5Pb9XtvdNTXZTclWJqkitksahCnknkgDEAkEHUgH5/r7SsNGKWinFWsEyqjugZdQZQt1&#10;/V/j7gPnBJI5mib4QONPQ/kT0CbsMo0lfhrw9eGPWnoeh6yG5p8/u3FnbkuVxk8k8EVSYKg04BNR&#10;pk1eMj0KPSTbn2iaCux9cs1LWwxLMsmqP7kftshbgKT/AIewlte7R2iNHItQf8HoPn6fn0SNGyQM&#10;QCAtcgY9KEeoPRod5bO3dganGbg2xk62Sgek8NfHiSq1IqUi4kqEW5IZhfV/W349vEECVlZDR4to&#10;jL6fTFZVja4AAP8AsfZVvNwl9IxQcAKAZx/nPSGbSAzSDBFacag4yOFTT1x0iqrLVe0NrZPdHYTV&#10;kONhNW5qMgzmWpgMRkfzRsST+efYhjAZtWSRKgRJGAs8IJ/cNrX0/wCt+fai02jc6LLFiorShFft&#10;HkR5D16QRJKjdqlgc14HBxQnh8/2dENqfkX0XXxZGjqsRPW1lZVyrgczPTR+GhUyFvVUAWYX/sfg&#10;fX2sMXTCECOodlMdyUJNuQCb/wC9+5Q5c/eCxGKYtgYHClf8BrxofP59Drarid4wLioBFTQ8MU/w&#10;5/PoonZe56uuqZK3bFClVTV5FPHURR6yXBKR2f8AH9F/H1N/cLI5KmpK8PDeTSQbqOFNvoP6/wCP&#10;ss5jjm+oaRSTWmc4ocgU/MV/y9N3oahYNXSMgj7MimPn0rdm9Xbl3Zseoos3KtA1SjxCCql1SuWJ&#10;A9a3AAvcf1t7mRZioq7vSE+Op/acoQWTT9fryD9fcf3jbi0goxIJNCcj/BWvzP7OivU0Z0znPkSO&#10;PGvl5+vSLrultqbQjiot7x0r5TaurMY+CrBp4st5QzU6NawkTlTYfX2qmwlLkaeAVAd/EAytchib&#10;fTj6+19pcy2tusUp1igpjHzHkfl/sdbidtPiRv21p5HAOa14eYyeiZN8gtzdXbm3HNt4QY+XNT1E&#10;T00MKzUcOmZgjqpFgQCQAOBYc+4+bwcTUsYpIkRY3QMoTgqOAT7Ti1F5fKT2sM+QNCcj9nSWSzL3&#10;X1LE48hQedR+z+fSi+PvyRy1HvHLU+88zV10+Zo6uakAqZC8U5vLHDFEWtytwAAB/X3BFPBTUMrN&#10;EJJ0jPjUWsWv+m3uXNp2qG4hCVUqAak4Nc0A8yf9R6Oo7TVCAxqtCDX/AFV8yR5dC3Q5/ce8N/45&#10;I8o+NwU1Yv8AEHqZW8kFMQDIyngkkXYcWHJHsAs5ns1sXNfxtYZBt/ImNchEwLJR1ROhZyTwFP5A&#10;/wBf3D/MK3fL26GcE+EzVIoaDP8Al41p69A6/M1rc6EOTWlOIAPp8zwPV3vW3UfT/wAuuoY+qMpk&#10;qCp7R2NFO208tTSx02QzWFSLWKdXHrYobjUbkfnj2L+KzlbmII5Ps4hSTrG61ChWRon51c/S49jn&#10;at+N3brLJHrAABNKj1Fan7aDND9vRtZbhFdkM9QyCp9OFPzp+fn1Vz2p0hsTpnMV9ON65ltz4d62&#10;KLb81VJHUpkIbrHH4429YDCwYD6e89Xsmkrq6jydLIYp6JjJHpYEDVy1j+Bf8e3yqS3CN4hWnAYP&#10;nQUHl9nDz6XWDCMlKUDUp5efClPQniceQ6SO1vmvurZ+1N09fbwxcOZw+6YBQ1E8kXjnf9rxFZwt&#10;g7AAWYm4sD+D7Ei8n2YX/dwi0a/zr06dXtDHtRj3uSYyUSSjBaGhIoxH+9AH8uhZGJxbSMzcaU+z&#10;AI9OOOqwKfbeMg7Srq41EqbersrBkEw5D+SWkgq1rXplci3DKG4/A+nv/9CydKhgyKAT6hYDlbt9&#10;ePwT9Pc63W2R+E89fL88VP8Axfn1Mezvhg1RUVBpUY9a/wCrAr1rN5nbkMVLPXRz+JV9XiZDqsSA&#10;lmHH05PtykbXcAaQFBuBfS3J/wB7+v8AvXsMRI0NJCSxJ4VpigH8wcE/5ej2W31IkjcSK8cn7ccP&#10;T7aDHSIjQRp5JGLMTZQCATwADx9Pwf8Ab+4b0kmtbBfWL2H4HHNv9j7O7TeY443V8UH5Hjw/Z/kr&#10;0/aSxWwLkinpTNfQf4ePTzjs++PiqFTUVkCg6rtxzYX/ADz/ALf8+8wpASIz+36VAcA/qJv/AK/P&#10;P+w9l43Q6TNH35PbUD+Xpw8+klxIpGoZNTQfLGPnQf5em9a+QeWpidrh2JVGKXJJJA0c2AIvz9ff&#10;FJjRO6MNWlzpI/qPywHHI4IPt97YbrCssZ0swyDigr6/I5FOjXap2AXwDRgK49BgH5ZpT5Yp0409&#10;TUVPingcxVEaqxkDsrIVf0NrHIIa3P8AtveeCUvqIAX1cqiKLh/7Rt/tifaK5tUtR4bAZzX5ivH1&#10;rxA6ENzulzdoFnJc/Pj/AJznp/z28dy7hgp4M9m8jmvtYxDTmvq56t6eOP0rHG0xNlA/A/1/b5A4&#10;VTct6gbmwb1AXAN+f9t7Bt5FJJJqVfh4fL16C07TPJQ/hP55+fl0GdYZp5deoko/HrIsp+rD/fc/&#10;n3inKOtg1woJBubfXm6D/evayzEkdHPFvln5Z6ft/GjXXUmv7c46m0i1SAOrsSx/S1y3PAsx/H5u&#10;faTmRlf9XCs3P5+tvr7nLZd2gTb0WY0NP8nQmS8jSCsx7gP9VOjFbW3NjKDb9PBlKlvumQoilrFI&#10;lb0HUt/za9/eJb/n6W/P9b/n2X7izyS+LExofMcPmP8AJXoMbhdrPJpj4+tOH+o46Rm6PuaqpWup&#10;JpFglW8ciEmH0/UG31PIF7e37H1c0RWSNtLLpUf1YX9Xpvb+vuPuYdqhvo3haPWxq3ofL8VOHp+z&#10;16GfKckjzovwngcnNKEH/DTpedU5eGTclFSZStFFA0VStRVNI4gjdItcRfSQB6uAbexCy+VOSgp5&#10;TVLTzwoE1XJEiaQGVo/wP9b3hfzn7Lteyvc28RZGYhgRwJJI7/P7SP59TbZ3JWDTxC4B9B/pj/Lq&#10;+z4E/OyPqqiq9lZxJMnS00wqMTWQHyhSl0QqjWP4BABJ/wBtb2HfZGx9rbs22lTkcfAaqNUgjq4k&#10;jV31elnZl/PAIH1+vvFLm/kE8uXrHhQ1ZaGo8wBjPmOjWw3K4kko5JUVx/k8+Pr1shfCn5p7g39n&#10;JsLTVjZDGTo9VFHOzSLDpe3iQMTpFvyfz7Kdn9g7Y6/xFbNDUrJLV0VQqx2U2SRbA2bkf63uJ7m/&#10;kdyn8DDhU0I8sf4ehckjzRcK1wOJz/xWP+K6uK27uPI7mkiZ6NoIUMblmYAsP6rq/rx7IHnMSr+X&#10;QwIDu6/T/Nk2t/xS3sQbfes0lJMKRivmSeP7fX8ulEthIsOsilAPzPQneyz7xwVTk6iamWGQrqNr&#10;KdBJ4LC3H+HuWdkv4oQrsQtP96NBSmfl6+ny6iXmPZLm5ZsFRUkfMcP5de9ly3H1tkYqseCkMiyy&#10;cuVuqA8Ek/X3Ju2cy2qR9z0xgVz/AKuFOosuOUJvFY6SQfQ8Pz/YQOve8dJ0LT5R0qqumtq0kXU/&#10;T86fz9faludPBoFNRX/V9n256dtuQjLR2UnPHj/sde9int7qfF4srDBTIAlgxZLSar2Nmtz7JNz5&#10;wlnBDt+VRSnofs+Z6G+18nx27fqAGnkfP7cZ8vl172ITbDvDoWAOgX1AL9bGwLWF/p+R7C7cx9xf&#10;UMHhUZH7afs6O5tjUJrK6aECgx+VPn173D/uDBe/jQgFQQsYZvpYKv8AaH+v73/WdAupTxrmtBQ0&#10;xn/DjPRZFsEJlIjTub9g9c+nXvb7SbPpaMB0pkueHLxjgXvcG3+39opN/eWqM/oeI/wD/UR0vXYm&#10;t60jJB4kZ697h5jbkEapUvEi6CSDHb0rfVpNvrcc+7wX4mDRoa148aVH7OmZLRFX4aA+vy697Zf4&#10;s8DJHREvpstk/U1uDqA+ntYzI/ccE045oaftP+Ty60s1xHRNIr/MU4Gv+qnXvcWTJ5mprFX7Ccpq&#10;Frox4HF9X9Px71JJaxoRQV9Sa/zqB8+qj6qa4CMDk5xk/nwGf5de9jvtPAtV45JngCS6gSXWzWbn&#10;kt9Rf+nsCbvuyRTMYjUDGCMgeVPtzjoZ2GwiVBJMrFaU4f5Ouibf8Rz9T/T2p6jbCu+kQx6QAbmN&#10;QwP4+vslg39zIEViT/Kn+XpYNktsdppT7BT/ADdd+0Pu/rPH7loZqSoiB1KRpuODpt/T6j/W9izZ&#10;ecvoplk1nj9lTwA/4voIcwcqw3kTBxqFDQ+ny+ecA9dXPPH+2/PNvZA9+/Fp6fMPXUtKammBZxGR&#10;f0/X6fkX95HbB7iwzW6xsw1GmfnT/D1Ae+e3MiytIseoH1zmvCopTrsc/wDGufZft3bByWKmWlp6&#10;HwPwpRYyto7jn/io9yJZczR3SVBDV+f+r+fUZbjy5NbTFVQrTy9PKg697EfZOBzFDQRBIZg+kX0p&#10;pDE/T6/4cj2Ft63m3d9JYCvGh869CnZNnvBGseigp5/z/l172JUe0sznpoooqaRZAF5Ceqx5cEn6&#10;f1PsH3W+W0AarVOaVOD869DG15buZ2PEg/sx8/Xy697F3F9Z7l8EUM1JKI0iRAwWysB9OBc8/wBP&#10;YO3Pmvb0LEv+Xl9v7fOnQ8seWrhlAdTSmfQfs9Ovexmxfxzx1dQibJGWKSSNWdFVtS3W7D1fT/H2&#10;BLr3CdLnw4cgeYNKeg/PzPQoi5BguYg8gFSPMivy8vzqeuJbjgX9Wn8fW/PsLN+fGyix8MtTjq1Z&#10;IdFmp5F0H+twT/h7G3L3uFLcMFn7TipHl5Hy4fZXoE8w8gRQVIHzxxPr5EEeo/wddhr3HII/B/3v&#10;2V7J9I5OlqZKmndGXRrC35IUekBfpc/j3LdrzWk4CkA04eRHzrw6jK85XaMkxKGUcMCo/wA4/Prv&#10;2ho9uZigyq009HKqEn+ySBfiw/NvZk+6wmIyKe4cAeFPUnhXohi2WZbwUViRwFD/ADPD8x9nXvYv&#10;UezIXofOsDedVuwKmxP5vb6W/wAfYXn3WPxirsSfMn/P5/I/tHQuj2Mi3EprULU4yPs+z1/l172m&#10;8rUVEEYoaWJ43Rijg3BY/nVe3+wPtQtykgDF9VfQ08/L/V/PoruppoJAgJ4cRj+fHr3tebAxlYsi&#10;VT3dCrekhj/gQL+yDd7uHVg9oxX5+hP+Hy6HGwRPcgFxUAf7AHzx173N31XVu36qialikRHUzSNo&#10;bSpJ9QN/x7Z2vw7nt1UFcH1J6Z31ZbTAHaCfL/D173D2h2DPuDLRY+ahLppIjmCGPQwP6WF+QRf2&#10;u3Db1hgM68BWowTX5V6IrJ3v2CMtFP8AKv7eOOvex0XCRvpmCLYajpNxf8+m/wDX8ewc93MJCn+b&#10;8q06cudkKKa1AOOOPl8x/qp1723SjE0jLHPMqO97KLFo7cC9/wDb2t7cSW7YVIP7TT/V5dEv7sCy&#10;6CCSKV+3/KOve3Wmw9PUxxzRMGQj0uTr9V/o4H1/r7Rz3ksI0MSM5/2Oj2DYzIo1DPy/zevXvblF&#10;gUZQf0sWYnkcm4ABt/gPaX94ksaVp8q5r5/I19PLpbFy9FGwqGI9PT7ft4de9uVNiI4nRlFmV0/F&#10;72/wP1ufwPZffXZkiIXNcU4f5h0a2NiscoxSlTTh/Lyr172uaPMVFEFjgJAQAFDcC5FxcA3vfnn2&#10;C73a0uyZCNX20z/n/wA/Uk7TvMsEQ0HC/ZkH5+tfL5de9q7H7rnkIjqnUFeGcvpUgjklfx+B7Dl1&#10;y46t+kD9gGAP8H+X7eh7t/NbghWNOve3yHMUjurtLDGrm+hWUqE5Fzf68c/T2XS7RPGCqrWlBkHJ&#10;x+XQnj5qhYU1j5+hz173LOcwaP8AuVKa+QDrs2lbEXB/2HtLJs11r0xLgnNa0rSnpj9nW5ub7aMU&#10;ZgCfnjr3vi2b2/yFqI2Bsbgm/P4BH5/3w9+fYrlqE4HmSD/qPp9vSCTnC0cAahWnH0/1D869e98f&#10;4nt9V9NbEPwERiT/AEsS1+R/r+2/3JeJnTUH1Hp/s/t6qvNttWutePHgeve8D5bbzlAK9g2q1tdt&#10;QHp/S/8AXn2pG0XIoQNQPnTh+z/V+fSgc52mr41Of+LFeH59e942l2pO5R66MNcX1sbi9rFQOTb6&#10;fT3eXab1RVsjzoMfkfX/ACdIrrmWxuhpaRc/P/VQ9e9yIsftFhqWWma5AMnk4/4NZj+fexabjEml&#10;AainGnDyz6fl05a39i4LalNcVqOA8uve3BMTt2Qhl+0dv9SZVNvx9L8fg+02m9VdLg1pniKV8yPM&#10;f5ujm3u9r0hmbPrX+Z+3+ZHXvcyPCYINbxRWAsqB0YX03H0J/P1PsvZrvV2K3qTStP8AN099VtpN&#10;UYn1Jz/qHXveR8NggOViVhpDDygWAFvp+f8AWA90VrzVhT5kcc/6vt68brb9WvxBjPEj+XD9vXve&#10;ZMbg9TLTiAyMFIJUFgBcsBzYAWv78XvPjlB9CKcfMcPQ9Kbe526Q6WcEU4E8f+K697ztjseAqRww&#10;6SSPqBdl5Gpvx9Da/tsXM9Cx4Gmf9jz/ANno2Elq4orAgj8/T/V/Pr3vL9hR3P7KkccKqkE6T9Rb&#10;+ntszXC0UCgP7fyqRQfI9PxW0DtpIUBiONMivqOHXveU0NCoH+TRK/10lV9ItyHdfz+fbLbhMpCg&#10;V+dfP/D/AC6MDttvipqM5oKY8wKcaYH5de98PtaFWLGCG7NxZVChgCeR+b/g+6tuEpQUBAGK/b/L&#10;/N09+7bQA0Wo8sVI9fl173L+2pTqK+IXuoW1gW+pAt/vY90N9cquqpoCB+X7OtSWNtGgwRQgVI/l&#10;w/YPPr3vl9rAqlhpFtKkJpJ1H8qPyOOR/h7Y+saR9TnJ4eWB/l/1DqybZEx1AKNQ9KU/2fn8+ve+&#10;Ypqc+RdKORci44LNYLYf1B+p9uiR9AbVWvn5ilSMfyp059Dbxx1Yaq1GOP7P9Xy665/Fv9v74eOA&#10;XV1RrcsQB+fqqj8/Xn/D3UzyAhgxyKVJpjyNPnw8ut/RWoAIFBjJNPzp9tR+XXufyP8Aeb+8ieBW&#10;DKg5NlDAaWP1UH+g+v8AvHtolySIyCRknIp5U+0fs6strbk91CoAP+r8/wAuux75tHTi2oAcjmMW&#10;sCvACD/bH3TVd5IBNeNckkHjXh/m6c+lhpVRX9nXvfrx2kN7KTwvKuARpZT/AF+n19svJMgCsf5V&#10;HHPn9nXngt9Iai+uP9X7Pt6975iaNeAA1wAAWsRpF/8AbkfX202pzqJNQfX5dIzGpatMA/z/AD69&#10;74l4kBPpIDGyEgkX5sf9497CyuaZr+eR9vV08Mmrn8hx+3/J173yEkDkEFApC6hY6mYGzNqH+Iv/&#10;AE9779JDE6vXyH+bjTpWBAQdIHDHyA8iPz6975Ew3JABAsFYKL3sCSAeLfm/trXImKmp+L0z5faP&#10;TqivEpqKAmv5/wAsfZ173yDrYhZdOr+n6gR6dQFvp/j78BK3dknhxH2/t/Z0rWQ/jofT5/5yP9R6&#10;97yGS4uJBI2krchbnSebni5/p7usMrHUwNBj1+wU+f8ALrTMAv6ooOHl+z9nXvcZVRWYEK/kULwA&#10;fze9/wAH+tvdjqU6cjT+ymf2j+XRWwjZjTh8x5de9+0RamBUEm/KJ6Rf8c/0/wBf34yzLwbOP9X2&#10;9bWIgcKDj1730YKZmX0JYKA7Iv1N/UAWH1/2HveuZgWetD5VH+qnSmO3xWU0B/bT1697lJ4kU6V0&#10;k6QQ5Gr+mkD6EfT/AB9pXDs5GABxPl9vp0+kUaYzT7P5/n/Lr3vICbsbX/A02va1lUg/7c+6tG5I&#10;1HOfs+fSozR6qDz4enz/AJ9e99STqQq3KH9J03ALH6FieR/h/X20ilGGtcetP8Hr5Y6srKc+R697&#10;52YBrhgAPyeQeNJv/vXuyipGlsceGR8gP8PCnWz6Dr3vh5dHHLm6CykcX/1+OPp7v4ElacBnJ/n1&#10;VmWta/z6977ZwCo1AcfQgMEP9S39f6A+9RxTVwvrT5/7B/w9eDGnzr/qp173kHjsH8gYFbX/AKEE&#10;/Vf8TwfdGiYUWgNKV9cjh+Q9ft68zRq2DUU4mo/bX/D173wLq7EMNHqBABsCfyP63/qR72YJcmMV&#10;+3y9P83+Hprx4BwcZ+fXvfTOFJRdJBFjc2Ba1yADx72sEzaWAxn8wOJ/1eXVZb22RdTMAB6ef2/P&#10;r3viZlKsg50MRwbqVP0va/H9D7utpJq1LUA/6q58/TpD++bIOFZqfKo/z8eve8T1VPH6nkjsi2Os&#10;/wBP1Xb/AHr2p/dVzKaaSGJ8qf6s+fSobxbxJUPQUrxHD/V9nXveOHK0D6kWogZvTeNHVzYekXVD&#10;9f8AA+25NjvOIU5/Ph6f5/TqsO/2k5Ijap/1Vp173LWeMktqAPCoQwNgOSSB+fwBx7RrZNkNUkcc&#10;Gtf83r0vG4xafI/Yf8nr173BmylDTktIyRj0jVdRqZvxY8j/AGP59qE2uedSQCfy/wBj/V59Ipd7&#10;jSodqZ8iOH+br3uPPnaCNbrUKp06SCQCPyCDf6/19vQ7NcOfC0mp4GuP2U4+mfy6SPzNbKpoy+WQ&#10;a/8AF9e9tZ3bioQ+uquAv0/tlb303P4/I9rV5bvXC6ENTxP/ABXRHcc9WUOA4U58/wDVX/J173G/&#10;v1ikl/zscsbKGNx6SQePUPof6n2pTlW7K6QpHyFf9VD0VH3C20GiyACnAHz+z1697yxbxxNQ4Vam&#10;FTcM0eo6Rb6c/Sw9tPyvcRqWkUkDhUVrX/P5dGdtz/ZyoGVx/L/P5+vXvbwufxzqQKiNX0gKPIgR&#10;1PP9rnj+v59lLcvSqQrR4qePkejSPm+xYhUYH8z+zr3vO2UoTESKqJiAPSHXlzzYD/euPbMmzXAN&#10;QmonzHofs9OjSHmOymbTq/mOPXveb+JUxIZJIvpyqEagxA9TF/8Abc+y6Taplw+F9SOH+Wv8unm3&#10;u0ZCmr049e98vuoGa4lUsRdSdJF2NvqP9tc+0xsLiJKEAioNajh9p/ydXhuYpFrGQR8v9X+o9e99&#10;liwOolQACCBwQOCoPI5/1vbCrpYoBWmPs9fLo1tpfEQ6uANM48v8PXvfIOCSQtuV5tqIFrWN7gcf&#10;X37w9OKcM8Dj7elRZtOmvXvceRgPStyGKkg6luLfUf42+vsztXVhig9ft/2ejO1aMxigA8j/AKb5&#10;+fXvfg0aBSV1FlcK6tY6jbVZPwQP6+7rWTUjUIBFR/q/ydKKGQFSdVPKmKde9+EiSBipOpSEsLga&#10;OCDqub8+7BFShAHy/wA3z6toCgHh6f8AFde98fOH1KyvfSoH5F1P1t9R/r+0MsTKzOmB5/n/AKuH&#10;r0VzQCNmkiwpyRX/AFfmOve+pHFiqqTYt6nF73/Kk/737YAxk0B6R0xQnT/h/wCK69779BABYKF9&#10;QLq3Olgf9j/j7sscj9oFafMDiONf9Q6cWOSUYXVTFa+vXvfIqDpPoKudbMANKm9mGn+n/E+2TpVy&#10;KEUx64+fTiTrGtGBOk0r/n697xKSdYjRbyD6NezWGkNf6D6cX93CpGABXHlX1/4vph2BbxDWp/1f&#10;b9vXvfGPyWAYXCjVf9ZIW5C/gDn8e71UCn7PLrXaMqeH5f6qceve+iI2Rn+r31lVUkggWZSv9P8A&#10;avegpaQAedBn1PT8UreKqMaq3H1Ffn/qHXvfnkSZQYj4gTYFQOCo45P5Iv8A737U+AsC/qgSNjH+&#10;z8vPowmZYYtLqGHp6/LP8/l173glvfVGCW08gkszv9Tpb8fW/vcNwoOmTA+QwPnT/V9nSSC7VSUk&#10;oAT5Cg/Z173xTUOXC+onUDYkAiw4/AH+t7rM8ZBCVP2VGeJ8sk/s+zrV1PDKnbU08+FPX/VXr3v0&#10;gUKwBBJ/1PquTwCt/wAc+2VUhu77f9jqsc7x9hHDI/zH7Ove+DMQ5VF9KIlmay60N1F/6/W/P0t7&#10;dTwli/U4scAZyPXHD7OPTlusTxkyZZify8/y/Lj173zZoyvDBuFA4IJsbhXJ+trW/wBb3QAxyUoQ&#10;anHp9n7OkJ0KxjYZqcf6vP59e9x/t4/+WhJDAOBYNe4IB/s/Q+3jcSjgaKK1HqMeX+by6TNaQatT&#10;KKef2f8AF9e98iqp9Bp5AUspGoN+So+h9skmQliT6Y+Xl/P7elCUVTg48vQeXHy6977m45Ri9xqb&#10;UCCgVbaR/hza3+Hvygg04D5fP+VevD+00tgHA8+NPIYx8+ve+LGDUjabBk5Q3Avf3XuYlQa0/wCK&#10;4fP0HVlkkBKIa0Pnj5cP8nXvfHSgbTGttIOtjxqIAbhfx/h79RqdxqTkenn04lxMpUsan7Meda/P&#10;+XXvfHR6uV/SDpYm3144VuL/AEsffiaLRs+eB0qSeMrVzk1x5U+XXvfIBmACl0BNyDZWt+pbkf0/&#10;4r7qWUdx/kD1s3ECgVbgPIf5P8PXvfBRJGptdDdyDfVqLn6gnk2H197cpXvFQf5fb/k6t4sTEAGv&#10;qP8AP173zEhWNQ3KhvVc+oFh6T/XnjV/j7bGipJNGP8An6qJYge5u4+vHH+rHXveEG1mYOrj1FUJ&#10;K/W51C/09qCoJORQ+v8Ak6foBk0A8+ve8qsyfqP+c1AMxuCRyGKn6c8A/wCPtmRYmBNMD9or5VHH&#10;h/LphZYJO1SCafy9K+vXvfIytpCBeY+GVCSoLHgLb/b390S2jVq8PTptbdImMjMKeXy9eve8WuxU&#10;s9iABpYm55uy/wBP9v7f0rQqKY9PL7OlQKMvYaZ4jI/1Hr3vIlTwNPCJduCBquxAYluOPpb+ntNc&#10;wqRXgTj/AGP8HSO9I0g1Hp9lc/6qDr3vlJPdr3VRYOylrC9zcW/xB9pI7di4UVJ4en59IkMpcKBQ&#10;1/weg/n+zr3uK0wkYE2tww5FtJ5Qeo83twB7NEjVaMMV/b8/z6OAF4+Z/wAlP8A/b173ykIZT6gx&#10;+qm+k6rgXs39Ofp73CCGCqKCnCmKD+fz6umXwD5nr3viGADOblSoWy+kNpNtRF/9592kidSEIz68&#10;aj1Hp6fb1aRWADLRfL14/Lr3vIZiBySSQS3BKhW9Oq4/A+pHtgxsWpQU+eCetaqmh697wySOBeIA&#10;lDqYMOGvxfn9Pu3hK1RLg/LyH2Dj9vVTqODjh5/6uPXvfaTkMR49YC3F2PpW9x6fzz/r8e7NEOIa&#10;n5efViSDn+Xr173285LalVVLgEg3IDLxqso/2w/PtpLZEYfLz+Xn0ysaRP201H/B173wR1Jk1K9w&#10;CEOqwW/10n62/PusqMsSlCOP+rH2dNzTssYdMHFeH5Y4de95DJ4za5HI4HqH+3P597jRnjrx/wBX&#10;+r7OrwztNEHfz86440/4rr3vizs6lVK/0e31YH6Wf8f1NvaV4ND9/H7eiyascjLT7Ove/LLZrW1M&#10;QPVdvSF4uAfrY/T3oxKRXqiy048eve+E03i1sslyygWJ5Y34P9P+J9uwQCRqHy6tBGZ5DU0Ayace&#10;ve+lkNtTXDWBbSwvY8iwP+8393lhCEHiD07dQmMK4NQflwPz6974swJVlA4J+ouSL+vT/vHPvUYS&#10;hEny4dMx+CAfFJBxw6974qNaHUCuk2DMebi5NtPHH092lCiaq+fpw6vclPE1Jivlx/Z9o49e95RI&#10;QCQ5cFQbWFiAbW/qOfbAUVAPl0lIBOa4697jMSx1f5tmYWIGoaVNr2/1/r7vgcM9b8+ve+LOdahQ&#10;A4LAWJIsF5Kg/kDm/vekEU4g5p/k68PTr3vH5V/UqagOL35sTyT/AEP5Pven8v8AJ1vr3vpiAOH1&#10;EtbSBZQSeAT/AIf4+3Y3KNQCo4/mOnYpWiNAKgnh173xVySxkNixsLqD6Qbkkgcf4e3JVVo1kTy8&#10;q5yfTp65dW0FcUFSMEj9nXvflkbhdRbUCUb6sLHhTf6+05HyzXh/n6RggjV1736R3vGlhySL8qDx&#10;c2/HHPHuyJrrTrwOKn/i/s6976Z1DFpGJKjWt7KllH0uPr7usErUUY6aaUqaEde98DMLMQp0OCV0&#10;LpYX/wAf97918J9VGFCOP+rj1ZpECa/9X8uve+PkHiBRXY/kEeo6jaw/437dEFGrj/J/sdNpI9QM&#10;Z4D/AFceve/M6xgWJTjS9hcEj/WtY/4fQ+1aIxfTpBp/l6Vl3PdLmnlw4+g/y9e9xhUI+kyBiSLE&#10;G+m97Lp/Nj+fbptZPDLChP7D+35cemGKOKMBnz4Efs8v8vXvfFnRiWuqkWA5ta/pB/Nv9b3XwGAF&#10;ammK0r+fWjHEpoCT8/n/AJP8PXvfCRyCrKJD/ZA/AZQbFR/T22BIMMtW8hSv59J9VKh6Fh/g8uve&#10;+Dya7KSQbglfprW1iLe/OtMEVPn6deqrCq5FRXzp1730XQFipYH0ALySCpuBY/U/09+OrhTFa9WL&#10;NxPAH1/wde95ZeE9DXuQxBJFr/1U8WJ9vRrITq0j5GmP9X+Xp+IrGhfGo5H59e98RLpBWyEC1+LG&#10;Rj/iOLX+lvap0DGoxig+XWg7I2pcU/Z173nJs2vm/wCE4uNX0uP6H2ieGSnh6a0zUf6v2CvWp3Ux&#10;j5fOn7Pl173HEysDZdXqu5Km2ofi/wDT/Y8+7CMkUJC/t/nQfyHScSLqqcZ49e9yVkV1Zm0hmuFZ&#10;LjSb8i39P6+7SRyI1KEjjw44/b0vNK0rUZ+fXvceSVg59Z0aQAFe97GxA/rf/D3UKxjrSpOcf6sD&#10;/L0xM60Ck1pT/Y6976E1yAjAaTwLH/EWAbnnj22qAVUD9n+x/g6rGVEgHk3XvfBZWPrIBCklwOD9&#10;foPzfn6/T2r+nanGhP8Ah/4rp0yDT2jPl173gklYsWJubgqB/a40hf8AC/5Ht9IUXK1+fy/wY9eq&#10;NVz2/s697yLKoZnkIBUXZSzFgW41/wCFrW9+BLUC+R/1U9R1SoFDwFePH7cde94jKpK/XQzEXFwG&#10;YixBJ+n9fbiBW1UOD8vLyx9v+TpwShnLCTHl+fy6976aYMDGpYOCRZhZbA8af62H9Pz7Ye3UHVU/&#10;7FOHy9erB3Bqf58eHl173xMysCWIDaCE+llsRYC/0P8Asb+1ABBDDgP9WfXputW11z8/P59e99iU&#10;6QhDA+nS6gEKb/Vj9fp9fdVij8YSMoIPEUzkdPxOokGupFcj/OPt4evXvfTys6sdSsysVVgbsthb&#10;gH8n/e/b0ghQjwcf5f8ABw6cuGhYK0Jz54NP+L6974+VSrNq0swAK6TzxybD8X59thSGBSlekpND&#10;qGOve8GoFdWngkAqGNrAaSAR/r/T3fw5KkAceOOq1B8+ve+9RNgh0hV18NYD6knn/evdApGCP5de&#10;PqP9X/Fde942ksA1wSAApRiRawNyP9t/Xn3ug4cOt16977Z2YCyglVC2JKuAnqLk/wCt79pr8v8A&#10;Vw60Kef+r/Y6974q1gXcC4BJBbSxNrWH+uOTf8+90x1YUOR173jYEljcsSpLAAf5sn0jUv8Arn6/&#10;n3tckUxXHXuve+r+plNwfST/AF5W5Nv6m3PPt1YZMUBz59adSKavMVFD5de94gpZmfUebBi1ithy&#10;bk35H9fbzW/8PlnqviA44de98HeQ6lFx419TEmxW9jYj+gP0/wBb3RYmYaqgdb1Cleve/AORdmNj&#10;oBNx6R9DZh/gP+J93EBPmOtauve8JspbTf8AsArcC97AMfyT9SfalVCrQjpskk9e98W+pe5HPqGk&#10;/kauL/1P59tGAE8erhz59e9+EtlsR+q4HAsQeRc/7A/n3bwIvT+fVSc16974MxUWSxDNbTYn6DWT&#10;c/jk+/CCOtTU/n1vWeve+JZzduNJtwQVJP0Pq/w59uFarT/V8uq8Ove+BYar6r34tcggEXY/6/vf&#10;lp69U9e98GdQR6uPRcgXP+p5Bt+f6e/aFPED9nXq9e98dZRiwa9rE3tewv8AS3+HuwwM+XXldlcH&#10;zHD8uve/SSAsLEC54Cn6W4Yn+nv3E6j1tyruXXz697xyu1gy2DBuCLXK6b24/wB797A6qeHXveJp&#10;LKrXVQSVPqANwfxqH0+vvdR8NeqmRFbTqAPp173wkmVjpU82WygWBQH+p/2PvQxkdW1V4Hr3uL5Z&#10;ADYiwC/VgSoBH1J+n+w92FDx698+ve8fmNmsxJBuSBcG4ANv9f8Aw91ZgpwK9J5JwlAvn/qx69e9&#10;4ney/rA1C4tc21cH1D8jj6+2izu1PMfsH2dIJ5Hlfwzgg1+Qp5+v7fy697xLZnEZ0k2/PFufx/vH&#10;t+BCDr82/l88/wAuiHd9wG32rNUFmFPT/Nx697tU+E/Uy7f2xWdqZfHr/F9yI9FtOadVaTG7eRtN&#10;VWU2v9D1cgI1WuYwLGxPvqp9x72mXYeWrj3g3e1P11/qg2+RhTwbYDTNPHX/AESZqor8QgOn4uvh&#10;/wD79n77197ve8g+7TyRf15d5ZZX3IRvVbvc6ZRyvxJbDtC1I1Eny6x21MDc2S9hzYsR9T/W349n&#10;cMweRV0G9yAo4Jv9Tf8Ar7zZN0JphDoOo4oDxr51PD7OuAgjKoTXHWT25UMMQcJcjyL4pCxIBv8A&#10;2hfn2KNgsbWSdYfh8QaHLVAIJ/bjy6Q3UshUt6ZHXvb/ABq8ZKu2qNdYVxGEsFb9tDyb2HGr8+5M&#10;gjubFzDIw8GMMFcIFAKntU5Ne3Go8Rnoqd0calFGNKitftPyz5de9yHhErxNd10nWGjOkMP9RIAO&#10;R/QezmbbRuFxBKS6aO8FG0qV46HAHcCfLAPTKSFAwwa4zn8x6de9yJElZV8baNLXYlQ91H1UC4tf&#10;2c3tvcSwqLSTwmVgSdIeq+agVFCfXy9Om0oKlhqH7Ove22ok8CvKRcqyBtMZdwhbSSoFuB9T7AW6&#10;XTbaJLgqGIZFNELMFJodPyBy1D646Vwp4xEY9DxNBj1+fXvc1AQDpN9VjqN7Djgj2K7WN4kJiOvX&#10;RiWrpGMEfM+Q8vXpKx9eve+yraVGvk31G3JH9Pbr28z26L4pJYnUaZYfwigH7eqggHh173ycWjCL&#10;yOF+hvyPz/T2purdIrJLWBajCgfb8xmvqfLz68DVtXXvfAxeaIxya4hqUgxOVayNqtqH9T9R/T23&#10;FYyXll9NdAwhWFPCahAU1AqK+fEeY406uJBE+taH7eHXvfMsdRZrFQQRqN+Txcf096keSKZmmQGM&#10;NUau5ieFV8lx5DrQJI45697yehgBGWA06dKkgXHJWw/H+HtSq2d1GscR0opwE7c+YoMU/wAvVtRB&#10;7a5Ga569a/8AsDf3JiuDZkkZCOdKAg2+mon8f09q3YKwQDJ86Ggp6n/B09b6qnxASlBUAD8uPl9n&#10;XFvxa2rm1yQP8fp77mVoUdgssSqA2gqpkKt/aUj6j2xNcCO2eZgTor8NGJA9B0/NbyRMdIKA0NGG&#10;aHzBH4fzHXFHDcghrErcHi4+otx9PbfM5kjDCJlDHSYmtqIJsGH+9+yq+uJbvbo5PCZRI2kxtTUQ&#10;xoOBIp+Ljw6SHR4xIxjiOAp+XXMf69/8feZtCIguSWOnSqk6Qv0JP0sfZvLLHbqluwNCKAhdQwPP&#10;iB8q/wA+m9CFNeruzUfL7fP8uvXOoixta9/wf8PcOGJIVma7P5Zne+kj/WVQvFh7De3WlnttvcSM&#10;XkM8zGukg8MABcAKPkOnZHaVlGBRQPt9T137xo1y7IuogHkMl+P7JH19ltnIsjtNbReKV1EGqBj6&#10;KQBXNPM9WYYAY0+Wf2+nXvfJnjP6x6yB6YwDKOfyV5AH059vSz2zANdikrUokYHig1pViMqo4VJH&#10;y61pcYXh8+H5fPr3vDaaR5IiyJob9uQKW0qLG0iXv/sb+0R+vvLmaxLrGIiAjhSaAUI1rUE+lag1&#10;z05+mirJQmvEV/wde9xqoRRXJ1FgTqKgEMwF7kn2Q73FZWbMsgZ2ByQKqzDNeNT+0np6AyScOH+A&#10;de9xI5fGql20h/wWJBFuLL+L/wCv7I7W4FtGrztp8SpOTSnHgOAp5eWOlLprrpFSP2/7PXvfAyNJ&#10;MGC+SNioj1E6ARwNIJP4+vHtl7u4vL7xh+rGxXSKkKKYBHGmMnBz1bSqR0rpPn/s9e9vUR8jEFSF&#10;jYDUpOhz+QbW+nuRLGQ3j+HMGCQkAsCdDHNVNBlvy4dFjjRwNS37eve5lLPGWYGEzLJfxyo9kXR6&#10;eSL/AEPB/wB79nu2bgZpmSJGdHJKyLQx6FGkLxoKEEYrXqyiOOomXUT5VKkHjXgaj5HriwY2sQBf&#10;kFb3H9PbrDVRltH7kbNE6qUVmih4sWk/BPs4dwzCFVJJFa6Tp+wtSg+Qrny6W2t1GKksY6ggaa0X&#10;+kR544kD7esUicXChrMGsbDUQbgKfxY8+0xVR00EwtBSRTTRmMSiGESVQQaniRE9b8f2Ob/09g/d&#10;YEsrxI4IYYXYGjrGgeXRllVEJdgBxjodVamvSdZJpUy7Oq5pqOla4DE8B/psU+XWcG/uHgK3FU1P&#10;UtU4yGJtFR5/2XZqfH01RwiKq6wQzhkiAIHI9lXL93tjwyrPAqzHxGYaSaQpIOwKQSAC5KoBQHNR&#10;ToQBdU/gTHxlk0gFmoASpJcEH4qqAW8xxrXrBMrEAozIUYMNI/Wb/oe/1U/n/iPfdQk8FbUQVMDx&#10;rAf2HvcTpJ61ZD9LWPsOXouYN4nhu4DGsZ/RyaOpJNQcKaeYycUxTosltxbgR6qsfip5YFD60IoR&#10;9vXNHDjUCCP8ObEEgi/+BBHvOERf3ZCfULBbjhb8kkfj2ZLDDCfrb05fAWv4fMkjgPt9OkdWb9OP&#10;NPPrJ75k+oODGFIAsRe6g8FT+fp7daWs3iwlFWgHkdQrgqa5NKD5jqgHbQ1J6979NdY+ALubGy2I&#10;ve5Uf737tea4rcBANTmhxSnGpA9PL1HXkozZ8uve80LH0jVe3pK/jV+P9j7MdpuHaVEVtQWq0PDV&#10;6kD+Z88efTUygVxx697cQL6STawAI/1vyfchwKW0yOSMAUp6eZ6RHr3txgbUxuBzYaTcggC9m/3v&#10;289QOjazbU5qBTGDWlPn9vGvXBxdTyR/S31vfgj3NgrTFU08wJQGcCUj/NiE+kqx/N/qP9b2mlh1&#10;IY+OCR9vRvZ7q1vfQ3anQNYD0+ER8CD614/Lh031tEtTSVFOw8haFtFz6/KASji35B9rjwCRo2Fn&#10;QMCLE/p/DLb/AA9kXi6QVyDT/UOpcFmJ3SQEOAajPl/EKccZ6C+TLfaQ1kVjBUGmNnkQIqTA2EVQ&#10;ZONJIt/rX9y8xh0zGFzGLWZ6cZPD5HGiZBqMX3dI8KuY2uCRquQR+PYR5ptJN15bv9rVijXEEyBh&#10;Sql42WorjFepX5Jli2rm3bd3QV+nnhelSAdDqwB+37OPRYt+7rrsRt7JVE9LS1tRQzpmJKepQOri&#10;nqgtcaSaIrKDoT0FHvpvcHn3qB7lpZaDcG4KGVgslHncvQuNI1aafJSRkFV4BNr/ANPrb38z292c&#10;tjuVxaXCkukjqSOBIJFfTy4CnX6J33c94j3XkDaLpDqE1nbMCDUZiUVqePHo+9JUR1lNS1kRvFVU&#10;0NREeRdJ4xKnB/wPtkOkNZCSvp5v9Rb62H049h/5NwH7esjtRJC4/Zn/AGc9SfeZSjWFwOL25Gq1&#10;ipH9P6e6yBiMgg/6v9WOno5BGTip/wAn+z5de99hbMpVlGq4sRY3X9P+uD/j7ZZCo6Wo+sVX/Viv&#10;XvfJTqIJFiLEf7a/+H/IvfglVr514dVkkMYqQc8Ove8jDUFKEXtZCCCSQeBp/wALX920x0xUH556&#10;bW5UmhBHXveMEqfUoVgRHoseAbgEj+nPuhU6go/b08JF06wQPt69753VNViSLXuy3/JBBH9QPamO&#10;JimBU08/9Xn1VTPOP0WoowCfM/s/1V6975MupdYAJ031abE6hxx7aZSO1scf5dM6pUkDPkHHD08/&#10;txw9Ove+y2kKeRci4UatJVef0/6/+8+0/SksB1734BmUsPUTrPBFwVt6iR/vv8Pd1HdnA9etswQV&#10;/Z/q+3r3vkq3sQ12ViPoPxyrc/m359vU8yekShya6gC2ePH0x5Y+z7Ove+mcFbjUdJVgL6VA/LW/&#10;PP8Ah7cQoO1wOlkV2gXRNgCufs9eve+EhH1F9V+NTXblfULf429sP2nQDjp+W4WSNQDXP5Yz173j&#10;fUfUQBqW+k3INwdX/GvdB0xQ+ec/6s9e98UJ0lCDwraVN7A/mzf4XsL+3fDYMCx456aecA0apPXv&#10;faoRxYW5Y3/oRx9fp7vRD2nAP+TNemfFLOCa/ID+ePPr3vihA9LcldQFzcHmy2I+t/acihx5dKw2&#10;agUA4eR/1fLr3vpjqA+oAJFr6gDYcMf8OePZhbygJRsU8/8AY/y9O/VJr0vgUwf8/wDqp8+ve+9O&#10;n/UuoVb6bXZybEkD23IyP5Y/1U6QTTAyF0FKVpjPDFT8/MU6979oVyNQKlLG4NuDzwR9b+2waAEf&#10;s6Zd2NGOM/P/AFfZ1735jYAai+gXb6aif1W5+vH196ChzRuB6tFIwbSBxP5f7HXveE+PUpewJ+gA&#10;JtrPAW35/wAPe4ywBCnielM3iMoEfzr5V9Mnr3vzc34sbkgm6hfwOB9SfbyGhpT/AFfbwHSQMoK9&#10;tQM/s+f+EY697xsQFYsCT/acC50/UAgcf7H3pR3ApiuOryOZSFyAx4YFM+fr173gJDAFQ5AAYggW&#10;Kj6Ef4+700Gn7emizKzJxJxnPXvfD6g8aVutiR+SeA3/ABX37Jx03UD8v29e94i4R1IZBoAsYz6g&#10;30JH1/P49q7OTw5Awr8j/q+zqsia4TTJ8j172cHpfsXEZHLYPHbhlNMMbHDTQ1EY0l4wQNDH8+8s&#10;vZb383724mjgsGBgLlihqKnFaEcP5+vUS828t2l8zXEikvXFMV+XnQeX+DoC+8up07J2VuXGY4x0&#10;+byWNkgpp5QXi86xEQsyH8g/Qj3aUd2Y7GQ0dHQKKpEpImgkDqqsjrqS5J/3n32G9qeao/ebaIt2&#10;uEJ8ZQCqnAIHE1qft9PPrFvme1aG7aACuknH+DPDH8+tEjvn+XRvzL9u9gr2NnTBFNuitFRF9rLI&#10;zxo+mOoREDE2W5UWt9PbS+/snOZII6KBSzFYyXvyR6QP62/r7yT5c9leXImG4+EWdWwTJQGmaaae&#10;XqadAZ9uViZQBUk1FP5eX8x1I2r/ACreittz4/c1TuDcNXNT6KqVVmEaN421s5RVBS540nkf7x7Z&#10;ooK6rlaSqZnllLEKBcAv+AB+PcqR8qbfbRhqgFR5D4fkONfzOekw28q3cpH2EV/KvRtp6DY2zcXR&#10;0e3oKLH4zFwWNQxCt46YXeWaRrEk2udX5/1/a3xmPp8NTiUoj1jgm5W4Xi5AP4/1/YJvLIbxO1lB&#10;VLeM0dwACzfIcaf6j0st0CcV48TTNf8AV5dEN7Q3jme9NxVG3qKqq8bsPG1RiqaiGW0tfU28ZfRd&#10;boP1Kl+B/j741WY1soljaNEu5NhoP9QP+I9g3cdih2hmij1dxrqP8qnPHyzXoourpgumKoJI/L0/&#10;I+mekliPj5TbdgqThMhBkMnk5YkvJ5RVRoWtG7kcg2PJufYeZ8PLBWVsMR1lGQIAdLKw/UPpz7C9&#10;zs7XAaRCdRxQYr+2lKdOao0g0tVXA8yMknNBxWvVgnRnhwOS2ztHLZOG1PPFVvVSSxtKaqJxeFl5&#10;IB+gNvp7B44zL42hqWxVAwqsjdXrmILxM5uNRP8AxHt+y5caOLQi6mbjj/D/AJuiyTS58OvHIHl/&#10;xfpXj1ZjJvTr7ee58ZFvTdlO+K2s0c0G2VBFPU+BBY6VPq/wLWB/p7TFds7fcGN++r3NXDJr0yBy&#10;5iNrWNvx/ifYvHKMVtsZu7pVk0jy/DXhUca9Px2tuIyCASOBGMeVfKvr0Le2O+vjllt1TbY2w9Ni&#10;srRGH7nGtAKV6pSwKOCbXIPNhx7DnNYPe0WN+4wGQaOYQMIhDDpMUl7kn/jfvF/nOSSG6aKyNRqK&#10;jTkEcM1+fp0T3PhSPpQClcn1/wBXH06NdsvevUORzU+N3di6VQJkaV8lVJNFURlf2wAfwf6D2G2M&#10;/vvQUs0mRyGUrcgZnNTHWSSGFgP7MSn6f1/p7AtpZblExmmqKeX8h0Qy2ToTjgeFBSn2j19PPoxe&#10;Ri6tyMtHT4rEbcpcWKeM0dRjIKeJ49X4fx24459jLQV+Hj2nBVbgmC0lM4Fe0dgyvJwmsH6C/HPs&#10;f7Tuq7aNZbPn86ev+qvW4rh7WQM3n5Dy+Z/LooW69v7zqu1K2i2HTRfxOvpWfCPWF46Xw05vO0bK&#10;Lam+ot7E/YuwKTc8kU1LposG+h4HjX9yZG5Uhhb8extbT3PMCswBSEeYFKnzxnJ6N1vWumbSvD5U&#10;J/1fs6Ih8vPmFP8AG/AVqZGFd09kwwTfd42aZlo6KVLqZGVbmwP+p4PszmF6225hqaZKSCQzyrdq&#10;iZg8hNrfkcD/AFvanYOZLTlzc4g0WtCw1Fqk6a59KdL9uuGW6Uy5AI4+X/F+fp1re9mfzT+9OwN9&#10;4KfdNTiqXA0FaiLhMVRy0tElI0vr876iztYcsTb/AA94xh6vBhngijnSZiNRTUIl1XXVf6e8rNg5&#10;l5e5jhNrYS0MYyqnSaH0oamn7fXofNLC8VU8qg0ArQ/zIrXo2WB796z+RMMOLOdrcRWYim8s9JRZ&#10;A0r17VF9SwmA6nIYWW9j+CLewE7Mz+Kl3Rh8PVUsZqapVMcyREIJNViqsBx+b+5C2bcIdneO1kJ7&#10;66WapIJNB9pP246UbdbhJFYg/EKU8h/k/wBVKdXJfBvrnc+2em9ybnx2YySYmkraxhQV9X5q2Km8&#10;fk1TmX66+NPHH49vtPh9vCn8UVMxrIwHYgk+n8/j6ezuW93LxPEdhoOOpBudxto7ZdTKSABkVY+u&#10;cDj+fn1yzvZfbUGVNdVZWg/uzUO1NAn2yrITa1nLkXZDx9D7dDt3AZKIPPDFHJSI06N6CxlRbgWb&#10;8+ySfmU7eWUyhq8VrU/l0Db3mVIh+kATmgJzx448vLoGcj8ge1djZF6WgqqnKUefrIMfNR2lDU1F&#10;UP43niEJHoAPq+v49pM1T4xoqqKuqWaaV4zRNIfHIn5Cr/gOQfYCn5laS6FxE7HWxXQaEfl6f5+g&#10;5ebs0p1M1AfWpP8Aq8vToVZ1i3t91jajb2JCUNJDWJnxSh6umnIDB5ZrXuTxY/i/Ht9oNwT1Mv8A&#10;Dsfh4okZSzzzqNTPblr/APE+1VxvrrGRFGY3pxJx9pp/hqeiu4u6xAStSmf+L/z9BDvbrnG4XHje&#10;m7uxclNLBIVocZjZ5BSR04ksqCCMqOD/AIH2FW8Kyoi3LQ0xjC+FHkmkF9LEG+lWPFh/r+8QOd+Y&#10;dy/fLkSNQHNCaccedc+Xr0E7i8YGqkHjUfI8KMPX7OjlfHXA4jKdR5vMxVklYuWqvt6GCVw06wFT&#10;GXkUkEFvof6W+nsV9pdisMe8YijKUjaSWWza1FypPs02HnLcbm0W1qz8RkkjPlxrw4f7HVFvXYDw&#10;qjV9lBTy+2vA+fVePyc+DVFlt60mSObzEMmfW/2kFQWphGW0iZUH9L2va4/PtOVfZ2QnylZKkMt4&#10;yCmnlLE8KB9D7FVrBc7ncK8y5SmlRWlPUg14+vnTo0ihZzrbj5H/AGOP+rj0MO2fghsHEbDwGFqZ&#10;6NoJ4/HWM4Aq5G/3bK9Q13P9Bzx79jN5bvylYxigWsi/LMmjwEm4UEWFx7mzlpL+KD6eKMMoGQRQ&#10;L5j/AGMnoWWFI4PDeo4fPBr/AJ/9QHSxyfxv6B2Dtinx7ytgHUaUhjqPN999NUhjYknVwLt9P8Pp&#10;7WdNJldyK+LrZDRzyM6RsjkDgXRj/U+771aymB1kBibLdteAz/POPQdFO5yJbytKo1D/ADU/w+fR&#10;cN50HX/RLN2Dt7HpncZjYY6vIRvT+d2jLfvxxKb/AI/w449h1l8LktqT1UVfL5ZnUtTSm7LIOSoW&#10;9/8AD2ENl8WG518Q+VYZB+ynA+Rrw8s9I7WbxZkZcEHScZPzxj8ujVdVdr7G+QGBwWe2PEKfEpJ4&#10;8lTCGKGoppI+JQ6rbSL3/HP+v7Enq/cW72plpKzFrJBrYQy6wH8f1XUP96PsW7vsFlzPs5HNKBI1&#10;ysmoBqDzNcj7ehnFCtwvcPtFOI9a+vpjomP8wX44fGXecNTn8rvD+DZCOnieqj8aNGtREtpBFK/C&#10;ahfUb/63PsacjVTpRKZ3FMGKCUKR5Hv/ALqQDm/49g/lPlrlePmF73ai108S6UY1aNAMVqcavTo4&#10;svp1Ks1TXC14fy+X5dVIdH9Xdbydr1Vbs2lq96VmKoJYMFV5BZajCYtIE8YyGRkcaLAAlRe3+Fz7&#10;TWTx+dy6Q0VBTpTY8hTPPUtqmAJDXVTe5I+nsWblvvL2wwSNud6n1EnYABkf0VQV/afOhPT90LWO&#10;Es7VPkB9vp8/P16NptrtH489FnN7v7J3yu5OyZJamgw2F23QmLGCQqYo6CnjpwRGobhieT9faQz2&#10;ApsbE6iSWZmUgs7L9QLElf6e4Q54226u0O5wI2l1xgmgpUGlPnk+vUXbtbTeK02ArHy8j9nrx+We&#10;hk6X7z3L2HmqPIT46hw1C88U8Ip6V1YwVMmtIxM9izqn6rf6/sLKvH0jUwk+zCyB2NtPOq1gtj/j&#10;zx7iCCwfxihNajzOB+3zHQZKzG4aJ8rT1oB9p86EeXVkOC3pnVy8lO24lqKDTGthMGRFH1lZkt9F&#10;Fvz9Pb9tPASY2imy7kpJIXkRDy8VjqTUR+L/AEHsQ23K934Wsgsxoe3+WfQ/6uHTa2auKEaq0PD1&#10;/wA/n+3oAPkf3dRb73djerKCN6uhpo6anr6u3+TVwqL0tUYB+Sqkl2I+vsRsDmP4kWqQNTPDd42Y&#10;agYjpckc2F/c18kcriWLxrsAVGQRqOKUIFeIPlTozt7MIoWQUrTJof2dEk7O6MptoQUW3ZXjp6ah&#10;zEn2ky04bXT5FfPShL2YkfRrn6+1JRUqZQzTTKaenBC6iwDSEHk/63sWb59NsEa28Fv488v4APKt&#10;ScZ+eRx6PYwYX8NlDUGeHDiDjj+fl0CnZW6T0nS4Pb+Eg/vbuusjaojxyU2s0VPKNcetUDMWvyLj&#10;+tvbg+2cZNE+i0hIPrVhqBt/X3GF3zDpuxab7ZmFSficEagcDPoB5dJZoXmkCTLQjj5fMUrxFOP5&#10;dFyPy+7RwO4KKj3Pipduwx1Ksq1lFJDTVELSC5QOORb/AB4J49pugwtPhZqnV5Y45X1BrsUvfkgD&#10;6H2I15J2ueyN1bEOrZIJBNPI/l8v8PSxdl8SFZZKN8q/5/L5/Po4O+Owc33Xt/a1dh3wuVqaCkfy&#10;wDwJWJFJEESMs5uyIfpf6W9vFdkalaLx0bOrfk2KtotZWS/sN3WyWFurSAjUpxjI4j0/IH0Fei+W&#10;xtLZ9JoteNASKnhQcSOHHOM9F+2R1Ns+TekuS3rHQ1Rp7yLBE8c9LHUs7CeOoaPUCVPABHHuRRZi&#10;T7VKepBlcgrIwNm5FwAfz7LhtG2NcC9Y0kGKYpUcTQf6q+XVIktwdU60r5j18qjyH+z0id8dE7a/&#10;vrUbuwDQ4iGNhUY2PRrp0MT3YGMfpFrm5/3v3hrPPBQMyxnxNKXLtcMFJ4W/9PbEu5fTyN4GCPU/&#10;PJA/z9IrieNS3CgPrig8/s/2DTp72bVYXPdj09PLlYly9Pi44Y8fA6yQ1TQKUkkWJCLsVFx/vPtF&#10;5I4zJLHgsxSmup8uTC0elWVSvqDNf6WI4PuNucN0F3F4Eh1tIeNM+la/6q9A7dXa9l1Q0BT7QPzP&#10;p9v29Hm6yxHYmzZst3Z1luCm2nk+r4P4jK0zuiZFJwYpaNIP0NGwuCv4PNva82fiaemoqnBx2eGC&#10;No4XNrxoxKIv/IPsH2263O22aguQsZ8qg0+efsPT+3I1qmtzQHypwpWvzOr06rt+e3bGZyu99ifI&#10;GqE9FWZCtpK3K42OU/a11TAUNRVRrwDHMb3Fufrbj24bdx9RSxVcddMJJoppEiH+qjV7i/8AXj2c&#10;fvnc1CSglgSMgUoD6H5noRRkzXCslSDThkD50A4muSf2dAz8wO2ttZ2u2VletMPUY3D5rD4qvzDw&#10;ldK5OpplapMWnhQCQOLX5Pt1J0yqgX0OTqNza6qXFh/r2HuZIYTPyvNu0jnxoIgyih1UaRUJ4Vrp&#10;Y/4epGjtlO1ySnyUAevEVIHrw6StHTSV3W2V3RNVyfxfC4OCaji8LCcR1WQhoZieLk+KZjqv/vA9&#10;/wD/0bH1JVla59JB5P8AqTcf7z9PeQ9zIklqYUHxYqOOfP8AZx9Op1tJIIomVKaWyc5NB6eXpj5d&#10;a2OcrUqKE0UNNIrMCdXqEjj6kMp/s6fz+Pp9faipYhUxmUMqs17agDYkWJ/xsTf/AGPuOdwmawlE&#10;RBIU5+YGRX0/y06ckuAqaAPh+eQPIfI+X2fLoJqmX7bSGV2VSNZB/ABsv+H5/wB49yqLHTJOzyOP&#10;GVJOljxb6Aah+be0W673bS2SRW6HWfUDzp/gNcedePTVzcwyBVRa09RxPH1645bJ0bY6CCkjBqHa&#10;5BAuZf7XqP8AT+n+x95qyOxuoFzpU6W+oU2Lc/W39D+L8+021s0o0ngKnI4VGB50r5HyNMdOwRF1&#10;0j7aeQJ+Xz9QcUpnrvDJK0TFlOnQx/cB4LDUDb8/6/thkpZHJJVnLD0lLm5HJJv9OP6n2Mba9ih7&#10;o2C04hsVHD+R4Y6MU8K0YSoeA7vLy9P8GPmOlCyNStHNHKrs0YMiLcclbm4B/re1/blR06pEGdb3&#10;UjUD+oE/Tn9XHsh3S8eWcqjU86eg/LgK9J5bwu+jVozioP8Aqxwr/LpnrHmL2BKFmA0WP9n1XB/3&#10;s+55jUlNB+npNwbXJBF/6H/W9kwmZQ3ij7Py/n1pJnXUZ8+lPlX/AA9QPKwV2lU6h6gAf1AXXi34&#10;P5v7kfYDSSLFjyb/AKhf/io/4n2k/ezqwDcB6dMfvBw1GOBjH2+f+DqEue0sI2ViAdGtOR9bEEn6&#10;W/J9wqjFK0byerWDqAQjQOPqAf68c+zS05idJUjwE4EnJIxx86fL59UkvHkKoeAxnj+fU9M75ZIU&#10;YDTp0h7es3FmW30t+f6e0hJC8MjI40kfUE2Fj9CD+fcxWd7a7htiKrUAHGnnXzFcDp7+0jA1UA/2&#10;TQen216HLE5GhzW3afH+QU/hRIZpCoIVydZkW54Fh+D78szRMvOm5/1z9Pr/AIe1Mez2t2nadTZr&#10;xFDwpX0868Oj7Y78gqkRoa1OMjgAPn9vD7a9KLG7QpJoHOPqneoDK0syXIYsPGqAfkcX5H+8e3aF&#10;pa9oKeFrOzgEgker6Ekf0/qb+wxzlDt2w7JLLcqCqIa1p6eXkcVpg06nbaL0TWixaQPwmlMk/b5c&#10;fzz0aXpbGVeJzGOhETTVU8sNOjIVJ8jsFuHXn/XAP095N95dcNhKbCxNJJUVPreRFJSOb+jk82AI&#10;4I/x98h/enmz957rM9mtEQlQccPUUxU+RrTNKdSDs23oF8U0APGuMYpSmP8AVnrdA/lUfHSbC4cb&#10;43EIYaqtSGdKUEkinljF7p9QSbXH4+vslu+cPnsrWTU8kodPEsirqYBwBqtoFzzb/W/HvGCO6uLg&#10;6mBqa09KZp/h6GlpHFHIGk+z8vy/l+fWwPiVxtHTKtMIY1RiG02Gl/0m/su+R2pkLyKYpJShfWUj&#10;chUvZiGtxzx9Pp7N4bp7cVkohwc0GfPifP8Al0dvLbzI0SHAGeGPn+XT8s8Z/tfn/Xvf62I9pZdl&#10;xEHyxKW1E6Cqr+s/UE29qE5imiNFao+fr6E8RT/B0RT2ccxCrUjzxWpOKV/1Y6zXH9facrthxVDm&#10;8MZAb1akUaHvay2+oP8AvB9m1lzZcquoPSgOP81ccPI8R8+g+2wpJP4roCBUAYA+R/yZweve48ew&#10;WBKxQfkABF/Fvpp+tv6+1g5paQaZC2AKZrT1I49LIdiBj+Ci8BSn+qg68SB9fbvSdelHJkgXXGVY&#10;PoPNvoLfS34PtDc8zaagHJFOPn6+eaevT/7oMRK6QOAxn/V69dXH9R/t/b8NgyTI7eM/qHpEZVhp&#10;4JC/UAD2WnmkntqoIJ861+XCnXjtpdPDNP2EmvlXrxYDgn/e/fOn6yMzANGF1airjVqKgXKsG5/3&#10;n/Y+2X5uKDBxw+Q+Yxn59Xi2ZogQB3H9n+DPz9Outa/1/wB8fbk/V6vEVPoLAkixbg8XPHI/x9sR&#10;c1uCRrDfMn1/wfZxHSwbKWwhBHmfIeteBH8+utY/x/3j2lsn0utZaFqhyrEFgRbTc8r/AIC349nt&#10;nziyECoP5inzI/wdFlxyosrAEAmvrj7fXr3kW1+fx/vP+t75YbovAUMpeRZJJmNrsF0M34A1Dn+n&#10;Hty658unjEaHTQU449fyr8z07b8oW8YCsFFeI4jriZOeBx/vI4/wv7XkPW2EpWjY0ERZRqDOq6FI&#10;+mlf+Kj6+yCTnCeRjH4mDinl+R4V9OjGHl60Vq4x6AD/AFfl1xLn8X4I+lr8/S/t2G2qKO4WFFCi&#10;9lQKP6AAj8f6/snbeZ5ZCGNa1OTmvlX8ujiO0W3XtB7Rj/V5f6h1z1H+oNyOB9QCPx/sfeCTDURI&#10;AIsVKtdluX+luR/h9ffre9k0tpFDg4zUV4g14f4OiuW1jCk0wf8AD+XXepgLkD6gfn6EX+ntP1uB&#10;x0YaZbDQosLk3NrsWJ/x/Ps9sr2RCEBoCTQmhB/4r9vRTdQRxofQg/PP59dElrD8Eer/AAP1HsG9&#10;0Ng4JWFQ4DxDQ4HpZgedWn8D/C/uTdguL2qujHI45wfl/n6jfd3gGoEDURT9v+Xzr1yAa34H1sDy&#10;bf4+y6ZzbO0s1mUyVZGGghYNoCgiVQ31UL7lew3e/igMQyeGKj8yeo+udotbu41BKkegwftPXL/X&#10;+vtZ0q7FpgsdNhkYol9ciEtcDSLcf7x7Kbi73GR2DyEZ+EHh8/sPn69GtltlsgAdQR+WP9Xp1xs3&#10;+q/3j2rMdltq48CRMQDKQGBjhGkLexta5vf/AA9h69lunYqHIUYqehJAYYZFaNcL8gR+zroh7/q4&#10;/wBsf9sPa5p99YcxBYcW4PBXRECOBcg8cewdd2F5JIyyN/q+37PLoSJdLIgB9PSn7f8AN14LpIN+&#10;Be/+PvFWb8ycyiOkoWRWH0Md5AQPza/H9OfbEG1Qwtqk4Y4VpXywc1/Z0+L541CR5AwPT/JU9dgf&#10;Q/X6n6W+vtA5quzNYk7VMZSJk1fp+nHJ+n49i7a/p4NIDCvy48P8vQe3Ce4uG/WFBwGOvBQv0v8A&#10;7E39hmuDnrpWijiurAaiQRwTyQeOSfYrTeRAmrVQUr/moPT/AFDoJDa2llbxeAr+Z8hT09Kdcvb/&#10;AE/WlPMqO9IrzqpKkxXcc3J1n/ifbEnNrqpBeoamDgH7MinRn/VWFlEqqMkfb8sf4eurj+o+l/8A&#10;D+n19u0WxIYV0NFpQqVcCJF1X4b/AA/pzb2Xyc0sZQxIBGRSpP59P/1bQdiIFIx9v5cOu/bHU9P4&#10;qulMqU6GWQMxDwKpvf6XP1I9uJztKmDUEVwKkZ4Y8vs6K35KWWQy6O6vqCKenDr3tTYLrOkx2geH&#10;UFFri1vr9CLeyy85te5yrfbxAP8An+f7ehRtHKa2oqwAHoagH5H7Ove8+5th43L05p6qippLJwXQ&#10;ObAWDMT9Le3to5quIbj49NOFD+X7Pl/h6Tb/AMuwTqwIGFJrjB8sfi+zr3sA6za+F2fVlqSjiimD&#10;cEEE2J5CG39fxf8A1vclWu8T7pEFmYjOP+Lr59Ri+3RbfJoACk1P2/5q+nl173Fye4Jfs7xOwlYE&#10;AqSAp/sqB/X3dIFFPEOCeA9f8/z6auX1250Dy4f6sfZ/Lr3sIYcBuPOZVpXecp5rooZiSrNcEAW4&#10;/r7N5bmzihKUpjjXogstvuZLgMylRxyMn/P172bXae2p6fHxpVkhyiFUa6gm1tTf73b3Gu83yGcg&#10;HtHClDX/AFcM/b1KFhtRSEO1Kn0Hl9vXvanOGYX9RFiFXjgAHkf6/sijvE44qaf7P5/8X1aexCoZ&#10;U4+fGh9aeQ697azRyqwtqB1m5J4IB+g92a4DOADj/P0HJYjFOfDFAf8AVivXveenpJGkJkkYg2DW&#10;LXAU+m1x7cD8FBGDWp/1ft6OLLxFYIxGSCPl5itPLr3uQMUs7NrY6bn6Xv8A0CjT9Pp9ffvGUoSK&#10;EtSuOjSNZH+HBP5Y/ngeXXvfFsY6kDySyKbabMbi31QW/wAP6H/Ye2S8VNNMjjj+eenfDu1TFK/m&#10;Qf8AZ697b6vFygiRC7mxL6i/HPps3+Hv0csbHwyBk1/y/wCrj0Hdza/Vamvz8/s9P9jz697YjQ1F&#10;2PlkUXNzdgCfpf08D8+zNfonXt9Bgn/Px9egk1xuCHif5/bTr3vCIawAsZJJEN1vc3LfX6D26Ibe&#10;ooAKDyP+f/V+zptr2+Byx/n173iMNa58ciyn1ghhquQSPz/X+nPuyx2ZNO0LgEV/1cOtNfX6/jYD&#10;889e98BTVBIbySKf9qNithydQ/oePr7eMVsR2qKD8/t4+R+3HTLX24swYNX7f9Q/2Ove+wmRCkRT&#10;T2U6AUY+M2+mtlt/T3Q21sG1AA/s+ymfLp6LeN1Q4YjHz/wfy6975JJlBdfuahXBI9Gsaubkkj68&#10;+0/01rL3EAgj7TjHHOejO23vedYALY+3/V/sde9vEFRmVH7c9UAxsFLObgLZh/W5IuPaCW0sgTTS&#10;M+WP+L+w9CGHct9Y1qwr51PXvbgs2aYEtNMVdiWN2JseA3+8/T2XtaWYyNNAeNaZr/lx0rW930mu&#10;o0U14knH+Dr3uTAuceXXFJVkC/qu4X0i1zf/AAHtJNBZqGKEVArx+f2Dj5dGVteb2ZNTMdRPz4Vz&#10;nzPyHXvapx8u472DSudQVvIXN1YXB0nm45/2HsmuorAqcClCRgccY4V4Y/1YH203u4Uo5OPTy9P2&#10;0697ELFvmgWao/QAL3exQtccA83/AAefYVuI4DJ2Z/LgOI/l+yvUhbRPLLQE1BrjyPof9j7eve1V&#10;A8hEl7uSSG9JIQmzEgg/n2XzKgUKaeWaen5VPz6HlqrSqlGpqFST8v8ACPLro8ck2A/2x95jGt21&#10;L9SfoQDcNa4H0B+vvyqumlBQfLA/Zk/t9elEkLRgMCNPn6j8/MfPrrn/AF/p+OeffYQnkn8lgAQQ&#10;edNnXjiwBFvaG6Rox2LjFMH040r1pWZEAIqa4JFfX067H+vf/bf8R75LIOUKmxVeQOL3N2sfoB7Z&#10;EYC6j9vD9v7emDcN+2lfn1375M1mLL+piF4Uc2HBa3FifwPdiuosy4Py/LA/1D7erNdhX1BQNWTU&#10;+XoPn173we0o8mkX/tWAX8/2f8ABY/191WN0ctJkGhyfX1PDHH9nVWmiWrKa1NaH/L/qp173DNNO&#10;1ylQyh9NtVwAQP0rf+v549rKqrEBQPXovN1NrLVpmvDh9n+Xr3v329QoKs5DADVe9gv1Y6hcki3v&#10;xlR8gCg4UFMZ/lXj+zqhuJzlScf5eP5Hr3vsRT8vLIdPFm9S3sedV+ebj2yzhsUH+r5dKxIXoXGe&#10;ve5FiutjpOoabXH6vpck/wC3NvbQSMcBTrZJpTr3vEY31krySLrqBZeObm44B/p7cqB/g4+vXgrO&#10;aKP2de99hZONTqLEt40UcaSFdrngX+n+PvQVWqnGtK1Pl1ULQmv+r0/1fl173ktIyFOdRuSABcBf&#10;qS39B/T+ntCghaTuzQ4p9vn8+H5/b1avmT173wanlkDR6tKqt/IRzz/U/wBD7UMI1eudQAwPTPD5&#10;/Pp2GMVJ9cj7B6fMde943pJmKlpioCqRoJAP0sbj63/x9qklhAAFfP0GfX1/Z1S9eQHQgPnwH+fr&#10;3vlHDLCxcuxAAU86mQk/UX55H/G/dWIcAjHH8/l8h0zC0lS0grT1/wBX59e9zdXob6fS1721em34&#10;+g/1j7RNAHYZp6U8s4/Z/g6XrcBxokxThTr3vnE3HLC3N9LkAm39frx7q1o5OlM/PNP9X2dea4hr&#10;pLUP+T/J173kaZQ/+bsSB6jcqGYfqP8Aj+fdktXfsbgPWtaV8/l/Pqy3cBXSxFBUjIzT16974NOF&#10;J1MPWTpbUOQp1FpC3/Ffbg21m+GpIyR8z6f4fs6LrjfdutgfEag8wT/kHy9Ove8E2UowGPng1AA6&#10;fKmqw+slj+f9h7WwbHdMaIGIPCqn/VTyr0UvzntFuuXHyzj+fXvaUym9qHHpIEczsPUR5F8dr8G5&#10;P0/Nvx7PbHlO8mZdS0rUDH8uHD/JXy6BW7+6e3Wy6kkHmMHh/n+zr3sPKvuuCnleJqMNZgRfUX/F&#10;gCvH9bH2L7T27d4lI8vkOFPmP9Xp1HN172QK5GvOD+X+D8uve4h7zovoaR1ax59TLqJvfn6EfT2Y&#10;p7cTAfFU/YK0+VeGOmD76xoCQ7H/AG3+DFeve2Wq7+ghPppTr1E2bUlweeLcfUfj2oj9sWdCGrQ0&#10;4U8z5n19eiHcvvBpECFJIpjP7R/s9e9p2T5A5R3Ip6aMIWOhQbMFPLC7c/X+vtavthGB3DJAPy/I&#10;jy+3Pl0EZPvAXDyVQ0qP20+deve+UneWcqotFNAkVSx0hiQQNX5IP9Sfrb29F7Y21u1aFwPI+vy9&#10;B69PD3tupo6Bjq8s9e9tdTvffYf7qWuMcZuWCOT6WFyAqm3tcOSbGGMp4QJpnhinmPT7eiWT3R3P&#10;xtQkrmtAaCv+T0697cKzeeby2Eko6evliqZo9BkDskl/zpP9f6+y+PlazguPFCAmvDFCD6fPoXQe&#10;6M89sYmYgn9v2j/B172i9rUm5cXWtVtmJ5EYBheaSQFif9Qfp7MNy2e1kh0FAKCnD+R/2OjfZ+dr&#10;rxdUkpzTzwf838uvexwj3fn4aW5YOq2Ls1nudPLc25/1vcfty3BLcEadK/mBjhnNOh0OfZdFEc5B&#10;rQ9e9hXu/ee4jMuh2li0pKhVnsCfzpX8/wCv7FO2cuWaLpRRX7PL9mD0Fb/nycNWN6ccD/Aan169&#10;7aKXcm5K9YmeWopQVAZiwLFr39I/x/x9r22C2jqdNc4H2fOlOixec7iWIjxKU+2tfMVpj59e9551&#10;y8zKwyc0UjEH/O2a9+F/2P8Ah7UQ7bEAEZAFNfL/AC+nQD33mO7ZmGvLDhU0/l/Lr3tNV1fmqCo8&#10;MldPIrAhSxJA5uf9b/WPs8tNnt27qKABThn5f8X+XQBu+aNwhcBZMeg/2eve5NLnMoQVDM7twXF7&#10;jm97f8U90vNntYTqdRXyx6/tH+Xo02/m7csKH44Hp/sDr3tW0OVyMmnyCckX9K3YGx0jUhvxx7CN&#10;9tlkrBKUzSv+XHmfT+fUibbzBu06qQ58sVNKfaP9VOve1lRVOUDBvFUAfUs2q1mFwWLfQ+w3cbdb&#10;u+pACASPz+VKfmT0PLDeNwVlZmOP2enr6de9rOiFdVgCSqKMo/zQlJ1G17LY82+pA9h+92tYwZFU&#10;BakVp/Ifn0Ntu3m6ehL0APE5A/P/AD9e9iDh4JowglkZwdFtRNza34/p7BW4xRt3BR6EAYp/q9cd&#10;Sdsd+8neTSvHFAfnT/L172sFv9Abn6CwI0gn1EW+vsOPbkPSPGo1ORx4HjQfYB0P4ZlEQHCufUfs&#10;697yhmAAHDC5IUqEB+vOrj6fj3VopM1zTH2/6vXpWJYyD3Zp+eP9X5de9+VQebrq02uPSFe3LaT9&#10;L/8AIvbYVoz2JTPECvDgK9bNz4Ipqp9lT9nXveNQCCdVphzIXI1C3HoB9qAkpy1BUfL+fHq/15AC&#10;6v2cKn556978kyMeNFgDYBV0lkb6kAcm/N/6+7mPQCSMinn5HzHD/P0+u4qjd4z/AJ/9X2nr3vjw&#10;xkIVSXAZjcX+vK2H5J9tyOPD0moPnjH7fU9eluYpU0p5jJ/4rr3vipI1Ag2+oRV4uBx+r/b+0ggi&#10;aj0HzqT/ACp0mjq1GBrx4mp/n173wl5/WzqDfTpPLKfypP8AX8+3EigEP6YqQfOpz6evS6zlSGFi&#10;cgHI4mtcAfs6977ka1gLFdK+kekgX4v/AFPFzb2m8GoLS4P+rieA9OkkslSXXBJ/w/6v8HXvfQcs&#10;NTXFmIZlPP15Ibiw9qY4yqU0mnlT09fmemQ5UkSYr+Z/Pr3vgxdwdLadJ1avy6L/AFU82PB9umF1&#10;bU4w3lj/AFfP5/l1UTx6y1eOP246976ZtUb+O6auCQTqKuP0/wCJ5/23tJ9PJDPqpr/okDH5ngP8&#10;B6VRSGORWHf/AIBT5nh/n6978lkRl/c1X0aSeRawNiPz9Rf3SSKV2FAB54+fr64/1eXTk9w8tKig&#10;oSB5nOT8x173haQOzWuABcA8AkXU3v8A7ce1EcGjODWnl5evTD62pwPA/P7cfL/B173xFlYkG7P9&#10;SPqCq3AJ+g/xPvTjxVJemPhqaD9mOmRI5Q8NI+GvCv8Ah/b1730xYMV1WABIHFiL3Ckf4/W3tsQQ&#10;0BBqSeI9Kf5TgenVvEUAZ1Ek544+frnh173jIdlu9yPp+nhgP7PP+P8AT3dKRDSgBPnj+Q+z/D1p&#10;LiWM9hoa04fPGP8AP59e98wgSS7G9+SlgGRQtmUWt/S/+29syp4ndGa58z1YzLIpJNKE91ePqfX+&#10;XXvfrm5T0oJLH63uVFv9ax4HvSRSEj8+P+Xz+zqqzgyaQNQ8vX/UP59e98jbSyktrQrp0N6tLH1+&#10;n/XPvRSZQaL28a0xjh8/9Wen1kY4NNJr+0cP9XrTr3viqsrFkZiWBGq4uOeB+Rf8nj3UlTgjhTA+&#10;Y+Xz6uCGFHA9cfMZ4efXvfLUVFnA1XKgFbEsbWINuR7bIU5XhXy/n/xfVSF/Dw/4rHXvfAehhfTI&#10;VViy/TgWJtf+nu51EVAOfT0/y/5evZGRXPCnl59e99h2KqpIYoCT+TYnU1yeD+bf09+0A101p5Vx&#10;n0/Pj8+vUWpCk1/Zw/wev5de9+eQMokRSQoIbmx9B+vA/BJuPdlVxUSDSaenXo2DfEaehp6/5z17&#10;3wMhIIJU39IYobhQb6Sf9f8AI/1vbOoaaAZHrgfP5/t6RePJTwwaDjXH/F9e94oQxX6cEkNcC2nT&#10;xYn6/gj3t9JcEZUedOJ8z/h63CCHEjVA/wAv+Xz697zLdTqspJLhlIP01H6/14/p78xXgMAcPTPS&#10;2SeVl0ljw8/Oo8/8nXvfEgK5ZQWIBQEfkm9wL/Xj/b29umpVVkAoaGn8q9bOs01rxp/m8qfl1733&#10;LIqgBBYggsfoQ39C39Df/evbY014D5fnx6a1Cn5U+WeP8uve8LnXw2hRcgqbAMrAn0t+D9LX/B9u&#10;JFSPUM1rwyaA+Y9D8vTp6OKRE8WPhxxxAB409DT58Ove+TIuldKgKh9CA3uxP6jY88X/ANh7qyqa&#10;HifPFcf5OrSSMy1JFacf+LH+br3vvSrhncJqax0qfWwvZiQBb+lvz7bZQrigqRwJr00ZXjcMDUgU&#10;B+Vfn1732qoY2RlQggBA2kkNqLLqP6v8Lnge7seFBQ54eQNP9VePl5dXWZ1cNq+Rp6Hypwz173j0&#10;lgPJyeRwbquk8G3+9+7ITH3ZxQH1zxH+Y9KPqtP9mOFMefDI/Zw69760FCH1EArZ1up1oT/Q8ADm&#10;1vaid1lFIz5kj5cMD59Oy3istISSD5nhUeX2jz697yKqFb6ir6eSyAAem9iBwQD+R7SAsDSgpXPG&#10;vSZbxxggAf6q59fy6974iOysyP5NSqAt9CtzyGP1vb/G3vxJLd/bx4DNP+L6q1yXbiFAr5d3D/L9&#10;nXvfBVQqSbq6stw3Dpb0gAf0/AHvYBWmagYyP59UFzLSqqDpxkcfzPn173gkVQt7+gFbrpIJU/6p&#10;uLEH+vuwMh4/Pz/yZ8ulEV1JJSq5yONP+KP+Hr3vDHcO7At6UFg17EEekqF/sk8m/tq4cFQopk18&#10;vzr8+tX0itpVaV/n8/zx173zk9S21A6SLhSQR+dNv8PeoGAGin+QEf8AF/l1W3mbRoqA3AVGD/qP&#10;XvfLUUUCMNckEkheBz/t/wDEH3t4i518aD8z0lnaVzXTqK4J4ft+z+fXvfiVZxaQhwoBI9BKWuQg&#10;+lh7TlSgq3A8OmFZSdJx6Vxn/N173xkCkkGxA5BHGlhY6iBfk+7wnSwPkelFuSsy1+zHzx1736MW&#10;exV1VvWTwNZYfQhv949qLigh7c+vy6WXbKkHh1GDQ+fXvfF2AUuSbKWCi3DC/C6l5v8A0PtIiBiA&#10;OHrQ4+fz6LGFBqPXveFpjIQFU2DLZb35/STxx7VpEiNpGcHOftFf9WOk5aTC5+VOve84LDT601DW&#10;SluSAb21jj3U29e5setOH+r16Uqj6auRxpXr3vAzuOV5JJYAD+o+g/3sf19vLCijI4efl1qWF9Pa&#10;2R6ig6974s6hVsL2PqBP0uLfq/I9pBGa8RStOmvGyFIz/Lr3vEliD/ZcnVqBOkgchTfk+3DC9Cyd&#10;3+E/l04JKipFOve8xMR0IGQFgbkXN3BuQAfoAPdPBlprIJHp6V614o8s/l173jDEkqELEOB6Qf0N&#10;9Bq/2F/p7VgEKCeOmgPr/wAUelJwokHClPU4GccTQ9e9+kYi4uRwbKblgf8AE/j/AGHvRjZyWUCu&#10;P9QHSZ452BkjNAafL5GnH/Vx697wa2cDyEtosfqFKD6XUf1/F/b3hMoJXgTT518/KnTixjiDXyB9&#10;fl17359JZj6/pYBeQq/0bVwL/wCHvy6xgA1/Z9v209Ot6WAyOve+XkjU+lVXWt73IBNv7C/1P9Pd&#10;hA70Y19K8D/n68DDpDGnoRTP20ocde94VnIuPQDa9gpBB+g1sBbn29HbEtqrxx+X2efTYYk0XI/1&#10;cPPHXvfCSzMQdJBVuIyeGX6j/E/63t6ICMUFan1z/qHVGldzVq1+ecen2de94DH9CLFRa35IA+mm&#10;5/4n+vt3UT8FR5daBcjsJFcfPr3vxY6gosNVxZl+oCg2t/W/vQ05A4egrjrwIoR5eYzxHn/n6977&#10;Der6AhLNy1nvaxH+tb8e6soYfM9MsgfHn/k+fy697wWW7shcKNV2YE6edVgPenRAlCB8qf7PXnRU&#10;SvpSnz6974swCubG5VG9X1Bv6Xa1z9ObX9taaUFBn/V/Ppg/LA40697ytNoBAsy8XBuG0sotcn6/&#10;m1vahI5GApk0+3h0pTKK/l/m8uve8AbjhRz6gbBtKqeB6fr/AK3tx1ZMtw/w/wCx1diQCf8AD5/s&#10;6975F5FZiTwCLE2YgE/nj8/j3QoWWiAk+g6rLlanj5D/AFeXXveIEgFtVhI1x9QzBfqlvbGajFfs&#10;HSWppxr59e98hLZQsepVa+ongKAP9SP95PtVHbuihmFAeFa/s/y9OJJpA1Zz+dOve/Aso0KQF4ck&#10;mxQL/ZS3+3PuzxP3JXTUigoc/nwof2dNPKHckcOHXvfvIFa2oltV3tY3/oVABPP9facwSJ2MpFPl&#10;+38uvKa00Z8vz6975u2tAzAaVksCvHN7hX/4n24oBNBWv8j/AKuHz6WY/P8A1D+XXvcZmsLsl9BA&#10;BVrLp/Gjjm31PtSsDKNTLx8iPPPEdJ5Zs+HHhiPtz8h173iZdTNpOoA2Vm4Y3Gorb/Af7H28rJhQ&#10;KCnmBj/L0lYEqVrn9nXvePxm62P0cELqP4APqI+n/E+1CsoBRQpBxwofyPqOrg47uve+bEtdb3PD&#10;JyLWFifUPz/X2nJWgZ1BzivEf5/2561U8CTTy+X2de94TJ6bFQwDEg2/tX4sB9f9f294cbYAH+wf&#10;X/Z48elMb6jQnPr17315TpjYAfq0kKDwRwAT/Uj8+/eFCGqenDKUOp2H+D/UOve8gkFyltLXHPNi&#10;B+q/4Fzzf34Qx11KAQevVYHjX+fXvfBZLmzWJZyOB9APoPSf8P8Abe7aVXAGeqsSPPr3vmZNIKkg&#10;nXpIFvT/ALb6fix9+Aq1Kfy/y9eJAFTw697x+QXAa4ja/wBLXYfXSD+fdGSJxnFKfLjwz8+veKAB&#10;Rhnh8+ve+OtkKqAQhbSSDf1AmwP54P8AU+6+DECAxz5itf59b8UKaagD8zTr3vh5dOoA3Upe5/UO&#10;fUPV/tvb4GlaKMde1B8jr3vNf1k2jf8Ab5W1wbekfX634/2PvxUOuR14NQkCvXvfZJFwoA0KNWli&#10;wYMv1tzx+LD8+2RbRB9Rz1vUa5697jg3b1BlYjQNP1UtbmQ8/Tm3+Ht/SPLqufy/wde94pHCFwpV&#10;gVQqLXXSbXAB/wAbgj3brfXvfQ5QavUSFADf2Qxsbf8AE349+69173jDDUdTem6gfhSVsBa/4/A9&#10;+60eve8JILg8ek3IubXHB1Ef7H3s468a/l1737y6AW1av7XKgfQBrAH/AHge6FgMdUaVVwak/Ide&#10;94i/PHCsAHuPryfob8fj8e7VHn1oyxgVqPz6976LlVWx4UjT9SbEck3/ANh7vTj05173weS5H9rX&#10;cECy3F/oB7prVOPTTTRIdLnNK/Z9vy697jB9AIBvp/3pRa4v/W/PPuwdCAQetiWJgCrDP+Xy+3r3&#10;vEJdRY67C9uSQV/23H19ts/EA9JJLnWAufsHyP8Al6975eYjWSx5IHpHOk8gcc/7H3tX4K+Pn1aG&#10;4aoEqkV/F/n6974mW2ohQB+VsQSNVwB+b/4j28R0sFBjr3uK0kjXJuBcqBY3t9LX5/Hv1BQ/Lrxa&#10;ik8OP8uve+JkA9Gklhzp0sfSOL3/AB7ThWlOocOid2M0hzjiDwOePHj9nXvfFpn1B0Oon8MOSR9Q&#10;f6e1EMTFSOHn/m6U29wiERuaCmK+R9D+X7OHXveJnLAKNBH6n0gekcfX/W/23twISNNKH5+fSiWe&#10;NUORXy8/5D7eve8Ms4Fj45ARcekjn+hK+6rASaMw9f8AV/LotaVCNDknz7vl/k697xM4silfGSdV&#10;gDexP9B/sQfahUCVC5+fr/xXSC5uPCUux4g8Pn559Ovexk6K6vrO2ewsBtanjmSgM6ZHcFesZkjx&#10;+AoHWatllb6KZPTBHci7P7k/2Z9sty93vcrbuS7TsjncSXUuklYLWLumkY+Q0jStcFmGeuWP95z9&#10;8fZ/upfdy3vnHxk/e15E9jtduWpLLdToY9agHVSEEyMfIgZr1wc2HFrk2UXAuf8AY/717vZC01DQ&#10;09Bj4Yqaioqeno6GjjCRwwU1JGIIYY0jFgAg+gHvvFcSW1jtabfs8aQ21vHHFBCulUSOJQqKoUAA&#10;UBJIFampz1+eduG4bjvu73G9bzM893dyvNPK5LPJJKxdnYk1JLHz67UAcD/e+T+L+5MaQIiVBUch&#10;QzMRcf1AQ/n8+1VvFZxxJuFD3UqSwwTXy+fqfLovZpiTCP2Drl7cYQfuYCpLxyeTyktpClVHjIUD&#10;nV/vHsT7ZFE2627ai6S6tZLUAKL2+VDq4cAK56RTGsL1wVpTFa1OePCnXvbuq6dCkswAJ1vyGJNi&#10;rW/3j2O7eIwCJJmZkAY637u7VlSBQMKfDjotYhq6QAT5Dr3uaCBx+CBa9/p/j/xHsYpOgw1dL4GO&#10;GPP0B8vTpPpPH049e98EMvjLkOBZx5GTxqpH6LoxJ5/qPaKK4uvpCxVgQr9xUJpK10VQsTn1BNaZ&#10;pXp8xEDVwXHzBrxz173FWN5PWWsSCoW314/V7DsG3XW4MbyV9DsCoXhWoy/mCPTHDrZdUGkCvA9e&#10;95EQxqOSSiE/lrqo5sB/X8e19vaSWMfxEsinGWqqfFj+l+EZ+XVGbxGr6/4eve+Ujs0aPAV9RBJZ&#10;iqqp/V+Pr/h7furyWe1huNrYDUVNSaKFOGHAksBwWnHrSooYiT5/6vs6975lnDm4IAtZgb6rj6kH&#10;6c/j2rea4jvCknamKMDXXUY1DFCD5efrTrVF09v5/Lr3v12sBr0gENdLXPPIbVf6+66pwnhiQIqk&#10;NVKA8chtVa6jxAH2HrymhqBX7eve+cqvJazKi/U2Fy1xxz9OPr7UX9ncXmgCQRIM8Kkt5UNRw4jB&#10;z1YNQnFf8HXvcmHwwoLM5kFvU31N+CQR7UWtutrCIEJYCpZm+Ik8S2OJ6fSWFe/Ov5YH5fl69cTc&#10;8ECxv9Tf/W495YVaa58mhFux1n6j+g9vM9VDp5/Lpy2SS5Lan0qONf8AB/k9OvMwXki/44HPvlUl&#10;YkYkq0fiYMSxZ1RRclj9Cv8AT21JKkUbSXHbGoJYngB54+zj0/cIUIWOjal0ihOoD5ngR6dY1Nzy&#10;CLEX4IBJ5vY/737hXBVSVv6VKhgNPjtdXUD8H6i/usRSSASFapgqDpIoB2soHAenmPl0XyrJG2iQ&#10;EOPXFP8AZ6y/7zz/AIe41QXVl0RKwcAM4eRWv/Qre3+x9ku8PdRXUclvAJRKKV8RwagYGgdoxwPG&#10;vz62ugr4bEAr8v8ACT/m67/2P+w99pexR7BbDSNTM1j9fKx9vWYm8L6O4woAKDUzPT8XiMRUmvpm&#10;nTb0J1Lx8/8AY697wwrFNGz+F4bl0s8YSQBW0h7D8H6r/h7RWdntt9bPdCB4NRZKOoVxpJAfFePF&#10;flnpyQyROF1BqUODUfZ+Xn173GdEimJBVSY+Ht6mIFjrAF/YXura22++dkZVITDAHUaD8Y4g44mt&#10;eNOn1ZpI81oTw8vy6974QSmaOSZSdAe7O11JP0sR/h/j7Zsbtr21n3GE1RWBZjUE8Bn1pxq3VpUE&#10;biMjJHDj173kMYkLM5jIdCy3Nh/qWI9rJLZbyRp7pkKyIWXUaDPaWzmopgU6bD6AAtag5/yde9x3&#10;pohZGYaQLXJFiTwLf0Hsnn2m0WkEkg0igBJpk/PyB4Dz6fWaQ1I49e941pYQSvmtpbS6abBTa4HP&#10;1/wI9pxtFl4/gmfRpOl0oQVNKilcGv8ARyfPqzTyU1BePn69e9udOEVdChgNXLaLKWIsbAexzsb2&#10;0VuLWJW0hviKdpah8lyfmTUevSKYuX8Qn+fAde9zYIY4ZEeMIDGCqCxWNL/2vGth/vHsRWu12du6&#10;vCoHhjSAvaBXjRBRAcnyrk568k7hw2oHNatn868T148/1H+t7mgSWM91NmAIUKByb+pf6W9ri5Rf&#10;Dk7j6cP8J/y/Z08kcpH1gIoD8qfmMY6xkoPR+bE2JP8AT8E+2fP4qDO0Jpa2BXSKtpK2hrYGNNPR&#10;T0r6xPCUsfqOLnn6EEewpzHsTb9ZtZz4VXR43DaXiplnDV4gVApkgkEUHRtabtdWGuaJFbWGXUFA&#10;UoQQyldOQ3zyCAQQeuKppdSHYek6kOpr/kG5+lveamaCto6n7L7WZ8REWdaaW7QGQExvKVCtZrXI&#10;Jt79YzbTcWZh2yWEy2lQnhuWC1UlA5opq4BJHBjnNOmxa3s8DStEdCCrGmaMQC/AkhSQOOPl1wkm&#10;hhliSSQJJUkpFqJs7ouoohPF7Am1vfeBq13LSJ9zHFSZJUAhSGogrIIxY6IJpYr2dh6ltx+D7a2n&#10;cxv9kt3dwxrIAS2h0m0avhatMEju08QMV6XNtkFzO1kJGEtAIWKlEcKDVGByDX4T6+VCOo9VNLRW&#10;nEavRrqNVYt50LMAssSfQqOdQ+v9L+4s9JIBoY+uPUCQlg34N15A/wBv7SbjsVybdVLBygpqVMP8&#10;2XIX55PQd1+FIUYUIORXhT06cAQeRyPrcfT/AGHuHEoQaJGBsDoZgCGsfqP9Y8D2GrGKGBTBdGtB&#10;2MaGtD8X5E0GPKo4dPOzOdSCleI6799PKIjJJIWeNFMl1Gtv2xdgqD1Mf8B9fd5bjwZWkuXLRjv1&#10;DuoBmirxY1BwKVPl15EL0RKBiaZwM+p4D7eHXvcmkeOppo6pPJ454o54hLG0EwSVRIgkhYBlax5V&#10;gCPz7EW2W9vcWbbgSzxlAyVGh+7IqvEH1B7vOnDpm4V4pjA1NSkqaEMKg0NCKgj0IwfLr3uakltI&#10;9RZhwByf9cn2J7a/ESxQBWd2WtAPTGTwxwr5npGVNa+nXvclCyoLsxsTyzXIF72uP6fT2aQRpDAF&#10;YnFSdR1EVJOTwxWg+WOreK9Kf6sU697xyyP42SL9bi6BfpqHpVhfjj6j2k3C5nW2MdgNc7qSnoOA&#10;1VOMVqAaV6tG5rRsKTUgefXv97/3359ijtt2GJpDUS+aoSLRNIdILupseF49h54rmNUiuW1yKiB2&#10;pSr6QGbGMkE0GPTrITlC4jfZopZG1NRuJ4DUaL+QoKnJ6L52DR1UmcnjiDLTP9vLGiR6h5nSzSPc&#10;i4P+pHH5Iufaso1Bk1C55W40+kiwFj/X2huaNHobgQeh/tNfHEqVqpHlQUx/Pj0Wvtcg7bymPqWp&#10;o46ihroWmlqC9VDIsLlWKqPQisgK2H1PvU9+SeIhw/fXceMgpzBBT9i7jWmp2hWnZIZa3zxKIlCh&#10;BdiRbi1jbn383HuraCw9xN5s4l8NI7y4AT+EeK4APoQOI6+/D+7x3KTcfu28l3M0niF9qtSzV1dw&#10;jUHOTinR2Oqa6TJ9Ydd5CapFXPWbI2tPNUiUzConfCQmabykksWa5JJJv7Ahms12uo06rC/NmIa5&#10;45/PuOfBQqVpWv8AI+XWfxqzUUcf2+v7R0v/AHzjfWwJUjSpBB5At/Q/m4/3n21OpjJWtf8AZ8qf&#10;l/xXThYmhIqf8P8AqHXvfLliqfkkki110giwN/bJAXh0qjZY4iDSo4j9o/b/AKvPr3uQSpNwn0Xk&#10;rY8A6bkfX/fX90AHHzPTBd3wSfs4A+n+r8uve/FkWytpW+p2tY2+pFvdgpIqPKnWkBKl60A/n8uv&#10;e+XBYeth6wByLv8AkH/WA+oFvbbOVyAM/wAv9Xr0qt0GkhxUHh8vz/wceve8iMNbNy3JQ24P5Cmx&#10;/wBb29FLRNPGhr/q/Z0ohcW4KHUfMUFeNMf4TXr3vu63IuAdJbi19LG1lt7bNakEUBP+fpG0kg1O&#10;QQa1p8z5n5mv+Xr3vihVTqAJb6XuORc+u3+It70UWh6eWYFqEEV/zenr1730HZeUI0XN0C8Cw9Rv&#10;9b3+nHttWoNPl08VD9rCv+QeXXvfJXjNyJGUkE2BFl9NrX/33Pt2hYCgx/q/wdJJEKFeBBoK+tOA&#10;NPQYx1730WYmxICMLX/w/wBcW9tyUBoPPz6tHCAdRyP9X+qnXveMqx0gkHTcrdrcg2vb6fT6e6E1&#10;NT0pxxpx4Y6978rs4Ab6IeLfptaxv/r/AI9uaFoCD03JLoIUCp88gU/2Ove+XAABX1Eg3UEggenk&#10;f7D3dVqaAjh5n/VTpJI2oktSlPI1/YfPr3vp2UcEgrwpsp4Fvx/T35moKAZz07CNRHlpr+dTXH2d&#10;e981WNQHWzg3JseNF/Qf9b/H3UVGaZ63O+Qvyr/hwOve+DuNXCkD6MQef9pJ/HI+nu9SV7TSnVUL&#10;SFVWq0HEYqB5H1697x3U6QAQUZiQL3UX9QFvz/Ue2mkrUVHTlIoasG+IjBNeHD/Vw6974s6qASf0&#10;8jljcarC9/8AfD3dVqo0/b0zc3CHAzX+Xy/P16974rUAs9h9TwSt0sPzY88e3WUU7cnphWDV08RT&#10;/iq/bTr3vG7IpDubFvqylh6L2J4/3v34KFaiAf6vLp+W5cVXFKVpj9nXveNpg4K8hbrp/PqHP6z9&#10;L/0+vu66gcj+f+TpMtxpqaGpH2f6h8vPr3vpZwWKkE8EXvcHn6X45/pf3ooAK9aNKV+zgfX/AFZ6&#10;97xs4QXK8We9uAGPIB/2HuygE4x1tSMivmP9Veve8UrgqeG0gglm5FzyOfyP8Le7qM9apn/V/qr1&#10;73GOqSRUPokDBV8dhfUABqK35/w9qraIO+njX16cWhBLYHGpz+zr3s2HUfU8ZFJntwVJp6OSI1NF&#10;CjDzTvFytm+g95Ie0Hs5vnPO5xeArC3LDXKBVQMVFeAPUZc98wWe02LU7pRUjPn9vr9mOgh7Y7Uo&#10;eusJVSwRJks6UjFNjQxGn7g6Vnn03YIPrwPZq8LVZEyQwotSKWNhHT+t5NEEZ/bXUf8Aff63vtR7&#10;T7LByBtEG17eKCBaVoAzknLNTAJ4g9YXb/vUlzcyTM1GJJFaeuP9ivVPfeFXt7cFZmdw5GbEHOV8&#10;bz1askcZFTMhUpGGuy6eLC//ABT2IFbmGrxTjHxSRGjAWRhcM8wNzrI+tj9PeTuxc+yXE0ccalAt&#10;QwJrkedR5/4egpb3jCb9XJNRg58v2nzz0S/aGzJdlzZR93ZWiySbkkMtDTMQ8EFCw/aWJWH4Bux/&#10;4p7EvG1NbFjYqyRDrEKkuwtZiLer/e/c3JPZ3sSy6u1wCa4+3B4dCKSWGRNNanjnh6/t6K9vjCbL&#10;zW9qzbNHVxGnlrX/AMjUhllQjXIwiP1T8En6fX3FXc9bNJ4ZHbRICgdblhY+n1H6ew7uO4bbYggK&#10;BWtAKZPr9g6J5byOMdwooyB5kjzycY9K9carozYGGozWY/H0wqaQioSmsiRyM5/dkaNDd7ckX9ue&#10;OjmyE6rLIzQRurMoNla59QPuLeYdygkBj16l+KiilSM0I9R+HgPLoscxNFU4oCSQM59B5kClK9AV&#10;2vuPD7E23VVuJx0CZzJUs8cciwJrjaAHTLGv9i3Fh/h7VmXjo2ovBAkaqies2sCqi+m31N/YRiO4&#10;i1mkkbUHFVAwAvmCPX7MjpPdxTMikHWukUPBvnWnE9Ek6brt90+9TuDcGUyeRfJ1BjxsUTs7oZ+N&#10;cl7AFfqFHIHsOjLQVaNTSeSNRwoC2Xj8r/xB9lVjzO8bmOdjQUAFTSg86+vrxr59EQluImYg8DTP&#10;8j9tPPqx+HF7/wBr1VPuGikx+VNQitK01SZJ18iAlJCPof8AXt/h7lGRjRpQUyvVRSsVYOB6AP7R&#10;/FvwPZzdcy3G4W4srVqiTtKgeX2nJ/Z0488g0hmGmhx8WD9hH+UjpOxxyNuas3vuWrg2vWY2EtGs&#10;MrSmukawEUPIbXe34I/p7QEwgx2WemeJRDNzIgI0rY/Wx/3n3H0/Jt3PuCvPFgHFRwrnA/4odNra&#10;3EhHiCtOGBj7D9nlxpx6PDisll959b0eWpK+f+KUkEYpawqxllj0XRHZf6/jn3mxuGw2SzD0s1FA&#10;6TDVCNFzc/Xk/wBfZ7NykphNEFRxxwFc488ehx0raF3TAzwOPT+R+eOkv2H2t2dsDq2Pc1BuevSt&#10;wob+JyCUrGqQ/rTwgj9A+pH59ovuPpqjg2nnZMVFJBFUUgnrYUuEIhfzHQv9Rb3F3MnL0W3KXtuF&#10;QfXHy/LPCvQfvrfw9JcaaH+R/wA/y6E/+Xb/ADLMh2z2htPZ/Y01HNlEyU2M27krotVOKiL7ZVqQ&#10;Py3Fjfn+nsaup6aOTYe15aFQkf2VPGHNyXKxhGfj/W5v7l32+vNtttnBkFQAWPqRSnQo5bFsXaNh&#10;WlT/ALb1Ffl+XVaf8wzeMGJ+XHeGG3xNJXmCaWqhoU0j7emkj8sMJRhwp4+v+v7G0BkWMXva3qN7&#10;EWsWPsFJcWe7X94xUCpIiXiSa8KeXy/l0rnCC67AMNw/kT+Y/wBjqgyDJYfdW4N5zvRQxrJLPHia&#10;UqWlaQyaUWFRwCBYcf7D36qqKRqWRZ5IY18bBmZwoF/oeT71yry5zxtfNMF/tME5TxFLdpA01zWv&#10;kR0dWcMsbBo6lT/qpn/D5dddVddd24HtLbuX2ftvdVUhzNDUGngxlXIj0y1Cl0mjUA6GFxf2AGUy&#10;XW8dU61+XxE2Xpiyxgsks8JvdVB5PvOcXz6h4pjULk1ZagjjxzjoSo8jGijJNag5x5DP8/5dbUuw&#10;8J8zK2goP7u7B3fh9h5iCnqMjqqWpqaq1Qqk37UhUqByBf8AI9teNzdBkZKiioXhUMrE1IS3kUG6&#10;oshtb/Wt7R3fMCyyNBCcgEBq1H2/b0XXDuGI/AQSRk93DFf216EXsDZW6NqU2K3FnqfJ1C07osWI&#10;lqnkjppWUI9VJSjUHP1F9V7+3IbOSdPLJmVg1kFotbAyccWF7Ee4p320lRTePOfPJzU8KkVpT/UO&#10;g3cyGBCSpLAH0054H/IR/wAX0BWW+T9dt2pNLS9WZLPvDC0YyMdLG8dGEbS2tnW6kC9tJ/2HsMN3&#10;41aLJU8kdV5UpVEZ9QKq/wBC9h/tvYEl5jjtpFDyaQo41FK+vHz9ft6JnumIJI4HFBwP7cj16PB8&#10;d971O79k1bVW3JsfU51pKpEkhtI1OTcRvI1jcn9JP+w9qHEZCihRW+4OuRApYAger8X9o77n9SDD&#10;CxNRQ0Pp5niCP8HSO6vS8bBu4DjTyNPP06DLsnZu7cvJUx/whjTU1Q7LS+RNbrGLhvHxqv8AXgC/&#10;+w9y6/F0GVkWR4BKwXhzY3ueAD/Q/n2ApIxvV4Ccu37Kevz+XRPFcSzTAJ2BRQg91fXyz9vl0l9n&#10;7+3Z1/Ry4+HIyUVLJNd6MRunhYXJ0iwAsPz/AF/PtrrsdSUNC1PAIYZ55AI4UHqdh9f0/W3uS+Xu&#10;SGik4VLmmcV88D9ma06P7KzZ5qlaV48PL5/5hSvQh7U3duLee6ocpk/v6/G4ymZ5a6rmBhp0ksF0&#10;F/oT+NI95Mfg4K2IaxFRVAcD9xOZOQPWv9D7nnauWbeCy7gFlFDUjyH58Pn0KktZVTXTP86AZp/h&#10;+fTruTfOR2xNPLGtduLGiCRylNOoFLGoLjwFja4H9Pr/AF9ifh9jvRxtUGXWHTV4oBoV5LWVjc/j&#10;2tTfNq224+kaULI/rQCg/wBVOlKTBYWWlWOTj1/ZXhw8vLohXZXzQ21kMlHtpIRQVqVCI1bm5LrT&#10;0qSDzaWNxcjgC4A9wocW0GeiUR1gqVUuqMGCXBvq1/TT7V7lcbfPbi7Dq4IqCGGk+WTwwOI6T7jA&#10;80QdRqJFaY/MD5geXS/3R2DidxdK5Cv/AIxtCt29Wjw1FfTVFK94JF8LwLGz38v9QePbL2BUZOKW&#10;krJsY1ZDThgWSEyMv9CPqfx7jT96x7ZcoViVoUOACCONakYpUnPoeg1aymJmQjSAwoPl/qPH1x1L&#10;+FlF1r/Cs7tjbm8qTB1WRmhdaWbJRU4drsbhVZbGzXvax4HtVbEqJslTfdU9K9BLImkeW1kP5Kx/&#10;jj8exLe85bPd7c01+lIhxTBqB6f4OHQrt94TQErU1rjj6ZNf59A78081tTYVQuG3tmYN24OjqGq5&#10;qGiZPNVxAEBPulP9TYm3/FffPdC5yjZZiwqZISXUfVbr9HAP0PsT8tXuz7jtwm2dVVG8gNPHyIGa&#10;8OhBb3I8GlvUVOKUODx8q48/lWnT78Vs10XvrAy0O1qRNvYvLItNVIsEVPUxx1F0kpaqRPVpP0Df&#10;7z7ZsXu7cVbFOaiqFH4YzpDJoaQr+Eva/tXJyrszFXns43cnNVB7jnVkY6XpaPNQgAr6cK08654c&#10;fn5dCxvj4gfHvBZLEDG9f0W5zkq9DNIjPVJRliWFRNctax5PIJ9vOGmbOK0M6tM0hOpramPFyzH8&#10;D23zBa7fZWTtchVhQedAKeg+3h0XbhBAqP4tK1Aya5PHy4AcT88dBp3dicL0vSHO0j0GHx+KhTww&#10;NItPCisLpS09OliWNgCQb249yN37XoYsdTRwEUrmVNUpJ0gqbnSR/X+nvEa/tod6vXl2xPBHi6Vp&#10;Q4/Z+fUUXkUTXZkjNACaft4fYR+QHz6K18R/lRvPdvZm9qzKUNRuLBw0db/DcNEA8qoW8NKhb6fT&#10;jk8e0u9RRmnnw1JUvWymBEaSL6hx9WAH+8+5a5W2Um3G1yHU9Klhk1zxpj7RU+fn0ttIJMEigr5c&#10;PsH7PMZ6OBg9s7pmz+J7P3Pt6m2nTnNVdbDj6sh0FHMGRUeSQFiQPV9LA/T6e5Wzqamwqyw1ksk7&#10;zSudJUqbMbmMA/4+5WXY5Nv28wbcyq/HWQKD/OB0K4LBJ18RgMAU+Z4Y8/8AAPXp4+TS7o7HpqSt&#10;2ZFj8O1FSUwGQd1qI9VOpEdY6j8aTz/r/wCv7VuerJqqnWlx0LwQBdTEIVb6Wtx7BIsJLHxZ76cT&#10;3Ule+oAVa4UAnyOTTy6UC1tVjBkFD6YqB9vE5z/MDoofSXXWL2lnsnu3srcNJubeFTVGGKplqYWg&#10;pqN5LSRxCc8Nxz+ADxz79tLJS00ctPUlma5JMgKsbfTg/T2Dt/2uLf7Pw7k98bChzkedMY4DpIbe&#10;OSTXWtD/ADpT9oHGvnUjpFfM3qDE9ifwvNYqKigjgMKxtTOCjQs93bypcXGkc/7f6+1Q2R8klhSJ&#10;UoGubMCV+nqs3sn3CC322yCbfdSRSUAwRpNOODj/ACnpRNdQ2tvUNpPkD6DGeJ/y9FfqutKTb2Jj&#10;XG79zOzcp9ssMRJkSlq9KhfGDGSP9p/ob/4+8NXJHVDUkSoEGg/SwH5H+w9xjLus9rKY5G8WpPce&#10;JOc09PQcOgFd3TtNUkkMSaDFf29JvZ+My20gYMjna2vmr6qWp12kWWV5WIjmGn0gN9ApNgOfr7Za&#10;jG5GJvu6dVET2ZR9SLDg2P0v7Vx3/jzFInBLfhqABXPEDHz+w9JhP4lWyoFQa/5uh3232n1hmaZ9&#10;ibjrppszSa46iQsYjOGuxiWQH6qQRz/T3Kqzmq7Fy0PgiiklQiOYE2V731Ef4e0u4RSKHnQd7jRU&#10;eX9ID+RP+TpJdgNFnj8+NPkf29JHaUHQvX/b2J7EjzmXyOPxNV5cphGiaSeqgtaSOlmXgcm3IFxx&#10;zb3C2z11NjJVy2WyE2TyNiVVmIp6ZD9BEn+t7AFvfbXbbg0O6SFmbt1HIH7PTAxwpxHTO1WP17hZ&#10;BoGokah8VfXPlT0+zp0+Vn80fae+6aXprq/aVJ1n1/JIseTyaU+vL5qSMaQauogsVQNa4F+f6e1H&#10;BVpg89H5V8NPklZdTcBJh/Qj6X+vtrmPa7Z1EtrKrQyqAGBxqGamvD0ofXpbvtou2jxCcUAFBgjO&#10;c+fl/qPQKZ/Zb/Jj4xZKk25lRuPcnVVTT1sBoy7zVWFnJk0yo3qJj9QJ/wAB/X2zbh3RVY6WaShN&#10;H4jUNExlVjKS36bBSBf+h9yb7d7Vsu5JHHuIDhB8Oo0Yg0B+QPHjwFAOl3Kt/FOU10TBBp5muCan&#10;h6nh6dDZ8bvh9sPf+OwGN7Mod2VdbTbfoshS01HP9nigY4wWM6yKWYJ6RZWFxc+0aN7zNO0ivIxj&#10;kVHWx0JMwsL/AOBNveWKWewHanhWBPDCBSKeorpr/DWgr8iepUExEJQLx/wjqy7/AGT7YsO0xgWw&#10;2Mho6zEsY5NEf3VXjIQJHhHNwyKL2+vF7X9//9KzRqRfErNwVLAm5LWAvpsfz/Tn+nuXl3CZ7gqn&#10;4qeg4kcPMAV4emepFhupe4xsPLPDP+rPA9axmSyFVUVss1NGzQvpAsLqEW7Kuv8AH+PuXj5VjZRq&#10;Ur6iBYknStwR/S/9f8PZZvVt9Qp0ChoOOOJ8/wCf7ehBt0DyqwGSxz65+fDH5k1FT0na+AVgUJEy&#10;y/2zbli/LNxxax/2/P49q6FgyFmPIQWIWzG4s1gfqR7jS7jeOXQK/F8/yqfIEdLn2+5SVWZaKaVJ&#10;x5+vy/2OkhV4mognQFX8ZkUtrbkeoaSv+A5vx/h76ljp5LJGupzqUatIdU+p5/H0P5/Hu9tcXVqD&#10;JKSq4J46a+X2+Xl59HJjNvba19K8CFP2YzQf4fPoR8Vh1p6F63yyyKItbK62Uu9idAPB4vx9QPbN&#10;U4+bWoVmYJ+oenUP9Tot9T/vPsSWW8QNGddBrOPy41r8IB/I9ByUz3EzrGSoJB4YPqK8a5+z7Op1&#10;BPRWqJJIEkmaOyxuNXDXUkC/0FwRx77aCaNP3Lsw0j9PpAH0Fl+h9uLdW80lIgAKk+dSftPl6CvS&#10;y2t5FmWI4PdWuSfRRSvHPE9J+paGaoRYl0X9IA5LPax0n6X95acSEgMnp1E/Q3a1jcD2hvEiCEqf&#10;LiOAPp+XS6Szcx6uJpjH7R8+mGuoiuv9WopwVJsLDgED/X/HuXPOyL5FPpHAsCQQD+n/AF/xz7Lr&#10;S2SR/DkFT514j049F0NsHbw34/kM/mf9X59MlHj45D4p1YSC9/7J+ltQv+Pyfr74QVetSrBiT6fq&#10;A1/xweD7dn27wJQyEACvz/4rq09iyNrHAcPmOH5dcqnFNHJqhZVCEsA2phoHpa+n6D6/X8+4GQx8&#10;MxMqg6uST9AbWNgP6+zfZ96ubUeASADTHr+fl+zpqCUMPBY0BoMeVD5+tOnTFZarpl+2aTxhtIKq&#10;3NlvpJP/ABHtPzUBjmtwUGk+rk8n62H+x9yPs/MIMNDUMa008MDzJOfL5Dz6E20wRzTRSRtoKnJG&#10;K/l51GPljod+vc8slTHRSzGN51/ZlSTQrMRpMcjn8t+D/hb2qcF4KCqxs/25mSpnFPMSLMjn9JUj&#10;6W/x/wAfeOHu3zRud9ey7dIf0xUqAa9uRQ5INamv+Xqd+WLVSgLCrEnPpTjT7cZ6uJ+LXTeK3nsX&#10;dWcmzDUu5dv0gyOMV2UrJHBGZm1pcH8aVK8kj2Je49qYjcFK7xU0UskRVzEq3kZBHy0ZPJIsbW+n&#10;+PvBbnbk68NLlVqHBBJ4Ka+Y4UyOh8NwNoRHppxr6Yx+z5Dq5L4JfPqfak0Wy935qTHVEMy0mOqG&#10;kApazSojjZtXIY2NwOD/AIew125srbwzFbNW4CoeKjjFyyli4DWKguP0kG9x/sf8QCnJEgtwAoGq&#10;oNeAxWq8Rg49M/sWNvAVQK6T8/Oo4/l/g6tc7L+ZWQocPiosBvXGmuyswWi+2aGQkubr9yI2Xn6c&#10;H/W5/Lzntj9a5DC5ilxG34KfJ1NPK6TOUcxsqFj4783PP0HHuLOaNi3CylE9e1K4HCnmaUp+f59P&#10;bffO8tTUivyz/sefQ89F959i5jIYYbrzcVXQOYEZYoQgmaY2iIYktYX/AD/re62sltungq5opo+U&#10;nmRbrZVKsUuTbkf717BlzPLE5INKj5/tOf5GuOpBt6NFUMuMY8z9nVmtPP5Yo3UizKrDlWFmUEaT&#10;f/H21xbfoyG8kSX8l2cfpKi3IB/Bvz7ob6ahINainpT5ClB/LHS5LMOSWNfT/V6f5+s2o/g8W+t/&#10;635t7mjA0MZEaIB5GA1AL/aX6/T/AGPPuv7wui2otWnl8/P9nS02gZaigqfy4cKdcSxsb8kf1/Iv&#10;9fc7+DQwA2jWWwN/6EhQBptyLjnj/Ye2GvZZWozH9vVhboWCMvlWox9nXV/8bA3t/vZ+oPuSmNV7&#10;+hQ7Oln9JJHHDD/H6f4+2XlCEk1I+zz+3pz6WLAK8afZnzx12Dc8MfobgHix/HvKceNN2K3X6r9D&#10;YHhfxY/m3tEL5GOha1rx8v5cekD2wVqD/L12bi9wpF/wf9tcn3hejTx3CrpUoLNZShJ+pP8Arf19&#10;uCV0PiNWrcDxr+VB+Wfl00AFeq+ueJJp+zrr82P0Iufxf+lj/j7iVFOGLkXLWNzaysw/x/1hx7Xx&#10;zvQ5p8v9WB/h6fd4gtKGjeoFeuuLjji9gbn6Dkce28oH/wAAnAb6WLC4YXHB93BDCpb9vp/q+XTD&#10;TKVooyMZNP8ABx67B/wNibE25v8A7G3HvHJpCFOSwIIP1vz+Bzf/AFh7cjhlZRLwFOPkKcK/5+vR&#10;yP4lWP8Am/M+XXfHP9Pz9L/4k+400asmsg6OXLA/Vj6dIA5/2J9uQn9bU5ofXPH/AAU9P8vXpZAi&#10;gr8TY/IfPz+XXZJAsD+OBxz+f949pqqaONSWIU3J1MQxAXkHVxz7Edrba5FZVqzY+yvljy88+fRJ&#10;d3EWvWooPIV8+vXNiD9Cb/Ukk/7H/evYTbs3vhcMvjkqlaU3QIvqBJN7Gxuf9iLe5H2XlW6uP1NN&#10;RTiPL9tMfZnoHbvvCQoV4nPoKepP+qvy65gswNgF5v8AU3/3j2WjcdbBnsi1RGZNLG7Aeh2P4BB/&#10;r/Qe5R22ySyh8PFKcBw9fT/J1G19LJfTEo2Dw+QH+X06yDgD3hhwcChG0Mxt6bgkWPsyN0qfABQY&#10;z8/sp+3r0G3qqnzr61z8qcP9nrv260mIjpZDIY0Ifm7KG4PDMoP9PaSbcIpABq+EEVHr5Dz4dK0h&#10;CPViT6/aOHXvatoaSkkAiEatwCukKTcGxK6h7Dd9elSxX4m/l+zo5sbRZe5h/k/Z/l66vb/fc/7b&#10;2saPGUqKqmmUEXCqFFirC7MNIuAP9f2GbjcHVdbZNRUnz+Q8sdCO1tYkjU0r9v8Ag/4vrqxvcHg3&#10;/wBYf7f2/Ji1soSONVtcBo/UAR6SD/xX6+yW43TwxqbiOH+anAetel308TChAP5Y/Kn8+vAcfkG9&#10;zz7iZHFwNA5aEOFXSR+m5P1It9R7cs9zkqCpKjzHr86+vyB6S3FjHTSooCKfL7OuwLEn6n/eh/T2&#10;n48VQwgSR0yaluXTltJIuDcc/wDEezl9wlopd20ngflx+3pNDt0aya5B5CmOH2H/AIrrrm5/qfz+&#10;P8Pr7nU9Pr0qgKqVVSLAFiDc6iB+PbD3YWjvkvkcST5Y/wBnNfLo4t4kD6cHz9MD5/6j1630HHAI&#10;P+F/8B/X27fwyRr3VXUBdIcXCr9Qf6G/svN49QFx9vE/aMfkOPTM8EbHwx68QOJ9Ou7cW5H+t/vH&#10;uSKFVXlQVP8AaAudV+Tx+fbJknkIVTQCteHnwNf9R9OrInhqFQUA/wAvXuPp/X8H/jfvDKIIY2uy&#10;+kG+ofQsPyB/Uf7H3SCOcGknE+vCg45oT/Knz68ZRbMJHH5evljy+09eP+9c8fX/AG3sPNwZNYo2&#10;jibVKFJUEgMdf4YfX6/T2MNp22VipNT/AJKef7OgjuN5GzG3VtTNXH+r067H+29gnltqZDPqZpAV&#10;JcyrISVHBvpu5/3gcn3INrfJYdtQTShFaYrjj/q+fQIvNna6k1sVJH5Y697x0WxKWPR9y+px/hZD&#10;cXIAH0/P19r33iRwGjIzwH+z51+XVYNkGnXPxrj/AD9e9q6gwOPomAij0PdbMADZv7IJ/wB6/wAP&#10;r7KLm9nKaZX1HNAaZrSv5D/Z6Xw7bbW7VrqNfyI9f28fL0697VCSXaOKIGw5bgWNrWK2/HH1t7Dd&#10;05Laic0z51Pl+Xy6MWJ4A0/zH5/5Ove3hKfWsdzYE2U6blgRdlCn63F/p7JJbkoQGNT5iv5V+Q9O&#10;n3hDIY24Ef6s04fb173DnoFuAmoKR6kKjVpDccf0/rbn2/DfsaEmuk0B/wBg8f506K32rWfIgVA/&#10;1Gv8+ve+EVCgY69XPqBtfTzxa344t7clvSatig9f8lfL7MdVG3SkVDL173KjograDwuq6OfyCOFH&#10;9P8AD+vuq3hZBp7h/q/b/k6Mre1KFEBzUcf8HXjxz7yCkjXSvB5IDWICheSWPN+fz7fa4Y1oOPRo&#10;bddLE8Bk+VOvA399PQq0ZNtV2WzAaASR9Of8f6/4e0YncVHD5/6v9Xz6JZbaKYFGH5/Lzr/q+zr3&#10;tuOKgla7AgqSxXTbVq40sbf1+lvr7Ui6lVSJDxxg8B/q49FUmwoK1AIJ9cfzof8ABTr3voYJGDFG&#10;ULcaU+th9LKAPwfrb36TcWBUsM/mf8P/ABXSaXZIwQG7STw4j7c46978uBAIJVToIQNewLBeWBPv&#10;S7qrOUbNfL/V8uHSVtlUkfP7OPXveNcBDJzp0+sKQpH1t9bD6Hjn2qG8hFOk18uP7MfZj7enhtCf&#10;CwJpX0/1fZ6nr3vJHtyFWcGRHJuFRb8fgXH0uPrf3X96NInbX0rkj+dOlNtsEcnlgYrnj/LHz/4r&#10;r3typdr0SuC8oZCDxYBwdPCEni/+I91k3acMAO3HDyxn9n+x0Ltu5cs1GqQAgHgP2nrjq/2lv9t7&#10;fkw+MgNjHfQBe7fS3r+vsok3CWQEMcE1pSh/Lz/w16ECbbtkI7h+Xnw9P2deJJ+n+Bv/AIE++T0t&#10;Fe6xxg/VUABDqo4t/ieb/wC29pTdSqNaHUD55/wcPT9nTE8VhGP0l0/OlPPPzr/h65e+F41uFijX&#10;kECwVbXJ1C55Nvx7ZV3yzP8A4Tw/ydIo5bSFjIDTzwP2AY/1fb173yirdDMFeJwH4FhYluRz/hb3&#10;WZXZdJqK041yPz9a+Xp0rttzjjbRkA0yRT+R9fl1728xZYxKyysNHlW6qBdrfpHP+8eyuazkLeLG&#10;BUA1rXBPnQeQAz0LLHeoYoxSgwRXhSp4V/l1724x5CEITqIAJBbjn62t+f8AH2mZJFoZE1Ur/wAX&#10;QV6E9vzDCgouADiv8xXh/wAV17/Ykf7b/ifcn72nZFKNax1C315XUxY8e/GBQNKilft880/Lh0u/&#10;rBC69zD0Hy/z/b173mSupwptZfpoa6k+ljY3/pb/AI37TzQu506sYpj8s/Ppt98ikrVwOHDA/wBX&#10;r173zatgF28iEqpY2POofS9/zc/Qf8T7Sratr0qpJqKedafLhnpqXeo0QtUmg4mn7cfL/P172jcp&#10;vjG4uQwzqqzAEBL8sDcIbD6f1vf2J9u5bub0akGPOnCpr5/5PXHUabz7iQWE5Qtgeh697aqfsijn&#10;k+3igk1WEQfUCoY/VmDf6/49rLrlPwl8QkinrT0FPTGDXpHtfuSt3PoVsV4VB9Mf6s9e9r+HJ0k8&#10;YkLoFZV0XAsSSPob8cG1vYUmsZUl0jiMcc+n+HqTbLfreVA5ah8x8v8AV5de95RUU5AYOgQ8FfID&#10;yT+LfQn2ybaTVRaj0/y4zn8+l43i3GNX2cOve+Rnp2UapQSLaiGuoA4AIFv9iT7p9JJqOkmnzAz+&#10;fl1v9+W2uusAeQOOve+S1NMw/wA6hAuP1DVxx6iD/S9yPe2tZUOa5+R62d/sRnUOve+P3UZZisyW&#10;UDVqa6gcC4/NrXN/e1s5ye8EH7D5Zpnz6unMNgh1Fh9n2Z/4rr3vgail4LTR/wCtrCg2AKsxP4/N&#10;vfvo52YEDOfI5Hp/g/n1Q8w2TktrFeOPPr3vKaqn5QTx+q2qzjlTz6T/AEt/X2yLR2q4Qk+lD6/4&#10;eP59N/1i28Z1cTT7Ove+xW04EoEqAFbaVPPFlLEH3f6OegquBwrxNeFP5+f2dKY+ZrIKASuMgn7e&#10;Feve+zPG2pVkUjxAOxYlVBIspI+h+nHuq2ky1Yrw+3yxw/2eqy8wWddZYNT0Pr9vp1722VOWosfF&#10;LLO3Cx34B9XP0C/1b+ntbBt1xcnQgz/Ifyz+XRPuPM8EEZKuBivHGOve0JkO1sFRBndgTGANA/Wb&#10;D06gbf4exft/I11OQyY4k/sH8z6dRpvPu1a7crAvX/Bw/mCP9nr3sMMn34szyLj6RVXgfUrIb/nT&#10;9Bz7G9h7ZlVVpiSQDiop8vtr5dRFuPv2zTlLc+VPiIOPP/Y697hQd55geTzU4lW3HC3UMvHC/wCI&#10;9rH9uIQlFBFONPPPn/q/LpJb+9l26FvP7Tn0rn+XXvaWzfaW4crLeGoemQCwiDAWJHp1gcC3s/2z&#10;kaxtVKGPPEEitPMgHoHcwe7G7XRYxHSK/P8Az9e9oCsz+6MhIWfKT6dQPpYgkfRj6efqfYki5f2+&#10;37NII9MY+WM/5fXqPbvnfmC7GZWBPDPD/V9vXvcJf4/f9+tqpVtfmRmsoHKk/Tkf19u/QWMTViRa&#10;1xUf6qdFL7pvUw8SZ39POvXveeOOpJF5GYtaxY+q31sb82vxb2tCxqoVAAOGBWvSV5b6Vwr1zjga&#10;k+v+z173NTHSSgtKfUBcoODx9LH8G/497MsKKdVCc/6iOjCKKb4pGqSfyAp+09e94ZtpPWgSo8gs&#10;St7Fhf8A2HN7/wBPaX97W9uTrIB865OfL0/y9IZ9guboBicfsNPQ+v2ceve+6XZNTE6sZ2/owYNq&#10;5FtNjb8c+7yb7BpZkoAaUFOFPOnz/wAPV7fle6AqBUf5/wDAPs697nybVqoXGiUEoDpIAJ9PPNj/&#10;ALb2wm8wPUk0Fc1rj544dGY2ae3BZQSAcivD5gfzrnr3vnHQZFLrLVM6Cw03ZgB9QBfm/wCPbE11&#10;buh0MNVan5g4JH+Hq8VrcKT2kVOa8ft+fr173OWirFt4QWUrpNgAEIFxcf6/Nx7KXngeUtkivD18&#10;sGgof8mOjO2tbiNqrU0P4dWR6fL7fPr3t2o6fKaVa8vCmxbjn6Am/wBQfyD7Lp5lIKkimfX14dCn&#10;b13CNqE0Hp6fI4697UkLVrReMmRtajUisbE/hgPqLfj2Qy6Aag58/Sn+rj6dC6F5mX9UED9lf9j7&#10;eve2+roqo6iVAHjJBkGpgV/w9mltdRDGqg8jwoPSoPGvRPepfPVyMH0zUeWeve00VyELjSjGwI4U&#10;MGH4Kr9PZj9UgGkmo+3/AFY6IHlv4f00B0/n/qJ6979M9YNMjxyAhPqQ11/IIH/FPfoHhkywpQ4p&#10;gfYeNfWnRbM12x1ODrHCuP8Ai6/z697bJ45qy3ofVYHUVYgBTxcn+vs0iuBFEarWv+D9vl8uiuez&#10;uJjQLx/L7Sfn1724UNDUwyKyxi4W+l7GwH5H+uPaK9vRMK1otePzHDAx9vRnt9o6MqyCvdkf6vLr&#10;3sR8dkJKZbtTxr4goOiNS1rXuCb/AOxHsH3qrM5NaVx9np/xfUp7XcRRICRTFOH8/wDOR1725ZLI&#10;1mTpxDSloW0j1CysCOB+mwIP+Psuit44cyHUAOP+XoXpdhowKmlOK5r9nn172kaXb+ahqkqmzVYW&#10;1E28rgKCeQBf8fTge93M1rMpiQCo4fbTNa8en7fcZIXpGTT5j/J5/n172MOI3LV4yJUq3eqsAGa4&#10;MnqP1N/px+R7B17ssdx+pGNHmRwNB/kP+qvQ92nm8W6gMxFKVr/g+fXvati39QICRFObiwswuGHG&#10;k6T9P6m3sPS8sSaSKChwAM0+fQ0X3Bt1i8OorStRXr3vC3Y1GGcCB2FtZOrgEemx/wAR/iPbR5Uk&#10;01BHlwxU/L7ft6aX3BhZqBuFRWv5/l+fXveQb7oJF9YYLcWUAA3H9os3+8f717qeXZVHatSPOv5/&#10;KvS5Oe4WGDwFeOft4/y697nw7rxkzkmUh2A/B/Tb8G/P+w9p22a4iAJU8M8PM+ny6MLbm6GShBpg&#10;cOGfX0/z9e9ua5SjdABPo+jkBrkq36fSPx/vZ9lkljISVA1KxxXB+3HRrFv0UuY2qM8SRw45p173&#10;jnz9JT/tlZpVIN3QabcAhrfW/wDvfuy7ZK6/Ly8zQV/Lpam8lxQGv2EV+zy6977gztPWSrHErhFV&#10;SXe9iT/Z/wBgf6+6tZmOrMfyA/L7P59L7TcPEerGvkcZ/l/h697fUYaCNSm7alZjdgSLspP9P9h7&#10;LZYQxrQ04Y/2P9VOjdJCikKxFeI8vl/sde98mCnVqXTcghhZglxZjfn20IvCQgLqFPxCtB/q8+nG&#10;mrhj/q8uve+JThhGFWx0uSeCqm5/2/H592VmDCnAcPl9g9Oq5LahSvXveEMHcta7EeofpW5b9P8A&#10;gAPx72DpXXINQ/bSvmP9WOmZXK0Uceve89kZTY2KkkgCwsfVa/8Agfz71Kr0LDLEcCfs44r6dPwT&#10;sBUnHn173hlLHg+kqboQbAJfkEf1/r/X2lKFB3cT6+df8n8ulaujLpU1Y4P2/wCGn59e99aU0FhZ&#10;W08ljYsWGrSAv5v+fbRJ1CJs5r9n2etP2daJoRG+fn6U9Ps/lXr3vFZmDHjyak1IWsOTYMP6XH6h&#10;f2oWN5Mk44g+XpTPn1VpRkE6qenp8wfPr3vjK92PpZ2ABXSCwJFwDdvr/re2hEyClRg/lSv+Tz6r&#10;GhbuUg0I88j7fl5/s6974lmGrUzjSAmrUdQ/tDn6Dn/D6e3orck6m8/Kh/bT0xx60HEbV+KvpUZr&#10;/qI6978XC6iWuW/tX1OxHIH+PJ+o92+nGgKagU4H/D1QyKqU08cfOvr1730h1jlRxqcXPC6eLEn+&#10;v5A97MAApETxAr+3hTz9OtrLpP8ADkVI4+fDr3vg7yKQdLE2Jb02UA8swJ5P9PbbRvGSCKAfbqP+&#10;z59OeLGwLEKAP2mnnX1znr3vGCV/S9lYgAovJY/U3H+A/p7aaFZEBC08jmhb5mvH0r06GbQQvCvr&#10;Sop8+OcDh6de95C8lyGPrtwynhgebjVwPpbj214ESmlCeH2+Xp9v2fb1RZ+3C1pxrxr+Xr173w8x&#10;B4TSwI0/Uek8uGJ5PP492+mVhpBNKf5PLHr08ZHpUHFCM/Lh5V+X+Hr3vvX+4TfTYE8j03+pbjkW&#10;/Hu0VAgVQDX18/8AY/2OmEdmcLQZ8yPQcPsP88de98FaNxGx1WN0YD0yFz9Cqf7D3t/EAIJweBOQ&#10;Pkf9WOtEuo44OR50/P7fTr3vu/0u4YCzBWNvSTpI/wBubf7D2kEcMkmkimPLh+z/AGemklEsojcc&#10;AaYpwzx+z/B173zPFgGARVZrhb3P4Gn/AFj/AMR7ea3U0AH86ftP+b9nSlmcgKpFPInFa8P8vXvf&#10;GORpEsOByC1jqI555/qOfp9PdZLcA9q1Hnnz6dD6ida1ofUH7PzHp1734PpdQQDcBiVHALcrpUf4&#10;fX2wQSCuRjz+Vf2f4OqPMQ2itccfUen2Dr3vzPYAF7gn6AAEjVqIA/4r7vo8U6kHGn5fn0+7VOrF&#10;SOH2/wCHr3vDMvPks9m/UgP9L3IU3/24/p7XwJVVUkArXNMEV/1eXSu3u4/DEVMKePkfPNaefAde&#10;9yEYIVa5YqouWA0qQTzx/vN/62+nsvnRlagoAfQ1x5V/1fPpJKUZ/wBBtKk+fEfKvp6fLr3vHqID&#10;EszDU4PABIU6rg/QD8jj221AAuASAfnTpt3CLRqVPp/Lr3vy2OrTflVtdQT/AFIJPFj9fddLTPnh&#10;/InpEz+JIBIcAjr3vpZAgAsL/RWCEcFbkBef9h7UNGc/niuf9npa00ZJocf4fzPXvfa6mL8EnhwL&#10;XPqAsQT9eR9B7adSoAIp/q9PLrZNBX/V/sde98vUUFjciwLEWDEjU4sP6f0+nuxDE4Uk8fsH+z1Z&#10;iajFGwR/l/b8+ve+z6QysFa2h108mwN9dxx/rj3oxuWzj19OHy6rpLEOo+38/wDY6974o0bOxvZ7&#10;lQRclgvqIuffn1sKZofL/L9nVn1N2CufX09eve/aEkUadWhbEEtbU3L2YP8AW5P1v79ocOUIBJ+X&#10;AcDn5eXWiCG0Nk8Ove8ErMzSCy2AFvGdekfkg8cD/avbISMMAw8jxHz4+nSRgVl/Srkf6j173iOl&#10;dTLZgy8BiCSV51N/j/T3rw0NCwIr/n+09aWRmFG8vl6/Pr3vGWHLcObaj6gtrH6c/n2+CyZU8OFf&#10;5j7PTryyNEwZW4eR/wBWeve+dkctwxMY4H9oA/6oH3vtIzivkeB+z16dTw5SWbB4/bjy6976Mqax&#10;dgNZsSove/C/T/ifbPhKpqMEf6vsx005cGgbH8x6f6h173xeXUtjc+Mn0hhb6cEn/XHt7TrXHD7f&#10;P0P2ivDp0jxYzU44/OvzPz697w+UOPDqOp/UXJH1BuSo96WEkqUHn/qHHy6ZWORyuKVrSv8AOnXv&#10;fSkCy+pdJ/bLEi63t9Pzfn2vWJUShFa8f9Rz/g6s8hU0TFMcP8vXvfNNK31ECPVrVgbEn6W5tYfX&#10;23JHV6xCnyJx/s/n1dJia14ip9f5de9x5JGVlXQeH9IuLsD+Ut9T7fKRiMpxx5V4jP5f4OtTTxht&#10;SZA4D/Ln/B173haxYABihe3JN72sQAPx+fr7LxIQ1SBXjwx0mZlUkitT173ju0YPq/IGprksSbEg&#10;W4B/J/HtWLYyKKmpySB5DjxPV3KKq+p41/wY6975ElCCUZb8qo9TBfxYj+v9fddOtBQ0/wA3Dpl5&#10;SR2+XXvfPyEqr3T9IXSpN/66WA5/437ejEarQKxbjSleHp6f5OnxcqFzWuDw8/WvzH/Fde98vKwH&#10;Mdgwu6AkED/C/wCf8L8e3I2DECmR64P7T/qPVY5PFogGRU8f8/8AqPXveNrXQleAb6QQFC/1DD6n&#10;/efenbQAAKfl1UzFTSPh9vXvfbEKQWBKuCGYchbGwB1Hm/8AgPfoqPVwAGX5Z6cV2lB1UJr+3/Z+&#10;XXvfAvHIV/VpEbMwBGqwNvSpt/r+3qEJ/sY/M9XoWUuB/q9K1wOve8Adl9FgE0seSC5ANybDn6fQ&#10;+7xRrMPEU8MH7fTy/wBWOm9aU7W40/P/ADde98XkCEG6sTHYkCxUPyL/AIB49u+B2f7H+rHVDKoS&#10;lP8AV6de94o5msCpFnFwOWsRwA1vabu8TT51GP8AL9nTYnYOHJ4elfy6978jM7lnQni3quLEfn62&#10;v+P6+zMx/oGNaE0r86+v2ft6eZ81bgeve8Q/UQxYD1AWAvHzdg39D/gfbMIK1ZlBXhnz+ynTTXKl&#10;Sqj/AGf9jr3vm7qVLa7AWUXNg4/PH1v/AK/tLNGynSRxJp6/6vTrTSBhSlQP2+nXvcdrlgpYLfkk&#10;HULgfUE88f0t70kMjPpAPl+Xp1T4QQfy69761lrhiCtgF0/quD+AT/t7/wCw9mChY6ogFeJpnPqT&#10;1USkIVPnw/Z173kjuhZnHqZfwbgg8BR/r/n27JFEwqakDPD08/8AVx49eR3QVH2U/wAvXvfbqQsj&#10;N6NSqEAuQD9AAB7SiHQ6ynGaY/w/7HVCxdcYPXvfAsLj1/qsfrwLcKob/eT7dClmVx5V+XDiPz60&#10;RUAV6977bQwYK2rUQzGx/r9FJ/BNwfdiJGGlwBpz6j0P+fh14fLr3vCxQMVKF3ax9R9Kra34/wAf&#10;dVNCNbYqa0yfkPz63kHr3vKC1i1rDSQFGm2n+t/z7v4cch8zp4ZyCePWwQjgqOBr173waTUSgOs2&#10;uRY/5z66v9f/ABt72oBAkQAAVHz+ePP16dabUe3gPt697xMQGW9yylb3t9QeGsTz734lWq9QeGKj&#10;7P8AZ6akYs2sDOKfl8+ve+vOAWUkljdjaxYEi5uB+f8AH+nu8MUnxDJ4/Ph/P/B6HpO06AkVyPT/&#10;AFfz697iSTNbU1xpJ5H6hYW+g/P0P9fdhGS+c1pgf4R/sfZ0X3W6LBUA0oaGtP2de94jVhQPVEzF&#10;WBCsBIQwuST739K4AJDUHH1+WOixeZ7V3CFhX+Veve8ysjMp9SEkXBOpf03Atz9Pz7Z0MKhmyOA9&#10;R/L/AA9G8O7W0pBDAV/Pr3vlbm2kabnkqeL/AFI/p7ppAUknPmPz4dKvqYHBqaHzBP8Ah6974+kk&#10;C/AHp+huB9fx9P8AX93GpaUBCsRWvl+ZPTySFFGlhnh5n/NTr3vtWOlLAWHqJLEMbHng/n+nvxLh&#10;jpoPP8vXh+XV/FlU9xB/Lh/l6976uLPY2PLEmwBAGoof8fe9TgU9cCnoceuK/wCDqzO7Ka8Dxpw6&#10;97xq1xe4IULGBfksDYi3/E+/SKdAJJPyrwA9K+fA9NARtQcf9X7eve+7+oAEh1sTf6HUfUL/AJ/r&#10;x707KVDSDgPLzpjH+z1UugBdgDTyp6f6uPXvfTrZtNwxYa/8CeSQpP0H0/3r3SNnbuQ9vD7PLPpw&#10;6tFLI1Hrj0Pp9vXvfZAOoqwFkuHI/JP0H9QCfagN5Hj0pjlLLRzkeXXvfgVVrM5HOoWvpswsR6eP&#10;8f8AD3skDj06WUcSB173jklsrWX9RBuoBvZtINvr+Tf3QyZ7BX5dMtOoNFz/AJOve8Tn9QUq17En&#10;8XPBAH1/4p7srh8jA6ssqtQcD173xLFlPqt6Q11X6m3AufqBexHuxNDnq5YAEnHXvfABhGGK2BU8&#10;ixFuL2/4i3urPpYr6dMtMCOz9vXveLUqkj+uq6gDSEP0N2/2PvzSgdtM9Ulu0XsVKE8M4HEfzPXv&#10;fF3FrEjUbW4BJJ+ikf70f9h7bjoV1eo/LppQQBnh/hHHPDr3vgq3WTUrf6lQ/wBATyL/AON/x7qf&#10;1CNJAzk8f2U8umcynUlMevXveFg7HxqpOsWLOQLcX9H+w9v6jorXh0pLv4NGOfX5elP8vXvcWRpC&#10;x5Pp1Cx4sFFgQP8AYf197SJpB5CvmeH2dJ5nUKagZ8qVqK8Ove8p1EW0gkW0j66SVuNTD8/7D3sw&#10;yBQRj7KZ/b014qiMNWlfQf5P9mvXvcVwQr3K/qU2A5cnk3P0Ht4QrUA1/aMdV8Y6wF8xj0/1efHr&#10;3viC/DEjTqs31BsRe4t/vufbpSJtOoY9f5dVLPSpNeH+qh4de99MSpVlF9Ruum40leCP9h70sADF&#10;QcenT6XEkR0Dhwz/AJPmPMcOve+mU21iRrMWFtQtY83N/wDe/egtHofWnVHvXl7cgVAP5de9xDrv&#10;c6+WABAIJUm34Pt8AE1J+VP9WOk+kE0Y4JP/ABfXvePxmznkgk8M9ri/IsP6e/PwxjrUtFai5/mf&#10;9Xz6974O37QB1D/U6R9AfyWH+9e/BGLVqCfXpolUJGoV8/l6f6h173hf1aXBYXBXUDf0j8KeePe1&#10;7jpc5GaH/V5+XVWmDMRq1MfU0/yAde99pGztcSFWJ1FmQlSCLFFA/Nv9v7Upq9KqPX/VkeX29Azm&#10;zeo9rs5JpnVEjVizMaBVUEsxPkq5LGooB173c38TupJOreumy+XpzHuzsEUmWyAYfu4vBLHrwuJb&#10;8qxDGaZfqGbSf0j32I+6z7Yf61vtku77pCE3jmQJPKSKvDZ8baEH4gZR+rKuBlAeHXwAf3uP3ypv&#10;vZfeXuto5duzNyrye0tjYBSdE84Yi6uqeeqQFI2/hGMHrGPUdXNhwOT/AF5It/X2ZWPTJOVUSM0T&#10;6WurLYsmsePVYOLEXI+n+v7nuD9W7FAzFG8/n5DIBGfKvXLNwUhqSAGGOFcGmfQ19eslv99/yL29&#10;04Dx/b6yC6g6omCyovluSusMASOOR9L+xhtTRNC1lJVtY4qQGUahUCoI4cKg4r69Fk1Y38WnDyIq&#10;CaedKHH24PXvakgjiuQms2B5tYAkfk29y1tFjtcjMLbW2jBI7aEjIOPzoMdEkzyfjp173KVbMrEa&#10;go4AFz9f94v7EMMAilW4ddQRaAUJOT8zQA0qD+3pgN5Hz6975BmI9bXDObBQV0qT6Fb63I/J/PtQ&#10;kzyIjXDE63NNKkFQT2q2SCw8yKA8aU62aeQpjPnXr3vk0gv4DLqdldo424ZlHDnT/Qcc+3JpI1Z9&#10;uklDzSI5RGIDMvA+mpQTxpjrdHZKiulaZ8hXr3vCoKH6/WwPP04/Hstt4pbZwrN8QCsDwU0pg/5s&#10;daJB697wOGZxpJC6ryBmAXQeCAfwP8fZNdxTyX36bMEDHxNbaV8M1FK1FErmoocUHTqFQlCKnyp6&#10;/wCry697wwiWnlMUp8kTB2jbV+lSbgKgHI/Fyb+0e3G72XcDtu6sJYXDMjVwqk1BVQCGpgBmqR9v&#10;TsmiaISx9pFARTz+3r3vLLJUAt408qgcAjSzE/Qcf0/Jt7XX9/uwuGeyi+oRBQAgqzEio/3kcWI+&#10;RHTSLCQPEOkn8x173JUqRE0isNYBKafUGHI1AfTn8+ztJYXjt2uUKmUAlCvdq4gMKdoUjjgdUC6X&#10;IJqB6de95SWnWBvQNEmolbn6H6E/19vr4+5QQ3FVGiTUaEkdpIp5GtOPp1aoqEp8vnn9vXveZ3h1&#10;GNJAXQjUB+C3qFwP+KezIXlq07W/irrQjUoIqNQqoPpUZHXpkRVATPzpj50+zr3vA6GaOWESS03l&#10;jeITxMnliLgqJ4gwK6h+pdQtccg+6FZrmGSMaoahlDAgkVFA60qARxFfzHl1qF0SZC1GUEEg1oRW&#10;pB4YPA5GPMddG4Fx/j7c8dTR09LDTtUT18lNCkL1tV4vu6mRRp803iVU1H6nQoH9APaezt7mys4r&#10;Wedrh0UBpHpqen4m0hRU+dABXy6ECNZ3EsksMajJoq1oCTgKGZjQDh3E08+sDlwV9Vrknj6WtyST&#10;/wAa99y00A0LESXsynWx1cepv1H/AHs+1ESRxHIzSi1JNRWpGSfP/i6dJLq1hcIsJ7zxrg4yT12j&#10;t69S6VFipH5W9rj3ikgV7XVSUQgNGTqb+hI+ntx4IJSHlWpHA5x+z/D0lkgZjpUA0U5By3nU/wCx&#10;1kU/Ukm1/wA/Qf4A+47oVFuFOg2B5+o4+o9uSJqgKqdJoQDStPmfs6ROrRGjChIBp59cgQfp7iQR&#10;mNQpYsBc6h9bH+v9APx7I9ospbG20SSlq1II+eM1FOPDhnr0jiRq0p137xOIw7O5Wy6VDOByz8Ly&#10;f949l13BbQ3Mt3cMCF0gM4GWbAq1BnyAHVk1lQij1OPl173jJZZFRNID8elVXVb8Efn/AB9lzG7S&#10;9SC3oBJQdqhQw4kEcOPHpyilCzV7fXr3vgYoKkAtdGjf0GN78A86rcEX+tvbM9nte+Rg3FY5IWOn&#10;R3VFThqChAPEA06ssksHw5B9eve8NQyo0cMel9YYIVAGmx9RIPBP++Hst3RorR49ttKS6wQulQCK&#10;HOoGtWr/AIMdORamBd8U9f8AIeve8ZjWQIhA1aFYuDYtp+hK/wBf6+0klos6xxsqhtNS3nUH041P&#10;n8vTqwcqS3zpT0/4rr3txTTHdVuSLMRqPF/xz+L+xlY+HZRmCElmFHZdRAWo4EcaE8K09fn0jkJf&#10;uPD19eve88asIpHmJuGIuDYaTyLgf0HHs2sY7iK1km3N+7UxJX+GvaCBX4Rg+vHrTaT8Axin2+fX&#10;vc2KNCqlQoIYMWf1c/2b3/3o+zVYolHata5FcmvrnPTsKhgpFAVOSeHyr8vl59dH+v4/oP8Aefcy&#10;U6TEj2LOoZgQQCT9BpHH+A97WhB+dQOjKdzG8aNliATggE+npj7K9Y0Fwxvbk/UXtbi5P+8+5iU1&#10;S66KGCCJZ5QldIs3hldNB8Kxx/2l/DBreyqRRBdKyxxlGB8QkUYUB04CkNk0yw0jIrw6PYLW6ntW&#10;h28eGWcByr6S1fIAsO3+LGTgimemqplpIZUerOtI0aaASweWOGSJheUyWOl/9Sb39hRlYM1j8ytR&#10;RU8ho6aqRZnpKl4J4Z6sGmmDKo8TRIhLLYHS9r/19xlultuO1b1Jd7VGfpVdNWhtJXxQVAIpo8NR&#10;3YVgjUrQ9JrRoRbPFdSaLgahWgK9h1CjA6lckUwQCtQK8OnW6SIALMkiBgGBIKkXBIP+9H2ItMJs&#10;rQRyLCVmx8TRVnkYyNIquTBUGQgata8kj8+5L2u4raiC7FHwNJJbAwp1UXVqUBtQFCSacOmLu1m3&#10;m3F3ZqCbZP1TXjU1DcSa8VNTUUHr1BE0NBOIKioVfvpz9jG1lOoReunjA4sLFh/rn2xzRRF149SC&#10;+kW5B/INv9gf+N+yXeNt283auB+pGtSgplScFSeGfLz6D0buqH0Pn8+nP3FkidZLDSwINoyvpsf1&#10;C6/Q/n2G73b7mO6ogBDiojIxQjuFR8L+dW4ClOlEciaanFPPz697zx60ARfSQpIjZr244BI+ns2t&#10;De2Y+nQaXQGiMccOBxgn1IOKn06ZkKuSzZ+Y697kAtddNxc+prXVABfSwv8An6D2ewtJLNEYWKFu&#10;LABlUAV0uCRxpRTxAyemaAA1/wBn7eve8xb6c/W5tx9f9h7NmlIKAt8ZLU9fkOFfOny48OmqYx5d&#10;e9+Qlzf6AG3AuLDhhxbn3e1knu5DLUBVNAeNaEhxxBqSMV4UrTrZFMceve1ftqR4pZYhHZZgpEhb&#10;03B9KAE2N/8ADn2zuUcQUODn0/y/z6kTkKeaG5ktvD7ZKd5OK+S8aGvyyadIzeVNDPQLNI5BpS0h&#10;VF1OEKkPIrAcFR9CeOefYqUZDf0I0owsCDdT/T+nsKTCmfy6yJ2xgwoaHAIoCDUE/wAj0Q7sunMc&#10;Tynyp+9kaaZKmeKopmp54P23EhFxIFNn4t/Q+9XT5qUNVR/J3uNKkqJ5NztUuYwCogqaON6UmxPO&#10;iwYn8+/nZ+8BaJZ+9XMsSDSPrrggV1YMjNg/OtaH1I6+5v8Aur91gvPuqcmMhIK2Wh6+ZR2DU/yf&#10;Lo5PRGSx2V6h2FWYl2koP4DDSws0bxWbHzPQToqSAHSskTqp+hABFwfZT3AYsb3ZCOL+kfXhh/vI&#10;9xAMU8gf9X7OupjPGorqAxg/l5/7FOhb99owXUSraSNKD6jgkXv+QD/j7TXKjUtDmmf8P+Xq6yLS&#10;itWnn9vD/P173yJsRc3bSOOBybgAW5/1j7TAV/yf6v5dXyKE8Dwr/PPy/wA3r173nH1cXsZEHNrt&#10;f+gH4P8AvXunVaVyvl/q/wCK697xSq3o/wBSST6hb6jSOBz+Pp7cBKgn7P8AP01MTg1x9v8APr3v&#10;tOBwGvZjyWsovqDAn6H6+9MEKEk/y/PqscpQ9px+Z697zG9+OFAY3UXIN7C/9f8AA+03huGCihr8&#10;8fn6dLhdsKgipH+xxHn173zsVu1zwCPoS11Jvp/Nj/re3o1ZZNMvaPyr+f8Akp1t7nWvwjPH/N5c&#10;PL8+ve8aghz6gCT+kiwAAuv+tce9svaaEjyrTz/1HpIWZCXH+r/V59e9+a4JUf0IIYWvfliP+I9t&#10;CMkVY0P+b/Z6ckunI40+zz+3r3viAoKKFIIBY/4gH9RA4/pzb26KKTkk+vr00s8pIFeHCn+rP59e&#10;95j9S5u3HLWvcXsBz9OB7bkVWJbgT/h6u0koHxf6vyp173jZCS7A8XuF5sG1f0H0/wB590WOQsEG&#10;cfZ09Dcso0uaj+Yr173lC3tdrgKDcEFbWuQt/wCvHHt4AgUUHHV2JZtQHkB5f4P8vXveSwFgLgWb&#10;Vc/m/IAP9OfdGkGTxPCnl+3p4Q1y3ADA9PP+Z+3r3uIIzpLAsQxtZrgBvzbX7ozlhRjw6e0Z7cde&#10;9+CMRYAhuStuAW/pz/iP9b2ojqRSvDpPMhJD0pjj5fP/AGOve+Lo/p1agVDHSTZtbfSx/PPtqQ9u&#10;kHz4/wCfpMslFZa0qB9o9R+fDHXvfara41m4LWYmxlP1Nj/gfz7okPiNUgaf9X+EdJiEPwgZ9OPq&#10;P9X5de9x2ILElW+pIDcqdX1P/G/a0P5rwpTHrTqgNcH/AFfP/V+zr3vgguVFvTb9DA2FzyB/X/b+&#10;9EN8XCpA6siNUDhUip4/y6975GNnYKTdFuBxdgv19Tf05/2HtvWBwNPX/V8+nZLKZaEEmufX8j9n&#10;5de94/tWUsRKBqPqX1MLE2Asb/T+vt3XTBGeqmKQGjYJ4V/z9e98Pt2QqQQFF2L6f8foW/x971Vw&#10;OPXvCNaoR5V/PFM/6h173hkj4DAmzhioJuH/AMT/AFPHtxCww4H/ABXWzIA2iQCoOf8AJ+3z697j&#10;lZJLIRpAJK3BtwLfT829+UqMjzpT/P02ZKntGPT1/wBXz697VG0tu1WczeOoYFZnmqI1LkDSqhry&#10;Fr/4fQfX2KuWdsud0vY4LZdTOQB58TT9nRXue7Q2FqbhiNIBrXFD/mHrXrBVVMNHTT1dQ4jgpoZJ&#10;5nP0SOJS7t/th7t72lsPBVm28HivHrhxVJCDIoLPJMw/dckfgtf328+7d7XrylyfG99GTNNR5DTA&#10;J4KB6AZr1hlz9zlJul88ifCtQCfP7KcCT/LrV4+evzk39svt/c9Zt7xR4+oklwOHp6mRY6dKSjjJ&#10;innLXvI/1sPpe1/YpTbIw9JBEIpFp1jVSn0uLD6G595JwWsMs3h6DGo4H1I8zw/Ifz6hq6Cllcli&#10;5BOMg1Nasfs4U/b1TtgPm/23ujN15rsLNnZquomWWmhMssLR+a2sMqgi35uPoOPaGyENHh2eOnZH&#10;jZuZFALM7m5J/wCK+x5suxv4kdzBpC1oR51Gak+n7Ok8MTOVkiCjjgcSc5NcD8uj6bByW6+16Ojy&#10;+doKrG18EAtQvK6xJBTDQEVjxb8gAXPtX4knMYBqbyiN1l5LWuVXkekc+5etpXWxErE1oVqBkeY/&#10;zdHMXiLBXzHD7P5fMfPoCexpY+re2IdyS0VTVU1RifAFpI3mWKonN2ZpFBtq+lz/AE59v0G3NVEz&#10;K0LKBqACBbuBzd/cRc08xst19Ej0J9Mfbnh/h6ILuiTtoIPqTXA/1Y+Xz6KBvj5Uii3/AEWHKZOk&#10;q6ido3aSpeYfbStY6ox6R9R6RY+8LTR4unlWNVeRkGkEDg3/ACR7DP65SpxThU0+yn+o9F7PO9Ga&#10;oUcKf5B6dSY8Vlu3c/j5sjNU0WHpK6ZauqWUqZ4rBkEUV7fp/wAD/sPbXj8oKmpeLJBTGdOnT9Bc&#10;8LpB9mtlusccEkUzKW00UGhp/q9ejAOPDJ1UoK/aflxz0Mu++tZNr7NTKdWn7bIRJOrrWWeWYqvM&#10;8cswNibfQf7D2rK7HYr7TyxU0RBAAaNTe5+tyPp7Ae5vA03h4H2U/aP9X8ug5csZG/SNQ3Dz1ft9&#10;P8PRLeveze3Bvf8Ag+V3HkqeRRUtVUNdUskLMD6TDHJ6WU8WsPp7b6Kow0GPrJ5I44fs0dmMh0jh&#10;bqef8fZ5sMRS7RwwKoys1acK5p69aW2Yv3NrAocDga+Q9Pn5dCNvLb/dOd7M2PhqPIV+WpN212OC&#10;U9GjSgJ90v3A0gEBdB9Vz7JLlt25J94y18MhloqmWWOKOQXR4w5BVgf68WP19y5DuNlITL2nUSaH&#10;+WeNPToWQlGURggf7P8Ak62u9kdMbWx/SOL2lV0cVDlsRiqRqqemKRTQ1XhDlw31Nje4PsxXXzHI&#10;VS5GRQklNEhEPJ4tf/ePdjPavbTXAOdGjhQCvnjjT9vShUGlivGhBPoDwoKcfnx6qO+bkse0NjZH&#10;aVLLJLS7gStpJcmwBaOR0KLIsa3uCbXI59jtuHHUud2vnqCwZqzEV0MekjUJHpm0WP8Ar+8UeaF3&#10;OC+ktLmpibVQ+vp5/wCqvQP5l1QnSlRoZTj086/5+tdj47b/AN+dDfMLpbclZNURYXFdp7aapeZ2&#10;+zqsdUZiOjqC63tbQ+rn6fn2Wj47bjrqbYVDh8rBUvUYbKZHGhBcsft6lljZj9LWt9fZ17e3ktzZ&#10;fSgGoJUefH7PL1B6Q7Rcyi5MqnSAK1r8/KnH8/sHWxV/OK+NuM3T8jst2Zs7M4bGLvnYW38vXSVc&#10;0cUMyNTBS1Oym5Z7i/8AX2IvYfaC4WhlpaMLFWFB5XkYaoVt+VX3N/JXJtnsG8Hcb1fFmY6gHA0x&#10;knjTP2iv7OhrZW0ryGeUUBPDifszWnr9nDom38vj+WJQZjfKdi7/AL57ENVyS4jGRU9qKoqC9/Le&#10;YHUUb6fj2WKn7Gye9K56P7meakhYxk08rIJGB0k2W1/z9ePeSv1NncQaCNFBnT5+X5/yHQ2EscNt&#10;UFfSvqf5/wCT5dbHEXxv686N28uWoMFiMdlp4jIZ6umhmkiAXWFDzAlfxwoHP09qaHrbBx1X8WeV&#10;FnZvKwnu8jlRcrf68f1JI9kdztu3rLrEwjU1w3mBmn2ep9ekkN6GmAYmp4DgpFfTyx5joJa35O7u&#10;mojtOmoZpqbQaSKWh0QwxRuxRWXVYD/WUX/qfagp2oYHutLP4raW8Ssjf8GDCw9hzebnbBH4ka1G&#10;RVcUI40/LFc56N20tGWbjwHzHnj0+fQeZ45vKUgSTK48VZbXBJXzwVEaHV6oZKdyT+bHjn/X9yaz&#10;Nx0tMxSGquwIhLOX0gHkv/iPePXOPOMADQW4KqK/afkf9X5jqPN3vHeQqlKeg86D5Zx0gtvdWZDc&#10;m4ESqrcH9rHIGyCQ0scPlZ/0rDEoFrm5JPtAJJPkqp56mSRKVSXZCfXIR+Ln8e4Mut/mkfUoJzmu&#10;QR9n+QcOg2XmdFdF/bwp51XzPoT+zo4xwmN2jhosdiYKQ5VoUggljVUiij4USWX8j/W+v19quVP9&#10;xrfZU41aARYEem/6uf8Aintabgz2pYkKRkAYP50/1U9ek4RpE7wFHEChBH2gYJp69AZRymn3pDBu&#10;XKa4RO6Ss7qy+U8qnpsB+LcE++eMy1TR04WpDFgjAgBtQP0AAP5/p7FPJN7GbuOSY9oJp68af4fX&#10;p6zi7lf4ajA8wK/z6Zux+ucLnsu82IenRDPTu15E8Tr+ty7MbW/rz7Ue1sJkctPV1GW1PCT5KRY1&#10;0zJCR9XPN2PvL3lYwlWuLplJNKDII+37eAznoc2iRM1VIOmuPT0/n6eXQN9vdpbR6+x2EoNmVFDB&#10;Xjx4/LNVSqcdJXrIEjVVuLKv5t/re1XR123aKvgpJKeojmc6YxUhmaRx6dX49jV76AxCJXUM9aV/&#10;ZxPDoRFC9sT5A8Rgn884/LoKt17e7g3TsnJ5rH53CVFFGhnrDhX8MNPRkaljJ9TG/wDaP+sPY4Ys&#10;I9OhCMoFv1D6i3PvFD3dvLnbN0/tg2sUFDw9Qf8AL0RXi6XANO7AP2DzA8qfnw61vPl7ksnt3eFQ&#10;JMzS1Rq9cUf2cqy+FiQJY5VU/wCIufqfbmIEaUEqhYekNYH0n6i//Ee4ouuaN2sNoNskkipg0qdJ&#10;PyHD59allCRnXTyz/lP209P59FTyHY26sTtWTGQ5PLU2OZ0qI6X7iqSnln5UsqklOR/h/rW9sO7q&#10;NIceUgjE0s0iRoLAqpc2Jcc+xF7a8wb1v8skErfCAKEVJqQNX2U6DDK1zKyxnuPGg4/Ovy9Ojb/A&#10;HsLcW6uzpRns+9FiNv4mpr6rTMyVEq04/ajgckEk/S1z/gPbDgqOLFSESSKSwUsAeNZFiFUe5h5h&#10;5bvfoH8JixfgacB54xg+fSqSxuEiM0g1DB+ZyPs+3h/Lo5fybrdwdo7clmx9BOI4p5qemqZoZPK1&#10;Csl45Z5W9ViB9Af9f2pqrGUmWj1Shivq02cgq30v7B+0+4+68gMLGVRKmDSmCPOh9fLpXt25/TNR&#10;iSD9lB8q/wCAevRLdjfJTf3xnrUxlPHT1EOiKaZJaZXgq6cueEmHIP4t9fzf2GeR2ZJS5GGatrUO&#10;MaoUXY+J1Vv0Rsf6+8huVfdjZuaNsln2w6Zolq0bAihoaUPBgTQcfX7Ohha75DPGQh+EY9AeJpWp&#10;r9mOPVzfSP8AMO2n231znabrvaeVHZmM23NVVGFZGqYBXQRHyVlKx5kUf6m/H0PtZO+P23S3p4QC&#10;UJjKL/Z/1bMPqDf6+4F9w/cK73CMR37FY0PdEOJcHzNeA9M56AfMe+TsrNGaimmoPnx4VqQf2/b0&#10;Qepftj5i7xgxubzklHjaHIpHl6SepMZavict4IodVhpAI0WJv/re0Bup6zO0mqJpZGCr41juIgWs&#10;XLW/23sJ8vc4Wt0SsSgZrpFMfPhWvr0CYN7kaWk3AcBw88Y+fr0e/wCNG19rfHrc0uMyVNjsX555&#10;xXVNcUNbWeO6QxxlvqrEhwBx7Zdr7br6CoVzSs8tQxuxIBAPN/8AjXufuW+ZbLbYWlmISNgWJY0x&#10;Sv8AqFTnh0L4bluDAqcHHpT09B/l6HXu75HdeZnB16zbppMfi8JE0kqOCQQgYHWfxc/pA+pNvYy4&#10;XaavL93VR6pVH+bK+lL8ksfoT7jn3L9/12+D91cskanw0jZIr5KM5zmtR05JvssKUianHtIH+Hy/&#10;wevVJ3yc/mHZGkxjbE6lqkFDUErkM27h5JIwNKQUqAkqADc6vz/re1TNioFj0lUBAsOABYcjn3Bd&#10;h7l8y3F8peV5FYjtOa0wf2n7OkH74mkfSWqvyx/g/wCK4HqvvA/Ivsp87SyfxfJV6STKZKWWWaVp&#10;jqJkto5uSSSf8b+0O1FEKqrqZqiFIacMqsGVRqK+nW1xe3vJDat/nntIUZCzT0BGmukUGrVXhThU&#10;08+hJt994qUfDClT5EDjX8vPq2TA9q5qo2fsPauO2vuKtze6JKaeupGpauuaKl8oaqKQorGNbEeo&#10;2AFz7SO1JM5NkMhG1Oauk+4cQTxk6fGSSi3+n+w9xpzfezbVcziZwELllrwIHDOfL0x0Ub4wWQyO&#10;ccaceAxX8qcOjMfMOl6Qwmxdl1sm5qTZ+7Y6GiNfhMgAZZ6gRLHO6LHZltwGb6f7z7V8dLU/e6Ja&#10;SVNTkC/Hq+nA/wCI9xbJeXFwwYNxFcHHGta/sz59BR5HdtYP5f5fs9D5j8uijZLde04evBlsVvHE&#10;V/29IEaeBYakeFmDeKRjdgVvpBtfj/Y+1OtFUxQuaggRi/ijHLsL/Qt/h7U7Tu6NdraxkPKcEjKg&#10;Cvn+QAHDz6WWUbMP1T8WfyHAn/Y9eiO1PZmxsnuzH020IqifP1jCPJ5OWJoaGneBSGEYPLXIA+v1&#10;/wAPeelx6SRgh7KCWtq+p/Juf6n6e1W/c3z20whRAxIpXh8vz6Vz+FrCqpP5VFf9iv8AqPSO7G7o&#10;z+3sy1IlJRTTvTiMzGMrdCLD0IbHg/8AE/X36R5Yj41DNGfS3qIABFvz7V7bY7bu1v8AWTBVkUEj&#10;A45x0Y2cQhkE1KhfOnwn/JjIJ64YHB7W3nhzlK5KOmycMUtRHqiRmaoLa2ga/wBfqbf8V9p7c9Xi&#10;48ZJJVkM8bh6cqLuk/0UAjm319tDlncHWX6kBLcjANQQfIgUOTT08+PSfe4ZNwhIQetPX7a08/8A&#10;iujR/CbYXeNB3TTJs6KGh2/laRoNzU1W4ho6jBMwZ9cbkKWPHjP1BPH9PZbNtbhysNXmqfci0lVT&#10;zZRpMZJ+q1IW/bWYH6FePYg9vbC72/c1W8HYrD5UGD5V4mtccOgxtVlLazKeHGtcE5rT55rXyp1s&#10;6d+9MbOzmG633H05U5nbeSw+0Fot0UNE32/3leIEFT9uwNnDFLX+gt/r+39NzYQ5WZFWBVWVFkUh&#10;Qsp1iIOsf5sSG/2595PnmzbUIs6qC4pTFDQVqB8gP8J49SS+5aY1i19zA4rjgTX7aD9ufLoO6rqb&#10;tKPrvGLLPk56mbGVYppo5J2eiXwGveGorL3UuiNGvNrkC9jb3//TtJnxM6C5VfHyfqfUFuQfz/Uc&#10;exxacwW7Pkku2AaDFaEimPTiPLy9ZBhi8OSreprjgDXHHFP9Q61i23tg8jSpQ0dOlNVvphkdECjW&#10;V+vpNr3vaw/3j21Q0FYZQVXQuq9+Lklrgkfn/X/2HsS3W8bb4agsGNDWuB86Hj/q8upG5XvLQXA8&#10;U44Zpj7KcK+VT0KO3cr19iseFy0S1+RMSXIRtEZtpCFvyQRckm3HtZUkcqxKHQadWn1Np0mx5BPN&#10;r2ufcW7hdJLdEA5pig9DX5gHSMfbXj0MN8+mmhLWwGpQagedT6fZ59NG8KXbuUi/iOHFNEaZA0kY&#10;4Lc+j0c/6xPvlTU8pnNgNLEsLk/Q8cD/AB/3v3W/vYBagAUIFPz/AGEGnkPIHjXoD3V3J4IhPwjh&#10;51rw/YPL/N0Cua3FVtSCkiYRwofFHGllEl+F1A3v+OfagansoPKF/UrLz6bm+m4At/UH2Do74NLp&#10;OkhTwOM4pUg1rwyPz69a28nY8o0gtg/P/i8+nr1koIcqi0s9brpYKmRQtQwKhl4BWMnjgkmwPtom&#10;pahUv4SB6rAjkrbhh/vZJ9ia0vrImglqcVzwOcV/YAB516NbiwKnXB3EYx/LH+D/AIrpXx7Ymp6r&#10;9uZayNrFGiQ2l1+rVY/64+nuPC4oqeWtqFRKeMgmRwQty1lP1PP1AB9hrmfmqOzZYFLBidNARXAq&#10;eIH7R9lehBtVpJcxhSp1cMj0+fp8z59Hc+PvxOq+7MsmFxjrU5d6VqxKfR9dAsVOi5/N+RawPvnk&#10;oHliidAvjkijmVgQQylQ0YIX8ab/AOx/1vZvybvcU6l3OrVWh9MmvHiakfKnA9M7vt0W3I0zUB+Q&#10;NM58xk140HQE969VY7q/N5ugrIVxuXw2VmwldQKQ0aVFOdAeKRebt9Tcfn22RRfpvwpsx/wH9ki3&#10;45t7F9xOSGYA4x5DP5+fQSlvoS5OaAUoPXzweP2/Porz1CPM19ZWM6Tp+tiRdbn68fXj/e/c+RSs&#10;N/pqYaSR9OOL3/3r2URuslxpbNBnojLq01UXRj8v2Zp9nTHHJHUZB44PToVlcEgcKdLEDm3+I/H+&#10;8e4LwGdTcckEDkX1D6M1ufzz7NIbwWbBhkef2HiB5V6NrS8kt3DEYB4H0NDin7fU9KOmkqcdKkkK&#10;u6RsDqs9lVrcADm/+v7dsZSSoNLc/pJ4LDUrAqVuDzyPYa5ml269pLIqnScV01FRwP7CePGvUm7P&#10;v1/FT6NjQAU9P9j5fZ0Pewu2ezMBVP8A3Pzeco0amMNRHSTTlZI2QCRZFXVdSCBzx7WOOyNXQzGU&#10;u7OG5UWVzpBVWHHH9D+P9v7jXftg2rdbLwI1VVpjzArQmvr6j5kenR+2+XxlElw1F/l9nzPQp7b7&#10;h3nidwUNZmamuQrULNI6M6PIFvdQ3HqBPBBv9eOfajSvqJHZP21WUlCViVZHZhzqIH15P+uPcR3X&#10;KttDnwyVUA/FinkPswPzx9prDzCjhRMaHiAD+Xn+XVg22PlBS1uOx7xbgrYMzBIGgpqlpZYlWJrm&#10;SJ3Fixbkq3I/1vcM7QpMrWJLS1BoqsJqEaHXTSKRpZdP1BI/P59x7zNytYpZSStRtVQQ1NVf83y8&#10;uhZZbs8TBlUlSKg1qCf8NPUcK9WPfHf+ZV2LgKmmwmf2vUbg23STQyU246TyRNDHqDKSV/VpNyCS&#10;L/j8eycdwdQZrF5GoqsRCtapaSSVBw31vJ6CSf8AXNveLu98uAXbFlIWp+EV+zIFKedOhxtnNC61&#10;ilFBin2etfl1tofGP5TbO7b2Pg618jHSVctFShTUusZmd0HoGo8nix9lKyGQrcRM9NXQmKYT2KOp&#10;TQwsLB34I/1vYafY+C1IpWtfMeo+ziR0P7LcI7iMUOfP8vMf5ePRyoJoqiPywsskbqCrq11a4/33&#10;N/eKPcvqBjjH9GaQEqCvpJsPr9PaYbPKzsnA18qZ+ef8HRit2a9p4enD/V8us5H0ufpfgn/YkD/W&#10;9yDuN21KV0EOAr2Onnkix+g90bZwi6idR+VBn7PUUpWvWnujGpZzj9n/ABX+XriPqLXtY/n8A/m/&#10;+v7kRblVTpKqA17sLljYcMbn/Wt/T2mfa3KqI6gjOfT9lAfl0yu5lzoT8weP5VHXLRcXJ/BuP6Mf&#10;pYe+bbjgYlXRm1quoqbLcm5b1X44HJHur7ZOBrAqR9nE8Kf5fQ9XuLl2TW4Aof8AiuHXWngeq9zb&#10;gcWtbgD/AF/bfLumCN7Kl7PYlR9bjj6/Qfi49+bapsKTgccH+XCv5dFc+4LE1CceZ9PSn+XrIIyQ&#10;SQDe1geR/vFvcaTc+oNpiDeoaA5Njz6mOn/E+1abQWXyBPGtKfbQZqfLOOttOCNS8T11osf1EW/w&#10;+vH059sFbu2ZSbUbyIJDcxMLlwdIIUCx5+ht7N7baVoEAHDifn9v8x0la+0gqtAKefHIoKDzz/Pr&#10;sREf7sPH1uP9j+Tx7xpu6JyqTU7KbNw5szEc6uPybc+3f3WAxVRx8qeQ40/PpqO+8IlSa1oafZx6&#10;6aI2sDb/AFh9Of8AefeCt3ZCyMEj0G55ANituAoPH+ufamHZXSXTpI+Vf8J+Xl9vl1643JHJLV4D&#10;ArX/AFfz67EZHLEfT/Eaf9b2GG6MvUZGCWKCSSFr6E0EgAgXt6fwfofYt2SyFs4lcVpTUMGmf5no&#10;KX19LIGCYJHAcR+fWSwFltexBFz/ALz7LLlNn5SuzD1dXNPKha6KxYqrXuNQ/A49zDZbrZw2YRaK&#10;R+37Pt+X59R/eWVxdOfEJ4/PPr/q8uuXH+H9T/xX2ooNvGG0spN1KhiQOL8MUX6+y+XdY9ZKYrXh&#10;6+WemYtukhcBsFft69f+nP8AvX+39qqjp8WkqpPMF0xi4uLEW/1vr/gPZNLdTSNqU1JPnXP+r/UO&#10;jq1iWh8TJ8v+K64sW4Cjn/eP9b25tTYmRgTMrKQAq2twTcWI/wBtz7T+NOoKrj/P/l6XGKChUKB9&#10;ny/PrrUwH0uQf9vf+nt5x8OKgZdAIWwKliAdRNjYj+n9PZZeGSRDTjjgP5f7PSqJR4elaceA4j7P&#10;SvXgTqufpcgC/wDT/Xt7ViVWLX1IbLoD+oBnv/aII4Hsle0uK6qY4fMHjw8/8nn0e24AgBXhT869&#10;clJ+htf6i3At7litogfTIAdAa9wDpPPJ+nsvlgYqUckk8cVI+z/iulIlTg3p9v8AqPXLn8/77/Ye&#10;2yaSKdW9a2At/wAln9TW/B93tbcxvUVJFfPA/wAH/F9NPMgWjHB/1ft697Zqj7SFHVXUWJ9FrkG1&#10;ybk/j8ezxYw7pIadvGlaH9vH5/PpO93DqqTX/B9np1jLG/5sTwbf7x/sf8fcWHLQoLgElFsvFjdf&#10;qGItY25HPt+4tFlAU4ArwrSn8/t4CvWpL6EKSMGnDrtfqfqQbf74n/inuBUbnqEDFY1VQHvyPUDx&#10;e3+t/Un3aPaUeSurONVRkehr5fl0UXe5mMFq4PkP8P8As9cufzfn+h4H++/1vaXbftckrxIq6dB0&#10;ALwP6AlfyP6+zqHlxTRzkcCKj9p8v9XHolbeLjXUZ/M/5f8AN17T9OTx/vuffY3NJWQukgkWZoiz&#10;OxIQEC3C/k+3IdpiinDMQQMClPzHp+fAdN3G7SSxGi91PL/J6n169a3/ABu/+9+wpnbISZKSYeUK&#10;0pJaQOxIF/S34/rb2MoUgit6D4uIpTgfM+dQPPNOgs8lwt0G9Dxp5Hj+dPtp137EyhkpGo45XBjZ&#10;rAKw5sv9oD/H2RX4ZZMnVgZGa18vsH+foWRTRiDRJRvmPP0p9n+frib/AIHB4+trf43943gSolcQ&#10;spQXuygBrt9VCn+lvz+PaAXLq1HOD9hr8vn9nDpMoaecaBQn0Ff2/wCXrl7y/wALKBSQxY/jj82K&#10;2v8A73x7cF2hqg8vQHH/ABfSsWTsTQcPsAp+2vXV/wDjVz9fcmkoFiYM3qOqxDEAov5UX/F/z/sP&#10;ZfcXCzPoBoAPyr+z/Y6YREWajeX7Ou/x/vj7eo1W9y/Ib083sG/Sq/W9/wCtv8PZNeqFbUFFT5+o&#10;+f2eQ49L7mOJIlIAr8vT5/4P59dD6f74f7ce+ZSErqLLr18i5B9RGq4HPNhb2kXXXFf8P+z0wzI2&#10;I10mh/1ceu/eJPt0awYM2s35Lc3uRp+v9PbziR1BEf50628mqMIEUUPGmc/4ft6974sVdi2tfSSb&#10;KRpJv+kEfS3NuPdoQ8coUg/5h68f5dUjbSQaVAofy9a9ePII/r7iyuxBsrhVcgBhb1MfVwo+o/H+&#10;8+zbWpxjp4zqyFa0PlTzHXQFha9/fRlDtcsT6hdH1DWAfUda8Ef1sP8AD3QAq1Mev2dIgHSgpjP5&#10;Ef5R137yao7XS7ElddxwAPobj+v+PtoyKccaenD50/P8+qtMh7Tkg1FOGfz/AG9e9+UEI1gQVJAO&#10;oEfUAAJ/sb8H2nklZmrig8vP/VTpFLM8xBIqBWg44P59e94buwUH8ktpLAISDYaQb/Xk+3JFVu+M&#10;1xxFf2H5/wCTp6eNtQKqPnQf6uAx173xXWoI8hDAkG5Fx9CdJH1490ERarBcV/w9MCOQjVpI6978&#10;7M5DxGS3C6iQqXYcen+v9fbkcjxHQwFD5U+f+r556ehllhIFKDP258+ve+1lk1mO9iBpJQ30kmzG&#10;/P0+vtU+lko1KHPD8+jZbmQLnjQHOD8v+Kp17+n14/33PvMJpbSrHc2I1G1wHYkFix/Fjx7SukOr&#10;vYCvAVpw8uqSXE8h1O2TwAqOHy697xxpKTpZpV9Q02Firk3P+3HtFM8SYrmnrXH29F0klxXu4+fm&#10;P29e98/HNp8ZK2VgNQuSFDEk83/2PttGgpq0nHrn0H2dUMcrklKgDOT/AKq9e99GkN0kTXpLagRb&#10;nV/Z5A+pP19qkugCRJ8PmDQig/Py9KdKYVkRy8jVp+daefoKY697zLBKD/bZ1PIUklb3IFm/ofz7&#10;0SWjMgAUNXJHlwxT/B+fRtBHOLYaMBj514eZFPI/5D173KVJzrOhyFcqLKfSoFwLH635/PtPrAAK&#10;0NB8sjh/l6MIJbggh6VAzTH+by8+ve+zJIAAz6GYNxa9xe97/ggH6j/H3sxBV+ECg/ZxwP8AVXpw&#10;3DotS1B5/wCxxr173waJmuWkZdLrdFZiQGP1Uf7cf7H20kcOKKMjifX0+z7fz6RS7m696MaGgBOA&#10;fP8A1Y6974zZKCjRgZQLLb12LMB+rg/T629rLWxeSWqrpNQDxA/I9FF/zJ4Nu6hs+Q9f8GPn172A&#10;26J3qMnI6sWRuQ1ywUX4Wx/3v3KWzWsUcCqwoAPs1U/z8eseOadwnurwlTg+nr+f+qvy697n7cgb&#10;zI7ggB1exH1sPpf/AAHvW5FfCK+ZNPsA9R8+jblQXKSeK3lSlfL9o+3r3sUGrBHCVDsosLICCfr9&#10;bn/W9gJrBJJPU14imf8Aij/xfUyw75JDEEBIPnkZ/wA3XvcSWqbQQJ3jIK/UlSrXuLj+n+Pu7bZA&#10;VHbVv5UNP9VPP16ueYJ6A5J+2n+X/P173jlqKlFBE8pUjTYuzElzYhj+efbjbfCSDp8/QcPKn2Yp&#10;60HSWbmK5Ralsef8/l/LFeve4M1XUA+iom1Ff0o7fTi4P4/p73+7Ya6aCn+ry/ydFknMF0QCp+fH&#10;0/wV49e94jW1qsAKifSyso/cYgqfSbW/Ptx9vtHBJXjQen+bpk7/AHRBNWrgcf8ABw/b173jern0&#10;s71coQIWbXIbenkKv0t+Px7ft9rtmeirnyr/AD/2Pn9vSeXmS4tqsTjieJx173BTNpNKESqkLRcM&#10;wka1rXUqb/X6+1rbMkaaio+weZPkR6+Z8qH14Ioubbq4XTCxp6jz+Zyfz6977kzk8aXarlU/2RI4&#10;XWTa4ABv+f6/g+2ItiiYmi5B/wAH+Tj0o/rBfqA2r4eFf+L+fXvcRtyZKEWFXIylSBqcqqjTcE2t&#10;xa/tUmwRg10gBvOnn+z/AA/Z0kl5z3KIA+IaDFaVH5E8Pl69e9s9fvCudTDJOs3pIBNyLA3IH5v/&#10;AE9mVrsEEcvi6QWXJ8gKfM+Z+zoO7lzrezlkJLVH+QDPlX869e9paqwk2ZMkxB9Sg24Ck/X/AF/9&#10;b2IrS9htWq4FDSlKCnE+fn0BbtLvdSzEkk0+dfln044/wde9o47XgSpKNPqluoAQnlx/Ur/ifYij&#10;3q2opAppNfyzXh0HpOT7k0cA1rnHGnn/ALPXvbxSbeq3kKSROxFr/VQwuBqsLcW+nti436FSxQ0q&#10;f5H5+vV7Xl+5jZo0rk+mf28K9e9qVNntOOIyrAAEhbMb/ggfWw+p9k8vM+halvh+df8AB5/z6OTy&#10;pczKAy6gfsx/P+XE9e9u9DsdI/XKrkAXVidIYHnVxz7J7rmh3BWOlf2H/Jw/w/Lo52/koxuAUx9m&#10;fy/yV697UB2zEYysdOrWVb2W4a/HHPPPsrXe2Y6mcZ+ef9VOhY/J0JiNU48M8D8/THHr3tPT7UeN&#10;nBhIANxe/BPNibf7b2ZwcxMCqiShpj/YP+qnQcvOTpYXqoBp68Pyp+zr3uCcRU+kxw8Hjm7H6fg2&#10;9qn3dWXvcVHH5V8xQ46QJy5cK4UIBTNf83/FfPr3tUYjBTaQ0sTAlRqH0HBt6PYcvt4CVCORn9v2&#10;/wCbj6dDHaOWmCjtqx4kivH/AFfb172/yYIIt0RQvGojkgt/Qnn6e0MW7MaF204x/qOaeuMdCpOW&#10;VUAlB+QoftzxH5de9xpNvJ9WI9X6TqYC1rkC/wBSfbg3RlqQTjyxn/KekFxywjMV0VH2VH+r1p9n&#10;XvfEbaSxYqAlrnj1f1W7WPH+HvzbtMjD1r+wccfIeY6aTlEY/Tz5f6uNPl173JGCpoxbRqGizFTf&#10;SV5Gr+n+t7abd3odRP54HH19KZFOjOHliOMhWSv2igz+deve5UeHC2CxkjSGQKpYeoXJv+R/Uj2l&#10;k3UFmDPSn5Z8qev246N4thjIqKClciv7K+f29e9yYsaQ4bxkFgBZVNyv1IuPp/h7L23RyKZJJyfn&#10;+dKg/n0rt9gjklAjXV5cCc8fPH29e9urYMMoZkuGX6GxNj+j6/T/AB9p13aQ4BFAf4vMccUz8vXo&#10;0k5YV00ugCj0Ir+ynXvcGTbkBVXMSH0gALc3N72uALf69vfhvEuvLYrk8Djhx/wdFsvJ6ZJQ0/1e&#10;XHr3uI+3o3H+bHqHpOm2gW4ueP8AefauPfpK9rcMnJznhTIz+z5dF0/KKsMKajjjy8hkceve4q7S&#10;DFlEQDKge4UjUl/ovtVJzGzNXUQMAcNP2EfI/b0nj5MViQ60/Ko/4vr3uRFtONC5ES3Cm7PqP+AA&#10;N7f776+0MvMbtVjkfImg+YAzQdKV5KZTVUNPsFPy697z/wB3JEDeiy2VrKpKsp/JA+o/w9pzvgfG&#10;PtqP5efTw5YZWpRvnkf7JB/4rr3vMMQtONZjuT/Z0tcEW4Or/D2wNyeSqHSq4pkGp+X2n9nS+PZz&#10;EAKAUOM/5j173iqaNwNXpVdBs1iwP5AHtxL2QNXzrXPH9pxn/Ua9JLq3uF1BB3cPSv7f5UPXvbFP&#10;R1hLIFcEKGGkDUAeFJN+ePpb2YpdwP8AqsQPUeh9M9EZsLlqyLSlaGvrX7eve+/4dVuADGb6VOoC&#10;5NxY67f0+pA97+qiUnxCBX1+Xp0+NvvCaFtIHz/1Y697yrh5wgd7Ib6dXqsbcjgjnj/D2nl3GAdo&#10;P8vL06VwWssI0FzU9e982w7BgHfRYFlfkK+rkqPyDf8Ar7Lnu0L9tNIpj5/b8unTHcoTTuHGnA/7&#10;PXvfJIxTXBIuulSWH6gfqRf/AFvr7dkPiAPwJ4fPHA9K47qeNhKCa4pn+Rpw697eqSQWlYkkiwUa&#10;rcX+o/1/wPZdNBCUV8+Xzr6ipHl0MNv3GVogXJ0k+ucf5P59e9v0MlMjXa5PpJQqL3Fj6Sfrcf7b&#10;n2UT1Q6UODj9v8jXGOI49Ca0ui2k1oCcHy9OGfy697f4KqmiEjRKjfpY2JIB4DXH9ePoBb2WHUxK&#10;cKYHoft9ehnYXLKoVTQjFD5/5f25697yPmakA+GN2BFtKppNy1rkn6gkfT3U2sen9agpU8cY4f6v&#10;Po4bcZgtCKfngfn173ljyteGI+3lQMA1yP1BRY8H6G/9faKaCPMhYGn8gaU6L/3i7NhxUfZTjwr8&#10;+ve5VPW1LBnaO2mRQVsCxDf2iAbG3tO0aHsLDSc+lP8Ai+jW0vmbtdtPoeAPpn1PXvblHOzswdQv&#10;H6hYEAjgtb6n/W9tNGAKKP8AV86+uOjAzuwrXV869e95bR/UPdeABydN+LMD+f6C/ujo1O4VB4HH&#10;H1J8h8ujCEEKdePz697ykkNZyLkA24LEaTfgf4fj2wylWOnupwrw/n5dWMoHw5Pp1730AAAGYKzH&#10;UWudJBFltYfg/X3RlWupKK1MY/aPz8vl1r6k1oeHz9eve8J1a3f0+tQpCqAoP5e/t4NUCPiBk08s&#10;ZAP24/njrxmQEgj8xk/y9Ove8bKxQDVa9rpewItqJFuf6fn3tjpioRVR8vU0ofUeZ+zqjTHjHj7c&#10;de99KAzSaioAC3LEHVYmwt/gDf3VzoWoNQTQcPsFMcP29OB0IrXPpw6977cLwQQQLMDawDc8G/0u&#10;Le9UxTgft/1V6uFBFM9e94neQkaAOLBgeNOpfwB9LWvb/efd1UNgdvzz+3q9CWqOve+TBTojJVV1&#10;aCQTa36rn82+vPu4VNB1k/YP9VK8Om2YKaPgny/zde9+ACLewtcW0+rXpPpYW55H19p2TxSdOAeB&#10;/bX/ADdWjlyQtD6/Lr3vja+ospYKWDG5W506VBH9ST9PdYYQg7TlRgfKuSD+fV9Wg6UqFFf59e94&#10;WAJJPH5U/gk8i9/8Le1BVHIVh+deFcZpwHy60CyMCpxQ/wA/+K6977tbQbFSp024YEE2tf8AJvzx&#10;xb2nMKpU4IHnXzHoD5U8+t6nrXj8/Pr3vkI1F3a9lBXV6VIZh9VJ/obfn/D2kmjnjJVFrnyyCP8A&#10;V5fb0y8oI0p173xaO4FgV5ctY31EgGxtz/tvbMEcxlCotTioOP8AY/n1qOSjgscf4f8Ai+ve+QsV&#10;IIBt9VIubg8Mb8/n+tvb8zaCQ2CBUfn6cRx8+Pp0qe5X4VwK8OFONaVr5+fHr3vk0Yj0qTyw+hY3&#10;W5Nv6f63Hu6apDqANAK1pxoP8+Kef2dbEyKNNQR64yeOeOB6de98LcF78WAvbgLcp9SOADx/j7ZV&#10;6yNpFKD8z/sH068GQu1QMcP9Xl8uve+PhK3tqd7ennj0/gj+o/33HtwVTBwBx8zn04/y62ruELgk&#10;YGfPJ+eOve+kHodWAYKws2q51A8/X+h/PuxqSKnyoRTHD5+dKdOMHYUoa0zUef8AgrQDhx6974qz&#10;NyDYEH0gH6/6lSPz/UW96UBe0ipJyfPHnn9nkfs69GdDhR5nP5Z8/wBmeve/FXAsoK6g301EhT+p&#10;iD/sL/n2y4QgGNdTMSKAZFOH2+f+XpFNIZGJP+oDz6975RPpAikBumoaiNIuVIN/rcGw4/Fx7aCN&#10;4igeZ/y5x8uqRrqcAcKjr3vsIUB03ZASR9SLkWF/8bW+vtWragQuD/qr0uVdQdVFK+QwMV9eH+Xr&#10;3vylhY/jnjUNII5uSf8AD8D/AGHusiRyNqYkAYNOJP7OnQ+gkk0VSB8yacPSvn1732WYsWNuAB+b&#10;WP1bn/fX91jVQCgqK5rx4eR6bZ/GNDj/ADf5sVJ697xhpAJX1ajfnW11e4034vb+hFve2ghkwRT5&#10;jj/PB4dORtGq6f2045+3B4VrXHXvfDWWV1AAIYaTbSWFrsQf9uPexBHxY1PzPn5f5OtNKB8PD/Af&#10;IfZ5/wCXr3vgVkUMA19Z16VPGm1hb6n6fUW9tuwD9lBT/VU+ufn0jnlfWFB4Z/P1/wBVeve/aSSB&#10;y9lI4HAJHAa/H+B90LeJN4hpniP2cB68fy6ZWWRThiPs/wBVK9e94jqIa55BslyObXBFx/T35wof&#10;XHwz+X5Z4+RHTyyd5HGvD/V/h697xhWVQLkh2IJufr9bnUPwfp7ZLdoHHUMZ9f8AV59OM1BnHXvf&#10;gHRi4YM4+v6tTm9ub/19uhNKFKA8BX0PHH+D8umUndGx51Gf9WD173xPIA06bWvY2b+pufbQIC5r&#10;5Z/1ceneA6976/clUaQ3AF1Bt9OdVz9f9h7u4qx15+3P7KefTchVWqOPXvfFlDE+nyXuOFtp5vZm&#10;+o/2A49vqWjo8YII8/P8vKnrXj1USvXUpIpw/wBj5eo4de98SASYgpY8IQCf021cMxvz/X2rRi66&#10;ia0qT61/kOlCO0yUI4VJI/1AD7Ove+JW7aWUFtVmL/gAWFv6H3tgyd74FM/KvD7f8nWhRVLseHp/&#10;q/b173jdxqhYXl0/UE3IWxsVH+uOfacKXqa5Jx+X+rzx0lYlu9vPh9nl173w40lrMrlgY+dIkFrk&#10;ED6H+nugC1OqhJ4/L8uH7Ovaj+L/AFf7HXvfi2ketgTYsPpc3NrMT+R/tvdyGc6vL59VZqmvoOve&#10;47MC7awzFfoQxGogX/2I/Hu+goAQDQ/L/VjrwYUp69e99IZDqZQzFuGVuHAvcHSP949mcHg+HrWu&#10;OP8Ascan/J1Rx3DOOve/eYBbopIuysbcL6blS4/P+J49opreQzYowPAA1Oft9OtrpK0P8/8AJ/xf&#10;XvfHlCjAspUWYLexBW6m/J4/p/sfagWZcUlYinCvAfIeX59e11wPLhXr3vpyWA0krwSRxq1WsSAP&#10;rx/vP190NtLHXws1p/n4nqySOO8dpr55GPSvXvfluF/cIBAIC8XH9CxP/Ee34oFFRKKmlaVrT/P6&#10;ivVXl1nUDjPXveFmXQAbKANIK2sxJuALfUf4e3TGaBV4LxpWgPyr/Oma9UABNT5Z/wBXnnr3vFoZ&#10;pPoGIuQQSAVvYkr/AF/p7dPcBpIGPz/I9KJDqXSPkf8AV+XXvfMqrNGQy6FuDptcMotfUf8AevbX&#10;hwgmRlyeJz6Yx5fljpMF0ktwBp/L/V+XXveFtZBjJa9jYqwCsC2q/wDsP9t7cRVU6l4jFTwGPTP2&#10;fb14stQztT0r5de9+4BF3YvoIY6ha9j+u45PuklQoCY+z0/bg/Z1VSjLRGHHj8uve+jcICbNpPCO&#10;wvqLXJQD8e9wqfEomAfPiP8AV9vl1fUVbVUDr3vi6kvJbTcWIt+m/wDQf63+9+9JqY1ORw9P8GaC&#10;nXtQC/FUf5eve+mRr6lAAJA5+rXN7X/x977Ucnhg0/2evY4VGOve+3GgGzkCyBeQXD/kKBfge3Cd&#10;VCv4Aa/L0qOB/wA3XiSaU+z0/Z173mY2CO+q/BspPD/1b8W/2PugRXJKnPp6V8gOvBlU6fPr3vjp&#10;UWkbkLwFUKx0/q0i3BH5v78oZYyhx8+I/P8AzdVllEa6mx173iLm5uQOfSovY/0DW+nvdA71UGpF&#10;MGmB0niuQ0hDmgPDr3vmT+2dICkEeRtQtYfhR/xX3VdAYmhNK58z6fz+yvSsEN1734SkKQy31gX/&#10;AE/pIJDp/rfn24zM57KCnp68P9R6TyXMUbcc/wCXr3vGZUJuqkEEcrbm36Tf8f6/uyIygAceP+rH&#10;VPr4FFCan5de94Hm9RNwouVF7XAIsWuOB/W9/bmgntkPDPrw4/t8+kV3ulsqVJGM1J/yenXvbXLl&#10;KCkJD1Op1PIuPULXJJ/P+sPZjb2E1x5Uqa0zj/V5dA/c+cLG1RpGZQR+3r3sMt077kpitNjnj1MW&#10;Bf8AVpJ44+vP+9+xdtPLnioGlUkVBGPs/Z+fUB84+565htmNR6H+fyp172nMRka46qqeqdri49QB&#10;v9W4v9L+zK92iIJpiGT6+fz+z5dR9Y873DSBzKTX5njXj6fl172qqXcdZCFAkE9iSQwvfTz9OOT7&#10;C9ztMRYhxpPD5fPPl/q8+pA2zni6VwJGOM5/z+nXvagot1S1BJmhRVBGrQCq6ben0D83/wB9z7LZ&#10;NvRQTWh8iDgngPLjTj69SBtvOkr0ErUJ+df2mnn+fXvb5S5GKUeTypyoGk6ShP0+n49o5YZY66e4&#10;cK/4Oh5ZczR07yMfmPt697c1mSSwE0RY/Qgg2Ui5Fz9fpcW9p9DK+qRTQYzn5YOfXoQW/McEvxEZ&#10;p/q/1fl17335NY8Zs1lN7AXP0tz+B/X20yIoMi4qcVyK8eH+HpZJusWn9I0B+ecZ6978WEf4Aubn&#10;gAjm1xf/AHn3btlGkn58fPpMk5JOl6nH4uve+HkU6WAYBVuAQD9LkOx/H49+KlXpgV/1cOnhcR1K&#10;101/P/V/l6975CU3JuCG0AuosbfQkf7Hg/8AFfdFANcYPqePn/lPTgvQaUcde98WkVCONTty3+pU&#10;EEaj/iP8OPehFXC8PP1/lQf4en1vlHx0avn5/s/1fy697yGTUOSCwWwH1ALgc2/NvdfDRR8NB6jj&#10;/wAV8+lcVxanuVgMelK9e9+AYpcjUNGoqLam0t9OLnn/AA/qB9Pe006wAaUOfl6/t4Z6VAhsDIPp&#10;173hXSADa9lUljwVPP0+nF+PfgSSyAAAngOOAKfl6dN1q5Q0A8vI+Xn8v29e94pZNfCkEfQfVeeA&#10;SR/Tj/Ye3/p9SksaFvL5dMyT1qjio4VPp618z/k6974OD4wVY2MfFzzf62seQbi/PtswlTp9Pn/l&#10;8/n1r6iBTRj8OOP+r/i+ve8AYWtoZgSCSQBcgXLAf0/p7r4DfE3EV/2KdNrNCSZJHGryFccf854V&#10;6976bmzktb0EXJBI+g4I/r/tva4IowAP8lPs/n1shixzgnhQ8PL/AD1697yAASCzalP6rsOfxz/X&#10;6Hk/n214EZQoopX0/wBVKeo6bAFKDNPIceve+Dgg6g4A9P0/xvquDx/vh7YUEKPUn1/mPTpeh/T1&#10;UpT/AFeXXvcbxrJqP1a4uLH6H82H+BuPa3VQBV4Dz4/t9T5dFr3Kq1VySaY/1f6s9e98kjsWKk2C&#10;3LXv9R6eAf8Ab+7GQFgacTw6trIAI+z1H+r/AD9e9xvESG0EXDmwv+q54sv+Fvz7sTpzT9nVZZBH&#10;HrPn173xkiYarqpAN7AX5vdf8L2/4170GGmhNRSh/wBXlnpA00vFm4/Z+3/Vw697xsAQy+kNqNiT&#10;ptfhlH1tx7sDjtPH+fp1vxZK1DH/AA9e94Ch0+o2IPAAu+gG5LD/AI17q3mVx8j+ynTi3Dg91D/L&#10;r3vHoLG/LL+LG1lA+n+PH5HuwAACvx8un4p46hOBJ4fP5ZHXvfGaNCbsHCng/kWNuSQf62vx7urs&#10;1Uxj9vXnmKqx/YfPr3vhII3XTCS3q0urXtzZeLW4v7qW0tqbB6K2dUqSaD/D/q+zr3vCYwFddWhy&#10;bAKvFr/gn/G/t2NiRQA+WTn/ACdE93uUEAMknbTz/wAtK1H+Xr3sx/xd62XsvtPCU9TCsuC2yy7m&#10;zmqEPAIMdMr0dHKzDTeeYKArclQeLD3kR92320m9y/djbtvmj12W3t9beE/B4EB1CNqgj9Z9MYB4&#10;jURw64k/3zP3zIfYL7ru5cvctXaxcx82atss1VqSRwSqRdXCgHUNERKBuGo+vXiLgj+vHu6aWZ5Z&#10;dRsQTqKgadOkcItvwosB77KXV7Ld3HiSUo2aAHAGAopigACgCgoMdfCsqBVJJNT5k1JrxJPqTknr&#10;wFvfdwQgXjX+lOFOq1rWP9T9OfdVeN1RY8azhQKZyBg+vpXJ6qQwJLZpxPy697fKKOaNotSR8BrF&#10;gAzRsL6df9FP59j3l6C+t5IvFjUkhgNQALKRw1+QQ5zw4V6LLp43DAE+X5H/AGeve3RRFF6lLqzg&#10;RvLfUTxpjLf1AJsP959jSzWxsVBhZkeb9J5TViWpRGOSCqsaKcedSR0hcvISDwGQPTzPXvcwm6qp&#10;YK3C/W12H5J/PsVs+uCOCVgkhovxUqw45A7gfsIr0lpkkDH+Tr3vkRKHiCsgj1OJbqWkII9HjI/x&#10;+pPtSy3sMkCI6eGGbxKqS9GHZoK4U1yxbFOvL4dGrWuNPp869e9+nSV0ZYJFjlIAE/jWRlUsNYQG&#10;3JAI+vH15t79uNtd3MRitWEc1KCXSCyqeIStO5gKVJoONCQB1eCQRsdY1KeIrSvpn5de9tdfWfa+&#10;OHUElqAy07H1NrjALlha3F/YJ5o3i42hI7NaK8wIjkLamVgBWoOKD14H0qcKrS2M9ZaVVKah5UPD&#10;59e9uKJI0Y8iI5sLmw9QA41D+l+bexRbW97LZKLyJZGoAcDuFMagR8Nc0zTj0lJUMShoK/s6974P&#10;EzXaRbERlRpt9G/Ckjj/AGHtFdbdPOzXN4KMsZUaQDxqNKmlQQP8lOtiTTRR61z173ESR4R4n8iq&#10;qrHHKx1mS4P1/Or/AF/Yct7+4sV+juDJGqIEWQnUHwTn8WuvEkn5U6Uuiv8AqKASTUgClP8AY697&#10;lR604aTyHQGuwAI1/pHH4/2HsRWv1EJEUs3jNoV6uNJGoduagEDhw48ek76SKqunyx8uPXvcyJSB&#10;/RPzpHJcc8fi39fZ9awyIBoYKlKtTBLA5wQRpI48D8+tJQ11cPL8vKvXvfSopYsQAWPLWBLW+nP+&#10;H+v7UJbxtIZQgDMctQVanDIzQeVeHTVSRQ1p5fLr3vK/jA0hhcNf6EFjb26yxkhCQGqCM0z5Vpmn&#10;+Hq7BQKKf9X59e9y6QyKVViqo/qsVF7D/UsPfmDspd+PkB5fbnP8ujDbneNxGxojZyP5g+VesMqk&#10;gtzcCw0m314sR+fc6eojSOyLHKxuBGo9VyLFg5/P9fbISQAsQcfMCvyyaft6OLu9gSLRGFck/COP&#10;DjWlf5dYI435JLqQBckem1+VCg+4lCrSSSKyOq+JwGLDg24W492kkkZaPGVGPMGv7DX/AFcei3aY&#10;/ElZWrQK1DnBpUCtMdZp20qCLGzKbWvcXt9PbfKDcKGJH6Tfk3H4B93mjZtKLUIcEDj8jX1/b0Ty&#10;Grmp1Eev8/8Ai/5dZ/eN7BX1ciw4Fz9D+kD+vtq+eCG0dpKlVAqBxOeH2k9UUEtQY697b5yYYWJL&#10;/uTISosXGo/pXj+n+HsG7m0m3bXI0hf9aVCUJBZdRrRMUC0/D5evSuELLMAAMA/y8+ve8lwywvbk&#10;AOn1VlvxyB/tiPbzSeJFbXLrVkAdSKhlHDIwD6EefVKEFlBwcH06975xAqDZQrEGwUD6lr39u2Mc&#10;8CERoFkKkqEArVmLE5oKni3+GvHTEE5NR51697ZZHenlMkwjWoeN0LoWugZiQf8AeufceXdxd7Tf&#10;ST7gqrcujqWXV26iSDSlK0pXHH5dGSBJk0R10Ag0x6de9yUkMfjkVTcQrqP5/wAWW/8AX/D2aW96&#10;1qILqJSCIgWYU/Mitaj5jj5dMsusshIycf6h173mpyZ5pJ1kKeQAuihbgxrpVSR9fZntDzbvuUt+&#10;kxjEwDOqgChUUUFvNfUH1x1SciOMRsK6eB+3PDr3tzsCv1BH5X6KD+fchNEhgr8qaR2pX/i/Ov5d&#10;F9SMde950J8huLAgBrfgD6fp/Pt8FvErppUceP8AP/D06jkPk0Bweve+bmFWQRGZ9UmtizFtBtZv&#10;ryPoPpx7YXTFIAoNZHYk1JANM1qTQYoAMA+XSqZ4G0iIsaU4n9v2n59cRqsdVhyfp9eT7h1xeGrp&#10;vDHNUAiYyJAf2ww/zetieT/QX9km73F9bbnaS28M00YD61jwpNAVL1IFQa6QSAennihAIVl1E+RJ&#10;4mgAIrmnxef2ddKb3Niv9SRa/H+P9PbeYY8dJVQEPTVtaFyE6y1CN4YnuQJaJ3JUAAgmwB/HI9kC&#10;C32p5xE7RS3tZ3ZmRljWtWDRM5PaO1iFUOTQNUdKryG7jRIrqIrpwoFRUeQrpya5FSSBxGeuMciT&#10;APHIsiAldS8gsODYjjj/AA9vuOyEVCiy1Mqw00n0rYRLLTSKI+Iq1LWjW/Cgn1E+z+K/iWDxblo2&#10;hYLolTVooFGSSCsR4Kq6jX7TTpbtLLbMGq0dS2o/Fr9I3QGpHGuPnwHUWsiE66DEsxUqyK2lJIyO&#10;DPDI/AYcci1vp+fc7KY2nEMdZTSLNBMWVHQg6Xtd09P0Avx/h7XywxbpF4U61dRVTww3z8w1M+XV&#10;d82q3s4I9z2+QSQykjHAMMlT6UzQenUTGZNqqoqqCpgNNXUQRniY6g9PKzLBNG/9oMFubfQ8e03K&#10;TC3kvwByljcg8A2/r/rew7uBbbLj6sE4AqlO6nwj5E+Z9RQVp0HowJBp8z5/6v5dPXuAK3TXLDM5&#10;jM8UkkMLRghvFbzOsy8CwP6TY/kX9h2Lerj9+aL0lFkVnjjKimoU1uJBwopzGxB4aa9Kza1tTJGK&#10;6SAzA+vAU+3z4etOve3FGViTGQUN9QBIs1r/AE/3sk/4exTbS28k7tZENEwNaHgckYp5n4jimAMd&#10;I3DUAfj5de98w4aR42UjSAQ9m8bB+LK/9f8AVD8ce1/1KT3UlvcoRppRxXQQ2KBsd1MvSmkUoem9&#10;BVA6nj5eePl/g697yh7EKLAk3IFuLC9/+N+18c/gMltFpUyMTQChI9a+ZNBxzT9vVKEipz172/Y+&#10;rhWekLq10ljC2031n0iX1Cw034tz7U3cYkiJoGrkA8celf219OhPse4W0N5bmSoKOoxQ5ONRqKdv&#10;lTOePTZkqZ56OrhCxyCWB1KSg6GFvVE9jch/of8AevYqY2XysLOyCMpwjf50W5JB+l/8fYWuo9A4&#10;A1rx8usiNiuDcMCGKiMqMH4/X9vRRe1cdDj8fPDJQ0+SGXgyA11lOB/DHdNMYj8ZBLLyFIH4H9fe&#10;uF/MGxr0vym7FfUhFfS7errxkHxrPjBHaQKP1HQT/rWP1Pv59vvaxJY++++woKATa+FCS6ox/wAP&#10;206+17+573iW9+6zsClT+jJcx5yDSU/CfSmCOFRjoSfixT09J0Tsejpnkkho1z9OrywGna67mrGZ&#10;BEfwpOkGwva5F/ZHUhIfxiPULMCVFwNJtfn+v15943SMFBkrk5A9a/6uPp9nXZE6dIapAPn9ox+f&#10;RhPfApdjqAAYf0te59Nh9B+fx7TFtQVs/wCbypXpeAPhXhT0/wBX2/5eve8iQDSAbcA8k+r68Acc&#10;Wv78z4Pz6cVPQUp61/P/AFevXvecQi50kAWGm7cgG5Ooj/X5/wCN+6gg8erUZcr/AKvy697x6GXT&#10;carNxcXLH+03P4A/3j37VqBI/wBVB1p6sanzA8uHXvfZgJbUn6QGYrbiwBIsTb/H3sMlaN/qx1RV&#10;zx69756CLOBewJHPNuTpJ+hPPA91jb+IV/zdP6QOve+vGG4YEKQLhbHRb6D/AF7fU+911efn/q9e&#10;tPUdw6975eIEqb6tQuSV9Q+qA3H54/P59+MkYoCDXzHr9n+rh14UcfLr3vt4G/AABFlPp/JuSxH0&#10;+tvdFfWSRn1Pp5f8X/xXTbIS1CKf5uve8bxMigi3q1MGvexBJJ/1h9bH24WQDH+r/i/8HVlj0mvX&#10;vfgjGw9JAUXA5HIAsDxxx9T73UBjQ8OrkVHXvfeg8KAdNm+l7k34F7f64+v096JwCcn18+k4JOOv&#10;e+CLpdGsdLMQ9uTqvex/40PehIpBGKgVpw/1Hp/U1a1Pn5/6vP8Az9e98m1szni1yob6sOf1MvtO&#10;Q4OilfP7K+nSiOZ1YIp11yRiv2CvD/B173kC6QQt7qCy3Au2o3YsB9B/r+6ggnOD0tSVGHafXHn/&#10;ALH+Xr3voqbDUPob2W4ve5tx+fr/ALH3vJyuOvSl/CZxUEDHy697xhFJYXL2/s3+hvyNX9fpcX9t&#10;mQ6QD8uioyqoLE4FAa+p/wBWD173j8Xq0mxQljb9Onm1lP144+v59uCR0GmtCfL/AD9VQxsuDX0P&#10;+f5eXXvfZiAsJDqGqwNxe5HpLD+vt36h5F1LjhUfZxp/q4Y6toBOoj8v9X8uve+BXi406uDp/PIu&#10;fp/xHtpm8Rg1R9nD/V/PryKFYMpoR/L/AGeve/KLMAt1YW1AC3J/Bv7s3iU7wcfLp76oggsK0rw8&#10;/TB6974spf1/U82JNgp/PI/Huwn8NqEf5f59PSXS10lT/I8OOOve+AjH0ZfpyGv6FZh9CnN/9f2o&#10;8VdXacfZ1owFj4iNQeXl+0de94GiaW4AXSoFnHIX82Cg/T/Ye9mdQPUn9nzP59MTQuqEtkk/PNfM&#10;/Lr3vJTUiVE0UJDNrIDEccahdR/S31P+v7MbSIySD8NTj5fn0R7jdi0h8SuD6f4PPr3s02z9rU+3&#10;4MbmKBVqamojM3BVjEDYFtX9fx9PfRT7pPs5Z8wbsm9bmA4hYaFpWrDOflTP29Y7+4vOjFG2y3Gr&#10;Vg5wB5jy4+fQFdwbxio8dWbZEr0bV9OY56v/AJtSi3jjXi9/z/h7N/1rvrJ0y+OWjFPTFkR55SCn&#10;qNtMZ+p992/b/wBuIm2stcQ1jICnyOMjT6H1Hp59QSdvluxrpUjifl5cfTqhb5b/AA+2T2dFV11T&#10;kZ8tkUjqZkoqT9uq8oUsJJPwCLfW/wBPr7Ejdu6qisqaSjoYymuK7VFiUJP6Qv8AxT2HecOTYtpu&#10;0jiLaCNXrivyzUepxQdBy+2yWIkqaBQftpx/1UHRG/j18T9udZ43cOf3HVCtP3ciU2Nm0CqSmExM&#10;ona9gB9EYj/Ye2Ghwm4KyaOWpgMtOrWJCkIb8aiPr7EXKwWAL4ujGMkUNR5+tPPqtlAjACYGtAft&#10;rw/Lodcv2t03tWjkxmOzNLQZWSA+GCepijnGkcRIFsNJ/BP+x9iviNqTRUzlUmEjW06Lryf66vZV&#10;zfzltG1q1tBcIhIIPdSn88/s6XzMI+7UNIwK8fSnHI/wdVmd5/MjZ1FuWlxbZzbApIjIuQFZJFM/&#10;26XSaOEw8lgeSbm5PtZw4rORwxxl44oinKWJY24sT9P9t7x8vebtju7gtG4aVT5A1xxNT6/y8+gv&#10;fS2s6uYyS5PEZGOOa+foMgjqtLc/evxwye5shkKWny+Z3Cal3gyKlFpkAYuxgRyv0HA44HtMbwWg&#10;wdDBLkKqmp5J2EaySt44wp/Darf7f2XXfP8AbuhWI0SpCk04jj5/4OPRC16/iadRoBg8OHy6Nv8A&#10;B3Lbz+RO8dy4zrjCZrN7a2osdZkYo4hUVAq3OoJTGMNYMByCT7QdNVYhZROlekzuR/m3UqwtwVt/&#10;xHsFyc3nxWkWQEeQ8x+Ypx4/y6YEpfUq5BNeJ4/P/CK06s8z3XvbGTxjYKq2VUYakplkJnqIXWaP&#10;Wbnyq+k3/rb2MGDiWpxEky8RhGez2uygXBUfgH+nu9nvb3EyySk958q/z4f4Ok6SNJNVyDQ4oDUH&#10;5/LqkT5MTT7D7zxG3JnaXKyVNJRmSlvaF6mYArLY+ogEkH8fT2CW45Jq5qmnplLRzPJHPElzdR6b&#10;2HsdS8xeFAxVqE4YClQPl/qr0ca9KmmMVBHl/Ph1d58eNtY3Z2M2/mdxvGlVjaKjqcJkqs6jqlUV&#10;GlHlPALf48fT2ENbtd6CtoYocY9RTPINcjjmLnnki9x+PYebnue2VolJC1FCfl8q/wCr+XRKdxm1&#10;GrgZoB5Gh8v9XHqzfbHZdJu/b2fq6nd9BR5iio3ZaKknRmqR4yVJhBPDi1/zf2Ou2oIKGSOGnhYN&#10;NGiOUHI/qT+fr7HG088rPbFZmNW40p2qPt+fEilR0f2V8SgkUmhr9vz+QFePn1T38mJM9uHGZDKZ&#10;yvgXG4euqqykSplWFanxIwjijL2/H9ASfr7HvHUCRQKL6/JGdRa41F15J9x7zNzF9dflUXtBAFMi&#10;nrjGfWnRDvV4twXFdWMefDyoOFfl1rgdm9oZHM72ZRRS0tRi8zG9BHThTHSCjqA0cqBeQbjXr+v9&#10;fZGtzbnyXXuY3bicUsNPPV5lqmk8gHpjqh6mjX+l/wAj2t9ttxn27ejapgGTj5ZOPtx+3pJskXiS&#10;JJShA/MDjn19ft63eOr+nevfmJ1L8a+1d+NU7gpcb1bjMdlFpqqR6apr8bEqMlYVPqIK3sfz7Avc&#10;81VlMlSVObyl6itOmWJaj1ODybpe1vrx7zm23Zo5YY72aRSZBw4nHr51/wAHUu2VmrRlxSlOGB+f&#10;n1Yp1dgsBtPbVZitkbchpMTiEH2d6ILFFo9KqrEar3+p/Hsy/XGx9uU+DpayhpyZJQCkq31O30Nw&#10;PYhmtoILEOlWIBNfOnp05NDKIiHNT5Y/lx/Kvl1Vl8sPkJ2LDvXKbcyeSp6eioYHmlhkskMEBBKe&#10;pyOLc/W/49itV7K+5ptb0phjA5K3MjC2r6fX3G13uthdXH0omUuoOQQQDx04rnyx59IraB/E8ZqB&#10;8YwR9h/1U9K9VxYL5kYPDbrbE0+6qfNZGSbxvbwtQQzt6RTNUKuggfS4IseL39rXHYjDfwRKMUyu&#10;6U5UtIhWUm31LH2Fdxn36e9W1hAFlJ26aAEfbXNSeJ6FK2Mrw1NBn8wONDwrx/1HomXZXbPf8feL&#10;bihz7QbdyebgempqKqjlo6elDAJEIG+n+On/AHn2hKbY9LVmpMsYZULDxEgjQx9PB+nHuMuaORjC&#10;7STtoL/CanOeFT6cOH2Y6BG77LLbSmQmtatT0r88Vr0crfXzR3T1wu24YZo4JMkkci5EwOglrII1&#10;Lxaza5Y/gfT/AB991WyKCiWCnhpomM5GldNy9ubXH9PcSy8s+HKdL6gfmaA8OHr61x0FZI2DmprT&#10;0P8Aq4dctmfPXdW8Vz2ZzuUnx1HhUlkq6smOBKZdP/HGSwufra/+tyfa+xmwsXJSxxzxKtQyi5U6&#10;lW4/QP8AjftBfTjbIDHKpIoQT60+fp+2vTSpPTVxHDOSfLh1WR3B/M37R29v2ryW26yfJbXjyDNS&#10;GpgWJawRsB5Xkbn1G5Gk/Sw9s+S64ioixjojUjliQpBuTwSeeR/Xj23tO828bLJYyAnOCRUUyaiu&#10;K+XVGLsdK1Hp56fXBp+zowHVf8z0dpRpT5vddLsysWJEaGpfyalUAzIfIFVri+kWP+v7Um1trHHw&#10;vJNEfLUAAjm0afQi3sfXvudf2m3LbWkxRwak1/YK14/5MDpZDeyRLivb/P8AMeX+qvRPvmV80Kvd&#10;2So8FsjLhMXgZPP98hVJchVg8Scck/UtxYcAX9uGS2hi5qmnqaqhikkppNUMpBBQgXHqHJH+v7N+&#10;XffLdbqL6a5KtIB2seIPAHGD9mehNYbqZjTIJzTH2Y/wjPQYdU/zEe7dvYHMbQpd1VVLS5rHyUVW&#10;5lVgyMvj1xiQEI4H0K8+5zLUJ6II1Atxc2Atx9D+Pa6O85P3ofWcw3LPJG1W+2tf59GkYtnWrtVg&#10;a5zQ/t6SNFleo93A5jsLcWRnyNJW/cVgJaUzPqMjqWW99X04sLH+vHvB9vUxKsnnbztckE3jY3uF&#10;A/HtaeYtg5mu32hbIyWSjSGRTqUfxGgJp54z03LH9SzRjI9VxWvpX06UsnZPX3YeUq9oU+xvu9k0&#10;8Kww1eOoG/iNDEg8YrXlXkgjn/XAJ/p7g1lVWSUs0csCfcniMKQwve3kH9Lexlyh7f7Ftu7R7vst&#10;2ZLdcupwK8QpPHy+RB6SQbXFBMrPkCvHhUflg/Kp6Gnpno7rTbPYuD3Rsze9fU7QREnz61dO1MYg&#10;B5VxjyW9bsRpt/r/ANfaeocPWhZWmRnka51l7WN72Un3KPMPNPL9vGIJLmNSQVI8/nipI+Q6Nb4R&#10;tEVjNRTz4AUGaGv/ABfCnDo63a/yG6uozQ0GP3DiqbHRRtSz0CU/lklUgIS0PLA24ItyfwPa3xMS&#10;0aRJUypqJBbU2q5/w/qP6+8SvcKDddzJfaLaSaMAnxFQ0Fcenpn+dOgfPtN2rdo1A5qOH2keXVPf&#10;yUqs1vbKVldszamXrsBFCzx5CixtQyU9MpJd3aNbLYWPJuPaK7KyIxtFT1YoXyNGK1C9LEQrEk3j&#10;P+sPYt9nYZLbZpp5I2Mi0SQGoJU4BFcYP5Vp0rtLS5twzMaHgSP9n+X+Ho9f8o3YsO88pvfCw7gb&#10;Y+9JduV0EW4MhSySxxY6dTFUrTwSCwka9rn6fj3l29mMdvFY4Uh8M6xgNSSgFkRgOB+Pr7AXuSEt&#10;RIZC2ruJ1EcCeFRxJGcGvQO5ghmUdlSQRQ1H5/nTj5enSi7t6k7L+F2Zqt1fxd83t2qyM0lLumik&#10;khjlr1cugnTmzMC17/Xnm3t63HhocHhapqKnMsiKGRIhcli1iqgD+vsK+3d9Dcz0eisurOR9g4ni&#10;Meny6R7LYQy3WuU1IplsHPCg4UpXj6DoGumO+Nxd+/IraFLvfPfwnAZKolgq6/JVkUNAlLDTHXIJ&#10;GKoraRcA/Q/4+8+ComaCjq6mHx1P20eoWto1rqYW/wAPyfch88c0wpbPtdlKMotaHixAJHnwP889&#10;D+eC2tax6gTTSM5rxzx4Y9Oge+UfZtKmf331rsjPrV7e/jFWKSeJ/PNk5IJmhgAlW5083CrwTY+x&#10;KlSObGzxUDxLOISUdGRyjn6EgfXn3isl5c2+7pPd1cV4GpBP/FdBi4jQGtDjy9f+L9PTohm1Nu1W&#10;3t/bWrOxsBlhths1SyZKnngnp1rKJZFE0cc0qgG6k3/w9hQmNz9XKTV5QCn5R4lFnOk882459yts&#10;vM9lZsJGcaq0HaBk8BUZGPPhjoqa4jhb9EUAJzxocCn8s4Ipx6uC3Puf47bHx1MNhdEO+5RSpkcf&#10;nKibXSRwzwa0YM4fULcjgEf1J95cj1hRbip6WCpqKqKGCfzWiqWgEzEfWYoLn/C/09iKX3gi2rXE&#10;YGdaVorHzOdWM/LhTjx6GOx36RjUy1r5f6vT7AT0CvXn80zs/obce7Mpt7ZOzclk83Qw4iOfNY8V&#10;kmJpaS6rHjfILICfqAB/sfa4wmHxO24YqOPTohARkFnsCBZizcn/AFyfcdc1c0b9zpJ9QieFGMIo&#10;rQADz9SfP59P7kj7i/iBaAYHpQ9EL73777I+Ru8slvrelbE2QyMhmhpqdGp6Okj+ohp6ccKObGw9&#10;95kwtJHLTlCCCRpAJBH9f6H+vtTyRNNGGg3DUwoeNfMUxXy9PLpBabXADSbjQjGPlX1IFf8AAOk9&#10;1vna/HmtxdbU1Jo6inZJYGmfRJJrGgohvz9bcC/tMS5WihnMVTVwrKVFo2Y6gAP6fT3Mg5Qubnb0&#10;baIfCk41LAFgfM+f+To8i2qIjTGKNQetBwzT1ya1JA8+jb4r489ibn2bRZrr7Yeahu2ubKAp46gu&#10;brJJL9efqbcD24U1bT1KEU8iMpJ1Eccjm1x7A+98tbvtcgm3GMnFNSnUBTiMZB6RXe3G0JlSr+WG&#10;r8q/Z/qp0AHY/V/YmycnCd8YbIw1jxB1mkJqISv6QFe5so+hsfc10gZCpHqsxN+Vsv4/437Dlvd7&#10;vaziSEkAEAAcKfMf5+k0DIqsrHzU0PnX1zT5HoN6HK7lxdVHW4+ephCTwrGIiRCzFvSpi+hH4uf9&#10;j7T1TQY6e8cyRsvq9LfqBItdT/re502zcOcZdtW4a1M1SKlV1CnChA4fLPR3NYy3MWmQZpQU+YGK&#10;enpw6PPsPsv5B4PC0W4cPQZR5o56a1di4nmWSnL+mKpigDcEjgfT2XPdm3z/ABqajxcLSi+syRAE&#10;6f8AUEm44vyfc3TcpzW21x7mkGjXHrbGVJFTitccM0NKcekE+0taw1nNR/qr58eI/l5dbPHxx7Vq&#10;m6W23vnsyuGImqaGlWWmyskkKRVLIuuVlexAYAkfgAn3zo+u2O1ctl56Vzlw9N9muk61T+IRJK3+&#10;xjLn3CE25SLv8UTGrsxA+ShWJIHkSPUVpUdBk+N+8h/BwpjjpI/1fP7Og53p/MBxdN8runelcFuf&#10;Ex9bZGk3VJvjIvKTTT1UewMnlsLRQSjgKtZBTBnJtbgcnj//1LhjEj2DAAAaQoBsbDkEfn2TeM0R&#10;qtftHl+fUlVIovrXrT8iaZQWiaQlbuxU3MZ5Itbkc/Qj/b++jRxCzIgBCkW0gAnk2I+n+x90N7Kz&#10;FWbBNa19PT/Dx6WWs7QsWU0+Xz6eaLclXEjwTyF7kNYkl7hbcav+TgePbZUFoWCW/ppstrE/RRb/&#10;AB+t7+zizVZ18RiTxqCceef2cKEZ6NG3ZmUxFmGrjnjT1Py40GT8+lxic4ailkjikkYzII3AYftl&#10;WuxJFvxbj8+5uNRpZgWuFFyTbkqCbWt+f6eybfJPBtf08sRUelfM9bM8RZWBqK/l0xuKdclClTJq&#10;RpkZrPewUhj+f8Obf8T7XFRRQPAzRlQsjxiNgV1WCWIdRcmx/wBb3D+2bleQ38nj6iaN9gyPhPAV&#10;H7Py6Ee47hZzWsccGWNMen+QdGz7ZyO3q/Y2xqPCwQQywwRLP4kUzecAhjMq86Li4v7y1m2ameOh&#10;kjqUSnRNNTEVAkdr/wCqJ5vf9J59ksvN11BuEixGgJqOJAA4U9PQkY/PoV7FFHcRpHLhtNc1/l/l&#10;/Lo13x8w/WFT1vWUm7tlz5berRSLgcslQ0UUS6dLrPDc69JII4vxb3B3BtBs3hv4dShQn3MMkpZj&#10;HqVeWZSfqeACv9bWHsj3Hd7i6nS4dq6qgj4sA/D60JJIPpWpyOhnava7dbMrmjmpOK/s8ujt/Dft&#10;rZXxm3dujK7pRhWriKw4uVaclfLWLcMi8g+nQoCj6/Tj3izeJ8NPT0yKqw0kMUPkQARjxx6dbOb/&#10;AIPuS+R95htLcLIaM3k3E1PCnrj7fLy6j3fL0bvcFIgaVA4eny/y9VM/InN5ruvtfeWaxNHkMt/G&#10;ty1uQiho6dp3kEjFxpWMcX+l/aMixrIxKshBbgeRXCgeos3+H+H9fcrzcy2syqg+KmaDJrgAeVf8&#10;nr0Dr7ZrozaY19SSMVPkDTzH+D06AHMdeboSnkafC1GL0jxg1MbxH9tPUHDgEH8ci/t5jxEk5Xgm&#10;4GlFj1Muo2BC/wCP9fYcuOYo7cnSQtPMsACBxz6g9asdiu9Woqa/y/1f5emjBdcZNVSRkmmqJjH+&#10;1TxSSyMSxUKNNzb/AAtf3Jk25JTBZzCx/UFZSikFrEo6cn+g54PtInOcN7J9NFIK4JBqRitCOAzx&#10;FKn16NJ9nktkowYE5JpgV4V/2Oltk9qZ/b+KeKpw9esNZ6DPVUjo8bgKSv7i3H1Av9D+PcSOrp6M&#10;jWtwhB0H0kFD/hbn/D+vtXLt13uY1KeNTwrWvAZBp+fl0psL26spKkEqaVHHH+anSRwO7chtWrcR&#10;LMBKqxyxqDfSDzytuBb6f8U9xKrM0rPLKXK6grftIFKEnhVIN+fxf/ePZhYcpXrIkWaA0ySdVBkk&#10;cBT5EcfPoRy7zbGMLnuFaf6v8/HoWKftWmSL9nFR1dTPzqqoklSFh9SgYEgn/X99UmdiaVSrstnt&#10;cH6giyiRR9QP63Hv288mTizaIrkrgnPDiVPk35H06JZd40aSnAmuDwUf5fl014ftKp29maasrMUJ&#10;aYVnmkhVxGnivdkZSCP9Yf1/Htt3fV5mlSjyOAy5hqg2rQSfGwS40E3FzY2+nuCN25SvXuHtZ48c&#10;PPINMn8/IcfPoe7JvPiqq6gBThmpr51r+XAdbH38un5GdE7829ltub02hTT4yGjQsyfbtWUszIVe&#10;TSwuAv8AtPA+v59g1ubf3aMzqaalglkVPXKyx3ZSLMilr2H+BPsK7j7RruCOIoySfSp1H7OHlxz+&#10;3oaWm5gz0jNccRXyOfT7OHV7PRnYfxU2bTQxPvKPEUBcPDRS1LRClS/oY6Tq4+n+J9lv3Psjtjeb&#10;SyviKaciWSWMRGMSKxP50/7xbn3DPMXtXuO1qbg28qCgOATUcaVoaV/Z9nQ823mK3RCFYhgB5+fE&#10;/l1aRsj5jfF+P7PBUXbe2kqgqQRQ1eUjidjbQoXzMP8Ab+wkk657Ix05p6jbdd5Ek0gIjtHYfWxF&#10;/wDbe46m5fmjZpDUDieP2ZH+T8+hLb7+WICuK+dfl5n5cOjQY/sfYOWp4qjH7qwdVFMpMbQZGmfU&#10;pGq4Ib6W/Pua2zd90itJXbayJjKlxKIJHVTa12RQf969h24sVjqCRx9KV6VfvDU2ts1Pl5/4fyr0&#10;80248BWkLSZjHzkiwEdXC9/pbgHn2wvFnCWSnwtc8kYtpMMpAI49RC8fkC559qIdpkerSFRXK/xU&#10;pig8x9uB6dO/VqyEltJ8vWn2dOTVVGgDNUwqDf6yIAT/AIFvaZyM26KNvLPiKuKMG3qp5LKPyhYA&#10;2t/X2tGxxt+kncTQ1BpT9o4nj5dIZbkiTQHJ8xnGPUdZY6ilkuIponvexWRGPP5Fj9PbDNuuVQyG&#10;i8hDHyagyf4f7C3t7+rjStrJIPyz0Uz7iRVixFfXh86V8+swYAcMLcW1H/Djn8+467oyj6o6OgZ7&#10;qLrGhYk2sCpHNx9T7Uf1dX8dQB/qrSnDyH+Tqh3ZACuqg+0+f+Cvlw68WX+0QbX/ANYfj/H3ibIb&#10;jF2OMrPGtzr+2lFj/ZvJb8H68e1ce1hVApp8snH2ila0+3PSFt4ZjU1Brk1yPmD5/wCrPXDyREn9&#10;xGP4AkU/U/T20S5nKRMRLTNE7ka9UZ5BJDMC3/Ee3RYxRnUx4cMcf9Xy6Vw3JU11VXianz65D6Gx&#10;P5sQT9APz/vXttnyVRIXJZgdFrklQoHHKfS34B59q4reM6SAKjPzH7PnxzTpTLfJGpkqPLgf9X+z&#10;1zP4v9L/AJve/wCPbeMmmp45HD3INgbn/XIHA+n/ACL2rWwcLitTxoOHzx5Z+XQcfdolJrkk8Rw/&#10;Z5f6qddWvYi30HB+g/P9PecVkbEsyXFi5uBypHpHqPPPvTxukZC5ANKE8PU0wf216e+vtnQa6Aj1&#10;4j/J9nXHTzz+PwLt/sL2Hvi9XCWuYl9KA3AB1Ej8r/T+vto29wq6VbieLfzFf8HRdcXETuSh0jyq&#10;P9R65gH88fXgcc/Qe8OnGOGR6aJXPIu1gCR+piSDb+nPu6+LQEtUdJFuoARqcZPHNPlmmOvHV+CP&#10;9tz7wVK0pS0IKyAA6eGDL9C5It7URCTJkyo9Bw+XSmS+kIqrDT6imPz68AQeT/rX5vb6299Rnxm4&#10;cAJGArBjZg4txb6W+nukxjIypqPI/L/Vw6TQ7kWk06mP9L5gfPy/1V69+T9Px9Bz9b/U+5kLsnAv&#10;pYFQpP0tz9fpb2lZFI1UOfsP8uP59Cexv2ZauPIVzivqPn69dXAJ/JJ5H+txx7895JE9T8KfQXNy&#10;L39JH9PdFEaqxGDwr/qx+VK9KzfHw2aoUnzP+r/V59dBvqLG9zewuP8AXF/eZCWQgltTrYFCQUB4&#10;AZz9b+0Mna1YwQoqM+dONKjy+3onnvH1UhPavHhU/wCYft658fQ2/wBa1uP9b3gkgZkLOS7cXUEi&#10;x/sg/wBb/n2ot5X4eXlUZ/yfz/KvTttNLKx1+VKY/wABHp8+uvofz9eT/Tj30lOVjBZdOoWYryTc&#10;25J+lv8AX9rNbqpEdGp5ZHn68TnyNPt6XPaOwJB/I8f5dcTY2+oA+n9L/wBbD+v+HuF/D4nDaxbi&#10;wBUkXJOpVI+n+P1Ht1Z5EXtBqfTAx+eP2/n0insS4o44+Z/1cOuRNhxyLA/U35/1/eNsJToBIIok&#10;DJyPGDK/PJB9uR7t3aQxFTnjkfM/bjonW0rJ4VQDWn+rh13fj8n8/gfX3m/htMFQpEmkEqLqGY6v&#10;qzsLf7AH8+9/XyFKKTX9g48D69K4trRxUnIOTSnDiPn/AIeuiT+Lc/S5JB/pa3vtsXBOrBo401H1&#10;L+mwBsCD9f8AYe/Dd5Ld9D1IpxOc+f2fLpi6sIonAFSPL5f6vXr3P4I/x+pH+uP+Ke47YWK6IR9G&#10;KKGAF7NduFv9R7bk3cONS+lMf7P+TpMtuq5Xh8v8H+z13/vvr/h7mRY9Yj6FS17C6gtdfoTb+v8A&#10;Q/j2ie/DjXQ6h/P8x06ilACtVIoePn9v+rHXf++/1vfjD6SrMxRTbWCAVYiwu39Px7p9bMxJoK9K&#10;XmkY9xOf8v5fn1xtf/H8C4uP9e3uLJGSF0sWNzGotdbcD13H193juhkTCnA4/wBR/wA3SchSRUef&#10;GueuX+9e+o1YaGvyGNgVYC17aHB/F78X9uuY5axsQ1R6/wCbrRZ2Ulqg0wf83y697xkSBnkClS7M&#10;lrA3PB0+3NKGjKKEf6v5/wA/PrVVagzj9pPn/q4de9+0XKqq2AYM7gnU1luVK/n8X5921GtXFT5Y&#10;FPy60GBqz59OFR+fXveVU1nSielrk6bLpN/0gXt9P6+2nlWPL1rTHqR/q49XUMWqQeH2mnz697xG&#10;BQ7I7hERgGJZlOphfVJbi3tSiiSjLkH5f4D0zcyR2qGaU09P9X+r59e9tsWQo5ZjCZEZ4S6KeL2t&#10;+Bxb+p9qTbSJxGOGeGfP1P8Aqx0G238I5j1CnCppx9a+n2de9+p6kPUyxKfSo0qqnlyefUPyP6e/&#10;PCUStB61PDH2Y/y9P2F/HNKuvBBzUmnqfOhzT/UOve1DT0bOhNnZm+hBKlT9Pofpb/jXshfUxZzw&#10;qTjh+38uhlabc08ZlQihzjj54/P+Vevfn/e/+I951okKyXUsQ/F73X+0Sp/w/wAPaQzANRj8qD1/&#10;L16MBs51dykn7R17+nH+uf6e+zQi4K6jchwWThDa7al/4n3szoDoXFfKvEjhnrR2c1oin1pUVPXv&#10;fpKJPzp0R3/NxcDklz/U/T3fuU14HGf546SmwhPEkN/q4+nXVx/j/tj/AL17xmliNjosxJsDp4sf&#10;RwCP9uR/vXtwNRaULYrnzHnT9uB06tnAldVWx5+R8/8AY69f/EAcfX3HkSOOQuzDSSGVLkM/5I4/&#10;29vahIVZRUEE1/L/AFY699LDxNRWv2L9n2cPz69ze1v9j9B7yNWUysxQLG9lIJtawN20/wCIP9D7&#10;TiGf4ckDFf8AZ9eiwy+CGAoQMVoK/L9vHrv3hNfS2JI0XOk3H1FrfUf8T9fexbTk4z9lfLyz5/6h&#10;0ga9Q1Yj514efD7f8Hl173HGVhgIk8ZJ1k88hCb2JQf0/p7cWwmkWpJAGOFePy408vt6bl3cqCJG&#10;AA44B9K1x5+Z9eve+zno0BcRqzBuVIKkqR9S5PNuf969ql22RlEVSP8AjQ/1eQ60eYIoowgc4pWl&#10;P5Y66t/X6/63uC25mBZSyxpqUnk2so4tpt/sefbv7lkjpIOB+Xl/Pz/wVHRa3M8Gskk1rT8qn55/&#10;Z137xtlnkOsyK6g/S1+L/wBR+Pwb+3lsFRQAoFfz/wA9Cf5deG/RsgPAGtKVPr88Vp+zr3uOa+pc&#10;FPJfXyCnFrtdgD9Le9LYwxuCQa4wc4rxp/k8/Ppifc2cUiBJ8q8P9WOH59e9pHJVirUmOWV1a4Uk&#10;6haw1EH/AHi/sRW1uojJA9P9QxT8uiG5iuZQdeaj1697a3xMtTIagXUPc6Sv9iw5/pb6n/Y+ziO9&#10;ijVYnPrj18/L/B8ug7Py7JcTq7An5DNa5HyJ697WGNx609KdaaW9GljfUeNQ4H+9/n2TXd0ZX+Yx&#10;9g+3zPyoKdCnbtsS0joVoRSvnSnqP5fLr3vlJSyyGQgNxYKeQwULdSL/ANePZUlwkT6TTJ/1eXz6&#10;9KkglYUIIPlWnyp/g6977eleON5Zn8SooYtLYC2n1AOeOf8AXv7WW0vjPpGf9WPz/wAHShYJoxrm&#10;JB9PQf5/8HXvbBDmKCoqZIYqtDoUHluQR6SOT/h9fZ2+33AWjJjyr+0j+fSc3cTkxkagccaflw69&#10;7j1GVigqgiwu0YAZnBBJv+n68i/tOtmwj9DXj6fL/ZH7evQISKxqGLEUI8gD8+JHmeve5YqzKP8A&#10;J4ZGLLqUEM1gOQP6C3torUjxqUP+qvqfzz0ZrazTDKih9c09P8/+Dr3uBlMNka2heUM0JUj6gqCT&#10;6itvyDza3tRa3cUb6QfljyHqfs+XQZ3vaJ5oiq1APkPPy/l68fXr3tNUogxJLVjEAAK7EqvA+v8A&#10;W39OfZxp8YBlI05p8yPn0RWG2T2cniSD/CD6DywKcfU5697h5iSDISUc8RkaJiQFQlfoAdR/2/09&#10;uQGOBT4mWAxj/V9v+DoTR2njyUpjFPKp/bw697WMe0UzWMVVnkV5IUU8nVci12X/AANrn2VTbrHa&#10;XHfQ0r6Gh40/Z/m6EI5aS5i8JqZFDSnHr3++/wBv7gY3q3I44ySNUJWR6wF1F3aMgX0EN+PwDb3Z&#10;+ZoJYtBp+VcCteHnT+XRBdcjsdQbOajHAf4MenXHUD/xH+PtXQ4E0KBXA4AVgP0xKxAIDH2SXO5r&#10;cODmv7MeVR6/LpXY8tLAlAhAxQ8Pz+38uuXvOu1MZ5hVQwr5nIZyFUx3H9rT/hb8e2Bu8pXTkacD&#10;/N5cc+nR+uxWrD4cj/VTPXvbzJhYdcboqNb0nTGAtr8aif8AeOPaX94zlSxOn1B/z1/MdNrsFuBr&#10;b8J4EcfkPy697mJjIwDpSwIQIo5P9bAf6319lk184YaGweNPsx/mP+XpUmz28f6agGmTj1697lpQ&#10;Rk6QoUhbEABrkngj+g/r7L1uZqamoTnh/q/Z0Z2u1eHVgoH2en8+PkOve5oxaq9zc6rltLWGpTxp&#10;K8cc/n3sXUwzwPlgcP2f8X0Zrt+laPTV8gKAfZ5nr3vg+PpyF1RliFt6gGBtzcg8mx/J9++ruDXS&#10;eJ/IfZ/q+fVZdqhkU6QCTmhHD5g+X2Hrq/P5/wBsffFKOBW0pSwgFSVWy2BNgbW/3r3Y3VwcFq+v&#10;+qvl5dIF2O2Yg6R6V/Ph5f5vl137yvSJcBIkUcMQAF0i30N/8fbXiyOKO1eH+o9L4dvt4hQcPsAy&#10;PP1p17314EK3ZANDarWt9Rz/AK/uhXSQwPDFPL8/PpU1nGQBGM+ecH5fZ/Kueve2vKYWWsenenk8&#10;WjUWX+yePrb+vtXa3QjPc1f8v2Gnl6cD0mbb9T1Y0X7P8v8Aqr17/D3wpNsV1PUGWWsM0DKAiE3M&#10;Z/VcD8Af63t24v4vwceB8/t9OPSqLa0Jrp1Aj58ftPl+X59e/wBv7f0xHOmysWQ3AJU2I/pa3P4P&#10;smfcYh3edcE5Hy/Z6V6WJtcdK0Kn9v7P82eve3CLD6RYodOgeP6awPpZWP8AxT2VPukhbQmD9mAa&#10;8eFKegyfl0ug2lStQK14+Q/1ft697lChWMW8SemNrkDUSQQRpK/Tjnn2xLdzuAlfPjXP8x/gp0YH&#10;bylFWlP2de9yFow4diODGrC3Gpv6m3A/1v8Ab+2vqZP9F418/wDDU9LorGMLWQajXy/2P8PXvfjj&#10;VPCnhQHZhe9j9LAcf7f3s3jCMhiO71Pn142UbGtCPsP+x/l6974Ni4mvpRTddIYgA8n16v8AH/Xt&#10;799YagMSrAeXp+2lP59eG3xk8SOve8v8LMZFxZQo9TBeb/RgSL2t9AfbBviw0lyB/Onpw6a/d6B6&#10;VwfQde95lpY/qVtYFLkG5sOCwP8AX8cf7D3oXH8LF9RqacBTy9f9XHpYlhE3Yqg/6vl173gkx4F2&#10;C3bQAGN7AA8aQf634968cHIrWv8Ah+QP+Hr0m1qV+GpPp/m+XXveFsajMDpB1hQPIt2Grg2K2vf8&#10;X9ui6deBJp5fP19QB0Xz7QKhSoJAqART/ZHXveCXDxurKwUWNgCgHA5QFgfamLcXfgR6GvH58cU9&#10;OkR2KOQaj8uP88UNeve4xwsemQkE3C6muOTexHP0t/h7eG5zAgClD5Ux8iR6j869PfuOBQVAx5Cl&#10;B9p/1Ede98TjDErKsaFCFDkJqYsDx9Ob3+p/p7298XHdnPlQD1px4fn0mk2WIJlcCv2fKvH+XXvf&#10;AY1AJUePTYfS4P51WBP4H+390ivWEimtKcPl/hr8q9Fx2qNHJQL9vH+VPyp173AkxPkYsGsrqVJC&#10;govAB5e/5ta3ta15RSCKUxXgf9X7OkN3tWsHSBU0AIIH2YPl69e9w3wEMsjeaRQyMAl1I5H1Vr8f&#10;7Ee2zuLKoQrjjx6JJbGaI/qLWvChqMefXveePGUcCSXUtckDUTwALWA/w/w93mvHkVVqQKY8qHzP&#10;59HcFv4SIHBACjhxzxH5/wAuve5GulhLKtKr3RSSy3u1+Rc/144/HtHqZianj6n+f+yOjW0mKsY1&#10;+f2D/N+XXvfI5JYyX+2ClQNV7KqEGwt/T+g91a3bTp1AjyHn/nPRzDeSxKUrUYPGh/Inr3vMmZUB&#10;rUY1tyqtpNg3LaebX/xv7als6ihPDP5/PowS9M506jxrk/5vl+z7eve5qZOQ3RoGjYBbAXLHUCfr&#10;7QyRAkkcDj5UFOA6ejfWNS1HHj618vl173kWtq5Qy+PgjTfSAVK/2gB+P+J9pEt4wxLNQ/w/5Dmn&#10;7OlqXMgagHE8OI697z0sstmd15Y6G4CXj/T/ALz9fd5gNXhKanFPt88/LhQ9HttO6sI2oPl/g697&#10;nebxgqIn5sFYeplANiv+v/j7YBEjUwRwPz/PiB8ujUushwdRGOP8uve/RSzN5DJTst/0uTyeLf2f&#10;oP8AD3pkjwwPAUP+x04CVfjw697ksS6/pUsD/jpFxcRj/fW9pJQhSgB1ClPsr/lHDpaGoTTr3vpV&#10;AV9N25FmF7E34BB4P+t7sWkjVdOD6HiccB9vqadUkLBCVyRwA/1Z6975BdRd5Igyl2Uc2sVJIAv/&#10;AIfXjn34FWB8T0z/AMV/q+XVInL1Jxw/wde94QFBcPezMCnFxZ+eL88c/X/H35iqlW8qACnzr/hx&#10;w6dz173yUG+gg2d7DVwzL9Rb/e/fii+dR6Y8+lCTCulsY/wde99tHp5sRZtOhP8AEXKt9Rc8e9FT&#10;WgNf8H5+nV9amjHHXvfE8oSLhi12A0gi3DAg/QWP+9+/M4Ra0qvl6/M+XA+VfTj0nYFm1U4nH+ry&#10;6976AB4juGUGym91v9L3/Jv9B7c1rljk/srj9nrw8+qYr/q/n1732gcM3qBa5LKFF7gkclv9e4P+&#10;I910ldOkYP8AL7OnkkAXS3XveER61bWGQkagAf0lbSAErb8n8X901aq54Hh06kik0r173lSPUhYe&#10;kjj6A3b+yAVt+PdmfR2n0HH0Br6ft9erE0qW4Dr3vEW1tqun9kBbahe/H+F/9f8A3v35qOgYNwz6&#10;VIpwzx/wdIyBXGeve84V1YFpCp0llUW/STa5J+n9Prx9fd+I1HJ/1fPj69VwTT0/1Dr3voJzqWxB&#10;ZgjIPze6Dn+g9+BDghwDw+ynpT/KP8vWw2MevXveMAkm/Js3q0hrWJ5uf9790eUIdCD0x5Zpj/N8&#10;6fZ1tcGgPH/B173lVVFrhjGATdbEG540n/eTx7847tKD/ZIrk0/YPXp6HJLf6vX+X8+ve+JjZ1BQ&#10;MqqQAtja4Nyb/wCJsB/h7a+njcAvxAIr/mx/q4Y6bEpJDE6v5fZ+wde94xFZvUGbg3aykar6RYD6&#10;3P196WMaaEV4DHD/AC56XpcDSAKfn9v28fn/AMV173zRQ66vTb6iw0stwQGBNv8AXv8Aj24VhY0N&#10;eFK+vypwJ/wivVHlCqShyRQ+fXveN0ZSF5cxi5Y8nS4Jvb/D6/T3sCOFSYwe45+R4VpjA4cfTpAz&#10;57sA9e9+MRKeOwIA1EnTyCbj/Ye0M6rGTKPM+XAHzx/PpdDTwwQMn/BSv+T8uve+wjsgXmyLybkK&#10;GW1yoP1PPuqqQNSCoJFaCta+X59KGBRakClRXPGoH7Kev8uve8gXV6OF0ekG5JOpbsR/S3t36Z1Y&#10;hiAGzTzr9n8v8HTZehKihrn9nD7fTr3vH4SpY6royi4AHJZSbgj/AH3+Hu3g6AAaA5pXzpxr6fzp&#10;1dZkFMVPmSeP5Y4/4Ove8LCEX03S+kMWHqsP1Nf/AA9pWloCTnJHy+zqjTBWJOa1Hyp6f5x173j0&#10;BSCrFQU1G1tXH5v9Bf8APuguCQSVBPl/sfZ00LhgD2gn7OHkKf6j1732UCsPQbCzLzpLKTa/PBH+&#10;t79HG8x0+Vf58adMVxnr3vGVJV1DMGZv68FSbjSQLW9mYs7YRnzoKnyOPUf6h5nquo/aD5de99aB&#10;o/RckG5ewbgeksf9j7LwBln7fs9PI9KgITluwj0r+3HXvfgnqZgrcW9JCt+kWUqRx7uI44yVWlDn&#10;NQT8q+ny60sY1A1rStMnr3vsx6C9l1MeWv8AQLe/BHHH0Hu0kZ8Is4IABoRSgPpTFfSnW5aHPA+n&#10;l173x0OSqWD2Vj+kAabki/8Arf1/4n2mChwFRdI/bmn+D5Z6ZLmlOve8REtgdIN2+itpBUf1B/r7&#10;VQWzMQrAhR9lfy4Hptnr9vXvfBQSoKAqAwuovzcG/P5v7Xm0ta6cgN5g+Y/1U+Z6tHqLUrX/ACfs&#10;697wnyNZiLWvfx/6nVcaSbcj6e7pBFGhc/CPM1r9nTjs0aBVxXBHy697xt5S1lRuTpJFmsv9kv8A&#10;S496DLIuh+Bya4x8uPTRklqQOve8aqQAFN7FgZLAFQP6j8j/ABHu4RW7oaAig/4qvqONTk9UJJr1&#10;73i9VlTguhOhlABb+nNwQPeyI5GHiitPPyz/AIfn1rUePXveNmY6ToQlNX1ALD8mwN7j8fT3ZYY4&#10;yTGBUnyPD+ZHXqkmvXveW9kEjIy6Tf8ATxqPNtI+vuobVRUPnQnhUfbxx6U69XS1f9X29e9wpZQG&#10;soKtyyhQeR/S4sOPz7uq0QoxJzj0z519Py+zpn6mJslq/t6974rMUcXUm4+hXhweSebkj/X9+p2e&#10;GQP9XD0OPn0zLdGtIjjFcf6qde94pHJZHB+luSzabn6sb+3VSopU0+3z/ZwPzr1572JQR59e942q&#10;2Go+PmxFz/xH/IvejbgjUTXP7MUx6dIJblpDqb9lf8nXveKOeRQDIl15Kkm6hbWB/HPu5jWQkq1C&#10;KZpU48uHn039WadrEAHyND/OvXveRZVksvpP4BAIVSBzcAcn+nPu2lwuokivHhx+f2dKYr+QUZu7&#10;/V/Pr3vEJXQaAUUupVipIawGm4Lf7z+Pd1jB7+JB4+X7M1+3qrX6EjBCj0P+Hz49e98WndVIGpAR&#10;ax0kP/Vh9ef6ge7PStGFaUzj88f6vl0y+7qhOiv2mn+D/UOve8D1QQqGk9LDg2+t+FjKi5A/HP09&#10;saXUkMv5Vp9lPX7fPork3lBXUan7R/xX+rHXvfFahGkYhgONVtAGgKPVdx+Pd9KqMCg8+PXl3eMg&#10;6WwP9Xy6975JUKp1K6Avc+QkG39QFH9fx7qy6koAc04nP2/l9h6eO4+hr/q/w9e942qWEgYSLrtZ&#10;me1zcenlfoB7fCNwpSn7P5/5evNvRiGlXr+deve+P3qXZmkiCjQCvKn63sL/ANfx7q0TsNMdSM0I&#10;pT/Zz+3pp+Yo1BJevrQ0/wAHXveOTIQKSNSklgVItdFv9AL+9iCYiqg0HGlf2n/VTpL/AFmtTWho&#10;R9v7eve+QyNJc2nB5F7/AI4vYBjzY/059++nnfIXPDOD/L/L1R+ZIWAIP+c/6vz697xHMUygkyBi&#10;DfUrDTx6tK/W4/31/exZT6qDz/P8/lTpK/NKB6qePCua+vn173HbOUgGshuSGJRh+r6WK29vCwnU&#10;mrCvDFeHn5UPTL81qpp5HPof8n7B173hO4abUdB16jqIUg2NrGyj8Xtce9fRyAhSeI9P8vr0wOcl&#10;VdJNRx4/4Pn1722VudlBRoFQGxU2IAtexKkfj2sTb6x6mrkjj/hp/q+zoPbjzhKRUHj9v+qvr172&#10;1S7lr1RyXRCqj8GzN9NNv969ql26FhgV/wBX+XoOy853EK95Oa0z/lrw/Lr3tsr9y1s0YAVSgCBy&#10;ha/HLWA/3n2Y2m2xB6ny8zT8h9nrQ9Bzc+fJ2VkViR86emPn8z+3r3tDV9bUVZZmcovqsguDpFx6&#10;m/1vYos7WKIcKnGacSfkfSvDqG995n3CfUwetTx8vtH+Dr3tC1DaXVtfAY6VLXsfqdX+H5v7GltE&#10;qRVpnzHrjGPy8uoqvr67aciWoNfXP7f8lOve5eOmnnkCqzBCfoW0gkf0/wBtf6e024JHoDAYGAPn&#10;/Oo48T0s2u4mklVTx4A+RqfQV/z4697FPDY7yKsj2sB6rg3J/BQ/77+nsAbrcKHCrxFQQcefp6+f&#10;l69T5y3tUlyiqRqqKafy+fH1697UUdCsdwl7Pcsw4Un6BVA+h/x9kbyE4bjSvmafnT08upCTZHjj&#10;0qO6gPr/AD/wjr3vC9JY3YOpOoWHC/TkKV+nHIv7aSQSE+Hmn2Z/aM0+XDp17fcbcEKaqP5/bXjx&#10;8uve+oo6hSBGZLXOq5YhjYEMAeeP6D3p5F+InAOPXy/w+fn09bXl4oqWzXh/q/yde9uNPNXCw8kq&#10;gar6rsbLxqP+HtO8cTZCg18+A/Z0JI765opJJ9Tw/l1724x1swGkE3GoFv62Hq+p+n09sm2jGAce&#10;X+qn+bozj3OQUTWCDw8s/kP5de99irkIe7EFVB1G7KRezAD8c/090NugJB9f5eufl04u5TajpNAP&#10;9VePXvfP79gXva2i9+SBb/Ug/wBT7Y8BdQBqD/q4/s6fTc5gQGyB6YP+qnr173yWqktIQ30sCun1&#10;XP1JF+Px+PdltoydVRX1/wBQ6MYb2SQeItcYz/hH+r1697zxysDqdrG9lKA/6n8X+v8Ar+7sjL5V&#10;/wBXn0uXcNJyvl+X+x173k87K4N7KRquD+pRYelfxzY29trEr0VQKZpUefnX/VTozhvZFSsTUU1O&#10;Diuf9X8+ve2Gv3VQ0DvFUuT4BeTlTZTa3J5P+sT7O7PZJbhPEjzrFfMeVa/lQDog3DmuOzrWSpP7&#10;K44Hz+fXvabm7GxE6v8Abay/Ggcizj63BFrD6n2cQcryalRxUEcfX8/XyHy8ug3c8/RgaddcHNTS&#10;vyp/Lr3tD1/bklK0sXiQyFiw+rBl4ALKPxxf6+xBacmJIATkj5Yr+Yrwr9vqOgNf+50sMhRRVhSl&#10;P8OfP7a9e95MV21VVACzUKM11B8d9RGrklfoPoALf717Y3HlOCJSYzQCvHh/q/nXpTtPuRLcy0bz&#10;HA09cVH+rHXvYzY/KJkaSGZP2y8OtUK+lFfglifqf6/09gG5sJIGHmakH/JQelKU6l7aN6+tgDa+&#10;5vKvE/KtfKh+deOOve3DSCHLOCo9IuQb3+mn+v8Ar+0I1K2k4P29CK1cM+kEVNa+R/b1737WiguP&#10;1LYFSAAwHB+lweOQffglSc1/1ev+r8+lo1cCe37T173iDq+oMCHtYBD6vrYXP0/H+8e9k0aoFB0V&#10;yEeIdI/1f6v8PXveEEnUDJ+fqCQqhP03B+t/ra3vyIrGlOGf9npyKZY+x+A4fb59e98AzAEAXPkF&#10;v9Up/tMp/P0/Pt+RV0AAHV8sjp6Vy6s3EnPyHzHlSnGnXvfch4W1yNQJU3JJ/JueRYfUH2wBgjz6&#10;RFNSUGK8M9e94HZNUhBUspXgrdiT9L/j3ZaiiEf6v+L60lFAVM4/1Hr3vC7gEhltcm5NxYLwv0+v&#10;uwQ6Kj8z1R5VpQZ/l/Pr3viwY3Ou+pByAAt/p9Pxx9Pe9D0qAK/6vXj034rKAwoePnn/AIvr3vAy&#10;sFvquAy2PqF1U2JIP9Pzx7c8MUoV/wA/+r8/z69JfDTpYgU4VOeve2+srUoYZKjhm9RRAQLm31t/&#10;j/j7UxWrTNo+ziK/tp/q9egZzHvsdlCTroR88/Z+Xp172jv4nksu0cdJBNNLJOsUNPArPNNLLII4&#10;oY0XkuzEKoXm5t9fYnsds7xVSS1AoAJLE4ACjFScAfPrE33M93E5f2q63G6lEVvBG8kjE6VCIpZm&#10;JOAAAeP+Hr305Pu/f429N03S3V+HxE8Tnee5oqHPb4qndXl/istGBT4mKwssVIhEYX6ltTE3Pvsz&#10;7I+1m3e0Xt3bWUaFN13RY7vcHbLKxjrFainBYQaleOtjUV6+Dv79X3puY/vWe/O5c2blNr2nbJJb&#10;TbIwSUS3RyDIKnJlI1V9KdcFubsfofoOeB/j/j7GzHVtNlaKkyNJL5qSsjM0DIjL5IwxQ2SQBgbg&#10;3DAH3JdnIl5bQ3Y+B6sooakVpgMAQSeIND1h9e2s233MlncrpkjNGr5GgPEEimcUr1z9vNCjjXeN&#10;g/lKrdBypHpZSf6exLs0Ev6mpCHLkAU/CRxFQeFcniPTouuWXGQRT1/keve1PAqGOIKCCBp9S2Ic&#10;Gz3v/t/cvbXb2z7fAsIOsfp9wXVqFddflTNOB4ivRHKzCQ1p+X8uve8pj0rYMoYm4DqSDf8AwX+v&#10;swfb44bcQxuiyEnSHFQamnAZzTj5HpsOS1WGOve+1TQyBwzG/pYamH+Ktbgf7H25bWJtbmJL4Mzj&#10;4JF1MB/RagoB8zn168W1AlKU9P8AV/k697luLqr+lQxK6VubWHHP+P59iGVmKDUAKE+dfsFRn0qB&#10;mnWmRdIlqBqPAeVPt/z9e/2H+x94ZDK0OiPSs+niSxdAx/skfUj+v09pLtdyayMVswS40ijU1JXO&#10;DUBivritPn1sNDVagsBx8j173HmRWjvOofSEaQpbSrLyWAPPsl3S2hmtxJfx+LoCGQp8IYcWAIJ+&#10;dPPrcbEPSI040r6enXvcolgLj6ALYkEE8cX9iFpJY4qxVKhVK+pNPP7R+zpmmc4697xq8nr12NyR&#10;HpFgEt6VYXNz9eR7RRXt0qyC5ANdRTSMAEYVgSSzcSSBp6u4V6afIAH/AD9e941VGbVpF15HNjzx&#10;cD2gt47OW5+pWOjpQgVINT50qM1xUGvW6sF0g4PHr3uMPL5yxEdr6WBLmy3uulj9P8ePYeH1y7y0&#10;06x5bSwJJAHlpatBTzwRXyPT58PwtIr/AKuOOve3CF3liKshRlYkrcNZdVtQI4Nx7Gm2XEl3bFJ0&#10;8KQMRpqGqAcMpHEEfs8+mXVgNKdyjNfT1697k6o+PHY6VA+hFj/Sx/3j2axFGH6dMYx8vLrbuihd&#10;Gcefr173iuFdL2+twCA305PukrRiRUc5PwjzJHp9n8um0JDBz5U+Y/Z14+3KjKSuzMAhUFlDP6gQ&#10;f7IXj/be6F3MamhBPEemfOhPR1YeFPMxagK5BJ8+OB/qp1glZlVbXN7CwFz/AIkk/T+nuKxklmfQ&#10;xY6zpbSqkL9B6Txx/X3cKwiILUz5eQPl+Xr/AC6QSPLcXZaE6iDg0Ax60/y8T1zACpz6B+RquOf8&#10;T7dypp42sxHoBJOm7MF9TkqPyfbKDUQpzQ0z5/7P7B0ImVrWFvDOkaa+WTTJr6fz6jAiVxfmzkcX&#10;4B/SLfj2xArqu7KvJYXIUG34X/E+1TMsf9qwFTitB/h49BJCXk1njx+2n+CvU331JZg5NyCDf68f&#10;69uf9t7pcCNoCswOgg18sfln7KdaJJcuPP8A1Z697Zqn12TRqQFdAAJkVvy5J9xrvQa50W0cWqMU&#10;0AAmRcHuYnOPQ9LIKL3A0J4+n5de95Q600MaSFtcswTU/Nrn8/4e1iTW+ybTFb3VVlnlAq/kpNan&#10;5ADFK0PHqhUzyMyUoorQde98pGkiKSoBJrJLIxsbD6FLf19qLp7jbZYdytwsvi11ISK0HBkoc188&#10;Y8+qoFkBjftp508/n173GuJ2kEsJDspAVhq55JIN7f7H2QGm4zyi5gPiOCApFaVJJNRTyxq9OlHd&#10;EAUfA8x+zr3uM8R1LGkyAuulI2YBrKt20DgkD/C/HstnsXLrDDLTWoCrXIArUKKCoXh508+nlkwW&#10;Za04nyz/AIK9e9yaan+3uzOAETQRcmNkvcalI+v9COfZptW0HbSbmaRe1dLCpKMhz3LTLejD7DXp&#10;macTDSo45+dfl173PVzICiOgcW1Cxa1+QCvH1HsW280t5F9LaTRhvMUJpxoCppSo4ZGfLHSMroOp&#10;gaH8v9VOve5iEAqQR/Q3F7kCwsB7EcZCgZxgfnwpT+fVVIBqOPXvcmNm1E21KRYkgIFuPoStuP8A&#10;efbuk0ya1OOlUUh8QmlQRQ4C+XqMU/w9cSLi3+IPPP0N78++Cww1EyWaaN4TJIro37b2GrS4IuB+&#10;CQCR7Lb2BJpEudTKYKsNJoDWoIIowbHyB9D0otEt7iXwRUMamv4cZHoVFeJz8x1jlZ0UsAri6jTy&#10;GAJs2n+p/oPfdNiaGsySZWmoqGLJ1kUFFX5D+HxNX12OjVngoaqokXW0cZdmRXNgSeOSPaCTbrOa&#10;Zd5RI1kkjCyMY1LSwnuETMQHChjqAOAeK8ehDaXF5frFtsblkWQkCrsFLUDMEJKaioALUDMAKnh1&#10;FqpUpYZZZWYRpGz21BEBB4A02I/1gfeeuwclPTiKglnihpY5ar7eFAZauWZGRUNPLYKFY8FjYfj2&#10;mmslhs1Taq24jaRtEYVtWpWqo1sE4nUoOMAUAGL3e1SQF7fUXTQrHUDrZq4JjA1LSmkk14kiteot&#10;NkY5zG7pGs0kzwKUdXiRUsz6KgcNcWbSP9iOPePHS1FOaSkdnrJKnHy1JpmheMy0tO4WXXpXQrxl&#10;rKoNzz+PbttcxxRxW0rlplj1VK6TRWUNVVqqldQQLWh/KoZtIL9CrxKJY5gQYhXuVQxFKitVozA8&#10;fU5FclVLSaJJZJUpjTSoq1bOgCTSWAjYg/RvSCLWNx+fcd6JJIhkKSWSopJkaSGWXSrlWc2VkFra&#10;SCtvx+fdLazs75P3jDI8skitTXwyagEaQaLlQpGPxVI6Ktw26aAGe3H6ByCQA1MjIBOa8afIjB6l&#10;09QXAjm8a1KELMkZZ0EltR0MQLi1jyPz7Z6mJiuoO8bldMelQ5DXsp0fQ/8AE+w/uu3sIxc62jkN&#10;Aiqutga0FF+Eiv8AvRPy6L4JADTSCPPyx554jqX77SKZoYzKBHMqEPoNrlTw62J9J+uk839vx2F+&#10;1hE9wnhTBSHo2TpOHFCe3OUNSWpXh1V3iEhEZ1KeFf8AB9vz697zU8ZBIcguEspbliv1uf8AjXsw&#10;2KykWRkuCpfSNOoVYr/FQ4pUip/ixjpuZwRVcCv5fZ1733cmULHY6Sf1WB4HNh9Tbjn3cvO25COy&#10;7tDH4qZoADg5bSTlvU0r1XSvh1fr3uUrm4A9NQqh45CLtE/5Zbfm3159npKXTLbv2XKJqDMoYqWF&#10;DTyyOIB8+vRyND3pnIIIJBFDXHz66YXFr8c3BAIII+hv7FHAVc1RDTTSEJG6tC6NpJkkRrfcEj8H&#10;6Aeyu+iRGZQMg1HyHpitPI/Zxz1PPJ+5XV3bwXUzARsCjA07mH4yeJB4aacegH7KxNM9HlIIKeSb&#10;IQeKvp5orloYpAVFFCrkhGJGsvYAjj3Qn/MaxUdD8nNxTxR+MZTa218hyGtNJ9k1KzjXwwGgAhTb&#10;/Y++AH32Nqi2v393OQOXF0IpT5aWaJaj58Aa8PLy6+0v+5a5jO5/dtstvnaiWF9cRKARUKW1ioHq&#10;WxXyHUD4u1M0vU1DSVEy1EuL3DuuheoS+mYvnZq9m0t6hYzlTq/IP4PsgDK4mIJVeRxYAG1wSqp/&#10;vNveJDVMdRU086+VcYP2fzr13YuI1NujIT2j/DxP7a/Z0Yj3jljUkORyLgMxvYAc2Fz/AIW/1/dU&#10;YKCBQcK/M9I45ZIx+made94BFwrISS1rcm+q/wCL/jj6+7lmSqOaZp/q/Powtrjxn0Mcjr3vPYj0&#10;gD6eksPx/ZQ2/N7+65/Z/k6XaTpJHl6nr3uNJOlMX83JUsbXICC1zx+f6e3hFqoy8DwH+rh0SX25&#10;eH3IxAwBjJNePHr3vhDkKepbQoAb1ctcWIvwQB/Q8e9mORRXiPTH7Qfl03Z7q071qTTip/lQj069&#10;7llBIv6iSgJIB0qdNtVuPrx7Y+ElQa/5uhFXJHXvfIgW4uCb6jwOACRcf8R78ilhU/6qdaJ8vP06&#10;975KGYEsqi6hRY2sADqsv/Ivr7o6o1CuCOPzHVlVj30oB173xkfTosCL3AW/pDFeDf8A3jnj3dEC&#10;LoHD5dVq1anNOH2de98THI12I+jEIoFxZuQAfxf6f0/w9+CjTWtMf6v8v59bLAZPXvfHxsG+nosO&#10;bcf04Fvr9b+9fFgDpsuHHbw9eve+WgBdPIOolQGuD6tJOsf6wv72oHxf6v8AUOvPIFUmT4f9WOve&#10;8M8kdOylvXe1tN/1D88fUe3oUMqUH5/6v9VT0gN9EwqKgjJqaYHClP8AVnj173jWqST6EKzMW+o0&#10;kabXB/wP4Pt5onFNJpTz8/SnHhjjXj69XW8hftYafL/Bj5Dr3uQkiAgMFJsATcH8XuSPyPpb/Y+0&#10;0vp5fZ889GNvJ4BrWnlw/P59e957q2sLYADk3F9NvwfbQAU59elVTI1dXE8Kmn2U8/Th173wWJbr&#10;YWsQeB+AOeBfk8e0jEqcCvp01LGEYq1CPnmvl8vsr8uve+JX90hyqk3KD6cf04/PvwzQE16Z0aRp&#10;THqBwPXvfAItlK3IuFvzf08A6X93JbyP+Tq5J4cOve8beMvzawvdm4Jb8j8f8a9qomUKHNK+Y+Xr&#10;XOOqeFIzUWlft/wde94ggUj1Bz+EB5XUOAxX829uSO2g0wW8/wDN074BVRJ5fP8A1Zr1730VP6Tw&#10;v1uAt/SOAL83t/t/aEls1yft6ZalCCK9e94zpa5vfQAVFraz+QePx/rce3hUIAPPo0iBEIjfPn+Z&#10;/wBjr3uO7aAAApUm4+oKkC9rAf7b26hUsCetyahE1Mmh/wBXzx1733TvJ5Cwuv0ZSeCAvIJYfS/0&#10;Ps2tbgwsrBqfl5V4CnHoFbvaNcQkIaf7Hljzr86fPr3s1/RMj5WjyNDXPJLHBIrQM5uUV+SgI5t/&#10;h76LfdE9ybiz5qtdmFSsmKVIowIr5caf5usY+f8Al2SLXcgUPzr/AKv8/RV/lVi5Ytjnc+P8aV2K&#10;k0OWA/chdTa9vyG/Ps/vXmz6TMyrUV9O32ePjRaaIKUikccg2sL/AOx996909yzy1yKm42SgyORH&#10;GtKCpGT/AJSegH9T9LYivc4oBSg8utXr+YL81898cutTFs6sp6neu7sjNSy1MkqzVVDAUvM0em+k&#10;qCOD7EHKbRpHzlHIkaR0sacxjSBqBsA1/wDevYcTmKTmTYYt1vzSZFIZc8TkH1z8qj16DV4rznW1&#10;RWp4en+Gvy/PoifWXzG3Xlvj7na/OyVNTvOrd4BUPHLJM0VQplSaNSAS1z9V449ruBIqeBEpoomV&#10;TZkFudP1It+fcO7iby5uZlvJZI1p2ae0fZT1r0SAFydQOfP7eP2U+fVYO6J9zbz3PlZt55zcGM+6&#10;ieTF1ivNTRxGUH9touGsWsLn/WFvazwr0ZHrjVpSSQTyACb3W39Pz7xc54tt7F46tI2gcM5P2g+v&#10;Qc3CeZJDG1QRwpwp8/8AD/m6rk7Hw246XcFfRVdXO/hqZEhmlZ28yA+gkPe2oc2J49rL7GmqIwGR&#10;SCAwAFv9Y/15/wAfcVLut7aTkxOQfX/COigS6wHOfT5f7Negd/ieRoJ3EUjLIjMGa/8AXh7kf0Hs&#10;nHzK2RuPcOx6F9rQyPVY+tilqYogQXpRwSCv1sfZ7YblNNZDUxYq5qQcivH/AFfl0hmSra2Of8vm&#10;M+oz9vW1d/wlu+Q3WXXveHcXX/ZeexmJqt+7foKrabZR4oo6zKUEpSppIXlPMjR/RR7JxsGXIYJa&#10;airKiWrrZPH9wjMxMMpNhGuv6WPBA9mFtNEhDs1Vb1qADXzpXomnnNjFV6ipyDUDPn8sdbgHdOEx&#10;W9aWur6GjpqGjpY5Wpp0jhIrqfRd5iY7BhblSTwPdjm06RpdsQxzuImkjjaXm2kOL6T/AMU9jS3u&#10;IraKOSFjoJ+0k+nCoHz6IrbdGa80qSF1cADk/bg0+fDrRF+bG42ovlvl63GYgZr+G1NbT0OimaSP&#10;7ulbxiTSLnUpF1b6e3eHamGVXrJIYn0L5GbhQwUX1AqPr7tcb60beFGmX8zQ/bXupx8x0M45VkjJ&#10;oQSAp8zTzGDT9mD0XDNfLv5B5CvxmxMRlcnSa8hT0MEcjTTTxGrl8aU8aObxhdQ4A/x9gh2Rueip&#10;MesGNoVWeSpEEGpBw1yFa3F/9f2T3m5+I5i054nSccMkcP2dEt3AYpHbVgAHTQmh+zhXzoTjrYQ/&#10;l0/FzsVdx1W6+0exKvM0IwMdbXUryzoYxUoH8MoclfTeynm3+t7hbHyxoXjgypjFTVQGdJD6QgX6&#10;i7fXn25t2+SLdLFIwUtmpHxU8iAcY4V4dJ47m4mj/SP5eXHj8v209a9CJ86Og5ewdrz5vrSKvloN&#10;sZZcdW4WBjOK2Sc6fKFFjci4/p7eM92vHjLQY4/drDFI87o1kUJywD/T3NvL21226JqVQ5ArWmAB&#10;xr5kef8An6P4NpkvApmoVoDwFNX24NaeXA9Ej6c/lUf3vat3F2cku1avK1dPHhaCyTVzCcjxS1UQ&#10;GoEmwCrxb8j2Rjtnd+Q3huWizdFCiU3iMMmnnylG4Oof7wfZ1Y7TZ7fuiyqwjPGg4k+uf2cB9nQh&#10;tduisyBHgcfyP7fzHl1tAfC7oPA/HDpMdTSZCoyD42peqpmqlCCmWqX1RxIeFUXJIv7WHV3UWP3W&#10;5zWdnrHrteuJCS0cK/2fQx95G7Jv0Ee3m4vZCioB+ZI+dP8AP0JBuAtUBY8KY9R6+n+qvQJ/MX5t&#10;ZD480KYPa2NxEmOjgaOokkcRzVMv+7EjYD6j+n1/x9nt2htGmwGMhghBkjp7mIMun/G+k/n+nuOO&#10;cvd5ZYV2Hbv0w9Qz1qwWufs+ZBr6DpG/MdvMPDFa+YOABWmT5H18utST5nfOncXcm9KvE0MQwFRu&#10;ARUOSqYqszVMULS+LxxtHyqNf1kc/S3t3/i0ZnRfF+yz+IueRfVpsPr/ALH2TbPtltd24CykOe4P&#10;Whr5Y+3o92+NJHViwGKnNR8jnP2fl0FGE6FnXBVjHOyRZ+hgfKiJfIkz04gE8cjhwGF+CCfz/r+3&#10;37eKSOSKMKnkQi4AB+n4t7IL7mzd+XNxhvLtmmjhYAgk0oP5Z6FDXT2wDPQrjBx/qJ6Lvle1t3df&#10;7lweazUtfmsVh8lTlqOqnm0+KFgfCA5tdhfk8/63uDh9u1FJLJI7PL5hpJKkKFvx9fr/AE+vss5+&#10;94dv3q1W2sWJZaEM1Bp89NBnHzrjoPcwbzbvCRbg1U8fT7D0qPkz82sH2xhsHhtoYafFnEyQ1kdR&#10;UsFmhqVA8iKVHIH05+o9qV8NDSFWWJS1rqxHqS4ueGJt/tvcKxc2XO46qsYweNOB/P8AydRdNdLJ&#10;IGJoWx+X+ev/ABXRPMl3Bv3ddPPRV2cqqSkeNTUU1F/k8VW0ICoJ1itrP+B9tsddQxViwGoVJy6j&#10;Rz6m/Gm/H+Psy3J7iaxHjSBhTAqK/nip/P8ALpc8y+GDQEZHCtMcfkfIY49CDX9Ldz7m2KN0R4Gq&#10;ym2KOliqjXxadFLBbX+6ebAj+p9rWGQOgDWkjFhqYAW5uCt7/wCPuLLiMhi0RKP6Cv8AkpkdJ1Ik&#10;JJ9Pyp5eWT69FnyO3sjjnVmWanmPK2YaSR6TYg8/gDn3Nihph9IwxDEixvY3/F/+I9ltxcX7Ydio&#10;IH7PsH+U9PfTSKAVUqBkmhpT+dfs6YqxcuzaqiSZOL6mubj8k82/HuDXRrM4iKAK3BPGpWA/Nr/T&#10;2abTM9pG1yjkMOHofXPz4dPReJHOpoQBT9hNM9cscJKOLziZxJGQyEHljqtyTbm/tJVumB/GoZyG&#10;Kq+m5bV+efx+Pc1ck7am/sbi8cJGgBZSRn1ArxPn0KrBJpwzvgenmAPX7fyp0PHUu1YN41lZVZOv&#10;SmoaAJUVkMsyxPUJ5LGKHWfU5Bva/wDtvYfZvJ1xLUNJCz1hN4iAwhBHI1n3mlyTtXKPL9p9VbMq&#10;+MmQacKf6uHQitXt7eI+KD5VofLy9K/Pq874v9PdNbRwcW/MrkaKg2pWUQXNUzz00uQeFrLIkUdy&#10;wYfq4Fzfj2mdtR7xkzdVWbkdYaOKLwwRqo8b351qp/4r7W7zvu1LtE1ht6wqHyqxlak1+M08sZr1&#10;69uLZ4i0Sj7D68dXkPt8+jCfJbdHxMx3RWP2Z8e6SgyW5c7kEys70ckP8So5I2/cNa3pa7Ne6H6D&#10;8e1ZkznqulkGHqIqex0q7xFiyA8gew7tK8h2t7HcbssRu5MgyElQfMUrjPCo6SW00RfVcgMcGvnT&#10;0HRQ+raf4r7L3jhqvu7A/wAcz1bSRTmGXIqKSjqnSzRtHqA0qxBFybf4+woqcHv/ACNcZIaioijg&#10;P+d8mgvIDyUX62/w9ybunMvLNlCsH1EMKUGNaAU+z0Pp0I2uNpSDSQNRr+z9n+o9W60nyD+BXXGy&#10;6fF5D+5MLZanMpxcMVJMiUM0X6KhhwWI/qfzz9feLN7b3vDSPNk8g+UjdlMNP5DH43H0HPBN/cU7&#10;rzjsMMUi7fcRSAk1CBVU+Y9B8hxz0C90v7MN4UIAJ8vKg4V6SHUfyg+Eu5t1NhOpcJhNoV9OlQ2T&#10;y1BjqZ0qqNm0vIXiW4H5sSfyfp7WPXAp8RXCsr0FJK0K+XyyDSH/ACF/rza3vFf3J3qw3OKQl1DH&#10;hT1qPXPDBoPmD0Cr8LcYPrX8/P8AaOPRVv5g+I333Z17HsTrNp94UH8cnqKNcVRzSzSUsRPilmRV&#10;4uCRz/T2qd5907KwE0VI9QmQrpm8awQEG0hFgzHkAf1v7gq03Z9sWtsxr5U4kDy4k48j0iWMxR1X&#10;tIHGvH5euDTP29Fj+KX8kH5U9y4tM/u+WTq3alK7VwqqzU2SlhkIJjpoFsQxsDY8j2pNp7wxG7cX&#10;OKVo6Wfxus0TEF4w63Lavx9b8e0F5vs90GkdmNDpr6Hyp65/yn5dFp3C4kudADEnzPy+VflToOfk&#10;F/Lj7C+HPcezdwz0VR2BtyTLUWQx1e0Ek4rHpatXkp62ABmFwOCR/h7D7Y+ayEW8Mrj6KaXJYmiq&#10;liknD6yJA3KWH4H+x/p7AO9cwz2p1McgGmTivkD5nHqOjec+IAXFCAanz4/z+z9nV3Hya+LXV3an&#10;xW2blt37fw2xN+bm21FkcfQTUcNEI5EpxULVtIVDRsQbXW319mZi2tRV8y1iy6A3ranBZGLFh6/p&#10;wf6/X/YX9hq25xvSxhcEstMihHrQjUMfZThXNOi0baZqll1MKflmo/b8vLB613t/7y3N1HtKq2W+&#10;Kx2Sp5Hnw9Jn6uP7ow0dO5hi+3l0kECxsb/0B4HtoytBWQoYaeRo2XWFbWpBF788i1+Pr7m3lLet&#10;tu2FxuCBlBFQVNfIUFeIGcg+XQh261a1QSuO35CuB61z+zI6JLWrs/HZmnzG7sI+YpZhFNU0dNK1&#10;M0sz+t3Di31vcLcew8yrZnHwTSRBKupjBPjbgG3qI4+tufeTfLC8m8xaIUhCvTA+EE/aOP5/Z6dC&#10;23e1uWXQKfkRWvn/AKscPXoy3SuM+L/bu98Rt/N4qt2Riap0pZJg5LpPJZIHaVWZQpawufp+efoh&#10;KTfOYqT9u2LVXD2kY61C824B/P8Aj7P73kjbLa4W8t7cjNMP/KhHlQ9NbhZCniQqQrYJHHiPsx8v&#10;THVhe7/5aPx82vKu7KHsTIjHClaSgp0mpZUmk8d0d5lNtIHIA59q+Cjp8kgqJqREnI9RZQSDx+B+&#10;Pa9t7flzSl24KtjTUMwoARk+X5det2nhiBc5YjFeIpjB4epp59FC3J2juDoqsj27jd+1NdtyRzFj&#10;6eCa02galBfWCQo+v459+ZaiAvFR0JQqLh1taRiLcge67hvG3m3M97OpEnAECi1yccSTwrQ56SX8&#10;s0VJS2mgPkCTXiaeg4Upxp1Lgzu19z0tDmuwOw6DIxZiTwrQV0sYqKKO99BepFxfnj+p9yKKfJyx&#10;tHJTP5ySq3UhBccFr/049x5e3eyGYSeGFRO7Jwaf5K8Bx6DklwNQaEaQDXOf8HAV9fs6RPZnXvS2&#10;LyVDmaPc+IXbieGtqqeCrgkmDp6zDFFG12LG4+o/4j3IyGHappTHVrIrlQVkjYxMGt+D/wAR7H/I&#10;HupbbZvyQWen6aVgGU5ApQVBrinH8z0Otj3dJpe6lTT56T5/4Aft6bOiflPT9ddoQf3WSjba9XXC&#10;mlx+WgSto3pxII0kCSEhRazX+qm49hTXUlLgMrR1ZqnEsxamELhpHn1H0lbcA/1PvJ3m/mOM7F9R&#10;FRjIKKBmtRioz2ivV+anXwQoFS2Rn0458h/hz1e4d8Zrvfqbc+AodvUkuMp6WnzSZSnmgpKTGpDF&#10;rmSfXzpW9lC/717GmCnX+61bVG/lNPFIsVhcN5UkYg/61veBN5vV23uhZ24UUV3r/DmN6Cv24rw6&#10;i0LOwMhoSpqDQ4yPLhXNK8an061ycnuKWq+W228H5Y1oMbuWtw/3oEvjkSox1TTedkHq1AyWuR+P&#10;f//VuCNZTqwvJHr1WH6SBfgcD2Tnb7mVD2mnnxHD/Vw6k0mp/wBXn8utQ7H0OSi8k1PRzOoRr3j9&#10;LWBHAb62/r+PbiHBCsLFbWI5tzZv95/w9lzRlG00z16tK9JyZZGkdyjB9RBF7EljyGN/rf3Hkgik&#10;ZbgMQRzxxfnm/tRFdMiFQcefTGruoPPqVS1dXSLIiOwFgTYkWOm31+n04tf3IRFUqALG5t9Df/D2&#10;mnkLqWc4P+Snz/z/AD6fFVFOvU81RNN+ppDqBLeo6iPyBa54t/vPtygqXjYF+VA40/kqb3sfYVvN&#10;uinUi2NCTU/6hWnTsLyRyAjhWp/yV/Lh0I1BubIUklGcvHPPT08QWBHDKpCkWsWtcfSx/A+ntYUO&#10;fpZRFFUqqFZNRZixj0gD9eg3/Fifr/r/AE9xpvfJt9GWmtWNCvAUrU18yPtoKU8sVqR3sfMAhdVk&#10;OmmPQU+z7P59Gy6k+ROMxslPj8pSgwiZXiJlMSxIh/shTexvY2b/AG/twnylLSqh8kcSK8YRQ6td&#10;WOu625K3HI/3n2SWXLe5XI8OJGY9xdqECoFKGuASD8vs6HtxuNvNaMVoaqf8HlnHy6MfuftvalfT&#10;V2VqaqB5JMStLRI9pnMnjLNIrRkabWAFwT+L/wBULn8jFUimhEsiwyvJI6xn1S/uek3N+QLlb/09&#10;jC22C8EtaCqgDu4UpxoOIxmmRXoL2DK1qXoCdRJ1enHVw8upHxe3lhsFtXdu4nxUeQybV7iGdgrT&#10;LAf3RpLeoAEr+be2uiWnhnDhS8RLcsxcKGUhQ0Y/tXHJtb8/09n80O6G3WKDtKgAlRSpBGQf4dJo&#10;PxYpxB6WxtJcSAuQAPMcaigqflTGTWvl1x3JuTbG4Bk6rdFZHRVdbK09NiolA0gkswe1iL3sbEX/&#10;ANj7XtJSvLGalnNlCAqPSyj6BbD/AG4F+P8AH3FPM013ZIY1JOtj58f+K4E5r/PocbTBYyJpjA+Y&#10;oc+pzWn+rHRlfjVJ1VuzMwYGHD4svT0wCzzU/wC68sLAF2kNz6jcgX/F/aZ3NUvj6Z9JYGRTIQzW&#10;VlQE3vf6/q4W1/p7X8g+LfbhFPOxIVqY4gnywOHChJx+dQfzWVtJGDKAVGOFRw4HFfkMdGr7T682&#10;duLFZDb0OLxSeOgRYRJDCzSNIvLpKbsrgg/k3PH+uWbM7nr5qxjEpEJltwWJWzH8/wCH0uPfSDkP&#10;Z9kl26NbpVZgoqTksdPGlPUcKY4ZNegHu/7vg1BQKinDJqAaDIPEj04H16I7VfFLrPGQVgzB8uRk&#10;jlqYorILMI9axXH9foLf7bn3KhqZ6lFkJcsy6Lc/pHNuB7Pty2rbrKUqhRUFWxxrxzSv2An/AD9R&#10;ne3EjyPG9WzSgFAKnhj8I4HifXohe/8AYtBgc9k6eKqooYKXUY1j0qqrb0oVXnUAbW/rz7caUVkE&#10;iOquVDAMNLMpJ/Hp/I9hPcn2q8tDCWUNxGQpFPOp8vs4+nSEN4cGiXBJbFaUPDHyNKY6CXMSYurx&#10;6xo8X3CEiUt6HAVbagfob2sR+fayQGuh8E9xEQDZhqMTA3DADn68e4e3vabUnxVAMi1oQaA1xQ/P&#10;z6d27cmsrjWWJWpFCaCvl8/t4Hp96c7s3D0nuJMvhax1p5QIaukLt9vUQ/Vo3jve9uOLfX2msnj6&#10;qiQyQv5rm5DaQfr9QwH9P6e1XKm0wSXoVwrBa0Gaj5U4HPCtM9Sts3MEEgAjkWpHDiQfQg+Q6stx&#10;vzK2d2fQQYqd59v5OelEfkgkeSN6vRZeZCpXk+n68e+FFk5oGhkX9puf0n1XsQ5uSbm30PuSd55P&#10;2m5tDG8KESKKqV88ccca+XCladGk+8TwsDEygnApSgzQ16KT2T2hvzbmfePFbxyMxs7U1VFVykRg&#10;uQACzW1fi/1HtXpnqmpiL6I2kQr49cKyKBbnUWubnjn/AGPuAt+9nOULmYrLGsZeoYjGa8VAxTPn&#10;0lg53ls5wt6xGDkZr8/LHQw9MfzNu+epqmgxea3jm8rg4pI09eSnM8UKWUqHuSwFvpf/AIp77PZs&#10;WEXw5XGRfai4u1JHIq2W4uTxwSbk/T3DPMX3R5d3Q3eyaZix/C3d6HGcUA4VHqepCsearS4gWTxA&#10;ccQc/KvkOr+vjF/Mbn7To6T+C72kavWFDNRnJs0ge+pDHBqVg4JP61/1v6jDjt4bKr6oz0GNxa1M&#10;hOpjDTAkkaixVhybX5Nv6e4X3r7v3MmwLpvYZFRRXAavpTHAV8hUUz0ZQcxRSSCFGqpyTqBP5D/N&#10;5Z6sfovlTu2so4qXJ7jyJQOFtJWOFPAKsshPJP4Jt+fav8O2cpDItbhcVOZF9AeigEjiRbFFZVA5&#10;/JN/8PcZ3vJdzBLpqwVTmrenEmtTjy+XGnRyl746VVu3/N6HpfYf5BbroVhqcdujK+pARpqJpY1c&#10;vZUsTYjknjj/AB9hvXdKdSZGWSao21RRTSsXkVVEYTSbmxXj/XFr+1I2fdUXSDqAoRkGv5fZ5/nk&#10;dVca8P3DBpnoV6D5ndo0sMUS56OZVDxs09GWJki4ILjkkf63vJjOnursJJ5KHbtOQHRgHXyFyeTb&#10;QDpA/wBT9fejtu4Sg1INa1rp4emeNfL5dMMvcQoqfMUFfs9Pz66y/wAuuzcpGUnzpoig+lNG8RjF&#10;uHLC1yf6fj/X9iXFtrZ70iwna+L0ldKKMfANIPOpph/UfW/Pskl2KVJCjOaVz3Gpp5BfkeHqOnlt&#10;xTUwFBTjX9hH+DpAJ312GKha5d7ZZLuFDfdlo3cnUfJGLDm39RY/7H2Gm5/jp13u9Hd8PDQvISA1&#10;PEoF/rqv9Qb/AEH19pjFc2klNVQM9w4fYPL7emZGSFgPJv8AL69Drs/5n7zwccEOSnTMRqF1tLJd&#10;3s3qANuT/gPZZt4fBCGumdtt59qUSpr8VQhHjQ3u+ri4v+QPamz3ZogfHiBANKAjJ9CP8I+fRPc3&#10;fiRkL68CfT+X8+jJYH50bSkjiXPYmsgnbjyUq+RG5/Uo/wAfxx7CeL+X/vEVxgmzlO0T3KTJrQFb&#10;/WzWH+x/Hte/MNusQmjibByBTH2Zr6jz6S29m8pEy/bQ1/bnh+ZPQip8yOqpKdpRPVI6rcwvF673&#10;syXS44vz7ea7+X72BHRSTY+vhyNgfQXRCFA5vfn6fQ/T2Wnmiw8UCUGMH8Wk5PlitD6E8QejlbJ1&#10;IBHHhilf2n8vLr2P+Y/UtXUrRy5CWknJAVJgDcMbX4I/5F7CnJfDjt+gd41wtTUAHQGhNwdH0Goi&#10;3P8AS/tQN5sJgAJBSoPXn26VgcEZHD/Yz0J9F371ZWxo8e6sbFrBKrLKI2JAv+k/8V9pqq+KnbkK&#10;sZdt1YKrrVmUg6VP0Yre9vZnHeWMhBjft4CgNK/6vs9eiqTargMSvn65BPzFP+K6nR939Xu6oN44&#10;QO/0Q10AY/4hSb+0ZX9Idj4+Uxy7ayTBL6gkLsBp5tdQfz+D7WDw9NS1OHHzPD/VSvz6Y/d8yx6Z&#10;MeoHn8/n/PpT0fYGzcgiy0e4sTUIRwyVsFgT/Uki3v1N1RveUc7YyxdVsy/aS6UK83aw5v8AU3Ps&#10;tuvDRypkGR659KDz6djsgXBYkgV+X5/Z9nTn/ejAaVb+MY3S9tBNZBZr/wBOffCTq/fMYGrbuVDC&#10;4A+0n5J+i6VHP+t7bCgCsbKwxwIGPPj59CBLWQUkArUClOA+3P8Ah65f3iwUlwuVx5sTe1XDcW5v&#10;cHj3Ek6w37HEZjtzKaFu7SfazFbDixYgf737uNJOWFPSoqPXzz+zpi4DgUVccMnz86D19K9dpuPB&#10;M4iGWoC7GwQVUNySbWVQSfbZSbR3T5nSPDV8hjjKSjwSEKb/AFHHJH9Peri3DIfFbB4Vpn51/wAl&#10;Or2sMk0o8QVofMfyPl1NauogAxqoF1EBSZlsbi/HPt5h2RuJ2VGxWQ1sOQ9JL6QeVQ+mx5/P19od&#10;aqaimPnT86fZ/PoWW0KBQ4XUeINKU+wHh9vXZr6W1/uIB+eZYyAf9cH8fX6e5rbI3DciTC5LQFXg&#10;0cxsBySWItb82/3j2mM5KalOc5qOP2DNP2V6daZCMUJ+f+x177yk+oqYOTYfurdmJ4Ci/wBb+/Qb&#10;G3FUr44sPXTAG37VJM0qi/IPp/43734qqPEZqfaR+0A/b1SQwyAjIP24r/q8uupK+jjB1VUCi4Jv&#10;NGBzwbm/Ht5/0R77njXRt3JsjLZb00okC3+oJX88Xv70ssJqzkFh8x/Ph+0dFrxRM+o0JA48Mevz&#10;p03PuXARMFfL49Dc2VquEA2/P1/4j23VXWW8sfH5KrAZNI1uG/yOUoB9btYf7c2Pt0yxyUEZGf8A&#10;D8s9OBUYChrT5Gles0Gcw9SxSDJ0UjfhUqYmNjyQAD7T74OuhYhqGdChPLwsVFx+k3/3j2wLWfie&#10;B4jNcev+x142hkWrEEGlRny6chNG1rSJbggqykf7Dn8+4n8KrLgGnnAQ8FkJIuLk8f0/1vdWQUqa&#10;Cv5f4P8AB1VttRwcAD+f7esgYf6ocm1uOSfSOR77bE1Shrwzetr3VWtzweLW960LSrYpThxNfX0+&#10;3ppto1moYD7DXP5jrstb/kYA9xnxUqsqyxEoRbWmsNz9Qwa9vwT7dKtxWvGuaUwPL5f4etNszVJr&#10;X8x14PcfgH+hP+PvguK03TSP1NosSCovcAWv/vftoCU1PAcOI+3P+Hqo2dyTpJp9o68W/wAP6f8A&#10;FR/tvfA0D3MQUfRidS6tJPquhX8/m/uyoQA7Ctf6Qz/mHXhtMnxSZHlQgVI/yddg/T6C5+lj9P62&#10;9xJMXIVBADqAb2Vg1wP1Hjj/AFj7UxzBcISCRjuP+XBp5kDpR+6KIKDI+ZH7fKvXV7f0H0HP/FB7&#10;wrjJlIYlWUMWVAzKEJ4/p/re1TTahSpFPPGcfs6afbAv6pB+fD/i8de1W/B5/wB7+nB94DHFTxsz&#10;yRr/AKv1enUoAYDkX/r9PbYtJJnLLkf5fmfToP7hc29gGYtw4Dz/ADPp6fs67Bv/AMVtYf7z7DfM&#10;7kEiywUR/tMvkLC7Op0k3/43b2M9s2tF/UmocHArn5Z4fl1FHMXM0juUhP8Amofl6/Lrl7SGOq3h&#10;qTLNdS4cEsQwHH+3JP0/2Hs+mtFaOrr6U/yD0H+qvUfpf3iyNI5NOI+fyp/qz172+0uUE2QjdU0h&#10;jGHCkqQR9OB+fZbc2KxW5IAOPtHp58B/qHQu2jeZDOBSpPnxB/zZ40697EygzMXm8U6hELBQSTY6&#10;voLj6f7D2Dbuz0n9Lux/kzX5f4Op15e3XWgiJqaefy+3/V69dNf8f8R/xPtXwrG41KxKu19V/rxY&#10;Lb/G3sLyRPHVXyRwFKkeer9nz446GyJ4r1Jp58P+L8uvf0/H/IvfGZQLEHgN+BwTxdf6W9si3kZw&#10;7VxnyyM+VB5Z9enZ4EWjR5pX0x+z5f7PXfthqmqNTFE0rqH0uTyb8af95FvZ3FEooaVJ+ylP8ny6&#10;Ip4JtVUByTkUof8AV5cfLrq30v8A7D6/W3tvczDWWjcHSfoCn04IAP8Aif6+1qhBgkgYzj/V/LpP&#10;KZIhRQW0jOM/5P2/b11x/rgm31uP6+4rGRwS6AEkMxuSNB/B/wBbj2oxpGjieHzyaft6QymZ4yF4&#10;kfn9lPLrv8/X8cj3wkUOo1akZCQpP1PJYgAD+nPuqkU1HGa/zoPlg1z+zoO3yyqNScK1p5imBX1/&#10;1U679xwisGV9TWINrm5ANzz/AK/tQhjBKtSoNK8Qa/6q9FDjUo004VPyPn17231TilRi6akZg9wS&#10;SoXkix5v9bEf8a9mUUKuAVxX8zX/AGONOiPdHaFjMlaEY86fb/L/AAV697ajXwVKyheCjMzSm4DL&#10;pJVbcD/jfsxjs5UYM2F9OOfOnn/mr0FrvdNEJwT/AJfT/V/Pr3tCCqq6rJOlmt5yFBPGkMFubfQH&#10;2IjbKlt4mkUGMU4UyPXHDoErf3b3Qcljn1z9n5D8uve13DFMzKgUqrsFLXtf8twP9iP9fj2GrqNE&#10;ft+dAf8AD/P/AC9SRtfjui1yWxw+Wf8AV8uHXvb+8UNNq1EaLAHTqHNuVufwPZYU1MuoGq+grWv2&#10;n0p0cI/00nfRjxPy8qfz/wBQ697wxRY+skYSU6tcgCS3qB+npJH9eDx7duHa2jBUnzqD5fb9uM9G&#10;8DRN+pTVUUr5VOM/s8uHXvajGPj+2fxRAJ6RpNgwA+lr/wBfYcXcdU2ljQ4yPU+n+Ho5t7SGRfgo&#10;cH0z6/6h+zr3++P+HuEgRql4tBcLwwBuPpp9JP8AQ8e1UszEajXNf2DP5/zPr0WvH4UpBNamlflX&#10;/V+zr3t2io0QSFQSDY24NuSwB1D6Wv8AX2XeM8kmTQdK1jjdl1DhwrQ+nXvaN31qjw9RBTLIxdBp&#10;AHJBPpVbfg/W9/Yo5aZfGEkvkag4rSn+Tj0W7mrSR/p/HSn5fljy/Z172E23dk1tQRWVLyRF2ErW&#10;1BwLamH+II+t/Y7vt3hjiMMVGYigI4An5DJpXy6Ldv2mdpRrzq+H7OBxSv2GnXvYnUuDpqdQr3nI&#10;W12GogXuQoPFv9jf2FJ74r8PmfL1/Mj0yf5dCqDbRGoVv5dufLPH/Vw66uP6/n/W+h59qGlkpYl8&#10;ENKyzEoSfGLNp4UfTj+vspurlgC4OryHy86/5Py6Obe1WtKf6v8AVg1z11Zr3JH5/r+R9PaimoVa&#10;kkWVLiRAHU2Gk6QysCOBb6WHsNjcWS4oxoK186/Z/l9K9F+4CM9zKAB+Rxin+rifXrl7QjbNgrpG&#10;M8SyayAqD02t9dTf4X/PsSQ726wgVY0Ff2/7Py6KLXaFuZACajHzrxp+yuRn5+nXRNv99/vXt5g2&#10;bQUcTR/bxagLr6S4uf8AUuef9twfdJ9+kbK1J+ZAGPlXj0JYtlSIhqZpT7PLAr1x1XseV/rxf/bn&#10;27UGIaKVhpCwKFAQaVJty544At+Dz7Jbu/Enc3xGtPlX7PPo3hgWEFaDrlfn/X/2304F/wDb+1J4&#10;gLhQFUJbnVe6/W304/pceyrU5FGJP59OMmsUbI+zriPrwPqfrb/C4/PtpqoQGZXQlbBlRUF2a9vU&#10;Rz/j7MoCdAeur5mtB+XTf0sZOpFyPXIH2Dr17gWNvp/xoc+4kdI8YbxxkMwumqxY8esAfgf4/wC8&#10;+/eNMzEKRQYHyPrx/wBVOkDWchZgBgcKnj8/9XHrkTb/AInn/ivvKaKcsCsbWNiQsZ9AACk/4/4k&#10;8+2ZZndCJHB+Xqf85+XDq5sZVFAwJ/wdeBBPH1H5/wCIv7kCikjuVuRb1JZjy3FlU3H+v/vHtGzr&#10;TOPThj+fW47RgQW/YOvA3v8A69vcqGlcITb1KAfx9WP6Of8Aer+6mSIAUz/M/M46MIreSTgC3+x9&#10;nl137cUiZj42BBsHCkA8n9RFvp/r+2fGJYMcCpHrj1Pz+XS5bWMgBwQeB4iv5HroCwt/vvp77aks&#10;NJSwS5ZrctzywY2PB91NwBJpAyeHHrzW0aMKVz/g/Z17/e/cRaY35Ykaf6t9C1vTwT/tvdzdIyFV&#10;AweINeqiCJmJocfz/wBjrwFv9j9f9tb3NNPfRqjUr6QZGFm1XsNY/wBh+faZriIEdxbyB6fCDjQf&#10;sHXfvj9mgYIwBA1EKSQLk/W/9P8AiPfjcj4RUtnp1YX8hT/Z/Lr3vOlHGQF0a/RcaQbkgH9Ia/Ht&#10;s3Dg9qnPE8aeuPOnShYEB7s4/n173mjpLRqpQDjg21WJHOoH62+lvaGeZlJV3Jp5ZA/l/I1P2dKI&#10;4Sy0Q0Fcnh+XXvcpKcldPjuLfqCm4P8AQW/HtgyszAcKeWP9X59LYbarVXj86U/Ide9yUjto1tdh&#10;wbfS6DUdK/4e2qMDnh/q+zpWlo/FvP0I/wBin5de99siBSPq7hmDFeAx5Ia35P8AX8e/FH0VTH5+&#10;vz49XFo1NSZ8qY69768ZYgvZU8dzb9JC/W/+I9oWidKqcn7fMfl59WEEh4U/zH0OOve+TFQCyEqz&#10;JZ9I1AoDZQQv092MTqpAH7fL7PQ/PzHVmtZVpSh9R5/P9nXvfiF0rZvqFvbSLkfUW4H+BP8AvHtt&#10;YneJW4gHOf2fZ0wEZsqDjr3vl5A40ELyl2W11IQ2v/Xi3uvgmgeh865p548unFt5Tkig9T173jkV&#10;NbOEIvos5sAoPPq/2HtSsegAqfUkf6vX59K4rZonEjMMVwM1697z3BbT6WQBDqANxq/2jj6e6+Fj&#10;V5/6vP8A4vp/waqDTOaf6v8AVXr3vCU9RKqWZ20s2lgp0txpFv8Aefx7dBxoPkMVzj54z+fWjGjq&#10;I5MYqCcn+Xl8vLr3vt6dUvqvbUP1ixYnkm4/3jke6UBBdKEfaKD/ACfn1UQohJjHH86ftHXvfHxp&#10;rBtdNFyAqt6T6bkH6H/H3SZm8PuHHh9o8/mPlw6ZuW/Ro2TXHyI/F/kpw697xGyyOCSFIJ+pHIF1&#10;JAPvSspp5DBOacfLAH+x0iFNBDeR/OvXvbbVPGPUgYG3LWa9/oWvf6D2tiQhvDJrTjw+0V6I7mgk&#10;Yp+Q9T172zlJGf0nULAC4PLFv1Ec/wC39r3fFZcDJ+f+z0UTtMy6SOB4Dj/s9e99mlYSszKGOm5s&#10;dX1H5JA/2Htnx8UFePWhbSuo4KK14+f+r5de98hRO6alhYg2FwbKObkrp5uPof8AH2285C6aAH/V&#10;/h6eNjJIVQnP+ry697zjESOAypwx5ZlWxA/1vz/U+22u40qKqaAfbnyp6V6M7XZnFCR5V8/2UHn/&#10;AIOve5C7fs2uRhqBUFB9AByBc/1H19sNuZDUB4cOIP2cP8vRpFsxLUc/zz9goP5V697mphqaxPjO&#10;q+ltY9QsLlR/hb2mfcZnJpx9c/kPsr/s9G8OzIMBfzwP2+p697nDHwBAgQhnAcXA+l7rbV/Q+07z&#10;zPRiceg8vXhTB/w9Gse0RoAQFr9tftr6VOeve8ZhRZGbQqqx0h0+gFvozWP55PPuoGQzUp6f6j08&#10;m3RKBU0HoBTP29e98/Av1Cg3YXFuD/gfxY8+3DSnbRR+f29KltoF4KK+R/y9e98jTqv6SbkgM2oA&#10;Xte1/wCnH19tCSjldNB/P7elawxA0qF1HPn/AJuve+YRdb6f2yVAB1G5ZDYix/r/AK/vxJoCamvC&#10;vCn+r5dPNAi0YEk/t+zr3vtolBa5Ata2grYek3Fjx/r/AJ9t8WDEVoCB/q+Xl04SSaUpTr3vGFAH&#10;qJYfq+oC35NwOf6ce7Et5Y8utMrEYNOve+AjuCNN1LXbnUSRytwebn2wiyf2bgaaZI4/6q9b49e9&#10;9PFf+zYhjqUWui6vpfi3t2RToUx8AcV69173jstyq6gFGm7Akj66QLG/5ufdyzCQFxUefXuve8ci&#10;XBLPyWQEqtrqORa30/qeOfdDbgjUa144xivn58evVA6975rAQAb3135F2IDC6j1f1I90Y4xnh8uH&#10;8+HHpWmVUilOve+LKC4NiWYalsDwRwTcX/3n/Y+7P8C68EfD/q+3z6SstGPl173n8RJ0g6DZWvdW&#10;sLgkH88X+n9PbivpFW4g0Izx/wA3Wuve+IjDAKQCA5/SLAgEWP1uB9R/j78wVm1H5/t/1enWwaHU&#10;OI6976ZdJsCVAtYMCFLCxGsnn6c/Xj/ePfu5UquSPP8Ab+z/AC9bZ2cUfPXvfFIQAALH0ltXOlrm&#10;5+vAF7fX23IXJUqK6TXOeqkYoOve+IRbWDMRZlcG3Bb6ghv8PbwBPb5nrVADX16977I0lLOrBS3o&#10;Df04W9ifoD9f8D7TtVmDDgOP+XrfXveQ6JArONI+gB/PA/1NuACb+6+GzOznIpj9n+xw62oLMKde&#10;98S1gIrm4LAHSSPV+EB+gA93KhXAp/MVP2nzp0qCBDpHAZqf9VOve+PkdGUX4Ia4YCx0gnVq/H9P&#10;9b3ZYl1FvOg9f8P+r59J30V7OH+Xr3vhI4Nylrq5BUW1H6ghfre34H59uqPyr1Tr3vlGpPEiBhoN&#10;iDpsQCyjn6f63tl4YwME1rn/AGOvde98DG7fQqPUy8HVYC4Fz9bHn6j34xIkylKkDz+0Zx/q49eo&#10;eve+SqC4TxlbC5FybkKSb/630t78yIDUZHDOelVu6umPLH7Ove+iv7gYkEabafoAbW+v1vzYe9KF&#10;0F6UCnIof2+lPL7ertq0YoD/AKv9R69768IdixuqqF9SsQLg3YG3Jt+bfX3ZnKntIbIIPnSnD/V5&#10;9UA0xjXQnr3vmUDMCD6mGn6kD+uot9Pr78DQhq0z9v8AL+R/n1ZDU19Ove47hi0eoDglSR+WP+Bv&#10;f/CwHsse1kqWjXFcAeQNPWnmemi+kkL173y8aXOkBSvNmWz/AEtZQ3Fvba206lTMtFJ9eP2f8V1o&#10;8K9e94mjMhVmFhdl02Y6Ta9nB5H+9ezKCOO1BCn9Q/4K54jiP8Pl02zV+zr3vFpLlgQPoeDbUU/o&#10;um1/rf6f7H2+BqJdatigrT8wfl6HHVa9w9K9e981KuLcXJsrBSwKA8g3H9fZTLBpYvSvDHAUp5HN&#10;aefVw6mTTQn50/2eve+yrEgcaVGlwoK/Xm4v/j/h7fs1qlSOJqPQ6aV6fE3hRkUBrwxw9eve+Mim&#10;Rl/UPQqkX+oJNtS3H+v7MGbSaDIJJ+X5+gHSUklqnr3viqW1n1atP1sC1l4sQfpc/S3PtiaWGIBm&#10;GoE0NMZ/2erAM2W697wSRHUVIYE/Q2IJC/kkcn/W9tLMbhljj7QKn1OB/h6t2rkjr3vq0mtNVhpY&#10;aVcWBseLj6i/taojjYRsSwAGaZrxz5UqeqVFar1731JHyASp0uUV1H1N+A/+9c+3ldjU1rUenn/q&#10;+XVaVOan8z173GZHYXLFHuUsQFCsG4LEG/P+PtiVVX5VP+T7Ot/Z9vXvfTI9vWQbOOAbNcflSP8A&#10;ej7vRPDKitOOSKHFcfP/AIrreWxXHXvcdl/bQqPzpe7DSt+CeT/xPusTTaAy8DQivWgCR8/Tr3vB&#10;GEDG/wCWCkBSQrDi/wBfp/re3mOiNg1aE1r8/n9p6bjkDnHl173xcs+hSTw4F9JBYf4qT9P8fd9K&#10;6O4gkD/V9nXp/wCzJHXvcSSIlSRbVdiVS/6RwfUf6+6qQDQV6LMVrWg9Ove41gDGQWvyLEg/42J5&#10;/wBtf26aUIfgP9XHpl7lI1JPAefXvcaSoAN24IbUCBdFI+qm/I/1vbuhgAV4ftx0UTbgiZFPU1wK&#10;enXveMVUJbVezPflgBYW5JA91ZZGamk09Kf5Tjosm3eMihb1wB+zPn9nXvcVq6wACkABhfjS1zbl&#10;Sfp7VJa+XnxoDSn5+Z+XDot/eoZqqMeRHH9nXveFsiqaUCqLAKGQAXuL/p/w/PPuwi/DkfI/4Ptr&#10;9vSj96uqigJ/w/4aZ697ivWSF0sHXV9BdT9R+ARqUf149qYolUUK/D+3P8uk0u7yM3aOHzp+0D/J&#10;173DepnFrnToDaXuXRWvcklT9fbhSlSStMVFM0P2/wCz0WzX82mpOPLH+GvXveI1MxBZ2Vix4u1g&#10;QB6gLn6n6ke7C0DAakGOH/F+lPToqN0wcazT/B+Z697wGu0lFBCyABdDMbMjCzWJ93SEU0nhkjFf&#10;P/Vx6qNx8JGJfC5qRg+nz69782QfSVUKCSVIjB9C/wCJPuwt01hn8uHD9mD/AJOmBvXfojNTSoAB&#10;z68eve4stbO4OmN7k/r/ANVYW1C/IIt/xr26kSD4hXj+w/6sdMNuU7BtPAjP+r/P+3r3uO5lYuNd&#10;7srMGvb6XF/62P8AvPtMSqEBlIAxUcf8tP516JZtwulY6gR9teH5Y6975JAzkkaiVsdPIIY/6/Fj&#10;9fpx7eLBwDGMeZp/L14/l1qG6vpsqaKPUf4M1r1735qUlLnghbgB/rZ7Gxvfn6+3FAqNIrxPS7xJ&#10;QKFj64J/P/Vw697w+ID6/qYGwkK6Sv5sB9R+PdlIJoBQj9n/ABfSCSS91HwhQfKv+Xz9eve+SQrp&#10;uQzBTqIUkKpbgf74+7N8qgnqyRXOikj0J8uJx/q9eve8L04LNwULAFrcHj/U2/P+x97BU8eNfl/n&#10;/wBXr142Fy/eGY+fp/xfy6975JThgQeRwVfSTpa+kA/4j68e9tqrqUYp5kV9aU8v506t+7ca2r+2&#10;lfl8s9e9xqiKyOvjBYEsPQeWA+p+nvcfzxjzNfy6J9yshHGUz6/MHP8Aqr/Lr3tK1DaLhRfSS50k&#10;2LHj6fn/AAHs+squACa1xQZ4Z+wf6vPqONxhZmZEySP59e9t0CtJIyTRnT+eAw+v00/jn2aCSOLu&#10;U1B4eRH2mnr9vr0FZLYlSsqmnr6fb/q+fXvbLksGwlvEA0JDakI/TqH149nVnuKxroJ1Z9fKmfnT&#10;yB4dBu92jUQVBIPA1yPt+3yr173zw+MZAoIKmKT1hhpawPADDjn6H2l3LcPG4Y40A/wnz+zow2XZ&#10;3M66RTP58fP5+nl+3r3sVcYGEKRoAv1+tyV/oAf9f6W9gW+kLSF6GpNcevp6+VD5D16yL5aQQRig&#10;qaUxx1Up5/LHXvakp6Y6A5ALXH9deoDm4b/fX9kUkzq2lDQUBrxH7fP59ShY2hlovAAeWRn/AFHP&#10;XveZ4I9Opi2s/jSB6SONNv6fn3USupouR5eg9TTyHSm4sDEgoKj+Yr6f6vl173FCqoGlLXvd3upt&#10;fj6f7a59ua2B1OaV4Up+wCvD16QfRlyAK8fT/D8+ve8P288v0DFQeTa3BBBAH1J9trOEYKSKf5eO&#10;PL7PXienV26VzhDWtPz6978KOS3pCkqt1DE2+p9XP193N0hANPXGP8AP+x1Y7U7MA65P2Af8X/qH&#10;XvfJKCXUGuyAqdKqbAlvrcG5459+e6UqAM1PmBTHHz+zpem0TMAHFKfn173LSgNxewdk06WBBPPB&#10;LX+gtfj2nLqPgGB65P7OjJNsEaVxUcK16975SU0cTWdyoMa2IL21fpCEj8/09qI5JGSunz8uH8+v&#10;MnhHQfL/AFfn59e9tuRr8fiaR6iskIRLjSpufShI1XN+f629mlhYvey6UHEca/5P8nRTuG6W9jGZ&#10;JDTHrj/V8uve0Rjuw8RkJJaciSF2bSpYelwpChlfn8/737ElxyzPBEsgoFI4cf5euOgzHzgtwDEu&#10;BkD/AD9e9pPNRvPXzWPkV7HRa50Nblzb+ns2sxDCqJ5AGhBpQ5px/lXgaY6Du7+NeSrpHl5VH2D7&#10;fn6jr3vjDtWN0SVVOpVIPNlfgALx/vJ96O7pHJox+3yPH7DjopOxztEWIYVFeH5morxI/Pr3sN89&#10;iGpKgrMiv5WOgryp0HSwViLm3sY7ZuSS248PiABQ+VPP59ADeNjmEhBHHhn5cR/lGOve1XtHEU4A&#10;eVFR2iGk2Fv0/wC+v7It6vWc6VPmKmmAa8KfP0+XDo25f2zwv134AClMjHl9v+ry697WNVmp8fWR&#10;0dKwVIUH6CzFgy29Qv8A7x7DjWUU8fiS4zSp4V9P5cfLqRbLdpbNgmqlCM+VK4H5de9rGh3N+5FD&#10;VUzqXRSJCNagEfUfSx/1v8PYWu9ujZmKEVHA+tP9X+qvUg7XvcslBJmpxXz+w/4K/t697WLshS/P&#10;IFuAxsRfSv8ATgi59kLghyo8vT/V8uhtBeSSxdjVFMH7eve+Kn1AC4FiC3FrWuBYfX/E/wCPvfhs&#10;1Cvn/q/1Y49N+K/59e9tdbWRUCvNI2qNLG1iGJPDcHj/AFr+1tpbrKpBHHj5cOHpn5eQ6Kdw3AWt&#10;W9M/5qDGfUde9xKHNUtcryr+ywJUK5PHHLc/Tj+ntbcWzoAFUjGKY/4v1PSO15hEqaGY6RjBx/l4&#10;efXveaevoYFWSWoiJBBJ12AJ5A/3j8+0S2cjvwpU4/2etXPMFtEMmgBoKmg/nT7Ove4Q3DjZSypP&#10;Hr1qGYGwZVHN2H9T/tvZkm0XHxUx5cB+yv7f+K6RDma0HAgeXy/L1697gHd+E+9+zNQC5YXcEWH4&#10;0MfbjbNcLFrpUfzr6j5dJxzfa+IIwwOftP8Aq+WR9nXvbnUVYaJmprEE8cg3B/1r/T/D2WLGUkCM&#10;ST6mpP8Ah/2ft6UNu0k4DQmopjPE5zQeR+3r3tnFPVsS61NvUdS82Jtew1f7ce3/ABPEyBmlDj7O&#10;Pr0VyXk8upq5p5Cn+Hr3toqoKiUFZGZ7mw0H6+ocj6f7e3tbbsFeowBSvz/1f8V1HPOE8wtyZe3H&#10;D/J/q/Z173Yj8G+haLJ19T2vufHGtxe38gtLtGimQGnr9wQKHqcrMrfrjozYREceW5PK+84fuk+1&#10;VrzPure5HMdu89ntUqpZxMKRz3qgP4jcNUdspDUGDMQCe0jr5bf75f75W6cqCP7tvt3fiK63KFpd&#10;5kQ98Vs5Kx2oYfA0wBZwMhft64NZrpz+CSP9fgH/AIp7tZkaRpNR9Tswbkkvrbm4I99L7l7ia4yN&#10;TE1IOTU5Jr5/ZX7OvmkTQEoD5flTrn7yRRXqBYuf7XjB/WSPxcXv+Pd7a21X4Ook8dNeJI8q1zXy&#10;8uqPITFQ0+30/wAnXvajpoYBGkiqQwYKWbVqRr8g+5W2Wy22O1iu4xRw4UltWpWP4TT8/wDLQdE0&#10;0kpco3ClaD0697nMY4miSWWNTKWWNGIVpWC6mRAfqbc8exeYrezaK1v5kAkqqqaAuQCWC1oSdPkK&#10;kAHpMqSSBpIwSFyT6eXXvckpdQIrXIsBbVYW4PP49mc0I8D/ABKgYgAE5AWmONcfLgeNK9VC1IFa&#10;14gde98o4GZbEsCqnVpB/UPqB71Fbv8ASrDKxDU7ippViakjHA/4OnFhLsWWuK+R8vLr3uSIrRhW&#10;axDE8EEH/Wt7WR1QADy6d8D9IK5pQn5/4Ouv8bfX/Dn/AGPvHIhVNQ0+rgFTyv8Aj/yL3Z9TIUjq&#10;D/g/wjpqSMxKJKCh4dd/77/X94nljjVDMjabEGSEamBY+kuovx7QXV8LNBPcqzKMFkUsBUgDtWrU&#10;PrwHmetosb0RwPPgaE/6vTHXX+t/vJ982ZW1FS30A9Vj+kXHP19rqg1b9vy9Mep6akZCTpr+YHl1&#10;37gSlLgMGvqUcLYi/wCbj2F90a08RBOG1FhTShBFTg1888TwpxHn1tA3Ede98yRoLXJ0g6rcMbc2&#10;PtU7I9qWV2oldRFATpqSDXyp5jqorq+3r3vERqVSDa41cC5tf6H/AHr2UzJ41uksbE6lBwAcE+eR&#10;xGPPpxcMQw4de95ksoVuSVBsR9bfQrx/vXs4s1gSKGbLmNTQqM1rlafIY0+Xz6oSakA0r17/AF/9&#10;f3ziCLdk4ub6TcAXPIsPof8AX9rtugto1aWEMAxLaTjTXiNOKHzoRXrTlwQXH+HP59e98/H5S0Yv&#10;dmuQCV/P0BB/4n249usyuhJAZtRodJAFMVFCMj1zw4dbjDO+mMZPAY/y9eJtyfeQXFrFh9Ryfz+b&#10;afa9VofX/J1U6lPbj/Vnr1v99/xr3NpgNQclVK+pgb3IHOkEfn23LWhA8+jSwChxKSO3Jr5j0Hoe&#10;uEl9DAC9xb8cX4ub+50s8Uw9Cki2pCQBfn8+06Iy8ejee6trhf01PCoPr+X+fj6dRokdLFiBYgGw&#10;uLngkG1h7Yqmnhm8R0R6onJ1NH5G0sOQlzwT/U39p7/bItwkieZY28M8XQMaEZCGo0twIND9nRA0&#10;iRoVSoJ40P8AkH+Wn29S+b/4W/3m/vkwBS1v0i7fk+n/AAXj/YezCRV8I+JUgD8zTPlx/wAHy8uk&#10;poRRP8tT/kHXftul9UxK8OqXQfQuLc6rf7z7CF831G5NJFqWREGkGoLUoSTQVpmh8x04nbGNWRXr&#10;3vDVxNO6gm3pLXBUhWA4PI+h9lu+2ku5XiNN21QtUMKKVGM+VeGaHpyBxEpp6/t697hXlQsrSGRo&#10;gClzpsj8AkAXtf2GzPdxk288nitD8ABoQjfKlQOIxxI6VBUYBlXTq4/aPz697ya3d4TERZVYTIWI&#10;cXPDkt+B/sfbqSzzzwiyGlUBWRSSGoxw1WpUDz8vs6oUREbXkngf8n29e94p4VienklUVDwtMYW0&#10;r5IVlS0jQyAXFwbGx9sbhA23yQ/UHxzGXoABVUcGpjceoOcjPV4pDIrrH2hqVFTQkHAYfaK9e9y0&#10;i4RldiCgIWR9RXVxyw+p/wBc8eza3sSUSRJGKlAQHYPp1EAVIGSfmaoKk9MPJSoIANfIU4fb/k49&#10;e9yYo5ojIXKOjkFCigPGAvKyMx9RJ5Btx7E232e47crxTKkiuahowNaCnB2Y9xLfCRgCoNT0xK8c&#10;gBFQRxqTTj5CmMcc9e95JXkWMFA4IcA6LFmU3DBSfz7Ubhc3q2SPCjBlkFQlNTqa1VTkBvtwOqxB&#10;NdCR8ifXr3vPRIkEMca+TgltMsrSkEsWOp5CSeSfqbD8ezHZrUWu3xxVfAJIkcuwJJJBY5JH2/Zj&#10;p0zapS5pWo4ABcCgxgfy+3r3udCiSTCJG0owbU/Bdj+o2LWtzwPa6vhR1GQD6+ZP+T/UR0/bxxz3&#10;YhibSrA5xU+fnSnoOH59YnYqjHTc/QA3A+tuTz/t/b5R0cUXhqBUSTCllkkdEIIkciyrMBydJ5Fj&#10;/r+yqZJGdV8RwBXBK0YEEd1VyFrUUpQgVr0MNqsba3VbtX8XwWLELU93HIB8qZyQc9NFbKZVkpCo&#10;iFVH41Z7INNir6GN+T/Qj2wZiZZMhDPNNUyzoJJ6KiSpeA61GrXZGC/T6CS6/T8+y2/+ht72EyyM&#10;0wVjFbqzKJHQaixppDCgK0k1JWlKHiWbhdXVzetK7GjEUrgpU4/i0nzBFCfsx1MoqeGClWGOKNVV&#10;Aj6Eur8WJJsL/wCPufDl8JWy0mRMc1Rl46Ewzlad1nhpprOUna6jkqD/AKo29pbO+2u+vBcWgrKs&#10;XkrFo42YMVYEdvcoNDnFRg5PJd2sTBFc3WuS4FQ+laVKqVDEhlUihIqM0Jr01JQV1O9XTU4hhoGk&#10;jmpvLPrUOz65giOrlebEA8f6kD2w1VYm35qaeumZcBnyYVrJqeaFaTIyzCOmhjhVSEiPq1yO3LW/&#10;rxSfdrfYplv9wm02876atVRG7EeEuinYrgtqZuL6WNK9F8W2u0ISJWaK5QtXRpBC11spLVYxnSAF&#10;BqmqnDqfFWw1UtVDFJC9bjJVE9LDUJLLGsseqP7hRbSXFyoP+v7m5CjejmKMSAFUg/6sEXUg/wBD&#10;+PYiuqMn1obSijIHGo4A+dCcEAjyqadBfcdvfbbo2zivmCfMHzHyPU6mqY6qJZYzcEsrD8q6kq6H&#10;/EEcj8e29GDyWOtWA1gc8gDT/rfW9v8AWv7QWc31l5+uGR1HiKucjC18lIr8NCc56QsoRarQjh/l&#10;6ke87XupuV4OoKBzcX5tyP8AC3s4uGcSxtFVCwIIAXzFck5weFME9NrwIPXveFYlDeQDkADmxsPr&#10;pt/r8kD8+y9NvhjnN9QhgKVPcRxNMEVzkgfEx9B1YyMV0f6v9X+Tr3vnCyN6dRc3YHSbm3IIYn6e&#10;3NrltJgYUk8RwXDUJJAHkxIDLkgf6YAVIHW2FGBIoPn172ptpkVdTW4irNRPHTNHkaFv81FRmnZf&#10;H45I7MdTHlWuDbkeySYvFfTWzu50lSoICqIxp0qCCGbNeJNQucGnUp8itFuKttdyupYwZYyD8Eik&#10;1YHiKlh8vPj0GfYlTJg6akz1HLDDNLUQ4muglWNkydFWtZqZ1kIGoWJDKQ3+NuPdLn8yDDQY75BQ&#10;ZMVGXmr89sbAz5GKtrXqsdSy0Us1FAMFTMLU6yIA1QoNncauPfDz+8EEEXveBboy1tYmJZqhyVIq&#10;B+EKAAFzkE+dOvsY/uJItyk9idyvtydcbp4agH+GIMzEepLChxXhTHUDp6XEtgs5S4JKSLD4/duZ&#10;paFKelNNOBKsVfULX6ifJIsszoj/APHIRjm1zXnPEqsWN7WFhpsQwJZQD9R7wWVmZSmDUilfT5f6&#10;uHX0a2kiNE0MpGM5Pkft9Ohb94WiSTTxeyliNIutzZl/1jxx781VPSKaLwpCla+dR6eXXvflpgvL&#10;WN/WpAvY3uoW/wBT/r+66yOOT/h6pExjfWOI6974OVSJrNoY6mVjc6WJvbT/AFH9f6e3V7pMA0I4&#10;f5v8wz8+lM147RkUCg8aen29e9obMZRY2WOGPyyN9Te5axsdR/HA9iC0tlK63ND+eP8AUTSvp0B9&#10;xuVe6ZQ2EH5fy9ft697dsQVlTyeFYXJW4ta6E2bk/k+0F2wVtPEU/wBWf2fb0e8u27lhLKKVNaeo&#10;Hr6ZwPt697f/AEBwPIqoNXqvccrcrc/Un2XnSzEnP+r/AFDoa8Aeve8TEqfozDRfVZQLAWsf8f8A&#10;iPdQyt8ANR/nxX045+fWuIJ8xx+Xp/q8uve+LVEahSp5AsT/AIXuoUD/AG/9Le7KjMO3z/1V+XVf&#10;FCj5U/1Hr3uN9xq1Dh15YWsSWJLcH6jj3d4nHyFR+w/yr0nmm/RZ0zwA+X+z173HlragMVVtJVVK&#10;m9wLngNa/t6GCqlmzQny/nT/ADY6JXklPaxLH55/l/m697yR14VUErXsOA5tf/EAfXn6D3r6WQYX&#10;Ff5fb1ePxVppqK+nl9teve8L5NJWESlQpZ/UQykMP03t/h9f6+7ta9w44oPLPz6beZpZNBJNPn5+&#10;v+fr3v0yqw0s4IXTcLf1WFzpH1/1/dYiqfEDUjGRj0+3pZDYgp4jdpbh9nlX/Vnr3vGbXstv1c3s&#10;rawP1c29uMwCBhmnn8vs6c+gjAA1FgPTH7eOOve8oElwdZI1E2PJNr82/qOP9v7ZABqGx8/THRmk&#10;EmnSgwMf7H+r8+ve8qaz9ZNOhSTwLXB4P+sfaaaXX2LwqftI/wA462ihTpBINfKtRX0HGvr6de95&#10;1qAukawA3+1WJJH0B/3nj2yI2oSeHD06V+BJp7mqf9VM+vr173zNSp06nFgG54PGn63PP+vz7qIm&#10;qaCnXhbPShI+QGeve8RnsQ5JPJH0/N+QQ3B/B91IHADpI0hrp8wfP/L173ieYlVW6BiwvY2IQfg8&#10;Hm1/bsa8G4/5elVspaUN6cT5H7P9Xy69768yKbghdWn/AF/TcagBfn3cxl+Hl0qki8QAVpT+f5de&#10;9xzUcn6+prC4Yk24uLf1+v197EHmDgdMm1qQdWB5U49e9+8ml29RGlTf+pvb6n8f4ce7kYAHnnpV&#10;XPD/AFHr3uMai4upsQRcWFyByCS1/dwgHH/L15iQade9+SoVQQNRW17i5difxx9R/sPaiFCXoKj7&#10;T/g/2D0hu4FdC47Wb54qPl6+WPPr3s3Xx8rcXFNJDUTLFI0aRrc2XW5BJIJuTbj3l1917RBzlbX0&#10;jUWFtWSQDnH2en8+sZ/dLdBb25hjxq418/5fKmOi6fKWjy1b1BuGnw9O1VVMoZoUXW5jjRmYRrY8&#10;n3aVs1ytHTwwhUWVVUMoB9AXhwfx/Ue+7tjzHte68rxSXLLIsA1qpOKjyp5g+vUC2d3HfCSQAHRT&#10;FOA/1efp1oTfNWOhl3Fuit3QJK6falVLWCirNSQrUGQk08sLWIPABNr29rmfHIlI0hjd2CMyO3Ls&#10;1r3/ANif8PYG2n3Ivt05lSxZ0jhJC6AKAKPIeVadI2vPHn8JiBTFOBH8vXy4dVcbG+Ru6dzdn4jD&#10;NkMRhdv1mQpaA0kUIpqCko42EIAYfSy8gfS/sM3yE0LFQZYSznyKGZStzwCPcvbpc2GgSg6Qalq+&#10;nDzx+fE9WuoIIgVrxBqf8PoMnhxPVzlRsLbWSo4qrTissiUatRVM8MFcspmiuWDoedX1F7/Tjn2L&#10;O07TwQSSlrWKgkHUwv8AQsP6+8T/AHOvPEnb6WjE+eBwPGn+z+XQG3KJrhlEeVHHyx/xfHqib5j0&#10;SYfsytxdBHEJvtUkqDAgCxSFjaMD/AfX2J0c62Cjg8fW1/Txbji/vHqa2k8RmORU/wDF/s6Kxtsr&#10;GiCp/l/n4dEbfHTvI6OQ+p/UAD+p7HUQ1z/tvbNnIRWUc8U1njkjZdBFxZhb03vz7PtiEcb+GACC&#10;O6p+XA8MH7em5bOSEVpXVQGgrU5xn/Y6G/pLMZrYPYG2NzYGonocvh8pSV9PPSyPDMGglDWupuQQ&#10;LEf049170+1trU/aeSoZMrGs0tcZUpmYa0lHOgX4Av7fljAuFDV/bgfb/m8vn0Q7jYvctqCAmgND&#10;wB9Keo+2levocyd79xZP4K7V7Ix+x6mqrBsKknq5Y0lcVEL0yrNVLGoDMQtzx7MDX/xDEolDDJL9&#10;tLLEtOPxa4uLi/8AvPtRJcXCLhu6mTxr+Y4fl0W2mxxCs5QA0PHiPWvln5V9MdVD9d0fU3c2QfsD&#10;L4jCpuHGYvJ/x6SSOKOaNkRj5WimsSwN1JPIt+far3fnpdr7RFXod6mRI49N/UDItgdJ/HvYuElA&#10;jYArw+XzyfOvr9vRpHArGiEhQPhrj5jHr9vVf/xH+OGC+RnzMzNNLUw0mA29WVuWDoF/yr7Kqbwx&#10;J4+AxUCx/H9PZfDRz5+Smq6yophCjeYjWt49Q1WI+ot7SSLE5qj5rgCuacT5Cn+Hy6SzQPcyPFQs&#10;a8eBpT1pn/DTrZAptyY3qOhy+2sFt7MPkJKVKCKX7R2imRDoiEbAHXfj2D/Ye8KOnzdLh8TUM0sf&#10;+SGRHI0ox9ZBHP8Are3hPMNMigE+oArjzJ+fVvohAwKKDUgVHEftxT8ujkfGzqLJy7CyG5d549Iv&#10;4tKc3JQ1Sa1EwBNOrpILcDk8e0vmanI0uNqKaF5JKeop2u5S7gvwQH5PuTdj5wn2iAordzgDTXNS&#10;ONfTy/ydCCFmQduTj/V8/lTpZYDaO2M7uihzlTRU8OQxVfpQCRlpxHEf2yIuF+lvoPeBdmUlFtvF&#10;VaVRn1qJZUNro4IcodX0/wAefZ7y/ue5b/u8baj3n186/Ko+R6WwFppgo4n/AFY8s+Z8uo1Z25W1&#10;PYG7dsy4k496L/JqWsZ7/cxSRmNZo9H+Jv8A76/sbert6YbHVhx9QjSPVPCgSKM/tFRYCwH0/wBb&#10;3mbBykdw5e+nZtM8gFMEioGK0qftP8+hLc7DNc2fcRq4cPM4/wBX8h1Vj8/vid2D25sOTL7cydNj&#10;anBwV1Ws9dUERVjuC7XJvZj9Fvfn2cigqY6ykCxldEiaYyPpZlsD/r+8P+cdgvuWt4LXIPGtfUA+&#10;Xp8ugLLsdxYTa51IGanGRWnrX7P59aYPc+0ty9W9kRVObhnkrsVl4qmpSofUZpKKpErpb6BDb8cE&#10;f09s2O2hJSLJ5ZpKhDK8qKwP7bM1/wDevz7pt/PqbRHotZGoeOqn2U+2nD/P0fWV0v8AZRMO2hNQ&#10;f8OP8/y6Mv2j88qTe5oK3bm0odqZEYWgxWUqE0v98tFTrExGi1tVtVj/ALc+1bQ4VojqYtpNvTqP&#10;BHFtX0t/Wx/1/Yf5q9wp97hFrgKprUeY8jTifTP29Lrnd55bcxoaivnWtB/OnoeHr0S/sztzKdhQ&#10;UdFLDSQ09PI00jwxmN5WfhWmsPVb+tv9h7VESIF0AgWFvRYDj6ISfz7ieZ5WkMgBqTwatft9Ognd&#10;zyyVZ/2Z/wAtR0CMtK8cqv6n9QuLN9TwTb+l/wAH/Ye0/VVUcRna90hDM5J/SAPoL/19n8LosAaQ&#10;6SvyqMfZ0TTW8gIeM6tWRTiCOOPl0YbZHTO5Ny1W1YYqdopNx1cUFLHoKyyNJMAo0jm5uLEeyt7v&#10;3/HhNw02RaCSWGKfSNAFhqNmZkF/xzx7T3W9StknHl5+eDX1/YOmBc3HhtHINNTwzgj1OPtpw63B&#10;vi38A6LdfxsyvWFZXw0WSzu31GSklbVLFMlPeKGJrcaT+D7MjtHdGO3DQU9dCxCzW1m3H0uEFvpf&#10;88eyie5lmhpFlvIHBr5sfLH21r69KbG7mYeHJ3UwM+nHzoB6da0/zP8AhN2B8euwcztStWTIUGO8&#10;1ZQSxa59VG03DAfU88kn6f7b2JaUsAjDqBpe1nBv+PST9bH/AF7c+wqNzvWnMcuSuKU4+v5EZFKn&#10;Pz6G6SxvEtSC1B+3HHjSnVe24qujRKOkOj7uNGikTgmyt6ldeCCPyDz7b6uEJFMVZb6LKVdWOrRb&#10;1OL3Y/7z7PdvuhJPGjVpqyCCMVrUKeCivHq4jWWVSaCprQ8PsA4CnkOmJcPUVCo6Rao76v02Tk3t&#10;f6f6w/3s+w5qXaKU/c2iQE3ZmX6/4gn3khty7W2xoNvlpKB3UNARxyehCZ7CCzWNO1iDU1+L51/w&#10;dGl2zsihzO0qGl2euTqtzlFNZj6amnkM0kjWW8qLfVe2kD/Y+88QpamMSQiN7EhpEOtWH5HHsOjd&#10;N7sJQVuX0PQqNRpT5g4IHr0TsspAkLHQxBFaE0JxXjmuOkLmMX2n17mocXn67PYeV5onOMramohk&#10;jilN0aWmkuoFvzb/AG3vHTUkkqzhowVjdrKwBOhTwCovf/Yce1F7zTIky6JWSUU7lJzX+Qoa8enG&#10;Sbx2ilIBHA5oa+VOAI/y9CZ2XJBt2PA5LC5uely9XQw1MtTTVMyCWVowztGIyAt25BPvKIRGdJj0&#10;2sdBFgVPJ49pbjdLrctUrzszE4apqtPQ/wCqvy6Ux2Ur1zxOBmowOBPl506ALK7hymfeaetydXU1&#10;xZVSaSpkebUg/V5XN7X/ANT/AK/HtWYqio5odXiQ35ZpFuV/qQbfQf4e4t5k3fdobkRyzuSuMMSD&#10;n5+fRLei5jk0sx1DyPp6+lMY/wAvQV7hyGVSVIKquqpilk0vUO/F+PU5P+9/6/tN7ywbyY9WpINR&#10;jkSR7Eepb/pt73a8zX6W7IsuSc+Zx8/n+XRbc2NzNKHUkmhJpx+VMV/z+nVi/wDLl3btPb3bM1Hu&#10;+vipKPcWCrMdTVFQ+iGGu8ZaDU72H44H59l23NszO5bIwyU6yUuO8F5UEvjLMH9Zsv1P1t/hz7J9&#10;w3O63Cdow5bTTGaDFcHy+w+f5dFNxHLDGwBJYcK8an5/LP5jrac+N/yO6L6m69lodw5bD5reUmQm&#10;WmrYKaKZmpyWSjicMAwUXGogfj2XnfuyslTZOd8RjvUVQGsnku6ELZ2H+N+ePZNqm1Nj8v8ALxrX&#10;9o6LomuZhR+GMkACvyHH59W9fH3vHa259l4ebcG6qWZpnnkTH46M+CdZJjJEnNvTpKj/AF/aFiy+&#10;+sJSJiduzzeSR/8ALa1pNGtv7So7fQfi/uyKWPnqycf5/lwyel0dnpIkcVYVA40FfP7ft6GzMbN6&#10;a3vkF3Hv/FYqthx63xGMqaeOqSmB/RI8AuGc2BsBx7MV8Y87XYrM5WHIuKmolqR/ECZlkCF7MXD8&#10;gm972t/xUK71tAvVxkg04V48MA8B9lPLpQzIVV3oafPjT/ID1Wd/N22Nit6dFY7+ByT4P7CgaXbE&#10;9JBJRyTSU/7S0GkWIWRfSF+n0IB+ns7NBuQJlZpoKkCnmQrGtrKGvp4I/wBuSR7JZOWZ7RA0gDVI&#10;r50wCBTh8qA1GOjW1Khf0V1NwJPBfs+XWtHv3r6j3Z05hds57bFXjtzbVqZpchNG6GoyCSSny1Da&#10;bspI9QJ/1iOfbxLuGjqas0cksfmMI/TpCszcll/qRawH+v7PuXIJobkRgHLHDVxTgDWg4GpPrTo8&#10;SZJoBqUrWpoTwPAVGeI9KeXn0SDur407jp+qv9ImJxlbUYKgrNErNZ6hYILxGWZIxcgcC5A/3v2j&#10;clHMZZGMYYclQtyGX+gP9PeU3J11tMFvGZLgwyE0bgNPoa+Zx5dGtjb2UcdXk0k8RjH2+vrXGOik&#10;7AXaVFJTHIbil2/WzTNHVVTxEJRqr3jeMJct+S30sfYZZkZiorIafH4wU1pUaoqHsRpU34Yce8ot&#10;r3HbjtIAuhcU4O7KQtR8IoeJ/b0bCOxZSiupKCgJOKn/AC/5DTq7Poet6L2/sHJZ7fXdH9+gKCel&#10;2/imrWmkiqZqTwmMUqOTfngkfkX/AMFpSpJFCoZSzFRqZQOeLmx9xTzC237rvMYaUIEOAfMCgz/q&#10;4dFclpC8ojQE+Y8tQ/2B/qPVX/aR21vXsOFaatTF0EFWVpYakWKwJJZQwJvYXuQT/t/au2/RxVQL&#10;S28gKkI1rAfWx/4n3B3uRu1xbX7R27FohgU/L0/lT16Du+MpuT4YNACD6Cv+H8uFeipdw5Gam3Nk&#10;YKKdqvHUczU9PJGNKBFAGtI1P9om4P1sRfke1TJRwwHUsaahY3sv9k3sTb88ce4pTc7u6PhyyMQf&#10;mf8AP/OnRPDCkpKkf6v9joH48lU1q+J6mcoFKga5CfUDZhY/i3J/1vYa5qsqFqppJpY/GGKCM+kC&#10;1yCGH+H5t7yx9o+UNh3yyjjMbiUcXBwDg1JJp64p1Iex7Tay24ahJ+X+r/Vno/Pxo6l2R2Pi6eiO&#10;F3BJuWkmkapzNHVk0q6mvBH4rWHBudRsx9hrk56avyVIopPPNTyeRZAo8asRYaWb888e829l5btL&#10;TZvobqTxUQVBcAlRSmT9maV+fQhk2iC5QLN8IyCf9XDHD1+3q9np/rfLdd9Ubjo67eL47C5Sg+2W&#10;nqy4yYiRV1Go8J4isLML/ke1nHUy/Y1EAEgTQimL8EFwNI/H4HuGdz9vNij5323dF8OjvKS2OAgl&#10;IqPtFK0868c9UflmyBR9K1Nc4yNJPCtPL7a+XDquXcfSW1qbujr3dkVdigMjls5PVZhGHhdafbVb&#10;WRyy0973VkUDi9yPf//WsppZsk1QRJ5LKVARtRuQb/T3Nt9ZbCm3l001YEjSQKV4YJ/w/PqRoIDI&#10;2mM5ySRjH54+XEY619d30fX9Dtn/AHBiheYxnyyxsvmMhQ+gX+gHHFh9PYn49qhkUv6bBbKSeQo5&#10;JPuBN5htTKUtzgk8OlEikiinh8h/P/i+iZV1fh8ZVzyCkjq2kZvGrcrEXN2T6f70L/4+3g3A/wAS&#10;vLXCi+ngt/h7C8viodSnFeGS1Plj/D5Z6QT+NGpdM0r6VP2Y644ZtuZWpePLGSmWVSY5EISNTe92&#10;Ukf6/tO1W4oKBwKiFwRYn03UcX4I/wBj/vj7N4Nve7jKRkFiMeXnSvp6Y41JHl0TLzGICBMhDE0H&#10;zPp/qHRjNk/Fuu3jTrnNr7gpKyigUPMqmN6kMAC8ZgVtRC354+nN/cum3LQ1cghYhAUujNyCQLAA&#10;rySfxf2QybZf2LeOymhNMDgeOfQfl+XR/DvkF7DWuVIqCMjB4f6uOB0J2+/jdlp9mu1K0E9fgoFd&#10;wIjF5Yk9DLGnJJ5AIJ/1v8M2azkOFpDWyxzzogAKwIWa1tR9I54H1/3j3ZJVkk8NgCD+dK0GfTVm&#10;hHCmadXWZ2IdOB/y9Bl0F8QN699buk2fg9xYDamQWN5Iqvc9Y9DQzyRuEMMM9iC2oi4/P4+ntiwO&#10;+sPuQv8AYvUB4hZ1mTxSJ9dKsG5v9fp7tdrDaLWNQanOPPz+Xpx4+XQw2i1ub2PvLaSaEAjP5mgp&#10;9vHo2PYn8rz5DdK+A9k5zCtiqtGfHVm3658tDkoY013gCDV+jmzADj2q5qeWcAykRC2qIXLN+rk8&#10;fn/H2X2rRyOsr0YDBpgGnzOQOPQ0WCOzEcRarU4U414N8iP8vQZ1WSwfU1KNq7crclPkamk8dZPO&#10;njBWYAuFUcgkgX4uLf7H3mx9K0RCSTJLrkVueAiMv0Dn+vFrfX3fc9wgUHQNNAQAPMg8SB5D8Vel&#10;yxs/ZH8R9PP7f8uf2dY6jDV+640npMPVRVkNGHnq5pFdZl0lVZS/K6ieOOPa7S9NSOkMrlir/tsQ&#10;NVrkEA/n+oB4HuLN0iO5sWkQYIzx/wAHl8/XjXox2m8k25z4wqWPEZz9npjj0uOidyy9cbuojWvU&#10;wvWzx08xUqGhEkpCy/Xjg3+v+8ewb3Nk2qGaGqmZYzpWQurrZQfQt/6gf0/3v2f8txW+1lZ4wuD2&#10;kUpXz+VDwzXOOHRjuu/FYNCGvHh+39p+fVy+Ow9fubDy1O3qX73IyUvkdBUBpWOm9pdJsAtri309&#10;oT7GgapiihUSeQ6gf1JJqN3sOCLf09zzsnP9zZqEXJAoK4K0rTORX/B/hDG1yvuVwx0+dBUZ8yK+&#10;Xr6nor+8OnuyM7hsxuPNZGbDzUHkjYpqsiEs8boOBY2Fjz7EfE7cVFTXR62IJUgIIyAoLWNyPof6&#10;/wC8+ynf/cW7utTLKU4VySwqSAKceIOKcM8Oll9y7FpEqvn0BoQeHy4/Z1W9uvp+Ctq5qmbekdbL&#10;5ZFZ5KnQJZwbyaX5ve9v94+vt3kwURVSqOjanNyeC4Opr3Fx9LfSx5/Hsit+cJ5GYORQaRSmQOGM&#10;0NTwzUDjnoL7psLhCYVrTy/y14flXoBt2dc1VDrFFItYxUrrSTyDj6lgBxb/AFvr74jGlRcAE2/B&#10;UhQv0HP19qf39Ex0vUUx+39uP9Q49A99kvgxquB+Rz/h6B+q6+3WF8mhGiJb1M+gm3NgObn6H+vu&#10;FUYxSh1RgXuL2OkEi9xbgA/4D2a2m9lWBR8jJHrmmeBx0xJBe2jfqEgenDh5+R6Zqmk3Ht21RJdY&#10;0dReN7kuBdblbEm1rG/19sku3Iru8Ys5YG97j6+o/wC+/HsVx86XXasx1KBw86Ux0a2283an9Q1B&#10;9epUW+slO6iskedVTSSxLNwDx6ifx7l0mLaEFbA/1sPTb/Afjj+h9lG4b39WQwIHy+f29N3d81wa&#10;mn7OmvKZw1rAKrccHj6Ecqpv/j/h745Db8VdGUlW+r6ErqF73A0kW9vbNzlc7NPqgfiKFa4I8654&#10;f6q9Wst0u7NqwOQP4fKnofL8+nbam+92bLyMGU23kchjKqEhkmx9TNTtdDf1PGRq55/3r2gpOtKV&#10;qwVMKmmlRwfJCWi0i9wWAuCf9h7Gu5+4e0bxtxttztlOoUqtMk+VD+3oR2fNUqSa50yP4Mft8+rC&#10;etv5off+y6KPE5Gsg3VQIiRmnzULSzBE44qb6gR/Uk+xKxm2ZBCoXIs7qhGlw0bkr9UDm4ufqPeH&#10;3O3LUV1dtPYxaVY+oPHzpT9o8vLqQdv52trgrFI5BODXAP7MftoAerNfj5/N42tLHS4vfuEkxErs&#10;qS1KA1FJCrsFbQim4AuSTpt/sffb0FVSyNHKrvpb06ox6VJBJIH1+n5uP8PcQXVg8TmOTtK+hpXi&#10;MV/ZQAdSZt121+oiDUOM1pUDyxmg/l1dRsLt/a3YWDxW4NtZOkqaLJxCZWR45IxGUDAyAfo4v+o3&#10;v9f8HnHUjkIrX9bKUcx3tr/SCq/7z7Dl74cRJAoRXUK+nmD0daNLHSvHjmv7Dx/2elzUZc1QcxzD&#10;xGI+CUgSGYN6dCpwb/QfX2uPG9BTrAY/VKBrGj9dlv6X/H5tx7B6uNxuzIvBDg+Q/Kmf8nS0OGiM&#10;YFSDxrx+2v8AxfWJl+1o2f7qMMwvJFci8qtr+pIsAo/2NveGOV3UrGnjKszlZBpuSLalK/m34vc+&#10;9XVlJpqe4EAVFDj0IPl86UHy6KriGWcFP4uBx5fz/OlOuFLkcb54pnlcPrM8YuYgsmkhnUKRf68W&#10;F/8AX991QyQA0kTFLKGUAXDL9CFJ/wB5HslNhCO9wyg5PyoccaU/I9B67tLyLNKEg0PnX1+ynS4x&#10;W46BmeLVBeO3jcq4EgI9Tkjhj/tRA95sdFWtrVtTH0uLkcc+saiACL8Fb+0UkMEcy1INag0r+WK1&#10;/PgOrbM0kswWQ+ur/Jj+fTpks7STULyxLpMNlYMwKosnIcEfk/UH/evYjYH7lA0bkjQdapzwLf2i&#10;P7P9B/vfsq3m2hIV0AFe35H8sD881+XQznWPwlcADyPngenz/wAPQbz5mMukkcRk0m7TDiS7HSxV&#10;zyLAH21bmyM1IVeOnSoNi3kKgAAr6gFABPP0P0/x922DbrafscEAcR518s8Pywfl0lWZI1aoNBSt&#10;K+vr/k6f6OvqqtfKMzJTLIsqxi7vquukIRIWHHI49oVs7USsPJGgVFJOpS50ABlQJY3Y/wCvx7H0&#10;WwwIlI8lqegzwJJOBT+fS220gapBkniT/PptGQj0M4rZh4yUV3eZTrQFVCGMXKG1zb6Hj/H2nKuo&#10;/d1S06Ro7lwqU8ZN2/U0usEAc3UHm/s6i5Yinj0qQ5UZqcj/AEtKEn1IxT5dWnsVagUA1GQftxQ/&#10;PqfT9l1dBThKevrY5FdVMhnmMLaBw7LqJAvwAwv/AF9zqSGLQ8f2kAcGwDQRR3LLfVcL/Tk3Nz/X&#10;2Vz8v2wcOpGmla/ERmlPmTw4Y+Y6QCyowpnFPT8s9SJu3dwweHyZGveZXk8iiuqY42OngBFZhp/t&#10;A3+nt8psN90qiSjpxYFUvS05NgLl9a2JH0t/xPsjnsNvt3cAiuCcnPyNQaEefRpahY07/M4FaVp5&#10;f6v2dOC9v7hENNImRzGiVijh6uYCMIOW0hhcM1gp/PtzXbf3MQp1oqbxvYOZKaEQsbWb9IB/xvb2&#10;VTw20LGlCaVAByAeGaef29N30SFiFAJGfkPl8/216kU/cdfFN/EKnO5aN4Z9BaGrqBUakGohgZLW&#10;+gBAH+w9uVD1vt+lgkebbuFd3CmVjSQkkMdNzx9SfzwfZBeTSSzLHFK/yFTx4/YKDy4fb0mjniVg&#10;ikVr6eYHr5f4OnOP5N7lqW1pujLRxqxCBqqcuo/zZAuxBv8Ai5/r7cKTYO2g7M+Axgv6rikhGgfR&#10;hwOT/QH2lnSgNZT5ilTk8a+fn07LeCMDwj8vWvUKt+T2/wCVYafGZvL1TgjyyNVTARr9NXDD6D+n&#10;19yavY+15VYHDYt0RdSI1FTfpX/V+kX5/FvbEEMhYLG7VJoSDT7KcPt6Z+oeX+1GWwSMfs65U3yU&#10;3/ShXyWZytOAzNFK+SqTbRy+ptRPP4BHP4I94MZtraVBKdODx0bMw1EUFN+oc/gXsfzf2YXO13LR&#10;CshbHqa09c/Z0/J9R4NIsA/6vn0z5b5CdjZtUfHbhyop5W1BxXzrp0sF0sHfSSb3uR/tvbrV4rAT&#10;KTFRUMUqkKiLHFoNzd/QLG354P8At/aCKwdHXWW0nOagj8+H2Y6R6poyNZr8yMj0H+odepO1+wYQ&#10;Y5cnV16qNMkzVLSEyBvRHYkG4vYk8f09oWqwGOqhLHLj6CSnLSoI5KWJuDdf7Y4UfWwP+wHsSx2c&#10;QZWqQSAa6j6+VPMj7PtPTouJVcr60/L7KevHpTUvdG7qAfsZbKx1sR1XjlkCxi1xe5IJU2uR/tva&#10;QyXWmyKhWhO3MJJqADqKNNIf8Sfpvf8AHtdHt00iiYO9DUgkitK/M/6vXpZFcB6DuNfsqT+0dLPC&#10;fLDsagqVFRn8yDCVVkMtTKAxAJUkrz9bi3tFxdBdetUvUHbVM7Mr3jiQCJG/s6NX14+oI92a2ukW&#10;gkXFB3ZJHmKeVPUE16MYnZWq4+yvH518uhWPzX30aSKH+MVCMwuJnjVWXSeTI1r3P+Ki3tqyHSnX&#10;VKy32rQaWLF0eJSNY5bQRaw55/p7NbPabmdNQY6aYpStT6k8flw6UGYUrRaU/P5dY6b5pb8nLQnd&#10;KpVI4FpFCDx/QF47HSf8bke21Oheq6uMI+1YkMq3MkUrcOVuCt7AX+vti+2W+ViVkIIOAR5ehpnr&#10;TTK6Hwz+Y+eM19Pl0oKP5v8AYFP+4+coKuKImN0ekCh3H1AYm9vodQ+vsOM98PtmZCYy4ytq8Uzy&#10;EtGwSoRVYcWIK8fX6e0cVncRkswEvocj7fI/trnpyA6yWPl8+P8As+lePQwYP+YCY4YxnMFDK6xE&#10;s9M7oshU3BVm1fW30t7T1R8HcY91oN0+P08mdef8WUWKgc2Fzf2zIboDX4JLDHy+dRXjT06W+JHE&#10;ddOHmR/qz+XSsov5gm1Lj+I7drkSQgIKQiZiSt+SQPp+ePcKL4LNGkktTumjeKzAeBCZFtxoEYI/&#10;2P8AvftOsk9QqwGoJHyFfOtDT1HSaW6iarEZ9RqH2cf8A6dG/mBdevLHTw4bLJLIoK/cKI1YWJJ1&#10;HggHg29pPL/CapaAtidyRSOqteOQAEN9FuWHP4+nsxgkrPouom0ev/FH/V+fRLf3oWJqZBxT/D0o&#10;aP5w7BbQK6grKdnK/wCbGpQG/NnAPH1I/Hst+c+E3ZLTTmPIUjoXZowzgaxquGIX3IO3QWLRglGo&#10;B5D/AAGp/OtOog3i2uLuYkVof9X5fP16Vi/NjpBGijqM3NTuxCOssWjxPblTqtc/0te/tG0vwm7D&#10;83+UxU6IrBi7ORrVXteNW/p/sR7XieGN9KEkE0pxIJHmeGegxByvLLOWfvJPp5nga+Xz6UzfLLpn&#10;w+aLcYlBiMi6IZGBt/YuB9f8PYsY34DPXY4HI5802ScAiGngV4ob82dgPrzzf35r0wliFop+fEj0&#10;zwPHBr0ZtyO2ksENf25rmlT6fzz0E2X+deyqPJ/a43BVuRokfTLVtNHTFl+heOOT+h/x/wBj7xVP&#10;8vDdlIq12HykVcgKtYqVa1vrGbC34+o9kVzzFZMz27qUPwiv+qn2cfz63t/KRgnyCAD+LFB+zy+X&#10;29P+E+cHU+SdIqxqvHSMhc6wsqqA1rFkJ/1/9j7xj4R9lrGG+1p9IOol5LNdDx6Dz/gCfZQL2xmm&#10;0MSSflgcPy/mfl1J+2bWygAUIHmDQft/zdLOT5a9Moms7mh+gOlVMjf4XCXt+OD7EDb3wq3J+2ct&#10;k2oy5jjKInk0lf1abcAf6/8AX3qRLRdUkaBqejUqPkPM48vSnQpjE9uKDI/mR+dCft6Q+a+bPWFE&#10;5ix7T1z6S6s6iCJn+iqGlsfUbW/r/r+xSg+G21oYlNZlsgJDwxKKqu31BUG9x9eRb2jeJi7LEi0J&#10;rxJNPMmuAfl59ba+NCq11DP+evkQPt9Og9k+dEcjEUW3Y5Y1ubmoUv8ApJUWU35/P9PeOf4W7RqR&#10;EaLcsiGRwpSWFjfV/S17c/m4B9sGK8jLa4vhFRQgcPlg/aKVGcdKILgMS7gmlMjzr8v83DrPS/Oq&#10;iDBMhtGrjXSD5o6mNoyW/SQf9a5Bv7T2U+Cs8SMaDcdHWK7aYwxSNiSNTIW+hAH449spNIXBlUoe&#10;LdtR+X+z01dTRv8AF2n7BT8sfz9fs6UGN+dvX9W7xVmFylCycFiUm/NlNkubH/afbbSfBXLTx6X3&#10;DSwO1vrHdAp5I1m1zx/T/G/tTJdLF8cZoCeBz6fP1rjHy6JmMa+Rp/M/6uNepNR85+tI5VWKjycw&#10;N+Qixkt+V0Oefx+ffc/8vvc9Ql8fm8ZUNfXoLEHTcqNdrAkk/wBf949lU+9wQPpljZeA4cTSv+DP&#10;2+XRfcwKwMieeP8AV58M58+p1F85uqJtIqo8pSao9epqcFQLleBe/wCq4vb2lMh8Cex6EyNFVYpo&#10;0F9YkR+CCLEg2t9f6e7W+92E7KpRmp5FSKU44PE8PP5dFf0S6tSilflT+X+rzHSqg+Y3Ts6rqy1R&#10;Cz6dCtBqZw4JUrp/rbjj2gM38JuypIGihp6Ocam0vDIo8jgcRab/ANPp/sfYrs9xsgdRDKeNPz48&#10;cdI77YoZ0KoKGmQK4NfTHzPn09U/ys6fk0+XcaQaj/u6GSMFRYaw5Fm/2HsIc18Pe4cbHLPHt96q&#10;KMnV9sCX0qbcAAj/AG/1/wBt7Eg3LbSopJRqeZxnJH28K+lOo73HlWelFxnOT/kH+TpV4v5C9SZa&#10;aOnpt4YxZZrmNZphFqF7Xu9vYR/6Et9YiscVm28jFKLgrJRz6+DdraV4APP196nvoypELArSoIII&#10;PHz86ny45HRDa8rTJPryaNQAZoPPiPyr0JtLufb9dGstHmMdUxtazw1cDg3Fx9G/3v3nbZ24aKbx&#10;1WJrg0ekAPSzICb/ANCt/wDb/m3srdmkfWfIHzrQ0NB8qcD0ObKyNqdH8OBT14V+yvTkldRygNFU&#10;wSISbMsqMpt9bEH2yZrCZsMIv4dWQRyWHlmp5Lhb3+rAC3vUY8MEy5Zq18/StPSn+DovuYrh5NCj&#10;7fn/AKuHWdZYmHpkRv8AWdW/29vb5icM1FGpePVI6i8hDAoSTchfzwT9Bx7KdyuNYMYBFOA9fzB4&#10;H9vQw2azAUO4rT4eFD64/wBXn14uCDY/i9/pb+g/5H7VUNDaJtMYII/WfUAH4IDWIvzx7Cbq2oBq&#10;144rXyNfy9K9DH6AtHRR3DjxwfmOFPQdeLXFxf62KkWvzY+2irxzUaySRxNJI5GmQKAVt+OP6W+v&#10;tbBeAsBJQgj5nNPkMevDooutsl8Wumh44/L0xTrmD/vjx/rfX3DhlqpkOuI+TSSAFsosCun+nPv0&#10;rQIag0H558/tp0l+juFBLA/LH5U+fXfv09F9xFpnRH1AALxfj1Ej/D8D25a7h9MtcjiM1/mM48+m&#10;ZbKWtZEI8q/6uHz+XXv+N++dPjEjS6RWQHlQDcKP0j/YkfU+27ne5GerGo8jwGfICueldpbzCqxq&#10;WHDNAOPDy68ef+I/wP8AX3MjoJahiiUTMunkiIjRY3uWAP8AvXtpt3jBGqQKfkagV9Bj+VaenR5B&#10;t16zKwFD50rpz5gGn7euGk/gk/6/+ta9/wDY+3aGjhhfVLTgOq+kmOxA+hNwLf7H2lfc45cxvgnO&#10;Tkn0rTyz+WejYWsiA0GOJr/qqP8AV69dBT+eB9Db8/ke+njaokCRI+jkBAOLXutx/vJ9pXZNPiEg&#10;cP554g/4P29FF5ts05BpwqPWo8vsHXMC3A/1/eSPGuHVmjdYjyQYyAGtxYix/p9Pfo5Y41y9TWgo&#10;T+Xr/qPSiz2Z7ZA7DPy8qf5M9dG5H0/pcH/iD7kGlex1KvIsH+oYrawZD9Ao/FvahnRqGOpoMimf&#10;54Nftx0aPZSNTSRgZqADn0p/l69yOPx+L/X6fS3vxhFm4IJWzcWA1LpsP8D7aNxWlD6mtan/AGeq&#10;G2kFACo/1YH+rh16xB+o5/FiB9PfhEY0JK6gwVVW1ypX/E8n/Ye3agtpJ0njn/B8vz6r9NNr0EqP&#10;Pj/kAr+3rr8gi1h+efzfV7h/YusvncjUVPoJWxB4H1+nHPtzxCqkE0Hnn/VnqjxSo9M/l5j5deH4&#10;HBFzz/Qjn/efckUykAhNVgPrcsWH6lv/AI/09tGdEBJPAVx5+nn09DaEnW5oDw9f9Q68BcA/QfgH&#10;kf7b/evchaQl1JJQ8AKLHXYc8nj8/wCt7SvdUIKnJyB5/s6UCzStTxPn/sfl13pFrG5/3gf7AD3x&#10;+0LmRSjELbkk6TzZTdf+K+6tOuqvmcnh/q8un1iYNjHXL3nFGqi2gqVX9KqWVje/q/r7aa8oKKai&#10;o86U8uFKefn0o0MtFatPs+3h/l6977+1+jOdQIRNINiCGupuP9h9fbcxbUCT2/bQ/srkn14dVePV&#10;QjP+H7ft6977Mdms1ih/UdNmUgWDAj/H/D2nLrJkHPl509f9VaHPW1tZHalPs8/t6979HAt2I9AB&#10;tYCxW31sLf7yPbbTpgj8vKv7PX06s1pIoqxr/P8A4rr3vlJEsTKFLEldV/wzH8tfke9xzEvqwR6c&#10;TQCuPT7OnI7U6dbkY4Ch/wAPXveEx62F7ahyCGu1r/77/Yce1NUC0Q6fX/DT/iurCCRzUKc/6vz/&#10;AC697keNtKGxNhcjSb6b88gfi/thrluAx8+NaeX2dP8A0zUoSaj09eve8v2zOFkLWTRYJ9QxJ9PB&#10;J/p7YL63OoZ9Twp8qdLYrYq/hcPtqR+R9f5de95dDBgtiWCAHRcDR9SukA8/63uyaaH7ePnX/D0Y&#10;wosddH86Z6975qjtcWQxqulfortq/PqF/wDePdghKV8yf2dPrGX+X+r0+3rokD6/70fflgkLILjV&#10;bQNQLG5HFyv+9839tTHwhXz/AG/yPWihBqeArXrv68j3iNKwuWEllFlYOVBYcD6X1f4ge0+sy1Zi&#10;K/4Pl8unFXWBw4fbT/N9vXvflp7MzELwFGlgUDhTq1Nb6c+7VJwDx+00H2+dPKvHpwRkpQfP8q/k&#10;OHXvefQGBvp4Je3K6Qw+gKix/wAfegrA8fIf6vt6usT1B1cBTOfz6974w00baynHpIJAsW1HnTqP&#10;IP8AX3s4oPnx6sYgBQk9dX5tb/Y/8V9+FPbUwu1kAIYgt9eAwb6/7H37tGCM1x/lx1sRx/l/qr16&#10;/wCORybf4295WiVbBgurTwbXPq4H6vpb+vuwIA7eHV+0YHD+fXrjn/D6++nRyqqWDelTdeCCDySe&#10;fetcfAmh9et6NWFH2nrv35l5cga7gWcDUC5F7Hj8fT2huVfiCNI8h/l6antWjTxPTj14c/1H+v74&#10;vDIFLekEAN6gVAAH6f6/7C3tiObQQBWnRfNGkwA9M/6vt697giLULudSixYhXsq34sAP95PtaInL&#10;KTQ0/OvTH0Lt6D7eve8f2sbu7MS1gQF0lCVK8MLX/wBbj2/qYGlAM8Sc/n5fl0wNsRzRwB8/8xHX&#10;vfMUMQKsIgNKIebMPrYsOfz9Lfj3YMxNFIJ+YJ/2D0rGyKMkHPmeP+Xr3vksELg+mMXIRrKVI1H8&#10;/T6e09zM0ZC/ERken7K5+3FR8umZNtVGogBpxFP8nr+zr3uVGEhUqArEWX6qAeeDe1z/AL7n2VVl&#10;lBM2DmlOH7Pl0/b2q8JBp+z/AFYPXvciMgCzIB9dGmyuCD/Qj6H8n6+6AugCoaU/L/B0axxJUADF&#10;R65r9n/Fde94nbTINTG4ZWI4JA/JP9bfjj2tW3qutQK08+P5H/Z6MhHGmEX8x/n697xymS4sh1a7&#10;BiouVIv/AL19fbGoo1Hx02LlTLTgOve/ag41FiCLnUeBq/tJp/3r24dCcaEfb0qZkjUO3D5Hr3vF&#10;rALBgBzq9Vjb0+ll08C/9PbKhq46L1nIfJqtT59e98FZRrZ9TWQMASQB/wAFB+t/8fawRqyg6qH/&#10;AAdP/VRldQIGK5/wde94pKm4bxghmKkM+kj+gJYj20wCnJqPs/2ek0t/pOVqB/P8vTr3vgk8gWQO&#10;NPpOqS4Ppb+0oP0H9CPbBLtx/l/L7T0wNyDkd1DXy4f8X1730kqhSTdg1+bkI55HJ/F7fj3dgwc6&#10;/sPmB0tivpNdHfHr6de9yFfWTYg2AGoA+kDgD8/g/Ue9lGA1Hh0ZJNWlcde95ljd+VDEWsHZVBQF&#10;7BWHF/zb3RiBw/1fl0oqOve8ModHZSFuC12IH6W+oAPP+x9+Xh14de98bXWyqSF5Osi4IBIU/wCA&#10;/HvTjUNINK+fXuve/WJJKjj82ACAsLIl/rzbn8j3ZagBW7qAA+f2/wA89eHXvfBfUAVVlKKR9Aou&#10;DqJK35921Emr5/1f5sdeIqQfTr3vtQ1lIuPV6rkBv1E2Nr8fT224DGpwBn1/IfaevUHl1732HJuV&#10;tqvZjwPVYgE34IP092U6gGIx6H069173mcBY1IuZLgaVUAcn1E/TgXt9Pp9P6+7ALWnAeX+Tr2fL&#10;r3vg5EoCMRaMcMAP6cXI/H1v9L+6KCq0Pnx/Lz69QVx173gIJBI4uR6uWUj/ABDXvf6f63Huwr5d&#10;b69746DGAH0KLsbr6jYrbkjj88+9kinaTX9nWxQZ6975FU5DLzqOlWJPpPIDAfXnj3r1xx40/wAJ&#10;/b1Thjr3v37ZsGIL2FuL2UcAG1gv0Nz/AF+v492ofSimv7f9j+fVwdJB8uve+LqxbUH/AMSzc/Rb&#10;6B+L/X/bf4+2GUkoD8xUZ+z9p+wjqzyFz3Gi+Q9Ove+JXWqFiLa+ARc+oG7G34/H9P6/j24JCq0I&#10;Nfl03UN8Pl1730AABdUI02LXF1AJvbn6cf76/u5GCQ2V4evlj7T1osoNCade984lWK90YqOeSG1C&#10;xJABJ/Jtz78GdlUnjj7R9vl+zrdVIx173iTxIzX1IpDC4JcG97gqfpc/n+v+t70XJjLMOHADietM&#10;AePqOve+QSxLavHpUXF7s39UB/r/AF/pf3oEE8MNkj/V6fLp2LtqzHur173jUJb9PNmDEH6C/wBb&#10;f4n3tiQ5XT5DyND9or1uZizca8Ove8nADD1OIr3v9RqH9kH+t/qR7bZAWwQPkD/k8qeXVwyhQG8u&#10;ve8YGm5YM19PN2AQIeQ39fxe3u6trWp9Tx8/mOqSSkrRR173kZbEsLEgAngm4dbXF/x7sMGgNQcd&#10;akfXSnl1734MW+lvTYcXvZjc3B/5F7pPULUgkmnpj0+3HWtbkEft697jPGQXcWA0hr3ubg3PB+v+&#10;P49tLDWjuxFPI/kaf5Bx6aZtA1Hy8uve+IViS4/SyliTe2onkLe/1/1vdmkNaKKAZx9uSfWvSFpy&#10;zVXFOve+oyTqRVe2n6H6Wv8AQOeQP8PbV3ayvIXQjJxny8zT5gdGasNPdx697yNpLAqC0gUgi9+L&#10;fi1/of6+2bEuoDk1U1BH5gD5jqz0Cg+vXveJr/Tm4+vp1BiPrb/ivHte4COC1WBPl/gpw6a86+nX&#10;vfFr2FozrIIu1rBbcGw/r7S3tu7NqU1oOH+rHV1YCgY9e9+AN1WQc6VKsfT6hydNjzb/AF+ferWL&#10;widQAJBoa8PIj/PTrzMKdp697wuS2pRYkm6uTYE2tpN/pxe/+29qoSs0ZFcpWvA1/wBjyzTqtDqo&#10;eHXvfQSyI4lCyE6ShuVte+pQOf8Ab/8AG/dULk1PkRg/5Pn1Xr3vjpRiLn/Uj1Akvc/qK/4f4j2p&#10;0EOXxSvDHXuve8Rii5C3NzZSTdib2Fw3+w/Ptp9bLqbyPDyr50/z063mhI8uve+Gi2m+nUOGtYBS&#10;fyQPr/t/9h78snopofLJwPT/AFY68aHjnr3uN4wsgHBFzYnSPUfqqD/W/NvbwKhlABOr5/5Mj7eH&#10;TIhQPqTHy697wzMo13AtGp0gDUxsbBjcX4P+HtyjCqEUFag/l8OOryEGIg8B173Ad2KhAFLBmcHS&#10;SFtzc6OCT/Q+9xcQ3RHI9ACOB49e9t0n3LghbHU1wdN7G/q/Tybf09uIFD6mHcD/AKuP+r06Jp9S&#10;ysh8uH7Ove8H2dUzWIIUllXTZtXH5UcL7UpcpoCDyORw/wBQr0WXFs8yBCa/PhX/AFfn173FSgkZ&#10;uBwVYDk+oqfzzcf7Ee6GZUVjx4Yx/l49Fj7TcE6qgftH+EAfz697wPTNG4DLZkubNyb/ANQjXuB/&#10;r+1sDl+4ZPl6Y6LrmM2gYsO5fU4697afvKQuYzIgMYOoMBcueSDpHB/H+HteYpB3gUJpwr+wV6Ds&#10;+/wRto1d3nSpx6Yz173FjrgJyHVCig6Tp59RtpJNv9jf3Z4eGitR5+ny+XVINzimnC1H8zT/AFen&#10;Xvbw0cM8QOtSjgEgAooA4sR/xHtGaxyFWFTWlMHj51xw+XQmAieGhy1P2D/i/Tr3tpkgNzqZBYG9&#10;72KkWUk8fiwsPz7XxSoiClTTH5/6vPPRRNCVbsNB51697wrR6zHx9CWOoHUEI/GoX/1re9G5RQSt&#10;f24/4v8An8+mGtYmBDDtI4VNePy/4vr3vMKJUuS5YleDpPC/n62v/j7bSVW4CnH8j9nl0nG2xRke&#10;Gan5/wDFceve47whV0x3IRtSkiwJ+lx/xPtxZIyAT/xX+fpz6aMJgGtOPpn/ADevXvfrkWDx6Ppc&#10;2VuTYgc/gn/Ye6NJGODav9Xnw4fZ0llt3XBFRT5fzHkft697zFfWFA4NtR0lhb6NwDzb/Ye6iRQw&#10;Oc9VSJpHWo44rTPXvfRidiY0IsP6n6AHkgH6e9yTLTt4+Wf2jpebNZMrinp/lB6975GnJCqAULN/&#10;sAW/qTew91WQmpYBgPSo/wCL68u2MfOvnnH+r+fXvfhQnlbephxazL6TZtQ/x/w92a4rXw6Cnrx/&#10;1ft6WDbkB1UGKf7J9TXgeve+1pjeVHjBIVQPTYH8G1/6+/NLw7zgmvCtP5D/AFfl0rNmqqS3rXhg&#10;D5evXvec0cfjsLqxJVlBI+n0+t/949p1YyjUufOpwCf8P8v5dK4tt8RdSUI8j5fl5/5+ve40mP1x&#10;6gxDcBrWYEgcgg/7a/8AvPt0ThXocj/Ac/6s9Ib7ZWmUoVrUHI/z0/Pr3tOVuLkiJIjsrnV6lFrs&#10;vAew/p7MIrsFuPd8q5P8uHy6infOXJI21gcBjyz6D/L172yPCqyr6CqggEqQCzWspb2Yi7k4ueA+&#10;R/yfs8816BM1jMGKyCtf9X8vyPXveGaHxgMp8pYElHut0+hNx/iPb8F2A+p+Oc1oa09fTOceXRfJ&#10;YDxNTKa/KtP2de9yKRGVgpC2LepQBckDUov/AF/wJ5HtPPMM0Nc8a/4K/wCx0ZbZaJA+vyGSTx/n&#10;j/VXr3t7Mja4/FwqgKyj0lXt9VJ4+v8AX2galBqqSK0rw+daY/1V6H9m8kbgqCBWo+3FKj0p6de9&#10;rLGs5p1RuSwGpiCSR9bLa35+vsjum7yag0NMD04f8X1MmwylgGbNPl+WfyP5fn173MMTMQxVjY2N&#10;rXAsNPI/3ofj2wzBR29C2W1LrQACvz/1Z9D173mFOCTYhtWn0leSw/Iv+B+AfbFDQajT7P8AUf29&#10;eg2+MAK3n6Yr/q8/Xr3vJ4msCFTSP1m1uLcgauf9fj24wAyePl0artqLRjQVwK/Ov+of4eve+1pl&#10;cMSSFF7L9LW9QIH9P6+2mnjBAYkk8CB/L/V/Ppam1qF7jnhgeXXvfJqf0awoLFWUMLEkAEEWP5/P&#10;vayd1fLHCuPX514Y6eNhAgLAcP8AV/Pr3uBK8kcRK6ySLcWGm4ueSTxb6+1sYUuFNKV/P5f6h0Ub&#10;nKkSBKdoGr/CB172gcllJRKRGx1R8KCdZBNiA1v9b+nsQw2ylMECv5ZzUj5fL16jbcdxdpSNWn9o&#10;r+Y9OFPPr3tH7rL5XH6EfSyqlrEkErzYg/7z7E+wxpDMjED51pk8fz9KeVeNeo936ee7j0R4GaeV&#10;TwOfn+zr3tEbZ2zIKryyyEaWDkBSTyb6gAP969ibdd0t2gMMArrHnilPmK/4egvtG3TNckEN3Hz9&#10;R6eXzx172MtHj45JhqjUMtl1FLkgDUOTa/H19x7eXz0PhCo+2h+dT/Ovy6lW1syqa8sVGT8sDP8A&#10;h697z5Cpp4G8AVf21sLcf8GY2+vNwR9OPaa3SaVdfnQ0p/LP2etP29WnuI7Ze7iRw+zhX5fz+XXv&#10;bXW4bHbhWIKsZFmu2kfUWBAI5H+35/PtVFuU23niQV8/Kpr8/wBgNa8cdE77XBuILVGOGK4/bw8h&#10;+0enXvcVdqNjQEgsFbSdQcsdP1PBvb6D3s76Lk/qcRWmOFOH2+f7T06mwLAoWn2VXH504/6j173i&#10;hwYp53rJ1AJAPrUm4tfUL/4fTj25JuQlTwozx4mtB/LP/F9UGzrHJqJBHE8fLP5Z9PTr3tzp6/Gy&#10;sEZYzpUaJHNtNzY2H+39l8omLBx2mpxTy/1fmeJ6N7S8gWWNlPAnBFK/4BwJ697WyzUjQJocSKE1&#10;Myk/QWVR/r+w9cRXCzE4yRQV+X+DoaWe4RpGdLDBwBx/2P8AUeve/BlLDQTeNAQBbTpvwCP+NX96&#10;RqJRvy+f+ryz0YC4Qkl/yP8AM/y697RW5KqnfTFJJ+4HVilxYgGxB0/i/wCPYisIyBRcY8/2A/bT&#10;j0DOZbrWvhA6C1OPEeh8/Lr3tjpY9UUxQlVtdQPRz9LWbm/09qj+o7a8qOAJrxHHyp0CrWZmDADS&#10;R55Ffljz9eve07k45QjIbnlbFr2Jtcn/AH359mtpHEJFcUpwNOAA+2maf6vUu3V7kUkyV4Hzp8vl&#10;jzp172mYqSpeZIVLlnc6iTdVBFxbSRz/AF9nsz2UEWsilB/h+0HH+CvQdR7pn0gnyp54/wBXz697&#10;foNnyeaOpUO7CQCyghXINzyfr+fx7ILreYQGiUAYpXhx/wAHl5YPRvbbRdzOGUEf0iSB/q+VOPXv&#10;YoUcTpTpH4ntGQp1K35Fzc8fX8H2DZ5w0ocGhqcDJ/Mf4T1IVlbyIELA9ozUCp9fs9eve+XrMlgN&#10;FydR0hiR/ZLLbj/D3ZWWmon+fH9vnTy61LLFH3A0FKn/AIv1+XXvYldYdWZztne2E2dhkdPu6hJc&#10;vkUS8eLwcTBsnkpXPAKJqWME+pyoF+fche1vIm6e53PO38lbIrGS8f8AUccILeMhp7hvKkUdSPV9&#10;I4kdc/Pv8/ex5Q+6z7H7r7k7zIHugjw7fbEjXc3rqViRRWpAYh3NMKM9dMbDi1z+m5sCfqB7vf27&#10;gMRtHAYfa226VaTB4ChixuLprcmGJbPPMwtqkla8kjW5Y399yNi2TaOUNhs+UuV4tNht0axQI1NT&#10;UprlcjBlmbvkbzJ+XXwEc/8APPM3udzpufuBzpcvdbnu873E8jMWOp2JCLWtEQUVR5AddKukf4nl&#10;j/U/n2/RaWkUsFQrcsRdhb8XHBH+PsQ25jnmBlpGw+I5IAPAn04ZIx0DHqq9vcP2dcvciAhJrsuq&#10;TUdLcMDGRclNQuTb6Ac+zCwKxXVZU1SaiQ1RQr6oDljTyGfPpqUFo+09tM/b8/Tr3tVQx6NJU2TT&#10;yun6seQefp7nXaLCOARy2zUj05UrkueDeq0GAOJ6IZHNSGFT/m8uve8+kE8qDb9IKi3I5sT/AMR7&#10;NzAkj6pgG01K1UYqKVyCa+WKehr1TUePr1724LpMH7apJIAb6VK6VH5uP+J97yDXH7eP+b/J69Gy&#10;BTbHw1DyCtaCmkevz/Pj1iJKtybJ/ibkn+gHv0SuIdTAKpIW7taxtc/g+9lsgAZ9OP8AMdegSQW/&#10;iuNKk0qTTP7PPj14upbSpuwBuALkA/ngj3gcEmxJGgW5PFv8bf19uaVYd1f8HSGUMZCK0Cj1r/qr&#10;1l9xpAVVXJew4Cjkc/4f8T7S3lIlFxVyUp2rmtfUCn7TgdMAMQAeBrTr3vuV3EKIkQeQaSEDoruG&#10;YBhqbgWBJ5Ptq8kkitv0EMsmKRhlUsKjUBqOnCkk140pxI6fFJAkLUWnn5/Lh/l66AsSb3v/ALx7&#10;yBlQ/QWAt+n6n6f09rdcKZ+H1x+zqisFOc6f5/n137jsAzliStr2UH0kE/Rh/wAR7QGHxb3XIxVk&#10;BCgGgYHyYUyfsIp00WwdI4/y69770XsTe3IF+B/sfdzbROfFckU4A0A/MUz/AIOvVNKjr3vFwbjU&#10;U+v9BcfX8/T2WMkUpaHWYqk/7YVrWtKD/N1cE8aV6976WCVapKhKqX7f7V4HoisLQNKZPIlWr2Eg&#10;kXlSAxUj+zfn2qisJkvory1uiLZYijQaVKu5aolD4ZXGVIypU8Ac9Pi5iFs0DRKXJqJKnUAPw0rS&#10;nnwBr5kY66IJtY2sQT/iP6e+aiGFnCKkXmmMr2ATyTuLNI5/LEC1/bwFlZSFUVYjO5Y4oGc8SW82&#10;NMfy6YZ5ZgAzFtIoKkmgH+Drv3kIubfT83U8/wCxb2oMfiSMqNp4NqU5+YPlT5enTdQBXj173zhk&#10;DXZgbLqHq4vpPFv8D73ZTtcQFiCCGK54mh4/n5Hq60R+7IA/1Dr3vxLksQdJYX4PPH9n25KspRgh&#10;oaY9a+lOq6iWqPPr3vJFIVBBuLjj8AH83/3w92Qu6guKHH/Ffl09DOULCpyMegPXVr/Xn/iP9t74&#10;h7ELpPq1cj6CwuLn24z0cIVOa5pUCgrn0rwFfPqkbUOKD/V/P59d+8ro0VzJblT6hwLnngf63uqn&#10;1PD9n7Pl9vT80UkGZAO4eXz9PT/L5ddAg3/w/wB9x7htGty+rSbctx+n8nnj2hurCKR2ug/hkjLe&#10;Wn9tK/PHSVWOFpX5dd+48qqqghvTpOtrm9hyDwCPYd3KC3gt1eBtSKh1tXyGQcDzrUeR4dPRlixH&#10;nXA697aLao451d7iRXN41MjRqxtGB/r8/wBPYEljWS1TckdiyurZUamjFe0DH4s0NRTj69GIrrMJ&#10;AyKccV9eve8ru/gkki0u7kNoY8XZv7L/AEAX+gv7VSzXBsJbm2IZpGDFTgAk07WFKKppVVJBPTah&#10;fFCvgDFR/q8/y6975RyNLoWZYzIAA9hpAcfXSp55Ht6K7ubySNL5E1gKGxQagMlQeFeFBg56o6LG&#10;C0Zwa0+z59e95fojghJGEt1CkjRccaiP95HtYvhpbyxFUlfxO2hPYTWlSCc44H9vVPxA1IBGeBr1&#10;73k8oWMKUsHUKhBFjpF9PF/qfofa03oishA8ZAkUBDUZ0UNOJrU5UnPGvVNGpyynhx/Pr3vNEsoA&#10;1PcOLBdBYoxuQxP9L/j2abbDfxIHkkLpMD26GbQxqVYkGmTx4YpQ+lHMTNRRSnnXr3tzhiVac65V&#10;d1K6iLrqJH9lPwP6C/H9fYjtoZIYFhuHMrU7mIpnHAVNBXgKk04k8en1jiaFpAQKEUzk8aD/ACkm&#10;n5dcb8gWPIJ/w/2J984g5ljJUaURuNDElr6lZ3uP9tb2+wcS1Vu0ilNPnXjqrwp5Uzxr163q0i60&#10;qVzwOfPNCPtqD9vXTD0sCxF+AeLi4txf28vGwR6imkRT4vJKpLhvrYppJs3tgNUiOUedBwp9vQnk&#10;gkjha+25wDo1OKkH7ACaMfU/4Om8SKziCpiY/vaIWUBkJAuHJ+q/0F/eOqeo/hjStCiB2RWJsZ2/&#10;KygAEjn8X9sM4RmK1qoJAyafYADX14H/ACdUvDePsvjtGoV2UEmms+YbOR6fFQDrqMwffePXK0qx&#10;SOoAdYFQsFZLCyk/n6X+vvt46JY1lqqOarrI4UdKSCeOmaoC2RnEkrxxGwOo635H059prtZvDDQh&#10;pChqACAWNKGoqoPHg2AfTpfZ2mySSL+9l0yFBUE0Wgp31Ap8yakkevUSrfIhbY+WMR+SQNMU8pjI&#10;F9LRkkkn9KgDg/Xj2nd3PlJKPcENbkqqnpVailwUeNw9HlExqUKMZZ4FcMQ7ixLSggaRpA5uFd0i&#10;ukgup7gsIyUaNhAJyoQa3bQaguWqAX0hcFfPo3vd0kkI227RCsLkxxg6Y3WmhVZwymNAoBNKs1SD&#10;inUDDYeko5qXI0VKWqq2nePK1tbPMldIH/ykAoVIkIkbSF9Kov6f6FwoaiHOYahq6WtXJRT0kcsV&#10;SV8DroHjlMq2FtTC4FrXNgB7Eu031juu2Q3ltIZIZVFJKaS5HbqpQaTqDVA4EeY6DW42d1OjQSkN&#10;KlSVrQw04oSSaqcaTUg1AFOn1JEgmkUxmnDS6FvylSzC6vGF/PLah9eCTx7bCpRrFjcKSR9Dx/gP&#10;of8AiPbrI1rP3OXARj5VoKcMCh8sY0gYqcg41+E4z/Ppx/33/FPeFmkJ4P8AtalwPQv19P8Aifxf&#10;6ey+Se7lbic/qKWA7VHmOFGYfCCO0dxqT1cBRSo+XXvePza7BWLKSTqWw4Bv6rH/AGHstk3SW7kC&#10;QOWU51KaVocVNflQAH58Or+FoFWGfQ9e98YHd6i4t42VWV1N1kN9BUg/SwHH9fe9oubiTeAykeGy&#10;qdamokyVINAKUA7a1qc149WkQCKn4q0p5j/V5/s68fa8wlT/AA7LYqnNTS0z5GRqeeF4ZJpqxVja&#10;RI4JV4Qj6+rjj+vs53lldkoQCxYUI7m0ozUBqPhoWJIOKgUr1JXJEr7Vu8EOtI/G0rIKFiwZgFAN&#10;DpJJAGQK0JrSnQVdsYqnzGy83NJSTVc2JpKnJ4+VJVgioqump2YVUyM6eRFAOtbElbgWvf3VF/NL&#10;xsC9ndb1dNFMK2bY1fDUyOyNTGjhzLGnMKAahIGZ9TE2tYC3viR/eMC1X3O2qWhDvYKGNBRqTTaa&#10;edRmv+14dfXp/cQxb43JPNlozarBb+Bkj81l8IBz9hULjzI6B74j7iTcG3N+PDVUVTHSb3kSUwxt&#10;HWffSYalNVJWfRCrgRmEqPoGuT7qskoZ20lLWCqDe5U3HPP1+v4It/j754LcKDR1z8v5DgftHX0s&#10;x2EjZkAAz9vl+zo23uN9nVX0hrE6jcC5uBwBb6G35/2PuzXcBSoFKYpXz/n6dLBYQ6a0rQf6uHnX&#10;/iuve47x1iAXQsLEG1m0i1uT72s8LqCoof2/yx0zNtwC1QFT8/z/AD697Z6qCodWDM4tGx4IX82B&#10;AAPItax9roJUU1FGz/q8/KvRbPY3QXtFfLGeI/1fLr3tnjxtP5g8/wC6QeGcMLgG3H4/x/w9mZu5&#10;ClU4cMU/Z8q8Oi5dlZnEkqjjXIFfT86de9vayU8WkR2DBCv1+nBW1h/h9PZc2sgg1pX08+hJb28d&#10;vGUGSSCTnGKU697iGfQNepWJQELa4DC9jb+v9b/4e3lgLHtx6+XHiOnWYRgMc19Ove8f3bkqGct9&#10;AVsQDYfgG/0PAPtz6NQtD/xX+bp8eGCC41fzwOHD+fXveCRjKGiFgXWy/qBH+x+lifewiLUg8PQf&#10;t4+fz6YuoXkzHwArThkn+YHXvfCnQoresq1hyxDcjgah9PpY/X3qVwyUUE+Yp/MU+37f59Vt4JEL&#10;Bxx4Af5v9X+Hr3vK7qCSrXs3oF1XV/gR+eb/AOt7aRHAqqkV6MEtH4sp/Z/sefXveGXRKAVZmdDY&#10;XU/T+v8Avv8AW+ntTAskbZFQfn/n6822szatP8xX7Pn173DSAeTygnhjqINtQDer/An6W9uswCkq&#10;c/Zmv7PL/J0XnbGRtWR5nHp173OM2rQAbgfQn6WPJuLX+otz/j7Saa1rjh5dLNEYFWBHzI/yD/ZP&#10;z6976NSyScgG9xYc825sf99b35Yi4ov+r18v2fb07HGZHCxDh504D5nr3vl539JCj6FWHJ0gnlrH&#10;/ifr7daBVUhSfnXzHy6MHt2jSsWW8/mPkOAz1732GMYa/wCq5GkfUKOVB/wH1t+PaUQam4YHD/L0&#10;mMk1TpTP2V4+dcf4eve8RkuAdLAleb8H6X/SP9bgj+vtWtsi5ccel0MLaayju9F4D7R/xeeve+Jn&#10;IYsw9IGlrFrEXsDb/H8+9fSDiBUdUkhlU1jNVHkcH7K+XXvfFqrV6SQXPJNmsLEEC3B44/HPtr6Y&#10;Kagf6vP5dIZY7nUQUoBT8Iz+eeve8BrJNTABm0sCWN1Jv6jf/Yf1/P19vLbg/Z9g6diimc61bsH+&#10;TBx9vrTr3vi1Y5I1Gxb1heRa5uefzfgAe3RaR6q+n+r/AFcOloUUznr3vi9W6qNBYAEA6gH1XPqD&#10;Mbnj6e3Pp42OVH5CnVtKtgD/AFfl173Hesc2UKASfwTz/RSR/h/X376WPVUYHTMlsWcOjcBTP+x1&#10;730tRLEDpCkL6muCLWHIHH+sRf3X6ZD8z5dNfSSpUaqgA0xTPr58M8Ove+AqZGu1iotcEkDgG5P+&#10;w+nt1YEQUBqRThw/ljq4tI/DKsSTjJJJ/wA1Ove1RtXdORwORgqYHbS8iLICdKmNmC6gR+Rf3JfI&#10;XNUvLW4K8DkCor9n+E9QJ7n8mSbpA8iCtK/kBwpw/P08+oldRU2QpZqSriWaCZCro4upBH5930dG&#10;5jHbi2PgcnHIklRFRxU1VocuY5goN3A/qPz76Xe2HufNu2zfSeNTWtASBkHyBrgn+Y/b1iBPBLsl&#10;29pKWGqtOOR6ADHHgT5eXWh3/Pb+M+/ti9wb1n2rRSLt/fSLn6No4zCZKaFbVtNTMg0sQ9ibm4/p&#10;+fZhmp4JqdlUgei/B/I/Sxbj2LYLu7tdwSYHzwTX+XHoqPjrN4mTX5evp6/b1qgx0eSxOcgiqIai&#10;Canq4w4cMkiMjguigG/4tf8APsrXd+46jZODmzsUSeOkLtU2F2ZbG2m35PuS9z5+vEthCjN6GpwP&#10;8H+H8um9wv3H6mrVXHD04mgNc/MA149bYX8nzovbHyJztVtrdGTq64SYyjlwcUtS6xQKlmqABe50&#10;G4ItxwPcL4u9503Z+Eq456d6apoaxqcl1srLq1LpP04Frn3Gl5vUu5t/jBAZagV868PWueHnToMp&#10;fwpcCV/M0z5A8Sa1xXyFPn0y/wA9v+VVQ9GZPCd0dYO9Zh8tjdOexi/uTUs1ORHPWDUL6GPJ/wB5&#10;v7OVTQpMbowKFiFLMOD+VFv6H+v19h26vPC1K4GsCpAGT8/z8vQedeh/ty20gBLKT6D/AA0oMfZ1&#10;q9Da9TR1UX3kBh1m4LRlbgMCGOsD/ePcTNssNBM6uG0KzagbWkRbkD+p/wB49u7bcCSQeKpBI4Uz&#10;pPA8KYOc59Om93W2VO6lDXyrjzrxA6FPp7boyfZO26CKJZoKnL0VJKwTWsC1FYieRyDa1iRf3T5h&#10;1qsr3DvLL1FZJHWybgmFJE7sPFTwSaEIv/X3t5JSwYAgn1p6/n1Hc8+iRggFMAcSCPlXP7evp4TU&#10;OH2d8Tur9qUeOhrMBjutMHS1v28SvHMWxKGVTHaxW5Or+v8AX3Y9Q5bHU2EpqyvMUz08UQkkkHkI&#10;cAKH9V7c/Sx9rwfqIFDg0U58s/OlCR9tQeFOi76jxX8PIpUfKpz/AJPz602N+dJ9n5b5Cbu2f1xU&#10;123qHeOQyc2Lp6Cdoop6GUs9Qmm4XgE3sQR7ad1GTd+MkpfHppwFeJ1JILKurV6v8PbiLGT24BFQ&#10;SP2fDxHp6dU8eKIijca1+Q8h+fr5dCn8Vdv4j4gb9hzNfn3rdz19XU4/N4qoVY6iKF6gQu8jytdj&#10;q+uk2t7CCHY8keGyGh55akBngjEpUyEXGlVP9R7RLAtaI2qvHB/2P2dVhv8AXdaAB3cfOnp8j86f&#10;zHVu+W+W+GbsXZVFVU2Ox+BqkRMjknSGdaV30vBLLLyFBJ+t729lZqOvN25LcRqYsTJEIKsGNpXJ&#10;dlRgeb3/AD/j7qYp1GhTUL6Y8/L1+3o3jiDISRTj8v2Dj1bLF8g+ncDsaH77eeLkjrMUWlandWpk&#10;8sfBDrZRccAEX/1j7Xe4tp9h/bMkGD0eUJEsxAaPk2b9P0/1z72fqQBUE1pTHl+Wfy68INQAXBI9&#10;f8n/ABXQGdd99fF6uyciUvaOHqp6Jp6mox38RjjqlaO73aOUgkD6EC/t2HXO8aiPGU88EsMEMULM&#10;lpGQmwDDgDn68H3MvIG7DbbmO4mCinnj8+OaeRxXoQbZCIyH0g8RWn+rA6A3cvy2+OmLk3llsdur&#10;DV+Raoq4jMaym8sBQnxoCzX0gWJI9jVh9nxbYFHPS7d+6rJULzTumplNuOTf/ePee3LHuLstztqQ&#10;ZjagDFSKk04VND+WOpH265E0ZSmFpkEGtcefnX+XVYG5Pl/g+8Bu/C5TuyHa+ExFctFQUFBU08Rq&#10;45DfyKv1IBFmN/p+fY07VqqmogCT0UlE6yFY1I/Ut9V1P1A946e9l/YX9ydztWBwFYEg8PMAGv24&#10;HRJzBFE604gYyONfP7PX/N1RR89tmban3rS5ram8sfvCOsxkCZKaFxI8FVESDJIEPJK/W3+9+xEN&#10;VFHcv6bL40vYDk/qP/Ee8WFspZ20RZFdR+X+YfnnoJQQqpA/CDU/Zwz/AJz1W7J1flciUbHRvPrN&#10;2jiH0X+1YNxb/Y/T+nuPNXloY2hI8ayAH6f2uDf/AI17cbbls2cTdzmma4+VPP5Hy9PXo0+kjWiT&#10;AFicf8XSuR0uuvuo1iyldR7kpAZxSySUqyF9JZRcJcjkH/be4WcrKqCgklpmDTlAFLAkAgXDG/0t&#10;/X2hqI0YKM50mv7fLI+XQX3NTFIcYLMtR6U/nXgehx+OXVuxd19sYXF7yoC23qfLRmuSJb+ZBNZK&#10;fQpJOu1rW49o6GSp/u7khUTCpq3p5G1RksTJ9Qikc+2ljcwkVrXP+r/VToqS2ed1RBQV4jjn/D0f&#10;zc1BtCn+WnUI2tgDtDaGJ3NjKKSCvtTwJj42CipnjewFyLgj6fn2UjN4/ceSjqteIr2k8+iMNC4Q&#10;Jq0llIH9PZc0crtoegBrw/1YP8unLraQ2RnhX1OeJ+f/ABR62r+v969ObTOLSj7A2xFTCgFTOVzV&#10;GJZJvEG/dUuCbEG3AsfY4ddyS4PELQVMc33BCsBpdVg/HpP/ABHvcMDeH4WkrxpUfF9pIp9lPLpP&#10;abdJHITgA/4a8Dj08+qjvntt6g7e7Exu+MDl9vy4fHCppKt3rKaSoyqLaZFEV+Yzbm4ufx7W+Z7M&#10;r9p4yaSWOarDLoplQess5sgtY3HPJPvc9lb08Ro1LAcaV8scCB/xVOhK0Cx25jhFXAqTTj6kH/VT&#10;ohPW38sLqv5Sb/xlfjspS7Xigr46vdkEGjw1MFPJ5K3xoP0F7EAjjnn3F2NunfWainq8rF46We8l&#10;OPqyKQdKEW5PPJ9pU2+aWrqukgkVpmpoa/Z8uI9eiJk0Sh1qCp8qnPoBn+fS2+b/AMcfgJ0nJgtu&#10;bNqKKHdGFakhzVBBUHx1sCAJNNNpJ0SNpOljwb+/bgxOSyxVMhXTwO0ugeG6LoJtYj/H2drJfW8H&#10;06SsoPECtCfTy/2T1eeeQtWpGrP7P5D86U698de3eiOtpKrIdYdZ7fzOOosO1TPJXSQz1qVkMflY&#10;pKdX1YAD/iPa/wBu4+mxuNix8cjSJCLl3N2ZgL3Yj/eb+zFbi7KiRSWKClc4B9K1zX5Y6Ndpubln&#10;0mo+yuR9nCh9B/Pqpb5a74zfbnbmV7Hr8NR49sw88EGPpiBDTQI2jTpFvUAAb/Q+3951p9QCs5dl&#10;BYIbHj6kD6fTjn2nt4WupVVe0CpweGc/s8yePHo+sY1e5BFBU1NaVU1+08eGeI6Lh/crJbppqMT5&#10;zHUaUUZSKKrqArxxB7ssak2PJ4559t/qqGDDV6nF7j1LzyD/AEt/T2LJkg2+3qvkvrgn5epPr/Po&#10;Q3MsVtECvlxz5/6s9Izdu0ztd4YoJBXw6UY10PEckhOplS17Af6/+39qXGvHTR6SQQbgX4Zj9Tz+&#10;Pcdb7FJfzgqBUcaev+r18+g7duLufWACVpWmR8/8/QU5+ketqo5EhIsVZwCCGtwzWHH1/wAPebJ5&#10;Klgp1M0iohVxIj3Idm+gC/X88Eceya22ycFmcUGAGGKD5+VWOMgHPRsY4I7PVpoSBmgrQeefKuD+&#10;Ly6H3pDaWf3LlYsdtbCVWRzVLJBWxmnCo1PFC4Z6iXUR6B+fZdd65vM1WRoMVtqBSEmSWsmfV4xC&#10;P1AN/vFrezN7eRHVKkFRkgDVnOkjiT5jPQOvWglqjilM18/kP54r1su/CPpvqzZvV2+O2PkPW06T&#10;Zumnx+38Y8zXhqIUMInRX48jOSRb8e80+0ocrCVyHE8inylLgXcWIDH+ntQm2+OPEckHh+XGlMCn&#10;lxr0WxwBSpHHHyx6mnlj9vDplb5w1nUmXaHYFLS5LbuPlU0ENbLCjvFSvwwsQwJPA/4n2F+5Pj5P&#10;laV4qLNzUsLtdfHCqtbklGYc8/T35tmatI21E+Wa8fl+306V6EESsAcnNcAcfPz4dG36j/nrdaYr&#10;KJHvjrdochTr4aqb+IxzQPJGtpJKSOQW44uDza49qXrTqSh2CsvkqHq6yoFnZmtrcHk2P5I/Ptba&#10;ctzlhI1MmgAFcEfi4kZ4g8Og7c3FZljjGoE+n7Cf8Pyx8+i7/Oz+a7N8kcTTYPr7EPhtr0Ey1FVk&#10;56dnmiiU6YhTfSw5HqH+wHseqTGwNDaWMLpNiFIAUWuGuv8Atuf9h7euNqgQeEVqx4Hga8DSv+Ae&#10;Yz69Gm3h3ZWVRUVocj7SR6A5+fp1Rbuz5ObtoNxTVGG3FVVkJUR1S1waaOU6ryXikUD6f0H+x99S&#10;4PVJBPFK0UsUt45bEkMCCLt+bcX/ANf2WNtFmGIAGVFfWn2YIrSg4UpXz6EASNyNQ0hTXBpXPn/m&#10;8qdLrb3zZrqXCZbAbhx8WaweVoXpqvEsoSDS6t5GWKxHJJ1G3P8AsB7UcI0ALLaYpZdR4BJ5bSbc&#10;8/0P+w9qgshhGntYip8z6CucHz8/keni9Ux2Ek4GTTyqajyA8vs6r+33Lgs/l8lkMFjhiqSd5JIq&#10;YAaUHDL/AMFvflTf/D3zqcfS1Kg6VW/+7FABOkX0n+vt/at93bapT4TmtRRakj7aV/2ek8VzPbuJ&#10;ASSDwyR68PMeZ8+g3w+Wz+3KpZ6Koq4WikDxqGYwszG5YxHgi311e45xtNHpjUnRqOpr6nAC8Wt/&#10;vfta/MO6Xsz3dwx8RgKeQrUeXn6UHHp5ruac+I5Or1oBU+f5Hhx6cJq3cWcyM2Vyb1U9ZMS7VOkr&#10;ybNZSoAHA/HubRIKYkxgF2H44YgXK+ofXj6+yfdJZL0EXFaf0jwxn8q/6sdJLwmWjMtaedeH+rj/&#10;ACyMdN+RpJ6iJ0qFle5GppLsWJHIJPPF+D/xT3OkrDJHyAwNrFfq1+NN/rz+b+ymLahHJg0ofP8A&#10;w9FYuBFJgUJwPt+35Dj8+k8mFihLSo/ibTYBgSrBuWYA/Qg8/wC29pvJYqOtcSmMN6SxLAaPoVud&#10;X+9C/uSuVOeN25XQ2+3TmNSeFK5+Q4fYcdCC13+5tLUrE4AHAUqR6kcK0+fQp9f9rb662iqodoZ2&#10;qxC1rxvKsHplYqf7L8W44/239PaXqMPFCfTTqj31jSNJ1fg/7b3PnK3vJu8hSK6uKq5IIalGr51/&#10;OnH5dHu28xzXEgjcimqlaUrwPypxx88eXRyuuvlt2FVSU1Bn9z1FfDWqaGqp62UkPDONJUSt9Cwv&#10;Y/jj+nvjHIXingBbVD49TmO3DuLW45PPsT3242jb5ZbwhGhTIzJqNMxOAcnBr5DHlw6GzIxVZFpg&#10;liMf5uNfl+XHoRdw00UW6Ov96oKc4mqqM9Vy4wZWSVVeHB1IVWjJvEfLYgBbN9Ppf3//17fI8XCh&#10;UiME8DWeWP0+hP19oZN7uZlo8hFfIYHUpgqvw/s/1f4etQ2u3JlZvJqnkKkkrHGbJpubgD63/wCI&#10;9z0iCjRbi30P1tbUBf8A1/ZbLOG7utAajXpMs087XYc83uOSCfUbNc3t/j7zs3pFxf8A172t+QQP&#10;x/t/aRWJJPHr3gq9RSvWaOEknRccXsTa/wCCCOf6+0/lkonS1SgY6dQLLqsByzE/7D6+xNtEVyz0&#10;hAI8weFDjHz/AMueifcdpgul1OKHyIxT7Pn/AKj0KHW25N9bfr45dqZevo5vMqhaWolUSMeFQxKb&#10;Nci2m3tGxQ4sz3hkUSaiLq92U3stgf8AYc+xVLbnwKTICo+L0IAzX/NTj0gg2VIu5GYKK+fH7TQY&#10;8/8AN0cuq3v8hYMX5M7jqxKGWAETVONERlGnyX1qoPN7m4tb8e1TFTCURJKDNGqvZHGohioUKWP9&#10;R/vh7BVzaWsbSPENBZhWhotKngP5efzrigss7SBIwZiCDQ0rj5Z/1V8/ToIIe787h5JvHHFR10cr&#10;2np7wujDgOXT6WNrabf7z7wrRYqgdnFHTRlySzlArSX9Xp02/wBf/H24u2vfKdIqcD1pStK/zGcD&#10;hToSbfvA2/UyaATTBof2g0IqfTHnTpWxfKD5E7hp4lXfeZyVNjYpIqSiqKt61KeB00usUVQW0rYf&#10;gX/FvbpDkomNhNp0202cEAD0gBb8Dj6e08+wXEKUEQ0/ZT1PGmePGvSiTmNbiXUHGfSmP5dAtmtw&#10;7yzWWky+UFfPX1UxlnqPEwZZQLlrWsFtbj6D6e50da1lEZUD9dioYsFPFrf0/HPspm2hGctIma/L&#10;FcH558+Neldvvro4d5TSmOHy/M/aa466pewdxUcngqM7kYY49K+HyzImlf0xlVYXtaw4/Fre3lcp&#10;M6C2vUANT3Ong2+j/wC8gGx9kj7Fbq5qBpJGKUOQfQ59eAI6fvuYYQo8Dubz8v8AAaf5unTJ9opR&#10;JTyUEs82SUhjKzHSJLXEpJ/xsODz/sfbVX0FDkoZYKiFVaQMBKGa4kNyjc6uAfwPaG92UGMvFx8s&#10;AAev8PH55yei623w3E6x3FAtQDpHCp48R58T/lp0ZH48/PDs3rTfe2q+uzU9btumraeHLYqQK6VF&#10;AzhZgsj3KsFJ0tf3j29s2nxwNXXlJ6qO4GlSqrpHpItyTb1cf7x7KWvJGRLdcHhX/DxpwPbU/tbH&#10;UkWMkFpbqIACx/EPn6V/w56O/wDIf5nZPfz5TA9ax1mG2jloGqKsTKGrKs1CFpFUIT40W/oCE3HP&#10;H09raGaBtcIbQAx8YCehrA2TS1gv1+tvbM9vMgW6dK+ZNanyzUVr5ef8q9JFv0SR0mbNft+3/P1X&#10;NR7hvNWUlRVuJGlkVNcZezOxLqSbW+pP+x9xKiqQMVR1Kq3AQ+lTayi7/wCP0tz7WwWsjAtKpGoc&#10;fM+vDzp6/mekFxu8MJajcPzr/q/LpOZHcaUsziOqJMbNHaNrjSAbKWY2/P8AUkf7H3EkmjKA2a5Z&#10;iGc8g3/QAb+m/IH+39roLe410AAWgwvn6EnhqpSuOIx69Bq+36KVNK4oa/5f5dILM9gRGJYEqJtS&#10;MzBmJFjY8ADkqD9PcYwmVWZTqK3c3bkc8WW4+n9PawTi2cCXFaCtK/zz+Z4DpDFFHfozyPQ1+2tf&#10;t6ZaajTdNPUSyVpHjVnKOSWa/wCk6HNr/wCw59xwqA2IYclfVySSAACPr7XmaRwKEeX7Pt4dFE8P&#10;hOyChof9Xr0hqvEJRVEqB/KqlkuFKm445H1H+P1949I+gubt+QtiPoNRPIHtQzMV1ECnHH8qdMjh&#10;npl0AygXNwfUr24/BOof717eIXp1UKbFQDew/r9f+NH2F7yG+eQtGSK+f2fl/LpRA8S118T0t8TV&#10;4uBBHOEvpKEEXLE/qUX/AMPo3+8e8TeBgxVQthcmx5J+guTz/W3t+MXiMqtU1+foPsx/k6uzQihB&#10;r1jqGxq6pIiupTcrpBGkkgAlTcn88e8HkjUDm7C2kjh7/X6N9Lf4+1RgmeopQeYOR6cc1+fXjNq+&#10;A0P7OuEeQQkNDKUlHPBZH0g82+lifra/+39qTDQw5iQ0dQtpZEPjnN3kDH0qh+tha1iv+ufcW8+7&#10;TFbWjXlvTUhrQUC4oSanjkmoPDh1KvIfMs8d5HZTNVWwDXNfIGnH0z1Zp8E/lhvHYG8cJtfKZSor&#10;dtZGY0j088ryGEzkLH41vYWsLWFvr9Pcx44cZ+zIEjCSNHxc2RDZiW5N/wCt+PeP8xN5KdPdXz+d&#10;OFMA8Osi4pY5FAcZ4/b5fs9OtoPBZKoy2OpMhTtMDU0sdWgAKxrG8YZXDm55v6h+P6e31zT11ObL&#10;rUsGjaO9wVFlAP0Nub2NvYdiSW0nDA0pgg04E/8AFcc9P/Uqy0C08vL8+Pp0oJ8hUqjQzuF0RIAA&#10;rvHG6i4V/GLn6nkX98IsLM0judYjKBVZixZkP0IH5t9D7cfcrYRCLAYE6gKU/bx/aKdagSAqfE+f&#10;lx/P06hDK08InqJHklQQAQmTyCQSL+qOzcXH0Fj/AMSPb7SYoorMqMBewtqBcWtpKn6D2UX14siA&#10;VUn8sfMepPXrpbV0EIoPX7P9X7Omil3bSffmnm+5p/Q0lxrvwbBJQluL8AL/AF9vCYOyK2h2WNjK&#10;rKVUpJ/Tx8Xt+eT7DMm4fqFjQNwyK1H2+VfsHRKsdvG5KBQxP2kj7fT9nSsi3JRSfbQwVDD7wmOS&#10;PU0SpIOAkhbklf6jj/D3IpoUibT5DqduGCgWVTcAgnnng/X/AFvfrmR50C6MKMgk0z6cKYyBx+fS&#10;+SbWAoWgXyr/AKqfLriauWBnljmuondVUxBg5i9RV+Te3NyOPz7x5bHw1kZJCtLqFyWZSwPDoVAN&#10;v6/4/wBPe9rkmtiRkL8s8OB1V4+ozQdJVXWKMKDj9n2HqPFumJJViZyiurGRZIzaNrlbqijkL/ie&#10;fp7CnLQU9LM63WNi1j+hSNPHDLf8D8j3J+2G4miXStSBUgkmpPDj8jwr0rUlAVYfP8/n9nUiHLvM&#10;GZ5mkgICwTqh1RoDqYP4yCDq4seLe24JHM1kIlUksRfWqBeQNX+8gH2aGZ4qJKPDpg1wTXFfLA4c&#10;DQYr0sS5IAWbHDNM4/Zj149Y5PJGJZxI87u58QRbp419YS1iS355+v4t7eaWCmEl3kiuwsqFmVlP&#10;9uxNgbg8cm3tDdtMIz4QODUnH2DhkZ4inTcm4WcJ8N2Brjyz5g/LpPHMt61lgk8el4lbxyMGe2p0&#10;PF/p9So/23sQKGOl0B1dfEFUELYugVbFNKf8R9fYFvluPE0SCjEk8OJJ41OPyPDrTzCVQYqH9lM+&#10;p9eoNXuGsNKZaNZpUhmiSzBvFGjfpEhFz/rC3I/x9v0H2gXUmg/lLfqW/wBePoL/AJF/9h7Dk6zi&#10;kchIPnxo2f248sAfPpDJ9QTp8+mj7/clXUCWSjdKMsJBpRVlSFeCLWsAbfUm9vx7lLUwuWvJrARb&#10;W5uCf0m9x9P98PbH0kkYFFJqTx/yGvTTQSqMClT5/wCHp0V6yrOlwlGDqknn9IhVSfQWjUcXH6vz&#10;+SPc4RB7AsUcjWQQSStvQoZfof8AHn2ilAUanB9AAeB8zTz/AJZ6R+IU8q/6sn59dUVfW08rR40U&#10;7/uWeSZSolINlgFzdb/hvp/vHuHJDExYgt5G1eMBroLeptWq/wDtzb2oirEnaKqKaieJ8h9n5A9K&#10;VkcACmMV9f5dS58lkK10WraKn9VoI1TVEoA1ESNyx/IUkj+vtjqKVZiV1BHuxIOn1AmxsSB9f8OP&#10;8fYktpAFGNQI8q4/KtP8BPp0aRT+Hgio4dNqZnLUGpUURwxMSzqFMNgxuyALqBv/ALD8/n244/CQ&#10;ONU2saRpQkh+PqdWkAk8jn2VbhfNURwgHicmmfkTwHoOkF7fMSFAB+3H/FdSo98ZUMJPu707lYpV&#10;hp0DIgF1cwKLsT+Tc+5lRtSnmS5VQpvypCsLj+1p5+v0PNvZfDvMikLWjftB/wCL/Kv8ui8bipIG&#10;nI/1f6vXqRF2RNRSqW1ZBHdSojU+V4xxNaNLkafox59oKs2/T4+cqKgqUJUhyWYovLBithc/1P49&#10;jWxu3urcPIAa0pTgCeBzmnqB9o6ENjIrR6+NRx9K/n+3z6UsHY02VmaKDGSQgnVK7qAsqRxgsA9+&#10;CF/tfn6Hn3H+5pKVl0urLYX1I1z/AGQBe1v9e1va8WVzMpBBJzwINPPgOPS3Wrgoaj51/wAnWB69&#10;MjBN5nakMctqdQHRpgpuW/ABB/Bv7g18MNVNaaF4oyzFHRANSSD6tqFtN/rb2a2DvbQKYnUkcQTw&#10;I48DxGaf4evLJgcDQjI8vy/y06YfuKqGeqULVSnSvjnQMWJ0gxlJHUXTjkk/4+8qYqiiXxKyMGuQ&#10;bAKSAALEf8j/AKH3c3Zn/VlUgrQcc/bTGeFfLzI6Uo+pQyrWgpXzzxP+r9nSertzbxoJi1CYzTNJ&#10;eUyXe2saTdpLgj9QBI+v09y1xcbiyU6MRddQBAVvq1gT+PqOfZa12iOCWoPT19PLifs6oJ0jYNWn&#10;+auP9VOnI7wyUUQM8zh5adGd/IFKoTZlARlso/rzzf221tDBQwvJMpaNFF2AYerUFBYjnT/U29q7&#10;Zvrpgq0UtX/BWg+fyJrnp17oSnxGOn8/9X+fp/xe7a+cRLR1M33AZlSJnSQPHezMrHi/P0A+n09p&#10;hHiqf2YmdBJKCNN/pq5kZyLf7cj+tva4WiqxYAdq0zTj6AA1/kfSvRSbmUtVTj5Yx8vXPS8rs/lc&#10;dDDU1xWd0ksPHGwChlOpCV4HFrjj/W9utPi45ZbR1Dqtr2ZlYhC1hpLjkm39fz9faK4VIYwCgLk+&#10;QOGHEYOKcRWlft6SXUSnUCTkVxxB+306Z/79ZZzPLPxSQ6hFKGWMvC6m09jeyk3B03t/rc+4GV20&#10;sUyrG1o2sh4tKCzcB2I+p5Nxf6+1G27rEEIkUj1zVccaKCaA4wR5Yr0VpbqdQddR418/n68euUWf&#10;yNXTSSEx1EoVTE6hYWCEkpd3UEkKT6h+Prb31TbOpJm1VVyDHcKwOkc29bfk8H/X9rbjeYkJ8KgN&#10;cHFfyBrSmOFDw+fS+3s4Uc1oCTjgfLgOmRt8bujDihikkhQuJ5LOo/ZAJ0yg2IY88cG31Nx7VNLt&#10;bE05QmFeLqr8Arp54082v7KJ93uZEZIqHzIPnX5+tPsx5dGpSNY9CpwH5/t6S1dvvcUsrzVNVUBr&#10;uoWJ5LRGJh6tH+p1XuB/jyPanTH0kcHjVIwpkDa4+Lraxufr/tvrb2FbmSRpqyVOOB8s1H+xx+3p&#10;C4WtCpI9D6/6v5dTsPuvNzWnDtSSM0lvGzFXuoTyG/8AgNJt/sbn3BmpqBSqyaSTpYAm7Iwceuw5&#10;P0/23tVZIWQkrTyqB8QpwJrTiftzw6WWxYVMYH+fBx/q8+nGt3PvASwRY8swmcrI0rabBvo8Q5se&#10;eSRYkW98qagxzvchHNtY9B0kk21Nwf8AW9vXE86ppUUqacR+Q8vt6euJ7gjI4Y9f9Xr0yZHPb2gV&#10;3L1DSohsyRq+l411KVVr3HFx/j+Pcypw+GqopYqhIJ00izIiAwi3Kra/PsviubmN0cLoIOQTxpwJ&#10;+XypTovZpn0lkz8656h4ze+9adknpaytNXK2os4YsI2uHiZVHALC19X0/wAD7Sc2z8XSrJJTRyW0&#10;k/6lgbWUhwT9LXt9PZim9yzyjxmBI+wjjUgg+oxUZPW3Mb0AFGFa93Hz/Kn2dDBT7z3XWUUEU6pT&#10;eQLqVpWUM3jCQiIAAXuQV/4j2jytVSzsieZoxq40vpt9bleOF5vYgf1v7FKpaTqGZV8h+H9g48cU&#10;wT8+kxLmoqfTjivp1KmyFTLAY3yDw1f7hJaZ1X1LZpAsZB/qSAf969vVMqSPTpKzBZEDg67atVvo&#10;wtcg2Fr/AOH49oLi3H6jqoqOI00p+RxwyKDPHPTiUGOBr5f4K/4PXppXN1lLR6Y55JPt5Wiild3m&#10;E2n1EtPe9j6hYn/C/tRn7Wj0yRu6lNR0KQ+v9QOq97g/Tg2H+HPsNtayyswkCmtB5j0pTGCOORU/&#10;PrbAUYj8QFR5Y/L+fU2l3DkKuNI2X9sFmRnTU6hiJJLlr+k2YcG3P45PtMZrN/aR6jIwExdircR+&#10;mSwBF76QeByP9tz7NNt2FbkdqqKUyeNKAny4nzwT8646JLq/SEaQBq8q8Mfzr8vXp8octMtY8Hin&#10;namVnR4SGJdm8cbRBCAABxYn/EC3tDx5uGWYE+NCWuWLh1QglYzdibn/AGw9iVdjCgsADj4dOk08&#10;+FMU8xk9F0O7ySOFan/F44efy6f6vLZOmo0UvVelr6ozrMhb6x6yDyL/ANdI/p9fb/HWNFG0vplI&#10;4e49HqsbX/Fhf8f4c29p5tkhuv01QD0I4/t+ePPo5lSO6gDxLWvnTP2Afb/LpKxborqeuQvkZ41k&#10;9OksfMPV+rx2sL/6pR9P639+E+PyhkR8RQVDqACz06PZW/U2oi5/3n2TnYI7Zu6RlDeVRSo/PHy8&#10;/wBnRVGLZX0tT5jh/q4Y4enSuffm5sMkUsOcyVMoBYGPIVSM7A8AqlgSbm9h7ZJttbZqarTXbYxU&#10;jgkeumiawZbAkqt/pz9ePan92kQa4ZW0nz41pSvE044/1Dq4SBxpQGh8+P8AkHn/AIPs6UVP3t2F&#10;SJ46DeuXRggfR99MugNe6C9/x9DbmwF/x7mV/W/XeZiMFftPET0piB9NJEgLACy+mxtqsD/Sw/Hs&#10;PzQX8ZASQhlOPXPn5g4/4rqpsUI8RAKVoDTPrmvpx6VW2/kf2thpvu6TemceWpubVdWtRShUYBlu&#10;3Ou//FT7DHN/Grp3LqRT7bWkDC16d9DqxX1AL9OfwAD9PdYl3KMUlctT1A4fs4fs48OnolkRhEyE&#10;KeFKf4c09cU+zodcF85e1cZJGuRyONr9SKAk9GzmRyLqt4iACRcG9xx9b+0HUfDzryeKVKCqqaCR&#10;PWDK14raeCfpzc8kH2xdtfynWEBJFAOB8xx4ZH+Q+R6EllfNFGGZQPKh9fnmn8qjoY8J8/snC8X8&#10;dwlPUwkMsr0dkZSLagFZr2Xk/T2jK74eQ0oZqWvoKoqBp8wZdatxpRVFv9vb/Y+yFjfl2CRNT14U&#10;p860rwrivQgtb62mYq6inHIz+ZqOP+odDzgfmx19llhNUZ6AyWIVtDMB+WaMkNa1z/yP2han4q5F&#10;XnvjqWUcCMRSqmo2/sL+SP6+2JhfmNGCEUzXTlfz9Pn0s8XbZQABWmaY/bxr0J+P+TnWNayKm4YF&#10;L/QO1rljpAIA+v1Nj9B7RtR8Z60TOj42pU/gwqGAVv02cn8/4C/tD4u4BqJUNwOGHDJrj58fs9Oq&#10;3EO36QDQGlCeI/wf5el9B3DsmeBKhM9jWikUHUaiI2D/AE+hH9D7caH4/GmMUZxMsjA3ZJEj1sFF&#10;wDa9/r/xv2ka33Ro2cAlQMHODX0Iz+z9nVrd9qtvMUHAcKelcfs49dt25s/j/c9j1vexjnjkUgf2&#10;tamwH0+pHPHtVx9WyUi+P+DIix2JUQoRawJ5IPP4B9klzabsSaagT8jwqf5UFcY/yCSyu9qnwhAP&#10;oR5f6vTqZT9g7YqwrxZuhlvexWqRTcWBUKTzyf8Aefx7Ysh1ji5ixqcTTrfUQ7KEZv6oNNr3P59o&#10;FfdoGo+o5pSlMfOo+37Pl069vt82UNPLHCn7OJ6UUO4KOdAaesilWw9SSK6kn1XDKf6fT+vtrh6z&#10;21A4kixys4AJHJBH4FuQefr/AIe3JLveGBGQBmtPQeX+r9nHqsdhZ6gKenHh/g+3qR/FFaw8yC/H&#10;15ve1je3+9e5dZ17g66ApJQxAlQAoVFIPH0Kj8fXg39tW+47jDPqUUAHHJH+EnzoMU+fRg1pbhax&#10;ZoPLhn8/8ny65Cu0FSJQ7E8gfS30BFzY/T2H2S6bgjLz0dWdDf7rcAGxW1wQCP8Afcj2aw7zPIaS&#10;A1UjgTX7aYOP2eVeimSwtvE1IQvmaf4fl9nUlcmvAYAXF78H/YXU+2yPqO6lWn0ysAW0IvpH0sWa&#10;wN/6ce1rboyDRoJGfWufPgaDh5Z9cdaaztAnh0B48QKkcc/y65DIoeRyCQOLH6/kfX/efeF+qQZB&#10;pLPpWwdQLBWF7MB/rfkH3c77PHHXB4nNa4oB8vzPDpBLYRsR4fdWv+r7DX1x1zWvX82XkWH+Fr/0&#10;99/6MYVDCUysRbgowFgnAN/r/h/T22d6nALqKY4f7FT/AC49aO2GNdTD9lD/AJOuX3it+llP5BBB&#10;v9b2/H+t7cKTrijQs0lPrB4RWP0C/n/H/Ye0x3eeftBPEcfX7QMdO2lvCJCkgOR6Dj5ZHD59cWqz&#10;b9SrYX4IB44tb3Il2JQLIWFDpjYA6btzpPLA8G3t2Oe6Zalq5pqA/wAvDrU8cUZrrUVPpT9tOPWP&#10;70f8dACBfk/X/Ejn/ffj3yk61oqmMTRQS06WAcqjW0vxewH9T7p9dLCxQ5YHz/bTjx8/29Lv8SiF&#10;TQmnmRk/ZX8+vCv5trRifpYrY2PJHuDP09VqglpqhivACujE+r6WJt+ODf3UbwGajgV/1V/z9Fs0&#10;+s0elB5f5x/Pj1yGTh4vY/T1A8G5t/j/ALD21P1LmDGSZ4gS9kRY1vqFtRF/6f4+1Ue86XoEZgBn&#10;1A8hw8+kEskasFUAU4/LP8z9nWQZGn+hZQf8WA5Frgk/Q88e8c/T25I4mkjgWexHpiBLkH6F1Fh/&#10;rj22u7W5/tqpq9TjjUZp/LpRFOrEo+D6Hh8v2+nXhkqUsF8ign+p/wAbH/be2ip643NTeqXGSfQE&#10;6ASpNtNhpB+n9Px78d1tilEKnPA4p0oK04/8V6f6uHWZauBxcOLf1uD/ALwDf20VG0svSHVU4+sW&#10;44bQ9iALgWYWt/r+1cdzHINQYafL1z54/kR0qS0c0kJAWlaHLfs65Coia+h1azaT6h9fbW2JqEJ1&#10;UzKVupZoXUqCLggj+v8Ah7VNcAx4bH7K044Oft6VfphQy4r64+3B6ya1uef6f4/X88e8D07LcNqJ&#10;CWLABdN7A6ASPUfpb3Uuv4aehAr9mfTp8R17kIJH5/t48OuQP+9/8b/Hvxp2CatHGhrlhZkK8f2R&#10;wb/4e9JIpIWlP8OeGfP8sdNTM8SGQgACpwa/4afb16/04+pt/wAVPtPvUTpV+IoVjUAaiTqF/wAj&#10;gG3s0FuGg8Suqn4acT5k/P8Al0EGunDah5GpNT/np/n679vcTRFVV9JtHqGkEuGZrEsAfwPp7RsX&#10;BovnTJ4U/Lz+Xn0KbW8aSMFeJwa/5P8AN1xOrgj/AGPP/FffL7WS5MQcBio9Y+v+1IT/AL0faWSQ&#10;u+iXA8iP83p/P8+jLUSO6mRj/V8+u78XFj/sf9j7lGD6aiWuCCSVP04LcDgj/D2nU50kU/n+Rp/l&#10;6oGzQigH+rPr+fXtQ4/x+l7+8TU7susLp0rqUt9bX0twLX/31/b8TqXCNw86f6jTpSjZKHj10WH0&#10;uL/Tm/1/PPvoU+k8sSTa/ANh/aCgEA3+hNvb08jlqkYBp+z/AAfYPt6cUFa0z10hFj9OPrz778Ui&#10;LfRfSNNxZWIJ4Gk/kHi/tjtY6RxOacfz62aVyaHrxNweRb+tv9j74iEMspX6ek2vfXb9SlTb6f19&#10;0JZGUE1z0pSWERgMQD8x13ccfX/A8/0sCf8AH3xaEotg2ocavzYk/g8f7E3/ANb3qpIA+yg/yeef&#10;9R6dRomHZSvXXHPFvr9bc/1+vvkafSukI2r8MSdI1C5DA/j8+6liG0jP5Hy/L16sWC5Jx12DwT+B&#10;+BY2/p9PeJomUDklTzdFOoAi4Lg3A/wJ9+eulgwpTy+fy6qxR0YeQGeu782/33Btx7zrE2kAAv8A&#10;6x1anYf4gD2Vg9EVe2nXfvAKYljf6uALaWC2P5BNuP8AW9vJcNCtF4ccio/n59WLY0HP+r+XXvfF&#10;qaPXqst47KwItqYL9ATa3+A97e4mkB7qV4D/AA/b1X9TTpT7Pn/sn59e99CmnkGiOJyfohQMRb8h&#10;jzY/W/8At/a5JRoDtj9lcdH0ZJjBIINPPrq/+tb/AF/eQUMq8EBAo/Rb6sTybm97e0Nwy+JVc6vP&#10;otvE0SlvJs/n13cH6G/vh4pAxVQoAN/UFtf6FuDz/re07SoDRj/sV/1Z6TUSh1Gn86fl173ErJqW&#10;k/enkWOxsjah6j9bc8W/x9roYHll0AcKCmK/nxx/hGekk+5xW7AueH5cPUfPr3uFT5GmrXYU8kMj&#10;rpuBZbNe55fjn6ezAwmMAEkYOMfyAp6fs6ft99hmIGryxX0PlilPz68Bb3JnZgAbqpJ1clDxa2gM&#10;t+AeT7LfCYMQeAp65B88Y/wHpqW8gj+Jqgen51NSafl173EjkikvaSM2+mlrBiOGB/p73JA6d+CB&#10;TyPDyHnXrcO4xO2lGoPtqKeVeve88kMhIcpoDD0WVWutrA/jkc2PtgYY08/8PT+sv51/z/5Ps697&#10;4ywH1obrbTxf1FSfTa3HI/A9+BWgHHj59Wo1AaY/1V+zr3vH4YwAoUhiFBIBOm50k6mH9P8AH8fn&#10;3Zm7KscDz4/6vQnrRjYjS9af6vPr3vKtGz+T0+gW4WwXSfxz9be2u0GoFT86n/iunUsVLCQqT86f&#10;6h17339pIE1eEEaStrcH8W/p/Qm309usTgkU/wBVf83W3WKp1NSv50p173iEBjuzAIiGxJ4PJ1Ea&#10;j9SD9D+Pfmm1Hhx/YPy6MEvAF0jOn0/1fy697zoHKN6hcuLqAtgf7QP+Nv8AkftvFc9G0chddR/L&#10;/V59e95GQksZDYuCQHGrhVupF/e604dOasde98Gi1LcPwXJb1ALybBdIH4/w97qAaH/V+XXq1NOv&#10;e46BTdP02YKbMdQAu1yQPqfdSAlXAwc1/wBXD+fTL3CRjurxIx173kUqxUF9LXf6WN7nhhq/29vf&#10;g1W0jj05HIJSQnl69e985I1ALaiLhtRCj1MQbG39LkfT36pI7RU+X29WDVFaHr3vEsPjUqbanQ20&#10;m4trBYf1/J+hHuwZmHcM/wCr/Y61rUCpP+r/AA9e9yaXH11WdNLBJJqNkVInbVY35P8AvH+9+2ZJ&#10;kj+PH5/4OkE9+kRNcU/n6f6j10Tbk/T/AGHH+39rDHdc7rrVJXGvTK7+ppx4yXsSPQfrx/vftE27&#10;2a0BJrw4f6v5+nTMW7wPgmtf9Xl1jaaJPq6/S9gQTb/C3tZU/RO7pow4NKt0Zwpc6n/J0/gG97WP&#10;tGeZNvDUBrSoJ9D6fl/m9ejD6hD8Of8AJ9vWM1cKkAlrk8DSb/4G3tpquld9UJdf4dDUopP6JQzC&#10;/wBb/S9+R/sP8fbi8w7a+Nef2f6j/k/Z155wMIK/y/4vrktTE39q39Lg88X/AB7S1dsHdmNGupwt&#10;cqAMzlKd5F5NgwZOT9frf6+1EW7Wkg1RyKflUcPOv5V/LpgT3B76ft6yh1PAYX/p7S89JLGTDNE8&#10;TLqLI6ab83sWI/B5t9fx7MI5vEGoMCp/1VB6UJOrip7ft/ydcvcQRtaxu3H10gaio9XqH+uB7d1f&#10;8X/q/PpzxFHHh173yZSVUGMKyq3AAYuGAF2JH9Tf3oMT8DV/2P8AN1oOprQj7Ove+AjaL63bUzC6&#10;n+wA2q7Hm3+w/PurJrPbjGT/AKv59JJY5GcHiT5enXvfccLaxpW+njUAeVbkC5/Nh+P6n3sV08af&#10;6s9KYUMaaTx6974eN4iI/GWLXBa30X6hbfT/AFgR71ChVP1K5NR59OcTT+f7eve+SrMF/TcC4/1m&#10;X6niw/wNube9OUbHmDjP+rh5dJ2uFQ0rXOeve8Yikc6zYHVZkZP9125VV4AA/F/bjSSeHgio4D9m&#10;elCsrIGGa9e99iHUpCoDcgtci3A/A/r9Li/tsFw2umTx63w/Pr3vpotenUL/AJJVluQx4RrA2/xt&#10;/X34lAdTtnyHVfk3XveUohQ/WxuHBDBgRYxqARYj/WHtyuM8a/4Ot5OTx6976Cs2o30hbHQALEA/&#10;XTcXt+be/ENgkCvkfka18uvED4vMV697xKlitgH1Bj9ObWN/r9T/AIgn2nLsas5/1cOHRUSzEluv&#10;e+Do/ICFgAvA/r+brf8AA/PvXn1rr3vtI2H1sQVIawPAJHBufp7VOFkGcUp/q/1V6NFIKg9e94wk&#10;mplAudJtYKCQx/2n225dCQoFCQSeFafs6uKNj/V/xXXveXUEPJOkHkrc2uLH0m3+8+2nu41YrWp8&#10;qf56/wA/z62FY1xjr3vF47t6Tr1WAU/Um9rEDj6/Tj/Ye1ToWUrJ8PywRT/Dj8/PrWQTXgOve/CE&#10;g6n1fouAbcG+m54t/r2HssujkwJSg+I8T/qHoOnUoo7uHXveNoLcgjV+kckmx+vB+p9p1IjJETUI&#10;8wPL9v8Ah6aabSnep44x5fb17300XCn0ix1c3A0/Q67m/s3icSoJq5HD1+3qqsHGpeve+LQBgrGw&#10;VX4Gn1AMPqotx/hz7uyo7VJI/Z+X+qufLq1Ove8BhW6pYm5IW/ATSf8AG1/9gPbsoYgDgTQ8MU8u&#10;HD9vW+GB1730VvqVdIt9QNPP+1f6w/w90DmMgt2pwHy/Zn9vXj173iEVvUNIbWGP0/AsSR/j/gfd&#10;CHk9SwpQeVOIp1Ude99NTLdVkBu3pL6btY/U3At9Pz7r3kajjORX+VOrFe3j173GlpkIAAIWxsVZ&#10;lAIFrsBweP8AD26zSRtg9pGMf4D0VTJpYxeXXvcNscdIDWIRgxUJza3BYDn/AB/x92+pORTiKfZ0&#10;x4S5JFR/Lr3uUtMoVdSJZg35KtcfXgXPtHLM8c1PwjOR5/5ekEpWGc6RUCnH/V/M9e94XpQdISMI&#10;V9XHp1A8BSD9f8PbrXPaT6+vAdXkkgZKLksD+VOP5/tHXvaN3IKuIokCancapHXSWVFNgAOef6+z&#10;vap43Gt2wMj0zitPs+XUU813LjUYzkny4cP8n8uvew9OOqPM0zl1Zzqe9mupN/0j/e/Yme5hVPkK&#10;UpWp+zP+odRCLa7eYBw1Twp/n8q9e9vlPi38kbpqsVLEhvSy2ve5+pH5HsplvAxKgDB8q8f5/wCG&#10;tehNttrOWBIqVqM8a/4Pzr172oqagmZdDXtqsoQF1VfxyP8AiR7L7m7EQ0gAMfM/zr/S9KeXHqR9&#10;vgYjwz3Faeea+Yr8h173OkxCfpNm1BQytZuRzyBf/jXtKu4yBaChpngcV8/Wnr5/KnR2dtkaIUHb&#10;xAqK58+HXveP+FKFBLFhyCbklGvZQjC9+Pe2vpGoAuT8iK/tP+o9Jn27wxQrQH7P9X7eve+nxjnS&#10;FUIosQAw1HUeeB71+8Ara6efz/n039GPIeXXveCXDqwRm9TMwFriytaxLAWv/re3V3NGOlqCmfOp&#10;6odsjJ+z0+zy/wBWeve+H8LCXGlJNRVUK2uGP1DH+n+B9uLeKVrSnrTgPnTH29VXZ6ZRTnOc/wAu&#10;ve8oxZJ021BQtyrAHUf7KkfSw+vtM24KpPiAj/N61p/q+XW12kKQZQV8+FD+zr3uW+MSM2VWcC1g&#10;Rf8AHINvqR/j7b/eEshGjA9acDx4ngP8J4dKUsansHlTh/sde98P4dqLnQzMt9JBAQaQPSbfj+lv&#10;r7c+tkFKn4skcPl/q+fRhFtSCjuK/LP8+HXveZMU5JkZRGS6BXP0YEekWA4P+J9sTXtV0H868f8A&#10;Z6Wtt8YTTIKD7KcPT/N173kbEs5Yf2hZV0k2YfqJu3Bv/r+2vrF1ajwPy8/8Ix00NtiBrU0+0de9&#10;5jhpPGDpA/cAUi7n6XBIHP1tx72L9T6nFSDwofz446UrbxKBQeQ9OH+oceve40mNVXAGkqtiSBp1&#10;sBci/wCOeDb27FdscIMD9tPLrwgQkheB+WRjPXvcKpx8EiBCCyf1BDAEA69PH4tbj/b+30uyrEnh&#10;55zX8/Xoj3PaLeaJm8qZx8J8jT08j/l697Ss+HUyllW4uRewYj+ikfk+ziG9OnUc8PPjStP8P+z1&#10;F+48vHxaotf8H5U9P+K697wHCxsy+lrFm+qg2IW7KLfS5/r7Ui/7aHGOHn5/LovOwVI7RWvAaq+f&#10;XvfIYMKTaIWBu5J4IPJBbk/649ppL1mwMH5/4eA/w8etryxMGqBw9f8Aiqn5de9zYsEJEW+lbNe4&#10;QEDkW5/qAPz7Ze/ZcEkmnl/LP+T/AA9CrbOXmIHmx86Z9P8AUP29e9vy0goYxKEFgCqagdP41H/Y&#10;3P8AtvZa08lw/H/V/l6kHb7FoONKHyrx/Zjr3ufAsFwzfqCjUSSAGIAGkG9h/r+2JmuNJApg4+fy&#10;/Zno4WaSlRQqeGBn9vkP29e95vAyMzWLchWZOR6jYWB/ofr71HKsiAnjTP8AqH/F8ejWGQSpqAoe&#10;H+ry/wBR6975faFVEjFASTybfUAcqPpb8e7eKODHI4Z6eJHm1D9vXvfMUtgSSLFlB5sBxxcfU2vY&#10;2492V1HZ5eemn+Y+fnx+fT8Fw0fGpr173jli9GlLWccWuCAvGkm3HA5/x92WTT8BqfP/AGM8ftr0&#10;5JdsQUQU9ScY697YaimASUyLyStlDW16bk3JH++t7WxXAjYAN9hOQOHQZ3JWERGfQk1pgDP59e9p&#10;U7YWSeSS7r5G1IgYWBP6gpa3s0TczGoyPOhHmOFfzrT8ugF9A08lHXVmuRx+z1z173mk2eKkIioy&#10;8E6Sbi7LzcD/AIr72m/CAhiaf6vXNSPn+3pd/VxpIqOoAP4aYr5Co9P9Rz1731Bso0pspZLar2Hq&#10;ZR9fx9P6f7x7rLzEsisGNa8BX1/4vy6bg5WjhbWANXDAz9grSn+rPXvb7TYgRo6uOVRlBF1Nx9Cm&#10;r8f0J/r7QvflyKUpw+X+z8+j19tENuU00qOGf5+fXvYdVeCyhqpXYrLGWkMcaqL2Y3uQOBa9vYit&#10;r+KICIZoADn7OHD+XqT0Atx2uaa4KkE0oCDX/V9nXvb1gsBXwyiQgI176LH9PABt/tx/jxf2V7nu&#10;MTKdBFcAAZ+dCPUjj0a7JtUwkBYduK4xQeWfM8OvexTj27LUortGP0IdWnnSfrdG/wAL8ewe+7xR&#10;yhWfPHB/1D/Y6kqHZXlQFlABHCn+riOve2rIbOqZIZFiFldJFuUsP9qU/wCwB9qbXmGJXU6uBoKn&#10;+Z8qenl5cei2/wCWWdAIxwxVR6+o8/kf8PXvaHXrHIJ5JIVUswI0lipSx+tj9fx7OhzTbuojd6Dh&#10;wqc8B/sHoJHku6U1GrGRjNP2de9yaHYWep2AkbjUo0xyFkbm/wDsLj8e2bnmOykqVyfnQZHlj5/6&#10;vPoxj5avdQL+f2g/4K/t697UsW2chCGVoZbre4s9yo51q34v+L+yo7zb0IVlqfQ8D8/9Xz6OIdpn&#10;htyD8R4cTp8vPPDr3tG5DaGRmqpHamLBmIUoCQLn9LG/1H19n1nvluyFajAFc8fmK/6sdBu62C4n&#10;kJORWtTxx9v86de9+bZtciK0MUhJClrIXDMObkHnj3X+sMDsZJJAM5NafspjPSNuWJQNQrj9mcfn&#10;/q49e9s1XtDKVMcsDwSOCfoYpAynkj1Afj/kXs1g5ighCuG/wZHA/b0im5ZkkFNJBpnz/wAnXvc/&#10;C9f1cQV6iFnu4FmUDn/EH/bX4/PtBf8ANkLgojAccDH2/wCxxPV9u5MPi5A9MDOOP+Hr3tbLtswK&#10;I/CwCOBGCrFdX1LCwP549hWTfI5sg1I40oK/z4/zp0O7bluGOnbkcT/I5Of8n+Hr3uVUUBC6BGU1&#10;MAHGm5I/pwPr/X21FfJr1hqkDOSBSpx6Y+3q93tSRgmOpHA1NB/s4x172l6fbGSrcpGlPG0zzVUF&#10;PTQxqxkeaplEcSrawOpmA/1z7Etndi5ZIYRqkchVAyWZiAFA82LEKvDJ6gX3O5i27kvYbzf91mEF&#10;pYwyzzueCQxKXdqeiqCa/KnXvpyfd1fx56YounNjxx1tPTne+4UWo3LWI6zSUsF9dFhIJR9EjBDS&#10;aeGcnkgC3aX7s3sfbe0HI37336GnM28oDeVYMbO2BBhs0oaBz/aT6fichSe3r4Gf7x/76m8/fC98&#10;7q+2m6lPKOzu0O1QNVUcL2vdsnAvKakEitPPPXBbkliOL2X/AFv6/wCx9jmnMo1agp1H/A2/w4/2&#10;3vIO3o1zSSqqcjzrTjX5+g/n1z2Y/p4yeuftzgi8igAaXJa3PBt9VkU8/T+vsR2VsJkEaDRJUkeh&#10;How45Hr0jkfQc8BxH+br3t2ix5mQMCFcG8TqDeElbFkA+h+vNvY5sOVZtztvGRwrAjQ44xGgqV/p&#10;DND6EjpA11oYqBUfiHqPKvy697flTQObkqo1E8MdC8tb/ifctRJHbxDUR2qKt66RSp+fRf4bMeH5&#10;ef7ONPn173jkEreF2DxoX/scpKFFgragfr/h+fZbK88jxM7Mg1kkLRlZaEKHqCVDA1oKCo49OMrC&#10;PWU7TgEgj9hrQkddXF7fkckf09yHmkp4ZjTq2sorqiyiJ2Km2gv9OR/sPb9740Vo8tpEJZQKhNQX&#10;UcY1EEDHn/PpRDMIyUVzGGoagkEfbTJr6ddMobTqANj9CARe3+PvIWaWBZAropJMgZh+s/USAj6j&#10;6Dn29bOsyrMQUZgKqRQg0oQfs/Z16fxJLfUnwBjU1qCfmPWnAnriAgYj06gAAAACF/w/w9x0ciQg&#10;3P5Ab6MD/rf09+VmaZoW1CmRXgQfQj+Hh6+vSONtLB6Vrih6ye+5ipW7uqFrLGhIXUxN10ngkn+n&#10;tm88MRnx3CaqKoLaQXyVocGpNBSuR5dPEmRa+nAAeR/1elOve8MTDUeC2klGYX/WOGAB54/Ptmyl&#10;GpiAXodDt5ax8VF9BwqOmSAhGr/Zp1730xvIs/qClShjIJIubqbf8Rb3RixuId2JZYyhRkINctgk&#10;f7FevMQaoPWo6974z+VJEiC67oSWXUQD9VAI4/259pNynv8A6mKytoy6spLNRhkEUBINBjjVhU9O&#10;GERV8QiuPTzz173kJvEvIUi+u9rAezNWuGsQ0pCsPiJ8gOPnjHn0ydNRTr3ttlrokVtDRu8egsGY&#10;qBEzaTJqsQbfgD6+wXdc12UFu7ROsjRkUDmlI2bL1yDTPbkt5HpWlpI5GoEA1A+0CtP9nr3udTyC&#10;VpFR1k0qjAKVNkYXU2J4v/j7Eu1bhHcTTRwyLLpCMoUj4GGCBqxX50p0naJwBUEVrx+XHr3vIV1E&#10;Efj6C/5/LezCe0eeVZD8KcBUjP8AFUA1p6HpoGgI6974pr1tYDTcm44Nv6ED/ifbUK3P1bCilK1q&#10;MGnAVA4/M+fW2oVx173n/Bt+fr+P9j7Nhnj1Qg069742uNRKjm1v6/m4/r7bHcvdx9OI48fn1bR2&#10;6q+f5/8AFde98G4IY208359XP9Pae4bwXWZhVRUUFdRY+Ypg44+fWwK1A697lUypKGvqPHpUMOSe&#10;bN/xr26lwJYxJHwP2H/ATnpVZ28cjHxKkjgAaV/1fLrgxPFrf65/Fv6D+vvLUMPTGT6EUeki/Nvo&#10;Tx/re7oBpLHz6evZANMBPaoBA/LhX5epz10i/Vj+ok3IJs39Db3FdUkjZJFUoV0lGAZWB59QP191&#10;uIYJ4Gt51DRsCGDAFafMGoPSIO2GBoV4U4/y6ye2+VGR42WXSmkho9K6HUWsdX1BHsKbjaywTRGO&#10;bTGR8GlQjAAZ1HOoYpgAjFOnEYMpqtTWoNcj/Y697iVsSsHkWA61RQrpILH8gMn9B9TYew9zFZQz&#10;B51tT4iqArpJjyILIKAqK1NBX1NOn7aRgQjPgnII/wAvXvfTSsKR1KiOYaFPp9SrexfT/vR+ntia&#10;7kTZJoJY/DugUX4BqCVyaUFAaYPCp6sqL44INVNTx8/Ide957oqDVE4do9WoaGe301cH/H2aeLYw&#10;WiiW3k8Z0rqGlnGAK4b/AA+XDpmjl8EUrwzTr3vMFUQkfXVa+jg/S5Nx+f8AXPswSKKPbDEgDeIR&#10;8H2VJOaavStKGvl02WJkrwp69e9wdTmTQwAVL6ASpJA+gIvYH2FPqLoXLW8o7Iq6MrWg9c0HpU1+&#10;WOlVE0Bl4njx697c4JAyLe6tYelrG1x9NX0PsebJfRy28aS6kelSH4ZqRRgADXyGOkMqUYkZHXvc&#10;1JB4nQLyGVifyObAeztJEdzpyRx/P/ivPp5JALcx6RxBr/IDrjb1BrmwBFvwb/n32C50i31IAsbX&#10;P0ta/t3gafz/AOL6orO1ABgnGadcj9PbuI1jVImYSWS/6yLE3Okj82/1vaeparDGfToTLCkSpayd&#10;9BXj61xSuaf6h1DDarlR4/Vp/wA3cG1hcNa3P++PvqBwaaeGWQEEaVYKTZQeQ1vp/gT79IlJVkQc&#10;OP8Aq/zdasp62E1ncPUEUDUJoPQ+maCp/LrjPEfNDKgJKsbrdVJYi2q5+th+Bx7j1EjFad5HSNKd&#10;XWITLzIo9WgrIOPxY+2ZWjhPiltOc8ADUcK/z4jPr0xcyzyrC0pCrCpVNQywFKihGcUAOcZrXrki&#10;RgyhAQZmBcxtcK30DGx/2Jt7fkqq3JQpStQU0UddSy200/7kaqL+OWU3RtQ+pt+fZfEsawi4kDAj&#10;JR2BNT5EKSBT7T0MI9w3TdlWwW3iRLmNtLJGwZQuRVzhtVBkCueI6RxxWOw88uVmy+WmFFVJPLT1&#10;WS81H5JgYwyU6epbaiRHfTcA2Ptj2zU42hhpdkmhhg+7jyTwvRrHLivPTTGQ0CTQEtC0OoP6hpY3&#10;tzx7Cu3S2u2/S7SqBRplKCIVhWkjPJF66lDUOoKCa0NcdG2ysl9Yy7NfANJMzay7B2kfSPDIdalA&#10;hFagtn4qcem7dVHUxVcG8oqmoMeIjo/BAiTwyUdG8p/isklHM6x1JqIyqBWRXQA6GJNvcWro+dDO&#10;RVRiVnVgsZlhSS3npzYakP5Nuf8AY+xrMkF4wic6TxWhGrTgsPMgVoCPyPUZXu3zRA6q+KmrWCKB&#10;gCQJEONQNDnjjoQqepWb1oB42EYWxu8TsgZop0v6WF149scrhZjHINRfS0SW5AiN3PH1twT/ALb2&#10;G9wvjbbhJbXiGXxNDRJ5gR9zE0+KhCs/oKL0WJGWQMhpSoY18z/g9OpnuPCEDTRyOztfXyhW/kBY&#10;KoNx9Prb2TbclsJJrS9dpGJLU00JMhJAAqQDpHcAe0AeZ6elLaVkQBRw4+mP8PCoz173mMZikTxl&#10;gjaU03uxJ54LG4P+9fX2Zy2kljeRNalkjYqmmvca+QrUqQcCg7VqccS0HEiHXQkZr5f7PXvawxcy&#10;U81LXzyARxzQrN+w00io0mhHhA+gBPJ/H1PsXX/dCYlUktgUqeOM08vMkilONB0J+XJY7a8g3e7k&#10;ASJ1D6l1MqggKU/P0NfOh4dJvc1LPX4TM42khElTWYyuigDSiGKWeanZfHK1mIDGwvpI/wBh7rJ/&#10;mdQvJ2d19LddL7GqFhPkuSP4vI0h8f8AsQQeSffBT+8jvZ/9dzabedf0YtvWlK/G0sxOo+WPL0yf&#10;Lr7Vf+Zf23gn9v8AnOUksTe2xGcU8GoP2n5cR0Uf4MmNdjdjUz0hosjQdp5rH5GIxBGM1LiKIIXa&#10;wJYAlGuBYrwPdYDU4CvfStwLMCRa5vZh/j/T3zrUs/ctSfl8v8n8j19IrQlRRBWg4/5P9X7Ojue4&#10;4ph9bNwFItp51XAAA+l7X59qCSvyr5/6jj+Q6UhEQACmRx8/9X7Py6976amUpqCsOfUG06rFvqSf&#10;96HvVWVjWnCv2fy4j/N0bCwUAIxrQAkfbnH+r1697wNjoptRdE9IJOkn9TmxAC/X3tpZ1FVJz5Hi&#10;aefH8uqvtazfAAT8wBwNf29e9t74SlchnQg6TqUiwNhb9a/0+vPtRHfXCFgD/q+zpldkOstpFeGO&#10;P+Cn24FOve2+XA0ag6g5dlDAIdQK3vpOrm/I/HtUl7dA6qYrx8/t+XTjcvv/AALQcMUJ697b6rBE&#10;APEdQ0mwcc2Btz+Lce1Ue4y8ZQan51A9K0/l+3pM+wuMoueOOHXvbY+JlB/zbCwLWZQAwYm1v96/&#10;1vx7WjclIqCfKoyacP21rnpgbQQKmppT/V60+z/B1730Me7G6xrxexNwxIHIUn+v+8+7/VxgaTQV&#10;zw4/bn/P0vXY6x1dQCftNPTzz9nl173EkoZDKV0sBe0dwoUtq5Ngfpb6X/p7dS+RVqFA8zk1p9hr&#10;5/PrY2toK6RT9tQP9Xz6976agkQXIewP6iylybcc/X6fQj3v68hqGhB4cV/w16t9BKG0scYIwRg+&#10;teve8Dxm4CRkMbtZhxf8kf4cD8+1S3MBB1Nwp+f2Z4/l8+t/Rrr0lvsP+Sla9e94PEeUYH0mysPr&#10;9Llufx+b2t78bpDRUJIycj+X29J5LZ46A5FTw+XXvfnhuY/SSqmzFgbC5/SoHFv8f9596F3FQ5Ff&#10;T/D034Ql7hQqa8fQfLr3vp4AliPSWKkta7A/2hwT9R9felu1Mp1YWv8AxRx/xfTotnrprSlKkH+Q&#10;HlTr3viiRhiQfqW/Ok2P0uLW92nlYikRqKeQA+ynnj/UelQskIJNSfl/l44+fDr3v1kLXCXC6mDk&#10;mygckXb/AFuPforhwo+pPE+WcfYP8vr1Q2JXzK8ONTx/Z/qp173jeNgAG12tcadPqD2uL/4/09vR&#10;zwk6S2k/P/V/Ly6p9GQCC1KHH+r/AGOve+hCH/FhwQByDbnlh+f8Pd2kCk6mApTifXh1r6NlcBj9&#10;vn173wMfpuwsS1/V9Tc2Or6G3+P/ACP3oSqTprn0/wA3l0xJCUNCMnhT+X+ode9+Ed/1XGrj66tQ&#10;t/Rb3t7cZguRwH8vt60IZHWoBNOve/eJLlgLaGWxABLG5/SR9R+bH2w92qgJ8q/7FOrfRy6tIIOK&#10;/wCrz/l173j8JkKem2lmBI9P0PDFVte31P5/w90a9IyF8gfXrxtJQoYde99iJg+m3pGlvrwPH/aB&#10;+v1/Hvf1iMATVfszk5yOlS28B4Vb1+R+z/B65697xNHIyk2FmIv9L6gP9t/t/p7ut3ESBUj+df5d&#10;eNvEaYz+eRX/AA/y697wCAetjHawF73/AALkc/kD/D3b6lcCI4BwPMj1NDQ19R176NCTpBHl/qz/&#10;ALHXvftIRowAbq6OAb6AByDc/n/X9qbaZidYqPOv+fPD0/b0R7vYJcWrRSDtoaGnn51FceoHXvdk&#10;3xK+ReyNiUNZht7VM9E07QRRzACWnZFb0yaHNgSPrb3MXI3P297NcxRQgyRISaBiDw4g4+H/AC+Y&#10;6xO555Gsri5aRiqmtf8AZB/yU8+iCfPj4XUnzC66h29S11Didx4vzvjMlVRE6WkTiHyoCQpYDWp4&#10;I/2/uzLEdtdR7ggjbCb0xEzSW0081XFTyAutyrCQjkH8k295icv+7zSWqTX6FAFrVhwpw9cU40Ge&#10;PHqLpeWofFAU101oaCvyp9vy/n1pvd/fyHflVht2VuTh2LJnaaGrLQ1214IquCshU+mYQp6rkfg+&#10;2zdu0sR2BichilraDJU9fC0ISnqIags+m3GgsAB/j9fY8tvc/lnef0mkRKZJDAAA8DQ0NTn8uivc&#10;uRrnRVEwfxAYz51pUV8x/wAV0IHx26/+SvwB3XtzecvWu+MdHg6yL+JGowGSWCsoVK/cws8SWBCg&#10;tccf7Hj2DXXPSuX6yRKLE4+GGnNXJO8yjQZV1Ec3Fz/h7F22GyvHD28qlcFip1EA5yAT/LqKb7ly&#10;5trj9QGg444V4mhxwxXzpw6Nf8z/AOZf8fe/ttZek31nMtT1zYFsdSbbqqCWL7asmAZ2BkUKpDj1&#10;E3P4t7MVQ1uaoVKtEZFJuF5ugPFgf+K+zeXluO6ozutftBwDWpz5ceB+zoQ7ftcwtS6N/OhPr6/s&#10;z1r77tfofes5eiyMGOmp6IwNIGVVllUehzEVIuy/XSePeLL1mWyIjTSyRgAP/qeARo0fk+249rWx&#10;LJEunUCNROSD+IEDAP2Cnp0UbjHcGsaUpWv2+nDyp5Y6cemaHpPr5qjMVuUpsvkRVRVlBBTxgCKW&#10;KQSIzyOQFsRz+T+PZRc30dWx7zqdwY8kPXSrPKVICrJq1FwAOb/6/tmXbmahC1WuPQ4/kfz6JX29&#10;jKNXkeNCDU/y/wAnW0R0r/Nj6bzXQWO2zuvLQ0lXgcUcUaao0vNPTxReGONLkk+n/D/W9j1RbWq6&#10;nCjF1yn1iMyyLYljGQxPP0v9CPalNuOl1C1Fck1HEUAI+Rz5dJJdnrKJUU1NfXH7K/z6qP7E+Z+x&#10;NqdzL2Zs6rOQNBTZCnx+MdGCU6VyGOSQTDknTypI4/p7EPC4pKGiWkaJGsCDdLlVUcD/AGP+PtXJ&#10;aW4jAQ0oAKCgB9fn9vTDbXdTEBqgLwGRSuK+lD556qL+QfyGze++zpN60FfW0sMkz1SiOZ7fctL5&#10;ArWNrL9Ft/sfbRlNt1QkjqMcqjTOpaNgoTQT6lJP4Pt3TbCNUBAAABFDU+pGT9nEHzp1SDZ3imMl&#10;D8iKnifI/Lz/AM3Q89LfMvbFZQbj2/23NWGOqwk0GNysc8k1THVxw6aRoz+JEa2n6D/be3J8FQyM&#10;kktLGk4/XoS3I/xH4/2PtfHZ7fKzaASoCkEMB5Zpq4/Zx6Gtpt9vLB9M2Sma1FakZrWvDoJcZ8q+&#10;2cdDX4XD70yGSwxmcUVNX1TVLGl8h8RGpzYhbXH49+XGwxGzOHiBuImsVF/qBe596FjFMSsBK1wA&#10;c09GqaClfPp6Ha4gwoxqK/mT5sfMfKtOpsndW68rSfdJj/BnvEyy5ehmqoJpfyHkZX+n4I/p+Pc8&#10;09MEXRErAAWUqoP9R/T2qsoWt7nUGVWBK1riv4siufs8+lNvaeATJUgZULQFR61I8v5evQUz7n3Z&#10;USVc+SyFfEZySwNROUDNwzAX5H+JH+v7yNTRyadAXmxBsB/yCoI9nltvFxZ6o5pCCvkPIDzLfsyP&#10;zHRpbvbhAgcDNWoCCKen+rh0h1rMjHK1RNVf5KHZm0SsjqytwZJEI1f7Hj3zjpljvYEWBN9AIAvy&#10;xA/4n2lvd2a+UIz1HnkivoFP+wR6dPy2kEqAJJ8XEk1r6aTw/LqPkdw4mvUh8g/mumvXK+lAw/Qs&#10;jsQRxyB76miM62YB1AK8Arx+bD+v+x9t2SWMbZajE1y1c+teNPkcfnnqkO2QwOAO7FckAg/nk/l1&#10;kwG7DiJlNBkoYnW4Cs0JBH9sgH6C305v7ww0yoHC3KggaWAH1H4H4923FLeRFVSBxFQfP+I0qTQY&#10;p+zrV5ZxCM5oAc1IrU/iFPIfMGvSmq9/zVUv3FRKn3UTKi1KyhPIsnpC6r88f8U+nuVPAk8LRSoW&#10;DAL/AGgfppH09hiGCEy6Saqa1JpgeZzTjwFego1ok0piVqAGtaY9KgGlfsOPl014XfVbtvNU2bwm&#10;SjpayjrUnEgf0eWFhKC4uObji3+PtrosVFQo8UK+gsHNxe34IAb/AG5uPZrbW+1q4aVgBSgBJzni&#10;SKDjwpinmejK3sbRKvNlRSlK5qaZ8gf9Lw6E3sP5CZjs2ugyu4cpTR1tJSpTRVNIVprhR+lfHZgR&#10;/X3lahjZrmPlbi+iwN/6gj8+zk/uzRpHh0IqRjP254j19els9lYntqtKgksDx8tOcfP19ekjSdp5&#10;ymFqPcVWzKigtUZGolcMosojlMgt/sDz7509BT6rLBHex1cXFgObX/PtFukNpFES1ckUXSPi8jjy&#10;pWtfWo6TXO32yHURUk4oBTP88f4OouW7Z3L4kaTcmUjdtBV/4hOhY/WxCOTpv+Rz/X3wrtv4/Ixo&#10;KqjR1VtSjQpBKnjg3/2FvYdpZtgkE/ljj8gP8vDq8G3wThlDFaHHA1/M8Kfy6UfXfy87R6xqauo2&#10;rvPIUE9UDC8y1tQSyMtmZxr5/wAf629u1HQR0kSwwU+mNF0ooXTa44sBb6e6PJbpRFkCgfMH7any&#10;/Z07/VqKQh9dK59c18s0J/L+fQX707BzfZmbrNw7s3HNX5SvqDNU1M80k8jXNzyxN7fgfj33NSM6&#10;lXpxItrjWmrn6k3P09vW8lm8iusy49OPypX/AA59Kdafle1D1mYCvmcV/Lh024zLjA+aXEbumoJ5&#10;QyPHBUzwJJCSLrIEID/m4PvlEDG6hIrcXVBGT+PVqA/4r79NHGIi2scaVqB5Ypwp+zj1Y7GkUYWN&#10;gwJ4g6aenn+XTVlVyW40aVtwQzkPpcyVXifkkllLG/P5tx7zNrFy0WjSNRIUj0D8kWP09p0SMnw1&#10;kDavIUNT5DjUk+QHHr37qJeiEsSpqSKDHzHHz4CvCvSTqsNHFGrfxcyMo0snkDWFrm1j9BY/Tk+8&#10;Ih8hvGrAklyV4Zf6EFbC3+29q/rpI4fCmcEcKHh+w19POtPL16faybw/D1VxSlCB11NmpYqJcfVT&#10;Cqp4gRGkik+r8aHuSLfm49yWp6kLYglmIva55sL/AE+g+n59o4ruy11wFHkaA/8AF/l16K0ht6ut&#10;K8TTh+fr9nDpno6+gppllaKKQq1wjD6AHkXe4/2BHuDUUTSAR1MJZfSQrq11BPDAH6fX2a/VWE6f&#10;p6RX9lR6Gop/g6NLlbeZaefGvz48R5eo4HoWNq9ly7UyDZTBVyYarmi+3nmpGeF5YWb9BZSDzfkf&#10;Q+22LbyLO0tNSqJn4LkXbi3Bf8D/AH1/aK4m2tFL1Go/iPrxNBmvp9mePQNn2u3dg4YVLHjWn2Di&#10;T8vToba35XZjI4Sg21uPemVrMHQuvhxtPI6062U8lT9TdiTz/sfbslBMihWgu/0uFNm/xA/I9t/W&#10;2sr9kg048hgfyz/M9PptVpJPpDZqQTUenz/zdAllN7YrI19RJQ7iqKencsIxI7ByC1yQJT/tzf8A&#10;r75tTSuukwMuk3JGoqptwSfz+efe1vIoCWWUNqxQUFRX8zX8q+o61cWAiVhqHljzINa+fl69Jk5S&#10;AVCTfxOCaaIa1eSUfutcEFoyefpxcce0/wDwR1qvOCWUm5Gn0qb2uVFyeT9fZ3FvUaqDX7EPcacc&#10;HA+fH9tOiBtnkkIEStn/AFGtB58cevl0Ys910GQ2ZT7dkhxlJOsUcUtcJolnl0w6CCoP0P1AJ4v/&#10;AIe3hRIqBSoUFSCDbm30tYX/AMefaNjFcTNKGOqtR5Y8/Mj/AHk/Po5stmZAyxihHEn/AIvH2Vx5&#10;9AVW0G3aiaaoXMRSPqYmNbOtn9TLq/P5uffMvUEXRQfoQCQF4F7m/wDvHJ9spDZCRVnY0JoSMEVx&#10;8xQYqcY9OlybaBIIZCR8/LI/PA8z1lpsZsiYqKnMtSnxkSSBfKqgn1Jcfj/Ecj+nvlpnceQxsWHq&#10;YgXCLySpC/jke/MtjCwgWWgagpxqfkSckZzX/D0YDZoYyC0grw8jn86VoOHTJkKDb1OZEocqkxLk&#10;I5ZGUqW5BvYgkf8AIvedfOFCt6RYEk8NyOHX6/6wNiPx7RzC21F07j5UIPnkHh/vNR69F09gFlbS&#10;K+Q0nH86CvmRxpwr0lZUxcc51VEciEG+lR9V441fW5F/9b3wNFO0gIEhDDyA+q1vxdV/F+Bx9fdh&#10;ulqluUbQNJ0mnH5nUfOmTn7Om0s28Orip9Kj/L/l+XT9TbmxlHBEiCBlg12PpJfUbAvqH9b2BP8A&#10;r8e+S09Wp06XABUgfQH8W5/w+vurXe2yea1AIJr/ALNDTy4H7enUtIpe1BpJrk8BT8+PWNs1tnIB&#10;1qWVHm1AOEA0sGJJK3/1+B7zx085e0kbooJ9Q+hsLC5H1uPaSa6to4iVkUkgCnyJ9PIA+VRxr0UX&#10;GylRgVB4UI4/6v5/LpJZmPC/bH7GpWRyAzpos1y/HJNrf4X+lvbqsRI0j1OQbIb8C1xp0/QH/E+w&#10;9JOqtqJ7MVI8/wBvEj7Pz6aG0eGP1AaeZ+RP86fZ0gZIXjlDBvSP1MoHH9C1/wDeLD3xmxxk9B0X&#10;4uQwuABq+v8AjyOPr7ct97+m/VUsApHl5k0Hrw41oKdP21uYCJIwRn4jmnyrk4406cYqqWAJIJ2i&#10;MZ8gcOtwQPww5BFiR/sPp7bf4CAb2OlybH/WsbkXva/4/p/h7ER57uniEZkbUnzPnUYP2cfPPDoU&#10;/vMmOhbIxWp4+tf8nHp/beuXljjifL1zCm1eEPUznx+QGJ/ASeBpNmA/B9//0Lk+CRY2/wB4APH0&#10;9hFak1PUqmlKNx6092f9vm2q45BFiP7JFvz74i1/9iLHjn6cW+v4PvzVOaY68uMdYUK3N7X+vA4v&#10;Y3uVv77YgHm/1NuR9LWNv8D/AI+7ojkVA63UnKH/AFenXfkY/pJtptxb8m5ufrx7acrQirp5I1La&#10;yrW0/wBb8DUPxz7Otp3BrOYOa6Tx+w+f5HpLcI5Xhny/1ft6XXXuf/uxuXEZSo0tTU2Qp6iRXUON&#10;MbKxUqfTzax/3r8+w0w+16nG1cktZPqjZ2KXa+nk2AJ5ufz/AIez653CS67IKkA1wOIxkjhxJ+RN&#10;BTqtrKZJ1jcEU8wBmg9PPPrxp8+rd+5Pl/1x2RsbD4jZW2zFm4MbDDkHFMsEazCJY5XEq8FAAAir&#10;zf6kexNgZUUqQoChShBNmvxYWH+3/wAPx7CN4ZzRo6t/F/EKVI8/9mvR5OkUURdRn04UHrQk9VuH&#10;bOArZavI5KeRZaqdkEGuyAu4LMx/FifwL/nj3AzEEdTAwF1kC3X1D9Vr2+n0+h/4j2r2HdZbSYGU&#10;VQkgngaevH/B5nJ6CG5/UyYt2oxwaZoK5+YqDxp0qtnbbfAZ+J6FZJqYSxyzWbyIkTP6izcX9P5+&#10;p449hrBitwGW0TlIfIbSFbkoL3Nj9T/h7Hs27QSqup1AOaA/MU4VoABx+XDoM20F/wCIXgLUJOoE&#10;kUYHy+XrWp6P5nOxvjLiMKZc7gZcpuH+EmKCPxilip63xctrGlmCtYprXm3PHtb+HKxRIkUltOn1&#10;WsQFFzq5+l/qPZAs23zSM8y0Zg3zyc9tKZ+2g6E0D3ahfE4kUNOFfl59EIrMx09lMzVV2Uw8rQOS&#10;1KiSiKNm1Ejz2+nBtx/T2pMfHPFGPuH1uxax/On6Wt9Pr/rew7fPHJmMUoM8Bnj5DiPtP29G8Gsx&#10;0kJ4ev8Aq+3oAuxMjtyvzjttmh+zx8capDCja0Fxzdrc88/T26KVLgMbgEEjkg88Bb/8T7KJAxQ6&#10;eJHn/h6UJVCCOkPSyGKUFma2pX/IJ5+p+lv9hz7e0qI9JXQjAXa55kUj6aGPP0t+PYOudvlZj3sC&#10;cU/CfWo4fPic9COy3u6txTXqHoeh12v2TlsM0fhkWeKJRGPNpmaJAgAELuSeB9R9efp7xS1SnVGk&#10;YRWs7OSNQN7EKTa9/rf6+3baweolmJYqNIXyOOJHlTh5jOejVNztJZPGmqeIp+Xr0oE3XiZ55JKi&#10;yrM5kkN18yliSwQ/1P5/PHtvlmVnKgAKLD9NgwH1J/Ps7s7N1UPNlj8+H+DoM3lwzd6E5/b/AMV0&#10;Ge79wpO8oxLMlOPSWcXkcEm2th9BYfQ/6/vEW/x+nAPFv9v7XhAooOi0lyOgyeeZ7lmbUTdjqsWJ&#10;INrf8R79q5JABuLkg6eVPpJ0nn3Qwq3xf6q8ePl6jz6eSaRPhP8Aq8/29T6bJVdGf2XZL2D2NtS2&#10;udQW3P0A5996gfWzMTyGUm+o/wBBqJ/2/tkxMG0rSnr/AMVTpQLkPggV6VMGXgngDyafKLhlYi5Z&#10;eSwZgbA/7f3jJ1Hi4IIsfpfn6e1aRaV7jUdJ5JKYHSbrKtGdmSIIrA8fqUD8WP5v9fr75DlrGwtz&#10;f6k2HH+t/t/fmWg4dMiQnz/w9NvmLeoOW4/T9LcXHNr/AOHvn9Qfrf8AoeQTf63P+P090Kjgf2da&#10;MjFtNDTrn9wxPII59RLFj9LC9r/T3iKE6SpJP14B/wB7H59uBlCnVSg8j08pJFGyPL7esiPKTZC7&#10;DggD9RIPPA+o/wBh7XWy1nGSpgyAryrSOCViH+qdjz9Pr7ib3Ha2/dU7xNTtJCjFfkB51PD59C/l&#10;JpH3eFFUmrDgPU/5OjOfHBq5t/7ajNPLIv8AFaUBzqbw65l0MzckAGw/wH19qDK4f72sklL+lZnM&#10;mokJ+r8aQT+LjgA/X3ilHuJgJjUZIwBQn0z6ehyT5eXWYNpbSiFVegIGOt0rY1THido4WCRgHXHU&#10;P6hwrGAGURlrsRf8Mv8AiPb5iselLEqAO0ZOoCwDIn1cEEn6/wBf949h3cr43MprSo+eK8AP5Y8/&#10;y6dmRQTQ/wA8V9Kjp8rKmXU0oeASPEItZYFWQMH8pEZBJF7Xt/vN/ahk8SxreBnUDUrDgBT+oBl4&#10;uR+P9ifZFHcTeLRG0sTQila+gNfTz/l0hR5FchCak/b/AIfT/iuoqYKGsU1FVXRnSyG7uygL+sME&#10;5Bve1/8Ae/fUWTjVWRIXjcW0yuVcSf19Kji3+t79LYXRYMWqPMAaT+RJyMU/1U6ceykLBidQ9Bin&#10;8/PriNs4pWM000E9pdUdmZ1i1g2u1gLgeq/094anO1EURMUZnmKqCG1Ii29P6r8C30PH+t7vb7bG&#10;8oEtVSpyKMfzoONfX8uqrYKDqcEKK8KEnz6nptTFzMJEmgJ0RNH45rq0icFbEm1hySpB9o3IZmqh&#10;LSmNwQjOun06GHKj+lvxxa/s9s7G3krGMAkA44g4P5+p8urEFDRc+XA/4fs6XNPg4jHAsEsJUnRq&#10;JtokHIazf1t9CL+0PVb1yF3XVMisAVbkuCRyF08/4H6exfFsFhFGrOA2nGmmKeRPl/hp0mu5JBDq&#10;QfaCPL/Vw9Os0Gyf4g8qQRRKfIHeRnjjdySSyqWAAJP0v7k4rF1u4HNTIHSJm/zkiN6io1MpDWUX&#10;+vP+wv7aut3t9tjMUOSBwFKiuAa5Y/5vTpFbLdSDWWIHAD0/y06bMxRRbe8UMxhFQSVMd1VU0+q5&#10;KLYXHHHN/rf2/wBfhZcep+2TzMsOsSgBwzMdJ/wFvwDa/sgi3mS4mpI1NRApkUpnOa58z5dLHWQK&#10;w1d2AKjP5UpQdTMRFjMjRJPNppolmJb1hnJX6qGta4/A/PsDd27K7Uy+QilwlY9JSqFJWAW0xlgS&#10;02v/AA+o9jXbd/2aC3P1J7vU0NT8qcT6HJ+XQKuts3RrrUKmvA8cH59DTs7cfx/2xQ1dLufC0mSr&#10;312aqkd3VtFtPF9CE2FmFr39jTtPB57D0kJyzvJU6UilY+qN3XiT9JI4/A/HsL7zum33zqLWhpUi&#10;nH5HgPzJ/LoX7TDcQxqkp8siua/5P5dALnshhMrksr/dylSkx0zySQQulo0hJNghH6rcBW/p9R7X&#10;4CoxkZWIYCxBIsSf6H6j8D/e/YZbUVqlMfLj+Y4ev+Tz6PaswpUY/PH+r7ekrA8NbTnGyVbJUKwL&#10;NdSIbD0obj1AfT8cf199rPMkimCPTbSXvZr3PIOk8f7D3qWJXj0OccARjNOOf2HphkEoKufz4f6v&#10;sPWCmpqKnglqMlWmWRDJG4kFzZrheAPzbj/ePakaSRolLFWZ0F4y2kgE/wCH+H9fr7IJIu5lGKH4&#10;hkcPyP7KU6LfDQSEDAHnx/1fl0y4/I41K1JUpdWiQalqCYtdOrWaTxuD/wAlG9x76cMIwQlrpoNg&#10;pLgH0oWNrH+vH+39pI2GsgPU/nxI44Jx0yVYyEqx+z/N0rJXpqkLKgpYqdZTMCTCPt01epgQLkf8&#10;GHHthyOQNP6BSB2cMoDBykdlvquPoOPoD7N7CNp5CHcrTzFKn9uP2jpTA0/4sEU4Hj06/wB2aGoo&#10;lnNbHPGwWT0MGKkDVo4Okm31twB7Tke8qmGpiBVVGgnSFJjALXUcgnUD9Lcf1PsRy8srcwtksQaV&#10;8zjJ4gU9fP0HVrmEeGSQft9esAwWIoacywJT+QoJEkkYOIVdgCrqF+gNyLgj8X98K/saSnvCZjwD&#10;qV3P63uukIosB/X6W/x96sORhcOHB88UHkONSTx/bX+fRNaiE3GfUcBX8ifLrs4unelkkXFhgyBG&#10;eP8Abe7tdZI/Gn0P1twP969o3I7iqco6+ORVLEABOArabksy3P0/rz/gPcibdyzDtsZaUFtIqRxq&#10;K4oDjjniMefQzjt2WIB6kAVNKfl0n2nipj4FiSnhRipITxmNgCNbkEHgXBAv/re3jGY2sqhEXMiL&#10;q1O7E6VFgVZb8c/63Hso3W8tLYsYwCwGAAAa8DU8aD7SD0mRWA1twp+dQeGM9Raathj8iVEvjRpe&#10;JNTNG6O39hW4FhYgjn8H2tlxyzIUkYaEUFCbAuyGxWO/Nxb6j2Cm3QRuNPxGobjRQc1amM/Ovz6d&#10;e5CHAyeIqaAevXpq+qgknko7NTSMGSNiNRf/ADd4tVyxH1BBsPxb3HdIqf0hQ7IhtdS2gHgtza9r&#10;/wBT7XrN4yhySoP+H7M8ePDp9S8gBOFqPz9B0x0dJl8u9YqPEqvIHkiR1WX0j0IL2/x+v1P59yIK&#10;nxq3pujERxsVIa6izEW/J5JueLe09xRnCxkhxk+hH54A8hQZr5dMyxa3C+YyfT/UP8PXVVs6R7PV&#10;E1BVL+G4vFIxvqOg88/69vx7w1caVsTU7rqRgbhTqMi6gdX+FiP63/Hu0FwbRlmyo9SKBeI4fOvp&#10;nz68q6VqTg/lT/UOpmIxT47zCnqIp6tWRo4tdw0kcev0sApKrYW+hJ+ntgO0FDfcUrW0LYIUNrMd&#10;IALGxN/8OPZj/WggeA4rU1OeNPPAz+3PSR9KtpVgK8a/LpTS5aKqS2TlcOukmVY3ZIifSzrq+n9L&#10;gE/T8n2kKqDOYqt1qGcoLRMl21IxsFBPH+st/wDYexLFdbbulqyOAK1rXADD1+fqR5D7OqPDKyMS&#10;CNXn6kfZwp59PNJj8PNTwFK7zw3AdQ3kZ42UkqRbn+tr35tb25x59vD/AJVSu850htXBdgPoI2H1&#10;Asbf7Yey1dnQSkQPgVpTy9TUcanz4fPptYWUgOKlflw8q065V+MqFliFNVU8cEqKIhG6hv02AZvw&#10;LcFTzf6/09pys3Q1LLqeKdlBWVbEXJ4BAI4B54H09nkOywtHWoDHFafP+fr6jpkzKj6DWpwTQn7P&#10;9Qr1noNvVWSGiKvpdIDNKokaIx+OO3OgHSSeDwBf27R7krJoAVjkh9QbW9gVOjl1ZAQSQeQf9j7T&#10;ybPawudRBqKKONc4BqeHmCPy6XRyyKwHEUP2HOB9np6dMw29/ljq0sc3il11YjiEcYlK+NnQOh1N&#10;+CF+v9T7VGHq6mohDarxuzE+oLIC1hc8g3JA4t+ePYb3KxiSSgw6j1qDTjSlfKv2041OFL2r6NT1&#10;Jx+f+GnWSpko6OU3o9IURtTkwrGQpOkl0NlABsT+ef8AD3Hmllp5Q87IBrtJrQsPDfSuh1t9eeT7&#10;dgghkjaNAwxjNKt5k/Zg06oXW2Ugg18v9XGnXNq6WaBJqE+WZmcIY4D+0sVjpGv6auRwbH/Ye+cO&#10;djRwY2YIttPIN2c2Uknmwtbk/wCNvepto8ceGRxrmp8uKilRU1rQDjwPqzrkuHCDNf5fIfb+3qK0&#10;WQihM1SW+4dQqRyQxsQr/Rh9CB9Brvex5/Pt4WrhkLHzFiw1NExCaOPWF0cf4kE+0T7bIqhmWlOB&#10;45HA5zjgD0Zi2l0qxBFPPh9lR1DXJ1EPipYqWJH0qryGIhwhsjMDY8Hk8k/6/wBfcqqzlPFTlQpO&#10;pTdrlrFU4Uc8k/gEcf19orPaGln1gfDTGM1Ofsp5/wCXpIu3S6jQU+dB3ef+Cvy68+MyDzQPJXkO&#10;06+Fk1nxKPWf2wbDjgW4+liBx7QsuQmqQwNMW1MGAc+nSRYoCACfyfr9Sb+5Ft9st4EVzIFAWgAF&#10;SSDxpVvkK6RQDowG3oy1bj5Y+fD7aUqfTpgrYmWplRZJpHEwd5VMmhFVLMisQOCb8arXN7c+2srU&#10;GoUhFha4sVALqq3Okg3vcfn/AIn3u4WFF0sTJx4mgNcVx5A5FOHDovmszBUFST504emPKnp0qKDw&#10;mldpXhWB/TpCrK6yI3Nw1wWNtJv9Tz+PcqH7xlKrFK5IZmILGJ1JJHB+lz9L/wCPsruHsoXDIwoK&#10;eQ1VHz/o+f5dFzGhIHzx/k6c46bzrqqpIYNI9KrUBIRASTwn6Rq4Fj+ffGXbNdk9KSwMSnrU3CmI&#10;c3Ui3P51c/63ujbva2YDRN2nB8wxxQjzGeFR9vRbe7P4iiWlPt+fofmPl6enWWkyNFjWqlFSI6hm&#10;BdTbyRkC0hDkn+za2nm1j7nU/WDtGspjQa2HqBF7H6Pza5B4+vA/r9fZbPzuocxnJHr9nAcafbSn&#10;zBx0Xx7OiSnWwqPL/OPQeXr1jm3rj6JzLWZcU9P4lcJHaWNmC6Fi08aiebgm/wDTUPauo9gmGNop&#10;QCjBxZ3Uvwx49NgRY8f7H2RT86YDxMAf6INKEDJrw+fnX59HsU0EEQjDFqU4AgcKV+R/y06T0u8d&#10;vZDIxRL9zNOjIyM7RokhhOuyhTqAJPBNhb6f4ZIdlwUSWRRcNclGbSxZRp9XJuD9ebf1HstuuZri&#10;6cMrCtKGooaDj6LnyxUeR6L7i3Ex8SAjVShr9p4jgfP7OlhQ56gr1MVarOio6pF5YJTCSdIXm7Eo&#10;Rcj6c8/XhN1GGrI6mQKhCx2jDamOoH6amb6/X6i55PsQWO6a7esnmK4wMUBx68fQDzOenINumoaC&#10;g4igwT59SKyDCssUdLV06TMbMJQPJr/FtP8AYta+g/7Dj3EpaR2rGinsoQLrU6kSRgfWrAfUXPJv&#10;+Ln2vnuYTbB0UkluODTjkV4EjgPKvRpHtsgSuk/b/sfy/wCL66mo6+npfLBVQnVHoCJwrhow0SsE&#10;+uiwJvcGxHtULg6U6vCiqCVJKizL6iSEcXv/AFtcX4/x9kD7lcriUkDPHhQjzFcelTU1qemfo3Sg&#10;IoBWnr0xDLQRkCSdZ67SoVI7JKzqoLgELew5IW4AH1/HuNU42CNJFjl1XlYhnTS5uPSOCQRfj+gH&#10;tZA8jsplShIGAcfM8Kg0z0sj212wKZH5f6vt8zx650mf1uhSZQgLKS5jPj4IZCzG508DgE259hZn&#10;qfcEc0iUsczIBZX0cG7DUf8AD+n+t9Pz7HW2Q7U8K+JQVrUV4YOkZ8/nX1BqeBVdbbexf2FQCaYN&#10;T8h9lOlXjMxjh+/kq4pUs1oESSFQBYa5bJYAcX0gf0P09pKn/i2pnkgqjIdIJBcg+oA8ECwH449n&#10;M1ttRXw5FTFRSgFKjzzxp03Fb36qEYs320H7fXpaPlatWhXG5yMUzxpMhE/mDBhbSpX6/wCw+n09&#10;vlRjsvVUpdWnhbi4fga7aVY25uB9f8fYc8Hl+O6UFFLU8smmScnyr5en2dPTPfLEEING8qcOOR06&#10;Y7fO4KVJY2qfPSJIFVvMdDMCLq0QJs1rAva3/EoXI4fccEzySyTLIzApoDr+kaAoUf0Av/vPs+sL&#10;fYZ4glvGrr6kd1STxNPXB44FPTolH18zaYwfmaf4Rk1Pp6jpYRdko3jjlqJUcWuiTKU0aVYEMpKk&#10;XtweT/r+/DF5kKHkmALjUfMp1D6XDhrj6W5PI/Hvf7s2BgQYxxHClDxApTNAa4GPL5k1tFvYBQBj&#10;6ZpX/L646zR9s5GCdIaZ6mRIo2B8ZNwDYs2vULFha4t9fb1TY+KceDIQw1EdgzMYIzqY/wBhZByP&#10;ryePZBfcn7ZJIJ41VWPDjWg86Y+wDNa9HNnf34cR0b+Zx6evyp1PofkfvCgiAxNXlA6ytHIgqpTB&#10;G9rpeKUkHgX1cC3Ht0/urjJIpFGPp2DW0OFvpub2d/8AAfX/AIn2Qz8n7exAZRp8wBmvlQZPl/np&#10;0JIJLtl8RqjHAeX/ABZ+2nT/AEPyy3tFNrbN1i1KqTMrMGisRpkMZcheL83A/wBj7TEm0cIamXy4&#10;uNS3BZRZCb/qUm9wR+fZfNyLZldSgAVxk1pT8qEZFCTnyp0kuN4vYTRGK/mf8Hkf29DBQ/LfeBpK&#10;doMq1Y2g+ZTCl0KEr6mVjxexuP8AkTjFs3bBSzYuOSxULpQkH6EkLb9I4tY/Tn2i/qRau5AJUgE1&#10;LcaYoT/Fjz8+nIN2u5QS1akVNDxAwM+p9OuM/wAt+xYlRxWxFHYI0RgCaAxHqB1WK2sbj6/j26x9&#10;f7bqI1IxkWhwXTm4LL6YyylePr9Qb+0x5XtImKKDigbzwcnNcfs6fS8nLaVrQ+pritT5YHrx6bJf&#10;l1v2GVmmyKcyHx6IljCcnUFBN2sBbk8ce+adS4GR1kMCwkcgIAVa55U3ABP+sPp+fZZdcsIUYRBj&#10;/h/L5fnx8qdL47iRVqQfz4j7Kfy6f6H5uZxCkU0lPKxBctrZBpUcq7D6PzewBH+PvjP01gaoGKSW&#10;IKSqqIorHk+kgGxFv6X/AMfZO/LEurxo4+NTVuI4egoftx6danvrhhqQEU/P/Bg9K6k+cPjTRKoM&#10;kXDlZkEcpUHVbkkC9uCL+1Tt/wCPm1ZQRWNLKtvTY3Aa+kqAtrW/17n2Gb6wks21RrQn1Az5jjWt&#10;fsx69B663iS0PiAVPmBw/wAB4/Z02Z/55VVJTiWGKnkvpssDlm5NgWYfTjk39iXjPjx10hjabGJU&#10;gjSfI4Fzfm6H6/1+vsNXW530epNRUrkgD/UB6fb5dB2+5nuyx0qBTgMn9nQdZj5x72liafGrTLFI&#10;C0bzByR+SF8TaiRc3uAB7f6nobrqW0cOGhiVQoDQyaSCosFZSCDb+pB9lBvbxyXkYkn5Yz6en7R+&#10;XSSLmm/UVYCv2H+XTLjfnJ2NTwvJOaaV0sEjmWSPzLq/zikfT6ngg/4+0BuH40bcqAz0VXLRnUS0&#10;TaHW3HAVQP8AoW9/p7WWe4XQf/F11EigrUnNfPP+Hh59GNrzOZH1MpBIyc5/bSnQ0bV+dtPJSCXc&#10;+PSCJbE1sJRYQ62B1Rt/T/D/AF/8PYdZT48LS07NQVUXlQCwJuGP+rKseCfx/sb+z2GS6lGh4T86&#10;YpXyrT9ua+XRym7RTrp4n5/5D0J+K+ZOw62qheXOwmCoB0MCG0kSaQF03/1xcc/049gjktt5Xadd&#10;UR5ekkRY1tE8cbPG6fgIPxe3/FPZkuxi7jDRKeP2H7K04dLYXZWDoSfmeBx/qGOjF4LtPbu66KGf&#10;AZihq0lAZ1WaM6DydZRTe/8AXj/Ye0/FUw18vjWjUBLFo0Vdbkm5fR+P8b8e0t1y7PbKXYNQ8KjA&#10;8uOD0rjnm8QEk6T5cccDT/UelrBno0jQtVxOWGln8ltWkXJIBI/x/wB79v0+ypKyJpVoFceMNoeJ&#10;dKhhdQdQsePZNb/UQNpKkCtBTiaHNDk0r6no8glkWLWynjitP2ca8fLrk266CN1U5CENqFy0nAYj&#10;0kjjk/iwPtGZDZVCQaebFwIP1OxgRbWF9JFhc/059m6W947GRWwMcSfzxWnpw6L5ruQyajluAA4f&#10;yJp/n6mQbupwAwqdergKzqL/ANQC5F/6/X20J1tgpQD/AA6lbXa5MNwgP0uDze/uklvuUJGnVivC&#10;uT6AenT8E8laxYP+rh1PTedObDzgDgeqRAP8dNj9Pxx77HRmHybhDBFEJRoIDSKCFF1/bA5v/wAj&#10;96W83GGPU0bE0ocCnpn/ADeuejpWkmgAYVrx4U/wV64Sb6o4SQJ4vS101W0njVYOfqPze3vuT417&#10;WgcMlP5ZWj1apJHF3XlbC9wP8L+1dvu24soZaha0J9P858q0+XRPLsxVg6jFf2fb/s9QH7KjBcSG&#10;GNkYaE1KXYMOP03/ANv7b26A2/dJ5vCIo/S2hHALX5Uk/Uj+vsxiubrSUAIdh5+Q+zyr0qitJEWg&#10;wfTjj1r/AIOsJ7LXUyRxFmFjfWuk3/IINzb83HtzpekduVqvE0UcKx+lGKH1A8El/wAf7f8A1/aK&#10;7m3C3bxI1JFK+X+r8urFpoDgagB55/4r06yjsGOMJrZQWYcc+m3Jtb/D2ls78c6V2Z8XlIkNjqhc&#10;oSObkBRf8/Q/n2ntL+6capISpHmo9PzHHzPT9rcPIldOeGK/6h8+nWDsLHcCcMq3ADKb341Fufz7&#10;Y4/j20cchr8wqEIdCRqDpNrhWJ4/33PtY25SoxMMNW45NBTzIx/xfTNxuQgWlO7zGP8AUf5HqZ/f&#10;jGyMnhDurMo1ixsW+nH1+vF/bXP0vRRHQK6Uy6dIZkAA4/LAfn+lvam2uLucE6CRk0Fa/sz0RPvt&#10;wrEAUr/qz9nUlt3UgJ1KFAKgHWoDm+khS1v9v7m0XSVDNGTLU1Ten9XMaMx/KC3+3uf9b209xeow&#10;DLQjHCtB6ep/z8a9F0m9XviEef8APrBJvSiQi3jsfqPIhcW+t7Hj24RdG4dI7z1jzOy6UVG0Ffyb&#10;X9Nj9T/vQ92Ml09KJpA4gj9nkTX8+jS33S6CgE0Pz8/8vUN99Q3YLFxqOm0ivq/JuCePeI9F414i&#10;UqJo2e62sjSsSeOfoB/sPdg17rwlQK+WB/xXz6MLfcLhgTIK0Pp/qz/PrId+UKfVl5P4azcfX088&#10;n8e4SdGU6TN5q13CkEqUIeIW/RZRb/eb+1VLp1B8PHqBk/Ov28elM24zIBgj7Bx+0/b8+scm/wDH&#10;IAqtHqJI5lUAsObf19qFeidtVlMxevqKSVVA1XLkm2q9vTwP99z7LbgbgJWCxVB8qU+316ft7yeW&#10;qsKV+Xl6k18/TrGm/Y9Udo0eNiTrV9QFmtZj/rf09tJ6ApqmbxUeZMmm4JVP84oXTchrfk+06x3S&#10;pqa3oD8zivy/zdK0fUMLwp/qPr1Mbf2PiQvN+2NRUAlbEj/Ut/xUj3xm+NsiPCq5UsAQHLJbQP6B&#10;h+P8b+3YhccRAcj/AFfYftpjy6VxRHXQrmn+o0z1hHZGFA9Uyg3tYMD+L8f1/wAbe37HfH7Cwzos&#10;0clYx0AhJOC172OrgH88+2513JIqomkZ8s/On+o/l0rBmiopWgNcjH+bh1ibsbGMDpqYouLjyEcq&#10;Ob/61v8AH2I0fVW3MVTKhxEeq1iZV8pfng6Ra31t7Jvpd0nkJZiAPyNftzw9eqtMwJDY6hDflNUM&#10;TFUxFbXBVhpABtfkc8/ge2Wu6n25WDxmgWnLmwK8Wv8AVlUf0/w49v6NwQU061ArQ/4CfLorvb11&#10;BIAIHkT/AIfT+fUmLekS3c1cLgPpGlv6/Qi/49obJfHzFzsyY3JTUzyhfGxIlQW5ZWZjwQf6e9K1&#10;8oJniJABNDx44C/b868PXoo+qm1HWlAP2/L8unKHfdAw/cKkqQGYNYKG5LED8D2Dm5fjPuOSZmgr&#10;oqiNgbK6uqOwNwpI/It+OPZ/ZX7xoS8Olh5+ef8AV55HQa3UXklXAyeJHl+fTpDvLBS8CqUNci3B&#10;PAuSBfke2nF/F7dn7krvDSRWVvIXd9WkX9KqL/61/aqXdkL6HXPn86/5eiaF722JUkkeZND+ZpTr&#10;uTeODQqq1Pkdvoijnj+pPt/b44VcqQ0n8UmmqJuQViZQOOba7cA82t7u1wyDUV0qvqK58+Bz8un5&#10;Lu8rk0z5jzPH/YPWAb0xZV31LoQ82kRiPVpube5ND8YcjRzxrPXSiIt6X+3PjuWudRBH+wsOfaGa&#10;+aVT4ahmX/Vwzmn5DpyC4ulY1JLA+v8AxdD/AC66/vthmTWsyn+qh1LcjiwH5/w9vdV8bs4rp/Dc&#10;iKkjjTJTvGtmPIUgG45uL/T2lFy8iUnip6aTn/IAf8PQnsryabtk7eHAjHr/AKuHWNd+YMLqmm8I&#10;+tnK3tYkkWJv7zr8Xt3vHrkr8Yun16S7K/Lfgfgj/Un22J1MhVUen+lH8j6fP9h6FUQJAYVCny/y&#10;V+fmf2dYZOxNtx6b1JOq1iBcc/19xJPjVuCNJG/iNCzqvqRnLMWuVspS3154/B+nswSjEL4Jp6Uo&#10;Pl/xZ8+lxdtIUgCnkcj5ddf6Q9vllXzubm4KobcC5Bte/wDsPb1t347OrvPuKqIp4wB44LjVpN0G&#10;p/8ADgAe7yCaMiOBDn9nD/B8/wCWOktzevEpzwB+yv7Oolb2NiIxopJRPKxFhwFAP4LA2v7ECn6I&#10;2pNRSEUtVdGKpJruGt9AwPP0/J9opG3FXpUH1BGR/I1/l/k6Cku53Jk7TQV/P7fP/V8+mqTsaKGZ&#10;EcwqGS/6h9b2uTew+v4v7DLcXx6p1gknxWVZjC1pKeeEl0FyfSw4IAP1+vt5VunYGSHBByPl8uHR&#10;yl/pUFxSn5fyr8/Th0/0e+8fLII6grEXCGNw4KNq4sBwf9j9PYdT9K7j8uim8E1yAkjalBVjYHgH&#10;/W9uCzmVu9KGgP8AscePy6ZTe2WTQ4GPn9vA19PLp7XdOGILNVxoBe9zc8fX3mk6R3LG5jqTBE7c&#10;Rqzuxf8AqNd+APwT7disJ5KuI20+oFP25P59LBu1G1F6AY+KlK/Kvn1hXeOBkF466GS36tLg2uSF&#10;4/xt75L0futiwRYJVuP0vdXPOi/PH+PHv30RUgsrCoxxp8/2dKoNwIAZjU0wNWK9cv734H810K82&#10;szWb+v6T7Ttb1JvOkaSN8POW1kF0VmRh9bq5FhYfggf092lsmoGQ4+fyp5CvH/N07PeK2lVxnIx/&#10;KmePUqn3JhKkfs5GlY2vp8qhv9s1vfKm6e3hI3kfFzxBlDK8jhVAIDEtf+v1/wCJ9ohBIZPDHCvk&#10;D5fz446rHcsG7CP8x/1f5usj5/ERglq6n9N7jyobWNiDY+xNwHQHkginzNdLTsVJEUCqwBK8KSxI&#10;P1PtBdjcoZGWKIsRwJBziv25pjpQu4svxtn/AFeXTbJu3F8iGohkIPJMigcG17n+n59r+h6a2xi4&#10;lnajaqcC4mmF0KjlV0jix/I/r9Pp7RpDu8g8JhpFeArXPzNDjgCT6+XXn3OIQ0Y1pwzw+0Y+2vUO&#10;XdlKzlIqiIHmw1oW4/1ibH6n231VI1Hrptu7fQ6LqZIqUKo+g/bNvr/QA/7x7P7Plq5uADNX7K1P&#10;yr8ick19PPoEbxuUkjkK1P51P+r/AADrqTPY6ECSuycMOsXQSzKlyD/qbg/7x7Ve2cfWtJ5c0THI&#10;inRAfoGC/wBqxueP6D2Tbxy5cwNohStacSajPHhTz6Z2v6yQhZGrT54/zft/b1hk3HjZI/8AJJg4&#10;uS0q20Wvf6g2BHPB9ijQQ06uWEixgJeOwS2ojX+nixN/r7Bl3y9uunSELAngQeHAZpTGB5dDKFrg&#10;ECvyyf8AV/PrgubpOP3EDD9R1ra/PIKkm3+39yJ5aG6JPNGXJ1cMulbgXZ2P+Nvr/sPaUcvbutXj&#10;hJBxXIrThQevGnTrSStUGvGnGn7PIft6yplqZ1sJj6bXFv02/tH6/j+n+HvE9RQaljfxNG4a6qfL&#10;c/k6LEAce/Hl3cn72Qg/7yKcD5j9v8ulySdlaVx54GOsqZWAairHUpUmxuQT9Ofpc3+ntN5HaW1s&#10;vExqcZRyl216jFEWYEm9yoBHB+o+n9Par93b7b0iiqCOHGn5fnQ8c9PMHNda1A4ef2V/w8f29ZY8&#10;7Ao1eb03KE3JNyeOR9f9t/r29h5mOgNt5ILUUJnoJDrIEdvCSospb6n8g8D6D3dbje46pKjMBTzw&#10;Sa1qOI+XDJ6bHjqxDUHnXH54r1Nj3FSk2aWFjydKkhiv4Zfwf6fX2Am6Ol9y4FZJaaH+IUcZb96I&#10;EyrGBqYyRKPyBe4t7EVleSMO8EEeoPGtB8/21p1WKVBICcnz8v8AV6f8X05wZWiqCoSeMM30UsLk&#10;/kKR9fYUjGup0yQSJbhjocvYEixuLi3H0PsRiOamrSc+X+X/AIvo1DJp1VHyz/k/z06cLi17++Rp&#10;JfQPEwjAIuwdA172cXXkD+n+P59sm03FtTLXJqKCv5Gvmf8AJjPSjTVKgZ/y+n+z164/H+9H6f19&#10;8mx88af5pn1KbAlmJ1X+igX/AKGx9upbXYA8RWr54pX504U4/s6bK9wH+r7fnx661D/ebf4E/wCB&#10;/wB4/wBf32uMnCAmCovw2swOvq1AfQD6f4D3RrK6fCpniRxwPnj8/T06Sva1Jb167LAfXj/ff4e4&#10;z4+Qu6jWCLlwUvpYc6v9t9ePr7XJte4uKLGR8z/qzx6X21o5AjHl6/6uHXWoW+o/5Hx76+wk0roj&#10;uA3rXm7XspLW/H9Pd/3Vfq3clPOvy+Xqfl0plsWj+Kg4UPz69rX+v5t+bA/0uffL+Fzlg608j+QW&#10;AAcKrD0nj6/639PaZ7C/FRoJK/4P9X5dFM8JLdzUp+Z/Zxz+XXWsfn6f4XP095zhqoaQ1POA9nf0&#10;OpIvY/77/ePent7hCRoPpU0p+31PVhIo7fT8v9X+qnXetSLggi9r/j34YGvmuUhkCqfTdXuB9Bb8&#10;/wCt/X3uO1u2FCmo+v2eQ+zp5F8TKn/L14uB9fr/AE/3v31Jt7IIg/yaf0teywyHSG5urheP6/4e&#10;23srhW7VoT6mtCfQE9JJrdI6ljT9nH9vXg6n8/8AIveBsVVDUDDKq8Bh4msAACdbAfX8/X20u23p&#10;rXj+X+X/AIrpGChxj9vXtQ/3v/eP6+8ww9adWmGoddAdiIZDpuL8NYfj8X/1vdl2/cDliaV9Bw/2&#10;ejaIxtHxFMfn10ZEH1Yf73+L+4UmOkDKWVk1tz6LEBRwAf8AH8e9SbTfuDUM1P2En7MY6uTGooKf&#10;6vLrsMD/AE/2/wDvfvuWhkIAMJBsTyDc82Bb+pP+x9tjYL9pML2sQRT5ccenTwTUO0jPz69rX+v+&#10;wsb/ANPp76XFVBUMlPMxJ06VjYcH6EEi1uPa99vvQRrQ48/n5fZ0nkVo8kUrjrrWPzx/xP8Arfn3&#10;kXC1hBBo6hWsGYmCbgXuSSRb6fT2lfZr12wC1STwpk/Py6bERdg2qv8AgHoKV671r/Uf61xcf1v7&#10;jNiqrX5BG5uFWPUjIbD6ekD2xDy/fRsYyGr+0D86D+fT0trrGkmn8/8ALTr2oc/4f6/9PwfeOTGz&#10;mTSUIF2JKq9lDj9ILXN/ag7LfxxkUYVBwaEEDz+X+Gnl00pjgU5qB8x/qHXtQuR/S30/x/r75LiK&#10;0oqrRzyjVZR4HZlH0B0oD9Ofx7SjaL9wzsaV08K/s8uHkTTrcd3EzUB4/wCr8+vFv98eBb8m/vjJ&#10;hp15ekqI7MbeWneL035PrAvb/A+zBdkvpVaOrE4zUsfXFKUp6Hj0uETSLVSpB+f+H068GBtYg3/I&#10;II94zipjqcKbXAsIybhhe7aPoLcgn347PuUdI4wSOPD08u7gPUUOeqmFgB4lAM569qAv/h/UGx9+&#10;XB1T6WFJUSDltSQy6LqLgk/g+7HbtwUdxp6nGa+tP9g9JaKBViAft69qW9rgH/Hj/e/fA4eruzGl&#10;qC5N1vE6lAR9SWtxb21+476SQSsanHl88imfy9elKrVQaj/D14tY2/31vcmLbtY4Jjo6hrfVhDKw&#10;Fz+pmsRb+nPva7Per2ioUnAFQPmKVrU/ZT5dJnsyzEnhx49cTKg+rAfT6kD6/wCv7hVOJemfTIjx&#10;zGwZZELO9/8AUkgC1vyPZvb8v7lIvYmoca/ZwJH+xx6v+7wFopFT135F+v4/rY8/61vbfLhaoMBH&#10;C5QBma+r+gsB/rf4+0cnLu5Hv0nPyP8AP0FP9noM3u3SFyxPH0HD88ft/b17WtwLi5/rxx/r+8TY&#10;udgiiGR7cBVEhZifx9P999Pehy7uANfUf6vI/wAukRtnGNRJ+fl/sf6q9d6ha97fX6kD6e+Mu0q2&#10;qLLLQ1UjKAy6YJCxNvoGQW/3359vQ7NusVQqnPkBwHmc8B8jn0A6Dd/y7JdElsgj9n+av5nriZow&#10;L60F7WuwF7+4T7GqNRT+HVB1KNSinmLnWf8AUhRwP8B7eO2bki+I4pjjSlKfM/L1H8+iocmHV+pg&#10;AUrX09KDrwljNrOvN7+pbi3+HvkNi1+gg46r0g2UJBMtmvw304HukVleh1IGKf6v9XHpdDy0IANB&#10;AAHoa/Z8+u/InHrXk2HqX/ivtjzEsW1KaepyQniWCF3uUkH6OSoJH4/Nx/sfZpYcq7juJWNF4/M/&#10;ka+f2Dp6fbmsItbkVP21oPkPPrtWDC4sfxcEEX/1x7T+w944TftPWz0dVCYaSRoyqRsJY5AeAdSg&#10;3v8A0P8AsPZvunIG6WCiRlPcMHj9vp05tt8121EkDBceRwf2H/V5dd3/AMDb/ffj2JlNtzJVSK1H&#10;jaqqjVh+7HTSFUUG49IB5v8An8+wbPs99ETqNPQZz8yP8h+zoSfS61IPn5f4OPXFpEU2ZlHIAuwH&#10;J/HPuc+yM8iEz4XJBSbhxRSqrA/kGw/2JH19oRtd27VjYNX5j9mP5enSIWqB/DB/2D1xE8JNhLGT&#10;/QSJc3+nF/z7xR7IzkoJiw1eykaRqopgAG4JGoA3A9qY9suGoH4g045/lXo8tNuSRMsMfkf8HXjP&#10;CL3ljFv6uo4/r9f9h79LsjMU2gSYuujDNb10sq3VeALEfk+1f7nu2UlaGuAKio/1fL9nT0u1xxrX&#10;V/OpHr5Z68J4mBKyRkC1yHU/X/W94E2rkoZAj4+cGS5K+CRiQfoSbfT/AB9stst7KpI8sfKvDOKi&#10;v+rHSL6SB8K38v8AY4/s65eSP/Vr9Cf1L+P9f3J/upmEUF8XVBA3pUUzqhUcKTwLH/Ae6DYr0HQw&#10;z5mlf9WOlA2lqAMR3eeP5ivXETRH6SRkX+odP9b+vvp9uVivoNFURKxBkRoGIQgXBvb/AA/A9vR8&#10;vX6IJI6sfI/Lh6fP1r0sg2dFOrXkfZT8qfy8+uYdDezKbGxsQfr9Pc6HZuarFJpcVXTk28ZipZpL&#10;k/RrKL8/i/va7LesNDjB48P2fl+3yA6UtZIuHIIOfI/y/wBX2dYpKmmiNpZ4Y7Ak65USwH59R98q&#10;nYm66RVefb2VQNpVtdHUkAf2f7P0vz/T2ymwT6jHHTPzyc/aOPl0Tz28JPhqwAORT/Y4fZXrEmRo&#10;Jf8AN1tJJa99FRE1rfg2PvptoZ8cth65Sx02+2clrjSRYC/P+v78nL9y5KLmgwB8vn+fWk29HNSx&#10;oR5f6v5DrKamnAv5obf8tUN/9bn3Aq+u93ykGHD5BItIufs5ixDMTYWU/wCte5HtdBy9dKpNOHzz&#10;n/Z6pJaKq4P7eP8Aq/LrCcjQA2+9pb3tYzxDn+n194Y+utxxj93E5BbIQpNFUBFJX1XW31/2P192&#10;bZbwtpFK+dRxFfXhT/OOm0s/E7dVD548vStKcPXrmK2jNiKqmIP0IniII/qDf3jn61zYjWb+EZMA&#10;NxL9pJ+o/VdZHBPH49vR7DuPDzHlQ/b/AKuPVJOXIJqZrSv+ofL166+/otWn7um1ccCeK9j9Pz7h&#10;U+x69TZsRkEZj4xrpJVVje62uv8AT9J/r7UPy5ule6poK1oafOn8s/LpmPleHVXBHGoFT+Xr1k+6&#10;pv8AlYgP+tLHf/bX9v0XVO6XjWRNsZdoiTaU0dQtwfUb3WxH9OB7LpNlvuEjgDzz/wBA8M9Xfl6A&#10;EgAU/wBX+rHUY5bFh/GcjQh/9SaqAN/ttXvqHrbct1RcDkE0nSwFBOyhv0lXFgDf+t/dV5fvSKoC&#10;SaeZ4D8uA/1enT8G0Rx/2ZoacPPHy8v59c2yWPQamraVRxyaiIfUX/J9x6zrnccd/uMTWwKBrCvT&#10;SKQDyQpYcX/I+vtfb8r7g3w1P5HPoRgE/s6MF2hnGmNv8H8/9X+DrpMnj5QTFW0soBsTFUQvYj6j&#10;0t7TkmzK9ZPEKSq1gggCBwWJOoXuP6/UE+10nKe4aaiucZBFP89Rw6sdjkUgluI8hw/b8vTqQKiF&#10;gSJE4+vrX6f1+vt+odhbglRGhxlZUMhtpEErHlh/S3P+t7RLyvfpVdFD/mB+3J/w9LbXaAi01ZP+&#10;rHzHnjrFJX0UX+cqoEH5LSooH+vc++p9h7iR/EcVWxyljqVqabUSPyNY5sQL+/f1Uv3XUi1/1f8A&#10;F9Vn2dX8+Pqaf6v9Q68tfRMupaqnK2B1CaMjk2+t/eNtibmQHXjKtwDpAkp5FJsL3Fh9STzx7eTk&#10;+8IDZHmRQ/6v2dMx7SqMKEj+fHhXh88ddDIULfpq6cm4FhNHe5+g+vuE218yFAloKtGViCHpphb8&#10;EXQcgD/ivt5OUtyZyBinyx9tfl0sj2x2bQ54ccEf4eH+qvHrMKiA2tNCbkAfup+fp+feObZuXliV&#10;Vp5XLkmwha+pQCQfofpwP8Pakcm7jqACMBwBp68KVxx/Z1a42BZ0ADHUK8fIeYr5/wCz10amnF7z&#10;RiwubsOPp9f9v7jx9e7heTigqGeRP0eGVmY6fTp0jgHj6+3m5J3ML8JIWorT/BQ56I15WeKXxCe0&#10;HGa0/l/g6xHIUIuWrKdQPqWlQAf65J9v0PXe6IYRI+CyXjKhVZKOd11AWLAIDcccn+nssl5S3F6w&#10;oCScGoI4/wCrHRtHtyRqErQgVp+dCePWH+MYkHSclQBv6GspwRYXNxq4/wBj7eIeqt5VUP3UW28r&#10;NAYyPIKSYOwH4cOB/tv6e0kvKO5wnS5IONRr55oQfQdKHsIVwGHz4Z/P/UMdR23Jt9JPC+bxSy/8&#10;c2r6VX/p+ktf3EXp3fuRv9lt7KJGiESSvRzDxACxEmpf6Xsffk2G5jYI4qR8s08uHE8OFOkVxYI5&#10;EZIP89P2D/J1ym3DgqfT58xjItZsgkrqZSx/oAW9zcb0HvOr1L9hVyuv6o4qd2ew/UQbc8D6fX/X&#10;9mE3Lu5ogYxnSRgkUA9P21+fpjr0fLdvUu5FOJNAP+Kr9v7Ook27ts0/+fzmMh5AvJW06AE/QXZr&#10;X9qyj6K3dTFGTbGWnNwGJoZuG1A6vp9T+Bb2GL3Yb6YZNBX14j+Vf9Wa1HRlb7btkQGplB+0Z/b1&#10;4bv2sb23FhTYEn/cnR8AfUk6/p/j7VVH0n2FMGji2fmXBshP2FRwbi1iFA5/PPsNScr3gasppxp9&#10;gBA/4vo5B2mJazSqK04MOH5+Xl1Hm31sunXVPuzbsS/1fMUCj/bmT27SdE9lBdDbMy5YhfGv2Mrk&#10;WPKiwJBI4v7Tf1XvcFcL5k1GMfLyPADHWmuNl06hMhX/AEy1/lTz4dRV7J6+e+neu1mt9bZzHGxt&#10;ex/c/p7xSdC9mIA/9y8wnIZitDO4VQNR4UX/ANfj6/63v0fLl4xqpNBwJBqTw/wmo+XSaO52Zmo8&#10;q8cdw8/Lrv8A0kdf6gv99tq6j+DncaD9NX5k/p7a6jpnsGlVmqNm5aOMKwW9BOnP11atP0H+N/8A&#10;evbjcrXWrSHwM1Nc/IYOajyz/PpcqbRJUJIhp6EH/Zr1Opt6bQrTpo90YCqYWusGXoZTz+bI59p+&#10;fqrei+ldt5UXX+1RVFhfn1HSeLf4+34+WbyUAu1PUHiK/wAuP7AM06YuYdsAw4pw4jP8/wDJ04DO&#10;4UjUMtjSCLg/fUwBA+p5b8fn3ipemd+1knjpds5OQM1gTSVItxySQvH+IPs0Xlm7iTUznAIwOP5f&#10;bmufTote221RqDKaZpj8/l1EqN2bYpBqqdwYaAc8y5KkT6f67e3odA9jwFHqNqZMarGxpZCoYDSx&#10;GkXH0/P+29svyteSSDwifspx+2mBg8Otx2u2ydqSKPzHnXj03x9hbGlLCPd23XKX1BctRNa31vZ/&#10;x7mQ9Ab/AKp3C4CSMsy2WUmGUf0bSRcA/T/kft5eRN4KGVQ5WvGmPsHz4/s6XLtG2U1PKlPy/wCK&#10;6h1HaPXlIwSo3jt9HIvb+JU7cXAvdT/j7g13SO8ccJVqsPMJACyIoWSTRbUQES5uefd/9brfp11x&#10;QyMoP8JAH5gf6vLpTFsVrIuuAhhXivH+XHqXS9h7GrQppd14KYMSFZMjTaWI/CsWsfaRk2Dl1kEM&#10;mKqhLdlVTTSg/XhdTD8Ec2+vu59uOYFbR4bAn1B888KVyOnv3Vbo3hyEqxI8uJPCuBmn59KBMziX&#10;i8y5KhaL6+QVcBT8C4YN/U299VXWWZigV5cdIBIS1hBIGYgWvYDj6e1f+tnzNEe+2myMdh7h8sZ/&#10;n/l6J972f6SPSUcu3wqEap+ylf8AP1FTcu35HaOPNYt3Q2ZVrqZitjY3s3sfvj10dTV2fG8txUsU&#10;mL2zUxvjqCRUda/OAeSFaqM8hab0yEMOSV+oB95o/c8+7Zf8y87D3E54hKbTsUiyQwOope3wFYoz&#10;X/QrftllpXU2hOFevlC/v3vv8v7abEfuq+113p3vf4WO8ToQWtNvftFsCD2y3IDBhxWPGD04U1ZS&#10;18Ylo6iKpguR54HEial+oSRfSf8AYH2ex3aSZl9TyM1z+bXNza3vrNM7S3BiYFpWNTjzNDUDh8vk&#10;P2dfIWqqsYphR1Mt7mpTtpYDgmzBSDwNViTbnj2fRbfOVIwGNDSnDIrkCv2eXSVplrXy697cqKmk&#10;SoSYLqjYkNf6EEfqAtbi1rexXy/tF1b7tHf6NcTEq1cimkitKUOkgVUkE1qOkVzOjRGImhHD9vD8&#10;/Xr3tQ0wjplVFUWU6dLXII/Fr8+5U2qG222zFrGdKoaUzmpxStT8qenRcZWM3iMAT/q9OvHn+o/1&#10;vbxTUrVusIBcx28ZuVETfVGH1N/qAP8AY+zGUxGOsy1VxQgjy4EEemc19ejewsZtwZhAQGA4Vr21&#10;rQ+ZJpUAdRqiojp1Vpb6SwFwpOlibBjfgC5+vtkq6gwVdMomeOB5Pt0iMAeMMgLancEaC30F+Li3&#10;19km4XU237naM1z4cE5Efh+EClQCRWSoaMthV4jFKZ6SECTWqL/Y8KmjAcD2+fzx1IU8C9uRfj6f&#10;7D3kkqIlZ1LKJDwq3Ng5/SZLXIB/3n2uvN3tYHNtrUTE6QGNaMfhL6alVPlWlcjpGIy5LkGnlTh8&#10;+P8APrv3mqqiWGnVlDSGWRI1WyhIpH/tEn8E/n23vF/cbXaieCMyyyMsa0ppVmwC3A6K/bkjy6WL&#10;qkhCluw1NKHHrT1J+3rqwuTbkjk/8R7zFVECzKfIQSkirZmV1HqUWvY39ma3KaCzHUUFDoGo6hhg&#10;AtTUHBA6obcJbLcRGtTQg0qMfnSvl10G9ZSx4UG/45/HtoroqWolpFnWQFZGkiIupWTSBZiPyfx7&#10;DfMlrtW43VjBuYdSHLoVqAGoMMfIn0446bgklhWTweBFCDxp1y986WnSDyCGWaTyOZS08rS2Y8Mo&#10;1fQfi3t3aNuttvEo264kl8YmTVLIZKsDpIBIwuNPE/b1SWV5SpdQukUwKf8AFn59e99NTQ5GaGKW&#10;SWJ6YmV4oZWVrsLL5tFrj8j2xf2VnzPcQQ3sjwy2lZXhjcqwL9q62FMUGpRxPHp+2MkRIQAiTGor&#10;q4ZNP8B66Y2F7X/33+PuVUWigaRHZXUf7ss1wvALtwL+zbcmk27bJbyNyHiQUZiDUjHcOBJHn0xp&#10;ikIA8ycfL/V5Adev/hb/AH349w531RBNDSI8d3e6iOPVZgsgDaufxYH2T7vcm429YyjSrIne5oI0&#10;LUakihg/d/RFKfb16JdMhatCDgeZ+zyx8z137ZKqmmmpah1is3kGhYAJJEhUgg+K3P8AwX8D6e41&#10;3Dab6+2u5uYLdahxRY+51jGcR+lPwmrBcr0aQTRx3CKTimdWAW+3y+3r3vLS07xazFUFTL4otOgB&#10;mJXUI7sP9e1varY9subRZWsLlk8YxxUC6WJK6ggJFcZzjzr1SeVZKCRK6dR4/wA/9Veve3YSTfbh&#10;ZEYXDBvG6rIApspHP1P+B9jpL3ck2VYb6FhqVlPhvpkAU0DLmoJ48cdF2iPxew14cRj7Ove80ZBA&#10;YPJawNm0sP8AEAXv/r+zPbp45FWeCWUUAJVyrKfUUwT8yK9UYEdpA/Lr3vPcMyktf08cH/Y+znxI&#10;muUYN36D5EAjzGfP0HHpo6iKHr3vtbHi9vwBfkD/AFx7dgVXGlSQBinmM/yr6daPDr3voxqB6dVy&#10;5b6sSGP1IBvx/h9PbUljB4RWKoq5epLMQxwSKk0H9HgPIdbD1yfs9Mde99onjA/w/IFvb1pbrbQi&#10;Kg+0Clf9nyr1VmJNeve+cjsyyMwAAsdbMDcWsWJ/H+x91kdlilMumNRWhYgginxH0H8+nWYyEE9x&#10;P21/1Hr3vHG4lbRHLG1lsyadLhxzcEkWH+w59pbe8iup/DhmUqq0aMAhgfJuIIWnCoz69WMTAAAV&#10;LcD/AJM9e98JNZtrdCF+qhNJJvxyT/T2nvVuAKzyoyjy0UrnhUsfLiBx6oCDgClPs/zZ697gVKRy&#10;SMCDqZAH0yaCAw/s3/w+vsKb1DbXF46kDU6r4mmTTTVwoWNACozQ4Hz6UwM6qNPkcYrw+zr3tvZH&#10;QSTXYJ5AAAway/gaiP0jkkf1+nsJSxT26y3RB8IvgA6uzyoTxUCpI/Z0tVlYhBxpnyz8/n8/29e9&#10;yYw0iStEFBUsEicGPTdRpRNP4P1ufZtZiW+tpZbIKoViEjYEZ0ggIRih41f14dJ3IRwJDx4kZ8/P&#10;5/Z173yXWyGNbwG41EEEji506b35vf3eJppYWtVJtjqGo1qeH4aHuFa6q0P5dVYBW1N3+nXvfKBd&#10;RdGYEKnMyhASQeQ1rg+1O2QpcyvBO9VVCfFXTkivGtQaH1FfU9emOkBlBFTwP+Tr3ubDGAUuWlAW&#10;12Gm4txcfT2JNrsIhKoZ3mAUglgVBWgoCKkNxNCPU08ukzyeekDPDr3uUiqPSoVb8EBbc/649iiO&#10;CGAeHCqp6gAD7Dwz+fTSgu1DxPXvcg6FUXB1XBF/SHW9rr72SfP/AFf4elWmMRqCO714VHy66v8A&#10;74fX+v0HvJNddDKxXUt9QNwGP4B/P091DcVOP9VB07c1QrKhI1Cta1GfKvn/AJOugRyB+P8AYf6/&#10;HvlSyNEXLI8hZQCFYLcXvezfX36RCUUFsjz/ANR/wdP7fcSW7O5Vm1ADiB+dDWufl1jlRXCgkLY3&#10;BIvbixtyLe5sr0lbcVigB2RY/KbpFLD6lLLwrAi90PBt7Lbu3gkjW2nAdSwIXyYjuAx6EVzg8CKd&#10;Hkd3bXsrT3fYaBVLcIyBgngpBBPb/lp1DaGaBEWA/oeR3RFF5le5K/W4NzfVyf8AYe1Ytb/D6ekn&#10;qnhanAkVmWNlmKeP9kU8KA6gW+tzwPz7LpY3mdhCtf4s8PU8DmvlUevy6kOLdF2ezt7ncHTwQGAo&#10;tGIp2BFHFSePoPOmeg2yWJ/jM+Zo8WKuOtk+1aQtOGoVqPKPuGnlIZlkRALD6E/RT7TdFC8WQjzS&#10;QUk0ieZoKSMpGVjnUpOSTfTdTySefofaueztGIR0o0Y7X05Ut8VDipY0r/h6Be0SX9tuI5igEUmo&#10;s3gKwXUrAg1GQoANTWucdKrcONpc3g67bE9XX0a1FLFT/wAVEeqWCaNkaCaGWQAPJqANx/vHtPM1&#10;LXUP8TxM2UqZoslVYxkr4KsFYaSVw8NHSN400xsxHljQ+RFFi319lVverOZNxsS0rRM0bEo9SVcq&#10;1EbwxRSfjRSWQUBbj1vebKL6GBULltZCJqB0xlA+kMmvGcqWABzRcgutHJUJXVEU0NFHEaWKplmp&#10;xpeSraQxF59YBuyBSt+R9LmwPvjkoJgkrxwiErpUEfvICwv6X/oRY2P0+h+ntXvQuZ9teS3AE64B&#10;pqOmuSPl61AA456CM9sYLjU8ZSPFaGq1Irhv8nEcDnp2icMvLFjdr6kMbWVityjc244P5+vtrWlE&#10;roZwqsqa1UMWlKg8HUD/AK1z/sPp7I7XYFvruM7ppVkTWFDEyFa8dQIpmlWwScUpXpK03hofCyDj&#10;hj/Vx6ze3MICFuCeSbk88/19jxLaJkXUCSmRqNSD6mnn9vljpHU1r172qsUJpKOWmhiWaZ5lCo6K&#10;6IGX9ZBFr3/qfaS88NJxM50qBkjBP+r7OpA5cW5n2qTbrWISzM9AGXUoqPiIOBTjkjy6TeYakpZ4&#10;a+vq/saOnhkMrrL4vMUYOYfSQzcf2VBJ+nskXzD6E3d2/vjG57E1uPpo9nbJpMZWw1c0aNLPNK+S&#10;leEk8nS1hZebcH3wc/vAdj5i5w97hb7HBJJFBBDGMdpqGZuNKYYV40pnr7Wf7ge52nlf2B3mTfbi&#10;OK/vbxGILL8MMKqQWr8NanGPPqvHqj5afHDqbc3Zm0d1b4o9r5HePcO5M1tuhr6KqgmyFJUw0WIB&#10;jgSIMn+UQsirINRuGtY3908/KWip/i71tJv3fOSojNkqmTHbYwNOzDJ7hyPiaSOOljkAJhjFmmmW&#10;+kfXk+8Y+U/YXmrcN0WLcI/BiBBdiVIpXyp/lx9vHruz7j+83LHJXK77l48c1zIKQxo4bW4pWoBq&#10;E9SSB0eXYncHX3ZlXkqTY24KfcT4eKN8tLQK8lPjZJnKQ0tbMQFjmcq5WInUQrG1gfaA+DHXHdny&#10;l2Hnu3q+lpYcNUbgnwuBpovLBEBRgvUfbpJ6ZEjJCF731X4HsQc9+2dtb7gnL3K0ZkMSAytWuTwJ&#10;IGCcEeVOPQd+7r7g7h7iw3W78xSxx6WoqVI7c0I+zA8/meoXYvenVHU1TRUfYW9cPtiqyFJJXUlP&#10;kagRyy0kUvhacJ9QNVwL/Wx/p7P5B8Iu2qpA7wUUcL3UNJMSxCn1WUW/JXn/AG39fcZn283G1naK&#10;aKrKOHmCeAOftNM4r59ZSSb7sds5USKzD0b1H/F/s6DD/Z1/jKVDR9q7fmDX0mKV3DW/xA4545/P&#10;txp/gV25KC6fw2NGW+t6izMLspOn6/7f/D2ik5RdXMbRNUHgM0OKgGmK14dIn5q2CJ9JkWoPlU/z&#10;8usNV83fjJRhWn7RwqhhqXSZG9NyAxsOOR+f969zo/gH2idJNXjJJLnUBMU+hsvLKP6/W9/bj8k3&#10;KJrMJANCM1+eeNDj5j1p0pHOPL0Q1GULw8j8/QdMn+z9/FjWY27Nx6m4ALQzBG1fpKsRyDYke8n/&#10;AA3p2c51HJYlWJ9aNMx8Z1erTpBJ/Pvy8q3RJPgPT19a+Rx05/XzlphR5KA5B0t/hp1Fn/mD/FOA&#10;DX2ZRcsyJemqFV2QEnS7gD8H8+/S/wAu3sONbvn8LHqY3u0gPqNyulRfj6jj2tj5Qu5l1R2zmnHN&#10;AfKtaU/2T03/AF35flNEckUoaK1Pt4f6uFem8fzFvim8hih7A87D/jjQTuL3/TqHF/8AjXtvn/l9&#10;77XUj7iw4kEYFlEhUtxextcD839rIuQ9znctDauVqfxfb5fb8z8+lSc07FLRtR0140Pp9n+fpxk/&#10;mAfGSFFeXe7Rhin6qGe4D8qbLf6/0+vtN1PwN39TzLFDmsPKeBcySIptySCwHPs1i9td40lprV0o&#10;KkEj58KV+z7f5mkG+bG0esuaH+ia/wCDz6daP51fGquhFRTb8jkjLFBpoKtmLgX0gBeePqRx77k+&#10;BPYKAFsxgWBBbyfcFdB1W0s1vpa/09sw+3u9SnUlo/yHHyNDTjWv5H0HTK8wbO9Rq/4w3+b9vr12&#10;fnT8aVkaI79Xyq2kx/w2tLkghTpAXnk/T30PgfvGUFX3Nty91Ux+WQaLi4IYAcj/AA/1v6ezFPaj&#10;mZh9RJYSBc5IpWmPUjPzz59Wk3fbtOoFsj/fbft4f4f8/UOp+efxvppfC27a1za+qPC5Ar9Lm5Kc&#10;Afknj/be3GH+XnuOcf5Tu7b0bcEAPLra4B/tDkf4D3Rvbveou02jAZ40oMnif5Cor0VS75tmexyP&#10;UIaD+XHy4dN0nz/+PYP7GS3JWi49VFt6sqFsRccx39uR/lo7nqY/LT772+h40KyysCpFwjPaw5HH&#10;skuuXru1fRLbNUcdNPIUOngSM8PMZ4dE8vM+zo5VklFf6PXGL5+dDSzeIybtjNrlpNuVSql/+Otz&#10;6f8AEH2lan+XLvmGoeGbdWEEKrpWVDOQQv0ASx4/2H59mFpyzLcIGjtSDUeY4cDx9ftr+fRlDvW0&#10;TIHUn7NJrn8ulQnzW6Hlp/PHnckTqK+FsVPHMGAuQVe1v9j7wH+XRvA/5vd+GIQB/wBEtwo5KXt9&#10;D+bj2bpyXd+IHa2OcCh8/UA/L/B0Yje9oUANX0+E/t4fs6hS/OToOAL5s1lIrtp9eLlsDewuyk/4&#10;D3z/AOG7N4OSo3TheVPLiVV+v9Sv5/rfn24eSL/QH+mNFOaZPz+fDj+3rw33aVFWJx6Bj+3H8uoz&#10;/O/4+R38meygA02IxM7hr/6kqT9PeWL+XJvR3CDc+JACG48hIufobBf9t/vPuqck7pLUx2jUPmOF&#10;P8JPHqsnMWy6dTMf95b/ADdNWV/mG/F7CxLLkd6z0wZggjfGVAl1E2sYz9PeWT+W/vOnQSvuvBKp&#10;S7BpHUsl7XIAHtlORN0ml8JbJ2JOmtOBp5/P9vSD9/bPcN4aMTn/AH23H14dQaT+Y58W65/HS7vy&#10;U8nAVY8HXPqP5CsoI4/Nz7YX+AeUpQ5n3vh7pdlijilIBvyCzAG/+I9iS39peYpEFbFu7PEE8MUp&#10;/l/b0dW4sZiOx6Nxovr59K2l+bvSdc0Yo59xTLIwVZf4LMsfP51Mfp/jb2gc/wDDLcuPZExWaxlf&#10;q0XaRmTm9zbV/ZH+v7Eln7Jb3LGZJoNNCeAwPUcK1Pr5+XR6+1Wkya4s5zjSR9v/ABZ6EDFfJfqz&#10;KozjJ1tJpuStTQShgPwSI9Vr/gHn/D2+7f8Agpu3MQRSz5/FRTNZmjRmkVAfoeRzzxx7D27e2u57&#10;bL4fgMajGoUqf+L8jmnRTcx2W318Q8fUGo+38um7KfKzp7EeU1WZqtMLOrstFJa6C7Cxt/vuPaqr&#10;/wCXluaCHUu58WZSCfGVdhZf1EkD6i359kdpybezS0aAqSQONM+gyRQ/Lovh3LapmoK4xWh6YYvm&#10;b0jNYxZevdLKxYULmwZtP6Qb/wC8e22k+BGXK6a3d9FTgH+xE8lmLAMDYc3/AAR7NLj2x3WhmFuP&#10;SpNCB9opw+dPz6NK7aE+EtXPzH5n06l/7N71FJKIaWrytU7WKiOh0ix/JMjC3+N/ani/l45CfR9t&#10;vBJQwAktTygKl7agT/T6n6+w3LyffwSangX0qa1P5fPy4evRXNum1xNqcU+Z44GOB8/206jy/MTq&#10;KmEhrKuuo/He4qFpVYkfgASe5tR/Lky0a3g3OkzkKoP20pAJP67BLG/+A/2Hsxi5QudBJRFA4g1r&#10;gZqfX/VXqsG/7IK6zp+2lPs/4vpKR/Pbodp/t5MpVwMeFaVqEK7XtpS0vP09puo/l656mjaSo3LT&#10;QgFrsYmLyNfg6Tb/AGPHtyDkySZyERKn7cU/lk0p0ui3TZ7ltEeT9lfzrWnSvp/mH07WvHHRV+Qq&#10;3lXXGIKaNwyj6kMrkcf77j2Hu4vhHn8VRPUUeeoauZAzCFY5A7afrpa39PwfYu2b2rudwuVjcYJF&#10;T8vl/kr0F+bXghsna1DM2mtD+efl6fPp+h+T/WEsqxzVWRpFNrzVFIqxKSeAxDH/AHr2FNH8ZN6u&#10;sizxyURBYKrxNJrIuAQUv9fwQfeUHJ3sby1axi5lJlcYzgV8yAePWDfOtxzRuNywg1RgE4APrmn5&#10;Y49Yc58pOq8PIka5umrdXMjRTxoIhb6yCQgr/sR7Y6b469jUORkmkrqzwrJeNYTLGY+foug/T3KN&#10;57ebQLIwwqoGmgApgfl5j7egHtO0cyR7grPrPcKDNPWh+31/n040nyR6wr4o2ps3A7yAMI2kjFhb&#10;g3+lv6f7f2aXq3qntDEyJW0W8c1jJYJFdIHarAJvdnAXVcW94s84+1+6WN6TbgPGx4hqMAMiopx6&#10;zV5R2K2n2lZNygIkIzUD8vL8s9Qc73p1FXUr0eYGPy1LNE4kgqIsfW0zKfSVkE5IF+eCPdmO0N7z&#10;LtOkoN41TT5mjHhbJGndfukHEYnNgbj+pF/cweztluu1B7e8l7MModqlR554/toPt6ivn329XcZy&#10;20oImzxyCPPP+xnrUF/nH/y/4O9OzaLsP4rYDD4aoq4J/wC8GDimixtBX1CjyLVU8aftq7chv6/4&#10;e3CTd22odTz5OPk/8c5r3HBuNP095Lw2zXCBbaeMGg4k+dcDFK/s+3qGH9rOalSiGNVAoMsMeg7f&#10;Pqg4fyu/nHUVMkFJ13rCAnzpnqBo2X62VvIGJ/2m3H099x732k1lGSgIIKkrFLYH63Gpf969+uNo&#10;vY1Mn1EZI7qEnNOI4Up/qr0UN7UcyO9NURPEAk0+f4aU/l1xb+V58+Ih6dgVAu4JT+P0JFgbeRlE&#10;vAH0uR7kvuPaskfkXIUwNiTqje+j+tiPpf8Aw9kce4vFKImlRgaAitCG+f8AxfSxPavmIRd5iOo5&#10;WrVB9eHH7DXp6ov5cP8AMGxS+On2XkUjlYh0jzsCxKSNOpyHtz/Ufj2kq/sDadE5U17Ei+kRQytY&#10;E31WC8D/AGHsb2kEckYd7mI1NWPE1GBU1z88/Z0rf2o3ZIa1iqa+TEinoacT8+hY25/Kb/mC7lg8&#10;i4rC45Xj1aMluKFHLAWCWOoXIPPv1J2Tsydl1ZZYW5skqyBmB/BGn6/6/tRJsc0tY7aeE1PnilPM&#10;HODwp5Hy6JpPa3mAu0EJjLCh8xUcfMHhw/wDpL7o/lF/zBsE8ypsWjz0a8vJjM5RvFpH1a85W4/A&#10;0/7b26N2FtKnVm/jlFpUglGvxfkkra9z72vKF/cfHNEpHnrpk+QwMenT0vtTzOCocRhj6Pn5cR+2&#10;nQdwfyrvnrX1cNMOnMotRNqVH++o/CSvB9YawH9CTz77puxtk1KqVzeNJ1WKiVI7kH/Uv/xHsrvu&#10;WN1spSFlR/MHXX880z9ueimf2x5mtmICJx4hjUV+2nH16iZv+Vr/ADCdr1BQ9I7qlKAP5sdPT1UQ&#10;B5P7kT2+n499vuraMkg05ekW7XVTMhXUDcW+v1/wPtTBa7lHGUd4mLCnHORSlfP7Dx6dT2/5lpol&#10;VKkcK8fzoc/I9d0XwT/mD0UBY9SbwWNAfIuiJ30gWKMFJJ4/r7dqTK4SqBEGQpHJuw8cysOTfkck&#10;WH5Pst3KeSxbVO6jhUAqPlwGM+VOnZeQd/t9OpB86MOPlnh/k9Okrl/ip80MVojyHVO9YjdlKS0E&#10;6oSvGlZZBpI/oAePb5S1GOc6fuYiVv8AuGx/Vwqhkv6f6cewde8w28VdMgz5Any41r+LzOeHReeR&#10;+YJXJRM4xqPH9g6TVT8Nfl3kozUt11moiBZaaWphim4Fzop2YFj/AFtf/H2pqfGAx+VRGyadWsOD&#10;HYrc+ofW/sNTc2QytoSUE1wAaGo+VcU/aePSe55N5ogXw/BagONIr+z0p69AbuP4/fIDCVEtLlNg&#10;bopJY5NJH8Mq2QluBpdFPF/yLj/H3kONiNriJrjVZSD9OBb6+0w5riDVE4BrTJH86f8AF9Fp5V5j&#10;DfAajz4ZP5DP7em8fH3vuysuxtzrqTXqfHVSCRT9HKuqk3+gt7jDExqdSohbWSQDcqRxfn/ivsxH&#10;NfixgCYFaZNRmv8AP+XSmTlXmeSP+xdgQKUx/m67renO+cfGEqNmblT0glDj6oXAA4+n/IvfJqSN&#10;bAra62/p9D6lIN/bkO6TSqWjeoBxQ/zHp+3otbk7mhQSbZxmv2H5U4U/Z0l5eve3xJLDNtPcKOhB&#10;KGiq9Q/oboP9iR77goUlP7YU6wTpUhmNv7WkG/8Aj/re2LnmRYB+rNQima0p6ip4168OUOY5K1je&#10;nrWv5YwR9menqHpru+ogEybN3HJACreU0VQAhI/SQFJ/3j35sVGzBXChwVuCRqBtwWFvp7aXnGBa&#10;mOYBc+YAxxAzx9SelsHJvMudMZA8qnB4cB0pKT49/IipphPTbGzniLhV108yalb1ekfX/Y+5VNgS&#10;zEqmpQStwin1HmxY2P8Ar829p7nnSPSC0orSo7uI9cE5+2nVp+TOaQavbvmmckU4YoemHJdPd4Uk&#10;phrdoZ5ZFst0pamYKb+k2TVbm9z7c/4FMoUvGosAbB47WUEr6b/gcj/ifZGecLUsRHNpJwcngf8A&#10;Pwqf29et+UeZqlBBJ+df9X8+odJ0n3PVOdGzNxvqkKqUx1Ybm/rW+nkn/ePeZcdCqnXVUS2GoJJN&#10;EHZXFg/PI/2P+t7QyczLrBGvjSoB0gjyPkT9nHoUWPI/NLCngyAVoa4p50z/AJPt6FPA/GDvmtjY&#10;QbI3HYrcK9HMshDm4Glgp/Fr2Nvp78cdQhdUldjV+mq86Wsbg6rH+vHHtM/OyQvpJcehyKfZXAxn&#10;PS3+oHM7vVoWp9o8/tr/AJultj/hT8lMowal603PVa0ZtENFO9l06i2kA/n/AG/9be4zY2lh9S1t&#10;CV4YN9xEobUP0qTyAfZlFzlFdIACa0ocE8Dxx+Lz6cPtzzQ/cbds/MCtPz4+dOHy6iTfDL5KwTmG&#10;TrLeMZ1EHVjalQqjjURYWGr8n21z09AANVVBzxZZo2X6X4S4uL/T2c23NLeIVVsj1FKfac58/Kg+&#10;3pQPbLmdWJeOg+ZFf5dOEPwj+Ss0X3B2BuFI+UHlgZGL/UKFex/P4/r/ALaBUS4ukjkMlXTqFXkG&#10;Rbg25skZ/A/HtcnMIlCtI+kV9CK/KpBwfUdGVt7VcyzU8QBB9pP+znpWYL+Xx8pdwTQwU+yK8E2V&#10;hIQqop5Jc/Un/D2xLuTb7yMorow63C+QSIthYcaR+bm3s2S7SSmiVacSQRX7MnP2/bw6MG9nt6kA&#10;8N1B8+IFc+oz0Ieb/lT/AC2xtDDXDZqVIm9LxU1ahmjkKFx5Ffj+n5/1vc983hI4y75GmKgD039J&#10;ANyBcfj6g+0pmUPRmVak5rU/nQ+fp+yvRdN7PczIPEk0AEnga/ZUD/LjpAx/y0PlvVSCKLrrI+cy&#10;aUBdUUN9DeThQPr+pv8AiPbJU702zEzH+KRnQLWWOUer+l7fn6m3tdamORMSDianjj/Viny6Lo/a&#10;PfHYfqIoJPHUc/Zp+3HSyxv8oz5p5EKRsSkpFkXUr1eZpdYu30ZE1Wv+Lj8+5tDuTB1pUxZGIhl1&#10;8hrn1WsSAQPx9fdbueO3UguGatB5A4rUaqV/LIpw6vN7Q75CD4ciufkSP5kCp/n0ybg/lZfLzbpc&#10;1Wyo6nQCG+wr4ZtBvp03P6j/AEIHtZUCQViEpU0zKykljLEBq+lrAk3Bvx7B2477a2jBkcmjcAT6&#10;186cQa/5ukUntbzIjAeCZAMCjZoft9f9VOgdyHwm+RuGrJKKv683AJo1IIiieYWRdd0IuT/ri9/x&#10;7yVNFHEPXUU176mKzxs1gb3BFrD839+2/mmzleiSUpWgNQKn04188fLqq+3HMsT+GICK+pHn9p8/&#10;29Rm+HHyPi8TRdZbqcyAlf8AIZ2LAjVfSQLcW5PP09tLUscj3WSnkL6iH1xyalvbjTzx/S/sSw7/&#10;AB6CFkIC0wDpI86ZOSa+nDrT8gc0Be23cgelDwGRx8/P/B0x1/xn+QGKuKrrjd1OqkXLYupNh+oX&#10;AU/Wx/33PuVTY8Mp0aCNf0uBHcDT/a/2xN/aW85hWNhqcA0xnu/lk+VMZzTpIeQ+aBQi2loeB00/&#10;yf5OmJugO7GVT/cXdgBcRk/w2sWzsTZV1KOTbnjj31VRQwqFeWKMNY31oDwNI1XIt+P+Re2rLdWu&#10;H1RsG04yaefl+zyH+Tp+D2+5puXKJaPUEDux+yuPs/LpypfjJ35kJ1Sl603lUykkgjDVmoKnFwAt&#10;iP8AH3ERKaRi3khYrdkIlU/TgWAP0P8AUezKTcmhjqzAAihqR6n7KU+eTmvzWy+2HNKDvt2BPrT/&#10;AAnjT/J05p8UfkFLN9sOuN1JKdSgT4uojX6erS8oH4ta3495YzC7FfuKfV6fTe5/AN2Y/j+ntNPf&#10;RqoetMH8QpTyoAf8/wBnSVvbTmVkLCHFacR/qH+qvWWT4h/IQIS3X2dujHWsdM0zRgfQsyjj+l/p&#10;+PclIElIXyxoxB0BnUMCpJsqseL8fUeyyXfbOJtLyBwT5GoOBkkcadNn2439StYakH1GOHz+Xr1y&#10;Hw4+QpgFWOus+0Md3aT7c/TTb9N7g/S/P+v7lQUIYldaErZgHdPob2OlLn/bj2nuN/timtXFCaEj&#10;NCM0qSAK14Vx6jqz+2/M6pr8A0PoR/n4/L8um2o+KfetMokqdhZ9NakqhppdXJsfQb2+n9rg/Qe5&#10;oxpABvCg0XDvIig8kMQPrx/UgfX2Uy80WsR0vJqNaUWpp6flTiASajrw9tOaWXX4BPDzGPTNcelO&#10;PUug+IffWSHko+v8/UFQC2mmkCpY+NVJH+seP+I9wmkpoiY/PFcfhXQrdf8AY8g+3k3S0kozSYPr&#10;xofyp6+nW09qOYHy8XrjUKn8vlxr0qKT4HfJCrjedeuc1Gq3KiQiJrXAZWjlKm44INvp7bmzGPWo&#10;jBq6YPIWRAFaxKISSbc3tzyfxYf09matC1qSHFFyTrHmQKenHFR+fDp//Wk5i06fDFK/xLkU/wAl&#10;Ptr8+nGP+Xr8n5aeerXrPLCmpdDya3hWZo5ZFiHihJ1NYlSQBcC5vb3/AP/RvHfYe4UYXo2a+kfV&#10;RzfTY6jcf7b3j+nu3ym6km6QU41NPKv+rPWRX9Q99cfp27H7B/qHWsrL8Su32kEcOz8rOx4H28Dy&#10;amJ024H4PFiPfNNg5911PSumhmDO1mKgg8aVufwefbc3u7ystPDuEYMKgV/nX9mPTp2LkLe5G0PE&#10;y1/Z/q/1cOnDGfDvtqqkeGfa2WgeJhFUg0jmRG/sx6bck6WsQfrx+PeP+4GZZtX2xKACzlXFy3AY&#10;Kw44tbjj3b/Xf5bUmMThSfmDw8sHhX55/l0MLb29khsyTGfEP2elMf4T/k6Gui+He4KTbLSDAVUm&#10;YlexVkZmWIra+lhe5N72HHvs7DzQBZIDIRrDaXIUFfoLSWP+8+9r7tctEhZJgK0oDQHP2V6C0/t/&#10;vTMRFCzAfL/VWvQNV3xJ7QcyS0O3MlOiGUFqeF2RWQ2EIuBqIsfz7bKjr/MyNaalmiudRsuu4BtZ&#10;tF7f7A8/63s3i93OXFAMM8bkCgJalPSlTQ+uQKHPEdFycgbtqq0RUjj/AJaH/V59KbZXxq7dxK1E&#10;1ZtjLwRxJqdZYiqoq8ONJv8AT+g+t/6e80GxMtptHT8R3JBUsOeG1H8EWIt9f6e2Lj3V2AsJJ7jL&#10;eeoA1Ax86EUPp0tk5F3cRAqhofI1pjGCa/bx6b8v8aO1qqeeppcZVmJSX8SLI0aarsbSA2vxyOCb&#10;cfT3Ni60zUuhxjbixs8jWjT+gIY3JsPpa/149lFz7wcrxEr9WozUhaaj+zAFcVr+fRWORt38UVt2&#10;oc/In/B/q49OuJ6Q+QSQmmi2tnDA6hFneGYIwUelQSQSdIvpP+2t7lnrTPRA2oSuoAsFKeqy31aR&#10;9bW/F7e0qe9HK5oTdLgmlSeFeHrw88ZqOlsfI28ONItyBX0/LNKdRa34rd5Zh3ao2rny9gFD08rX&#10;H5I0gggH68k2/PuG3X+aT6Uz88g2UGxBNha3H49r4/eTldwStwlR/SPCtPn+fp59Of632/0J+nOP&#10;TpN1Hw67qjuzbVymgOF/zMv1ZQVU/i7f6/P9feM7DzxN/twq34JdBf03uP8AkXtS3u9yigKyXFT5&#10;0Bx/I9OR+3fMbDtt/wDD1yovhd3nkwXodnVLxgA63CpwDywL2JNyQLXv7m03XWemPFMx1KpBINtL&#10;GykAXuPqfZVd+9PKMSmtyopUHPmOI8sj8/Tqz8hb6gBeL/Y6fofg73tdEOysoWlC6A0EqWBF+Ctw&#10;QRz+P6+3B+uczCGE6RpfVe7MdapwRYDm/wCBb2S/69XKs7gxzBqflpJ/ZSmamvDp2H2/36WoijA+&#10;09KSL4J98JDIp2dWwqIw5BR3Eqg3smkG55/xP4+vvDF19kpgxLwrGpW5dnRrE3FlsOB/r/8AFPbt&#10;17ycv2zBtRZs/DkY45r5/P7a9L4vbTfpCFZQpPqadTsT8Du68pJHD/BPAzlAv3OuBwH4VmSQA8D6&#10;f7b6+8i9bZF2GmSBjqAB8np03tdrWtf/AB9oz7+cspXUxAHyNa/IU+fEdOye12+qMsn7f9X8q9LO&#10;T+WN8hhD5YMPSShQXsKpQWiA1amUsCCfwPeWTrLMRD1SUZAQNxMxJvwV+n+9/wC8+3offnlSYgq7&#10;ZNMrgdFy+2u/s2kIpP8ApsdIqX+XR8g4ZDG22FJK64xFMGd/UQR9ARb+p5/PP19x4Ou8lKwDNBGQ&#10;twNRJ9TWUAEAH/EfX2/ee9vL1umtHLivkB5Cp/LpZF7WbywLSFV/P/Z4fPrLh/5encmQqGpqjF/Z&#10;yfQJMsjESHhVHA5v7lSdXZVWtrpjc8fvXbkXHpQm3+P9PaCD3+5alXUGb/eaDHGh9fT18umT7aby&#10;h7Ch/P8A1f5OpGQ/l19242REGNhmV/8ANsrSMpLDjWQCFtxcn6fn3Dl63ysJtrpmI5sjvILKdJKt&#10;p+g/r7M7b3z5ZmUMGK19cZpgEevp/Prze2W/MNVFPDz8z0wV/wDL/wC7YdbfwhZljsX8DGZGUfqk&#10;V0FtI/DX98IOv8m7MCyEC+llLaSqtpP1A5P49qLv3l2KEAg+lRxIJFc8cfZ08ntZvPGUhT6f6v8A&#10;P1HoPgr2RKzpWGmpmS+hHY3dQ2hgvpIuL8fT29UnXMxs9RIdP9FUg6bWBs35B+oP+w9hXdPfKziL&#10;RWoDN5VIp68RXBGMefGnRtYe1Tu/+7CYKPLOf5V/n0KWyf5feWyUnk3Jl1x1Pa6tHDJJIdR0IWiA&#10;BBBBJB/HP09vlH1/RQOrSIahTwS0xIJ03NggH+2+vsH7n71XV1CUtX8MnIqvA19eA+3h0JrL2y2K&#10;GrXjs5/yfy6HTanwN2DjZ6ltwy12VaJ9EPgnEAeOOPW5Gkam45C2H9B7VFDhqfHhftKVIyx/UNPk&#10;IA0qqkfg351H3GHMXPG6buHF1NVaU01NPOpP+TT656Fu2csbBtEnjWcfeOBOaep/zdHC6f8Aj10r&#10;sWvo8phcLVT5GGTyx1lT4WSndLSJItIqhiV51FyebW9y3xAuzMimRz6mHMhJ/HHAI+v+t/X3Hf71&#10;LPoBIT04DjxGa0/ZnoTJuFMLUAfs6sTouxsYcSsVRNIZKONYofVJKVYJpQOYwAP8bX494Rh5QzLE&#10;6G6gBtGkgA8kAfU/4+9S7r2hpq8eFa1Pz/1fs6dO4ppDSV/b/qx8un3Bb32xVeOSsndCIiJHckaA&#10;3OlobEEf0uL/AJ95P4DkAnqkCxgksxDEKPxpjJ5I/PPuse+2pkoAC3l6n1qc49PTqn71s2OBUmn+&#10;qv8Ag6WVRvnZLwo1FNUpriUMCsrwpp4/bBGq3N+bce2Z8RWCQM3kJBY30ADSQfwRcfT6H/YexBFu&#10;EEkLadIGPOpr+VBxzUeXHoyXcbfTpUAV+fSPyvbmzMeaWkWSqlaVG8lwixx39BUa/V/gVP8Ah77+&#10;xkYW0gTDQV1JYOt+Tfi5/wAPfjMYwW1DSajDZB9ONPnXj+3qv1KDz7c8Dw/yf6sdMSdj4SWpilSS&#10;eGhjuwKo6i6m7MrPZiAOLW5+oNh7iy4irqpBH9uCoB1FuQAPqthe/wDrW4H096XdUtFqSMkcKcTw&#10;I4DPrXjxJ6fF9aRJVmrXhw4/n/q+fQo4vsXYUVClU25awNKjXiWSSSQMDdmIYAcW06SpP+HuTDte&#10;xbXRUg4Or9pJC30IIuLD/X+p9sT8wFfhZjU4yRSvzGW+zgPXpDJuFoe5c1/Z/q/l0z13am2qqBZ6&#10;LdOXhUeWORS08eqJebxobBbE/nk/Ue5f8Pq0PjjjVUY6TGEEbKE+urSOQfwD7qs8U4DyUqPOtQSf&#10;IfMDiB1pbq2K1rw+dR/xfSKyXa+0qSOR3y2SqJWEY+6JmqdcaiztKt9QUm1nAFvyPcObGVct9Ctr&#10;uPqAFVQ31K8f4/i/9Pa9aINTUKj51rj1zkY/y9KY722X4+H+r7epu3PkH1xTu9NXV9fQ+dRrkamm&#10;KobWBRVH9v8ALAjmwPtyoqGbVKToUlABf8C176rBjb6H/eR7KNwup4VjpUceGflkVoAeI/w+XSO5&#10;uYwFArT/AFfPH7fs65LvrYGVqqiOhqKyoWaq1Uk0sgYSKw8ty0RYs34cfj8+8LRZD7mUTR3hBtCo&#10;BcP6bMefr7Jfq9R0xkVHE8D+dP8AN06JLTwF8M93n5U6NVjz1vFtXDTLk2GRqSGr5XdQkcgF0jQs&#10;RYAfXnn3gqaDJSRxCJFU6tNiSxjQ8j6jj/Y2t7OLbcbZdRkJHA+gJ/bx9KcenYLuxRzrJOK/aR/l&#10;/wAPQeS5rrqirqsvWGZ0edYamNZZYlWRPRdvVqGr/Yj639xVx9XAQoVpNKlGJ4Q6TybEf7z9fZm+&#10;4QyoS1F1UIpSv2Vrn7Onmu7eQVqBXI9f9X8ukLU7o29UyRA18tQElYuQXaOXSbjVqsyW/q309yxR&#10;14VNMgUXBBLFWYE+hdP0t/jb2Xtc24dh4eoU/wAmTjh0wbi07qrXH5D167l3TtKOBW/iBjdS7Mq2&#10;F1N7K8jAXH14v7nt/Eo1KuEKgXu6h1+n1b/E/wCI/wBj7SIlszVAIJ4Af5P9Xyp0lUWbtqWtflx/&#10;1fZ0lJd07TrAKiiyk1SQWWR4RIVTV+pTrNiAOQfwfp7baujrqgDVHF4xyCzkgIBdiW/Av9AD/T2Z&#10;2ksSGuasaGijBrjHn+weeelcE9omMkn5eflx6f8AHdp9f4ai+ypczW1OQC3jp6qWVYwq8SN5ZB6X&#10;JPNib/63ton23JPzaJAwPLKP1WNrkWt9RcW59m0e8ohKAnB8iaU+QpnII44+fT0l5ayIUcH8v+K/&#10;y9O8HdG24oA9TDWVEv8AuwRQLqqgn+pY/Qn62H+8ewazvS28K3KJWUmeolohK0jxurpKUPGiNbHg&#10;/wCBP9fYz2/naxtIgvhMzECoGV48Sa508akCnRFBFbw3fixHB41rXjiuPLoaNvfK/oRMLPhMzhMh&#10;S5YR+GlnsLJJouvlMZvdjx9D7EHB7DqMfTwJMizuihGkCj9Wu4kQtzYWtz/sfr7S7jzebhmBlCV+&#10;dO2nDHrxwM9C995tVhESEVA/yZ/z9Aburu3ryryMpw8M7IsquIlVjGahzyis45Atc3+n9Qfa4OGq&#10;6eOIQOqqgAZvGQLD9NuOfyOB/re48ud1+qnIJpqJxWvHjUVx+0/Poq/eNtIzGQHPAV/zf6vXpxw3&#10;ZHX01JXHMY+prZ2hH2nhICwuAB6m4sSeRYf8V98XpKmI+iX6kEFdQ+v9pgLEgc+1tnGlwA0qVA8v&#10;M0xStCAT/g8urLcwuKsv+D9gPQf5ftvbeONVT0UUkctQfCBUW1R6n/zio0gJt9L3P05P49wFoaue&#10;XTNKfCjBl8a6WuP7Qb68j/E+zOSkeYIwCcGuRQ+WCeH2AeYpw6VG5t4o9USjUR5/5v8AiunCk7Z2&#10;XhMLUTfcTDK1MemMyyK3jZh/nU9K/qP9nkkfn3mfGVCmMR+gavqSn0blmck88fUjn2sijFwr0Hlk&#10;UPlwpjz9D8j00L+LSTJTh518vT/Z6QEfyV2tgVqP4nWSVczeRkjJYuotcOix/hQef949utJjZvUq&#10;SD9HAVruxv62T6cW5H459km5wmGJZZkqK9xPAA8NXHgcV41pXorl3W1kalQTXIqDT7eo+E+Tmzs1&#10;knoqSumjqJVOmMKF9UZFxT3F/p9L8f4+56Uz04cXaXTceoaj6heyuTyGNvrb/D2GXL3DBlGjVjBA&#10;p5VIpig9K/Ppp5lmpXFfT/N8ul7L2TtgU5SprJg5Zp1JXX5FYG8YIOkqw5BP5/x9sNZQVdTI0iiM&#10;ISAF/Kj6WZWAu3sXWTpbRiPLEA1PGvHIPkuQacfLo1t7q3iQIa19f83Gg6TsXcezIp41auyEYaRL&#10;CFXijZA15TG8ZOpiQQbjnj+lvaTqNo1FTJ5pJEhZmsSo9ElhwjG/1+nsS229pGhgGdPD+IV8xg4+&#10;0fOvRo252LroZC3rwr/g6X7d87KoqZWpMRmqxGjLFnjcRKBxKQRwT9TYH/Ye4/8Ao7jmliMk/kRH&#10;1lVW+i/KhHPFl/ppP+v7U/1pmCFXQauFTxbNCT8yPxAgEeXSF720y2inpXz+3P8APqDU/JHamOhr&#10;Go8fnKcTU2pxOAqaREJCkSKx9I+pF/b9Ls5ZKcRQr6R/ZXTrLkcSnWLD/EcX9pF3SUS+LNpqOBOA&#10;BX4RT+RHDrcG828LUZRQfKo+z/N0FWN+W23KbIsTDnKilckzIlOCZCTd5AifXi/LD6e4cW1MhHIy&#10;rLFHHoBRUBVyb86r2A/H497l3CBoQGqTWmcjP2A/7Hn0Ytv9m6A6SSONeH5f8X0uG+WXX0skdScd&#10;lmqy2uUTIE1KvpjjEMrHVxxwbHj+tzmj2jOUkaqqhOxZmjVlRfEGN7Xv9D7Ri7kEnhRKQBSuD5fO&#10;mfP1PRXLulpI1WQFT6j/AFcOpmQ+YvW3jop6TEVOPLRnzSeQIrSNy14kB0A/X08cW9xJ9oSgDwop&#10;bSb6wAJCbEFtFr2Pszst20SeHIVpXPHAHECvAkcaZ+zpXablYQPq0gfZxH5GvUOf5ObHqYmr2XKF&#10;TEy07qVaWVZG/ogAKXsAWI/w59tjbSzcjJDT1MKIDZ0ChmUsdWkEWI5+n+9ezue/gUNdEccivn5V&#10;4HgONTT1PE9Ga81bGshWTL/aP9X5dNmD+YPRazGiy1Dm5MjGxiRYpPXGmr0h1Q8Fjchbk/09vlLs&#10;rMJxVSJOvACrJp/Ooi5/r+QfYTn5nsGbQhCkA1Ok09PTyPAj9vSOfmbbnzApU5rj/V+3h0o8l8kd&#10;hTRGswmLzaO51R/dIjOpsCFADXH1AII/IuD7lNs8KGsSgOkMqyKFYmwVG1C17j8j6+3/AOsjLpMr&#10;YHBtNSAOJxmlD5E/PpheYjUVz6Y4fs/yHoP6T5EYutlniosdNWNIXmMLaoo45WPqjkfUL6SNIutg&#10;Rf8AAHufT7Xsqkt6zwWABIDWvawA/wBjx7QS74Ji2k6gM5xwrQZPD+X86pJt9DGhGP8AD/sdQqz5&#10;DRYmtp6eqxDos7OEp2lNgQF/dcx2JOr6WBv/AF9qCj25SxwtdYgtilxGTYr6hcG4AP5tx/sbXDd3&#10;u0v1AVixNR8sH7BXFKD/ADdEc+5EyAIuePl/m6yVveGQydJFNisQI4lR3ZZavWJbC406jYXve5/A&#10;P+xhVWGC8xVJQhr/AFuALfqUfW3+3/wPs7tS9wQSoYkYpj9p9afZ5/LpbDuYoTKmKZ/1f5ekWnyZ&#10;p6FhBmdtz+OGREqZI5XkYhWuqwgWBCgA/X/W/PvqBayA6Wqoyq/VQWBGu+jTxb/XHN/9v7YuOXzc&#10;J4sSGpyMcaca5rxxXy+ynSW63LalOljRv2/tp/h6nZD5edUmaogyeDySyy+MR1EKQrBE5OmNmRWP&#10;Kgk8D3Kc1jKBHJGQwsCQSWUkm/HA/wCKfTn2SybPJCxSRcrx9Rih880P+D06vE1nIBIKlfkfl68e&#10;lJtru7qWqb+Iytkm8v7yCGVB/RVUMRqYWP6fx/vHuI8ORYlZZ1YWcarXPJuy+sWsfxYD6fX29Dt0&#10;ZWsSgEUOmpyD549PmTx4Y6VrJZAAopHyzT7cf5fXpXv8jOscbpemxeXmkeVkao0oHi/sBZDe5VgL&#10;H0gn8j6WZXw+UNQrNURCJjYxFdQXkEi4A4/pf/ePYjtkjjhag1U4GoJ8wPM5PmP8PRku42IhIVDq&#10;9f5ev+DqNlvk/wBU19JDBBt3cEVXE1zUoopoHOgFrElQVUfXSoFvpz79LhpvU3kGsG5KggHVyq2I&#10;I5/rb/Y+1NrdLKVXTUHGQMEHJ8jj7fyPXk3KPhTB9f8Ai+mWr79x+PpfNorEpyPNEq1ZeeZNI0JI&#10;CSF449It/jzb36GgrkR1eUBFJI0qQTpYXYG3P+Jv7vdWcImBwxbzJrSvAU/yU4GvWpLu0Z9SrUn7&#10;PP8A1efUCH5J7RrkLUeIy8UwNiA8LBpGAjk0Ne9v6N/hb+nuQuOlIFyrEAklbni5PJBt+fz7o2iB&#10;eGBgD54qACK+RP8AgHTTXsY9RnpjfujFZGrWONa/HSNJYrUzC8xN9boUubg2F7fke8k2KkMJ8YCy&#10;MQ4V14Go2BAH9R9f959oItzUT6XPCoJzkgDH214eR8j03HfoJe844VB/z9Ken30lM0dfX/e1OLUk&#10;tElZGQ0RLESBXIJA/wADxbke2iDbmWap1Sz0ngZbkrBZ1Y8gL9ARb6/n2aXN2htyYQcDALVJH5VO&#10;r08vLpfNvO2rF2I2seRNcf4f2/LpQQfKLpzEUiUYxu5mzVLV38aMhx1rcsDKy6V+nDfSxNj7ep9p&#10;yyUFZBBXQ0tTJTSxQVqReUU8skZVJkRxZipOoC1vzx9fYYlvZ3lQtGwUkVB7WxxFK4rSnr86dEr7&#10;xHMwrGdJ8sfy9P256n4b5d7Sodx43JVOErsrjaCuiqajCvVxfa5SjZwDA9TG1hcW5IIt+L+wkpuo&#10;t3UzUTVHYdVWtTT+SolfFxq9XCDdIJNTmwsTdh/trexdZ72kiOEh0kjt7iVU8CRwqxx+fSqLcbJV&#10;qVOr1xx8zg9Dnuv5/wDx3nTJCm6Anx0NfSmCkByGPj+2qNNhVK8RLaQbkAr9LfT2uarZX3TE6Ynk&#10;CiPylAt7DnUq8f7H+v8Ar+1MG7C2gGtiACTp45+3jn8v5HpVFu1kq6WWvn6nHD/V6dFmpfl/ghkJ&#10;hFjatMbPZbfdiSSFVe8bRsfyoABBtwf6e4i7FgBQ3COrX0MupGa9l1sLD+oFh7X/ALxmb9RsjPnQ&#10;086Ln7fPpMd72yKcKtAR8/X9tOmyr+bW2Keeoo4qDJvEQscXjeJC8sj6gBJcA3AsRx+Ofcim2PNC&#10;X9Y8bav2tLGwJJcO35H5A/1r+yu634u5qwLLSjU/IacYI4fPo3fmeNlAUZ9aj8qDy/2eljF8rdo5&#10;CloFXBV8M0kdppHrY7+UclZVRuOPqBx/Qn2lptt18m6ajHTYlIsTFQQVUWYMi+KWfWBLSrAbHUos&#10;Sf8AYf4+zC2mlns1l7nYkjTSpqeFT8zjNfs8ui2e5huSJjXI+XH5/wCqmehkqu/+s8R1RR7xxW9s&#10;Y255cvPRV+ywwGSo6Snj8kdd55XClGP1GgfUW/qVJNtPHaY/EUs6nU2j6uRqUKf9UbD6H6X91Rb6&#10;JH8UUZTw+XCv2CpqaUrT7OlNruaxBqIOI8xwGPlT/P0AuI+aK1+QaGSklkgkSbw2rUca1a/11cXt&#10;fSObH3Jp9uSoAqyKgFmJFN+kgnhVb8fQ+ya7nXWSpBLYFW44HHzBJ/2B0/Lu8VSQtflq8qef+oev&#10;S0b5TYIp/lG3sjVSrzJFTV6Orc6mSJGYBhYE88j/AHj3PXbhJ/ymsBBYqkfjtfgm7Ec/4kD3SLxp&#10;1JhFaUqR5cBQE448D/h6QTb9DCAqpQt5k1qfTpBZ/wCZG1sHPTxU2zKxJappEkeryOuSR9OqMLDE&#10;p0gLxqP19x6/AzrGftKtFXU66ljUgra91N+P9e39fa61jkdxDOO4Acan9o4HHAVqMceHSu03eJmB&#10;uI/Q8f8AV9vHrjiflzs8T/eZTa9XHBPMLRx5LRexN1V2/sj8nT/vXvLjqDLQKi/fMdLodfjX1rcB&#10;hZbC1vx9fZHumxpNISyitDinA0NK1zXz9B/Lpq8vNumYnwhkHFeGP29L1vmL1IsGpdmTyo5tLS/x&#10;qNpCVs943d7hb/2gAR/S3tYpWzxKyPUnWSNTaGAABsDci3+sR7DT+3sU6iQZbiBUVJ88VJ+0HPQT&#10;uZLKJwXWgP8Aq/1DoLKn564DF5SNI9j1EeKaTSyNVO+mnMmhH8gAB5P1Bsfzf3IiylRECrVaNpX1&#10;sPylvSV+gNz9fz+fac+24mIbwjk0GPPPEHP2UweApSvVXjsZD20Hpnz6z1nzZ2lUu89LgpaSVF1p&#10;E9Sqwj8lEqDwR+Rfk3t7jz5OWQsUnBHNnY3DMPqVYD/YgA/6/tdb+3LRABxSvkBSnrX5eX+x0oig&#10;to0DPQA/Mf5+sVR8y9sS46B5sFLDcM8xFeHhkOr9ERlYEkfXTpH+wPtNZBclKzk5CFQ5slwdYD8J&#10;pJ+pv/iPYosOTkVQqRmg44BFBk1HlgVGCD5dHNtd7TEgJUUHHIp88V/yHrLQfNXrTDtFUNtbITSx&#10;FXkllylOIQ7c2BDi9yf9Tf8Ar7b6rB0mTpHpcs1PXrZF/d0llYCzOVu1/wDYH3ccsyeIqohQZNQt&#10;PPABoM+tRTqjb7YRNqgdVX7RSnl/qpj16cYP5kUG1csmZ2PFNjCrsZaWXLeanlQi4ikplsoU/UFQ&#10;CP6+0fD1Js/70ToSkgAuqSxqum/AYP8Agn8e7XWwXiWuhoyRU0OknPnwyKDz6XLzRDGv6SxE/bXj&#10;9h/2Ohfp/wCcbvh6cxRUGEknCBkhfJ6mJ+gVVuuolrW5H+v7XEGx8CsYBSYhUKn1EDRx+FAB/wAL&#10;fT2Bp+UWacp2gE8fmfTiftHn0xcc0X6Rlu3TTyH8hxI/b1JqP5unZVNRpXfwPFyNoMrU6B55DHGL&#10;nU4a3NzaxAvxfn2w1nV+zKt5mkiqdbAlnaZv6cD0m9x7Ednypc2sScD5UFP2iq8D6fn0H052RpAr&#10;qc4OP9nh9g6QY/nadoyVohXbeLghEzC7xSNIqf2VdNZvb6lgPbXD1JthZk+3lqTEAQFeUltRHpIY&#10;re1vrc/6x9qbjl9hbsZUo+OABFB+Zz9g+0dCeDmwGE6AtccOAA+X+r7OhGxv85bfFcy+bbGKqHK2&#10;ZoJpadFlbkCxP0sPqx/x9vz9Z4Omh/bJSYfVnMbOCQLlSR9CP6j/AGPshh5fjmmoY6p6gN9mRX14&#10;/wCDp2PnSeKTS2hVPlWn+E/5fy6n1H83Pf0dUrVuIxtLA7A/aS5CMF4W9TESA8kD9JAN/wDD2nKz&#10;rjG1ieMZJwSDZEZFZhew9YFiB7EC8kOlZXjKrjOk0B8xTjn/AGelsfuJaiTwnKE8OJ4/6vn1Kx38&#10;6ykoaxKE7Xp6yQOUZ2yKIWuePUTp+ptfj3zp+o8GlK0dRNUSFlAeVpF5IPH14uf6D2mGxETUhVQa&#10;4Gkk0PypwHr+zq1xztJUuqpp/bin8vl05Z3+cZnFlSspNtU60SMCyGsRo4HUXA88TluT/h/h7lUv&#10;W204lNO5nOlR+5FMwCXbkWHFm+lwB/h7fueSriWJZVUAtUaSMnHHIxT0qeg5e+4AEhUYA4niCPTj&#10;X8v2dBTUfztt8U2aqTFt2hahiaJjISvjVXJOkPrLE34BK8/4+3T/AEZ7FaJoTTToSbmXzzJZx9Tc&#10;/wC8/j2SRcj7hbyiVQCeFKA1H+D/ACjovg55IfUki1OKEHz+dcf4epDfzvuwa52EdDhY4i9o0ljd&#10;VJJ/RK91sR/UG3+HuMeoNgOVaqXIVB4ZVNYUvbm5Cc6T9Ob+3TyzdODoVRnPaCBXyH9L/V8uqXvM&#10;sl0dJKMTnBNP2g8es9Z/Oo7qp0WLGYfZaM0WvyGeolZVC+qSTS9l/wACt/fdT1v14rft4XxuvNxI&#10;0mn0+lg8p/31/ZrY8i3TIGMoIFPKjHOahanHpw+XRavNTo1HQNQ0rXj0FtT/ADsPkPHLMs9Dt+WN&#10;5XYBPuFiVbX9DSsFNz9AQD/j7bk632NJUc0dUqqRdUlIjZf7ICizW/qSfZvcch3CW4kVlIbhXJB8&#10;6nI/L/iulcfNiPIVKAV4HiPn13jv523eUs01DLgtvRuqg/dOtVb6XeRVY8j8c/Q/7A+80vTew6uY&#10;Vfhq4zFwkMNU4g1nkag3PA+tm9kTcv3Uf6YFQeJKgkj5euflw6Mo+ZqgFfDoc1Nf8/HoQ8R/Og7x&#10;joninw+zKmOVCY6lTWpPrU6k9Ws20r9QBf8AwB9y5+s9lR00ixQ/bsFALl29Gpf23Qm7cfkc+7Wn&#10;K97LcqgQuCcAChNMMCcD88fPp+Pm4RMFcoAeHr+fl+Z6hr/OV7QimV8lSYJFW7yRRSzWKP600GQ8&#10;XH1B5HtMw9abUSS9QaqYrZAGVBGBq1M3BBN/rz7Fx5CuQheLRQ1JFc1pgZBpT9nVJ/cOxjm8LRge&#10;eSK/kf8AV5dMuX/nmbr1pQ0Wz4aNlkVDWSzvVwsAR5GUxsCA34IHuenVmy7NIUmeRwwJMhFtR9IA&#10;HNx+AT7Kf6q3qzaZY1oKHABOB6nBHqacPLp48/2w+HwwAQQADn868D1lqv52fYjQQjHUOEh8Y0SK&#10;WqnErMLgKARo/wAbn8/X3NpOtdowuCtI7OqhTrk8ZP4LmS5Nx/j/ALb3S55YCpUgZyCBw86KMCn8&#10;6dWg5+aU1hIjJrxFfnSmR/q49NKfzl+684scMFPiaARhllDRSSLIpFvUSxsf6G/v1T1ttqQvIErE&#10;aQENoJ8OkHSVvfkcf7H29By9CDQiM0AwfiwONKcc/Onz6fHuRdxN+pFqPrQHHrWtB8uo8X84/u+i&#10;EaVW2MdPGG9NTCtS6SoW0s6yiQKqm1ubXPtsp+vMJjqnyO8zK36YowW8Y/sm5IUH8H/evZzHyjb3&#10;0B+nRQFpVjjUfMEaSaeeBn16eu/dGBbcaVo/2Z+fqP59Zd0fzpt8QYumWLBD+K1JcT0szuIqUAnT&#10;JDMjWZjz6SeBf6+3Go2RtysBLioge1mZQpdkuAF1Dj/Egj2Xye3SwSeJAoauR6A+eDnjw8vLortf&#10;ctWJLihOc/4aEnpm2t/O87WiT7fLYfB1UcbeiOaSrp3eMHTGQY3/AFC3PN/z7b2672qy+JhWBo1P&#10;75YFrL/qbEkfW1/bn+t3LMgli01Y8BQUJ41qoXyqP5VPTNx7iwtLWRPsK/P1zw86dOX/AA+n2ZQ5&#10;NxVbRwpxzSHRDFPVM2lRdZRKrEhvwbj/AFz7hJ1BtKeojn+7yMaqwLoXTQb8aGuLgA88f7f8e0s/&#10;J8ltEytGjMKgUoTjiRimfOv7K56fj9wLLXQCpPAkmg8s/b/LpeUn89betYUpYdoYMR1DIVqJauuj&#10;FOePS4UBr8+nk3/1va7j6v2xHGGko5JkCAKJWDhrcNILC/P+v7BA2G2aTwkKhweAUjjwDVxx+XVp&#10;eaWmFaxgeo/kOPWbIfze+8qqN6mmx+Go6UvrEwmlkATVwAgcNYj+nN+be8g2Zs6JGDYuGREZjoCu&#10;WIA9RupH0/PHsyg5HaZlWMaXfiTSnyGRxOfM9E83NMCghpFFOOMf7PQX5r+cV3gn3cqZvD08cSos&#10;fjp6iRl/1b3ZmJ0/1t7zwbN2fJpWPD0i3uxIjIcLbnk/Q/0IP+w96vuTpbWpNcYoaUzwz5/OoAGM&#10;nrcXNELrqWZfspj/AAf6vXqNt3+bn3dkEX7zdeGkLRs6t4alFdYxYDx8WJP4vz/h7dl2Rsp4jTnE&#10;U7owe4YFpAwOpraxcccD2Hf6pX8RMiEgkjyxnArmhHn69Mf1lkFXE6DPmB0qW/m2dzTzrO+ewFK1&#10;OhjFMjtAkqx3Jktyxa5+gFvwDx7Z5tmbKp3Cx0IU2sjxmQIofgxuoPH+NvZ/bch31whkZQKcQRQm&#10;n4h6jyFR+eOn05w+ncESqSeNKH8/9jy6ba3+cZ3PRVEMb5jBTxS8j7eEVKLqHHlZ3tqH1Ycm/wDr&#10;+4Eu1dnrcCjJ0/0dlBLC5CJxcf4ez6y9u7g6TIgBIx54BxqNT+0Y9elY9w7lB2uSOGFHl9p6ROV/&#10;nKd8q060uXx5i8gvfHIG1Mp1RxaWW1v8ef8AWPvBHsbZLy+f+FkynSxvLML3v+qO4B45ufb0/Jk8&#10;aGOQinDgtMUwCM/Lrae4lzIKGWh/0q5640n84z5FVdMKaDNYaBo1Dn/cZI8jowIDuzOFPIHF/wDY&#10;e3KLZeylUH+DwyhQR+7qY3/UD4yefyP8f9b2UycqT68GhqDjhTH4gPs9aDh1qTnC7uBqeXSP9KP9&#10;WepDfzYPkhUxLfdlLQxkaJZo8YomEki6tRjdmsDZiDxyPx+eNTtHZThbYynh+paOnVowRo5QrGQC&#10;b/Un/H27DyRdsSSCQeBPl3YbIqBTy4nGOPSYc3CEEtIG/IcQfsx16l/m898YmnkWfc2HyU9wU+4p&#10;HmcWjHkRVDadVx+QF+vP09sEuyNi015v4GZL8FmkktwRrLBmtf8Aq39PYotPb64vP0tYQ+dPPBpS&#10;nkfy40x1Sb3CJw5H7B/L7Py6S+T/AJ0/yHpWRpM7iXh1/tR/wtFKm/JuzEgAHi5/F72Nvfl2dsG4&#10;aPbtOHu1tZfyH8jVqP8Asefb49t5YzqlcmtKkZA+QpTz4Yz0mj52R6yEgemBn8h/l6a5P5zfycrI&#10;5Cu9MfRoAVjpxi4S7gn0yEHUQ2n63sPze/vjW7N2LklWCq2xTMAL+QPIpUEANbxG/I/IPt0+3/08&#10;WuOcgVyvCvGmSPI+VKEenHpy35xkkIGtVqcAmnr506627/OE+UlLW64N5YIzOqlWq6GOSnNr6g0F&#10;wCCBe5Nwfcij2XsaljEVPt+AIhuisskrDi4Rr8sBb+p9op+THPcsgoRmtPs1L6E4HDyrjh0vXm+Q&#10;k1kUE8aaSftBPn9nTtN/Nr+TOUmM9fveCKdXYt/CqKkpl1OeIwjAhwCCSB9Afobe3BMBs8WtgaO6&#10;Ax2elQo30BOk3PPFz7ZfkBtJRitGyNJJNftOKccD06c/rZLKSDMRmv4a/wAv8HUKP+an8i5qsOnY&#10;2UiEbKQskdIpIYaUH7VrkGx9X04t7h12ytj1ASSowNIs0eoxomiNTzrJMcRAv9LAkn21Y8iMZm8E&#10;9jUqaHApTiR9tTQCp/Pq785zWdR42oEV4A49PP8APHSil/m8/JfA0ixSb3hrUVTLetpYJZpP3OVj&#10;aFxZiNJ08/T/AFx7grtnasb61wlI2mzBZYRILBTqAV/yPra3sQf62VpIuiQnJ8j8xmuQB5E/sPSK&#10;XnuDQTUk59B/xXTFUfzmu+zRXTNs1eNWuaNzTKUVbgJDHpYnVcc/4X9z49r7QZoZH25HEQpk8K+i&#10;KTUByyFbfUEk/wCw+nssufbW3RiIp0bNCdNc5rwbNcAU+3ieif8Ar1O1cfZ8v5dM1B/OZ+TpoquC&#10;fKwsKs6qWZ1dqyiTSCiQ1DG5NtWosCLcD6X9ur7d2hKv/HtUEaKwIMMMUQ+nBZUAv/Un6fnj2gXk&#10;QQ/pxy6iQaggmhrnOKCvlx8qnypDzfqJExp9oxxzWg8hw6ZaT+bH8lGkkmrt/wCQjQXRZ6qnSeJ0&#10;/TbS4JJC29QFja9h9fafyOzNiV0up9tUxZSCTHGsB1KmogCG3+J/xHs5g5AkaLVM4GqgBNWxUgcf&#10;IUoaA5I49HMHP627GOOUkHidPl5V/l084v8AnIfJPbk70uP7G+6pgztKKzEU84jV+QI3vcgg8DVe&#10;3PHI9tzbD2bIGK4IDhVUpKyBVH0Sw5I/H/Ffa4e3lnQeLIgUZNVyTjzwPKv59Xm90JBRY1Z6VrUB&#10;angKEevThJ/O6+TdMzfZ5Rapyst2loY0j9QIDRLqY3uTy1v9j7yN17seqijhqdtU5C8BtemQem+h&#10;igBNhb82/J9sXPIVhAWkt5Q35VBzxGaZP8uFOkMfuddySmkZqa040p+zpuwv87r5dSZJZXy0cKF9&#10;ZhXHr4Qv0ZCX1WA+h459xJOq+u6QKYdupexv5ZpHjRiRaRVLHkn6Ej/bc+0228kwXDnxmUCv4Vye&#10;NQaj0GQD+Z6MR7n3UKAxgHhjH8ya/wCz0utxfzvvlmKICly+NWeQaLLRImnSfSy6HvySADbn62Hv&#10;CnW2yHnLnAxR6yrIIZpAFW1ixVeDzz9PZne+322Lb6UIJUEEsuS1cD1GKA+dfn0+nutfsoUqcca0&#10;PHplw388P5cibxy5rHTKTGQzUEEixRuBq9IZT9btfn/iqux+xNnqkax4k6DwFuWVbN/tf0/BPp/w&#10;9x7uXItpbllJQEZyKmtPKhzmtMiooacerN7kXrDQJCK14KOl3F/Od+TmS0PLlacSTB110ePRF9b2&#10;4vwt1sTccHj/AA9ukuzdnoArbfpXVkKa/BqRtVrx2IIPHNv9j7Q2/IdnPqclQ1a0NAwIr3ZIIFcV&#10;+2nRfPz/ALismkSs3A1x/m6T2W/nD/LKhrYFp95TrCPGVKUEbU7IQNakIhHH1twfpe3J9oSr6U6f&#10;mkkrJdl4+eZmuxMZALN+r0KbC/4/r/T2b23IbyzrAzBR/s4NTxp5+XnXpQ3uluQXSshNB6Af5D0q&#10;pP57vy4oMc0UG58bK0QjVS2CV5mUIS0bO7nn/ar/ANePcKXrDq1isK7DwxRfSValieRVTiztpvze&#10;/J9ja39rLEW+ueWhGQcgH7OPDIFPLy6Sf66m9Fu1weJznP7Oggrv57Hzcavmah39SwpJ6mgFBT1B&#10;jZX0kqsgsC3BIPHt1perOryrquwcN+m5/wAghkIcL+pS1yCv4t/sB7Dl57d2FnMD4woSD8R4VwOH&#10;+H9vSpfcbfZYvEgc6h5Y/wA2RTpTwfzrPnRm6B5aXf8AKsy08semLEUYYMFBEkfj4Nl/IHJ/HvBP&#10;1R1rOzRPsbEjQqi0FIiE6R6SWddTf6/B9mEfIu2pGJUmChj50wfyNF48KnrUPutv6KVY6m8+FPy7&#10;cdNeN/nc/N+lb7efeIyNdEfW9RRABl+thEgW9jwCAOPbbWdE9SVB+5k2Lj2dOWtFpWyn8KvH+xt7&#10;pZ8t20ci2gnGeBwaE5z5flxpTpbF7scweWTniR/lA6WkX88P5vinkaLOUTBYvLKHxyXj0koTEzFS&#10;bEDk8fX/ABs2L0p1SjEJsrHR6jyPGrWAuoX1W/2H4v7EL8h2rAPHIGZRWunjwyeP5jFBjpyL3f3R&#10;iBdHSPUUJ/MU/wAvTbjf58HzDSTx57P0f2jTOuqKmhinU86Yx6ePoPVze/8Asfb3D1f11TqBFsjE&#10;Npb0mSlj5/tF/wDG3+t7L15B2kGs8uSDWnEZppyMA/bjj59ab3C3mc6rRu08WNMfLgT+Vf8AD1hz&#10;v85v5sZ2TVt3e9RjaRnVvI8VI+lAoLOFCEXA+v8AxHtRwde7AAR59mYQsbpE70MBfyONSolhcE/1&#10;PsM7pybtQm0RTAZAoASCBglq4NP+KGOlT8z7w0Yl8fSSK8RQn5Y8/IY6XG2v5nHzpr8RJVU2/ctX&#10;CDHSZOvkElOhSJE5ZAF4Qj6Le4/PJ9t9X15sEFpI9l4hC1mJFHTi4BHAKr+D/vr+zbafbzaWfRLN&#10;Ujjimc0JB9Rg+eMUHSebnzebKPxJZDxxUj8ycV6Rm4/5w3zVw+O88u+qmGnna9P5kppZCun1+pTr&#10;JH1UC3+PuDBs7ZUL3GysLdmKqsuPhkVn0k2fUPwLfX2L5fazl6aPQZA2KmhFaCgqKDjWvCvpToP3&#10;nudvjoSXx/P/AAdALl/50XznKJURdpZajQysIPFFCV12J8bBgTbSPyfr+Rf29f3N2PLH69h7cueG&#10;U4ykXTbhbaVv/jwef6ew5J7Y7LDPRJzSlAQa4PHJx/L/ACDosj9xt3K6i518K8R+YPXOl/nNfOB6&#10;Zmft3PPVNIZAskVMiD8LcIosP+I9xpNhbEqVtNsnCaF5jSChhhVSD+Cq+n/ej7dk9utniAjhm0+t&#10;aEnGBQUqM48x09b+52/QnuZT86Z/y9SsP/On+clHUSTVPY01fqVWGtNUa6H1NKSxNjYc3FvbLL07&#10;1lUOZ6rYWFeRSC0i06xI6t9NSoAD9bfX6/4e9TcgbSBotZ9KsKacEgjjTODx8jjHHpcnutes1Jaj&#10;jwp+2lP8/QgYj+ex80IY3gyO92bSzeOeKhg1F2FogfKrEr9OLj8/j2zVnQ/T88hml2Dj9Q5QKZI0&#10;OkXIZYyQf+J+hB9rLLke2VVQT0IoDgE18iK0P5cBxrTpaPd3cYTpQg/M0rX9mOniX+ff808bHNTp&#10;vDHVIZCY5J8JSNMh8d9LOAR/rG9/8PfJdk9b4SNaWm2Pi44yeYzSifj6kapeef6D6fT2J7T2g2u+&#10;Zp2lDkeZoM4FQB6D8jxp0jf3b3mXA/L/AFU6BvcX8+H5s1kyh9+VNPOT6WoqSCFSlzcaYx/vIFx7&#10;z0mA2ZOrxDY+3xDJcMGoYrAaTxYfgfQaT7M7r2h5atV0l2LEUrUAnhnhxPz6RH3V37xgfFCnGM1p&#10;9v8An6Dtf52PzoyWSgmPceVokhlWTxRRRG5NyI5GKkHm3HHvKeu+uXgBm69wIuGZl/h0Ct9OGT8A&#10;fkceyB/bjZxOUt5Sw7RWp9fM+vGv7ej609z9wlNLi68P56aj+Y9Ohmwv86P5rVAWfJ965HHhWZmZ&#10;8bj2R7/TVEIx6fp9AP6A+24bS6/omHg2FtqN1Kga8ZAXCA/pPHJ/rb/efZ9B7S7BcoXnZmpwowoT&#10;Tj54P+zjp649wp5SdN+hBHmnn0157+cv8yp6h4qT5NVdPTS+sAY+lRg7G5hSNELcfj2/UOF2shDR&#10;bK25EJCw8gxlLHpcDkWAuL/63+PtDd+0nKaGqagVzQHVUH5kUxTgCPTPRDdc/XsTViuBJ51CkfaP&#10;i6RmR/m9/NhlETfITcOSpyrBJ44vtGVilxfTyT/W4+nPuPldo7RyAJq9kbdqB9EU4+IsVtyQbX5/&#10;qPaq09u+WFXw9TJ6k0x/m+ylen7D3N3+N/0pxpPqD/nP+AdR9vfzdvnZiKtKig7v3BPTuGKx1a/c&#10;RSsP7TqwNwPqv/E+4GM6x67hfyR7DwkRDAlfs4tKlhxbyXv7Kd09vtgRRHDISpr8yc5OBjy/2ehE&#10;nuVvUykTzivlih/wZ+3odsb/ADmvnTkIJf4l2zGXF41UUNPTtYrpjTkAljySR9PanpNlbIoZllo9&#10;m4ODUFVgmPpyb/W49JAB/IHsjPt/s00TRyktWpBJxTyxg1Hkeklz7g3HhmOa5Ytk0FfXhUAdMmc/&#10;m6fL+pCx1nd+fRVjJ8GOjRP3gLBGqEj1W/2/uTUbD2HXk/ebHwMt2vrGPpUIvy3CLe/5P+2t7RSc&#10;ibVCKwSaSBSmf8uAPlWvnXoutvcvdYW0pK4Hrk48uI6bNvfzffmljZysPbu7KuLzEl60R1SRKVAU&#10;sssdzb8/4e8sfXuxYYJft9k4uOJ9SOUoqeMMCOP3Av09l0fJ20JcrC1wpagb1PH7a19fUdL5ef8A&#10;fmT6mN2NBUEnH5imfs6W2U/m1/ODI0Yy8PYGZSGnkcLUpEkNHK1tYZo3UqQb/Qe01L0n1bX1H3FV&#10;sTETTMAA3it9BwGCcX/N/p7OZdlsIIfChl0KvE0FQeOK0JHlp8vs60nufzMQNTofOlAD+2mOueI/&#10;nGfPymRIz2bFOJASsT0NG4WJuCJJFjOkj6gkW/w9516L6pchf7jYgKwIFoyR/jZgP6fQeyybbIVj&#10;BWY1HlRR5cKceOSfTy603upuxYB2BHngGn/GeH7Onyl/nQ/NqJvHNv8Ap5ryankloo2lRg12AMSh&#10;bafoNP8AsfcGPoHqGKVTT7CoY5C4uw8jliDwrKbj/kn2pj2i2jjaea4QigrUBaH1BrWn2inpjpIf&#10;c3dtf6Chi1cngPs69XfzuPnTXSQ0NHu2EAykIwxFOzlR6QLxAXuP6G/+v7WGP6b2RTxlYtnY6OIa&#10;R6adXJ/opJX8Hj6+yW8/ccD6UmBY1NWNKfMUI8vlkfLpdBz7vs50sRT7P8/WCL+aR889zzkvv2th&#10;IAHix2NjJKEnRGIZFcE3tySLfXj29Q9XbSxrCdtnYbWfV5Go4HFmI4a4t/yTf2UumxboxjglwuKf&#10;5RX/AJ+pg9JL3nffyhUmoFMrQUHzxx/Ppuz/APMh+edBTGPI9i7gpomZZhLTMtMwU/iRwpvb8hD9&#10;eP8AD3KqthbOdQf7nYNxqKkigpNN/wAr+kc/kAjj2mtdj2wufGlpitM8PI0zw9a56LBzxu5IERYk&#10;+uf8n+XpMt/M++akMdP/AA7tDd0kusK8z1IlQPfmN3ddIY/Xkcf4e2Gv6Q65zkROV6721WsI9CCb&#10;FUwUg8qHiKjUD9Db2ZpcbZYzBYLgha91CDwxUHgKfMdGS82bxPF/jA9aVoc0+YrT/VTpa7e/mYfP&#10;mlo6uWPs7c6tKPNEs8n0J5skekMQ30Ghrj2mqH4/9UYaVnxnVOzcexYSN4cDRU6q5OkGbRHpb6XB&#10;b2KGm2q+iEM92zjK1D1LDjgVB+RpgH16JW5zv7YkCIKfkDU/s9fQYHSIyv8ANi/mAU8tStV21u5X&#10;ADiGpUaKfkraMmMqAf7Ib/Yn2rItk7Xo1MNLsvb0AutwmMgijewsSAqgXH1+o9sxcncvzMJpJ3IP&#10;zBI9K8TTyOD0mf3K3NRRSyn0rT+Qp5dBvlP5tvzTkGiXtXczzr/nPPUuqyK4s0aAWtp/UNJvf3Hy&#10;FPi4oRSNtvCtEAVRGxsBhVh/YGoE/wCxJA/PPsU7b7acrTsJXLN6mo1Go4mgApXyXI4dFU3uLvEb&#10;iVHOf9Mfn646BPMfzWPmdjK5q2j7b3jBNKXswydSYQytqYKkxYAN/Rhb2009JgTIVXauEj1Xa60E&#10;d/zckWuLfg+zCf2s5XVKh2xQEahT8sEGvA/nnpQvulv2nDUp82H+Wh/y9SIv5w/zgq7RT9qZ0nTc&#10;VLOyMgC2vpQLe3+PB/w9vo2rtqrCSVG18O6soa0lDC+hdPNhID9f682/1/YOveTNhtGKxt8JIFPP&#10;OOFcL6YJ+fRnbe4+/wByAniZp6n+eehU2z/NY+bVcgjh7c3DGzxoZLVAVrKAx1E25b63HuFJsrZ6&#10;yMy7N2+D9bmgiDAKLrY2vb+pX2/ZcpbVpDmVq+tFpU49Kft6U/64W8RKKv3DzH/FdPGT/mqfNVKR&#10;aKfuDcgIdgAlU6Skav6gam4/N+ffX91duuCF2rhpA11eL+HRqukC5sCADx9Dz/r+zJ+TOX5W/Xl0&#10;lQCGqDU8BXj+ygH5dMze5++IaBzX11Gv518vl0kJf5rvzQxwaGm7R3OWVnUMKqXWGD63JElgwN7c&#10;/wCw49t67B2k4kkOzcAJFfh3xdMZCh5sFP4/x/1va88r8uRMqsxZaZGrGr1JApWnpnj8uqf66PMr&#10;hQWFPlX9vHqK382P531aRn/TZu2nUuzxvDUaDoX6BkP9n6fXj/bn28Y3bWGoChpdvYqmIHPho4ow&#10;De7BwD+P9a3tBecs8rEFacc8a1FMFcf4STXrU3uNzHcrQSYP2iv8+oGS/mS/N7cccaZDuPeFbHax&#10;AqWpWuCCyu1MRwRwTa39faoG3IK6xkwVBMGFv+A2oHULcC4Kn8j/AHj2DbzauULWoaYr+a1AH+1N&#10;RX7KHpmLnfmBzSAcP9Nj7anpQbY+ePzYklhTA703MziT0olXXTLLKSPGJVdyLi9xq+v49t8uwcBF&#10;M80218MsxtoE1MoY3a+uzCxv9L+6W8PL7KiW8rOvFiFUrUClARmvmR58Pl0e2/N3Nkq+H4qxivEn&#10;+WD/AKvXoSqv54/PKphaiyHbGawckfoSH7ySnqiJf1qVsxIuLg3BH1va/vnNtnF07rowOJLsqorf&#10;aRWC3/Qy3txf6/n2Z2m37BcRnxyyqpqQOP2g6fOnDyHHpNfc38xwdgl11oRxr5/P5Y6QGd+a/wAz&#10;MQyQQdwbpyE9SiMBJlKll8j3Zl0K5IIvcE/W/wDT3iO3sewBbAY+X6HyNRx2YL+AVt/rWv7WnbOW&#10;PEOh9NPwihofWhBPrQ09Okdtzlzi2BISM4qcV8+P8+k7jfmr86GjMf8ApS3fL5WPJyVQOFa9kaFl&#10;ItwP1f7D3hfbuMVShwWJCkamU0Uf0f8AGjkfXgce7wbXy3JIGXUaYHDiPnSvzOadKbjnLmdY6zzg&#10;EeVScfmT1Ir/AJsfM+jh11nc24aSQAAqM5WJK8bppRx5HN73/pwb+8UO18dKVRtv4t7FvD/uPpmP&#10;B9TAaQP9Zr/S/tXuVjyokTSONIFC3dQfLzrU+eMYrXpDBz7zRr0pOz/LP2UFCOkxgPnR80aateOg&#10;7q37WyVOtER8vkaqSRXJPjSNn4sPoFP49vUe2rR+NcPSFbBnRqVNDW/CK1uQPYblXksOSrhVNQNJ&#10;FRUcWwcV4nz+XSiTnTmYHVICH8viB+fBs56U7/Mn5n61mqd9byevA8pnmqa5HsrXYRKsqszE/Tg/&#10;7b2z1OyYnYsNt0YS50r9lGotyAoPF72uTf2eWlzyNABGHR3pkggmvmaUPCtAKU/lQ227nHmaeUC5&#10;kCKeNa1xxwTX7MdKHD/L35z5KpQVfam8cdTMSBHVVlYjRx3+gMzXtaxJa/8Ah+bh/kdv0MTvBVba&#10;xs13DKs9MJVf1AE2A+n9f6fn8j3Le27Dylu1qlxEwwpB00WhpUY8yPLHyFcdLbn3D3azcoLvvAP4&#10;eHzrXpCZ7+YP8vdh5GqpI+8d1w1QcaAtTM8WkHSXEqrwG/J45IuPfLG7G2zUvGzbNwYd39JbH07j&#10;9NwqFvz9L29le+7Py7YRNV6qo4VpTPE0HDjxOK9E8nuZzXdyeElzQfZ6+fn+eeusN/Mu+dmcrVpa&#10;Pvve0asyjUldaMkDUg0kcn8n+vtWDrzAIUdNqYqJw/HjokjUsV1n9NgPp9PcfLLy2GZVloCBioPA&#10;0B4V8+Nf29GEfP3NUKFXuFwPMNX7eP8Am6FJ/n785EpzDk+5s9U2RkkknUmoYtHqe0vCm9ibfUcf&#10;T3xl2Hi6uUg7axheIFdQx8TOF+tgxU/7ED6j/eTGK55VsIVlkZTqpTuAzw+VPlXga/l6LnXmK7ak&#10;d9oJ8tJI+yrHpMUfzS+Z+Znlp8b8gN80Bcqz08U9TPDHY+r9dzf83Xi34/r2vXuOQBm27iHKgets&#10;fTkaRawIC2/Htu437kx2MIopIyA2Sckn1/1DoxG+c0FSo3NhXyoKfKvnjyp0q6T5EfOuaNpqb5E9&#10;gTDVG8cgr50gJYalVbBWuF5sOf8Ab29zJdiYMxGJttYR4yfUsmNp9T+kD0MUB4HA9lUU/LsreKuC&#10;AKENgV8iAaZ8/wAq06bbmPm2FtTbgSM5Grh+2n5EdY3+Wvzaw8x1fIffJILI1snkDMCj6PT5nZQQ&#10;R/ZH5NvbRL1dsqWVmOy9utKLAv8AYInj/IYMAORz+L+1scm3KBI8rgeQqDq+VKEDyrkDPrjpge4/&#10;Nkcoto78P9oJNPt8x8h1Mh/mM/OSlkXEUvyFz1ULaGWqmLSxowJBedlVmNzxxz/T3hbrvBxsvh2v&#10;h00n9S0UZvp5SzMLf4A2/wBf2ILK/wCW1oZGNTwBI86A4GRXzH+U9HMnOPNSRB2vCRigXFAaV4k/&#10;PgR1H3D8yfm5PTGSr763PMKhxqhx2SkiZI3UOzFub/Q/Q8/63uXJtpEAhjxFAqkBdC46AXUAqqBQ&#10;huPp7V20/K7IZHVT8y2K4NckZGfP59Fq81bmJBHPfPrYnga5/wBR6Cmu+S3yUaqhWt727IWuqTJo&#10;FNuHJ69QNzGFhcAA8f7a3t4otpTiPR/DKMK/BQ0lOkZJAFhwPwLX/wCJ9kG6b9yfryqjQOIJJHHN&#10;BUeeQRw6vLvu4yEOt7ISONaf5jTp+ou3fkhNPTSwdzdiS1s5sHqMzW6ZXbn0SzN6QT/jfg/n26f3&#10;WIiaI4uiDf2YxSQgj6C4BU3BA4FvyePYci3PlFZhIijQaVJODSta0+GhPH5ChxQMjf8AdirSG4Yk&#10;VzU5p/If5fI9PtX3r8oJller7X35JV0xfxMc3kfKrxAAaLyEMDa1gPz/AK12aj2ZHDPJPBiKOGW5&#10;dpFoYhdr82sv+wt7Es2+8rxQqjBDXFNXkRxOajy+fDopPNnNV4Wge7k8POMUGPUivl6k9B/U/ID5&#10;c7uWehyPcXZklBAzBUbK1ccUEcTWRCRZm+htybm9yPy7Lg6+JwTSRtyCT9qiADTdSfSBwTYX/wBv&#10;7YO6cm3EZpHGuPMg1Py8+AqQKH5efQbvN632Ccol3KTWla1FfPBH8vs6C/KdkfIrGV7Rw9t9kSO0&#10;p/dGfzSIA6kk+B308/pAtx9B/T28/wAKyiQpoggjCgMoNMgIHLExm1yb/wCHsKm75KkvHDR1DHJD&#10;ChqAM8aCn7TTpdbbhvLJ489yaeYYZP209fmadLak3t8jVxtPV13Zu7JYft43jjyGSyjl4wC5CqHB&#10;b6i17jk/X2mpaPLmXUsbaSwBZlb021ANpbm1/qAf8PY9t/6kx2/hlUqBWgVc8DSoGTwoTjzJ6WTb&#10;7vDIY7YLUcTQ+nSXyXZvfVY6RUmeyxUPpmqjX5eFj6ColJ1gaR+V/wCKe+TRZltQA06S+pm5bWTw&#10;QT9fxyf8be/JHyUpUiFTqAAAVaFaedPzpT5E1p0TPuG7RnU87Yx28B8iP9VPLpMVO9O6T+5V9ibk&#10;DxNKJSmXyjLDL9GjIZxYEG4v9LH+vudS0GSn0SSQLMQQXdoY5Qb3LRgkWH0/3n+vsg3b+pkQMPho&#10;gPwrwIPAMeNTnz8s9GdpuO8yYhuKp88An0NMg9CJtPsD5Ejxz4Xs3dwjCKZZ6bM5FVIAu0PkhcFQ&#10;ALfX+o+vt8TByOt3oqElWK3+0hGi/wDZYW/oOf8AfD2BZX5YiciJaVHlmv54PE4A/wBnpadz3WGO&#10;klwxZuFDWvQrr258loaNkqu2t9SN5gnjXP5SwcAELZpfSCOS1gf969+GCq1fUtLQ2bW10hi4H6XU&#10;kLxx+b29qY7zlQihQ6hQHGSPI54mv506LbreN8jUlZWIX8/zr/k6SmX7L+S08T37L3tV0yanCHcG&#10;VdVJN3BkR9OkXAHJH49xpMVLOHinhpAsA1XmgjIfS2lkRUF9R+vNuPZuqbDBSaKIv4mO2lUJHE1x&#10;p4gfPNOiq15r3NHq1y8RrThX889ILA9392Q1VQn+lzdu356Nz5GmyuUZaqKNwrIfWfXc3P0sPbLW&#10;bYhT1nG0TMxBV3pBcgA6rhx+f6+zrbrjbGYqFZRnAYZ+ymPlT0r0fnn69iiAjvmJ4n/ihTpX5P5T&#10;d2YunjWn7x3FWSRaSrHIVR02YtoYOQfyDY/0ve3Htrn2TSVQEv8ABsfJojaQhKeIzEAWVVP+JHIH&#10;sRWG6bRZvo1MhYhRqJ0+pJxg08z/AJOi+b3W5ntiRb3DEZ4cMfInpC5j5qfKEQutB2fueqhRJZW+&#10;1rJEJVE9JWzH/X4/1/6e2Q4KkbWjYXEEopA1Y2n1IFNrX0fj82/x9iH6XYY2WdVbjWuriTU+uTX1&#10;/wA3Qfl95OaEq5u5UA9DTP51+zoMx89vlnUPLTDuXsOliIaMwwbky0QCEgaNHksFH0Okf19h/n8H&#10;i8uWinxeOo8bTqTWVUNHTwytCt1eOnKgHU/+8X+vuavarkyfmnmCLbNtLl1Iklb4ktoqgvNIWqoC&#10;j4VPxmgA65z/AH4f7zLffu1e3d1uVjuske5zJJHaRiQGRp2XsIUtUgVBrwB9aYsH/lsVfzp+bXyB&#10;wnXOzey99Q7Ro6miynY286rK5g4vbO1Yaq1dNLMGZWq518iUsTfWQi4sPYbpSYnHLNDg8fS0FE8o&#10;fRTQxxNNIiCEVFSVF5JNCKup7mwA95zRWm0bLbfuvl6JUtlOoMFCtLIfimkA4yPQE+VMDh18SHuJ&#10;7h85+7POu4e4PuFfS7huu5SvNNLMxc1di2kEnCrWgA6+g1tLbON2ZtnA7Uw4m/hm3sVR4qjaolee&#10;okho4RCJaiaQlmkcjW7E8kn35Q+tJFvqDBrr/rW0m34/rz7ZjWdZlmQkmurGafL7D0DCV0lDw/1Z&#10;6UXt5p3keSRl9ZtpIBB0KfqQPr7Ge3S3M88ki0NRQgEdtRkgHyH+H59F8qxqgU49Ove3+jC+IDVf&#10;x8m5vyebke5U5bWI2YVnBEFSak1qcgkEDgCeii4+MmnHr3uQ6vIGCaNen0eQakDW9JI+tj/hz7O7&#10;iG5vEdrYqHpVQ6gqCB2sQc6WPmuRx+XTaUDANWnnQ5p59e9zcbVSUkbRyxNI0pip2lEyIkYkB11K&#10;6irWj/w5P9PaeAbja2qQXUZkMRXU4ZNJBGpyAxU6EOMqWIoRXNDza72CBpVYgCQackjTU0DCg+JR&#10;niB5E+Rh1kLyqpRmUxN5QFCky6ORD67j1Gwvb/W94cni1WemMVQZKanImWVGdjUHkB2kvbn+lj9P&#10;aW42cbmbSdZ2WKBtenJZmGa6w2aigyrYGOPWtygXbpXWCkquv9oDUMCcHhgnOAf8HXOlnM8Qd42h&#10;k+jwvYPGw+qG31t+COD7ZGjnetUxojLUyFpJAtikSL6GEmmwN/op9hmSy3C65hDQIpju3LtIFoVj&#10;QdratJ0kNSiGpr59Ig0ZgIY5UUA4Ak8cV9PPqT7etSiJ0L+Sxuf0kq0Y5C2/P9R7kQmMRvWQylOP&#10;wkgoKkAACjY4canpGDRDHT4qEfL/AGD173HoqnzvJFCQs0M4MsQUqVDprWQq3HI/P1v7Jdm3iLcX&#10;nht6JLFKBKhQKVVhUMRXi2KkE92PI9KWhmTRp4NlfPhx+WP29dEgc+/VlTBTCSV2eVyjuIEUvNLo&#10;HK08Y5JP09q923LbdqV5bti7spKwrRnfTikSVHcSfL+XTaRNcSURhk0LNUAEniT6fbw679x0JnMe&#10;kTCOXQ5DIiGBEXV4mH+v9RyQfZHCX3K4SKDxPCkKk1VU8FUz4eAK1fjUk1HE9eZfCqrUJWowSdRP&#10;n9lM48uve3uGRdKxhkBF2a7AEr+LH2Mw8JbQGBNK0GTT1Py+fT1vKVhWMEAVJNTSuOFf8n+XriQA&#10;S1z9LcAtbm/0HvnVtTvTxoFGsHUWPp/HqDD8j21LAkyt9RQpg0Pw/In1HqOB6UXk1sbaKKFf1K1J&#10;4faD/koadY0V9bsW9BsFXiwAHBuP+JHtmrZBFTPpkjEwBKEgILD+yFJN7D8geyLmK7ay2aUxTRrO&#10;orHXSBxGNJJrRfkfs6QxIjSqpBIr3f6vt/4vrN7wUU6VHlZGXQr6VdGujsBpc2X8g8Eeyvlu/g3G&#10;SZ0cKqsArKaK5ACs2nAJDnhSnqB1u5iaHTqBrTgfIHh/Lr3vqJwKlo/85dnMslyACBZOPp/gfaba&#10;7hV3x7It4pZn1yZGQKA0pThg+nr1t1HgBzinAevXvcxgtvSb2AsF5/3kc/7x7FUy2/hUieukUAXJ&#10;/bmvz+fp0lzXPXvfB0UjSLgaSSFtfj/X9pLu0gfTDFVQULUGDQZPE1pilP5HraMQa0r1735UVY2B&#10;JdWIcBmN1Yc2BsCLe6wWtrDYukrmVJCrgO+VYCoCmgIA4geXV2dtdQKEeg697kIFAUDgWvb/AHkk&#10;/wDFfZ/axQxwqsfaOPpUnJJx5k/n0wzMTVuve8jWVb2JuLi1r/63HtRLKIoy5BNPQVJ9KU/w9W0U&#10;A+fn/h697jtLdU1RyIzH9P1Kfg6ipI/3n2U3G4B7eIyRyRmQiq0ynrqKmn5g/wCbrYTuNCDT+f5d&#10;e9yoyWQq0YB8ZLjXrBUfm7Wv/rW9mMZaSFRdKASMrXUKVoM0zUUJ+3p9SMrEKUBJOPzP5eQ66JAt&#10;c2ubD/XP498FiQaiqkErcm/04sLA/T/WHu0Vnb2zNJAoVn48f2AGtB8hQdMVLLQgmg+Q/P8A1Z67&#10;9t7Rt5nLgMEUGJgzK1iDrEi/Sw/B5v7B11YzDc5GuKSeGqsjVK4OW8RRii0wRUngadPBwIgFxXjj&#10;9hB459Ove8Fe0pj1xERhUu4f9GheXbgXvYGwH19l/M0t7dRLNYkRaVqwehUrXJrTUO2pCgUPA9O2&#10;gi1aJBWvCnGp/P1/Z17200bxV8ENVFPqjnQvDNG8iJ42JA0wzgG5seGH+t7B+3Rw7rbx3QudSyrq&#10;SSNiq6GrTSkmk6qDIcA+gIPS+5WS0laF0oymhBpWo9StRT7D9vXvc9WaminIQ2WQklmI1R6bhhYc&#10;XP1H4/r7NIZm2eznZUY6XJJLUqgAoQACFJJ7gPKmekzBZ3UV4jyHnXhxr/q4de98aeZXTyBBrZtI&#10;CFnK8Cwlv9Tfm4t/j7ptt5FND9SsYMjmiquo+Q+OvEn1Uhacc9bmjKtorgca/wCEde9zTBIFqI1V&#10;EjkjOhkbS4Zh6ybCw5+nsSvtF7Al5awqqRSx9rK+lgWHdX0FSaEefH16SiZCUckllOajFBw697nQ&#10;RFY0TUbRxBLGxLaVtcn6kn2L9sgkt7KKAsR4aKlMHgBxOST86/l0w48R2YUHE/8AFde95h6W1XuC&#10;B+eB/r39rtOmQyO2KeeKAf4eqA6DXj1732ztKwsyhY0sqsQw5+um/wBPac/qyHSRpHHzrX/V8+n3&#10;laWlcBRQAngPlXroAC5Atc3P+J/r75F9USx2N0bV/Qf4WPtQqAjOaf5PT/UOm2lrCIvQ1+VOvfm/&#10;+HuRSvHIrkRgftuAJ7rY303unthJWmiWWjJUnDCjYJGQfWlR8j0ZWhgq9FBIX8RxU+YpTh1jk1WW&#10;xb9YJ0AElR9QdVxb+vtxozDNSlZV80RkYgRvb9P0Cn/E/j2yzrKwlt2DKRg4YHyPR3t3gTbe0F6m&#10;tSxNFahxw/b5Djwx1DnWXzB4ZFicoF/cTUli1yWA/I/1x7bM2JapKenSumxc4AWmaTRKREgubqLk&#10;3F+PZRusEt1brbWl39HO8gKMNNXINWXST3jTU0r9vTV/MDNF9SrBUTSEkrRUpQHUlSCTjh5GvXOn&#10;REWR40jZnfXI0Nhrl/5D4v8A7H2yCN/4rRxGlr52nSqVsgs0sVBTqIDrieAHSdfFtQt+b3FvaV0a&#10;DmCCKWK4nZlcvOWIgTspo0AlasaUFPiyrVFOi+ziaa0kQOFyAoFKnJqdRHACte4YwRQ9SmIAubWH&#10;JBBJ/wACP9j+efYhYapop6VMdMJKeSKkWFHMkbIY2GhEpnAFrfi/P9ePa1opYBpgUKI9I0iuABQE&#10;E1BGDxocAkdD3l7cds3C2G2bgWSURkB2ZSGB/ChABU1OMk5Ir0gs9R5ygnmyWOjo6uGSshnNJHDP&#10;TyxygCNqiqZXZZxpHNwoFgbH2mY4UwUkVJPLXZSllkeOerkp7m85LCpmMSqqhGI1MEAt71GDttnG&#10;gaSQs51MwVjV2JLOyhVRM0NFAA8vPoMtbRWm6yQTd8DKdXaypw0hk1FmJU5PEny6Vomlq6QSxAU1&#10;SpRvGWjlZSrB2haxC3cccn8+8VdTPRzmMsHUqrIyAgsjDUjW/oQbj/D2ZGeVKTIvZhaKKsCK4+YB&#10;xilM/I9B7dNvawujA7BqgMCAQCrZBp8xkeoPUqjqo6yBJo+AS6MAytokjYpLGWW4urAqbfkW98IS&#10;rMik8GwNjzz+Lf1/p7XxyrLHVCDQAkVrSvr6dIYBWZVbgf8AVT7epJ+h/wB9/t/a1x1XFQY+oqWP&#10;jjpo3eZFBEkqRprYhByxFvp7I9yKoTJMe1QWJ4hQK1/l1L/LNwtntrtD26cFBUM5oOAxUg+vDgPm&#10;H+5sYmUraKnen80jsz0tXJGs0NDLyo1Fi2nWGtcKb/63ui7+Y3/MU7M6X3xXdJ9R7fwEG8dy4HE7&#10;im7B3FTVFVT7SxL0bU800WDvaaVVXVF5n0gsrFGvb3ys+8ZaWW8e8M+9xyubVYoYVRe0yGgapFBg&#10;kmhIBoB19NP92jzBe7F92za9DCC5u55mmOVauugGmpIWgxkE08xjol+S/l8dL9k925Xuvf0+V3Ka&#10;bIyU+F2ulZBDg4lpoKaOSolrKKOKoDNPFJ544JI7sNLuwUg6ufdHcPaXfXYCZHtTsvP7+yNPKuOo&#10;spuZ4qbGYeheQR1UmMwtAqQU0XGthFFqYCxJPsFQxx7TthltkouljpXuLNSua4+Xp6Y66Onf7/dZ&#10;UuNykMoNFAOB6+RAr68ejy7O2Js3r3EJgdj7Ywm1MOshnbH4PHU2PglqGUK9TUCnUGWVgAGlkLMb&#10;ck+9q7pv58/Bb4X/ABa6W6qqe1sFVVu0dqU0dZDtqiqMnXblzGTU5jOZpKWJFaB2kmaFBU6WIQf0&#10;9408ubPz3uW9bnui2sifUzswZtI0oAAqUIqyggN5CpoesuOS/cnZuVNmghCm3mRACEoxoQM0Fckn&#10;z9eqlPlr/L/7L+UPeVfviuqcWm26jD01BiI8xnKylj2+uKvS0tMsNB5WPn1S1LtFC1jIQTqt7Oj1&#10;H/MQ+KHdeCxme2R3Ps0U1fPDjosbuCqGByFNk5QP9xVXFlRHaa49J5DH6H2zu17v20TPb7jYTGYA&#10;szKpIbjRu3gAOI4UIGepz2H3Vsd4gSeORVBOltTCrEV9KUwRUHJ6Jfmf5S3Z+3qqsp0oJK7BQSlU&#10;qsFk2ybyU0aqXmo6NCtQVc+lVkQS8EkfQk7FNX0tdSx1AyVPChVHSTyxhdLCwcTIQNJHIN/8fYUt&#10;+a4WbxJYgwqa0oQfSgzXHEcOHnxlmzvY54BOq6gwzwp9oGa1+3ov+5PilX7ZqJsfjsVncpUSKsYg&#10;lTIvWrawkjmWe2hlNgSTcc82F/eYvAYzLTbnxWpzZyZEZfyWvpPP14v/AE9qZeZoW7Y7eiitK086&#10;Up5+WR+zqi3MxkpJFVRwFPnimQft+fSUxvQmRSoNPuTrTecjRXjAgbxuU8jettTkAMC1gCOP8D7a&#10;aySsjUNR5qj1k6PL41YFlYEFShJsLc/i3vcPMIkkEbRj/S6qca4zjzNBxqPLo6jUyLR4fLga+Y+0&#10;fOnn0IeO6G2ZPTTPneutxtSwMtoZFn1lEXW8gMfJHH6voeRyPoi8lid21OiSo3LR08frPmjVpFCM&#10;3002/wBiObe5A2vmOykiKxQCpAFDpB1BQDnyx6Z/w9K4ZmQFYEC0AqNIBqPtB8v8PWGPa/UWzJ3i&#10;xXWebr6gMJEp55Kgi4csoX7hvob2YcC3vGmxczkKcLHvQIWAsBokdg3BFj+OPqLf09vnnWy2u5Mk&#10;luCQKYXAp51px+XyJ6VR71JZylpIi3z0AgU+f+rOaddneO3qacqehshPEsheJ5YTFE7AhtKKh9Vu&#10;ByP6W9s03Tu4FdX/AL418q3W4ESC34BuRewvYD/fE6h90bK8jYC1FM0NBWnGg4jNKmp/LyB5Dzza&#10;6dJgA/Jf83n07Q/IXr7DstHUdQbcwla8a61qKgxrwPXd1Isb82A+pv8AX3xr+kd2VVO6Rbvr1pmB&#10;DK1OisCP7Icafrf6f09oLT3X2y0vA8lqoNRmppQedM0pTjjPp0ynPlgJwTGFI9Av7aj/AFD16VeJ&#10;+R3VKSRzf6ONtyZOnGqLwzGQuzMSykyA8/m9z7aKLoLcsJKJumaWUWBmlRypY+uya/6/X6/kf4ex&#10;hce++xvbgNbUXyHbWnCpofUfZT0yejRvcmwWGhjY19dJ+VT1GzXyX2k0zvL1rjdBUjwUcsbPpb9N&#10;5ESwv9PUARx7e5Ojd0myS7jJ0qNLpFIlyDy/1Nx/T/efp7Bdx7t7fdgfSwAmprqIOP4cYGfLy8uP&#10;QfuOe7ecaoKr8iBT7MH+X2ca9R8d8nerqBXqavZtTi4WAJV4g6BXOoENHyB+bf8AFPc1Om97UqCO&#10;l3StQVHCMXWxY/gj6r9D/vX9PcX7zzvHLdeIbbw64JH8vsIyD/PovHN9qxDSgqPOor5fy6HfaHya&#10;+PeWpDPU4aSNWUDmkEqylP1hibm3003P+3+vuNVdHbyqGDTbvq1nJt44S7IhAswOv/Y/j2ltfcm2&#10;tIwBAtPnTNcigHHOBTI/wq4edrCNaRggepUZ/n/q49Lmn7+6cmaSPH7FSop4lDGaehhiDAep2131&#10;A6RezW+oJ9vOI6D3JR3q6velTIGVv221eIAG9rIRck2ube1H+u1aMfD+lByKtitD9vCn54/Z0kuf&#10;cG0dvCjiZjXjQV/Ya06Cje3yL6/ykv8ACMJ1dUNMS6RTJTwBnlQFCDPdr2vwRxz7l1/VWRTg7mdm&#10;FgTHTqHjKvZtP1sQPwfYj2/3XtHl0iBVRvKvGoqAajgfOnHH5qLXnIyHEVFPlQZxjPQfU28qZoHn&#10;/wBGVbDPHqZHyDA0zMWCsv7Fjwb2B+nP9PYZbm2PuPGRN9jnMpVsPpHFGoN2N0ANhY25P19zBy/7&#10;hctzoAAisRwrgevDiB64oRn5CW15ginjFVVSeBIBOPs6lbYyWO3BkfNuvqfa2OxyvpiyVWEqJHS/&#10;1kWS5AI+ircfn2ClfjuyUm0PBnqmFv7BlX0qPVYq5sP9b2LYeYthRjdAxk5qQMV4VqKZ/bnFejyz&#10;vUjbxe3Of8mejWYOl6Naiihpn2XiZ0VVj00Ucb3luTZAp+vJNxf23Qvm0qhT5TF5GmIbS0kmhubc&#10;F/8AW/Nvdrnny0QUgCv54xX/AFeQz0ef1ilTAVTiooBwPCny+XHpZrsDb8tBJkcHnMLMhRSkccTq&#10;bG50xWItf/H24VtHEqRxfYZGqcuSPApYNx/UfT2osvciCU6ZVHaKnUKUzkA8T/hGCOkz84XnDTx9&#10;B+31/PpOwbZ3LE89VDmsFjYJSUVp3/c44DPER/UH3KxuanxMmg4XJQwgKWZ1OkD8Nyf94v7S7vzD&#10;YX0OqMoxJoD5j5A48vOleirc98urxQig6vs4fsA6YMr1fktyLql3fiZ6mQMFhi1Rqx5vcBSTz9CL&#10;29iBS7xhrxGsHi5RQFl8akE/QEXubm4sfp7KrFAXL6VND6V4Ch8sD7OPRTZJfE1lpTzFT9hzQdF9&#10;3H0dlMIlSa+qyixlmMzUlRU6fCHuGDgWuAAbj/W/r74fxeoWZlTFwMEbgmohUhSbsUDH/H6D2d7g&#10;0s1lU0JIpQgCpp5+v2k5/PoRPBd+EGUfzp/g419eoGD63xVFLTzneWbXyfuummvnCngDU8YHqt9R&#10;bj+ntV0nYtTg6crPiogHW8RDxF7/AFL+k2J/2N/cC73FdJPWICiGhFKZ9PUUz5fZ6dBC92i4un1S&#10;q1fkTQ/LzoKdCOvxU2d2XULPU7rzklQwVi0VZXxwKhuGDKlvqP6f7Ee59F2zFWShZ4UoypW5Zoip&#10;v9WcX5P+B59k0J3aUGOOjK54gH9lcU4jPD5Yp1qLlrWuAf2/5cY/1U64Z74H9e4OmapppctWVCQW&#10;iRq2ctcevVHe4F/pYc/1v7Wg3jseqpzJlchiI7geqWop0N1FzI2th9D+Pbws9/hcGFGK+YofXhw4&#10;kefmONOiyXa96s5KWmoD7T+zH+HoCarpLsfC1f2WxsdumELNKxaGOumUpp0xxxyrYE3v6eB9PaSy&#10;e4uoJtRbcGELv+mMVULBiTZuFN7f7H2fW19zPZMqaCoX5UOnjgnj+ynDrbvvEi/T3gLKOOf+Lr0s&#10;sJ1X8jqmGLz7U3WdCMpqKiKpCedG9DtEeLccA/n2H9RUdWVFUVptwYeOHyKrRyVECsLi5CtewA/p&#10;/T839jKz5k5thUBDJqIJBUnTSvD7fn/k6aj5Zhuu+aPU7eVP5U+Y406XKdV9qrj5J8xsTcFVUqjL&#10;HIlA5ZmH9sov1t9QAt+Pcasg6vjhUrmsIWJYqTUwFQPqLX559imy5q5lLlpHelAO4nj9gPAeZJ+z&#10;qy8qWyTCTwQKeuc+nEmg9a9ImHr7vB64quytzJB/WnoJonUR3uWYfXj+yPp+T7Tc249h4wFRncaA&#10;CAviqYhxa5UkGwv7F77juF9ajx11UrUkVyOHmOAz1IVpGYrPQlBj7fsx/qHSxw3Unc1fPrTaGfUS&#10;C7PWI66rnluQSCCb+2Cu7A6/pEJrcxQrGwvr86OAPoAbEW+vHsia43W2lM1rgeajtrX0BwfU4J/L&#10;otbapmcymrD18jXjTBH5evQsYj49dp5gQocBXtMigapYnQs3IdCTzY/jn2mpezOnnjMhz1HUPfV4&#10;lkAOocWu3BHt6LnDmaFjE7FF9cHAPy4E+n7OvNt1nIGiKVHzHp8vI/6uHSyT4pdt+SOODAPTL4wN&#10;ZPpEjC/qAYklbm9v949xqXvfojFStT1rxSzOwKtJo8QAN9IZbAi3HHs1j5q5puUpbS0oPzNf8Brm&#10;gp+w9NpsNm5P08YWvHsqa0pjpHbs+A3yB3G8dTiNyRYaJSNUUEn7r2+hbzX5/rcH/D3LqvkR0CVe&#10;V3pqdfJ6pVuQNXCKgW5t/hx7LoNv5yubkujF8YoaHPEt8/yr/h6fHKBlakUfiMB5LQ/b/q49Tcf8&#10;H/khj8bDRruJa6oAXV90Y9L+PjTruOCPqeeOPr7Za3uLoipj+5hqZJoyLkRoLsLXIUfX/Xv7E1tH&#10;ztZx+FJUAeZORTzPCg9QBTy6v/UyaIBJICtPUCtD9o9fLp8xfxP+SkE3gqJsRAy6tDGVmiBP9pyp&#10;5I/DW9pCs7n+OBJFUayllUghpVkjINv6/wC8gD2Ntm3LmtKFXyRxHDHmBX9pr0Z2/JVsxDGJSafw&#10;5P7P8J6dG+KfzIp5j9jufZtXj25Wllju+n6LeQqPp/Ui3tkftn40ZFWgfNzcj/jq0ZAb6jX/AIex&#10;5Hec0BRKj6SVyMEfaeFT9nT78h7dM1HjUE+fDP7OPWWj+O3zZw9UtRAmxJ1RwxsVkLH/AARgLEj+&#10;nHuLHuT43AipptwTqqkM16h5r6edYYkfU/6/sDb5zZzLr8Jm1AVPDT8qUNa09cD06JL3kXaY60TP&#10;7ft48fUU6EvH9cfLySlelzOI2rLK6aEeCOCNFv6W1oP9hYBv9bn29UnZfxuVismeqpNNwdErxj/V&#10;N9P99/r+yWPmDfXRZmDKT5AjJ4Aeg9c1p8uiYclbUz6grfP7eAr5U+X7ekLn/j78x5y7YiLY0Rke&#10;6Grp/OI1B4Dgm5/2/tX4Dtf40wVDpR7ir0qSAyxSTtp4N7NqB9hvftz3ueMMDQCuolj/AJMD5ZH5&#10;8OmLjkjbEGooQCckmv2HAp/m6DrMfGT5vZKER5vG9aV9LqIZ6SiImCHm5DN9bf0HHsWIO/ejqFEj&#10;TclLGh4byHU17Xu7WAv/AE/A9xvLBvl3IwMjNntqcAfLJYfOnHost+ULF5iKCoOOOc8a8a9BpU/B&#10;z5FV0wq6vaWLqKiNmkCwTxRKbNcLoYkED6j1E/4e+FZ3/wBHRjXHu+rqVPPjpaoGG/1BCnjj2ml2&#10;Pf4kLstDwrWh+Y4+f+zno0ufb9WjrJGAKfhNcfMU8/8AZ6UGG+GnyKrXEOR2JsSigTgT1tElTVuq&#10;8JqZYvqPxZvbQnyo6dwMpnXK5GpjUghVJku9uWWMXA/xsT7QDYeYb5lQvhq1GrNK0AJJFQKcf2dE&#10;sXt3bmXTSlc8Bw4ZJ/w9LDJfy9+yNy400s2D2Tjq0x6fu1o4lsQLNIrBbjjgKf8Ab+8dd81uoTG2&#10;iasp1YcSGltZjwSdHJ/1r+xNZcmb7Eqs0hJ8v1KinlxqB+Q6E0Xt1aLEAwBFD+z+YGeg/pf5UO/z&#10;IGr5NmVsIdX8EdKEZwv+6w7/ANeAebe0FW/Lzq+eo8p3NWRK1lEX2tvUx/of68expt+w7utt9Ore&#10;fHX+zPDHl1eL23snBQoV861wfszw/YelxR/yw8tTwOkuxdhzSn9TvILcDiyhB/sfcqk+V/W3kcf3&#10;jqZlNj+gxsgP1uQT7L9w5X3iV6aqY4VrWn+fpHN7aW4eiqADgCmDX/Px6nx/y3s1SQDwbI2hDUGw&#10;eVBHKCFH0UMvCqPp+feKu+V3X8jMtHnK4yhSbhCiX+igeQ34/PtHHyfu0a6yRwqBqqfnw8/n5ede&#10;jCP2vsIYhIwqR+yvzxinyPSqwv8ALwyMJDZbaeznRtSnRBD5WAOr1FUIt/S5v/X3MoPlXiGhSKmz&#10;UhX1fVvVGLf2rn+n9fZRd8s7lJOy6iTUcG8/U8OHp1WXkS2LURPlxH7eFf8ABTy6m1n8uTZ0krVF&#10;Zsfbc88ZDLahp5NTFvpHdBb/ABIt/sfeKs+S2AlBlmz9dUfkxQuiITbSeeBz/rexTs/I24qVkk+I&#10;jzLEeZpk8Pz/AC6N7P2vhxJIoHn6j5fy/wBR6wxfAikg/wAmxWxNn42HX/wIkxsBmj40uw8an1f1&#10;9hXvP5b4bB05kXGZ7Ikj0/azKGFxxb1cj/Y+5g5b5Ft7pCkhUE0BpTP2/P8ALoabH7Y2ErafDrT7&#10;Kf4OlrtX+XbTPULUV+Q25SQxszLTjDJOATwFSMgKv5+l/YQUXzC/vLXLRUuL3FTBSGXyMpCMfqHI&#10;c+3eZfaqKGP6q3K1I4eZ/wBX+odCXcPaaCKPxYFBoPQVOOH+z0ZLCfDnaW3qVgn8GqJQtmd8ZHEh&#10;FgCoVF4va1gR7VX+nmrezrJnTYW8auS4IHDLY2/2/uJTyne2crrIo4ihpTFc/M/OvQZXkJI2Yyx0&#10;pTyGD5g04/Pz6fpPjltN4hE+H24QSBqkooWUg8N6CvH+FvavxPyDWKJVn/jBkYaUaaUXBtYDlv6f&#10;S3Pvc+xXpFUAUEZ4kkfaKfbnh0zNyTCACYzTzpSpqa1x/l6DbO/ETbOSqFkTG7c8KG5iTHRIhN9R&#10;JGgD629uE3d0dQgkqPvnS5sDMt1/tC4J+g/x9lTx3tsGWM/ZX9lfWv8AL+VGv6qQRVrGTkUwP9X+&#10;Trqg+Ke3ce4FHQYaB1QKdFCoUgH9KgKAP9h7jp3tiIgEWlqppEJOsyrfUB/VjYm3+H+t7YtLvc4r&#10;hm11UkBl+zjQ0FB86160OXYIyTpx58Ca8a5GMehPUrI/E+iyKaWmoaWMoUvHS3DXNgzIPqR75Ufe&#10;eLyUjLPT1VMB9Vcow/w0lSQB/X2qury9CfoPUnApUUAzU0oSTX7Okc+wRSkaVqCMY/1ZP5U6bn+J&#10;lFj1vTfw+o0gWJgOvWRYjS6/Tj/H/ifagj7h2adEU7zk8tdCnA1WJf6fT/X9lYv9/VyB8I8yT9tR&#10;Xz+XRa3KcHHwyPWtK1+Vek/VfFXKt5Z6X7CFmsRGYWjsbcC6n+p5Nvx7UFB3d17jG8j1NVLwy6Lh&#10;EBX6sQTbn8H2cpPvl2hVKeQ+ZH7PX0Nfy42XlWNwSkfH5ZP7Bx/PoL9y/Dbeufj8aph4QHV/K6O8&#10;xHOlUYf4cW988j8s9hY+VKeOZruQAsUimT68AqvA5+nPvc/LO6zwlmBL/wCryP5Cvp0fWnt9GYtZ&#10;jFaft8scaH7ePTXt7+XnmbmeuqMcvLFYpISbC99PmJLH8n8e+VL8qdosT41q5yFuIgCxDA2088cn&#10;+gt7BV5se9xsRhdRycj7eFPz8/8AIlu+RbdGzGBnif8AY9f8HS3m+BSzBBPLjgAXTyCJVUxsLA6b&#10;Ekj8En8D3NpvlDtqWV0/hk0Rb1AsGuV4tY8D6g/T/intZDY7/FbqiSZHyya+fE4pw6SryTEE0pGN&#10;VacP8PkOktk/5deOnZZJMhFUqoVDDojVFKn6EqtyPp7eofkTgNBIaaLVbUCsn0vyCQSPp+fr7XDZ&#10;N5uXDOrP61J/M+v5A9PTcjQyRhRFSmaf6vXH8uk5UfAiij1LHR4xzEWeMrBTlQQNKnSyg39zpO89&#10;pTUqTF1kGkq48psdS2uebccc+18a7tYoe1qihznz8sV8q08x59J4uUrazFFSgPyzQ5/1Z6SMXwSz&#10;QyjAPBTJrLxmCkVCqi4CsFtwebA+2aPv3bUTsXmiiRP80I5rXUjgH8k/nn/H2RXdzupkBUsflmla&#10;+QrSnl/qr0kn5fikofCGMU9D5Uoafb0IJ+CKT0iQvSQVMxA80k9LGzGy2fQbEqPzcH/ePfAfJPZS&#10;TFJauoV7m0rAGIsv0+gI45Av9be9xy7zNESwNeBGo4B8/wA6DhXzr0x/Va1aoMdKjNf+L/1fn03y&#10;/wAvOoTS1JR4bx3Daft0SbSf0xryL3Fyf6Hkcn3OoPlRsCBykmQjIQaGZpEH1NiGQfX8eyu92bfr&#10;tPEjqtc+deGKZqK5x5/PrUXI1vIdSxgEGvAV/bx66f8Al51aouihor6iVjijUIATqAJP9P8AHj/e&#10;/b2nys69lsIstDrFyCJBcKoOlQP6cf19lK7Nv1mdRBAoBQ5rXzAHA1+WaZ6Mo+SowO1fy0/6s/6j&#10;nqJWfy7a2sRkqcfSyI5DBEjgWTUQOHk+pBt9Lcfg8+49R8n9k1yDw5Wn0L6XGsqxA+tx/r/0+v8A&#10;re7ttW9lSxYt/MAn0rmtP8w6bflW3hwBn0Kgj5/Ph044T4A/wF2C4JI5NfkRovHouLnSVBtfk/UW&#10;9sdR8mNk0781+s3uCDeIc6E1Ack/4lT7WwbdvBhIHGlMVrXFSB/mPSWTlaMxkBB8qChoMmlPsz+z&#10;p8m+CNbWnUaCijVXVmEiL5mCtqIR+V0ggC1h7mn5B7C+3FY2bp/KFEkaGKS49JDKoPP6Tbg+zCNN&#10;6FvJCUYVp6Zyp4flXyOOk45YhyDFniBQUPD/AIv+fSSk+Cme/ilPDHgYhSXkWon+5is3oJjclTbh&#10;7H1f8U9//9LZj8UbEsOWuzEut7EC3pH+PF/fEOTcrtRoJIpTFePn/L8x5466Pa3Apw+zo4E2wMZS&#10;061bQYVYp5NOuGGPyIrFQ4DRqLMwNibfQ8XP05rEpIGrVe5I0iygG4HPPA+g9sjdrrWWyCPMGtfW&#10;tKD16r4hA4dcavYGCelCJica8DsyLUNTqAjgkRaUbUbfki1z+PeJkKggFWOr8qLksp025vf+v+9e&#10;zVdynkAfUwr/AEj5eopTqwIYg8OkNP1fgFrH+4oaDwwraXQWUEs9ljWLjTwL88/4++BjZnW1wHBR&#10;tVggv9Lkjnnj20+63KA6mJIIPGp4fI1GBw+XTgdVUg8Rn5/7HT/hOv8Ar+cmGLE0bt44/XECENx6&#10;AWW4NjwTe/Ivf6e8gprJqc6b2unBDG5FiD+L/i/+w9spzBdCWiM1V86kAU9POoGa/wCbqnj1ai/t&#10;9Pz6fv7gbXqKRqKgweOCz6ltUQpIX1owb086jq9AA/p/S3vr7enTSwW/0uA2g8D8Jbg/0tz/ALH2&#10;ZHmLcJEKyyH7TkV/bWlfXHXvFmaq/wCz/q/wdAbV9ISfxVqfGY/GRIXZgTG6BI1GqTWBcAgAgILk&#10;2vbj3k1yKBo1AEn1k83bjSfxe3PJv/j7KjuUs8ml2+0DhQfmTT+QHy6oVQ/HTHl0JON6s2/tzH/d&#10;ZVsZWVkYZ4FeVfFe3LaXFiQBZATe5/r7xlGnUyO7llClQlySS2n1c2uOb2B9mOu5iIRMA1BqfICu&#10;KZpnFaf5OrB1joqgCvr+308+kXUb721j64U38Dw0yeuISRQokzO4K/uGX0lvpwP6W94oaI3Yl3Zv&#10;9Q6KBY/U2H1I/P4/w97uNwmUhUbJOCGNR/q408unZLoAAAAD1BPT1j8htmrgkEm3cNT0jwCZJvtq&#10;aKR5G5kXXGSDyAPpwP6H3IakjQXZrkHVp0vcD9XAX/X5/HtqPcbqR6KTThk/trX1p/l6aFw7/CP8&#10;H+XpZvR7eGM+6o1xSq+lx4YvEp8f4V+OVvYMOb/4e51NSU/ARiptYroZQhb+hH/Ff6e9tNeP3Smg&#10;rg1rUfZ9nl0kmuJakuK/OvH/AFfZ0HeS3/Hi62SGiwuGrREpja9IsdUXL6Q4mVri5v6rc8fjn3Ey&#10;NFGwChv3LkgcsToPNySbfn8ezvaUlB8QvjzHDiKV/wBR40+fSmzunA1Ux/n6CXendlZN4qaLALQx&#10;pFoSeH9x2HmYyKFW5VtVybj6/wCuPbNHAFuRCA2koW406QtzYWI555+v+w9n80UswELymlajNTU8&#10;DXHlgDh+fRg0hagZsenz/b0G8HZBxtXFlqYsATrMM0ToWZWswdCDwT+QeLcfT3Lo6eN9RHpHFlv+&#10;kf2tKnj6fQj/AIoPZVf7cYO2SXJzWnH0LeYAPHI449ekt1PIi8Cf8v8Aq9OljD8jtw1hjnptpT1w&#10;W0DClUgtGx1OUWNfVqHIHJ/29vc6WkpXEYE36l1AW/QGHpL6rqfzx/xPsgFxdQs4HBMVBwSDnTTP&#10;pmp+fr0njuJgSdP+z9np0LmP37uvKUQmTaaYx3p/JGlZQTzTRI4PjM6rdFsC1gbf0sOPbb9pBGzM&#10;Ga4IYliBHe9idNyf6Hm3+HtfJfTSqAxqOHE6qU9cD5cT8/Xpb9RK40gf5/8AJ8+mugyG66zITimx&#10;UctbMI1WJccAkjBuEUgGwBINv9te3vOJYENy8dlBVeda8m7EGwt/j7IJp5JH/SJNTU0xw4Cma09P&#10;XpsxyvgA1/Z/lz0PlPsfdUuML5jCtDWGDyDVpZbOvERiAugJ+pH4+nvE9NDUfRz6gbSKG+v+ouPr&#10;9PZxabk9tQgVAOQaft8qHz+fTqzSReXDiD/h6Bbc2D3rSGrp6qnhpLoVpngiV41QnUQqsLMCABck&#10;/wBfcuLHpEquQrKVUAkkaB9TwbXP5v8AX/W9rpN8aQUWQqQTWma+n2fZwHzr0lku2kJFSM+Xn0Xe&#10;p23XVFfPFPjUm1FCLMEfUty+kSeokXueLn/YD3NkoEZQzta4DaFIuB+WB5J/H1PsnO76CVQkkmmo&#10;nFT68AOky3jAkKP216VOIxuWDq5xiClg0uY2oyut19GhmbkjgWHH5P59x2oZEc+OQKgUMo0i5/2p&#10;3sR/h/X2l/e6lKPVmJNe4/sAqCKepx6dPC5RlGsVP2/4B0IuPoMbWgrXY2likUaGMFMIhqtZA0gU&#10;Lb6fQk/n3iFERIS6iyhCAWC34uSAT9T7WfviNogoY5rXBJx6keQp9tenDdAx0HnXyr0la3bNVS18&#10;kePx5M8i3RkjQoscvN4/oP8AYgW/4nM0bMxIRbhSAjXa4K2X6EXP+x9pDfQ1XSxIPEinrX04edaY&#10;6a1hRk/n04wbXrqWikq66SGOV76KZlf06PTZkj4uLc8W/PuXT0oEoaV0CqiEKLBrnm1xf8+0lzc0&#10;iKxqQanifL1Ffln/AGOmZZzoKxg1qeuSZtjTyUlNAK+aSnVRItNrBcjT4gPqOeL35I+vt0kWnKN+&#10;kvqHpOohfxwf8fr7KTdMrKIjinxev5evrnI6QIZdQrgU4/6v2dd7awu4azzCtiliBcLHBpLGPUSA&#10;jThgCo/xX6+20U0TCwCkWKkgEqLm9nJJN/8AH/W9iC33Bnw1c0NK0I+ylP8AL6dLTM4Oquf9X2dI&#10;vdGLGElmrJWlFSjE3kiaRLi6I2kg2H4+g5/2/uJJQRgBTHoCsGDN/av+oAn/AG1/Z6t7FH3BhkZo&#10;SSPIVoT+zp5Ltqlga1HD0/ZXoPKapzuQQRrUyyhpWXxsPEJ/XrK+MqDwPyDb3IipoUB1L6Sbk25t&#10;9bWNuPx9fZNfbo7sBEcj5D7K+efOtB01JNIxovH/AFfz6Efa+0MrVKvlSpaJn0NGWdxID6yrCQel&#10;VPFhz/r++LiJr2Lsy/gLpXk8Aahc2+l7+0P1ksQBFATwrmnrXyFTnh1tS65IFPn/AKjx6E2j6/yd&#10;TM9PVLFHQ60UlyqqEB0kpqs1x9OCP8R7jVAjBB0tc8GzENpH9Be3+wt7ctb2fV8WBQ/LV+wH86j8&#10;+n4tZxUU+zpV1PVFHU00NMk1Ag1yanstmiUcKJATcE/qupP+PvgFp/qyarKx4BVgqjk88E/1F/Zt&#10;BulzG4z5gZyM5OeNB+fzp1YtMBRTThxzx6D7NdAZ7I01QuJelhdPTFMskUMahiY4g6N/X8MAL/j3&#10;kip6eNjKZGlV1uVsCB6bC1/6/Tke1Nzv6Xtv4CRgFa0I885Pnw9Kj5V6QqLwOavivA/5DXH5dBli&#10;vjh2ttDIrkqzctDS07zkyxLULMkWgXVNTsOWvyVU/wCw99CJVZFCFQzHmxAsBqIUr9P9v7KDOHJd&#10;iDQcK+vnnJ+WMfPpZrLAmtT/AJf8vQtySZmix32rZ2Stm86QpJTMwEhC6dKAW51cNzyP8fc6SKlI&#10;b0RlhzYlSTf66tX+H+PtHFdyI6kMQvDPl/gpQ+dP2dJVecMKE5FOogwW55KKaKalyA8pYRmGCSdi&#10;5N1ZVQEkG9tKgH+oPvBJBSuupvGeV1IbXJH00m54/pfj2ZQXpoVCkEgkFfh/Z5k+ZH8+nUlnU0Ff&#10;kf8AY6S02E3ripI4/JkEhuPuY5qOcyPrb1AA8oQDp0kD+nHtuaKITsUZNKkAA8XJFyABcaf9f2pM&#10;8ngZqWOcHgOHnQ1P+HpZ4khjoQan/B/n6fqJq2olShq6GtcLoieZaaXkkE6XYhiLD6c++UkEMxuW&#10;RSBYXYiw+um54I/qPaJ9yngBDFjnJp6efyI8j1VJZEXIqD/qr/m6EHbO1DRAGn29ULC7BqSJULiV&#10;3B0y+MDWdfP6Rwfx/Xh4IgoGuM3/ALDFTe40gf635Fzz72m+IpK6tLeRGK+ZNanj54x5Hq/iyasg&#10;19R/q4/4Oo1b0xu3KZD+IU2161afyCYKkMhkDs34TQPUBfhjzb8W9yxjoGYBplVwAeVvfi5P+w4u&#10;PaQ78dPYKjzIND/gp9lOkxvJVXC1HyJ6yf3N3FgKgrNgco8EcofUaeUEgH6Byp/HLMFIB/I94kjE&#10;bsocKvP6SrAAHgkH6X/qBx7XrfmWJa1J+ZIr6gf5vPpxnLoGoa/6sdJjMbZVqirylPiJoJiyzCJ4&#10;mDKSDZ3kZQptb9QsR77FGvIWouDdiAE+jc8H8n/efaz6tHGorQ8M6uIxXzoPyp6DrxuKZKfLz8v9&#10;X2dB9U1tZRSstThJalNSkyqyBYxIeVDKFYD/ABB/3v34wqbBfUoYkOnI45uQL3P9L/T2jLMjlpCO&#10;FKGlf21HHz68HIORT5HpZUuZWaIR0O3qhZXB1OqSC1kuyrYAkA2N/wCnuBPSR3DR3Zy2k6lFruLh&#10;gvBFvpfn2LNm3iBU8G5OlQKrx4DyJyM+mKdKBcTldIovn+zy8x0DHYe0d7zzLX42mqDT1DhapHAB&#10;RiRoYRNZlsRY8lf9h7kxY5GQao9ZWzFiP0sRYKoBF/8AbXHti63m3WcvGxUGtB/havkD9uT02944&#10;bBp/q+zH+DqJTYTc01DTRVaNMyIDLMUY2jBI+3QXsSB9SF4/3j22ZHFOdNltGLlm9IKD6AkXsRz/&#10;AI/7f2LuXuabBIz4kgDCgANQD68aEUpmtPl0XbhJeXaqltQ/4a/InoDeyeu99V9QsODxNZkFZ2dp&#10;KOISzwuzaViBjJ4IIYn/AHj3zxdJFThvI+mUgeoE3CW4AbVxe9gB7R8zcwJf9loQUJOKefzFKEYq&#10;aj7K9UsbK4tU1yjUx/l0/wDWPUG8NrMmU3JhK2GcIkhlZkVoU/FnZiyn6gWJ5+v59uUtNCQp/wCD&#10;HQG1IgU3HLf7f/fX9gaK7mickGhFADShNRxxTy/1eXRmk0gJp+3gT0ZSnx1ZkY44IcSxDAyv+61k&#10;e1okDXspHBP0H+HuK9LSR/uMbuxBBLNbj6lkv/t/+J9q/wB+ziHwlair8hXHofWnD5fPp5Z53JUc&#10;Op+G6i3ZuDKeGjwzzSOwCkP4oryi6rY3P1vyOL3+l/eD/cV+jSvkuNNtbspve6gcAXPHusG7zySG&#10;XxDSnyFR6E8Tj7Ps6e/x74vL8h0v8x0r3ViMe9IuEghiQR69UkQ0OhLBJYTze1hfkH8e3Onhpljv&#10;GVU3P1vZixuz/Tkf4/n3abdEaUPqJrgAeVOAyaDy/wA3SKWWYvR8j/Vjj0C1ZsrsbWMbmsYJCoLM&#10;JiNTo/6m0xgMdH4B/qBe3vIaJUI0KqnUHWzDQSRZnCn6kfUA+3Dv8dzVXcnBFaZ+yvkDwrgnppbk&#10;moJ+Xz/1HpLR7FyOGiaQ4seRG8klOt20osnqGlgfUABwTYc/nn3zjogxAIQFrAkmwUn6EM39P6f7&#10;z7bm3dbZDpdiBU041+VBjNMHyrkdae5KjzIH8+scOGymaqUV8LPEGJRAAU0sRZGVpDrKqSotwOLD&#10;33/DY+dT3CqeCQE/5CN+Ab839+HNPbpQEMSKkDPzIoBw8uqtds2SvH9vXKfqXcErrUTYqqekiSVY&#10;43DuGYHSkcsjavSb+oi9/wDePeWSgjMRsmp9JudQ5/xUni39CB9bA+2bHdz9T4hmCiuCR/hpkHhU&#10;H5nyp1Rbx1Py/wBWPt+XTfuinegx1Pj5cDUxzU6SOaSCOSOwEdwYmbg/Tg6f6A8G/uJRYvXKJJY1&#10;Rgb3LWZNJsusm/0AN/oPZ/unMkVtB4aSV8qAVBqM04eZGDwFTx6StIhczFCCfUfyp0F+2tnVOZyo&#10;qYcFKlQSWDTpJr9LDxEhgLsBcXB+trEj26yorFkTkjVdbAgn/Bh9b8/4+wgm4JpEr0r5GtCB5ihw&#10;PLzp8+nEZgNTYrT/AFfKn7Oh9j2duOjqESakqYV0gPT1Aj1FSNSPqiPquQeCdQNjb22NRQylyL2b&#10;lyVBvdb2Kn6gDmx5/wCJVrud25RCw7cLQ0pmnl518xj/ACLhcyoB8uH+cfP/AIrp1GGpsBE2QeiY&#10;yVTyajITI0hZvUYzISPxzqP4/wBe/JaeCNPCRqIVXDkDR6ybMB/W/wBQDx/va5NxmRhIprWtQK1N&#10;KY+z50z86HqryyyHxAeNftx0j8rhKjPvJWSCGCQ6UiklcyQwm5dXuv1ZmP6Qxt/r++EtPKGXxqSk&#10;ZDEAWjYAEKLc2N7XI/3jn2ttd0216i5YK7YBJ7gcedKUzgH7aHHTRkYCqkVPrx/b6dJOt2tvXGRw&#10;tjTV1MKASvEgk8JUAokQiBPH6VOk/n8WPtnqYpZHlUwsoYX1AWW/6QQ300/S59irb57G2RJUmBA8&#10;tQPzyK11DOKV9flb6qdh4AStfPyrj1P+r59B/l6jdmVnnxE+3a1XsdMzUc0SsxshHlcAeM24JNv6&#10;fgGPBhHJ1SSIIxZ0e1+ALWHH+NrWvz7W3XOVkE0QMS3wkE0zgg/tzWoGPMdFbWl40pLkfL/Lj0/Z&#10;03UPRvYdXU+SpxKRUbWNNM9iVU2BjWMgcaTazC9ifz7eaejiUlWQqP8AaVFxYW9I+gsPrf8AwHsC&#10;7pvc12SIWqT6k0/M/M8PM0rjo68R44VRSMDyx/q/zdGB231u+3qbzZWOlK0yhZFiZUZAqi6xg/UA&#10;DkWAFxwbX9yfs4iR6SI9IDxgabsGv6gL3t+f9b279e8MP6oHiA4bjSvoa4z5VPGtB0x48viaqj5H&#10;j0jUoZMvuOeOikMeLHkiFOrhYmeOUnWUA9WkAMz24/r+BjempAytqVSBZhyOHPIZD+fqL29pl3uc&#10;K8cy9p4HGKDGR6VB4+XT4mnK6R+XS4q+rdw17RQ7dglq6yNRbwliHikIVz+6V1XHGkj6X44t74SR&#10;0DemRl4Y2eKwXgmwZuPr9eL/AOw9tjmCS3LSWwyQKhuOcnHy8qgGnr1tWuwK/wCfp9x/x37QzqwU&#10;2Wxk8UMKtJB4pZIBa4jiU60vyf1AXFx+Bz74eKiNhCvkACJcGwNuNRDc/TkfX6n2nPNN2ynWc1JJ&#10;weJJoaUHy8sdX13K5Y6T0taX4qbpx05nkpmpgURzErSOsaBFjsNZP6gQRe9jz7yJSUiBrxHyR/pF&#10;gwu/9ocf0JJ/1vfv613rP4UZBQ8eINB/s0A+2nDpqV5ZWUk4FTXII/n+X7OueQ+K+XmgTJSzg1ce&#10;t6edqhFlgLW16bsDwCbhgOR/h7mvHAqhzEHDlVaUFQyELwxv9Bxb6e0IvGuJdKM0RSpp+GleGOJz&#10;XiMU+zplXlroDUI8vXP8+NemOHamVwnkoquejyXgSSMRMzvVLJ4ikkjMSRa4seD/AF4+vtqmqIIJ&#10;lYpG4kayj1BmFrXGri9uQCfY8263uLuyIjZhpGWwc8fLy4VIzQ4BIPVbq5kt41HrxFc/y6LPvTLj&#10;b2ajE8NHL5qgxrSK0muRmuoEYseR9PULf1Ivf24mOCSJW0CNkFgqopbVbggAfQ24H+29klzuD2M7&#10;IWLg+p8sVGTnHE+nXkeY8MavUnH2/wCqnQi7X6z3N2Bj4arb+IpaCZDeJ3e0I1x+hpNP54Pp/H14&#10;tyyy0iSMitMV5NxpkS6A6eR/r8Hj6exDZ7/GtXjjqcHy48cEcMZFCKHj0y1vuT9zOCB6E58/s4dJ&#10;PcXx+7Yxx8uXel+3VpUvHkDZolbTIzo5AJaxW5U8f7cSjiwULryXYaRfl78F31/k/jj3td/79Djg&#10;ONDjhQADjTz49JZ3nhBRTk8aVqKdB1mtr5PDR6GKCWeUqI4ZI5JRoB1STm/p1ngW/r74x4uTSxcx&#10;DTZyG4ewPA0m9+ef8fdpt9t2kCw6mPDHCvnnFP2YP59NpbyEBmOW+3B/1U640Gwsu9D/ABCpalp1&#10;ki+4UVMohmRh+geEk+nker8jj3leLxwFdKiR478EWKhSQFsOCBze1/aaO4Et0p1EojHyzxpmvmTQ&#10;cR69GcdRBTVnjn1/zdPpp1o8O8EjxGsqYAyStMNMrIlx4yn0UC5PBPFvaVlxVbO6ggBRdrFmI+gU&#10;WFrX/wB9f3IVtzRs+2QFmPfgEgD1JPnWnlk4OaHovlsNwmQaJiFrw1Hgfs8ugxPUvYe96iKLEVE5&#10;i16hElXLDEyErGD6R6xq+hAufp78mFeFi4kQkFfRFr+rDkANbUR/sfza/ti456sLlfDUUDAirU4e&#10;poO0evCuOHSix269t5hI8vr+Jv8AN/q8+llifjZ2fga0VVZHUxCJReQ1M0UccknHjE8lgzAfTng3&#10;vz7ezCQAiICU41XBC2P0sOT9Pz7Bi39vNL40hGlsnBFcfnT0/wAHqT4FtNGbj/q+f+z0KNVtbOYm&#10;lejkqpkrYApVYp1ZWtYepxybAk/Xk/j2maqrEUoEiSa0c2Z1H6r2BuCTY3/A9yRtm2PcW5a3KaSo&#10;JCt5caUHmBxqcnova5skkEdx4gaP8x+fy6L/AJXP4ejyMcGYXOrV0dQw88kPnVit49TvKfUn+pZf&#10;eaENXFSGYaxZR4COAoLXf6H/AH3+v7Zuiu1hlKq2kk/GDxOMcRw45H29V8ewuZiIrh8jga0+efl1&#10;nop8HuWvSKl3BkovKI1SOajlEaIi3mZ5lsOCRYXHt1gxZUgvraMEqAzBQFIBJIb639he75hM8bGB&#10;Qr8cAkk59OHzP+z1eOCG1OtpiaZFTjJ4V/1fZ0IuP65xGGqaWXJbqWelkdvHLKwRQHYOVtJ9fxwB&#10;+P8Aby5aRbFLGMlbqxW6Lc+kk8j8f09ksO9yRzAy5HmK9xx+3/Vx6VSVmj7CK+RpU4+R6E+t6xgz&#10;ODeq2/WQySRxNJA4heoRtMnIZXvpBF7MB/re2aTHK58ckeltRIKMBYmwBW/0B+lr3/Psawb4sKie&#10;KQEU8/P0qK8f5eXDosltXuiwdmJ4gcAP8GPmMdADU7P/AIjPU43IU1aKmOR28MK+MwSRkIFjLBQU&#10;/wAFPP19yP7vhLBrj6+kMpAuo4djbi5/p7StznreqFa8K0Pl6DhX+XSSHaxKha4cqfStc9cP9CrJ&#10;SJVZSpr4FlV2jiEqyeNioKq44Oknni595qbAxu5WQjQpHBCOSl7nQjE2F/qR7Lty56+kQFT3kcRU&#10;CtMaiOOPL9nTUm0FW/tCF/1fLp32Z8as/vSqqUxk1SMdSqjyyy6S7Q6v3DBFJzfULFvqPeWs20qa&#10;vDMdQC2aReP9gy/Xjjm/tJtfuVDKyG5jBH9HGPzrTu+zpOdp1ikElK+p/wAP/FdS91fEnclDFMMR&#10;kVlZbsI6hmRtS31kmP8AVZeBwfbAMDIrMWeIWckEFzqt+mwIsCf6H2NZvcba5IQqlq0p5efGpBrT&#10;1IyfPr0OxbjHKNLLT1J/ycf9XDoOMF8U+4zWfc02F10wZZRKXleM6RePTrFrt9VH4HtVUtI0SR3E&#10;jIFsf1KSf92G7XsAOf8AYfS3uKty5it7i8Pg+tfL8jQUz5fP7ehPGSkAgchmAyeI6Njs7qDNUuF/&#10;huShSfMNE0UkP27yCGRbkhzKCVH+9H/D3xXHxGRHUxKJbrxIg1KD9XB/FvwRqv7MpOareO3ZZZPg&#10;zkMaHyA+35UHkadEhtLn6hpGWlDWo8q+g6QUHx17ZnyzSU+w8iaV5mC1MNKixyxub+VRp+gH0uL+&#10;5Bx9DGwbyQhgSx/cF9JP0FuDb/U+yKTniRz4IJoaCvDIHzNRjjTpcsBKkAOKnPlU+XljocsX8NN+&#10;1GJbJnDZGllMjuYYaaxkBFwztpA/4Ktr/wCN/eOqxwlAZJlZX+jIg1GyWA9Nr88kW9nW080wKO4C&#10;orxIpVjk5r5Yrw6QXVi0q/E1V4CnD8+i9dk9C7vxc0sVbjtyQCO6JIcRV6SqL6QaiD0FdQsF+t/b&#10;BDiUZryk+hmGmwNzfVbjkX/2H+v7Gd7zgY4KW5WhAODwxStfl5Zp03abJrPiy6gD64qPlXJ+3oHN&#10;udMVE1dFJlKTNU4+5K6auhkgV1uHCqktmN2/P1/x9ur0NGUC+Q6SSdGtV02+mgc3F/8AkY9gxOap&#10;o7j4RqB+Knxf4BWmPT5Hj0bjbo9JQA09eP8Ah/1D06MXTfHHN5LEyTY7F5qooZl16vCbRkcOnkbV&#10;exsVB59xI8XEkhniluFIWxK3Yg83BB/xt+fYiHORmgEEoWjVzQ4B4AUIP2jI/Losu9gSQgKxHn/q&#10;Pn/LoLM38a8zQ1Gualy9PY6lD6I5H0m8jkS/Xj+un8/n3IekqGiKHxBeRdVNtVyyxrcWuR/sP9f2&#10;qXfYEcOa6sU1EfIV8qfLz+Y6Khy1Ij64n4etQaf6vToO5+lKtCZaOpUos0iTIkUwKzD1CH0Arz9S&#10;b2/wPuAafWqoGKyKxZiQS1voy6v97H09ujcQrGRgNDCgoQADWox/g8+lSbPPqKCteFMj8846xwbJ&#10;qW/ya8wq4pSJo6iKQy206WN3sPp+Pz9ePeNsbKzfuMmgD6lSbK54bQOL297/AKy20ER8MHUTWg9R&#10;g54/lXHT6bHcSvpdtK/Ig/6vzp09UXTG48zXRUzSCngLBY5Z1EgVJCD5DHyCWHINv9iPcqLH0VxC&#10;VmTUqlZ9LNqe9yUU/wBf9f2GLnni8WUytpYA0K8CB/SOP2+fRm2xw+BpDVb7aft6NXQfCLJZHb0d&#10;TQZWkmrJY7+YVsGshx6WigBJAvcEX9uMWKpTGwjlLeo3Q6VA5uPJptyPqOT7L5+eDJMGkWmOIqfl&#10;QVrg/ZUdJI9rWFQJSfXH8qcfz6SVT8TN37dpZIMhFNKWJCeCSIRSEvdGYoLjR+eb+8Mu34ptQSQG&#10;O/IQodRJv/at/vI/23sxtfcIWaiYgagPOtc+tKn8wftBPVJtrtmFAzp/q8ukDkfjVUVtR9o38XpD&#10;K/raaJUgQK1meJyBwLelSLn63H09tlTgo4w3L6hYMtls4HBBIJ5H9QD7O7H3Kad1hdQAc1BNR8xg&#10;YPpUV6bh5cRmqs/7V4fzHHqLWfD6so6SXK0m6Em+3jMiwvSrYKq30kqzWItyxB5/p7Zftn+5anVe&#10;C4UMoUFQv5PI/Hse/veFrAXjGg0188k/l/xXr0jj2mQ3PgHyNCaf4PL8qdFxj2FWLnDjA5lda3wO&#10;6RqBpVuZACf0/n8gn6e1fSYmCwZtLCw1KyqrDSLsL83P+9H/AA9xBu/OEqFo0LDOKEkGp8+FB+WR&#10;xz0eJt1vbOKjUQcV/wAP2f4R0bLavRSM1DI1PHUwPIrMGjCvfStiDbTfnm/0P049uIFFGNBJK2B0&#10;6Et/QBj/AK9rn2DH5ku9XiH4q4Oog186DAApw8+l3hystAop6f7HD7OjTUPxj3FkoWiocfRLQqok&#10;YeJHAUr6E0t6ix+pspA99/w7HVKOzpGxtqXSQhDAabBlHH/FPqPam2553W0lAgZlHAnJxx4Hj/n8&#10;+i64soWYLJH/AKv29IfcPxPg+3cZrHK9VJKyQwhBRiNzwlmWxFzY3vyP7PtrfbdI/wBPJZrgsHuv&#10;qsOCfr/X8/63sVL7sXkNNVDT5U+dOP7cAj1PSJ9ms/wkqfToKKb4RjMS1CQVsWJaGZ4yKicumprI&#10;oRYkY/X8qSCeLA++DYmgBETM11Ni/gUMCfSbO3P0+gPH9B7RN7oXkTtMqYPkXNKcRgY4+f5E9PDY&#10;Iimqp/b5f6uPQo0H8trP5nG070+4sZOZZDEiU8TGR3jUeSMPUgaWII4fgnkc+8iY6g1FYvIzIRqZ&#10;iBZT9FAIt/tvr7ab3B3K6UvIqhWyKE5PmTwrj1rT7errsVtEA5qK8Mj/ADdN+Z+BsGyhTnKZqWMy&#10;O8bqscBmRlTV40DkEksDYp+Pza/txix0B9bKHCG6chAeOVH4+v1Huv8AWe4ddCUUvxrk1+ZpX5gm&#10;n+Xpt9rtQeLA+eegsqej9v4+tVK3I56WGGQfu08V4PE9wEYA6TYizH6ce/T4iBkZ40KyqjWZHMY5&#10;+oa4tb6g2+v9Pauy5ov4pAkrqIyQKGhoR8q19CDTGaHqjWFifijZvP7fl6Z6bc71V179pNLj8dnM&#10;pXxo8t1Zokm1LqKtqXSebiyNyeLX9woMM4kA9QiAsFAWOytyUN+Dfj2eXPNyGDWdLHzJq1aeYIFf&#10;XH2dFUm2I7ExAr55zQf7HQNw9TNUZIU9JS1mPMk8SQw1DCn8bysCsTGUhRa49f8AyP3PmxdlGkAP&#10;p9OrWqqVsAoa1+Rck/S/1/p7Ktu51txIVI1CvlkmvyJp6D19OmpdillX9OQft/b/AKuPQgbh+Me5&#10;xRQSjMYSmZofLolyStKrBtLLK0QYqb8kn/XJ9pWsonWOS63LMNV76CynnSWtz+P6W/PuSdt5jspp&#10;VUAigOBxp5cK1HyGa460vK251Co6keXcB0BuU6Q3dShtOQxczXKK7VaxL5EYgopkNgx/ryLfke2m&#10;HEVMzqdOkEnTZ1N9I9QUqbXtb/D2d33OG1WUbVby40I48OOaVB/Lp4cv7tFlgMcasPP7Om3D9Idk&#10;VsqLT0X3YVmLLBVRVHpTlyvhJAsCLcf8afl2+6IDHdi9g3Kai1uY2Umzfnk29gc+4W3XEpjcr28M&#10;NQfMHyNOIFc9WO13oaq+XzHQnyfHDtOggpa84GuRJFAiceD9xwvkEbxsSSSfoSB/xTP/AAoPHKdT&#10;oQBbUYdKH/UkoTpI5IPP+t7Y/rTt1q6uCGrU0o2fXiMjh6efWm2/e5NMZoAa5BHUteie7M6YKGPb&#10;9QGaSyGFqMDQy2BKxOdLf7wAPoPcSLDtI4McsVxxKG0sNJFx605uf62Fz/re1De4W128VGqVFdNP&#10;XzxQCn8vtJ69Ly9ekDV25+Kp/wAHn06Q/DDuyvnWnj2tXU04ZHnq53ijTxOuoDXI3J+pJHP+w98s&#10;jtjyw6TURD0hrWkVrkEEWIHpP1Fj9bf6/tRsvunaRy1WJhQ0qCPUZJ8j8s4rTjTpP/Vq8lwkoB9e&#10;mbd/wq7Kx9KjZCvxtJIxBEUs4eW7A6RGsVwRfVzcG4/w9slPtaohJ/eLay2lJXDcj1HSQtrm34Ps&#10;S3furs0o06dOmmQNNPIVzUAVrwx1dOWL+MamkRqfb5/l0kMT8Nu3KSCSrjiiqoCS5b7gOpQWd2U6&#10;QODwfUPx/r+3Km2xJqYzGQgg2Kg6gT+lASPpa5uP8OB9fYb3T3QtQg+lK0FMHIPqTnNcUH25PDo3&#10;s9kt0jP1ZBPkQxx8/wDY6XezvjFlzLNS52jQ1gfSk0dSxaGQgaNOgWspJLckf09vEG26YaeGBjAB&#10;/JHH+ptc8/XV+P8AX9gy5907xySudRPpmtOBOMjAp5+nTr7VZV7mYk8DUAV6HJPhvj0jjer3DDDJ&#10;+1Z5WeOGKQ8GIkWJsObkfT8n8ZU2zS63YMeCVXWoXVxxp5Nx/r25/wBv79/rn3MsSQk+laZ+2vA1&#10;PAUJwOm0222iIMhZwfnwr6/7HUXJfDyr2rDNkq+eCrxsuuWiqFrIz5Gf1INKk6iCQbG3+1e2rIbd&#10;dWAXk/q1KRzfizIRb6/0tb2Lti55jZDrOKUoeGPMGvp6144Ap0zc7e8g1RKGpjjTHz/1EdANvTqS&#10;tgeMxUiNMpQqRKY28Ti4jlRgdLN+ACBb3Go9tVMzRX0xlidRldStgpJK3NyQBY2+vs23D3As7SNw&#10;h8QAClFNc0x8ga+fA5z0hm2mVjhNI+RBOfXpJ0fR24cy6VAxJoIF1ead62GRYQPqzLe5YC/AuT7e&#10;ztJBaR6mNuBqP0sthcA3JP8ArewU3uwsZaARlDx+0nhwAzjJ8h6dXOzKwCo7V+z/ADevz6F0/D7c&#10;tdR0NVjmqsjFUFEeSngZRCzcsWZCb25ABIPP59yP4JTxxkeR5IyHUcBSpZbA+Qcj/Hj+g9lL+5Vw&#10;Zg8Maq9QScmufSv7DWvH06eXl+BmAmc4pw/n+XS7i+FVTT0sLbozGQgil4gpI4kE3jtpBdyw0rc2&#10;JK/QD8H2xNt2J5FT7h0u1rmzE8m9tP8AxP8AT2J7f3cIhq8ak4pSoH2GtMH5fYTnKqXluz/tIGYC&#10;ma5zx8qY/wBVemnN/ArPRTxz4OHM1FFIimWSpRHbQ5DmeE05sQB+Gsbcjj25RbcpY0XVIzs1lZ2a&#10;zBvydKi41c8X/wBh7D977rX81xSOMIoyAOFMYGQKLjyzwr5dXTZtvV6UY44V/wAH+o/b0uMD8I8D&#10;T0tU1dVZypq6dFtBBC0xJCFhMYwLi7Ar+r83t+fcWfb0cTkL5o49Gp2HKqw9ITW3B5+mm319nlp7&#10;gNcW6zTNGzk0Ar6mvAcMA8a1IJPSyGxszSOMUFKfP/L+fpSvQZVnRoo8zPhMVhc8VgDr5lx0jTa1&#10;URrrbSdQLlRdQOPpfj20VOJqVIYOZ4gCSVb1uqgAI9ueP6Dg/j2Ldn502uUGIARyk8CO0VJNVr6/&#10;OhHAjoi3HY7hGLR5QenH9nQRb96G3zhdVbU0dYmMXUBM6NFUhtIBjnjIDL/sL3PPtsFK0bGIwtdA&#10;qhShCghTdWA+gFuT7FLbnFNEJ/FFG1EENxyDUGoznhSmK/YSiJ420+fr/qHQJphqvH1ElE9NIjgx&#10;xv6WEhLAgKQB/UA3H9ef6+1vjsfpphJMSpKoImfQoRVcjSATwOb34/2PuJN63nxL5o4qHJ1Bc6tQ&#10;Ga0ycAUyKenDoQWdm1BK7lR0Z/Z2yFTEUmQr616SBo18Uk7QxeOzkNrDMCoIOtT+f8fr7cnooXjj&#10;4shvqYEjVzy/0+pFr2+vsMR7xeCZkGWHrxHyrWvHhXga0I6NpILd1bWccePDoWJtm7Pq6CWaXLzQ&#10;oY7wtCqsGIjs7RjkEta5A+t/aWyFOuplitI8rFPGAFJA+l1UgcNwOf8AH3IuybhIsYlnYoqCoYkn&#10;9lQTQitaio4Z6Kp7JXcLEwevp5/6vn0Xzc+2YZqow0UkOSapkeALFAkMkrFdMaKICACDpW97H6/S&#10;/uKmFlYIzRTM4Kj1MiDQOCWYAmw/BB/P19nEnOVGZLeRRWpwpJqeAAJGT54qBmnVRtthbjVdr4Z+&#10;bV/kPIefTHH1hgccvnz+OloKjVytXko1jsqWMzCMaiqk8WJH49qqCmgpkhihgW8a2kKROS7A3OnX&#10;Y2AJBtz7jHdJt/v5pLhgxRjUaiPPGaYrUfs6XQX20Wy+AJkr5ef+Q5rmnp0Z3YtV8ecBiaXHZjds&#10;UGTiQXTHUFVWR62vrQSWvezfQ/48+8iUUTOZGpyCWHqBVSGJ0qFIA/r9CP8AX9kVzvu62qm3leoU&#10;cCDSlPM1OaD9gr0s8Lb51EkOkk5qB/hyc/6qdC1i+rOh96USV22dwxJlKqUIBHE0VVG5b6mKUAae&#10;QNJ+p4Nj9J0tDTSwCN1dNNgdSqRe9zwBfn/EeyiDm68guzMiqQT5MQaUoDX5fI0+zHTDWyMNNaj5&#10;celM3xOpsnixEu7aWKWKQCDywwsZEBLgrGv0BtYk/wC259pKrwlGZAGkaJydKGMekkfU82sfqfp7&#10;kTbvc++hiymtTxDHNPy4j86/IdbOxxT/AKinhnh/hocj7OgjynwWymVr2SiylA80LqPKtO3h8huS&#10;W5HP0J44+lz7lwbfpliXUxa7Fg2k/k6RdQSLHn6f7Ee0V57oSTSMI6oNNKYPzPoceXDHDz6WwRx2&#10;x0soanoCB+ypqR0pqX4ebx27DFJX43G5SnhnLaKZ6iPXdNIAiGu4bn/Y/i3uUmMWAeQ6LRn0kDUQ&#10;VAUgKTxe9+F/2HsuTmG53CVY1JYt60AoTqyafKmSSfI+q6W+j0UfA+zy+WD9nTxWQ7U2jiaqmycB&#10;w1SkUsTwQJV1Du0aaPCY1JLIf6EC39B9fbDWUVK00rO2sBdQ0D02UiygAg2uSLAf7xz7krat23FL&#10;REiop4HUc9w48COAGWND8ugjfS2T3FSX08KU4fZXP5dEX3Z/dOtzlRLPNkaikVWjplp6SQQx6SFC&#10;MrMpHN7oq8W+p9yKHAU8zIxZ78MAFBZ7jUwBPpF7fkcfQ+0u5c57hZo6Kop8OSQB5A4zitQRQHjX&#10;qiQWdwugalUH0r/kP8+s+D2NtXPPCk82TpqSOWNiIaI1DOLB3TTayk2ABYn/AFub+1C23YUJZabW&#10;7WBMjlhqJ9LMWsT/AL17j2fn7dpj4aSlVWtNIAxTIFMep9eNel0NptKPqI/bX/AOjBbe6m6KpWWp&#10;ytdVE2VjT1EU2qV/oC8Uifn9PJAP0H595ocYoa7QQeoFdA8SqwvYgsAOBwbc/T2R3nM2+sukSuAu&#10;a5JHmPM0JzQ4OelrDbWFURMeekH+XQ+YPZXxHqEp5KmipKecExzNUU0j+ZXY6z4YAOF4Hqv9Ofea&#10;fH3S4x9KxAWwKqSxTnhvyD+PZCvNm+QTeGLmRcmuSKV9fn1qKKxD1IFc/hHn+XRgdvdKfErM0n3Q&#10;osNVrJHI1PUQUj00kTKmpWMcir/QA3F/979slbRU4jOqKCIKFuvjjUglrm4Cngfk+x5y9zJvtzJS&#10;OSSRj5liV4eR1DPoP+K6V+FtqRFp41K+ZKj/AA46K/2v1x0Zs+rqTUYHEHD2VoZooYROwSXV+lF+&#10;hvy1wf8AEe02+38fXiS6WZQSDr0es30KCbE3/ABt/h7lS0525j2vR4zVViASQCaUzgVA+0ivmSOk&#10;txb8v3MBaEquckHP7D0U3cvX/RG56KqqNtvR0ktKruUZnpp3lLF19VQebcgBT/gAffqPb1BF4rgJ&#10;ITps68gk+q4N7/7D/X9qN1573hy9KslK9n8uHD5nh9nRfbbXs87sYn1sM0Iz/hHSR2f1P1rWVBMF&#10;bQ/doNTJkkdnI/5toxsxJvpQckfX27y7eo2+rogvGPUhdWjY/WzA2/rf+vsKW/uDuNudRDEAN50o&#10;w+w5r/gGadKbjY7KeLTEhD+v2f6vy6Eiu+Pm3dyUxiw8NP8AfJJElOFQK0yvzbTJ9B9bAk2/HHuP&#10;DtDFsRJLLC7NrFzCAG1enVcj6/Tn36+95r+D9CDUAtOBzjNKVwPX5dIE2GNah1qfXjTpRbd/l97x&#10;ylIMjPtygaSaZtLzS07N4dOny6Ize97WB/1/cuHa2KGk+eKIxg62VLtY8A8Dkt9Pof8AYey6T3e3&#10;GZmjCl9ZFAT6emeA+0fYeqybFIrgpw+wf6v59KSq/l7diY5Yao46ihpIgxMwkg/S1lB4/NzwSBx/&#10;t/fN8VjIEVVDs3qUNpCuxIvwGH6T+bcj2Xy8575eya0OkYNCSRx86cSPw1wehRt9v9NH4QRcUrUD&#10;P7P+K6FDbPx3h2LjteYo8BUOP2ZlrGoy2sRFtKsCSC3BIHIH+v7k02JoGXmGMsALEwpobjgsefof&#10;ZZLzvvULafEehNfjNQfkPmPzp1a40Fw3hr+wH/IP+K67yPTGHyksddDgcTGscA4paOJ4HHBMkrx6&#10;iG+tv8R/r+5IxFOtj4gpUBSyRgN9eSWI5B+nPstm5s3W4BHjMQTUAsfThQcCPljqgljQ/pqoJ+Q6&#10;c8V1/snDRO64PCy1Xh8YqayippnRg37jaXHIseDa4+o95jQRhrCBXLcgyIPTf6eon/YH6e2E5lvk&#10;XSJGAHoxJqccOH+r16bb6eQ65FWo+Q/zdOkvWmwc0f4pl0xlHFSLrc0WHi1zJEusSakABX+ot9Oe&#10;Pp7a6+WmgjMZuXe6mJT+3f8AJYA2sT9Lexpy9Z7jc3Au2JAXzPH7AeOOJrXpqW9hA+nKh64yKU9P&#10;Ly6A7srfe1I6Ko2lg6CmrsfPeCNkojRKojIEbFHQX1H66Tc25NuPbXSrAkrOWDAaSxC3P0sBpWx5&#10;/p7Ft+168CxoNJFQM4OeNTUU9ei42EiOzoaqP9R/4s9ALQ7eSmramqM0dSpVSY41DvpPp8bRRlSb&#10;cWAHH19rejhx7U8TLClrWdgqGcE8sQDfgn6i9/cQcwbtvVjcshYmp8ydBpgDiOHyAHW/pgoHaK08&#10;xj8/9VOjadRdTbQ7Cg+xeHF0VYsLESVAZKkXW8jMWBFifxyfeZKbHQyGWOyEsF0hFUEA835Fieb+&#10;ySbm+/ngMFyDX1qT/hB4eXVUtJVeo4Hy9D8scPT/AA9CGvwv3Pjss1RiMjjpcax1xqI6UXRfVZJB&#10;ci/I5UE+5b+BEQoUQObaGCj0sfStufYbm3W6upWErFsj1pUeY+wdPqJCxqCaelf9joZtndeYrDUb&#10;0tXtCetyFG7RmrpTE4kUekiXi5YkXvb6e8FQ8FyiKliDqB5UqvJGo/T/ABt7N9our0uG1GlfImtT&#10;5gD0/Z616djSRl7yekDvbalBNTZB8hSvSTTlo4aeanCrFpY2DMxAA+ikfUe+FLHS+OQhEQhixVwR&#10;Gq/Qg24PJ4Nz7El/e38jIsbVqKAg9x+f+fhTqjRvCwVOBzila/6vl0BmG2VQYg1LVGOZ6c1SSsYh&#10;GmnU+po7FSNJNiP1X/3n3jbQrgLPG0ZYiwYEMxW6gWPF/pz7YjjvJIS2k1pniCork5wSPl0oBJSr&#10;KQcdKrJZTbGPk+0mp5MeHe1PN4jPG85UaEsLkKT9Tbj6D3hmljRGdrR2dWEZUyWNr3Itzz+D7btb&#10;XdJ5gkPoRUNQcftxjzA+3qrFUA8QVFMmn+bh1lzO5+q8PQwxZqDIZGqDxyypHhHlTxvHqRxNIoP6&#10;vwWP+Hvl46apTxTovqAl1IpRlU8r9LAf8F4/x9mlteb3t82uNyVUlMsDkcfM6vXV/MdFs9rZTiqr&#10;8vh/2Og13fhuhtzUEUuLocpSZcp5ZYRhahYiJH1a7lLD+gAYc/g++X8Ew4Osw6izeVhIx1NZbfnk&#10;KOCQPr73Jz9zBAfAjlpQaaigAzX8z5ZqR9ueki7ZbkiqA/6vTHH+XWbZvxe2huCeCtrcFJJj2bzP&#10;98lTCChXlpRaw5sbXA/B/p7YGweHeV3Sl8ZViWaAg6lvdlYMPp/Tnj2LLHnvmn6VVnn1BuAYHjwB&#10;GRn8ujBtjsRpYIFPp8z+3PSK330B1HR5mRcFhlppIHVZ0pauEo+ltUjM0gY2JBsAf9t7lyUtIsU0&#10;aRwqTH+3ci7fhNbMQbD+ov8A63tDBuW5zXaTTO7LqzStB60GRxFaVHy6Uy2duI6BAKfID/BxP29c&#10;M/s/ZFJhHhx1JjaLIQUgRYkpoopZmddMZMyFTdf7RIb/AB49psxpH5SyR6ltckF+D6bhSOW/xtb/&#10;AHv3IkG4zuiIhOk+hpnjkkggfaa+Vegk9ojS1d9J6KvUbTxbVlTNX5MU0sRAhVw8qyerSUVE1D6i&#10;wIFrc++dNilqG1WlUOfJGiemw+gCuL8Dm4/29/aW95kntk0KV1Lg6s/OpFRn+XCnSy1tITKFlXWK&#10;UqMfnw6d8HsmgyFcBU0suRgb0K1MXiBkICDTJY8Af0sfrf3zq8L4ArqgBN2Ym7K2n6gMguP+J9s2&#10;HNkl6SJX+WMfYaE/56Dozm2y0CBoAU8smtD0ss91fi8WIJcfSTUWr1NHUmWpRHXh1Z7X/wAb/S/9&#10;feGKmUHyAXGqysWA0+n+liTz+Wtb/X9r7jcEMYjeoYDuHkc+tQBQegOeOOka7JuM0lYyhUefCv2+&#10;f7B0maTZe5p6gSwVOIkpFk008qkJMSfqDDbVck3N/wAf429r7FOkNNFGQqkpdyF0nUG9Rbg+q30/&#10;FvcH8zzXDXzSR1ZKkDzx5Af0a5Pn0ayWpQBV8sY88f4P59Hj6o27BU4VKGoyS4WtgC3empotU8ot&#10;5ihk+rgcC9x/hf6MW6ZFVGnVy+m7L/qylrLY2t/iAPYz9vQbyWO1daVoG9AeJxxPzJ+Veks9nIbc&#10;yKSpUZoMV+3/AIvoCe+9s5TFSV2RbIVrka5KZprBpygKprmHpUkkEAL+OL8+0NTTK8guyFVYG5cg&#10;v/sBc3/qT7m+9s7eO3KhSKgg9ox+ePyFSPToHSzbosx1A/n/AKv29Eegyu8IcoJJDMQrak8lRcPa&#10;6+i+r+pubcfn2oDdIVdWDozaWs93PGnTfkjn8gf7f6+wQ9rG90yKxXSMEjA86kYrjHGn+Dpdb7lO&#10;KLINLfI+nQm4/eWWp6eFqmNfPJqulPWP5GULYR6/UADa54v9fcCOGYzRgRXYuQqqo5uNbBtd/wCv&#10;H+8+zqC82yG2YtL5ZJxwwDinEcfl69JNyi3Cf9ah/mR0jtxY/dmUqYaxaCp8bPdNLmWP1jyFWLkg&#10;gXtY3/2HtcY+ijjKF4EhlK6WB+oIOkD/AAIFr249xBznuUlxbv8ARS604imMf5jmn/F9Gmw+Mmpn&#10;rUD/AIv/AFY6NF8bqBaTdeLkzmPCtTyB5PLpKAoDpP7tx6SVLX+o4vb25x0hR5CtlRnBCEjSytwS&#10;Tb6D3FaTXFwFXWSQDmuRT5edf9XDoUPcalGrLAH7R1Z3u/f3X1HR0hk28aypjWNPNTUNMfGSgU6C&#10;nAWwN11C/B/Nvbhaj8QRldTb6gkKGBN2Uc3Bvwbe11n+9IpNatqr5cT8ga5xTOa8cdIX8diWrUfz&#10;+X5/nnosG+N04DPtUzrisjAiq4pQ0IpmQKx1HVAW+tzpAFvoP6e2GvwWOyBWdoI1v+tyDF5B9AbC&#10;xuCBc/kexfZc875sKGCGemnBWtSvAkCtQBnhxB63EluwPjRavQHj+2vD+fQfUHXex97BpctsrJz1&#10;LIn29bLRzoJhq9JldNIJAH6vzyfceHbuOpyxQQCUfh9Lqw/Ng/HP4HtLe+5W+7goid2KetSCB6mm&#10;aD7PWuD0pRbWNg8UIHoRxH8/L16EPbXx62hiGXM020J6lY9bfbRwlvIbaUVWc/r/ANSeL/UcgH29&#10;xUkLIAXhAsWuQjAuoBIC/wCH0uR+Ob+whdb1fodYkY/6UkYOBnhnjgjJrjHXpZmYnUpPD/Y/4roa&#10;sZgdlVBfH1XUs5lkZo2myDQu0T05sx0qAwbjjXce+YpFsrRNAVQghRpvcG45UW/Jt9R/xBcN5vJi&#10;VlL6m9STxoPM1rwrwI6osqrVCpBPoMf6v59K59q7A2aJ5P7nxRJU06SwQw00KxqugkGSRbFbG4Fg&#10;ef8AE294GpYR+5+2wLvqsQ3qYXve/wBefrb2rO53ajudqgAA58vLhw9QDjp8TyEeHnypx/zdJSmx&#10;uE3LWiio8dFj4pZCYkZEUtK62USH+yWJNjwT/sPcVqdHkLCOMrcCzEBjxyBzwAPwPbsfNN5bLoMj&#10;A+oBIp5VxxJrnNR08JWCaWY1/b0tIvjbgcnDI1RH5q5XutGJFHnduOfG19K3tpN7e+5KGgKMyJE8&#10;2oXb0k2A5IP+3uT9PZ/s3Ne5zyLFNIwjYUA8qnh9vlQDj+fSEwqX8RowPyp0Wjt7oWg2VFPlYdqS&#10;k07s7VKq2ptK6SzvpsP8eeL+2iljHkf0iJg5ZEtqCLc2QAf0U3P4PsY7xLcfSo8DFqLk1AJNBWv2&#10;sKDzp05Z32usMooeAFKfz4fLoDOqdybaGekpN1Y6R6V6uNIaMwyErTq5V40k03DaSCfoPp+Ofbg0&#10;EMZ1uKdv7JKJoYIPV+fob/Un3Hcm+b0AYQ704iprk4/ZThTh58elSKhbtSjVqDg5+3o92A6y6N3P&#10;U0+Xw2zpKarRrOtTUssaqD+3KBYi5/NjexPBA95Fq6PVaNb/ANorZVW4/S3q4BF78f0v7KPrt1IP&#10;iswpgVLHieHzBpSvzA+XVmt7ilWP+r/L0L2S+OmA8RqY8bjqaNEiqhNjZIwApj1KfobMtxxb6g/j&#10;n3mtTSetpQlib6V4IJHBY8/n6f7z7WQ7jfU0kmlPnx+QGDT548qcem/1k7VWv+r9n+rh0DuX63fF&#10;zTUeJ2jJnZ2mKQTCaOMrF9VE1voDxe1/qRwbe+cf2CuqicAGwAA4BvqILEXuf8fx7XSXu7yoX0lv&#10;U0zwpUD0HD7fs6q/1hTUy5/1DHSOqdjV234tGe29QYqepB8FPFk4J2lZyZLyeHn6/T6W/P1PubKt&#10;GQI3lXSAbow0qR9VGtbH/Gw/23tNHe7xGRNGDmhrxp5HBH5ft6RhZXFStT6jyp/q8/n1BfbO0cxj&#10;xSZTa8xqIrw/xOKUwk+BdYGuA3/NweLni559xHloVN0IbkLYsGZRq+in6i3+A/1/bhud2lh4EOam&#10;oBAP20xSg+Q9OlSR3ZXScY4/5fT9vUrD9dXqY5MssGK2xTIY4I61YnlYoNCsgmBYMCyknknj6Dj3&#10;1MgKB444QoJssjICGFyCC3+2PP1/2HtEdx3G3bS7uG9QDkUzWlf8H+Xq0bmpVya/KvQrbZ2j1Fm6&#10;xcPUVsuQg8hgqEp6WOnpmMZLLpqNKkj02BJsbg/09srFwztJ4F1WGiJAoYnmzXP9Ljn/AA/1/Zta&#10;Xu93JUKZDSuSSRTI4eROOHlX7Ol6JGoCxA/n/scP+L6EDdOyvjHsnGyQ0+Bo1qZEikfyxuamRyA6&#10;gTObflr/AFBJ+v59yI5IVV1MkCoPUyOo4VTdF/Fjbni9z/X2cyW+7FFmkDmtBWvEnzPGtMcaUGMZ&#10;6ZIYyBVUkj0r5+fRRK/NdbVuemxG2KB6cLLIEWnp5FhQB2Q6dSqOb/2QRfk3HvKlZRuykOgR9JcC&#10;3JH6Rc/65t7K5rfdwjLRiy1C5r9uOHAf5vTrzW1yKgjI4f6vy6ETFbMwVD9tV1tdQU8FQVdo6uRB&#10;P5WUmO5X1Hkm9h/T6j3nWqoVZn0OGCgAxhiNBJXU4P1H+PsvM+5W5HiENU1IavHBoD/k9OmTBckU&#10;qKV8/wDV/LoRKjqatz+J1YWuxNPCiaBGi00TBH4Mx1WJJuLEg3P5H0OaN8Uza5l9d7SEre1zf0oP&#10;rY/Xn2rk5k3GKMxoe3itDX+Z8qcMdF9xt8shqV1Hy4fP/D0GU3w6yeQqvvKpMXkpZ1YVdzDTkqz6&#10;7KIyoCi9wxPqtbj8ZKiox0iqgiRgrMQGQtoW1gQj3Fx/rcey/wDrZuluxlSRlqBkGufQnFB8vPic&#10;dNw7QqnU0a4p6f6v9joXtm/BbaWRWM5zbWIqJllb/I1j0h4yhMrQk6lfkW1X+p946f8Ah0sah4YV&#10;4sCFt9D9FH4a/Jtz/X263OO7xnV47H7CTxFK4rjyHl/h69PtUIY0jFP9WfSnWWv+C3XCZEw0Oz1W&#10;ELIs0dY8cUUegkhI0Yofxzz7bt0YzE0uIqqkzwUx8LSTSuqSKEjXW8n5I0oDwDz/AE9nmxe4m+ve&#10;xwKHmOoKkYJ1FmICr8yzEACmDTqEfdW923lvl+63e8kW3gt43kldiAqJGCzsa0+EZ/4unSCyP8vP&#10;Y+4s1j8Ri9ryQVeTeOFp6QJIZGkk8UcMKqHuzKQtwf6m1+fZHN3ZlK2eanpNcdIZWkVf0yBG9SJK&#10;v9fywPFybe+8/szyduvt17VWuy7+uneL9UuL+goV1DVDbEjJ8JCNYNO7yx18Lv32fvBH7w/vzufM&#10;m2Su+y2MjW9gHJOtEOlpyOAMhFVoMLT162tf5d/wo2N8JeiaTZG3MSlLufddYd0b7yMki1NXV5ep&#10;jC09EagC4iporIkSkqrFyPr7QugfW5J/IBtYk/T/AIn2NkhRe8sTnIHl5D8usTC5rQdH49y4ZBpI&#10;JFhwAAAbj+h9mNlMCmlyAAaCny6TyodVR1725UMTCXWlipb1LrAJ/pYD/evYm2GzkF4JYc1ajCtC&#10;aZFP9n9lekdzICmhuNONOve1LDEoKyRal1FgblQpUm+khvoB7mLbLCGFUvrPWhkJqGI0sreRDUNB&#10;mg+Kv59Ezu79jUNOH+fr3vJNPHTvAk0wR6h/FDqBOqTTqCa7EA2H9fZre7jabdPDb3twEe4bRFUU&#10;1MBXTqoVWoxmlfmetJDK4ZlFdIq3yHr8+ve+qyrmo8XWV4x9RlVpoaqdMXQRUzZOrqqSlaWGgo2r&#10;WjiD1DDxI0sqoGI1MByGZ7mdka5mhaVaMRDpJZWQEUUUo2ujUY6QKgAnV0b7ZbxzyRQ3MqQQSyqr&#10;SlaiMEjuYhWcIKgtoV2oDRSRQ4HJ1kIP3VQFdTsIyGazXVfyBz9P9j7cRVVH8Pxss9JVQrV0sFRL&#10;QTCm++oHmh1GmqI4GZdUDHS7I7C4Okkc+9teVt0mjt3IYqGUU1xhvMrWg04rSpHkOll9BJZBbWSU&#10;TRHUQwFA1KhdIKh6VyCwU0PAcOscRSR5SqhJI30E8ldP1Dj8er+l/wDX9p4VNVT0yLVJBTyNdpzD&#10;rkQNq1EoZArEW5/1/wAH2FJdz3DaLZbe6RLcMSzugZuJB1UamQo4cK8KgU6J2SKSRlhLMtcBgA3C&#10;lDStM9S/9j7h1mehpoqFYJIFlyk+iBaj0MQnqmkFvzax5/r7Lt055jtNugl2nSkl6+DIPhoaO7cR&#10;qYUYVxU+fDpVa7XNMZfEUlYFqxGfsH+r0697407PR1v3c72in8cdQ5X91mbiJJAo/r+n/D2S7ReX&#10;+zb6N43CQ+FcaUmYirlm+AOKca/DwAU9bfRPAIIxlKkAcKDJpnzHH59e9yBnaCeR4kKeeKrmo3Du&#10;o8Ey8hHb8auCvsUSc8bPdSrHHGBcCWSHvK0RgKjvPDWKFApOcHPTD7ZcxqHYEIyhxSuVPp5Gnnjr&#10;3tsi3FSU2dXbtQ1Z93VQtPSt4VaimYgtLTLMBdZEX1FWsLWsT9PZLs/NUG372/Ld7JMzzGsaqFKF&#10;3BYrU0dSPQkAHFTXpbJs9xPtR3iAJ4aHS4rRx6Np4FScAipr172pYXaFUjaN6izEs0v7TS6jYxmR&#10;QbKBz9OfYrt5bm0hWDwpJnrQvINDSFiewkA0VV9e1gKdFiSRGQO4GkGpANPLyP2/5+uiCRwdJ/Bs&#10;D/vB94a6vp0geyklHaBUIk0iRk9KMyi1j/X6e6cw8ybZDtT6FJdCYgpDBRJpwCR2lTwByOtwW8ks&#10;oGFU93GpC18vmPnx67HA/wB8PfDUktM/qRgkNpEvrKExcLf+zb+pHI9oklg3DZ5JGlV1jiIdalit&#10;UFFrQaM8SeK8OtFXjmWoIqcHhXP8/l17200eqgh/ZBmknkLhE0DwrJ+t2Xj6fk39g7Y5Ljl6y1Wg&#10;8aaVqgLQmNW4krwFPXieIFc9LrnTdyAyHSFFKmuacM5/ZTHXvbjRrES8jMxOs6lOpArWvxz/AF+p&#10;9n3L9vYySvcXLsW1GoyoDZpShPnxY0+dekdwzgBQBQDHn173mpHqRNPFKqCJDaAj9bKfUda/0H4P&#10;s75fut3hv59vugqwxE+HgaiD3cBRtIPBhg+eem7gQGNXjJ1Ed3pXr3vK7yFwCyJaQAkLyyH6xk/i&#10;/HPtZNf331XhXJSPS+k6RkgmhjJqaE1GRX59NqiaagE4/Z8+ve8seoRIGEsjISrMwRWb1G5bgC3+&#10;txb2aW/jpYRCZJJZUajV0hiAT8WFUqBQEAZFKdNvpLnTRQeFP+LPXveYst7sdLC11H0H+HH19mBn&#10;ttavK+h1pUDI4HtA8wPP+R6b0scde98mqI7rBca2UMGHDBh9U5+hP159+bc7QXS2PifqMupaUyfQ&#10;1rRjxAI4eden2FYBQCgp9o9ftH2de9x38qiMwLGQ8gE/kZ1tEP1NGFBGq/4Nh7RXCXkUUMm3KlJH&#10;Am8QstEqSWQAEaq+RIXjnqieGdXik4HbQDJ8gfOnXvcnUxdUKswYeptSBVt+Dc3v/Sw9nhkfxFjM&#10;ZIIJLAjSpHAUrqz5UUj1PVB3ZZvQUJ8vt4Y69/sbc/74e8j8q1r6foQDd+B9fe5SrQsuTg/Dx+wf&#10;P068QT3LSn21/M9eAtwPcVgXVSdScepWALH8AEg2H9fz7JrnVcQRsdcdRRkYKx+QYhioPmQCePr1&#10;vCk+fofL8v8AUOve4NbKwBiVfTp1mWyngLchFHN/YZ5ovpYozYIlI6B2mxw0ntQAVrgcainSq1QE&#10;+ITnhTP8+ve4VOoIVtaolwxcgEhgLkcfT/W/HsMbXGtw6ytKsceoEtStGAwPt+Xl5dK5yRVQCTwp&#10;XFOve500g9I9JQ+kyX1KVbkgX/417EG5XSsyRAq6HtL11DScmg4CvA1p+3pHGhFT5+nXveVglPG7&#10;r4oVEYYM1ljRAeSzfT2Ztbw7ZDLdQeHCvhhlZqBVStDrJqMjJzw8+mxqlYK1WJPDzJ+X+z173ypg&#10;zgmbQwYAJYAowb1al/wIPt7Y4ZZw8m5FXR6KgpVTXuBXy0sOHXpigIEdQf8AB9vXvbnGixrrBC+r&#10;SFC8Hi55H49iqO3ihYrEtKjgMD9nXkAVPGLZBp9uP8HXX5t/h7a55pBNoXyKpTl10lFYH6NqBP8A&#10;sfYR3fdLxNy+lgLohAqwClB6hqqSDTzGCPn1uNEKajQn08/83XfvnT1kOlI3cSONSG4A12Om5t/Q&#10;/S/tTtXMdlJDHaSyFpvhrSldJ0g/LB8xnjx628TodRUafT5Ef4fn173OZgAv1PpIJIBvf/jXsUax&#10;HQMa/Pj/AIP9jpmQig01NB5/6v8AJx6974F7RsNRCMCGUGx+n1ufp/h7bnki8Es9QCGFQR8/Pyr5&#10;fPryNKq6VOD5eX7OurD6/kfn8+82J8dL4ruywp6lWRiwVvrq1Wtf/X9lG02EdptawWmrwyO0MQxA&#10;OT3ClamtejXbrtY74TXDUCmvA0qPP0qPLrHOhkikQC5ZStvyQfqL3H+9+81TPBW1zQJLJ5h6iWjI&#10;Glz/AGZLcj68e30urSS4fbQSs8ShyArAhTioZl0mpwdJqOnb4jcLoOjkhyQCQDmtaYNaZ9B1wiXw&#10;wqpVVCJ9Fb+i8/X/AFrfX3yq3o4K2kjR6zyTJ4VhVZFoH0EPIzlhp1EC/J59pqpFusbTSSB5EZVX&#10;uMVFqxJoCocDILEEgUHSy9W1TSloGIUoCPhXiAaVyQx+KgpXJPWOHzEMZApHLKSQ0guCyghB+Pa5&#10;gxApFeWREqo5pEdRCFppYYv1G+rhwptyPx7ba8eVtIOkitK1IPyOePH+WOpJtOWU22JriZBcpKym&#10;iUjdF4nB7XUEgVGeOT0FVTvZslkJMXQVS4atovNEZMjTnIY2rqS3ijpxNTurxyEAtpcC3HB+nvEc&#10;VQ1dak9JHWRV9K8d3gqx43pah/WJKVzoIW1+V1D8E+00viK6XErnSAQFBYKfXUtdLfbQsPIjzum0&#10;7bfXTLtsUiXEbxszK6EmNieKuDQLnFFqAKausVfuLL4CmNbncrimw1RjqyJYZqGoglXKUkJki0VU&#10;Llj5hwQFY6rW08+1Lu/b/wBzQGrpYlkqY4kYlQNUkaDlb/14/wCI49pdn3TwZjDI1Aa0BNMnoZ+5&#10;vJJ3DaP3lt0YadEUkgZZR/qx+zolHxB+TFLlN0bi633LXvSLFuXOU2FXIyFHhrHr2llx6NKzFl1S&#10;BVBtYjnm/sEWaWKVVaIoJByGIBR729ZHAsPqb29mb7hc2t8jiGkEyAmhBo9RWpFQulckk6cYNesX&#10;/pnVjE/a6mlDj/DTz/Pqzu4YXHI+txY/7Yj2le7u6dmfHvp3d3aO9p6ajwmExyGplrEepSoWskFL&#10;FDFTIGeVWZ1BVVNx7CXuLzZZ8s8vybhIouNYKxRDhIzDFfVc1Py/b1kb7K+3fMnuNzBb8o8n2+rc&#10;bzSod8gKf4a1xTzwKAk8Oktk6AZPKY6OoqJ/taapaoSClLoBV0yCeFqqWK1gLE2b6m3vR5+UHzM2&#10;r3H3Hu3e1DU5HOLNC2BoKqpoloIDhKaX/cZRxU6sxh8SAIIyT9B75m81bLu29bqt/KoQsTgmgHCl&#10;ADwUAACvAUr19THsL7J8w+13t9t3Lu6gCaKIeKQajxDQsagZzmowadKSnpqeki8NNDHBF5JZSkah&#10;FMs8pnnlIX6s7szsfySSfZBP79U6TZLKzQiV4CTSQMPRUSmbWYZitieD6hfgH21NtczRxxL2pWhw&#10;MH5fL0+fWS9otxbmJWXApWtOP+b59Z/YX7h3LkN57jqs5XLDTTyaS9NSxJT0kUegR01PDTqAFUAA&#10;AD/XPs6sbOC1jWBVBC+VMn5/Z8+hjDORKBI/iasjNcf5AOAFeH29esPavx8+XpMVHRUc9REBVrkY&#10;44mYKlZELxz6l5Gni3+PtLc7VZyM09woq1VqeBWlKA+fzr0ebdurRBTHKQoatNXnwqCKde97JP8A&#10;KV+c3cfaOexfxl7EydRl6qkxlTNs7dJZamsNHRIXmwuUhnN5yq2+3kU6gBYgjn3id7s8gbTy3GeZ&#10;duQLFIwEi1IoxPximB8xwp+zrLj2k90J7hhte4jXQYckigHkT+zyyOgT7W2jtiLE5TedVjaM1eNp&#10;jU1cjqkX3CqRGXaexKsAfr9D+f6+9pbD9FZyspKU1W7axVkiWV0p6SGFlZwLK/kOof7H3jXNzHaw&#10;10xhQGpUkkGnEg+g+Xr1klLzDYxiqAsKU+R86186EdU/dgfL/Z20MhklXr2LJVdLqsRV1FYxjN/A&#10;XFKjIpNiSDyB/rn2+yfGqaaICLduYic2YsDEE16eGC/W30PtIec7aNtbqpHp3VpXhXh/gz0lPOds&#10;HoUag4ZzSuRwofPj/k6Big/mUYR6kUNT1NF5LiApomVWjKhhYyILC1iL/i31+ntL5H477us0Ue/c&#10;q0QDBIoohCAVvYejk/1P+t7Ee3+6m32WDEGXtFTk5pnJ4jyrTH7Oj205x2th+orAY8x/lx/sY6FT&#10;DfJLrXdark5+o8Pjq0tIZWrgahmsNekaIza/BsL/AF9x8P8AHzf1JIWXsKvdCfSrQQlgSRZPr9D+&#10;P9v73ce4+07myoIRHpoDk0Izn5+h9eHDi/Pzns6KFCtj/Ma5/wBX+DrNvb5U9Q7SxU9RV9Qmv/ye&#10;RxFjqcy6yALrdlAW5t/h/wARMyfRnZMcqzRdrZqJFa+iCgh0i/Nl1H8D+nuSuWuYuVri3MckSdwy&#10;C5B8uNKGv24pw6K5efNnVCptJGxnSqn0+zP29Vxb3/mc9G4uprRW/DJ8w8INqydKaRmRSwRgXXTY&#10;ryQCf6H28UPXHYtPTrB/pLzNRIulU8mNptR/ozuD9AbWuP8AX+vt++h5dkmEirEsdCT3kj7KHzOa&#10;/wAuFOiFudNmeXWLOWmQaopz+3z8/wDY6BVf5nXx9q6ySrPwtkpp2eyinqII5l5Gk6USyi5sbf8A&#10;I3um667IYOF7NrFAF9EuHpHN15uWB5ufp7Ae+3GxWMYpCjVrQqzDBHpilAa+nSyHmTaZlD/SkeXc&#10;oBz/AJuhu68+enx53vWxCL4h5GGcyxJUSNUxy6n/ALHrCnUTYCxNzxf+ntD7o6p7erU1YzuOajZG&#10;Y6hi4bpf6khGuR/vvp7INp5r2Oyn03VvrX5saEgigNB/h888eja23fbWXS0JB/0op/L55/l1Ybs3&#10;t348ZPHx1FT8U5okkg8pp5oqW4VwZG1LMOCBf/fX9oKLpLvl5UMvernQSQoxQBIDCwFipF/rYk/U&#10;exXe837BNb1SzOlqV7qipHlWpOcVFOjGLedqiw8bMp49i8f2/kfl5dO1D8hfipjKySkp/ir4KlSV&#10;JMONGhVezeV3JUcfpH5/w9raHq3uuCnWGk7WnqpwNTTvjIDoBX621Hj/AF/cY3u47XdO0i2+hSeG&#10;o0+wAgZ/ydbffeXWjJeHTXhVFof9X+DoQl+RvxTxwSXO9PUmFiKq2iSkjfi17SSU4YDi/wBbD/Y+&#10;3mg6s7zCq9V2uzPyPViqYD1EgKqqbW/x/p7J7i921g0K25oSDh2JFBnj/qr0WScwct66LDqHyRf9&#10;X+z0xT/K74Yxy/dUHU1C7RoP3lpKYRFmc2Uy25awuRb6D8ke+VX0z2jXc1fbORpdRdS9LioA4HNh&#10;+qxJ/qfdLTdYrVi8cA8uLE/tPlSnlx8utjmjaEGmGCoHlRR/q/1U6fP9m7+Nc8McWO6lpcr+oxwO&#10;9PGgIHpAQ/k8+k/7Hj2lan4z5av/AOLn3JvNm1a3aEJGNI+q67/4W9jHbeepbU+IltGMUH21ydIp&#10;jOceXHqz80BmrFb/AJaqcfkPLpgy3zA25SLHT7b+Nm1K/wApC08NbU0yDxlQqSFlhdbHgDn/AFr+&#10;4C/EbC1h11PZ++8g6sziV8o8ZA1AONAvcWH1HHuRdv8Ada5WI2zwxpqFCAtfKvqKfYf83V15vurZ&#10;DE0Jzihav+r8+gE3389Oxtlv58V8WeuoYAVfQXgDs7MYwwlWA3IP1NwR+R7VVJ8Vdk0UaGpzW6Ko&#10;wL/wJqsvM7NquTf6XHHIt7buvcx60hKaifhCjyx/qJI/PrX9d7wmkSDJwKk0pjoGYf5hfyY3JXsm&#10;J6V2LiaSZ2P28NCZWRyf2wGGm/8AW6/7x7b6/wCL+ycivjo92blxLJcSNBlCV5NwFBFrgE/09of9&#10;c+5hOoqj+mKHHrwxUCtDnpQOb71TqlttVeGklT+fHz6GDC/Mv5KYpUrNw/HLbe4oZF1K1JToND2F&#10;lYAseRquLC3H159hnm/gziMs4MPbO76dHJYj7xWNr/pexB5+oHHsR7b7yImpZYI2pSlK5Pnx9Dg0&#10;rX5dK4OfGTU0trITSnxf4O3h0r1/mZ9mbbpkat+HQBEZZwhUBFTm4kERAuL8Na3uFQ/B7FYxFh/0&#10;jblqnSxJNQRfVxdmU3Unnn2Pdr94bbUHeJdLeh0ny4V409PP5dGcXP8ACAD9M+n5uB/Kmegl3j/N&#10;t7BmSolHxUx9MsKPzUVMNSsTL9Y3RI2vwP02+lz/AE95K/4OYqvZJH3zu2QoNYWPJsliPp+k3H0/&#10;PsTN712aQlPBQCtK5/zfZ86fLpZH7m2qUV7dhT1f/oXy+3oPNvfzlN5UtVHQSfHXatCahvUrUrNK&#10;wLf6lkCkWvYg+0pmfhBXyIIsXv8A3ZRxqFNmyDSqwItcsxFv8f6+wBu3u/t0jGR4kbVUfD5gjIGR&#10;9gPRrH7j7XIS7qy1waUP+To9vUX8yrB7niWTP9X7fpqsqpZqOJAI7jhDI8Yv/tvbc3wzngp44Zd7&#10;bkmqRZfPJknALEaVLWJvz/j7KNr91orecsYFoPLSaevpj/P5DowtOe9rjqVRyPTy+2nH/L0N9X83&#10;MPVK1XS7Lwf2gP8Am2hhLgAatVv1Hj+i249onLfAfOZaYSNvbMGAAr66uXWB+q3L82H00i39fYlf&#10;3vtwmhLdamhIC5Pz4UFDxqc+XTs3uBsEw0tqUnj2jP5/5+p2K/mG9b0UKpVbdhoKgkkEQxrAxPAK&#10;FEtdv8Tf/A++dF/L08EJ1buyElgXT7ioPkZvodNmHHN+T/vPsPXvvRetJWGBQTjAwPt45xTH+DPR&#10;RJzlsOrRSQ8OCjH2/b8unpP5h3X7uPuMTJTxgk+SOmnaJk+nDaB9L3HHvlV/BdkU0/31e9ihWqiq&#10;216D/bLBuf8AW9pofeq+hZXniArWop58AKf5fP5dGVnzVy/pDM5BqTQg8f8AP/LpZYz5lbEy8ElX&#10;Q5ChCLqVIKqingjJUa30yMnqt+bfT3BpvgJIzs395M7Txi7hRWTHUT+EV5LW/qTb2bt74yGMIkCm&#10;ppw/PJHA/LPXrrm/l0oqKTX7K/t+fyz01V3zh2XTOsBgw085RTpuEuCdNwdB4/Avb3JqfgJiJYh9&#10;5uvckpBBKRyNy4P6OCb/AOvf2/8A6+d5EhCRrnyyMev/ABf7emIuats1FVBoeBLUx/k+zptofm1H&#10;U1v29Ht3AxRBrPNNWIhhW9tTXAsT9SvvgPgBt6v0wLuLMxCO5tVsJFe31F3Nx/gb8e2F98NzmAM0&#10;an/Sg1FeBx/P16XXHO22JEBJGWGOBqRTz+3qXnfnBS7bp3qanBY6s9L2Sjqx5Lxi5AuOeATYe1DB&#10;/Ly2JTxqKnJ1kkmoFdEyWsPqb3+o/rx7Q3Hulv8AMDJHHUeYz+XDy+WT0RHnazd6pG5A41qP5dA5&#10;H/NBwlXXGlpsM0Sq6xvJLExWK91ILL/xT33W/AfrgxtFMlfKY2IDpUhiwIvqAIIN/wA2N/ZXb+9H&#10;Mm2tqiTjkhgaY8q1x8qjoytedLJSGRCKjzJBH2/5MdC7gvmnLuALJQT4ZFfSNEqssi61uCsZOph/&#10;U8ew7y3wJ2FOjQUcubgYXt4pAw4+lybW/wBb6j+vsd7J95feLCcTPAkooK6q4JweGaf0uB8uhxtf&#10;P1paOJjGDUAZby/Zivr0I1J8ktxQhJaxdtFJdSxM1Q0WpBbkgn9X9QOPfsN8FNo0NozXbjeOwuvl&#10;0i9rHU5Xn+l/959nW7fet3O8j/3EjRgKV86V8hX/AD46NNw9zbSePSsSCteLA+fpTr1X8i9xTcQ/&#10;3UW50qyyvK1rEgaNX4/x9qPJfCDrCpiRauprY5AoCiaTUwOn0liRyf8AkXsNWn3o99sZGaOAMAeA&#10;Hb86Zx9vD5dBdOdZHkLW8FATxB/aBwoOoFD3Z2dUys1HBhHhJJBQszyBTZwiWsB/gCT7aKD+X91B&#10;JIk0k71elg2hnYL/AFJYG45PFr+xKPvh8yzRG3+ljXUMEDz4YI9Bk46WTe4jxIY3tASRk/PhUUzw&#10;6jZ/5Adp42KTx42khWNQzz+GNmVXW6yCKRlt/r8+xCpvgf0x4xrx0ymwB0VZQFbcqNTcH/ePYf3D&#10;355o3CTxVVTX5E6cfZw8/L7eg1dc/wAshI8AH5mpIPlwH+ToAK35sdk4ud4KqWgJjLldeO8oaxIU&#10;OI72+luD/re3qL4HdGRowahYNxa9bGZA30HI03P+H09s2nuxzheKPCVs+YBC/OvGny4k9E8nPV07&#10;DTb8PMVH8sgfsz0E26P5kfZm3ai01Lj2jMhVVXF1QaRCRYjUDa1/9b/H3Bm+AvT1Q7SIHpmK28v3&#10;asQPyRc/k/8AGvbsvuPzSFEjRu/nTSfsziop6ft6bk5zauoQNXhSh/yjhTy6j0X81DcKSGlkx1HW&#10;TIT+1Fj6uEHSut1LuBew/oOfxf3FHwH6tS7Cv8yx6QzSyobG30Kf8T7KLn3O5kgYHwyucAK2RX1y&#10;OPp1635vjhbU1qxJ4DP+r8uhDwn8yzLZdljk2hWQSMF+kScsw4ZGYj02559w1+EHX1NO8kUtGECj&#10;1STxxHT+Bqb8H/bf4+3j7t803FI9LV4UClv5UHD7cenQkHPcbrQwSV+SluH2f7PQiN87JFpBNU4z&#10;KKz2IEWNndbjk8xhr2/wHudH8U+q8euiqx9NM6fhKmOZePryB9CP6H/Y+3rbnrm7xRMi1BxkEcfL&#10;TWmD68PTrcW/ySnXBEe71Ur8+H2/l8um6b5hbgzUbHF5CfHEqOajGPDcNzdGlFz/ALED3CrvjF1J&#10;JIjS4WBVsAugp+k/T0/1P9T7EM3ubzZDbHw6a6ElSpp+R9fQDo2h3+6ZCPDqfPiPt/4rrFtj5M9k&#10;ZGoeL+LrNEsvjEroPSzNZS6FbkW5JDe2uT4v9TooEO36NiBbySrGXIHqGpj9P6XHsGH3m53inZVJ&#10;UHhSuPX/AD8OlUO9vq1vHSvkCePqB0PlD2xuiqp1mqtwyCWNbzpAqIit+AgYf63JPF+PfE/FrrGU&#10;3/g+NhuCVCyJrJIsNK/W/wCefx7E+3+7vOU0Qc6mOB8OPzPl86Zr59XPMbIa+Gxp8j/M0/wcOkRm&#10;vkRuHDTmL+N1tQFuzWgBVSONBdkt/sT7ZJ/il1ejs0+JpQzPZbgPqA5JDDgAfT+o/Ps9X3V5qYUA&#10;JAGfLiaDic/t+w9L05meVNEUZApnyA/I8a/lX1640/yb3JVohpspdnCgjTGGVv8AUuum/wDrcc+2&#10;Kv8AjZ11DGVo4qanZVs2lAp9J4B0nk/6/wDsfd7T3G5iE3izqSK1zWv/ABXT9vcu762jIqa/t/yf&#10;Lpa4zvLdVSU83kl1lWPC+NtQ5IOn6j8gewmy3x325HUs9JU6Yke+g2Cm311gXI+v4v7kCw93t2S3&#10;WCaIavUcf+L/AGdCi33CVUEIFD/q/P8AzevQn43tXKyQL9xTqH0BbkEfXk6STb/b29pbL9G4CdVp&#10;6hpJToBURTEqvHCqB/X+gt7PbD3W3iCYXEeADThSv2fZ5/4ej7b91ktZBIcHH2/7P+qnShx/Ydcf&#10;3FjjWMckvF6rA2J4tf2g5ukqDCPIcb5Y5SSTr0SsQ406eObAf19jeH3ku74JHdcDgV4g8a18v2k0&#10;6GJ5kLwjXgU8xQE/6vPpXU29WrIw06RFB/ajutip/q3+9j3Fj6+ydAoczPISAG1qERT+NAAv9Pa8&#10;82Wu5VaQUByACMnz/I0/2eie83P6klqAA5xXJHn/ALH+HrqXddDO5j0qvquCp1tYfXWb29p3I7Gy&#10;1XIlT97KhQ28WoItxzZl5vcfm1vZrZ7httxWEMBq4V/b5D8qefVrUwzjQCAT55qfkOH7M9OdNuGh&#10;RdHhvf1agCSQfzc8fX8X9z4Nm5uqp1ggMbvb6ayLEi3qYCwJ+nvcuzWdxR0rmtQf8n/FY/wXfbUk&#10;f9HIP+T/AAD/AFcOolTunEUMheeVkU/lU/3njn3kpusdzFgslPCQT6WjkJCj/Fvrx7LG5R8RyYjn&#10;zqMHjwFQP8P2dJ59jUIaAEmmDT/V+zqJUdkbXhTWa4XsLK6EOxP4UHg/7f24jrXcVJFM0VHGXIIJ&#10;E4LKrerWVJt/rD2mflmaHMjA0zwxUeXl0xBs7hwHAHGlOFf2/l1Eh7L2vUyJGK4LruBeJtLMOCt7&#10;fX/H2kK7bW86e/hw5mRV06i4YG39og/7Yey2W2so20M9QamvmCKYxnpu528Rr3gEmtaU4+fl/g+z&#10;pVRZ7BTaT/EoVc8hbkXve1j/ALH2j5l3O8329Zh4kRDpPquwFuVI1Hn8D2ugWC0j1xyCp9MfZThj&#10;/N1qCBI2AQUp/nx5dPEb0LqskVTqvz9eCB9DqI+n0/PtumohQVKytjYEZiV1syvob+zx/wAR7OIb&#10;0yoIi5wPMD58ehXbusiaCOAzgf6v59TFfyppErfS5AWxYc35H+9+5kefyWPkjKUdLLD9dWnVwDYE&#10;kg2I+v19pXtFuJdKrk8eA/1Cnn0hubQysI4lAH5cfL9v5+XWCSjhmUhnlU/1UlTf6C9v6/63uHW9&#10;pypU/bLSY9QjKJZCyg6+AFPP5v8Aj2LNu5QiMQmJwfyP+oef7OhFtPKpaPx3SoJ6xxYKEC7zVDcW&#10;VS/CqT/Q/wDE+5MvdJoiIZ6XDya73V5I1c3A9L6WAvz/AE9jDbOT4WJFRinl/gGaA/5ejq25WtpH&#10;0yKKr6Dy9f8AV59Q5NqUcr6jPVowBAKzcfW/Fx/xPuJH3nSTJ9ucFQx0yNpZkrDYC911Lz/tjx7U&#10;br7eJcxeIMfaB/hFD/m69fcjWM0VIlzXzHy/Lrw2rEjmVchVGU39brEbX4uLAfjj25L2xtTxiVqW&#10;BpVP6Ve9zbUQoPJ/x59xLuPIV7EzBsjypig4cfz/AC+fQFueRmgBVkAHlx+z8vt6yfwOrHpFa+kA&#10;gcLcf098YuzttVrGJ8NB67MGabSWBPpJtwb34JPshblua2b9SpIBxxGPXPHhXHRDPy8kR0tHqUCm&#10;M/s/2OuRw1WgutfJYCxUIn+8H8f7Af195k3VsOJmNRhIw51E/usqnk/kXH5v721jdJGI1/wZJp51&#10;8hmnHrUG2BK60oOHDy4gGuKDro0GXJBTIEKAAB4FPAPP5B9udPu3YcYJo8FQ+YKQRJOHa5JKn6k2&#10;A/HvcXL9xdNpYk8M0/OuKef+qvRnb7Oj4dTXzI9OOOGTjJxQ/MdYf4Zmnb9zKTBLjiOBVOmwuD/W&#10;/wDX3GPZO0aFxHNisfcyAEBVLaTe2pjbj+nsyTke4niDhTp88+YP+Hh+2nRuvJouYtaLj1JHH08u&#10;ub4bIycrk6pDaxN1Bva2qxuL+1VF2TtAIjDA42zBdJGhgwH0bT9Dz7KJuVbm2Yr3EfOtR60/1eR6&#10;JLjlyO3qoSoGT8j6fn8q16aZNtZZw4/jdaoubgaRwSbgH/Y29zz2pskhU/gWNMqqUHoARWYEX+vI&#10;/H09ln9XL8SeH3aSa0+XHh0WHl/9QDwjp+zypXh6f5OoY2lmgx/3PVuk2a91Jtb6gW4/1vf/09ii&#10;Xs/bsWpvMArrqGsNYC19OoXvb+lvfHD+ou5yKCqE+VRTz9R/OtcenXT+PlS+cCp/P7PtAp0f/FfH&#10;3eXkjpqzcdPPFASx0tOyyqwsHJaxJN/0/i3+2jR9oYGcK6TxnUxW3pGojn6ckD8c+0z8k7rHIY2j&#10;ei+VPL7fP7ePT/8AVK74A/6v8vQpydBzw0kcf8VEUpjVpneoZ4TIn1bRb6ggcf7bj3Nk3vjzEJkc&#10;MOSfVqU2FzY/QckDm3Htgcu3kblWXTw4/M4x6UBOK5pXrScr3evw3B/y/wCr7OmuHo81UpoavIvX&#10;uWdlmWF4y7BNEjGRLg2uB6rXH9LH3zo98Y6omCNKA7aVF159TcMtvpwB7LLvYL1RojFaVPH0Hr9v&#10;51rjy6rc8r3kMetVxnpU/wCgBtvUUtbDAkyDxkPGzJZXGo6UB9PAX62FrfX6+1JLnaCKPytUwqbD&#10;RrcAnXwBYfW//EfT2SSbZeFvD0kg/EAPSp8/s6Jo9qu5H0KjEedB6efUTa+yqiokqaKHCyqkcrGK&#10;qUqyo02lWmBT18FvxyTa359sku6qCMKEdXQubEuo1lRqJTm4t+P+R+11vtl/M57GqB5fsz9tB5n0&#10;z0ZJsN0/EUYeQ8vLpVV3TTilmWozdJQs+ggrRhp0RVBIjcXOrk/qFx9Tb22V3Y9BRusbxBlKk+kr&#10;wxUsFZb+n/Y/n8j2qt9iv0JkWM1rTzOPtGTg5/2OlkHJ91MutSak0/L1+f8Ag9esJ+I2E3fRRvUb&#10;yqlQRvIyxxrDr8hJNwwUWJAK6V455+vvnT75ppwZA8USsVYoxUkkfUW/r+OP9f6c+zH6C+0CKMHz&#10;GfIfPIPl/KnXpeVp4iEKsxFcj59IPIfC/rvFVDvk6XJZeZTGzTUkxT7gqSwcLpZTcE302N/8L3cP&#10;75UJ/VXU5Lglo1ZWdyACo0i9iBwPaV9m3A/ECSvAmuONfLgc/Z0kPLd1wETY4E1p9tcdSsf8etmU&#10;Jjag2fXCmY6GNVMRHDGreh9Mn0P5AH+9j2HG7O1MhjJoExkaSKxvNI9v2x9dWgAH1f74+zfaOWL6&#10;4r4q4GBUcfkTnhToQbbyaZ46umo/n+zoxe1/jh0/kceRmKfwzJArRUkFQ4WJ34YxqCvJv6rkke+G&#10;N7lmkQxVE1LBUyklCV0oLcjyDmx/1/8AH2puOVLlVqA9IwMef5A0x8x/MdWm5GUmoU9oyKn/AC0x&#10;9nTJXfETqmGtStpdsipo5mZ5lSQOdSHVYSK31F+Vsf8Ab+0vlO7slSVhgYwMSWu4UMrC+kWVT9f6&#10;e6xct3yxlkrp/wAv+T/Ua9MjlWONf7M6SaVzXh9v+f7ehcw/xG6UytDFUTbdxYcIokgmpozcWLXl&#10;dgdXNuWJv+fcNe9ZInPlhMoZAGOtIyqP+k6T9bfQ2HHs1g5b3NlJQMCpyCCR6ennk1/4rp1OWjIC&#10;nh/Ca8Dw/wA/TJmvhV03kI4oWwmEo1dHMDU9HCsjG2q1lAHI/r/j7U9B2nissiv/ABNaZgArRvoi&#10;lViT6Sw+v+v73NsO6uDHIhP5EimPLjX+Xr0YNyjPCgeKLWDn/JkdB5/ssW1es5jV7d2Lj6tWRnWR&#10;USQTTEkll1f6qwve5/oPaypd7bYEV33BBJIFUXarjaQG1yAgPNvzb/D2StytvUTt+kx01PwkgZ9e&#10;PmBn/Z6D8+x7j4mgQgDNcYx69JzOYHcOSmgpaTYFNj6arkSFy1IkUbXT9xmCqAfobX5vb2msp21g&#10;Mc4RxUSxDUBLGzspKC4LkAcf0PP+9ey262vdypjRSfXgME5pXz+WOP29GMXKt2Y/Ec0pSvbgV9D5&#10;9Dd118XoK1mzVRXYqDIEhoqP7WxpSUOjUCeSPpqI4tfn21/6X9rTqrRVyRM5UkSSeO6hdQI/qPoD&#10;6Rf2hg5c3qRtIiYU+VSP8x9Mn7On4+XZanWagY4Vz/MA+lT0MEnSElAWXJrHlYGjMemOBfHNf9QY&#10;cXVvoSo/PtV4nsvCSoBFlqNja4VJ1UG5+o1H2sPKu/GjNEzEnOCcfkOP+o9Fl1y5JI9EUny9f8Hp&#10;0AW9OoNpyVLRTbaMFNGmgjwAohv9SjNcg3vYA8f63t1/0jwEFPuMeqhroz1UYZ/7QujNew493j5S&#10;355CEidhTPZgeWW4fb+Weqjk6X49DnGaKfs40pnoMcp0F0y0MWQrKLJRT38dqOkmLERtqKrCkZIJ&#10;vwQSPrx7bp+0o1Dq1bjo2UqARUx2OprBfSQeRza3+v7e/qJvrsq+E9TXGk5oMnPp9v7eHSqHkdyw&#10;/Tc1+R/1Y6U2E6c6boo5qiDb1VkY3tq+5pJH0hnDP4otAAJJ5Ok88m319tg7WghIlq8rSpEHK6BK&#10;lrW5JYH+n+v7Ux+3285UxEmmCVzT/V8s9Lm5FJUpDC1aVqR/n6dsp0/1TXxR0+H2HoqhqkRoaZ4F&#10;aZ7XM1wLn8j1X98Zu38RNJHHS5WEk8kLJE5t/ZJ5J+vFgR7oeQeYogzCBuIBNGAp6DGfzB61DyFd&#10;hCZYq0xxp/g/2a9SMD0L19SQySZvbSs9nWIafG4Up+2ZwWAJDH0tz7WOK7EwksIE2Tp43UHyFpEQ&#10;C4vcA8k/S/1HtLLydu5yY2qTigOfX8uNK5+XRDf8oblFJ2QsQeA4n/JjovnYfT8ONy00+39ofe41&#10;w7JGIjPIkv1dyhFtR4tYH/H3MO9cHo8sWcp3J1MqCZSbWtyGP+8+7ycnb0rGJ4CKYrQU6TDlnc9W&#10;iS1Yepp0G2I2nLUVtPFUdUVFLTLMPNWTUY16C3PEfKr9SB/vAPvFSb6oJXJORgeJLKSXUFg/PpU/&#10;j+tvZbNyXueuukgmpp5D7fz8unbjlW6jTELBj8j0OuW2rgKPDPDQ7ClaveFRFOlJNGQ/0uAPotub&#10;/U/09vC7yw4UutfE1gzGzkEaeQAOLjixt/r+2puX9wt6VRq4Ap5+vnj5fs6LW5b3HVpMRH5f6v59&#10;AvT9P5zc87UtftSCKmkkk8TzUiJ47AgFpCgexH4sOOTxz7ZZt/4+omYU9fG+i5sX1rqH5D/kW5PP&#10;tTDy3vEsYCRnPoKft+f5Z6M05SvIYg00JFfln9n+DoVMf8fdk7Noo6ncu06ORwgP3MjJ5dPi1Nog&#10;ThUI+i6iePfFt80COPNX0xBH9mZbjUbjgm3+x49rE5D34rXwn1DHwmmPmAcfLP5dbHK92y/pRNj1&#10;B/w9QZcZ16A9LgNo+KLTaOrQOBGzJqYhXP4P1NvqeOPcaTsXFQuzRTxSR2IeQOqqtjbRe/1/1j7d&#10;XkTfdQSdGBxQaTknNeHn9nTycnX8i6XUhvIU4/y6xN1lt7ceKXyQfY12qfwDUCyqiadbLGSSQebk&#10;i3uUeyNuyKmurhU255Q6V+v5/wB5sP8AY+zi25A3mjViYn0I4n0p5U4/5OmP6mbwjGkZI/P/AFf6&#10;vLotG4enuw8flPDhJnkoi+mKVw8qKFBOtSgACEf2vqT/AK3uK3bO3KXXFEySaVNn45J/VqElh/rW&#10;Ptub225gumXTFIPkFx+0E8Rxr0+OQN5nAkeq1PD/ADU/n0vNtfHrcDQLkNzb2CSvKHFL59Pi1AGw&#10;FgLL9Afr783buMuDGYlXR6/L44y1v6kk2/2A9sQe1fMOqs0b0JFAoY0r5nA/zD+XXh7e32dYNa4p&#10;U06V2W6W2FLRyxyZavqquzs8n3JbyTAWjKWJ4/H1v+PfHIdsYoxDx1VOQQmr91BpU8gtf/iPZint&#10;Zv4GlreSpqB2E1PDiPLq1pyBuAkOtG86dpz0hth9LbSx+Ymqa8tULSzMUiq3m/WG1G6yLyeeR/rD&#10;3gpN74ep9bZaGMKGIjaRFK355ueQf6+2JvaXm2dVMNrIQ1BXS1CRilflw+fT0/LG4wYW3Jr5gE/4&#10;K9DLW9ubN638tPLtOCslgl8YmhhE0iq/N1UxtbUBfi1jx9feCfemEp2WR8vSJGdYINSvIA4Dc/7G&#10;9x7NLX2f5vCeGLaaoofgODXNMVp5HBHTkXLW6TAqtu5bH4T+fl/LpI1XyG29uKWZcfsM1c8yvCoj&#10;xlRIBrWys5WIhmA5HqHPvGvYu0lKeXL0diFYyCpQAMDyTc8/6/H+v7Mx7ac4Qo5Ns4K4oV/Z9n2f&#10;y68/J++6WKwMAPIr5f6vz6CfKYTc24SVxe2qujmm1mPw4yWIrr9WiwQgn8cjj+vvut7f2LTIytms&#10;bqIKm9TEGJI9LKxP0/1/YfufbfmiYDw7eQE5wDTHEf5uktvyVvckgqhH5/4ehD6s6S7TNb9zuKhr&#10;2jhaMxQmnIKxk/t6Y9Lf2eSb3/Htpi7m2SziOTMUjuQP0zxDluNK3ax4+hvb2STe1XNFC6wMOP4T&#10;wpnNKj7OPRnLyFviDUsekH/VX/Vno7sO2t2UVNCYcSYooljCNNTSF9P6Sk0KqoUcE3BPvuTtvZlM&#10;3l/jlMsdyUV50YqSORZjyT9T79Z+0/Nbmv07/PB/M0zQfsx1peSd6lXQYqngSP8AV/LqPnqfOZqg&#10;FBLtWGunjSzSxUXBVeIwahVFzfkcX/Htjqu99mQsHjztCT6r3qolK2H+qU6ef6Af7D2KI/aPm6NS&#10;RbuVGDRCRU8OOQfUnHRjB7d7q6lJI6fsof8AL0k8f07LnoGp8ts+anmKn1LTkmaFrq6+oBbN/iL/&#10;AOH59wf9mO2iGVf4zj3J1HX5YtR0j+v5t9OPbsvtVzfHGT9M5CjODpr6fb/L59Kz7VbjSugj5V/2&#10;eoY+FG0cpN91LtzK0Tq6ssQsWRbkBmvyBfhVP+2t7dKPvfblWrGDI0T61B1LUxluRza5tz7DU3IX&#10;M8b0mheitT4cfl/sdIpfba+UhtJNP9Xl6dK6r+IGxMbHTvHiqyOZYSxieNmd30evUY1DKbfTn/b+&#10;1hju2dqVaKHy9Ekx0cfcQancf43/ABf2qtuTd6B0+E1AT5EUH+Q0+3y6D17yVusMhCRkjP5flXoq&#10;fb3xuzVBLNLiNq5DK4rxrIlK8ElyW+qgxBWYX/qNQFz7cZeyduooJz+NBudCvVU2tFYXb9LG/wDr&#10;X9u3PJe7oSyQua8SFYio4eQINPl0lj5S3JmIFu/zwaV/w9IbY3TFbWtFR5LqfNUMcb+I+WBjcA3b&#10;xu55H5B/2/tqk7R263BzVBp4CMsyX0/V2+vFieOLcj6e0MHKvMHxGF2ycEHz4eWft9R58el6cm7k&#10;q6hC2fL/ACf6uHQ/SfHjG08B/he1cnjnlgCTvHTRMVP6gsgUgXJ9Vv8Aevp79S9n7XYfu5GiJRwt&#10;1qY+LEi7P9Ln8j2fpypvEQDGNsioDKeNBXHGg8jx63Pyduy5jQgEen8vy8ui09i/FHfuZqvLhpMx&#10;GrvaoFLTEyCMtZPH6ytwB+foR/t3de0NsTIwOQowSAVETxEBbAcc3H55t/vHspk5X3NJNKRmoqTU&#10;tUnj5YNK0/lxHSEck7yr0SNmpxrx/MU6a8b8QeyMG9NWURy06ziJKn7iARSqw4dZnAFvUNWofX/W&#10;9xW7G25I6wmtpdJJveaNVBH6T+D9P99b2kuuTd7dS6RsaUpQE8flw9ajFfLOOlX9Tt4VTJ4bVHyP&#10;+r/V+XQ+bS6gzmEhFVNFk6SdUdZEFP63kQWkcVES3tx6D9f6/wBfff8AfXbaEmOuoA1gGCTRu/8A&#10;r2U8cXP++t7Rpyjv0J/UjfSDXIoP54PlX/URX+rm7t2vE5A+VB+f8ulfk9qZnMU7UklDlKpvT/n4&#10;qgBZF4TyS8FSR+n6k/7x7kxb2wDxFYcnDy3JEsQFvyQAb2+nNvr7WvydvtBK0RqfLSSD6VJHTT8s&#10;7ssmqSE4+Rr/AIKV/wAnQPzbazGPzIjr9oS1EMcUoM0kRYOx4ZNHGo2/BF/eOTfWHgIE+XhB4Ohp&#10;Uay2AV9X+82Hssbl7eIzoSMgGuQpqDmoxmlerJyvuM2Yrc09aEGvpToTKHp3G7upGqqTYUSvJBHG&#10;Zqhmp0ljYBVt90SC1jqJH+9+5VP2VtkFY2yUILPbglQWP1Oo2HP459tScvbzNkxuaDPnj0pn86gY&#10;6Ym5L3s1dYTw+X+Dj0nD8T8vRtLW02FoIgXEixPURxlCt1JVjfkiw9P+wsT7e5t94PxofIpOgMHJ&#10;FtJNrEqfqfrz/h7Sw8q7qAW7iK8B5/ZUeXy+fRZHyruhcjSfs8/y/wAGOkyeoN1yTrh/uMNRUcit&#10;C0U1MTVqz+iymEgg/wBSw/2H09tn998fPLrjr4Iwxtd5V55v4wpP+Fzf/ePaSbYdzijoEYBfKlSP&#10;mfWvyyPPpd/Vi8iTS8TH7B/OvQy4PovbtBTU9Nm9rx7kl8X7lXHAQ76CAAmkBgBfTb6H8W49yod6&#10;UMikPkaY6S4J80djZivKrxb8cj2weXt5Ze1HqaEdh4EV88/aOI+fSeTlq6Ru2F80xQ+g4E9Zct1N&#10;sXF1kDYzr2jiLqiMgABjmWXUoLsDb6XPKj3HG+sYrMIqyNyxCjT9GYcrYL/a5BHPt9Ng3hWETxkj&#10;zx5fOvlg14dPf1WvmUeJGR9vp+fl+XWLcXRG1c9jI6qsw0FBKiaxNFMkbIpUMbwxj8XFh9L+5Kbx&#10;iNrzxgOLizKpFhf1ltViPzfgez632G6jImMdSKAVr504DApTh59Mty7JQlVJI+3+XRZd0/Hra2aW&#10;THUtRlKfwpLrnAFlRF9IhkjGoXIHCj8/X6gcZ994ZE8ck1Nr0lTplVm+nOhluACT7Mv3HusrVWNj&#10;U1+E5yeNfkM/P9vW05U3Fm1hWpXzBp5+tOguw3w4yFDVNXR7gyAox5HiWrhSaFIwusFYyVLAX+ot&#10;ccW9wxu/HTlnFallRmCtJpZiCVIvxxcf4e6S8ob1CVKxELUcASKEV4ZzQ54/LpT/AFdvohpMRyQO&#10;GM5+eeh/25tvA4nHDCT4ihqK2JWpWqWp4ojJMF0eVpmXgcXINuLc++b7zwcllasi8rR6QVf0i45N&#10;gbjk/wCH/Ee9Q8vb1FWNonA1Zxmvlk/7OP29VXlvc1GpYzpB8x/n+X29QMj1Dk55kzNFFhqinU+R&#10;aSelikdYlN9JjZTdSbDkL/vXvEu88XAADUahqKhyyFlUD+0WP6ebDk/7e3sQW3Im83aGTSQtAc1o&#10;T8scRjhwqPnS55avpeC0/bQ/ZTz/AGfs6Cnd1LJ56eiSipoawM6BaekYCyLpcqo+hJ4sPqOP6X6l&#10;7CwsQLtX0saqv1edDcEkELbjg2+n5sPb68j38ZCFHJB8lpThU8an7fQk9Njle8rpZT/g4ca1/wBV&#10;K8eg5/0Nb6zcRLYtZRNdwoWZ2eP/AHUJEYWAAPpvYjj6e2Kbtrb0avbIQzIrlLwyF9IFgWLcg/kc&#10;/wCw9i2x9utwnOuSI/CD3L6GoFMGnnQcAM9KYeU7ib4cED088/y+yvSGzHxb7HjeCLDq+NnaQ6Yi&#10;zL5pCBrMbMHtwSAzfW/+PuC3b215VdErVUvpAeRWKANwWJIAF/6H/D2V7h7Y7wsoJhIGahfUDGk8&#10;TQcfOtT5jpcOTNwRgzgEeg+XRkOq+i+zdrfa12UOPyctOYpGjkZPOqa9T+aOxBYmxA/P04+vvJHv&#10;vbIKvNmqZfqdPkUKxbkFXBJ/x/w4+n09hz/W/wB0MhXwXNeHacf7U0r/ACrk563NsO4LVRF6cfL8&#10;sft9ejN5rJdlPjY48JsuA1dPeM1BqYoFlZCXRmcXKAfWy3twOLn3Op9/bSX/ADeahka/qvICBzcE&#10;OOB/r2/2Pszj9tNz0s5t20gYoprXgaigJ4/lwI6THl7drgkJFw9KfzGePRZd7535LV8kNPT7LxVL&#10;M0yRqtRXppaImy8qdNyeCdVvoR9Pc+m7H2nKWiXMUiyC5VDKgcG3qSxPJB/3j+vvU3txuCMGMUhG&#10;B8Bz6ZxQU/nw6TT8qbyhB8EnND6flQdBNmNsfKY0oqZ9jY101GoeSCvU+OMAmSQRqDqNwRa30t7c&#10;f77Ywj9qshIYgxP5EIKI9vUq8mw/AH+w9pxyPd2ja3QsF+JSp8x6k0FTQVPD1OOmRyzej44zjjg1&#10;yPLyz0jm2F2BvN/Fl9tyYGtldolqqFmm0SoB++wKgkBdV/6/69/bZLuyhlcSB41I4F2utxwxAJsS&#10;fr9PZ9b7fdQxeAhNPMKAKfnxx9vn8+lI5bkIGtCaZGM/6h0zS/EfJ1MwqslTSVFZGfJHLUu4tb+1&#10;4yWAI/IsL8e8q78pqMFjE85Fxay8jkEamsOL/wBf9bj2SXXKk98w0+leJxw9PIkY4cc8OttypPOe&#10;0hf9X+r/ADdDVtToDN0NMYZ95jAQu7AyUjxRVCrpt+u97j6Hg3I4/HtvqewhNJ6MfIoNrGNkHH0t&#10;cfq4NyD7Emz8lXMNrrCUYD8QpX55zg4UjBB60eTSY6PI2M4NPL7a06DTf/xwwFfkRFl+7cxVQPMN&#10;NIkxMg4/QxjYC5tyWW97fj2p6HeF6YsIoE4QgO4Z2sNOo6yeR/r8+wlzBy3eC40nUTnhUAVyeA88&#10;fIfKvRZNy0FkCVY/tx58f9X8+nbrr4/9YR1q+TPZPJRCW7T5RyWPhPjuGYEj6EgMxubf098W3kCn&#10;7tKUe+vX6NN0Nza3B0349k1rsu5JIVQnSMHieOPOvHzp6/Ppz+rVT2vUcKefy/bx6GjcvxV6qr0W&#10;pbLCojku0WPRGjbQEBMZlvf0m1tVr2+vtmrN2wyPaSpWIEHVpKp+j1aWXgnj/e739ibbtg3AghAx&#10;0+g4VxX048Pzx0YW/L7QJ2JX7fThX0/2fLy6TtR0LsbbtFCcZt3AS+Q6HnyMYnckpzrWoBJJT+yF&#10;A/3v3iTe1KgIhqFIYsD6StltcMWN7/7b6D2ZXPIm7XEZeSI4zxzX0oKcf514dJ5dozQqWI/P/BTr&#10;22oNl7YrhTpS0ePn1CFnp6UGmCGwsjm4A/IH+H9fchN3KXjZpIERrFC0i6QRySA30vbjn2XpyXeR&#10;1/Tdj54z+VOPGvDpQdg1RkKrE+Ypn+XTjvWn2zuPDCgNRUtKptEIEaAH1aVZypA5+gb36fekT8hR&#10;LEZGLlXQDUTYfQ82vxce7nl+exk0kFXoAKrXA+VMV+R49aj5bkQ0yGpjH+qlf+K6RGC+NGL3HiJZ&#10;pclLj3leVxFK1U05FjoaR25/p/r/ANfbXPuiikcvMqpEQS5d4eBfUCFP9f8AWHs+tY9ztgI7UFmF&#10;AKVr6eXoOAqRXyPSpuXpDEY2GselDT9v/F9MzfDfbNZRvHmtwzVkjO1g9ItPG51Ev+5IG/HDMLG3&#10;498f764eKZh9zHTxoEUsAkcQLG/Gngm3IP8Asfaa72XmS5QM6Sszk0FCSafzA/i6pDyzKqaIYhXj&#10;QUr/AIP29Lra/wAY+ucFSypisBga6SNCs3qSWdndT+6SSNVyBpKkD/ADj3Ok7J26qBVydI7CxBao&#10;iBDk8H839ko5T5hWQh4pF/2rZ/1f6vkwOU752748caUr0rpPjhh8zDHLNs3HT08ZidQKRiY3/ITT&#10;yfzexNvxx9W2r7U25ESKjJ0zXAElpYySoPDKw/3n/evfo+R+YJpgYomJ8hRvzqKYIp5ft6fTlS7q&#10;Ai0biv8AxX+r5dCJgOiaKkxtUtBtiOhZ43jiMsQijjbQYwvJsUa/J/p/j7ZZe8di07Or5qNZB6Wi&#10;Cs1ig0n6Cx/pe9/Yqj9uOZhEAYHIGRUDNc4rketKY/Pr0nLN3E3hy0xnzPH50/lwH29BFU/ErfmY&#10;zT1q4DFR4+QkiphqJSIwD+2jOByfpZlvx75VHe+yjGrjNU8GpxJ5JfIq6AAArEgk/wCv9Le0tr7b&#10;8yvMYEt3YAaaAAGpyT5Dh+dfPpq35XlLaaahQigBrX5dKd/h9k1iknl2zDU1TRs3ipayerBIUIhR&#10;fU19Q+hAH+HthyHyl63xCnzbix8kiaQFj0lwBcm+n6D+vA9iOH7ufN29PqhgfOfi+XzGfsqejCP2&#10;+uro4NAfUn/L1H2Z8S+4FrimL2fuDEUTcRSrCESW5KlkJIAK3JtYfXkH2jK75k7ESN548jRyxRg2&#10;ZXRWNzcqwe34/pf2K9u+6RzkQFe3YEiuk1FAMA6gKU/Z0IYPaeUxeKZPtFfTzBB6Eys+DHYWWlhp&#10;Wi3TSVkjq5qTSxTooP6k0Jbm/JNv9Yj2lZvm513K3j+9Wncn1SlFkU8c3Oq/H1BFv8fa4/dH5w0a&#10;zEeBAANKZx5Ctfn09b+2ujLuSKVp/s9DJtH4R9s7XhhBpKncFNTlZVp6pVpGmUDU6MFYlST9efeY&#10;fMvrimid6zcMEsa6WRiuljc/XSTbgcce2l+6fzsHVEtzRgdR1cAPLArn8x1W45Bh1BYmAPmK/wAv&#10;9Vfl0+1/xg7HydRJNhOunw2Td18QpIKeRGZPS7ySMRcHk2cj/W+ntpl+aXRcsvll3PSQ1N7mS7GR&#10;SOOBqte30sPaib7pPuBNBojt+0DhqpX1riuDxH+Dph+UZoUI1hlA4YBxx4CuDgivT3tvoP5Z7Zkl&#10;ibZddmqNj/k4np8ZF41H+bWN4gGDD6amJ9s+S+ZHx9rXjmG55JamH0q0c80acG93jDAG5/2n2q2z&#10;7mXP7ajJCgrk1K1+wE1/z9NWfLkrsXOnT5kjzHlx8vTpV02xvm/QyvR0nWOJgw0rsWSoUVU/hf8A&#10;V4vppcWuASR/vXvBVfMjqyOITQblbRGpfUJrNo/IX1XN/wDEexxtX3Leb2UeOsUfyLFj8sD/ACcP&#10;Po8t+W7RyVkZc04qadIjJ9NfJjLVs9BVdXSZD7udRqakooYEYekl1kWwXm5N/r9PaUof5hfTq18t&#10;FLm5VdGKm7our+yVuxJ/3o+xqv3M97tLcNPLG+OABx9goM14cfXpi65Ts2FImz81/nxHD5/aOgb7&#10;c/lo/LPeNBTZLb+3Ns0NT5I5VgaoAljSPlVnKN6hzc2+v449ibS/OPoyrRJ/7yUwfSAwla7CwAZg&#10;ATyD+L/7H2B5fui8xQswK5BrT8zg+X2mn2A9Iofb7drhSLeVAvlgj9uCD0BGW+C/8z6nhgwlDh8N&#10;/DaYKkEuPlpoANCaFmLzJqLAG4Or/Y+1RS/MPp+eISwblgZCBp8UQj1W/q4ub/1vf2Gbz7v+97dq&#10;VrY1U8cuRX0WgGfLh8x0U3HtjzC71e5GmuVCEkD5H/KP2dA5lv5ZX8wjPVwi3DkR4nLeaD7lolQM&#10;f82KlQWsfrcf649t2U+b3TNAkrndMA8ILlZARxyW1XvqF/8AH2l2v7u3Ne8TiOOAgNxrUD/JQgeo&#10;PzHRpY+1+4eH3YUfETXPz8vz6GDa38pr5K0GNjo59ry1lZNKJDVQV8MgMrCzu0lT6rMP1cg/4+w+&#10;m/mN9FJJ4k3LBLJEtmSGCZvpzZSvH+wtx7HsP3S+b0bQI6hs1qDgjzFDx8iPPyHVn5AgichpCT8h&#10;5f5elD/wzJ8lK5lrpsaaSe7FdeYoA0ZLcKy6uVFv9e3Fz7h0v8yHpGrqRAMnVqwZVOqlcRm/0uWN&#10;v9v7en+57zFHGTpUmhzqIpT8uJ/Lq0fIMM1Vhl8sEqR/Pj071X8nL5bUtCz0mUwQRbSrD95A8xb+&#10;1YIR9P6Em/HsWMb85OnqlUeTOxQrJZgskbFfV+ghhe3+t/t/cRc0/ds5g25GWOGrKSK+fDPlkjiK&#10;0+Q8+klx7YbgG0pU/P1/Zj7K9MW2P5WXysx2W15KSskiicn/ACKuUC6NdVcSMSo/4IL/AOw9qin+&#10;XvUVWwVNw49Vc6zKDYqT9Q1lNxf3F6exXNsktI4SSuAOIPz9Af8AD0nPttuKrrVwxHln/VXoca74&#10;Jd8bfx0biLL5GphbzPTPFHdmb0tGH1MXDf4gf4+34fJzrCCD7k7qwaxG9/LkY1ZIyP1aSL/4i/ta&#10;fYLm95BGIHrjOnj8qkgfL/Z6b/1ud0lYgA1HpTJ/M9BjWfGLuXOTDF1/W+84mSKSNZ6OgM5STVp9&#10;LKOQfrYm39PabqPmF08khR95bfJvpUx10ZMoTkcgj88Gw9iqx+7bzmwV1tXoMmpHafOgp3ftJ/Lp&#10;RH7abiKLWh+dKV8wONfy6R2U+AHyCyEEkVDtTfcEEzhPHPhHWR4SCpjllV2CqfqQR/T3Jpvk51DO&#10;Wm/vZgQrKHSUVKExFhybt9ef9j7OLr2m55t4ltWgkBWoK0qCBkDBwSOHV29rd5jYTxxEnzNeNPzx&#10;X5dAfUfyvu8MflHr6LrTdtZKH1FpxDG/kZ7MYRKeF5sw/wBv7mp8p+m4gUG9sOz6QCI52N2t6mW1&#10;xf8A1/8AefYKvPY3m69k1JbvUk0JAIHoD50Hy9Tw6QNyDu7y6ClDnzHl5HocNq/DL5RYERCfprLy&#10;UcQi9Ek9M37afUqjtfUR+CP9v7xS/JbqokSQb0w1Rr5UGoVLA83Yvx/r29heb2K51+qZBZSgjHCo&#10;JAPD5eh/w9K05H3JQUmUJT+kM/Z5n/N0brbvRnbibfjo8t1dmMW8f7jSqTJU8EaB4oVuCAPpq/23&#10;vGvyu6kpZkjm33gY5JWsE+8iIb8fS4/1ufYpg+7Hz9PCJlsm0BRn0J4jFc+eMHrbe3G6TJqRAfL4&#10;hx+Wf9joI9yfH3vjKJVfw/pjeeVEFSxWoajEfmiDkpIZGcEC3CjST/j7ex8l+tfGJ495YVo0Vmua&#10;yLSFPI0qh5/2Pv0H3aedZ3MEtoVB4Eg5NfU8PWo6sntZv0jaBbk1pwI/yn/J0FVX0l3fjPH4uhew&#10;spk/ME8FJTJHbSeWmefSpA+libfn2icl8xepKGcQS7toJCGF1hR5bi+kgNa3+2Psa2X3RuYpoWkn&#10;Ko2R+fkKj1+Yp0pHtfuMdRKAjDGSeP5A9KfHdAfMrKhP4J8f90Y2lVkfyZfcuNorBRcymjiYvcc8&#10;/wCw9zR8v+p2i8kGehkABawhZixI/SFANz/r/wDG/Ybk+7bzNYTCCSHj21BoBQ+uP5Vp0xJ7Y7pH&#10;R5iAGwDn/Yx/qPWLK/Bb5Pbun+6zmGlxtQZDKkNTkDULA0i2a0hOmy2/Fr/7H21yfM/qqmKsK+cl&#10;QWKpCrmMlfwLj/bezOP7vXNRUnwVPlUkioB/OteOqmfn1p/bPcQpLkEfLzH+Xpth/lgd/wBcyxVW&#10;WSKkaUyuiPGGMrC1oyQBYf01ce22X52dVI7RPU5MoQArmh1ID/ib3v8A778e6f8AA481zoH8JRTJ&#10;pUDJp6efn8uHHpIfbudck0OfI/6h/Lpb0P8AKr7ex8MctFkaGR7lZBX10NXMyknXqjI0kgkkEN7z&#10;03zc6ymkL0tZXuCRZJqe3BH9Cf6+3V+7fzVHGFnjAIrkfb6cT+wnpUvtpcSxjWyj5gH/AA+eOm7c&#10;38r7tquT/Kv4AgCKzSwtKZWaNdIX0AgGwuPx/j7eH+anWyQsJK2RLB/TKqo5BH6VOq/+t7aH3aua&#10;Wl8QREaSDVa6a+ZOP29Iv9beUS5kpQ5waU9fTpBL/K+7W84iWqjqvLG1OakweZoUZQF54VtF/wA/&#10;iw9pSr+Y3XdTqAqHkDkBv23LKLXGkIbX/oAbf19yRy97B8xQyKsv6enh5g1+ZB8uOCehDH7RrPGD&#10;JIM/M+fl9nmekRur+T72xWUtQtM9LWSSprV6up+2Qso5QQR2AAPJ5H9bX95sf8rtnRofHHXTotpY&#10;hTxeu2q7CxN+eCQPYj5q+7dud/AJq6XIyCBU4xTivnjgTTp3/WnubWERRuCufmfyzw9Okv1l/Lh+&#10;Q/WWUSJMltOjgNSVZ6upqJEjGq76uBdSOBzb688+1VS/LXadSoEWKzlzYKPBGByb3AVrkcn6j/D3&#10;AN193HmKzvCklKKcklvL8vl5cc/Z0HZfby5ikKuTitToP+U/z6N5mPh5vitxQgy++9qpOq/SnhCQ&#10;xp9CgjDfUNwHJP8AxPtd4XvXAZmVFgp6inEp9RqY1CjQDyVudJ/FweP6+7Te0FxY2/8AjzVdRgZG&#10;DniQK/YePoOiS+5RvI4lMUumnquaH0yP2H9nRFOyPjP3dtLINXbT3lQ+CnmkkElJG1VUMoOmMMlx&#10;z/X62+vP19ihSb7waRIwcASAEsI9SAm9gCRbi9r+4z3D2+vJZG8FT2+QOTwrgVORU/Zjojk2G8kY&#10;KSWI4HOf8uePTdi8R3WYYabcO5DNISSKx6iSk9FtSBgwSxB4uBzzwT7kTb3xswBSQKGNyGTS1gbX&#10;Ab1C/wDh/vXsmbku7scOpr5eYz/I086j+denIOXLoZpUj/D88U/PpSYbqHdmcqVqKjI0VdKbySyT&#10;10kln+plY6WN2vwAwH+w9x23LSK5cPES6kgvINTED6Ri/wBfrwTwPb1hyleXtEIdVUgcMCp88cOG&#10;RxPSkbLcMApBx6Dh/Lpx3XgK3b1G9HNkUlIVw8NMoSCSNV9ZR30+pefTwP8AXv7dqXcFNIt/PEtg&#10;C3KtZv1AXB+gH+xt7SbvyhfWkVQhPpUNQkY8xUE/z+3otm2mVTTSSfLj/m49MvXtJt+srNOXwEs8&#10;00gR5oqxTMInJa4giYAcC559yJM7HFaUVCEAKCYyNQsbC6g8D+ot/r+wrFsFyx0yRGpJPA0oQOHq&#10;fnWnp02m1M/6ZQ1+f+fodMptbaGWpZMfR0WmFUKRirlIlPqtq1MAbE8AA34598RuqhdnvNF5BfUU&#10;kQXuOL2IP+xH+w9+m2K5iCsysB5AqScegPCnp6cernYbpQKKaeVQT/q/1V6bsF0XX1FH9hRpVVFI&#10;JJZKeOX1wQlvXaRhawI+jE/4D/DJLnaApoN5Q1mIZTqvy9+bf4j3awj3CGUSoSlBQUGPLFOFRxrx&#10;qfPpldpuSaMKDPSY3r8X3yy1EMsGIUSIkTrUV8dMboOSJYyb3b8Djg2vx7bDubEU8o8VJPqBsPAr&#10;tqHOkNpNzb8L7GYg3q7syJjqBpXUFFD50wQMZr556dXlifTr1Ba8akiv+f16AdfhqKbJB03ntjbz&#10;fvlfFma2ckpxCtT9Ln66VBPHFuffNt5YqrZ1lp61PGwUeaKWFLqLER6gBew/P+x9kEnKt/G4aMhv&#10;EzhlY0JrUn0JNccPl05Hy/ewn9NlNa8M8fU8KH5dGK2h1b2FtDGQ09D2Dtaqp6OHxxTxqJRKGTS6&#10;EK4AccLqkH+wvz7kncuMSI6CVBBHMd7DgsASLn23+4r+NlaQVPECpNRSnDh/qpQ061+5L53qcn7f&#10;2dJXIdOb/wB15OqnqctSz6k8Pkgr6aCE62F1WwuL8sDa39Tb3Jiz2FkVWBi8gHpPAV2FmsdQ+pIP&#10;sqm2fd2kOlXHEmoOOI8scKdMS7VuaMUINP8AV/k6U9H1r2JgqCWhr8/SvjEgiplj/i+toE06pDG7&#10;cseCNJuL8AgH3N/i+MljtM8TRoQtowPowve31Jt/h/re0g5d3YTaoVapzn5YPpTP5evSYbffRtWM&#10;EE+v+qg6m0kU226WRcTnqemrfHodqucy008f1KySMGNh9QQA3Nh/jjkyuGXSQSzISFEt1HBA4IF7&#10;c/4+1y7RvMYpICA1K0qTw8xwriufSnV0sdxODivGmekhSUW9K7Jzy0u4sFSvNK5M9P8AbqWAYAmK&#10;WaO+nkrceon/AG55x5TGzppjhVVc+oJyP9V/aH0Av/xHvcCbpYNqLklQRU8RXFBniTkcM8em5dvv&#10;ExISft/Z69I7efQ+Z3Hpnrs2c0ZAsjUhr4UiYX4Y6Tc+kEE2uLcW94ZkxqsZBJBpLFx6QWUufVck&#10;8/4f4/j2ZDmHenj8FWZWwpNeIHD/AC1+VDU9J4LAKcQ93qc/4a+nSQ2x8btl4upaXK9XvnquKVpI&#10;5qjKVUcSSOShdpYuGBsDbkX/ABz7gTZvH0qk/eRRKjhiNOtdOmw1X5t+Bb8+2fqNwlf9QsdSkV4E&#10;E+mOJ9fMcSOjaPabift8LVUfZ0NeM+MdNuSJVoenKKnihkSXwRbhe05ZSiySmRxcAcBdItwbE+40&#10;u6KBIf25w6lNA0poDcfWNha554tz/wASu2+zvZbxSQSQ1akkj/bVxTHDIr/J6Pl+5Zijx6f9XA+g&#10;6bs98UGjw2TparCUe1VaGTVS0tZBUzpp9KTxKLEMAeDqvYAD/FJ1WdxqTiVZkiZHEgJa7OAAZACz&#10;fXk/4+5w2qCe5sTBMKlxp4UA4kVxwx9hPyz0yeTLvX46OaA1pSlP9QHHogG5fiZvrH5/7nCS1NdS&#10;01UzR+OGemleIMNTBL8s1zz/AI+3A70wtND5DVUj2Km7SKrqG9QElyT/AK9x+fYG3vZ95tZW8MEC&#10;hwKUNOJWlB9hrXHSo8rGeWjJUgVzkU8yPL7Oja9PfE/AdgNT0W59r5yhyUcscZq6qGpqI5f0kOTN&#10;dWQ/RlHAP+HthbuXatM4ilrqaHSPXIRrVLNYKSoNjYfW3I9g6SPfdRBMhWvw1wfnx9f2enTr8lQh&#10;vEKKW8u0Dj0eam/lU7JyGPNfBtnGVde0QMZNMKVm+lxHBBZfpYhv9fm59v1H2vsiRFnTMUT+u5Il&#10;RXVrcgaufzcAcD2lls96uVaORSarTI4g/lQnyqcn+fSU8oXilvAQL/l/LoFc1/LE3TgckKvA4GSj&#10;0yidIIpKhli8ZOkl4jwpPNj/ALC309zpu1NoyI/jyNGTyEby212X6xkar/Xn2YbPyFul6dQjdvUU&#10;pT7RinqPLpqLly/RwHx8vT7a0/1HpC7u+O/eWzmEbnwUcbKCsTJVXs1yZJZQQvAsE4tzbn2xVW/9&#10;vq6yeSBhxpdpDpVSL6gSDxyLk/T2Lbf2o5kul8OKN2B8gPiqfkeODSnGtPPoS23Ku6SRUUGnypn+&#10;f+DrPgqveOIp5DlNwRY6RFbW0NCK2a8K2XU0sXB49Wq1v9f3k/0j7ZaJVMsZK21Mhe6seeNNr8/U&#10;gfU+1yewfOUj+KYWAphSONKZPpg1yeA6SnljdI5mBDcacP8AYx0nz8gcrgqmegGWgyxqUaJJajH3&#10;QG/7mtLAg3FgQeP6/j29Ue9dv1ETSJUxm3KgyKnkYm1lC8n/AFv98Qtu/tvzPsbgTxsBWhpU0AHn&#10;XA+R8/twEFzsG4RNRh509aU65YY1nZmQehmjwVD511TVb4SCSQGqY3Ykggrz9AxI/H1v7hVW+sPF&#10;OUNIZLhV9MkMgW7DUwUfXi30Psx2203tYBVe4ca6waDhU+X2EdIm5NlvmFZWBNTgU+zyr+3pL7i/&#10;l8UOdmnq07Tenjkldljjw9NTwLJIdbRIdfIBNlI/1veaDfFDFcxIullJ0h4gV0DToCIB9Bfn6/1v&#10;7Z3bl3dNwTVICpFM0Yk6jWpJPnUYOMdtOlsHJk9uhjDE54kE8fn/ALHTn1l8UMLsTItSVG6ZM1Ti&#10;RZHSaigSBmhAe8WgMxHDAlW5vz/T3Eqt804s75AwKy2BZwFUjgEW+lh/vj7I9v5KuTPR46gHIGSf&#10;2+vD7ejGHliQLQRhiP59HKzOysIdtPS4fY+ByeRWmARpcLAWB/Da0Q6iOW5v/re2j++9K4En3YlW&#10;IFh+8SG5uWABFha5v7lqy5At3hCyDSWoMAUHyOCCa/8AF9Lzy3Onb4emvy6r/wB2bd7RocxOmM2b&#10;jqJP3CzyYIzMCGDLFENAAQj9It/sPchuwqOJVVpdRYLp0uvq1CwHqt9OLHn2hf25sPGLKvAmvAUp&#10;xPnWvmMU6aHKU8jVUADzx1JoNgd35OiIaopccjgvIq4SZy0broWKOONAUC/1U3P49xKvedPKrFVB&#10;JAt5CCPwDqKn6/0P19+t9hg2wgwMdQPkaCmTw4U9fI9bflYMhhuRqU8RwH+x08p8Xdx73hNDvKeC&#10;WikpwjGnoKjzlxZNSyNYq1jqIPP+xPvhHvbDQKkbTU8ThiqtNMCfW1uAxseb8n2nvZd2uHaRCfsU&#10;eg4nHnjA6KDyFt4Yt4WPSrf5/wDP1Pwf8tHaERp5ZKHM5GnLapZo6mshAhLXdVXm5HPN/fOPeVIW&#10;P3HheEEMpiZtZZrsdRv6iPr/AIe0TPfkirtq8+2q0GKcMDy8q9KDyPYRKHt0Kt6kmmD/ACz69KbM&#10;fy5OvxRM+1KGtoK9VEYkr8xoP3MhLqSG5/N+SQL/AOw9usHYe2VXQ9WBZQQagOGVl5BK/nji/sk3&#10;LbNznVnVaKK/CBTPz4fb0nfl67hxXh864Pp/q/b1C2d8Fd/4Wtp4WqWrC0zIktNXiRgik+K/ILck&#10;D8cfn231PdG0oWEbSxFPpqIZbsBYAhhYaj9Ln2DRyrfTTimqp/MUr+3t8/Lz6vDyvcOK+JQn7aZ+&#10;fy/2ejyYD4Tb9hwbu25MlDURxmzx1B10rlB6dAa7f6/4/wAffOHtbA1Md4Xiiu17AKzaGNlB4IP+&#10;wHsc7VyFUF5wHIGasRkDyyKfn16TlqdiVEjEjFR5H1z5evRTez/jz3tia2PH0e+90GCMqlI8NIss&#10;UTM5Vj+4bkWb1DT9OfbPL2jixMLQVMrq2lT5IiHBNtQ9Itf+p+ns7n2eCwhMaCMAgDA8xmh7s0Pl&#10;58adKouVZdHfOwB+QGfSg/l/k6TmE/l9dp74eDIZztHJI8n7lStVj5CYGt+uExHxq2n+1o4/17+3&#10;ek7Ep6pyiQQxqOD5Z15X8uAn1P8AUk+473DZpprkMgOfMLT/AFCnlTHTzcrlU1a2J+Q/zn/J0bzZ&#10;/wANcRsHBTJkd4ZXIXjVCkFIhZ3HocN5dTXY8+kDj2oE3QsyqqT0qAgtYShiFJsPzf8Aw+ntOuzT&#10;Rd0isD60pX7MY+zHSBtjaM1ZGP5U/wAnQf5Hofa9HkJZIMbnc4Yzr+2q6RUiWRf7DOi29PI4JP09&#10;ylylMw/crgW4LLE1ubfq9JP+xHtO9qYiHVTnhXzPn6Z6YaynU9kX7R11TbW3LKJcdi+ucbQUSnSJ&#10;Z6APGiabIZvPGbAkgmxF/bDkMzjqaKSQmvl0i6sgMg1FrKxS5uvN/wCvsdcu7jKsiwMFHrmh4Zoc&#10;Uby9D0tXa7q5ABVAfszw+z/YPr0EHZHxR37vCOWqov7gYqaSHSjNQyU70zEFSHdItLDm9tX+w/Pt&#10;E1G8MLBUHzVFbGQNRvSyQgH8ek3/AN5/2/uUY97jEHhxQKAcZbUaeeaD/V5dJo+VrvUTJJT/AEq0&#10;/KtSf9novOP/AJZndWRqJKyfeG3nhsSi4Z1AZ/qLLK3p/wBif9t7c8R2DQRhxE87rIf1PGzRWvze&#10;wvf/AB5HsP8AMNhZbwqkqqkeQFG+XyP8urfuBLZdDFyP6QwPsNB0IOy/hH2P1nkJKirylXVx07F3&#10;8ddSpfSNZYorf4/gm/8Ar+13DujGVqIVEg1L6iqMGMhHIb6345uR/r+4e3DlaaIsyHgfyAB8vLPp&#10;X9vTC7TdLVkII8q+n8v2A9Go2bhuwdsww0dRJR5ONLz09NmJwZJldblZZkvYD+p5A/PvKmQhbVJ/&#10;E5Bb6qyoqBSLBVJt/rey+HYJg6qVqK/n9p4/s6s9pIO3wAfnXP58f2dOW6t85WkpJcenVGPilVAZ&#10;aqgr5dU8unW2lltdWP01f69/fKXMQBCEq9OqLQxuVAcn0jj68j+tvcgbLstvZ0a4UMwaoFBwwa5x&#10;w9M9J5dtuShCIBk0J/yf6sdEG7Uxnam+aspjdnVeAoZYjcxVrTOjOhsgZTr+v1Lmx54Pthqd4Y/F&#10;j/KK6aSUnS0S+Rzcn06wDY/4ez67hguHMUMKUHAgLwHGh8vn8+rWvL9wWBlYsaY9P8HH5mnWDrP4&#10;b9yblC19bXT0ELcuavJyRAXF0Y05JDsADZiBx7l027KGqu8Ubxx6b+QqF9QHN7f1P0v7D1xtdwF7&#10;W1/LP4vt8qcT0q/dE+BUmvqDT8uhzn+Oi4d4qTcKNUSxNHaemqoHMqwm4ciMX+v0Uj347kpEcyO8&#10;ZMjAaWnUFkRbM6g8cH6n/evZc+33tmuuKlErmhpk8K+np/l6e/c0zJooaAcdP+E9K2D49YvsKH+E&#10;ZRs/SoyWp2psbFrAVdKRpJpU8HkEX/xt75DfmFiRg84aRDZS1QH088jUT/X6D2xLt+5XbdqqFIOF&#10;Wnlxp/lx0wvLV2zUSlONKZ/1fn11gvhNXbdmQQ7gzNRQmYWhyVDGxDO/qXy21Kf9jb22N2dizMWA&#10;cKllK+Y21fQalP1Nuf6eyU8rbrnBYnIxxHqCPLpQ3LMixULVPyXP7eFOjkQdAYr+7dLhpa+KGP7f&#10;wTvHCtPPcDV+9Y6r/wCsRf8AwHv3+kKglJLIVvpAIMarydJDKSbkAc/19iGz2y+hVY3J8/meApQ4&#10;8+HCnDpsbFoOnV5+da/t6Lluv4V7YmM9Vj2pp5xpleQSVayyMGJlZogzKbD68Wvzf3Ni3Vj6os4a&#10;FTqGvVIp1oFuvIsLez+K0vUgCq2llB0g0FDXPHNfy6Yl2AN/ajV/Kn5Dj/qz0WncfxIx2PzaTZHG&#10;ZLMYyc6qj+H09ay2JvGgZLC4P9PeCr3hjaVVElVjRa4dnljdrX5Uhzb+n0/w9lrR714jNEHbgQBg&#10;V9agenrn0oenYOVopqnwsHgCMdCptH4O9WZ6njFTtnN08hfQBWJMyBWXVpYzWYcix4H+J9t8XZuL&#10;pJUplhWoZh6DTywXR2NgWBsOPqPZXd2G73beNKHFTmoIBpx9T9vr09Lyx2jwjpHppoKDoc8V8C9j&#10;0OOLYqsocTBGjqI5aEzyrrBC3mJ5/wALc3/1vc6v7CoaSjFQkaksWADyRlkD86n5I45/r7Lmh3CO&#10;UKajAxnNDw8uP5DrUXLUhceIf2VzT0/1DqftT4GbI3DUVFLlK2troozKvlSPQsYkXSrxqVPIP0uf&#10;p+PaW/0sY0NGJIYlWQi/76ar29I0sLX/ACb+1f1N+yVkJFMUoaUrmpBz6dGK8sAMVR9JHqKf5elY&#10;/wDK12ZG88uHzWVidVMiIaeN42Aj/bMSHkBh9TYe1JSdh4943aGppgn0dJGS5LejTe9ri9xYfX3V&#10;LV72RUnqCaEUBxTh86Yoa+Xn0mm5YkqC1TXgfL1qPWvSEznwYpdrQlqSmy1ZUwCRmqYamGMNe4uq&#10;xqLD6H63v/X2k9wdiYxR4nqFYrEQFAPjU/QNdW5IH+HuZ+TNqt7WQTUC6iCzY1H1AqMdefYW8MxM&#10;KBuJJ/wY6KF2V8MN+7yiqKeip66WJdSxxStJUeIAWRjGAgNx9FB+v5t7TeO33gYrF66Jp2QEANI0&#10;acBi1gASTyCbn/Hj2OeYdxSWPwoBpSvAaaniAAamgGDwHHzPRQOT7fxNcylh86mvlSv+ToH9k/yw&#10;+xZcm9dm8TPVUkfP77yIo0mzHSxBYm5BFz/rkD2qT2NholaRxAVugEgAAcu2rUQfqAfr9AfcUzJu&#10;sj+GZW0tWnyFKfF5V8uJFPLp5OU7WNgVgAA4Cny4+f8AMdGmoP5dWyxHRNHs6nbJ0ukzRM80SVUi&#10;nURNC5A4P9Fsfzf3lXtTGxM3iqlkJHoA1xpqA55Ave54Nv8AY+yG92eRkDEGv7WNcimcj5YPy6Mv&#10;3AkkelV4fLy8vlToatt/C2NUFFWbboKXHLbUsax3CW0tdOAD/Rxz/X6e8A7bzEjaoYcW8KhuAzl2&#10;H0L6iRz+SSPZY+yh6xSl1JpQmlKDNKCuPl0zFypFWrChOeP8uluPgb0vSiCtkpM590qliIagwhJJ&#10;eHUFeCrAggmw/wBj7a5O4MnDI3l+2Qa/SqB2IubcsSQD+Pp/tvev6sR/Eq1FONQDw9BSvRieVoqV&#10;Cj7Cfl6j/N0u6b4U9RVdJDHDjMnqRlKiWrnlQlRYEBizfTgj/bD+kaTuis8fE1FIdTFi40qCTYAE&#10;MbEc/n/b+zFeXYgpcowFP5U4n7f5/to6OU4gdWmgAHmePTenwU66kqlBxuTpUie8UVHPKwZmb1IA&#10;/JB+g+gH459wv9PEdNL5a+spYItRYRRQyMSNR9LM178Xtx/tvYT3HlmeM6IlLHANaU4A1FOHqfL5&#10;np8cnxaAhQknFa8Dj/V8+jM7R+FewTjfs8btaVXA1ipmqnaR5WJGqfWLEi9voPp9L8lVY3uva+Sh&#10;Z46yYjSWFkOnyE8cm1uT/aFvZZFy9uMjAOvcPPzAp/MU9Oiy55Zmgk0qBioODXH8/wA/PpN7m+K+&#10;Z2hUh8fSYxMcranpniQeYggjk3HFrDjj8ce+/wDS3SxaPA8axJcyCSco4HOrkA+ok/439iCDkmWY&#10;HxCTXhjBNB5VGAKU9P8AAmOzwyyFTmvyzj+j6cPTj0H2X6chmlaSoxparLnxLSU8AijBuF9eni/1&#10;Yn24Rd04eSJY/PSRtpQfuuSoB4Yk2B/NuR/t+D7bfkO4glOoMwzwoCfMGuR5eVSfQdOQcoGd9Xd/&#10;n/1Uz0hsp8Z583OtVU0+RKxhC0dNB+26/mIwow1G/wDWwH9ffT9sYuNbvksckRs+lKxWkI1WK6FH&#10;Atz9fzce92vKVxNOV0ajQjK4rTj8/Sv5farPKeltJrq4cOH8+o+W+LtJ9nqx2B3HHXxyIyP9hFGH&#10;K2sPIwvbn6X/AK/T3Bl7d27UKYv4pErn8oXCBiQqjS3JH9Lf4n2bHkQk08NiOH5Zr5fZx/Lh1tOW&#10;mhcNSo+Y9OP2dcdu9NdpbYq462jxsLUtMrFoJYVFXJf06I7Ei9vyP8eP6Zf9IlBGkbRZKmOn+2tQ&#10;EZmIFgWc8izf0/1jcez3afbpHjMkKEZwDkUya0p6j1z5inTsvL4ClnTB9eFM5HlxH7Ogo7Kod55T&#10;I1GM3HtfITY94yksSUZbSCQCY5xcEWJ5K/1H194ZOyZI18sdZj1TghnqjbS3q1agNQPJA/r+bn2p&#10;l5Lu/FELIXJqMCgqBTgTSnqRwPDzHSWPZLeRcqK5+X+xT5+XSPwnQPVFfSySy7VzNFNpFQ0cVGvn&#10;SVhoGqQAEgnkg/Xg+8r9u4GliWSuyNDDKylrmcPci1j/ALf/AFX19vWvtZf3MxXwWZFoDQEAZJp+&#10;z+Hhmlem/wBwBnCRVp6AfPhX7PTHHpJ5vpzcpVqXYdFugiOVlhhelWFXjSyqxMLIB6rAX5P5/I9p&#10;ubvjZ0ErKcxTWY+nkg6hwzk2Fjf/AI1x7FI9ir+7gVooj5VIWoyMCufKn8656Obfk6e5SsWcfP8A&#10;Z5j9v+HqXtTqn5BUeoS7azNYsd1VJMkIykYYgCNTweWOrn+gsB7yf7MJsVIXJyMMq8H0FzzfgX5H&#10;+xPtHb+w28i5RXBBximR68aV48MD1PTEvJl6rVrQj5ev7OlZuLqz5FZSgmhw+3p8HVsj6agLB5Jb&#10;i6n0nUAeTcAk/wBOPacrfkrs1GYQ5GMlRdRZTpI5szAcm/0vf3I9l7DyQRDxoQSePGpHqBqOKcac&#10;MnpP/VW5hYiSprwop9PL5euei+R/Ej5bZvItLmqjItReQrCf2iwS1xp0IpsbkfQg8c8e4B+UG0lS&#10;0tTKHKkxhP3B6h6WLD6D/AHj2nuvZiOJmpGhAIDeR48AK/zPEdWXleUsSBWmCKD5eh4+tcdLvGfB&#10;D5JVLwy0+dq0g16minihFyFClmsfUUJvbT9OP9aA/wAkcTVH/InZo9WskqNa2W4a5/F/9vxzx7Od&#10;p9lbSTVI6ostAKHIOriMVANPs8/U9LrflkyPRhQ4Hl59St0/D3uKBaWh3NlMvXY6J2YrHUQ03qT9&#10;CKiDUbsATdj+P8PfCX5D4+pUF6lxp+ixvIqkjhmU8cn6Wsf9f2puvu6Qt3KuBQHFP28eHrjHl0bP&#10;ycsMJ8Ne48cV+wetP8nSt2N1B2fsWmqKPE4XHJJVNIPu6qmo66pETDSup7H6kj625uT9B75Rd+4i&#10;dCtTWmnH6AZXdSY2N29Skf4Wv/sfalfZnb9mgBYVoKk0FCRgYIP+Homfly9hYEinnwHHIBp5D/Vx&#10;6CnfHxz+TG585JXYHFUNTJLK/ihhhjmEJLab6JNKggEgAf1vfge+b987TVCEziMUK+PT5GZSBoJ5&#10;utwOBc2t71ae3tjPcaDGM1qCRQiuqnCtCcnzqOrDYLktpNATx+3if+K6Sld8Kflw0Uk0220ppHVA&#10;ktNBSx1ILR+JmQ/1UcKf6H68e4jfIzasZ8f94IGJBJaRjc2szKRzYcWAU+zP/Wh2u6OuOJEI4BSB&#10;6iuaFjmpqDgV8uq/1cuPMqD6fZg/M0+zpno/g/8AMOkBll2xlKtCwYfcMjvp/KXNwg/1vx/QH29Y&#10;z5LbWldVXJ00nKK51C6KSOS5Fxax+o/PsO7193QSWzSW8bUpVQAckD+HhVqj4TUU+fSd+WnkJUgk&#10;V40I/lw/Z0tcV8evlDg66Nc7tyup4nlVXL6YVcCQHWrQ6mbQAeCCOfpb261vyFwjxutNXwFiR43Z&#10;wSGIItb+zx+CfcVXX3fdxkl0RRsKAigB+XnmtPUfb0th5OAGsKT8vI/b8v2fZ0drq3Y28MAlPNub&#10;CVM6pIkuho2N40FmYNL+ok2sCDwfx7DvK97yxOXXcKhHUswjEtkCG9m0Em7e/bT92DfNyuRHHAWq&#10;wAB4tUeVQBReGf8AZ6NouUJJECJBqJ4LQV+dcYoPn6dHTpd5YdMRFT0+xnWtCGNGCU4CMPSJJGJH&#10;B4bj6H6c+4P+zX0dBCEScyPGptqW1zIPVbn/AHg+x9D9zvcJ28OQaWJoQMkFfJq8PlSnp1FHPBOx&#10;wyOxVXFQy4qNOQK/4COOfPovu5Zt8zVktRDgYlpWka/lmBaNHY/2Y/1AC/Gr/H639uq9u5nfGCbI&#10;1ANJjZ5RHjo7nXkHhYq9S6MbCNSPT/qmFx9ATlH7B/dB2D213RPcXm4JczW/+4MDhXUzn/RXQnIh&#10;4rqxrzRqdfKN/fE/fxubt5vuxe2940c0hVt5mhYjREQGWz1g1DsTWQA1C4NMdH5+DPx9zG4M5F3N&#10;vvFxU2AxLSx7GxVSup6/LI3ilz0kBAUQQepae4N3JYWCj2ijM0jqpVpGlk9coKkC4LGSQtbi/F+e&#10;fx7zLlu5Z5QswLM7VZjkkEZJJyPSvrjr5y/CVVJrp0jAP+AcerdfeWy206fpdb3s1yPwTwf9f3uh&#10;C+HpGKivA8MEfL0Pr1TINSfn/q9Ove8cI+qkHg+pgf6/Qsf+KD2lsqiQxOK04njUHzP+qladWlz3&#10;A9e9vtOGQwogVmkZm+jvHGFF1d9I4P8AT2P9sV4HhjjKlpGJqQWRNNdJIAOSRg+Xp0VykMGLVAAH&#10;oCa/5Ove1NRxzuVSTxysxBXgqCR9Va/H+sfcybSu4m2b95NHMCAymlKfatMeowD8uixY1lnWO3XJ&#10;NKE4P51Gfl10xABJuAByRc2H9ePeSvjKUMrNGkLI+t5Xa6iRX9BdfqqBuDb8e296Xw9qmmlKqwKO&#10;CasoIZSuokA6AaAgcFrTpWsMiqo8IghiGz3HyI0/hpkA+Z64BgzGzXBAK8G1vyQ35/4j3zxOUeaG&#10;qpq2lghqLGOqENQjAG+qCtp3XUVRhYqrLf8AqPbW2bhd7lDLb7kVt7q3w4jdXFGHbKhqSFYZUSAE&#10;EZqOjGO5trQPCkQkgnGSaqwYGoFaYKHFFqD1gnp2kaGRZZEaBw6qouJEK6XidDwQ3HP1H9fcybFw&#10;U8kU1PTzeevaL7jKRVDR1SLE+tUEYte5NySLm/ts7VbJfNc20WlpwomlR9LHwyGQkcCGIo+niCag&#10;jpbNEbeCFV1OXfUsmruXVhlVceRBqw+ynWFZPJJOCwVYI2U02hfG5IuHaQg3+lrL9Pz7x1zRy1Dx&#10;RCOpEbNHMdS+V3J/3ZGfo1/qD7NzOl0rW6iOZFxNHqBKgjFAceuCR8qHok3NFF5piqSCaNwZzXiw&#10;8j5eY+fUmDUI1ZwqsVB0IbonH6UP9P8AfW9htuvbciGmy2MxcFbXY4VKU5qGU1apUsPJSwyS3CRk&#10;i7E3PAt7h3nrk2a0t/r9itRKiElgzln7jhFr2rGpqanUfKoHR3s256DJYX8zwwzFdVBQVStGZQal&#10;hWgGAa56zg3/AKf7Dkf7A+8NLlKF4K2grqiRMhJAJJP2gjhwo1RoYyQzqeAF5P19hzbN62mSy3Db&#10;9ymk+qdQfgC5GnGGNXXyCivnXjStxYXKyxXdqgMINBmo88kEAhTxNeHXftumoKmedavFzU8MSTwf&#10;fVNQsgmiA5Z9Kk/uE2uWXgfX2R/uqa6lO47dMqRxMmuV6goa4OkEtrqKkBTTzI6VxXcEcRt75WZt&#10;LaFWlDXyqfwjyoc+XXvc2lSfJzSyQtHFUVDGRMghjLOKMaHMSKbgtxe/FvZlt9vuW/Xkj2xQXM5L&#10;i4BGr9AEMVAIoWH8WGHSa4aOyiVJalEFDGa0785PDHyoevexGovF+5HIkupEiLyA3WRzHz9b2/1h&#10;7yF2MrGZLaKNgyrEzuxJDMyDhUmhH8KkqK8fLoNAQPV5hjNAvyPn9vXRv+Lf7H/eePfcsEdopL30&#10;s0gsf0EH6N9L2v7U3VjZjw5pwT4DlwcUqfUYxn7emCSqgofjHAcR8v8AZHXgfrweD9bWv/re4EtO&#10;ftHp6ZtHn8iNLqUSJq5Zza/P4F/ZBebY0eyPtWy0BuS6u+oak1GpLHIL+Q46RQDp5JdMyzzZA4Dy&#10;NPL1A67944o/AhRiSyomqRlBMhUaQbj2TbfaDaoZLW5y6BSXK6tZHaKHj9uQPPr0r+KwZcA1xnFe&#10;ve5caHWOPUwv6Rp/Fhcn2IrOzb6uMutGddVVUKKUpmuCfsyOOePTBYkUXr3vLIohUO2jV+hSQNep&#10;uNGo/wDFfZndJBt0P1rKpZaqpIGsl8Bddc/5etaWbtB+0V4U6974+FDpZ0UnWJFDD6SKOGBP0I91&#10;TarZjFNMilgwkoR/ogGGr6j5gnrWt1HbUAgj8vTr3vKDc/UXX6i4PJ5ubezKN2mmoHAMfEChyfWh&#10;9OHD16bPDr3vBUIyxSPGwEgiYIrC48gNxcm4/wAPZPvlpLb2k95YsFk8IhVYagWBqMsSB5jp6EoX&#10;VZOFc04gde9wqOKSQ/cVTCQgR+OMKNMLj6lHX62P+HsLcu7fNcud43pvF0aAiAYjbzKlcmnACgA6&#10;U3MsaDwrcU9ST8X2+nXvbs0iXC8A2uRzew+pYf8AEe5EN7aiTwGfupqK+gHmfT86fZ0jbNGVaU/n&#10;+2vXvfWoamUEkqoOk/gH8g+6rcIZ5LZGLOqhqGgFDwINBUft6pQlQSMde99q5WMK5BYn9Shub/QW&#10;596gkaCBfq2DMTSqgkGpx+Z9cDqxYEEIKZ697xHQSLE+omwFwVIP5HsvlNjOyqjGshOkCoKspzUD&#10;yrxr+Q69VgPs4/Pr3tsqoYCs0khTzIFDuAbGxsAVB5sD9L+wdvdpt0sc9zcFfqI9OphWhpjhXJUf&#10;y4dLreSVWVE+A8Bjz/wde99U0TOsRYJ9WJVQTGwJIVvxzb6+0+0WLXKQNIq4JGlQTGwrhuHEjjwo&#10;POvXp5FRmC/LjxHr173KqIo0KIiS3KniMegAcc34/wBb2d7zYWVrLHa20clWX/Qx+mPXieJ8hX5j&#10;piJ3ZS7kY9ePXvfS6pD4zE4h06W8yL62/oY2HI/3g+/J9Vdyra+C62xGkmVRRm/0jdpWg/23HPXi&#10;Ag1AjVxxX/D173nIJ0gEqA2kaTZRb8FP969mBEshjSNiKNpFCNPb/EoxwwKEU6brxNK/7Pp173NY&#10;MEAWwsDcc2v9eb+xNJrEbFCKgYJ4fn6D7f29VPAL+3/V69e9wyyTKjHxMDqvzexta6sP8fZBcPBu&#10;VtFNKI3HcDVhRTSmoMDkV8vPqwDRkgVH5f4eve8cdP6BqVXYGyaf06dVgF/x9ltpsgWxEjoJZAaI&#10;QQF01pgg+lTnA8+rtKTJRTQefrXr3uYbIqooAKgAi97f1/23sUqBDClvHxAApWtB86n+dT0y/H88&#10;/M9e9xlZlfxCxVUL6iSWDFuARaxHJ/Pslgmngu/3YCuiOPXrJJYEsaBhQgrQnIIIIpTPVyoK6/Mm&#10;lPyz/Pr3twj1atIPpWxIuACP7Vh7Eh08FFAPl/q/l1aHxGagPaMkE/yp5nro/T/X4/2/t7pqYMBI&#10;0afqGk6QWjA+mu39eT7Qyy5IVs+f+x0LLCw10ldAAT2mmQBSlaU48fy6gTTlSwBNwpJs3pJ+pA+v&#10;0+n1HtiymLzVdU1NPO1McbMkfgEdRKk3m1XeN4003jsFPDg34PHsObhZbhuUstozoLN1UgEusmoE&#10;alfQBqjxijq2SGJGOvXVlfo6ysaylzQAqU0UwVBJIb17SBg8eu6eppzGCupbD1lkZSNNrl2sBx7c&#10;o6+X7SYZinWkpqCamEbzVMkaSknRGY2VtWm9g4awuf6e3xfFBJLuqfSBHA8TWpjepFDqBBArQEOB&#10;WtMjpVDPcSWXh3qB44CtEJkVgQNNBxr86Gg49vURqWAT6qZ2SaqWQyTxQwOLfq1ytptqH9k/U/4+&#10;xHxBU+WulNLTn7c1EhhBPkpo01OZZRcXA+hHtHu1zFaWrSuSY4wzEsRQUFT+Xr1MvJdrLuF8s58K&#10;KWfTiMEl0NB3NwJFaKeiw935aPB7d+0/h+WzdJLWxUNLLUVNKn2Gdka2P+3pSBIY2bma4AC/4ey1&#10;5z5Q7dxdVV/f06VbaJYpaFZ6kK8Cg+K0zelSVH4H5+l/fOq793L645mubyZBKkjNpQu3hlQcBSOG&#10;KA1/ZXro7D93uS/2eBLeUhtK0ZgCSdINMUwCTQV/l0TbYvx17PXKPl6PJ0uFhrM4+aWuoMTj4Hx9&#10;VWVXkq1loyzPONZA1sQwIvqtx7pQ+Qfzsy/SXYVPW7JrhnNlV+VXJZLaW6q16SXGD7z/ACigw2XY&#10;6mp5YmdvCxOi1x+oD2HF5+5mtLpt022eWGBZFYQSuZEOnLBSDqWNgaEVrTyHQstPuEbVzxtklxuM&#10;QtbsIdMkSgqxpUFx61z2mo/Z1bLt+HLQ4aggzVVDWZOKljhqq6nQxLUzJGENR4WuFZrXYC4vyPZT&#10;f5h38yvbvye+LFV1VgqHBbf3bmMlBXZmaHKitxMWGxk5loaTBGVhLHNIwUzwSpcFQAWBv7kG8959&#10;95ytk2/eYI4216tUYYRhQOwIGytQe7JLaRXqXfunfc63D2Z93YucbsyTw2ygR1DDLAilGwEBPbTj&#10;xPWSjx1TTV0k71nlpzDpWIQRxSzVDkGWrrZIwA7gKFQhQACRbi/vWQxRkx61tBWpJHUzVMzU9XqP&#10;hkuLhLm9+b2P4/w9hme6MjAPXQalTTjX/J6flXrsvcXZnVDHXw1qaEftoPQHhXj08e4Gcro8dTU1&#10;IxSYx00s5C2s0tSxPrtySABY/j2jVO4y1/z0/wAAr6fPpPaxfUuZlqoJyDStP5gY8vmPPh72kcfm&#10;pBNKkxURSroYMTcDnSyMb8r70w0guOHoKY/2D/k8ulckaKKp+VPIAjBAP8v8HXvYg7Y3kuKqViqt&#10;NdQlkSS9kqYgT+qJjcMAPxc+0N3FKZEJ7gtSBwGR1YB2eMj8NaZoMjh+eOvezHbVr3x2Wx249o7j&#10;ym3MpR1UORwmew2TnxeUx9VF+5DNT1FKynWpH6bg/wC39h3crS33OBrXcYkcMKFGFVoccPIU9BXh&#10;noYbLus22yCRZNEhz2kivEVFP5g0r1wkjSVHjkRJI5FZHSRQ6OrCzK6NwQR9Qfexz/L8/nJbw27F&#10;F1X8rt5vXxY8JT7Q7Tq/JetptWlcTu5ILAyAf5urC3tw9+G94a+7HsPSb6/ktDpeviQr8SnzeM0P&#10;7K/Z6dZce2HuVBcIu170VIAFHIAPH8RrQEVpUcR5V4l43t8dOv8APVM2Wxu18HTZCok8lXAtDSpT&#10;1UltPkiVhpjf/VAWVvrwb3vVX597Go6Ojqsduely9NXRiWknp5TJBJFKupJVqFBDLYhlIP8AvfuD&#10;bP2c5nvGEMsXkK1I1elKcQTwNaccdZW7dyhs/MCLJahX1rq7T5Y/ZxA+zouOU+FexM9VVFXUbJxl&#10;FUIzepaeD1sTqDIA1uP9f/XH4K4w/wA0dp5eDyy7mwiEqHAlcxyKWFivF+bfk8W9ieP2C34IHMTC&#10;p8sgUrggnhXo2/1r7QZQMAfQ4+ynp0Ce5PiljcDXaMVsHNSojqjtRSu0dSn+rUXsDbTwB7gZT5ob&#10;axayy02cxFTpJbxRzIXt/qSTYAH6/wC359qbb7v2/SvkNjhjFfX5njX5gdPt7WxugAU14fsxXj/q&#10;p08U3xdxW4YqejyWwclBHLGqyyVIl1KguoQMpJA+hAP+PsGNy/zGMHTf5PHLF9yHYu9NKCbAlhpF&#10;rWtbn/jXuQ9q9gt7SIMQdIHE8a4ArmtTxocfPo+2r2itfjdNS0yOPl6ca/meHWPGfy0Otaqvqa+v&#10;wNDLTz8JQVtOrxIrG7rpB4/Nv6X9p2m/mK4VlV6qrmsy8ahHdWJsQLDm3++Hs4j9kd4RzGnCo88M&#10;D6+nE+vn0un9rtujbRFCAAaVrx4f6jx8+usn/K86hZpHxuzNtU0sgJklWnZpQDYnma4/334/GbIf&#10;zFdr+NYwr1DNYApMAVIH6iPx9eBb/b+xLa/dr36/UyEgA5oQTj0r6/bw6Pdq9kRdN4sY0g/nX+XX&#10;PbH8t7b22qxajDQYvHaGV7rSxkakPpEaC4AuPpe3toX+Y1tejEjz49p739Mc5EnI/Sq6CL2v9R7L&#10;G+6dvSTeIWoOIHH8ya+X2+XT137JToKaStK0pQ1A8/8AYr0M+Q+IOUrscMfT5uKjDKUkmNLBIuhh&#10;psik8cEi/wCeP6e4P/DpG2ob/wC/JyEqRkgTLWwgvckAkMBx+ePr7USfdi3LUI/F4n0JHp+XoP8A&#10;VUif2WuHk0AvniKcP5f6q9BXJ/LZmnlnnHZtRDJUqwdY8VCEDFr69X1JsADc+2HIfzU8GkscdHtL&#10;LLIW1SCKoQDki4L+m5445PsSbZ90+5mjMtw4wKfDQef204+n+wJbT2AMkHiy1YkcDQf4Qf8AB1LT&#10;+W3DMrR5PfcOUjHKffYvzMWAAGpb6bcW+n+tb85Zf5puCp6ZJqvbOZdntZVqC5RjzcogAv8Aj1H+&#10;vJ9uN91aRZwEahHotCR6D5A5HDywOkZ9jAJmiVeHppz/AJf2fLptf+WlBplgpN3YakpnYMyJt+Nl&#10;cgkLru3IsfoB7Q+d/m50dKGSm2dl2QOztI8y35tyNN+Pxa3sQWf3QLe6UF5SppwpX8/nn1p5V6ML&#10;X2Dt2cNpPDIp9voOlLgf5b+FxxD5DeNLVsrqwEWCjQgKNOkvqB+nAta3PtFS/wA1OtrCK2TDVMVO&#10;wLCA1NiQpv6r/n8c/wCt7Uv9z/wgY1IY+TAeVP5ev28T0L7X2Fjit9It1OK1zXPAEHhXoZ8V8Ktk&#10;YikFNS1oD3uZ2o1dmY8nhmJ/w+v09vGG/moOzBafFuvlK3SWdgdJNuddwR/iB7IL77qslrJrII0g&#10;0wDQjzqPPHQe3P2UCkGe3wOFPX7RT06bM78HNk7hpvtcrXCqh1MzRmkRVbUbm1iPr/X2pK3+Z3Xg&#10;Bo8dDOCTYSVX+2AUkcf09lZ+7VI60NRWlQF/2PzIz646KI/aCFXCC3IrTyofnnOf9n06acT8BOt8&#10;WUkppZaWWO4heljCFF+pBuxuTci59pGo/marKLyYcqyNcpT1KX9QJIubi17m3Ptn/gUbu7kMiFs8&#10;TkA04Yxmnnjo1j9p7nVpWEin51/b+zoWsX8Y8FiIVp6auinjThGrKKKeVAR9PITc/X6E+8lL/M8p&#10;ZXF8NUQyKVDO9WdX9AxFrEW/w97X7oG7wjVBIaHNPLPDzrjB45p0+3tEUH6sQC5waY/IeZ6y1nxp&#10;wVcrR1c1DUI3B14unuykaSL3uLjj/iPblVfzTIaSMCPDSVEurhvuCOC3PAAHs7tPunb4q6ldqAcD&#10;Slf4s5/2em29m9uZfEiU09K/7BP+HPQU5b4EdZ52cyV4hVCzsVioohwx1aL6vp/ief8AH2xSfzT8&#10;hM2qLFVCKWA0RzKGjUEghmOkWAv/AF+vsR7d91S/LgXbVBFT9vqR6nj+VOjXbfZHbrkhZIlHmck5&#10;/wA/5eXUBP5dnSiDVHjKITAMomkx8cjWvdQPKW+n0vf3grv5p/29Nrgocm1RYqIXYPYj8+r0D/Y+&#10;xjB9z6yu2H1LFa0wB5fafXo2ufYbblWluiknPD/ij+zrhRfALYtE+mObFpArBo1jxMcTKb/RjGRc&#10;D+nH+N/aIpv5srpVrHWbay8jNJfyx1XkRGB06TEQQL/Xj2JH+57sNpCwD+VO5RxpgkgVJ/zCnSYe&#10;z9gA0TRCgwCBSv20FSfXqTlvgVtPIRpFT7gjookLHxw4aJBpZbaLpKPpc2Jv7WZ/m00FIkZm2plp&#10;o72vDIwCk/QODx9P8Afcf7j92DbYWJjkDDzJGR9meB+dflTpHP7HWUY10xTOR/lH+fpIf8Nw7UTT&#10;9vvGamC6mZY8PSMryMLeQkkMCOeNVv639quh/mtbRr4RLUbfylMwAYCXVYNb9ZdQb/77j2Fp/u+W&#10;1rIUDKDxOKinpmnGvrnoLXPtbbWr+EobUfsP5dM838uWFA0NNv4tA19Qkx4WRlJvYKSyqL/gD/Y+&#10;+FR/NZ2kz6UxdQFZwAztKFBvYs1l5/2IHtIn3eLWSjRgM4wccQOA8zjpu29sbZl+Bq+nA8fKo/2D&#10;08UH8veClheCbf1Y0b/RIaOONQSLMbLYfS4/x/Pt5pf5nmMqAr0uJiMYNuZ5LMP1XBIN/wDEcH3u&#10;f7vVuimg1ftHDB9KU8uPT7+09s5oqs1eGeFPXAp1G/4blwLFvNvXJMzciRKeAMBaxQE/Qf4/8i9q&#10;XH/zKsDUg/fiCmCHUIoyLhbXsStw39QD7KH+7yJJD4C1BH21Py86eh/4vry+z9qD/ZtWnrXPy9B1&#10;gqv5eOIgjAx2crJJTfXPJVTQsWJ+ulTa1v6g+23KfzL9tgSrQzUBePV4zIwXS1/SQLAf6/8AT2fW&#10;H3d3jjGpCeFccfWvy+3oxh9mIwoZo3qeNSaH5HzHTdT/AMtzb9TMJcrn8nIhZS0S1spC6DxpBbj6&#10;82+vsP6z+ZDVqWqDNQ1SDnx0hZioH51D8kcWA9iyL2VsVC24hIoMjB/IY4VzmvRrH7U7fCNDW/8A&#10;M5+zpTw/y1+oY7vEa6KqJJNaZi0xZhYsBfg/4i3HHtGN/NZSnrPtFw1bNMSRoaEvG2nnV5CAeB9D&#10;f3W4+71YXcWIqUPFeHzoOH20889OP7UbY608Agg+RI4/yH+Dp/pP5evXlI6Sx57KRyxkaJYgUcWH&#10;1JDcn/X9u5/mjqyN5trypqA9S1HikVr/AKvx/tjx/h7JI/u07bNL2hu2vHK0PDiP8HVIfaqwZv04&#10;3NPnUU/Nf59KaD4UYSkC/b70yw06Avnp0n9Km+kl2v8A7H3Ak/mdVrEtFgnWI2tG1bGWFhxdVv8A&#10;7cW9n1n91raJV8OUA+fDJzTiafbnh8+hBbezO3zHMdf21z61oP8AisdOkfw222hWT+82RSoCkNLF&#10;CqXubmyarC/5HsO8v/NGy6TvAmz4ahA/pletZuD9VNv+K+xrZfdA5TuE8W6OaUoABn+LNPLHp8j0&#10;fRezdlA3nT5Y/wAI4+nr0p8d8XcZjkjSn3xuSDQSS0CUoJvyQNYNhf8A2Ptsk/mjb9p4CMftDFpf&#10;hRLOQLf14vyP6/n/AA91/wCBM5MtJi8a4qPLP8/8vSib2U2Z2Lyaj9uqv8jw+0dZch8VNoZjSMtu&#10;jeVaByw/iaQBj+biJQLH+lvbLP8AzN+18lFcUOLpGYWCInluALKOPr/r+zFPu88qWJpIpP2+vlTy&#10;ofMdUX2f2K3UsqZGfP8AkSafl1Aofhh0pRS+f7DNVE3N5ajMVLu1zc6iP96Fh/h7Duv/AJjHds1Q&#10;8cL0SaSW0+B0cre9xf8AH+t7Hmz+yXJdrD/ZAtin5fKlCPtJ+3o3s/bbYFGh4wSfkvT+fiV0ZIP8&#10;p2ilWdNtVTUyyE/4kn6n+t/btRfzGO7VRI5YqEnglmE+scWuSP8Aiv8AsPdd19o+VEBdI1WopQaa&#10;H7MYPzrnpy59quXlHjBBQ/JafkKfs6Ym+FHx7NT90uzysuosB927Ri4sVEbgi39B7mVPz67mqYWl&#10;jkgRLkuqVDx6gBckaha3+uPYGb2f5ckuAGQN6VUGn8uP2fb0XQ+3Oz+Lp0LUcOxTj7fXpV4/4udL&#10;4xdNLtGkXgC7cnj6XsBf/be0Dkvnf27UxyKtY+q5+lVKeP8AUlD9ef8AY+xVtPsXywsoleMauJ7R&#10;X9vofSv2dCG39q9vB8UgAjyAA/bx6V8HSnW1OqpHtqh8aqF8RijKWH09Om3+w9oh/mr3nVGQfx96&#10;OIW06FkJv9QpZmP+39j+19qOTII6G2RmPrT9oP8Ah6ObHkTZFIjZFamM0qT8scPyPUtenuswQz7O&#10;wsrA/WSlVv8AWuPp/vHv2P8AmF3lDL5Krc8tZA7G6O7IyA/2VcEc/wBCfdL/ANoeTruIL4AH86/Y&#10;OhCntvsLpUR/nin+DqXH1X13DbwbQwcBH9qGiijJ/wBfSPb3J8z+2o0bxZ2t1glltUs4UEckgj8W&#10;/p7BF17IclxSFo4FBPHHGnoOia99vNkhB0AfsH+bPUx+u9lyDS+3scy6QoUwJwv9ARz/AK/tIyfM&#10;ntmoqR5N75GGXVcLESAOeT6v6f1t7Yi9quULdyVgUVFMjH2Up+eeg+vKe1LIRTHCnDHzp/s9ZRsD&#10;ZYj8R2zh2S9yHooWJ402LEX+nHudP8qe5JKYz/34yqxyBgJXlBQ/7UR9f6Dgeziz9ueSCQjwxlh8&#10;uA+Q4dHltyjsTCpUf4KfLyx/PrinXux4wQm1cGlzclcfAGJvcXa1/aPHyW71asiq17HrZIQ+rwsV&#10;eNgOPGxe5HH9PZxee3PJRtSn00QPDA7s+dB5elc9Xn5V2ZEKMqH9tc+Yzg9S02ZtNFKpt3DqD/qK&#10;CBTyb/UC/wBfYrwfLntNaZdeXoqzSi69cQ8l7WPqB+t/6e49b2q5bWc6YqKMgD/MKY/L7eiFOUrF&#10;ZjpqVrwx/q/1Zz1EOwdq6tS4qJOCAEZwoub3Ck29p2s+UHa2Qk8kFXS0kTuC2lX18n6rq4P+I9mj&#10;e3vL8MGjwwxIoeH7DSpHy9OjFuWLFFxljj0+wH5fPh1Oi2ngISpXHQkoCFL3bSD9bc+3im+RHYDB&#10;9eaiecKLiQoCTpuSOLn+lvYSbkLa47hTChpxNK0P2/5xx6LZNlt0NQxP8x6fz8z/AIepLbdwzKEO&#10;Ppwo4sEsLf09piT5CdqVNZJHNlKSOmOoIpQnyKT6dbn6H+ht7EB5c2qJNUa5GCBT+VOP+HpiXa7Q&#10;d4bPA4BOOJFDXHmMdcY9t4OLlMdTqb3vo5ve9/c1u+t2GIJHkY2mU2AZSxYgc2P+8D6D8+yZdrFv&#10;P4mkmvmMMP8AJw+0149F8dmkMpkJrj1z/q/n1nOFxhN/tIgbAcKAOORcD/ifbJH8it/UMhDOAF1M&#10;GiLHWxN7WII/23sa2jIsCinHOSP2+Rz6noQwRIkRr+ef2Vr6ev5dcJtv4ee4moKaQEAENGLED+tv&#10;ecfKHe85AmqchD5CFvDw9x9RrSwv9Lce1i3iQyaI1H+rPCn+XpqW7jVgiED/ACj7Pn/k6jDae3B/&#10;y56Ej8K1PG6jkn6OD/U+5cHfG8rrVDM5aSKQEtHUyfm/6Gt/vPtRJuFvPEYXUAn0/wBQ6UQfTqKN&#10;gnzof8/WYbbwKhQuJoEC206KWFSLCwsVHt0HfG8nhZmrJ0itf9ZBsPzc3P8AsAfYak2e3updcQyS&#10;ain5Y9P5dJnso7o1Q04ilOGf5f5fPrmMBiA2r7GnuLW/bXgj6EC319oDK9v5ypkdmqqvU5JHMin1&#10;fli9j7PLXlW2btA4fMU/kKfl0YwcvQYOT65wSPsJ/l04pS08YASGNQOAAo/3r2yUvamSFSUrlnlL&#10;cAvqkFiOGY3/ANa/PtZJy7CI+HAfLyrj1/Poy/dCKnaSAPyoP8v7OsuhQLBQB/gAP969vj763Jko&#10;xS0UbxwTKeUujC/pDC4+o+vsn+ktrWSs5qRTz/PP+wfLpCUggarHh+QpWtPXNPtA668cYOrSLj8/&#10;09sjbeycwZpJKiORzdnkdyQ5HJDNbn/D2fQc1W1vHoZa1J4D0FADj9n8+jCLmK3gi0cfs/ygY8/l&#10;1z9pjI7TycKSNTLU1ktjdvKQSAPpY8Wv7Otu5yslkq50k8PSh9c+X+rh1WHmKLxC2oA54/P/ADeX&#10;8+ve0lBhM2GaSQTwcnSkjMrOf6IF4v7EE/OtmEoXr/g/zfsOaca8Fy76Y5hqepOeOP8AN173iq5s&#10;9h3SWWnqvEGDFiS4cEX5sSf6e9Dddvv1Ph0OrjQjGT/qNP8AL0tbd4LhOAYcDQ1/l172q8T2B5Uc&#10;pi5lnjX9TFrBgNSm39PYcutsiuJiUYBWyBQVoD61/Z0UmK3upP08A+VP5en+qnXvc6l7Dnqp3pJc&#10;dNI9uDCG03/JP1+v0HtDd7PbRp4uCBU5AqP8nHpq6tbeNasML65I9OFfs6977q8rUeeJ44qmnZyx&#10;LBWU8+ojUvBA/wB9b2xZ+Gi61FKA1BzwwKeh+z8uiuGWPUfCUqBwr5+XrXP+rHXvc+SMV/hWeomh&#10;lYqDIisWcXv61+v+wPszXdWt4jHUBft4/Zg1I6Nk3g2kPhsBpp/qPHr3uXPUHH0yxLU1QhjLFGkk&#10;fWAvJVSn4/I/1vaSC5jvJyxoT5+X248/TpJFew3dwzMRU0I4cT5/mPtz8+ve0V/fKH7nx/xerI8t&#10;rWcOi6raPrzf6X9i0bVt305wPFpx8/sp/LyPnnoQrFtYhK6hqI+f+bj5fYeNeHvf/9QSM58nvtPG&#10;W3NDKxBKMsqBCp+jAckk3/s29gTZfaWxkiqYVWpFRQV8sZ8gfI1r9nX0O2nt3DKmpRn0oCeFOPy+&#10;w4+XW3tQfFTG1hkabDfbKSh0yMWl1j0gh7ixAH19tNH8tIyAn946dRqPpR0UOfqCVvb/AF72Pu+4&#10;+0thqYvB5Cp9AMYpw8vlTotvPb9o3rprRckjIoeIP+HqU/xLxkDXpsfchRYvLqN2/wA42s/lr3I/&#10;PuVH8wIjOL51nMYv6ZjJEDf/AGnkf6w9x9uvs/ZrEf0hQnzGaU9ccBj9oz0Uvyi1uQGVRX7f9Q6U&#10;VD8ZaWjj/boqaO4H6dKuSGtYg3B4/J/p7wV3zlbDuPDkaqpKnV6GLWNr8s/0v/T2GZfZmxlJVoQD&#10;gVHAj5D+VafYeqtyzEy0ZR8/Q/lThx6fIPjFiaiPTVJSop4ZJI9WoKLANosD/h7SGQ+e2ZyEoelr&#10;8peIsSnleMPp+q2bgDn6e24fYfbqsHhBGMUwPzz9nTEfKsCSU0ChpwoB5jhjP2dKrE/HTa+MhMS0&#10;uP1FSrSrSRhyD9SWFj/X8+803zm3RUURSOaopnsWSeWbXpFraliU2uf6n/ePwb2HsNtkc2p4+ODT&#10;FfzwadL4OV4KZTPrTj+dOHUd/jjtF59U1PDPCDcU32yabk3NzJq/1vaMi+WG88nUec7xlfSSH1Tl&#10;FBax02Lf70PY0X2P2N4NEdsqsf6P5VFPI8R/MHo+t+TLe4iACZ+z7eA/n/h6U8HS2y6KAQxbfpFQ&#10;KFWyhmsTxquObfg+1LT/AC93pQsEG8KcqdPLzRs97hefqQR9Bz7LZvu8bPKv6seTUkeQ9MYz9g8+&#10;qzcixGPxHWoPyGPPI6b6jo7ZdV6v7uRAgWGlRYk/7G1v9h7acp80dz0bB6fNfcMQfJL5f3AfqGBJ&#10;HA/w9iLZPYTl1pdMsNeA00AHz+0/tHr1W05JshcUlFTWmaf4B9n+TqA3x22bWx6Kqg0RK144oyCo&#10;F+Lk3v7S0vzA3tlwFTc3gUEl1Mro1/1i+k/05+vuRbr2U5Rs7XULZAwHkBk8Dnj8sjGOhXccj7bH&#10;BSJQMfIkn0r/AJ+HUmh+OXXONcyLhUmfjSZSJdP5GkN9De9ja495E+Ve4aSMGoyIqS7WMgmJYsnD&#10;MWJ/qbcD6e4xvfazZRJpEYFMDFeOcCmTj7PUY6A91y3GjNERSmDwzjA4Zx+zp3fpPazm0VIaeMtq&#10;8cY8asLEBbD/AA5v7YMj8x880piizGgA2ESSEgC1rAst7j88+/Reze2OwMka1+wDFPPiKenp5dMR&#10;8sI1ARxoCKevpx/bT5cOptH0xtOlQD7BGf66mZ9Qa/JFmt7g03ymzleGWTO1MaI15NEpCXP54HF/&#10;pz7Of9aTaYe+NBUcDTy9Pn/P7elI5KVSGQ8cD/Nx49S/9E214ySuJopGsNJki1EG/wBbm9/6+3iP&#10;5O16wmBctU6nP+deoKsSfyWf68f1/Hu1n7Qbc0pk0Ag17dOKelKf5c/b0Z2PJpmYppqM1Hp9nl/P&#10;+fUebqfBzypI9DSqI+FURm62HBS30/2HtuX5HT09Qs6binjn8pHFRpXn9RZgxBv+fYob2j2fwdL2&#10;6kUFSRldJqBSnD7eHn5dGEvtvbogl0VJoSa5BBrj/L69ZZursPPCYJKCjeIj6NHzqI0/0uOPrz7F&#10;TFfKkNFEtbnZKgWXQTUIwNuLXY2PF/8AD3G25eyW13E7CONVBrXGK/6vPjXohbk0PIYyKAnPy+VM&#10;Y/b+XSUl6cigYtjIKalYXCsqhT9dQUEAf6/uTWfJDAyI08uT9K3P+fIWMA8m4P1Ps42f2V2qGgMQ&#10;JUj8IPn6U/2K+fSuDkK3kbQASCc0HD9o4fbn06gydUZ6Vin3aKjKwZvV6tQ/T/S3B/H+Ptog+UeJ&#10;vI1Nlp1ijRheKpXkLyeCR/r8D3I0XsvthjGu3Q8MlccMcOHpjz6Eqe3VlHFrKCozw/w/5uoM/QYm&#10;RfLLDLIxBYFGKkfU3Nj+T+f9h7TVZ8rMNLUFm3BJrMnA++LG5HB0huD/AIX9vR+0W22+pfp00gfw&#10;4P2Yz6cOHl03ByfYJOY9NSMUoc1/lgevTtS9F0MEaoy0jBP608V/9bUQSf8Abf4+4c/yUgdtS5rI&#10;fUMHWtdEIH9sC4A/1j7Qbh7ebStFW3T7dAHlw/1Z49PX3KlpGysienAYH+c+vT1TdOYqlHoo8cbh&#10;gVakVwdR+jswPvnL8kKp6SM0uaqahGudMkpIIv8ApYk8/wCwB962/wBu9mSUSSW6VBpkCuPl8/8A&#10;VTpRZcq2rCs0YIHr/q8/t65DprAPLI9RQ0q3A9UKBL/i6WAI/wBv7ZMt8muwKWGJ9uzUzSAhgJDI&#10;wNuSblwPpxz7GkfIXKDKySwxVI/EornH+qnV7vlezMtVRAfmPL/LSmD1FPx96+qi/wDEqKeo1hlt&#10;5jF6SblRoFz+bk+1FjflXviuxiHLTmCvtZxFK4BBH+cQN+P8L+wHu/t7yss5W3gUAniAKf6vn0R3&#10;HKlkCQ0YJJrWvD8um2H45df0NUJKChtACGEE7NKqsDybn+v9Tz7SU/yT3XTVrmXdeUEissohWRrB&#10;WPER/oR+OfaIe2WzXEWlLdQKfKh+f2/6h1peS4plJVNJNf8AVnpbJ1JssQCH+7WJI0lWc00ZcseG&#10;fUfyfyfarxfyt3LC2qbL17/kaqh2vY/4/T/H2Ft09otqU1EQqRUj/UP2HFekc/J0acU1cTUZ+yuK&#10;dNVT0rtGZVjjxFDDpNx46aNSD/sPqP8AC1vYl435oZGkpiZq6udR+pfI721G7KNX9bfUewY/sltl&#10;040whc+YzTy/1V6Lhytb6vgpqJyR6f5B86dJGt+PWCqZS8EVNCW51CBE0tf9alLcj/H27QfO/HEN&#10;G09T540a4jfQ4B4ZVYC3+29zDyR7AbPaqJprdSMHuWtc8fsA6GWz8g2E6f43GKNkf5MU6Cjdfwyo&#10;91vaqzjJCTcRMHeNeb3K3/P59sFf83sfVPamfJeU6S6yVAGkA/X0kj3LcntJy7bR5towM8FAH2f4&#10;OH59DJOR9ltY/hVjWlAAP8PUbb/wY2xildauvpasH9JWj0tb8BmJ/wB59tVZ80cr/m6SetiDizL5&#10;tQv/AEYH6cc/T2F7n2u5UeTut4yVyCVXtPmK0z/I0+fRVc8obSz1ES+gpQf5OllQfDvYNKWknhjm&#10;d+CQhjuD+GIJNv8AXPtmf5hbw5aKpkcBWIRmIBtwGbkC3+sP9f2qt/b7k6NQPBjJGAaAkHjio/wd&#10;bTlbaygQRpqPqKn/AC9PDfEbqyRDE+M5JJLozKx45Gq5P+39pHIfNnsSjL6qZUpb6iI3eR3H9TpH&#10;+x+vs32/kblQyCSKJPOtV4V9AcV+Y49bh5V29SHaMdp/hFKHzp/lHXJfhz0u/jefDy1Mkf0eWQGw&#10;H9mx/H+v7T6fOPcdUz+fI5OkQAMSDNYsPSRxe1j7Oj7f8rPpDQx8KCqjz+zH2eY6R3/L1pAmuJAO&#10;IrQUA9T/AJOnSL4odRUykQbYxpNrDy00bW/pzbn2y5P5Zbky9QktFuzKU4ThtMk3+vYk/wC9D/be&#10;xRt3IPLCDTJboP8AaAjGCeHn+fRNBsUc8lDUA8DQED9gxX16UeL+PXV+Np2gOzcHUKf+O1FTvb/F&#10;QV+v+P19rXB/JLebUYd91VdYpAYj7ohmJF1Uk8/4Hj/YezJ+ReUIXUiCMaRkaVxT7QAPl/h6NZ+S&#10;rXRrAoTx+dP9X+z0xZn4w9P5SfzNsTBRyNdS649LDULOyCxHI/HtjzPy23ZQPaaomqUsQCtVKxJB&#10;t6tNvx+D7NYOTOUQmkRJQAUoAMHNOHn9v59E9xysA5jQmgoPTNMfb1gh+KfU0QvBgKWmN1/zVLTq&#10;BpFgQGBP159tMfyt3RUXefKvRwMAFiaWUhr/AEJIJI/1vp7T3nI3KM6V8CNuOSqkj8yP9kdJn5Vd&#10;4tTE/sFAf8P7enuH44dZ0yoYcDStMtv3jHErmxvyAoH+3HvLD8iMhXsFkz8V/wBd2qpFLkD6aX4J&#10;/pcH2H29u+UVkLG3ioB/CMf4T+VaHrVvyXF4p1ClB/D5ca1/ydP0XT+2KS5pqBF/bEYAihICjgC4&#10;F/bjD3tkjIsSZtwGAOuN20C/P1P/ABS/tp+QOTdFTBEBxPbxP+X1z0vuOWLdgU+HHmOJ9PsHpj1p&#10;1ml6r2/Kt2xsTsAP84AxPFrHn225fvTORlljytXUAoQNM0jgkcMxuf68W9oZeXeS7YgiKJTj8A4H&#10;y4cKZpwPr1eDl6yt1BUKCaUx5fbn/B1noerds05BGKpFYMrcQxAqUPFrD6/4+2GHtHNZKN5qrN1c&#10;OlOVNTLHHcc/T6W/xB9swbXyizCFIYuJqQteJpU9WGwwuaL5HNBwr546UC7OwtLpFPi6L6jn7ePX&#10;/sX+v19tFT3BXQaIxn5HsbDRNK1/8CwsP8Tz7OByNyxcRllijFcfCP8AVkYHQ12XlK0lj1Tfz4fn&#10;9v5/b1Ph2xilYu2PpgxvyY4za/5+h5/x+vvNi/knNjpxE+55hyAIvuJnOscekL9AB7Be+ez3Lt7E&#10;Xt4EFfPSAfs9eIzx/Z1XduT9vBpGqgjzH+r8jk9R6rZmBqbFsbSahezCGO4v9TyOfa7p/krkXjvF&#10;nqslwdLJMyC5PHBH/Jx9xTf+0G1wzFkgAFT5V+f+r16BlzyFbyNqRcegHTS/XW35GGvGUTAW/VAj&#10;XsLfU/j/AA9tNR8mctDOFmzlTIv9nVWSxkseAv6vp/sfZ9t/tDslypWWBQaZqAfzHz8/l5dLo/b2&#10;xKamjJ8/l/l49ZE6625Gto8bRxm/1EER+hv+Qf8Ae/8AX9t+R+XGbxqIoydcsLHxeWKZnZSTddQI&#10;tYc8+xJa+xXK8ve8KEk+dM0FMUyK44Y6KL7kmytWLMgpxyT/AKify6hydWbWmYvNQQOSSbePSt73&#10;+i299xfNObEwxIM1WNNKLq9VUiMc8tdSf6/0/wCK+97j7DbDMrEW6YwPy4AVz+ynRU+xbap06RQH&#10;GcfaK9Qp+odrVUhaWhpkjvzHFFp1f0JP5/2N/eef5g7xqV+7pNy+NXT0BagaF08Aagw/2FvYesPu&#10;+7GboeLbKBXzA861pQ5/1V9Ol1ry1tgTU40j58aeYqCeJr1Mh6m2VHF4Gw1LIn5LoNT8W9XHP9Of&#10;aMyHy47Lpw0zb2m8LMzHRIgCafp6ibk2/qT7kuH2C5NMADWaAnBqM09eAGPn59Eu8bdtsaitMZ4m&#10;tP8AY+Y6y/6JOvrhv7s44kfQtEWI/pa54t7YcZ8w+z55JT/eesrIVY2dah4yCTcIdIH+wNvbdz7C&#10;8mmPStolR5Y8vM1xjzoaZ6LbPaLO5KpHT1oK5HqRXgP8OOso6r2Cv6Ns4xOLcU6G4/x1X9qKL5ud&#10;kYyGSQZfOlIw11SckAfSwP1t7D9z7DctkeHHbx5I8hUelcf4OhanKqiKuioxw40+Yp/g6b6rpjri&#10;sOqfa2Kck3JalQkn8E+52I+c/Y+SnMjZasZhcpE9W4cKtgEdhYn/AGw9kE/3feVGUxmBA1SDgU+e&#10;MD/Z9elMPJMFz/bABvKtBn7OGf8AVXrodNdfJGI4sBRwqPp4olGk3v6Qb29rWm+ZPYszGSTN1MAB&#10;AKNKrsAD+PZQ33eOXDJpSBKk4oD9lKY8v83Tt17cxnFM+tP9WB1xbpnYRj8ZwlK4seZF1XJ/qv0/&#10;2P19ur/NTfRjTy7qyUIU6VvJZSL8iw+nH+t7c/4HHl9dSrbgnNcYqeB+fz+zpDH7f26tRloR5UNK&#10;/wCXptTofrhJGl/uxiWkawLtB67AWF2+v+8+51N8w+x6iMtj9yT1IH61NUwdQf7RQC5B4/NvZFff&#10;d15bjcNLbJk4qPP5cPnjz8ulLe28UiVVRx9P8tePUv8A0K7D+n8Cok9On9uO1l4AAPFrW4sPYdZr&#10;+YJ2/tzIClhp62a/H3KGbxlgbcFCVI/xt7M7D7vPJcjBrmFa0yMfl5YI/wBinn0VS8jQ2j6WXPnX&#10;IHp+Z+3qDVdA9bVkZiqMOHib9SalUEfQi4F7f4X9vGP/AJi3ezQtI9N5FA9LkNCbfWx4/H+t7MX+&#10;7h7fyD9OALT51r6n7T/hP59FM/JoIJVf5An/AGf5DpOVHxY6jqGu2IqgLAaPvJGTSP7AVr2H+A9y&#10;W/mPdsUiiStpppkuF0LUt6nPqI9Cgn6XN/z7sPu2cmyUpHQj5UAHD+Qx/k6LG5TkLAKP8AFK8cen&#10;+fqN/sqXU0aFabEtTswsZF0Ox5uP85f2+Y/+ZnvCUlJMEz1K2KmWUjm/DMz8n/Yc/wBPZhb/AHb+&#10;U7Yaoo6imnIFKcKeVPT5+p6eXlGSRa6FYjFangTxPp/l6R+Y+FnW+YVYpMnm6eDUXZKeRIiWJudJ&#10;X6ci4/p7fqf+YT2lWESxUFJGgLMy+Z09J5IUgf7E/wC9+zx/ZDlWK2/UgQ+WRWnoc5rTA9OhTt/I&#10;UUkVZUXUcVoTjyOa+Xr0zU/wD6LgBvTZmWQjmV606tRN2NiCOTzb6e32k/mIb4FUsFdt/wAhdAZK&#10;lK3Sxt9AicX/AMbewld+wfLbKZLSNQVNRioXBrTFPlU5z1af23j0lY1ApwpwH5U/wmvXqr4JdXvG&#10;0VJkszTRn6Rao3Q/0DMfUbfjn+nsQV+cT1sMRqaOtimkCkxxVMraQBqA0rYD/b+wvN7SxW0vgIlQ&#10;OBoBnHHyz8h0Fr7keGKTwmA7cY9B9vD9nSYT4HbRo6ozUuQgKAEBp8fCXJI+pkYE3P8AyL21zfNW&#10;FzaopMmSo9OiRraF4IIY/wC3+v8Asfb6e0tmgLmMMK1+EefA/n9n2Hq0fIlqUBkQEN5AfzBP+HpQ&#10;UvwzwdIv+TV1LGSvr1UjG5vwVP1Nh/X3mPzLxkcbvIKqISAnxSTGxZbAEliObC9/axfau2mCLHHT&#10;TioAxxqPMn/V5HpYvItsFBSNqjFRQj7K8OsP+yZYgzLI1dSyshYrMaWzDVcnjn8/j/Ae0NkvnlTU&#10;U7pCkrRnSP3JGMaEcrd+T/xT2JrL2ZsXUeMlSa0J454gClMnj0oTliEVjaMY4Gn+CtR/n/wv0Pw6&#10;2i8UYqarxSoLmSlhRGY/Q6lbjjjn2jqr5/ZNZSaAQTnWR41aZuGPPqFh+P6/7z7Vv7IbcDraKg8j&#10;jy4f6j/Lp48mxXDDXGaEU8v2njQeteA8s9KCP4h9atD4alayW4F2V0Vr83PIP1v+Palx3z/z6qFn&#10;wsUhdNJcOwYk2NgxuP8Aef6eyy49k9uQ6Y6VHAH/ADY+df8ALjoxtvbm0iPYgIPGp/wUpX14/lw6&#10;T9V8I+sJ5hNDWZenKvrCrLGV+lrEEW4H0t7UuO+eVXM+t8YsLRkOQJyWF/qVK/nn2WXHstYkZpUk&#10;gkgZz8x/kr+zp6bkOycUAB+3j6DiMV8j/PqLU/CfY7wGCPLZIqbfrEZFwLAkf4f8SfbxJ/MDnpGD&#10;ChrWCAD9uYePSOWHqH+9Ae0z+xNm8ehlRiR6Gp/1HiTx6I9x9u4YU1kA0A+f8wPXz8+k2/wL2PIX&#10;IyRVnOouaYGS5WxBZSL/AIPJ9w5v5lzaSq47KK6q11SVfUV4ALAc8/T8+0UX3cdsE2rQoyCAQajz&#10;p8j/ACP+AGTcsRQvpCVIpTyP+x5/LrB/sg2zSjJLlxUBvSTLSFrqf1DQX0/4f7f+vtP1v8zPPRKG&#10;ocXlZSbhRJOLG7WsVb/EW9iWw+7zsfiBpYga8e0AVA9ePmfLj1WHluSVsRgitcgeQr9tPy6wSfy7&#10;+q6yMRV84ZBcr4aCJXVjyWVmPFzyQPz7jw/zJt3yL5arBZCONWDA09YC9m+gKj6/1/w9iu49jdkS&#10;BkijBalMqpyPPhX8uPS2TlCeRSPDAJApw6aB/LO6RhcyU7Tlzzeelhfm976lIP4Fxz7fqD+ZhmSG&#10;V6XccajSoVbyGwNrgjmwv+B+fr7i3efu4bfevrSJAc17SMkV9KGtPPhTHWoPb3xkDulCONQaH1/1&#10;fLpSY/4AdYYqIJRxUJYkGRnodAe12ClVJ4v/AI+1dS/zJKupUxPkM4pYepJKGzaSfoXH5/1v959h&#10;60+7Ht8cgLW60HDiwr6iv+UY9OmW9vIEfKALXjk5+Q+Xp69Yq/4HbGqizRUuPhcsCphaeBAQLAGN&#10;Ba3t/i+f8MkHkmq8g4VFF2iIduQQpF7fj8/4exVa/d72yzwsSqRUkADz40oKk541/kOjJfbqBIqs&#10;tKnhT1+zNf8Ai+HSLzH8vDbWUkDNU04u3pDPNIkChSBo1D/eP959tFV/MXponMUc+RDKxKo0Wket&#10;rfqH4/2Jt7NX9i9t8KhgXv7ag5FKZ/z0HzOekB5BtlPcnHzHy8z/ALHSeov5YOwI6lampq6eSQfr&#10;cxyMX51AMPzyfz/re2Gu/mGZD7dpqdaosgYxkGVvIxB4IBFv9h/vPsvl9jLKNaaBU44DFOOaHj/x&#10;XRla8kW9dATBoeGc+tc/ljoRsV/Lt6rom0zqs0LFdaiGNSbEEj6WI44v7DjK/wAxbsMsyUkVRGo/&#10;S7yKgIIuSChvYcfX2gX7vm0yy6po1+fr+wYGK9LX9sw362inqOJH5DgfXy4evQoYv4TdL45FX+Et&#10;KFa5ViGU24HD39o2T59do5EukWXSCVgf88XbTzpIsTzzx7Guyfd/5dtXXXEpAFeGaUweGK9JP6kR&#10;RqI2Th8v2YI+3/iulI/xF6RlVUn2nTzRqOYywVG/wKqBb/G3uNN8ze4JEfVuCWaJwBdLqSfwOfp7&#10;Hj+0HKwRSlunbU8BQeX5+vSm15Osw4VwtBx/zmh4dd0Xw/8Aj/QTLUUuwMZDMhOlj5JDzySdR+t/&#10;z7k475jdmRuwrqk1Cf2W0adAb6nU1/p/j7JLj2Y2JWHgwrniQaD5fl9nQwi5A2t0EkYCk8aCmBjH&#10;r/g+fTxU/GHqKZAkW3IaYcAiJiqkA3A0/QAfi3vNX/MzfirLHSvFNI6oD5QygAiwIa9/9j7fh9n9&#10;jWVHkjUVP548yaUA9BwPRZuHJlhb9poQccM/bw8vTh1Dj+LPVC6NWImtGSVQTnQdX6tQI5v/AI+0&#10;rVfLPsjWZxVUqOAusfqtYcgg3Fv8fz7E0ft7y+kfhmFCKHiAR9tfX/VToF3nJ0U8lYq0xj8P8vP1&#10;/wAHU0fGPqUReH+ByePi4Wqmj+huCDGRY+2ir+VW/K+Jo6yti8TCysiaBdj9UB5/xtb2n/qBy80n&#10;i+CAVNKhdPD9o/Pz6Odq5AtJDUgN/Kn209Pt6fMR0F1pg2D4/BrGwN7vLJJ+Lf2zf/efYWZbtrdu&#10;RaSSTPVLJJJ6YV/bUc/QMtyb/wCv7Gu17Fs9ooBjGOFB8vTFadHE3IIhA0x1HHBHpwFKf7HQj0e1&#10;dv0CqtNiqOPSAAfEpNh/r8e0n/pL3YshpYszVAP/AGXd2Bv9bt+L/wCHsQmXaLdMqukVp2j/AC/4&#10;OPRLNs1xbVgaLA8qevzOMcST1OOIxhILUNKSpupMEdx/sbe1XRb/AN4pAFlqYZhoFpnuCBewZlQ2&#10;P+x9h265i2MP4RAJr5Z8sj/B0zHtyA6Sn5Cv+r9nWJsHjGa/2yLf6qoAU8f0/HsPdw7o7QrK+R6P&#10;OxzUQVGMcYYGNj+pSTxb/be1VluuxTKAyDHlgivnw/4vqy8sQTtXwwQfzp6/6qdSIsZj4QBHSQLz&#10;e4jW5P1ux/J/1/czC7nydJIkeVnknkCqZ/I5Y/X1FCTx/sPZ3G23vFrgiDaq0oOJ/l0IbHk5pI/E&#10;eMZ+X+A+p+fUhqeMg2UL/rAW/wBiPanruw8TTui644RYDVPNHEJCeLoXPJ9uxtaqf7ICg/2amnp/&#10;h6JN52O1soyEQBuAqBx/1ZB/l1gFEObkH+lxe1vp9Lf7H2jn7TxONqqiQVlOI5eW8tVqUC99S3Nv&#10;r+F/HtfHKgbVHGAOPAfzJz3evQNm2xwwaIeXHHH0NfL5/s67NEjKqs3KnghQDb8/T+v5uT74y5vH&#10;ZzTW0q0pM2llnglJ1BTcPrJ49qkvllTTJGOHCg8uP29K4tpeVVZlBpTyH2HHn6V4dZ0iKDTrLLzw&#10;QLfT6W9rzE7oajpvCSjSAcBwCtvyVvex/p7RSWtvMp1ICPL/ADYAP+rj0JbWzW2TSFAC/wCriP8A&#10;B1glpBIRbgXP9pgSD/Uj3nTdmaWQzR11X9qwYx0oe8dwfwfz/rA+wxuez7WxqqAV4mgNPlnIHQi2&#10;m0s7p9DAgH0H+Xj9vXYoaX6+GIuBbXoGrgWtq+v+8+3mh3zXVEUkFZSsDzGXeG91I4Gv/fW9hq1W&#10;ysZqRJU/keB+zobNtm2+FpouV9anHn5/s64vQQkqV1Lp/AYhbj6G39faYqs5SUlU7rUQUjXXWixC&#10;7B/1WJtc/wCPsa2t/DJENSAGmD5fmPLH+odR9uGx2rzkinyIA/OgPAfL+fWQwarB1125F2sL/Tke&#10;+MtfFlHQwZeWm8aiTVHGqiQX+l/8fp/h/X2hvtyWNNKoADg+X8vTz/zdMQbJBbkSSYzQig9K8PT5&#10;9drFoHMSN/vJPH5BFv8AY+1bjd4S4xTC9ZPUJEF0liGLD6E2HFv9b8+4u3vaIt2kLyxgA8KCh+X7&#10;fX+XRyNstJ4wNAofSmfTHz/aOsD0EMnqMSKzfX0/T/Y39567fUVRFI0dblIG0jT9u5QAk2BUD68+&#10;0G18u7TYsDNGuK+Vf8n+Ch6ZTl62OPDAB9DQ1p6j04DrGmPRf1RU7DVc6l1E8/kkH3Dx2dyGRlvM&#10;1dLEE0l6ieUaweAGBNvp9LC3tncrrZLUjw0HEg0p/q/y9WGy2MP4MA5zx/Pj/h+Q6zmlhiULGkac&#10;n9ESj83/AAP97+vt9rcjjMfSjRgnrJDYkR3eUsDcljIePYg5T3HbbthDKEXiR+f2cftrjpTabJYv&#10;ICFWv2+v5cfOnUYU00jlvuXQLxo9Okf6wtz/AI39uGN35OlI6LST49F5UTzhhEgHN/xa/sb3fLOx&#10;3Z8ZlU1Pp/xfQt/dtpbW9HUEVFaiv+H1+XWCbFxFw0mmUm5I0gEkfTm9/wDefaTq+0UqpZIKXMiR&#10;kYxymJxZZRxpFuf9jb3qz5R2CNdTog4gCmONSa8K9A+82+2k1GNQAPQD/Ua9ZY8TTi5aFfrwG5P+&#10;BP8AxHtDZrL7myNRG8e6K6kpbm0MNRInH1CAAj/ej7MY+XOXInpDEp9agenqeH2V/LoFXOzCVi0a&#10;kivn/g/1H8upkdHSoOKWLV+WMSXP+xb3nw+QWjrI/vMxKWksWklqpBKy/U6Re5N/+Re18u07SsOg&#10;RgZFKU/L/UOjraNg0v8AqRDy88/y8uskkYZNPjWw5tpU8/63sY8ZvTGwrDTtl55FdtKqZ57MT+NS&#10;EAewvuGy2SqZIowKDhQca/5ft6lrbbCwSAqYxUjP7fL/AGMfZ03SUAfW/wBvCr2HrMaEkD/Aj2sa&#10;zdNHFSeVQWKqCqM5EgbT6tTN9SPYEuFW3uvDZBTyOMHy9ePkeP2dI7/YNvabWIxSvoMf4eI4dN4x&#10;F5LkgXJuAARa9vp/vFvp7QdR2FkrOuOhqopVBB0VGtQQeHYnj/Wt/rexDaWmwvEGnVSB8q8ePl5H&#10;8/t6Jty2GyMYaNQcgf7P2Dzp1KOAon0+aOGQD/VxKp/1uPb7tveOcmpZXqqupNYFZjqDKSC1wB/h&#10;/sPZduUewwdkaIwGcAfl+fqB/sdEKbPaqpQrUVqcVz9nGh/l1DrNv4wsqijg8VwTZVNio4Yjj/e/&#10;bVk917mqJ1b+JVFPGs3KENpZALBQT9Af6/T3u3GzRpSFVqM44mufPzGcHh148spK5McYIHmKfyGK&#10;n19Os1PgcREoC0NOSRY3RP8AXvbn+v09iLh96VTQRKF1OihXqHcgEgAX+n9fqb+wruTWjykxBQD5&#10;D1/L09OPVJuX9ENVGBTyyf8ABwz86cemOt2nSSs7klUNyIlRQCL/AEFuQPbBmd3ZmWskYSmdEcHQ&#10;JHsoB5IANj/vv9b2bbbPZ6Qk6cBSuCDxA/1fLoiXlZ55gaEj8v8AVT/Vx6z0e2MbBCI44Ej4N3Ea&#10;62v9bsfoPrwPfUPamZx8ZWjSmEoI0mXyM/pFitnI+p9iO1tLOd9QRQQBUgDz88cMV8uhbDytNBba&#10;WjAPH9vmD9nHy6xVewsPXp46pZWj0sCiMsanUbKSUFx7lY75M9h4+tjhlxEMdOSAtXGInRATZSwX&#10;1f6/Ps6vtotprMo5FKeWeHnw+eMdNw7C5lCMB+YFB9mPn6U6RGS+PPXGWDrVUE7lz6h9zKB/iFF+&#10;Pr9QPYzbX+W+cifTlMLRVQiIPmUurOPpYqbgH3Fe5ctWniMFoSeFAa/tpxycZGeHT91ykug6FDE1&#10;qaZz8/244DoJd1/C/YGYikXG5TNYkSAgRRTiWFR9f7YBtfm1/YvR/ObFYyDUdsh5VsVjSUhw1/oC&#10;l+OP8fcdbn7VTblKChAU4NQc/lwr6nH+YBbxycQpJiFOGB/h8v8AVX06Aqb+XPQzSMq9g5WOB5C7&#10;D7eOQW/IJNjx/S9vaHk/mmNTZiXDx7aWjsQl52qmVgLixe1gP9tb8e1dn933bfAD3IV2AJrpAyTk&#10;gefr8+gU/LWmekkAKjgdOf8AV/h6aK3+VZ19lCs+Q7E3XNPdWKxx0UUHoN47JoJ+hsbn6e3Kb+ZF&#10;uOojeaioMRpClVEc8zycG4Uo30N72PtDd/ds224kDtwBrwqQT6/LHDhw6EkPKVtisQJ+wmn2k/4K&#10;noQdu/y3up9v0wpRmtx1QZWEoeWmjSVvwzeNQb/7H3Bh/mY70gnKV1HRRRICTIY5CyAf0AHP0/p7&#10;NLH7t+xwLoiU/s44NK0p68fTh003JtuSR4Qp+Vflw+3P8gemfc38rfoLcp8tXLuET+u+jIGONtdi&#10;xNuR9Pwfaph/mT5yeNJ6bM4inVrhSyshXizDxi4/2JH59lu5fdy2m6rFLGpFfME08xU08iB5+Wa9&#10;J5eRbSQaREK54g+X+r/VXpP4T+VZ0Pt+byUdHmdX1JXJOQ7fpJLkgjUCb++63+YnnKanaeq31hKO&#10;LSC88xVIRyCA7Nxyf6/n2ksfuwcvzXHdABTOBTGcjgB9mMfs61LyZZWseuSFBQen+Wn249Olkv8A&#10;L16hiVF/uzVzpGTxLknmLXNxcyMb2/p7z7R+fQ3JIXXtTAvIstmSnlopgzXvzGPpwOf9sPd9++7F&#10;y+8JSC1UY4+f2AipxU+eeJ6L12CyunMUcaivAChHHh/nz1zqfhntXbhVsBsysrI9BAH8YqAYQeGF&#10;jJY8fQW9mKwXzSlnVUHYGHnKksTLUwoSG/slLi3+w9w7f/dWtbWUyQwduAAPUedSKH19fn5dOP7f&#10;WbZaFf2U4fOn51J/b0F+5fiZTVlOY6rreulWVySYYxUENY3bXckcE/n+lx7WR+ZMlOFL7gwRKsCr&#10;x1CuSNOnm1yb3uPp/sfZJL7DxwAq8JOc+XmKU8sU+dfzPSWX29s3U6Iwp8xn/iq/IeXp0Dcn8vrb&#10;uVdnXaefhLhrxTQgWZri6tIwsbn63/2H9OD/ADaoUH7+4sUpYg3V3NmtYNeTj8e2f9Zi1WSrW7Dy&#10;4DIPljy/wfKg6Kv9buaOShiwPQDI8/Lh9nTU38thyyGkwuTKqdQWWoUL9OCoja3HF+D/AE/PtKZP&#10;567MhVkr950waA3dY01NwOB+0pJ/xt/T2J9j+79t95IZDCUVq0pQ0+YBp61p5V9ehpsvtjaSRiWZ&#10;NP5Vr+Xl6fn0rqH+Xnuykji/hmCoVktGRU1taiyO6H9TqXstv8V/r7RafzD9gF3jp9xZWoZDqCQU&#10;NUt7G1w7AD8e5Zsfu28p0Bmt1JA4tw4eQH+U+n5m117a7boP6R1cOA40r/q+3qDmP5bfbmXjKLm9&#10;u0CTBvKr1Xnszclm0Ib8/Qcge0Flf5lGKiq2hjG5mjR/25AjRrpVjpZVP14+l/Z7/wAD1yXaIyra&#10;oDQ1Jpmo4HzyegzHyFbwTFHi+RqPX7a/4OPl0/YL+VRkIaeNsxvLbk9QyIZfHiZpWEgAuUkkNgRy&#10;LgD/AHq03FfzLqOpYQUkealaxCfcukcY/PqJvcfjgj3EHOHsfy8CRaRqhxw+LyAp5VPzH2DPWrrk&#10;Xbov7KAEY4jOfl5fLy6W+F/le4DGzGWrzGEqIy5aWJcY5jkBNyAtxY3AvY8/6/t5rf5iNTDHreXK&#10;wDRa1PKdQ4uAxUH6ce42sPu8We5PiNCtagsK1PCtK/bX7K9atfb61vDoWBPzAr+2n7ehfxnwQ2pj&#10;CppIMJrWMRF3x0YIRB6UXi/H4/40PbXQ/wAw+rr9L0lZkogGCAz1TySMx9LNJC3H9QRx+fYgb7pN&#10;sz6nCd3HFKD0HoaU9fI+fRk3tZGiFvBWgH8J8vyz8jx+XSrb4g4mCm8BixNQltYjix0ECqALqhkC&#10;FiQRf/ePp7cpP5geWimGjwzFgRoKIWU6foq3A5A/Ps7s/ui2EkWhzgCuM1px8q4/4roqbkaGMkTK&#10;Aoz6V/l5enSaf4Y4tvJJHWyUjmQMDDK8cdlINiR/rfge41d8+62ojRSTTjjSFcQ+L+mjSbfW3A9m&#10;tl91a2sjqUBgOIPmPmePD/Z6vDyvZJqbQMcSRUH5nz/4v16a4/hBh5HaWpqI55idZkkh+4MgDatL&#10;F7/7e3tIVfzWx8xd8lnDTtp/zbSIrMGbi2prN/X6+zz/AFhGtU8CCBeIOK/5OFOHCmft6rLynZyt&#10;Qp6HA4A4xwOPLHTpF8MsZC8fho6SYr9JZiGAAIa5Qrbkj6W9oyp+auzKd2b73JVDqGv4q4lWH1LF&#10;QT/vv9h7e/1ibm8Uq8Qp8xQ/kOA48eJHRjb8jWQJ1Kf28fy/w9Lah+LlbSpGsFXgqVUIZVGMjLRs&#10;LAAMAL/S/wBfePEfOPYdXI0bQ5E2JRpJKhHSwNhbVyf6fT2Tbh92V5V8REU5BppFfnSmfzHDqs/J&#10;1ox0xoCfQjy88/5OlBN0Ju2EH7PceOVdBURx0ksJY6QCCVNgOP8AH2JdF8vtlqvnLqaQBpGUyDUC&#10;ORwpvx9CLc+whP8AdtvBKNCDBArTy4cMg+vyOePSiHkBHQqBWnpig/P5efr001nRe9KmlaI5hfum&#10;1KJVZNNzzckgGwH+Pvqb549VImjx1xYHS3hhlC6uFYxknj/bf8V9yXyj93+Szf8AxlcVFGOcVxWv&#10;H8umF9vrcOzstQvDiaD5+p/l8ui+7x+EPaO6Z5JE3tiYInDDxVMfkAB5Cv40F/63vx+b+0dnf5gf&#10;WVBG8rfxUoFLI0xkjiB+nMn5/wBb3krsntBtFpENcK5HDA/4o/OlejCTY7Pb4Coh9DQkig/L/BQ9&#10;BzSfyy93zn/cnvvAws7XlkpcYzyFb8rZ78W/x/1/YLp/M725UZw4vG4DJT0wsqVz1TpCxvx4y4vx&#10;7Gq8ibOLYxJAtDxpj5U+Yz/n6DUtpLJIVjjBLcfs9PIZ9PTj0+N/KY2FVxtU129ZHysp1zSx7ex6&#10;wu31KHkcX/IAP+PscsR873rKQzQ0E1Oi/Rnrjc3vZgt+L8+4g5m9mdi3KTSYUHkTStB8xTNDThTh&#10;0sHKBvFHiQgV4njn1NfTh1Lxn8r/AGzgKmNqTd9VNGCHMRxlMkeq41cqOf6Ee2yt+f1ZSFgJKiWM&#10;G7RpUlWBBty68WH9bD2Brb7vHLyzeIyAMPVcflXOfmSB1W25LaOfVoofmMH7Pkf5HoVYfgBtKSFY&#10;qjILqUWEppUYBSPxE1hf/W9s+V/mNY+BAtY1feUqvjgrnLMSQLHSt/rxf2YN7BbH4WiKNa+hTgT6&#10;Z4D0+fRpc8qp4RIhoPT/AFV9OodB/L12zj6o1dPlqAOb/wCcwsDng3DH1fXgAn3kp/nXiciFY1OS&#10;pAwAUVVVUmMMfqCTx+fYWvfu9xRAyWkaFhknSK0/LJ9fPh0SLsCwGrQ00mlSKn8/83S/o/iHTUCC&#10;KSqx9XEthaHHwQsQDquAeATb+vtR0fy3SrUJDkWlV+DLFVMHW4vyWPI/rf2H5PZS+t6LpAAzQDt+&#10;WfWnCnD+fQtseT49zQBE7v8ASnh864r04z/FHbUzvLJj6PyXDET0yShuQSLjn/efa7xHyOrp2Hg3&#10;JJSlrAGWRdIH+Bb6/wCHsgvvZi9kBVYgyj7QeP5D5VOPLj0um9u0s10gqFr5+fr6dMeQ+M+1KVRJ&#10;LtLHVbKP+UeBdTaWuvpAve//ACP2pZO/sukTyNnxKoIQua9I11DkG+oWH9P9797svYi9vHV5YRQZ&#10;HbX/ACY8qg/mOiK85QgCiRqEA8KD8vt/wdI2XoPaymSGl201K0hN446F2Nib86BqPN/6e2j/AGaD&#10;FozRZbcuPhl1m/3ORgJIHpBLKxI9jGz+7WApmaFVPkFU8eINOH+qnRUnLNnCHCAfl+2v5fb+XTZk&#10;fjlmVCrhMXXy0xiF1WEgqHF2QRzKo4txz/xPsSts/JbFV4RId446xULoiylPUFgg4VgxuD/h+fYQ&#10;5k+70LVGlhtddc4UqQfWoNOPGvDy6Lm5StJn/T8644H7Tk/6vToI818ed0UEwdtq5Sq8bn9ybGyK&#10;ii/DgC6mx/Kjn8+1nUd84WKHy125sasDaVdpa+mS+q1tKE8f7D6/kewIvsLcXH6KQMDkitMYzqPm&#10;OFP5HpqT28dwC9QKccf4Tx/Pppouo98x1Ykx20sgKwG4SPGVbIVW/wBC4srH6/Ww/PtvPd2zsgqR&#10;wbm2/OLgKGroCeOFLeoAn8X9o9x9h7uyXVJGwNMeWeOMVH5DPr00fb640nwatT7PL54+3A6U+I2L&#10;2zjZJTV7O3LAmq82ijmljkUG4BQXvb/XP59qjHdhUpR5aTcWMOpAgNPNC4RW4ugQldP+sLj2BL/l&#10;SfbdMLwnJ1UYcaeRPxA+eePy6LG5Ukjl/VB1Z/L5V8j6/wCDqFWdb1mXqHTJ7SzCGIkMauGWEO36&#10;r6XAB44sf9t7lQbox1RI09bvmGGViv7aMiFFHPLE3I/NrewRuu0XRfwUtTpoSDxqflwoftx1RuWW&#10;qEpSmeFcn08uhAxm1qzGUyx47YjyqqiNpWWf9NtLMysAP9gOfbrJvvDwxkRbuM6/QWGoNxy1xzc/&#10;UD6e2dv5cu6LrtTU54jA/bSn8/MdXflt1QDJPHgMDpqymx8xWSuDtSOJSBeNyyre97WsAAf68/4m&#10;/toyHayUsIWgy1VUvYAaIiq6ibKTfn/H+nsQx8mPeDSYQa+R+XGmMDyx/g6SRbE+vgWHCn+rPTbh&#10;+sJGrNWSxdFjxGxlaQzq7hWPC3H5t+HHvjjO491OSYjGxb0DzSyKz6Db1ITpBH1At7DG4+2WvIBX&#10;Tn00/KtM/t+0dGP7hMkeplyM/wCx6faehMl2hsSihWOoieRWS0gSCGWKS/qckoLm/wCCPp/h7WFH&#10;2xvtJTNLUxCnfiQHwujC91BBvyR+fZKeRUtSEZSCPMVJrTj5ef5Z6TtyurpoEYxwP+Y44f6h0lMv&#10;191VnYJKb+GLUzMtwksbwJ6rXHAtf/H6/T2ok7lyE+mOqq6MsdOvzQoptewBYDiw+h9mNtyQ8ih1&#10;VhgimCK+fzpX506Tf1SkB7EI+VCR6n/VWnQNZHo/beNkmmx2MrwfU4eiyFYjMpFo10KwFx/TT/vP&#10;t+i7MRY9H3+Ijkl0MkbJGVTnhxpP1/J9uDlSYERiNzprkVJb5cDj7MenSC45ZuT26c59a/ZSnQc5&#10;PqqOplkmkxuengUH9sTPB4iFtq1cG/8AW5/1/bpH2fWRlPLnMUkdiR4YIlcXP0NzwP6k+zNPb+5m&#10;j1LC5JNDqBK/IADNR+z1p1WLk6dhlcfnQj7B/sfPoM6rrbbjyTePau4nkhNw02Sn9Lg+pw/CkMed&#10;Nv8AW9+q+zKqRNFJnqWOR1d2eOJGu68oWDAjkfUH2mHJE66i0JAU0GKGnnT/ADjy49K/6oNowgr5&#10;U/nxPTpiesMBFdsjtDITRMVk8NTk5eD9dRGrUBx9P9hb2zSdnZyHUyZ2hmdRyGpo42dfyQwNr8nk&#10;W9vP7c380dWicL6gk0/l/Ig/5elC8mN4X6ij+dR8iP8AV8vXpXY/YnWTzRB9mzwPJIoH+XSSxhr/&#10;AKWUnkj6g3uP949pWu7kmEhWte0lvGKiBYmjZwP1FSvBH+297sfbfcZKRojt3VodQx5UPofnn8ut&#10;pyjcMNCrSh9Tw8iBnHQrQdXbfSFZsPTUUdOIlH2syXk+vrYoTyfwCF/4r7an7Ynkh1ncfhT9Yjaa&#10;NEKX9SSLqX6/T2MLL20u9ffbMRwOKHVTFPX18uja15JY0kYBvKlRT7fl0nqvrLEwyFIdoUtRM73M&#10;sVLPKRqOsOrafr/re03WdoY3U5qdwQxgGyg10YGlmvZUZyP9gb+xFH7W3M8SlICGpVgRkkDj0+3K&#10;JlcIvEACnlTp6x2ztwU0viotqVUyvoVZFxc37KKbcSKgb+v5+vtK5Xv/AGfhyWyO8sRRLwRJLkYL&#10;6rW1aS31t/h7rH7RX0gCrbMBwOKDyOKf8V+fW4+SohTNB/L7PX+fS/xfT2+MpGzU20clNKxLeujm&#10;jW5/Plmtaw/4p7bIvkj1zWRySQb2xj+kiSUZCn8AZbGzEsLf6/19r4/afcEpE9ueOKjI4/n9v+Dp&#10;+fk6MR44f5v83z/Z1yrOgezINDDaM5S3/AcUzyyMLi7HRqGr+n0Ptmg70w1TVuKTfWKkp2JI8eRp&#10;pxGpa5VVVj9f6H2b3PtYVthW3OugHwkGtDSppQfaR+fRNccpRBqcCeOPl8vX16co+mM9TU6NU7Cy&#10;f3A1CRTRTR6y/wBSznm3+t+Pxf245HtrGSJGf790caeM+sVix6V/KgA+ybbPau7muSzWzYI8q1+d&#10;AMD7c+dek0fJSA+IzYHlSp48c8f2VHWeDYOXpaaWODrWpmkQqFiFI7+pTcank/V/W4/2I9o6btfa&#10;yyKDv2ilVHsVbKoBc8guA/J/1z7lW19mZLiISS29D66akf7J+X59Lm5cjSlT/Iev5HqEdndjwrPF&#10;TdZ5ODXqaN4aBQNN7GxKi3H9Pc+HujZtiqb3ohKx/VDkFZyR9P7Rvp9pdw9kwEotvkcBpNR8/T/V&#10;Tp08pRzDUh4V4LWleP5fP9nUSm687fSoLy7BrXpmBLCekRkb86dKgEX/AD/xX3wn7vwMbhY9+Uk4&#10;4vDJUoePoTdTzb68KPYAv/ZqQVD2zA5pjjT7eHoRn8+qR8k3AUM3CmMU/ZX/AAV6E/Bdf7wVNdR1&#10;61CzC7TwR/n6jVG9rf4c+5UPd+2Z0ctuWGWUNaySl344uGJ+v4v7Bd97SXVsgSC1KgcDTFfIEZx5&#10;+vRlByhIKasfbw/Pj0s6bYe8FqlaowsoglUiZZnVLXH6l0DgAW9z6PvXb0B/d3N4+bhHaNU029TW&#10;H9Pxxf8A1/YZm9rd+1sEgwKAkcfLFf8ADw49NXHKzGqYHkCPI/5vt6c8h1vWVkCf79yCUhDcFGe7&#10;/T6n6XH+v9PbuveGxakBa3PfdPpNtM6BxY3X6Nz7ENp7Y8z4McTUBHAGnpT1AHy+3pEOTZJTgOc1&#10;7RUfzB/l/LoL8h1LuimaU4rbdNSJItpLwO6ixuzKoU/Ufj/eeffm7f22hM9NWq0SsNPmqIQzMPp6&#10;v8f6C3tbN7ScyFiJY2qcHSMD5Een8+nIuSpmbgaMKD/BQ0GPtPWKi2BmCFpazFKsqXYMlNUG2uwL&#10;ekWv9Pxx/T31J8idoqPFXVsAZfrorKe63/JBP0/1uOPbLe03MSQ0WNuH4lPD5D8sDjnoyfkO4KDS&#10;lfl6cP5/LrPH0LnmqvuaGiWzvrY/a1KBiOb3/wBcm4/PtrPyS2M0viizVLGxX0o9VThiWIP01D6/&#10;4f7H3q29meZrlgRDJ/vJr9gBFBTz4dXh9vr1h2xt6cK/lw/1fLp9PSe6YqdlfCpNcyBzHDMRpuAz&#10;llAYn62ufahou9sNUqqUmSikBH0irIwHBHpQte1h/j7XXXszvNgPGuYWBHmQCfmQBWh+yh+fSefk&#10;SWA1ZSp40xQAYrjgf+K6QmQ6my0Uj/cYxooydJRqKp8aaW+pA+v+t9PcXI9346nRxNVQx24ANbAf&#10;6MSBcG31/PsI7hyFdI+rS1K5qpqPL58T69btuVXVxqWlPlTPS92p1JUOEIpQ3pJULRzrELngavaQ&#10;n7jwtVpk/jtKfo6xyVsKBAvDKBGfrx9fdLPkfcC5RIj3EKaKTX86/wAvL7OjyHlZQcKc8TQn+fn/&#10;AC6EwdcVVLGoOGYtGGZXip5GLEj+pF/95v7wTdwbMUf5bPTT6frpr4SORf688kX+nt289ud1CVGp&#10;QcHB+Q4cDThnNK4z0sPKqxrVR+dK4+z/AFUHDqXjdmbmRy1HCYL3K+alkvccAg/j+trf7z7c8T3h&#10;s2lSRqSrpqeEjT+7WqARpIFlvb625/PshT273IzqhUs3GmkGmRiuPLNOg/uHKqtWNRk59eB/b+XW&#10;PcXX25MnDorIWnc3IMVO3qYLe7AjgngfX6e3CLvjZM1QGfN4iB1IOuTIppPBBNr8X/P49yBZe1vM&#10;bpWKCZ6YJCGnEAVNMUOADnJz0RpyNcSyawjsONQtRxwKgYp6dAzlen91RwyiLD1s8bHWkENCHdf6&#10;qpUH/bcc+4GU7u6/ndU/v5gKcLcrF94nA/tMGuf954/2HsSJ7O80IjGSylLMBUhGz8vT/VnoU7dy&#10;HcqpIgc1ByFNeOckf8X69RNv9c73x/MexM7Ig5Vpo41Ks/0IViDxxxb/AIn22Qdz9ex2VN9YOR2v&#10;9a1GC6hawU3Nrey/cPaTmK2GqS1kjpwqjL9n+AEHgejZuRSFwrcfNCK/y/Pj0uRszedSP39j5VEv&#10;o9YjLFbctcFRY3ta3uevd/XwAD7ywrOtxdKuH1En9RLfQji3H+t7K09ueYpX1pEyggfhYUoPP1Bz&#10;itD0yeSJnJKo3DPYcenlj/Vw6jSdX7k0sE2hkGRtZPkSNm9YF1AN7Ef1v/xT3Dre9djf5mHfmOHp&#10;AtFULLpX6rqAub/7C/sQbbyNvtoQ00FCa1qpHy4U+WR6+nSO49u55BXRSvAUIx/xWf8AJ0mqvonP&#10;ZJmkm2HNKUIIMzxRkuv+pDsOOeOfbRN3/wBeUcY8u/qErZQSGBJ0r+gahbk/7H2Odq5RvJSDJb6j&#10;nPl8/n+XAY/JBF7dSo3hBdX+1NP8hH+z0jMh8Z98V0jmi2SKUBbRLLU0qKpHCSXU/i/+N+f6+0Xk&#10;fkf1fI7STbwpXUAkaS7s/P0W30+v0v8A8T7ljaeWtujt41lgJYfYAD51FK/nQ16Nk9vQtA8OVFRg&#10;09a+R/w9YKT4odrU7FaXG0NOsj+omqhVAl78m5P0uOP6+0Dlvkx1NDrDZGeoGk2FPC7PIVB5v/rg&#10;+x1sG1xeKPp6gsSM0wONKYxTgcE/b0J9m5NdJjDCjVYZIB4Hj6DA/b9vS/xHxZ7QjMfnyOGpSNIf&#10;993WO4swRUH6QPYezfNLqOnL09PHmmRdaSH7Vlu4Okgsf6D8+xvHyRPcr4kvhhyQwBAYgfmPSvr+&#10;fQwi5UEiGNIqincStWGPmAQaZ/Ppax/FTdE2l63cWH8o0i8cNQwCg/2RpAHHHHvnhPll0zX1Mscu&#10;WyFDqIfTUUkjKLektZA3F/r/AMU90vvbqc25VIgxUfEG8zwDV4AAmlDk/ZgPSe28N2X+mFdJFanF&#10;Tgfsoa/l17MfGzfixxPjshg66SEadEkktLJIpuCfIVtf/An/AGP9RFX5PdDUlI89Ruun0IrSMTHM&#10;JDbgjxABv9h7j689sb66uVQQFcUPkKiuSfh8zkZqAK+iO79uJbVP1YtKAfEdOmvCteGf8mOkbJ8f&#10;e7NYWnTDKNZs01dTnSC176uTwbED2iq756/HXGSJDDuaoJa8fljoKghr8W+n9bcEezjavaa8hoJF&#10;UrUYDZrXgMY8/Wta9Ae42G1tJdDFaH+Hh+2vH5eZ6Z634h9q5sNJlMttsMx1pCJ5DGjfqBcLH9QT&#10;yf8ADge8X+z5/HwOn3e48lTa+Q0mNnbhjdWst/r/AIexrLyDdx2/hog1Glc0ofOh44Oc/Po/i2nb&#10;VjAZu4gVLAgV4YySM+dOm8/CjsSnAaDJbUnZQbxtNVRowb6ooaMgW/rbn/D2JO3flh0HndL029YK&#10;gSXVVmp54Ab/AEvrH+8e4z5n9tN8vP7MAlfQg0p5VFM/b6+vRgnJ8O+zLaQESyD08hTA/wAufXrK&#10;vxi7fxoVKXG4c8qTLSZaE6dK2IVZApA/pz+fz7W7/InpajUGHcGGmd2UmP0FXHH1V/yfybf4+41f&#10;2w3+LuWJyqj5kivE1WmPl5jHSm49or2GkwtXwO6grT1rTy/KhHUj/Zde4cgX++ilpdSlA8OSjJUE&#10;W+ivz9Pxb/b+22r+THUEiyKtRhZDp9RDwkoSNQsQOD9L3/23vVlyTvVncJPIGww00RiDT+KvlWvl&#10;6dJofbecFXe2etaikZzT8v2+XDqVB8VuyTEIznspAGY6v8vcgWa6keskcX+ntAVXyN6oond/4lRU&#10;olYhysgsQfw4Unjn6W/23uctt27dNxjSOa2dgoxgrTywcAn04gDpxfbe5u7guLdgRQkuQgHrk0/L&#10;9nUl/iZv+oMRqc1914iph+6njkKf6v8AzgJvx9b/AJ/1vcmm+UPVi/t0+4qbWVA4OsAaeBqP+39q&#10;5eTpV/Vu7A0qakDOPLFKHz4+vr0aSe3c9pEzugcCnBlNfkBXV+dcdQq34gb5ncl6ylqERwyK1WqX&#10;sdRVlX6jiw549w6j5H9eVYaAbux767g3lCuOfqbng8/gez3ZdgtYpfHMHhqtSCfiqeHpgcK+nzz1&#10;GvNVpNstsQI1TUGFfxgH+KjY8+PEdR6r4s71okiekwlNI8aeoRVMThyRp5UfU245/wBf6/VXdW5T&#10;Cdsbrx+29vZyOtMxepyE9OfJ9pjqZfNVVL2vayjSpP1Yr7G1ntkEsn0yUR5CQCRkUBYv51CIGah9&#10;AK564u/3jH3mbP7tHsjvnuJfEGeBPBs4mIDT3kvbAgr6E6mwTpUnz6R8Hx07BzW78Dt/JYE4rGVl&#10;fGa7JXjlipMfT3krJU5/UVFlH5Yge7D/AA0kFPTUGPgSKiooI6WkjHAjghHjjP8Awbi5P1v7Q7nc&#10;Q3BW3tEIijARKmpoMVJ82JyTxqevgZ5l5l3znDmS/wCb+ZZ2nv8Ac55Lid2JJaSVi7ZNTpFaKK0A&#10;FPLq1jEYqhweLx+HxlPHS4/GUcFFRwRIsccUFPGI0VVWw+gubfn3mSAs3kJIKLbVew55t9Pr7TJa&#10;mVjK5ppGSa0r8zj/AD9EDTUGkDj05e5boFRbDVzcEcAfmyg/4+10sKJCukavT7flU14/yI6Thi7m&#10;uOve+qdRLq16lAPLabAAcahc/wDE+3LGGO5BExIpxPDT/peFfkPPr0p0U00697UlFHFKRpclkAOk&#10;ghj+NVj+Dfjn3JfLVnbXzAxOS8XAZBNMVyOB8hjNeie6eRB3Cgbz/wAnXvbjJPT0ieaqlNPErxxr&#10;M7iOISzSiKGNnJHqZiFUf19jiOWz28iS/aRIgQqsWKpqdtKqaEGpYhVAqPXpNFFLOxEC6mAJooqc&#10;CpOK0AAJP2ddG30P5/F7Xt/re3dqaSsppKeUeRJZVXxyB2dtHJDOt/T+SDwfYhure3uoGt7hOwih&#10;UnBFfOhyDTh58Dx6WW630sWhW7i+KglqgeRoaAA/tyOsJZEbUeNKcm/psfwB/X/WHuKUp8VUE+Jy&#10;0yPNMFVnLClXSY4QgsSRYKCb39lCR2Gy3EsluhLXCvIQASdMSqAqClCcgBSwJJxUHDhjeCSNJeCk&#10;KxJqMsdVOHH1Ix5067u0iMVZeQdBFwCGF1LfX/eD7esakGUmSVJkTwSBkglWWORQq3N1cC7jgMQe&#10;Px7Ux3cN3F9QqN2EjKsulvsYDIBoeIBqPXo52yxi3G9H6yLoIIQk6iq+foScVP7Om3IVclFA16eo&#10;mEg0tNF4ykbv6fpe4H9PT76yNS1LkZf2YRCTGkZijHkDWu00/j9RF/weT78k0ttWWdCYmKqCgLMD&#10;nUX8ggwBQGnE44N7zOLbd3jREFKUwoocdxI7jXj3HP8Ah545fJRxs0krPIrNJqd2tckFFL/T+nHt&#10;uycSVcUiI3omQr5QDdpDzqIH0sfpz/gfaq/sRuu1S2BaglUrXiADwOCCaHODmlD0T3kqi6W4h7kG&#10;Sf4m4kGvD0FcjpwiUqtj9R+ObAfQAew/3NP/AAqDHp/CJ6r7ioMc1dS0astKtPGG8tXKuoxh7/t2&#10;BBIPI9xHzxaDZtkgX6JSNQV5kiGs6MancFtIkJqozw4ilOjHZbd715pPHWPQMI7mrFjwQGgannwx&#10;wr1l9sVJHNV1VetAzwSV1HYkW0pKkmhpmIsAX/tcX/A9xttsN7uN/PDtSlXuYtJoSMggFtWKa/Mg&#10;VxQdGVy8dvBD9WAwifHqQRWnzA8uve1LKn2rYikpkZKtobNJT0VS9EkatapDzRgpGWP0Dtzzb3Il&#10;zZSWp2m22dCl3oo5ijdoQGekuoqGCFqGoNKipHRJGTMLieY1jBwGdQ9fw4JBanyGMV697VtBLTQF&#10;6Ny2uNPJ4/IrSGF2IWUKOdN+AT/S3uU9m8CwjfZY9Qe37qMdRZGOHFK9hNQoORTPRejqR406ko2K&#10;rUCtMj7eBPXFrn6EA/7H+v8Ah7x1lMtT4C8koWGTWgRygfnjWB9R/QH3be9og3gW8zvInguHARtO&#10;rhhgOIHoaUOSemEneEELRgRQVGQK+Xp1y95liRIWEYCkuXewuS7G7MSP959r4rKCztGhgUrrJdqe&#10;bHLMaeZ86dNMxkXW3lj8vL8uve4KsWnCqDoKm7cnS45OoD8f09hOCX6jd0gjqY3UgsKkqwqSDXAH&#10;y/b04VAiJ86/y697nx8MjMbJZtXH5H449i6EMjq/BdJDfJvs8vs4dNR0VwxNPPz697jGrinlMSRr&#10;KqsplNz+ybXQgOLH/XB49lR3uzv736G3jW5RGXxGof0jxViGSjZ4FWqp406fZHVTI/ZqrpHr6jjj&#10;8x+fXveKsqmiinCxsshPjgaxJke12ZNINrD6E+0vMG+T2VlcrDGySE+FCSMyORVmWlQAo4EgVPWr&#10;aBJJFqajic/CK8Pz+XXvcKCpVI0TzOGUfuNKSJ2IFg0jgaST/gPYTst38C2jhinZXT+0LkiRqYUu&#10;chiTgUGKenSmSEs5bTgnFPhH2D0HXvfpqqNSZXqgFEKxzQuf20IOrUotwx/PPtzcd9Qj6iS8qGjV&#10;JY2PYCCe5BQUZhgkHPClOvRwOw8JUzUlSOJHofl173hp8pT01NNUO8f2wkXxKpLSSaxctpP/ABT/&#10;AGPtLs/ONjsO13F/OyG28RRGisTIxYZahrQf4fXpyaxmnmWJQddDWuAKfPr3txlqF0Cq+kLotr6V&#10;ZgRqN9RH0/xPsTbhu0XhrvsakQSKAPhDNjUakmlB8zmnSOOFtRtz8QOfPr3uPHkI7PURqHjIUa1/&#10;Tpb6WI/x4/p/j7K7TmeJWm3G3QMjBVqK6aHh9nofKuQenWs5ARExo2TQ8a/6vz+XXvbjTSeWNX0M&#10;uu9wSCYyp+jc/wC2t7GWxXX1los6xsgkrXIbQR+E1JIr+Hj64x0jnTw3Kkg0+3PXveR1VAZDYPzY&#10;kcg24Fx7V3MdraI96+lZTXSTTDUwAfOvnxPrw6opZu0HHp172zeOeUG/jVWvJLG7sGF2sCSpH5+n&#10;uNjZblfI0h0KJKySqznVxwWzUiuVpTFBTy6MdcUZxUkYBA/1fn173P1sEQyaY3JCgXDeo8Dn/H/b&#10;+xIZ50t4mudMLkhQMEV4AEgkZ4n8WeHSWg1HRUjj6fb1737Q3rEYCygC/wBR9edQJHuxtrpxMtoq&#10;pOAKgGhFeJAoVp6UFPPHWqio1mo697zBdSxggPpvqLWJDAWJH0/3j2arG1xawRSKJggbUWNaMo04&#10;4fbUVoeHHqlQCxBpXr3uGq1BqiVkBQM4QEnSQAP1r9Qf6WH+v7DkMW6nfmktpQyKzaQ1aEACuteI&#10;byUgDhUnpQTD9OFK0OKnz/L/AC9e9uUwZonNrXQqeeDcWt+ef+I9jTc1kksJVQfEjA8ScjyFCCa4&#10;6TpSoc+RHyH/ABfXvcGhp2RFR008+pSLWBuQATxb+vsJct7PdWsaxXMWih7qg8ACQAakUNcgV/Lp&#10;+4lSR6g19OH8+ve3cWVAFUAhiNVxc/i1vY7RQoCLwAAA8qfl1Q1CAKBUE1NRny697jyoSWCkerST&#10;xyb/AKtQHA9o7q3nnRkjIUNp8uNDmppwIwOqSAK5bjnH5/5uve8K2R7G31/oLNYXv7QWwS0ujGVA&#10;1GgoKBqDGfMj1/b1Q5Wvp173KSoeJHZUjL/2BIth9LfrXkf7Ae1txPKLaSWMBXoxQOSAaebEVx8+&#10;lVtc+EcqrVP8NSPWhBBHXFl1W5YW/obe4+Hhp4KuuejkdKqsqhPWp5ZHiedoBANQc29KgWCi3Fz7&#10;JNsttrN1dz20hM3i65wGYgOU0hTXBCivw0FaVFR0Z217fMY4tZHbojHAaanJpkkEkitft64SqjKS&#10;6ghRe/8AaFuePb+0s9PPA0jfceP0wk3RgGGko9jb/Eez9UV43Hwg+Q/1Z+3HSmWe6s7yF5m8cphC&#10;cHOCDT9ua19eowjhlhlAURiTmQCzA/m/PHuNnYaPJwvSzwS1ELyaZoYJZafUp9Ol5IiCRb6qSf62&#10;9lO5bXBuVgbW9jaWNqVVZGSo4Gullqo40zXGK9K77c1S412wqytU0UYNcZIPd6ehz16kidIxckEq&#10;unWb82vygP8AX/eP9v7ddzGLZnWO5cigkNHS7ckhgpaiUftGqAp0iLnkkaxY35P1v7i33LvbfYuQ&#10;72CyjRUihMSipIow8MVLEk8fMkn16yy+79yZPuPOO2WzyO0dwyOUbTUHV4hXtA+foM/sJb3Tvqlz&#10;m4dsbQoVSkzx3n9u2Wo6Z5iKOipmaecNLdLMRosQWUAspFr+6Z+z96TyznwY2NYCx/cka2oD9bFz&#10;cci/J4H498wn2ma5jaKdcluKEg1JwKHI4ChGP2ddvuXeWjPD4FzLQgCiqPyH2Hy6HfYOGpcZAsqZ&#10;Gpqp2BDiUKQpIvYLEASASfrySLk+9dD5a5zcm+Owd1VJo6ar2rQkU2GghNkgMH/Aqrq5dQU62B8Z&#10;vf8A2Hse2m1PZwR20lGIA1Bhx8qcP8nAdZ3cn7Pa2O129qwBk0qXDUqRQY9a8Dw8qcK9DJCmiJFJ&#10;JIXkm4NzyeD7rOzhrY6tlpKUwrI2tpLIIywPpKm54P8AW3PtT9BaUAGpVB1Ag8K+f+ShNB6dSDBb&#10;2DoRISikgYrUfOgH8v8AB1l9pCepklmU1cpYCS7waFDAg+pRb/H+n+w9mPhwwuqOxqBg8a1rQ+VP&#10;mP8AJ0ZLJZWamLLAjTXiCSfM4GfP/B172G+6ccY6szwzu0UoVkDMzGI25iFze39B7UeCoiDnAatB&#10;wbHEkcP9jjx6UxMiRaVXSprjgeNM4IHlQ1697RkiSI19dyRqBYeo2tyvH9feoxqpQceHAf6vz6VK&#10;BpMemn7PX/VXr3vNDU1Udzra49QFr2YC4Hq9tmIGTt4/L+daV+fTDxx1BAqR/Ly8uvexB2duXJx1&#10;kVI8k80Er/1/SbfVWHF/r7LLmxVayIBqzg0/wGtPsp1VJDbKRhj5AkEDP+r/AAUHXvYwtviSopJ8&#10;dT1+l1LlqepUa9aixRw4sRxa459lf7vVyJ5FAOO4f6vWgpwr0J9p3a4tWjlBH+SlfOp8/wBgI69b&#10;/ff8V9nm+Kvfmf2uuN2duCtrUwWYqvtsTOWknix1dK4VFgkJJWOQkXUmwNrAey6XZLPxjKYwRSrc&#10;M/lQ/wAvP8us8vYjn5rZ4tvvXZ4ZAKZNVJ40r6+g9fl11pBFiAf9h7s/TPZSJWIyVUsx/XaWTUQR&#10;duf8b3t7P7O0s3bwwoC4INBTh/xX554ddIuW7S2v0TxKEHSaHyFOOOPz+XXAxRt+pFP+wt/vXtM5&#10;PdedJCo+QMYJDMZPSdXpH5PP9P8AevcmbPy7sbw+JPPCXNKAUqMVPGn+CnUs7fyrtOjU8iOTQDRT&#10;BJNRk/L0p8+uwiD+yv8AySPaKyef3aF8kLSBCQNUq3Bv9bkXvbiwPsbWvL3LbEDVG744MPy4f7Hp&#10;69K7jZ7a1JFvCM8TUH51Gk/bX9g65+5uM3XnDEBW1CMUJ0uVKKzW1fTj/be7nlDZkYtDQCoNMH+f&#10;mAP9Xqgj2a0MgZ42XNaUqB659Kjz+fl11b6/4/77/iPbdW7irzKzmvlVSefCxUBR9CQeBf63t/sf&#10;Yjt7CxtbbSVGK5px+w/s8vn1Ju0R7bb22igPmSR6+VR/k8/2det/T3Jp8m80XmfJVKhxcBpCLeo8&#10;qp/1vp+P8fZXcx2rPoQeppjypj9ppXz6rPHaXcuhQME8B/seVeOR137gVdfUVEel8pKq3LJeSwJH&#10;1sw5+nAB9qrPYLaY6kQE/wAhnz88dOR7VYxhZGFT6eWPUGmf9VOve2ebJ1BR4aTJM00XqW8hLOVH&#10;1Nv6fk/19nabVCkZRQtfTy/1Hyz16W4tXQxRKmocAR/l/wBnr3uPTZDeElteRnEY+i6xbSTZSCOT&#10;/vPtDcbKwIZ1Umh8vLj/AKs9Ftvt5Z9coUA+mQPtP+r59e9vyUVdW3epqpAiKx0qb6iDflSfx+Of&#10;aeF2tnogFajyxw4nGfTzHRzBAiOEKqKUGKZ+09e984qV0dlmRXiU8aZLqyn8rb/b8+xBFouFAZQM&#10;5NM/5/lQdCiBI9Pco4/5Pl+zr3uNXqC4NPHNGwIAVAfQF+l7f4/ge0dxa2cgKS6RXz4ef+Uf6j0R&#10;bnBaSNQ6RUeWPt9Mde9s9VVS0y6nFQx1cMxf8fUAE/j3WLYtvbuwPKgpX7TSh6D0lra2y6wRjyAG&#10;fn/q4de9wRnTKxjjVyzWBIPJ/CjUbc/737NLfl62HcgBWnn8/Mj5fLz8+i2S+tVqsQrQfYPt/wBg&#10;de951oa+WMvHUyQtINQDAk2+thcWH+Hs5XbbNBRkBp6YAp51/wAnRVeXSTdtK1x9n+H/AFefXvfk&#10;p8mEGrzTlQ12Fxdfzb8c/wBR7WpbWSnWUWvrT/J6j+fRPLcrERrTVjyrxrSv5de98Yo9wzOIKGKo&#10;pjIQGLlRwbckk8L7R38NpHAZNIQgema/Z6+fS2xvJS4MY0+mK/5BUn8+ve51RtPdUS+Ry1RexZUL&#10;X5/TYgEHj63PsItvaxzVLCnrQZ/4r5+fQqEsvhq8jHuFaAU4ceHp/h697iUtDmY6gI1BVH1rq0wl&#10;lJvblvpcf1+ntrceYI2hpX/VT5U/2OqmbUasDn8uP5de9iPjtv5SUlmhH6lYQuukgvyty30/17Ae&#10;4V37dm10XBz61P8An6JNxvHQBYh8VcmuPt86/wCqvXvbu2255GPlj0NcFwFC8/2QdIv/ALzz7A1x&#10;fzULgVx5/wCqmP5dA24kd5DqHDABFfmKeXXveOo2ZeORPIELqCCoDWH6mK/n2XW/MzQvlaUJBNAP&#10;8P8Ah61BMAQ7KBXFSMfl6H8vz697yUu14KaARSSPL9HYKTGbW/UP9b8n2aNzJGxpSlMCoB+3hWn+&#10;rPR/DNGBo0KDmmAcDy8z+zj17235DanlhZ6GoqoG0lmRpXZG/wBpQ/WxP09nW375bIe9eA/hyPPj&#10;/s06Ww3tvHmQD8hw+2v8q9e9oGfCZqOTRFQS1PrvrseFtY2/qfYwj5gsGQLWlR/Mn7D0ubdbNgNJ&#10;FD/k8zjH+Hr3vIcbn6QWjoKi5A1qR9AT+Oef9h7v+8LOcVjKivp6/Phx9T59MtdQsSFYKKVxx+3z&#10;x+XXvcqLCZ6pZZIcewktcMwA0gcAaj/xHtaLm1iSmoCnEef7PIdLbeQeGKhT8v8AKPLr3vnPtrds&#10;utpKUFSy3CuAwP09V/6e247u0UBTilT+37P5Hy6dEsay6qAg1wAP9Q+3P5de95Bs3cKoGFMrSP6S&#10;GktpJ5JJX6+zKLfbWJVPoOODX+j+Xn0aw7pDHGE4U+zPoKcBT/VXr3vnF19mppFarMMKFQdI8moG&#10;9gCCB/iSfp7ZuObhHUQE5/P9nEU/aekVxvKtknicYr/Lr3tVRbAWOm8VXlIo1KhlVEBfSOBqX6/4&#10;Dj2E7rnC8aSkRJp+XH/V5CnRNc7/AOGxUEmh8yaV9P2/y8+ve1Litjbco0VpalqiTl9TnTzaxVEH&#10;0Hshu+ZdxmBNfKn+r1/w9FdzvVzNGafKnGtfP1r/AIeuiT+Bf/Y+3L+6OChmEqyl0C20hFPDc28h&#10;5/3j2iHMW9olATT7eP8Ah4fkei1dz3NCNQI8/X+XXQLflbf7G/tTU229vyhV8CjQC36QGa4Ab+n+&#10;2B9pZN43meviE1Pn8h/q9OPS/wDem5SqfFJz6+n2ZP8AL9nXB3dfwP8AiOP8fx7y1Oz8HNEaYMsC&#10;tfSi2UXta9vz/sfai23G7ikD1yaeflxzWgFOvRX1zbygsfipxrw9aU8vXrh5W4IUMCQLDgj/AG/t&#10;IVHUmDWX7h8jNISpPjjZUTj8Wtf/AFwPYnPN12kOiNsj+Q+Rr59Ho5juCmioJNR8zT+X2evXMS3+&#10;qkerT9QT/r+01kdl0dJE0NFE8oCm0sjhXDMeGCt+B/W/tuHmLcJWq7efD0+f2+p/wcemItyubiUS&#10;kgfZ5Y4etft6yA3/AN6P+v7QtT17uLVqpchoXk6CVNvyun/YfX2qbnO5jBhepHl/n6Xycy3US+Ej&#10;Gn86/ZxNPP8Ay9d+3PH7XrMeLZDTOzx6C4WMoCfqW+t/9f2GL3m+9kJMerB41oCPUfI/kOg1ecx3&#10;zN2k1X5/4B+fDr3uf/dyjqGCjHwuUUOS8Sg2/rfj8/n8+ww/Mm4t8ZpUkVz/AJv9X8+ir97XLdzG&#10;lKjiaf6j6eXXvfOXbBMXgESzRC5ER5AP1P4N7Djn/e/d4N/3EDVkfMjiPL9vSiLd7qgWumv7Kfsr&#10;/l697Th2RkZi6QIlNEDdF1caSdJY8Hn/ABPs/j5lufDCVNcYP+YeX8/n1eTeblhQnFf4s8flw697&#10;kf3GracoPul+lpOGUFvqVUWsf98fb8PMUhFBVfzFfsr8/wDB1tN8uF+Oo/Mf8X1729w7bniis7al&#10;tcspIYrf+1qFyf6j3WTfpmOCQcV+Z+yvl1ob/MzGpyD5Dj8qDGOPl+fXvcSHDmeq0oWuhPDNa9v6&#10;j/iTb2huN5MRqQM/LJ9fPNP5dNSbnM3x0UHP+f1/zde9vY2jWO4lkMI4sQZBfxgfQ2JHH449lUm+&#10;ZAQYH25Py4fsPSSa6UgMhyfSpr/g4/t6975w7UplnDSTva5RlVQw/qo1/wC9Ee3Y92VzpdTnII4/&#10;8X8unYLxqCTFK4I/wUx5evXvbjU4SjiVVEUc63VQ11LDT9CQ3syS9LpVqiuRTz8v5/z+XRg9yqRs&#10;2QcdtOJ+XHHyOPs6974w4ukZokKQhLsACg5sLizA8/1HPvTTNo1DBFME54fZ6eVOi5XklfxsV40x&#10;+ynl173MqcJQpGZpXiRE+ira2pTwWtb/AG359m+zA31wFTNccf8AV/I16P7Gk0lRnFM/zx/lGR17&#10;2nV3VRU1Y9K9PFV0qizk6FCXurfTgnjlQfc0bPyYJLdHwGPrWoz58cenr59GjpJbUEQx65z/AKvX&#10;z49e9vX8SxVQFbwUjRMAyuUUG3BAK/QEf4+zo8qTqaLxpn/Y/wA+OlkN5eSKq6SDx8vmBQ8eHz/l&#10;17250dTtSPQZWollB0uBEoOlrck/n6fn2muOW7l4zTNRk+Y8sevR1aR3lzH3CpY4/L59e9vY3Ft+&#10;jV1pfAWLemREVS300+o8g/W3+x9x9unJU0j6hRR5AE8Af9X246Jtx2aSVy0i/wA/2fz/ANWOuBVj&#10;9Tx/Qf6/uPjcnQ57KR00snihA1Bg+hAOfUQfqfrf/e/ZLLydNFGWDZ+z+XDh0H5NkZa0IUn0wfs/&#10;zV68QUQleW/3v/YexQXbeDMY/wAvRtQulmHA/Ckc/UX5PsHXW0XVjIQFzTNOH2/Kn+Dohm2ye1q3&#10;H1yfP/L/AJOGeoRqJ7keI8fn8e2PLbGxtZEzrWRxPxYAjV9Prp+nH+8ey2SaWGQRkHgeHA+XH/ii&#10;ei2WeVGMbHh/n4eVeH59c1qmvzGxte/4+g/B9hnVbMlgYqa2eWIaiRZGjCD6AEkk/T8+xvsTuyBi&#10;MY8/X/V69CDbZJjHq+dBimM/6j1KWRW+l/qBb88/19wsftOgincCpXyO5LrIiB1BP0uLcf0+v+Ps&#10;wvr94BqC4p5V9KeZ/wCL6XS3kkCdo+XnWp/PH+HrlfgmxNr8Dkmxt7WOM2li6dnZZY1d2uSEU3P1&#10;BJH5/r+Pr7Ct9vVzcU4kDy+X2V/2eia73W6uaippwxiv+Wn/ABfy6xNKQSNB+nBJtckfQr7Ukuys&#10;bWRDVK8ZDhzJGFuukGxFxa39b+yOHfri3k41JrxOf2V8vL/D0Wx3lzqL8Rwz/q/nx6xmdx/ZU/4f&#10;T/ez7n47Z2MhDNqjlJWxkdRrv/hYD6D6j/W93febmTtNcfsHr5/b1V7mZh4ZrSvz/wBWf8vWOSd+&#10;LC3P+82ve/uTNtPHTMiNTwGGxHKqbi/ptb8/7f8APu1tfXKP2E14/l5n+fDHz4dNxXVxDJRDk5rQ&#10;Cnr/AC9Pz66FS3P5N/6/T/D3BO0tqpKKI4igNVMxUVApYPKhRPJy/wBbkCw5/wBhf2PFvr1rBnLN&#10;RRUZNKEj/J8+hGL+9NoZgeHl5caf4M9d+WTT5LmwF9NuT/h7/9Wkp+xKdyrS7jhZuQQxkstj6Qtx&#10;Yc2F/wDH3P1rsH040lB/xfy/l9vX0mx84W9sSFoCeFT5H/V5U63+PbjQ9hYOyJNlqRZD9AruoJJu&#10;CTawBN/frrZfEBXTj5etKZB/wcMV+XT0fOG3TMY5D/MGp+fE/wCTFevexcw288S9IhavpDGoDaw9&#10;9ShvqjXPq/r7j/d+VbmVwug04GnmaelPTpBd31pekaAD60I4/wCr/L1xKg/Xkf0/HvHX78wimyrL&#10;WOp0/taWViQQL25/1iferXkaU90i0GMZrg+VRw/l0nikgCVKjPr5/n5+nXrH+th/gP8AivtIVHYi&#10;T/5PT42SAHUxeV449XGkMHPP+v7FNvyQqrVsH7BQfsGP8/8AJTIyLR0IU+f+b0/w9cvfqfeFc0Ih&#10;EyeMqwjbUW0m1yLqLH/Y/wC9+zOPlG3Bx5HI9B8v8hp+fTcKF3LVAqc0I/z/AOr066sPrYX9piqy&#10;24RM5XLqYJPqkcRRrXH1e/4/1vZ7BsttAQCgpnyH+b8+hJY3EUBCvQ+eMnAx/wAVj5dd+5lDmqow&#10;PqLNKDyTIQrN+Sef68j2T7jYRUKqtAa1qPn5fl6mnRk19ZGMoaCoyDx4Y+XyNcfLr3tvlrayaVma&#10;SVyouq6isbKp5Cgnn/bfT2EZ4rqI64VAAPzx/qHp516Bm4XiwuWhoozgV/1fZnr3+tx7ecfmqCN7&#10;1RWAg39MwQEHkk3N/wDH839o3ivrpCJNRH8JrgcPXH5/b0xb73rUpK54ZDGn+x9n7eve+eX7BgpF&#10;049BUjULATagSfoWF+B/hb+nslblu7DmRgQD/g+X+xn9vRHf3MWourmp9MmnHFP8NK9e9pT+81fV&#10;S63jhpwLSaVN+T9dI4+v++PswtdrkiorE/YeJHqCBT9vSfb9wiD6Wcnhx86fMf5Ove3emzcq+k1K&#10;B5TyBIVBc/hh9D7OhtIcalFQPtz604AfPoYwXu3Oo1cBx9fy8gP9VOve5smQkCrJLO7AL9VZiCP0&#10;3IHHH449m9pYQgZwPMEcD5Glc9DDbrzbBHRDQH+VPQeh697T89WZ5/Is8/JNyXYBgASfQpt9OD7d&#10;vIRGpFR8vP8AP7er3+6Wca0LUPkD172psVuGjp4rVcki6TfUsh4Cm1msT/X2F3264kcuFOfMjz9f&#10;XP8AqPQaE1tI7Sh+4iufL5cOB/P7eve59Xu3HZilmxkFY0auQjOrspA+moFb/wCx90trK8t5/ENc&#10;H/UPLpNb34hm1B8Cnzz6UPCv29e9ssmKkpqN46fJyKk6i9pCJdEg06lJ/wCNexht91Kz0eppjzoT&#10;9lP8/Q8i3BLmLQprjT8q/wAv2+vXvYdS7ELT/ctk6+ZQ5LJDIzXY/wBSTe4/1vYiNvHJFqqxamRq&#10;NP8AV6dER2ZZbzxvEkJrSgbHrn/UOvexax8tVTYuOijgqW8OhfJJrZibAF2P0I/1/YB3RHM5RCKH&#10;y/4vzH8ul1zZskQ0GpNcef8Aq/2eve5NNU5tSXETpGrFF4a7cfrIvbj+nsqfC+EGANK/7HrU/Z0g&#10;d5FDRK9TTyPCnkaCteve3hN35ahiaL7aSolXSG1AoCpIuFH0t/sPr7ZhsJriQSVOkefGnz/yDpq1&#10;t55nGr1OSf8AB6fl10QD+Pzf/Y/198ajsXLwoQaCNbJdX8rsR/rj6G/9Bf2c2vLPiAyMdXD7B+z5&#10;8RXo3O0tpLkas8af6v8AD11oW97f77+vtMQb/WonZskEp3Ehcs8l+P8AVafr/sP949n37jiiTSnp&#10;/P0FPXpVFEI1KYFQPy/Z6/l1yAsLe1zS7ooZkEkNZTyCy6TYeq/AADfj/Y+w1c7W7uUI9fy/z/Zn&#10;rbWPjhjwr/L0oeNOuiAbf4fT3lrcnPJCwp6+niLaCpUhwL/qJXkf64v7c2zY0aYF1qBk1/yfM/Pp&#10;htnCJ4kg1YNeH/FZ+zr1h7CjMV2cgnkelr4ma9msEF+eCEP0NvwPcw7VDb20KoSFAAOaCtfKucfl&#10;ToO326T2MvhwjtH5n0GfT7aDrv230e58xQsZsg4l8ZOhgQ19P05X/ivu2528dymhWA+w+f8Aq8sd&#10;Fc3Me4ygAmn9HA4eeTXr3td4rftHXALUn7YFSPP5CSWBvpIFrW/r/sPcY7vsVwrEq3xE4FMf7H8/&#10;XpUu4TyrVgKfb+37a/lnr3tSru/CUweWLLrKyqGePUrcH8AfU/6349h+z2m7ebS9B+fH+XHpVaXk&#10;kT1kI8yKf7PXVh/rf48e0jluyKusjlhx6wRgAqpdgSzD6AD/AIqfYzsuW5ItId9RP5/6h/l6Lb/m&#10;GSNzErrQZqTn5ip4U68Bb2xUW462aKSPI00MZJH7in6/jUQPwPqT7M/3NcqKRVYDNP8AD/qp0jTd&#10;pZR4jnWB5E4+31/kR137bsjm6ajp5XirI0surSssdif6gC/P5449mVvb3MYHiFqHHp/Pj+wfbXp+&#10;LmGK2YSGlB8/+Krnh/PHXvfHD9nbbxqeOtzVQZCAdMauQrn9Q1Jx/sfaLcLe6+GPH2Yr+3FPXpbL&#10;zzaRoYCy+nr8+Hr172o23ptOvUD+IVEyudY13vzz9f6e0Nv+8lbSeIxxx9o6Ytub7WR9RoWIH+qg&#10;Hp1736j3vtSGaSKqfyqBxeOWRVP5sALf7H3a9t71oAyn1/EP9X7ejFuYreRQqJX0/wBQ8uve3uKu&#10;2dkGSopS0xI1WgZw6EC9tHH1/oPYZk3DcY2MbsV+0cSePCvD58Ojey3FJo9CAAk8CK59RU8PQnh1&#10;729tujA0KR+aomiUD0s8c1l/sqNA5/1+PbSncJmIQ17Tx/y+WfLp+4It1LhBwNeBPz+Wflx6975n&#10;fmJRR45Kh/TcOkLHVfg3B+l/6fX+vstn2W/nNVFR8zwPH/iv5enQJvd7SJ6qoA8v2Vz6ddW5B549&#10;t9XvalemKGSdEl13/bPH4Asv4/HtVYcs7hDL4jEcB+Ly+3JB6T2fMJVzJQMR6fPy+3169YfWwv7R&#10;dRuSjjcF4qiU6ONKHT/tI5+lvzf3JFhbyIQrmtM/y4+Wf5/PoWRc+RwgIaCvpT8+u/aZyGepU0vT&#10;4rzScjyMQhGrglmte9/p7EsEHixkHH2j1+z+fRNunOIuCSjYHGv+qlPPr3uXjt8mCDTUUbKQSF0S&#10;ADj6lx/h/r+0c2w28oD1GfspnHlXpBFzVL4VK5OQf8gOR+Zz86de9uGOyuPy1WHljeRWu2pZm9Ln&#10;gKVYDj/b+yy62s21QmDSlfl5U/y/s6XWnN8zSaEpq8/9QIz69e9q9sTQZGlkpWAiEtwHZiNPFz+n&#10;83/xt7as/wBB6yPwrSny4ZNPLy/2Oj2bxNyiWQEZrTHn619fsH+Dr3sOa7qnIVUvkGRpJYlc+J3u&#10;bLqsA1v94/r7EMV8hAjYZ41Ff2+n2Y+fQFvtjuxLWpOf9VOHDr3txour8igGrLUiJq0/5wHxr9GK&#10;hm+v1/HtfDdW+GArjHlRh88H/Vw6ojSwMUbu7SKjBr8zX9v+Xrq4vbn/AJJJH+3HvPJ1ZjFb/L94&#10;eP1A+CN40idWsOdRN/8AH+nuz7ipTtAJziuD6/6vPoguUhkkBdvLh65zWuQPy661H/Ut/vA/2/tU&#10;4HZGHoyxo9wQOtrCPyRtcDnlR+T+D7D19uklCUXI+2n2cfypw6E+zW9ioRnABPy8vQfl/n67v+LH&#10;/ff63tUts1KhR4chAFPr8ZVHLvfSeb2H9Tf2DLzmC4UkGgA86kfkMZ/bw6Gj3dmi0DBaAClaAjj/&#10;AIOvFrW+vvjBsrGUDPNM9N5rreQFY1P5taM/X+n+8+yR99v2l0AtSlRiv8+H+ofLpDBuMEdxRHNP&#10;n514fIfs68GB+l/9e3HtsyeNEDSSU1bEI0ufr/Y/Ctz9OeLexltG4uyhpBmgx5+h9T/n6Ev71hW2&#10;qWyB8qk/z/bwPl137bIsbT5GMmfKxIAT6Ta3+JJY/j2evfsnaQKDBIxX8vI+vRMm7GWei8Dx/wAn&#10;lX/D173Jx2Dho6p/t82yo97FX0qOBcEIfr+fYc3WWYxO4FCCB+3H7P29CeKSdrYimBTzyf8AYP8A&#10;n697WkstFRQhJsjFPPpGryaXaxW5NiDc/wCx9hK0tr+a4L0Okn9n5Vz9tOiO4cSOdYqK/l+Vf9Vf&#10;Ide9tbZKgjjeobIRIEPIZUjTT9SEuBfj/D/iPYmNtMi+GQQfXj+fHB9PIefTiRKyFClGHqft8h5f&#10;KvXvfKJKXNQx/btTSoWOmoA5cHgrcj6/6/ssjv57WdjISC1BQE+Xlxr6/wDFdat9ssmmLUprGQK4&#10;+wZp58Ove5cm0aKKN2LU8DHnWFQsDfkg/i349ndvzDQaXfiM+g/POflw6NW22zjjGg0+38/9R8uv&#10;e4uMp6Wi8sDVn3alit/Slh/h/Xn+vtVc7iblQDj7K/7GTTpmR47cgHAHD0+X/F9e9uVbPiKWE1Un&#10;hi0sx8jyKoYA2+n4/wBb21bvK4o1aHh5/wAhx9Ogtu3MMdqhRXqfUH7eA8/z697R1TugI14J1CA6&#10;kaL1W08GzcqBf8ezEW9u2WAqa8aGnz9fl6/n0C492l3CUtUtQ4x6nNf9WPLr3t0ptw5uQeURCaM6&#10;SrGMNJ+iwbUBpub39pJrOwlqij/J/wAV/Phw6N4zICFQn0p5fz66Cgf8aJt/tveCryc9UuudPGl9&#10;ThmOopYarHj/AIp7U2tjDb10UJ8jjjn/AFY/Z0peea3Q6mGDgUpkA4IpmuCP9nrv2mcjufYkNRHT&#10;ZOZY6jTxExYkhhZCdIsSPoOfp7MUlZDwoT/q4V6Izu+mXwy41f7PkOH869e/3r3no8l19IC611FD&#10;EANMjzRw8Ak2N/68XH+390nln0kDB+Q/4v8AZ0bQb+qRgtIPMH/Of83Dr3+8++dZntl0qtoz+M/V&#10;YKtUvPJAAB+tgf8AevdRLIa+IK44keXl86VHT785RRdhdeAAOMY8/wBnXQ/1iOfzb/iPeOhy+CrD&#10;rpMpDNZ+RDIGR1PFiP68X/2596Kx0qUqeIFDT5kdNxc1RtRsZzgefH1/weXXft1qMpizHIssqSya&#10;VCqrgMrLYA2/x/1yffvqQtdQoTjIpx8j9n7M9GE/MkFxa6AaE8fTz+zy4de9h9TSua+ZSYzASSoV&#10;gXHqubj6Xt7qbojIGfU/Kv8AL0HQPkt0upS2o1NPP/Zr+3+fXvamxyp92y1LxxwrwrAjgH9JJF/9&#10;cn/b+y2bc5E+AAHzJJz58MfZxx8+j3a7Xb0cNKwFQa1Jrj5eX7OHXvarWbbdOrSTZWkRiNIjkljX&#10;kWAFib/7x7XWt9dzKoZcH+fzz/xZ4dCqebaki+IBgONf8Hzp+fDr3thr924+naQUlZRFF4DCWJWY&#10;j9QDf0F/qPqfZmvik1Var86+Qx5+XofLoJ3e/Wdq9InqB+2n7TU18sU+fXre0ZV9j4ulYyVFXCZV&#10;DBlQq2oDkAsv9f6390YtWgqKEn7fyP7OHRV/W63rUycPIj+fXvaTj7rMmQNO0YSkVxqcMXYA2sUD&#10;GwH9QR72fE06kOT9nDPnTy4f4Okq8928kngqaDgT5fKuP50x172u6DceEykomjytIdRV1jadNalv&#10;1IVNmFv6H2QXVxdR8AfQ44ZoOH+b5HozTfre7Cs7g0GQTTyoOFMflmvXva9gy2LMB8dTSyaSAQHj&#10;LAggXsDz+efZLLuN4y6JAfQYPGvDh5inAfl0Z225RBl7iTjNajGceYx9vDr3tqyG5MZTuTUtArEF&#10;Y3ZipFv0lrCx/wBYj2/byys36eCB5Z/YT/q/wdCUbvt4jCs+TjhX+efPr3tO1mRog616GJiVDaoh&#10;YWH1bUL35/B/2Htct5chdMhOPt/1Cnrw6Jby8tTEdMlTXjjP+Xh54697bIcjPVVBqRWypCFBsjlE&#10;jtw1xxf+oPt07x4UQEg1egya544qOHRfDcOpDp3EfKv2fl8uve5s2ao6kGGtzFXALaR42ZQQONR0&#10;fqF/8Pab98yiUsmSeHyH2Hh/scOl8W73EA0lq1PyPGuB5qQOve4c6xBPHR5OqkJ9KSNPIzKQDpKB&#10;voL/AF/HtRHvwYVk8x6D8wfn5jPSK+vJ7oljkUwK0P8Axf8AxfDr3toMmfx6zTpOtTpUaRO7OeD9&#10;W1/7b2+25RyoIgPzqM0+z5f8X0F57p7aT9UUPCpP+Cnn8x17204/cm4qycffRqFRyFWFLxlQbWJ/&#10;w/2H+w96VdRBL5Ir9vz/ANX7PPow2ndx45LvQeor8v8AUfl172KdDuvHBFppqJ30hUaVrWDcWJP+&#10;B5sD7ciiuVeqnNPXy/zn1r1Kdruts8ddQNR+w0pX5Hr3ttzvZG3MNP4ZqB529OuSIBDGtvT9P+I9&#10;6udunuk8JWNKH9p48f5n06AHMe92sMhUMCP8px88mnE+XDr3tmHcu3JLJHBURqQFYH1WCm6k3PA/&#10;1uP8PYYueUbo1cEVGQcD/iv9WeggvMkUcnbwAwcYxmtf+L697U1F2dtUROkNUJGqI0Ei8A8jUBpP&#10;5/rb27YcvX0Mg14X5V/y/wCXo/27mSJNLGndxBGaeleOfI0p173Hqd8bTldZGneOcAKSVL3twNSp&#10;cjj2ObW3nhhWJyT/ACx8jw/L/B0dyc2wlNGoVOKYBH5/Ly697D7eWT2fmI4vJXInicH1Bw4Q8sEA&#10;sST7MYkkjDAjB4Z/w/MnyHUc71uUdyxeRqrnJP7OP8+ve2GLJ9QU0UcdalfWyhF16S7Rgj/aAfr/&#10;AI+7L4pbSSKf6sfl0G47+DUFcih+dfsPy/aT11z+Lf7b2J+3N29Vx0dqCZ6RW+sE0njZQB/aY3t/&#10;t/bgDg+R8+IJ/mRXoTWe62SKArqRjFR5eo8/Xyp8+uiGvxp+n1IN/r/r+1D/AHr2bWqxx+aijkjN&#10;hG1UjtKLWFixH+8e2Z7iaPs8jwp5fl8vToQJfWM6gKVoa1PCnzp/IY/Z1y9paqzatM7/AN5TSQhW&#10;8cEbK5L3+tzf/YX9lEjNKRq8/wA/z9f5fn5dKo7i1iOoUBrg+v5cft/ZXr3tpqewa6k1RUu52JEf&#10;qPjWQcHi5tf/AF/dIdlilIZlANfmP9WPPr1xzBA1F1fZQUqfnn/N172kqncE2Ulaerz8TVVywGlk&#10;upHptGvA/rcj2bx2EcJ0qSR5f7H/ABXQfl3mV3BWv2Hhx4+f8+ve3KDc1PRgR1W56fSNJ0MWRgAO&#10;OLgH2W39ioNTk8ATxz6/L7DXrY3gUUPQavMmh/Ph/Lr3t7oOwcPZoXzbS6jZRGJFVL8NdiOQfzb2&#10;Q3HjIdEaio/Ph+fD0zjo7s+Y7eEhUZR+ylR59e9v7b4pKQpLTVUk8Q0gKJBpuBdmYNc/7E/T2E7i&#10;zvbvUpWnmSRUZ/y/Zx6dbereU6iRTj8v81eve1jQ9t0aCFXtchRZAZOQL8MLjj88+wvecr3jrSlV&#10;/wAIP+X/AFGnVl3G3nOhGUjz/P8AwZ66Kg/X/fX9qlu0aOWIHzAnR5DGUZAFH4LD/ifarZdiurGc&#10;SoNOnBrx/Lyp/qz0JdojjqJCwFPLFf2Ef5euHiS97c/1sPba/btJHI0f2VJOrj0iUKt1tawFrnn/&#10;AA9yRHJcpEF1NqIp6Z/n/h49G9zd2RXwfEAPDH+byp15olbk3v8A1u3+3tf3EpN0401Ek1HtPExT&#10;T3d51QapHbkl9X0te/tFcX1zGgrIwpTh6DHmP9R6vBtMEqKyt6cOJ+X+x13pPHrfj/Ef7zx7k5Hc&#10;VS0SvJRYyJIlBURobhC301j8n88+0sO9SmQgEtT1pTH+DrU2zwglQAfnwqw/lQdcgLfkn/XN/aSn&#10;3tRxN66ChaWPgMyuSlm/xuOT9OfZ1HvE7EKxOnjTFP55B/l01bWAWTQG44pTifSuD8uu/ctd2mSM&#10;VEMdMkq8q0R/Tc3Gi9jb/C/vc1/PNSOlB9nr8/Po6WHwjoJC4+z/AD/t8z173Ih39kZQ0ElbE7hj&#10;+ybFhb6Xb8fXnn2HdwsjLJqpUcfM19fL/V6dEl/frAKEinE+WfT8+urD+gv/AFt7wv25j8fUSU1d&#10;IaGSID/KNDPA3P8AUi3+8H2UjaL1lqjHNeNa/l64+XQSl5oSnghgc1zkj7Pl17SP6D27UHeOGhkX&#10;w7jgUsw9MkLgsP8AFnA4I/oT7L7jlu8mNCufLOD+zI6Qfvu2kYVArw8sn7M9cGhjYWZQfr/vPP49&#10;vs3bmPzXoTOwSFlC6Vj0qADyNQH0t7ctdhuYlOtTXjUef7Rx+ynQpsd1tGiyfKvH9o68sMaCyqB/&#10;j+f9v7YavuaDGSLgZMgzSShmp2RCjGMm1lkHA5/r7FFjy3byUDAAniCK59fnX08vnx6rJvdkXEEe&#10;kM1Dmp4YxwJ694kvq0i/+9/jn3Kpu0oaWKRarMSosqlgSLudXpPrt9f8Pbl9sNqsgkQelfLh/k/z&#10;dGlvPAGEgAzSp8qDPrTHpx65aF4OkXH04/4j2m5excVWyutPmqipkeQqq2kjUkn0+kf7D6D2Y7dF&#10;DboMZGT58P2Vx/Po+h3izaBkJUkCuP8AV/lr1yt7wUm6twR1ckURknifUV+pUofy54Fv9h7Ubpus&#10;Qi0DJ48B+z/i+g/Nulssvw5x6V+X/Fde9qSp3FueKjL0NPC0l/Wvm0Ko/tMGX6mx+lvYAj3uEXdW&#10;U0r5+leHyH8+vLvcT0TJU0Ar8zkddEA/UA/6/tqi3jm/uZI8lFDDErR6H1+sswuwdT9Lf8b9iUbx&#10;CsNIOOK4H+YDozaKGeEswqPsxx8+HD/i+u/amlq4clC0tR9gSsfLWjLsCLnkC/P59k55pkgmCCtD&#10;jgaY8hkV6Bd9Y2njkRnJ9B5+leP2Ur1xCgfS9v6XNr+0utNSwVgelyER1FXanhI+h/sAt/vHPH+v&#10;7E9lzRFJEA3EDOf5/Ly9elFrtsci5YkAca5r/q+VOuXvhnNz01OXp5qaeUJYt+1ZBYcepbn+nJ/3&#10;r2ug363ajoaV+dSR8yfOnDpPdwxAApip4VzQetRxOeve8OHpcNJQyVVINLSlnMT6zaQnUfTfj68+&#10;yi75qiW4MclMjzzwJ/wfYOq7XbFpSZ2B1ev+r9nDr3tK7vwiZ3HTU2iMGx0g2AV4+RcHjn/X9iCy&#10;5htfCEhp3AV4EVPD5/lSnmKdW5i2eOezouajPAjA8h+X+bz697AvGbLp4qllgos3BUa/XUUiMiLa&#10;4tzxz+Pe7je9vQFoioqK8fXPkT/g/n1F+28vi2vD4alCcnTio/b/AJM9e9idj8TJSwxo8Wdm1FYz&#10;O8kkaBjcglgwH1/2PsN7hzHbhigoR6eZ/Lhj149SVBFSLwXTVjiTk/bn+f8Am697EOkg3DRpFHTV&#10;2bhii0GM/fySDg8amckCw9hObeLWUnVEK+X2kcfs+XS63+nTueM0+WaH7Ca8f5ddEA/Xn/X5/wAf&#10;aqiye7XC6cjLIosLVKxh9F+R/j7IL66taDSgH2eVT/q/zU6cnNvIgIjGPnmvyzw/w569pX+g/wBt&#10;7ZtyZPPvJTpR1oop4yDM6UiyGQWAdlLXtf8Aw49227czCxqAQeBr/gwP8HV4L8xDRpGn04Z9cefp&#10;137Yq7fGUxFRS0Vbmyj1No42qIIlGogAWZQLfX/X9ia13CaZD2fPBqf85Pn5emOnINzjI0yAAscU&#10;OW9RU/i4de9iLTVM89Is1XURSggFp5GRAoPqtcW5/I/3n2RX1xuTylKsD6ZyM+meOD+zz6R3dvVt&#10;bLprk1p+fEVH+qnHr3vtNw4qhSKDzqAXIJiMclr8l5Qp4/F7f7x7Dsm2bndzanNVP21PoDj/AD/P&#10;osNkZ3NGDDHDP5V/1U9Ove+qjdKWRIckJkcsVQFboL/p08C4sRY+x1sG0NaOGMeQRUnh/q+Xr8+h&#10;xsm2QWw1HT/Ij7c/6j11Yf0H+29w33LJEJZY5HX0lg8aoguL29Q+h/qfchwm2kcIVFTnJ+zh/k8z&#10;0Zbld2sKBT6VOePn8v2UPXfsG90773A1RKlFlK+llckCdb6NJAsSCbf05/23sUWCwZ7RTHz/ANXz&#10;+fHqG+YL+TxSsQ+daDz8v2fLjX8urD+gt/re+OJ3jkI6WI5TIz1cg1B5g4QszXAYKD/rn2qljtZa&#10;9lCaDhkE/wAvToJxbg+sK4ataHHn/g/Z9vXfuVNhsDuK1U2bqYql/wAfdW0t9WDB72v7J7sLCTpB&#10;NMef+oZPDoWWl0JIqyA1A4+Qp8vl8seeOve8b9fmIq53THJTNfSPIPK0anUFbUbH/X9lRvqKCqEj&#10;HzI/zDpZ9WpIRiKEcR8/nxHXvfUmGxVCND52VAyKY2GoOv8AwQRXv7UJeNIwLJmtCK/8V+3/AA9O&#10;CeJaNxpjDAn7PLHH7OvfT3hgXcixOaPc6zUdioMjFLqPoCCT+Prf/X9qSIGfVIgJ4gUB+XHHR1Fu&#10;USJqZlOP4QaD7cE4697jU1RlKWa9Zmzou+n94GNn+v6T9fp9Tb/D2ZW8kMdZNPyqR/gpwOei799I&#10;kxqAK+fkR+X+b1697mvkMDXyGHIbmgp0YANG9L5Lt9SH1C1ifbV9eyxpohGK+R/1f6q9M3+4WVwp&#10;8crT8vlT1/P58eve3GHO7ExTRrFnMOJoSpQmnRDwf1a1Fhf2GJNw3LWRRq5A7uA+zh/g/l0XQTbK&#10;japSufUgEftx172IOM33h8hGYo8/jV/CKsyIeBY2B/B/Fh7IrubdXILayF/LH+X/AIs9HIvdnFC5&#10;qvlQjj5ef8uurD+g/wBsPfPJVeSNM7Yz+H5F2USFZJ0UurD6sfpzce0ibhuAUCjVGDivnXzpQU8+&#10;l3j7O4Ddyk+Q4U40r137RH8f3FSI1RkNp0DrG9leGohlFybagov9P63Ps6tbm9kkV6t6nHl+z9nr&#10;w6LbrcNvjVqnTTIyK/aeHXvaO3B2hkqRWULBRa72iSOKQopH0v8A8Tb2OLOY+GBMKnyqM/n+XGvU&#10;f7lvluJe1tVCKeuPUUpj0697bcP3tPSRmJqeqqZv0mdXWPi/5QD6f6w9tXEEUzEIAQTwI/l8vy/P&#10;o02bnmGyJXLANnyA9Pspn5de9tmY7sytXVeSmrclRrp0uFqHBT8m1rXP9B7UWW32XxOgPrj+Rr5f&#10;s6V7l7lQy/pquPlwP7f8A49e9p5+w8xJMZju3OLGdJMb1lWVZW+qFC9h7FEFpt0adtBj0HQWn5oS&#10;ciYvSo4YAp6f6j11Yf0HuTDvjDzTN/E6qrqy3pbVNNyCP7UnP+x593kayA0BgCfl5f6vX7OmU5ht&#10;mcrJJmvEU8/n163tc7Z3Jg4vK2My1XjpyVfTDV1GiX8WsxuD/j7DO4xwTAhhqoMY/bwx+3o+23cI&#10;XlVTRh9v+oft68RcWP59iHLunNZKlCyVtVVxRRswd5JGLi31AvckD6X9h9ILGD9RYx3UBpwHyPpX&#10;5dSRGlpJbeKijgPOtPUEY4/LrwVR9AB/rCx/249p6j3hLC3gNVlVi12eamjnEa2/1Sm30/rb6+y6&#10;+trK6Vh4YJI4YP5Zr5cDWvW7C4RGZDEDq9RjNeNeHyI679ifhO1qqKD7bG7wrqcKpQrNNURTmwtw&#10;r2Fv9b3EG/8AJEF3KZRECDn/ADAdFN5YW9zLqNBqJPD+X/F9YnggkN3hic/1eNGP+3Ye5q9j7yqp&#10;FFBvXKh1Nn1tK0TEi6qpP++P59gm79vLVQxlgB/IDj5Hyr5V4enSQ7HaAajSnp/lPlx4ddCmpwLe&#10;CG39PElv969qSj7j7OwtlTeWQc3DeOKRXW54vpa/0549oofbi1mbUYgABxC+X5caf6j16PYbeQku&#10;QR5VGfspn+XUSoxGLq/+BOPo5uLfuU8TcA3H49ulR8vd/wC20H8U3LVwKhsstRTRTarfglATf/WH&#10;s/sfbK1NAkI/wUB881/ZXpPd2W2bcA+KAE58q+dP8lft6YqjYm0arV58FQNr/VaMpf8A2Kn22Tfz&#10;EcvjCqVG6I6iQAH9igvJz+WJUAW/PPs6l9tduYGJkUFvUCn/ABdPP+fQNv8AmjY7Q+FJKgb08qfP&#10;7PPpqfqrYj/XBQgf6kSz6fre2ktb3Ej/AJiG7cxMUxu46yRYgCyiFYVVr8G30t/iefdLb2W2e7Zp&#10;BEjafQYpT+Z9TTpvb+ZdovSVtnEhQZ00xXh5cfs6lU/WuyKYER7eoTe3qkRpG4/ozG/uBlvn72MN&#10;Kx5SuWwBMkcEDo7A8BtfsQWnsds0fa8YA8hpx9mP5dLZ95tY/iDD9uf2cP8AB1zHXOy1Zn/gFFdr&#10;/VX4v9bc/n6+0PWfzAu3Y50dclMYWk4YxxeQH/VcDj/W9rZPZPl8MGZCPLAIqPSnl9vQXvt8tkYG&#10;hCk/l/PrIOvtmhSn938eUK6SpiJ1fj1Enn2p/wDZ9O5q+kWSlyCza/TzK3B02+irx/S3Ps3s/Z7l&#10;6KMBIxUDzpj5Z49GMFzFKokhyKZNR/n8um5Oqevkk8y7XxYk/LCG1+b2Yfn/AGPtprPm53CkGuqy&#10;eYglK6WFHVuiD8DjSCP9gfdz7RcvoAfCBC8MA0/1HHrTpf8AWrBDlNX2VJp8v8vTmnX+yowVG18I&#10;Qf8AV4+B73HOrUDf2j5vmv3JJJdd25tkJ/zJrpAVT6j6/n+vHPs0X235bVABCnz7RX88/wCHpK+9&#10;W4IIzT0Gfz8+si7D2UpDLtTb6sCDqXE0QNx9OdH+29prMfNfuuYfbU+bqGJN3lllqppDdr8KrAD/&#10;AF7e049vuXIZCVtwan04fsHRNec0SQy+FbxFqmvqf8vDqdFtbbkBDRYLFRkcDRQ062H9OF9peo+U&#10;3cOaQR1W4q5ByZPE88TNb6sWLcW9mVpyNsa0dYAB9h4en+r8+t23MsrGjoR61r/mp9vU+LF46A3i&#10;oKOIi9jHTRKQP6Age2Oq7p7ErOW3ZmXDJYXqpALD+gPBP9T9fYmi5R2ZYwEhQEZBoK/5f83y6Mjv&#10;gY/pipFD+zqWsMS30xxrf6lUQE2/rYe0nkN/buyk0Yrs5X1QPoQSyl7Fv1M6N/vdvdYuU9tRtKRK&#10;Ps881z/m4dIZOYJ3YKpwfQZ/1fLh1zAt9Pp9AALWH9OPcGbd+aWGalhy9Q0RGmaHU4Rr8MOLf093&#10;k5b2sV0RqT6aQKf6vl1abmGR0KQtUAUIIpSvH0/b137ZIt47lwxNRicnW0MpNy0FTOi3HF7Bre0F&#10;1sFiyU8JCR5MK/4f5dEF3vV3CniwoP2H/Kf8vXre3du++z4kWCrzFdVxMNAYzOwAI0k2FufaS12S&#10;ztpV026njkDP5+Z6KX533e1IWWAEHzUn/V/n646FHIUA3vewve9/r7bZewt1ZJXWXNZBB9Sq1Eti&#10;GPIAv9fYoisbJkNIwPmBWnrx6fHMVzd1AAQih4cfsr/l65f0/wB69zKDsXc+OCiDcOUQD6J9zLpB&#10;B4ulz/r+6Ptdiy0YD8xn/P0ZWnNE1qRV2+zy697V+N713pSSXOUepubFqjUXNuP1C3slu+Xdsu1K&#10;PEP8Hy+eehFa8/yVEcyK6fPj9vXrfj2+1fyL3g9k/iktOBbT4nfUjHgkEE/19kjcibEj1ZBU+v8A&#10;If6h0suOfbVe1VVftBb/ACmnXWlf9SP9sPbJD2/vaeoMj7jysiFrgtUyAKL30gMSLezW35M2Wuow&#10;oa/0Rw+dKft6Sw80ySSadWDmmkZ/KnDr1rCw4/2A/wCI9qJe1NzQyxMuYyya3DySxTyEFf7Vj+Cf&#10;xb2IIeXdqVgscQFMcAMfs/y9HEfNlySE1yemKDH2Af4Kdetwb83/AKjj/be1kne+4I4ooTkszHHp&#10;0u8lVJrs39u5PB9tTcuWHxeGupfUDh8sf8V0bWvMKQqoANAaitK8c1/2fPrh4ov+Ocf/ACQvt3pO&#10;xcbVMaqp3DXiQpZlaWp13/IJY2/x4PsN3vLyBCIY1qTxKgjjxFP9XqD0Pdk5l2mO3Yyy6Xc17wWH&#10;50PH0Hr1zAAFhwP8OP8AH8e+ot80UNarRZEVEIOqRpqmQSAAfUNfjnn2jOyXJNIaK5rXtFAfTGMj&#10;h/k6EsvOGyYRHBNCSxUkA+VBxIPnin2dd+xBxvcMKWhpsm9PCttbfxCaMED9Q1A2/wBh+fYdvuUN&#10;yvEMsp1u1RkUApSnDyxx8+iF972W5JAuArHA7KL6iv8APrg0cbm7IjH/AGpQf9795Ml3FSFSP4pU&#10;VLAFU01kpUEf0Yk2/wBYj2Dbz2rvryUswXU+TXhgfZn5Z49I59x2DXQzoxIzpBNKeR7R12ERf0qq&#10;/wCsAP8AevaKqO4sQZj5q/MR6C2pVmk8cxP9i7G9re1Nh7X3VupQrGGBFDTgP8Ff9R6Rf1k2GB/7&#10;ShFKEIafsxQ/t65e32m7FeqpPucQmRq40tKY3riLBeX06m/pcgW9nz+2LXUTNdOhHCoUefn5V+eK&#10;9P7jzltC2TSRlpHHw9gUeefOtMYzXr3tP1nfSYygrazLUuToKDHQy1VTUz1jlYYIVPlZWuLDj/Y+&#10;w7uHtXte0wtfiVaAVyBTj5+h+f7a9RDzL7j7Rs1k+4XGtFiBJPZQ0OBStRUnjQ0pw69b2WpPnv1B&#10;kcqlBWYPd1JTtJ4TmRJFJSjU1hO1Msnl035uOQObfj2zs3NUG2yfSpK/hFqk6RnyAPE06gWL75+x&#10;G7/d0ttKYtR/VrTjQeXcRj0/Mddc3+vH+t/xPsajv/amZpqWuxuRrKqlqkFRTVkRlkpZIXtdkdW9&#10;Vvzfn6i3uddo3KG+iE0EgKkCn4v8mPsHU68v+6fL/MdvHd2MsqagKd5alfL1+yox137g1OcpXKy0&#10;GcqWOq4QCaLx3+vqb88E/wDI/Zi1iZWDSjWPKtDWvyJPyp6D7OhrBzDeKn6c7io8man+H0/w9e9z&#10;sVuKuibVLO9Y2oMWaaUtov6QSfoT+eb+6TWNtAgdkGTTgAf+Kxj8uhPs/NF7bTCW4lklUkGmsioG&#10;ePoAPTr3sbtr10tfG1StR9gun6vOVuw/VpEn1HHsD8zxXjQxLYWyzoWJP6Yf9uOBP5V6m5OarLdd&#10;siawhWYknxI5KMy/wnNMH5DyofTr3tn3Nl4cfIHnykpiaJtKpeVJCSdQbT/h/wAR7IrDZd43FfDk&#10;gWJtRoxQKV+QH+r9nRdf79t1vAYtyMdv4hJUU1MAAOAUEjOACR6jr319h22+MDTylBLWNKB/no1Y&#10;qpIuODybf1t7XjlS4YaJpBxzjFfmfT5DoGNzxykrNDJJK2rBbR2/srX/ACnr3+++nuJN21isc2lT&#10;W1RkC3KRtZb+nktwT9T9P8Pd4+RpozqaXv41Apj9o4Yx0RXXPfLu3Tjwmmkb+JFCinpkmlOve89L&#10;2NtysRHkp6iES6jI5jA8diS5k/N7XsAPa2XlndFGlLnTTgaHI8uHz41H7elUvurtFzAsdvJNGTgn&#10;Sp1DhxBGa8QfLz69b/kX9PbDlO0tsUVd46M1DQIF9Yp1/ck5vYMQfpzz7EG2bduNnblL6cSE/hAN&#10;B/tiK/zFc/LrVt7xbBtUP09xEZWOalQoPoKirHA8z+XXvbdN2jgqsu0cs68NeM0yHUCLW1XP1/Nr&#10;e1TJNJJpQgU4k1HGtfWvnTp8+8vK+4K0UtuQjfhA1eVDWvD5U697D6r3HhppDJNS6hrLKCioBqP9&#10;U/wH5HtWiTxn4tK0FeHz4eY/b1Fm4cxctyzl/CYKTgHhk18uFP8AUeve3Cr3biqunjhNCqrHpCSJ&#10;oZiqcD8fTgezZUYJmQZx6k/Pj/h61dcz7RNEEtoNFAO6urI880x/qr172sMb2XQ0dBDSU9CyOiqC&#10;4VVYlRwQVH5/x9l9zt6XEZjqe6pNKD+fUj8q+5exbJYLbrba5c1bTSteHDP86de94sr2TDUpGsC1&#10;cM9/85cL6WGlwungg/1I9sWlhJaK1vqrG3l5/LPp0u5q919o3ixS0t45YZQfjDUqPQniRX1z8+ur&#10;XHP+9f4/09xaLsarp1ZGldmOkI7E3A/x+hv9PZkbbUAARUAeQ/b/AC6BFlz1e2cmqK5kXhgsfl/M&#10;f5+vf77/AFuLe3aDcT1sZkr8s7CVy6rC1ilv7Pq/w+vsr03lvKzQgGlQajj8uHDh9nQm2vmDbL+e&#10;S63eZwW81GSOOcZ48eI/l137zUuRpKSpaRMjWywGxMcqvbUwuwIvyP8AH8+0bNuMjU7StMCp9a0z&#10;w6EMe+ck2U/itcSTRUFFaM09dJ/Pz8+ve3Ck3JjVqDHSfdTzzunkJEwhjUckqtubf1v7VfROGVpd&#10;JINDReGM8cH9g8uoN92ufeSrKzkk2azrISdbyDt0+irU5NKZpT7eve9jL+Xz02mxuq07Qy1A9FuD&#10;seijfDRTB1notoxv5IZWQ8hq2Ueb/GMJ+D7cvLX90wmeZ3Es0ZWMVp+mSNchFPikKhFz8C/0q9fA&#10;h/fp/fRHv794U+yXJ0qnl/lGQG4CEaZdzZdMikgBWW2SkYNPjJrkdN1OnmqZqprkRM9NTggAALxM&#10;6/nlhYH+guPr7P0o1+rSNRNvUCD/AK9v+N+w4n6lJFQAg4qDX7flxpXzpXrhWxIxXHy6cQLe+KkM&#10;mr9SHkMbXB1WIIv9fe9NItZNVp8q1r5itPz/AMB68w0NpHHr3uUiLwFYAWuR/sbE3PtfFFEirGpr&#10;jhx/meHpXpOzHJbr3uUIbqdAI4B9RChSGH6wfxb6WPswiszJGTCpFKGjYFQfMelOBB/zdNFwrDX9&#10;nXvb1SBF0kPctwy8WUXBH4/3n2PthWztnjmWQMXNJFNaKKgjNKfPVWlcdFs+tu0igHXvanjWKan8&#10;aJE0jMoXyrrUlBe7JyAQeQfcmyqs0dMOmMMKgEEEVGOFK0xkdLLUxtB4duAJTiprkAEHA4HODnrA&#10;wYNcksiqTwLMDf8A1V/c9KGanicsX1sq+ASOvikH1cDUQdQ5sfdPFBoiGoHEmpI/ymvDifnXo0j2&#10;i5s7d2krrYdgJXQ/8QzwYZof5dRDWxSygROjiM6Z9IYyw3H14H0PvJNNTTgeQCGmAJaUq2kyLYOF&#10;JuCRwCfp70R9OjSORjjUgAD5/Lp+e4s76kcg8OHJ1UOWGDQ5BIrQmlPPHWOKOWEMVkM0vFoyUDBC&#10;bpdWAIFwSBf/AG/uJBPR0k7gzOZXSQUwZGV2soZZI5wArAj6kfQ+2DdxyTizZ+80IBGCKVIXADUG&#10;TQk+vp0ls/o9ud7nUTVWCGhDf0W1gUzQitOPqM9ZZkmqkSOyBfJG0+oK0bR2OuJ4mN/rY2v751ki&#10;yxfdsyjWAl10BrheZGkHqNvyAPaqNkRCuqigE1rig/l8+qbm4uYRuBpqei4oDXHcW+I+nCh650yC&#10;FjAuoafUCzMVAJ5RRaw/2/vyRyCngc2lhOosUUKW8nKsb3B4/wBj73G6yVowJIBB+X+r8utJbzJZ&#10;xSOoaLNaChJbgfmaetD69d+RDLIga0h5s7FhZeCAv4t/hx7YcrBO8rKNQpWYF4msT47WGk/1/wBj&#10;/sPYc5g23cb9VCSa7WtZYwADpAzpJGf4snjwHRbcEQ3D9pX+A1Jp6V8uHp1KjLFBqILW5IFhf88e&#10;w/rp6SjSqxbUs9PTyAVFRXLOqlry3EIlDBkNgCCePwPcK7jd7fttpNsEVu8Su2uWbxBqK11Kgb8F&#10;RTJOeAA6OLWK4uWS+WRXde1U0n0yaUoR5U4+Z65+1dgK5ZqOKpBkYMAqhk5SMNoUsVHqJH59yryF&#10;ui3mxrcMzPkLp0/Ao7VLFRRicEnj58Oie7jNpfFKCtaV+3jQfLrogEWP/FPajFQkrFWVAAsnK2Gp&#10;gOOf8PyD7HgaGp0MCeHGvw/F+z+XVfq/H7JlAUBiKYqaYPD/AIvrgVsAATyQPVdrD+g9wNahNNjc&#10;f0+vH+v7aN3CkdCGanlxP8zU9Fgyuk9ZPeKJ/KzIfSNJIJ/oByb/AOv7LLPcTfSy2pBTDUweFKVr&#10;kcfKv5dX8KlDXr3uIFVZgyOrLpJdEHIf8yNIDx/SxHsPpZwW+4LPZyiRACXVKalPm5cMPs0EAfb0&#10;8WLR0cUPkfl6Af5eve8ssjPTMVViQSVBJDTaTe17cX/1va6/vpbrYWlhVjQ1XUcyhTUCoA06vsNa&#10;dUQATAE44fZXr3uLQSBXdWZeQZNFzrib6srXsOb8C3sh5Qu4IbuRLgqSQ0lKmsR8wa0FGrj7OlN2&#10;pZAVBpWlfI/Z9nXvfOd5WukC6gA5dzLzE34Ck/k/7x7U7vdX0oa32xC6AMWLOC0ZHCleFftoONeq&#10;QrGKNKaHFBTB+3r3ttZnYRGWKQTu+i2pGLaUsb8i/HI9hG4knnSOS4ic3EjacFSWoDxpQMaDHmPX&#10;pYoRdQjYaQK8DjP2Y+zr3tsqK2Spkp4WiWKNY5UdXDiVpgPSpVhYhRyLkm/+Hsh3PfZ9ya2s5YRG&#10;saujBgQxf8Or1CDIqS1eOOlsNqkKPIG1GoIIpSny8xXh9nXvcikx1PT+RXWyuqTTTtDqNQ9gP0rw&#10;pH+At7MNt5fsIFeK6OiPSHMhj1eIceQOCK+QA6anvZZqFTkVAWtAo/MVNfn17261cH3dG9OsioIo&#10;20vp1av9pMZ4AI459jLdbVN32Y7fHIEWCM0eh7/lowFquKEnpBby/T3AlIrqPCvD8xxznr3tN0mP&#10;YUslJTT3pRG0jk6kMfj+kZXghbngDj3GW1bNNPt8+17fcVt/DZ3NdNNGQhAzSp7fKo6OZ7v9dbiZ&#10;P1KgCma186+vqeve5NDXzU0ckEb6miUBhKycSEfWw5HH0v8AX2Z8vcy7ls1tLZWb1ZVFQ5HxfZ5G&#10;nCoIPTN1aRzOJXFA3pXh/gPXvamgqqStQ6X8xgdFcLqVkn0amUg2vb3LtlvGy7/bKdX1Bt2QHTUM&#10;JSlWqDpDUHpUf4eiOSCe1buGkMMV/hrg9e9+0PIVZdJVXcObBW039K3/ANp/PtO9nc380cluqlUZ&#10;gxICtSo0j0qnn5U+fXgyRghsEgU8x/qPXveYw28jFy9xrSM6dKMBYlT9ef6+17bTGVmkeUyMe9Iz&#10;QKhUULLipBP4v2dN+Ie1QKeRPrU8Dnr3vnTLeMOx1GQ6r+n6WsF4/p7VbDBrshdTjW8mdWOH8Ioe&#10;A+2vVZzSQoBSmOve4ldXw0L00UgC+ctoc3VBzb9VrX/p7KuZOYbPl+e2sdGkzk0fgq1oCQSNJY14&#10;Gv2Vz0otrKW5R5FqdPl5n/Y697cED6hwhQqCJA12ZifytrW/xv7E9qkiSVorR6QRID3ua1NQAABT&#10;zBNfQdJTSo4gk8KY/wAPXveV4wH8btpa+tRq+gva31Nhf6j3dhC7CMudVfEA1NXFB65AJ4cPl068&#10;ckbeG+B/LP8AgP8AProEH6e4VTUT0+iJY/KZBJ+84DRow5VXVeefxYew3vO6bjtXhWUcfjtMH/Vf&#10;4FIyFdVoTqOBTq8UavqLMBp8hkkeZBNR137yqGliRpNWrSupELxqrDliqmxHP9fZpDBJe2cd1c6v&#10;EZV1IrPGoKk10qc8f4vIdNu4DaUpQVp5/wCxU9e98nb1KCzXPHJ4+l/aieVUnSMu1XJAHAUGan/i&#10;6nh01Ut3Hr3vogEhixuP8Bz7auLdZJUkeRg6DhStSflQ+mKfn14MaUp173waF5UZfIwUg/7Tf+vI&#10;59o7jb73crV4TM2huFRTVx9MgD0yCOnEYI+oAVH+r7Ove8FCZo6mVtSRHULRal1/tjSsvJv6h/Uf&#10;7H2V8uR3iX9wLnREGIHhVqx09okydY1DyYcKUJp0pZ9AR4SarkNwzxp6Y/1ceuiLgg/Q+3oJJO7s&#10;wDxjSWu9tBI/xPsYCoYhuGNPrX/VSh6dCS3UjSGjLgkk00mnl58eOOuiVXSv0udK2H+H+HuNk8lJ&#10;iseJVxdXkpGnjgEVMCJ4kkcIZAGIDBT9Te4HP09km+7lc7TAl1Z2z3Y1ojLGRqUNjXmpoppq+2vl&#10;0aWWiSA2txpiZtWlpNagAD4agGpPAGta46wlC0oZZSoC8oNDBiTwebkcj/Y+2DvLJyQ9TSYuokmS&#10;fM1lDAlHPIDUpT0qmrc6ltqAZEJHI5HuCPf67htuSniwhndFwc6h3UpWhoRRjkeecddCPuXWN5dc&#10;4xXV0ZB9LEWAfLIpGkdxAJDgkivD5dE47YxtGvY23czi8Zj3gpY8g+Sr4F/yWryc0iUaJIillSeN&#10;GYFgFZhe7G1vdMPd+bnw2PmpkXW2Tpq2nJiXU0KyoY43jB/SQOdQvf3glbrILoLGastW8h6ZrT1r&#10;QVwK9dsOQ9rtr6Y3tyCrQdy5pkAcR5/6j5dDlsSCKsg8isFhgamS4PLSxnVIt/8AXte4B+g/r7oL&#10;+WEdRt7Z+ZoKIyB62KnVZEuC5lq+DI6W+oX1H2KoDbySRs7HgSfSg4086kmgOeHp1l9ya8d08M0p&#10;BAWrYx8yPM8QP248uhd91ixZ6upKCOjqYZGh+7enpA/OiokUySa73Jtf03Nh/r+3IwFq4OlTkk+Y&#10;9PKgpjh1Jf0NuyrMhoGBNf8AYxjFKGhz172H+UzipVtppVaV/wC3I2khlH0KD6f1P9fbk9w7hVAw&#10;Pl618z6cBXpatpqCBAGCnA49xyfPBGOve0bWZCeoLNJIztra6jVoFvppDccD/iPbGtnBaSvAcc/t&#10;9Kj9vXjEXU6Riooaip8s/Mf5+PXvfeLhFdI9LL6iSoDKVFj9P1Ef7G/vTFYpEK+voT+dDxp6dMTK&#10;I6eEcHPr6kH/AFYHHr3tyqMItPVCEzQFiodKad7akIADhzx/iCD7VRguCitp8uHnx4D51/1Z6YDu&#10;aouGOKgZqan/AGOve1HicFTQulU1Q1GAVNhKr2ZjdCkicf7f6e7NHpFG7vMnOeNfzxw/lw6q6OKD&#10;A/Ko45+YPCn2Hr3tfZ/EYevoqesppaVMgmgPNSzIGaU8qJVOkt/ibX/xPtK6p4DuTw4j9hH+o0pw&#10;PS+CconiNmh+GgwKYHp8zw+fXvYj9Ubjr6HM43FV94Y46qmlTJuBaik8o8U5v9UXgm/459hy8iMQ&#10;8YN5YpxPr61/mOpy9seY3tN0hDy6KMKHyGeP8+A/4v3u6vHbgrJcFj6iSanr5PtYdddD49NSbA+Z&#10;BHcWb/D68W91s3WRgFbV8q5FfL5ddkfbXf4rzZ7eQyCVtIzUelMEeX21HXvcE7rgkvGU0N6ldmuL&#10;ahcW+oI/1v6f6/s6ubPcolLxkGpr20qKfs/I/Z1Ni3dwihmOr7MGg8+Iz/n697Z5Mi849L2QnSV1&#10;ggqx1WUfQ+063u5wktK3DIFD+dSPlx9enfr5SRqIAHDiP2nr3vDBKHQLJLGPJcL+dJ+hBv8A6/8A&#10;Qfn2ZWvM24xtpBNRTgaZ9fs+wmnXm3CaMGhzxwcH/Dj/AAde95Vp6eAaZGWTRYFh6o3A/Go/T+ns&#10;Rxcy38sfYWGryqagnAqPP19elEe83SEEMQp4AkmlT17205LI0agQxtFGQvoBKrYA3I/2H9Rz7WWm&#10;77kJfEckn8/Ph+Zyfy6N7Tepwwc8Bkmp9cemfy/Pr3tMvOk5a1UCfzoYA2+ltHF+LfT/AHv2NoOb&#10;JIYV1dreYJ40p/sen7Old7zDMygZUmuK/Og4f5afs697y0dNDHKHdrueV0P6r21ek8f4/wCvz71F&#10;zyJKilMn50ofP/DivRRDu8qyGpqfMny/2fy697dZa14HUEyIVJsC5sNNjwCfp/sP+KexBa8wG4w7&#10;YNMjPn8vmOj633p2UL5H9mfUeteHn173mTP1EbEWBLA31CxsRyQVsLfX2brbRSkSGSuaihGfy9ft&#10;9Oj+0udTay5+zy/ZmlOve8n95TEwcBHH6rW+v4AsTyP8D7UTIYY2Ebaj/q88H5n59H53VY4dKmpp&#10;/q9Pn1725QbqgcLeOla5uxuQx9JAva30P9f9b3HO8X9/FIdJx8zj5E5/4rz6AG775KkhHz/4vjXr&#10;3uLWZxqj1xrCAv1QLe4B0+ofg/k8+2Nr368WQKQan9mD9v8Ak6R2+5/UkAA1H2U+f+rz697aZcrT&#10;0aF0WmSe4Ya7XZifUVI9yjte9XEqgv5DI+Xp/q49LJFtgdTsOHCvr/q/w9e99pmcjOEdKunRDc2K&#10;gGxHNrD8j+nvV9zB4FM0p5DzNcCvTQaNFOAAfPj+01/2Ove/DMZGLn7uFwGJBVTqf8cD8/48e0K8&#10;3oWIJp86Cn+UY8+kLTB2JJHH0wK5rX06975wZesLiR59L8WUOAB/qvoL/wC3/wBt7Q7hzlbPGYy1&#10;BwqAB9nr/n6X290lsurH2j/P5V697US73ylKgSIRsCLCR3aQA/T6GwuR/h7DUG4W97MT4nEcKjj/&#10;AKs9HNrvCXDaQQxHkSKn7OFR+zr3uE2+ckL8wMXJJ1KiKp/IFuf8Pr9fZhNapOKqaH7a/wAj0rl8&#10;GQ1SgB+dePHFaj9nDr3vNTdk5WnI0x0xJ/WCA1ze4vf/AHj/AHv2Hp+Xobp6SZ+f+Y9FF3bq/aTn&#10;HD5Y697cP9Lea1FJKWiubDWUcj0j03Gr/ej7Yn5N24xBmrU0PH/D/mp0ml2y2K6qaT9p40/Lz697&#10;jP2RXz31wwah9ClwVIOoHj6i3sDX3J9t4h08D86VzThwz0HpxEjfI4+X2U4f6s9e9xG7ErobWi8j&#10;N6UvcKOeC7Hmxv8AX6+zTbeQbdxVieOa5J8s+X+Tz6pWT/Q+3/L6f6v8PXvfcXY2Whl1vSgqfSPV&#10;ypt6hp/3nm/HsTtyHZhQykimSfl/PrZikk4Yofs/bkf6vLr3t8pOypAq6l8TajcAoAQD/Z5F/p7I&#10;b7k5lJ0saA+deFP2/Prf7uDN4jH7Q2T+ePz+zr3vO/Z9Y11SOKXV6QZAg9N7cMTfgfW/t215cjiI&#10;LE0xj/iuNT8/z6fitoFkGliTSvp/kz/LGM9e9817Mq1+tLStay29RH0/1QIP+wv7Ea7PAVrISSR6&#10;8f29CGGJFUAnyrx/l/l697c6btWoWFhLjaUuy2DHX6Qfowt+L+0F1tUENfCc4+Yr9lfkP9jpueOJ&#10;RUMQDwoR8uPXVrm/P+t+P9t76q+2KqKFjDQ0rGNf0pC355uDz9fwfYfW2tzMA7nPCpB+3Hz45B+X&#10;RLJcxB9BYkDPGo+zPn10FAv9eTf6n2jJ+6q1mMc2NeFVYkkRt+edTcjj8gW9iRNlsZUFDX1IoB+X&#10;n9vVWuYsDIJ48OH7D+3rla39f9uT/vfvLT9mx1q6nuL2U2jLg/8ABQbWA/1vbEnLFoe4GlD5GgyP&#10;s/w168beO5cyK2AeAqP2+v29e9uUe+8dJy8pjaNTqIDKDb6m/H+t7aj5ZtYzU5qTimPl+zr3gQxN&#10;2kE+nn+fkB9mft697yne9KoD01YD9SgDcKw+l2P/ABPtaeVoQhwBUenn/g6MEgiYEVHGhpx+z0PX&#10;vc6HfeSm8cq1YCRgEtGQC34VfQfz/W3srk5dhswVpWv+rzPl+XTscEFqaNTPzr/s1+zr3v0m9so5&#10;cGdmJ0kuZXsR9R/Tn2gm2i3ZgUJIFRSnrT049MXSW82VJ8/IV66tb6f7bj3Al3vPHc/d1BlFiAjs&#10;xYn8An6f62r2Y23LcUgyKflw/wBnq1ttqzZepHD7Py4f6s9d+2x95V1SdUUrhlW1pWLkt+RpHPHt&#10;682WG0hOgYBx6/t8/wDUOnLopYRgLxBxmnD1rXj506978d2ZeEsWkJsvpHqHP5sQfpY349hx9pa6&#10;ZQUFDx4D8j/xQ6DUlxJOVcYrXhQ48+Of21+3r3uFPvXMsbFy2g+pAoYWK2U3P1P9Sfa+35UikA1L&#10;jH5Z4eQ/Z0utrTxSGYcR5AEnzpjA/wAnn173FXfeXjDIzhePTZfoAeDf6m3syHJW3UDEZ8xx/LhT&#10;9nDpVNt0EQ7wKn86fI+QPXvfOl33WLJqeRSQfVpYqCp+qt/xv3aTkzbxjTpr60rXypTy+3pKtvEV&#10;1MKepIpX7OP+z172p6bfSONLTJBIVNix16CfwtvoPZbJyRaNUBqg+Qr1U2UctVQin9HiftzQde9+&#10;fdU5kJjrIG9N7upHB+vB/r/W3ssl5NmiP6Zr9n8vy9R0ll26apAzX86/Z173w/vVVj/OSRlf0qVG&#10;pefpqt9f8fbg5OuXTUFz+ef9X5dXOzyoniODgeX+r/L1722/3qUSqWnijBa0hVHJsPrz9TY/8a9p&#10;35IuWY9p+Wa19fKo+eekjWz1wK04f5fL9vXvbvBvGhAuapyASOFlP+Fv6n/Y+9NyDeEZU/tz/gp1&#10;drNiSVHxU88/nQY9Ove8VRudmv4Jx+q4ZtSrqHJsT+PbEnI12mQp7fnx+VB0risZQndWp4/ljzHX&#10;vcX+9FURqeaPSG0nWqgWP11WN/8AY+1NryldgBakV8vQj5f6j0y8DqPDDmnpU4+fDPpx/l1737+8&#10;4Z9KVI1qBYIXAOn6KpPHP9Le1o5Qn0jxD6/FQ8fP7ftx0mFo1f8AP8/9Xl+zr3vK2TWe6VFY+lv9&#10;QwCBjzcm/wDhb2p23arjb3WRfI/4PkB/n6W2c81viLj6nI+z/NxHXvcCSlpERCZCoDFiUYkOT9QT&#10;9P8AH3INtzPcWy+H8vP/AIv9nR4buR+8AnHmcfbg1697hT1cMYVVd1BLAPYsQRwwa/1sOPZxDzdL&#10;cLV6/Pj+37Ps8/LowtLiMUzwzx9f2cT+fXvcUOrSag0rfpP1YW/xNv8AfW97l5hmBHiMAPTPA5P2&#10;/Lo3G5eAtGYClcetfl/q/Pr3t4iyMCqI5oPWtk1qSQwPqBvxwfz7D02/TSMwizk1HD/Pw6QT8wtI&#10;MPUfyH5ZIP8Al697mxZmGNl/Ui6gLIQOb/2WF7/nn2y15PKAHx8+Oaf6sV/zdWS5aYF3HD+fXvbp&#10;JvWOBQBU1MCLpAIEgKG1iST9ePpz7Jp7R75dLAfZX58fz/Kvn0gvLiJoi1A1fM4B/Ycf4D173wj7&#10;UjowE/ihnCtcBkLaVb8h3sQf6j2kHJYuJdWjFMgnzxThXB6BlzAhm1BRj51p8/8AV+zrrSp/A4N/&#10;6c/7D3Mj7ZpaohWyCqyX1AxtGHuwuq2IB5v9T7EMHK0ltFoQCp8h5enH8qjPR5tt0iJoIpwApg+X&#10;8zx/w068FA/HvPHvbHlyxqtDvyWWzAX/ALPBt/tv9v7K77YJpGo1TU/6vXHS66eOdqBag8P9XnTr&#10;v23VO/DG4eCokeQfRtOg2W5ILMf62+n1v/j7Spygsg0kcD/m4jB6TmxiYMWHp5jH2fb9vXvfoOz6&#10;4FRLkzTRXJ8YZzwSSCLeyy55JgUVVeGOHp/qxnosezgOYxXPkeH2+fXHSp+qr/th7c17JmT0jLeW&#10;54ZWuQD9AQ3Nvp/sfZf/AFREbgmv7D/kxxr/AKuLJ29Q1T+2h+3/AGP59d6VP1VT/sB7lf6Ra1tI&#10;iyz8g3HPP/E/763tSvL624Lnjjh5/IeXHNOH2deFrHHUoQSR5+n2gjPyNOutCf6lf+SR74f3wqz/&#10;AJUMvGJlazXkvclragv1B1WJPtXplU/TaDpYf4Pn9mPt+XTonKqYSo7hw+z/AGPL1670r/Qf7Ye/&#10;/9bWXyM6U7aF1EC3rN/034sGv9f6+8wJJYl40r8/L0/Z/qr13Qvrp4qA1p5njT/N1v8AHtpgztIJ&#10;1ikhdjewbQxAuf6E/T2iN3bMdJyfsIP7ft/lTohG+n6jwu6oqBQf6qf7PXva1xNdlBVQ/Z+ZKNvU&#10;5EpKAafyCbf7D3Uxws+p1XH2gjh+z+fQp26+vvEGngRUk/6h172u/wC8tRTMYwrNbm4BAAvbUf8A&#10;X/P+9+9tHHkAAjywP9joVNuhjiB4/IfL1+XXvcGsyuYyTqFnWKLkMgNnYt+r1Dn/AGH09+V4tQKg&#10;Z40qMVzX16TfvCeUgjuHqCTSnE/6h8uve3+gqqungSGCc+VXAGosRduQtj/j/X208peUKM0FK/tB&#10;/wA/Qn2uaQnw1BJNM+vl+0VqfPr3t9ip87WLaSojjNmuEZVb6+lSV/P+x92VsEk/ZQH9pPp0KYbF&#10;pIyxaleH8xX5AUr/AJeve+FTQ5bHU16WpYuw1awT+RwSW4H9PaeVkkIVuB45Br/kx+3okv5ZIV0A&#10;5yOI4+X+CvXvYWZLLbzR2Bq6goDpCxyDVY+oMtv6/wCv7aewtHFSAfyB4fb1H19uG5SMaDWprUf5&#10;x8qeXXvaS+5zk8pknNaWuBrkkcDji6gce6JDboe4V8vLA/b0Tx3W6FiXVhnjXiB+f+x172948V0q&#10;l2rHjbV6NLnUL/qJI+n++/1/fjFbMul1r8qfzHSwXMrL+pX5CnXvb7Rx5Ih/HkJZSmq2qWwt/gPq&#10;P9Y+6G2tYzXSKeVRk+vp0a2SsxDBa/I8R/q+R697mxTVsjGM1skTeohkY2DCwsWP0/2Ht+KCAkrQ&#10;LwPD/UejnTMFoob50Gf2/b+0evXvakxlfk3UUbZV9K8AudRAvwB+fr79LBbqCwAI9SP28afZ0a28&#10;94RkH/TcMeZP+Dh173NSiqCz6s466nBMYBAa/A1c/wCw9pXFtINLUP7K46WNaXExBFa+vAH7PX8/&#10;9nr3uSmEyLPplrS0TNdmLkjT9QQb39lNxLZRmoA+eKfb0pgt316SK/bWv59e9qnE7cgpkLvUKzMS&#10;2q5BP5shH5+nsil3C2MmkYH5flTpY8GqSiDjQECn2eY/yfZ172pVkp6eMRtKSFC2Zz+D9AbGw/2P&#10;tRbXyV9KV4UpX04Vz506Fdg5WEDRgGmPT/UOPXvbLVbkx1HMyEl9H6WiCksL/wCpPs/iuYjEGD/M&#10;/b6dGH1ARtSmnn1726UW/dMYaONpF1W8TCxcA2BOn+vHPPsF74YpZCyfnjgfmT6/I9E99uSkfL/V&#10;9hP8uve3aLdvmezUaxR/VR5eVdjcj8H2Fy4Ewrn8qj5f6vz6J49zXxSK1OcUH+biOve2fK7pYzPE&#10;0bCIFQpQ825JGo8/7Y+xfsiBs1B/On7R/n6Fm0XUFFckCuPz+w/6h173AGcoZVYFn0sLWb6gr9fS&#10;L8extCrKmk0/zfLh5epz0MluYpVBby9Rj7QRx/YPt697bZslg5CRUwrI5bgpGP0j8iwHNvp7fZl4&#10;AfbX/V59F1xNarLpoPzpx+Q697ecdlsLG6J4mRI7lBZgbNxwOBb+vP8Arew/uduHyvFv8madI7ie&#10;IoUPBhk4pX1rnr3vnmtxYOFGMdR4gVKMEdi3I/oh4/23+v7KrQyxuFbyp8s/8V0Tz7tEqCCRq0H+&#10;r5VA/wBjr3tEtltpV0nkqJa3VEQfKjGNCQLFja3+3PsQre3FNSkUAoASfL5E9Bi7mtJpTLNQ4wAf&#10;2de9uX8T2dWKIlNX44gCpafSpT6WYt9T/jf2me+vDSlKn5UNf29FMqW81CRQEZr6+VPs697ZchuL&#10;ZeOV44o5ZjciwJZtR5tqvyL+0rveXDiMg1/lT7fL/Vx6L5dyjsu2PB/w9e9pzI7pwaUby0OLeSpZ&#10;W0gEhrjlCbHi3P49mlpbNGRI4zx/P0/Z0X327O1uz29WbyAHn/s9e9h0d2boqGC02NgSMEDmItK3&#10;PBMoN/8AX9iGF5aaYloPtofn/Py6jufcN5knLiKnyY/njy697d33fnoacR1rpEjKLxqCSv8AS5JD&#10;c/6/sySZIgGmFTShNa1HRqm5XdvADKNNfz/n172lP49DNUES1Emly19SkKb8m5P+8ce9HcYKhI6C&#10;mf8AVmo6IJN6eWShPnwzx8/Tr3uW9ZioVR/CZ30kki1tP4t/X+tvdJLq3fVWlD5Ch/b/AKsdUe71&#10;96/YKZ/mR17274jd+LWaOKSllRRYgaAVFuBe349phJbmTtNKCvDz9OrW+4ys+hWII+X+Xy697ECD&#10;PYljHIkKop0vq4uQDyBf/bG/tPO5dPt8qevkfIjoW7buToMsTT/V+Y697UZ7Kw+NUPT0paeMWW0a&#10;gFR9bgW/3n6ewrcba8sutVqCftB/zf6sdChOZ0tF1qTQYwONfKnHHXvaMyfcFLVVBEtGrm59AddQ&#10;BPq5I/3r2/bWpXDGtOAHy9fP7Oi279xBM/hF8jBGBSnp/s9e98qfsyg8RJgnC3BWMWNm+ltX5t+B&#10;7NBC9KgLQcag/kMDh+X5dB+benuwHJBB8j/sfLr3t2ouwUq5FRMRKyO1kZmLE/8ABlH+349vhwow&#10;AKZ4ca8Mn/V69Wtbx5E0VIIp8hT/AC+np172qo8lUQIat8aqJpLFiQeT+CG5sf6fj28l4QKHJxiv&#10;8xTh0tu4QEqz6i3Gv+xwP+Hr3tNT70RasmsoVipwpDCO5LD6rweLn+tvb7XswiKo1aZzx4ZA48PL&#10;pEkgjJqdWfP/ACfL8+ve80u+tpmBXixrvI6kyJKI7ah9Tcf70Ab+2o7y7PaWqB8s/wCX/J0Zz3ts&#10;bYqjCnCn+ryHXvbTT70w5qEngjFJFquyCy/m7ej/AIgce3JpZpFK6q6vM+Xpn0HSKw3KKGYNq4Cl&#10;fTP5VH7Ove1tF2dt5GhiFc5csvkDIpVbi1gxP+9D2SSJN4h1AY4Z/wA3+r59SVt/Om224EErV0+Y&#10;P+b+fn8uve3Wt3nSywJ9rUzvFIQp0uIwqk/1P+H5Ht618WI63Gmg+0/bx/y/b0tvuZbR4qw5zWvr&#10;jjx/y8Ove0nkcVBUP95BuaWlLksYvuS6qXHC/qv9Pa2O7nFCQaZwa5+fUf3u8vOGMWBXGePzp8+v&#10;e0tV7XnaWSoqd0pVJwpjZ5DKCeRyG+n+t7WxXBYVGKcP89egfcXc7PrVzpPy/Khocde9zsDtoUkj&#10;TxbgeBLarLJKGRl+t1Y/7bn2xcFX7CK1J/b0os91u4O1XIHAmpqP21oPn+XXvaqpd4pSVJx8uXrJ&#10;SGCrU62ILAcuStrW/oPZW+1pJ3OoANKimPyzx9ft6NU36XWFdhita0ofQV6975ZrPZkGnnxmX8kT&#10;NdleQyXB+mofjj8Ef7H3Rdqt9XdGajyC8R/h/Z1o8wuJeJ40xTgP8GSOve4kmS3FWKjtV00tMykS&#10;LFMI6osfxoBv7VxwRxVWMfD6f5f83R5Z78blliY0/wBXn172q8ZTU81PGsslpC15QXOrTfg2/I/w&#10;93eQmjADFPSmOOP8v59C+zvrZJNZI4dvDiM/6j/Lr3udJUUFJNZ5XiRVbQzEKC4BFgP6kf19ts0c&#10;wJpSpqa0z8/y/wAuD0IV5otoYijtSlB/sj/DwH29e9p6SvFdM9SZ3+38lgocg6QDzcnk/wBP9f2/&#10;BFCjDz+dfT1GMedP8PRd++YriUENgn14U+Q8vXr3uUpxUguKgyi58kcjP9SDwo+vH0/2Hu1yhYlk&#10;XtOceVP8APR0t7CxDqc8ONP9Veve11hNxY7HU6RU0BOjTciQFBfngi/+8+wNutrIz1C+teP+r8x0&#10;YQuXppAHngYJ88V697j5jfkkMwQ45ZYGIvI0uhgtubgcG/5HtNa2kjmtSPT0H+o9I7zc3gfUQaEV&#10;r5en+f7OHXvaYkyVfXzTNjaiOGQ3dY2C6I2vqX9P4PPPsQxKYkVKYpx8zj8v9VOii63m2eDQcav2&#10;/nw697TUmO33kBMlflYhTGRjYIpBA50hVtxb8n/efZrACqKYxkZx5eY/n0A9wsZrsFwcDNAMf6q9&#10;e9t9HPnqCrFLNKlTSI4V2KAsUvdrAn/bWPt5yWBb9lf8H+z0QQXT7ZKVlrk8KY8/L19T5Ux172L8&#10;G6FFOiIjQrGNLGyop0i35/w/xv7RmGXVk8f2Gua186cP8nQiTmG10BXIXNanjX5nyHl9g+3r3uOd&#10;97ejSohqwKiZiQnjKswkP1BH+8fX2vUz6VUV7flQnz4/7HT03MEE6BVejLwr6ep8uHXufYQZWu2x&#10;nMlKKhRSyagsZZFikS7XN2PHP+v/AMaUI1wsYLcfL/V/mz0ELi61zVU4FaeWfX59e9tGQ6+x9ehX&#10;F7kpBLJpIV6hfzwQWv8Ai4+ot7upZqK1R6kef+r7ek1yDPHpViuOK+v+ode9pSv6ry9OTpq6bIpz&#10;dopl9BHPPPP+FveyYQKMfsr5f6uPp0SybRczkAOXz51H+D5de9tENLuXEVMVJSUlVGGICOlyCGPI&#10;J93EgBCk48iP9Wfy6dih3OzcRioU+dfyOfl/m697f6qj3aitIGqpWNmc3LFLj88/7172vht8VM+f&#10;2ZyePRzH+8NNVyDXjXy8/szWvXvcVchuik9Q88UoFr2Iaw+tifbwgtmFMY+f+rHSqCfcoVwM0zxP&#10;8/8AUeve2w5jfFTK6Q1lSFe+q76b8/S3F/aL6RQ5GpaDj5/5c+g6Qy7jzG7lI2Cg+oGD8h17231m&#10;Ez9WdVTU1plf63LkA/S2om34Ptf4MHnJ3UHnw6Ltwt91uG/xi4cV9Caf8V/qHp173zp9l7kmBjRJ&#10;5o+Dq8xB+v0Jv9f6+9B41j0l6ivDh+f5+lekMGy7pJEV1Mw86k1p6/Yeve4uW2NuyKnYxxSqqjWw&#10;8ySu4tyRpuR7pJMrDTE2a0+3/N8uivddm3VY9MTEH/DTy9R/m697ST02XoonlnLokdvJ/wAdCbgH&#10;UwF/r/j72XISpIIz/qA/zenRMbXcYI9czEBPtr9vXvaQbsRMbUvBTuwkuA4ZbF2U8gN9QPZBdbpZ&#10;azFTNfLAx+fE9Au59xVs7lrZHOoY9OHXvb5jOz8gZ1BkqUiJGoB3IbSb8afpx73b3Fkz5QjP28R/&#10;P/J0dbX7kzPMFKsqn/D172s/79tVL+9VVbxqLrHKzsV1G5AN/wDX9nUQslXVQZ+Xr0OYudlda6jS&#10;gwfL5cP59e9vVFvWFY/GtdU6D+pHZ9H+F15/3j3uW3tnGMV8qdLY+bBI1UckfbQj/Aeve3lOwKin&#10;j/yaRJEC3MbW1Pbji5Btb8eyifaIGyorT0/2OHRtHzasSUD48h/s/wCfr3tKZXtN1k0vC0VxZnRl&#10;uD+CSB/vHtC+3xQEhxX8sU/bX/Aeg/f+4y2twGZmHrTh/lp/hPXvbtie16yJUMSRVKnSRra5Zjwb&#10;2t/vv9b25+6baY61A+WaY8+jOy5/SePWlHFAK/6vPr3t9yHbuTnp7JRQwEDSZVHmcj6c6xb2st9l&#10;jiWj8McDmlcZ+Q6tdc161LyIafLjjr3tCSb0y07eVKyqh51ARExsOb2AS31/qfZ1BDFoKrgA/af9&#10;Xz6JxzRMKPCStc8M/wCDr3tQUHamVhRYJmFTGANXkjXyHnktJa9/9j7fijtlPD9n+GnR3Y+4csY8&#10;N1LYoT55xU/Pr3t1qNz7YzAQ1KvHUMAXjDSH1i12Dm/+8+3UkgX9MEeg9f2evz8+qy75ZX0nhMQD&#10;6n5in7fTr3trq6DE1IMtPlo6OJRd5p2ULot9CqG/P0tb3RnKNn0/yfPomnj8OQv4ppQHiAKfOvXv&#10;fCJ8BDAYqTKSVUoTmpSFlVm+g0gjj/X9trcmmkOKY/M+nz+XSq1umeIrHICONfX5V+X8+ve8+Fxe&#10;QynnfzuVQrpswQ2vYvdv+J9qBKFerHI6XQJcSvWaTI4YIr8h/m697VsnX33tOJhlIo5GTiKd05Nr&#10;kXBt/jx7Ya50r+fzr/gz0sn22Ro9TE1pU1+2h4jy697Zz1+0cEz1dfEiqBYgLr/qOF/3jV/tvd1u&#10;IsUYkn0Hn6fn0VttEIJ1MST8gKfYaD/N172gszgKahjeaOvnlN7BFjKk2HOmx5/1/r78yI0hdiT6&#10;UOaf5+iHcdsEFWV2FRUU/wAoHHr3tP4/JyUMhYCSQfpB0sCP6Ef4+2o5IoxVcn5j/VnpDY7pc2T0&#10;GojhWmcfLP8APr3twqtxVyrrgNX6rXLwPoB+vDD+nurzqKGPjWvA+X+r7OllzzNuANYderj8Jp+Y&#10;8/t697zQV89aIIolnlqpAC5W4VWJ5Gg259vpIScGlfTB9Tx8+qW+63dwQCzavl68SM9e9rrF4euj&#10;qYZKn9tQo16mI9Vvyxtb/X9qPGCrrY1r+Yz6j16FVp4wCzO2CBipJz/s/LHXvajyu1NvV9FNJeRs&#10;gQfF45GFz+WHHNj/ALf2XStHNJVh+3/N/s9eu7AXgOugPkfX5D0697Q0Oycy0yRrMscduJHuhQH+&#10;oB49sBLZlKgVp/h+2vSJNqvwNIlFBUAE/wCrPz697cV2rmsewMWZjZUY+SNTIVUAeo3ckf7f3sRx&#10;R4Tz/PHVbZb+GUASFlHy4+WP9Weve1K+I3JTYxa3HZJdQQSGKI+R2B451fS359pJmiJIQDGPT/Dg&#10;/wCHoTxQ32hntnCkfz697Tke8t/Y2RIavEPk43NkcQaXQtx+5pAB4/qPZe5kiI/R1A47SAB9lR/L&#10;pMN85ssZBC0BmVsKy4I+RFeve3+CTeFXNFX5OQUtHddMLUyo0asbhNRAP+x9uuukcP2cQfmeHR3B&#10;FvMkouLk6VNCRpyPz697Eyh3DDqREzUFPILa9ZGnUB6QVP8AX/X9l08IkwYzgft9a/P8upI2bmRY&#10;o/AmPAAetP29e9vlTJNVwELn6aN9GpCQLNq/oD/xI9kc9mkUmsVpX1rwGfL+VehdHdxTpRZK1/Py&#10;rUU697Sv22TDyJ546+IKQbRAEMw9J1qPofbf1aoo1eZz54+fl+VcdJLu4aAggVrjhn7T5f5eve88&#10;sNbFSEyw08Ukam58pax08f6xH+t7MrW/jncKpNP2DHqT/sfb0jfczoNO2ooPs9fnX8vz697Rc+ey&#10;NHNanaksdF5YyGbX9Dc2/wB749iJWjdRSmf5/wCrzoeo83vdJHLJGK1pw/w/s4+fXveCRznahYau&#10;SMyyaeJGAEj/AIUP9Lf6/t6IRplaUpX/AFV6A8sdzLIVQkV+VceeP9X29e9u1Jsysjr1q67G0xpI&#10;F9BM6Sj1Diyr/t/fnlhLAKtT+ynpn0+3o1h2+6DiSMH7acK8eOB173myDChNT/C3gp6pVP24CK4B&#10;0/4/j3eExsDqUAY8/PzPr/k9Ol4lvYIHUEA0x9vzx/Pr3tJ0s+UraqBshPT1EsDuystPpddXJAka&#10;3tcqKqjTQev2fL5dB8y3wkE0z9w9P8A/1fs697XlNmRCt6nE/wATiViQgpraz9NK24P+x9o7iITx&#10;nTgEeR4fKvl8vLoTWu/mOHw5HI4eecepoeve80vYWKjQU9FtOpx8wkCmX7FHYC+rQgT6c83J9kgs&#10;ZNWSaeQ+f+r/AFHpw8yMD2l/t8qf5eve4FFmt0VtZM9JlGpAxvGtXSrD4Va9k9Av/vHvd1tUbAax&#10;j9v28f8AV6dORbr9QM0K/sNa/tp9vXvamxO8srS1BpK7IQVjcxq8YYR8EhgwkA/2HsMXfLniNrQe&#10;dft/Pj0pTfYEbS2aHj6Hzr8vy/n173Oy2UpshDI0dbEK2FwzRlxw30QLz9OBzc29u220yqBEwPp6&#10;A08/n+zoWQcwQNbUrUn54+fXvbJQ71q6XXDX0cCxq2lp0mTS6i3IAPP4P159p7/l1nYMnn5cf2+e&#10;Pt6C24byI5iTmnCh48M+uOve1diOwNnzT/54pPEP3VeMIga31EjEA/n6eyKXY9zSujh+f+Ty+3r0&#10;HMDNXFaU9Qf+K/4vr3t9Td+wslWGJ5FlqHVeBIsivpF+PGbW+t/+I9pksd0tyAgJOa/LNPP9tejO&#10;zvYr11RFqTX5/I0BpWvr/Pr3twqsvghC8GLozEXB06G0hQRa6j/D+0Lf6/vcNjdatcuTX8/z48ft&#10;r0KYbKaNatQtWgocj/ZPlnhw697bI6eJ4G1mrMh+rEkKHZrhQpt/S/8AvHt2W7uYqRx0WnpitB6+&#10;fHz6Yu5ZCoiag8jXFKDjWvzx/Pr3vij/AGUbeaUKAFOt3AYfkg2sfz9PfoxdXbEKe3+R/wBX+HPH&#10;omMUaszAY/ZUD08h9v59e94q/JRBonhrYtI0nxI8fBUHSWCn6kDn2YQbTJKSJaEt50p5/Zw88Z/L&#10;rcV5C0BBUE14+Y/M8Bn0697gPu2sGkRxSSxoNMhV0VODwCRb8fj2Y/1dhQGtCc8ST+zy+XTckygB&#10;U8/mSCD/AKuIp9vXveWj39kdMiNiKlQSqRuuidnLcFjxweOAfaQ8t2zjGCKin2D8/n69OW0EmnWS&#10;B+f7PXB4de9+r+yhSKqVdIaacmwNZHHCLKPqpb8D6i3uqcqhpKqKLTNPStK/b0U3+6xQGrHSB88j&#10;/Z4/s697RWb3vga2GKprp8ZPJEyugNTAHEpNwbt9D/U+xBt2yNbH4cf4M/4TT/i+iJ+ZrS1OqQg0&#10;NfKlfmeFa9e9wj2BFVUhWkpfJIP0hpmkhK8hdOjgj+l/x7ED7JC9NYx6itfLifmfT04dN3POYuI+&#10;zy/bT1zwqfSg9Ove2Ol3VmxULqwcc9M5ZSQkygFhyda3F73v7uNstEjwAK8OFa/ZgjH+HpDaczTF&#10;hUEAefofKmfl+fXva1gyirGktbHBRJISdRe9v6Jq/wAef+Ne2DBHqIQEYOKn9vn/ALPQ0tubPDTQ&#10;SakGgwM+v+Dr3t8fKJBToKV4pg6+rkMpU/RB+eb8f63tqEOp7l8/zqTxrwp/q49UffkuW1XBr+dP&#10;29e9t4mwdQfFXIkUyBvIr6vGwK6gUYfkj2bxzlRqB4k0pihH+TpQDYXSM70JIqAKVH21zT08/Pr3&#10;uLU/3Yowkqy0iICpHm/cA0qSFYfgEfnj24L+YGimo+3P+ocQOiLdduijGuFdPof8P+x5Y697bp89&#10;iZH0x4mmkp0BdpaP1ARnhmKcXB/Nj7MIZVkHhvnVwPnq4/5v206CbSTIfCP4vPzH2/4fn172F++t&#10;wSyrBT7doPGw5aYSkMum9hZjYE8k+6SxQoaKFJ+dRn0+dKYx0G933a+t1023exoNVafyrQU+zr3t&#10;LYjfObpj9pXQRNLEh0zTkN5NX4IN7fTgi3usUUasezPGvDottOYtyRjHOpBGNVf8np173OfNZmvJ&#10;ZooYwxZ1SKURoLjknm1zyCfb+iFR2qB/gz0dpu25kKqHAHCpp/xf8vl173ikXcIVZoa6nhRj/m5Z&#10;tSsb8JduD/jb2o1kuEi0rWlK5694u7TmiEIOOa0/LzA+z9nXvcWrrNwwoTNS0j3XiSFfUfTcEAEX&#10;/wBt72dDAlgC3A/5/wDV+XSWaXfAveFPEGnE/ZX/AFfn172wnJIqlqjCPXVYBIeVJFS4N7WHtMRa&#10;YZY9TDjjBp/g6JHubyNjJJCzt/pW4+maj+XXvcCSvylabx4iKi0Dnxl0NvwNIPH+w9+KLJUCLT6f&#10;5cU/Lz68l9v1x8NsY6D1/wAFM/5eve/Q5Dcsb6afLT0wJto+5mBub2AF/aCSwDtigH7ada+r5h1h&#10;BNpB8jnP7P8AB1725R1m62IBy1YzOLcTzaSDwCLn8n29Fb+COIH5dPG73hwRNP8Ab5DHXvfpsbnJ&#10;pNdTqkUAMZ2cuGA/pb2p0mpHl/LpiWyvJXLORq9Sa5697eKDEZSFlqKTGtUqp/dYf0+o0/X6/wDG&#10;re3BVcL5/wCquel1tZTCiKK1rU1pw49e9z54aSomP8SwFRFIbajHI8bSN/qtFrA/4+1scoQUYVxj&#10;0+31/Ppc9gsvxoSfOvDh68eve40+Iwhidoo6qCzEgPJqAFrWBIv/AK/t9rtAKUP+r06ZbaLcKzUN&#10;B5f6j8sde9xKLB4ueKSUVappk0lXJuxv6QOOfbCzozFFXJyM9as9stpywQU86f589e98ptwY3ASi&#10;nFIjSXHqLkAj8/8AFb29k91MEB1cT/L54pTplt1i2uZQ7UPkK+fp+Xr172pMF2QVrIlapaJHIVo/&#10;IzIwtwpJ4X/D2WyRpLhPMU/P5fP1/wA2OhltvO8GoLIw+3j+3r3sWKfsjblHEZqurGs8yDTGTYC3&#10;pvz/ALb2m+klWjHgfIkY9agjz/PoXW/Nm2wp4kkgTFfI/bWv+D9nXvYd7n7MwFZULLjJEm0/rbxL&#10;Gdeq45Tk8ccH2oSKA01kGn2H/V/m6D+48+7Zrrayq4Xyya/bx/l172nj2vWqrQ0sk/hUaV9IGkn6&#10;WP8AxJPuh2+2lcFUBp8uJ8x5V/1Y6Jv9cRdJVQSOHAUzwyc9e9+pOyM5C6PJUuIZWGuQAEgXuPof&#10;x+fb8ez2KeQPy9D5fP8An1pOf5kOluH+A/b17215bsOtyj/b1kcc8fqSOQzBuDx5NPIB4/p7Vpa2&#10;8Z0hOPE/7HQf3Hm+a9cqooT51r+dPLr3uPkKDF/aU61FHQVFXVIjIqlPORJyAfGR/trH2sgsI2ap&#10;QU+eT+zj/LoNXXhTAeOquaeeSf5/5uve2rCHb+KmaV1NO4LeSIWkKkH/ADekH2dWlpZ2vcAqavIc&#10;f9Xy6ttf7vsGMgYRk8QP8oHoOve1LPvPFxxMI8VA5BYJI91DauAXH+H492uJI+MdSB/q+XRzcbvZ&#10;oCUYkEUFfXy/Ide9ttHuDFzyolbTUjR6iSGiX0D6mxJ59oJGK90ZqT5V8uP+o9E4v42nqW7a1A8u&#10;GRnGevexGi7A61xdKv8AksELIou327KodbC5Kk2vyb/n2XXF8sYLMwoBT/Y4cPn0d/1i2yzhrNIq&#10;ACh1eXn5cfSv+Hr3uRF3V15XIaWYUbpp0lkpWBIPGpg35/p7KF3IOaJKDXyqQf8ABT5D18+qW/Oe&#10;wzjw4rpK/bmn+D7OHXvaJrd37PWqY4x4zTtIWMklKXb1f10j8fT2rF0p+Jxw8q/6q/y6o28bMx1B&#10;ww+yvH5j/UOve2ebc21HLPTqUqCbExwuBI39AHPHvy33doDDu9f9Q6YfedrJpbsKn5ZJ/YOve2Oo&#10;ywmkUxNNElyD5IV8TKx4Jf8Aw9rY56GnAj5YPSb6tvGGaADODTr3vJJkIaJVlcRyggWUA2LX5HH5&#10;9mf7wWNNb48qev2D16VvfCziLzUIJxT+X2de95JcxSBRXskcSJCCyKQ7XB4LD63/AN49pnv+3xRw&#10;H2Y6TtukMafUCoUZzig/1cOve89FvnA1kek0FPKQT6mQI6gC34vf+v09pYt5imU6Dj0/y+v8+vbd&#10;zTYXS/paTTB1ZP29e9q2j/u/m4GCRRRMiAvZD+eSPT/vfuxvIpGJIrUEVGR8q+f8+hXbzW18ugqM&#10;g/Mf7HXvcabG7MjVobyyVCm40xyyKpI5+gt/rD239UlBqUV9M0p/M/z6s217WSEEasa8KE/5/wCX&#10;XvfEbbx9UgOOpydR4ezqCb2NgT+P9f3U7pBEaGorjj/n6WQ8qw3K6oYwM+Wf24x173Ooes2yUuls&#10;hHRAklyY2lYW/wBShtc2/A9o7zd440Lgmp/1f6sdOryHHPJpaTwQfXIB4eleve37/QtS3Vabd9BN&#10;MSoMFTA1K/8AU8Mx/wBbke0ttuwYl31aR/n8vXpYvtsgTxEulLDirEA8fL1697nS9DOUimlz2Jpi&#10;wuHeQsvH+qPswlvoJP7MEsKcM1r0rX2vt7ltTTJEUpkkEH+fXvfGn6qp45Fhk3bgBZrN++hcAfVg&#10;hP09qfrZUWqxuacCRx+XyqfXqkfKu3wXDWsl5EoQ0LEHJ+VK1/bn1697UX+jBwiCj3FhZ04YMaqK&#10;IXUX4BNz/rW9vfvWaNQWQivpk/4eHSncNgtNuRZYbiGYHgVOR9oPD9vXvbPLsyGCpCZPO0kMYHJR&#10;opdQP10WPNz9D7a/esrVIjrTh5Y+fp9lemLNLGeUC5uFUV46Scfl5+nXvfObAbFjDK27o6RvTe6L&#10;ItgOQdP9P6X9tzXd5pqIaefGnnw9afl0fXEHKcS/p35UniTGacOFKg/y697jrtLaC3lpt6wTrIC5&#10;ZYrKAF/Tc8fT6j23azXKSFXjNPI1DAk+WOFDj+fSGOy5ZkZpE3PiRQhCa+tKcNPz49e9wTtbGsTF&#10;RbooJRKQNTgoqj6m/wDvv6+173c8OfBP7RWnyHGtePRYbax8cwJdgKTTVQ4HCtP9X29e9reg6nil&#10;o1Qbk18BmemiSRSZBqBS7c8H+vsO3HMFzb1AhOfXj8x8vs/ZXoW2XKe3T2qCPcEdziqgZrWooxDf&#10;bjj172oabo7EBkOSztXJGpvLKdKJwbsqRAXNx7I05quWkLpbtQYFR64qfT+eOlX+t5t8cLTyyzE0&#10;JFQo4DJoSf8ACcY697esZsvHUdUWw9XM+Op30eFoyGlstj5vxYn2aSbvdLGPFx2inEUr506j/dYN&#10;qslpcXGkZ0jz0eRwaV66uB9ePZJvnBu+m2/s+Da9A4p63c2TjWaniGi2Lx6+ecNpN9LSaAf6/wCt&#10;7jDnjdp5LJbQtTxCa0rUj514/sp1gF94LnJRZfuqxkOmRyCDgkf0vtA6791RCYlhzc/jj6/4k+4s&#10;Ve2vH/D1h19SS9Ceve7GPhZ2JT1tdL1puGSKSlyWt9uvUgMsOSRdYoPIwNkmAIA+mr/X9inYOYrj&#10;Yp1l1Hwmwy5x8wK8R+f2dTv7Te5Lco7xCdwYtZSsFkANdHpIoJwQeNPLPEddHgfS/wDh7PzV46kQ&#10;qlHR0w8ErLKpkiiVLH9wHm91/I/w9zmu9yywrLqww41rxAp9nEeg66ebdum23NrDPbyoY5ApqHVq&#10;KQDn8j5/Z1376NViIlvVZLDUvjtcGdUYMLXW63/wvf3q4vL9lJiUsaChrgk0rx4fL1HUqGfkiOEO&#10;l2MKtCWIqfMfDjPpkjr3tuyG4jRyx01JlKNkeLyAmoiEZvz6X/Nx/Q/n36G6mkOU0+uf5eX+r8ui&#10;Dd+a9liu1tdiAoFy5f4m8wAaEDz4Z+zr3vBT5HG10X3GYzVOI01fsx1KOwb9IbS35/PHtatzJEaR&#10;gljw88/LP+c9btXtNxtnlnu0hdakKWqzAZoP8AGc+XXvaeyC7Xq5nWgywGq9g6B1L8kkvxYf4W9q&#10;o7uVhqlX0qOGfkeH7f59BK6e1lnb6eQCn/F8D+z/ACde9v8At/apq6Z2leiqoVVWuoGpdVwBIRbT&#10;f6/W/u95vRd9MY0n/DT55/2ejnb+X73mAsLOkjAVPcOA/nx+XAHr3uHNsDLpNKabDQ+EswWaKpQu&#10;VJvcRHn+twT7JpebIoR3smlePHiBwPyr6evRFue1S7WrOVQqvFtQFCMeZ9cDr3svvZm8djdcZGCh&#10;3PXs+XkVWOCxkUOQrIYWPonqbOiwDngM2o/UKRY+yHc/ceysjo+Jj5AHGfP5UzTy6gLnT3W5b5Yu&#10;haXEvizYrGuSKHifIADPGnlx697X/XOz6bs6ihz23Hpxt6fUorhPpeOePiWmlpidSyA2uPp/Qke6&#10;t7iWvgl6h3pVQBSo+30oPz6kj283Xl7nC3N2k4CgABE+Ik+RPAUySTxwB172KsnRWLQBarLSO6m7&#10;LA8YGm1uQR7cHPgddUkBIA/ipn0IHlw+XU1nkfl2WMF3mPDhpFSfz4VPXvbPJ1JgKWSSBctV6iQB&#10;fxMqXHKsR/j/AE9ro+dlEIdoipP9L0p6jh6evSy19veVhZtJLcyRs1aKdJOPt/wde9y4OqMU0bOc&#10;80ICMQ2lXClQAbAWPB9pRz/c69Ig1Dy7v2ZpxPl/h6YPK+yRyeEjTjVhcoDX8xw/PHXvcOh6oxtV&#10;Ussm4mWK14mmjRBINQI+lyL/ANfZg3OgWPUYnLj4hTh+fA/4evXPJW0WcitLcTSZAZPDAK8CRqrQ&#10;/lx8uve1aOpdsKptm1ICjVLJIEVWAvbm4Av+fZY3P13oI+nbhwGfPyNM/wCT16V/uXlRY8rMrNxy&#10;ppThQ0GT5+hPXvaVyOxoMc+qkyEdbD/qoJoSAb86jf2Z2vOJmA8eIx6hwoT8/MVr61pTosG12Tu8&#10;VnJJGBjvH+UfafKg+3r3vFBSSwxF4qGerAb1rEPPe3F18YJt/hf2uO8Wcp1CnAeeany8s/5B+wEc&#10;yzvtSFY2B7eIIPEelKj1rT8x172cD4mdW/6cuy9sbDp9rS0lJU1Yq9w5uamcrjsBQOJ8lMzMtgzR&#10;qY472uzD2a2TyXdyscRo7kgVOBQFnkJH8CVP5AYr1yG/vGvvfbV92z2G373EumVruGNoLCLXpaa+&#10;mUpAoFRUK3e5AqAvUGrEjroimMckgKoo03BIP7lj9QPr72ioaOgxNFjcPiKSOkxWKoqfG46liQRx&#10;U1FRRCnp4okUW4VQOLe771eJPcIkCExKoVNRzoUaQSP4jxPqeHX57W77xunM+833Mu+zGa93CeW5&#10;nkJJLyzO0jsSfVmPUuNBGixgkiNVQEkkmwtyT75RhnAQhiGkRzb9fpNwL8fn+nsltlml7CC1WU+Q&#10;PbWgBp58KVpjovYhTqHkKfLrn7kpAogVVFlb1BCPo5PJU/4nk3/3r2apaxm3VWpRgDpPEHIJB+Zz&#10;506ZeU+IS3H1+XXvctVSykowYDSGA/P9oD2YxxwAUdSGAoDw+f20/wAvScl6mh49e9zERREzm4Yk&#10;ISRcsfyL2F/9v7OLeJUtnnAoxotacfLyp8jn06Tux16fLj173JpIynkQqeRcMQAWB+vJ/wB9/j7O&#10;djtChltihUEagTTPrQ0PpwH5UPTFw4Yqa9e9vELAOFZuHAvZTcWP1t9eP6+5FsZ3WcRlwwdcAKwN&#10;Rj+QFCxAHSVCtc1Arn/Vx/IHrx/w+vt8hcyFaeRvuEuJYvIWAjdb6TYfi1wRf2YSRJXxCKEH5H8/&#10;tHr0ILOd5QtjK3jKaMuuoAI4fOhGCK0PUSWIJeZB45CArmMAsyk/m45IP5tf3hraaBHFb5nEUH7s&#10;lFFqaGQgWf0Dmxvyovf+nsrubbVKt7PLIqRAllWpVlofiQAljQ8AM0GKjp66htYm+oj0sKg+EOAY&#10;0BpUgAVpXj6cOuETSsPGQ3+p85tqK/Ww0/7Gx49tLxEwrWSTqJZKr9mL9yE1ISImmo4IyQtgt7Lx&#10;e3tCkXgr9WZf1ZJSyaQUEmlW8GLSzCnZxBpqIDNw6LzHNcwfUGnbihrWmOFBSg8iKAA0HkOpAZUb&#10;QoNrXLAqVBJ5ZyTe/wDifr7kUuGXJ5Knnlr5aWOCJnehjRNEsgIdZXm/WpjF10qdPPvW67F9XuMG&#10;6ySOqxgExCgrJUaXLZPaO3SDpp0YbDbW24SPZzsqP8WruJCjLLkhV+2lR5HqLkKuWjgM0cBqOVWw&#10;cBrsbLZbG/8AsOfavmVKcF1ZjHdQoUhwzOB62ViR9OBb2boWl7aUI44oR8vXoS3UcVipljJKVAAB&#10;DBi34iGqOHDPDpspnerCKyhJSpLllKOqxm+hGUKfr9QfbDlpkeCO6rE7SGNCRdS9rjVp4+n5Nv6f&#10;X3q4dIY/DaQKZCFUsCyhjUgNTgCAeJH29Bnd5hdQKQgUgnzpWn8qgHj+WenWmj8ckg8hYFQQp/s8&#10;2IF+QL/j2EucxSZyp+ziWeBKiQvVvTySxhTT2aGYf46h/iD9D7gTmHb25h39rLaYmj8RmMoSuj9N&#10;e1yBgVI+YyB05tl++2RfVOVYqKIGAPxfEM+VPsNeHU73FXOthSKFMbkJ5KeIEqRTwLXuoIVFlcgC&#10;5H6rWuRew9ott5nm5YlSxS1lJjK61OmMTEHtGryAbNaGuKinTx2pdzH1LTRoJD/SOgHiaUJP2caD&#10;HXvbfsHeGa3BjYcrujBrtHJE1hrNuvlKfLPi5jUNGkdTkaO0EhKBZAUAtqt+L+zLYOcLn99S3m4S&#10;BIkMr6AxIR5TQhiO0hfIgZ8x59K+bOXNt2i9aw2K6/eEPZouBE0QlGkElY3GtaGq5OaVr5de9iHD&#10;MZHiUPqEg13LsbD8Mlrnkf429jKwu3vby3txMGWXuB1NgcdScTVh6mnl0D5I9CMSKFccPP0/Lr3u&#10;ZGJfI4Yr4SBYHmRh9Gv9AP8AW9n+3puDX7xTuDbMAdJNWcZDA+lQeH8+k7mMINPxV/Z1723xKaWa&#10;aRlmjj/zMcWstTldVlezf2v639hm18TZL65uJYpY46mNUrWJlrRDRqgt61NBwpXpW58dFQEFuJan&#10;d8x9nXvboizPHH5FCNYtYXAAPCqALAi3N/Y6trfcb60gN4oiYBjQGgFcBKLQFQuSSK/LHSJ/DRzo&#10;yPnx+3r3tvHMpem1SvKqw2jdfEbNYzE8jV+PYMJreFtrRpZJV8LtNYjRqGU/0sU8x69LFB0BJcAG&#10;vDu+S/Z59e9h7Lkjja3NUcazR1ElQyKkyKlLLU1bKZJKSUP6o1tZyQLHj3E93f3O07he28baZJy8&#10;ZSvYGZgW0kNQioGQRQ1p0L1sfq7e2ncqVVckV1KqVADimGPEcajr3tRLMsEiuIwlTIgeWpklk8UZ&#10;iX6QKSQovc2/P+Ps8S+W0mje3j8O4cFmmZzpDIMeGPwAUNc1Y+vRM0ZkQrWqKaBQBqNf4j5n/B17&#10;2nsrUY8SRvlEAgnyFHUYueKpkkZKt1JRmSPSVDkEBSSP6+w3utzZG4e4vhqW4ZJYmWQtoLDJIUhh&#10;rIPaxqteHRxYQ3ZVlsj3pG6yqVABQUqKmoNBTIofTr3t3os0y1QpqidIlganUyTyJGk89QpMNLEW&#10;I1OQLBQLm3s92LmO9S+W2nnosFGqzAaiQdKVPFqcF/y9F1ztitB40Kai+rABJVVpVj6LX8R4de9u&#10;Nfkag0lS00wxsap6a+Ew1DRKTqDqJQ6FrAr6xax9iHcOZdxktZJL5RbxoKLKhDkg5FAdQZqAjuwK&#10;nA6R2dnCLlBGvjsTmM6lqeFKgg088Hy8+ve0JDn1Ircq1PPjVmi0gTSLNLJBHJph8UFO7Ld/1cfg&#10;/wCw9xZHvTm5udxhXwBINPE5TyAWtCTx+R4DoVS7SQY7FXWYqfwigDEVNWYAgDhnz4de9zsO1JBC&#10;9PG88sBEtdkKvIVUgmiUnW2uWUC6jgC54FvZltNxavrhRTJGyiWZpGIZQvHJ04/OvSbcRcTSCZwF&#10;bCRrGo0kjGAPM+eMnr3tSUmTByMEVNGqRsiSpGr2WTWmlSGccgr6gdXsXbRvzR8wwx2ESwoSCsYJ&#10;AcldOS3Go7ga16JLixpZNJMxLAkE0yKHOPtxw697fEq6sJMEihQqJHilcMYnWKQCQTAXsbfSx59j&#10;e13ne0gmWCKOMqsjI7A6GCOBIJBw1acDTSpzTz6K2t7fUpcscgEeYqMafl172508vkHAGoQ6jZld&#10;Qzn0ppBLD+vPsW7NfC4BaNassVaBldQznCgAll8iagCnSGWPQc8K+eDjz9Ove8FPVVVTMivGIPt9&#10;YmeIsyT2NtA1C3+xHPsr2jdd93fdI4poxbi1LeIYyTHKAaaBUUAJzWpIp0pmS3hhqvdqGPX5E58u&#10;HDPn173KrYKWeNRLD5pEmimjDapTG6elXRCfSP8AVAcez3mHbNuu4CLmJp5A6Oi5kKNXSHVa9q0J&#10;DEUBrkHpqC4ljASI6KggmtKj0r/k9eFOve86DSzhVC8Cx5I44BIvx/sPZpbRGKeZIYhEKChoSppj&#10;gDQUHkKV9ekusgBia9e98ljJk8kja3KkB7DWBf6C/wCPe4rF0uvq5nDvpIDUoVqakLxGk+nrk9bM&#10;hf4q545r+fXvfUkauNLqW1jTYfqA/wAGBFvd761truMJdxFw+MUBXz+IEEA0zQnrSMyGqnh/q4Z6&#10;97kgrpXgK6m9/wAn/X9rQCD8sdXEi+GBwZf59e9x3/oBc2LfS/1P9PaS7ApojWrULcKnj5V869Mj&#10;jnr3vEzCRNIJDcqDYhlP0P19llxcR31v4cL6JK6BgqwJwaeQJ/l/Lq6gqakY6977j/QAr6wLKSCd&#10;dl4NyP8AH6+72Q/xNY45fGRCFJBbX24Jx51pXADCvr1527ySKV697gy/ZeZqqJI/uGMcNQ6Kv3Lp&#10;CT4gUvdtLG/+9f09h7crnZJbldztUBn1qkoWglKoTo7CRq0vQ1HAAivl0tQ3BjEEjERipWvwivxH&#10;5VHH1697e8NLURwiLImCSobXramjdIreRtDMjsxAC6S3J9V/xb2JrQbh9Ig3N42uBXV4YKrTUaEB&#10;iSCVpqFaBqgEih6MNvurNJ3hRD4bDGqhINM6iAKqDUjHCnWGdWZbqbMpuObf4cH+vua1XQy08i1v&#10;3DhVIkSFLoyr+plA5uPqPdroR+BIzLWMBtXaxNOBwASfyFTxHSiK/sJ4hFemQsCMJQKaHjUkHHEV&#10;oB59YHiqFceBYApBu8usyKbf7Tx9fz7AjvPLxV2E2zQR1csyU8OWqmWpZVmMTiOGBrOQzAC4TgHg&#10;+8UvvAUvV2+0tnqjxPIGYU1E6QjUIBLmhGRkGprXrqD9wONbuy3C6krI8MixqXILKBU6QQT20IAJ&#10;oKilBTon/favgtz4/Iw0U8SZd8XSvJRwTSUtQ4qHklmqHjTTGUsHcliSLG4J5pz7sqXqaisnq45R&#10;RpCkIemGqfHLFdoqmOMgAjV/nV/K/Tm3vFuwjMLOGAqez4f5g+uKUr8+uzPJIMEfgoO4UHkAQT2+&#10;ufz9ePQ+7Ip4ocdRrTS3lnaWtlLuzLUySqFmia/OkcaGA4sPrz7qm+WGwJ8xstqiiMVbUT4meY+B&#10;3aMvSymaCWGUf2Jkay/kG6kXHtdaQVYyxfYtTmh+IU9eGTxI9T1kLyTuEy7gY7tAgICjIODg4AGT&#10;TjxPE9CVFIJNYAI0ECxFiOP0m/5H590p5HIpOlDiFxywSQ10NRHWBj6HjfRPHURkeknkE+0yO7zO&#10;pOoZUimBTz88flQnyNOpjZWDsIpAR/COHAYHlp/IVPyHWb2F28oGodxNBJpQSmNlJIKgS+o/7Dn6&#10;n/D2unR1oWyB5V+w8RQVPnThmvT8WtYyB5ZABz+3hx/2a9e9s1TTTUoljkjePxiKYCRV8fikPBT/&#10;AIMDwR/tvexbgymRypRvQniOAOM0pQjrzdsqszCnAlTnUKcR50OKfPr3twxVN5K6J0jmBcqUWMad&#10;TKdQDt+LXNvz71Qg1VeOAPkcVHHyx9nTRkausUoDTh5GufPHr/m697EzL7Zer2/FkXVBVUlRJGVB&#10;DP4G50lV5Fj9D/r+3oo28E0IFKUOK18v+LP2dNxVjrHEQKZFBk14VJ4/5K8evewpaetQkUtQQQzK&#10;Yww0mw9I54/P+39tkvHRVy3HPnX04eePmOlvhdoxRjk5/wAv+Hr3vPRM9QwjramSlm18SkOYC36R&#10;qcG62+v09tooZ2MoIqMYp1ptKDSq1+X+X5fM+v7OvezZ9SbHy+QWFta1dO6yRlhMrxzRyLy6H9Qt&#10;/Qe0c8EGuqAL/q/2fPo02m/itrpSlIzigJ/Zj1yPt697so6uxuZwO3f4NM7tSUiaqMO7SuqSHU8I&#10;1Xso40n8fj2m2fbhd7jSLGoitBw+358aH5AddTPuvb/d7nHFt0smCBSv4cZqP5gcMde9yKyozorG&#10;EGPDIX1Al7vIB9CCSPqCOP8AfGb7fliwFsqeLrxSoKhe7hgCpAz8+PXQKC3uarHBD4oGoa9agNXz&#10;0+g+Zrj9nvfCXJ5uFlb7OHUBZ4y7cqBpsLf73723Jm1tFTUWPnSh8x5f6vLrdz49tEpNu4rgnWDS&#10;nHgD9nnjr3uGd1ZuM6JcOxuAVliZytrC90/wv9fx/T3pOQ9oAoZGPpwJx54AzXooG9Ksml4JKD0b&#10;/oUefHr3vmN5zIpSWnliLgqAyFrq31AB/P1v/wAbHswi5TsIGDiStPPH58M5+XH8ulybrZVBZZQT&#10;TyFKjzqKcf8AUOve2t6maqc1LRmQNe1tS2ub2HPp/pYez1tjsfAEZFacfXjQHPHyHy6Ood2jMCgp&#10;28POozgmvHr3tzpKzGU2mSrVodIOp41JYN9Tz9bfUfT2G9w5W1lkjCn8v8uB5fb0lku7V9TK4FQc&#10;ZP8Aq9fPh5de99T7pxylI8bM8rFhbVC6Aav1KSRfk+yJOVfDGthkZ4nPoOi394wuQKgn8/8AYH5/&#10;s697f6CaTJRhaxCHJUatYFh9R6lve4/F/d/D/dx/TwPnkV9PKlPzGB0cQTlUDoSADU0z+R4Uxnr3&#10;t2ipMfEGDVR41enUbXPAYnn/AHv2YQ7nJJhTmuKnH5edfT5/b0Yxb+IlJNCftHl/q+3r3tK1U9NN&#10;L9oswGpmClSD+q9uR/rX59iKCSSRCXanlUnNf9jz9fLpYm/rc1hHz+X8scD172l6qm/hs6ymWSUN&#10;6g2qx1fVks1+T+P6+2JbKGaqk5/b9v5nomuaR1kFSfma/s/Pr3uPJueqYqkFPMrf6pQbm34bSPx+&#10;faWGxtYHrpr/ACH+r1PRIN4eOUFQWPA44fZk+fH+XXvcWs/idQn3DU9S4JBYqrEKSeSLf717PYb2&#10;0A0YPlxGKY6YvNyuLgihOrNR5A+ta8P28eve5NBBkmjjPgrLEghgrgWB+gP9P9h7Q7ibd4yHYevH&#10;NPs+Xz6N9tnn8Hw5SwqOBI/wVrx697W8dTSQxI1U0wA0KdKMfUP1Je1/9e3sA3Vupk/SJ9Aa0H2/&#10;5sdKJHCgBSa/bx+dM8eve+EmRxi1CvSvO5k/QFuFBA9RKk/7D8+0Q24y6gzdvmMj+dP5/b04gWUa&#10;i37P2f8AF/nw697ly1GqPyMrAE3Kf6/I1D8f6/tuKKK0crU9vAg0r/pTwp+fW1K2xpXOT88U4sPI&#10;+lfnnr3vHSLQ1yM7RMuhiG1MVBX8ng+17b6IO0uxFPOhOf5n/KelC7y6HuJZacT5fzzTr3vKwwtL&#10;HqLrGLki0krEkni5e9rf1PtbZ76k3wsRw9P8/E8f8PTttvaSVyaep/1UNf2eXXvcdq/b7/5wNO63&#10;u0TyFbgW40835+vI9qrnc30gRtTP8vOvEf4D0ouNxSQAKaelP8tPP9nXvb1RUeJl0yRQugJvyXZy&#10;bf7UD/sePYUvt4kVzpNfIk4GP58eGMevRFLdsPhI9CTw4+dP5fPr3vDkaKpLK1IE9N7rINJJb9P6&#10;fr/rk+1m3cxMo0ucDh5/6h9nXorkV7uHHHD8j1723NS5CSO8y2axLaSdI0j6X5+v+9ez4czU7NXn&#10;SnoT5/ZT7KdGaX8KpT8RoCKn/Vj8uve4CQvExJDDQGYi6kE/6k39sne0legNTX7PL/Vx/Z0mfdkV&#10;tKsP8BNOGafyr173hgy/klEZidWLWDBdQsP1X4H1+n09vyXLNH4ijJ4/Z/q/Pps7u7SHSOPH/V9n&#10;Xvb2atoE1n+yL2IBOkc3Uf7wOPaJbt5Gxw4VHD88V+VerxbpJIQM0rxqR9vz/wAvXvfUOXM7emmI&#10;TgXvyoJv6r2A/wBb2iurgrD3tXyA4f569OT3kiRmprj/AFca19QcD5de9udM5MrWjDqR+CUa1rkG&#10;9hx/j7AdzfTCTs4VOfz/AJft6C024Sl6KcVrnga4qeJr9nDr3ty1chPsYyHU6rKupm/BF/6/7yfa&#10;yy3e6Rteo0Xyrin2Cv8AhFOtLuLFs4pwz/m4/LhTr3vFLQzObihXk+ohVUgEfS6/m/49i2z31NNC&#10;1CR6+f8AkH29GtvuyhSqFg3yz/vXy9Cf2de94/4cdAYwEg3Gi+rkHkA+16b/AAqQxIoPkT9mP8vS&#10;1NyGASP2U/w/5uve2h8LkEdzTYioIdtdzdQoItchvp/sPZknMllgyMM8Kevr9n7Ol8d/FHVa48s/&#10;5f8AJ173npNu7njZXjomaDXYqzm39L3+nH+I9ll7zDYzYNM/Mcf8PSS73dGwop+df9X5Hr3tVQY6&#10;dIlWriMb+kckWHNiCwv/ALb2iTd4RV08q1yeP2f5eq2m6KmWJqCSQTmvyB8vz/n1724SYyhEbWtq&#10;N9IFwCStrm/0H+PPtVbcyWkTaNVPWtf9VPkehHBv8EaDTx+Y/wBQ697S9bi8lHNGaERKLBnsjO1r&#10;/i/0I/B9nB3uwuYmMgBqaGuP5V/zHoN7puq3WpUpQk/sPXvcyHFZ6pbQqoLn1kCy3vcgm/8Avv8A&#10;W9srebYhxSnl5mlP59F9nNGHBkoVGB5Z/Zn7Ove1JT4bw/51YZGCsjMCrEMTyNP554+t/aO63uK3&#10;XsOP84x/q/l0I03RbTKUzx+Z/bw/bTr3vg2ITzSBqJDERYNHfVa1+Qbi/wDT2TTc3OFGkV/lQ/Kn&#10;+avr0Xzb07LoPb6jz/LzP8+ve8gweKdgXoADYamMTAWA4JH9f9f2Tz833p7kXH88fy6K59yloCai&#10;p4efCvl8v9Q697iVGDxCqSaOMi+oDUdRINuDyB+OLf7f2s2/mi9dqTiqn14U8v8AVXqlvutwuJPP&#10;ORT8/n8vXr3uLT4XyHyJTgKqkKzWuPyAAT9APYl/fqR5bHrnGePRnFvix0XAp5cM/wCAV+3r3vnF&#10;gqmrlKLPGEKi66LaPxqBFvr/AIH2ZpzDbqlAKVH+r5/t6EH76UQDBH+Uf7P+ojr3uRHstmADHU6s&#10;eUXUWUH8KP8AH+h91k5lt46laeVanA+VfzqeimW5GouKd3HOBjFP8oH7eve8jbSkhdbRWDDWutCA&#10;B+Qyjk8cf8R7Sf1zt0q5INDQ0459Bgfn+XVrfcNCH1rn/ZP+Xh173KXBuIyHiRQATp0nStuOW/BN&#10;vaV+c7IVFDxHp/xf+bpUdyhBIBB/1f5Bx697aanCvGAqtGT/AGfSAGUm34sDz+PaqLnKyOaU1VOf&#10;L/D/AJ+k8u7RkaTgGv2j/Vxr173Bptv08jsaljHIdVgHFuTwSBf/AFvbNxzha1qgB9a/Zk1x+3pG&#10;m4DSBStB5ny9a/5eve+U235YyRTVKyG11V3+iqf7LXvxxb+vtq25ktZuIp5YpXPy8z6np223KBG1&#10;MBjHy/4vyr173hSmyMEJeQF0QkaC2oi3H0/3w9nNu9pcipoG8xj8uHr5dHMM9tL210t54p+w4r/q&#10;8+ve8b15Kxq0KErYEkDm/F7f0v7WpaW4Nfz8uP8Aq/n0Zxpbq4DftwfyFf8AL59e94osv43aKRU0&#10;pcCwCnSf7XH4/oD7emto51oePlX/AFf6v8NL7wpIyeJP+HNKV697jVWepWGoQhQp06hcsbfSx4Js&#10;RyCf9b3qHZgpqRx/n9n7f5fl0RAGFwRUH/KfPz9Ove2lM5SS8mQIy2/znFwBb9I/4j2aybbGi6Vz&#10;T86E8Olh3xYVKNpx+37OIOePn/Pr3t7pq7G16hJpI5rngA6vzdV9Nj/Xn2HLm1ltmZ0XA884+zy/&#10;zdEE+6wyOfCIB9M1/ZkZ4de9yhjcDKpUUiM7Hi5tYi5Bvcn25ZbtdQjQVr8/lw+X5Hq1s1TRSP8A&#10;Vg4/njr3uO23MMSf2GXS31En0YG3A+lr+zob524WpHr6/t+3/B0beBpFMEinpTP5+vHy8uve8L43&#10;D05UxrICCNSlyR+mxNxzzb3Y7pHIp1jurk+oz/q/ydPRkRsDJTFRxFPlXPXvcGplpLgKr6h+r8+g&#10;g/W9v9b/AGA9q4twtAorRSfPh6D59buryAAxgU+Y/wBR/b173ngjoKsKXjY3Rf1fqUBrG6m/1/H+&#10;829lO47laqjeEMg/lTgfOteiv62FGJatf8Pzr8vM/L8+ve3gY/HIFbSQL3UhhpF7nnj/AHj2EH3u&#10;MOY2Nf8AL+zpK26pI+h24nAGPKn+o+XXvcMiljdlS4S5BJYfj6j0/S5v7Mbe4hkjqcmmKftrn06M&#10;ILq3aHQVq1DQ8PUg+uPt+3r3twWOkFK58p8hUen06hYA2B+l/qLX9lckoN4h/CK/lg8P89OHRc0s&#10;ZmU07BX7eve//9fXxl2pi5AA1HOx9TBmfX+OAthz+Bx7yWbdYQ/dQDhmhA/zf4evo4PKNrcYlUVB&#10;pUiv7T5db/HtOVe0sdA5anoqh5GCsG8LMq+rgMPof9j7TjdbJ61NCP8AV8v9VOg3ecnWMDl4xQ8K&#10;+p8sgHr3uFSY3OipWnp4ZvF9LCIqlvx9R/Q+7tu8EeS3D5Z/L7eiyHY5hceFQ6fP/L9n+fr3tTNt&#10;bPTsHaiKLYEyeRRyTf0g/wC29pX36EuAT5VA8/t/4vo6OwFgEkFD5U4/srkHr3tzpNt18YQOkagH&#10;SxaZRZhzwB9eP6e2/wB+RK3div8AP/i+lNvsUcbiozXift4D7eve32TFVGmP7fQPHpLEE3LlTcrb&#10;n6e1SbkWj7ccTxHlxz6j5+Xl0KLbaQqiQU/PABHqfXyH8uve+pMLueSMfa1RRgtlAkdCbG6iwH+x&#10;59pJt5hxR6E/6j5+v+c9LLpvBg0REKSKepzx/P7Ove05X7T3tMbVdfLJGW9UayyBRYXBcce00W8I&#10;WFZAaeQpw/1edegTcWt5cuBJLivAD/N/gx173lx+wanVHLV1FTq1FtGk6SP6+rj/AF/erjfooySj&#10;1oD/AD/yD5celttsEAbxpWLNp/Yc8R/q/Pr3t6qdh1NQvijdYgf0GR1Tj6gtq49l45jVTq1Zp6ft&#10;oRjh0xc7TblQukA/JfsrWg697aafqWpm1O2X8AcklUJk1fkpcf6/B9pJeaCh9fsGP2k/5flx6DT7&#10;JTVpydVOH5A54f5Ove3qj6qko11QVEtXOBf1yaFa/wBbkav68H2wnNtGw3H7M/l6/Z+fR3tu2/Ss&#10;FyWoeJ/z0r173l/0eZdP3Kk09NGWuY/OJJQp4AZLD+v0PtSnNDMe05Pn6fs6ES26tQED/BTia/6j&#10;T5de9u8Gzko+XrqdTxYvLHGDx6gbn8fj2jm364mJoeJ48Tj5cP2dORwKg+MV4+uPnj1697aMvt+S&#10;nQ1MdXFIA4LBGB+p+gK/7H3ez3WZpdMnn619R0sRgpalKeXpX5Z697RS5yemq2pp3liSNrale445&#10;UXN/x9fZxIjXEdMfKn5fLHSCXeSpowoB5gYr+Weve3dd1U0ziCGqnLD9fr/rxpAAH+9+08O1RiTU&#10;+T/qz8q9at9wS4uQIjUnjnNfsxTr3vNU5SGVWQ/cTaiCWeQgWAsLX+g9mMdgkS0YiuaVGR9lP8/Q&#10;jhumRApIIB4f5ePXvfGXMYiipy08chl/sxqNQIB4u5/2PttojC+aY+2vCn7P29NbhuS2+k1GK19f&#10;t+z+fXvcKPcMk2h6Sh+2jUkam1EkkelvVxa3tprSKZdLkn+X+yM9Bxrh7sMa6R6GvA5xThU9e982&#10;zNagaRKeSZxbSqqTYsDclgfx7TDabZH1gUr+f2D/AGfPpKyyxAkcSOHn172mWz+V+6ZXkkUiTV43&#10;DEg/k8n6gfS3s1tIYYcLSi4qP9VfyHTNput1DONL8MUp+2n+br3tQ02aSmvLkpSsJILuAQWH1Kk/&#10;8R9fZt46lcfln+f2f6h0LE5oNtDW4NAOJ8h/g697l1G/NnQi0LtLKbKdEJBBHJbnj/X59pRIx+Ng&#10;DX1/yf4f8vRLce4Nhr0CVa1+Z/nT/L1729w5rFV9C01OXVtB0qysGZytv8fz9fbjaG7KeX7Pn9g8&#10;vXpXNzLLNbAx0yK5x9h+z5efXvYW1e44qSeVJ4J5FRyupIy1j/gSOefdWW2jHd3UPGlf8FegPecx&#10;TJKzSAgA5oCafs/yde940zcFYSBAyQMedalC1hf9Pt4LBp1IATx48R6dIxvbSjUTTPA4P20PXvbP&#10;WbmaKpFKtAxptQ/cGsA8W/HHuoliWWmjHrSvHork5nuYrkQIp0eZHlX18uve1LTS4Woi0yAxvKoO&#10;si5DWBvdvpb2uFKdvD086/5ujoTw3ERLsDip8/8AV/Pr3uVTzYbHI7zVUUht6VLoG5+v6vp73J4i&#10;rpoBU/lT0+f+rHVxe2MCESlSPWuKfl/g697gf3qwccyrdfGG1F+NQUH8G3ttJmFcio9OH8+iq63z&#10;bYn0RMpA8z509Ove5y7l2RkXaKaJ3c8BmCsdQ/r/AIn/AFvbolZ+yox5D5/6s9JG3vb7pfB1q2eG&#10;OPpk9e9slc+yofIftpbEGw02H+uGB9u6VRauP2/6h0WXp25FMmkY4+ny9OPXvaOgymCNUTTid4tY&#10;HhkIGgfQG4P/ABHtgOjEAH9n+ToMRXtnNLVDWjDHz+z5de9ql8th6eL1wxIjLcFUHqNv62J/x+vt&#10;ZVdJyPkPPH+ToQyXFrFEZHwKenHr3tjbcmKLhIopyge62NlA/IAH+3591B7aEj5Uzn7eimPeoGcI&#10;ageRUEUPz+XXvfOTP0ha1LTM5+uqWw4/qCL/AO29qIVjbt1H1p5H/Z6USboJEKw5r/Ovr/k8+ve0&#10;wP3a9qt6eO7aiRc6Av09Kn8+3RAoaoThw/2aVx0HfDc3Bn01PrmlP9Xn1721bjzdZjI45KJAsYPI&#10;RSWJvcMfZfuBa2jEkS1B4/8AFDon37e7varZZ7RcA0IpWnXvfeG33mioZaqZSAONOkn+lmFrW/1/&#10;aa2uTKMn9op9vVtl5zv5V15qo4EYz/q+fXvbhW703NVjQK6oF1IH70lrE/Vh/wAa92kWQmi6QOIx&#10;0ZXXNG73A0Rdp/On/Fde9tlJW7sqHtJWVDoxsVZ3KG/1Jv8A4e24lu6gs3oB0ksH5qmlBdyVP7Pz&#10;r6eXXvbmaDchYH9xo2+oDm3PBHH9fasi4DFj5/6vTozax5iZgXOode9uwx2b8IZKOWosLtoUPa34&#10;Ur/xB9vGYxr6/wCrj9nRmba/jhOkEtxNKD8h9vXvbRLQ5Qt5GpaqJyOF0st7fkcfj2wzK4JK5/1e&#10;XRcbfc5CJdLqT9o/mfT/AIrr3uZDmsxTqsMk1QEQEMjswIW1jp+n4911uGpTPzGfmK9L49x3OFRF&#10;OCMZrxx59e9rvC00mQhWeCvm1OLFG9Q450ML/j+o90DmmrODnh5/Z0eWU09xEX1eY+XHjjhj/VXr&#10;3tUth834isTxy6RfiSxK/wC1q5Nufpx7fS6iBBHHh/q/w9KHhkeqgceve03UzZmEv9xNJCQbaEe6&#10;txZeQQP9sfdjcqZFFfh/1efl0U3UhhBUkjTxP+T7Ove2WTL1VNpM0YqBey2uswBN7lgfamKWINhq&#10;k+n+rOOi/wAeSoeKrgmpp5+vXvc+OtyWQpiEeakuCFClizD8E25/2J9uFkoNJoeAqf8AD6D/AD9H&#10;UNvdXADKCAfsHn8/T+fXvaMrajcGNq4liqaoyO2kFWlGm1jxb6f4+y6aTQ+kEceP+rh/l6ILyXed&#10;vnVYmNCc8NI+fy9fn172+Jm92KVdKuVTwpcSaWNyOLH/AB/qPdpZcUXT+wf6v8/+A4i3jewNKn9g&#10;Pp5fbTPXvbgue3ZOBHXZCXwLyBKblSOFOq9/8LH2XtJVjUj9nHPnjPVzdbvNJWXh8xg19SRwA697&#10;f6HM5KyURmaR3KhmSI3Ymw4v/vPHtYLmMJk8T+fQ32uS6KhRXUeHGh/2OvexEo6Kegp2nqJZJZHV&#10;X02CaV+pW5/P+w9pZN2gK8a14j5/PP8Ag9ehfAjBe9if28R/k9P8vXvblgDkcfJNUVGPlamnkHj1&#10;+qyG4U8c2/P09lV1fwyjRUAHyHr6V9ehJttzIgC6iOBqTinn/qwBx697fczNjJoy1daCNSNGiUBw&#10;4H6T+fyPx7T29UKgft/1fyOPUU6vujto7KUcHNamny+X/Fjr3sN8tiZEZa/bmdq4JEcF0uX0gi/B&#10;uP8AWseP9v7OKGTj50H21oSD8qft6jbdv3kj6reopnhUD9vyz172qNsb1qKQCHO161jhiC6K4cgA&#10;/q0j/Y/7x7XoxRSqipOKUGP+K/b0t23ebhIjHMh1UoSR+zHAH8+ve5mWy1DXSwOkrUkLTMJHVCXd&#10;SSQLf2f9f23qYksMkehofn/g/wA/VbpEvJPFK+efzFP9Xz49e9wctgZcqNWJ3JHFAkQH27MCXYAl&#10;WFvqf8be2Gv1hADg1PmBx/zdJjy8LiMMnE/t9Py+fXvYT1O1cnjqk1U2XEgEis6a3BILXJa5/wB6&#10;93jvUZ6hq/b0TPytewXGoyFkrw8qfP5Dr3tattH+PU5qYcrDGGS6t5BwyLpYMRcjgcf192kv0WtS&#10;M+nS39wa1y1K+dD/ADNc/L5de9oDIbXmxDPK+S+58JuRCxN1B/1XtxboFa1NPtH+D/V5joP3W2TW&#10;ZZjITQ0ycZ8vX+XXva62gTKumaZvC6qTrn06RexPJvx/vPvctwHdfXyxUZ8qcOjrZLiFWpLk/tr5&#10;/Z/m697VOQzTUc8cMaq1OCoYxqXlTi1x9eT/ALH23WYUIIP8xx6PrnwCRoBavoMVr548uve3+mlW&#10;SJJoySukkqygcfU8nj6/77nhAbxg2hc541wfPHp0b7dYLMCz+fnxI+X+H7B9nXvbpHRUM8LGrCzF&#10;l5QxoB/VdDHk8f717ak3C5FGjIFePD/V/wAX0enbYVjooox8+Jr8/t+zr3tJ123aZjI+NZaQ/Vb8&#10;qbi9gzfQH29b3dwWOog/t/1H16Itz2+G1QszCtK4+Vf9Veve0waHcCVAR5o2iYopIAtoI+t+fpx9&#10;Pa43NVIZ8Z+0+X7OgFJNFcXBQ8OAxk04n5A9e9q7G42pjOmasjEqEEiFzJpWwYKQPz/QH2iuL3Ql&#10;Fbh6/nnqRdmtbZ4Ap4kfYKfy/wBX2de9v00kEat5PVdBqLR35+n0/H+P+w9l6bjJKdKNUfbnpXeb&#10;DDM3hoAR6VFQcfaT5de9ojOYXHQU1TUpTI6zRa9JXyEkkFrgngH2axbgSwWtD/Lzx0Gt15btoEYU&#10;GB+R/KmKf6j172CeT2btTIJNUy4qGCr0ggpdS5vckKOD/sPd5jA3dIoLfYP8PGnUK71yZs1xMZGg&#10;XWTSoXOcg1+f8uve2Cm2XREN9lAYyLBfSbG/J5Puy3MMOCABTj/q4H/VTpHt/JtsGAjjC4rUD/J6&#10;9e9v0WzeVD07KNIvoBckW44/2/8Axv2qivoD3NQjh+f2eXp0JIeU0CntNOFaDPzp1725S7MpEj5a&#10;rgsoOowaxc/p4AB/3n2pN3EVxxGPs/MmnT0vLXhLWhA9dNP9X+Xr3sF9ywVOGq0R6+0MznRIFYXA&#10;NiCthb/efZTcXMsUoq5AJ4f6qY+f+TqI+Y0uNquRqnKoxI4fy+XXvbZRyRZOcUsayyMSBqZGZXvx&#10;e31/3j3ZblJ2IFScVJ8+i22lt9xk+nWp4ZIwfz/weXXva6pdqV9HYLRznWAbIpDLf9LWPtUkyQmm&#10;MU8/X5fL58ehfY7RHboTEaCvGtKUx173JfB5GBwzZcwAElqSWHUf6/UX/wBt7s1+4cMspofKg/w9&#10;OvbXaSiVbg6TxUqCKfnQ4+Veve/JV0kcpp/OkjqbOwjAuSP6n2ui3aIyeFwJ4ny/2c9GkNzBrEYI&#10;NOJGDw/y9e9x6uOCFGlDEqwuAFs3J/H+Hu8t9DGhavE+QP8Ah/y8OmLiKBAZBkH04j5de9v+18PH&#10;XS6nGhpEumuNtA/rqe319po76JSWI9Py+z/KejbZLCJ6TsaE8R5jPnX+eRjr3t8yXXmQnkuVk8RO&#10;vgEo6n9PAJ+n9PbFxfQzZJ+0V9Ol+48uw3D9z+eR5f5qde95KTbmTp4/t6WCKnEbBRJOhU6zx+Rf&#10;/YW96+sjUDw8ACo/L5dLbbaFRdEJAoKitafKnAde9rzbOBziOfu6ii8bqeUYIFsfobj/AIj3Vtx0&#10;JWYipziv2g16GWzbPLp8W6KknhTj+yv8+ve1JUbfnLl46qneEWD6XZWJH6gAT/sDz7QNvUI+OqkV&#10;r/n6NbjbogpCgA+maZPn8+ve2+CjyVXJPSGUTxKtgFZdYB4tc/ge9jd4tQJJPpj/AC9IDtCs7A0p&#10;U8MD/V/Lr3tEV+wt1TztLGFnguTHqnQBVDcBUJ+v+v7uN9UkaTQHFPTy/wBXl0GLzYZ2n1KccKen&#10;Xvcij2TuWOaMrRUMKLZpZZWhZnI/V6eT7UtuwZQHYAcfP/J5dOQcrSmTU4FKjz/wf8X172pq7bdd&#10;LRnWtJCmgFhEIykoBsSBYWPvcl8Xr5nyPp/q+wdPblsltEmhqA5AqDjHHANR/wAX172EeWgnwFWk&#10;tKjM1xIxUXXjmy8f7f3v95MtWkUn/D/xf8+gNcbdNZuXhXA8xx/P1/YOve5Ue88pWqqvChbgcREs&#10;SOAPTz/vXt1NyRiKYJ/ZX/J+3pZZ3Vyy1AK1HADB8/TBPXvb1Q5nMFy8tPNoVQIl8TKoINlIJt7u&#10;LlSQ1C1OORno8hldz+rgf6vXr3t4fI5KVJHhhkR5BpDFjqYj6k2I4HvxeOhUUFTXPr0okDvGwTyH&#10;7P8AZ/yde9pCo/vAfItRO8UZBsCNAueQSbfT3ZmBFEoD+3H+r59EzR3atpc0FMY697wQ5XcmFhkk&#10;iasMQQuhQGWNwOeV5AB/x9pHmCBiO4jy9f8AV6dOxbluFkHOkvpFQBmtPl69e9u2I7xr6dvtqvDi&#10;oZrKxNHJJUEj6HUBb2VruyiTQY2qPQE5+z/Z6Ubd7lRCRYJ7WQH0CEn9lKde9iJB2Dlc7CKeHBtB&#10;DKArNVx+NQluWKtb/e/Zitx4oLBSo+fHocRcyW+4QlkiaMeYY0OeOK1/Lr3tJZnB5WXXLRy0Jctc&#10;w+XwsEtfguQL/wCufdCzkgrivy4jh9nQVvbmbxi1scnGcY9Bw/wHr3vLhMVl/uE80gYAD0rOsqqT&#10;xpJU24/1/bM0VUrq4Z+3o/2HeZ0m/Uc4Ax5f4evexk+4SigihgYLJ40LktzrAsQQfr+ePZHLYLKS&#10;zCnn8vt6lGLc7S4hOuhr5VGKeQ9T/g697b55qeSOdZYvKZVJ16mAW4+ukfW/P1HtHHbmB9Ssfs9f&#10;l/qp6dI7i7tEgKxOSfIEDH8v8nXvYZU1FSxZOZJQVj1ARlXVdZLXICOeP9v7E0DBYgW86Y+38/5d&#10;AiWNHn78AnPD8/l172rsdhsFkqgwvejIPpnjn1OXPHAe9v8AkH36e5kjQFCKHjT0/wBXr0ILLb9u&#10;nCs2M8Qe75Y/2eve1o2zkh8aR7lkjpSLqkx4fjm6kWtx9fr7JZNzldiBkj5+WMdL7q3s4FAD0Pr6&#10;18vmeve2fLYDFUN6ifO0spCH9uIKJLgXAGn/AG309rrG/lmajAn5n/L/AMX0WSJZNASxOqvnSn2f&#10;7HXvYZPnqWhE9Q5jDpdYQCHMn+pLW/I/p7PPqDQgk0/1HqPd2v7aFu3yrgevpj18vnjr3tMf6SKp&#10;pZQK6loYlFiWuJOPpwwIPttbho17iMepx9n2/wCfqOrnfVEhVn4ZJ4U/aP8AJ173yw/a+Poaidq+&#10;ukrUf0iawcRuTy2kW/2/tNLfjiGBA+f+b/L0xBzXZpkuCB6H/KBg9e9qKLsnBypJNNXPUwyMGDQx&#10;sGUN9UP5/p/X28t3G8fiawTwrx6G1nzNYtbeMsqgY8qj/Bx+f7eve+/7w7ByEbyTZHJU07sQgjOt&#10;CR+klLfn+vuyTIxGlgRXIrn/AFft61Lu9nKRLFKOI4GlfLhjr3tN5Hc2y8UjVD1+Rd1sE8akGS3+&#10;rH0A+pt79LPb241SkBR55/kR0U3vNNrtSkyyUX88/IAf5eve4WK39sGvmMdT/GUb0hRJbQ3+OqPi&#10;/tIu5xTOI1PyqQafL7R656LrHnnbNwm8IuQSeJBFB/Mde9runyOxpmESvFea5R2mZi39S6lh/r+1&#10;TnVlCucfs9P9VR0Ora+tZmEaSLVscRw/1fs697fMLT7QwRlqqepoGqJHYozVBd1H19CEkC9/+I9o&#10;XtI2aqjSeP208v8AZ6Fu0Gx20eJGVVq8a1r/AITWmMY697dI93ZAVhePG08tKJCYqgVAVjcenSt9&#10;I/23suuLdge0UrjHHjUmoHnx+37ej1+YCz6Iz2ilO4/n5f7H29e9iQN6NNR3gpA84A1K7okepRca&#10;nuDa45b2UNsbyPVuHHNPM1NKcB0kud3CjXqAJzTGfX7P8PXvaH3HuigzFG9FWIKasUhv2am6JLaw&#10;IkXki/1A9n1jtQtDRcg/af5/56/LojvOYSI2hi8+Brj59e9oyiPmdaaV4oFvZZxIGZdRtc/4j8D2&#10;btGFQsn5fLhw6JrbcJtTa2DVzU/Zx/L/AFDr3tV0tTR4VtE1V93Eygm8gZwR/a0f1/H0Htt4lloq&#10;nNc14Y/1cehXDuVlCA7MGNKGvCnn/q9eve58W85Fi8eNggYM+lQy6iNRItccm5+hP+39pltgDrPl&#10;8jSv7fyPSR+YbEtojPHHGg4/7HXvaZ3gK/NQJJUUX3VSSQihS0bC3CqFvyDx7WQusZ0nAFP82fPz&#10;x/sdBvcNV6Wde4cPz86/I+XXvYcNtBXpaj+MbbqZ0Oloo4oplKkf2y0P19q/qrZ10kAqPI/z+f51&#10;BH7eg3ccq/XxkTJrGDp8iQeHy4fl172NuxsJgKbEwKaaOF2/sVBPliFwojBkswsLD6+3hdgikZrS&#10;lKcCPSnr/m6Fm0ctpFEoYUAAHlw9PtFDj5de9vGaxuAjiFPPnYsRTqwMjiupoGKOlybs17f737LL&#10;i5du8CoNeNcUNM+fy/wdUv7SzszVu0Vx5fZX+f7ade9p45LrejpJ4Yd2U+WqtNwaqcVHrtpCDR6S&#10;DyePbCXBcihFRWor/MfljphNx2uVdETpWlD3AmtPKlfs4/Pr3tJvVmvC02Iy+IoZmJFpapljKj6G&#10;F+SDxxf2ojudNFoWA86/6s9MrKspEaEV4Vr/AJK0J8vLr3tb7f2XQQ0f3eYzMdZUSg3WnrgSpb/U&#10;An/be3hOTwBPDPlT/VWvUgbLt4WBWY5IzU+n+br3vLlItsYuikggjWQOra3qZhML2JA8rXt9f6e6&#10;pK4bSaVHl8vn/qFOnt0kgihKlgSATk0r8/X5/Lr3sHznaemM8dLHrZllVEXiOPUDzccH2oW409i+&#10;X8ugFd6ZJ6QjVwoRTGPL1/4vr3vBSUlNlKGokl10tdYqHMqtEWJJUBfwP6+30u2/Dn+dPQ/6h0HJ&#10;dvVwUcEHhQ/Z/q8wR172nsbsvMV1YzfbU1UuogmScKT/AEAFwT/sB7094yNVqEAVzUmnp6fy61tv&#10;K001x3BWUepzQ+Vf8PXvYyYvYUFPTwrmaJIoo1BtFNIRpHFl/H0/4n2UXW+vTRCaZpw/wenUlWPL&#10;VpEgSSMY/l/g/wA3Dj1727VmE2NDD9uwqdAUOpmZv22BI8gZf+Key/8AeN7xJH5f5OjaXZtujQFg&#10;oU8SCRn0+0de94v7sYOqpBPQV9K/jAtHNwDq4VFP9f6XHtgb3feJQkgcMYr03FtlrIK1AA4fPOeP&#10;yyfXy697SFWuOhGipXlWIKQBTJ/sCOCP9b2e2l9cMKyHP+Ty48ftH59ItwsbCCMh1FfP1+Wfs697&#10;lU2Y2LFEsNViauaULw8mm/8Arkgj/b+zBb26cihApWtPQ/6vy6IovowKU1A14nP+r/Vnr3tLZJKO&#10;trZHwOGiMDL9ZG9cTFbjj24t8aAMeHpT9nH/ADdBjctv1SlbZdP+r/VitaenXvcBqTdjIKWOhpoB&#10;fif9sOof6Krt9P8Aefbn1te9Mg/YeH5/4eikWW4LUnNaDP8Ak/LGeve8C7e3mr3LSzoSG8Uc0Dqo&#10;BKnRc8f7Ae23vDH3AinGgr/m6UxbTe6g5k1Kx4Cn5+Vcfn1729UtHuilkXxVn2NiPIpYPp4/IAte&#10;/wDh7RybqC+qoqOHy+ecf7HR3bbROlJFP7fP7Qf8PXvamrsa9Sv3c2QWorfGBIAbAkAC9hwP6gj2&#10;rTcWCigx8j/PjT7RToxudrMYqpIK8anh51+zPDr3thShylSslPTwQGRmuj1JS2o8fU/7H8+323PS&#10;CQBgef8Aq8z0WrYTTghQKUpU+ny697Zf7lb/AFmkkSipmhHqYI1MQV5ta7e0abg5etV0mvr+efQd&#10;FT8u7wkmoFCoNaCtaedcde9ojP7ezMbNNW0FRHIAVZ1gLhePxouLf63tTJPFJ3EivDGTX/Z+fQX3&#10;jbZQ1ZPi4cKkf4cfs697C+bEVIqxLHUVkao13VYpFa4/UCLeyeRFSYSK7DzOCD1HUmw3xuvHhkkU&#10;A1IAIr/sde9qeDEQ18IeZp35AILuDcH66T/xX2vRrGdNTvq9c56F1vy+24QB5dTeo1Ef6vn172I+&#10;G2bSwUUdVBQLVl2F1lF2VQLllU/X/Y+3I7ixtzpjABHnxr+f+boT7dyssKeGsanhWoPH5H/Vj546&#10;9751lDplaNNv1DWsCoplKf0uCo/4j2sa+goBSpJ+XSufapQfBEVfLAB/YDk9e9xKzb4lo2CUs1G5&#10;uQhicBSRySB+P6+30uYUTB/z1+XA/wCrj0W33Ld0tuRoK1FaU697CyrxWWp6p1FHVem/jkVHKtf6&#10;FQoPsvlnnEhZUOOB8uo8udl3a2uSBG/yYA0/wde9+pqfN/xCjnkWoZ4JYnVWEhYBHvpIt9Le3YLu&#10;4aZZG4AivSeLb93N3HM+rt8s/mP2de9vuSoJY83WVNPTTtTTSrLFojY28i6nQXv+b+zGS6SOcyDI&#10;J/n0afQTR7k08asysQRSpOfL59e9ua7WzmXVTBSThP8AVOPGqi1/obe6XVxJcKKGn55/Kn8+ji42&#10;O8u1qQy1p5HH5Dr3vqXYOXpVY5HXAgtx+o3IuDcfTj8+y8yRsVjd61rSn+Tz6Spyzckd5Zh/R+X8&#10;/wDL173Dh2tRVrmkZnl1WV1b62H1JJ97K2LRkSCoPEmn+QdefllJwYWjLA8Q3+r/AA9e98G64dKo&#10;CixTOAfSxJsw/wBhb/efZeINtjkZgFFD6nFPI8f5dJYOSYGnH09uop8yP9R/b172ssf19kRbVj7l&#10;h6VEbyKPwVuAfp+f979rBe2UUdceQOPIedehtY8nuUFFFOFMmny4ft697fJ+nsrLTmraEReMhhCk&#10;R8jC39m/9f8AX9opNw29pKUrU4II/wAHH+XS+XkSV6PIpWh8gKfl5nr3tcbf2tMtEuKq8UZERCUa&#10;opbi+mwJJ/2HN/b/AO8YkoIzUfaK/s49G0HLhhgCZ/Zx+3r3turdkRJIIp8EASPUVVxGT/tNuB/x&#10;T26dzhYaVNT5UH+U9NXHLYcaChzSnaSDX/B/h697h5brvDR0iSx0s0mpHaeOITeNLC5Btcm49o5d&#10;0goySAADBBwDX+Rp9ufTpPNyVVCzodP8NBn1oP8AZz6efXvaPxm2sJRzCSjxiFrsAJIXdSfwNMn+&#10;x/Htv6m1TIUKD/qx/q+zovtuT7fbX8WOHQCKVK+vCn59e9iBjoqbFGOoamSFSSZaeOhjQaf6ySMO&#10;f9iPapLjUKRED5/yP59H0O3S25B0000r/l8h/l697WtPvXZuOjL18NJAxC2vDSNITf8AVZB9P9f2&#10;xcSVFQ4oPnjH8+lMl5BBKTIQqAGtaefD0697WeN3/wBc1lPHGktM6FPWohETgt/wQf1/p7K5grIX&#10;Bqc8KH/IMftI6k/l3fNlls0g8XNM0UGhPlX7PMZ697UNLh+t8wpqKfOtSM4Fi88kZViOBcWP+HPs&#10;hlub/WAYQ6g57vThx/aP59CJNpjnaqLqBNRSQcOIPr/lPXRuBwL+wo3RsLbYyBqIdy1E8auHdkka&#10;Q8H6LpHP+39n1pMGVfFGhuFK5J8q/l0HuYOV4owLgTEyA/DX14HtOR68Pl137DvLbq2lBKMWa7JT&#10;NE6r+4ZUFgbcsf8Ab+zi3vrdG0Git/k8hX1HpivUSbhzCLeY2DPpcYzUefAH8s9e9yKVNty/vJPV&#10;IhsTO4LgMB9D+T/tvZr+9I41AL/Knr6f7B6a8a6wytSuDT5/b8uPXvb/AEdBhakyCkzQMihiYpIw&#10;Cyjk6D9bHgce08u7wsvh1qF+wfkM8R+3pTFZ7hfI6xtq0rqNBnT50697T2Qw1LlfNaSeKaAlUjUE&#10;iTT9QGv+fdYtztUbUxGfX/LX04eXDogaCbxCvcRTyBx/q+wde9otdmQPOXqmyjU4YEqEdgRfnmx/&#10;21/ag3G3lmcnUeOScfl/snovOzi4kNGkemSoqf2ihIrx697WuPwGPFOtPi6erddWlvMjhFN/WNJH&#10;P+v7UwbhaQgCqgZr/q8/z6OLHbZo9KaGWnkQR+dKVGPUde9rWDZNCI0BkNKU/UyBXbkXDnyEAc/T&#10;/D2kk3+BqhSWrXNAAAP9XHo3i2q6lOiNW1ZzpNAB/lI+z5de9rup2vLQYSnjoqxYpo1MwqpagoGY&#10;t6Cyjj8fjgeyy536GaZXMYYKAPLI+Z/ycej665f3qxto9weOkRStSwAAA4GnDOaHP2de9smE3nmZ&#10;qp8VV1uNrmpw0ckkdSZCrLwAwT+vPNuf949lb31vIdcaUY1x5D5evDoJnet0vn+nimB8j+odNONK&#10;+pGP5de9qfK5jI0KqMe0SRVkSiQRqCRJp5IP4/w90lulAAppNM14/YDn/UOo257n3Kz0i4k0hgfO&#10;pp6fID/J10QDa/NvdOXzE33HursmLEQHUm1ceuPqZGcuz5CdvNUtf/aV0D/XuPcL813n1m5FFOoJ&#10;5/4fz65u+6nMB3Tf3UNq8Kta+vr+Q679lDMhVuf9a45vz7DlKCvl1EX1BDFv+LP+r+XXvYydW1OU&#10;xtW2bx3kjqcXJT1sMqsUZHpnDqUZbW4/p70zfo0ANcH7AD/g6Obe/WKiPXP/ABX+r9vXvd1fXkmw&#10;+19txbi/yqHO2p5dxUVNVCJlr5IwP4lHCSbrPp9YHAe5Nr+xrybzTPJM20XBCsn9nUChT+H0wan7&#10;Os4Pu0c3bNvHi8s8xXDwXUK/o0oRKvA1qeKgeQ+z1643s1j9D9P9f+ntXzdV7MrahJKtK4pGTpje&#10;WNVZr35HNx9OR7lBt1EcOlFDNTy8/nSvpjrOraeWeX9xiOmfKj+iak1yMgVAwRx65e424OsNr1kV&#10;IKSkdDTIVjKSgMFJLDS/N+DcD2VQ81pHK6SIUoQB6/Oo8qHHnn16O/6lcuop8WZwy0AwpJ4VPkRT&#10;7T172xQdL4eXS3jkjYaSvnkdolJFvUBb6nn2rPNdvIdUbg0x6EH5Yz0S3HK+3NcmO1uFcAAAk0YH&#10;zGmlTjr3t6o+jKSSRRUU1WqLrY1NFVApdb6UVTyA31+nHtJJz1YpHq8U14U0EfmPX7f9jp5Ni5cW&#10;ZPqL+gABICHUD8geP5Z+XXVwPqR7WOO2VT7TjeGggnRpyDUCeoEjSEXAF2sBYG9x7LzzZDcszxqx&#10;ANP2iopx48OPH5dPWW8bZy/NNPtsswAFAwpkGpyPn869d3v9PZZfkp3/AI3qTb/8Ox9RHJvbJRSp&#10;jcbFOHNIpun8Tr9H6YkP6VPLngcXIDO9cwRrD4US97VNTQ19CMfPrEz37974NkhO17LPI1xJq1dw&#10;K1yAaLwpxr86CnXvdMuU3BkM3kq3MZesqK7JV9RJVVtXUyGSaeeU63dmYk/U2AHA4A9x7JqkJkkJ&#10;JOfs65+3G9z3ly93duWkc1LMakn/AIvh173ZD8Gt0zJtvfmHnqGNBRSU+YEauVMDLH45Z0ueAQPU&#10;B9LD2KOX2iE0MjgEa9BB4Ub7eH5/PqcPY/3Rm5K582+CaWlre6oZFwQa5BGoEAj19MVz172cL+/G&#10;AmnEMtfUQalCs0ZSXVzcAEH8/wDE+5aubMRxjwLZHemDUAYpnh/IH8+uq+088bNdQeHBcazjTgKM&#10;gcTQ0+wUoeve3r+8OwolIgqQ1XJFxcyEtJyLlQTb6/T2DBte9XM58VNIyan4aV/bgfkel8W8wTSA&#10;SyKKmhJIIpXyHE+uPLr3tLvuCnEkzeGQsU0pGjelvVbWQTfk/UW9iyy2W3gqZ28T+H5eZqM1HmM9&#10;Onmm1to2SGPxWGEZuAP8QUVx8q/Pr3tJVDZbzicUFRDSzBTFVGscxqPwdJP9fx/T2Jo32bQIHYM9&#10;c5AwDUUrwx+3z6Ikff7mVrmFmOohideaeRoTUAde94K/D1+dUUo3UIIY7B6WOpkKMzjSANHJN/6n&#10;j2XTNtIYukZycHz/ANXD0Hy6ZvNk3XcY/Emu81ygYlvmTThT7eve8GN6smWRXj3NVR3KB+ZGBUnk&#10;mzW/2596WW0hBerAkYq2c+tf+K+3oJTbHuNhIxW5YkHhrJrTzr5de9mF2RTRbdFNSmrSoVSSTLCS&#10;zvfhrt/X68fW/sqkKzy+HUCp9RXHyH+HgPl1E3uFzM2zWLveSrjGrWCRQeecD0BoBTrHKCUYDnj3&#10;sh/DXo+Lq7rWLduZpY4d69gUFDXVkTIIpcNgZVFVj8UVHKySqyzz/wCuqn9Psf7RaJabIdycjxbg&#10;aEFfggrq4GtHnorVqP0wPInr4Jv73377W4feg9/ZuQuX5q8tcpzywRsh7Lu9Q+HNcEA6WVKeHGc8&#10;CTnpsx0BeSWtkYuZDopwTfTCvHk/13Iv/rezdvCSFDC/1YctYC9wBb/ivuz2jMFD/M18/kQeH2n9&#10;nXIoSAE0P+fp395EjEbxEi4Mi3K3JNz9LLbj25DbrbzxFwTVgMVatfLHl/g60zFlNOND173zCjyK&#10;4RwsioGQvqEegaLxK36f6kD6nn2rkKy3ayxKyoyqCCa6SuKrWlK8WAwTmvl1QsfDKEiq1Nacamuf&#10;X5fLr3uZGiyFl1hWU/pYEEkC5te3+x9nNtbw3TtC8gRlNSGBzQVJB4Y8+Hyqek7FkGulQfP7eve5&#10;TEqoFlJB5Y6SQ31B4/Fvz7MnmMNsIyFY1yxpWp4U+QA48emKVbV/qPXvfISRyEIrKCSqu5ugbV9A&#10;rfk3/ofa5bu0uSsFuwBOlZHrp1aj2gGo1E5wuflTqnhug1N86Dz/AD9Ove3JA6yBhIyBBp4C2cN+&#10;LG5Fv9f2NIYJobwTtIypF2kaRRwfw+ooc1HHpMJNIqnE/Ph1727Y8mVpWWzXXRG5/SpB9QI/r7NV&#10;uUnTxIzqSvEUz6jGQQeIIHRptcbySv8AxEUUngOsMxsoJJsCLgE3IPFgB7l1yRVKJCP2fErSa0kV&#10;NTAaWMjf6/49tSweLGdcjoKg1Vip8/MeVDkHB/Lozv8AwbpUgjVU8NWPFaE4BLV8yfsp1GgDxa3d&#10;mdpH0LdW9Ki5VAo/AF/bHNNXYugoKWqxsuYSeufVkKCaOjix0BVpEnn8pLSE2CERA3JBsBf2HZTu&#10;e22kEPhm7YMwdoz4WhASUYgEsxIIUha1bJAHShUtU210uxRMPGdTULmgZFYJSpy3dQADiT12Q0lS&#10;JIZUjKIyzwsoaSRf7DWDAix+hP1+ntX4H+GzJU1UdHOs6xrS+aoDI8gt5JIVcgAgA8sOP8fa9plu&#10;5RcRqVcAKS0bKwA7gKsAWAJPAla1pXoQcrxbX9LNP4LV06QzOO6o7wCMLjiSASMY6S+4jlDU46OC&#10;pjWASyTVKJEriO1kpZSjHUxDliApI4uVt7aqKatZ8vT5mipqKkSsZcUaKeeYz4wKGgeqDoPHMTfW&#10;qEqOLH8e3LA7w80zXwiosh8EoxJaKgo0gYDS9aggVHChPSG6falVrR0kijKrqBXCkVOlCC5IIoa9&#10;vpQdPypMY4ZaeeOplAszsAuuT9LMVWw4/wARf2yZB1ZKrVAz0kTO6RyD1+CEaw4+uok/T6e6bjKH&#10;2+6k3O2EsERJKkZIjXVrX4g1XHb8NBx4UINmOq5CWZZVr2V8lJoK8D55OenWMMEXyEF7DWVFlLfk&#10;gH2m8DmcZV1klE9ZDHUylHkjAaOZmcalSKJxzpXgkH6+wDyRzNttzdTWJmjjmuCraco7MRXQgK00&#10;qME6sngB0uutqmTRLOrCD4dYFQKHiaeZPDHXJiQpIFz+B7i7rSCCpWBpzT0dIQ06BYw9T5WtojLX&#10;IuDdrfj2S+4UtlHfwWI/Qt7YFmUADW0hJOknPnU04jFR0qsIHgmljiBkckqpJOKDBNMfZXz66Qll&#10;ViACRyBzz/gfbPX4nAYvbVbUzyR0eNSJ5quo+1kqxrqHVIpfFCrSSWLLpABPsrl5O2ZeUpb/AMYR&#10;RRIzyuy6lqxAQhR3lQCPXPAnp213Ddr/AHqKGJTJMSFRdQX4QSwqxCrUA14dcvajxdJR01HSiSoQ&#10;3pY0hmcind4ygVSeQeR+kH6exVyns2y2NnF+9LhVZ4qROW8I6SKDNQc/hH+Xonvp7ie4cxp+IkqO&#10;6hBz/skceve3WamIjhSOYqqRPrk1BmUMLRkg/W31+vsVblssv00NvBPoijVvEmJ1UBHZjixByM58&#10;+kSSoGLsoYsR20+eR172nslkqajjggyNPNkKeasp6WcQmBVpIWjaRslWJO6HxKQNXj1PyLKefYLm&#10;3TbLdP3fzIxubYMiELQYClvFdTRqMc0B1fs6NrKymuHeWzYQuqMy11Eu1QPDQqGGsg41aVwakde9&#10;zJMulPBDWxSx1OOdD9qKcSSOYwNKM1rkm/HFva+85wfaYbbcbNkm28hlgRNZbSKBTLUkl61AGBTy&#10;r0mTb3mla3cFJlPfqoBXifSgp173BWSWWCOqq45qemqZDoWM+P8Ahypcq0Rj9RLnmwv7D0c91cWy&#10;bpuaNDbXEjBSlV+loSf0wPiMh8sjj59KSsccpggId0Ga58Svka1pp697DfN5TDYaM01TLV1cdJVw&#10;sy00FTksiDkpvHTh1RZJDGrtqdiCqDlrAX9xnezWcE7WDOZFSTVUAtJ31oGNCaA0LHIWoqehrtdh&#10;uO5P40KpGZEOWZY4z4Yq1K6V1ECgANWOBXr3t3qclT0GJdq2KKQxFIQ7MhI8kmlI4owfVb6t/jz7&#10;Um8SPbCtzErMKdxI1AE00qv4qcW+ecdF0FlNdbgFtmK6qmgB8hUkny+X8+ve4sdZSumPhSmmRqho&#10;0qXn8ZFNHr1QxyCMkKxvdfzb6+y5p7OlvaKjVkKrIxIAVSe0dpoDTOcjp97eZWmlZwQlSgWo1GlC&#10;RUZA4Hh8uve5DZbEUUdVJUlJYGqmpzUEeQRtTIZJZVntZQoH6r3ve39PaqO/220E0U0YkRm0V4kU&#10;qSynyHoRmvn00u37lcvGkFVcKG0jFdRoBpHEn09Mnr3vpq6iqIxS0dfTyU+chiEAhrovNHSRqJJ5&#10;YYfUWNiA6NY6Tfj2pM8cNvJbQSaY71VAAcEqimrUSpoxNA6sA1M462tpcxP49xEwe0Y6tSGhY1Cg&#10;nFBx0kVFRTPXvabzUFKz0rK0tK9ExhljESz01TKfTTxxuFJFj6gBzf6kj2Gb6K3AWRQUaOoYVDIz&#10;VopQ0/ka09ejjbJZ1VwaSCTuBqVZRxYkVA+VSeHl173mfGT5yCSoiBmpKumjgrjOfE32djBKghbS&#10;QCy3N1BP49qjt17frJNCCwCL4mQCEbFKcKHjwr02t7FtcqwudMkbFkC5BfDA6sg0BxmnXvbpSY+q&#10;xQlaKrqnMywfbwRoB4aeOH7eFYWbkWtfm/0+ntfHDebcTMruruFKBRQ0pQEE1I4eQoQMDpBc3cF+&#10;VEkagLXUxJyxOpiRw/Z69e98pMhkqLMYzH5DJVHlr4ZoPs6fyNR2J88NTJUSqWWcrdX50/4D2aT7&#10;hu9ndQ7fdTuC6nWuttJL5Bq1aSEHuahHDNMdaSzsrnbZ7u0hXTEQ2s01/wAJUKDQoDkfi697Vk6V&#10;lJE1Zi2may0kN6jxMI5WkuzBgBrL/pJB4H9PYinh3HbLdt35Y8QqoiQtJoJWRm4gimsuewkVoM0F&#10;eiGJre4cW98APjPbUVAH2mlOI9T172+Us3mkWnmRVqkRFqoYZWiiSW2osoB54ve/sW7feLfXo2+8&#10;jCXCqqzRxyNGiuKEvhqMSK6q46Kp4xGhljJMZJ0FhU09K0/Z1726SSwVTpElRLG6Fk0xFFLoh9QI&#10;seP8bexld3m27zdR2UFzLE8epKIQutRSuTqqvbStKnyHSJElhTxHRSDTiOH7PP7eve5MbyOo0u5j&#10;EdllbSSX1ckgjVcDj6W9m1pcbhcxf4u7eD4dFlehJYNliCqtUCoNVC4rk9J5FRT3AVrwFcY4cSKd&#10;e954poyoJc6bAeRvTqJJX+1bk8n2bWe5W0tuH8SqgDveihjkedMmhNAOq6Sj5r+Xl173nLIyrpsD&#10;axJH1/IN/wDW/p7XrKrV0H7ONDiuPUfYequUKrpFDmv+z1730oFv688G/wDjz7voGDx+fnnqgIpn&#10;j1730fr/AE+tr/6/P1+vvRFWxinn58eHWuve4jRCSQkGzoDoJPpXUf1af6/4kewzPYjcL6RkcxzR&#10;qfDNcLUjupU58gSDxrjp9JCiUpUHj/xfXvcaoqnp5Y6eBULOwV5ZSQqahcc8XJP9PZVue8ybPexb&#10;RtaqZJGpJLIcAsCRU4qx9Bjh9nSiKASo00hNPIDJx/gp173jjDvP46hSHj/cWaJiAQzeoMq2/wBv&#10;b2XWcdxcbsLTdE0yxESJLGaVDN3AqCDxxUrx6szKI9cPA4IIrw86/wCY9e9uSSDWQthYW4+rXH04&#10;/H9fY0tr+KS6aEaRTA8y5z+YAoa149I6FQGHn/q/n1725x2MKAsqqdSyggXKMNJs/B4/HswdSwr+&#10;GmR+X8vLPp5dGdu4+nQagoFQ2PI+dfUenn1jcclguo29PJFipuBwPz7JV29R7m2pVY7H5rP0u6Kd&#10;KnOZHAx0WBiwM+G2/lany0OFrJoSyVTwkMy1FgxF9XqY+8Qfeq0SxnsNpaQSmLxWB8MJojd/046g&#10;kMF0kE0DVBY/EOuv33G0gl2K8v4oBbQTiBADI0zSTRAiWcalVoxLVf0izqlO00x0Xntimx2Zq3pY&#10;/PS5JEiiqJp5vLRyxxHyKsNLG7G66mRzpTUG51WFq2e1XzFFDkxUUwqIq/yetg7SIS5B+v1DKxvx&#10;7x5miJlCNhAKsVApXiM+teusfJt1b+MstsaNVdQPA0Ff21/1Z6XOz1x09JRCmfQaJdEaK6ldBRUA&#10;Ki/0tYc+67991k2Px1fFAIp8dVJUUlVjqpEmNA1QrDzQQE6gpvfSAB+frb22UbxI9RJocmuRXy4D&#10;yr+3qd7JkE6MGGosMn7AaHhw4AH8s9Cco+hvcn8/6w/JHujrtfr3cm3t8zyY+IVO3lqErNKyKsqq&#10;W8skSFv7X10An/A8+/GxjTEYFVOCa/iNc+orjOBx8upk2+9s2tBIxow7a0zmmK+Yr9vHPXP2FnaW&#10;MGQyZyWPYPTUdPRLkVaNkrYRULpp52jQG8YI0Fgfra/19rZIJig/Twv54pUVIAHrilT0eWZKxEBC&#10;ta0qagjiAxHn6AgefXvbDFj5Z8LM9cNckFGAGlFmEUbaotbG/wCTYED6e0lujA1GBk0I8vnWgHDG&#10;a/t6Swu5nUaWCkk1p6Vwa4FPIClfz697y7PSrqaqqSYRJ9pG8w0gqYgvqEgX8nT9Ofbg8N5RxbtN&#10;SDwzSvyPkONfLq0jwq+mpPzxTJ9a8fl/mp172IuHyscmKmr5YZJIft56WGPS+pqlwVBZPqf9Y+6R&#10;N4RZAtWU+VOHrny68kiRqyV7gaD5AcMcKf6uNOve0XFtmCjvla9mpYp3VI1kjbxxTEaiXJ50n6AW&#10;tz7fEes6iKuOFOPyFOH+qvSnxGYUWjHjg/lT8zXPyP5+9r/AdeGuxv3lbG7rUsZlQR+rx2uCqjkL&#10;b8e2mdg+XBP7fyH+E8Pz6TzXLyTAFgz0oa8KcKfbX/D172Yfrfc21dg7eqawV0dXDS1ccdQkbMJI&#10;nkWwhaJyDGVIN7ix/HtBcxDWxIoaVp5f7A8uHVPDna5WqhcceII+35Y/4rr3s7WyOwqDK0NJkqOe&#10;GpxtbELEAEeM21IG+vp+h9pdrna1vVvrPtNcg8P2Dz9Py+XWWvsX7i7jyxu0MtqxXIWhrQ+rU+dc&#10;Dh+eOve1ZXZylWYMtO7o4j0zJIOVBDAov9Lfg+8hdsnF3ZrQ5YfYK1/yHz/l11x5a9x2uoI7qJCU&#10;kQGjEgd1MrxpT1+Weve2ubI4uqkVqpWjRFH6WCuGJBLMF4I+n1/Pvz7TIAzW7/Ea1I8hgcPMfb0I&#10;JuYre6c+CJFLZJqGWlaZoRX5efXvb5jo8PUAFKohwPQWFwl+De9gP9t7Irqx3MZjIpQE50k/kfUj&#10;geGPM9NRTRXEp/UoKedQa+lKHNfmR69e98YsNSzTyNLlKOZdR0xSJGmg3uT6v97B59kW4TbpYgFU&#10;YDBOajPDA/1fy6Mp7W4hAZSStKkBtVPTAzw9P5de9zJMNi2U6sjTxIwAUx+NuRyQQPxx9fz7vt/N&#10;l3GohdSTXzJB86kZ/Zx6NUvUa1+llFT9pr/n+zFfWo697TFZQ4SlRpRnqCVwx/bmIAt9W1BuODx+&#10;fY5s96luYwhVhjzoc8R/xZGOkM8ccZLFyuKEED8simD54+3r3tNiPF18gZspjY9LLqSAoCVvctc2&#10;uPbl3cTIhZRjjUfyHyrn/L0TCR3mqpqfkfTgB+WBgj1697EWkbE/bKYpIGa1/LG4uf7IbSt/cc7v&#10;d3Zl7h+3yPp8/l/s9HMtzdeAKfD6E4Hyxx/Zx697gZKOgVdT2ZAbyMhFyrD/AGn/AF7e6bfufbRg&#10;AfIEYBFKivr0xrZlIai/LyoOJH+z172ywHbUUgMRlWQN9Srqt2/qzf72D7OZuYNCEigIoKedeBND&#10;QfYOrrdpA2tCAQMUNftx5j09Ove8klNjaiVTfURzp5APP6SP9h7Dd3zZLHqjVSQPPzI9R6f6s+XT&#10;8m7rKneTj/KPt9eve+DUNDcNHHGkgY/QXGkfSwI/3v2V/wBar6SoHA0znH20P+rz6Y8YY7fzpX7P&#10;y9OHXvcqnnFPdtSfuOB62QILc8qfqfx7ft92u5BUAt9ny9PP5162shiIGmtP8v8AOtf+L697cf4m&#10;szDS8LN9CQym1+NI0/4/j3S6vtyYBVFF/n+35+eervdu2Y1HpilftqT58OPXveeSD7k6HKabhvov&#10;BAHpsfp/rW9lEV7uRkPiAjy4Egen8/2dJzdyqRXFDw8v9gfn173yGHpYQsiGnQq1l4QKCRe4VfZs&#10;lzukkLLRjUcOFft8zXhTpVbXt0A1akE+Ryfz/lQV697j1jU9OjGSohZX4OlkBc25ax/HthbPd7hg&#10;rRmvlXy+3z/l0qkvnVP1cH/N5Z8/9Q697aocviIrxSSxhLBSF5IJ+v0H5/qfaiHl7cp2EjjGePqM&#10;f8XToqk3KGSQkHhnhSnz+z5Yz173hrs9tqSN4x6lAVWugOoJ9VGoXP8AXk29nFrype276mqfL5Zz&#10;/qAJ+fVfrYY11yGozmmP28DU+meve0hHuPbtLKSlP/aLB1cAX+nKfQcfkez08v3rRFCopSlOPTY5&#10;kig7PwkYoBj5VP8AlPXvbmnYGKhI8cyqbECNnUfn6Xt/xHsvblG4lJwTj86fMenSJuabYAavPyNM&#10;/Lr3t1puw8JUMPuamKItf0K6P+LLc/j2XScpXEQ/SB/1fb5ft+3p2DmO0pWIgeZBY0/YDTr3t7j3&#10;BiakB4a2nKMCbhlGkWsdTk/n2kk5a3Adraqn/Dx4f4OPSlt5hkPa40nhmv8AxQ697ZMk9KZFMFYp&#10;LAIUEl0/1QJsf9tc+1drst6pyC3ofOv+x+Rp59J23OIkAstK1weB+X+ode9t9I8cbhnkRrs4HqW4&#10;A/SSfwb/AOPs6SxulIQ1/wA58/lkdGaXiMwVXNT514/zp/q4de99zmR5laU3hJK+iQKQAfUbG/H9&#10;fZkthMqFh5jHyr8vX8ujSG7hCltQqR8RPD/V/Pr3t/psnjqSBog0TfkAgm9vyb+wdutlfSSEJX09&#10;PljpFfX4aoU54Ur/ADrn9nXvfGnzbKszwQK5JAGlkWy31AAN7KG2SZlIp5V+dfPHp0Slp5Dq/wAH&#10;l1726w5GtltJ9sUbUONVwVtfhj/T/fD2VT7fLbfpsPnwoPzp69ULBBpkJqvrXPrT/N172+ruJol0&#10;SwqhQfqDBRpItqu49o0S6dtK/wA+Ofs6chumZvOnzIP5eX7Ove8MO5KSAEpJATcWOtCdRN2bnj2a&#10;Jtl/MQM0/MjoyiZ2Wvl8v5U+Z9B173nO9oUQD7iNL3U2s7sSfrx/T2tXY7laqWJArT0z5eZ/Oo6W&#10;NbzlTVj68f8AVnr3uNN2UlMPCJjILWbUtybD9TEf8V9vxcuyu3iSEA+Xy9P+K6Z+nYDVOQD5Dr3t&#10;qqOyKKp/z0ihhq1MqhQCfpYOOf6f8T7PrflGQqGGR5V40/wcfs6Ze8FutQwIHlxPD1P+br3trqN3&#10;4KoKhq943+gCyBVDW5JJNgPe5OSrlj4i/Cfz/YB59F8u6wP3Fj+fD+XXvc6HdeDp4woyDMQR63dg&#10;CPqCW5P+8e6nlG5QhlJwPy/IH06Ui/gNCSceXHJ697eYt5Y2RAI65lFwSBLpGm19S3t/vftpOVrs&#10;HUOP5mv+any6e/eduqmTAI/In5efXvbJX9gUUDsGqGcj1GzqFIU3Iun6j/X+vtUvJ87LVq/L7Psp&#10;0huN3hIGg/kfT1Pn+04697l47trGxglpY0e1hrltdTyBpN/aW65DuCT3Hu8/9VOqx7naHJkCmmc0&#10;oP2jh5de95azsqOpRxTZGn0kKAiyIGP+qLMf6f7f3q15Il1BZkOoZ4ClPLHDPn0pg3K0koNVR9oI&#10;+zieve0PX7krq1+cgSnHEc6j6fjUpuf999fYxs+VoYAKIoP2fn6U6M/rrMtQkCvnx4enp6de98Kb&#10;ceVoDeKeeVSAdHmZ7f4g88+1rcuxyirKD64Ax/q+fTDXqnNMH5/zNeve5M+/a2GwqYJ1jYN+4sjr&#10;/g12/r/hb2nblaEKGQU/LFPs9Pz+fSebcp4Rq9KEeh+3/P59e9umO7QpVCCM1GsW5dm/Asfpxz/T&#10;2WT8to6acFQK8Kip/wAHXot+VxRh9lcjPH7Plx697VkPaNLIqCUyAkEFipQWHF1+vF/ZDd8mxmTx&#10;F7a+h/yf7NOnv3jGZQcAfZU/mfLr3vhUb1jqIz4si0aXXUoYAD8kH8/4eyK55TenbQ0/y+eT8ulg&#10;kWVRppX5/wCSp/y/l173FbOLVAKKt6gW4Aa/jIPH+I9kn7re0YjNanJ4H5D+XScSJA2Sa0NTXtPp&#10;/L8uve/feKgBkl8YAJYljqA/wvyPaQxyl6Ia54Z6KzcMlSHqD5A4r9mMH9nXvbXLk6VZ/M+SkhUf&#10;q8bFtWn0gfX/AHr2dbZt87fD64/bxr1aO7lkbQmQcA/Ov+Dr3vkdzUgOmGpnlc3B1qbf4Br24/wt&#10;f2LYEubcEL+z/L9vRzHuDxggsT5ipyPX8+ve2qp3DW6WeCk1hRwH4ub/AJB4/wAfa36i6UhXr05J&#10;vNyO3UfyPD7Tx+09e9wn3FWJpcQUqMQAVK39RFyGP5It/sPZ9thkkYcc+Z/1fI5/b0Z2e5yOve32&#10;EkD8h/n697xT5yrmGpaSnBubMFPJ4/T/AEt/gPYxUkxgEU4HNK/6vOp6W3Ny5hBPb8ya/wCr5de9&#10;pHI7gqULCSjijN3switYnj0k/j6+1SmENq+XHiPmKevUdbnfXC1FT/xX+fzr172xw5qrhfyq0iG/&#10;0sR9D9LD8fX246W0goVFPs8z6dBtN7uYW71rXj/kPD/L173km7FyNOwSOWS4BX0qq3t/rC9vZTNt&#10;9pXyJJ4f6vPq8nOckJVaNXj8vy697m0nZuVcBZiGXX9WjXUQforAWuPbQ22A10nJr/qr6/P0+XS6&#10;153uZBTuA869e9qSm3m1Sheq0a1e/puoN+NRF/r/AIW9k15tbJ2xEHFD8z5Dhj7fPoQW3MNzOmRV&#10;SKZ88/tH29e9yv7y49iD9xKgZ72tqtbn8f15vz9PZHLZXKNRgK/4Tw8vLpV+83kpq0jywfi/yZ+z&#10;r3twhr4qhlMWSZEPAHjUErb0n/Y/kH/D2XT2sx7XJB9ccM4H5f6h1XVJLSpKn1x+w1BA8uFPTr3t&#10;WU1ZTlVaSuSQLb6oNRsebn8D6eyWbZpjJUcOPGn546UxWJkbBqfngcK1rT/V5ceve8tQ2OkC2rEW&#10;zXFiFAJuCrOB7XwWVzGNLVAJzT8uH29PmGaFT5L8qn/iv+Lz1731ooCt/wCJghT/AJsm2li31D/m&#10;5sb/ANPa47XdYND9tD/q+XHj0yVc0BJqBQcK09KfZ173/9DX/pt/46URmClndGvp1RaWP4awH/E+&#10;5be3mlBbOKfPyPHj19DkfNc90Oyv5itMY/Pypnrf49qKi3mCx1YOeVLW1pEWUabFiT/jx+fz7SyW&#10;twMhxivyI/1fLoyg3Ce5UBq0rwpx9P25BHy697cZNx0cgMjY6WndLaj4PGQVFynq+n+2/wCK+2lt&#10;rlwNTGo4fME8a/5P8HRrqEUIdcE5Hrxzn/P6ceve0XuHsSjxkMMaGSd2sgjAsVsf1av6/wCJPtZH&#10;txVhI+a1yK+YrTOP9Xr0GNx5jXbmBkNQfQZJPkPlnPXvbKm7mkxr5FqeR2QNan1HXLY3VBa59vjb&#10;jEvaxp/g+X5n8uk0/MjLAZVPkcE5PpT/ACjr3tP4vfm5Kut1y42ejp4zYNMpRfGbqLFwAfd+9106&#10;GAGSajP7afyPSDaObNzv3ZZYnSMepFCa4Pz697GTb+6KufxSQrFKT9E1hOfoNQN+Ta3sL7j4qFq/&#10;F8xw/wBX+z0JX3VnahIJ8/z8uve1XNud2ANTSJAq2LXkDDUvHLfkA/j6+yyOOQPqLVr+wfYOHTH1&#10;oUfqOKHH+riPn+fXvbbDuifJTCOjp/OillBQpcEWH5/HP09qZI5Iqa8etf8AN/q/n0tXcHSlGAPk&#10;PP8AZ8uI+fXvfOqyU+kx1VL4bi2vUw1C9jyST/r+06Bi9Q1dVfQAVzw/1V6o94SuGYmtKA0oCPP/&#10;AAU+zr3uJjKmOIm00gRWVrOGe4PI/wBb/D2kuW1AheNeH/Fcf846L3vEL0bFa4+31pj/AGeve1N/&#10;HqKKMpLWiAknVq1RnRblvoP68+y5LSWSXUCcE0p5An18v8B6UrdxomM18ya0+w+RH7Ove01U5Pbc&#10;srTTZ9iA2pRFLqCsPVY/8VN/Z8lrdKgC1+2nr/n9T9lOqvuif6CTQDJqf2/8V172m8nh8DmWE0Of&#10;qOT+iORStvq35tyPZgiSQoAwwP5fb/xXSiG5+pAoxofnn1ofl173OiTbuKpViqs3HGkZHMz+Rz+b&#10;6fpfj6+1MImkYeGKU8/l0te5SKDweAya1wPXj69e9ozL0Ox8rUGSl3KjSuQGjR0B1FrLa/4/1/Yg&#10;gnmQEcacc1/PHQYmubO7fQjBj6B/82eve3PFbOw2OVZXyEc5dgRqeO/0vyR/vHtI25yIhKDh6nj/&#10;AD/b0qsFgtu4UqSePGo+deHXvakkGChRg9RTqAPqjKdLLz9V/P8AQn2mk3W9FQBQ+lBw9R/h6PW3&#10;u3jj06gf2HFPT5/4PPr3tKvmNs0ztNPEKsaiV8qcEglfoDyfz78bjcpBUGi+VPX/AFfPorut9t3b&#10;U5oPsoPsHn/g697ytuDHZGNhQU0MUN11LwLkLYKqA8G/5t719RuMQ1HJP5/6v83TUe8QMw0YFeIF&#10;cDOePXvcVMmlOAmi1/1cAcj6+r/bfT3Zrq7lYlvI+X+D/MervuVuxJr/ACOPt/2eve3Tz0UwEhp4&#10;GLm3mUIWv+Q4sOB9feop7xWJb04Hjj+ef2dVhmtB3VpmtDx/L7fz697iPj8ZVt4aiISRSWU3cA3v&#10;yxAH4/Hs0W9uAK0/LJ/lXh1e6kt7iPw1JAHyJ/b5H/D8uve5b7E23HH5p6eJU4AYkn/kq/A9qk3B&#10;2WoAb7af4cdFI2myFSSHr6gY9CPl173NpcThIiqRKhhF/IEkuSpFtLH/AIj2zcX1w+oZJoKAYx9n&#10;mPtPRlCLRYhGzYqKAcKD1H2/8V1724VeL2sYjpijDtaxcp9fpdb/AJ9oori7dqmo/wBXnQ/s/wAH&#10;TjQbcwaoBPHj/Lj/AKh172E+4NvzNI5xbxxLr9LMy2C6bXIX+vs9hZmXurnz/wBXn6joDbxFCZQb&#10;bFfz/wBVPTy+XXvaaGEydMrS1M8DhVJuslrE8FbNx7VGWp7s1+Xn9vRHJSKLxJSSfQefqaefXvaH&#10;r8xXCaSm88UcQJVWiYByv0JNrf7f2/HM8YKhgCfU5H+bojud3ukmNspCCnEHNPn8+ve2v7QVvFPk&#10;CZLXfWzXB+g5vb/Y+328Gnx+lc1P7OiV4ZbkfpTmvDBJP7Kde98araW5jCJUJaDQQJISXZl/Bt9f&#10;aaQyVKg4pSo40/M/4Omrjlrf51/Tk7acRU1/Z1724YrZtXSo1TXV60pKiS0quSoHBY2sef8AH3WK&#10;ZIiTknGKilf9Xz6cseW7zbW8S5kLE0NTw/afPr3tRNisdUDxPmDKNA1LEg+n+qGr8f4e3ZtwJTPn&#10;xqehF9M1wvhSsSGPkcU+2nXvblgOuqDL1LjH5Op1i5JaNdK24Ziw4/17X9lUm5QWp8QE8acQM+vR&#10;ntfJkMkhuI2damn+zTyHzPXvazyXVk1JTF2yUcwjS7alYFgB6ip+lvzyf9h7a/rRbSdvGn5/Zw4f&#10;Py8+hS/K6vGFqT61IP8Aq+fXvYcJtrx1hgaVRCDcyBTe2q3At/vHtSu7xlxkcPUdFico6J9Cmin/&#10;AFfs697f449rYwrFUyv5g5ADJcP/AEFgOD7MYN3phDp1eR4g/I/7HVJ4LPb1ETAKTwxn7an/AFen&#10;Xvbx9thpE8yUylGBs1jbSfrpsP8Ab+zZNxc4pSlK/Ovy8utGwhahKD7f84rTr3uJHtXG10Us0ygw&#10;39MZBK6T9PUf+I9sTbgrmtQVIzX1HSM8vRTkse5OJBGPsHXvfqLr3GV8wSil8QF2KkIRZfqAf+R+&#10;yi53WK3qEBNKCh+fGv7fz6WQcq2LfBHSnoP9jr3tXDrXF0UCzkpK6J6/JZg7fnj6Af4+yl+YdLmN&#10;QKfzA/1cRx6Oo+VraM6lUHPlxPy4f6vTr3vmmKxVOFSQwRcXK2UWFgLC3+9e3V39mfRUZziuKfOp&#10;p+XR5b7TZqtQMEcKZ/2Py697dIcTiqhCKZ3kutrKqstr82t9P6X9qF3oEeIzA19D/s/5K9L/AN3W&#10;AHwimPOp697jzY96VWhpWaL8oluXH9Bf8k+9neYzk/YOAIP54p9nRRe7cgrowRwNQB8q/wCxX7ev&#10;e2OHI1tJL4qqnaUMzH92nulwb3JII5/HtQm629aA/sOc+g8v8HSNbOLXUV/YDj7f9Q697gZVGq/8&#10;o/hiTRi3kAgChVHJIAHFvzz/ALz7VG/hI0E1r6n/AFf4KfPoi3ayGoAD1IJGKenD+R697ZMXumkx&#10;8k0MeL0MLj9rUpjINyf9j/iPbTXMYBBagr/g9eiqzkMLeHXFcgjH2/s697ULbgjrxHLTlqVr6Xa9&#10;tf8ATTax/wBf+v8AsfdEu4WqjHHFf8/RxHMktdYoK4+3/Z697Z8nkE8YWSYO1uWsSQv0BAPJ/wBv&#10;7r9RGSWDgD7f5eXRTuMXi1CEHPr8sZ/w8fs697bsFk8RAJfvb1js/F4hwv0BBY/X/EfT27DcqWHf&#10;TPr+weX+z1vZoUDnxDgHFePzAxnh+zr3sRMdvbBY4hIME06GysSFdlAN9Tagb+6T3rA0Q5B/n5Vz&#10;w/w9D+2e2TtPczV4D8v2U49e9y5ZsLuiQmPGvRuzAK6xKo1fW/8AQW+vP/Ee2mu5ihrStBx/L/V8&#10;ulc222d2p7AK+ZFDX519PLyHoa9e9ueN60oa+dHlyxjMLqw8qxwoy3v+tv8Abcceyx90uFBYCta5&#10;Aqfs8x+fRauwwxOS9NI+I+Y+VPzrj/L172q6vrSk8R8VTSypGPpDJHKfSLKBzbk/UeyqXeJ9QVtV&#10;D50I/wAFOjOPbrIsPDJPr/grTr3tGwZHE7ZrJKWsgcVGorE7QiSMgcalNiB7f1T3CayDmvnT/ZHS&#10;r9K0QKooQDTiMfLj173KqN60vlYLRq8a/wBvgk6v9p/NvforC5MZbWangCa4/wBWeko3GddNARXh&#10;Xz+XXvbvT73gMHEMjAG0cbooUXHN782/xPvy2Z1ULfb6/wCY9H1huRdQtBmlR9v7BUcT172xT5CL&#10;KVvkmpIwjuNKK7Xv9WBH0/23tY80dsmT8hQY/Mn+XRrK8UrBW8vz444+WeGeve3+CKgWJlSmjVHC&#10;hmufwbkkH6j+g9s/v3w2ANcelM+lP8vSWQWqDUxr/q/y8K5697axj8Mk5cLHCzEEaX0ggXubDjn8&#10;+zAb2841IxNMknJP+Yfl0XzQ2Tyao6V9T5in+ry697fVoKCaEhHjCEn+0pYC2kFbfS39f9f2Wz7v&#10;JFSlft4Dj61x00WSIYPHh172kXwdVj6xq2KrLwn9MajQt1Fgbn6qCLH+vtN+9VmXQvEnAPl1qO4e&#10;3bWDq+XXvcfKthp2011dSxM6BXtMLqzD9TaTYAG/+w9vW9xOyCRjVfL7PP8A4rrc+8W7L4dxpXFK&#10;YFR/sfn1721SYukipmOKzkEkR9VqeUMC1/oAhJ/2Bt7NLcmdwHBFP9WTQfI+deiWXcIUQRwtUft+&#10;dBgA/wCDr3uOcZQLCFyGQkSSSwRVXyl7m1if8OefZyHMbaa1r/kH7fs6J7i9WSqvxqas1PLhgcK4&#10;x/Lr3tgqsforYUoqyoSEaRHOuoLYG3P4P1/PuiSMvcPPPy+z9nQYDyRygR4rnypUnh/l9OvexTx+&#10;Io5KSKSol8klgSxb6qRcEoL/AOJ5/r/X23dTORj0rx8uGf8AD9vUibXSWBXcVYeZP2gny697cK7N&#10;UGGpmNRUAU62GiP1MQFtpt/r/i/1/wBb2Rszhta1J4/ZX8v+K6MJt2XahrFKYrX/AFVFeve0RW9n&#10;7fQaE+8LD8qOfqRx/hb/AG/t+LQpHiNQ+oqTTz/y5/wdF0vPtvEdMjkcK0qft/Pr3vx3Jj8vjpTH&#10;X1VGJozpYELISDYH02HtZHMIyC1Svl8v89ekO5czi7tqI5Kkfypx/wBR49e9oSkrKmOsmgizVRJG&#10;4Ajdqgag44tYX/Fx/tvbxuGDB6VNeB6j2HcZDdFw1dR8zX7Mfb6eXXva9wuVmw8bGavMzsdcjzKG&#10;1sDwAwH05/r7IrpnnBJ7SfTjT1p5/mOpH2ndvDg/UcKQKGpoRT5cP5cK/b17261u8qBKczTzRn0i&#10;5hJJZyf6fUf4i/tLaQ6JQqkkVOeH+Q16WHmxYG16/kP8/wDs9e9o/KdlbdMOuo+/0xIvohh1sw+p&#10;YkkD629nwAiXXWpz64/keI8vLoMcx8+RiMy6ieNTQn/Pg9e9tNBubY+5x44cjWUlan+ZhmiALkn6&#10;Kov/ALG/tRbXikhVoafM1p860yPWnQV2vmnbNzrR6vXhUg5+3z697xvuKi29UNBVfczwsymPxU+t&#10;m+jC3PH+t73OniE1qSeAGQfkcdK35htrJ8kn0oCTj5gHHl/g697e6ft2ipSVpdrSShVFp6xwjXXn&#10;WwAt/sB7T28BjU0qGqCfT5gcOvDnOEkJpYfMgUpThk5H7T69e9qmLuDG5Cm01WKNK5JMpghEqlSL&#10;WDP/AI29r9DoS4qPPh0YrzDFNGI6mqjGc0/PHCtK8B172Gu5ots7vcNCXjqEJdAacHm9ihUXtx79&#10;o8OOrioB8/n6H/D69ATfLe13N+6hK5yKitM/n+fXvbBR7Qz8bGfBx0kEcFryTvFTXvz6TL9f8Rf3&#10;bxglY1oPSor9teP+Doki2qSBwLelDT04eePT7eve1DkJd04+gZq2g++mVNUf8PcH6cj1pzY/4ce2&#10;nYldaZbh/q9ejG6luo46quoqCCBxoBwFfXzyevewfr+ws1EzRy7YuSSG8qznQL21MWte3srkurpH&#10;0tC9P9WcDFPToDXXM+5RPQ2Lt5H0A+Zp173xoN201ZMz1WNjSTSC0kac3/1yPZjbT/UAqgNB6iv7&#10;f+K6dsd8FxLlSrAVNf8AIfX9vXvcyXOQ1RKpTyLEjatTWOq344/4r7MR39vGlM5FBw6OE3YP+Emm&#10;CxFD/l697mw9gvhtNPHE9TG6smlGKMo/HIvcf4fT2guZPBftOqhwAMin5efp0qHOQ22YRKGcGlAD&#10;wFPs8z/Lr3t7HaOfqI0jxOLrpSBpYeSSRVH4tpHJ/PuhMzUEcZavypSvqT/qHS1ueL+aMCztnapz&#10;Sgp+2tR+zr3t7xm8d3VRMM8FQCPWqzU2hS1/0XYA/wCxv7XxwqSS+MefRzZcy3cxBlQp9tQP8OD6&#10;de995Dd2941IbFBKRAfXAzKHtzYkc/7H2mlW6LEKgYHAOr/V/PoyHO282xZIoQU9dWf8nXvbYm/t&#10;zTWgGPkVONXrfjn9QJ/PsuezuAQWjIpjJ8vTh/PpMOft0lIRoyo8zq8uHp17250W/wCroZ5UnqHp&#10;7oDYMWlRmGqyj3ZLTQAG+wfn/q+fRpb89lNIkYY+dT+fy697UmP3nX5hZHhratUjUsZXBjS35Nzw&#10;T7bFlEorWlfz/Z/m6WrzbDcVkDAAfIiv7ade9t0vZdNTSsn30jVETFSxci7jiwexBA/1/bwEaalr&#10;Q8P9VfPp6T3CslTwQyhhjjg9e9wMlvTNV0CtisjTyDxktFIzXv8AVzqPHvckzBC0YpTzP+x/k6Du&#10;584T3YDW7L+daY9af5Ove3Xb+4M7kqbRPjaKoijOmSUqjgOPqQWP1/w9vW7mTsYfbk/b5jP2dGuw&#10;bhHfCt0BUHJrXP7PP+XXva4hxuXljaWix9Hr0gFFEUfNtX0/qPbkryAAkcfz8/8AVXoZmysGiMiA&#10;MTkCvr172mZY9wmV0QBmilDTwySFFRb+pR/X28DQBqZp/q/4roivY1ic6M0H7K+Qpx697Sea7Frs&#10;Tko8cmHDJGVE1QxYAj8hCeP9j7TNdzxuI0UkNxIoAP8Ai/t6BG4czyWF+lqsLOh4vgDr3tTVGZG4&#10;cYDBJR0+tUMhDF5kZRyoH+H59qVkrwY19K/6s9H67lBdRUByeFSM1/Z173jpMk2KpVp5ITOulgJr&#10;DkEXIIa9x72DwrUH+XSuC7jiSmqjeoocHr3tuG66KORXhgqhL+nVHTpdWvb0swBt/re6M3iYUVPy&#10;HD7R/snpJcX8JP6WqpPkuPz/AOLPXvbvT52WYFDTV3lFyshhZSF/qSbci/1Hu4VsVIp6DHSb95y0&#10;NASKYxx9P9Wcde9wstRVNVTGp8czy2UaCxZwl/8AUj/iPb5l0qPL7Om5rq4mjIGKmpoM9e99YjGV&#10;f2paFauOeTlIwJLagfSbN7aa6YDSp+316UWkl3ENWQaYzn0PDy697cKXAZaCaWsylVVKixtIDJ5g&#10;tlN/oTf/AFuPbTvqqxzwFOFPn9vRzHe3VsfGkckehJ/YBw/bnr3tuPYeBpDNHK9U7xsV/SQrBDY3&#10;1G9/6ey2RoUk8StKVx5ccHh0xLzzDFIUeQDTUEU/2PLr3tL5fsDZFRrkCZVqtgLHyRldYHJCqR/s&#10;PbQ3SFSPEOc8OP5Vx0RX3uFsRUCVizf0a1/LPXvb7szcOLq5Fngo56iRWQ/bSyOJdLG4lCluR/W3&#10;t/xY7iIstQTmnn/k+306Pdg5ut7lPFgUgejVr8v2+VKde9jbmcVm95QqlNVtjIkgQR2vAoRbegn6&#10;fT68+0sccdf1SeNRp8qj14/t6Esl7JuKBQzKSSKjHzwM9e9g5uLZVZgoi8u4KOSQtpMT1jMQfz+2&#10;pPHszi8Pw6xMSKefD9noOg9ulnPawmQTsQfVjSv2V8+ve0JSDxSCOoyD1RkcjwUq605Njyb/AO8+&#10;9hyBRj5k8P8AV+09ANhK8h8WTV9nkf8AMOve+NfsSTLVYkppqiGDUGeOaK0Y1c6Qw5+v+HtuVHuH&#10;EhYgV4eRFP8AL0hn5XTdWWdpGQA5WmD173zk6ygowCanyAsDJBFHbyD6MLsf+N+/LDFCeHafIevW&#10;pOTbO2XWpqD8QHA/L0/Pr3tZ0eycJFSg1KtThQukQMvIPJ1C/wBfahTGi0QD5eg9OHHo7stnt4oA&#10;AoUGlAPTyP8An697TWYw22qJiaOat8qm9nZQgsfra1/bkQjQ5w38q/LqlztllbkSAkEAmtafy697&#10;x0mDxOcp5YKxgsjLpsGCkqf0t7dlYSKUcYOCOFR0luNutdxhaCcA1Ga+lK8fL/L172iptimhqZPt&#10;MxTmMMQtPMwiYR3/AAzWB9lsNkdbaCVXyHH7RWmKfz6BP9V5bOdpLWbs8lx+zr3uTJRLAg15Cm8g&#10;NtKPdvpbgrxf292kipp9nHoQ6PDUF5QD9vD9n+Xr3uOlXHIGKVsqNG1jZXYOw/Ava3vbFWyjUA4/&#10;5wM8PXrce4GT+wmIKnPHPXvbtBn61DEiVFRpBVUCuQFI/wAD7cGvUCGJB/I4/wBVOjqHmO4BEYYm&#10;mBTy/wAueve1FWZWv8IEtVX65Vtpic+sXINvx+PahaVKlhXArXP+Dj0qud6mKUGrVwqPP1zXgPXr&#10;3tNQ5GTHzR1ta9QGJOhZ5XJYDgDj/Dn3SQiPLE6qnia4r/lHQcO6G3fxZ2Oo8Qxrny+Wfs8+ve3C&#10;t3xVShYMXFI07cOyxyEW0/W/9f68e2/qXB0xgn0GaDp1+a7gDwbNWJOKUNB/h697Y4917ikmaniS&#10;SQ6ryL4ncA/kEfg/63u63kjN4arkcflTj0XPzNvk0htytSONQfTP59e9qmi3Fl5yKd38Bc2DSI8a&#10;IR9bX/p+OPaoS0UkE1Hr68aH7ej6w3K6Y94008zXHqSfQ/5evexBi3Bk6Glpo6rO49Xj9aKKlBMQ&#10;B/qWN+R/QfX2006MRUZwOFAfP+XQki5gSAjxDQ4+w+hHD1znA697FrbXYVLUU8NNORNJYo7mSM3v&#10;YhmU/i3N/ZTLbKzeJr0sD+Vf9WOhnZcy2ap4khpXjkefn/k8/LPXvae3puXbERGhp5al9RC0ZKkM&#10;Dzck2/oTb2YQCRUCr5/l8/I9NbtzhZxQeFbE19cfsr+3r3sseX3DQVtXJTZDA1zUrSFVrJK+YNp+&#10;ikD6f4+2ZImmbRcqSD5+WfT/AD9QTvXMk+43Jt7mFxGT8ZNKnyr/AMV173giotmABqWWqgqJDYBK&#10;pn8ZA41qRz/jz7tHtlojURQMZz5+f5/t6Q2se1RvqtzRj6Ofn5V8vs697WGKoMAEWOTJV6Tvz5CB&#10;a7GykH3b6Fk+GtPOhPH9nQ42u5hgohYlmHHUain2Y9SPPy697ErF4qgp4XmgyFZUyxJr0y1cUZYB&#10;bjQoI5+tvb8Vu8Z4mp9an9vl1KG138dvbhw7OTWh1YOPSuPt69745LES1NHHXRwNXxi3np5Kt45I&#10;VJ5Krfkj8/7D21NLRjGeH5Z+zj+fQc3neTJPU1fOAM4oBUZ4evz697YnTa9IqpHK8FW0YMkTMWKu&#10;wuVCOfwP9b3tC6niP5E/yx/M9Io9ztIRRDpJNGBp9vD7eve8cUlARIY6meRyeA6aYyp5trH5I9qw&#10;pIqWx8ujFbtJI6K9V4+XH/DWuf5de9z6PMT42VZlnliQuPSum99PI1H6XH9R7blKn9MniP20z+zp&#10;Rb8wR2cmoGvAHFK+h/2fPr3tyTuHNPUmgmkaRUYxr91BGQ8d7BSygcfj/W9k5sofFOmoYefAfZTh&#10;nBz0pt+eI5LrwTUNXBOBn0pQf4P59e9uuV3JDk4oo3iSllCryhbxkEDhC/8Aj9Bf2qSC3iwTWtPl&#10;U5r0fXXMSmHsPd51Nc8M/wCo9e9pGbJy4+oS1RPNTm5kEUmpEW3IAB5P+t7t/i/wleHH/P8A6h0Q&#10;LzO8T8dQPHPn6/5uve8k+QxOQiUQ1U6yFdIR9UZJP59X+P0IPt5XT4Ex6H/is/l0ze72l5UmSn2V&#10;4eYxT/Vx697iLUYzDRaqiSpkqJL2jkjBXx/ka2PP+w9rfEiC0B/z1p+3pNbX9hDH4juWPkK1/n6j&#10;0697bzvPFQ3EDVMBa4LWVSP8Lj/H6e0TXSM3n+yn7etSc2bXGWznFajFeBpx/b173Fl35+3ogqSz&#10;DjyuVL3P+p92E9eAFcACmD/h/n/h6Jbzmu0cloWB8h6f7Pz697UuG3Jlq2I/bS62UWJtwTa12tYE&#10;ckHn2pJMiUkoD8/I+lPPp2x5jd2rwPk1B/KtR+2nXvfPK773Dt+JmcUdQAoDpLDCWX88t9TYccfj&#10;2XXFourxEGoj0NB+zp+85yNkmv8AtKDOKD86f4eve0dT9mZiuaWRaHHVCMdTxojC1v7NlN/d4Gk8&#10;M0HaPIE9E8XP93fCqqrgeQ4j09fPr3uM/bFXG7QNiI0YWuIVqL/Q8Atf/ivuk1zKG0OpH5+vn/qH&#10;SY+48sUxhkgYn0oTn9n7Kde9uke9c1lo4jT18+Kpy2lvG8mpVI+rAkHj+n497B1jWpAJ+Wfsz/h6&#10;NBzbeXkIkjrGDT0r6eYqD59e9zsVmMlT1siVu46uthdh41l1SRFb/qJJOn3qISU0mtTX7P8AZ+fn&#10;6HpDFczzTkzSF6nz8h6DA/Pr3sedsHblXA7ZutpGiYgjx00c8hB4ZWFuD/U+25fFFNJo9OJqc/b/&#10;AIOh1tTWPhAvThQVAOfTr3sTv4T0zS0Ynrm8d49ZAp6aInm4YCxP1/I90iN5QiR6Dyp5/n/mHQmj&#10;utqt10NQkeeM/wDFdcDrvxot/iTf2GW4dxbQQ+PbhgREbxos0gUOLcSNpAtf/Xv7TiOZ5CztX7K+&#10;X+X09OiO85i26I0irXJ8vyp/xXXP2D9XvJaSvIqZgXY+kwPqiUXuFP49miv2DiPnjh69EUfNMET1&#10;bur5kf5P5de9xMp2LLGGRaRZSR6XYEgal4t+Le6GVlbsLEjy4+Xzr0pvOdLYwlTGXxx/2acP2fb1&#10;72GlX2Tk5anxPUQxpcErHGAwA4ueD9PbH18gk0cBXzJ6i695wja7ETFUp6f5eve3fE7tpJ6mP/fw&#10;01NUO4WQNS+dlJ/J/wCR+7DcaMUDg8aVPmOHSqx5gsLu5EQnWtRgZ4+vp/g/Pr3terHgaqZZshue&#10;SdQQRHBTeIFv8Qv05+nHtTPdy+EDEakDhX/VX18upGt4Nu7SZceigDP258/Pr3t8lxtLkFSPG7jy&#10;NLqKhFjQvcKLC4BF/wDb+ymS/vif1RWoOa04ft4/7HRqdrFwAsMmkEfECDX5ZBp88de9vGM2u9XG&#10;0E+4qqodQwMlVD+B6T6WJ+n0HtFcbtPBGoYdp/b/AKvmB0dW3L8cMAWY+ID5mlQT5H5/y6977otp&#10;QYGtE8pirQ7AeYwohP5uQpN/ZfJvlxIpCkivzFf2ih6di2GzhLMVBripp/q/Pr3tciu2vEiSVIQS&#10;ICoVVUk6foADxYH2liu72WTSDiuTQ/5/8PSuHarBX0gqBg1I/b8q+XXveIb42/QuHSerWMIRIiqi&#10;qTb03t/sLC/syWC6mWtaU4AnHz/Pp2S6sbdqqRReFaAfln+fXvbXLv8Ap64u8EsjQWOhGjdCrgW0&#10;MASOfwfa22spB3fhHrx/z/4ekB3ITnxIGqvlXBH2U86/7PXvadO6twTF1x7GGxCqf1sfzZ7m1z+R&#10;7MlW0FPEoaeZNf8AD5/PpE0lxO5EK9w4gcP2GnE+nXvcJN57ygqPDJJHLKLkXpwVBA4JCi59vstt&#10;o76aR/g9K5p0kO47lay6ZAwNaZGAPL7eve1piN4bkWIz1UFK6i7Mv24V7AeoE2/4j2RXUcEzlUJA&#10;NBjOfLj/AJCOj6ylmvdMsgyMDGf2f5uve5U++IXZR/C6cyMC0n+TxBr2soU2F7fkj2WQWU8UlHkY&#10;VJ8yRT51/wBQ49PzuIyY3rxpkcD5YP8Ag697jzZeKpA+5xMtSkwN0igDAgj6C3P+88ezvxp44qIw&#10;NM54/kf9jo4itI721MIhDNk6iuceXb+2tOve0xWbCwOamMwpavHiS5eNlaRLgeoaf6H8WPtHNd3i&#10;fqTJVB+R+ROePQZveTVugXMRp5jgP2/8WOve2p9kUuGExxVRFLNoZUWddPjk/sMWvwf8Pam0uZpF&#10;DaKLxz/g4/n/AJ+nrblL6Gylmt0VTp7RWpJ+QH+E9e9wsFltx00rUmdWN4oZW8VoViVvV/qk/wAO&#10;fr7Mo7RZf1Jaaj+IYr6D7eiWw3nfLKYLup7a0BAKgqtP29e9v2U3S8emOmpUDAatMKHkD+0ztcf7&#10;b35bVF/U1E8BkHj+3o3vOcLVWaaAMTileCniK1/wfs697RrQUWUlNRWY+IyyPchwupSTwdYAN/z7&#10;e0xUqePzqegQ526+na6vFq5NaetTU8fT/Vjr3sTtu0mIhphHLSs6If8ANRoDqP6Tct9B/vf9fZLu&#10;SXk5PhNoVgOPqMYIr+fD7OhmtztH0vg2KmJQBUCMuSfUt88fZwp172vKekwL4ytnhxslPXU8avCr&#10;wi9RGTZwpUCxH1FvZZHt11K+jxjQHIAPHOePrjy6Qz3caKRbCUV/4XTPqKGlT6EU8+vey8733djd&#10;g4nK52upZhBRxPNLHI7gu5NoIEcm4aRiFAH+x9qNya3srJri4YloxWteJ4UpX16grn/3HseXLCe6&#10;miKvDU6gzU9B24qxOKClM4697KPiPmbuOmyY+62vhmxDTf8AAemmrYatIi3pvPI7IzAfW6WJ9x4O&#10;bbmYkTIdB8wxBH2eXl1jJY/em5nivGR4kWB2GEJVwB56vM/6q4697OjtTvzaG5MXT5KiBlfQvko0&#10;MUdRC+n1RTKx+o/DDg+xht1xBucemCRw5we/P20PH0xmvHrJfk7312jeLMeOWEr4YiQhvtzUfKv7&#10;eve12nZeCrKcyPRrHGpHp8gmbWFsGkVfoOPofz7Wx8tTyO0izyCtfPI+XlivUnWfuDsdwVVpZQrZ&#10;qGUkY9MZr17205Pf23aqICq87QwuZBFEX5RRpuxBF7/Qr7WQcsz2qlo5mOrjWmTnjT0rj7Pn0xfe&#10;4exvaSLIJZFpQAstPOlcUpXOMjz697QEW/NhyZJ6nEwy410P+VTrAiiRl5Un+v8Ajf2vtrGeOI+J&#10;Jq8s4IP2+n29Rs/uRytaQsbe0KyN8Z1AEmvH7AP2U697Zu1vkFg9k7Pq8jSVqVOcqI5YMFTyIFkq&#10;qwoVjk8f+oQnU7WsBx9fYa3/AHQ7ZF4aSDVkADNa4NeOfz6xa90fdh1WQRzVZqhRxYgg4J8uve6d&#10;cnla3MZKvzOTmeprcjVT1tZPIxLz1FTIZJCWP19R4H4+nuMVDMTM+S1a/b1hLeXUt1K8sh7nJJzW&#10;uc9e9tkKiaYFySxNwP6f7b3VaFqt5dF4JAqOvezDdXvHDBXRSxgJUUjx+oWHlVTyVNvr9fe2JYER&#10;kV4/8V01O7R0NaHjx8/Kn+Ueueve1dsPuzN9ZbgR6OqmprsUSewkT7d/TNBPT/R0/Frfn2UCHwpV&#10;njbSyEMGX1H+rhw49DTYd1nsLuO/tpGjmjYMrKaEEYpT09fUHrxF+D7Oinycxm4sP4oZoqPOAo8U&#10;dTVPHjJ/IoHpqBcxgE20yfT+vuRdm5mjulWLcuxxRdXAE+R+w/IcestOVve28uLOOHcXKyqaVLUU&#10;+hJGRj7Pt697VlF2rvOXCJDLRUyS6bmpw+Vo64qqi6qoR2/s2t9PYlEm03L+OQHYdrHUGHzJzwP2&#10;dTRB76XjwIECo8YCmQENhfM1Oa8OHXvbfjfkHlMYWWubKOkTus0VbTSKygHSCGUWN/wPZhFJtKro&#10;CqDwFAPzpjy9PIdUHvnuQjKPcMK/0RXj5ECoznjgde9q3/ZqhiIUq5aiqp6eSwVDARrv/a8jWsP8&#10;SfaKYbL45kZUZhxqBwHy4efp0HNw9872OcXhuAZFpkqpJp8uFc066IB+oBt7Cbtb51YCmxUtFt2C&#10;TcO43pykMtzDj8fKy6fNNOty7A/2E/2LD2Fty323gUwWek0/hUAD/Jjhw4dRdzz94a/3K3NrFJ4j&#10;gGmkadJP+loB6HFevAAfT3VVufdOa3bma7P56umr8nkJmmnmmkdtOo+mKENfSijhVHAHsHStLcyG&#10;WU1Zv2D/ADdYn7tvl7u1497eyF5HNSSf5Drv2wJMxa1yx1fT63vxe3tkxkdF0Vw5cjjn/D173ZX8&#10;C8Ss+Z3FQZIaaXcmFqcaiSHSjirppIU0/wBWLcqPZpZSm2VXbjqrj5UNPt4/Lrd1ujWO47fdx/8A&#10;EedS3lio1ZxinGvlxJ64ubKT/qfV/sFNz7HigzGzKermo011lZSsYSsbmVI2ibQ+oJY3BH+Pucba&#10;dbiOqHtYBiOJ4fP8uupntxzFs84UPKyqQrUWj8RkUx/hyfPrl7U1PNtiaZWp4Jo6px9TE0Y1H0nx&#10;3Bt/rn2tCOEFaVBHHhT0z6/L7OslWvOU2slWxMjTkjuegWpyaCtfUV4de98q+qo6M6Iap1nCgjWE&#10;cIQLhnb6/W//ACL2zJpjH6fzJOePHzx9nRfulLYoLN1k1CpoMD5egPDgeHz697iw5bdVbCsKVUNR&#10;S6QFDAaVjHAsALe0bQWJPiTKBxNeBP8AP+Xn0p2253e4QrFR149wAPoe7BP8+ve3XbyTR1cklcER&#10;WIA8Krdj9Ppe3B+vsj3O/t7SE/TsNYFABkg19aEcPI+fQn225ubTxJLsIrYFFAJqBhsVFPX1I697&#10;VcohqJhDQ1lXQTSaAZlLuqkiytY/m9zz7D376u5RqbJTFeB418ugJzVvMMUb3BopFcrgnNTUD0HG&#10;nXvZ4fgf8Z8l3B3lt6TcmWnzewtnvFu/dUcok8VZBjZQ+NwtQVsAKqo8aOL38Yf8exdymsG7btBZ&#10;XfwyankXgRCnxtUZAYkR146nxwPXBD+98++Qfu9fd43SfZroDft8DbftqYDo8wImuQAQaQx6ip8p&#10;CvUapLMngQsrzejWPqiW/ccXHBtwP8fezrPoaVY/FGAx1hIwAECARoF0jTZRwAfoBx7le8EclysD&#10;IDrOoAYpQUCj8OBQAE8MdfB8889y8l5O7NI5JZmyWZiWYmuak1JPmT1nRQiqqiwVQo4twP8AD360&#10;ZmaFtI8aKxhDDyBSdKv4RyAebE2uR7faNGuWgmGgIASoYaqcAdPHSQDRsVp6dNd/hh1FdRIrTHzF&#10;fUenXL3lexVdCkqDcMwGr9X0Nvp7cuyrxjwASnxAkd1K4FAag4yOHVFqCdX2Hr3vArosqqAdR4VT&#10;yCDy1gDf/Yn2ihlhF2sZBLDCita1+LANaY/I9OMrGMk4Hr173K0soZmje7FVUg6dI4H5Nzbk2v7N&#10;TbyIGkuI3JYqAa0oMUxWrUyceQp0zqU9qEUA/b173K+1ZmR21rpfWeF0yLpKlSTc88Hg+zpdouHl&#10;W4lVgAQQcaXUrTzqc8SBnpnxwqkCmRQfL58eve5cawBtUixxlCpDEfhfTq/2H9fYg29NrE7S3sUc&#10;TRFWBpU4xXzAA9fI4J6TsZCAqkkH/L9nH/D173NaNNSvHJI3AvewBW/1AH+H+HsVvYhpfrI5GJoB&#10;QkUZTn7POoOT6dNMUA0JwHGoofy/zddAm3Isf6Xv7nQaUT0uFj1BiUUn6G2q5HBvzf2tijhEYFuB&#10;pzShwa8T6Gvn8/PpZCxRas1FBBJArw4Zpgg+nXFhfkAarEDUeP8AbD3FqpaWnkZpFkqZ/EZUjp2J&#10;klUN/my1res2BBt7Jd3udvtZC7oz3Sxl0RA2twO3QKYIYgChNCKkigr06qRq9ZTrViMhhTjU6j8x&#10;k4r11Zio0+j6jlfobWuov79/GBUs+KDKlS6JUrBYF6Q1CmKnkMbXDBSD6RcMRY+6ndYZpTt9u/hX&#10;rRK1DSsWsEqWBw2mh+HVkUNK9Kku7h4gtzH4luZe0CtNQoNIpmlCMGlesRgjV/MPTII9DSXtdB6j&#10;qt/Xnn8e1JFU5On29DDWLG1Z4WhkDIKVXVnsPIsRkVHtdtKHTew4HtmwS/e3V7mklxivBKmtCxpr&#10;AOnOKiuBTyGl3ez2uxm2dRGul1oKkaT8KnhQ1yBgf4Cm0xlFNmZK5WMshkhmHrQtHNChh8sf4K6T&#10;Yk8/U+2ilyuCbIxbcFaEzP8ADoM9JSmnrRpx0tW2OFQ1cyGEkyoyGISax+rSFIPtQN0s13RtnjY+&#10;OIfG0ENUxlymskgCpcEEV1edKHottdpgbYoNydlSKSbQW1ZEgUFl4lqBWGaBamgNQQHaaWpD1Gmn&#10;kdI0dUOqOzv+pQIwQfpzf+n+PufkKSOMSRI4RFsbzK7eS4vpEiC1r88+zJXlmj8sg1Hl+eeHr0V7&#10;vt9vbF4on0qtCC4arYJorKNNK+RPH5dZqOokmWN5EDM2oN4ioWKxsA6uQ1/9h7DCSXHY6ZamYyx1&#10;sE1ZODIsflHmjt4ZWj1fstbUnH+29w60+1cu3JvZ1kS9ieaTSVUOC60VHILVhamtMAGnlnpLF9Zd&#10;ReBEqtGwUYrTHmK0qy+f+Xpx9pSUYjdeVxtbk5np6vFF6impkrpIqWSlqE0O9bQXBlZ7Wi1Cw5IP&#10;sHT7ht/OO4RTb/S2dCrCjUTwqZLJTW0jnCUIXo8Q7hsNjPbWSh47iisxQFgymoCSZ0gfioanz697&#10;EmmDaXgkpiIkCxxO2nS8RX+zGo9IUcWNzf3MOzQSJE9hd2p8MARpIaUZCMkIP7MKKAA1aua9AqZh&#10;USq+TUkehr6+deve+LYhWraeaONCpgNPKzs7SyRxNrgXUTayEk88/wCPvd/ylDLuNq1uimBYzHIS&#10;zFmCGsWeB0V1CoDV8zw6fiupnhMBrUtVaUABOG+eRjjTrxNufwPr/re+VfTS09PKhf8AZ0jzNM/7&#10;ii/JZz+Ppxce/b9tVxZbRJFFKXtiF8RnbvADfx0FU4dtQR5HrUVRcASLSSvAD9mPI9dAg/Q3vz/s&#10;PYO5isUU32sxNTKZaxop6eqKTJOH8VPTRi5WRbHn/eOfeOd66CI2k5E0gaUhwxDA6tKKBUq608hU&#10;ivHqQtttm8f6iP8ATUBKhlqCpFWYkUK/LH29d+5dKjUeKxVHV1QOVgpDUxwxgF0h+8CSCRXX6Jck&#10;ki/9PaqO2eCxtYJpR4wjZgoGVTxACGFKUAzwJp0mnYXF9Pc26foM+kseBbRUUIPnT7OvexNngFVj&#10;GpJtUkU4enZImEburfpZJVYEcXsfr7myeGW65Tj22cGRJGaPRGoBcghlKsG4afPz86Up0CIpDBeC&#10;4iwy0YVyB9oPHP5de9hxXYqWmqqTHy4162JhUSy17yfsQ46jAeCmmc3dnY/QKCLjn3D19sk9nN9N&#10;cRayKtqJOkwrwXVQVp+I1IrjoZ2l/HLBJeRzCJhpAjA7jK9QzCmAo+ZHHr3tONT09XjYJIIHjnoM&#10;mlWkUyGKOKCWZpJ6ianWyvdfoCLgH2HJGiuLFvDTS8LqQDjSpNWYjAao4HyHRys01vevHM4KSxFC&#10;RklgAAobJFD6GnXvc+smxJqxJI01Nk6pWlp2iCpTk08XkRzrBABUaST9Ppe/vTSWM0xuWVlnfI0i&#10;kdQKjiPMDPGlcdJLaLcBblEAeFCA1ct3GhGM1rkAcfPHXvbXiaWOGgqp6StZ5JIqmtyMUhJeXzSF&#10;khhhb0DRf0aVsefetuUPAzW7hSiGSReDEaq6QDgsK9tAQRXz6XbhO8l0kNxGAAVSMjy0ihLEZ7vx&#10;VNR9nXvbNgtu0SxZij27j44a3NZOqrMhNBF9pUVWRr6YQ1+Tmq2XicqEHkX62A+o9sWVpdbjOLKx&#10;TxZJGoooBUuO5ix4E+ZqB0ZbrvFy8ltcbxMWjto1SMMdarHGxZI1SuUBr2n1Pr172rmpKfaiYyjz&#10;uTo6Weq0RY+ml8ctbOuPo7TV0up9UojNmkdQDzc/X2K5+V7vl6KKXf6QM79qBQxoq08QlSRQNQcQ&#10;SSCK9B9bibfzPcbXA7pHUuwqEBkeqoO2ilshQTTyHDr3tloc1uCjrq/HVdBEqy1yQ4isSUFa/H1S&#10;Bv4nKur0NGdRKHixHsj+ruLCY20Y7pSQCSc6uDk1pUcVrUHzHRldbZtFzaRXcEpJVC0qEGscik/p&#10;DGQwpkZrXr3t4yOS3B/eSTbi42tkWaijysuY/wAlOK/h1I6J9oKkMsiVU5uUijRgVBJI+ns93FN6&#10;F9LtrKzySIsjMQhTwkAYKknFXkFaKldYBFOi60stpOyjeGnQFXMQh7/F8RgTr00KtEnBnZgQSAAe&#10;ve3OoyEVbk0nipn8MkQSJ0RZV/yf0ztrNmBP0K2v/X2j3Hcodz3T6uCEpGyqoA7h+mAHIOCGPmKY&#10;+zpDDZyWtkYncawasCafF8OMggca1697V+EqmpIcjP4qmeGSankipjI0qx3PhUUsTm0a2sXX+vPu&#10;SuTd+faLO/m+neaHVE0cQzQs2gaAahBQhmB/ECQeiDcohcPFBVFZQ1WpQnzOphlj5A+mOve3ARlJ&#10;nqWSWOqq28hWeZWjhVBpDR8X5H9nn2vaOSK6O4yJJFd3LM9JHXTGAKal7agkYoSajpCzBkEKkFIx&#10;TtGTX1z/AD6975Y+tikn/cKeRAYHZYtJkOo6WZiOAP8AD29yzu9lcbijXugPGDE7BKFzUkMWoeHq&#10;COHVbu3kjholdJ7gK1A+VP8AP1729rURhQUZHQyFEZBdU/rrN+f9f3IcW7WcVuHt3SVNZRGQEqg4&#10;kOxY1PHIpXhQdFZifV3Ag0qQfP7Mde94mkhlMsCaJJAGcp+pQSOGcfgeymW8s73x7CLTK5LuEFCt&#10;WAywJ7QOODxxnp0JJGFkaqjAr/m697hvNVo1OsVTEqQ6/uoTGXLLo0xrFIp9IU2JJBv9OPZXLu+6&#10;2oigt7hFEVRKmgNilFCMK6QnrkHhjpQscDBjIhJamlq441NQeNR6EU+fXvbxCxaNGa+rT9DYn/X4&#10;/wBv7H21XH1NhFNJ8ZGa0rX50/bTjTHRdIulyBw697yFkAJZwtvySoF7fQE8D2sknghqZpFUV4sQ&#10;KfL7aeXWgpY0p17221k0EbqhbVM7BQFYFlH11Nb/AA/B9gbma82i2lWMuWu5GCjSaFRStSAKGgpg&#10;5INfn0rt4pmBb8IH+ode94VoRLOssk5mgdF/yZ/0JMDdpW5u1xYAH6fX2hh5dS7vIby4nM8EoAMT&#10;/CsgyzMRxJUAKpPYRVTQ9Om60RFETQ4PxeZHkB6Zqa+fn173PSIFmYfUej+psPp9fYms9v8AHuZL&#10;hW0aezHHGB+VPzrxzXpGznTp4+fXvfNI2Crqdi4BUkALqBva4H5F/aq1sJljT6iQmRAQWAAqpqBw&#10;rUgcDx9fTqrNUnSMenXvfHIVa01Ikf2s9WJpooH8IUsqSsFZtJte172DD2l5i3AbdaxwSW73SzkR&#10;ME+LS3aW8qt56QQTmhHRjapHNGYgwRh3Bj8NRnTwrny+fy66sb3vxY3Bub/7z/xHsqHbskdVumox&#10;s1VU1NPTU9LTQTVIImVhD5AJVkAPDNo9X4Av7w992nhn5wmKyFo0VIhUliGC0JYtSpqTXzxXPXbb&#10;7om3xbL7TbfOqVeUs5YjSTrPAeY08FxwwD0TvtKryMm6q6qoSiS0BTyU4kMqyUsIEkoXxW+oXUQP&#10;zf8APsnG/MJTZChyeIrzKa9fuGoVSMMzoTbxhwDexvpI/wAR7hu8RmC24YDQc1B8jQ8Py6zr5Y3T&#10;wbmO4tqNC2kPUkZGK08vQ+n5dKvZ1fNA9DmKKntQ1cUP3d5QBA0ieUPpfi9v1D/G/wDr1qdgdfyy&#10;/fyClY1MSPDKpTTqQ+rwuf62BYcX/wBhx7TCQmTwZR5nJqSDxqP2efl1lLtV7bTLEY2BVc8an1FP&#10;lXgejF0lZHNHG6uGSRdSMLEFf63H1/2H091KfKahqtpQUNTTL9vkKuqdMYKgeCnq5EXyGgndvT6h&#10;+gNwSLA3I9qRKzkqhOg5NOPzGeFaV+09SpyuUviyKf0wQTTJ4GuD6Efaanqf7JCmbSqos/uth4Km&#10;ux5x1RTykaEkjddV6aQern6X/wBb6+3I3M4y50Jgg/FUjANPs41/LoYaIy62ykugOa1yfwqSKEZ4&#10;8a/Z172y7dyUO4qQYGOmYS1qCOpKx6mfxEESGVrlVFrkA/63HtiW4kL/AKgoFXhjT6Guft4deuyb&#10;ebxW8gAF8gSSDw/aMYpnr3sScTtrbmLD0j10NNU1qRRTSNMkTK6rZF1yH06rWI4v7Wwi3lgZ2GWI&#10;4ZOPOg9K449IQZ7tBpUlQ1acagcfhxXIIB9B172vsTsem/hFNDC9HMgmlnvFKsrCXhmcl72PJtfj&#10;/be2AsLMXzQihYsB6eQqftr/AA9UkctM4CNpNMkjyGTj/AfTr3vnvDZiZSlxxjqliakeTzK4UCeR&#10;49MSSqLg8jVYC9/dgYocaq0oMfZgg+fHhnpTYy+EheZST8sfYfX5fn17234zcj0cM+IydK9M9Cg/&#10;ytV1UzxfpAjfj68mw/1vbDRqx8SM0PEn/L9vStYI5e+3YhuJH+o8a/7PXvaWxGL2ZnMlU42SsrhH&#10;mq5HlMMZKtKzAx2U/wBlfqD9efbd1L4Y1sO4ig/P5etfP59GLs8MdZB8IwSOJ+z1r5/OvXvdjuw9&#10;q4Xb228Viqalf7GhgMUMjl2eRuC7sfySTdj/AF/w9h4CezYyFgS5r6D/AGSP8PDqWPbbco7HcIpL&#10;mkivginAn/Vn59e9rOoqtvHxxSS+LSNJDjSvCgWIPHuUNkut0Fsot21KBgcTx9Ouv/tvPb7hsFuq&#10;srxRqAq0BK1PrxAr/hr172nZ5dvGQmnmEguCFSU6dQtezNf6/wBP6exfDuO+YVkrTyCj+f8Aq/wd&#10;SvELIhVWOI/srXz4Nig+zPXvccV1GgKI0yqWCNpdrkabFVA+v+v7elutx0BnjUinmtaVyOB/1fZ0&#10;tMNpBFrjjX14k4/3o4r8q9e99xZBYPIY6eSYMQLM36SLjQCRf/XH59kd9f3DgRvRaE/CD8v5enpn&#10;pkbtHAxWIrGw4mpJpXhkmgr173jnz8bqbUM0aqBqR0YksRaxsP6/kew66zyXJlY5pQGufTOOmf3o&#10;0khmZxrao1VzTgP5cOve0xkahauOyUS2DgOSrCQajcEW+l/YhsLy4ioD3YAoeGB/qz0omuTOiiXI&#10;p51p+R418z8z1722RUM7EPT4yaXSQbagtyDwObcexBNucQA1AaqD7OH2Zpnj0nRbaOVWjiLUzTVg&#10;n7fT9nXvb7TJnI2EscEULkA6JXChQD9LC9/9t7C243Xjqyla8fTOD5/b0czbi8idwUfIeX514enX&#10;vb1HW52O6TfaSrYmx4UEC/oufr7BU5uiVMSHHlQ8PI+f+zQdEz3UjIFQV9acT6En044+Wa9e98Wy&#10;FROhEkaQ21aipDKCfSpAt9R+B7TIly9TMpOePngcfPpMsslO8DP+r8v9WOve4oXMa0tWIycNYoVI&#10;C/pK2/NgOfb3hB+yUHHmRwH5H18vn9vTqeIQSp+35de95Zp8pRsfD5ZwTZ7k/qYXGoHi/wBTx7PL&#10;DbbOUK0gBqcfP1z/AKvl0thlfw1LAk/Z/qxX1697gtPmauREmiKxg2sdQBv9bH+vJ/HsR21hbR/2&#10;YFP5n/BT/Bjp+3dp3LKMDy+fGv2enXvfKeGsp7LTKY24axLEhgLgaPwfr7WLHaDtkP7R514Yzjz6&#10;Xy0Ve00PmDx/kc/s697hLNnlOo1kyKBqQXYEX+th+PbbR7dG5Wo+XE/t4dIaSIT4xAWlOB/1efXv&#10;cg1+SjU6quolYjnU7Bv6kfX6H+g93VrNcmhAHlnz9PT/AAdXNyFXt4gfs/IZ697YMjPlKmMhqiZW&#10;tdF9d+P8Pr7VxXljpEa0BbHz9eJ+f5dE253csyeGrUrw4cTnNT59e9s9PLJEhNRJUBhYMSGY3AvY&#10;H/jfsyhvLYR4UED/AA+vnX5cc9FEHjRrWVjq+YxX5HP+Xr3vOlbQyqxL1IYGy+RPQP6HSL/737WQ&#10;38BNaf5f9Xz6ciuo5h3Ej7Qf8HDr3vh9pQVDlmncKRYngBR9b8+zNbmCQajwH8v8vSWbb452Lq4o&#10;cZOPt6977m2/jKiO8Va2vn62IPNl490ae3rwqD+eOiy62ISjzHoQa/8AFde9sc+3vB/m6gOwsSF4&#10;uT9QD78pt2+E8D/q9OiO45fuLZS0T1INP81Rjj+zr3tv8ddDcK8gTi2guLaeLmxINvavTbV+3h6n&#10;+VPt9OkBXc4mYMe0U4VH8vl9vXveQ1OWiUET1OggfqaQMx+oAv8AX/D3ZorYR6cH5YB600+6R9yk&#10;sB+R697zQ5bJu2lZJwb25P1P+xt/sfba2luMKAAKny+3PVot4vkJQV8/Wv8Aq+fXvc6TL7hC2jqJ&#10;W0/guF025BN7cf7H3SW3UUdCuR6Z+zHT78z7nCRpYmq4Pl/lGOve8a7gzsZK1J1i4YXJUG/JGtPZ&#10;Y+2wyHuQDGMUxWp41HH/AIrqkfM98x1zGmKDHl+w9e9udLvGsp1KNAR9FukjCynmxvfn/W9p/wB0&#10;QE6iPngClP8AV69G0HNroO+hb7Dj5041+Veve3mLsWVV8bCpPGljrNlUf7Hn/X9l13y/azYIFD5/&#10;5sU6WnmrxDpAJ4mtfX/Vjr3tzG98fLGPNJUMNJ1n6m1rEEf09oU5eWOrgCh8+BJGPngdLLbmGPJc&#10;4xnH+r+XXvfa5rb9UqvE06Nf1mzAc/SwX+n59vHbUjwnlnHnX18/2dCmy3u2lGqNqgcP9X2+fXvc&#10;+BKSohM6TMEH0bV6b/Q/q/3n2juLeNKKMV/1fz6FMN1byJrjYiv5j7cf5eve8ktBjio/3ISnSDqA&#10;LGzMPrz7S+IqHUuKdNT6SupuPnmuPX0697aKnDUbIX++lYW4cgH/AFrA/wC8+1ce9pEAlBjyr/n6&#10;DF7B4zdjV8hn/V+wde9tceARZNQrQ6k3tpIOm17+1w5mhi/zD1+3h+3ojG3tGSxkqcevXvahpsBT&#10;q0chqVfQblGUkHj8fj2ll5oSuula+ZOf8P8Aq+fRgEeEYNafIef51697y1ODSUloKvxyKPqgPIvx&#10;dT7dh5iSg1A0PrT+R/z9VKTMlEYjGaioP+r5/wAuve0/U7cqhw8+t3/rdl/1+Lc/09mkPMduR3UH&#10;+r04DovlsJmFa18zTP7B5ft697T1XtKrYmQOslzcgsRptwbA+1/7ysGJkLBvtH8/l0TX3Lcr1lDF&#10;qnh/mArTr3uEu36qK4ZJFH+0lz/t1H4/P59qBdWLVYEeXmRx4fb+XSFNouYiVWv2VP8Ag697dqXG&#10;V0RU3YoFFySVIP445tb3Y31sgwwxwHGn+x0YwwXsYUgn1Hz+0de9q2iWeIo0krG31Vje2r9TfX6f&#10;63+29oZN7t1AKtj9o+zoW7ZVYVMx/nX8v9WOve1KZBWxCB0jdGX6OLm4H09I9lM/MNVwQCfy/wAv&#10;8vLoTSfRzrkgHGa4p6cf2V697bhgUi9cESqLM5swBufrfV/X8A+y88yxqNL0/If4fn0SyW9urnQ4&#10;oDilcjzrilfsPXveUY5gLGP6H9SsSeOSo/w9sy8xo1dPE/IcPXjg9OK68CRQ/Yeve80WOiB1NddR&#10;Gv8Atfm1iR7Ipt8ieTw1zT9g41B+fTwujhQMHh5cOPoD1726RLRQ2Q1bAqQVAVmOkj6sRwP9b2R3&#10;UhuaGQVBFR+Rr8qcOks1yZG1sSajP5cB9g8vXr3vqZ6epbxrVubIQfrxxwRpP09sQqy1YJpOaZ4/&#10;t6Rvc8cceGf9WT1722ptmau1Sw5GyIpNyNIDA/pYD63+n9PZna3CKVUkgnyPrT/J5dajkqxoxFfL&#10;7M+vl/qz1720GHJUsjw+dXKk2cotm0j8MPz/AEv7PFuAFocj7D/xf59LvqaCjsCfsof2f8X173NV&#10;sk8YvUgPe1xwLWt6w3H+Nx72JUrwr+3/AA/Z6/Z1dZw/AVIH7D5D5VHXvbHUx5iWcR/fQCMOt0/t&#10;E25ufz/t/Z5b3aQIWrgeZHHz+X+AdMm5njYFJNI9KVPzGOHXvawxFLGotVTea5+oZQur62UH+n09&#10;p7zmFo2HdT8q/wAx/nr0cLuSooWU8R6GoH+r1697WMeLxdVGE8dOQdVvIwcqP63YX/Nx+PZOvMs+&#10;ooWbGaUHH04itMZ6TO1rcKUyxJrw44xxOPkeve09lttY5V0xzRQsA2kLpN2JudWjj/ins6suYJz3&#10;MT5VqfTjg+fyr+fSA2VvP8I7jmmf8HXvaPba0QaQSGlkuQVbUFIDCxUG/N/x7OBvhfuLeXH5fZ/q&#10;+3qybFbkanKnHE0px4cOI4Z6976/u1ikIaWGxQi5WT0ggcfnn/b+9DdZWBOKEV/1V9P8/VDy7bU1&#10;kCnrnH8hTr3t0hwmHKqEBH9WOr6DgcWPP+sfZfPvVKitfMj5+uaH/Y6WJY28KaYiPn8zxOfPHXvf&#10;OPEUGshdIUDh3H1Kmwt/sfZdJvik9wpTiKH/AD/sPqethY1btoPsB+2nXvbktHj4UNnLlARZFOkg&#10;f7Tx+fbL7gkpEjAfL7cV/L0/y9GKzQoQ7D9pNOve4hrKWnKgeQKSL8agxHP4/P8AxX2+LlXILAY/&#10;l/LpcNzjbNARx4+X59e9+/iuOYsskczfVQBJ+CeCyn6f8b9qFvkQ1YA+f+r59Xl3KKVNOkeVKfIj&#10;9v8AL5de94BLQteQvOFQ3HrWzXNrD8fn/ePZsN2iKHGRngf8/Hz6TfVKTpoKD7f89a5/b173/9Gg&#10;/EjDVCJLTU0KyhbshW4U6iSoJBve3/FPc2+JXs1Y4D/Jn59fQ7te2WYStan1rgY8vLz+3rf49uM2&#10;42xNOY3poNKlmHpAJAN/pax/5H704JIo32E/6v8AVjPS65ljsVHlXA/Pz+Z/1V697RWU30tYp8tL&#10;JHGAWtGoW/8AUBrf04+nva25iIpmvy+3y8/LpFJvKeHpOo4IGPL9v7eve0TNNi83KizY+eMRv6XV&#10;vSPyS35uSPz7Vp4aJoJB9CfWppT049A+5hF/LrK4BwTwOcfy/wA/XvanqsUj0caY5qkMvLBUDkcc&#10;aQL3sfbbSw/DIaH/AFft/wCK6WS7aqx+EjftJqPn5g/4D9vXvbdJR51Y1pqjG19RdW0TmCa5DHk6&#10;gLcfX2la8tVJUGo/L/L/AKvTpmGWK3QxirfPGf2/P8+PXvceJqjGyqsSukl2Yx6mRxcWAb6f8a9s&#10;m3huRV/OlPyOOPp+3pM09wj1BJJ9f9VR1724rDujLhkgUhLFQ7l2JH1YDk/659pZFgg7aUzU8OIp&#10;Q9OJNeTrT4RWvGgqKUzT/Bx697V+Gw+48NAnhkWKocs6twwF1uVJJv8A0t7Jb+9tpsKAf8v2Y/1Y&#10;6OILhSpDUpwJ4kf5BX0697lik3TPeXI5ajEbswAmdVBB+g5HH4J9h6S7iR6IpJpmmKf5/wBuOkdx&#10;esr8a5OASKUp6Yzkccde9z8Xla/Hl/IcVLGXCu4qYfVp4/Tf/Y+2ndXNTUE8MVOemY9wjAoAVNKi&#10;lDTj58Tn9nXvbHuHeNHUPJHXUtN4JP2i8DAlOQCbr9b/ANfZxt8SRppJPrw414/56dKEvI1h8MnH&#10;xCvnUf6qevXvadiptp1MbTQ0tZHckEq0mlm+pfSPpx9Px7VveiFaCh9K4Hlwz+fSaVlNCGUeeTg4&#10;4V4fl5de9wadaKmaQY+KZVMh/VrJ1CwsxufbY3NWIRqMAMnFfPypx6vDuRgYRxsmTUmvl8qgDFPI&#10;5697c6ZsDki9NmBExWxKFrMebE8cgj/C/t1d0jAEiqAD/M8M9KH3aG4iMUhUgnga0+Vc9e9wK7ZO&#10;z2kaTFPUxyAagFdpBcG9yTaw97Tc4Rk0r8sU+3j0QG0tRJ4kIQsT+E0/mPT7Ove2qHE5OGQqkdY8&#10;StxI6SBePz/T6e1Y3O0I1FgAPmD9mOPTxe5jwK0FfxV+XrX8uve1PRbalyKWaskgb06g1xz/AEa/&#10;HvTbjbr3OSfPHp5fP/N06ElJrNqXODTH5Z/1cOve+NdsyFCI5a9XU8sFY6uPqbj8/wC9+7R7zbx1&#10;VBVifP8AwZ4U/wBXn006kErxpg1Iof8AN1723023MVQSuwzRpwHU+prcX4UAkXH9fb4vfGAqBTgM&#10;4r9v+qvTcbLb0aU0+ROPyPXvawgweGyQa+VM92BDU8kakH6sCbmwH5uPehcsexc0xSnH/P0ZQ7jH&#10;KvgwUbTQUH8h8/t9K9e9wMjtaOnLPBlJkhEt0CsXZgTb8H2/DIQSVHEZ8qf5+n0t7hZDKmK4OeH+&#10;THy697Za/H/bRkLkqgFgVHJV73/rfgX9qNak6W86cD5f6v5dLXjlK6KkgmtQcD/NXj8+ve+GMxdc&#10;V1VOZr9Jk0LExZ4mDfQ6Wve39farXAoKKOI/Z6D7fTj0wLWRQ+p2ofMn9lPSnlTr3vJUYaShllqK&#10;fLTzKFLMgDKQ4+iOPpx9b+9JMr4damvHBx659PTpoRXFtCz11MDWtagj1/1ft697RUm7oYazx1Ud&#10;SmhtLSuS4JU/0+ov9fa0BUqFyCKemfXHl65/PoI3W+XEEzRkmn+x8vL5de9qygzmDrY2anqkVmvf&#10;yKQQPyqhvd1kagA8vnj9n+fo1265S/iGNR/Ly8+ve09UTJLVTwapKqCQlSqFhZSeGP8AvXvTyFjp&#10;PkfI8Pl0lv7Rmk0eQNR6V6975UuztuSiSSeGQPGNRtI5BP1AIv8An35a1FR/gPSSPly1L+LKvxHP&#10;z+w+v59e94227RK9sbi0QaQNZDfn/aj/ALce3SwQFxSv2f6qfaeje05fs42PgKop9lafMkmnz4jr&#10;3tRUeMzVNGpmdII9IUI6m4WwB4AP4/1vZFebiwNFJNCcA/4Tio+zo+hjgt6+KwGeFfT9mOve8mUo&#10;MbW0lqupVLIEZwVSxB9Ti9vZQt9cs+k4GTiv+qvRTuv0kgLagOJwf+LH2kde9xtubS2p5/JFk0yJ&#10;J9Uf3MdlU82cLfn8Ae2pbqUDAPHjxp/q/wBQ6JNvhtGeiGoJFc5B/bwrn1697EmQw4Smvj0oqXQm&#10;lfIUGrVzyTybWubn2Vv407HxKnPGn+ofZjocxTW1oAFfuPnjh86Y+z1697lYPLVWSdqfIRxzBlAL&#10;xqoTTe1rW5B/FvbE6Sxg6Aa1rTI/w+fy/wAHRjFOtytY2/zcM/n8uve1kNqY6YEJT0RLqbBooweR&#10;c+of7zz7RpuM8Xcy8DSoPGuPQ9KA+pOANPn/AIT172AnaW0jQotTRUK6YwG1wAmzD9Rsn9P8fYt2&#10;7c/ExIe4f6hTz6BnMe2yzRmaIZXP7PKn+Dr3sKcTk8/UMKMUdVUQrdUVYJQE/rpe3B/3v2bpu3h1&#10;DD8ySPzz/l6C21X92knhTIdIp61oPWvp/Pr3sU6cZZ6COmWgljutufqdX19JsAf8fZdNuSVL1DH1&#10;r/q/l0O45FeEsBk/On2Y697y4XaWZeomfyy06yC41SnxgjkgFf8AbcH2W3m7rpAU1Jx5H9nz/wCL&#10;6SxmZZckmvlXr3sS4tvfZUHjrKya+ksXV2IUaeVTV+Of6f63sPNfeIxRV4ca/Po6F05jGkcK11HP&#10;7Af9nr3tG0NDh6ysnpGqKqdk1XR0IRyBf6jkW4+h9qfqpUAKivzrT/V/m6TfV17YVwPn172/46GG&#10;irIUhicKp0tckhrfTgf7x7ak3FyrV7aemP8AV/h6T/vSQOyOaEHAp/s8Ove1pUYqirZoppPJC0Sq&#10;VKnRbVySw/3v2UtvF0D20r8/T8qft6s1xLMmpSAT/g8/z697xz4eEpqSaVigIJdB+fwP9t9fbX74&#10;uzxoeHr1oyMoIU04fZQde9hzlJq7G1E0L1KGk1MIwVT06rEHUf7Q59iawvrm4IwR6jJ9f8PRPPdq&#10;x/UGn10kZ9a1HAjyrx697TtN4fMak/ZSI7EvqSO5FuTpH9Pz7OBPO4ABII8x/Pj+f5efRfE1sz8c&#10;g5IBGPX9n/F9e982lp6+cQ0sVIFBXUViVULWtyygWH159u+LcRdx7gRxPHH+D5dCGG3g0dh1q2c/&#10;6v5de9qXF7axtYJBkaGFgEBV9Q1WJtqQNf6f09l11u0yKFjP5fL+XV7jb7YxBGoDWtB9nr1724z7&#10;G2xCBpoW1G99DW5+puVHA/r7rZbzctJQmoHD1/aP5fzx03Z2NotaHzBB8+GaeXyp59e9tTYHF0zv&#10;9tF4QLApz9f0g3/IP+v7FMV5JTS5Nf8AV/xR6EKpDBHpFcgkgcKfb/hr/g6975pEI4zFRTNDID+p&#10;l1XNvVqPIH+HtSk8ZK6zUHyH+X7ei6XefCcJG1RXgD/l88U4de9wak1FTDLBUVkrvf02kdbcX40/&#10;0+vu80topoASD51H2HHHj8/IdW+oW51KakHP5nHkccPs697acLjaumq/uosjXRRXKshqGVGubnUG&#10;P09ppJoSagcK0/z0wR6/P16cs45YZy51HjQV/mP9VOve1jVYiCt0S1WRSVbqSzaTKD/tNyT7LxuX&#10;0+Frj/B5k/Z+306Mmkjr+oDgfLz/AMPz/l173mgw+FkDxxwPKdWjypctcjiwU/0N/aebfnFBULj+&#10;X+ry6o5tCvhAgD1rw/PyPXveGr2jQISxq6umjJvcC4Nvqp/oPbB381oKA0x/qpT/AGOtRS28RIDV&#10;piv+c+vn173g+xw1LA4pJZa2oQDS0rMlmH9f+It7TteSSnUeFfy/Z0oFyoIKk6ePqPt/2eve2k76&#10;o8ORTZTDzJHYjyRlvX9SCwbgkD6H3v6RpyWDcTUcTTz/ANQ6Ktz3IQQmhNTw9KDNB+Y4de9hbubf&#10;238vO8NEMrReIko8YJ1Mb3LWP09rbPTFqUt3YHmPzp1G9zzb4szwh2BoOGr/AAAeXyPXvaq65y9f&#10;VrITPU1FMsqgGpusjJ+f+Ne3LqNZ4CT58DT+dMDoS7Hd3F5bieQkitASCD8sY/b172LOTzGMijSB&#10;qOSR5wYpBGCR6gVCu3BF/wCo9lEcEq5LU9OHH5f7Pp0LpWcxBPE0k0xw4/4PLr3tI1mx9v5GF0ct&#10;Rxyga9c7OdTWJCBubj8c/j2vjuyw8I5FDjh9nnQYx0F73bWulKjKmoI+Z+f8vt697RcfX+LxDEUO&#10;4aj9dmTWLAFiAWLHgfX8+z20YoP0Q3pg4PrQH+Xp0UQbI+3f7j6wD5Fifn58Pl1723ZKnGKLSSZF&#10;qmFANBMiuX+lgAv+ubezdbosWZv8H5Z+318/Tpm4HhanbjTz4k/4B6efDr3tsh3dSkiKPH107qBp&#10;Eam1/wC3b+n590EhDCv/ABXRANxlaTAbFOAIHng+RB/bw697XWH3fUNEyS4eemjiOmNpSwZwQQeG&#10;/obW49uPN4h0n0pniadDTat3nBo6lFGM44efnx868eve5lVJj81CRDIFIsNMi6QBa/qBtyPxb2mB&#10;8PuJqTThwNOjS8ubeaJizZb0NT6/4eHXvaGn2t5qlo4zBKmr9alAb34Fhz/re7gmlPXgKcMeo+fl&#10;0FHskuTocVr6YNfLhxqeve3XF7Lq1WoWXIBadkGlPGFCD8ot/wDWHI9oJbmSFvDPEn7cenT8e0XM&#10;JMTswU8BSvlwx/q8uve8EeAx9JkYkilNRMj6LlLBWNhquf8Ab39rFlZkMrYqKj8vTOPz6dttiPi+&#10;Kar+WR/m8uPXvaqn27lpFMsCeSJo/wDdqhRYAWA/H49oprqCM6aUPlkZrxH/ABR6OJLRYYaIgbAo&#10;PMnzJ/b172k6zDVCSp5aYwjhXC28bk/U8+1Vvdxhyo9Mj/Ueiaa1cSaQQDmtP20rWvXvbRl8TK9M&#10;xpMMlSzD1Mh0kKOLgfn261woA9B64/Oo458iOg1u22MYqomoipzxFR5+v+Hy697CwY2KmySNC1RR&#10;1upGFOIybPe3+c97jaJXJ4Ejy/4o/wCTPUcLt0kV94iGj8aAf6sfZ172ZDAUGPqaOJ8rUNFJHArO&#10;zJrubAc3v/t/a8S0Ark+QPoB8v8AV8+pS23a5JYEeapYjzFD/n+X+Xr3vDlsDt6WKStocvVvIuoR&#10;wtTBo2YWspB+gv7o90EahoK5PqR9v+bq91sqVZa/Onn/AD4de9stFuSrx1NLSzbcpcit10uYVBKg&#10;fQ8G5/xHtgzIATqwK+foei5bOXT8BNBT+fGv+Dr3tE1mWppMgaimp6jB1cj2MaDVCeeF0EAce3Uv&#10;NR0FvkAeAI/wft6ZWNFl0sDE5wMGn+Y/y697V38EyuQWJ2yksn7as/kMkdgF1fQcf4e11VbLih/w&#10;9G77PNL+opzStOFf9X8+ve3ehymfxVPNTSUUDpBGRFUzFZgQpsCw5/qPbDlEUFQQ3rX+f216Sy2N&#10;xChJQVI4+fzIH+UGvDHXvaOr941U0zRVb4qUuoBIpoAfrytrfX/X91LLXt4/M1/4roN30q+KYCFr&#10;XieJHXvcKQ7eqqdmWkgiqDGC8kEYjUsRf+xwf9t72ZtLVAoTj/i/8n+XphLGF0JBUVxw8/n8j8uv&#10;e2jEYnDZTJGm+5kgaM6nUp+y4BsQrEcn+o493W6BqKAsOPEVHzP+r59VsrGOadkplK1pgV/Z/n+f&#10;XvYgVO09rUCpUBqedtGoB4fpzclr/i/9PfheFxlQCTg0yPsz0ZrtNqoEskVfQ0zX+XXvaYquwsdj&#10;WNBjlpo/H6biCOFNQNjypuR+efbT3kMR+PupwrgfI1PHotn3nbbdzbrQED1A8/5de9stXvjKS+qm&#10;EtQzlVDU0WsDV9BaP/D/AFvfjeug/EQfOgoPzz0jl3OUoGgXUKjKipFeH+z172+43cOYA8OVx9ay&#10;yRiwWnYa1b8PcfW39Ofd1mZ01hjXy+X+DPp0oR53H6oPD5/6q9e9vI+3gAlp8fUqji/iKM5F+bKz&#10;X5/wt70JZXHcxqOFc48/2dPLbt4ZlJBp5ef7Ove0ZVV9F/EjFWUzB2k/S9NZyCfSLgH/AFifd3lj&#10;TzyRWoGK/nj9vDpHrjWbURnyx5/Z/qHXva0q1kyOJNJStLi9a+OLRSSKLHgXNvof6+2ZJH/0MVoM&#10;Gv8AkxWnRtf27SRBkagIoKZpip4efr172DdbsPceGWryJanrYwrMzt5DYE31GNwPZaImidnWjkjz&#10;/wAP2fn1Hsmy7jZO9ysok1ZzX/B172kMXujIU9RPBV1sMfkukaxRqnjAFiCFHHtJbXrpKY7pwPSn&#10;RLt2+3Udw8N7KoNe0AUp6/7Hz697E/b2boo6KWGozMtKGOsst7knltKg+zSN4RVkYVPnwHUj7TvE&#10;cSVEg4VrXjTh9h9fLr3sTtu5XHTOXo85VKiouuUTO1yCBd42PBPtck2Awoa/mOpB2TmFZo9KUpTJ&#10;rUA/kade9iMIKfKQSPFWAsgGtm1Mz/glwOfagPkVFQcCnl/m6GCXEN4Ar4B4U4j51NKV697Q+7Nm&#10;LXU/ming+606UaRSquT+kBj7TyqCpCGhzT0+35/Z0Qbzy7HNb6gRVq0Jr/h9PXr3sGKA5bZVU8WW&#10;hDQSszCWOYSqQW+q2/3ke0FtK1uumWhFcH/VSleoggS92SV47sAqCaPxBz5edPQ9e9iDiOwcFJIn&#10;lhlndHVUQxI0RW/6SGP+w9qDcxykBWr5V/1efQh2zd7a6uFRXrkcKjJ414Vr9lOvextp67CVOP8A&#10;u4sHTqwi8gsiH9XIbWP7Q+o9qFfQT354faP9X2dS1Htols/HFKjGPSnA9e9oiu3Fi0qgKiGsVpbK&#10;CsRKAAfW4/3r355TWiEf6v8AY6B93DPHIIoCBXjgmlTj5ft697fMfujD0SO8NA887LpVpoWETM30&#10;ZieOPdSA2S1f8H+r8uqRQzxNq118qf4fLz+3HXvfcu5axpfuaenWM/2YY1uin8BQv+3sffnC00qP&#10;t/1f5elgWUFlPHBI/wAueve2XLZ7eeQiNPS4tZrgM8jIFSNR9L3+n+uB70FRT28aUrXFfz9Ok97H&#10;ev22gNDxrUD8z/k697CHO4DLVJMlRSUolkJL/bElgx4s4Fr/AOJ91ZInJElB5HoH7jt809RJTVwI&#10;GR172l8bt/F0NQ0tThZ5a0vZXkEskCH/AFRCcf7D2hXb7KFjKqDV6nOfz6D9tsu3205uDDWQniak&#10;D/J172ohTTUlcuTo3GMipwjMYVkAsOWsosOfbgkiUVYGtc+n+xTo3iZreYTRHRpGRkgj5+XH0697&#10;VmQ7DwWYgigrctk4TT6Q0dI7oHIX6kDg3/1vbXjWygitW+3J+VB/h/aehBFzhZmExySEFKGikg1G&#10;KY697TlRntm5S9PHkK9JIyo1VZ0AkC30JNwfd0kgc6NSip4VNfkADTh0mm5u27dKW8j1K+RJGPQ1&#10;4/b173iweexOOzH8PVEjglULDWn1l5P9pLfS/wDre7B41cQg8R+35fb8ukdtutmt2LDTpDZUk4Y+&#10;n+x172pM3l8lSKZKGarlhY3YkfptyRZB7fUhVp6dHMt5NbRkQHVQ8Kf4Pt697baOTK5RTNPXPEoX&#10;UocNqPHIDGwH0593FCB4hxxxn/VX7Ok0t7dTR+JKDpqMDy9K+dB1733t5/vJchFWI9oZWX7hal9R&#10;W9riMHn/AA/23t0OiVBXz/b8/l/l6pY3885dAtNJ868PWn8uve2vO7Gr6yT7jE5eVPIQRDIbDT+o&#10;2Zj/AIWPtFOrTHWjshHzqOirddi3C/czWd08JPEGpXBGADwr/Pr3tgp9k7q+5W+U8GghjIkhZSAb&#10;AEp/vXtoQ3CsHExBBqPtH29FMfL2/LKHe800OaV/mMde9q2v2jVNBG1fVJUuiAM41F76f1Ar/rfn&#10;2peWN1Piip8s8fsz9vHoQXFiGg03DByvAmoLHy4cK/s697D9MNFJVvHHPKHjawuCVIBsRc+6qkI7&#10;1rjzr5ehz/n6DkezCS4rG7ahnj2j+Z697UuJ2pDWTiGfKmlDkgLoDG/9L/6/+PujaSSQeP2/sr0d&#10;22xx6qeM1CRgYHzPDr3sYMb1ZiqGkFacvT176dSqbBl4v6gx/A4v7fSVI6FePDJNRTyHQxteV0ji&#10;1R1alcmpJ/yf5Ove8DCjgiaNqRZ2QuqNpuyqDb0/8T70biNzkgjPDH2cB/xfSWXb5YgRQMB58Pyo&#10;K+nXvYdT4LJZOteYw032gm9Plb9IVv7I+vH5I9uNKSFQUzTPp0XRcqX15PlR4ZbHGtf9X2de9iXS&#10;0+No6ZLR0AkVQGZ4FLcD6Bj9P9v7fGsAHXT9vQwh5UW1hGB8yGp8qGnH/B173jXOYqgjnmpYKV6h&#10;vqtNBFqdz9QSfp/sfaWRlpxr6U+Xrkef7eksm2W6nXEAxWvChPzDf5Ove2mtr9zZ1Vvt2RqccRBY&#10;Y0KreysHUD2jW8RCePofMcfzz69FS7Xdv2CJs4AJHrx+0+nXvaSyfU2Xy1QuQqVFMoszQ/eKkiA8&#10;sojB+v8AT2lvdE8wLMcDABP2/s4V6Ltx9uZdxuVuZywI8tVPtxj/ACnr3vKNkw4mllqWyuXoxTxk&#10;6I3aZpTp4C2/3ke7QXCQMAhYetTUZ44+Xl/PpNc8tnbQqQSyAKBXvLedDQHy8+PXvcuCIZOgjiiF&#10;fVPqcJLURlXINuLi344/x9nCXsgBAFAP8vqf9VOt2u03F7VELGh81NftNeFf8p697achsfMqq60p&#10;Z4+Gamml0GxPC3U/05+vvb3rSKKBSPPP/F0p0zuPLNwsJZyrJ6E1+Rr173lo8UmOVEXaGPlqADrM&#10;mQZBxyvEhH1+v5v7UCYCKkagnh2/5fUY/wAnRJHZxWw/RtlB9QaZ/n173mknykkvinwGLoYrEhoa&#10;xW+g/oGJ/ofbzXCuKMAM8Rk/LB/PP7elcf1zt3QBR5FWJzjyIHXvfVJjpKmZppaY+lSAkNTIQfVY&#10;gBeSPqPfnuIVaoatMfL1z0b2yyuVdhwwcmnA+hHl5Vr172uKF6qOnFH9pWRQ82YvqU835dj9P8f+&#10;J9oJrqMks1P8oFKD+f59H1vYvNRpRQZp60+R+Rp1721ZLadPW1H8Rp/P9yD60DnxuoAsB9SLAe0Z&#10;uYzICBn5n+f+T/Z6tPy7AZVnVzqp6+XzAx173OhoViCrrSAIRrEgYqukf1/w9rYpDOCVJqPt/wAH&#10;+o9GUO2Iw0jFPXj6/wDFefXveZ8Ngsh+3WZ6GJLhitpCoIH+rW1z+Pp7TyXRjSpGPPyx/q4/Lq52&#10;SC5U+Kwp61oR/wAV5de9tM20qeKYGn3NTPSX9IlCxyC5tojaY8n68e20vVlqAaLXjStfs/L+XRS2&#10;x+HMF8Q6PXHGvkfOv+Dr3t6r8VR1NCtHDmYI5Wi0RSVDPpMumwJaO/H9bf7H3uWVaELmn+ofb/h6&#10;MZtvNzCyRvkGoPkPLIxWvXvaaoOtdwSqTVZTFuuq6vT1xIKH9JswB/2HtLHc6B+sxqTwFfX/AA9F&#10;ljyvuZBF7ICdRAKV4DgW9P8AL173LyXW+8jHGlHW0M1OFKNIahBKjD6AW/Ht1rjWCImC48wa/wCb&#10;pJuOzbhqENrIAPMsKtWo4f7PXvfKi2Pno6aGHN5CGsihkDKwBaVFB9SAn6j8X+nu8dw0YBZqkilf&#10;X8uvWWw7hbxGG+lE1MhvKnp9v+Dr3vvceyamaJXw2GoayKWLSriqWCZZBwNcbN/vI96e7Aj1YLH1&#10;H+UeX59av+Xp5LbVAgevrgfZwP8AIj59e9g7JsbfdFUEzbSmdNRP+T1KyWXVw1gx9liXlwstTEGr&#10;Tgx8vt4dRqOXuZLa5Oux1DOVfy9c44eQ697WVLNmsDjzTpRz0tVICWil9RUfjU3H549n6XBdBKK1&#10;pwwafI+vQyisLy2slYxENTgTwPXvaCyu3M1nbnIrWosh1/5PMfUG5BFzz7S3VrNexhJyyjiAh6Be&#10;58u329fpX5eMf8Lby697UO0ttjb5PijqpZZBpP3VywLH0kKeP8Lj25YRR2QMSFjX+I14cPzHR7yz&#10;yra7KjRRMzFqV1k4/wBn5de9rGsgp4NNTUU/jZRqLadTf0JIt+D9Bb2pkZmq1cj18v8AB0Lbna0t&#10;lF2QNQHGmflWnH7eve4kVdgpkbzRVpbUSWhVI1+v5U25/wAfbXiKRqY1r1e1k25gWKtUnyWgr8q9&#10;e9yIH21MW8M2YpJVuLCSLQwP44B9uJcJJX/isD8v2nq6RW07/oswIP8Aq+3r3udQ5HG0xaljrq+n&#10;Zx6aiUhmufoeCLAf0492adATxH+rz6XR3UVtGINbE5Ir5/5s9e9sNfhtxZOs/wAl3jTPDe1pnkDg&#10;Fr2sxJHsscXDyVjl0U8qcOg5c2O97ldCO3vgiHiukHH+mrx8uve3Sk2ButwoOUjnjtqbS2n0j6XL&#10;Ee7NNLbqDNLXORpIP50Jx0IIeRd6RRJc3Aav9HNPXFafn173PrtlrEqPVxyzPGq3ZXdQxv8AqOn2&#10;p8aKRdRNSvrjh8vP7KHpXdcmLFF4j6mpXA+Xl5VJ697yJjcYkaRzSmFVAFnkDqBa1mDe1CzNIBKQ&#10;OFaDh6cSP9Xy6Kv3TKvYcAjAz/Ov+Tr3uJL15t7Iv9wtVTxOx51SDgEfqU/8VHtHMAzEyLUn0/wf&#10;b516T/1I267l8WQLr+2mfTJHXvcKi6aw1JkP4h/FlZGOpoo3DDnkHj+v+A9ldvZ2y3HjAPUYofX8&#10;+A+f7K9VsPa/Y7Xc23FJiBxOcfPB9D+3y697zzT7cxdUaaknSun5BVwyaCpsQA/1t/Uezfx1RgiA&#10;BsYrnHRg11Y2V59LbkalORWjGn+ry697fcbk5owKhLQITc+KzOR9P0ge9POjqQRTPmMivkOpF2af&#10;9ETv8FeA4gefXveat3BXOQadq230LhXBBH9dPtE7wkUcYPy8/lx6MNw3tgoitUfR6lT/AKv8/Xva&#10;dqtwbhIVKZKmQsxH7omvptwQT7LZNC4hT7cU/Z9v5dBC63feKCOzi1E8agj5/l172kcpV7xU+ihr&#10;vVe50OIhx9dRP09tm4ua0CcfkKU+3oI7tuPOgxbQuag108P214de94MdJuSrASpWdWBPkViLAXtf&#10;gm/s1tGuXQO+D+VB65456LduuOZrsBbwMPI1I/LzP+Dr3tZUlPmtCrFK6i9gCyqLng3B9qZmb8TA&#10;488j/V6VPUiWFrvTQAxuQp9SPzJx6de9rCjjmSmX7mXTIb3YswB5sGuLfn2kdGVdIBbgTwx69DPb&#10;rUQW+megPrXNT51OaH+XXvcmir1onNO9dNPPI5JJ9ICFvoHX+n+PurUaEoWqSDQHH+DgT5dKka2j&#10;BiuZfFcgnSRUfLI697ViZTGxxO1dUSpARdpBIwV9K/Uf0P8AsPYclh3AsSoYD1r5fb0zKWtl8XTR&#10;OOoGlP8AL+zy697Tjbu2jr1wTzSlLgAylhq+ln1D6/7H29by3gUfqZqQTWuPl0TjmSyYl1mBPA1Y&#10;tw+eM/5Ove4NRvamHNLM9MqsGGuoJN1+n6bfj/D2Yo1znUwAr5+p9Olqc1wW+fFVAB5E8PTh59e9&#10;sdf2XVpGdWTmKWtZZWQW/ADc+7rFAi6napB8yc/Pok3H3Dt7eMlpNQ+0iv8AhHXvbHBvWpyw8dHl&#10;kgnZvQZZTISR9VJa/wCfauNIJVBjZV/Ov2dBsc9NuaeHt06xmuM932ZNOve4NZT77yEr3rFq4nUo&#10;jw1Jjc8XsqG3+39vqLuIFKrop5Gh+2n+qvRBdwc5bm5gSRZI6VGk0IrxoBj869e9p2Kl3PiJdFRP&#10;WRvI/oVqnUC4P1B9uxzzpRZjUHgTkfljz6IhsPMu2SeHe6+84DNWp697VrbW3lKkc81RLSrUAPE0&#10;tRpWUfXUCOD7cZmNCp0/Z5etOj6PYOYJCrLKULYUBh/sU697VW1tmdm0FUlbBXRVOPeYK7y1etQL&#10;gtEin6m39PZJNusdqCl1JqrWilTX8vLo62/Zed9nm1TXQaFyQdTlgAfKlKf5evex1g3ZuHGU09LU&#10;YfW40oahlutvqDyCD/r/AI9lw+g3DSIZGSlTUNQnJNCMfsGP8PQ7hvoorXwrpCwANWjl08PxacZH&#10;E0x172Tn5ibnnrOuKanaGOleqz9BHKbIHmEKtMY7j6gMNVvYe5l1QWItlZmUsD3H5Drn/wDef5l+&#10;qsU26AaY1k+JjVnyMkgAfYPn69e91f8A3DKb3P1/JuTb63v7BCoCvp1hAbtkNa/zzTjnr3tb7Q3l&#10;X4CsjmppGsrrKAbsiuvB1qeCjDhgfbkd1LbEPCxVq4PmPsPl+zoR7PzPeWDB7eQqeIPof83XvZw9&#10;qd67Liggj3NtOvg88VpMpgK4uWYGziXH1Fh/j6JPYltOdL6JRHK+oitTwPyr5VPEY6lzZ/eEwRCO&#10;7TXpPxg0bIxUE0+wgde9rCbu7pTH00kf8XzNajC5pxh5xMw/UsZLOEuL2PP1HsWR89Qqmsqwx55y&#10;eP8AxfQkk93trSIvVzxIqOJPrSvXvYE7v+SOL/ep9i7Tho7llbJ52RKmUr9FeOghsgP/AAct/rey&#10;G651vbg/4qAlfsJ/L/VjqLt+91by8JO3qE/pGn28PPr3srO4dxZjc9e+TzeQmrqpyVEkxCQwoeUi&#10;p4lsqIBYBVHsMyyzXcxuLpi5JyT6/Z6dQ7ue63G4Sm5upC7Gpz5VNaD/AFZ697TzMCFWMM8l7Cwu&#10;qj8WBv70WUAhMn+XREzevA/t+f7cfs697kY+Px1KSzXCKQ7AkAEagDf35ImBz5/zz/n6ZMuhdSZP&#10;Af6v9X29e9mX2rX7egqBHO6rCsSzGSIgqxWK7AAE/Tj2pksS36iMGx6V/wAH+x0RPc3Eg/WBFDTI&#10;/wAvE/y697CzeUFBPPPX0ExKR1bRACxuzjWpNjwDb6/T2ge0KYxx/Z6/l0fWF2wIVxkiteApn/i+&#10;PXvaRgzVTTvcSMNUKxMykr9OAQB9bEfn/Y+6AFG1MKgih/PzHQptN0lhFAcEZ9fkR6f5uve3uLPy&#10;aoSKmoCKA0hEssTO68EO0RHH5/r7tEgElKmhH2A/b/n6NId8mjrVzSmOPH55pUn1697nVG4shqLR&#10;ZTILE8YZUhyNQwVgbOtpWvb+ntayzKp8OQivCjYAxjP+frT8yXL1o7CvmGahA8vnw/l172n6vIZT&#10;INFDU1dfMGF4kqKqV0AP1ZQ7W/17+2fBmlbUxOfUk1/n/q4dE95vUsiszSM1K1NT/P5/zPr172yy&#10;RAB9LaipIsbG5Xmym/0PvbW6KKVBNPP/ACenz6J2u2JFR8Qr5/6h/sde9wCjswHIW/5H4P8ASw9s&#10;6W+H06aY+Q49e9qzZ+2pc/uDF4tFdlq6qKGRrfRXPqufxYfn8e/CKrAVB8/5/wCT/UOmbi6FnA0x&#10;/CPXj/xXn173ZV1pPQbO3xtigwrRQR4nJ0hyTvNoH+4xglptNuJXewF+f9b2lvJ2SYMGqK0Awanh&#10;TFaDz/zdFCzSXe2SXM9TrXtxWlRilDQZA48euiLgg/Qgj/b+x/3r0/R7V3ZuDMUlBOXrMnW5KneO&#10;UqqU+SY1sKhUFtJV+LfTn+nuWeW9xtpLRZImyRwHlQ+XqPT+fXQP2GiG9cs2m/2MlQ8YBoeDKaNi&#10;vkRxP59dIbqpP1tzxb1Dhhb/AF/YSZKn3CZohDWVVJT/AElASR5TY30KxH+839ie43BWHYdNaVGM&#10;/MfbmvWV8Nrukml4HZYwRq7a1xxFcUxQ9cvaqxuOVY1mqIqion0gPLUSFFYWHOkf1t+fbZ3K206Q&#10;61PENTqYeXtt2/wVl3H9SSnwsdK+gJoKnHH59e9ycpmjjYRHSYoVRFw0EbOinSLE6h/h7LLmNmUs&#10;8jSg8ACB8xTBBHD9nRjve7Qbbb+HZWpk+WFXPDTQZ/M+XXvbRQ9lVMBVDt+amCsbKimRhfgmzcn/&#10;AAN/aP8Ad9lcKDMr6jQ5NBx+XpUH0r1Hs/OUqqfEtDFU/iqfPFBw+zHXvbvV5Pdm9VpcPtityuLr&#10;6+rgp6aOho71VRPUssUFPCRyCzEKAPZjbbRtzEaqAKDU8fUkkn/V6dQB7te4Nrt+z3N/cTLbQQxP&#10;JI1aKqIpZ2LE/CFBZqmlK/LromwJJtb8n6D/ABPvbz+Cnxwq/jP8d9vbUztWc12FmYTuffObmjH3&#10;E2aycYkp8R5OSYqCIrAovbWHa3PuYOXdkg2vbJ7qCEeOI6l6VPloT5KtSzZIDsQeA6/PW/vIfvaX&#10;n3sPvG328WNzI/Lu0M1ltsZY6THExElzp+ENO4LVpXRpFadR4V1sallKvIqoA1iyxKSyKQPobm5H&#10;+wubezeUkbsdUp8r2uXsLL/UIfrf+n4Pt3bYJpZtdwTIxNdXALwJAPqOPoadYCzOgxHgenmft6k+&#10;5Hji80gszMEVTIws0ikXVBIOTYn6e1L20Bu5IgDUKAXYZdSOAbi2k+XrWnTOtxGvpWtB5H1p5Hr3&#10;viF9GkjlTa9+QAfSLj6/4+9JEWh+npkGgIx58KnjXz9Otk92ocD173ISjCvHIwT8kgAA8DkAkA/0&#10;9m0OyLFcRXVwq0PBTj4ckasH0Jrg8KdMtcEqyLU9e9uCgmRG/wBSpF7/AJY/0t/Tj2LYgrXsdxpw&#10;qFePmTgkUAwAa18qDHSSvYVHn173LCJpVWIuTwL/AF/4L/vfsULbWgiS3l0gtWi18+PbWp/zfZ0z&#10;xz173ErzBTwMx9busmgqrE6IxqdtI/s2+vsM8yrYbdtrlkLTSKwQAEkBQCxoOCgULfb59LIImZxo&#10;IIr9nyHH18vs697bcLkaTJwa6Z9SRBo2HK2KNa5Unj/Xv7IeSd3sN5t/Cg+GFCGGo6TQ4ahNQePn&#10;/m6f3OynspdE4oWoa/aPl172oIiqoURlHNygNzYn6kH3JNl9LHH4NtpWmdINaV+QJoD6cBw6Lqvx&#10;JpX8uve4QqhT1kr+OJ51htRmCoK1LCRrOGhchSB9b3vb6D2Fbu9EG/STXMcckqxUgEchMrqxyrRs&#10;VQ5FQQ2qldKnoxtX8KAvGSpqasagKfUEV8vIgeWeuDoHGluVuCQRcG3I9wBmYqLPUVJkauljglgp&#10;46aGZYYZqurkkOmGGscBnkaxsuo/4Aey9d1uLPmhNr3C4QK0IKBkBPiEcBI1DqP+mKk4oDToxtIX&#10;urRLmO3MvhPV/DFDoFKlqA04juPD164uh0SaGs7K2kveRFa3pOi/0H9B7FeWVMl4kef7fWdcUWgO&#10;waMXtN/VT+fx7FSI1qCwWp8zX19PIH/D0OLi5h37wopZvBDHUqaQTVP4/MqfM8Bx6RlPRvgI5ngp&#10;3rXQKKiZpzEJY5ZCS0CG6h1JsOLn6f4+2DJSmHO0NM8iCWWkdaWaOEvTvKOdEjvxquDYX/x9lb31&#10;rDulvBKJFaZZAMdhODpLCvdQEgelfXop3SG9TdUUPFRUohABBYg5KtQE17dVPTpzxc0dTjZ5jTVl&#10;OGqZDLBUusVRGgfiQGAkhSBqAve3198pa4MVp5ZGFQoBnpDdo2RwUaTWBzpI+ns7jeIT/TiniFdY&#10;9aVpxoAa8PUeYpTorudwaSMRTuwdW0yRnKmoy1R5rxpmvlw6coqcBzJHGhQx/szj0yqByF0t9b/1&#10;/wBv7Crd89MaqDHRVsxJpKysq6Z6DwLWQ0wtBDDl57Imnm6XuQf6e4n5+vBJN+7IZSGkV3dHjVC4&#10;jyB9RIFoFNQBVg3kfLre120cUBuof1SHVA5OIyTxEQJZgRTJUUPU+MyG4dFQcaSH1E3F21LYW5/x&#10;PvrHYeDIQ0OSkpaeCrioYRQS+KP7mKA+qOOaoi4YKONNyPyPaTZ+WZeYLK3ubgJFNHAhtzoBbTXt&#10;8SRaBgBhQanzHSG93GazklskdmjLnWKnST5kKeFfXB9esntRwvUQALXtTEsQkZR2UyE8HyeTgk/j&#10;2N7GTctqVbbmIwOZCETS5DOc116jQk1FOArjj0TyJFIS1qHxk1Ax9lM9e9zo5YaOMclQCxQILENe&#10;+kW/ofzf2exXe27Ft6RM1Vq2lQPPiVHCnoCcV8+mozI8papr6/4Dnr3vBV1QqoG+4aMeUkqJI7RE&#10;EftioVhb6/W/1/Hss3DcLe92nwrt1j8VqqrKSgWlUE2sUAJGfI0ooPT/AIs8lwHJLMvEilfmVp5/&#10;6j10AFAAFgPoPYaVmAmZaSorHx60EDss6TRMtQ1Qsxnkq6OctoETcKisoIPNz7gq/wCX72Oyhvro&#10;xpFrZTqwWYNraSHyEbEgKGC08q9C633SICSO21mZvhocadNArrSuoZJIY/YOu/YP4cZyt3TURbup&#10;DRPHPDlMJmaGq0Us80jui42nEZAljiit5FdjqJvbj2FJI1+vEt1VGepDg4p8s0IpigI6kTcTtdts&#10;SScvP4gIMU0MiVZQAp8Rq/CzN8JAwB8+vexyx2eihkdMlJUtPSRiSCFIvFTLS6xBrcglnfkMVI4H&#10;PuSOWuZLe2k+p3pppJbb+yjFEhWIUQu3Es4rWlKUzXqLr3apJUBsgoWQ0Yk1bVQtQYAC+QPmeve8&#10;G48zPJTVLYZ4JshHL9tSyTDRT0sMw0vWfuLZzHcMEvZvp7T8ycwpdzSy2civLExSHtpGkTDLUYCp&#10;B7uNCfI9ObNt0SToNyDLCw1MBlnZeCYNRq4V4jj172DGWr6vDPFn8plps/h5khppXoqaSmD1lM+i&#10;slp0RmRwBfVGFuPx/T3GkqXccaXM7NPHISDJpKq7L8SqaZ0j9lepL2+1t9yDbTYW4tLlCzjWwbsY&#10;VQMSAV+RrQ+fXvfqjITZ6NqDKY9jC1BLBDXUw+zp0oMhJ4Y4tSus6TGMgn/HkEHj2ne9a57WQBV7&#10;RgCik0/4v1PVYbOPaJBdWM1HEgYo3exeMVJppKFQ2B8sEde9qGg2XBTU1Js6k+9xb47BUuKp6mTI&#10;VVdWrBO71EMn3lcZGnKobAuzHnST+PYl/cV3JusWzFPBmWKMAluNQXU8SGGn4RWhrSteii85kmln&#10;k5juNE4mnaVlEaIhYAKRojChATx0gDzp172scBQU+35IIqgyAhqejkyLUUsbz08IAZ6lWbSg4vdR&#10;yfZrsdnDse4Kb1jGDIqtIYnUFK92sE0UL8gST0Ht1un3dWkSlDqfww6nSxP4KZY09Tw68b245P8A&#10;T6f7z7YM5ol3JWVGNppclRqWgyEc33Ek0CQKvjrKYlisalD6inJH1B9ot3lhut6uztrSSwqzag2s&#10;0RQKSE1qAB50BA4jo2239LaEgu5BC/GIjSoapPa4AqxqMAkgE8eugb/6/wCf8D+R741EGVlo0Lxr&#10;JPSUeQelp6l5XokZ661IXnjDMGKHUmo2H+H09k8yXVxAqz6mESSEAgsi6n7cipBNajUQM8fLr0Mt&#10;klyVU6UkeMMyhQ5ATvopIBAbBx/n679zsFhtyZKlxsuVoMfU/ZVYr6Opq3aWpxOSikaFZaNVC/qi&#10;JUseefYi2Tbebb7bFW2iV4BIrK7tUxSDGpBhqle01BFPPpJuu5bLZTzR2EsieInhuqABZYyASHJr&#10;wbNBjHr172ItHiWx9K8GoI0tVPVBtMasFl/z0JRfwfrcc+x3YctXmybYbO4IR5ZXlBooOkijxEeS&#10;njXjwr0D7ncEvJxLSulVXz8uB+3r3vJoWDw+KOoBq0ZpREjMAin0iQgHSTa4v7ubcWUUP0scqteI&#10;zyLGpYaAe0SUBCE0qtaAevTeoyl9bKRGRSpHH5evzoOve5KVQmlQtCrmJNI1EnQLekFeLkAX5+v9&#10;fayHeRf3UUssIlMahaMeAp21UaQSork8emWg8NDRqAn9v2fI9e9sXkZK2aMtxIupbK+hUT1sQRxe&#10;39fYEkuZ493lgDYfK9rUCrliCKipGKHJHl0aBFe2V6UoflxOB173mxldEk8ivJIYZeKaOONiSzcs&#10;Ch/p/j7W8r7vbW968dzJJ4MoPhoik1ZiCQVqK/4eqXtrI0YKqNQ+Kp/ZQ9e9vy0CtVx1UZXSVa4Q&#10;kKxIIIeMH6fjn8+5Et+V45N5TdLIqUKsaKSBWhqGTyHAcePRS92ywGCQZB8+P7fXr3uP5UVleHV6&#10;Sy3kkAV21aXRjf6A/X2ULdRxSJdWdVKFgdbAB21aWU5FFqentLMCklKGnAZApUEfb1729QmIqFGl&#10;GULcfRBcX9P9Rc+5E2x7Bl0o6xzIB2n4V8+3uoQa4Nanosl11qcg+fn+f+br3vO1OpW7MrsNSjXY&#10;nS/19IFj/Tn2vn2lJotLkyPkAucANxFKUI8sgkjBPWgxQagQAaYFa/b/AKj172zVckYqI4V8flGi&#10;MMGS6po9IZDz+LDj3HvME0ce5x2EZQzRmOMMCtdOnFVJrxBA/wAJp0vgWRojK1dOT58ftpTr3uXF&#10;UAlYjTy6gl2mVVWAG+k2a/Lcci3s9s92hIWzS0cSKh1SqumIEYPdUlmxU4+yvSV4TmTWKE8Ce719&#10;Ove+TMf7UlmKrJp50n12DE2FuPbk0rRsGmm/UKpJoodDd9K1ABpp4j5+oFagDyFRUivXvedzKkbN&#10;GpmK+oxqVXUD9Wu5H6RyfZvdm8tbZprRTcFcmNSAH14rqY5CDJpkj59ViRZX0k6eOT8s/wA/Lr3t&#10;MwzSS5/+Hr5W8tRjazUtTJOABcFo6ZAfCi2HkDCx+t/caQ3c7c1ptmosjvb3B0PqCkA/Cg/slHBw&#10;3HiTkdCOC0aSzSVQK96fBTzGS2NZpkEV0064SMqoxb6BTcH88fTn+vsA+36KOXde4JkSdAtU+ozq&#10;BIrpEFklN/wxF1N/02t7xv8AcrQOcb2bS1GlHaeGBStB9ta+a+fp27+76s1v7a7Tbuy18IUIPxEn&#10;zzg/ZXPRGNy54f31yUAEcrtOyuIbGKOLWWSliZbjgcODzqv+fZL91/cLUUlQJ3Sohml8bflDrIUP&#10;c8j8/W39fYE+n8a6eMU0kHPAVoOJ+efQ1p1l9tEgihLTL2lcqBjhk+ueNPXoWNttTSUlTTRRB6Z1&#10;hkKsC3lR11EIxAsVtp/w49lu3zJPBnJ6rJUaua6F6epbSqiSUxkLOykhQ1yRz/sPaB7ZJbsuSAEF&#10;TTNSKAYH/F9S3sNwfpUe1OlVHHV5VBI9cEY9PPoVtvQwRYmGmo5WMMDq0KuWLRxariEMbkgD/bj/&#10;AGPurf5TdUv2F1fnoKehFVX4HIDNUzqD91RrSDVPSxc8ITZ1P4Nx+fe5rRkEpjyuNIqPIZyRmvAj&#10;8+pw5X3ltv3ZSzDw3WlKk540PqDWtRwIp59LkEej68rx/Q/8b90l7u21lE6/octHSVMdaMxUR5fU&#10;giWqLSOkVTBB9S1kVZhbk2b2ng8SYNQ8ASMUrU5+3jmnU2WF3Cb3wkNNaFlFPM8R/hp/LPXP3B64&#10;xOSqEq5KCSGCqnjEAqDcurPYWH9nTzpP5v8AT2wyRPcDxATQaVHlU8Bn18vlXPW9yuLRCpnrJ+EA&#10;YqSPxGteHrx49e9ptqLN5PctXT1UdUZkcRrFdiEmjnCFFS5sbjkfj6+1ulwa6sfLA+wU/n606MGM&#10;UNtGyUC0JU0xQj5eWP29e9mJ2/gN0UWJlSlqZYqusnSlREkcuGeUMzyFTxpUcfX839sGNInFKkHj&#10;5n509PQ8ekE0tq2AMebUFT9leA+3Pz697W+RxOceXFonnMkdZHRVs0b+RVqEN4ZJ1JPJBsD/AFNu&#10;PdIiwVnpUKSPn8l41408vy6TQTRL+qe5QDTP2UHyofP/AC9e9x9ybV3N99UyUtMHpJKqOnaRrWqY&#10;yvrK00YBXSWsHPF/apEZUCyCpP8AKuKE+n2Vx6dOWl1agBSw15P2AilD/mH29e9iB1n0xPi8tTZj&#10;L+KQxgS09JENSoRZg8jMBYrc8WP04PtFOizkKOA44+2oHmRWmcH5U6WNdCYiNu0nH7P58fSn2de9&#10;ngpvPT0sKSaGi8ZaCJiqgBAL+NuLAi1zf2muovGhpQKAR+ynnkn8sdDLlCRjcUJxqXPl/l/Zx/w9&#10;e9g3u7KFKgg0esEqWlDFlBY+pbj8H+nuV+UWhhs1Hn6kZ/zfnX9nXU72m5pnt+VotvCBgaHXQhj6&#10;L6UHHB/Z172GOQytXHpqaakdiLnhyPqRf08f0/4j2OtEYTWoJAHlThw4n8/29SRcbrfIfEhSp9AT&#10;50+ecf8AF9e99RbpqJUXyQSwMhBI1MBc/jn/AB59uI0TrrbtPA4+z7a1z07b8ybhIo8RWQ08z/k/&#10;1fnXr3uTHuisQW801gePXcKb/Qj+v+vz7baC2JJ7KfZWvr+3penMu4J2B28qiuP9RrwPXveaTeGQ&#10;CgJM5IPAIDNa/wCLf8V9o57Lb2AYKuojIAH7KUp/OvS1+ab0r3gEnB7F4fkPy6977g3Zln/R+ong&#10;PFaxPHBt+faMWVmq/AKjzNOHp8h1u25nvpFKp+L1UU9MY8sde9qGkq90uFYSVMinnSELqoPPFv8A&#10;D/H3d7OyV6uEHljPnmgHQktZN3OmR6EtnIHD7MH/AAde9uv3G5NJLel/6GIBlH1v6v8AH3c7JYTr&#10;VADX0J4f6vl0ffT7vLBrKCnnQf6v5de9wKmt3GLISxIHN04AI4tb3p+XbLzAr61Oeia9uNwtSEdQ&#10;p+ylf8/r173ETJZ+DliukEEqyC5ubE2J/wBt7aPLdoy0FD6ceJrx/wAx6QJut9q7iDX0FPOvkf8A&#10;P172p8ZuupARaqnUMpAJW4C6T9eeR/rn2Q33LKjuBx5g0z/g6OLXcJJAC4GcGv7MH/OD6de9rCPO&#10;R1C6YoUDsQTr0kq1jwdX1/r7D/0xs5NQNM8B/kpTP+odG8NzFqBUmq0NOHn/AMX5/wCbr3vI2Sqh&#10;YtBAY7abof7P15P09ui7UrQNnP5V45Pr/qHS36sMooc8fKv+r/VTr3vP/EaWcj1wKwHqUMrMABYs&#10;TckH+l/ZRcvck0DEivkePyFKDHnTqn1LyAJIcfPy/P5de9wp6yjdSgeOQXtf6gqvOkGwP+xHtm3+&#10;tlagwK/y60ZWYlU8uPoP9Xl172mqrLR0bOQhIJ/QAGuCRYMP9659iKDbZpqsRWnn8vs9OkVzOITV&#10;jqOK+tAOHzH+rPXvbRPvegjIM1EHtcAMljq+mkH/AHv2qO0TnJIPAU8qD1zn/D0G7jfRExJYUJAp&#10;TgPn5k+hxTzB697wjdtBUyAPj7qASDpAUWPCm/PtfDtzRNpLEela4/1fmOllvvUUp06SU+ylKD/P&#10;8uve3hajF1kWtaSGPWoYWRAwYfqHp5/1vbpglUB1II8vI9H8JSRfEX+dMftp173nGHxlSiGJ1DfW&#10;Rb25J54/H+29pGvrm3OpjXHnwH5jj15UioENGB9BUfmfs6977TbkKGyOWBNiFI4F/oAOfaSXc7nT&#10;qLfPGOt+EifBSh8gSPzHXvcsbaoyysVkPN29bKvA9p13+RcM3HGcj1zTpqYwOAJQM8eH5f8AFde9&#10;9y4mghTVHTDWCLm+oXX6KQfyR/X2ttt/kYA1xXzJqB8hXptbazZlZVFAP2V4Y8v9Veve4clNFICv&#10;24/NlA/Sb3H+t7M49/JAyc/sP8+rtBaPTUBniCMfz/yfl1721vioidTQhb/10grbjgH+n59mkG8R&#10;yLUmppn/AA/6hXomu9otHUlRk+n86V8vl173AqsTT+NgKgRMxsqk313/AKN/re1DbtqWg8/T08vM&#10;16KJrCzjQ6l01oMAf5SRjr3uCmzJKhGlTIJ4xzdiG/1hYf1/p7QvushPGg9D/wAX0hG1WrE0lAFe&#10;GAfz8qde99DZNdceGrgkvyFJNrWva493i3V6jup/gP8Aq8v8PSWTb7dZCVYMPUrQft697zxbCylS&#10;dKzUyOLaidX5/oQOfdrjdtGRTTwr51+zpwbfHSoIUHz/AM+f2de9uEfWGWVtUlVSsoA9IuPr/ZDf&#10;19oJN70CpP2U/wAP/FdLodjYdzNqr/CMU9fSnXvbg2yK+ljRW8N/wFJ5t+VI+n+Pvy7zHJhhw+zB&#10;/lnoW2m3KiUNKAAihHl/l697l02DycamIRllvqHjNwSeCCPaG53SHPr88f5MdG0V0luukj5/Lr3u&#10;X/BawqA1NIovywBYgfUAgf1/w9kcu427EgZ/1fKnXm3GJgwoD5kf5x5fb69e9zP4MJQNSSrYLYOD&#10;+oc86uB/rD2HLm9rqCkY+Vfsp0WzSq4rX/Z+WOve+AxEiglUY2b1NoIHA+gJ+p/2PtAlwJfh8vnT&#10;ovEh8ZaAft/l173ElieFW03HBOn+0t/qOSLeziztfGYmQHP58flnH59L44lkOaih4fP18+ve2das&#10;CYeWU2XUGNiOQOLfn6+z6HbpHUmPtFBTj1sxiFjoalOGTT8wOve5MVaJiNFQtxq1BrXI+nB49+bb&#10;LkCseoj1BrQ+mc/5h1aN9b0rXh5/4QRjPXvc5ZARcMCOLm4Nr82A/PtLIt9CfX7agn18uP8Ah6Ua&#10;ptNFpn7a/livXvcaoyLUgJKxuCAtj/vHtlZ7sEBq0+VaU/PhT0p0UT3AiJOipGaYrTz4+n8+ve+E&#10;NeZWYvCoUDk8A3+guD/vPtwX1ywGnh6ZNfTp60vBKFKqFB8ia8fSvA+lD173154WYxgkG4BsGcAD&#10;gLb6An2iluLh1LAn7K0NT6fs6dNw7EkAoADx4nh5Dy9Ove+MtdBTgKsrROo9LAG/P1HP0/1/aaKO&#10;V5DJIS1eGBjFPLBx8vn00tyxqwqc58/zJFQf5de94E3PSwECarYkHkXNtIOrk8+1q2erLcf9X2f8&#10;X1Zb+EVebtpnu9Pnwz1725U+8sbMA8TNMQW9Mb2H+A9XtXDtEkg7Rw9Bmnnnz6VWN5aXA1RupqfL&#10;NAP8/p1724nd1CF4x0jekhjLLZWJ5uoUCx9qxsp11fz/AIhQf5+jfRGVqDUU8xT7P2+Z697Yqjc0&#10;DNrakVObARuVKgjkH2ZLs0TAAjJ8qf5/9XDpFdTQICVAHl9op8/P9vXvcBc3CJfJDDIbDUFJ9Jvz&#10;Yn8+34tij01biPyxTAFPl0gRoiaoM8cf6h1726w7tmjClaaRb8afIW+vPtsbLEmTnPCmPlwqeHTu&#10;vUKAEE+XD/Pw697g1W95oWJmwySqwCBzrWW35YFfz7p+7bamnUSRXhjPlxpjogvr9oQSuof7Hl54&#10;/wAPXvcOPfFHVOsYx1VTkmxIJaxAs1g39fp9fdl2pKagTmuafsOKDHSOw3iaRvDkJJNclaAf8V17&#10;25rVUcpM6JKPIt7sr3II+v5v7qdrkGC/pwI/ZnoVJIdFV4YPz+fn/L0697yrkhCCEcqBwbizXXm5&#10;1W/HtLNtbU7h5g+gr+Vf5npQiqwqw0jBPGv5/wCz173Po88zSNr1amJAZSVI1C/1/F/aI7dDFlR+&#10;Rp55z/q/y9OnwlwvAg8fT1/2Ove3mTIUzaWEbFtAIYm5B+n54P8AT2/HZy6QFFKGvnx+3zr1uA1Z&#10;SxyP8Ffl/g697giA1TsVik0sTa2o+o8r/gLXFvd5A0ZOKEcfMEf4fy49KJ7xE7kNAB50Nf8AL+XX&#10;vfv4fGtvLLUFQbn1AhSptpsbX+n19s/VME7e2v2/l60P+rj0le6Liob8vL9vXvagxseOlUxRozzc&#10;aQ7EhgRdQLcf69/ZXcCdmJrUDh5BR/q+0/l0hlknDY7gP5Z8vy4fPr3vlVGOhkMRpQzem51sw9QJ&#10;At+Le/KXeLUxIyOIBP2+ufLp5JDp1tgV4eZ+f7M+vXvcSHLksFXHx8kgiVgA1jbk/gEW/wBbn2rR&#10;AV7RQ/Z/Phk9K2emfLy4/wA/9nr3vDPXUjsUmw0d78SpUaeLi3AH+H9fboZgwGr0r+zh+XWvGCAg&#10;MOFPl9n+enXvbeTikJaWklUG91RydLWFgD9f+Re1cbmT4PL/AFV9OnBcRnJGc+da0/1Y6975DM7X&#10;GqnNBWl2IAfVwtjqJvf6G1r3/wAfav6SUx6wcDjw9afs8/Xq31QwPypTH+rz697/AP/S1kIt41zl&#10;ZHSajYtYhBYXH+pU/wCxHuSRdylSASPy8/KvHHHHHru3Zb/dxx0fUK+VKfOhwaj7et/j2pGydbka&#10;YMK4uqLr/e50n6ern8m/+3PtyOSSNgKEA8R/m+X+ry6MrzeZGQLKfyNKU9P2cOve05HlmllanqZK&#10;VlUtrIaNdI5vfR+fZgLpwtC1OHz/ANQpjHRZHvUDVR3FAfWtPlmmPIde9qnF7gwWOMCzNSTtyCur&#10;URq+twP8fbMk7sTprn/UB+zpXHvthE7FW4/Yc+Qp5Yp172t4N74KL91JY4bIxIjj1Bm0nRpC8f7z&#10;7ROs8zaflX0/n5dKP3/byqEOfkcfl+3j+XXvfGbsCpsFoa2d1kJkCSooAH0AQn8XH0/p70tjMe6T&#10;iPSv7D5faa16L7m9WVvEJCgUGPL7fkP29e9ovK5QzTCtqZAr2vqChV+usiyji3s6hjdI/DC8afKn&#10;/FdF8u9QAsX48K0/y16979Sb8rURaegkkJQWV/CQoUDkMSLEkX5H/E+y2+hZyVkGWOafy/ydK7be&#10;hN2QqCTigGceh4Zx172q6LP5fIQf5TLN5XcAM4BAP0vpH9fp/h7DktmFlBFQKeX+X/Y6XQXbtOOI&#10;ABwPz4/5vlx697Qu6M3XY+FlmNROSbaSXC88sXI+t78W+nt5Nu1KXI8/L5en+r7eku6XXgwNKFOC&#10;Bgf4R5f5eve0BHuSaR/Rj6gi9yVaY2Yn6n/G/wDh7UQ2cY/CaHjjoLpukjtpSJvt0mn2f5x1729U&#10;bZHKP4UoZIor6mllZwEJH+1f7yPa3QYh8OOI4eXl9n+rj0cW0kk50spA8iafs697XWJxOWx7ktmo&#10;nh0qwpgisSt+Rf8A3j2Vrbm4ahHD+X+r8+j6C1kl+N9QUZWnD9nn/qr17291OUrPFb7RT6iPJFEL&#10;NawBv/vN/bqbXBX5fz/1fbX7el5t7cgqFBIAqRTA/wBXEde9oGopJGqWrQlTDIDYE2N9RsQE/wB5&#10;9rZLS1CBGJqBgeVBx6KryKCq6K1pUCmKef8Aq+3r3t7xM1RSVHlmyMyIv1tEAwB4sRY/63siuLeE&#10;nTHSv+HpATEiBFYk+eMY/n172tqbeNBDqjGVMpUafDNGU/2tkUSf8T7RrtznuUUB8/8AN/sdKIp0&#10;YMDQGnpkn/Pjy49e9t1XvJ53fwpIIwbkRqF8lrWNx9P9v709m8eGzXHnj5D/AA9NyXj6T4Y1Hhjy&#10;B4Y+3H/F9e98IcxBWxMvjljmJuNZ1L6RyTzf8+6/TyotSKf6vLpmEu9C7fl5/wA+ve05uTbJyGOm&#10;MuRkpw2kgwMNS3va3Nz/AK3s0t7ldIjqR6+v5f589Fm8W01zD4UbMNfoe4Dr3tM7Rw9LtA1EoyuQ&#10;r2ne3jnLRogt6gAGa9+Pr7NreOOKtGJDEHJr8/y6R8t7YNkLhpXkDEHvNSDXgMft697WEm68YXUa&#10;6iMKApuf0sD6mNzwPZoowWBFKmufLy6H43JRkmgrXBwf2Y4Yz1731PufGzkCKF6hwAQTdnR/weDY&#10;+/RwFspj5H/V/OvTzb6HGhAONPtH+f59e95m3BlJozHjaCZzYDlCfUeeSPx/gPbhCIwZx3fbj7fn&#10;9v8ALrZ3OQj9GIVOCK/z+zr3tnmfeiI71FDIFJJFowGYHi2n/evekcaiK/sPAj7fXoqee+ZSWPb5&#10;AHy9M8Ovew9ydRlll1VeNkijJOppqdhqP9bn/e/a76jV2gHGK1H29ATcJbn6mrRkKTx45/Lr3t6x&#10;1LFV033MUUsbqLkpdQQfpoT3r6hWIdTQHJ9ehJt0Y8NXQlR68MelOve50GSahDrHTTvIQD+4pBBB&#10;5vpHu3iIpq3n+X+fj0sluOAPcfT+X7fXr3ucu4chOpaOmWEoLFmUgkD63v8A7b6e1kUkY+Mn7DSg&#10;+fGuemk3BypoDg0yP8hp173xXcGVAdYQVc/RY7i5B/qfp/t/fnubXRRq1waD5/4evPuziiNhvIAD&#10;9teve8Uub3jIhhQSxxFeLgsthxqHP/E+yeZbSQhgQM5rx/wf5+it90u5CXHmcVH+Dz697TOVos9X&#10;U8q1FRIXeM2CuVDX+g4sPehbxSREDuJ8h/hNeHSPcUv7y0KFzVqjGCOve2DBU+Z2sZZhDUOZLEkh&#10;mU88W0fj21FapEpVlrX9o6INns7/AGNHeTU9a8c0+wenXvbvV7g3HlbeZKh0UBQumULybjg8n3sQ&#10;qGJC0OeH+r/L0c/vi+mNRGFA8uH+r8uve3XGbi3hQqIaUuEUDRwSyBfoLn+n+PtO1nJIW7R885I/&#10;w9LrTc9xgppIA4mh/lx697ErA9jbrh0RVB8trcGO7EjgnUfrz7Svs0LrqpSv7K/b/qp0Ptr3OS4U&#10;C4pnyGRXjnr3sQYeylGmLJYszB7KLx6gpP1BBvce0r7M8YrCeHpx/wBg/Po+ku7Z0DuM/wCrHz69&#10;7eP724yVQtNQ0lLE63Yl4kZjaw4Iuf8AYeyx7CcFtRIxT5VOf2/4eg/M9hVghC8RwGK5Pl/xfXvb&#10;LWVWJkbyjIrr0k/boyj1fSwDE/7wfdFtbjg6n9lf83TaMrReIlSOBIoBT1/4ode9p+bctTjEYY9D&#10;VSM6hI9d7ajyRa30/Pt792tMQKeX+r9vTctxGKBQSc0oafn60PXvcRd0ZCqcfxItEnOpCylVJH00&#10;sR71Nt+mKg8uH+oV6aa+YxGp0kDHl58CeFfl172qsNXYyCJpyUEz/TTZWZbXBLHgeyK48dZNJBr/&#10;AIPl9vy6RNe9+p2NKeX8sde9533PHG7GKOjjIIOpmUsTe4JI/B93W1eUHTX/AFceqi4RzVXrT9vX&#10;veNd9rIzJJFTl1BRXiY2Bv8Aq5/H+x93XZmbLAinzyelUF4hB8V/Dp+dfUedD+XXveGffs0V1jip&#10;kQoSJAbyBwOLD6H/ABv7UjY1alS1Pt8v2dVlvrJDQu3yzx/b/g/yde9hhn8jl8wJGpFWYuf80syR&#10;21ck+ogez6ytIrMVGf8AL/m/I9FF1LDIPFjGoAVyafL9nXvaNoqPe8UwT+GxvTOx5eoj4F/pcNe3&#10;tYJCTSigca1/2OiKCS+W6A0roNSDqNRX50Pl5Hr3saNt4iGjoS1SII6iUhn0yXF+Cwvx+fz9Pae9&#10;kZh4cS8Ps/1Hy+3of2N5bRQhGoKD1qAfzyf2efXvbjPlloh44GLOlyrFrgkjUQC39f8AA/X2SGF5&#10;VJkXNacRj/V5jrcu8RBHAOonFTSlP2/yp172iM5vLPRoFpqOpLE6dcZPAtw9vz9foT7VW1o0Yqc6&#10;SMeR9eiUb5oUBe6hxTH7eA/Z5de9ttLuPcCwxzSu0kobW0MoBbTf9B5/P9PZ2GX8Ap/q/wAnl69L&#10;5t2jktu40Y1+wfP/ADYp+fXvbpi+wchNWR0c+0pGjMoDTrruCPqw1cWvyefp7YkEuk6K19f8/wA+&#10;iRdxeSYoqED1xp+3/V/l697W0kzzJJPHSxxs4JRFsLAD9Nx7QiS6aQI1dI/1fzr0e2V48YozcBSh&#10;4U9PkTxr+XXvaUbMzipMJpXpwpF7n0Eg/j/D2IobddIJPEDzz+3oURXYVF1eVc1Fflw+R+3r3vDX&#10;VVTNOJ/uHjhQX8S2EZ4v6mPFv6+2JLJXUMvFv2/OvTN2WVxKDQnitcfb6igwR/Lr3tVbc3BTusn2&#10;0kUUqsAGEmtSw+oJAPP049hbcdukQl0qRxx0QS3StVozq4g/bjP+Y9e9vdZV11asgkqY2DEnSJEG&#10;kHgXHF+fZJ3xGqgj7a9IjdXAkPhfKnGn+xjr3tHpLLRVCNPkaamhWUMyO6WcE6bXH+8e1qyXGg+H&#10;xOPPPn5efS2PcbhFpIRQ4r/sj/BivXvYkmbCZmnRJaWkqEMY9YRJNfA/tf1B54Pu0d5d2z11kcKc&#10;f9XDpSt4JgUlelMA1+f2V4YxnHXvacl2Vt+WRnho6Z31EgPCiMobm4b+o4+o9rjvEoGmU+nz4ehH&#10;+T16TtbbeDRiCD6UJ/bThT59e9s82Hr8W5WilphE5uBp/T+LgL/T+v8Ah7MId3EvdIKj8/I/6gfy&#10;6MYb+ztv7E4AAAwOH+x+fl173loYjBUNJkcjDMpJVFYpEupha129qpJ45wQooWzgZ+zy9PLq0292&#10;jMBI2kA5PzzgEf6v8PXvbxUS04EpYpLF6Sn7i3Hp+t+D/sT7RpGC4bNTX1/1f5uvLu1o0YGrA/b/&#10;AMV172HuZpseWMjSRgPYC1QVIN+AefZ7a3DiMA1JNflgevzHr59I5N3t3w51fMkDHD1rXh/h697S&#10;QwuHyRkWfJ+ArYhRUR3vfSOW45/1/auadnB8PJ+Rp0HruWzumKSNxP8AFT/V9vXvcygwKY2peWky&#10;6TpoNonKEgCxvdSR/wAV9tR3j+Z4/aPt63ZpaRE/qVWnAkU/Kv5Y9eve3ZTXmQIIIqinKsH0n1cf&#10;kEX/AN7v7VJcUGk1/Z5/tH+Dp97uIMRWop8uP5H/AGOve4WTgzBpJhjqCdJWUkADjV9CLn8e1SPG&#10;2MVHAH/P/q8+iXcLjUga2IrWgGOJrmvXvYeQU27sbKKqWmVGBJbXNpYrfm1m5PveuYnQdOT5V8uO&#10;af7HRDb3e62sgclKk5zxH+r/AGOve1zS7jkkCCpMqEqFYh2ZdVuQw4/1/bbx+YOAceeP9Xr0LbTm&#10;MrQM5qPImoz6Y8uHXvagx08SVRqojGzsAS7tcLpUBR6j/S35+vurIRGAK1PGlBWnH9nyH5dCW13+&#10;2jUyg58+Gfn+XXvcLPdk1mIf7b7qJ3IZUj1ppC24ZlH55sPZW9nWQE4BPn/qH29B/eOcYIH0IwB9&#10;MetTnFOve03NlK/Lqte2cikQqHWmiOhUI4K2v/r8+1UFqyUAox8qnPr0Wxb6lyNeuo+3/Pmn8uve&#10;3YbslpYfDT4qOuqGWxlNUUQCwUMQPrx+L+7yRvUAgDzGf8NR0/cbyrRhVTVTzr/Mk4697SlfumOj&#10;maavxcSlbN/k4Mj3B/BPP14/3v3ty0IrGMEVz5n06CdzuEFtWZxjjgajx4Y697cMF2JTZCYQfwiq&#10;EZOgvI9rayAfSBz7aN65UgKw4ZI/2a4+Xp0JeXubLS5rF4bgADLCn+UHr3sSo4aOZBIz09JG6LYP&#10;UqhXnUOGNx/tvZPPfTA4LGtajGT/AJfz8uju+3mwLEljnhWmftp/hz173HlXFIrJ/FaFNFiGM0Yv&#10;fjjk39uxSzgV0k6uNK/6v9Xp01DutjEC5NSaefA/Yc/tHXvbZI234wQ7w5Jy6/UpJ+4p9NrfT/Hn&#10;2pSW4DVAKjy/P7ePTT7tZTTMzUHoMH/Z/wAHXvaxoczTQRhFpIwbB1EiqdBAAAuPoPrb2o+omJDu&#10;5x6A9H9nuNtJCFd68P8APn7Ove1BTZanmMiT0FNUpOojdWMShww4AHJv/rW9sS3cpcanpTh6CnGu&#10;PPz9enppLGWQ6yBpGPP8zjhU5/lnr3tkr9q7PdpZ2w9LDItzeOzC97ck/wC829q7e8lcgg1BrWmD&#10;+XqCeHQQ3TbLQL4yAGtfIY9TX/AD172lIMns+F2pRhaZ3p20SmoJjQkE/o/w/P19mRlc1q1fTB/1&#10;fLy6DcFxbQu0VRx/YR8/+KA9eve5MLbUr5X8FLisfOv+7Y50Or82Oo/7f3QyFRrJ4/4ejm0msTJW&#10;q/71T7ft6976qKLEkhJMnQyLzcLLEx0/2kYXt/th7uJ2+IfyP+qv+Xo88W2lU0YHzp5fIn5+p697&#10;C/cmydjVpkL5WCKf9bCklTyKB9RpX2w9vDdnSyg14kf8Xx6jnmDYdiv5CHyx81Okg/5Qeve4+Plw&#10;e2KRIMNkKhgh1lpIEdnIH6C7Xt/h7MobcpF4QHauM/6v+K6d22LbdpsViQ1Xy1CtP9n/AAde9p7J&#10;9qZJJmh8UwA9HmZFYkfjSV4HHtBLKkU36imn8v2DoMX/ADTDbXDQiN+ODTB6976pt+Zx4h45bQud&#10;d3APP4sfrb/Y+zeFllAdVovrXy+zpyPdpJowyLRW8yeve3WHsfO09lEWOlIQLrkoYXk0g3/zjC/+&#10;x92aCMmlPn+3z+z+Xy6d/eboRVQeve3ePs/cEy/vvTxqo/3XCiAf6wI9tNZwE0I01oB+X7SejCPc&#10;ix1SACmeH7fl1726R7nTPUNRRS1TvLOpWVFA+h4LAjgW/wBb2X6WVtQOMitPTpVBNDcgKxBDYPyH&#10;lw697RNJ09t+urDJNmKgtKxbRoVCovcsXJ+n+w9kt1YW6yGTJb5n/Y6Ko/bXarq5Nw5fuNe4gZ40&#10;xTP7eve15B0nhIFRoK+KoFhp81QATY3uQhJ/249ovGSNqBD8jk4/1cehLa8j7XbFQYzpX8Va1+VO&#10;HXvbXktl5HB+vEJRSIWDSQLObOoNtSXsSbf4+zWDcWCjT/PHS6XYns1H7t0ipqQe3z/w+nXvc6ky&#10;W5cWQ2Pp5YFKqSiRidWb6kG5P+3+v+PtY1/RTprU/l+XRtbzy26HSanz449fy697U9NlMtlpEXLi&#10;RGAVlWdEVWb+gvb/AGHtDLuTISVNKZwM+mRn/i+jI7tLcdkhqAMUFccMU697yZzZcu4l1U8VBLKs&#10;agpLKUNrWJFiOf8AX9l43kaQGyDUk0/w44fl0S3u2wXkf6i1LGuVqCP8n2Dr3tER9VVuHrBW1FBK&#10;YFS/jpS0qahzfUT9Pai23CBpKqAP5/LA/wAvQbtOX4LPcDKi0UeQPCvoMn+XXvatStraandYkmpV&#10;KLGYpFaPgDSp0t/T/D2c+OJAKnh5U/n+39nUs224KLMJRhQAUA4/Ov8Ahr1725YGfDw+RcpV1CmU&#10;hmkVFJja31TXf6H2WTzO7alwBj7P+L6bU2hZpXwOGR6eY8s+meve1XJjMBXQSnH5qoncgkRGNVYP&#10;+bhR9b/j2wt3MgHEUyDwx/q/4rpiaSxbIIB8jX/igP2de9tGJo46WWdcjXT0cYJCytEGJ5s1ka30&#10;9qZb6Vu5GP8AKlf9Xr0nRrYEkSVYUxg19Pn173LrDAzGKkz48RXSZApUAHhQRfk/1Ptobvck9+ok&#10;cKgY+w9LH3Dxv00ZmJIpQAHHpT1/aeve0bkNl5Ksbyw7l1I/qIjjZnt+rT9R7f8A3rM9CVofPgK+&#10;tKdFF1s93dGqOUPE001p5eXXvaWrdoPReufcOQDN+QpVR+eQWPtZFMZF1hmX8+g5ecvm3HieIxr6&#10;EHPpSn88/Z173Co6TDUzNFVbjlluw1hrORf6DRyCL+3GdkGkd3ClT68eiQ/S2p8Nn1N5VP7agcP2&#10;de9v0OO2VISVmpWJKs88tOkbKfy/PBv/AK3uwOoa9Ir/AKvz/n0uhXbSdQCVPA4/zVr173hn2rsA&#10;1BnkkoXlFmXxMVLW5Ab6AH+vva26M1SoHEmuT/n6d/cmxzzid441JAqaVNf9XDj173mmOx8fEJDi&#10;4p2gdWjZAJCzLzwSeLf19uPGigCLJ+dMfZ/qPS27h2W1VZIAGKGuVGCPTh/qPXvaUk3pEMhJLTUp&#10;hpH9P28mh1KFvUR/S/vYJoNROP5/lxqPXoMy7xSXsagHzGfn1729U0+FyjMxrJcXI6+ovpeIA/TS&#10;lwBce9O4jUFSOI+3/Z/Ppbb7hBMv6hpqOT/sefXvbrQUe2MVI0y7n/ymRiulKdQpQc/qufz+ePey&#10;W1FcHH5V6PrddvhfUZga+VKA1697dJcttWzB84C5BD+VdA+n1BQnn2nGsdwxT54Hz/Z0ZNuO3RpR&#10;pVFDjIFB/q9eve0Fk91Y3GlmxucgkHJ0jXZiD9GLD2oE0YWpK/KpBPD/AFfPoFX/ADDtsLs6uh4n&#10;jwr/AJeve0jDvSqqakvU5jRATdoYYFkDIBb/AGH+w9tlo3IJYUrwrx/1HoOnmNLuUNLOukA0UDy4&#10;8ade9rrG5TaDIWlnlnd1W7vTaFDXvpsOf9j7Ur3HxHxxB+fQv2fcttYKxIwc4yQR5V40zjr3uScf&#10;tCryFPWU25JqdEcPJRLTkanvewkNrD/YH2XzISao1KVwD+yuM1/Lo2jFldXyTRzFdJNVBFD8zj9l&#10;D172MNHWbQWmWH7iWo4AL+VVEn0vqNxf+nPstLTNSvEcB6ev+rh0P7S7s/pwpZcHhUfnjyzx8uve&#10;+lrNoYpGmMEQXyaw9VL5jbkEWNwB/vj70BcPQLUCnAY9PkKj7emLmTbo2DkhRkk/bnj5/wCTr3tr&#10;quxti00VjFQahqW6wWJHN+bfUX4sbe1kRdB+swUDh6/6v8/TK84bNYCryBR6YyQBgnyH+f8ALr3t&#10;Ey9hbPqJZTJRmSJydIRQA3HHF+Prx7WfVR6ANWAKf6vz6Qzc/wCx3BVAQRUk8TWvypTj173Pp949&#10;cU1M3gwLo+ryOZZQ15T6iVU3t9OB72pJjIqKE8OB/lx+zpHb8xbRbwlgEoSScU48Mf6qfn173Bn7&#10;cpCnhpsd9pEoARWmuCqn0G1vr9OP6+0bWmt9ch+0mv8An/LorbnK0WZpFwTU93r5UFeve0VWdg5b&#10;JSvDSyrTKLBJIpBrIPJ1KeOPx7sscgBEeD6/Fx+37P8AP0Xtz5eOzRWp06eBB1H04EYoPn172usT&#10;nWqMakdRVRyVCpc+SNDrJP6iW4593W3pIJSa0+VKf5z0vbeVuFE0zamPGgArjPnT58Ove3WPJVEB&#10;SUyUkQIVSLxgXYXGkD/e/bxHBDkj1/w+madbtdy8Nu4k/wBL+WR/h697kVdBSZyELJNLE50kSxOV&#10;cAixIJ+tv6/09py8i9ygZ40pn8h/g8un7yP65PEC8R5HOOIPqa0+zr3tor9twGCnpZ6+oqmiHpmm&#10;IV2W5AWRgebfQeza3jVlqSfy/wBX+TpTY7DautJ2ofKoFTwJGP5nr3tQYDCbUihaPLU0hnW+h/MR&#10;G62BXQB+R+SfbFxJMGPggAYwRn/ivl0O7PYNlW0IagkFBSooR8uHl/n697ady5HFbbjSoxdDTzXY&#10;hIzUEqADpDFk5Bt9fbJLSElqEkA4x9tf9R6j/mE2O3u5twGINfiFKD14/wDFcevew2q93ZrJyiWO&#10;igp4GsrCKcgf11cm/wDsP9j70sMusEgU9K+fyx0FF5gvCylUCoMHuBoPs+XXvapw+Ryo0LHksRTg&#10;tyJqgyOv+qFrEk/6/u7RItThjwNBX9g/2fzz0ZjmBwoDFR6+dR6VrXr3tZLLLLGzVdTTTyWtJ4Y1&#10;EXI1abj/AGPtTHIYwFFRSgHrQf6vPj0Yw7zrIU8flg/L/Z4+XXveWnrMZSqE/h+MlY/r86RAHTcg&#10;+rn8j/b+0d5F4vEE58s/z4Y6UTbs1Qx+D7BX8/8AV+3r3uPk59uVdKWqMRjJRHdljWbQ2peVsISD&#10;e359pFtyjDUSVPyrn/BX5+fSb6prpQZE1oSOIPEf4D172HeR3ngaNlhqsUI4orgaJSVUHgMD9eB/&#10;j7vcvFGDqahHnT8+kF9zJDt1ReALXzGaenn173yodzbUyCj7Spr0ctpWONXJBPChSD9fpz7ZS41r&#10;2MCP9R9OrWnN8V9Fpsm1DzpUfM14H7M0697dsZtqrpa9MlR5+tjUuXWlq5TLERJwytzz78rKDqDM&#10;1M08sflX/Vx6d22wvWuzdNNI3noJJXPrWpH/ABVOve1FX5HPUtg08LREMyiKNWd/VZT+T/jb/D28&#10;Z46GTTWv2mmP5f5epBCyRprIBBFSAM8OHp9vXvaKrd0b8gljTGUhkVeNb0akKNVwdbg2+vsourmS&#10;tEWoPzI4/ZToG7pvHMNvIEs0Dqa11YFPsr6de95oN4b2jltX0iyBr6mBC2/PATg/63v0U+igkjGO&#10;JB8+Pnx/l1VNy3Nyq3UCAeqkcPL1697eTmMtlE8cmHWQsBd9H15/1R/3sn2YQ7tbQkpqFW8vn/PH&#10;Rolw08f0+kEEYxwNfM0/acde9smWpcvHCCiNSWuSgTm35/H09r4tzicChoaZoainlUj/AFZ6KNw2&#10;2VFrGKNWmKEZ9acP9WOvewxyeTzNPMWavqEjjKhohGeVv9SQPp+faS5vXUmj0HmKfsz/AJugFudx&#10;ullca2kYKp4BOP59e9v+Or8lndEcDu62vrII+nDG592+uBFFyOGf9X+XoQ7ZPd70qrCWKkcTWg/b&#10;172rqfZ1VoLy1MZkkII1Ei/9VP1/1vZdNuwiejY+zj9nQotdi8JqSknVxI/yilf8Hr172pKPbVVC&#10;ngjp6ByLWkudViL8/Xn/AHv2yeY0RaKTXJqB/sft6PLe3s4IdCKvcCanGPl5k14/Ly697SGX2tvG&#10;OpeSlipvGdRSyI66W/1Q+vH5Htz99PcSHwXXy4/6s9A3c9r3aa4Y2ciEf5+Gf+K697j4zau7pp7T&#10;xUMa6rGSNXRjc34VRz7rJutxF3OVA8qZ/kPPpvaNs3W2mBujHQ57ak8fT7Rnr3sWMdidxoCta8To&#10;qqA0HmUkAWVbnj6f1P8AvHsuuN/JofKvGmftNK9Sim43PhAT6TSmVGmg86jOeve3yHHVUbKXNTLH&#10;axW3kIv9AOPoP6/T2yN5kcBMEVwfs8q/PqrX/imhYZ9TXNft/kOve42SxkE1K+rFJNJpLBymliV/&#10;2pbf7f2Z2m6SSPlqZ4cft48adJJjavqB8zmvy8xq+fXvYM5DH5ioqNFHhKinVbnSKuPQQPobSNb/&#10;AHn2YG8lr3Cvz4fZw6A+5TTpMViiYBTx1DPypnr3t7xeH3GdBrKKkpI1A/dmyMTNo+vk0Rsbf631&#10;9sy7k6VjY8OJHn8uHW7W7uJcTp4Y4VBrUfZTB697bsng9uV0ytNkqKKuhb0z09Wsbq5b1K2oer/X&#10;9szXQlYM/EfKh/Z0j3Gz2q5mSWdz4iE0YYZftpT/AC/Z172+QYGggpUkjyhqtOk3jlUEm3NrcEe1&#10;cUzv2nUT5cKfz6F+1rCIyqMzFRUEMKfnw4+nH5de9wRlJaKXRR0NZUsb3ZCH5/oVsfp/X3qViVAA&#10;JrnP+z1Wfd9BEcQkJBrmh4fLGPt6975Pm6tgr1OGrEGo/WF0A/1zb3RY2lap1AUzgeX+r16s24SF&#10;KywyDAzw/Ovz+3r3vI281VPBPSsIgAv0uQD+CSPahLMrnNePl5+vp/PpM/MUMDjWhBFfQ/mfXHD+&#10;fXvbWu6cJJKp8ZHq/SqfQj6/o/3v2ZRqCpWpJ9cdE1xzPtkzgooXSajTTPyYUp172oU3tg6KJHSH&#10;W+k3DJcJ/Vh/xT3SS1keoYmh9MV+fpj7OjJedYYIqcVHEDBx5Vp173Bq+3KaAxmlw1LWRrbX5lUW&#10;v9bRkH8e0L2k4JKMxHnnP+z8uia69xXUs0QLIfQ5p/lp/Pr3vIvcOCLI8m3YjcHWEWGIqSOVHovb&#10;/Y+6vayaBokbPy4f7PTkfuRanJL+QzSop5Z4+nl173zftHbtYvjO16Yo4YHyuSRq4JAUgc/g+/RW&#10;VFprYg/aKn+fRkvuBYXMXgsr6T+EFR+00J/ZTr3tl/j227k0+FjhsWNomjN7j+0G+v59rYrRIjVg&#10;NJpQU9Py6KLjfdvMgaCIRrjtUg19amnmP59e9tuQzOHOho8SPrdhoF+Rb6m49qDGj1fT/pcDH+r5&#10;9Fl7vdvKC0S4rioXA/Lj172yznb1ejxzUVUpYcFCAOfqVT6A/j3TwYnAjcBh6/l/L7Og3dzW97+m&#10;y9p414Z8xQY697aocbgcQWniocjKWBMcblUQWN/rb22llDA2qJKH8+Hy+fTFja7TtdZo4Wcn59oH&#10;qPOtfy697fcJ2PHR1yUtTitNJwFc3d1/F7tx/vHtK8pmlMMlVVsah/LyHQq2H3Gi2++EFzblYyFU&#10;t50B9fn172O+L3FsjKKjzwwrMAjjyaXNh9fS/wBP9h/sPb8e1yJgzuRSnl/s/wCx8upXt+cdmmmE&#10;kyFwfhLMCR6eWKde9qnI53bNVQjHLDG9PoMKOsgVoQ4udJW5vc3/AMPa6KwfWWaZqgcMUbyp9v8A&#10;h6Wz8x7I2sCGoC47lBr9tOHXvaKn3hJtnGLSYOOGsNM7EisqWkbUW/1XHI+nPsuv9jju3/WdtLEU&#10;WgxQeorx9egjvPONnDtos7NWKqcKZKg444z6g1+zr3sHt292bsYtCkX2wkGkx00gMdza54HPPPso&#10;TYLOxlDx1LCtKnh+zH+fqBuZPcK5s6mFdJzkNwx/P8/Lr3snXe28MvmMbiMVlK2WpP3kuQSnlTSY&#10;VWLxqeQL/q9hTmp08RIFqfM8eH+rz/n1hX7vcxT7rKkU7621E5JwB5f7PXvZXpXIv9eef9cf6/sL&#10;GNgO7B8h8usfJZiZCy5A697csVOkbt5VurL/AFtyRex/w96eEBCNVCR0yZ5SuiMkfYeve3laitYF&#10;YC6xsTpbgWN7k24H9Le0ZigB0kCoH+qv+bp5LoIArH4eHH+fXvceeCeRWd5PVYlldxx+L3/x+tva&#10;pESQECuMfLrTbg5JThX5n7eve09IZI/1AfUgkWNxfm3u4jKUI9fnjHTDXPiHUfw/b/q889e940VZ&#10;WvIS6jkoL6lFr2v9PbygsTUE/IdJ3djw4+vl173JDmO3gVQ31N/qSD/sT7eMiAduKY6TMjSGsh4d&#10;e98QSjCRjq4YMDyQSeFP+HvYrWpHxdOKhIKUp172ptu5p4HMPhQlC5jkY6bK3Gk3tzyLEe3YLigI&#10;pwz+Xy/zHpHdWKzjUrEEHA8uP+br3t0ylahEUj0v7IDKVicHRKy25DcWI5BI96Lq7V04I/1Y/wAn&#10;W7WKRU8INWvA08h5f6vI9e9oeqj0SKugqCdTAW4VjcIbEe07qmCK0r6f6sdGay1UGuP9X7P9R697&#10;yw00ks0aQL5C+oKguTr+osp/23+39+CSax6+X+rzr1d5vCXVIaKONf5cP+L697fafbVfWxs9NR1T&#10;LApSZ1jZ0E4YgICvAtYXF7+1K2zzBhGpqBmny48K8Oi2bdre3CtI6gPlQTx+fXvafnhnjeVWf1RA&#10;cBidI+gRf8L/AFt7Y8GRTx4Cvr8ulizJIgK9wOfl5f8AF9e9t+iQHk2XWF1X1Aci1/8AW9sOsigA&#10;+X7Otk1r/qx1728U8DtBrYAhAt9RXU6km2knj6/j+ntxlfR25B8/nX/N1WRkjpn+VevezbdC7Up0&#10;XI5qrip2qcVR1FfCxt+3IEDFvV9dKX/437qgljXxK1IXz/wH/V9vQe3mUSRCCMkFjTPA1rUH+WP5&#10;9e9se1uwmod6zzP+8K3JV9WCfrLVM7RUSTMDwoYhwP8AC/tBpDKYx8Q+H7c8f9XoOhAlqq2a2z9p&#10;C0PpXj+X+oAjr3u0rZ/c1BvLZFEuRnpqzeu2aZaDNwyPHbJ4lZH+0yNIUP7hgBEUqgXAs30vbWyy&#10;3CbgdullZdYFKU06vMVNKV4H5jHU3fd+50uOUd0l5auX/wAXmfXb0bSEdsMCTQdxzT1PHriBYmw4&#10;Jv8A7E/X2nc3vfbNNCk1QI4pTZhCuksxJvps/wCOfY/bab8lmRjTgCaip8yOOTWorjFOuiu3c8bL&#10;bxVnlUnAJPGvA0PrXPmDileuXtlpt+4Krjk88MFJTkctLUQklQbDiO/N78H24vLd9r1RygtWh41r&#10;g8f82P59Cq0552fwxMlypzTTpNaVGamoA/zfl173NoZdt15/ySqjsSWEk8yrGATcWZ7c/ke1psb2&#10;OMmVgVGKCrZApQ/5SOrbhzxtZhMiSa6fwgkH9prgZI4ZPy697kzQYZ3VIa7HLLqNmjeCWQaQGPF/&#10;VY/W59pyt75k/ZkA/LPDoB7rzzaSQsfHpQUAJ4mv50+zr3uz7+WF8fJN99sntDcdbR5HZfWUyz0d&#10;KKAPBkt21UWrFUxlZShFIP8AKJObhgnHPsW8sQSbnfCOcEQxUd6glWPFUqPMsKn+iuePXzrf32X3&#10;y7j209n29nuUbp4975rDIzIwVoLFTSdqjIM39mMCq1+fWCYCS0JW6tYyeq1kBuALcm5FrfkX97Ks&#10;7n7VNOstKQS8R9I1jUSzj8G/9Pc9XGtNnRIi3iE9zKcZqckVBBJ9M8PXr41YxW4JcjHkeP8Axfr1&#10;n+nA940ikQBHlRmIuLC1lA9IYe00VnPEqxvKlXyPktMKQOPnkCvl1ZpI2NQpx/qx173LipFKrZr2&#10;+rEcE/m30t7OrDYFlRWjc4qSSPOnypQef+bpNJcEMQRx697zFIlZkcXeJI5SrIyqUkYgMr2AYmzc&#10;A3+l/qPZu232loHF0AzQBH0moGljxBoA7Ybtrigrx6pWVgGGAxI8q4APCtfMZ4de9zUdZSPQSl+W&#10;sABb/W/3i319ie2u4dxkIjiJirXWRQY4U8yD68PLpgpoPeft6974yhNWlLhmJ0/Qf4/n/X9pd0W1&#10;Eq2tsCs0lSKUH2n5/YPLryitWGV697w/cLBHrkB4lMXALNc3BY/Sw9ok3m32qxE12pxN4eASxYjL&#10;92mlOPyGeriFpH0ofKv+x1720ZbJ0MePnM1XStMIKiQxaryyRxHVIscS6nPAIIUew5zLvW33XLrn&#10;6iF7nS9QPiYBgSFADNSgIalK/Z0Y7fY3Ut2ojjYKWUV8gTwJJoBk4r172HdVkMjT1ZXF11I+Penq&#10;MrNNUxSx+HHtAGFNSM3jTUHsPUrWBN+fcRSzXsF3JHtk6tGyNMHAZdKECsaghASGoAADSpI6GMFp&#10;Zy29b+JhKGWFVUg6pNWWYdxoRU4pUgde9uu2d5HM1ZpcdVY2eCAUX3TtPJJWKsqETKkKAAeq3jdu&#10;GHsR8r847sl2llbSR+E5iDlw5kAAOsIcLUYAJGcdIN75bG3QCe8SRHcvp7QEqCKEk8TSupRkHr3t&#10;dVNDTVa1CSlBNIqE1UaMs4MdzTvdOSUPNr2/HuSbrbbPd2uYbx08QhWMyArJQBvBPZSpi81qamq9&#10;BSG6mt2RkrpBPacrmmrj/F172iajK7b8E1fuGWPIwYkRiodllIpqwN42GLhkAlaYLaRvCSRzY8ew&#10;JZ7hsrq1xzBOL1LdBqq5GhtWgiFHo5kppdghGkE5NOhZa2O7Lcpa7Uhi+oOACBrTj+oynSErga6V&#10;x69dH6cfX8H+nsWcSZHqaOipDV/bQ0SzUkwq2mqArsGiapea7vrU3ZGvb3KsRaOWOxjB8CNAwbxC&#10;xoCQgfV3MXU8G1AUrUmh6T2YuJtx8GLUjqG0BNIIJoWOBp01+JRTBoKZ6bq0wx00jzmHws4+5MyN&#10;paNb8DkWYcWP094nhpTnY55qiepWlqJYC0c5khp52BLM8dzwjek/kf096ayt7jcItxQyTNCWQAOC&#10;kbPkllH8IquT2kgaTxCV3SHd2tr2TsDVL0Naj4aE1JUNQmnlU/I8w8j0IkpoRreJSkTkKSjHkX/r&#10;p5F/qffdCHE9XmZYJVqKphFJTTLHpRqQlEqFeMWIYWt/Ufge39qtfHupt0dJLaSUCN4nKlR4RKhk&#10;IyQ4zqrQimB1uS6lhX6mQJcUZipAI45JNQBSvlSp6ylQyrCrNGukfQgGx/s/1/H19oDeW/dsYygk&#10;yGep6irWGvxeNlFBiMhlIx/Ha0YykAjx0UnkXysqSPbTEp1SFRc+wXu/MPL9+mi4txdSQOiFWqYy&#10;srlMNXS+Voa4Uny8zLa9m3vmC78Oz8OKd1lkUmSOAaYEMrV1utGCg6AcvSiajQdZYohENKk6frZm&#10;Zzf88t7UWALsksXgEFOlTPHTIEWFIYo28ccSoBYgWtqBsfx7OuRLmea3uFSAQ24lfw6BVCqDRYwg&#10;FaKBhuB9OgzeojXMdX1sygsSSasRUsTXz8x+3rISALn8e3iqpqWaHTUxxyaWEyi138iG6gfj8cc+&#10;xRuu27Xf2/8AuyiDqhDj11LlSMg1wMcDw6YRhAKxsFY14cTXBHmAP59eBv8Agj3BR4nDxw3LMpnZ&#10;ZDqsZD6SvJ4B/wBgPZNb3dndK9ptq6mK+Npkzl8AoNR7VbiBQKemHV1Cs/ljHy/2PXj137SmZgjk&#10;o66mrZZpmnp1kEUjMkBKNqQKWCgm/Ng3HuKeYYJYYZ7PdppZJJY1fSxYRkqxpTUBU1rgHtHp0f7b&#10;K6XEU9sFXSxFQATQjNaV8sZGeve03tdRU01fQ5SmNXQtWh1M8/3EEZhAkh0AsdKC1tH9fx7D3Jc8&#10;V0lxtu6QiW3d1IZmqqPGCyUqcJSqleBNBQk9HO+1hmiu7B/DkCZ0rpY6sHyy3z9Ove+eRpMRDijM&#10;viggoKw05jj/AMmEYrprtphVVEbAm4P5/PtncbGyk2qS9Vx/isvhlPhakrVwlAE0cQAan0A6rZ3G&#10;4S33hmrvKmqp7idC4qanUKCnp172mstW00VdRGsngpaGFXgNW0aVElRBXqIaUSTKG/eEgtpNwR9f&#10;ZBf3MRuI4LghYwCokoGZlcY1EA1aooATQDo62+2mktZBbIXlYhtFSoUx5agNOyh4jIPDr3tCY6kz&#10;O1Mxuqnz+Sp59kPpynX01OJ48vhoIse025483UNK6VTtVWemiWJdMfpAPtP4aRaYZCxiOsxOWAKr&#10;5hhXJDVFGrUfCAOhXeXG279t1hNtMLJug/S3BWoYpmMgFsYVCqYlEWJGLGr91R173moMNiN2UuHz&#10;+DQ5OGjkjylBBWrJS08VRJGXnrI8bOAySSn6oygn6ge08NpNc0+jbWIhUqSAAaVYqpOC3pxPkOmr&#10;vctx2Ce52ndD4DS1idkIdioNFQyKTqVP4gSK4J697Eyp2g8lHO09LRImWpY46ymp/M2QqDILrJM0&#10;zaI/Hc+PxIGH1v7F1zypf2e0xXBjjDXSCsaljMyyUKs6udKEfh0Lq9TnoEw8wqlwgikdjbsSjNTQ&#10;tPIACravPUxU+nXvamwW3tLJUV9XI1RT/bQrCWdHSko10UkUzvc8AC5vz9fr7FvLHKLbldLfcwXT&#10;GeFkrExZH8OLEYckdoBoKenpXok3TeMGG0jAR9R1UBBd8uVpT/Y697VEscc8yU87UrVCVBqUj1iR&#10;wkfMbSRDS2i/BH0P9fY9u7JNxulsL1oDcLO8oVW1MFChk1pQN4eBqpg4Na9EkMjQKZ4g2igUkigJ&#10;86HIqf29dEXBH0v/AL78++L0EYqqyop1SM1sytVx+PiURReNU1HkL/iPaa62LRuFzd2WkfWSUmUq&#10;RqVUAI1VFEYkZFKkZ6cN6zxIkgwgOjOFq1T+zyB68OP9a3uRDTuyCIinZGf99lswkjA4jUD+h49X&#10;sy2vappLQWLiExl/1nU6taeSLStNJw2rHmOk0sy69a6gfw1xQ+ZP2/Lrv3HqjDTzxRpqhjVNQWFL&#10;mchuQSOf9v7Lt6O37duEMFkDBEiVpGtTKa0pXBI8iTw4ivTkHiSxs70Yk/iPwjr3vk5WR6UHxxgC&#10;RXDOdavJyVIY2sR9fz79cmO9ks4wyRgBlcM5DKzmpVqnKkZqM19OtLqRZOJrQj0IHn1725hAABFo&#10;FlAbSbMbfTkX/H09jMWSIoTb2jBCgHQ1GYjhU1NQBXB/bTpDrJy9fz697YTF4qh4aNEbzSMknklK&#10;yXtqmlW99en8jj3GZ26O33OSx2VFLTMQ4ZyH4apXU5DaDUUJx5eXRv4muISXJ4AEUFR6AHgRXr3t&#10;jqY5o6kpThJuWk1sf1RrGQ0WoekH6cn2Cb+1u7e+eCyAlY1bUTgppIKVHaPUknhxPRlA0bw6par5&#10;U40NeNOP5Dr3thgjNN+990gppqho1jW7PAVj8rNJJewF+BY+wpb2q2qLdxzDwmkK0yWQhdRJOKCt&#10;QpXjjPRtI4m/TMZ1otangamlAKcfWvXvamos5DFFJEWZ1jjiInAMRmaZboKdgeSv0YW9yBs/OsNh&#10;ZyWmosAg7lrGzFvh8Ns8ODCmc8eiW52uSSQOBQsT28aU46h6Hy697ba2uEECvVEmmWVUq3cpEIvu&#10;WskkhNgvJA5PsNX97cfTpFdK0qK36vAU8U1DeVDUhc16W29qZJSsFNZFUpmukZA9cVPDh1725LWw&#10;0VLApqY41lcxsJ5AArxtYRXH9r+g/Ps9g3SLatohiMyhZCVIYldJQjtqCSGPFQcECo6Qm2kubhqR&#10;liBUaR6+f2ep8uve89NkopKiWR2mpljQrPLJI6wMVJYSo7ErpI5twf6+zLbOYYri+NyzyWwVCskh&#10;dtDFakuCajQVp20B88jpqaydIlRArljVVAFR8iONa9e9tW4MrR4zHHKVi1FQlO0bA0dOtRVSq7hI&#10;wmnTcLq1MdVgP6+yTf7izeGK8uG8RkcaXAGthwUa+2tK6q1oB6npftG33F7efQ25VC9R3sVVSBU1&#10;40rSgFMnr3tzosvE0iFIqq9QkiIkuho3EZFpTY2Ct9b+znZOaoLW68SJZi06MmltLK2gg6j5KCam&#10;oBJGCa9IbrbpAhVmXsIJIrUVrgYyRjHXvcmvnnieGRo4pIUstTOGmjeFJY2lRoY0vrYMFDIxFgb+&#10;zDfLi6hkW4v1V1VVDSr4ilfEBkGlVNC64qjYAOOmbSKJ0ZFJVjUquCCQQDqJpQUrQ5z5de94Eq8l&#10;WoyEstHIIPt5aVytY5kXSyMko4F/zxb2ih3vmjerQ2Suwtn0CNoWpMxYadDBsha5Pkvrw6da3srV&#10;wwo0i6tQcdgoa1qP9R697y4bHVlPuTHTRZWSnnkMsEtc60Es0Ssi+OjjNjbxnU5MiNcEgt9PZjse&#10;wXVrvEcssx8UJKjsTBJIaLXwgAGKlDU1YGoIFQeJtt24AyRLCBERLGVILgLVqNIa4IINCAQMcOPU&#10;LJJFJj61JqX76I002uj06vuQIy3gC/kt9B7DPteBZdzbiDkTapreQWVWiEQQy2PHPBNv9h7x15+h&#10;b+t15JdLkSUIqQAppSoHnQgDj12o9mGRORtpW2kVgIlIbyY8a48z1VxWZasG5sl5qKux8rZasT+H&#10;Vdnq6SYzs0cBdiGESrYpqJJAufZFt6UUUFRGLM95dLhRpW+u/DsCfp9CR9b+wJALlLiQydinzrQ0&#10;OBjzp/g6zE2xBJY+Op4+XoKf5Dxp0ZnYmXerp1iYr5lp/QzBWJYDUxZQR6ib8f63sG+wMbHl8aks&#10;VMUqqKKQTlyGLBWH20kYFiAFuCT+eePaFtrK3L3cD1L0qKHT5g1NcEfLGePQ15Tvre0kNvJ51IJy&#10;Knj9n7fl0K23ayeiqnjmqIXo6mSEUqxgrMh8ZM8Ls1wx1i4t9Bx7I9uWJqb+OYOtoZ6mDKwSwxyU&#10;s4gaCplIIaVSNMsZ/Iv+efpb2sibwk78hCw4VIquT9hNB54Jp1KllfPcNFcxtTw201p5cKCv5Co6&#10;FtP3FhkRgtgNQZb3UAggHix/x91NfJLbA2nj6WlXbYrqOqr3eoqaZPEKNom1QSIq+kSXLWNiCB7Q&#10;yRzBhRSFYDIIpw/zD9vHqZeVJ33Cfx5JWVwAF7hitc/bjH8x1K9gztHY+36xUr8LURCqksxEctsd&#10;XuQEkeaFf81OjD6r6CR+D7Sx3CTOUaqMD2k4qcYGfl5j5dHku4XkV34VwwKkHJUYAppA9K5rXPDr&#10;3tCY7FzHcm4EraGegelydUlDkjGt9Ky6GmlZh6XlFiGI/r7U6VikbWdVSCaZ0ivp6kmpPy/Po4uO&#10;y2WZZQ4Kiqg1Ark/nU59PtPXvZzNp4Bhi4JpqehhyD0aiEGP9iaWQBU1W4JYEG9hzz/X2/aIjvpY&#10;DJ9P2fYDjhnjXoOPuTLK0cZFGop4+YqKenka1rihp172potn/YUtOwETTzSv5mVFEwkhIUipS3Nw&#10;bBv9h7WC3j1eP8WfLjX7PlTj9mT1Z7pGwKnjwrxJ/wAv7Py697nR4KC4eVkbVqVYzY3CH+yv9Pqb&#10;+23kDjvovkKZIPA0+wj8ui7xZwxJoFrxBNf58D/g697U9JSGnWMvGbEIUlkVljliUAMob6N/SwPs&#10;vvLdEaq92Rx8h/s/4eHQps5/HVTKxPAYFfzNTWtPMY697d3xzyUspjkkMkY/bRn1AoeLRj8AD2lJ&#10;q5hU8KVzgZ/P06lDk1YzukdvroCAMnC0PHhx697TUkGKqoxT1XjLkkvIZBwfrwCBze4+n1/w9jza&#10;bOS1hDicAsAdND8qYFfPPl1119pNhtLHYorWWddJQNVsg6gCDQEmo8sfM9e9pCpoMbSzNF6EA+jF&#10;UKsn40g/7z7FImnCaopw3oM0+da/5up3221sbeqxyK6kV+Faeh4+vGhAPXvbVNT42Z7SQQMPVqsE&#10;Xj/EH/D2hfcrsLQHu+Y40/2cjouv2tEmYOqOT/RCgimeFPP+XXveaGm2ssfNBCWNhdmB9f1bSPyA&#10;P6+0Z3C/YijU7geHyxX7f8HkOivxtv4xxoornFeP5Uz5D1+3r3vM0GBpzqWkpgSoKBdIuNX6iWJ9&#10;3jvL2p1ufyHmfL/VXo4imsIhqiRQ2KkIMV9BQ/4eve4cyUTktEaeMgkI2pVNl5BHP45HujXF3gtl&#10;uJBHy9P+K8uit5LcT+OHpQ+ajz+WP29e9tslVuynYDHyxS09if2poQ2kA8kHk8f4e7o5YiQU45+X&#10;+TrwurtZRJAEYnyLcK/tXr3vJBmNz+UGWjeYgAM0jKALfgHge1f1stolFqOJoPP5H1H+Ho+t+Yty&#10;tl0KKL5kNx/w9e9q6nqJ62Blno0RtBuymzI2m9w3tMOYpo8sCfSvpXgf9X59Xud6juFC3ahmHD1H&#10;yxUftyQOve2h6KZzIFaygKVvY82+rX/r7NU3wTAacmnoPt+31pnpKkdtKf06knzoK/4c0697wjHz&#10;3PkuzEguQF5U8f63+t7ST3zTHU2TwHH/AFf6sdJn0RyqJQc4AyM+ZP5+XXvb7DjqKILI9V4yPWQJ&#10;lDEj/VAm3+8+wpdQ38xJQMVJx28fyIqelFvNIqiivn1FAc/l64qPn1726Qz0SoY/vYn/ABpZ05vx&#10;pK/n2VttO4ljNpeg/on+VKf5ulf1QrqGokeRAHDjkAEfy697zx7fo6oq6gG51go5Jve13IPJvf03&#10;90bx4U71oRXiP8lPL7Pn0phuY9AKfD5VyRTiOFaVxXPXvcur205UaCYLcLyFDAG1yT9Dx/rezXbL&#10;wBtJFaChBFfzGMfl0tW4HhnQ1dPEVrinlUZ+3r3tH5DAVEcja50bkgC9zf63v+b/AIPsYW9wk4DK&#10;un09KeY/4rpJcW/jL4moFTwrTI9KeRHn172mKnB1TSlmijlQWGkcfTkH1fn/AB9mUVzD5DHmP9n/&#10;AAnoNXdgoesec+daftHXvcmmo44X8s1GLRixHBvY3BK3+n9b+3bq4BSsYHdwPGvqPs9OjKztlhBE&#10;iVB8xUkf7H5de9vtPkaFXRGpDGt1BsgIGpr3DEf737J2kdT21Py/yjo2W5WEhQT/ALyOP2/5uve3&#10;Wuq6Gin8cKM0elGEiD6q4uv0/Iufz7ROjToWcY4nh/IcMenEdPrMkqkVoTkCgBp5UH+Ede9sdTmI&#10;0DmKreEaR6/ozXP0P+Psvm2wMKDIPqP8J6auZ1hAU8f5D+XXvfKiyE1RGT9/KABbW73ZrfS2n/ib&#10;ew9e7bLFJppT7BjPH8/n0VSXkkYNCOHlxI+z+VR173x/ikEcpSXIRm49QkYD82udfspkS7ioVany&#10;Nf8AV/Logm3iVJAq4A7hWv7MHr3t5hnhqCpSrjLWU6taXB+i3C39oXvLxGAqRx9aD7fKnp59an3h&#10;3+BgAa0xw+XGh/n173IfCLUgNJlIkUm+m5u3F9AK/wBfx7MLfc7jhn7a160u5TSLhq8fQ/sB/wBQ&#10;rjr3tN5nbMUsbeLLxoRy2kghySPSCT/t/YnsLm4lIX0HHz+2g6R3fjSGuvh+3HGg8x5de9s+Opcl&#10;jnenNdT1dP8A6kzKSl/pbUfYhhhE+XFD5Yz/AC8uksVyIx+pUEkUGk+f88efDr3ubU49nV6hskYJ&#10;bagkdUqqthYcg/j2uS00t/RAyacflk/s6edHdhnt86nz8wfMfLB697TseQytJOftsqzlPVpeosJP&#10;6W/40fbslnCxNaknyqCcenRc+5SRSZBwaU1AkjgPl172ucbu2tVB93WwgmP9LOjFeOdIHPsnutth&#10;aMUqfTPkPX5eo6EVvfIsXE1Br8WPlj0+R697co9wmdtQqRID9NMgYEfUn0/n/D2FbpZIWoCRx/L5&#10;+melY3qTt8I/NvT7APT5mtfLr3t4o8xpVVEsMRZeWci9y31I59k100oqQaavz/y1/wBWOlCXpJJk&#10;cV+TD/Pnr3uRU5wxH1ZSk4WyKhVlYD6kavqf63HtuGxubggrXyr6j9nHp1blwKoeHGtBQeQp6fme&#10;ve287yxkSFqzJwqykaQoaQsP6HQAbf0F/ZunL8jU1LxH7OvS7jBGhLGp/wAvDFeA/b1720N2jiIp&#10;GRq3yLqtGy07uePw17cf4H2tt+WqVZl4/P8A1ft/b0THmW1jPhigY1Fc5P8Am697bJuxcDUOxlqm&#10;uzMQPttNl/AJ/wB59nUWzLAFBoCBTjT86fPpVHzfaLQalwKfLHnT/V8h173xGVwFbGHjqaZQ1yLH&#10;xm5+oOq3P+HtairEQzggD5/5PLpfDzLZ3ArJSpoc/wCTh172wPPjFnPiyQ06r6Y1vf8Arc3/AN59&#10;nEDRSP3EDHlw/PH+Dz6fTd4zP2HifLFf2+XXvc15ROn+T1Ti1gtiST/jx/vXvckdvIhqRn7PL8q9&#10;Hf1kU40oxBpX/Y697hzVdREmkqZnFiuo3LN9Pr7L5bK2Ydoz/L+XDok3Eho201JPEcKgfzHrwz59&#10;e9s7bnylI5D0UZjIKg6WAIH9L+2v3ZBI4KitOGRx+Yp9uP2dBN90u7aTVpJC8Din+T8uve8sG/1i&#10;a8lBTsygXUSMl/6cD3b902noA37PP06cXnBaUcZ+3/Ieve5DdgY+Q3k25Tzi3qV6iVeb/qGk+3P3&#10;RFSo4n7OH7P83W25wVloqMf5f7HXveB944Kp9Mu16ZFY8lKmUub8E+rj/efbqbfGrdtafYP83TH9&#10;ZI5xR0p9tP5+R697dcRktjwnyNgsgsjfq8dYNHPJKpb2vhs4kUuzAED0/wA3RltV7aRSeIiaa/Li&#10;Py8+ve1qN1dfwxoow0jPcalmqXYsLcEFT/vHssvozGna41cailD6VHp69DSLfbJIwGfuP5V9Aeve&#10;4VXmtrVigUuPp4Tc20szEFxxq1m1x7Dsm5Sw18R8Z+z7R9v+bpNPu9o5pqCgg09Sf9XHr3tK1WVh&#10;pZfHTLHELgk6VF/yNIP4/wBj7OrHd0ljGqgoPT/Vn/V8+tJukaqPDNP2de94HzlUi6l8UgWxUlVs&#10;QObEj6+3Jr1GGnVWvzp/L/V6dNT7gy1B7q5z519fL9nXveeHO1EwZ5qOP0rfhlVWsP8AUn/iPZNc&#10;XMlexhT51r8v2dFr3CzrpnWtfP0/1Y8/Ide9tVduZ4yUEUfp+muNfSL/ANbWPt603AxMDw+f2fL/&#10;AFfZ0klvILQAKlPlTH214/z697kUO6MkiAIkIsbreJeL/SxI9nKbjGy1IUV4+R4dKoN6eQknSvl5&#10;jH+rz697lS7srmctNS08o/wgUWNrnkfn35p4iaacfaD/AJ+la71JCaUrSg48Pt6975U+61dCophH&#10;Lcgvoub/AE/HH+t7YWO3d+FM+f7P+L60u/tOxYihwM/L8qfzOOve8UmdyErWFUoBudACrYDkBT9P&#10;8fZ5DaQKuk5rTH+X/VXpLPvVxGNHAHjTj+3r3ubS7lzNMS0VdKzgAWJ1Dn+zpPH+Hv0m3WkwMZFK&#10;nPDBz5/n0VnerjUE7lzw04r6g5rx/I4697fId0VFd+xW2R2X9aBgSQb8n/ivsjudmhUah+E+vGvH&#10;7BjH59H223njFhOSAKUp5/L7PkOve5dMcnTT/cUdQZRcel+QeL2I/HFvZV9MqNSQAqP55x0fGeMU&#10;AYCvkR5cBn/Ueve3GfNZRmZjRRzS3DMg1ObL9CLf1/r7VLt9oVA4HPDH+HyPpx6TyyKQfDwQfI4J&#10;9D5f6vl173GXc8YP+VYllc6lfSxIF/re/wDtvr79+7EIJU1IIp50PlTy8ukB3K4hBqe6vDB4GmPt&#10;/wAH2de9zUy+HqWBSCeBvoVdeTf8/U8W/HtBc7c+g6Din2f5McD0pt5xcxFWoVP5cDX/AFfn173n&#10;NJQ1ekU9WyKCTYodVgP0i45F+fZQWFrViTX0r5/M9ODwrVdQLNqpj5+tfL0Na+XXvfA7bj0K4q00&#10;DVqGn1AEax6f94t/jb3YbtJmLUKfb/l619cK6fL7R9lf20P2de9//9PXUOHwVafEjeSR78tEbq6j&#10;9KkD/eb+xau4eE+R6U9SD6k/Z6ddx/HjppNM0ofyrn7et/j2msz17n6+FqfDZNaRH9IBilt/Qaig&#10;vYj/AB9ma36OvbRfQjy+f+r+XQd3xbyaLRE3hNTBpUD5/wCr1697DKs6Z3TSS2qtx0aTa9RTTOuo&#10;f4MQPdRMzsGDk0/o/tr59Rv+5dzmlot4xzU0Wn5EV/IefXvbaNuz4iURz1scs6E3KuxQsDpI1N+f&#10;yB7P7eWPwxxZjSteP+HoUWm1XVqVdXLkep41+Vfz697eqTH1VTPGq1Mi2K2jsbH6c6hx9LXufb0k&#10;6suKAgg8Mcftzn8ujqG2vHcCV/PH+f7f5de9jViMVFFHTRVIDI0ahpXX6MAPVb8fX2mnv3FVUU05&#10;x5+n+b1NfPo5lvIzF4LkCnEjjX19M+f5de9sO8sVPTRO9KysoZCmpQEYFRcDV/hz/r+9291LKNY8&#10;xwz9n2g9BS9NZCyGoHz4n5f6vn1724bSx2K+0hbKVscTFi8yxlWNjzoBX6fT8/T2mu2uD8AY0rwI&#10;8v5/l0JdnliEak1JFcCleH7eOKf8X172KdLX7Ppad44I1eTUQXMZZ9ANrqfz/vfspMN2e4j8vz/b&#10;/LoRx30KR6kAr+df9XGn7B172h91Jt6tjkcVLhAfoNCabD/eALG/tbbmZG0ngem7vdofC0EnTnt/&#10;z/7J9evey8V2boMfUkY/LTtIJGBuE8Q/2kEfXnj2arIIxTUKE5+z/Ieo8vuYoYZSIZDUGlPL7Kde&#10;9zYN+NTKv3VQSCxYsuliqgctYce25ysh1av9Vfl5dWHOXhqCXwM1/l172qKLelHWKs9K4jHIdiD6&#10;mNgv1+ntGlvMx7aEHFfT/i+jG05ta5fVESVp8Q4Ypg0PnWvp173zyPZcVIjQtIVC2XUItX044B/r&#10;9QfbckEqAGgFfTj1S65wFtUtgEkHPCvr9vXvaWXf6ZCYJAzetrKTwpvYWK/7f3Ro/Fpqao9POvyP&#10;y6btubf3jMEQ18hxz5U/1ceve13STTTRI00k0kgUEKE/NtQJFueOfr7otgQwNKk0x/noehXFI7gB&#10;fP8Al+0/l172y5Sugxk6NNQVda8rAmNFKnk3IZlFx7XmDw0ZX7fkBXPr6U+X7OkV5uTWLadLVPoK&#10;/n173OXcmSniWDEbUrdLi4UrIz/7e3H+39pZrU6Q7CpA48Ketc/y6Ze/nmt9UcTamFK8M+Y4/n17&#10;3Ix2G3jmZ1DYKtxkUborO4a7Le+nm1z+fZfPoVdJOaE0JH+Xpq0nvGekgK58zUU9T5Dr3sVaTb9d&#10;4zBU45pURCS6yEOVQ8rb88/19hiZiJBoJFf9XH/N0eMTIV1HSRxz/q/OnXvaB3ngsrTRRjHY59Ly&#10;qtkuWUWsePYh26Vwo1itQD+3/J518+kV3PNEdKGo/wAHzHz+R697TMWMhoYdWapa6Qmx0xL+4Lnl&#10;j7Eto8RKimPPFK/Z9v29ORTR+GPEY8M48/sp/LP29e9q/CUeARPLQ0UyPJyRUMxI/JK6vp/sB7XB&#10;tFQACPMenpQfP/J5dOW1zaxPq1qFPH7T5gH9vHr3tSHNpiBJPBTQiVQLBxca7/qNvyPx7adDKlCO&#10;FfKmP8n+Xo3/AHtZwxkg1I4GtKj8/I8a0/Pr3tF7i7LztSgilekgSLlHjiHkbm662Fvp+P6+6R2e&#10;ajI9OIzx49EG481Be1AAo4U4f5vtrnr3sM8n2XWwF4quT7lSAdToALEcgD/Y+/SqkACk8M4/wdAa&#10;/wCcY4GqxFeJNK/l/qA697ZqLsbyzBKSCqkduAsSBYxx9FQc/wC8e2I5VkaiA/mMfz/4rovtuflm&#10;bw4tRrTNMfZx697dv7zZ2SUa8TV+ogajC51X/IsPauOFmFChzxOP+LHRsnNNzIxV42FTxB4f6vXr&#10;3ta0lZUxoktVSNJ5EAaJ1II/tFTfn3WWF1BUegr8/KvQqtN3jCAzCh459Pt+fXva6wldFMSGxkEC&#10;qpUEk3Vr3H1/3seyqeOYDVQ4rThQemf9X29K33OD+0Kg58qflnyx172md27qx235E1SofIwUx6hc&#10;AMddx9bj20njDMtVp5+p/wAB+zonu+Z7OycGUhR5Gv8Ag/2B173EgzOAzEEYTLrTmUByrKA1wLhE&#10;4/Ps2gjfVqw3A44Z9c+Xy6Ww8w2NzpcspwKn8uPp/g697nyYykEBaPNqqkX/AHDGQCeVuf6f19md&#10;X0hj5euMfz/z9Gs242RiBRwcGh+Q+fp9uOve0xVR5mnVjT19FUJaynUusx34uR/xX2leN3q5UeVD&#10;n/Y/wft6C0l4tC6gccZ/wCuP2fZ172GeeyW5MdUJMBUhSf1RRyPGf6jUlx7R3Ek8RBAH5AH9vp0C&#10;d536/s5A8WF44FeHr9vXva82Nu+sqP2shEQUFwzxlWJPNxxf/ePblsBLVs54gZ/keH5Z6E/LXNVx&#10;crSbHCv+r0/y9e9iRPR1+ScmhleZnjLARq2lL/UEgf8AEe1BWNBqZcfYPyFf8PUmxzPLEJamhGeG&#10;KcPP/B172yTbF3LO6yVLz+PQHQ/uE/S/49oJHh/0StTXh6+Xrx6JphJrHisaE8B5Z86+XXvfRxsl&#10;E0NPNP4J2JAZz62P15B+nuyMTilcef8Ag+3+XSqberezAQsDQev8vn+Q697yy01ZBFJOmSOlUvp0&#10;8cC2kMPz7utsqmpAFeidt/iBwKj8iR/lp/g697RFfuHIRFdMf3Gk8Bltcj8EixPt9tsRhqI+z0+3&#10;/Z6JbrmKQqXi4iuPz409fz4de9pTK763vGt6OidQLqNFM0gVf6/S3PskudtlX+zStfsPQI3bmveo&#10;gDbRaieGSeH2U/n172xUe89/ai9RSsvpPrkplRW/qTqt/t/dIbK5H9pFQfs/y16KLHmzmhiWuIAB&#10;86gH+eKeXXvcio7O3BTRrEYKCN7EGRUtJf8AB+pHt945IyKquPnX/V9vSi6573ODDqgJ+Z/yf5+v&#10;e2ivzm54oIcxmpaqmx0tzSv6kWoYc2i+gP8AifbUkrRnupQcQM0Hn8ug/dc6boG8e4komaD/AFef&#10;XvbLT9jZJifAsgjDcMXcs2n/AGNv6e9Je6z2IKD/AAeXTNp7jXjNWJDQYBPHHkP9R697ck7LyxZU&#10;eaoh1EWMTsD/AKmzMfr/ALf2oS6CnuXTrwfmPnTo0i9ybpnCOCtfQf4fLr3t8i37kUUNJWVjAgEB&#10;6hrH/AqD7Wt9My5XP+Do+TniYKWcsKjj9v2de94KrfVfMC8NVLE5tzqbj/EE/wBfdGS2yUGSQRXJ&#10;H546S3XOs0qkwtQilAfIf5eve8FHnNyVMhf+MSiNhfQ8pDEf7SL8e6xwF5NTMB/tekNpv+7SXFTP&#10;g/ZU/L7Pt697cIMvV0lUs9Tkaj0EPoEhfUwP0Nj9D7VrbIp1aq08uj6LfrlJPEmnNPQ8P+K6975b&#10;m7PyNMtN9tWNTqLDxwhldgfrdvr7R3s8MCDFanPmfXHRVvnPslhGulyNRyDxI/LgOve8GG7pylFW&#10;UiVE0lTRF0acul2VSdTKhPsvN5C0uQQG86etPzp0nsfdSWO6jRyTG1NTU4V8qfyHXvYlbm7b23na&#10;eCDDwVsVVdTLPJpjAYfq06fx9bD2YQzQj9NWqMeXD8+h7H7lWswEMDFj6gHFPmeve+sNuzNVEEdO&#10;tMlbTkkK7X1AfQi4+v8AT/H2vWHUC58+GKf6vT+fR1b823Fwug0avmSa0P8Aqz9nXvasoZpscHqv&#10;tVpInk1yarqv0sSSPp/T23LApGlaCnGtP8Pp6dKTzCIf1BQLUV4U/bXj8/s6974Vm9sezSOFcE+g&#10;yU7tKLr9W9PH+PHtK23QnifsxXrbcz2zAE5x5enlT0697ytRHcFA1TR11NUKCCsTuRIOAQGVhwPp&#10;zf6+3F2+GPufA+Q/1Z6bO8rOuDg5xx8+Irxz172nGz1Zt+NkM1ajRkkRQCQx+ni2r+gI/Pus21W8&#10;ilWyfsrUf5PTpqbf/Ajqta8aUrj/AGf5de9hfX9z7qpchOBkciYDIyiCONgVUfQK1vrbj2GpooY5&#10;DHoxwHb1GO5+517bXbxAOyVwqqcfYePzPXvcqPurcqxlaKlqJZ5Sv7uQaR2U3sPQlh/sD7e+k1Ae&#10;HGa+WAPPz406St7jbjKALSF2b+n8/kOH7eve4j7u7Kz8oZ54o4WNzogVVUA8EsQDxwPr7X2theM1&#10;SAKZ9eP+D06bTf8AnC8mDjRGK14E0H/Fde9rbFnc6QpJkck7KSbIjEuWHBHHs7htIowFcio+X+zT&#10;oUWm+X8SCO5l1HzPy+R40rXr3vjJSVFZkAsk9Y6yEF2CyXW5tqBbiw9qo7SLyA4fZ/q+XT7blKyg&#10;lsHhQ/trnGP8nXvcTL4qoxdVPSjISTBQDC6q3KsoexIP1A/3n/Y+3J4U8MljX0+ZOOk0u53UQNXJ&#10;9PsJpx697Dmtz0+Kk1R5Wp1g8o4k02HBuxPsjuNNuauccacfz+Xz6DF3zLPtz91wwPmDUg59eve5&#10;Me8q2vUL/EqxQNPqppXuCxFyLEcn6+9xXCzpROB8xxr09DzbLc1SOVhWlSlT+w5/2OvexIxWVy9R&#10;RCRs3kdOmwd3ZXQH8G5/P59nUaEoPWlaf4D0KrfdZygJkY1znB+VaedM9e9p/MzVsjF2zVTJb6MZ&#10;Tqv9P6/7f3qV9IAUlaelAP8AV+zoq3C9fI8UrT0p172mhPXSXiiy1SzH62mvYk/1/wCJ9ozpaqiR&#10;scOH7eHr0UfvGU/ppdOD61/y09Ove1LjKXMtDo/is4El7eSV1PJvYW9rYIm09zVr5nOOja0u7pY/&#10;BkmdiRxP+Q+fn173jyG1JT+7JlXkc8u0jngj66rnkfj3Z7EMKlz+2v8Ah9OkdzZy3B8SaViTmtf5&#10;/wCr8+ve4kE+Pxf7L5HUyH1oFey2NuCL/X3pBDEnhsxoPPz69DucNp+mGNB65P5Z/wBXl173PXc1&#10;LCV+3eocR8Aqpta/pI1c+3g8ZJJFa/Lj0rTfwT5n5f4cg/6vy6975vuaWsui0Jl9Iszgs5b66iR+&#10;Peki1GoUfsz/ADr1Yb1JJiNKfMcafnip697apa3KSKfHHNRMAfVEGQnj63/HtuS2JU1qvH59MvuV&#10;yyELVD5UPXvaCyFVno6q8lZVyhjwHle/Avb2HLi0uI5+06h5eXQJvdz3xLo1ndh8z172900lUI/J&#10;LJKxYfoZ2JueRYH2bwW2lR4hJB8uj+1vLsJ4kjMSfUk+XXvbtS5etoW1RNNDbgFiw/xAIP8At/b4&#10;jC4UV+3PRnDu9xEBqBAPCv8AqPXvb7BvyrUCnFSzVFg1yzXFxzc/T234sLMUXDEcPL7cdG9tzf4c&#10;ghSQeIRwr/m697VVHurKSwmYvJ5HHHqbRqtwwvbn241jC/cV4+XQlTmJpYxJMasfVh5fb/qHXvci&#10;XPbmlgF6iogjYD9J1ek8i5/x9qIbSNFxj/Vw/PpBccwzygoWIAqK5/Olf8nXvYdZSSveqcmrqn12&#10;vzJyf6G31v720R4hiBSlPL9n+foK3lxdzPqV2UeQH+rz697YmhzEj6InqOBc6ElBC/UltPtE1vMx&#10;AViB/k/zdEzPuzsVWRhTzzgevz6975xUGVlUyLVVCrY+thKqj8WPPH+xHvf7ukfJY/4P5Y6fjt94&#10;cFlmYA/M/wCCvXvafkGRxteJ5alpEBI4dnJsb8g/19oBBPZ3HjOx08Pt+fRBK25bbfCeWUuv2kn7&#10;M9e9q7+LxtEl5HUlbgL6gLjkDn2IhexGOrE1/b/q/wA/Qv8A31G0ShmIx/qp/s9e9t8uRDMBHGGV&#10;iNRfm9+Px7SyXAJ7Bg+vRdLuis4SNag8a+f5de9rGCkqhjRUfYO0Kx3Ui9gLfXSB7M4p0jhoKf5R&#10;9nQkhcLaatGKcP8AN173ApYK6qVpIWWFAwskgs/9OAebf7D22lzI+VIH2g46YhF1cMTEdCjNCM9e&#10;9uDbazddGTA4JI/VY2A+vtqdpm7Q+T50PT8+339wh0SaT9nl1726YLau58dWpKpZrC+kAWt/Tn6+&#10;0sSSwtWV9QPlT/D0q2ja9wtZqvLqU4p69e9jINsZSvgiqPtCZQBdklMZ4/UCVt9fx73KIsK4B/L1&#10;4V/1Y6kq0h0qFkap0itMcfTzoPXr3vjHtrKUblvsam/LMTUk6Li/6WJ/2PsqkW1agStQfLPD1GD/&#10;AKsV6aae2jfuZjT1OP55697Zso1bR62lhq2AU3JZmAB5P+2/w9uLaoKlfL5Y+Xn1q63mKBSVFWA9&#10;MD0PHr3sPajdtVSPqplr3AJ/R6bEH6A/4e6uqoCTVjXy/wCL4/6qdA295okDUANQeA697kUG866v&#10;m1fYZN6kWAuHk8hA9N7D/b29sSQxzjIK/aKD5dPWW/XN6dPhyL/tafmKUFPX1697mZDNb3eRXo4q&#10;2iVDdYyDAzk/2pNduP6e0h2g0JUD5EnP+r7OlV3uG6RGsII+08fn50697wPvHsgIKc0wZR6biYyO&#10;1xyWCsfbSbdcoaiNTXHH8+iw7rvlS3gIfmW4/ljr3tzw+X3BUP8A7lad7kqNIudV/wCoP59n8Mci&#10;ARyqFzgVrT59CvaLvcmPh3qaDxAyQBTy/wAmeve1lG7DymXGswYDQfGxKi/BIPB/1/aaRaAk0rX/&#10;AFZ/nToVqkjRGp+fy+31B697ZK/GbinkabGZapxMbWVVgp21pf6tqH9faaRS4ARtJHyqf2f6vt6D&#10;e42l9O4NtP4ZIAqAGz+fn1720VWDz9v8s3TW1ThgfLP5F5HOmxP0P+PvQjlMZjdi1c8AMD5U6RJt&#10;m4IlGuHc1rwUcPUde95aaXI41WH8Qp5bEH1MT6jwAL/8QfaiC0H9oKGtaV+fkehFt80tqviy6SwB&#10;4+R/b172p4NyZeRBFSVWNafQfQ0p8gBH10f8SPezbJEdS0X88cft8/s6PbjmTSgiTQpA8m/w+fXv&#10;fB49yZCKRJoqatDKSAr2P+ABt/sB7uCI1U8Kk/4Pl/g6Jp7qS9ixoznB/wAPp/h697CbN4nL0oMs&#10;mLno3VzeSD90uAfpcX/3v2+HJFAeHpnjw6jLdrS+i1HQVYfw0P2D7Dx697RyVVTPPKrVcglSyNFK&#10;rIVsP8ePforgPKVZiCPIilPsPn0FEuLmSdoxIQ44qQR+f2/4eve8ofLGS3BVTfUCfoP0Af4/19qi&#10;zE1FKfzP+z1s3e8q9C1Qua/Ly697S+e3JubGErT0szgnSQIWZSfwRxbn2R7lul/bNSAE1/P/AAdB&#10;DmHmvmSxIFpEz1xwr/xXXvcKiq925GON48dP5ZLs2mJx/vHtPFuF/MgJGeJrj/D0gst25pvolcxa&#10;XNa1xT0rXr3tV0WI3PJGTXSimsQTE0l3UWuAEH+8X9qoDdv/AGtR9gr0KLGPf3UG7fSPlmlOOTTr&#10;3vNSUtRJM8b5B0ZCbpN+39OLfW/takB1ZkY58+jSJbrWQ9wwIPwnA4/t697yywwWcVFZCioGOtg5&#10;F7/T0nm/tb4VuUNeIxX/AFcR1W7bQG8Z1p65PXvbP9lTTNY1GpWOpbA6Lf6xtb2n8O3+NvPomNvD&#10;N/aMaHI8xTr3tRYnbmNl0ytnaCGxP7MjBZBcE8C/uqGOI6i+PT/Vx6MbKx2+Ngyyg/KmeOR/l/Lr&#10;3tcUmBxOkk5iNwpshjKsGIHN7H2YpcwupCt/q8/T16GlnFbUAVjUfs+XA5x+XXvc00OLpwxEzuyF&#10;R6E1XN+CrEf717oXjLgRgfP5/wA+H5/aOjXxliFQw4/7b1x/qx172wPkJPOY6OWrIBOlSpT1A3BA&#10;/A+vPvTrEMqKceH+X/P0kO+XMbF0Yjj5f6vQZ697Y8tmcjDCWrjO8SjkAMRpNuTY/wC8+2ZpfCUs&#10;QSPl/sdE25cy3qQE3DFkHp/PA/ZXr3tEiqmy8yrTUc8wVhpLAsG5vwF9lZlW4I0pj1PDoDSbm+6y&#10;gxRMyqcFjg/6vn172usXSZeKMCTAyE/VWEbEhedIAI/P+t7XpI6poaMDGCKf5ehptLXmgq0IFPQj&#10;y9CfOnXveBKHMeZ3qaQU8IcmxVh+eBc/Q+3YWlLHWoUen+XHH/Z6bb94CctchVWuM1x5de9u7DDe&#10;NjWKtwhZArHX/r8f4+32lhXEg/zY8uPSnxrSWMtOtafma/tx/h697RkmQpIZ9VEstla5Ei24v9b/&#10;AJ/2HstN1BE36Nfs+zohfcLeGXVagihzUeX+r0697VFPuDGSU9ppqmJwAoRCEF/yLnm3J+ntUt/D&#10;KhWtD+zo2i3mFoQHNM+pGf5/5j172m5cgsddHCKmRYZjeOQzOykA3CnUeD9Px7RGcLcLHrNG+eOP&#10;l6ft6LpdyEV2kesgPkHVUH5cf9Wevexb2/uWGjRIKmaao5UII2EhHHHqva3+F/Zoql001Hz9K/P/&#10;AD9Diy3u4UBVb0rQ1/weuCfn172KeOOPyMsDO7IQ3qMlyU1C9gL2Iufdw7KDQ1I9Djh59HEG63jn&#10;TkkeYJ88H/B1724Z3b2PVl151aeLxjVGWAsSeQSPz7oZWc9wr9mRTHnjNOlMu77mwXUa+eK4r8/s&#10;xTr3tIT4PAVCiEZfW8hAcFlsNX0Uav8AYc+9F3joTQegz+df9X59FM901yxWbiDwrkfyA8+HXvfC&#10;LrqlIMqVIaM8FmK8enm6j/X5HvZuKduK+nkfT8vmejGz2eGfOKeWeIpxpxH+fr3uI3X0EcnkSaRS&#10;gJuGBF+W1C3Nv6e0M902s6RWtfX/AAdKZeXoIJBpwONPT5fP8uve+UlE9MuhKyaMAFb6NTm3pJI/&#10;xv8Aj35J55RpAx5/l/l9Bjy6UwWfg1rQ19OFB173igxlO7I9VWFvrqEhIsPqv+N/8PbMtxPxJNR5&#10;cPUf6vTpZHHDXVIRp/If7Nf29e9zp1xUEf7K0jSG9mkN21gcED/WNre2Y5Hd61JOK1+Rxx/1Z6WJ&#10;LaAAKF1fLJ+wg/4fn172i8jX0UB/yqlpZYrXLeFJSy2tYhh+Paks+lmfBbhX5H88eXz6C+9vEqlp&#10;lGK4I8hn0HHI697zYnce19GikgpqCXUVYx0gR/V9WGn6H+g9+jKutFpXzHrnhjoOWO4WKGtvpHqu&#10;mn5EDz+fXvauFZO62p6yGcE6k/a02t9AT+be/RwutaEZFKU8vnX+XQws92AygWpAr/FT7DT0697y&#10;xS58XYtRyopshlTSV4/p9Tf2w1u5HbxPkP8AV+XRtFezSpxADeh/aOP8uve3VNwmhjaXLRUipb1A&#10;VLKknH0AHq9ll1aSLwx5Z406UGe1hTVcgY8yRw9a/bwH7eve4UfZuyi7rUUFBCx4JaSbkH+0P9j9&#10;PZTLaTPguMcTgf4c56KLnmvZQ3hgxAj5gEf4Ove1nhN57VyOk0c1PGIwFK3B5P49QBP+8+yufbr6&#10;lV7vnxx/sjpRa75ZTLVCpHy41/wf4Ove3x8/iY0eJ1xswcllM2gyAgfTkcD8/T3qK2v1WqllJ8qg&#10;cP8AV69GMm72zI1XIJpj/PStPt697TeXmxFVSSlMfipQy3DhIi4sLkA2vxe/s3tY7wOElatPLjn5&#10;9Fl3cWjdp0k0rT8/9WOPy697C9cxt7EysHnWnZiy6I14VBf6W/x9icRsUoTn5/ljphOYdrslprCk&#10;54Yx5Y4+ueve3Wj3ttOdlharsxGm8vkRFJHpA/4r7I7yzkkcuMnGMf6jT06YfnK0uJSscmQR6Cvp&#10;9oHl172tMdkKJpFlpqujdWX02lD8j9IA+v8AvPsouNnueCA+X8/mMdKYt7hDYoQeIrqr9v8Asde9&#10;vVZl3WJ0vADoN2CLcWNy1zzz7bttuuYmyePrXP8AL9nRnHvsKrqUgA8V9fL+XXvaYfJ5VHaSgrkp&#10;nci9ih1EH03jbj2Z/RM61CnH2/tof8NOrjfoP9DAAAPnw+R9M0697zVNfvKZNMWTMz6gBqeCMfS7&#10;G4H+wt+PbY2xdOqWmDwAOf8AY/1HrUu5+NbASMK/IcfnUftHDr3tPVdX2DpKisrITqIApJ1PpHA5&#10;9mMNlbKgUKBQHy/b9nRJJekPo18B+Gg697TrZzelMNNRJnGCkr601agPqX/w9mCQ24GEB9SAB+z/&#10;AFZ60L+XRwZzwBoOve09X1uZrpFEkdbTlrjWUlAt/avb+v8AX2+s1uv6erGfSuf5/wCby6JLiW6k&#10;OgEhj5+h+z5j9nXvbXU4usKjzZTJRo9yBGkvp4/BJ92NpFOKBu75ceHkf8v7Oi+5sdx0GkrL6heO&#10;fT1/bnr3tK/3TpWmJky9fO5N/HKdAUlr82Nx/r+0i7Nbgl3kZqVwT/g6CjbEGkMktxM/yZqfs4Hr&#10;3tb4OiraVtCyk0yIxW7ltTot40ufpf8Ar7M0trcIIqYpX5/t/wAnQmtbm+tkFurkqo4ZqKcK+vXv&#10;cynzmShlMk2KaJo2LK6u6kgHksDwR/re7lKgjOPIcDj/AFfn0/Bu15G2p1rT58Py8x9vXvbi3ZuR&#10;hXxzxw+FSdSM4MgU+n8j6+6hRGBSlR6+Yx5fL5/l0c/11uIYikoWjCh1caV4cc54de9p3I9g7fkQ&#10;rV0SWYENqZR/r/p5H+397lvraNtbOPs/zf5cdBnc+cdt+OchSeP+an+qvXvcTEZLCZidTiaNUY6l&#10;YvMQvPFwG/4r7tDexzDVG1R9g/1Y9ekFhuO3bmfFssgnjj+fD9tOve1CuJx1DVQz1dVAVuWlpTOj&#10;gKRYhh7WJeFWoaVHnjz8qYH7OjO6tUtmUmn8XxAgg/5eve07kYcUgqPsZIgJHLR+oEi5/Tz/AE/H&#10;vaXSldTcfkeg+UCOWByTkfL9vl172mPtqh3HippahfoWRODY/S/9PdpWQEGhbyrTj1oQTNIFjjL1&#10;40AFeve39aCWmiWSoxtU1k1BU0kG45J0/wDE+6tcFRwIp5Yz9nR8u3tHFqkiYn0FCPs4jPXvbVI7&#10;M2gUNbANPp9B9Lf6r20L53JBUqB9g/1V6LZXDMUETx8Py/n173NgPjQBq50a5vFNGy/UfQk3/wBj&#10;7fWYuaA1+eP8PH9nW40EdGZiKeRH8j69e9qCkmcIywwxzyLYtZbnjkEc/T3cEjgR0sHdhRqFf9X+&#10;o9e9ttVuvKwyyQQ4KrqpIjbmmkES/wBQHYf7z7SzXskYKIhZvWmP216J7vdpYJjDBbvI6/Ki/kTx&#10;+3r3uHHn8/VapKrbGOhS1h5FSRzbj8G4P59tQTXTHU8VP9sP9Q6T2W5brLIXntAgz8TVPp5Dr3uH&#10;NW7jqZBHR4NYSxCh4o/AhH4sSbf7Ee7vc3cY0xxZPnX9v8unrndd3TTHDbBQfP1+ZFa9e9qLH7O3&#10;blhZ55aRjy6iew455AJ5961NIup3Yf6X/V/Pp6JtwvFIkmZDUV0nB+f5f6h1729SdCbryEDypn6p&#10;Q3rCRku+oLfRpDfQ/wBfaKdWKHTPIB554Dz6L9w5Tv7uCS4W8kC1ydQFPy8h/h697SEu18ltGnmb&#10;LavHQeQy1NfDpVUjYlnMjXFv6k+08t3HbW2uRyUHEkU+wD1J/wBnqIOZz+6bEm8lLIleIyfSn2+v&#10;59e9kO7N3Z/fDdVXkIQq0NOFoqBUXSpp4CQZgCfq7Etz+Le4u3C6/eF405qFwAPQen+T7esPead3&#10;/ee4vPU6KkD/AC0/z/Lr3sMpToYl7lrEKt+LH6Xv7baq/H6Y6BMrCpC9e9yMeAZgz8i/0Xn6jj6e&#10;22DU1nph5BGmoZPz697VdTmo2pxTxRJCqFUeS1nJH4Fv6/n22EoNJoa59ek36jtUGvnxx/m/Lr3u&#10;ArrOrsoLg8EsTe/0JHt4KAeyoJ8h03KsgNT/AKv+L/l1722/av5XST0W1WVrAkH6Ff8AX97qwNNJ&#10;J/4quTjp8XClVpmvy9Bn7eve5K0+mGUiO9vqRyQfwST/AK3Fvdgz6cnTx4inTDynWDWnoPX/AIvr&#10;3tqhYLJpYHULkkjhv9pv79Q0Kk/t/wAn+rj0t06lJHnU/Lr3twdfIl0RU0kqQw5uRxyPx7cpVc1B&#10;9ek6sI2KsSxPD/Y/w8eve5WIxs9TWxJCCJ5CVTQGYkJyzG9+Bxf/AA9uQQPJKEiqSaj8/wDL69M3&#10;V7FbxszHtHE+nln/AFcevexEk2zURNHG2qfXGBOqEvoqUUERm1xxdSp/IPHtS9lIhVfMeXGjcKfM&#10;Zz0Upu9rKoZagHhniPX7K8R+Xz697SmSxhppy0yerSLwaCNL29OrV/sP8PbDq0LVlBLVNAMfs/M5&#10;HRrb3scsJKEk1pUD/Vjr3tgpXlhdKmIkyIzPIqg6oyGsp/wt+COPdV1htbedP+K/2OlUgDqY2IoQ&#10;KV8zwIJ697ef41l6SnWPH5CoohPUCWeOmvGJHCFRPI1/1eoiwH0v7cS4liJMDlWr6/l/sfz6SCxs&#10;7h9E0YfwxjUMD1oPl6jr3tkliNlM+pjrPrBBuSdTa/6/159pQajLVJJNfl6D/L86dGKNCv6cdBQD&#10;h173CeIB1IOoWf0tfnUDYg/4e9Fe75Z48MfZk1/w9bU1bHp172qaahapioVVFZA6mqAN2vCfIwc/&#10;gW/p73WrUU4Oc8KHNKeo/wAvTVVBZweHy+Q4f4fz697GXD7vqdt4PICB3019MWlR28YkjchBDdP6&#10;6gLA/wC9e7oAoYk1Br5CnrQDy/L7ei6SzjuGUknBNAPn50/1Dz+fXvYNU1YkOWmkcyNSy1E7JOBZ&#10;4ZjGRFMSPoFYgn2jMaoS1ag5FDnjwJ4genR6h0oErUrTJ9MCnqf8/wCfXvYmUe78rhaShME742vp&#10;nM2PrqRmD1sYJuZGB/Tf6j6H6W9pPCTxfHZSHqNPz/Z6fsPVomPjs/4gR9oIOCKEUA/Z172+U3dI&#10;rKlo95UUk6sdD1uLfRVIR+lvtXPj4P1FvYsseZJrf/F7pS+B+Xz+fy6lTbPcG9t41ivKzABe4VqB&#10;TBPkfl6cevexw2ZvLp94qiofddrwhY6PLxvTVML3vqbyek/04f2LbHftumIYyhCaVDYoP+LPUp7F&#10;z/tbtqNyUOK6yBQUyKn0Pp1736u7Z66oampGRzy/bxOft4aDyVMkq6QQ1oSf95IHtRd8x7fbkqsi&#10;tThpFf2eh9ejC/8AdTabMOguQTQZXNfsA4fs697BPdfyDiSZ4NjYo0sSFgmUyxMtU9+PJFSg6U/w&#10;1En2Dr/maa4aluKDqJt99z7y+Zl29dCt5nj6faa8c4697duuPnh8u+qIqbG9c9/dg7MxMWQlyAw+&#10;Byn2mJeqnZTPPPjkXxyMwVVYsDwAPets5u5o2seFt17LArGpVG0rU0qaD1pnrED3Y9gfZb3x3U7z&#10;7rcuWe+XmgRLNcRhpUjFaKj8VAJJFPPPXHSNWqw1EAEgckA3Av73j/5X3y83L8vPjbhd0b8mpJ+x&#10;trVI2/vKvp4IqOHOvNEJsVnGoYQFSSSIFZ9KhS6kgc+8oeUuYrvmvl9L25I8eF/Dm4BZNWY5CABk&#10;UIY8CQCMk9fKv9/r7tuz/dt98LjYeVUdNl3KP6myVmLmJQxWWEOclUagWtTpOeuXux3W7l+BZX0R&#10;spHOnjW2n/H8ezaR5meQLSinSpBGafiJ+fpx6wgKooBzkVNfX0697eYhpTUxva1h9BcD8H3Im2R/&#10;TWxnmcGgFFFQtQK8aE5JoR/I9FjdzaV/1f4Ove+q2OKpi8ksTM0SnxBJGA8rCyXuQD/QX4933uzs&#10;tysDPdxMzxg+GA7f2j10impQckU1cPSnT8Vw4k7aKDQE08q/mfKn2de9pvH5CtpPuIK2imgpaeTx&#10;RSPKk00it/aZUJsCf0kk+452fmLdtgWSw3K3dIIWKGp1OuquDQkdx+Ek19D0a3lnbXGia1kVncVI&#10;AIUU+3+eOve3BcrFUmG0cieaWWmjDqC5kjHpYMn0DW4Nx7OLnmyLeDbmKIgyl4UDEEhwDpIYU0h8&#10;CurBFOkbbfJDqqwOkBjThQ/I+Y9Kde9xslmqTHY+SStgl0xOI3UxNLNLpIWWSnigWRpLahxb6XuQ&#10;Pdb/AJjsLfZWsr+3NVOg6wGZnQDW6U1ayK0zTganp6y224vLsJasO4VBqABxoGJKheHr6YOOve0n&#10;mMdtqs8FTkEgSKgnerwNVUVIjlosxLSPC9XSU5bmRI5GUKUPJIt+fYKuINmRJmUH6ajCFjJQpK4B&#10;dggIrRaVGmhIp8+hBt17vVsGhtCxMo0Tqq1DwhwwV2p8JZQa18q1697Q+cqxhdrQzudwbpOHgaNx&#10;QUcTT1IqnCU8yxTSQR3jiYyyx6rFVNgWsPYVcxtYW/iTSyrFrUtpITuqY6VIodOWXIP54FG2QHct&#10;9aNPAsBcNUeI50rpFWFVDtRmGlWpUMRkCpHvaD6+poKTcf8AHZ65E+9xJpKQRVciQT4dqhqtayah&#10;1aVZnYhWKaktpvYeyC1vXs7pbWRgqVLM1M0xioFRwqB5GnQr5vmluNm/dMURPhS63qgLLNQJoD0q&#10;QAMgHS1dVK9e9mNp66srQkFHIstFLj4mXKF4pTJVFyFjghpwCTGvq1E3J9ylb7vue4RRWNjIWRoU&#10;DSEKxLrWixqgDVjHmTqYipr1DUtrbWlZbldMokP6VCKLTixbHccUpgde9zK+kyK0iy42OmrKmgjX&#10;xwZGlWQ1ska6taPNcK7Ast2HN+SPr7EVxtm6NbpPtxWZ7VQirPCWaU01FxqBKMalakZrxFK9NWN1&#10;aLd/44TGshqSjYQHFCo+JRg0+XA8OuiLi3PP5HFvb5joqoY+nyy4wfxSup6VK2B5molUxm320Wgy&#10;LHouRxe9vr+fYv22G8G1Rbxa2yveTQIsqa2hwnAKDqVNOeAzQZ61N4azeDqLW4kbS4Fa1PlTQTq8&#10;68OIGOsZsSykjgE2tqIB45U3v7WW38TW18kpyvgEk1TLJTRxRCCenpVe8cM8oZjKy/2pfz/Qe11n&#10;LfQQy3F9TVIxKqFAMaH4Y2ZSQ5BqdWK14dCnaNhi3u7jjnTRQebd5KHuaooxU+VakU49Jfcu4YNu&#10;YyqyBEjpTxgkKAya3X9tQG4H9bce1bNtmGF3ljl/bVW8qvezA+om/wDxr2oTdJHUK4z5EdCq65Ct&#10;bSZrm3k7FU6w3Ajiftp6U4DoOcF20mXjpYKnHutTXTiOlakOtQ2vSolVuUP+N/z7DjEzMkVXE2Ii&#10;okBqIqWmjMEnkVXJ+4CxD06rFtJ/3v2n2RrqWxb6vbf3csTNpj1RuGAYkN+nQAue4ClRXOcdRgLi&#10;OK4lEbLcGVCBQUII4nNT2gedPl0NMillhdnaLxsjSXNrj/UE/Q8/n3xgiEjCqdaiMvGWChNKAHm7&#10;qOPrfn2Z2UMM7LuyBo2kWhjJ0gf6ZVwzDyJqQMdE6o2orKDT4gQuP2+Q+zqQW+liv1sbkfj6jj8j&#10;3mqI0emYeIStdXU2JNx+knni319v7lCJrR1aPxiBVV/pD4TxHA549WNBDQDuwdXnT0PGmOvC97k/&#10;W9gbcWP+Httig8fqJKPo8ZKMdITVq0gH6883A9km3bQlkgkuC0c2goShwFrWig1qamtaV+3pK8zN&#10;2r8Na/t/1cOuXtp3EaSGgWSsNQyNLFTg08MlRUu9VKIQkUEPJvf1Hiy3J9kfPO32I2u3N9K57xGH&#10;A1ys0ppRY+0En8RqNK16MNo+oku9FsAGoW7iFXtBNST9mB5mg697T+S2/U4XC1hxzVtQYHFQsGPp&#10;4GqyBKJTTUyv6S3FhqN7X5v7BO9e39/sW1PNtcrS6SH0xx0f4qkKo1EsDwPGnmT0c2u5JuG5Ib9U&#10;UHsLOW8MHSRViOA8zTz8uve0zXPK1HWvXxmkppJI6uLy2StqqmoC+NamFh6XU3GkE8C/uNdxMxS5&#10;G4Bo0LeJ3grLJI9NJkBAYMKEEHgM06N7VY1uIltG8SQAo1MoqrWulvMEZrQcade9p/GpJkKKslZJ&#10;FrJJvIKQaHElaqmCneKZQbwADVotdW59lts4mgmRO9pSKBRVi9NKlTx0AZK8Qc16Nr1ltLmOMEGM&#10;LTVkUTiwYVw/lXgR17280WFoK1K3F1ctRK9FDQ1OUXwTxxU8lbGZIlgqZ0EcxcA6vESV+j2PHs4t&#10;uX45oXSaR3REjklIxo1YUVOGJp5Z9R0X3O53ds0d9bqoEpdYjqUlghoxKg6kAPDUM8VqM9e9ysdJ&#10;g8bVVNLXLVTQxyaaaWWCGHyTRQ8RxiELr0LyCefz7VbTLy1Z7hNbbyk00SKQhCgd9ME6aVoPMknz&#10;IIx0xepul7Ak9qUVmHcAzNRSeJrWlTg+X2de9y8hmhNTYjNY8R1LxrWfvQeaWUY2AEytHSqVUyuF&#10;0Rq4BL8A8+zPct9luIbDc7bT9RSRA6ks6xIwoWQFQGZRpQEKS3wkA9J7TbDFPcbbd1QHR2tpA8Q8&#10;KtkhQTqYgmi8Qeve843sKuipq3G46qjkqqGCphoMnE9JkqYzyBvDlKBi5jYcl+Tp+nsy3D3CEYA2&#10;uFgTGugShhIC7ByLiMs2Sa6qltIoB0yeWTBdPbXkyssbsrPGQ8baRSsTgAMDimBXJ697d8NLDLJl&#10;WIU5WUzsKyQxyTepAfGhUCy/TSl+B7MOU9xgvp9yMlDuMyuUncoZBVcovaKIfwrWoAA6QbmkirBx&#10;EA09oBC8eJyan1P+Tr3vlja3ILkkjrvuZIo6NtNRpVKaaaWQalup+qD8Ee68v7zvUO+xjeWkeGKJ&#10;1Rq0R3citSKnspXTn9nVL22szZF7XSrM+VrVlAGDkcG+38uve36tp/BC89PqQ31BYXCDSfUxLEc3&#10;+vsd8wbU222R3TbWdGJqoiYBaHJLMQSxJzXhTootpfFlEU1CPnn9np1720R1rVvKTxs6gXLENISn&#10;JUAD/W49gZd6uN6HieMGdEGWI144qABgVzn7ejNrYWvxIQD+zP29e99wwytNCZJE8by2jVLGRXXm&#10;Rz+Lf093sbG8e8hM8g8J5aIBl1INWPzycYp9vVZZIxGwjHcBknhTyGOve3GuNXBTyCljVvSzM5s8&#10;kaM1iyWtyfYp319323bpY9qiDDSXMh0tIgZqFlI0mrDFBWnSO1FvJMGuD58OAJ9DxwOve2Fq6WaI&#10;R0rBJ4mMFWQTqgRl12DL+kt+fcfSbxeXFsIttbRMv6czVOpEahoG/DqodXkeHRqttHE+ub4WGpfR&#10;jWnDzp5de9yTJS5HD12N/fRftmaomGuGRo2FnVZRYi4vZlPsQWN/ZbjypdbFAjo0aeJJIRTUpIqN&#10;WDQjgamowPPpoJNZ7jFeDSTqGkHIBHCozwPkR172jo4IY1/hlERGaRVntWuza6JEDyOpILOSOASf&#10;r7jBLdCz7dEQrLqekrYMYFSV41J4AevHoRPJI/8Aj1yK+ISOwfjNQPQLQ5Py697ZZospkctSUFBP&#10;LDSSRJVTVi01MYo5o51AoSZrPrePm4WwANiD7LUhudxvotvs8h8liAFBBoFqaHUF/L8+jON7Gy29&#10;7u7UPIDpCamqQVPf24oG8iakkYp1726bokgqaCqoJhTVlQFihqcW8/iE7hwY4iy8ElQHFx+PZ1vE&#10;tFa1kcGZKK6VpkEEAFcN2jUD5ZyCOkOxJLBdR3cWqNDUrKFrpFDU54UNQeve3LalVWZA5DH5fHUd&#10;Uoyc60czRmOOWjpoks8Wq5Z7MQZB+Qb+xJylML5m2a9sobxbh9Ss1RRY1o6oQCdZBFGA9anpHv8A&#10;Bb2fg3m3TOn6a61rUh2LcaUoMV0+hHXvc3LUlXQRf7iomqZaeped8dFJCKAJNAYIoK8OpLBv1Bh9&#10;CLke3N42y62WJodsXxisut4UZHgjVgVRZhprIzCtGrRRx49JLC4t7t6X5EauoXxSG11VtRMdOBHA&#10;g8fLr3tsq6WTI4wrloNUEWHraurpYmMMb10TrFFRh4zb0k+kj6+yhLSW8sy+5miw208pC9imZSFj&#10;jFCRUEigUZHS+3uEtL7/AHXt3tMiKxFSEYEl6H1pmvDr3vJh8rJVUVbUJH9vRwQxU9KWLmvjrBOI&#10;JqeeJlMYj5T1K+om9/b+03itst5dIWRolRYxQ6gxkVGDVBQKdQrQhicdN7jYpBdRRO2uRyWelNBT&#10;TqVlYGpbBwVpw69755Js/R0UpSR6kVslPK9PV+Gm8VRFJ4xToXAHjYDSGve1jf2zuq8zWtg0MzFk&#10;u2jd1lAjIdDpAGqlFIFFI4qPkOtWX7qublUYBPDDCq1aoIrqNK9y8SKceve4yZLJzUtZHEuuvtUz&#10;wUVVVJFUxyeIHxQSwkK0UVtCXU+oWJN/bK7ruN9DJHGFEoEhCs5VgdGNDAgMqBdEa0NWxknp57Ky&#10;S4jklNIu1WdVqpFaVYMMM3FqEYzQU697WG0MPna/O0DTO8VHSAtV0NZTCKqlnqIVLVtNUk/ojF10&#10;m9/8PY75K2ve4L1L6/BSO3qxSZGWRmkjILoSKsFaikE/bk9aitrTcZ1221j1Syuh1o4okStVgyti&#10;pHdX7KAg9NuVyMOLx1XXzMoWnidkuGdXlAPiQhOeWsP+J9hr3eKrH7py8NP9A9ORO2lBLC1On7bI&#10;gAH9T7hz3KUycz3bUy5Qkk/0AfngAUGM0z12R+78lr/UWxhTKwoUUUz2kgH0zx8qdVp5DTmd112R&#10;yupKmumarnggZ5FgqpJm/dp6hzrYoCE1argD+nsq+aoY8u9VEFjjq2ZmKK+lU9Oo+NDb0n+n1/Ps&#10;Fsu3zQCN8NUGoBwflxp8+so9s3C6t0WL/QyOHzr+Kvr0u8VKdtLQV7TzVNJEqxiWZRJJPEpaNBNJ&#10;GNOsWPq+n9SfYK7iw0ojnoa2OVKymgkjppUZkEkOrUySMn6+NQ5/AufaF7F44g4Y6WzUnj5YAyKH&#10;Jrivn0Lds3CVbhSSBGxGr5Hh+z+deh7wOboKhIa/GyRS01RUq9RAVEjRzGIHWiyj9vkBgB/X/X9l&#10;g3ntKGqgE9PTgPT3R1udbqvpAfT/AEP0/P8AX2jSBWYrI+rTmteJ86/kPPqWNm3EqwtAwUEg14jj&#10;mn24rToXcdkWuNb6hMLgWAVb8ixPB4H/ABT6+yZ9x9ZQ7nxs9FXUbVtGbkROoje6vqdEcAEk2uhJ&#10;4HAt7T3SSroUZXOMYr8RH+X/AD46lPbNza0UTRSBHXiKjh8x/h406UkMwkFri/BsLjgj/fD2T3H9&#10;Q4aiNJRYyOKkqMJV1tXDKq+GpNLXSXNHVi9mQcaW+v1/r7K/oYydBFCO6oI86fsFTk/n5dCo8wyJ&#10;W8ugGDimDjA8zx8zjJ+eOs9/efJ9NTVJauqKNpvuJYjOaOURrJBxdpXYXax+oIP+uLD2ujtbiH0b&#10;VTuxw4U/wY6U2vNAiUJEDoIrQgECoyBw/wBRr172tqTERYBKOmWnFXTMUZKvTraKRHDNHqv+fo1x&#10;a1va63UwKfEJyRTGcjP86nHSV5JLl2uNek4NOFa8flXOKVr9nXvfdbK61ZeI/bLIWLIRexewtqb6&#10;2v7anZQxIP8AmqflxH+rA49KobgtCZNWWPGtf9X24+XXvbZBQMZNbX4NojqBHk1XIl5uot+bf09s&#10;qhJYsAcVx5E+ZP8Aq8ula5QquSwrWvn51+Yr17280VUdCwVkUrxROyAeTWEjl+gi/PB+oH+v7cuN&#10;IFGNGAzXNPTgKfbXgejuwelARmg/LyqKeXyPl173DqMlLRAylJWgUaFKGxJ1AXN+LfS59lq24Eip&#10;86V8z/l/zcOpY5JZrvcYljxQ8eNfIf4K/Lz697L/AL87BixFcVSnqZBUuxEkOlQEHLaC1v8AiPY4&#10;tdua3t0lfVWlAK+n+T58eukvJXMNxsmzW63AZ2C0qDnjitflwJ697SNDu3E5IxzzZmSlmXkx1aSa&#10;YrD6XW97/wC8+zOCMMKavmQcftPAdS/tXPMM4DSyhCK1DYNacOI/b/g697kZLcuMLEfxGnqLgAGJ&#10;3VWsLnggezPwLUBWdhWvka+VOju/5s2uSIGOdNVOGanHAH+X8+ve08JJ5189BWSIt2GgytYW+hU/&#10;n376SA5j+fljPmK16BrbxJNLqgkNRwAJ/wCK/n+fXvblTR7sqbLCRJGBcEurMVJ5NifdZIJhRarQ&#10;fn+3HoOjmz3TmK5jEUUhMf8AM1znFT/g697zVOG3YKdnEM4UKSSp1A3/ACVW5tzzx7STCh0NQH/N&#10;8vs8ulUw3o1jV6OAa5xj5/5uve0tjandcGXSEJIxW40lXsSP6EcEf19lqlxN3UKihyKA14elfn0R&#10;7XufNMW6hZQrpTOrI/zde9reppt8VehYYZogBqBV2EdwTY/4ce93smR4bJU8dJx0Lb693wlQDGg/&#10;okEcflXh6fP5de99xU/YVM12nlZRa4Et1Vf+C3v7LljR5CoIJr9g+Z+zomS63ZZTG0gP2Vp+Veve&#10;1BSZLPIyiqW99KuXNmsFHP1Jt9PZklqBSmAeBHqPl/qPQtsNykDBGOn1auQaenXvagSqkYjzSfjk&#10;K/H1v/r8eza1hhkf9RsDH/F/MD59CyC9tZv7aYq2MDz/AD8sCv8Ag697nfwdqpA6lyrC+pSQpAHJ&#10;4P8AT2ZeFYxqHU6j/g9DXpBuCxRqJIWMg9M4qaZ9KU4+fXvbXLgoYbstS4kLcmxFgTq+v59qI47Y&#10;kV9PXz/yeY6DsclwHqc8fOuRwP8AmPz697zUVRkqGQLHVzPGGuW1MSQfopJ549ld9bWn9pQAjyoC&#10;D9vqOlsO43FrIrBqD0pWnrj09cfZ172rYty19REIXkmkAFgGUBNQN+CPyf8AH2ErqCzgcstEpwIr&#10;njX1x5dHJ3nPkDjIwSPX5de9x6ievqwxETgjUBd/qLWBsPxz79bXsSGgbAp/xefs62u6u1ShBODQ&#10;0JJH+X+fXvaRrK7OwStHHGFsfHH+bj6Bhf2cRzKw1nIz0jnu7qQ6iRTzpUBft9Mde9xmq91Mun7J&#10;i3+qTSbg8/j/AIp7ca7h0+GlKDjU9VG4zNQELUeQbiPL7ePl17211OWz9IS9TR1LAE8AAqABe5K/&#10;091WcP6U+Rz/AKiOkV1vEkS6aGh9G/wVP+Ade9wod25SpcIIlsbKEKE8X4BY/j/D2pBjEeqn2jGf&#10;835fnnpHZ8y3Rm0A8MD1Hqanz/l173Nqjla2MMMZNMeQWijIUkeoMQPbUt9bhKaRivn/AIPX5dHd&#10;zvJuINIWpp6n/BXz/wCK697ixLuGSIIaKSlsQo4IcgcDUQOP9b2hkuI5RRgF8+I/2OkK3dxOoEyh&#10;KcM1wPs/2eve8NLtioyVUfv1mIJ4LTafzyOD7D+5eGVJQVpwFMfP/P0U3MJlJapannmmM0697X0e&#10;AxdAkZR50lVQt9bXuv8AW3AsPpf2F27qhhX7M4/bn+VOvCVIlApilfX8hmvXvb0kMLQ6PupplOlh&#10;IIwStxZV9P8AT3aFHi4jT/xf+HpRbTK1M/EK/n5j7T172mcjtRa4tpytdGb3DHUFJb8N/rexHZXM&#10;aIAOI+f+o9LJojcqpV9JzgGlP28eve0vLs1IXs+Wq1LEBmJIH/JX5/1vYjt3V10sSR50an7Bxp0X&#10;NtL1JV5K0ydQ/Ya5HyP+Dr3uMmBxakx1GfkXi5DyEAgf2Qefr/S/td4aABQxJ4kVx9tfP7B0i8Lw&#10;30GRjTy1f5f8I697c48HgvFZMoXYnly/DW/oLXFvemkCOavQjyJ/wefzz0pEMSKRUVpWlafs697a&#10;KuHb1KdL10twTqYMSRz9Le7pJEylpGFftpUenn+fl0UyXfhNqcY8gK5/M+fXvfeMyeGp5DprlQf6&#10;qUtqb/b8c+ya/igY0Jz5U+fr8h8+jO13a2RKggEYFeGf25+zr3te4x469WNK4niX1F1e6lT/AIt9&#10;PYQuo44wXU+f/Fn7PTpUt9bsmpMn+R/z/Lz697mviYptA9IP1UagQLHluT7rb3Utu9T5Aj1OfIf6&#10;vl0+l+FNSQB6V/l6j/B172y5XFY2mB8tTDe9inkUkm1ySAef9t7F+13ElwApU1Hr/qx0ll3WH4CR&#10;58eA/bw697QUoxokJQKw4vYMfrxc3+nsaQKp7jnhX/L+3oiubuBjrRgc5p6ev5/l173NpYaKsVVj&#10;jpwdar6mRGJPH1f3SU6ASRWlfLh6DpXE6ugGpWr9n7MeX5V697fF2tC6a5zH6h6Vil9LWP8AaZTx&#10;7DV5JK0vbgD9v2/P5dLjaSsva2KcP54Pn173KpsBjqaQhGh1jnxySBnFjyQCfyf6eyxp5qClc+dP&#10;8n+Xqq3K2tKt/kqPsH869e9vsVAys3hWFV1Bmsw9QP8AUD/eB7YW5vQDV8AfP8uPRnBvYjAXxAAO&#10;FcH5Y/z9e9ui0kugv4YXCqVv+oD/ABY8f7z7pJfXqGpFRxweJ+zI/wAnS0bqJSasW1elP5ceve2X&#10;IvFTo8tVRl0AJISIsAB9Rfnj/Ye6pu93HJopxHrn86cPz49I3nVhoOcE0BqafkMde9h5Nmtv1DME&#10;p4UYFgWeLSQfxpJ9n9pujsKM9fQkfLiDT/L0ga425tSuVqOFRkH8/wBnXvc2iTEVCtcwgsDY3sLD&#10;+hHta99I39mxanoKGvnX7PWvScC3kPawNPIGgP29e98nhwyOY3q6eI3sG9JW7DUP8f8AX93W4lwx&#10;BH556o0lnGQfz408+A9eve5sWNxrqbVKlDb1RNdTxzpt7d8aUgo6/PNf9VfPOOjGK+tSlQRQ+Q/k&#10;eve3CjxW2tZNTK0hVgBqlIIBFx/h/Xj2XXMTFdSitRx/wU9enUu7IONVCa8Sw/LHE/5Ove11j6TZ&#10;tIPJJEhX6l2ufzwvP5/Nx7CV9ZXRIK/6v5f5ulUlzbxgamy2T/q9P9VOve5FTkOv1uZIIJgn+qup&#10;U2+guR7rbWO6L8QFPtp9nr0tttzgiFWIIPkTxpwOePz/AM/XvbFLuLr6MMkjQwqvpQEghV/JFgeb&#10;f8b9qXtL2lWAU/bx/wAH+Dpu83+w0UYqlfQ0PzqSRj/VTr3uRSf3AyFjHnKKK/AVZxqsxuGGqw/1&#10;/wCn+29l8kd4OKk4oaH/AFcf2V6Qxb1trtVHBFP4sfZ6fz697chsPBZD10WWpZFYEiTzRuCx+i8/&#10;0PHtM0t7CxfQQR5fIdOPNDP3q4r5UpwB44PXvbPU7Hq6NZHFTFLChuwUqzKt7Xul/wCnt36q5YCt&#10;c+YoB/q/4vqzq60KtX5j/B8uve2daWKjlbVG72ABvwGIt6tJ4P8Ah/sfdHvbpWGkmg8q1I9ePSc3&#10;UmtlY/LJFT+f+r7R173kmNPLbVEukA2YIARY6gwsDf8AqR7fh32aHtJNR5dPR36oChf8vX/V9nXv&#10;bTV/wiI6pX8RX6lQ6oL+q7fgXHNvZ5acyFno5I+da4HEflWnXjfwMfi4ev8APhn1HD59e9woq7Fu&#10;f2J0kY8aVJuDax/P+t7M/wCsK6AK48uHn/l/Lpn660chSQT5Vb/V9n59e9uDVccOl1glYsDxHySo&#10;+p9pjzDGSSTXPzrX/Z/l5dLbfchCS0RHD7fkP9Xlx697UeEy8NZI1OskkMwUEBlKmwHLXbi34+vs&#10;uub+OXuORxxx9Oryb47nUTpH2+n+z/xZ697mT5bJUDkoqu4OkOlmQ2P5YH8cf74e9W1yxOqMlhxo&#10;eH2/s9OlNtvBzVtatn/ZA+fp173HiqamrV5anxRggN62A4P5C/4gfn8+167i6ggD51H2/wCqnp0p&#10;mu1caVFPSg+3jX+Q697aGyUFC7P5lcgnhWLH68FR/U/092fcqoRxLeXr5/6v8PTKbs1qpauWGRTB&#10;NfTzz/s9e9vuHzr1TM0MD6YyG/cQK3ra1l0fj+v9PYVvbjxKg8TUfszkf6s9Mzb5NMumtMUH5ZpT&#10;0Feve1SKur8ZqDCLjgLqN/wpAP8AvN/ZCZT4gUN/IUpnP+r16a/eJqBXHD4cUx5ef+ode9//1Nfa&#10;j3fTUCCOngxkjgnVGY1HI+hPF/rc/wDEezWCKOR9UjHHwn9n8+FOuzFvuqOCHIzSlOH+rPW/x7U+&#10;A7Cz3n0JQY3wyOVLBYtPjCagdL8nj/fc+zMxW8UVa/nX14/t6XSXoMAFRQ+fEjPGny9Ove827Kl8&#10;zEGlp6ISsvDRKqMCv9GHAH9PereaNZNQY08vMf6sdIY5ENxqbAzQ44H1PXvYVw7UeoqCajF0c/ks&#10;yO04kfk2Bsfzf2ax3UYIYnhx9fz6O4p4SVMijHlgg+Qr58Ove5FZtHcNK0ctBSUcMbN+mUxem9uL&#10;A/nn/W9mCXlvJUE4OPkfkeq380aKRCqiopQGtB/q8sV697daXB7jVo9ciMDbVEpUotjdl1f4+6S3&#10;dnq05A9BX7Ptxj9nQMa4kMmCSq8aebVpTPHyx172xb4ps5PQ/ZRY5ZLMbkShSyqObW/HtyOeCuoH&#10;j8j/AJOkl2Zpm/TrSmK1FPXHGv8AnI697B7E4nceNmCildI5JLlDVK9l/qSTwDb8+1SXMbAqf204&#10;/wCr+eOtWDXVuSjVoaDjxzwpXB+YrjHXvYxYHGT1QWOWanRmPqdpkPiJUD1P+APaW83GJBQrkcPS&#10;nHI/PoULeTsvhMat5Z8vMfOn29e9ws/1rg6wuazclTFq8jSwQzao+bahdeD/AF+vsgO7M9BpORTB&#10;pX0H2fz6JL6UTR+FIxp/CrUx8zwp5efXvYfnq3rrUw/i2QMqMGJeoAuQedQt/tvdhPRtRWn5t/lP&#10;QdGwWOsPKppxHeTnyP8Aq8+ve2DO7H25R0ZajrpnKkXi/W2kix5X83/w9rF3ACTwyKqPnx+zzr05&#10;Ntdtr8FAdNKGjHhXyHr8+ve3jauL27S08EN5ZEkIklEikMXPHA+oHtT+9TChCrTJoT+XHjX5dHG2&#10;wWtjEVCkA1/1H7OA/b172v6zHbDenZ6vFCcothqRtIVT9bDm5t9P6+0f70ZmGpgBxz51HXro2T0a&#10;UKQc58/5UJHyxTr3tI/c9fUUglx+34jMrAqTHIvjItpNpOP9f2YQsJUorZHyzQ+fz+Rrw63YfRW7&#10;aoAta4I45rWnnj1z173hzW9cZjIFq5KWeNmNoljAYaR/tI/H9PasO0VHc4FPn8+ja75l/d9r4s5Y&#10;ADFM/Zw8/Xr3tO03bNBNNGjusbSOv64LSkXtp5H9fb0d1akhwc1rmv8Ag4U6Il55sJXVXcBj5MGr&#10;w9D/AKj172LNPuOp0Q1cM8VNEVj/AHCAoK3BAYfn2xPGXWikMfPP+o/4ehVbb5aPGpABocgHDY+e&#10;eve1dkOzYMTjvOtT5gqhQsS+VvJpuSAB+fqefZDLZySPVhTz/nwP+bz6JN15nt7apFMAZGRxwD/k&#10;697BPK97Zaokmjo/PHpNhaIIrKPoR9D7ei2pTIGzivAADhwqegu3PU3icT5+X+Enh+fXvaKn7ez9&#10;TLonaqUc6dTeQX/oAoHtbDaIjCi93r6j0/z9MvzrPKdOg1PnxFPs+fr173k/v5nKqPREk07XvrIc&#10;kD+ljfj2aLEUOorWhpw/lx4dWPNdw9Bmlfnx8vPr3uJPu7eXAohKdIA0mmawN72Uj6+3Jo3A1xih&#10;8/KvSe45i3JiWthpI46hn9n2de95IMjvrMEL9k4IILNIroGP0uQ3vUZlXJoPLj/kGR07bbnvt5Si&#10;0XzJ+X8/s697ESTBLJQxDJTotUI1km8ekKj2/SdX9Pz7VLK9BRQ3l9p/b0rnu5EiPjkDyr6n5de9&#10;gfu/HkysaJopjEQGXgizc34/r7RXETsKpQnjToB7nM0pPg0JHkcj9vXvfLbtdU4mmMqY+B5Vvck2&#10;Zl+pIZefr+PamASLGQwp5YI6Mdvuxa24VkGr5H/P5de9ukfaNS8xp5o3hZGJUQpb6HgFm9+ju0R/&#10;Dplf5/6uNOmI+ZwLko1VYU4DB+XzB8vTj172vKHe82SNPooqk30xNJ4r3/2pvqP9j7fd42cqy1H8&#10;6f6vPoX2m9NMAFqPLzJI+w8evexao4shVKrRT+KMopdPGAQSObt/X2zO8SURsA/6j9vQhW7qlJGU&#10;Dj9o+f8Am697ZM715jNwJ4qqoaNi4/fRQ7qz/qKgc/19lEhMgoRUZwPOnn9p6DF9bG97SPM59c4z&#10;5fLr3uHl/jTX0MNPPgN2CrEtOkyRvD4nTULlPSbm39QfaUXiLQhyoyMeVMUOP2jpj9z3MKqLaZgt&#10;DwyBT/N/xXXvaAr+uOycPJ4HlpaimCgeZ34APB8iEEj/AF7+10O4M5UK4YeZrQnq0Lb74nhpKGFP&#10;MeQ+XnXr3vlVUGUxVKtPW1KQTyRhUkhUsP6XOrmw9qHuqNqQ4/wY6VzXt3FwI1cagcD+w9e9s75z&#10;K4amYrK2VVEDNDImovz9EI/H+8+07OXXUf5cf2Hj0TXNzcmMyU18ajzNPP0oP+K697YcV2rBFkGe&#10;q23pfXpIY6VBv9QpH19sJdqCFTUCD6Yz0S7XzS8N0FaF4yDmooD9n+b8+vezS7P35LVBFSkp6eEx&#10;I0aiNNdm/wBUGsf959meqOaLjpJP21+VPLqZ9p5tMiBA2k+n+T0/Pz697EibP5ioX0LpQxsIjoQA&#10;ej03Ki/+HthoYyakCo9K/mf9XHo2u7+W6FVJ9PsJ+fXvZNt+UO+arcU80kk9hcweN3VP8LAe6Mr6&#10;6RmiitKcc8c+nUT8wzbut0WDHT5cafaafzz172h6qp7Qii0yVFqdSEAJRjYmykj2lrcLVkIxw4/5&#10;egFPuXMMchCuoVT88/Z5H+XXvYm4aaqosPFWZqSiqasxhgFaMsF/oyfgj2ZR3L6e8Eepzx/1f8V0&#10;KbPeXjt1kuWz504E+vyPy4nr3tL1G/bVJQ0hMSt+2YpU1BfpyFH1/wAPdWuGJALefEZH2E46Qvv5&#10;aUamoGNO3gfQfb9vXvbsyPuMU0UFRJAag+ryiyoh/UW/AsPa+N0MeolT/q+fRoL4zJpOR6+fz/1D&#10;r3t2h6FiyirMu56RXb1CJmVjcc29J4/wv7RSpa1rxNDgdFT7Ml4+ouSa4APXvap3P1Zl8zs3FbWa&#10;qp5/4JNM9DWOyxnTMAGikdfqvHHPspnMGshaUbj5f6vz6Yu+WZbhDGSaD+dftpw697CGi6B3sHVJ&#10;JcPSU6cmc1fksn04QLf36JdK9hoPOg/yY6bs+UNwWiqyhVqBQVP5D5fLr3tdU3RtNFAi1uXgnqV1&#10;BpIovTz/AEv9QPx7MEjVgGoceo/1U6EUPKb6QZKn5leP+b7Kde9yqrpKKWlb7eokdgDYxob6xwF0&#10;n/efe5fCU0Faf6X/AC+nVrzl0hdCgg8TXH7PI/Lr3sL8l1TlsaZHkhqJki5uBpX0m9iT+R/h/sfa&#10;cRRPUippTz/ydBuTYniy+o6aeeK+nXvcLHYnE5SoML1z0NVDpieCQAWI9OoXP59v0DNQVHrU9KoF&#10;iaXQx0soyK/6q/4OvexCh2ptCjii+4rp6yUt+4+vSr3Nrgj6ezFISBU4+Z/l+3o+jjsY0qX1ep8/&#10;9XyAp172ndy4TZTwh4KSWWVb+N1ncFbC1mH0P+v7Yks7acjxaY/1ceizc7XapyGlTVStD+XXvYJZ&#10;v7DHgpEwsCLL+oj+i39lN5DFbAjiP9QHQB3eey2+OimnoOPXvcTE5qof9uOMshP0CXLG9+LD3W0k&#10;aWkar2+v+r/UOkW179LN2IpIHoM/t9P59e9rymzWVpyjR1slHGAAsKy6CLD6gC3+w9nqPItKcOHz&#10;+fQ0t99uYaapdIoBQ/6vz697hZLemXmVqaTJTSxO3+bMt9SqedRv7Q3E/hnw1atf5fKvSS85ruGO&#10;gSCnlnNPT7D172IGyN2QU9M8NRFSyEen95Y9Dhv6lr2Nv6e34ZpJVCMK09Bx/wA3R/tfMJCBHauK&#10;eWf8mK+fXvb5Xb6p8K7y0NMqNIdWmJlWK/1FiOefbzStFkLg/MV/njowfmKOEcT68f8ADileve05&#10;W9tZKWMr9lTJcFfJIVdTcHllA+n59oJpGkJYjTX5/wCH7fl0V3fN0rIUIIHrXh172iqffi1NWdUV&#10;HPUyPYgxKqFvoRz/ALx7Rx3CeIEajfZ/q/y9ENrzTZXE3gIQXJp6faK/P+fXvYt4OtxcjQy5mGmR&#10;GI1x06RtpH1DD/Ecez2FwwpSleA9fy86dDOG9tRGK0Wvy/keH5ft697Uud3rsrF0NsZjshLVHjyT&#10;GCOnS3IKhB+TxY+3TWE6mNP8o+zz/wBQ6Zl3O2tk8TVWla58vLgf9WOvewwqez0l1CKgSN1tY6yw&#10;0jjU3H1P1uPaN5ixIU5+Q4f6vL5dEr8yxlSiGhHn6D8v8H7Ove5GK7DzdTUAJFF4LgB3JK2/1Lf7&#10;0PdrZpGY1yDj/Vw/4unVrTfJ7ltP4GPnSnr5io+0+fXvYoJncbkKF5qyDU8SWZI0LFrAEhXtcc/1&#10;PtbJqVdL4BGK/wCD/N0IBfRmOhpQevr5UqaYPkPKp697APcORxVZV1KHG+CJHazE/ugXtYj8D8+y&#10;y5jRqsw8qHHD1HrT5/t6Cu439tcuVuEFOFSP8Axj/COve8Gzq/a+LrWerJMTHUAbOB9eLc+2bJYL&#10;dtSUANOJ9ePTWxX202EhWFhnjn/Vkde9i5V5vBVyCKhrKaCnZAhu6RE/m4B/w/J9iFO8dlPlw6Gb&#10;73DNHRSo+w4/yf4K+XXvaYy2Fpo6OSSmrfumdBptIrixFzyPx9PdJo0ZDU1+31H+x0UXU3iRN4Zq&#10;SfPFTT/B172DstHloqgzQSsgV7m0lidPN7X/AN69hyW1nL6kbzFR/qxT7Oo/mTcorpnikwvEV4/8&#10;V/k697WeK3HX05jNZWOqLydXq+nB/wB49mcExSMFjQD5enp/n6FFjvEkagzMP9X+Dr3tapurb9ZD&#10;IoykKyiPSUbUDe5vcng+1H1kbEUYUzmvCg6NY+Y7Oc6ElBIPqMYpkfL/AD9e9srri6gyPrSS1yCh&#10;HqY/kW/4p7e8dGwEBJ41Ipw4/n1uWWGYVrnjUf5+ve2CmyTUcsoigkdVJIUoGBANwLn8cfT2iWQL&#10;J51B/wBVP9R6L0uWjclQxH8v8nXvakxm7ICpM0C0zLdbmMm9+bafrb2uiu43qTUUp0stdzDL4lNF&#10;PXj+zh1726VmTOVREp8jTwBbMHmZYQbi3Gq3u8twhjIUVqP9RHDpY960oDAgHyJoKde9si7blqKg&#10;S1OYpGNwVRJA5Y/UW59oPCd28QtWn5Z/zdFzWzTSGRnriv8AxXXvc80dTRyFoo3qCApHp9GpTwR/&#10;xHtQtKenp/m6NI5fCjWta/Z/q/mOve3Sir66qlEdbR00kKm+po0BQW4uPqfd1kHA5HT6XQVsgU9K&#10;f5+H5Y6975PLSQ1iyrSYqNdILySRJqAP0tq/PvzMqvwH24/n1Vp4kl+AY48P+L697nVG9cRBG9PP&#10;T0UoRbcMqILDizKP6/09+a6QYqB9pp07JvlvGp1ECnmcU/b1723U2+MfITFBVUsKEBbecSELayLZ&#10;/pzz7qLxP4gfzB6YTmazZtMUqH5agc/6vXPXvalTeW3qaKM1dRTSTIupnSNHZm+vq/w/1venvNIJ&#10;UCoI/IdLRvtqv9qVB/LA+2vXvef/AEvLEAuLx1GY+FDGmjcvf0ni1/8AYe2jeAvVDWvzNP2deG9Q&#10;vJ48T6hSlBwPywM/b173Er+0a2SNElxNJERa7rTRpGf+DAj3sX1AQCaf6v8AV59GA5kSNKFTQ8MV&#10;A/Mio697TOQzGyM8tF9/Xw0GTEpM0FFSlkl1cCN9PAN/yPaZr6CRhGzg+dPn8+iK73jZr6dYrh1D&#10;g4A8yfXr3uJmcPPTFqjE0MNVRLEjRlkIdgR9dK8n/Ye9zTsoCpQn09OvXh+nFbdUOMDr3tAVGVyF&#10;GxaTAaub3CyqoA/tX/p7LZLi4j7vDPpx/n0E7je762kxb6jXyP8AxZ697d6PfNdXAUVVkqnEUyqq&#10;+NKdvCP7Nn02JH49vR7gznS36ePT/Kel9tzdLOPCkZoacarj9vXvYi4DI7XpUapkzi1tTayyOrRx&#10;x8c2Dclv8LezKG5BU6Wx6mnHofbRvG1eCZWm1N6kjj+3h+VR1723ZntJ8VViLD1MUsfpLyELo5/F&#10;v6+2J90WN9IIP5/4B0R7pzrFaT6YWDfOooPtp172rMX3DiWVTW1tMZRGpdIydfkP6gQB/wAT7URb&#10;layKaHyz6/Z8ujay592xlUSSrqpnuFf2V697dKzu/GUkINFkJYmC6P2oyeD9CNXB90kuoSMNgH8v&#10;s9f29GF57k7fbQ6RKSPLPqPXr3sNMz31WTLIkNfkHUg/V1VSzcfRP6/6/spk3CNGLLStfL/BXoBX&#10;3unCpJUk+fDj/n697DWo7VzNQ7SSZCsjiZv0iZ9L/g+n/ifadd3l16zgD06Dc/udcXB1OxVOve8a&#10;9oVIKsrmaxt6wx5A5v8Aj/b+00u7AtVVLft/b0mX3Bty2pasfP8A1enXvYq7G7sSnZoRSRzVD8DS&#10;vqWwtYXv9fZlY7pHdL4dK+fUgcse5Nldf4qMuRQih8vT7P2de997o3vuDOVvkeOWlhYr+qOSOPn6&#10;arDnj/H2ukmmR6RLpH2ev+Do33XmO/mkrChVfNipp+wDr3tSYDfeDoIUpstkE1qFBnjhkdtQ/Dcc&#10;/wC393N1EfxUYeo/b/xfTltzVbQqBcOKjGfP51ANOve1eewdj0brPJVzTagp1rHpS59QbSPdvrEQ&#10;d5014efQnt+eNqtz4plCmlPlT/L/AKsde9yZ+79lywrSxw1OkMB9wkkRcBfzpI/3s+0PjRawPEBB&#10;/wBX5H5+nSr/AFztrA0xyAnzIJpx/b172+4ne+HyarJDXSeJiVQSKoDj+nH5/B9vRxJN3KK/4P8A&#10;V9n7ejC050tbo61KkA/kfX/P5de9vtTJi511+SmIcamXWouD+H/P+29vMigVp/h/z/4a9Gx36Bkw&#10;K18xwp+3z+ZPXvcaoj2wvrqcdQGEKDG0lSyeUqBfWoNvrwPdEolSx44HDA/zn7P8PSKTfI4lZpdJ&#10;B4Vp6cKcaj86Y697TtduTYuKd5BBiqWXURohqElkW4/QSOf9jfj3VJ4xk4p5/wDF/wCH16Bd9zTb&#10;o+oEUBI/4rr3vHRb/wAE15IKjwpxpYRtcqD+B9Db+t/btVZDU1U+hBp/s/8AFdHe2c0qsXiavkRU&#10;f5cf6sHr3tJ7l7y2vhpNErvWSk2bxwoVLfUgl+L+ye63G1shpdjTGBx+3y+3oi373R2Da+28c1OK&#10;AEtj9g/2Ove8OE351/u5mZMbSiplF2Ekfhmdvpyyf09vWl+t0awuDjh50/z9e2fmzlvfB4tmwav4&#10;SKH/AGw9fn173NrqTaVK/wB3T1NXTsFslEy+WOR78AE34/x9moao01Pz+X+z0bXIs9BliNCfL/N1&#10;72mcpmJTSMHjipApHj1eMiSI8DULG3tHcKhYGny40P2/b8+gdussQ1EjT5H5mla/7H+Xr3vlg8rk&#10;YUAgx1JUFTqM0s3iZlP0Fhb8/T3UJFU92fXy/OvSCyuBFh1oT5nhw8/8/XveaoylVUVXjkjpaZw2&#10;phGwka6m5Oo3/wB79mMEqrknHyP7P9QHR4N0gk/tAAOJpw/Lh172jd1Uv+VJVKUi8mkGQSBW1Eck&#10;2P5/r7bmaOUjTkj04+n2enQf3a4jlcSRcftz+fr172knxWZrA/2s0M2j6MZkJIH4IP59oJluGGkP&#10;g8K8f9Veg7Mb+4FInFfKv+br3vlHs/e8tkgp6XQ/9o1KK39TcE3/AMePafRentDCmPP16Si15iP6&#10;cTR08zqP+Tr3tSUHTe7K4Bpa6jppCVuiu8pH5+o4/wBfn2mNncSVbX+wfP8ALoyt+Ut2uI/EM2eJ&#10;01P+Ude9vKdW7vxwAFZQy6G0/wDAh4tTAcXFj7NILaaClWzjy49HEG1bpt4FJgSPtFcetfl172ts&#10;Fg9xxOVq4aYt6Y4wj+VTfgObi/tbFLIPjOPXy/2fToX7TNcuxW4Ix6nB/wCK697Ur7eydHFJVTU1&#10;PL+CEPCXGpmCixFvbjytxZiB/q+XRxLCwBlcAkenmP8Aij172j85VUFDHBVJCFRRItXBLyhkP0ZA&#10;eSP8PaMvIHIcjNDWlfXj5dBfctMUjO4A1EGtAa/P8j172HtRn4nqYxiVi1FmbxUkTxlX1XDMQACf&#10;8PfvqAz6Yv2eXQZfcdcwFueHp5+VSRjP8uvexJxW3+wt2vS/aTfYkhAZjKIVdR+XVgBf6XPt463H&#10;xaVFK+eehftv197EEgfwdJqfP8s9e9v+S68z9IJIK7PComRBqjgqI2S9rgMwuPyfbqMAQWNa/lX0&#10;6Nryzbw6yykk1rwH+r7Ovew4l663K0zu9IjwKzHyDJRqWF+L2+n44t7TsEkbQ9PtBP8Aq+XQL+ll&#10;M/hk8c0DH/iuHXvcetwEeKS1Zj0k03D6a2SZgQPp6bAe/GBI1qqlx0v02scffGW/M0/b8/l9nXvb&#10;bA22QGLYx0lIDFnnlZTxYtpZrC3HtjwYwM0qfT/B0UtNYxgnSNRNf9XGn+r1697b5xhpZfTFCkJv&#10;xZmCcXvZTf8A23vWmAijLx+f25/b0k+qs9FGVTXy/wCL8/n172v9t5Xa9K0MUzQgqVCB45Pp/UH+&#10;n+v7f8doyEHwcMYqPnX+XQl2/erKJ1jpjh6fZ6g/5uvexlxuX2wxD00dPLMlrxtO6AkEMBpb6j37&#10;xXZaRMAAfTNPt/1cOhtY7xZNHSM8B604j1+fHr3tm3DuGK00slLThFBb0kPpC825vf2qicgVr2iv&#10;rmn2+Xz6NJ90tVt9VASvnn5ih9cGlf8AN172AuU3HV5Ce2KqEopIXLq0z+NSPrZnPHtBPdMK/TnT&#10;TzPCv2enUX7nvk8kh/d7hWXiTwr+fXvb9QdjbmxtKv3s+HMUY0tItUrtYc30R3v7ol3IF1zgY8wx&#10;GP8AV/k6csOc9ysoNc4QAV7g3AelOve3Sj7riqiE+/oi6kh0hgkHNxyNQt/r8e9Q3lpOCVZSeHrj&#10;7af4OjO191YLtigmDNgac4p8wAeve5h7Minli1mEhj+oALf88m3+v7MkeDCuRX55x8ujL+uYlorP&#10;Wvn5de9uNduSNaY1rPCiFdQKMXLekj1L+Ta9j7u8aMtTQj5j+Y/zeg6dbf0C+IWGnzzWn+av+Dr3&#10;sPJOwqTyEJAXsbNI4Veb2uP9f2Wm/tlftFft4dFn9fbSNisQNRxPAf4c9e9yk3/jmIEtLTup40SA&#10;PqB/oh+t/bwurYAsePrTGf8AJ03NzlYz4kYA4IB/2fL5de98J934hlJpsBSanFxJTwFWPP5/4r70&#10;06jKip+zPzPRdLvtkq6oYwxPyoaepPn8+ve5mK3zlkkWCnwriK4CvLC7X/J5I4/2/vaXTE0dSo9f&#10;n6/l1ay5oZpvDKaRX4vU4zk9e9iHDl83Xwh5DSQIbA3jZHAA4Fx7eXRUg5Def+rh/PqStv3GGaHu&#10;KnUOI4gny+Veve0/XYh6yaTzZM2sb3XX9OdKi/P+HuuGBeUEDh9grx+z/L0Xbnd+Kp1SY9OA9f5e&#10;fXvYfPDs+mlkWsrK+aoifQ2mnRVLA86b/j2hKWyEHTqHrn+VOo8lm2dJ6yksR5nH8vMde9yzX7dj&#10;iP29dkKcW03Txrf+hstrf63tcFtyo1EY4U4jpad2tI0IRyo+Rp+wCvXvbDW5eKKF2p8pXzNbhZCQ&#10;P8ASPx/sfaWRYdB0uT6f6v8AN0Wz8wSwRuY5nNDgV/ZkDr3tDr2DmY6ySignlbSQJNcjgFWNrc/X&#10;/D2UrfP43gIOHE08v8PUfy+4m6PeNt8XdQgkkkfz/wA3Xvb9BVHJ/uZJ6mDVp/dhcSX/AKXRvp/t&#10;/Znod1oV449f2+nRuNzuLxf8bZl+w8f29e9qOl21HWoz4vNU0+kgyRVERimRRzqJjLXBP+Ht8W8i&#10;dtOP+Q9LLZZnYCOQHP58fl/Pr3tYUOz9yUsaz0uTo2PDeJahlVwf8Htb/bezCG3TFa48sihHQotI&#10;txSPUJMVoB6/6vLr3tylG9kj8aCGTUo1MalWJF7C7Mb2/wBj728UK4C8Bmnn/hPzx1abdb20Yx1q&#10;QMknP2f6v5de9sf228vOVekk4a5kEzfW3Cggn/Yke2CYck0zwqQDjyzU/wCx0XHf7syEAimfPOM4&#10;9eve1Hj8luCKVI62mradk4DqXaJrfqB/xP8Are9UgbgVpwz+3HS6LmG+BBav7Tgf5vs697ErH7lo&#10;GRDLNJBUodDJKSpDDi/P9f6e2XSDVoDcePnXHRnFzHA3aajj/g/wfz697XGP3Tj5TonemqnNrBio&#10;1EjmxP8AT+vtHJa6+DcfIcPlX1+zo8sN7idqI548AeA48eH5eXXvb/8AxXDSxqUo4FY3JsI5Fv8A&#10;0PB/2x9lNzDNE2ciuKjI6Fdtc24PinNTWpNKf6j172zVU1JNcpS0cgOohnhT0sRxa1hf8D20tzLG&#10;BUgUqMHy+3/V69bvdwheELjFRgVx9vl9v8uve0DWYGGaR3kx8MtrgNGpRhf8Ar+P9f3cbu7CgYAg&#10;4rnh+degkbi3ZjqahJpSnp65/n1720S45QwgpKOtjK8mVo7Qkn0/qP8AT24m6TO5DkE/6qn7ejJJ&#10;LSgD0rTAB9OPpXr3ub/DppxHGaoRy8/tzEMxX6fp/wB79qxuT6NSjjj0/nX+Q6s/05FUNNXy/wAv&#10;XvcafrlckA7JTsxYkudakgfkj8Ae7NuQc/BTA4/581qevHabe5BVgDj8q/KnHr3tFZrp01Cg09Pq&#10;ks2oRMSoUcf27f6/v36NwO9Mk0r/AJfkOgluvKdpN2laEg0pw+w+hHXvadxXTOYoatZYsp9mGtpj&#10;kvfnm9kNvbaWngP4sbmlPXHH9nRVtfJclhP4sE5VfMHhTz/1U697VjdYSGQNNnYp5SBqEcUqng2K&#10;lif9v7dadzKQQTSgJNKH7KZP2DoWjZRM/fJVgRkGgpSuM5PlTr3uXH1pjIbzVVbUTlfUqL6bm35B&#10;+g93S5LSDUKmppmtAP8AV59LIuXLRnJqzEZy2B69e9v8O3mhhU0cgCqotE7on0+pJt7MEnmpQDNe&#10;NcfZ/qx0IbfaY4asrKaHBJA/Lzp173yfA5Ca6pFA11FmNSp1XF7Accf1/PuviNkSd2PPhn+ePl0s&#10;MEdyhjgUaqetKeWTWp697wHaOXERkqaQxgC0eifWrKv0sf6f4e9fUkNQZFfQft6SJy/cTMY2TuJx&#10;qOD+fy697Tcm3knmdctBVUuk8PE6tqCngqT/ALz7c+qjUggH0/L7R0im5cDd01UHlSpFQeNRjr3t&#10;6pH2Pj4jA38YNQw0tOClxY2FuLfX2ohuiwIGB8zXP2UwPsPTdzZ7daQPEjNUEVLcCfM44f4a9e99&#10;V2O27lqVvtc3koJRGSI2BHq+liR7UvKposgof9WfP+fQd3BbcxatR1VoKeg869e9gluSB9u6nXNx&#10;LHci9RULCWKm40lyL/X6C/stvLpIB4iyhR51I4/5ftp1G267sm11d7gLT+JhmvpniPPr3tFwbzzE&#10;VSrQVhmRWU+SGQVSAfXkR3I9lybszSDSwIPmDx/1efQcHOF2bmokEiimQdS/y8+vexpwHb2Lo40j&#10;yKSNKwX1JG+s/wCJ/Nif9f2cJfWmkV+w+QHrx6EcPO1nbqfFalaUHADHp+fGg+fXvagyXdVJjMdU&#10;ZaTIPj8dEAPM7uGLW4ihjHqZjwAqi59pNx3Hb7CEzuQ4PAYz0GuZfcmy2uzZlkwR5Hj/AKv9Veve&#10;yP8AbHfe5uxQ+Iiqp6HbUcp002oCqr7H0y1zL+PyIxx/W59xluG7TbjNQVVc0H+frE/m3njceYZW&#10;SSRhGa4qcj/N8uJ697AF5NAWwvIx9C2sT+Af9t7Qplqcf5VPUW3EplkycD/Vx/z9e9xjSSsfKwZi&#10;13JNgq3NrH/H24wA7zxr/q+37ei4yR1IJzWlPX7PXr3vnDAfIQGEZVvoBckfTjT/AE91ZgFqOqsw&#10;ADAVr64H59e9y3iRwYmks1rj+jMGubcf09sE50gDPkOk6kgFwB/g/Pr3t+jxZkihJqEgZwNC3Cht&#10;A4J/HJ/PtdGqtRPhwOPTDXSlyrgmg9MZ+fH7Ove8yxUU8P7oc1ahyAG9JCN6iLfm3IX82PtwrH4V&#10;CO4U4fZ9vTdJ1YhKAU9M1PXveGpi8QiU08sMmkrNqIZHYnUjRoforggj3RigUAeXGufy/wAvTkRE&#10;1WJDZ/Z5f6uHXvcaGghqTo9AOo6SWAB1C4BI/wAfeqkVNeGBQV6u0zxqW1Eg+YBr+z/V6+fXveaT&#10;FvJDLoQrIxVgWbQi6P8AVM1vr/T26iM4anxD9lfP/V69M/VqswDk/nnjxp/l697eNowywVNNVtJJ&#10;C0FWb1aKrp429EsVzcAj6t/UXt7W7eCh8ckqQaagMUpnPRbvcqPbyQKKgrULT7CD/kxXPHr3sctw&#10;YtsVVUNSqTrUVEQkeOONZYMhHEAIJ4SL/wC67Xt9bi3Hs/uEeORZDUlvQEahwJ/1DgOgFtd019DJ&#10;AWBVGoDwK1418+OfT8+ve0BuKmjy+TWQBqOOWBUClOY5FAH6yOLgcf69vr7Jr8fVEuooc4xSo/Yf&#10;n86dCvZpnsrXQKMa+tR+Xr6549e9oLNUFRB9nEqwuJC8EZjJVmp1sxecixNvqb/j2WMskalKipz8&#10;q+ZNehNYTIzOTg1qfSv+Ty4Ur173wr8fHTQ0cEEizIuqaR7f8pEg0AAix0i1lJ9+Yh1oK0BzXz+Y&#10;/Ly6ft528Vnl4HA+wCteHEniOve0w6SQhhKxbyB20qbrdf0Hn/Y+2DpQkjBof835eXSpGVySPL8v&#10;LgOve+dFGJZohIQ5JCr/AGQGK31qf8PdtWaAVNK/t6e1U8q4/wAnXvarSrjxtGsUDa5BzIXFw0bs&#10;bA2+otf/AGHtttSmtaVPEZ9MZ9ekSVnlBY0FP54FP8P29e9umfJGJx8sQOmWQOxckkkEaEI/P9ff&#10;jEfDAVqE4FfU0/l5fLPTsMdJHOPTFP5de9stbTU7OkVOwWaqJeWO/p06C+pf6ci//Ivel8MnSKas&#10;lvsHCh+X8+lKle4VB0k1p5AAUA9TWvH/AAde9s9Tl6qOnFGCXSCI08UsgLNGhkLHQx+l/wCn+x9v&#10;KVWOjDB4GnnTH+fryjSS4Pxny+ylP5E+o4de9tkoW6ujtOG0BmYWkElv02NyQDxf2wbcEeKpJ/1Y&#10;+fD/ACdXE0i1UYp88U8jjz/zjr3uFPpDED9P05H5HHA9tyRBKhSSR6/6vLz6d8ViO6nd5f6v8PXv&#10;ca4HIH0AF/zz/j7bAzQ4r03qpigP+rh173xOpv6/7AHm54497Ap1osz5697nUVKz1dOn11SKLMPw&#10;D9R/rf0/3wejXuqeHTRZFOsGvr6de97lX8g2eTEbD7bpappftocbsuSNPC7s1XV1lXTQIkSX+oQg&#10;H6D8ke8hPam9jt9s3Az0oBDpAUsTI7lUWg86VzgfPr55f75Hblu+ZuVL2BQJGF0GNQOxQjVJPkKc&#10;P2Drq/Nv8L/74+9i+jp5QzqyA2ZNKl7M2pdWv/D62t/Ue5a27bbqa4aJUD0K0GqhznVjy+XmcE9c&#10;OrmZGAYHiD5fy679qREutjb0ix/1/oLf8b9zBbRVgVHIagpWg+Lgaf6vTooKnLde99VM8tPFFFDR&#10;mZzKBKQVX0k3LnV9dPPA9ll/d3W2pGlhatcu7qpAooUGlXJNAaeQqPWvS1Spj8KSkdKkk51eYHy4&#10;8euIWzE3Jv8AQH6D+tvafrYK2sl/bEcVNM8eu8Q8yBHJeTW9x/goH0+t/cf71Zbvvd/rgjENtOy6&#10;gY/1AFYhnLNWh/hUeefPpTbTW1vHqapda0oe3IFBT/CeuXtL1sbQKJPM1WcXUiMIqqruFmLTDSL6&#10;mtYAkC59x5uUElhNRpPG+hl0UAAOHYsaVJLYABoMitOjy1cSnSFEfjrWtcfDQehArkj0PXvbFuH+&#10;KZHG0VfjXrMalZPDVVMdTGZ5kgiBEsC0oPDkfUqefaHd5ry429L+3WWKO4JchsntGQq4qQMsRStc&#10;jo02f932V7JaXoScxqVUqdILHg2qmV+RH2de98qjGPU11BUmNDjoIosk1SsAKNVU6alcxmxZ5ARY&#10;EHkWPvws5Zr2CeMgW6IspcJUMy5FRQVL04GtWGk9aivUgtJoKnxnJjC6vwMaUrw0r6imDUde9uVX&#10;U4rLRVO3/NLT1tTQU2VU4uaETijrEamhqGig0vEWXUV1gcjg8exDdNtt1Zfu2dHjllEdxG8QUoyu&#10;KUZVCsp0dwVvSgx0lhttw26SPdioeJXMf6gOnWlHK1NVahIBAJNDkDr3sqmWpYMRvStw9Gi0cc01&#10;LjYtwwzityNRiaSEgyGhQMY18gKtJK3JNwPcX7rbWkFw8KTB41cqHGCQMVpU8Txrnqd9vml3DlqP&#10;cbk+Iyq0htyNEays3DWaBjpoQqjAGT172afZmLNP4Z6aWQQpIjrShIxFdYPFNM7LyWk/UQeB+Lex&#10;z7f2t0t/Df2VSYpNegKNOE0uSQa1INc4BApTqCOZL4T6op1BYgjVU1+KoABxReApx8+vex0xjxQQ&#10;tK0Ik0tqkV1BDxnjQpa9rfU2HvJmWMtpSM0qMcePGvSDYbi3tLdp5YxIFPfUDuXhQE14cTjgOmzI&#10;QSVCGGOd4JJEKxTJfVFIpuJLD8/j25PVYsCB2jQQyP46mKNS6JbiEsvFgP6jn2kkS4RW1nhShOOJ&#10;/PiadHz3+waYpiiiOQlZUUVUU+CoqKAcfXpqFLmESqj87TzRpG1FNI0cLuxt9wCyq1ifxcW9qDb1&#10;Lj2rautoHllMpieRnklaAKU0BaJZLBV49YAHP19k9w76C7MT4lOJJA0igoMgYz28TUnJ6HnKVrs8&#10;u4yXW1Z00JahoQ3khIBIBrqBFVwvAdA32tmMrR7WFDk4WAyAnhpggi1pNAofVkRGWCNYjxlTYgnj&#10;2p8pStLAzQoBYM0gdiFaJU5W4+mo29pbOYJIPE+wUHn0NeYdve5sme2UYBLhiQCgXIrXFegL6n3j&#10;Fjs1FjsxVGdqiSClxcdPTRPNDk6ip0Rv42AuqJcn/b249gypxk8dY9NIwqIJpY54ojKHplAsFJYc&#10;/X6+xDb3NpdSzLA+oxnwpWFQ2sDgcVqoNVpUeY6xpmtbBbd7hNSSVZggJ7I/hGTxFfiJOB6dHzDV&#10;CSJHJpePxxqJmCgzTfVrqv6f8B76pVdIyZwwVI1LMB9Y1Fgyqx5/x9r49SQLG9CyihIrQn1zU1px&#10;rmvSG0VlDSTqQgAPlXT8h5jP2dZ2IA9BFySOSbavrZv6f7H3mZoxE2kJpMdwykarXuF1D6/63txe&#10;4hh/sdOSPEluwUDSV4jjxwK4/Z5deUNcXJvqPBJsRa9wPx/Qe21QuvkE6SCD9SObn3cdz5ALLWnr&#10;Q/P59EqaQaH5dZvcaoJLh2TUQx0seNP+p03/ACf6+yDdgsc8dxLCHKmimtNPpQ14s3n5dPa2kYgs&#10;f9Xr173gpmq0qJXmkQwuE8UKpbwuDyTJ/av9f8D7L9qu96h3KV93dfAk0iONFNIn4Zeg1ahx/pdW&#10;cw+EoiB1qakk8fTHyPXveWejp5y0hjh8upW1tGr+pf06w17+zXc+XNs3Amfw41uAwbxCgNWHAOD8&#10;S04g9UjuZUqAxAPlU+fGnp172hKzE5LF1MmQp4qap/dD/YqgjgnF9XjjcBtDWvYkWv8AW/uCN05W&#10;3/lvdDvHgxyIZa6FX9OTz0jBKVHCtADjPQot7+zvIRZ3DNHimutWHzI8x65697zZGWqo0Wvo0eJ6&#10;lRHDjxA7monmXV9m2m4VhyRIRYW9u7m17ZMd22dTEtyCkcIjPe7DV4JFe1xllemKV8+mrOOC4Y2l&#10;wQQhqZNQoqjGseo4dta9e9hnRYGvr8sN0VT5qpasx6U0G2dzP4Mbjnp5mE9ZFTRgslQ54Epc3Sw+&#10;h9gtYNwa4Vr+BpHYFtNxVAcUIY4YH+E1zx4dDa53a0tdv/cUAhjEchY3NsNUkgZRRCxwYxxK0w1e&#10;vexUw2DiWkcPPHqkKtU0sMQWK6DVFHI62LWv9RwfcjcpcmQ3O2P492tXOqWBUOntygdhRjQHitVP&#10;rXoB7lukjTgqp7fhYnOcEgZAr8+HXveLJ4yOfJ0sEmilEjQ1FPJT64qicUvMkTOD+lb6nDGzLxY+&#10;2d+5XV+Y4bKZEgjlWN4njBDsE+MEnHbguHOU9T1exvnjsXmSslNSsGoVXVwIHqeAIGD173jGKgpc&#10;jXtQgxTRwJIW5kiYubNK8V7X/P1+ntDccuLZb5eJtLaHt4w2qmpDXBfTX8xk48unPr5J7KFbruUs&#10;RTgRTgK+nXvbxFGtRJFK80xeKNnSLlUk0x8sP6gnkexHZwwbjdxXE7uXRC6pkK2laFs8QW4D8q9F&#10;sjNFG0aKKMcnzFTw697zBJ2jgNTMS73QIVFnjZLg8fpI/r7MvA3B7SCbdJyztRQhFdaFag5p4ZX1&#10;oa8D69Nlog7rCooM1+df51/Lr3uZHRxoASIzZbn0Lqaw+pt/tvZzbbDBHH4soVgFJoACzaVqSacP&#10;Sh6TSXLscVH58Ove2Orxzy01QrVtRTfcQy0vkg/Zei+5QxrVwTAXEiX1I39fYLn2KYQNeNO0YYGM&#10;0GkQ+JwkD+TLxBH2dGkF4sc6ERK+gh6NkPpNdLL5q3Aj0697mYilpqahSn+8nyLUEMFK1bVTF6mp&#10;8EIjSeokb9buQWY/lrn2I9gsNpWymH1DXf0pCmVmKlqL2MQ3xEtXhivHpPuE8890ZvDWESlm0KKK&#10;uo1KqPJVGAPIY697bZaSGFKuoNRodf23P62UfqeSRVBLGxta3A9gqbarWGG4uWn0SgiMjjQZZnag&#10;7iKgUzQZPS2O4kkeOEJUHI8gfIAGuP25PXvbXLVeLETUtMkUmpmnEsjFIZwCAzg3BOq1tI4Hsjm3&#10;gwcsybPbKjKWMms1VWoaMRkE6qfDkegHS+ODxNxS4nJx20GWH+Hh68eve0pVVLU+TT+IwQNUfaRV&#10;bJTkmogh+kULIeTqB+v09hG9eW13FDucY8Uor0AOoLTtWh8iCDXgePR9BAJrI/Ru2jWVq3ws3m1e&#10;H+X7Ove3KgyjZYZGOgoIDkDIsVNFNVGGlijMRaqqjNDqcGMAgqVFyQPp7E+xXMO8zXEEVuq3EopE&#10;pdgkYCEyTEg1qoBGcVPp0iurBbAwvdynwqVYqtWJrRVoaCjHzqcZ49e9848CGpcRPNT1CwJVJXVq&#10;yxI8VfP4yFpY65nDRXPKhr6hxb27t+xwGytby+hlMAcSuGC6JfLw/FJrHWnA1BqBg9ek3KTxbkRk&#10;EkeGjCo8MVrUppKsaV4UIpXrrUL6fyRcC4vb8m31954pUSeKbK42fGwxzPBi0immkL01RJ5fNVNG&#10;uqyEekg6bcE29qI2s4bqG43OzeCNWPgBSyjQ51apHoWZUxpK4IwcY6ZkiZozHYzCZmUNKSAKMopR&#10;amnd5+dRjrv2oMWmTiyPnyGTpaimrKTzvTy0oWWExSFKeRZYtICsSLKRe/09inYBvMe8R3e8XcMs&#10;N1GZHV4qlVRikLErpIDMexK8aYx0T3r2Mln4NpC0bxvQMGqGqKsCDXI8z1724SUMeUfJY2naSOQo&#10;40vTMoS1ljKmxLoSC2ofX2Zy7La7xf7hs23O0LIpOmSPRpoVVaE11RlgW18WGPn0nglntzBdFfEq&#10;fwnVXjXAyCBinl10TpBJsAPyTxb+pJ9sNTt6egwDx5ONFoZ6+kjr4Ylean+2aqb/AC0ywgMGvZyo&#10;/HB9h6flLcdk5cdN3lWKKW4iEyJ3qIw5AmNBqrq0sAtAFoDngdx3r3F+LqzDFljYo5wKlcJUnTTB&#10;ArknI6461LadQ1C/F+eLXsP9j7cpmyUEtJTtHTRYShx2PljWeJpVq45WK070VQRq8rHSNLAn2YXN&#10;xvcUsdvIkX7stIIGIdSyygmimKUrqWZyQNB4ZPA5Sy28fha59QuZS5FCBQcSWUGhXj3CnDPDryuj&#10;ltBDFW0NY3sy/VSPwRfn2maeggzMM9dTpUUtMtNVmjzEjmmqvvaDLtTZGjkpaunWVUVl4ZtSyg3j&#10;459kdty3BfWkl7IrRCOB3jlZwD4iT6XU6og1F9CW8QnsK9GdxPPtfhxTlJHdgGhWjDQ0Ssj1SQrU&#10;hhiilT8RJBA71AkrzcWvwbWP9D7GzZ2z6TOVdFuOtlmyUkVDVU8FYzPSyCmqXjElG1Mum8ZMSujO&#10;C1/yAfclWkVqbeDdZpnu5yrhZXBUGN6Bk8OgBSq6l1AtUlvPoQcncu3W7yvHcDRaAq7Ijd3ix1Va&#10;tUsAFY5UgYAI6CbtPsKm2Rio0WSCHJV03ioxUxNJCUKF5nQsvjLi1irN+b+wW+SOPcZaqlpG01aU&#10;FLUmPSxM3jXQDpt/RR/h/j7gv3Qsy+8RyWi1doxISf6JZT8jimPP9vXV37tEw/q6tpOKhZGQcMVo&#10;ck8MV/l1Xwu4KePecOQqfIcHmJng+7Y2WllapcSqFvcKHOkGwuDf8+yQpUjITS1k1o5dQVirMrlo&#10;QFDAc83HANvcVQalclhpYjhTiDj8qftHHrL+KzaECBTSg1AEVFTX/APPoe65Y8VRU9HRKtXSO8gQ&#10;MVMXjkPkMWoX9JB+tv8AYc+4OaoJsjDTGnK1FeZDoUMDIo/UZFD8kMOCPbsGmNnbi3rxFfMkDj9n&#10;7adLLRhb6i4rGTX5fl6ftx5dc8TlqfHTzJVIcZjYqYLIXQojILhIJZFtZkuDq44tb2EeWwU8Eksy&#10;00XkjdzIhQhXDE6w6Af7Hkcfj2klhLz+I9GUqRQCgoBxxj16F9neqpTWdIpSvpX0/wAp6GDFZ6lr&#10;KUU6VEjBzFJC4f1KUto0MxHFrAW4P+x9gjvTEYw08FdAghngqCKmleNWQIRdpYxa5U3ub/T2w8Dx&#10;waloAaVANacRgn/V59DjY5bhCYmA0nga440A9KnoRsNXVck8kE7NLG0OqCo/SzH8pLY8FfxzY/j2&#10;UbPda0NfuKPJYmSlgq3eeO8QElNPBM2rTKnFmB+hIuLW9l7QGZwkRox8/LP55+XUiC+EEfh3OEoK&#10;0ya+eD64yOlpDN+0GkV1sBcMPV/T3HqcDXbdRVmoFroZCEq6djoKoRZWp5eeLcAe1oRogBItTw9M&#10;+g/w9P211HMuiFyxJpWgH50/kf8AY6yLMkgGhuDyDxx+SDf/AG3sMq/EYaukmbFx1UFXoMnjmTRB&#10;YP8Au6gLgtwNJHHPI9pmBZ9KKcDjXz9BX1+zhjo+aR1jBAzSgPr6jj69Zh/t/wDff09oatomnRqS&#10;el0Tq4WKdCjRsPqpZv8AW4P591EVGwe4V+0cM08/8PRlZViCOtOGVJGM/wCrGM5697S+uSCRw0YV&#10;kdldJQfGOLK4t+f9f28dAXQfQcPPj/Ij8/z6PY/EZRITQkfkPUfZjzzWnXvfOrqRJTQtHHBEYWIM&#10;6gh5ibWE1/rYcce0VxoDHQaV/wAlKDz8s9CGwjeQokY41Bp+WfQnNT1721z16VMaPVfbRxGNSlLG&#10;6nyAW9RX6gE+q3+Psjub+SGQCh1DiaUAHl6486+X2dZi+0ntldw3Fvu+4U0kKwX1A+GvlTz/ANjr&#10;3tJZLCY/JofNjqKrRz+iaBSE4FjqI+v4/wCN+zyy3+fQsTGoXBqBn/L1nBtttaGMQuq1HEUAqD5V&#10;FKUx/k697DOr6/1VjiiwOKkp2Zgq306P9dfZyN9RVGpa49TTHHj9mPT59LX22yiYaIl0gD4iCPKp&#10;zn7OPXvbDnOpdwyUv3FBt2GSRbFUo6kAuGFtQ1EA/wCsPp7ZHMVoX+IedBw/mf8AV9vSHcdohdKw&#10;AAjyB697ibb6x3uCWrsfNQqW9MNQwsoH5Fz+b8Wv7ej5qto6uXrTHGuPQfPpjaNuvNXiSHA8viNP&#10;lX9h697EKHaGVx5DsxWxBdxJb6jU1vyB7XpzTBKn6JqTj0/l+Q+3ob2c/wBGQ0Z+ECmc49QfsHXv&#10;blJLk6NNEExKkgWfS4RSLBArf7A+9ncxKSzFiBxoR61z5gfYejyPdoqHUST60BzX14ip40697Ts2&#10;UnoqhS9PBJPNcq8ihLEGxIsOLm3HtiSYyVK1p6eVPIY/Z0xPfwUqBn0xw8qU/wAI697eoN1bipmU&#10;vi4p0kYDVH9bH63AtwPxx7Dt1NJGCHai4pT5/t/PpL+80Ttemnyx/h88Z49e9xstl8xVQtJS4iYT&#10;FTzHZV5H1W3PH+t71ZbgEfQ7agKV+XXlvFMbOo1U8wB+35fn172g8ZBu3L5KSlqKOrpY21EVEtl0&#10;kH6WHFufp7Eib3GijUQAOHAfn/h+XRANxu2ufDYFV9cVPnw4/wAv5de9v1bsnNwaJ5M0xKk2Uqy/&#10;T8E+9Hehq7eHyp58ceXRr494hWVXYAfZn7aHNf8AY697c8RJlI2EZq5FZLKQSTE//IJ4H9fp7rJu&#10;rk9mft408/8AP0ri3meoR/8AUPs9Qeve1pEolW9UVLH6Nb9fF7qT/tvd13SVcAgA4/n0c2+4Iy9t&#10;NJHnUUNfKg9fXr3vBKkC3ZGFkP0OlWNuCBf+nuz3sk3aKkZz/nPH58OttOzEKrCvmf8AD+3y8uPX&#10;veWHJwqNC07uxH1CekcaQB/vd/ZbdQ6k41JPz+0n/V/s9Mtfx21SxFTX8h6n/V+XXvfjkpdD6YWU&#10;c6hYqTbg/wDIvZDLpiOt+I8/t9Okx3wKoLfPyFP8/wCfXvfVJVUteqxyhvLcsGsBpZePbDbs8IJj&#10;alCRx9f8HXl34M1XAA+Zwa+efP8Ab172oI6JFXUJuSAAoP6SB/hz/vHtC28yux76fn/q/wAPWm3C&#10;JhQPTz+wcccPL8uve0xl8fUzyeON2Vit9Pqbk8EH6jj2utd6dRqLV/1evqf5dIjucXhk6i1OJp+z&#10;P+br3tOU21KrzeqfkG/qQD6C4Chfr/sfZhJvc0ih0Wv7T/OoH8qdJPq11hxU14ihoP28f2de9q+m&#10;x1dCumCodbWB4tdfpx/X2TzbndCTS5NfICtK/Z0ui3Eo4IND5cKE/P8A4rr3vN/DayQaHkcubklg&#10;Bc/Xm349stvM65fBx51/l/qp0rfcfDFXbT+ea/YePy697hSYisjUvGyMwJIPNxYc2v8A09mEO5iR&#10;qTE+WfP5fYPnw+XSc7irn9VjT1zX8/keve+SfdeN1nbVpF1LILqV/HH19uJcxMf0xQnj/q/zdIp7&#10;8y1QAU9AP51/zde9qLHUBTCmoeSEuxJFm9a254Qc/wCx96crqRFGihz8/wBvSi1uzHGFJFAa+dQT&#10;/q4de9sD1raypV9K+m5TS3HJ+n+9k+3BHGjqxYt64GSf8nSp95owUk4qDw88cPPr3vKcQuWX0GRU&#10;IB1Ki2VrWJN/ZzDuqW0BhYgk/trx/wBWeHRou7RzWzQgrU048aA4+X5VI697y47q01Uyoh8gI1O0&#10;6qFsfoSbfX+lh7YfmRh2mmD6Dz9OiO5lKSNoKkA1J48fT/Z4de9qKr60ocfGIqhqG5HqUVKA3IsA&#10;efz9Le3Id3eQEipAHpU9eiuy40mmRio/yf5Ove0xN15ijwuPWQa7gI7Pqt9Tf+n+N/dxufcaMV9B&#10;QD/V/Lrz2sbMZpJB9vz/AKXp+X59e954esMMuh5cdBHIQDoc3uT9PqQPp7SXN9LT9ME5yTxH+X+X&#10;W3ggjYFSGPmTmn7PX5de94ctt+voaYw4mClp1tZUjIRSAbXKoP8AY+0CXGsksCDWp+Z9Py+z7ek8&#10;t0yDwIyNQPED/L/nA697DnJ4zfdPA7QrG6rqCLFINRNv088+19v4OoV4nyx5fP8Az9FU8s6LUVNR&#10;gV4/n172C2Vrt60NW/32FyXJsZTDJMGP0BVlB/H4Hs9tbtIjWNKKfQ9RzuW57sLn+zYKcVGRjyp6&#10;/wCHr3t3xm4awxHzYSqYpfySmlksQB6iSw+vs6g3Og0mp9Kmn506Mtv3DcNIEwYU/Kh8vTHXvaqw&#10;skWVqv8AgA8KCxdnjeNmv9BYi3tQ+5xqmpyBmmTx+f8Aqp0LtqundtbihrjyH+H+Xn172IMj0eMR&#10;YgzlWVQfqwDf48+9Jd2dwc5p/qx6/wAyOhum8wrbaPMftI9AOFRx/wA/Xvacio2yWSM61XjU3ARy&#10;QbA86rfX/iPaoR2rLQL/ALH2f6vt6DF5cNcSGQYBIzXA+efX9h69755nG7gpURsZKshW7MQxuB9f&#10;qT+B9fbRt4CfKpxwH+bgfXojur25iFLc1BNCa+f5+R/l172mH3DufHjRVx1XGliVSUC54Gqw/p7T&#10;SWdq60NKivlw/wBXn0gj3+8j/SlJUg8aDy+w/wA+ve3bF72yM4ljqYHdWXR+5GQLarWII5/2HtOu&#10;0w1BQaSTmvD9pz0Jtt3ueSg0kEnhWvAYoT5eY/w9e9z6ilStjNQ+IQs3qJVI1sLccDk+34rCFQIy&#10;agf5/M9GrXBcV0+XpwPzr172gspUQUrHyY2riCXF4SwHPFx+PbzQRx0XTWny4DohvtwktgzMDRf4&#10;R/qp+3+fXvab+9w9aXVp6ymcEBTLzfm9zb3oGJzRifsyOgw26wXR0kstK4JIPyp69e9qXGx/bxAU&#10;+T8qsbqASeL/ANP629q4hEo06qj0PEH/AA9Hu3zgx6A2r86ken/F9e9zKuSaFUkWa5P01fgn+0B/&#10;T2+otzQClD+XD/V6dKbq4kiGtTX7T6D/AFV697dsTU5SuBiSeJiTdVdtK/Tj/be/MlrgnyH+Hj0o&#10;tLyeddJNDwGcEcT51HyHz697k1+Gz+ggw0Ml/Vy4DHUOL/0Jt79GkBOkEAcOFR+f7f59P3M93HGX&#10;jpReGfln8vPPHr3sJM7Qbjp2ZZcO00aFjeMlhwb8FSfZbdxM/aEr/hHz+eOo13q/3YkgRBwPKuf2&#10;H/D172nKXJshK5DG1NMq+nUmtWXmw4I5/wBf23FaxPl4yF8q8fTyHRJbcwXajTdQNHTFc9e9qag3&#10;BJRLrx2Xq4yRcQyOYyLG9hyf9b3ttrtmqTQrw7v2UFM/Z0e2nM0kS6kkLGmAfl9ueve39Oy9xU+k&#10;feSMtwBqYkED9V1/P9efbT7PCvYoBJ+3y6Mv67XURo2ftNK+vD0697UlF2NJOokrjTS/jkeN/r+m&#10;4P8AvPtHNscMi9tPl+z5f5+jW05y1AFypPocGvzPp172tcfu3FzovkopI2b6EG4AP6bMT+fYcu+W&#10;piCiEV8xxFDn88fPo7tt8+pOTlvypQ/6vl1728VFbhaqJrIgDj6SLHcgrwCLc/8AGvZeeX7xDpbF&#10;D+EHHrnh5/z6PPHWRBqNDxqB519fTr3tM/wWkWqNTTx00PKspEmnVx/qT79Lt1yFVaEA4+fyzTHy&#10;p0XTOtUKEKa8eP8Akr+Q/Pr3tU42CtbUkkUckd1sVZHLC1tVr8C3tA1ndCtOP25z8vn1W2vCzkAj&#10;Fa0pX8v+Kp172pRHHRoHkolJ9I1BNJa/1Gof4+3Y4LnR4ZGfX88n/YrXoQRsjRKTx+35mp+3r3vg&#10;tVASRKoihuCTdSSDz+n/AG30/wBj7No45VFV7aYPy4U/1fPrSXJh+A0rxGMcP9Xr173JOKo6uMss&#10;j6CTpIIsthy3+sbf63tO0rR9rg+Vc5r/AJula7kj1V2+XHP+r1697gU208aZDIY5WCuTqkvY/m9/&#10;6e081y7RlVFa/wCD0FOGOkVzd0WiEE4+dQD/AJPyr172tsfj8RE2r0xhEAYIdK3C6Rb8/wBfZZ/j&#10;DgxvWjcMcBWv+DFelNlKBRWbtwcjPqePD1/wde9vhgxPjDjIw+PSSV1L+kfSzf6/tJ9NKo4Ek4r6&#10;Z/zCnDpUbhQQoHHj+w8f+L49e9//1dffF9bxQPGKhYSXJBYT6nFxYixNv9jb2XjcJIBVCT5j8vkB&#10;TH8z11Jtr24t1DeVfUUx/kA/bx63+ParfauExcXllroomIGhYyxe6i4BFyP9f6e1EV3dTDSwofTh&#10;k/5P8v5dGSbwQMPShyOH+zTPl59e9pGplSVvDTNLK12UEjSo/PBPH09q0+pVqKaAfaTT8+P+r16Y&#10;/e86NRHLVrQCpH8z8+ve8kTVdKAwgDt9NNzckm4fk34+nHtXG10+UqaZzTHVTzDcRZ1AHzJz+VP8&#10;p4V697gZjcGap6dXGOmdUDHgGwt6gR+Rb/D2cWkc34zSv+r58ettzLMyVWp/y+tfl55/yde9h1Ud&#10;m5SkZ70NcNNxoAZbn6kg2+ns8FoGALcP59JjzPIhGugocf6Wo4f4a/Lr3uFH2JVZhVjlxVejBmub&#10;tyCP1F2Atf6/T26LNqUFSPtpSmOiy45sDkFq18s8P8+Pn173jkmMqqZqeuiVlLAKzEhf9Tf8g/X2&#10;+lv5KB+f/F9XteZ1odBwSfiyAaeRr173zpqnG0MZvNURTSXuPK/qC/UBSQPaee1MjAH/AA8MU8/9&#10;Xn5dPXPNqINGqhNf5j/B59e9s+Ujyc37+Iasq1a/oLlQtxe5vx7QJt+lzqxxPEcRwp5/6q9Ep5lL&#10;3HxmoH5H54/zde9iD1/s98tTpJnqYRyNIfMryiM6SLrexvz7R3cRi7Ys0/2f20P5U6FdlvEDKPEI&#10;anzBz8+vexIl2XtfFynTS0KhQCElnM9r/Rrn6n2Ta7psuKD1B/1Y+fRlFuMJaooopQ0pXGfPr3t8&#10;w42JEwXI46FeWvLT0/mlB+g0Djg/W3vcscgUstT/AJv2/b59OXO5WWglH4gDz8vt8/ID9nXvapOQ&#10;6fiJMuIydWwN9C0iIrH6XZmP9fdIFlkahAAPCtT+3+XRBLe25fwxhfl5Y8x5fl+fXBhJf0lAOPqC&#10;SP6+0zmJti1Jf+HYeKmjIugqKeIyIOV9RW/N/ZxHLLCoYAkAitOA/wBX7Ol1lfQxd5PA0zk/6vs6&#10;5C9ubX/w+n+8+w/rKLAuqq1ClX6vQgplcC5uOP8AD8D2apfyPHp0kDzr/Ik/Powub2CeFqMTTI4U&#10;H+f7P29d+wzr9gSZvNRPBgKYUkcgklaakWKRLcgoRb6e20ukY0qMU9M+Xz/b0ApQr3AkYrg8SOHl&#10;X/Vw697XNXs2mkpYIHLQCG3ljBJWyjnSPp9Pz7WfW6WIFKV/1cfXo/W8WCMKTWtc44evrQ9e94I8&#10;PtyhjMS0sbKSSfO5f1EWsbk/X3o3JLAr5fLifX5DjnpDNeW8rFi1a1xxJx/k+f7Ove0vWY3ajVOq&#10;WCipkBHGlEH1JJI/xPt5bpl1K5rqz5Gp/wAmOkfjbcpLkju45H+D7Ove22tO0qYf5JDRSE+lWEau&#10;V5/HH5/Pu8Mr6h6fbw+359V+usUAaOg+WPz/ANXDr3uJDlKGIqY2jUH1EU9MCV/p+L/T2YeM9Rjh&#10;jOK4z/Pz6ST7tAjsCQPlSn+r5Ede9zqTN0lRVCF6WoaP6NII1Rhc/wBlSP8AYe6yGQnxGpQ1+f8A&#10;q+eOlFjuNvJIKnDHzzX/ADnr3sQ8etKY/wDJcfIqH6tMxJPH1A/x/N/ezKqjSW4+dP8ACT/LqVLS&#10;/wBtEAClaUoB59e9xsvtGky9y08kAdbAqbKrAfoZRx/rE+2fqR9oHGhH8q9FG4W9vOdaZqKGmP2V&#10;/wBnr3tkp+q8HShlkU1LPdlvM9zxdtV/6fj3tryRQG4fM/yrT5dE6bPGAWbt+Zpmvy697mR9a7ch&#10;EjfboptcN5HIDMOR9be0ke5FnKI2B8/XzH+x1uLafFY0pSnDzI9af7PXvabyPXm2Y5TIY4mdbMHj&#10;VeSfqvp+vt9blqK3AHPlX0rnP7eii92lbWQSEU/y+hz173JgxeMoqbRSVFPCbXVdSE2BtYgc3/oL&#10;e2PqHYnSCRXB8/8AivXpuKZYMysMcG4U+XXvaM3nLvdadDtSqMkqXDIVX1ALxo1cEj+h9+q2gFvi&#10;NeNf9VPToPbvv93EuizcE8RWtP8Aiuve1nsDJ7jGBhk3NCxyMMh8qLZWZL3Ab8c/4ce2Tr0d3mMk&#10;Z/YOjfZeYn8BWum7qZp8NaeR697Ev+9yAJKVkhEQA9cmhVBFrsP8P8PaP6Z6mgzShxU4yKfPoYQ8&#10;xQLHoUig4nhnr3uLX73wvjebIVMDx+MmRhIxBt/qh/h/Ue2ljkU1BFR6f4OtPzJHoKigYD88cCOv&#10;ew7qu2+qahjTT0kmQkW8d4oJnuRxwf8AH+oHtuR507g+mhzmtD5fb0HZeYrVpiA4HqMEfYfPj5cO&#10;ve8mNy/XNfIKj+D1sEDMrgrRTSaR/qVv9f8AY+3BdSIAS48xn/Y4fs6WxbhaTpk0K/Kg/wBXy697&#10;EWgwfUebgIWmkjnYallrMdazHgNpAuLfT2ma/k4GpoM+X+qvT4Tb7mQtgn8qH/L173CPWmPoK1Mh&#10;Q7lHgh1MtD9uA8qD6KCSP969m9td+IlHXT5/6vn8+jKCC3iAlXFMjGKfkM5697mQbygxc/28sNVK&#10;sRZbpEPGQ3pPLDm/5HtTLIGj7f8AUPX/AGfz6MjzHDaxhCuK+fH9h697actncVW6ppvt6ZpFK2nZ&#10;FZrn6BRz7obhsUBNDQ/8X0H91363viNAFK0qOA+frjzI697Ty1G1vFaopFrHsQPGrKpUfi6+3PHD&#10;LVW0g/6vzP29B9ik1H4jJx/q49e9p3MxbZyVG1PQ4BqYsrB2ErrI4P6iSP6f4e6+PEtFZuH28f8A&#10;Z6Dl4QGbGnzqPM9e9orF7RpKYlqXAieUlgfJK8rAA/W8nF/8L+/fVQg0LfsHl8+kFvoVwF4tg069&#10;7EvG7K/icIFWiY4OCLI2h+PTY6fbZvFUNICQB5f5vXod7bbrItZD6Ag1/On+Hr3tSYLr/A4CpEpz&#10;jL5OWjNQ8haQ/wCqDfT/AFh7RXG6FBjiPX5ef2fn0dwR21mTIDQeY4/l172MmLqtuUEUfljp6iOM&#10;EN5iX1m9wSrf7wAfYfnubqeQmvHOMf6vz6USbtYx1J0tSgHlgDhSoPH14+vXvc+pzO0atCTDRxqD&#10;xHGliGC2sNR/Ps1sGuUAYjy9c8fPoysd5sm0+GApApjiR9n+r59e9oDce6NuUNM8tPT1GhQEVIKc&#10;SSs17FVtz9R9fYjV2QhTkn8h0/c7zBBVY6k1weGKedDxH5de9prGbweSFZUx81LEWv5aptMhHFrq&#10;v1+vvUssnwMceQp889Ez720y6H+A1xQft9f9Veve5lRXJlW0SymNHWxtEGBvb9Vvr/sf6+2RIVjM&#10;Zqc8MjPSaK/gZHjkFa+WaD/Vx+3r3sLtydPYDOStVUmVqaDIBi7yRQKI2JP6SOLn/W9+ErlyxFRT&#10;5/l0S3+yLcjxomKmmGBpWvr6fz697REnVW4KeJ0gzLVHjsIy8beORh9CST/QWBPswiuge0NQ0GD/&#10;AKuPRW9tdRoQjliB5jOB/P7eve0zBsrdJrDR1KxlLkao9T8X+vp/H+w9q1kLKNQBB86cT8vPy6Kw&#10;L3V+oDRs5r9nDPXvfGr+P+ZyMwqnarjpGddU8tLJHCuo3sjNwbD+ntFNbW879x4VxXH+Xopv+W47&#10;ubxJ3ZvsIp172+N1TicBTLBHkS8tj5XCKCOL3A/oPz7tDLFHVEGBw+dTk16fgtLSyj8OMBaf6q9e&#10;9hbufZlT5xFR5AvcjSAPVcj0j88/090lVpk1QkqCf5ev+z0QX8U15F4kLFc8K/6vT869e9oCXrHd&#10;ks4lihqJotQIdCwFr/kf1P8Ah9fZSdvkkeuskD5/nnoKty3uc8yzI7EVB4n/AAf5uvexQ271Juue&#10;n1SRCnjNnaSpcxm3FyqfX/kXs7toDGgz+Xn0Ntv2i9t1C1rXjXjw9Ove1s/X8dLTePIVcR02Z5FR&#10;msQ3BJbj2uZYwSrU/aOPRoYZ66Xbh/q/b/g/l172n6za2z1R1errJj+m0YWJW+usAfX/AFjf2nMc&#10;Ei6NXGo4+f8As9I5BayAxSAny8/PzPHr3tHybBpJKkPiqYx0xYXlmqNUisTxZP8AifaT6CGNtbgD&#10;yrxz8vl/q4dFC7LHbHxVip51rSvzpx697xzbdy+NqtVq0wKQFnRjJGLHnUi8+9NM0UumIgj/AA/l&#10;1qW5vIJwEZqUFc1GfTP+qmeve1tRV4SD7erp6CvTUhK1UZDsR6iePp9LW9mLSI0WeP8AgPr5/t6N&#10;UmmRKYr8/wDL173gqcvS00ipTYbDUoZwsh+2Z9Q/C35/1r+0yzgZJ48fn/q/wdeXcYo6F9PDuwOP&#10;qKDPl1729jJ4R6YtPjI4ZAAHakgdEDnkEFBb2qS6gjXIH+r7Olo3CBIzVkKtwHmfmeBpwrXhXr3t&#10;H1xz1XUMu1amenp3ILRPG4UE8WZ3/wB49p7i8klYLG4/w/4ekF1uVw7eHZTAEeoqKH0rwxT/AFDr&#10;3ufjuv8AMZcNJnMhDRuOJNQDvIWNh+k/n3os+isgr8xTI/Ph1USmXFy1fmowf20697WFD1Ht4gLJ&#10;WLM55LB1S5+hst7/AFP5t9PbQez8kJqfsx9vl+X+DpRFFs6sABn5jB9anP8AgOa9e9vdR1TgqWll&#10;l8qaVW6h6tFHHIBAP0/3n/evbqSCNfD1YPnxoP8AJ0dV23RggV/1cBk0697aotjhVVKWrpvEQo/b&#10;kaTg8jlj9ffpLpVTw1JNK0BOKU/1eXSSTc7dO2IigrTPlT5+f5enXvbfVdWvMxK7gajW7XVYUkY8&#10;eoqysLf7H/Yey6W7nYFRUj5U8vt6Jbi7ikWiOw9fL/ixnjw697eqDpnCPTFazN1FRI6kszyRxLcn&#10;j0g3H+x9+DkjiT8ieH+r5dKImsjbkSNUEefH+XH8uve40XSW1aWpE0tVcKwLD7sepFFySo5uf9f3&#10;uJYo2LKtR6cR/h6Qm22qG4E0Sivmc+mKVP7ePXva6iwm0MTCsdFiMfOQBqkmqFlYj/EOePalbpNP&#10;aAM8KH8qfLj/AKs9H8O/wRx0UUP2H7Ove8q0GOqLGkx+KjMhFwViutxytx7cE400JH5Y6MIt5tGU&#10;6iKnh6fz8/Lr3vI2yKGrZTPFAb2Omlhjvf6m7f4/0t794gdKahUev2eWePV13Db5KhiDX/B/qz17&#10;33J15hXjlVdsyVzaRokfyx835U6Pwbce063JoNZBC4yBX5ft6WQzWMi6ZMgeor+z/i+ve0RXdXZB&#10;qjVjds1VFzdbyTtGpAvezE2/1vbklwkKlyAP85zj/J1t1s17o6D7D173zGxd/U2kwYeOWD0qXqvI&#10;QBf1D0/X/D3oX7MoaoP+T/V/s9IG3Dwn7DqAP21+zz697W1HQU+FpUfO7eSWc3V/t6OZlVl55uOf&#10;8fbibgrNUjHy8vn/AKq46ud9to0LOM/ZXj59e9o/MZnZ0k+ltrSawAodqUoQT+dP+H1v7UCZWGkn&#10;j/n/AJdIJeZLSoAA7j/q9M9e9pCSHYFfLIKvA1UesgKyLLGOBy2kH6e22SBkOsA/b/g/LoouNys7&#10;jV4sQ86kiv2de9sLYTrKlmLjHZN0uTf7l4gCOQRbn/D2l+nt1qO35U/wf5uiNJNsikLKoBxwxQ/z&#10;6976nn2U0ZSjxiicBQhnkkZQLfqdiTf3XxqEKaED/J+yvSr98w1BFDw40P8Aqr1722wtRak82SSg&#10;pw1zHRQB3PNiylzwB7deeFiHUAHHyH+rz6OI+YIVI7iv+lx172pQ3X8yLFWy5vJu9tTtOYV/1lVL&#10;Ae2pJI27QSR5f5846rdcw2cqMrMSK048PWvp/l697caDHdbUBFTRYKrd1LPH5qp5WZ/ra8lxf8+2&#10;YY4Y3BQ0zWlP8vz8+mLK/wBrtmEsEdDXzFT9tckde95stuycxsMfh5YkC6ULuzMAPyQo9qS6qK/E&#10;c59Ps6V3fNGldMQFT6+X2Z697Diqym4aqUhYwnH00DVb66SW9sCcYRQK8fz/AMJ6Djb/ADOe0qCD&#10;nP8APj/n6977ONyVUNVVSwvr+utFVrKLngf7x78ZJXrqp+wdNtuM0g1swUfIA1/znr3vhHg6L6yQ&#10;InBOlWdQ1jY/T8+6R+Ep7kB+z/YPTsW5AHvANfy/wH8+ve+Uu39tadUlMxJIv+/IPr9fzYc+3SIW&#10;NAgH2/6q9J7i522Q5UA/bX88Dr3tvTE4GgleWnx6sTe5kmY8/wBk+9RRxwtqRVJ+X+rHTVvc2FtJ&#10;4kUaEmlaVr/sde9uLVeNkhWB8PRSqADdmLPz/Qj/AG/t17iZ+2gpX0/1ft6fn3sXC6GCgDiDSgA/&#10;ljr3thm21gMlKxSllo7rcinqJFHH6gFe/svktonIDKR9nnnoomhsJmqcelGpj8uve8jbD2vLEFnr&#10;crTrZfUvjkU8flrD/evbb2EbDTQ/t6q+37dJH4bsw+xuve3vE7O6+ouKrI5GqJN/3YY1QAC+kaef&#10;blvbRxkilfyJP+r16MdvtNutqoylxTic/sHXvYl7bPW2AnWop6aNWuD5Xp0eS+rkFmva/wCLe1cc&#10;MURJACjzAHn9o/wdCrbNw23b31RoqE4NFp/Mde9irP2FseCLRLjFeDT+tooSX/wCm/t/U0vxv+X+&#10;Q+fQtPNtjJH+pISPQ/Ly697RFfuDqvJy+KbHR0lO5LSTQ06PIhP5spv/ALD26saNUkY8qmn8vT7e&#10;iq75g26QGgB40FB59e9gzumk27UVcseHrZjjlv4m8Sxs6H/aPxb2nnbX2lQPz/1U6CO4bwko8BSK&#10;eeSc/Z5CnXvaZTC4VfGpmq1KtqeRCt3C8lbW4/1/aTwVWhCjHRKJ4xwalM4PH/Y697E7D5jb+Jgj&#10;hioql1Szl2kvra3Or/X/AMPa6Lw1WgAPyJp+z/N59Ciz5kFsAqmv2tT9n+zXr3tZ0/Ye1FQCbGaG&#10;A9ZExDf48t+P99b3drlWw9QeHE0/Ly6OIOdCuGJ+Wf54x/sde9qeLd3WFbQtJXUE4aMhXiaoZo3u&#10;OJF0nj2y7LlozQ/IcPy+zpRJzbHJGSTw4gnhX7ajr3tNSZzounkedNrVdRLqJ1NVyyIxvfhHJ/Pt&#10;lYVZg3bX5jH+r/L0ih3vb/EErqNR9f8AVxHXvfcnYPW2jx0W1qunS+kLHNEAv/BQwNvb4UD4jw4Y&#10;r+3z6Mpeb7JAYgDQDB8j+f8Ak697SmRfqrLMz1W2aktJqJc1GhlJ51egjn2kmt4bjudQ/wBo/l9n&#10;QWv9x2/cT4s0SyHOCP8AVin2nr3tvw2P6wxFWammosyrGQ6UFVqEI/oo/P8ATn3q2s4LYVUaTTiO&#10;H7a4HW9lvNv22fxrVDG5Oc4p8q4H+Hr3sR6TN9dzBDPTZO35Ltq4H0svIPtXqlWq1p/Pj+zqRIub&#10;4GTTrJPn/EPz9P8AVTr3t/T/AEWVR/f+7sbafKsmkEnjSL/X8+2pBNpPcP8AV8+tNvdjODrfAz5U&#10;qB5Yz9vXvcp8L1YY3ZMnWqLXAjqJbA/1RT/tre2WldWAoCBQfy6028bWF1mTj+38wf50697DPcW2&#10;NsyEvgNz1NCwYsVqEdtYIJsGH55t7sNbdzHI4UzjoNblvEJ/sJNIFKUyafnwH8+vewdyO2d2CpZa&#10;XK4zIUuq6ioqGRxc8ag4Nhb+h9tH6kN+kQU8gegZd3+7CY+BMrx1wHFDX7R5U697m7fg3ZjsjCa7&#10;HYfwLLzOlWvCAfrCKeT+bW9+jmuFetwFp9vH5UPTlnv26Qy/4ysaqTxVjX9hx172JGHy2YXcYkyQ&#10;x4xEDAo6VCq76vyyHn88/wC8e1Edx3sNNKgUP2fy6EW380N9TRwCpGD/AJPTH59e9j7R7t2jAi66&#10;miVrDgVJJYn9QsPof6ce1ZmeoUDHma08/wDUepFsuc7WKNY9Qp9v8/8AV/g697j5Hde2xHalq8eH&#10;Lah56pRZQbqOeP8AY/X260ztUVGPn/Pql7zZayA0daeYqCamufTOOve0dW74jpXMdBkMObgOWklL&#10;aXvcFG/3n6+6GeIAUap/KlPMU9D0QNznHHJqieprThw/KnXvbRL2bkW/bmrsXIo+giYKGsTwbj2y&#10;01RXUc/t/wBQ6Uf64Jei+JUepwfs+zr3vnSZ7CZqRIsrT4Mq7evyVAUEPcaiBa3+39+ZlZAVqT6H&#10;OR60/wCK6Wxcy292B4jKdR4Hy+3z697VRwHXyIrxZHEY6QWdWpqgL42PIFrm/tIHYDA/1V8vl1dr&#10;3bwmuqLQn4fOv8/83XvbDls4KBXjw28qaTxrYC7Orf4XH5P09rIboiOhH7fTpk83wWa0hkGDT/UB&#10;5Cma/l172BWW3DuKqrvHNnJVViS0sE7rGFv+NH19tSXDk1QniKfI+v5dBfcedby6l0mY6aj4cU+z&#10;/YH+Hr3tc7e3BiMXEP4nuTK1WoAvEpZlB/Oksfyfr72HAGmo/Pj/AKq9et+aIVGl2JqPM5H8uve3&#10;up3nsNy7eHITML3d24ka/B0gn/efahXDH4j9g9PP/V+3pX/Wm1kWtT+2n2cP209eve0vX7k2rLda&#10;fELMWIALymIj8caDY2+lvbrRo2Ur/L/Lw6RTb7bE1r+31Pn5kY4de9pWbPYqJiY8WkZB5ZZC5It9&#10;WBvzz79VAQ3h4Hl5dFrb3EpBFa/bXHl6fb60PXvcin3tjKcqWxUMjC5LaQJAAQ2mw4v/AF/1vbTM&#10;oXvUUrX59Vi5iCgFqYPnU19OOBx697VtN2bgSqh9vEPZV8sU9iGAtqP+v/T3XxImbUSfOtOPoKD5&#10;fPj0Zw82xAAjiM0z+Xp5de986neOGrIrDH1JD3Bj82khCOQSfre3t4yqV0lyfPPEenlT/P0ufm0s&#10;gUPUGvnwOOIr8/8AD172m4H2x51k/gdZPdmdo5q+TQWPOmycEfXj2wUWpIINf9Vekg3S211enrlv&#10;X8zx9Kde9qqnzGITRDDtChMZ4sQXYk/XVqvfj6+6stBSMVGOFD/q/wBVely7pbstFUN8q1A/aKcf&#10;L+fXvagpTg7+Q7Px1OrjSzLSoCWt9Cw/4j3sRMT6Nx8qU/z/AOqnSiC4tkjDMq6s1IA9fl/h697d&#10;VwWy6xlE2Ogp5HUElZAmjj6em3P59sS6tOAKjh9n+r+VelcF1aEiM0qcjH+rA697c12Htmoj8UMu&#10;mNvSitUtySL6eT/Tj22LlytVr/k+f+rz6No5I5BRtVCM04GnkT17221XVeFiDaY6aZDYC0pEqC9+&#10;P9a319phcIe5QKA4wDn7f5novubezOcAcKGhP7R173DoOqsFJN5WjnXkBYmkUhvUeQXPA+lr+9Pd&#10;+GRwoTg0Hn506ZgtLIShhTUPz/keve1gnWFCNLIksZsvDOp5/wAAh/2HtPHumt/DVcD/AAevR5HD&#10;aGni9p4j8/8AB69e9pzP7DztNA7Y2ZwY0LIijWWAH0H+PtYb1mFQxIP+D/VnonvwysTETk1+weXX&#10;vYVQ/wB/qN2Tw5AqCbLVQN4+DyFY8e9i40t2NX+X+rz6SQ7nuEHwMSPP7K58+ve1RjaPduV4qvsq&#10;SMWszVQVh+Llbf8AE+1KXqgcK09Cf9X7OjWPcL64qspAz5HP7Py697wZPqvN5JklpsrjQzC7lpdV&#10;ifrYW/23tNcXqkYOkjPDy/z09Okd7ZS3RHgPpJ8yK9e95qLqSSjKnI1sdZ+klaaTQG49V7Dg/wCs&#10;fadNztF7Xap/Ov7Pn6eXVLfb0jxK5f8Al+fXva1pNkYOJGD4eJ2AsJJJGYi44Hq4/r9fald1tGwp&#10;BHRqttGRR1/bn/B/l697k/6N9p1bB3w1FCw5aVSyyMw408cf4+2n3CBMppJ8sZ/nx6Q3G1WQkqyJ&#10;X10j7fMde9y5esdtmDxQ488AFCszr9eb3Xn6fi/u43CrBqjSfIY/YK9bSxtwwoB+2h+wfL16977o&#10;et6TGSNLjoxA7gq5Jd73P0ZmP4/p7udyVBhqf4R0aQW1vZya1YIW/n/q4fl1727rtDKhXJnp5LqC&#10;ofSlgDayAe/JvTA6IydPqf5iv+c9GabksK6VbzHljh5H/VTr3tL5fZO6J4pVx8lNHK3KMJ2QXH0F&#10;h9P8be7DdnlVnQ9w/wAH+boo3CQ3Ef6JGoZ88/Pr3sNB1z3gs5ekzbwKGJFq5ih/IBX8j/X9l0lz&#10;cySBtQ9cip/PoAXFhvhuQyXIUHPw1AzWhzw9eve1Gu2O7oohHUx0lawHqlWojVz/AIkG3P8AsPby&#10;X8gHfpJ4GgIPyxToQWz7oI6SNGxHmMfL5jPy697Y3627HyE8k1Qz0c+o3Bn1gki3HjJAHt43khSo&#10;YUz5fP1+XVvAvJF1eNpGeGR+z/VXr3uTHsjtfHftwrHUKpssiVMYfSeLnXb3Q7g4AEhr05E9/HRt&#10;QkFaVFR+0cOve5SbU7bBDyMhQ8mI5KFDzyOB9D/re223KVjoJ4+o/wBX889G9tu27oQGIK+hNPzr&#10;SvXvbbWbH7dl9dDVR08jmygZdbA/7H/e/ZbdvcVYowWvyNP8HTG6bhzDIp+imVCfmSAP2de9xqbZ&#10;PeMYSSq3QBYnXTjJgkBP9qPH+tz7at4LmT45FIGTgf4eNfy4dEdpFzbUS3N8reqqoP8APHXvbouK&#10;7Sj/AFZN539Q0isjYEngnUOPZzHCkeWoSM0pxHr8h0JEvd0tV0mUNiv/ABXXvciHG9kLIJZqqmUq&#10;R6pKlXK/0IIH1H9faoQx1zSp/KlOHl5/6j0zHve4iYAuMcaVJxmgHXvb3C+9olH+5gs1iNJqU0A6&#10;rmw/4r7fSJAKsK/bwr8uhFbcz3cakSmoPr/q/wBnr3tzgrt7SalbKQMwUg2qIv8AWCnUb/4e1AEd&#10;C2kUGK/z8qdWbmWZ8seve2OrpuxZpNVGXnJLC8dVEQrfgqdX191e4jUGtPsPp/k6QvzFeyDw4cD/&#10;AE3XvcBE7VpmIloaorexCiNzwLkkjnn2mWeMGr6afb1uDc90ShcAg+Vcnr3t3gyu+0UJXYmu8akM&#10;W+3kk/wAJt/vHvQvbNFqAoBzWvz4+lOjReZryFNNNNeNK5+f+eh697cm3kKBdORxOSQlT5HNPIpN&#10;+CbEcf6/tbHeREBkoB6DzA/1fLp5OY5EFWFGP2ivr/L7Ove5VB2xhKSZZBh55ShXiouVcKbAEL/v&#10;ft5po5E0j4fsyPWhr/h6NrPm23iOuYY9OB/b5/Zw697EWl7ywyoGn27RyKFuUeMkCw/SLf7yPZa9&#10;tGSdEjLUn5n0BNf8PRq3PMIXUHpx+3Ap/q9Ove2uu7i2tk5TfCU1GrcGOKn1ICP6cEj/ABA49t+C&#10;FFDIxp0nfn+yYBXdj+wj/iuve41VmNtZKJZ4MfAWK6lCweJzxza31/w9uo5hYBagj58K/wCHopuO&#10;bdulQNEGJGD+3BAHD/B59e9t8JomBZ8ZMqs2kSRg2X8g3I4/x91eQPHo1Zp60r0Hd13mO4iYoh1D&#10;jTgQfng1697r273zclZ2HmaFCY6LEtDR0kGokAeISSysDxqYnn3HW8zz3N5pfggoB8/M/b1ht7gb&#10;/c32/SRSt2RABRXh6/afn172EdJm6zHTJLR1MtPKnKyJI1x/sP8AjXsvikmgYFGKn7egVBvtxYuD&#10;buVI4Gp/4rr3sRaDureOPiEbT4+uUCwkyONpaiYr9LCZl1WH1HsyTdL+Na6iRjj0annfc9FHcMOO&#10;QOve0Juvema3ZUJPlakSpEP2KeCNaekgP5aOnisoY/1Iv7auLmS6zOa+nyr/AKuPQQ3Xe7ncXMlw&#10;+umR8uve0UzuTcggAH621c/T8e24Ygvccfb0F5JyKtkAn889e98VcSTIS3IsCNRH0/IPt8EeVDTy&#10;HSFnOkk/8X9vXvc+tZhFpjYWPDhSW/1lF/8AH6+6Mda4zTP2D/P0X29XlNckZrTI+z/B173xpY38&#10;bNYCxP1b1WP1Nh7qx1U7eHyp9nz6cnYA6af8X173JdLyRyPYFSQbccD9LqD9Tb3VGC9pFft/mOmY&#10;z2GPOeHn+X2de9qWiokyEX3BrEhSnX1FwSTY6mS9x9R+D9D7d1AYNc1I/wAn+bpBLOYHCFTU5697&#10;y0eOjnnP2aK2mVpZJppGdAIwW9Q/I/1vaoFKBv8ADSnkKAef+Hq0lxLGgMvAjy45P7D+fXveWox1&#10;UHElbYvVMxMzk6YlVbhhb/bAfT2n8RXJZBWny4/6uPy6ajuYAp8KtF8vP/Zzx697iQxU8IHlBBqW&#10;Uhz+jSovc2/BP0tyPdVJ1VU4HH86D88deM7yNqhaojGRwJr6g/Kh/wAA697eaaCSRauljqonnZ4V&#10;TzhiviI1apLf6k/n2YQKQfDrn5ioP2/6vLpJcSAlJZFIADVI+3041/n5de9vuz9h7kzs0qY6spqJ&#10;jWE1Aq6iKnon8KF2T7iayo7ID4r/AKvp7Ndu2y9uWZUZR5MTQDGafac0xnh0Sb3zHtNhoS7QyHTQ&#10;BR3VrQUAzQGlevexnquv2TbkGak3DP58XkaCjwYeImOthycfngjN29LoUZARcGxI49iOXbHi24X0&#10;sxAVkCCnxA1OK8KZFf2dR/ac3LLvJ2+O1UJKreIa00lDQ8BWhrX5Y697SWQwsdPO8k0iy1UbRsEI&#10;YpJ5AJNTEH6Frgj8Ef09k13b6w1DQ49KZyPLz49Cbb92Yx+GgAQ/PgBgD+Xn172HeUkhjycMM7LG&#10;kqKizSophiqDzIH54TizNb6n2QGJNaqWJyKcPI8CfkPP5DJ6F9kzzwFhimdIPEDHH9lB172wZmBK&#10;QRlDqkZNRFlCOmvVHp5tpH1v/j7ZeNBRamtP+KpTifKnyr0Z2MzTKVc0pQV8/Sn2/wCbr3tKSxo8&#10;SgMDyxJA0nS4Nhz/AEJ9tYZtNOGK+Z+0/l0tWRhIGbiMU+XlX5/6s9e988UojcCQXsWUlyLKRcAk&#10;/gce9xRqSK0b0/P/ADDp2WRWoPQGo+3r3tVtQqaYUyRGWSaenAlRiy+OCMySsD+Lg/Qcf7D2teMI&#10;nhINRJGcCg/1cOi1bk+N4jN2CvmARX9hNOA697cNw01RDTUNIf3rv54o76UCLGUDkn6/Qnji/ut5&#10;EIlHafQD5cSPmadO2d5GxeRV0kYrSpz6+ppx9Ove0ko0ZKConJUeLyeWI3DcFmUK31/Itxz7L1io&#10;4l8uND6U4U9eHyx0aRNKYyaBjTI86f5/M/Pr3t53FicZPgcJm8fUK0lZJLT5DHNJ/lIqKfVI9VFF&#10;/wAcgtgf8fZrc20TWcNzAR3GjqSdWBx8seXy6K7W8uG3WeymTSqUKnIGfInOevew4ZnglM0RIVSu&#10;km9wTwLfg/4+ypgYmDRnhSnpnOPl59HT0PbJQ/n173yqKmKdEUxMKnW5mqNVxID+myH6WP596eQS&#10;rR17vNq5/McP8vVEVkk7WquKfL7D6H5jr3vH9pJpTQSzSG1rXt+V4HuhTNBx/wAPr+zqwZy7IAf8&#10;/Xvagwm32rpKiaYlKamju8rJcGRbHSoH1PP0+vt7RIRrIGkYP8+H+rjivSO6nEUYKkEsaf6vzx6d&#10;e9u+IoYazO0NBSsgWatp6dHI/QhcXJH9L2v+be/RINZD+VKCvHPHy45B/wBR6rA8kds089SAGIH2&#10;f5wSPtGOve927+R7sOXb/VXbGblkeda3I7UwkUxVQNWNx0tXUJb/AFQM6sLG1iPz7yk9l447jZN3&#10;lhjoaRLr44FTTyqV4geVaV6+bP8AvhebbXdvcXljZrYBfp7eeQoP6cgUVNAeC8P8vXv96/31vd5q&#10;OgcxhyHUKWAXkA/Q/wCx9y5aPbxXBt4XIdRU0XuXAqRg8Rw40qTivXGxgxXWwweGeve3GFJWeQKW&#10;IZNQAVAVGmxAJH1vzc+xhFFceLIpkKo4Ur2r21UgqDTJrRgWrT7DTqsCtI4VF1UrWnp+fAddMwW1&#10;z9SFH+JP0HvPAjlmuV1Rkq5kvdm02vb8/wCw9rLaqIY2qWWgJp8RoDq4AZ44+zq8UchdmNBSvE/L&#10;08/9VevE2IFiSf6fgf1PvjKt01G3C6jpuWYjk6QL8cfQe73CK0BM1SE7u0H8NGwBkk0pTJNadNlK&#10;gMvH/Cf8w679hhulafHNU1tTNPHQTwtLXFRKvjji/ePj8NnLFrcrcn6e8cedNvTbN2e5jZ/DugWk&#10;BDLSlHIGASdRFWFT5eR6FuxNNeKltCoMqEBOBqTjNe2lK4Jp59e9x8fU1ldiJBRjwJWxVJpJI2Ms&#10;8XkXTFOhcXVmBBH+pPsr2693KXbjBZ4EmtkAqxUmgqPOrcBTh8z09eQW1puINx3mIqHBoFNDlTTF&#10;BkfMde95KXKyVCU2MNSslXSLR0lfV1r+J5w40CUrEFVZdepSBweD+fa9d6uN18Db2dfHi8OKWSRi&#10;oYEnSxUUpIG1BjU6sE9NTWCQu96qUjk1PGiCoUjNKmpKUoflw697DSrwVZicrBTZZWyW4nqspV4i&#10;PB0EsC1eIhm8NJBkcw7Fo0p42BZJJPU19A9ku6bNebfcnbb2rTIXdFjBIYKdJLS6tSRoAKKa5Jpg&#10;1I2t91t9wsHm28iCzCxJMZ5FYpKV1O0cIADNIwIBVcCmo9e9pXee2IsVNV7nmNJEmQjp8hmZ8bAr&#10;VkuSxYEcdPMISXe0KqoP5/Iv7Cu8WM0KxXDSpL9RXUqUAWQcQ1Cc0oQxOfPo+5b3x9wjj2OMMxhL&#10;RwrIx0iKXJYasCrkk+nljr3scdlGT+EUlR+/TRZWmFSiPxPT+VRIpYci5+hX8exvyR49lGY1laNL&#10;tWXWvxIQa6vQ1ppI+3qL+Z9H7wki7XMDaSR8LUxjz/Pr3sXqclo0QyMn0GskAMDYesf7bi3vKGIf&#10;oq3xdo+Xl0F4JC6rDrKdxFa4yaZ4/L7euDgWJIDEfQG34vexP+HuNU3jqKgSuywyuscT08TSMZbc&#10;+jkWv9SePZTPJPB4hZiEl0LHoUu6ufiqKFQMVqaLxr1aaNDcurnFWrTANPQVH5gH7OulJKAqCeAd&#10;Jbm3+J/r7GTasVO2NppYvUQhidyoV2ZD6rhfpz+PZNujSpcGNz6f4P2fs6yS9vILKTYoLm2oTQqW&#10;pmoJqD6Z8s9Eh+QmfydJuCfGVE8kdJHFDXRLa1KqzJpSRgf1EBQpbj8/j2q/GojZT+mxHP8AQjm9&#10;/ZTU1x1I3hRiAo3w0pnonkm5a19x0U0EwaRayKaKnpEBnarp/wByJacKb2f6CxBJt/j7LzlJJaPM&#10;VsFNCya55Yp5ILCAJbVrZpjdlP0BUHn8D2KUlZpkFvC7a9IkeigKdGoMSaVFO2qgkNg9Yd74ku37&#10;zeRwuselnWisxDKTnTWuDx4geY6uH29UjK4DC100dSHqKCjqildAlPVxSSQAlKiBOEdSSCB7xJVS&#10;RAgC49KgOAw0g/UKf6/n2cu+SWVgAQKmlCCPiBFSR61oa+XRFDeSwgqpBBAwc8PKhxnp8KAkHkWv&#10;9OL3Fube+FTVxu0CLpV5GYKhPpax9WlP9b2huL6KKWC2jdPEnaihq1IX4qAEGtPXA8+nLiUXI1Kp&#10;AXJ9M9eVdN/z9LccgAfS/vGSQxsBa45HP09rWaVJj4aVQ07gc49R5jpDUDNaHrl7wtrZiGAv9b6r&#10;av6WH4/r7KZFu55dE6J2itdTUenw0A+GlcnjWnV6qSW9fl173yWMALzZAedRvf8Aryx9rILOKJY2&#10;jOhAanUSak/MniT5k9VLaj173jkkkibkh9THSLWKr/ZH+Psv3DcNx29zUrIHZtK6dLKv4R6N5kMe&#10;PCnV0RG4eQp173GLSv5tayfqCF45LMkZGpZFX6Aj/AX9k7Xe5TLcPMkh7gheNwCsZXUsipUgOCaa&#10;lFfUHp5RGpUCnrQjFa5FfT7eve+NNTLJEqu0jSCRpDc+vUQYwzj3TZtpgvbMJcSO0gkMhBNGqQUD&#10;N51HE0OT1eWVxJ2AUIpgY41oOve2b/MSuKiD7po5lhkjiBkXSfTqPlFybfVV/wBh7j8Ku17jJHfw&#10;C7eGVY2jjq60Jwf1BqNQasgrUmgPRjQyxgRN4YIJBODX0xw9AT173zpfs4KrXqdRLGsK6dUKxKkh&#10;McLRNYC44U29rdpfabPdS9wzKkq6Rp1IsQDkrGykrTUDRTTFCDx6rObmWAClaGvkSSRQkHzp5jh1&#10;725RVGOdp6WS5VJCx8wfSQeSRKbjT/rED2Ltt3blic3Gy3FWRZKgyBjWvnrqQAKUFKCgz0jeK8TR&#10;Oo4jyI/ZTjXr3vuNomtPCoEKa2idJI3heG3plDITq+hsLn23EsAulvLVNESFmQhkaIx0NJKgnUDQ&#10;6BU5x1p9YrE5qxwQQQ1a8M0p8+vewxqtxZGhrFyNE1MMU0mSkrqGtp5ny087FUpqqhqXkEdPApF3&#10;RkNx9Le4X/rrfWU0267coKTPKdEi/q11DvTVURriunh5EHobw7LZ3NsbO51G4AiCSIwEKjJZXULq&#10;kcjAYEU869e9qOm3G9dMsMkcZeSFZTIzJrjjIuLIlrg/gj2dW3PO4bxOIbuNGd1qZDpUqoyBQUFD&#10;6jJ6JbjZltYzKGNAStM0J+31HXvaqp5KVnhInW7R6WhBYsXIsQSLi3+HuUdom2p57eX6sAslGhGp&#10;mLEZBIqKEeVePAk9EUyThWGjga14CnXvfKpqKKnpoo5nSlp5QyhZyVLLfjQSQQf9f2q3O+2aw2qG&#10;xuCltazVAWUHUwrjSa1VgaHuHAjrUMNzLOXjBd1oaj/L6jr3tgw9fRZX76mohI0+OaAVMdTFNFT3&#10;lZpITDUW0SnSpPoJ0nhgL+wXywbPfLaePbVZnt6a0lJWP4yVoy11kKKigoG4jPRvuNndWBimuSNM&#10;2rSVKlsABqrxXJpmlRwJ697haHgnaWaIRutU0ukyxp92zNdJTotpJ4DD+n49hV1urW9NxcxBXWUs&#10;QXA8apOljppoJqNYFMeQFR0/qWWIRxNUaAK0J0ADIFeI40Pr59e9pSKGQVpxU1dFVLHRVFdWIzsJ&#10;omqK0uFGj0BEU2UDn6fj2EXspZbgWk0qOoVncaiSmpyWGKrRRwpXo/kkU2v18URj1OsakAaTpT59&#10;xLEVNcceve8kVIKjM12Qq5qaZI8fCsNUpZWnp41P2Mc8ulRqDEExD/Dj2bD/ABneJL6/kSeKGIEE&#10;uRrRRSJWagqRiqgeXAZ6pJP4W2xWdurKxkOpMUVie8qKnBAw/ln5de9v+19urT+XJvBT02Xy0OvJ&#10;VDQx082YeKPwmsnpojYEppCuqi4HPsc8p7Buc7JudzoimeIikihWmTKs3hgkqGBBDKBXTUjPRZvm&#10;7NOFsgzPb25PhrqLLCK6tCscnNTQmlTjr3sRMRRU64vJUMkclSmOXH1Mb1sQMRk1aTJFUPwzKbEN&#10;bj6ex1te3wWFs+0TA3ENuYyDMoCs+kOSJCNLgMAdVO006atibjbrq5Ha5Cv2+SlvDbH4TpYkeua9&#10;NdVUNDX4yJUDCqeqgZw5BTxU5qUBH5BK2PuHlMNXP9uaWsczJWqUlShpJnkxYkV56IoQAotdTIPV&#10;bn25vmxXt5GlxBLWZJNNRFEaQOw/SOrSAFAPcMkGhB6RAQ28xh8IyRurBQGapZRiTtqSQTw+E08h&#10;1OWS4Yv6LWuG4Ckmwux/r7zYrbrZGprh546bw+SqEQ1uYIoj/kfkYtpYuQWIH0H1+nspTlxPq7h5&#10;n8E+IpWJWZigBPhFmJ00OgtpAwCBg56W7bYtupMdu9FijdmZgOApgCo41C8cUJOMdQMnlI8YlMZI&#10;nkerq4KOFEPBkmPqZmANlUXJNufoPaux20chI6ZF8qXeoSG/hSMUlI1O4MiQMRrKSD8FiPZ5GrRX&#10;T3d3OzyuI6qoATtoSI6gusbkd6l2rWvGh6FFhyZfXdvDcW7otdR8RanTQ0oeCsQvwlVAP2dI7L9i&#10;YXE1WQx1XFMKqjWmYUZAM1fBVofFNAqXsoYFX1cj+nPt8bZruY2FZJJElO0LU8f7KVEzyF1qGvca&#10;kBsv4/PtRJfLLcieRmAAZdFRo7tOSAKlhQgZxUmlc9HC+3MvgLFFLrVVHw1UuwLENklQAGHkcj0x&#10;0jP9NuDgneLJU0lBIWmlaSUipSkhAVY4HEKhmZ2BNgBYH+vuVDs3w437ceVqgwwwx/cziqkptEnk&#10;kd6iQHWT/rcfQe2or1II1tY3Zo0r3MS7N6VL1JI9WrwHp0Zf63byWLFkC3EqIgUstIqHU51KKHV5&#10;hQAKnGT0npu/8AM3EoqQ2EpJKuaSsgpagS5ryU3hpIKGlbS0ZWQklpm5Cn6ce29Nh0bLLLPTpT1d&#10;dH4ataaR/t1RZTMjogNg/wBCWA59o2ttq8aWRYgRMNLUqoYV1V01oGrxYUJI49J4uQ53skjvqRTE&#10;5CZVM4KnzwBg9vlTp/bu7BPUVZx8n3lBSxpJSyuWiqKx5AAUZJlBXk6bEX4J9qbFYqooiCkklPDH&#10;GkS06nUGIl1mVbf6oWuLe1t3dwzLp0gnjWlKYoB+XR/y9y9f7U9Y5GhjRQgjB1aiHLeIP9MDkHhw&#10;6RG+9/bPzsEVJJRUGemqjVVLVNSFggxwakFMaOR5gCGDn0OpNyPx7Aj5LYM1mHwGbhbRNS1FRj5y&#10;raWlhqU8sIdx+FKta/8AU+4R91ttuZrC3vbMgMrlGFKFlZS2D8ipFP6XWdn3W9/WHe7rZrkahOgk&#10;UcdLIaEgeVQePy6KfkftMfU5ITQM9FFLTSLIkY8YqGYCUxx83/1Q0nng/j2Rmm25Sy1IZkCtJqD2&#10;OkSLYazqYn8/T6H3BsMN3NcLUlQamvACgAHDicZqeJFOPWek24slvXNR8qn5YHD5/LqZX76qKSil&#10;jhc1KQLGFDnU0MrObCwtwR/Ti1v6e0nuDExhJ0gLRSwFjC6gpqWwawIP1uPe1R0mMcWc59D/AMUP&#10;Pj+3pfaTM+nVQVofXoRtobjd1pamvAqKetgVZ43PkdGYlQhRhazA/T+n+t7Z8Vh6qvpBFU3lJQqG&#10;lRTUAjkqzj6j+l/bh/xc+FQvTNeC/YBn7SOHSuaVYD+f5f4f9Q6f87uLHY6sepo5IacxaTNDHK/2&#10;4jJNpY0J9BsAOPz/AID2EHYWyqdadzEo86LLG5YaPVMfT9Pwfxx+Ofd4/AlQa1AA8hT51qfX5f5T&#10;0KNh32bxgwYaDTyx2/5uGM9C3sTddTVELKC8c6pNCyMXGhVF7hifofrz+eOfZXMjsybEFchTlnhQ&#10;6SqektLa5IQ/j/G31PtKYUWTVHxAqxI40pT1pX/ZHUojdIrofTqQWYZr/qHlmvp0NtHlkqbxONDk&#10;Myj9RVAbcn/Vfm3FvYZ7t3FU0gVIIFUM2n99Fk1D6lmMnI0i/wBf629tyTyFxQBqmmfljHp5fPj0&#10;JdlsV+Ns0PGpFDSgA+Z6eKanj5JYMbD9JIsB+QP97PtBnHTS46LKUsSR1bmXzlUSNZEvchWbg3PI&#10;49p6A5FKZNa5xx/Ly6EDTM121mKUUA14nHH8vL7epnkCuUN+NNrC/wBR+bewt3BRU9ZEamjqBBUh&#10;xJKC3qlkJCl2Qgcj6C3F/wDD34yxRxmpr/I+uP8AV8ujvbDIziOUDz4gcOGK5/1EDrL7R09AalSK&#10;hCklk1SogDsq8htK/wCwHPsvkamQKYJAPkT5f6vXoQQoYyoPDTWgyK+f7f8AP172APYG4cjh8dU4&#10;3F06VeUrQ8N2Gk0sLN+5Nq+nkt6Vtz+fe7K0fcZqqRpBzwxXgP2D16mTkbli43Ai+CnSpBI45PD8&#10;vTr3ssdLm+xYK0EU0jReQqSqySegMF4e1r/gj/D2No9stJYleSNWBFKECo45xny6y+5V3XmDbY0j&#10;ArFQAKRw/bmgpWg+XXva8pN972pB4pcTV1SfTWtPIvq1X/UBa/8Areyq42Ox+KMBSfLhx/y/5OpV&#10;st/3J/1JjX5AU9MjNP8AV8uve3nGb2yFVU+OqxmaoZGNxIlNKwGo8n6f7G9vZbNtVsENMn8vL8+h&#10;PabzMyBpa1PDH7M5p9nXvYxYBK+pQTivqwnLIHY67j1X0taw9hC7svDoBQGoHlSvz/yH1+zo3g3O&#10;UrWVgM8OH7f5+vXvaxKRJGIqjI1JdQGCyhmW5HKh78D+v59lqwsppgD16NY95jRAtQPTzzw8s/y6&#10;97SGWir5BaleOUA3XU55XT9DfgX5/wBh7EW12cesxu2k0z+3H+o/5OkE+5HUdJyeJzj88Vr8+ve0&#10;nLLlI2KvTQkAk+Qc3v8AXkfX/X9imKxh4g1p5VP2Yp0kTcJw5Mj1JrRfIZxSnmPn5Dr3uFNRVlY6&#10;Sx46IujDSr3sDp4sTwPahVt46JXj6k/5ertu0qrRmJI45/wnj173Jilz9P6Z8Wh0enV5EIFvoPTx&#10;b2jksoZBjtP+Gv28OldluMpofXJFcZ/P/V6de9qOnyeZSJQmFhlfT+kSD68G2of7wLey6TbEBLxj&#10;h+Wf9Xn0aS7skKExjHzp/q/P/L1730MjuGQnTt7xkkldLL6ja2r/AB559lz2Do1Sc4rWuBnhX+Qz&#10;0THc3MhkB0sP2j0/2B173HetzL6VrNu1TKLj0ssgt9dRt/r/AE9tmEVDFuPHFOGBX1/1cerHeiza&#10;tRz8qf8AFV697gSVcUGsyYWvgNyS0cF2H4HpP9B7V28WpwzkUHzrQfb/AKsdOrurKwkkAYV8+IHr&#10;9teve4cmcp40JeGojVLsRLHo0j8XBF/9t7NFsi3erceHlUV4jPTw38rVtVfT/VXr3tDV+9qSOsMc&#10;Ecklv2/Q3o/Gom/4/ofZhbW8agVORxqeNfLotbmxomqw9BX1/wBX+Tr3uXR71xTTJH5DDM9j42P1&#10;P+B4/wBt7XNH4xIUj5jFMY+fAdbPNrSjR4gIPkSP9X5fy697eZt04+C/mkl0PydJNitwfr9Bzf2W&#10;T7cXr4XEiuRUf4Ps+3rQ5j1EyVriuaUHy/zevXvcWPdG3BKzGraN29fBACk/QcH/AG9x7Dd3y/K4&#10;Zl/zcP8AP0VT8zKB2vpBz9tfM+nXvb/DunCThQmT0hD/AGXBP+N/6/nj2RnYZgPhNeOT/mr1WPmm&#10;BuD8fmf83Xvbus1LWIGpMiGLCyeoF11C51KD7bTb54iGcMEODj04DP8ALowi37xAGLdrYxQjHl/q&#10;z1723Pic7PKft8hKI141KFKm/Nz+f8PZlE4txpcAAZz5D5D5+fT/AO9JkNdVBXOSQa/LP+rzHXvb&#10;lRtm6KRY2rAbC2qQKNX4LKD/AE9qXFtKoaZc0+zB9af4ejCLegVqxrQelP8AB/n697c6isrdB0Sq&#10;0mizubKwf+th/vXsrns4dQrnzp5f4OH+rPVJt6NKswbOBwoP2ef5de9omsrtyJWRmF4/EGF1kLAk&#10;X+pVf6/093RbYVGmuONKj8j5fLoum3lvGNKn1pngeAPH/P172IlNk6GWkiWqhczlfUYxcA/46vwP&#10;aF45fEJWgr5Vx9oNf9R62m8MVLEHP2D8/l172zZGrd1eOgcmUemJBqVb/wBCLf71x7VxyGMKWYla&#10;Z/z/AC+zrZ3l/DFWIr9v+Tr3tBsnYv3P/FkWehb61CyC6BTblOPp7OYTE8YrUA/z9M9JP3hcMyrQ&#10;6T518/n5j7fLr3t/pp94RHR/D1j5B0tPEmm5+pN/a1bGKaNe00IoK1H506EkG4ziNGdBkYJJ/P8A&#10;1GvXvakhk3dVwqn3dNSk31hK5FIuv0IX8+y6baIomLAFgtaDjkedektxubB2Z+AHAZr+fkf2de98&#10;Y8RlYxqneKpdgfW9aCQRyLm/154PvyKyItARilM0P5+o6pbXjMNQqM8Ca1+Y697mfxPNY1EMNJDI&#10;8RBUGoLAm30LE/7170gJJH+T+Xz6Mm3iSNBqAWlMivl8vTr3turN/bwheNk2tQ5FPx5akrpANjwC&#10;Pp+PZhBHrGkGlaiv2en+X/Uei2TmSQdgK/bU/b8v8HXvclN47irCiVe16WBbEKUlLadQ1C5vyB+P&#10;aGRdJOnP2Yp8z0lPMErMWWg+w0AH+r1697VdBnilMEqMdS6lA9EqK4N/rz/xX3tY5QwK10j8s9K0&#10;39SoZyDSuCK0/wCL8j173inzHkfUKXGabahE6II1P5BVufa9YZvCDKcmlc+X+Q9ONudpOAdShic5&#10;x+31697SlflqiQuv2ePhj+j+JIFQgHUPTbn/AGHvTK6kHNaH+fzr+zpQ15ZLU1HDzNc+hzg+nXvb&#10;WZKiVgaeOm1WuPHGoBvyQbf7x/T2XyNdItQDjybOfL8/U+fRZ+9UU9pAAFflX/Y8zTPXvcOTEZCs&#10;cvPRxEC9/wB0KR/UCP6kf19sxbjdo/z+VTQnhx6bXc53YoWwQc19f9XDr3uCdv1iyN4R9u5uFYOp&#10;sCNQIU8f7z7OIuYLiNQGGqnEnBJrSuOqy3z6Cg4jHH/VWn7eve3SiweUjCs+QicEm5IW5b8/p/4n&#10;25+/5HyBj+QH+x5dUhvdTgzsCOFeFKetMde9viYuvUgl6WrUcEzJGQy/X02/p/T3Ybu7IFwK+ea/&#10;n/n6XgWjmmpSW4jjmmM+X+Xr3uYUemTV9limS5srQRnk8qfSLD8+1J3h6ECoNPIk/wCH/OOjSG4s&#10;7ZBIpAbSKlTg0+ROfn173G+9eRjE+LpUBAu0QFiOAF/1z/S3t2LfTgip8j6ft9R5dKBvcBTVFmvz&#10;pjzOc169755DGYyalR2x+uVl9aFAPxyAp/p7M49w8XidPD7OktxfW90AtQo865FfIn/Vx697Qk2w&#10;8JWuSaJYQ1r3i1+r/aSLW9qpLuq5pUfl0S3UcThSCDT8uve3Kl6x2vS+OqeomSR7qYo9QAX/AGpD&#10;f2XzXzwEsRU/4T/l6ds1jgNXowp6mufQ/P1Hn173Iq9o7dRSdDMif6t+CR9CFv7LP3rdMRpyc4Iy&#10;D5/7HV7vc4QKkAk/LI/M4qOHl1723UsOAonKU8EEky/TSbPe/wBbG493ivbtyfF8/wDD6fl59IbT&#10;mK3geqEemf8AB8+ve514KoqI6csTcg3JYH6E2H4/Hs7tbueMVrToQpzDbTooJX0/ZnA9a/b173zO&#10;GqSbtDGw1DRpc/m40i49rBeoVGrOK/b1SS62uUd3cfn8h+z9nXvcebaVHW3+8oeW/XaMHVfiwJ5/&#10;2/vxviGJAGBg8D9nRRPFYyE6COBoc+vnihHXvfGLrHY0wMlXQyGdNJEaMoOlfqbiw+n+Htp9xl1g&#10;4PmDTA8+A/ZTpLDtlk0wafSw9fTH5Vz8+ve+dR1FtWtUinoainuCUMcg1aQvquDe3tkbwysQKftP&#10;+r9vD8+vS7XBLqWLTnhTP+z+frjr3tmj+PkH3IZaqsWAtrCuEbSpPAI/r7Z/fZpoY4bPrwx+zos/&#10;dBhdWJIrn9nl172IcHQNCYVBzs9EqqPUURgCtyeT/h7bj31Ww9P5An/V+WOhLtMPhLoDH+WeGD5U&#10;/Pr3uV/oj27SKq1u8CGBDWFICWBJ5sP6/wBL+7ybvTsVKjhxH+r0+3oR/vKCDBOR6mg/L/Vnr3vh&#10;P17tpkMcGYqJ9DMgkEJjJYi3I/p+T7aa/V+Cgfaf5U456Q3u6ROh8IjNPPh5fb+Y+3r3tioevpqK&#10;qeSDI1FtTqt5XW4AvpP+HFvdCYZBU/iHy/4vHRLBcmO4D6xnzHD5fz697XVPs7PVaeNaqiEIOljP&#10;KXcabarBQSR/jf2geFFzECRXGM+f+GuehLFuSNGBr8x9vz/L+fXvb3H1lSmPXX5KIFPT4oUvqP1K&#10;/X/iffqNHUlKZOa1/wBQ/Z0+l2xIU5Yk5qeHAfz4de9zIKDb2FWJWpp621xps6cfpUkgH8g8EeyC&#10;88VnYjAFaeYr/k8v8vTEt74DMNPA0Oa1PHI8vkfXr3udU7z2TSLom21JdQoZj5HUfQEkLx+Px7SR&#10;cQGIzj9man/P03DusZp4i8RT5U8ifyJr172lchuba2UJWixKU7MxICGRQLi1zbm/549mK6KZKmmP&#10;9j/N5dGw3qPSQCMfmcf7HD7eve06ajHCVR4T4mZhos+m4X6knn8X45961xlaDy/2f8/Rf+9V1aAc&#10;1r5/sr/k697/AP/WpN/iGz1QTwz10atxqmW2kXtbTf6f19oEsrjiRQniP8BB4f8AFDroc26Rwmhb&#10;BHAHP214cB+fy63+PaSzOW2O6uy5SrVkU2UQDQPwALk3JPs3tbSXxAGGqlP9VcUp8/8AD0nl38vT&#10;Sa4zWgP7fMDh+VOvewvk3Ji0qSkcs7xqzaSAqltPI1D/AGP19nosKgSVoTx+zP7R/q49MrzAdI1N&#10;T+VK8Kde95ajd8UMa+Glkdh6r+QMGt9Lg8nnn2st7WNmpT9oI88f6h0iud6kk1MoqfU4Pn/P1pTr&#10;3vHj+ypNSq+GklRSwZdHlEhtZhz7WPbaKuCMeXD8vnwr0kG+S/CxzjzH2/l173mqd65DJOvg2bQ0&#10;6BR4pZYVBB/SCykWJ/x9uJcqhNHqBjh8v8HT77pNMulT/LjX8/Lr3uM67orCskVBQUgc/WOmiQAE&#10;XHK/X/be6rfRRkd35V8/s8+krPK2DmnEeeeve/Phc1IjCtnhLoNI0KpsT/q1UXt/re6/vAKKrj7c&#10;f7B/1enVUabAUlTx9P8AVw697QuS60yWRqElbLeMozMQraUsfqFP1uP6e2Jd1RQKEsfkKkfzoM/5&#10;Ok0kckp166H5ZP5+XXvcxNlZCgRU/jboEAChWcJ9OLkcG/8Ar+7RXkctRUcTxJrXh/qp0qit8gsc&#10;1zSoIP2ft6974xYTORH9rPJFZibtJKLg8G/P5/HHu8soY0fif8n+Xy+fStb24t5SzGtf2Y8qDNeF&#10;eve871lVjmDV2ZjqFUlSFa1wbaiAefbEkSNUCg/wj/MOjFN8mChX4kVFc0+0/s697nQbpiC3WsRg&#10;rcMLlhzwbHn6/wCw9pJIiSCFFPyP2eXDrcvMM+mqgH09OH+r59e95492wyBv3XZQxVgYiLsPr9Ob&#10;H8e071ikHigfl/q/1fl0jG+zCXxHwPUcB6Y/w9e9tOT33NRwySUeLqKoqCbGFmU25uNI/wB49qoW&#10;hoRqx5j1r/Lp+XmF9OoE5AJ/2PLr3tM4TtTcGSllT+GfYtHUaSskTKFsbgjUOD/h7ePggih7qU9M&#10;en+WvTK8y3LmgPHHCn+rHXvajyG69819PJDj6lKR2X/OLEZf9jpta/vVYNQo3Dyx/kz/ALPSa53m&#10;4PcrUPyp+3r3sOqja/ZeW1tU7jyAUsblPKiMn1HC2t/rD2+Ghp20AFK0418z0VSbluEgJSXhQeYP&#10;2Z9P9Q697hp1xvoHyDN1cwU8eSWQ/T6swv7dDRBQyitfMnFPl59Fz3V+jVZmyMEtQH1/zceve4s2&#10;zNyvKEyGVi8vIRW8hvc+ngcf61/ehMuDQg1+38+i5txv2fw1J+IcPT5fIcaDr3tWYjYOUJDVFUrF&#10;PSbRabn8KOefbhu4FIApivqajo7tmuXBLMcfaa14cc/z697W8W2qmnUrDTfUDUxUKzN/xT3f6yM8&#10;a1z/AKh/xXSlvGrTuqPM8fy+XXvePHQ5bDZL7yo21Hm6RGBainqGp1cA/pLR+of7A+3ku4VB0tRh&#10;xpUH7PTr0VzdQvqTB8/9X+x10eQRe3+P9PePce8c3NWs1Dg4dtUgCqlHTTSTxEg2JMs1yf8AW9p5&#10;JkID1qfT/V5j1/b0rO+3sADmoH2niP8AJ14cAC9/8f6+41FuqqljLV2UpIGUEKjPEg1Xsdak/U/1&#10;PtnXQagKVx0rtucbqKXWW40414fInrv2sqDNYt9Jny1MQV4YTAkahdiD/vre25pZHQqvD/Vj8/Xo&#10;Vw85ieLLChxxx/n+R697cKrcW0SiRVOXRpAwFhKLal+pte/0/wAPZdClHISoPqPtznPDyHl05Bzh&#10;BGaq/D86/Z69e9t9Tm9qzHxwzCRitkvICoC/UgH2ZK7LwPl+fTV5zZDKDQ1PlX1Pr172Hedr9vYy&#10;dq92UqoaQBXdo1JFwCE/3n26LrwgAa/M+vQA3LmB42LrXUPSnn/l+zHXvYZwdjS5eskgoK/7OBWY&#10;emJtP6rfrYcf6/txbog/qUFeP7OP+x0Hod8uLycg+fnxr+XCvyHXvYh0VFkqynSeXOVLBlBdYVN/&#10;6Dj/AB/1vbEm5LCNNOPGn7R/xfQjikeIalYjgeOD6cOve1Nj8DDUsBLW5GTizB4m0cfX9Qtb/G/+&#10;w9sjdJWBNKelR/qp0cW000o0u2T5Eca8KZHDr3te0W18D9uqVlIKlCNTCVQVKj6hvp/th7RXN++G&#10;qcenHPn0raUxZkehH7f2Z+zr3twx6dbYGcKuGw6VDAeTyU0Yfn/dilxb2lkupZFKpXH2dXF3aVyy&#10;1+zP+Dr3tRzbr2hJSilgNJTKdQDwwwKwQ8caRyPaXXLWjUIrn1B/yfnnpQu7xQoQrq2aedR/m697&#10;a9OMkHkhyUbIfpdFB9X+Ce3oiHGpxR61/Zw/n8+lSbtVvERqFfXgf8B/Z1723TxRs/jTKxjg2Qkn&#10;6H0jj6f7E+zOKcINXE5rXzPE0+fTjcyBF06xQ1Jyf8vDP51697wS0FHJGTNVwNdCuolRdvqLW+p9&#10;2N7SpSoB/wBX5DpFPvUM3FxTjxP8+P8Ak697QOWw20PIarKV1KDACWY1JRlH1ZSPzz7p9TcAVjqR&#10;StOA+VOiWTdIEOstg+VeP2E+o9Ove2eDfXU9JMKR65XkXREdDXS97WF+f9f2yZ7lmC0oc4/z/l0g&#10;PNlurCPWBSv5fZ69e9iliMpsDJRI1DKs6kE8qU9IF+GI/wB59thpq0o1Bn16WQbxa3B7v2g1/l/l&#10;697URfDWVaGCmClTqcEAtY3s3vymUsKBsH/Vxpx+fSg3tuD8LAqag0/y4/n173Bk+xZlaRkjIFgi&#10;Sft/1uRfn/Y+1a6xQtgeZrSn+b7ejSHfIoRWuD5/5v8AB59e9tFau2rF5MoUkAuA6ghGJ/TweB/s&#10;PbJDM5ZVFRwz/k6bn5kDv+lQCuDX/Jn/ADde9taY2lrlVaPNVDQsSbGI6Sef949svOU/TQAEfMY/&#10;2eiufeJZyAhqeIyP8I8z+zr3t0xeyJ6hgPvzpb+2VPD/AIJufp/re3P3kVBqMDy41p8x/g6MrHd5&#10;Eajmg9D6etRTPXvbtkdi5amjXxZCCeNiPVKi2BHNlt72u7iY6eApwBznj0a3W8hlqHAr5VqfnX58&#10;M9e9s01PTYqH/chX0foQXDzxxkr+SQxH09qo793c6gfLyrXFPt6IZOZUiY6mIFftP7P8I697SdZu&#10;jaEJRn3NS0bJqvFHLHKdQ4YALf8A3n2sS6k1aGAx8jw/n8656KJubYopKtKFHlxqf9jr3vFTdobA&#10;obeTNNWeo39H15t6ifx/re/SzmgC0BHpw/1fLp+L3ChSitIKjzyM/L/L173mrO6NhCOwqG8ZHqKJ&#10;bSPxqZgeL/kf196WUirDjWv/ABXShuerSRCdQNfsH59e98cD2XtHJ18SYqSbzagBULCDGHvwEkcc&#10;j/D2rgnbJJJPDj5fYP8AD09ac1W88hKvQn51A+0eWPPr3sSM/lc5n6IUkG53lp1W6U14Yish4IKp&#10;ySv4I97M2kho6Gvz4U/1evRjebnDIurXVqCoHn6cKfz697C4bO3BqMkumpFyQxqVJctzzcn/ABPP&#10;vS3dKN+dKf4OiJ7hnYsc0PA0p+3yx/Pr3uTT7NrIZxLUY6hF+Wct5JGubk8f7f3Z7407eP7AOlMc&#10;sDjVQArT7PMUwc/n172uaPEY+OCzwEKxU6UAADE/q9k8u5TBsmny4en7a/4elqblbIuhyABwBpX/&#10;AFHr3vjUyY2mVw7KipbUssg5H0/R/vPt5NxdshjnNR5H/N0+u52YYlCBXI9Rx8xw/wAvXvaOy0WE&#10;yEE0XjaSNr/5liPVYm9/9696O4GOTJI9a8P9k/4K9IrncbQnDDhXifLjnP8An697CKt2fhpKzyRR&#10;17gScq8kui5NrqFFj/r+16X1cmnyoaZHRd9TCW8RT8qV8/RvP/Y697XWLw+3qdI4jRaLLw8ry3s3&#10;F/8AbkE+9PdyOdQx/q9elBu4dNG44PHB9KEn9nXvb8+38a6M9JFA76GJvJe5H1vqP+8+6LOCQvEj&#10;5U6QvcRK3aAT/L86de9xUwVNTjyS4+lYqwYlYl/pfkj6j/H2v8dyKNiopnPn8uqSXIeoFKcM5p9h&#10;p59e9pLctFjZqSbx4yGOYatMukKzaRwVH9fxf2xIStAAfz/y/wCTokvbpEBEYzSuOH2/5gOvewUr&#10;MllsT5RE37S3BiESuq2/qD/vHttWlf5DgM+tTX+XHoPHd5QKiv8Aq/I/7IrXr3tKyb2z8chsdEOr&#10;UEWEKSt9IDEAfn6e1CMIxQ5+dPz/ANX7Ok4326QUqVHrTiPPh8uH29e95F3lXNYO1QpP1F5Lc8XP&#10;+9D2605cca/Z+0f5z04/MErjtJ+Xypw/wfs697jzbqpqf9ypr6qM2Oko8txf8kX/AK8gW9pasPxU&#10;r5UzX/JjpC+/XETBy1CftI/L09Ove+NPu1aqUpTVlTLEeGd5ZLOCQRZWP+Hu6ykHurw+zI6cXmW4&#10;ds5X/B/qz+Z697fE3LLCCiVFQqrp9MbkXUi30X+v+HvxkZzpH+UH8/QZ/wAvVTvlwSO7/D8uve5P&#10;9452UE1FXYAsSWkNgR9CTyP6e9BtJrxOfX1/1fPr376uqZY/z/2eve+KZOSp5NdVpwb6pXS1rc2J&#10;91Eraqnh+ZqetrvdypNGxwFSfs/Z173geOWVxIczNZmHH3Dek3uAVv8A097EitVQKj7SP9VP2deb&#10;dpWYhZK18jWnp+30z173IMc8Cl461tfHLM1msP8AA2901au1Fr9ny6a/ec/h6ITX8+FPWuPX7Ove&#10;/S1OXeFTDXSo6gaisjKrNckCwt/t/dQyo2Xx6ceHVBvd0jj9QGuMmuR/q+zr3vDLuTesaKkdVXBI&#10;9Ol6aRlJK/QsQbn/AF/dtYFVd8k/s6cbe78DTXP2/s69750m+OzVY/b5jLOECtoZmNhf06r8nn/b&#10;e7HtNWyBwxn0/wBR6ej5h3JKUNR6cPtP7Ove1jjex+0YmHmqqhvp6pzYLx+Lnn/Y+6uobsT+Zrj0&#10;P+H5dLBzXuJUoo4jzNR8uve1dB2l2BH+41ZCQeORqTki91X+vtlkjDUrRgOH+Gh/LptuZb9hpZgP&#10;s/4vr3t/o+194VPpr1gqYgPq6JZRf6K1r/19qVVfJQK8OOf9n/Vnryb/AHDmkhx5Z8+HA/4Ove3K&#10;TfdLVXlq6CiEnF/20Atxzcj/AHj283bUA0p6k/y6dbd1NRmoxx/2P9Xn172Gm7Ny0dVqMVFHB41I&#10;1wAKLMPqSvtkyNXT/s/6vLpDPurMaJiv5n8/8PXvYEZXI1M1Q6Isgi1cAXsePxe/ujBycZPyPH/V&#10;69FUm4XNSUPr/qPXveCBnIBYnUtrA8WF7X5/HtvQSQGqPTP8uqrez07zx+f+rj17280dO1S+lRpH&#10;0vfhrm3F/ofeytAC7H7CR/q/Pp43krCgJr5Co/Yf8/Xvaih2pk6ohqeRDZeELoNR1W/w/wBt79QU&#10;4k1+Y6cSaU0oxyOFc0+30+3r3t3h21uqnBWSkm9N7tC6yKAeAQoPtxZkjqENQeH2/wCDpQt9cDzF&#10;PkSBjz4/z697fqKPLY1JZKqCWWZoStMsygprP+7Cg+pA/Ht3UzLqBFRx6d+vcJqIqB5k4/Ide9o2&#10;shz000syylSR6tIA+v0AtwPaczoHrSvl6dJX3CXVlg1PlQev29e9xRT7iBGqScW4IJ5ZSOC319qf&#10;EY1IFR6k/wAunDeymgpgep/wCvXvcpKbMrYyK0gt6tXPpP8AU+6LIT2qM16r9a7dopXjiv8AqA69&#10;7kGjklv5IT9QDYW/Fhb24pamotX09T1ZbxyK4Nf2jr3vDPiU+pVhdfU34PFjb+vtShLiqn9uOl31&#10;QaLLmh8uGeNOve4JxiKxBJNha30YC17fT2kdnBqpqPUcf2dFz3Zr2kAV/b173HnEMJFi2o88cHgA&#10;Bb/4e9eI60r5cemxeFGoCCPs/bkde94Dk1EL0+pmvc25bxn/AFQb63H9PdtbkhhQg/6h1f8AeLeV&#10;M+tQeve2CadibeRiAf0m4BJHJNuf9f3cMa1bH2fzr8ut/vGRDjHzB/b8uve8KzldTNJJ6QABqsCf&#10;6f63+Puza9OpQKE+fH+XWv3g5Wq5B41Ofnkceve8rV8si+PW1vxzcC3Nlv7oNRIK5HWv3g2oFsj9&#10;n+fh8+ve8MchDEgi5AHH1Nvqf6+32cFRSufM+Y8x0pO5grRmPzxk/Kvp173yke5uCbHhbNcfW/F/&#10;6n6+2G7TQDj5/L/N0y16zDsHHzJP+o9e98kLqCwc6QbMNRPP5+vuuoqe6g6aF3Kta6af6sceve+z&#10;USlLam9NjwdNx9b3v/vHvRkYDgK/b/qp1f65gtH/AMP+rHXvbXK0zMSDcXPOrj/Dg/n3rWfw+Xyr&#10;/P06Ye+lLgg0pivy8q9e954TWBSqyGzqCwB+v9Af+Ne7rKWyor1dL+bJr+0nr3vL9tWN+kOxJBFv&#10;rb+lvbilitW7f9Xn0+dwmZaGv21qOve5iUdW5JCyXFvoTqJXke7ce1q/aeHVhfSEBe6n24/Lr3uQ&#10;IK4MdQcC/P6v1H6f8V96I868P9XlXj1r6qVRwJPkCf249P59e95leojLIGkUqQTf9Wo/2rf7xz70&#10;SVTxKYPz6su4SIlW4n54/n/h697nxZGWK+p240r+GANrCy/8U9sm4IbRmufPy+fVv3vJUBSa5Hxf&#10;tz173mGV0uCryFxbkg6Qfrf/AIj34zAjuoR8v2UPW/3zPUAmgrijfy/yn1697lfxOcsXV2FrXVWB&#10;Fvzwv59+MupcAfyqOnjvc4XDU/P+X/Fde9xZq6pdiEd2FhqDEcH+gP8AXi/tlqMw8iTQDpLLu8zH&#10;HH7Kfn6Hr3tuatyNyUSQp+OLFgbctb3YOBxUaqfM8DTpn963Fdfmc+Y4Y/Z173JiNZILvrFwFKBu&#10;QoP11A+/SSKUKvTGeHn+fXjuMknbJQitc14/5ade9zEjYAs2snVpvf1af63/AAP9b2yjkPWuCOHT&#10;y7nKDhhw8v8AJ173yVYHvcspN73vqBH+P+PtUsuSDkY9PLpam6zEgM2Pkcf6v9nr3vp4KRuTISbj&#10;SCbg2/Fvx9fbpmxQZ8+nJN0Y07qkegp/Pr3uG9JTsbhnb1G3OpfpyB/xHtlp9Z8qj5U6Qnc53JCt&#10;w+3r3vmKaJhpALXNx/qgPwCT+eP6+/ayFqKD9tft60L+5XifKnE8Pl173EfE1DnVE9v6i5BAP0Gn&#10;/D3uMnVU9KYtxnLAA6T5ZxXj9v7eve4UmLzS3skhva9mJDD6A/61vbtAGz59KReX/AOT65/Pr3vE&#10;9NmUJXwSAEcAqb2H5t/xv6e/VVBjh0xNeXQTxHY04YoOPr6+fXvcZsbm5xeKBhcXvyCbD1WB/HtO&#10;8hrSgP8Ak6LpL29fiMVxUk/n5de94Uxu4IydcDSAm7A3sDyRf/Ye9hwCK0/1f7PXkvbyo11P2Ej0&#10;697eqbF5aVQTSlTqsSSBwTY+n/W9qhIRwb/P0aQ3Nwy6lNR9tPKn2/l1725LtvLyAFacm9jwwNvp&#10;Y/69+PexJRsHpXFNL4gJwtf2Yp/If4B173nG18kxA+2bVbgFdJv/AFJP1+vvYfiOnhJ3EyH+eD9n&#10;2eZqPTr3tzptkVT2aSyXPqEljb+pBX68e6GUKMeXTUjY0rkeXGox/KhPzB697UMGx8bCUNTWlb/q&#10;8ZjAuo1C4Y/61/dfGyBgU/y/Pry3KBwGZcDOaE1+f2gkenXvchsXtalZR9xJIq2H6wxDfngcfnke&#10;66lZeNPz/Pq636ItNQNK5Lcf+K6975Ct2ZTj/OSOyarhQbkji6t9CCfewSeFRX/iv8nT6blHoyMf&#10;Z6/4eve3Ci3dtGnksIZJCVZS55YXIINx7sAw4Hh+XS6HdIIzrBpT5cfsHn869e9qym3dtaqJQxTh&#10;GIDAn0fT9S/ke3I2daEfy8/l0Y227wijIQtK+gP5jPXvbzDPsmbQRNoYmxBdyASbqQf9e3usk2ty&#10;HBb/AFY8qf6j0YndQ7lmaoFB+z7P29e95nx+Cn0mlyhiVtYuJdFiPoQb8Efkn26kUUikup9cU/nj&#10;ozg3RGUyMTj0zjzqCfWtKceve0vlduSAk0m7Zow+okSTA6Be/DBv6e0ckMVDpQ1HD5/b/qrw6Lb3&#10;dXK0Q0oMZpX7B59e9oLJ4jctE6T47dMdTKCVeNqprEj6XsSR/j7RSRAMa8f5f6vTHRPJvV1BJUPw&#10;p5kj/D+359e9z6bO9iwKimSlliRbyTLWerTbkj8/7D22tuldTdvz8vy6Uxcz3zUDkDyyTw8v+K69&#10;7WeN3JVFUORyrQ6VDs7OzaCf6cf7b2oNuNJZM+WP8FP8vRlBzDc5ZzX1NfT/AFft697fm3jiIEPl&#10;yVXX3BsI0VOAeeW/1+faeRHVqHtp0ql5jiIXgKZ4UP5/6vXr3tgn3ft+aVmFE45/VLNa4/UQdHH+&#10;v73HV+2h+2lK/wCr59MJzXbIc5I/I8Kf4P8AVnr3tzouxMFQqAtJDzbgMHUkfUXP5B59tzWUk9a1&#10;p8vl/k6WLzkgNBSuBx+XXvb/AAdv4DTokooPrcMiqSCB+pWFv959l8uzS8TXH+Cvl51FenV5wtSK&#10;yUr6Cn7Ove8VV2ztV4wDTVEZa1yqX1A/Uj8f4+2l2uXWKvUD5ZH2/Z07/XG1P8IP2/5uve2Z+wtq&#10;yEmCrrqfUbqtzYc8A245/wAPasbc+o1GrNPs+f7OkknNVuTStfmP854/n173ik3ukqlqPOSA/wBJ&#10;YwqAMfoT/wAb9rI9tVe2mBX+f+z0ik5p0y9r8fIkeXy697g1W886qHxZWklMgsoKaW+n09B9qjZh&#10;Rhvl9n+GvSZ+b5wOx+PrXHpkf6vLr3tPjfe6Y2YtLFMpAt6mAuBpBZb/AI/w90Fkpzrz5/Z9g/2O&#10;kC82zlqCQcPmR68Pn173yh7J3FGWEkERQ3BN35J4vf24LOMsAGx6DH+TP2HpZ/XCZgpLfz/kft69&#10;7UFDu7NZCUrLM1Elg7Sfc2Q2H0VVN7+3TAioBgny/wBWMft6bfmkyAK1DT7ftOMV697i1O4tymd/&#10;Bk5VhuQry1fJF7WJJ+ntjQiEIx4/LH+r06SjmcA6I2AIPAY/y9e9uNNmt0KqMudp72/S9R/avax5&#10;/I+nHupiSQ1T/Dx/Iiv+rj0bxc0u+Kg+maf4c/4eve5Em495BGdJHq0Q3UwXYjmw0r/xPtuS3UNX&#10;VQn1oan/ADD06bn5knLV1aflj+f+Hh172m63fG9VuGx066SVErRMTb6nUEFv9ifacWyjCmn+r1+3&#10;pF/Wi5FdJNB5UOT8q/6h172nH3zvJmOlJgQCSTE/HNvUtuPbwiOSD5cf9nz6b/rXdnBBH2kj/L/g&#10;6976i3dvqckCiaqj/KmBiSR+FK8+7IAorWo/1cfMdKIOcLuuWqAf2f6h173Gq967woyJHw9RAiXO&#10;laWocMq8kagDwPp7cJGFBrQfLAPCv+Wnl05NzhdCoBX/AA9e9v8AiOzo64eGtxFbHMpFx4ZfGR+b&#10;m319qInjWupaHFTkcP8AIf5+XSiz5ljm7WwR5/b/AD/yde9rKLcmAqUXyYuqDMT+kSL+oW/H9fao&#10;ykjSGwR/lrw/y9Hh3iq6leopTyqKfs/b172nq+vwmpymJr1Ivp8cknFuT/vj7qszitfM9E0u+XKt&#10;2+dfOv8Al697ZYt+/wAJkJpMTWyqqn0SVTjVccX44P8Ah7ZlUS11cfXpmPmK4hNdNT+fXveGburc&#10;scctTSbWlkEIuQ1RMwCgWPC/8V9lVxFKe2gYD/D/AJOvS873USGkeogcKkn5YHXva72l3m+SpdOZ&#10;opMS/pDKHEsZt9QfINQ/qL+y2S2uWcs1Bqxjy9ccKdKrDnN5XX6gBSf83249Ove1/wD3o23lUWI5&#10;6AahbTIiMLseLn8/W1vai1jnhYk4pSnzPl9g9adCvbuZbSRqswH28M/5P29e9pvObXomheShzmHo&#10;5tJZZJIlZWB4FwpP+8f7b2cLcsRkEH0/4v8Ay9Gl1d2UsRlhZUA4enqOvewFy2A3rTVZWDce356d&#10;7lGSVI/STfUEt/t7D3s3c6cCCBilM/MHP/F9RpuO77qlwfAnQpQ+R8/nWn+Xr3tvfbe8JNJj3Dig&#10;zEB0jqZASSbenSvPu3jSSGq+np0ibcNxlUOJRX04/wCA4697XFNje0KSljhooqHIMsWlH1qH5HDm&#10;4B91mqEo4rXgT6+Wel8d3uqqrxHUSDwyfkPt697Y5qXupqm9ZhcrBTm156Is8ICnkhVJ+o/PtA0p&#10;QaKLqoRSoNSeiu93vmiNGi8MqKYp5/4f8/XvZNOyZqn++24BWNMapaxVmMxPm8iwrfyX5v8A4fj2&#10;Drw6rttXrn5U6xx5jvXm3aZ5CdRI/b172gXmII4B/wBfn/Ye2e0DGeg3JcuG6978z3Nri9rAW/qP&#10;6X9qnjRSFrkjpO1wTVq1A8qde98WbSun6n9XP9kX5uR72Y9JqRw/Z0gkkzU1HoOve8scLTI5Uiw4&#10;Jb6i5uLf4e91q2gcD54/1U6SSzhTqI6976jopU1MFtHcgv8A1uOCD+R714TqSBkefTbTRioQ1PXv&#10;cqKPxhiw1oDaxHp/w0gfn2xUhtS+XDzH5+vSaV9Xy/wnr3uSklpNBUIGC6WZV5sL2v8A1/1/bqSV&#10;oQMn/Vw6bqpTUcn08/8AZ697mJE8ws6K2liV9N2N/wCzYc3P+Hu7FWUqOP8AP7em2dQCVx/q/wAn&#10;XvcqiDxeSGRFEcjsGjYargfTUq8+2og/DiBwPzH8qdMyFXUSVqVpkHPH1NR172+NJGio1PHGjBgJ&#10;o4bRkrqAK6/rYj27DoZR4hDGtQpPED/V/h6RoviYkcmhNCc5zSnXvbpWSk0rhWTxvdqXUdTKtzqU&#10;P/S/9P8AYe1kUwdHkCgJxJHHAHl5f5vLpiIEspauMk/sz9nXvbDxU0zQiFTPGb6SAssYUeq39QeB&#10;9PaV5s0YAAniB/I9K9Xgygsao355/wBX+br3tpFbUpUI1O6wSiyawNQcL6SXP1s30sfz7dEjoxII&#10;BX5VA+31NP2dLPAjMTJKAy1r9nnWuKn/AIrr3tTYrceQ+2qcWlRJDBVSiurKdiWNU0MTUwptYIIU&#10;FtS8+zWO+laMxBiorVgBxxQf6vXonvNqs9QvXQM6Aqpp8Oo1r/hr172NWR7ZpskuCoJcf/D6nE4O&#10;ix+Tp3jcU1XSY51moz4hw0kco1xyj1gMVuRx7El5zELsWyGPQYYwp89SrkdvA0IrXjkitOo5s+Rp&#10;7Ga5u45PEWaZnQg1ZC+GFfJWHFeGB1727Lu3AbgoqjMvTQ0NXE8dNHTxaFhkKPcAQm3pAPqv9OPd&#10;n3Gwu4mnVPDKgigA408vT5/b0mTYNy2u4WzhLSRNUliAaeuevewsqBja6tMM0jEJ5Knxo6aJNYIS&#10;PS4IKFrhvYYk+m16j8zTjWo+XEeo8upCs/rrS38ZRk1HDPz8/T/V6e9pHLw+SplVzGw8ZaHjgRoA&#10;ohuOLiwt/tvZY4InIAI1Up5kYPr9n5dG9m4Va0I1EA08+NTnhSn8z172m3ovIss6lowgHotfhluo&#10;t/jzb8ce/CMPU0HaPWlWr+z/AGelrTKjhAAa+ZOCft4fPr3vHHSyMTo0ymSYQcH1O7C/0X/U35B9&#10;umHt7GFOH+x/k6t9SqN3Eigr5H7f2/y697XFPQypCsUl1aKog9akkoyxEaBz9Dexv7UeAygGQcKE&#10;dIGuIpJqr8JB8vXJOPPr3t3ysD5GjjQqjS08LtHMZNBggiJJa97Ekfj/AGHJt79PKsnaACxrk8AO&#10;NfLPl/xXXrMGG4HgfCxIpTjXFftB/b+XXvYcVdI0s5aJyfFEC2o6SAn6yEP11EfT/H2XBggCEUBr&#10;5cKfPz8vPoQxyxwIUfAHmB5eVfnkD0697T1atS7ITIR41chF4EasTr/pyeb/APFPdGWYgFfX9nz8&#10;+lJEbNrGa5an8v8AY/l17264/GCuMVL5Y4qmUB6WeU2DSRqQIWP0CnixI4PtRFTEZz6EgYr5D5V/&#10;wdIbqX6ekiioxqHoPIj/AC58uve2Spx5pZ6mkn0moSZ1lKuGSMLyHVh9bn6e2JIghK/E1c/L/J+f&#10;TsMvjRLPGcMK5+3/AFZ4U697V22MelSG1PHCJJBDDO7BXDBCTpLfUWvfj3uH+zIdhUef+H/N1S4l&#10;UHS1TUGqjif837eve3TOzpi6M46in8UFN6VMdzLU10/Ie5+oNyf9a3u0zhB4KDtUfLJ8/mOPr1Tw&#10;xPIC47QtPkRwpjII+3PD0697FHoHa+Krt4YpMpG9ROawMEIsfKgEixqOb2vd/wDAe6Q+GjBmBdia&#10;Yzwz+X+Y46Rb811b7ZIYaAUpgVNMcf2kca9e97y38qGnpMb8fMzjUQRVy7sfI1UBAW1NWUyxUc7N&#10;wfUYnHqFxa3vLD2K3WC55PvLeOMeJDcKXHAZPaWNf6NDx/nj5W/70633H/X7tLm8jKRtZ6UYgjVp&#10;c1x5HIrQ/Prq/Nv99/X3Z4rlmKosb+vS5UEaEtwBq+tuB/vPuV7a7kuJ2htVjlDMA+gUKKRgDVQ0&#10;FAG+RqOPXM1lAXU5IxUfM+f7eu/bnEzoCFIA0lSB/QizA+x1ErBArBaADA8qDz/yfLpmOWSMMIzS&#10;oofmOuiAbXF7G4/1x+fc+JFVS8mnRqW1/qRbhVt+T785qdK/6v8Aiuja2hQIZZh2VHH09B8z/gPW&#10;J2JIVSbkcW/H+LX/AAPcc8zPcBeT6AeQDz7cDVTTWpH+rI6L2Be6Jcacnt9B/sDrJ9B9SePra9/8&#10;ePbNuGjp5qRiqtL9uFlQ2uWlje9tR/H9R7BHPG2xXmySXkorJb0dKDuqGGCeOnNSPlU9GFvJHb3q&#10;ramisNLE8Py/Lry6req1/wDD2F1LWRUNbVU4Bp5HES09XK33Cc1C+cqIieUNr8WA/PvH7b9w/d9/&#10;PChEbtpVZWIcKfEVmcBaiqmlTw0k9Cq4t3u7aOU9wFSyAaThTp404/tJ65e/S7ZXLz5bN4+dazJV&#10;sjmlTysKGkqaNx4zCFJFpTcuQPp9PZvJsM/M08+6WJWa4nkdgq4VWVgQVNSG15PDA4U63HvbWEUG&#10;13iGOGMd3aNbK4yDwPaKAA49eve1fj8XII4I60IZ0khnqVEmqOokN9bCRtT6VP8AZJ5sPYo2fluX&#10;xUh3VV1JIjsjOCJASQSGGpyFNOyo1keg6D15foXZrU9pqqkihQYpgUUEitT5de9pneWBqMhiMk9N&#10;B4FTW8DhNbsFBLyGM3sLi5P9OPYW5s5Yvp7W53O1tTHbK5EZyWddR1NoqdIx8WPLo55c3aKz3CFZ&#10;n1k0DCtB6AV8+ve2jY+fd8XS0tUuuVIkDBlsSQ1mHj+qj6HT7D3K2/NZRfSSoHVTWhGeI7fs9adG&#10;PNG1Kt880GFJPDhkevA/b172OFLVKUhcxq2oBx6rhR9CR/X3lZt+4ncbOCdFA8VaijVFPOmPLhTj&#10;1HsbpayUddWk+dcfl1xYXFrkX44+v+w94srIJUOmkmmihczy+KRkkeMfuBYVFrvcAqCbE8E+y/fE&#10;nnj8HwJJo0Ku2hyhOmpITSQzOKAgVoT21B6XGaCaYFezJGo5FGoM1HaOOeP29cEVlABa50iwtxq/&#10;J49ih11Vmrx3mJlVJ28sUFQniqYVkFwk0X1Vv6g+y69uPrLaG+KOnirqCyLpdQchWU5DKMEGprx6&#10;nT2oZ4reeykkVwkhppYMPmRTyJyMDonXy2pTHhKLJwh4pKeCVaicAJHoB/bJaw1G5+gPAsbcexFr&#10;5VpqOedgNMULub3sbL9Db2WwJ40yxjzI6l/eJ12/a57xxiOMn5HHDqvDqGBt49l7V2/BJJ9xLmIT&#10;UBJVWWnp4T5nnR2/Wbi4AP0P49l9yeSWqJkaJISWOkCxYKeTdz+f9b2MpbmLbbUSXBoTihI/1HHp&#10;1hlvG6nd5vEESpU1FMmh9T/kHV5dBR/Y08cHmkm8caIXkNyxUW1H/H2xRysEaSV7BCwBClRY/puv&#10;/FPZBZ7kwhfcb+XSELBSAQKH4Kr+Kh9Kk+nRO6VYRxjj/qOep3ttoqsVMtHJNK8kEt5YKtIPAbBi&#10;jI8coDAH8jg8ew7tW83V1udnNucnixuS8M6xpGDSqFCKVoxPcAQwIBOD0ZPbJCXjI0FaBlrqocEM&#10;KYNPtpnro3twLn+l7f7z7UL3VmsQUuRf6E3PB/1v9f3KDtIjVNAlM+tSaD5ft8+HRO4Go6TUV4+o&#10;6794ihv+Rbn8aSP8f+R+08lvMG8RKjSPlQ19a+nlTrQ9Ove+gRzf/Y3F1AH+tf3WGaFkKzYC+q9o&#10;8/Ko+fHrVD5de94JFinXRKCRfUpXUtlBuGDj2Q38dluqfT7gpYliystRpRchtfGo9PMcMdPozwnW&#10;mPt/zde946kyU9I8kTeRg4f9wXBW/wCnjmwH09t7wZ9l5fe6sX8Z/EVquAwIJHaaZ0gfDXIPHq0A&#10;SacJIKClMf4eve+NJ5C5fSiSsl29Dfpc3QBvp/r+0fL6XxuXudKRzFKsCGyrGq0OFr+Zp59OTMqj&#10;SpJHAcPz/wBjh8uve5ElOJtIdRdWYmRCyTRsLaSjf1/qPYgu9nj3QolwqFlY6pUJWWNgAUKN61ww&#10;yKcOmUmaGtCR8jwPyI697jT0UcaSTWecho3Gr9y0im+vkcn8WH49ku6cuW9lbTXqBp3BRqMDI2tT&#10;lyM1JrQqBw+fT8U7vRB2ihGMAA+Vf8vr172HNDNmBujI0clNAcfHRg/fyyylYsgzlkozQlAGgaK7&#10;tN5OG9Gn8+4K2pdyTmi5glCBl1LqcOYUNCw1J/vsg0JIqDjoYXMe3fuOG5R2EzP8AAzHQAvrrhw+&#10;AmnI7tXl172+VFQaDGRQPU0SKdDRzQkRU1PHLKB4uSBpLGwB9n95e3O17DDtfjwPqo6PDhYkd/gp&#10;jtZq0Bpp8uiyKL6u9aVUcnIKtlmIGD9oGT172E2R/iGXqcjG1IJIErauCQLKImjx0VvFIw/tam1E&#10;gEXA9xLuaTXd7LSrAElqGmlQfP1Fa8Dkceh/Ziz2+CFxJRiiEVFQZDWoHpQUyRx697m4zG5iiqYp&#10;4jT1FGkEfjSUy+Y6hZRHK97JY3IN/pYe37KLcLeVLmMKQqjjWrA+nHHnTpNfXm3XMTRyBkkLGtKU&#10;/MYz6Efn172sIBLTVMtarlJ50EbxmUzU8TRm6PBG1gp/1X9fr7EVrcXVpe/XW7BJWFCK1CmtQyDA&#10;r9vA8Og3KY5oRbMKohqCBRjXiGPn8uve3SqydXV0b0kiwuZUEc02m0hX6loyfofpa3sSblzjve57&#10;W23XQjkaVdDuVq+kE5U50nz8s56Q29lb29yLhKjSaheI/P1697gRRV4h+3grZaWB5fI6rFGDcc6A&#10;3+Nr3HsktZN7W1NlbXLQxO9WCgAAgVyRmnmDx6VSSWhk8aWMSOBQVJ/wde94hQuPJaqfySFpGaWR&#10;yNZIs5J+n0vf2mW3uSx1T95JarkmtTxPng+fT31ammqMUWgGkeXp/Pr3vjBiBreoqKlpamb6vEqI&#10;ugEEBWAuf9e/P597XZg6GeWbU75qtBUA/wCX18xg9bk3FtKwwx6UXyNTn1z/AKh173INEkbn0qKe&#10;y8hyGLH8BfpYf1Ptx9uEJoMw4OqvE+nyAP8AmHTAui64+P5j/L173xp6GaCQvS1tTG4JJ1TMzlL/&#10;AOa1fULb8D3aztNygnaSwupYnHnrOrRwKg+hGKcD1aW7ilSk8SsD8qCvr9vz697fKnJ5wwSU4ane&#10;kmiiheKRCPLFG2tYWkFiBe/0559im65i5qNt9HKI2gZQmkoKsoFNJcUYGgI9aZrXpPbfTICpZxWl&#10;c1FAdQx6AmvWIxIWV9K60ZnRtIuruuhmH+JBt7WeD3njamSB8piThqmlaKMTRsaiBoYyAViYDUoP&#10;5t9R7GWy892G4KV3WFrORFIUv3oaih0sqigqBRSDTFT0eR3O3Q3UMgjXtZKvHXCg8CpJIJBOpg2c&#10;imemKuxmQemrYoa1pxPT1AhjmCq0dTKtlcsPSyr/AGVdSAbH8exko8htcA1K1mN/ysFXc2QyKBpM&#10;bKRwLXHPsStLcTRq0bVTiCGUg+hrXP8Ak6lPbtx5GiZ7rx7fVOCGqpBYUoVKkdoFSBwr8+il7vx/&#10;duQFJQUmE3KafHVEE0Jpa/HLGk0UvkhrDOsqM5GkMygGx4A9y6LJbcgSSCmydCQsmooahdKXAQKq&#10;tYKBYWA4/PtqSSad8kFlGQpWozxNCT+3ox23duTrKFra0u4tJaoDN2jAAVa0AAA4DHE9JbdG3O5s&#10;/W0uWym1s1FUQY+GkLUpoNUvgLTtLN9tIzu7Ek3Ygj6D29xz07sqwywSXUOojkja6/TWApPH+Ptt&#10;o5VBaQMPI1qPyz0JIbywmZY7WSN6jUArKccKgAnFfPh0Gtdi9y01NVVuXos1RATNBNUV9HVQlmMY&#10;YRSVNSgBfi9rkn8E+5yr9Af96HP9QPacn06N1Q+fQPZncUdMrmGTUiS6hZntE6yNqVrA3uNXH09+&#10;cpGhZyqqAdTMAAF/LEnj35dTPRRU9WkEUMZaUhQtanAAHqSaAdJvD5PO52upaXCw11XUSya6Okhk&#10;klqKmQOGMSRqDcnlhcXP4PsFt5drbfwrVdBTtU1E8KRa6jHU71axSvOsSxERXux/AH+xt7L7rmnY&#10;tluvA3GR5HXLJEniFScBWNQA9T8PEUNaHHUS8x81m7STb+XlFThZmdUWqnU1CeK6QcjBJFK+VjfU&#10;PSOax64rcm9q6GesMc8jYRqVTHFT1dIVhWZm5EqO2okj8fQc+0l2Lll3P1pNUVVPT080tdTS0lH5&#10;f3RAGKo8yPYrIRcso4X2GfciSSTlGO8tYmXxnQqGFWoSaYoKMV4jiuRU06yK+6dzFPuvP6CZo1ZU&#10;cFYjWiKBlqkmusHIoCKEAV6B35KbPg2DjIMpSSZOSgd5knzFRDG5p62pmLQU5eBAGjVSAusMxtpv&#10;9T7JaKb/ADgjLu4ZtP8Aq1DG/qB5IFubfj3jyJmgK28wIdCePxAkD/AQMddWWtZSniIapSuP9X8+&#10;iqjcsDCCatSOmjqVihD+NzSy6QQGGg2QsDfSTcEcfT2wSRRySvDWoQzsSdaqrEL9dJP4I96eRI7o&#10;rMCrEaqinp/n8818unzqEam3GQBw45/1eXQjUtbVRY6OuwldDNSJophEGDxIWP63P9b/AIJ/pz9f&#10;b3QU+NhljA0opPqPAsLcFfwxPtgGQlbiIVVcgN9vy4+tfy6LruW5kUq2SMfM+v2dJbKV+4KqnrfX&#10;OzspcyR63VpBdW1r9VVeFt/xW/sO+w8HDU0tXPThZY7GY6o1W6ILsU/qf9v/AIe21tpGYzKSqsT2&#10;g+tSceYqcevQh2Gbw3jRgCQKZ/i48Ps8/wDZ6GnqLe9XHPQ43JmSGqBjpkZJS5RWBSIzN+DYWI/p&#10;a/stWd2+avAB4YPXFKZNBurAHlmZCPwPr70C0SM0ZOphgUB8+H2/8V1IVk8qXgmmwCO4UrQen5/b&#10;59G0xO5IIc/9lLUoY3iIiqdSsrtyFQSj63P0IF/z9PZON54eCtqZAi2mUyx2lvqjYEAXX6G5/F/a&#10;SRWJGs5NCT6eVAPTyp5HqadjHgwrqWoYalII+z8q+WPTobaGo/aViwZSByg4a4uTcj2DeSirMa6U&#10;09ZUJCgDaWbTErBgunStrD/E+2I5nMhK1xTGPt/Kv7eHQus7bxv14h3CgApnjU5/l+denZSrDUuk&#10;gn6j82PsJd01+Nx2VSRslSJSxRO9Q7VEaeUMo0AQyG4503JH9fbctypSr0BGaYIJFaf5uhhs+xbl&#10;cWxeOFu4mmOBHmD+3gf83XL2FeQ3skhnkx1TSgamEcjz3KlbWPiH1A/3m9/aFxdMlYhqDA/Pj5fK&#10;vmfTqa+V/aqS8t0vt3lRa1qikaiQQKAYzQ1+zr3sIq010kslVWVdHUNIzSs9/wByR3P6rH8f7xb2&#10;fWLSQxrHChSnHUB6VpUf5fs6ym5b23l/ZdsjtIQgCDJalanOafs+XXvbPDk6aIskldSKGPCsGKlh&#10;+FsPr9PZuLy5ePSrCo9Bw/z/AOToW2+/7dHAIrfQM14Z8/lU/wAv2de9vFNnYY2REr6dVZiDdRpU&#10;A8WJ/wAfaSWR5TRq/aeB+0YP5/PrZ5ntUPEUHHHn6044px697kzbh8dmOdxqI5HPjU6dI+nNr+0J&#10;jnOpUX1/P14fLz/2enU5ut1WkT0/y1/wfbw69750u4ElcI24aAkmyFNMZsRaxU+ye7tZpK1TA4ny&#10;r5U9c/z6unN4p2MCq8a8aevzzw697WtND5o0c5mlksAbGZFYt+OCb8/n2SS21xHJoA/Kh4D/AC/6&#10;vXowi5pSumQj/V+z7eve+VW8FKjD7iN/TYgOrHUp1Brj/Y2HtbbxXCuGA/Zw/wBX7et3HM8caBko&#10;CK+ePsHGv+x172HFbuWGlqGeRH0hrj6gf7T/AL17FtvJMY6EDIIPlx+dPU8eic88KrOvrhsYH+Y1&#10;8+HXvfo9+YxLEwOpvcm5HJPI+l+Tz723jM2ljUUyONPs6aHPKatLNgD58f8AVT/P1723V3YOMjZn&#10;FLNMhH9mVSLsePStuT7skL6O00xQ18/+hj/h6v8A64CqlMV+dc0Pr5Hr3trPalHGpSOnqKUD6N5B&#10;dOLarW49s/TSlu41FP5dIG598RqNxPzNPlTr3tN1W+4MhVazuLKUChj+3EWMbAt9b2t/sfepLd1h&#10;pju/1cf8HWzzsAlA1Pl/snr3tRY/emLRlH97Mo1iLiRGVNX4H5tf2WTW07qtVGK/8WfWnr5eXW7f&#10;nRTIG8QAk8PL7c/4eve1cu66BkDf3rjlFvTqALXccD/XHtjRMp+Gh+Xp/n+R6Po+c4NGDxP+qmOv&#10;e4yZLEVMrNU5eGqicEMkioefyP8AH+o9vmW5BChSB9vD/V6dMHmlHnrqqv2n8/y8uve88r9cxx3n&#10;NAp0gP4+HY3ubW591S4udXaCftpj7P8AP1puYLNVrUY9aH/V+fXvafqaXp+qm1ySGKYciSJ5UJN/&#10;wV+n+HtVDd3S4Yf6j6+vRTLzLaKfjBJp6cD59e95p06wihA+4yNRfjTreVQAP6+zWO7kc0FBXy4Z&#10;9f8AN02eaoBVVcV+Xl/n697DjLf6O1Mn2qZqFwxuw0urn62APNvZiJCxAbJ/wfb6j59FU/MEctFB&#10;qfIZoPn172kmqMNHzTVVWg1E6ZYbHg/U291EdahY8+oFP9X8+iv9/SpXSeHp/m4/5+ve3/A7mxeN&#10;nEs9XOX1m6BDpa/9kgH8e25bWJwQy4I+yo+dR8ujTbuZyjks9OA9AQPtx172JsPY+EKeFM79uGsA&#10;rROAt/oGJ+tuf9j7IbvaAx1Itfz/AJU9K9Ccc6xFQA/DjXhnyHoPs697lpm6Ks0su46SoJOnT51B&#10;BJ/1L2P0/p7QLtrr3gUp8z/LjTp6PmpNWtGUfnTH+f19eve1Tj4PKdf31PKrXKlJ43Ysf6Kp5H+u&#10;Pd5dvk8MEDB9OH58Mnowi5l1qCCGPnWh/lj9vXvfOq2zlqo/5NUrCzkKCysSP+Ci1vp9PaU2SxqU&#10;zinlg16VtvAmBVWApkUx8uOa9e9pbKbH7Dp0EtFXpK9laMSNJEhBN9JtYW97SCBW79Pz+37KcetC&#10;/cHXG6g0yeP+en+fr3t62tiN80wMuckx6SBiAInDMV/xY/U+001tCzdmR8v5fs6ft94U4lYZPp/l&#10;4gV9OvexQXMwU8RXITwpHYBiOGbTwQLcH/Y+3LWxYMKEk0/YfnXA+VOlw3yGJSTSoFeIxX7a9e9p&#10;DJ7x2ZD5VkykfluwYKWe9voLL/T8j2J4RNTQKVb1/Z58R9nSaXnm2hj8PWM/6qf7PXvaGn3ts+Fj&#10;4q6STVdgUDj1f1b8/T6e1ojjcUcD5jH7Rx8/Xoin54hB0hhnyGcfI/8AF9e94hv3Cqy+BZ6gNYjS&#10;4NiPrqBNx7aa1jftqPlXy+z7fPpIvPUYHc3D8v8AV9vXvfJuwqFm0LTVlwB6lEbr6vqoJb2z+74y&#10;wpQAcOP+H/UK9J255SQ0DU/wH7eve8n8ZnrVvB5UVgCpbhlsfzb3ZYIg2k/6v9X8+ka82l5SakGv&#10;GgIp8vmfPh173MGQ3hDGXoKSOoiK2XyrqcH/AFvdHtYHcA8acOGPI9LU3l5sI5/bg/5+ve0vkdxb&#10;+iOo46ONQCFKJwP8Da1vb62USjIOcfs4dJrvfbtV0aiR58c/b/k697RM+6d7xlmGLjYgtrvGxK3/&#10;AFc3/wB7938KAYpnhw+XRP8A1sv42ooPywafLjjr3tpm35uUER1OD8i/QnTN/r/pU+3fp4dOipr+&#10;Xp9n8ujEc2bjpAYE1GKEcfOv+qvXvfOh37uGFtNPh54S92sBOVufwq8m9vx7aa0tZABJnHA/5+vR&#10;cw3kkgwfOleB/wBX+ode9qmHsDeMqaVxM0ZsfWUcMFtydDD6n2jk2u0CFmII/wBVOHp0uG/X6xnU&#10;e0U4k+f2de9t1Vnt6TuW+wqtH6zZGa2n8XX/AB559siwsdOkkf6vzPVF3+9c6dXHhx/z9e9veMzW&#10;/X9MVFMIWI5eC41EXtc834/1vexZbfH+IYHl5fL0z+X29Pw7teA0rQccf7P+x172saCbsWZk/wAm&#10;QLqPLxhF0nkm5/p7YdrHSaGprnz/ACx0rXfrzSQxI+frTyOf2Hr3t8aPcpsKqIAgH/NINN/q2onn&#10;/YD3VY7aQUQj/V69LF3mcg6nNOPEj7OHl+Q697gT5bM0jXSn/SSBwOVH6vSb839vx2QMlVP+x/mr&#10;/Pq03MDxDVU4GfPh/gHXvbBkN87jp2XxxQkC4YBb2NuL355/w9msdspjNfI/kB69EtxzpcKWqxAq&#10;P2evzHn1721p2Zn43Ano1A41aeP94PN/asLDU5GcDHn/AKvz63Fzy6nSW9f2/njy697nx71rapXY&#10;JMpYC9tRuP0/48/19szwRMtVPCvD/V/xXT8nOcrpqRx9o/wU4de9t1RmsnWFgktUuo/8czwP6Dj+&#10;n159sJaRj4qVH7ftr/scOkc3MtzItGc4x9v+fr3tNTnJ00jywPN5Cf8AOaWGs3BIKn/ePahYoQMC&#10;g9OiOfd58Pq8+BIqD+2nXvcRNwbliY6aiYKDfgWLKTYe1ZaIISRj/B9n+x05/WeSCmuRvnSpP2A1&#10;697nPvDc4B8dRKwvYawWOq34A+pH09pXkhBByKUr5/Z+3j00/OdyjAa2Gn58P9g/zPXvfKPfu6EU&#10;eSYSJwmlrhuTyNS2I9uK1uBpXP7P2/b0sg53nRvjNPPhT9nn+fXvagx++sjMQ8kC67pydWlubW4/&#10;F/bUqRzgFG4ft/1f5MdGKc6yy6SJDUV4j1/yfIevXvYkYzfNUuhZaeaNjaxRlcKBxe1vZc1oRVmY&#10;H55Ffz4/Z0Idv5uFSLhsfsJrw9D5YHXvYhYveOOdlM1VWxMt9WtLoT/UKPxb+vstubUkkcK4r9n+&#10;fz8+hJHzJbTAKX41/L5H1z/g697EPHbj23kNMVRk6tYzpF1p+AQOL8f7A8e/QwsGqwqfU+VMYH2e&#10;fVYuYUQGj1IxXhitKf6vLro3/AB/2NvcfL4LBViGXH7jRD9dFVTMz3v9da/Qf649maeCADL5+hpT&#10;/UOkl3vcshUh/nQeXmK0rx/Z8+ugW/K2/wBZr+wwysGcxfqgy1JNEpa1o1fUfwLm3+vY+1Uf0mvQ&#10;cE5qc0Hr5novO93SDTUk4z6D/Vwp5dcvabm3PuqCxhyVL/aBDwKwBJNlK2t7XfTWkpBWhI9K/wA/&#10;Xy6rJvt0zihFPIeePM/n5Hr3vLBv/etOyiDJ0+peGH20QjHBX9IFvrxzc+6NFaIatT1+38/Onl1u&#10;LmW4RiXNRX0z5Zx/l9Ove1JR7/30hWSepw06lhxLFGrMCB6CAvHtiWGF1Hht+z1r/q4/5ej2DmXS&#10;QS+KfnU1/wBX+Dr3tZY/trPREQVGJwM6i12FOhYkXBGr6+y662uJ8kZYVpkZNM+nn5U6EKcwQzqE&#10;YqSRUZ4N6nrjp5vdv9bUbf7b26Tb9p8gt6zbuL1avrGi21X9J0vx/t/Yfm2gayUJpXHHHr0luN1t&#10;zjBIGTX7D654/wCH165e2upy9DVBdGNoKUj6GLxL9T9CD9B7aG2urUINBxr6+fCnp0XPv1vG2gE0&#10;4YyPnw+zr3trC0xcy/bU9lkD+QPHp1E3JJ+n1t7obCXUCTj1qfs/z59R0yN9RiZtWR8z60rX7CTw&#10;697/AP/X11azdW22VTPNVHkKBGjEWsfrYi34/wBj7F62EaHuXHzp9v8ALrMIb5C3EUI82wMftr/k&#10;/Prf49p2q3dsKE/vfeSu1hYxNptwQwP+8e3hbClFFPs8qf4Py6Sz75EDoUj+XH0+Xzp173B/vfsW&#10;dgsVNUOvKqBHp1WHFyTf/H3fw2AGtTnz9OHSZt6QKTQ59OA88Afsz1727QNhKvRNHHUpASP3JFKx&#10;WHIDueP8OD7YOsEAPXFcjP5Hz6TNvNVBNeHnj9n7Ove+FVu3amGhWCKUS1DMRppogy6gbWZ/zx7d&#10;o1aZOPtIpx+z0/PpK28Rs5KULYOM48s/yz173Pw++cO6anhmaRifGroARyAOfp/sPr7TPbuV/hAz&#10;+Xp+XmR0bWO+IFqwNeB/1D/J172tYt1wTKiikMMbD9Wm50WFyrD6f7A+0hsCAXB45Gf9Xy6EYv4H&#10;Tt4nNT6+v+b1697xvlcdVXGuVbnn9u3H5A9opo5Ixny9f8P2dUa7BGsAU/n+yv29e95tNNIEClyn&#10;BXm9/oCWt+efZXLJNT9M8aiv8+mxcF3bTSlDSuPPjUcf8nXvbTkY5OFKQhQdTBn+nIsAP969vwSz&#10;4qaE+Y8/z/n1571o6sCRWhqPs459fSvXvafWaiEtqqCMorLdvIQBfkXA/Hs2TxRG1Tx8zx8uH+rh&#10;0lud1ABoxqfXjnj864/Pr3vjLRbLqv8APIqHk381xqvc6T/xFvfg8zYDA18q8Pt6LRvGsBXYqfnw&#10;/aOHXvbDN/cenqBFGqsA3pJkt6r88/T2pTxG+Js8Mfy6Xrfrowc0z5gg+Y/1U697VuMl29DFenps&#10;a/Nw8soYqdJudJvyB/X2kljuGYkDUQB/q/y9K1v4gTroTQcP8o9Ove3iDLUCSMssmJWLSCCoisvP&#10;4JH+vf2XyJOpIINeHSe43OAVBNCa/l6Y9Ove5xrdtupP+QM97sUji5P15IFre2447gjCnP7a/wCT&#10;r0G4WslT5/z697mwV2PcBYKejK3A1qqBrsLXsfx72HkQ6jgcP2eZPH/P08b2IfCtR88fz6977qPv&#10;nUpTLTkAcDSFKn6Nb2tt5iDkH1/b/l/wdOx3MZGkAAuakep8v9WOve07Nt7dlU5aCooqNeNMknLS&#10;cG4sfp/j7XPuJiUIvn8/2/n1eajLpwAfn+z5fs/n173Bj2hXoTLkspRTMWAvGqkXHqI1H8+0k24s&#10;57W4enn/AIOktIYxQNUj0/zYoK9e9v8AFFSUyC0iSOliNFr3+hHH9fx7Qm6kIpUkf6hX/OelMd0v&#10;wuSF/b/s/wCHr3uDVVFfLcU9JK8fLDTY6bA8gf1/rz7cEzjurTh69KGkI7lOK+df5de9tTVmShYe&#10;ahlAAN2OoC9uNP8AifagXMh7K+n+qvVjJpBFKZ86U4V+3PXvbdPXYHIsKKvSKOZiqlZJY45Cx4I+&#10;t/8AY29+8WStATXj5n+XSWS7iLaGKqT5Ur/nz17201HV+2qs+WPEIzsWKyeWW7X+tiTa/wCPp72b&#10;960rUeo4Y+Xl9vRVcpFcOPD/ADoP8PXvfOm62pV/Zjolp4wBx5C7DixJYn/b+7Dc3OSBx9eH+z6D&#10;phYn00DDB4f7Pr1723VPTeCkqGqpJmSZzewlYqun9Rtew/re3v370lp2jB/L/D1owMGDg/ZSo697&#10;fYNgbao08kk1RIyqouhUk2H0Ui/twX0por0J9P8AB9vRrGIwuiRwxPlXy/1ca9e95KjG7Np4/G+L&#10;NZqW5E6F9ZH1GluP9f3vRNMmrA/1ef2evDpPeRQUqWWqin5fM/y697S9RUbdpHIpNp45B9QRFH6D&#10;+dXHJ9uR2kvAk+f+o9EC3dvAawilD+EYr/q8+ve8I3iKQEU2JpImRbKAOBb9NlP+29qzY+Iasa+p&#10;z/hp0uXmAKpXNft/2Ove8K9lZkyW8FFEADcgAkD6aQOL/wC9+6jb4tNMn0z1Q8xyYK4p8/L/AFfZ&#10;1737IdhbiWnLh6B4VjMhAB1ADg8r/X/H3T6CIedM5z6fL59JpeZpQoq3H18vs/Pr3tA4zelZlMow&#10;yEVIkIV7SMLEH6KLn63+tvagW0KmoBp8v8nSeDmWR5NFePqaYHnXzB697XLbl29jgk08lPOVXmNQ&#10;DZRzawPuksEZqVWhJr/q+f8ALozPMqB9bGlfsr+f5de9s2X7ix0ULJQ0gp2C28mniyj0jUPaVLSj&#10;kEVA4D/P6dNyc1xrhc6eArTj172D47lyFdk5qSgcLJqJ1kFXH9CAfr/UC3tYFi4N/Py6Dk3OMkkx&#10;jRx/h4/P0H5de9vP94NzVv8AnMlU65F5GuwRgLmwX6e1EVvbhdSgEfP/AFcelMO8XMiiRG+E+Xn9&#10;teve2uvx2QnQyVTSzkjSW1O5e635/wABf3crBQEYrU/P/V/k6TT3tzKB4jEcR172G0+0qtcktRTR&#10;ShFcGzIxF/odNvr/AMR7oojajMQQeP8Aqp/h6JvBuPGU11Cucn8qD5efn172N235cxRxwpT0dQzl&#10;VBTQ6pwBd7t9fayMqCEcgjy/2ehTYXE8DBWY58/T0Pr+3r3sRGO65Ih9qTGHs2t3sRcfQW/ofzb3&#10;6YQnDN6/PPR81xOx8LUxqDivn504YP5/Lr3tljg3y0xavq6SKmHPkFR+7wePQeb+2ToJKJX/AFev&#10;+rHSJbuQsVAJ+X+rh9vXveCv3ZtzAGP+M13mlBIdQC12H5Lf4Hm/stnkWtCK/Z9vkeP5dNHeRAe/&#10;/BX+fnnr3twp+8tsUcSR42NquYghCqnSGI5HH5/P+x9oHgDmoGPs4jNPz6t/WJKAqKUAxQZz/k69&#10;7wS90b1qwIsPjZI0diVMUbsxvwLuBYf09vJtiM1Tgfb+zh1r9+3L6vDqPs8/5Yz/AC697bm3R2rl&#10;JAlRJXU8LN9U1sVvbnn28m3WyvqJ/b5/n176+8cjxSa/tx9uOve2+v2BuPccZerra1ZS1g8jyKWJ&#10;HPp+ljz7c8JQNIFVFK+vnSlOim7F3dsVJJBP+r59e9o89C5JXYyzZGQ3JuhMvF/re/I97M6xkpxH&#10;5AYHkfP9uekL7ZcFtTagfn/k9Ove8idEZYfupLW6LWVJQQTx+Af8fezcRugWtP8AV8uqjaJpODE5&#10;zx/meFOve879KZF6fxVEhiRgSLsQePrdhb8+7NJWlCKDpWdnuVTSaftqT/q8uve3rb3XOfwDqkNT&#10;TPEjFo08oidm4upvx9Pz7fikShrn5+nrx/bw6U2tveWzUNRT09PPr3tdHF5+nCyeWohIJBZCxVVH&#10;N9an6f4+7+IhUUofl8s+nDozfcby3Ux6iOGB/q/l173Ljq9xRXSPITMwsGIlNiLWAsf9791RUlbg&#10;SPL7P9WadWTeLhu1mPGvH0rx697mR1W4lDeTJSks3EbSsxI+pHJv9R/X35o0BoMk/P5efl1p93uF&#10;bSGpX7cD/V5de94psnvqC5pRQyIT6Wmkvb1caeRf/EH2meyStSPnXiKeX7emDut9Wh4Ur/sf6vPr&#10;3trlznYDRsJ8Jia1g9r6wsn0PIAPPHPuyxxAiikV4UAz08N3uDkgUJ+f+rHD59e9wkrO6KyRY8Rt&#10;KgjgZtLzyRKyKv8Aqjc/j/Ae0U1IzSQ8fzAP/FdJpt1vC9YQADXJ+eMetPnjr3t9jxvdsbI0lDiW&#10;XX+5eEoFA4a62+lj/sfab6sAZFacPXqiXu4Hucgj086cD+fXvYgwYbKzU0YylMiTsmmVoI2EYbT6&#10;tIIuP8L+9pual9QGBinz6FdrOXprOBihxjypTz8j5ft697yLtcyuUhlqKfiw4N2sbXsfp7VJugBB&#10;C0OeFK/ZT0/yg9GGlMaQQSPL/Vn/AC9e95oNhZTWHO4akQDUDDIpdQP99+Le3P3zpfSy8fLhmnTU&#10;paN1LGoOMnzA/wAFOve3xNiUjKRWVxqFYLwIhq5+oAI+ntwbuz4wtcfZ/wAWOk0sUcyEKoA9cUpm&#10;ua+Y9R/Pr3ttqOvtpJq+4CaFUmQPCGvp/VZm4/2/tVFdpMaGh4AkH/CBivl0WPZWxY6hUA+RNP8A&#10;UOH7eve0VVbD68qalxDV0/LcqNCuCDYA6R+fp/T2rkZFSgFD/g+X+bpDdR2Kp4agVPp5Dzz5f4eH&#10;XveGLqzaE10imZr2svjDEEfqsVsfqQePdBQqdQ1UwM8f2fz6agtLaRD4vd+fEf58f5fPr3vPVdIb&#10;HmhtW0pf9IBKiM+v06gf9592ZitKYJBqK/y9c9auLGzHYo9eBrTP+rHXvbJL0ftGhRv4XjjM3B/c&#10;kGrjghbG4908RyoDY+3/AFZ6QGxiUFV697QOc6k8JLUuLqIix/VC0rJYC6X54H0HvRk0tUZpiv8A&#10;q8/TpLNauhHmeFfXr3ttxuzc3jSIJcLV1sRKgNJAz8EXsGAv/j/h7rJMwAz8zn/V/qr0ll8WIVQV&#10;A+LORn0697eq3Z1R42Y4KoBdLGNIWcqxGlv6H/X9s+KzZWtDmuKf6h0ikknIpRgDSmKf4Ove0RL1&#10;1WSSFloayHUbCNhoJLD63v8Anj6n3dJC7Dzb7f5fl1q3jmkeq1ahFat6Hhw/P1697nUnUWbmdG80&#10;sMXLkmqWS35/bT82+lvbsrqrELgjj/q8v83Sy5t2WPtxnIrT+fzPHr3tZ43q7KxuisiVUCm/78oi&#10;ZgOSStv9v7SVocf7Ffl0WiNlaseBUf5ifz8+ve1d/dRaJdNVQUzBbKFD3A0/QKPz7cVwQA/7fX7S&#10;OHRpbzKI6T8R+L1zgHGD5de9tGQxT0+r+FY3HIxBIDuVa5H1Gq4/4p71IxYFakmn5f7PSW5kqwMJ&#10;IqPXBzwpxr172iKvG7glY+VaaFdJ0mOUFVH9dVr/AOv7oXCrnz6RyySpGCTk/hJx9vXveaDa2Tlj&#10;EjVtKn01qQWLgD03H9P9h7aV1GAT/q49NLOdXaxX5j/Y/wCL697lvhcnAmjy08qqb3S6lr/gX9uJ&#10;OyMKMa+Xyp5/5unI7uRWIZj6g/PJr8+ve2yWnySyX/h08l/rpVWV9Iv9f+K+1CSRhWMrCtfXyPp6&#10;fPp36mi6iwP2jOeve2PIebUyVOMkW/1cKxP+AIHHt6OSBzpVhX7afs+Xy6p9axOkGh/Z/k4de9pq&#10;qpI5r/bxlCAD42UqDf8AHNvb2ha4xXz/AC/1U+XXlnmDVB/b1720S4yrALpTySgBgdBJ4P0AC/0/&#10;HvelBXzzj7fX8+nfqWGGAPzH+z173ihx08jafHW0p0C0ixPcPf6sDx7c1UqPM/KtPln1+XVTdSHs&#10;yDXj1725pBmsUiap6iROHikHkFr86ST9L/4n2xKqeGWB7uH/ABX2ftPVPq5IzUnjQHjw+zr3tzpt&#10;3ZenI/eqLE2uWJ9X9AP+K+2Y6jtQgHGT5j/LXq37yPCNgT6AYp+f7ePXvc4b4qnDJKzSSEadbG5F&#10;zyRxxx7flVVTXJU8f9X7ft6tJflIwGwB+z8h172zPu/7Nm0sXLksIxEJAb/S5+l/ZV4gJBNeByfl&#10;0WybrntJHlx/Zjy697yRbwqJmH7Z5X6lNLLbkAf63u4uVIo3r0+m8kgqwrWnEeuPKnXvagpd0K66&#10;Z6ZihsAVsefryF9vLc5qtKHFBio+0+fz6eW/zSq/bnh/n/Lr3tQUk0OSYLEHQWtbSb3/AAf8f8Pb&#10;mqDyPcPLP+rHTyXWo9g+3B/4vr3tTwbOyNZHrBKxheFZBb+o5te/t5ZlUlFaoI9f+K6MI7gkVL/t&#10;r/P5/Pr3uPN1vk2H7baiV1XKm99V+dP9f6+9FxXxDxqAM+nyr1qRlkfUzD/IPTr3tO13XGVW7GPz&#10;LY69AY3seWH9PblKk6cDjn19P9nqhjdMJQkZoPn/AIT172mazbTUS2emIcAayyEFueBe3v3axGmt&#10;RjPl9nzp6fb1WVKHVn8/8/8Am697SNZSxxylRCSCR+P6c8n/AHj3tO05FQePHpI060oFzSnXvcaX&#10;HxzMWCMlgFH4F/w1vdwajT/n4dNLKQuk0p173yTBSuQqQzMQOCIiw/qCCB/vXv2s1FKD5f6h074y&#10;sAaaa5x1724rtHIEFhTTWFjr8bAG/J5497Z/EFPir+zHlXp7xWIoG/lwHXvcSTAVUFw8ZX6k3U8W&#10;/wBf3RdTHJ/YOqGbOSTXr3uKMTUMCCh0/Rhf6fkm4/3r2xLcxK2kCtPn59MSXQU0r/MDzp8+ve+c&#10;eBmID20KOOSi2tyLX/4n2y91Gwq9P5n/AIo9e+shCVZqn7a1+deve59LtxWvLIElX6EeRQb/AJJX&#10;j25BcIwoDT/V5dbW78Ru2lPSvXvb3FixCda0I0Kv1VdS8D+q8e3tL6hQ0p6+fTqzVapB/wAP+r7O&#10;ve3eniiUf8Aj6QSWWMcD/av8PfmzgGmfX9n2nq3jBTqetP8AV8+PXveZBFfmFLWBIC2Oq31P+x96&#10;Zyq1fhTgcn/Zr0410RipHp5/5cde99TpCUbSgDIAf0A/X6m/+v7sqNUh2J+zA4fLy9ettcVWhYn7&#10;K/6vt697TtWpTV5ANQH9BwfqCR/tvdqBu0YH+r/VnpObhdWrSaZH+r0697ZGjRyxYAhrkaRdg17c&#10;2+n+29trGANLDA/P/D/q9Oq/U1GgL6Z8v2U49e9x3o5GGlL8NwQSSf6gn8e3DGoOBx4+h/Lq5ukr&#10;UYrihHp6fZ69e9yIVkiIDRhnUWf/ABsPT/h70EoNIx6enHP/ABXWxe0FFX7Ove3GGaCQkSQW1fm4&#10;/p/h7q0eoD1HA/4etG7diNK5H+r/AIr59e9ucVPG6gR6bHUT/wARf/D37S1aimTn0GPLpxbvyJI6&#10;97zx4uoLAKjMxuFEasRyL8+9FEILMeOPzH+Dp5JB5nj173KTBV+pzJTTILqAxWysT/W/49s0BXA4&#10;fnT9nTwDOB2gjz49e9u8G0YKhSZBVqePJ41JJv8A6/8Aj7aBJ+Kg+fz6cWI19M4PXveT+4OFlbTN&#10;WZSKzA6hG4T+tvSDxx+Pbni6Fo3l9uR6/wCrPS9bUsn4jTj173Jbau0qNXRqyqkZSbFyyMSv4HA/&#10;HvTyEudJAA+X7c56TywRRMCD173iiw2B9XhmBB/1UwLD8EEfj35ZGft1CnVo6u5RSMAn9lK9e9vF&#10;Dj8BC2qRqZDwF8kvqYA8E3P0JHu+ofGWGfz/ANXn0rQqF1hgPP8APr3tQ01Vg4CpjOPcjgORGSt/&#10;xz+Ofdyz1pUf6vP/AFDpQs+QEbh/M/5R173iqsvjPp4KKTTcWp443IuOSD/vPupz9p/Z61+z06Ty&#10;XAqSwJJ+X8/Qde9sK5KmeRo46T0kt9IbekfpNwPyD78n7R69J1nYNpYen+rgOve32ipqGdU82Mlc&#10;hx5GMZW4VvoCRb6D3QMKajkV4cP9R6eLpxpX/B/xfXvamyVBiBUBcLizLT6EbVXWjcS+O8ikp+A1&#10;7f192zUY4562GAYELT0IND/q9eve5lDUQ0xC1O1aMi9hPSzHyADlW0tcHn254jjpcLw1oVBP+rPX&#10;vbhVZOktpgwkUmsAgGMXS5+rW/P4Nv8AD3su9Mf6qef2dWN8StQF7flk+uOve03WwS1PK4pafyA2&#10;AU2va97ngHj23rZjo8vs6RSXTS9mSflSg/wVx9v2de9oHI7Ky+QdpFjECeoALKyyFfp+kX5P091V&#10;wuGz8/8AJ/q/ydIGSQsaV+f2/L0/ZTr3tNz9bbg4vQVIW362ltGbfUsRz9Ofp7r4pj1BGFP8PpSv&#10;5/l0wVlqyH9h+X+qnXvcSTrbczqtoaZVI4fyfuScA3Kj6f1/xt7d1EVJ4+n2/wCqn59KYkkRQSaV&#10;8ifM9e9t3+inepYmBadBa4Ou1iLhQb/n37xVBr/s9aMMxOW881P7Ove483UfZjSaVyFNAunVY6QV&#10;BNvr7trYZU0A/wBWertFfKCFk0jhmlf9jr3typepOxoVJmzFKihL6tRBH9oC6/6/u6T9lSST+XSm&#10;OS5RQS9TXGaV/wBnr3twPWm8UQrLlJJLjloUbSx+hFwbn3dbrHyHHh/q/Z0tju7ngrnHoRXHyP8A&#10;q49e99LsHP07/uPXVbhQCskjoFUn0qAeD/rD239WHcUHnmvVDczNIA3cDxqSP83XvaqpdtrTJeSm&#10;eKRQBKr6ywa39pj/AI8+2p2q1RSnrWoP+rh1v6xUWpAp61BGK48sft697mCCliVg6uE02Krb9Nvp&#10;f/e/fkTS3fQ/nTqpvVBB01CmvnjzqK+g4de9ts+Ww0R0SY+okIBsCBb82sR/xT3cSnTRaAn/AFed&#10;OmW3PQhC41eef8HDr3trbJ4upjbTTtDpNihUC/5I1j6/4+05lVWyTX+Q/Z0jbcScFjUedade9sVR&#10;R0Na1lUqrXsdZH5vYXsB/tvboejBQxJI8uHTBuG1agSx/wBX+rPXvcVNsY1iDJVTAFr6dWqyg2td&#10;bf7D3ZpXBANfnx/y9e8WSmCf5/6vz697codp4e1oqqaQGwA1ev6fUH+n9be9NJIVrUgjq5lcAUJH&#10;+CvXvb5BsOCeNQ1bINNgdSBrfkfX3pZiCQp4D/V/qHT8TSONJcj7PMde9yT1jSOReuk+oIAj0sbf&#10;UXv7vrYAGvHh/q9entLEV8Q4zxxQde98z12yN+3USsq8KmkXJ+gAt/jf3oSMThq/7HHpkTvXtY0O&#10;cDy/Z+f29e95RtCeiBeoifQ2lVbQS7XFwOP6/wBfdRI7KR176iQIVcEjyH+fz/n172w5GsSiYw/Y&#10;Txqno1GM6yfqH1Nxb3okE1rQH86/l0mknYcO2v8APr3tIT5ulMhS8iuCtlddIJB/wuP9v70Aa1Bq&#10;K/s6ZFywNSa/6sf6h1732z5CsuKUPr+upDx6j/qR/h7vEaAsSOPrx+Y+w9OpLPIDT/Cc9e9tVRh9&#10;xzuUlNYdLekLrKgfX6D/AA93Rwop68P9Xn04EkIpU08ic0697dMbtnPBgxR5L6WIac61f8cD6WH1&#10;97L6e1PI4Pp09F46ABWNPmagD7P8PDr3sQsfjt6IFEEdQSpsACXVlvYEhfdfGjVNUp4eeOPzr0b2&#10;n1ToWYDHn5Hr3t3kfelHaSSJtAJLo0Wu9jzc2Pts3EDkYX7SRj9vTsgu00uy8eJJAp/s9e9t8u8c&#10;nCSsmJp5XNtPkp76rfQkLz/tvd2EclK0p614/kOHSS5u5qaCuM5qT+zh+3r3tA5Psvd9DMxpMbQ0&#10;0asdXjpyT+r6rfke2/DWgETccf6vt+fRI99cL/Z0p/P8+ve2Y917sdmjmQNzY/5EoW4W3pJ4/wBf&#10;22RTEhoPQYH+r06Ym5gbKmo01NMn7cf4Ove5VN23uEkMKSKe3+6zTJpIva4IH5/Iv7o4XTVSQa+f&#10;VE32VNOmoLEUqKft+XzPDr3tbY3uHJFUXI7axwUELdQV1qOeRb/b+3IwThWNeIA/n5dG1rzHOV8M&#10;jVxpn+flXPmeve1rQ9qYiQL9xt6jVGBJdQGPH4VmHAH5v9fbh1A1DE+tfLo2g38VpMK0p8x/xf50&#10;697cTu/aGSIMlNBSv9CviReCb8sR9PdhM6P3Cn+WvRpFvEMzVKgA5+fp9lf2de9+q48TU05kxVbT&#10;FjcPBLCoUqf9qHH+t7rIRQECnrXFfl1e5aCUiSI0NfPtrj+ZHp172lMjhKCdoIwmp5iVaSCJUiD2&#10;sS7f4e9ISW1CgOB6/Z0XgBzgUJ9OPrw4VPXvbXL1JFVLeDLVdKjAamJKi5P0B/3r8+/OyhTwz8uH&#10;+z/k6c0TKaRvQcR5kH5U9f2de9t0vTuZi4g3dVsCdKJLI8iEqPoR+Db/AA9thkJGmtKZFa/s6tr3&#10;ANp8VqAVzWg/nxPXvcZOos0symozgkKqGWySPfnk2U+9vJ29opnJ+Q4Y9R59I547qRSxcsVINK0A&#10;/LHXvazx2z6mh0B6/wA7on6PA4W6/wCJ/I9pjcLrChtNP9X5/Z0xGLwSkqxU/Z6/6v2de9iDj8jk&#10;qCJF8Qk8a6dR1N+eNI/3v2YJLGU7zqr/AKv59CSy3G7tfi1dvoCf2/Lr3tRpvfLIBEaU2VF1ell1&#10;2PoGkD6fj2gmtbIqXArQnzwPt8z/AJM9e3LmGbwm/TJYA0OkimK/mfmcDr3upbtPInJdi7xrrC9R&#10;naokDjSRaNl/wsRb2DpR/jDaacesXd3u/G3KeYni5/zf8X172Hxci5J4vxb+0bfX3oaR3D8uikyE&#10;Vrw6975ILKCLFiRb6D68A29uR0UVJoT+f+r16ZMmkVxj/Ueve3wYKtko5KwosdMttVVI+iNyRqCJ&#10;fkn/AGHsxSzmMbMwovqfT5D7eittyg8cW/Fm8hx+35de9wKLyx3KtcAsBe5VmHHPsvEak1OKY/P1&#10;6USyRUCP58P85697nKZJl0N+24cXK8/q5YD/AA/w9vAgkA8P5D/V8+k7qQa11A+tcde9uReMp4VA&#10;uR9AwJJvYC/+wv7T6Ur2ipH5ft6TFfDaq/7AHDr3uFLSsrs8hMYFgqhizBr8+96WLHxMUPl6UqP8&#10;PVw4VQoHA5/yde956Kpamb0jWA/BLEnj6E/8T7aeNiMUp+z+Z6amCyijmlf59e9vKV0Uky1N1jlP&#10;LMLAM1tJ4/N/fqt/ZKc8aefSIwSqjRIO0Zp/s/5Ove3ekoIsjUt43jRpm5ZT9QR+n/ffn35TMtCa&#10;kn9v2j/VTpoTS2qEk8PKn7TT7Ove1JNtvMRUminlpmN1jpkA8jLp5uwsdLn8AfUc+zOKCSW3Kt+L&#10;BHn8+FMnpEm42U0w8RTnB8v8Hl/Lr3tBT4rOwVQFTDOtVUSGJToJ8uokaWUW4/H+8+0qIdZSlKH/&#10;ADD/AA/bjoQwzWbx646aAK/7Py697eUwMtKvjqhDBUpGXMcgUNpvdpEY/wCtfj2rSOmJR5f6sj04&#10;9JXu45EpAa04muM/5q16977Y0VBJ95FSl5ac08niJcGRJOYmMtioB+rf7Ae3HnjtW7QA9K/M4NSP&#10;9XHpKY7iekEppqByOOK5Ar9vXvcHK0tRjsgclqMjSQx1qLUT6yr1CCRY0VebAMNN/r7YjZhN4zDT&#10;qGqhNSR5j5eX+fq9m8M1ubU9uk07RxAPEn1xn58eve8m0Y63KZBsattNc7zGIEnTI7Aklj9L/S3t&#10;Ta+I0jxrU6vIcOOf+L6U7n4VramcmpQU+0emPs49e9qnfuJqNrVGNlZPHJMhgnUxFUEfEgSMtzcM&#10;b3H49tXcMkbBSTwGeBFOA/Z59E2x3S7jG607VPEGpHHj+X+br3tMV9RLJTwVUcSqka6mmb6WY2YW&#10;P++v784k0AgcQM/Phg+VeJ6NYVVHaEkZwB8/9X7eve2qLLQ0zlJIi2tULyE+qQatR0/i1rD3uCQQ&#10;nuzX0+XTtxbyTJVGFBwAwB/l697kUmVof33eMwz65ZomFgrDRpht+NQP1PtYLiOjNSh8sVxSnD1H&#10;l0le0nDKFOpaBaDiPWvy697V9FKtbFD9pINTMWcsSCjaLur3/H1sf9t7u2mQB0z659P9XD7emGQw&#10;PokUlR5eoHn/AJfy6975y09bKJ2hjkklSIuyDSVki1aPHGrWuOQbgX9l03cWAxTB+3jX5D/OejW3&#10;eBYF1EcfsoanIPHGD869e9ts1GYVeolVZZ45WjlCRsBHIV1Kt2/Glvp7T1DAVqfX5Z9B0+JAxKL+&#10;Knn5VOaetagg/wCDr3tOVqwSOZCBGksvhuBfVFHyUUn6Et+fdWVQNVfT/V+Y/n0+NQzXUFz6eWCQ&#10;P8mPl17238rQoFYLpnJht/nYtRJCA/0I/wAfelBpqPljHEUx/h4dPAMJzWhOnPA/ZT/Ift697a/H&#10;5qtIgAGeVWlkJNmJOkamH4/r7smtXH4q5qSTw+Xr8ulEahUGjPoPX/UP2de9qmjpHx9YstTExgKs&#10;EWNjyFF2df8Ag3PPt0kMOGkHiMCgz58KjpuRfGjZYxU+YIoRx4eRpXr3tonb7rKRZKXSsT5CMqsh&#10;uvgSQRrFY/6lB9faaRGDq2OIFK+XkT/g6vF+nGFFDj88ev2+fr172MGz89X7bra6uxORpcWn8QlR&#10;85MGapSiZVkqIscB9JGWwLD1fge0zJPCaCgFMGtKEA8D+2nlw6RSxiSARyqSCMKBShFak+oz5169&#10;72hv5RPzC2bjsy/V26twJDV7rx0WPxFRkahIYsjXySq+MhaaZgolLl40DcWl5It7Hntbzn/VPdJ7&#10;W/YtbbhH4ZAIH6pYGM91V49pJxpOqop1x7/vT/u17zz97e2/uPyva+LcbExeXSp8TwGp4uAMhMN5&#10;4+XWFyyMGFyh/UFtcWBubfU8f0/p72ZII5Y4UEsXgkA0vGbAxsvBW3/G/ecm0wXdtt8bzR+GzihA&#10;pVafZ20p51NfLr5oblQs7oa9pIzg/mONa8esikMoYEEEAgg3Uj+oI/HueBoC3tZgGFrEgH6k/wCx&#10;9i2J+0BuNBjzAp5+v29JyhShbOrI+zrl7l6j4zdSAoBVf1cH8j+nH0/p7tTuxnow8WsR1AgDIHHi&#10;OPy/yddWF725/wB59wvvVkkMJKa41N1CkMIydKlmAAP+vf2gi3Gyku3skceKuWXNaVpqBpQipHDh&#10;59MyzTsiyMBp4A0+XAnj14KBcj8m55P1/r75VFmhcShBCCDIpNlsf6n6c2+h933JbY2ji90+DUa9&#10;RoNFc1/OlR5io8+m9crAacUpQD1OK/bivXvz/ieT/vXtGV+IojM02mnjnlieCKSNS8kdPM9gfDfT&#10;Y2t9OfcJb9y5t8ExuFaJTOTo0AlhG7dp0V00oKHFT5VPA6tNwuRGIu5lUhiDgFgPXjUeXXfvlicZ&#10;/DpoKWMJ9tFrekWmHj8c0asztOn05VrWIt7U8s7PPtO7RWruHjXUYjFgpIisT4inhqVqdwIFR1q+&#10;vTextOa+I3xFjxGPhPypX1PXvb0I3qJaWrgqY2gTyq9OqRyCcyAAFpmuytEQbBbXvYj2OI7WS7+m&#10;3axeN0JYCMBWJ1AV7jweJgTQUHkQM9FmtYkkgmTvOk6iSNNK8BgHUCBmvqOve5hdnElIwSR2T1nR&#10;pDa7qv1/FvqPZo11JI8uySUkl8PuahUEvXSQKkUAy32GnTK1FHTALCnrj59e9ldyYl2XutcXHDUi&#10;iqMlIUqJWIjnpqu809SmoWPiclLAj3idzDt8/L+9zbc+rTG5XWVK6lrTUOFaeo4+fU5WZTmTYjfO&#10;6mZIxVRnSyYVT59wGrr3sx2EqYJaZJFVQnpdA5BvEgAVmB/Bt9PeQfIF7t1xtbeIqpp7qsRXSuA3&#10;HHqPLqG9ximguu4aipyKYJrWnz9OuiLi1yP8R9f9gffOrpJ/4XJjqCqlaaWVmMuQrqipqvtp5jLU&#10;JHUTEsbA6YweFWwHA9ne82F6dibZ9muNdxM2r9edmcxO2p9DnOFxHWoUY8unxuMc959XdRKgUUpG&#10;oVagUFVAAPqfM068Ft+Sf9c+1z1llKk7hymKrlxiRxQUcmLno6iZ6mqpmhCzDIQyjSGWUMqMhNxy&#10;bey1NyvL2S4sbowt9OImQxMzMUZdNX1DjqUiqkggcK9Sx7Wz7ZBuUSRhllmRw5YBV1q1Qq57u0g5&#10;UENUVI6LT8q8VW13U2ZqKSL7haExTVEawtLUQQl9EtTTug1KADaQfS39Lexi3LU/b4asa4v4iqkk&#10;WJbj6H2p2yPXfIB61/Z1LvPt79HypdSVFdBA+df8P2dV6fEDbjZHu3HVqxHwUNNWVFS4VdcRgQLT&#10;KrfUar8uP9bn2VOtrmeeQM1wjhQpvYPexW4t/r+4+5g5inuNymVn1ordqmvawxpBHrxB/LrEq3th&#10;4YYjJFa+o9erovfP7uQ6QyAq2kg8sE+mkgD/AIn3tN4nk8KJ0BVqEVqQpHCgHn9v5Y619OoqQc9e&#10;9x6nKTLV45EbH6Fr1FWKmWSGUUDIRJUU6opUuG0gIbA/W4t7Xnmd3v7P6h4FWG4JYOWVihFC6hRp&#10;407eFRWvT1vYwtDK0niZj7SoDDWCKKakGlK5FT5U697Wxa0atGKeWHUBfU3kv9STbggD/D3MSzGc&#10;67YpJDwNTwIOTXIP2YNc16LGAjgGFIrj1OOBGP29cR+ojn6D/gv+wPvBKQ6nkKCeefqP6D/D3bcU&#10;S4tPBaQKrceGR5gfb6+XSQOC1QKdcvfBdJjGki30sLEW+lx7tbvbmyCW5ASmkUowpw9TqH25+XVG&#10;qG7uPXveJ1VNLltIT9X9DfgXAv7KLu3gthHcmTw1Q92TQjyGkeVcY6urFqrSteHXvfp3QQSvIVWG&#10;OF3cqGJUIpdmsoubAXsAT+Pb95LHdWUgkK+CYyaiuCO4nAJwoqAASaUp1aFHaVVUVYkAcBxwOJA4&#10;+p697x0VdS1dDT1tNIz01VAs0LtFLE8kbC6sYZ1V1/rZlB/r79t+87Y2029/FLrilQFGowLinEKQ&#10;GFfPUop05cWtza3D2sw0uhowBBofSqkg/aCeve/JUI0rKxYBwzksbgk8XuP+I9ldrvtrJuDwuGjR&#10;wWySwr8tJNBTgB9lOtNE5TWcnr3tpzm4ajCNg4qfC5XNx5nN0eJqXxv2unB0s6O8mdyv3MiEUsJU&#10;LJ4wz3YWU+97tzXHs8tjH4LTLdzCJmBUeAlCTPKGNRGKUI41p0Z7Ttce4w3fjXcdt9PC0qrJqrO6&#10;kaYY9KsDI1SV1FVoDU9e942mxqzSyKZnEoZWSw0ax9ZELf1/23sAXe48ofvCe6i8WQSggrjTrrl1&#10;LVOfIHFPLqojvTGqNQUzXzp6H59e9ppoaaRj6T47sTGbMv6vSLNwLfj/AB9xqY7WWVmQEAaiBg/Z&#10;9lP+K6OhJMgye7GfP5/b173GgoqZJJDTxBdRs+sm/PLg/wBdX59oYbW3kkb6ZDnBqc/MV8wfP06f&#10;luZmUCVyacPnTh9lPLr3ua8YjBGtABY6QLNpAsFA/wB69rnt0jhKFgSKUUYP+lH+x0mDliCRx8+v&#10;e+SU+hLuhfWNSoFvYn9J1G3+vb2risTAhkmXWWyFHkTwz548uqtKGfSh004n/D1734QMpEihCrto&#10;5uCWIsBY/wC8W96+mmWl1GFZSwXGDXyBHr6UH7eveIrAxkmoz+XXvefkcepdJsUI9Rv/AKm/+8e1&#10;T+JH+nJVflQVP2E06Zxx4/Pr3uG/EqggaCCNV/Vq/C2/of6+yqYVuVDii5ANe4HyGMU+fr0qTEZI&#10;4+ny+3r3uYkK8ANZVvdQLCxsDx/X/G/s2htIaadVKVFPQedPLPH8ukzyNx8z173K8NPKEDHxaLEh&#10;mYBzf+2f+KezYWW33IQSN4OggZNA9TxJ4D8umPEmjqVGqv8ALr3uRJSx07rJcOxbSCP0gt/rXP4/&#10;23sxudrg21lmHcZG0ilNNTkDiaCmc4oOmUnaUFTinXveKcIypMhdfqBwdIN7X0fk35v7TXqRTW6X&#10;sTFcEcDTjQUU/Ea5+zh05EWVjGaf5f29e94FBeMGQadLuNLEPqC2KyfS4vzx7LUXx7fVMCpDEGpr&#10;UYo2BitTUGtKZ6dZgjkIa1Azw+0fl69e99yrcG0hCm2lCxKA/QWUcXNvdrpWkBRJe3BCEnSD5EAY&#10;zx+2nWkIBrStPOmeve+NNEyuwcMS1hb/AFVxzZh71t1pL45WYHvp50rXjQ1z6ny63NIpFV8v5fl1&#10;726Q4ytjmasoMrXY2rFOaSKeGodGpoSdWmIE6RzyfYwteUdwuGa8s7p4WCeGCzHTGgyQBUrSua5N&#10;ft69ab/PYSpJAKMragVJUkkU4ihyPLh1ErKGjyNPJSV9LT1tLL/nKephSeF7G41RyAgke3Sl7F3/&#10;ALVyeLocyuMyu3kLRvIkFbXbny00sRWnhpngPhjKzaWd5RbRcfXn34zb3s06Wm/RrIhGlHjDvcTO&#10;cLpQUjOfiJ00TPHqV9g5+uYLXwy7yyoS5WRogioTUhpTqkPbXQFqdVNQK46Abf3xu6434K6tSkqc&#10;DmZ6RKemrMVUT01DTyw38U0uHjZaeW97PqW5HIIYA+8Of7921kxW0U1VLhYsdVnH1/3KMaZMgrLG&#10;9LJXw3jY6m02U8EHVb27/XflrZvFgvfES4Qsja0/TVxxXUrN51FR6eXTXN99zjzVDDb2Nv4dvMgk&#10;VI5A0kiZOoiitpoKgaRX1NepfT/QO1upVqKymdsxn6sGObL1UQUxQCQvHFSxMW0Hn1NqufpwOPaU&#10;2/i8TjqXItt2Km81ca3Ir4pI5YWrqhTKtSxJYgM3I/H9PZFyra2iNczbVSa5ljleOpDKrhSyHNSM&#10;jtJ8+o13a+3C9ngTeGbTFojyCDoXGngOA/PoeP8Aff7zwfZau6vkL1v0hitkbZ7K3Jj6Hfe+6D+K&#10;1tXUao4DQ0tY8OOUxlykQmN1dvoSlza/uOufd/3DYtksLCSIzX9yguLh3atcsI8ElalGJIWmRU9d&#10;Xf7v32E3bn283fn3l2IpYWzG2iDEVJI7wrUBORU1OBgdFi+RPX+6u1sPDt3BIDj8TXU9bUFaqOCS&#10;auMDgFFcHW0CspCcC7g829kY70+XG2duY6i3NsDdeJq6+nqBHNjoquCZZv6AMrMGjb82/A9whuO4&#10;TXd39ZECkpI9CKgUx/s1r8uuz3tt7IbpMJNq5ntSsTDtcgVNfsoQf5dA/wBR/F9DjMztrs/DNkcX&#10;VQaqasWZ6ZyZGvqTxlWSZGGpWUDTe/5PsN9i/wAyLrbN1dBQdmY0baqZJViqM5QzCpoEPASWWL/O&#10;Ijf2iL2+vug3XcgQZU8QitT509BSgx0J+aPuvXdlbGflyXABIjfIBIOARnPl1h3F8N8vt+mylR1n&#10;uySqVoR9lt7PhUQtGbogyEQKll/stJFc8An8+zkw9k7D3vgEy+xN5YjN04ZzFPjK+GoZVAB0SxRs&#10;XU/4MLj+nsyG4pcxqiqyGtBXFD5D7Bny6gBvbTmjZdyH70siqUyfwsPkaU48egxwG1N57azNRid+&#10;bZqoFqYqcytJSySUjS2JeaCviBhJIPqAe/5I/HtF1fZFbTUjU9fJS1cRBt520SaPqUZgPr9B9Le1&#10;AlnAKiQkY4nNeGPT7OjqLkozzeLBburDJKrQcT/g9Dk9CzQdVYGXILXYsVWOmuVZaO7wh2IHlVCT&#10;f8E2I+nHsM8j2jtmt+5xtNOPvmU/5NFIjvpZfWr2IHB+ht/X20dzi0AopqMDy/P5/L59CeLkLemQ&#10;XUsRWPSRwIPyI8z/AJ+hUw/XGcxs9PVVk0VRBHIkhqJVZFUqSU0q12INr/Xjj2VvsfM4XbUFXnct&#10;m8TTPIQsVDNV06TCJh6Z3QsOeP6fX2kluZpgZGNHNMEeQ4Y9QcfMU6krl3lvc59FnbwPwHdTtJ9B&#10;UcCcV6HfCy+fRSJBUCKJGd6l0ZYmcNpaNC39fr/reyO7r7UxG4i0eLyShpJHSWr+6gUynUAhhia1&#10;gtrgn6+y5jfGrxRFqin2/tOf+K6yN5E9o7qWZL3c5Y4ovMEgMacQAeP8ulaqhQAAAB9ABYew5Xbe&#10;28tUvWZESV08hLyz1NQ1Uzg2AuL2AAHCjj2Sz7julqulYvixwzT8xg/t6yN2/l7Zdvj8KJUIpxNM&#10;YycYpxPzx137VlZtDq6XGUMNEn2mSiBFZMULCYk/taE+mkD6+37Het1W4rOiqh4DSPP1oB/qx0IL&#10;ez2iKdfDCAfZTNKGh/nWnXQ1XNyLf2bfUf6/tDV20ttg+MPrS+kMxIABF10j88+xrbTeLGHfjn/J&#10;/q+yh6NLqz25YA8OGoeJ/wBXHy/aOu/aQyHXeJfimqYFHBW68qSL8Fifxb2uEmpRgVrStAfTz4+V&#10;fn0H7gBcAgV4/wDF/wCEf5B172iMt1O1Qb0+WjiDfTQzBSzcWIP04/I93VmdQQQPL5mn+DopnZge&#10;1iT+0Aeo697R1T1XmKTVavp5lF7DUzavwSeeLfT3YChUgfs/wdJwZF9D6ZyP29e9xafbEdMy/fqV&#10;aO5eSP8ALXuLE/72PddKPUVI+XHNKk18v8/WhcOCVBP5fMUP+b9nXvaooaLGcLHWSRlLXDOdVgbr&#10;e5t+Le2nhUENStTx8/mST6ccdPJfSoRU8OGT9nnXr3tVwwoFHikV720lje5Bte9/enjjVSAAABWv&#10;n/L/AC9Lfriy6XaoHqD5+XyPz697g1mJp5+KmMg3sxUgi/1IJH+P9felZeBHlinD7aY6aaVXyGoM&#10;+fl5de9sNbtundGEE6oL6wjWWxP1UsPz7dUEAasMKCmKkV/1VP29JzLESTQ14V697Q2SwFZTszeM&#10;SpZWPhJa1+Cw/P449vBFoMVHn0WST3IYqMLny4geXXvaJrYl9etfEb8q4YfTj6f0/r72aK2oUz5f&#10;6v5dVEzUyTinH/P/AKv5de9spp/KhEQI5uLg6Tzc2I/2NvbRkCtwrX/V/qp0291VgKnjWop59e9t&#10;klHWjV6JF1E82IP6f6fj/X9udpFQBTy4fb1pZ5Saq9aV8/8AVw697is1fHZGMij6jS7XJHA+tuP6&#10;+2k+nY6j3V8xXz4/6h15b9ozliRwGDx/Lr3vm1dVLpUySixuV1N6ieTbn3bw4W4gHyrwp8unVv5S&#10;Khq/nT9vDyzTz697w/c1Ra/mkW/0LOTYf0t/seePbbpEF004cKf6v8PVJNzk+AtQ/Kv+Hh173gab&#10;IHhGYksCxJa9r/kfQf4e0LrIWLKKjy4DPoei2S6vHlJr9lPn/q/y9e9qTGV1XEUEkj29OpdWoW+h&#10;P/FfayAqijxR+dB5npXBdXAQq7Zaor6/6vl172uIo6SpgLSelz/b1cajySV/3rn2vE6scNn5UBPy&#10;9enTuCyIAzjy+00x55p+XXvbHNQQsbRsQgvyT+nnjV/wb3bxcU1DPlxx5/l1prtjVxItfMf5vz/Z&#10;173AlxQRdS6rct6eQbfXk88/X3v6gBQuPsPl1f67ihYBic14/wAsH/Vnr3tvkgVQuom+q4BAOgHk&#10;G3tE0wNQM9UkvZOKsSR+Vf8AP173iWMsx0hj/aLBip1fggj3pSlBQAU/Pqybi9K/4eve3yllq4PV&#10;DUTwuLAGKR9QI4IH/I/fiFcg1pT506Wx7jICO786kfZ172raDdW7caB9pnK0j/UyStIGAN+Q5/Hv&#10;zWykEg4+VPz+z5dL05iuiviazpHDI9cnr3tVxdzb2SNYaiqiqYwLfuKSbAWsbf4fn2WyWUNTWlfk&#10;cn/V69KF5rutXdJqpSnr/Lj/AIOve5lJ3DkUZjV0MUo4NlLgL+T7aG3LXXQ/tHSiPm2cfFSn+r5+&#10;XXvcmbtWkrBaTGL43NvVILFb2Nrj+vtfFa+GtUX7f29Vl5hlnXSSfs+zz697b48rtXKOzVGPihkY&#10;W8vAYahckleD/tvbzIjd8prTgOi6bcknqzk18tX+TNf8PXvfm2tt6tYGkcgvZlKtciw/2/8At/bg&#10;IIqa4/IU+Yr0wZS4qc/yx5/8X173mTrN3ZpKWr8CBLgs2kf7Ye6u6j4if5k/6vPppywbLU/P/Vn5&#10;nr3uPL1vkCC0ObpEYqBZ1YMefwV/Pu1VUFFOMVpTz9f9XHqo8ReEn7T/AIeve8dPs7c9BOske4kZ&#10;Rp1Q6nYED6mxvf2wdDYXB+XVVvZkYqjV0n0wfsP+br3sWcDmqvHBY66Q1S6SGULqFxzqVf8AH6e2&#10;mTxGDMaEnyPRxabvKhDf4P8AKM9e9v8ANm8dXkI2JDq3BJdo1AvbToH9f6+3VLRrpcnUPnU/IeWB&#10;0eDeUdAaiv21/wAP+z172+Yyn2Yuk12Eg9X1RppTbn1EXPN/8fdPFkKEas/6vP8A1fLpVaX9syDx&#10;WB86/P0xw697VUFP1vyTtnHumi4cysWXn9JVj9faRzKKEnIP5g/M+fRlHdbeq1lYAk18yT/q+zrq&#10;x/qf94/4p7eKSbrunfyRbdxUZ+gU6HP1v+fofZbcteHKsTXgR/q/2Ol9re7dG+slSafKnz/1U69Y&#10;/wBT/vH/ABT28DKbHnIV9vY768lY1TTzYAN9D7L5XvEFGZgTnP8AP1/l0YTX1hTSWB8/L+Q/y1HX&#10;Vj/qj/jcA/7b3FrKDaVZoajpoaNtOoJpjKD8XJ+h9kE93uCklanj8zj/ACdeil2+X0p8qddi/wCT&#10;f/YW9wItvo+rwiBtIFkCoLg8c2t7KjuV9pC1IB45PToubIJ5cftqPQfn/Prv3xnxlfDpPiR9Ia5X&#10;TYAfT0j2oivrs0oTn+fr1SSWIjtoA3DI/wAHXvbJVUUrcvCQx4sq6rm1+QPz7P7S8kCBm7c8QaV+&#10;Vei6eZ1qYjQHjTBp9voeve0tX4OWqBVFJZ20+mIg2t+OPrf63+vsSRbtbLQscilPU/b9nl0SX13I&#10;4FK1Pr5ft697QOU2PmdTyQI2m9lV47Aqf6/8Rx7MIr6ICqtxrxPn/q/b0HZ9ZPcf2E/4eve0dUbH&#10;zVwTTPCOQXVdQ45Fhb8+1kcwkppalDXAFM/L1HDj00sc9V0tWnHUPy/1fPPXvcui2tnYSoKINPAG&#10;gk8nm1x/T3dWUKCWoD6f6uB6V6ZETUKfl8sDr3tS0+ByqDUwiB0EKpA4sb6QD+R/X/b+9O4bsIoC&#10;QcDy/wBNXh1UvIwowKivl/nJ/kM9e98Z9tTVSaNYDsQCxHpABvwAPz7bDOQQQPl/l6YaSY5elT8q&#10;4/1fz697YK3risnUacgp51Gy6NAPGkW5P/G/d9ThaLQHPz/Ig4Hy6aZJmUqmD5U/1Y697R9V1luy&#10;J2NLOzrqso18EW5NgeL/AEt70JQYdRUihp88Y48fXosZ5SKAefHzP58fy697Zqrr3eKK5MLsF1ks&#10;gcvYDk2sf9v78y8VFPz8/X5gjz8/TpxIbgksyU+ec/Lr3tnO2t00b3EdShK2KIG9NhdTY/n6+7UN&#10;BpA/Mn+X+H/D06GmT509fLr3uPJJu+hUtG1SDYAG7Mb3/wB4t7r4iOdRDVGKg+v+f/B1YXNyjAjU&#10;Kenl/wAWcde95aPdO8KaQWmqdam+iSnLqx+t/UL2tz7uYVfDZPqeNR9nn/qPTkW+XUYIZjX5jh8u&#10;vexJ2/2juugeE12Io66BT6tVI0TMB+oll/1vyfbJtlqSnE+Xn0cWvMV4G1vmvmeP+DHz697GHFdr&#10;bcyQAyWLlxbubEqheIE/4H6c8/X3S6tHKFYiQeNCKfb0JIuZUK5FCf8AVX7Pl+wde9qVsjhspFL/&#10;AA6uopdVtEbkRG9rA6X/AMPr7JUjvRJStQCc1/lXyr5dKrffIZzkimPP/CDSmOve0/VYfIuVYQ06&#10;xlgdSAcgC2m4vz/rezNZ5VFNRz68OlLXcLGgbB41/wAP2de95osbLpCzUUSkgkSRxjk2P1/PP19p&#10;5ruaN6kavl6V86eZ8v8AJ0rt5og+sDV8vl6j1P256979Lt5J1tJDIiuALqNNjqvcMLfS/tN+8mjO&#10;pQSTn/V/qx0YNJGQPDVieOaD/B/q/Z172x1O0quMM1NW1ESi5WJ1LI39GP0+o/Pt1d6ct2k48z6H&#10;iPsB6LZZp61jFPXNP5+dPIde9tDYjNxMCaiQ6fwNZuBzcX/4j/W9rUv7WQjV+f58ekkl1cqvcCc8&#10;dWKev2Y6979GlQzMs0swN9J/UB+LW59q/qbNST2nHD/V5Z/Z0hN/KH/VIYCgpmhPqP8AVw697mrT&#10;sInTzNYgfVn031D6D/WH+8e9m7txIPU+WPt/Z/qp0rFzJ9N5k+npw/w9e9//0NaqupsRNLano2hA&#10;Yhrk3BIv9D+eL/63sZG+BySD5+eftP8Alp1kiR4hoxFfX/V/qx1v8e4lPtnESEfcwGa78gNYFSOL&#10;k/42Ptt7rVQg1/wfl/xXXlt1dqVA+fGh/wBXr172/Q7R2/Kqv9oYv6eO1yVNmvf/AGHPvTXjKKgU&#10;H+r1/wBX7ejBrWFYDoYAr8/Pjj8/59e956jb9FPSpSLW1VLBGxVV4ZSDcH0n+vPvQn8QimT6fL/B&#10;/qGeiuWyjcmRia8Pt/1f4Ove+sbszZ0SJ9w8lVKlzrIZCwv/AGvx7UeNQah6/wCqvW7e2t46E59a&#10;ef2en+br3teUeJ2rBGqU9FBZPT5HAPqHPLH88WHuzXDAhW4evy44x9vRiXt0GKAfbw697xVtViKd&#10;PtozFo506ArkAgXBA+n+t7bYinZmvy/1V6cW/SJTnHlSn+ojj59e9pyGCGpqP23Keq91v+b8ED/D&#10;2lvYndagjNcf4f8AV8j04u4M9NWcEgmgHHH+x172q6fHRxwqFnAW9jq9Zb6A+r6/8i9hcqyt3mor&#10;kf5vl0phuKnUTqPA/wCf7eve+cm3YK4XNdKvBUhFHBBA5P8AvHt+KdI24cf9WK4+XTs0naFQFv5c&#10;Mfy/n173Fl2LhwtqmpqPWwDB5FU3IsosPx7UNuamigCg/wAnofXovliMpAqKDyrxoB5nNeve2z+4&#10;e2PIbyVBIJFjKo+hsWUD3r94quSBn/AfXPH+XTHgKTXBr8/8549e9wq7YuzYlu9PKQjCzpKwaQWu&#10;GDf191j3MKeBAFfyrjzPTJUR10VyONeA9Ove23+7G2Y1/wAjatjOonS0o02Bsbn63PIv7ULfilDV&#10;a5r5kH/J1aEO4ISo8+P+Hr3tvqNqRyxu1HrLnUtpWuhuP7I/P19uRXyIxoRn1/1Y8umZ1aOnk1PX&#10;J+Z49e9oqbGZ7FMyxRxyeosLXkHB/Tz/ALD2ZiaBjWlQSBj/ACfZTPl0iM0sBLvTGK1z9vXvcyjr&#10;d1RzAiBfGrKWHiYEXH+qX8fjn3WWKKRTQ0B9aftB4163HuZaiM3Hhx+3+XXvYiUOQ3DPEul4YG1X&#10;0Ac2B+lxz/jc+0BgAHZVh6E93pT/AGejq3v1Cirah9o/Z+3r3uZVRbrqRda+AJxpHOo3/J/x9tmE&#10;hRqBIAoST/qp/qr0/NuJMYIOqnGvD8vy697T1ZgdzVBKjIUqte51sWsbXswX+v8AX2mACkkKaVp5&#10;/ZWleHz6Q/XTyd6uPyH+f/V+zr3t/wAPt3cccIM9XRyuBw9+OfoNP5/pz7bleFWpWgx8+PR4ki6Q&#10;xNK/P9nXvbuZczj9IZoCgb1aAGBI5/Nzz/T3tI45ELE8eH2efVml017iR+eP9Xr173DO4Y5pft54&#10;55Wdhqigh8jnnlVUc8e1q2iBC5IP5/6uPTMl9pjqXrQeRxw697fUwvU8mnJZnEZmbKR6fGwpViCy&#10;f0Lufp/sPaxPBKaPLgTjh619fTokuJ1kznHoB/L5/Pridd/Tpt/je/8AvHvBk8/i41amxG3cgIbW&#10;Esri6gflQB/vXtBJDDJLQDtxn5fOmKnppb8q1VqQKfLHz+3rl7RVfuXLRxP9rjqhWACiIx+tbcgM&#10;PyL/AF96FlDgvgHNAf5fbT8+rteyBQ1NIapAB/1U/wAJ69f/AH3/ABX2lzufdlTIYP4O0SWAZ2gJ&#10;LMR+j/D+o9rEtrPwwS3HhU/5P8Pn0wdwmJIyAfnj9nXvfCR96yoPBQVQBAuzqIwOeLagD/r+70sU&#10;7lya8PWmDWv+XNOti8ujhOJ4fIDiT/kB6977TDb4mUPNEmoqAeL6QfxYD/efbyX9tG5AoQOvPLdy&#10;mslSfIf6v8HXvcTJbc3U4/QV0rwVjt6v9t+fe0voJMI1B5Hzz5U+zj0UzW91JQBiPyzniPs697TX&#10;91M/IXMkVS7EA3YD+n0sf959qBeRmumnbxxj/V/h6aFtclqxnINGrgY/w9e95o9m5dbaqKUkDUvH&#10;F1BI5/I9v+PG6/Fx/ZTzP29K3tWaM6PPjxFfUD06974S7HyUupGp5k1rpIHI0/U6h+P9f2la4hPY&#10;CMYzUn8zw6RNYuyhRgVr5mny/Lz+eeve4D9Z1wbUsEtgbeprFmI4I0+9C4iVC1RXrabcydxNacMf&#10;zH2fPr3tkr+t8yxcoqEgXdQ3rIH0AJ49uqwKhk7v5Y/2f59ebaZGTxSzUpxPXvaSrNl1sN1mgcm4&#10;uG5VrD6Nb37UAONPKvp+Xkekb2Mq4K4/iHEfOnr/AKh172laDrOulzUddTwSRknkCNhqXV9bgf7b&#10;20RVSQQP8/pn16LV2W4MuvH+f8uvezG7f66rpShlo5ZrIpC6rXH1DN/W3uov4oow1Qflg9DTatsY&#10;KFb5Y459evexTotjQRKPJj4weVbhSwsPqdV/r7L591Ymqmg+zz4A/PoSLaxx9zgf5z9nXvc47KxK&#10;RmaSjGqykWRdA/qSD9Of6+0i7k1KVzXy4n/J1sQ2vkAONaj9n+ode9tVdhcfTr44o9BswUoeVv8A&#10;n/D/AFva+DcWY0JODwr17w4C1cGuftHp172zHDySpoWtlgQC1yRdL8Hn2425AHABIFaceH2fy6eM&#10;sYNPi/bj5/6jw697YMltHFutqjMV0rlCQElEYUi147Dk/wCufaGS+cZrXNSeIP8Am+fRXOHkBKmm&#10;STU8R9vkP59e9pb+4W2al/8AKaJ6xVuw88t7k/Qf6/u31tSGI9B8s8OH/F9I0tBK2pwvcaDNR/Lr&#10;3tSUm2drY4L4cJjka9lGhCU44Bvzc/n2st5kkIYNkegwfXHRlDt1vpqc+ZNP8gxTr3tQpAiqWp4Y&#10;qdFGmyRqqH+0ARbn2tUxgVJofPOa/wCz0wyJFXTw48PL1+XXvbXV5OqotMgiMkYvq0qQWH0FlHu4&#10;dFGqukg/I0/1enRdJd6Kg4/1ca0/l1723yb2ELIwoKiS4syaiqgfgW/H+x90Z1K61Y+vpn/VmnRf&#10;++ApJYHHzFft9fyHXvbbP2ZlAypTUDRMDa7Kz+n/AFIFuR/iPbMkCVpUhQT6cfUnj8x05+9lK9xq&#10;vHJ4f5a/Lr3vDHvndtfpRaCSUamYAI0agX/tEi/0+ntsxQw1YtkGhxX/AAHpRFfPq1J2gjPzz+yn&#10;XvbzS125Kwlp6KQgn6Lqey3Gr8E349pJ7hYx5gcfSv8APh0creIR8hnPCvpUZx1725zUVfAjz+GU&#10;uSWVdDA2tZfT7TR7gCdCn/Vw8/8AB0wb0lSxpU/L9ua/6qde9h1ncpvhnNPi8dKf7N9Lj0jn1arf&#10;kfj2rjmjjHitXBFQfPPEfb0SXlzPTVHUgGpp59e9w8VRdhTamqoWgfnSNH1t9QwsfagXyf2g41pS&#10;vrX7M+vl0mt3uGQSUy3l5/n+3+XXvb4uD3jZpGhkZ/qLJJfkf2Tb2sO4qFyePljhU4P+DpTL4+g8&#10;cn/ix172xZDH71UjVRVpUNyVicFuDf6fj6+6NdLpDFseWf5gf5OkslvdKNQZvlnh8/n173AoDuui&#10;qvII8gqh76Hjcr+dIAb+n9fe1uYasqtRjxr/AKh0nF3JExi1d3mWFan1FMde9ivit57oo4h9vrDB&#10;lLaowTf6Eeri3+w96IRwdTalNePkPl59LI7m4fuADA1zX/J5Ade9rCLtrcHhMFVHFGpK65PCoe6n&#10;6Mbf8j9pPooNFEbz9f206UpcyRiq0FePp173yPZVXKFEtXRrZ9I1RgEkflywH091+igVe7FfLGa9&#10;LU3N0XDCh4g5/Z172r8LnKfKlJ6vIUyxMQVaFAxFvqCE+ntHdwxx5QV41I+z/J5g+vS633SXSSrE&#10;/Ph/PH+br3tWy7l2Fio9VflZvUg1Kqrp12KkC/5NvZUqtIV1sRXIPr/q/wAHS394owyxrT0448j/&#10;ACPy697gJv3rwo0lJ99VuoADFrgD8q1h9D/X20ySoCAcH54Nf9VB0mj3OgIIyanz8vQefHH+x172&#10;xZrduAyC2TG1kSsLKft2YSKfww/p/j7WWF08bCp4H18+GfUHh6Y6o+5lvj4GuBn/AGePXvYY5HEt&#10;KWqqPGiKOMowIXS0i3uTY/Um/wBPYnjuBIoLH5H0+3h0X3D6qEAAmv2fM0/y/b173mx2bNEyeWMx&#10;GJtTu9vqDz/rXP49vC5XSVwaY4Efz6JV3fwv0zmhoCBSoFacTwpjh172p5c5SZK37iuwIYabJz9R&#10;rF+Lfn3USDA9f5fLp6PdxMwDgitKU4jAwPz4de9vVDFTzadTvFcqBzcG300k8/6/t+SaOM6uIPqP&#10;5f4adHsD6lGr/JWvz697WjUWOipRIzO6aQS50nUQL/j8fS1/adLrWSEwOAA4/Ljjhn5deZwZGJr/&#10;AJOve0/LmKGH1JTmRV/Cn6rwSbf1PvzTPgLSp4mlcnj9n+DptpBGaigPn9v+H7Ove22q3vi430fw&#10;eRiLXGpBr/1R5/qePbGkV8VviPEA8Py9afl0VXVzaUKsfOtK5r/g/I9e94YMzgMgpNTgpKeR7lSJ&#10;Qbsy3BIb26LhY6kAHTTj9vrwr+3pqC5tEJapIpmvDj/hHp173HkpaF2EtGSiAalQgAeoXIAHt9po&#10;nJ414+uPmels9xF4TMgqfTFPz88cade9oLM5CpgkmWOraMgqLRkgFhzcW9pmmB4cOgvPfrE1IzjN&#10;Ps+fp6+dOHXvaNqa+mnH+WZ6enf8+uP6W/x+n1v734ppjpg34YBWYfKg/wAJ697bIajbsMpkm3DU&#10;SMp5PDki9gAOR714rjh59bO4LGpTUDWh/ZX/AD9e9+ye9NmUCmKFKqvdPpJMwCj08kRgj3QsTx6R&#10;y7ijvqepNOP+x172iqjsqg9QhpmSO3pXhSB9QdS8/wC8+9DJzTHSU3zeVPy697T9T2RDpNoX12IB&#10;Unk3vfn34M3lT9nVP3gwNRTr3uIvZFXb9uEksBYs5FufyPyPeycEAcadVO4t/CD172pcLv8AatqY&#10;YclDDBC5Ebz6TIUVuPIy/wBB/h/j71mta9XjvpjnH7OHXveau3fA8ssC46CojVyqP4wA6obKwIH0&#10;P19u/UT0oD/n6e+uYY09e94I91ZGeMQ0uMo4I72Hjp9Un1uCS3toM1dRNT039ZKwrpAP59e9uUVf&#10;nnAJUJcXW9MpXg8fqHtQLqRRRcDp1byYJp05697eYBmalFWYwSRn9UbU8ZMnPNuPr73DOQ1H4Hz/&#10;AMnT0V1IG/UAHz9Ove1BBRSJGD/CsdPbUHMlMp5B/wBoHPPtQ00aktIwyMUNf5eR/wAnSksijxKk&#10;in7fy6977GDqq1ykW2cPoY8OaXQUueWBb+ntI9xrAU+X+odNszMQAnD5ceve1JQdcYiyT5amw8H6&#10;WKpCDJa4NwD+faYFmbRTFfKn7elFvaB5G1io4jhT5geZ697XMWD6ookVKrA0VdUKAA325Oq/1NkI&#10;H+v72NTIRTGfPowWOAR6ggAJ697i1TdQY9Ed9nYtGA5Gt4rXP59X5/p7sQdGWNetabZVo6j1Jx/q&#10;/l172mq3s7rTFDTj9q41St1BQSP9Prb8W/2PvysSoUsSP2V+0/5OmXv7ZI61BzTBGft+fXvaUqu+&#10;8RAClDgKWFOQnDAAA/QJ/wAT7sXYmox0jk3VQaDsp+0/b69e946XvY+W8dDTwAgC+jXpJ/Avzb/D&#10;3XU9KV/1etOmP3u9KCtOPHFeve3pO66R2UVMRKXJbxRInP4F3H4/p7uJJK1JJPE5OerpvBDd4r5+&#10;o6977m7A2XmQwrKZk1DksIVZgPqb24Pt9LqQGrcT59Lf3tDKvca/n+z9nXvaaqJOuaokRiRNX1Dj&#10;kXPBVhx7dS+IFJBX5+vVVu7Zh3eXpw697Y6mk2ZCSaZ5HYKCVupVj+Rf/D3b61CAyj/L15rm3UVQ&#10;ft697ifxqip7eCNxGB6DdVsD/X/D3V74n4B0jbciGPD8q9e94qrelRFB46WmhB06S7hnkNvp9eOf&#10;aZriVyc0B8hgdNtuzDAJFfQde9h5k8/lqwuZAkNhwqqFPK8k+22d2Gipp9vSSS9lcZJ/b172k3yN&#10;cNRapf6W5J5H+02/PvROaLjpAbpySQafs4de9tUlZVvqUVEgFwfUTqP5tf8A1vfuq/VS+R/kOve8&#10;KV9agPjkZuLnU5vwbE2+p97BYGseD176mUHJqeve+Qy+cLWWoqlQc6QWC2/oQP6/63tQLl1oGFfK&#10;v+Dp1dykB0ZHrny9Ove36k3Nm4EWMVMlrc30iw/2q31/HB96a5lpQACp+3h04u4SaifXzrXh9vn9&#10;nXvcwbnyUhBlr/GdPN4wSQp+h9tmeXhX/Y6q15Mzaqgf5K9e9zoszlWCvFU0tQnAIYIG4/DKeeP6&#10;j3YXMozXPShL2aoYmtDXBI697mtumSGILUY6nmb8sFW5/p6ve/qpaYoPsr159wkrRgP5/wCfj8+v&#10;e8X98qIXP8GolNgbsgJ4+tyPbi3ekd1fy6sNzHkv86fn1730N3wcquKowSBbSlx9OB/gf8Pb4uk0&#10;lwT+fW13mKlQzAg04efHj6D1697yR7opVDA46kkDfVSOL/XTqP0/PtmW6YisZIP+DrZ3PJrXPyz9&#10;pr173lk3dQRX0YWhcsP06XsBe91YH/evaTxWBwx9ePn1Vr+NADmv+r/L173FbfkkLOabG0VOCT+i&#10;MMDa1+fa+KeoDMe7z+fVo92jphtJwM+f5Zr173ng7Uz9KzlftUVgQLU8TE6T6fURcf4X9+mufDXw&#10;4gM/Lh+Xr9vT53nTUIQf20/Z173MTuDM3/ego6hSTeN6dfrbk3/3r2lWduHA+o9Orpv0ingPtAIP&#10;50pXHXvago+6midGbEUjWYAsA6iw/GgH254xC6Tw/wAFOlkXMYQ5yBxH/F+vAZ+3r3sR8R39hXCr&#10;XbfQAkA6AjDg8Nob8e22bJqxGK8aU9KdHtvzTaKtaiv7fXFfUde9rGDs/qrKi+VxS04cct9tFLc2&#10;PJReQPbMupoyIz9vl/qxXqx3uwmc1I8/n/qp173yqd1dJqoEVDB5NN2C0fjJ441D/bHn2nCyqdTk&#10;1PmaU6UDdbBdLkgVqR/s/L/V5de9tMm7um3CtLi45QlwC0LR8/U86uf8fe1mum+HIB9Kfsr5dPHd&#10;rFmqpGPIAD5de9t0+/OlIBZdvSuF+ojjsASCfTdufayNp2JDtj/UPL5Ux0z+9rCtdX+r5Dy697ZH&#10;7U6tjZxTYGsUrcBvHGqtpN7av9h7uHcd6vT9lD8/9Xn0lO9WYGHp+fH/AFY697gVXcG0FF6Lbmj+&#10;skjjUDY+lQP62v7uZwRk5Pp0kn5itlP6YqfWtQaH/Dw697jjuPFMqhKAKqkDiawA+hJsPbXjmurz&#10;6QDmJTVQaV4U8j8h173j/wBMeLjbmh1j6jVOQHAN2AH+8e9eOxFDwA/y9eXmFYzUiv59e98Z++vE&#10;hWlw9IqiyqGkdiSvPLN+fp9Pbizqp4+Vfzr/AKv29KhzHEBSgqfmP9jr3tjn+QOZKnwUVBCbm9oQ&#10;2o/QAE/6/PupnavHA/LpDJzDKCe40Hzp9vD5Y/z9e9wP9PG4ZOWSj1Ktv81wL/Uc/wC8e9/Unga0&#10;+3qi8xScSSftYcPs+XXvfGn733JTS+n7NlIa6vApUajcer+v4sPellWhLV/b69VHMLnzNft/w469&#10;7cJPkLuJ4ij0mOZbMAftwGTj82+tvdjINNWJI40x8z+ea9KDzJUhix+yq04de9pup7s3FI5KiBIx&#10;6QI4gnDcalb+n9Pe2uWfLfz/ANX2dMvzRJ8qeVf8v7Ove2Ss7V3HUteGtlhvyQHIVr3FwOPx/j7a&#10;ExBqQKfz6THmO4BoBg5rTPXveAdlbo+oyc30IYhiQAPwwPu6XRTtAGf2/Lq6cyzL28K/b173nbtD&#10;dBREOTnsNRteyNf+vP8AT3Y3HcW86U603MdwK6SDWnlWma/z697l0/bm7KOTyQ5CwK6bMofgcEAN&#10;exv7aEp8z1qLmS5jbORWtKH7eve3Nu6d1SA+Sr9RF9SRqATa5b1fT8e9F1rqXiPXz6fk5omKkIKe&#10;XXvbU/Z+4ppNclez6iP1KG5/xH9B/T3v6iQghs1/1DpE2/XZYgsaYxT5eXXveY9k5WRbyBHNtJBi&#10;UX4sD6fdWlkYUJx/qp1X99y1qWNT8uve8lLveoI1Sw059WpSY1bk/T6/09+Mrnj/AKvy6sd2kcAH&#10;gBStOP7Ove+5t4FhraKDi5sY1Cn/AJBH+x+vuus11f8AFdUO5AZ/yde984d+Ip0tjqWQ2Hqjh/s2&#10;t/xU2/HuwkYcOnV3cg1Ixx4U/wAH7Ove3KHfNFMLVVHTxJbR9Ari4F9I+g/p72Z2JyOnP33qY04H&#10;jx4/n17270W7tptbXNPE6/RlTWpBF9PP9P8AD3vxmqSenY93j1auGa4qKfZT1+fXvarx+6tvPZo8&#10;qsKliArggk/i9/8Ab+3hcjSQa8AOjOLfIgrAkE+vA8f9Veve1pjczh5wVGVo5TY6S0yKxZuLWP0P&#10;+Puniila9LId4gcaiwqa4Ff9Weve1LTiVpFFK0U4Okho5Q5B+qgf8a97WU40mnl0vtrxJTpSgp8+&#10;ve1ScLPP62ilKkAspQ24H1A/w9lk194YPEf6vn0cxwW+gmRjU/4fs9P8PXvbLWbepnuamhDhg12e&#10;E8qDb8/W/wCPZY+7SfEag/6qfn014UQNKgflXjw697ZZdr7d1Ff4QryC1yaUX55+tv8Ae/b0W5Op&#10;78DiRwr6fMdOiCApViKcMDj/ALHXvfQ2xg4PVTYOYaSWJMLgW/qGA9r4b8OKHhjy/wA+f59LIbSz&#10;JDaeve+5ttx1ilaegrIv6GP0Er/QEj2tF/Eg4U/wetfy8+lktvbhe0Dh5cc/Py69740myKiJjKsN&#10;ZI2r9DsiqD9Qrnj/AGJ9svucdKAivRcLJVFQamv+r/i/Xr3sQ8LjchSqI1xhlLkAgurX0jVxp5t7&#10;Jru/eTg1QP8AVno4sZok/SxprT/OPs697W64OoqIlkqMIyxS2BJeEKSf6hSbf737Kzc3BarkAAn1&#10;PDgD/n6NJpLdgVegzXGfyP8An697b0wGOoZ1qIMRSCaN20vJAklgRpYEOLEf6/swhvLiocEnhUf6&#10;vP1+XQfne1UkKKitKH9uPn172jczsHbOYZ2bF0dJKzM00kVkRieb6R/jzx7Mor6ZSVJ7jw+X7PTz&#10;rx4dEckVs7EcPQClfs+z19evew1yvRFJUof4dPT07sboWKN9STax/wB59q1vXdj4hxTia8ft/wBV&#10;Okku3QTBqtmlK4/Ifkeve0X/AKAspSVAmbNU7KW/zSKqov8AQXHt1bpZo8ZPz4ft6Sy7WrdszVp8&#10;uP8Aq8+ve1PQ9OxSMPv54GDEklGNhbi/H09qEn0r2UIxw4/56/b0utNtgUCor/hpX+Y697UUXUm1&#10;ol0yyxccOdZYlgPwtwP9v788xWhU4PnwNPT8ujCW1tk+HI+zh8vn173mXY+xKQgSVFMWBI1MEdgf&#10;6cf7wfaaSWWtEBpx9M/L06ov0ceAKnjSvD5f5eve5KbT2ewJWpd7H0BSyobfQseL/wCHtpJbg1Zf&#10;l58f5dOtcxFaEGnzIz/P+fXvciLC4KkOqKoMyDmzqCiW+ii/5+nPt1ZJAQ0hCmv5/wCr7eqC/t0b&#10;Uq0OPPj9vXvbmKzGwxBRTrJoAPkMakkj+pP592Uyuw1UHHA+3/V9nSxd5giXUop9n+rh1720VWdp&#10;lW645CQS6hggLAcXYDn/AIn3tFoxHE1x/sf4aZ6abfogMaRnz/yf7PXvbA29IqSfyJgfNpt9JABa&#10;9xYf7fk+7SVkGG/wU/z9JDzFDr0kAg8aHz+01697UtN2Dt/QokwDRzAHkRxnki5Nz7LH2ybWXEmC&#10;a8K09PPOelX9Y4CoZhWvGhFaenz697c4d142uBNPAlPYcI8SBVvxcEDn/Ee9Lt7qdPi1WnnWv/Fd&#10;Xk5lglTTA5UYw2COve2fN5iSno6mrV1EdLTTVUreNLLDDH5HYH8AAG/uzxQWyEgZGBkn7Kj/AIvo&#10;N73zBPHCSkgAAIB/w6v8nXvdN25Mp/F8/m8qNITI5Stql0306ZagvGVH+K29kD9z6uoInn1yvKv4&#10;yT/P/L172yatdgObWH+HJ/x9uJRhQD7OkxbifXr3vKJmRxYC6ix4BH+H09uPIQw8vs60aMaHh172&#10;7/fVM1OlM8rNCpLqjFioJ/IVePb/AIjsgRjqA4dMPDGsvjqO+lKjr3vivpkAQppAuykmxPAuR/X3&#10;Rsip4j06aYfp/qA1rQEcfXPXvc9pAFKqeG9K6OLFhcklv9t7aNdOg8P8lfTy6YBatD5ca+nXvbj/&#10;AA6n/h8E9PV+WuldtVLwviA/Vr1m/wBOQRx7VpbxeEHVgWJpTz/1D/Y6RG8l+qaGSPSigHV5H5U/&#10;1Hr3tv8AoxjlJMgsAATYAD6X/wCK+2ZCUPoRx/2M9LGYU8RfPPXveF5TAhCKSV/sgXXgngn+v+Ht&#10;ohipJ+R+3PXlUyMDXiP8PXveJGeS7MojjJZgQTpUD6jn6f0FvbRQu9ajHr/KvTzQ6AArajwofM9e&#10;9ueAmytdkUx+Ex1Zk61wxjho0eSZgo1GQLGDYAfU/j2tsoJ5pxFbKZX4igr/AIOkm5SWVlaNd7lM&#10;kUa8XegAr6EnPy697GykXdeyajGZbeW3c/BQyFKtEipCfNTJ+t2kuQvANiw9nM1nudkB9RGyUFeG&#10;fz+fQRg3Pl/ey1vs9zFIw7aahxzwHE+v29e9qPPby2Dn4octtrIVAy7SVFRNg6uhkgbHwUyKUYVG&#10;orJJJ6jZfz7LJJFJLxEFq4rxFTX/AA9GVptl5bg2k6UjxRgeNfzr/qHXvbfQYav7AokrcdRyPIam&#10;WkjrK2klhoZJ2sGx1RV6bLcG/wBRz9fauO3kljLFWyCKgefr8vz6s0UW0TFJXCpprSuceeK08qdd&#10;X/4j/efp7FXuL4t7/wBiYvrbJbmqNtdf4fcmFSklr87naOgGVUAVNVUwUCPNNKIy3gZ0GnUtjpPH&#10;tfvHK27WsNvc3UawpOnYXZastOIyTTiOHHHRTy1zds26X95FZlp3hc4VGOnGVJpTzqR6mvmOsEFX&#10;TVL1EcEySyUsghqVW5MEpUP4pP6NpIbSebEH6EewSix/Wn8WqqTcHY9NKYcY8cGSx2KrctSzSwL4&#10;6aPx2QlyoCjmw4PshQQ6irygemCeHl/L7OhMr3rW5+itNOs1oTQipz9mamvCn7OpHsZ/jx1xtnId&#10;lYIU1WuYxEcMmTmJheGpYwk/tVGPl9am9tQFxY+z7ZLSB76MO4KjifPGT9tf8nQS573DcoOXpo1W&#10;kxAVaeVaZr5/b1723fLTIYvMboqTh466Onw8707R5DHigZCkojCU8OldUSiwR7cj2n30i5uZZFNV&#10;qflQeXD08vka9FvtzbXdvZEXrAvLx0tUU4ip4V8/Pr3sudDFHLgnjkvcR6kudQ1Fbrb+p44/p7bE&#10;eu2AIrj7OORT/B8+hheTvHfBlFamnAD0H+x8+ve0HU09QI4qmUEK1yjMRc6W0gAf0/w9lhDUDela&#10;YpjoQJIC5iUiq/LypWv+Tr3tm87eQrfi5VTb6av6f737ZLuD6jz6WJGjLT8/z/1Y697EnZoE1dAp&#10;ZxEeSvIDaSSVf/Bvp7VRO4OkV9Rn1xU/5eifcgUgJwM44YB+f2/y697HNsXTVSp41NM1PC7hUsrH&#10;ShspI5N2tcX9vyCg76UFSc+Q/wBX5jogiuGiIjJ1AniKUHDj6DhT1697QmUk0rVOgD1E1MgaEG6S&#10;Vs0v2sWhWsPSFIJ9lyqNCt8JB9CK1OPypQ/bTo8heqxFqdrHOQacTkcR9vn+fXvaArNEpijB5p4Z&#10;4oyQpTyNLaSRvpe3Nj/h7c4EKwp+3+XlTo01hKlMqacP9X8uve4ixBaeIAhirTeCJjwvhGgzSMfr&#10;9eOfewpSjDhXy/L9g/w9a8RhLUtwOcca0AFQPLr3vqnpFpaqOTUJT/nJHNjHqJ9Vr/S359+08So4&#10;8D/xXSlJCqFK0xg8Dk44fLr3tS11QJJggGqBoCHJXS0ashOrUebn+n+t7pKWbszXHAeny4VPr+fT&#10;UZZjpX4krjNCfT8+NT9vXvaFyIiFUyxhxBTxCJFJJKyaQLN/iTfke9LQsGamB5+vy8/Xj0sC0+Km&#10;oip/zf5jnr3t0xFQaqhqqWdJZZYommooQwVTUCRS7WP19N/8T7RTQmaNvGqKDt9M8Sf8HTUiKG8W&#10;p4UqT8Pz9OA697EjEb7zW36jFZbCTS4ePCyU7U9ek7RVsVbDZtcTrYghgNIH09pLiJpbcR0ITh5Z&#10;UevmK0rXHSPdILbdNvbZtzVJ4bhWDIQCsiMCCrDNVI418sde97b38r/+cnsftbBYHoH5Q71xm1ey&#10;8fT0eK2L2nuOsjpMNvimRlp6DCbuyMpCUuRRbJHWzMscygeVlcFmyV9r/d6Z9tHKHM9wIGARLa6a&#10;umgZSsUrHgaYDmgpXUajPzuffy/u2d65f3O592PZCxe726UtJc2EKlpLY8WMSganh810gsnwEFaF&#10;WecS4xjUU0Lz0UkharpYheWmMhLS1lMv1YX5kiHJ5ZeQVbYSglyFRVssdCZsa1HRVVHl6aqhqqSv&#10;+5Ut46M0+oMqgBxKGKsGGk+8l4595mvXpEGtwkTrKsoo+pcqi4NQw1FmoCrDT1xXvtln24eBdK6X&#10;KO8bwtGwZClMk8MmooMgg16coqiGZFkjkBRlDi90YKfpqR7Ef6xAPtzJqnUEUs1v0XSNgg08C7N+&#10;fZqt9fmPQYTrNeFFoK0Bqx4kZGOkDQTONYVtKjTUBiMeWB+3rn5EvbWoNtViwvp/Bt7hLDIzqspm&#10;p2MocEkajY/5tmI/T/h7LLe2uprgJdPLB+oJFIIZm01rGzUoFIr2rQefHqhojaSBwoQRSlfOny9e&#10;uVxa45/1rc/63twhimk81PJHeNzoErMHSVf1A8Dg/j2dQxtLHNZ7hGWjBIBYhvEVhnAAIpWlDU4B&#10;r07FDKD4cX48E0NARwoeFcccGmOuBZb3J5Xmw+vHB/1/r7g1eHdZ4qmJUCJGsLk2t6SSoUGxOk/7&#10;D2F9z5WNzusF1toRFjjVGDZwCSpApkpgipz9o6USLNbWxEtWUmtRwqaVHrnzoOu1dWJA4YfUfkD8&#10;Hj3CqAiz/vKNUMYcSWKNr/IQg2NwOR7J90SGC/ZL1QXiQMJKFG1j+A1AZXWmoGvDgOmI9fh0Q01G&#10;lPKnzx5eXXP23pSJKyeB1SGEmWelp9UccjtJ5/LGRwGLElj+fp7IrfbhfTL9DIojtqvJbxEqpq3i&#10;FkOFVi1TIeFK9KmuGRD4wJZqBXahIAFKHzoBw697cxNVR1sRZY2ohG8k0hBMyaCLBSvFrXuP9t7F&#10;sG473DviyTKr2TRs7ORV0VRgqQAKAZIziukdJES1MOa+IGUADg1eNa5+z+fXR+h/xv8A4/j2gt+Y&#10;qXdOGeowjUL17R1a47+IloqeSSK+gmUDWgv+R/sfcdc+2cPNi2+9bbItHaVF10UOsZqWU8QaVpqp&#10;inQs5W3CPY9z8LcxIsOpTII8sAeOODdd+0n1Pnp6uCuw2RZ0rMLVpj6xpQ3imnVA/kopjxNDfhZF&#10;/wBb2EeRbqODc3264kCwswFSajBxngR5GhI6Puf9pS3li3GzAMdyhkQDiq+jr+F6ZIP29e9ja1LG&#10;9StSruJY0ZbIf22Diw8i/kD+nuf22O2vN3G628hE8alaL8BqtAGHArT8OCOPHqL1nZIDA4GliDXz&#10;FPQ+XXvb1s+KXF5da6ongFPVSoY45ol10FvTLTxyrZijN6l1X03IHtva9nu7O3uJ5dKpOAwjC08E&#10;/ijDmhaMt3ID8JJA6GnKu5wWW92dxLoRVYqzsSdWaA6fwvSg1UoQKnpG7+xL57Z+4sRFFUzS1mNq&#10;Io4aZxHLLKV1Rrqbgi4F1/I49i7vea+Fax9LMg/wH0K8j25s4AuGJ8lPy8s9TV7tXGrlagIIYrw/&#10;Ijohfwx262I33vR56ZoWWCRIHlkVqgOtS0dTE8aj0W4JUm/9fZX6xmaokVApCyuTb62Jvyf+J9wh&#10;vMjSblJHAMLI3n5E8PmeJB8vl1j9bqFgDOckDqyb3jWYxE8Hk3H1K/0/F/8AYe0wuTaPWMGta1qa&#10;Hy48flTyPV/DEnHr3vm7RSkPLErurAoHjDaCOf8AYj2pedZXM06ayGwHUYIFafMfI9UUNGNMbUB4&#10;0PHr3twXI1UgXmFYgHSVSr62FgF8ZU2FvzcH2KY+bN4uYQkmgIVKMAuSCKALSgB9SRwx0lNnbqTh&#10;q4IyKD1r59e98RWzqNEUiJZSAW9SKfx9fqP9b2lh5g3K3rb2cqx0BBLdwHlUA8etm1iY1kBP8uve&#10;5MOQlhjJn0TAHnwpobSf7QX8n2ebZzXuFhGX3BVuIgciNdBAPFguBXzp/PpiWzjkakNVPzNeve3a&#10;KqpqiM+OS3pNtYCsptxdX/I9j6x33Yt0tzHbTUop0hwAwNDTDV7h5VqK9F7280Ld4r9nA/mOve2+&#10;OdaaEfcyiWRJPSYU0F1PGpkJ03t9bcf09hC03Sz2618TcpNciSdvhKVJXhqda6AfMkUB8h0teJ55&#10;KQqVUj8RrT7Dxp6efXvfGfKq2nwcEXtJYXaM/UKrf09sbnzwLkxrtg0Omqj0B1L6BT5+f8+rRWJX&#10;+0z/AJD9vXvbVUVEznUDa5F9Atrv9fp/T829gzcdzvZZTK5oCadg0k1PHGKk8aZPp0uhijUaf9nr&#10;3uFL5HsXLsdS6mvc/wBPz/vNvZNd/USjXOWc6hUn0+w+f+o9KUKr8NBj0697wNrC2kcA6hYEBQV1&#10;X4v/ALx7QssqoFkbJbAwKjzyeB6eUqW7AeGfl173njjvGSCAwuTrsD9ePp9fZhb22q3edSNSgk14&#10;0r+zH7emXfvAPA+nXveMIEnc69CsuosxAQkC9gf8f6+2YkpeEBgqkVq2FJ9K+VR60ofPpwtrjAAq&#10;QaU8x8+ve+DKlVJDPDkA0SxlBSpGhWaUtq83l/XdbFbA2/J59uSRW16I5YLkGnBFX4jXjWtaLwxj&#10;zPVgWgjaKSHuJHcSaqP4acMnNePXvbvDGpVQ8ikAFrA6tJtf6f0HsSWVqkkarM66TVqBgxGPT/Ue&#10;i6RiGOkf5Ove+RjQxvq/sspQH9RP1BX62/w9uNbwi1ZZPwsCoPEnyI/598x1rW+oU8xnr3uFMzAg&#10;ab8/1LFyfqCR+fZNdswCgjNcZrU+Yr5V/wAOOlMYWtSaf5Ove41tRDBhoFwy2+hB/r/h+be0ApNR&#10;wQFBNV40I8zXJIP5dO104Iz/AKv9Q6977BWMm7amIuNIsW5t9P8AivvWIaqxJqK1FK0Poo4Z9evU&#10;aQdowP5de98w/kAbgNyATe/05vb294n1CAimoYBP+AfL8j1QppOmuOve8ElRUpoCcovGsf6o/RT/&#10;AIe0lxf7lEF8M9i4r6H0+zp6OKBwdXE+XXvea9VOI9Up1G5VUsBx9CR+be1rSbpfIgeQ1atNOKfM&#10;/L/i+qAQRaqLj59e95o0m0WkK/2hwbAsOTwfaq3ju0jpdEUPHOK+Yp5GnGvTLmMsSleve8kVKwk8&#10;nL07ANqchBrP1Ufkf635HtRZ7XKbjxaFrc51EhRqPACvDhWmarkdVkmHh6Thx5DOPXr3tR01NTuA&#10;xlEhTiyggK1+bE8/jn3KGybRtN1B4txP4xjGVUEaSMkhqCvDjjHRPcTTK1ANIPr59e94aqudbxY2&#10;CCsqAUuZauKGLQToZzICblDwQQP6e1O5b2lsy2fL8MdzL2sWeVEjK8Kkhs6OBBAPlQ9OW9mGo96z&#10;Rqa0AUk1pUCmAK+RqevH/ff8V9846bN1cVOBUxUlU/pq6Gmh+7p5FV+Z4qiRAY2INrf4+2Hs+Z7q&#10;GHxJ4rS4IKzRIviwsK5eORlBicg5FTwBFcHpZCLQ64rVGnViCvEMKD8QBIIB4f4R1jd0Q6n0qFH6&#10;2IH1/Av7cKXrWhyFHXUVRTU8dOJ/LFQTRU0wp5ahNVRLMyj1s5BIeT1c8Hj23JyztL2ptLpaRksU&#10;QUYxlqByXIrIzHOpqkDA6GW2bVv17LJdxSmGaHSmXqxFCV1aT2ADgopXjTpN5PdmNxUtJHOzyfdp&#10;LIrRIf0xSLG2lGsTYsLkXt7SO5uuZleofZkb0OSoqKGnR4auaKKXWQJoGiUBdYA1KxJH149lW98j&#10;xeH9fy4v010iAIfEKhhwOOAagrUmhNRQE16tb3UqX72N8De26lWk7A5V6eTUyKmpUZpmpp08xV0T&#10;QRTzsKcTamj82mM6ByGsx+n05/1vdK38xb+XP2v8g97S9lYftKmiy2M2jQ4bHYLL456TG+HGBmTH&#10;QSUtjrlmawlCEgfqv7i3n7knd5NyWe+uEmBiQK2nSCVVV8MUwxrwIHlVuPXT77kX3++W/YLleL25&#10;3vl92s2vHlklik/XXxGy5DYIULkMckUUjPUpBGQXjItJ6tS2IYsoswP5uAD71ue2+h/kd0flarDb&#10;+2XuvHfZeQvksfDW5jA6U4lKZWhV4gV/tgkFP7VvcNXe0XW3yPbXSFWQlSaVAp8XdkYx59d/Pab7&#10;0Xsn7r7ZDfcmb5bSPLSkMzrBcLXh+nIQxr+EgkN5dZP+JP8Axv2Xd8zl5AddVUShidd5Ha4/tX1e&#10;y9ofBYE17fMZr6fl/m6yJW/SVQCeAB+3518/8FOPXdvaj2x2LvzZtaK/bG5c5gKwMAsuNr6mmLFu&#10;P3EjYK1+AQR7rJGJDkZ/wdJbjbra7UrKikehAIPqc/OvXCSKKVdEsccqn6rIiuv+2a49rvJ/Jf5B&#10;ZeLxV3Zm6KiNYvAt60xskVrMAy2PP0uefbng2+gYao8v9Xp0kj5c223UaIgK5yBxzT5j0HUaDH0V&#10;Nq+3pKaHWxdvFDGl2Y3LGw+vtAU/Y/Y1LWmvi3duKnrGDhqiPK1Ym9XL/uavz70tvApymAKdL122&#10;PTpZQQONR5fOnp1L0gixAI/oQCP6/Q+4Nburc2Ynaoy+UymRmLEtJW11TUyM1/qXkY/6/tS0UcaD&#10;zJ+w/wCr/i+lUVvFAoWFQABjGD+VP9R68ABwLAf0AsP9sPeany9YCGMkiH8sJGuCLfT/AIr7bVa0&#10;Irip9fLpVHIyAFT55U+X2fbn0679qWg3hlaA6lyVXEuolrTSm6j6gr/rW9suBL30/wAH+r16VDcr&#10;pSCrYp648v24r1729ntDLgft1k5PNv3ZFPA4+h/r+D7dS0i08MA/KuPl6dGttvk0JGpjXgfxA0/y&#10;de98F7L3EbEZCbRYX13b688f6/09rkjoaEGgz5f6scejCPmOc1Zjq/lx+2tOPp173N/0h5twoepd&#10;QQLhXI+puCCPx789xoqKAH5dJpt9c01MTn0/ZUmv8uve3Cl39X8Caqlf0+oliLEH1WH9f6c+6fUB&#10;qV/b+zqib2WbS1RXz4/s+XD/AA+fXvfCv7Ar4m9EgkJvpEjGzKRw1h/T+nuwuHIqgJH+D8/y6od6&#10;bOgV/lT5V9fXr3tuh3vVTy2kij5J5Qlbcc8f77j2wLgk0Uf6vz6SLuzaizDPlknj8/Kvl173kky/&#10;kcSq2ni5AHDG3AP4/B+nvxuDXSB04d0k1dqn+YPp6/t697k0u5qhSgV7hQFIJIP+HH+Ht1Z61U4r&#10;kV9R/q4dKod3yVYHPCuT+fp172uaLPtVRBXeHWQp4YlmP+qb/H26JVYBsY8uA+wU6MU3GN1Aqtfm&#10;af6v9R697eYKNskzCG3+KhwpuQRfSf8AHj6e9vMVQyFRX0px6fE7SAvQAjGM+fkfl1723VuByNK5&#10;EaMV+gIfUR+LM35txx7Si9qAHHkfh/lXqnjkkCnr/n697T02OimLRVdMkjkH/PIBYfS9/pf3T6uq&#10;aEHn/lr0xJPrBWlAePzP+b5de9tw26NQamijI41KALqB9OAP949uLOj1QnTXz8v9X5dNBQe0Y697&#10;Z6zbeUYl1pWYAkHSukDn0XX/AFvbuGAODUU+354/1Z689s8RNFFDxIGSft/yU697S9Rt3L67nHyE&#10;6m9RQqTz6QNQtY/j3srUmmMUx014Tkef8+ve4ku38iDeSgmcgi11PAtaxt+ffgKUUY9fn/xfVfCA&#10;4D9gz69e9xDt+cMBJialVJPIjf8A1XNyP9t73XyB61QEAjh6+vmKde9vFJiaSLh8XVsCPoVck3Ng&#10;Abe2Jg1QF4dI7yORgNALKOI4Gv8Am/4vr3tRU+GomGtcFU6FsS2mRkH1vf8A437bUSkkLkdMwx3S&#10;NRFJFa1I4fKvHr3uXJgIapQKaOWmZVHoXhTbgX1f8j9+Z5Favl6U/wAvHq8kt3E/dQE+RAIHyrTj&#10;65697bJNuVFO5s2pf1C+q9wf7Q/w/HtxCJDXgeFfl6dKrWbxlOo93ngfy+X+Dr3ttqsdVlTaORh/&#10;SzBh/Qr7eFRhjXp9o1XBoCfL/J9nXvbDNTTqwE0LDT9G0/8AGve6GlBjrxDUoB/q+XCnXvfGJRyw&#10;hN/8RYG39f8AilvejT4Tj/V5daHGhp173LVwCA1gQDc3sTx9LD/Xv79QAf5+vYH2/Ph173J+5h0t&#10;rlVRY/kfj8MfbbOE4n+XRfMbeAAGoPED8+Hp/qz173DdaadwUntqtYAra9/r/T3rxRwoM9ba+jXg&#10;v+Dj6de9r+j67yFVhKvNtPBT0VPGpSSrPiaeQ/RIz9Cx/wAB7YNwxbQKD5efTXj3LKZQAq/Lz/Pj&#10;T5jr3tATUEqPZStlNjbmzH6Wt9R7dE9AQB1dL/FCpqPMEf5fQ9e98BBOn0Z7AgX50m3Nrf4e9iRm&#10;OP5+XV0vfEoRjB+dCOA8qk/y697e6HJ5DHkMlUQp/AIAt/tN/p7fGlsniP2HrT3Uyrqc0+VMfn9v&#10;Xvarh3hOYys1ZLex4U3DAf1/p7q7LH3KOPz6dXcwoqykkY9KgeuKZPp173wG65CwAZtJA9Wr/bDT&#10;/U/n22rpqrSn+Dp2LcoZDQ9p697d6TdUalWYEEaQSefp/trD27UcelvioBXUKH5jr3tULuukqYdA&#10;ggjlA9Ui3UHkEG/1+nvwlFaRkVH5ft6cS9iZisTDV5+h/wAH8j173JXNpAokWSGxBJF7kXH1Cjn3&#10;d5O0PjVWh9afLq737KV0gV9fMfy697GXaeU68r8elPkzX1OWqkYh4WWGnpm0WVg31I/rf2jeYDub&#10;gPPj0nXdgHotfma5I/zHriQ1xYgD+0CLk/6x9hzmIIvu6mlosnAxV2jQLUISQDdeb/0/x9qmkVVH&#10;Dy8q48/2/Lqy71OCqs40+vy/z9cvbG2IzCH0+ST0izRyPJc/hjpvyP8AD2wZYGOrTw4dWG8SCnxU&#10;zQ04n7cHr3uM8mapSBJVVCEAkB2dSFva1j+fbTsrjUoyPKnXv3/MRipPp6fzqeve1FjMvktSrJXy&#10;mPSdCOdQBB/4j2la2icASKP2cOnoOY5kGl6gjzp/k/1fb172r6LdOXt4vMHAJ0nQ3ABsLMtjcc+0&#10;37ttyQFQH1/P7ejCLmWWWiq5Plk0r/kHXvbhJuTMRgN5/SGU3Ou45/DfTn3Q7TbKe1Rw9R0oPM0o&#10;ILtmmRqBFPT1697dcZuyoLqaqh8qlrltZVj6vrc/7yfbTbVGykL6YHz+306VQ8y+KDWhpwoK9e9i&#10;Fjt3YZyGqce8drK0qhHsb8cH/bX9o5NunA01qD+Hh+3pyXfEZglT3ca4GPXr3udUbp2iQT5dD34j&#10;lQJa/F78i3+F/elsbiFaJ5/Ph9h4j7OqNukINMfP7Pl/g66F/wAm/wDsLe2Cqr8RWqWgeGQcE3Km&#10;35Fx+PZ5awzxkFjUjzNPswP8vRtDPCT2mv2cR+XXfthlNLrKGOMkn9QGokf2bAf4X5/p7M0DhQAO&#10;7jx8vP5fl1eSZEHb/OmP9R6974tRxODpUBwbj6kG/HN/bNWI1cR8v8B6SK3+iL3V8hwx6de9tk1B&#10;VJqlEfK30sEBBH5F/b3jU86f4a+v8+P+HpmQIgqT/OpqeA9P59e9piryOSpWZfshIFa5Kqb/AOBJ&#10;H+HtouSew0/M56K57hy4aJqDhioJ+30697jRbvjppNNXQvGC1kte9weTIfr/AK3vetycnHXo7x1Y&#10;LIKgHNQPLzB9ft697V1JufHViRxxoiyNYadYOn/VKWtzb3ZpXU6gaqRj7PX7PT7Oj6GeGmqtdWQf&#10;l/kr173MqWoJLF6eCbj66Va5Y83t/tvevFkpj8s/LpSyRsDqp9nr1720vh8NUPrNGkXN3bSCzEcA&#10;Xt9P8PfnuyPj4+fp/P8A4z6jh1VIbeV9DkD1/Z/q/wCL697ynae3powSsZa1xdAeb3uOPZfNuoRq&#10;ULV48T/IdMNboTpamD6A/wCr7PPr3tvn2hQRqywFJDwy+gGM2+pIt+PfhusS5kBHp9vVDaKRgUJr&#10;/qp8/Tr3tkn2hSSs11iW7W4jUg2/qzfm/t9d4tzqDE9tD+Z/zcemxZ9pbNfz/wA1fmOve2WbbyUb&#10;3pxyp4sPTb8gf0+l/b4vbdu5KUx9tf8ALUY6dNpPGomTPrippX+eMefn173NpKnJwHS7SqifUm5u&#10;PrwD/X259RCwGk4HAf6v8HVxcTKADUD0OP2fPr3t7i3PJGAso1WJAksQXFvSBb8/7D3QwROailft&#10;/wAIOM9KI9xnjzqINfPh+w9e9vVHuuRrIwgCX1jUi6rNa/8AvftJPZKwJXNB/qx/m6N4t8YChOoj&#10;5/8AFHr3tW0ebo5oGSengaRgdNwLllPC3/P+t7K5tvkqdOV8qcftP29GUN8066yKqeIHEVHGn5fz&#10;697ZcjX0scl46Ngv6bqwcWPBIt/vftgW8xFP8lM9M31zrxSoYVApT1x/m697TEuZ26A4lgZZFKlr&#10;xkaeASL/AJvx9P6+3VjmWmkYp9v+rz6DZu5YiaYHoB9vEn04de94RlcA0TzghoIyC7aTZAx4Nv8A&#10;En3T6a5GCpofPP8Ah9elQ3QCErjOflX7OIP8uve//9HXTfHUagHWjEFrksP1D+hH9bexH+k2aaaG&#10;lK1xnJyD/h6nxdxjWuSFH+rhx/w9b/HvnFiWmC+CSBBfgseP0fQ6fd1mt40J8h1d91RV1qxB/Z/s&#10;de9y4cFVSadeVREFrrErEgWv9ePbLzxkHw8Fs8K/tr8um13IlqMdI9R5fb6/aPLr3tQ0u3KQKWrc&#10;tYab3aLk8W/rx/h7TJKENT5cP9Wen/3nEooxrX1FP9X/ABXXvfKXA4AA6c0Lte6h49PC3Xi/59qZ&#10;Ln4SBUjiR8/9X5dUe9iJAjP58Ove0vkMZgFUxHcRiNySIzbUb2sDe3uz3CP3U/L09f59F09+QuTT&#10;/Jj18/2Z697SP2FBTuGg3C80WrUwZBMzL9CAVP19+a9RU1A/l5dITuYA1azpoKgn18iKde9ukGbw&#10;1HytTJIwHDpG9yCLH6/T839sz3QkXSKFfOv+r/Vnp6Pd0CKdQ+w5pTOD/k697k0+88DI2hsjJGdR&#10;KiRWUg2t/Z+o59lM4jY58vMeX2+uOlcXMEVaO1DgY8yePpT0697UNLnqCRVaDKxgEjS/kspv6iSB&#10;/X6c+0cwrUqD5/6vs6MBv8Lggt9or5enH8+ve8dVlaRTeTJ0rckjVUKSBa68E/737ZUO6jUaVFaY&#10;/wA38+mTvUYAbV6+Y/bXh9o8+ve26PcuDQHyZSnDBrACQm9h+P68+3XQMtSCT65/w0z0z+/lkIyP&#10;tx5f6v8AUeve4VRuXCPq15al1avqZUsFHOkLf8e2fDkqVrj/AFcD1R9+hZgrMKnArX/DT/D173Ab&#10;dW3YVJjytLJIwsFMoH/JN/yPr7WQxsMgZ88DI+3q7cwWyqc1K/Zk8MkHr3tlrOyNuUMd5KxZXtqW&#10;KnbUSB9CxHH+v7d8I4bSVp68P9k9F0vMQCELg/t/IcPn8uHXvYUZ3uiVnePFwL6WIWSVLgH6C49r&#10;YxRBSv8Ak/LonuN/Lj1IxTh/n697R0nYO86+0jV7JGCABHH41VSeALfX/Y+3yzse9qg+n+X8ui07&#10;tMX1Y/Kv8+ve88e/N207qRlqgkMr3BF2APCj/D+v9fe1AJoteHShd5uDhRjz/wA/XvawpO0s64CV&#10;Ukn19UkRaN24/wB9f/X91ZGHD5cerjd7oilOPzP+fr3t8pOzykgaWWVxxqElyeP6H6X9tmHOquRw&#10;NTj8ulMO/wAyHNcf6s9e9i5gOzdt1EWmpleFrLwDqs30Gq/5N+faCazY+f8Akz/k/LoRWvM6KtJW&#10;rXzr/k/y9e9iXS5nbNZGrLX0wQjUPLIq6gw59XP+PtLHDMj04/ngU8/9XHpZHv1vMKFvsHn9v+r9&#10;nXveWmXHLVfc4+ooPMjBkmjmh12F7EG97+zNNSx1YtnyHmSP5D7elX7ytmWoJJHEeZr68BT/AIvr&#10;3ucFlqa+OSvVq+ORleYRFHkMYa7NHpuL/wCw9pLmSVSSmMD8vkPUdV+qttZkrQnj6/IDjw/1Hr3t&#10;SRDBtWgR4asShawJkvJOyg8lwOBz+B7RQ3UwPyNf9Q/1Y68b6DUNCtg+eBj9ta9dc/15/wBjb/bX&#10;9iTlTsCpwlPTYnbU9DlE9dTVSk1Cz2FuFYekn2sW4lA1Y+X+yfPo0SSz0hYkGfOleocEVctRM89T&#10;FNTtp8ESwiN4j/a1Sc6r+wxr8K8hUwUUka8sumAC5HN2IHP+tf21LfSqhIOR5gfsH+Toue7jUFac&#10;PQcfs6m++JostVlA9LNUiCOONA0AQBB+ngWBJ/x59pJ74iqE1I9fnxr9n/FdKEu4ydJ+L9mP8tOv&#10;e1Xi9t5ypQxrQpSwEKjmWIJe4/Btz/r+yKW9cuoVq1r9mD5efHo2iMLAEgg/biv+T5dcSwH+P+ty&#10;fcnJ9dVip5Vd5xGt5FhhJIIFzp0/UW97h3WVDomNanjxP2+XTN40UMeoDifPP7PL/P5ddB1b6H/b&#10;8ew+yeHipUZVo6oSAFWMqaFH4Auef9v7OYtwkjbLVU+da0+RHoOiZrmMSU4Vpmo/Z8qdc/bTSYZa&#10;mQkh1P0AsTYgfpAH+3HtRLubKmktUUqOAqOlwKKutzTh54AP+Hr3tSUu1aV9Bn8x/VzEBZuNQBH/&#10;ABPsvk3diC1cCn7PXq8XgOSB6VIrn7c9e95KzaCvEZKK7XUqVnjYc249Vv8AbH36Hc9RJc0AzX/i&#10;v59bkjRe00AH+rHy697C3J7YzzVDLTxweMCxCXA+ljwf6exBbbuyjUa/t4+n/FdNK5kFBRgOP5+n&#10;+xw697gptSuc6KmnRVVQWKxrKTb+uq/4/p7ffeZK6WoR50+Xr5daaMuSjAaa0oD/AJeve5FPgKij&#10;kXxwC5DaXMKqdP8AU/04491fdlK0qK+QPn/q+fVSi1GqnpxPXvagibJUw0RxIAbXATSefrp/P+v7&#10;RSSGXvJAHlTjX7D/AIeHSiK6ETBQoqPSv5fLr3uUJ64ASTxam+hAX6j8XJ/x/PtJrX4j3DgDX+R6&#10;MfrQ61cEjy88/wCrHXvbfUy5WdisePkZPy39m9ub+9pIIyHfGOH+Y9J3uJGcVNMZH+T9vXvbdJQV&#10;EyhpacxfUAqAW/2591+qVMsCf9Xl6/s6a8fSKtn+f5fZ173AfbMVSAZHlQFiWJaxsBzYf7yfdGuT&#10;p1MaD5HjXhw8z0kkkNDXA+00/b1721S7ZxtM665Xc6yeT+AfoT+B7ehlJNXJPl6j881+XW1lJj0s&#10;SD9laH5efy697iNR4uIH9peT6dRvcX+p/wB549ql1P8A2Xaft4ehHTQYBqo2Twpjh59e9wUpaGab&#10;RHTXYPZdLG1/qB7XIkka6WatVqTgAD1+denxPJjJ+2tK9e9qKjxOpVEkDBBwU/Frctf/AHr24JGi&#10;qqtQY7v8OM/t4dNyzqgo50jz8zT5/I+vXvbpVYnFxUwJiHkAvZ0BHpN7c/7x7diuCMtxz5/4fn+X&#10;2dIJ5rdVqDqYg0AJrnzr5de9hdlcutLMYosdQsglYKzxC9/rcW/2/tUsh1VPnQ9BmW4iEuhU10wS&#10;OHl5+R+fXvb/AIVqGt8UtVSUiOSRaKJdV9P444/1/bsprDQHJPl6ev8Ak6OrGCORA3nWvlgV/wBX&#10;+z172soMdiVKt9pLdl1qGQKrMDze/HspeRwxUZpilfWtCcf8V0as0cLAaS1BTH+rPXvalTJU8caR&#10;U9FSU+g21kAyal5Nv+Keyyb9SXHDhQZ/b0pSrAaV4/Kv5/aOve+Ap1qpAxh1k/qKxsQb/U2A/p7Q&#10;NOoJLMPsJA6dYqMNmnl5f6q5697kvSUNOgvTRqxtr1IBxexHI/2/t2OeQiiEAGn+rH+Hpk940gDr&#10;3tt/iVLTuxEEepSdIMYYnmyn/Hj2+utmILkY9cV+X2/n1XsRv0yKfLgPl+3r3vMNzR3dfsh6dKi1&#10;OhDHT+kG3+x90LOADqIHyrUj/L1dnoNXrxxXr3uKcyZGI8EpB+uintYFeAGItb3tpSpGlqZwSan5&#10;56ozEEU4ft697g1MMdT+iJdeq664wHA/tcAf4+3DduTrrj9uaf6j6dJpIklq7EH1IH8sefr173gW&#10;lpILmamiYkrqfQg4BNiVH+392G4OV0oaedCfP0+z0/b05HEEFBgDyp+wf6vTr3vG0OLlDj7eB2vf&#10;mNGtz/rf6/u43C5U1JBJwfOvz+X2DpwAUooFf8wz172yzYTBtLqfFwyFiW0FQATexPPF/wA+9NuM&#10;yoRWhBOeHEU/w/5umZdCCrUHzNAOve1TgdsU9U329DioYlvbRGLXuLlx9Px/tvaR55ZSJGcn0zg1&#10;P8z9vTkUYJDhgafMU9PLj+fXvaqqtl4BP28tTUI0EkhjG5X6XPH+A9pDcujjRQ8a5yD6fLzx8ulD&#10;aRQS0Nacf9WP8/Xvbnj8RsGjQhKBSdKg+KMObj/A2/w9uSXMhZdR9aHH7f8AN1bxLcsCtK/bkAen&#10;y49e9ukz7M/cK4uZyouCxCk2PpFjwB/vXv1vJpkon7T+3/iv9jpM80AXSK0FamuP9nrjZv8AVX/2&#10;A9hvuOpoJw8OOi+3j/U8LMNSgfps4/1/x7FViXqxYg8Pzr5j0AAr69Es9zqLR6qq5p5Cvrn0xX5d&#10;cvYSZHZcuZMjJVtEznVqjLMEa+kkqP8AH/iPamaXwgBXP7cdE9xYeK/Yc+nHH+fh173nwfXOQotL&#10;vXyVZ1KAugp6VN7sG/x/r+PbLXte1CQAKnHA+VPmaH1HRjZ2n0rIXPwjJ4kGnmPXPXvYr0W0czkB&#10;FDS2jZvSshVtADGzAn/jftHLeMzVOOHpw9flUZoM9HImRe2Mmp8+A+01I/MAV697e6/rKroKby12&#10;4ZWkCXNNHYRC66rMb2Pt2O5lL6KEjhkV+Z+wfb1QXQWpZqkcCOA66BB5HtDZKhWitAjggkAugDjS&#10;Fvdhf6ezKF2SPJyRwrw8ukN1uoVcNUny4mvr137ScuDhe7z5WSBGY/uBELsAbAL/AIc+/Fmalf5e&#10;VOg7NI81T8NeIHr8/Xr3tM5mho6KkM2PyeTq5he6yhUQsfoEC82/p736qcZ6TEMtdLHP7f8AY697&#10;CKu3bvShZ1pKWQwqukMzsbrewLC/+8/X37SaUBI/1f4OqPfXfkfX7f28eve0RmN9bymikgNJJHrA&#10;u8Mepn/ACsOf9f3ruPcmPkei+WW7OFpQ4+f21697Q3l3DVvqlgqZBddJkDAHV9T+ef8AX92Un8XH&#10;plDNSj0BPXvcxKPNrIAI5dItw7FTyeLD/eufdunaSDAFPXr3uedvZWrJkELBiACzEm4I+ht711tk&#10;Zxnr3vNHtDJM1hAXZgLKwZQDwL3IsfdlI4EdVWB0GpTUiv8Ag4de9y5uv8pH4meGK7gao0k1Mv8A&#10;r+9vQZBr1tI2de4ZHXvbnQ9fVD6WlQoTwAgDkgc/Qe6V6dFuOPXva3x3XlSLRwQGRiAQCo0/0vdv&#10;8OfdPEXrw01oK1HoOve1bRdY5BnKzQxrexNl9P8AQD/H/Ye9hgwx0ojhDiv+x172vKLrt6aG7U0F&#10;1Au7gKSfpwCPe6+vSgQhTU9e95JcJQ0at9xJCmkBlBYOQw4/T+PbPiEMR0yzlXocjr3uC0mEpRre&#10;SP8Aw8aXvYAW9P5/x9uLIrDHTgkhONXDr3vlFuPExBxHCJCOFkeyKOeCy+/dwrooa9XinRGOoVU8&#10;fMfkOve4tVvakpLPNURBAt1jiQlvV9NIH6v9j78e6MDgfP8A1eXSqa+Tw9MPb6n1+wcR6evXvaMy&#10;vYpn1faxByANMsgI0gf737qqhTqrXota9LMXrSnCn+CnXvaJq92ZepY2qpYwL8RARr/t/r9P8fe6&#10;x8NNAPTpO167VGo/z697T1XW11WGMkpkNvozE3b6cm/vxceWemHuNQoSSPmeve01NFJIzIfSSLG3&#10;0uOCL+/B6eXTImFakde94xioeSXvdbso4NyLe7axTp3VHTJr173yegSAB4w19AFtR/Va+o344968&#10;QdVEqg0pQde9wZC4OnUTcBxqHGr6/wBPd9S+vTviJxBHXveJRVAi1yxOq7fQf0F/x/r+6h1r0wZh&#10;qoP83XveRhkLga3CixsCTYD6rce/EowpXq+oEUDf4eve5aHILZRqsRwG+tjzx/xv3sFTw6dqaccd&#10;e95kNYxCyMygALqvbUb/AE49+FBw68CB5/z697c/t2MZYSFnb6KP63sfr9T/AI+/al68GFcHr3tq&#10;npJ2kYFWfUP9Y+n8An8e9ax5U/PqhlSpHXvcQ4V6ganugUAhrfUD9XpHt0zLWpzXpIY65BB/l173&#10;GfBAXs4NyfSAdVgOCAfyPdxIrYHWzBpoymv+D8+ve4v8Op434Uqy/qv+bfi5/wCI97Cac1x1pkYG&#10;rf6vy6979PKkV9Ci4sfovIH9CPqPetQqQSD5dNFqCvGuOHn1721zVkRBNrtYk6Laf6/j6+6GZFOk&#10;eXVgyVzjAx/q4de9sktcGbUEuRzY34t+AB+Le2zIvVvGjAAFf8PXveenr44xd2NyCLDi1uQb/wBf&#10;eta9bEyHr3vk+bjvYSBz/ViCQb/Xj6ce7a19eteNHwr17321V5UtpBvyGXkhvrb3oSDrYnQin+r/&#10;AIrr3vqOrSIAsbnm12ub/wBfd/GBoD5dUZ4zkY9fmOve+S5Ay2jCgc3J/J/LDn/e/ejKpap/4rrw&#10;kjPCoPAde9yGnQ86rWtzb+v54/p7uCgqy9bMcgQsrY889e94TKjKbMBe9yTYtYf6k8e7ak0149Vo&#10;cEiv+Q+nXveIoW+hDC1x/sf7NvdHNWNOnRpVa0of8PXveZKfSSxsb6SqkHUBzzYcce9oBWrdVZzi&#10;mP8AZ697l+KO1g6LqHF7XtfkAf0/x92BFcHhx6pRwDU5rXj/AKs1697zxgLwCG/pYcgf0B97rVTX&#10;NevByBSuSflTj/h6974nUXAF108rZj9W/wBUD/T3RgqirU+zq5D/ANpXh+X8/wCfXvc1Kd2GouWJ&#10;9TXbm4/xv/r+2zJEfhPTiSAjLGo/1fz697aqxJUDXZiQwBAJ088n6H3rxFAwf8/Xmlxhq0697ZjJ&#10;ISV8hsD6eSfp+CPdRIp4jpnx/tH59e98fK1rBgLlh+SbNfnn/Y+7B0pQDrXioTQ9e94vuHFx6r3/&#10;ACf8fqB/rcD3uqU6c1gCimvXveNaqSxFzYkXueL2/sn/AA4978q9er5k9e98zLIQrA30gi54B/xH&#10;+88f4+/B1Wur9nVC6gEk9e9x3le1iW/VbUCdN7XsB/hyPfgyHNf5deMiMajr3uMJGLL6yfrb/bXt&#10;9P8AD36qHz69qXiKV697zo7WH1PDMPyT/r/8R79jyPVhQitR5de95kJ/UyMF4B/JuLckn3rUvDr2&#10;oEceve+QMlrFjpAIANrAEki3+P8Ar+961FDX/L+XVD4Vamn7Ove+YjYt+k88MCLjnnj/AHj3osh4&#10;GvV1KkY/zde9+aCRbE+m1rcD6c2tf+g9+wfPqxp5H+Y6975KrCx4HFhYkE/4n/ifetajFeqeIo8+&#10;HXvfC0hNvpY3+oN+bf8AIvdvEXrZlThXr3vgrOCR9bc8f1J+jf0/1vdS68OteJHip697kAuxCgXP&#10;6eP6G/19+1L69bDoTTr3uQsTINS3J/IB+lz9WJ+n9Pr78SBknqx0jJPXveOWSVeORyLqOSbfgkfU&#10;+9GQUr1QzjOkV697wLWMv1YDgjT+Ryb39+1ivXvGFade9z46+GKNTITK7LcD6Kv/AAZvdurq68T1&#10;73Fky81z4QsIKkAILagD9efzY+9Fl8z1oz0wp697gGolazOdRIuCW+hJ/wCIv70HU9VEinieve5E&#10;VU6khTwVIH1FyDa/PtyhpXqwOPl173JWqlUfUgEfU82N7H6f7f3UFa0r1sSL8IPXvedK+eO2iaVO&#10;R+lzaw5Bv78SAeI6sJWQ0r8+ve1DQ7wzdA16bI1UTW9LCVwyH6ggn3sMK1J6VQX8sLBlatP59e9r&#10;nGd2b8x9xHnaqYIF/wA9ZxwOb3/HtmSGKT08+Pz6NU5kvFGTn141697V1P8AJHefqjqZqOpvYapa&#10;SMHj8fge0UllG3y8yQf9WOrrzPcgjxCaetR5/Zx697UFJ8iMoCHq4aGZFbVZYvC9yLDkce6iyUg0&#10;JNfPB/w9PRczzlNQyfL0GfP5enXvaog+RVFKqrWY+w1esxyem3+KkcEe3RbkjSxrwz/xXS6Lmtga&#10;Mc/PH+Dy697WOK7p2fXhVqpqikLW8Z0B0BPFiVt/r39szWpkBVQKfbw+yvl8ulsPM6OzEmgH8/5/&#10;5Ove11Rby2flB/k+do72t65vE3+xD2H+x9l8lnLXJycV9f8AL+eOjSLfoXK9+WGMj/P/AJOve5Um&#10;4tu0JVxuGkUDhQtZG1xf1k+Mn8/092hhZjocUzQVFa/IVz8+nf6wQhyGYUPnj9gGP29e9yqbfe3Y&#10;bPLn6WRCSSoqVtf/AIKx/p/h7MF26MggHPmPSv8AKvTv76t3Dd/w/PyPr/q+zr3vur7S2TExKZOm&#10;e6sG8lQlgSLMbX/23tallFGMmvyrT8q9NT7rbquGBpT7QPt/y9e9hjnO3tjI7ImRVnLsLISVI/wI&#10;/P8Ah7sESupRT5V4f6vXoNz75ocFCPsB/b172mJ+3NvMAsddLGqgEaApB45AufdtIFa5r656SLv7&#10;qDWpr8+ve29e18JI7KchVC/6bryQDcCx/B93DGnDHoPLq68xuuaVr/g697xydm4x9WmqqNWq68AX&#10;/wALfU8e7qwGeJ/1ZI6d/rJJSiVH7cfLj17211PY+LQszGtl4P6b/W1yGF/9tx7qXapK+eekb75c&#10;tw/Z6de9sY7M23ARLLSVLkFiwYxmxv8AQX/3r3vXITU5+Vemf31KDVmP7af8X173jfvHFQG0WK9A&#10;JUAuxfT9VH9PdjIxXSaU60eYJeBrT/V58eve4VR31TjilxeglSCXGq5I+nH09tk1pjh/h9ekr7zI&#10;9RU5/wBXr172mqzt/I1civZ4IWABjRzYA/Ug+6gEVoaV6S/XzAk6j6Gp697iydkVbfRp3J+l2spH&#10;55/p7v608+vG+kFdJyc9e9yIewazSA1MGYG3+qS4/rb36rHifTq6301Kn/Ieve33H9kwKP8ALcaz&#10;FeLL6UexuL+6k51cKcOrLfuaBv5Y697U1P2rjI3VkxSIqgXUykWF/ra3uldNCTw/n06N0ZTqx+3r&#10;3sI+7+8nk23LtvCU4pajNwyU9TUrIfLBjif8oVNP5k/Rc/i/tDfzgKqpx8/Xon3ndxLEIIhpPnT5&#10;8f5Y697I5yRa39D/AIf4Eeypa5p0FKE8Ove8sX6lF+fqeP8AYc+3ELE0UZ+XW6UGOve3FaXWdS21&#10;Dkmw/V9Qbf09uOvmfz+359JnlCnSwJFfLh173OpIGaRi4UssZawIFx9C3P1t+QPx78Aa6UP5f5Ok&#10;88usKE4V/mOFPt+fXvcdTJ5WEQW4YWcWIBv+Cf8Ae/dlZiap5D/B8vPq7BQgqTw+fXvbhBUOiuWi&#10;pZdZIf7iIMw/DMjL9P6gj6+3w4oRIA49SPzx/qx0kaJXais2PQ/yzx/zde98oSGmATlQQFvqUlRy&#10;Te3+8e0izrWi+df28Men29OPlKHI/l9nrX59e9qGDHmeORoY49ZGoszAk6jxpB/P4/w93ELy4r8s&#10;4qft8vz6K5JVTSrMdIx6ft/z9e9s0tKI3EUaEgmzgm7lvz/r/wCw9+ZGBo1Kr+dD0YQlpAHbBpg8&#10;PP8A1Z697fTnMTtnb+4MVNhKXI7j3DTQUUFVW3kTbWOv5Z6ikiHAq5zYKzfoW5+pHtR4kFpAYgoa&#10;RvM/hHy+Z+fW/Be7kiZXIjiOqo/GfSv8Pr6nr3tw6b3rjtq5etpK2I0su4YafFQ7hjLNLhhLUKJZ&#10;GgUjXG6+l7EEfX2c8r7um3zPbsApmAUPxKmvH7KYNOgtz9y3PzBYRvE2pbUtKYjwkoppnyI8sde9&#10;nr+XHW3ePUnS2z9177wdDQ7I7UywoOvc1FWU0lZmaDF481lRkgEJkkheJgiMPQuog+r3KnP21b5s&#10;PLSbluMcYivpAkLBgZCqpUk+eQRT0Bz5dQF7LXnJ3MvOd3abQ0n1e1rruUZSI1d2oqjyBByfM06b&#10;aXMYuursjjKOvpanIYg04ylHBMklRj2rEaSlWrjS5jMiqzKGsSObWPurmGWVZVkjZkcG4ZDpI/x4&#10;9wENQJ8PiOsvQDTIrX/N05ezLbQ+Q/cG3qXbkGM3lUUX90KmWs27FPQ0VTj46pyLtXUbxlKjVpUA&#10;zq449nFvv2525j8NyvhmqmgIrjiPPh5j7Og7fcrbVuEzTzIS0va4DGmnHDIoOPDrg8UciujqGWRD&#10;G4I4ZCLFT/sD7Q++Oyd+dqbim3R2buPL7vyshqUimyMpNNjIKipesmo8XQi0NLE0jswjgRVufp7a&#10;ud13DcZjd3kplfNCxqBU1Ip5CprpFB0t2zZ9s2K1Fls8SQrxAXGo8KseLH5kn9nXGGCGnjWKCJIo&#10;1VFCooUWRBGl7fWygDn8D2g6qhSNVr6KKaL1Fi3BVDqAGknj6/j2XuruC9Qx4ny4/wCA/L0z0vQu&#10;rGKQgsPT+X5nz9B1l9rnAVeYw0VXuCnytXjMiaKpjhaCaWCYLXQaLxSRkFW/tageD7ejd46SKxBp&#10;5GlD/RPp5fPpqaK2nRYpkDK3EGhpT/VXj172yZTdm4czCZ8rmMjX1UiQQSvXVD1IZKdAkaq0hv8A&#10;gE3/AMT7t9XNOCZCTihr8uNfy4dUh22yhf8AQiVQPQUyfP5edOve89HnKqhpYIPt4KiOcNJIx1Bl&#10;TTyiafyLX59vLcyIRGCCBTjjGf254dJLjaYbqUEtQLT/AFH1A697VlRHtPcG38PT0WVhos4Kj7Wp&#10;xVXTyqXV2ulZDXD9oxm/qDWII/PtQz20kQVW0MOKkHh9vA9FawX233ss8iaoaEgiv7KH7Ove0BLt&#10;DIxpka77WeakomKPUxQySUzMW9FpUBXkci59pvppaNKwwtOGRnh9ny6Mot0gYJDrAdhkVAIr8vn1&#10;1f8A5H7Ffq7DRRZGNq5TGsaQzsZVIjVHDLHGpb6liLn68e1dnEruPE4ev5YpXoh5nndbQhCGr6HJ&#10;9Kenp137UO8tw0OIyEiQyLCqvI9ybXZvqij/AFK8Ee3L2KIMQNWmo9AfXh6f7PSTYorieGpVtJp/&#10;LjWn7PTr3tHZzMUGWoaM048dbZBLLGAFDxxOIFRf6u76ifaRIhItRxHr8xivR3bCe0mctlAa0JNB&#10;Xj+wV8+PXvYeVxeGeWmnLPJCyQCdSCCsKXlQaPrqY2v78UbUUPGoz5dGtvLFKgkjwD/lx6eVK9e9&#10;4qKZp5oFmUvCpsdIA0RK3qPH4/Jv7bUUameP28AP9Q+3pyVvDQuMGhp5nIoMfbw+3r3tZTUtPE6E&#10;spgCXZUsVkLksLn+oBA/w9rXjhL614KK/b+fl0Ww3E8jaFBDCpH20/2Djhxp1720V1VDrCUodFTl&#10;mcE+u/0LE8mwP+w9o3ABYp/qH+bozTW0VHABatfQ1Hr/AJPTr3tihpRUQ1M76hquU4YAOT6pH/F7&#10;Xt/X2lHiN549Mfn0uJCARjFcfs/1U697iCrkopkqadzqgXT6x9Iytrk/4/S/493Wunv7s+WOH+c9&#10;aIr2TefkuBTz+3y+wde9x8jkzUqnr1gnSsQJIRTbU1vzfk39suiKupQD/hr/AJvl1VI442/SAA8v&#10;M9e9s5kkIbRI17AfU8n8Wt9PbKxB6jyOaH16cdTKCWFc/wCr8uvexJxXdvdeGx0WJwnbfZeLxtK1&#10;4cdj977kpKKAkBT4KeGpVF+n0UAcezCLe93s18OK6lQHyEjAYH2+gHQF3L239uNyvTf7nsW3zzvg&#10;ySWduzn7WaMk/aeutI54HP145P8Arn3kl7871qZEkm7l7TkkjJ8bPv8A3T6GJ5t/lX59vtzBvrdx&#10;vZ/+cr/5+movav2ygjKRcu7aqniBY21Pz/S69pH9Bf6XsPp7NH0d/M9+d3x7qaFdi/InfdRhqOY1&#10;C7W3nkW3vtaoZiDIJ8PuP7hbNYBihU2+hv7O9k9w+cNkkD7buEoUNqKOxdCaUyr1BwM+tM9Ql7k/&#10;cq+697swy/1q5RsknlFDc2kYs7kUrSksGg44jUCOvaQfwOPe35/Kv/mu0fzmppuvezdv4bZHeWLx&#10;M+Sp4tvyTrtffONxyKuQrsVS1bs9JWwg+aalJKMhLRkBSvvKT2v92P613X7n3mMRXZUaXUnRLpGa&#10;KcI/E0GGHACnXz7ffp+4JefdpuxztyFcyX3LM76CJRSe0lapVXKAK8ZX4HABqKNVjXrBxAEDF3Qs&#10;E8jsGKXFgHY8m54vzyQPd1saMYWUsJCgLEkcKALkWPP+P9Pc5FqMCRSuPt65vW8LtbMmrXo7jUcB&#10;/n/z9eZgrgngPZRY8n/Xt7ZKqFaltb2ZgWKkgcIw0kC35tx7Lt12i33NU8QKWQ4JFaKcMB5gkefo&#10;eiU3DrKzBq6snyr6dSPeKko4keQRoqO3L/WzWFlB/wCKey3Zdi27b5JfBjCOxOuhJDDIWteIpkjh&#10;+fW2klnIRjUCtK/6uPXibe+4TUUiPr0VDNKyIWAEdm4I0n+gPF/dYBum12ckd2y3DyS0Q4RKE/D5&#10;6QOAFSD9nTodVk1xKKAEGvd5cc/b+XHy66ZdQtcjkfQ2+hv7Z6SgEayBDDAPNL5VGmRBKW06l1cA&#10;t/aHsGbXy07JLGJI7YrI4kBowDk0BWvaKnDrxYYxjpRPdl2GoF8Ch4GlPP1p5Hrv2Hu7Nttjqt90&#10;Yqbw1aCCGtxtMNFPUwQnUZEhAbTIAbkrYEfX3H/PHLA2mY7xbvGsmtUeKIFVBABJVMhTSjUqBTPk&#10;ehfsO9i9gGy3y6kOpkkbLKxxQnFVPoeB4de9qDZmbyldgaV9yPi3yswmSrOFNSKOzOfthF9wzOr+&#10;PTr9X6r249irlPm9JbAw7k2syakJQ0dga6cigD04kefDon5k2yxtN1ddlEot1oV8bTr4DVXSACNV&#10;dOOFK9e9y8nNV0GOabHyzBoZkqg1W0lV/mpNTLrvfTpv6AL3t7Z3W9vdv2xDtksqr4iyHxiZalTU&#10;APX4AOMdK6vPpnb1huL5RcqtSNPbReIwaU41p3cKde9rmm7Iodw0VFiZ5Io6irovPTxSTf5YXiN2&#10;gajHqUBbMWZuL2t7GWwcz7Lul3BErLHLcoaxse7VmqlQCBVe8Goxg56F++73ut1sEm17nGzLAdPi&#10;gFkxTRRq5qajzpTpA4fr7Bbc3Hkdx4Wkio6jLsTkIIESGKaVx+5VGwN3JFyOLnn2j5qQQVVkJdSz&#10;F2twis1xx/re483PZF2vdjHAxcFmJbyAPAHzIoaDoDxTmWGpwcAepp0vveGaMjxrGV0F2BZeSb/p&#10;1X+ntBe2qxlViI0as0454fIfn9nT0TAgluNP+L697jyRMBGJLsXkcHS1gEAvckf72PaK5tWjWMTD&#10;USzfi/DSoJA8hw8/y6dRwdRTyA4jz697500nLaUUiH8i5ax/SQTwePz/ALD3fbZnRisSgpGK+ZNO&#10;I48ajz/Lqs6YBJNW/Z9ny+zr3vxRnWRnj8bO/AJuvPI5X+vvzwSSwtJLF4TO1VFTTJ4VFSAePqPs&#10;63VVYAGoAz173lnYxIqyAIQbMxNhYi3DD+psPa681W0apcDwqGh1YBxgA+tcY86dNxAOSUJNf9XD&#10;r3tpWqkVrLFEkfkIjd6jQ81vrZSLg34IPsMreyRNWKNFWpC1koXr5DGD61x8+jA26Fasx1UyNOB/&#10;xfy697mO0mhD4rlrknUAFseFN/rf6X/r7NpZLjwUrDRjx7sAeQPqD64ocdJVVNRGqlPL1/1enXvf&#10;vtyWDMR5LjS6E2XWLaLnj/b+/fQSsQzEaicMD8IYcK/581+XWzKFWg+E8Qfl59e99pE/mVY2Z18T&#10;AkkaUdW5kB/x9uQW8j3CRxEydhySKKQfir5VHnTJ608iCIkimR/g4de95VidzpCFlbjUG/Wf6Kfx&#10;/j7UJaTy1iRC4PBg3xH5enz4GvDpsyKvcTSn8uve8U1MY2j80TafUrMxI8akfrYn63/qPbF7tTW0&#10;sQvI20HBLEig48T5n1/PpyKbVqMTV/y9e9x0ZFcaGV4wCql2uvo4HqP5J/2HsujdIZB4dCmQCTjH&#10;DPmTwrwr06wZlqRRvlx697yNTx1UTJU07Kr3KIwAEhHIJZTbj8e1xhivIit/AU1jsB/FjjUGlB/P&#10;qqyNbyBoHqRxI8q/6vPr3tvhxyQVEM8aGP0kSagQ0lxpCrbgf429k9ttP015HcohSmDXiQcAAenr&#10;wxnpXLeNLE0LmvpTh+f+Tr3t/p4UdCoZIyWIKjgg/wBb/wBb/wBPYw263gmjYaliBJweOPnxJJxw&#10;6KZpGRqkFsde98aiTxWiYDUwF2sRY29PP+P+9+2Nwn+lK20lBitfn5En5+maHrcK+J3jr3uC0hIU&#10;SEWH0bVpFj+mxPsl+oBIWWgKmoJOBXhn5+fqelITNEHHr3vpByC/JGq1rgMo/Vb8X9+tzrfXNkip&#10;HkCPMDy49bbh2+f8j173xKIf0I0nNgCfVc/2CD/T2y8MTDxIw0hPAEjV9hB8h/g6sHb8Zp/gx516&#10;97wAzQs3kjsFAIKnVdT/ALSPp/xHthWuIJiZIxpX0zjzx5dOERyqAhyfy697mQssqsyDXIFv4r6b&#10;35+p4/2PsytpI7lGMQq/HRWmfz8qefHy6TyKyMNeB69e9ykp3lMTq8i6ipCi2lWU/QuAPr9GH59m&#10;1nYz3DpcRF11kfYCvqcDuOGBNKDpp5lQMpoaVz6/l8vLr3uV9pIRIXROLESE3diB+mx/ofoB+PZ0&#10;NmuWjd5YwaD4i2T5EehKkjTTiONek/1EYKhTx8qY+38/n173MWEQU8c0lMWdGvqmfg3+khiH+8A+&#10;zxLD90bZDfXFmXkUjulei+gbwx61wG9Pn0mMhmlaNHoD6DP2V/wkde95MPNNk5pII6RijExkwqVg&#10;kDNZJFJ555U2+h49qeVdzk3WeaCS30WzqVcoNERBqA4B7qsAQdPA/Lp+fbpC8aW9ZJGIovFgeFDT&#10;h8uuEkiRIzyOqIgLMzMFCqouxJP9B7EXH7DpDNRVv2KwPDG6+NlDLoe2tGA+pP1BI4Ps6bauXLae&#10;Oa2tkDwKyoVBAo3HUODfa1TXqSNq5K3K6SOe5DqjkM6SUYEjyB4gkV+zoL872ltvFmspVyMNTVRW&#10;jRKQl5VeQWV7DgqnBbnn8exChxdPE4mSIRr4zGY/0pb6cpazf7H2493K6lC1TWtfPqSrXl+ygmF1&#10;HHoAXTp4Cg9RSh/P7egHzPZGVlhkxH3gqqk1KVdPWRQrLK37hbSJNQaIra4Vb8XvwPcxKOGMsY4k&#10;j8hVnYKNTlRxc/U2HAv9PbBkdjVjWnD5dGke320IYwxhNdCxAFTTAqfOgwPQY6RFRvDJVNRTyZDI&#10;T1k9FFJDDD5iwp5JBqkVUY2BkIDPpsSefx75imjVQNEf0+oUA3P5uPr/AK/vxkYkmp6cFjAsYARf&#10;tAA/wefz6j/3ur6itmaOsrlVm8wjasnmXxrp0kFjbRcadI4/NvaeyG0MZlTTy1tLBVS0wnNPJLGj&#10;PC81iTe1wosLD24biEyrLKisyUoWANPWleBNBU9B285NgvodLliWD5Boatw1UoSq/hFeNehJou9f&#10;4dNVBkjgjj/h4eJiW81NTjxTw0QkOn7mS9ySLWA449hRvTonZu5qBcVmMFj8rjZKetiqaGtpadxW&#10;TZF/LkaioldbsZQPERe2n6+01xtWxbwvhbpCHjGvt8v1SpY1HdU0oc0oTjh0Sy7RzRyxcQXvLF5J&#10;BPGsYDBir1i1ENXC4JAQAClAT59Cnsrt/FbgXIPWyhGiqTKGp0eWCnpp5PDS0Yjj1yGVFXXOSOGY&#10;24sPdGPyJ/k39J9i5PcWa2XS5bqrL1VY81BW42SCo207xUzyHHYvb51M0amzTzlhcghQPcPb37UR&#10;Jcz/AEKvBHqLAswZSNJYJEgBkogGXc5zRes6/Yz+8/8Ae32u26x2zmV4t/sI6q0U4YT/ABgM7XPA&#10;HyVVqBipPDoa1kRuFYEhQxF/UARcFgeR/sfdC3df8u75KdH5SoiyezG3Rg1VZabcW0xJlKSWnkLa&#10;HngRfLEwC3cFSB/W/uGt12LcNol8KdKg5DLlTg8KfYRWgz1289kv7wT7vnu7t0WjdE2m+NVe1vT4&#10;TBxSoSUkxsCT21Kkjy65+ypnZG4YXMU+GmjaNirq8LAppGk3Q8j/ABv7IZHIIoR+3rOGw3Wx3SBb&#10;izlSWN8hldXBByDqUkfYK8Ove86bNqwP8opNDWIbUFH4/wBSf6e/CYOuOjoQmRCYyOOPs/2f9jr3&#10;tnqsFBFIUYaSrXswFrg2H+3sfd0ZeA6rJGYXocjOc+n+qnXvcX+AGUfslbKLsoIHAIsTf/bn28rM&#10;jalNOmVXGoGn8znr3vlHtipew0lwNQsq6iQPqePz/X3RiSajjXpwo2SAdQp/Kn+r7Mde95P7q5FL&#10;laGobngiO4F/7X+t79QUpj/VX/D1pYjp0imf5/6v8PXvbhRbWrZvR9jPqUcKI2Oq36re3EMgTTH6&#10;/s9Ps4dPR2txMuuNagGh8vs+df8AN69e9qWPaEkEYNXTvDpIZdQIIAN2B455+lvbLHw614fzz69X&#10;Fo6sVcEA5z/lHy697caLBYK3+VaS/PAbkD8MV/HvXirXjjry25HEj/V8+ve5ldgtuPGriCJv7PkV&#10;wJB+QAPfo5GUUVqA/s+X7etGJi2hRivl6/b172mzicWhLLEVI4El7A3FrkHjm3I9qPBcYqM+Yz5V&#10;/b8ulQ2+aM+GCAvnTNP+K/w9e9wZIacA6NTgHSVH9ki1ufz7cMS6cHP+rj8sdbawIWik1Hr/AIfl&#10;Wnr17201K08Q1KGOlj6ebXB/sn8+05qOGekMsLRmjjjgGv8AhI/YOve4kdX4ZNUJlVjblXseDfSf&#10;9f3VStc/6v8AP01FSoLDj+zjSop173KbK5RGMlPWzwt+o6ZH1MT/AEB+n+39qFkIWjfOnRjDdmOE&#10;xuxrnTQgAfaf8H2U697eaTfmepQRLVvOLjiX1KvPJueefz7TVX8YB4/b/Ljw6Yi3OdFo9HHDNQcd&#10;e956jsYsC0tNDISLOVv+o8fT3TSwFfIdKF3JpDTSFP8AM/6v50697zY7fy+ZfLAlmIOhbKq35uT/&#10;ALb3oUqA/Cuaf5OnI711oGGoD55697WtLvBXBEKDUTbQ4U+n6mxP4+vP59rFMKHjw+39np0uXc7d&#10;+6RsUoKjPz+3h+3r3uWu5qsqWENOy6ibMisTzx9fpb68e3fGQEV6224W4NDnhTH+D/Z697wS5pp1&#10;tLSweqxFri1/yNJ+tvbTyEmi8OkdzfM7kQVxx9T9g9BXr3vjFWzJYQUkbnVcBiDpX68D/D+vukcm&#10;ljXpu1u/DlfxWJU+ZNaelB5V/wAPXvbvBk5EsarH0gsxuQ31P5Iv9ePbrT/wDpW+5LSirWuPSnz6&#10;97UTbrxUdIYftkRWspCiNbi30t9T7usqHBwelKbhbsCkmDj514DjQUPr172mJ8lh5eY4ghJvY8t+&#10;fqPzf+v493Lq3CnTvjQyEhCKD7Kfl5fs697iiailDaWDkgEi3NlP0N/esUp1v9MdlKf6vM/5K9e9&#10;80pcdKxPmRAbmxThf6Ee954deHoo+XXvb3j9sYavZI5Z4yrXN7KpNzb6Ee9PgFa5p1akYYo2T/L7&#10;K+vXvbrL1RtmXU0dTACbkarBrXtcm/tKJGKVOKgV/wBQ6eNrbSxAZyM54n/J172nKvpvHszBJYVB&#10;LaHSYsSP9qH192WYgiueHy+fTZ29aV1MB6D/AFZ/Pr3tjl6TxTlhLWVakhblXAQ8cBbXJ9+Z0YAG&#10;pP8Ag+Z/1cOmbjaY5Eowqa/mPn8q+YPXvb7tzpra2MqjU1Zqq4oqmGOaS0JZeR5EH159pS51UpSn&#10;rSvSAbRDG9c9uKH/AFefXvaq3FtCtyUMND5UbGRcw00cjRRqbW5jW1jb6e2tIBr1WW2YKEOBw/Lr&#10;3tH5LqFcbBSVbQVbxVkerXDUOwi0m3Nvofd1k7cjj/PpH9AR5Ag/6h/k6976pOvduxq0lXUVyhRc&#10;wh9VyeBdiOP8fbyN3Vpp/n1VYXjYO1VIPyNG44697hZLaG2FRlincykftidlICfgAL72Lg6qACv5&#10;9KUmk0dtCak/5TUHA9Mde9pdev3qPI0DwFIQXLeS40f6lR9T/gPbyosoJBpXr0VjDdxmVSVaufTP&#10;DHp172wz4BaNyaeFpgp5a5PP5+n0t7aNQaHovkgZG8NlppqOIz/q/wAHXvbdMYIyuuJ4yOGYhlBA&#10;P+H+9j3Q5PHh0lJFATgD/D6fZ173Mpp8Q7GKWpkjjcC5UkG/0Cg/1/1vdxQjHTkdDkCp9P8AV/h6&#10;97d46LarH1ZGruTZSspC3/xH1P8AT3XU4UajT7OHT7zSSJ3u1K8PX/V/Pr3twSDChR9lmKyBrMoI&#10;mZWJYW5t/X+g9+GDpIr/AJeqIUGFFfM+WP8AJ172nqrE1Mkiyw5OdQHNyTr1c2DBha5459+AOM9a&#10;KMTWM8PPh/qp8uve1zg8vkMakca188jRH1amPqH+qGr6D/effmphfXz6cUhRoYmteNa/y697WuT3&#10;SuaoqSleijaeFm11qBVeT8aD9OP8fdRWpI68JyzaTSvr/s9e9scVQYmUFCiBuWI+g0/W/vegjNet&#10;0atAa1zx/wAPz9eve3ulzFFE/M/rKAAAkarclgSPqfpb3vGB59X1oKAHINTUefng+nr172rKHcWD&#10;cxx1k9kIAa4DIFJuGIP9PeqMGJHDpxHTxC4NRX/V5de9z8jkcRCn+Q1aG9mQBltz9OPwD+B73SvE&#10;nrzEEFgxH59e9oTJ5+vg5iePxlb3WS7LfizIP9493U0Hr8j/AKq9XjnniBMbY+ZHl5Zx/n9Ove04&#10;+e86+RpGD82Aa/5twp/4n37WSaSAGmcj/V+XVlvpg+lgGKgnPz9D1733Bmay/wCzUOvP4cqP8Sx/&#10;3j3ctExAIOBkDHSz96L2hSwpxGB8619PTr3tS0WfyasuuRpABpJD/S3Asf6fj26skYARDgeR4/Im&#10;uK/Z0tG6gqDqPHOrP5kf6qnr3tZUufqkCszvIjAPpI1EfnQDa9/ekeLTpp/PP7er2+6xkaSSGqeJ&#10;occMjFPyr8+ve565mqqWsnli+tgQbHmxBH09+ZIc6DQ0/aPKvnU+vHpQ94nw6gcYWoP2fmeve5sD&#10;vdWaO8nNy/qDE8XPHtswVNdQoft/z9bLtJTQQteJHl/Pr3uNkMdS1L+SeONvSDdFBJb/AAP5/wAf&#10;bMkZiHxVPp0nlnWNtLvk/s/1flTr3tkTDQqwaFVjCuf7JuR9VBvbn/Ee2zJSuktUjPD7AP8AD02b&#10;6VF/TbUfSuOOeve3KmwNfVs8sNSwUOSUDcm44VVt/vHvTTH4Wz09FuN0TpJ4nr3uRUYyrp9LvPKh&#10;FgOCPp+okf19uPIjLoIxxoM/tJ/1Dy6NYtyZQRIppwqOP8/Ly6977jnlWyiUsFta2rVe/wCb+0kl&#10;vBJjI8v5V+3+fSkbvGo4n9g4eX7eve3eCQysVH6r8fhT6vrYfn/D2XTWq4dcY/MfL/is8enF3uFT&#10;VcY+X8yf2fIde9uNVJDTR2nMYd0DKpABAP1Okf7b2WSWktSq/t/4vowh32KQ0JB8s+f5/wCD9vXv&#10;bGJcY8lnaFiTa4a5e9m/P09pil0qkCtfn6faMU6N4tzt5YSKgFv2inoRilf5fb173l/h9DKrXeJb&#10;gA2a/P1AA/1hf2lSe8DFs18scfX8v59MubdnqpqF9cgk8T173Hk2tjasqWqhGxb1Lf6k/gFR/sfa&#10;yPcbxKqa4rStfL5/5+kjBTUGlPLFP58f29e9wxs+BJGVa9UW4AZkuouRaxHPtT++ZuJPD5cfXz4f&#10;5uqmNfwV+2tTmvD9vXvc2TCT0keuOuSqN7LGgZSx/Gq/0/x9txbtKQS5I04NfIUwafn59LrdtILB&#10;yCuDXywf8PXvcFly4Rr0qSJGQbIwsADp9X9f9b26d4ZT3GpP2nIzTHA+f7etyTliUB4/nkeQ/Lr3&#10;tpqDIWAqcYjfQkmPVcMLEn/Y/j2qj3ZFAqeANMZ9fP8AOnRdJpZaUJFK+hHp+3/Bnr3uMkVIIZQM&#10;eqoyhWh8JtIAy6QF+nB5t7VjdYtBP8/9jr3hjRqA7aV/l6fbj+fXvf8A/9LU0p+06dpYo9cxIa/O&#10;sH6co1+L/wCw9q2Z1w3nWn+r5dDJd4kIBqSf8H+X/LTrf49uj9iZaRh9pO8A4AFiRx6lNj+f6n22&#10;znPr68TTz6bbcJJADWnE+pPlT8vLr3uf/fjc9RGrnIyIwZluo03uB9R/sfd41JOoYA6sLyZaZP5H&#10;/UK9e9s75/c8z6qmvqWj1ML+Z/rf1cA82v8A7D3Yo1KVrTy6bN3MTgkfmTWpoKfZw697cKXI5V0s&#10;tSV/oXLOWPH1uf8AX9p9WnHl8v8AVx6st3LxJwBSn+f5/wCbr3vK82RqG0SSF9P0Ivzfi+n/AGJ+&#10;n09+L1NR/qxTrzzPJn1H+rPXvcaPFVDPG8dTMkjNq8WpuSTyL/7ce/NIFXJoOqh3PbqIH+Dh172t&#10;aOglWKMP5UJJQ+QXDFv7Rt7vFMuSaEdOeJJwrjj1736o21NM+uI6yWB/bQkfT+1/vPt8FXHbgHqh&#10;kmrQ/spw697Z6nbmXS4WeWGM3IRLjSRwef8AH34oCa1/4vyP5dN65gKauve2A7VyYkSYVjzSCQMY&#10;1eQEr9SCCf6e9hFAIH+DqxmlIoc9e95Gw1XNKIjTyM7EEtqH1HAPB9P+t7sFWlOtCaQY8vs697x1&#10;O0KhlS+q4BLC92sfyLf0/wAfbbFFPf58P9Xy/wAHW/EmbBxXz8vz697aTtH1NyVIIuXPOockgfj/&#10;AFvdldOC0/y9N1dfP1/1f5+ve4VdtRoUBLIsZP6j/a/1PH9b+9gKRnpllc01NWn+Xr3uPBtSCV4h&#10;MRoZv1LZh/gGP+w492JpkdeEaE1pU9e9iHh9q45cfWxO0buXTwo49XA5AA/HuoaoqOnUUEU4fb17&#10;2l6nbB80uloo0DkJI/p1G/0P/FPei6pU+fTWkatXAinXvcul2fJI4DVcCqba9QsFP0JUsbfX8e2G&#10;nLDhT8+riFgKA9w/4v8An1728r1sWGuPJ0jaiCq2Utf/AFr/AF92juGQggVHShRTu4de9vGN6np6&#10;ppDLmJqNrgB1g1qzsL+nSf8ADn3f6oU0nFfTI/b1vQ5wpx/q/b1727t1rlsG6y0+chrKTUD49Dxz&#10;afwAjEjnn35rhCKYNPl06EmjFFateve80jGkSU+KYsnpIW/9LixX+n190FyCTUU+zBH29PC6lUaC&#10;xwfI9e94sbvFsY4cS5CEo1tAaTVcG9hzwPd5WjkFV4cc/wCQ9Ko9wkZSdVQSOP2de9ithu5Y1CxC&#10;WYyXVD5oR6WH0LMfqPwfaFrMajIprx/n6f5elkW4TJ8DE/bkde9iFD2bLKRJK1MpIFm1x+MKfpcC&#10;3PtKbVlbiRX1yP8AY6Mo91qaP+0GnXvako+xYZI2R6mmsQR9Rbj/AFD/APG/aZwdVDj/AAY6294J&#10;z8WW/b/L1/Z1724wdpY6jY2qaMgeoqwJJt/QX/Hssmh8Qk5BrQeZz5/MHp0XQWhrkcOuJUH6/X/X&#10;PuRP3kjKIoKmjCpwf29RIXkc3Htj92SMTTP8qfb9vn0qG8zQ5qP8nXXjW97f77+vtnm758BZJMxR&#10;06/2tJBax/qPx7eg2slq0yP9X+r06RSbwXB1vSmTXhT5f6sdeMamxsLj6f7H2iMz8hcHGWErw1kh&#10;/AhMiyk8Ndh+bezWLbyKoACx9eHr/q9emBuqRsVamflXy4jzFeuQAAsOB7Rb/JTEU8h07aMyfQOq&#10;FTxyLEH/AGPJ92G2AkBTjjjgPln/AIvra7/EnCpK5p6ft/zdd++I+VlPBpMG0XIBup1hWJP+q59t&#10;ttDuSlBT55x8vz6bHMxDFHWg/af8/wBvl11b/X/2598Kr5dTzAoNqwKNOkeR1U2/rdfby7O61Ax9&#10;g8/z/wAnV5OZ2btjXSOFK4+0V8/kOutIvfknj6km1v6e2+D5QqxZZMBRB2RrhgkpsTcG497j2yRR&#10;8VB/h/2eq2/Mbq2s4qeOP209euX+++tv969v8HyRpJwltvQIgsNKC4v/AI35sT7bfbJ1JUGn59K3&#10;5iY1X18/+K/w9e9vNB3xh6qUrUYuCEshVmZNVg3OkDg2H49vraSxp3GvpXiK/PpyLmRKAUqRwqKk&#10;fmOve3+DfW28kBKnihZuWFmSwPIbn6/4+00qyYVRw/1f6j04N9VzqU/F9n+r7PPr3v1RncNOBpyE&#10;Oo82Y/pW/wDZP0t/gffkSZV1Y/yD+XRhFu8ccYqwBNTSvD5n1r8uHXvfqbKRqytDWwOoFrsylQhH&#10;PH5v+L+2JvFyGpQ+mcfy63HuqSGhYUOQBnHzI/zde9uVRmJqhFiepxwRVspWONXZvwJGX+ntF4Ut&#10;fM6vt/1V6fbcY2TSlDXhWtAKenn/AIOve2cxs8jyy1EDopBKpIFU88Wv9B/h7U92IwD2/sHp6dJH&#10;vI6AO9KVFSK0NONOHXveeJcO5Aq4aeRWIuXmCt9eL2/P9OfboWeMkrjz/wBX+HpNFeJCMPSoxwNf&#10;szgnr3vLLtbatdZ11RLaw01Ia5HN7Akj/Y+3YLqRZdEgyPOv8/s6Wx3UMjVODihHkfmPIde9xo+v&#10;8cHD01WV1MT62PAH00kezZb4l6gCoFD+f8v+L8uvT3scfw8fsA/bX/J173Lk2TXeO1FlKcE8Aysz&#10;NYDkBf8Aifb8bR0rSmr/AFf5OieW+MjYwPM0xxxXz/Zw697TVT11mKliKjPQxqSdSp5WNv7JAP0/&#10;w9qFZCDqNc46YnmTwjpPGoqDkHzP+br3tI5jq7LgL9jKmRf+0rgRsADYEf73f2+ppx/Z0SlWBrxH&#10;nQ5P29e9ibs/ryrSghSpp4KWot65GClmY21AP+R7RX920f8AZ5x+Qp/qr0IbC9ECgDzx/qz172Lu&#10;L6p+/ZQ9XTlSyhgZlQsGFmLE/gcfT2GZ72bUSVxxB4/n/wAX0drfxuQhHAehJ+z0oeHWJ5hGLlW/&#10;5JP/ABHsRKLpvFUIvKMW7kXYmdHY2/sAn+v1vb2Utd3TghuB+HiP2j162b+NQSaLT5gfyz/n6i/f&#10;oeFjmuDY/tn/AG/Pt+g2RTIhip4Mb+oaS0keu4PI+ntOyXDvn86jA+XDz/w9PLusGnTRft6994q/&#10;qEl/xpTj/Yg+0tuHrqmrJAs9RiaYhbho5kDA241DgcD2ZWckkUZ1gk1rSnl8urfvCLSTx+zAp9o9&#10;OskdUrC4SX68llI+v9PaOTpykkYkZjFBCRbXKmoW+tv8f68ezKOeR1OoUOKedDnj6fLphr+Fs6h+&#10;3PHzx12aoC/7MxP9FW/9P+K++NX1jjKRLtWUM+m4URSxksV/SbDm3+8+2pJJhQKDkV9D+X+x03Lu&#10;kdOwgUz8v8n+brmk+s2Ecg5P6ltax9pKtxFPQuUjgSUAsNPJug9K8fj8/wCw9tBJZaE11f5Pn/sd&#10;Fcl/GxOvLGnD/YxT5dZ/eClxtJOzXpKOK1iZJGK6CWvwTa9uPb/0VxppSg9P9R4H9vVI9wSGpQ6a&#10;0x/q/wBVOve8FXiNtwNIZamneRv91xHWNR5sxH1v9PbsNjMKA4+w9ek3Vfi1En5Hz9a+v+Hr3uJT&#10;YTbUsh8VPDJIdNj61PB9QBP59qBYyaSSTX8+mF3VR5/8az8v9nr3t0bbG14gZKqSGitfV5KqNLKB&#10;qJJY8f190FuahSfnn7KfMdUk3VWFCR60JPHyx173CGU2BjHKpnYYXUkAQV0PIP8AZUlvrz7fe1Vl&#10;ABq1aimCPWn+D5cR00N2jSpDCv20+0/s69782e62q3vJkjWym2tdYc3vazFT+P8AD2ifb3jFdVPL&#10;A9f9XHj05+91r2kVpSvH8+uufxb/AG3tRUNJsWdBLBURKAdRHnZWFj6b2/qfofdVsT8VeI4H0/P0&#10;6ci3OJXMi0IPD5jHr8+HXR1fgA/7x/xPtwqqfrAwOKrJxRMwsWgrU1+T8+k835v7vDZzA6DSg/wf&#10;aOr3G6QOgR6Y4fmc/L5DrgfN+NJ5+h44/wBh7CjL7Y64lkkmgzmWKI5ICyIwsDc3K2uPYlgXSoAz&#10;/h/1caenRW9zFIAikHjT1r+f2mnWRdVvVa/+H0/3n3ExVVs7HyNFDUVk4YgI8qKvAJ4a4/Puzd+S&#10;KH+fT0G5IvAElfMHI+Yr/q/l137Eagzmz76PBFLP6W1TsI1Ibi5Zzxb2XPBPC1dVATXjUD5Y8unx&#10;uTLle2tODeY/n9v59dEEjg29u+T3hhMdTo8VZi4CQCsa1UR0MLXYgG/1/wBt70FVWqwqfPzr9nlj&#10;ps3/AALkE+eak+g+VBQdet/Uk3/31uPYUZ3d1LX3kbK0ZDsGPhqEZTYfpCg8/X2YRPHQLkH0r/q8&#10;umZ75JAVGAcccfn12Bb2ip6rHPIZVqxMxv6A6k+r6Befpx9Lfn2q8YrgDovaVySSaU+QP+Hr3tqr&#10;JKJggZCQblQb6RY2LD/Y+7/UVGRk9OLMtKefr/q4de94RiqeqUkxDQwGjSwJBvwtv9b34zkj59bD&#10;KVJr/s9e94pts4j+3Sm9rBT6lYWFyB9f9h7aMrniemZKU7sV/wBX+r1697a323TE6IaSFY/7BMKH&#10;gc+q4+vtz6g4x1ZZFIAoCf8AV+zr3tpqdoY6WS8niRgLEeNUH1/T6f8AD3p5iaUx0zOEZvQeXkev&#10;e8lHs/CPLzFFIQAR6AR9QL3/AMPx7oJWHwnj1QKFIbVX8/Tr3t7XZ+O0tGipGpsCVFiB9LkHn/be&#10;3BcMOIx0raSKvbX8+ve/f3Qo1IV6xQgUfpQEX1fQk+7idONOtB4zSoyTx6975rtLDBgWnkkawAuR&#10;YH8lrc+9mZfL9nTlYRnz697UVHhMJCLNFGCvAP1cn+oLcf4+2TKWJI/w9M/F54/wde9viS0FLp8M&#10;ETCMALwOWtwW/r/sPdfEY8Mde7P2de9wqnPiMkfsRsACLKCRbgEX961sDXq8coRquCR9vXvadyWe&#10;kqgYo6qxYEelgArHm5/417rknUc9MmRmJz/Pr3tA1sTyPYSLIWvrklcmx/APvdCePTJDVpj1Oeve&#10;2CpiKylOAFJVmBJX6fVQPx/Q+9Amulc9Ma0ZqJQ1697aKwerQoJWxAYcf8GLX/23u4Z+Fc/5+rDt&#10;Pbx/wde9pfICUyqsVOLKCS2q454/N/bqsDg8eqMSfhqf8P7Ove2KeGoDMni0jSCQP7Jvfj/X92+z&#10;prz+Y697aJKaukJWJ9Iub3uQtxfn/kfupamOtdxJAPDr3vglFUL6ZayOMm/65FRbn/g3vWvIB61Q&#10;kVY9e9zo8bT/AK5ayAC3LhlN2/AAv7uKHPW9A8z1732KbFxA666HURbiT9Nj+W/x/PvRZRxPW9MY&#10;49e94fLjEb11MMirwND/AFvxqAH+9n37Wvr14FBjr3uWafFzcxxxsSAb3Olxbjg/T3rWv/F9aOk8&#10;Ove4FQtJTswKNewAsLg/gEqv9Pdqg8M9aJoKDr3uHGssrXjikJX8hSBf6WJ/3n3qoHWlNPKvXvbg&#10;I5h9IWubclTyLf63196LAEdWz9vXvfBaXIyFStIwBItKVX+vIGr8+7de7qUA697k/Z1yEHQFF7kE&#10;m5H1vx/Q/X+nvfXtNCOve/SBkNpSoa/0DX5I/T791bz697wiS/Cm9jpIAJJP+H5N/eutVrinXvfG&#10;SFAWd1YELf6WXj6Wv/vPvefLrVKihrT/AA9e9t8iRswPh1kgabKxINuf8PfqmlK46b01NSPzzXr3&#10;tvOIhmJLo6avqLlVva/AP+v9PeqZr14Jmueve2iXExRu68lTxq44/p9fp71TOOqlASeve29tuwyP&#10;ZNV7gHSQLg/U3/r73npvwR173HqdrIFZhNpYari+okDiw96BPXvBHCvXvcCk2vSFneRmlIX/ABsf&#10;6j3vPXhCB59e9yZsc6KUgUACwDXNgLce9daKnh173AbFVAkOpSOL/T6j+nvdfLrWg8B1731FjZzK&#10;Fu0eogBzcFT9Bew/3n3rrwU1697y1GIyUZZSQB+oPbi30vb/AF/pf37PWir8Ceve89Hhqh3/AMok&#10;KKpW5ABJJ/p79xFD1tYzWnXvbtPjDDdYCxGkckWa/wDrj+vvYJBHVymKDPXvcSSlqtBtGxUWFgLX&#10;X82vz7u0jsKHrQVg2rr3tqlosjr1pDKwIPI+gVbmwt/Qe6VNNPWiHIp173Kp465BpeMrze5a5I/H&#10;5/1/x79qI4HrQVgfmOve8dRJMrHSwsB+oC3PNxcf7H3qtePVi71qD173DFfVRWPkdlPBBt9P6EC1&#10;vz79gdNlm8uve+EtfJIlmub3sovf/X9+FDw68G9eve2mSSp5ZQzXZQLNYrbnn3YAdVJavn173wEs&#10;oAbS5JsDcH+vB4H+v71g9a1H5/n173wEz2LFXAU2I9QP9T9f8OPfqde1de984Z45H0uP1t6fqBcW&#10;P4/P49+qa0B62JGGOve3tIIiSXcgEgKFFwL/AFP+296r05TzHXvcqOihcmy+m2mzf73b/W59+61p&#10;H29e945sZGqho0HBNzz/AE40kf7z7914qPIDr3uLJTGO1lUWB+pt9B/T36p60V9Kde94z/qWYENc&#10;WvbkfX/bW9+r1sqOve/Wax5tf8f0t/r8+/deIPXvea8q2bRe/rAH0AFrD37rxHmRXr3uNNLKTYxk&#10;2H1F7MQb397HVWoPLr3uEauZfqmkkkCxubEixt73THVQxrU9e98Y6t3kCt6LW1X4PqN+fdSaVp16&#10;tfy697d441cAxNGdVwFLAM1vyR/vR9teL5V694kdaAjr3uFVSS0kgjMcuo2I4Nh+Ab/n3cFSKg19&#10;erFqUyD173jTJPGLSAjj/Gxuf6e74JwetBjwp173MjqoZiFvYtc3PLfQC5B966v9nXvbdU0MyszK&#10;7EEWA55N/qP8f6+916qVI+Hr3uEsdSBbTIwuBzyLA/Wx976pU0697yKLFrklrG4+gHH0t7917HHz&#10;6975q5XgrxpuOPpb63/5H78anq2v1HXvcWWplj1Wa3p4DAGwHN1/17+/da1Hr3vGK6clQ3JF/pYg&#10;rfk39+61Unj1724LPKyXLNa30IuSP+C+9Hj1YGv+z173xaerTlVPjNrkgg/S/wBP94v79jrRrx69&#10;76jrJNRUjTxyPVZvyOR78aDrwI+3r3tzgdXKg3ZSeSDfn/Af6/59tmSmKdbXJz59e9vMIhjRrsGA&#10;PII5BP097BJFOA6cXj60697xvNqcBOeeT/qRf/fW92GMA9eBZaAE08z173NSqeED13sALX5v9OP+&#10;N+/DHVlOnI4/6q9e99y5llbTrZQeSsblbEcfj8+9jiWpk9OLdSJgHyp+Xp173E/isljpqJVu2r11&#10;Dlgf8AT9D+ffgSp1Yx/q/wCK62LyYZVuHl5fPr3uDU5epU6mrKjSD9PIbf8AINj/AE9sB6HHTZuJ&#10;BU6jU+fy697bWzbE6VqyGJAIlLNcEe7GRmFOH2de+rmKadZp/q4/Lr3vCciZW9UsTBCQDq0kn8g+&#10;/AsBUYP8uk/ia/Ov58Ps/Pr3v0WRZpNHlCgN+WWzccm59+1sMserGTSKn8/Pr3t3TITJZtQa3IJI&#10;IUX/ALNvqffkloKA/wCfrSXA1URu4Z697nw5fyMpmJtewa/qF/6Wt/sR7c8Sn4q9PLK+qpJ1Hy8u&#10;ve5stZHIbrNIbi45JNhwST/vXvQcN1stmlSKeXy697bqieMAHl2+lyL3v/h/vPu1ScE9VZzTOeve&#10;5FNTU86hnDXIve5Frn/H8ke962HVkkYChP7c9e955MfT6S0K+o2uSSQDa2n/AGPvxZjx6s5JoSa9&#10;e94Fp5NIBjQKoAseTe97j3Wp6bFR173KRERbEqD+TxYt/Tn3bxG4dOeI3Dr3vMKpIQBqUKPyxA/2&#10;xP8AvPuhkatD1rxGHE9e951yVOFu08FlUElpogtv9cnj3XWCade1jjUY9eve09nN84TFUjmOojrK&#10;uQMIoadxIWa9v3nHAX201yiVpxFadMS3cManT3EcOvey8ZXI1OYrpq2rcGWY2CrfQiLwkUa/hQPp&#10;7K5HeU+I/n0SyStK/iNknr3uIsZHC8m3Atc2I/IPt9dKinr1QsBljQde9uFLRBJVM5CrYMSbG4PJ&#10;BX8/61/dQoHePL/VX/N0mlmov6XH+X7fL+fXvb0xhGkICgII1AWFvpa3tytO7iT5f7PSFddQaVIz&#10;8yf8HXvcCRQGCgkKgvqvZhfkgE249+1GoYCg/wBX8+nlNRqoPTr3vg0jIhQuxS9woAu3+BP9Pz78&#10;ZSqdbABYFcGlP9X2de9wnleUWRSSvBCkgji4PtgyMc+v7f2dKUj8M1JGf9X2de9q/AYyqr4XllQx&#10;0ysY5auZ1hpoGA4R53suo/XSCT7ftopJAA3aooa/b/q/n0X30yWwqgqeIUZJ8sAde9zE8FHkGphl&#10;qOGCLTrkScSKSRqJjdBa/wDX2scIsxQSYHEg1HD/AFDpsB7mAs8bV+ynljr3vJS5zbOJyIqp2ky0&#10;QYzJTQJa00fK3ml4Fzbmx4v7o0tqj1NSPT5/b15rW8ntxEP0zwJxWnp172HOQq5MnVVeQnceeqqp&#10;ZWjFzpDktwfpZeFHsvkbxWMhOSeHRxFGIo1iXgooPy697E3pLrLK9r9i7e2Xho/NkcxXwUlHCZBA&#10;klTLIFhWWduEQn9TH6exRyZy3cc0b/b7Nb5kmYKAcAn0J8q+vl0CPcXnCz5H5Uut/vjpjhQljSuP&#10;Og8z6Dromwufp+f9a3Psyvye+Kvys60zNfQdm4LduT25sxKWHG2zNVubDbbxmQQzUsdBFFLKlNTs&#10;By6IqE8E39iz3G5N5w2Le5bDelkZLYKFHiGRY1YAgL5AUz5fPoI+z/P/ALd837DHuvLBihe5q0v6&#10;YieWQHuLEgam+0n5Y6hUjUDl6mkEAara0syRrHLUyQAp+41gzsgBHquQP8PZPcVt/JZCkzmQocdU&#10;1VFtqlgrs9UoqmPHUk9WtFBPOT9A0rooAubn6W9xnFBr1yxjUsYyfIVNM/aTSg8+HUvz7jawyQws&#10;4V7gkR1PxECtMegz1O/2/uYa2i+0jSniaNk1B5G0qXu3oAI/p/vj7ZmkijkGoagePr+X2fzx0oSO&#10;ZX1Ocf6sDyp172utl7cbeUFVjaaKf7uMr4KmEAwJI/qWGrIuQpH+xv7Ntv22TdLYtaRnWpyc0PpX&#10;yp0H953q22qWOW+ICMad2CKGgIHpX+XXveGtwlZjayTEZfFTQihdo3pF4Yyr+mXV9Cr/AIPslnhu&#10;LadlmBD+fl5/6iP8vRjHKtzH9ZaOG1DJBFKcDwzgft66B/3j3jrmkmoDE6rEfNDEUYEskSEMiF2F&#10;voCBb6+7+KBGQRn/AFeXVwNOePH9vyGT5D/iuu/aNyFB5qzQPJHGRcJpOlGJ/SAv0vxb3suQdKcP&#10;tHCn/F44Y6dS4YRjHDhnNOP+fr3tUYmnooaR6WsUNIGZV8gF0ugF0P8AT6H3euQABjy9KedPOn+H&#10;pPPLMzDQBppnzqK/4RU0+fXvbF58VSytTSl5XhZhF4lujFvy5PIsfr7c7FbVJXP5enp+3pxxM69t&#10;CDxrx+VKevp172cbB9m7j2/1DD1jVDD/AN18hll3JKf4VS1M71U1GIYoqyrdfJNpUB4ow2lWF/Yt&#10;Td5V2r9zSgaNWvAySRQAmgJA8q8K9RffcsRX3Mv77jLrLGvhkVIA9Dp4A549YxEgk8tryBPGGP4S&#10;+ogf65+vsOa/ccLyS5+LCyYvFUhQ1sfDUr1VPFooKGGp41ylP3JR9Bcj8eyb6mMya1FAp/b5Gn+X&#10;7MdGjbVcRwLbSy+M0nw+oHAmnDHD7QT1k9lx3NmKjL10tbMoVZJDIiarlVZ9RVv6i3tBNcmWUsRT&#10;P5fz6Ge1Wa2cQhX4h8Xp6fl/xfXveXEVFJURSUskjwEL5Y5eSS44CWP0tx9P6e1NmIpaxPRSPMn1&#10;/wAlf5V6avfqIXV1AYV0kV8j6/6h173yirvG70kjK0HkIM7R6ntb1FT/AL6/vZcQ/pECmanic18q&#10;/Py8uPWjAJEEqdrU4Vx9tPIfLr3tTU1H/DsbJXLDrpasFYWsplRCfGp/wBPJt7uumGNnXIOBX04c&#10;fWvTEj/U3AgqQUpqPlTiP9Xl173DieSnkXygyRGwCswCE2DEkf0B/wBvb2jjehGoVHp6/n0YsNSE&#10;VofIjj/qp173xqoRK05Sw9BshsGKsvMgP4v/AE90dgDjtFPtqfn/AJurp2qPEOBTIzw41HzwBTy4&#10;9e9tFVUrDSpHZrubyxgkFdAsGP8Ar/091Zgg1Mc8adLI1Jk1SGtBj0of8vXvafCT1MbKIyGY+Rjc&#10;/wCbH11f4D6+2o9Tx0UUBJ+z/V6dXchKMTx/Pr3tuqE8MgVGLIFFz9Bz9QD7rISDjy9MdaSXUNQx&#10;8vPr3twixNS2OqMoNK0cbrGXZwpllf8A3VCp5Yj6m3049vx2zPbNdGmhTTJpn5H1yCf2V6TPfwR3&#10;aWIJLvU4GAAPM/6q9e9wmkRYwvKuDezcCx5IJH1/wPtEI4nBck1/1f6s9XClmLYp173gEZKhub3+&#10;gsLW5vc+7gIY8/56/wCrz6fYMvxde98ydNhwwNri31PFuP6+/NCOK4/ydUIGfl6de9nd+CvZm9+p&#10;u/Ovt87Hyc2Lzm2tw0WUpXjkKx1MED3yOOq4xw8NTT+SCRD+pWIPsZ8pz3tlukN7YkCWFwyngKjy&#10;PqCKgjrHr7x/I3LvuH7VbzyrzFCJ4by3kThXQ4UmORT5Mj6SPmOuiAwIPIPv6Ru0t2Y/dO19u7lx&#10;9QHi3Pt7G5+iRJY/JLR5KjSqBSG9yB5NJP099ALLdYL2yiuUOtpIxKqCniMtBkLUGgOK/wA+vi95&#10;j2W95X3u/wBiuA4ktJpIHbgtVZloaDiQDj9g64BQ1iQCByLi9m+l/b1ZmVxwji+kG5tb6MQPa2ks&#10;1vIEAR6nTWpAHkTShz6V6CYUDjmnWT3xp5hHNYjUzRgq44XX9CLE/wBD9PZXaXSLubWkhFZEVtYw&#10;rsMEAE4IxQcTk9KYWEP6oFaVoPMV/wAPXRF/999ffOUq66S6/UklTdtQ/s3/AMPZhemCaPwXfTWv&#10;DJBXjTyBFc1yOmmY1rQE8f2+XXfuLHHCskjW1GQLqF/SSv6Tb8H+tvr7JbSy22G8ldCZDKq6gfhY&#10;j4TQ4VgOJHHzz1tpXKBWHCtPz697zOEOpWRW12W2kEEWsRz/AFHsyuxbVaCWNW10GVBqCMg4qe2o&#10;/OleqKzcVxT7fLr3tA5jAxYtkymOpH+1p1Mk9DC6xQRFLv5Rq/B/Nvp7hbnLkqLZim97NbnwIxql&#10;hDALHpzq1E5VvQVIPy6Fm3brJuCmyvH73NFkIJJrin5de9zaOshymJjqIp1aCckkFNdnP1BA+nPH&#10;0/x9pbS6XdeXVmSekTsaqRq0ufMjyBGAQMnj0lubeSx3AwyIQycPLH+bz697SCbfyWKycWUx707g&#10;zSHRKiqX8j2kTWfUtlFhza3sHRbVvGx3sW6beEb9SqFiAGIbKkEgrjFTinQhfd7K/sGsbsMO0ZBO&#10;KDB9DnPCvXvYnSrFVRrOEs0hRW8bj9sqOSzL9QPc27pDY73bJuarR5CqEIw/TKjuLEGjKPLzI6BC&#10;M8DmOuBUivn9npXrq1vcU0scEOgGSZifS0huSXa5HP4+gHshk2i2sbNo01TM3wluJZskU8xTA9OH&#10;T/jvLICaLTjTrv3gWFpWUKoRSh1G3ricP+i30sf639lsNlPeS6IlCDTkjijaqaSOFCfPp1pVRSWN&#10;c/kR6/b173mFGgkMkUSs0a+M6wQXN7lX0/W34NvZimxIszz2cayGMaDrwWODpbTxCnI8+FcdNtcs&#10;VCSMRXOPL5j/AC9e943CIxDReFhyocj+1+oD8N7SXMccUrLLCYHXKhqeY7tOaOPyx1ddTLhtQ86f&#10;y+zr3uTHFDOo8mpy6jUkoDQlgeAF+t/z7PLG026+t0E7FmkHcsgDREg4Cr/EeJNKA56YeSSJiUxQ&#10;8R8XXvbbLgYPK1YqAOmsoQTJYW4BRuDzz7Dt3yFCjvucS9qliAtXIH2HBoeOaDpbHu8ugW5ODQen&#10;8+ve8FPUyzRmn/ycvGqXa48mrnUdBNghHK3/AD7KrO/u7qy/d6JFrSmlye4kfEACQoUjKk5r09NE&#10;kbCbuofLy/aBxHn8uve8ExqIIVdnDL5gddlKlE9TsYkP1tf/AA9pJ1v7W2inlYFGk/okFVySUBqG&#10;+ZpjPDpyPwZZCqihpw86nhk+XXvc7blfgM7Qw5vAZSgzeNqDUGkyWLrqfI4+pSORopGp6mlZ43Cy&#10;K0Z0sQrKVPII9jnla22O7B3GwcXDKZANLhhSgaoXhWuFOQPt6TbzabrtV0227rA9rMmnXHKjRyKS&#10;ARqVwGWqkMKgEgg8D1726KkcMnkQEIzeRtQ9Ku3Bsn4/1/ZhFFa2N2Ly3BCsdR1L2hm49tCBTyOP&#10;l0Xlmkj0NxAoPsHz6974ZJDWxmCGWnSdtJjMoNiAfUGUEEi30925ojXmFBY200QlbKlhSo86jiQf&#10;wny9erWTC2fxZVYr509fL5de9t8VFSU8d9Cyov8AqSGDMDZhpP0AP09hCDZNps4fHmAmQcdNGBIw&#10;RTyAPDHS2S6uJpKk6SfPh9mfs49e94a+RKeOOVQPHF6mjcjUFb+0T9P9f2j32SCwSGW3X9KP8B+I&#10;KfNvLPAkfLpyzRpnMbfE2K+Rp5de9yqep+8hiYxRFT9AGswXTYEH6/61vZtabiN3sYmljQgcKN3A&#10;Uxni3yp0xJCbWRhU186+ef5de9wq1XimRoYnETEBmUj9QHPLf7f2RbzDLaXSS2sRETEDUDWjUzlu&#10;H58fLpTbFHjIkYahmmeve+kHnIFgzItixbgD62Or8/n2mgRb+SpUM8alat/qpXzp1tv0h6A/Lr3t&#10;tkLBiRpaxP6jwAODcD6g/wBR+fYdlPmCGofxcMYIp518iPPpZGaAcc/6v5de9xYXjVWkglnN5jKT&#10;I3kAQn/Mrq5C/wC9e0tvPEF8a1kdSG1HVRhT+HPAfZwHr0olV2ISVVwKYxn1Pqeve8yMUc/Vi7MQ&#10;p5PPKtqP49vQzmObS34jjFaVzx4AV8vTpp1BUeVP9Rx173JvM6hVawDKDZA147eq9/pz+R7MCbuQ&#10;FEOAQDQAjTxNTx48CM9Jx4aEkipNfPz697zUkSrIZHQC5uT9FA/ol/oD/X2v2i3SO58aVMZqeA+w&#10;V4A+p9eqTuSmgH/P1725LNHGwMakobC5OpdX0BKj8/QexNHd28Da7cUQ0GaspY/Z5n/iukRjZh3n&#10;P+T0697xtk6Vq+PHTSwrUyU/ngpTMRV1ASVYXkSJASsYYhWktYGwPtV+84by+FjeCg7QgqQ8khIB&#10;WqghEpXu8gM+vV1sp1tTeRqSgbSzU7VqCQCxIq1ASF4kde9zqqieCTxLLPJTTatMU0+mJJ3b0WlH&#10;qvxYKbj2cb7sU+13C2UMkslpPXSkspEaykjSFcd1RwCtUGtfLpNBcpMviOqh14lVyVHHHD7T172o&#10;+tYHp6mdcnLor2rJZmoYHLJDSkDx+uQksLDyE/4/T2r5StLmw227tL2kdyZSzxVr4akDTpNSWDV4&#10;8KngOh3yy22S7/DKjOUVAMCniUyxP+kOaVwFrnpFb/bIDa+VXGGkStelkSmkrb+ETv6YoyVvYyfo&#10;Xg8n2YyOOJ40MZWSNhdHUhlZSOCCOPaos4Y6sEdZJ28FtLbq0JDocgggggjBBHVUee3flsXlqpMj&#10;TVGJyVNJNDX0VVG0ctJVB7BWV/UFt6hcWKkf4e8phH0KD/ff63uus1rXp42a6aFMdNUXZFJKEeLJ&#10;MjLFaYKP25ppJeWYMbhQLgf4f4e+ngNhYcAfT/WHvyvSvVJLRqDSMenU3G9iY5nqI6rIQwVGqJ4K&#10;yQALMXaxW5uARwLDke4lmDFdFxe4J/HPt+oIBJ6LSsisUC1Hl8uhXE2OeCOqXJxCRYo9awy62lYw&#10;6mIK3FlsF4+vuTEpHJFv6D+h9svnHS+2TT3EU6DveVXT1FLJSQVLTeYAyyoD5TGp8iMSOV08DUPr&#10;9PbXuCnlq8dLDEbSX1LqHpZV9RRiObH+o59rNulSG5Ej8P5/b9vRBzpZXO57HJbWp/U4ivAgcVPn&#10;pI4kZHS5+M+XoNub3qKyucDHz032kikyXNbOwjhqLOQpkv6TxY3H0tf2Ds+1XOYevpYqqp+5jpo4&#10;qJFhJQzW+9WOWUnxQnShcD+lh9fZmRHbXDboGrIe0g0IAqASCRUAgKWC/wANaEk1g245cubi5S0t&#10;IXeNgrLGmCWYVYcSFVO4AnPdp9CLE5d3Y3F4morsxXUdFDQvUx1ldUyv4kigkK0zEqgMsrqB6UBP&#10;1PIHKE7g2FXTY1KiCNZigqnMzU9LTEwCE/b0BijS5WJreLT6mJ9RPsLczbWd42sSWSgz25ZjSikr&#10;RivAVY6qAAedPU9Hd7bTcrbtFNcIVt5wqhsjSwKgrpDaVAUYY8VrXIHWHYW98RvClq/sK2lqKigl&#10;EdVFSVJrYl1kskwq9K6y4I1gfpPHutbur4QdYd2LU5KuxtVsvL0+MxsFZnMJiYqaagakoy80+Wk0&#10;iOUSPJdobXb0+oe4b33k603y4EzQyWMkaL4jJEaKViGtpScMatq0L3EmtR1lR7F/fP8Ad/2HvVk5&#10;YvTuNt4kh+nnmeSGVXbQiqlSVCgUVzQLwoel9rW4BIBYkKCRdrC5sPzxz7pQ+S/wI7S+P9PNuHJC&#10;i3nsiU07Um6tu6i8cdczClFfivVLGzquo2BUD629xhzLyVvfLAS5nCS20ihlmjeoIapUsnxR1AqA&#10;Rgdd1/us/wB5l7We+V1DyrzLC2xbzlSkpPhSMtNdJD2qATQep65f77/fX911VuL29UsdTurRSWOm&#10;3Og2YSXH+39hYSENpcZ+fEfn+XXT63vbG9jSSNtdRWvkQfMEcRTNeve2lMDRFtSVDgBtSWvyrAAX&#10;B/P5sf8AiPbniqDRTX7OlfgROdKCvzH+H5de9uKYualVDCjOo9YsLkaef95+nHvaPIRqGRWv+r7O&#10;lMFlKRrQVBp5/wCrh1729UWZzFJEaWOkV4JGJZJYFZtR/KyHke7q4BOlhX7f9Xr0uS1ZG1VGONPL&#10;HD/JTr3tTUOSIhBlpo4mLBW0rfRb6W/wH4/23uhnIBBY58uHHh/qr8+no4WVNJNRx+VK1697cJqu&#10;meMrMiyx6gAAoJJJsbX/AAbk+/awRQZ+dfP0r/qx1ZoQ691KAef2+v5fl+fXveCOg209jPj4nY3X&#10;WEIP+sQLH/Y+9GhqP8vl0m+jQuQCCQKmh/1f4Ove5aYLZ5N2ohEGX8EseOCQD/t7+/B6+YP7PLh0&#10;7FBAO1WUmtQK5/Lr3ufFsnaVXyauCH6lUk+p1CwFif8AY+1J01Ux/Ccca/PgPUj/ACdG0O3201QD&#10;2jzGK1JH7fTr3twk6m2yYtclbSBAL3RtLXt9PT/Q29lcl6VFFzwqCTUV4fl+z5dPttCBdcRHDz/2&#10;P9X7eve2Sp6v2ekWlWdgwBL6lYnnjST7aa6l1io4D8j/AKvQ/t6QvtqaSGAI9K8fkMDyr172jazr&#10;baySEQecc2uXABP0BsP+I9uLdppDmoqaDH+D5fb5dFf7rtiNNSoqft+VD/q8/Pr3tnm62xiqWiqp&#10;TyLB+EvcgDSTf6fn2pWZC2HOPXz/ANXz6r+57ckHUa/6vT8uve2WfriEko1WqDWEDIt9I+o+o5t+&#10;b+1JZ2YgGnnw8vP9nr03LsklNRDUBJrQV+08D172zVnU8pBkp6qCVyxtcquo/gkD+n1t7bY0ajVJ&#10;4/5OkrbbInACtP8AV8uve2j/AEXZ1CXXwuoH9mUfn+yL+9moNB02bK4Aqy/5eve8ibV3HSWBpjKS&#10;f91sAQFFgQR78JX1YGPnn/B0mNrIXNFIP2YP+rz697ztQbggN3oqpAbkCOPUtvxcf6x9uGTtGK/4&#10;OrNZ3FOxCa+vl9gFOve44izFivgqL3uvpa9r8kke9+L8j02YZdRJFPWv+qv2+XXveUtl4uU+4Dn8&#10;WZgeOLH6+6eIrAaq/sp/qz1XwJF48Ove48tXnAl5BOHP69cL3v8A7Ee7Ap1Uxy1IYEr6+XXvbc1T&#10;kSVZvunPN7q1lI+gVbW/23vepBU9V8NyCD+XoT/qz173zGWqIjpeJ1NhpLBhqNrHn62v/sPd/EWt&#10;K9OiN1YBjw/1D9vXvcqHdUkJAloyzX+oVvoRa496WXPaeNT/AKv8nW1lmTAJHGlP8NPs697UOO3B&#10;STElo5UPF1k/tD6345A/2HvZkJzqPTrXMjtplY0Hp+wU9T172r48pj2jWNWaElVIIJN2t9CR9P8A&#10;be9eIytg9XhnnR6xkg/PNP29e9wZKnIjV4ql3W3pUu11B/w/3v21rWuFoSOI/wAvSr6m6A7SA3Hz&#10;/n1734Z3cESAJVSWWw5N+LckD8+6Asahj1Zbq4Gf29e9yo95ZuNhrnWQCwOuMa+B+L+3cCNjXJNe&#10;OOt/XzAEEZb0OD/s9e9q3Hb3lmCR1FOisCNRiuHZbXIt/W/9PbIFPPp03TvQDB/b/qPXvatp9xY+&#10;RQWea7L+VIXT+b/4+9lgMHh1VpvOTy697VEW6KSejSkWoTxIoUkrZSB9AwbkEf4e6FlIHy6qZ4yK&#10;Ejr3tqnTHSg38UmofVSLEfgAe/Fgc1p9vVdUcmAfy697SNbtXDV7kkzRyW/WjAhTa5JU+7EsTngP&#10;X/V+3rZiB+E0px/2PXr3tqO0chRJL/Dq3yRuAhjNwxQfj/H2oindK0/YR/h/ydKrWPQjGPieP+T7&#10;COve0zNh8hCzK9PIhF7nQVJLcNYng/4+/GZGOsnPoRX9hxTpPcWhnbxAc4+f7PTr3uMcI7j9yKNw&#10;wOoMFsOLWv8A7373rU1A8qfz6LJIKVUAih697g1G0KCQK/ghjI/VoUKP8CFFzf3UspGnzP8Ak49N&#10;G18RSNJ/wVxwPyr172nqvZCQxmWKV78lQGP1/Cke3BnrXgEZOSa/8Xx4j9nXvbAcdNTMTLHNGUGn&#10;Q4Ki5+tv8Pz71XFR59N6WRA1Txxj/Cfn5jr3uXSpLKQA7BUI4N/SB9L/ANffm621akqaVGfMZ406&#10;97eoY5lUsJb2NueD9fx/sPemYBa4NOvAquEyOIr9lM/Lj172+UscrAASaObCxJH9QD/xPtEZGPA0&#10;68sYB7s5x172/UWPkqGPrZueLk2IP1uD7UI50j59KlgcpUGoIOP9nr3ubJtqSQX0oHubNdh6Tzps&#10;P949uF0456s8Mjd1Dqxmo8v9jHXvbdUbfpZFKzyyRyICEdNV7/6/vRkFOqNDIw00oPTr3tq+zjVf&#10;tvu3VlJQPrs5/Kjnkf4e07TSeXTPgSxjPXvces2/mZce02NlNQU9LtKdUgubn/ief9t7bMrtx8ut&#10;FXI41p69e9h/FS5iKq8cnkLl9LIQTpP01f63tyNypoTj+fTYBLBXag+eevexYpMOKaCNZZCkzRhw&#10;SCQWtcC3+v8Aj2pElTUZ+z/KOlVKGpyfI9e9u9JhKyYFklRxcg6jpa45PA/p7vStG/l/q4dOKAHD&#10;KK1HD7P8Hy697UlLLXUMRhenWROVJb9ai1rqR+PdTxI9emy3Ek44/wCx+zr3ufTZFVC3iJP5Qluf&#10;ySP+Ke9dpJYeXV1kDEkDh6D9n/F/Pr3uaueRCF+0mZmdgXN7A/2vp9Le7HVXBxTp0TSEUXFPKvXv&#10;c1s3SyxEFzHOoNyQwQAtc2J/PuhfHdgHhU+fl01JMrdoHH1/wfZ173mo8lj1usrgktdWdrJ6je1z&#10;/T2jbVqo2PQ+f+ry6cSdXULQBeGPl/l697WOI3Dh6OVW8cTKzAakYNob6FmUfTi/vQZiKDiP2HpX&#10;bzLqFfw/zp172rK3cG1MlAqJBH5hq1sQFY2NjYg/n8e9oZKd3A/6v9VejJ7pT8C0H+rHz64gEEkk&#10;kH6D8D2gclUUdKzNCqAE3Qccjk8f1sPd6j4SOP8Aq/1fZ0jkOv4vPrl7Ri7vnopnD0lLJEHJD8rK&#10;FJ9JVhx/tx7acHVpb/MOi6R2Dmv7fs697mLlcXnmBTJR09W4WMwVxEcbHT6Qsycc/wCw9tp8IBz/&#10;AD62lw5PYxH29e9xq3E1eJtNUQs8HFpoP3oSpPLCeO/H+BHuzUbMgp5dKhe3KZbuGf59e9tH8YpY&#10;7hahVFjYG9r3vYE/n8H22LWOQ14H/COl0G7zVJLcPIf6q9e94lz5V28epmHOrUeD9LAH6/7D24bC&#10;1dakUbgfTo6j3tWAWn88f5P9R697y/3kkJKOHUMONL2t+P8Ab/74e22223ZdPCnD/V6dOJvcYbTJ&#10;UDyzXr3uQmYmI1JO7A6bHULqxsOf+J9sNtsQHZjH5k/IkcKf7HS/98xlBHqFB5UyeP8Asde9uKZ2&#10;ePh3LAIWW4AuW+uoj2jOzMzDQMV/n0oiug9HT+R/ZX8v8PXvfl3NRszJN9VsR6bi5/AJ+oN/+J9o&#10;5dokWklDXPH8xQf6sdXW4jYDVjjn/N6H/J173OGfwpiM/kOtV1GMxjUARp1Af15t/sf9j7SDbphV&#10;DXPnmo8+P+rHVtUeims/b/q8jj9nXvf/09QaLFYmJ1kEYVgW0te49XHA/wBv7UvKWWgFK9CBUAqe&#10;Hy63+PbjT1+MpCEkRpCtyDpNgR+P9hf/AHj36NlUaTgf6v8AVTqxZVogNa/L/Vjr3tzizdK8UkVN&#10;Suzax9VHjPFhdhz/AI+3GlRVrWp60p880z173kapWOmjmkRwNTXWPSzfg8D/AHj3ZWVqhePHq5BG&#10;fP19K/6vtz173joshaVZ2inWIMSVe4PJ+gH+A5sPbLwnVVRjra0A1jBP8/t697VMe58bTqjLRTvI&#10;B+r0ux9IJuPacihoer6wD172xZDcjVLg0r1NKAxVtOlTci5Ckfj35kDrjj5dUaYjKgn/AFHr3tvT&#10;dOQgOv7+dmXhQ7M4FvqQPp70sYQEjJ/Z1t5WC4J697xVPbO4cfGI6RnLG/qdFIa4sA1uf8fb8ZYH&#10;V69NG4kC4697TC9sb28+pp1lTVqKyRXABFrFvza/t8SDhTprx5Ae0inpwNOve1Hjew87WsGemjSz&#10;i7hSEv8AW5b6jn6j34yIOJ6cExYaqHy697cqrftTRuGmjgDudZYF1ueCAb+9CVDgV/Z1fXQ0br3v&#10;qPsypZjpgWVbEEhiouPUAG/3gH22y6lOR0rimjaMawBnz+fmf8AHXved+xaOUADFziU+p5BKB43/&#10;ACAR9R/T2mRZACrGvpT/AAf6vXpO06eh697jT5yPNHxqs4t6rP8ARS1hxa309uKXWhBr9nVKmQfp&#10;5p/g8z+X8+ve2OvqMjiTrp5GkjvwwYaFJA9LD8f09qTrkjwM9NnWpLA1H7Ove2yDP7iqldo6xYlV&#10;i9i4QX/KhvyfbbmRBwr14PIy1BGOP+r/AC9e9zoNyV81Ppq6whFbUNTFhqB/sH839tMC/dxr1tZA&#10;4IJAr/q49e9zqWU5BDU1GcngdJP26dyYw/5D6T704cL20/Zn9vTiNq+Nv9Xl1736u3QuO0rJWTNG&#10;pt5I2PNvxcHk+0pL0ox/b1dpAlFY9e9qvAb7hDQQU9dUo0rLrWVzoUH6upb6f4+2CZ1J4Gn7DTp1&#10;ZEPapNfPr3tfy77gp/JDLWxTAqAX82pkI5Urb27AJHAJGk/tHTzSIqlRn/iuve0Nk+wqOOQlclGq&#10;llXSrLISR9FbRewHtWo8/wBvSJ56Cv8As9e9tFV2BSpG7RmmqnNyVRQGDf1Yn6/6/t9YRpq3E8M9&#10;UMyoK140wP5de9si9ksNTPQxaiy6fGDyLfTSP979thSmCSOrJdMtSp00697lnsvKzD9mijjViC0m&#10;g+kabBiH9+oVBVevG8lpQAmvDH7ft/Lr3tu/vxmzKoSqqIgD+CSlzyBp+nuvhqfl9nWxfTqSFqM/&#10;6uPn17280m6M1PIXeTW2gNqAILNf6Fb/AJ96FrGUJQUoa8eJ6dF3LImHJp/qp/sde9vFNuLOCYmW&#10;meeEKxZBA6sxP0vIBb/Yj259NXB/b/q49eM8jYJJ697j5GueslR5aTxlxbTqcuADb6D6n2ojjCVG&#10;D/g614zgEAmh4/Z173Ox1HFJPEKiJrW1AObKw/qSfd6UqR00CxapJz8/P1697VVdFSVFLNSpTwra&#10;MKrFVjRbC59Z/wAPfgxPTpkelB172l6fFRmZY2EUiIBrYOugqRwbj8+9U8qcfPpgAeWPn172oX2h&#10;hq1AKlWj0qL/AGsqqx45/wCR+/aqYJ49OBVJqfWvXvaYq+vdufc6UyeTiZrt+hGAH+pcj6e0gkaN&#10;zTP+r09OthACSpIr8/P5de9uKbFpqSLVQ5epkDIWPm0j1fWwP+t71qLZkzXqwUgEsa1+3r3ufiqN&#10;qByJZYpvxqcgaebDUW/P+I9vSBWTtFOvKzVoW697V9K0E+qJaumgnMbGMSOFAF7E6vp7SsVC93+r&#10;/L07qoPioajr3tszeC3D9q1RRZaguVtoSqQISOAbn8/4e31gNO2gBzw/n1uQ3CCiv172C+RXsvEP&#10;LN/GxGl/SsNXG4KnmxQfj3Yw+lCRwrjHp0mE92hDBuHpjHyp173wpd8dpuURs5Tx07enWKZGmva3&#10;pYD62908GEKPKnRjHuF2Ep4tB/P9vHjw697dq+XfTxI0u6a77iVQ6RNJ4lf+gCr/AF/HummECoHH&#10;H+r5dJ5LqfJDFq+Z697SjxdjxTAzVOYlWQ+hknkeMi1+dJ492BiPaFA/zf6vTpMZ7tsAcPTP+r7e&#10;ve1fgM/2ZRSCOjmrpCp/TNqax+pB8nFv9f24sFuw8QAVGP8AY6WwX86As2oHhX1P+z172qKvevcR&#10;UwCrq4V5OmJIi4AFgdS8jge2niiUkR0/4vpuW+vJDpBIHrxPXvfqPePb9OpYVGSMf6telZWuv1N/&#10;qOPxb3fwABUZqP2f4OmFuLqM1BJ9anr3vLVb87ak0g5GtQyE2VIdMnIIsB9fp9R7oCBgjI6cN5eB&#10;amn+r8uve2Vd29sUtSsj5WuKrYpraUuR/qSTxf8A3j2qNwqrVgeHVTc3IB1Z+zr3sQMF3Rv+gCR1&#10;1M1aqEjX5D5dX14W/wDT2m0eJhhX7eB/zfb08t5cAd3+ode9ril+Qu4KMh/4TWs/1u8soRfzcaeO&#10;fyL+7CziPkPXh6+teti+mHCv2Z697UVB8pc9G+mfDSTIW9DK0ga+q4Ba1h/sfac7ZB8RANPtJ/1D&#10;rY3CUCpH7P8ALXriVU/UD2pV+TmQlBEuMqKRjqIA/IP9oEm5/wAfd1gtVHdQk+WenTuDkVNf5f5O&#10;uhGgN7f7fkD/AFh7TVb8iq155TPToyKRbzx+WVi3IW6nj/X/AB/sfbgtoCKjH+ry6qNwmBByPz4n&#10;rna309tzfIatnuBDBSxgglmH6m/s6VuT/tvfkhgXg1f9Xr/q+XVf3hMzE+v+o0/1fZ17250/eBkh&#10;t/F4IpnAsDGBIL/qCM3H+39u+ChyRUjz+X5daG4SEk+f7f8AUeve0xVdt1ElXaozs7F5BykZuFP0&#10;DMOB/sP9f3cRpTCjqpumYA1NP2Z/Lr3uPnexpo6F5KaqqKkgWVzIbGQH6WX8f73wfevCjHACvVGn&#10;kYAgnr3sIqntfeCtIKaCUrqNiIXIHqsLyPYC/HtwDP8AsdJfqJA1Fr172kc52j2rWAx0tXNSIwsf&#10;AFWU2OmwZeRb63PvZz03JcXBOBTr3sMqnP8AZ9W7CqyFdURsbv5ql3dnY8HTf+l/bTx6hj+XTHiX&#10;JOSf8PXveCKbdKMplp6lrte4LMAQPqbEi3uyoU4HP5deLSnyP+f0697doc9uOm5inqIZeBrXVq+h&#10;sTza/u2kcaZ6sJJV8/t697fcbvLfMLMGzFb4yRqbyOGIAuBYfj6ge90HV0kuCKV697XWM31WRShM&#10;lHLWWFvNJIyM5+o5P+BPJ+nvVP4cfl094jDtbr3tbUm+MRWRuqTVNFIiXZPOQGNi1yT9f9YD208q&#10;gELk9PKyMPP9vXvbBU73k9Z/vIoUgaYoSpkFv0gsB+r+o91M3nQ9UMoHB+ve05NuHNVoEn8enqlB&#10;KqBOdQUE/qT/AAHtxCh7R9v/ABfr1TUx4tXr3tIZisz1U5R62reEG8dpHJK25sR+PenjJNR+XTbP&#10;NqWhpQ8R173nocVkV8dQK2vVtAJ0tJYE86Dfgf096ERJ7z1ern42P7f9X7evexo2ltDc2TiNfSPK&#10;0dMAZEkmKuU/1YW/193GlDRan88460ZpFanc3r+frXy697FFsZXPAkVRG6yoqi9xbkWJLD/bG/uw&#10;ag7fSvSqO5JAVSVPoeFfl/s9e9+jmNJE0aywx1K3jZWcALxYOpv+PdlceYr9nSkXCrhuI869e9oO&#10;uot1y1UlRHnDLCzECNZRIo/tAqR9PdSdX2dJHkmc/F9n5/6sde9vuNyGcoYSldPEQVIV55Fuyni5&#10;Isf949+62rSAaa/6v9XHr3tK57c4jFnyMd0NjHShXdf6Bvyfx9feiaA+Xz6bLkjJ0+vn/h697YIe&#10;xnpgFMsrqzj90wqllPA5/wCK+2HcuaDHV1elNRzTj6f8X172sKfdySQfcR5FJVdOYnIJU2/NuQb8&#10;391jlZDnh0+tzKFoOA697xVeRzUsKy0slRNEwDkxFXCM1iBY25Bvb2/4+dQIp1TxLlvhP7R173xp&#10;MnU3KVc9SsjIgDMChB/2lR+feluQRU/6vz6t40gq38qde98qiJ6uUNJlKuIIikhKhkVj9btbg+/N&#10;PTuWh/ydeZ5K6i3Dy+3r3uSn78bL/Fpl0qR5EnJdbGwIBNrj8+9Rzln0tgfIf6s9W8ZqUqMde98Z&#10;clhqem9eTNRIg0yF5VPJHLCx/wB49va6/wCqvWvqKrTj/h697b4c7iGcR6tOrkMWJDD6cEce2jPM&#10;vECvzH8+tC5YgeZ/ZTr3t2op8VUvZ1mltcelipP5/wBt7Za5eRSooPnTrXiCVdLcPQde9vUVJhRN&#10;pEAQst7ysSLn6Fb/ANPfhOwWh49VCqxoOPlny889e95K7D0dTA8cEMEMsi2El1BIAsDa/wBfdhcG&#10;vw1/ydXIPxDP8/8AB172FtXteugkcT11LHGCSXa4fnkAn2pWYFO3h59N+IwNcde9pueKOFzEKiOY&#10;AC8i8G45vz7caZUXJp/h/LqxkUiq/s/zf5uve09XbZrasNJHlY6cMhbxJOq8HnVz/h7a8ePVRcfP&#10;1/Ly6ZdmOFIB8/Xr3tC5Hac0SSGSueq8VrlXaQjUeCLc+3PEDcTngemRqBPiceve2inxTiSNJXqi&#10;hOk2Egsf6gH/AHn3YkLwOetll4Vr172Nm2tg0WUhRwqylI9YikbwuzL+oNq/qPz7bLkD0620ojj1&#10;OaV697jZZsNgqt6J8BNJLGADIEVoxzYBj+f8D78GbAJr1rxyBgfy697kUmTx0w0JgL6gCqrHb1Ac&#10;Hjn34PXKn7adOeKxz/sde99VAWRCVwYgmLARtoJNvzqJ90abQaHI+XWy7avUde9sL1filKGhnQpb&#10;WwXTH/T1E/S3vTXEatQnq/ilGppr1727/wAdoaaAPWY7IeBUCmqaBfH9eCGX6D/H3VLlG4f4etiZ&#10;gtWGOve47bx2+66RFVyagRojdVXUP0lb+1MU2odp/b1vx4mXGOve4h3HRLqcUkwQWtGJQb6vqWJ/&#10;3x938Q+ZH8uvCRCNVeve29Nw46R/XhJ2bUbOZtasQTcsi/8AFfexKo4kftHWvFWuOve3Bt1ihRp6&#10;TbMkjBbi0KkOTwtr+9+MnqP29bMyLihP+r/Vx697R9VvPMVTSStgpUJBLI8DKVUHgWX8f4+76xj5&#10;8OmzK9KheP2f6h172xDemfLOsWIhiv8AoLQkm44Fwf8Ae/ftY4cOqmaQHh172yZDN7uqZGBURoR9&#10;UUA882P+t78GHA9UYztnr3uJTrueRzYEhhyJBxYnkk/4e9as0/Z1QGWvEH8+ve1JDT5aGMSVLNId&#10;NtEY+h+pt/h/T3otQ9O93r173n1VMygGKQL/AGh/ifqD/X3vWOr5rSnXvc2kpKqZXjjaONHVdRZT&#10;bTq/oP8AHi/vReg68CPMgde9ukWEqeQzQupAuwJH4/C/4e6+IePDqwA41H7eve8owpicsfWf9Sou&#10;qqfoPV79rI4569QeR6975NiVktqKhRb6Lzci4Fh7sGYioA63oJz69e98apKKCMRVE8fpCn1Muq/9&#10;Of6f4+6gkfDn+fVag1zw697ZzWY+JhplhYagL6uWIN7j/efftTEcevVWla9e94qrIwvKZ4AFiBVd&#10;I55HNz/r+7Bm9K9VJzj+fXveF8okgNo1U3B4IFrcE/7H37XTiOvEgde941nEy6RMsfPqAZQbH+n5&#10;H5596qzGox1uo697xPi6mo1NTyoZebDUSGH+pUj/AGHvRlVAS5oB/q/n02SAcN172wZLa28AFeGH&#10;0yCw9AC8fUqW9sG4QZB6afWMg0H2de9tL7T3tAUarpprONajQoDW5Lf7b/evdfqE8jnpkiemR/q/&#10;y9e9u8W1dzaBKmOndbAEqobm1yPT9T/Qe/C5VTU/4enV8YDK6h+zr3vA+LyifroJDKtrq0bBhbi2&#10;k/4+/G6Uk6RXrRkYZ0U/P/L173m/hddJGWaneKx9RYBSLC/+8e/fUDzFP2da8Q/w9e9scktDGzU8&#10;0o8isdVgCRp4Ycf7z7cWdThW6r48RrXFPPr3vqP7CwKp5UDXDJ6m4/2kc/6/uwIOa5PVleBh6H7D&#10;1725gRJ6lDFSSQCBwD/Zt9Rx7uWZePTlQOPXvc+OqjX06PV+DY2P+P8AxHvYkUnqwIHcCDTr3vnL&#10;VBV1KjcsOSCF+v1t714nHrWpSK1697TdZkGL+qKcc3IVDZgP6f4ki/vRkI8x1RpI0GonHXvbX9xN&#10;JaQU9QTc86WUfWxsD/t/dPFWuW6r48daD/B1732+Qmj5aiqSL/q0HSLcNc+9GYVpXrbShTQilOPy&#10;697cKOrmqdFoiq3BAcAN/Wxt/re9iZP4sn5deEqHr3tzZEEYOoCw5/ABtx9P6+9GVPWtOts4UVAr&#10;Xr3trMasfT/Tkn6kkXFvdxLpAqcHHr1TXEQGOK9e9xnMKkhlAfkqdP0F72ufyfp7YeWnavn0y7iu&#10;lMA/z697zwQ2sRc2P0+lrH63+v8AsPdFfOcU6ZKqF1Dz697EaKix2Uwsk1VKkVZSqBGSwDyqR+m3&#10;5sfboxQn/iun6BkFMfPr3tFTYtQ2n08gOST/AEFgo93WTScjrayMBoOaef8An697iRUMfnUWswJH&#10;0+v9P+J9uI2O0/l08gjfz/b172pIaESIt2AI4ANifpxz/j7uGHn0+ErkHHXvbsuKpoKSV3VTNJYI&#10;3BCxj9Tc/wCw49+1KP8AVx6sFUfEePXvbP8AwimdyXCqhBJPF25+tv8AD6W97rTpooDk8eve22so&#10;6VNaxRauDpc/0+lwR/vXvWvFf5deKAeXXvaZq6RWJIa1rIAv+A5uT/vfvwk9R0w1FJBPXvcErp0q&#10;EBKgjkNY8/k+9NJiqkD/ADdVJFK1p173m+4qlQCKmLMBwiKxYgDixH49sGRa0r9vTfjaT2ivXvc2&#10;k/jU4tHjpmJ+qsjCykfg/wC9H3sSkCo4f6v8nW1nlfAXr3vO1BnkIEmHMYYi2s6Bqv8AXn/b+6rL&#10;G+f9VPXq/iM3xJT51697UmMx8+iNpqCUE3B8aGQA/VvUP8fey4r2f6h17xDSiggev+rh172+1OCv&#10;TmSBG1LZmTSdXPP5596BINerVlDVqTX14fs697ZVx03AWNi5IuSLG35uD9D7ureVadXSRWw2D/Lr&#10;3uQ+DqZ4tBjZWLfUn8jn6j/e/fmYDLHq7MgHHj1721ttWtDFTHKw1cMG1Lb/ABJNuP6e9+LwzWnT&#10;HA8K+vXvbbPtivVyTHKACRqQGRQL2/s/S/tozoTk9VJbVhTTr3vgu2ak2RnK3+gkDIh/obv9Db20&#10;Z1BxkfLpvTKfOhJ697krsirceVZYV+qqf1cj6jUvvwmBIHHqpt5JDk4PXvfIbJuUVqhQ17Ekcajw&#10;bXH0/pf3tZVbCmnWvANaV697dD11pgEr1EWgcXSZSbj6ggfT3ppCDQZ6ubYaaucH+XXvc6i2AKhk&#10;ipalppDzoB1cfXTe/vyygGpx1dLc11KaEf4Ove8r7OWF/wBwTgoxBBRlAYf1v7eEhK/Lq5MgFGNe&#10;ve2xafFxyNHUS1MRQlSYovIh5/SP8D72G9T1aOWOuhsenXveZafEkiSKdGRSPRMrBuDx9Pp/r+9+&#10;KpFa9OeJEMg1/Lr3tQw42neEPCso5AUryun+mr/ivvYcVoD04rxNg1H5de94zjapSQgkGk6g9lIt&#10;9Rx/j7sSRxPVjpBoTgde9z48U1RTS+WNlkjXUp06TwOf9j71rI8+t/pnHDr3tJ5XHtSY+qr0ditL&#10;TTTNE49R8Slitx9b/wCHvzSDSTXI4DpmRo1iLA1IzT5evXvZY63L5LISvNUVdQ5a9kEjrGik3VER&#10;eLW9lRaRz0RNI7Ekk9e9wBLMFsXe3N7u3NvVyPdSCONeqVrx6976ubA/VSbi55Bvzf3da1A8uvCg&#10;697yrwVIAJ4sD9BcWvcf0929a4z/AKqdbHw0697coYLFGYlmP+1adQHJBb/iPaiNcFj9n5/6vPpO&#10;0oI00x8+ve3Ea7ppUeJg5RbgsGX08k/7z7o+kED506SMEAOcj+f+r0697ymRNIjYXZlJtcWAH5H9&#10;Lf4+9sQxovD/AFcfl03p7sHHz/y9e9xppboQWNlCqqoosT+QT/X3osKA1z5f7PV40OrUDn/VQ/Z1&#10;73AdKkDWQFsR9PUwFrg6fbTDxBqpU/sHSoGFjQcT+yvXvYgdd7FzfYW6tubS29jqjI53ceWosTiq&#10;ClRpJ6yurZlp4ERIxe129TW4FyeB7XbZt025Xkdnb98krBFA46mNFH+fom3/AHmx5c2q53jcJRHB&#10;bRl5GJ+EKCT/ACHXCSRIkeSQhUjVndj9FVRqZj/sPYnfLvr3J9Hdv5zoirrBMOs4sXjMhFAoSkbc&#10;NbiocjnJFCgeTTNKYRI36glxwfZxzjtUvL29zcvy8bWit/pyoZvtyaV+XRD7bcxWnOvK8HOFqCUv&#10;dTIx4+GGIX7KgV/PqPQ1keQpIKyEHw1MYmhJ+rROT43t+NS2ax5F7Hn2VjVxa3Fwf9t7CpY0p1IH&#10;Uv34c3+g+nP+8e9V69173z0Ec2/x5FuD7uUIUk9WI/Z173su/wAmL4f9bZfZw+Vm/t3UdHido5LN&#10;tltv11NDC0TYKIVVPUzZGZtK0xS8rAC5II95v/d05C22Dl9Pcm5n/UR5VKMo0RiMD9R3J4UNQABU&#10;jJ65bffM93uZH50HtFs9oziVIirqx/UMtRp0jiwOOkfvLKZOix32mGgaTJ5JhSU0+lnjpDK4iepZ&#10;U5JTVdR9L/Xge6nO0/mh2BD80ewu/tgbsyWSwsvYmZbC4Xcchye2c5seGvajp9u5fASk00uPqaVN&#10;Bh0cKwIIcX9438x+4O5S+5d7zbtUhkV7l2RJu+N4tRGiRD2tGyihX06zc5R9r9ti9oNv5L3OBbeb&#10;6OMSPD2SRzlATIrgBtaN5+ZFD06phonwkOIqZJNSUUNO9XTO0NStSkQRq2CdfUsuseQP9b/X3Ybt&#10;74+fHf595PcFd8a8ti/j/wBmZ7ZlVuXePVG65cbSbYyO5gwE219h5iplhWpiqnK1FCtSQ8VzHZiq&#10;n3ID8pcte4kkl/ykybZcSR+JNbOezxiaFIaf6GxNVJH6YwcDqC5vcnmf2Nskj90Fl3e1huVitbuB&#10;C8nhMaeJcoASpQYYqKNxxnpKVu4crsbE0km5aesz9GmYpsVLnMTST1NTS4meILBms5j6ZXfUjgJU&#10;GnQjkOFAv7rl7W+L9b8YM1NTfIqSoxmdpayqK7EpfFHns+1O5NJFTxED7ajkGkzVbCwX0xBmsfcT&#10;bnyTdcqXWrm1jCyN/YD+0kzgjyCtx1cKcKjrIDlf3Osfcm2EvIR8aBhm4NfCQE5qfNv4V41446Xt&#10;JWUtfTQ1lFUQ1dJUIJIKinkWWKVD+UdLg/0/1+D7dfiv8ljQ/Inril3Ts/ZI6tzW58Jt/L7KpcJS&#10;0GGpMZWVK0VPUSVca+d3jLhpp5XLPyT+PZzyRzzLtHNlpJJBEbJplDW+kBCrHTQniTTifM56KvdX&#10;20XeuQNxSwu513KOGSSK4LsWDBSfh+EL6KBjrnUNop531NHoikfWqh2TShOpVPBI/p+fdsn83T4c&#10;7V6h3xs3KdOY3E1VRuZ6Ogyuz8LlKbIZHC5fNiM0mMpY4iZZIpNStCHXUoP+pI9zP7/e3O2yiz3f&#10;leBYmuGaOSBT+p4gK6GVPiCmvDhWtMU6w7+5377bvvkG5cuc/wA0oSwBeO4kXSpRMMdRxVaZqflx&#10;6RfXO7k3xtPH7lhSpWmrnqVpZauilxtRU09PO0CVM1DMAY2YqbgcfkcW90l7t2tk9hbnrNpb+xFV&#10;t/PYqVYq3D18fjrKZ2AdPuVBK6lHI5vY/T3i5u2x7py9fPt25QNFMmHRhlcemSCQeHXQjaN/sOY9&#10;qj3nlyVbq1kB0zIQVNMEoeJ9KZpw6XQIIuOQfaPyG30kqHrsfMHhR28pcExIg5IcqDz9NJ9lI8N6&#10;K3bgA44jy/y16Mo7lWTw5RRqcT8vPPDr3uFgcNJLLPWTixWCf9mosbKCCskX9ePof6+7CZE7j25F&#10;T69OXNw0UehWKk0yDin+EHHDz6976bZMCZCnWoURPNJGyan1SVCzkeM6Bx+efbrsKhzUY8/8NPKm&#10;fy6tFuTBS65pX8v+K697NlP/AAEbGxVHLT0cIwYlljzD+JKgmgiYpDE8wAkXyH1KL88fT2rkuWeN&#10;TGrdprUedPKvmf5U6Bi3cy7q8yMX1k1QVxU0+3zrnh172WoSeLE0ddSwy7txdRkKybNYOV5TQQzQ&#10;LYVTmH1xOQdSv9LC3I9uKWEXjMAwZqsta0/Mefy6FchNzc+E1IHVQFfzNa4+ZOcenXvbDkus3zWI&#10;rN1bYyEWSxlHHSSZammWOhrsVVVq+ijSCVyZgWuEeMWsBqt7eaze4tGu4CHVTRhUArXgB5n0qKj1&#10;6TJv30Vwu37jGY2eoV+IennjK/n54697DSoozimlpquJ4KtP1ISA8Z/UFYg2BIPPtOjqoKsM0A4c&#10;PtHRuZTchXSjLQV+fHy697y0cLVQjhDWMk1luONV/qp/oB/xHtxA0iq3DUaf6v8AVw6q0ixv45Fc&#10;H9nD9vXvY5Y3Deahio53IjEKRRWUGx1ane39Rxb2oYFNUfEU/ZT06KDcfqNOgNSSfsH+rj172i87&#10;SrRyvQFeANRfUCNMZL6SR/jzx7RyuFXw0Hz/AD/1f5OjSKXxqTNwI4Dj6V/4rr3tNpKJ9as1yTpR&#10;rkG319VubcW9pR3NRfsz5V6UKrgEqMHieI+0f4P8HXvbVVxmSbwOxPLa9PLXB9KC3+8e6kkjQAMc&#10;fs4Z/wBWB0uQnwiUXFBUfyrnr3vkirRqrDSxjjDzqxuFQ39Df4ni/tREUi4nC0B+Y+XTMqtKNOBm&#10;nH5cR172lqqczOxWwR3ZxGgtoBP0/wBYe00z6iXGNX7OnggXh5efmfUn7eve+g88KKrFtF9SxOza&#10;VLcatB4ubfW3vyyPHRD8JzQ8K9e0g91BX1pn7K/4Ove1dRbLrarGRZqeVYaOZwizNdjIznhEUc3v&#10;wLD8j2Z2+yTXEAui6iNvnkmvCnRPPvEEF01lHQuq1pX0/L/UOve3DO7do9uhKOUs1eYlmnR/90CZ&#10;A6xkH+1a1x7U3VjBt8RSc0kXJyMH+H5kevDy6Q2W53e5EzEaELFR5ZBzX/P+XXvaEVRJMbeq5HpF&#10;/pcW59kjPqkAoRU8ePkeHQjclUoTT/B9nXvZw/iltfJ1nYdDlRCBQYyCryVZISQsEENOxBkI+nJH&#10;PsUctiaC5MoJKKrM2KgYwT+dKDNeon9yN0sYdglgmNS2MDjiufspw889e9/RB+M+FqsT8eOlaXIx&#10;NSZaDq/aaz+ULLPTvPiY6jxeQ/6nUPTe3vNnluySflbb9wV/p5zaoA2nuXUK0Hnxp2cPl18ZHvzu&#10;Nvfe8/M1zZt4lvJuVyyUJ0svisAaeVR+Y66VgwuPwSP9iDY29j6gYRsWbS/6bsurWQBZyBa2o/UD&#10;2OYfqUtiJAA4wGIrq8g7KtKajkgcOoi7PiBp8s1+zPXftuakqlrTMrIadhdxqbUCBbSq/T/Y/wCw&#10;9g6Xl3e4+ZTuNu6NbSZZSxDY/CBSnkKHy4HpR4sX0vhsp1D9n21697melV1FGATlgBc8/U2H19iW&#10;trBb+MYWTwzVtI1Gp44GWzxpnpJ3M2nieve+Dai+vUBEAbKB9Sfox9ppRNJc/VBwsCBuwDiSBRm+&#10;z08j1vtC6aVPr173zRkbjUpYHkA3K/4n2ptZrWUBC6mRTWgoSvzoeqFWXNMHr3vOzKbK9mUkhlNi&#10;GU/UaT/xPszleMKI5aNqxTiCPsPEdWDnUDUmh697D/N4Wo23JV7h288KYrxfc12CMckpSoab/K6p&#10;GXnQI+Qqjg/T3B/NPK24crXM3MfLekW6DXJAFJ4nvYLnsAOqg+HiMdDuG7sN7hhs7qviMdKuXGpA&#10;FoqtUZq34ieBoesas9yrA3vww4Uj3LWupcpSJNSU6z00sUdQtTrupDrf0j+v+Df7b2UXG42G7WOm&#10;0tA6lQ7SluB8wF+Z/i/IdEjWs9hcGK4fS6krpp8/P/Y6ye+FPKYHWQszRqLJGW0QqfpcgfX/AFva&#10;DbLp7NkuA5aNfhjJpGD8/XHEHj5dbmRZFKUox4mlT172oRKkyj9I4FmNrFzwQqn+g9yYdxt9yhAj&#10;0q9Ac4Gs4IRfl+zz6KTE0LGtf9j59e94oJjqcBSbFQdX10gW0+0G1X6iZxGpNCAdQyRwpgU48PX7&#10;c9XljwKny697cI3gk16V0lQFYW4H9Lkfn2NbG72i8SUJGYmjGl6cAePEfi8/XyJ6RusiU1ZB4de9&#10;8ZoIp1Hp/c0+mQjUqEHi490v9psd1jVChWbT2yadSqFOPlXz0jj1ZJXiOOHmOFeve+o4TTIWYeVh&#10;6hoXlwfqApPHPulrti7JbmWek7CjAovc44MtK8TxpUL1Z5PGfSuB8zgf6vz697yrIrx6106eQ6Hl&#10;rg8obfkfn2vS+trqxa4tymgmjpkkmtGU0yWX5Clfl02YyrUPHy+fz697T8uMSKvM0JLGoa1RrCsk&#10;8TJZYZgv1Ef9j+nPuM9x2VLHf2FifFS4I8TWAysjDCMBns4pwock9HEd672nhyimgdtMFSDlh8z+&#10;LjXr3v1bCppZYaZo6SSVJUgmeMNGs4TTGzQN6nAP1A+o9t7lZ2iWLxxKIS5Ko2nDOBw0HvannQUN&#10;eJ69bSt9Qsk9ZFUjUK501zngK+Xn173D2rSw0OOjoaLHUGPhx6/aNS4unhpcek9zNPLT08IVEVnZ&#10;nKqOGJJ5975HW4EDyWdqkTW1IWEYGjXx1kcAOJK8Acnp/fp5bu8a5uZ5Jmm79UrF5CvBQzGpYgAK&#10;CfICmOvf77/fW9qwKGHkWxEiXLXDR3+l1H0P+9e5PS3WYi5hAXxU7mwyVrQ6RwJ889vRAxK9jeXl&#10;wPXQN/8AYG3tN5OplxZ+8kp4JESVIkKgmZ9dgCo+p/xX/D3F3MU+48u337xnt4WVHCJnucEcaVrT&#10;1TAB4dHNhBHfD6dHYEip/hFP9XHrv20DIWZ52eKKN5bRj6a3ka5Uk/W59ggbvI8kl4CkSlyVAxUk&#10;5Gf9Q6MDadoiUFiBn5Af5uve+FdTtkFVZWeSLyAPGDoS451PflrHiw9s7hbTbstZ2aSMmrCoA9as&#10;DlgDg0/Z1e1lFoS0Yo1MHifsHp1729YtKOlTxSuF8aFYIx+u7CxZj/qfxc+xfyuuz7cjDcDQhaRq&#10;MGp/Fxpp8s/kOi+8aadjIAe7ifLHDj/k697ZJMe6zCQcRwAinpjM328fqP7gB/PNwfx7CNzt16tw&#10;bjiq4RSx0rk+tQDTOeHRgl6rR6PNviancccPs69751PkTSYx4ydJYhrrxwf9cf7z7Tbj46ENCdHA&#10;mh4Eefzr58c9Vg0Nhs+lePXvfEEPKt1SxXU1uAT/AGlb+gP1917Z511KCCKsB9uQScAefrXreUQ5&#10;Nfn/AJOve+lp44vIkcZSPVdLvqUg8n6/j3VbOKAyRwroSvb3VrXPnwA4f4OrNM76Wc1NM469746T&#10;rW4XT+oFeDqvY/X6+60JdRjTx7cZ86A/6jmvWiaqacfn173PVDFcklQV9LfVbDlgw9ncEL2waRm0&#10;hlGkngfUEf5ukpcPjj6j/B173yeQGVUivN6FZiSTEGYalAY8WP4tf2onkAnVIf1QFBYklkrQEDPA&#10;HgtK068q0j1Sducevzr9nXveWmm1OsLeOJiUYo7KDYtyy/1twL+1u03iySR2M2mKrCqtTVk0JXGa&#10;eZ6bmj0qZRVuOQP8PoT1736vlgopEczw00/kSngqpacSmenkcExpPACUTVbUSQo4J9mW6tHttw0S&#10;3K27LIAkjrUSocVV0B0gEkMxwMdbtFmukKhS6ULMoamlgOOlj3GnClSeHXvfWaFVkMVLT0VdR01X&#10;P4ZMbWVIE9HT1oP7TyaCPKj/AI+ntbus0m87cu2i5jBZkkid2AjSRcZk4yo4HaxCkHBPW9t8Czvx&#10;NcxO8a1EiL2uyEZArXSw/Pr3vNtiFMaK1qKtL/fVEktdVRVEqSHIzIqzrjy/MYYL/m0NgPxz7Wcl&#10;QIiXH08qywzMfEcMysZyAdMJfIJoToUkDtNOn7/cr1Zo5UUxPEoWOiioiqaaiOJNaFiKkEitOscs&#10;UcyFJUWSM2JRwGQ2NwSp/p9R7M/g85SyYqnq6gLj6QRhYjVN4WkSJPXKFlCsouDcEX/PsRXMAklM&#10;luTJqGonSRQHyIPDHrSnn1kpyzzHbjZopt0UWUaAIviOtX0rQsvA8QajJJyK9Vh979MZnKbtyi7T&#10;FfvLdFfNU19ZLSRTQQYxK2cmjx2Qk5jmfQVSGzLpVfUw49vmJ3Fg83EXxmRpatFZ1fxyKXXQxUll&#10;PIvYkG3I59lS0kUywsHUGlVIIrUimPsP2+VR0NNq5j2Pd0/xKdWOaqe1seelqGhGa+nGnRJOy/j7&#10;3b1zUPV5jaWVqY3gpKqHMYhDk6M1dQg/yZftSbSx3EbIwAuSAW+vt8WNbWAuDze9xzx9fddZJ6Pl&#10;gRB2cD+fReqreWWqZXnrzNSVNGkiPSzwPRl/CNM3+TOLE6h/t7/09x5oAL6Bc/1tx9fbqSevSK6t&#10;FUEx5P8As9CxsPs+oqjFSZWZ46RUST7OOYo6S6SA0Y+pLW4Uce4/ie305/1/bgcV49IfppaUA6FM&#10;74xP3XlkyNoVjESUrs6l7R3azc2uw/P+8X98livwRc/Tn/H6j3pnoK8OnUtjjUOHTHld+NTF1pcg&#10;KSGpkFQkNNJKtgeYmVludV/0qT+o39ofL5B8Vm6OWoip4cXI8FH92q1E08lZWTLT01IaaBWCqxa5&#10;nchVtzb6+zFJI/pNDaizED1oxIC4oTQ1NfJaZNDUR3u0lzZczx3LLFHbL2lqNqfUpJGCFWhAox48&#10;FBIobCerIH3l0RNio6/K5bcuVp562KknqaMR4+qx82sVEM848khijF2pAWLfS6h7iFuHZUG5qARV&#10;9XVVFRDkDkKaqppY6GqWNZvNT0gqKcABUH7Ye2or9SSb+0MUQ8A2N5I7JrDhgSroQ+tdJWhoPh+a&#10;4PV+YOW4t8T62EAzJqoKgiRGWmhy1VpXg1KinXtgdyUnWmSgwNZSHE7dNBSYmeGWiqlpKbO093qM&#10;tjseSZ7VZOqeFGC6zrAAFvYQnEZaDKzrm8vKiPXTtR4iio1lo3pmCrGtWEUvLIAP869lBt+fZ3b2&#10;m4vdrud9eEoXdUhRVEZjb4RLVSWbSPiJAWoAyMwHd2zQSvtBiaGRAHZhqkJZeJjAIoOHlmhJ44Pj&#10;SZCjraGlylE0U9PUwxPBNIywgxzC8Zu3A4NtP1/Htn7N2NttKXH5LK4qsqaR6L7AWoYsgkFVkR9t&#10;TzJQaH+4n9VlLjRGLsxsD7KN8sNrvS19fRs/go8f6S6mGvSit4YB8RqsAurtXLtgHoTPZ7jy8tsd&#10;paSAXOiRmkbQtFrIyeLqBFVUswXJoEWpI6YtsbtpNw1meoIqrHy1mFyE1JNT0tSJalVjCqJqmnHq&#10;iUk6U1H1WJH0Puh/5O/yydub0qN2796/p4etc1T5CuNFgBWQZvAb2o0QvRZKmqUMP2uSqTd6uijV&#10;kha+ksPePfMXt8rC5v7Vlt1jY+GurXFKtOwiUtiY5M0IBCH4SRTrq592D+8z5x9rk27krmwtzJtJ&#10;RavIGgurBiaPGTR/Ft4xQRSsR4g4helkl9I1W1ADVpvp1W503/H9PdN3ZHSvYXS1bLj997MrsQI5&#10;BFHk5IWnxtS1yFanrkGn1fVQ2kn+nuG9wsbyybRcr4TDyNaE+lfPz67teyH3tPaD3sgjXk3c1a6Z&#10;CzW70SbyqNNSG01oaV65ewr/AIvTvbkkg6TZAVW310j8/X2W65K0elRmlTn/AFU4dZYw7pbSoDwI&#10;4YOf2fZjHXveA5zGLqaXyqQSQ3juLfUFSP68/j26H1KCaVPGnD9nRgu4QlAhPkMigPHNP9nr3vNT&#10;7gws7tGs2hi3AkSy/TVbV7qWQkCvDpF9bA0o0sCa4/zGmAf5de99VVVSpdzV0yIrHQPMtmsA1gCf&#10;6g+3kkULTTx4+p8ujOG7gjjKsoJPH7P9Xp1721zZuhiterjMhBsNVjcggKf+I92WYgsBTP8AxX+r&#10;59Fl3eoAwBAJ8h6elBw+0/Z173ifOoB/wOibgLw68L9Sb3/r7pwwOiIXOnzGM+n+z1721f3ohhmC&#10;mtSxAJOsG/55/wCNH2sinp28PL/V8+jiw3Uo4Hn+deNB8j8/5de9vw3xTQlQchEykAqvnU3IH0ZS&#10;fbMkKk1xQftHl+dOH5dHz7xCsZaoqPL0rxPzpwNeve3ml3RFUxF9YlQkqCkodV5+hA/3j20bYHtQ&#10;1JzTh0iTcRP+ksnGp9PmePXvclclAPUAzkkgBr3LE/Q/j+l/ehq04FcU9Cf9X+x0/JfDCOQMAeRJ&#10;pniPXr3uSmSp6hVj8DoyXHpOq9xYD/Yc+96JUY6QKEZGB86/LqsN0sbUQ1B+LyqP8I6976ZUdmKB&#10;gQfVq+hP9SP6+7hnWmSpA/1D7KdL1uYtK1xUYqCQflXgR173wePSgK/lbjTf6X+v+3Pt+CQOKP8A&#10;CCadJDIhYhcLXgfLhQfZ173w8UhACX/Lf0Bvxyf9v7UtoQkk0603hINRNOve8UkjQqoJ9X04/Df0&#10;AP49tKythei2SaPVjA4+deve8v3BK2Nlt9SeB/gGvf8AH497ZkrRjj/Vw6dhktzVJMg/bX/Y697m&#10;U7QM2o+JlYi1lX8CxB/1/acyMForV/1eQ6TXBQkIgypzmhp8j6de9uMiQsq2pYARf9wRqD/rX/4j&#10;3uPTqPECnrXy63bx2zNrk4fI19Tkfn/l697iSUNFKCstNG6+o/p+pP49vVQHUD/sdKjb27nWDnr3&#10;vlHQ46HQIcfACgIJeJXIJH1seOB72WTzYdXWzgQUND+XXveCox2PmKrLiqSQDnV4k1AX+v04v9SP&#10;bQmirxFT6Z/zeXTQtrZhmlfX7P8AJ1722HCY0P6cXSDV/tKc34Itbj/ED37xoqirfyP8/wDJ1420&#10;NRgfI0697yrtukqG9WOpYgT6WjCq9l45f+v9R7qZ0XCVr9nTT28IYlFqT6YHz/2Ove8i7Ppm/wA3&#10;TwIRwCXI1EGx/wB4/r7utxFwavTyQWqjT6ccV/n59e9512Ze7q0N7LwrFha9gOOPdGuFDUQ0FPTp&#10;LLar4n6YIFKn0r8v6PXveQ7LZAGIuFUlh/tJPNvbH1IyCePTAiQEo7gt5U4ft86de9xpts0JRleG&#10;PUbetbAkkcWI/wB7HuyzGoJPD8+nPpgxDEiny/2Ove2CfbdPADJSzSpOpOgs6m4P6lt9f9j7uZ6i&#10;op+X+rHSKaq9qnOfyHlU/P8Al1722KubpJABUeSJQSFZI5CBbVwB7qZR59IaycKk/wCDHr1724x5&#10;WqKAPR0rNb1eVCbseQTpt7qXby4db8ShqTj7Ove3SnysfP3FNJpKgaaRmv8AThR/sf8AH3oMR1bW&#10;DkivXvb3T5bGzNfx5ClPpBaaJWRSBYE6fz7dSUDtY4/n0oS4pRTkfz697f1mxs0CvTZlFnAN4JYX&#10;iN/wAeQb+29bajIRQ8P9Q8+nluAh1IaN618vkOHXveWnlYskU3hnFr6rarX/ALJ/w928Zi2rp83+&#10;vJApT5D8yR173KrcPjmVHah8Qa41RAgFm5vY/k+7fUMBQDqlRTA/zde9p2rwNE6t9u5QsPTrewB/&#10;4N9T7cjlLHuxTrYXxO4DhX8uve0zPt6uXiNCwBazKW0so+hIPH193BOqoI/aOmmiBHkfP8+ve4ku&#10;3amZQs9KDf8A1Vvqf9S39f6e6ySUFKknpiaNVpQZ/wBin7Ove4E2x6qRAaOONGUHWjSabkfkA/X2&#10;x4tB59JPBDYGBx4Zr9vXvcF9p5KBdbxqQR+lDcAj6k3/AMPx7srgmn+HrXhMBXr3vitE0ZF43XSq&#10;6uCLEH9XP+9+7qtRXpQsDkamx/Pr3tRY1GCmRdaFR+qx9XPJ/wBh7u0mghelBfw6KBx4de9xqvcV&#10;TjZGLRmVAWIa17j/AAt/vPvYlHn1X6pQc4697jQbijyLcwFWuLEKSD+Sf9t720i8OPTyOsoLLSg+&#10;fXvecyYypdRJSK0iMAJBZXe/9R/S3tjx5DUVofs4DrUbI5ZGIX7eve1HjJKKkbTTyGFXFmVgNJU/&#10;2WQ3+nttjravD/P1VY1lYhOI/mf8nXvc+px2LqD5lpooqgE/uIosbi93/wCN+/awooR1sxxqKKvd&#10;58D/AKv59e9puvxtXJ6lOrTwnqvpsLjkf7x7cRl1VFR02LdJCV1GvGhx+z/N173jxpy1DMQEeRQG&#10;BFtdifpdV+h/ofbjMKUqf9X+Xqwt2JBQHOR+X+rh172/5CDK5CANDRVEMjAD0LpAA/AF/qRcn20s&#10;h8mNP8n2cetfRyE6jjh5Hh/qx172nRQ5ulZg0FRYEX13+l/xb/D2rSVQtW4eXXhaMiBqNpB/nnOf&#10;5de9yo8i6DxtIRKL6gy8hfp/vvz7cVgRT16bRCgpT4vzJzkccfb173lkzMCAa4kd7m7ACzX/ANcf&#10;j+nti4IY9o4fy/1f5OqMrINYGP8AB5f6v29e9s9flZ6siCnoLAcakNib8cD2yzaqasny6ThCp7R8&#10;Xlxp+XXvfVLjMlI1wtQl/wCyusck/i39OD7baRVyfn0pW1nPEEVx172sKHCZOIK4NQ6CxKsG+n1J&#10;91aYK3Gn2/6h0pjsrnLqwH2kj7f9jr3uTkoMi0dnaYKoJtpNlBXgG30/Jv7ul3Gy5Ir/AKv9X8+l&#10;DRSJHUkEjjmn+r0p172jXoGq5HhNV4DcFNeqzC35v/T+lvd/HBWv7emhCZlJXNP218/+L697l0e0&#10;Z2BeOtWTUBpBjYKB+Sp+oP0t7TNMqjuPDjw/4vrY2+PLFjX7a0697W2EotyYyTStaJKUhUmppSZo&#10;5FILEGF7j8W49pmvoV88f6vXp4WHcBG5/Ph/q9eve5mV2lDl2E/gpaCc2Z1pA6RuQeWER4BN7m3v&#10;Q3OBW7j/ACx9nHp7926aepHH+deve01U9c5aNC1JWwvf9GskNY/2vpaw/I9vpucTAHjQZ/1f4OqP&#10;YyV7R2+eM1/wde9sFRsjdPIWJagX9RSX6cAcH8+3f3hFpLA/yyD/AD8+qG0aoKmi0xjNfX8uve2e&#10;XbG6qZrilrUQ/QpZ1Nvobj/Wv9PevrYW7ajHqTw/1f4OqNbSjKsf5j7Ove+xTbhiI80dWGCqG8i2&#10;P15v/r/4+31ulpqBHrxz/sHp8Ncx0/FnjWn5/wCr0697yRrUpIxmgkB4te4PK8nn8D+n9PbwnQjR&#10;Xj6/P7elwvJVoHLBsjI414Z/y9e9yFeXRJJ9u4FwAND82cfQ/W3Nre6MsXaKjXn7PXPl8/t6UeIa&#10;6tWfWv8AqH+r0697/9TTdp93QU8YE6RzAA2jQEstxZV/oLDj206yEVU1P+r/ACZ6EYlVcSY49b/H&#10;t7xm8MbI3iOIheYklDNyGDAqb/7C/tmMyBquSB/qp1tZUJwM9e9qKj3FTyxzrW0OOoWEimA0h0Ao&#10;v6hIx+p/BHtWiuQS5qB1tipI1D8/9Xn6de9sGT3DRlgkU76I35ZbaTdr8f4D2ujRQA4FDTpiSWhp&#10;+37f84697xUmex5AMtZKfUG0k3B/1x/sPr7crivWhMtOve3qLOYTx3d5Aunhrqo9LcEFvr/j7RyA&#10;GQnp3UgNGOTwH+z17201O48AkvjhEspJ5k1DQrHluB9effqgDVT5DqrSx1wP8H+ry/n173wOVxtU&#10;hCMITqKnWQpNzcWH9L+9qRXUoB9CetmSNsg8Ove27z05OgBXe/LF0KKL8/X+o97ycnpgFaktx+Xm&#10;P89eve3ulrMbGgSqpRIBcKY9HJPpJJH9PdDp88dPeLGo78n/AFcOve8K+RKtWx0jmNj+5T6hpHq5&#10;Og/0/HvQBIAHVFDh1ZK6WOa+f2de9uuQoaFcM8shkqKuWcTKaoi8IC6TFG3+pP1920MTUDpx0ADC&#10;tfn172jI5IY3Ad4YxqIVQy34+n0P+w9vIgKkkZPSclK0Bxj+Xn173Jmy9FRjmaOUE/oGhiP7X5+n&#10;9PdzGhwR1syKPn1730c1RzofC5iZltZGIZgRdhcfT3UQoDUde8ZQQw697YZzW6SizVEkTPcIZGZT&#10;drfn28R6dNEN5E/8X173NhkmWn8bTRQqDa5BL/7En6f091YahQ9bGoNXHXveCOCuqyRHKGCH0gEc&#10;X/tWPP8Aj7YZNAHVlUkmmeve8xw1W4scgUlJW3qJU250/wCvb6e21JYmg/2etBGeor/q/wAnXvfV&#10;VtyQmIVVYXVQGGhjY88cf4/n26kVRnHy4/t6uVIoXPXvbrBQY6kEcjZIIeP2wpuAOGJf6G492EEO&#10;Kiv+rPV+2nc2f8PXveSrrttoHVp555LhXKMQCP8Aaiv1P+A9ttHpFV8/9X+x14tGTWv7OHXvcaki&#10;xlcxFFSxMSdPqIVrngE3/r/X3UVNaHryd7FlFAf5fPr3tVx7YxsCM9QHXUqsFiF3DW+g1cWPuruY&#10;wCKmv+Tj/wAV06LdCKk9e98YcRh5pSjNJDGtrNdVIBP6/V/vI9pTcSBjkf6uHVgIgaVA+Vc/s+fX&#10;veXJw4aBoxHVSmJlWFfCocsw4u1+P9c+6rJLXtP29WZUFB1724UGGxMkJlGURXf6pOFAQqP0gg8+&#10;1eSAWIH2H/Vn16aCJkA/t/1V697hSVVBjakiOrjlVbASRkcsODpt/vftVEpVKH161VF9Py697X+3&#10;N6UrLJFPLDpWMCItblx/qlPNvblOnFdTwz17281O46SSBmNJjqp1BRGEf7q3H1BPvQ63Xy697T+X&#10;z6ikQKI0mhjBiEYFxq/r/h/vPvfWq4697D6rzVfWOInqCFA4VWtYaeOB/tvfjwr00XFaA0697wUu&#10;4/spGimq7abBWDE/2eL/AO9e04kfNTw68rnhWvn/AJ+ve8dRumoqZJVgq59KoLGOQqGX6G596M8h&#10;HaKA9a8YsTpGP2de9w/v8lUatNXNTl0ASQzszC3BuL/7b3T9M5A61VmPaaf6vLr3uRTPm0XQmbeR&#10;TyQ7t6mP9WY/0/p7qdAOfLrWmWvH/V/q49e9yfusojD94Sso0tomLj68k8n/AHn2pjkr2n/UOr9w&#10;PqP29e99ybjlp+ZnbUl9IALfngFv6e7eGhOr04enWjL/ABf8VTga9e95oc42SiKLWvGGBIGtrD+t&#10;hfge74634uo1Jz8+ve4NRTZFiFWvSSI3VVaRgrg/X9XN/fs/Z1UI2aHr3vNNDVJi0RXKTwuPG8RD&#10;Agm4HH1/rc+6tGjeX86dXOpY9IPD/Lx697S7/wAe8yzzVtTUEOTaRtSqL8Ip/A9ttCo+Ef6vt6Yr&#10;IDnGPUnr3tV4/fWVxs0bVMrBUC2VnLpYcWJP1/PtkRMWIocdOCU6g1Sacc0oD8v83XvYh4XsXFVN&#10;RJHUTrD5PVqCkh2P1BYe341dQSaV8vlTp5Z0Y8a+VfX59e9q6LMYioLzw1kZFuUZ9Elj+BqI4/1v&#10;aJh3UNMn1p06JBqAGR6+g/y/Lr3uGc1T0aEw11yXNo1nRjc8epGI+ntdEpVQD15qVqP8PXvbHV1z&#10;V1VG8OXlgUA3Vpljcf1dDf8A2HtwgjGOmyW8jTr3uC1fXieSGWvNRTxxuxLSq8j8enw6frz9faN0&#10;0OWXraBtfybifs+Xz697gjNY6kijqJaxYZTqZ43Uuw9X0K/W/wDT2mE0nA/zFOndX4uB9Ove2V+w&#10;aSZ5dBr6iCNrMunQGKm3pH9LfQe9+K4po/z0+w9N6lGTX8+P2de98ouzMQwMEyVlEBcI4XyI9/rq&#10;B+h/ofdXlkrq/PrxmiNABT7fXr3tX4/dOLr44dE1HIquELVBCVAH+rj/AK3/AD7aeeRQKnPoBnPT&#10;qlG/P/V+zr3uVWJjmYMhinQ6Szea62JsDdOSRe1vdEunpQ+XnSv8ursgpk44Y697yePbSwKZYhKD&#10;cM8T6jFY/RbG9+PdjcuPiAJ9AKdUOin+Tr3tmLYCqeSjjMqSA645GQg2HF1Lcccce25dz0AAfs8+&#10;tBoh2A0Pp173NlxuIkRYqauCMoUujOGkY2/H9SL/AI492h3PUO406caGPhWv+riOve81JlMfiv8A&#10;JX11ipIdKtYPqt+A34/HtWbtGOCfLh0W3ELh6/EKCmT+3GOve+63MS1aSmaaCmppDeOlJjVFS1r6&#10;1H6uPbyXiU7/AC8/LpyAzOn6gpTFfX/V69e9p3+HskM7LLCwkDNCyzK5v+B/gB9Le3VuUP8AxfT2&#10;hhw697Qs1NlUnYmogCSPpCmQKPqSByfqPbni/LpgiXOQB173OFTX4yES1UxdDoF1XWoWxsbpf/W9&#10;+SVWwcHrwZlH6nnwp172212copVIjLeUg/7qP+tYf7f6+3CR1R3VvL8/z697Sz11QisRVyEKv7YT&#10;hipNh6vyefetS+vTIJr173No/wCJTuo1VL6jpLEllVSDyR+L/T2y8wUEjFOtoJGcHyPlx/1Dr3t9&#10;h23WvMPPkRTFhq45cJ9B6R/tufaRpqHA/P59KhAdVSePXveZNsUtPq801QwDGzXCrcmxf/X/AMPe&#10;0kkY1YY62YVVa8K+v+z5de9vUG36ehP3DZSjlpyNWoSaXVrEkst/wB7UwtUnHWkTTUk9e95abM4e&#10;OYD7mmqY0YnQzA35vx/sfbzOoqK5HVqj1HXva2XcuHNGTII6fxEHSrKI5Bex9X+PtG0zKanFf29X&#10;Vh5DyGT5jr3ufD2IuJgMlHVlDMmlUW+kAWCiT/ivuqz1ereXqD0w8TajIjZPlTh9nXvabqe2a55m&#10;LVoBIN9DMiKoXkG/1+v59uBzUNUGmft60BSQOTwPA9e9pqo3+1QziCtRJWa93cnSCPUST9b+762o&#10;DQZ/Lq5kCrWvl173GbcedcqkOUdUZl1SQyG4B4utuB/re9iYDDAft68rs2AK+fXvbtV7c3XWx/dU&#10;2dqat3iDmEyssgFgdKA8H3prpK0GadeaCTTUE/Z172k6bbGWmqSk086VCfuFqgSoXYNYqdXur3Kn&#10;icHrSROGOrz+fXvaiFDVY9U8whls1iBZlK3sSwN7n+ntM0orUD+fToj0/F1728GkpJlRqYyUc5AV&#10;miGqEtwVJH0/PPu3jRkVOSOvMlcr1721/wAWzVEaqnmralFRgqqraA9yAjqR7YmZnAIoT6cer1dU&#10;IPD5de9umCybRyyitmlQTEN5pJGcK6jVqJb/AA9pmnkXgKH/AFcerKaD1r172KOMzZaKVStNXJGl&#10;kl0fqS1vWT+f6H6e2JL0qdC/YelaAMS2D173Art5YSmiJbGwlyWU/b05RiVNmLX/AD/vfvcd9JXT&#10;wX5nptigHAZ4/b17224jcmCrJqlExlO7wrdo6imXkt9DqPFhfn2uW9dcMcH9vTfYa0/Ide9y56rG&#10;jyTRUtE5CFhSJIi/QarL9LH/AA9qUuGkWlc/tp8+miA51MOHXvbX/pAgo4nCYaPUByIxeQfggMRb&#10;3djqA9RjrQmAUDTT/V/h697aZ+xKirBCYtoPTYPIWDKPxxb3rRXINeq+LVqkU8q1/b172yNvOohc&#10;I9YoYniMOWlVvra17+3CFjcAGtetCQI2k48x8z8/t9eve+5crlat3klq2MTqrNzqIJ+g/wAB/h7o&#10;W1GvCnVa6xTjWp697ZIqlnkqo5qgAsNKEnQy3P6rH6/19tNOtMCv25z8utqvHP2f5+ve2aoxGQRl&#10;mNaaiN2JS8rKQt7CwBsf9b3eNg4FRSv7cefTTo+sBQKefr1731DPU0Mcoqo5bXbS9rh1Jutm/r7s&#10;wqaVp/h/b1U6tVMgn9nXvcykyK05WVnZAfVeoF/T+Tdv8f8AD2pjbBr5dXqQKnh5/wCo5z1727Lv&#10;3KU48FBC0oJ0K0cYZnFvSQbXIHuzNHSjHpt/DlFCOHAjy697wVFVXVjvUZk1UEgta6ASFLXBYH8c&#10;2HugmBNVFaef+r16dEdAC4pQYHp173Pocg1PKj0zzQakCxmojV4XA+urjj+twfelmFMjpyoqBXr3&#10;tR08eQyVQAa6CnLjS8izLpBP0CxsePZTeXOgkrk/s6URRiVsmlRxPD7P8vXvfPJbWyNFP/lMjVMb&#10;op8kToEIPN3B/r7QJcNKApGfl088LL2sQf8AL+fXvcGY1NIJaOmp6meMQa5IatA0R4vaJjwwI+vt&#10;THViT5dMMSO3y697SCZDCKXjr9pxpquRKsU0Y/PqDA2sP8PZjGToz5dJ2KKCWU/l1732uX2yxNO+&#10;PkQFVUSxwyaY2HKi7k3/ANe3uzHtJ4dVWSGQ6AKD/V+3r3vLJLjYUWanZWTVdQ8YVmK83H/E+02t&#10;60B6dGjTqXr3tw/vdjpInhagMalRd5GTSHUX1i1rf63txWlqCD9v+b5nqpkXRQ49T5/l172nqzc1&#10;EXtG1JHcC7K3LX4OoH/e/ayEMHrGaDprxFUdjUpw/wBnr3trGQilkMsKQT6ebK6an/wv9R7Vkt5m&#10;vTfiuRxr172111dknLeHHhCRfgKCAPpqB91q3nnpt5JG+LJHn173KpqrMxwk1OPiZGsBIrFGQWvZ&#10;re23JXPDq48Qr3Dr3t0hlrnv4ooGUrzrkPH9AP6+6CZTQU62jM2F697SWYj3a8rvjvt0UXHjh0sS&#10;T/gfdxM3nw68zTcQajhg/wCr/Y697S9Lm95Y2pK1ME2m9tMkV05PqH/E+6K1B3k19ekYeeI1Iyf9&#10;Xn172IWOr8vkQNMrUcmlQQVBAJP6hY+9NIy00kf6v9Welas7adHE8ft/yde9uNUM5QVEaVFTFNFK&#10;QodXtct/qh/r/W/trUQxNf8AB05+sG0ngfs697yySyoHE9TTlVIULA7LKSPqG/4r7c1ycVJAHHrz&#10;l+FT/m697hSUOAMLVNRkrswJaL6yKbcWBPPvwlkqCv8AsdaCxxgNqpXr3tEy/wAMjn1xyPJCr3Aa&#10;ysy/jhvr/X24zzg1HE+nSfWocmtaefAivXvc6LLbefUGo6otq06ySq6hzqsPdWllJr/LpzxlHGp+&#10;deve4NVJCS0iRBIQL83JKnnSGHPt5WlAqaUPWjLTCk/Pr3vDTLT1IJikfyazZb2C25Nz+f6e91zj&#10;poUJ4kfn173mros9SQGWiyJWMWLrFGwkHPJDf639PbTxljWvW2MgWin/AFDr3tnjy24A6ioyNZMo&#10;OoqXYgi9vp+PbJQgVpw9eqrLIDxqDxBr172/0+6K6OQNLVVdUF4MVSSylRxZW/w96UGtaU6cRyGq&#10;ppTr3tTUnYwopAIzKoVvUkilhp59Qbj6X+vujwauPH/V/qp0/HchVyaU4de95Rv+CRnknFKdTk+S&#10;4dlUHjn+pHttIirAsetm4WnCv5de9x8puvblXRuUyMaVEhBIQ2jDIDYWI/PI/wAfb+nzPTTzR00K&#10;QD50697BmrqcGZ5JJaiZ7sSWSPk3JPFv6+7U+XSNnjb4jX7P5V/1evXvc+LN7egkjNO9WCFXVrjU&#10;KSRY3tf8+/BmQCh4dOGRAQBx/l172oqTcOJf/PS07R6hZiNLX/Bc2/A/HtUA1KtnryzIct+zr3uR&#10;U5vFiQJSBbWsW1Lzc34P5+vvxPl1YyI3w9e9u1DPQGGOWZ/yQykB1IHB9P8Arke0bFmz/sdXGk+Y&#10;Ffy/1H/iuve3dcjgQoEyxa7DSDEOePoxtx/vr+9evn04GhA/1efXveCPdG3KUsklDHI9yFdwCApW&#10;1uB/h9PbB8Xyx08JIlAAGPLr3vg2+6SMvHBi8fJTMrKA1PGSARwWFvx7oUfzJP7eq+OoGAKDr3tl&#10;XdsUjlhi6L1fqVoVKrbm62A97XUaVqKda8avFf5de9vVLlds5FBHW4qGOTTok8ReFGYm4kuOQR/t&#10;vbUkkiHzOa9X/RkSrDr3uem39t1MeqGp8JvwpqQqkHgAaub/AF/23u4mcpWnH1z1rwoGFPX/AFft&#10;697nybX2tUU6iolSnZV0+eOqQyKQDpLq31H592WZl4CvVvAtymn0/Pr3tsTZW221E7pjj4LKFjci&#10;Qj+tvp9OfdvqJNWBx8uqG3jbr3vIuz44x5YM9RTxBSQpLIfr6VYe1STFl1D/AFHqhtQO1DUny/1f&#10;l172z1dJj4X0VVQxkjAu0UZcHjgah73rZlz00URcMc+vp/kPXvbC81GzuKeT9LER+fSrNbgXN/z+&#10;ffgzLlMfz6qrFTUUB8v8vXveAfxoK3iXHFObF6gghf8AALz7dExA62HmTCnr3t0iiyK016iqgAuT&#10;44pS1tQ+g1e/fUODX06c8SYnUxGBUfaf9ivyz1732k5jeO08Ut0uQSCb/Qgj3tpmqKenVzI+QrZ+&#10;X+fr3tRy0WEyVD5DIKOsRF1BHTxuQOdaH/eCPbJllrQHrQUFBnuApU5+3r3tIPt/7hykE8Tsbgcn&#10;Rx/X3picGp+zpgRhmpXA4de9yafZmp9VZVMgUAlYbFSAOAS3/Ee2/HUMQCQM/t6e+mBJ1YH+rj17&#10;294/Fx00jaHo5Yr6fIXCzxi/5Ufj3ZZVrVeNKfb/AJutiEgUWlB/Pr3vJk6CallE8NesKkIyyRHU&#10;mo8/Uf8AE+1CPrGfiHVXjZSGBpTr3vqTd09DForKinrYlsCJIo3b6WJ1Hnn8e6PFQErk/wCH5fYO&#10;tCRaHXg/PI/L0697j0+9cLHyUaFZDqPic6QbfUx/gf19snV69e+oFNPCvp1727Y/cdPU1HkpqiG8&#10;jBQv6NQ/KnX/AIe/UYVz1tZSTXyHXvb1UQzOJKino3qLn1iIajYDkXH+9+/AkrWvTp1NlB+zr3uP&#10;BTw1A1SxS0ri4aNyykf66m17+9jUg49aVCy1YAfb1733O1LSIfJUkJcftKQTY/2mH+H9fftTuak4&#10;60wUDSf9nr3tm/vPQ0izKmtoHtrMajWCv0uW/wAf6e23DDC4HV0kRAeve0rU7vpJH9aST6C2gSAE&#10;cc+q3tjU1KDqvjLx6979T7+iSyGmpxFa947iwJ/T/jb3YRuTjj1T6la9e9qnH5XF5VdSU85MnpKw&#10;MJFQn82P0P8AQ+3wXBo5z9mfz6cLo2AP9X+x1728QUmLq70TVMqTIbK0kTqR/TVb6/4n3YcT1pUV&#10;/wBOuK4697fMVjqrAVcVTFLS1tKHDSp5NDkf0/qOPz7q1GBBHDrcUZVs/wCr7Ove1bkslDlICJIK&#10;aJtQEaIYy6raxLuOSfd45dC+o6fJBWo/Z172EWWxJoK6N1gepgma+qOMMnJ5V7fQ+9tMWXtFP83S&#10;N4yrCgrX/Vn0697UVPs+LIUhqaE0ccykakqBdQDyWJU+0ktzEjZz51/zdKhBqAIOR5/5Ove2DNUG&#10;58RAjBUnpAdDPQv5I1P1BkVRcf7b29FOGc6BSuf9Xz6acSgfL5de9pSLK7qZy9PSpMg+gHrcG/0K&#10;j/eR7XA1FfXpLrnrgVP+Tr3t+p8tvGaFozg6tB/akjpCY+Rc2Iv+P8fei6g0PTniTkfDx+XXvbLP&#10;NXVBqKatieJJ4ZaeRGiZBpmTx+q9v6+9mpWooK+fl02A7VVvxedPPr3srVbj5sdXVVDUKVlppHjN&#10;/wAqpur/AOsRYi3tIF0VJPRaylSVbGeve4hhkcFlBstrkHggjgr72UZuA/4rppnVGCk5PXvfHQ1y&#10;n5PNh/jzz7tpIx1Y0Aqeve5CaonD6Lkf1/wHIt7uaqdIHy/2R1sgMug+f8uve3SN5Sge6hQwdUsP&#10;Vb6kj/iPfl16K0x0lkjRe0DNB/Lh173Pj1sDK/AILBfoAGPIP4F/x7oxYCqiufXpG5BJA4/Z173F&#10;njKIZZNUcsn6YxzoT+rW9pyKksTWvCnn/sfb0+lC2kiq/wDFU/KvXvbY9R4/Qo1f0dreq/J/3n6e&#10;700trcU+X+XpSIjXxHqD5r5de9qrbW3c1umupaPFUdTWVFVLHTxRQx8STSHSoeZ7BR/UswA/PtZD&#10;bS3Uggg44/OvSW6ltrSIvKQKCpJ/kB8z5Dr3u2n4ubp+P3wFqJe5u4M9iexu7IqGR9k9SbJqYc3W&#10;4moaMmnbcO4Y9VHjlkawndGebRqVACfctcq3/Lvt8Rve7st1fqo8K3ioaH+KR+CflqJGBTrGT3c5&#10;e5497IRyNy5G227TqUXN3L2iReNI0HdJX0NBwr0xZhMlXQTY7HKlMKmMxTZKca1p4pRpc01OOZHt&#10;cAsQqkgkMOPdW3ffc26vkL2/v7ubeq0cO49/5+pzldS4+No6GhWRVhpMfRo3PjghSOJWY3Om55Pu&#10;L+Yd9vuZd6ud93Ejxrly7AYAJ4AD0AAA6yC5J5R23kPlSx5S2mpgsY1jUt8TU4sfmxqflw6caCjh&#10;x9FS0MGrw0lPFTxlzqdkjQKHkb8s1rsfyb+wf9kvQp6me3TG01LK/krpZIqVWVXMKB5SWP0UNx7f&#10;hiVu6Q0H8+mpXkWgiFWPCvDr3s9fTvSW0eysXR4javYPUODyGWjMOYqOx8vTYDM49AR5BRSZW1Py&#10;LFGRwT/r+x9sW3W1+q2kUtrC8mGknbSy+lCQQAPUCvUO81czbxslw97eWl5OkNWRLVSyt6agvcaH&#10;iOscsgijaRldwvJCLra35IX8+zy9/ZjrT4WfDD/Qrsn5AbT7O7r7cy1TSZfbPVG7I9w7d2Ps00xF&#10;duHcuXxyCB6urVmo6WijkJW7SN+ke5J5i3iy5E9v35R2jdReXd5IC4gfVCsRVtRLUyfhQLj4iT8P&#10;UA+3uycwe7PvNLz7zNy7Ltm37Yi+BNeRaJbiSvakaNU6UpqLECmAK6ukXh9w5jN7myFENr5LF7dx&#10;NDGRn8wkVNLmcrUzFVpcLSI7uaeGNWaeeUIS7IqKQGPujSkxsssclUysIKdfJI9tSiMEKSQbfn+n&#10;vHy3haSrkdq8SOA8/wAus5JGWIqrfExwDj/VXpb2/wB9/wAU9jbV9i0+Iqdo5vZmUqcLmMHttMbV&#10;V0MMiityUfkVamSNSASEdEueVABv7E0e9mwliutnl8KVIwpJr3E1yM0qOHyPQPn5Wh3OG5st3hE0&#10;M7BtJ4qDxUH0oKinXdvYTbp3JuTeWXnze6M7l9x5mo0rLkMzX1mSrNA5ii81a7uEUWCIDYDj2Gry&#10;/vdyujLdyNM582YsT+ZJ/wAPQh2fZtr2S0Xbdot47aBOCxqEX5migVPqfM9Y4oo4UWKKNIo14SON&#10;FjRQTc6VQAC55495MQgxtM2UWYwZCjydCYAhIqYxGDUiWJh9LMq8/g29tugjjLBqMCKcQRT0+fz6&#10;XmNJ2NvIupHRlYHhmgz9oJp1kIv9fZ3+0P5gu+uxdw7Q3/W7I2xRdo7XwGHwVZvamnyZXcc+3Mam&#10;IwW6Mrg5ZDTDLJSxxxT1MYHlKqzDUL+5Cn91d9vLuHcpY0F3AiRiYFtTeGuhHYVK6wKDUONAT1Bu&#10;y+wfKmy2d5tKyPJZXckjmLt7RMxeSMPTV4eskqv4QacOmLAYGn27TVNFR1NZNRz5GvyMENZOak0L&#10;ZKpatqaWllf1CASu7RRkkIDoWygD2SHPbz3dvTOVec3HnMlmstkchJkqusr6iWpkkqpGJaRmkJIA&#10;/SB9AOPYIvNz3Dd7x7vcZmlkkJZmY1JJ+Z/1cOpf2nZdp2DbI9p2i3S3toF0rGgCgKPQDzPmRknP&#10;T77HrrTKUmEaWl3cXiWujhqESVARLT1KgxTRK36la34/x91ezDKBLUEioxxB+Y/Pj0W7sJ5117eN&#10;RXGaVHyP2fPr3tb1NHR5SqqFxJi+wqKghqgIAEpQwIFO4+huOfx9fZUwKSGNz8JHH/KPs6L4nkEQ&#10;8cVYCpr5n0/I/wA+ve2r+DasrUVEqyz0Qjjgo55LtUQwU4BedgPpzwCPbhoWah1Cn7Pl/k9AOlQl&#10;IhEbdrVNftOQP8A697x5ulyW7qelwmQqHixuGopXxtPT2p4UM8hY/cSH6sQNbEm9vp7WWrCSIRzP&#10;RUqB5U/Phw/b0mt47fa3e/iXVJI2dXpTFD6Ur8+PXvcn4w7SkzG+qzDz1FsBUpVY+vqJ9X2lUJYm&#10;SDwE21OHAK2/H14Pt+0uFtp28Smg8B8jioHmeGfTpTzXfR22zpdaayVDJQZXI9P8vlw697m742rn&#10;OuN5VkseEpMLUSVM8C7Wammrac46UGD72ekmuRDUA6kZuRcMvA91jmkif6kAJqrQHNQfUflX9nTd&#10;nLbb1t6pJJrcDVrxUE5oPTSeIHHFeHXvaM311pTUtBTZZP4jUU1XQwVLZI0RSlpa+oOl8bKxJMgi&#10;NyGXkrY259q2hiZPEQnuoSfQn8NPtr+XXrHcbj6gwABaYpXuI9QPLPD/AAde9gVNTvisj9qJ4Z5a&#10;d7M9O+uMavUSv9Pr9D9D7ZClJAENdPof2VPmej9B9THTT28DX/IfP8uvexJfdQgpYYYX1SmMKSLe&#10;lr6bX/pb6n/iPai4li0+p/1Y/wBXl0V29pRy02AP544f6vLr3tOZSvGTiQGRdaArx+fy5JH1Hsvq&#10;GFRWvqP5f8X0bqoRBpHcTX0rX0Hl172lZ5fGXZOJApDMCOPrpII/Nvr708g9P8gH2evStFLKNXw+&#10;nH/V69e956azq0kQKSBSXk+gja/6mP8Aifz72NVCy/6v9X7OquZKlSBQ00/swfy9Ove4FSsk8P1/&#10;a1MNSk+SZ7+rUQLke6sCRT+XDh1eiBxQcM44DH8ieve3TD4COpkRJm8euF5Qth6NFh+eRf6c+7wo&#10;rHScEU+zP+r8umricRrRR3DzHnX/AFcf2de9w6fFT5OvcQQsIElaEaeQRHywLHgn/WP592MHjS0X&#10;gK0PrT/V+fVWlSCEByK0rX/Y+3r3sdKHcW3dtbejp6mEVlfjEtBRhklpsfXMP2amo/Ekkf6lj+gN&#10;ifp7PYLyK0tzHJ3aPIcA3l+dPL16Ck23XV/eNLGQus5anxLntHnkde9l+zmUqcjWT1lRNI807lmM&#10;h1MFPIBe/LEHk/7D2QXU8k8jPMRVs8eHoPy6E1paC1jWMKAB+ZJ9SOve33a+2mqXpqqtikME4aSC&#10;JQdc4jYDUoH4/Hvdvb/qq8pFDXH5dI92vzBCyQEVrQk0xjh/PP7Bnr3u7v8Alw/H7Kdr7723tOLD&#10;TxU28NwYfF1bGPUYNsY6UZfduRmkW1o4qONoz6v1SKv1PuUeVNqudwePbLdCrXkipWmAg7nIr6KC&#10;a9YDfe3929t9sfbLd9+nuAtwlvIICGGbmQeHEoUnNCdZpkgGnXCRtCMwGogGyg21N9FW/wCLni/v&#10;eMhhhpY6ejp0EVJSU0VLTxRqEiSmpIhBAkaLwAqqAPeasaiO4js1r4aoaV4ELwIAxUHgTxH5dfJX&#10;uN7PuV7NuNy2qSZ2dj6liTX8+vIulQvIsB9Tc3PJufecSFWbVdgT/ZF9H9fr7VC7kildZQXFQOwV&#10;0ilcjj5/b0iGcn+fXP3ikqQrqhjkBkYIAg5Gr6M39B/U+0NzvcENwlnNFITMdACipFThjkUUjPrT&#10;yx04ImcFloABX5de9+LIpMWoFypdF5uwH6iCf9ce3zcRwtJYI+qUqXRBxKjjTyNGxxx1QLUa+A4E&#10;+XXvcB6iRJAtowjq2rWHD6l5soHH+vf2CJd4vbS4MJChJVZWD6gwYZ0oB21AyxNK9KxEjpXNRThS&#10;lPn5/Z173H+5SIPKWF9YQcX/AF8W45+vssXd4LPxbrxAHLBACPN+IqM0r/Pz6d8BpCI6YoT+zr3u&#10;XDMpUMrobtYi/wBOfzf/AHr2dbZuSCBJYpV1FqMD5CvqTUfMdMSxMrEMDjr3tzgmRJPKhhDBPHIz&#10;HyKyC+tHB4sQefYvR7Sd3lDREqoWQg1oFJJBPADNRXzrx69bXEltIGQaT6kVBrggj0PA/wAuuEiL&#10;IjI99JH4NiLcggj6Ee5NbsyhzNNRPtl6KgronDz45HMVLMjNeWVFXj6fRfpf3HXMfJdtNHFLtKrb&#10;aHDBlFImVmqxdV+IgElfI8D1Jtpt1rzBEJdqkRrpkpJCzGtQMNGzfD5Ar+Y6QWR3VUbTnrJNyQVc&#10;uADo9Lnqam8q0okIU0uRp4PUAhuRMAQR9fYbI0grqvC5SgqMNlqKpcpS1DpItbTB/HFWQsll0Na+&#10;n6r+fcfCFJbltmvYjaXaOGUGhSdCSFYEGmk0rxqtaHoPblt1ztj6nOtQNL1Uq0b8SjA5qPJuDDIx&#10;0t6Sspa+mhraKohqqSpjWWnqaeRZoZo2Fw8ciXBHt/0Sw6rqTGGTQxRAUFtOm/5F/qfYwEF5ZIRI&#10;p8IMuliq1UcCKitc+fQerHJSnxGtcnPz+XUn24RQRMxa7I0im/qIZvpyB+P9jz7GG17RaXUmpnMT&#10;yA1ANGbgSQPwn7RUjh0iklcDTxA/1fn173IeNIQ0hIW/1Y2Uf09n1xttrtUMt4GC6qVLEKPTNONR&#10;+Z49Mh2lOnr3vLE8ZLBWBKkBgAVCki4HP9fa+wvLSXVFHIGaOgIAIVT5DNMn1HVXR1oWHHr3vt0u&#10;ukabMbEseApFja3t6/tmubc26U7zQ1rgHjSmceXlXj1pG0tU+XXvbPBS1UUcgMhqJRqBbQF8/r9O&#10;q30KjgL9PcbWmzbtb21wsbNNNHVa6QvigNUBjUHUq0AXApmpr0YyTwSSKQukHyqTTHl9pzXj173D&#10;WjrKWmkYyT1DSSmSKaTSmjWb6ZFH9lP06R7JRsu87bt0ly5kmLnWkhIUoTmkgydCnt0j5Ur0qeeG&#10;aVaqIxShAqa09D6njXr3uTTQmeaGesijWSR/GplZtSuq/piI/SrfW3sz2qyO43cF9zDEimdtADk6&#10;wyrhUphVbiFrnj0y7hQYLdu0ZPpQ+vqRwr148f1P+t7lVX2uKU0ywCaCqkbXCkZddE/E2soDcEH1&#10;D6n2ILqSw5QjXb7eFpor2RqxhWJUNhzUA1FDwPcevBZ5rnxQwDRgEEkHhlRx/wBjro8gjkfUX+h/&#10;1x7zwxxU0EVNSwrTw0sWiKjRVRFhFxGgJvpUf4fT8+ze2eG1tUs7KM28cCGlvpFShqFJY1Cp51U1&#10;X8QxTpLcTzXU7XFy2tnOW+ZycY/1cOvAWAH9ABf8m3FyfaWzpE9GamrmipaKjgNXIUkMkzyBgiqS&#10;ouyA8XVfcR83GfeLQXF2UgtbaMydr6pXbVpAJoNaA/jUADzHRztQMNx4MCmSWRtIqKKBStRnDU8i&#10;eu/bdBHHXU8CNB9rUz/5tZI2LWjGrVLpuqXFiOefzz7CNrZx7nbR2yxCG4kNAaEggZJanamODHj5&#10;56WTO9rM7B/EROND6+lctnB/zde9zxBIq62IlKXQEDkEDkn8W/x9mSWN1HD9Q36pXsxw1DjU+f28&#10;OkhlTVpHbXPXvfJInlBMgeMBfTKoX1G/qAsLgD+p+vt+K2luR4tzqRQO18VY1ofsA8if29VZ1Q0S&#10;hPmP9WK9e9+M8aawArWNrEnUQP7ek/W39PbP7wijLKuliMZqaivxUPp59bETNQ8Ove2qZzNcKdLN&#10;ZiOVMfPHo/x/r7Dc8sl2/HJzQdtPsX/D0ujTwsngP5/n8uve8bzGMEah9VUkgCxb6M1uPbD3LRVT&#10;UKkj+fmPz/n5dXSISZA6978kwOmNiTJYcN/u0D9TR/1t9SB73FMSwiY1f0P4vWn2HJHXmipVhwr5&#10;eX2/b5de9z1hDqXJ1KhJe4+hH6R6ebf63s4jsxcxm4U9q5Yeh8uGQK+nSRpCp0jz697yCqKiMTB9&#10;Rust4/KIgv8AZtccf0/3n2tjvypT6ipHBu0PoA+VQD5afXqpg1FvCI8qZpX/AGfXr3vm48tl0Fzc&#10;FVCGOErxbj6C31/1/apq3OhRHUg9tFohHp6L6/bjqqkpViafnU1/y9e95nnUK6CKnnqof3dLq+uO&#10;Nr3PmjGk6rX0g+1zzqtiyrDDLPHqcBgSyL+Kjrhq0rp+XTaxnUrlmRGxXFCf9KTXHqR173jmGYqh&#10;hYqSqx9FDHXJNklalFbJW4oxsZMbTsbCJ2k0kyWNlB/Ps4trm/vbax22TwE0upJVNZeFgxMAFO19&#10;dGLZ7RQ56vE23QfUvcxySsUKxnVoCS1FJG/iAWoC4yfTr3tNLR0dVlM9lYM9W7ho6yipsd/dSKsp&#10;5tu0VTg6mT7quxqU660qpGYRVaGTjQvCkeyiZLO4W5it5GvgrFTbqQbf9J++WNVGpZSeyVNXYAKg&#10;dHbXNxBYWlhLaJZyxO0n1RRhcOsyrojkLGjRKAWibTnUaEg9e9t0mdmy2PpkoFzOCqoshECsMNG0&#10;VHCsgSaCWSUPGshAZlYi7L/avx7LId6uLuzjlgEsL21whKLp8JEOGFaUV8YancAe6uOlibXHt927&#10;3ZhukaM5JerkgkMAKMVBoCBwPlTPXvYiUE+JqlFFWZiryf8AeDLVUmFWGWpDUslLEyGCmK30BBfW&#10;XIBFuPp7lOxTaJYv17xpjfTyNb6dY0aMHSRUqFGGLUBqMZ6KVkvpT9O1uQLdE8QkgkswIUkMaNqJ&#10;FAM9RmjSEtMgij4vK3jChlBBJdl5Jt9PaIhzUu0Jp6LA1+ep58fJNUVdSkONyk8McKtFU01NA5Z1&#10;eVfSDKhYC1hcg+wdLeRbATsm2+OqB2eRtMMo7MEIDVlZyKVZahaUHdXoR7dJfNdxbyPDilYeGlDJ&#10;Fl8VJoFIWvAGla14HqHl8PitwY6fFZqhpsljaoIZ6SoXyQSiNxNGXUWvZgGHPsyPX/Y1TlMPj5q2&#10;XX5YaKXVlqSqxGV+0rE8kH3lHUL/AMCEA0yrcHVzxf2Ltohh3fbEvIjKWZdQDxNEwDV0LIrUo9Ad&#10;WmoqOAr0PNq9wt32q+fad6aBjBIsTuZQSwBo7ppBEgU8CSNQINePRMe3fhx1ru16uvwuOzuLy1bT&#10;1slFHhhSy4ijrBGzLHL5yGghlYi6xhgDqItf2N1LVQ1cKzwzJMkguhjN+AORcXHtNNFJA/hMpUjj&#10;Xqbtu3C13O0F5ayrKj5Uqa/4PT/D1UJ2L17nOuN4f3dym3K/CnHwSRVlbXTRGlyE3kV6eqppyqlm&#10;0nkhrEWt+fcgHnj/AIpzfj23SnS1eOOkzXiOERGaIRnSxQfWMJJyJ0kU+oMoII5/w98gDzcf8UI/&#10;PvRNOPV0RyeHSZyGfxqeOOnqo52W8WpbTGIE+RLJfgj6Bv8AinsPN70Oamlwk+Died4svFHXQCvh&#10;oIhj6iNoZ6uQzI/laC+tIRYsbcj2utLloXQhdY1DUNWntIIJODqC11aRQkqBqHUbc87HfbiYZdvl&#10;MbqzYFKNjtrUjuqNIJ1ABiaHqzj4Q9nbaxeC3DiN0mOSkOH/AIrT1ctPV1tVSPSzD7igjhpQxjik&#10;R/I0hZQSliR7WFFTfb0UUcgHkSIK9ydLFRyeebH23PMJJyy8CcdCvarE2O1RwTDvRAGyaEgZ+dD0&#10;W7tfsNt79u11Xt/J1EmIqdxQvhGpYr1kTVbqkrx8iNpQB6UHFuD9fZaK3K5Cl39kqeGmqq7HZDGp&#10;T+GLU9NDVNWNLJPDURp5/JYKhj1hOPoPr7NDf3kO+RWLiTwGijKkhRGjAyAmukklhQUJANAcEV6x&#10;dvbmAX1+1tEk0s0siMEeZnKtobtowNFYZoK1qvwmnV5GNxartPbIqMjNjjg6PH1Brqumoab0U1F9&#10;rN97SyaoFDxs1zf0khgQQD7HPcFHPUbPrFp3hgrf4axRqiLyxwP4fX6QeCObG9r/AF49pY3kF+Y4&#10;G0liQp4gE8CR5gHNPMdTrzHt4ueQHZwBIkAZ1YDFANag/hYiqhuCnJwOqxOt9/1GP+ZVfihTyZDC&#10;53cNfQUdTS1r0jSqZWFDX1EdQB5Y0AD6QPWL6fr7JdBsjJ7zym1kpzg6DGYbItWZzKHH0NbU5ip8&#10;MlMuPoauSyUUySlJXqKdDcDx3sT7Dtns8+6TW7eHBHFbEvJNHGkrSSBqOiHCxOMMZEBFMA9QttF5&#10;HBFdWcayNNdhYotc7QxwhmDB5ASTKrKGRY3/ABEORgdWzZHIQ42kqq2ZKiZaWnlqDDSQNUVLpEt3&#10;EMKfrb+gv7h9i9C7fze3crtTdu1sT2DjMrUrBLhtxUkNXEKMDXCEnUK8mlrHWWBH1B9rL/k6xO1O&#10;kVsm6JI4/TlFGRK1BDAhtSnNaig4efRlsnO/OPIPNltuu2XkuzX9oapLbOw1P/EvlpYYoBQ46x4j&#10;L0Ocx9Nk8dL5aSriWWMkaJEB4KTJ9VcEEMp5B4NvetD8wf5b3ZfROWye7tkY19+7DlyMtQ1NtXGZ&#10;KuzW0IMjKZaWlyWKpUkPhjU+ISoWAsL/AJPvF3n3273PlS8Phr9TACDrRWOgNkCUUOg0rTJBzUjr&#10;6NvuWf3knKXuzaWfI3uGW27fYowgmmdfAuzHRWOskBZCc6aUJOM9T3miiUPLIkSE2DSOqA8X4Lkf&#10;jn3VLlcn/D6isp5FpvuKKRoaqCpQpNTzI2hoamBrMjKbgqwBB4NvceqSAaAUOa1FPXH+Xrrdb8wW&#10;d9Essbq2sVUilD54Pn/sdZfaTn3VT6HssDSk8eGJVFhe9/8AbWH+39+1V4Lg+v8Aq/n0rF0jjTSh&#10;9D9nnT9vp172mKzP1FRKGpoEdibGN/SCf0gAH6cfn3rWEzpAFfLif9jqv1kjDsNfzP8Aqp69e98m&#10;zWabSDiECqAG0SLISB9QT9fp+fdkdSOGetC4kP8AaL/s+dD8vIfl173LOXpKqOKCro6mgn12dwup&#10;NA4IA4/wPu2oDh143ApRQRnPy697do8Lh54fNBXNMCDqRkNlJNwtxyG91LlTQCtPPq4kC49Bx/Pi&#10;fT5U697R+U26kX+UwyzEKbsoD3AHI/H+3PtwSKcen+r/AFfZ14yD1Pn17220+Sy9OPHQ1hiAI+uo&#10;Fvxx/sfeywIznqouNPwE9e9rKlqN3QUS1lbVHwyuBHKCQ2rT/T6/097Lkk17qft6cN9PnUxJHzHp&#10;XHyA697w/wB488W0irqoypCF19B4PDX/ABx7qXqK/wCHqzXztXxHP5+nyP8Aq9Ove37E7i3FTuXl&#10;yBlpwSz/AHMqGUj6nkn62921DTQUPSpL6eldVRj5UA9B5fl172tcXvWor6gUt0CMPVO1tIVbatP/&#10;ABX3Usadb/eD6jQj9nn69e9rrI5XFU+LNRBkZ6mvFv8AJfEoUm//AB0X6D3ppNWGyOqybhI3xMSP&#10;9Xl172EGR3ZW+U64pI2BYaA1wTa4J/1vewzAYPVPqXpVTTFOOaen2de9put3jkrWFXUJ4z+hBw3P&#10;0N/r9PdS/cBxr0mkvX4MT68eHXveGn39loUtDVOAPUfLGHLW4I/4oPdGljXDHPVVu6g1qDWv+ah6&#10;97dKHs3MxTl6x3aIkK6wi1wPqbH8j34TIWqvTq3xDhuB+X+r/iuve19SdoUKx3LyMQPqUIccfkH/&#10;AIk+9GR3IxQfL/L0ZQ7qpo3meJI4/n5de9w63saORiIXnCMWOoJpXn/D8/0491JceXVm3nTVRw69&#10;750G/g8ipJIwjKgtK97AA8gAc+2naXjQgenSVtzeR6FjgcOA/l1725S78hSe0YaeMerUqgHkWuFP&#10;9PdBI9NIr1797yg6K5P29e9u8O7pKkaaOWGaRUDBGvwDb9X49smKQ1rUV+3r31zsMCp+09e99HcO&#10;faUII4tJIUP/AEBNyePewKHiT+3qr3dw4IpTh6/6v29e9wK3NbpR1THvF5QeFcsAy2+oF73HtzuB&#10;7vPqhupic04U+ynXvaHy2898Uknhr6yddYPoSPShUD+wyfUf6/vSgtwx9v8Aq4dMfUTqeNB8/n/k&#10;697aG3VuTTDMHqm8l7FWZtQtYXX26wZBXy9ft68t3Np0KTTy8iD69e9t9VuTeU+uNYatYmF3lKsh&#10;T8aVPtosGqPTB8umpLm4kOk+WDTH5/b173jg3LuOjdUmWc6res3LqF492R2UgIfy60s06j5H/Vx6&#10;97lHduVL81/29/7DoADf6cn/AHr2sOTnrTTM3xH9vXvb3BvLMhBHTzQyfU61iu2ofS9/9vx79wyO&#10;vLKy0YHh/q/Pr3tQ0OZ3JKVklqFdSbmMoqhlI+rW9tvMqg1PTonnIPdw+wde9qenzlQiCSRaZZLF&#10;WWwvccA2/J9p2nYAAf5/9R69qqtWIPrn+XXvc6DdLOrMpIcCxEbWAI4FgOfb6MWFTjqwlkU4NCB/&#10;qr173jj3rkhM0KVlWVZAVjaIsEVeLXb+vt1pVQd3T63pA7hX+Q4f5Ove+dVurIyowi0pJp4kaP03&#10;HNrcf7H3XxoSK1p8jx6fN6xGf9k0HnTr3tnoN3blMkkdQ0TqL6RDyzc/o5/4j3bXHSo/1fPpP9YA&#10;QQDU+X+fr3uVFv2u+6SnnilEYkXVG0ZLAfQnUffjIOqNfMuWFB8/59e9rGfd+Op41kXza9AKqwCk&#10;gi1+eCP6+6JKGrmp9OtRbgGJoanyFPL1/wCL697iUm7aSs/zirH6mABK3+l7j+vtgzyqxKkEenn/&#10;AJ+n/qhXU1AOve88eYxksgXxoHvwreoOD+r6X96N6q8OPyPD5np9ZloCtfnnh1725xVNG/KQw6Qf&#10;ouoXJ/qP+Ke6fXAvxr/On2+fXlkVj5n8+ve2yvjoC0bfbEh2OoQoGYf6r0ni3uwvg3w0/OvTbyqR&#10;UKf5f4eve8X8KoWjV6ZRFcekEaTe3qJH+P8AiPexdnBwD/h6dQxVq4/ZwPXvbdV4eRJPNAgsi/uW&#10;JJNvoR/j/re6re0BFK1/w/7HTTkAVQfz697ZTis5UyBqRo41Vr3eSxsfoo/x/r7s19GCBiv506Z/&#10;VJFB/q9Ove3uix25Y5FEgL3NntKsq6SNQOn639ppdzjjNGP7OlKPceQpT0PXvaqFHkIAGnijVWUj&#10;6nlgfpp9tJua0qrEmv8Aq4eXS2K5lQfqHHzA/wAPHr3tyofAkoLqiO1gGJsCb2u/+HtmXcZHwvD7&#10;eP5f6j0/9aAgoKegFMde9udVVim4afWCb2VgR/rjSfrb6e6w3UxbxBgE+hz6f7PWvq6UoT5fEa/s&#10;p173BGVhkdLOWVSVKMQ+ux5DA+1xv3Ap6/6sdbk3BHGlqN9vD8v29e9yaufGViJG2Log4NjMsQjl&#10;It9br+b+3otybgxp+XTCzK1K6QB9o697ZjgsHUOS1OwY6SQr8gD9TBT/AIcX9sz7pIoNfy8/z6s/&#10;gOvkoH5n7Ps9Ove3eixWEgfVFA1+CFeS5PP+P+Fj7RneC1Apz1pBbqwZSQcHh/s9e9qymNIUJjpy&#10;LFPyDY/UXDc83+vtC25zHzFPTjx+fl6/b0dpJAxoKUAJz/kPkfl173ylqowCrEqn0AFvz9BYcC3v&#10;31judR86fl68eNR080lujDz4Go/aMn5eXXveEVNAUfyWkJ0jSAAv10sCP+K+9LcamoxpQk4P8vy8&#10;ukM89vIKuQoGaAk1r/hznr3uGYNsyya56aKNgbnWwTg/Ujm/J9qBez07j2/6qdF6yxDuWoPDiM/l&#10;Tr3uYj7dgb01GhPqfWg0gDhQV938WSRe0kU/I/n0ta9tzHVQB/I4888eve5CZbakB0/ehjq06RKC&#10;bW5uT/xHtDOszfFn/V/q+wdXO4QDAbNPL/B173NOd2pputbywI5dAQQP6j/W9oArltIGetjcoANQ&#10;XHz7hxFcde9w5dybZhDD7yVgQf8ANhWPBtaw9r1jcrRcf8V/q4dbO7W9KA0/Ig18v+K697ZxvLAt&#10;Iyxy1ahr6XMSWbVb6gfTi9vbirIgoDivz/1Z/wAPWxutrpoMnyqfPGeve+Mm4MWwJSvq0+trxXvp&#10;50i30+oHt+LWFqNNanNKHP8Am/n0y25QOoYEHPA18/X59e9t0mfw5P7tTTvcAhZVW7nTdmF/rb8j&#10;274sqGgzWvDHpQHyOc/8V0yNwtQc8CPU1/4rr3uC+S2tWkJUtH5AL3iuCq6bWv8Agnn2/BcTKpIG&#10;mhpStfz+eeqi9iLdpxX19P8AY/b17339/srxfba6oGwQDT6ibcnX9P6G/tzx31a/PrZvIKDjX7ev&#10;e//V0tZsKYNI0gvqIN2tze5v/wAR7eK1JJA+XRuyNWjHB/l/qp1v8e8tMkUMl2kAc+gW4FytrG3+&#10;A/2/u6aSPmP2f7P+x14NgrXPD/V/q4de9zZaevq9MNKt9bEC/HAFwxJ/1xz7sSgo2P8AN/qp14Ry&#10;M+qta/6v8nXvcWq2luiCD7k0xnjFyDFIJP0i54B9ti5LsAnn5Ef5etG2mUVpUf6v9Veve0PUTZOO&#10;XTJFJTkFlaMKwYDgHVfm/tSjah2/y6TOWQ8PLh+3z6974PXTQxr5GnkHPovqNybgEfj3rQKknPWj&#10;KQc9e9t8mXqmbTFB4ghFmYsP7P6mH9fehEg456r4zUzx697b5MrUg6pa4xFuVAYg/wCNj/vXvzIo&#10;XA68shqK9e9tP8flhPorKhrNe7MxJAP0+vtmpHWvEJI9f9X8uve1Jj955CV1o46ibxu9yVW5u1r3&#10;J93RNVSeri4croBrX8uPXvYw4DKwUOmepkmlqZSFVrM9r8i1+Afe9IVx5np43gt2C0qxHDJGP9n9&#10;vXvePc2fr8gv2tPTziNTwSGQE29Q9P8AvHt48K9Ua9WXtWox58P29e9pKhxldXOsTj7clgEOq7WP&#10;Bvf8/wBPfqHqyKztp697VS7OlVPK51abamJJFyfz/wAU920YyerlFWoYio8uve+ocO0LkqhIDeo2&#10;unB/r+Peqr5+XSZplUkKa/sx1729QUUjWLsPGDwQefTwxsP9497B8m6vbNJNVa8DTI9c1B697aMz&#10;UGjUrBAHLX0yMCQDfgkfT8+69KHIXh172kY8zkYZLq5Rg1wY+ACByAB/tvbTrrI+XTQZ/M9e9y33&#10;LUCwqJtPIbUBZib/AF9+WLS1a/PrfjEkrWnXvckbrgWnl8tQhbkl5H+nPIX+nt3h1sSKBQnh172H&#10;mZ3tIS0FDNruTqe91H+0qP8AifdHkoO3j0w02ceXXvaUXK5aY6zWSIf1HRYf42P+9e2lWRhqbj02&#10;JHrUmny697UWNy+TgkWUV0hGoGwYrpI5AHu3ht04sxXBJ697Eej3fWPYPWTBuAbyEjn8i/4/w91E&#10;Kn4uHp/s9PpOaVU1/wAvXvavpqmXIKFeZrtYarg/76497+nhqSRX/i69KPEEh7vLz6975VFEadDe&#10;dnuQQWYgAj6gf8R7uYY61p9ny685cUKt29e9pbIZGKiVjLWPEPrpDkgn/FfewiAg6RUfLpiRs6j1&#10;72jJt2hXcQrJK2phd/pYnhv8P9h7sOGOmPqAMDr3vnBuzIMVWJNB5KlTYk/X9Q9768s7fn172/Um&#10;49wTfSodE+lrm5F7A3/3jn36uOnBJJSh4de9vL5uqC/5RUmxXRdntb83/wBb37q2tuve299wQKGj&#10;ErSOLAmNuOPyW+vv1fLrXiU+Lr3tjrc/Qwv6pFPpF0Da/UDcDj+vtiUdwI4da8RAa1697iRbqo42&#10;PgeRbn6HgX+pBt/T3UBmNOqC4jHXveRd7U8Llz53KmwIBKlrXsP8PbixEfF1s3CLwr172o6fsema&#10;NYv4dIGZf1s9lOkcke7lU9OvfVGlAP59e9uWO3bGZRItK0cc3pc6iSRbg297AUEHp5LjORSv+r7O&#10;ve1WdxYCoiUmKRJBpBDrZS36Stj79WgqenzLGQK5697jrlcIgb9tYHJBR1JUKTzyB/Ue2jISMY6o&#10;JIuJwf5de9y5M3iRD+2yzuqXB+h1Xtxf8+6B3XtGenDKtKAHr3tlbc1dAVEcMRSxAVmP+8Bfey7N&#10;gnptpTQUz9vXvfCXdVeVZBQx3YHn8XP04H9Le7LKeBGB+3rXik4I/wBQ697S89RXVU4aogZS3IF7&#10;KP6DT7srgtStPl0y3cxYjHl1725UoeEauUdR/WwNvpb259nVlqop173NGXqYrsXdiLghi1lH9eP8&#10;efdTpB7qUHWwzBq8B/Pr3tpb+IVkjSwyTF2JGsFxcn8jn/be2vGGk08j1qhJqcZ697x+DMQMDPNU&#10;3H6NUjE/7AA+3gaivXiHTFT173lStyMDq8tVOCrcXdidI5sAD7qyKxqw6qHcHJx/Pr3uauZq5WJ+&#10;3Sp1GwaQElibEFl/x968JPTpwSuTnu697ecXjqipdneIx6rs0YGlfrwoUf09+8JPMdOprc+g+3r3&#10;udLSUZl+3ko9AAYMbG3JsLX5J5uPdXgjI7R17sAowz69e94Y8TjITGQasPdQF8lrjV9f9v7TNbEg&#10;gjA9eP8ALqylAQBxHrjr3tdQ4zFmgjMNZOk7EiaHWWYKRYFL/kfn/H2x4Ok4PSkaWxnr3tsfHUmL&#10;UzJW1B+rMk0jDgm7al/r7aniBA8/Q+h+3rWkJU1/b173hizsEMLTtR1MwhBGsL6Wj/wf8+yh4AzU&#10;Ar9nD/PX+XVwyDNKj+XXvcel3JRT1X3FPSSJLf1BpDpseLgDgDj34RMmKdbEyu2tcf6s9e9uNZXG&#10;TTVU1PrmDrcvIQLkjV6fdkDq2CQK56tIyLnhX/J/q8+ve88ccWYUNWLU0rQkgIWtGx/2m34/Ps0t&#10;4T8RIz/L5U9fn02xVzV/+K697y+JYNQI1aQbckjk/W4/P+PtYbVq/Z1otT4eve2TK0Lyq8kQYJrD&#10;OLm3AsWDf4fXj+vt5InGOmJFRj59e9+xIiLhq7IgRxsqJApuOAVu3+A5490cEGhH59ajKMxBNFA6&#10;97UFVW7cp1aRmo2dVJvMFGoDgXP4I5PvRB4E46szIDpY1pw+2g4j86de9pyu3bg6WDWkeMkEYFyI&#10;omcL9SA39fp7sqkY600saAUpxz8/n17284TeO3a2aONKdGlcBxJDaNENtTXjHB+n09+kgkdMUAr1&#10;qW6SGPVGAeve3etehmkaQV0EJ/IcaWCn8af9t7ZWAA9xI+Q4f6j0lN5KH1KcngAPP59e9o7MJS15&#10;+1GclsoDNBC6oD/QBvqTe/tUISB3Up0oqWUGV6EcaZAr/qHXvaenwFPFGXWtqZrgXWVmFwBz+k2N&#10;vd/CYVzTpsoNJNTU/P8A1eXXveCmosfAwkLSu6G5QD0A3/Sf+I9tsjKR6dbIWoNTxz8vs697zVGU&#10;p4oiyyIxI9UDKQLAWIt7TvCwYkio9f8AV5dP+IBnr3tpbcqRX+6cCMWYXHp9P9j3dYkIyOPmcdMm&#10;fPp173gO/cTbRLjaWdCFXWyEW0/S7G17+05jZcV6t9QnEivXvchdwbbqC0v8Np2UWJRCFJvYgf63&#10;vVGrSvVvEiNMDr3vI+86WGyUeMEEfoCNGwLNa31B/wBb3VlkIqDQg9eEqkkDHXvajh7EykKRS01L&#10;VMylAF1NpIQAgEf09pxC/GvHp+OdhRiK9e98qns3PVLSPPjXVrDSxSxsBazN9fzyR7vHAxoQf8PX&#10;muSoyuB172xjfmS1yF6ItCQoKAE6dR9RJ+vPtQLZgSc09c9J/qqkilfTr3t5XdtoBLBI1PMyBmGs&#10;+jjk6WFv6e3Uh05Ar+XXmn7aj9tcV697ZJN7RxSyfdV5rpGHo0RqTGwtw3+9e3AoBrT/ACdNrOwz&#10;q4fz697UeM3ZSVVK5MDmXTZFWzAk8HUB9B7p9KJqsPP9g/y9KIrgMvdQY697jjdFZQyaqSWriEtl&#10;kVZLghTdQEH+Pto7bEOIqeti5KgaT173OXcuXqGL1yoysqj+wJR/qWZf629pv3eiuGH+x143LH4u&#10;Bz173nxufhopp5ZZ6eC6FW1yLrGo3HCn/bX9qfpF9evLOo4Gh/1VHXvcDLb9w9GmtK1GdAWHjA1E&#10;jk8/nn3sQOM1z9nXjdR04gf6v8PXvYcVXdMsRf7KjDOpOkuq2N2uXJP/ABT3ZVfXnz6Ry39RpUfZ&#10;616975UvctTU2SvpkNhdnULqP9Bcfj/D2o0itR1Rbxi2qvHj9vXvbxHu3b+ffzzwinni02Mc3hv/&#10;AELf196bI0jj06ZIXoXAFPn/AIeve1DS79p6EPAEimp4/QrLZ2f8LqPJ/wBf3dULCjD8q/5unI7s&#10;YJIAP+r9nXvbW+SpK+qqK2N/HLUqrOvkPiUxfQIhPBNrEe2VtwmaHqvi6iShpXr3tsrc/WUSyVJm&#10;iUxqSiSN+0vH9kD3ZV0DT6f5T02XPxcftP8Ak697SlP2zNV1Bo5DGhD2VjGBASDb1X96KgnHn0y1&#10;2S4pjyx/qz172qshu/GPCoyVWkVQwQARqCvjtc2Hu+llA9enzKnB2+3r3tg/0l0GElYYyX79yoWN&#10;3TQIj9ST/h7o0RcmnGnTX1KoaqK0/wAPXvbxT7xzudovvayWMt5GPiUFbQW9Av8AVrf4+3EtdKh1&#10;P5dPfUPJDqLDr3vM2ay0kCNrlMEbAxi7aUuOf0/7178YnABArx/1Dqpkm0g04f6q9e9pzJ7srKea&#10;JIqudW+r6HI5vyB/j7QzWYYkN5/6h1trnSdIb5/I9e95KLemSWfVJn8nUFSr+Opla0IHIiVL2K+9&#10;xWCAAD/V/n62t0SSNRx/q4de9iTN3DWT0sdLI0YEaJ+/FThNQjFj5Cfyfz78YWLUPn/q/wBXr0/9&#10;Zig4jr3uBJ23jZYEiq6V5it11Kt42DCzWQ/Sw9qBGBj06bN4pqAK0697wU+945oZfsqGOkhkuoMl&#10;mdx/qyW591Zmby68k6OBUCh4de9p2o3Y0s0iLJH6R9ARwb/QL/xT24ApNSoBHTLTEnQv5enXvbpS&#10;S0uQpdEtU8cjDkKA19X9D72FqaEV6cWjgs/D/D/xfXvcyg2jRVFTeqq54aYmzy2H6SOCCfayg8uq&#10;rEGYk8Ove2qspabFV1QlNV64I7iGVDYkXsNQH5/PvXDpplCPg9e9t1RuvKxpJClQroVCiWVQ7i30&#10;0t718uteLIe1SOve4OWym4kpoaqWvkqaV1RQIuNBP0R9P+HAPtuUnCeXWjJKF/1HPXvac/vjLRC0&#10;rVdgDZi+kqPofp9f8PbNM1Pl02JWShr/AD697fcD2Es9Wsbl414XWRybn03A+pP9T7vpamBXp8XI&#10;qQv5D/N172NksUOTxwqqpIDHo1JOl1kIUXu34J91aoxStOl2lWUFvt697TMWVgo2ZaaGWcqDawBY&#10;kG4A9syd4pX9nTKvEh9T+ynXveJt1wVsixNSIX1aHjnkIYH8MB7Z0aTTPThlVqD/AFZ8+ve1JDV4&#10;gRXnpRDdSAdWok24Klvr7vGjKwPl6cB1fUlM/wCfr3tLVOe2hHWE5Goijia9o3S3INrXH49qo2Km&#10;hPSfxIi1GPXvbk1NsPO0ytTVNIpAA/ZqCkoP09StY+1GK/I9V027eY697wLsXDY4mrnzU325AaGO&#10;JQY3J5VS7fn2nYUZtJ60tskY1Fj9n+ry697wSybejvEVdhYgmVvTccfQf8R7sjtWjHAFf2dWYxkl&#10;V4KOve4MtViY2WKlKKSPU2kaVUng3P8Atvb+PL7emtSA08x172+0EggiWeoyFG9MwW8chBJ4III/&#10;29/emqBqHAdOCoOoEU4Z697UlYu25qZXQ0KSfUtHGT9b2uo+vtkzlmoowen2W3I1de9oyqx1LGWt&#10;Pj3JPpVZY4b/ANFbXa3Hv3iMDnh0w0fd2sMHH+z172ia/LYemmeOZKed0YpaD9wXIsbsp5APt5W1&#10;ICD0xK8QIHH/AIvy/wBXp173Hmr8B9rHIYAvkfiJLK1yfz/sPeznjnqpaMAEmvXveagqNoqwaqo4&#10;zqKhUZza1yLFf+J9syJisf5/5Otq0emlP29e98M3X7UjVBTYmBiptqhkNtFubj22Aw+LrUjQoage&#10;fl/qp172yUOU2/NPHF/DoYVLhSx/r9Bdv8fz7ugBcavn1tXjfBHEfsPXvc3L5bauICiTFwVU7gEx&#10;xSmOwP0LE39+djWinrTtHEAKV697R0e5qCqlstGscbyagoJbQL/RT/h+Pe1cr5mnnXpsurcF4/Pr&#10;3sQ8dksYYFmBbT/Y9X6WUc6kPt2tR06rKOOD173x/ilPJNp003i1amduJDY+pjf+v096KqfLPXvF&#10;GqjcAKde9u0NZt4sPMaYg8OpZGuwP0F+f9j73QUz1dXUila8eve1JPS4WqoYWp6NEaMMBo0gOG/S&#10;WKfX+vvxAPl08SrJVRT/AFcOve2NMe/1SiugFg3AawN7kH8f09smN/t6aAAIoOve8UVBrkk0hogF&#10;1EstwAPqCfp794VcEjy6stQ1Tn/L/qx173ArMliae0FRXJGyBrENZhb+0P8Aintlok+WK8OtPKVw&#10;5697bZ8vhoo0kiyssurjxqdfJF9Rv+L+9eEvl1USpxr173kXKY14gXrn9a3+tlDX5Fh9LfT3Tw1B&#10;o2B6jrQnQiteP+qvXvadye6IqIlUkqJiBYBZWC8ci5B/pb24q6Mj/V+XTT3AHCpr6de9oqr3fX1Z&#10;dBLJEjXvGkrG/wDtTOfbbMSaeXVDOT8XA9e9wfv6lrAyyE2FzrPHP9fbiKFFfXpoyA+Z697eaDO1&#10;tLMAXLIf13JKlQfob/1Htzq6SmlMkcOvezFbagwW6MbEZKh6WpKhHZZANLgcNpbg3/p7oa14VPy6&#10;MIgky1qQR/qHXvcTLdeZOGRajH11NPBpOllfTJ9bXZPb6x47sdae3lVqqceQPXvfWPwVQjRCvlp3&#10;IcI1i2ph9CGB/wB796MZp1aOOrfqGlB172rIdvUzzKtDVLTSEkNoTy+oH8IT/j7YL0avmP8AVn7e&#10;nREmqsR4cK5+09e95Kihlxrj7qrinRhwReO5/LFD9P8AH3RlDHUME9XqynSc/wCr/VTr3tM5HcWI&#10;wT/cx1VI9vVNE6LKpsORcfn3Vo2H5D8+qGeJMk59PTr3sLNw9ux5BzTY6gjSnFgZpB6n0m5KKOFH&#10;9Pe4+0CvSGa7UmiAU697aKbf+It46/Fx1DE6dYLKUB5vccHn8e1BJ8j00twv4h172oKDKbUyLt4T&#10;NSOLMBMqujc/pX3sFadwz69Oh4nao49e9vlJktr0dQGyFcRGrD9ukjBmbn8Efm3vRz06GhVu7h59&#10;e9ijiN04mq8UG3jPUq1xpqZNEqlRezL/AEP59t6O3T0+kkTx6Ij+3HXvb5Wbojq6eSjqaT/LE/bR&#10;tKh1ZBx6rXN/fgpPxfs6cMusaWXuHXvYM53JVyVDg0xWYekq4NiPwSPp7dRA+T0hdnV6sK/5uve0&#10;dU5LKNGYhTKNTX0ot1Iv9Sfx780bKe01HTQklZ6L6nj/AKvLr3vulx9coWaooU0y8/q+tvrq910k&#10;mijyz1ah+Jq/l173KelK3WLGxONN7pa9hySATz7siVzXI/1U68RTCjr3uJS7kbF1P7LCik1gSBv2&#10;zwb/AKPwf6e/MjA9xHXllKkE4I/b172JdJ2E05iqKmSF5owB51gRmaNRbS5H4/x92MCkCvHp76qt&#10;NWCPyz172q6bsDEVQWOejjk1Ah2IaLUB/iP8fp7p4JGR+zp9boUyOve07k83TSu09L54X1aVBZgo&#10;Ufp5H+HvYiatWx8ummm1NUY9Ove5NJvaOlKRVdHLMPTz5PSePVqB+o491kiJFB1dLnSKMK9e9qCH&#10;sbAaPAE+3J9TCHxjT/WMn6EX9pXtq49OFenxdxuM4697cKTeOEVi8k1QVP5ijSRGU/XUpP1/w92S&#10;EIQeti4javlnr3tTUi7PyUJq6SpajrGsbommJz+TLHf/AG9vb6K9Csfl1tTDI9FNCPPr3tvrq58R&#10;GZ5M3HSU8bGzxufWD/ZRP8fp7qVbgwr1ovoGDULivXvaUyu/9q1lKIshBNUsgJSpiWOnnQ/ltR+t&#10;/wDH3eMspwaD0/1cOmHmjIxWq0p/n697LL2B/Dq+qXLYgTmEnwVTTj1gjiEs44PHHvx1Gvn9vl0W&#10;zhXOsY697w7cwgyWMqj4i7NEWQqCNBU8N5PoL/0Ps8sLYSQdw1V4Yyfz4fl0B923I2t4iavOnzP+&#10;r1697Q6wN9zLpB/bdk0/VrqbWBH19lTxguxNccB9n+qnQnDA24Y/iGP9Xl1727olLHSyNKheqZws&#10;akECJQLlufbiqojZn+I8Pkfn/n6R/rmZUU0WnH8+ve+oaimMJ1rIbArcKFS5+hJP0/2HtkgE1U08&#10;vPp5o5hQgjy41/PA8+ve8lN5Gu+gsnKpwWFr8gfj22z0onkc/ZTPTMwOVrwNafz/AGDz697j1srP&#10;ISfQFBVQTc2/xv8A7D2meTvoMqeOPTHlwHp05ChKkDPCv+H8hx697w43DZPMRZaox9JLVQYbHSZP&#10;KTRp6KGhhcI1TMx4A1FVA/JNvalVMzF0qQgr86evy6VSzxQMgdgpdtKgnifTr3uDBW5GJEWGsqYE&#10;5sIZpIuD+o/tkX91VpFYaDT7MVH5dOeDG5qyg/aK9e94AvkZ9RLfqZmJJYm/9on63/1/dCrN8WSP&#10;29OAeQ4en+frq3++/wCJ9xTc6v8AA/8AE2/Puh9PTrVK56799BdR4/pf3rrwpXr3t+xdJJU0lfcW&#10;hp4XnZjYaTHYcA8m97e11tGzVQ04Hj8uk08hjKAcSaDH+rPXvcrD00VVXRUNQ0bQTEKJZFVvGP6r&#10;q+l7e1CQBm8OU0/KuKf5OrTErA06GhHl8/Q/4addfX/ePqPec7fraqsqaTG4+onNM7GWVIT444wb&#10;anZfSP8AYn2jG3XjOVjjJpmuaZOMnyPXlu4ltlnuZFVTgU9a0z6n/i+u/Yh4fadNQNBBuKX/ACPI&#10;Q1UbypJ4oKTwhZXk0MQ8qvGTpKC1wP6ezqy2t7V2t7k9sh0sfwjzJ41JA9Og7uG9yTRu+2LqeFhx&#10;FderGkHyKmmD172/47aWEr481hcfKtdLiaiqyWDUUj/eV2GrUVA6PJpEgjUlmb6gg/09rl2qzLXE&#10;Fs4cKKpwqangpNeFTWuekLb3uMXgSXEfhCZdMhLA6ZBWg/o08hxz172EGQxsuMydbTzQSqYW+2iM&#10;kRRgyyW/NwbgfUew5JF9PP4bZZaZ4KSMH/Y8uhvBLHIqyE1qBX/Z/wA/59e9x4qeeZJ449Gt6j1D&#10;WPRGn+q1fUW4v7RyAyFg3cWOCflXP+r16dJKKVAHHj5/t/b173CkpGqFJjjtpIUlQdNv6nV9T/T2&#10;xpkBqoJH7OHWjSmrz8x/m/y9e9uVOKSkowY1LTma0s55RNPAUE8kk8+1MVFjLHPyGafb6gdNyRHV&#10;3mopgDifX9n8+vextzWR25v3aOyGpMxj8RvPaWPq8Hkoa11oY8ni0qmrcZV09Sws0kWuVHDf2dNr&#10;+xBLPDuFpDQhJIlINcBlBqCfU+RHQWjS52m9nWVGlhlIdWWpofOoHn5/I9e9pbavYC4erfHz1gkh&#10;kJiEwGulVybMdRsbE8hhx7Kg0Mg8OSmryPEccfb/ALPSm72+S5AniSjenqPmP8I9T172cDaGJpc7&#10;R0tJGwnqK3xrG6kWby2KEt/xzIJJubW59p47dopKEgBiK8eHn+Xy9Ogxf3DxoZaaVQjB9R5D0Pp9&#10;nXvYbbvw42/Fk8VWatVUs8dAsDOQtVJL4VEz3vY2YLz/AL37q/hKSoBKnIXzr/xXDoxtHa5WJ04D&#10;JqOIpn9g8+ve3/Z+Qfa/928v9hUrX0jRQnDUEQcSU6LqM7InOoj1Fz/sfZaRJIwAJ1Nw49pHl+zB&#10;A+3py5T6gPG7Aq3mfIfmPT7Ove1dWdtDuXsqj2/U7UbE1OXyONxlduOV5pc09NTqKWmo6tn9Ii/H&#10;pHHB/Hs9jcXSxwyAKy0q1OJpShr+Q8uktpsn7m297xJw6gFwpFFHH8zX5eXXvb/2HSnC/wAe6wqK&#10;yKmjgyK0WSX7a2PwNVHJqjxsuSnJLSkANM0f4/w92Nxol+nUg6myBgLTyr+z9pqeklpEl68e9IpL&#10;UJwTkU8h/gr5E566BuAR9CAR/rH6eyG7s2o2EymXkil+5pWnlkpKmOKRIqlkOidFaQD6E3Xj1Kbj&#10;3bwyGapGAPspwp8yDx6F8N6JWSMCjAUNT6jGOu/YXy1zhuSTbgC5sovcAj2leThX/V5f8V0bIAqe&#10;VTxx/q9Ove5VJUurJIrm7Nd4/wCoHBHtsMSn2+npXHW3QOuk8aY697ddJqNUoCoI1a6AA34uWc/7&#10;xb2rAwPT/VjrRYRKq+v50+z7Ove5VJFolgLBvFUNqeFjZprjjWo/sgcge2yKYBA/y56bZgEZQ1CO&#10;BpX5+fn69e9vuSpIqKpSCnq4qmoYoaiWJdVNQo3Ma+YenUAfV/sfap4FQj5ZJ9K9JYtUyaymgZNc&#10;Z9f8nHr3uUaSqjjqv4ZHNUwxgUj5SWNhA1TLbz+OWwDC/CC9z9fdHQpqeMErwr8/Pp2IROdbfp1q&#10;aVzQev28fl172+V+DrafF4zE0BZa6qhlmqnAEa4zFA+apld+D5ZXsoJ5sAB+fbqxzlBEgALCv2AV&#10;/mf8PSEPD9TJcSgUWgHnVjgUHClPLr3sNcyEleKmx4aGipkVJpWYsjTsx1u7/V3ci9/aCYuBT0pU&#10;j1JpU/M9GdqXYVmILD0xj5jy4AY8uve4dPi/v66npIQ83qTWeFCqRzY/15LH3p176rQeZBrx+37O&#10;lEp0KZMDT5+X5n5de9n/AOnuoo89nNtx1UBXFa6GjjkeO9XVyW1VF14AjuDYj8c+xZytt8G67xBb&#10;TrRWdVoRmhIzj5Zp9vUKc772dq2u5uQRqALADIFcj1OBx9SevHj3tP8A8onZdDXZbuPeuNxyxbf6&#10;9psB1XgMkBGNe4Mmjbn3hBTRR+kmKFsdE7A3HKn3lbyftm2vvt5Ltmrw7GIW8UgzV2YPMAh+QRR5&#10;0rTj18/P955v9zDZbDsUk5Ml68l7NG1RWIVhtT8jVZyVPkVPUZ6iMVUVJYtJJFJMdNiIkQhVMgvc&#10;aiSFNubH+nu725SN3BVpFA0qzE2jLcm4/wBjx7G/iPZ20t4jh541GhWaumMsOJGDSuFzwp1yAAVi&#10;FPA/lnqTb3GMrS1BBaSMLJEwCHQHUpyrKR6gfyfZWdykvN0YTmSIa4iqxnTrUj4XBBDhiBUgimAO&#10;nQipFWgNQRnNPs9D173nkWP7lJNMkkoAKAn0L/ZZ1Y/Tg8j2aXosk31L2NZZZ6DQuPDUVoWVj6Kc&#10;r5jh02jP9OVwqnj6n0HXveZCWEjSIsTB2C6W1nQD6SG/x/I9m1qxnhmluUWB43YAqdR0cVoaV7hx&#10;UfZ004UEBDWo88Z/1efXvbY4RxUSIPIpezFroOOCB/sfzx7AN3HBdm7vLZfETxO5mJThg8SRg8OF&#10;elqFl0I2Mfb1723fbzBiS1ouFWMAlyTxfV+B7Cg2+9SWssmmIHQEGWzjJ8gOPr0t8aMrpAq3Gvl+&#10;zr3vyjkqGVQG/NtQN7HUf9f/AHj36FQJTGCqKG9a5GDX8xXrzcKkEk/6v8HXvbvTNYIGSIhrrKVV&#10;gHH0GgDjn839jzZroRhBcRRFXGmUhW7lzp0gYJbFa46LplrXSWqOAxj7evfX29QVclC8dRExiaEg&#10;po/Fj9Lfm/8AT2O55YLWxJnWkSgdoHAcAB8wPy61YXt1YXiXdmxWRDUGv7f29R6ukp66mno6uFJ6&#10;apieGaGRQySRuullYH+o9rOqoNr78ig/jEHjylPGI6fI0ztT11MrsGZYpxyVNuQf8R7Bm8cs7fuM&#10;azTxCVB8DglXUYJCutGUnzoc9Tztm+bBzpAINyPhXVACw88EDUG7ZApNRqrTy6Lhktub+6rnqq7r&#10;56fKbZlaSpm21kVaSCN1S7Gnlj/chZv+bZsxALDj2lsx1puemlerw+Tp6/HgHXRzJeZ1B1RyRgfp&#10;0gcgfU+wjebDvH1QfaL+iNSsM6krUHGl1woXB+HNMnom3D203GztpJ7aNbtVNUaJtMpWmaofiP2N&#10;9nUnbPyb2DlsnRbe3BHk9nbhqKdWqKfM01sRDVl/H9pDmVIVyT+ksij/AFvYfVj7mxdYxqcY/wBt&#10;EkTSTtUrAYw0vjqpZoHUtdV9aAA3HHHtoRc6bZdDc7sEWyZeVXUqoJ0yOy5JI+JQOI4+nUfvYWCL&#10;9LcM0FxU/pvGwbhVAK0wxwT5HOejC0tZSV1OlVRVNPW00oJiqKSaOogkAOkmOaElTYgjg+3yCoSt&#10;mMcLpVxU7sGqVlVo0nUAPTFFvdhe7A/p/p7HNjcPvV4bNHW6jtyWWYsNBagrFp/0QkUZvKOtMnoh&#10;lha2jDSAxlwCFINSvk1fIenr1IBv/wAR/j7cIJqd1BhaOVWLKNHPrQ6XH+wP9fYpsL/aZIh+73R9&#10;bMKJxLqaMM57Tip6SvHJG1JRQj19Dw679z4la48kVgRezA8i/IH+v+PZmGkeM6u0+YBr/PpRbxkS&#10;gypUEVFRSvy+09cCQymxuP8AD3wKiKMRRqUVOLM5mlP1OqSVuSfbVpai1g8CNmYAHuY6mPzJOSft&#10;rjHW72USN2RrEMYX5fPy+fXkUgXZi5uSCQBa/wCAB7jzQCeKNS7hVlVpLfSQKdQVr/QE/W3tPf7c&#10;NxhjgnkIRWRmC0GvSa0PoK0JpQ4p0wr6E1oKnIz5V4EfP5dcr8298XjaRJWjT91UcKSAQp/stp/p&#10;f3SeFZoZJ446TgOseoKaMeB05GTmpzTrUaktTiq0LZ8vP/V69d+41KZ44FNTPAk0BU1Kpp8HisSb&#10;BuV/rc+yfazuUMCnd7mKKWAjxUXSY9FDQrXuQmta/KlKdPyeCXY26MVb4a8T9vr11bm9/wAWt/xP&#10;tlqMj5XSeGoi8UgmaP8Ab0s0NrRnWfoqm73H6h7j/d+Zl3C4F3Zyghteg6SreHwWrVI0qQXBA7xg&#10;06XR2ZXVHKh1Clc4B4nHqRinl137yLBM1bRTxywVFKYhT1aSRIzFZU1CenqPwAwu6WII+lj7NrK3&#10;Em6W0qlZ4tIjl1qtSHWpkSU8F101xitR6dV8SMW0kMgaN66lIJwQeDL604NinnXr3vFkEehqoamJ&#10;n/hoSdsgadYppERR6XMOlpHTUbt4iCoHII913PY7Tatz+ut5aWTIxl8MLI60OaKFLMgJqxjIZAMg&#10;jq9my3UD2708aq+HqqAflqqFBpw1ihrgg9e9ylhSOOwkMiTprjZiNRUjWhF7fUWPIv7QHbY9uVoP&#10;EEiTjUjFhqIOVIwBkZ9RwPTLSOz0I0lDQgcPQ8K9e9tJ8VMZmllKyVLuwiJdg8iLYFT9FBFrj+vs&#10;KSm3svEe5lKvIWKpkhmApUGlACOK8Acip6X0eYKsa1CAZwKA+vr8uve2+YlI1mcEyPIsaoiXMbMb&#10;/wCw4+p9h6aP9ATn42NNIHA8fX9vkD0pjAZzGOABJJNKgde9xnZg/IJa4YMRYEH6nWfrb6afZdK7&#10;CTuFWGQR5/PV5nyp69PgArjA4EV/yf5eve8Rkj0VMlRTTy6VIanjiLzTJqsPDGCA17/k+6QiN9Zu&#10;o2Y+hB1EVxpA4+h9OnAj1RYXVa8GJoqnjk+X7Ove5imOn8StovI+mO6iNowVsNIPJsOGI/2PszjR&#10;YCoXTVycFaaR8geOMEjz49MEPKGIrRRU0NQT/qyK/l173jmr0oKWrrZWL0tHEZahfGWcRrzqjUWu&#10;V/Fzz9Pr7bF7JY2NzfAeJDbrqcae7TXyGASvlUgNw49WjtHu547aPDyGi5xX0PpXz9Ovey4d/fLT&#10;qf460u3Kjf2cx8K7qkkXHRNXxwpZoQ9GKww65YvK5VFHjIH5t7CHOHuXsnJX0n1gW8+sUyCJJAoE&#10;RAKNIyVdD6qR2gZ6mb2l+7/z/wC8c97BynbSMbADxCEJPxUfRWitoFSe7Pl172CnUX8yPoztXA72&#10;3nSS5nBdb7B3BiNjVu+cgVbA5vsHN5D7Kn2ttI8T1cgWztIkTBfyQL+ynbffDlyZZvrba6ght4o2&#10;c60cCWeVlRIxqDBDGpkV2BNFJNKisn+4P3LfdbkPc9t5enWG63jdYJb1LKP+3gsIY9bXV0MpEtaq&#10;FLAnyBPXvYy7c+W/S+brc9szG9l7VqOxsBjXyG5Nr4XKwV0+20qZycdBkssL0q1HiMbzU5kLrcgi&#10;4t7EG2e43Lf7tP0u5LFeyxlzBHhl7uwCV18NiAVLgE5JFScdRtvf3fPcvabe05jv9kuk2a7kEdtd&#10;TRFFuNKjxDHFXxDHq1BJAuk0FD172WTtv+ZN0h8e56cb97Dw2XzSZ+qL0G2cjR5M0OJelFLT081D&#10;R+Qu6T6pioZWa4BIX2EZfdleXLhGY/WX0c7MngtWOKHTp0stNLMJKyHuqaUrTHU2e3/3Lvc/3eic&#10;8qbPNb2xgWklzG8WuUMWZld9IAZKJUgqMmleveyv9/8A8574y7A6TyNB1jNHneyd7TZzI7Y2ptCC&#10;bDLtyprzq++3vlAzKs9XUO9TNHCOVNjz7vde/cG5cm3W3bJt5trq5mlkDxx+AtuWpqklav68kz1k&#10;YJQEYap6nf2l/u1verm73IgvOdwbbaNtEMd1c3hE3jpHjRZR0BZI4wI0Z/hIqMHrr1avxpt/sSb+&#10;yafHf+an2JtvqjO7n7Mr6Sp2htzHOmNxlZMtLkNybphk1YDFiOa8stLHKzz1MsR1MFUcX94/7X7o&#10;+4mzXR2GzukurdirOjgEM61MYc8RHG1HKA5bNeskPd37hvJu8c+22ycmQyJf3r1kkjGqO3t2H60h&#10;IGlZGUKiKwoKt137mdZfzkaDK7gbKb8wmTo8fmcnSVuEgxsX8OyNPKKhEr8mZi/jUnQWOsWCgE3J&#10;9ndv7o82bXuE1zesJ9LKzmI6WVjp1tHx7nAoTTjSgx0l53/u4LzbdoWx5Tuo5JraJ0maQ642GkmO&#10;MADUaVoKZ1EgUHXrX4PI9no6U/m9dR737wyW1dsbNx1dS7tr6DGbU3KITQZaGuyctNQS5/eldXk6&#10;IaGZJo4X4EwkRmICD3Mu0feBEPM+mbbokjuCiQuVAkR3CEmaZiTIYwHz51Bb4R1j3zt/d7c+cq+1&#10;0e+b5dSPd2UMjzQai8Y06pES0RcF3UqxX8DBhmpHUWoilkEYimMKrLE8gVFbyRISXh5+gf6E/UD6&#10;c+7b9jfKr409x7j3H1ttLt7A5DdWGyCbVlposqn32TykkRWo/gtVJYVVTEwtNHBfS1vwfeRtj75e&#10;2W/3b8n2m56Z5B4UbsrJ4pK0rE5FCQ2CxoS1DmtesG98+7l7rcu7fa848x7Fc21vcKJ01ozDw9Q/&#10;Vk46NVRpQ0BGF6hSzVVAvMYmgEU0rz3jijgMdvHTsnBC2ufIT+ORz7N9tc7c2fgabAQ52mpAtTJB&#10;ClfmaeHIVFdU1bGVXkkkL63kcgKvP4AFvYnudw5e5fSKzubuKNY+0eLKrMWdq/jOpmZyaDy4AAAd&#10;GPLdruT7TIYFkBkavYPCylFOUqEACgVGTTPcT0VztfBpufdmMylXtmDNU2Lx0rzVlRt9txU1JTzo&#10;ZaaSix1UFjmcWZvWdK/Ugg2Kjxm/zR19Nh9y4utoZ6yvmoqCqp6Z6ulYxg+I1skOowl7WQtcG4uR&#10;7e3CERtE0Eb6Z2ZQQNQBAqC5AogfOmuMcejDlf3AdLqTZuaYhBMjAKyioYcKUqWLLjURk1BpxPRM&#10;Pkt8FKnd2MTsPoLM09ZG2NnyFdt/LZGWkhrPuJEqpZ8JK4WGFGAd1p2Cqp9KECw9ic9RCoW7pZra&#10;DqHqJ/Av7QrE5JwccepZe7tVAJZaNwyMn0/4qvVV+L6n7FqKnK6duZn7jFK7ZGkkx9QssFMh1fdL&#10;pU3iYAESG2q/tPZx6CaD7audUp5WiT9bIxkZwqBXTlSTYA39mVis6v4kIqwB8q4pn7egTzZNs91a&#10;/Rbs4SGVkHEqdRYBaMuVJagBqM+fVg/xM2pv/b4qd07ToayvzNPR5OjNK8dK+PSh+2H3kVYa8aXd&#10;dWrxaGuAeOPfDL5SlwuJWaaZYBIUpKYyxzzJ9xKtoI5fCGYK3F2JsPyR7Zi0SXqRPUl3C4BJJP2C&#10;gp6mg9T07ve5RbBy29w7rEFQqniVKhtPaGp3UNPI19M9QOq9jVvbHyMq7UiVc1DXnN7lqMTNTUMc&#10;9DBkUWtrqGCVVivFLMiKiKCRewC8gC5q9ZVkiopI6bLu1TUwxwoaydGjay1dNFIFSSxYN42b/A+x&#10;bc3BZJduaQxzmJioADEKDpDAEBWOVOnyJoeBPWKltdQyTR3tjGhc3Gtlqx7viJWlDT4uJqQv2Dq8&#10;WWjWSnmo6wySUjUIpXd1jRZYpI/G6SMLgN/UhbC/sb8YKibBpSZCc5Op/hiirq5KeClWtllhJkBp&#10;YfQn+Krxz7C7p9POtD8LAV8zSgLYwNRqaAUHljrKWxll3PYZLe7Hil4GLEqAra1J8MLn4BQZJJ8y&#10;TXqmPsXb+M2B3htzdWMMO26OTsakp6DHU8+VrarC0GHyUFJ/G6usm4IrJjJZfoOCBp49la2zkK2o&#10;3duHERYjHyNiYqWTB0Yqnx/30LVJ+4qIqpQYdaSAh4LagNJP1v71Z7xcx7xuFgkMcawIiW6KKa01&#10;N4h10MYz8QA1DtrxJ6xp2nYkuPpbqL/GZHZ2dXk0aJFZdGlahmxSlTpILU+Hq5XclbDQ4s1FRkZs&#10;XTElJ6yKhGQCRPC1xKmhyqn/AFduDa/B9jlubbzZbCRT1rrROaYx11HCZZw81S6hYVrIR5dCPwSg&#10;Fx/Qe1i3Ec8T2V0D4coAIBI4+RK0PyJFKivl1KXNHKlxfbXDuwdYJoAS6gFwWLCgDEFtKkYFMgjo&#10;o/WHeWMpOx63rgLkM3TZR1lwGWMdDj0jSjpnlqI5seGWPyyoGkYhwRpJKkkD3yw23qKqimcFPu6R&#10;BQ1EsM0bGeOKnR2M0S/oOo/plubc/Q+1M98Q7RSopU4oe7BANDXypwBrjPn0m5Y5PtZ4Be20jR3N&#10;v2F43010AdwCntOsH4u6oz0o+1O8KjYGbxuLydBS1eG3EtOKNqqlqGgiq62rMIp55Xu0w8ZBP2w0&#10;gEf191WfMH4E9Ad/47LUe5erMR19uesbLZLbPZ2yYqPHNkM5XQmH73eEeGRBUxRELKUYnXcm9/cV&#10;c1+23Le6I8Vpa/QPnwriLMWpst48YUFFHEca5yOskPar77n3gPaDeLG7ut0l3Wzg/T+juXD1gVgN&#10;MLlmRmIFNS6SPPiejB7PjxQpXfCZWtrKQrSrJQ1c1c8WN0xmRYaGmyKrNAjBxZHvwAPx71F+9/iZ&#10;vfojsPK7Pr5DVUEMssuEzdTRtRR7jxEcpiGYoqRmYiFnVlFzcf7Ee8WN0sp9pumtLkEEZViKakDM&#10;quK/hfSdPX0ofdq+8Vyz94DkaHmXZnWK7AAu7bUJHtpSMRyMKVJGRThWnS1/33/FfYMVGxKmMO9X&#10;V0cA4FwShBH9Sfx/T2UtcKBpLDOT60Pp/hx1lIseuMMDX18v8x+3r3vjQbJeKoST+LxWQqwtISjL&#10;bUPof6fX2mN+gOmuadekiCKHXJHlX/L172qauLbkARMtXwSvovYAAr+bADnjj24ly5XUeAP7fs61&#10;E2utVoV8/I/8V172oNq/6N8hOkUFdF5ldQVuVSVkPI0Pa5PtOb2VCTkY+3rwarEIaHPHr3sfsZtj&#10;ZtRGR4oHjZRctpFifyxI5H+Hu6XxkITOo/sP+rPTwRz2gVPE0pn0/wAvXvbl/o22ROpEGBxUzsV/&#10;etpY/UtYfg+1njj8baQRj/J+X+bpKyq1c9vD7D5fb17205bpkZCn04+KJKexIp2dWWPkkaP9b8H3&#10;prqNOBGPMf5R1QRKv6inOM8K8K1/wU697S8HQdV4ZFmhMw0/7rRf+TtX0/1x7aF5HIaK1CPXgfs9&#10;erFqkKDn5g/tr/g697QOb6ImxjvLMld4SSVRAS9w1xqA/r/X2+k2sjHHreGI1gkeo/w0697Sr7Tq&#10;8I5jocZcsLCSWRfV/gb/AI/w9uknVTp3Sy0oMde9uFFi8g7s1ctNAtrSHyKIkAHIB9748etrXz69&#10;7bsidrUtRfICKrQrcGNjqFh9Qy/7379ny68dPn172hMzXbTnPjoMVkLtxG4YsAQfqQffgOFeqnTQ&#10;qBx697w0GGx87K70tXFqIszKQtvze4tx/h70wBBqB1UIKUPAde9vcG3YZZxAYTPG0gBdEdbIeQSx&#10;+nveAKAU6sc0HXvauo+u6WoEpp6RvFpsza2BDfThT9fbE0ohGcV6swWOiuCP2Up1731U9essMiIG&#10;V9LeMFAoDfS+ofi/thbktWjcPl1cR+IKoacfsPXvach2VWwaxJOyGxIZYtSi/HqP09q/E7A5/Z0w&#10;50LrfHy+f29e9xaraWXgUTUxarRrakC6Wt+NIP8Ah9R7ssmvPn1qMlxXIp5de9vVJSV2JSACis7x&#10;jW0ki6ibXNlF/wDDj34141/LpwBhkde9qCnqa2ZAWiMJHC3XSwN7kf4/n222lAX4H7Orhq1LHjn8&#10;6de9utLia6sYTmsokKEKoqJtMhv+dK8+0M1w9AWWh8h1uBllPaCPWvEH0p8/8HXvfPI4CdozHkae&#10;KqjJHrp2EiqfwQ45F/z7aEzs9Pt+3q9wrRhaLWvp/l/y9e9pc0tHjZtMdOIobFFkmawUfX06va8T&#10;HDkZpx/ydNqpFGOPz/zcfXr3uVULTZGJUSpp4ADw2tLGw/Jv7YJyT69WYlq1pX/Nw/Pr3vBQbdoK&#10;+p8EuVoZHS+hRPGrE/XUdRt9ePdGk8KjUr1uOFDwpjPHieve8lZsPHGXTUKoV2F5YmEgUgWBuPp/&#10;jb25BdYo3DplRRtDAgH0FQfl173kj2XttYmios9LT1arwGhRkuDwhL/Ue7STNXUgwOH2+tenSF8N&#10;inEfz+z/AAde9zKTb+TphY1lHWjUCrq2klfpYgce0okdmqTQHPCmekKvJKwWVhp9APL0/wCL697n&#10;vgJqqN1qKeNH06RJE5DjV/qX+l/8felfwxX1PH5fLq2sRvRB2+Yxx+Q9eve2qj2jLTTMaeeXk/5u&#10;aRSgN+bW/PtX9QQlQKkeR/w9KJAFTxo8k+R+f+br3t0qMbNCVVvQdNmawuB9Dyfp/h7RtcODqOa+&#10;R6Yh8apIaoyKHIJGf5fs8uve2eKnVZzAtW7hudJZZP1fQC/+292NwVUNSrf6uPSqsoQMTk+n86g8&#10;Ove1HTbej/zzSyKy34jUKLqtwSo+vun1FaKAfnxPWu6oYUx69e99zY2JmQqzawoGqVfUbH9JA/r7&#10;80zA0YkD0GB+3pOU8Yks4xXA+XXvbZkMNHNGDUSLoX0hUexH+PtkXMpauCR/g86/Z14QBDqDf4Kf&#10;6vXr3tuhw8AsYZ2Oj0jjUyk/2bD+nu0k+scKdWMYkOuVi1OA4L/q/wAPXvajx2NKSrpkiVib6nUg&#10;uSLHk/j/AAHsvnmlClfQfIdKogzgLXyPHr3tVw07Klh4bk39PBuDYg/6/wDh7LRcsGFDk/P9tPWn&#10;Twjp8J+3r3ttmzcdI5jlSlFnsDIxTj6Hk+1qXFVop4+Zrg9MkGPhinDjj7eve+zmaMDU/hKgi5p2&#10;D2A5AOr8+7NeMjHVn/V69OrMwoX+Hz9eve2+p3xt2jPrqI3cEXR5Aot/Q3/p7s6yzUKGnV5Go9Bg&#10;fsp172jNwdnvHZqWCkhoVIdXpyCXH5DMP6/j22tvKckGp/b1Z7kEjr3sPMV8hwcjUQmhkhipKjTJ&#10;NU3UylDcSREfVfbzWMzCmSf8nTUe5IrFKY9eve1fW/ILEVc0crTj8IUT9B+lybD/AFx7bi2yfX3e&#10;XTclxEWJU59D69e94q7samkpZMhjy1YNBcxpPZwPqRpP09m9vto4nj0nZ2J1E1oPL/B+3r3sOqjv&#10;XHhZFmpaiOTkk/cNfji7W/p7Xi1CGkfDyB8umfrERfDAIoa5+f8As9e9h3kfkJkIZGFBEY7AgMWb&#10;WR/Zb+gPvbx92k5p00181arx697Tv+zC7olYB5yoJtqZ2V7A/gr7qIUJoFHTf7ykr172rKH5F5+E&#10;+osx4BtJqHH6Tc/i3191exjYVHDpSm5kf5/X5H/V5nr3sRMN8lJaiwqIY/IoAcX5f8Ej8W9l0m0p&#10;xr5+tOlK7oB172PGzO38FuHRTGqkpqySxWCdrI73vpST+v8AQe0Mu2OtWUfnw/L/AGejKC+VhQmh&#10;697FE5A1MlgRoJH1Yf6xPP1v/j7TC2KCjg/6v5dPy3QCg/H/AIP+L697gVWUpaYCKWppkINh+8Ab&#10;EgC39f8AEe1KW7DuQYPDh+zpszBhUYJ9Mde98PFSZBDrmTmxJ8t7W5JBBuP9t7admjw2Kfy+3pMX&#10;Er0rTPkflT/Z697TeWo6ekieU10SIgJDyy6Sf9a/H+HtbZujtRz5161qDJWuQafl/qz172GlbXUD&#10;SL46oyy6gR9q7Fj+TYJ/sPZmyKyk06Ts+NS1/LPXveal3NtrHaZcvBl4xcaiwZldkNyVv9L8+y9F&#10;TxM8KGn+QHpqe6YGpJFOGa1x6cK/8V172usJvnrnMowo6oY54wyl6xWCu1/T6zf8/wCHt5aoagf4&#10;Ok0N3R6AmvofMef+x/Pr3uBW5aFqtlxdTR1TAD0vIArCwNlI/rwR7bkkSvaKD/L69GIuVY0jpXr3&#10;vttzVNGn+V0sFyt/QLeo/QE/48/T21Q1Nf8Ai+mvGmpUmop+zr3tmG4aOvGuWiSm4b1adS2uAWI/&#10;HurSKuCSeGPKlK+ePPqgkckUP5/5v9VP29e9zkp/JAZY5IdK2Y6GtpU2t9f999PekvA/xU4+XSuI&#10;GRCTk1/1fl173ADVhYr6Si3H3CupRRcX1/0PIA97N7H4gTz62SPFEYH+rPXvf//W0esduOrqETzV&#10;BbQFszm1zYCwP559qWUgGo6WCYminrf49qqLIatLMFJe7ajpULfn0k+6UpwwP9XHpSCy0I4Hr3uV&#10;R5iSZ/FTTyEq4BZH+nP0JH9T7aKM7UccT9n7Py6c8WNe0Hz/ACHn172tId0y4tUp6mpARrMwvqYD&#10;9J4/wN/dEgdCaV/P/V6dKPHA+L/V/n697k1GS25nZYVmjWNiAPuTZCfpdiR9L+1HerhlPHyHSadg&#10;HEo+HAIA+df59e9seaw2CQiOgqFm9DMz2BUOo9IZh/vHtZn06o4jJolK9e9g1XxVKSTKoJQFk9IG&#10;mw9N7f149+6ROtDX1697QtbDU3LeN5SxNlvwOeB70wqKDpk149e9t6RSkkNctfgW4Uj6j2mKsMkU&#10;/Pr2QK1/L1/1f4Ove1BjZZaNVqFWJZ1e6a+FI+g1D3ZWKnHDz6cjoBQ8c/On+rPXvawpOwnxwUtT&#10;xSMjXsBdC/1BB/r7e1ofl1cS/n/mHl1725DtWurHCfZ00KmwJ0eo/wBfp7cD6hq6t9TrNSo697f6&#10;HOv9xHPeIh5FZwOR/gB/Qj3rUa1HTqu1da0H2fz697EYb2pI4PDIPOSwOhU41KLWLj+o9+JB8unW&#10;ML1Ei1+zH8/t697TWY3q8S+OnoWDSAufHESoU8hVYcX+t7+6aQDXpOyQo2tFof2/y697D6s3fl5L&#10;pSw1CEvyQjAgfgH8e7dVNw/AYHXvbe24828gjqHll9QABF7n/W/Hv2KjrQlcmjZHXvbj97UmPUaY&#10;Iym7OTy1xz9PegRSg8un2JIoB172mMnXSaiyxksb2Y3YJf66R/j72BXpI/mT172jaqaoqCwkkKx3&#10;F4wbDgf19syPQlPlXpvJoOve8tJBGeCder68AAX/AAT7oKFgOvZB0+Xr172scZh4pgHkdCCbaWsL&#10;W/r7U5HT0aA5PXvc2oxUgYohCorfVTxyf96Hv3VyhpQGnXvcOStp8edDv5JFI/RYm6825/x9+AxU&#10;9U1BDUGvXvc+n33NSC9PH42tZWY3K2FgxHuhdRwz1YTEHHp173hn7GzEoKN+4T+n0rwRwStvdTKK&#10;YFevG4fh173GpJK/NStJXSu5ZeVtZSC34Ue3BkenVK6j3H9vXvYm4Dr05I6jFLwoYek/T6j6c+3F&#10;ikbCj/ivt61JJCgp5/6v21697xbiw1FttfXYOqfTTYjn8KfyfeirAEEcOtx3CsaHj1731SYysrsc&#10;1bANCFFZBGt2K/Xm3090z0rClhUde9obKyVdOdHilltxYsWItwbW/wB59+qo4mnTEgfNOHXvaNq6&#10;2sDWlZ4VsAdAKcXuFt7ZMlfh4D/V+zpknAr173F1MeApZv1AHUT9Lnn+o/x96Z9ZAPWiSBUZ697k&#10;UkMzvqZCEJ4Uj8EWI9uRig1Hz60K+nXvb9HCsWgukZBUmxBP+sCPxx7c63Tr3t7pBSFUBVAUAueL&#10;8/gX966eXw2PCnXvb395R0kepnuSFIVdNhccFiP9j7906WAHHr3ttlyiyanjVixDCP8AK8m4PPvx&#10;FeqBicj1697i/wARnILGQtYA2Bvbj6X+n19tmPOOtCYinXvcZszVoxUsT/h+n/W/3w91Mb1x14y1&#10;yOve59Pk62bTY2U3H6SCbGxP+sfdvDNK9WSQkEEVr172oYamr0hhK30FjwbW5Av/AL37rob06cqA&#10;mTnr3uS1ZOXSR3LEABifqtj+B9Pd0FBU8fLrestx/wBR697kLlKcECaYKQb24LEA/gD/AHn251sN&#10;mp697eafKYWRDqSRmsfUeLi1yQfx7bdNZBBpTq6vH51B697y09dQMnjUT6lJKhLKtr3BZxyfx72I&#10;0wT1bWtKHr3uXVT0zIr62jaP/dbnixXhjf3cZ+HqjOAK1697Y5tyYbw6JxErJe7sFRrA/wBTz/X3&#10;75dVaVAade9sD73xFFIpp5PK3JJjiuo5+gv9SPfvPptp1BquSfLr3t8xHYf3EyaKR2JNmOgqTdrc&#10;v9PdgD69OR3a69I8uvexLhrKfIxrUmPxSl+dSjWqhef8D/hf3RiKUXy6YF6AQAKCteFcHr3tqyWK&#10;eoUyU9bKrpwoK6RcfQcfQ+7ZwB0tNJVDqcHzpn/iuve0HXZPO4Z7U8dTLp1XlcMwNhc6WHBHtIVU&#10;k1HTUmuMUFTT58fy697TB3buHK1Ij0SltQ1Axto1XsNQ/wCK+6MAO2n8umxIxYEYznFf9Xy697Gb&#10;AVWXpscI8hDEyTqFERUBluOSOOPqPbQt0L4yejBJHUEOP9X+ode9seSrcVialfJV08DSsPJD6Ta5&#10;4B/pz7eNrqrjptpQjdxAH7eve3Gbc226GiFRWZanUNyuj1yt+PQi8n2lazBIB7f8v2f6s9beWIoC&#10;7UX09a9e9x6HsaiqtUeMpxPTxkgySvpkP51AfUf63tYkRXtI/b1oXascefAefp173lfsClsQaKcN&#10;9CNQYKb8k2/HP59qBVRQ8Om2u0j+PB+3z6975TdgUT0pDU5AsV0s1tJcWJNuPex1r6xWWo/1Dr3s&#10;Ksz2DRUhlpaSnYzGXV5NXH0uSp/2/usmRpzT7MdMPcqMoK+o697YI9wS5gJTyu6iZgrhASx9JuAf&#10;9Y+2o0JyeHTPiM3b5evnnJ697lR7PrWb9irM6FgxhkJ1i39R+eSfapQPs60YyATXr3vPGMngS9le&#10;nKXGsAs+o8DQB/sfdX0vgdI5bglAE4nzP+rHXvadyW8cxLN44auUG3rcn9Zvci5/x970KvHq6Axj&#10;zJ9f83Xvc/HZepWNpGmczFQfITqJbVf/AHg/0/Hu2kUrx6fExUEk4Hpx+XXvcqLceRpZJZJqxvHy&#10;fUxZbLzYA/7172QAT8utieQOQeH+x172zz9nVqSFIkSRdR1MwALC9+CPbRZeDde+pevy697U2G3P&#10;S5hgKgCOV7fklef1Ae7IoJI6skgkYhhU/wCHr3t1ymYxFIhRKFKmS31kv4wfpcn+nvZWvV1mRlPA&#10;f5R+fXvYX5jLw1UgEEWhVv6F/Txxwf6fT2mcKDQdMvLUUGOve4lNNKw1amQD62NufqPp+PfkRXPc&#10;OtJIaU9eve3qPMx0egx6pXUBiGPoJsBcE88e9SIARTy/wdOeIVGc/P1697kvvLJSsIwCkSsthGxG&#10;oqeef8OfbDRVaq46uLnr3sT9q7ijrESOvQSJeyu3LLc/U39qYqavL8un0kySflXr3sSKrFakSfH0&#10;tPURNGpkZV1NyODb8/09vZ88dPsKkhR9nXvYabhxUxLjU1MGYehVKfgAgH/H36tekkqVz9v+qnXv&#10;aQdKDHIvmtIVsZGNtX9W5/PtuQGgPp1pQFFPP14f8V17240m58UkRenMsdiR6gB+fV/vh7aVnVvl&#10;/q/LrYkXNOA49e9tOQ3xpjkNCpaYiyOwFgfyxv8A7x7uX1DSOqGUAkKAft8vs697RtVuTJ1LF2qq&#10;hXOnXpkYK/H9AfdKDy6b8V+Iz1721PX5FnJ+4nYkeoszXIHIN/fhWnTet2bJ697gT1VWxVC7fj1M&#10;b8Xvb3rSxavTdNTE1697wpHKBqYm/Jt9b/77+nuxBGeI62BmvXvcqGRQbMQtxa5AvpHJufdetHJr&#10;173Mgy9PSFl4cuoHB/oeLH/H3sNpao6uJCox59e9u9NuQpFoWkuo9WpWsxubG/8Ah7Ukasjr3iGn&#10;z697nUu5IYNbnWGYcpqub35BJ97IqereJ6Gn+rh/m697T+azFbkImCAxU4vZSSS4/of6+0zMS1D1&#10;V5K4A697SUEogfU6lueOeR+D7qrFTU8em8U697ntUtVPcsz/AKFBY3tYcLz7UBw+R17OqvXvagwu&#10;AnydXGkaMdRUkgfT/H28iVX08+qPMsa6mqf8HXvZgaTbU9LBDCqEqIl/SLeq1gWHtwwkKHxk0pXP&#10;Ta3M0jDQSPQU697WGLoji6Wo+8SIxNGzFXtpHp54P9f6e29IBJJpT/Vw6dR3Sob5H/V+fXvZXd5V&#10;kTZudqM+OKKUFEuQVH1B5/23tPKAyVHT7yFzWgrw8uPXveSkykEkCmpAM2niUKFJQj+0P8D7uh1K&#10;KdWDtUlhnr3t9GSohCgMyaSgUgDjj/Vf6/uj444+fV0kFKj/AFfLr3vumlxlVNHTsUQySFBKp9KO&#10;w4BH5/2HtOCa1/b1sMjPkUB/z/4Ove5GZw+ex8CNG8dRSFWaM05DMIwbAPGOQfe+6vDj1uRHpVRj&#10;jT/P8+ve0FLVVUcpYgiSxFtR5I5+n/Ee/AAnhnpOS47iKf5Ove3vGbjrqRlYMuvTxr/FjfTY+7qx&#10;U56dV2B48eve1QctuHKxMyVrABS6x69KhT+kFR/vHt0yKOGer6nZeOeve8OPylwYcgzFyTc2Nwwa&#10;3PvWsV4deQ0amST1722ZeZqSSRYXfxvpYE+pfpf9Q93VlrQdNSKVP29e9pasz2Qjp/Es7+Nrhhc2&#10;CkfgH/ePbLrpap/1HpsyNwBx6de9sENXNUyaZGZ/yAbkED+vtsd5oeqEnifLr3sTduYWnaBatjYk&#10;lgCefpf6fUW9rFBGR5dXFVowGf8AVXr3scsJuWmTDVODq4VlgnS0Muqz07hfUUJ/xHPu2B6V6MYp&#10;WHYQACMevXvbDPQGmVpBVx6T6431eo/kXH+xtf22yCtTnqpFGLDy697RM+QSGq1Vai6m5kRTqb+j&#10;XP8AvHvWlKcOmzLQ0br3uFmdwvWw6KSuqIygCeJk0ah9bg+6lI6E+fWnl1Dsx172HUzTVclpSWIJ&#10;5djfn6/X/b+2Kgig4dJz55z172pcKkNFofyRu7Si/PKoBzf/AB97INPl07GSo1A/l172KNHu7BQq&#10;aXKSSPCun9oSgrqHIZDe6/63vbGufL06WCaKlJD173mkrtrZNvJQV8VNIiHTFO4OtW9RXV9L/wBO&#10;PddS1xnh17xIXJ0+X+X/AAde9o3KxzwPLU0dQskbEn0OHUD+mk+1XSOQEENWvXvafG5smwFLFRCU&#10;sQpeUsIgfpwf9j7q6Bhny6qJXNMV697nU1TmKiZI5KqKnQkxu0ZLJEDcc+0wFSNOePVgZHorcAf8&#10;n+x172p223T1sSM2Y+94uVjBChyfo9je45597z5Ux8+lYi1qMn/AOve+m2XS05ZWqngLBTqdSUAY&#10;EXVj72jsKgdMGEVyP9X+ry697Zq3YMlMfulzMNTE17aNReP086l+g/1/biuxah4daNsVNS2Ove2O&#10;v2zUrCtRT1BmCk+bkqynkhkX+nA49v19OmWjIFa9e9pt6eoVvHJIS6sQSCbar6Rz7ZkGagY6qNVK&#10;f6h173jrZDSXjVwzq1yym/JAvz/h7ZB1U+fWj2mvXvaYqql53uWY2/LEkn/b+6Ox4dUJJ49e94El&#10;dOVZlP8AUH3UMR1rr3tyo62dJATNJ+rV+sgEC1xb6e1ETjgevVNc9e9qWWaSoi1Ruy6LairEk/kX&#10;t7UDq9ajr3uLRQvJONXkIUkjk34FmH+t7sAD15OPXvYh0Oflw4BjkZo49N425uQDqC3/AMB72SOH&#10;Vo3ZGJPnXz/l9nXvcp+yn9TBhCfqFaxt/qb+2S+nB6eFzRRXr3tGZveuUrVZYq0IJLhhB+2CCP8A&#10;D227a8/s6q8zFTnr3tEJUuknkqWeblSQ5Lgn6nV/xT21UjJH29JgTWvXvfNqvzOSkXjIIsBwoAPB&#10;t78HDNQdXqDw697d6B5JXSJyxSRgCbkWH4t/sefbsa1OetA0H+Dr3twqqEaZAsgbhj6hpP8AiD/r&#10;W9ulUYaaU6uwDGgNB172jngMbM5K/wC06ebNf8j2mZaPSn59M/Z173JjcBAdRHAFvrc/k+99e8uv&#10;e3rHyRPIqu2kNYHUbgCwAYe9ihxw6eU1FfTr3sdutqDFTVdPDmK9sdR1E+hqlAWWAk2SUoPx+T/h&#10;7eVQtdOT0qtgDUM3E1697HPceMx21tMtHuDG5+IJqQUc15NDC4Mifg/4e7gCpP7el7KkXeDUn54/&#10;Lr3sGs/vinYGR41jIU6fGFBuPoGH+8396JFMmnSaSYHiAP8AY697QVL2Fl6eR5qdoUQG4f1CTSDx&#10;6z/vPtOxqemBcMoqoxwr/h697T+5exMplAqmsk1DUHRSLH/EsLfX3TgST0y9zI2Qf+K697DWetqq&#10;m/kkkZWYtYsxvzc+6l2bh0wTXj173HX0A3t/TSefqPr72q049V6974X/AN9/h71rANevde9yIpZl&#10;9SM66R9Qef8AXA92BJ8uvcOHXvfM1sxYMXa4Nyb8k/1J96LCtOvfb172tcJuCWAqVkkjljK2mico&#10;6n8X0/X28un8XShJiACeP+rj172NGK3JUZlQDKklVFpA8gCuwI+uofU39uLGimo6WR3DHH+r/V69&#10;e9uG4sk1MsAzFN4nkiHjlCW9H0tqH9f6e7hQuOrStoOmT8vs697R1YtHJA1TQZSnVQATFLLpkDD+&#10;wQPr/h71mnSdipGoGhHXvaciz1bRyCOaoE9IzXdDY/X8x3597qvD1/w+XTQkkHnXr3tdUG68BDGv&#10;nopna2lZiF0gn6r6fdGTVnh0pE6VDkUHoP8AL173zji2VuebRkkNHOjXjnRlAZb/AEZvz/rH2nNR&#10;her6Y5Tmg697WVN1btKtpHbFZ1WrEXX9szFIm41BA5P+8+7LK4IVv9Q6d+kjZagjr3tBz7aNBNKt&#10;XVypHE7afER+D9OeNP8Aj7UnpKYghpWo697xzS0tFCJmrdUSi5BkWRrAXJsPr7914sAK1697Q9fu&#10;/GyvojinZUDDXYJr/wAQP+I9tNJQ0Ar0z4ynjw697TE+ZpWYskb6T9EL2YW+vIt/r+22YE6mx5dU&#10;16jQYHXveWjz2l1RGlRQCLrIRpJP+8+/Ag48j17xCpxg9e9iLjd0vQRx+Scz05X6Iw8ig86if9f6&#10;+1IFBUdPLIVyTXr3tqyOdy2eqkhpZNUCFm8kx5Vb3JcHj/W9tOw4cevCSWRtMfn17221csFOSs7e&#10;eUAXMZHiN/1Cx/N/bQpxOB15qH+041/Lr3ttq8i9XSy0miMU0i20qOLryp/1x9ffo3D1p01KxERU&#10;cKeXl+Z4V697GDZ9M1JsSolghhkX7aWoqvIwUvFYg6SOQwI4Hsf7bGItmDgA4JY1/wAB6g7mCQ3H&#10;M6xyMVJYKpHka/4Pn172XSKpaJ3mQAM0jyKPrp1Em/8AsL+wQsjD9QYoSfXgeBrx6mPwwY1Vq4Wh&#10;PrTr3vEGqKyX0hpHeQFVUXJIF/ov/FPbIDSN25rn8z1cJHGpOAKVPXvbvTRIqkTKjaeTHI5U6z/q&#10;h/xHvdChqR8vs6RyGp1rxNaEf4f9XHr3vI1Q4LCJFjDKY41U+lPySR/vXtK/jAfqY+wf6snz/Ppn&#10;RVQ8mSM1AoT/AKvPr3tnnUKPUSSxt/sB/j/r/X20FKipHCh6M0KuKrj/AFeXy6972B/5T/wS2h8h&#10;um+533nfT2Ph4+voaxJFgr8FPlZfLt7LUWv9eirSN2UDlQb+8pPZf2223mXYNxm3FdbXEZhHkYjT&#10;V4o/iCGlQOI6wM+9L777z7ac37P+5aNBZSrLOpFRItaMtONaE5HSD3zu6Pa9IpiLNkjR5LLU1M8M&#10;xpaqjwVMa/LRVFWqlIf2AzIzEEkDTc+6du8Ojc/8et77x623wI6fe2xdy1e3MziHgkLO1FVNC1bG&#10;/wBFhkTxTQgjUySA/T3Bu/7FcbBu0the0WWFtLDyIFaFf6JFGB9COsyeT+b9u565ctOYtqYm3uo1&#10;kU18mFRX7DggefHpTYLNYzcmGxW4MLVJW4nNY+kyeNqoiDHPRVsC1FPILfQlWFx9Qbg8j2X2R1jD&#10;hOWkPHAsB9Qf9t7IJmWNSfX+XQvWooT6D/V9nTt7bWuBbk3N72/ryfaE8K9ar5Dr3udj8bWZGYQ0&#10;cTSsSRwBbj8ajYf61/bkKF3AA6o8iRrqkNB172Znb/XG1tpdPdl7w7E3Rj6TdGXxuMwHUuxsZV0+&#10;S3Bnc1V5WJ87ncrSwFhR42ioRL+9KweSYoiL9T7E8G3WVvtV1eX9xpmZQtvEO5ndmGosBhUVK9xN&#10;dVBTPQNvd8vL3mCy27ZoGeBC73U7KVSNFU6VUn4pHeg0jgtSeHTfUVFYtdQU8FH5aab7iSvrHkCJ&#10;SRRQHwiMcl5HlKLpsBp1NfixCzrPrjP9jbjpcDgcXlslNKxlqajH08jpjaKP/O11VIoOmONbs1/9&#10;h7R7Ttcu43HhqjuAKkgE6Rwz6dGnMnMljy3tct9eSRoEBIDEVZqYUfM/7HU8f8U/Fvdme8eq+vuu&#10;di7O21tKBK7sxWkqN2bkmzTU2G2jt6eE1Me7dxUekLUQTRoyUlLMwkeUMFWzD3K91YWFttltbbbG&#10;TKP7SZnqsaGp1yL/AA0FFWtSaj06xH5Z565m5z36+3jfJPpdpApbQLHqlupVJ1QxEZVhUa2Awp49&#10;d+yB7r3Ht7N7gh27tufGRpT1FZDkewdxBlCwMrLXy0FOl1hprajDFGhc3A+vPuONxu9vubs21gVO&#10;TWaThSnEegoMChNKDj1kvsO37hZbWdx3GN1DqCttGasTgqrnzfyJqB68Ove8Oz0w9fnztrC9oR0V&#10;TUstBhcxujBz4/CVlRUOY0iFSskktEkjaQrS3Tn1Ac+0lhFa3Fw0Md4EdyAheMqpr6mp0GtKfz6M&#10;7uOeS3ju7zbjrZwXWKUFkWnxNUAOR56c+hPXibAn+nPtCbywG98Rueu2/vCCto8/j6s0lbQOElni&#10;mgcxNxASNJ+qNc6lII4I9kN7JdRXDQ3rVkUlSCRimKf8VjPQi217SS0WWwylaDBqMfCa0IpwI/n1&#10;0DcAj6H2yZSeWgKwPSyfcCMLM0sbRAkrcMy2HqsR/sfdpEVUGKHiacK/Ov8Aq49GDAKnhqCuan5E&#10;cP2cQeu/amwVBHW0S1heNVgsJELWcSkHS6J9CVA+p90cMwMxdiKYU0yaV+WOrrRRRzU5p8zTyPz6&#10;97Y8tQqY0eCRQsb+R01XJv6kQD8tzcn8fT2jhuJNPgkUFa/6vl5DptS+ilNOT5/n172jKhWEnq9T&#10;Nz/h9foAfpb2oLAmp4/4fn1puve5uNx8lVURR2YCSRFUW/UC1iLe7xpqIIPD/UP2nrR0qNTGlOve&#10;7Zfij1rX7xhq8rPUWw+1aGAVEcfpZEp4rnXJ9NTGy/X2fLt31kTPXEYq3y41/ZT9vUN88807fy2R&#10;bMKveO1K8D5cf8HXRNrf4m3tm79x9OczU19PDGuPmehkxqRCMD7rGgJLAqgajpAuzfl29h+5ASQy&#10;RjDgUOBwwR/KtcdLeVZn+jFdQahJJrwPDP2cOu/aI2zWyvRZbc0VNJFUQ4upo/4So8aQY7QGra7J&#10;10v+a1qdCaeSeB7aj8ZdU0RyPlX7Sfmc8OjTcYWmdLStFZq6vnWoFPM1/KnHr3ud1RS0lBnoezN0&#10;/YYHbjO0kEjTBWpRSn9rRSi8hAP6pXtc/Tk+3XkuFIu1XTWpoCMkkDI/ycer7lIEtU2qAkyMpNPW&#10;tBnyp8uPXvbX2nuzD94ZbsHeODro6uKmnhpKfHxU9RR08McdP4juiZYfSfIYwkhflnYXPPt+ATzl&#10;pJNKEnNMY9fl86+fl0t2KJtos4bK4BGrOtvSvwj5D+Xp10qhQAPoBYcn2BNAtZuTA5J8k+UzOb21&#10;Rx0kNIzw/awYyAGOnrpA1mJhZgLflTYn27DJJSjgmmMAUpU1PrThTyPRte2ojlWKMBEcir8Kkkkj&#10;18hTrv2B9RsXOtTVuVWjlmooJgHqUQmBnclnCyDjj8r9R7q9sxjM/ljP+r+fS439vE6QStQkYr17&#10;2kC3iY3sukG45HIPKkf6/ujDS1DwH+r+fS8sCAade9qLCzhZfPJYwro1Bl1J/gCh4PtyL4tRFaY+&#10;R49MzAuoUCrkUFP8A/w9e9iNHhHm/wAqRmgpspDJ9tXTxxzV80iD1Q0NHEf20uNOo/6/ta0RepBx&#10;6kefRX9SI6Qle5T3AEgCvqxx61Hr172oNj9fZHc9YMRXQ1NDS0KGomiEDNUzRtICLRD1SyH+yD/X&#10;+g9v2lnNcP4bVA88CuMVp/Lqu67pDYwm5go7kAccfkOA9D69e9j1u7ZdHjcXS4ykEMEOEihap+7l&#10;FRFj5pxrpnlo6G/nyDAX8d7ILarW9iC72oxroh7tGWzhKgFccC3kR5AZ49Arbd9e5u2nlLa5GKig&#10;8/QA4p/k697Kpu3P1MtXPTQVMqPKFpvEARUTwoNJed1+mr8IPp7CVzPKpIU5FR9mepBsLVTADIAQ&#10;aE+gzX8/t697gZvb0+EwlJLUldE1NHWKSTqaab9CufwVHpAHN7+080YhQaq0Yfz9fyz1aK5Et+6g&#10;HtNDkU/0wPpwwfXHXvb30rh6/PblaGGOJhGnmmqqsIKWlCtcGWVuF1GwA+p/p7rbB2B0kUYeecjz&#10;HpSufXprdggtAgOScAZJpxp9g48eve7J6bEf6OMAcxks4lXnstNellx0vlhpJ5oPHDR0CrbR4lIB&#10;a1r8j2Jtg3G6sHaclXdASro1RX4QCPJgPsr1GlztV1v0psVj/QSmonBIH2ilD5DGevH/AGP+w/43&#10;72m/5P8Ajl298FtuytLEc9lN79ibm3I06PGPvqncUlFRtUzOo1t9lBAxa5b8G3095U8kbjYR8m3U&#10;+yk/WxfqziRWoWJ0oSxGkBkGqisSDx45+Yr+893Fty+9tue1QhvobaG0ht0rkaYE10SuKyaiBwzU&#10;dYFhQTvUaFEpjSDyAepoUYyKh/wDM3uz5apitJNHGyQVRYCOVG1u0hDo7aeVuQSAfx/T2etfX0L2&#10;0sEBS3uiVVHXUWLMHJamVJYMVByoNMdc8WhQGSN2qyeYOAAKEfPFM+vWf3KZ4opWmdhDrACGb0Ir&#10;qRGxj8n1H0uBx+fz7Mw0MF4+4MfpxIoCmUFVRwwUlNWSoPFfL4q0NekwV3QRqNVONMk+eaefz/Ly&#10;6974zSHxTyCSNRTF7zMSkMYiXXJI0klgFAvqJPA9pLp76eCZ7dgWtWZVahVF0DWXLNjRStcmgqPL&#10;q8cY8VVIJ10wMk1wAAM1rw9eve4y1ENSrxPVQFmh8j6JbhUK6hIojN7aRcN7QW7jdkeyvLiMSMup&#10;irGiihJICGvDOvyNOHTxhkgIkRGoDTI4kGlMjjXy69754meGeKfxP5oI28SSOAEkAUESJJ9GFvof&#10;r/X2t5V0tFdQMQ8Kdil8BhTUGVjhhTIJz5mnVdwikikXxBRyKkDyJ8iPI/L9nXQN/wDePcuZ4QfW&#10;6Le1ixFr/gE+1m53djXXIyJWlK5GocASPl+3HSaNJK9oJp1376NLEyEGNbAXvxdr/wCH596bZLe4&#10;t3bwgFXuLDi1flw/PhTz6348isKN173EhqZlilVacMYkJjjZtDMV5A+vNx7Itv3bcI7SaGK2EhiB&#10;0IW0MSMivmagcOHCh6USQxNIrM+GOTx697cIqqKopBNfSHjBCsDdHXh0Y/7SeD7G0W+2O6bIt7Iw&#10;RZI6hTWqyLggmnFGwfL5npG8DwzmPiQf2g8D+Y6975UUtRoSUX4cFXUkEAG+rj8f6/tjl6Xcp7GO&#10;aRA6M5oa5C51H7D/AIenJG8CbVCSpWh+w+XXEqrAqwDAgggi4IP1BB9iZgd5mACmyPrAZVWVQAR/&#10;RpQP6f4ezC82yG4dvpGGta1WtT9n+fqXeUPdGWwVbPfAWWoAcD+bfZ8ui29tfHnCb7SSvxKw47LL&#10;BIvqB8U51eVEAX6erkk+xEZMXmYdMsNPVRyqOXVGYi34f6j/AG/shpc2bFalacR5fmDjqbpE2Dmi&#10;3pcRx3CuMEhSxFOIbiKfb0RE47uDofKCfEZHM0FJSTOssEZmqcQdc1mjqaCYmN9QuwMaj6/19ojJ&#10;9f0mhmxDfas0jSmPSNLOR6j6bXufqT9fz7XQ7hGY/AdREAdVYgENT5nFDXifUgV6i/mH2ktpU8fZ&#10;JGVh+CQlhpHkp4gDy6Nb1v8ALCPJyvjt+YuHHSRJABl8ewMEkkrWK1NOxGhhflVH+tx7BKrwVbt3&#10;IV0lQtRVymmlqIPSFZ6qNbSl3NkLOCAosFA/x9hFtnk2LcLjeoS92TC8sTgKpWZQA2vIRnkBotQq&#10;qATQk9RVu1reW8q7ZuEYgdWCtxporgr50Xi3E1PRxcblaDMUcOQxlVDWUVQiyQ1EDiRHVvpbT7dD&#10;lzaCD0vk5KSOvSgNQgq/GWELtp+mhSbFhxf2PE35/poFWINdTQCVYA4DsagMMimla1Y18iAOiNob&#10;gp4rMfCWTT4lGIBAOkfmOA9Op1h+BxbSbfT+vAHvHJl6elkWHJSLQvPrWld2tHVkWDFG/BH+pbk/&#10;j2lfm60sbpdu5hIsnevhtWqTAUzGcspBNKMAT5Vx1pLGeeJp7dTItMgDIPnX1A8+u+foOALf7Ef0&#10;HtzvIyoVJ8YPOpT9CPSBf6H888+xWTLIY5bdwFOW1A1IpinpnJqK/n0gAl0aWBIBoPQf5K+nXuL/&#10;AIuf9ube03NNR5RcxgqismxNZLQ1McooaxIctHR1CNTpmaGSIl4gpP7UpXhx+SPYM+utLyS+2rcF&#10;NiyqwkANWdSO2dWWpVB+HVQ6ga46N7a3lsfp93RBPGsikBkLRsykMYnBorcO9amqn59d/wC9ew4y&#10;kTYmbZ2D8W48xQyVH2lVuQVTVFQpp6HR/FM5MnEjOB62kABY6gPx7h/dduYXtvbEzPaMS0l0vcW8&#10;i7KpIDBaGj0Hmo6Fu3uu4JuO6Fre3lUa1ttIVe56+FAD8IH4QvAChPXvawhSjr8f99gGhlfF+Sip&#10;pWYziWBWCGV4XCkluQWtxyRf2I5bHb7zbPruUghm24tErV1l4+2kpUgVZ6kVIomaV4dEDi6trlod&#10;0BVJSruuFIJrQAiuBjA+VaddX5A/rf8A3j33jsfkquliWSp8dGtU8sLUsc1MTGj+QQokgDaVa4JI&#10;Gr+lvbW0bBzBf2kcc8hW1WQlQoZT2nUQoIB0A41GlaYHVbu5tIJy6R6pCuk6yGFacSRipHlmnr13&#10;7coYY8dJeIOhJlWKBZWam/dk8k1T4j/bJv6ifpx9PZj439XCqoCHDOIl1EoFkPfLoNMtk1b7KdIH&#10;me7UiSh4VandgUCV9B6Dr3vErgTKJLNEPKVADMJC72Ww/BHsNxX0Z3FY5x4sYLlQASH1HBHoQcjy&#10;9B1cqTGSmG7a8MU/w9e95nVpSGVULqA0ajkg/p+p4F/yfZlMj3jh4VHirpKLSpUgnzOM8Kjg2Om1&#10;IjFGJoeJ697aJYpHqNSuugxsskBTVIkwP6oz+Rbi39fYSuIJpbl5EYE51Rkd6vXOj14Z+Yz0Yo6L&#10;FShrXDVwR6GvXvYYdl9lbU6rw6bg3llaXFY2eroceGrayCmqGmrJxT0ywUjMCSWYEgDj2D+a96tO&#10;VLWPcN7JWORguWCuqlsEIKkU4nGPs6G/JXJW/c+bkdo5aga4mVHfsRmWiLqYs1KAUBAqc9e9zt1b&#10;7xG1KDDZDI1dPT0eaZxR5OonRMWjik+9haoljIceZRZbWsbarD2Z75vNhy9aWm47q4WK9YiOTUPC&#10;J8PWpZl7u8cKUANNWD0k2HlXcN+urm0s42eS1priVSZT36G0g47Dk14jhU9e9k0+Qv8AMA+PXR/9&#10;38huPcNZWZWWHKSU+Ox+SEFJTp9hrWbKwMLTy3ZUhU2VSwNz7Au9e7PKlobdrOGW9uBrOhHKqgK4&#10;aQcZXB4JXSoNc9ZJ+z/3R/eD3RF5Z7LZpHbqYg8kkep2/UpSJvwLgliKkhaUHXvdEfcn85Ledfn+&#10;x4NpVzw7C3NtOfZeE27nPuK7JU65ULLX7pnycJVnqIH1CkjuEVSB9B7gW+52593DdbqSynKWN7by&#10;W01uzawY3IIyeMgYFlfimAOuq3tt/dw8tWm07PNv8IfdrK6F5NPDpSM+HUR2yxmoWNxQysasTnz6&#10;97pP7O723n3X2dDuXeW5Mzm2WrghpVr66eRKahowsNNTQxFtCAKq3Ci9x7JV2YWe2TyMNUkimpPc&#10;fkAT5AYA4ddNuR/aflz2z5HbZeW7KG1UqzOUQLqd6lmJpU5J4mmcde959/8Ac25Zsdhdh7YzFVht&#10;q7UrqmqxlLQ1NRS01HkK315TLUdEhEb1TEkJUOC686SPaDYNhSNH3G/rLJOo1BuDUFEVvQAYoOmO&#10;U/bPZoru55s3u2W5vr9FSV3VWZ40xFE7nuWIAZjWitio697CzD9n7j2ji8vj8BXZGmkztRPUZTIJ&#10;kKlZ8k8xsZKqdGEkjkjU0jEm/wBOPYkk2dL27W4negVVUKBSmk1oPIAHgB+eeh5uHIe0cx31tebr&#10;FG6WqhYkKLpjA8lUjSqjgFApTj172FtRlclWzPLV1tVK8kksk0k1RLNKXkOpm8kpLEk/km/sQrbQ&#10;R5RASaeXH5n/AC9D6HbbS1QRQQooUAABQFoPkKAD5de9zqbLQ08ZFPAiFblpqg+SaSQ8CX/Fv9j7&#10;Sy2UsjBpWrXyXAA9Ps6RS7ZNPKPEckHFFFAo9Ps697UdRuKuyVFD/GZ6ioo8fCoxlCZDoiZTczLG&#10;DYE/Vifr7LY9vhtp2FmAruTranr5f8V0Tw7HBZXDNtqqksrESPShP9Gvn8vLr3uNHu2aqyNJNNO8&#10;VPSLHSxwRhirUoOpov8AWY3Yn24+zpFaukags9WJP8Xr+XSn+r8UNq8aLqZzqLejev5eXXvb5hN1&#10;5OjztZlKPJzYoSxxU7PFUSQzTU1PJrhjK05B5fSQoP4B9p7jb4/pI4nXWykkGnBmFCa/Z0xuOwWt&#10;9ty2d1GswXPcKgE488cPPr3synS/fNX09uDbmbjrnpoaLcUOVeqo6grn2SebVmaugke5hqpo/wBq&#10;KRjwLk+w1NtlzJcfWWlfFiAoBgKU+ABvIA5NPs6ibnr2ts+dtsudvvYw4eLw9BA0AAUjHoVUipHr&#10;w64MisjIwurKVI+twRY8G/s7G+f5lHeXYvyS6+7Lx27psFQ7Z3ti960YmhWHB4/GbZn04uPKYukI&#10;p5x4LxzQqCJWseTz7Kt0PMW9Jcb/AL/O024qFSIrUEMD2aVrQaKLmnkeoI5L+6FyHydyBuWyixjm&#10;muomSpUMS8lSSjMO3NCKUp5dQqjGUlXjJ8RUrJPRVNJLRVCPLJ5J4J4zHMrzKQ12BN2BB5/Hva/+&#10;Gvze+PPyG7DrZ9jbpqaTd2U2/TZHcE2/6mtpqjJPLO1ZV1eDoA3hoqfxlh/lLJYhBySB7yv9mvfD&#10;YV3MWfPE4st2uo0SWWeQ+HKyGpCGojj7QCSeLDrjT94T7p3uD7d7zFcWFv4tgryMiIhcxySYYkqN&#10;TsQaZJCgmnQY5aPJbV2ZkKTLUcNXisbU/b4Ok2rS1cTUe2aKCOPFU2WeczO8qMpEjwRkMNI0/qPu&#10;yHJZ+jqYjFsLJ0+Qqa6mpNwyBJZZYp8XJVmgeqpqg6oo1kKsqsrXNrjix95fWHMO375b+JsFxb3c&#10;oCSAK4ZHjJANXWoyqkAE1B8usLebNl3rl5mgs4bqAS5YukgdG7lGhWwnc2qq5I+VOmzYzNmmrJ97&#10;0eAp8vjchPt56SiloZoWmTHwZZqOonVI5JnSB4maN9QX/b+5O1581n5aXMVk+Rr8SJJ6f7amrIKr&#10;EVU1BVtTvWJM4DjxTIwv+dB/B5Mbd4rhBuUM0cbsjRmNDrjJDGrKaA6iarx4dF22Q8zTXcUO/RXV&#10;5aq6vlgF7cLqJNdKECThUkY6ZN60+wttUWZodnVeztlb5qIPtKWpnxNRJNTy5OPyTr9hR6Q0k0Ts&#10;qtew1XY2HtX9pwY/J7JyeEyEFVVxZejqKRaahnkpa15PCZk+3qAAEZdIIZiBceyae0+stLm08NpP&#10;EidQiHSzkoe1W4Kxp2sTQGlepP553e327ZYZJT3CRGB/hKsCGKkEMgxqBwRUefRLvh5svOw917wz&#10;sLy0NDi6KSKz0tLUUNbHXTmKWH7iCU+BtUbFIwGYjSxIHHsCth7Wr6ugjM+dzdfV4asWKCtzEdBU&#10;1gjisz01OtMBG11YL5Cb2AP1922Gwc23jXNxcPLBLoX6nwnKBFXVpKDTpeo7stVfLqCYYJN+vWur&#10;WGO2jUIaQa6MfJVDEHUMsQTpFaZHVn+azFNiEiEyKy1LOHeRikMC6b+aocAkKT6RYckgcex63Huu&#10;DZW16zNVVP8AxCDG0Wqoo6eSGmqZ4o0vUyU+v0s6oGYxr9bWHtLzFvVhsVnJul/IqKlWGp1UsARq&#10;06j3EA1A4nhivU+bdNdwWcVlaQm5ZlSIxxih7u3UdINP6QHw/l0QLK9UHtPfDePKZDAZKmzkm4sT&#10;n6+jTLQJJTVnnpaSagqGsYna/jeUeqw4ufdf/U3yi6d3f2pnaCLcC1FXSR1tfP8AYJHlcHtaDDYs&#10;5TJQZvNUhWOinGtooRIrebSVUk39w5y97+coblzTe2+5yPEQp8JyoaJQkdZCXUqAzElF7SXyK16f&#10;3j7uXPXK0NtvN/Z+Daq4cKwYSS+K2pDFXJEekFjTtwKZ6PZuRq8bfko6dGnqKyFcWamQKjGoqWFD&#10;HK9GoOpJWYlgCLKb8Aezxr2Lsyt25S5TK5ynxeIy9VUY7GVc1W4Fe8dN98kgFOrFSYwWsTYW031E&#10;D3JVj7i8rPCNzF1HEhYhQ5FSFFSacQCD5+YoKnox3Dk7dbqwk2rcopQAhDlS2PMFtIrUH0pjokdR&#10;hc/tXtJ/7j7fx25Nx4yDF5uuxa4FGqcTiquaTEZKkx+Uq2WCNZbFjI95NQDqoQEnPnN97R6u25WZ&#10;3eVZT7dwUIhiqMjULoWrkqJkpIZAv63ZzIi3Y3tybAH2p51555W5Vs13Xfr1Y1lI0Lxd9WkUVRk0&#10;qK8KAfLpj205Y33c7r+rm0bdIz6SpZVNHp+MmpJqOBbJ+3qN3TsOu7hqcJXbJ3LRbh3HS5dM1jsF&#10;V13nXDrHRl5sWlRCPHT08bU7P+3dTKLBiXA9gRle/vjrsvbO7lyu+MBSbZ2csNVX53I5qhqttQw5&#10;sz1sFBi8skrpUNBGCJqeIkxXVOSR7jmT7wXKeyQXH6n6du6oj61kSfxAX0xaSWfwhSNgQNLUQEgV&#10;6F9n92XmjfPC2uzsZpZbp3EYKMroUwaCgoKmoP4iS3HoYMNvTt3KZTambO2DFQ7hxBlNDS000dXM&#10;cZ4qeuqc3BXBPtDLI3+TFydUa3Cjke9Vv+Zn80ej+7ez6rrzpaio95jauPhqtsb12346qmyGRqIV&#10;lymMNTOEZaCCnUu6JwZrH8H3jJ7h+7FrzjvhvLO0S1sY6Kj0IZ8AGoOQNQqqjGok+fXW37h/3Y+e&#10;/YAvzVvt7Ipvf05bRzRQoNQzD8UlcKxzSgrToz+Eq6+vxdFWZPHyYquqIvJUY+WSOWWkYsQsUjxE&#10;qWtYnSbfj3QpuffubqHqoRK7yxySzRqzEawgJcxxAg24IH+t7LbOSG5UENmnma/ZU/PHXYK33TxY&#10;gzEior6/Ya8RUYPz6dfYfU3ZW4nsv3Gq/p0gm1vza3P+Hs1+kgYnH+wf8tePSk3spGj1H+qnXvbx&#10;Fk8zkRJLUVEgv9C5NiCTZRf28YQfP/V8uvJIzDBI697zUz5ChnMtPI4c6uQxAU/nSR/vB9tNaqwq&#10;woB6Vz1YkVqccOHXvZh+te0MwjrR5BzNSjTARIx8wsdIdWP9OLeyqa1ZG1rU0/1ZHShLkxN31K8A&#10;fn55697HPJ9i5XCyr9tRvVwuInSZKgo2kgXYIfr7tCjstH4nAH+z6Drc86KpMfmPLzzx/wAH8+ve&#10;4690ZlyZDkajHeOyGN0YICTexb6Ee3fpW4gefr0jMwcUNajz8/2efXvbvL8mcjiacxvlqWVwoQSK&#10;Q91t+Da3vX0L1pQkYz1ZWcMFUkhhWvAelPkf8g697DbcHyIgy8bfe7irfuDe0MB0AhgfTqX8f717&#10;MFiFaH5ftHT4ZQKyNUeg9ft697QR7MxlSCq1NSHPGt5ywOv+1zz/AEHtTk8fLp0TIeBp6de9pmv3&#10;hD62TNC5uWiebWukf7Tf3tiFz5deMikVB697Q2U35jYQxkrxPI1rRQAWJH4H9B7ZWRmOOmWuUUev&#10;XvaUPbdVjH1UukgkkB1RwV/GrV7eJpx6Tm8auB1733L3xuepIEMqRFQNKoqBbf6jSBx/Xj34EHrR&#10;vpPIde9yqrvTfkkKxROlFZf3HSMCR+Prcf7cH22AyA0P7erC+crQjj+XXvcCh7v7ApJVqYc7UtYn&#10;WjvrR+bFWU/4+6TqlBUE16oLuYDjX5Hh+Xz697X0HyK3lNHaoMD8aCVjAb/Elj/j+fbMdui1oKV/&#10;1U+zpSNxZcUBrkmgHD/Vnr3uVB8gdwrHJHIBIJBz5Y1OlvqSun6X/wAfapkDLp6ba98UeGwqD6/6&#10;v2de9vmE7uqaiqihraswRSMAUkRXS9/1ggXX/H35Y0UUAyPOvVreaNacajFa8ftHXva7yG/sVOiT&#10;vXoQoDeWGYaSxH1t9efbUwbBXj0tNwqgaTUjr3tDZbe9dPKZcZl2mU2tEZfVz9RpB4/w91qww/8A&#10;g6qZXBBVsH7Ove2ePP1ksnkFfPTTsg1XnOnyn6+m/wCfddIAyNQ+fHqokK96mlf248/mfX5de98J&#10;cx2RVlqTH5SpKMAQqVGklfzYubf7b3tUQmqClfl1WSSdyQvD/P69e9pDLQdgUv71bUZFksfSZmkj&#10;HPqPB/xt73oZeAx0nbxwe4mh8vs697YP4tnVAElVUxKCLhpJALk2PF/dtIHxY6oXYtQ14f6h1724&#10;Q7glpVWobIskiEgsJGLH+t1B/p7bcLTSSD1ZJTpDjt+X+b59e9uad6ZLFReCnn+7RAVEkty9/wAg&#10;G/P+v7oqBV4Dq37wdRpByBT/AD9e988d3LXZaoArPSCWKPGx1KRzYj8/63tXCFCkDj1tbqtAMECm&#10;P83XvfPL9mbjjYigr56dGFwxYj0n9RC/196MMZpjA6rLdEdq0H5ZPXvbJB2nvCORY4twVEgKn0ys&#10;WUsT9CfexFGBSg6a+qalDT9mOve57djbz1K6z1aNy/mjmZl4/tBT9D/gPfnjRzkdOPPK9K5HmP8A&#10;L1736XsveNR4xPkalkI5DuWvp/qPbRtlOABjrYuJAxc4697WG3t41Mjq9fWGN04Eushg3+wNv8fb&#10;UlrqBxUU6t4jyoS7Z8vSnoevexBTszK0KA0uYopSgIUTuFZr/Rbn68+2IrML3suny+30r8urxPKy&#10;VmYBRwA+XCv+rPXvbHke390gH72GnAY3jnhQC/4BDR8fX2/4KkAFQajh5fn1d5mUAFR9o/1Z697a&#10;P9IOXybgSVPBB0ohKeofXV7ulqiGq0H+b/i+mmmEhFQPn8x173hqt8bgpPH4qiVUBJ1xamVFB9RB&#10;H4/w96aNa0YA/l054pjWqYAApjh172+ba7Xrp6vTVZiCWNGJkhkZUcW+rIrWN/ZdfW6uh0ju/wAP&#10;7OnEmLN8XAHj51/y9e9i9R9qUMUMksKx1JF1DarBntzx/X2FJbRw4qNJpWg+fz8v9VejK2uBGaPk&#10;DjTI/Pr3sGd7b+zlaJKnGRweZCWalP8AykJf6RsfyPx7W29uQvhsQV9eHDyp5+lemLqUyFmQUBNQ&#10;OGPT8+ve2LHblydXSQzxyzUk5AaaJpTqje3KFQfwf8PbxiQcf5dNDSVqRTz/ANXr1736vlmy6aai&#10;VfKoI1q+lib39L/m/wBPp7VwSBTRTw63JV1Jr172wN/F6G9PGJpqUuNQk9aWIsQG9nSeGRqFP9X+&#10;fpG+qOpbh5Dr3tIZjDVmpqykWRC5ZijKWU2/UUt+Rz7VrEKZIIx8iek0gPHT173CosfNUxXETeVL&#10;alF1vpNywHt3BOilBw6pqdpKDFf5nz/1fZ172pMZXVVBKNKM8bDS/PqXj6lT/h71XSKcerxsVOkC&#10;vzHHr3uPksVBlHd0j/dfhSoCszE3OoD3sZ4/l1VgJTUnP29e9hXndvZGglZ5IXEa+onSSoANuP8A&#10;WH19+NGwekhBGR+3/V/Lr3tItCx1am02Iv8Ajkc2v7aeMfh6oMjPlw697zRVDKF+pJNgQeLD/kfu&#10;yBq54DrwbIxw/wBX5de9qHHZGKKaMzDQlvqBe345HuxAPEV6uCNWevexOxlfpaOWjqfWvqV0cq1x&#10;9Of6+6siyCjZ/wBX+DpXG9PhNevexkx/YefSlEM00pkRB4nZjaQFeLN9R/r+2WtUIr5jpd9TJppw&#10;P+T0697RWa3/AJfzn7pqiIghidROrngqW/x+ntrwQvxLq9KdNPdS0rSnXvYhbA7XpyywZSeVmuQC&#10;WPC/Th788fj2knslk7kwfKvTsMyvQ10t8+vexPzmV27mFhZ8lUiPxuoijkJRtTfV0/r7SiCWM61p&#10;X5CmOOf9XDpb2MwcniPL9vXvbFA2Ix+p6CTxsCLSg6nW4+tze3+t72ZWYUOcf6h0mM4XtiyT+0fb&#10;/l697U1HWUlTCElrqGrUx+qKrAcFvr6lt/vPtNPLKjEqKcBjz+f29Ph2qOA4Ux/L5de9x6Sjxs0s&#10;oixlFTgW0vTBdJ1GxKg/n2nM8si8Gxjj01oQtigpX5cePXvbRlqGqxUvngqIJorBtKsIZrHnlfyR&#10;7V25JbuOP+LxXpPOpQErQr5U444/t6975Lk6Orpf8qyMlJIqg+Ka5VrfQeT+tva7immmPnx/I9Id&#10;dAGJOPmTWn+Tr3ttk3niqOmkhiEM0ouCA5sxHFwv14PtO1jIzAg1FPlx6NI3jABBz/qwftP+bh17&#10;2Gtd2XlqOpZqZwtPqGqNk40n9Qt/sPextqcFAA9KE/4OtG7ZGCpTr3vgvZ2RVnq45G8UkASogZD4&#10;gVkEscqD6X1WBH9PaQ7dRg3kT6/6jwz1s3TahN5+lfP5f6vl173/AP/X0TsjTzUL+GiKs6Aktp4s&#10;G+t/9f2YsCVKjpw1Xh1v8e+Uc1VNFFHPNI0lwFABvq+lyP8AD2wIi3xcOnfEYrQ9e9i1g6egxmJ+&#10;5dlNSgaRldl1M5FlWw+nPtQBj0p1cl1TRHQnzNOve0PU5aSerLO5GqQ3Gi94y9zc/wC9e/HrTOCa&#10;1697XOGx1BIq1MtXIzqQ0URusYJXhio+t/oPeqAjIx1eoC62NVGflj/UOve8mfmWCkLQMFfWvoUW&#10;uG5Jt/r393qCD00kuos1D/h+X8vLr3tAw1JcyGoOksbgH8rc8A+6162H7tJ4de9wqv7YMAji3qJu&#10;LjV+lQpH4vz7sWB4j9nVX0k1HXvacmkiUsyqf7V7W9XNxb88+22QOM9N6qNXj1720TySS3LXjABF&#10;rlRa30HtnwyuPIdaqxNV697hDW7eMqGt+k3Nv959+RKnPWu0HtOcde9qKmxUscSVLvYXU6T9GH5A&#10;9qANIp1cpQ5NKf4fl172udu01JXssM9X9sqspLlwhW310k/7b3rp2NUOGJ697XhpNuY1TJrkmcfl&#10;pWfWCRdvrb8+94p0o0RJkZ+fXvcGs3BS1kTLSUyopGm/OnUP8P8AH8e9deL1GOve0JPUVUcjBQ3L&#10;G9r3H5JF/wDePfqefSbU4Nade9tjZFw5LA6lYBmP+HHH+9e2pGbVo8uq1NQD17240eWSRrMWINkk&#10;ubKLiwP/ABr3RSVI09PKVf7Pt697nVNLQzQkLJrfnVpNwCfpb2+GBHp1qRABgfs697SVRgpppD4h&#10;6L8C4vc/1J/r704NaDpsIdJb0697nUu3ZIhqZ7MLEC1/r9Rf6f7f35VAOePXtGSG4de9znqfsAqe&#10;J7gEAkWW9/8Ae/r7uerBtAoorXr3tqq8zXzq0aegGylwpB0ngLf3759ULMRSvXvbDUOkOrUzSyEg&#10;ktY2PtNqY9VoV48eve4cSSVLgIrfX08H+vANvd1iZjXy/wBX7eqfHkH8v9X8+ve1PQ4Csdkd42Sz&#10;AMrD8g88fX6e3ljUA1P7er0CrqYgD/N172LG2cVSxTK86ARoQCT+kPfj/XH+t7ulSdBJC+eOmWnb&#10;KDA/w9e9nq6x29g8ljD46ukR1hBYFoxITa31PPH49maBNFa0A/1D8j69E05lYVBODSlP5U9Pn172&#10;VnvjG46k3DUwxzLOkSqW0WIvf6ED8/63tNdaFPaKdKbEHxgpFB/l9Ovewei3LWijXHY+U00IGhwg&#10;0swHAGo88fn2irXo/ExppGB173mNP4QhllDOy6yW9RUnkkk/7x79/k62SVzWnXvaXrKimllcTCKR&#10;DfSdIJBH1Lf4/wCt710yzKcceve2mqrcdEpjjREuOSLE/Xlv+Ne948+q1WvDr3vnQulRoVOC10AH&#10;4b6Xt79x68q6jSvXvaxXBqYQzEM2gCwsCbiwU/4+9VHTxiX7Ove2WopJKdGR45EVSfUPUV0/j/iv&#10;vYz00Y2HXvbFNV2k0Wka3Ckj9IH04H1966bBr1724UtBVVqHxeRebhQ2glj+CD791dULHr3tX020&#10;5lRWmkH6FtpYMbkfSx/P+PuwNOPVnQxrqP8Ag/Z17211dBFSvJcAlFJ1GxsPyP8Ab+/Gnl1VGEgo&#10;o4efpTr3tkbNJCADcEC37YFuOOAeLe9dWMhpQde9tgz9QGLLUPoY8LYC1voB+OfetSevVdbV9eve&#10;+D7rmCiO7ObWNzcjj6i3+x9+GetGVuHDr3uKM1VzkFR9Po9vVz+b+7AV6r4pBpXr3vxzlch5lc2J&#10;Vhbg/wBDb+vvRwKnr2tjUE9e9v2L3LVq0bMwIH0Fvoo/tFR+fdVIYV6cDleHDHXvaqrc+lXAqAsj&#10;Kl9ZHqYt/UD+v9PboqR1tpKCtRUk0HXvYeVyPNKxDO17gA3NlJ4591pmnSdSWUHr3uKpo6Sz1k9z&#10;qv415bj/AAHv1RxHVgKceve1Ri91xRrHT0lLHHFf1SygFyWNy1/d6ahVOPp027Of7LB4E+vXvYgx&#10;byo6ClVpa2O5F/EilpCb3sn+9c+6Ko4nHXo4yoGs1GT/AMUeve0VVb/zdZWH7OdqeAyAi3LNGDYa&#10;h+OPfseXHpQsrKBHHwHz4/PPXvYr4fd8K0cUdWRVTMllEqhlNx9CD78FHS0XMaoDMaHz+X5de9or&#10;de7P4czNTRJ5ZQzLHDEsSgk8HUvJt7o6BvPh0neePima8ade9hW289y1Ehb7+rSNybxpIyqATawX&#10;/inuqLpNfPpO08p4mg697x1WSq6pWeeWSWXSwJck8jkNz/X25SnAdaZiePHr3toAqqmRfqx18Alj&#10;YE29N/oT/h9ffh+o1Ca/P0/1eXTWoMe40+f+x172MeycDWSC/idldv0rdbH/ABP+8+1aReRNPL7f&#10;9Xn9vTDXqqpCHh+39vXvYqT4fG4Wn+4rQGmOkCIctIQfoPxb/X92aONCWPca/L1/l9vSVLsM+hlJ&#10;+fp8z8+HXvYR7p3NQ1c7UuOpVhIsHcgA6lPIUD2lKgHpdFMRlRg/6v8AB172naXb0VehnmJEh9Q5&#10;N+bXv/xr3oqQc9Pp3GtCB59e9qXCUEeMneUQrO0PKalBF7Gxt/re6npVGug48uve50eUr4KtqlwV&#10;s2oIvCqb/RV/I5uffq9b+PVUccde9vsmUpMvETVoEk0Aal4DMth+foffgF49MfTQseJPXvaWk2zj&#10;aycsmuJi/oFwVI5F7D/Y+/VHl06IYxgfPr3vNNtaWCO1N6yFOm4sADxcj/C3tzUukfLqht2GVNOv&#10;e0Lk8XVhXSUgDXYDVYXU/S3umqvHpsoQTq49e9slPtaef1K8Zt+GYA/4f6/0PtgoWercB14RMRUd&#10;e9qig29U0iqweMMAGspJ+o/r7UKxBx1bw9Iqf9nr3vFUUVbIrAJMRq4vqYADg3v/AI+/MfLrXeRn&#10;z697j0+2qlv3JQVX8sfpb+19P6+6gV4DryxFj173ArAtPI8cZAA+lh/hwB/sfemqF+Y6q1VNAPKv&#10;29e9tRYEk6gRq/NtV/oD/re0+otk9bLA9xHHy/zfs697zCohiC6xqtwFTlz/AMU9++fWqjj5de9q&#10;LG7ikiKxRqERSCjAerk29R/3v3upA6fjkqKfy9fz697HLY+7meRKeeYinIUMb8jUfpz/ALx7cxx6&#10;9Jwr6VrTNM14de9iBuh8Z9lLOayKaFYtR1hVeNit+WP493Bpg9eimKNQmoNBkUqK+Q9eveym5vK0&#10;lXVMkDPJEradYB0uDwQo/p/j7blxiv5dakpqJB9ft697w0KCe0ax6kJsfrcD/W/r70seoVbqimta&#10;ef59e9utdj6OGm8/jaEx2LCxs3+tf/efbgRRkDqzUKkn1/2Ove0yKylEl44wTexYrcWBFx7bAAkI&#10;HVQ5I4fPr3tUUQxtQwkrPt04ANiRdQPppHt6tOHVl0mlT5de99ZFdtoXEAkLso/Qw0qbWGnV/X3U&#10;vp68RFx697xU1HiqiP8AZVw1yLSEHUVFtRA/HvyuWrUCny60RHXt697TuQxT+R1QaQDYD+zptwb+&#10;6tH5qfy6o6k/Lr3tj/hVRGxJUSf4Dm1vofdBFXJ6pp6975qskesC62BB+th/tJHtzUY+J69gn069&#10;76lY3usSsQASDwDfm4HtsyOfl16tPLr3v0ZqagMSGAUjSh/TpJ/p+PdB1oNk9e94WozI5FrAG54u&#10;b/Ti3tyNA51Hy68e7h59e9vdFR0kGkysDxqYkAHjkgH2oQBRT9nVgCBXr3tfYrelBg1Jo6KOaZUK&#10;F5CAQCLj0r9T7dEhQUXy88Zr0lkSrFY1qPLP+rh1723Znt/cVYwjpvt6RUGkGGPkj/Y/T+vtmWd2&#10;YMD1pInXz0/Z172kqrfW4qpdNVlKiZTe6azbkfQkf0/p7Z8ZVyRnp8ADjmnmeve2GesatdWYkych&#10;2P1b8h9R/Pujv4goMdWJrQ+fXvfojJ5Ql2b62/oQxsAPflWr1HXlx8+ve3WojZYBoBPAvxYswH5P&#10;t9yNOT1vIGOFfLr3vJjNSTRO7EFCH5NrkG+m5sL+2EBLUqQD1ZAQQx4V8+vexAl3Y0MXCBNK6WP6&#10;rr/tQ/Ht5nC4BqenzOWOfP8Al8uve4ENRiM1UD7i0RIX1RjSWv8AXj6cfk+2AdRyKf5evfpEkHHX&#10;vbhm9iwSmGrxNcgiEYZoJTou/wBLxt/sPdjGwFf5dWeJT3Rmleve0b5q7GF0MrCxKsg/Nv6f4f09&#10;t0JB08fn00HkUaWNeve+NFPPNOJVYBz/AKpvwOW4P+8+21DMKscde1UFVPn9vHr3sT8RR0WRp9NS&#10;0em9nQDhSeCwJ9qY176+g6UBQwq2OHXvaR3JsyVPuGoW8qKbonBYr9V03/w49uMNS6T0xJCRUjr3&#10;tBRUL0hJqFMcgPqRuLW5sPbAGlqnyOfn0yBRSx+zr3tXUO5YMfSlBZpNIGi9woHFr+3jKBgZ6cV1&#10;rnyHH/J173CfdNTUMzI2hb/pW9hY/X/ip9tCUk48ut6iMjH+Ede9+k3Vk1jVfI0qD+y51WH1P19u&#10;eIOHVTK4NK9e99ruCGpC/chtdgPT9LX4Wx96EgrQ461WvXvbbW18QJ8Zb6m5Zib8ccj3pnqKCo61&#10;WmV8+ve4MLSSnWTYarc/W1vqP969063lT173MqqoUtOwiN5HBF/6A8+9tQAU607AjGK9e9pRpGZt&#10;TMxJNzdibn88+0+puqHPHr3t3xtXTwspn8pFuQhAY2HAUnj24KslB1vUPMVp172scfkaKQftNLGp&#10;a0iFvIpAsWPq/Pt5JCBRs9PqQUNMde9rWGDEVUReWVorAaXj0qCtvUH/AONe/O9Vov59PosRUEfn&#10;173Hi/gVKziOrdm1jUJH1KR+LAfT2nLpUE/y68Ei8j/q/wBWeve3GlzmMpGjQQyJGXtppbHXfkMW&#10;P9f+K+9FAeAp06tx6DH8z172KuL3JhMpSTUNXQOIZE8SyNoMysBYOkn45PPuyQnSAPz6UeKki6WX&#10;/Y697j1uChpoZUoJBVvosY20sVRuQv8AsPz/AI+1YRVyOqvHioNeve0jU4erFhpYAk3VVvYMLi/+&#10;83926T6W9Ovew0ztBUU1SwMLgsWsUjNvrcarcX9+4jT0kkBTr3tG1qX1KI3DfUtY2F/1XJ9p2Urg&#10;dNuAVqOPXvabmjCnji31B4/F/bTqDkdU697j+2uvde9yqewYBuOb3sb2/NvbyCgr1rz697UkTw0q&#10;hxKSGW+hTb1WvY/8R7UCSg4dXxSvXveFM0IifHpF734IP191M1SRQdaJxjHXvcWaeWsvad1BFxyb&#10;Gw5Uj/H37xGPy+zj174v59e9wY6Gpmcxk6St9TSPZABzwfz7Y0HyPXtLde9+FJLEyhwL/X8EW+ly&#10;f8fx7vwGetEEfPr3uTIIEjsAWb+1/S4/3se9VHWzpHDr3uTRLCYSzIoJJvdbEC31v78CvljqwYEY&#10;x/l6975Q1mmcAKvpbj/Cxva/uyEqa9bJUcOPXvbpU1zMiqEs31Zr34I+g/3j274uKU62rBeOeve2&#10;JozUM+ngLf6/Uj639tGpNemyueve47RtEQp/I9JI4/qbf778e6kgGnVWBBp173mgcDSRay8m/wDg&#10;Lfnn3sHzHkerqRTPXva0xO4jSQNE8wvcFBYXA+g59uGTp5XQLQ9e9vceemrQyU7OKuUNpUMQoH0B&#10;b3dDqFet6gBVDx697RFdHkZKh/uvIdDEG5vq5+pP9P6e6yD8fTJ1Vq3XvcCtaaOExIWCsbFSQTf6&#10;k39tZ4jj17upjr3tg5UgkfQ255BP59sEknu6rQjj173KOoxsbWa/GmwBU8mw9vV6rTz697hm9zf2&#10;0WavW+ve8yKr24/re3H+sbe340D561SvDr3tyWOKOO4OokWb8m3549qQqgU6tjr3tpbTqOn6X4v/&#10;AMa9onUFyF61173mgkKONPF+DyfyLH3ccc+XWgade9iDtLNigzVJJOS0AKggkAcfTVf26j17fPp+&#10;JiHpTr3sbd27lxG4sbFjXCxNFYwzIQJFJ+nJ/B/Pt9iCM8elTOsi6Sa+nXvZesjBNRTSJExkWNvS&#10;VPpYf1PtO7mtFP29IGBBx1722U808+q91KtyvNv8bE+6Cvlx68WLUoOve1fQmdqdoWhZ10DRa55t&#10;yR7fU1UV6dJPD/J1721+WVJvGSwu49AFrX+v+x/1vbTKSxPXhj/V/qz172J+BapWhRo5JQ51aCWY&#10;Gw5seef9b24qAcelKMSnXvbtSZRpz9tlohJBI5RmkuH54uW+o/2PtwZ6q0wVazcP59e9tOa2zQgS&#10;vDW6Kb9TCbgxj66VYGx/1/fuGOqsqOgZML9nXvYZVFBg45jDHWPKQSGKiwNj/Z9pGAJNOH+CnTQW&#10;LTTr3vC+AoqhkjgrVildjbzCyk/gXHutdY41+Z/wfZ1vwfQ0+3r3uQ+z8tQATTRKYXAaOWNgyso+&#10;pVvd0XWO3y694R4mmfPr3vDJF4R47vxzp45JN9J/qPeyzUoetN29v8+ve3+mnoftFSLzRVB5bTZd&#10;Rv8AT/W91z59OA4oDSv+D1697b6ihmlLSRDyC/NzY8/UW96KhhRv5f6v8PTYJB7an7f8PXvcdKOo&#10;5/akUAWuRZbkf1P+9e7Iukinrk+fVyhPDz9eve3nE5GoTbG5oxNJopmp46fVIVH78njniQD68c2/&#10;Hs7t55voJVrhMcfU+X+foGX1hB+9LeTSNTE1wPLgT172H+g6GUAC/F0PNv8AifZUOBUj/N0I1kbX&#10;k4+fl/sde9zaX7ekhmZ/OaghUgWMhVGrku8h+nH0A97QIiVr86enTcheZggoFzX5jyp/lHXvfTzR&#10;ItmX1sSSQdbW/sm5/r/X22W1Uof8nVVSSQVXIGB5efXvfESt+tXsbW0v+SBcEk+2pGfUQynT6+n2&#10;fLrbROrUlHHzHEeWOve5ODo/4vnKGgAaQVFTDCRa59bgMAB/r+3rG2MlxHEhqSQD6UJ49UvpjY7f&#10;JOBXQpPoMD1/1Z66P0497YHw0+Qnxx+C/TtP2B2/2Lt2hq8TjIMngOs8VXwZXfm8MvTQlqOnxmBx&#10;5fwXf0NPWsioLtbj3nzy7v3KHtryQH3e8iSSVCwjVleVqrSiopqCa4BoDmtKdcjfdT2/9zffT3KN&#10;jy3tc8ls76Hu5FK28IJGpmkalVAoaICScDoNu0cLmd2bWymz8FqpKvcNFUY6bMyohocVRVS+Gqmm&#10;udcjBGJSJLaj9WAv71qPk/37k/kv31273nkMX/d9+0N6ZPdTYGKsmrExkVRpgoaVqmbl2jhjjDnh&#10;dQOkAW94Kc1b/JzHzFcbwV8JZ31BKltKgAAVPyH2VJpinXUL245Lg9vOTNq5Lik8YbfAkWvSFDkZ&#10;YgeQJJpXPCvSp2lt6DaW19t7XpZ3qabbmCxWDhqpYoYZqtMXQx0Qqp44AqK8ujW4QAaibey6C8l2&#10;ZmNgbcfn+gt7KQpkJ1fP9vUhUamOHSh947H6W/2n62tz+fbYHn6dVIPE9e9r7BYKfN4apONaVarH&#10;zR1NRDGzIZqZyIvMoXk+Mnm3Fjf2Y28byoEjNGXPzI+XRVuN/HYzL4yjQwoCRWh9D9p66IuLezAd&#10;NfHyp7Z3LW7exm69vbZmoMNU5KtyW4TcwS0VMaiqpZJWYBXYECFC3P0+vsQbRy5Dus8i+MsSohJZ&#10;ga6gKkEfPyp1GfN/uGvKu2LuN3aTXOuQIkcQqCGainhkYyeurEfk/wBBb8XNvZktm7w2X8dMNR7T&#10;2xLUdkdgZbJPVZauxmIrKPE081OslFDSNkPTLLT06O87LGbGTTe4Hs2gvYdjt47WxkM8sjUcqpUa&#10;uAWvEinHyyD0CNx5e3H3MJ3jc4/orGPEaSMCW4MW08AzU058s8T12B/vv9jf2VXvLsSbeHlxGAqc&#10;9T4XHVUlTud8pUeefNZySTRHLW166HqI4B+1SxMCsS/QX59kW/bk80It7TWqJ/aAtlmrXPqFBx6D&#10;qQ+Q+U4dhJvbqOFmftt9AoI4xx0rkKzijOwoWPHHXfsv2YyUmWp6KMU1LRwY+GOljjpoUjErhQrS&#10;ysPU7n6lj7Cj3T3DASBRQUXStMeQ+dfn59STbW3gM8rOXZ+46q8PIL5UH+rh173P2ZhcPnMxPSZ2&#10;fJ0WNhwubrGq8bFTyVEddj8VLV45JFqSF8ck6pHJY6tJOn1W9q7OATO3i1ACu3b6hagVPlX8+nbu&#10;W5hty1tGJHqoAJpjUA2c5C1pilade9q3aVZQ7hppo81lqvH7pUKuEyc/lmGZhVWE9PWVsxJWaEBf&#10;C5uGHoPNvZZc2BvGPh/GaN3E0anzPA4oCOju0mSODw2jDFsUwCRTiK+flXr3vNSYSoqcrSvm3fL4&#10;mkyKVORrw3kqWx0aXkjDA/UhSArC49oTJcQAalZMUCmukmvz+318+tRJ2s8fEVorefH9tCeve2/c&#10;WQwtWtTW7Xo66jxCTNRRKWIVC44eZvzcfpF7/wBPZzH/AI2p1xldIpggihyceWRUfmD0jnVmPiwA&#10;hPMn/N68T9leve+tg4uTK5mHDVkYMlWrGjepRk0yyHSjgP8AUE/n6fX26IRC+oqRQVyPL7PSv8+k&#10;RnQRmaHNDQnjQDjw4V9evXv7l7m2NVYqrqZJERJYZ2ikpmADr43tqKn6BjcD3rSokLLgU8+FfT7e&#10;lhZHNI/SvyHyPXvbLtyAR56jQqwu6qqqLqjOAoP+wJN/dgwV85NB+3pPKpMZ0+Xr50znr3s+3xi7&#10;ym29ht2dX4+hWp3HuOoaCiZqxKcSTU05LFpHIVtan0C/sQ7ffSG0m22NAxkIp5E0J/z5Bx1BHuly&#10;m9/uVpv90+m1tD3CleNKH8jxqOve5uUlr5auvx+5/wDI8wJXkjieEVU1DGzg+CihUlQz8Wb8+yae&#10;0ktXNvOml8KQf24pip4Y6N9quraW3il20+JEVAr5MAPPr3tNU1bBj8tQYiopzHRZ8y09fFPdjGv+&#10;6nr7DSXLC6IL6R/sPaaRk1gjt41+0cDTzp8/t6PNE1xEbkPUplfQU9PU/I+nXvac3dJk8jg92bBp&#10;aqlxFJTJTmsigo1esyEJlE1Jj5K6f1RxIQGKpyxN/aVXSOJ9ZOioIPn/ALGc06V2ixC4i3F9T/MU&#10;oCcE/tHDr3sXvjT0ZuDH7A3pkYsclbW7w25ldv0NFNKqwefQKunlIbksjxq4FwLge10TJJbSxxEM&#10;WFBqwCSRVj5j19ajpJzVvtlJeW9sXKmJg/y7hTNOHyr51697ADcO0tzYTdGLzFfOjxZeIYnOx0Ma&#10;0dKwglFLW0TiKyliANRW/wBPe49cLrUkVGknPrw+ZGc8PToQW1zaXdq0eT4eQWJrWhIPqfQHr3vj&#10;vPG5nY8mY2tgnyR2xXvFV6GSEpVxGPUj2kBsLHSSpubXPtUZZYQ1uGquM04/6s9J7SK23WNbu9AW&#10;ZBQZONJ/n61+fXvZS9yY2KGdnggNLptrgeQyuxI1NLc/pv8A09o5iG8wD/n/ANWOhDbtIpMcraq1&#10;INP5de9yNv0lXXhKWmpzM0ki6gimx+osbfk/kf09vxJLIQqClfTJ6rcPHbyeM7adI4n9hp6U697s&#10;s636sxFF1UcpX0aNnqeKSrgdqby14gDFkpqQt6VJt9T9PqfYwttviXbPGkFX/Ycenl+3qLNz36eb&#10;fDBbsfDagIH7KE+frnr3sJ89umhwOfp8oDPjo6umejnoMHVCbI1Il9Ev3WQkAVJGHo9A9Iv7LXu/&#10;AlDoNGoUoDU/t6Edvts13atH8TVqNQwtBinqD6de9oLO7sz2eqk29ho48ZQPG9O2NxUZhpQ0ra0f&#10;I5Oa8k8oa3mmLAnkDj27JfzzKsMC6V4aRgk5OTxOen7bareziN7dsZG9SaEfJQOAA4fLr3tixXWP&#10;8DqpM9vEtSUUELVX3FQulpkDWaajp25KmxVWP6vx7K5LJ4nEl4KA1OfOtfL0qDRujQb7Hcp4G3Gr&#10;E0FMn7D5D7R172FPY2+zuqWko6OAUuDxTMtDEQvlqmJ8az1NvyFACj8XP59or+c3AFQF04FPMep+&#10;fRrZWC2lZHP6jDNOA+XzPXva16ClydPk8gmNx65WpqEVFx9RLJHRo+hxDW1LxgtpiJ1f0uBfj23a&#10;MY4XcIXopyAT/L1+Xmek+8LEIVllfQFyWpX0IUDzJ9B69e93adY9U7D3TtDbm4sVuH+9+5arEwr5&#10;mip56bC5KJFjqqWCha6SSROGXUbmwB+tvYdgvZrW+1qQUNGIOGJrkU4VNKDyrjqGeYd43eys7l0/&#10;T0sCE1aTJU0BxmhqDjA6x6/1a10KL+okadIFyxP4H+v7PLtH517r+FODwHVeV69qN50/Y268hu3Z&#10;sWQyC4PAUjVcNPRZOgrKmNC5ENVE1SIlWx1m/B9ie399d15FvLyyu7VLuxZ1ulVnZY0cqiKCF7mV&#10;dANOBYmozjk779/cx2/3+58uedI93G2yWlrHFdusfjTSS1ejoCaDUpEbMxqKCma9dRukl2Rw1rI1&#10;mva3qsbf1vf/AFvZh++P5lfde4sJQbP+LGy9rVm+q+ihnqt27tyEdficAoCvkcjLQ0ZjjYwyBxBH&#10;IbMAL3J9gjmf77e9bhCbJbB7S2hDFbkHXdTyE6g6IKIgDioJ+EZNeoD9qv7uzkLa99fcvee/unsF&#10;LFbWzUKZVA7R4pqQXHxHyB9euag86rHk2sOAv4HP+8+y3R/Lz5+4vA1My7lxH8TqFWTLbhmwtM8u&#10;RyXj0zolO+ox0qm4jgFggP1I9wDt/wB7/nptweFd1n13LFiXXWzDgFdyKHBpRQq04dS1D91P7uN/&#10;uJkG3zpaBiqQ+IwKx17akDMhGWfzyeuiinTdQdJ4/wAPZOcx/NA+cXWm9chFvfemG3rjc/hocSdo&#10;SYqKnwyigl8kFcv2JBE6crKGbTIDZ7/T3L/L/vfzfdW1zcW+43EyyoI5Y7hg0NA2paRjzBrQ/iGG&#10;qOp5h+4V92vmnlmOLlzbptsntpDIbpZC0pqtChL8VJytBqU/D1ytzf8AP4/wH9Pb/nv50/fdRgI9&#10;t7So9obDeanqP4vn6163L5Ob7qTVkXVANKVDAsIlX0rZQLAexdbe8nO0G3NY7bN9OjxSI5jUeI7S&#10;ElnDsCQW4UGAKAAU6Bezf3ZvtPHuzb1zFNd7oqMvhQIFijXQKRg+ZQU7icsSSc9dn/be1zjf5zHa&#10;M3W1e1LBtqjqcTJicd/ConjxWPl29HT+KsrqWldmqK2vq3DNUEOBGDfk+9n3b58/dLbNHNotyios&#10;SJpjVQAH1AGpeQ5Z61xjj0Hb/wDu2OSJOckeVp2jkWRzJTXJ49exSQAkcMS004JcjPXELa/JIJJ5&#10;JJuTewv+B+B7Pr8Ov5p+N7cFZtjcFDX5HfWRr4psFFPNS4rFU+FoaYyVkMqVBGpo41AgRCWlN/z7&#10;GHK3vPuG1wTW+9RSX1wxi8Eq4WJY0BDB04tRVAWma14nrEn7xn3DL/2+KbztMiQ7ZDGRMQGkkaZ2&#10;7WFOAYmrsaKgxw65e7qtp71os9LiKOdft67M47+KU+PiZKqpo8aIwy1OV8B0wBywVFY3LG1veZHJ&#10;XO0W8S2dhuQHiXkJliiUh3SAAUa4KHTGGrpAY6iQBpHHrmju3KU23vPIH/Rt5PDeUgqrSZ7Yq5ci&#10;mSMft66Y6RexP04H19vVLU0lflMpRQo0tRiqwU1YSVkWKWSMTR094ieShDFSbr9CB7csobLcuYLu&#10;2ji8RrWbQ5LagpI1eF2nGpKNQnUMAgdFV3aXljawyS9onWqClCQDStCPXHofLrwN+fx9bg3Ht0NO&#10;VjV4wRJFJIFAsxETklo5F+n+w9iCXaJbbbVntVPixO+hcMRExq0cg+HjQ04/PouExZyjnDAVrjI4&#10;EeY67vf6e51MS2qLSUARWBNrEE8qLexFsNw9DYeG0ZRQ4JpSjcQPWh/ydJ2Ut3ahnj+Xr173AyLp&#10;TT0sEkwR6ycQ08Y8haSdUMrKjRggekXuxA/xv7I+YoPAvIoonANy9I01MsjyKNTBaCh7RU6iBjGe&#10;ldtbzFZKLXwhViCpAHCuTnJ8qnr3/FfbpS7jrcVIgikkiQy6V5JXgfSx/wB5/r7rd8zwwSiLdIaK&#10;zlAxrwA9acft4nz6Mtp3Xd9sbxNsnK6e6nl/xR+XTTlcHiM5TS0eXx9LX08yGOSOoiV9SkW+v1B/&#10;oQfYmY7f9I/ihrVYMwF5EAbj6k2HtW9rY3DqtjOrFxVVrQkD/BT59S7s3u5CESHeYmWmGcZH7Oiq&#10;74+KmIyc1dktqVcWLrJrSw0Uyt9pJKBp0zOOTxfSfx9PbxWZHb+ajemleFzJGOSF1EXuBc8jm3tx&#10;LO+tDWlR5g5FPmOFPy6EG47/AMmczxNaTOpZlwaAH8jxBr+3pl2L1p2/1jJTTY+pFfioKn97GNVt&#10;IPGeJLQk6TGRcqRYqfp7StVtLHNULUQCA1ckaxRySaGeKFDrkiRxzYmzWvYH8e1Ctayzi5uYFZ0X&#10;SG0501qAD5CvkKV8+gRfckWi/p2M+ZSGCs9UUqKNQfianmeHAdGDxXYFVNHVSZPFVlNFQuVldKSR&#10;fKHF43Kt+kA3BP5+vtJbg2jW1Lzsk8EsYaCUQVNNFOYUie71ES/quSLq54BH09le97TJvxCpcqgZ&#10;o+ySJZFTQalozhllrQg1IBHDoN3vLt5ts0k8QLhQxOlirlTipUcU45oKjpZYvdGMyMcOmXxvK3jG&#10;pGWMTW1fbmRhp8lvqoJ9pWLNV0VYKWtZIqQpMkaVFOsZrpS94KlKpj6NKhi6W/x9l9rzNuVrfJHu&#10;p0oA6oHQR/Ud3ZIZCaR6VB1gjPGg6INEZ254YlEhYhia1MeKEFaVNTSh6URQF1a5uvHF7f43HtI1&#10;ePoIMm+7aqreXIU9RLR0xoElopa2heL04mrdQfvIg58sSyWUNyPYPu/pbPxeZ7y5FxObhlUKrxmV&#10;CmIQxBE6UytQEIrTowt7y6kshy/boFidQz6yHCODmVMjwmp2sVqSuD1z9tNbNiVhyUsMmSMper3D&#10;l6TF+eTI1MuMpP2MTRRSALJ4Lh5Fj4BFub+0CTbTPayRx6xqL3ssUPiameNAI7dMaX8A98hXC/DU&#10;8OjKxivHngSdUKdtvEz6QiiRsyucldfBSwrQk4p10b29Ngfxfkf7H21dL4nd9DtKhr965qpzWbyl&#10;NPLVVkmMhxK1plrXqafJGgprrTyeB4o/CnpBQtbUx9uco2t5GbjmCeOSOO/QeGGDcFoWmJAqshJ1&#10;ItNKjNK9K/cu/wCXrrf5bTlq1W2tYGARBI0uiiKrR+I2ZFEgdtZqTqArQDrwBH5uP8fr7E2tzUGL&#10;pJqvI1EFPiYI2kiq6id5JJHpkMk8jxwgmyBSxW92A4F+PYsk3yXb9s+p3CRBt4/s5JZGMjvH3MzB&#10;fJaFmWoL0pSuOgXa7dPe3CW1mrPOxHYoAADGgAJ/iJAB4DzNOu/ZWYvmh1Id3bwwWdnmwGA2rmcf&#10;tduxs3LS0Gx8hn8rRpX0mKgzDlUikZHRUjlszOwQXb6Qtu/3geUDzFcbZu1u7JQQxXVQYnZqOpPh&#10;qTHHTIB7yK1pQnqdZfu0+4I5f27ddrRbu73CGS6/d0Cs97HBExR5TCKllBUklaqqgtw697Hrsrsz&#10;YvU3Xmc7L3vWS0W19tY6LJ5WsoaSTIzw0kgU+WGlg5cENqBH0Fzfg+5a3jfOQuVeV/6x7qD4aLGa&#10;wRmViZACNArRlatUOABkevUTclck808/84WvJPLMYlvr2QxRI7CNSwrgs2Bwpnzx172i8f3pszeP&#10;UWX7m66raPPbZpdv1mawVVNIyJlFhS0KOkRLQpLKfECfVcE29gx/crlbeOUd0565U0tb7dA70lqJ&#10;NaME8MoP7MSOxAJqzEV4dCi99rOY+W/cSD225vje1vXuEhnUDMWo1alaByi9xp20pnr3ur+k/m/d&#10;eN0/2N2NkNuUmK3R1xksbg6rZD5uOSbPZyHKSUu5koZgPJFRxxBHgncHU4ZT7x0s/vBT/QSf7r1S&#10;8C25jSrMkzF2Nzqb4o08PSUINQ4KnB6zmuP7u3mz/XC2fk6zvXnst4iedL0QELBCY1a3Mg+FpSxI&#10;dAQQKHr3ug7+Yb/MUrPkzvTDVG3J5sftLAfYZXE452aOcZSOQVVQkjxsNcaSKqoSORzwOPcV8wcy&#10;bpz/AH0u5bnF4Ve1Y6YVTx8zSvp5Ux11g+5/9zm29kuWrmLeVWbcLrxI5ZBQqYiNKkAjDMpJIrg9&#10;e9oft3+Z72bunrXZnXOPzWTqWxGIq0zWZkqXi+9zGUQRSS01JyUWGnvTWv6v1i3sm2+25hn20bRf&#10;XUjW0TuURmJWjUFaGtDpFKjyx0KPb37jnI+x867lzld20SrcTIYYQtdEMRJAZuBLyfqfIdvXvdbm&#10;7Ozt2bwneo3HuDI5uonu2vJTvVSJGtisamUmyrpUADjj2b222JCdSjTTNfn69Zp8vch7By/EIdjt&#10;I7ZE8o1Cgn1NPM1NSeJPXvaIly81UzyTMZQmgjUlwAg9JAvyP8Bx7XJZpEulMVrXOc9ChNsjtoh4&#10;Y0h68DQmvlw/bXPXvbRR1oiqBKh0yJKXT0cXLFuSfzf/AGw9rJ4DJHopUEU6OrmzMsGg0ZSKE14Y&#10;HAcP8/XveKqqpJZp55CxMrO5NySS/PH9ATxx7tDEiIsa8BT+XSm1t44kWBKUSnpn5faPPr3vF5Ud&#10;FJOkKumJBfWzafqb/j/H3bRpJpmvE9eeILigIOSaU8+GPP19eve26QkEqLAE/jixtdr/APG/atTU&#10;A+nT4C0/wDr3vAhuQqAMw4AK8Fv6n/Y+7keuK9WOccBw697d4vK0RjkYOJPS7X1MF+oW/wDvHHtE&#10;+hW1L5cOkjJFrqq0p173yNLS0rgSVJVGC/ouzq3+Nh9R9T78J5pl7EFR/PpRUOv2fl1725U1NRK/&#10;3cDvOKVwStm1SSPcKqKfqT+Tb2mkknZDFJ268fl0zPF4qFAaA/4P9Xn172qcJg8lk3qclLhaqur1&#10;0ClxwCwxaLWE8zueQlxxb/E+0sskUQFvC40DLNkn5ig9T0y648MEBRxNMgfZ51PXvYjriM3jMbTs&#10;8DyVr+M+GkcTmkAHogaO1lW9tX5/NvZKslvcTsYaqgwCwIqTXz8yOkCCNiwh+BeFRUE59ePn172K&#10;e1tyb6wmHzcePr8ljshlDEauujyVTQzVIjsEoJDRMjaF+qq7aQQOPYY3ba9ov7mKaVEkWOoUUr3N&#10;Qk5wf9VDx6A+88ubLf3STSQpKEB0hl1AE5Jzgn0+XXVj+f8AeP8AEfj2cvqP+YP8h+h9j/3H2lvC&#10;ekxVBW0NcYshlKzKPLUUcn3IiqZK6R2khaQnXTqdLCwsAPbVlHzDs9yZ9kvpraN6ErExVKj4e1SB&#10;QcacOPUIc3/dh9ufcDcxuG92aSSSChAUKvCinAFKAUPl03y4nGy1C1b0VN90nnMdSIYxNG9VGIqi&#10;VHt+tlVVL/Wwte3s/wB0x/Ox+VmEw8I7G3R1/kduUmXqsvJjTthKHL1OiMPRYXGU2NKkw+UK+lrA&#10;m5a9z7Pp/dz3d2R49q2K/aSMHWFdEZdbGtZHwQikVCDFeIz1j/zd/d/+2d7f6tshkjVkAZVftB/3&#10;5/pvkPSnSFqupNlVeafcL0NVHmGw74UV0NfUrIkEqsklXGGJAqWV2U1FtVuL+4u9v+FB3b9JHn59&#10;rYelwUuQgBhbK44VsNRVzyNPUVGOocmzLAFYmMx8gDST9PZlae4vv40z/T7wLeS4PeYlVvDpWrCo&#10;IBNSRT5enQcs/wC7X9uLlo13hpJxkFSzdyk17qYINK+uOlBR7K27QU1BS0lBHTJjVgWnkpgtNO/2&#10;1OKWJ6qenCtK2i4LSXJuSeT7Jllv5+PzyrKtv4N2lhsFRvL6KWDa2HmemHjKiKSbx6ZHJ5LDi9rc&#10;eziy3r3Uti893zLuUzyDu/WAQ/NV01UDy8z59TVt3931933bLRLcbIshQmpqVB9Dxr/lPXOq2Xte&#10;uq2razDUlRVOpVppTMzMp40sC1rW/FvZOe0v5k3zD7irak73+RG9a6CeGqoHjhrmo6aGirbCqho4&#10;aAosKsB6iBe3ANvZfc7bdX5Nxu0s15IRgyzO3nXgTTJ44HU2crfdj9muTLRItm5ftVdWqH0BmBBr&#10;gkVIOP5np3ocRjMajJQUFLShyrSeGFVLlQAupvqbW4uePx7Su1PlPuHrbAQ0+3t0ZinyNTO7TUmK&#10;mqKGm3A4XStVuerdzLVot7LGeLXH59hYcoXE99LNFWNG06yWJpTyUDA9ft6Nt79oeW+Z5te52ako&#10;KBmAIQVxoWlAacafb04WH9Bwbj/D2PvXn8yb5XYXPU+5852fld2VtCRFiNp5uoM206CmpCDjRT4p&#10;LIkcX1C/Vvo1/errl7wQq7ZPLFpHxl2Zq8ScmmPKmB0DN/8Auye19/trbbabcsWoDVKq/qMeLajx&#10;Jzj7eowoqVfOVghRqgMJ5EjVJZdQIYySKNRvc/U+2r5R/wAz35S/Jqhxe2+wew8g2BwtVUVdJjMQ&#10;z4yFquUAPLknoirVGj1eMPwgNh7ODt257yIpeYbuS9MI0p4raqLWop8/mc9Pe2X3ZPbf24vH3PYL&#10;FEuJT3MQG4eYBqB8/t6aMHtTbm2lkXb+Fx2JEkcULfZU0cN4YBaKHUovoHJC3tck/X2QTcHae8K/&#10;EPiJt1bgrMP5ZHXF1OTrXoXlceqR6Nn8f4FiFubfX2cWWwWKOh8FFK5wBQH1HoT5nqerflDYop1v&#10;RaxpKODLGop9hpUZqfz6UFv6fUi1/wA8fS/tp2vuisxEdZU0dbUR5Canakp3iJj8ENQPHUiOUG4Y&#10;g2H+Ht7cNuhuJEV0GhWDH5kcOjiXb4HYAxAgUNTkY+Xz69bm/wDj/tx+L+1lhIzPWU0VRI09S8Dy&#10;z1FQSzetTpieQ/W/4/1rn6+07uyBjH2gnyxw9OloijXIFa49Kf5j59d+/ZejnxEFTUwUBkmjcPJN&#10;4dUbpe/6l4+n9PYi23dUn7JMEgU/POfs6XRrppMvwnHHH2/y4de9oeTfuUW8QVIVvb9HIAOo2J/w&#10;9nBkzQdbMrg0/wBX+r/P17250W/q0MBLGrKPSeOW4BB0j+nJPtxHrx49bE7cBx697dIOzq2ilDUy&#10;wxMh1DgFuDxf/EfX205R6gf5jT0639SRUUwf9X7eve1vQ/IDIaUSvWGaFCoJeL9IJ0llP1v+fflg&#10;jT4Tx6oZQT8WPIUz+f8An697EbH9kYvcFIy/e0wjYgGPSI5B/g2r6j+p9uKgVgacOlFu+twZPLr3&#10;uJJTYvMvLStWU9KukiOYSIygfjg/7z7vTHSlvDkYio+fXvYXbi29Pj6lVpchT1Cr9WSxUqD9Q3vZ&#10;Ga9J5EZSFVsDr3tI5fLjHQAGVRUFbKsbfm1iW/I968q9MO9MenXvYaT5muqZXbzycg8h2va/4t/X&#10;2nZmIoOmDIwNQade98I6mr9TPI7Fh9Te31+l/ahRTh1Wp4ft/wBnr3vFUVUzL6m/IU/Q/QfQEfT3&#10;WWmmnDrdfPr3vFS1TCZLsQCy35NvrzwPbELfqfaOq5697HXblJTZqj8MpRJ0QorMfUQy2H1+v4/1&#10;vaqoUDOadO/UqrCECpp+f2de9p/MbSymIme6ExN6lK+pWAFgePx+PeiqNhs9bpXgT+Xy697aqenq&#10;FZW9elSCQTbgj6f7D/H3v5Dr2a4/1f6vPr3tf4yjWogbUF1Dgt9Rf/X/AMP8PeulKKKdo49e94av&#10;btSil4i2scoUvcf0v/xT3vqrQniOve01JU5Ckcxz67KOFYtYsTybH+v9Px7101VlNK9e9vONq2d/&#10;SCraQTqJ/Fvz70VDcTTp+N64r172IGIzNJi7PV0MVcfraQ86f8G/rx7aaNq9p6fVlj4Gp+fXvfPN&#10;b/SON6iipTRFbiNYpCb3/LH/AIj24g0iletPchSdGPQDr3sKqzf+fqZ3kNVMqggaWdmXST9LHj35&#10;204HSczyM2onr3tmrNyVtSVlmkkNzzpNl9P5a3tPSg6o0znP8h59e9p6oyVRUl1ErAEaiL8f4/7H&#10;3vposrV+X8v8/XvbUvk5LFrXP5+g/FgPfiOqEAGteve51LUy00ySRswKtquD+Lci/vadvHrwxnr3&#10;tefxcVtIFcWkKixUgsAP02/wPtTilQen/E1DPXvcOGAyPfWVurICDzf8Fbf71711UCpp172oqbIV&#10;EEKwltenjVYm3FiCD/h799nTpdkNPTr3vG9czDSSEa/DX/A5H0/3r34fPrxcqc5qP2de986fIzKm&#10;hyWU6iHBtcjg3/p79jj59aWSmOve5SSUMlmaWQMODa1iAb3B9+8urjTXUp697UsWThNMKeKYSRhg&#10;PWQSD+CL+/AAcMeXT4kqoU5p5de94UrYopSCbSBxpKW0m/8AX37puvn172qo82DSiGRFc2I1AKbj&#10;6fX6f63ujRq2fPp9ZBoKkca9e9o+uosdNL9zHCYqoG2tTZSv+NvqfbDRiuemxTVqTHp173Npa6Wm&#10;06H+g5ZWCoTb+0Sfr7aeCNiWIFf5fZ08JGVtP8+ve5TV7yXkYqzgmx1Xt+bce2DbIfh4/sHWzICC&#10;ST8+FOve0vW5HJUFQKyCYNAxKzwC9z+bqf8Ae/bT24+E5p+zrZmKkE5UenXvamoc1HVxRzIwDgfu&#10;c30n+lv9f20trpagHTol1ZH+x172uMZl4iFWYKyG3pvq5ItYn2vRCgrkfn5+vXg9eHH5+v2enXva&#10;pqkpqvG6aII7xamEIC6itrsoP5Pt5GdKa8/6sfs6qATGFcg/Z172hYFjjqHjaPxNcAq66XF/rY+1&#10;LEGpPAefRPdq5lOo8B+0fZ69e94Z8LVapJKe8w1EqoUa1DXJvbgj3ZWAFB1qCYxqFrTHlxFPkeP2&#10;/Z1721RVX20xjmDKVP1+jLzYg3/3v3dya48+nRHUF1pRuGOBOan06975ZelnyFPpppEk5BIZrkqf&#10;qpH9Pp7aA01Y4/1cenI4WCUp58PL7a/6qde9oKs2e0qiWWA6yTdIQQ31+p96Ei1r6dea3quKV+3r&#10;3uDT7HlmkaOldlKgFoplseLD6n6e7a0416bEDUqeve8020vGSs5giZSNTayW/wACB9PdGlpw4fPp&#10;wW3mx697f8Bg6BNKvkCJA4LKgVgV/BA+vtk3ABxnp1YlXAPXva5+0raZB9tLHW0tgNJsJIwTYek8&#10;/wC29vrIrGh8/wCfTxjKsFrUHr3uf/B6fLUjxVcYLOoQPp5jccg/63u41D/Y6b0yyNokXt8iP8vX&#10;vYWZjbdfh6hkjMixq1keMlGCEmxW3+9+9MooTTh/qPTDxNG2kf6vn17244bM5PEsZJneogH645iW&#10;ut+WS/8Aa9pmBYUPDp9JWXz9Mefz697UlR2AToFLpaNhzE6AOSACbH/Y+2TbxAErUH/VjpxbgAFw&#10;ADn8x/xfXvfODd5QmanZo5SoDAm1wTfRzwfbTWwbDZ+fVxOhFacfl172nMp2ZlqM+RZ50DEoRGTp&#10;Uj68LawHv30UaCqj5/n0y1wFyB/q9eve1HtzsWfMlBXHyIhGuVWYshtwDzxx9fd1gUAL654dOx3P&#10;iAYBNaZ4D1/z9e9ixS1W06+DxzZYq7gB4nQMt7fQE/S3thlmSSgyOtxxwMaOoGPtFfM/Opqeve4c&#10;3XmOyMjVGFy0flHrWOQMFYj66eePrf259Yq5Iqf83V3jRT2NU8aH0pxJ697aHxP8JklXN42mqQGB&#10;EijUAR9Tp+liL+9i7Ldw8/s/1enSdnlAoqgg5OfzHXveSVdl+emnSlcWEhlpBbxt+2QpYf69v9j7&#10;cEjaSa49af6vs/n00JKqVzq40pgZpg+lDnr3v//Q0k8vsjPiQSR4qqVXYr6lUX4H4b839mIbUOlM&#10;cTNGNIOMZNeHW/x7i0mz84+mEUMrSepWTjWOLkAjn/Hj37Nc9OLbyH/J173O/unnEI8lNOzFhdWv&#10;YEWNiT/re7ZpT06u0MhXI/McOve8cu08qwUrRimFz+7J9LC2okj8+656oYZDQ0AHXvanodp5uJEK&#10;tTkKOAsoJNuAdB/1+fexwI6ca3kkjK1AqPWn+rNPt697hZPaOZSzTtYO19MwKAAiymM/7Y+/D0Ip&#10;0zDbyRqQwI/KvXvbHJtStLL6qVhq+gnC2B/qf9b37PV/BqKeY6979/c6v/RLGojDagwIYMpFydY/&#10;2Hv3WhAa56974y7H0IjzwCzC+ouF1W4AB/I5/Hv3WzAAOve03VbPhBDCrF9ZLQqQSFI4RSfe/wAN&#10;D020Kaa1/b173CptutHUKTSzSLGeABpJIF15/I4HuoGk1pT7P9X8uqBR4lMGnpnz697dJsNka8qF&#10;T7aGNh6Leo/g+gf19u+XTMiMz1GCf2+o/wBQ697banFVFM4RI5wwKgsRov6uT/t/bZwc9O6WAGD1&#10;724wQ5Gnj8ckbVAZlZgxDgKB/Zv9feuraWr3A9e95qaGpjdAICiO+o6jwtzb/Ye9+VerAUOBT/N1&#10;725LVeGRlmo45QC1pL6lI/wHth2JYjyHT9So0kZ697b6jLUIVw9FGSZDyqiyqf63HPuiBmOP59Nl&#10;1J7s9e9p6ealf/NID+4GSK2kAL+n6fX/AGPu4jbUC2KdN60xQVA697z0a18khWOm0hzb+1+f8f6f&#10;6/t5Y1U46qGkNacK1x172J23tm5bJGL0i8hAVdDMzav0gAfn26sZbhw9f8vTZuFB7uHCp9evex6w&#10;vR9bPGjVFJINYW5kVgBdfyALD/Y+3DEBQAjjQ/6vTq5vABoABIOSPLr3t+3L0xj8Hh3q6uCCRVHp&#10;CaWZuL3JP+N+fx70yUqBk+X+fplbktUAnJx+zr3spuf2tpqKk0MIjjLmyD8Anj/be2RQjh/q8+n0&#10;YTrqUEHzHz9R6g9e9pzH7Brq2VnqbRRhlH7lwbfgn/invVAOA60ygAVPHh69e9jbsrpmv3DVjFbe&#10;oJsvlTG8yUlHGJaqeNBdxDCvqcgXJCi/+HtTDAHHoMeXD0z618vTpLIX04YgfwqMn7T8vPrHJIkS&#10;s8jLGijUzyMqIo/qzNwPYgUnRuXgeY5KmqcUaYSNJFW08tNMpiBLI0U4DA/649q/omCYWoH8vnTy&#10;6K5LsrJ+oMDyNfPz65agRqHIIBBBupB+hBH+HPsAN45WPEV0lDRNJ+wxUMF9J0mxuD/T8+0EilWC&#10;1x+fSq3dbhlANPL5/YOu7/4H8f74+2jF9g7kxbD7OonJI0qI5GRwSeORa/HuokdcAkf5vTpWbZAQ&#10;fP55x6fZ12Dfke8+RyGUz8rVFcJJJXCkhiWckG/qI5P+PuhOohiTjHHp+G1jiK+vD/V8+ve5FDsj&#10;cGQlV8fQ8EK1yGcEnkltP0HvRKqKnp2Rgh0aSfP/AFHr3uZlNp52lUxV8UtOxXTwpBJX/iP8fexp&#10;r1QMXorjuPDz/L7evewlyuOrKSZ4pS5H9k/p4I+gH1uP6n37IGeqkGtR172nHisUaRdQB/tE3JB/&#10;PtO+oHhXr2oZHmOve3GmqDE5Kkq3IAX0m1uCLe6Bsd2OvK3n/Pr3tTU2bqacKHeRgycBj9Lfm7e9&#10;gUHSkSUHf1727xZr7geOdV0BWYW+ha3Fz+f9j73qINAadaMn8Zx9nXvc8PRuiEIh9PJZFvz+oXHt&#10;5CSM9WqD5f5Ove8f30NINQBA/T6Bwb/QEfj3ehp1UvpFTT8uve5lJuRnJjCSaSNIDEarA2uB/T3v&#10;JXrTMsihWBNDj5Y/y9e94a8PWI4U8yLb0/UA/X36lTQdVSJFGlMV697D3IUEkUhBvZBx9RqUG9z/&#10;AI+90I6ZZSOAr172nJUqGv41P+BH+PANvbJhWvVM1pw697k0OLkdlecsL/UWJA/IufbioVx14DBJ&#10;8uve3eQU9LCYtSrIfpfnj/X9usFUY6v26Qeve2dWjY/5zk3JIB5IP0/1vaSRtRp6daocN1727USA&#10;sAhsp4uODYH3dA2mvV81p172/SyCGJWsWI4uo4J+tgD9T7eVDx8vPqslFdQaNTOf9X7eve0xV1sz&#10;6lQ6bsSB9G/qPp/vXvROrPXic9v8uHXvabnjmZizsW+hP1JI/wBVb2yyuc1z00fU9e9yaWKVmsur&#10;SLDj+vJ5t/h7cUVx5+fVxnr3t3FDVSkhrn6Ws1h/rW/qT7d01Wo/1HpuvHSRg4697daHGTEqVF2J&#10;AJ5I54+o97CuR2ivn+zpt7jw8fy9D172oqaGqpXjKLJJIJFIGhmBAtyR+Pz7p4MzYYeX2U6RGUyM&#10;Wc1+0gD5/s697cMnjKrMSwj7YqiC5srKRc+oNf24ISoxwPyHVhOqU0uM+hqD9nXvady2DSiMCoCG&#10;MqjT9LXcBf8AWufdWR0OkjPTxuDpGnNTWp9Ove1fufZrfxiqjhhVElSlkUKLCNpqSORhYfi5Puyh&#10;ioPn8v8AVx69POUl1V0hv2de98KLZ81DJFLNSyywBgZJU06VIPIsf8L8+/MpTjWvkf8ALj0605dz&#10;3HA9OHXvYlRb1wmKwrHG0D09TBM9PN9wR5GeIfrVfyD/ALz7cabuWoFR/h/2ek7QI5DD9nr172EG&#10;b31k81MS7uiGSwFwLgk+n/Y/ge2S5bHAegx0tS27Apoo8qf5eve0nUZKISeT7ZWmPDPpsHN/qbf1&#10;559tu2kCvSutMKOHXvc6ny9UwskiQ2J9IHIA+vJ/wv7bMpBpx6cUtppWg9P5f5uve1XjMkir4XY3&#10;OoazYXNiQSfekYtx6fU14cOve3B5Axc8G6kBm/BIIBP+P9Pd+tsQoLde9t7U+Lj1+erdpHPIZ+AL&#10;fpAXj/W9+6aIjB49e9xf4xBQErDNJJexQKpIsAbBWb6W+p91Zwpz15GC1HXvawxe548injkjMZI9&#10;DRnUxH9Gv/j9fdgaivT6yg1Xr3tny2PkqJpPDcsWDKWN+LXNh/X3vptxqx172jKmGvpWZBr4J/s/&#10;pN7/AF/1jyPeuk5qDTr3tQ0GTNLTl6uMs4VdNiCB+AD/AK9vewacOnQy6e/PXvcGfP1UzMsEJij1&#10;aRYc2C6gb/8AFPeuqeIx4Hr3uVQ5LzhoJn0XW51OLm7fQX/3r3sEjqytU9x697aa7ATSFpknjkuS&#10;dJdQ5UDglR9PfjRgQ+R1oo2otX8+ve0+cLVBSTG1l06iOQFP5J/w9pipB0jqjRsTjh173HShpS5V&#10;HLOpAa97cf4e9A5oeqqoPa3Xvanp8LSiBqiWZYtC6iWYcL9bgD8n8e98M+nShYtI1DFOve3TEvBI&#10;0n2gl8cTRkTOpQObWsp45v8AS/t5Kef8utgoTitT/n697ccv95kqU0kVUyqFvpdmu5B/SAPx7ucZ&#10;9OtPGFIxQnj8+ve0TS4Kbz+KoUxC3JJsSCfoD7ZRSzayf8vTJj7+4/sPD/Z697EnH4rEUKB5atFK&#10;oAIyRquTwLj/AHn2/wARjHWp4ytFTz/1Ux17217oNLXQLFQukaqy6mLKCw+h4/1/6+9CoHd59Vij&#10;YIztgnGflkY4de9oqDbvlkIFXGWvbRqtclfr7SFxlunViWlAePH7eve5x2zUwOQ08VgLn16uB+OP&#10;p7VKTpzx68IjSp697wDDQs12lYkMFUflmH9D7o6sSCOHXkC8Sade9v2HqJ8f9wkFBTNCGCyTTRh5&#10;LAXIDH6f19+RCuT59OatJoBX8uve+WUdJkhljjRWlOkqot/iBf6f19361IQRUde94KOh8ayCdFYy&#10;MdJUf2fqBf3vPWlXHcOve2TLQ06MWRBqawZAAouDxcj3oiq06o6jIAp172mnYR+rQnDC682IvawH&#10;tOfKuD1UkGlcU/wde98Wq7cLpAZSQBzz/QX96pmvVAykmvl173BkrHBGi4vqvYnkf6w/3v3Ya1bH&#10;W2p5Z697wvUSMvLkr+LHgce7F5RxHVSRU0Fcceve4XlcEMSb3NueP6E+2DI2ru61173JBjeJiQdR&#10;HF/03/JJH9PbioTkdeAr173CCFjYcn+gB+n9fdDFIzcOvDr3vOhENiSCQwOkf4fh/dtPh4PW6kHt&#10;697lrWjUr6RcAcW9Nx/r+/AitR1vWR5de983ys0vGlbGwAH1AH1497Mvidp68WyD6de98ld5TqVn&#10;+oW3P1A+vPvaJI1Dw60M8eve3OBGkLRs1vIApJa+lfpc6vd/DFdTdbBBND1729Y+igeRlRHZowGG&#10;ji5X82B93RNJLDNenARQt5de9qWSbNVUPihRzBDayi+tbCwBP593oumg6vqagWuOve062HzWSq2Q&#10;0zhU5ckelVHN9R/PuhijPz/PqnFtJp+3r3viaKahmKeMFhyukgfQf4/g+6GM/EOtaaHHXvcqkyDU&#10;kxE1S0Smx8KkaLsLhm/4j3QEjI49PKwU5PHy697eZ8+7xjQjFSLAqSWa44PPt/59aMprQeXXvaBz&#10;dTJMzOVKgm1m4b6ce6SKaVGemSSw0n7eve0nyT/xJ9o6Fm6p173Op50hW+ksTYNYfQXvck+3VGkU&#10;68TXr3uc8qyo5T8g+n6H/Ffe+vY09e9xYVYsAVZRccn8fi1z798+vCoNfLr3txqIVWMki5sOR9Pr&#10;bVb3rgK9WovCvDr3uPHKygaASeLcD6f0t70GqfT7evUI8+ve8VR5pVt+q7G5ta3HtzS54DrVBw9O&#10;ve4f2rhGlYqFUjg8Fv8AWHuvgEmrcOtZ697wEqP0gH/Hn8/ix/3v3Qkacda697zUtQ9PKGDEC4vz&#10;xb/Ee6o1MHqwNOve1FHnAEWAqNJbUTcgG5vwfxf25xoer6x6de95AysFaNnIdwf3PqLH8E+9qSG6&#10;8pNangf9Weve1NS0M7RCdRpQMhUsbcfS4/3n26Iye5zXp2rU4cOvexDxbLDB6Tq0WLFgdRuPrqHt&#10;zPTyk0B6974Vm5zQSKElKrHqMjB/Xf6Kt/zY+/E0FetmYq2D/n697Y59+Vc0iLTamYsFIYj9JPLM&#10;fz/X2yZjWnWvqKtoH7eve/ZLchkpmVwsk30N7Czfgj/efdvFBFKHqkjqPi49e9ojIZE1EKwiJeOS&#10;ygBzqA5a3+x9ts2Sx8/8PTTvVjpFBivXvaVnpwzl7A6rj/Wt9QR71jz6ZIHkeve25YvWbEekD8/k&#10;/S591Ao2odV49e98y6pc/n6Befx9efe6nz69173ied24vYf763+29tl/Tr1Ove8PunW+ve80czx2&#10;seAb2/p/re3Fc+fXgSOHXvcpq0swYgi34/H+xHu2sdbLNWo697mUbyTX1sBcjSSfoCSSD/vFvdhV&#10;qY49eXLVbh1725HHGdWkRWKqDdlT0ggXvzwfagQ+o/2et6iBRv29e94FisrgGwBsWN7arDg/096E&#10;Cn4s9Nhq5TNPP59e9xniVFLmwv8AXTybL+ePbckZA1A8OrHNCeve4q1TNdSbgD6/T6G5P+9e6da6&#10;97mUxsWcELY8k8AgfS1/rxx791utOve3LxwVekMyAluGJFgbXA4+n+t7fVq4oMdWY91Ove26sxU8&#10;XETRyg8kqwuB9RwP9f229NWOvFD173HhxVYzLq0gG3pLXJU/kW9taWrWvXgpoaeXXvb8qT49Y5tY&#10;VlHAvzYfTke3FLAjz6uVZT8x173lq87K4j1Kl2iKyEAFr34J/wBuPbjONNKdaMpr8/n172n6qoeT&#10;1kAKQFBAP/EfS/tnptiTk9e9tyRNLfm1mJF7XP8AT/Y+6BDXGevVJFOve3enondCQh0sLMwFyG/P&#10;PtUIwB3deoSaeXXvfCXFhNJMi/43t9P8R70YYwetkU49e942hgRW0yqWWw+ova/0Pu9QMDqvn9vX&#10;vfH7eF1JR2WQC7X/AE/T6r7o5YilOrHhWvXvbXLEYja4P+t/vftGVbj1Xr3vHc/7b3rUet9e9zqa&#10;qMRBa50kG/8AatewA92Ejio8j/Pq6seve50uaqZDcErwB9fwvpB/1/fg5HCvW1pXB6974DJ1Lp4i&#10;dQLX5uSQf8fewzMettSlT1727UIMgQFSpJJNhbj+pv8Aj26evCgH29e9iTtSshjleOWKKVkPoSVb&#10;xyc20Ff8fbyfD0pjepz172rcjHtvLTgHGQUFTDYSPTgqNRFr2Pu/ThCOcjr3ttkMGMvHG7GOM3jJ&#10;NgQvNzf+vvwxk8OmyQuB6V697T2S3FA92ssZWzqbfrP0s3+B+nvzCgJOB69NO4Iz172is3uqprES&#10;BWtCAQY0P6j+Ln6kD2zK44fZn16adycA9e9pqnjaUqbNdibc3BB5uT/h7YA15J9ft60OPXvedpJo&#10;5k0uS6Eab3upH55+g96SMqxzg+XW2P21/wBX7evexFw+8pUiWjrooqqnVQHDjlSB9UP4+ntwEopp&#10;w6eScaaNk9e9vElXga6MaaJQCoJYEK4P+De9Co4/b08CrimnB697b3weMRlnpnlAvfTI+tdR5VQf&#10;dqgdVMSk6q/6vy697c6aJUQegHTYFyt155uSPz71X0z1sADA697epclR02LnE9LEWWCU69K8lVJB&#10;PH1v78rgNnq7OqqSR172XyWvmELU8bsIp5HmdFNgSzEi/wDUj24ZmCeH5dFLQxtJ4zLnh+Xp1723&#10;iVlNwSDY3sfpzwbH2z4hU8fy6sRXj173k88pWxbm6tze973F/bgd6Dy62Qta0z5Hr3vkzOzrqJ9R&#10;50/gA25PupDEgA1r1sAUoM9e95ix0Xut+TbnkDgcjn3ti2nRmn8+t5Ha3D59e9yKc1dPUDwtLTTN&#10;H5jJEWjlCsONDjkXH5HvaCaMaIu16fZ/Py6ZkEUqUajAeuRx8/L9vXXBH+B/3r3gqvLNJJLMZZZT&#10;fXNNI8rsR9S0j3J/2PujO01JDVj5kmv5cT08qxpHoiUAD0FB/m/Pr1v9t/Q+8SiR4TpBK2swAH45&#10;JB9sCIEl28qH8j1rSA+s9d/7f3gUEJYBvrzbi5t9AD7cWoQleNerVFKDr3vJHGXBNrsbBRfkm/1C&#10;+7IhIJIqD1UkDJ9OvezP/G3BUcm8cjWbvp62PaNHs7d82aqI5lo9MzYKVMXFRySWVqg1Ji8SC9z+&#10;PYi2K3hW6aS+1BERyTWh4YpXzJpQdADn3cjFsemwpLcGSIIvHi41A0rQaa1PXvYZ47G0lG6/xPeN&#10;Xj8nWSpUS09PJO61CrJ+19/LAR6gRyDf2jSK3SKklwUbJKitGp8x5/b0fvcPdLSKyEqRilSBioFd&#10;IPkPLr3tcU9clbV15zHajbfjjSSCiyHgq6qoe1PeenpKenAZFc2jLk/4+2rNoppS81z4SkkA0LGl&#10;BTHkK0yM8fLpDfq9rYxx7ft31VX7o1ZVFMd7VxgmtPtA697AuZZqmrqIlrZa+EPIySvIxWYqxKSu&#10;GP5HLE/19lV1KsTHxmLUqBXjnz+2vl9nQvgWNY1bQEFADgY8/L88efXvbnjocZUTmXKVKUeNoFUz&#10;U0UgFXWyt9IoAQeWINyeAPdIkWSQMQoBzSprQYwPM/s6clChzpIbUSVqSBjh/hxw697Vy57z0M1F&#10;j8fh8ZjJHCha/XJPW6SWjkcINUmk8gkgfjn2YxsYwY8LqNCSDwHDIznGBx6qP8VkSV6+I1e6gIGK&#10;HH4Qf8PXvYv02Moa7CbZrM7t7HrBRVH21JuDAzMKCjykraqZMzDYSU0twHjVxof8H3VHqA5PcjAC&#10;uABWoAPmD5/MgdJk3I3DvbByzVxqGkx5yF9c4FPPr3t4rNsUm0Mpi6Lds89bSdnZfJL/ABWmVaF8&#10;RHqEMVfUKBocrM5ZozbWgP0v7UxS2dyRDcrUzGmryUetB+z8vl0W353BIxdbVIVjgRiyle9wDVgo&#10;OakVpXzp172JGW+JA6n7I2Oe7N747a3SeZ3ft2TM7kpqepkp8/t+dhkZ8hhqWME3mpgUj1W0sSfo&#10;PchWXIi7LutovMtytpt0zxs0oGrXETWq/OmBX06jqT3Sh5h5bvByhbyXO5xRyaYMKwlHZ3scLpbj&#10;8vt6iTzStTVD0KxTVKRzCFJX0RGoRTojmZblRq4Y/j2jflpunrfM9rTb26XSn23gY6yXFY/BsYlN&#10;HisTDHBgqpXg9B80K62I+rEk+w/z7dbbecxz3OxUSAkqikigRcKajDEqNTD1NRx6NPay35gs+VIr&#10;bmpvGun75XAxrbLD7B6fZ1zpUnSngFVIktSIkFRJGpSN5woEzxofopa+kfgewAo98Pm6wxZV4hWT&#10;uVlrZo2nNRIfSqkfgn63/r7A6B3bS7AClAfLHy9K+fUpp4ZAjQaVHD5UH86Yp6DqR7a920rbfmcw&#10;PJFWVQ8pdY/G0V/XpiX6jVf6+3ArJRmOpzTIFBTgft6qkmuENwqcUFK+X+r7Ove0Bj58yKyOWhqK&#10;mnqFkR45opHikWTVYFZFswJP+PtwCfTqFRQZPnn5/wCDpLcRQzRMl2A0dDUHIp6Hr3uy346dV7r3&#10;I9Dncw1ZUxIy+fIV8jyCRYvWESaY82Bt9eD7Ww7df3EguCGYYyfPjUCvnw6hLmzmTYdpRrKyYRPm&#10;iKACteJA/L+fXvbh3ngV2znMtHBS0dNU4tqTK0aUlb5aalo3bxqqAXMlXM1mYfQC34t7Zntf1XKg&#10;K1RXzI+VP8/RpyZejcdqjmY6gwIqRkn/AIqvXvaTgcmpxe89wbZqchgVq4Tmaq0yQ1VXMQA9bUix&#10;kf6FIV/H+HtPFbk6Z5VBStG+ZzX/AGRw6NwsTRvtVnKqTaW0g+VM4+z/AA0p172YPD/J7ZPV9JmM&#10;Tlds7kjxuQp3yuzWFAsM1TO9/NFFSk/t0p4RZOTY+75t59UaFQpxUcSOGPTOPI9By45P3Tc41kDo&#10;0oxJUgcKUJ+ZpX7ST17n8f1/3j2FNG1F2VX53fsOLz38JyjynD4jNvSUxxGdI8r0EMENozEEVpBL&#10;Yaha/Pu/gvM5uWqw1EGmKHyHp/mx0KNMu2W8W3uyeIPiK1aq04k/L+XXveLeWewO58Ni8YksX8Xx&#10;0v8AD6hxUK8IkcemGlijBeVvqCS2lbe1NxOs0ap+IYNDUH7acKdM2Vtd2cz3Mh1wkYpX8PHV6E8O&#10;vey1/JLqCp6spds1NayNWby81TTQxusrJTUcaGWRynA1M6qB/r+9T2UtmqM4+PK1ydP2j/D0acr8&#10;wx7u0scIosGCTxzwFflTr3th64y2B29h6KrqaGOSvjqwTJUEAIQfS4B+v0tz7F+2SWNrtayvGGlr&#10;TJx61+Xy+fQf3yDdL7eXSKQiHT8I8x559OveziYzvbAvgavCoqD7nHzU6eNPuJXmkQjxxRLaxP0B&#10;PHtLdb4pDpp+KvD9lB8vT9vRVFypc28wu6saGpHl8gD5449e9lP3BR1uVleOkohHU07+QFnZp0iZ&#10;jfyX9EZ/qPqfYeDSSKSqmtfPjQf5P8vUkWciQJ+oxofX5en+fz697XG089t3bMkGfyIx9WmNgsYa&#10;oGbXXxfpCxfRrsPXI/8AsB7OtsuIrSVbqVQ2jhXNW45/n0Rb3Z3+4xNbQVGo0BHkKf8AF/l+XXvY&#10;Q939yS9lZN56Smkx1E2iSpjMgaSurEQRn0JZIqeMC0MCAADk8k+2d93f95zGYCmP2n5egpwHl0r5&#10;T5ZfYLfRK/iMcgniK1OfMmpOT172AdHTTV9QI4UZ2bU6r/qivLOR/gLm3sMopIBT8P55/wAvQxYk&#10;LqY0pmv+r1697EnbM+cw2RjxOLyDUFduT7WjjWkqVgkaN306aipuBGrH6gkcH2qpdIRChp4vkMVr&#10;6k8M/wAukssljNGZblfEijq5xUEj0+fz697N91z3Zl+ldlZLYlNvFMfJt3dz5JqnDtDW11fVzIlT&#10;JSUmQQm0OoAMw4Jv7RSbZ9NOzO4LxVrQVFfUHzp6ev59Be/5e2vfL0bn4fiiVVAVwVAUfiIxQrx+&#10;3j10w1AggG/BBFxY8Hj3cB8GPm91f8oMsvU3c+3evafs3asj5npbNbyq6b/fwVtSI6XcO3RU12iC&#10;GuqIUWakAYB2UoPUeYu94+Qbr3M5BbZeWS1rulsRPFJE3hvPQ1e2ZSaSa+KoaZFRnrBj399reZvb&#10;PeIuf+V5bi62+7lSPcIooi3hIRVJdKVLIGoHxiurpkqY3x1YuSWV1x/27Q19LHEZFTQTJDWxql2G&#10;kXVwoJII/wBT7P72J1ztTDSz/YYPGYlqmlLT02PoDi2nc2Jjq49KsQrE2UmxPIv755bVtfMO23v0&#10;e6zTrLAxjdZNWoOMEaWoaCnAY6K9rtUuzouJjMMNxLAVpj7B+zjXp0paqnrYEqKSaKop5ATFNBKk&#10;0Uig6brJGSD9P68fn2V/tLO5yPFrSQCKkk+z8FNBi9KMtPGg1S1pPLzSLcW/A9yty9yntq6r8kOA&#10;K6XrgniF9AcgDiD8qdCfY+QtsVGu2AMldRRvU+lOAI4DiOHUj3SH3Zla/JZitlo6uQzU8s9LVRyU&#10;jRCjjD6pE8rcsXP6m4APAv7n7lbaoYLVLtwEWQArQih9AR8uHz6yN5b2WCG3EjpRXAIHAGnyHl5Z&#10;zXr3stlaKaGMPNUFZZbK0aHV5HI5BvyL8c+xnErMdSpUKTx8hihx/gHQxRJT2xxVpxAyAP8AL8+v&#10;e0VkoELE1EmiNQvjGo6oNPqAuv8Avvr7OIWNaRqfnjHSyNGB/STjXywR50+zy8+vexJ2V2BvfEph&#10;jtXcc+PqcJlo8zjJUhWOshrqWQPHLS1H6vqoshbT/hz7s9vDbNr0qzgilMsKjIH2cftx0D+aOTuX&#10;N0iuY94tknjmQxSKx1Aq4oQQcY8yOHXvdkGwv5pfyk2DHG9Nv2JUqMlU5WeSuo9YjyM0CQPUIyDy&#10;KVCeiEkpq50j29Z81cybaVi2a7kiAZnDBqFZDTKkZ/CtA1VFOHWEnNf3E/ZPmh9Uu1sCiqieG1BR&#10;GLBTXBqSO+gamK9dEA3B+hFj/iLfT2aPYv8AOO7V35ubC7W3buPcO29rvkkq9y7h2QabCZGsMMiz&#10;eJqieM6jOwJrGPLISoIJFhXae6XPW3Rs0m6TJHNUyRxqgaQnizaR3MWqS7dxrk8B1AvNf93NyNyv&#10;s11zBsdpDfX6xstvBe6pkQsCCaK2NFR4VMBgDTrwVR9Bbi3+Fv6W97COD+a3T279gy9iUXY+3oNp&#10;4WkovO2Vy9BhM1lTUaKKVaWgJLPaQgawAAQSePeQc/u1t+/bdJdjcAttYRxl0ci3uJdahXColQx1&#10;DiMfiPXIPdPuze4+x81/1TvNonfcJ2bSI4nmij01ZavQAdorprWlBx69+n8cX/A/w+p9mlxm5NuZ&#10;Oh27kMfu3ETYbeFCajbdTLlowmegjVWc4ioVwsugkBmW4N+PY52w7VexwyW+8xrbbhETbGSZ0MwU&#10;0KodQppagqePEdQRuGwb9t891bXu2zJPYvpnAiP6JqV/VUrVa0NAaUpnrwNyRxcfUX5H9L+5tHum&#10;Jw0OKyVBm4MdlP4Zljgp4MpVYzIW1/w/IUwJeM6TrLGxA5tb2Zwb1vuzWkEdrcR31skxV2tqTvG3&#10;++2D94qKksOBGcdI7jY5E772GS1eeLxIhOrRpLHw8SNqUYVFABiuOu/apmkp3ilq2LgCJ51dmKoq&#10;RqfKzX4+gPs5u226+t5t2kDksGkjJJAGj+0Oe0sM444JHRBEkwdbVKHIUgZJJOPn172lU3NjiryU&#10;NUtatPX0WPkencCIT5KD7iBYpz6X9FiwB49gWDfYo4muNvl8ZYpo4SyEgF5V1oNZw1RQsOCjPR+2&#10;yXmoLdJ4ReN5AGGdMZ0tVeIzw9euiL/76/8AvHt6l3BTYx6Za2upqXyy/bxRSzaaiadgZBT0/wBS&#10;zMASP6/j2J7fm+72qeP6mdVAJUxliXdgalIya6ic0U0B8jXoui2qe7DPaRMxUatSjCrw1MfIDH2V&#10;68Rf8n2oH3ZDDjv4rLk44MbCFdauacR08SE2YvK36CCCDqsB+fY9Tnnbm2qXfJVSO3Up3MaJpY07&#10;m4q4NRRgADx6oib610m3RPK0q10otS1f6I4mvyJJ6wmnhYOGiiYSrplBjUiQfSzg/Uf4e0XT917Y&#10;zWKpslj81Bkcbl6qtx+NyVNVIVq5MbXrQ1QilBBYLISAv55I9hiT3T2W5sY7m2QLDdMywyIwyElE&#10;bNTiDU49aHy6F17yrzpbXEu37ukizRRo0iuGDqroZEDEZ00zQ4BPWNKGlj0iOngRUbWqrEgRXP6n&#10;VPoG4/UOfZY+3fmB0Rsbdm68Fv3OU+Fy3XFbTfw6orI5Hx809Vi1qMjTVM6EqptYEspK349x9z77&#10;u8l2+73u0b6Wa42uZFtwseoT9oMquSaCrUqxHaOHHqWOQ/u9e6PNmxWO7coWTT2+9I2tEYeIqrJp&#10;jKqckE1OD3cDjqSAR+b/AOP5J/x9h5N/MO6xpcTviryi0KZnbOMj3FhKX7yI7d3dg1pFrMdJtvI/&#10;qkqJonOmPTbUpHHsHH7xu1SG9h3GzUX8ZRoYjRrR0j+ARsBqEgVsg0BIpgdC2L7n3PF3uW129mXa&#10;3vZDbzNoIuLWfWUkW4jGAiMB3VrQg9cvYTU/zC2nuv4izfOTaVdnMbmNsU3YP8Ew248qabGS0uLy&#10;646tpcngaQfaza5LRUrPY83BLce6r7k2lj7cjm2wkC70lxMFWRsIokAoIl7dMmrQowG45IxIlx92&#10;/fuXfvBx/dj3uOCe1v3sPFlgiDSqzxa1ZJ2/UTtq0gFQQKEAdcb3uCLcD/eR7TFb/MVoex/irje0&#10;MXuWj2bVbh2zha+jpsfXU6ZnH7qr694sttyridhMsdM0StFURrZkezfT2C7/AN7+dt45bmtVcW6x&#10;eGi+CMvJIxMkTk9yrFgpIMEGh4dHkX3Pbnk/32l5BvbN90js7mZWLxMIGt1QGOZTQqzSBqFCcMuO&#10;vAWPAt/Xm5NhYH3TTv3+aT2Znunu1Nq4/dOQoZ8Jv6CfB/c1glrsjjsvGY9y0hrYwD4oZ11Uir6r&#10;Mb+4pvOaOY9w23+r9/dv9IZHm8MOQVLfGCfPUe7Geuj/ACr9xTkva/cTYd7vbGORJ7F1mATSkUkR&#10;Bt20HGp1OmUnFRjrl7A/eHzc61z/APLnyHx8y8VfUdp757XG/t0ZESXAGMyUWQxGSlkl1M86NDGI&#10;GVh4wLWN/Zbs1+ljscvLCROwkuzcySFsOojaNIyKaiyh2CtUdhKnj1J/LP3Zuddn++RF7sWDonL2&#10;2bWLG3ipx8SN45YwBQBCHbWKHXXrqwuD+Re3+x+vsHt8/wAyrtDsLpnZmxNz7r3vnd04+syeN3tX&#10;V+SjTbe7NlxaItrYs46nCstVSQq8Msz3Eite1x7V7je7pcQQWUU8nhW6BNDuzK6riMEVwI17RTy4&#10;dSRy19yz2+5N9yNw5q2DbbO1spFSW0RYy09tdsS1xIJDX9KViGCD4SMY679l2258xO4th7NyXXOy&#10;d35fAbKqNxncWPxcWRq3fGryf4Ysha0lMTy0LjSSNX19kcVjOtu8Adgk1DIqkhHIPmAQCPtByK8e&#10;pb3n7untzzZzLDznzLtsV1uS2/07yGNaSf8ADDiqyAYDg1pjr3stO5d9ZjcOQzGRyFbM9dmKuSqy&#10;Hh/YhqKiWTzSOYIrIfUdVj+fZlbbZFGyvpA/1fy6mvZeVtu2i1t7OziVY7dQkdclVAoBU5Apjr3t&#10;CSZCR3IeQva5HJ4seQWP+3t7Nlt1UagKdC+PblRNdNP+qnAf6h173HmnLyszXJYcENZhfm1/wLc+&#10;7pHpSg8ulaQCGIIMU4jiKfZ69e94PKS3qJAItcm34+gJ/r7c0CmOnRGqjtXINaD/AA/Z173yRgjH&#10;SDYXFiSFBb/W/wBt70wJFT041HXJAz/qoPTr3volww5HJIYfQL+Lg/n34aaUHXlUV0qMjh8/PPy6&#10;975sV02N1J9N+Tf+oP8AvHvS1rjry6qhgAB8vs4/5+ve44AubgggfX+g/F7/AO8e7k0XHV9LKBT9&#10;n+b1697iSiQE6b8k2sbg6v639vpp8+rlarqFK+np173mpIHaQ3sCPr9Lgf1AH59tzSrpr1o1C9e9&#10;yTMYpCkQdNJbUZCtwBwSq/19t+HrXU+fs6rxWrceve81NQV1fMBSIFAPqlldUU3NmLE/7cgD3ppo&#10;IVpIakjAA/wde4ClKnJ/Z6f6s9e9qBKSegKCpdVqjKiRVFFICIWJss0y/wBP8B/X2jZlcnwxgCtG&#10;/wA/VRWobIIP+zn5de9iJjM9W4SeOg+3atqyvhqMgk2iciVbsqmQkEkWsRzb2VSWySVmU6ADWmfy&#10;H7eq6Eky1Rnj8h/k8+vezMbDwFRmsXoiiRJJhI6ozusjPp1ComZ+Tf6kf7b2Hby48CUlyWrxXyBx&#10;gUx+f7eim8hSIrIW1I1TThpI4mg8/wDDTr3sU8rhZVoKOg+yo2JkhW8Ks37gjs1VUSAC6mx+n4P9&#10;faCG2Ad5C2G4YH8h/q9eiiSBWXicGo4ZNKD/AGR172jcn1hIFnqqvxVCvZ44oacwxwMxveJzfj/A&#10;839ry7RZNQoHHiKCv86dNBQrDWrDT88A5/wjP59e9gPujZ25w1sVPUxKJZdGgl4iJCT52/tqQbjn&#10;+vtXbNtyU8UayeP+b7Tg0+WOlWiyZVZ3DDzGcmvCn5jHy697Qm4Nn1smPpZ65RVPRsUnkqpJQnmF&#10;vKyGT8G1ufa6zu/CnfQdOulAKcPIU9R09ZSKJn0kqGAoB5ACgP8AlI/M9e9oupwBlQpDibAnUQJi&#10;jJCRz6wLX+hFvxx7M4rohqtJw8yMH06MbdX10LUp5nga8P2Z49e9xotqeGjlqkpJZSwVVVDLJYgk&#10;Nw4F7f7a/t97yV5NDkCmfIf6v8PVmeUlWbGk1JHof8P5Z6975YvaFfUQVdTNGfuAn+SJUlg0SKdR&#10;Kp9bj+yB9fdZtwTUiwnt/FT9mft6cN2rhBF3AeYOB6VHzz8uve1hQ7RqYsPHVZKuqqJ5EDrSUUQk&#10;raiLWWXVL/YDckj629o5Lkm58OJNQqRVvhGM/aRUY6ZmdxKGQBlYmrNXFB5Z40Ix+fXvbbUbblqJ&#10;ErBFFQYuGJ9ctTMwq6hg36ERvx/U24PHtz6hYoiSS7E4AGAPXpyNEVBcdxp5UzThn7f2de9hxlMf&#10;VrNJDTwiaFXLLJF65HsNOpr/AOvYgfT2bW1xCVDyNQ088Dow1AjUOGP9X+z9nXvbhRY2poqW8yLE&#10;ZBLrkkI8SLpuFZ78MeePrxb2xcTJNLgmmKep/LrVCRXh/q/y9e9mE6X21TZYJl8/lKKKiBahxsVZ&#10;MsJnlkk0tZBdj/UMeLWA9hvfbmSJvBtFrIMt5hQM1PVmhEkYAYKag1P+r/D172O+S2fi63XTUFRD&#10;LTxymlrYmJZVlLaQ4Nv0j6X9l1jfNH33GHpUZ/D/ALJ68k2lhE57Tih4U+X28eveyu9j9cSYKaUN&#10;EBE0wNNVqpRCG4KgkfTj3JG2bmu4QqKdw/wfZ69KZArNTj6H1Hl+X+Dr3sKzg5adGcFiFVubWYi2&#10;rn/bcezqi8D5/wCr/V9nTLIwz/q/2Ove0jKhjqJCeSS1rj8Wtx/vXtM6lG+R6ayOHXvcNiVPB+tz&#10;/tz7ZY6eHWuPXveWKrnhBCSMv9LMRb/be7rOwGevUPkeve88WTronEiVdQGBuLSv/tvr70JnB+XW&#10;8jh172tqXc9VXUngqJiZYx6ZNVmItxcf1HtUraxUdOiRiKE9e9pXJtLMwZi73J+pJN7fU+/OpKkD&#10;ps5697bIP1gMDxf6f64Fre2Y/jz1Xr3tVwUjSxAqFIAIKng3I9P0/r7WkLQ9b1ZOPLr3tmyNOITp&#10;tbVe+nleCPqPbMqginr1quAT5/6uP+Tr3uBDB61NxxzY8Hj+n/Ee2Ui09x62eGDnr3sWNm5OOGe5&#10;vfSFNzYH+oUn6H2oIBavSd6fUVGKjy697FPKZ+nenQzEcAk6gpOm36R/xr35QeHS2LVXVTt9evew&#10;9qq7HNIzROLv6tCrYhuBz/T3rp/xFFeve3jE1QSRVEoCsx4a1r/Q8D37rcbkn7OvexIpxFImhWRn&#10;MdiGI/PJNv6+99KhQjj172ns3gy6F3gDLa6SoCVBJ+pH1496p028YPGlfT/V/g697Q0dF4pyFbQR&#10;YXBtz+AR9Dx710n0BWr+zr3uNk6mpgdWY3ClfoSNQtwLe/dacvUEjh172xNkUnLLKGKr+L8qL2LH&#10;+vvfVC+rDde94aimVkdovUBzqAvYEWABHurBdNW/LrQGK9e9tLUdbKCI6aodQLaliOksR9ef8PaY&#10;nSKnrQRmNCK9e9tbUFTTuRLDMhW19Qt/iR7pGWIrXz608ZrU4697yrHJ6m0nSbg3FrW/NvbnTZ7R&#10;Xr3uRoTR+3ywANuOLD6j/D+vvZoVp1fQpFRx/Pr3vjFUPFZRdQTwQAQL8kW9+DFeHWiKIaD0/n17&#10;28UtY8ciMSGX8qASpAHBPtQKkV6sCCRTr3tR0lcGSbUAt/UGKXNz+B/j73w6dBGijD8+ve2urkYA&#10;P+Lngk3I/rYfke9dNk1yeve4sckzjTr9PJ0sSCyn+1b37r3XvcWokq4eNREYBKH/AAc8+o+99az1&#10;73khr5otIjY8WDm5Km/Or3rr1SOHXvb2uRMiBXYg2Vg5sPp9f9f8+/dX1tQD0697e6TKkRqr6rWJ&#10;b/iP9f36lcdXWQ8CKnr3vqbKLYtrYEFvSCNN/wCn+w9+oPPrZlwQMHr3tPz5KQmTxyOH+oH0H+JU&#10;f4e/NkHHTes1J697csRU18nErakDXWQ/0/x9srGSCDivTkTMBp4/5Ove5089QSY5Yi4VrXVSNQb+&#10;n+w/Hv3hvnTjHTpYgGvCmft9eve+FEz08v7IEYBuUb63JtbT/X37QwFfP+XVBJRcef8Aq/1eXXva&#10;poa+U6bqYyWIYfS5H1IH+t7bBNaefTyt5sf89eve1HHkqinZXiZk0i40u1jz+R+fbnggZTj8+nBJ&#10;QaV/b172oqbI0GZX7fIo0MgU/wCU20OWv+oN9f8Ab+/KhoFYYHVpBFOnhyjIpQ1z1726GmGNA8Fd&#10;JNCwV0MjLcD+hI/4n24VoMf6vz6TNZBR2tU/P1+3r3uBWigryolWHyC+p106mHP6iP6n34FlSrZ6&#10;ciVo0AP5U/ynr3tiqqmnpm0wKiWATVxbSOB9PyPbLMWOeHkPn08TpPmR1722xZWOJg0kgte9v9h+&#10;Cf8AX90AKk0yPTrRlUHAweJP+Dr3vFPWxzzPJC5H4sGszED8kf7f346hlcHqusEh6fbTr3tsylNN&#10;WU7+KTTKbrqZuQbWsP8AjftqRXYVPXnkVlJOP9Weve0nj8VkaKseWSbiyhG8nJF7nUp/3se2gjlt&#10;RHy6bWozXr3tWDM1NJpBkf8ARcslm/5KH/E+31QqKE/Z1fxADX8uve3KHdLRoU85DswPDD88n6/j&#10;k+1CsycOtLIwAHGn88U/1fPr3vO+dSvX7eqt6jpDlgWUX4JJ/wBf35nLHjQdW16sv9n59e9yKnBI&#10;9JropYqsCxdUYM1vrwv+8ce2y1OPXpEomCD6/Lr3tCVuLEJ1CJ1m1XYMjC5WxPpX+n592qKV6T6B&#10;Wtfn172xPLIrsGJXT9f9h+bfj/H24iB1qemiQCKHFPX1rx697kWosir08o4YcMOTe9tVv8Tz7acB&#10;W0g/l04oD0X1H+D/AFY697ecPjY6UNBAVQSEM7LdWYAAcMf9b3vSSQGGDXq+kAaF4UoSOJ+39uev&#10;e3jI4xhGyxvNTq6gK+vQ6MCCSCPezGQarjHr1sg0Ok09B8uve5lFnc5jjE1DUTMEVdWty5cKAp1f&#10;0DAcn2mntxIvcKfZjpws1AOPzHXvYmRZifLUqtV8SvEA6k3sbC4v/t/ZcbcWzFQcH1/Py/Z+zrbs&#10;5Gk0z+z1HXvcAUUWpo2QfUKj2H0uCef9a/tUJqwEjiPL5cP9jreoadRUVpjjQj/Y/wBjr3v/0dQi&#10;tqKvJPAHlqY5/NZrQ1RQeoWJAT6W9qU1UJqfsHHo9kZI6Mwp8h/h+z163+Pc6pwG5sNLQ5JqTJpS&#10;zr54JoaCaeKeO9mdGQalPB4YD29QgErmp8/9WOkrTSFg0a4b/Lw+wf5uve4+Rq8lkoZIoKHKAAm8&#10;rYypVhcXsBo+hP59+CkPUn8q9XSKYOzMaA8QOB/4rhjr3sOatcvFj5EFDmJ8p9wfAPBUrSrB9HEi&#10;sty3+HvZYL8XWjr0sua/y697bKB90IJDWCqowo/YIo6oqW+puCv+3HvysGyetxiSlX8qeX+Hr3t7&#10;xORWtnhpN412S+yhJJNFF/lLi3pis9uD/vHvZKfiNKdaSkxX6gmi5FMZ697a87RYqmrdWCrayall&#10;BPjrotEqerhDp4Ptrxa5A68VXLKTT7P9X5de9wJJs1I0dNHNKKWxJcJIUUfRVOkf7x734nr1qjmp&#10;BwOve+5qCumRWqMg3oVgizJKsaKDxe30vb6+9CWp4da0sykg+dOve3DYUO3qHeOCrN3g1W3osgjZ&#10;KOkJlZ6Uf5waT/jY2Pt4EMoOa/6v8PTLxioLgsoNSBmo4fb17269hybUbd+Zk2XLVPtpp0mxZmXx&#10;PGsy6ngKHmyngf4e/HGeHVUgVJnMdQDwx8+HXvbFhooJa6J6+vamprNqkCeWRWtYAAfj3VZFpxp0&#10;ojVKjUQCB6eXr1727VOOwkkplfLJIhf0x+P91gxsWDHj6C9vetak8erLGvGuPnjr3vvL4TAU+ONd&#10;RboxfEiq9DVO8VdZuNUYtpI5/B93626RgVDDHXvbT/DIYvGJaiGop5ER46imdzFMHF/S7D8fn3rJ&#10;GMdU0rXuOONeve1ries8lm8dNX4mkiqYKVI5KiSaqpogiSGynxSMGPJ5sPe6V6f+mLiqCtPn172n&#10;8p17U0DiPI0VEGNyWiqopFAPqF2jJt70MjHTbwUy3Dr3tLVW16SNgBDFESwVGSZXJf8As2K/1/x9&#10;++zpoxIOA/1fLr3tzwu3FbJQ0U1W0EkkqxglQUj1ELqkd7AAfU+7DGR17wNfYTQde9i1FsbtiPKV&#10;lJseSGq/hNFJkZK01dDFTVEEMWtoqWaVrNIRcBR9fbkUyQmrH8v9Xp/s9F89jcxtSM1/EM8eP8+v&#10;e2bF/IrdNJLHj8w2T+/ppvt5YXVIg8iGzRzqv15BF/dzcNpomK/zp/LqkSykfreZFfn5fy697G3L&#10;Vu6d67Vq9xpAaLH0FOPuITKjRK8gGlwL3J554908VjhhjpQdtcHxgDQefGg9ade9lrkaF5GjrMrH&#10;D6gZBFCZZSW4Lr9Af9a/to0DYOT04LUig16CeFPT5n/D172Je39gYncFGZ8XurMVVUNKmkGJRk1X&#10;4sUbUAP6n23Wh+df5evTRs1AOljqr5Uz8x173E2z2ZH0hvDGbwWpyq5Hauep5KaogHhm+6pJtTws&#10;guCsi3Rgbix9rLe5MfcuVPrw+3prQFBfOMf8V869Rqykp6+lqaKrjWalq4Jqaoia9pIJ4zHKhI5F&#10;wfqPdnVP/NY+J/bORiwHdnTjUuByVGIMjnoaESZejyBUK0qSUOhvETck31D2Iot4tjH4Ey4pk07q&#10;+WeBpw+zpFPBDKwJVhjNaH9o86cMdFfk6G35tKCSq6r7i3Hiq6CoealwG5ooc3tGanYk/Z1NFPeU&#10;MAQElWTi3I9zqb4DfCf5XNX7h+PHyAq9ryOn3E+J3AseSoMfLNyizGp0Sxxkm17+001vazitu1Mc&#10;Dx4ft6U2m22xiMsDnGaJnHDOrI/Lpi3N3f3l1Lh0rew+kqnfsKPFC+U6kyArZJQf1zyYXJAS+QgF&#10;vHGbXuAfYVZ7+Sn3ziJJ6nZu9uuew6BFY082DzsKTulrralmYkX/ANe3siaN8FAD9hz+zpclhcOe&#10;2Ug08xTHr01bf+f3QWQlSl3WOxeq6xtIaDs7rnc+2ohKeGjjrvDNA1jwCH5+vsqXYnwb+SPU8jz7&#10;h603UkELBPv6LHyZOhbSeZPNQa+Lf4e2wT6Hr301/CNQqxFfQj7MZ6M7tPtPrnfUEdRtDe22dwJN&#10;bxpj8vSSVDAi9xSswl/26eweEW9NuP8AbPQZihk/zb6sdVxtqBsVfWgtz/vXu3hs5AbB/wAnr0hm&#10;kkT9SUEAccdL2/8Ah/vv9f3kbaG+d1xyTY2jyte8Q0zMYZgvr/2pwAP9ifbn08klGBofLHl0lF2X&#10;OpNWPlQdeJt+D/sB7APP4bIU2Sq6KtdBU08rRTqHMmiRDYxav9UPofejqGJOPS6OQStVzQ8T6fPr&#10;wNxf22Q7bjqY2Bpa+ViP87TwO0a6fwSATf23TyBqenAYmwpNa1FPnw/LrxNvxx+T/T/Ye8sGzrze&#10;GOKr8zEBYWiHlJb6AL9f9j7akUeYp0pWLUdBOf8AB14G/tf47o/emZULjNuZaumRNTQ08UbyhDzr&#10;MWq9vftKHh1t4JCNRU1Hr/grw679z6Xo7ekVXHQSbaywq5Cv7TRxmXXexVY0Y35/HuwiHEj/AC9W&#10;jtbgBda0L+VakenXRP8AvH15+n+w9mOxPwj7qq9ty7qqdqtt/btJEZazJZh1usSpqaQ0cN2HHJ/p&#10;7VJbM6eJwHCvz9OrNA4y4oAaVb1/zdNrZnFLkUxBr6UZOSMzJRGVRUNEPq6p+fYMDbHVMGQjw9Zv&#10;eoyWQNR9u0eJwkophOsmh40qZj/Xi9vbiwVcAkZP20+fSa4mjRRR6mtK0qB6DH+Hy49OV+PpyPqP&#10;r7si65+A3W+8erf74Z/ck+04DLJoeageaqhit+1VyyCxKH6n8D2cRbdGyF5CMfPz/Lj1u20ColY8&#10;K+ufWvyHSJzW8JsZnaPAUWCq8tV1dI9XrhqaenihVG0mORpr+o/UD+ntAZD4g/Fvb9TR4XNfJ18j&#10;uPNVAp8JQ7ew9HJGrk2X7xZCW034JPvX0EKtQD08z/q/PpZ9LbJjxWq/AVUfn1Io81uSsf8Ac2lJ&#10;QQo9masy9H5JP+WMcIb/AG7Ee5e8P5Um+5sYM5192PtLdOOlg88VNkXXH5DS3OhnjZo7+9jakdar&#10;THEV4dNPtsq1WCQeo/4vpPp2tgIsvJg8nQ5zF161DQK9Ri6l6KYjgPFWxAqR+L+yx/8ADfndFPXP&#10;QSvs+CsQ2lp5dwUxnQA8FoEBax/HHtKm3KzUJIAqPz6RiK5NVFKjgeNfn0IsdZTyxrNHJrjdQyOF&#10;ezD/AAuPaK7Y+KW+emtrw7l3PlduVFPNVJSiix1W01WGl416JAoIH5t7aubTwkXTx6T3K3KJpNP6&#10;WR+XWaOVZL6LkD82sP8AYH2VcbTz2XJkx+HyldEGZTJS0FRUx3X+zrjUjgfi/supUmuPt6ok5ZQC&#10;pr5kZp1k98H673fGGcbb3AASCQcNkLCx/s/t/wC8e6NCCaHPDh14zaaakb9n+br3vGdu7hxSo1Zt&#10;3PJ5SFUyYnIRhrH8M0f1930iuK462Lg1+AinHr3sUMD1F2BuvGJkqHbWQjotXj+4qoZaaMn6jh1v&#10;f/WHuxoB3HHXpJpyp8NKV9Rn7fmOve2V+rM9HmI8LLDSnKNJ41oYmZ6lSTwStr/43PuqJVgpIqf9&#10;X7Ok0k8wQ6eI8vOvz66Jt9fp7Ensv4f9yddbRwnYGU26MntHPUq1NPnNvyjJ0VE7c/aZQwC8Eg/I&#10;bi/F/a2Tb7hYhMF7TwI/1fLoiHMHhzeFKQP5/wDFfb1CiyVFNV1FBHURNW0qxtPS6rTosguj6GsS&#10;p/1QuPZYoqWSKVoypWQEBkIswKnkEn8g/X2iCkY6EVvP9VGTGRw/b/xX8+p3t2iMgABHP+t6tP0A&#10;Fv8AefbkbAGjcT+3p3Q+gHTQ0p/q/wBXl172LWxVwKMJ8pTyTgFSQHAF/qQFP/E+1MZQkAnNcn58&#10;M/L7Oii5Gk0cHHnTP59e9jDPnOs6SnQU+Jfzk6mvMCCbXH0/P14+nt4kZ1Z+df8AV6V/Z0n/AEDg&#10;KTTz697StfvXaoidKPDv5FuVIcAN/rX/AKX+vtM7I2agV9OHp9tenPAeukJxpn0Hr/m697CPKVsW&#10;TyVKyQiMyVMKqmrWB5JQP7Ptl21NRT/q+Z6XaVWiDgMDr3tZ7kzTHN1UIjAFLPHBq1HU3hiWIsT+&#10;Bx7ukgVT50Nf2dOyoJjw1FeH7P8Aiuve2is3PXMGSnhikuCoDuQgtwDY+2GkZhWuc/z4/n1tmkAq&#10;aDr3sOcmmSqGdpmJ1m9voLX4t/vV/dTpFGAz5/b/AJulMUYA8TBJ/Znr3tNvQ1StdUkJXn03KKx/&#10;JPPujJq8/wBnThUgV9M9e98jBVhAxhYAkG5Qjkj6jj22Yxwr/q+XVqUNT5+n+r9vXvc8YbIfYnKC&#10;O1KatKUOwK+SfxGT0/S9hf6fn3YQgVoMDrQ00qGFK0+Z+zr3vksdchDRA8Na5BHCjkH+v0t704Cf&#10;aerBmwFNf9X+z1727QtVCwdJH4F2N7XAJubf7f8A2Fvd+I/1Z6c7q6jkDr3uUkDDVJIkbLey61uV&#10;vzz/AKwPvZ6pSgrxr173HC002oysihSwCILEW4P++/w9669gZ8+ve3ijFFCg8Jk1qLjRxrNr2v8A&#10;4W93FKVPV1AXuGeve3alqWkJLrKqn0j/AFV73Q/71712kVHTpowOk5/McP8AJ172y5eWWUy6IpQ3&#10;01WIUsPqdI+t/fqA8OmnqxJOAOve0nJV16LJAUMkZLclSSCD9Vb/AA96NFyemu8ig697jxz1jm1i&#10;qqB9Abk2sRYf7x719vWqny6974MzNYm6HjkXB+l7H/b+99eqeB6975/xCphaySMukEaifqB/T+vu&#10;hZ+AHW6kYGeve5sWerihiJQxEi+lQdYtYXP+v7sqVOpvPy+z16uHcUXr3vhVVPlUFURAQoOnSCON&#10;R5H9fdfDjOW60WrXV173GjrGjYhmYD6cnUCv4Bvx/re9MiqQfKvXlkxQ1NP8HXvb1FlgiGKOylvV&#10;q5sSP0/T8+7gAdoHDryyjjw+XXvcWTLVbkrHIwFrDSOT+SLn8f8AFffsV69rINVNOve8PlyEgB8r&#10;SSXFh6uAPoAfdT4hbAx1str7iM/4eve5kgycUfkqXuCg0ggG1/qAPwf9f3f5V61R6Y8/P0697TX3&#10;klTWR0tOjzTTTRxIoJIZ2bSFAP8Ar8+211yOQPy+Xr0zPKI0JIwPMnrx/wBv7MLvHobtDY2IxG5c&#10;ltXLvgctRU9QmVo6GomoEkkGrwNUoCA1vpf6+1f0jaaUqD0xJuCQnuUlT5gdcBLGXMYdDIqhmjDA&#10;yKp+hZByPaeyG3M/hsbQ5LLYnK4zH5eF3xdXkKSaBKxYwBJ4mcAEqfx9fdWgdWIP2fZ0tS5jcCgI&#10;B9euftMijVvHPJM7qgusaoQC9rBjb2zT1/LqwVqahWn+H7eve3SnqaMQSRmGocyyK0zKllcoP02P&#10;0HvZ6eBNOB697acnUq0iiCDRGpUhLfkf0t790wxBNQOve3OlyUUkSaqZxoX62sWY/j36oH29N3E/&#10;hKAVBPnX0H+z172kczIWm8kURVQDc6T/AI2uPp72aYPVRL4gqcH0/wABHXvaUdamV2KR6vzYA3F/&#10;x7bdNR49bGqlTw9D1732KMqR5FfV/twpPN+Pe1XSPXr2fxde98zTKi6o4WLt+SB9L8gD3avVQrAe&#10;vXvcGopKtRdoCisCQWAAsOQw96I1DrxWvHB697bXp5bi6G5BJ/2HtK0dTnH+Xr1COve3ClhRh+5G&#10;wsP7I5IP+9+1SAAU60OPy/1Z697mTvTwQsKWGQuw0+SQC4P+sP6fj3YgDyz16vcQMde9p5wSeQ1z&#10;/qrgm5/x9opQzPXrw697zxUsj2vZQeVJ+vB/A96WOp0+vW+ve5iwRrL9GIHDE3Gq3BII/p7UiKmW&#10;61TGeve3qnhNUUghRUDGyta1yD9WP+Pt3hnq9AeHXvY1Y7qR22pPueq3RtNSoGnErlP9y7XNhalt&#10;/t+fblBQU6Vi1PhmVWU/0eB+0de9pSnoYaVvTLAur0yMsoJsPqFv/vPutW4Dy6RDxCjNUKaftP2/&#10;4Pn172v8TJtyKnEbV6wSkDzMbsG1HkXHv0dNOo/F+XDpIHQijHH+Hr3t8kO0VhUxZmJXU6n8YZXP&#10;H9ot9f6e3AtFNAAOtgQjuVv2f5uvewd3TNi0nd8fO0pILawLrqve9/x/sPbZFFoelaII001P59e9&#10;oCNo5przMzOzX/wP5t7ZKd2odW1eXXva0pqqgjiBmjUhU9MSqS11F1sP979vAClR04pCnAqT172g&#10;MnXz1dVK5jCxE2SMAWUf2f8AH/Ye6efTLEk9e99LQPUU006IrmBUeWx/RGzaAbf8GIHvRRf29e01&#10;BI8uve23Q6SD0fQm4tcWB4J/2/tORRqdapTj172oaajaSIyCIGw5ZRwB9L/7D3WuaHqyqCe7A697&#10;6C6SFdb6SbMef8Bx70IwDWpqer1bgBXr3vjPDK5VFsQzKPT+NR4/2Ht1YyeOPXqh8q9e9vNPt9gg&#10;lmkijiQAkmRSxuebD/Ye3kQDAz8z1YL5ior1723ZKoo6b/J6NdbfRpZLcA/X6e9nGeqE6eGeve0r&#10;NKz+kkm35BNj/Ww9pJXqaZp1rr3uP7ZPy691733b/e7W/PvXXuve5VPHr5Y8Kfx9Tb8A/wBPb6ig&#10;p17r3tV4mqoUHjmpDNpJPJ/p9bAfn3cZIpx6eVo2HDI697XNPlYp6dYhEsMIkFh9CBf/AHkf4e1B&#10;GadOCSmCOHXvajSspYlCqxGoDRcHS9/wLf48+/EEY6uXCrXy697RFfj6ipdxFypctqcgMSfoAT+P&#10;fiAVoemCrtkDr3ttpcLVtU6BGSdJAC3Y3/2H+8n3RUQNq8+vBSDU4697k1eHqo2ERjkclhfhivPH&#10;1/p9fd2Go0bHXmRgTTh173ji27kXUP8AazFWP1VGDaR9CSfz734a+Y68ytWjV/1f8V173Fq9u1lP&#10;C806tCgYaVdeWB4970imOmiRmg4f6j172nhTqI5SkbEAi9l1WY/S4/w90KKTwz14CnyI697ako55&#10;5dKxm5J5PAH4+vtkw1Py6rw697lS4iaBBJIUC/X6/Uf63193+nUDrdD1721tEwbT9f6W5uL/AIA9&#10;pmhYNQdar172+4vbGZy6l6KilkjFx5LaUZwL6FY/U+3Vtx+LqjSBTShJHXvb0Ou90kXGJrG/ppjB&#10;uR+q3P493NsF6b8V64Q09eve8tJsncKzeM4+oUqfVdbAH/Ye341qdIH+oCvW/GYL8PH/ACde9jNt&#10;bazwqlHXU0kcTOC8lSqwqdQsba/r/wAT7UxJGX7jnpPIZXJYmnGtcf6q+vXvbrurrjGPRRfwypoI&#10;iS0k16hAFAFzcg3PtRLHEASooAPPz+X51PTcYnR6VAPoTWv2de9lnzuNnxVVLTGWOZFdgJIpA6Hm&#10;3BX2Uyg6McTn/V8ujJQ2kM3E9e9sIV7fS17c/jjj6+0orUU69173naQqmhLaSAGPP1HLKPd+vUYZ&#10;697yJIxVYxcC17KebXvYn83/AB79qpwPW/L59e9zlqDCGIa10tz9L3496DVqevBs/Z173MpaiqIV&#10;iALgEcWYAc8f4e3lQN3Hq6uKg0r173JrpZJIwZLXID/gXtxpt720YoSOvFqgV4/Lr3tMySNq02AB&#10;sAefpfm/tjI6bNa5697krEzhVjuxYA2sQo44PPt2NC4qcfLrfccDPXvbpTYydF8rJ6RyQfoR+fr7&#10;UIiAYx14UGK9e9w8lXzIRTwylIwLnxnTcnghre2Jn0YXj1tjU9e9sup3NizEn/E8n2m1F8uetde9&#10;udFj3qCLXZiQCouW54tb+vtTHDQVB4jrVaZJp172JOJ2FV1yqFZbsBYKAzBjzZv+Ke1QUEEqDUf5&#10;em2kFSEz/qz173jz/XWTxKeWop/2iARJ+n68Wt+Pd2t9JKtigr9vz6Ti5Ytkde9hnV0UlOCWAABI&#10;uPof8L+0EsSgFl8ulgIbK8Ove2/2lAqadb697mR0cjqWJUA3tySeOT7uEJ49eGTTr3vNBDMtQihP&#10;KL82AI025N/x72oK9bWvXvahhqI4ZQLFbEj/AFri1x/vVvblAMA9OKSB/n697fsFOgqTO8gCifUf&#10;VzyORb2+nwUPW01auve3fKZACcT0sqK/pDKzD1BT7tjpx2o1R173ikzdLUJoqSdQv6x+ktpsQf8A&#10;Ae9gkVpw6oXH8qfz697T1TRw1CtJDLqQ3Ckeof74e/HuBU8Oq6QTU9e9pisxzUbKZ3Q6rlTqJPH1&#10;sPr7SyLnh/xfVSoU4Neve5uIkSJ9UkYZGFuDYG5/HvQJIq38+txsBhqZ697eKygWVBW0lmH+7E4a&#10;RSfo3+Pv329WZFDatX5de9tcdNMoJb06wTp/Nh/X/jXvx49VXVWi9e9vOPjckCxCrYKOb/65Hvao&#10;zDtNRXj/AJOrLWnEt69e9rekpnemZQurgH6i4H0tz+R/X28FWgUjp3UR28K8Ove+wBBFZm9S/W5Y&#10;JoB92CgZpTq4qpOrFOvew+3NnmfXRUzExk+uTUf9ioHtLKSHJ8umZJScDr3tDFtVhybH6/73x7aX&#10;iOk/XvfLULFiPVxb+nu7EA1PWuve/HUVB+gP9L3P4PvZqRRevde99xEq1iDc/wCHIv8A6/uqE9bN&#10;Kde9ykPkljQA2Y6dIsLkni3+Ht11YjSoyetqaZrT/Vnro/j/AF/d/lN/KqyPyB+GfQvyO6OLt2TH&#10;trJYnsjYsyiFtyJjK+U4/I7eZ7AVixemSNuJByDf3lRc+xE3MfIe08y8vKRdNa6p42aglo7BSn9M&#10;AcPxCmajrnvt33rrLlD3p5k9sOdiBYpcBrO4BJ0alXUr0/ATkU+GmekrX7np8PlmosqppqGWKmal&#10;yVi0CySlkeKsYf5sagoVzwSbG3ulHszZWW693Lkdp7kwuQwGcxUr0uRxWVp5aarpplPIeOUAm/1B&#10;Fx/Q+8a9zs5tqvDYXsbRSRnSyMCM/Ph+XWc/LG+We+7ZHudhMs0EoqrIQQy+WcgZ6VKuHAKkMpFw&#10;ykFSD9CCPrxz7D/7lIaZljhXSRYsQF5YWFj/ALc+0jyKIgFpiv8AL/D8+j9gWoQcj9lOuXuIkLOi&#10;s0ZAI4sbFr/717TMC4NBx/wdWyAP8v8Ak697wRRv5AuvQQQCVNyvN7f6w90AZSBXB9P8I+zrRUHB&#10;8+vexU3i+4jh9v5Mz1MeDloo6OljhZ4oI6ukA8hqI0tdn/WrPcnm309mN49zIiTOSRSi+gK8a/bX&#10;8+iPak21Z5oloZg5JrQkcOHpThjr3tJYqSJKg1b00lcwjGpNJ0mQ/p1MeePqfZQ5NeFNRAHrU+lP&#10;L/D0IXBpQGgJABAzQ8f9Xn173wzFZKDJBPTR04CCTwFNUyPMt0/ePNrc+1ZCiPhgjNRmpPr9uPy6&#10;TeCqza21VAoKGgOeJA/1CnXvbfTMn2rKqFWOjXKty3JsqkfT/H2gZA8gH2k14ZpgfmOPz6XoKR+q&#10;nJ4f5fOv+Xr3uZHiY5MZPXFXaaGtEMno0xwRadSyyH/aiNIHtWVTSNPcTgZpwFf9RPlnj0wZYDpX&#10;8bVp6EDJH2nyPp172ocQKtspCTE0ruxVPPRPVU9RDIoMfjK8BlAK/wCH19vxxfrd64UjFTppitG9&#10;RXqtywiTUQGFdX2CmKf4KeVATx697sv6J6gG45sJhK6lqjjdz4CqxG545qfzUEkEkcklNIUT1GSn&#10;T9xJSdQIWx9iza9mN4yogCMdRqc0XLBiOA4UA86dRHvXNX7seS7jJW4ifSgGWJZuJBwNXAedOuLs&#10;ERnNrKpbk2HAv9T7Z/kNgmwfVrHF1NHPV4Cgw+Y8+SNLDPJHQZs7XqHpIpvU71EbRzFU/tam5sPY&#10;PkDW91rt37WBp8jU5B8ifIfhB6GW13s250luJcu1aA9wqtRU/I1x+fXZvb+hv/r+826dzQ7664wu&#10;N7Qqm3WcpsGWHF5Z6zzpiqzbzO1HQ0UEJ0fcxxWUyKBdbKfr7lKz3aO82dtv36swMdEcVbRpzQDy&#10;+30r59RZNy+2z8wPu3K7eCfGHjCg7lc5J8qHHHOOuKqqghFCgkmwFgS3Jaw/rfn2Q59pV+68Ti87&#10;RUdDh8JFVJtymgM6zZKrqKdGd5DjoruDpHLuAL8D3F00YlkOkaVXGmmaeRp/qNep0ku4YYtMrVfR&#10;qIAwfnjy65fTm/8AQH/H+nsOctRJhs5HjIJnlqqeqjjqbLb7ebUB9v8A1LL9H/oePbUkGiYIvcR5&#10;U+df+LH7emLa5NxB9YwxSoP8VK5p5A9eBv8A8T/gR+PZvOyuvtsPt7F5Sp3Th/4omHwdRPA1TEK6&#10;meWDSUkhQnVrKgWPN/rb2bX9p9MQzspU0ODXy86cOHDpLs+7zXcf60ZA1sAT50JyPT/UeFOu/YX1&#10;myKJdkNu/bMy5Cmx01JLuGeOJxHjo2ro6XQ8hFr6nQlQfoR7oU12vjx5XBb044r/AC6W3F5H9Utp&#10;cgASKSoHnSp/P7Oveza9b90VbbKo9jUOSQQI7VMbRMsLxyy2Z4ZHXlublQDYezsbqW2tNvjkwup+&#10;IBGry/L145+XWPvMPKiLzU/MU0Zao06eNRnIBwOvexXy2PxO5MdhMvnZxQ4+qomx9RmI6X75krEY&#10;E2hQ6nkZVCpf6H6ey4RoqhpWI18Wpmvr+Xl8iPn0Z2d3PYCS0tAS+HCVC0VvMN8s/l173Cxe3sLu&#10;jaeRGQ3DNjdobLyEtRHQ1LrHI0Zu6VVXFcRrJKVCKpJYXsPp7aQrdQSPNKEjhJwa1r6mmPSlf8/V&#10;muZ9t3aOVbYvPcJp1A4ANPP5VrXHy697Su75Ou9/SbXyeSWr2/gYjR4k7oylElLh4kVNM0dNOzGW&#10;RiBcaVCD2heaS6lSQj9PAqf2DPEnFMcKdCPb5d02dJwSssjKWEYOp/OmoeeR173J7A3Dsr+59dsz&#10;Yk6ZqgocpjZqOTFQVDrlEhuiirzSELErElmuQW+g9qZlC27wxPVQwoBWhxxr8vn5/Z05sbbjJd/W&#10;7kCjOtKNQaTUnCn5YA+fp172WXq2ozf98N00TS0NBAcRli3mpRWx0EsKidRTLJ6lcKpCyDnn2jtl&#10;bU8R4DypigHkfX/L0NN0hjFnGVJrVcAgKw8gPUZB/Pr3t7+RG9du75wHVL0NLk1qdrQVOIyFTk5l&#10;k8seQUXEB+ukSxlwW5Aa349nb38Fz9MjAgxAqa8BX/LnoIbPtN5tlzfN2gXNGAHAMpyD5YB8uvey&#10;V5TJTNVvTQOVgjkYIASVLD0s6j/E3t7Lrydml0L8IOP9XrivQ7261VIllkA1kcflxoeve1NtbLfw&#10;uvhyFTMztGQVjD2PBvpH9L/T2lXUCWPr6/z+0dO3FJkMUY9QMHz8/mR+3r3saMlvjGyY6OrxaAS1&#10;CMK+JwZHuYyCxH5H9De9xz7VGesQ8E59Dxp/g6KIbG4Mp8UjSPh9SPT/AAVr172BE0009Wyl5fFU&#10;ykgMxCs7NwCPp/T6Dj2l1kZFSDwH2/4OhMqlVVSMAfI/b9np17211ePlBkOlyqyGIuq3XX+RE35P&#10;+Puqq5agx6+f/Fj5/LqupeFckf6vs697ftmItLnKNWEaSCoVbTDUoRjpJdD+Pzx+Paiz0pMhA4mh&#10;Ofnn5f6h0X7i7fSuQCV05K+vl/sde9yN6bartv5Sarkjm/hr1p8GWMbpDWiT91Ho9ViU/oB7e3Tb&#10;7i1BmXuWuGNaH0/I8Pt6S7JultuEAjjK60Hclcjy7qf6j173h3dWYKWrxFZteOWCjqsPSDIwyx6T&#10;DlxEFyMdx9U8nqRj9RY+274WsvhS2IJUIA1SAdX4hTy86Hz6W2b3y+Kl+gADErTP6dMfy697QTtU&#10;U9Uk0TS088EiSwyws0csUkbeSOaGRbFWUgFWBBH1HsvCuhDqCDg14Een5j16XSeHOCtAVII0nNRw&#10;oR5+h66N/wAG3+Ps6XXf8xH5adc0FLh4O0chu/b1IkMEWB39BDuyjWngAWOBJ8h/lKhQBY+bj2zP&#10;bbVuF0lzvNhbX7oSQZ4Vc1YUJ1YavoST0FLjkXlSV/H+iijceaKEPzwMZHHHr00tg8d+6aaJsfLL&#10;GsRmxztRyJGrawIxF6V5JuQvP59nI2H/ADTdv7genxvbvVcOJnnZY5t1bMrJ6mCF3IEtZU4DIknS&#10;QLssEtx+Bb3HG/e1vLV/C77OG2+Qkkqp1xMSScq2VAJxp8sdAbdvbMRyG62aQKAdQQ8T6ivn8vn1&#10;OhhmiJBqGmjsiosqqXVVFmLSjlifrc+1Z2B15h+y0k33s7NY3KYnP0ctRh6zEW8FQsqksK0n6SIS&#10;NUTAMpFiPYHkhuuU4o7G6BZUBPiUqGp/CDmnyGQceXSLbLl9tH0m4I3ZWpOOPoPTHDjXqT7JHmes&#10;K+gjZ5oZNUcjQl2jtHJ9udEkit+Cx+gPs+st1iYKdWktmnyP8uHp0OIbkOhkhJ0vTHn+ePPjjr3s&#10;KM7tyqhaojqKdwtnREVSWDKP7Z/H19nsF0qhfCPnU19D5j5/L06WwVdRHEcg1Oo0HE5HoaeQ697Z&#10;cQs+Mss9O7kH0xiTQE/AYFOT/wAR7VSy+K3jQkGnH508vl/l4dN31sHfXpDBRUgjBAqaH/Vnh173&#10;NrMxUWaEwQoiElTKyML/AEsNRve/Nz7ZMIdNeM+lftr/AJKDouNkNAljHE0AWtPn8qeVOve4Ryln&#10;DT13gjjIDQwFtbowspCx/pJ/r7vDHIh/RQajkMRwPmDXiPXpKbDOI6kmoJ8j51PXvawod35yVWGJ&#10;yj0qUlP471VROtHDAp12SklJQsTzYi1/Zg6REM7pV2pWgGPLiOI9D5dB+95W2KSrXVuHaRqnSqg6&#10;jj4hmnzB69/T/X/4j2PeV+Y/f+R2xtPY9BvKvocbtDGY3GYbJPJOaiiosdU/eqtAY2UQXcnU0QGr&#10;gHj2jmhMixxXJkCw/wBmoYgItajT6CuaClft6h6y+7R7U2O+bhzJfbaks24SySSx0BV2kGgl6g68&#10;UoDXTx4nr1v95+v+Pse+pv5kneewtwdt9mS7rys259302HpsSWrHo8PjcxiYVpDnpcZF+3UVDRIq&#10;EsOfzf2aQb9zFZ3v7w2y7eG4Yhi4JGRSjBRjVgZIPp1EPuH9yn2x5r2jYOTE2+JLDbmmeUlA0skM&#10;rFvAEhykYdq4OOvezNZv+c72lX9B4/r3KvXZDe1fBWPn9+1WSkjyeTnyNb91bHUNEFFLFEP2tTE6&#10;kJAA93vucOcty2r9y3N07oXkZ3LtViza8UIC+YwMioPUFbZ/dr8i2fuxNzfYhIdsiZBBYJGDHGsa&#10;aayO9TKznvx8LAE1697DPr3+b12V1ljK1IWqd15rM1i1Nc2XqHGCwqQQimx7YHFR8LNAoOhybEk3&#10;v7ty9vG68vW8sNrO7CYq9GqwSRBRXUE6QyjtBpgdDbm/+7w5J52v4jJpsLa2Qqngp+vMWJaQTyHJ&#10;Rz8Q+Qp172u+qv5uO95OztuZ/e+TlzEkGUyGRp4cgGnxdKMhCY9FbBcF2gAHhCj0n6e27XmDmm03&#10;xN+luTcvE5k0yjWhahoSBQUHl6Hh0Feff7vjlhOR7zaeWIBbq8UcbGOiyP4ZB7G/CHqdVePn172+&#10;7+/nS9q7kye8cHQ4Lbce2MlQVtTDjrT+FM3RlqbG1ZCkEIxYzSwE6WNgfZ9uPO/Mu42lxb3piEF4&#10;ySPCqkJ4ik0YAGnmW08Cxz0Wcp/3aHIOzWO27rdXlyb6F0UyDSWML0aSPh8QACLJxUVI697rn2r8&#10;zO2MJiszTJvfOw0sm6afcVHQU9dUxY+kr1rFr6uKjj1fsxyt/YSw9gVLSWKSJLaZ0iQkhdbEg1qC&#10;BWgzk08+sx9/+7Z7f7nuFtP+64WcWrWzu0amR4yhRC5p3so/Ec9e9pDuL5Vb07VyWeq8plaiofOV&#10;VVWZGskllnnrp6xAsslTLIf3CAAgJ+gFvaySOeec3F6TLM1QWYkk1Namtat8zmnQk9uPYflvkCyt&#10;YLC3VPpFVI1AAEYUmgUAYGa/aevewayvcG7q7FYLFSZuvemwmIixdOHqZVMMELHxwoFb9Njx+R7a&#10;j2+NGd1FGZuPnT7fL8uPUk2Pt7y9Z3tzfx2kYkuZjKxCipYjJ4efn172NuC+anZW3vi5n/i5R1UL&#10;bHz1TVvXGp/cqZKbIZEZWaliv+lBOA9h+efZlD9VF4ihyY5tNY6AqdBqCa5qGyKdRhu33a+St498&#10;bP3xuI2G52aqI9OE1JGYwzep0Y+zr3sr9Tv7NvhqbAjL1sVBSyLLFFFUzKLrwiAKQLD6gW9+ggaF&#10;2kiFC+D8x8/Wnl1OEHKe2pub7sbZGmeoJKjz868a+VfTr3tMzZyeaBomqZyry+ebWxMbTAcSP+Sx&#10;/qfe1s/1vEehP86dHqbZGjicqK0oPWnpw4de9ssmSeVdLSaBb9RBFxe30/F/r/h7VpaojVpXozis&#10;lU6kUsfT0x/P/L173FeoVlfUdY02FmsAL8G4/I9vCOhFMdKVgoQCNJ/1fy9eve4zzyAcOeRqGv6u&#10;Cf03/p7dCLXI6Ux28NNUgzwoMUPXveB3b02A4GrSSb3/ACR/xHtxQtCD+3pSiKg0vxPA04f6vPr3&#10;uK2lSWLEAXVuTwW5FwPboLUoOnNRI/l173xUhyApLWPN+NK2+t/djVQdXVi5AyP2f6s9e95l5Yxu&#10;TosCLm4JX6c/nn22cAMvH+fVaEDUgzXP2efXvfmLqGGoBj9FuDp/wAH5/p78NJNade7WGOA8/wDV&#10;5evXvfFWKsRc3t6rm4ufrz/vfvZAIr0/GiNk5HA0+fCnXvfMsdSccOBqAa97G9uP8PddNBx61HQZ&#10;OeI69756g4IULcggc8j/AFx+fdaaTXrQQ1NPL54697xjQ3GlrpcCxI5tYi3592NVPHj1dlUDU2TX&#10;PlT/AD9e9yYIpHFwGXSb6gOAP6c2F/bTsqnrzAFCwFAT/s9e94WiRJGeQqlj6mle7kgXuiLf6n24&#10;rsVAWpPy6Zpj5de954VMwWGgMkcpJYu8ungj1H+gH9fdXYJ3XABX0Ar1sUHHgcf5v9nr3tbYjH09&#10;DE0uYp58g7lEoIYHa/nPq11JTkJ/j+fZdJN4z/o9o8/s+Xr9nVdJY+nqT+zHr69e9rzBQ4ujycGU&#10;zFfBFNMTFRYuMl5Wqitgs6sDpQKRz/h9efaZyZIykak6fP1+f218vPpwa1pRa0yPmc+X+Th172cz&#10;AS47FYrGR1LR038RnQUsySOJq6rmOpYCqAkD6m9wLD2Fpg8s0ir3FQMEUC8Qc+ec06LJ42khoMkc&#10;R/s/bwA8uPXvY547H0zSxeaETegeWaSQ6bXJVQD9FP8AW3tOIi4Gnypg4/mPyx0SyRkMGk4A/sJ4&#10;f5uve32upo6kpEpDQgiMKqq0TXJEY0jluLEX/p7MFhaHUjaSD+dD5fb5AefVWoyurjGRQfZ5fZ5e&#10;fXvbNVdc4NqeSoWavly81U0T0MdAq0i0HhulS1dcnyl7KYgLW5v7S3VsSitEuoYqCCDitRjB+fp0&#10;wYg0KsgoV8qGtBw/PH7Ovfn6cf1/4j2jtwdcwVtIIGpFkpgpidZkCiRTcaPSCdX+PvVilxBLqdKs&#10;OA8qetf9X8+tQO9uVmkB1aiB6U8wT8/29e9lf7E2VhcWNEVVUUsf3AaanTRBrgT0ugrnsVKC1gBc&#10;39nO30LMlwNTAVHGgPHPqM/tp0Y27PK2ibuK1PpSvl8z6de9hlm9t0NBR4tMWKyWByKiCnkyUbtE&#10;0rFS80bNqIYc3JFhzb2YoxuEYuoVsg+ddPAivD06WRJI8R1R+RH204U9Ove2fNY/ORVNDHSVCinj&#10;X92pQwvU+YodUdKFvcKP1cW/xv73aSI6svhgM3AHGPMn8z05DMTWSJeFP6P2/l5D9vXvcsy1f8Oq&#10;6OtbJR4xWjkeuppI6aaSxs8bP63MY/KoL3t7ZESiYOpBb+Gla/MfPjn/AGOnj3z68AiuCKAjy/Py&#10;r64697l5CgE2JbK04k+1gRIy2SimgrmBchYIITw4Zresi49p0ZfqfBINflw+wn5A0p+fSyFdUYLU&#10;FMk8a1oKV/lQeVOvewiz9BVRVVPHVSLjKl4zJ4IlYs8SuSollvpF7/T625Ps0tnQozKPEHqf8g+V&#10;OrANXS3CvpTB/wBXDr3uNT46jzNTFQS5WNKjX6Elk8FAj21OxZv1EAck/U+3yxtkMqJx4+bfl0oe&#10;NSSHpjHGg4H/ADde9iBjNjB5qeHC5lqpKWoimq/HVCnpEkiYy6xO5AAUC9vp7RSXWpS0qglhjHlT&#10;/Zz8+k4ALaC1QafZ/nx172eHYdRiM1iq3Ky1dOsWJf7SWKLxJTQhI7BpaheJHf8AVq/qePYIuraV&#10;J1TSayVINccagfKgx0kmijjlBDkgZFTj8vzqT+3r3uV2RtKh3RsSoqoEF6KlOSoKmcEP46dGd9bD&#10;6gqCxv8A6/sX7DO0c+hqZ7T6k/Knpw/Pp+CdXQK/aVx8yB6fMde9kAjqKGr9EbCRrONVrRsP0Fxf&#10;+v1HuQF1FRX8/t6VppPyrn7f+Kz172nMvtmB21xN47fQ/kg8cn3c0PxdUaKgr172HeQoJqSRlZfS&#10;vpLfW5B51f0+o9p5o/NemCKHr3tt0n+h/wCI+l/r7Y0mtAOvde99EEfUEX+nvRUgVPXuve5NLIUf&#10;gcn/ABtxf8e1Fu3Fevde9vEqh41fkBvrf6njnge1OCOt0697bJIivqUcryLcf46h/wAU90Kg5HHr&#10;VOve1Dga/RLHFKbxlgtzzpH5+v5/p7cB7adNTU0F+GOve1FlsMsp8sHIddYAFypJJ/H9b+9AjT1S&#10;3kBGhj9h/wBXn172kJKCenkLEAaSQSRyTa309700PqOlFAKDhX/V/wAV172qcRjamZbxpIGPqFlI&#10;A4uBx/vPuwIJoP2+XTXjr4naPlUf6vy697Uk+HzDxDXDKyA3HPNrfS3u2nUdNc9WMyaApJXPGn+r&#10;HXvbK2MrFcB4XQ3/ACptcG5F/wCvvTBBjz6c8RcAEfOv+fr3tQ0FHKgDFWZPyw4IPBPP+Huh00x0&#10;8ssSE1Pl172raZZiqSpKwUf20J1XA5Df7xx7rT06UoQ4qpB+zr3tU47csUeinrk8sZuhY8/UW+h+&#10;nvXTiSgdrd1PI8f29e95clj8BWANTu1PKwuuhQyer6gk/T3pTXFOvVEh+Er172jslhY5IXUSK1mP&#10;qcC1voPp7t01IgPA9e9pKXbCRm6yJ6lJJIA/2AHv1adNeFTJ697nUuLoqJVaou5J9QU20i3B/wBv&#10;7TySEin+qnTwUJlv+K697mvWxl1ETvGqAhfoFbV/X2mlYKw+fTgwPn173mmxK5SFmeMauNJT6EAf&#10;U/4+9pqHdxB4dbdQQaZ697Q2RwrUYlcKSFYhgeHW3F/6Ee3qd32dIpY9B0cade9p5Irtwv4vb/A/&#10;W1v9693VGYenVCTT59e98WoGW5C31G4C3P8Arf7f24IxqqOHXsk4697mRwtHZ3DXC/oK6fpyLf4+&#10;3POh6qAQKAcOve3WFVZbfTUCfrZgw5Gofg/092NBQKMdV1EaXyQTwHXvcPIRvEYtN9QuWBP5flf+&#10;N+64JoOnWHDy697Z/upFlSNo2cXAbTcm1uRf/e/ba6iTXh03qPXvao89JPD4whEoAsGIK2FgCB/h&#10;/Qe7dOYoBTPXvcOWkWFUNlIJ4Ci9h9ef6m/v3Wuve8GpbqGOk82sLaVQ3Oof0/Pv3Wq9e9uMP70e&#10;mI+Ryy+gcfU/0+v09762ASaDr3vk+Nrb+tVGo2ufoFB+pv8A7b3rq2h/Tr3t6hwkXhE0rJIxuyov&#10;DBbWIt/vPv3VxH5t1733FVJSBUSK8at60YcllP8AZt/re/deDBMceve1LjcriK+9NVQGma3LixHJ&#10;+ur8f4+25H0UPT0ckZqWHDr3t3GAxk0qvS18RuLaXPIt9LEe6l5Mmg+zp1oxUZ0/Ly697fKXalO6&#10;GVqtWsPrE2ojTx/sPdDIy5HE/wCrPTqW608qniOve3KPbUiqjQTxuQ3qWUgcA/1HtUM9b8EA0BH+&#10;x173KnxdKUkLssEgW91NwWvYjT+L+/U8+rGNaZOR172mq6d4laHyEr+kG55AFyL+/dJ2NMde9vuN&#10;2vDlaIVENeYagqpKM6izEn0sPz/Xj3VwSuOPTqR1UEGnXvbNmNq5ekjcoFqQGveMktwf1D2mKnFR&#10;1WSFlFCKg8P9X29e9hvUGsglaOqppIzq9ICNyDwLlve/s6SsDxpn+XXveaB5SyNHG9y1uA1+SDz7&#10;1pqe7PXkD68/4Ove1rRNFMNDxOzAhX9JBJA55H+8+7pGCM9KKgEAZJFf2de95paBX/sEMp9J0+lh&#10;/S5/Pt0ooz1s1rqPXvaNydNLTSyhk0spAJH9Pre59sAGpNajphtSkinE1/2Ove2SBY56g+lW1OFa&#10;xIZf8R/xr3vzx1pasSGwOve3ybFVNVLGaUyXjCkgWsw/Av8An3qvrjqw1EllGOH+z173mqcduzHx&#10;mbFwVDSkqwRVbSwvd7f049tNMBinWlilA1R19Pz869e9qyiqMnW0SR5DHMlYUuXMdn8h+t+LfQe/&#10;CRCPl0s0SFcCv2Dr3tN5fFyEutTTLGWW6P4yrMRwW44/PPtxWYYXPmf8nSV0LnTTCmppx/Pr3tAV&#10;GOyNJUAxKWGu/wBCpNjc3X34VXNK16YCOpJjHH9o/wBjz9eve1Viq2QPDHUKscigcarq9vxf8W/P&#10;u6o7LWv+o9PBgpAJzx/zfz697WkiT1ujWI3hAVmt9Vu1wCPzb2+BTNTXqxBeh8vT/V+3r3udRnDX&#10;dC6iVdKupIKEjgi4NxY+9nOOrjQAQpp/q/zde9usEsUDyaTZCFKkEDjgAXP4sL39obi3V+39h/yH&#10;8z1Y5Gkcf9X+Hz697cjk6clQJIiBcMxcWBtwB/sTb2wtuAWrxNKHy/1V6uVi1Ba1H+D/AFf5x173&#10;/9LUgxWX39m9zbfxTblrPuMzmaLGxFBClmqatYtRAT8X9mcQDEMaY8+lO4XVylsHBy1AKfs/YfLr&#10;f4/3w9jX8y8hUbF3dh9kbRyldQ0dBtrHS5h4ao+SpylVF+88rKPrp0kqPpf2/MIkOlc/OmOi9LqY&#10;7isaHFM4xjP7eo9LLJNEJJFClmk0gXHoEhVCb/1AB9kh/vTueFtabhzaFVN3SsmI5+gF/r/j7LXo&#10;x1n/AGejzxGBBqeHlnqR75f3k3BM6ST5fKSSNbQz1LhwG4vx/X+p96xppXrfiuRQuc/lTr3uWNx7&#10;jnAjXLZLSpKkPVXAH1LWYfke9KrVwK/Z1vxpfwk/t/wHr3tnqa3JzSMJ5nlkS8hYupazcAhx9efp&#10;7vpK5PTfjK5Kls+nn/q/4vr3tu+8l1r5GkcqbAub8jg3J/x+h96Bx6cOt6mNATStD/m+z59e9zoc&#10;tXQkeOWRBqa+l7Le31K/n37rwdqcMj+f+br3tR0+9s7QOHpqmNWjN/3KeCoj/HDLKp1A/n3418ur&#10;+LIATT7Pn17235XcNfmZRU1UWPSUhiHo6KGk1351OkPBufz7qK/iz1VpGkUFwMkA+X+r/N172xTm&#10;VokMpRFJ+hGn9PF7/n/Y+9+fr1U6ixrxP+r/AFfz697j1VU9NTyTRm+iKSQeO+klELAFh/W1vdwj&#10;UwOquQuaitD6de9g5HU7k3PkUpqVq2qqZXvHT0xkCxBm/UdH0AH1J91WNmPCn2dIRrkagyfl172p&#10;cxic1tuqpKPOzSMw8dT4rmTRA9izKW+pNuAfz7VaAnaOA6tIrRt+oeveztfEjqfN/IPd9RSUmXos&#10;FtHYtE2QnqczB9wEiqG0srogsTIwIVD9Le3oovEYKDx9el9qzyMNNCq8AfM/5uoGRr0x0AneGeoL&#10;SxwxQ0yeSaWWU2VVW4+gBJN+B7XndeysrtmpXInCVc9E9ZW4ylr6CCfE47JwULBYKuGGHTxIPqT/&#10;AE9suNJIJ4efy6u1yW73wCcU+H/UepqtqA/BsCV/Kki9j7LLLl1uythoBqa4SWqqDcfRi3N+D+Pb&#10;KudRByOra6ijJT8+uQN/ax2FV9bjLSTb9lrKDHIVeGnxVE9WZJAtiS7EEAH/AHn3aXWACOHSWVog&#10;y/UVVfkaft697SXa2S2dCK+XYuSyNZSS+Q0qVlLLTVtOZDYRylv1W+qkfj36PV59MmeLuMTduKfL&#10;7evezO/ETq7bm9MKMT2XmqqgfKTBsQI8tHQV0CMttSGpdbqfqQePdJmKjUuc+nW4ws0Wt24kCvnT&#10;/V5dYahnjheRArNGpcK2qxKi/wDZ59qLsL4lU+M7YbZuIy+JFJkRTT4TM5mvpJfuo5Fs8s1RTOUT&#10;S3B1Nx7Lp7to2pStBjjx/wBnpXDaOLrwUYAEdvqf9Xp1hpaxKqkSqUMAULOmh1dSv610OAeObce4&#10;XaPwm+SPV8dOYaTDZ3b1dEk8dZtjeWPyCVSH1LEMcswk1W/Gk+1NnctOSGrwBz8+lBtL8TGMEMta&#10;YIH7f9jj0xbf3lgNzS1dPiqiqapoZXhq6erxuQoJYXjbSf8AgZEisP6FGIPsveK6X7ayWRqoarYG&#10;cpaWB2LVE1KIo0F9JRpp2Vb3/N/atlUsCxp1qO1uGf8AUjIpmvqf83Sp9raXpbsfbNCuTasxeHpJ&#10;nETpFuWhhq4rm4FZTQSFhx72FIBC8T65HTklvOIiRRSR5kf6v29ev9R/T6+wq35t1cLTwy1udwGd&#10;kqJdXioKs1kkM4/t1CsPr+NXvSnStG+zHn0iWFo4wkjBqny/b172Ba7Lxc80tZPUyTNO7MsIdFZG&#10;Y3uVX8D8e2tTV406Z8JGYux4nj8/Lroi/syvQ3Y9H1NFmqKu/jNTjcr41ljxdb/Dap1i5iiM30Me&#10;r9Sf09q1mIUgt8+PDp62SCOviD4vPgfy+XXrcf7e3H09iZhvl52fsre396dibuzGM8CtCuHqKyef&#10;FtTE3SGopdeltP4YD22ZFZgwHHzAz9nSpLjRJWMYPrmv+r06a8vg8PuCjlx+cxlBl6GZSr0uRpIK&#10;qEgix9EoIB/xFj7GrC/zHflDLlsjnTvRfK8a3x1VTGuwk6qNP24o5Lotx+fe6sSTQ8fPrwvpzUpi&#10;maUFK/b0im6d6tNFDQR7E21SQU7M0DUGMgx9VC7G5ZK2iEcwP/Tz27Uv8wntevzS1WYw/X70/kiN&#10;XFPs/G1hqVLfvL+4nBP+q+vtTDIzuCTU+RPp9nSGV7i6oWAHE8PP5A9Pa7IwMVCKCAZCngQBY2iy&#10;lcs0aj6BJmcnj8X92M4DvjL742dQSYTYmxZcdn8eplootrUSVaPUroYyNTKGW3JFz9PYltbSaSMR&#10;gCp4ft/1Hpv93z4ala5NDSn+YdJGDqjb2LzMe4P7y73iqqeRZwJ921xx7BGv4paOS8bL/UEc+yFf&#10;8N67t3ZvvMbhp6FVpclkJMstJXTNS4wTSy6xRo36gn4+n09rByncTVouFHr+z7elNtsRQ6jSn8J/&#10;1fn0qMx2FtDBQmbIZumFhfxQ3nmIA5Ijiv7OxWfErsah6P3Zt/bOJ2BQ9lV0CUuJcYmH7HG4+NNN&#10;THRZFkJaokXhZX+h9ltzsgtwy5rUYr6cadGIsJDEUjUavKg6Df8A097GqM/joI8pLHiZKdtVbpUR&#10;GsmYJFFVU5/cUL9b2+v14905Zf44by2umTNXXQY/eGKqJ0rocrUCqpGeNyHUywcqSeQfZM9lJrIA&#10;OmvSX6WWIEvUOOJP+r9nQ8QyRzRRzRMHilRZI3U3V0dQyup/oQb+y0T0nZWH3CYxkc3rqZdJq8HV&#10;VzUtg9nUTwtwB/Qn35NunlACLj0OOk5jmY11Yby9fT/Z6yAg/T2crFb7pekMfi63P7OyOeyuSx5r&#10;KTPVWdqEjYTr+uMPq0Sxt9Qfe5duuoxqYUA/1f6vXo2UfRgGRCdVclj14/69uR/Tn/D2sMt/Me7V&#10;l6zyXWu39uYKkx2QoKmhGcrWqsjl4oKtSshaSUaXax4J9tJNLDqiU445Hn69F81w76kjAz6ip/Zw&#10;6SE+x9vVO6IN4SQTtm6WEQQyCplWmRVBAJpl9Jbnkn3XDiGzVJWrNT1zSVIlNUrR0yySmZpPIZAL&#10;E31c+21L11cTx45/4s9JY7OQIFK6icn1+XDz8+leBYW/1+fr/sfZt6b5D/JrcGBTZ9BWbgymMFMK&#10;VqajwtRPUz0yrpaCSGBf0kf4ezKG/dk0VoekrQ37ARxk0HlQE0869YPt6ZZPuDDCJiQWmKJ5L2tf&#10;WeRx+PYf7gh7WWjWas6qfB1QieJNxU+zsxS5dY1F3WOsdSEYi5Yge25ruQdwapJ9PLq6W8rAgxcM&#10;VoajHDrIGVjw6sR9QCpP+ube+W1PkV27sTFthMLuXJQQp6JoK2aqmnSzavpO2pTf/D/D2yL+4+E4&#10;8vtHTpkuETw4m0kYNR5eny66eKKQgyRxyFSdJdFcofrwWHHsU9s9w/KLfWYbJbUxWV3JmZaZIP4n&#10;S4BykcKD0mSqYKi6ebsST7cju5ydemmcemP9WfXoplubqP4ag+VBX9vXZ8cShfSin0qCQoJP0UX/&#10;AK+wv7cruxN1VyHtrsPGT1NJGIBgse01XNjpUe84anh0xCYchiSSDx7aubqWc5x/q/1Y6qA8x1Tz&#10;Cvmo8vtHqeuSgKvpFh9bAW/3j25U/eMWztl0G0NhY+px5pEtUZ2teAVdTIzeSSeSBQQCfoLnge0g&#10;Yj4s/wCEfZ8ul8LuIQlutFGQx4n1oP8AB1y9tkHyh7qpokjj3bK8JsYnkoqN2ABtZZGTkfj3suoA&#10;6c1XwApJX8s9dEA/X3LqPlL3PWwiKo3HDOoDAo2Jx7FF/wBUCYzY8/Ue6mRaUOD61x1XxLx86qj/&#10;AAV660r/AE/3k+2ej+SfbNDN549wkTMukXpqfxqoa4Pgto4/HHtpJQMg/n6/b8utlbhvjcE/5vI/&#10;Lrl7DrcXau4nyeQ3TWVqRZjJUUmOqa+lp4qepkglJLrEyfpdv9WtiB7tG5BBGK/bX/iumXhcqQxC&#10;6gcjjn59dW5+v+w9n9+C/wA08bg8dXdSdyxNnups8Hoq2oyStVHAJXL4BMC1/SCQQQLg8/j2MNl3&#10;aNIza3IrHT7T8/8AP1Fe/wC2XVvcCSJyM11DOP4W/onpBb12pV5mOHL7fqxjN24dTNiK76QVOk62&#10;xuST+3BN+lr/AEvcfT2HvzD+Hk3VTv2z1dPHvvpHOzPXYvdWBkGRGHhqLy/ZZ5afUYyl9IlYAH6G&#10;x9k+520cUztB3JXB8qf5x0Itgmltk1S1IAz8vl9n2dSNpbuGdj/h+WonwO6qSMHLYGqb9yNgLfd4&#10;+Q8T0z/qjkS9gbMAfZWem+ieyu9Kium2NtCrqMDiKmKmzO4ppkp8fTTzi8cBlf8AU9iGZUBsPrb2&#10;ijjeUVXgP8mf89OhJLe3EgX6cDy/Kvl/hp59LCSohiKCWRIzIbIHYAsQNRt7hbuj7E+NnYeQ2jmK&#10;LGSvTSUk80dRQQ5Cmr8fOty8Esymw03B0/RvbcgaI+GpxXJ/1enVopJVf9QdxOfMHhwr69ZVZWUM&#10;pBVgCCPoQfYgb3hwtbRUO4MHlNsV1DmIo6tsZTeOnymJkZA0tNVRC3p1XsR7ZD1oX/afX5j/AC9G&#10;iW60Ep06fIHGfOo8+u/YNnIUerRLQwEWtqiJ/UPqdQ4/xv7uSePTjvGuGAFa+X+rA69e3+9/7b2t&#10;MT2DgsFBj9ezNoz11GzNT1+Rhnepkbm33CqwVrHkcfX3o18+Hy/y9e1QNp7UoueP+HroEH6H2n6r&#10;K/fVtbmjTUiNVPLPII4w0SGS8jhFb6cnge6M1DVfXraIoJdQBq4/n/q/LrsG/PvrYVLPvvJ1FDDh&#10;4yoWZ6eRVaMzGIFirsOASvPu7EqM8PXpJI7uRGqgjjU+dOA/P1697UdU+x8NVvjM5jKhK6GVodCZ&#10;CJh5VYgiZTcgX4NvetRYdn7f8PTtqyANGwAoeNfPzHyp172IyN0XBhcZWpTbpgyLytDX0kD42RY5&#10;EHkAT7keqNxyp/1x7qznyxQVJ9enLv6VSGNaf4DSnDr3uHLn+rFzFLX4SCuFPGV+5xOcxcNZTlwu&#10;mQE0ttSv9SB9Px7oS7fCCaf6v9Xr00jIW1RhtPkCONPl+f8Ag697Ue6969abr2WNvzbdwe36zH5L&#10;72hr8PRVNI9TTyJolgkjckcWBDe9mta0/Pp6QRSpmMKa4IwAKeY697B5abqs07I2Sy0U4F0lj8Tx&#10;kng3Rvx/re2C7vmlB6dKALZamun/AFf569e9hnuCajpqtItvmatpibtNONJCiS4BVf8AY/7z7dR3&#10;JA4AdJZgimiEnr3t5x7YydJlrXmo1uBBM0Dv5ARdxpsPz+fd+4DyPV1KEUbA+zHXvcujoNuotSay&#10;WdlCyeEU9JZjJp/bkkZvorX5H+HuutxxXq8awt/qz+zr3thpK2hpamVayl10yOVikp5ArhC2okxt&#10;+R9Pr79rLZwKdNqUBNP9XDr3t9gym1pqiKninqmnkYAU7BdTFuAiBeQb2493VtY1dWDRE+f+Dr3v&#10;DWnBJMVmFfDpks6u2gm39kF+Qfp9R71ISFx1orGzHVWlMjr3trkho1aUQU8j0zHVTyTj1lCDcsfo&#10;f6G3tqragTwHV1ULkDA/n8uve1nhst13S4qqgzW08hkMs9xDV09aKeKHj0Ewgcjk39vasVr16N4A&#10;ul0q/XvaO/37k9VJNU0M8dOGbwxxFdYTVcBifqB/X3QTCukDpseGTkCnXvb/AIzD4XLhxQ7fkyMa&#10;H1GOaNHUMSvqEjKb/wCA9vHHVlSNjhf9Xp173CymCxFGZY6fE19JMpAanqkTi1iVUrf/AHv3ViFP&#10;W3hQHCkfb172xLjqFgVloaj6jmNbBTb6H/be2/EIPTQRCOB6978m3qSXhYpBGpHJHLD63591LM3a&#10;fPrfhAdwBHXvamwOxYc5V0mLxmOyWRymSqYqOhpKULJLU1U0gSKKNBzdmIHt4Cnb1ZINbBFUkk06&#10;6JCi5IA5JJNgABckn3Y51V/KK+SnakaTjFYPY1OVjc1O564F1hYXMhpqMFyQP7P9fd1XUDp7qenS&#10;qXbmhjLOQKEYPHouHcnyz6K6JoErt/7ygpmlqBSxUGLgfJ5CWcmwjSCIgX/13+nP09ly+YvxO3v8&#10;L914/bW7xT57FV9HT1mK3Li4GjxeRkPFVRyCTlJI3BBRjcixHu0sbw4lFD6fLoulm8NhSjKTSo9R&#10;6+mel9093FsfvPZNDv7YFfNXYKulqKe1VB9tWUtTSyeOWCqp7tpb6MvJBUgg+yL7g3VT5X9vF0Et&#10;H5BdwZvLGrf2/ADyAf6E8e0ryqWKL1qSVWwgI/z9Cl/vv9b2Y/4ffH7I90b0q5PHMuOwKxTz1SxG&#10;SJaguJAjsAfUyjgf4+zja7VXlq3D7Kn/AFevRfcQGeMpWgGSf8HWKeaKCNpZnVI1HqZmVRzwBdiP&#10;e1Phs51djeu8JtLcv8DooMNhaeCthyxg+1JoaceSXwVQAJ9ItYc+xubbbIYRrIBHy4en5U8/LoNy&#10;2m4GcGItQVr9n2cKfPopOZ2/2qm/MzuPB1VXVYzIVdsfSwlU0U8jCJVeYMVCryx/p9feu780flls&#10;XtTcmM2JsLAy0u19s7hqWqMnUUsNMatoiaQHF0qC8cfBNv7XH+HsG388Ukz+FnGMdHVrNM8aNJ5V&#10;BJ8/ThwpSvRpsNSVVHQU8VdOamsESfcS3JBktdgCfrY8X/PstuR23NR1UtLAjTSRiNlVIisjpLEJ&#10;oy0ZBKsQeVPsqdTWvr69CQFGxGakUr+fTpf/AHq/tO/a1ZkNP9rN59ekxeEiRnJsqqlr3P0+nunX&#10;jXVpAPXgb/7A29yajZuXPlFXjqihqqVRI9FWxPR1QRl1B1iqArHjn6f63v3mAPPrZheh7aNTh137&#10;SXmi8smOpqaapqwVHip0aRwmqxaVVBt/Qe1cMAfSTxbFOPQWvrqRTwBrjr3sxtJ0FQTbKi3Nmd1U&#10;+IrMliJcpgcLXUE0E2UWmk8NRRxzP6fKrcWHP5PHtyWEJXhVccOqWTySkB3ycUINT9h+XXvYC5Db&#10;S413hNA6zKQGLOARf8G/tD9uKdCdImKKCuade95aDbBqbtT04mlZG0hyFTWB9PXxe/vQIJpXpwQ6&#10;gDSnXvaYzNLVYn9uvoDSSpfh4ioKjkuv9ePz78SF4+XTEqlDSlKde9oVMwK+tjhm0pA8gi8so9MY&#10;Y2LyBfx/W3096VwcHhXpitTTr3ta1fXmYSKetp5sLPRQhGNauWpkppRILr4hKQx/xFuPd2CntPDp&#10;5oGqTUEDzrjr3vva21qjMZd8NUIKdaugr1o6yOSGamGRp6cz0qGZCQFkKlL/ANT72gAAHWo4pWbS&#10;oAqDT7f8HXvaHkpJ11RywyRSXKPGUa6Mp0uLWv8AUWv729NWOmFVhhxnr3tnnhZHsAxINiLMDb+h&#10;B+h9p5FrkdaPGnXveSlglZlVVkJ50KEJe/8AT21jz6sASKAHr3t6GIrnIBpam9h+qJgpJ5NvdgRU&#10;KeHVwG1UAp173KixuQiAP2tRzezCJha4sLWH9fajt4enXgrHAGeve3Iw5mOA+WlqYo1BGp4SoYnn&#10;kn3rxBgV6cCyBf8AVjr3vLSUFXPpPhkYM3DaW03tfgn6/wCPu+rhX0p1posjHCn8/Xr3tVSYfwN4&#10;AhkYLGTpFxd1DMt/8Dx7qw7vs6TzWUgl0rjr3uJLiJ3JTwkLwOASf6kEj3bVTp5bUqtME/P/AD9e&#10;9ttVt+WOMyPBJ49Vkcg6LjmzH/D3VmJOOrGHQo0jr3uJT4dJD+3EgJ513AAP4tf/AB9+ODTj14Jq&#10;OOHr1724VGKWnjHo1AJ+pv8AVf2jf/ivvwNPOnV/DYCvHr3tN5KPHQrqmiiQhjyqkMxt/qT73nie&#10;mWpivXvagxGCkqNt5yopqaQ+X+FmJgly1OanVIy/4XHPvXnTpxELRMQPTr3tiym2sthqmKDK4uqx&#10;8s1PDWxRVcJjaalmGqGpT+qOPoR7q6hs9UaN0Ol1z5f5D1725YbDZTLNJT0FNJMTpXRApZmkb9KI&#10;i8sf8Bz72AMCletorM3aP5efy+fXveN9pZUNLqgYiFyJ2BKtDY2IdG5v/X3sIqnr3hs5JXyNPz69&#10;7ytg41W7wzMfHz42IUEf197r5Dq3hClc1697gQYGtrQ70oUxpL4gsshW7EXH19+DU6oqswNOve8G&#10;Q2jX06h5jArEX0xzLJxbgG3vRAIz1pomUVPXvafOKVTqnFyLgkMAvHH09s+FU9U0nr3vC+OpLnT5&#10;AfwAy6RY2sb+22iKZpXrxHp173FaiRWJsQo+pZgVFvr9PeqL1oinE9e9uFNiZqlX8A8oH6jEQ2m4&#10;4BVfpwPbioSfTqyA/F5f4Pt68eP99/t/bpTYioiuLFWtYksL3F7gH/E+7CMg58urBTTt+39nXvah&#10;p6aakpwZFRhq41EMV1f4D27XzHVtJAFf2149e9zqaSoeNo0EbqLgXAIQf1X8j6W9ujRTjQ+fW9Ic&#10;UJ+zPA9e95THkSnpKBiSblf0i/AN/wDD3Q6fLrahg2f+KHAVHr8+ve5kdHnMfj5MmSQchK1HSug1&#10;FRGoecxH8fVV4/r70O0/PrVSvYTUknj50/zde9sTSZx3F6qe9+Wv9De5ubW+vHvxNc9eHiUoPTr3&#10;vMuS3BCLNX1QjXgetbqPoSBb+l/e9Xl1TuwCx/1Z697Z8pXVlUoE1XJPpJJVnuTbi5X6X+n+297D&#10;Y0jz6qBpXSck/wCr9nXvbNDJKquqFghI1Afm5t7pqXh16h697wokykmIsGuWa4uCPpcX97DdapUd&#10;e98J6WpqbNI0p+ttQNubW0/4e9kg9VCKD59e9ueHwFJI8P3lS6ayQ3iUExi9tRv/ALH3UUHTqotR&#10;q697XNXBV4OOMYzLtPRrcqYx42iv6QrRji/1F/bilaEV49NzWh1Eh/y/b/L16974Nu2tkgEclVXe&#10;Tm0yMy3XkDkH3rVQUH/FdNi3BFJHNfl/q4de98KSqrZnEkU9Y7BdRtUSB1/3nn/H3otXj/LpSsaE&#10;ioqB/q/1V6977qK3NVDqHqKnhbN55JGItci1/wA+9rIVNR02bdM1B/Pr3ttajnqpPtxWzrIyk+qS&#10;QICfwwY+7eKSKH1r02LGFzitR5/t697TVZt6RHKtUCcgkkJdv8QAP9v7bwSa+Y6c8PT2ilB173zi&#10;20Hj1NLIgADEabsRfjj/AG/uulfTq4jqKk8Ove8CbeN3IkWyaiPJ+pubWC/61z78Ao4DqmivXvbd&#10;LiKlGOnkAizLb8/Xgf7D3Uoh61pI4de94/4PXOAx9f6WCAEtYD+nvQjUGvVqMR8uve3WLFZuZQ8c&#10;DWQAf5u36eALe3OthHpwx173HmwGbLF5YJeTwov/ALAgf09+oGweteG5yB173wTDVsrhfspWa9tZ&#10;BVbf15/3v3pdFMde8N/T8uve3iDF1dELy0wJW7HyEEAEC6nT7uADWhpTrzwylSF44P2U6975tNk8&#10;hMsAWOJEUgFUtGiAf7zYe/VA+fVVj0nHHr3vA20fPqZKtXmtqKhDYt/QE+2nRZPiNOnBEprny9P5&#10;de9pt8a9PK0cg9SN6gQPTb8G319tBPCavl1XQaEjy9eve3akqJIBeKNFP1uARe3PH+t7U4ZaHppk&#10;8RdLinXvbpSZXKQSpLT1dRTyKTpMEhFz9Qxv/tvdgSvwnHSc2z17D+3j9h697csluXcOQg8Nbk6q&#10;qRbkrO1xb8Xt+PbmsyLViBQU8+tm0mddJbhw697QNd5ZSbsQAeb/AE/xv/xX2llJ8MivSgAKAo69&#10;7gwxSFgsaeR2OlQBc6v6D2xHFxrx63x697z+KuVmXRLGSdLAqU/3v3uUEMNI69Q1697mwmrpl5jK&#10;v/qvqbe9qe3IrXq41Ux173Gb7gltdyWJvbm3urfFqA6rxFeve80UlSlljZgtuSB9Ra3txRIvl/q/&#10;z9WqaUr173KVpC12LsVIJPINh+QD/tvdqzHy49bOkHPXvbnSyySqYfDHMhHp0p6iSeefxb3dVelW&#10;62Mg0HXvb3Q45YIXkKMjyNq0A8X/AALH6e7gV49bARTpY56974VFDRVl0qgoZVuri4YAn6Fv+I9+&#10;Ip9nXqoRQgfl5fL59e9sdRQGAnwIGRP06efTew+n+9+29C9VNaUXh173MoZJYo7FGCG9wQbsfoAf&#10;9b3oxpx62HahHXvbm9MDGslgP1KQLXX8AD+v+v714a16tilPXj172osPDTxqhn0oCRfUBqsRwf8A&#10;int0aaUA/wA3WmBCFlArTHXvazbLYigpybJ+0rM7aQU449RP9feqMBQ/7HSZRMeK1r51+Xr172CW&#10;490msqJVoSViN11WsBc8hR/vXtiWUjtH7eny1BpU9e9or1yep2JF73Y/U/n/AGPtoKzEV6b86evX&#10;vfB/r/jxa30t7bYgNVevDr3vh7r1vr3uUP8ANhmuGvcX5BH9FHt/UoFG6r8uve+POogXJAFyf9j9&#10;fetYFa9bA697MV8Vepp+7/kB1h1tHGZYtybrxNFUqELqKd6hTKGC/jSDc/T2M+QeXpObecdv2RQa&#10;TTJrP9AHU32YBz1HPu3zf/UX253bmcGkltA5j+bkEKP29Yp5o6eGWeVgscUbyOxIACopZiSf8B73&#10;5a/ZL/HHrVOvdoQfwzbmPGC/u1WUjeH+FyjQKhLkW0ynUWJ+hbn307v99tIbddq2uNIEgi8KJFxp&#10;RT9macSRirfPr57Wttz5x5nbmHeZmNzdOxcmpZq5oT8uH2Cg6Bnae+dqdmFq+ingqjjky9Flca6x&#10;Shoqado/83cm6sARxc/j3qL/AM6nKbfqvmBk6rb9dSZHGV+1ds5GGOClFPLjMrNBPSboxs72DSBK&#10;uBZI3JIOs6ePfPv34mjl55eaNg8csUZoRpKtkOreuRUH0PXa37om27htXtbBY7gHWSNnB1NVWQlW&#10;iZfSqFtQ4ggV6W3X8ucl2xRjcFJ9pWxT10cP70coqcYatpcTUr4v0g07RqUb1Aqb+6hVlptBL3Yc&#10;EJzqJ/1vp7hMcBmgHkOsrgoFelr7kmXyBlijVSyAhQTqAH5Jb/b+3y5dRQYAOP5deJOjPAcfn+XX&#10;vcmjZ6RhVmKNnW0kaMAxbSCNbJ/qb8WP19uJpjo4qSp9ME+QP8j0mmRZkMCkj1I8vLj6/wCDr3sw&#10;M3a+Z3psDKbY3ZFt3HYLFYWjXHy0GGp1ykuRpqkGiVZxYmWUlleT6hLj6D2eXvMF7vECW18saJCo&#10;UaEVSQP4qZLH+I9A7Z+R7DYd5bcdvmkeaaQtJ4jlwFIoVUeVONPz49e9hViMxSYmrWnxlP8AfTSD&#10;0u6B4kmY+OJlQ/W31ufz7DzTvHEPp1FB6ZP2/Kh9OpKRWBIj7tNTj+Weve3DbeQ2tR9h46r7NxVZ&#10;uXatYfts3RY2pGPrZqaaJqcVOPqvok1O1nS/pJWx4Pt6xuLMXavfIZ4s+JRtJqV4g+orUDgeHQW5&#10;ktd2m22QcvyJHdghkZhVCw7mVhxo2QfStR172jkioZauuo6BpPsYsjOqzzlY/wDcdHMUp6uqKXGr&#10;RYtbi549oSVllKx1VW4D+j8/MEfsr0c2jytbpJN2tpBkVc0JALUrxAOB8uve3LHVUeLra6KqV6nC&#10;1EsKVjAtIgVH/wA9F+Cb/pJ/rb3a3eNVVWpkmvrTNPz6bA8VRLpyDUU+Qp9oNP2de9jxsnaeIqnO&#10;Ri7Aw+2MbFG89XPlK8U4xyh2aFZaEB3dtA1lYwb3/p7EMMETAM76ABqK1wfy4j1+zoqu5pizQtEz&#10;FTqUJ+IkZqfIA0qxweHl172Nm9PlMvUu2RsrqLfI3XuXKMhy/YVBCYabE44xrFLR4NZ1BM8yFkd2&#10;WyLcDkj29c7xHb24isXLOwFWyNNOI/pV8j8ugpacpw7ruI3fdYmjAIIhNDVhTvcjiw/DTgOuLKrj&#10;SwDA/gi4455Huf2p2yu/ei93boi2Xj6fbW5a/rzqfZUmUJfN4vOY2+4dx5NXIsyVEVK6Ky/pLgnm&#10;/srkeNo/FKijEKMU0/sxUgd3rx6FVttcO3SHwZAveZCuMoa6Vp6D8XrXrGbl4lV2UDVIQFBWRANA&#10;RmP0sWBH+t7SnY0mc2tszrzbtCmFirsDt/IZVlxk7VFQkmXiCmnqwistwGAv+b8nj2ZTJJaW6DUK&#10;gV7c5YntJ4D1/wBjoNWZTc7u4eZSFkYLQihNK8KfP+XWUC35/wBv/X8n2Xfau6M/13Q0eTroKeKT&#10;P5k59YJoYpJq2Gjcp4qhjdoaeSS+pVszDn6D2VwvNaHxpx8RDEEZwf8AA2ajoU3FnFuFubaByulT&#10;GccMYr6/4Ou/abzcmb7Q35uHde1NuzTZDc+erso+3cHSS1s2NqsrUtWfbY6hpwZHgUnREwUkAWPs&#10;3VW3bcvE2mPU8rfABlSaU0gZI8sZ6SQRWXL+0R2W63AEdugBlkIUMFxVmOK1wan59dD0jkmwH1Y/&#10;7yT7RExyj5GvgyMdSmQR5FqKefXHNHLA5EtO8cvqUodQKkcG/sO3MMonaK4Vg1TUU4U86eXDAPR5&#10;bC38BZLUgxsAVYHBHrX5+vn16/F7H/W/4p7M38cdl5fu2tp+hsFl2w+T3bnKero5MvllxW0a2pp1&#10;8i0mZqmBILBR4Qo5kCg+1+1WM+7SJtVswQzNQFzpFSeBPlXP24HQc5t3qx5X2eXmO8iaRbVSaIpa&#10;QL6Ioyx41HUesqkoqaeqkSWSOnjaV0gQyylEF20Rj6n/AA9q3KdQ57ZHaWX69jhjlzW28vUYLJNi&#10;5vNR/fUrhZoo6uP0syWOoj+vtANqnsdwm2/XqaIlWpnuyOHyP+rHRel5a7tsUe/KQ1vPEsi6hkVB&#10;IqPI1OR6kjrnBPFURRTwtrimjSWJ7EB45F1Iwv8A1B9nKoNuUu19u4ClylTiVro8rEyyV9dM1Stn&#10;DtFTUEd1va4eZx6VJI9nDRlY40OlXJAJY1oBmvyFck+hoOotXdJNwvnNshKqtKqOHoan8IJ4efl1&#10;m9pHZGw9x7sg7HosPQYyswaV7VdbkcjWGi25h4omZ0q0krSnmc3YQawbnlV+ntqOyaeCcW4DBzlj&#10;8C0BFc0xQYrx6Pdz3vbtrksnvJGWSbAVULOxAxgfCOBJ/LrokC1/ybew27n6zhyGw9rw4rPYrK5a&#10;OKoekxOAranIyvTRuYjWZqOMeKmvY6IgL29R9ljTWyItvEaqgz9pHEkcDXhT1z0IeXt3U7pI0kbK&#10;pwWkAUmoqNPmaHy68De/B4/J+h/xHvB8dutK2DrXtyTdH3OPxdHhqeqiimnNM02Toq9ZaGGk1cuW&#10;JYaR/Z59m1nbpJZTfUGooGA4emM5x5+fHpVzfvFmu57fHAQ8kpOfRWAqW+witDmvDrxNrfXk24/H&#10;F7n2kdvZbDYHtmloaRotrDO0jY5J828dX4mr6fxGqrCQVCuxNm+o4/p7ToALgIOwOvn6H0/Zjpdu&#10;P1D7I0kgMhio1IxStDgAfs/L8uvA3/BH+v8A7z7SW8IsZT0Oc2osFNksvQV9RIKkDVBU0j31mM8G&#10;6MA0en8E/wBPac0RGiGSjVLEcRxx9nn09as1xDHOx0IQD9hP+X+Lrv2UfLUY+5k8JWJ0C6onPqGn&#10;62P9fyfbcjB6lTn7PX/VjoRQSaE05oxrUDh/senXvbEZJYZRruCP9e3+uAfr7bYyI3f8+ldaih4d&#10;e9rrZ1WZK6KCWNJIp7I0bglXVmswJHIsLn3tM0bFDUGvTM4bSZFwQDU+VPn172KW49pjGNKI4zPq&#10;SKphlgp5AkFOw1GnpiwsT/Un6e9vUqQvEAU+foP9jpFBO00ZZsFftqfTH+T8+ve4Y27UZiGKuCSQ&#10;xwwhZQ4ENPRhv2h9P1OfqWPI9uBTSrmlafl8unfqEgYxSnLZrTy9P8GPQ9e9+x2ExeGycc9XKWpo&#10;VMlRXyRsGlmRtPhptXLX/DD2oiWNZQfwmh+0f6vLpi6kluLBhbqFYjC14j5/Knlx697FX5N9i7E3&#10;7jtpx0mTgauwWzMNjMZiMDQfbY+hkoUEJ/ijcaqhxd5X5LMfr7kHnff9p3jb7SHWqywW6Rqka0XU&#10;vm9PxniT5+fUR+23K/MfLu7XsssRMVxcPI8krEmj1OmMcdKmgUeQ68OP6n/X9lL2z4pamSnqii0z&#10;xOZnlI0xA/R1v+fxx7jvbHjNx4U1ChB+37fnTz+Q6mLdBN9PrirrUg8ePyPXvc+s+xgqHpq4u9Oq&#10;ulDPFGA8koA0lyeSliLn+vtXMYopTDdr207GFc/t8vKnSCH6mRFltyokJBap7VXNaU4NXH8+ve0n&#10;VU7QOQylbgMqj62/UpN/r7LJYSG1KPy+XH+fR3FL4iahnyr8x173jhA1qfzfgEWCg/X/AHj3oxah&#10;kf6vn6/Z06FUrTieve7Y/wCXvvKVP7z9b5sLUYHPU38SwM1SrCHE5+ErFIiSf2POlhpH1Iv9T7J+&#10;buXIt55SuVSni2wMsfn/AKcCnAEVPHiAOol9wlEclvc22SrUkUZNGyGA+VSD10b8WNuef8R/T2cj&#10;d3WFHS1C66aGtiU+Y0cgZFFSTewRb3QHkauT9feMVluKyL4ZqAo0g1pQCn+okcei6wvC6F7eQgqM&#10;LXIoPP8ALP8ALrv2WHeXVURnnKY7VW1MzypHGGMcAbmyEfUKDb/X9ia23YIgEp06AaAHJPkP8/y6&#10;PNv3KaOqSkDSKVPr6D/VTr3sv25uoKylnkFQRDpCv6f7GoagXK/7yPZ5tu9ePGGXiSar6gcKV/Po&#10;3h3OGRBpNa40/wAVPU/z697ADdOEp8NK0lbQmqdmKJMqsyJEnFz9OSfz+Pp7FtlK8kYWNtJ9MVzk&#10;Cn+qvR1ahp4glu2mh8/n6+n5ccde9ouCsFSk0UWNpkjYD9wPJ9w7jgnWw4/wA9r/AAvDIkeRtQrS&#10;gFPl01LaSpMHkcsRXAHCo4fZ172+UAVqUUi4mSRZ7eaaaqI1KpLDTp/p/Q8n208hZhnjSoAPHh+V&#10;eiu6jPigo2kniNPr5f7PXveHLZicLHCGNywD01NGQBCgssZl+tza9valfEZaJ2qOBPr8vl69Ujsy&#10;wwaCuCTgHgSB/Lr3tuyWQqKiGGMgRPcuYBpVUQfp8gP+HN/r7aSGMSMy4HzJ4+fWoLJfFb9nEnPm&#10;B9tOve2Ksri41Rl3LWA+uglByVN+FH4Ht+G1Kn9SlP5/6vLpXDaBXpLQD5f6uPqeve2w1kqkCwZh&#10;YOxtYi9+B/rXA9qxbBq+Q4jpb9LCAckDyH2+vXvcyhyc1LN94htMlwjWBKCQaXsT+SL8+6PbEqRG&#10;cDz/AMB6Sz2CzxGAZU4IPnT/ACV6974y5UtNOxZrOVVixIZvzcke6C0IVdWSPz61Ht36aKAKj0/z&#10;de9x2yDI/iBYKNLHk/qb6MV/3r24LYFanp1bRHGtv9VP9Xl173DkqWcyFWIAYCwOkfXhv+K+3lSl&#10;C3HpWsSrSoz+0/6vTr3uH94ASGkNjYn6sot+Ofx7eELUqB0o+lkZahceXlx8+ve8ElXc3BcrYC4/&#10;P5t7uIqjNK9PJbn8VB173y86lNTH1f6gH1A2ufevDOqg6r4Lhynlwr5f8X173HMxGll1N9WPH/Jp&#10;B/p/X26IwcHpVpFChwP8A9fz697xmS5Yi7K9gP6arXNx/vfvYSlB6dbCgKCBT5de9+R7al/1X0sb&#10;3BNz/h78y+fWwR5/t6975NdW/qL+ofQgWsLA8e9CjL1sadNOFOHr173x1n+yptcctwT/ALH3vSPP&#10;rx0kceve4zMTe49FyQRxzf6W/P8AX26KDh1dRn59e94xcG4BJuSeTYqPwLe3DkZ62aVoeve5Kyq0&#10;hZgyqLafoAhv+f8AY+2WVgKDif59VoVWi8eve8bFlLEkEMf9c8G9yfd1AIAHl1euaen7Ove+anWq&#10;sCPTfUQbHn6Bgfx7qcEg+fVwWOBTH7P9R6975NLoKCxBFxbjm/BPuoQsDXh1s0Kio8/9X5Dr3uQE&#10;L6WWy2JAN+fpcfT22W01B68sYBof9RHn173IQIhGpQwXSSur635uf9f20SzCo6drqULx/LPzFeHX&#10;vc6SvhaPxrCqKCAOS9r/ANAPz7ZWBw2stU/s6ZfTWg+f7Ove254Kby+p/DrOoMUZwiN9CSOWP+A9&#10;q1aQx1UaqfOnVo0VhVs/Z172r8JhaR0jP8RMeqUIJkomRh5bhVIl/JHJ4sPaG4lLNkVJxp1fzqPK&#10;vVngQP4ZNB5+VB6nr3tcUskGJp1xuNysKzTVwpzVPAayt8srcohI0l/qbD0j2heruJXBoASwGAKY&#10;z8j8ukzoZGWTVqGa4/bX1Py697GTaW2KOgMjxY2myWQnctWV9fNFVZBpLa5WeNRphGkX0qPaOW4d&#10;gpBKKcADBC/5ft6YkmbSABRq0ND5AfPgaf5evezObRFJJTLNUwRyzUugQxCnA+0HIWDSeRJYA88g&#10;H2V3KqQ4hUroqTU11V8x8v8Ai+iXxmLlkBGaip/1U+XXvYyYSGOrqL1FOt5YxbVKVjLAFebfS31t&#10;7rAi66EFhilBUkmmPn59ao0i0aorx4n9p+Xp172IsOKggKJSRJUSIEepnvojpTIbeHm1mt9GPtZc&#10;GP6IEjQy1oRxwcNTz8qfmOk00Kr+sTRgOA9PkeBqafZ172rKDHQv5ZQvgSFFCfth5WsbIusekD+r&#10;H/e/ZbKZYSQ0oowxUeeBWlcaiePl1XxZSojkYCvAgcP+LrTr3tO1uLrKmCsdmhV3mdKYty2liwUo&#10;o4Juef8AWPPtU00cMYDuUIFMfn5ftx55PTkkkIKwjBByTWgoMfbXIqf83XvZct8UeExG381mt44y&#10;nydFiIzMHaBKmesliuLU9OAALXAB/Ht218eGQfT0JkGDipqPTyFONc9PRRztQQsSzniADxrUU9cV&#10;z172QDNbhxmYniyVNt6nxq1OSeLzTrJPPBjZ1shNJT2BdlOkKeFAH9fZuC69hoWXPDiaVpniB6jo&#10;1jjNswQsWoCfQnFf5ZHr172nsxW0ePoMkuFyX2cdCfFGgpDG0jtcs1LLISQvBBAP6valfDlZPEFd&#10;WcenD86j/L0pjYSANpGkYBpkgedP5de9tUGaX+ByZI5Kkx1WkQWFBPLLXyktoMn2qgoVP1P9fz9P&#10;dRC31GgAtT5UFPT8uP8Ag68Um8VZQwIFQK8afw04Y4k8fTr3tVz026M/tzHxy5ZmpKeNJPO7wQSe&#10;C5leoq5wblgCSP8AeefaVTDFcGiAOSfUj/VgdOL4ksoJABByeAHAcOGP8HXvaeXGYdZYspl9zQ1l&#10;PBBLKsE7Gernl/3RAIbchrG1/qCPx7vqlWsUaUJPkMfM16UBVRQZDX5cM+tPPh172ltv4lszX1NT&#10;HiP4nSCokWWip3CvSxSSEieq/CxqPoL3vx7V3ExhRUD6G8iRg/Iep/l02oeR6KBjPrj1+zy697Uk&#10;WXy2HzklFjoYMnS1ZjiFF9u4owisLPOVHJQWDFf9j7ZEaPD4r1UjPzPyH+Hp1CSxqo9fmCPQ+lc/&#10;6h172drrGuw8ixbUraeIZKspxkpaCigL0MSITFLJM5AX0n9N+T9fYfvBKwMwwqmlTxJPp/PosvVd&#10;qFchPX1+X28KfLr3sylbi6epwVRiggEM9BU0SrGgUJHPTmHgHi4ufajag63QelD5H/L/AIPnx6U2&#10;sTOdRFMY+Rp/s5697qI3Jg221uPMYaGeOVcdXTUizRtdZI4msCD+CL2PuTIm1xB81PTygoAASaef&#10;XvcVKmV0ZJ3vf9GscX5tyPz7uaHgOnNTcK8R172yZOJam90FtOlm/FrXsx/rz9fewpocV6ZYUyf9&#10;R697SVVQLCzGMMArEAAEg3HH19+0/ip03UeX2ddA3/33+NveGSkMi2uFPAAtf1W+nH+29syFT2nj&#10;1uhpnrv3iionvqHIW1/6r/sP6e/RJQa/XrVOve3uniDxMDeygm4+vK/QX/HtRSnTTNRiDgf4Ove8&#10;UdF5idPqBsCPrz/W/wDS/vR0jj15pkUUY+nDr3t8oNr1sr6qend+Q3pRjYA31f8AFPbphcZIpjzz&#10;x6YluQKKtBjz697EfG4eskjVXhcOBpIIP9LAkD+nuyWxSqmhr6/5B0m8WEKAGH+ry697f4evaivl&#10;DyxaVNtTFf8AYDj8j279NUYGR9v59NNdoAUXy9TinqPn/l697Ejb+wXopEIp3IUWu6WVVUfTWfrf&#10;/H2oWIKBQj9lP9VfQdJmuhNRdWkH0r5/5/8AN1722buNJhWZo0VtBOoG3I+pXj/eP8PbM9KU9CP8&#10;Ff8AY6MbVpGB1GvAfZTh172E8+ZjyJd20RqgLBUIAt9Re/JPPsvcFn1Dh/g6WNBK1QF4H8/29e9z&#10;sbX0sg8LhdYBZbEAFT9bD/Hn3QhuHEdN6JI6qwYfljr3uQ1RT0qFUm0XJOluApJvz7uocfZ0/AZ4&#10;yGQ4PHHl172kq7LtDIHRuCzLYfQWNgQx9+I9elzOafPr3udBm45IEVqghiLFSQoB/r711cSimeve&#10;5H8RiqB4xUtxYKofUB/tvfut6lPn173x8HmcfvOxB4Osm1rfUe/H59eIyDWlOve3n+GvJD6PWSlg&#10;CL6mP159sshHd04O4f5/8vy697aKjHVKG81M/iT03s2mw+p91ZWpqA69TSK+Q86/6sde9u+NqYEQ&#10;wvP42sOCxDC/K293WMtluP2enW1daaTxr5de98slHTTxG7LNqvc2HqJHHP592VAhr1ptJGeve0LL&#10;RQpVLEsbm5MgYKRHp/qW/wAPd/s6SFO7SOve36jxlLPKAsZdQFZrkmzXuQun23I5QdvHpQkYOFGe&#10;ve37+6yTq8jiykHSkl9Itz6bc+9JKWNG/wBR6uYRWo8v9R/Z1723ja5HMMg5YEoQGA/2q/19vgnp&#10;rwPT0697yS7WikjdpgWlUWUX4I+vA/r71w634Xmf2de9pSvwkdKVCi5a5/xVgfy3v1SemSpA9a9e&#10;9sqJ9vMy+MSIJBqsPXYj6W/4ke/UPl031727Hw1KDSCjx8+MjkXNv1f0t7uUPkevCSORiqVquD/n&#10;697iVONsnlVgSQ1kNvr/AGr2/wB790+3q7JQVrXr3tliqJKWUFPTIhIBP6WAP9B78QAKnqgJBB4d&#10;e9y5M3XysPLKjx/hVVQ6r+R/j7aDqSaeX29X1vnPDr3udQZGXQXUsSCALubFW4sQfbgIOeth2GTn&#10;r3vNVZB5lSNkjOh7qU/Os6Sdf1+nv3Xi7Hj173wWcK/7aDSrH1A/UAc8H+vvTLqFOtK7LgcOve1T&#10;js5SkGnnh8MgUGKRWsCLWv8A6/vSqqrTj08skZGhh1725UmaqqadgspWPjkE2Ck35HuvhV8+nlcg&#10;YND8uve1HT7nJB1FmN/qrG1jwCR/j7d6sJCPtPXvfOXNFkL6mBJ+hNwL/QEn37rRb0697T1XkAzB&#10;mZWGr6FtX+w/w966bLZqeve3CgznhsYpXXULEKwP1+pC/wBfex8+rq9MHh172scfnpIzLeqeRJLM&#10;q1TX0n6HS3/Ee/VIHGvTqyMo49e9uE8uJyMZNVLRLISSmthrUfX+n59svEdWpf8AV8unGZHoTSo4&#10;/P8A1f4eve0ZVYqeGV5KONpIW9SOg1LYC5It9B7oAa6Tx6bkjYOaZHXvfcNdU04GhAj8BkkjsT9L&#10;2U/7z7UAUFB01qIHz697dEztQXSCpodOtrCRFsgB5DEfj2nYvq7gf8nT2ssw1DHy697cpqKlykaJ&#10;PFG315Fw5IHF2H1A91r1dlqCT5cT172yvtSiibUAEsbgMulrgcHV/rfX3tXVaM3n020YAFaGtP8A&#10;V/q+fXvb7Tfa0EKaI4v0C8pFzqvquCPp/j78zVdqcPLqytoGinHr3uEd0vS1B1teEFSRcD8+ng/0&#10;96IqKU6t4rgaT/q/zde9qKDcuNrQQLAhL6hawsLc39pZYNRwadWaRZE1HB6976ebHVTCOYJKjk8H&#10;krb6Bf6f7D2+qBQAp4efWx3E1NfKvn8z/q8uve2TJbZp6209BKgcK14yPqAeCT9b2JHt6EkNQdNP&#10;ECxK1xj/AGeve0LUYaOmnYSxMsqKAWJ4Nza3H+9+1Pr0nKAHhnr3vhNI9IAscj8gg2Ng1+Bz/wAT&#10;7r1Xr3thaVlnMyXRr/gj1Ffrcfn+vv3WtOdXn1727fxBnp7CchzwyksbEfS3+N/emUMOrKzDr3tn&#10;NVUCoVROxRibr+AQb3A+vtvQ1adVDrU/b/mHXvf/09PrqWphXsDZcynIyzY/P0WSc1UoaLTj2FYw&#10;jQfS4T6n2uMjIMjPyzw/1f6qdK541laNc0Bqa8Kj5db/AB7au4d/5vsjdGQ3DPOZHqMlWzOJALx0&#10;gltTQL/TQoCg397WYkhi1fsAHSWCCk7TL6ny4eXHroAAAD6AAD/WHHtk2thpuwnosDs/bOWrs7pt&#10;UVEtSpoWmLftSCNOQB/T3cCpHDP+bpZIzlVWFDUnPXfsyvXvwg3zkayXFbx33sja2aqEFRBR5bKw&#10;+enp2N1kmjZ103P6V+vtwxgAU/wdbW2vOEkigfLJHUWqq0pIJJ2iqJlj+qU0RmlY3tZI15J9itvL&#10;4E7t2TjaPK0WYwO6qXQ0s701dDHTVIQFlMMwcqVa/tpsHSM/y6u1hceHq1agOPl1Dx2aospqFN9w&#10;jp+uOoppqd1N7EESAC/+sfZQs9k9tYmCqwlZs7HRZinlkgkyH3khkjaFtLxRQQkq3P1N7e2jQOPI&#10;U6Tw/pyqDHwOT5jHD5j5dO3sHcpTffEPSsaJAGPjiQMHuw+rt/vh7ZkP6dKZ/wBX+r59LGpJwFKf&#10;6v8AB17220AhxrQvUSyVNPDJ55Vma5kQG7RXH0B+h9+UkqKD5f6j00BpejVp/Lr3sQ8HUL2KJMXt&#10;LZiVFV+6AKAzS17CMAv4dZH45t/tvakRU456eVxMNMaev2/l172vqnqnfON2PW5nMbY/gdDt7T5J&#10;aujaPLTGVgodo25MQ/tSWsDx7qY0DajWg6bkeSMFmTTp4auJ/wCK697LfuXNZqukgo47yRwaoYws&#10;aIqq9j6dIF+ebk+6AIsn2/5emZfEahp6VPXvZk+nf9Cc208ntPs562irMjBJJS56mgmnlx1aY7IR&#10;o/sfhl+h9vk5p5H/AFZ60q21THcAgMOPz697Af8AhUO0KytbbWVV3+4nWCspraqilVj45G18gEWO&#10;k+6CQRtQ4P8Aqx1eOFoF0oc+v+rz+XXvbJs3btf2dvU4WtrcjU5LJF5fJFH92yR092klnViAkSKC&#10;T9AAPalF1UWgz0jdmaTQ2SfM+VPX0697OT1V3Huzo+LL7I2ZuTGYfbxySjPT0dDRCq3AtM1vF/FZ&#10;ldtJswCjgE397YFDQ4PyyP8AVQ9Kba6kdDAhFAfIca8c/wCbqHU0FJWS001TAkslI7SUzMWBidhp&#10;Z10kckcc/wDE+x07q+cC9j7YodqYDZeFwdDR0yU8xr4os5UzVKJoaqgqSF8TP9Tbj2jela1qfMfI&#10;cP8AZ6WBkUhI1FDk17jQcKeWOoWNxDUE1bUy11TWT1s8khaXSkcUbG8cEcScWT6A/X3XPkMk81RL&#10;WSAxlmZmaFNEC6m+igcW9tkAmtOmWcVOrp5Atx7bcbfcGXiiymSmx22YGVqiohheSoqypu8VOE/I&#10;P+PPt9a6a+Z/1f4OkdzpmoC3bX7T/wAV5V69e/8AsDb2O9dJ1JhsatTtqtymbz8b0xpYdwYl4MfS&#10;mNgzyyhyfKQQPQeD7dYR69VKD7CB1WGOzZsGrAj4sDzx8/8AP172C+c3xvLdm7kpVyEJnkmghkqY&#10;VjoYYo1YRrFTiHSERR+Bz71j/V/m6emQzTADHGhH+brw/wB7+ns+G/uo9g7H6g2tukdk5Wr7HztX&#10;T0CYCLL09clYaiPU58BlLU0Uf/HQkf7f2y0SvTUM+f5cPy+XT89rFDGsjyHxSaUB4n19RXz9Oo/k&#10;k+4dDEREsasJ7/V2JBQD/Acn2EmB6A753Vk8XJNma7A7fnqoIqXcVdueV6OjV2sPDIs5tYfkCwPt&#10;xII/Pyzjif8AP/m6ZfbtwIVtWla8anjx4/4OspYf0a4BNgOSBz/xr2a/u34mb36z2ztfJUXYNfvb&#10;B11G0mfytdu2WDHUtVGBKddT5rCIjgXF7j3ZwqlaioPSvwLiMxgO7KcHJp/PHTFhNxUmckroYaet&#10;pJsfUNBNDXU0lNIwU2EsesWKn8EE+6/sl3TtOhkrMJRbP25XiGZ4JMrPUZaueeoiOgzU1Q72YEi4&#10;a1j/AK3tl30kAf6vt6s91ClYggNPt/1HpQe4jUtfk6SHLRYGmWhqwXiqIIHMRseR5H4uPoQfbbtU&#10;9xr1bLJrVQB8v9WOve5uM2TmMmWeKlx1MFUyeStr6OhQxD9TL5Wuf8AB78iFz3cOtrC2DQAUI/1e&#10;vXvYl0HUNHWUIOW7F60wMAPldKvKVFdXKhFzqioIza3459q0hBICjj1ST6eFf1pUGM54fL8uur82&#10;sf8AXtx7x0XQfReVrXom75rjk6hl80G1tn5jL+Tn/N05l5Go/wBq3tfb2TM6qK18sV/MenRJcbxs&#10;dsKPOdVaUpkfZXh1id5QbJCH55/cVbD+vI9ml218fetNh7WraqLrX5C9iYxYVqZ8+2AOKoV0oQQk&#10;WkyaCeSdP09mEu1TCPxGBoPOmM+v+Tpq35t2mWsSanFccAf8PDptky1FFVx0bZLExVMjgCjlrYVr&#10;HufpHAWBJ/1h7LngshtHD9mZncsGz6av2lSwQx0O2twVDwz0NcP84tazgXF+GuOPZMGEcvcPn0JL&#10;C9huJ2nQVXTw9D6gf6s9O5F/obEf7Hn/ABHs0yfPzcm3E/g2yNkdV7ap4adYYshUT1dSyyIukMDE&#10;ug6fwPZ5FvUUKjT+fqP9npa94K/p6QPSpx0lcjtCgy8hfJ1mVqk1XFP988NKF/1HhiA4/rz7wYT+&#10;ZL3tg6wHKZDq/c9Mz+TRHjquBYgCSFkenII/2Hs0j5taJPDQ1pj8j5fn59WS9PaJCpGDUEjA/wBW&#10;ekxk+m9iZRGSXHVFPqRkL0ddPTyDV/aDXPP5v7Wu5/5pPYOeojiw20cAssJjE2BpM5M0Mki2MiGU&#10;jU3+H0HspuN5Nw4ZsUGP9npQd0jA/CPKuTxzX/N007X6B612rWPkKTEz5Gudw5qs3VHJSC36VAkU&#10;LYf63sEMF8k9jVGUq8jvmvzWfFYRLXtBtuEJUoxvMramv6uRqPP592W/j0anNemPq4KGd2LEenn9&#10;o6GQJojEcIWMIgSNQPSgUaUAA/AH49vO4Pkv8asnHFQ4TYO6sLHTsfBJQ0NDHFOPwGRmuSfyzH3a&#10;LdIKgt5efTJvrRwAUZRjgMf7HWCCOqQETTRzXvY6CpF/xx+PYTdi/LvA4vbMmC2H17T1lZOCJM1v&#10;ikosnHQQWsTQUShl8h/A9vXe6208WmOlQKfPrVxukCRlIY6n+lmg9B/n8+s+gkgliAP7Kmyn/X91&#10;9z753Ll8vUZmaqZqqpqAtPR0tPHHE8jPwkNJEoVVvwAB7C5arFv8PRQLt2n8XyA4dZAAPp7HnZ1T&#10;3Z23nKHZOOx0eDp6J4VrjjMJRY2tZWsFFbXhC+phza49+DUqRjpbHc31y/gxjSBSpAz+Z697tz63&#10;2hjvhv15uztXc9RBuHfc2Mp4tvYiurA/kqv0wQCAksQzG8jhfoPbscix8QCM/b08zmyjaYVbpKZi&#10;H+8R/g0U9RDQsT/E6im1wytGBcU8E/BUseCy8j2Wjd/a3yk7/wAbBm9xdpdXbIw0NTLX4fF4vcVN&#10;hq/x6TrjqKSnR3kWMcESC5PuskkJJYCn59Jxd30sevxEjDZFDnHl/wAX1PxGExe36daPG0sqRtbX&#10;I0k1TK5HGqaadixP+PsDsV8iN142tai3X1N1D2rT4WragTLZPCPSZ7KeFrfew5ahCNKGPCs6c+2Q&#10;q/EOrwbi7jU8aSheJHH7enOWmMrBxPUREDhY5AI7/wBWS3Ps5/V/8y3YWw4/4JuLoKTEUrqZv4fh&#10;6yNainYLYJHTzIh8IA41X/1/Zlb3gjBDCtBSnqPX7eiq+uzM4GgpSoA9amo/Og6D7eew8nuhImot&#10;4ZXBVMKoqPSwU8sThTz5I3tyb/Uc+y/91fLj467uzc28dv8AUVRh3rXK5umyOPx1VQ18kl/3KaOC&#10;3iqD/q/z9be09xJG4ZvM54VJH+TpJbywK5Z48tjOaj/J0r9vY7I4rF09Bk8rJmainUJ9/NEsU8qg&#10;WHlCcEj+vshO6+8dp57In7Dq3Bw4yGZmp2mq6qnyMkLNdUqWpPQxUf4e0Ssp+Hoxa7ioEEQCjhnh&#10;/q8unv2eTqnoLaPeGxMVWbcZtr5TPfcPR4rKMsumuo0tMMVI9i0LA3I+nH9fZjFAjpUn7cdKUks5&#10;4wImKliceZPnT/AesU0yQRmWS4ReWIBOlb8sbfgeyeb02Fldo73y2xad33DmsJWy0GTlxUTRUUcy&#10;m5giY3LEXAb8X49pJVo+gCtPl/q4efSR50gl8MEuRgkcPs/znrmHBAZeVYBgfwQef969rHbfxX7i&#10;7DqKeLCYKup1lClQYX9AYW1PK/AB/wAfe4bRyQAM54eY+3pHLcSOPDh4/wCT5n7OuMs0UCGSaSOK&#10;Nfq8jqij/XZvY77r+BuZ2x1xUVO6q+em3LSa3pB4nq6euaUhY6ZkiBZHU8agPar92z6TXFKelM8P&#10;n+3pxIpZYTrYhgRSmQa8KU/mfTrDT1tLVgtSzxzqPqYnDAD+pt7KPT9S7p6z3lhtv77x2VxGCr67&#10;G1NbXxwTpFU46qYOtRC7qFYICdQvwQb+728UsEjL6cf9g9Fe4WEj4uFqMV+zqSCDcgjjg2INiPqC&#10;R/T3e51nvv48dXdZ1W1qHd0uX2tuGCdcvgquspMhichFWQ6KhZaWpbSmocAACx9iKI28kFCKnzHn&#10;0Ux2K2kv6BBTNa8M+X2U6RuawuRyeSo6qOnxcMmPJejybmUZGAk3eON4/qjf2kPH+Hsi9fuOs2BU&#10;ZnHfGLflTBtisrarKxbYgFDJkYZ5iRKqQQlvKqiyITza3sse3IZmiGkDh/k/2f5dGC7XIkWu2lot&#10;dVK8Djh5n/IOlUsJkhj+8jgkmVAJNCFk1fnxa+QD7I53nv3vXPztVdkY6qrKGHxrFksjgo4miLGw&#10;iOQCBgST+gm1/p7K7y3eNw9MUz9v+z0ut53AWOY1K8K+eOI9Os6gAWACgfQD8D2XV8pV5b7PH0NE&#10;1LLPPHC8kGt3laRwiqgHI5Nz7L1LFqEU/n0uLawFQUJ/n1y93JfFz+W3vnfeQwebzrYmu2pRwR1k&#10;kq1qympQxif7aspBYqb+kqf9b2a7csco0VBYca0z8x8hjpuTbLhWEstdPmPM/l6f4c16DvsDtDaf&#10;WtDFW7lq5omqJFho6SnpKmpqKqV2CqsawIwA/qT9PZqNz/Gj4ldW4rM5Xc/XtHlMrXS1DT7ayOfp&#10;fvMdUU5aNP4NHI48cUrDWAeQD/h7Xy2MC5ema8DwI88cR04lrFbOzzKGDE8T/Iegx1Kosnns1OzY&#10;+Wkp8aFgqKXItQzOlfBURiTxsspUpIoNjYW9039uYTadDmq58LT0OEoK2slen25iMj/FVx1JciJZ&#10;q0Gxa36gPz/h7Jpo1jbSvA5B61bkGRiMKQcVrT8/n6dLkfT63/qf6n8+w/xW6K/bVHLQ7dqDjIJ0&#10;eKWenp4/vmWRSXCVJuU/px9b+09MU6UOoK6UNPT8/wDV+3rv2H/8Fp5skK+WonqpZJmldaiUzSu7&#10;MWN/yb+6BBTBoMfy6SpFDAAlfn9tOJ697GXDUH94WpqCtqMRQFykMM1a8VONX6ETn8n/AB9tSuQQ&#10;oHHz/wAv+x1eWcSqACF+2lT+f+Tr3tQ7p6V3LtrGPnsXlsNl8fGoeqixFbHLVUyXu0r04OpkB+pH&#10;097WUMdJBoTn1pw6dUSqFckMny4j169/h7B2oeeVAlRK0hvc6hbn8AkfS3tyUjQa4H+DPHpQRUmo&#10;weve2KSOnBLBkQgD1MbBeCOf9j9faUVHD59M+GgJUcf5fL5/6qde9iL18u0XmaPOZ046OObWkxgS&#10;UHQbhJAQfQSbXHPtaAtOnIPC1fqNStfnT/ZOOve1m+5tq4/KZJ8tRY/dtCau9OrVb0cH24+kcMMK&#10;iwsbE397JQcPTpQZIwxDDX/m8v5U697DjL5/btVWVTYrBmhp3lZ6ekNZLPT08bXKxK7+pgL8X9sy&#10;SgDSDXpotGTr00rwH+r/AFZ697Z48xQ0zyF8dRVGpCBHLCzASEatVz+QfbIxU9V1r8JAH5Z/b/q4&#10;de9o/GKcdn4M1E0cstPV/dQRzRHxq4bVGpQf2QPx7ejqBT16SgFJBIMnrom3+2v7Efc2/K/c4C5b&#10;D4BplTxGWnoPDUOF/S0ji1z/AIke7ScB0qaZ3NSBWnXftNpmK4wLSxCNYVAVIkiDAKptGoc8gE/X&#10;2n7q4Ff+K6oslRnAHXvbbLWSDU0pIewDi1rMDwv+w/3n3qtTpr027ClSAK8fn/q/2Ove8DzGONgV&#10;Yfn182U+onn/AF+Pdsjh1ZiwFF4Clfsp/wAV173xpqtadXcmT1D9kxTPGUkvqBshFx72HcDT1RHI&#10;qBXhx9eve5T5qviOp66UsxsqvI0l2+gX1X/r9PejUtqPVizACp4+meve5aZbIRn995B9DfhdQHJ/&#10;2Pu+lvMdb1OFzw9fPr3vzZqpdncTSgKOFUL/AK4It7rrZeFerNIwyfh/w1697MD0Z8gaLpvM0250&#10;2hjNyZyjlaaiqMpI4SimAstRFGv9tfqpt9be3g4pWvSqG8FtVo11nyrj8+sNRAlTDJBJqEcyGOTQ&#10;xVmjYWZNQ+lxwf8AD2PR/mY/ITF5yTPbX3nufDTmSRkpKXLl8dDEzahCaWVCrKP8fekkKPqB0/Z0&#10;nm3C6uGZnFNWKeX+z+fSC3X1L1jvnFS4TeOwdpblxUxVpKTMYPH1qs68B9cqFw3+1BgfZafkd8ru&#10;9PlFBiqLtHdU24aTB1UtdjoZ4aeCSKaePQzO8AGuy8KD9Pr7vJK0p1ytUmn5/wCr06QaJsK1AB5D&#10;px2T17snrfDjAbD2ziNp4ZX8i43C0i0lIJLW1iFeL249lip9u07xWmrXiqjp/TETCn+0Ow+p/pb2&#10;nUBjVR6dPLGtO45P8ull/vf592R/DX5PYT427J7MwNEaun3PvGmgiw+5VoaepbESxkF6uGmnBHkN&#10;iikjgezmyvZbJtUfr07GIljNAS1a/bx4j08+klurZ2L3iuJgzLVEuPxlechJj4ppIabIyCnaCKGu&#10;8RVnjUvrCXsWAv8AT2UjuburuDsvdObzG4OwdwZqOrqJBEklZ9mpolNoUFLShEWwtcAe63m6SzVq&#10;1BXpB9O7V8UCmcfL/J0oqGhpMbSU9DQQJTUlLEsNPBHfRFGn0UaiT/sSb+w267q9vUm+sJmOxMfl&#10;szgKSugqMjSYyaKKtqRG4aOzzek8gageT7Qo5cl6562kKKVQCieYH+DqTbjj68f1tce7W9xdxfAR&#10;cZkMzTdddj5HfdTTU16d8vU0WIepMIBlmlpyQhUWDBPr7clI/Aa9CGF9rhDyaW1Y4Vp+Z6Ti026j&#10;lBI+Uxa4fUzGnjoJTXWt6IxK7abf6prX/p7ri3BvmWTPV2Q2zS1WMoJKozY+KeqM9VSxCTXEpqm5&#10;bTYWY+0ruSe09IpZx4hZBTzqelL9PcHM9kbrz9W+RzNbNkq50jhkrayqknqnjiTTHGWNuFHA/wAP&#10;dQ7A9xJ/wdUaeRyDIcnzr/q/4vr3tzwPb+8Nt0j0uCTCYppAfuauDEUk1fWAj9FVWVKs1h+ALe1C&#10;3BUAqaf5OkM8BlwgUDzxn8j5de9+yfb2/s9S0VNkc5NWx4uaafGCdEK46Spsaj7SMCyq1uVtz7tJ&#10;dlxQmvVYbRo2DBtWngTxFfL/AGeve0hW5nK5WSSfIVs1VUTEyyzuxHkcG+ohLW/wt7SambPr0tqx&#10;7jX9vl6fn173GbIViENFW1njVQb+UhVJ54C/Xn8+9+E9MA56uwZck4+3PXvfVRXVmSZRU1lRVaFV&#10;bVUzSgKR9Ev+Pe9ElMjPAdV7zQnJ9fLr1/qP6fX22fYQhmApESS5uxQgEn+0t/6e6BpEJAGf8HTe&#10;k1IZf9X+r9nXvaqwdLtKbJ0dFun+KR4RgkdXUY/Q9TTFjZ54YZDpdV+un/be3TNRq0x/l6eRYSwW&#10;UUBrmvD8vPr3trzVBRYXNVkO3shLVYmCeT+H5GMS0clTTXvHLLAD6Ht9R/X3sTK3lw49NukaylY2&#10;NFOP9jr3vjSbpzAf+F0MUeTrMi6UtNG9KtXWtNL6VNObXuSbX93SrUoDqPBfPpl7kxKWNP8AL/xf&#10;XvZ5cV8Jsxtvqmk7U3U0uZy1PT1W4927Zo1E82NwSw64olaO/wC99PKf7A9qltZDGXJp8uPWlkjW&#10;PxJGr50AzT5nrA1REkgjdtDMdMYaw8jWvpS/1P8Ah7CnA9Ujs7b9Xn9g4iTHZmgqFUbWkkFVPPQy&#10;jXTvSVVtTOf9SRz+PaQ0JoR/LpTDNDcQ+JbgqwPw8a/n/n6zahz+bf4j/Y+wx3Ntbd+x6ylXcmPy&#10;dKldG7wieCSJi8TaZqdlnUaJEP1H+291dQagYI681zpYljSvrgEjy+3r1+LgX/4p/h7aKnPLFSqa&#10;SGviqC15JquVJF0/6mJFH+3B90keQGgpT9nV2kp8APzr13/t/r7ZqzcFdVQiCqlZ4SFGhWCtccjk&#10;/wC8+6DJ4cfz68ZT+MfP/VTr3t0xuZKmnWBmilRozGpCOA+qyf4H/W9vxxuKseHTZlVFr51wCc/6&#10;h172IGToKqGZ5dwZrHYyuqKaGuiSsR6Y5CKXhfsniGgsPoR+Le76aY/w9OLJGz+HqofKvn65697h&#10;UNFX1VXDSw1lL9tUg6qxyLCJB+40Tt9eOOPfqdOBW1U8/n/h697l1onxg+5rJKBsVZqWGRKqnq6V&#10;SP0rI0RJDn+pH+HujsUHDrZBRwHoQfPr3sId17hhRWTESQNMxCK1MAqxC92c34v+PbAY0qOks8oC&#10;6FpivDr3tGUmZz8FNUJFVq61KmOUTp5pFBa4aN2+hP8AUe3UMhFR00GkVTU0+3r3t/jXB1mAggyi&#10;V8ecoqh2inQI9HXUU/qENUSdSyIw9LD6g+7AsK6h1YLGYxqrq8jxB/zde9rzGbox2OxyUYqJIYUx&#10;stG9LHT3apZ2LRl5foAD/Tn3ppRSqCtOlCyeGoWvl5Cteve0bQ5lZ8klXuLJ5aujpoo4aa0xqpKe&#10;BDf7aMTkgRgXsv0HvRd+IAA/w/5umVKlv1CTT9vXvZw+j+5/jh1lUzZjObG3lns8nrxtSXo5KCim&#10;YcyNQm2pr/pb8e3FcHzp69GUFzYw8A2o+eDT9nXBw5sEYLyNRIubf0HsvW9uzaLce5NxZemozSUO&#10;Vy9ZkKSmSNIJaenqZi4gkjTjj6n8X90Z0Q0BrXovZlErkVIY1rw65j2hqjcNHOf2FmIcEuC+g2PH&#10;AH1918Rq4z15ZFCnSCfXr3vjis82NapURCoirVVJo5QToUMHR4W/suv9fdhJggjrUbhSRx697f5M&#10;xicnRR0j4+eKoimllNTBKCJo5VsEdT9Cv9R72ZEpWvV6o6UAz/P9nXvbL/BKCrWaljjnSqmmjajn&#10;aUBBGFIkhlB4Oq4IP+HvYYE8eqeFUkUNfy6974z7AyWE8dZuDBbhbHzDVTT0tFUinqo7XLwVSKyP&#10;b86W90cDieHTbxmAB5lJFfIcfz8uve5+D633dn2qavG7I3C234gZv4hNhq806U17F562RFS1rksT&#10;7sBF8Rx/h6b8bWS2ggD1FeGaE8Ovez1fHn4p4bP7eyvY25qCtm2TipaairY9pRT5rcE8tU+hPJSU&#10;ZbxqCDqYj6e1aQ6sLQ1pgfPrePCErpVa0AXJ/MdQ6iupaaaGmkqIIqqqWQ0sM0ixmcxAGRY9X6iA&#10;bkDm3PsBflDL0ZjMomM6lx288fmaNhQ1tNmqIUVNaIlZJZopSZBPq4sB/r+08lI3IH+r5dVeS0Rq&#10;W2pSR3A+v2f6h1Jj16R5NOu3qCX03+psW59lMqqPO4kU5d571sYfxsGf68hSp+jC/I/HtsqdVRx6&#10;14oVigYV8x1z9jx0j1dvXfeQMkamPDwyqmQkMQlkSPhnAj/DAMTz7cDaR3ip+XT0JlLaU4efy697&#10;f904bGYfJ19DDJUPFR1tVSmSaMLfwSGMSah9L2H/ABHv1RxOKdLD4PDUKDjXGfl+fXveOq3nhhT4&#10;6mmwsdTh8ZjxQLTmUiV6iZzJVVyvHyJGex+n0AHv2mn59NMkImWYjAGcjJ697SP8V2xNIXiWphDF&#10;tML3axJ4RiR+PbZclqL5dX1x8Wx/m9eve+Mx21MpCZCKNma2mWNwzG3qZSODb/efblDxp00ZbYmu&#10;oCtOP+r9vXvaVyC4RKqKmhlaZZnKNVR058MI+oeTX+L/AFA97oQKjqp8Imin9n5de98aXbqitina&#10;piqMY1jMYQwKHVy3jPNvz7R0YEg8errGPEJBx9nXvYqx9f7MyNHG+F3XQLlvGZPsquN44pgoDSJG&#10;7/Rh+P6+30fV2nH+XpT9LE6djDUPKvXvcAbPpIY9WS3htzHJGxCK0b1cpcW9Iij5P9CTx7vxFadN&#10;CM0ALAfl172k8zQbaghjOLzdXk8n9yFqGNAmPx8UJ4MiayW+v5+nuutR59NyRx+TVPXvbNNT18w8&#10;dHkcbqjSRnWrkEcb830pIfqQOefehIpOk46qwemmo/1f7OOve2aiq8pT1aNPJQPCziGUpGpWPUQo&#10;sp/Fh9fdi6UrXpsF0NDTP+r/AFfZ172INNNQxeJ3yNJE4YjXGpKKfyGUDgf1Pv2pfXpQGXjw697b&#10;sjncHThzPlkaZdQCJTvJ5f6EMv45tz71rTzPWndQKV49e9hxWblRp2amjLJfhyWQte/AB+n196Ei&#10;E0r0lL0wOve+qXcEvmH7ZmXk6f0yE2JA4/P9PbygNgdNvMIxVuH+Dr3sWNtRU24KeokpnemkpI/N&#10;UpJTO5hivpMzmMEaQSASfd/BcgED/Y63Ff2rP4fwn9tf2ddX/wCNf48X95J8RjKVgGy9BXMRfSha&#10;Jfr9JBa/tk4FTw6XKiONSkHrv3HNBTVp8cM2NiezBQswBNj9Of8AH6X90EiHga9e8OMjBFfTr3tM&#10;ZqplxVdBSr4dQQ+WSIBwvNgNa8H3cEHh01JWMgL5/PHXvb22To8B4JMpXwVEVVEsqCglWokCn9Su&#10;i/R7fUH3VnVePTuoRgeIa/Z173wxcWW7CyQx23KmlwtB5Up2yOUdk9UhtGGdAbFuLL78O8VXpoK9&#10;y+mM0A8zj/VXr3thO2c/hK/cE5r1rINqZJKDJTGU+GepeTxlKeOQ3Zb8k2+nu+mh614boWINQhoT&#10;/m697FCfbgym3V3JjEnMfhT7uFI2eOFpTpBUgG/PvxpXHSsoHj8SKoHXvbBQdc74qMLNuCmwNfHi&#10;4xMyVE9LPCtZDCNVRLSawPIsXGsrwPfumFt5mTXTHXvaHyQyWKp/LUrJRpKgeJ3UxmVW+hiDckEf&#10;Qjj34U6aOqM5x172nqaCqyxeSCkr6pbapXp4JJSi/l3Kg8e9afEOfy6RyXcSHS5qRnrom3+t7cYs&#10;LNLEHiiYxg2/UusW4Klb/X+o92oa0AqenYXinBaI1/l137kLh6qmUAPHc2PjM0fkW/IIQm49+AJ6&#10;f8Mg08+uibf1/wBhz7i1ENXK7K9wUIR7sFFxxcH/AFv6+6k0Feq6GJp12Df3xjxMM3pNZEp5uHBK&#10;mw+pf36pcUpUdbMdD3HHXvcSWj+znHjljkYfRoW0/Q3vY88fj22G8PtHD/V/LrxTFVz173Kqw0Ig&#10;dh5GniDk6+YySRoct+femYMKdb0gU1efXvcNE1ktobSRdwW/p9Db6/7H235/Lps1YlfLr3vnHTch&#10;2T9rjm4a/N7e7KQCK8eraSPz697UtBS45zYqFNr6pJFWMk88FrW/w9qK1HVgEJz1724zUGNjRpWS&#10;FtKMwIlDF7DhVtwfeif9Q6s4UZA697SUGZeGrMaUEEcWrgPEVltfgs6/X2/Gylhq4dF9zI5WgFB/&#10;h697NJU9b4WLZeE3Tid3bWz81fEBmNv09akGcw878gNRzkeRP9qU8H6+9ziPV+n/AIevW9rJpVlc&#10;Fq1pUVB+fr8+vewubAU01S0MkbxozEs0bROR/rWP1/w9pi1D3Ho28HyI/wAH5/l172xVlLQ4hjJH&#10;STvFETqNURHqsfqQL8f4e9eIlaV6bKIuQKjr3tzoMzQ19Jq/h0ccOtk8ohQni9wCf6/192GeHVhI&#10;pxSn5de9u0GEx+Q0uZNEegkCNUBX+q/X/b+/Hq/hK+T173OO1scqBjUs2o8REqGv+ANPvSsGJAPX&#10;hCuQevewm7DkjoZ6XE0okQmP7iquSCS7aYohb8W5PtqSSlQp6T3ACtoU0+Xl172GirYji63sR/j9&#10;bW9pgrVz0warivXvfIqVS5tpI4H0F/68+3WPkDTqtKkU697jkgW03vzc/wDFPbZbNV62aeXXvfO6&#10;svPBH5/rxyB72aMMY68Mceve/XQ/XUT/AFJ+lvpa3uwCuM9a6976vqa5Nzewt9ePpb22RU0HW+ve&#10;9g7+RF0dFke9cr3NuGlUUeztuVzbfepjFlyVUnieuj8gsPClzf3k37A8v3dtLec0haPDC0cLeYkk&#10;FKj1oK/l1gX99Xni3j5fsuSIJf8AciZXnAP4E4K1PJj5dBV3VPlYut9xU+EWR8pkqdcVSLDq8zSV&#10;7eC0RXkMQTY+7oP5hH82z429Cbe/0bPjc52p2lWY5Kum2zg2pqHE0NE14qWfcm4J9RgWSRLmCFDK&#10;UF1tcH2KOafcePk5mtr2SS7v5MvGDRUXgKv+HUeKjNM+fWP3s/8Adq5j5/nG+KsVjtuofqSAliQa&#10;lYox8VBwZjprg9EF+LvxQ726837kt3bj3bRYTA1i1KzYkvLk8jW1c0l0rI4OIECoSB5CfVfg296X&#10;XyB723t8kO0dw9rb/koVzWbkjhpsdiqcUuKwuJpLpj8RjoRyI4UNi7ks7FnY3Y+8WeYeYdx5m3ST&#10;dt3fVI+BTAUDgoHoPXieJ66ncn8p7XyVsUOxbSG8KLJZjVnYgamb0JpgDAGB1aDjcfBi6KnoKYym&#10;CmQohmkaaVrsXZpJW5JJJJP+249g6siDSTH9BwDwCf6+yIKukuM9CgZ4Hqd7nUYW5keNnDNo5b0E&#10;Mbcn+n09qYFSusg+nVZGJSuAa9e9zJdcUMjoBrJbT/aVVB02v/T+ntQ41AtH9lOHHzp/qyemyush&#10;XauMjhU4INPWnXvb5/Cqiv2tHkqWnmekxtZHHmXswjimqW0Uju68aSLqL/k+6G3leEzrVgnxig48&#10;Bn5/PpkTol99PK1Hc1AFKmgzQ+VBQHr3vD91iaSieXHU1bFk4aiEmeeaOSkMVrSxiEerVfkNf2wx&#10;CKygH+lXH2cMVBx9g6OPEEIoPkOP5kHr3vHkPt52wkjFw9U0utdDBVDSAKYh/TUx49p4FbxCXpQj&#10;FKkk54gfyPTX1NLjVhVA1V+ZrX7eFc/Ly697ec/R1+36uLCY7bVbS1dGY1ys0sFRVDJzTU618CND&#10;psi+FwxjHJB1fT2veKe1KqkbrIQAxZTUkgEChGPPHE9Mw7layrW1dGB4ZHCtOHHiCD+zroEn6i3t&#10;4koa3bNDjZMtS09DNuT7isGMyLQsI6BhdKkRoS0QkdSFWQAr+B7ZurO5soFM6eG0lDT1B4EjitKY&#10;8/Pplrqy3BGW1cBo3zpqBqpSn2A+n+Trv2tZMEaWXFVx29T1VPnIaRcfNPlaKlWsklp/VJDG4Mqo&#10;pJXUy3NuLj2juPrSVFFqygAsKkiuKn7AQevQArEY5JANI4efGta/PzHzx172ZHC7Y6DxEWY218jq&#10;zAYyqbEyS7ep+sseue3lh62npzPTVORq6YosqX9L0hALC5Y8ezXb0hgmZN2FUZdQI+JWPyHGnmDm&#10;mRnomuJtxuHUbIDKa9+uoCgmh04qTTuP8usFSZxHemSJ5A6XSZmVWj1fuBWX6Na+m/F/r7h7MzL9&#10;szbX2rBhain6m2ZuOXcEE1VRR0EeTqaSB8bHlZ4wTp/ycsRGCdJZrkm3s3ingv41gK+HHFnC11ca&#10;FvLV5Dp9w1tJJpb9Z10g0r5k5HlUnh1mH1/2/wBR/jyQfaS7/wCy8JVbuzM2CkpafC1VPBgsZBjq&#10;I0dYKLHxiGOqSQn9MjcW+ukAnn2W3d4zuSBRWJUfMDFf5V+VaA9U2vaEghE0xq7MTU+Z9cfZ/qB6&#10;79pvc/X+O3Ftfr/b226TI7i3u1HryXiqKaerf7xFno8dR0tPd7QodUrPzyPahEW8hW20l5vw0FSV&#10;zgDz+Xn+zr00lzaXUt0xCQr5UxjiWp5caefXr25PA9hFQV2a6E3vSZnG5yox+/ttVsEsEOGqwJMP&#10;W08yySwZGqiJXUttDQi/PDfke2bO5udh3FL+3kKTwuGXQcppOKtwrjIpjpPfWNrzXtE22bggktbh&#10;WU1FdSsCpoD+2v7OuLLqBB+h4Nxfgix9n87h+SHxn7/2v1tlepfjvLh/mrvPdNXjuxM1IA/W3gqo&#10;wqbqxOBjNpslWTys8wdBDAiO9izKBLvMPN/K/Okdodj2gJvtywWZ6to1Z1uErpYv2ngCpD8ar1jd&#10;yvyD7j+29/ubc28ymTk2yh8S1i4XXaf7F5DwjVBpWhLOSBgVPTBQwZ+nzFck8+Ml2yKKi/hEaJU/&#10;xuOuLyLXRVkrnxNAqLEYCvrJLh+FW5pdo/GzZ3TnbHVGzMLOm4ewaRcJk99ZilSFcVT52CZa+teh&#10;kprjxaLA3ta39SfZlvfIVryvzNY7XC/iXKrG01KFQ3xMRmoHln0Hz6KuXvcjeOceUdy3idfBsi0o&#10;gU90ng501r514Hzx06yyA000jr+2Y3OgizspW2kg/km9h7LHuLEdl57vLec+RxgwiZjsPc1cZKSP&#10;xTLSZTLu9KrTKBpcx6F8gHPuK90268O9Tyyp4bSTOaUIGWYjT65P29TntO6bLZ8j2yJKJhHCoAOc&#10;qPlxPqOudPGkFPBBGG8UMSRoWNyURNIJP9bcn2ejM9L4XYu0tmV1ZKZN45uqllhSesoq/LQQwwkC&#10;OlxlSbvIwBYzSWUAezzc9qt9psrM3mZ5ixqCCwVagAqfmK5xnPUC23O13vO9SwbehNvGKOQCqsS1&#10;QQRigGKeROc9cIajyT1EfOmDQpbS1mdhdrN9Db6ceyabEn3ZlMD3BHiosjWfc5IxRxJiTuDK/tyv&#10;G7mSEijpDo/zszghTxH7CEMt1cxTGJPhNDQEk+pP4VBANDTqXtxTaHvtpe8YRvGOOqgqRWh1ZavA&#10;U6lEi31tfgX/ADcfgfn2xYvM716z68pKzKYnMvtOlrTW10E1DiqSgqXim1z082WW9VMxN1bQdIPp&#10;HtkQ3EVrSn6QJwQAp9c4J4Y+zo4uV2rd95eOylRpihVe44WnEAYpXhXOOuwPza3+9/6x/wB49uy/&#10;JjbXZyZbZOwdiQ4MZ/FPTPVbgq3mipK+CmedjTLSrwZbEBnFx7M49zhnhaxiiUagAHY1IK+g9T6+&#10;fn0gh5I3ja5Yt13i5WQRN2hRUlakBc+QHn/l68Rf/ff4W5HsiG4dvZeLPUWRrpnrKpiFMjMzVMbQ&#10;yG3iiHqCrYWJH5HsikjLOGDajg/b5jP+QeXUqQzWxgaGFhpC5rxJIrWvyrgD0679iX23i6zH1W3N&#10;y/veXJY2naZRF4GdljEUjSMAA3INzb/X9qru3VCswNA61/z1Hz/wdEWyzwyLLZKSApNPOgzx/wBX&#10;n172WjdFBTzVL1kcckCSAsSzB3Mjgkk6OBf2XOAp8gDn50Hl8+hBA8sKBHz8vl5EfZ/Pr3sOJyzW&#10;V7kg/U/UD/G3upq60b7a9GA9OvexI6poxW7loIWTyxidJGDWA0hgGXn8nm3t20TuAY0qcfaOmLyd&#10;YbVixpUGnnmh/wAB697tsy3VtPuDrqTIYyKOB8VLPTVjxU/mqnial1Uyyx88KwJ1L+fr9PYhl2z/&#10;ABVJForKSGFOIIqD61/2Oowsd1MW7eFPIQWyM0BP+f066uL2/Nr/AOw+nsnWG2/JU7crkoMfNLT0&#10;1XP95W5GX/JaJll0Aoqf56W/1Qmw4Hsn0t9OzKuqman/AAU/1HocTzGKVXnYFsMPOvyp5YGT5H7e&#10;u/aO3bhFpMgsMMldmJUpmRnmpmWho5ZogUlpVtY/8VHtuRJJU41PywDw/wAIPV7e8+sgMp0xnUMg&#10;8c+fpjy697BXcm1pcfT0VQU1CpSczVrBTLLKGuw8f0VUBA1e6vZnRqIFTjjX/V8z0qt7szXUiqSS&#10;KAL8qcfTJ49e9pPbVLUNl6eCjEWt3eMyVQTwNddPKycXH4t/h7R25eO6qpHGnCoFTT/i+l18sS20&#10;niEigBJXiPP9h4H5V697kblomxtc0FRWjLV6h11pZKWjH1AW3F7f7b2ZXytHKBM/iyilCKaRTy/L&#10;pFatHcKWhXw4wccBrA418+PHzPXvaWWKSa7O5aRjpLsT+m9rrf2h/VB1vkHzB/1YA/2Ol5VY1rSi&#10;+fy/Z5de9yKaEPKsem7agnPGpnIVRcfn2oRQexj6Upx+3qksmhK1pUVqMkD1/wA/Xjx/vv8Ab+7a&#10;/iX1tPV4nbcMUVXTZTcu6sbR0DoDE6UiTx1FVUA/UgJE5J/4r7Ee5JHtvI+4bg4FBE5AxQ6VJpmm&#10;ScenUDb5zC9zvxtYqNGqnVmvCuPl8uumYKCSQLC/JsP9v7uUz3X6VNXM4hBVToDONJcIuhPUfzxw&#10;ffPZd1U/qS9reQAFO7NDTiPL5dIbe/KS1oqaqUpmn28PIZ9OvD/Wt/yL2Bu6OtC7SlQ0MttEaxpo&#10;8htpt5PqGJvf2qt9xJ/Ufzrn/Dg+Qx0aWlxIITJcvrYtWo9K+Q9PQH8+u/Zc919aS6qlZo40eNTq&#10;jWUOSfwfIb3J/p7EVtukigaTSoBU0yB5/t4ivRtHK3ayMFJNR6D9ny697K5u3rbG1PmSsgUhXto0&#10;D06rlRb+l7m/59i7b9zkfuLVamSTSrf56cPLoQ21+wLBThuLf0h/hHl172WLc/VuSDzJialaKmKk&#10;aYYCSfwAptwCP1H2MLLcRQNMNfzJ4H0NP5dHMd/4nfcVc8eOf2D+Q697Q8uAOBp1FZKpmiQxpokc&#10;vI4AuzlvoB+faz6gySmVCdJ9MUPDpJNIZZtZJ+QApn/Vjr3tFyT1UsslGgkhWRzItRJFGdIH0CzD&#10;6f0v7XJqRRIDqIFCAf8AJ/g6VLamMCUEMVBqAfP0Pz9Ove2atppBKDJIs8iABrclv9SHA/w9qlnc&#10;rUjT0pViw1oaavM4r6/n69e9sUiy6ixOhAhCjgAW+vH/ABT2qVhQefViFUUPr9v7eve4LyBiAq8D&#10;TdiB9V/PH159qVFDU56fXABJB/Lz6974ySfSJDwGUki3Lj9Vh7ejHYWf0Ip8vL7T1YKDUvxP+D7e&#10;ve+DSlmJ5Yqf7duR/Sw/r7ZCgKABTqoWgApQH0r+3r3vBJLfWRZbXZSfo4HGk2/3j3cJSgOeriPu&#10;C/F9n+r9vXvcYzvo1C17Xsv4/qbe3Qi1p0r+mjrQVFOve8DyAg+k/gEgG/q50j/D24FI4Hp0Vpp4&#10;AcPPr3uOW5Ok2tYED/Hjge3QuO7r3l9vXveQG4tflW5texIH1v8A1HuhFD1ZSdP+Dr3vILG9ibi1&#10;lPPJ+gHuvVdQJJPDr3vFfShIa3qP/Bhc8i3u+Cc9XpVgR1732bgen9JIZiP7J/2P496FCc8evBVr&#10;3Z6975SyMbWOr0kMQbXtzf8A2/HvSqB1pQB173jMp5AvYCzEjnn6c+76R+fVggr173jJ1fRiLfQH&#10;8f1t/r+7AU/Pq5HXvfSyBTfkn+v9OPwP8fz78RXzx1Q0pTj173zTlrXvcljf8hRyPemAC1PW8AZP&#10;XvcojU2lUNiABq4P15/3j2yDQVJ60uhTnA8+ve+AjC8jn1W5Nxb6EW/w921V6eoCSFGPn/q9eHXv&#10;eOw1LdTcG/P9B/W/vYJoc9VPwjPXvc6MqACb2P8AZB+t+R/yP2nbjTp45TSpqf2fz697lmDyhCqE&#10;sf8AC4+puBb20HoTnpo6SaA+YFB173Np6SnQETl7qCf2grtc/T68C359syyuaGOmfXpw6GOk+Xnw&#10;yOve8UksUdZCtClbNUrMhKFUcAgg2soNwf8Abe3VRmhJnKqtDn16qr6ZAY+0GnA1JOePyOOHXvYg&#10;Pn8lRQq882Kp9Jdmi8NnqtPJjanANtIsLcey2K2hl74gx9K8B86n18ulEjuwJlAJzWo8/wDL173z&#10;x+96YVAqaqmNbOTF4VpVVqOm/JFPSwoFjc3s7kkg+3JLJwBTAzWpoafPOQPIdMBlYjSM1oM0Ap54&#10;8uPXvY77GzGMr8kmUqWyGKjiR2aiDCwiv+xMwjBJ1EEBX5t/h7LJFeOIoSDTz9PkBx+3rUgUx/p1&#10;UCtTQVH2+oNf8HXvZvtoVmMyawpRRVoVXWSeSoVIkBZSzOyEanZub3+n+w9pYZfAUwSEMtKU8zU8&#10;K+Xlx4AdEH0zKaKeFfSppXOeFcUHoMde9jLFioGni8Mjpr0OoRSQvrNkFvxb8/4e02sIyhQFoxJJ&#10;Pp6etMZ6uo0vrOSfI+Z+wefXvYl4rFtTxzQJBNVfcSpK6orXndBpUSN9WJvb3a6ubbEqggH4q5pX&#10;gVU8BUdIbwxlwG9Dn8+A+XXvb6lFVor6oaqKNnJcPExjsg0iM6LXBb02H1PsvaVLlgq9xSpJIwa+&#10;VPSnDovRgZKOKkCueGK04enkPTr3vqtxaFVYCaWNUDyySoIPEz8aQl+Ag/A5I9sTx6lMgXK4apJJ&#10;zgmuK+VPLq7QtJCXAqwpqz5Hh+eeHy697LH8isdS43ZNaPHLUM6SwwxwTDTA05v5hcEMOOAR9ePp&#10;7U7XOW3RDIAqoQePxUqKCnqcD9vRlYkm4XxuOoCv5UBxwqcnz697qXwkecb7nwPMUfIyiqq5lBka&#10;KIlCJDPwDwbBQB/T2MLiSATg0C0WoHktT6j/AC8ejqQxrcaWIBGa5qBmn8vXr3uLm5KrJl4pMJS0&#10;OKgaRiwrB97NbhZgrkklyLKv0J59qUdEo5fU+DgYH7Ptqfl1uP8Ash3Fl414fkPSvp172zU1XQ1G&#10;LekpMPpaSdjPWSTMz0cEI5Mz/jVfhR79KrrNrZhgVp/ET5Dq/wCIEAAUz/Ig/wCH+fXvbpQ7kpab&#10;GVMD1IeFh46eKpVkhk1x+N9Mf10g+rng+2Wt5TOKLWmTTJ+QP+bpRG6gtqOAOFONeB9cf4Ove26r&#10;yGDpI1SiT+I1j81NVPqjo1kcWEsqgXYJ9EKf0sfdo4Lqahm7FpgcTxNQPmcVr0yilz+ooB8yT20N&#10;aH9mSOve1ftODIUNNV1OFrqaKepXRLGqlqX1kMs9mI8gve+shV+v49pbsxyzpHOCQpqPXH+Cg9M+&#10;Xn04yhQQMk4oBx8/5cfs697MJTxUOIwFFuirhoq3MRwCjaN1SGjmppBf7qkjj5Z2PAK8W5v7ImNz&#10;dXMtuCyLUEEDNR5fb8/TqrpLgAkDBUgU88gHzNM549e9iP120keahyOumhNbAgSipYwZ6WmIBmWp&#10;lbkm9vz/AK3vbFJotFKhSanyJrX/AC1/LpGgFChXtBIJPA+ZB+Z4/b172b6nj1QBk4R4jcE+oH6a&#10;XH0vb8e24GcMHU0IpQeXGhPVYvEDAg/iApWg9DTy9Ove6p+1KKDE9lbqxtbEtPL/ABOerpnQgpLD&#10;WDzxSP8AgFgfofcpWZLwLpzgf7NPl59LyzI7qBUf6sf5a9e9oyHFtUk/baZgRfSG9QX+wWvx/j/t&#10;va1Erw8uP2ev2deMkcRIY8Mceve7FPiJ8Mare+MyPbvZOGll68w6AYbDVEbo+7cgrgHlrH7SPkFh&#10;+s/TgexXtWxvcR+OB2jGfP8A2OvQrrPjyU0+XoR5HpM5TdGMoMvj9vCpibMZMSSRUwZWanpo0LNV&#10;Tr+ATYID9T/gPYYfOXpLqvrWp2tnOu8dlduybneqOQ27WVC1VDS+Iammxrt60FzYxm4HFvaLeNvS&#10;1eiYoB+w+X5dWliSMIY+BqCPL5Hp4oWqTG33UlPK6yFUkp1dFeMC41K30b+tv6e69miiuTGWAXgg&#10;j1c8FifYdoMhh00R5dTvfCMNGSSDYsL8cG55tf8Ap795UHXqEZ697e6Knjle2kKGNuPzYXJ/p7ud&#10;VM9JJA1TJWqjH/F9e9q7B7egnq4lcMq6xcnSE035H+x+n+v7vborvUjpDO5CmRePr172ePq7rTCZ&#10;FIg8tKRJErEtJGpUlraWN739nlrGkjFH4fb5f6qdEc7TA6VyK/tpmufL5de9mZp/izRTUv8AEaBK&#10;eZCvkEaOpB9Go/p/1/oD7ODYRE1C1I6L3mu1FF7vn6/5scfy6x+VA2kkqfryCP8AefblR9L4uggJ&#10;rKengWJASdCqqn6EEt739NEgJpTqhNyR3VH59c7g8A+y79u5PC7VWPGYyppn4kaaRZFPjC+kA6fy&#10;Tew9ld74IGhRgUPHjxJ/PgPs6X2gPBq0rWvmfOn2V679kK3tuaCumaOGXU1xc+rkA/X/AF/ZG8hL&#10;UUHP+r+Q6E9mCKAjOSf8n/F9e9hhJkfU4jfQzfVT/aAP9pv6H6e05PBfLow8Rgo1Gtfl/h9Ove4s&#10;eRlgkWZJGVwL+liByb2IP+9e6sQFr1bWa1697dpM5JV6ROS91ANuOPwf9f3vIyPPrZY07uve+aql&#10;QAQSxXn66rX5vz/sPdetk1Neve5aY4FQ7P8ArIK2vck/jj6D3rraqD8uve59LjdRPhkdX/IccD8s&#10;Lj37qwjcipFK9e9qilo4ojG9ZOQE06jGDe3+JHvxoMnp1aRqS/l+f8uvexUxlDhZYI5I6mVgFuBp&#10;IaP+pIP+PtLJKQwp16G4UGsnDyHp173NYR040RpDWQm4Kut3025uD/r+3ULaav5eXSx2EepzQgCv&#10;7eH5nr3trG3cFkpBIENJMQVeLRYX+o/2/tmR5NVY/PoveZXPYNJ+z/B6de9sGY21Vxqy0hSZFAKh&#10;GXVYGxXT7fhdnUmQUI6ejJda+Yweve0VV4HIxlmnp6iKEq1zpb6Xvyfp9fbnVJI31Vp17274Cglp&#10;3WRmJUA2jYG7c34/1vdXFRT16pISigIeJz172t1yKrIFMTM36fVwCSPoF9+jQqK06ctyVXuPHIz/&#10;AD/Pr3vhIYWZZPGyEEamvxx9fp7s5Kr/AIOnZ2KRkj7PnXr3uPVui6NMl7k2/wBVb/X9+BqM463G&#10;xZA9KV9fs697iSY2GqivKqyG5ZCeLHT/AEHvxwK06ankEcZYrU+n+fr3tI123o0l8qFk5BK/UXH9&#10;Cfey1AKY6LJrlyNK9v8APr3tL19GY7NGGR1JJ4I1oRxb35CzNqJ4/t6agMplyaVrkccf5D172lam&#10;omRh62sCRcs1v8eP6+7nu6VKzMKPTB4/5+ve4Xl1cki4vfkk3va4P/FfaeUkUA8+nFJOQOve8RLu&#10;5U6QV/xtf+vI9tqNXDrZAXv9T17250d0dmLlhJb0gcAfkAe1AAAoOqj1697nMLnUQQPoDzpIAsAD&#10;791br3vP9uGIeOUpqOnlrc/W1/6n3unWwK4rn/Vnr3vyg0zLJIRJp+v0bm/59+p14AjLde9z4snE&#10;7O+sq5snJNiPqOfwPfqdWGg/Dg9e9v2PqBUeUDSAp9IU2N2/p/h70TQ4z06GDCn7eve5s1TAhs76&#10;b2vrIHP593C46bEpZihIx5efXvbRUGmkdhDIb3F9JPB/ot/wfdetyLUk/Lr3vuKEmOwY6g2olTyA&#10;G4HH+8+9dbRWCmnnw6974SrkWYLDLMR+Tck/6w/oLe/daPiUqfLr3udHFWx6HkqnQMwuWX9IZbD6&#10;+99WCvWteve1jjpZqWWNjktalCVUtZQCOUN/r710+hK0q1T172/zyySqjoIpzquCdIIJ5/V739vT&#10;ta5b+XXveaCtlgkDT0skqCx0rGslv7N/T/T21MuNa5I60XZF1HNM9e9quiqsHUMkM+umlI4fSU08&#10;XsVPstdXY6mX7f8AY6SfV6jwAzWnl/qpUde9vtbgYZ6UmCoLpoBj+jAAm9i3vcbsNKMCeA6sJipq&#10;pw3EU/1UPXvYc5TFVlGArXMRYhedRuTfn8c+1wjVo6hv9jpUFRkquQfnwP2fLh172nJdvS1pukq6&#10;z6vGxK3P9kaj734T6aV/Pprw6KQxp1733Fgq+mIjES62POmTUB+P9j/X26i6Rnq2kg0/1H/V/k69&#10;7eY8PkAnrjmTnUHAJAsbE3H+v7q4TVqP7OmpG8I/qVqPT/L9v+z173klxOagAnpZTNcEsEZ0fSRy&#10;pU/097VkHyr14TmvmK04/wCEnr3thlFWZT5w4lYnWGVrhuRbSf8Abe96hWh62XOakD8+P+r/ACde&#10;9sdXT1Iuwjchr8t+QTyov9PexQmg6prQ1VWFRx+WK1697T8wkjdR4yyfVuOf9YEf63vfVAzkahn7&#10;P9Xpnr3v2i7MwcqFu4BuRcn6XHv1D1pnNe0/l173CMw1LMAdYcqRqF/6A29+69Tz8/8ALx697//U&#10;0y4cxlsZDCtN46WaNX8VTGE+7RZE0MgkTkArxz7fB8gf8tf+K6OdZUBCOP8AP1+zrf49p5qqQRmE&#10;EKJBZwqLf1WLEsfdagHOAOqVkA0cB/L/AGeve+WGyGRwE3nwdZXYqfUbTY+pmppb/wDB4iP+Ne3U&#10;L/hz02VWNBQlfPBoeve3MtuLLPUZevrs1WyQzRfd5OomrKwQGQ6Ivuax2Nr/AEAJ9u6mUBgMfb5+&#10;fSFbjbgxfUTmhqa8f9k066/4rz/hf3yqt07nMUdId07glpomaNYBlsgtKqqPSFh8mkDj6W9teJSp&#10;RePSpYY2o8TErxABqD6f4evD/Xvz/vh7bqarmiYusVNI5LlmqYvuHMkvDyK0hJBPPvRYvSvSgFvQ&#10;Eny45Pz/AMPXfuE6sFZRpB1aRYi925tb/EDn3QgkUPVUqDxzw697nUG0a7O09W8SxpS0ap95UVUs&#10;cESJLcIFZrXP+A59vRxkNqP7OraSy6wRw8zSn7eve1ps7afZWzJKTObFoMkk1PULVQV2Np2mk1xg&#10;FTErACRCBc2BFvaxq8CMdUad46eBxPpkU+Xz66P0P+8/6359inmu3fkDki1JueqqqmbKRPFJQZXD&#10;0/8AlVGV0uppgNRX+gt9f9b220ZOBw8/s/z1/l1prhzJpmk1BqkrQCuPP5/5OvAACwFh7LJn6ipp&#10;pZzNS0lPULK5kjSn8VnuNUYVuV5/HtgxuXqfM8OveMuCpBzmnr6dd+4WLqYamFWqXKFvIHEbWaJR&#10;6VXR9ST/AFHt9omqM49PX7fl8utkR6S+sGh+zPXRNv8Aefzb/Yex82Z8auxOxNtVm49vbM3JDiI4&#10;ZZqPcOTh+0w1Q1P6pkSaQaiCoIBAI/x96+mDGtM5/wBX5+XTb1C/Dj1OB1happllWBp4VnYArAZE&#10;ExB+hEV9Vv8AG3sHdkiv2huOuoKZZqPM1EtRjMtWwyDWmPlfw1lPE4/Eg9JI59qoVCtThx/4r/J0&#10;QzuJqmPzFO0/mf8AZr1n9m+7T6k2luHr/C7q6uqoqjKbUxs8O7dtaPBO9PpE/wDE6SR7CQpzrUm5&#10;HI90m76tSn+ry/zdOW2lSDa+XEcKH1Ff59cQW1MCPTxpP9eOb+yb4iipsrV0VNFk4oKaqYtU1DpN&#10;KKC3B+5igBcgH6WHtD4QJDHgeHR0kkZUMxp/kP8Ah/Lru/Nvz7OD8f8AYPQe6Jsngu3a6eDGUdV4&#10;13Vj80MTRR/cEiGKakqRrIuLliOPz7XW8SSMCxoBx/1fPq6ra3OC2UPEGgzkAg+XUSuesjppXoY4&#10;ZqlReOKZnRJLC5XUv0P9PZycD8GPjhuGWeq273TV1Gzw4lp6TAmkyNdQzkW0tVxk6lP+qK+xLZbN&#10;aTORqA8/OufL7R0lm2qONGMcmsegJyD8+kZV7n3RDBpp9m1E1Yb6fJkaaClbT9WDNdv9YEX9oftr&#10;4E7LpqahPVXaQq8xJV3rqTfNXS45ZKErYS0kiqNRBH6SPaq85ftI0rE5eorkjGeAp516L/oGiSkD&#10;sCeNSKj7PnX/ACdTMFns7VJJ/HduzY9vQYWopDXRMSfUr2sVI+t/p7CjAfy/N67lzgxWLymAyE9P&#10;HCa+swIGUNG8x5qawLbSn/Bbk/X2UnZsjQfmc+vmeklxd3NtIAXAJ8/P7enrJ7gxGFov4hl6yLGU&#10;tyokrWEAZ7XEYL/k/ge8m+f5fE+2aGpzNZ2alZJQVDUU8X9085VzxSw3EkaCiZmVVPFyo9lU9k8L&#10;H8z+zj09bkXAMjtk5r50PEdZKTJx13ieFP2poEnik8yWkil5jdAPrcc8eyW7moNxbMeowWP3Tk6+&#10;ihmApyDmKGEWb1KlFUNqU/1BHtGDStRn/V59GsUakEhy48q1pSn+Hp0+g/1v+Kfn3DOM7P3Tgail&#10;q6/dWR25pM09JPk67+G6E5NqeZ9BA+vA9trICacKcP8AZ/zdKFtpWXg2mtKE4Pzz1768/kH6/wC8&#10;H2mKzqfMbfx2DzeQwlTSYnciVMuCr543Snrvs38dQYJCLHQfx/sffvCqCU8uti1ZKPSgNdP5dcbg&#10;cDkjggG5UnkA/wDEe3KkqtwQUy4yGarlpVkDR0geRofKfSCsINuf8PbBUhsj/Y6vqeOoP8s9cr/6&#10;/wBbf8UPsyG19odr5nER7Zy2S2rtfBaY5llzNBi5cz4pPWHoJx+7yOLk2Ht9XjXu8vPPTF298qFK&#10;qimleFc+fXfsaZW6d6x23UwZveVNmMtHR6KikamoqqsrePXDDFQqVVT/ALU3tfDMoIrQjjjy6Dkg&#10;IYrI2sjyFD+X5jr3sSPi58zuotq7roqDHdK7docW9dTUOR3Tl/s4Kmkgkez1zGYMeP1WU8D2d7Zu&#10;sVrMrSjWuPtHr0EN42e7v4tEKFK/iBFfz6RO+9qVe7sLPjaPcOW2/K6PonxcixtJJp9CSk86SfrZ&#10;h7tc7p+eHRmz+uMluDbG/NpbnyVDSEUO1cRk4xPXVpWyUzRQqBpH9r8W9iPeOYrO6t9EIBxSnl8i&#10;R/n6CHLvKm52F+ZpmrQ8a8fT/Z6KH1t8eNw0266yr3UmRjjjmeZMzU1IramVUPpWimldnRn/ANUO&#10;VH090nbTqH+b++Mw2U2VjNl5rMSVYocxsnHVUMCSBv8AJ1zVIf26jUD6pEAIN/cZTDvMi8ep526C&#10;Sa3CzroIGGXjj18j9nR3YvtMHiyJaqX7PHU5Z6rIVId1hiX9U1TLb6D8t7DDvj4Mdy9E1dtzwUU2&#10;EmRJaLO48VhpnppTeOWpR47wm3Dajx7Y1aiScdPaJg1D3L6+f5EftNemram9tr73oZshtfM0GYpq&#10;aqmoqo0VTBUPTVMD6JIp0hZip/Iv9RyPZYsltSLEiD7jPYqRp7RrHjqj75hp4LyaAP8Abn6+/Uo3&#10;8+Hl0pCoaEkZzQcf9Q9PPpUgg/T27YOnwWIiycrUWU3WaqFY5wuHlkgxoXnXDUKToP8AiPdgzKKV&#10;x/q/b06oiTUxq1T6dd+09UzYPzM9PTZJBKADDHOq6E/IIP1/x96qxNSf83TTCMCi/t8+ve2evkxN&#10;RTNJQwZKGspZFKQ1VSv2tZGovpZofUAD7srOvn+3pt9AQ0rj+fXvYl9ddm0OKr6ubdOztrZShfFt&#10;Qx0kmNMqROP0PE97ox/tPyfd/EHmft6etpxU+IoNOve3ubfGyJssMriuo9pa4yrRRtV5GFUdLaWj&#10;SMgXNr39+8RSenDLC8lRGtRw697WH+zc7x61gLYHYmwcHU1Ds9PNFRS1tZM4H+eqZpXLEgfQt7uZ&#10;FrSvW5Nylt1qqKCf8Pl+XXFkDggk2IsbG3sf/jFvrtz5Hb5lzW96vDHC02PqI6Wnkw9PNRa1u6SC&#10;CpLCwPP+8e6VDYH7P8vTFu1zeXJkeminAAZ/bx64OywxkhTpVf0oOeeBYD2BPyd7A7JgyWewGPr9&#10;spisVk58bUvs/beKoQ1ILqsrzUsZlDXGl/Vx79wFaYHr0WXstwXZEFADSgFP59c1AsG5uQDybnnn&#10;2Sqmm3jFSNlDlq+O7D7SnSdvvJZGb0lozyq35/x/Hvaglak8eqxxSeDWM6dX+qv2cf8AD1y9mRoq&#10;LeXb22MBnM+Mf/FdoSfw2OvhekpctXYy4T7KsjJUysL/AOcf3YAIaKTT/N0ppetGjOahceROPL5e&#10;vXvYUb+2M+FGVpJZYaMzVCV1JQxzLMoRl9AeRCVBHNxfi/u7EthuNettDKoYPQGpbHD/AFU/Pr3t&#10;HbH2nSZKtjVKOqzVbAwqZKKkaPQkMTc+Zj9B7bjjKGrCpPTJRNFJBUnIp6Dj/mz10TYX/wCJt/vP&#10;u2PpfsTdlBS02Y2L8f8AcG8anatDLiYUxOY1piYTHatMVBTjUJW5YkXPswUsgop4+Q/1fn8+kgu2&#10;jufESAtowRX5en+qvUSteCOB2qaqKkh4DSzPHHGLn6F5SBz/AK/tObC3Dt+LtqlyydY7txmRzu4F&#10;k3VjM9FXZmvhlqqjVVPTweDyKwJJs3+HtpUqak1+3PH/AAEdK5aTMrwxNVjUgknj5j/Z6ys6iAyr&#10;ImjxGRZdSCK2nUj6r2t9De9vdvWyu0029v5tsCq6jxODrKOi/u/g8nkRiN9Tz1AHOUxdUB4i39lG&#10;IPsQ2EsMTqWo64oCaAfInoumtZ5JdDOFrhRkN9nlw6BHfO04dw4aWWrr94R1kaNNJVYR2qqMRovk&#10;KxQxkK62tYoL+zu7e25hFpKnc/YlNtvGYvymSCqhmppaWKmjivI1QKq6tJflSnsdGHbnhEk1FFKj&#10;/N8+jrbS8TeGh1FRQ6q0JPl1W/252d2FDkIeufj9Lu7dW8IqZfvMXmaGvpDNPNUhYZYMjAqrBEov&#10;5Vla/wCfZUO38r8SO6qSp2lNNS1+Wx87LQzZSGmhp5VuY9SrT+tIv9SQef6eyG5WxuKfTt5HiAP9&#10;R+zoyuL6F6RzhTSuPMD5+Xlw8+jV9Gbc+XuyZqeq7OOw8tgMjRiXIbe27WZKuzGHrAt9MNfXkJO5&#10;PD29P9Cfdd22Pg515huy4cpvvuHqzcOw6ipqXptiRUFTj6owyvakpxVyOAxTgF7cke0SWkUcgEki&#10;AD08/PP+rj0XW1tZyT6mINanTpp/Ph0Z2p3tuKShqnotg7mirBHItMKmKkKLJaySOgkuQDyVHJHs&#10;ye8firt3auUxGX6K2X1/trEvR+TIZysM08jvrt46GWnLPqtyRbn6e1PhwxjWhqKVPrX/ADU6V3e3&#10;AAPbKoXNcUNf9Xn0ybK7JerhqaDdTzR7jgyEkH8Phx0tO60+lTFIwPp0kkgsW9ks+RtNvWhEu2N3&#10;r19ubZ2fp1onoqOmq6eqlqU9cdSr1YWSGpjaxjYHTf63Hsj3WVJE8KmfUfyp9nRHLZX8JVZAGSoB&#10;qft8+hdoqhamASpHLGCxGmYDVcfkFSQR/rH3XV/oC3UuUao2ttXN1UQfXS6Z6R5lXVdWi8LG7Lxa&#10;3PsNaacB0YW0MpqqJXSKg1yD5V6l+x72p1V8mamim+93Vu/rXb9IAJ8nuXdmR25RHUQoWKlp3V5S&#10;L/gW9uRKWYEA/wCriPs9ejeKwv7hO8lB6k/madQ5oqKq0maCnqjGx0B4oqgofodOoGx/23sz/Wn8&#10;uzfefrZd7797OO8sFRxLWzrBk63IJkIXGu0NTVSFpAUP0+vsTWtvPIvisAooafnn9nl69Uk5bfX4&#10;8r6hT9nn+zgSONOkjmd/7cwOSxeCq5p0ymWkanoaNaWXSGSwBqJEUrGh4AY8c+43ZP8ALOzVcWyX&#10;TGZwufSrDz/wnPVjY6shkJ5paao5QgHj188ey67jhUaia8f9Vf8AVXpFDsjxZtyGLHgSacf9WfTr&#10;v+/uLpGljzUFXiGiazyTxNNTBCLiXzQg2Ujn6eyebs+GXye6wqKyXJdY19YKZVmvg/FmlMbj6qkW&#10;osATYnT7LY4HlppGD/qA6rPBcWp0lRStOP8AIfl0+47c238tTLV47L0FVTPJ4lmSoRUaT8ovktc/&#10;m3sz/wARuoe2u2KzLbWyuxdi0eNwygVv+kDY6JIha4MEdfH4pVkH4IJ9mEW1vKQpAOK8K/4Pyx0h&#10;ub1ipLooVRSpX19KcT69N+7914TZ+JOZzdVUQ0olihiSijeoqaiWRrKkMEYJf+ptwBz7K/8AKLYe&#10;2uuNzVuArNoYXBbhw25J4spX7VbMzYWXHRIJIGpKGqDATNfjS1uPaO7sJI3KyLSlcf5R0XR3MMjr&#10;HKgB4ggHh9h4Hj0oqGshyFFSV9MXanraWCrgLqUcxVEQmj1qf0tYi4P0Ptk+MuTi3b2RSRy7dzld&#10;tChqlNfTxU0+UrainmcQKktNCLWN9TL+PaIRlToFccfz/wAP2dGls0TXGmIMUHlSv7T+3rPI2lGa&#10;6gqCQXOlbj6At+B7OX8hv5c2/wCgzYy3S20KjeW1M3FHX0xhzNLBW456uMTzUtdRVZV4dDNpAuR7&#10;WLYSGMHT8XAVFKDB+z16WzxJE7GJfIGmqlPsr5dBrie1dqVb1dDlK6PCZjHVc1FW0NbrCNLFIyCe&#10;hqlUpNDIBqR1P+BFx7KHlPgX8ooZ42k63+zUNpmjfNY2XRYj1SFX4/23vz7dKpqMrin+Xoree4Vw&#10;yRgg/P8AaT/qx0tabcGGrAppchBOH/QU1kNf6WNveHbHwt7uy1dnI8ltOfBRYiFY4jXy08EGQrmY&#10;ALS1TkK0f5Mn0497WzYGjdNrdXTSN+lQD1pQ9OX3ENgfKh1fTS2q5te1h7Eis+GeJ2xtiHPdido4&#10;PbNRUVM1PBicXQ1G5KvyU8RlmE32fChbH/iPr78bbNB/Pp0XBjh1TsFPnQV668zGUxrDIQqhjIbJ&#10;H6voFJ+p/rb6e0Hjfi9tbJ5qjpm+Q/U23sPk4YKmjqdyPl8Vl5qab6ascYWC/T+vv0djM7acf6v9&#10;XHpLPuESUrMoBFQCKH/UD/h6i5DI/wAPgef7HI12gE+HHU33U7WHISO63P8ATn2bSm/lM783vh5a&#10;zqbsvq3fORiSGpjpYd2Qwy1VNJH/AJzTOqsgvyvptb6+zSLlu/uATbqG/MZ+YrxHr0T3HNFpZfFJ&#10;iuCVND+f7OgD3z8oOvOshTzdhYfsLaOPqpDFFmMpsfLyYjWF1EPXY4Tqtv8Aare0PtP+WF8pet+w&#10;cDke3emazIbEgzNK1dkNvZrG5jH1sPl0x0gmpTdBI1rs4HHHtPPst/aCssTKoNK07a54ny/y9LNv&#10;5n2u5mUh1f1AYClPt+fHr3Xvy3+Nva+TnwOwO49lZ3cEFHLXS4MZBqDLxwQR+SZ/4blEglcxjl1j&#10;ViBcnjn26fOD4sdi4bJ7fz+F6j3FjF/g7UlTT4DZWS+woTHUs9FFNNRxyCZ/CUDy/k39o5bC5Rau&#10;h6OrjfNuumBhK1IpQUNKfZ6DoRNsdv8AVe8HaHa/ZOxNxTpNJA1PiN3YKvrkmiOiaKehgnMsTqwK&#10;mN0BH19ofoL4G9o93bRyGcg2TVQ5LFV6UVTQu1Vg6h1ePWtSYa9U02PBt+f6e9wWM8hIVTQUr+fy&#10;6R3W4pHEHoFBPE+ePIfLpw3n2XsPryPHzb13TiduRZV5kxz5GcxireBBJKIggYmwYG9rf4+0/wBo&#10;fywvlZgql58F1hnsxjUcSmOhnpsnMLNz5JI2X6c/Ue7T7fKh7kIxxI4f6v8AL0VjffFoQVYU9Rgg&#10;/wDFft6ZcZ3d1HmZoqfG9h7VqZp2VYY/4rBC0pYXUIKjTe/49l53l8eu0tpuYew9g7n2lVNDDCkc&#10;tB+3O6oIrF7kAm3H9T7RSWzIMg9G8e4CZRrGknh8/XoS6arpayFaijqIKuBgdM1NLHPE1vqFkjJB&#10;9pB+qN4qtKBsvdJjMaimd8JWRipiv6XjZ1AcH/VA2/23tOVHka+X/F9KfGIp4aVrw9c/4Os4N7jj&#10;jg8g/wC39jN1d8eduZ7F7izHam5l69hoWWPB42ZKaXIZSpZSvkqFdrxRKbaj9f8AY+zG2tPENTw+&#10;3z6Kb278GJpJZPDC+QIrX/V/g66YsLWTUCTq5A0j+tvz/rewyyfV2Xatnw2LjhyWFinkjh3Bjo56&#10;pqmx/ZdZmXSq2+g9r5Nv0jSeGOA/1f6h0Xbfuklw+hHLCvGhrTrvVyODz/xPtTUXx2zVRtrzk1lP&#10;nEldqKORYhFkKVACySsx9L8+m3HHtPJtDnOCP9WehvDYvNDU/FXArgjj+3/i+u/aDxvSPZ7VlbXb&#10;i673fNtOgVlyeZwWLmq6aCFeBUfdUwZdSizFf9vx7Y/dNwchDT1HDoqnna3atxG2mtOGeH+brC9R&#10;BHLHA80KTTBjFE0qLLIF/UY42N2t+bD2k6TqXdeSranG7Up6zceuoVKD7cmCZvK+mOOphlAtKLgF&#10;Qfr7TvbMDppn0PSZtwiKnwqsT5UzT/V59ZSbf763+8+xUi+Bfy+q8NLuGj6f3XW0EV2ZoEjNQVHP&#10;kSlZg7D/AFh7v9BNo1hSR0j/AHxbK/hOGUj5f5j0x1G6Nt0tYmPqc9h6etk1aKWbI0kczaf1DQ7j&#10;n/A+wcg6z7A27uCLB742xuTa8sM4Sqp81i6zHVDIkg8yQNUqFZ/whUm59tpCVYg4+3/VnowjuELh&#10;QCQfTp5imhqI1lgljmib9MkTrJG3/BXQkH2OHdmx9l7cgx9TtRcxjciuHoJq3HZqQebKmoUeGqoI&#10;4h6TyfJq44970haep8ujO5ltAf0qoaDB8+sntP7T6J3VuXFx5aCKjkDweZ6aWthhdSFvHFdzqZ2H&#10;+pHujRivcSenBbuACaEnr3tLvsaSLcUu3cjTR4GrglaOdsr5KeKmexKay3OlzbS4uB9fetARvSnW&#10;hCdXh0APz/z9e9pTL4+XEV9Tj3QB4CyySRTrPBIfw0UqfqU/W4/HtuY0FemnGh9JBoPQmnDr3tu+&#10;5pZPHCyurWC6rDT9Lalcfj22MjrYZGAX/VXr3uLSwJV1U8LhYUjjaQSynSrSL9EW35P496OGrWmD&#10;1oKGBFeHDr3tzpo6Q+OKZuGKh9Kh7KTZ25+pA596qa0NMcfn1ai41ef7evexKg6tyG6MhTUPWWL3&#10;RvyeaKEzU+L25VCpgqXsrQmOK6soJ4fUOPr7eRairYHVpI+0+CGemOHDri7pGpeR1jReWd2CqP8A&#10;XZuPZgdvfy1flrvKald9nYzZuImETyVm791YPCTQxyECRpqGWYzKVHJW30Ht+KEyZAH5nP7OkU8d&#10;9GuV0asUJp86n/N0h8r2Ts3DzTU1bln+6hvempsdlKyV2ClgkRpYXVibcWb3Y7t3+Tx03Vbew61/&#10;yL2jg96Y+lifOxNufEZLF1khF5GakMweIA3Asefz7MlsYhUs6YArk0/b59I2hMiBtRJHGg8/8gP8&#10;+i4by+Xc22q5IcN0L3Tu+glkeGLJ4rbP2sEkyH9KLXMpsRzc29g92Z8Dvi3sCLIUVb8teqKXclFS&#10;zGMLm70xqVX9mSogoxKUseCFJ9sTwpDVgwY+VK9PQwRvLVpdBocVwDjPn/s9C1sTt7N7ypKSqq+n&#10;ezdoJULG7LuXHY+meJJOQ+iKoZmH5+g491r9o7MwHX9JHV4ftPr3sQzzLSw0uz6nIVFUFf8A3fKt&#10;bGgC/wBeb39oQa/Fn+fSszCGIsZVkJNMA1NP8nQ2I+sX0un+DrpP+29paPaFZLg6LcMTY6opah3h&#10;KGvpoqilq4Rd6eSnlsx4N7j3rw4yRU06fgeKVQQRU8K8fn/s9c/aRzKSw006CkIZ+fMlm1WP6F0/&#10;W/09spTxO7y/w9VdTQjTpp/q/Pr3s03w1oemcbXZfcPZW46Hbu4aMl6F83SyvTpGAXC44xBvWfpa&#10;1z7NrRlDnWaf5ui2QRMC8xpTiD/hHXCRnVbpH5D/AKnUE/3k+7a+svkN8ZcNjcwa7ubbXhy9FXYi&#10;oxe4oK6iD0lbTtTzmSnljYMpVvTz7MzcxImaZ4YpT/P8+kMTQayRKGB+2v8Aq/l0kNyUWTyq0sEN&#10;HLGtLV09alTBVQrMZKeQOI11WKgi4JP1HsOOi8p8Xurc5LNs3tjYNa1ZXSO1TkMjL4kWWcyRRRfc&#10;ILLGpsijm3svElsWr8X+r5cenbUwW6FYn4nJznPp085JJqrHVMJgqUaSE+imkXz6ittEbji9/wA+&#10;xN+Z/ZPQ/YXW8OJ27uHrDc+6FydLU+WdoKWnxgWP/KKlpjpkbV9Aq3v+fbd0YzRga+ny+fy6XRMz&#10;ppkZWo2Ax4euadIDrnD7mxc2RXMw11PQldNGldkkr5ZWMxIcrGTosvuqmj+PtNv+VafE9n9FYaql&#10;KslHNu6fFhXc20KK2Mre/wBfV7QEKeK49f8AV69HiWnjxqqug8+PQl1dZ9lHrNLW1XJstHAZ5LfX&#10;lbj2074+AffOAops6mS6x3Jt+EeVztTsnbmSrGhVdbOaLWsliAbD3qJlZiAOHHiP59F91YXceooV&#10;IX0bNPM/7HUGhz9FXztSrFXU1Ui6zBW0U9M5W9iVZxpNv+De1nS7V6a2ztSmyG5qVIspQ7fWelyC&#10;ReanirtOiODxodMjBwbMTe/Ps/ht40iBY/OvHj6dBye7tVZVmYg0qKZofT5k/wAunoG/+8X/ANj7&#10;IduvJ1u9NwU8OIjy1ZTxv9vSNP5ah9JkuWgiUWjX/aQf9f2WzpI0vauOlMMhp4nE0wDxp51679nW&#10;wPR1RF0XUdiSGsG+Nv5OhpKXbssylslhZ5QjVcUJ/trchlA5Xj3s2khT7P5dGPZLbeNq7lNKfL5f&#10;PriWIdV0sQQSXH6Rb8H2X3LdS7vza5DIba2pnERpPPWYVadgiyn1PLRIp0ulySFPqHts20jHSFPT&#10;6xVjAQHgKg1/b1y9ghU7C3u8+Sil2xmadsRG0uQhmoKmFqWNTYs6Mtzf/C/uo2+5Iqq46SvIyqag&#10;0Hy697HXanTNGOm8/wBi5uprWzj5CnxO2cBBGY1C211OYrpSOVAIVEH1PJ9mtvtfZqlrgcPn+fRD&#10;d3qrG0yk0rQDOfWv+Trq/J/oPz7FLa/xSrN5bYq3hzONxO+YsEmfxG2q3IRGp3BDDGXmpaSAnUsr&#10;oC6D/D2lntVVSV8q4H+AdGFi91NRVIVzlR8vSnXTNp+oNv6gXt/ifZP6/HVFDUzUdRHJHLFIySpK&#10;rI8eh9LhkaxuCCD/AIj2UMhFAa4p/qPRpEwZAStWH2jPn12Df8f09w/ttA9R4P8AT+h/Jt7bYB+G&#10;D1cN3VAz1375iDSGIc8Wv9f9a/vyqRnzPWzQDhQn9nXvfJ4aBIw6md6lvSyyqix3Y8NG45J/wPt3&#10;w3yaZ9Oq0jpSpqf5evXveWjxFXXOq0NFNUM+oqY1LAeIanXV+SByQPfvBdsHH2cetgE/nw/Lroni&#10;/wDxr/W99pTTRsymNh+D6bgH6G/+uQfbbRCMVr/q/wBR6vrJJ08TT/B59eBB+nvMnmiJ0rZwRYAW&#10;H9PoPeiVHGnTdWGRWvr1375LUVJPrkVOQLM3PJ5H+Hu2QKnqwBVQQMen+X5/n172JO3+0uxdu0q4&#10;/DbqzUNBTTGaloTKKyhp5iCNUNJVpIq3tyBx7cV0YUbI/wBX8+nBNN4YiDGgFR6V+zr3vNne1+09&#10;z09TR5fe26aqmrLJVUEOQkoqGdAPTHLRUYjj0/7SF/1/dlaOMHh+yv8Aq+XSZkuWqWkJBGRw/L8/&#10;8nXrA/7D2v8Aon5j93/FKpyrdb1uJSn3G0BymOz+LTLUdSlIxMYEMjWRuSCwF/dvFqtFP+THn16P&#10;xrQfpEFWzkefn0mN07O2/vOhix+4aH7yCnnFVSuk09NU0lSEMYnpqmmZXRtLMDY8g8+1d2P3v/sx&#10;lS+/MlgOt8NvsSvNmMPi8S2Bmyj+P1ZKnluY5iwADKLNfn8+/HQwwfzP+rj0sYpdxYVRJ5+RP2fL&#10;p1xGMhw2OpMZTz1lRBRxLBDLX1L1dV4kFo0kqJPU2kWAJ5t7AeXO4GrgY5Lr6lrfFI0b1VBuGvop&#10;IpTzqjjN7G/1I+vvw0A8ekAtoyx8Raj5E1B+zpy9iZsSr6woaV67cldu/ZOMml0VEO399zTZiuJH&#10;6v4YFBaw4uSB/X28pCsD5dXW3hjXVIzBTXg3Gny697ESt7F+Km2MVlqDAYbuLd9RmaVUbK5LKYWk&#10;pbg6tMYrVaQc8N9Cfx7Yd6ULClOqxy2KAgI7V9f2YB4jrEBNrYnxaDa1ter/AGP49l0r9y9T1FRN&#10;JQbU3rSJq1wwy7lo54y/+qlsn04v6fz7qGKgn9nT1q8IWuhqA1FSPtyD5dZfcCqz+zpmV6XbdRQQ&#10;BkMqnKvWTtGv+d0F1ADN/X8H36KtDXif8w/2erzMjRMyrQkev2de9ifhexvjTgcPkYm6i3nuHcNf&#10;SmnjqczuGkXD0MptqmpKaACQNbjUT7UayUzjovQ2ka6vCZieGfP7OuiDxY2seRa9/wDD2H1furp+&#10;p8slP13nMfISdCQblLwqb3B/dBJsT9PbFaPpY4OPs9On4HtvE74mBpTjgV9a/wCTrv2G2QytPVVD&#10;nHwS42lF9MC1Eji1rAsx+pIIv/r+2mNWLHHl082T2Yp8/wCf+Xr3uK14jFOtSwkFzEqO4kSxILBg&#10;ePyP9b3oFqhhw68WpSvH1p5de9+mkiKxlJppXK/veQW9bG9oz+b25v8A8T7cZyccOquVDALX59e9&#10;4C5fSGZrgaQpP1/wv7brjrxIKio697zLJpSzWsfTyAeb/UEf7z7YDu7aTTz/AJdOFBXUB88de95I&#10;pfHKjaY2IIIjaMsGXVqKsB+Pbw1HJH+odaBoRpGPPr3txrKqkMbyRBqDyeqWJrSU3AuWjJ9QB+gH&#10;vZAPHrUjDiMf4Py697SVdSSVNLHXOFEN3jjlBUFiDdw6f4fX/Y+3BFqHl0w3Co697l7Y2pFn6gLV&#10;Z7E4WmUhGqK+WQuWPASOCFSx+vt6G01MKfLpPLOseCQOvez6/HHqLoDb+fizHc+96TH0PlAxtVlc&#10;RlIcRWIovLPTXS0gXVYX+p+nsSWUNtA365oR8v8AV/sdB7c5HnjKs/2LQivDz8+otZLUw08slJSi&#10;sqFRjFTGZKcSva6p5pAQt/6n3afgj/LbwWBytBhO7OtMQM9Q1NJWS5HC5GlST7iExOFqJI2aylr2&#10;4H59ml/Psxt6W0gNSK1Uih9Pz/n0k2WNo7rvooJz51+Rx/xXQK/317njrnFb05GmMinKpUY3fOEr&#10;amogDf5w0jIhUkf2b3HuiLufbOzdjbvyGL2R2TtTsvBNWVD47ObWkq/txRNKTDHVLWorCRVIHAsb&#10;XHsCXMkTu2gYB/1U+XQ3RBbxBRIHp6V/IfP7ehspJpKingmlgkpZJYo5HppSplgd1u0LlLglTxce&#10;w/x9Ti2sBVRNOqhlREdnYn8Cwve/tg5NOnlaOlcV9MivUj3xrcnRNFIrIPMU/YEakBXv6jIZPrx7&#10;cRZFOBT58f5daaSNh3+X8vy/y9eJt9f99+faXNHhppDLXTZMX4/yVKY2Y82/d+nujhyc9NlY2Goc&#10;OvexH2buPE7SjqUxMm6FNWUapCjEFX0D0XWUG3+uOfd430Cj8f8AB0ogdIjRdRB+yh/4rr3tv3Tk&#10;6fcNdLlVgqKeeZV+9DyRwrWMg9M9RDD6Gf6c292MtTRetSASMWPb/l/Lr3t6xfbG7sJiocLjs1NR&#10;YyILaiWCkkgIX6M6uhJt/ifevEPp1tbmVRpRsD7Ove1RF8he0zHSwNu7I1FHTo8NNS1EVLLS08M3&#10;pnhp6fQFRJBcOtuR794h6eW8uT+Ph5EYz172E+8svNu/IU1ZW5SSevN0f7iJaWhpKdABBSUkScAL&#10;+Tb25llqOkN07yHVxP5AD7D172bTprevTPVfW+U3Zu7AU27t50tQtLh9uJlWpqasqJTphmqvt/UI&#10;EF2k45+n59r4niSOp406DQgJn8UrqapHHFONeuLhiPS2g3HNg3F+RY/737Lvkd0N2rvnJ5GhwOC2&#10;XT5CGWonxG20mioWMHqV0E5P7tiNTC1/6e06sHcH4R0YhGjUaMVFfTrkP8Tf2kN7YTH7fraFsbmf&#10;4rJVUazVr/2qasv66YC9yBxz7vOipJ+l5/4f83W6uyirVJ9Dw/Pro/7Hjnj82/Hs3vyW2/8AF9eu&#10;etc/1DuvMVvYlftfbibzx9PNTybdgyMNCEyr1CsBIlWXsGVfTcH22VGaenRnL9MVUQtViBqzgUH+&#10;HppxjZppskMpFQxUy1sy4o0rytPJQhrxSVat6Vc/Sy/7H2SaWqhSSnjghYRrCEneaZSHmDXaVSOF&#10;X/D2ldiMfZ1qq1pn8z07+1MNwJjcWcZDJSVyVeqSpWGmhaSN3N1X76Rdf+wQ/wCHuhZ2NAP9Xr06&#10;JFjGlDX5de9ovJ1kykw+CSB2Af8AcPqCHkWB/r7qwYGlM+XTDtWlePXvbIqVNlm0zaGJCuNViw+t&#10;j+f9b3URykBv9X2dNeIgYrXI69/h7WtDUmnoqWWspAFqI2Mck7vEk5jcoTHewNvzY/X2/wCESK1z&#10;06k0Iwxqf8Hzr11f/X/23t8x+4JsdNHLT43Dl1JMbVlJ97GdQsbxTHS3H+2+vurhkFW6UeKoOpVH&#10;+Edevzb+n+9/0t7w5PLNXy+SSDH00lrMlDT/AG8HP5WJbgH/AFvegxGRjqrsJMkCvyx/Lrv2xGZC&#10;5dv3HAUBRqYAA2Pr971v5Hpui8CAeve3KN6p1JVCFFlDBPGdN7izWBI/r78ZGNfOvr1sRxDuVKH1&#10;I697zwyVYcBZmTki+trAjnSf6+6sampHl05qIP6eB173ImeZhepcuGBVdTFhwLi17+/U8hSvp1sc&#10;dL8eOOve4VRlhio9RDtqPoiVwsZa39oD6f6/vQJBqD/q8+tNIEwnDHXveLG7ly+RrIKTH0UQlkfQ&#10;gQSP+r6l/wDEf4+7KDKa1x/k6obrQakY697GbM7Rz+0zhKjOM7UWeijakqKdHBgnmAKxzlv1G54t&#10;7e8EA+fTvi6XBc0rmvlXy697RW99j5gSrUVdHUw1UMQJFQjo08AGqJ4y/wBQRYg+2/CYHNDXq8sb&#10;kVb8/wA+vH/AX/w9hHJCYyV0FWB51Hm44P19t0oxBPDpFSjVJwP8PXvcaWJioA9Q/JPHq+th7q1D&#10;14ECvXvcB0K8mwueB+f8fdCv5dax5Z6974FebX+lvzx9OT7p17r3vIAQhFgL8X4+n159ukHTj7et&#10;Uz172+7dxv8AEchTQqmrySIlrXFr+piPamzjLyAjh/PHE/Lpi7laGAuBUHHp173fP8IfkxX9W5nr&#10;DZWJFBjMHk9zYbbO6atowI6jD1tckVVK0o+h0FgSfeT3tt7gNtkllsUKIsTzKrkgUIY5J+wcD1gb&#10;74+0MPMcO48z3jPJPHG0kKg1oyg0FPMdNmZp/ucZWokKzzrS1D0kbC96pIS1Pp/odYFj7r8/mBdU&#10;712t80PkHhNw0FXAZt6V+b2/UVIk+2r9l5QLVbYr8bUP6ZIGptKoUOnUpX68e4h9ydp3Lbuft1tb&#10;5SGM7ldR4xtmIqfNdJABHp8uslfZDe9nvPajZJ9tkV1W3RJAKalmUUlDeYYPUGuadNezc2m4Ns4X&#10;K+ZJZ58fAmQCDSIMpToKfJ0zq3KtHOsiEEfj/W9kml21JCJSxBMJPkW9jHc2Ut7AP0pBwOGT5/b+&#10;XUtfVA6So4+Xn8wPs6UwN/8Afc/T8++EVCC323gEkrABFv8AVv6gi592WMM3hqKk8P8AV5/l1Uz6&#10;u5Goqk1Pp8jXrv3Khp6CniljkkL1cDgvSC+jUr2ZZHH0t/h7uYtA0E0ZfIef+bpySR3YFVOjyaoP&#10;FcGnXva72VszM7pyJpIcSZBMPuaUNJHT0S0Z9M00k0xAtF+u59mG37Ze3zKY46ehPAA51fl0E+ZO&#10;YLPabcSGUVyDQEtqHClM1PDr3sTsh1tu7DYmo27t7I41sNVZWGTO1tO2ugyKQMujVVtdWhiJJHA5&#10;H19nkWxbmkUm22sqGMuNZ9aUP7PM5yeg1tnONjcXv7z3GN/EiQ+EOJDEcNP8TYr172272pehqnc+&#10;EwPWdDuqposbjIF3pmc9VUyUk+ZgRf4rLg46blaUS3WIy82F/ofaHmbb+VjuQs+UzPIscY8VnpRp&#10;RXxNIGdAOFJzj06EnKt9zi9jNufOggQySFreGInUIyexXJGZCMsBwyPLroX/ALVr3/F/p+Pr7CLe&#10;c9Fid4UcdFNS1uKxDU09E9DOlTEYWn+4CGVRywsAwP5/1/YWtWNneJM/kQc9wA4Yp/g6FF1bNc20&#10;6x9hnUgA8FBWlB6Uqfn59d+x++W/yIl7r7Upc/tCs/hO06Xa2xqbG4/F0MWHWnzGK2NQ7dztXMKd&#10;FeSV5qeRTJISSpH459yN7ic5rv2+LdbSxjtfBtqKoCnxEt0jkJNKkllOeOfXqJvZf2ubkTltrfey&#10;1xuNxLcPLLJI0h8N7iSSGNakhVVStAvn1gp4RTx+NSSuuV/UWJvLM0p5Yn8sfYDUGyt5Z6qxdfS4&#10;uXNqxhYEM9QJEgkA/wAsJJax4DX+o9x/IJZQtxK9RjLH9g+37fWnUswy2kKvGp8PJJHmCeNP9WOs&#10;/tT53bHZuc7HJr6Weny0mRp4oGCR0lHQw08KR0qUtPwscUcQRUAH0sTc39p2S5mno2XWmTwHoPTH&#10;p0qigRbekRLKnmfUipr8/kfs697MjD09tbq+toKredYdzbpqpJMrlcfArtNFRyIahlrK+Y2WVlP6&#10;AblfV9PdGultpCswFTjOak1ofSmOHker7fLNcOTbDSI2C5wT5k+hAHl176+wt392gJsjFS7fRsJt&#10;uVYVxGIxFS6U32jyG4qZ1sXmB5lvxfgcD2pE7rEUGpFannj5f8V8/Xpem320bmSQVdiDXj9mP8I6&#10;97CrOUVVQ4bIZ7MNTfxT+IRUeIpRIszReYmpmr5E5FxGLBb8Egke9eJpQvJSrYC/KlKj+Z6buJGD&#10;BKAkg440XIqPzx8qdevb/Ym3tK7Z35ufaebotzbeytRjs7jHmno8hCzCSGSWIxPLc/U2Ppv9OPbV&#10;nPcW1ws8DEMtSDmqnOR/q49Ft5axX0H012NUZ8sjP2j+fXXB4I/2B/4p7lbI627F7YzZx2ytsZzd&#10;uWq53kqZKSnlqFEs0mqWora6WyKSWLOzvf8APPtyC1ub6QLArOzE5zx41J6buLuy29B9RIsSjhUg&#10;Cg9B6DrpiFUljZfyf6D8+7dvin/LT7KwOUXsTsXeOH2dU0EEiY7B7cqIszuXzT2QaqviCmZxdVYF&#10;iORf3KfKvKm47Ox368lWFox2BKPINQOafh8xXiOPUCe6nO2ybpZryuI2mjnasjEEJQZFfUV4gZ4H&#10;pP1W4KenqUpIoKid358pXRTKgW7uJW/UVv6lHPu+HqX4R7UwMWycxsmk3Pkt+Zjz1u7cjujKPmI5&#10;adWElPTxeZVEOpQzShTyAPx9Zp5O2Abjuke520bvPIpWRpX1VzXieAK5bOTUdYUc6e6W5bBFe7NO&#10;IYLGIBIFjAVjUZNR8VOAPqPU9AdL3RRU2V30c/lcRDtfFSY2iw0lGsn3yVbR6Mg9Y5JuGleJIbKL&#10;c/4eyg/PCHde3+ysRiMlgtpbdpKWnoaugo9uYuGkqZKiCTwy1GSyX6pn4LgE2HHHHss919y3ex3V&#10;LO7toreMKPD0RjuAorMTxZtQP5Y8upN+73f7XNyYb6xubi4abxNfjEuFHxaUX8IPrxp0MOyp6Ksx&#10;MlZQ5Kvyiz1UxaqyEpkcHhligQgBI1DABR/ifz7LDnd24vN7jxtbkNWQGOwtYlXVZPE/xCkiVKMJ&#10;UTPT0kn3EsjWUKAyqB/rn3C25mDdbxLiZwQUGoshYArx4GreVTivDz6lS02x9u2poIqBpGDUSikk&#10;moFeFP8AY6V5BA9Iv/gCFtzxb2CnV+/tuV21t+Y/bNPlnqRnJnOPjxdXSYXKwgNHTS1tLjCXWISG&#10;ywM30+vPsis5oJoJUiVgzOxGioDY7SQMlDWoHpXoW7xs19FfWN1ftGF8PixUurEA0WuDRfMZB670&#10;30k2NueeSDb+v/E+why218x2Psyood4VVJQ5OhylcKal/wAqxLCMyGWKIQSFozGP7C6QfoDyfaGW&#10;1k8AvIVDFqCtQQQK0pwpk0/nx6FVnc2mybglzt8QdZEA1kDiAMj08+7z65e1N0H0LLsrI4ve+5pI&#10;cRiYsiJaGapCRz1KAaWmeOX9SkEWABuPZ5s+yvBpv7tQieQI4/MeueHrnpvf+dYt6gew20+JKBpK&#10;r+Eeo9CSOJx10b2NvrY2/wBf8e5vZ0lActuynglwQw9DmWymJMGKT+My0VSgKf5UiFvAxv6XItx7&#10;Y3CiTTKlAA1RQeROMeX2H7Ole0xvBZxeIziWRNLZqgPn/tgP8vXgTYXFjYX/AORj2W7sjdGO3FS4&#10;xamUymmgkpIaZZIkjQKCItEHL/UnVf68ey+8nSdF1cVoAPs/yH5+fy6EO2WcllqkZSNTAg/ZwJPp&#10;XA/Lrv2XPM7fq5E+3aIq0rL4wq63YMSLKg/JNh7KGgd1CgVPA+Vfz8v8p6OvqFVhMcFRRsgD1qD+&#10;f59e9gfm4WpchPj7AzUsrU8xFrmZWs6m3HB4J9p6aD4SZzTjXz4D8+jq0cSQLKMBsj0p5U+R49e9&#10;jz8dttVmS3/hWakkkpRVIJmRLqqj9y1j/rW/1vZ/t9iZXQimDw8+IrTyqP8AY6IOatxt4NrcRyDx&#10;AKgV8jxofUeny697vm6v25FJtOUq7vHlqypWelpysUiwrI0ILNILFQOQByePYrCW01iAAayFuFK1&#10;Bx9gweHDPUIi6lluNc1dSEEHAOCD+3yHWCSQKwvaygksb2Bv9P8AePZa937N2v1ziN1UEsE1FHBW&#10;1H8NSOJq+IrWD7ozpSKLLKW9PkkP1+lrew4Yha2sizAhlJoCK0HkQPU+fHofR3O5bpcRNZnxdIqw&#10;OO0fP5efrQdZgbgH+oB4+nsh3b2X3DkGxMeHhylDSTxIvlmakhVSF0rJanu3POlTzf8Aw9lNxM8g&#10;8OMGmKk4y3H/AFeRPQ82q1hVZPqwpK54+Zwf5f4eu/YUS7GyU+Cq6Wqr5Zo8YklZJQxzIZpaiexA&#10;yU8pvHCLa9A91FrIbdvEaoB8sHh6/Kor69OC+sxdCS1XLUWpGNNfIjjxr9uD172FNdksfiIYBi4o&#10;pa+JyajISTiojZh/umkpRwig3Go8/n2XswWh4NwYA8T5H8ulht5p3czEiOlABgnJyW8xSlAfLj17&#10;2nHyE1e8lTkGlmP1gjCWUnkAsF+tv8fe/EaUkkVIFMcB/wAX/h6e8JVQJbqARjj5YqPWpHn5de94&#10;EWQOz1CmJeHVChErF/yqf6kf092FRRCPI0/P1Pr/AIerPUQiKIAg8DXgPma8a4H29e9mn+OnSdX2&#10;Dk0zuSoZo9uUEwklq5EKpPKjBkgplb9TE2ufx7F/K+xy7g5u5UIiQ0r6+gH8+HUT+43Op5cs/pYG&#10;/WcU0rnt86+gH8zx68b/AI/3n3sZfEbpSio4P7/1FCtPT4Kknwe2KGZB4lqKiELkMjHqH60jtEh/&#10;F2P59xR95Tnmx27ZYuQdvY/UXAR5QO0rEDWhIyNbDhxIGcdY/wDLVxfbpLcXc5Kq7Aj+l/F9gPD8&#10;umqtqGSeGAD9tgZJn/1IU/tRhfzc3JP+A9m1zVChvaKOOJB4xdQRMhtrY35JBvz/ALb3hIkavMWW&#10;pJFKcR8v9Q6HNqolfSQKGnHyoOI/1cepMUhCXYlmLEmx5/wBv9P8fYP7kxayGQhbhkDBmSxBQ3UK&#10;y34t9D/sPatGImDAdoGa18+hDGBGgRcKPL1z5/L5dSkNwL2JsPob/j2AO4cDDMtQrxofKHYnR6if&#10;8fYot2DMjxmgAof9n5enRovdMJwwEaUxT5ca+nXL2WfeGzkSRykX7oDMQyqQyAfp1/n+o9mkNzM7&#10;aH4VxQ+ua09K9LYrqkjKc+lOFD6de9gbmdrBgyBFQspYXGkC/wDZNvx7FdtelXwNOATTh86+pPS8&#10;XUbAyg6VBFaA/ZT8/Ude9gLuLZFOJHMkERuXuXjEis/JIW/9f6+xRHfJMlY8EfP+fS97zxK6QF9P&#10;X7R+XAf5evey67z2k0MckgUhIxdRCPUq3trsLfT8D2f2VzpVQc1/IH/L0b20gjpUV1UzWlfT9p49&#10;e9g7lMbHTWMVY0zKqgHUt2A5Ym3N/wDH2cRSlwS60/n0bQTB1ZygWpz5/wCHr3tFVDyByhHDHi7E&#10;ixP1t7NIwpWo/wAHS9ERwGoK+f2+XXvcQMUlQAkAn9Q5UE86T/r+3KAoT1uWNChYrn1/zDr3vlI6&#10;6ijC5fm/1F2/xHvY14ZfLpMI30CRTQL5H5f4eve8RICleF0myg2N/wDE/n3fVU5FSfPp7TqYGhav&#10;nXr3vAx1XY86SBwDYf4W92XGOnlUR4GOve8F2PFgFB/I+o/qR7cx1Y6CPU9e945dNuCQzHUAef8A&#10;D/Ye7px+zryE+mOve+K6g1yFJuOCL3A5uL+9kgjrdfT9vXveWQXAZAfqCR9Av+H+x/PttaVz1VBU&#10;de99FwATe4v6Ra/P9oXHvYUk+nXgraqDr3vomMg8WGrggXJuL83/AN797yDjpwFgfl173yBCppb0&#10;gm5H1Ugj6g+9EEntz1RidVF6974uygFVX02Fmv78qkmpOetrk5Of9X+Tr3vCW/H4ubgfU3+n+29u&#10;U6dNeve+ri5H+wF/zfj3Y8OtFgcEde9+VAxtwObXJ/P9APeiwHVT8uve80PBI+pv6b3uRc/7z7bf&#10;161wFT173KYepST/AFtwePz9PbIIoade/DXr3vnfjSo0tqP1+o/xJ96xWp6uJGoQ2RjHDh173z8G&#10;r6qxPF2HKjj3TxKefTniGlFIHXveXSqgDkt+SQATx9AP9b3qpNT1QFqkV7fTr3tzjMukJEi+rT6z&#10;6Qt+OD+Pzz7TME1am6dBViaeR4f5eve/QBFkK6DUTG54uVH4BCp+f8ffpKsta6QOtnVq1E8McPmc&#10;de9v1LHkqcGqp6WOmkjBJn0hdKgaSZCRyLfX2ndI2Xw2OoH8PEn7OqMrBOwgf8Xn/Z697wDcP7Mr&#10;T04rKoymOOdIo46encj/ADguC7FhwSfx7fNrVlVaIozxyf8AJ+XWw9FUYqOBAyPl5/z697Hrq2Wh&#10;jxsVVkcdipxabySVpegLK7ehaZ4kKsAP1Ecn2T7initpVyrDGD+3VX5cPSnWlha5TWj+GUJ7h5/I&#10;j5iv2cevexfqN4YaCfFYbbOIGPo6yVJMjPSQwyGR2k0HXWSqWZrnSgawtybe0EFqxla4kkL6cKPP&#10;hxI4VJGT5eXVWsprW3F23ewJIStCcD19fP8Al172aDbVJiMVI2PSV56sU4qpZ2QGeQM1vJYcBf7P&#10;+NuPZVJNNdUkZaAH1yamlD68cf7HRDJcyTEErQV4V7vnkYOT+zr3se9rUMWQydPdjqUL4oBIka2U&#10;l2v/AIgX5+g9p7i4kiAWUChrwHnjB/zdWdJABLUef+ah+YHXvYq0y1UFSq0koskjoscMeuWd7FUU&#10;RoDpsPzf226qRRzUfFk8Sf8ANTh0XyeGhCTBmXJFTk+YJ4U697XCUMtNRt97Uy1dSJDKkN0UGSQE&#10;CJHP+uLX+lj+T7LpbsAB0GmuK8dX2jplELEtEKVyM+Xz9CPTz697Z87gYPsRNKHidI2kEMjeRQxu&#10;Rdh+ojnj/be7CZnrCTXU3D50oKfLh0pVDGfAiFWfPHiTwNf2Ade9kO+QuayNDg54MekPjSQtWVcr&#10;i1JTeNy0vhkDGRx/ZQDjj8j2Z7OFFwIJcaRqGOJ8h8vLo02mr92oKyk1FKEkCo/wde91IZ3O1WQk&#10;yLQy5S9XX38NPKkFIkCnQ0gRbNd7fU8fX3IdtGkYGvSGA4kcSfKnDHRhrLsZWBVmNT9lBX7eFeve&#10;2vyUMtRLK0szzPTlIUqP3EimC8Mqr+oiwtfgfX3oiVUCooABqaYqPt+fp+XXmVkHaKHjn+f2HPD0&#10;697TeNgqquWelicCPUZp9c/hgbx3sZjfkfXj/H2YXUkUSrI2DwGKnPp17J4fLH+H+XXvbmsVLWRq&#10;r3kdNcepNK08cisSxFze1gLe02qSE9hpWhp5n06dIBGkflXy697zzY54I1qvt5pJKhoYKdmkRKRh&#10;KpJP9TYCwFrfn3VZ1b9MsAFJJ8yKdbki8BSwNR+R4/5fl69e9qmBqSiixVBUVUCQ1lSs1dDFUiY1&#10;XjbQY28XCqBwUP6vp7RUMuq4RW1KCASKUr55/wAPWw0Z0qRQnifnXy9MYPl172v3g3Nv/ccD1q1w&#10;2/j2jpKbG0unGY+GjplCwLBI2kG4PLD88fj2lj+ks4CsJBkehZidTV4Z+f8Anr59PEySP28B8WcD&#10;yx+WD+Z697MN1vS5TBZHXlcRRiMtHS0TyZGeWR6VZTIIgy/tjj9Tsbm1vx7KbxVjgZomFcEqB508&#10;xxofKnRdcARwFVrlwxXzp5j7KU697PPjp4q2lpJYEJE8auVjZGUkD1oNJsWB49lVrJNKPEHbxHn6&#10;+X86/n00qSFtUHBfT58QP9Xz697rL+RdNRVHa2Zlhi8DLDSxTOHJM8qR28zauBfjj6cX/PuXdsY/&#10;RxgnNM+QH2f6vPpaFqWDnuoT504DgPXyP59e9jZ8Gvi1m/kx2jFh4nmptg7YqKbIb9zSEBYqMuGi&#10;w0EouPPUgEAfULdv6exbsdg19cADtWuTxp58Okgs5ZmZ+KjP+X/V8j0Gva3ZmH6r2fX7oytpp0Ro&#10;MRjFa0+VyboTTUsSjnTfmRgPSt/za+yBPmdgV+VqejevIIzjOvsLRxZ+oxkcb4bb1lCY/ASzJ6Wr&#10;JVBkkUcoOW+vuVEntGi+is6aI+LcKEY/z/l0qVmA0UqR5Dy8qU+Q8uihbGg3xjaY9ydiymPO7tyA&#10;hweBm1JVvT1Ca0qljJ/agijCiKO17WJtqHvW9/mH9jYjdPeVTtTAVCVmD6+x5wTvFIrxS5uVvPkn&#10;UpfmM2iP+II9xlvt2s9w6pwB4g+lf8PW5JGkmIONA8vX09B0ezb4qziaGWuULV1EK1MyW0+J5x5B&#10;Fp/qoIB/x91+6WAbUllf6Ak6gOLkD/D2GjTj1UB9QqKDp794tAuRZrWBuTzY/wBR/ifegDx62T17&#10;24UrMgJBNrXup+o/AA97YjTTpLdfAAvCtT9vXvbnBmKiFlKVEqKtvoPUPoQBf8+7xl0bhwrXpOsM&#10;jL8OPnw/4rr3tW0W68tAVSmytdT3K3eOZ4rA/wCqKn/evb/1JVtXwj5dJZ9tAar1AJ9ain+Qde9i&#10;VQdwdiY2GOnx+8s5HTR/7rSvn0jjgct7U/vWRRTUaHHn/q/PpC+0ID4ivivp8/L1Hz69YH6i/udJ&#10;3V2RU3jk3Xkpke4kSeaSQEfgm5/23vR3Jwpz/h6sNuoKa61+3Hz697Qufy2Szk4mr5TI7LdvUwVy&#10;wte9/wDe/aaS5dgGrxr/AMX0phsvBozmvpx4+vz+R697D/I4WBmVlLBmB4JNuPrz7SozBqt/LpWH&#10;0GvGn8x172zf3eQrrMgUcctY3H+Nv9t7sGqadLYphIShIGeP+Tr3uI+DK2OtCvPOsG9vodP4/wAP&#10;e6efVywVip697x/wlk+hc35A08G/FlPvwBY6Vz1ZdLntx9vXvc+moamNjo1L/UC/+9e6HHHpxVPD&#10;r3ufDTVyyoTqUhr2+ij0i5I+lvfhx60SyjUBw697FTF7ayuQxf39NBCdDmNo2nhimYgaiyxv/Z/o&#10;fbbKWbPDpIfFkbVWo9PTr3tiyeJzqo0QoqmNA4BeNA+qx/BHHv2sDAzTp8SSqtCtfzPXvcyjrspQ&#10;RIksNQGQBXZ0ZVYfVfX9PddOsg0x03rpkinnQCuP9Xr1724vnJQY5JUlBN9RBAuCOTc/093GsqQf&#10;s6WQTtLA0bggcKkeQ4Z8+ve3Ok3TDNG5jXyuvAZSG0kenkr7bZWHAV6aIdc8f9Xn9vXvbfVZM1TB&#10;5TLG6n0lH0XufoxX6+9ozAYyP8v+ry6rHOYiW8iKfn5Y697zT7iq5VMUgLwlQrAhWJUcXUD8+3kD&#10;Fc9LYbsyx0cipJ/ZTr3uOmRp1UGOI+S49R4FjwLe7UoKHqj97ALStOB/1Z6977ar+49YDxOCNL/W&#10;y245H+9+/Fh1uRVVS4FSM59eve4tRksmh0RQxzKP9hcfTg/n23qqckdFRmmrqc1NfP1p/g697iwZ&#10;GrmLfdUvg+tvqSx/pz9PbjUIK+Y6MYJ/GBUrppT/AFD7Ove5kFeYNQDMAxuwclgv9dJb6f7D22FU&#10;HH+Hrc0IlOsfF9vHr3vjksjTSQgBnLRgG4sCT+VJ9+JI4DoskDCgYGtftPrx697RlbJV1msRnSgO&#10;lNcf9fr73qKDy6bDvGwK0FM/8X172kq7G1pNjZrk3IUki/0HH9PyPe1eoocdOwu7N3LTj5+f+z5d&#10;e9xFwmRY3WFwCADZCAeL8f7b340OD0sCMcgcOve8pw1bCU8sLgHngDVx+T/r+/UFQBjrxRtQrk/6&#10;vTy697lDH1KMpeFgg08WYWv/AK3uwGOvMJAO3Feve87xVH6dBCD9BbiwH4N/fhp8x1sBqUYf7PXv&#10;fooZnsrKbAgXPA+v1H+Pu4I4HHXjHRicCtPPyHXvc6WjszqqszOLsCPrb6Mo91AByetRCtQKUBPr&#10;58Ove4n8OlbSNPPNxflufyPdaAcOraWNMHPXvcylo8kqkRIyAAnWtg35A/2/u3aOHXtExIHwjr3u&#10;R/Dsm6LqjLvYW1tqd3Jtf/be/VFcdUaKYsXpUk8fl173ilx+Yi4NFMCPVeNNRIP0uRx7oTnHTumT&#10;Feve4hXPLIQIqpV+ukx/X8n6D+vvXDJ6qdaVJwB59e9zEnzEY5M4B1fVOTf6nSP8f6+/Ch49bV2k&#10;BKmuPXr3tx++yfjCuvkJ/MiabfjTc+94JovT1WFBT/P173MNeuhSyssoUW1AlQTyVA/1/es1p1cH&#10;NOve/S5pxEVUNFa41hmAtp/of6+7UoK16baeJTQsK/6v59e990G4KqlZpBUOWBFlJYq3PHHupUkU&#10;9etayykA/Fw697EvGbrhq40++poS/wClZAAD9LXJPPtPpaumvSbUV7XFCMf7PXvashz9NoCxTAWT&#10;SAH4Gn/aTx/re/AOeGR1fWvEZp173jq8pDUwqBOJGBBuwII5v+ePdyuRmlcdNtIKen+r5de9sH3l&#10;5Wt+rSV4HB1cXJH9Le6OCPsPWgx4g1697iVOSEGmQmTyKbgKLE2FjyePr+PbkTNWhz6dKYZCDpdj&#10;TgPt+Xpjr3ufhty5kGo8VM9ZBTRmonBW4igU8s/9LX5t/r+9MNTED0688paZymfP9n+Hr3td4vem&#10;IqiI66ihSRkBJDDV+nkqRxf23ngPLqqypTSwx/q/w9e9s2crcNLMZqaINE1iVY+scXup/wBf6e3x&#10;pCD/AFf6v+L6ZlkRQR6HP+r/AFevXvaHq8rjLFPC4PLlXIsCBq4t/X3sAgU6Z11OlRUgZ/Pr3tJV&#10;NVTO7eNT6wxW4+gH0A/pzz7cGrTStOlKwSeHpU6fs/l+0de9tk6kwOIwbgNcf1t/rf7f3RdYep6S&#10;CK4SXWVOPMUrwr/sde9o3zVYqwviOkn9PP1Avyf959uahw6VDxc+lf2/5jw697//1dSDq34wdsdr&#10;Y1c3tWghegFRJS68hO0UssycXjH5UE2JH09mDW0i/qAUNMU/1cekcm7yV8aMAcPLFOHW/lNUQU66&#10;55Y4l5OqRgqgAXJJPtYb8+Gnf/W0C1u8djVFJiTCtTLuCB1nw9NEbES1tXH/AJlbnkuPbXhv8Mi0&#10;p6Z+3pVb7kZm0uAw9Qaj/V6/Pj0z4ndO3M68sWHzmLyUsMjRSRUlZDLMkiXLqYlOrixvx7VfWfxZ&#10;7AztfjqjL9cZHL7akUzVGZxeTo4qGWn0iRGp6uF2+v0JIHtXFGobTXGP9R9B17cppzCyQpqFOINf&#10;szwp/q4np0lraWBgk06Ru1tKsSC1/ppH592h746U6v6s+MGToU2tQ7kO6BR0mfxe36YVORwiVLeS&#10;TIjIRh5HlotIa4/UwP4PsyuYrVbUGIhm9PMVrx+XUbWzX/1LalotfKvnQ/y6DHE7rz2d7CyWGkwd&#10;fhcBg6V5KbK1UiqmflLrCRDTWuE9TMpJv6Qbc+6k+0PiL25syGDcWC25Wbx2RkqaPJYnO4Cnerkl&#10;xtQnnievoQBJDIqmzhl+vshMLihQY/l8gfTqSbb663RIlXWuMjB4UyP9Xr0JMWToZZpaUVMS1MDm&#10;OWCR1SUNf8K1rg/UEfX2SDcudq9t1LRSRSx19PNJFJRVUUlPLG4uCaiKQAi30+n196YLgsP9jpaZ&#10;8a1w3ChwRTj/AMX1P9i58bcTSdj73xmL3G4WlyVTJSLx+0lVJxExA/Gpv9t70gIB/ipx4/6jTpRb&#10;0lJJ4/ZXP2efXEki/BNhfj8/7D2JnZGzMbsDtfEbZ3ft/ciYWlrFFTjMfFKBnIkqR9vV0UQGkq6/&#10;T63Hswj7/Pt8sZ+z7fL88dFm5TLC4Mwdl408j6E/kP8AN15WVwCjKy88qbi4NiLj/Yg+7cq/cXRf&#10;YHUmLwS02R67yu3aWhko6qoohSVtFBFEC6F6RvVqQC4bn2eQQQyIAtRXj/q/z+nRVc3rSN4QqgAq&#10;TwI8xTpJU1Hual3BV1clXBXYWrQ6KMOY5KORSBGU8n+H6rHn2Q3ffanTGBlnfacOX31uLGg0wzcz&#10;VTRSzki1NEiqSwFrkiw9p5DGtVoCMgE8MY6TxXfiqXoZCMA54/6vPpXLfSLix/IBvb/Y+wT2XsXe&#10;fyi7Cp8JjeupauOmjM+cqpJBh46GlZ/QBND/ALs5+rjnge0pg1ntGf5VNAPs6WLd3buoeOlKA5Ix&#10;5f5+olZX0mPp5KqunjpaaIXeaZgiD8/U/wC8e3XPdIYvojs3CYnsHHU22qOjyNLW1M+QyL5SDIY0&#10;VA0r9uV12YCz6fxf3VojCwDD5/Zjz/YejO0lWS4CzUAwa1x9tPP/AD9cqaqpa6CKqpJo6mnlUvFN&#10;EweJx/UMOP8AD3ejs354/Dp9u4fr/J5jHU6tjIaKKv2tiaqrwVEDEINFbSeMGIX/AFcW/r7fF3H4&#10;IBXC1Orz+Vfl0dXZgeRVjlDAccYB9KjgPTok+9+i+9Iuw5+wtidg0mTopquOWXZ+5C9PMIo5S5Wg&#10;zFNdFuPSFkW1uPdO3yw61pMd2Rn98ddJhNw7JzcrVmLy+36OseGJQgcw1kdMp8c1/qDa/suabUar&#10;/sdEc1jJbzF1oU4kjhXzGPX/AGejnYWfIVGJx82WpPsMm9JCa+j8qTiCqCBZ1WZOGXUCQw+o9lUn&#10;797N3Htys69o4MNjcVW0wxVdl4cO9Fk2pBIA6Gs9JZiBYm1yOPdvFLkah/q4V/znpl7ibwm0KBXB&#10;NPyrX/L06e7Pvhj8Q+gPs8PurPdo4us3SVhmODn1+Kzepw6yRkfXjn2ZRwRBD4h00/1ZP+XpJErR&#10;sH1Fm888D9nnjoNN+bw3Ttswxbc2JmN1tNDI0lXj2g8NIwHoV4XYM5v+B7av5gfwhw+L3FiN9daJ&#10;Qx4jcdOy5qkp8rS0ONWspwPDWCPUBeRTYrp5tf2TzSiKVVUjz+z/AIuvRhGk8kqSKO5uINBw4H8v&#10;59R+q9+Vu98PVtmcVW4bN4urakyFFV0c9IxDDVDKolFjxw2kmxHupzBNubBbir8PtXP5TG5HG+bz&#10;nD5iempQ1Ef3I1lhYRyEEekc39qotwnXKvw/z9GEUod9MZFVGfIY41HQpWBHI/2H+P59uGU7Q7L3&#10;hkaXHzbk3buPJUAaNRTyVdRWQRAfuRg0w1G31PHtR+8rkjv4H5nrUv8AjDdykkemafn59eCgcABR&#10;/QAD/evZpOq90dw0OwsvNtLObu23uuhyFNksPVQVlTSZGvpKPmtgu1zJpBJ0MDe309+/ebyVUGh8&#10;zkdENxtj3dWhJVgSM0H2jPHqLV0VJXxGnrqWmrYGILQVcEVRESB+rxygj/ePr7MF1l8mu8u38/i+&#10;pOzdqy76TcFatHSZbAiq2ZvrzR+lHfM0SLHKR9XMqWP59syXrTVWTz4kjJ/1f7HSeYNawCJ1rjiO&#10;01Hz9Ok/FgcNtuCqraCb+DUVNTSSzrJKZMZSwQ3nnqPBUEiOyg3ZWAA/Hs5HeH8r6LP0WGz+y+xc&#10;J16Xo6ePPYvsXJGok+8trmraXKhlLzjlZE/STyPr7Z8ENHg8Pt1H7fs6S216biVUtHIBFKkk48vz&#10;6L1hPlVt6uztfgP7ubnz3gqJVo81tHDVOZxtVBq/ycy+IAxagLhnbkfj2DmR/ltbf2vsuvz1f8nY&#10;a+XGUE86UmIwsmUwU1XGhaKjNTQyyaEdrK2oXAN/e4okoNRHkaZr9lfMj16O0nuEJVpDQev+H/P0&#10;IGG7bz+dz9LiaHq7ckWNmmEU+ayORxeOFFGP1TS42pImYAc6UuT7Cqr7m6s3d1vtHpHfVBseeDaW&#10;QnaDdGUrqvHPh6t/26maE0aa/EbcoRz7q9aYGeH59CG13K1ubX6ecio8zg/8UfTz6FWPDpBm6zNx&#10;1lZrrKSnpZ6AyBqFvt7iKdISPTJY6SwPI9hn3Rs7427f2XhW6l7e2JnN6R1klRmpIHr4IxDIumnx&#10;2NSdCHCNcszG/tEWcSUUkjj/AKvt6buTbhAtvKNRP+H/AFcOsmNrMlVyVn32KbGwxTBKN3qoaiSq&#10;jC+qZki/zfP0B59kQrqnceQytRHVZcVlXJ/k3katYQyRAWQRSEgBP6f4e/a1ajAD5/Ppie3jmlLu&#10;akin5f6hjp3H+x+p+v8Ar+2zIbS3BiY5XyOPX7eVg7TCZJkI/sFJY2a1/rf3XWG+EAdNCyRBqWOg&#10;rjr3tO/dImqKlKKEAVljZWbyWtdgP9f8+9mRtNa1/wAlOnzTSQcnhwz1x41f4n6fXnj3wLzyRENZ&#10;rFTxEi6hf0jUB79rZjq4dJDHaBiwVVJ67sLW/H+x/wBf2f8A+JfyH7k6Khlm2Hidg42nyEkay7g3&#10;zj1Ro1ZrBYaqoIKop5PjS/8AU+7F1WlTn1/1f4OjCO9lSERQgUPEkUFPt+fSN3vsPAdh4Obbm5kr&#10;Z8RUPqqKWjyFTQfc2UqFnkpSrMvJ9N7ezq9g/wAw/wCcu58DksNPsrpbsDa9TRzUtTV7YwNBu+F6&#10;WWIxSXRpPKhKkn/N+6PIxFCdX+H8vTos+ourGYlUR0Ncqa8fPSPLot3XnwW6A6q3dHvbYWN3ft3N&#10;pUNUutHvjcIxlTI0nkIrMU0vglF/9Wh4490zZnRV1uVmr8VVYDIzzzypQjGzY+lp5JXLypHHVKrK&#10;gJIVRwPoPdhFKf1CCaj8+motzth/akqx4Yz/AD8ujh3A4t/vHHJ94MVujI4mMUOOyU2Gk8RSeqpK&#10;iRY6hf7ZnjAYNfkX9001Nacel8V/EQDG3HFRiv8Aq8+u/aSyFVLTVBcVcNf5XJvoYF9fJsvH5P09&#10;2CnhTq4fjpIb/P55+XXveSrieOOKViiTPpYxqVKNG30IZTcH/D37z0kZ6oQGND8R/Z69e9wGi062&#10;E7WYWMQWxDH63P8AX3XJwOtlQzGvXiQPr76klYWWLWqlQhYOApZeDZR+fe/DNKt5daKmhJP519f8&#10;HXvbb/Dqarm/fQOoJ5d2JuP9e/8Asfehjh1RUB860/1ceve1biM/ntsoIcHuHM4dGU8Y3I1FICrH&#10;6DxEXH492BANOreGK8dNMihp/Mde9ysfl90S1E02JyGSq6mMSVNYBqrDKhbXNJUrpcsPyzH/AGPv&#10;1QKh814V6oluS2pWYg8f9X+fr3tqydRkc1UyZOshY1CGMVM9LCUSNY7BSRCNK/7G3u2snh0+FOCw&#10;yPP5D0Hl173xMi0b6aeoll8nqIhM0ZZj+kOtxc/4+/a39evZOQc/6v8AUeve51dtSTcGI+7fMCFq&#10;Ry+QjknUyRwkejREW1Ov4NvofdxrcVGOtvBrjLBqU8v9X8uvexc6b7cwfUuOdMLsnb2cyGRJp5M3&#10;nEeaTlrWlphxpv8AQH25UHBOf8J9OtK4jiAijDk14nj9v+rHXRF/yR/rezJ9U/LTevRVXU7sw2Dw&#10;NLQZ+tqqqqpsZBHMJ8greSQpG8g8IAPHFj7UJOqoQOOM+fz/AC+XSNbedWMzYD+Qof8AUOmfO4DG&#10;bkx02Ky8H3NFOLSR6ipbi36h7g9nfzSPkNux66Ha8eB2lLkhJDLnaPAYuPNQRlShda6OMuXtyG1c&#10;e25JjUsTx/1eXSh7q6GAAgpStan0/wBVekzhesdmYCKCHHYuXx01zCtVk8rWIlzfT46mZkK/7SVt&#10;/QeyfdadhNB2RRbl3pkM3mq6qzEWWyW581UvWV1VW07mcMzzktpZvSLmwH9PdfGCCgORmnr0wtrF&#10;NKHmqSM1J4n/AFcOl4kaoqxoqoiCyqgCKoHCqqrYAD/D2cve3yezG4vDX1W7qkU0swWjwMeSqp8d&#10;RUyCyxtSxvoBPBa49qk3Sd6KWFACQM4+XSkBi+pX0Dy8+Hl+zqPFQ0dPNLUU9JSwTz8zzxQRRzTH&#10;+s0qAM34/UT7Tez+2azbVamewce3dwZ2qq5JfFksmscsskoskApm4KD+yt/e/rnVtfGn7Ken5efS&#10;CWzkEmqIhq+R8/Qj/Vxx1JK3BFyLkm44PP8AQj2rdvdx5Tc+86zcW78bjBVUBUZClgZUo8ZBH+iW&#10;BGspEZ/WwN/bbbrKxIrnHl05axXMc5eXguaU4U/livl14LYWBPH0/PP9ef8AefZisz8nZxth62Dt&#10;rblDRYOkln8GMWabKpT051R0dBSjiSV+AGI9qo90mNdR48Oj1bqoAMgx6cfWn2+nUEYrHCWab7On&#10;aWobVPI0SM8jWtdmYE/T8X9pfrTurDdrbcyO6+wcxHVxJm48VhcZuOPGz5KsQjXNX1cQsYolFtLC&#10;39PbU07yNr4t6/6sdGNmkFzEJpjmtADx48fQfZ1JiiSnVIYIkjiF+FGlVH9Av9fY5bW2DDuKpGS2&#10;JQ4emqYDWVi/wuf76jVqNhJE8lPTsWVpV9QUf09t+Ip+Lz6eewjiXXb4PnT/AGOP2dcaipgpU1VE&#10;njQsieRzZbyNpF2PH5/PsF+29w9jbozEGP7JSGHGQU9TT437SGpi+6SBrOVpzch7ixLD6e9pOI31&#10;IRQHh/LI9OrJNc6lW5pQA0PqD5H0+3r1PTQQIwp0WNZHaR9Bvqdzctf2wQ/JDLbT25SbRppK2jo6&#10;UxQ0sxq6iIwpEf2nqE4UqDY3/wCKe3pdwkCHQxODjh/qz0oa/iWEoCSQPyFPX166eipJJhUvTU71&#10;CroWZ4Y3lCWtpEjC/wDvPtX7N+V1Ji8jHVZndkNZFExlmpaXKMkVQWBXhY7eq/IP+39lEl08nxVp&#10;0nW+t6Eq2a5xSmMdcZ6GmqEZHggN00KzwpIVX+nq+o/w9idt/wDmQbP2pu37yvpf4hiihoK5Mhkm&#10;eSWlY+mOOc8gg/Q+1ljdNbuJDjgPl9nRFf3URLFCVzWvEVp6enSE3j1rit2befCR1MuBmWcVtFks&#10;TBBDNRV6m61KxWCt/RlPBHs3Wyf5jXxkzE92w2Gxv3br5Wr8nBAiuR6S1SqgNb/azwfY2s97t1qu&#10;haHB8q8OP+Doguo47seGJNLYHyIP+CvDorG7Pil2nm6SnTH/ACG3JjamhVzBNHi4CXa+oBo2Zwt/&#10;odAHtEd4fNX410dRTw0m3NlZOtrnWopq1pcJljUxIArCb9p9Ki9tTG4HvV/f2t0FMKKop9v+ofb1&#10;SGP93oFkZWBwPOo4GnmfX7ehQ6l6W7A2jSqu9O2Mtur9l0WkSjNHHFKbBJhK7argfVQLH3Wx2b8w&#10;6nJ7txVHsBds9dbMjqmn3BlNjYDH0ebyCo1l0VkMaM6AXuLWJ5+nsJ3ckTS1Rq/Z5n/Y/wAvRkt5&#10;JNKkVtQDiSoycdGJoMTFQxeM1NZWkqF1V05qLLblUVuAv+H+8+zQJ/Ne6Q692xQ0K7W3x2RnhR0l&#10;HLHPUUuGJlhj8cstVXSXHqb1Eot+fe7fcWiOqRa0px8/9npm9nSQh1JLAZqMY6Cbd3UlZuSujqMb&#10;uGPbEayzzN9ji4K13kkYFGMNWQnHN/8AX+nsDN6fzBswdi5LL7A61Wl3LuuunlxNVumufJHbsE/q&#10;Ip4lZVnCD/NmQAfn2oO5KMgZ4+eAfKnSVWnlj1xrk+R8gPMD/J0JsWA0jGrJkKgx0NLHBNDBHBSw&#10;V80aBTUzxxjgki5VTb2QLe3d3yG7KxU6bm7FqqmOlc138PoclHjgk0Y/bhijo9GogfSP6XPstlvG&#10;Ykg/s6a/d9zMNcslR5AYz6Y6e0hihFoo1QckaVA5vc3P1Nz7ndCdmZfcu8cRgN8TZTJ4jJ1uPxs9&#10;RLWy/cxwtMI5/GX+pZL/AOPv0Ny5cDJI8hxp59OQbaJNUeWP2/5/z65m9v8AEgn6+n6cX/wPvaJ2&#10;j8aviNQY3btTW5fbuKykmOp5aCjztXi2rzTxRhtcdNXqxABuSSR/X3JGzDZjEGu5AjEYqBinEH8u&#10;iPeI72B9MVuGA4HFR9oPl1WV2f8AIz5l7c3hmsJsn4/Tbz2/jat6X+OYykqJaCxYBS1VrVuAb3RT&#10;9Pc/eY6J6wWn33t7feIlXHmPFU9PjqjFJRVFfMpjo4aqvxhDRxqxDOrCxAP09m5vtmtYwyvqC4XA&#10;pk1/kePQRvdo3K7h1MuhDmozQHGR9v7BnpddT7v+RPalBW7Q7O6rxuzaHIqlTX5apqKqSppKFJlE&#10;8MOLrAyPM6emEhvQTdhx7Q8PyE2tNUVeZ333vtvYVO1IYji48+8mNrqRCY4anJwp5UiiZr+MWDk2&#10;b2gvN2tLpdby6CRSnrnzp5cKeePTooXl+8tSCRqKmqmtCK/Pz8uPkPn0ImY6i2js2mxFLtXpHGbx&#10;qMVWNkE3HPjMNHn8RLVkpN/DcgyrUSylWPkAlCaeCD9Pb9X/AMwOp2b1llt1bA3hVdp0OFcY6jxe&#10;Dw/95Y6tETWtTrmVXjgVR6pXFgP9f2iG7xrB4Sd6qSACK1FCfy+3pXY7EYpRdmNmGoklCQxORQ+V&#10;Aan516LBvz+VR8Se395Sbw3f01T7P3Bnb5bL7r6+3LmNgbgnys1tcM8m3ZY0eY2DMygcgnn2C3Rv&#10;81XsHObwqch231ztbb2w8p9xT46q/gb4cQVUK+UHJ5FIwuqQBh6ha/09lUW5TW8uplVkpWgAx6Z8&#10;+hNc7KdytNEpeI8VYkmhpgNU+mcfLpJdofyauhNybAh2z1v2V3x11ubG1AqcZu2btHc29KsRcq9F&#10;VUO555Y2isQU8egra3N/dmfTPy72r3zT1T7D2HhjjKGtbG1tTXzyRM1QrWM1E8Q/diYC6N+ePYkS&#10;6j3CgEAbPmaVNP2cD9hI6hLedvvNqn8UXkrUJpSmfWvlx4nzp1Xj2d/KTzfQeJqd87y+dvfdZVxp&#10;UVGOGIxWJnozTUIVxBPDXE+JluCWTgDn6+69f5ocdDV7fwWNrdh/3HoHzsWUO/KScV+My0dLBJGM&#10;VUCP107rI4kCN9bcewNvi+HdvEihAuKg18s59fXqV+S5L+7sAZp2kA0kkjKYrx/nXzGOrXf5aUOU&#10;j68y6ZT5I5rvGSCHHU/8B3DgaDA5TZjgyP5CaU6quOpQoEqbaTpte9/aL6yzv8tvL9QYzHdyd0QV&#10;O5abGRQ10smXz2IylC0S8wYmOnBCKDfRa4P+x9h2GcA1kB48eH7fU9SUBM4Vw6soIBriuOPy6U/y&#10;M3P/ADDqDsinpPjh151xltgNTJEK3dGbxEMk9Wxs9bXNUMk0SDj9tATb+vtg2Rv3+S1sjMVj02+8&#10;nlqqonCvN2DRZbcFNE0bXV6RqmKyqx5JYc+z6yvLOM65wSTwFPStajzPp0W7rt8P05ERjZzXiSc/&#10;afToFc1X/wA5PJY77aLafxfxVTodhUYDdmRWpkcfpSZ8rCyoLfmIfXn8ewx+Z/yA+EtfsjB5H449&#10;mYbJbo25nIKttpYHAHH0efw8sRpqrG10wiRVEdxKhbm4I/PtVe7pbtTS5IrUdtD9n7a9INntrm1Q&#10;NPp1KcUatR9lOHRo/iXN8ywMzB8qdpbJwpekifG1+096x7mMlfDORJ5KdYk8ayxvc2NhoAtz7qE3&#10;N8tsplKxabH7Eosfj6ceISGoklqqhXcNIw02VP6AAfT2xDuq1BIoB9hr6dDq33QOVVUAAyc1r+Xy&#10;x0dZeef8fZ2PjX87dpbOqKKnr87FtyGpijpM1hM/TzS7fy0Rj0OKuNlaMORx5Ft/j7EllvUMYCpQ&#10;gg1FK1HoR/m6pfxwXq9p8jUEU/n0jN77Fwm+8WKDKrU09RTuJ8Zl8bUSUWXxFYh1RVdBWQkEEEco&#10;bqwuCPYl9rdu9A5HK0Od2DFgZWzWRkrDi9ptjkaLIxr53mWpJTSpNyoIHPHsh3CW3MniRLQft49E&#10;v0aoqwLQ+S0NTU+VfX16eNu4/J4zFUtBl8m2Zq6WJYGyUqCOesRBZZalF9Osj9RH1PPsI90fzDvk&#10;ftFlTYu8s/jsFSBqaOl3ZtTF1wiaNdP28VbTnTIqiwBZtVvr7Lf3jNH2Rkgf5PTonueXJzP4ydv+&#10;mWtflg0x+3pHZvprq/cdZJkM1srDZCull80lVLHMkzS3v5NcTrz/AK3slm7/AJNd+9q75G8MtlJd&#10;25ppISmLkwQrcKfFxHDT4pEdY/z+hr+9OkkyFj/g4fKnRvb2l5bsACGAwRThT5fL5dL7GYvH4Whp&#10;8bi6SKioKRBHT0sAIjiS/wBFuSf9iT7Te7u7dz7jasoOw9jbeqMlBLrgqUgqsLl8S+mxpYw4NorD&#10;/NOLD2WEBMnoyXWGDTqGplfKn+ry6nA3HtO4ntTcNDPT/wAANTiJYdLQSaoq508YuwjEq2sP62/3&#10;j3sOGagz+WOrmR2wBQjIPEV/Py67Ivwfb/2Dv7Pb5wtBm9x9ibe3DlaSHwLiRi0oNyUcd9Ihq5Y4&#10;1SdV/s+o29+AbzPVneeRQ006timkcf29dAAcDjm/+39hLRYyhr6iD+KZNaeOosfKJkRUB5bWSOP6&#10;W9pmYnj9nVQiUpITSuP9Xn137hZChwsE00cFTUyRqzIkkhjJ4/tLp+qn8H8+/Ajh1pljjfGfTr3t&#10;klSGORFjZzC3LF/1/wCxI/x91I1ECnDpsdr1B697bausSjtKxNtWnQoOpjew4P8AT35QWJFaj7Oq&#10;yGg1KevexQw+8d/4Wixa4bcu5NtQIrCI4eqr8PMsdQbu7VVGVMhb8am/1vapI2CUbh/P/V69ae6K&#10;hY/EK5+w19T1wdEkBSREkV+GR1DKQOeVbg++GXzO9zlHoq/du5KurlgWrM1fuPMl5IpBfXPJPMbk&#10;/wCPu+orxGP5dJ3ijmqGlJB492P9X+DrtV0gKLBQtgFAUADgAAfT2xypl40lrWyKyjnW0Gcneqf+&#10;gljDhjf8G592LsRTiD+z9nW0sI46svDjg/5OuwD/AF5/43/j7ZJzTSUyywQ+OpQsZ3cLK7sfofJJ&#10;c/Xn2neVlNP2VPVxbQIcLQ+YJ8/83XrC9/z/AF9xMTNVPXyRRQx1tSqgiOqiEixqp1LJEgsPr73G&#10;dQq/Hqgt1dzUZpw9PXrwFr/0/HPsSYe8tw7OxGR25FtfYuQp8m/kqIs3tmOvqKeUJo81NNI6tExH&#10;N1+tvdnbT3A9Ko5WtaqArA/0R59d+wtxsW8t/wCRShwUFbksxU1SxUuDw9I7FvKeDBDFeyqTbngD&#10;8+2EUv2nJ48c/wDFDpM87DuJz6Dj10Tb/ffT/E+7G+k/5f26ty1OFyPZO6I8LC8hNZten1QZubwD&#10;yPHCz8MoHpdx+fp7ObWzeU59PXy9Pt6QzSRyODI4FBw86fZ1FqquOmjZ3V2QC7Moui3NvW349pj5&#10;udAYbp3ObVn2nBPBgs7iajXSVUrVDR1mPkEcsiu3IDqbm/590u4miIb7f9jrYe2E8RFAGB/Onn9n&#10;n11S1UdShaMD0NpYXuRf1Af7EeyKCM2hpyw8YOtBEoOhwPSVt+b/AJ9ldZK8M/Z/qp0vMEZyFFfl&#10;5dS73HB/2PtS4WlWvylHjPKHra+oipoTVvZTLIwVSxe9gD9efby1d1Xz8+k96Y7dNcYowrg/sz9n&#10;r14C35J/1/Z2f9lrxE2KimyG8cVR1yUoE0dO0IKzxrc3inIYgfll+vs2G3qIhJ5U/wBX59A9t1mF&#10;yEMlB/q4Dz68AR9T/rf1/wBifZUczSVuy915LAZ6sbKUkarDBNRVk1HDVR1CXpZxPEfRYEalIPHs&#10;ueJo2JU18h0f29wDiQ1pjBPA+fy69zz/AE/Fvr7Ml1vuLO7ToKHbfZPXGOz2268JUYqspXgrqlaO&#10;T/gPUy0872eEXsHIBv8Aj2ZW9yIzpk+WOI+f5+nW2tnjYK8WtDkEUNKnj8+u/Y0V25+h8LuBttrT&#10;0+1skaKnq6mslx4o4sfFVR+QaJo1KqwHJC/7f2rDIxqp+f8Axfz6UJPa2khhfsI8yOAPkTwP+Xr3&#10;sT8buDqzfGXwWxdg72TdOc3PPj9uYygx9JMlPFXyHTE9TXzaVRmIJDN+ePbwlQNQ/iNAMf6vs6eS&#10;7t5JtMLFi/wgDgaZ6j1NVDR09TV1TiGmpIZaieU3YJBDGZJZCFBPCgmwHuwva/wv7GwOPfN1eEWt&#10;paVFhqpsVU01YkM1MoV4qqKIhkZePILfn2cbVaLcOGcduan0pxB+fp0cx7rDC6xu4DMKaTQH8q+v&#10;RWq35p/HCi3pjuuK7szD4XfOaggq8Ht7Ow12KrM5RVWr7asxBqYgkyPpJQq3Nvcit2VgcXUxR5XC&#10;0Wpnjinpq6ipi9XEfTNHJ5V1lTyLkkexvb2O19pIAIoeHl/n6WLpnr4jUH2D7OhqgzlRloJJMbUL&#10;LHJBL4aumk8ixyabxvcXBIP9k+0vl/ih13uyn3EMfjJNvUWep5k8OLlMUFEKiO33FFTy3RZE4YMB&#10;9fZ9Dy1t+4KUt2ozA4J4eY48PXovl2SOYmMoO+uRj/YFONOkzU9ly4COlpMpE1ZUIgiqZ/EVaSRW&#10;0MxWPgXP4HuujtD+W9ujr4tv/bfdmZpKLGSCRMhmKOomy1AQNKOlVRyAhAPrawA/w9gTmLk+TbKz&#10;ytgiuM1/Zw6bXYEhfWW0N/xr5Go/1U6WO3N+4Tc1XJQUbSLWRRCWSFyCNAGprMv9L/T2EvWPwk3p&#10;3bqq8d2ts/eFN/EqtZctT0talerx3+4iErqoKk+o6uL3t7BkW0pO9ASSeA9f9npdHtcmmryBlrXz&#10;/wAP+HpRZbM0GDo5K/JStDSxFQ8ixs4UsdIAC8nn2gO0f5fvyZ2ZUV38M2HV52jppXSCqxdfjquO&#10;rpVb01EKF1cahYlSLg8e013sEsROny8vPrUm2zadUS1H21B+fUPF7s29mgpxmTgqi2kaUWUFWYfo&#10;bUoFx9Dz7KRn+s+y9i19NDvnaOc25HNOqrLXUpSnnNrtFFOhKM9v7Oq49lgsJUNWU/4fy6JL6Ztu&#10;j1TqQM0qMft4cM9KG9/pyOeRzYj2f74f/C+j+Q9LmVy0s+EoXrI4FyiNBNV42mZL/eJHOQpAchdJ&#10;NyPp7ENhsMl0NXA9AGfmy3aV1L5BoADQ+p/1f5Okzu7dFDtDCVWZrllmWnRzBSwAmasmVC608Ngf&#10;UwBtfj3bz0V/LU6r6K3Y2U3DWT79rYsTVUONoK/FCpoPvKyMsazxpdQZFIXkHTzY+1n9Xnt9aSjJ&#10;B8/McRXoSbNu6XNJomLahTv4V+X2+R6Ktmvk6259sQZHYWP/AIaj1tO2TyGcyFFQz4+gp6oJkDFS&#10;zH1OoVlIPFvpz7r/AO7f5a3aOy5tz9jU+1Nm0+1anI11fR4jM9iUWPqYo6mpaZKOgo5AlmsbRRE3&#10;+g9hm8264tzqK0UivCv5/wA/5dHdoLppGC0YDNK0FPkT/g6GHZHyG6q7C3HU7T2juCozWYokD1Rp&#10;8TkVoIwE1EnImPwf4WDnnj3X/uvYm5sFiq3KL1thsdS48aaqrlyX3oWx0jkvYn/W9lioHAqQTx4f&#10;6vLo3CS+AZTGFK8fs9ehv9prqzZPZnZ244cDtTGYXF1GQiqZKWetx0Hin+3QsVglmBHqsQrfk+3R&#10;bHigyKUHSYSXLMEiVa08/T5/b1xZlRSzGyqLk/0A9vG/tg9wdW1VVSbmTIUiU58FRNRYGN6fWwuF&#10;MiIwsw+j/T/H3R10YIyc+lPPrXj3MblJCQangMcOvKyuoZSGVhcEfkH2EdLV0tSCauprSPKXmMcM&#10;EM0bt6SdL2v/AK3tNJ2v/q/1fLq4YNxrjPkDXyHXIG/++/2PuFlF2OisZ59xVs0YLrGooSwcj9II&#10;PpF+L+69xGRg9VfwNGo1z9n+rh172y08uErVeTEY2vVqYB5Vr6lAVvwvj8Isw/w+vvYLZ6omjLqD&#10;jhw/w/6uHXvefGtVz19PRFMXjIahi331bq8MafTyPISf94Fz71RgOFerKXLgUUAedf5nr3tkrYY/&#10;upkSRZmWWZPuEUeORUkNnhJ50n68/j3YEnKnptite3J/Z+f59e9xoP8AKJmpYwXkQeQx/W2kXYi3&#10;4tfj/D34mvGvWk0uaEfPj/g697Vu56Ta1N/Dpdr5LJVkM+OhbIU2Vo46WoosiFtUQ08kJKywk8xv&#10;w31uPdcrgY6dmVFIMZyRmvH59e9tW3q/DUVes2cwku4ccEbVj0yc+KLSf2XNVTqzcfXSB73GC9Dw&#10;P+DrUWgOXcaqDhWlT17225KWjrK6c4yjejgeRngoRNLWywIxssHm06nK882ufd2hk05zXzHl1Usp&#10;bA+Xmf2de94kx+RY+igruASf8hqzbkElgE4sR7Y8MEZJP+Gn+zTqwLeQP5jr3vnTYzJ1k3hpaKvq&#10;pXcIkUFDVOxk1fQBU+o54/r7vHbdwJ/1fL/P15dbGigk/Lz/ANjr3sW8J0B2rnYVqaXa1XBTN+qW&#10;vK0IQKLs0n3RXSOb393KBRQn1621pdgCiHOan9vXvfCs6jkwEundm9Nobf8AG+l6Zsj/ABOvYW9S&#10;x0OP1G/HF2t7rgYGetx24KapiFofWpPn5de9oHOrtSmYQ4CbKV7o3OSq1Wlp51Ueto6Plhc/TV+P&#10;fqMGqeqyCIN2VPzPDr3tNrUyROHjYhj9AVDLyL8Ai3+v7ZkVjIWQcePr1sNQUXy9T/Lr3vtqp7h7&#10;kMCSzlbc/wBSP949uxpigNSfL/V/h6oz1FSaY/w+XXvat6+2DuHtPd2H2tiWtNk6wU2sqXWGnB/e&#10;ndVH4H0vxf2sgt2kNB/qpxPSOS4jVxCWFT/L59dX/wCI9mGzHS9T09unN7J3HX7SydNSfa1kSbhk&#10;monEk9OJIpKVSp1IwKiQqbGw/PtebQxCrCtPLh/qx/LpkbjBDK0MjoV+fz4Gnz4fl14MGFwbg/Qg&#10;8f778e0DDuvCbRydFkExm2slk/u55JahqIVdBSRKwjhNHFHYXYX0mT6W91MgjYFBSvy9f8Gcfl1R&#10;p7ecao9Jc8DxA/2eur3t9fzY/wCNuD7PJ2BFkO++rtp4fbW/epPDtmKGdMXuPdOE21n2mjpvE0UC&#10;zhdatc+lj/T23PeGRKA/y4/n/q8+jb6U3kKFPDalOJAPzz6n/D1HZ0hlRRDUO07HVJGjPGhX8ym9&#10;lB91p72wFZtvIS4nLDHSVcLuki0GQp8nAulrFhNSkpY/gg8i3svaR3bSMj86/wDF9VltooXCaVFP&#10;TJ6kj835tb/W+n9PaQp8fFKkjJGiJGLlmbTe54Qe9BWbj1oAUzTrv2+7TxeHqc/RnL1FRjsZHUwR&#10;VORpnTVSNI10kKMfUtx6rfQe3kQK6g5zn5jpLPihBoOve7g+sviH0hv7Y2Zhrdw4dKytwGQyGH3F&#10;/EqOSpXLLS68fCi6xYNJp1Aj+vs6WGORdCAfCc/7Pz8vs6QLG7VRDXUKhq5qOFfQD06bMrXVFBFT&#10;PTUE2QeatpaaSOFlUwQTSaZqty39mMeoj6n6D2Vvsn4UZzafXlRnMNVUu5Nz4xoJqihxNdQTirpH&#10;kK1YjiMty0Q0sB/S/ssuoljoBnHCvD8/Xoztre4FvrY6nU+XpgH9nHpwV0bhT+f6Ecn/AF/ZKMLt&#10;7cOQy38GhoxTVoDidKyWOlWnWPiR6iWQ2UL9T7Roi66Vxw+3pUI5XelKf5OufvJmNuS4/Kx4+t3D&#10;h5oGKiXIY6oaspoeOVlAAa4+hsPbfCtPXrzxaJAHcfl17227lwkOIjg/hmXp9wCoUsZ8fHLIkCr+&#10;pZwB6T/QH36uOqyx6Mq2qvmOve03BUzmK5Qrp9C+ohi4N7FD/j9ffs9Mrqpjr3sUcNgsPUbcqspV&#10;br29j8jjEEsmHrA8ldlInb0/w82KtIl7FCRce3kkVQAeJ6VpHGyay6g+h697DXI1SNLaOOKVHfSs&#10;h0LcX4BUDjjj3USgmgGD/q49IdES5VNJOflU/wCqvXvb1/d7PUeFmz0cD4+gFRHTQ1TSGE1dS63a&#10;GjtYvpXliOB7eINMCnTrW7MjMwx/h+z/AGOve5e0YNoCqap3f/Gqr0G0FBHDJG0pP6pWlNyP9b3s&#10;sfWv5+nTSxRgAGtONAM/t68Rf2YjC7F6G35ufbG2dkVm94cruEVNJUUW46KhosfBmP4fJPSR4qop&#10;mLyK0sYW0gubj2zqkLZ/YM1+XV1ht3uFWPUCcUIxWlRSnGvDPXEXF9WkAn02v9LX9V/z7K/kqRaK&#10;sqaVoPG9HUT0cwc+oS0s7QzXB/IZfp7q5rn+Xp15SGqFx/h65e8VDV48SaJYfPYH0xvoK83uL+6g&#10;0IYeXTmofD6ft697n09JhsrmnOVqKqgx5EaCeNWrJlt6WYr+R+falSgcaxUdJLh2B7cVB/b172Zf&#10;aeE+PNPt6up9xbzqqyqpU82FpJMVW0a1NZK37wqKlAbKF4UfS/PswEkGmvD8uJ6D7xSTSGQuQcDA&#10;IHzFevWv7PF1V/MW6H6i2RS9cH4jbH3/AIjFIVgrtzjF5SonqmH7tXHV1MRlGs8ldVvaOSVAw0gU&#10;/wBX8x0J7C4FvAsfglgM8Qf5kZ6A3tLp7Odi5DG5LD9ydm9ZT44qnj2JkMdSUtdT69clPkaXIQTp&#10;KGP9qwI/B9kC+SXf8fe25DX7f632V1dtalmebEbb2pi4aY0nk/zrVNctmlLH8Hgfj2i1KuGNa8f8&#10;w/y9KmuGmXtQIo4ADI+37ehcwWMlw2JoMZPlMjm5qOnjhlyuWljmyNc6CzVFVJCqKWY8nSoHstsN&#10;JMvqlke5a/ANh/S1vaZWBao4Dz/n03w49O3uaqhLEsfJrAAuAw/PJHtQGB4dVpTI697fnzmRFPBT&#10;+VpYVBjQaEbwp+VvYG35+vvVTU9WLtSgOfLr3uRh6arr6lKWki8lTOQES6LqYm1x5CB72KEaj+zq&#10;pLxpqWhOMf6vTr3tXZ3ZG4NqQwVObxiSrUL5Y4Y66nmliV/o8iU7tYf1/p7sQDj5cfTrytMrjxVB&#10;rXI4/Z9nXvYb5qngrvGVg+2aPUrLra0jMf1Xb3SgPXmCsAfP+XHr3tcddbpi2RUwVSYTD5d45Q+n&#10;JCW7s3ABaP8AA9qIigWoHD59VKMaFAD9uPzr172aWr+T1bXUtDS1fWmz8vDQyLLTiSomdqVgfS8H&#10;lWy2/A/HtRrUinn9vT+uZqB0SmD6/bj166PAPsZc/vjdvanx83ruvB9Hx09JgxQ47M78FBVZOHD4&#10;+eTwzxYys0+NXvYS/XQDfj36Tw3YaaA+n+Xo4eRpLRpEjoBitPI/6uPUGavoIK2kopshTQ11VHK9&#10;LQS1MMdVVpCLzSQ07HW4QcsVBt+fdXlTTR+b7eoYKC+kSkXljJ/Jt9QPp7T6ATWnRG0ZqAMfMnHU&#10;4X/2Fhb8n6c3Pttq8fJS2JTVFfiZfUj25uLfn2wQM19fL0/y/wCTpoggANxOeu/bNVRwMGZL6rXI&#10;sbKR9SP9c+7Oo01PHy6oA/4qfl1721adIDBgT+Vt9P8AX9p2WnA16t1734G9jck/m/0549+BJx17&#10;r3sR9pyrQl6oLZguiNyASCf9b2YwsIlL/LgPt6SXkImjAPGtafn5de9nW6jBlix1TFMVeCojm1g2&#10;PkV/IJEt9CDax9iXaJSs3ijiO4ZIoRn+Xl1GfNluPp3icatQYEeXzH2U697u12b2r8a/k7htpdEf&#10;Lyix6bmxWzsjLszt+gnSl3ZjcZh0M38Nr68gtJEq3CRSalJHFj7yW2DmDkz3Egh5V58RRdRRnwry&#10;pV6IpPhu9DinCuCcdYS7/snuH7V3Nzzp7XeJJYzTDx7AjVEzsQCyL5ajxI6C3NbUz+Er6zcPXs9L&#10;DWZOrjqMztzJa/4FlZWss1cnj9VPUkAapY+GH1BPsEe6P5RfXWQ6M3H8hvjx3lT9hbAxGKyWbVYa&#10;SGKsyMOKc/xHFNL+iKohUENHJa/1/I9otx9hdnu+XpuYeVN0NwsCO/hsgo6pUsFevxBa4YZIpxI6&#10;OuW/vcb9b83Qco887MbOeZ0jBBPYzUCswP4SeBH59RNudqJXblOx9yYCs21vCKOKWSheeGtoaumm&#10;RjDX4yvisJoWKMpNgykEMOPevDVUuL+80UuVeMwz1QcxowkipEBaNS//AB0uNFh7xjEMDsuiShzi&#10;mQP8h/y9Z7291dtB4s0PawWnnUnj+XnU8ehcBB+n++/p7TsscVFUqoVpnZS9Y0rEKhl9SKWH1IBu&#10;3+PtDMscD6YRUn4q/P58K+vp0aq0lxCTGdNOAwSafL/N137MX11RQZmlTB5bJS47bNKFyGR3ZE0i&#10;wrHSwtN/CKOxDSuW0gov6vz7FO1zrPGLKeUxw1qZtJounNF9TUYHAfn1GHMwezuhultGJJ2OgQNT&#10;ifxnjT5de9jpmzsCRaOuy9HlsQsOy6PAYqmppzR4yTcKL56jde66GBiXppYXYIgAVdILEk+z2b90&#10;SSLcXAkT9FYxRqL4gJ/VlUcAQcD5cc9B7bpN1RXSJY3ZpzIxK6mEdKCOM/78BFa+fDr3sK851vge&#10;v9tZbcmSkEmOzEFSMS1OQzZSlfTHGkRH6UYkFHNg3J/HsOw2ce0CS6vspLUqwwWHDHpqx/OnR+Oa&#10;dx5k3GDZ7SKk8LgyMQRo86sOFfkPmDx697ATr7YUPY24MRhKbI0uIevzFHjJFqJlMy0tbNpFRCrW&#10;1mPgMPz7KNn2q23u+ittXha5FjpxJDEAEfMVz5U6GXOPMz8o7JNu0sLXJiid6KD8SrhTTgDTr3sz&#10;Xyf+HGS+NHatBszL7rxddhsrgNt7nwWUMoMlTiM1QLVlKnw3jSaKTyRyR6riwuPYm90uQpuQOYl2&#10;V5fGieGOVHApUPXBByCrBl+dNXAjoA+x3vTt/vJyWvM9vbtDMkssMsRBAWSNytASK6SKaW/F+XWK&#10;KZZgWUEBXdDqBBujafof6/X2lKTd2dj21W0uCodu0/8AdXJxzqcbVMlXkY4iVp58lUhl1QxgazGv&#10;Dk8/T3H9ZpE7ArKhGPWvD5k/yGepqjtLcSapEDM1MMMD0+er1/PrL7B6u7M3BU7ghyuQnElXLVpU&#10;Vk8skkskln1PZgfSL2AC/QAD3RbiSOhLEioP20OD/n6VQtHbqIVApWp8wafPzJ697lZTd25t55iq&#10;qmyWVySeWqWKN2laFTPEVmqKiU/QKl1Qk2VRx70+qeRXpqpXJA8+P8qeXTnjAOKGgB+xST5/ngde&#10;9hlk8k9RPTU8AEMFADTwGNtRkHkLNIXP5Jvz7qGMqqjmlBT08znpuS4mZwpao/2a/wAv8/Xvp7P9&#10;RZ/42bi6LxKb/wBsZzcXbOMppMRs3ZmxauXFUk8MzljujeedKMkRVyQY1vNKAAAFF/Yt2602Gbb5&#10;nvS8l2AvgxpQBgakvI54BRgKuT1G263vNkO/GCxMUdoatLPLnTg6Yok4lj5+Q+3qDK1b93SpDFD9&#10;oRK9XPLIwkTSAIYYIVHLMTdmbgAEfUj2ZPqf4i/GPcm0MBk6vb298vuasaGoyGPm3A2O2/BOQpWm&#10;lITzvEjcEMRqFyfYrSw5JtdpaFYZZbuSlNcgVFJPpSp0+QNK+fDqGZecfeEb7OlxJaxWaFggEdZC&#10;oY91a6VJGBx8q9SSXHquNIBvpBLEj8Af7f3Y1tvpui6sw/2OxcJBhagPSwSQ4mkhTEUlBMuvwU8h&#10;4eRuLPIxb6n8ey6GOfaYG1gRyK+jFDSoqTjjQUA+XRXBvZ3qWl9MZWcsaliHqCcj00/DThUfPqB9&#10;5BUOFdo/A0bOqEkTMY3sWMf6tI/PH1t7fsTNlNzbt29QtX1mAw2GyNNBnayhYuCsD6tDMfSeeWtw&#10;Rf3W93G9unjuJZSojKq5T+EMc04Vp6+g6O7iCz23aHPhpPLIKqGNTmurjkVwBTz+fUevV6PHZGah&#10;gira14Z5qOlmIjSeoMVo4C4FwGNgT9Rf3aV/p96+6Z6hynZ3Y/Z1Hsfr7ay1FINz10TS1OTqgi09&#10;HjcRQQAy1NZOCEjgQcsfxf3PXt1um72G3/1i3ncRZbNZE6naheRmHbFQgkyMO5KA5otM9YGe5nJG&#10;+cx83W/KvL+2G83S5owhUkeGhYli7HConEsfLomMWwaar31lYk2e9flcsMbksrjY3i/hlFUWaf7q&#10;tlm9McTSLoWSxuyiw496tHye+ZNN8m+6qrce1a3c8+zqeuWm2/NlKWTGy1VBHP8At18tLKT4zMzX&#10;KseCf8PcH+4fPzc4c5ePYzSS2wOmIuAG0AkByoypapJHz+zrPn2i9nbn2t5Gh2zdY4lu3XXJpYPp&#10;ZhXSCOIAqKkcM9HaxlDDjqOGkhhigCRqXSFQqCQj12t9f6A/0Ht/o85RTbq25Q5vPwYjby0Mk8xh&#10;jxrw6mo76MnNQeuUuQRpla97C3PtFNGv1A8TsVgakLWnDBA+zyxnpTf2co2qeewgMtwzYoDghgRg&#10;0oVGar5dOHuDsTcNNgsf2DlNuIiU8mUlNDTFK2lWtpox5I3mOKsoXTyAzALe/wBfZbaCSG0llQUG&#10;ohQARx+zPHArTo13Tbm3E7fbbp8SLxwQpIFeOSTSlPPr3sLMr2dRbJ2FlNybtjmym+MzkK19qbZo&#10;Z61cbEJwEjqsrbVrW92Us1+PbZuEt7Ay3JMkrDtXiAM1PyB4+o6NTtF5ue8wbdtJCWUar40jKKkg&#10;ZCA5A/z9e9lz2Bm+3u3d1bewec3Nm3xUuSSKOiM8q0OPhqZLMFS/CIvI54t7S2rbhuDJbT1K1A4n&#10;tqfMVxStepDudu5b5V2+W9S2jMmirEBdTHjkj/B9g697WPd0X9ws/WYLAZbPTwZHIrQy1KZdaigy&#10;dJS/tCV0Vmf6/hm4963CFbKXwoyxFaVrUNQ4+ZB6LOXbmDeLZbiSFUGklBQ1XPn8/wDZHXvanxG1&#10;KTG1+yq3KUEC42oihyVf4j56+pUx2W+q+kF7HT/j71FbEypJMtFYeXzyPs4jHSO83Jri3ngiI15A&#10;FTSvEY/nQfZ10TYX9jLufC7T6v6O7E+Q2cp6avyuZz/+jzpnbtbTDxtu/I0r1Gb3FVRcao8NSBp4&#10;1/Sah4gePYwFjabTy/c8yXSh3mbwLYGhHiUJkkIPEIp7QODMCeHUZxbnuHMPO9tyTZ1WO2jNxeyK&#10;eEdRoQfOZu2o4KG6b5al2roKGFQf22qquQn/ADMIbRAlh/alfUVP0sjX+o91E0rRu1RU1MjPUO+o&#10;E8mR3fXJJIx/qf8Ae/cbQhcyucg1+3j1kDMJAVSMdua/soAOnAf7D6D6f7z7Nb8eOxqHbW5oGq6R&#10;5JKuaKniWBAVQSDw6zf+l/Ym23e47RWBXUSKD5V/z+X8ugJzXy1JfwqBIVUZJ8xmox51wPl137vk&#10;613Jsim2JhKmWvytLNTTijqlmdFgadyXjlpZtJLKb/nge11reWgMfjhyGNKinYPMj1P+Y9RpJZ3l&#10;w7xQgaloKnhwzn5j/D8um6Za5pZNApfB4h4w2syl7+pZPxbm4t7Kf8hd/wC19243ddLtIT5apwuU&#10;pMbkoZ5REjVs8TLEF+3IeXSbBj9B+faa9ulu4JDbD4OJNRWtQBX1416kbYNrv9oEclzRDLGWDcV+&#10;Qr5U9fP8+psSuqKr6bgAWQEKD+bX91wbjw26pdsjLxUtHGKSWTWI6KsNTJWxuR44WJKekfTTfgX9&#10;hiaOZ4RMQQFxgUB4UxwrQfaehlFNYPOviOAzACgAoQeGPLh5/b1k9hRhdgbw3Ipq6+XJQ0FYfJVp&#10;C8kDTKh0qtQZWAP5AVuf8PbccVzcHU7YyPnwqMfsGPs6VXG4bfbHwQRqjFAKDPnQEfOnXvaCzeAx&#10;eGrchRGqElRSqvjp4YpJJPI5skUkjekaRfVf3SSOOLWGapGKD7K1+VOFT69KIppbmNZAnaeOaAYr&#10;kcf2efXvYy9e7MoMZs7K703NJTY6mRFpaCapT7mSaZxqEVDRkFnmYX02Bt9T7NbKKAQtdT4CiooO&#10;BA4ehJx0RbjfSS3ibda5OS1O0qKVyTiny9Ove80PX25ZIcDMaOixX96ZUrKEV1OazO5LGvPohFLT&#10;gFYwACH+h9q45ZGjgCxgeISakAlhwFMfYT9tBnotuNz2+AyNcMdUAoQDRFamSfIgihHp173cH1rS&#10;YPqfr/ae1qfbcub7E3KIKbB7bp6UzVZkrdKwzTQAXuXYamA4W5+nud4b7a+SuVlutwQCUqzkNgKm&#10;mutl9AKkfZXrDndbPdue+bri7sLgiwhOl5CaKQp7tPyIrQ+Z64s6qpZjpUcksQoAHJJJ/A/Pu6rq&#10;fZFX151ptna2eqlqsxS0rV+4JXsIpM5lJPvchTUxHIiiZtCg/TT/AE98ifdbnF+cOeLrmCwAkjkY&#10;qjqT3RLgOa+dQaAYp0PoLS3gOjbiFiQaUp6AUDN5EniR/l6S8c33U9RUESJ5ZR40cDUscI8cdlP6&#10;S4sxH+PvPn6RI9c0EasGGoalF21GxJX6aeePYMtbi4RFlC08/MEDP5kmnRpbOGIUihpk/l/Inpzh&#10;bWPGXJsQOCDyDcgH/X+vsGsrDHTu7zArE6MVUG4LXs17fRfpz7OoWaRVWlDxFMADjn1P8+hOqOyg&#10;eZA/1f7J6c4yLG3NiR/T88D2BWe8TVTGP9yJubKB6VvwDb+n9PZ9CxEarSnDBB7ujIeL4Hg/ZQAZ&#10;bOf5cfs6yewc3Ri/uRMjj0jV6ibELa4UAfSwuB7NrcgupkH2UxQk+X+HPT0QjFFK6mWo48M+Xyp1&#10;72AO5cX4o5EUAFFCh7DnSdWmwNxx+fZtE5jZTUGvEeR+z5/5ejddCRGoAUcT69e9glm8ZFKsqHSr&#10;mzaSwuq30hyD+CePYitXkMv1WklKUHof9nqix6pjMjVFKCnn8/y697LRvQY+kaoV54iqmQVCm9o9&#10;PFnA/J/p+fYztFMkahhxApjI+zoRQxExDUCGpwpXh6fb172U7doooqkVFEoWOZCE02VXH9APr7El&#10;shzHkjyPR1axSSLoYUI4V9Ovew9qDHIDqUAp/S5I/NiPyP8AH2aRqy4r0vRJIiQCCDn0/P8A2Ove&#10;2uQ3PC6Tf634JIsPakfPpR8jmv7Ove8Bt/QhgeDc2A/Iv7cGeHDrxJJzw4f6v8vXvfhz6tP+3Gri&#10;9h73Ty68TTj/AC6976JAvY83Jt+L+/CvEjqpIpT06974avwTzxfj/bg+7U69QjPXveGS2sOOA99R&#10;+v04/wBgfbi1K6enVB0lfXPXvfgpPrFhwNP+N/6A+9Vxp6bJZQVPXvfYGsEcjm3N+Tb+p96BKmo6&#10;0CVyOve8KrfUhP09QJ4II54H+PtwnGodOkkrqHXvfFgF1KCbix5tck/T/jfuwNaHrymq4697zIwK&#10;sCCwAIFr2P5FvbbAg1HVWFO4Y6974MDci9gD9D+R+CP9b3sFRmnV0pWp49e94jweeR+CPz7c6sWo&#10;eve+JIP4t/jcn8fT37qnXveRCT+Rwb+oDj+pB/1vdWp17r3vPGbNcXCkckc8k8Hn224qKdbNSuOv&#10;e5fLKpF7C/1I+v1+g+v9fbHBiD1Xr3vnzyfSeSD+CR+Cbe6463jz697kxvYqFFittTEkre3HHtsi&#10;oqerKQRpP7eve8xWHUFeTmxN+f8AXv7rV6VA6sG0HXGK/lx697xJPEjjxq0gF/q55/AJ93ZGZaNj&#10;p3tNSARwH5+fXvaqxFdSRgItGRM7WDySBQv0s3kH49l9xE5BJfh6fzHVx2JUcfOv8+ve19iNu5mu&#10;k+5roY5KP9aUoq30uBcg6YxyP63PtM0sY/sVNQMn06rVlWtKkH8u7hX/ADenXvbhQwU8Ek1ZkMZt&#10;wWql0UFWs5aJUJVXEselArgFje/0t78NTOUVvL0wD/h6ZkilFUUA6gSdPaVpwP7fLjTr3sUf7955&#10;cfTv/DtsilhqoYaR8fjZKhKjH6fGyCIqQFNwoZfzyfp7Rfu+J6sATK60oT6E086ChyT6fb05bQhY&#10;Qx7jTjUqCRwxwJFOPD1697fju3aVHVRQ1+FyGCrqlhFFPCy5OH7k29E32wIiWzEjjg/X3WOxkhkJ&#10;MviU409BxpXzJ8v2dMxx3KOUaQyAkgas0H+Q19PT0697Mn1/RZmnnSaojo3xlQ6VNNJDNJVVcqeI&#10;xxfczyH1ggksv0Wx9lt+8Tfp2/8AaJh8AAV/4qp8zwx0jvfCaBEgQBoyS1cGpr5/lw4+nXvZtNs5&#10;PF08dA0VJTDLNGsE9RHE0il3vrFK7GwUC2o2/J9kc1lPKplap0kkE4Hyx6V/1Y6SOpjDNjhXORXy&#10;+zr3sS9q5N6WqyFSa+lkiUll0KVVmlupAb+pIsPaG5t5mUKgFQKZzxwcf4OqwgSq5uKHHA5zWn7e&#10;B697eYK5ssxdZZKKenqGlSQwvULMgb9tVFtLXP6v6G/tNJHJbSrEKOAo+VPl9voONePVIQIUYqoA&#10;Plxzw/wcB5Hr3tl3TlKiniqYp5byhC41likJIJOkDgkf0/A9qULl0EIq57j8qUwPnw+3qiySIAI1&#10;1ZxTiPLP+X7cde91W/I7f01BFX49vuPtKoCTKVlPNGzxRTSGNIDB+u0tydafS1j9fYu2XbzM8lwJ&#10;NVGoATiprivnTy/2Ojm3hgu7QSM3hsmMcc8MebcaeVOveyB5ypo55kbHwJSUtkSjZ5ND1BZSD9wp&#10;9QAY8X9ieDUKpJnJqONM+R6VOU+BBUDh6/PPlXr3tngx7IzrUS+V28kks8LgQpHpu6xt9SP9b2/J&#10;OWFYxQCgAPGvz+fWn1sdT8R/k8v8nXvbIypNMlPR03lJbTr1PEpDNYFm4sv05b/H2tXUiGWZ6fLB&#10;/wBR+zqwoWA08fn+fXvb/wD3YiipyKnMYmnlmvIwjq/KkKAX0WTgn8X/AK8e0f7wZzrijdlGBUUJ&#10;Prnh14L2Flof8n7c9e9tVGKF5X/ilXVTRw/swQx+XWwVSo0j6L/gP9j7UTGcKPpUVS2WOPP/AA9U&#10;RQzAcAeve3jacmHTOR1VdDI9LEZDSU0UXldChJheok/SoB5Zj7ZvxcC38NCKmmok4PyA8/Sg62pd&#10;WVxgg4rkCnr8uvex/Y5bN1TPjM/j6M00CTNSS3ctEbBaplHpBsAI1I55PshiEEYAlSlfxcMniPtr&#10;+zj0qVWqWiI9T+dan0+z5Z697Xu2sRlaqGA1mYlNHSVPkR5Jbfc1ch9ctLTKRxe4Abgf092lkgjl&#10;YICGOAaA1A+fkf8AVx6aDLkzodanBNCCPy/OlfPHXvdgWwqSBsBjWAcLT0wFi2p7vw7lh+SfyPYf&#10;cBZWRDivyxkH/UOkcUYildUFNRHE8BWpNRxNPKnXvYV7i+OPTvZXYdbnOz+xJdg4mCCE18/nhp0n&#10;jpkt4l8jBi5QHlVtx7lvl6BrmzUz4FONaCnrTyH+r16WC1nkUyOwTPGvEHzp6HqHXzVMFLLJR0Zr&#10;qkL+1TCZIBI54UNLJwov9T+B7M4PmR8RfiJ0geofjdlqo12fqqsZbeVOIctuI1FXCYKnctWygeSZ&#10;AAtNExsgtYcexmm62W2QfTWTUDABj88ZHr8+lcxsoIaQNrYjNPXGei7VHTGe35v/ABm9+1cjiq/G&#10;7eQNtzZmIFVJjKSo8nlWbIS1VhK97GRgvq0gfpA9iJ0p3p1Tkvjnujavxp3zg8v3Dl6auqMh/fjJ&#10;Jt7cVfncs1q/ceQnyVhLKoJ8Q1EA6QOPZ4u5WZ2oxbc+uRidVRQ5Gft+zoL2UNxNdPJp0lcoGNDX&#10;1Pr6/wDFdKPcW0cll+xsPms9BJJtDB07TY1KO00K1UWkxx1tKo1ouo62YAhgoX6e6i96fCD5UY6r&#10;qs9Xdb5PMRZCpqKybNYyuo83DVzTt5pap6ikdtWpjck/k+wrLtN7ITJpIB/PH+z0Il227RAQBn58&#10;fy/1cehVpdy4Crnemgy1EahP1QSSinm/oNMc+kn/AGA9gzlOsOw9oMy7s62zVOqi33dVi64xIFPJ&#10;8salOf8AH2ik2+6QVK9aEE6f2kR6e1dH5R1cC19LBvryPp7DrIUtBJNb7A0drDxoZFBf8F1fkf63&#10;tG0M8YOsZ9OvNEtMin+Hrl/vv9f23zwQCNPChiZQRYtdSLcE/wDE+2Glpgjpkx0NDQ9e9wFgJlUM&#10;1wTyFuF4+nP+P9ffjIta0Irn5/t8+tMoBFM/y697dIpKdPTUQzWUkfsqDqAFwSW4FvbnjKB9vy6s&#10;EplsVH/Fjr3tzTLYqPUjR1KxhfQUVdZNvqwP4496EyE5P8v2dVMcJFCOH8q/6uHXvarhhipaCmyv&#10;29W1FUENBNKqKJBGfolib/4+7Y8+nljhAB00B9R5/P7f9jr3tR0G5OtashN0S5/FKiqIpMJS0dYW&#10;b+19z90VsD+Le/A6sgcf9Vaf5evGGzkrrBT7MrXywf8AVTr3t3nboeqRTSb63VEb2kFbtukfST9F&#10;UwPzb+vurLJ5eXSRbaB/hZh9oHHr3vNR4/p+xMO6VrWPAXL4SsjQ6ueVpWIHtvU6UqP2E9bMFtHV&#10;K8SSDnPlX5de9tGdwPXdRHrxWfoaSoRLtHDR14pzIOAqCbkj+vu4lJYVGD6n9nW0FuWAD8D+QH2H&#10;r3tN4zb2KneRa3c2OpIkjbwy/bVUgkcfpVgBf6fn24Welf8AUOlqwRg1JAH+f/Z697RWWE9BkXgp&#10;JafIQRtZKqNpIoZk+uoK/P8At/bXigHw6Z4/6h0w6kMQDgcD1726UNTAyo9UQCLMyLzdrW0i/wDv&#10;fvQkBHcCOnF0ulJD9o/wHr3tQpmaZEAhjq29Iv6h6DyDa3149+DR+RNOHTQt4gtKnFfljr3teYLM&#10;bcro0Spra/HiJR53nVqhFjH6iVTkg/gD3pghypp061tG5qhpj1/1cf8AD172h+xexMBj8tLTYMPk&#10;qULeBFRqaOEaQoE3k5JNr8e9Kypk1J6pWOAkcSeFP51PXvYNZXftTk6SWlFDFS+UFfJFM5ZVP1tc&#10;e6Gf06aMxKkU/wBjr3tNYbL1mLq0qKeV7BgXiZj45AfqrL+bj36OQ8GNR02ruhqh/wA3XvY+7fqa&#10;bcsH3Aq6ahCuiuJ38aI7GxVWPB/1vr7eK6e/rUkQkUyggDga/wCEf5OvexJpdiYioSP7jsfZlEsq&#10;+rz1VQzxE/iQRr9f8AfegRwDfZ0z9OBjxUXgRx/wjrx4/qf9b3k3H1zitvYZc3R9odf7jiYqrYvE&#10;ZCoGWuT+k0c6CwH5N/bnFgoNelkcTq4/VVx6CtSf83XV+bc3/wB9z7DtalVhLq6NGSSraraf9pF/&#10;xb8+6lkBCt59KiKDNCOu/cyJfNS+dZoWBt/uxdWm3JCe2yoBoM9IpLc6h4fd8vTr3vDMxKg6l083&#10;I/TcC1ifx7cBAAUmvSuNSFESGp+eP9Xp172iK/dlDRSmFIJcg8ZIdYb2Tm7HyHg+9GQDy6q0qKMZ&#10;PXveFt1YetjjeKlrKeZm0iLTrVQR+ot/r+7LJXpppUkXTQ9e9q6eKh+1oa6iqXlMlKj1UMiEPDUB&#10;tLRn+o/of9v73QeXSeSxjIV4zgjgcUPypx697mYhsZU81lXFRw2PrMXlkb+ixj+v9b+2nrSvTkVm&#10;KalZR88/y697dnoMBLC32W5ECn/lYgMTp/X6f092Egx5dGKwKUAV8+f2de9zcJtfaryvPmNzfcxx&#10;oXipsclpqmQDUsSyVHpUH8k+/M9B28fTpmSERoCHoPlxxw/b173n3BQ7YetpV21HWUtP9on3kGXn&#10;ikmjrif3PFKnpaP6aSPdtR06mx69XEKlEZQQ1Mk/b173P2X0xuXfucosRipMNTPXTpAlTlsrR4yg&#10;iMjWMtRVVTBVQfUn3sv2Fga/Zx6stq7qSucYHXF3EaO5DEIpYhRqY2F7KB9T/T2InYPxF7M68lb7&#10;iHb26KNI0P8AFNnbixOboCz8+LVBLq1D6EafbKvqjydJ68233Zi7qUavCh/2eolDXw18KzRJPFqv&#10;eKpheCdCDazxuLj2Wyto5KGpkpaiMxyxS+KSIgiSN14KMP6j8+7q0YWla06SpCka6YzVvM9Tfcv+&#10;HQxpDK01LI03IjiqFaSIj8TL/Z/r78JEJpn9nT/h0AINa/6v59e9zXpXppFjlCozKsijyIwfV+hr&#10;oTx7v5VPWiCMHr3t1gnpORqhYrdT9FYsBzp1f09+FDw6vVQQB173xqMvHH6BTyaV4Muhmi+vADgW&#10;v72SAO7q2sHIyPXy697ccTX46olKVdbQ0Q0ktPXOsUEen1EFz/h9PbTSK40g/wAuqlPFj0khQSMn&#10;/Vw697VeGodoZuaSOKvXISySKkUWNp/uZHcixsF/J+gAH09pTM0R+EGmekvgqlQ5BKg0AzXP+by6&#10;97GWn+Ju+s5iKfcOPwuRpsXVyNHCMpSGlLG1hIgexK/0491W6Ooeh8/8g9ekLyXCSHQCAPPz/L/V&#10;8uuAljLFA6lxYlARqAP0JHvnXfEXfWPx/wB1DFQZKsZGZMXSaamulA/GhCQv+xPte7gAFfWlOH20&#10;6sEuZFATuJIwMH8vIdcgwN+fp9fx/vft+6y+PGaM2Qod84jHbYoaymeOOpzv2iSrUEaAqRs2pPzz&#10;xb24jpSnmONfTyP59W+llWVopqIvqfM4yD51/ZjrxPBI5t/Tk+wI3j0TX7YzuQx6TYmvoqKdlp8h&#10;RZKjeCeP9SaQWve3BB/ofepJAKknh508v9nowtrJ1UxuMV4/L1r12Of6j/X9oOtxWL29R1NVl1eE&#10;U8DtBBEyTzVU1wiRQrGSDcm978Dn2yQhGqvHr01mtWkckH7K1/4vr3tJ4fN4vIVdPTMtRRLLNGjl&#10;oizrG5F1W31NvoD73qRcD8+k8iReH2igJyTxH+ryHXvY1Znb+GgWLxZXDY5fDFoxsmSFRkEjIuJ8&#10;jURgosr/AKjED6Rx72WqQKZP+qvVPpgWAjI+QGTStePzFK+nXvaTqKA09PLOk0E8INllgnjlAP15&#10;ZT/S/wCPeqouGPH/AFY6XR2yxIQwGf2U+X2efXvb1g9s/wAbwzZQVFA1squJjpJ5lWq1GHzNVlCR&#10;phS4Uufyfe2MdMZHy6altVMYdB8iPL/PT/L172t8OuL2vvDHU8UtJlcPSf5Hm6xDGtPXR10Jp8jF&#10;CpPqjj1FUa3JF/emZRgAgelM9N6BFOqrXSB3ClK/Yeve0VuHAY7E5zI0VNX0T0sNVKKSpWRXhmon&#10;OulYun0shAP+PvSkSZOB1tLaKWR0Hw5/ZX19eve5uH2/hq3EbtasraeOsgw0dXt+Y1KJHJW0tUjz&#10;Utif1PESFH9ffmIIzj/L0n8BQkgcgEcPPPCn7P5de9hnnaKDFY3D1s9TT+XLiqqSuoFqamim+2h8&#10;p/Gtg5A+th7uCKVGB0qhRI7dGxXOeHyof8nXvbFH9vMiyo0bIVsr/ix5tf8A23uplXIzXp0ANwOB&#10;+zz/AG8cde98WMSsLSJb82YWU24J/P8Aj7qZVGCOtaQGFceh/wBXn173x00jN5lSIujWdwBpDFtA&#10;Jb/G45928QefVClQMcPsr+3r3v8A/9bXG6k/mEYLquh25t/D9ZTVODxkgknrKuaKFslO0oldopFF&#10;lYk2P+NgfYjNwKaianP+x0hl24zqUoft8uJ/nXPW+ruHbdNuKjq6SeqrKU1NNJTLNSyBWhWSMoXV&#10;TwSNRPPuwPKfzhumtw4STFZPqDLSxVVAKOspqs0uRx84lj8LQT0rqVkWxtz9fdjdq1AyjVSleFR8&#10;wMUr5enVrTaI7NwI2dk86088kfmR0R3afwWqtpbnl3BQ927w8T5d8tHTJj6WGpgkeoM5SGvSXUoN&#10;9JXSRbi1vdYG5O8eqN2ZrJQbZzfamy6HLSTpT7TwLjG4vHPNIWCUixyIoUk+mNjYfT2maU8MZxj5&#10;Do9+ms5V8DWyjgQB6Cv5ev7ej/RQBIoUlPneFEUTyhWldkUKZWNv1MeSR+T7QNBu2HE15oqfsvv+&#10;CjikKaKWpxUPDejRqq5jGWIP9ofn2yZHIAOQCDTppNp29PhMnywM4/1fZ1kZAbNpQut9DMLlb/0b&#10;6+xRoO1cvhKaWHC7/wDkHV0akR1GMy+WwULVEYS7CNYrqIjc8Jz7o0iZBoD6eX7PXpwxRW0gpJIW&#10;HAY/mfs6w/awO4lkp6ZpgbiTxIzA/gh2F7+wI3Xs3bfZ24pMzU7A39XZCojHkTH5TFyzTLH9HkDh&#10;mJI/USP8fbatTsY5GPWvWq25q0sbH7DxxxPn1J9iJsTau19kE1sPWvb+GnpSrxzUv28zMVb1rEVg&#10;NiODcH28mW9P9X+x0pW4jiB1ROBw8vyPXAlb21AH+moDn/W/23sTOw+8NxdhTY/BxbZr4duUeOgp&#10;Krcm96NqjcVNFTmyxYeqo4FeGUAW8jNzc8e7BxExUEnNceROM/l0hup5LoeEEKoeLHiPl1igpoaf&#10;X4Y0j8sjSyBL6WdjdmsTwSeTb3GG5etxghTbW69ztYKikNHuzcH96a3+KPO6GKqhjiq/21cx3MZ+&#10;vPtYLtwnhk56LVsYGdldD8z5/tP+r065qsgdmaXUh/SmhRp/r6hyfaSd+jDgf4Rs/Y3YGDlR1q83&#10;lK/dFFXrDjkkJqqgRxKJWcC5Uqbfg+0zyu0hoaA/6h/s9HFlFt6RGK0iKnjk1wAPXz67US6m1upX&#10;+yFUgix/J9jP1p8mfj78e8ZXZHqjA7qqNw1zK1VUZ7JTMuYnQFW+6qXUjQpN1RD/AE9qYbrwz3cP&#10;9nH29XubS2lBZOLefCv+THTJmcFFn6OfHZF43oZwA0SwjWLXGpZSbg2J5HsHu0vlZB8gczQ1HZu2&#10;ttNiaOW0TQrJFlaam8nrQVsK62H+0k2Hutzc+K5YEEn/AC/8Wem7aGOOhmCkjAz54pU/6vn1lwW3&#10;8XtugTG4iBqekRy6xtLLNZiLMQZSbX/oOPcld3/D3beGNZisHls3X1AaGthxe4spha2k1LYiNqqM&#10;q1zflTb2lDMKqGwf8HRosm0qulR3cCASP9X5dOUkdQxUx1IjAN2HhR9Q/pcnj/X9pzafyN6kwc0u&#10;Mh2x2tisBPOZDFTb9pqlqiMmwqJ6fwsr2H1DW9tEIO6v8uk3iWVdKq6ivkR/g6yMr2GlwGA+pUG5&#10;/wCI9tG7u4OpY88rbWx3YtZTVqLKlRJX7ZIgabiQ+OWmFtP9SLj24rlSfmKdONNbM3hxqaHgagfy&#10;pw9euS69I16dX503t/sL+0dSdg4WvyE9FQbs7Z27G5JMke5cJTxK55byPGigIfxYj3dpW9ajhxrj&#10;pK9paM4RtS14UIx+zru3+P4+n49qCLD7J3fU0eJr++d5Qw6zIz5qvmycFK/6S0beRlL3NgB+PbZo&#10;5BavHrRsLJseKyD7a/7P5deP0/P+w+v09u+Q+LEO2q6nqqLP7ir9t1kMda+6/wCHU2OgnaU6glDF&#10;VsvllY+rgn+vu4RAfDjyCeP+z0jk20Ry0QmhpQ/L8/X+fXSsDxcahYMoIJUkXANvYh9W/FGGOX++&#10;Efd+D6zWqqZ4qKrzFTjqbNTySkoTKBIQvk5uPZrZ2UMwGsU+3z6O9s2ttPiiTSDw/wA/p/k6b8hk&#10;WoVBjoK6vc3/AG6KISFQPy5YgD2bLq7440OH3dU7s3j8mtibq2/tDGVkcdNhMti8fksZUVsfprK+&#10;J20PoJ1cBr/T2Zfu+yAowHnSnH/VX+XDp5tt/V1ySalpTGCD8+kZkd8VsLQ0lJtLchyNVL4oPusY&#10;y0DBSGk11kLED03te3s33UHY/ROy8tQTw9kbD3puqhr/ALsZzdeVw9PPFAEKLT4mShjQQgfVixJP&#10;59sNY2sYBShI9eGPT0+fQb3faPGgaFZASfIHP2/Z0GvZ22d5b829msFJNn9vYXMYmfHmDa8cc+TD&#10;1JtNNX/dt+6CvoWKMgAG5Pslv8wrekXce68VW43f+2MXR4/HSQihj3RUnFVj+XytJSS0RMZsPqWF&#10;yePZReqUkqBnhg4/1enRXacuJAyxOccST5/PHS16U66oesNgYra9E1VL4vJPPV5Ckio8nUyyn9df&#10;HESNYAsOTYcD3XRip+xds1FO/XO6spBDPdDDhd7lafKVii0mmhqmEbNf6RstyPaA5pmnRy2zRq4N&#10;sxH54J+dehXMasys6ozISUZlBZCf9ST9PYh7o3Zuzc+0pMH2Z0RjcxkIrkbyHgxG5omddS1AqMTp&#10;QkfnWpBH196JB8/8v+H+fSxbWQRmKSEUrUnzJ68Esbgt+RpvdeTe9j+fZccZsGoNTFkV2juquxMU&#10;3ripaOsyTS6CTJGlTSxsl1H1H19tvpYnuoCMfb6/Z06IdJyhIGQfOv8Aq8uu+PyQOCP9v9OPbRvb&#10;blVE0+aptv53b2HhjKP/ABnG1lN46iUhIo1lqES9v9j78qqF8M8R0mloHooZafxA/wCHz65Ag/Q3&#10;/wBb2/db9vbr60jnGFpNoZQ1ZjvT7s24u4knVVAXxQy3Uf1t/X3XTGlQ3y6fhuJIFKrpOrjUV/Z1&#10;xZdSlbst/wAqbH/YH28bu3rVdw5Ojmze19rYzIUSWqx15s6HAVbQSHUzVVFCdEhA+jG1vfvDSpZW&#10;/wA3W5pDcMDKq1XI0rSnzNOuMUfjXTrkf/GRtTf61+PbbNmdmbeWWDbuMjSuARHym5FFXVQNHxJ4&#10;qJv20b83INvdSGB7v29Fmk6jpWrebH19fQdZPafqMnh8nOJsru2pmlEiLJBUwSPEkUhsxpo0IVVH&#10;14AFve00vjh04kKun6jkeR86de9y3z+yti5T+JYPP7oys0sI8zYOslwawuv9hWVlvf8ADW9qFGmp&#10;AyP2/l8vXovuraCKY+EWJNQSK0+X+fr3s8PT3y32Rn8Dktsbs6/pMprx0woK7cUeMzNVSLSQapZq&#10;isqE8z8DVw3J9rkaIqAfP1P+D5DoPTpePNTRUD+f7cj16izU3llhlWWWJomu3jayyp+Y3B/3v2oa&#10;LpDZ/ddLQ5/rbsv4z0GJzFOzV+I3zLPtjc+DrYyfLDDDdRMrcadH59l9w4jOM9HdnFMkKvE6EHyY&#10;EEf6b/J0mc1u44OqipZNsbryazuixVOAw75alVHbTrqJIWHisb6gw4HPstXYfUWJ2DNkKXcW1dtV&#10;klC5hGb2vuyXIUlYQfTU0sVJrChgLhW/2PtPFIPiUUB9fXz6OIlSFPEkQEMtO0n9tM9K2OQSIjgO&#10;utFfS6lXUML6XU/Qj6EewGqK7qB2hhG2d8tXRf5+plzNLRUDW+viJUtb/X9v6hQkEHq4nsRXSDUf&#10;Og/4vrn/ALf6+xLwm8/iRiqWKnyPT/Zm4s2IkknrZd900WLMwa7KlIiAtH+LEg/n3pFdEAJH5dLB&#10;Ntq0JiYnzGrH+o9YHjlaRWSVUQDlTErlj/wYnj239n9t9Q57GCh2j0Jt7YeWjaCPHZSkzFdXyimU&#10;cvkopzpllf8ALKABc+91AOT1Se4ttNI4dDHzr/q+3ruGOVFtLMZmN/UEWMAfgBV+lvYFtVYDKvFH&#10;FTQYfIzIUlTVJUUNRKv+7IGQ6oyx5ZDcf0Ptgkgn/VjpKDEW0qtCfyH5dZvbFlqaqoWpzWU/ijeO&#10;QUs9PraCsWM6XlikPB0k2ZR9Pz7rUVrxr/xfWpKKcitaf6h/l697n7Z3nuDaeQTIbfr3xdaYJKX7&#10;mGKN9UUy2lglSUFWVhe4I597oHAPVoriSJiyHSf8PXvcus3nufKVlS0lVE4yMSLWChp6ajpp0i4R&#10;qinpwF9P1J/2PvdB1szzO3d58af4eve4rYHKTVBFOk9aTCJE+zWSpR1PJMZpw1+eLfg+/fl1bScA&#10;mvXvcOnqKiJ2x7lYJJlnjKSxhZmdBzFIZbMD+NJA597qRw6bV86VxSuOve4ogkpp1kKhSV8bKygA&#10;knkMn0B96FR59VBGsUxXr3tR0mImyjV8NDkKKf8Ah0KVDuszJDJdS8kcQc+pltZuLe65Bp1dF1kp&#10;HnTx697xYzbE+VlpaenWaWprZEhpaVIJmnq5mNljpFAs7E/ge9nGa9bjiLGi/wCzX5Dz+XXvYjJ0&#10;vV0mTqMVuGsba1fBSR1PhzdK4lJk5WMQxklGI5Gr3dU1UNTT5dP/AEZV6PgjOf8AN172KVF8T8kY&#10;6R8n2n1dt6nrqQVlLJltwJZqUqXVqhaa5ha39k3N+Pr7uUFeB+0dKP3ewIdpFWvz/wBVOsbyaFZt&#10;EjaT9EXUzX/1I/PsCM1tmj2rkqyhm3RjcslFUGGGt2zK1bS1hRj+9STyBSUH1DfX3RkahLcOH5fP&#10;pM6CNyGevlUf5D/k65g3APIuL2PBF/6j2n3nnlEoXI1kMRX06p21VAlP0qBGxuT+Rz7qAB5Dh0y1&#10;Xqor+3rv3CbHZimiXwrVNJIHWNTBKiNHa7So7qFIA/ofdtbE6fTqlGXgM/Z/l697xU7VuP8AFGGm&#10;Smk1NJUxq5QS/X12N+fp7r3HJPVkLRrQMQP83+rHXva42X2Tu/a1RO+399Zza0YOqWpxuVqKY+UL&#10;6NIQ8g/Sw/2PtzXX4/L/AFft6fjuJCSVlKgfPrg8aSqUkRJEJF1dQ6m3PKtce8ue7h3plKtslkd7&#10;ZnI5OpBj+/nr52nvfT5DG3Av9SVA91YhhQCnTTXEi5L8T5mvXIAKLKAAPoAAAP8AYD2n8huXKVNA&#10;Z6ne4rIp6hYWoWqRJWSFv1XjZb6B9L3+vts0UYAB6sZSyfFg4IH5Z9eu/bHWpTJNTSVVckTQ6JQk&#10;fkjbSGDBZdIsb+9nI9eqPnz/AD+XXvcfc2bo9wvTu9Bj6RKVURf4ZE8KS+NdKyyo5Opj9Wb8+7oS&#10;pqeHmP8AV59VuHEprT5DHXvYhUfZUkmzoNnJitr0dJGwkSup8ZTw5OUBrsJ69rsxJ4N/e9fdUE/P&#10;pqNXoENADSpBAJHXvbRjXxtNKap4cSzMVMj1LR1M5RDqMMYW2kkcA293M70pXPlQ/wCr8+vT26yG&#10;qgVGQT17277ozuyqmjeroMjkIqlY44P4esFJ9rrdTr8Ri9YVCLsT7r4hJBGSePlTqwjjQCQk14UF&#10;Kfbjr3tG4vYOAyGnNV29Nu4tlnE6UGTnqGkq9PqLhYVIVb2ARuT7aLNq1VP+Xj59OeChoxYLQnB/&#10;l8vt9evexhp6/F73+0o8lurblJWY77TD0VNT0UtM9bTO2gVBER0lY1HLGxN/b7S41p/n63LIWXUC&#10;K1pWnz69f/iv+29moj2B8H9j7SX/AEnbw7P3NvWpJMeM6+26mLoRTOLgnKZbgG9/3Bz7YDS1qvWp&#10;BZxAGd2ZmyaVH7KcM9JPLzb1OTposFRbcGKRNVZV5mrr/upJCxslDTUCMOByTIw/w9ltqc/0FgM9&#10;HndgbH7Ux1Liah3TIZ/dWLmmrau5MXihpk0RsoPNr+1Q1HJz/qz0/qtAxkt1cY4k/wCDpTxiTxp5&#10;dAlKgv49TJrtY6C/Nv6X95chubdW6qmLc+LrNwHG1plFMp3OcrkqSDmKZKyeQ3HB/wA0oHBsPbwl&#10;kVdKnoouNse5bx0YtXGmv+H7Oudj/W3+txb+vtkz+P3Xuyai2bhq6nwkMag1VZhsjk0psjIwLpV5&#10;qKVriRQdJ0rYc+6tPMU7iSf9X+DppNpJIX+EVNeBr6j5fz67sbWJvzz/AK39PaVwXXXYG3nramqx&#10;WUzuH8ppq+Xzyz4uo8bel/u5mMZ+l1N+B7aSeTNWPTf0D6i0iBh9gHpw4enXgP8Abfj/AHsezF7F&#10;+TeP6cBr8djIajPyY+bFx0829NOIpqedQkkNZgKVTFKTwfWbXHtTHO0eQc/s/Z6dGccEEI1qqq3C&#10;lTj8h1imgjnUJKodQyvZhc61/Syt9QR/UezT9CfIqDtevyP+l7rn/SjtejWCXH7e2xm6PbkeLqpX&#10;KR1NVSuqrVDkBFv9f9f2+LtWZS/DzFcH/V/q4dLbWASwnxlEgGT+3iR/g6Te5cXuGrxbwbRztLtv&#10;LGeGT7+sxS5qBoI2/cp2pZ5EsXH0YG4/ofZqOm9zdxYncWWpeu0qumKOorqiopYd7YZMxiYqVJD/&#10;AA61VhzaJhHZTrUAWP8AX2d224Txx/omgNB6mn+b/P0Edz5Yt9yLSvFpHowBBXz4U8uNOFemTf20&#10;trbt202N3lt2l3hTLCY5sa6orVbOgWqWnidluGtfQCeOPx7HPcMfdHZG38v158hextp7/wAZk6LI&#10;Cmp9q7ZyGMpEnqT/ALjquSvrkCB4BygjbUT7QXEb3RLTnV8/9X7K9W2/b49sj8CJV0tx0jT5YrX0&#10;6DbrbrnqfryWfL9ade0Ozaqohp6HIIkggq0o4n1NSmgM0rKpP5IAvz7IO38ujYkzbgXcvZ+8aCaK&#10;NKjDPS4Onhp3h1/uxVRna72+ilf8D7LntQpAYj5E/I8fy868ejy0S3LUnrjC+QFP9Xn0NcuYq5BQ&#10;yY6hhrYJ5mSstWRLJTqFvHoAuCSfqDa3sOo/hz1pt6lyEVHjO2961Vej4uonjxWIoaeCJmDrXQVk&#10;shtpIBBt794LM5AINOFBw+eePTzS2CSUkRn4gGgFPs+zy6ew767v4lBAIGpi/wBLn/D/AG3sPaD4&#10;VdhyZisq8f1fvGTacUIqKRcsKCprMkl/3I/NinIOpb2t6vdRbMTRBWnn07AsTt+hEaLTiRX5/lx6&#10;b5c9hYHMVRlKGnkDWZKipSAgjjkTEW/2Psasn8N9w5bD22x01sR6WKkjd8dnsTmtv7gjlCnVEmUM&#10;xEkl/oxXk/j28tix/UBofmBT5/OvTbzp9RrSBdPDIK48+uMm4cHFo1ZWiYSfoMc6zKRb6hodQA/x&#10;Jt7r93r8e5doZGSi3zR5TrrJ1tbLHisdl/JksNPDC48opcjAPLwD6dSkDi/19sskkJ9fLjT7OmGZ&#10;PDrICmqtK1oT/hHr07RSxzIskTpLGwurxurqR+CGXjn2sl6N28NpUu4sVWV2FoMFJImW3XW0skVF&#10;XCoASnSijlCs95L3cgWUEj36rmhNc/Pp9Ut1iVlBUr+L/MPP7esntOYvsrH7Opqjatdn4qzGV+WW&#10;rnlqaGky2Dnmpo9EM8E0h8saMnDhfrx+fdNdHo3Hz60u5oAYtdanjTBp/qzTr3sy2yfn7luu6BqP&#10;ZvR3WWboKGjUPX01E1HKI7Wkq440iZwxN2PqJH19mq348MxggE/L9p6V/v8AKx6YYlYgUqMEep+0&#10;9JzM7apM21OamtysH28yzKtDkJaRXK8rHKI/1Lf6qfZCt9b/AMn2/wBi5vMbe2JOuQ3JXGomw1At&#10;dnZ4qmpezmCcLq0lj6QwAA/w9k8lWYkg/wCT/V59Fj7gZm1pGWJHr5/Z6Y6UKDSii97KBqP1Nha5&#10;9iXu/o7fXT+1aTc/YMGJ27Dl4kkxWLnr45tx1TSR+qOLGr6o0XgSsTYHj3UKMECnTxa4jUSTqEDe&#10;Xn15XR9Wlg2k6Wsb2Nr2PstMmRjl8rp6iDrZFQ6Y1+ps5Fv9j/X22dcjldXVaocnyzw/n1y9qDa2&#10;OqMvnmwEOOyOVeqihalix9PLVVkcjrrJhp4wWfj8Ac+9mIFTq+2vVkZTIUNc/mf9jrom1/8AAX9i&#10;BvHpfd20nIzVNPjKr+H0+VnxWSo6uDK0+PrRekrKin02RXH0VufdAiigApXzPVnUqyrkFvMjgDwB&#10;9K+R66R0kUPG6up+jIwZTbg2K8ewtnw9WkhiDJC6qpJrS1GrBvp4vKOR+bj3oULU620bIxGB9vXL&#10;2L/S3x33b2fuvDiBsZXwtUyyQ46ORq6sqXhF0SPHQDXLdrEDgH8m3tfbwK714L0QblcXEJ8NKVPE&#10;/IfIefWKaaGniknqJY4IYlLyzTSJFFGi/qeSRyAAPySfdmdDsvD/ABPqI4+09h7tf+8WLlnjO+MN&#10;i4Nu5TRdQ2Kpaks6GFrL+oEDm3s5EMEUY18c4I4/Z/qp0QRXk31OohiPMkVBPp/n6YMLubbu76eq&#10;m2zuHG5iCiqvtKuow9dBWCmqktI1NM8BYK1rcHmxuPdeme3P1V2j2FXJV0FfgPu2enjraKsp48VH&#10;Ek37SiOwKKBYA3t7KpJIy1P5+Vf8n5dGVuNbgvVQ3ocV+ynp59KT2lt/bL2Vt3NGgwG5myFO0CVB&#10;nolp8pQ05caXhqJ6ZtalT+oW/wAfaaXSD2mlKV9Ps6Oo0EbhdZPqfKnkMZBp172FgwU9XOabEVFH&#10;m55XSKGDGzk1LSuwVFaklAcEkj2zpUnVTJ/1V6fnfQw0gMa0FOP+o9e9n16w+BnatI1FuXcVVsbF&#10;y5WiiK4zNbsocVXUkVXGHSKSSZtCzWN7fUe1sEAqNYx5CvXtFykhLlQeHGn5V9emyqy9FSK7OZpD&#10;HcusFPNM4t9bKo5/2HtF/Jr40DZZw24tz5PbOKwpIwNBHsyrg3HlMtkIl8k01dXo5hEcYN9ZtxwL&#10;n21PEivor86D/V/Pp5rc6g0rABhgLk1+3h+3qRSVsFdEs0BfSyhrSRvE66hcB0cAg/4e5Hxbqun+&#10;j93Qb3zm+Nn5eeliMLY+oyeYopQkxvJE1RSwsokC8EKeD7aQqhDacf6uPTr29ukZLOpx86g+XXOr&#10;inmpp4qao+0qJInSGp8KT+CRhZZfDJ6Wt9dJ4PuxbMfzOemqOvQbY+NFZuSrx0Hgptx7Z3DLWiaN&#10;uNbRzRNKgfm7EA/09miX8SL8IFcDiKft6DD2zeMz6XkXyIpT9lP5dAhR9XdiR1Fecp3fnsvQVsrz&#10;JjZtq4CnjpmY3WOGWAhjGpsdDcf19g/vTsDYHzYkrais6W7V2jlsJjGpMZBSZdqjEfucyRKk0CaH&#10;ZuTzcn3YMLohTxHl6+nSK9lK0YROpjGPIU9KfzrwPQn7dxNft/HxUORzi5mQvIxraijp8fPKW5C+&#10;KnJU24H+t7I5uToBNlZWc02KzlTRyTpDHjcxXjHZSORBpqIGKoSGH4YC1ufbUtlHwr68Dmvn0xbb&#10;vdGjMhoTgHBFPWnSmU3W4sR+CCLG3549pPOdMb6xmcp96bS64zUGCwUdPk54snWnKhWiIllqJ6uy&#10;XjP1Fh9Pafw9DDTxHzrw/wA3+Ho1a6luJCDFimc1+fE/t67vx9OT9Bcc+5W4ofkDvLa82+Kfrbft&#10;bs1sg8Em5sZtnIVuAhmP1pYK2ijYqE+nPH+PvxuzpKhtXGtPI+ef8nSP9yG4j+sYHzqR/q/2Om2b&#10;NYenyFNiJ8tjYMrWI0lJjJq+liyFVGn65KeikcSOo/JVSPaf2vt3HZHJQL2HVZXa+ToDT1a024cd&#10;WUbTUoOmMaKtA3IOtGIINre9rMJV1LQ+dD/Oo6qtsFPbgChoRxH/ABfTkCD/AMQbgg824t7MRQ9a&#10;dXb0Si/jHyAqEy2MNRT7cwuH2nkcuZIWvNBBlcnGypChkA034Avb21M7aeFB/Lo+sbOOU1luCaYC&#10;6SRnOfT06jyyzrJGsVMZYmv5JvNGgi/5Ablv9h7CPLdhT7d3Ti331j8RuSDbEFTgvtI4Up58jRLP&#10;qgkqp7Eyqqj9ssbgce/W8zL3eRHVLy0kd1kdQyrVSKcc4+2nl1IBv/xQ/X2muy+58DmdxfxjqjAz&#10;9d1lXj6GnyooKtQ82QoJhLR5agaLSaaVbD9Bvxf3d7lnalaV4k/Z/L7fPqttbwifVEDGSCB/n+R+&#10;zrpl1XDWKsCCpAIKkWIIP1v72KP5TnzE7M39tjN9Z9xZOi3EypHNhM5lohT5ushkQUktNkpKceOV&#10;nsDG0hDvb8/X2cbTuTwyeDK3a1R+fkemdz26a6i8bURJHwYZ/wBX+Xqoj+ZB8Hdrdo0+1e/toSbg&#10;252X1ZU0klNJtkwfb1eMp6z7yKSSmqOIGga4EsQ0hGIK259mQ75+EG3OyqnNbt2x3P2b1jXZFEof&#10;Hh2pshtpK+W/iENPlLyRpIxs6xHj6j2cPJJH3iUg8Bmgr9vHPoOq2LXbsFlYg6aVB/yH140+3rH0&#10;983u0sfkcB19ubr3bmfqIcZNk6h8bnIafek23scqxz1tTiaKJqUzIvJd5EEn9NR9kS6V+DHyU2t2&#10;XlaSq+Q+4YNv4gPNVnd9DW1NDXUlO3maoxUrSGJ0KXva2kfjj3qy3+/huKeIRQ+pIqPn+3o1kmvr&#10;arNIZE8l9T6/7HR6t99/9e7c2Pjd50mGrN6xZ2ooaKlwWCooKjOGrr3EaU1VTst4nRzofW3B+hPs&#10;1vzF6U3n2j0HR7Y+P2Z2zWVuZmjizuSrtyRU8uYpoo/E8GEll9KNM+oOG5H0Hs95g5om3O0WKNhQ&#10;AajqBJp/kPpx9emG3O9dWRj6YNfzqf8AV8+i7dAdqbhxfZe/6buPFZ7bNbJIG2rjjs6ppKPBYKWV&#10;p5UzuSpQ6PMi+NVmBKstz9fdG21M13L8adubvRZp8Fu7q3c+K2tjNhDmPKZXLoz1mYyMaENWQomn&#10;xlTpJIPsERbrLFKZPMUpjAHl9nRlZ392YGXUAyEDSeBDfP5/Lqwkrjc5jozaDIY6vgSWN7LLBPBK&#10;upXVj/Ufn2Lfx67kbs2LLz9472xu1t3UuQ8tSm5tw1GK/iNI76/LDQawiqo9GkEW49n9pvcUw/VU&#10;agDk8SP9X8uhDt07XMYa6bw3Fa1xgeVOFPn16RIMbTIlJQFo09CQUdOno9PB0raw/qfdh2L+QXwW&#10;bE4zYG4tw9dZqsqataaOqkq6fcP2WU0aYK5RUo0cIVvqzNYji/tcNz2pahox64P+oD/L0V8yQQXl&#10;sYYHBr8IrXouO5tq9+1e6P70bZ3tBT4qkeIwbPqqGKjpKqmEl6qkrKltTuzoLRyLYq1vx7h4b5F9&#10;adIbjy2Hn310Bk9k1NMtbQ53CyUOHyKVGv8AaxeVoMcCvlVefIBb/Y+1UfMtvZoIgI2xxAoQfMY4&#10;n1P7OoEveULp75jK1FJPAj7PLy6VeX2VN2bh4KvKPvbZ2Upp5ad8c9fE0SHgSS06LdJIj/uuS4JH&#10;BHsLvlF88th5/bkcfT/clDJuSujocfJRbVr6kzUFKsyyyzfcFV0u1jGWBuF/1/ZNuG+peS6gcAY/&#10;z1+3h1I/Lm1W9na6Q3fin+r59R+rulMJszG1uOy+Hx2ZZsnV18eQylJR1Us5qrqyPAwZQoBvYj9R&#10;J+vsn3cfyZ3Z2t1DWdcZkvuPNYinWsly2byVPWVohfmjr2lgIQSpe8QPqI4PPskvL1JoqmtaUoeP&#10;2/ZToZTQwfTmOIVkpn5CvywD0LOD2jtzbc1ZPgMTQYcV9jPDjqWGkpy4YsZBFCqgEm1wOOPp7qUy&#10;2WzEqVdFkcllPFGXEsIrqg0zWFgzQBtJuRxxx7DxkQOf83n0hapqhY0UcP8AJ+fSkAt/vv8Abexs&#10;63+SPY2N3Tt7KUZwksu3MJQ7WxMUlDBRUkeOoQWaeoWPSJKhgTrmfk8e1MVyqkMpIP8Aq8unBPNJ&#10;KsmruUaQKYp8+vEXFv8AX/3kW9nt2T2pnO/d9Yyg3HTYE7RoaWurMpS0tTSU2byy0ONdjjKZS58h&#10;eT0op/JHu08wlJcih/1Howt4pbiYa2XStSfInrEV8cZWP0nmx50hiLC4H49ksxXxS733/lMpNtLr&#10;DeNXiY8hVAZCtpI6CngpDUs0EVRWVbKhdE0hmHF/aUIHwePXo9uvrgnwENK5rjGesdRW0tKAaidI&#10;tRsoY+on/BRc/wC8e0Huf4/dibH3L/dPP4KDH5uqMMEcdTP93Epq3CQN9/S3hUnj1FiBfn3QRrUi&#10;vSR7KWOXwmFCf8P2j/VTqQjrIiuh1Iwup5Fx/Xn2tdrfErtvMbqk2vU4ugx9VBPEkkxylCKSZXs5&#10;WGrLhGJB4I9rLeJXFV4+n+XpFd297GCiYoB8/wDVTrqSRIkaSQ6URSzNYkBR9Tx7NbvT+Wvv/b+0&#10;6vOYvde1ZK+ipvvBjKnJUgWdUi8klEtTK4VZgeL/AKT7enijRagZpwHA8OP2HpJDHd6qGQEHyOP9&#10;VOmak3Fi62f7aCScy6tI10lTGh/oweRQLH8G/urrODJYqurKDI0bUtVQyy0dSghKpFPTv45FaRbq&#10;bEHkGxFiOD7KSOJwCfTh/s/b0rWRnXXJgjBoMY/w9PYN/bfi6CsyMokoaeolmPCtACptps15WIH0&#10;/wAfbYqPi6sq1PZWtf8AB137eqrB19DLQU0ip95kphFT0yyLNI7H9sM5S4UaiBYm/t0ISNRqOvOG&#10;FNYoW+fD0B697HGfqbd3XGEo9w7y2JUxNm6imhwT1qTSU1X5DqkqI1hBsir9SwH9B7dVVDdv/FdO&#10;FmtFLvHqPEf8X/q8uuuL2/pz/rfj2bTde7Ot+tuoMRQ47r1tw75ysUD1uXrttQ0WFxQe8r6K1AHe&#10;QrpCWb6cnk+1GpKFT0rW7SNFCJqb5igAp69cRr1/gJp4HOosef8Aivsm1BmO0d1ZSCt27W12OqTO&#10;ftMfiKR5IozquiLA0bmQ/wCBBv8AT22as2e7/iv9X7Ota7p21RGhHCnD+fXIm3P45/3x9nZ2d1d3&#10;LtbbsW+u0qnfNO2WzePw+Iom23HhsetBUKJMnmZqyGmDRiGMnxkC7Px7dVo1APGv7R5dXWW8QeLO&#10;TRiAOHD1+z0+fUWGuo6iSWKnq6aolgsJ44aiGWSFm/SsqRklb/i49lZ+QP8AeePduaxm3cj2RubZ&#10;+OmaHFZ2tizVPBkqeU+ZnqQFjRwpOgE/UC/tiUgg0+fEf6qdMTmRw0I1soqKmv8Ah6lLcqCws1hc&#10;A3sfzz7Lzhtl713A8smH2fuPNmNrVD43F1VWYQOWM8iqdPP+rP8Aj7ShWNdPDpNFayUpGhIHpWv5&#10;/b137n1ewd240I2Q2xmaZpS/ihNK005CN6i8MGtwB/Uj346Qa+vTpgmGGQ1697jyYHLwxRuNp7hF&#10;PCoaunlxlaUUX5AYR2QG4sW/w9uCLVQg/wCrz6ppNCNB+eOvexQ6m2715u3e2D2/ub7rb+Lqnl+6&#10;rJTI7GSNbxwlnW12I0gf19q4I1BFaf4ft6Ld1m0IpQFeFcnIyeuj/wAV4/rx7vj+NnW3RHV2Fy2Q&#10;wW1c1kNymOSWPOVu255xPRxrxBj6hwEjBtcm/N+T7GNnHYWsfiE9wxWlQRSoI9CTjPUY3N/fm5KQ&#10;KQKnyJJ+fSN3FDuKqrKODHTQQY0j/LGWqWCpVy31YG5ZbfRV5J/w9hp3b2nuHsTLGCi6iwjbX23G&#10;v8R3VmcNiDVU6KvpoYDHrmlAtwHOm/so3LcEmPYRXh9vDz/y/l0bbeNzl0v4VacTx/ZXpxwO3qTA&#10;rUCCqr6mStkM07VlVLUKZQSS0KScR/X6L7JX2Ruz4V7y2LmKPc+A3vt/tWCatgwGT2Ht2ipsVQJC&#10;hSmlz1O7LHPHK/8AnFA1KOVPHsnaUaT64H+f/V9vQosFgkP+OIVb1Apnyr5evUirG4TlKA0LYc4T&#10;Q4yS1YrP4kXJvG1E0P7VgLAh/rc/0Hus+iwtRUVU6Ur49zF5SrVbwxGZY7keNZQTqIAIW/8Ah7QM&#10;5LVr204cOj6JFAWgpQft/wBQ/b082H++/wBt/vXvjSYrI5Gpiggi8s9RURU8IOmKMSSvos7ngKCR&#10;yeAPbdSBk562kcjk+ZPD/V5dd/7f6+xOrOsY8Xnhs7K7w25iK0SU612Vq6t/7vUVRVwiYUrV8QId&#10;kBsxQEX9rAyhO3zwD07PbmJvCVhq8yfhzilfM/7HXV7W/wAfZraf+XXuafaTbxpO8emqjEik+488&#10;uXnpKVpTB5o6VKuchXZgbXUe6AmtXPyx/PrzbXI0Grxl0n/V6DqBJkY46hKUwVbSvyPHTu6BL28j&#10;uOAt/wCp9l1qehuz8P8Adw0FZSVdPSvp8+C3dSy0FVY2DUL004Mgb+yNHPvyyuMgniacei87fMO6&#10;gbiKgggnqefxzbm3+ufx9Pabj2L2o7fYxY/PSVFmSSlSsrXrLMSC/iMy6h+Lj3UylnJYfs4dVSGZ&#10;cKv2Aevljr3++/4p7bdx9Wdk7YxjZ3O4irxuOlf7b7qurYKeaaQprMSwNIZGa31X/b+60LZXy8/n&#10;/m6XrFdshllWlMVrSp9Ou/aAosfVZGNft0lnl1ePwU0E1ZO4Avq8dOrN/sPx7bJOc062iuydo4/6&#10;qevXvbq+2t2Y2J5WxG4Iad4yyy0uKzESvq/ExaEAj/A+7GhAY+fW3jlBNKivy/2Ove5dDsLfm42R&#10;8DsnduXlKqJEoMDX1Lav9VZI78+9MQDgg9bWKRgFCE09B69dEheSQB/Umw/259iDi/jV3nmVGjrj&#10;OYmI6Vas3AKPBU8RPGp3ycqFbc3Onj34OhzX8uvPa3ITKGtfOi469qHBvwfp+f8Aevaf3F0NunaF&#10;XDFu/LbdxKyMLvDmaLLyuL+o08ONZ9R/1P0ufe4ivlWvSZ0kjw9ATwoa1679m36t6Qw3duHxWIot&#10;2Q7fj2NRzJS4TcjQUSZmSpkM9Vk58hUSCNJZmsmix0LYD2YJoMdDx6SN4ryrHGdOnND51+flXrHJ&#10;II11EMRwLKCzEk2ACj6+we7d+M+5+tcPkd15TPdeHH0uSFEMNgN2UmVzUJlJaEPQwc3ta9iQPaKV&#10;lVtS5ofSv29LTFLHF4pKEA0IBqR/qrXrpJdbunjlTRb1OmlGv+Eb82/PtCdUY7J4rfnW+6aVfNT0&#10;G99rV1SYp0JgpYszCJ3lUsCqtGWDcfS/uqONWkg04kgdUuDJDJC6ZoRn0oeOPt65uNSlQbagy3/p&#10;dTyPb93r1mm3+ye06ag3Dt2SXGb9z0MWDqKx6XJ/ZVFSa9KuITL43jtJYAG593cDR293pTGPn16A&#10;EyygEfEcf5R+XXUZui2+lgP9sLfT2Wilo2SuDSiPQrtqs9kv+SWX6qL34+vtnSQdXl1fSVeh49c/&#10;ahrRSxqslPPDIrOyokZIdQoAB0/0P4v707voNTTpzSvGv5efXvfCm1VEnhUgsLEJ6rhQLsRfj6e/&#10;Rs5qScDHXtMY+EV8vt+fXvfCepx8ZZFeUSagFZwhTUOCpt/vfu1eBOeq6k8q9e9t2TrJIY44I41S&#10;TWZJJ1uzEH9KAfS3+Ptl1o+Oru5pj9vrTr3tQUtHNNhaTJyXczTyQlB+oMgur6RzY+3uGAOvaWZQ&#10;x697iM8CafM3j1fU8H6fUXH09pnZ4WoAKHqxI0gHy697mpPGPGXJkp2N/R6S34sr24Pu4nUj060Y&#10;wRXiPlx/b173kOMp6l/LQVp+5VgEoRK/3uhj+tHFg1vzY+3QO0A9VMKyrpBP7c9e9vtLS10Lii8E&#10;stQ3pkMsrXTWb/uaidI/r7sSAuOtxQCE6gDX5muD173JrtrZmT916fyKDYGjljntp+ikAg3/ANh7&#10;qqElaft6u8TAVIx/I/Z10Tb8E/1t/wAU9tg2tnVSWopsNlqqOnGudoaGqmESgXBlaJCF/wAL+7pE&#10;SaE0FemVxVKnHyOf9jrsf4i3+HtxxGPyNXiHyUEYjVKiWB4i5SdWjF3/AGn/AAPyPr794cg45HT9&#10;Do1CpAbPrT/L9nXj/gbf4+xc2P3/ANt9fbbyOz9qb63Hh9sZdZ1ym1xOs+3sglTxUioxdSrI3kAs&#10;xAv/ALH3ZSQ32efmD0pjnlRdCMQMn5fs6gT4zHVFXTZCego5q+iDLR1s1NC9XSrILSJT1JGtA39o&#10;KQD+R7lQbx2pveKHF7ppqPY2WAWCi3VhMPTzYNmBsoz2K0mRRe15oSbfkW9mcDxTIEY6cUDUr+35&#10;eR6WQywXEYR6KeFQoIr8x/l6nAWP/Gyf979pPf8AtzN7SeGHK023stj6mBJKLNYOB6jD5Cmf/NzQ&#10;V0PpWS36kYBh+R7re2ctkw+FgeBXK8M0I+XHpq9tpI1CtQg4BXI/I/4eu/YT1uHoZIoq6mkVaWYF&#10;JVfhqSZfoJSP7J/B/p7RLkilBnifMdBycyx5OdPyzT0p172H1ZSmlqpaeQKTEQSytrVww1qQw+os&#10;faeVKPSn7D04kiyRiRQaH/D173C4ZhpHF/wP8foR7oKFgF8unAfI8Ove1TQ1PiFPCwKoXJcEnktw&#10;nA9qZBRh86Y/1fPqoUlmIIJIA+Q9a/Pr3s3nWeffGU8MKSrG8stNAiuF1SBmDSLGPr6Ra3swsrho&#10;TWM91Riv7f8AiugbzFaeNEZdOVqwHlWlP5/5eve5HZW6cth+wIq1Kn7aSioxSUzr6fHTVQN/V/ir&#10;er8ezC5u5o73x1JV1AoQfKnl+XRDsm2217szxSDWCdRHlqGTT168efdq/wAJvkydh/y7/l1tfdLV&#10;tZtGKg3NWUUVCUNXT1m5oYsZDUU3nYLY1QiLgc6LkAnj3kt7Y84x7f7Rb7HuCtJ9LrYFDRk8dfDH&#10;HBGsgn0I6wn98fb2bffvD8sNs+iOacRq+qoBEbajUD8QWtCcdIjcGzsXmM/trcDR+DM4TILPT10Q&#10;0yy0qIxqKKokUXMbKWsp4v711jmZWmr5/t4AcjVSzugW/j8kpl8cbfUAFuLe8UFvmj1sop4hJz9p&#10;P+oddGU26NIoodbfpKFGeNABU/sr0th/vr/Xnn2qMLh8ju6BMTTR01OaNZJogVP3tbNJ/ZBW5a/0&#10;BPA9qIIp9yT6WLSgGc11E/Z8+iy+vLbY5jdS6n8SgY/hQD/B86dd+xm2k1dsGT+B5rGvmMnjYpJs&#10;fh6qTx42gyFZGJElroT9VC2Yj8/6x9m6wybZAbS7VmkQVVPIMTWpHnjy8+g5uS22/sm4WEnhq1AX&#10;XLEKaY8vXr3t0q3rtyy1O4ZsvBWZWponXM46pj8WNeluqpjPtVt/k5CoukEEraxtf2gM80heaVwz&#10;EdwPoTQL/Kh9B1VpY9rIsvD0oDVZAO+v8dfXyP59e9rbd8kO4cV9nvJZMKMk1FJPSwlI6SqqRTxR&#10;YrFbQo1JEUMEWgvHf63Psyu2eWHwL0FS2mvmK07FQcAAM/s6De2maz3EXW2jxWiLBm81DZYyeTHj&#10;n7Bjr3sFt1dezbGNFmcBUVlPksK0tZHWNE6fcy05WXVG39l4idJH+HtBNtn0saz25ZXhPEevlnjX&#10;1+3oZWe/DeZpdt3BVkin7CPLNeI9CP2ddH6f776fn2JHXVXvr5B0Wb2tkWyObzdDjpc5DU1dTJUu&#10;aKnH7y00tYX8ZP4jVgG/oPZ1tMe+c7SPbamnliRmBdix0qOGpjUUFaeh6Jt8flz2ptoNwtUFnaSy&#10;BCkahRrfgWApUHgGPDr3A55tx9fx7S2ydg7xpaPfdTgMN/EqDB4fIPnxXURiahjpkPknmZuBo5sv&#10;1J5A9lFhse4zG4FtCSkKFpP6Omtany+Xr+fQkuudtpge0+qmVGuiojzXUzVwKZzUU/2eu/Za4qSq&#10;yU/kgQajKi2BsAWPBF/6fm3sPPCXNFGTTt8/QU/ZnoYNJEjgFgKnAPp8/lTr3s8my9m1m1unN+Zn&#10;AbVj3puGfCxjLVFQJGodobeMgXIZdYYrapnuI1Ymy3Ps+gtJ4rC4lt4TIyqdfmI1qAWPp6fb0E95&#10;36Jd3t7CWc28buaVp3vTCrX+Y404ddE2/wCI5tc2vb2BvX/Tu4ty5mmho6eCWSsjNXBBTIKpoqck&#10;6pZlAPjCDklvpb2UW1lJdSoaUqCaD9tT6etT5dPX/MlrbRM836YGM4zTgPmainXri3+B/wCKX92m&#10;9QdI9TdZjbeS7L3FjaTIZlZ6+ko8kIAr0lCSauokSMaYw5BWLXyxvb2LttTbdtZJL58yKfKpoONP&#10;9NQ56h3eb7mDmV2XZoiqJjVU1I4gV/Op+XWNiwDaF1OLfUkKSeeD/h7UW+PlfsOipa3CdZYeLbUq&#10;PWRT5bM06pipaGJwaeqxVHGPK9RIo/b1ekfXn2XXvMcEtZLKDSH1UJo3CoH2HjnoQ8u8k7nEFm3q&#10;bx1enaBUhs9pJ8qYz/m66RJLnyuHA0FLXBBHLav6i9reyabt+XPyKC0+K2tujK5DHV1aJqTE/avW&#10;SlR6PJMIhcSEelFPAHshk3HcZVEBZ2rkjyrQgg+pFRwz0Pk5K5WhmS4+mXxQCdTUH2jGKdd+CLye&#10;bxReXToEuhfIEJ1FQ9r/AF5t7Ene/wAk/mHsPZMOLnw1Fi8Fu1KXJ/xGv27480kyQoZhS12oMo02&#10;DKw/PtfLcbnb2Rtki0xOoLFlzxrQH1B49FdryvyVvG4/vK1JaW2BUjUCoySAQMH8+BHHPWJqWGSp&#10;jqW1GaGOSNbMdAEhBOpPpf8Aof8AX9obdv8AMC3BvjrjD9OdjbWpc/tigrKvIVcD1Ru+UloRT01T&#10;HrDeKRJVWVmUE8WHs82znCVtn/q1vSeJZamcID+PTpD/ACyKj7McegXu3tBr5rbnbl658C9UBVal&#10;dQUkGvCq0JAB48esceNoYq6pyUdNDHX1cFPS1NUiATT09IzvTRSN+Qhke3+ufYbdDLhMvuXGw0VI&#10;89E0xFNFWotxpn9SeFiSFLW03/HPso2ParP98rLHxbhqqKio+I+QArn7OlPNs+/WW3Obp6TqpDFD&#10;xqAAa/ioKg/s6mgW49m57IwtdmIcymJmx2DGOx705oNo4iCGmqJpuB/GcjKCUkP0JTkXB49ibdTd&#10;h3t4nATQRqiHYakfETmvD7aHoDcsbh9Ctu1yZJy5BLysQR5MAvnnz8x137D+iosj0t1TjA2LxuUq&#10;89WyVMg3DU18q0612mONqejQjyrfklri3PtGIZLDakDgFmFaEkEg8CB5igpnoVSXNpzdzEfBlaCO&#10;BQoEQoGI41JyD/qHXvfKfb+zt0ZfbVHuqq2RgVyMcdTPNhcvPWFoUiEs9N9pMdELc3txYg29vR2V&#10;jcXUK3rxxB6FmB1edMrihp/h+XTZ3S/2m2uW2wTTtESq60pXNARipGcEde9qPtGt656w2rWZrqyV&#10;5cnWRDCUeXoqQS0aPKnjq41qZSRG1rDUeR+PZtzHY7RtcPjbTKZGchQQO3A9fKvr0Xcp3XNG/wC5&#10;C25iQJEneUPGlarj5+fz697JRSZEbq3jsjaNfSUEVYaiko5qgT81lXX1FxLUvcqpubX/AKewWkTX&#10;N1Fa0GtiBxoCScE/4OphkJsNuur9WoiAmlMAL6/ZTh58evezoQVb0+792bXyWPxtPJgMPDRGlpis&#10;xhMEg0Sh+T5LWuB/W3s9NvPHcz28iaTFjSDjt45/ydRrflBtltuEcjHx2Zlb1rU0+Snro/T/AIp9&#10;f9h7Qnzbx+WXpP4s06PJHt3L5XtCpFHHf7VM9T1lDRSMrMblzAELE/19mXOMcsXL+y+GCYn8dgKd&#10;ofUqsAeFdNCR9nRb7VyWUfMPMFwBW6QQVJJ1eFpYgfZWtPmOosTxNVVA0xrURxwqxBBkaBrvEzAf&#10;2dRkA/xv7rKrMVV0evyRFVQgsQPoh4W9v9bge47a2aN9XAeeMD/Vw6ni13CC4Curip8vWnUv2t9g&#10;TCHN44DmV6mMAAjg69IXV9R/X2wsZM3huTpJH5ioyfspjqm4p4qkvULwoPNfPHXvd/3R6jc/VtTi&#10;o9NTJiqhZ/2vG2iOVxIHeQ8ixBsPp9R7F8OhoVQ8UyafL1+ytPtJ6hy+kezvvCftR6/YfSnpTAFc&#10;8a9YmKpIhYgF10C5+pBv/t/ZS+uRFiuwO30yNHHk6yDL5ef7GioDWytJUnTTSUtOeDpFmLfT/Y+0&#10;dpcpHNNrWoBJAIqvyr9hP2cOh/zFL9VsVn4LFF0acmi9tKqW8q8K/b6DrL7L7unKz43F5GSvzOai&#10;lpq7LlFmFJTUcLVSNoVaZGJSQD0JHp/rf2gl1SR01GlWahAFMfs+XrkU6egtdciRBFIKrkGrYrkn&#10;FQPLzJIPXvZfcJJntxPSTTZuag2+lUJHSvqlhkysyOSwGuyp/h9bDn2ihimmaqmimtKedKCny4Vr&#10;59CMw2Fup/TrKFxRQaAgcT9vH1Jp172lNxNSrldzY7Gw1GSyc9fTs0lLTNUonNpIzkJ7EKLcuFt+&#10;Bxz7ZmFoAVWpbh/RNfn6f5fPrcMXi28Tg0ReGaA1ypp8jxB697MlXdeZs9Z7QqGGRqsnuGZKGjFI&#10;8UdHg6diHqKtXqPTrKrpLquo8AcX9rZbMi1WWrKzECnEYxw9KdA5r2KLmGZGouiuosD3f0R8qV69&#10;7HnGZSk2XBtSRaOWuymBpY4KCbJ0pq5NMQBZlJBujOPoPr7Fey31vtDxz3AJaGmgsA1Dg1H549Md&#10;A3edri5kS92uOfRDPQOVNCK8aeecZ8vs697ti/ltbXn7F3F2l8gN70ktfkNt1+K2ftXJV0SrSY/M&#10;z0n3uXTCwfp1U8RjjZhyGuotb3CX3j/cLdtw2KTaLeYxyXZ0NIOIjFNaCmQGBUelKg8eo+3DabHl&#10;WO25T2ZgIaM7+buBSuo/M4Hlg/PoPd2ZgrmMLgIWSc1EdTk8nRxuBOaKIiGhMoP+6ZJteo/koB9L&#10;+7O8leSSeTySTIZHlZwAQzu/HoP6j9ST+Rf3hRaWkMLxQKcaQKHgKf4KYHDj0nSIQoqD4qCg/wAu&#10;OGP2dOUMzvGWMccbKbKLnURbkn/YfQe0PlxNo/fWRQoAjuLA/wCv9OP6L7NbmzC9oGaVOQf+LI6W&#10;IVBBhOog0/2K+vTjQyI4ujjk3+lrAG/pH+x59hdnIVkElOY2KCBnaQaRwyXXT/gP94Pt20iZYS6g&#10;HHzAqPP/AGRx6PLK4lki7gWY+YPD0/y9Oqt9CGF7lQGNzp/N7fn2Bta1Nj6V5XRUkd3gEjKGeV2u&#10;QpB+lhzcfX2eQMCQXNaU8siv+qnQpiWWUI0uQCKU9KftHDP29SvYV5qmkFLUs6kmSRSoPp4kGoWA&#10;/s/1Ps2gj/Uyfz8j/s+XXraBjMZHwASftr/m697AvcFGzeZmQXk9FrFlUqL+k/0t9D7MojqdUipk&#10;0of8A+3p5tbnQh4nhw697Jz3Hma3adTjK9JZIaAU1TFUvoR1nn8l4aZ9f6frrBHsZ7Fa29zqt/xL&#10;kCvzyQB0IdqsIpAyU7iajPGnGvXvZDs5uitkyNTVpWSSw1dQ8zU8p1roJPBUDgD2O0gjK0PAAZ4H&#10;oXfS27GjKQaAde9hhl5p55V+4VfICzKw+gQm/AHH5H09mqAKCwyD0p/TgBYMSvpx/Lr3tikiUHUr&#10;HVyxuOP6G3+Ht5WY4I4+fVlJbOkAeVTn7aevXvbYygWIvqJawJ/F/qfx/tvaivl07QqaMan/AFeX&#10;XveJgpa1ySf9YAn8jn8e3BUCvXqA8eve473+lzp4uAADz/Q/09uL6+fVDwp173iU+rSSLC3H1A/1&#10;7+70x1cLVMde95AoBa7XLWJ08gEf4n3Uk0HVakD5de94FsVa4uuo31f488D24ag49Ot0P7eve+Rc&#10;FG+thZdIB9PH1HvQHd1Wh1ceve/LqsLm9zext+fobD8+/NSuOtEgE6eve+DA+oi5JW1j/QfUg+9g&#10;igr1YNUheve/WUcsL8C+r63PAA/r78STgHq7MTheve+QRdIYEixNh9Q1x+oj34sakHqmrFGHXvfK&#10;VbaCSbfpt+B/ifelNerRnyPXvccgBiL8X+tv9tcf09u1qK06uQSeve+BW305A+p9+r1oj59e95Ae&#10;AASQTyvH44I/23vRpxPXuve5DXUrpI54Avc6eOLH8j20Pn17r3vI9yAFZvwPp+R9dRH491Xzr1od&#10;e9ykW6gn6kfX6f64Hthj3HrXXvcqMKAeC5uPSP06fxc/19tnj1ZePXvfCUsfrGBa3Nrm1uP9b3tQ&#10;PXpxGzT1697y0NFLWORHJFBMpBXysAGB+gB9+llWId2V+XV6jUNPXvaqFMI1hopJ6aOqKMFSdfEr&#10;MRbSlSnHJ+l/aHUXJda6SRkeY+f+brzUZwpPmOve1Xio8rjaSUzZaqpxF5EkhgiFaixOltUdTcA3&#10;+oFvx7SyshlIhUVPqaD9n+XpwAgmLXoH9I4HzP5/s697QtfkJswZKM5QyU8MqyxyVsJiaSSOTSih&#10;FuzNY/S3s0SJbdg7LUn0NQKjj6enVKwsdNacc59P9jr3sfcZJvWoxlBjA2Oo8VDEjVi0mLqYq6og&#10;IBfQ5t43twG/N729ldvFaRs0qqxJqaE18zw/1Y8+qRmPSl05IUGlPIjPAeuK5+09e9i/tCk6xw3k&#10;nO3M9UV9ZY5DG5atkjoQsRIhdK+O/kkf6/UWvY/j2jne+ndYVdFAFVYAljngR5UGB8+mKXbzBEkR&#10;Qa6TUsfsPpQYH8+vezG7M3RTZNI6egw8uJggOmCKoSSOCGnDEJHA0wDPdeWP+24PskltntRodvFL&#10;GpOAfIVI8/8AJ0huLdbNEjkbxWlJ+0UPGnn5/YOvex3wlTWmTHnG04l/dWWpDoEEiStZ1jV+QoB1&#10;W/w/p7bmDafFQVBwc5J/LBpQ/Z0nkd9FU4VIqP8AN5kcevexrx+H3BUyJJTUNJQ0CtqLTqkc9SrX&#10;Fmb6AX+lh7QNMkYZ5Go7LTIrw4dVt2evivivmRUfKvpinXvYmSTpg8VIZamGaenpxLIsKoxWUqTc&#10;f2rE8A29hiZbm6vPGjGmpAzwoK5I/wBRpTr0cZ0k04Go40oDXFc/L+fXv+N+wEye8aLKpXioCxVF&#10;NrNTHPG0GmNbgfaR/WTVwSx9rEa5huFjuDQGoB9APT/V5dMXiyImuNSaVpTh8xX1H+Tr3uqLv3K1&#10;lXUZqOSlxNNRUrNT04qAZK6c+QtBMyR8KjHiMsf8fY82OILB8RarHhgCla/aTUZ6O7JIVgYqxJwG&#10;rwDAcK+dQRn/ADde9ksqaarWRxVSU4nIaRQyjXEb69cl7j/AAexejxH4AaeeePy6Uaj8eFPHj/L/&#10;AFceve4sKSxRu4lEpe+qpMhaKNC1yEQn6n+lvd3ZJHpTTT8NM/t9Pn1sCtC3p/Pr3tvmkLN9vFPL&#10;oLHyeQiPUb6eVAB4/wAT7URqAPFZB8qZ62zKc+ZpX8vTr3vg9OsNQscUytbSGmIssZJsCR/T3dZT&#10;JGXcfYPM9UwBxyf2jr3tUU+JqNAj+9SZPGyxx0MRlqpZHPKyBhq+hALfgf63srku0LBvDINc6jQC&#10;npT/AAdOqGoxalVpQDPD0Py697dMZj3xlNLLkI/DGkiSriodL1FQIv8AnYM3IjP0Kg3P0t7anlS5&#10;lAhNTkFjWgJ8l/z9OrF2a2BFDw+XnX/P172PezMlh2pJsjV0VJg8fXQyDHRxLT+bJVNNHfxRI7NL&#10;IFOol3sBwAPYfuEug6xKTKyt3caLwqfQGhFPU16cVaUlQ0UmlfKv2CtafOg697n4XN7i3L99DQUl&#10;YmMpapniEdKhmaMMFukqi5JvYfj6+1nhJBpR27jmp9PSnVTJG7BWOmnqPL5/b5fPr3uwzrLJI+GT&#10;FaDK1NS0000kQ1Rxs66Xp2lX0ll+tgf959k8qH6gykAAVpXHyB+3z+zormmnWRwy6VUnTUevCnqQ&#10;KHr3siHzGxyVfY9CpyjQCXHUqyQF38MIb0qCoNtLDktb/X9yNsmo7bEWqDT18uFPs/z9OyTFBRRw&#10;AH5gZ+0de9gdlPjb25QClmfYefloq6lirKDK42glr8RXUc41RTRZGk1xfkFgWBH5Hs6Nm5GorpHA&#10;H/Z/wdJ0ug3HiTQeX2/6vXrEZU1CMOnkYatGtdekfUhfqR/jb2mZdib+6+yiz1+KzWCraZVnLTU8&#10;sCGEjUGL8Aow597iSS2IfP21/l08g8YgioPkcVOeHyrw65/n6/1vx/j9D7Mt1z8ve1OuzCMHvPc1&#10;BFGEApo66StxzgAXR6GsLpp/1gPYz23mkQ9s2V/1fy6NEuXV9akkeleFPT5npur8NisoLZDHUdYb&#10;adc9PG8qr+AkpGpf9gfZx9vfzOMjJTx0fY21dvbqpG0pPI1EtFVMv51R6Wjv+eRa/sULvu1yR6pd&#10;JNDxUeeKV9el8W4aaM4BAB4enp/L8+mL+5eOgYyYqqyOJf06VpauV6ddP48ExYH/AG/tJdtfN/4y&#10;Z7bORTb/AEhBV7orqf7XwVdBjKbHDyArJK9dTKHsv40i9/YB3q8tZarbgV62d2tTCwaPuPAUp/xX&#10;T1jqLIUhK1WSaujF9JkiVJCfoNRXjj/D2QDYGAw+/wDcMmd3fujBdXbMnyLU8cs0VTUR+cIJBS46&#10;Dl5AoZdcjcD88+w53EVA/b+zolZwx1uwiQn9lM4HH8+nU3twLn+n09ibuno3DpK02x+2+v8AdlO0&#10;jLT0717YbISp9VAhrAq3P45sffmRWqeGMdL3tFIrDMrY88deF7cix/p9fYB5rG53a1Y1FmYPsprn&#10;Ss0kctPMq/2oZ4iUYfTkH2zkNQ/4OkjakxMKD/D/AKuHXfsfOvOo8P2jh6F8TubGUG5mmk+9wuTQ&#10;xJLSoQBU0VcnF+fUr+3Y45GNQtf5dIX3CAtQyKrDivHFcGp4GnXvZvML8Je6d3bQlxW39sx5TCbe&#10;q6iWnkzVBPh3qqieMPLJicvTahNC1rKW49r1tGduHbT/AIv9nTwv2kQoVqoPng8PIjiD0xZLdG3c&#10;PUw0eUzeLx9XUECGmqq2CGeTUbLpidgeTwOPZBu4Pjr3FsqurajK9ZbmxOOx4K1c0ENTlaNdJN6o&#10;1MKmyEfS449o7iEK1Y604V/2OqmSSUCUxlBwrk8PXp4jmhmVXiljlVhdWjdXVh/VSv19l3x/DVCS&#10;IWLp49P+7Ee/4X6g/j/ePbMQpUE1+zpppY4x3efp1lv9P8fp/vfsYOt9oU9Q9dVbirJsdiYmpotU&#10;Q1VErSv6/t1b+0osT7U6CaVqP9Xl0xPMvglmOlRwrxP2ddXH+9H/AGB93G7P/lcbT7F2ri9ybV7t&#10;aiFfjqetEGcxVJOIfPEJVjdoXHCnhj7XW9tHclgrKDQ/FXy8+gdf7ldQTaYWYlsjHr0G+6+xBtOr&#10;jpqrbWcyEcraY6rGRJUxNYflRyD/AIewK3J/L3yONzlVtvbnyG6Zz2bpr/7iZMrUYyuEl/8ANuW1&#10;RavxbVx7R3EKwyULK3rnFPkejyxkv5Y/FaXOnIP+rj0oMfuj7+kjq2wG46NZbFY6nGMJdBXUshVG&#10;JAI/r7CTc3wC+TOI1SU2xl3PCquxrdq5WizUEqrezIkTB7n8KVv9PdTbtKKgY8qU8vU8T0/Lu99E&#10;1JFLAelOp67hw5dY5K6KCVrft1IenZSfw5lAAP8AsfZZt69KdobETzbq2znttBZGU/xjF1uPi1Lw&#10;waWRNAP9PVz7aaCRRWmnHn1ZOYIpSA4K1wfM18uH8+nOGqp6lddNPDUoCQXglSZQf6Exkj2GDNnI&#10;o9Qk8yDjVCwNyfoLrfn2wQRxrn9n59HMU4nUMprXgP8AP1mB/wACP+J/PudiamXIVcePq6lsY8ql&#10;TVOsjxxkD0mUJyB/U/j37/D0pQgnQTQ+Xz/Znrv3izexc5LI8gNPWaBfyU86S+SP8OpHJv8AX+vv&#10;RUHj1R4GJ1DJPXvaHlwFcrlUhIIFijHS1x9Rz/X3Uxjy6ZKMDp8+ve3rC7KzWSmWGChqJqiTSkEM&#10;UTSM7ObaiVv/AF492jVQe49VkV1BAGcD149e9mIymwMF1r1rQ1e5N4YOj3ZXZOVl2nD5a/NR0oQE&#10;zVUNPdYhf6a2/wAPbxkqdIHy+z5dWMOmKkjjUfIZI8iPl8+ve011/gX7OzVPtrauQgl3BUR1E1HQ&#10;ZOA0ENYYF1tBDU8qGI/1XvTFCSQaAf4OqukMjeHF2geVDw+3168f8Db/AB9t+79u7n2blJ8Runb9&#10;bgslAXXw1cA0ThTbyUtUt0kT+hRj/j7spUikZB+fGnXoXRCUZaN5ceH+Dr3tKR5eWNQJNBCn8C5t&#10;9GBU/wC29tMrKeH59K/EU0FOFeve8z7sndRTiSmjRQAqJAqODfka/wA+9edPLrRnLLQkfZT/AC9e&#10;9w2z+RFyw8sNiLKNBYAWIv8ATn/H3oig7etCYlq0rTz4de984RV1MX3K4sRQm7a6ho4Q6kerQ7Wv&#10;xyfezWmOr01AYx173yxjw103hhFNG6BmbySpZQp/U7gWAH9ffmOPn14UbsSgPp1729R5GFJIaZ6y&#10;mqPNIIkFPKsg1X0j9H+P5/Pt5WLChx1qor8zwFeve2OTJtFI8MrWIkkHp0lbq5vZR9PbTh6jXx61&#10;XStMU697nQ5EjRNeJub+OQAqwHBLqf8AevfqVFD1ZGBpU5GPlTr3uS9e+sPojj1HXaMftqD9Aq/j&#10;3Uaj8j1YyMGzx8uve+o8pM7euxWOwJBJ/PGlv9ce90NMnrXiazQcQOJ4/wCzTr3ud/FJ5EI8kqAn&#10;hjKxAIPAFjb3oAjgaH5dbEh1en59e9z4MrkEUqtdVRi2oeGrqIxqAtfSjAX92aref7erqxr9v5Z6&#10;9/sf+N/4+4U1ZJKTJNIZnY6mdyzu7E8l3PJP+v7ooFT6jquviRnr3tvqMs8ZCQ00RdUswNw1xyL2&#10;/wB592+3rTyBaUpX/Vj7eve2htx10UpBoIgAP1XYsSP6X/HP097q2nST00zsjVAyfX/J1724Q59p&#10;xf7cRvp/zbA344Okn37hw6dEuoUP+o9e9vuO3ZJG4pJ9D07RuDDUcQEuunVb8Efg+6HNT5j/AFY6&#10;2swGHGPTy697iz1NOlzopp476ikih/Hc/Rlb68/T34qacT16i1rx/wBX+Xr3t1wXZuc2VkFye254&#10;MVW6VjWqp6KkLBD6eFkVgD/iBf3Ro1kGk9aaVuER0kVII+zINevexdh+W3eyUbRRdm7mlhdbNTyv&#10;SVEKI39lEeOygfi3vSwx1yv+oH/D8+kTwzSMXDk/LiB1w8aai2hQ5+rhQG/5KHPtPyfIbtKpR4pd&#10;8Z2JJnRmFJNFROXVgwBmp1DWuORe39fb4NQK1qPPz6vCrRqCZD8zjj6fZnrla4t9f9fn/b+3Q/JP&#10;tCeNI6ndctYiDSI6/HUNW8nPLSTyoWJt/j70XBopFR880/2P8HSmRpm0qGrTHcAcdeAt/vre0Pne&#10;xsnuKSSbKy0bSyFS8kFJHSsr3/CxG30PPFvdyzEEDFenWlKgKpGf5/5s8Ou/aTqp3mRGNQfG12VW&#10;a6qf6KpPH190oa1HXi1RUHr3uMtQsZVhLcqdQdbBlH0NyB9fr72c46bolCo8+ve/SZJkVrTKWJBA&#10;/GofqNj/AIf19+zTj1RaISydvlw49e98EzToQuoyG3NhZfUP7Wng88fT3og+Rp06JTXGfn/q+w9e&#10;980z1QjBQ8kYkADBWdbL/sPqD/j/AE9+UacjB/1f5OtBwVJNRX0+3r3uVHkmZgFkkBK35diAR6rA&#10;39+pTHXgwNM6sde99VGSmiCMwlkja59LEkC/BNr/AJJ91C6cjrYNKqq4P+r7M1HXvfdGm4c6jQbc&#10;xlZXVetYlWON/DTs31kdjx6be3wqpl/P/V9g6TTOApVV1E8MZx5/s/yde9t+frJcAj4rL1MWTz8D&#10;LHVQxAS4/H6Rcwahw8gv+Dx7eKqO0Z68ZVVQgOr/ACccfPPXvcM7iSpwxgpYpKfKRSqYmRFajngP&#10;DxyKeVYcWP5+nvejXinVjLRBQUPkfI9e9wPLuCgjp8jlEoYqSrZkiV3Czzf6orGPwPyT7TulOHXq&#10;yBdT0IP+D/Ueve3FMtRCnmTywAMENtXpa0ga+r6f4+2C1CFINTw9enNS6KgH7Ove/wD/19JGXKUF&#10;TiqGhSmrBW0lS0rS1FUrU/2/B0U9KgAXnlmJ59vgMPs+3pfrBXQg4evp9nket/j3KfcVEkqJjxUU&#10;iNCPPHPOJvO0YBezAWFz9B9Rf3bu8j1czgOqqNI454k19eve3jKRbcrYVy+EpVxtetOj1dJNkamu&#10;SrmBCu9OWUCIkm5Ut/re/aiWNT+X5evVytu4MkQz55P+Hz697g0uYZ6fwSMf8qcCZDK4WExsGVoi&#10;5P0+vB91Nfn/AD6oSGXvGG4gV+zj172JFB8gdw4za0+zo8VtqfGPKsv8QrcS1Tn4miBWKSHKM2oC&#10;x4UC3Pv2lSdR680paqgAfaKn+fmeve/bO787H63ys26dnViYbKV1G0Cy/Z08yvTuQWWKOqV1Uf1s&#10;P9j7sQGx1VWaJqwGh+fr/q/ydYZ6eGpjaKdS8bW1LqdL2NxyhB/3n2J7fOP5FV1FFSZrf1XkaSad&#10;WhoDTUNAEZDdWjmoolYAcqQTz7qFAzxPz6sJ7001uD+RHUGmw2Oo6h6qnpVjnkBDyeSZyQf9pkYg&#10;fQfQew8y3yA7SzdYldJuSthnpzMi0cUUTUE3n4kkqNS2LD8Fv9cW92OknVSvD/Vjr2qeRixc8KUH&#10;A+ta9OnvljPkd2dgsNPh6KfBinlmnrJ4KvbmNyBNTMPG86mdSeeBrP8AsPdAD8JOP9X+r9vVVkuE&#10;jKK654doP7fTrrSL3tz/AF9hVU70z9Y8c7VjnJ5BqhKuGjVIFmp6g+ujiWOygN9NP+29voyqKGvV&#10;YxIhwTqbj5Y9PkOu/a6rsj/DcBi4stV44Fm8EW3KeSmqqrGU2jV9xVvGDZpGI9JYn+vvb6NBX19O&#10;lbMFiAkNOIoOI+devew9xm46jGTSiGlo5i8zmJqimjk/V+lFDg8/19sCpGOmVnZRSgI+fmT5n1x1&#10;725V2YTK0y09dBjoKlGdUq1MNOCSbnyxooB/w/pb3YE4LGtP8PViwNFYDUPMYPXvaUlZqSYCCWKY&#10;IwCT09zGT9WBb8gf096yTXpk0Lakoc8f9Xn173Ejd4aqSo8irJIzO7gjx6b/ANG4H+sPe8+p60Dm&#10;pGT5/wCry697eKCenWWavkbySIENMjBJYjKDdjKjcEf1HvWQKD16eQAGvn/m697cqnNzZCSmkqIa&#10;WD9ExehiFKS0RtG/iXi5Isf6+7LK/merF/EFWA/wfZXr3sQMj2Jv3eWGx+38vujLZPF4KOWLF4vI&#10;VbxUlCZBptTMLBT/AKnUT/hb3cSsOHW2klmorHIwPl9n+T064hFBYgAMxuzKAC1hYaiPrb8e0JDP&#10;ubDxvi6oMaeSrSUfdxwZFFaQBQ9PUsWAB/qP9j7fW+uEACGhFM1NcenXkeSIBAKDrl/xv3xq8tX4&#10;xJ6FlKq2sn7eIQtPqN28hUAupP5ubf63tx9yun+Jq/6uPV3uXACGlfIevXVv9h/xP+v7wQTRsykm&#10;GwZJVaRLyoByysABcfj239dcNxOP5/t6aLo471FPmP5deAP9f99f33U7xrsvlTPUFaRKOJaSjlpo&#10;hS06CP8AS32wOhifyfqfz7TtcOWJf5fnnrXiAsCuKeQ4D/N13/t/r/xv2L+we3d5bNyOjDYbA7tq&#10;s+YKWHD57bVHuOmrZw48BpMZCPMJw3AaFgx971FuNBx/1fLqp3VLbsQhyeAoOsM6q0bhpHiAQnyI&#10;4RkFuWDngW/qfai7WwXbGTrMjkNxdX7g2NkIqNazcGMw+39w4vFUcTR+Va+akmaQQK62PD6QPwPd&#10;BIR2H5+vSOXdjrAdNP2VpTjXHWGkq6Oogp5KWtgrIZlIgniqYahakJwzxyxkh7W5K+wixnZG98Nj&#10;4aLCb63RhKKGKSop6ahylVQxSSuL/sLFxqY2uxve3trTGzE0rTpyPd4mTUstNPlX/N1K4PJX8/0B&#10;P+v7lZXs3dm49q5I7q3Ju7PLTSUVLV0uZyBr4I4qpj+5Rxv9G49RPP8Aj7d/pCtOksl89yDIXLrX&#10;1rj7Pl12LW4AH54/x/1vYUNuGmo43+3rJIQE00y0v+fRSbKrO4upH9o/7b3VzqNQaiv7fs6WlwF7&#10;TwHl137UUG46SPauWqCdxTbhqaiiio8lCGho6CNfVKKqtjYO5ccKPp7shoT5jp0Omg11E+Xl172x&#10;0kVLVpVVGTzNPRuqpb7pZ6meqMpswV1uLgcksfdaGvHpsFWFC1KcPU/5D8+ve2jIx0kNc6UlfTZN&#10;HgWnaSFJUKAfS6ML3+nI91IJNOHTbA6gNVR50HoOve4kssbzUlO4mjZ9MdQ82hYtbAgCIi54Fr6h&#10;7uC3kf8AP1XUG4fbX+XXvbvhZI8Xm6Oop62lVqVWMnmLTU7hW9UNRHHYsrD6gfX3bW5FGyeFadWR&#10;U1jgSPz/ANXz66Iv/X88f1v/AF9j3UfJOqpdNFHs7rkxxU6RRTU2yqaBAVXSJGklkZyx+pP9efdd&#10;OrtrT/Vx6fkdWHhhVGP4cH5U660/4n/Y2JH9bH2N+1/nRl+tsfRUOL6q6c3A1Xjwa6Xce0qfIyp5&#10;frJFITYG30JHuvhA1NaU9f8AB02l7JGqokSnh5UH+x0w53b4ziUyHNZ/EimqI6i+EyIoGnMRuIqk&#10;6H1IbepeL+y/ZHvGLdVbl5sjtnDUn8SrKuq00lPS0uPpIJ2LvSU9BEnAufSwa4Hu4iI4dJnkkkZg&#10;6V/ZSnT+q6VC3JsALnljYWux/r/X2HOdkopsXU1OOxNLiZ6elWuOnIF5Zo3fQix0zjkm97Dm3Pt4&#10;rqWhHDpZIy6D4YHaPzPXfsNPJE/71fUOJzyWZQ9iR6HUk/7C3tMcZp0mbABNc+mcfPr3ta4qk2/U&#10;Q1tVX5Z8HlqKjinxrjHtPBXMRaaKUL/mnItoe1v6+3DG2D/xY6U6Y1BUudQH+Th172vHpWr+mcLl&#10;o1ed8T2XlsDPVlVkemjzeH+/pQv+0s8d/evDIkqRk+dcdFgl0xIdWQzUr6EcD5Z697CbLaYWiokQ&#10;yOoEkrILsDbS9rfW/wCB7rRgaUr0tY6iKDBp+eOH2de9vW2ctt/ECppszsyq3H9yhDxJmarGzKAP&#10;2xH9ojNb+o/PvxqeHTyMigqyFvsND+3/AFY697FDA9/x7BSUdfde02z821EaaPLVeYqM01Cznmem&#10;o6+PSsgHAv8AQ8/X3dG0rQnz/wBWOnVvfBqI4wjAetaen59e9o6u7eztfL/FdwY7amZr3YzNWV+D&#10;pmq1qTJ9S9IY7l73LEH3U6a/pjH2dNm8ZqlgprmtPy/afPr3tFZbdP8AEJJ6pcfjKIswZo6VJdOs&#10;nVJ4xKxsCTz70Dk08um3l1tgL8h5fZ1721Y/MVDGompoQZIPW6wpyIpSFZgB9QD9ePex1VHY1NOH&#10;Xvbkdx7ipkgnp8rXU4jlaahVZ3VqGeM8SUhSzI39CDf3oiop1YyyAgqf9Xy697yQbozs1Y+RyWck&#10;yNTOGaeTJVFXUyys6+pHqZSbn+hJ+vuysVXSOmxLKGYsfzJqT173Bh/im4Tk5aeZ5Y8UEkSCWosX&#10;jaT1JEsjWNjybfT34MRx62AZKuPIcPXr1vr/AI/8i95Kb7ivDxVJkkqFDvFTwSKYovTpKMeATa/0&#10;PvzMW63XxBRePXvcCgjqRUJTxioapUyzQwIbkqvqYWb+gH+w966opYGg4/6vLr3ufWbmy2RWkoZs&#10;tkBHHJ4l+9qzLS0plPjYLEtiFFuf8PeiK8OttLIw0uSft4de9yK+lOJglopculXUCVwJqKVnoY/Q&#10;HKIH5bVfg/T3vp06Y0ILZ8qcOve2ELHFFSzmMu6qyzQyatEocG0qj6j/AA96J6ZGkUJzkVH+Dr3v&#10;i2ioEckahSgOluWLSA2C3/1uAPexU5HDrRJLfD+zr3uG0LqxWaERszl0LixsDYWYfS3+HttnoaDN&#10;DT7P+L6uFxVu2v8Aq/z9e9yYFlrC6zz+MIjFHqJGsVBsFUn/AHj3dlLChx9nTYVi+n0697wxkHyJ&#10;KzEKf2zGbBiPoGI9tUkU0GR0725Vj+X+z173FaP1uVv4wt7k6WN+G/wNuCLe6NrZqGo6oFVeGeve&#10;3EtMIEm811LAKmgo3pWwfX/aH9fd41KmtMnqzlgoIPHr3vuR2NNHK7grYpLoAABJsP8AC5/r7q7g&#10;qKE8fs68AKGpqf8AVjr3uMCP2IwTEk0gRJHHp1W1Bj/vHt5WVhVR1RqHBOOve3zF4/LZ/J0mLxNG&#10;1bl5ZBS0iUTJDPUsxtHH5WKgf4MT7sCQenAnjMI6aj6de9iHvHZncG0qJId6YzdOKpJkXwJl3WWM&#10;xkarRzK0gUH6Aax7c0Emq8erNbSwmssZA+eeugLfm/55/wCI9oRoqdMVHOa+WkqY0nApp0ml82m5&#10;Vo5EOkageSR7ayCVPTS4XJp/q/1Y6794MDuDM0tM0NFl5MZDTy69Jk0IHY3D6SD+be7BivD/AIvq&#10;0buFoGpX/B8uve32PsbfWMyFTX0uQENdVhFqa1YYzPVIi6FJk+liLcAc/n6+96zQ/PqxuZ0ZjgE8&#10;SB/gPXvbfuTfO8dx05oMvnclJTB1ZcXj6qWixJP+7JTQ07BGYjkk3591qCdQp0ncSE1lOFIIH4f2&#10;f5eve0VkKPFUhRKEiqkMiMHkLJIdQ5Qof6Hi/wCfeqnj1Y6UoU4149e9mx6C+R26fj1V19RhkpKa&#10;apoWgeY4ygy4eZJQ8T1UNerLdL3XTb8e/VCrpIHGo4/n/Lpdb3cltEygULef+r5cPn1CyGPpMpTS&#10;UdbG0tPJbWizTwE2+n7lOyMPr+G9ibmPnT3BX1mZjXeYixm55vvMxIu3qeF6ic2ljp/DTshRbgG0&#10;fBP19qkmK4FAOHzp9vRfNJdyMUr2/MZPzH5+nHrjDjKGCOhijpkCY6NYqIMXc06KniARpCSTp4ux&#10;J/x9wcl83O081DRx5jeu+c5WUrpBQY8zUtHgKaGOMJBJSQRlWSVLCxa/+J9vpcuCQD+VT/P/AA9I&#10;fpZjQszEg1+XmOPXVNicbRSzT0dBRU09S7PUTw00Mc0zOdTGaVRqa555PvFjflbPk/NWb3zHcldk&#10;Y6iExjG7qpBjmoEJ81NU09QlkI4C+O/tp7py2k9OLbhDqcyVr5MCPs+z16lxwxxavHHFGGJJ8aKl&#10;yfydIHP9fYrU/wDMO31tl4f7j5XDDEQSRRU2D3JteKurUplUgw5TJSHTUXP62ABP496E5yzfyP8A&#10;Kvz600c7sWU0HAilP59N+Rw1BlIzHWRyP+Vkinnp5I3tYPG8LLYj6j2hIf5ifd2Ky9VXUGbbEU01&#10;fLXmiwdNDFiopJmu8MdHKSVhH4jU/wCt7uLkgKUNKZHp+zgelUMlzB5ippX8uFKdeqsHiK+FYMhj&#10;6TIKI1iLVsEVRI6qLDySSC5P9ffHNfzFO5d1ZLy5DO5KCOIxlDj6eCnUWNgVV2LAn6kkk+1A3CRz&#10;Vj55+f8Aqx1czTTuXYAV4+XXdDhMRjYft6DG0VJDa3jhp4kWx+otb6f4e1Buv577g3pjMVisrtDb&#10;FQtBTxQVGZyuMgyOeqXjXTJN99U3ECvxqEQvx7ZkuTK51YH28P8AZr59LUu5HYeMi0HlSv7PSnWe&#10;noIaWR3py8SPc/bqQKZC3JaOEAAe2ml+YdTicX9pTxYmshyccaZDC5XBDJYqOmhOlY6ZpdQcMOWb&#10;Tcfj3QSA8f8AD1qW6Twh4aCvCnlSvH/P1LKgkE/UXsfyL/09smd7Z6m3alPMMfsHaU7xsamoO2qq&#10;ujikYfuGhodIIPN1ufr/AIe2XZS1Wwf83SOSS3fHahHy4/MDrsC3+P8Ar/X2vNo/IP4+dU43xfw+&#10;g7keaFC1BldnDbcsFYf89oq6ZrGmI4VT6v6+/A08h/q4/wAvPh08lxbQxfB4lflQdYKmF6iF4o6i&#10;WmZgQJodPkS/5XUCL+2jefzH6+3HRGjwHWh6pp4ljNJ/o9jpMbJIY2LFqqtjXzSH+mqQD/D274oI&#10;ofLpJJdrPF4fhmMedMf7PWKhozRwCJ6urrWuSZ6yRZJTq/s3RVAH9Bb2WbsrswdoS4583unNZEbf&#10;haPBPuSQVc8dLO+ualdkA/t8i9/bTTFsAYH7etIniMrO7EDgGzUf5h6dTAAL2AFzc2AFz/U29hhF&#10;WfdSPDPW+akmlihFJDRxxxSy6gkIV0FwoLXtf3oGrEnA6vcSGOMtq4/l86fIcOu/dwfTnya6x+EG&#10;Yy+3F6p25vneOTp9v5CvyuZgiGXxCSYeNlpaWulRvDGuouSulrn6+9pjuFTj06WQ3MFi9EGpmAZj&#10;xNSK8f8Aiugr7R6yk7Nx1HjxvTde0Y6WXzFttVi0n3RJHFWLXcW4A1W5PB9gJ8r+/NjfKjdCbw6+&#10;2lk9gZ2Cgah3jW0meebbe4tD66SQLWOGR4P0+kaW/A91bu7jgcf5dXuCL+RWRSn8R4D1pTp/2FtX&#10;JbNwEOByG6chuxKNtFDkMrSUlPXxUgUaKWolowFm0m9pGUNbg3tf2QDKQySA02Rzoqo4H8CNNKag&#10;wMGsdDfXSPr9f9b20hCmoyOmXGaM1R/l+X+bpa+1v1x2Zvno3dVPubrPsqLFZM0csL5PEoJaqCCX&#10;mSBIckrKG4+qj8fX2sjuXQ6kqP8AVx6RT2gLh43+LB+X7eP2dQ6/H0WUpJ6DIU0VXRVUZiqaaZdU&#10;U0bfWORfyD+R7UXbfyD7Q74q8ZU9sdnbg37Jj3eDHw5iMPFi6eXmRqCkpAqan/tggn3d7qWfuZq4&#10;p9nTEe2ojKztUDFPSvoB5n16bNu7V23tKkkoNs4LE4GkmmNRNT4mhp6KOecjSZpxAo1vYAamubcf&#10;T2Gf9zsXUVzQwb123QwVEamGsyy1dDHGrKDLDNGqkq/40n2megFR59L2soNWjWB+3+fT/wC2uhg2&#10;1hcnPRR1/wDHY1V456vHK1PRypGwBelNTYst/pqF/baSvnTn7ePVoY7eJio7qcW+Xyr172IeAy+2&#10;MecnUYyo23SVSaDRVGWp52yTTSrcyLVUr6dEX1t9b2Ht4Ord3p5f5/8AJ1SZI5IyY2CkcK8fnkf5&#10;OvezC7a7Q6u2ftOu3Zk9z43s3sfGGnmwu2N14/LVWEq6pvS7vHLKqtHD9VubkAfj2o+pdVBUeWOk&#10;UFtbQDxi5lkHBWBpX1z6enWCaMyxvFrmj8ikeWFwkkdvoUYg2P8AsPZa8xueq7BrMhubO7g2/g6n&#10;I1rVkmKpvucZh6SR2sIMZhqbXGiKOL/X/H2meY66ZOOJ9ejGNCy+K7gE5P8AmA6zKLKoJJsoF2N2&#10;Nha5I/Pt0fbGy48HFXTb5xldXVkro2NoKx0aJzwJ6mOUAIg/1X1I9sBmqelhjtwmouCcY9PTrv2L&#10;3We5sv0li8xn9kdlYHFbmM1H+1EaauqGpHS8NVTSVSPC4U/qQrce/FqnvyOn4mNvESkgqSPQ/n+X&#10;n1gqKeKqhkp511wzRvFKgZ0LI40sA8ZDDj8g+1ZTfMX5Q5mWrpK/t2t3FhQ0cmQx9LNt7bsUytIN&#10;TGooKeNiwH00m/HPt1ZmjXtPninHPRNeQ3V1EyyuJAM+QNCf5jpoods4THTJUUlCqSxx+ON5J6qp&#10;KJa1l+5kcD/Xtf24dwd/S4haTcu2+zKHI5JaShij21XIN0ZOCvaH/LKmsrshEmmzcKVJFvdheyOx&#10;DUH2GpPRO22Rwtqt5cgCoGTXz4jp8VQosPp+ABYD/WA94MV8y48rtw0e5uzt1UVXkMa+Ozm35to4&#10;zJYGZZE0SNiZ6EI8YK2sH+h/w9uCRVGcfZx6Wi2XDvMwOKjSD/P0668a31AWI5B+vNrfn2aXpz5h&#10;bkr9j03Xe1/lDiuoNs4DzS4L+9G2Fo6KVzHaSgqPsVkjaM8sxkVjq+ntkDW4QCg+XCnz+Z/w9Oie&#10;48HwYJhGBwNOA8xTy6QOZ642Pkc5Lu+t2ZisvuiSkp8cc1LCn8YhoYGvHFRV0h1wAE3IgZCR9SfY&#10;AfIXvul7JGPxu4PkXhN453BMad8u3VssuAr0iuqpTZCjhSokA/BY6CPx73pKlmSor6Hj8zXh1plS&#10;4AEsutvkuDwz8v8AB0qsNhsbhad6fG0ZoopZDNJF9xPUfut+o653e3+IBt7LtjfkjvTbXXme6c2z&#10;UbRptvZuukrcrunE7aoqLPZVGIZ4Hy2QQ1EUP4WJCpA+h92BLHU5A8+PSyORo4zbrQKTWo4n8z1J&#10;kx9LLW0+QdXNVSRyxU7CWZY41nFpbwKwRif6spI/FvYP7n3Bi6qOjko2SorEijpqsT/5TDMgUEt5&#10;fqHDX5HtuQj4VPA/l05JoYDTlvQ8Menp6dTQLf0uTc2/437UWwd67U2rkMfmYNqbYrNx0FQ0wi3Z&#10;QVGdwNemn9M9CjJYL9VBP+ufdNRBIHp1vxFI/SVQ3lXIJ/yfPrhJH5EdNbxl1K+SNtMi3/KNzY/7&#10;D2e/bHzX3LS4Grmx3a2J2buenaCqwuF2d1jh8BtZKmhP+RRVFWoad2j50BiR/j7cSaRCCo4ef+Xp&#10;uS68VSkjgMPwhNI/M9M1ZtzD5CGeDI0gr46mjnoqkVck0q1FLUp46iOZAwU6wSGso494Owf5gffe&#10;8dp0mP3F8h8vUZyjqIpoKfBYmlxVHSgNY1KxQorPMq8h78f0v7WTXVzLhm9McRUcD8j17wxElA6q&#10;540Ffzr69IfZnSHUnXlbkslszr/beAyGYgFLk6+loRLW1lN5Nf20tTVmR/ETyYwQp/I9lppe9+xc&#10;nXVOQ3H8hN+Zp4wXp6ObdWSoI53Jv4p9B9MZ41KosRx7TmdkwWNf9Vcjy/w9J3sY5SHmlJPHzGfy&#10;6ESmxGKpFKUuMx9MjMrlKeipoFLofS5WJQCQeQfat2X8t/lt/Hf4DsrsLNZSlp66mnpsNQpja3HR&#10;mKZftis08QYIGsGIN/rf34XFBmlPs/Z0mkt7oH9JqivoKAfZ59ca3DYzIOZKyigqJGp5qVnkU6np&#10;508csLlSLhhxz/sPaJ+XHamS7F7m3Zuc18wrquHCQbhSjmcUA3Lj8RHSZuShaIgePzqyjT/aBtx7&#10;14pdOz7ftrxpXj/g6ULH4dw7JkCgx8NQM09eu8Ti6TC46lxdChjo6KMw00ZJbxQ6y6RhmJJCg6Rc&#10;/Qey00+4K6vApctWF4UQpDNMgllDH9KyzNdmA+p1Hj234jjKmn+rP7eng7VyT8q0/P8ALpy9+r6G&#10;koKUVMOdxFZUvIqvjqEu84j03MjyooQAf0vf3ozSnzz/AC6uRHpq7An0/wBWOuJBI/F/98be1Di8&#10;tQYLHVUGX2Li8pWZGlWagyOUlqYp6ONx6Kmmgpzok59S+T/Y+6rLKe4n+XVPBt0FXiUk8OI+3Axj&#10;ru39efyP8PaRhmNTVQrSo0TSSRgrEAryEsNRBQC1xewHu/iyavUH/VjqkcaKOwaaY/n14gH6+zEd&#10;kZnrjbWIx9D09uTdctTm8PT0W/qLcBhmJq4kSZkpnZQY1SUHRZrgAc+76iM+v+rPRhObeNaWrGrD&#10;ur5/b14audVr3NrX+n4vf2Wk1Ll2MjNJrJJDkE/0JOr6k8/X2mkEopTpERUAt55x8uu/cW4Eh8a+&#10;NSwPHpHA55H9felMzHUQP5deopNRx66JsL+3aLI1FG8b09bUUcyaZFkpJpYJkcN+oSQkEH/WPtzx&#10;mUUIPV6gCoNSfPz68eRxwfr/AE/2B9qpO3OxIaNsdTdi71SilOmShG58ytOVPpN4jLYg/wBPe0uD&#10;qBAH58f9Xl079XcqNKOwHpXriY0LByilx9HKqXH+AYj22Tb33TXNTw5Lc25Z4E02WTN1k2m36Spk&#10;Ynj8C/vfikk1oM9MGaV2JkYj8+J65/1/31valwea3ctTFLBl8vKIHMiStV1k5aw/ZZWdzpIa1rf6&#10;3uwmpQ+flTqkqgozEk0wPz9fl5/Z10f9t9f9tb3aXtnrDbm2enKHuH5Zdh7pweHzVOU2517t6s8+&#10;9N3VJjMqPFHO5SnhZLHW6+kG5/HvwnkkXWT50FPt/wAx6I5IolBmuCQGOBmpofL7R5enHpMZLL5Y&#10;5FMRgcdHVVKRrPX5HINLT4qgic3jhLxAvLM4uVSMWUcsQPdY+8d/7Z3DmsomxNijAYB6uQ4+LOZG&#10;o3LnzAJCsUlZVSaIjIRbUqKQD9Db2yKBKn/V/wAX0cWzoIysa9p4Vyfz9P8AJ0pUuFAZtTWF2tbU&#10;SOTYfS/tGybmzOJsop/4fNpBiYUEMcf0tq8bqQf9ce7UB7uPSrxHjbUAB8/8Py65+3PYKzdjdl7J&#10;wW4s1PR0+SzdHRVOTgip4pKGCSbVJJTpEqLr/wBTf829qIQJmAk8/wAvmOi6+JmAJbT5V4efl/qw&#10;euj/AMVsLX/wv72iujPj/wBL9d7bq917x3TlWo2x+mGr7C3VSVstEkcGuWrhXLA08BP1jURm30Fx&#10;7Pvo4Fh1yUrTFaf5PPosV5xd+GlWGKljUUp5+n/FdF+7P3pv+lrqLb+xsB/E6l54Tkas0VVU0axv&#10;LoWG6FOPzIwYWHurbvr+YJshM/nNtdfbC2nv+kxOUqaLG7p3djaWWgnpaaTQjRUOPSOKdVI/bcqN&#10;Qt+PZDLodizHA4evp0L4NyRU0Kgcr5twz/hA8uhlxeKkpaGmSWWSnqDTRfdQ0dRM9KtUVvO1Oaou&#10;4Gq9rt7JPnfmh3DXzSGkym2tuKkpmpDtXZ2Fw01EoHoWjqoUMiBRwLkkf19t+IikK1evPuV0x0hh&#10;Sv4VA/Z08LEqggX5/USS2rixLX/r+faA3N8oe6941FNVbn7W31kpaRFSlSTPVcNLFGi2VRRwERX/&#10;ADqKXPtvxkBKg/y/1eXRe5mcisjY4DqPT4+hpJJZaSipKaSc3nkp6aCGSdrfWZ41Bb/XN/aNynbm&#10;9dwQJBld3btrY2Y6kqs/WSU8oB0hvtQVVfr9PdTNgiv2mnV1lmXGskVrxPUwD/W/2F/9c+2+n7N3&#10;ji8fPicTuvPYmhq2vV02OytVQipJ9LfcvTMGcEH6E+6iRTjNPOn8v9nqwmnC6Q5/b137aMduvPYu&#10;r+9oM9mqerOo/dx5KpNR6j6rvIxuD+QfelcUKnqoZ1NUY1697XlP3/2hRRvTwb/3IsUqrFLF5qaa&#10;GVUHCypLEdS35sb8+96lC6Tnp9by5Wvccjr3uRD372m00UqbpdqinZWhY4fBsY2U+l000w5BN+D9&#10;fe1lVT5j0/w06ZuGluyBI1fyH+CnXveOu7X7Wy8kjZjsfeEn3obyU77kydNC0b/5xfsqWSOMIQba&#10;Qtvx7fF27DTU09AfPz6Jjsttr1kUJ9f9X8uuOhL6iqkjnUVFx/sfZyulfidX9qdK7h7Qh+VOyNk5&#10;DHw5SVuus7uDLUuXySY4MYYquoMoQGoAvEQrWuNXtgSsX0AHHA+X/F/5ejGHZUEJmWUBiMCuB8z8&#10;+kdmd112I3DgcJFtHcmYo8y+io3Bi6aCbE4Q3ZQcqzusirdRyqmwYH8H2SmqpqyJ2pKnMF2llkCf&#10;cEVCzmN/G0qVJ5KX+jX9uyV109P59KFhVTpJrWuaVJ9DnpZA/X/D2hanTQzSJITFIjMpZX1DUG5Z&#10;T/TkG/tsmmWFem6gmgxTrv3AOXkjU+KomW+q+hmXkekEf7f6+2Qzhyw/1D06tXtp/q+3r3uK9ZJW&#10;Sw/dSTzxBrN6zK8YPDOFkJH0/r7ssjCoHVWGuqsSQf8AVjroi49rCOrwseOajes3O8sZSWGilqzF&#10;QBQt2daVHKg2+nA9vhtQBPp028Fuy+EdXn6enXv+JNhb68+zdbR68+Pe3NmU+7t4bxyGeqsxiI6/&#10;D4XrPdeNbdOAyjk6lz+KrQpiaFgNYBIK/Q397VpCdKAcP+L+3p4WdnGNJYuSoNFNCPmR1HaSV3kS&#10;JLeOSNXadXWN0ZA7GB1/Va9j+Abj2W6bf9V/HJY6GqyFTSpOIqaoz9fUVNW0AktC7tEyhTa1wDwf&#10;ezoOOP2dUVBwLEjNKnI9OpAH+39vs3ZCO0i6toioRmQpkcHkK543vZpPua6aRATxqKrf34FFGOn4&#10;3WPAK1+YJr/kr137k1He2/tupRx7Pyu2sBHGpkqKraWEoqaoaUtdjNPVRtICbDgG3tmRk4scHp83&#10;tzEAsbAeukAf7PXveDcXyg7u3NjoqDK9q7yroUbUaKX+HU9OoUelompYVNgPwT70JEoBxA6q99dy&#10;DSZWx9lP8HXEKoJIHJ+vJ9pOm7x7ZpOaDsPdlA4haIPRZSSjkMcnDl2p9HJ55911LxpXqovLkr2y&#10;HrsgMLMAR/QgEf7Y+0pkt65zKsHzmczuYm8vkmkyGcylZ9wGN3SUzysPVzcge7o2SVx0huFMrF3Z&#10;jqpX7OvAAWtwBfgcD/be8lVuPDZCGKnottx0FWvjbzwZGoqRL4zzqglAtcf0b3YFgQVPXtMAp4aU&#10;NRxJOB/n6798Y955fFVf3uO04+o8XiTT5JY0NrecRSll8lv7RH+Ptwu1CPI9UlhRiWA0g+QyPy8x&#10;+XXvcGr3flsmrtlK2ormIYvJM+truf1Lfi/4Btf2yzZPl/g63HbxhQTU0OP+K69zz/vHtrTIsrpJ&#10;RVVRTOpVwxlZGDqdSkNGR9DyD70JM1PTjxK5B8/Xr3tR5rsDc+4Zgdw10mTqiISa2sjhkq5/t08c&#10;Tz1OnVIQvp1Ob2+p97aU6dJzj8h8+tqCGqTXFM0OOve21MtIjM0cNKJGB1M8CSWtzwCbD/be2i9c&#10;KadO1WlKf8V/q8+ve8Oh5nknclbAfoTQilubqo4F/r9fftMj0z15RxYcOve3HGZCux8/3tHNHFPE&#10;ykGdIZRYC3CSCzf4g8e3dOilBx/1Y6qHkH9n+f8AqPr1727Pj90bjWt3E+HqcrjsaUXJ5Gmw8jY2&#10;gNQD4BkJqJBFEGP6C5HvzatNVND8ut/rODIQCAaHgKddFlBALAFr6QSLnSLmw/NvaVdZkkDpFE6X&#10;0shN0YKfUn+H+t7baEmtDT/KevKSWqor9mevE/7fmw/rb280FRX1KvR01MsZlYCFU1BwWOnxU/Nu&#10;fpY/737dRSAA2T/g62CS2heNeutX9QRf/b/69vbvPtHOLXLQyY54MjeNTj6vVS1lpReNilQFuGvc&#10;e/CAvmlenRDLq0sKn0+Xr13cWv8Aj3xqcPksfM+Nq2pYGikHlpfuYGkSU/6oKbi3H5t7t9LpYBh1&#10;pllRzG+D/q4+nXgb/wC8X/2Pvm2KlplRpFVS66o5opo5I5F1fQGM3B/r70TTB4+nVGQrj1/4vrv2&#10;pMLiJJKpS16vyaAESs8JDycIizOf1X+hPH49+oSQtOnI4lMgB7qjzPXvYq4LpPf2+c5SY7b+y97Z&#10;L7OVWr8biHgasZn9cUYqi4VdX4YE8H2pi0s2n0/n0gv2u/8AQ4mahOPWnz8v8nXCR0jQvIwRF5Zm&#10;+gA5N/Zn+zdldo7Qwu1tsQ/HjtHqrbVG0NXl8qc5WV+Z3DWsoSaskraYSJ4x9ViYW/Ht+fQmaaT5&#10;V8/s6RW91dHLRsI6jIJqPkD69QcdkqHIrO1FkKavEMzRyfbvGxgYf7qkCEkEf4+0dv7d+JosZGdr&#10;ddZLauW0U1PU7gy+DFT/AB9VjEc1bX008Sx09UTca41s45Iv7TgOBwHrjoS/Usw8NI9NBk0qT8z6&#10;ny6cB+Te4P0HHH9efZes3U5Hc01HNLQ4uKoSNYIqukoY6EzohsTKkfoYrc3Nh/j7pSrVAPWyGahZ&#10;QD+yo/2PTrv3gyuwarG4o5uPNbcykA8azw4/JKchTPIf93UTgNYHhiL+3QAhoD1Voin6isK+dDWn&#10;XvfDPbX7A23iMZU5inzOMw2YhFZh5ZWD4bIK31kgUaoWYj6rwfbniSxgU4UJ49p/LqguizGJWyMn&#10;z/kPXr1+bfn6+0HLLAkFQaujpwKiNoqg0l42bxr6ZqilPHB+jIfbDS66VGkn0+fyPn01NGXUqwz6&#10;8Mn/AAU4de9h7laajinVSkgdKTSrkWWaWRdUb6T9LD26qRAANnSKfn0RlJ4m0IQV1Zpg8c/t697T&#10;dHRvPVrBEpkIewUclj+LW/3v2zDAXk0DJHl/q9OlMkixoZGNABXr3tb0e2cl5oaioppFiVxbj9wJ&#10;HyTY/i35t7dEDBhqFKmn/F/5PLpPDd27doYamzx4149e9jr1vi3yGVpMxUq4xmOqtNMiXIaZ203L&#10;fQt/Ue3reJXm8amBxP5UH+z0X7uyPay26EeIy09KD0+3yHn173D+RWYpF3ZClJMtQr0FNJM8bepn&#10;8ekL/Tggj/Ye37+VZJqxAjgceXr+R/n0XcpWUkNiyN2UY0Hlx/afn9vXvbHuntbLVfVm2uktoeal&#10;wE9Uu5941EUrIdx5qRj/AA+iqPoBS0QuyxkkNIdR/SPa2Xf7z9xryzt9Y4JGEk1OMjj4Q581XjTh&#10;U18uiq15L2uLm+fnvc1D3KL4MNRXwl/Gyj+OThUcFx173A2bsCPGCHL5GXF5CRWHlxDTI00kZ5aI&#10;BuLkcXHI/Huu3bfBC4lkZZTUEp6+oFfUefS3d9zuL8G3sFkRWwrDBJHp/qp11bkn/ff4+3mLc9Bt&#10;bdT5zAbcjpHpS0owHlkq40iPpMTTsNRuedQ+nt83cG2bh9fZRUZO4ITqHzBPGnRVcbVc7pta7dus&#10;pLYrJ8OfU+n+odd+wv3Nujc+Vz0+58nMPusmTVlFciIU0R8cUJVeSiCyC/Jt7ILndL+8vHv5vjY1&#10;oMAAcAPsGK8afb0Ldo2qwtLBdvtB2xGhrjJz/nz173M25m6Kv8hy5lgrKirh01SNJFTR07MFeSq0&#10;G2lB+kH6D6c+3bdoZkLSnSWNSfT16Y3OylRq24BUKe05Nc/DXyOPn172arbm3KfsnJTY/M5mmn2f&#10;tyl/vHtzcFISlTTy0dZFBW1degB0XUaYg1lsB+fZ5aw/XD9SQGCPvRvMEMAST5KwH2g9Rndbpccr&#10;2YubOFhdXLeG8LUoS/w6D5kgVJ9evex2xmCwu/8AcdLNLHkMBthMlQyYTcBxX8f25uDauIpZEzOV&#10;zWhtUtbUTx2WGAAPYg249r/Bh3HdVaNjHBVTqoSGXNdQ86kcB69ALdN0vtltGliAe5lUlog/hyJM&#10;xoipX8IX8R+3ro3AJAufwL2v/sT7Nf0Xvb40bX2Rk9xJTbE272WNldhSybTz9Bn8NXZ8Y2wwWXSk&#10;pI2EDIp1QwX9bWUg6T7H3LG77JtVmb2JYkvjDdDw3DDVisZFKAMaEgHz6iLnvY/dHmTdLe0vJprn&#10;bUltx4yPG6oWy6Ma0fhSvlk8D1CqvuSUERmRTPSlmhEbMEEv70bB/wCyw4ZhyByPYDVvYm3k37t7&#10;r+DF0tNj+w+msnnOyaPFVVLLPUZWqiqnVyj6fDLHAsbhZOeb/n2GE5pe1nW3lUD6mBhOFIqzNXA+&#10;yin7a9SftnJN9dbFLvN1MzybdexizZqg+GmkN6g1aorwx1MUEXH4vxxYAf0/437K5gOnukv4HPTZ&#10;LeGa2zuCWvyTSHI4pJcZisVQKKjH1y1MDap5qiFgxhUcf7b2Eba2sGt9buUkYkgkDAHqfn8vmOpj&#10;v985uW+iMFkk9qVXU6tSQscMtDwANM8Dw65eze7D3V070N19ma/Ib9xm5cdurbbrm9qSKIK2roJZ&#10;TFQUEg9WmWpYCTwML6R/re10G7DZIpAX8VriMiRAcEE4r8wQPy6Cm/bTzDznfxQC0eB7d6rNWulm&#10;/EtOJXhXrgyhiLixQhkb/EixI/2Fx7CzP9yYSvqp06l2xj9lyZzYz4iVJMacVS42QswetTI31T6k&#10;5BU8keySbcRLWSFBE7poKrwHrn8gfTFOhnt/J9za2qx8yXBvGSWoJIzSlAQPSnn6dcrf4nn/AHwt&#10;7L9j95bnr8xX01dubFbpTbuH/hv32bW1PjqXUZJhjKeezTSByVS9yb3HsppG7VJJrgajj5EDiB8+&#10;HQ4FhtltCoijMBdhRQMFqmnDgB5nz69axv8Ajn/YX/p7DXcKb43LuCnpcDRyytWtBC9RGjSTShiI&#10;1ji1DTGoHIt+PbRtjMfCQCi+dakf7NPLoxj8FLcioCDzJ8+Na+tRTrv2NfX0u7cfvXE9d4TIzjdj&#10;VdPIPsaGlq66B6cF508hVj+0ql3b6WBHtfb20q3QEKlpFIof8tc4xXh0VXz2wtJNxuSDCoNdTaVy&#10;O01OKetPPro2tz9Obn8Djkk+8Pyj+SrbtFBsfCZerzz4WeSnz27K5Y4TUV0bGnq4sdRxejQGBGoC&#10;x9mG47n45EQbUopUk8ATkUGMZNfPHRBynsi2azX/AIegSksiA8Qcip/nU+Rr10oA+gsLAWt/h9T7&#10;KZitgQ5qpjlockKqF3X1upEwdjdi6H6kE2JHttdriuNLQSB1amfOnrj1+XDpbdc1SWXbcwlWyeOK&#10;Dzrw+dOuXu2P4v8Ax/2rtHAL2BuzJUtJFSRlwtd5FSpkT/M0KNGNWqUmwZR+R/T3KnL/ACxtljtr&#10;7tucqrQ4Vi3c2DoGmpGpfXgePWMXuJ7k7rvm5ty9tMGsmgqnlX4j8qChp6H59dE2twTcgf63+PuT&#10;u/N4iozmIwtEmNhrdw5pKySCggyr1FDTSyiNYqtiRG6qn6mIJNr29h27S3uLkRxqAJDXt1YBPn9n&#10;2cOjbbrW9g2h7mcuVjSncRT1r+3A9B137kbtym08lkYcPHPiMjncTSCCOqaapmnjpKOOyxU1Flgk&#10;CNb1f1PtVfvYyT/SWxUvGANVW8hgANgdX2233iO3+t7o4ZTUgVArwywzU8f+K697q27RnytdvqpO&#10;NasEJfxkiCKlbVq0uWSluikXFyPx7AO5K0t6ZNPd60GafZ51HEY4dZGctxQDa4/qANQUGtanFCOO&#10;fsPXvYsVu0Mjj+oMPlK6qrpqOr3BLHJjVrXhgqGFPrV1ibgm4Iv/AIW9vPavHtyyEltT+pp/qB9O&#10;HRPHf2knMUlpbIFbQDrpXifM+VOIr69e9gJsZox2Ph3CSRKufoyihtVRGq1SuihyfqLce0doW+ui&#10;8Q/Cw+ecA9CrcgX2OVWFR4ZB9OFDUH1Pl172f4Ve2dt9r9h0FVljHU5vA5OakrK0Ojy5iSh+6hp5&#10;ZZPozG4Q/TVYD2OJZLa13S6jckiZGpXgSQDx8z5dQ0/7x3LlyyuhF2o4BVeGjVQkeuPLyz172Q3O&#10;dn7uyePxOyN0Z/JZLa22tw5PNbfoa5xUx4TI5Ixw5Gpone7aZhFH5EBt6bgewfcbpezQJt00jPDE&#10;7MiE1CM1NRX0qAK+vHqTo+W9tjd9x2yMRzzxhJCMF1FSob7CcHj1jEaCRpQiCR0WNnAGtkjJZELf&#10;0BZrD/H2ndw5akinycDLDNFW0uqnqKYhomlazowH4tz9PfmugYpEmoQRj0r5fP8Aznpvb9tmCwuD&#10;QxN3KeNKU4+frXrJ7S2Aqpo6iB42ZZo5AyOhIYMDqH6efZSjAMGJz5j/AFft6FM0asKmhBoDX069&#10;7uT+Hu58lNS1UUdZX0gyVDPRVRggNQkoWnPIg/w5JYC6k39nNqiyalLFa1rQ1+dPnX+XUV80pDHc&#10;KSoYA4qQPtr50PXBlVragCAQwv8Agj8j3E3Z0bkch2rFUzbg3HisZu7G1M+Tq8ZJPjZFiiBBjmel&#10;sw1hQWCc/wC39qY9ulW40KxOr/iiTny8weI6NzzZHZ7GQYY5Ht6aVbuBr8uFT5V4jrlfi45/1vYU&#10;T/GnKZDKZjH47KUOEwDVSVkNRnq1pshXSQRlZ5olqCzAyAcL9T/rn2aWmwPfzGFWoKeZJJ9fkeH5&#10;HHW7/nux8GC6aMeMy6SseKVpgnhT5+VB13f/AF/Ydbc6Ay1bUx1tQzJT0mUqKXCeeI1U9dIZTokg&#10;oRwCwAK3XgcfX2Tw7curwkJFdQACnyr5eoGTTjw8+jFudNrs7TvX9Rk1MKEALThq41BOfn10Tb+v&#10;+v8Agf4n2oey+ocN15g6hUqapKjdu4MWlZWtRvDlqkQoZKqnWaawp4EksCFF2Xge73m3RbZYrNJK&#10;D4rADFGrioII+EVFR50HSDYOZJN4m8WNBphViqjI9BrrjI9Pl137NVBs3C7d2Ft6WTd9HkaDF4UZ&#10;Z8ZWKiTJlDCElSkhkvK1yfGluOCR9fam8igiskWOStCrDHHAoW9DXyHqK9AiS/3HddwuGNoLdfFo&#10;HrqrSorTgCfMfmevewMzVduCor6OLDY6fIbo3ZPQbb2tipICauOty0y0dDT09IAQGd2QEsPT9fr7&#10;RzXMVvbyXUoJCg/ZUfI8PU16GFjYbVBA0uD4ALO9fjIBK8T9ufQ9Y5ZI4Y3lmkSKKJWklkkZUjjj&#10;Qand3YgBVAuSTYAe9o7pDpqn6C6E666Wd4xktt4qLLboq4Y/3MvvjNgZDPZCeUc3ErtGpJJsPx7x&#10;P54ntt+3Rr20bxVVStOKrTuY045PE0pw9Osb73fG3XmS632yzE48JNROI1JBpXjU54fb0VDbm46r&#10;P7nz+8qiBoYczkDRYNndl0bYxshosYqrLwhqDqqXjB4dj7ca+UapEkb91LsihQB47gAtptawH19w&#10;xcQSq4ehAOMilCfwiuSOhFaMZ4FuGGTgngajj/xXp0YCkChVWNtSX1XD6zfTfXf/AGP59pDM1DOi&#10;RsyyOUVgQxlJQnhXb6ix4/r7MBbNG6kkaTjI0kHyx6Hy6XKgRgyigBrSlPz/AOK6cKPQ3kIDAg2b&#10;6aTb9RGn6fj2GuRkjNNWmWzMVaEaQWlI0+sKv0sB+P6+zKFVj16SCD8NeHz6OLUstQhBOPkPlWnp&#10;/PpzVWLRWBsG1fT9NvoOPrf6+wZy+OSoyNBBIH8MkgaKRgNCWUWL/wBVtYEe7oHYF24MBgcRjj/q&#10;/LoRLPL3UwGA4evCo+fU0N6b8nk3sOb3+lvaP3Fji8ssbIuiNikRjNkuRYjT/Qj/AG3tdA3gBlfB&#10;oOJqf2cB0ZW6yKlJWq3kT6UHXIEEAj6H2D+cw0RVkUMCQVZCQQEPIUk/gf1+o9msUkSoS/xVwRxp&#10;8ursgYVpUgih/wBXCvXfsrHZmzqXN0NVj6imWoRlsUlQMokvwUv+eeD7Em3qYW+oifKAU9a/0hxP&#10;RnYeLGfHUElTSlfXJ/n173Xfvrq/IYWaT7dH06yUAiDBYQ17f1Fvzfn2PrPckmQKa/4M/nx+XQus&#10;r+ORdEvD04UPmM+f2de9l7y+Pq1nqBUQyPoU+JraBFo4K/4k+z6KQAKlR/n/AM3RiFoQq00CpPzr&#10;wr/qz172lCkug3Hp5Gkghj/Tj688+1wKliQf83W30SOCcEUNf8FDwPXvcBluShP1AAP4VTza3t2p&#10;oD04O7u/1f6j173FeMKwHFwDyBf6/Qj25U0p1vz697wMpU88f0PH5+g9uqa46b493XvcYoDc2Be/&#10;0A5+v9fbmqnn1ZTQ4697ysp+pHOnjkck/Q2HulRTHXiABXr3vAIwurknVze1uP8AC/twtXrxk697&#10;6PpF1IJ+pUmwufqOfz73xwevUJpq6978rFhfgcm3F/SDYDj35gAadVYUOOve+I1amA45FiebA+7G&#10;mkV6sKUBPp173yI5BJHpNxbkED6/8a91Hn1oHOeve+gxIe44Fv8AA8829+I4U62VFBnr3vpmJ0+s&#10;BuTZjci/Fv8AW97XHXgKZOeve8R9Tf4X03P0I/PI93qAOnOI8uve+x9W+lv7QsLXHAUX968h1rr3&#10;vtFKMeGFrc8XAPP4/wCI96YgjHW+ve5H1ufqfrcfUW+t/beevfb173mVjpBIBP0t/h/qgB7oVq2O&#10;tU697kAk6Qb2A4txcg/i/trhXrXXvcoPayLxfk/64+puP9h7aoTk9WXjTr3vMqByPUATzyxt9L2P&#10;uhag4V619vn1724Q49G9YLksyJcHxsh/N78Ef0PtszEnT06mDQcPLr3tQZGCRqCB56BKmBWERqxK&#10;ElWWM+kFoyQtx+T9fbMbKH7WI/LHVyBXPFTxr/q+zr3tU0eOxdFhj/uSrJnmVXmoj+5VQK/ARWRg&#10;Gte9weR+PaaQmSWrqB6UwP8AbA+WOqzxhjRxXzGeH2+or+XXvadpqbb8Uj06YutnqtDap8irLAal&#10;idNTAykNHYceo/X2qd52YFWwcUFK08gf8vW3ADA0NfypTFPs+fyr172YzZ1Nu7GU6VW56Z6vbIiU&#10;08NOlQ6xwxrfypOjGWTjgi3+A9ppJbcAi2FJDUVrTNBXHDGMefSe5XXphwj6qegJIFSfXFMde9mC&#10;2dmdgbmCxY9TPV0kUFXPQ1tHJimGhyymOGYHWbjki4H59lbm8tUkjZ8tQLkEU8wCM18v2+nRS37y&#10;trox6g1T2hfMHhSn86nr3szeAxUGUh8s0FLGisHicgO0KC4JT6G4HHP19krSyW6NKx1VI/mamn29&#10;Xt9dPGSpKtTJqR6045J4U49e9iFixQU1caOhkElaI/IvkY+QDkHwInPHPpPstur53lVGXQoyKcM8&#10;Keh826UwW0sxDBCBWtSRSp88emfLr3sbNtVb/b1c+Qqv8ipEEUMTn/OyIt4xHfkWF7r/ALzx7Ipp&#10;ZGkMUoLFqcTgedf8H2/b1dbWV5RaHtY0FW4Zrk/lT/i+vf8AGv8AjfsB9wdiYxty5WB9VLEGWnpZ&#10;WlGqrIQ+d1j/ALKJcKL8kn2tZmdcDSdNDxpUV8/9WOlc20qX8AyCpIpU+Q9PPj5+fXvZOexe+5qC&#10;XMUtPBBHXx+aJHkdJKiGmZjFGUgBuTe5a/149mlhtdzfhXuyDEcYFPOv5Z/b1q3ttKNE6BlDH86+&#10;f2V8uve6+t9boyFXWSVVTX1Illu1RE6rKlTUSteLluAyIQbC4F/6j2P7C1QII4VAHyNKAcT+fVnA&#10;TEY0ivAcPTP+r0697DSZ4qeBzVIlRUTrw0MheSnkPq0N/iR+f9h7MUV5HHhHSq+o4+XVaAt35H+r&#10;z/n173Ailhgg8yozF2YRwXCBXt6ZGY8n8EAD8e1LI0kmljkcT8vTq6hM14n/AAfn889e9wQp8nlq&#10;PU8pJWNiSWLGys/4t/T28TRdEWAOJHp02RQ/Pr3ubHJPQSPJHFBLJKPTLImpIT9SyavTqv8AQ/j2&#10;wVjuF0MSAPIcT+zIHTh10PaM+fHr3tUYavpsen8RroRW1UwZqadZzAqSqbXlIIFltwv5/PsvuoJJ&#10;D4UJ0qPKlf2fb69OAaIzIO4/4P8AL/kz172sMDRxVM9PW7oglrcRWskksdHU+GpKu5HlaqYBFFzy&#10;STcX9lVzP9OrRWPa647h219PXH+bp2OA1UkYb0xU18/L/VXr3sylNsTbNbBQz4OvwMjRUKR0KipS&#10;skgjUlZIIZhYa1JAcheeTf2Qw7jdK5NxqWrEt5En7P4fT5Hpw27wXJ0LRWr51z8vLy8uvexV2LsH&#10;7bGVFG+cFRU1UaymCmcUXgi8xs7Og1kagV44Nvdp7yRpw5QqnqRq4evoPQenRVdm5Lk6XKqfTFQB&#10;SvyP+WnXvZoNqYqbE4WnoaKKnhphCEhFNYBhrJeQq3N7lieT7q10s4ErVqSMEU4Y/wA32nq0szzI&#10;HkA1eYzTyAHyPr59e9kh+YNJsqq3Ph4cvVZXG52LClIa2kgWopJQkxMUNXASCfrw4PuTNgkT92xt&#10;dMVqSARxpwHy/LowVI3gHjDQ49M19OPD7Ove0t8cPk72V8fc7hpKbsPJ1Oy5JGM+0q+EZrbtVSlv&#10;3Eq8VXBtAcC3o0n+nsSWl7JBJ2NgY9cfnjORX06KpbAE6RgV4eo/yfl0yZzb+N3BRT0ORicpMhUV&#10;FLPLR1tOwB8ctNWUxV0ZCQym9rjkH2PXyw+ZHRfb+UpKnZfSdPkMlNioosxmMlkshhcVT1VrGCgw&#10;8DHWisWOpiABa3vV7ex3L1jTTwqfX7B0sgit7VViiVnC+bHNft/1cOoG0sDldu40YzJbjrtyiB5F&#10;pa3KRxfxH7YuTElZVRW8rqPSXKi9vZcuptidNdmPlKffG64+q8gpibDJjaKsymMkvy8Nc5DMi/kS&#10;X/3j2ijclqFgB+H5n7f9Xp1escshjJ0GvbT58Qa/y6U7sy20JrNxcagtgfzc+zf7F/llU3aVFVZb&#10;ZHcmFrcXAiO89Y1BRIYzfktWyIdJsf8AEe7rI1dDmtfy/b6dKYrHUCTIP8tTw+QH+XpJbr3zgtlx&#10;Uc2d/iCJXymClNDjazJGSYWOgiiRyv1Fi1h7g53+VDujHZCOkHbfXNAkrhIa3Iw5J6Nyx489dTXQ&#10;XPAK+n/H2qitXkoagV8+PTElhMgqrgUqTgk0qf8AB6dZ6XdlHXY18nR47Nzxomv7ZcXOle4/5t0k&#10;lmJ/w9teS/l09n4eoSLcXYPXdVtzbxiMuXw9VLX00FHJIDJNj6JVBeVvqEYXJHPvb2TgUqKDzrjp&#10;GLWWZqyPQcKkEY+z59T8dnabJwU80dLkaV6nVppchQzUdXGVFz9xDKPR/sT7JxuLY1Nu7srObb66&#10;o8/mcHiMjLi8dmKuiBq65qJAKqoaniHpGq7rGOQntJpah1CvrTh04GTX4SAsqkivypXP+r06eR9L&#10;njjkf0/2PuJuTo3dWJ3PQ7W3jk63E0P28NXDlpsJm8pTwU84DyGDH0cbzMFvZtI0g/X24sGtgHwD&#10;wP8AsdI726AwTgDHE+Xy8hip69e97c/X8/kcW92J9G91fDH4u9Z71x+Kod19jdzZzA1lDQ7o3Js2&#10;aHBUtfJDoip8ZDVi0MCvZncrra1vZsDYW9o8YBaUjiRgH/V6dR5cW25T7kbsYjXiopU04V8xnz8x&#10;9vSA3Fgt35jcW3JqHP02J2ti6377MUFOlQMnmjHGTDTSTgaFi16SyX5H+29kzxfz6+U+yMuybU7h&#10;zFDiWqJKj+GwU0NTh0EzXaA0lTGSqr9NItx9PZT9VMlIw1BQYA4fP8/OvQ1s47hLcVc1PrTH5U/l&#10;09ZzZm1NzFWz+3sTlXUWWarooZKhLG401Fg4/wBg3tMb7+c3yL3xuCiy+f7FrKsY2QSQ02OpabHY&#10;2qYG7Cto1XTOPwVkBFuPbEk5mJJ/4vozSW8QDTIKjy8j+X8unTGYjHYeljosbSRUlLELRwxayqgj&#10;kBpCT/vPsWNk/KjrbNV9NL3J0z1zlce8Z+6ym2tv0+Gz9RVra08ppSEJbnWQov8AX34HTR14jpSl&#10;4rPruoV/ZSv5+XUxomuzJK6sR6Q3rRT/AF0H/ivsx0e/f5ePYUlDipdhdl9e1bmJmzOJzdLPgvJe&#10;6zT0cis9vrpsf9f2muJZljYDiTWvnTyoPXpNPFtczGFgylqnJ4Hy4+X2efSXjpd6QZCVzk8HkMY+&#10;rx089BUUVZDxdQs1Ozq1/wA3A9j3t1ujM7tuqoOq+989Q4WJKrEzUuZq/wCG5GlaG8RqEp5WUmI/&#10;UMp9Q5HsoiuLySQhgQPtJ+2vp0li5e2u6OoyHHkDmv5+Xp0oKd60xg1lNAsouf8AJ5DJHfkgL5AC&#10;D/U29kYqdkQbe3fUVmN7GwOWp6GpkqqmtWoK1rNrLCMhm9bOByQePZsI2EfEkjh/n6u+yW1vVYHD&#10;ECvGg/1U/YepgP5tYfm/1HHsznTW++zuwYN05/rvfO2aCj2mi02L6/3Tu2DCbx3zl4h5Kl9uSzSI&#10;iRIo0xiRru/HtRFcSxAK4qTgGnl/n6SQ7JPdq7wvpoKBGPcfmK4p/h6aMrXUlM9JBW4+pq4Ksyo9&#10;RHQ/eUVH41Daq9+fGrXspINzx7e6/wDmXb+21TybF7P2lt6gq6aoegq8R2ps+l3ZHAUNgKmojLg2&#10;BuHX6j6H2YtfnwRFQFQONKmgxSvSEbHc2koMg0n86H/Jnz6QGX6c2dlsguYo5c/tyvYrKKja2er8&#10;Ijv+sSNSwEwkn83j/wBh7Lb3J2/tPe+MfcNd8euj81RyR+R9zdVPmNs1aowuRPQUhZI2H1OqL2WS&#10;dxJViK+vClcdDSBZAod4VdRnUpP+HHS6wOCbBUxpmzeezdzf7jP10ddUj/ASxxxf7yPdfmVrNq5G&#10;peswuEyeDiMra4XzDZJUVjxFGZERr/6/+x9tAnz49VZ4j3qpWuKVr+zp+95aGsxa3QZGtpZVBGie&#10;AmM2/SDJG39ffq/LrasvAVBxn1697mx4eqyLT1FFkaGtYBNaASxScfps0nH+H19+Fc+vp14KWJIO&#10;rNfy9Ove49Hlt07crauqx5yVI8qIkksIuqeMaR4ytyt/qStveqCtadNMZQKMDTPy697QeZo6/J1B&#10;q6+oleaRnZpJ2LuTIdRDM5uT+fdXOlcef+H16ZEFPKnmT6nr3tXda7ryPWuaG4sIKWTMRIY6Wasi&#10;aWKnR/TKVjUjlr2PP09uLQClAR8+qUkjOuOlcjPD/VTr3sa67v8AyO46Zsbu3bmIzmFqZXmq6GUy&#10;pJDM40Gow9Y2qSkcGxshKn8j3vAHYAKftPTis/h6NK6a145r8j5fZ172B+RqccamQ4+mkFG7yGOK&#10;rIeanDfpRp0/Vb+v597Z3YZ6eL1YhcnjQimPXr3vHjYcaahJGpYkqBexklBgI+jt+79D/r+6k5x5&#10;9bXw2Nafnw697lVeRxWN9NPCK+f6I1/8hpyTq5X/AHYR/tvfutloh5aqcPTr3tJZOaXIV4mrqusq&#10;MePGWWnAWyAeuGGPhRb6A293TSMHpiSrPRsgZx173k3Rl8XLDQ47bFDUYnGxU1qyCWoFRUVdWzam&#10;nqqoAarj6IPSv0HvUrAig/b16VlFFjFFH7a/b172w7fqafH5KGqroHlgjV2jKyCLxzga4Jrj6gEc&#10;r+fbSMU7h02rKjVcV697Vm4d9U2dmVpsNRp4lKwyUMS0DfTkyiO/kJPN2592Z601f7P5/Lp6WdXp&#10;RafZg/n69e9omvr3dwsMrBSiM2kkMHK/pLf4fT3onFR0wWr172sNmST5Z2wy/u1sjrJSl3tI0ara&#10;WGPV9WPGke/HUR6dPwlnrGTny8z9g697Vr0LUE81LURPHPE2meKVNDqVNirK30I/Pu329PsDXQwp&#10;5ehx1730UVQ2kj8ixNtP+I/r71QVqfLrwAFeve/aimofRSmpTf6/jj/b+9BlOOtE1agGKde9xHer&#10;1KY5IyhAGlj6gB+V/wBb/H3quk58+qAsvo3XvbnQmmcB6lGlv+oxhVfT+bEjjj+nvb0Gerdp+IUB&#10;8uH2Z697fYv7rMgWemySubhWVqaRLW4JVrH6+9/Lp39BuNeve8FTS7XcKKePJea4DPUpAkVv6IsZ&#10;v/rE+9ZIx1tljIDICD/h697hJitv1EsYqjkBCpBK0whMhvwQjSng+9mp4dNhE1Zr+XGg8uve5tdh&#10;dorSXxdZn2qSR5IcjTUfiZFPGianYng88+9awuR048cC5Qk/s/1V697S0uKpmDa341CzPYBQRqJY&#10;fn+nv2qoxxPTLRjSaceve4R/hVMhEtdCo/QfWOB/iF96BJbSoz1SqoKH/D5cP59e9zaGjgrKV6im&#10;lZ4o2J8hAKrzb/bH+p9u6GOVFR5/Z0x9XDrAoT/m+zr3vnDSRHUWkBIP4Ib88G3+9e6MjVIXH+Qd&#10;K0aKT4DUY/1E9e94psPDIzu0jqGIsEfm9vzf+nulWX4v29a8OItnz4de94I8UVLCOqlAX+y5Lgk2&#10;4X24TnGfn1VUxQev+X/i/wBvXvclYyoMb8lb3HA1W4sT/sb+/deOKs3y697SOQy1NS1HgYSTMLF2&#10;FtI4uOD9feiwBp027qOxRw4de9utAy5CNPsn87lLvClhLH/X0fU2/wAPbgQkV63rUqAOP/F/5+ve&#10;3UCSolCSxajDGqs/NtIX0qGX/Ye6MCnxDp4HUP8AY/y9e9yGoxfVC5jcG1gQeDzYav8AW9s+MvCn&#10;Vgvz697ykSpEulyJFA/ULKw1XAb/AF/p73q8TtXB/wBXl1VkatanHXvcxOw954GjOOw9TDjYn1x3&#10;po4jKyS/qPlI1cj6G/tQGJA1CtB9g/1f5um5DIAFXFP2/wCr/N172FgSqeraeacuZpGknaRtZkeR&#10;y0jMx+pJNyfe/EIIrw6T6Kt5/wCDr3t5+6NGYpEUIUkU+R1BUkabIR/Qn+vtxZF9adXoFJP+qnqO&#10;ve1tSb3w9fDT0tdi6SrrqSXVTtUQiajJHGiWJiD6uBxx/X3V3WlAa16URzRsApFT8+ve2rVfOfxo&#10;pjrrU+ZacU0Yo7f5owGltoK2Nrf7H6+02C1RXH7f29aq3jVAWvn6U8j9nXvf/9DR2p46OaanRJ40&#10;0NIqmRXKzDV6NZH9qw5B9qejBRwp5/6h1v8AHvHUJTfdvLUKY0RiYykZRJQi3uyfQf0uPfutaV1a&#10;+Pz+ynl172rKXdNdJtoYomNMfM5Wkx0NNDGZakPr80tUy62A02tqsfeqZ6c8QiPQDjyAHH7eve1f&#10;1uOv89X0uN7J3Vltp4qesiFXLgdtJn66mgPolqYoWKlivF0U839tsrBtS56ciMT4nJFfl+X8v8HW&#10;KZpFikaJBJKsbtHGzBA8gW6IXPABPBPuJ2zRdaUe7ZcZ1TldyZTb0EMVOKvdVNTUGWratW/cyEdD&#10;TE+GJ+CsTHUPdl107hnqlytsDSHUVHqKH7euqczmGM1KxLOVBkWFmaNSfwrNYn2H9Piapw8Anlqp&#10;5LNEgjlmZgw9QVlvosPqLe95FW/l00qUJbj8uPWb28R7P3LPSNMmOyAo6Fkjkq1pJnjjZwdLEW1E&#10;i/Jtb3dgygE+fWzHIxFAaDr3tvx1PUPNHTQw1kdQPIk/3atTxSsjWZh5LfqHIFvr7rXyGevKDXQa&#10;19PL169781NktM9XBTtAKtTH53jbQuk6JFjf/bcW9+oaVOevKhHwiv8Ag+z/AIvr3vqWiFBhvtft&#10;Za3Iy3qFqGIjemmJtEiD6lLfW/597oadeKUUoctx4/6uHn173nbF+CIPWutTogp5LU0yOsVROuto&#10;JH41aP7QH5496OoHqyqaaWoRQcD/AJeve24EQaZIpGSNQ7u2kSOlj+3YH6H8e/ZpnqoJWhI/PjTr&#10;3tjrK2rlZZHiiePzh5AwBDgtd2bT9D/h730yXqQB5ccf5+ve5kM0KTfshhBKumQOSIaRZj+pVU/k&#10;/T8+/UpXq4x8Qyf8B697z4bJ1UFdVU8r0wpgjpTmrpBUJLMeF/1ha9j70OHW1ZlcpJj0697ls8T1&#10;6zP4YwiD0RAInm+h0xDj37NevEEvqOMU697b8hXyuy6g/mZlAICgLErXVVVQPra3vfXmYlhWueve&#10;875SRFDBZFPmUslywuAHXUg+ovbg+/fb15K0B9fLr3txbclUyyCWnaMkhdFLdKUEfptESQL/AFOk&#10;+/dOGUkBGFCfTr3vM26qytgp6KaUt/D2WfHT+OMy07X/AHI2ci7j+qm491xU062ZmzGTUDh68c/l&#10;172IeD2xvHsVkpcDhcvuLN6Y1ShoaKlWolST0RSxaNJK/wCw9uoqGg8zmg6ZuJpEHYpdzXFKAU9P&#10;t/l10SACSbAC5J/AH1Ps1/UX8tb5D9l5KM5fCUnXe3o6pGyGc3nUpQx0lMCGmaOhB1ymwJWxA/xt&#10;7NbTbHuXXSBQ/iJ4DjXPQL3Le7yEaVULU0NMn9ny6D7ePZ21NlUclTX1NRkKsK32+JwlJNlcpVOF&#10;uI4qakDEC9rsxAH59n6znYPwk/lw4Gvo+p6LD96fKGup/wCH0mcqhSZzHbQyckXjWs1WeGjEUhLp&#10;BCWlY2uwF/ZheRbbYKYoD40vrTtB/LB6Dm33G4XV1qfh6D4m+THgBw4Z6KxU7U76+SOapDvaev6X&#10;6NpqlZ63ZmHrJaffnYMEcglios3l6chqShlCr5o4dLOp0gm5tXr1z87e/No9i7m3huzdz7ppdwPU&#10;127dtbsjhyOC3KkraKzECnnU+JPExRFj4UcW9kDPTuAqeIPz/wA3oOh0kW4LVpjVfKooPmB6Do21&#10;dsHa9Xt+g23T48YjG4iOFcGMJI+MnwslMoWmqMdNTEaXSwPqDBj+sNc3OHtfO/yp8jt6v7D3ttE0&#10;WfykD19L1vXVuXq8fQPVyGaeHDTY5kAj1lvGhN1HHtXCbMLWUd34R5H1qfl6dFFzAkf6iilan1Nf&#10;kBT/AGPPoNNyUXyDOZ2/g9rZfakO3QjNnd7ZCgiqMyRFcRU6bfd1jLuLF5Ea3HAF7ApnZHWfRu8c&#10;bV7i6f3hsvrXZW58zrodv7sz5kmoqGmQCWnUS6qksr3YL9CCACfaG70YCZOPP+X+bpZbQUt1aNxH&#10;ryan08v9job8bFXU9BRwZOrTIZCKCNKyuipRRxVVQFtJMlKrMIwx5Chjb+vsv/aXx2662V1+N1Y/&#10;vPZW7dw1dUlPjNl4KirTl69iQZp6XVwsEYPLyWv+PacSF2JIP7P83RrHHojL+Lq4cBx9f+L6zCeT&#10;7gwmmkCCLyfcFk8RbUVEQsb6uLnjgey1tSZiiwk8EkNbSUhnhFSZZwqSSfWIPADcj/Un3bPRnRvC&#10;o5IFOpAN/cCKGerafxvHCkUKmYTgETMn+bCW5v8A4D37psd59afz6795Ycm1NAYpoI53KyeKZEWO&#10;SJytgLjkgf0PvR9R1er6ahRUV/1fZ/Pr3uBBHraWWoDVM0yLKpB0rERwAzH6E/09768qd2unEVOf&#10;P7Ove+NNUrQ1kTPGqubv+4upfoRZh/xHvXVVCKR5E5697cqhY5YmlFNHG1VG4Eb6rx/nUA/0B+qk&#10;e/ZrUefVzQVB4de9p+SD1WgZZQY1WQ2b0ODaxJ/ofoR78KgfPpliRUCpoP8Aiuve5NNK1CkrTxRz&#10;NIqrIrqTpQNcMjfg/wCPvakrmpNOtqSQGJ4jNcf6vt697el3BjjQVaR4iSoqpljXzT1N+F9Isp5/&#10;p9PbzSBSFA49WLqF06c9e9otlDMHeOQy+XUYAp8aoQTw7e2i9ST5/P8A1cem+4LoI44+VPl172o6&#10;fOvNBPTz42jkZofClcwk+4ghQWQmO+m/9PdxKdQFOnTJV/hFf8A9evezT9OZGlrPj38gqNqeKap2&#10;dPsjfOMjkRWV6j7s4atMiHkqEfUP979+cIqEuKMMg18/9XHok8NvCuIzxBDDz86dYnZxJCqrdGMg&#10;d/8AUWS6n/Ynj2UHM5HIZOvqKt2KzMS+mlXwxov9lVjj+gA/qfbEpJIrmvGnRjBI7xI7+lesvtmj&#10;yOUhnSop2qRNGhSOWN5FdGvw5ZfqRzwfduAp6db1OGLZqOve8+LpayvrHkk8kti0rmWQs0jL6nJL&#10;Hk/X3orXqwXUatnr3sRDLtGl8gkxtZWNJFCaaSVTGoe4NUBGv4HOg/19u+JJSgIHSoeCtXpxFPz8&#10;+ve4GWocS6yVOGiqZKJwWmjrBH5oQyjU0AQ3Kg8C4v8An20Bmtan/Vw6oViKl4+H+Dr3tlop5MYq&#10;1NKUSXTIjllYN42bSD/Q392A6qvaKpk+Y6976apmeSDyKywy6m8gHoBYkk3/ABc8k+/dVbVqo2K/&#10;sHXvcHW0UU9IQpWSoE+pyW4UFQYyP7P9ffuq08hn1697kxVUkIEDJGsaLqWSnjCS+NhyHb+1/jf3&#10;Vm08fPp0EkUrgDyweve3Z8pG1KlNRQJGwkE0tSyKJiQmkxpITbSTyOL3918RB59WGRpGKg58+ve4&#10;4UAPVCVfKisGiMzJUL/ZLmRbfW/0Huxb/VUdNlGLah/Pr3tqShmmQN4VRYn1yzmYKrw6gzBQfqfx&#10;x70WANOtCN2yR+dfLr3udWPEsw8bBiJFaPy2YiFVGiPj6gAce7+VR1tyB3DNf9XHr3uQgFRFL5CX&#10;kZlfUrI3jQ/0A+gA/HupUkEV49WWunUc8P5de94Up4IJFEdWKmJ38jiJSHVUP0dfoP8AYe6JGUqB&#10;woKdbDoACDWvy4de9qCkgo5nqNMdTVIqh4WWIyxwtIpLiQ8kAWPI9uEkHWc0/n1ZCtSBUj/P8/l1&#10;72xHxUqiWlqPJTy+aIKVB4LHXA2u4BF+Lc+/Ag1Ix00GxjhX/Vnr3udHBipad2jiyLVCRljHphWn&#10;jY8qVZTdzb+o9+NfKnVxGKYr/Lr3trKUwEazU1VIZASqROqMObKRf/W96ANanqnaBkGvl173glZG&#10;SNzHUEU/LKJTIqeogjj6A8e6SMyrXz8vQfb1ugNPM8Ove3ZWwstJMHhmhl0/to0rSpI3AEaooATg&#10;8k/n35DrQClaDz6d7aEgfL8/Tr3uO7U8EMExopGgJfxJUM0kVohYlXUfX86fboBrQ9MtIkQHicD/&#10;AJP9X7eve5FNWI3kmNHLjfMY3NdTrOiqka3BjCcqb2YG4sfd0FG1EjB6p9TDwLBcnIB8uve33b++&#10;8nHDlaTcFZndwUk9LPDi4q3LVNRSUlVUqYlmmhqGZdNiDxzcC3t4ZOM+vTkVyDXUS4OBngf+K697&#10;SORqHWWKmkY+KJU/S2pXWT9bgDgBf6f7f2w47ySM9VoK0bHlUZp173MSnxYgSnp6epmNVIXFROQh&#10;BFysSgfUHm1vdOPV00YVRnr3tT4IU+Wp4tqZKXGYSllrVqKfN5hZIEpx42RY55owSqyE/X6Xt+Pe&#10;u6tRn5dOr3L4clFHqfl69e9p2owwgmyc0NRTTpja77BFikNT96Q2kVFI8Qs0duS3+t7vpI4inTTI&#10;Dq0sCBw/2Pl172ygUDVQ8sLDRMimSMaiUU+oqp/p/vPuo6bYKzVbFP2Y697UGVrog4ZaZnhrRqeU&#10;qVZpQv7aS3/Tfglfz9ffj6DHTrnUKiv7af8AF9e9t1RJQToHhppEq0ULLqkLQcfpeMH6H/Ae2pG8&#10;MU8z/g/z9eIQjgRn1697h0+Qp4IqtZ4Elul1leR0kp5FbUfGV/LfS39Pd1IIxx6bBoSGGOve48Az&#10;ldTy5IQyRUKyhUkcGOCZ1t+zHI9gxFxqt/sfe9I9M/n14iRlqRUde9iPkdjVR2zQ7kiq6FKeWOm8&#10;VCymKskaouSit9JGBFyB9Bb3VSPh6eMTEeKhAPp6D8+J/wAn2de9hpJSySGXyh4UkDhGAIBaI8hh&#10;+P6e23RlODw6bcV7Rj5/6uHXvcqkhmmEdHS00tVOW9C08YLsPyrH/eifbwBKqR1XScIM/wCr/Vnr&#10;3uQMXkZ6r7eemanIOl46lkh0/g6mY2H0/PuhjJatenCGJ00/1f7HXvcmad0lSgp5xJFEREysIeLm&#10;zRpJH9P9v9PdzQ8PL16o1WPhjAGCfy/z9e9zXxU8OLnqqmjXTS2HlFXGkp8xtERTglmH4Fh78RX0&#10;x1d4wq6pAKjyx+WP83XvaSNPUyJO7QyxkhVDWIC+q66i39R7rkmhNAP9WfQdN00jSBTr3uXJLBPT&#10;gRAU7wMvpZtZklsEZgCLf64+ntnurWvVwF697hshlmKaHa9zbTqswW97D6/7D28jEihOOqstckde&#10;9rHrz+DUe+NrVWarP9wFPn8TVZXyK2iKngqFnnZogOQLDj8i/txdVKLx8v8ALUfZ0knTXoB/iFTx&#10;Hzr/AJ+vexl+RvYeG7F7N3Zm8LTxJhpqmGHH5CNWhlr6SkgWGJ5L8kG3pBHA92d9XcT6cPTragvd&#10;yOKUpTHA8P2n/B10BYAfW3suVLNJGkul7QHUVjDsqM0ZuW8Y4v8A4ke2tZbANft8ulC+Jr7a9d+8&#10;cuTrKiNMLBTU0DVEqeWseMipkXVrTySE2AF7kgXPvZwO3j1tmIXQB+f+rh172uc7tzaODxMVTRb2&#10;o9wZowwmfGU+Hr4YKSRlBnhavl9DODwAvv3lnj1eWOGKMUfUx+Rp172H0FbPTyAws8ciMsqMnpeG&#10;RTdDGT/T208qk0HVBjgacOve+3qaqrllqJJmMnlDO8gBM0jtdvoLX/2HvXiEUoBnrdc8cn/Vw697&#10;yMSjqp0HhpRKbqrpaxUk8/X3tvEeh8v8H/F9aKgHup/n697xvI4RZREYxO4QOQfGQxsbW+oHuwDG&#10;lcAdVKgL2g/6vl8v59e95jrpneCQQzKpKLIyhmGsclXH9P8AePdnmI8zjB8sf5+nKmlCRj/Ua9e9&#10;++6mmCJIypDTp4oEjVVYBj6mk0csT/U+2fGc5A698RA8l697xztJDqeNAysFADIL/wBDa/8AQe3I&#10;3Lg1H/FdUZSFqMde9yan7MimnhNQ8aKPuYZWVGklAuxjQcqv4/x9u0J4Cp68aChrU9e9+mSNo4ym&#10;nTIokaJLhqaX6CFifrx7bJcdxA9Pn/m62VjPD+eP9X2de9xQ9NrlGTWeaC1lWnZQ17cFXe/+t78t&#10;ANR7T/qz03pjSpKj8v8AP173npjUUviqafGUj0+ksor4mnVozxrNiLj6X9uiRuI62GHxIB172/8A&#10;8enYOkqULRtSTQLjaKlSjow045cg6iSPrf8Ar734hqQRx+3rbCJsyAEnFAKddEE2tb/XIv8A61vb&#10;OkLGGMSCYhEe+kARR8XLaweT/X220mjzrXrcUQThUVr8vy+zrw/2H14t/T8e+MdT4m8MYiqPNF4l&#10;Drrb6/VQf7V/p7ZV205Fa56cAHwkZ/wdd++dLVRJJLTyU2v1KGNtJS/9bj+v19vlvXj02CK54de9&#10;vL5iWKnbGQR0cVNctPMlIklW6sRdXqWBbSPwBb3oMC3VhjtQCn8/y697jHKQwBhSJWrKsqGKUx6Q&#10;UHBYgj9X+pPvQNCdLY8/y6sNIaqj0PD/AD9e9jfh+68PRddt13uzrjZ26qZs1UZai3ZX0tXQ7zoK&#10;etjEM1LFkqYgSpF+qJXFgePofbqu1K+vSlbuMQGCWNWAJ7shh/np5dYPCfP5/NN/mTF4NQ+3uX1+&#10;bRa+v8X1Wt+PYXDZGTytTWZDbuHz1RtoyAY/IVVGiu9Jpv5J5I20K17i35Fj7pnVUmh6T/TmR6xg&#10;geR6zD/X9jl1ThMHt2Ubil3ElHWYWUVi0mVEVBBFNCpC1LtSO0kojBLJCR62sPfh3dp4Hp6K2ST9&#10;TUOzyOK/M04/Z137DSt2rQ7izmRp8NvbC1y1lbW1xnyLS4tZFqahqmV3lqxpD6mJVCb/AI9uFo9I&#10;BJxw6bW3FfDhkB8+AGTn9p697SG/Ns7d23DT0mK3BkM9l5I4nrGjx8MOIpQbiSOOtjYmR1ItwLH2&#10;3gGg6rcRRxEBG1E/LA9eve13UbA2VisVgJajIbjz2SyuFp8nVw7ZXFGGhmmBLUlU1U4YOnFwB78t&#10;CCTinl0o+liWMFiWJFe2mPtrnr3tD1dVtWkmMf8ACtzTSRSaPHkchSRlQOCpWO5U/wCH096HDpOT&#10;BHxDfmf9VOve48M23KqWNaPC5taiSRBCIsvGSXB/sIqg/wCtY8e/d1Qa8OqjQWwppXh1726fb7Up&#10;zKM5h90wSJI5eSCvpyxN9JX/ACwC7X+tz7uA70VenaQgEuh/1f5+ve1DRY/q40M1fVT7vxUIIFFF&#10;VwYivq8m2q0gp0RgNKf6o8fj6+3tCjJp1uluQS1V/Ide9uu1N4dZ9f7ix26I9pp2BSxVLwzbe31i&#10;4hhnUr6mmhxsoYkA3Ug/j3SkfyFevQy28D+Jp1+VDw/l1imj80UkXklh8ilfLCwSVL/2o2INiPwb&#10;e2PtY7Kym56/cO2Mdi9l47LiKuh2tioclV4XGSzRB5abHVNUS4S5uFYnTe349tkKBg169ceCzl46&#10;LXyAPXKNSiKhZn0qq63N3fSLanItcn6k29l9J1uxXW0jMRGFBsLmwN/r/re20FDVRx/1V6Q1Lfb1&#10;z9ml69692HJtP77eW8MHQ7gr6mSOgx33sUlVQQxxFonrY1/Trb6D+tvaoUB8PBoP9WeHSuFIhTxH&#10;WpIxXI48evew5/jJxmRZqRJ/HQTusDxMw1LDKdE7AXGliNQBH09t0CsQOPD/AIo9adSysgppGKjy&#10;9CPt8uuvqPao3T2TvDsmHHyZKpmyq4CMUdIXqah5KeEt+5+zISvIVb6R9Bb6e/JoQEL8z+ZHSJrV&#10;ZH1nOnzz/q+3r3P9f9t/r/4+wlWrSnqKnUZYCZCCBGyliTcFbfTn6c+2yWJx6dPAkYrQf6vy68P8&#10;fasw+dSqo6/HZmOaroHjkkVtDTVNEyrZKmJwCVW/DXNvbhiJAINOnlkXRo4jz86f7H+rh137b9l7&#10;uo9j52m3M+HizlfhpGqcBDXs8eM/iEbf5LWV0SWMqwNZxED6iLMbe7BWXOOmAU4uganCvr6/7HXv&#10;c3e/cHaHZ1bWV29N5ZzOLkqlqqpoJq+aPFJIOY44cdEREiIvpRQvA93ed3FGPyp0lNvGz6zxP+Hy&#10;+X+brgqBF0qAqi/AAA5/w9h745AAVGldZ/Txp0gjgf7D2moDg8OlJWi6R5fPj1y/3r3EaFmJNrDm&#10;5N+LcX/1+PbdG1ZP7P29bBFft6795vtJFFniPqKlSQwup4U/1t+b+7GHB0tQdXIKgVwT/q49e98v&#10;sJQocoyICApZZADfkcsLH/Wv/vXvRSigknrRNOIx172+0OxN15KCSrx23M5XU0VvLU0+KrJ4Ywy3&#10;BkkiUgX+oufbiwgjVXqxilYagpP2A9e9xctszdeCpBX5bB5THUDFAlTVwGGImU/t8Pz6rXFxf3p4&#10;whyMdVaOdV1sCB8xTr3vPs/aGZ3jlaDFYeimraiuyNNQ6YAXmBnkCtoTkkgEkAf092ijRsDNek7z&#10;aCB+InFOPHy8uvf77/W9jn2f8aO3+rt35Hbz7G3lkqGjWmrKfJ0O18pWQ1GNrIRUU9TIaSJgpKmx&#10;F/1A+3Xg0nSoqfSlPl/Lps3UiyNEB8Pnwr+fDGeoUeSx0qo8VfRSJJK8Ebx1UDrJNGbSRIysQWU8&#10;Mo5H59gLX4TP0+iqq6WqiLTSU6wzxTQVUTo2lo2glAdbHjkfX23RaYx1Y3BLAMD8vPqZz/vXP+9j&#10;2J23sBuaHGrVVlLVUtBOrJTR1cQSKdtNpf3GN1IHq4+v+x9uDQRRRgdPxgzNVoxQZBr/AKv5+nXu&#10;bf4/n+nvPksZNndvQ1mHhqppcbUtj5hI4ciUN6xAqDUFc/QH8/T6+/MqVxQHp+V4/DGk5Bpw/wA3&#10;l14cewhyhqFd4qzWlVC/jkiYWaN1NmDA/wBPoQfbMgKqR/q+3pmprjrv3DhNTbxoquZWCBfGHLkj&#10;gITzc/Tj2yqq5r6dXNfLr3tTLs7P0xoZDiMnRSV4vTNWQ/bQTi36oZJbcH/avanwlZKj/Nx634cq&#10;ZoQT+z/UOve1hjth1tY0rZ1vBJFHHJHFJUhfJGWswEkJI9P1HvWhhUAcOnUh1sfEOR8+ujf+tveN&#10;8HJtMV001BT5elaJ/G3hIVEI9NV9ylrhfytze3PvSsQaqcj/AC9bCGE1+LyH+z137SezsTPu3PrQ&#10;TTCOMQ1M5qGXTHDo5Qsqj6cgAe9Krk0p0zAniyUrSv8Ah+zr3tW57BxUmKlpY8UZKunl8lTkyxUo&#10;iHQiRRD9Ws/Un6fT294JI49OPHpQ0Ga5PXvYZz0Fb4taOXca/JErBnjUcnUF/p/j7akiINKVHSU1&#10;BqvXveGgxWSyLeOhgkqWW2pY+WA/qSeLDm/PvSRr6V6p4wrQZ697VybA3XLQQVa0Ub01TO9LG8cs&#10;bN92hANKyoSdZvcC3P49umLU2OH+r/B1ppZFTxPw1pj1697T+c2fuTblQtLmcVWY6eSNZI46mJ4z&#10;NFINSvHf6j6e2TEa1GKdUSYPggg/MU697ahj65BHI0csaShxG6oza/GbMqaOSQfqB73ofzNOnGIS&#10;mrFeHXvcWQTK5jlMgYWFnVla3/BX597KuD69brXANeve+4qeonfxRI7Nb6EaQFH1JJ4HtrQ7E9bU&#10;1OkH+fXvbrFgq6UMDUUEKR6SxmrIo1ufxz9SPdxA3mR1vGnVqFB8+ve4UlDMJkgWenmYusatHMGj&#10;BZtIOs/j+p+nu3hCoApU/wAuqawSBXr3uRPj6rFzhZjFMqkapKWYTwlmHCCZfTqH1K/X37RQahnq&#10;6tXuBqOve3Ki3VlcfTVOOpmp/s6qQNUxTwRTJKV4UsXBIt+NJHtvUK0PVhI6jSOB697ecDT1GfzO&#10;OwmGp2q8llahcdSxRoG8k9SdKoiEH/jQ9vxrWrP/AMV1cSKKKfP/AFfz66v/AL7/AF/Zy+gE3Nhd&#10;47g6Zxu4czQVOdeHD5ZcBJDW0FVUswD0eRxdSkkNUkLfh11A3sfZjFaqykMPShxUV6LHvZ4JmtUN&#10;ASa/bwAofn1wYR8SSKoMQZgzAXjFvWQx+gt9bez77Z/lOZvdmbrtzdt9jYna+x4IjNVbkpqaHB1M&#10;k4I8NMuNZVR5COCIxa/u01q8a6gKD1P+rj0osmLy/wCOvpqOC0B+XyH29ArvDvLbG3a6m29gqHK7&#10;73pXN/kG09rU/wB3WaA2l6vJVh/ZpYE+rSTMP9Y+x9qv5Yfxa2rteCvp907wK1mOgytRuHM1yyU1&#10;MprPtqOpw9JCgmFQ76WEXqBH1497hsxIQNWa8CKY9f8AVx6NTHYIwERY5+Inz8zTy/y9NeD7Z3jk&#10;s5msXU7Hp1ehyi4WkxtDlTUZL7+OgFbWSZCtZRSRwRA6GlVv1ce+sZ/Lv6w25kh2Dv7csXcmeimg&#10;bFY/dW6I9oYgxKAMcMlQkB5gihQw1Af7D2IF2uKNCVYGn5fnT/J0exW9qAJLhzIcUPwj5Y8/n1MX&#10;tepy9Y2Ij25u/bswSYy5NdvnPUhamB89NS1dG5h1H+wxJuR9CePbh3t8NtldxYc5ba9F1513XvSR&#10;yS1OLgxdRCtVQw+GpxqyU7XkVSAVdPqLHnn2Q3sCxOat+w/6v5dMbjc2cuEKqRioFan7Bxp0qMFv&#10;BKRYsRXLuDJ1oqAkVbPjJhJPST2emqqllVVS4NmW1wQR7qW7P+E3YXWu0cnvlMxtncGGxVQqyUeP&#10;rTS5qeCWQxirx+LqCHmjX6yGJeB7JlnErFKUI4+o6Dqa6FywIHl50+X+boRvuovOtP6/KyGS2htK&#10;qBf1vawP+F/ZP4aopK0Wkx6bltYYspX6qyjkW92KNrquQT0+JARqB4VFfnT/AA9SPa7272HurCzp&#10;PgNxZzHzWVVko8pWU5Kx/o5V/wAfQAe3qkE+R4/Z0zIjOGIY1P2+f2ddEA8EAqbgg2IIP4IPsesR&#10;8q++sHLjDubfm7a7BWD0kGWDVSfZo1pXoqitC67f4uRf21JGG7qVA4VPVBHcwupLFl4jhSvz6jwU&#10;VHSmQ01LTU5mbXKYIIoTI/8AqpDGBqP+J9prsD5RDem4zUVOTy+dpGjghleq8uMgRx+2EqKaDXEx&#10;X8SoPexQGpIH+D7OlwuaSglq4p6D1PUkADgCw/oOPcvEy7FrlRaraGWyd/3zNtvsCATRu/qYNS1M&#10;IsCeSo93LErVSK9PkqoLBQSM4Oc9e9jDhuuumqzCU2d3Fh+18bRVklTTr/ApdvZN6Sph+jVstc8S&#10;pHY3DH6nj35RqUFiSfyp/PpJLGXTtBauTnHUaq+78f8AkYpjNqH/AAKMix6P7VjECb/09iXH0fTS&#10;9WZnK4ze3ZGM66uJRB2NsmjyNEzI143wjYeoleLWbKXgUX+p492qBVC1eBAp5f5vl00toczBQpIq&#10;fI8aDzyCOsaVJV0ppTCaxl8jRQlwui9i6mQDgf7f2S/JbBSj+8yGOixWXoqEpJUUFbUyUNbSXa8U&#10;81HVkOUewIANrfX3SlH7RVuNPXpX4IkQwsQSQOBoc+Y6m/n2DPYVPlcrNUbhytPTRvIYaVXoIIKe&#10;nQxRCOmUpAdP6QFJUf6/Ptwu0lXk7T/g6J2tEsogkBOOIOTx8yfn172cf+Wf8Sqz5Q9qbgxywRS0&#10;m2dsVWXmao4pvuJpPtqISf1Ac3I9zJ7O8kR837pcPcgCK2iaQk8a8F+3Pl1i395/3ff2y5dtfpf7&#10;a7mCAA50gamPyx035PJ0WIpHrq+YQU8ZVWc/6pjZRb/E+7fsv/Kk7TwinEQ7DwW9dv5uop4Itx4a&#10;fTPioWcpXNPG1pLIt2I/wt7mFfY28aUQKsM8MxFJAwVo1JoSQfP1+fDrGq0+9Zss8cdwbmWCeIFj&#10;CwNGP28M/wDFdIqHtfYTyVFPU7ioMbVUxQSUuUlWhmPk/wA20QnIDBrixB95s7/J57G692lumpqM&#10;pgl2nQ4+pzGPyVOJqV1oKeE1c08sEg1LJGAUa55P+HtfF92kTePZW24W5p8IGpTQVJ1eh/l0+331&#10;tpuJIZJLZ1kYqjKaEaiaDNfPj+fULbXcvX27MvNgMLn6WrzdLUyUlXjInElRTTRvptII73U3BDDi&#10;x+vvXS7k20JN612LqcjT0+Qpy8WKeY+OKvoadytOiv8AQOeSefqfeKXMWxpYbo+3PKqFCdB8mAJx&#10;X1Pz6zk5K5tl3DYY91jhZoGoZKZaNjk1HEjoUr+3Hr7Zu86nGVVKu2sfm4cbRTVoiZVlmNOoMjgP&#10;DaRhf/Ukke67Vse8TB/Ah8TStfXA9CPl6eWeqcyc4bDa3CXBu2i8Rgpr2ipNOLYr172aT4g9WfGP&#10;5Mb/AMd1n2buXePx+3bm66HB4DNJPT7j2NW56ok8NLRZaOv8VTQrI9lE1ygJAJtz7EnJGx8qczbs&#10;bDfZ5ttmbtjZNLIz1wpLFdAPCvCtM9An3Y539x/bjl9uZOWrS33+1jUvIhrHOsY849NVbHEY9ek/&#10;uXK12DxVTl6PFvmEx8UlVV0MEgjrpKWFC870QcFXkRQWEZ5a2lfUR7Sv8w74p71+B3dlX07lc3S7&#10;i82Ko8zid3UMTwyT4zIISlFUQyA6JdIuwuQVIZSR7b9yeULjkK+htI5FuYblBJFOBQkEsCrAntYE&#10;EH14jHS72F92tn98eUBzJa2ptJIXMc0D5IkX8QPmnofXHTZ19vvb/Ze0MNvfa1Utbgs7DLPQ1Csr&#10;alhqHpJkfT+l0kjZHQ2ZWBVgGBHuv6myEbUc1NOrSS1DRiWolJZkpojqEMV/pc8kj3FYALNjV5jy&#10;oR5/5Op1MUqtrj+FRUKPMnzPr0s/b0slDlKWWgxtPJTT+GGKOzFkqZBLdpahjwifW1vzb2tVPEQq&#10;mDx9eNOPoK9J9NxDILqd9SgsTUfCCOA8jnr3syPXW0811ttKsz2+9w12zNo7pFHR1tDDCZMjujFp&#10;VLUfZ0Ib/NxuVv5OB/t/Z/t9hc7dbGe+k8GGXypUuKcB6A8K8KnPQR3u9st8vorHbYVuriGrBjTT&#10;G9KVPzWv+xXr3sb8f2lVZyHrjaPVm78Nt7ZOH3bhqyvpHRUq8FgKvcoMWKrJ5B+5oQPUVSD+yTzY&#10;+3A7XDwjbZgsastQ3BBqqopxYjJNPLoD7lyrBqv9z5jtXubyWCRU81dwhoR/CQe1D1xcXUjnkEcH&#10;SeRbg+zY7x723dvv5B7t3V1pmOlMzsroXEZrtrNyVeLpVod0z0rLh48DPKqKzRzssbRQKdCli31P&#10;sYDmPc7zfpr5TbyfQ+JP8ChJNNFUaaUo1B2eVfn1FHLnIm2bTyTBt/NqXsV3u8gtolVyDFnUHAqR&#10;qUVFTkgdQDSxCjWjDVUSzQpSho5HNRGNBAfzG5DAfV/Zad6bEzeS2/sP5D7r2dgcK/de7M/XV6UW&#10;bjonw+2KA/d1+ISBirRxSRyaaaSw9Kgc+wXu6Xe5Rxb2URfqXcuq0GlQe4aR8INe0+YHUwcu7lZ2&#10;l3dcjbdcyTDbY07nSut2qRQgceP29ZoZ4zLLRr5WlpYad5GdWsUnDiIiUizt+2dVjxxf6j2guwcX&#10;sdETM0exM5Phdw4Wpy+1avK1s9Nj5o2qHoaXMRVKHTJGDGInX6XUn829lzRwIgZY2YNUqSeHkG9C&#10;PI+h6GWyXG4ylIpbhPEjcLJgEivlp8gf2jqSrBiQCDpNjYg2P1sbfTix9obadPUby6+3LXxUWE+5&#10;65pZDlxj8ZJWVtVS1tWKWKtrqxQyyGF3Xxs3Fv0+0kUEsivKKHRTVQDNcefkBny6Fz3cW1X8VZT/&#10;AIw9PiAWvyHpQZpkddlgLAkAsbKCQLkDUQP9gCfYfdY7ifM7sOCZ66tpYaGrp4J8rK0sFIQrep6b&#10;+yA/KWI0j2jQIzBSNVK5NM/bT9pH+fq+5+CkRuFWpBFMZo3xcONf2/t679qjC9cZ3G7ize7Nx1mN&#10;TGUkclTJFTV1O71NMjcNRxA2HAsurn/Y+3IrGTUzlgoA4+dDQin7MjpO10JI0tIATIaLWh7VIJ8/&#10;lxPlw697yZ/eIlo2rdrGqpaZIyI5o5RHHRliYwRLEQTIPy31HtTo1qJASMUJqAK1yR86Up+fp0pt&#10;drRH/wAcc188gg5rw9aUp60697Gv4pdo4T4/bxyvZz7dl3pV1GNqMVWZ3LQS1P8Ad2izCCnzWYgQ&#10;g6p/HIY6YuwDM1/x7FXJVxFtO7C9eAzLGDrJ7lEZqGb7QOFeBGOPUZe8+13O/cuf1W268+knnNU8&#10;NgDJo7kUg+RIGqnCnoeoddRRZCFaeZpViE9POwikaIyGmnWoSN3XnQWUB1/IuDwfYY/J/Z3T2W34&#10;N09KZpDtjNY+lr5MPUo8cmDrp7tUY9fJZns3qJP9onn2v9yNt5WTeFveTJibWWNWMbYKOVFVrQA0&#10;PE+nQR9lOYOf7bl9to9xrYrdwSMiyrkSoODGmAPL7B1L5/r+P95/r7S3WWxMjWZKjWmqliWF0qJ5&#10;ZX8MSwRtc+PVyzEfQX/3v2H9jtFc6WYKEFeNMnjn0rmnmOh/v+62K27CZAxfCLT8TfPyof8AVTrv&#10;2fap7LqZKXG4qKKlxe2NvLA09RUjzVWVrKSMulIkQbR6iLk2PAt/T2K7ncmlCwqumKPPE9xA4n5H&#10;H5/b1Dm2co2Vi8s9C9zNqytRpD8GxkEV+2vy697S+2t2Vu6N35He9fjosdjqeKoSFkgSkp1sReeE&#10;O2hfT9CD/re2bS9+qna7lTQAKAjAr6/t/wAPS3cdrTa9pi2eGYzSuVOckV8m+VRw+fXvYY7l3P13&#10;lMrnK+j+4kyUQ8sddPKv2VVr4qDBG5bVaxFri/49op59rkeSWIHxFHxeR9ftHH516Em17ZzBawQQ&#10;zAGGhBUYOOB+WfTr3sEMfvXZss1claIVqvuCFkhomMTRE6VCyITx9dXsjS7s11CQ1cElaD7K/Ien&#10;Q7TaNyREKsaAGoBz+X+b8+vezHb1ya7t2jszaeCTBzUHikrYUp5ZnnldIdOqanaPUlzfUQSAfqfZ&#10;5czi9s4baELjP5088f6vPoJ7dbR7XuFzuF2zlyArcaKK5p604de9kuxGz8lj9+iMweJ6XI6zpuVv&#10;E91CH6nm3PsJwxyJd1NME0+Z/wA3D9nUjz7jbTbMWB1Iyedc+tR+df59e9qHuXL5KTd8VZWSzGqA&#10;hY3csbKoVVYkAmw45+nt/cppjMHdqkZ/lmn2/wA/y6Q8sxQrtISP4DWlMjian7fs49e9gpud462o&#10;M6xGJmijk0emysR6gpH9b+yqdgXDrgDjTzP+r/L0eWha3XwmaorQ/wCT/N172j2W0XiZwVK3Cgar&#10;MvNv8P8AifbQdm48CTx9elwZmbUq8MZxX8uve37Z8SnM0UbDyLLOqsAuu+r06VUfn2ot0GsYqCaD&#10;59buW0WrmtMY9Pt697uQ6b2lksRSbQGJqpcJUSSzV/3HkCVEQZUUSkLybk2IIt+D9fYpawqsYWqN&#10;QnFK1HEn5eQ9eHUIX+621zevHdjWEwCPkcj8/wCfXRAIIPIPFiL/AF9mDr9yZcZPZdfuNchW/Z5T&#10;K42eopmp6Otn8vltJTo/oMdgDptyOPbKyTWksUuonBFOArwrUjgRxB8+HVzaW09lILQhSF8yRQ/h&#10;J+358PLrjpspVbC/+vb2ssH3NtGjzG6cVWYfGRR4zFvUN/ePbUeVmraeKkkL1GPyFJ/mpGb0xxkX&#10;JH+Psdctc82u0PcrKiqmk/HGJGNQamvkPL1qa+XQM3Xki43eCHco3cOpDUjk0DhgvXyHmOBr69Ra&#10;imeYxES1EbRsDenm8QYawxEikG44t/rE+yx9Q9qdfZDftDR4DLZIZ6hqMnkHp8lga7HIjTtIYqSk&#10;mrVKaiSAijm3I9hCx3ra5txjnhJqXZu7yByKEZ1Ag8OhvzDynvq8vrcXCIqyhRUOG7dNc0NclTUf&#10;b1KZQ6FW5DXuAbX/AKj2lPkZ112X27k9k7ip3ahwWFr68y43KSDzZPMPWa/IsENgsJRNCs/IFz+f&#10;ft3gu9x8K7JqmtioOTjBIrxP7Bj5dK+Sd12XYDcbbKfGYhGUrU4pkGvA565KAABwLCwA5sPwL+4G&#10;6nq6GWGqzDNPmKeGjpKdcVF46WkqVpw6QxROGGmG6jyWOo/j2TXsqBPDJI08KEAAAk8fM+o4gdOW&#10;0lp32kIKxli+T5aq/t8j6V9B137Nv/Lc6zr+wflbsrP5mjlyS7Ax+W35k6iojSoosTBi6Y0uMarM&#10;oKiaeqmBiuL3jJH0v7Bm7bsUtPDuSNDuFpxL6vhpwqfOpx5dBb3L3VNs5SuYITHqn0RomQxZ+Okj&#10;iQuo/t9OgC+Te41290zuuFKhoMhuiGDZ+LVNfknqdwSfaVcKGL1C1H905YfQKfz72HdzFp5qqrMn&#10;rqdUrMIxZZ250gjlv9c8X5+nuCLnaxaXyypEoj7lqjHuHmTXH5efA9QptrQQQgRk6koADk0+zgK/&#10;z+3oCOvMqXwtFiJZKkvj1pI9FZ6tCQxhEZeebAAkj6Af19gpmoGDspsBIACADcLcMIrnng83/wCI&#10;9hvcrKzuXDOCmhgBjJpXP8uHA9DjbJ1mhLsQB/goP9jP+foyuAraiKnAUrMxjZiXawDSHltQ/wBf&#10;jjj2iahIIpW1Eh1jYJJbUBJ+IdP+t9f8fYdvbZzOEjAceZIpTzqPmOjfUZFFPP8A1DpcUkztFrIK&#10;EvYx8fUGxP8At/aGy8cZE4RwGkHpawTTYWJ/2/59kSGQSeFKK5pStPL1+zpZaOVmApWvT3Gb2YXH&#10;5tyb/wBLW/r9PYf1lLNERKAJNNgbgMpUkBzHf6cfn2dQtrcMtR5Y+WOhdHEhh1saVIyDw+R/w16y&#10;hgbJc3+o/qbc82/p7SdfSidpQ0bsXN/22uGZuQT/AEAH05+vvbhlmJXJxxqKY/nX+XStghk8VOJo&#10;M+QA/ZnrKttIt9Le0PkcMZRIviQFbAekNrB9Sgt/W/49mMGpdGn0B+fSiLSiahjH2/t65ewoz+yE&#10;qjJKV8ZCkmy+RSfrY2/x+g9n1teyQSUADlv9qfzPn/LowimSMUJOckUp/Py697LzvPrP7uCpYUiy&#10;GxCtKgVLkm9x+D/X2JLPcllYCMglfKvkPKp6uZ4VcLCxAPrxpXNT/g697JFvfp2QzVISNUkhDHWp&#10;AJJ9Vgo4P+v7FVvuQWMEcMVB+fRtDu2gAgleA0keQ+fp8+veyw7k6/yeKeXy05Eeo6ZQpBb/AJBt&#10;f2d2t7FIwY4oeFf8nRvHd28xCNwB+f509a9e9hfkcQadWkRQUAsx0t+PqQf979msUorpbjX1/l0v&#10;jlBfQ1QfQ/7HXvaWePhrXuBb9P1H09JP4t7WBjivT+Theve4DggWPA1cG/Nj/U+1K0Jxx60aNgeY&#10;6974lf6fW4+guD/sf8Pe6jz6qKg5HXvfTsRq/oBYcWN/6c+9qoPDq2H7Rx697xNICmpbgqPxY/7B&#10;vdwuaHryrQ5697wa7g8f2bFhcWJ/3s8/X25o6tp8q9e9+4RbfQ3/ABzYkcWH+I96Pc1etFe75de9&#10;4ySDcm1/z9dRFv6e3MEdWoB29e9yHI0qSfrYALcer+vP9PbKjJA6bp3HT1732hCB1drlh/iBf+tv&#10;979+Y6iCvXj3CgFOve4zMCSb/n+n1t9Pbqigp04MKAeve+1JK2AuVsQTb0/1t70cGvXhnHXvfYsS&#10;OALfi/DauTb341ANetde95Gb8j/aT9eB+L/8T7oq9boeve88ZBLfT/XUkFifq3Ptt8deYU697zeM&#10;KALEsfz/AEuPr7b1kn5dVr173mT/AB5I/B4+ouQL+6N8uvde9zogBf0lW/JIuBx+L/48e2WofPqw&#10;Fcde9uK0ssyBFjjZiDq5AuB9CD/X2wXCNWuOrUBPb5de9ulFUzUIalljWdHb9Mqq7xki10P5B/IP&#10;ttk1nWuPs8+rgEqVJ4Hh/l697VODrsXeqo56JI3qV1ArIyJJyRp8L3U/64+ntPKkwOupIHrx60FI&#10;UiOpBIqPPy697ZshSwiSWajxyQwRAs7Pk/KqIo9Mrww3bgfUkcj2pjDCik1J4DTWvqPt6d8JlA1n&#10;hj7T/wAVj5de9z9v0eZl+7aDbRy8FQqMNM0gp5mY/tsY5fqhFri/592YxhgHfSQMCgqD/wAX0n+p&#10;hjxJ2+lSAfMZX04/s697MXsVd7ZfOUFNm8FPTYqiiZa+gjysMEegQkonh5up45uLfn2nuoWigKQU&#10;qaGpArx8ifXzp1W9kChGTSHrUivHH8qn0697EDceCyppq6vqq7EbJqoXgpaZYHarl/hMQ1BZKuAW&#10;1XK+lfrfn2kVo1KAAyBlqaUoGp5V9B+VAfPpm3uYoowQfEqCSKcCc6R6U4gDiOvexX25W7mmhoo5&#10;MhRVlLFjqRHRshqytU863WvqDTMPt49NgFKk/wBfr7D9xb2zrwYlm8gaeor60pTqsRjSFZgrMGah&#10;+Rr8vs/zcevexOk3fSbVlw9ZkcntvHZCqr46KGnq5a15smyozIkVQv6CVsymWwJB59ks9q80btZg&#10;sF1FjTuzw+WkYwM+vR1BI2kiqrRqZFT8uHp/Lr3tJdl/JPcmApUOLXAiJUWWUTVwgwqyM72ppsiN&#10;WsuNNo0XVcH+o912/aEv5dM+pQfMgs2B6fKnnw61NbodUsy6jqHcSSPy/wBXy697KJmu5N4ZvJ0m&#10;TlwtbNEn3Guup4mipZDV30xUeqxEacFHPrA59iuPZ7eOExq9AaVHE1BrX8/TpP4rRoQ4BoTQkYA8&#10;gPPH+HPXvZbshFSPmp8nXT5GlNXOWqGlmlBj1MWdi8pLytc/QDn6+xChKxeHGoIHCgp5DqpNH1E0&#10;zx+WPL/P172nNyeGsy/np5IpoYYENOSx0Oi83liv6CBy39f9h7UwOyQFDUajn1GMf5v2HqsoBkOf&#10;s697Y3rpq+Uw0sENNTJdneOO7NoHrbWfpfnj6e3Bbpbx+JKxZjwBP7MdNk0wPs6974WppCjPNAII&#10;pCDc3kbSo5Y/4/gD3asq1VVOph+XW1C0yOH55697xVkv38jVFMsccFMqqXcLGsY/skAnkn6gWv7c&#10;hX6caJSSX9M1/wAw60XGCeJx+XXvctMXPWU8VZ5vJCx4WolVRNIvDaIU5Fh9OLH201ykLtHpAI8x&#10;5faTx60K4UefXvb9i8bJMgM89BSUtISxjkaKasqpVGtEjgF7KbcD/b8+08rAg6alj9oAr8/Xp1BV&#10;QTQUx86ny+zA697W+Y3VlKbb1GlNRxJBouQ9JHHJTopEaeWBeGIubcf48eyuHbonu2Ezk6hwBNG8&#10;+Pl0qSeeBCNYoflT/iqjr3t/68w1PXMuclzTjI+RRCjwPR6IhzKBSEjUn9Sovx7S7m/gsLaJAAMm&#10;hqa+Rr/qx14MSBMxLEnII/wf6vt697ONtuuxawRRnPR1WVklSVlxkUsL1JSwSllWssx0k86bDk29&#10;h2QXUoLRoVSMedO4+tP4uGPTpBNJNFVaVDGoAJAP5fZ172ajaUpqYYUqRLFUXC634ihQpYothYC4&#10;+n59s2coALVDDJpmuPKnHz6XL4ehZAVIbAFK0I4nHy/yde9kZ+bE2Nbc+AomhvkosY071i6UjaGY&#10;2iikjP8AaFrk+5F5fLy2J1Vp5CtfL/P14j04Y+ef9Q+3r3sj9Ph8nWyRwUdLU1kzgKIaOmqaueQg&#10;kXjhpVZzx9QB7PxHIx0Hhjh/q49VAqdNKfZ+X8uvHgE/0/2HvC9HNTTyw1MclPPC7RSQTI8E8boL&#10;FJIJQGVv6qwuPdtMgzWuKU8v9X+r06bMgQAsaAcPPj69dX5I9u2NXJRy+SmqsxCHp3Cx4pKlZKiQ&#10;qRHDK6DhL2LkX449uBTUBTT/AFeXz6qCrNxyfLrv3Lp6jtiiSoho8ludIZkZJaaKbLpBpb1aniQh&#10;QR9QSPd1WRjQYHHPTBY00sCmr7Rgfn+3rqx/r9T/ALx/T2s8Pm+8IqOGngzHYNdC6pBSB6zPVVNE&#10;wa4SmjZmUgXsD9B/sPbyifT25PqfM/l/L5dMmSQsRWnHieNK5+dR5dd/j+nsStmT92o1fRVHYVVi&#10;KLJwvT5xM9lsgtMkem5jqSykwyC40EEEf63upaRe1xiteB4+nV4bhUYlpQFPHjX1/l1xF73/AMT9&#10;f6fi3sUNhbk3v8e8b/fLZe5etdwVT5KWqqMXPUnK5KGYAQDKRTVFhK0iixVD9Pr7cSZo8FsUz0+S&#10;iRMFlQ14gHNPWvn+XXCaJJ43hkBMcqlHAZlJVhZgCpBH+w/3v2KW2P5p3e22s6+YyO2OsNz1iQz0&#10;tPNlNpUQrqKnnYGSmpqhdREZI/Tb3b6ycVZWzw8v2jHp/h6Srcae0qHXhThj5nz+Y+zpBbl6z21u&#10;vFnD175yioGqIqmWLDZ/KYqSaaEfttJU0sgk4v8AQOAfyD7Bbs75W4ztfeM27c1s2p27lMnFEcxQ&#10;bPmxVHtuWqUWaop8dWQnxswsTp4J5PtvxmLEFq16eKW8sxkWKhxwpT+f+DpX4fFw4TF0OIpZaqem&#10;x9LFSwS19TLWVjxwroQ1FVNd5Gt9WY3P59ovKbj+N+6DR1OTPbOAyMCWyEmOp9rzJU6lvqo1isrG&#10;/wCXsbe6l2H4s0p1tmtVpXUreYoP8H+Dpx9Xq/T/ALT9f+TvYfbil+PceMqztrM9mw5pS4x0e5MZ&#10;t6ooqhAPRJVGh9S3+mke9agxpQftr+XSJWjkZ6agBwI9R/k675/Nvx9L/wCx9hlQ46mObxn8TqKG&#10;WhqJabz00WiNWgmYF3Z0sEGi555Hu1eFRgdK5WRkVSwIqOOCKevXfu4Drvpn4EdgYZMLt7M74ym6&#10;6WmgfIZOmydPhKem/bvLHjqOrv50ia+ojk2v7fEUcijVioPD5cKHJ6SzrZyShYjqxStaU+Qr0nmO&#10;6DXzFUwS4scU6M9ea+T+pmZV8a/4Bb/4+wf3vsT49bB3VisJjF3gcTXZKoxGU3LuaajbbtLDNC0U&#10;OZnekfyuIZCGIRfxc8D2nMCIxEQqAP2/PPHowsba2EqodRHCppT7a8cfPyz0+RmbxqZ1jEmgF1jL&#10;FQ9rkKWtx7I12ptjZW09xT0m3u18JveJJn0VO3qXKrEhLfqFRLaNjb8r7t2sMjNOHr9vSiaxsFZg&#10;jqwOMV/n/hx1lHIH4/w/p7B+eOnFVHLBnnWYsjKwjqoJ4iDdWEjEEEHkafenWhqh/wCL+X+rHTDR&#10;xJlWByPt/I9dAW4/H9b/AOP09v8AVZGfKSR0lXNNuKrIjgWsqJ6mqqnkc6YdLTFmZl/SPbZRtJLE&#10;09OtTzqE76t6HJJ+XXrfkn/Y+zCY/wCO/fuy9tUe95cZXbN2plJIY48xmp48dja4SLrSMpUGxv8A&#10;T1p/re90WmVx05H9ai+MF0q3nXFKfPh1iWeJpnp1dWmjVXkQH1Ir/oJ/17e5sHW++M9ichjKes6z&#10;L1Q1z15z+FgrFT9bTQvqFj/Ww90ZUC0C/n0/Klz4OiLRQ8TUUz8/8o4dZvbXQ/HrsdIQKHMdY5Gl&#10;vqL1G8cC0ZN+QxmdXB9uBY6DGf2fs9evRW07Rhi0dRxqwH7PXr3tq3Vgtv7OpoqTP0O3chmX1LVR&#10;7D3g9YtMsf8Aar0i1QoW/sgOfen7VqoFeryIkSAOBXz0Nn8+ve0NS1fXlUJDUVG9NvymyxSo9Plq&#10;dk/PmTUrEX/oL+051AHpkPb5JZx8uP8APr3vKcLsitcR0fZEOokX/iu3cjTKhP8AtSagB/Vvfhwq&#10;fLq6rbkUD58qg/s/Lr3vlXbCxlAY9PZfXFaZFDBYMpUpKlxcK6OnBt+D72uogChr17wUjAIkQ1+f&#10;+fr3uDJtDIwU8tbS1+Ey8EKM7jE5emqpgq8s8dKtmaw5Nh72aqaEdaEPbWoYfI9e9pQ10fF4xruF&#10;4H6rDk6f6+6yFkAp5/6s9VBWpPl8v9nr3vPTVuNjkR6uBp49aPLCpEbyRqfUvksdJYXF/dUctg06&#10;8CgHqOve3HJ46lyslRVbfx9VRULFCtPNUpUGmGn6fcNpLA/W9vbgIbqrBH/ssL172hq7DZCMsXqo&#10;wo0qYhIRpH0T6ce/GvEdMlGHA9e9sVRSSQgl5lYg/p1Ekj+tj7ZbVXPVKBTSvXvbtT0kdXSQRuul&#10;ozJqnVjZ1P6Lj/afd0VlJJOD07pVkyeHXveGTBSKwCzoRfk2Oof4gD6+23orU9etCLUMHr3vmuKa&#10;0cN0fW1lYLZ7n8A/8T7fA8hmnVGjYGh697e4aKqxctHVpC9LPS3Mc6AiViTdZHZT9R+D+PeuP5dO&#10;LUGowQePDPXvb1UZWpyE8tVUVVRNNLpM00x1SSOOLs3PI/r7tWlCfPpzU7Gsh+3zyPn1731RtU11&#10;R4IpVMhIVFldYxIzcW1Nx/re/AEmlOthj9pHl69e9vK0VZHP9tMro7fp1lSFKi7IDe1h+PbnhgAm&#10;vTfjxiTjx4/5uve/TL4jcyKHU8XFgBb6/wCx9tSLT4v5dPFVC1Iweve8cM7A6A0aMU0HUeD6rWuP&#10;8D7ZkkWlF49bWNSnGtPX/Vnr3vPYnQxcekabAjk/S/u+pQ4B/b1sorNnzx17335bk2JGqw021EG/&#10;1ufp7titf+K4f6vt62ABgde993YTi7EAWHJ+pA/J97NfLqjGnDj173yMkhZ2BXSB6VBJJK8kgf61&#10;/dQprnz6sS1Kgft+3r3tH5eknyEpbySx2AAKsxjAA41ov+Pt2MIwJ4HpNINQ11p/qz/q8+ve0XNj&#10;6qGRg8bEK1tWlrML2JW//E+/GNlf/V+zpooVH+rPXvYy7er6Om2m1JRUtW2Ulppfv5/t5Gp4o9d4&#10;/UL2FvqT7XxzRkBGNCOPz9R0Q3UU0ktYQSfM14CuT9lMHr3tlRaGkjgKzT1WQm1POwBSkpEA4CL/&#10;ALskIvb+yPaaY1ckcPLz6MI1ZRrP2H/ivP1r172NdVtHFnbEWWpmqY6x8ZHkolLB4p4vGWeNl/Ur&#10;cMQ30908IU1tw88efmOl7zKihi2ojJUj/VmnXvYGxbixxqSGmKObr6lupY8KAw4/PtkgKaeXl9nl&#10;0+ssZqUNB5AfL5eXXvfYytLPLOtO3kMYsX0MIz+CFJ/rzx7vpNKnreuPXSvAcfL/AFD1697DnJhh&#10;Wzah9XJW4IJX6L9fbDqQ2ekxDA93E9e9qXYM4h3RitUvhjap0tIbBVBQ8MTxY/n2ttAGqjV6R3hK&#10;R+IvEde9mK3HthqLFR7kpjTpS1TzLX0cLBnp2RtCVQVb3RuC9v0+3bhEVcGv+oZ/n17b7x9JMhAp&#10;xFKY9af5uvewtrMhRU8TzpKkwW2oxnj68kH2WtECakUPRy01F1ClPtH5fPr3+wtz/vj75R19DVCN&#10;kqIw0kQmRS48gX9LXU/m/wBfexGqZUEU/wCK/wA/Vy4Ip5jP5de9xpMZR5C8hlLj9JMMhCkjg2P9&#10;f8PfigAovE/4fs8v+L6bADHWxqP8P+r/AD9e98Y8NQxMVMfl0oAvlYmwvy3p/oeL+9ISRTh/l9Or&#10;GEeWeH8+ve5EdLHBKojjjdlOrRN+5GwbjQ6ycAC3B93rmg6pTuAUUrQ08v8AYz173Bnx8DtPUyrG&#10;khdvIqERc34KBfp71qNeFR14IC2rA+wjiOve/LSx+CRLv49CvYk6rkhrD/bfX34sBSlKk0Of8vXh&#10;GtSvlw8vt/2ade9//9HRsjooWBrllRmjlVzDGxWSmsLKoX8gn9R9qK5p0r0AVZc14fb1v8e1ClLB&#10;m46WmmrqKjZ5lj89Xq9DONUk7yILBQOLf19+FT8Ir0oOkULkDzr/AC/4sfn17255DaqskCrk/vKF&#10;VDQGjnjp/GE4drfk3/A59+6qQki0R9XzHXvcf+F1uHpUWWgkZclOZsTlnfSyrRRhaiNHU3duRrBA&#10;B91DamwadeypAIOc1x5Y/Pr3tvlq6dopBGi09ZA6JPVLGplea92fWw1AkmyAe7V9etluNR59e9ul&#10;NFm6FRUCoqcaanRFDHJIYXkikOss7j6G3JJ+t/daitRn5db717QaFuHzH+T8+ve8w3Huenqqelo9&#10;wZCanZvEZPu5VY2TWUk1G4Qfg/T267ahSnXmZ1JB4VHnmvp9nXvfqXI0VW8zbogzmUqg8sqR4zJR&#10;R1TQU6j91vufSqr9bg/n3WMjxNIxXqrMpBElST/q/wANOve1UuZ60mgpQsG+KFnASF2rMbPS08i8&#10;uaiG+r68E2596qyqQSOi7xIwtCGWnzpnhw697ThzfX1DXQtPWbopJlqpWWumipqqHS4Currcl4yb&#10;Egi9jce7aZKVHn02rRE1Ut9vH+XXvadra6iymR8mLqzUo1UVnrDQNHRQQWF5zHEDqA/oBc+7SKQg&#10;Hn69GCAYRSTilaUHqcfLr3ufJjcTHDU07ZgzTLKhilipJPFPCE1g820hieQeR7arQADPTwVQtA2f&#10;9Weve8NJBtWI2qqyuqXc+MSR0njjia12WTyE3/Nmt73Wpp1oJbimpqmtKU6977ztJj6KmpP4Z6Yz&#10;KY6qadQLs41QaNX1b8Xtbke/VoadblAjp4YqCf5de9t2OxlTU1kUKTU1GtY4UT5GQpBC1yp1Mv0D&#10;Wvce9n5daQVYAkGvr/k697UlRtdcc7KdxbbyFW8RmpYMdUS1ElU6X815CtkIHAB+p92Aqmrq5ShN&#10;WBpWlPkeP2de9sAoHqqyGk+9xytIoaOf7hEWNApaWGolYWRwbge6CpGem6VOokU4/l6fb173wFJS&#10;1k8sa1cNPRUaOI62rnWFpfApDrG6ghyTwPyffiSBXrRUMRQ9o+dP+L697jCgmyFLPUY6N6mDHVNM&#10;KiS5IpzKLRoV+pDWPq/r70wqPTqpUsKpw/n/AMV173IjwdfUSSvR4ataVHF4oopGiV5W0hTK9tNz&#10;9B+ffqZr59WVGJ1IKE9e9v8AtjJby2xlJMjgpNx4zJQk0U9XQ1s0FXROV9EaoLlbW4twPbySEcaA&#10;gU6Zkt5ZQSWIrUV/2Pl10QDcEAg/UEcHi3Ptb5/t7vCviSjqexezZ4Vf10dTuHKzU5sv6pIFKhx/&#10;VGuLe3jdEJQNUfKv+rHRPJy+r0kmYnV1GjoqOKTzRUlLFNyBLHTxJJ6v1etQDz+efYT12Z/cpqqO&#10;nd66Go+4qakouqWplUiV9ai4YXJF/wA+2BM5B8/Toxttvs7IARCp+f8AlHUkgm3++/3v21Vcc1Uy&#10;irmnFqmJ5FnkLP8Abn1mL0/6q9yfr/X3rXJ5mv29LCNXHPnxP7Ps/wAnXfvBJSU3k+08cqtNW6II&#10;oWHleJhqjUA8KAPqffg7ihrX1r/PpgxJjsBr8qYPEYzU8K9df77/AJH74nFu7lIldnp3dC0q3ESo&#10;fQJXPpDX4AHupqQARw9Oq/R2+gJoFB/L8/l13/vv98feAwytWWRpIiqJeXgSIAfUAy8/X+h97DMB&#10;g9WWKKNqIAoH+rh11b/ff7x+PeZYag61/cnhcAf5RLJI/kU3UkOeB/T3UA+tenSpqM9vXftwMayB&#10;I4nFLUaVDszqQXH40EcA/UEn3vPkK9bNKaxg9e985sIEofPNkqGFNccFPGXWWrmlma+tKSG7hAf1&#10;O3u4RvPHTY8MKHaQUPzzXr3vHRYe8kpyeZp6anhEVRGiwTSJUvG3+bYRc2A/PulCakZ6sgR868D8&#10;z/qHXvb5kZNv7lycAoIsfgKWlpYVqmrJHKV9SpCvLTxxgv5JT+mMH/X97VG8/Ph5dPSeDIygkIAP&#10;2/b172yZGgqZa000jESDUIA6SJ5FT0LHErfS4sRx70Ek1HGP8PSVpIlZlLCgGM/4Ove+sNtrKZGv&#10;NLj/ACz1UupaWkp4J6ioqp4v1QxwQqzBgf6rz+PdxC+rPE+Xn0Wz71t9sxDyAlR5H/V59evxc8f6&#10;/wCPZjNsfEX5L72giTDdH74yprx44a84abH0o8i3U+ar0Dn66iPa2LaryemiJjXhjj8+iiXnCzij&#10;ZiAPKtRw6TuR3dtbEQz1GT3FhqKGlRpKh58lSJ4UXhmkXXcW/wBb2N+B/lR/M3NRtM3WNJtqONkR&#10;RuHc+JpJpSf1SxqGNlH+Ps5g5R3m5GpITQDzpx+Z8ug5d+4u229NEqGg4Lx/4voNp/kX0nCWVOxN&#10;v1kiEhocfUPWygj8FadWt7Eym/k5fLJmiqGTrelkQqR93u6OphdhydSRJ9CeCD7VLyNvQJHhAA5+&#10;LH2fb0TJ7q2DSFC7U+S8flQ9MEnyn6cRnX+N5KQoGLGLBZNxpX+0CE5H9PeXdH8o/wCV8yJJFtzr&#10;OepSHT5NvbosH8SEhZqeZQBqtw3+29ll1sd9aKVlUUr5GvH19OhJa86xbgv6Dggeo0/7H+TqZi/k&#10;501lHZP70NjSCgU5fG1+OSVnbSFhkmTSxH5sePz7LLkPj18hvjTSb7fsXqXcdLtzdG1MhtHKVeNl&#10;jymKhFQ4emyU7UevUkbqGUuBb+vsneB6gyLSn+rHRlBvUMkzU7lcUNB/lz/m6GbEbgwmfgFThcpR&#10;ZSn4tNRzpPGbi4sycfT+nsnclDBpeofyU4KodKLdHjtpJXTcgXHIJv7TuCBX19fXoT2jRSW4NdNP&#10;X+XTwPcd0pKdUkhm1+mRrFLES6LKHt9R/re9A+vSrSqZ4+v+Tr3vHRyw01BFCATKXlNQqDSWdyDG&#10;yy/gEXv791tWAjNeve+y08iT6C6mFZAiubmFGF9Pk/tEngD36tMdVIB4Cn+rh1723xKyxLLJIY3B&#10;0yKCVLLazGx/w49768Aw+deNPT5de988hqV1hgaOeKKJPCw+r6/WyygfW3P19+60ylgO37PXr3ty&#10;qkp3oYGWqhSq0aWp18jKFAuQOAAR70DUkenViytSmP8AY697wY/RBU0VbJpRKcvrEiCSN9N7q6Nw&#10;Q17W/HveevKSSG9fl173gkjLnzCB6cuWMSqheOSnlb6qP7NvoP6+6MuoUPWloBUAmvXvfTYXICCO&#10;QUUzJIX0aEeRpFUXusSXYW+pNvbYizxp1ahAoR173PxO3Nw5Wjqp8Xh8lkqWjkMdZJR46or3pyRd&#10;jItOrMv0/p72IolPDraLKyFtJYDjSvXvaflpnjJif7iGojkAZaiOWNYxe1ikliCLX5HvfhKeGOqM&#10;3l/q+zr3vlHQz1LGoYvNDCzKXW7kC3LMi8/4+7KugaR1VhqyPzp/q4de9yqLUGkWllp3MkTRENcS&#10;FB6XZlP6SQfz7sMcevCrEfPHp173Kxxkxi1CAQyxyq0BbjWrPwQCbm6nnj3vraExkoQCD69e95sB&#10;Xbhxjz12JTyGESU0srxCphWOoUxgTQtcEkE2JH1v791dGdQSnDr3vhV5KtrZ6c5OOm006ugioqOO&#10;mHqFjKyR/qP5J+vv3VKscNlR5fn1731FMX0xU0qQK0upp3BjRWA/P+HH096LKtK+fTtC5Gk0p6/6&#10;uHXvbpTVVHR/cpPLRZJp5IiJWR1+10nVMYbEHURcC3Hvdc0PXhQMSWFf8ny69745BcVJ5JMVU09P&#10;TSKJVpp0MM8hUfuQytc6m/K290IqdXWtKAEwsfmPM9e9pjiLyKXGlXUh2uJAp4C6T/sR72BQEkU/&#10;ynpvgDnhn/ivs697UWNz4oCsSrFV07Knmo6uNXpXJ+v15U2P6kI9+NSMH/iump1kwVowBoa8CMH9&#10;tevexeou3tkbcp5IML1LtlcrLTtT/wAcqMnl8nGj+PRJMMZWHwEk3KggqvHt6gKg9UaTSoCRUb1N&#10;Tx88+fyHXvYTU+ewkWQrKrOYOatoK6KRhjqGqGLWCZgXiqYWiViNLEHSBa3H091YmlAeOcdPW7Kh&#10;YyiuomlMeXXvcGaWjqoPuCyxQveKGOZxI8IA1epl54vybWPulaCrdOkgjJwxx6/n69e986KWjeoi&#10;kq5WcwUyyRLE3jjRojpYLf8AtaRqHHvwpkjPXomUkM3+r1697Vc+4dpNVStWQ5CoxgKRK7GmjrGc&#10;L/qBddIJOm/PtxKg18unWmhHxAkf6s/Pr3uHkd2bcNMMXt/GTUsZPmmr6pBHJ5NBsxCE+k8XUfn2&#10;61KEE9NtLGO2EUNPiPXvbBTUEAxByk0clRG07wa6V0XwVRF1M+v6IeCLe0wrTPHr2glda58vL+fX&#10;veSakz9TMtAivV0hGuJ1VGp5UC63ljqLW1D6cm4970niB1qkusgcBjr3ttyGOnx704qIZIhIupao&#10;yBoJNB9SoyXBIPB5491ZQ/xjI/1cOtOTHQU9T/q/zde9w6SipMg1Ws1TDj6mGOSWFawssVW0a6xH&#10;e3pdxcJcWPvwRVyPLqp7ifIjP2j/AD9e94a7OVbY+lpJaqWWGllkMOPZh4IJn4mkWFbL6gBza/u1&#10;cgevVfEOnPDjT7evezH7N6Wz25ep8x2VLmp6SiwNPVz09PPKfEWgAFPBAsjekO3pUItybfj2oKtQ&#10;ig9D9nn1dUuPBabUAFrTz/1V+XHrq/0/x5/23svipXTJO1bI6Gnp2eMEEtJN5BeN+PqwJ9sEFcDH&#10;VYyZEDHtNPL9vXfubtipxFHLVHJ/xRpalft1iomVLKQWVpJCRYA2vb8X9tg5oT05C0dTrqfsP+o/&#10;5uve4mS8IndopHk/dsIWd59KgAkyTyfqNuePdgQe3qsnoO7/ACemeve8MIo4qqFZ2ZaSSVGq2jX9&#10;0Qjg+K35H4t71QA1PVI0o4LYB45/l173Lq1pI5NONrxkIrtZmgmgmiIb0BvKLM1vyOB70FBq1M8O&#10;ruE8QsjVPlj/AFY697jDITpJJ55pJHnTxgHS4YLwBYj8c8/X20wYArTB6uCFJPEn/Ueve4SxRGQu&#10;pckNwpXUdVr6Tb/b+9Kj6agda7Kaq16977qRVCuILAzKqODGwFhptYaeOL8+9mN+I60xGoauve+1&#10;SWJ6hqqCVXiaNywRkIEgsutT9FP4b24FalAamnWgVyfLr3uYY0qI5xG7CZdGmDyK+pSLMytf+yfq&#10;Le9BHwDnPD/V/qr1QTQGoVu7y/2PTr3vFJRVCLDE1KYakqXYWOmandfRKn1H+v7sEIJZSAPnx/Lq&#10;xdPNgD9vl1733Q4nIZOpNNR0FTW1btEqJBG7upPpVAB+T/r+/LCS1DxH8/yHSCbcYYmpWv50r/l6&#10;97EbHdOdgZCojh/gFVQpJG1zXr4V1quscc8ni1zf2rjtZWxpPy+zpK27Khq64/l172xZHYe6sDNV&#10;0mU2pXrPOulJPBIx4PD08o9BDf1J90lsynYymp8/9X+Tp233i1mbwzTUfy/Z172lMZiclk69MJjs&#10;VW1eTmn0RUUccjVDzIOUVEBJsOSB/r+03hhanzH8ujKNmkGmMVPy697XtD1xX1OcG2crWYLb2aaR&#10;opafNZSKihhnks0cTzPcIoXliTb29gKCamo4dWnV0pEpCluOr7P9WevexyyvxpwtFSz1mA716Z3D&#10;R0lBDLJjm3Sy5OOtZdNXQQUUSESyI99HjN2AuPe6YAHGlT1V4XUiNJ0bFePr9np1g+4HkEfin5Nt&#10;fibxji9y/wBLf4+2ii+M+aybtJjtybKyuMgxq5XJZOm3BT0tFjadUvUpVtV6XjkThWUoTf20XUnI&#10;p1bwrhjVWSg+f+fh1mBvcf73/vY98P8AQr1lV1KfZfIbqmgjWGF6ygrotxzVFPMvpnhOQig8TDV9&#10;HBt78GFfhr14otdRnUD5V/zdd/7C3++/w9tW8eqcBQYmXMYTt7qzcf8ABm8keEx1VXLlqpQbyIZq&#10;lFjl4503Btx9fdslaAU/z9aKNhllRwPKvXvZfamI1MkEiLG89WzkU8I0L+v9tY7cf7A/j3o1LetO&#10;rE1NKZ9AOve87mOikdp/IlRJJonoZIvRC1tPkLD8/kW9+IDdUIpXj/L/AAde9xZRSRZHRDItdSLB&#10;dmaJkE7MuqWMK/IKngH/AGPvRywHW5Com7Mig+XXveB8h+4joW8KoYzExZ9EbG2hP62H5/r705Cg&#10;BRQ9eXSCKfD5Dr3saOm+gs53n/H02zubae3q3BGihpYN2ZJsU+cyOTfRQYjHTkFfLI3pGuwuR78d&#10;YqVwOFP8tOtxxPMWMZGPU04+nWKaZYEMjhyi8sUUtpUfVmt9APqT7DHcG3M/tzNZzaGex9TjM7te&#10;tqqDO0FSdM9FX46bwVUbq1tQVhxbgqQRwfdNKspZBkfM5+dPLrSyaqo2Cv8AP5565o6yKrowdHUO&#10;jKQVZWF1ZSPqCPp7bkrXeSmniVBXOI4Ikp4oowJtWhZWZuFNv7XuykKtBx4nrbFiVYDPDrl7GFOp&#10;K+ip/udz9g7A2pJXQw1EUFbnIsvWziZdUazQ4kP4mta5ksB+fe9fyJ6Ui0dczuq1zxrX9nDr3sGK&#10;3yUmTloqethrFpp3pfv6Hmmrxr0ieDyC5VvqL/X3Vo1bhjz/ANX+TpMGKuV1Y+Wa9e986ibJQERz&#10;TVVg2mOFwYnQfQ8OBz/t/dTCPw+nz6sZGXL4/wAPXvcZZppZHnqRUVDxRqkSTAsCoIKxoo/P9P6/&#10;n25GrAaT00WNdZ/D5/6vl172ZraXx47d7Ow1NktsUymleGnhiooc6tFJkFkXVFJ9vJLHGbcgg/0t&#10;7fWIPQjPVJmvJAGhFAeAr5eRp1wkkSJGkkbSiglmN7AD6k29wtzfFrujamdO2qvbZrs3HRLXGjwl&#10;dS1lR4ynlZaqKGQsCi8uTwB+fetAc0U/6vTqo+rNRp1Gmacfzpx+fXGCeKpiSaBxJFILo4uAw+lx&#10;e3vJi+h910MsM+5YqrapyCyR4SXKIj01VlY4tUdHVOSBGHPCub2/Pv0ihCFYcf8Aivy6qk7pKutC&#10;mvAx5/4c+XWX2H9BsHdm46uoxOHovv8AN0mXlwk2MirIWnasi/cnYan0sv1Ou+m3N/eyucinTmue&#10;VqaRq4Ur5j/P173Dh2BvWpqMpT0WNyEsuAM65WKiqYmallpyRUpEYpACyD66SfbbLTB4nqokuNZB&#10;XI40OR5fZ172Hc8kjVIDtLObOkhmZvNIQSP3Ha5L/wCufdKMwx2/z6cSSvegGR9v+o9e9xGmkhqC&#10;8XnidLNGFLq8JUgay4tyPqD78o04Jr15nzUY697WO1aTNboylHTCLJ19HPkIochPLJJJD4r65Y/P&#10;N6VkZRZSTfn3dCpapPDq8SNIaZI88/y+3r3vveOaky2562aHENiqRBFRYzFwK8a46loF8ENMqv8A&#10;qcgFpGv6mJPtyRu3tNfLq0rF5OBHp68Pn/Pr3tOLqqlkaQrCkYZnaRWYBwPSgI+pb20GzSvTeSKn&#10;049e94Wq6+uliozMXuQsMElo4wbcMdf0Nvz79kjret2otf8AB173ClRoys8aXKlY5XBHjEh5A4tY&#10;8fX3oAauPXmFRUD/AFU697uZ+Ff8tHr/AOXPVdDv/Cd5y4zcENfJQbn2hJg6WQ4qSAXmjNRE5nBY&#10;ENHIY9JuLn27Erz1jFK8c+ef8A9OkE0KiJZUc1rkUFQfMV88UPzHRc+9vkNQ9DjGVed2ZuHPYXIx&#10;E/xXCy0GimqVqFhemkiq3T1KrB7agSP0gm/t2+Rf8vbaXxp6q7a3ruObcdJLtihjoNnbg3PV0tJT&#10;7u3LkqpabFY7bWMiOurQKTLUyEaYwLe6Okkb6WNaefz88fL14cOlVuqJDJMx4CgNfM+VPy6WWwu6&#10;9hdlrhf7mZiDPy5XHNkquHGMKv8Au9DHAHliz00V0gl8rLAsTHUWNwNIJ90s0OVrcTK8tJKElmkM&#10;rBb+ME/W0R+jAmw9+050/wCrHTkbuoqDxpj1r0LIN/8Afcf7D2tcRvlKD74ZzauDzVTJTtEsWWoK&#10;hvE04BWoC07ppKg6lP4PPugqKV4dPLOADrRSfmP83Drv26ZDemToY65KJcHRy7h22+3KmkxNCj+X&#10;EVEiyhXmcnxz2AXyCzWH9b+1AcDBx1p5nAOACw00H7a/5Ove4q77pYKWhx+PwGCpqGjpY4nly2NG&#10;RmkqnN6t42dgQGNuBc396d1ZaA9bW4RSFCqAB5iueve0rks4apx48fi6WBHZ1FFRPDGzHjWFclhf&#10;jj21wz69Ud+7UVA+z/KOve5205cdWV1bLuZ68YmmopppExVNA1QZR6UASUj08jUQfbkYUnPHy6tE&#10;ykkvXr3uNT5fb9JNMzUEldHEZBFR1jhIpdbEwMxh9Xp9JK3sfp7dZ0U54/LpsNGK/wCDr3vqfcq5&#10;fJffZiNRBFTokdNj4I6WMrDZI49P5sPrz7ozqRkdeMms9/D0/Lr3vFJunMVeMi27PWTS7eiyD1VP&#10;RCClEkVS3pib7kJ5TYH9Jk0/Xj3qqMagVxXjinVXmk8MopqBmn+r0697ErJVm6toYHAUeH35k5v4&#10;rST1WWxuDzVbHFip2Pip6StlgcRu/j5sb6fbqmuSOmmubqMKgkyckCuPSpr6de9pDM7d3NVY8ZPL&#10;5uauiqFjqAtdmJ6updmXTHI1POxNh+kN+L/ge2iCVo2a/wAuqCWU90rVVvnUgj5f6uHXva7+OPcW&#10;X6K7GxG8sNitt5LJY+Rno13XC8+Gp65SDT1UqIP7LAKfpwT9Pr7vGdAFP2euf5/5+nalf1EAOKZ/&#10;kR1AymPhy2NyGLqJKiKDI0VTQzS0kzU1VFFVQtBJJTVCcpIAxKOOQbH3fF1T/Nq7tzHn2h2NsCjg&#10;zG5pqOp2du/rnbi/wunkpuVw2fpmSo81BVGyvIja0Vrge3XupWkBrkHtxX7R6ft6QFWjuB4kdA3w&#10;lSStfsr0TGf4FdJPncZlpf73ZSigoslR5bDZveu6JaPIz1zI9PnqeTH1VOabIUxVgk0QAdWIdbgH&#10;3Vt8yN/d99pdi5LefZfWWK6/rJYWoqKfb+yZtt4Cvjx9UZ4amGrCBJ6gA+udwC/5F/epHLLrbj9n&#10;yH8utpLeysBPHoAqB5cPMn5+R6NR19s7Ddf7VxmzsDk8zlcbhY5I6ao3DnKrcWZ8c8zThazK1zNN&#10;LYsQhkYkKAL2Hsg0sm5KqGSeorcpUUyzCUpPVVDUbyuf3GILaBcLzYfT6e0xYgkAUPS8IVXVkDpa&#10;+1NgN+ZrbePyWOxLwUsGZ8clXJo8lQppyZF+3mc+hifoy8249+bQ5qcHrxDgkAgA8cZPpnr3tLLS&#10;ZvMvNUU1JU1c9XJLMSI2llqFU+WaYM9tVvqxH491YhmPn1ZVcYGcU697UG3tqV2eURYVo6/cD1gj&#10;iwcEkdLWIyrcTxmoZVb1fQK3197XTgH8/n06kRdQIz314cOHXvarwdTM+8FxPbR3PWY3EzMuXxlN&#10;mY6bKxtTqESnp5ZC0XHF1B5H0Pt0jtxQr/gPSWeRhLpuCSowRXIPXvcDfucxdRnquLZFLW47BPVC&#10;HHRS1Ms1aKZPSvk8lrSOP1D6agbfX3uq8PP/AFfz60s0SyFUJX9vD7fM9e9oeuqNyUTGnyMtbCk0&#10;PogqpiVWmmvGGEDMQNQvb21oAb0NermStA5Ppj/J172KuFz/AFZQbSahxuP3jid8KI5v4z5sdV4y&#10;slUeuCaHUGjjtcqBcggH+vt1QMkdLI5bVYzpDB/XBH+rz697YKrd2foopf4vkEyMMixyY6mlp4Pu&#10;Jtb/ALjs8Y4CAca7390MoIoM9aaVlQiU1Boft697S1du1qh5SKCmEdSEFWXRIJZgsgZ11U4GgNaz&#10;W+o918Qrk9NmYVoo+3/N172sq/uHIV9L9j/ANuUCQYibC41cTj46GCkhqLap2EYLzTWH+dkY/X3t&#10;COBPHpK3iOMgemMYP+r1697EfqzDZmlwM+5Y6jbtL9nJ96Fy+c8mVlSmXTLPituJy7JqBLtz9Le3&#10;kYI2k9JZLacW5CkChBUcT9oHmf8AB172YXfPW++u1cLt+h2nu3Y9U2cpqZ6fB1+QxlBuOqqZItcv&#10;jqMi2pVB5MepSvu8zRngMmnW44L9nWMyA6/wmgNR51/y464u6xo0jnSiKzMxvYKouSbf4ewB21sS&#10;v2FlZclvrd+18TU7DzIw8u0RU0OXz7zSzXmFFj4tUcyXuzuXItxf2yrE8QTT/D08RMj6pyFKGlOO&#10;fl5ddghgCDcEAg/1B5B9sHaWR2K28zkqaVs4sjCsNTHi4MLTyVL2ZqZ6NWPpX6cfn8W97FAtT04J&#10;YI5qkk6skgcCP5dd+2r/AEjbRgp/JHsbE0OQkjeCpraYSM9VTsba5aSbVGGPHqW39R7aKliT5V4d&#10;VaaOVi6IMmlf8v59e9stRndj5J6dMbs77SokRRUy5DJgxVDj/dkagAID/T24sYGR/q9enxFbvhVI&#10;PrgZHXvYibqzUJ2th8BuLrPbNMsdP4cHuLGz08eWhimS8H3lXQPaUi10Ey3/AKn3uh8/+K6bkjnV&#10;RHJCBX8Q4j7fl172x7Y2pBmcTQ7c3BS7xXCJXzZOOfCYKnyFVLPMnikaFBZyxUAAO2n8290Ga0Ff&#10;8vVYtSqY2DU44H+Tr3tSf6FNkS1bU+PwHdtdOoDilO3sBQS+JjaN3FZUqbE/097XSp1eZ6dZowe1&#10;X/YB/h/1Dr3s1vSnWuwtgbi25uCDqbvTO7uxtcKqgp8rU7Hwe34MgsREE89c9SWKgn9H5+vtbGg4&#10;E5/aKdJvG8NgyxvqBxXSB556jytKhLFoo4FUlnIdpBb/AGkcf7z7T+ytvZbqntSbd3ZpxlHjs7uP&#10;Kz/Z7T35gBuPET1tQ9TorquiMniCagpJPP4Pt9JVRNIyfM/6uH+HotS2mNwZJ1rrrqoRXPz4D/P1&#10;kb1oQhX1pcEi4Or/AFQP1/2Pszm/P5i3WuE2dV7d2Vl+ysxkYZhQU+C3tU0e4MHTmI2qKyKd1LML&#10;38ZDXPB49tT3OpdOTwxxz0qRIYkPh1Y1GDnH28MdJjH7Wx9LkZss+KwkGTlJDZHGUf2NXUJf0LWP&#10;Dp8nH11avYDZb+ZhvqTacWAaHcmRracx/wAOmrKjF0OIx1Orakhp6eGN5GC/2GJJHtMt08TV4HFP&#10;85/1U6XxzUSpjOoHFRQfsH+fqfTbcwlHX1uUpcbSwV+RfXW1UasJalyulmlN7XIAuQOfz7BSn+a8&#10;VTXVGV3h19U77yE0glEu5t/biqIKaX6/5PQwskaJf+yoHHHtT+9JRUE1rQ/aereO6FgV1V/pGn2D&#10;06dIaWnplMdNDDTIxZilPFHCpZvq1kAF783t7fKX+Yr2lRTiOLbWzv4DEzDH7fjx8tPQ46MiyJHO&#10;rGRnA/3Yef6+0l3cSS5FM/6uHr0lea7NRQAH9o+QPD/P1z8Sg35vYBn1eoj+hP8AT2i9z/MOTeld&#10;Hk9wdUbRra+nSWNauozW4T5I5B+kwxOq+n8WsB/T2jCsS2qprTP+r06cjOiQSGIM3zrj+eeuY5ve&#10;/wBfza3+tz7BiDs/Hx5DL5+g2NtnH1c6aYKJVrq+nieT9VRpqXubf7V7e1qBpQ9L45khQ6VUU4cT&#10;X5567HH+t/iefaOHYOXarNUaTCSTrI0oX+GRiFbnUVjgjIAA/FvbIlIOSQT+fWluHOcE+lPLrv3K&#10;3R2Fn9/SIc9XxrFBDHBR0sCmmx9BTxKB9vR0cZIj1EXNvzyfbmsEH0HXnlMlQ5pUcP8AN6de9oyn&#10;UKskUN9CuszqwGljGbxsSOf9h78oYfYfz6bUEHUR5de9qmTcGWapSrNTHBULoQNTIlMqlEABAisP&#10;0jn+vvVKf4f9Q6c8Z60/2Bwp17245TemRyIENXkspND9okMUcdSfFI1xqR4YLKVvzdgSfdi5YBeF&#10;TT5nz/1DqzMh7QP9ny/1Dr3vjTbo3aftsa2Z3FJRsh+3oqTOZEwwRkaR/k4k0Af1Gke6lJJGBPAf&#10;Lj9v+rHXohjhUf4P9X8uurf8itx7g5OrloWeLIz1U2tUZP3nlbTc6hLKWJI/oCePeiWBJY4/1eXr&#10;+fW9WggeVfz/AG/5+vf77/Y++eTSq/hKNHO9XQ/biZW8wkMDyC/iaEH0Af1I59+UFSNI1LXz41/z&#10;evl03Kax1pWmP+LPXfvZw/4T59WHL7Y753RBOIqqQbSxUZiGiqFEsj1tTokHI1EWsPr7zV9gNojb&#10;lW+meTT4ssKVHHSoLsAR/FSnXJ778fMCSc27Ns71AhSeSpGNRIUY/wBVOgC+QG/KXYO3sJX1kEVR&#10;BkMw2PWOa5jNRJSO9OX/ABYML8+9jSl6n3Nt6QZDa/YWTxNDV5CnqqnG1sZyMBWF9U0SrN+nUPSx&#10;Q/6/vIqws7GzLW8Jl46qEhgR5jOVrwqD/PrCC43aznjWKe3GpajUuGP7P5V8uibVHe+zd6VVZg95&#10;dU0e4spQY2rjoa6mlpqTU00No1DqwYECzJe5vwPaT+fHZ+yNpdAU+195bhqdtydjyx7Zxe7MWsMl&#10;LsrKikeqos/uylRjJFiaiRftnldBGWaxPsN218m3bzN9Vc/RW8n6XjMKrE0wZUd2/CgcBWZsDzoD&#10;Xp7bOX5b+8jO1Wg3C4tyty1sG0vNHGwqkQPxy0qwjUlqDV0TL+WZtzsvcnyw7a3pTpksH11sNM/t&#10;+qhz9JXVP953z1T5KLH4TJygJ5MbIoeZ2JbQVjsASffz1/kBtbdeH7PzuLzlJ93WSZqsSlr8eJar&#10;D5KIVB8NXhalQUeKUWdfGfofeBPuBtu6WnNE9ldDxGWRhqTuibOGiOQUYdwI8jw67h+0G8bHuXJN&#10;ne7Y/hxeChaOSiyxnTlJl46lNQdQ62Ev9v7tA+JvUGZ6x2piOxd9YEZn+PyLR0m3ZahFq3oahNBm&#10;NO3qThhpcfi9/eRftRyxf8sWScy7zbC5WXtWAnLKRQtpP4fn6Y6w/wDvDc67bzTfT8qbFcfTtb1d&#10;pqdgda8DwOeA8z1645H5H++Hs7Xyb/l87Ebq7JdndZxUdFmqvAw5nLpj3gQ4rM1UQqWhgELa1ZDY&#10;C3qUi/59jn3S9nNobaH5k5fjWGVl1uqkaVkNGooGVHy8iOoJ9i/vIc0wcyw8sc2ym7tFfwhrr3R1&#10;K91cEeteoyVIMphdTG7M/iuP84qAXa/091tfMLEds91/GvDfIPszO1e5qvrnA7D6fydVkhH9/isj&#10;gK16Pb9RU1B/dmaqopZYGaS5ui3JPvGjm+Ded85LfmLdXDLZ+DakUyJA5KtwGXVm1HzIqc9Zue1e&#10;68scpe6T8h8twi3XcnubwaT2yIyaiKcBocA44V8umjb+3tu7UiqcVt3GUWGpq7IZHPTUFBEtPTNX&#10;5Op+4ylbHTp6UM07GWXSAGdmc+piTTpjqGXI1UdLAf3ZnEcf9CznSLn3BkUTyuFU5OOsxZJUhjMj&#10;cBn/AD9KH2bvB/Ffs+gw+K3Xia/bFVXVlOuUx+GhzVBNkBCsn+TzVNLK2lSzD9uNvqfx7Gq8qX1p&#10;aJdRzRF2GsIGUkgfxCteOaH8uo/PuZyrc3c+1ziZViOli0bBK+dGpkf4M9e9h3vKj7GSCo23vrFb&#10;obO1tVB9oMqZPsIoRODLUqr3VV+gXxWUf63sP3pviWttwDGQmi1qFA4g/Icfl0INrn5fI+s2h4jG&#10;RU6aAknIFf8APk9e95otpY3DbFqJUz0AranMS0Er00cgcLDSa5apJB+qKOS0LEfUng+7Jbx223u6&#10;tqkZtOOAH2/MVofL8+n/AK76y/EbQnSi1APz4fm1Pt/Lr3sxnw4qfjxtvaXfSd37hqzSbk2RTYrF&#10;0GMx09THNW0mVTLUizSIytzLCg8Y4I/Vxf2MOS7bl6Kw3GXfp3TXCQiopy9dShq8Ripp9nUe+59r&#10;zpfblsZ5PgRhbXXiTtIaFV0FTpHmaEjHz6jVH3IMBpwjATKJg5IPhZSGZP8AEGx59qHuHK4r5B9K&#10;4nOYHcWK22dpZ2moMJtrKST02QyEWW/yFcVSRwExgRqqy8rp0i17+w89tFdbaZbeYAqaaSW1N6hR&#10;5haZ+316b2Np+WubJLO9ty/1cZZ5Y1qoK0bOMAZAz518+pH+83/23uNT7P7U390ptTq2toaOuwOz&#10;8jksFTbvqsmsKbd+7qRXTYyotZo6JJF8qFgQWvb6290a13J7OO1jTXGtV1FqaQx1kGvAHp+43Xl/&#10;beYX3+J9AmC1ioayECmoKfxMcevXFURCxVVUu2pyAAWa1tTkfU2AF/8AAe1L1d2r1p8MOrew9u1J&#10;h7g3V3NgoEpTj6VsdtTHw4TItHHS1ORq1M1TG8oLuYVA9On6+1ltJZbBZyo5Fy1xHTSO1VJYGjca&#10;kUrjyx59JeYNq3v3E3i0a1LbdabcxcliDJIzr/CvyNKMcdRailFRPRTk6TQzyTKNOouZKV6cheRb&#10;hzzz7JpN2vLX42eHbey6Cg3Fm5aibMV2FxrwxRRyykfbUfjLuqMhtISRyfr7C09+siFIolVmPcfP&#10;yoFA4DA+depRsdp+k0RXkrzR9unU1DWlPL0oKfz6mD8/4f48/wCx9nErPir3DvDrXp7HbcwqCu7Y&#10;yFbHlqvKzRbZ2ltgY9BJBJuHeWUaOmRdAd5V8htbkauPYpt+UN3v4rQRxhfrWoHdtCDNKPI1FApn&#10;PAZPQSuvcPljar7cZr64V/oBV0irJOQ2AqxJViTwAplsdNdbmsdQLXmaoR5MdTJV1NJTMtTXrDLc&#10;QkUMJMv7jArHdfUeB7Jv3LtvIdZbhq+s5cltbIvtupfHV+V2NuKHcm2sjXhtU5oMzSnx1AVvTrT0&#10;3H149lG+WS7VettaPFN4OGaNxIjEniHXBA4dCLl/frbmLbo97hilVJV1Ik8ZilVSBTXGcqw9Dnqb&#10;S1AqqaCpEU8AqIY5hBVRNBUwiRdQjqIH5Rx9GU8g8e0PHvXf+GoMttjH5nIUeGzcNJBlqKJIxS5O&#10;Kl9dKk2pSdKXJTSQfqfd4d03va4ZdusZCqXAAkCqDrFQRU0J4jyp1afYNh32+tt1vIVmntSTC7Ek&#10;xsQFNACMkcag+vUj2LGwdqZfd8VP5aSd4qZVM08MLyoI4xdtSx8A8fU/6/tTZ28l5WOVG01zWuKH&#10;OP244eXr0Tb5d2uyykKaaycE0ya8K8cgigxSnXvYtVEmPw0cuOepioaOAM0tbD5zJLpF1SalPqYg&#10;8WU8cH2seOOKMxodCCo1A1Jp5Efsr88dBW3NzdSifw9TNXtbIFfOvAacf4Ove4MMs24sdHUiKsbD&#10;46fSUo5JFcEsGYlHIc6h9Sb2v7ZgheZe8kaaAAVyB51zxHDjWmOlMkg22fwSVWeSpp5Dy4ivDiB/&#10;Pr3txrOw8zX0RwWKgixOAxqOvjNTpY0y8vGSy6mY8kaja/8Ah7Ume5mDQx/2cYBpXhxwPXgBny+f&#10;XoNhsobn94XLmS4lIOBWmMADgPnT1697APcO+6abIJjqdpHpwohlD08Uc1PqIDESwel7+yS4vFDC&#10;OtQKjApTyPyr0N7DaGSIN51JArUGpP7KenXvYibc27su1PXeOu+zsr1WQlpnMSSadeghAQL/AEF/&#10;r7cgS1ZkRVIxk0r8v9XzJ6RXdxuMTiFCA1K0r64x8/8AD172qdw9pUaZjE123Hq8THtjHy43H06z&#10;Cjqa55lIaoEYH6Tq5Fv9f3e6uxDIjwfpaV0gcDnj+0dJbPZmkgaO6AYTHUTXAHmPkTT+fXvaQotw&#10;ZeirItyVbo00k5khariE7M7HyKzxi3JJv/j7QJLLETJQHHHPrwp5/P06XXO32ckH0QWo0UxWmPIU&#10;9MDPXvae31kxuGpTK5UI1ZMrM3igEMsn5t4V+nFre/TzB21S8ccPTH5f6vt69tNmdut/pbYUjX51&#10;/wBX2de9hhUYaeqilrZY5KWghBD1dWrRRC36YlZ7B2t9FXn2gZCwrQqK+Rx+37c9GRnRCIxQsaGi&#10;mtK+vn9vz697SVfBEY3+1V1hQF2nlCrI4HCkRfUD88/j3ZQPwih45/n07DcAy6eJzSlafPPA9e9q&#10;rrSnSfPY1VEn3AqoXiYLfSfKBqt+T/T2ZWESnTT8Jr+0/wDF9JN7kkhtZHAGnSRn9vXvd8nWsuOg&#10;zuHVmjmh2/sWsyeVFQyxnwy1EjP6BzrXQLgc2Nx7kCyHiX2iKjBbdiwNOGc18qYJ/L5dY5y210uQ&#10;KNLJ2eZyePpSmD8uuD/ptcgswUEc2JPtQeLHx4jrWryE8KpmavPzVDVksZijppaaWqE0bTkNGR6b&#10;Angmw9kLsIIIg7fFUiox5jifM/L16FltDO1tPGhyuntIxQChqOOfMeWfTrpWJd1+oULz9Lkrc+1z&#10;gOvcPVZrJ1r4x61Zlp4DW+eOM03gpT4VMlIWBBvwZF03I5v7TC6tJYGaUAEg8PiIFQKAVI4Zrjj0&#10;plubo2aEYLgaVHAqpNfmfUfnXrHNME0jyIhJUWa1zc2IGq3+8c+w0pd9/GTrPedWmS3RtBa7A09Y&#10;+Woo8vSS5WgzFV/k1HBMTGW8gdyoVAWBJ+lvduXxy9DdGe7ILqjFdR/F5ED1BoacPXHTV5tfM25Q&#10;osKyR6gCGyFoBkafIgZ9M9cKhamWLTA6QuZUBd0L/tBryALf6kXsb8ewJr+0Yu1fkBujbpyGTwuw&#10;thYU0WDwu1YJsqlTmpqRaqTMbhrl/sSMSi6DZCbk39rJ7/8AeG7nUCsEUfaEzmlNT+QJ+QxUDo5t&#10;uX5dl5djnRFmupnq0jkKVQD4aDiQPX5Dz6yoskaAPIJX1G7EBL6muFAH9Pp7DzsXJZfbmaxsGTli&#10;p6WPHyZlIoHinnlhr5DJBHJISfWQOBfhR/X2C9wYyxtbwsO8/mB6/afXiTjpVYWdndQeLbq2psEn&#10;CimS3px4+tOsv++v/re7wv5SHX+Upup+0+5ckiQVe/Mlj9j4dZGuHxm05XrshK9OAORUzmPVfnTY&#10;/T2ANzlh8QW7DUYzVgB3BSKYJxkjI4jiOoT9zrrwL2z26QKY0cy0HGrdqnVxB+PHoa9V5fMLd1NW&#10;9j9WdepNWwNhaHK7/wArPCQtMDVMcDgIZGBur64qtjdbaT9Rc+7Ka2KSUSK4XUqyArf1SJbUxIb6&#10;j+hH09h7e0hawBjqNII9DqI4innXGegoYIrdS6EkSU0+i54V9R8+krsbISplILskkfljeV9TeOFY&#10;WKiLi9lI9TD6H+vsIMxCSXKF20XAFiGZbXFr/wCHB9x1fWj25InzjAHEE5yMk/l59CKzc2R+mlII&#10;ahBBqQK+h9T0b7beQgraaOWFVjs7CU2Hjk0+gFTGfpzb2GVcbOsWnlwzCQkgKVNlT/XP9fZRIgIK&#10;ivl+dfOv86dCxAWStaE+Xr/k4fz6EqkJALMwIS6WX1c6bsT9Lf09obIpNKXRfRMsZ03ubm5NzGf9&#10;tb+vsivLDw5GloaH5VP7f8/RhbNGhkY5FK8M/l8vXp/gkGlST9fyDY/T68+200cpp2182iTWzIQG&#10;BsGIH+H4A9pIGIcCMGgNCTin2Do2tLuNyyoK1FPs+zGfn6dZWKixNkHJBvc3vwL/AOPtiloI3WUR&#10;s2gtdrIoXWefTf6i4+n09u3D6JNTEknpeJ08MRuK0wfmPt/l1lVr2FhxYf4fUjj20TYpAj/t6g+k&#10;lV4UXHDKf9f20t1JqA1Gg/1U6oszNIM0Ff2D0+zrIGv9P95Nj9be01kMJF42XxspIN2sLWFyFLfk&#10;j8+zmKdJF1BjU+X2dGwkV01qag9cgT+Rb+nP1/1h7C/P7WjrIJVPpj+jRqdLyErcFf639mG33vhz&#10;ADDHBPlX59ORKZFB4V9fT/J137L3uXaFBAJUWhWWUm5aRNTFVH1Rm/p9D7E8N5K+oHNBX8/s4dOm&#10;WaIsFJOMj1/1fLj172XTeWxhXQSL9hDMhDXR0AZWP0JYC9v8B7P7K6jRRrBJIqTwp6dLbO9VX1Sk&#10;1Iz6Cnp6de9lY3J1yqpJG1FCQDZYIFAGpuFaQ/4+xJDNCUE8bsX9cevkPs4V6Okn1SePG5LA8Rw+&#10;z9nXvZbd47A/hhd4yDKl2KKP20B/sKfpx7PbedmUSEEIcCpzUca9G8F54gap48K8TTjWnl/l697B&#10;KtpmikkU3DL9Qx0g3PJt/vXs1ikB6MFdWAZMj/L1723nWPxwtvxcf4ke38HrZUE/6uPXvfFrEi7B&#10;rH/EXt/QD34dNgMOI6974MCR6QFsOSPzbmxHuy08+rLihP5de98FKkMD9bk2P5/Fhb3Y1H2dXJbU&#10;D6/Lr3viUUD68v8Ajn8fUe7BzXrWvJFOve+DLa4/2wve1/pz7sDUVHWwTp6974ltQsb3UEC39L/m&#10;3vwFDUdVAA4de9+LXsTe9vwR791utOHXvfG/5ta97n63BPvfWuve/IQGub2596IqKdbHHr3vOgUW&#10;JJBP+t+OL2H490apqOvcOve+TJ6bgH6/QXItf3pWNaHrYJrXr3vNH6QpH5B/3oe6Nnj1o5697nr6&#10;lBLAG30P1v8A0t/re0xweq9e98oo/UTwAT+T9B9T9f6+9M1cdeHXvcuIDyKLs1iDe9wVH0t/sfbR&#10;yOrYpUde9vsLSCoQxPpBYAr6Sf8AG5PthwNJDfF1pqaakf5eve1B/DvvjfSEeIDUYzpYXP5U/wC3&#10;9sjWMcK0+zq4V6kL8v8AV+XXvb7i0CVS0n8Oi8EnLVaaJVjlC8SaT9GJ/px7b1IFMjEk+QyP+L/P&#10;pyNwxLHGafL9nXvciLY+5mzLVWEljhmaFZFkjlgGtZmtZ4WuDckBgQR+Pb2sBFV+LHGcn8wcdMrI&#10;SayjNTShrX5fb8vPr3sa+veteyMvXpSZaPFQxSyRolTCDEysguYKuJCUOpRcKbH+ntmS6srbXPGa&#10;lKlq9x1HyHnj5Yp0xI8MTyf0QSSRVgx8s5NP5de9mvxeyMRsikaKrzuNE04MlTM0SNEhtqli0yE/&#10;q/Iube0i7klzqJXxHqKA4NDnA9AMj9vDouWVZ0Gka2U0GPMn09ABjr3tC5Pc2wqrKtjv4pHX1Uss&#10;FMtJIsZop5ZH9Dpc2jIsEsTb+ntTBGVuCWBjDDtIHrmn+z+XT0VqIlZ5WKtQ6KA8acCOFPnXr3td&#10;VNFszDQxz5TEUkNaJIj+3ItCY1Vg0Xkq6dg0gvyqkkH6H2Q/4yZpWUHSPXPDyFPspXy6ZtFlSMIC&#10;51ENRsAUrWlOHlT1697BLsDeePpaXOyY/HJXZEa5sbV+uKGKmQaGlrZqglQVudAQH3eG0haWN2ei&#10;txU4oQcaR8/n0apCviJOkncwJIODx4r8qetevewJpclV123sfSpkMbX5DI13nioEpPu6yeolcKKK&#10;NLEA6dRWQrx7OJAgYKRpUA1pw88n/BXozZzLGqqwJPpxz6/t49e9mJrKGgwmAgr8vjXxq0tEJYsf&#10;VTxvKavw6WE2ngkN9AOfwfYXM0sl34cEparUJpQfZjpAbMtMxikYgMK6sfLHrjh+fXvZO89uOjqK&#10;iskrcYlVPI3niLJ5FBN1jLJwqBVNiPr7FUETIFCmgHHJPzP+x04xVWpGMVPr+0/5B59e9hVWVVKH&#10;rA9NLTRyoxjZbWU/Tl/8TwFHHs1jRm06aH5V/wAHTbFRUeZ697Y6Kmjk9H30UQqLRorytGg1MQGq&#10;B/QDkj6c+1kztUfp108Tx/Z/n62FGGqP8H+qvl173KrMSkNUsMlXTFAgaSendZIiurTdFHJY/hfr&#10;7biumKagpNeANR+0+nz6toWgriv+Xr3uHWCjWQUtGkjIgAMs7Bdbn6zBBew/HPtyDx6eNMRU1oAP&#10;L0/b1R/DDdhNPn173g1CN9MdWVAj0MyhwSGHqUf4XHtzLLVk8606rShp172qMDgMqPHlpqLTQxo0&#10;uqaQQNUKb6GEh5C/7Vxe3tFd3MDAwIe7hjy62DVghrn0/wAP+br3sSNsZip3lmkoq+SPFY/H0+iK&#10;eOgNTFIym2mdluzF1H1/P19l11D9JAHQayfKtPz+Xqfs6cdnZwFqwHE8Ac0zj5/yr172bTbWwNkz&#10;0VFk5qmWoywvNFKI0pWSSH0sYaU6vUAQdLH6f4+yC6lu2cxKoaKmRXPdWlT/AAgilerXcrq2laCv&#10;7RmmSOA45/Lr3sbsLt+mDQVOQoDrgETU1RLTwwrM4clGEMY16go1G9gfx7L4Ymt08OV9dM1FaetP&#10;9Xz6JW1IAhbVp9MD7K+v+z172NeEeeGSB3LvTtGsoWwAJaxJ0m3IPFvZhLAkjBbddJIBrjNeAB8g&#10;M4Pn07FctRVSoJIJ+3/JU+Xn172Tb5MUOxc12fjm3N2DR7bjp8TTx1lPFjmyVZSaF8iEQrwWa49J&#10;/PsbbBaou36ZWoa5zn1wfQjj6dCjw4TCupxGRX55/wA3861697feltwfEfaWTE1P2T2jWZSCspZq&#10;WoFHTbZLVUDankjlgSRzGSLBAQCDY+xXbw7W0n6paq8aUHpgdFUlveSSFbSeND6kHP2efWCQVBBE&#10;XhHB5fWbG/HA/wB59jnvne3xFpaes35h9rUnYu+MlkFqJsHUZrGYOdqlnvU5PJ1Feull4/So1Mfq&#10;Pr7OZrCxEGu20EngDIo04HH5n+XDpn91biz/AKkyUpTtNCafJvPrBpr2cDyQRIDdnVC7OPwFUkW/&#10;xv8A7D2V/cPyHxWOx+Sk2l08aGuq5XqPuZs5gcjSYtdVkgooqMBhGAPUD9fr7KirjCRgnBwQetDb&#10;rgL8RJ86UP8Aqx/m6ney9R/JLuCrykkdDHQUNJWZD7hqCmw1PUGRmAj+1eeQFihFlI4HtKPqtVPD&#10;PHy/2PTrbWUzJoZSTmhNcV9PTr3s9/W3ym62GEgwvYeIzWwdx0ELyR5HB4Oauxz1Eaag6UsKsUJf&#10;1MRcfX2cxXmmMxXMTCmNSrWnzP7egxebPufjGUElPh+f/FfMdcG1/wBmx/qDcG35II9rqt+V/wAa&#10;KfH4XFtuGOrLuG3lPWbJrT/HI54Cs9RBE0YvKXIurtbTcfW3tNPdQqVCBh5E0+L0Py+zrUWz3UVe&#10;9hjHHH2+VPP166USAuWKkEgov0sP9q/417eqf5UfByTCfwrOUlfnI441hWnx3WFNFAsCqRojMw1I&#10;1/ppb6G/t6PcNrVPCnjZqDyC044I88ca/b0hlsd68b9FxQitSK5rxA4UPn031a5byBqH7ALbn7t6&#10;kNe/4EIItb3Xx2z2T8acpU5+XYPSVbjqutFTT4LMTZWoxlPjnc/t5KfFF5PK9r3iJAH49kU8sTZi&#10;Sh+Zr9mfnx6Ee2Q3SRUuzrPA1FB04qHsuorqAGuwNibc6bnjn2Wb7uhrKVqaho51zhF4WSdZKWdF&#10;jLyq0TWZXsNSkf63tOABjo91KoIUaT/Lrn7e9g4j+OZdKOtTbcPlilkFdubIz4rEU8sSX/fqoxa/&#10;4VfyePdJHEWWBNPT/Y4daBq9GUMR68Bj+XXvaiw8eDx24K012Lwm7YqY1NKcdjqJ58TqB4qqScOJ&#10;HRbcXPPtTCysTXj+zpHJCWZu2mfwg/t/1eWevezZbOwfwo3vixNvHHb06ozCJFHUV8u4aMYWsqNF&#10;pFx+HmDzoARwCfbpa2QV+E0884px6K5I0VSuVYca4r6049RpPuxIDEIGh0nUHLrKGvxoKggi39fa&#10;ezWzPiNtmrE21/kPuylmDlvJRbZq69Vpz+uOmqqIqTMR+Pofz7oXaMDwSCBTyoenYbW0fTWUr5t2&#10;+XkPWvWVC5/Umjj/AFQbn/Yey3boqtizZqSLa+6M9X4FVaRqrceEZMjUSav85NT+RlCyfWym4H19&#10;0WUackZxT/V6dGUSQQprQnQONRlvn1k986HZO3hJNlKLtnr7yVEQaTHZXCZananDnUYoozEYwy/T&#10;0t7qZHB8qH+fTqvGASJFqfLOP5de9jjg66mpNmZXAYvcnx8yNb/D5npqnI4DXuGrqKj0Gmgy+R0i&#10;HQDqV9PBt7sZFIyP9X29OpcOIzGrREAGlV7q/I+WOvewf2b1DlqSvgzuT3fsTEtT1STRS1e78Z5T&#10;LHMHBQRk2uf0k+7pIv4xg/POPX/J0XTQXEgBWRVFfIg/y697Mp2Ntzu3PYivxuO3Rhd14HMwJLHt&#10;5+xcVkpSqQg081HT1U1gAfWqqAfx79K6kZFKcel0W3XxVkVw4YDUCwp9or/k+fXEKoJIVQTySAAS&#10;f6kj2X/qzpLJ5Ddk2N7Iw+cpqCgpZq2Sh2/Lj6vM5J6XlsdSNBIyiRh9C3Htl3AAAGT9v+qnWzaD&#10;6nwrhTQDgDk+lD59cvY4VnVPx6ONra6t2h8ltr1EB/Zp5Nnbdr6AktZPuK9qheSPyR72xOnUTT7S&#10;cfl0+1hZG38Zo5UPzAI/4r59RG++86aFpPtrfuFnm84Nv7Cgafr/AFPtS7v6g+Fm1usaPcNd2P2h&#10;gt75SL/J9n1O3YJ8lBMg1B6qlibxGJ/qsmuw9pyzV0DiP8HTkNttqVJZlZhWlPTyI4fn59R458oc&#10;jJA9DAuOWJWSuFUGkkkP1i+1tdSPySbH2Q+votsSSSzYrL1poY2Pihr6NIK0x3IEsioSlz9dIPtz&#10;h5cek7rCfgJp8+PTn7Z0pMcjSTrkahIkAKx/bGSolH1uBHdf9592RdQJ6pSOhYGlPX/V/wAV1726&#10;UWCjyE1M8WNyH8Nmd4pshU06+CNjyDI4+gB/snk/j24XAAqcnj0ia5QsCwpXBJ/wfL7eve1ti+nd&#10;55PIQRbJxNduaqZFmij29TyVFTB+CtQsI/bNvqHPPuxTxFocfZ074+kdvd54z+3rokAXJAA/J4Ht&#10;o3l17vfYU0ab02jnduSTkmN8tjpqWOYudR8UhGi/+F7n2zLanUSwNMUr1ZbldRBBANCKj/L5DrwY&#10;H6EH/WIP09p+DGzVOPkrYadXp0dw8xZdagcN6Sfp7aVVU6Rk/wCqvStNQjJIGOu/bW76VJuQBYAo&#10;xAsPoLD/AHr3ZioBzQ9N54p+3r3tnq68IhVCDKFsFtfSTzqP19taSw7u3/VwHy6qxRRiteve04/m&#10;YmSZXJk5VmBAJ+ptcc/63u1HGOI6Z+3r3t5pJpqOCFmUNDU6ivjYM8ZRrWdfqP6j24KmmOr1IAJp&#10;nr3t2RjKS1jyP8fSF/1/aRmLuTTHT6ntAHHr3vJT/wCSZKiyKxrUCknjnWnqAWpZWjbVoqIl+qm3&#10;IvyPbkWrz/4vrTgxsGXy/P8AI9e9rDNbqkzVTNUVGHwlKs8axiloKOWlggt6tUKa2IJP15Pt5nC5&#10;OOnnldiSVAr6D/V+XXvbNRzUMKVLVVD9600Dx04FQ1N9rKeUmQKCGH9VP196BD08/LpPQVNRjypj&#10;r3uBD+1LFVNGjtALhCW0szfT6f4/j24jaXNetqVZ9Xl8+ve1LR9gVdCVhqsbiMhpWywVtJI0f1/J&#10;Qhrj8XPtw6W7SRTpKFIkqaEHyI4f7PXvbFU5WbJ1FbWToiy1UwkAjRlip1B0rBFGP0oPwPdnjrjp&#10;TrqWNKk8B/k697VWO2Zu2pxMu44MDlMhgEVw+WpKR5qWlaMan8rLfTp/tXFre07Qhfhpx4dOAuBq&#10;UH/UP9Weve02skzAguigjUgtYW/2pj/vHtl4lJqvE1rXraueB49e9zamlyWOWnnqKWshSdAYZKqn&#10;mp4p9XIaF5AA4+nI9+ERUVRsnj1ZmKipGf8AV/q+zr3uAldVknyH0Je91FyRzwf6D3QiRe3jXqok&#10;4Vx173J/ipcq0cVlKgMxAsSOLqf6H34I7Gmnq5kU8M/YK9e9+ieSeSWQRkeON5DqbSLRm97n8D/e&#10;fbsSvpI+I/6v8HTQKmuny4+mOP7Ove5Jp5pI/uJ6WUU4XX5JIJFRlJ/UpYcj/W9vBCBRRn1r/qz1&#10;oSRyaaeXp/q/bTr3tT7Y3ZDtHJUmYtFUJC5WtoKhQaOvx8q6KiimQ3B1oTa/0Nj71WUitKDhjj8z&#10;1XgRMlBTiPX1697D3cWboarcORrdvi2MrKiaampNDoKGGX1LSgt9TGCVDfQ/j24GJApn/AT8/M/Z&#10;0mn0BWC8Dw+3HXvY3Z/s3blFsHCY7DPNXbkrMVS0dREbJQYOnhjMFQkzfWSSUm6AGwHuwfTUFvy+&#10;fTNYx3Lq1kUoRTT6+eSf8H29e9gltrC0OXraenSD/KpJB4yxZlLk3UNH+Re3PupioxLYH+r/AC9L&#10;YY1qI3/L50/lk9e9iNR7SqpKoY2Si+zm8xgL1iigpdWrmTz1AVSoP5BI9sTTFTp4EeXn8um2MomZ&#10;GXQf8A+3hn/D172brqn4UYrs2nOTyu/tpU1JTzrDUY/DOctmwy2BCIGWOwvcm/49+TU40cTT7MfP&#10;59VkilYD9QHh9tPQ/wA+sUknjt6Ga9/pwAbXAJP9fYkbu+M3xA69yZxFbvTfGayVI8IqjhVx1NTQ&#10;TFQGgZ5dX5vyOR7MEiMaigPy+3/N/PpHJFYldE7sfUD1/wBjqNDJXSKHeCCAFj6GkZ30/gkoLXPs&#10;bNp/Fvofe+2MhNtLG74z1ZR45pYsdFuFP4hXxstmhgiK+IE/nUePz7eNvKz6SoNaVrwoP9WP59a+&#10;jsCNVuGJr5sfLyH28K+o67qatKNUlqpYYYGYI0rsVRWb9ILH+v0HtG4P4B/H3d9UuPm7FymyRIWM&#10;0GV3ptB5sXWsQJaOojllUllNwf8AWsPfktkcrG3zz/gP2Dh074C4ZGP2Ehv28Ps6hZjKT4uhnrI6&#10;GpyDxLrWnoYJqiaVfyEWMfX2FXZv8v7pXZmQmo9t/KLb+6svBIIhtjC09NlMxoWxkimnoXMSNpJJ&#10;a9h79LbpHwOP8OfI9WSFitBJX5Uzk0oM06bNsblrtwpJLU7Wzu3o0Nh/G44KaWW4uGigVma3+JA9&#10;hxujoXrugwdJBgN9UdDl8dqgQ1yf5PWEkmSOuEZOgg8eX6f7Ae0rBT2nhw+z/ij59G0cNuiU8ShF&#10;KGn7elb7auvviN2/2XWGl2nSYrLS+RYo5MfWvWxSnUFR9UCWVTcG7H2x4JdqJ5/zxwH29Jp5pGLL&#10;GQBxrXjj18vkOoGSyuNw9JLX5avpMbRQI8ktVW1EVNCiINTkvKQOAPZmMv8Ay1tw9bYT+83e27pN&#10;qxS3GPwGz8S26dx5JlGqRI6OJhZQDyxFh7W2+1XUp0+HTV61/lTpi2ie4NZnz6LUnGflx9OkZtPs&#10;/aG/pa1NkZSLckOMlWHIV9EJFx1NI5IWMVUyqsjcG6x3NufZN+yOkZFylWvUuK7I3Ti46eDxx7g2&#10;TW4jLCqBKyLoQNG63+mk/T2sXl6+bOk14f6h+3oySzNCYA7V/iFCDTh8vUV6XgkCoDK8SsBdyHAQ&#10;f6xbm3559hqPjf8AKEwNkv8ARB2H9mqh/J/AagJ4y4HEZXUV/wAAPdDy/uOrw/DPr8qfZ039JuFa&#10;eG1eP8v8359Y/vqLVp+8pdV7afuItV/6Wv7/AP/S0/8Ap/p/Yu76agrd39mYvYGCkSqjrcxnWUa2&#10;pTdoaChhDyzPICVRV5/r7foa1I+fRkYU0iQv4YI+yv2fPrfxqJZIYXeGB6mUD9uBGRGka9guuQhR&#10;/iSbe3LO9X9V7Iio8lVdk4LM0OQmrJoabA1RyNacfT1Pgp1ydEVD0006+pYyt7X9uxMaU4dI3ghQ&#10;BjLUZODX7MevXNJNRYFHUoVB1LZSSgf0N9CBexI/PHsI91ZDZGVxqTYaOtoMhDkAiY9BKYZaRW4y&#10;PlIAhk0gXQ3ueePe8VJbA63HGknetV9Bw/1fPrJ7Xe2evY63N4rK7h7J2JicLXCJUyWZyC1VNRPU&#10;IFYVWOov3FMf+7eAOCfdB4RNBWp6MvpmB1GRVqPWv8vLromwJAJIBNh+Ta9vZhd0dD9DbA2zna+i&#10;+U/SPZe4q7HLkMdQ4Gm3JT5CCqX940kbTU5p7n9Au9ifz70C6+RHrw/1cOkZjhhRi04Lj+R8sdI7&#10;be5M7m6qviyWysxtqlpameCnrMnW4mUV8cTFY6mCmo5XkVJByusAj8j2SCulNXlaeBavRSXjlkVq&#10;mKdmQqPPo0kldVrAH6D8e9BCCTT/AFV/y8eqpPEzBtY/M+fn9tfTpZe1XkqLYkYiVajc6mMeZ7Q0&#10;D05dkuFWcOHIH05F/eu6hx506WsbemrUQAfln5g8f8nXvaBajmWKqydMjGGOVYZKldbRwJKPQkkg&#10;+utbcfQn3psGpHSfIBkWrfyH2V697aq2emWqpqWhp6qeqbw/cxC08xuwMzKsX0stwo/H597XJB/n&#10;1QlWYH7Pmfn9v+x172vZ9jGWIZjF1FJmqfWYJYoYphWY13jN4q+idSQQL8pcH3rxCMEdPvE2JIs0&#10;Ppwr8uFP+L697Z5KeXBQMtMPtJiQkQi9DEEWeSRFv6W+lj79Ug6ia+nVF1R9o88Y4Dr3uKlHUQO/&#10;3xDyMBIVp1VoZFcX1SOxAXT9bg+6jxTQNivTjKv4uPXvfEUDCl+4jlp2lEqRrb1EtO9kAvxYDk39&#10;6alNNf8AV/s9J2ZI6CQ/5eve23dAOIkjVamGuOkSeqndPGzJcxOHPJU/Rhx79GtGJ4jrUlzEtAHB&#10;qP5+n2/Pr3uJBHU5A0vieaUyUq/d6tTBJ/wqqPoLEDj29io+fDptJUdhpYH/AD/7HXvc5NMZEVTJ&#10;NJUwPH9l9o0KRRCPgxurAMRq5JF/eqtSnl08tTQOfPHofl9laV697nR43KyzMlJRzPNI5kEUFPLM&#10;7RObS6UUaufqSL296GBnq4101Af7Hz/yHr3tuzP3mLhFHNRVcbU+pI4RC8EaJUPrUypOoLEm9j+f&#10;flavVGwaMMDNOve+FCJaHH1k01RUUclSUDrFI6iWEctHURf2hcXHvfnQdeRSq6s58vl8+ve5lJka&#10;5qWsjpq+qeCtkgkqjJO4QPA37bK19QIv73Sh63qcKShoDTiTXr3t3yNRFHHQU9JUVTVUayzZKvoq&#10;uc1Llk9EWkEFgv4P5/r70T8urtlQnE+vXV/99/j/AE9tUWcyMcZU5nLLJeKVhNPI0pX6RKpBJH9G&#10;/wB591K1IPTZkfIjY+VfWnXfvFVpJG8olijpZX0TeF3ZVkEo1CRr/lr8/i/u3nQdWIFeH+z1731X&#10;Txto8c9P5SAGZks6ECwAt9f9Y+99aY6h8/8AVjr3vJiKetyVVXxR5DH0IoBBI1TUrEiyTVEnjijg&#10;Y+piTy1vp7qDXy61FqkY6KAD18/Tr3uVFWT4z7yHJU1Fk4RM3kTzFYpGF0aaPxW1D+0pvwfe6jgv&#10;VwQtdYBp5evz697bq6lZZoyscwWXxyOziyCF+Y49X9foOPetIOSPl1pgmC329e9t0wkZ6iiJfygr&#10;LGxuga3paEHjn/H3tR5AeVemGeOuksBX5+nl10Wt9b/8i9rrYVftjH5uKq3lhqzP4aSmlpqvHUWl&#10;K6DxvcSIrHlh+P8AD26BkLWh48P9X29I57u2VgJSWoOHy+0dev8A71f8f737O/13118Td2AZnsvc&#10;tZ13tiqqVj2/URReCtno9F6ikrzCJC0qnhH49mUUaEEsRw+f7fToOXl7aPVySuDQZ/Ovr8sfPpvy&#10;k2Qp6WSXF0UeQrQpEVNLUpSI7W4DTPcAX+vHt37A6w+C5jqaTrHtzsSOWjMUceT3htyjn2oJiwEs&#10;aZWTxTMqKdR0RsfwOfbU6R1DRk088D0/l/g6b2q5gnbUJWWnman+eP5Y6YNuT75qGkfdWN21jofV&#10;4IcRkchXVQIPpMxqIY4xf/aWPtEUvxF6oqsnQVNZ8zvjhg6OrCTU33M2cYwU4tLIKmCjhJjksbWe&#10;xvwPbSKCAxYEMfPIp/n6N7zWIDJHcqQP2/6v8PWPMbryGPpqyag2duTNT0R0mkpYaWnepJ4U0UtZ&#10;IiSD+pB4/Ps11L0h/Lp68p13lvPvqi7wzVLSU2jYuwJqygpck4lEUxonqAZv9q0kqSPp9fa0LaJQ&#10;sdXlQYxX1PCvHoHyTtMSZGJrWlTWhHDtGT+3oPqXdnc+6KmWhout4OvaNqeS24t2Z3E5qWCoCa4R&#10;HgcJKxkDmyktMNPN/dgXXXzB/lkdTYvHrg8bRbTywpIalaSm67/imco2ddIiqs2ElfyAcuPKCPqf&#10;Y027dNgtI1ZkowHDSGY+pJ4dR9v+28w3M/8Aij0FPKo+2o4/Z0T/ALN6m+ce7c5NRQ7r2rVYNpP2&#10;8jjtx1u36JIZBd0jxMCJOP8AUkOzD+ht7b95/wA5z4n4apek27h+yc9FE7qMnTYehoKGTxHT4ony&#10;DgqrWsGC+1Vxzbtsa6YI2J+QAr6Ajy+fSS15B3SaLxLiTUeNO6tT8j03bW+D3aHmNTvHe20KxJoi&#10;HpaU7gllhmlHqmnkZUWaSO5K3bST9fZf9yfz08dU01RFsr4/CueFdUdXuPdkMSmIXCvJBjY3PI/A&#10;Puie4cyDQtutDQ1JH+qvp0rt/asuxlaRySfhpQfPPnnh0ssT/Lz27j8mlfP2nuySmDa3xlHjaGjh&#10;LNy4FS0sj2ve1x7ROB/m8d/b3+1k2l1DsMx5KsTFIsVXkaqemyswIjpCKjQmq1iCxA/JPtFP7hbi&#10;ZS9FABxQZAP+rz6Vj2pVGLQxsaGnxVqTniafmKdDXH8P+pVSNKuXdtdpVBJ9xuAqkug3JZYolP8A&#10;rgH3ZH052HJv7rmYd4b62rtbs1sbkMjm0xe8qOkfb9BLNqoqhY6GTQjwoPWpLW/p7QfvWO+i8S4c&#10;M5Nag0+YoPX7eHTS8sbhYMIEDfYBXpHb82/X9c53CJ111vPnNqJJSQSYWj2tHlqeqqEjcVEMtfX6&#10;2CzixDj+2Pr7Yu8u5+l+uOg8vu+h7cxXc+466jm2ns+DGHH5ikyO5HiJjXNJCja44hYzNMwUgfQk&#10;+yi7vbZkKhwx+Xl8q/4fPoS7LtW7RS+MV0qOJJqfkFHAV8z0x9WZLuDePZkVKekKjpfr+gmnyubr&#10;s09XFWZdR+xT0OFgjcRRGVhrdUQBVuePp71nty7v3Zl66uzO+euNq5DHefyZZoNuTbXmpxKxYihn&#10;xLKkXHKEwni1/YcljSQ1qfWn29Sjb+Otuv1MYbzOKU/ZwPR9VAAsPoOP6/Tge4MG0epd0vUSJute&#10;vovtxNHDuSkq9wRPEw1K9JXYpQ5YHhlkQe/AaV4Gv29LVWNlJRzGD5Gp679rel+MfXtXgP4tRfJH&#10;qQ5KaklraXEZE5nGVkkcR/3bFUxWjYi+hCbt79qxXpxbZSmoXAqPWoP7KdYDM4k0GCTRYfurpZbn&#10;8EA34/Jt7CTcfTz4HbT7mqt8bSakSUR0uMjrnhy2QZTohlosdIuuRWP6X+ljf3ZaNgA1PWkVwKys&#10;DqNBTify/wAvWf2HdXtGaGh/iFVk6TzeJZvsSjyVaxtZdbaAUFr8i/0+vvQAAx9vT3gUUOWzThT/&#10;AA9e9xI9tMMvHh6PI0bVElNTyy1kzxpSRtUJ5PFC3NyBwSfof9b3vqixAnQmSeJ9Ps697j5PDQY2&#10;nrobeavglVXqYJ2khWB3AeVEQFWI+t9Xv3WmjAQkZp5/5uve2bxvJV0v204kptRQO8fj0hSA0k8L&#10;X45vf3SrA8K9MipcDyOf9g/M9e9qSk3TkMTLVpT1Cq0qilcJR0s0dRTxN+0oWoVtH9QVt72vClKd&#10;KRKYwVQ6Rw+3zp173Mk3pkp1aCgU0BeMl5qIJFVTqy6ZFmlIuGvfhLC3veK08+r+MwFI8U/bT7ev&#10;e+9qb+3TtepeTEZnO4KKpMhqHwde9JNVhF0+OW1gbN6mJ/1veiA+DkdVjnlXgSPPHn6V/Pr3vrOZ&#10;NcyZK7OiStyMmppq2aoiWWapJ9AYxD1lh+okD34E1pXH2dedmk73OrH/ABVaceve01BVCGT7emme&#10;niQ2kbSEAMgAtdLkgc/7Ae/Z9OqKWZdI4D/L173Dq5/DJC6RxxziNoZKmIC9Uwe4k0EWBI/HvR1G&#10;lMfb1UEFdR/b/Lr3tqmkmMnlkGt2ZWZ+EYWNx6FFrnkX93p+fVKhu8V4ef20697EDE5h8Nhp4KZ4&#10;B9/PHLKQFBY6bRLOzg8Ib3/r9PdSoJqelKHw4qHNTX/Y697T1ZVyyTyVzTwzSuPHdEWMxuV0+b0g&#10;Ajggm3vYoMcK9Jw/cWPH5de9spEssmgqWQAszREBm45JH04+o901Fn0kcP8AV+zq3dQ1qajP+x17&#10;31aOMiOFHkbyfuO5s8oZvSNP0vY/X25SooeHVNVBpUfYeve+TmaK1N+2DOVbS4DvG63AHk/s/wBC&#10;PeqEHrShq9e95Ioo640wntBGDMs06MoZvCCzyBW/3j/ePenXWv2ZHTudNKY8/wDD1722sirVLcyC&#10;lEgBkI4UK1tRA5+lrke6ouk14g9Ns4LYJp/q/wCK697cctreOlr3gSESwICkaiNpli9K1BjH+qFr&#10;m3PuxZuAyR16Qs1CBQgfZ/q+3r3uNVV1RUUdJSNJG8EOsxEQBZ0eX0tHJP8AVltx/QH35StSoxT+&#10;fWquFAYfZ/m697xU1DUyolMqyShCbKyFgkr/AOaUmME8/QX/AD72Kn7D15Uamk8fLHn1727UODzZ&#10;80NNjZ2lkfxVMrxFVh1KQUdpbaLfUk29+62quvaFJNafLr3vBX4ipxtTSzOtHVIhDiSkmWpieaMB&#10;njmZbjWp/Uvuy01jUaDqzRlaMKEV9cV88de9r/NdfbjqMbDuWow4osFXolcuUpZaQY8xGK5XRE5d&#10;GB4sV+tx7drqJjbhnI/1cemlSeSQAqADmvlgVp172j8MaqKqMMFJNVU0rOr0RSaSCojdPHr9AIFv&#10;qG+t7e2K0yOPz6URlgaJmvH0zwp172ImUx8eHxtBS/xCCriq455KzG0ENbE1A0nMENZUVelSUFlb&#10;R7uswby6uyrGozk1qPT7T58Ove0LJDWZyaspKClFZR08STSJSl1p8fIQImqSt7LqIAY/Q/n3otq+&#10;XVAuvCj9nl6nr3uBVwS1NafMjXhpoXqZXI0wRRxiNpJCnBI4/wB4/PuuainWtLFu0CtOJ9Oveza/&#10;HjrD4qZ0Ple8+2JcJTU1LWSzbfxVNWJlayqictTRUbxxuzBhbm3JOke1FWD0PCvClemGjtu4zy4H&#10;BRWtaf4Om/JzZCCm1Y2hSvqmkjQQyVEdNGiM37kzySfUKOdI5Ptb/Juf4p0WP2jifizkd/TyVIaD&#10;cWL3XksjNQ1jzQp9hXQwSiONJFk1KY9PHF/p7emkUUVBx404/s/ydF8i2qqGgZmZicEmnH9nz6ad&#10;sRbsjpqs7tqsNUVUldPJRLhYKiGKnx7N/k9PUGpJLyKP1OLAn8eyqbo29uvCUavnqT7M1FLTj7UP&#10;SSJUQxAGGSaWn1COcr6ijMCRz7SyCq/Po8eOaNAJaDAqBw4dKb2GtHBPLSZGupLl1A8qxgyTwQE8&#10;vHGBfiwGofT3TTXplFFDIgr6+v5de9rvDdfZHccUkkUdRDLHQpXtGU81RNR2vNVyIvMaJzct9B7c&#10;aPA0Gn8+rrbl0qo0kCtONfmfn/Lr3tz2J1huLf2QyGG2htbIbxyEPjiSPFB/JFIX0CTQpOtWHPHA&#10;HvYAWgpx6YUuSyRx6zT/AFfl10SACSbAC5/1h7HyL4qYaDbeVny/YuE29u/AVtNTZHb+WkSERzzy&#10;CObGNIW9Uqs1gUv9Df6e6B0egH2cM/8AF9VUxNGWaYIy8QRT9nr1644/oeb/AIt/X2Dm9+nxsCtW&#10;py2Xw+QLMiwRUE8VdEqaNa1DPSuQR+OSLnj3t1ZcMKH/AFfy68sgjkGtg1fTNK+Z+XXftFNtrMY7&#10;G5fN0UVFWwUUqS1mQSxix6SkGNWpn+hY8D6/09tsDWlM9KzE6Atg6eNMfMde9x2w1azy5qrzOIhn&#10;gp0nYSximYrUoDaOmAs1wf7I968MkUC5/wBXn15Yye96Aj/V+fXvau2jFNl68xy5mgeGRFiabwU8&#10;8T08a61otNVYfXlbngn26oxQ4Gak4pjhXy6bmRnSgIp544YwOvexhnz3TW3aiHHbvxOB3HDSUEkl&#10;Ti8NizQ53+JSn9uCtylPIFKhf1GP6A/kj3qrhtX4SPL/AAn/AGOkLskUxEg1R6QABxr51+zyp172&#10;kMnvXoXJQ2peqczg8mshgxyYHddRUUzBuAlacijO0f05QAg3Av71XIHEVFT/AKv2HpBeXlm0LBI2&#10;Vl860qKen2+XXvZmKGu6rxGxsauw8dTfxKtp0qM7DHFNW7kocqItApadrXERblifpx7PoVRYtagc&#10;KH5f5egLdbhV1SGuquR5/YPTy88de9sWwewewp92pSwdf7jzmEqJYqbcNGKVqanqoIxpFRRS1Sok&#10;MyAajZ+Tf8e6xSLHJV6sBwFf8vl0Yi3vZ7caELYocnFfy/n10f8Affn/AGPu3nE7H+Ke7dg/w7dW&#10;SwVHlcjQwR5KPK5/G0dZj5ahNBpZHeYeNwP7aXsRf2az3NhJAQOJBH2cPPokS0vYr7yCGtanI/Py&#10;+0dB5mMjvyjzBagxtBV4KP6qqzS1kylNXkjEfOpTxp/Pukj5AbI6t6i7BloOs+xandtGK2pqsNkN&#10;qZSGXJ7flkJp0x9XU0wJmcAlRIDYr7CsjVkIXgPPgT6n8+pF21ltlRPFJIyPUeoPrUcP29Lmhmmq&#10;KSCaop2pZ5I1aSBvrGxFyDfn/b/7H2UvdNKJKx5qqbKeecrpmrYpBUPL+qQVjz/n88e2yGZa0x/k&#10;/wAvRs3gTZatTwB8vz8yepYN/bFDNWx1NOKVpKUxr+48URRWli9MM6InNwv1Ye6gSU7uBH2fkOmf&#10;DjjI8SoxwqP8nl69e9vxye4K6OqoYp6qscqnkNPTP5ETVZnlnQaihNgwuR7voquoUyfP/Vn7erCK&#10;JiRWtPQ1/Lr309wJKSuiVqL7eSOpZ1+4dBMGbi4BVRZV/wB8fdNLnBzT062YIq0IH7T17221FLV0&#10;tOHqYpIwzizNGbSBvzo/P9b/AJ91GD3efW1ijj7lHz697b6qV6fxuyNGqJpBUsGdm58in8W/w9+L&#10;ACp6sx/EP9X+z1726NMRiWSKnQmpjSarqKm/lJjN4hE7ni/14HPuwRiKjreDGAvnxPzHp172y00d&#10;TLqqViBjhaNpXU6bK50AEE/n6XHvWlvs6oWLdxP+odeHP9f9j7XG2Nk7l3xXNjtn7VyWcrkjqJlh&#10;oopagOkC6mCgDkgXIAPJ92aHVjiemmuolYIgJb0H+HrokD6/6/8Avr+1D1j2/wBg/H/d82W2u9Fj&#10;s1SVUTVeO3LgKbLU0Ffj5fJBLPjMkt454G5RxYj/ABHtl1oSG8vMYp1aKVql4TTHn5+n5g9R6qmg&#10;rqaoo6lPLTVMMtNPHqZRJDPGY5E1xkMLqSLqQfcrt/vDcfee6shvjetLtQbtzdV91ns3t7ANhK/L&#10;1HjEf3WRWOVonawHKot7c391VaAkH/L+37endbtV3pU+nn+3j/g64Y7H0mKoaTG0EP29FQwR01LA&#10;HlkEUES6Y4w8zMxAHA1MT7DNYaKGlerE1Q8TTxwam8Kyq0gusnhW/pHI4Pt2nVu2lTivUz3xD47H&#10;moDEVRmYhDCVCtHwbuPqCfo3vWa9aUojf5f9X8+ve/ZHLUddkKaoTG09HBSpBH9nQtJEkoh5u0pu&#10;xdvqzj8/Qe/fb1Z5EdgwFP8AY697E3Nb12plaXHYin2rkKWkjigNW9Xk0yOVmlQ3nekmZR41b9K6&#10;jf8Ar7eVTT/V+3rTMGk+E04ipqa+X2de94Mzu/YjYBaTBbArcXuFKvU25ZNzTVcggjXTFAcMYvGp&#10;/LPr92NFyxqKcOts8RVgF01868Py697g0PaG88TRx0dHknhpFWUrEL+EGQBZnWMGwY/lh/sLH3Tx&#10;Sq0A/Z0lkhdlUBiR5+X28OuiL+4tH3Lv/C5GTLYfPT4nJSp4JKugjQ1UsC+lqeWpqxKzIRwyk8j3&#10;VnBP+rPVRG8YPgnSDUfkePrXrv3JyHZe/t8iJs1uWTJrTTmWPEVUp0SyBPXJHByAWFwdNv8AW9+D&#10;FmDEnP8Aq/1HphoSHHiMT8z/AJOve2/a29KnBZV5oqmuxtP5ZnkOMhglyDRVCmOpgEtZwQV4IY/T&#10;/H24Sukhj+3/ACdPRxqx7WND6cfy/wA/XvfGmzUEOYaXDV1bSQVte7wvXGOOqCTfr80ULGHTq4bn&#10;kH/D3pmVhpLYOeFf59OpbrrrroCRWo/y9e9sUlRTvk6kpHGksc0nlqpmEdGQHJLRx3uCxuE59tll&#10;1BF4dORqkY0pxrx8uve3LG7W3Nkpf4lRbazeToY2eYTDHVa07+NfKbzuoQqPqfUePfgB5g56prbX&#10;URl1+z/B17211FVmWpZ0omrMdTSVLVdVSQ1LQUk08XBl0xsLsDfi3+t9Pe3AGB1fVJ9g44/y9e9q&#10;DbtP/E8XkDNWNJXeI1PklD1r06U5MlvJK3pZrE6fqfbijtGOr95jZwavjGeve2zFJRJkWWsrGpkV&#10;dUUgeNi9Y7BhNIJONNrahb/D3bQK6qDqqABwScD/AFcPPr3vNl6oTZiqydfBTVbVSxxUstFEtPSB&#10;oSEMgiQWBZR/t+fdSin4cdXdqyFmAP2cOve5OGosSuSam3CYKXHyyrNOk0waRIZbfoki4uqnUDz/&#10;AE9+CKo7cHr0enVR+B4/7Hz697E/rnsHcvTuXXcvUna+f2jn6SrZom2vW1dHWTUrg+NZg4ME+gga&#10;1miYaT73Qaq+fH0P2/Z8ukhs4iSyvxr6jH5ihp015jCYfcOPqMTnsXj8xjKpdNTj8nSQVtJMBype&#10;CoDLcfVWtcHkEH2xdy/IPuTu/NpuTtTtHde/cpAI4KFtwZAzUdAKXhWocXAEpIi31Z0gBJ+pPtp9&#10;OsniTxPn1pYFQgk1ofTz8ifI/wCqvTbtbZm1Nj40YjZ+3cNtrG6zK1JhqCnoY5piLGaoMCgyyfjy&#10;SFmtxf2F9QtXVVsFVuKHVNUywzTkLHQGpp2S6ukkCaVLC1mVf8T7oa4I9elTasNJ+fDh0pR7EDMQ&#10;9bV0OLqhuPdmOy0qiPIUtbhaHIU9JFGgiiMGRpnD1CaQBdkDf4e7oSqkt6n7OnSIQwZ3JJ8qVoPm&#10;eu/aIam27T18ogykklFDA8kVbJT+Caom8Z0xxQH+pA5P5P8Ah72gBQVpk8fz9em10K9AaihyRSvy&#10;697ccVhIs3t6appsfN/E4KiWJatZlSkqWEfkSCWGSwEji5UqeSB7uY4yaAU/Prcah07AC1Tn/Y/w&#10;de9tcOHqKKmp6+tnoJQs3jlxsk4SfR+Umtz9R+Pp7Y0nXpAz/q8/9XHrwjZAGb/D69e9umG2Rlt3&#10;ZWjxW2aaetmrpo6PQpaGBamQ/wCZaqeyG4uQCfx9OPbhVU48f8HTT62cLEKljTr3t/7L6f3B1tNR&#10;UWYip4qksU/blSQvOq3kpyUJDMh+rKdNj9fdBpbC9UkEsTaJKHyBApnr3sNqehhkq4qWeWNXlgDp&#10;MJP2Ypjz4zcWFiAD/j7c8I+vV6ANQGvr173xWklaejWGphkZ6hQ0bWUwOJODOv8Aqfzf+l/eyi5p&#10;io6pKFKkHh/qHXvYyTbZxeKpBO0tXn6VljyORrKWE4nFID+qmxqVB8k4Q+mRwtv6fj3cFeKmvSSS&#10;JI/hq3r5Up518/Ly697WOX7dqZvsIty9abXrtq0tJRwU+OmSSkrZBDCEknhrKVllQzjSSWRgLAge&#10;2SgFSvnnp1C/a3hAhvI1GDx/b9nXvYE7grqDKbmr5aTHw7XpKpysGLrZnq4sXGVssQqEUNIQDwxU&#10;E3/r78xOK/t6VppDEUC19fLr3tdddb43vt2oqqDa2+8xt1FhqFkgw+Rlx6VMccRdmSW1l4X6iz/0&#10;93pqTuOT/hHTZhkdmSOTTUGlD5/5K5rTrogHgi4/oeQf9ce1xuD5F915nbc+1qrtjJbn27PTVX3G&#10;Fyte2RSmo3IWSCapycZcu9wP22DH6396LKTXFaf6v9j9nVUhuUj0NLUHBANeH/F9YYaangZ2hggi&#10;aTSJGiijjaTTfTrKAXtc2v8AS/sA6agqMtSS09VmcZiaeF5KhaevqDDFqRL/ALdr3Y2Cov1Pujtq&#10;JI6eoSpDt8/9X+brP7a6mkmiBhM0cyiFJFZY3LTIRe8IYXOnm9vr+PdagcevfCSoNR6/z/4vr3vi&#10;mWy0C0zLUTA0UXipiZHVIYnBBEarYDUPr+SPr72AeNOq6ylCMHy/Pz/P0697bWnqHm8sa2lJZgYl&#10;OtSOC408i9r8e6HjUeXValsjjxr172IW0JVSkq6tqSjyFXMJoAKqsmWqpiIyZKzwp+q39S3tWpWg&#10;J4f4Om5IKIZQAQajPEfPr3seMLszYgh2hW7l3QMVJmsfV1mXhzuGasoMVJTytFHG1VQky/vEBo7i&#10;4BF/agNGTRKDGD/l6KrmFyyjWULCnqK4xUeXXvcLdG3OrKrE138F3DRZncT6KbFR0OMyFFQRwxkm&#10;Wtlqa1iNKgBQv1JPA9tyUYaGIb14VofKvWrGKjMjNqI8hWn7fXr3ss+Qomjf92Iwu2pYnj1+M6Dy&#10;Q4Glub2IPtJJx1VwRw+fR0p1oGHp6efXveGCkrgTK0BaOxjZmIaROL2Cubg/7D3UKRn16uoIHp/P&#10;r3uJUUshLTKhCFT5CykqG/tHj3plqMdVODQ+fXveVKWpjqFjq6aVXh0Ksci+NwwAcIUPNyCLe9Ko&#10;UafLrZ1BqMKEde9vlPOssbJeajyFM1TOk5Lh5NTgrEdJuAB+fahHJahp1Zo0kBU4I8x/qx1723VE&#10;1TPWKzGpimbxpI8kkok1iyl0lJ1aTe4F/bbMSdQ/1f7PTPgIGDiv+H5de9qXEUFK0z1OYirzjkV4&#10;vuqSXxyGpt+3eZtTW/JP593SozTifX/VUdOR2kYUs1afI+f2enXvYnddba3NuWtrsbs/F4Hc8zxI&#10;KuHPrTyB43uA0LVDK6GwtrT6EfX3p9a9vGh/Z+X+rPSXTMspSFRJQ0/zen5enXvYXbuoHwucy2Ly&#10;uDlx1fSTClfHRVLS09JUU7Wk9bC7of7Nj/sffq9mMEHIrXp2HGpHXSRileH+ry697a6BcnkakUGJ&#10;xP8AEaupgkiWkho5KmZIhZ5TBElyG4vqAv78tVq5OB5evT2pgO0asZFP9X8uve1QcVueXGulZj2o&#10;WUrDRfcY+Sil8yNdIJZ5FCg2vpV+T/X3dZCwp+zqkcksh8Nlx5f5j5/t6977xv8AfOSinxNFJVtW&#10;6zWSVMNfVx1MMcZ0tElSJFCr/UD3sq1ajFetmC4kfVGc+Y9AP9nr3tPU0O689mlxMNZmclkmkKy6&#10;q+vqKmOOnBab9chZgignj+nHtqhLkVNfn/q/b1rwZXfSTqIHDH+r8uve11iNvUO7RUYRM1l49wU0&#10;UktBXy5CprKPKvA+j7SWnkctB/tL/j8j3buBAX+X8z/sdNaCz6GbUaGlQKH5fIjrr/ffT+vtPV9R&#10;X4hazAyRpQV1OTT1sVWY5qoSxjSRBMLfX683uPz73rooJ86/6j16GAEUYdwxTh54/wAPXvyT/tva&#10;VpMctZLDA+Qpacu/rqK5jBBSzfRUqJ7elW/r9B7aDMVq2PTpQkSAaVoP9jrv2t22A8skFPDvLaOS&#10;qZxFFFTU2WaQJNMeIjUadCgf2je3vVO0V4/PP+r7OrSUVgjOGJzxwPTr3uRi+n6qozT4vcG6tobc&#10;MZDSzV+dp0g8bcJ4qmxS5NgoP192RGOTXT8v83TL1UapCFX1JHH7OvXt7Mnsz4x7PrMTWbq3ZvSC&#10;m2XtuIDcOVpGEjS1zv8A5PisPpGmRpl/Q/N/6W9rUtKgh/ka54dBu73HQxPiDSKfnXyH+Trq9/8A&#10;evx/sbe++9/jPt3ZeU2rW9WVOZ3RtDeu1MdvDDVFSoNfTY2oulelXJGulTTurAlrXHu5gU/2ZJBF&#10;QD0ot9y0SKxLENQ/Z/kp1EpZ2lSUyRGJoZ5qfn6SeNuJYyf7LDkX9lhr8NtijyE9G1bXiFYikdWY&#10;jLDLUgXeJhS3YkHgG2n2kaMUFMHo4jv7KQZb1/L8upnuLidn46smmM+5MVhIoJ6aITZIywTzw1L6&#10;ZJqenILMIxywHuojAOcZyfL7erCZCp8FxUcfs697UWY2xsajpJZNubtOUq453p1oJMLWvLUrDxNW&#10;xVijxiInlb82+vuwQfDWvH8v+L6tEQ1QrV+0VPz697faSg6txmLxUVfRbgj3FHUUs2aq6LIwTYrJ&#10;Yap9UhoqSqQGCoH6VAYrxcn21VVNGr0vBgShYUNfWtR/k697DXcKYCpzuQ/u0mRp8I9a5xdPmDFL&#10;kEpOAoq5af8AbaQ8/p96NCaDP+HppwGkqnn+3r3vK1NJjUVkpfCJoxLTySxfuPCWszIW4FiPx+Pe&#10;naSJaDFaf7PTmkV0j+XXvaoxe3sjmKOfPYKpFbLS2pMrSx1EEWSieYWjaGkFtcL/AKdSg8/X3qkk&#10;iCWE8Mf6v8/TAkiWVVoQTw8xx8/Tr3tNVNNWGvj/AIhQilWyRPEaKWNVRPTIWifksfyR+fey7Fg0&#10;gPzA6dJDtV8kenXvcGvjgWnrY6NZYY0HI8ty6j6eS39k8WB+nuylHkNK/Z8zw+zpsgqhU0of9Qx1&#10;73tI/wDCdDekEWZ7w2U9XGk9bs7B5emgeQfWjqjBUVEcd7lkDc2H095ofd7u/q9kvbFTQo0MlBxo&#10;dUfCvqRU+tOuTH38dplg3jZt500jZ5o2OSPJgCfnToqny8wZy3W+NqEp6mqkxm6cXLFBTDU0j1eq&#10;kUOv+puwv72O+2t+bb2LtZY6vK1cQqKKtr8hNHVRCWjxeLgNVXywq/8AbZRojAN2YgD6+8koLmHa&#10;S17uNFjiDEV4mgJJqeNP8PWFPL20X3NO7Ja2SgtqWlBVak0Wv+X0HRPulOvt0ZHdee3Jltt4v7PC&#10;yQ4zAwVtBPHJkM1kP26VagrcNHEx1sSLAA3/AB70k/lT87872x83d3909JZ3Pw4RNvYvr6Xr/f8A&#10;qq9v7z2zhYTQV+3shtzIXiWGoKl2j0hhIS6MGN/eEfM/uvdTe4svM3KDsIighe3mGqKeME+IjRmq&#10;0ck4PcOIavXXPkj7v+y7d7QW3JvOtvF45la6jvLcaZ7aVu5JVmWj6k4ZOnTgjqzDrjZkexNnYrbd&#10;6OSrpjVVmTqqCmWkhrMrkauSurapUABN3corPdiqqD/T3cH/AC3drdf9+4TK4vEbVxGP2xFUNnd9&#10;9M9pbRotwptbK1LaZMn1LvqZfvoInIvHQTNoUcAkcnJ32sn5b5h2ht1s7YpEJD49lcQrIsEzkNW3&#10;mILCAkAeG3wioDAdYK/eHuObPbzfYvq7smcDRBf2kzRC5jUfDdwL+mZKZMoyesG/MsNvUUGVaLJP&#10;UtOmPoqnGSG0Ms92h/iVM90NOXA8rhSQt+R7VPzA2TsLD75/jfX8z4zauxKOmxWS2rkKRMRnRuGY&#10;MyQJjmPkemKhZWlQAWtb2NebtruEdN4lWKGOzXMUJFHLVZNI4lCtCaYFOov5D5gvt4tp7Pci0lxd&#10;tVHarLpB7qNw1elfn07bJm3RUbeopN4DEHNt5TLLgppajG1FOX1U00UkwU3KmzLa1xceymdad5yb&#10;eyZw+6KqOq2TlpJDWffyuzY6prLxzzhXaz+j/NKwPIH09x7s3M4aY2u8P/idwCwdsiNiaGvrXgPl&#10;0ON/5C8aJdz2SMrfwUoEHxovAYHEH4j0qyt/9f8A330vf2QP529mVWzel92dKYHKwy7f7D7gw256&#10;2DTG9TkMLtjGT1W3a1Sv6F1zKZAPq4F/p7xh907272KzvOVYJR9NdXSzUwdaoCyMCMAdwNPl1m99&#10;3DZIOZOabPne/iYXO27e8Kk10rJMwSVR6mgxXyJ6w/bRGpSsIPnSnemVrm3jkkWRxb/XUc+64+iN&#10;v7FnzkGb7DydVRYGilEk8GPi8tbURoLlIQTYE/QE+4f2WDbwTNubEIPJPi4Vr1lrzfdbz9GbLYow&#10;07igJPapPAnify6ke7CcDlOlt2tNjtidc18UbRpBT57dG56HDrEiMdEs1RUzxqCPwPqPYprtl5II&#10;tstWAempndRp4GoJpx/ZxHUXJtvM9hbtJzBdrK5IZ0ihqKgYpgk8KfPr3sqHfkW4dl7zqqjHVddk&#10;MPJiBi/uarO0e68AglT96noKujkkEKr9BqINxf8APsi3qC/s5DISWWmmusOo9AGBPD04cOpD5Ttt&#10;v3HZ0WWPw5K6tOnwnxwNCBX1Pnw697KxkNx5arxNNjIqgilgQ04ijAQKrv5WRSObMbX/AK+w+ZJ/&#10;BEStUD0Pr5/4f29DxLaFGMjGsg4elOGofP8AwDr3tT7F6tzW8a6hx1XuDCbSxWQqqZKnK7irxR42&#10;jjnfxrUz2uTYEkKBc/j2utdvnulUSzrHGTRixOB8x9hJp0jvd6trO3kcB53ThHGtWc+gP8+uj9P6&#10;/Xj+vH09njwXxc2KmnF7Y7dy27ZMbOjrWbc2pkZKGWUSKr1dPUTgKIVNysh+oF7j2bxbVaxyHwLn&#10;xE/CyqeOcrX/AC9RwvOe6zr9Tc7Z4IYcJHXV56QR56vMD9nXgSQCRpJtwSLj/D2Le4dhZvqjrncu&#10;3MWnZuZwWeWStqu0J9uyPiv4mYzM2CTTcL6lAeUk/j2a3NsLW0aK2WZ1kI1S6SUDgdyfIjz9B0FW&#10;uLXdN6gvZvp45omUGDX3UPFqH/NjriJE1+LWnl06/HrXXoJsG0Xvb/H2QjDUfVebxGMqt5bjzlfm&#10;8TkKvGjCKqwQNSVTNVpUrPJ+gCYsJIwAPofz7CZt7Zow0j1ZW06DQAL5GvGvyPy6k69u99srp49q&#10;t1jjcA6z3UxQ8OLUoc8adc/dge69w9SbZ61o46STbOzcNV7Xw0s+1dm0lJLunOJj4xUVseZ3DUKz&#10;0710igvoIsnHs+nO1zgIkYgQRLVUGSRQnUxqRq4kilK46iHbpeaZd6k+qMt1L4hCs5KxJrxVUHHQ&#10;P8/XAIRfUxb1FufxfjSAPx7Lf8k/lt2X8rOn9o7VzW4ocBs3pmsOM2F05gYVx22cVt6siPlzIWMK&#10;9dWySKGqqqrLuWN1Chj7U7xvlzzPsSweKFSwKrHbqKLopQv6s+ADXzqRQk9G/I/t7t3tzzvebhBb&#10;+PNva67i9YlnMqMSIwDXRGAaKBQHzyOkdtzr3aW1c7uzdGGxMcG5N811LkN15yWapqshl56ClWhx&#10;8cktS7COGnhVY4YIFSNQL6S5Zmr2ipJJZEjRGDE20i59RP1H9L/gewQlvqNF4jj+XU9ohIJbhStf&#10;l0sx/r39mb6t2LkNw/bUtZRmWFJFvI50KIA/qdy30I/rf6exRtsV3NMqRihqBWmNPmS3y4/l0B+Y&#10;twO2yNLZE+JigUVp9hGM+nXfs4GX3BtvrLFU2ztizQx5rKQGDN19LLDLHQQEfuRTFro1gSQ4I9iv&#10;cL612ylptbapHFWkrWiniM8PnXII6jO223eOZLxtz38ErExaMNVa+YIrwGaZ8+veyt5AY7d2docB&#10;TVAip8dXSyVubq5PG1T5H1urvcqGPIjP5vb8ewvSPcJxbYUVqT6+uTig9TxPQ4jN3tW2yblIKl17&#10;Yxn8yPlwP7evexeyMuByUdJtra2NysNHikT+M1M+NjM1DEi6Wd8hStZ0c3JZh/T2IJ47aZVtduVi&#10;Ih3tQVFMHhxGf9WegJbSX0MrbtuMiM0pPhANxJ8gp4Hy697Bmu3XhcvkUwmGgkoHx4raOv8AQqid&#10;Fa2sXu3qFjz9Px7DNxdWzyfTwAhkw3lXyr+zoebdtm4WkIv74+IJNLCnlXhX7B5eo697T1F1kz19&#10;NuKup64bSSvSCsq4Fj80r31PR0xJ5crwpP59prfaHmkW4lX9AnP7fn/g49Gs/M8UUZsIGUXbDAyA&#10;Pm3pT0697MBmt59XjbsOOOHzO2f4dNLBSYGjeQV+dVIQ1HkcpM3pWzD1IL/Xj2I7r91rCsYjaPTU&#10;ADOsmpVmby+zoJbdY8yzXmppluA5JL/hjDHKr60697BfbGyK3JZN93b1M2LwUUoam/iWuD72Etqh&#10;ipC4Ac6dI1LwT7DEto6M11dEhD8NRig9PXPpxz0ObrdooUG3bf3y/i0fhNMk0rT/ACjr3se6fr9E&#10;nx24qXFxVWEq7HHUszCtqIX+gMkX1uTfSP6e1dtb+M4YLqD8M59KUHmcfkegncb+scMtvM+mReLc&#10;KVOB/Pj5de9i7XdJdX7G623D393xFWY/D0iTY7YmyKWQ0FdvzePh8lFt+OY3dY11JPXPGD4YQdRD&#10;MoIsblva9s2VuYeYWIBLJBAuGlmoCBX+BOLt5cOJHUd2/uBzNzFzNDyVyaVcDS13cUqsEfmw4gu1&#10;CEHmflXqLLOfItPBoeY6HlBcAwU7E/uuo55sVQW5P+APurXdW+s32BmVrMs1Lj6GJkix2HxsH2uE&#10;wtEraYaekpF+ukcGSQs7fUt7jZpzcy65e0cAFFAo44/bxNSfM9ZAWm2W+z2ZS1Bd6dzMau58yT5V&#10;9BjqSB9f9gP9sPa7yOH2tktpYuPH5CEZynrq2bKs8ciTQ4uGnUQnW3DmVtQUD2bS2tjJao0EimSp&#10;1EggaaYA+bevQFsL/e7TmGZ7yIi0dEWMVFDITkYyKCnHj137W3Rm14qjK0tdJG7RJMrh0Q3ALaI1&#10;Y24P59ubbbauwCmRxx/qyePRpzFuVVNn5t20J+w8PMnP7D10fp/vvr+PdxXW23Um2t2duWSmqhV5&#10;fI4Drfbk+gLraZBDljAX4lk0mQEr/sebe5G5btkG1324MhDt4dvC3GhYkuPmaA8KjNCM9Qjue6v+&#10;+9u2qJgBGrzSDifRQR5CvD/B1EmlAqIYtaBAk08wN7hIrBT/AIC5+p/p/gfb3uvB42XsHFbUraqk&#10;q4NqbYoaSGV6ZjT1E2SqBH562NRpjnEcXpcrYMCW4Psm3iw+nuY7RgKRohFONTUnUPI8AR5nHQkt&#10;r+9miM0OqEl9D0FWx5Mf6R9Ps8+slM4kiEoBtJd7EhgAf9QR9R9Le8m3cpX0MW5s5hswn+U1VfKY&#10;ZQ2OrxEspp6OSJFAStgtGWUKvDA3At7BUdi0ly8sZFWrX8JyeFTgA4p5Cnz6Nvq7ZJ0gcFdCU1Uy&#10;D8z5VxQCvnXHXNlSTSskYcAhgWUOoYD9QJvY8kD2UTFbI25U9o1+Yjw2Fjr63GZbPZ+symPhqZst&#10;U18/2qlaaS9pfMC6lbc8j2t27a0tr0B6EHGQDUt/I8NX5dCjdt9vZdsTxnJbhpjxTFeK0qDTz4DH&#10;n1ktbm34/H+A+ntVbI2Fn8R2f2ZuLFJU4nHwYcGqoMBDTUMdVj6qkWOkp6lJl4WV1YyE2a4NjYex&#10;VDtM7XV5dWi6Y40AAGFKnyPqcVp6GvQR3nmm2js7XbLmrMxCqzkita1wOJFB/I9eIBtf+tx/rj2H&#10;vZeIlyW66aorMVHj2GDom+zjMkixJSMwqirPwWUgDi45/wAfcVbjHc2m4spOlXFaHy9Bw4AefQ22&#10;qWKS0dYpCYmquphTFKn9nD59eN7cfX3tUfFLYn+jf4xdQbZmpY6DKvt0bjytKqlZDkNyynLVD1Kr&#10;9HtIFBPP0v7Clzt8kc084fVqoOHwEUAofMHiTw9OsWOd7t5eaLlF1GNCFViaCqilAG4cK1/z9U19&#10;tb1pN6/ITsnIUyyT0OFydFsimmYKEKbXphS5OCklsfIjVjTSaRx6jf2JuV1pC1lKuf7YAaysSHW5&#10;+iW+o/23sk3G1WObXcEaSBSuKtTBPkfkfPFekoiYSLcVrG9CKV+L7PWvA+nS66+yUdW4o4happ2n&#10;WrBKuPCHtGVYWJcHkADj6fT2FOVCEsSxezuAb6Ta3I4+o/x9hXeYYqrcoe+TFFNQfLz4HoTsnjQq&#10;QP1KAUrn7Pl9nl0afZE1XGJKNoTFDGBIC6WAbV6Wvxcn8D/H2FeQpys7RC5swbUBfSD/AGDf63H9&#10;P9j7AlzG6TaiukVNf8/px8+hNaFjAB/CKeZA/wA/59D3Q1MbwBhJe62uWHLAfkfUc/g+0XW04eoY&#10;srwEO4S4JLJ/Un8G/Nz7L7lyV0qajiTXPng/Lo6toiY9VKscV/wfZ0+wv6FvpNwCR+QSL8e48itJ&#10;TiAF0W7Mo0jQzKLf6/P9eP6+w8k5WQyL3Dz9QD/l6MrSRUkEgyB6HPoepLAXufqSLfW5tyP9t7bD&#10;TLGLM45UalHDAqeFueOPrb3ov441tXzpig4n9v29GEUMckOrNakD9v8AP7esgcg2FufyfpyPrx/r&#10;e8aUyIssmlgHFrMusG9rhv6D+lvaNydVB0mZCJDGMmtPt6y3Btdh/UkGw/2JP+8+07XQKySKxVFU&#10;qb2/p9FcH8f63swjJUKPP5fPOOjWDWiKPhIFKUz+zrmjXJ+pv9bni30/HsLM1IiMyllAtpYW9Vl5&#10;sCbEAfW/s4iV7ghkOo8CeFacOjGAkurLmvy49Z/99/rewZ3PX0kZ/VFcAnVxqY/2nAb/AHx9nVla&#10;3FCZOBNAufLyFOJ60VOtw4JINKDBFPL7evey8bszFChaTXEi2dnAvZiePI4H+8Aexctq+lNIOQCQ&#10;afmPn1aW1kJUwLStDQj/AFE9e9ld3ruTG0nldnUuySKipY31co3+v7EVnASwUDB+VAT/AJuj6OMJ&#10;GB+35/b172ULe2fjqGKxhGcgmTU4BVb839iaLXCvhn7af7Pn0ZwRGJtRqPKnpj5cf8nXvZcMlJDL&#10;UTMh4ZrgG7alvckH/iD7M49VBX/iujeMnSC1BXyAp172wTkFh+DyeP1WJtzb2tj+Hp8Arg9e9x2H&#10;5WwX8Hm1x9eP969uD59aBKih6977DalYg3P1P4AP0t78RQ9V091B5de9x7nkg2H1sT9B7d8gD07T&#10;Oeve+1bTqJH5uST9L/S3vzKCKdUYas8Ove+LXFjcHUL/AEHPN7G3vYp5eXWyNPDr3vhYG5JAtf0/&#10;634976rTHXvfX4JtY35Fvp/S39Pfuvde9+J/pxb6f7H63Pv3Xuve+SDUeTcDmxP1/wAPdWNB17r3&#10;uT4za9za3Cnk8m1z7b1db4Hr3vKt/Vc/gWPFjxx7qcDHXuve8kQuP0+kccW/3ke23IH29aNOve5I&#10;C/pJI/2xP1tx7azx61173kMTem3H1P1445+nuobrYFTTr3twp49KhyoP1AAHJJ/x9tE1qAc9bBpU&#10;de9vcFJH4zUTSJT/ANFZyH1fUEqORf2xU19etgKOJpTr3t+xJp6upEEUclUFX914pxG+m1iLt/yP&#10;3R6Rpk8etvIEiJoOFBX1697nVi/wqsSPGUGQOoLqmkksgDm5sfz/AIE+6hRIhMhovkBk/b02jCeI&#10;+IKjypxr5/zr172KOI25trO061uS3BkNsVUFMjE0lnJYMGVDJcG4J1eMcEi/tmJWRaEgjNKg5pU4&#10;9K8B/h6YEjW58IHia5qa0FcUFanh5UPXvYkzb+w228NLjsJXNJTwlJausmrSJK2YgIHmAsXJ45P0&#10;J0+0sdik8+pqhzwWgpwrx4j0+fTv0UEkhaHVrahKNwOKmvmKetfPr3sOlzXYu85krcLXPhqDxyIK&#10;usopmpppQwaGFRVgsWe3+cRbW9rEtbCwUxy9rAVNDmvqeJzw+Y49bC2u3qUiOWqzADgSe0VPH5fZ&#10;172I9ftDM4fGtTpQh6erkSrnqI6HyZWWqkUSSLHKQWIEt2QKA1uBb34fTTCOjNI+SoagUU4kU8h5&#10;/tPVDLazAqXZnU8D/MUwOI/LBPXvabzkWR/hn3ecp8zQmSaCnxsm6IT5KiodtUVRQ09N6hE2kqqS&#10;WJPJ9ss8I1KmSRlgdRyc18qU9MAfPpqRkMRdGPdQVrWvqR5AeX7evew3y2XihqITlt0TY/CxxqlZ&#10;Qx4meqlqqiMfREKmwP0/VYH3uOIyL2RiR/wmtKDzIPr8j0Z1SqSP3GgAoOAGf5/6vPr3vHgt84jB&#10;Zqkz2OpKZ4KCuWWhqnKtO0bAa1NGNOg8XLEf4D3W7s5pYjDqKseI9fz6vSMGpNQ37f5HHXvYzbu3&#10;LjOw8DBknyYkggmCTHHUtQ0eL8zkKk1j+6WawLWsn549kNvDLY3bDwhVh5kDUR6eQHoftPVpPpUD&#10;TICNRC+ZGTQY8iT5/aeveyp5uTTk3SklkrUgljSnpKVDFTAx+lpchK4tf+oUkfk+xVbMphDS9tRk&#10;tx+wDH7eqOFeWmBTFK+nkfWv+o9e9pLK0Vb95JNW1MEcMT3jFtUQ9HkSOOJfr/Tn2vt5YAnhxKat&#10;6V+zj5dMtE69ygYp+z7PkOPXvbNT0Utb9xUyzRU8IGuWR9K3T6gqg+gPAUD6n2plnWDTCilm8gPX&#10;7em8kayeve+P22PYIIaiRpSwF2QxxAhdRIY88ce9+LcVOtQB8snq1ATQUyQP29e95/taOlgV6hHq&#10;ZZGYK6sVpnI5sJB+f6+2/FmlchCFA/b1spnQeIJ/l6fP1697nYOoxxqJGrsYKqKIK0cVO4jVpS1l&#10;Euu7OP6Bfr+fbdysyKGjfJ/i/wBjh15FDAkD0H5+VeHHr3tUVO4paySTG4fH1lb9x42MGRWLRCIr&#10;CMwwoQOPoNR/A49oorQIonndUNeKnj9pPV66qqo4fixUeX+ofl172Lm2KbKVY2/TTY7VFHVIMv4f&#10;HSOlHqUSNJ9qP0gfQmxP0HsvunA1tGxJyRXuFf8AVnpm9kMa0hcj1Hl+f28evezsdfU+Bo4JoqA7&#10;aShpZnWjgpYZpKqhllfWA6Bm5f6gP6jyfYdRbnWzXBclzksAqlfMA+dONPLovKzNGQ4JNcGlPSvz&#10;PEkde9jbRzU5UPULDHWf7pi8gkdAOVZv9SDwQp5F7e3okiUBaigBA/aM/wDF/wCDptgV7GPw/wA8&#10;/wAvXPl172tsfSiSMGz+Usn+cHp9Qv6AP6c2t7a1yQsFBpWtfX1/aT/m6qw0yh+BP55GeP8APr3u&#10;qr5hqsHbde5oZ8bHNjaK9RKqXrHWPx/cwhP7BAsAfp+fcg7Npk26JpSBjyyRTOft/Z0erKZIlPAg&#10;UJrWvz697LBhc02ByMWYgkqo56Zw9JUQmJaqMj0swEisvP0BI4vf2ZVBUP64P2f5/XrauFcH08+v&#10;e3PM5um3JXyVEMRpUMCykZBoZ6ioqEP7jPNTIgJc3Iuot9P8fbkcmoEOR9p9fl1eWYucZ880rX8u&#10;uv6H/fc+2GkpqGeqhjyGRkxlI+sz1MFLJVvGtrBhDFySTx9bD6+9q4aOrNpPDHy8/s+zpgni2fnT&#10;rv2q8lHtzD1eOXbm4cpkKGakh/iNTUUcmNqoKtjepamRWJYAfpN7+7JNNrorNjh6/lT5Hz6dDkdy&#10;EinH1/1ceve4q7ny2OLvj89mUp28rUomqPLK8WuylvNqsDY3HtR+8LqDthkNPt4cB5/4eriV0FVq&#10;PQVr/qPz697bptxZeqR5K2r+7d/8yKuGByv4f0hQVP8AT22+4XROqQ1Bxmh/yde8eU1qa19QOH/F&#10;de9w/wCLJTxKslDTColLDzxtPAyr/aIsxHP+t9Pbf1Clg7IK0+zB8um9SFdJUVHCmKY697iGvp6h&#10;tMsFQqR29SVGu9+SyhgOT7qZYjkrp9RWo/n1qqntoRTOD172J3T2Ios7v3GxVbzR0GMgymcrHaOJ&#10;1NNiMfJVSQTOSLeQDR/hce34vCdsEqAPlQ/n0iup0t1LCurAA+08T5Y697D2HLSRSViUmSqaSF6i&#10;eRIXWOSFEkkPjWz35At9B7q3hkmrfb5/lT/L0qjditNVOve4sFRPD5ZYMm8Uy6tMkKyxyy6vUy+V&#10;CPr/AI+9HT5N1s4oQxqeve8L5etjYmoYTtZ9JnvMVLrYk6z9fbfwnGf8Hz6ZY1JDUNT173jpc9V0&#10;rlojHezqqvEssaa/ysb35/3r220jcFx15FiQ6tIr9n+Tz6975DPVK1K1IWFnKFCrRKUUn6MqH8/X&#10;3UMaUND05rA4Afs8+vexFx3YMn8KfE12KxlRTyzRt548dGuQQK37ipVoP0kXvce3Qo8v8PVkkTQV&#10;ZAc/4eOeve+Jr9pw5VJ2fJZHASq5qqamhFDWQF1stP8AcTXQkMBZxcEe91IPXtFsrfD2+meve+VU&#10;dg1FHU1kc0iCnMaRYypqrV0ingBQYgHt+SD7sCAKUA49XMNmUqO1vtr1722xY/aGRVzU7r/g0MMS&#10;tDBWYmeskkK/pp6aSjBsR9LtYe9mUqCaZ/w9VCwsfjoB6jr3uFDksdjKpJaTM1KlJVJmojW0VRPF&#10;+klpqVlZD/sb/j37xWoAAD8/P8vTrYMQIFeHnTP5de9ulVn8zkJPBRbnz2QgctIqTZ/MaXCeoRyQ&#10;1crBmUCw4/HvTMSdXXtRbAbV9pP+Xr3toqZ6uqljkq6v7qdlCj7mtepkVR9F1ys3+290rmv+TrWW&#10;/UfAOKddAW9xyKRpdFQil2ICyeTxwoTz6gPqB73WoqOtHS2DUH1r137UlNhalYFq6XIY6OIxsT/l&#10;8QKL/qJR/ZB/x91yDnj040TMp0tQEfLr3tYbfqFpKKoxWcymmnqZIZw1Hk4Uo4it2Vp1bhv8COR7&#10;uXBAP5dF9xZnSFlP7P2/tr172Y3bPzATYdJtvG7Q21FQ4zbjSRVdHiaxaJ9zVunxpW5fMohnmF7s&#10;I7W9uRN4bEE11UP2Y4DqkYnjXw0AIGMYr8yeuJRW/UL/AOBsR/tj7HfcXyrx/wAnNh57r/cHV2Hw&#10;Bq8PlqyPc0OYq8rUYutxFA1ZA0MFQgCl2Sy83Fz7VO8bLRq8PXqsdzIztBKmkEYNcY9BTh1EgpZI&#10;JmcVMjxFSBAyoFUk316l5J/H+t7qko3ydbj2XHQVUsaR2qWhGpUdmspkX8An2gb49VKDh+f+rz8+&#10;lsQkZMLUjGP9Wepvt7h2bu6jo1r8nST0kEzBKKnr6SeKTJSH6x0YK+r/AFx9fdNI1VPSpIp1GphT&#10;0qOP2de9xa3aVerBnxuTp3kOp4nxtYrRMPqFZV9Q/wB8fbn8+m2hYvQgj1697z0WCzWRkjoKLF1l&#10;c0bXjgWjmMlxw5CFdVv6+6lgDp6qEkJCBeOB173iqce9JJJTzRIktOzJJGUZHjZeHUhhfg/717sC&#10;FFfPq5iKfF5f4eve8IhWzMjREaQxUyBGF+bH/e/bYiT4q9eB865p/Lr3vBT1SeZzGEYKjh1vrHHA&#10;YsP9693Y1FScfn14Nmg7q/s697UlNtzL16MaOGKeURRzNGs8JaKKUXVnRmFif9uPbRKuAQePTmhi&#10;tDx697aJoqilqBSVMBR47CUEhVIIuAD+L+6+CR3V/PrTMB2sPLr3uX5sL9tIClfHXC4gjTxNS3/B&#10;kkYhrfnge3sgVPTZKN3DBH7Ove03DFNUVYMjpFAt2d3W/wBDyARyT7sKjh02ilmJP21697ULywRN&#10;GkUELwsVc6jIssnGkM7H6D26JAKA9XpT8+vezpdD1WwYqKWk3zvGfC0kqS074bDVUlOklDUQWlar&#10;qasiF7g6dKqST7aklp2rU/YMjz6egTSStwSD6D0Pz4de9gBuTb+yqDOZBtv5vI1W3aXJTLj5nxM1&#10;QWpklPgheotodv6n6e6DvHD8vPpudQsQERYioyBnHz/ZXr3tX7w352JuHD02359z0GYwUVNTw0q1&#10;mIoKdKSnCBYacSPEHidPp6WH+x928JEbt49LPFungCOwI+zy+3r3sG6ja+UieojklxvnipRV1CR5&#10;GkPgpiOC5DWBbmy/X3sdJjCdWlqH/V6de9pv7aeqKU0EtLRJpGurrJlhiSNOCV03vz9P6/j35ApJ&#10;B49UyewYHr5DP7c9e9qaZcVj5MVHQZGPNPFPTyZACN44HWBxM6anHKGxT/H24poxBNaV4eePL59a&#10;uF0xhY+7NaAfz/P+Y697GLvLeOy8/HtOp2lT1WLmp6SmyFYqyx/Yu7ECahqqP6qUIYAgWItx7coa&#10;dMXa6mEkQ04xT/V64697CfftTtDdOCxlbhEo8duVKp48nQ0HkjoZqBIbiqlV/SsnktpC/W5uPdH1&#10;aT1sfqICcNmo8vTHzP7Ovew/24YMRPXtXYyHMPPRNFSxtUPGKacsNNSdF9Vv6Hj2ylVxxHn1ZEXS&#10;Q66gRSnDr3uZuXPbq3dJjqfJxY6GDHww0lMuPxlDjIY4ox4lkqTSorSMB9Xcknn3arE+VPTrbapQ&#10;BpA0jyHXvahpTRYWkojQ5WGpyFPUmSSaGGSMeF4/UyuwuWV7aR/T6+7uyn+kB68OrGFVKuDq0+Xl&#10;w8vs868eve51duLMblHjyWVyFStDzTLVS6lTUNXjpUYcfi4Htg1OSOPTzSPKO8mn7a+g+zr3sRem&#10;9y4jbW66Cfd1bk4MFUssFdUUM86VOPSSRQ9aY6chmCJqOlRz+Pby6APT/V69J1s4GlDODQ4OaEde&#10;/wBb/kfs7G5N09HY3cLZPGV21+wNrSyRiGkxedah3H4PCNdTXUueWMtMDY6UJH4v7WwXBVtR+ynH&#10;/iulxsLGF9ShWBpiuRWvr8/T59Y42d4wXQxSEG6Eq+k/i5Xj2MXWXzY+MvVlVI2NxHYWOeSknppY&#10;pcVS10CvNGYixnpnN0W9xpF7f4+1xvlRvEFK0wf+L49ahjsYpCZAc8cVH7ek/ncRVZuhbHyPSxwv&#10;UQys4M/k0QyCQWsPrxb3Xh21/oS3Vl6vKbc3HuGrqMhUTV0lS223oKWOepnaVomjqD5HC6rB/rxf&#10;2gluXZu0fI+ny/2elb2e1yOfDBckelB+fy6UnsJMTkX2pVRTYSopcsv7geNjNQOEtbS00ZDkEXB5&#10;9pZJnB0VxTHn/LpE1vBbS6YwGFOAwR69e9rfY3Z/8C3nQZrcux8NnsBDWwz1WGUyyCaASapIxK55&#10;Lf7UPbZd8KRWvnwp0zI0qSjRECODfL0/b/KvXRFwQDYkEA/0/wAfZ4sv/Mt7y2JmVx/SezNk9Obd&#10;gjR5KCsw9Pm6nKxMgMRrZV0IiW+iQ35/Pt21kkiNSa6f8H+XHSRobuVyjRhFB888PsPQdbu6r2Z2&#10;BSwUe+sZ/eiGmkEtNHW1NXTw00yk2mgioZIwGsRcte9h7z0n8x3fW9c1DXdsYjb9RUHRG2dwhqY2&#10;hifhjHQXYILfhT/r+xbtW7wQEFgMeX+Xo7sXjhTQ4X8WR5fM/Pp+2zs3b2zsRDgtt4+LFYuC/jpI&#10;P0aj9Xdj6mY/kkn3YV0h8p/idUQxy7i7ywuDylT4mlpM9SV1OlO78+NKkoV0j6Mw9j205m2gALIx&#10;BwQKA19fy8uhALuzauiRdXmK+mOJ9fn6+nQR9wwdpTUpi2Ps+nz8caOSU3DQ4qZwUH+6a0rqa97A&#10;Hn2c5O9vio+MmyUXyJ6vbGQwpLU1D5pFZIGcQxtDGRqa7sqkAcXJ+ns1PMOykgaxg8POn+fz+3pk&#10;MhwSAoNANQoR5/LjkfPHRKWp/kolfHFN0hu37iZ2+0lpsthpccJlPkmbI1iy2iTQD4yRy1l+p9//&#10;09J/KyU+3FipKGtrIaeriaro/uH0moRjZaiShZnWGWwBuoHt5H1Lq6WCQNH8h/qGD5/5+t/e3/G/&#10;8fbNQUT5inkk8dZVTGohkjq4tJKlGvNHNTjl1P4YHg/j6+7hj5dXjiVvw0P8VPLh163/ABvj6+3o&#10;rRu7tNHVywQqIlMFKqsp/ToDL6LlrAajc+2n1khicf4KfL59KB4RNZBwx5/z679veT623dja+npK&#10;zbrwNXw0stAI6jH1U1YK2ATU6BYmN5GDWaP6g8H34Eca9UeGRXB00rw4efqP9XHrq1/b/W4PfWwK&#10;/A5DeWxGgxVFPRySbcy6mkgymPUh5aeoVJPKBIpNnNgPoPbikSmoyKfz/wA1OmbmGWKRS8WPMnGr&#10;P+br1v8Aff7C3sd959ifF3c/VWZpaHqOr2ju6QaKHLUVKVNJOrjy1FLkIZGDAEWMUv1B9uVyFUjF&#10;fsz/AKqdF5NsdWiLwzUnh61yCeuIDhydQ0aQAtub/wBfZPsLt6Svr8jTjI0FHTxY+Cpijz2WipBW&#10;6mBeKhqJLgz/AEZI/qRce3hxqRn19R0uiRgvdQUXGo8QAMDrn7Mf198Zd0do7fEm2t44GCsqnNS+&#10;LyOboqOhyJp20wumuRCHT6WZbf4e25GIw3DPWoYLq4Qssg+Xl/xdOFescs0cCGSVtKL+piCQP8eP&#10;Ybbp6OznWWRq6PdlRi8axaaGomx+48dVzzyKdbqs1I7MqfTgH1fT2zHcIyllqPlw6djhdVLzELTj&#10;niKeR49clZXVXU3VgGU/1BFwfaT2rvjdW1DJt3CGqkps1WRvSQ0AovvGeEnyMtXOrG7rxYta3vb6&#10;ZO7q8cskI8NODGv+o9cvbLuXO7oqq2slqKmVlkmV6+mk+zM2iJr+IGFVUsPo2kAk3J90OlBXrTPK&#10;WoCfU8OHXveF65KjCPDDDRQ1uVkedquSdzUY+GI6BSx0w41SDnn3UlWamT5/Z1p8xaAMmvDy/wBX&#10;r172quq98PsWnzFO+BwO7KfLQMKul3RTBqExJ6BJBKLSRSoxLXQj8D28tDVScdMoHWoQBwRmv8qe&#10;fXva12DuLqjb9HHns7tHD77zHkycFVtXKQZqCm01czCCpoMvGfGqQIbRghmJ5PtnVIxJPDhXqscS&#10;xr4zRhzwp9vD9nXRBIsCR/iLf7b2NsnbvxkyeDotun4pwHNTao6XO4PsPIRZ5jG19EtHIiwE82Xj&#10;1D6m/vYDKKDNf9n9hHy6SDwANH01STUEGh+da5Br0zfZZr+KGqGbi/hZRQMUcVEXDBbM/wDEPLq5&#10;PNtHHssXYMm06PLUtRjNjbl2pHCZaiGizlSaiqracKFjj9A0qit/uxTz7dCnSVfhxB6VJoEhV0K1&#10;zk/6vlT59PQ/31vaOfO5qqr6avpaw40VMxWCKhyklNJREWVC09xoB/C3F/dOI9elOtmIJGn7Divz&#10;/wBVOve1hkN0Z7cBhbdjVOYr6dKdcHV1McVbIxxxMUKqacAzoo9Pqvzzf36gAx080sjLqlFSOFc1&#10;9OHkPPr3tG5HMZRHkmnpoaeokqTFPDJQIPQ6keMQzD0j8lf9696rVTTiR008jatZAFT/AKqde9yY&#10;8VkpMA26PFRQYSLIyYwLBUQitqckIxK6x4wEyhBfmQrp/wAfabxGB40PTgX9PxSMcPz697f+tcjt&#10;bG7vosr2dtLLbz2tSyRCuw2Ky64Gqqqdv1Uy5E2KGxFgB+PwPb51kCmK+XVLcRo6mddQBPA0+XWC&#10;pjnkgmSmmWnneN1hneEVCwyFSFkaAlddjzp1C/8AX2tD1/leyd2blyXSfVGWpduRVEiYnb82dpc3&#10;U4THyS60kydfXPE0j2/tBdKj+vu8atTu456L7i4lV2e3hABJoCa09anrjD5IKeFKuoSedURJZ1iE&#10;CzShfXIsKltOo86dRt/X28x/ET5JZaqjgj6yyk09YEWnJqaYSu19aNAjOSY/6kC1v8PauO2c0dcg&#10;kcPPomfebtGq0dTWlDmnXpaylgR5Zp4ooogTJJI4REA+pd24H+x9pDevRnavXtdX4/dWxK3F1OMh&#10;pmyjyKtZS0jNYxmpnpSQpNxwbc8e25oxGxzjNPs6NLa8ecHUmDmoFft4cP8AL1khmhqYo54JEmhl&#10;UPHLGwZHQ/RlYcEe0tg+sOwuwMtFQbU2pkMvWRxBETF44xsungSzeUgRxj6GVmAtzf2jMqqMDA6W&#10;jxJGBiRmWnkPP5/5+ubMqKXchVUEkn8Acn2YPB/DzO46NavtftHpTp5NZiak7A3xFUZNfSGMgwW3&#10;RUTkW+iW1H28HIrozqpx/wAOevGGcCkzpFXyJ4fmOHSeyW40oZI4afEZzKy1EDS0743GyzUTPyEh&#10;mr2tFEWP5kYADk8exs210r8CcHWwx9l/LPd2/Z9SmHBdE9P7jnoaloku0a5/cGlg1/oyx2tz7qWE&#10;poDpoPKvlx44r6dEVy8UmotMSwrQLWmPMkVP2enQRZPePyCyIan2r05tzA1STOpr+wuwsc2KkgHC&#10;SxQ7JjyFT/iQ8YP+x9q7L5X+U5tpmx2P63+S/a2YmhMrzZvdFHtSOJoV8hilpkh8qaj6WK39rTDF&#10;5A0A41Fa8OI4U/n0kX6cMWXUw9MnP504efr0n4cN8v8AN1IOV3r0dsOiKgW2rtndm+aof1fVuWXF&#10;oT/hYD3Pxfb/AMXoc9jdudF/y+MNunJ5DDROr7q3PvXMZikrKiOzy11TEyQCBD+qw1N/h7tFbokm&#10;vjTGSaGvTs0wD6Le31MPWtft8xTpY4/rrs+WmjG7O8crkayKqVxUbW2fg9m00lHqu1LNRyy5EsxH&#10;Al8oI/C/j2zbpwHee2tv19JtvrHqqjzuYir8pUbbXZ1HW57beKd/8nG26OvneQpGCUWRkcki/J9v&#10;uUiOhSBXNK+f2/4OtQ2O4ymhhTPlSp4eQ4/s6GWJFCQ2qZZBTosbO7oTOVUKXnYAAsbXJFufx7IJ&#10;vDY/dUNFkK3MbS3DBTwpHV1j5CjWClo4ZWu1RJCiqYVLfgKB+PaMMzyUBrStRwFfn/m6cSF7UETR&#10;UK1qQoH7QPP9nWcWPINwbcg/X/Yj2otjdc4SgxVPk+yq6Kqrc5TLNgNtUs8NHVVCNylS0qKXsB9S&#10;falIWVQqiv8Akr0230egGZTV80rTj8vl68OuWn83Nz+ePa2r8Ni6eKGu2njpcXlcSI2oZHqoq+Jj&#10;TnWGkjeIF3H41f7H3SWJ42+ePy/zfPpbaQ2ChTbR6XrTOf8AYr/k68Rf/Y/Xnj2Du76nfOSkjyWV&#10;x9PB95SmR6uGhoKanrgrkEslKoUyk/rGkH+vtIXK5WoocYJ+3o2Mccv6ojXHyHH0PXhe3+P+8f8A&#10;Ee0RjKbJzaY6DGK9W0cszxx0C1NolazMsTA3A/NhYe6lpD5nOfP8qHqpVY0J0jyqKceuxf8AP+8e&#10;1tFt3sHYTwbjrNp1mMjyNLHNHV5XbPnxbJJzFVQow8aqfwW4v9R78RVaA040zn9vVPGeJq6KV88Y&#10;9MfZ+3r3uQ3b+/KGrnjpcvRYmWo0yyQ4nbuIoRPOY/GkiiOFlDkfVuCfdNBA01OOGf8AV/l6VNM8&#10;w0axj0Ucf8GeuiL8/wC9e0/U723tUVQkzGeydc9MSIIV8UUEDyC7if8AhqR6xpPqDkj3cMwUqKAH&#10;+XSD6CE1kmBY8P2/Z16x4/r+efrb6c+/R5zfkcM0NLW5iWhSSKsbHYpahqFpXJSGU01ICrfW+ojV&#10;f6e6rROAp8+nYrFYk0xggCnAV4/LjXrv2I+An7zk2pnftNjbm3Hi545nyWerMDlc5PjKUR6JlYsS&#10;YgE+rSpcD6e6Oe/UDUfs6VLFeLrdIvEWlCTU/s9Pz64kqtgSBc2Fza5/oL/717A+mSpqBTQJQ1VS&#10;1bJJTUUFI8kLTVRYkw+Nrn0EcoR/r+3i5YZ6pQsArJXVQU/yfl1y9yYsQjYavylRmY6LMUlf9rFg&#10;KqJxU1tPHGTNVxVB9CmNxoMRsTe49stIY5BXgfPqos4WRnwrDyzmnmK+np172m/uK2pYSzTu+uSF&#10;GlmldlRV5jGljwF/AHHtxCQanptY40kBQZ8jny+3roC3++/4p751XlWcrFUVLfcIY4aYyF2kXSPJ&#10;cITe/NgPr70oIGfXpzP8VD8/59d++MdHU+mOmpZmnj8kjCNHMmjT6tS2uAOb+7dWUEgU8j173JoJ&#10;6j7Sqpp2aI3ieAaghIZyG1IP1pb6g/n3omgr1rWQhJ41/ZXr3uLIoVaYqoJEbJK8Ze66iSJJFH+9&#10;j/Y+22chwo4deKCmDU+v+Xr3uA4Rlji0EyxzGzljd1UarkD/AB/qfbhOft6bZSH7RwpSvD9nXvco&#10;mKoRSkZWqYnTMhtHIE+pKH6Ef4Hn2z4h16DT/V/m8unSKrUjJr9h/wCK697yKrxwQxMWkMjs5jRi&#10;piNrEh/9q/oP9j7eoaEdVXUABWny697wuGign1RnQzIrsXVijn1K6g83/rb2wrZ0Hh1c6ghYDh17&#10;3jijqKdqZ4dMssis7xaF06F4Ak1cMCD7vECKlsZ4f4M9VNRSmTioHp173lr4VmpKQ06SrUjyCfyD&#10;TGWY6kaC/wBAB7cANdR49ecVAK4I/l6de955BSS/bhx45lpIA7av11CICSSv0DD0/wCJ9+oBjqxp&#10;wNK04D18/wBvr173HyP3lMpU0ywrEzLIHWQCWwEqgpIL2seCPr9fe+m2DAcDQceve1Nteu2G1LlR&#10;vDEZqqeogE+GyOFqkp3oquNQjUNXQyjRLA3JLagw91atBTryvCGo6nSc1HkfQ+vXvcehwNLnKqr/&#10;AIZXUWNiijkmiiztZDj5JQo1CGKRrqzn6KoPPvw6uqB6hO37fn6/5Ove8kFBjmnpsfOcakmmczVF&#10;ZW+KmgkVNYWoqowefrp/re3vZIHGvXmMEYo5p5V8uve2GnpqKLNVNNXotfj/ALWphSXHSNIBUOh+&#10;3q6eS12CvYcj3Wtfh/n0whR2anCh/b5fs697xtjYqWnZ3qYGlh0hYTdnkL/5xEZeOP8AUn3pywyB&#10;04IwG1k0A8vnTPyp173Bp6mg/dWSMtq0qsomK+C7WZ3QA3W/1HHtrVJjV1uqEU4+X2de9yKmhhkA&#10;0zy1cYXxpKFkCAqOI0Dm+n+gH+297Ds7UXqxULWgrQfP/V5/y697g0tNSrPCy3eQzeKOMP8Apf8A&#10;WpVCfp+bn8+3z6inl02RQ0r/AKvXr3tYUO6Z8bQ1tLEC0s0htKkcULBo24VZFGskH1cHj8e/dOLM&#10;6Cg4k/4P8vXvcOlyiZCd/wCOVuSSmmd/uJqR5J5WlmBKPUK7WYKeCD/j73x6qjK1RLUjPXvcUGKm&#10;MkkcMQo45CsdO0mtZ3sVEojJDDUOT/Q/63uhyaHj+XXgFpq/Knl172r8NLVVsTR4aip1dae9RDU1&#10;EUdNE83p9IqnCGx/SAP9f3fUaaR5/Lp5AGP6IyB/h889e9xxunc+2KhExFa2Oq6IEtJTrSSOs1tE&#10;pQOrJx+Bz/Ue6rGxOVNfXqpmkiOlagg1/wCL/wAnXvaVSbM7imq42qKrJSz1KVNVI7SzTiadrAyK&#10;Bchje4At79QKemgZZTpU6ifP9vE9e9zaTB5rH1k+LpsfXRZjInwtRwtJAaiAXbxiO4BUn6q/vdQT&#10;QdXWPSSi1DH59e948bjMsGydBDA0cjjw1kNRLFEEeCTyMJWnIC2IuR+ffvs49aRGGpBmvr/qx172&#10;JG18ftCqpqqLctNR0FXTQyF8hTbl+zMzxAMvip5I3SQkXuUb8e9PI4FDnPzHW5I4HiZpANWM1p/L&#10;7PPr3tz7Al6PjxOBg65Tdg3DDFLLuOry8y1NDkZFIMUtMygeMoQ1mX6ixsD78JCWNPnmvDpL4Vm4&#10;EcIKkDNfPzoPT/Z697CJhX5uOpphkJI4FvVy08uQkiEscf0aOKY2dgP9j7sSWFDSnSgK8jcfLh/q&#10;weve2qlqK/D1dNUYGslpZ4WZo2HqMgcEGKWMcOjC4Ktce9Y406bBKnVGdPXvfdNkspRVdWK/J5OB&#10;6qFopzRVtTSyVEMpu9O5Rh+3z6o29J+lvfhqAoMdeDPXvJAPn9v+T5de9qPBZ2v21VyzYjcmZwDq&#10;iSU9Vt6umoKy0kdwwnp3UlBxqBNv8Pdi5/l1R0AdmVyB8vPy/Lr3tf7Xrd27xrKqWgw0vZGSxtFW&#10;bgy0dbRzZKamwmHUVeVytXJCY5THGp1SuHuFvz72pKkN5eX29JZbdvDPaJaDVgZxxPr8uuLFVsWY&#10;KLgXJAHqNlXn+p4HsbOwe7Ouu1YNlbNGyNobAo8VQR0U2WxeIajqI6yOLUZ61lkMs0LPZrS3YjkN&#10;7fEgcZFD8/8AV+3p62a2nlUOmgjjUZH29Y4YTEZSZp5fJIXtMysI78aItIFl/oDf2W2rpMrTZKTA&#10;4llzFW8k8EhEDzY6tu5WnrKUAhANJBXyXt+ffsAknh0tcOjFE7v8o8j1m9rjC4Hr3GZDB4zs3e1R&#10;VVLTmgrTtmOCqptpRVQCJVZOvcFJzET64lvpFxfj3QkqK8Qfn0XgxhlFzIXJxg0C1+fmfl172GW8&#10;MThaDeGWw+38jVyY2lmmSjylS8dTFk6RX/YrYHoPTolX1C30+h96V2p8v2/b1ugV5FUllHDPH7PX&#10;yI9OvexG271kyZOCDNtPiS2LhzMuRrcfNUR1lGwB148FTrcgi1r3960sxJSnbkUI/nX/AAdJ3ZYZ&#10;aEcRqA8qde9qHcm6es9t7jwFBt7GU1WmO8EmVy1Zi5krDVxyiUpWU9Vp1ji3jCj62Pthak61XPl/&#10;m+f5dJriWO40+GnDieBJ/PyHn172fnYPyR6SyVM2a3BtDMpPjcW88lLt/a2MpYUmgGiNIlxgsyy2&#10;uXkYlb+r2t+pCihPr/sdIza2b3HjOhUjI7f83r5dY5PKVHiKBtQuXBI0/wBq1vz/AE9lE7P7u2Jv&#10;56uqpk7AoK9MuslKs24Wp8PS4fUdWPixFCUBkta0lzf6H2yWLaQMV458/X506N4I7adEQBvlU0FK&#10;5qMVp1z/AN4PtApubpejpqnSm5Mpma6roJlfJ0NHJj8ZEjXyPjLO7yMU4UGw1H6+/FyRSuOFP9Xr&#10;x6V/ura6FlXW/wAxjr3+8/776+xy2h3b8YsT2Hh9w53q6qTZe3cZNLT4XE1MK5HcGe8QipqrMvPe&#10;0YJZvHHYA291UGtWFT1eEbdFOH8EqFBxTJPlUenUStirZaSSKgqY6OqbSI6mWD7lIRqBZhAxUMbX&#10;ABYewh7z7U2d2f2BS7gw+248Ds+kx0kOIwSLGakMzXepyUqfrlb6amPAt7sWLMKnh8/8HV5n+rnW&#10;ULRF8uB+f+x1JjV1jRZJPK4UB5NITW1vUwQfS5/H49qjYO5up4twYqSobC7OariihzGf3fRNW4zE&#10;0MKaFo8JR04bXJOP1VEp4P49+1HVio/y/n1RXjE+gDw/9NwofTrkb/gX9t803Se2M3lMVie0E3Bi&#10;c3VSVP8AGcDi5qXI4io+4MgiMVQAk1O97FUI4F7e7lkLAKOmwsULFNdQxyQP8JPH8uu/aip5eisf&#10;t3IZWp3PuvL1v3DxUMtRjaTH0tdNE/jahWCNnkFz6tbjlfp7r366rQDh1ZDB3OGqOA8uveylb6zd&#10;NU1ubeOPR9y8IpFtaOCAjSqxIOF0gcH6/wBfe/w91KdaWQmKldWcHyp/kHXvaJjpKvIRIlbKlNTC&#10;SBA9YWRQxWyNHxcC35HB968NCceXl5dWo7qAx0j/AFfz697GvaT9XQdb9qYTfsZTd7xYSfrnO0Qm&#10;qFiyNHUWr8bM8V0FPLASW1D62t781K0Bp5dJ9UQEkchPiEdvoGH+AEfz64MGLKQwCjVqBHJJHpsw&#10;+lvz7DDaGxajeWYbH4Stx7E1Cx09PWV8NFNUIfVqjinIBsOBz9fd46EgE06TkzyRlVI1U4cKn065&#10;AW/5EB/vXu/L4jw9D/HHr6o3P2zntu7XylPjqibG46sylHUZisqVjMlQaSCAszgkADkcn2Yxm3RS&#10;Hx/P7KHpOkcsWkOdJJ7q8afLpB77Td1XBjcbtSOONqusT+K187pHFSY5DeUKW5Lt+Ao90Y/Ivs/F&#10;dw9w7/7ExmGjw1DuPMyT46jp2AVaaI+GOpqFUAGSVFDtb6E+yabOePS6IHJbzJPz/P5+vS2pYvBT&#10;wwa2kMMUcZkf9UhVQC5/1/r7BamSVnE0cJmWEh5EGogqvPqt9F9tKCBUY6e6z+8yTTM0tkYq7a2i&#10;RWKDm4AH0AHu4J8+tceve4zu8jki+rgKF/A/pb34mmBx69Tr3tUYnC5HL5KgxeKoKieWZIpmUrqZ&#10;WlOlpncX0oD9L+1McRdglM+Z+fTc9wka1jqKY9T173YVjPhJl5+n909gSmrk3VhccKuDHQRLLS1K&#10;2DyiDQdbFE5e309mBtKITwI8+kS3DkO+aiv7B/l9OsLzxpJFExOuXVpH49K3Nyf9sPdemKiqf4kl&#10;GKF6mrWSUmArJNJPUm6wxGEc/q5/3v2XhA7UPHpV9XCsQmbP+X/ius3sTIult1U+PG4tySQ4nFWe&#10;ecSvad1RPLURRxCwBA4tf3doaLq9P9X59bjmeXvGAPy+fDy697CDG01HW5WOmlqY6DGy1Hrqqh9K&#10;0tNr/wA4xH5A/H5PHtG2H6UppZwGNBXPXvZpcJuDHdEwGupKDaO8os3jvu9v1NVQR5CodKhDG1XH&#10;VtfwmPkMjLcH2oGARSnpn/V+fVqSwHAVq5BpxHl9nXvZZKzI1mfy081JReKWrlklNJRRM41SyGR2&#10;0oL/AFPPFv8AD212k/Z5eX59MZC1p51x69e9jduX4rd17f2RT9j1mzaxdozY1MrNk2npoo6Ole3j&#10;aWCR1exHPpU/7f3uRKfDjy/Z6dO+BdLH40q0U8P9Xl1jEsZkMQceQDUU/Nv6+y5pPIkiOWJsyGzf&#10;QhDddS/QgW+h9sByD3Z61WnDrJ7EnLdrdk7hoYMbk94518XTQw0tLjkr3x1BHTonhjijpqIRrpA+&#10;txyPrf3dT2Aft680szY1nH7B+XXvaGmQKWihrfuUj0vJIqOiBr2YBpOSB/qvz7txyOttTyNf9XH/&#10;AD9e9yVizdJT1ElOJ2o50VZqikBlgcD1J5HjB0kc/W3uupwar5deLFfPj1721Crl0BCFJBDayt5T&#10;zcLrPNr+6+IxNTXHVKClKde9qzD7kpYKZaGqwWNyLCUyx1NZPVRtGv0aJRE2nn/VEE/09vxNVqdP&#10;rLGqaWQE+teve2uvqaWqmaaGFUUs5jpozK4hLPbxmR7M4H0Btf26wNO056aqCajr3t523htwblNT&#10;jcJjJqyqSztJBGWmjj5EkKsODqBuR9fdSrsuc1wRw6bMjDsRNVeP+ry6978uEqb5TGvEZ6nD09RN&#10;MsURJp0iAeolqX+o8diCp+hv70VUnP2deim1BgwpQHy9PP7PXr3uPR5lQsiVoE8nh8VNUStLNJCV&#10;SyxCJjbSbC1rf4e2nUBhQ449KBLRQTk0697bqOjyeey0NHQwNPV1UyRQQRC5DSShEXT+Bf8A2w/w&#10;93jGo+vlTpmSVgK0yfT+XXvY5bb6A3Nld94vY9RFM9fkpVNRNBTVBosUPVIxqKjSUf0At6D/AE/r&#10;7WLbMaf5sV/z9Fj3yeKLduJP7fM/s697tF2t/LWTcu3qPGVW65MPjfIzvkYEj89VWNS/5NNT0TEW&#10;McnDLJ+Ljj3WSF0GB6+XzqKnyPSmOSOXt8QDJI8/L16YsluHH4xjHMZZJVUu0cMZcqgNi7H6Ace6&#10;zPkV8fdydH75ymzcnVnKyY2PyNlWikpoaxJj5KWop4phcF0t6QTyDb2mJde1sU/Z6YPTwcJIUYki&#10;nH+VR69OtLUw1lPDVQMHimjWRCD+GH0P+IPB9hTtrfe68OoocPl3xUsjRxxQ01OGmeUP6KhXl9KS&#10;Ib2k4YXI5HvwVpBRuI6UVmNEVqHh88/5upHvHufH79mi/j2flyeRp4JyorKuqNUI5HIkZkQMQoYW&#10;JIAHv2hh6Y4dVe3mRdc3D1+3/B172nq3J4zIZOkalpFxdMUjFQ0zGp1VDJpnncL9FLXsqjj3bxAT&#10;Q8etsVZwQKde9u824lx8NRjaHC4h2taTINHJU1czKl/uYHcgR8c2APvUjADTXPThbSPDKg1697T0&#10;OVywVImyVXFDoeNI5JZJlSJ31NHHDISFBIB4HuinUaEdJTGpGeve8+T+1SohqJcrLlZJodc0iq6y&#10;RS6dKwAv/Q/Uj245KLU9PnDCprSn7PTr3tia8l5nkfyCxj/LMBwSzEnn6W9ptJrWuP8AL59UJNdX&#10;XvcupyElTDpICMhVfTaMvZfHqcLa5P1Jv9ffkY0wethiB8/9XDr3vqVfHGVimEyxMpXWlidaajp/&#10;1jcH+vu2evH5Hr3uVQ0NJNG09XWhEQnyUiMPvCCLLJD5fS4/BAN/flZhkDraqCKk9e986yoSFw1N&#10;VVJXW0arNqWoSnC2Uqx4AYE+kfT6e/Mamp621K1FaHr3uRiMxR0iTpWY6GvjeKMIJXYMroeCxvyG&#10;HBtyB9Pbnj9tB5cOtq4AOoceHXvbaXYTT1MBWJXlBYU/pSJP1BYmP0sPrz7aHH5+fVeBOnr3vzIy&#10;M81PI6RuGdHuyXJPq0sv6ub/AF+vuwJGR1UY44r1728UeerINRqJpqp4vXGZXcq119Aex/BFxz72&#10;0jcBQfl+zrfhREhitT9uM/5acOve8UGUrTUSSA2dgspQnWAQPUdJ/r+ePdlLsdLedc9aVUBNF4/b&#10;172L2J7W3tsyiDbOysdFjq2CWCsw+awGHztFAkqhJWimydLN41Y8qUcFf9f3p0D9vlXj1tb143DW&#10;9QnCn2fb1xZQ1r/ghhYkcj6cj2F1DNkpMjlamtpoKuqmo6yeSKRgqjyHySVNMsfF1/sgfjge6kAU&#10;x05GSXaSgJIJ/wBX2ddgW/33+9e2WOqk+8ikkvIFMbpSWbxOG/sMv+va4/PupYAdVpUjH5eo679q&#10;GXLVT109TXUyfemdKs+eLXIssSeMKVcgkEWup/w961rTVXp2p162Wp6975yZyWoEkKY+movOC08k&#10;YvNNe7E6WF1X86FNvdfFQkef2deL6/IA/L/V+zr3vqjy9NEgevoZcnLTjTSTyVYiSngtcRNCEOoE&#10;/Uk3twPd6qfhr14EDiCacPT8+ve3iuzEu4sVG8VKsNTSuq2oKKSClipadbK0s0ZNz+CSLn8n34k0&#10;49baVpV1eY9PT59e9xcDW1+Mkpp6fINgK2NpWjy1M1bQ1TI/64JaiAjUh/Fl93Vxkn/P+fSZ4dbV&#10;U6D/AKs/Ly697zZGu8xlmkzVPkanIVsbViv5aupa4/4EtLVAP9eSLi/upAeirwz04kYiHxaiTU9e&#10;9rHHYLGY/wAOWxu9dxYjNVKkQSRbeljJjZbypDWY+Q6f8S1uOfbikECgrTy61cRaGDq5/Z5/KnXv&#10;bbu+prIKRGq89uDOwV8kctVUVNVNDRtUwvpPlkZmJa3KsRcD3cCh18KdNLC6MHZiQfnx+3r3t/oe&#10;vsvlqDMZTCfd1FFj8UmRqabGZSSvSSl1LHNaoVgS6FvIyMnIvf3pncGg6dljuPEPhnGnUaenn+zr&#10;3tPy01TjNxYbM7cf+J1e34qHJZU0EsLSQmOYIRNUwkqGZSVYckfkH3egpqPl16UHQkyZ0gFqcfln&#10;y697sTwPxP2L23tur7C6O3XkMXvnFotbkdsZqOhoI8flTAlW1FJkIJNUyTMzBJ1i0MfS1j7bBqtG&#10;rjOOPy6LZIjOxmtnZGBrpNMH/Vw9eoklUsEqxzC3mdUp9AZmc29WoW4t9Sfddu/tnZ/bOfrKvLrS&#10;T1/8WmGQlgmE1O1dTzaammhnfhtLgqw/2HvcZDoA48qn59KYBJpDzZY5J+w9Sr/4H3n3JsTJx0x3&#10;O/8AAsNLk0hePBmqMlbJHIgIqo6NDYI31BJ493rqyR+3pa0TN+rQJU4BNCR13791ZtefNbxxP3TQ&#10;a0qpatxKLRlMbaV0aKEfpktp5+vuvBgzY6QTgiQOf9gny697tjn+EuC3xjsVufHZ3bWIizsENfNQ&#10;ZQeCLFNpEtfHBkYSwaPR6l1gFTxa3s6t7RZe3UB8z5f6vLoLby8xYqppq4n09QOoM9asJcGCpl8e&#10;m4giMpbVxZUX62/PsGO5d09W1uycf1Lj5ztvaexsvkJGyeAhaY7g3RDF9qcpkXkAMsYAtEpFgOR7&#10;1dyQAeHHlV9PP/V+zpNtlhHd9rgqFr8+PGtf8PWZIv3HmLSa5VQBW/TEgH6FX+pPLeytbP7+7B2d&#10;Pt7HYjJ4TM0Ozoq/HYl904+arx8eCq5WmrMZkaYSKk9LJqJEbKSL8WPsuSYoKkn/AD9CVbSSKhhy&#10;F/o1B/2Pt6ysmpWUkqGFrqSGHH1BP5H1v7EQ/J7o/KxGk3b8Ruo83lpJg38U2lVbixcVT6rySR0i&#10;TWUt9QtyB7eE9uG/UjVyf5ft49F7wXfil420DNfLj54/4rpvix8sLKRkq+UC91qHhkDX+h9KKePa&#10;z3Z018a+yur8v2x1/V5/o/ceFgepq9i7kVsptaaojsI4sbm6k+RRMSNHDafz7fmispYfGirG/HTx&#10;GPn5dF8V3uUd4FZA0LfjrkHy7eJHoc/PrNB99HIIp/FURabipQCFw1/0vBcj6cAqT/sPZHXwMNBi&#10;Zc/uHctLRfdSS09DjcMUrslkpY0tz4yqJTfTXIx/1gT7Kshmb/VnoVxFwdceS3y4fb1Nv/vvz/tv&#10;aLfPztAYJ4oKhXEaRzTxu0sAQ+hYXBFlt+CD7ZLZ7hXpaGUDTSv+H9vXvcenyMUd5JIllkBsHOpg&#10;ij8KoIH+sfdafl1tXZTU8Ove1Md2Q/w2mpXx1BX1kchkgq65q2pkp4b6hTrTllj0n6n3d5AoDAVI&#10;6sGPiagTUde9zaLf2VpKWanjTH0JqChZ6DGw01WdBDroq1Ysv0+g9tF5K6qeXljPVyBKSZOP7Mde&#10;9w83nHyNelY9TXQglHRayqkmeS63kaWRgP1Nc2UcfT3cS6nGqo/b/P5n+XVnIrVAVH8+Hn61697b&#10;J6ygnoZRHNUw1c7MtREkQ+0nRSDAsbH1L/Vgfqfp7crgGtD5/wCr/B02WLIQTk/6vLr3s9Hwp7a3&#10;30h2Hi949f5mqw2YqcVW4qSWnI0z0NbHoqIJojw6MPwRfi4t7lf295g3Llq/TctsfQ+krQioK+YI&#10;OD9vEHIp1jJ738k7Fz7sD7LvkQkiR1cH4SrA8QeI9OotXR0lfD9vW00NVD5I5PFPGskfkibXG+lr&#10;i6kXB92R/ID5Q/IPMdbYbJb3izE6ZtstDSZGeKoosXk6ehjD0NFS1VgGIv5JQDf6XHuQOevcTnDd&#10;9rifcy0cXdpohVWHkARxKmhbieor9p/ab272Dc3XaFj1LQEV8Rl9dQqSp6j0lHi6WWaGiipIZUYT&#10;zQQCNXjeoHE0kS8qXANiQL2491D9ZYb/AEm7+lq+wKZMVU5HIS1lJmKQeOSkmDl3M3jALILDlhcn&#10;m/PuFdmCbruavuh8PUa+ItKj1J8j1k9zPM+w7G7bUxkVU06Dn9nl04/717upwPzg6j+KXVkOBpH3&#10;NWbu3PDkMFFvbA0cC1dEsVEUgJhp2a0iEgqzk/1H095hcve93Jnt1yq2xQRyTXM9QZwq9podBpkE&#10;g8K+dK8OsA+Yvu88+e8HODbpc+FDY2xVvAkZqNU1ND5gjyHljqNPTLUsomCSQLZvE6Kyu4PGoMDx&#10;7qcyPy/3o+7G3TmMjnty5lqp54N4bgys9dMhE5CPmaL1LNaPSgRvp+Ppb3Br+7e7/VDc53aWQHsk&#10;di1KE4ZcLSmKUoPLrJWH7umwtszbVZpFbQUAaCKMLU0FfDkPctSCSa/b1njjSJFjjRI40FljjVUR&#10;R/RVXgD3F7Q7noN5bXgy2OyposjWiR87jcdrihoKsG8GTxLHgpIbsY/7DcfT2h37myLddtWe3cxN&#10;JqLhOCt5Mn9EmuPLqnJftfecub01pdQCaKOghkcAl0845PmBjV5jrn7JPmNx5jOEU2bzNfm4YH1U&#10;0lXK8zppGlVj8pJUEfgG39PcOXt5PdvW6kMxHBmqTT/Bnz/ydZObXtG37fHq222S2LDIRaZ+dMce&#10;ve5WJOQmgNDQq6CciNiiszMptpANvSf9b2kiZyQsa/F6f4D8v8H2dLpIFiYSsaFfy4nP+o/l172y&#10;ZbF11NUNT1TSO8TFbTSO4Q/U6dRt/tvfpQwbvrnyPyxw4U9OlCNFIutFpX7Ps697h43KV+FnaSin&#10;aJJkMFZAfXT1lM40yQ1EDel1IJ+ouPqCD79HJJayExt2nBHEH1BHA9emhSQaWUEjIPmPn/xXXveK&#10;WzV4FPdInkV4VufSrnVpF/wOfr7YdTE3b55r/hr8uvChipLjGf2Z/wBj5de9n+6r3t8eerNvpmt6&#10;bOr+yd0U8NNUU+PylalPgUkSMSxIab9T+s/U24HHsVbZfbVt9uGvYjdPQ4LaI6/ZWrehBzU9RLvF&#10;hztu10LexuFtYSWHaprSvxV8iBx+3064OrMpVXKE/wBoC5H+tf2jO8/mT2T25iafB7YoMX1VsWnZ&#10;Yxt3YqyYyorWS/j/AIxl6cRyyoAARApCD86j7Z3jfp9yt0WOFLaNPhWLFeABJ444cc9Cnlvk2z2S&#10;v1sj3lyTq1yHUPtUHgfL16xxU6xsz6pJHa9zI5YAE/RV+g/23+x9gnSdkdkUeyxS0fZ2+IaT7moh&#10;rMBLu/Ly4qWlljsJI8PUytFdj6T6L/n23BLdQbYWgunU6iXTWdJr56a0J+fHy6fubDbJuYKXFjE7&#10;6AVl8JSwauQX4/Pjxx1y8MXl8/ij82gIZtC+UoCSEMlr2BNwL+wc80zu08hcNJIWd7X1MTdjf+t7&#10;39khVjV24/6vPoVrp0mIZp5fLrL7XlNuGpq8PNhY6aT7qtdFlr2laRpacDSlNpb9K8fQezGC6paN&#10;aqhaVyO8tU09AP8ACfy4dB+52em4puEjDTGDROABPnX/AFU697V2J2RXz4tqjQ1O9LHrMzBkRouS&#10;7uR9RpsCPdYraWAGSM0biafyH2fLz/LpTLfWh0kUYniK0NeFM+VT173BpnxmMrihxkOTrBIsQXy6&#10;YjKTpEgZfrx9PfnuYU4LV+Nf5kn0/wA/T7JM1tQSmKNh6VIApivkOP5U697Vjb8yOPpamCOqlxjC&#10;UxrRY6T9Scg63/FuAV/p7da/lRBkihNACa/aKUHz/LpANkgeVJSSyUrrPGv2cD61P+Tr3tk/j1cy&#10;zimgionyAVZq+SZpJWRlOpmUn6H/AFv8PbMM0ukswoWwScgita/I+Z/b0t/d0en9QlwlaJTyBBGf&#10;X/Lnr3tV4vPUW3sVBDRUlFkq5pHkWsjJWskmk9PjlU8MoPIDKL/j2YwXRjFBpds5r6/5D8+J6Dd/&#10;t11fXhaV2ijAytKr61r5eQ+3r3sSayh3OtBBFhP4i9bnqVJAlDG0f3tS6XegnER0yRi90P1UixHs&#10;RfT37RRm0165R+Gor5lcYIAz9vQCjl2vxidxoqwPSregNdQP7Kj9h697RXWPxw7a3RveDH0mCysF&#10;TVVbCeaeF1LCRtbFy/4tcsfoACfaTaOQuad43j6eKB1cmpNCKaskn/Vjo/3/AN0OTdn2Y3UtzE6q&#10;owCRTy8vOvAev29e9iR3PCmzs5UbMr4IYcRsNUjqMrt+teohyGWYCSMVxRmiLrLcCwuPofp7Vb7A&#10;+z377dORptCFJQ6gzeZPlWv8+iPlaZd/tP33aVMt/lVkUAqhFCVJAIBGQP8AZ697DbpLaO8Pkn3h&#10;tzCGKprFq62kStmp4D46TEUjjzTSxxgjiMEsfz+fazlaw3HnnmNbBVJVyBUAkBRxJp/CBUkdCbnb&#10;mDZvbHkS63KRgojRioLdzORgVNCc0z1xJFv+IPH+9+z+fLjr/cue7Ro+ptn5jC7i6v6VwtBPS5XC&#10;w06fcU8sSmpXKVUP63if9soSSLAfX2fe6W13UO/vy/ts6XFntyoFkRRTTgnUBnUM+ZpSnURezvMm&#10;3/1T/rZuaS225bu1THKTRTwXSGzkZrwz1gpXeWESSQvTyPfXC5uyFCU4P9Da4I9q34q7W25232hs&#10;bqzH7rwcdRV5mMVUr1sWnHY2iRq7KZBoXI1Cjp45ZtP0utvZZyBs8W/8zW+3ROoJIoSSAAoLSMAe&#10;JCA0/Pos92Ny3fljYLrfXt2kUxlUCgkszYQY/jYqv2nPTbuTMpt3A5bNvTT1v8MoairjoqVC9VWz&#10;RRkwUdMo+ryvpjX/ABPsgvz4+Ua/J7ul49pUUuA6V6tp59g9O7YZrPFtzG1RSs3VmNNhJlc3OrV9&#10;dKRcao4r6Yl9h7n/AJoPNvMDtaL4Vja1htoq4WJWPcfWSU1dj6mlaKOpZ9k/bdPbbkxYr9hNud8R&#10;c3swr3zOBSNa8I4VPhxjGATxJ6gbSwtXisc1RlqpchuDLytks3XKJFjaqnAKUVEkvqSlpU009PGQ&#10;CEUM13ZiSoYLDVuQekoqdqeFKmo8DVMwVkuh1yPZuTptpUL+T7BsNrJK6kDjSlcYzXHmP83Ug39/&#10;aWoa6udRKCukenAfL1rX5dKr2ZnqPpTMbl7BwOIqaNWxleTNWVH3HkM9JCCzPPTr/mwn6dP+3+ns&#10;cct8tX24bhbQMhZJSATWuB5n0oB9ueoX579ydp2flm5vY5KSRkKo08GPABvxEjNfLr3s6vR3U70U&#10;+66zKSVNJ9hubILSY6mpVMUdJikJJNgbghebcc+xbt3LwVbkEHEhXQfRSa0PGtOPmKDoD7pz7Hct&#10;Yx2lCXhRnZ2zVuJJ/wBRwOvH/ff74e7eOlOnc/jds9P7I3Ltavjjrqbdnd88Vc8KitxmTt/DcnQN&#10;KQ3CSK7wk3AXULED3LHK/KG+w7fYbJuEKiNPFvhlaEEEKS3qi5IrU0r5dQvzRzns026Xu+bffKXi&#10;aOyHhgkiRSdSt51NSdQ+Xp0F2V3XiGi3HksXlcfVT0uTptlySReWRMfmaeoY1eMyToCqMru0YJFg&#10;7BW+vsqLUNPueXsrtnFVkxpafd2aTFNUhabJ0ivO+3durolJWaklEbytCVNhZhz7i7ettdkvt3T4&#10;WcslTk6mYIF8yppUinlg9TxtvMM6Xtnt0yENNAruwqQ1B3CowBQrk+eOl7SWpKfHY+Zl+5NMB+2r&#10;GNjTovmZT9QLsPr/AF948HUZPbXX8UiYbbmbiTImkNJVpLUSUtXH6arI0FdPZhTVDlpvEDYc2te3&#10;uMJ4jaNHGSAeLJxzk1FKmnyPAjqSLSG03BpVOAkbVIOoCvDSKVBNOOKDHUxk1zA6pkYRnlSAjAtw&#10;GHNyPYFYTc8VUauuyeJoK6p3buZqKnp4IhQVVJi8Uz+Wrxld9VVgDYH0k2/Ptba3EkkUTsi/FwNa&#10;kDzX7R/P06SXluIzqhY6YE1EVJUsT/h8sGnyx1nsb3B/B44sT+CfcyPc9NDjezchqrpKfOBNsY6a&#10;OpAkpTj5BIK6pQfrskkqowJN739i/brkQ7ZeTTA0m0ooqV00yGpmopUfLoK3dlLuW9bfG7aTbfqs&#10;rLhgwoVBPGnn+3rxB4IP0PP+I/I9oLobauQ7i7k2tsulyFdmIdwbswG1aSoqCzzrRNkhU5mVdYuq&#10;rSxyueLcc8e4v3aGe/kCQVaRmomo1zXFScUrXzp0OeYN0j5f2aW+lARYFZzQ8VXPD1NCARx6S++N&#10;1UWxtmbr3nkhqodqbdzO4aqMMFaaLEY+SuanjJ/tyaNCD6liAOfe4Hl8bTY4rBRRqtPRxRUNKqMC&#10;v21BAKaM6RxYBL3HsD3O03u17ZXcnLFsVocCpxWuMkY8vLrF6y3SPeYXklLSMw1sZOJLGvn6/wCz&#10;1rydZ72l3LlaJiq0tbUSyZaugR3M65LKTfcSKHteSSS9mDXuAb8+w+yiqkE1iPGVFy129Tfkj+ns&#10;N5vdH1B1BQxBx5AgA+vrx6P4HZ3jIqdOKYxTyHz+fr0cjbVqKptSoIqmepA8YurtqcGR4HUn/gun&#10;8EewpzNEdMg0uyD0xSR2CAt9SWP6j/S/siuYLaCVJAQC1SPspwp/hp0d29yEC6gFySBXNP8AP8j0&#10;a7aWVmqYmVuDE0a1oZWLgh/QbA8A3Bv/AK9vYc1cTX0CxdTYSEqLLfkAn8kfW3sDbxI8wLIeGAPT&#10;ypQceNfy6EcLuorWgby8v9nPQ8YcxxqrMPS5LkKGu7Fbq1ufSPoL/wCx9piWKNHcTxlo5FsBY+lr&#10;3Wx+v1+ov7jeW5uY38JSy6agfP1r9o8uluqViI1JB4D09Tn5dLuMKyBlK8kEgAH6ek/Tkc+2espX&#10;ViiIALtIA3AI/wBSCD/T8fT22JQiZ88Ej5f6uHRvC0ZAUZPpx4cSfz6kK1+Txb/jZPPtqahSHXJb&#10;UHXWWZwWDf2StuLf4e7x3jTroH4f8vR/C/iIDTAoPz8+umv9L+on+yCAQDb3CmN3LclQFPHBYjjg&#10;Hg+/EDXX7emJtSSFwMEUr6fP5HrMoulvrc25PIB59o/MOBq0lg31C6+V/qWP549mFsMgUqAM56W2&#10;ZoAD36fMnhXh9tB1njGoX4H4I/qP+R+y+b2zEdJFO5dRqBuRcnjj6j8+xBtaStNpOfLHDJ4UHEdH&#10;UY8NQJMVoQftPCnp1n9kg7L7ENHBVzioSPQjln8nIVRZWv8AhrD3IllaqZtEBFBgj7eOP9VOjW3t&#10;XNw66RVvlkY4g8AOveyL7m7eqJ6sO9VOlLDDNUmJrj7qU3WOMm9/6ED6exVb2SeGrLknGa/6h0cp&#10;ZgIoJNR55Ip172W7K7+y+UyUldU1DSC5Bi1FY1jt6EiVfoR9L/n2frAUVVByOBp/qr+fSpbYInaa&#10;446fn8/5de9h/lcrLWTeeR3/AHWLsAfpc2Cr/gPz7VRIKEHP29KVUoSE9BXH8/t697S9TLqLENY3&#10;/wBfj8Xv7Wxr6jHTiDyYde9t0sh/Ve5B4P8AsedPtQi5p04RTh173wc6rEEfpBP04/w/x93UeXXs&#10;k/Pr3vgL6W+n1P8Ar2+lz7tjVTrdM1PXvfEGwII+vNvrf/Ye90zXqpao6974jgcg/X62PAPvfWga&#10;de99/UEj6A8f6/8AX375dbGR1735bXFwBf8A3n/Ye/deU06974n6kfTn6X49+6qePXvfX0/2H+xH&#10;v3Xuve88Sf2iRa30+t78Ee23NMdbHXvc5OVsf6hTb62H5v7YbBr1o4PXvfZXkLay8leLj+tifeg2&#10;OtVPXveWNCeF4t+Rz9Tb3RmHE9bBznr3uT41VI21AmxOkDkWPJJPtupJPXlFT173I06yukEiwAA+&#10;vHunW+ve5sKhHUqzkqQdIe6g/wBSP+I90JxkdVI697U1NQFojU1iao3FxGOHZfwxLf8AED2wxoxV&#10;eP8An60XUdhOcD7a/wCEevXvcyimgppC1JSfbOtiJyQLt9RZDybf63vzRuy0c19aeX+rPTwChaVr&#10;6/Z+fAde9yk3DNTtPT5LMrNFO3kjQxM0sLBraUkQXW/05/Hv3giRKqvAedK/l5fl6568mljqpw4V&#10;xjhimKcf8PXvan+82DLBSrkc7k2dgirSxUs9T62YDSiR2JF/yb3/AB7ZX6ssaKMGoNaVxnPr6enT&#10;aiXxi5CcePmRgnPqf8nXvYh4XAYjYk+Q3ZuDBZXPYv8Ah/3WLw9eQiy1fAglNKqllAFiBfg8kH3Q&#10;3c8xEFm4Vh6YweOeOPXz4daubnxj4EVVYHy4gEZzxAI8/Ph1723Rd/76f7utxezaeknKLTUMclF9&#10;5BTwBxqkd6q4TSv0IF7niwHtXJaCQfTtJ2kd1OJp5V4nz4npQ8KTQmMoaVB4mtQRkeeOHoPTPXvY&#10;tU/bG6o40zlPWxZGmmiSGPCvRx4+hxGSmAeXRV3aSYuT6vUNP49kcsNuHSEmg/iJqaZqABgep826&#10;K0s9v7mnViSQBJWmk5r2jiDgk8ScY697CrsTszeOSg15qbb0NRXRI64/7JxR0RDEQVNNkTIWZrWZ&#10;EC/1v7MbSztrU6INRXSBXiSDTivkeOfIVHRjHFDax+CFBqBmnH8vI0Nf8/XvYERw1dXqyG56+uyV&#10;PGRJEP3lpZgBdolYFQAbWLW4+vtZKFjrFZqqt64P5+f+rh1U1SqjJH20x8+H/F9e9qCvy2LO3oVh&#10;pKfF0r6pftGpGrKyRQbrpr7X0k3CkkW/PtIscxujU6qgAHy/Z5GvHq3js7NCyClBQjNMeZHn/qPX&#10;vbjRQxy7WWshy/8ACImUQxQUutnq51N1M8aHTyDpIvYe0bA/XMksepqA18vy/wBVT0sgZNB1koRS&#10;h4gkf6j+3r3tHpWzyRVBagceMeMTmVmlmccLM0JACrzxa/09rmUo4LMCTxFB2/Kvn16SVnk1soXO&#10;PU0+XoeI697YK6otXU7zUiSo0QSSnlGqeokUBX1FPTHyL8c+1sagxEIaEHj5D/KR0y5kZ+0fOhIz&#10;mlOPy/w9e94spkMbB+ymHp56pgrKZdfgp1ZBpRUjI8jKeLmwHu9tDLICxkKrngc1Hn8v8vTRqBpK&#10;5Bp8iP8AP69e9stOD9zFU5KGNKPUzmJVCAIOG8MS/wBofRb+1EhQRmG2YlsZ8/zP+HqpJB1PjPXv&#10;alqzSHCsYqCSCnadWRp10N4WbicgHliLA6faNfE+oFW7hg0+zh1fxFIAUU/M5pxr/m8+ve2fHT5m&#10;vZsfhaaOLW9iKemUS6C1g0szgkBR6iePauSO3h/UuGLH5nH5D5nA6qkrKMEevlip8v8AAOve3qHZ&#10;eVqXCRpV+eKXTJUuGgo2tz5oZG9TWNufyfoPac3sQxRQCOB4j5U6ar39+AeJPrXzHoT172NOwaDE&#10;4ZZ483uvJfeVVXEkiRmWlpJJYgDDBM0o1EfW/H+w9ld4DI4WCMKoU0+Rr5j5/wCDpRLAVjDU1MTp&#10;9f8AV9vXvZ19n4hExa46lp8bA8njqRURpNBG/wDuyJjUL+5JIl7kt/rW9hvxJxcfruGVCcZAGKGn&#10;oD+2o6Lfqi7Ez/Ch0kCp0+tPWo8/XHXvY5YTbUePp0jZjNWTMrzSuyuspHCNqb1f7EH/AA/Hvyyg&#10;P3cCCcCoFa0/l6evSTUZJC7ZJpwFBTy/2eve1/izJqjaQppQ2LXN7qtlUAfgc396LJ4jUyT5/I/z&#10;z/KnTiAL/lHr/sde91+/OaFXzW0IaTHQSTVdJKKqoEYNTEVk/Z1yfkm5A/AF78+x1sYaSzVSQaCg&#10;9eHn+zHR9G0T2MegCq1DHhxyPt697rxkppIqx6KWmkglEZEi1SPDKWJH7ixOAxB+ot7N9L1EdMjg&#10;P8nVB6MKH+f+z+XXvbdG0klT46MrG8l0DyOEVrLd1BfgDj/efdlQk0BqR/PpupY6V697dYUWX7RF&#10;mi89Q8cDhntHDIX0+o/4gAk/Qe9BKgeQ9cfmenFUHv8A59eBv75VdFLQ1AiMJlMTFnngvNArar6v&#10;Kl1I45F/d1jcklMKMVHn8/l69UJCNpeh/P5/6vy697y5FFxsrUrz00xeCnqvJEdYeOoTyxxx3/SV&#10;uNSfg+25IzUVyRjifyP+rh1eQBGNTXh9meve4cLNV19BTrLGslbJFCssgtEnlbxrJN/gCeT+B793&#10;SHSf9X29ULKmSeve5ubxk2FaWjqkgeojveSKZJ6aoi1afNTygnUP6W93eNw+lyDQDPV3XQKnPmD5&#10;H/V/sde9saSxxyRyPFaMwsoDtoBdv0sSP6fUf7z7rRl7iPs/ydNVBP29e9iDtLL4LD4TelTL97Lu&#10;LIYulx+21py6UyGoqP8AcvUVcikfpjsqL9Cb349uxyKifqfEf2dJ51aR0AACgktj5UH881697SFN&#10;EKeKaoroaeriMRjiU6lQu3CyO0f5X6ge/RlVFXHHPShRTiMHr3vjUU9E86y0KiGKRYyU8jOqS/2l&#10;XVb/AFx7YZnqSpp/k6cIXiMde9wpIQxlnkZxEjMuokEO6j9C3+p/1vd1d6D09adNkA19R173kkx1&#10;KqwLTTrVyvEZJtN1SFz9IVDWvYfqb+vvz6Qe38/9jq3hDArU9e9w1oQxILWdb+m3DBRc8j6cc391&#10;61oBPp173KpmqobJTzOqFXAcWRR/hYi5v/h7urgDOOtaSD28Ove8ZpqtImcv44rh3DSAKSDcaYz9&#10;T9foPdGkBNAajy/y9b0tSoNeve4cilJUMhMhazNcX1fkcn8H8+9rWvWnPmf9R697zLRTVB8sakxl&#10;wp0KfSWPAsBaw/qT7syknP5dU49e95JqWdQwsCitbnSHuOObc+6lzUqPLpwx+h/1evXvciOCppog&#10;4aVXBLKVBUgkWJB9+DOOvBADWnXvcOWKX0nSFS2rUfrdvqzE/n/Y+96261oHXvbitNZowz2UxqQz&#10;8ltQ4Njz/re9FmIx1YIK06977Maxl01Em49V2AYWsxA+nHvwdxxp1ugrUde9xZVZOfMpFv6EBubB&#10;gPxb3ou1M+XWqde9y4g0bp45YmVmVwdRVQ9raR/rf1HtwNU6mp/q4daNBRRnNevezA9F1qS9gLQ1&#10;VTT0lFWbe3I9SBJ9vRGohwkgV5DKbamtb68k8e3UoQK5x+R/1cekMkDS3ZIoKrTjTyPXvYLUGKqq&#10;inqZaTIU9KsTyf5O9Z4JJFaYnTEtxr4sb+9Madq/Kv5dKLZGaNirYqP5D/D173nq93Z6jqoIJszl&#10;ao48JHTvJk6qqjpmC+pqISswQ/i6W96IFelDu6sCSarwJJNPXr3twq+xt4Vckc8WayNGYYtMEcNf&#10;VAommxJMjEkv9ST9T791Y3EpFa/Klf59e94KXeG66OsjysGfysWQliKvUx1siz6DxpaReRf20zpx&#10;I68JJUbWGNeve36TfO5KqGGeryUFT9nKJ40qKOjmnkmZrmWqmaPVICf7Lsb+3F0MuOnGlkZO41Hl&#10;8/t697iZreuR3LTrBkRRrJC6mKLH4mgoYZpC/wCqs+2UM1voFBtb36qLg8OqvJJKaH+Qp+3r3tjy&#10;mYrK2SNJocdH9oniVsfQLjxMtrASop9TA/lufaY9zas+ny6s8hwpAx5jHXveKly6UVXSyxwo5p5B&#10;USrISBLp58cn+BPB/wAPb0bMF0sRQdN1owKDr3t3qd5TVNRNUyYbEs8rO4srhUW1gkQbj6cX92Lr&#10;5EHq/jNqoyjj/wAX172l5szTTs1qAUtzqEkc0jLEL3ZWjYcj/C/tkiraq9a1qeI697WtLurYcFPS&#10;rV7HmqphLEauviztVG1TFGLNDBSlNEZY8l7m39Pb4HZQHrwlgCgBM141/wAnDr3uDlN6bRqYZ1oN&#10;iPj6l3b7WqfctbWfbqOI9VPJEqsR+ebe9CoGc9U8aKhCpQ+uon9vXvbdR1bVNAakRfdy+cIaebW6&#10;qgF2dSLALf8Ax97Irx4D5kf4OrozMpYjr3txh33uSngkoqStmo6NIlpnpIRGKTQCWVFiZTyDzq+v&#10;9T7oToOP9n9vWxO5FENFHpw697hjcuXlSZZayqnepdFZpZ3CaTwn7a2W35vb3vxNWGXPlnrXivo4&#10;kn5nr3uTNT1dNRSVs1djl88qxw0nmiqK2rv+uUwgEhF/LOf9b3elRnqul0XVUZz173jhytdSRmKA&#10;RoF0icmGJmfSbKHMl/SPwB7YLgYUefr1cADCcOP+x/qr173nqK+ZQszT0xedCsbpFGHBYWs8ajg/&#10;09+1vXHDq1SorWp9f9WPs697an++q4VhE8hjNwCdDBtPDEFv6f4+7CVl4f4T1TTigB8v5de9wJMe&#10;KVlK1KTuRZhGt/G5P1Lcc2/p7rqdjk9aMYHcTWv+rHXveKLzpO0jTAlhpZ7aV0A3Bb/AW/HvUJY1&#10;60AVqw8v9X7Ove3CkrnADsySBXJU82sp4DFhbn+nt9tRXtHVRk8f9Xz697ky5c01RNNFQRSRTaWA&#10;mN9DMPWVVOLH2y7tjVRSOHT2tUaoAz/q/wAHXvbpjdyASqsmCophJeNVkM1lv/a1i2k35/1+Pe9Y&#10;qdRpXh17xKHC8eve0/k6jLLUPppXjWVnKxan9EdzZQQfoB+T7eNKcOmSZA37cenXvcyl+7qFSnXH&#10;TVlSxjCWq1SOLVYLw9yb3I5PvSkeR62jlzpIyPP/AFcfn11b+n+29u70/wBlWrR5HHSpKukSwffC&#10;N1RlLraoW4W/1uPaZnfVQH7OntChtLD+fXfuZVVuOx5AgkNbHIllENX5mppDctHKWAuQOLgc+7Kz&#10;jz4dOa0jFBX8j172ySVcDkywySIQ4cI0at5VZTqjkb+yOOCPey8lDnporqNVPHr3t5x1RFM4Y/xN&#10;4IgFmXHRRSSKpN9TGYgf7H3qJiDpJpwND/h/1cerq4Ld44eQ697eJ58DPTsVzdbJIlxDRVWNmilR&#10;UF0ElUjFOTcem/vzyOHNDUD0GP8AD1t1iJ4nHkQcY/1fs697c8FjdhyUtIMzuPO09dNUA1iY3ErJ&#10;BDDIx8kSeZhdlBNn/P8AT24shZdS/s4f8V9vVtEBFGY1PoPnnr3vveWC2JQ1b0+yd8VGepHiutRk&#10;8BU4ieIn/OQsjFozIv01X0n6+3o5HBqT86/6vL06pLHGpKxPXzyKYPl6Yp11/vXuOtL1k213pJc/&#10;uhN2R+unniwtIcPPUNMqvHU1LPqEax6irKP1Wv7f8T9OlcfZn/P/ALHTQhs/B8LUdVfTHH167/33&#10;+w9//9TTSHRuZrh9zlq7DbTriwKU+4cjBSu4B1lEkeQ6P6AH/WHu6EohDDzHRhBYyKpMmlCTjUaf&#10;6h1v8e4Of27mOvKWKmgyGKnosgZFnrsXPT5aJWHLItXTsfGSfxYH3fUoPHj0oaKSEEswrnIzX8/8&#10;HXvaMxuXzGLoa+TG5Cvgx2Q8iVscjQtR1AMg1+GnkDHUDazCxH197K5xT7emEaRUKq1Aaeh/Z/qr&#10;173g8sNXHT1VbkHpJ6Oo8UEMU9Qs5Qt5EqY5lN73+rBrgj37SKknPXgATqkORwA/l/Pr3uHPla2p&#10;q6+ZqzI5SeRVWqq8nXT1sjojaY0WSrZmCjgAA39+0gADquolq5cgZr+VP2H06974TCmmoKOCatqJ&#10;qtqic5CCNagUdKksY8cig+gurAobD36h9evDw3SiHu4GtfT/AFf6h172Pvx56nh7cbdu1cZnsTTb&#10;kXaWcr9tYSdY2yGeztB45qTFU6zqRrnQSqLMDe1vaeZ5Y3qDWvp5ClSaevTLUdWQMaqDQH5cP9in&#10;59YJ6hKeMyyB9CsodlUtoVjbyMB/ZH5P49hpufYG69o1MkO4cVlNrV9PJNRpjshjK+jrHqaWwmhd&#10;VUFbc2a9ifz7Ux63iBp/h4dFcF1a6QJlKtWg/wA3WRJI5FDxukiG9nRg6m3Bsy8e82JTb25NuyUd&#10;ZUVWL3XBUGGJpKbIVNPlKdW1y1NdPIojptI4SzEm3PtoqYsgVr0Zwz2wQ6QS2B8iB/m4dc/aGBjk&#10;lCq4QUzGKnmQtqbyHx6laO+kt/h/Ue3ARTpSjeIBTj5f6v29e9qKPE0lDruKiutEHni8E7CGWQWA&#10;FVItjyQSfdHVpMDp6MRqSfPhU+pHDr3tJ5aphpJoVipqeJhpVbKzeR25aSp1sdTAn6iw4+nukcbJ&#10;JUjHn+zpmSQDtwCcCnXveBZpTCGqab7mKPUTNTRE07te/rb9OoH8e3RgVHTeulGoO3r3tWY/bGXr&#10;sG+cTwRUcdVHRGllqvBXM8ieRjHSmzBDcAPa3tohcAVJ409f83V3kKoZGxkYHE/5h889e9uJ2Vue&#10;kxk2WixOQocWphQ1TQyTxLO3CSR1BXWn49Snn+vtxXZjSlOP+o9N+KUQ6lYDz+3/AGeve8m3tv8A&#10;YG5p6zHYrE7j3dKKdlBoKDKZyqpKeNC0kZqpBIIYgOSARz7UpAXXWK/6vP8AyV6LpN4SIHQC1Bxy&#10;fyzwHWOWaGEBppYogzBVMsixhmP0UFyLn/D2n8jsLdWNCY7J7bzGJhyqySUlTmsdVY6KpenewEFR&#10;UIFYqeCL39tsuk93TMG7RTkR+GVBPnjP58eu1kjfVodH0mzaGDFSRext7j4ahzu3q1qw5r+EVGPj&#10;8cB1tLMiKfIVpkYMFQn9drE/7H3SoI6N4JGBLq1CMfP5/Lrn7dNxS7u3vW07VlRHLW1EkIjnlpYK&#10;GCoYppg8giAGphaxbk/n34UHDz6cupSSsj+fCgyfTA/1Hr3tNRwZ6AyYWqppKGsp5pUq0pqFjWy6&#10;DxGKhBa3P1v/AI+7BA2aD9nSYTt4bLQgj5Zz8+HXvb9TYbD47HSNuWi3TV5OYiSFQ1HRYuBLX1VE&#10;9Q5cvb6aVPva0L1Ofl/h6bW4CHU6MeOP9k/y697m7TzeUnz0e3doYyn2/ka6yDLTbhHkWk03c1uQ&#10;rfHFElhqJ/H0HvbOA4f0z8v9nrTWv1TeHECmrNSeGMVPAde9mD273x3rsQrFt/tCObJY+sfGQPT1&#10;lDlaijpwPC0tJU6XLRWPpkQ82sPb8d04CioBHp/KvRRNsV7TtlAK+Qocevp1hnpoKmF4KmKOeGUW&#10;kilUSRyAc2dGuCP9f2Zjam2e4dz7AzuZrdw7Gq8Fu/JTf3w3ZvHd8uOy+Tq+J/HXQ158hhT6rFBE&#10;LkDm3tBcyuzajWv+r+XT8NluFrGTG6gE5YtTj8j5D0H59Y1kp6ZoqOOPx2iBiihiIiSNTo0qEGlQ&#10;P6cew1o+qpTVJjY+78YYM5C8UCbRfKTU9VTRv4jFW1UskKLBq9CeQ6Ta9re2l/UYA51euPs6RzfW&#10;N+mLmhPpX/Yx1J4Nv9hzx/r/AJ9iHX/FfpDH0/2WU+YG2FzXhjqqmiSmpq6SkqWhMs9ClRSuysUA&#10;0mTVy3A9q5QunxGFK/y+0eh+XSVYQ7lJrnUaZApT7TnP2Y6ZI8nXTSMEwdcsYmkjEk01JBqjRtC1&#10;AjkfVZvqBa9vqPYWbM6s6myWa/ge2PkHtymy9Z56LJVm85KrC7exdM7HVVnM8xtKFGorCxIuB9fb&#10;byahqC6Q3kOGMef7ejJLe3MZeOQcaEmtAKYHzPnjqdW1n2FHVVZpKyrFLEZRT0MJqqypIFzFTU6c&#10;s5PAHF/r7Dve3VHVWydyZGgx/wArNg7sy0UtNStX7V2nvLK0kkjPqENFmBGI5xF/u1l4/wBf35XJ&#10;Jxw4/PpyCJTLQzrQEE4zT5UGPz6hYXKV2To4qutwlbhGm1MtJXzUj1SRf7raaOndtDN+UJuPofbR&#10;ka7NYePMHb/yDymQp4YohUzbdwe48M1TEUt9k8ziGewPpsp0+1qSnCpXP7Pz6MJITcGq3BNAcAEf&#10;zPy6eANY9aAf4NZrew/wO/d50O6I9wf6QMpQZaCGLFxbgy1fW1WWxVHI+lWNTO8kqQpe5LG496lb&#10;Wasc/LgMftz0na2ktwsiykMMBs1x/q4jrxRSpSy6fythbn+o9mk3lPubZOIl3XjPmF1R2vlNwYP7&#10;fce1Yayvr66bFyrrSjqDmYliklRjYIjXvyD7okoVQsa+pP8AmJ86dIxHciQ6bpZCeIr+dCKZp030&#10;FZPUy1kMmLqaCGkl8ME05gEdYtrmWnjiYkL/AMGA9lsXs6CgijhpaepqaqGGmV6uvx+NqIYKaSXV&#10;XU9EQWljhsf2Spvf8Ae3hO/iaq19fs/1cOlhtxFCmpasM1NDUE5+YHoOnP2PG3MfVVJOSjgeoppI&#10;UqYzGgMcccq61c2/Njz7dZlK6aauNAfn/qr0WSn6aZvBFVIHHgK/6sefXvaA3+dm46rwprKfOUGR&#10;qqqqmr61ZIZdt0tHq0tNFjE/daT/AI6gfX8e0sg0tpXyA4fz+XRlDcxSU1k8BngMetOJHXvbFj83&#10;sgPjK3Eb2pcbnYJZzUPLh8xTMKXy2WHGLSI3jV0F38nN/bLVOT/sdKi0ZIZHowrU5/kfmOvexOrO&#10;3doR0+Mio9y5fc1DK80G4dg7oy+aloKtgwFHU4/MpDxTtcs1OQNJ4t7aCjVVaAfLphlQMJEckY1K&#10;Sc/MGnXvYI7/ANx4upfJjZ1DTbZ+6kYT7WpVlyiwFF0ieiy1dCCFYc6VNx+PbhqVxjoxjP6beCPD&#10;qfh45+0jr3sJIzWLRw42OseCGdjUzlWjSVpJE0Ojve55+ov7qxxStKdUJYqEVqE+Q/n172pvHu3Z&#10;po66j/j2Dmy1FqoK6krZgtfTxm/npjCTYKRwCLqffqK/E9KKSQ0kznIp5/Pj173Hh3/vilesqqbe&#10;m7sVVVxeKt+w3PncdVZMn9Zr0o5VWQH6HyA3/p73p8uq+NKWIDla8ckVPXFkR9OpUYqwZdShtLD6&#10;Mt/of8faTbI5KpkoYKMmGdJptEyXSpimku1RWmfVfWebvwfex6dNBnLALgjhXy65e3aSux1Uf4VB&#10;BJUJLShI6yre0z1jktPJUzu1ra/UCfV78c8aH7enS4bsQV/1ZPyz172mgs9LLNTSEOqwk+WLS4SY&#10;foLD6ED/AAPvQBp0z3AUrw8/8I+fXvcmoENU1PXUURpjGIYSI5WMqysgDtr40ktc2H4Pu2fPqx1P&#10;TTgD/Lw+zr3uSaqOBndaipMqxPeKnll1KtvX5ZEJZh/rm3v2erOQCV48ft697TtHN97VpGl1dpFK&#10;+Vzq0qPxqtx/h+T70TSp8umizM+MD+eOve3smkVdNNDVyHSyyFmdGLX9TMVBAH9F90YBviNPT/Z6&#10;uhXPn/q8+ve8MVLI04JAgigUoh0qxCSf51mI5YckX/HvyrjJ/l1oBh8XEcKfzp173AqJabyrBSQO&#10;piYnUCzA6D6mJvbn8W/2PurRmpZeva0pp4/6vPr3vO9W01VSpGsKJIbEhtZLm1ufx/iB9fp7cWow&#10;c9a1nxKAAUp173IR6NVY1k4iqmXTHZGOi/6bxxj6G1ufftOacOt4yWahx+zr3tgWWqWU1Lp5IZlm&#10;gTykhCbDU8IH0ZPrb36oBp0yG7zT/V/k697e8mcnQ09GXpdKVS+NGeeOT7pCLqYYBdl4+v8Ajx7v&#10;x4dPyK6AFl/OtR172nY66eiE8M1KTFWMArzxtrbxcr4JGtYj+o96II+IdJ66fl8+ve1tlMnnarE4&#10;xMlW+WOrxxSkqJoInmagibxLB91pudN7XNyBxe3vVQTTpQ7SAKpb4uH+z17200eSyOLxooYIsdUU&#10;jiUslXQRVFTCZLgmGV+Rq/4373T16qrtGtDQj0I/1ceve8NPU1kMYEcQed0ELJUICgDj0PH+QwH5&#10;96r5jrw1kUIr6/L/AC9e9rnadTuLbyTGjxuLydJkqiKrkjzFBFWUyzxho0YRvZgASf0sL+6MuscO&#10;rIkpWiqrZHEYB4de948tBunNZWXJzR0NJUTsKeaLGUiUUcUUa2ZYaSMWCAckj/X97RQo6qIZKs4o&#10;pJzj7fL0697wYjaj/dqa3wVBSpUFJWaKkaOxM7M6+uwHPH1a1vboQHJ6dSMAA4z+wft697esx1oK&#10;Z5IcSFqGlpHrqnxsXSjhFyAXIuCRzYi/59+eOopwFc9beHw1NMClT172s8L8T+/M/g8fl9t7Lrc1&#10;ishoBrcdIJTSQsgZZqyE2spB1ax7aHhq1W4ny+z/AGB0lkjuAviKtQc0rmlK8P5g9Y3mijKq8iKz&#10;EBQxAJJNgAPYy5b+Xv3ngdhf3zqsDTZFPt46uWnkrosbXUcEV3ZUNQQkzSKAEVTqJ9qVVTHr00HH&#10;8h5/LpsJPo1ELUcRwoB+fH5fn03xZrEzVr46LIUslcmrXSpKrTppNm1xjkW/N/YB4DZ9V/AcuoxS&#10;xx1M8P29ZlYo0SCSNmSriSoa5DDi2jkt72FVhwH2/LH+fpZaDxYiwWn2+Xr+XTp7SeR2bmYDMBHj&#10;4WQLBIhOmVpBa10J/WR9OOfp7oIgTxr15opsjiB173KpenpXxNRlc5unCYF6arEH8Or3lbJViunk&#10;SWno4AXKC/qNuPoPdlRVOan/AFevVvpTo1SMFpj5+vXvcii66iy6PhNr1eW3fn5KukipcRiMLWzt&#10;V0ysWrisCK0iGMW0swsQf8PdxpHDr3gl1opMjA8AOuLOiKWdlRR9WYhVHNuWPHtXeBcXjsxs/H9Y&#10;46Tc+36mqrMzls80tRV0VBTQkzUEeM1J+9GwN7kn8WJ91ANSc1/kOkQaZdUKRd6ZOr+Qp8uuXsOJ&#10;d+7vxNC74WposPHkkGmTD4rH02qOP0XFUyPIrDnULgj3YHHy6djurnwhr7CfQAY+Zznr3tIw5iar&#10;qIshWV9VNXa5ZZ8hWVUjySsBfUP7QvwARz7TMFbhT8uvB2LqxOR+eOve3ijqdp1VLk67cuXMdXfx&#10;4zBU1PVS1NXUSMGaqqa8Aoka/X9w6mta3t9SNNAerfpGpdqj0zn8+ve0plcnRVIqGoljpY4BHTLE&#10;XJkm+v76Kfp9LMB/X2wWLE8OqVBrowBT/i+ve27FyAOahn0SUsisJPSzsq8/pb02uBquD70op1RM&#10;gFuI697cZ8tHM6MI0WZNSRljZPGw9JOkDm5I/wBj7304HBYMBQ/y697wY/7mSsNPh0qamvmVmSGB&#10;DLKh03kWMC/P1tb3oDu6bVgh1E4697yQZCnIaLIwSFLyrNOfXWGW9gNUtrWtpK/8T7cWNmJ4Y62s&#10;qOCG4Dr3tM1MhlrTJHG8cBdRGjnjxL+ebcG3umlq44efTWpTkde92a/yxdz4L/ZtdjbZ3DU0qbOz&#10;mz+xNpZWSspk+3FJuTbki1MVU0Yu8N0CKXJsTx7Ux6XINaAf6v8Ai+ri5aK4Hhk0oRjj6kfYegl7&#10;yg3PP1huE7NxtRmNy0lTtvJYrGUlR9rUVsmK3VQ5OogimPFzDDJdTwwuv0PtG/Ojr/rbZ3ZNRR9f&#10;GSKvxk0mFzWOpoGmx+qgcpS1VPUxrpQsmm8bnVbn352AaooaGhp5/kf5/PpAsyG41Rg1GCOI+X2V&#10;/wAI6E7HVMlZQUdXLC1NLU0sE8tO/wCuCWSINJC9vypJU/63spr0G86DGpPFS5Wigkx8tW7uGiJw&#10;+ldVTFJ6QyEkgaSTb2x45pwoT6+nRsVmTIqoI/Onl1M9oCsjq4mgqaiOU0tSmqlnSPTHOq+kvYf2&#10;r/W/+ufr7aeRgeFR+zpkxitWAINfIf6sde990tVLAKp45mSSNYxGgB/Qx9YBH0H0Fh9felmUN8/t&#10;/wBVetaBpIHXvY7bM+S/bOyMdjqLFZ+nSlonY0S5DEY3LaYi13ijkyUcpVQRb02t+PbhOs0Wnlgc&#10;fmK9Mt9SNIU1A4Agfsr6fIddEAix/wCJH+9e22s3fg98b3yud3hi6LFTbvmFbPW4sOKOizMgulSt&#10;KbBBKw/cReObgAe3lAalPl+X+fpiVdc2qRaVyacAfy4j1679nf8AjFsfbM27Yaen3Ltmsyy00azb&#10;WqsnFC9TSSgpI9OpNyXU20C5H9PaiSNHUKaEenp+z9vVBLNHJoWjgUoPTzqP83XFm0gmx4F+Bf8A&#10;3j2c/vH+WxgdxYFt87Tw46+yAphUZb7qthoNuTxKvkbJ660gQBRcyWPqHIF+PaMUFAxoK08uPoD/&#10;AIelMpLkrH25+VK/b0hKPsTa9Xl5cNTZanra1HMfgokkqJElVtJhkEQIB/2Psl+B+GnSm5hLg0+S&#10;3W0W7pIJJKOjoq8MizR/5xxJUaEZBYjUSPdZCykhqGhIxXHyPV7aCOZhG0wLGuQeB/y9K2WtljKl&#10;aGqmj/tNGqF1H9fExDH6/QD2Q7tfr2q613XlduxZ3GbjocfN44NzYiVKrGZSG+nzUcsRIOkizgE8&#10;+6qxrkUP+HpXJFJGCtdVDTUOJP8Ak9Op6nUoaxFwDZhZhcfQg/Q+w5gSrqW+3pdc0qwvUSrGxUSx&#10;qNR0of6D8D6+/Vxq9OmHcqKsc0z60H+rj137ZshWZGoQRS/cGnj/AECQOVXi1kLfQf4A+6sxOf8A&#10;L/k6a+oSWg1D5CvXvfWJgpJqyIZDKriIdalql6Woqyi/2j4oASTb8fn24j5Bb+XTkaqxBLAD149e&#10;9iFJU7FosfUeOtzuWyUkc0dEBRrTYqnA/wA1XT628rOT+lAtl/J9qG8OlT1vwbJQTQsf2Cvr/sde&#10;9pFKyCnjrSaSVpJ8atM0NT+9arma7VQZuRYci3I9py9RwoB/PqykJVVWgIpTGf8ANTy697j1ORze&#10;YaF6syTx46igolVFSMRUsAtEHta5P+qNyfdBQ1I6oxdzVs0/lTr3vjHAMnVQUn3sdDTNYyVNczR0&#10;9MxHMkgjBJ/pcC/u+tmGfTrYCu3ED7eve1rt+HbO35srHnVi3HemD4mXG1Tw0oq7+iWadbSKP8AP&#10;9f3dHQGpGaf6v+L6cFval6zHVT0/1ca9e9ptqlTkoKwVAyUUDGY0lSs8kEN31fbRioYkoPza1/ej&#10;IxNB+yvHpMLePH4gPyx172z5WpqayrqauSmp45KiRiDTQrDDGn0WOGBeEUDgfn/H20zqSV4HrRdA&#10;xAxTrwFvcrbedrdtVU1VTwUtWtTST0dZQ18Cz0tXS1MZjZXH6lZSdSspBBF/dRQijEDp2G4EbVBB&#10;rUUPXvfVNVVlFFCYqSNrhlDyKWWRX+kRA/VYfT34SLQ18um/GRBkD8/Mde9qbBwx5eqVarAJVHxm&#10;YrFekcU0Zs7leNVvqCPbiOlAx62t1GzaSuo0pXypxx/g697GnC77231uv3m3aSCfLPKIqikytJIY&#10;4oIwJKeaKpY3kAb9QFh7VLKEavE+n+ry6S3bAoWiyxPwkcPSh69b2M+P+aHdtTj6elk3NQbe2WmV&#10;p6fK0uDxdDHXJSsb1ciGcM7pIv8AnUAufoPbr7gzjSfP/V/P8+inXdkFC1BUVAXND6ep+fWA08LS&#10;+ZowZQAAxLGwH04Jt/vHsL6zfeUrdy1+6ev9o7aqcPQ5OWuaoG2pY2yWkmZ5pWdtaeQXLxxnjmw9&#10;tJKS3cP8/RnAJCGCxjRwrp4/bxoT5dZx7DztjujePbEtLT5GnxWGw1BrelweFjkpqPzyRaJaidnO&#10;uRrfRWFh/T35pWkUqfLPpX8un4lWUlaBB508yPLr3sDWoC1mjUhUiDSFWDaiDpMg1fj/AA9oyKVI&#10;r0poTw697yh/KiwSzVAipiBBCXZlZXP7hT8Lf6i3uniBeOOrFRShrT/Px697zU2XyWKWQY3ITUWp&#10;nAaJUhn5PqT7hFDj/kr3vWpzx61oOnQDQenXvbvkt77yzlHT0Gf3buTJY6JBBDRVucyE9FDEf7Ap&#10;pJCgUWHFre7GQnHWtLkaC5I9DU/5eve0S5VJDoIZQbA2Fjb6+2iamvWjQHHDr3vp5HktqYtYaR/g&#10;L3AA96HoOtde9v8AhdubiztXS4/DYnJZCrycy0tJBSU00j1crEEQw6R6j9Da/t+NCBUjj14hhgA5&#10;+XHr3uyug+Kec6W+NWV7W37unbW28juCZQ+1a+WIbgbHwXSOnoqac3ednPMaLf8AqfeywqAhr6/L&#10;pl1njRnJAYkdpFWArT/ZPp02pk4XyUmMSKoaSGnSokm8R+3XyEhI/IeNRt/xHsiNHSbW3jJlKl0G&#10;EFBQ/dzzOyRgqvoEhWL0k6tIKgck+9OteHVh2g4p/g/Lpy9h/E0K0zRvIRAtUfB4441qZH+hZnPI&#10;UL+L2v7eQrgeterKdS93Xvb5lanCVVPiIsPR1VHNQrItfNWTxP8Aczs4ZDEsIBCqL3ub+7hkqADX&#10;p5inaIwcVqevexAwHZ+e2TtDJ4Xa0+Mo6iulSabL09P4sxEha0qU0soYFW/Sx+tvp7sHAAoaCv8A&#10;xfSdVlXUVagYjPnT5de9se395na22d5YqiFLkcnvHEGiyGQnp9dRR09RMGq1gqZrkuy6lew+rXub&#10;e22Y1FOHV1MkTFh549cf6uPXvaAoaeKqgmUuqTKIlhEjqpa/D6Qf6fUn8W970hlFR1tRinn1728b&#10;LqZKTcdNNHl6fCzpMqQ5WpDmjppQ2kVEskYJUKLtrsQPd4WMbUPSaYB1pqoaY+09e93sfFjtnp7K&#10;0c+K3vvjDZvP0NO423/DcNWx1Wc3DHSfbfdNWoir9sijUdZUEXb8ez6zuEUESCo9P8p/1cOg1NDM&#10;8ghL94NcYJ9f5npP5186P4bHg6eCTy5GBMnUTzRxrSYxW1VTRRty8jAaUCg2P19n/wCs8bJuelpc&#10;/hN14LcsC5Goko8XgNwULY+nqoVbytk5Q1lUOPVew44B9uNokbtXJrSh+Xoacf8AUek4iu0Paa/M&#10;HFP9n/Y6Sm6NxY3HLW01ZRV9JElJGJ8nJip6lpYHmEKw0CwqzSOOQLf717JP83emarfu/tr0FDQP&#10;mMtWpQ7WkzWOqIalMTUzXrnlEZYxPG7loRIxunHHPsvaNS2gceHoKn58DXj+XSyaW7jMeO7AqK0F&#10;eFK4IP7elBtHJQ123oMksb0tNIaqWOKeNoZoaaOZlj88LAFW0KGYW+p91891fy++1NgR5TJYbBZe&#10;ufEYSfcGbog9PV5Onp0bV51pKY62jKXbVGCBb36fb9ADDGK/b8+lsFxeE4GoefkRniPP1PTpjc9h&#10;8vSwVuNyFPWUtTUS0sE8TNolqIb+WFSwHK2N/wDW9kcnop8FXDD5qsrYBPTUrVZSWdqeljq0Egkl&#10;gvZgitwoH1JHsqZW1AefRikurJY/ka/y8/Lp39947aQze56Lbm16oZCbIVP2mNqKimEEtXPKp0la&#10;Y6isYP6SefdtNc06d8XxJAkB1fb59e9rXffQvYXWu2k3RvKkp8LBJP8AaUUM1bSSVFc8h8eiCCNi&#10;+tR62Vl4X3uUKoGoj1yM/wCr06srTmrNQZpQ8fn+zr3sAZNXDtIrlgDcPdh/QEfj/Eey9jQ4Pz6d&#10;p5nr3twWRq5aOkpqFTPEhQPCHkmqG5Ysy/1/JsPb6AyUHWpJFSPU2AvXvYkZbqvOY3ZtDvCTSKKp&#10;kWKejkAiyFKsq3hqZKcnV4ntw1uPz9fbjQMq0889MJOjqGDA1PDgf+Kx5de9hkKRg7K0bMBYkj0k&#10;L9bgn6+2FUqKnz6U9pXUua9e9ykpqkxnxxN41sXmPAVL2HHH++v7tny6qATw697xxXd4o9RpyXCP&#10;NJcrGW9PkJ/AHvShgO7pw0wBivXveCujdZ3iEoqFV2CSx+pZQv1ZCByP6H3VgTgf6q9UzWnXvcVI&#10;5WIQLcgEhTxwOf8AiPflRqkU69Ukde9rGnhwjYtYI3rnyFSwlmp5FijpoGijsGaY+piWJsv9Pr7U&#10;VQCg6000CpWpJPkKde9wmpXiCxVBaO8ZaEMhePSzXQ0yob2JBv8Aj3op5jPVkZXGmoP+T/Z697xV&#10;GNjjqMbFDl6WskySoJUhWRTQM8vjWKp1AAG/Nh+Le20QGTJ49elAhXVqB+zy697GrcvT+4et9u7R&#10;3UMrT1GR3NS1OTTGU9N5mgoKeYwCeaWS4Icgq6fX2ua1cr2D1/P7P8vRbJckaT5Pwz172IPT/aNR&#10;jstTbf3FtjAbjwu5ccsFXgqyhhijqqZpGp2NNMV1I4BLakYG4/w9pwSq4xTjXPS61uZgaEBl9CMf&#10;PPHh+3r3sD+z8BQbU3nk6TDq0GNEj1NDEKkVH2tNO5dKI1Q4k8Y9N/yB7ZIaletkLHMVUmnHr3sN&#10;Wqy8qSBXuLjWQtywNrjT9Le05JLUPSitfz697nisilP+VeZzyWqGJL6hwCbkk/7f264quKU60Hrj&#10;r3uL5gJQEk1vZgJjqUsh4AK/g29sgUrjq3XveZWZIpLB2dwVZxyij66QR+ffgPPr1SK0697z0uQe&#10;FD9tUVEBZfHNHHM8aSoeGEgQ2ZSLXVuPfgWUimerBqcMV49e9ynzSzQWqjPUTavFGrSalp40+kgJ&#10;H0+vA+ntxnY/B/PrysCO7JGBXr3vl91Sz02qoQvMpGmdpNDKttIQxBfUb/Q349t65dVK/wCbrepa&#10;UI697gD7nyt4q6dL8kI5UgAfS6EEcf09uLIy8eqaRwU0697VVfVxVEdM81Q1WDT04lhhnleEPGmk&#10;JPG5tr/qfx9L+9GdSa0JI6eOkgCtfWn+rz697acXuKpwuVafGy1tFGJPIIMfWS0Ou40mOR0NnW3B&#10;VgQRwePboYE6gKEdJmCLKZKfZkj8ieve8mQrkFVPUx6qakqTrqaOOoEQmMpLukv29rjVzYj3ZnY5&#10;YgdWOgtUjB8uve1dsjsreGzcvT7g2tn6zE11OUh1U1RIqvQ/RqOQPcFCBzf3pWphTX+Z6Ti2RW8S&#10;OoP+rj/k697dsn2RkVybZukqafKPU1ktZXUWcxtPXQJkKh/NOwo5jpK6jfUpGr3dSEFen4UFr3ht&#10;Xlwr8zX7euh+f9e/uMc3S7gyArc1kJsjVyyeQUMSQYSlMjm6xQIilVVeAqs2n254gJ6UlkkbUx1V&#10;4Dh137Y8hl8htjJs2PpHxTORKoMxaqRi3/KzTGzX+txx/X3ouCMCv+r58ektxHqFCNJ/bx697ELD&#10;919kQY7IJBuXLimrKeSOT7zMSmnaF4/HIIMetlDfgFQL/n26lwwFDgfmB0VSbQtw1Sf2n/J69dEX&#10;/wBhyP8AX9hNl8pmsok09ZUlZaaQM5eVlmlMq3UmK/quP7Vr/wCPujycaZr0rt7KO1jIUUz5/wCr&#10;+fXrf8i9pV6ydlYNLLEHTU8esr5TfSWNv96v7bMhb4enxx/Lrv27YHL0mBrJayWkaunEDCi/yp6Z&#10;YpWFlkcx88fWwIv7qsgp3mvXuyhqta/6vz6974ZXcuf3AzS5LKVtSsQCxU01TOYI4/rpgpb6FH/I&#10;PP19+1NIaBqDzHTSW8ZJYgfs/wBXDr3vF9jQzYmkqVys82UaeWKXFNRVHipKVBqiqBkG/bYyG9o0&#10;5H596B7TqJoDw/zHp9AE69/vXttYTSaVKc2VD+L6eLj/AIn+vvzNrwuetmlKjr3typMNk5KOpq4q&#10;KRqdT43qSB+2rfjS1iP9t734bgVI68Rq/wCL697xS4eemgSeQtqktqi0PrFzwAPz/jb20UWmonrw&#10;qooM9e9838jKEeJlWJVCLa7Aj9esr7sWjHcSSB/k49b0sPi/1fb173Iq6isqvBC4nmhpVvHG4DOq&#10;sLFVZRf68gfj+nuzuHopyOI/1f5+nCXPa35de99UtDV1UsUHppFmb1yVF0jp1AuJJnHIAHuilXJV&#10;jQg0yaYGan1+zpsByxAxT1697tw/lU7U2tur5J9O027qHH5nD4rfVDT5XH1qGSgyNKxbxLPG36o2&#10;cqQG+vvIH2P26z33fIYrnS3hEtRsg0Bpj7eAyPXrDT72W87ry3yZuE22O0T3CABl+JSaVI/L9nHp&#10;IdgfxX+4+7GwlbNjcum38pJj6+nCGekqoqRpIp4vICupSLi4t7vX/m3YDauyNr9e7Ei2s+L2quXz&#10;uRoqlKRocPiq/JREtjYdChItSlnERa9uQfcqe9TWS7XtsCwPHBJ4j+emN600gAUGqhNP8nWPH3SJ&#10;b7ehuN+Z9dzH4ak1q0gz3HzanAnotfxR3LPv2n3DvzKbgpMnmcvQ4TFPRwyxtP8Aa4GN6Q5GazEy&#10;+SQ6fKqhb3X6+9dWq2BNLNkodiTIczWUVZHQpBUeSmaoaFjCqSn1RMSbXY2v7xoXbjOzrtpGtqBV&#10;JyfQ54H/AA8R1nRLvkMEUbbyNEKsNWqowDxAI9Ojh+yb1e1N3bHx+Wye+4cxSZOCqlxlLiMmX0ff&#10;TAiWrvLqUhQSVaP6/g+w8lheWEMkm4BlYEqEaoJY/iFeOeh8N62/dJIbHZWRlddbOhp2jgtQOJwC&#10;D172EUNYbywwT/tTD9yF76ZGIuTpN/zzc+0Hi1joCfIkf5CPmePnXoQOOxXkFWXgfTr3uXSMqSoi&#10;tM1JFbWJTbTc+sKgPIv9APelc1UVJHpmn7Pn59Myjg1O9sA0/wAPlw9evexCwu0cZlHQpFO07qkh&#10;iVdIOs2Xxt/xB/2/tZ4UbNRRg+XEf6vLotm3G5tSVcigxX7PL7fs697MZsDrGZpBJFQrDT0ZjWpe&#10;Z1La3N1JX6n6cW+nsxtLHUxZqKi5P/FelePQe3nfVQFZZBqYYocH/isft697B/uHCYuhztWVnZKk&#10;ySrKqJ+3eNQy6P8Ag3svv41SbSSDpGKDhUeo/Z9vR5sN1cTQAIBpFB/Khr61697L3VURMZmjYOFt&#10;x+T9AbD/AA/PsrMdYseX7ej5ZW8TRIKEfP8A1cfLr3uPHJVyGFQBeEERMUGtVJ5AP55+n+8e2v1W&#10;FB6U6dWNcn149e9rPF7Wy+f8QtUTt6ba2dkUDgMR+Bzx7tDbPI+lRVeFfmcmh8z/AKj0xNcWtmx4&#10;cc/5afZ5+nXvYlV+wGwuHb7hbTvD9y6sDpjRGsSQeCP8fZu1k0NsVIoSK188cKemDn16J/3oLqfX&#10;AKoME+fyp6Hr3sI3hSJ28sispezKthcBtNz/ALD+ntBFojI110+g449P8PRlKJCBo7SBimfn/qr1&#10;72rsbi9t10AjauWm9beiRfSzafSVY/Qfjn2dRpYyJQtgftHrX5+XRBNc7rBcGTw9YoMg5UV86fy/&#10;y9e9ixsjZW0IspRy5XP01NRyMtyyNKyagWJIT8g2F/drewsUmWR5ggxw9KcPtP7PPon3Led1ngaG&#10;1hJc/lX04+fA0697FXfW8tuRbarMFs+kj8BSNK7MVYSBY5aZmjnFEx5dZFI4I9nm4bjaLarZWCjS&#10;eMhGTTPn5HzI/Lor2jbN3F+t3uj62Y9qrkkYIr6ZrX7eveyeU1LUVhmajWQQwuxqK1mOlVJNpGv9&#10;Cf6Dn2BRWQs0Ix5ny4+XD/UepTknjiSjmjNTGCWzwA9M5/Pr3txnyNBQU8kFLAJpm1665tMkj39J&#10;eJHuEH1P9fbhuYwhjgWrAfkP9Qr6Zp0mMEk0upnIA4ICQAa14jJ/2Ove4qvDBSySVrjyvGssA1EA&#10;pqOlXK/m3H+HvxqqamYknP21Hp8zXHkfl0u1SM6iuQTU/OmMD7cjr3vBhswlRXJDSUwGo+pmYhmX&#10;6sWb6m31Htu3ddWnABNP9R9P89Omrhf8XZXPbT0/lX+dD6/Z172raXdO/dtZyjnwufrbUdWlXRU0&#10;E8k8EU1rNJ9s1wGNgGt9beztdz3WxuFazlYFaMgBxUH08sV+dOiB9l2PdbVo76AUYFdRUA044/n+&#10;XXvZ7dj9pdnZbr7dmQq9z1e183UrSUGOyUIWCoq1qwYqikpmmsVLXAJjN1v/ALD3JW0c1cx321XR&#10;ku2t5nAVWUUZwxAKg+QPAn0+zqBuYOR+Udt3i2litFngFWdaVAoahqcDQ8QR8xw697J53Pidw7bq&#10;6TaeRkmlzdUBXZ2s8pleuNX+7CtW8ZKSkA3D8N+D7BW/bfe27rYysGmYhnNcU4gN5E14edepZ5L3&#10;HbN1WTdYFCwJ2xrSgQLxAGCB6j7euj9P95/23u7j4Ct1L8U/iJvnuzdmIo8h2tueTI0Oy6qAwT5z&#10;Axx4tlSvqsbUFS9E8jKJWjueLe8xfZ+32f249spucrlY/wB4TtIsYKhpgpjZY2UE0CazV2ANQKen&#10;XPP7xt3zl7u+9W38j7RJIu02pQzrUrG5LgkahjUBjPqR02VcdZPU0scMqx0qFnrkkhZvuYmGmOOG&#10;YW0MpGo8fS3091s7H7M3JSbG777Dyk8NZHvHIyYiCpo42p48fk8vI9S0i068JCULFQOA3vE69l3Q&#10;7fuO7zkMtxJpLA0ozEsceS0qK9Zpbhs21tvWw8vQr4clrGGAJrqWMBT+fAZ8qEcOnT2R/YO8c3sv&#10;f2K3Fg8nW4rJwVFXSrkKGoemqUhy9PJj6sCVCLBo5nVr8WJ9gPZ7u42+6juI5GRjUAgkUBBU0+0G&#10;mfI9TbzBYW257LJZXMauiqpCsNQGijCn2EVB8uuiA1rgGxBFxfkG4PPtH1dFNRVmQpKiKSOsiq5q&#10;d4n5kjcS2Ys35JHPHtuRBA7RnBU1yM08vlnzP+fq8dwssEciMChXVUUyKcB9nn14X/J9ucOeqMbW&#10;0ctCII5cbCVpxUQ+ZElI9biNuNRPIP4PPu6XDxyI0agsgx5/srw+XRc+1R3ltILjUyzHu0mhIPAV&#10;+Qx137H/AAfdfYeAx9NunD1VHRVNFTNjtccaJNUGVL1E86qCx1FieSOTz7GFhzdvtpH9TZOsTqpB&#10;IAqc5+0kefp9nUXX3thyfud2dnvkeRZW19xYhSpwB5cMeeOvez/fATe/Y29txYZslRR5Gm3Bu2m2&#10;9iJchIY6fI7k3FXpiqejnkH1QmUuR+SB/rexfyBzDzFu12bWxjEzs34hQKzkAVx5k1NM0JHUXe9H&#10;KGz8u2Mq7SBGYbZ3dFWrJDGtWcE/Z5ZA+3puy+SocLislmMpUrR4zE0FXlMhVudKUtDj4Gq6qoc/&#10;0SNGY/4D3uW7y6825PV9uZuqjTAw9U9JYHaONhq6mnljwv3m25clWCjqQPSokZY9F7kixFgPeU23&#10;3ytc3NluiqirCkQ0miqroxNCcZLBQwpUCh4065bbXvO5WMO0w2xMo3C9knZlUgkpLStD+IChrwp1&#10;Th1z3bmI8V0riameDcOb72+QHYuera/AYuq+0zeP29vaLC0FZVUOosqT0iPUyzW0Lp1mxPvXD7J2&#10;1kOkNnbBydft7cMWEyOd2tRz43L0EaZWnfD0M65hzRpYV2P8si1lFIfWw4v9PcJe4PJd/tOxWm9W&#10;sbrH4ojCvgjwxViDwZWY1jPoQaceukPtlzPHzdPLB4wluLbWV8IEjRXAdjwYgZUD46U6uCoMjBkq&#10;mqgjqKSeSlEoLUb+VRT1MhWlu/1WQKlpFHF/pxb2jPkd2Pt/J7Wjw0NLjZMTR4MVJrNt5FaCmqW8&#10;byJKnjCsknkcM8b2ZWupvx7x73Rb2+Bu5WBQZRVXSagZDEAVOoVoPt8z1kRyzYx7ejygOJpj3auP&#10;DBpxIHDNAdNfXrPiaI0i1TvNVTPVVUkx+6JLRDhFijNyNAAAUj6jn639grhKHbFP17U5itw746TB&#10;bcpaHy1WTlqGpMhLA2SmrKNiF/cdSAyf15H19n9lfW/7s13EWl0QfhIJOACwrQE18qevRKybvc7u&#10;bKe4CildOgnxACMGuMk+VKUx07c/14/1vYRTZeaj2zjY4J6WjdVnyzCfS6VSNrYCrQXtIQ9tX59o&#10;ZL550igjIp5gHh9vnUV6VxbaTubzzJqFKBc1QigNCfIEcPPrv3ZZ/JX6wp91dsbi7FylHBU0+ydt&#10;ZzLUUckZcrlt05A4WjrY7jgQQxShD/V+PZYkU8O5LcxKXWGIsBigyAGp50FcHiTXqLvvC7pJYcvL&#10;t1nKVM7RRUwOH6nHiPhAI9K9VhfzXu06vYXx2wW1cbmFw1V2t2Pt3aldU6bySbcx0c25MzT00n9m&#10;SV6Wlh/oVd1PBPvYX3DRMs7xKBHHZyS62AJUkJpAv6hyfx7Jd9ruq+DKSulatQCrZz8gFOK8fM9Q&#10;9yvPBHt3jOQ7NigY4ocnJ4V6px6b3OaGqGSR2qqlquJKVJmKyIjSemo1rfUNPCj6ixt7CjP037Es&#10;KepkUa9LGwLEMtiPwP6D3F15bxRTxxQsWAJJoKV45+wYHzA6HVkod1cllLitCM086/M8R5/l1Zj1&#10;nuOrnRsjXU1PRiQrDSa9TeOMKEZwjc6nYkg/UfQ+w0yVRNLDLTFmCC0gjsPGxX0CwHNh9LD2hurS&#10;2eUXwQFqEVpXjk54At+3oS28MUTB1HCo9fWv2149GU208lPpEk9/IVTUjFJRY+REe/6tJINz9Pp7&#10;QGRgUMCIholA4uSCQvFr/wC3F/z7It2s4mQzRr3qQSBQYwOHyH+fo1tGLOFU1PEA/wAz8wM0r0OO&#10;2snOUENRUnSjNErcXUv9FJH9T9bfj2katLOrBHZbqrOfrbSOD/Qj8+wDdWdsyFWXuNT6hT6g/Z6+&#10;vR1atGpZCcgYrwrmtP8AL0KVJU1BUEvGtrf4GQXtbSODY/S3tgm1LI0fha0ai7oSberlvUef6+wr&#10;LtBkkpG9Q3r5etOldu6eMJCePAGn21/2PPpTLUr4wTxckAXvf/abfUe2+ZUdWF9KppMagmzEixQ2&#10;H0/ofx7RLarbkkHUT58K0/1cOhNGGA7iM59MHyI9f9Q6yBywUlLXuDzcqb3/AB7TuQCxKdKgErq4&#10;JLK4sSWLfgD6Ee1NuqyGnr+38h07GFkOliKHHUhGPP4INvpxwLXHsOdxVEciuQbMIyGcGwuQAPpz&#10;yeOPZvaWroysndU1pTy6URRGDUqmpYg8BT/VTj1MiN1/wHA+lzb6+yn9j1UjQywqRGzI+h7WHjX/&#10;AGof0/qeT7G1laxkhwo1egx/P1r0t1eM6kd3DHlj09KevWX3Vt3TSZT/ACtKeWUws7uVHqEkhOp5&#10;AD9f9j9PY7254wxkIox/bwp+fQw2uaCRTIwofWuR6/bQ+XCnXvZI9wtktPlmDBdQRiw9TaeAQPx7&#10;E1v4WEX0x8vtPDo5koZPl5UP+b1697QFWZBYAnmzfQjV+LD/AIr7MoiOHpjrdPJv2de9tlU7FFUf&#10;2FFrH/YsT7URAA9bU0PXvbVK/A+v0AJP0+v59q0UV62Mde9x2/tX4bggfi359ugcKcOrHPDr3viL&#10;lrC9zYc/4e7HqtRWvn1732DwRyCfx9PfvOvVtQPXvfH6AkfUfn+ov9effum+ve/H+nBH4vbi/wCe&#10;Pfuvde99c/1FhYf4fXj37r3Xvfd/62up4+nP+HHv3Xuve+jyf6H/AFre/dbNDw6978OL/X8gkfT/&#10;AHr37rX29e9yEHAJP4FgOb2+nHtpjU063173IGpRZb3uAw/qPrx7boD8XXuve8zObiNQS31/H+uR&#10;/sPbaqPiPWuve5CKAR9T9L2+o/2HtokkdeHXvcjVYECzXte6m5B/F/dKdWA4U697zIWsV06V/wAD&#10;wL/QX91PqOtGpz172+4/HzSkSx6I1uC0jyKtv6Gx9sySBRRvP+f2dVZgilj+z1+XXva0WoipoFGi&#10;KSQeizSGRSQOTf6D/W9tGIFajh5+v2DpoRxyDtAYHNTUEYpSn+Xr3tjqaqonk8aJHGzsP8xGGf68&#10;KHN7H/Ae7qiLHkn8z/hHn0/qr2jjwr8v9jr3t5j200UCVOTrKenEgDaJIxJMysQxvIRwf9pHtprp&#10;ncxqCeI/L7P8vVBKrSGBsDIqB+VKf5f2de9qAVmAoaAzGoioal3fxVNLjFmqIhGAsJaWe+jm5Gj+&#10;vtOyyyEBQTTyJpUjy/4vj05IHMahaBQKGo40P+Hjnz697lY/wZChqpa/O7yyldJTMn29LDNIKtXB&#10;8bxicqI1UWudVvzbn3dZFDkNGqAEVIOR/nPp+zq4SNgV+EAgHB4Urg+oPzp1731RUtbRJLBNW0a0&#10;1HAlRDimq5K2KlQ+hZ6yrBVJZQbMYrlVPHPtQkiGLXG3cxpnFT6/IeX2dPpIqx1Q5BIH2/b8/McO&#10;ve4mYylFV4yCFMFlNxVRmEZyMM4xlDOz6ROuJoKf1yn8E6ABYXJt7ultGH8SRlWtccSaVzXyP8s1&#10;PVDFFKBRONaeWR5jyqTXA+09e9pWXF46vkkNTtXPYqGlTyRyGrmrHieJQVXwsNKBrWZQfp/j7s0z&#10;qQEcGtARpp9tD6DjXrxKMaEEKOPma+f5evr173FzOeFMkiTYaOajeJPt1rJZEiVdIjaNYov9YGxP&#10;ttIDI691GGMUrj5/4T1SZ9T9wpUeufmf9nj172xwRZXPLRxVc0lFjGk8UKUiRRQLwBoVmYFgBzdj&#10;Ye3yUty7RgOw4lvX7B69UFVrTgf2evD59e9iGuxaPx0ax7jiijXmOkE8RDt+RJFCTYm/JB49ofqX&#10;NWdPi4E8R+fy8q9KEtpiBSigcKsOFfz69755ijwm3KMQV+Zjqq6Zo/FT00sjzrERwrSDUVXn6MBx&#10;/sPbSrczNWJQABn7fX0zTh0oceBCdRBY8KCpA+z0OKg/5Ovewvy/8KgE0kFXP5prSwUxglJu3Eh8&#10;rWFja9+D/X2ZWonmPeoFOJr5f8Wfsp8+mGihWPUGOpjlaUxStf2n8x172wLJHMsVoq2aYECWOMBQ&#10;UFuRLY6b8cj2sMZQkEqAeFeP5jz6bVicJXOKeo+3jX/Z697eKTPClkgpqbEUiVDMsTtLCauZTq5e&#10;NZuAxH5N/wCvth7PWpkaQlaHgdNRTzp6eVKenVWVCArYJ4mn5Z/w+vXvYs0lXsavxE0ObR5svGvk&#10;+2MiRFpKYgCqnqVvoBW4EaJbgE/W/snKXsd94kQpFQCuaZ/o8Wb1zjgOr0iSWjAUBHAmp/iJxk+X&#10;DHHy697TR3//AA+PI0eEixGPhlPiphTUwnnTQNHkaotdieb3PP1FvaptteUIblmalCeAGDX7R1t5&#10;DSRDTPpwwcUIyKevnTr3vJgN55yKGTRu2nhq61lhmEtA09RBGWtpDSKY0/qpH5+p49+ubKDUHaE9&#10;vA1409TxI+XVFAkYs4Ab1pU/6h/xXXvYh9fU+1chm46TM1maye4aiYU0b1VPqoUqJ6jRHJcnTrcF&#10;SWtYD6H2lvHuY11QUCcQD5gD1rUAU8+rM0ymsAIIJw1KfMipx58eve7B8TtKtw0+NkqESKgoECCA&#10;S+KOKJVBm0kG7cA3uPz/AIewoJGo0+oOGzitQR5j8/LieiQkAsNOoNw0ngxoPX1/b172KWNymNrw&#10;KyCeKSOTTBAaVw8QMVoyhZfpq/Knn/b+3fDcW6mNtQBJx/SNRjiPUfmPLrTDQhC0NPMV9cjPn/m6&#10;97XVJBG6MwBMei8QRdLlnAsST+L8kf1HtuuK+Z8/P5jp5BqGsDjgHH7Kf4eve6xfmrma/Gb0o8VF&#10;VgLkMRTmaohdhU0VAkvlakVjwmtgGLoNTfQkDj3IWxJH+7EkBoSxr+WBX5Dy+dejWAhbMJ5EnHGn&#10;mP8AL172S+o3nl8tGlNlaqTLQ0xTwSVkcVRkIFhPplgrwvnuo/DuVt+PZ7FI5bvoaZHVRL3VbP25&#10;p9nz8/t697f9v7pxu2aqphqsHgN54LPwE1CZamkoqmFybOsVdF66eWFgSWjBBuD9CB72gIkqx1A5&#10;pT514/LpFe201zGDHKYm4grTj/SHmflwPXRI+n++/wBf2dTafYHxO3Jsbdu7M31VsbbO98ZlMLgt&#10;i9W08ubrYN1eeGGnOTnzhlDxRrMsstc0igHUFQgXtaWRiocKmp2IwKKor5jjULgeRY1OOg2kHMUF&#10;/FatcGWKTUzykKAhxRaAeQwAMYqeo+qZZYolieSKRZ3lqTLGPCwYGOPx/qOq502BAC8nkXMr2zsH&#10;4dbf+KubTsOtxmz+9c7XVGU65p+vMbka3EYueajjyWNwWQkx800FZFLGVjqplNomcf2lPs1jt9ug&#10;21lvnY3Lr+mVFRx/HTBBHmOB+Q6DCX3Orc7wwWSLLtiKwnkkFGqeGin5fbnpMTTbwfdtLFS0ePj2&#10;fDRN97VVEqtkquvcv/wDhQ3RI/2wS49XqI/F6iMrhavC4vbmYroqaiq90LWzw4dYGWeHE0jrSw5M&#10;ibUAtQwk0A8+gn6Eew4shWR4TqGmhqRQHV5A+eMn0x1LSuhOmnd/L5dLD2io1iNSwjQ1Ii1GPygp&#10;GRq1KHVfwPzzz7djYodQHz6odJPr173PqK2aqkkWeCklfQkAkZCiU8YWyxQANpVRxpsD7uZyQGah&#10;8vyP+b/B1csSKHP+r/V+fXvcSOB6ZZZJIzMVBUlgHjj1ehjpf6Ef1P8AsPdCCV1ehp03QLk9e94Y&#10;ncXiSOR1IWSyMG0Qj6Egf8V9uaAEIC6sZ63n4fI/4Ove8/jmJMUbSPA7B7lmKD8MBGPST/RvdQdV&#10;WxQ4z5U9Ptr14ihqP9R697kMZo2MbU7QaX/3aLEQ21BlA4LH6C3tsRoZKVH2+Xy6tTNeve+LM0sY&#10;h8i6X1yRq9gkZcXP0HDH/kfvRB+FvL04dbB828/Pr3vuOMxG0pZQyaVKMBY24Ymx+v8AT3ok4Pz/&#10;ANR+zrdCMHFevX9yI0WKNYlgWSbQTJUrKTqTV+IyLXtYfX3vUOJx178P29e98ah4rmnE0ZiUoYpA&#10;P1Of6G17Lz9PfiT6ft61WmAeve+f3KvCsCWcoCrzSAAyENcugP0BHFvdNQB8q/4OrgjSBTHXvfBY&#10;aaSZJayneSCwWyS+GU2H0EhuOP6W9uRMuVZh8+myqk1IwOvXB9iXt/eWDwO2c7tobWeqTcVNFBLX&#10;vXx/cUJhn8qz0bmMnW3CmxAtx7sW1gAMO3J6bQFdQVRUnifIfZxz16/+v7DmVdbqkETBVaSRUPre&#10;zHhGP5t7YaSPVrZvn+X+x09QU0r/AD/wHr3+39jJtDoXuns3B5LO7L6z3RubGYxT97lqOglWjgKp&#10;rIiaQKHKqOQl7e6Jcwu2hGFT69KI7e4uELRxsQPOnWGSogiaNJZoo3lNolkkRGkP9EVjc/7D2EOR&#10;x1Xja6oxuVx81FW4+U01XQVMckMlPURGzxVET2IN/qD7fOsU4Gvp0nZWVijAqw4g9Zb/AOB/4p/r&#10;+49TLFMXdheoBUEIto0W3BUH+n0t+PfgT5DrbUJyeu/fAzICisyqxB08c6h+kG/9b+/as5x1UaeH&#10;XvfCsghlZNMl5/EPLFpKFH/soL/W/wDX3uteHXqDr3txNXFPQLBUUkAkRIoopyumaGOmJXQmjizX&#10;5Zrn3stIe00p1bUCtCPT/UOve4x/YFomdFaPS1i1wh+ouDf/AFufe1duB/l028KE6mFcde9yaKnp&#10;4QKrIUdcaZSdHhUxtMpWy2lYWWx5P59vjh1WJVXiKqPLz697wUVPi56szZJKj7PU4McJPmSP+wzD&#10;8n+tv9f34g9e1wqe4/l50+fXvb3WDa/hAxcWRhWJmFqkiaWqdlspeQAaVU/QW9+I8hnq+q3YDQf9&#10;Xl172wzQyoFmjChAqEwtcMB9CSW+l/r7R91K0PHj6dWbVggYP2de9+0nxTB5VEenycNcOw+kV/eu&#10;38z68fy68Q1M9e9549MYgmpxplUalbVxrH0Ok/kH6X9+ODo4g+vVgDpBHl173GdXZKh55y8pkLAu&#10;pjlfWbl7H8H6A+7ac/IdVp5seve8umnWNGSz6oz5FkQ2UD6rqP1PvxU1qvXqACp8+ve4bQ+QK7AB&#10;EKsqD0iy+q2of4e90anHqvn1733VR0rENS60jkQNIjkOI5fqURrXItzyPfhr9R1s0rUcOve89FO1&#10;MVaMwn0upjmhSUMki6WNmvY/0P1Hu4JXry44de94jBEhkjCRpKUBMk9iyRP9dKn8n8H3cyKAT03o&#10;PA9e98qGU0BXxuaimJLyQFyI5bDkSKpHH5I9t+LWlOnAoU4yPT7fXr3vhLHIJI2J8cEgZ4y4uHJ+&#10;njA+ovx7cEgrUjrWggUHXvc2CJ6utgSQNIyxAFBwNUQ4Fh/T/W/2Pu4IIr1oAE0OR173PqPspF8F&#10;IpjlhLmTyWFnvc3K/gH36levEKeHlX/i/wDVjr3uNS01VXVa06yRs7ABpWkEcCLf9byP/T8e0jHv&#10;C/OvTq5JFfLr3vB4IoJ6ktMGdWkhZm5QvG+m0VuCB9QR7v1oAA/Mde9+aSQIsSDyeRSUe5HrPBCA&#10;fn/E+/UHWyzDr3uNNLalIaNlljA1P5Hvf9Nin0/2N/fvs60xJGeve+dLM1RDeZ418SlYiOLov9kh&#10;fy30v7djWmeFemyWNK+XXvbnj8xi6Sod6jDwywkBY6ZqmQhGA9UocC5LH8Ee7hgDQHPTgYaqla4p&#10;172qZ8O9ZiEydDjaGRKlmZWgrVM9IUP+YkpDyDaxuP8AD3UgOaNnpzQwTWoFOve0sPv4h5q6KOGO&#10;IiIFX8cs92upIT+n0Jt7Tuiq2ny6oC9NTfs697k0udalqY5I6WjIBAZ6kSVCyC4ZhKrm5HFrf4+7&#10;AuE09eDgPqAGePz/AOK697y7lzlJl616yjxmNwZkjVGgxSzx0TSRqFWWOKZmKFvq3qN/e1eRfIdb&#10;YoxFAFPyr17201UzOYg8hdfAkbHgg6hZ3Vubc/T3rs0FxQemfnmv29Vc5Ffs697iJRvUVaUtLJql&#10;L+FFAGhpT6VUH+v9Tf6+9BwRqHVCVArXHXvcgGLHLUpUky1Yfxxurr4Y2U+qwW+o/Uf4e901ClaY&#10;r1pZYj21qf8AB16/v0FTVVCSLBJIkDcARao/Ibk+PULajb6An3sRELVerLIThcft697zR1M8LeKZ&#10;Y1+3Rw3kFijNdgWYfVv6e6JGXHpTq+s0z5efz697UlFtzcFakFUKKZYa1ZJKeeUeKGVEQsXVSQba&#10;hYE/19vLEpH8R6sFkK1bhxzXr3uLU7c3JTUf8QnwGThxzu0QrvEzRNN+nQShJBHN7j26AoNTmn+q&#10;vScMzjWRUD/VUde9pwSXLRBpCFYAm/IJITTe9rXt/t/beli+muAOP+rz6vrXT/k697//1dOjtv45&#10;fIPpUUW4u5eqt0bSwOQqAkmayNNDX0FRNJGTBAK6AyKkhPI1Ef093cywgidSpzQHjgV/kOkFvzDb&#10;XU4RqEcDT/P8ut9Lbm89p7vSpfa+4cTnVonEdX/DK2GqNM5uAsyxm6/Q/UewBkzNLI325rzLSxg6&#10;oF1U3kLcKZIeAT/UD8fn2iDhj3D8/l0IFkVu5TUfLpTe5r5qapp6WF4aX7eA+iOKmaIKAtmI/cYE&#10;ngk29vK+BoPaP9X8urlgVoRgfL/D1727YKWKKP7WXHwZKnnBliaqnqIpEYjSU8kYIA/wP+HtWrVG&#10;OPVUGlSpWtTmv+r/AFU697ZUjSCT7umC000EkhWGRDOtPduVLSD1H+lx73qXyOem9NHquCc/6vI9&#10;e9uNNunPTzLBBVxyeTiSF6WkZgQbKWXQOR+Lfj3sUIrXHXnu9PazUNOAFSeve11hd67/ANtiGWiy&#10;T4UT1lo62hxVPRSSyqAwSLIQqrITYchwb+9rCjklgSfzx+XSW5vI/BbU+mopWlOHEf5+ujb/AIj/&#10;AG/HPu8b4s9nbP8AlZ0Zi+ve6fHm9/YOqyWFbJP4qPdFVjqO7YjLUGStrkmjiOiT1HVpuQfY02az&#10;tbmAwyKAw4HI044dRhvF3cwyeJG4YjJp5Z4/YRThitegf3DiMxtbLVu5ttVC0+PqIIJK3FztLJjP&#10;uxIUnf7VTaFXXQS8YFnuTcG3sovf/wADu2dmjP1PW+749/be0u0GErIoMVuaOiq4y/2sCS2hqZQC&#10;FJjk1G9wt/Zbum1iyl7e4VPoPn9n5/5+jTZt5uphoBDCp7T/AJD8+A8+lrtzdUOcoaeolpnop5BI&#10;JItSzwq0LeN2WaP6KzX0awCR9R7rVxOBgwNTk6DfNHuXA5LFM8TYQUUdLXNIp9QmlrSpRVstmUMT&#10;9QPYbdoz5Zr0M7fdbYilwSGBwBgn/Vwr0q7+5mZz9D9kaXB1O4aemkp1RaWqmTzSaFtJ5JYTpkj5&#10;4JF/6j22ACBSgr0aJNDLH+gxpTh6f5/9jrv2Fv2ddmFpjBTzS1MgZpHb0JJHAdEYjduDbm9jyfdw&#10;KZr0z4bSEAftr6de9v2BWrEcmNyCVZonilWmTy+OGGrWXWruAbcWP1+vvSircM/6uHV4NVCXGPL+&#10;deve3ar3BmquCSlqJ/vYUUxD9iIVEMK+gOZYArHTbgt+ffgQSSfT/V9nV3ZmFGyPlT/Lx697FnYW&#10;O7XnwdfvHbm2M5uHaWApv9zWSrpahcHD4bArUvNIurSLBUjUgk+/IqZLZ1f4P8nSJvqtLvEhYepJ&#10;wPU+lOsbSxo8aO4V5SRGp+rlRcgf7D2NGwvnl3N13WnbG1cjiOvcAamlfxY3bOPqqoFXHnEs8qJL&#10;NJLyPXqAFgB+fZjFcmJQDUYyBSn7fP8Al0UvDeXagOAqGlcVPyOOmHN7T29uTT/G8bHkQqaEWaaq&#10;EaA/2kjidVDf7WBq/wAfYpd5/wAxDs7tDb9bsHL4nrvJbel10sVfkdlpHuaSmkiHklgkdwtNLqA9&#10;cIBv7RzTtOx8TJ8/9X+Hp23tbqGRk0hhxYmpP7CcH+XTBtjrPbOz8nVZPBHL05q1IehnzNfWY5CR&#10;byR01U7nVbgFmNh9Le69xXVVd/EqapyMuMp8jDprZZKIPLNFRqWgoqcyLqDSGytotf8AJ49toNOa&#10;dHsKmNSK/FxB+Xl/s9CD7hbe3PnsdnKSkp68NRwyxqsLUdMTIzrzHJLUI/KKLLc8fj24SGAHCn+X&#10;pPKs7uukg08jTFfX7OH2de9ueQ3DnKSoqMimaWpWWuatpZIIWMEGv0tSvIqqSyEfuJe3vYdVqBk/&#10;y6tAssWpmODT7P29e98Jt4bky8c8VXLR1zOoqvFW0kLQuumxkpl1ekD+n19s6xx4D+XTiRsHNMjy&#10;ByKev5ft697baLKUDUzLWY+KprX0pEExtI9Jp1i5cyMGU2HFwQPadpWJov8AxXT4cae4Vz+X+fr3&#10;vo1OPxUn39NkI0aQu8VBGBDU0E2vUs0jKun620WPA9uB+NfP0682hQWU0+Q8uve+s9vbde56WJcx&#10;lKnNJjpg9LBVyeZIvIAtkVbD1D+ov7d00FCf8H+r/B0hmjWdP1asAcCvD8v8NOve4kOmpjqairm+&#10;0njggdKKRJovPdtDiCSMgFUH5/2HvTEK486dN/u6zlBMigFeGOPrnrq3++/4p7b52XMTKHijp6an&#10;Xxu8Wq3o4jK07MeT+f8Ab+9BmLadNR8znH29UaxsI2IKgavPz/Znro8f8SLj/ifbzS7VzpxH8eq6&#10;CaHb6ZaDBffPJBFBBkapfLSxVFM7BwrC51lbf4+3QWWowa8f9jrY8Lw9IjxUDyp+zruwP+Nxxf2p&#10;U2dV5CdIdvz0+dNLBJM5xwigX9s2nLyyHT6CPop+nI90yRQdLvoYC36QrWnXrf6w/wBv9f8AH6e8&#10;sPXeXyFBW1r1WHp4qQSGWWtzNDTlZBz44VlfVI4PACA396aXwz6enz/1fy6dis6KQtFp9n/F19PL&#10;rw4/3309o4x0tCWRqSKrHiVJpKiS/wC8D+5ITCbEH8A+6NdECgGft606IQFkWtP5+p679sFWsVXN&#10;Hj5JafH06QNUHzkMkZY6kjUrc+riw92icNVh6+vSL6K1L0A0+f5/P166544HH+9fm3vPj8Qs6TT/&#10;AHU0qKohnaIM0CBTZfFL9GBHAB+h9q4kpx8+OetTVWIsPsp5fbX1p5dd+7Nvjt1zuTeeNkw9bHkK&#10;bDNhoAlZjC7ZSokgUCnxkKMAitNezMWBt7NbS3VjpJoDU9AbcZ7sv6L/AJPT7esckqRKXkZUReWZ&#10;iFVVH1Yk/wBPag+SPx1psfg5CuRxO3s3tY0lcuP3LkkgSsx+Tp/3aaOtUFTJGQGdX4/x9o76Dw6s&#10;gqK/t/Low2pppacO0ilTSoPkfT16xU9XBVRJNTsZYZCwWRVOk6TpJ5/H+PslWF6k3/tuol3NQYbb&#10;+56CWlKU+XxWWxOcx8EpGt4jS0k4kXjh9S/T2UB0NUcj8zTj8h0OLeC6PeiK6gcdQI6k+w63DuB4&#10;KoiswO36GuFoRFBjKyKjOpiWkSEy/q/slhce3gMf6h16SQIaaApPoD/qz172i87V1GQkWskEUb+B&#10;KaBKMGBopA1hGGDMSP8AXN/x78ooKdJyxarjjwFMZ/aeve2hIIKaOU1SM1WUIhjSqMaLJ9TIUAJZ&#10;v9p/2N/fjXh1pQorXB9an8x17260delJTFRTVrsCzhFyFSsKsFvJDZ1OksOSRYn344HDq1QgqopX&#10;5/4Ove8iZfDvDHUtiozVIx8U01VVuY+OXmQek88AX/x9+NfLrzSLUEjI4f7PXvfCnyFHVGTKR0FC&#10;iURVJqeTyiKaTSSJC2pWIb6HT+fejqpjj1VRq1MRT0r+3/V5de9zWyq1cVPFT4ba9K1Qjr+1T1D1&#10;IaZgmp5JpCuq54a1h70K8OJ6uXBQ0C09fn/sfs697WG7th7h23T4+IS7RzVLW0Ec33G3K+OvSEvD&#10;qanyNVGf26iO/wC4jAWPHu/EV607EaUABDeY9fn8/s697Coy5XHMtJIaSFoNN0WGCRpQV/LNq1f4&#10;/Q+9H4a9V/VAAagzT58P9Xz697nIK41k8y1AhyE1KrBaVYkjeJjbxBApHA+oA/2Pvy1OerLqrU5a&#10;nl1723fwur+8SFklWriHnrfKqQulMCJCqRHkk3PAHP49+zqoRx6b0SLIQRnr3tbZDF4iTEZGoxtZ&#10;kvvftEqFpoqc01LqhkAcSh21MQt7MBb8e3SqUoeI6cdoMgPmn7P8/XveLGy7ejxUCVtNU1EkEKNE&#10;Jg4Wqafmp8s6HUljyoAsbc+2R59Xj8IJkVNMceJ4/wCode9pGpiajJko1KQ1ZYDWDqhN9V4ZCLlf&#10;pqU+9549NSLoApwP21r1721480slQ9NNFGxZvHT1c7yRRwSH1al08XJ49XvwNRw6bjPiEjz/AGde&#10;9uWc2vujDPStlsdUUT1SLNRGbQ0dTB/nEkhaMm4K88j34UGOtvFLGyiQHPr173hqJUk8QmpjTRxN&#10;+1TjWqRSN+qRXIudZuTfj8e99eahNDwHXveeF6ZaxMlU09M8sDxy/bFJyzrFbxsXjH1b6k8e9qwU&#10;0Of9Xr1YUOWoTw/zcOve1pVYXdu58XHuiXCVVZt2llaniq6XFz1GIoOA5opJKVCYyV51SHnnn3d2&#10;0/EK16o73KsC0ZIrig/y/wCfr3tS11fJNhMXiZtiUmRGOp5IaCeNMnST04qf3bkwq4lVj6ghA/1/&#10;bA+Kv+r7elpZmiVGjyOHlTr3sOo6KaGaSHJUFXQyTXjhhnhemiR5DZXeeZbqo/Fx/h7dCMSQBkdM&#10;aCho60Poa0/4rr3tVxbD3fV09NU7fwNHlZjFL5KpcrTz1A8H1/3HswYenkE/X8e7ogPaoPn8uHSe&#10;W68JRRNWTnjWn+Dr3tc4+kzW2sR93U4LM1kFJRpPkpq+jNHBS1LMzGjhRvVpYD0sRzzb3aWLw8tn&#10;7M9Wg3ND+Bmpx8qfLr3vG3Zu1JzSVFFtqrocjSxqmSeGRqymq2YHyTwqqkxfhWUkgjn2lowwCOjE&#10;Xlu6CSJOI86/6v8Ai+vexM24Nj7lx9PkIKqLEVTFXrqGpCrOkayaXkDSDTyL6T9R/T34OVzx/wAH&#10;ShTBMupgPsH+Tr3tTbJyuzajO1OFrNx4hKavashWnWLzVQqm/bjpqmrP18sYIuBZfbpkBTI60Wjd&#10;WSop/l9Ove7Mdt9xbU2Z1xh8eamOpLU6HHwx1sfkxlFRxGnkoZ0jsWSVr8EEtYn6e0qnxAWUkE/7&#10;HTUgTwRpchqUqPT5/n/qPUGWjMtVHUeS0aROjw6FYSSEgxy6jyCgBC2/qfZbPlR8wId/bTwWw8dI&#10;8O3tsZL+Jfa0dTJRRVVTDS+NTWiM65Fj1ERIPSDdvrb2pSS5JFfIcf8AD8hjommhLNpTOeIrQ/b6&#10;elfXplxW0MLiM1ldw0sDNl8zFBT1tZM5kc09OzPHDEDwo1G7f6qwv9B7q83P2VLVaIKJHipUcS05&#10;Lu4gLyXYxfhWe1voP9v7eJKKT6+nSnxPDBQf7H2A/wCqvSn+n++/4r7Rq7yraloo4pWNQJw33T3k&#10;YRa9fAax1D8Ekm9/flZnPDH+r/Lw608wjUEsAMZ/Lr1/99/rfX2Ou0+iO3uwtlb47exmKY7N2UsT&#10;ZTc24MgtBS5PITS6ExWGkqTapqxx+xFfmw+p9qVglaMyBaqPPokl3msz+GdVPM08vTpunzGNpsjR&#10;YiarhXKZGOeakoQwaplp6ZdU9T4l5Ea8KXay6iFvc29hXgsr2L1/kUyO2tx5namayHnpJanEV82L&#10;zghrBaaJfCRLpYEj0kf4e0/Amvl0b2VxOR4kZIJpkYOeP5dTZYoqiNopoo5omtrimRZI2ANxqRwQ&#10;f6/T2m59w5mmGRpmqaz7irnmfKVtRUVDZKaQMxkE9RO3kLamYuXJYk+2zIFPbkjHHp0u8ZK1JrXJ&#10;yTn9o6y+4m3tq7y7Dro8Hs3D5LLmnpi8kFBC7QU0QYtLPWyr6UX66mY8+7Gh4/4emQHkcxxAkj0/&#10;w54de94MxgqbHRy4qlyUuVzVFK0FXHDTBKSmMClpqeGVjeQoQQSBY290IBXUvWwCUqCa8P5nr3sP&#10;2fxzrI6iUq6s0bEgOAeUJHIJ9smo4dM+Wc9e98VCyyuwIp42VyCbuBf9Ksf9h9fewa58urUp8uve&#10;5CVLCYIZ1MbKFkcKFWyj+v5/4n37UK062cNx4de9zQIMnWpS0KSqzgJAtwxlm+ugsfwebf7b3sGp&#10;oOr4dtMYyeFevezU/FXZrP2tBSZinp4WpaRa9KitlUR6WkEcJjXUNSvezG/Fr/19uCiccj7P8HTc&#10;SzC5wBVfz/YOB/zde9mp+YnXvRnXRxG7sXt3BZzNZGviOZwOK3BHTLOJoPK9XU0tIZCqM9rlFBuT&#10;f2oZkbuU0Hp/q/z9euhEr+NSpJyK/wAuscbl1JZSpDMLEWuAeCP8PdbXYG5sHurJR12F23Jt9Fhp&#10;4qjHx1EctJGtLF4YkoyoDBdP1Lcn6n6+0x0ipVeP+x1RFU1aJdOry8hTrJ7XnQXeOa+Pe4cjvHa2&#10;09q5rd09HHRYLKbtpqnK0m3Q0gepqabFwvGkzyCylpGsAPobn3UaxRQdOc/lw6fRjESVUFvn5Ctc&#10;fP1+XUWspVrYHp3lniSUFZGp5PFIyMpVk8gFwCD+LH/H3m3r3z252Hn93ZjcW5zNUb2rZMhm6bGU&#10;NHS4yaaZdPioqNo3+3RRZUERDf1J90bjrbJ4V9eqRJIZWlY5bjSn5fl6U65UtNDRU0FJTqUgpokh&#10;hQvJIVjjGlFMkpZjx+WJPuFtzrzunth8Vidsbb3huqnx1MtFQ0WPoa2aKnpfITojleyBSxuWJt/X&#10;3R2EZx5+fTzreysqRKzUGPTrM7pGpd2CoouzH6AD8n2IWW+J2/8AbG3ctmd5ZzA7bXCxvU5DD1WX&#10;hqK+mcLb7Z4YmMaVDGw8d7k+6GalK5r5dUa3uY01ykLQ8PPryOrqHQ6lYAqw+hB5BHsq32y0rNKJ&#10;tUbhlsWAe4PpsP6/n24yMTUY62mKk8OuXvAk9P5QSDbn1OCyggfhP9f3tFZPMdVYioCnHXvc6fJV&#10;mR+3gqZzLFDFHFEFSJFjSIWQBYwL8fnk+3lY6dB/L5decmVgH7gPyp+zr3sc+lsTvmXckOW2QmTp&#10;8tQIainy2LoRV1WMLHxisgaRXVSp+ruOLe9s5TtU0qBX/D+Vei942iZntxRhShpWmfKvXE2PBsQe&#10;LH6G/wBR7NnvLZfy933tism3t2nvzKbfqqeSo/h+ezmSSLLR0lrClxSFBIg4DWXTe3suf+1IQaqE&#10;/P8Al/l6LpBeMSX7hU+uf8/7OoFHiMVj3eWgxmOopZSTJJSUVNTPIWN28jQopNzyb+yjbh683kJF&#10;of4KcjPixBR1c8HqqaSWVfJHDVLIRpuDe9rf4+1QcgaAAPlmv/F9PWxY6Ygg1eorx/1eX5jpwH++&#10;/wCK+0zkdvZ+Wai2yMB9vk4oBLJEKp3ndWYANJFfxxJciygck/4+7E/E5/P/AAft6M2lkCFEUDTk&#10;8fzyfOvXfseNhfFbeldtuv35WVmJipcaIzTUlLm6T7o1Ormjq4QxkVmF1UBTcm3tUsdYyWwB/q4/&#10;4eg/eXV28bGKgAByTkn0Hp1xLKGCk+ogkD8kD6292AdP/FXanc/Rm4KaXbybU3dRy1lTS5fN1FHE&#10;8UdOxvVTmXQVhDjS5twvPspnOhwI/wDV+f2eXp03YRXF1CAU0s1KMeI/2PLy6bcjlafFtTGp8mip&#10;l8EYiikmkaci6JpjB+v4v7q37T6lpNm7oqttUe4dtbiymFohLm6jbdclZi0nMhvDFVA6XZFtr0ki&#10;/HtRrfRrGfkeHDj/AKvPoRRtNEoSqll404V9Pt9enJG1qrWZdQBs6lWF/wAMp+h9hRU4jIUNDS1U&#10;0Hgo5CWpKn9qWF7/AKmcC7W/pcWHvYfWdLClR5dPJKXI1ila/keuXtqemd4opA7yTh28i2srKf0q&#10;hH+HNvemjqMHpRUkgDj/AIR173wnp5Fs7BoNapoWwKuqcH9N/of6+9hqDSevMtTqHn/Pr3vHNWSJ&#10;T6JI7soIj0ooFiLX1Dk3/qfdKvq1DrYYgEEV697yYyfG301sVTMrQaWameNZYJj+l0EpCuv9VY+7&#10;oRksc+XWl8MHuFT173BrA8OvwCyMwIcMvkKk8KVQ2H+Pu/dmmP8AN/s9MsKVFKenXvc/EV0KSOmS&#10;jH2phmIZlaRhUrH+yPSb2J4P49ppVJGMAenSGeMjhx697WmBptr1kYrc/laLAhnp0gpvs6irLqh1&#10;T1MiQAlQ1tPPHvYVqaY8n58cfnw6QPHcVpDQj51/l/n/AG9e9rZKfYv24z6ZfCRzQVkq0mAqqqSM&#10;1FOj8VJjC3VHHIUc/wBfbBWZmI8vyGP8vSGSG8bVqqTXNP8AUOve0Zunc1BlsvUZGSppnkkjSGkg&#10;wsBpaKighTx09PC1gSoH1P1JPPtxSytqFT9vShYLlpdZXQP9Xl172G8lXL/EFkmbyoJYxeYNIFQN&#10;fS/54H4HtWtQeAPl0cwwq6AcPt/w9e9iLUwnKwTQYSOGdaloo0pYAkcqlF1VVQiMfSLfVifp7uFI&#10;Yj/iuqlCCUAFR172bj43Hey5Da+C2vsylyVQtfHTVuby8YqcLQwVJYWNOD41120NO/P9kcH2rgQU&#10;Ory+f+X+XTiXk9uUSFQSTlj6ddEgC5+g9pDu3JdWyVazVGx8lt/dTV1eM3TbZ8NPgMjHTVjU7TUs&#10;1XZ4pWZWVjEpW3I96nVYwCuCf9VOmo7mKYEupDls6eH2/wDFdd/77/b+yo5bIbdkydQ236XK43FP&#10;FEVp8tNBW1iShf3k80OlSl/0/Q2+o9o9Wc+fRixRaaAQPn172mvIGOtSXVnKodJUD/Djj2nYZwOr&#10;YOR173Elkld2a1iGClmNwTe1/wDjfvw6qSxx173FOtmsSdRNjc2+v+Hv3TXDr3vwRyCwViBwTY2B&#10;/wAfdgpIr17r3vNTnQ+vSHZbFU0ltRv+QP8AifdlWmT17J4de9rbC7j3RRH+I0WayOKqMZP99RVV&#10;LWSUbU1UVEeql8JBR2AC+n2oR+2jDp4tLIlCxAWlPKnXvcLd+7t17trY6zdm5M5uKrhjEcM2aydV&#10;kWgT66IBUMQi/wDBQPbUhHEfz6ZfUW1OdRPmePXQFhYcD8f74e09RVc9K00cThVrIjSzhuUeKRw1&#10;if8ABgCD/Ue6oKN1piQp8+u/99/vh7EvHdbZbcdRQ4fB0NdJkpEUzPMYvspamX1o0coNkRl06C1r&#10;n2oohXPl59J0aVmKoKgde9vEnx57lo5KmSTYOdkioq1KGplihWRUqnXWnpDamUgX1AFbfn3UxLXj&#10;n/B0oKTU1BDXr3+HtV9h/HLfeyNnQdhLSJU7ZYRUmYvLElVt/KuAj0lbAx1NrJBjdb/W3497coDQ&#10;jP8Ag6eaG4jQPIvaceWOuri9r8/09luAmZnYAaV0qwFtK67WFj/X8+21IL56aKkV+X+r8+u/YxZL&#10;YdXjtuY56zcWzMe9ZDSz/wANqMvQfxU09UPLrZotTAKba0JuLge39WadMCOc9zsMGoBIH8uve2vr&#10;ag2rPv3GYrc+UC7dlydPFWV1DENMkYPrSmeotp1cqrNweD7cQrqB/wBX2dNXEQdQshIHCo4n5fYe&#10;ve7Cxlfh5svb1bR47e+9zu5amvoXonMGPp6ahqoWj+zSrUNHwCFmlR/UAQPa0yoKeXr9nSFLGxLM&#10;yaixqOJwOFPl6cesA+48x1CH7fQukq0nmMl/VdSNOn+nN/ZdN+b/AHxWN2Vhus94jDbZzQqos6my&#10;8hW4uqd6KoCz/wARqRIszt43Ggmysbkce0rShiTX/ivTpQLCGJEKtQHBAzQg1zXj65x8us9h/T6G&#10;4/wP9fY37H3t/czY+6qJ+26ajot4UGQWLFZTMzZLPY1TCyU+TiyJcvDOrgSEhrtew5F/e1mIyvAi&#10;uTg8afs/ydKBtqsrhZaLID2k5HlUeh8yfyHXRUEgn8G/sqnXu/ty5jsTb0W6OxN7riKfMU8GXzse&#10;8NwtJTYI1HjqmjkE7P4tPNhcWPK+6LKyr3E/LPTENiSQ2sopoCfOn7KjrrSACAot9bWFib6r2/1/&#10;Zru0cJ8McbFuXMYzs+n3LlqqglXGYnGVOVyktVMzFytTWSQ6YWFl0qW/UT+Pbxlj0UYjVjj0o+ht&#10;oZGZWLDypwPDz/z9cEZzYNEVuCSS6NpP4U2Nz/r+yK5LfsVTW0GTw+Ik27ksfj2oaB8POPuPIH/b&#10;rJWZQQwX0enm/I9ptVGJT8XWwqltXw4pj/D1l9tu5K/sPsB8XVZufIZySBFxVEZZWd1kj+qSI1l8&#10;rAjU9rtxf6e9PrkAzXFBT/B/h6trC01NWv8Aq/P5nrq/sQNl/FHvPe8cNdiNi5abDvkocZUZeONJ&#10;6alnmsQXEJYkC/qKg2P19+htGdhUY61LLIqF40LenkP2+vy64tLGhAd1W6sw1MANK21Nc/0uPZ38&#10;V8Ecn0xV4Wt7HqRi8hnQkODqaqqoab7ueriLRU9FSyOWVjYhmlA4/wAfZ3bWcMKhpgfs86f6qdEl&#10;y15MP1KL5qo4H519fTptxmbxOa+7/hVfBXChqWpKswMWEFSn64mJA5H+HHt47h3BtHq8bb2pjeuM&#10;Ll8vnKrEUGd3RuWlmr8dn4pkVHocWIJAkQptRR5OCb3HvV2ItQAGTSp+fVYmktHj/SDljVi2QflU&#10;8Mn/ADdOYDamJYWIACgfS31Or8+y1/JvoXB7WwdD2d123h2dXVMWOzeAqpv8v2tnJ0b9umkks1TR&#10;SFW0SC5Q+luCD7IWjVTRTnoQCLR3xYQkVHnWnl8sddi/5HskEZaOSJydSOSitfhm1aGsDf6f61vb&#10;fTgqBXy679y5fLZh4SVhZxNKt2Uc2VjxYAfT/e/d/Df1r1sMpbST3ceve5eP0UdVTVtVAv2yjUsL&#10;r5BOLWCgKR9b35/4j3cRkZOfTrdWUah/P7f9Xy697d5RBkKnVDSU9BC6hi+q8dMhGkhyeTqbm3+w&#10;90JdRpY9IX8SuaqDnPn173jQ0MUbhKcSNDqi8mpn1ySejyMv1t+dPuvlqPDqgCgEkV+3r3tpqZFi&#10;hhiaZpajUVUlisUEY9KqzH6g3va9gPbiVANMHpRD8Jp5/wCo9e98MDHQS5uAZUVE1Arv9x/DmVJ2&#10;UIQrwl+ODY8/UC3usYLMF45r16dlCUfgeP2de92S9RYfBdw7RXYq5Spxmbw2NdcRU7ggE1DUUEmT&#10;WorI6SrQ3iqPGCoUgj6kC9/Z5GrMvnUcPs6DTyRTKY0chkrTVwpgU+09eJt/vv8Ae/cLO/GTJ0Ob&#10;pd0Q7p2jt/H4GaKko5aiod6Kop6Vibky6SsslzrUgC5+vtq4gQ1YYanpxH+fowhMsrDRKE00HnQg&#10;eh/w9ev/AMV9gX2xuDrqDa+Z2jjqGgye6/4lC8GepkMsKUsc5kkWGrU2OkEgACxv7LZQK4x6j9nD&#10;7ejWJ46GIZctk+n+TPXQIP09lK+3djpi9cl2CqouxI9RC2/1j7SGPuNOHSyorT8uu/eKRm9KqhFr&#10;ai3BuePUPenqO3rS448eve8JLxtqI0NaxAFjb/A/8T7bPr1b59e95lmLXjW6qebFjwRzc+9qCx60&#10;WA6974abMRq1axa634P9D7syspoetBqnHXvccB0IYA2B4/I/rb3Wh6rleve5HmkkFnfi5BIABH+v&#10;71U9XDV6975Rx1BYCLWdShvSC4s30uQPz7c0VAIPHqjyhfn17280xjpPuYa3H1VVI1O3hBmel+3n&#10;cemeVWUlwv1C8A/n3sRLQNTraShgaCv7RTr3ttZXKK4Icr9FZrOpH1tb/e/emQDu8+vCoB/y9e94&#10;SoIDyMTpA4PqJBNuR/Ufn222oGlOvdrHr3vkKqWCX9uSxvpsADdSOLhrgj/A+9gkEMOI62WzQ9e9&#10;8WkmLGxYAMQ3qXg/qI597VSw61rpQde99LPIiWWS5N9QN7i5v+r+n+x93GpRnPWu046974yTyGzB&#10;3IAtbXe1/wAf61/6e6s5YUbFPTqxqDjI6975LIv1Zit1P6Cbj/WH9f8AY+6hnUUBqPn1sUI7uve5&#10;qVUOiZJlnmkKKtPM0wDRSX4Muq5It9ADx7trk8urACma9e94YnABR11MCB/quGPJW/uhL+XWuApT&#10;PXveYU1jIutF9Ib9z6uNXOn+lh/T3Zo3A9D9vWiyrgEde9y8RiK7MZKCgpoKmonrJRGkVNZ3ZVHq&#10;d/pZFFyxP4HtxUIIB4/L06q50gnhT50/1Dr3sUq3b2J2vjqky1K5CSypDLMIkhaZWuBDEDqAVuOe&#10;T9fatY/Dw3D59MQyiahXgf8AJx697DiWilaP7iajrEjnk8lJUpDMaZl1XltKAV/wADce2GK/gBx5&#10;jpYVHwjr3vl5GZkkWRnKfp807NGV/qyjiw/F/baTZ1NWnDh59VKgGnD8uHz697e6KvDwS0uTeork&#10;EFStJGtUsYhnYallDAFiq/XTe1vflmVoyCtT/hr59b0D4hgf6uHz697esJnNu0eIqMdkdryZCqqU&#10;P2+Uo8saKana1keeCSNlkCnkLqF/yfd0nQRGsdPn6/LqoSRZtak04Ede9p+DQK2NaOKoKLKGIkMZ&#10;lbQdTKpPAP4v7TxhWkArg8PXp7Fe3/V8uve5b10mhnpqeMCaZnXy/uOSpKukjmwIU8Af7H3WTRUa&#10;V+WfUdWJYggjr3s2XwY7Vp+ovkLsjNbjqKil2/WbhxIys6SWejRaxVirQSTbR9Sf6C3uTfabmZeW&#10;ucbK+uCRFrCseHacHPDB9eoJ+8ByW3OPt7fQWya7iONig8yacB9v/FdR6uIT0tTAUSQTQSxGOT9E&#10;gkjKGN/8GvY+9rH+bf2Ths/0B1rNgstjNw43clecrHVJJS1dJnYKTD2FVGyFhHNCSNS/X1D3kZ73&#10;Xt9Ds9tZsVe2lmkkiOCJIytVoQeKkkeQ6wa+6FtZt+YNxVovBkgQRyLkNG5apBrmjEY9COq1/hB1&#10;hvLYfanerbuoamjSmq/4dt2lq6WaE4fC1+ZlylPQ0dS9kqaeYASxyxkgaNJ5HvXh6qw0KVuS3Bjn&#10;qcR9tSTRq8rifHiaQH0tq5W54v8Aj3jtsERDvuMdV0AnJxX5E+vl6dZhc837uY9uuh45ZgfRtPn9&#10;vy6swsB/vv6e65u7N+b13PvzcOO3PKtIlPk/tkxNPMZ6GKOkulPPHK5b1Oh1swte/wBPYQ3bdNwv&#10;Lp4ro8DhakgfYeP889TJyzsmzbXtULbamNIP9I1FT6efDr3sG/tzTJPPDZwCyKTybfkgf0/x9ldB&#10;HWnmPP8A1ft6E1UkorcfMf6sj7OPXvebEtKZlmAVvGCWMpPjFubsDwfra3uquQdZ4j14Y9fl9nTd&#10;yV0gMaefrXr3sS6beseJSM42WSkyskaCtnVVlp7ckIkLcgWt9Pz7MEvdNCpz5n8qn/Ufs6Kl2xbl&#10;ytyNUQ4ep9CT5UPr172K+2+88tt/Ac1SVldka43V6eOJ4YIUIEjH8xgn6Dm/tSm4tBbYNS7fmKZ/&#10;Z9v28OibceWLS8vFquEH2/P7PkOvewP3ruat3JUeead3mmkqJ5gVCqPI2rXf/EXAH4HsuuZTIaqT&#10;Q8fWnz/Pz6FFjZx2atHFkCmfPh/gyM9e9pFT4kh1sxSRWYm1r3402P8AsL+2qUXWvHGcn08un3jE&#10;hJX4gBT0697XeEq8BTJHJXUccpCmyoQJnJ4XhuB/r+1iPEEBwG8z6f8AF9E11FuD1S2enqTwHrX1&#10;+X+br3sbdqb02Tj08fhmSo+2qWDFlWOKREL+RlPJC/0/23sytbuySqsAcGnln1+Q/wAPDz6JLqw3&#10;WRi5YEVHlx8sHNK1697SXY3YJ3BR4ingsjJQSUrJTIV81MZA6mpP5Yj6/wCHtm9vPqUVFAUAEY8/&#10;U1/zYP5dGGybR9M7s1QCc1NTXHCvl/l697AioEj6D4yC1izsSV5+gufZQS1dPoa/l68eHHoUVCs1&#10;CCAa/P7ade954EcRkCSNWsxK/ViL2ZBb/D3cDWdasAAMA+frjj58ekrsrSnSTSvpT7KfL0697EvE&#10;0EtZgqhjm4AsLQO0MaHzJAvAkR/xpP1B5Ps1gt2lt9WutBn7K8eg7eXyWu4IvgtnhXgT/wAXTgfT&#10;r3vhVY/DikqTW5WeralmXyQLM4V2kHpeIng3P6gR9fp7beKNBR2OkNkfb0rS+unnURRBNfDHDypX&#10;1HzpUDr3tNVuYMlC9DSRCkphIFewslQqDSszjj1fgj/be0T3JZDDGmkL50z58fX/AC16NoLQtIJ5&#10;m1PQkYFQPID8/wDD172lnmjVSkcnmc+lirXNr/p5+lhxx7TMxaMluJ+VCPLh9vS7DirCg40NRQg4&#10;P5/5uve3vI0z/Y0JL3eSG5J40gMRpsf99/X2461RF88ccAf6sdMeKnispFBXj8iOOOPkflTr3tY7&#10;A23tKPL0a7k3HDQx1GmQGkQ1AiW3qWZuACb/AE9qLSG1WYePIFJJ4ZFMfl8v2dFW4Xu4GBlsoDXh&#10;Q1FTSo/LhU9e9uu/8/tJKs1u0JlpaShrfsIomRxk69Kfl63Uo0Krf2T/AE+vtTcXNvG5lgbSoPA5&#10;ZvU/IH+XDqm3Wd/4encF1Mwr6qpOaep4AD8+ve5u0dybiySt9lJXS01NUmelly1Q9RSUYkXmTT+h&#10;SpsQTax/x9+juXnq0IZRxpn18/Lj8qU6puGz2uuswUF8UGCfs+0Y/wBVeve3PCb3pMJuepq99407&#10;wjSYs9JHL5HYHlGgqOQgBsbHg+z7Zt/t7C58fcY/HA8ialhmn59B3feVpr3bxBsMv0jkHvBAFc/h&#10;8zXrx9+7U72zW74oMNg0yWF2/Rw+CgxclUzCmjkGoiPx2ADfkDj2Z8w8/XN/EI4A0cKCgUk0X1+z&#10;8sefRfyn7ZbdsafvO+CXNzIavJpyzKcn7cn7fPh11b/ff73x7Dyk35lsfsao2U9VJ/Dquv8A4lNG&#10;WIVp7aFJtyfz6W/1xb2EZd8lk2v6NWLKzaiKYIpxOckD+YqOhPLy/aXO9pvqoPERNK8KAY8/I9d+&#10;wuLPNULKl7eS4INm+vAJH5/x9h4sqIBXIzgZ/P8AZ0KlBWLQeOan5/5h1728bnlniy/3ckskklfQ&#10;UVW7Nywlkp1SQFvzYg2P5HtZNcO0gmkHxgEj50AP8+kNlBGIDAAAEZgPsqeI8ia1I697bMKI6jJU&#10;yVEc1Uk0yo9PTjVPLqPCx6vyfp71aHXOiEEqxoQPn6f4erbhJJDYyNEyx0GC3wj7fkOve7W9hdE7&#10;OzHxT3hvmsjGKytPA5psdXGFK+GuYmDxys/IfhWUD6g8+8gdq5Bsrn20vN/J8OePSojcAMDU+deJ&#10;FKAVwfWvWB3M3u5zJtPvxt/KtqxngdgDIlTGUAqSPlxBrgEY697Nb/Ku+Pe496dj9O7bpRlkpsZ2&#10;zszedTJTxmRFp8PmkzUwljb0j00RF/yGPsn5A2y+2aYXas4GpCaHBJOPnwUV4kAEjh0ee+nujtUW&#10;0bvJM6I01rLApJC5ZCMHjSoH5mnQC/KbdtHsX4297bqrftWjxXVG+3ghrZGipavIVW3KihxdDM6X&#10;YLPUyxQnSC3q4BNve0p8n8lntv8ATnzp33RUsG4Nv02SFRBjoZFira6k2fg6Nc7iYGA0BVEcrHUT&#10;yCvF/c8W94s20bxucsJkWMIQpOSYFQS5p8FV7PSrVOOsBfbuDbd25j5X2C7ka3mSGWkhAKr4okaO&#10;RhxJYkAegIPy6qB+N9ZgMbvP+Wpic5StjN0jqTKbrq8dCXkoce/YK5OpxNTJUSkOZJZEMTKVGovG&#10;349lF+QHTexO4u4+levf45lKbbH+i3C7npWx8sVWlJLkcFFuDJljJq0qEmhiiJdtPCjj2O98bZuc&#10;V23Yr+i25MtFVmYFI6lTWpoSgBDef2dDL2y505o9t+XN/wB3ESG6+oaMLJVSymQoGFOLAjIFKg/P&#10;qzDpntnI5LqPe/Y9Rhads9S9o762XU0QR6L7mbZm85ti0hkUgaWApzJN6RzqJF7+6rvnv8R36o7B&#10;2fQ4GSoyHX258FU7kea8KCqixk/+W0zTQXVWEnjUk2JN/cF+8XJOw7E9ne8u1ltJg1QpNImjIqC4&#10;8m1VAH8VDmvWWH3c/eiX3A2y8G9sItzgfQTqK9tKh6Gh05IoPsNOjEdeb9od+4yvqYVFNkcLk5sN&#10;m8e2sS4+vijSdYpNYH643SRSLgqwIPsku5oaqsbEbJY1OLXLzvm8jHWTvJS1FJSJriglCk2d0IiC&#10;29VuP6e4CuZpJYxZFCilqklalsjT6dvA54dZHQSNJbPuRIdk7A1Dq1HHaP4VOSfLh0IF/YebzhSk&#10;hyWLxFHDLBXJDRRSWmkn+5hJbTTluOS3rU/gf4ey8vLBd+HGO1jQDz/b5jB9ejOxvXSNZLuVgyCv&#10;dkUI41/wDr3vYG/k0tBtyl7w2c8VIlXR7R68yVTPoQ1kU1RW1cL0IJFzE2kuQeNRv+PZrcx6VeZd&#10;J1BVK1IJJBqV05OnBIOMDrGr7wllFuMe3brblmAkkNCaKNQHdXy4YNCTUqCK9a/389SOqaf4Wfby&#10;5GSOXsns2kqcbTSiKhrEm2lQzR1FaX9OuB4lMNzezyW92+ZqnjYs7z+uQqpj1gAxsSCWP1uT9D9P&#10;6cewxKg8IsR2GorxNRkUp68CPnnqINjvJ0QwxxfCNQweNBgV4UHkc/b1XF19XVKS0dNTLH/kZ8r1&#10;caGWIz+MR+Fxb6wj6EH2Eu4IE1OUUxorXdxZU4vp0j/H8W/PPsF3VjE0wYBQgUmoJr8WRX8+HUub&#10;ZMXjUuKswFSK1+w+X7eHVgPVO5q5KJKapqp66ukndaajqkRyqIiu0oLH8NYhhxbg8+wlyFLFNNrE&#10;jgMBGmhByFYkqWFvqeR7Jrq3kQm3tV1KK1qcEnhjgT549ehZZ3HgqwUauNQ1cE+n7M+o6OttrMzx&#10;0UMlfpiqA4lDEh2EenSxVTxx9D+ePaGytMIXZX1gqt1LDgKx1ENa/wDh7D09jJI/gytoIIOPKg/n&#10;9npjozsK+L4gwK1xT9mfLy+zofNvZtZ6SOrpViqImJiPBs7BggcXtY/ke0VVwkhADYH6PY3NjyCO&#10;B/hz+PYTvtra2Yo1GLVoOFQeB+ePLy6NYmcykUz6U9R5/wCH7OhkxeUSojLrrCwkBzdSEdAToGr8&#10;/X2na5AAxuAGADKtrGx+hP11f09k72fhqGKldXkc0oPLo1iiHiCnFeBPr5n7PLpTUdX5v02YKbht&#10;TLctyS1uOfrb6+0pUmSLXGoZl5LMfUNIOqzN/gPZbJZwXMLFgFNfzr6/n0vDsxMxJrUYHD/Vnp+i&#10;fSUv/qbHn6n6Gw9p2uqIWhayudXoIVtQsTp+v1P+Bv7Qw7LPE4ZCDn9gp0aWgZG1kg1p+Xy+XTgr&#10;3b+gFj9eDbkewo3DNRozLqmVYgrrHIvBdeSbj+n1Hs6tbC5twIgAxY0qDXj6H/D6dLhcOMqKgmh9&#10;QPX7Op0TagTxe/Nv+Keyz9hZKnnikHiJBRrKqXdzqsACP8fYvstseFDLIKj8I1ZDefDy6Mbe3kFZ&#10;WUFTgCv+brL7JHvnBVOQEzVULxxMrKiGEhhCPoLWtbm5Yn2cRUjoKFWp8/8AD5H/AA9H8DRxdyAo&#10;a/4Bn/iuveyh722B44qioWaGOJFv+5wlifSkS/Ut/sPZ3bSswoMgcCP8BH+Xo0hvHkw4oSBnyP8A&#10;mx172WfNYhUlYQktFELGR1CFrc3A/H0/Hs7gkIWpzWp6MI9WipFOve0DNF6iBcmxH+vb8k/4/wBP&#10;ZijUFerkU697gVCsyGLRYjnUOOR/ZIPtRGaHWT17AFeve4DLewBGpjZiOFH9BpPtSDxPXuve+FrE&#10;H629P4/1ja3u3z62FqOve+QGqwvYWHP+tzfj3rgK9b0nr3vplALAE2sP9va/PvykkZ69pPXvfH9Q&#10;+nKj8f0A+vPv3Dj1qmK9e99C9jYc/n/Wtxx731rr3vu3BAIP0/HPP9Le/dbAr173yVTb82B/H9f9&#10;j798urBacOve+jybDkfX68jnkf6/v3VTUmnXveSMaQGJF7gC/BsR+D7o/XqEde9uKgadYJY24LW0&#10;8+0hJrpPWq+XXvfJvQgcrdrj6XFx+be9DubTXHWuPXveSEBuf06rM1z9P6+6vUGh8ureeT173Ljs&#10;CRdXvYD6Cxt9D/h7bPXsevXvbvT0hqWVBpivYvdrWvwOPbLOB5Vp14VAxn/N1729ui0qeOnhWRrB&#10;dbfSRvybHjj2yCT3uSPMfLplBpJdiQW4jyHyHz697cKHFVk8YleL9tW1uyrpv/tCxLz/AK/u8jLQ&#10;04geWTU+v5daeVV7Mk/I1z8zw4fL+fXvbrT5DH4sl56MQzq5KvKdakabhuP+R+0rRyyLhww+R/1c&#10;OtoJSoOr/V6cOve3KTfdHWJDAcfDIDaNXZULIbjST+LH/b+/fSyKSwNCM1/yjp+NFEus5p+XXvbf&#10;WVUdRKsccsNM7FUjhWGNZwSuoBYzq1KP6j6+2wX0FmWufy/L7etEtUv+0eWPKnmM/n1724UVVX4+&#10;jauStq65IeTQlXp5Iy/6iiEhW1Dg6fdlVakCgrx4kYNQT5U6fUVGsFqCmBwoOFfIV9Ove8Ume3FV&#10;I1RTbZoqTExQlKidn8NdKC13dWmZgHAJsAOfr7ssFso0eIdXEAZH+c9WXBKw0AIwPn619f5de9tG&#10;P3Ts7DzF4MLuUVKqyKGy0Qcux1OUqEJaMEj9KKCR9T7VSQzyxBSy8MkY8qcPP8z1ZJYhF4IBqRml&#10;BWpya8R/l697cpctubdsMNHLV022cCpWMmWa9dUANqUOwszEDnU1hcXJ9sqsEDajWR+A8lHpU/6v&#10;n01V3PoBgev5k/y+fXvaV3pSUYmSOn3DQy0cEaRlyxknmlhFruEB9Z/P+ve/tVaSFWqYyz+o4UPn&#10;1ohONRX5en+EE+f2de9pihyMNMFlpLyvT3VUqFWSnKNwWdSeb/S3tySIk0kxX06opNcYPl173lky&#10;baTUmKOhf1In20zLEGYXQCn54/Nw31918FdWlcj5jNPt6dLUGP8AVw/1fs9Ove5GHjgqJXmyQD6g&#10;HEiENK7KOC+s8A/n+ntudmUhIR58DWg/Z59Nxisx1VJHE8f+L697yZXI4KASLBSQ5G4Malrokb6L&#10;lwb67gn/AFvd4Ybh6VYoePypwHEenShvDC1UknyH+Aev7ade9t1BkpKTFVqw0Qknq3tBKo9EKKNT&#10;Pc2PH+29uSRo06hmwvGvE/LpgMB8Jz/gzivpw69744mengMIlx7VFR5FLVPkMaIJjYBpUuQR9dR9&#10;6uNZ1aHopGB549AacfTr2pWY14tj86+VfOtPPr3sSabFYSXzS1u25aiUxqr1qitco0gAimJkIDD+&#10;t/ZWJL2gCzUQ0IpTHqP83TjIxQ0GSAQ1K/nn/B/h697jYtdobbkq2zOO8wmIeCWqmjLCRZCq+Okp&#10;ySACLkE/Tge1LSXVzp8Dup8vsrk08v59XQx/ETw/Yfyr/q40697ytW4fNIsWGwdPmZZ57ijhd6GM&#10;iNwY3rUsCEvc3Y+7aJIph9Q1KCgOfQevn5VHXmkhRdZFaHFBgY/aaY/Z172Ne0cbi8Nm8Rlc7jKG&#10;myhemhoMTRioqdWRZwlG802oIY6c2Zjex9kkvjzRmKCjrmurFFHEkZJ1A/5+krJFJM76tT1roPAE&#10;etfUevn172b3bGX3dvAVGJmq8TVR0M5irMusqQ6g8weSj+3Q/UBralH9B7LEto43EUfaKHQo+VAT&#10;+3y48em5IHeNpIo9BGVIxwxXT9pxTzHXvY04raeNx1NHFRRRwxxkuYaQFFNRIt5ZNFzzq51H/A+9&#10;BDp0MM0Oo/xcKfnxx9vRY6Fl7jXzP21/w8f29e9iZiYXangRtehoxoH1XiwbUPyePr7TsikGNaVP&#10;+qo9DwHSqKAkaKUqfXzP+bj173Wj83Osd6ZDsrA56jxFXkMdksauOoFx1JU5IPVUEJmqYZaekVnW&#10;yDUeLAC9/Y/5beJtvC61DAkkE4+z/Z9ejm6ha2jRG+JRSigmvn/qPz66v/vvxz9PYTH4QfJzGbIx&#10;na+S6h3JH19k6GhyVDlMeFqanN0GSRqiGLG0tD5JhJLHG6/uIAh4axsC6u/7MNwfbBdRfUAkGPUA&#10;wIFaH5U/w9P/ALk3SSwO4iBli8mINCfKg864p00pn8LLXVGMXKURyFKCamjM8azwgab60Y/7Uv8A&#10;t/Z6/jH/ACpt5/KP4s787AwWJ3XsPsMb4hPXWC3pjZqPDZTAU1PeaWCslRakxTiXxS1Bj0rJCGCl&#10;bn2FN+9zeW+Xt/i2LcpQuqPW7qQ2g8FVlBxUZ+zj0p2zlzdNwtnlSJ6JQaitAxoTU+gHyzXpE7v7&#10;NwmzMtiqbLTUwxtfHULVVsUxlmoalQPtY3p4wb+XlVF9RNgAfZa8j/Ko+aGDye88bN1NNn5tkz0F&#10;Bk/7t5jHZJZMjloVmoKenAZWZNL65ZQNKKDc39iOHmnl6ayh3KG9g8GeoRmcLqpxIqfLpo7DugLh&#10;ImfSdJK/Z/q+3y6dKfsjY9QuHB3HjqebP0VZX4ulqphT1dRTUDIldIaeT1IYjIgZXAIv9ODYqu/O&#10;kvkD1JWJj+wOsuwdpNjq6TG0i5vbuXSjgrpYzM0OKqXR4mMkY1q0RIYeofj2aW+42t3EstrKkisp&#10;KlWBx64P7a8Okp228RTIYWpWhOn8XHy+z/VXpU0OUxmTTyY7IUVfHpDFqOqhqQAxsNQhY2/pz/xH&#10;uDhuu+1ewaSHGYDYe+9x5XELUyU0eP25ma6oNBUSBqhNRiY2jkN9N+Axt+fbU15Zwd9zcRpUfjkU&#10;VpxpUjNONPTh1aHb7yavgxMSP6Jp6efmP8nU15EjXXI6xrxdnZVUEmwBLG3PsXNufA/5h7kqafG4&#10;v49doI+Qigmjmq9uVWOoZIJU8qvPX1QVVAHLAm4+h9h+4595OtFY3G52y0JB/VTiOI48fLpfHy5v&#10;jErHbSH1otR+0dYJK6jhV2kqoEEf6yZU9PNrMAePY6bN/lJfPXe5iFD0dkMUJJ3iM2byWPozGkT6&#10;PuZYWcssB/sy2sRz7Dm4e8/tltsjx3W6xB1FSqksSP6NME/Lo2TkPmtrcXRtGRCaVOD+zy+Xr02V&#10;O59v0kAqanLUUMBfxq7zABpPp41B5Lfi3192TVv/AAna7RqMBhJsB3Vh4Nx1FFAdz4zcmKWLHUGU&#10;khWSSko6uikd5I0Yuodk5sCPcLv98HkGzkm/eMU0MaMdBBDF0qQHIxQkUqM0rx6HEPs3ud5ZRXkU&#10;y+I6glWHwj/KfLplj3xRT1LRUtBkayGxMVVTQF45AvD8Na3P09hI3/Cen5eDIy4+HfXT9QkZaCKr&#10;pq/NiSoWT9IdRCFXiwtc/wBPYts/vQ+1l5apdQTTsHHw+HkEHAOfM46J5/afmCCpYqc0oAxNPWox&#10;n/i6dQq/s/bGKikmygyuPSGN5ZTVY2eMLHGNUjXPBCgEkj8exfw3/Cbv5GUlfhaXdfbW1sbia7Hy&#10;PnpsTgMzW1VDUaS1PT477hVSoj1W1yllseLeyS6+9fyPFBM0FrOxV9KK2lGb1LCvbQE4OT0ph9rt&#10;wYLJLcKYyKMRnSa8PnQZ6SlD8guuMsszYjMQZJY11xtTVFMY5kJIUrIWspNrhWsbe11S/wDCb7c8&#10;2Qlpaj5EMkEUVO2qPZDTVRY8VRKNLpVRcBDc83v7Kbn713LdvaLOljI7MxoodeFMGvDPn6DoW/6x&#10;sqDxbm+0RuFKsVwQ3kf8I6lRd0YOW7HG1sMX6RNPU0ESGUkhYR+5q1n6gWv/AE9qrAf8J1Ns0sdc&#10;u6PkTueuyaS3xdTgtoY2kpKOIAnVWQV8p8zBvqF49hy6++HtbXMX7v2wiJsP4khB1VHw6QQBx4/n&#10;0qT2FIRppb7tHwOEpUfZkHp7l39OadpqbD3Pi8irNXQln41fSm1EcW+tj7VuS/4TvdNGCIUneXZV&#10;LIKeFZaibE4WpSeo5E9W8JZQgka+mNSQv9fZrP8AefuVsxNFtqSyGp0rKaAcQBUVJA48B+3pA3tD&#10;aGsYmlwRqY0xTiaeh6QeO7wqKzJTUdRt+Cip42WNaiSumYu7PoJ8YisBfn6++VD/AMJ6OixT00dZ&#10;3F2TNWq8v3GQjpMTHFUIW9GqkBtGB+bMfZV/wT+8yAvHtiKhGDU4bzFSM+np0vh9oNkdtKXMhYcD&#10;QUJHy4/5K9P1X22kJMcNFQyTqfXTvkCJShNg8aKhJuPoPY1N/wAJ+PiZUYrH0sma3x/EYafx1Oap&#10;MilP/E5ClhMYZAyIynm44PtRH95yTwmmdFUgf2ZBotPRhxr1uH2ftpX/AFVZVHmpqxHlUeVf5dBb&#10;N8gd/wAWZlpx15jJcS0iJDPHmpXrIkvpeWphWO1uf0rz7ddj/wAgH4j4J5WyFZvbcVd4qpFqN0Zm&#10;F6BWnjMUYTH0EagvHe8bF+DyR7B24fep3i6l0wokSeicaA1Jqc58/sx0dp7PbLZ0Yq7sa1DGtK/L&#10;y/y9Lmt7b3FTRRVMe3KWdX8Y+2hnqHcF7Fi00ipawP8Aqf8Aefbpjv5Bfw9xGPkoq8763DPXN4pM&#10;lV7iSE0ruxkApIqeIRxADi5LXA93T70e7Sd8cSCnlnh9vmT/AIeko9pdqI8JVZixz6gfL06aJO39&#10;4SzTBMRiqJI4xIkTGpqXdfoxBbxng/X08f4++dd/IX+E9XE9LQpv/H1ZiaCGtXcizU9NNIhBmSCS&#10;OzEHn1EC/t2P7ze9mXU6IymtVHHHDj0rk9n9sUf2ZFRkjP7eow7d7Bpw09Vg8FLAoDrCrVsckqML&#10;DVIuvT/ySf8AW98tqfyBviXtmagnrareG4UijqI8nJnslEwyKSCyT0/2RT7SSM8qV1g/ke7333lt&#10;2uYiI0VTxFMU+VDTV8+kq+1O1W7U0l8EVY+vpTz/AJ9Ny/IDdEzVMC7ZxSTkaIfHV1k4pphaxlDx&#10;p5AfqP0+7Ktn/EfqfrPr/D7G2Tg/tcFhaNMdRUpYVEsqKbNJPUS21yMOSzfXn2S2f3i7+3mMlygJ&#10;Zqk6qAVGKef2+XWm9tvDQeEdCrwp5fb5mvQDbhfuDd+7DmandUONijijejoaWhljjpxCwJj0KWsp&#10;4tZtRJv9fdUnyU/ki9G929g7j7Jxm9d37ByW4kaTJYLGY/H1GKfMLD4kyVI7tdQWGqWO1m/BHuRN&#10;p+8k7hEuYlceRr+H5j19Kfb0U7h7XWs0plLMNXH7aUqa8MeQ49GF2x2zvfEY+ix25cLj81NSKIJs&#10;vR5CaGeoVTdZKimmj069NhcNyfqB7q27K/kHd5YFXm667U2ZvRo5hooM5TVG2KtoDwXMxEkVxbka&#10;vcn7Z757BdKDNE0QP8Jrn7Ogbe+2F5EK28oY/MUH7fPoSaLuXbE5IrqbK40ryDJSfdxsbXNpKMva&#10;39Tb2WncP8nX5tbU0fZbS2nulppB5ThtzUDPR6RcRv8AelAwJ+mj2L7T3V5VuvhnK0/iA6ILjkTe&#10;YB2lWp5g0/w9Kal7G2dVRiQZmGnUgFfvI5qUsG4BAmUewI3F/Lf+auEZ/wCI9H5tLMxatoqmgyMa&#10;KDy7mkdjb/G3sSQ87cvygFLgNX5efGnRRccs7vFhoqkehB8vl080m6duVziOkzWOqHP0WOqjJPNu&#10;OfYDZP47dzbOqmh3b1jvKljUygsuCyPgvFxcTxxsAt+bn2aRb7t9xQwyA14Co/z9Fj7de20mm4iZ&#10;QRg0wenpZonOlJY3P9FdGP8AtgfYYVlBXUM80ctDWUTwyFfHVwujrY/plEyr9P8AEezFbmKQdpx6&#10;+XSYrKDwp/k6yX/P+98f7374pmMwxv8AeSPAW0Okqxin12sFCW4sBzx7VpMCa/s6p+pTWDQH/D16&#10;/t/g3VjKaGVcvhMTlZlZY4VVJaZpU/3aZJofoB+OOT7UlhIAV49JZyXAZkB8sYP29e9r/HJ0zW4U&#10;1+UpNxberNRFMmHyFHkTNN9VVqCtKtpv/avwPfmq2FzXj0lcw6gqqR654fb172jINvYzN1UiUeUk&#10;p4XlcUxz8UdHqCHgVEsTFF/FiePdaUqDw9PLP+XpyORhUI37R173Dy20qzDwVMLQUtdO8sEdPkqD&#10;J009NCpOpx4kJ1Fhxc2t/j70UWv+r/B0pWRwxQgE4oQcD1+3r3tHhWgqnpprpMg1Orqb3+ilh+OP&#10;bZj+fTuo+Z697yGNXDamDSEhUOpbG36R70RQVB69rQirVr9nXvcZtcd7my3IuykjT+bf1970tWlO&#10;tHFdWKde98mUGJgB6FGrWxsCCwIH+tf3U6gaUz1rr3vgg9fq+gUF7qBcDk6QvFvx7sFY/LrdBq01&#10;z173xVCKhJARoCiwIJ1R354/P0960v6dbAHkeve3r7HFTVULV2TiWOrjMs88ELzzQMostP8Abmxv&#10;xZbcW592iWhIIpX16tIsZbLUFOve48+PorzSUUs4p1OnTOtpGIAVCxS4uefSD7uYw1PL/B1QGKpo&#10;cDzH+Xr3uFXBKWRo4vOYkVdIqeZgxUavQPpybj2zpq2kjHr5dWYhRqU9e95oQ+mF1NhISPJrCG7A&#10;B0v+SfyD7eNEU06qorT59e95NHhhq1Swjmiankc28sTM4bWt/wAm1uPbCzajp9aDqxUgGg8uve4c&#10;SJDSeN0keSR9ccxY/pU2IIAII/3r350VHwa160CQuRSvXvfGaRL3Z1TQqkGwZb20iwA5J/P+PvfW&#10;sde9y1mVqdYYgimNiwlkYkpqYaj7qenAcY8uve+M09BJE+tQky2UFJbJKbjUfG44/r9ffs10jqrM&#10;h49e99rBTU1H4kVjUzqtR5iyiHST/mgg/wB7v72UdqFa9eqoWvHz/Lr3vglM9W0VoUJJbUIxqJCo&#10;ZCVC8/Tm/wCPfvDI+3h+fVCQCNXn1725y0ppFgZKyB5njjkhambWyBxxFIx4Lrb1KPofdgroajPT&#10;hKaRQ0rkU/1U697YxpUh3keWRnk8he/qJPqFvp9R+PbRkLNRh1QEgaTw697jNHI8zLDTzAEXH5It&#10;9AADx+fr7c69xPaOve5zUkEtI95ZYq1XUrA0QMUsWnSWWRTcNf8ABFrH6+693nTrdBT0PXvfcNJV&#10;Vc1NRGaJDGvgiV5EjRS7agryD6n/AF/dUFTQZqfTr1Ce1jw697EnrfriDd+4KzDZTOUW3pMbQVVY&#10;zZGupqD72qjQLSY2mqahljEsrEHk3sP6+7SFq0jFKcR0WXnisWUHQVFc8P8AV/k697N98musugsb&#10;1P17ujqTcNJT9nbKx2G232Ngkmpapc9PXQMz52nRGYGenlDJI6AqyFSbED3WBpKFmyKn7fs/PrUC&#10;AQq8TVcfFnOB5V/n8vn03038QFVWCq+3alMivQGEv5Uj0BZY6gMACdXqUi/1IP05r3OLzBp/tmeZ&#10;Uic1ciSHTFCrKR5zb/VXH0+p49vGVK0JqejFY3ZRpODn7PTpw9woKeZHEZm0zeRWDyXaJFBIvKD/&#10;AGeb391RtQIA6qyGmTkfs697fhU1ki1NTlqutmEsUsdGUeWOKariUCGxBAESX1WFvx7UhioGnj1p&#10;6vCQzHP86cOvezN9bbD2LvHb0lPJ3lBtfdMuGDyYXKQVZoMlWtJ42xsFeSIxKQwAJNgATfj355Tg&#10;cF4/n0hELsaxz6fQHGfTPXEkgqApa5sbEekWJ1G/+249rnI/B/K4/N7fgTtvqSs2vnjWxS52m3Qi&#10;riK2jw0+YGOyNBLaVmleFadJo7xiR1YkKCfbJkrSQU4+hpSnH/V9nSs2l0IQRKlDxIOB558/Kn20&#10;6wiouXHgnBRlXmMgMGa2pGPBAHJsePf/1if9m96dU5/rTe3X3btdthtoUofbuVqtyPSRNHTz0peg&#10;q9dS4Pm0f5toV1ll459nPMrRyjwYVyjVBGD/AMXTj5efl1F+wbRcrfG5kbSpyT9orT0/zdbr+3ek&#10;4ts73puwNv1uQx1fk4DPlcPBVEYeWaps1ZR+FIyWi1kugkayk3H+GsF243QM2XyFL1Zg9x1NNFVm&#10;GgztdVA01RGHIEojezBTxpuL2t7CVvFOtVY9S3bTbesISNSSODE+f+bPRmBewv8AWwvzfn88+0TQ&#10;YLCY7GNkMzkdxULSQSChFNtw19BVyIdLiKeWRfSpIBcKR7X+GQDSmOJ+35dXMtugLkk09Bj7a9dk&#10;2Fz9B7ZcfR57JTtS7XSrrmlBQxvh62VkLuLKFiW9/wDFb29uaK8K1+f+rz6a+r1KfCrXjQ+Y+X+r&#10;PXRIFyeAOSTYAD/En2JMfWXbuPo/tqnqWoyQqWjqvvHxeYWd4+A8AZOAjXF1tf3VGSBiznI8sHPz&#10;+zpr624SqGIVPyqft64iWMkAOhv9LOv/ABX247R7G3j1/XVUWJ6v2nWS0ctbSyR7iwEmafHTSsD4&#10;nFTJCwaH6KGN7+3oyDUsKVINeA+fVFupYzr0Co41FR9mSOuzyOCR9ORbj+vs4fx77l6x7Sz0Ww/k&#10;ptXDUUGQNRT7YzuMWDbOEhrJgrnBV70muKFp2QCOoc8Gyk8+zTbpLbxNM2Vrx9K/P0Hp0D96u551&#10;aMUGTQ/M+tPXpvyn8R+1c4ySKOpFj+9A1QNJPqZIwy6iouQt+fp9bezU7p7P+HfTm9sTX7Hxu99u&#10;bvpXoVo8l4aXKbZx9TQ2p6urkx9JMpmcRgxs6r6wbqD7EFzuVnAw+jFdORXhXzp/g6Dcdk03+5KA&#10;k+lTT7PsGPSnSXxFHvipWro93ybWqsdUxVMF8OuThqpIJkMaiVKpdCkqTfSxtf8Aw9v3cXyH2Xvm&#10;Ckrds9kTZpM5msW9XSZCKnw23tpbcRL5iWCg4raipJGtGZuCbBfz7LLrdzdk6iP8gNa0H8vs6W22&#10;zGKQG2cDVg8cDiePp04bbwZwUApIqaGGCOIR+UzvPW1bx+lZp2I0LcfQA8/n6ewY7n+WHQWbxsux&#10;P9EuC7KjwcstFjN/7sqsfjVNDUgaKlosdfJn7e5SCFnOqw1W9kMwLLrB4+Xp9tP8HQpggfWY2XxB&#10;UCpwOHH+L/P1KpMXXLXSZGWvkgFWlMZ8bHeWCN4FKkRTSHjXwW0oP+J91/ZnM9HKskuI66xNYRL+&#10;/r3XualqpJJARKsCzxhUh/KKmrSfyfbMiyM40/Lj0IlSJUASIftIp548v9npQewgp81gqSkda3Cs&#10;5SsqpKP7bMSUtNRUzt/k9EAI2dwn6pJDYsT+Pbw1Vzw6WeIqLVgMnGaD7OGeve2iPLwTVoApaeGn&#10;LFlP3cxpSCbiOWR7MRfkEC/vb6mWiH168kgfiP8AN1726Ue6cjQy/wARhott0sdC+hYWoRO0ymPR&#10;5DDI/wC/e2q7EC9jb8e/UwA2etCRlbxaDtPpXr3tTwdy7krInQZ2Kk0U8qIZIUp8cYQwtTU2Ks0A&#10;ZmH1Ed/yfe9I4UFOm2YyPrVwONcY/If4Ove0dW5CuLTVVXBRVtbNJHUtUzxiaeMP6wkEikCP/Xt/&#10;tvdKKoGrhw/2fy6sgbTQUNAPt9f9X+Dr3t7TsTP1ceQWvx2Iq6fI08FNE4xtKtXjvtlCwyU1Uw1o&#10;TYFnHLe9rT8PTqTyAmoBr8vL9meve23M7pyGToYY8lk5656ACOiWcQReElLNEWjjRmt+CxP9b+9r&#10;leqNMzfGTgmmR58Ptp8+ve2RGpI0jamrGepqFhmqFdNfjqBcyNJI3F0HCj8/X3Y16otKChrjifM/&#10;7HXvb/j4chlabIQUDVGToqVoonhShrWjMlSf3JozBG41HkWHP+PttzQVPTsZc1WtRj7K+g66Jt9e&#10;B/X244zYfYkkv2GI2fuioevIh+yosFXvULBK2lZW80QMYP1DEi49o5GVV1Ofy6fW2ufhVDUny68G&#10;BAIIIP5BBH9fqPat3F0H2ftaiqKr+4e98hTUVGtVmci23srT4/FFhezTzIoAC/rPNvr7YFyjSUx5&#10;fb1d7OeNimliVFeGP29Y0nhkYpHNE7r+pEkVmX8epVNx7Ak/dPVP9/TqsYhZojGwcsQLJ5CeD/iD&#10;7VlaNQEEVpjpGdVaMKdZfbzRVNNT08UyQyR1ME16ipVwIZIwtlUQFbB73AJJHtXWhpQ9U1jiBXOe&#10;ve3qtmk3PT1EuFxVHjKXAwQzVUlTlpKqrMJe0rFalYwxdjqaKIG3497Vatk0p59XIM5LKNIUVya/&#10;4eP5Dr3sz3Tea27trZW+9xbk6cwW48nhsUk206mel8YlyN/3stXRmWRpEplIkSMRadX6z7owdHDc&#10;c5J4n5fl5dFpuJYyZDDq08D5n1Hyp1jdXYrpfRZgW4BLKPqov9L/AJPsrWf3ZWb3yC02UrYKGeas&#10;etluEoMeXqB6XkhiAVnC8KzfQcAD3vLU7j6Z9fl8vn1qyVrlQZSQRU0OP+Lp5dZPfbwS4Omkio85&#10;T1FRIWhgixgeannBT1pK91H0HPB97BLHPHoxrpA0Nx9P8vXvbfTtHUiM1CyKyKA6QRUxmLf2zCGt&#10;9D/Q+08h1mnCn7a9Orkd3l+3r3tizGWQSk0cTiLR9vHLOoWok8fDSPGhKg3Nj7Z0MTQZ8z028iqe&#10;ve8UlEJKSlrJJI2M7FfIkcn0tY3uPVb6WH09uQvoFT8Jwf8AZ62RjVih9BXr3txhylVRA0MEtTUw&#10;OgAjj0wQKpF7qlhdlI4b2qWavaKn0+f+odMyprjZGwD+z5Hjx697FXZHfnbWzY62j23v3NYCnghY&#10;0tIagTLVyzgRvFrK/qC/pv8Ap/B9qRdyAEDh/q4/L/D0VTbUbgsS5FeIP+DPA9cHRHFnRHH9HUEf&#10;7yD7ybq777c3hTwYnPb+zeRpaLUiU81dT1PkWXiQSOIfIw/FpXI/A49pZZ/FbvJ+2npjpRb7eYV0&#10;Bzx+VPt4eXz68saINMarGt72QBRf8nSOPYOVkKtWfxCcyLUGoH7kF6QSen/O/wCT6Qt/yQPbDIWp&#10;kiop5V6XBBEAvp8/9VOuft3OSrqqGKrFczsIRj2MhExgp42LNDF9wHOm9jcWP+Pt5RQBONB/Lq4c&#10;yd5Jx5de94MLkMfRwZDC1uJjrzXwzT0WWFU0Bxtcr6o5quKRbMlrjTcfW9/dhU+XWowFqHXBrT5H&#10;/J/l69e3/Ff6e8jJDNUCUpeSBImnkpY3kVGK8OJOboP6j34kZ+XVSFIFRWgzT9v7Qeve+FNmIjUN&#10;SPVRqkzys37TOTOymJWeIAm4HPHujl9NU6v4hBo3nmv5de/2H++/r7ijA10eQgix4qsvTRa6ieSn&#10;x9bTUs0IHlmUy1saqCtrA/7b3sMDwOemgKygRivmcUx55PXVx7echJSV0FDXYzFQ0cORd6RqYTag&#10;JqVdMnkVv0WPLEfn3vUNJPp05IyshdV+VK1rT19Ou/at3H1nvHrmi2vkKvCmSPcyw1tFUeWF6Cvg&#10;kYTU0EMoPrAIJewAH0Pu6OpGr/V/xfTMn1EQRVjHf+ynkB14EH6f1t/sR9fcrKZnc1PS5MyVFFDT&#10;ZKX/AHIUQiiUpKg8nijiJLRqSeHHDe23PqOHV0jmRy5pXjQf5uve2DFYbE1v8Nq8q1bjcdLK75LN&#10;LgKmrEL6ta09M/pilYn6DUP8fegSMgfZ0oEaNxqp8zTH2549e9mS29Q/EGhoayq3P2p2lS59I41o&#10;oqfpamq1EzW1MK8ZFYYo1+pYcn+ntqQzcQP506dlFgiBjIwpxGj9tCDxr011zZkS0oxsOMkhab/L&#10;WramrhlSC3JpVp4nDP8A4OVH+PtC52swOa3GMR13udd10RjdKbL7427hdrSVkBiv9xDkKiQmIJyg&#10;Mj3uLi/Hu0ZkVSx/z/s/y9J4XdnJhfWtKdwFf55/I9Oa3sNVtX503tf/AAv7A+qr9v0lLPj8jtp5&#10;6wVFTTrkos1VCop3DnUf2QYZRqswvwV+n19v62NR5U49aYQCoKZPn5/5uu/bXRY/N5isg+xpqrIC&#10;kJp4kxmOmqXCqAVPjplYuxB5v7oGAFPTqvhN25ODwArinXvfGvosxD4sbk3qqaOjmm1xV8Bppo2a&#10;zFWhcBh9Bf3YZ68VJqr+WaHHXvba1DRxSRyLUSvEHLyXj0Fi9iEFz9Af6e/DPVNKY697f8Juqmwt&#10;ZMtRt3G7jiqYjTwpmJq0RQXfUk0D07alcEAXuR+D7qUqa9WSVInJYBicCpP8h173Nnx9TnYw8uNk&#10;iqoqiSCODGIJvNJIPNFFpkf0hRxf+nJ93Hp1dkLJUDNTw/1f7PXvaSmpKukmnlFeaarp4FD0jKsT&#10;zqx8cscQPpfR+R+ebe651dNFaVFaf5fs/wBXHr3sTdpVe/8AD4SoqNv7hzuExlazQZGpxOQdsLJE&#10;acII8xQuxjINyl3iYf0/r7ekiVlBpiletlLkkNG+kD5nH2/5R173B29ujc8NfUUEO68rQisjRHrs&#10;U8c9TM9O5MZRGW+jTdQEC2PPthkXhQU6fjkmqQJD9o/nTr3tdeffnYDU1FBJuDP4vDw1Us1U9DE9&#10;6Knu7yZOsRFMaoQf1v8AW/t8JpqE4H/D9vTFLycmOAs6jia/aeJ/wde9s+3u0t07GkNfg6bBT0LV&#10;OmCpyWEp8jUx1ER0yRCWRgUUi5sQRb3aNwj6iekDrdaNSAUOD5nPl8uvexDqe+qrO5HN55pMTgs7&#10;WQUNDV0E1L93hNw0cMRh8aY2bXGkysSyngBeL+9ySh+JwOP+r/J16CKWOQymingfQ/b8/wDUevew&#10;NyeZSpqHqWShx+Qkq1jrYsfEKeCVPIQkkaxXVVAb1Afge2CQ2RkdGOpTEq4BNAcY+0eVOve3ytlG&#10;LxElTDl8VTVjqPLjPvgcnPCeIx9oARYg3+t7e6AUOkcOnWpGlFIFfLr3sPsfD/EaqWfG0tW1WkrT&#10;yfZOoMCxKZHl8o4UX54P9feySMU6YjFauBmv+qnXva8puyamSkq6Guy70TmSIIkiRTQ1hhH+bmni&#10;AdSRcKV/rz7roU+XDhTp4PCSS9A1cjNDTzP+r1697S+Qy2eyNWc3Cq5CiWoeKqT9oQ0cCt41+8Ed&#10;7agbBrfT24rFTmor/q4f5OmyXZi8Yx5/8V172bvBbL2ft7Zu6dwZDaE2Fw2/9gph4ajKSRZeHG1d&#10;XWxVtLu7H0xtURRxPC6xMq3fWbcce3g+sUQ5+ynRgYAltI6LQMlKmhA/pZ4U8vn9nXRFypuRpN7D&#10;6Hgix/2/tE4bqnbG2afZe98njq/ee1twVyLU023Y2m00UNf9rX08+kM0MkkIMsRcAi9hyD7vFIom&#10;CuafP54xT/L0EN7WSK0DRAuJOFPlxBHlXyPn15r2NrarcX/qORf3bV3BufrrfHVGJ251RuLbGB2x&#10;sLH0NBtHrmnrqakp8ZkMk60pysmKqdL5PcGnUzPOClOLty5HsQXV7bPbCKLFBQLT5k1+Z+fp0ArL&#10;a7p7wvrz5A+hPoeBXH8/PoPtr7VTb+WyWYyX3GZ3NuN1GR3FLEXK09MpeDFUMa3WioIRxDAGu8hZ&#10;3uxv7oq3ftXPrvPJYCHFbhy+Xpaudp1Skq58mztUEpVhVDMUH11r6R+PYYlYFvLNKj5f6j1JFukl&#10;sPBYFjTy8j6+vHoQb2/2H+++p9mo6++F/e3e+MpdyjrHfmPwOJ8tPunesO35KmDI0NBFrp6+Chco&#10;81UiAxSsvDgK5Oq/tpivEDgeHn6/7HSkSXc8gZo2WhoTip/LiT5dJPN792VtvL4rAZ/dOCw+azjB&#10;MRisjkqalrsizP41FJTSsGe7ccD6+wHrO49z9ebW3V03sF4Nv4HKZuoGczMGHaj3hlVpn+2akrso&#10;f3YYBouYEIsb8/X24vE6mHD/AFD7a460tzNpa2h7Q3E07vsP+x0qjGrOshvqVWCnUQAG/UbDgn/E&#10;jj8ewaxWJpJ6qZDk6iSuMclX6Y6hmqpAp9KFQX1EXLMw/wBf8+3A66NI8vy6cMSCIqrZA8vPHXP2&#10;JWUodgHBYihbY2dzGWpYFkqctiKg0ME0RJknFaFjkk1qSV1FQABf2nZDXXWnTKNGuklCacaeeM1+&#10;fz697CCsosY8okw+ByAjieU1dC8lTV2jI0wt5hGv0vc/1I96UgClCD8+nu1qFUYU4j/LX5de9tK4&#10;dxBIrYPOGpDg+X7eYRwIeR5Yin5/qbD346GNK560rIaoB3Dr3uTRbey9RBUVdFiq9oqORfuZ4oJS&#10;aaUetbsOVP5/w9306Frwr14K7dwXh173HhyOThqpZFqMjFURo0TSRz1SyrET6oi8bAgcnj34ylF0&#10;0z8+HWwoY1Yd1Pn173FnyVUxeSQSMzHS0kqOzsbWIaWS5PF/z9PdCXOR5/6sdNhIVbVT7K9e9wmr&#10;GKmysSCoB0/QA+oEW/3j2zknJ6e1Ypx697Xe097Z7BJUR4HGYyerlRfHWzYWLKZGkCtqkelFSHXn&#10;6EmM8fT2+pqM+XTkU7xj9NQT6kVP5de9pnJ5/KV9XPkq2rX+IvKWkaKGKmk8wb1P4oVVUI/ICj3b&#10;j0w0kjsZGOfsp172ocN2bvugp5Mfj947xx0UkDQNFiNx5XHrJFq1GB0ppkHjPJYD6/09taQ5zinX&#10;vEmYgiRgBxpw/Z10QDa4Bsb824t+Rf2kK/MZKvldanIVtWGcsRVVlTUMzk31MZ2N2/xPPvzLpFMH&#10;pnw1oSxr9vXv8P8Aff09tqxSsxU3FwTe2q1jcni/1/1/exqPn1cZHbw679zfC0pRJIgkraNOlSoZ&#10;fpwn+I5Pt0Cpp1s9oz5eXD9vy697EHL7FymHwO1c1KY6ybcdPkpqXG00TfcY6moarwwT1YjHHmtq&#10;TVzbn3YadVKH/V/LqhZ6RucB+A8xmn+qvXva72LufuSkweVwXX8eax+PrKfRl12+8MGTrodYdopq&#10;wsJdBYX8cZHvzgVLHhwx60/n1Z4rwiRUqA2D8vt8/wA+uiAbXAJBuL/g+xy6/wCp/lx2IkEi5jM4&#10;bAwR/avn9571p8VQYWiqG1TtJLXTtOI1ALSRxKTx9Px7TmERgzA4pk+R9fyI4dF/7qumXWKrilWa&#10;lRxNKn/Bk9YZqiOAMW1swjeQRxoZJpRGt2Ecacsf6AD3A7uwfVnUVC+IwPyOTvHsDL+F85P19RZS&#10;DZuMdFMdVHls5mhFLVzxsNEK0yFSBqYjj3ZQQASOHD1Ff9j8+trYwpEkolLMfIcAPmfP1x0y7dy2&#10;XzFNU1GV21XbZaOsmhpafI1uMq562jUAwZALjJZREJP+OUxWRfoyg+yjwbpz0b1OSxlRWxVcieGu&#10;yCzvNUzKf0B5JQdI4AXT7t/RHD7a/bXpWsFampr5nic9KH3jbdufrpUhnyWQ9HI01tQrEj1anclb&#10;kEXF/p+Pdg7adIOR/l9fX06R/u2E5GT8x/k/y/4eve32LtTsaGCuxsG9dyvSZClWgrojl66cVtAG&#10;uKSTyMW8Y+pQEA/m/tpokLa6VPzyOnPoUU4JoR5E0x5cf8P7Ouv949oqSumaTWHKOpAYw3iCi9re&#10;jjn88e7Mgb4uH8h9nTq28ajSB137w1VRXRFWZ5VSUFlRmZlIBtcIeLX/ADb34IFNQOnBGqMGFcde&#10;98pq6ohWIamSZwWdBcMhP0a/9bfj3s18unSxAr/qHXvfGGsDQyF3vMDwH/SVbgW/H+vYe2iSzcOr&#10;qagk9e942qWGo6GUxqAxNnUh/wBPH04/HvwUNx69q9Ove+USak80qWilB0Bo7BgnBZH+n1978Og7&#10;ePXtQwSOve8ZMZBI1AECyKTYc/WRv6e6nxKefWzStOve+mn0sDYakTSCRcXH9oi31/ofehXrRpTI&#10;r173JjmJVlZxpKA6mFufrZT/AK/0/HtxV1GhH5jptoo6AUpT59e9waiadGEbsp0rYMNOoqeRqPv1&#10;KNj7P9X+XprRFTtzTr3vlT1UUTwvLFrMbIzc+mRVcMUI/wB492FKZFKfz6cGgcB9uOve5eRrIa2e&#10;olo6VqWleUtFAz+WRNQ+jycX/wAP8PdgDT/V/g6s7rXUMA/PPXvYt7LrNi0GxNywV6TvvbLVWNoa&#10;GSrMkdFj8d90HyVdTvTm7Osd7BvqeLH29E2g6z/n6RM8IikJajHA+w+Y869e9jJUdi4LDbTx+O29&#10;vxMbX0uaoKTJUO2pq4PmdvLULOlaahVQieEatcRaxJ5Bt7UJMCajh1SW2QwIzyFdODSvDj+R697D&#10;Pubfe2N2ZikfZ9BlYaShxwo5JsrXVE9XWVBYs0hjlJCfXU2k8k/ge2JnLZ8/59LP8X8VWg8hQEmp&#10;P54oT172A9WuhIFiZnkdFaVmUgrMf1rc/UfS3tgnFRg+vn084FAw/wBR697z0TQvFNDURsjOyBKx&#10;eBHMTwjp9CD/AFH09tgKwqOPXkPdpPXvcVGXW4YD0voYn1LdTwRf+vPuhqPLq2oVp173HqUJYkKR&#10;c2U39JH+H/G/eq16q4zjNOve58OQqaeBoImhWJwBIhhjcyennUSCeefofbgcgU62BTr3uHdUu8Ra&#10;M2LCx/SwPIW3+9e2zUnPXjRc9e95KeolldtUkOpgzt9ywWJiBwL/ANf6e3Q5I+zqoY+X5jr3sSus&#10;uucj2ZuSg2/jTj45a6spqI1FbkKam/dquVWIVLKGPpNiTYfk+1AChanj5f8AFdURJZX0oRU+f/F9&#10;dEgAk/QXJP8AgBc+3Xu7qLM9M7zn2nmBTSSUsVPPRz01RS1kdbTzJrWRZKV3U2N1bn8e2wVNWHV3&#10;ikiYq9KClD6/lw66R1kUOjBlP0I/23sPanN5mgWOGHJ1YpmEU37Ms1O9iAyRylCCwT+x/T8e/ayB&#10;nH+Dph4lbgafZ1y9ypt5bryMi1cu6NyTzwiyzSZvKtJHGOAA4luotYcEe6a/L+fn1ZY31FvEPD8+&#10;ve4FRm85kaeenqc1maunklWWenqstXVFPNLEbo80U0jK7L9QxBI90LkcBXp1UamWJ697Y9dpHaPS&#10;wI0udAIP+qChv9vf3sSMMgU62FAbH+fr3vNGrKxAYrG/plI0qSp55b/Y/wCv70ZGrjqrRITWmRw6&#10;978KVdAfyHSXK6wSqg6rA8f8j9+1uBkf6vl1YqpHz9f8nXvb9tnaWd3hlExGAoZ8pWlGlMUSkpFT&#10;xn1zSSHgD6Wufrx7eSrDpntDaUHH0697a6rEy02QqMcySGppaiSmnEimERyQP4pVkRuQVIsR72Aw&#10;YUHzz/q8uqrIlc9ueB8/Xr3tS023XxmXkw+Q+2++aODwxVaO8LzVcQeJk8X6vSwIufr7uBpz+Rxj&#10;q36AlCnJH5Dj/qx173kyJqdoNUYzyU33qkGRo6aWOvphLyE1S2Kgg88G4/1/dZCC2PLpSx0DSaev&#10;DP7f9Q697TGOo67KT1EqU1dVCNfMwpKd5m8kraIjIkakhSeLgf4e9qSak8B0ldV0M5Faf5eHXvZ4&#10;esMF8VMLgsNUd1t3PjZZ6UTV6Y3ZNPFQyZJZCXWDLzSpUSRIuliqIDzb/H2sSE1rT0/M9NrNYqRF&#10;MrA+lABXzoa/MdNte2VCocXFj5G1r5PvqiqhAjt6tH28chLf4H2b3Fd4fy86LaUu0dubN7Q31VK7&#10;fw1MVsfHYqooKllLDLHJZeqLFo+PQ7HVbn3QvX4ACAPmO6v/ABfTrNao3h6KqTUDBYfMV9M1z0np&#10;m7AatpBDDtCHHiTXWs9ZmJa10X/dVPF9uqer8uW4/APuvvNdoZTamUeLr3sPszBYqPI1ddhcUMku&#10;Bli+7nJkM9Pi52QP+GB1C44tx7bjkZHIBpnOflWv29Jja2oqqu4UEkCvr8vXpXNGkilJY0dWA1Ky&#10;iRT/AFuHHP8AtvaX3FvfcnYP8Oos3ltxZ/MYwSLTZfJZ/J5KsiWWXyu0yVkjlitzbSF493eWZhWp&#10;J/Z1U2toYwi9xzxrn/N+QHXKOOOJQkSJGi8KiKqIvP4VQB7aa3Hb6yNRT1+Z3FmsthsdoWCslrah&#10;4ceKayQA0kvpitpADhebfU+2DPMSA9f8HVzFUKGFV9fSmPPrn7kbvzx3bjmfNbp3NmsgB46dKuae&#10;SgSeIaUhioKdUgW/+rK3P1Jv70SzCvn/AC62RH/EdXkDn7Plj+fXvaUxnXdXDRU2UzNDU1dLU1aU&#10;K0dDVwU+Qp5yQSstPNydSspQjj63PvaCn2+f5dbaRqBtPE0xx+XXva7TGblwZy5xWx6SoxiwNQVm&#10;Lr6R6uspKZF0fcvoIILatfkUEc8H6e7E6hTh/sdWjW4LHRHXyHrX1697BxcbLJUT0n2U8dSrExU7&#10;oYh9b6FjkOpiONIAPHujsSAR5celUa4pLUEfP/V+VOve4pnnpykYNvGwLRMh0tY8K/0t+fr9L+9B&#10;2A45HVclgCM+nXvbjT1TpFNJKpjeoJAggSFQYQOJWaT6cMR6bk+96l4acdVCRHDDP+Dr3tMTQTrZ&#10;wknjdnVXZXK6tViNR4+h9tnjgADyHXgnkBQde9vO2MqcFVSVTUtPO7QtEn3SeVYGJB86Rj6sLcf7&#10;Hj25EwXic9MzLqXhXr3s+/SnyT6awVCabeHUccuZljcyZbBbprcfPUVdOf8AJqmKgliMcR5JOl9P&#10;9R7MY7sIx+ynE4/z/n0US2kVW1RccVBPDywKZHr1GnjqX0+CoSCzKX104n1KDyo9S2/1+fZwuwO4&#10;fgRv3ZuCwXaO9tz6o/t8jFT7FxNRU7hx1YYPG9JkaoI9PIAPS5b6kXFvdbi7JUlTkZGP59KY7K0I&#10;pPqIrXt419D5fb01ZJ9xqGGGp8VJJcWOWqamGnZfzpajjkcH/XS3sp3YO4f5f2d2PSbV2ZlO49uZ&#10;7CV1bV4zeua2Zi66fJw1Y4xeQpqKZSIFIDK1iw5t9beyrUwBBFTivHj5/l6dG8MO2LCIQSrjNcH8&#10;vLHn1wxZ3SZAczFgIoSgDJjKrIzujgnlXq4Y9QPHBAtb3X9VU1DDlpZ6HJLlsbStI8NVCj4qolRG&#10;ssgpaoBka3Nj7tngeruFV9Wqo9eB/MdKH22xY+vy9TWyYyhqKiKnhNVULCBM0NKpGqeRhYG35IHu&#10;pUtSvTaI5rpqacfs697bjHUOdIhklt/bSN3CqeRwoP8AsfdGWhpxr1sFvMcOve5ceOqJYp5445WW&#10;niDFY4KiS7XsQXRbLYcnUfdwuBTy69oZqkDr3uJTwTy+R0U/tetySAFQm3N/rz7tmvVAD5de95Fi&#10;muSVX/aRcct9SAPflznrRNMsaU9f8PXveOWNwysEVXLc6nU3P4sv/E+2nAZvSv5fy6r4yZzw+XXV&#10;x7Ezr+s3jicjLV7TozU1k8KwTRR46jyWtSbrEYKxWAuf0lRqvyPd0KUCg5GP2dM/VhpAsVK1679s&#10;e8cvkNwZOaqyMQo8gjPBVoyGOQyxvZ0lSy6Sp/s29vMVpVenI3Z3JbH2de949n5LCYPIVE26MBUb&#10;jxtTQTxLjaev/hsj1Lj/ACaZqrQ5VFPJ0i/tkKQMHj0rhMSEmZdany4Z8s8f2de9p/IxUslSXoI1&#10;ginlcpQtO870SlvTBNO6qXAH0a3PuxFR029C2Dx8q/y697gy08sLus8elgq6fGAykn9N+fp/Xn3U&#10;LQU6rT16978tDVtCZkpqho7C8qwStCq/kmQAr/vPvYWlSevUNK9e94AkqLf+pKlbXI/1wfx7bOoE&#10;j169Q0r1736OBnYpccLc2N7f4cf7178ENM9e6975AKGXWSUW+pk0+q3I0Xt7s6nBHCnVlOnj173w&#10;LA/pNgDezEG1/rc+2+t6s46975xs6kOT6SwAP11EHkC/1t7soyCRUdaLEjr3s8nQezsDvzbm1Nr5&#10;fFwVcdfvPL5LMVTilhqafG/aJQUkUlbJZki5aQJqALWPs92y2t7iQQS0ALceBp/g/wBnoD8ybleb&#10;aGntAWCqMCuSTn/V5de/1vaq7+6k2p0PC9XtusXDRZu+LXAVmfxtXu+WNqrTUZSiqsY8jQ0TQ/oZ&#10;lVz9CLe27y2W1mIU0oTQVBIBOMj1HAdKtk3C63RA0wNSKkUwB6H/ADdcVYN9P6kfn6j6i/ssmS3f&#10;sPExQ0m0tjR1lWI5RW1u9KuTN+SdxqSegaB4goAudBQ3/J9oZWVU7F7vn/s/5ehPGk1dbELThQfP&#10;zrj7euXtD128dyZmmSgrsrURY7WWTF0RWjxdJFYi8NLAAFP+x5/N/bPdIanFMU4D5nHqOlWrU3dx&#10;Hnw697YYmpxTSyFkPidYxHr9cysbBwo+un8+6hUAahxUHj+XXtQ1YHXvalkosdTUm36zGZyGvr8t&#10;DUR5fEeIwy4eWOW0UU1RINJWVfUHU8WsfbgWJFDo2okUofw/aevJI5YqVoBw+dfP5U697bZajVKK&#10;YJHFIolj0xaRHIg5srXIP0JDE+6s1HCf5v5/Lq4rgD8/8/XvfCNRKFPmQNGwBiLsJZgwuWVhx6fz&#10;7bBodQIFPPNSPl1vj5188efXvcx5vJGBTQkpEHEiyfVWXgEW+h/FyLn/AA9+q0gqo+H1pTOa9eLg&#10;NQGnzr173lhzc2PgkhgaoEk89PPFO1gkPg5Cxsw1hi39q4H493SR4wraqNX7AKf5/PqrpHJHofIN&#10;fsP29e9n/wAJ3vvLs/qTBbNqMpUV9LtGqmmSgmqHL46SohEFTUxQHlVkUC5X0n62v7k+55l3PmjY&#10;YNsdjIbQkKCfhBySAfWnlj8+oLj5L23lDmm63y1jEQvjVmVQNRX4R9vrXPWNYo1keVY0EkioryKo&#10;Dusd9Cuw5IW5tc8XPtV7Lm3DjttZiGBxNVVsE32UXk1xVEpQ6IX0/pa9r6vaSzgvLawkiUZYedeH&#10;p8x9nRdvb7ff75bSvQKpGqvFR/gI+fWT3WNumlzi7nzD7jopaHKS1tXPX006NGUlZzqMevnSbCx/&#10;p9PYEdn8Y+IKEnIp5/6sdTvZvAbVPpWDAKM+VR9nXvae8zRlvCzFNNiHALKp/UAD/vftp2fLoKUN&#10;P9Xr066h8sNJB/1H59e99TVSmFFhvH/aIBABI5uT/X/X96ZtSVFKnj8v8nVQrFy8hr6fL7PTr3vP&#10;i8dVZCe6qxurMLkljpXVf/W96iheVtOat1WWWKBKMdIrw6976qJqyWaOnILeMGBFIKqt2sbW/wAf&#10;r787BKU/b0oHAsvn/g697d8jHTxyLDOZUNNRJDdtJEtVp1mxX+yCfqefaxlXAaq0Xj6k9IYpZ8kU&#10;YEk/7X/P6/7PXvbZHIxlJikR/Gsdi9mUMx/AP+v7ZUkBitaCnp/qz0qr20kBrnI9fy9B173JSZjM&#10;waPyiNtL6Bp9N/V6lPBvwD7abQCARmvCgz6Z9P8AL0z4QCKa0Pp6n/iuPXvedK2GmlRzAEUFiUaT&#10;UWUtwr/1uOPbikRPqAH5/Pyr08qyGEgN8XA0GP5de9zEytTVmMhI4oqUSsVGkWjPITV9Tx72kob4&#10;QFAqR/s+vTXhRxCtcmmTwr51+3r3tqlaTwtKXtGyHSWJtdWvYf48+2m0gVPn6+np/wAV0+yrq1gA&#10;Nj8uNf29e9vu2sHWZanqK6CjqK+iopSle9PHI5gR42dZmCX4Fr+1+3WEl3qljRpFjwxAJ0givkPt&#10;Pzz0Rbzu1nYvHBPMsUkgOitM5AIFc1Neve1hsHctBJX5PbyYSKQZ/CS4cTSygSw5NW10VbCSPQSw&#10;CsP6E+zDbNxtoXeDwcPGVqSag8A1PKhxTz6Kt72md7aO/een0sgkxWhU8VOcinXvbBvLBbvwhWPJ&#10;4iro45EijeYQOY3aE2S0ii2ofm/tjc7PdLav1EJRWpSqnIHAg/b0YbNuuzbjiznR2FaLXuHqaHj/&#10;AMX1721SxTVePjchkkeMRlVRtbhGsHb8X5+vstJDrR+JHpT04enR2ZFSQkUavE+n2Hy/z9e9vOze&#10;vK/cNaBDUQQRxyKJZKqRYNN+bXkt/Q8+7wWYnYLqFeFT5ny49JLvdorGLVIpLHyAr/P5+Q8+ve5v&#10;YUH8Br5MPFOlVSUMkSipCKsn3RjvUU4H1sL8H8/X3XcYijhIz2rgU9cf5f59a21luP8AGiNOquPO&#10;nkTT/B172G0AqK+vSKkhkKlgoX+1pv6gWP8AxPtLHEXkoB55/wAvRiZFhTVI2mnE/bx697MrS9b7&#10;MwuwZNyZ/LRV+5RUwfwnatKfNLW6rNItQ0d/HGo5Ynn8exH9Lt9tZePcd0hI0L8/U/Lj+fQX/rHu&#10;d1vC2NvCY4NJrK2ApGBngf8AUK9e9rnq2gy293yWAkoYdv7Qy/29Jk6LGhRWNQwSrNNTrUuupW1o&#10;CXHI+h4PvVlJLNM2pdELHupx4nAH5evRTzNff1fiS6D+NcAEgk1Uk1oAPSn5enn172bvYXwS3v2l&#10;V57a3SWDjylZLTK0W5M1U01LgsbGXVl/iedrSsKWW6tyG+lh7lLlv2m5g5xE39W4NESDMr0CLXjq&#10;bgSR8IFTXhk9Y/8AOP3h+X+SbK33jnWXwu9laCEF5SxrUiMZI9D5ceo1VWU9FEZamURoL24JZiBf&#10;SiLyT/gB7e87/Ij+d9VQTZbaVb0j2TUxSuJ8PsztnA12Yh1esL9s5VGe5t41kJH9Parcfu6+4kNA&#10;nhMGydZaFAAP4pAFI8hnPQN2j+8a+7y0o2rcTuG30rmWyk01xXK1JFM1pTpLf35xEdT4K2lzWJh8&#10;byHI5jD1uLxQVF1sDkKxUjvb8X9kA7g+BPzJ6Iq3pu1fj32htqmjEhGYl21kK3Assf62Gbo1emUD&#10;6+uQe4w3b2/5v2Mk31m5QV74isqUBz3RlgAD5mnl1k1yR76e1HuFbLLyrvVvMXz4TN4Uxxj9KQK5&#10;x5gEfPrPt7feyN3GRdqbx2tuZoSVmXAbgxOYeFl/UkyY+aQqR+QwBH59lnOErMfIn8SkhxvjJMgn&#10;mjFQNN7oKdCWLfTj2D5oJoZGjm7SuaedMcOpPW7ikB8AF/Lgaft9Ps6Vd+bf7H3Fz+Vhy1ZA8EDx&#10;UtHRwUFOskmqWSOEH96VvoGdiW0/jgD6e9TSeK1RwAAH2AUz8/X59WhjaMMzHLnUftoB/k6979tw&#10;VaZWjehVnqjURRUelQSamWQRQ8NbnURb/H2p297uO7ja0FXJx55/1D9nSXdlgexkjuWAj0ktU07Q&#10;CT/L+Veve7gqbaHY9RsfYXVkkM6rmKiHNbhaopSZZ5KNUlanjMGpSgBAOr/b395PLY7w/L1py0RI&#10;fGIlftI1GmcD8I4V65+m+5T/AK5bnzlbEM0KGG30t2jXUVNeBrkU4cOvX97HP8qz4+5rYW6MNuTL&#10;UtVhlXG5Ld0NQPTDHQQUBw9DTzODbxzrJUOoNuPUCD7kay5PtbeCG1ulKkjxCFYrVGHhoARkHuZq&#10;4NK8OPWK3udzjBu8EiWhWWWJljowBJdnqW0kEdtKUIIbgQQeqxP5r289u0vxF3psPKUcecTs/P7a&#10;67kxUU1QlUJqvJx5b7ylkonSZJKWWnp3WSM+hymoEXHuwXvSPHUPwh7gLyzVOU7Eg7QrY4aaO8td&#10;WbtyVRTUiUp5AEgmhjV/oTb+vswW0Z7PeHgjKxPDoI8tUh06lFTUEuRQcAuc9BPlSS5ufcKyaVVC&#10;2iR6nagKqiBdLDHcuklVPAEenVcPWW2M/mf5pOztv4ietOx+ltidL9d4vHSO8lJSU20+tYs1VslQ&#10;9g7JUzVIl/tCQEE8W9hXS71x3UXfPxo63puuYc3Fvn4jVVPlqinqIY67ZuU6+qYXoKyOSt401sNS&#10;1PIFOrXHGttPIW8tpv23bpY7BOV8RbeIDQoJ/RRg0WSCFYk9+T2BSDxBwOUjzny1v+/TXzx/S7rp&#10;hJrolWUg9wXHYaDNAASwNcdGVqxv/sDrT5G7hwnaLbVoNl/OCrz9PFX4yY0mY2hlMDSY/P7Oko8U&#10;QzasjWPk0mAZjHG4kBLs4L9tKXqX5KYve23Ns7nxW8osfvunpd77UqofFvLYtFL/ABCmyMNTR1JZ&#10;kk/iFNZxCQh0k8+2+SDtW87DuWyykXw+rd2iAHixBizMSDXjKDRQAGK18+jjmzbubfa7fLK+uIBa&#10;zGGscoFYpzRQBrGFNONc5r1Y1Lu/PbMqtv8A8ewkmL8e0cqlLnqbJwVe2s1WYuWgipGFPB6189PK&#10;RSCqAkWxT+nul3d+0MbS9k92rP4q47C3y2zIopBHTT0MLwR1GHq41X1ldUrCVgLWT8e8Pdy3KD9/&#10;7ssURf6W4MJR+w8KhgPUEHUPLPlTro3yhe3d9ynte4OO65hErmrFSSgLZpT1oOJpX06MriclHksd&#10;i6xOP4jQQVkYPIKvEruAV441D2EOX2PSZLsHatDEIqXH4CR85mxSzNULkHpyXUQX5Afjgj6H6+ya&#10;6uItYdYiCoJJBqMA1NfLjgdCK3vlSxlS6PiNNha40rWmPSvkfyp06X4/oT/X3er/ACt+tpsVszvL&#10;uOsijFRujc2M2hQK0hcmhwUDV9UsluLJU1UiqLfS349h53ur0KilvBjloStcVAJBb0PaB1Cnuvv9&#10;lLeWPKiDS6KzMBkkGmkA5pkNQ+YPWuv/ADpO01yPevxX+PlLFNBU0+A3l2/lsm0MEsIpqyui2rhI&#10;KQSi4mR6GvkkIIARh9SR7shrqN4tSyuzN4RMzg306fUeG5H+pAHHtfu9yGt/DQdrnFTSoGK44+pP&#10;nnz6BWySRXLfUBdNCQBTzp5+teOc/s6rc2RuPXUCTHogjjyH2cS/56OWaplIgeKRbKLKCfX6gb34&#10;9oTNolRHLG5bWgVltyh51BNQ/qD/AE9gK6t7yS7hFu36AJDjz1VxU+vyHl0KLESpIHRaAjI4UPma&#10;HiTSvVhXVeUoMTRy1c8S1WUmKxUtYSdEVOvoleJQD+2HAAN+f6ewwr6JlbTCCyqXctwTyvqVDwLD&#10;8H289u6ShGFWXPbgEUwT+XHz6E0K6oxJIKE5FDj5cP5jo0u3t1U08Ms9VOqNIkVIqThEaOYygnVG&#10;34Y/QAf7b2iq2L0O0iuXZiixvbUylhZbi4sB/Q/n2Qzpb3UzgLULU6h5U404YPRnDFQA148SPX1z&#10;59GJwdbLTClihlRIxCjufWIhZCb6frdvzcfj2nK2hjUPZUVyOEc6/rxpZh9LeymfZTcRLMwJpWmK&#10;Y4/aR9nRlGJVJ8NiR5mnn8hxp6noRMLu51qGif1LqXW6MS3J0LYGwufwLH2ha+lMNmJstmAXSB6h&#10;wWa/+PIPslvdsLxExpqYAaRn/L8v2dHlvcRmMgtWQgeX8v8AVjoVsRlw8+kE6LgyMp1aSxJVVVb/&#10;AOxP5+ntBV6BRIQxAcmMr6SpQkEn2Rnl+VQQwDHHHy+w+vS6CUn4RU/mM5/mOhDgr0k0GxT6MQdW&#10;r/Af6x+v19oXKlYlIKalA9Pj4LFTchyPoB/X342rLgN3A0pwpXo4ty0i92SDT7enuElzf8Nz6rkA&#10;EfVR/vXsH8+zT+WINcqnocAkyBuSAfzp/qfZ7Z2pik8ULRW4+gPr+fRrDED3mtG4/L7enaE+kA/X&#10;6249gXueEQvFKsN3FriZRp/4Lx/vfsytwzodYpk1A8vLPpXpbbysG0rjz/KmD/sdZvYM7jArYWGS&#10;qI4InBDmNUKKPoFK/U/7D2Zfu6WdPAjBzQ8c/wDF/wCDo0Tx5WIWoJHEUr8/28eveyj7/wAFSVD/&#10;AG9L5JaZfJLdrxs7LwpCkGwI4tf29axtC5iJNAME+WM1PmelcLPEwr3UFKn1/Lz/ANR697LPuXaN&#10;DLAZlgKT3vo1Dx6Q1iSOPUf6D2bRR6wfDNB+ZPRp9SVYKpGg+ZJxjPl6/s697L9ujBNj5PNGAqsu&#10;rSUCWN7EaT7fjYoRGcjGfX5dLEmDMY6186jhQ9e9h1MLNe4JYGwP1va4PtfHw+Q6f0YLHgOve2+R&#10;bH1Cxv8AW1vqfwPahTjt6t2gfb173GZdN/8AU3Nv6/X28CCOtefy6976+nFuTY3F/ofxx7tjreod&#10;e9++gv8Ak/1HP1/p70K9VLYx173ztzxfgfg/k/n8+6k4oevfFw6976IBJ4N+Dz/gPqR79U0r1vHp&#10;1730VPBuPVYWHveqvWgM1697yXA4/J4t+Qfpf8/7H3Q6jnq/n17326f2xYk+kWvYkfXg+/KScHrR&#10;+LHXvfrKLEE2Ok/7Efq4PvxZqU68DUZ697y+b0cWBsNP9Sb2JN/dNFWz1rSOJ697mReVv84QQbWA&#10;Flt9Lgc3/wBf2w+gfB02SOve8hOkhRe/6SPwwH1F/egtRq6soDCteve+lkhDgG6kkW4uAR72yuV+&#10;zqxT08uve1LjoKqcg07E2GokLcWBF7C9zb2jk06e4dMySIpo3A/6q9e9vkcFW8IigkkeRmIdSABG&#10;EOq/N/8AX9sURWOK0/njqhaPWRTIoa+v2fZ59e9zmkzFLGHjq7vHMsbhl0IVA/S1jbn6E293iRSd&#10;IFPz8+qp4bvoKgV8wfP/AFeXXveOuqtc0atQ0chljDFanWyswOpirRkWP1960KhKoxx9nn6Dp9Y/&#10;DGlD+Z459Pl9vDr3tUYihwORx8v3dNTwzxDUWpeLMRcej9ViPzfj2xRw5LkioxmnnT7KdMSF1Za9&#10;wBqPIn/JT5+fXvcG9FQrNPgkbIVVO4KrM6tUUqr9BEsoGn+nB937y41HSOJ/2ejE6gA9MnJBPw/Y&#10;eve5NLuDLZFWGRxSpJHpMbTUgqHkaR+CHZtKkf1K+22iQHVGwYfI0oP83+o9aBLMGbA9B+Z/1V69&#10;7kCurK+OpxVYuLpYJAxZkkjirDcgKzwyWB/F7X96KZAU5FK+mOAx/L9h6o6fiHE/PyAxQevzPXvb&#10;VD15NHWgVeSw1LRlPIs0cw+4iThtSqL3NvpY+32uWaOiq2DnzH2/Z1Qt26qH8h+z/P173hqsLgsX&#10;LFVwZmbKyLqHilimtcfS9vqD+VPvXiSMCtAKegrX/IOnqFXJ40AP+riMde9pPJw0deRN5KOjJLLa&#10;NBHC2nkWDf0vYkH6+3YnkiqFq3+r5dUai8MknP5+fXvbH/DKmRmSljSaMKpMkLK4I/q2j6f7H2pE&#10;6cXJB+deqCg/z9e9uMGOlmDUsyRwtEgkUzlYhZbEsglsGJB/B9tNMFGtTWv+ry6utACOve3Fn2/T&#10;rLTU0NbNPZVlZmingsLLIqvGRwfrf6+2T9SzBmoAf2nrfw/D59e95MfjDJNDOaeloqCNgZUjRZjJ&#10;CG9SyFrkE/g/4+7NOoHc2ok+vmOP/FdXdjpXyUfMZ+z5nr3sQ6rLdZzww4yWCtoR4iGbUssRlQhd&#10;M7QBSqN/vP8AsfaXwbzxTLUHVXhgg5pTjX163GkJmZ3Y0an+XGOP7Pt697x4vPbepJqyjxMAlh0o&#10;Y4mwqRRSG+iJoTUFixN+SeP6W96limIjaWpyc1FVx/hP+wetOuhglKlc8OFPt8zgVp+XXvbduPdO&#10;48jKlBBWQYmjSMGRpkhpqCTSL+N3i5u35Cng/T3eCGILWUF6YoOP206u08sgAFAhJqKeYrxPEf5e&#10;ve0Vt7CU2dzUUeQq8dNAJNVZOha7pcAxxMzfW/Ck/wC39rZJ2hQKgZR5Dh/k6YWTxFwoz+37BX7f&#10;nUDr3sf8btfaNDOsmOjkoPsSqBJo3lpsqQ4dlnqILm4/1B9PP+Hsqe5YnTKdZYn4sUH2flg9Mrcy&#10;LRSRVtVBShx9n+UfLr3sQMht7LZpaXISNtrBUtJIow9UatKfSi2k1LZiGP8ArfX8e04lt4XZO92p&#10;3EZrXANafaKfZw6rOIVmKGuaFiM6j5Z/bQetOvex+6+xE0eNyMNVLQRs8tO0GUxAk/y2XQJPLLHL&#10;+S4Glgfx7LLirzKXBR6enrgZ8vy4efSWS6aRhTUrj5UpwxQ/5PI9e9mXwUA+yp0MjyTpBHqZiQWk&#10;0gMxVuWUn6Hn+ntG8rxssA7dOPXz9eHD/P15ydZQgA4rT/D6cOvexS21BU1E0QdV8KKulVH6bMCx&#10;B+pvb2xerUFhiuKg/LHpwyemJLjwAHANRwI8zw/4v5dePu8T4CfHja+59rZLsPcOMxM9cj1OJxcm&#10;ZpqaamaKaECSkppp1YRySaTrIsdHHIPvDL339yN92Td4uV9puJIlGiR/DYgk1/FT8IBBK+ZPy6y0&#10;9nuVodzthuN9AsqqoNTRjTGNBHr0BnbG6ZsbPR4qFamSJ4jVVf2EhFZSxoGK1XhjYMy8aVtxqB/I&#10;4scouo8XR0ceHpMNQ4zEow8eNw2NiiilKxhzGHo0CrHfnQi25Jtc3946XfPfMNjOnjzyTzsS4dma&#10;oYn1qCT9p9Op4NttdtEYFtgYwa6SoKg/JeH7OHQMUucwW4WrNwfdFJIIfsqmXK1KpJDTxklZPBWl&#10;lU2/3aefwT6be1FQbBoqaVKVKHISRwEGSGGiGPTwgACCneS1kB/2nk35v7QDne4BeXckaSWWhDNK&#10;a6q5Ocn5CuBjh0TS7NarFK8K+Gr5oANNaVrQcaDh025mjqcrTx1WCz+DxtJDHURSySQLmg8X6nmn&#10;8TaWk0gkvq44I9uU+Cw4MGPymJqpRStDHWUYhpvJUU6gyoJ6qNQ3kS9v3XIFv6excvMt41kZ7t3V&#10;6ERjVqWPAA0jgK0r2jzpUHovsNridjGFVzStdIAPAD+X+rPQA0W38suYq6vY+U2wlJkX+9mzEjV1&#10;LNVV71LJV2oZHY+JwfrCi3PNm+vuX/crpPcVLVRZ/bdfO9mEEOVo8Xm6WheP0R1cdPLHIIyONTIL&#10;2uBf6e3JvcrmSaCDa5LlraNPxxMys60yCQQakcBwxU46Jovbi42meSSyWFvFJYNIGC6uOkU8jw4d&#10;IlOuvkV1vn8nuzrnNbE3HHXOZ6nGVlTmdsz1NRM5m+2SaBvHOnJUvMR6j9L+4kvW/SOyaA12Ix9T&#10;LXToBNNi8JQ42JHVSY1VlSLVGf6X1E8ke29v5z3Ga8h2+/iN7FqdleZ38RwTQhW1sFIHDFKGnn09&#10;e8uzixWCdFjLg6xGKqT/AIQPThT+XTplpvlX2lTZWer3btfrCspIKOkjw+JzlXuvHUcgg801Rlqa&#10;ohDvMXAA8ZCgAWOr23y7Zwk7eaPFmkBiknhp/v5aiKLVH5RHKVOkFhYsqghSSPoPcfc3SxG/ZrUD&#10;QzUIFe0aqUFP4cip40+fQp5esVsrMW7Jq0DSGZe7T68M8TQ9Go6gzm7qXatFQbm3NJuDL4+lhpKv&#10;Ny4imxcuYqoYtM2RWBhcI78oNXI/xB9zRjM01DTmgxuKoMfBEYlNNS01JW+CqXxuomRVaQALci5/&#10;249oIfHYJqkZwXoKvXIoaBa1HlxoKfn0arFZPciBwfEbhWtKeQp/Lp2rMttCnzWUirqmsqc7U0aV&#10;Myzfd1NCRRkmGXSWaGNiTYBVDXPN/c3bOC2tSGujkhzE8kmieoedoI4if0iGmDq2sizMbkH2fb5u&#10;e0m3tZt3sEZ1LKCAVJX8VaedMAU+fHpPu+zbugKRyLEanwwFII9NVONOgtycHeOSrMomyOwdt4mg&#10;+x/yFJqKfKSwVrKZaaaqQvGUQu6iT6j6D6e8k8WNo6/IVGOM8NCxlbCijqJYmaYx6YoKkMDyl9Z5&#10;HIt7GkW8+3cHLYl2+2Ek0iBCSDrjONRAUgE4IFc0zSvQSt9q5pgvhFeAeGeLEAgqaV0geZHrw6Ln&#10;jdofMncG6duYrf8Au3C0aYfKfe71T+GUVdg9y4VXfxpQ1VSRNTCoHj1LHEw1enVp59qalTcrYypq&#10;aDO1D+Ckkmq1rwap0p4v3TUQtKhsV+jXPP4HuGLSd47lnu6yxFhTiC2o4Fa0rSmf2no8aCwDpZLE&#10;FGpaaQB/sZ+fRtM3jdgGpxWI/upisRX1DhMecKkFJBT1CIY5Ip4aJkLIxLcBR7SKxyFlkeVDGaSZ&#10;Pu0h1M33LmWSRVUDgsTYAfkfT2Yvcx3i3AcyIoOlKNQLQYB/iHy419R0KbiCJoQ1PhIBBNQafb6c&#10;OlWKRsWmISmpqCerNTT1tbR1ALmoFOviBjkmJEbqtiGY2/H198UwVDNURQxyJTeV1XzsLiA+Mzkm&#10;4v8A1HHP0932fYt/31VS3qVTiSDSoJGQM04ZOPn0g3Pere2txHcDEYPAHIH8vLz6auwu59p9Z43I&#10;ZbOATyw05qVxVJNEautjJWIJSPIVQyXPpS9/z7fajZcIpJqiaKGvpIER5fHPFGZo3XUH0N6iRxfS&#10;Lj6f19nqS79y9vn0o0XDrQaWasePL14cAeNR0TxbhabjGUiBTxQQCQQfToIsZ2psftHaEFdjZty7&#10;FfcDVRoq58JNDlaSZX8XlDhfEFdhcEmxHPuHSba4T7LbdLFBVDUTVTKQET1yHySEDkfT8exrLz9u&#10;F3G1oYo4zDUEBeB4AU4n+fRY2x/RSC4eZpCDwNP2cK/l0FNV1fhMNWQZzNdu71zFTUkmlalljDSs&#10;xCBzFSD0hP6f1vyPeSq2rLDN+zTU9PR6JH1xSiq/SuplUCwFv8P9h7At3eSuNb5csKgVGkE+v+Ty&#10;6G23XNnG2nj8NcU8qV/bxPRgNq7pxU0IpzXVtVVxwpGhyNKKFqh4lCJLZuS2lfqfr/U+432sVLTw&#10;jGlVyBWqLSTQQzQo9z9vIqfqZR9WB/PA9h6cOJG8YE0IwMU9fzPH0p0/crGUZgQTUfZQ/P1/wdCT&#10;SVcmQkLVbI2NYQaRDNJFOwHqnSRiAo/opUn/AB9hXS47tY1E6ZvNbWqsUZXEYxW38pBVFDNfXVLU&#10;MYg1v9T/AK49iILtzRhotauQuWcBTjyI4U4cK16TIEiqVyfWpz/q+WT0/wAmU2VC1qTGZU1saSOI&#10;qnJ4+V1H6SIwt5CPoQCbW9iXi8ZSVEcNNmKpKGNHaT7iakcsytxqCQqWP+IH+8e9WqTCSsa6qUBF&#10;aD9pyfs/n01eXOhDErAVz6D9p9Ogs3huGooaeaqwdBJkqueNkjpqariWUS341u7CNCPoGJHP49q0&#10;7JwU8MFTit10OVUllTHLTCCOEqbkOZ31Lfi+tfYhZi6aXQqy0rU+o+Qoa8RQ9Bhr4+JVmr+z/V88&#10;dFih7k3vQZauoNxdb5fbtEQ0sWfFatfPXgP418MVMpUuv0c3/pz7TG4KKWCACeKnTS2gGDxlCBxb&#10;xR/1NvV+R7L32qI3BWMsFbhXOT8/T5eXoel8V726AaDyrx/b6dDhsjsJsjAkkMr1LIbyxzRyRPGr&#10;cqWlexJH+8/W/sLMvEkUMryoyRqwPMf7ac2a7fT/AHn/AGHsTbVtdw9PBBagoT/kPmf8nRdc38Jb&#10;U1D65/1fb0t33VQmqSFqqlWoqXPjgjmvLIxH0hiJB1C3NvaGNThUEjtFBJpB1VFRVimAA5NkPLaf&#10;qT9Le5I2vl3dbtVWMFq+mf2U/wBXp0DN03S3WoSjU/MfbXFa9JLcm7zQShWqKin1lfHR0uNeumk8&#10;huolkXhWY/p+v+PsDuyextg7Wo5qvKZfDxU1NDLUZCtevp4KGliQeRi9RU2BsOWYfT8e5G2XkHmC&#10;SRZasqimmgNfz4V+fqOPQPuOYLYnvYAD8uljseXcG5oJPBgcrRB5mip4snSMlRKv/HYRwltC/lRI&#10;R/W3sl29fmR8X9oOYt0d19bYOpnpFyVLQVOehmrDjpRqjqTT02o2b+zzc/09yjZck8whQoR64FfU&#10;/Ly6Dt3zFaKKSSKAfLGaef2dClTbL3Q86qMPW+jQJJXkp6RCbWKxPUtcg/k+wezfzx+GTYieryXe&#10;vXktH41qDHTZEVtbNE3AT+FKhkLH8Jb/AGHsTbTylzFDONUbcSPOg+YPDh0kuOYNoMYLTo+OH+b/&#10;AFV6fm2fvGmdXxtKyzKvqVqynhUN9bfcq41f6/spO7/kP/LK7Up8gu4dz9d18TByWze2avCV8jBS&#10;XaiqY4o5Hv8AixNz+PckRbbvMQUrWq8cn9tPUeXQcfcdluAfEZePnxp+zpR4qn7MpRElVAgCMP8A&#10;l40NRGy3vZxKdf8Atm91c9zdc/BDPw12X6f7Xx2KqlZ2gw+QbI09M76rr9p96ialH5v9PYo25b8D&#10;/GF4f6qnomni2iZWeCVVp5ev2dChQyVzxIK6nEEwALFJI2Rj+fShNv8Ab/7H3WluXH4+jys8OMyk&#10;OXpI7hK+nhdIZGB4UK/1Uf6r6H2IUjfTqHaOg/KEDYOOp/uHTweaSnMVOfOpNiCx8mpbghBc8cn/&#10;AHv2pGFzx/1f6vl03oUipFCcD59e9znlh1TN9x5J5E8U5Z2kWS1lOkfpIH04+nvQah/1f6v8/Tbw&#10;w5DeWMf6s9e9wjNSwU8kGrQBJHJ6WsJCp9J454/1re7ajp4fF6deWOFBUVr9vXvcym3bWUgyEcBp&#10;SMjAKaskmo4aipenU8Qx1UwJQAflbH/H3QgE061KTIpA4njXz6976lyD5KbHwGloqCnJ8URii8Cf&#10;QXkmm+rHi7E/X26RRQWFSfP/ACdMtLOIhGaADNR/l+zr3t1zOUw0MuPpcUFycuOp5BV1rxmGCrrJ&#10;HuwSJ+Skf0BsAffkUnFeHD7OnElkqNXdQcT5nz/Lr3tr8cZx1ZJI/wB1lpT5YqGJC8dJAfXLUztE&#10;CDYWAQ8D3egGRxHTf1JBOP8AN1724RU2MbGR1NLlKJa+qijjWhrUeN6ZytqieaRvT+P2gt7g392C&#10;ErqxUH86f4eqC4cGoYYx+XXvaeppJ/vPsKqWOemiqo5JyhULOFFvHFKBcDSTbm1+SPetCGuen0kR&#10;lBYih4+X5de9r7bGz6DPb2fCYvJrPQGocUFYCPVTRwCeaRi/AEVyjO3B0k+9xopOo/z8+klywace&#10;H8LHifIDr3vBuWix+E3ZVba29lY87TY6tRIqyEiSjqattMlVJqPDRx8op+lxf36Q6eABrx+fVYJJ&#10;Y31LkA4xgj1p5/KvXvbtu/blBJRnKw5GkkyMiQ1MsUdVDIapGISYkKT6kP4H1H449p+40HH/AFeX&#10;RmJElSkjLr40/ir/AKvLPXvYa5OiqqE0lNUxMkM8C1tIZEKB4ZvSsyKebMwIUn62Nvejlf8AVw62&#10;2uMjV9v5H0697hyQvolmkrCXumiIxsA6n6kP9BYfg+2/CJ8h1Ynjnh5de9yINFSkUUaSSy+Ixxqr&#10;E3fVcGPjn+tvdRDTIPWga8Kk9e9554oYpBGS/i/bUGVQoRwn7iGw/DX/ANt7sY2Kkjq50g0Nft8u&#10;ve5lDBiC065Stnp6ZAGL0lEK2RnP0VlZkAFvwTf3ZVA+2nVVaOp1Ej8uve8c9Ltl5lFHkaqbhSGn&#10;xfjVb8/uIHPJ+nHHv1M6gOqt4ZWiE1+zr3udJS0tZBS4vDLU1uRElRUzVMtKYUECR6zT01OhJYD8&#10;X5/p7cAFNRPTc7+HQLlh+R/Z172JPW2Nz9etRt3H7bx+Sr0raFHhq1lirK2ediTQyzL/AJmPSf3C&#10;CCF4v9fe2UMgpT8+kck9wyhVTUagGvl/q9eve3HsnYuc2lDko9w1m2v4hBPQQ0OBwoinWhSqlYVE&#10;tPJAS0aQadH7jEsefdgVKjHH/V/n6WRmVl1S0CngB/hHn5de9gfIITSyCaoRJqc6qaDQWllac/qL&#10;D6AWuR7SSIRJqUY6fqKZOR/l697iwRzIkoEjklw8pU2e5WwVtX4B/p72QwFadVDLXj173LWB/Frq&#10;HZaddckLnSs8sSC0vit9QOBf8H3vwyRWoH5jq1QuSQQf59e9spqQjCVD5IdWpVkHrYqx0q5+p4HP&#10;uyRqpBySOH+z01qAyOvexw676n37viCbN4fZuczlHJJWyVEdNTrHDPGsOuP7d5bajc2AAP8Ah7UR&#10;pqBzw8/MV6KbmSfucLqXzI9SPT+ePLr3tQ1PV2+MJ9umSwX8FnmjnlH8ViVRTwjhadXYC8gAIKi+&#10;n6n357eMIB5V/P8A2K+fzr1qHXEQmjSTTgT9mB8/l172G24lOJpDSPWY6oo52QRtT1CVEilT5daT&#10;D1kfVLWsLf19sNHRQCATXo7SR1t6GlBilf5/6hx69747L23JvSrraYTQ0nipmmglkKh3EZaVx4OO&#10;NIJdzYKBc+7KlKEjj/qz0n8Z3YoMVrx697aWxOUqpGx+L/y8KS604kSZ1iBJErql9NwL+n8W9300&#10;rXGaY4dbSQMKAgH0/P8A1cOve22YO9KyTaaWeBvE6eMIpjF+VDf2jzzbn2kMci105z/g62EgmLMQ&#10;CQfn+0Dy66t9L8+4nl/ycIXkZdBVSzyMY+QLxoWsptdTb63/ANf2+QdIPnx+X5j/AFZ619Pb/CBj&#10;j8q/6s/b59et/vv95v7/AP/X1Q9xYHtntf8AhVLv+Sh2rWVrZjK1E+Qo61Zqmoo4lnkyObSLyBVj&#10;p+AxFlX+hPtTLI7uXIqw/wAvn/MDpDYWEkUarImniaE4xxJHHHp1v7BQLWAUAWsABb8AD2HO4d57&#10;J23HLsHb1btnK45KYUdZnqbAR1P39S8YFTXQTVGlo/G1zGxPJF7fT2xHCcNIB/qx5fLoxkmhH6a6&#10;TwFaceOfl8vy65exH2Pv1aLbeG6V60yu1IzuGseXc3Z24Nt4yuyEUVfEDHgKGrzaSmlOrhvt1H4N&#10;7n28QwUsAPn6j7OmpZp9At7RhRvjamfsz+3qNLSxTTQzv5C9OWMQEsiRqzDSzNGhAbjizgj+ljz7&#10;NBgc/tn47Z7GZRd65PcPbNFRGnw709BTSYzApVALJUS0ckKRjxhSz+VGLAi3vTROIvGYjNccfX/C&#10;BjrTyGDjIdbAjPof2U4fI9Ycjj6XL0NXja+EzUVbA9NVQiaaBpYXurp5qZldbj8owPsfqj+ZNuig&#10;2dnoc5Q9g9i7hwrxU+XqaV+tdpbKx9PWSCKH+H10dM9ZPO6sGCJCdJBuRb2lFuXOmgFc18/zxk/n&#10;1WGWSjEqzHiG1YBB9DnPHoDMR8d9h7Z3A+V2vg4cQjKlQ9ZVbn37nayWtWQtpWgyeTNNFGBY3W5P&#10;0KgeyE9SYTb29+263dm/etsluv8AvVksjW0+zYNwSV9JU1NZOZ46vL1URheXwp+IwA7/AFt7WrAz&#10;DPD+Vf8AVmvRNfTyxyF5oy1a9oOAa+f50+XQ9TKxhdVm8B0D94KraAv6iFY2+n+9+1b37hvj71bu&#10;qnxtbsypx02Tx0tVT4Xb0q09Vt56xNUcmXx+SkeColQ3UGKRSoUfn2kETqwCmgr5f4OqWZtJJhrQ&#10;4r8I/kQTx6yJyqm9z+WH5/Gof6/sEdlddbgpQ299rbMpeztrZ41VCtPufbpmzNNRxqsyZHFCGoDC&#10;7BofICbcm3N/dS0qMQoJz+RH7PIfz6EVlbwwIXjtxKrYOoZp6j/Px652+nJFuf8AX/wN/ZdM/Uz5&#10;Crnr6PG0+FoayuyUVHj6bzeKilie60UVJOXnCIbopJP9Pb0ZyQKCgzj/AA9NRW9u8hogX0oP8n+q&#10;vXv9a39fr9fbDQ0Neaeoq5JscaMwvEqsdc7Tmyu4ijsUsbjU30P497eoCleI8/l/q8+jOCEL3KAK&#10;DzHmf9Weu/bJXYyUUSV8VUjx/cCnqBFGWeiLjUiVEr/TyWJDD/W91TXq1MSR1uRAVLE1AP7OvexK&#10;250xvrcuLqtz0e28vQ7Kw8Amym5stRtTYaDXH5I4opqlg0rS8eIRqSxI49ukgVJ4+QHl9vTIE+SF&#10;OlfM0p+X2+nXEuisqFgGcMVX8sFtqsP8Lj2haXHY6bJmCtzEeGgZisc+ToqopeI6NMyRLeMW/SSL&#10;e/AmlSM9bSlKsaE+tf59cvr7ZshW0cP3NJFJDJE8ihGg1Ms7xSWapU2vpYfp+nv1DWo6qxqMHift&#10;p173GpNaSmWgiImDmON2jEz6j62K07Agf1PHv1afFx62op8Iz+3r3s0fx++L/c/ydqshjestrDPV&#10;SMI8lXz5CDFY/FpDZfvMjUVZWKMX/RGLu1jpX2mnJ06xw9R/L8ukUt68amZaDyJ4Up5n/Dw4cOkn&#10;vLfO1Ov8O2e3hmqPB4tZUgWoq2I8s8ptHBBGgLO7fhVB9p35E/FPvH4r7moMV2fhI4KbMJ5sZlsZ&#10;VGpx2SRD+7FBJ+JI/qyEXA5+h90gnjpXz8+mINyZiGNGr5g1BzwB9es+1t37b3ri1zO2MtSZfHmR&#10;oWmpn1GKZAC0M8Z9SMAQbMBxz7DCjr6ndFPV0v8ADKSSixdOJ3qMfQWrIrsEWZhFdpHJ4cn6D2sB&#10;FKj9nR2rfUJVaMoxw/Z8z0pfaYFbNTSyUmPSKUPU2SKWKPWz/TVrkFh/iPfgdQr0yWfhioJ9MU/y&#10;de9i9tfvjuzYLTUOy+wMptx/AaedMXBgEWNGHqjWSakcXA4D/qH4I9tTR6/n0sivrmAhUcj14fke&#10;HXB41kFnGpbg2N7XH0+nvE3eXd+SlUZHtjfzia807Lmp4Z5pSxI+4q4VEjWPIVnsPwB7Ze2Gk6h/&#10;xfWzuF0g1PK2nzz68Pt68ERFVVVVVeFUABVBFrAD8f4e3LP9x9sblxq4nNdh78yeOSJglNX7x3I9&#10;DNAqeOaaSOeoWF+PSfSQfpb2wLSJWqKE/YP8PHHVDuGrsLsainn5cPPqNDQUNNK89PR0kE0oIklh&#10;p4IpZATqOuRAGPPJuT7BJqkAeNm8UOptbcgSLYkHX9W/x59qjCaVHnw6YLgED/UOpnuO8s1YopaC&#10;OaRCyyOinWTMP0SFVF7kcD8e9AlHAatB8/8AL/k62DqGlBUfLr3vEtJWUautbQ6JFYKsdXA0c15D&#10;fUyNY2t+b+31ZGriv2nHVPDZe1gT8j/m697e483VU4dqWsrqFZIlp5I6WtngR0I9cUpgILIfyjcH&#10;8393kcqtKV/L/D8+qFFcmRq5+dK9e9pgiF696iolLFgsgVAJNVzazf0AH+Pts1OkICB8z/k68EVS&#10;SOB/1evXvYp7Z6v7C3ehm2ztDdeWpWV5oq+mwlVDQqAtnk+/lVIAgA5byH2y7qhpqFTX5f6vy6Vx&#10;W80tfDQnNK0p1w8iF2QOpdQC6hl1IG/SWW9xf8e01PtGKjlrKSvyqUORo3k81LLT1DVEdXGdP2kU&#10;0YIux4BBt/j70pJB86daMJBIY0I8uufuRitu09doEdaj1z1tPTwGqopDDRRzf56tmqr6LK3DKQTb&#10;n2/GBqq2McPP8+tIiE6Qe6vmPXzr6de9iBQ7J7R3ZSyU2KozlsbjairpnyRo6KixEC0ILO6V3jTQ&#10;pA1C55/Pu5VQKcOk4numGiNAVBI+X5de99YLB7ew8lbVbzosXlHipRHDiqyv8atMx4nWSGSNgR+D&#10;9Lfj20TIaBFp/sf5+rRnt8R4q8cE14cP9kde9x32Bnck9bksJg6NcO0z1UcMWVxr0tLCq+X7QvUz&#10;CZmC/g82918Z6hXAqfKmSPn0phgkaMSaAK0JFcf4a/t697FvZ02y+zsLT7M3p2d1X0visWhlx1Lh&#10;ur8nltw5yusUSDI5Wg80ruzC15Z1W/0T26oIcsy0+RPkfl0kknMxMLssQUkAKvcfz6gV9VV0qQtR&#10;42bJNJPHHJHDUUlOYImNnqGasdAwX6lVJY/gH2BO9Np4rDU/kpN0QZsRz5HHS09JQVdHNQT0cumk&#10;qKiKq+qTrZwFN1+hPuzagVweH59aRG01ZtR4ehA9f29T/bHtL+7VTWCk3Kk9Gk8UoWrp8jR4ujFW&#10;40wS5Oat9McIP6yl2b6Ae6ksK6ePVkZNLasMR8qfImuOur/6/sbt09cfHvbW28HW0nyCoN271r0Z&#10;9wbVwO36+o2xg4mW8SUu6qzxiodeFeNUJLfp49+jDaTVan1r0xIluo/ttTnOOA/PqDBU1clXVQy0&#10;D09NEE+2rGqIJFrL8vpgjYumn6esC/sHJIcPR5KjXAZ+qdZKQUUxGMqEmqVll1ReISL43TmxJIt9&#10;L+/RqVWh41Pz6fgdFoQ2D9pJ9M/b1Ot/W3+29mI2j8su7euKqWn29ktj09Lioft4ocz1N1pkqioe&#10;GMD01dVjZZkksOGLn/Ek+6PECCSKn7T/AIOlv1l0CRUeYA0j0+zy9ekXu3r3a2+Ioodx02VnjhcP&#10;GMbufdG3mDL9Cz7drKVm/wBZiR7DrtP5Rd595xR43sffUmUxFDNLXYrDUe39s7epKOpdfEyqu3aO&#10;kZlC8ASFhb8X96ihWOrf6qdIhJdMGM8hPyxjpy23tTCbTo2ocHDWw07srMK7MZnNSXUaVtUZuoqJ&#10;Bx/R/wDX9gWlbpx6JACk6Vq1gqvJr/cjUq/gRbgB/wC0G+p9uHuFRny6oSDCK1pn9vy6UY95UyFR&#10;XwST5DI5KukgiPiimrJmgoEZiwSnErERgH+xGAP8PewtKgdaRFNHGGHAny9aZ6976irpGn89RUTT&#10;TNGivLMS4VEWwu0lySF+gPuwrQ16ujtWhqcU48P8/XvanXsXc+Pw9Ts+mzmRXbs8qvDgpSK/Gzy/&#10;VahKV/RGx/1S8/1PvQNcU6d+pkCmFW7fTy/2Ove4FG0ORn8FYYzVwRmepxWSqxi6OdVuBDTyjU2q&#10;wvovY/g+9kLTIFeq0RmCSKNVDx4euD172nas1dXWuKXHCZIVaX7VG1w0iM9ohGr3sgtzx/j7rn4e&#10;mRlu0YP+qvr173HSeRTNFWSpB5EZvEoMhlksNCsPqlyLBv8AiPdTUDiMD/V/sdWXUahjX59e9qLD&#10;7s3Hs9xUbYzeUw9TJFd5cXXT0kreRfE6TNCQTcXB59tKQo7/AD6eV5YhWJyD5kHr3vDUbiy1fMkm&#10;Xqqmvrqysapr568LVyPGSGjk1t6mY86hfkC3t9WBNVNR0zqk1DVU1ya5PXvbHWVM01XdkJieZnWO&#10;OMQK0bHlhDzpH5A/Hu/n1WTPDjXhw697zzQmER1Ukbx2RzTBgw8sTkgMnAuF/r7aZgGrXrelhkin&#10;pj/P173njlyU5QJKI5p41uIm8EulOFLspFmYcE/n3tXVu7q7YOo/YPl/sn1697z0NPjctVyRZzLT&#10;YRY4mFPLHSSV4Ei2XwkRklbm92N+ffjIFNCOtqkbYY6eve/S5lGBpolBNJDFSwTUXkpRW+KTS71a&#10;mxOtRzxf3vxFI7jj/B16uaU4eY8/t4de9z6SuwND4K2SCmr5amG48zVVJNha6GS3oWL0zIwsbk2N&#10;zf6e661IoMj19fn1dTEMnuPH7D/l/l172o6zt/dr4yTC1WZljwxpzA2HxkkWKo8hCCNKVkOOiUzm&#10;9uJXa/uw0+R6sbuX8eAPLgD9tB172iqDEV1XhqnckEbtDT1TmoC1IRaSKVxEjtTt+oXIViB9CPdg&#10;f+L6TBXaMyaeB/1f6vt697bJqgg0lKCBLJONepfWg+nkLj+z/QD+nvfW2phPMHPXvc6uhkrJI1op&#10;obLI0SVETrF5nYEytNrsBaxtYe9D9nW3TX2Lx4fLh17211Lz081MZayCWNbC+ozCpH5ElyTcfQf7&#10;x7959N0MbU9OPXvbnWCSCemesoKjFUdbTs8E1LHLAWjCnRP4iwDj8H/D3v7OnCCh4cf9X2Y697Yx&#10;oaEowQsakaJQCZWvch/GPqLCxF+PaeRiHoOvRhipU+vpxHl/m697dJ6zGRyUYpKLII0XjXIRmohN&#10;OZQbMYRF6mjYm5WT8+/LI7kDq5dBwBB697ccxkafK4pKqp3BkqrKQzijixU8Uz0yY+D/AIDeKZTo&#10;CopsI7ek/T29p4ivVJNMsR1OTmlCPL7Rjr3tlxu6szjII6akyOXpI5qjVOmPyuQorrBfw6lp5FW4&#10;B9Fwbf4e9iuAxwP9VekRiULRSRXBz5enXvciWvyAMOZqqitMtTVLElZU1czVxlQh9azM2ssONT3u&#10;D+fdgSCSfP8AmPn1T6G2HeV/2fn8yOurf778+xfxuc3VthcnnMFu7JY/KTU3jTLplKuPI1VME1VG&#10;Ojri7SCN9QuhP1A90DKcYP8Aq/n/AKvLpWsLoS0EmfXzA+3zzx/ydet/vv8AY3/Pt6xXyy+R+Awc&#10;W0Nud0dhYnAUzTTfw7G56en9c51zK851MwBuQLgD3ovEaEiv5n/V/m6qY7gcHNTxyf8ADx/1Y6Y6&#10;7a+2snWw5LJ7eweSyNOqrBkK/E4+sroQv0EVXURtIoH9A3sIsvv3cG5sj/F9zZaszmXa8wratKRK&#10;hqt7o8tTLTRIZGYcszXN+Tc+6hxprX9n+r+fTkPiZ8Q935fl9tPU9PoFuBwBwAPx7SqZbKY3JyZK&#10;krpqeuSqKrV0tQ3lSeRbkGdbXuDbjg8+6hyxpT9v+rNet5VhICag4z/L7Ovexn6yxG4OwsZusU29&#10;arCZXE002WjiqsjVUdBl3Cnz00xp3XTK4B0MwKseD9b+3RRaef2/y+dOkyRO8j0fSR3cTmtcY697&#10;QyZJsXk0p8nmdxUlL4o5ZYqZ/K7zmSxESRsFZRa41n6+6lVdaJw9fn08gd0VJHYefqePA+vDFeve&#10;89Z2BvI1tRUUu6MtHEFkSGoZoIJaqlUCFYaiMKwLaABZ9QFuPdFQRuD5/wCrPW4xPC7SazT+dOve&#10;2CHcueaZ/Jl8hElUzuJxK8cM0zD90VKwgLKTbTyD/gPb7Evx6t4jlsmlfPyPXvfCgppJmrK2V5zU&#10;MyhFpgC87sfU8q/0P54/2HukkYkIJ8urJrBJ9Ove3uSsy0WMnxatiqmmhmWU0vhpajJUslQdJdpD&#10;Zri9iDfj3oMCKA068HcKQOHpTNf83XvaaTFVNV+5TmENJM0axRlEkk0JqLLEeCosb/4+2ZKLUDz6&#10;toZhqb/N173DocpPjqs1VFI9DNCSDPC+iRWjcFnjZeRe17D3ZX0ro8uq5Vu06SP9WOuiL/Xn/ffX&#10;2st3dn7n3/UYuXcFbhqiDCU6U9O1JtzAYmoMekK0te+Lp4nq5bcNJMWZvyb+7B418+PVpJ5ZiNZG&#10;MDA/1HriiKgNrjUxY+pmGpuTbUeB/gPeBtwZ+bHU1KuNw8+Po3MlJPT7YooX5HplasRFlcmwv5WY&#10;D62Hu+sGp8uqu8wFKAr/AKWmeufsRus+1tt7XztAd+9S7C31tWoqdO58ZV4OWlzFbRTRGJkx+agq&#10;I/tnDlZAyJe4I/NvenArUn8uvNc6AC0YYVyKUJGeBHnXrFPG8sTpHK0DsPRKoVmjYcqdLcEf1H5H&#10;HH19pfsfJbNym5Iq/YGFoMHimpW8mDxtFXtR43RKTFHLJXs8k8gS3kluFLfgD26AQoqc8KdMqVWY&#10;uq6ajIzg/wCHrIoIABNyAASBa5A5Nvx7RX8TmM61D0mMeotIrmenWMqUW13VCAptytvz7rUKcmnT&#10;ooe4gFiM1/Zj8uu/bhW7y3dWY+HEtOwxqxFESGEQzvGR+3G9ULsUX+yB/sfflNTU56Y0kMUzQEUH&#10;+rOOve2KlneWqNVDBHTT0sa3jpxKwVYlsZrRsp1sASxv72KjPV2XUTjjxH2f5+PXvarHYFTTCmah&#10;pIKN4pld56avzCGpbTpbXFLM6i9rsLWJ/Fve9ZI0D8vl9g4f5umGjV004oM5BPD5V/n172oYuyKK&#10;Sshl3PsPae8Mcykvj8ws1DWPe3qpc5hDFMlvxqR/8R7bca8CoA/w/PpTEEFCQGA9Rp/wZP5169/v&#10;v6+5GW3z1tkJpKfDdVUWw4XRIvvsNu/L5ikExHMlWMvCNaAf2VsQfofdYkVSWcnr3ixiWojKA4wS&#10;f8nDr3sLnemmyNXNOaepp0P6oHUQyKDZWjfTcBh+m493JCgFsV6uQNZLGv2de9xKqen8iTwUy006&#10;uGEkBMaoiiwFjy3H6iffiwBp1Q5OqlOve29JpIHndJFCVIKyLoiddKnULBgbc/kWPuviCtOtU697&#10;l1k71cCvN46t/tljhMiMpplXm8apYf61vd9QNOqspqD173gNPTyaKhqVbxJC03kmeRZ/7JBbjST/&#10;AE/HvxrSvXgKipH29e9wFx0cizP5VhVJXWNGVmcgnUNJH4A4F/r70FOsCtetBCVNPLr3uWaOmMSI&#10;I3DuAXdZC4Yg2uFP0/xF/e6HrxoBTr3tTZ3Nrk8Fgdv09PDj6TbiTKqRxiWqyU9VJrmrKuqAvqH6&#10;UQHSq/4+6hTU/PpxpSVWMCgA9OP59e9pmr+xeokWnglSFoUEcMjqHRwoDu7R3B5Fx/vPvbEL9p/Z&#10;1UKrZ4fnXr3tuFLH51CysIyVDB7a2/PoUfW3+PtgVLU9et0C+f8Aq/1eXXvbpDRineNqtZxRD9xZ&#10;UQqZIVN2jgd/SWtxyePb1DH58af6vt6pcBhGUAOSOH+Tr3s19B3J0Ydr4Lbcvxy2+0mPeH+K7mkz&#10;dTV5vK0cYvO72KhZ3bg/RQOB/X3tSF1eh4D06LGk0MFRCc8O79tcfy66A5JuTe1h/S39PYLbq3F1&#10;tks61bt3rOHb2GkZA2NkztdXSEK3rlgYn9st/wAcyzAf192AACn9vp/xfSnxSaFEOOPE/wCTrv2I&#10;OGz3xVSjply/VPaFbl5IxBUtjt8YumxzVQ5aaCCeIyAW/sM3+x92VqDgCc44fs600kbsahh8h/k7&#10;a/zPXEgkgggW+txe/wDrc+3qq3p8XqOCKLE9A7gGRFTH5qvP9lV1VSfw8L+48dJjYI287G9hr0gf&#10;n22NaHUaAf4f9X2DpgXDaKiMsB6+f8usapOJCzTK0drCMRaWBvwTJqN/9t7UUnbXxsxtDE+3vili&#10;K3J08Mply+6ew9ytRtOGDU9TT4ikF20n6q8tj+fbweqigzw9D9vyp5dW8bV2+EzAgimfsrig+fXA&#10;R1Pnd2qUNOdOiBacK6ED1apyxvc/7SPaBTtfq3JtlKzevS2PymRq4JoaGTau4qna1BQSSrphnNL4&#10;5jI8RtYswv8A7H2yQaaUznJ4/wDF9GELQ1Hiw/DjBpw4Y9es5B/BA5H1F+B9fYG5OpwhaVqagq6H&#10;W7N4KidKvQhOqAJIQp4/tcc+95+JvT8vy6cfSWqop+f7OuXttgpsXOss1XWGB0CyQ0scUskk7lrO&#10;GeIEJx9C31+nuqMGFfn/AKj1XSpy5697510WFmnQUU1TDCUjWVqmC7eVU/cmSKAk6b8AHn3Y8adb&#10;ITyOB1722M1HGWjcPMHAILHxshH0ZlFwB/h7YOGIA62Kde9wIynkZSmtQ2q+ohgtuQCOf9v711UE&#10;VPXvcyOGAGdllf6BqayBiZALhZQfx/j/ALf3vJ4DrYIpXr3uNYTOfOdLl+XESrGOedWiwA/1h7dV&#10;SOPTbZPp173lQ+CofxO0LKAVkicqRb6yIwsbfng+/FgozmvVNAc0PXvfpFqakyTM01WVAEkzmSXQ&#10;o5F5HuQD/r+/NqbIwOndCDFeve1Fhdnbm3bMtNhaKTIyKEjRI5Iox6mARA8hFzqOkC9z+Pe6fhan&#10;Cv8Am/b021fIf6vL9vXvawpert44+qixmQ2/ujGnIyCkYNjHhhmlDaBGayUaAmr6vewFz72oAYUG&#10;r0p/n+XRZNua2+JBT/Lwz9nXvblufovsnZ7SpmcG1PTwoJZZ6OrpcjBDHJGGiMz0jEqSLXuBa/Pv&#10;RhDED50/b1uPdY2OmtQP5de9hJVYyppHfzIY5FkMbxkqSoAsxJF/bYRQaA9LUvbdzggV697cEosO&#10;mPmqJ6ysXJI6COkejLUVRH9JNNSDwVH+qHP49uBacf8AV9nSgS20gprz6V697ZAhkVkjHhAb9BkP&#10;OoX1erj6Ae9kUyeqgV7Rw697HnqDszD9Y1MmWi2jksvmJKGrxtU0ObFPQSx1I0LM0IQurL9Rz9fo&#10;R7dDY4cevK6QSa5ASSCPQft697ZDvDZYykuRrNhT5aOeolqpqfIbhqaap+4lfXxkKZGZhybho7n6&#10;397U1bA4YPr0nCxEn9MsDxqTXr3vrd/YWyMrSRx7c6vj25kUZWbNz7syucrgy8Aqs8aKpUj0n8f0&#10;91cgrpTz6cIgYUiTTnjkn/Jnr3sL56zKZKrGSrKuqrayV1D1FXM9VMfGdKh5KgsSBwFBNgP9b21w&#10;z08BI51E5/1Dr3t0oc/uXAZIV1BlMnjqthZqjHTmllWO4IUGGwKra4W1rj3tXQg+Y686yAHSaH18&#10;sHz66I/3j2bHafzS7gwtBi8VU7ooOwaTFu32eA7V632XvvBU4caXkpTWRiq1FeGDyHi1j7eJLAIC&#10;RX/B/k6pJO4KiSj04VApT+ZPTVXYTH5EyNUpUa5I1jZ6eurqUhUOpSPtpEFweb2ufobj3l353R2N&#10;2XWDONtHYuFNRgm26Ydi9V4nr/ASCsnEjVQgxxby1SadMdQ5FgSoHu1SQKEkD5dNTXTyNrhRVFKU&#10;ChfT86jy6y4vF02IpRR0r1UkQkeXXWVdRWzl5DdrzVLM1v6C9h+PaZoe08j1fRw7e3F1R1DvE1Eh&#10;yj1W9ttZCqz4Sol8jUcGWxlZTssYYCy+O4P0JHvVAFr6+fW4XljjCsiuONSKt+2oz+X5dZqiladl&#10;ZauqpwquumneJVbWANTCRG5FvT/sfr7y1fe+w6pJayu+Om18PXZCKoC5LbG785glEch8dJPj6Oqi&#10;qSvgItq1nV9Db3riSRw+XHp95IWOvwKV9KjqQiFEVC7PpVRrexdrfVnIAFz/AID2y7Z7l2ttfHZ2&#10;lbq+DOZbKRzBMnldyVktJDezwzS49V0uyfmMMFPJ9tPViPT/AFcem4JSkelo6n+kTn7a8euftAYT&#10;swY6szldPtzBlcsAGo8bQpT0tNJYrriWokcoOeQnJ/w96+fmP2f7PWoxIpJoM+lP9X5de9sVZvLJ&#10;5KOKKX7SgoNZZlhglcgrcpFK5cs0fH0v+f8AD254h/F/L/Z6uEBAUmg41A4Hr3vPSbyyORy+IqN0&#10;5fLVGIjelpKw42okoqn+ERSBXph4mXUNIsokvYW/p7oxUqQvE+vVQhdhqYn/AA0Hl8uvezYVHW3x&#10;y3HtPN7y2x3+219z0LUc+G2ZuKOQ5EpG2moWTIVJ1Eqw1Q+LUWBtx7T27GuhwTU8fUf6vXpUI7Z4&#10;jJHPpYfhbJP/ABXWFnkEyIIiYmVi8utRoYEaE0fU355H0t7J3umOsweQajbIUeTiro1lFXSTw1Ed&#10;VEzakeQxC6tqN7Hn+vtU9Acfn1qWsdAragQDUfP/AAdZvaailkXUHlaJgqrpYEspB5sT9AP8PeqE&#10;jpjUFIFafbjr3t40GqNNSy5mBaSKOS0tSzRwwAyFraQLliebWJt70QQadOMxkpnh172zVNMkckmm&#10;SOTx6wJIJdasVNldLj6G4t71ny6oaB6qf+K9eve+cMDAiVqhaRES7edvG0mtdQ8QXk3/ABb/AF/e&#10;8jhx6sEB40A458+ve8KT+r06ZJ29ILjyLGTzqb8En3rUxIJz1UKoGoAV697wl3qNTSC0qghWFl+h&#10;tp0jj3Ugk1GOPXk0kaQBXr3v1LSq8kT1fnEBceRokUvpHJ067At/r+9io+dOvAKTVqkefXvb/Hm6&#10;THTSSUFHVUpZDCdFUAjRsugiVCpNz9SL29+DDHVhN4Zx5jr3tqpsnLHHUNDUS0kgDuniZxrJ4N9J&#10;H9fyPz738z1UGgrUivXvbrjJ9z18U0MFbkI6OaNlqjBUvFG0IX1JOkJGpTwApHJ496r/AD6cXxid&#10;Kk5+Z697h02283UCaWmx+SNLTxyzzVLUUwhiii/zkkk0g0gAcnn+nvRahFcdNEMONaZ697GbpzbP&#10;VmU3NjB2luasoNsvMVrxjkWkmCeESIWyNQpRVblWKgkW/wAfdolDgMx7f9QH+qvRbPSR1aRqD5fy&#10;BPl10QbcWv8Ai/0v+L+zU435JfHPrrs3IYbZPQvW26+oaXGfw9/71498jufcWRjjAly67iysh8Ya&#10;QERxxxoCObj3qcahoSgHl6/tH+z01quYn1CPUh8jkj51PDpvno6ippzEcjVU0xcP9xRCGNlt9EVJ&#10;lkGn+t+T/Uewa7L+VFDnc9SZfr7qjYnWj4jJrX4hqDH0uUmiWI/sU8scsSQsF+o1q5vyG/PugQK9&#10;Aaj5mtPX+fT6xuWWSNAmk1+f8/X0p1NhRo4o43kaZkRVaVwoeQgWLsFAFz/gPZb91bvyu8q2oz2W&#10;psXT1GRqZ5KmsxtElI1fkJT5p5aldTXYk/2VA/AHu4JY1pTy6X8f1HAqesntN/xirVITKKd2prLS&#10;SNEiyRANqJIUWbn/AFd/9t73UDqwkqRqFeve48eQp/HMKijaqqGF45xUtCsbFtZdokX1f61x7rrH&#10;WqjJIyfPr3uTLlITRpRfwmGCUS+aWtLTSVbh1to9ZACfkAC/+PvYNeHWywK0K1Pr172ocBi9352O&#10;bF7RqcnmGaGWWXDY6WcyvAi3mZccxHksOSVUn34nGn162HlB0RmtfIcf2fLr3tL1lPk8fN9tXU1R&#10;TzwkxSU9TBJBLGy8GOWKUBgR73UgAdNeJkq2CPXr3ud97ipMQ8D0csGajlRaaqowYopKc/5wVyOT&#10;c/6kr/sfemYAH18unNSGOhGfl1723wwRMkkskoWSOw8LRkmQn9TKw4H+ufe6L5Vz1oIPy697jSp9&#10;tUG3jt+pb2ljKsPpq+h91oAcjh17KGnXveSCoEPjlj8TBJG0xzLrRGYctp/I/wAD72jhTq4+X+r7&#10;OvA0NR1726Ln8oJIxT1P2LLfS+OaSkZ2JuGk8LAMw/BI93ErF6Vz8umpIIpiS6g/b9nXvcCslnq6&#10;mSWrlramqkXXUT1srz1NQ/4YySEsRxwSfdHIqNVc9XRUVAFFAeIGB10Bb/kX5/2HuMjz6WexZFBH&#10;rvYH/af6H/W90qxyfL/V/qPV+BPXft4l+0kghaCOoSouqt5CgWzJ6gV+rG/5P49uNpaMaag/6v8A&#10;V8urig697b/AYrHSpux0gEki54X2zoUEoTkVx8+vVFKHHXvbrBRVFUjfb0s7vTjXUJFG7+OIC+t0&#10;W5C/1PtwgkcCPX1+XV6r5mlf9X7eve3KbB5uloqHKVWHyUOOnkkNNXT0UyUdSF4eOKpVdBI+hF/9&#10;h70aLStKjJ9fs8/Xq5ikVA5UgHz8v2/4evX9umGqpYKpcqu3qLK0mOJlq6OsgqBjfGyeJFqpIGV1&#10;1fW4YHV9Pe5Vd42WM6agZoCa/IefSeYO8ZVG0fMfzwfLr3tpmraibJCt8dN4JJPK1FErGnMUQsKZ&#10;ma50qLC5Nz9SSffqFKA/Kvz/AMmevKhWIKzEkUFcA/n5de9xzOJ7u0TLpMjr6rxJBc2REPq4vx78&#10;+l8UJpXq4LKfKnmfP/Nnr3t3w+5cvt/J0+UwuQlp6mBBGrBToki+ssVVTmwZT9CpH+I9vwXNxbOs&#10;tu2nSOI4/b8z8uk95bW+4WxguVDL/q4fMde9nB6u79wc80NLuOpfb1dKI4NS6f4TWVD+lZjUkHwG&#10;5v8Aucfi/uQtu5otbiIR340S8FYZBx5+h6iLmTkW8QPNtY8aPJzXWAPIevoOve3XurZUG+o1zVPJ&#10;QVc5gkEeSowrCp8Y1ROk0F1PFw4b8/Tj2S7vYyOWnB1rQmq8CCfOnVuVN4lsUFpch0dAAUf5nhnh&#10;6jr3uvrLY6rxVTJTTq0ZRmCk8BgpI1A/m/8Ah7CbqxyOC4r/AJD/AJD1LMMqToHjNaiv2de9so/N&#10;/p+eRf6/S/tlSaFR58enOGT173OpJ6uOWPxSyJ6rhVkdfp9f0kfj26hkBBrSnAjy9OqOkbijj86c&#10;Pn172oIY6oCevkjkWCFQ3lCF7SN9LMPz/r+7pFUF2FV+fr/s+nTFIUAhQ1LV8+NONR1723ZbKGv8&#10;AcKCkfrkVSJJHJ+sn9SPoLAe7y3AdFVhmnqfP7ePW4LdYKmPAby4/wCoH0697j0yQojMWBDqLX+o&#10;ce2F1aSwOAf2kf5On2Z17U/P0p173ypI6hZ3u7KtwXUNYMf7FwPrY+9UfVSmG8vX7OtvpI7+Hr/q&#10;/l1731Upeaz8ktYLccH8Ee3XJIJI86fs69qXTqBx+zr3vPTUEjyjVKES9+CLGx5uP8f8fexGWbsP&#10;H+XXnkRVNc+g/wAHXvagq6amqMdFSRafNC0rklgupDZh6r/i3+xv73JGroFFAw4kZ/IdJVL/AFTT&#10;MahqDA4U8q+eeve1z1T2Zmeqmyk2LFDkYM5DFTVeJqYlqI5wSUX0HkGxK/159iHlfmTcOWJZZrSj&#10;CUaWVhUFeHA+fH8j0Dud+R9t52toYL5nha3bWkqkqykelOIxmuOvexQxPYXWFHXZrKV3VceNylSp&#10;jgyktfNDTYvIS05k8hxZFyA/qjIP19iGPd+XZLiW5u9v8KTyYMQFJHHRwPyz/g6CV7y7zetpb2Fl&#10;u/ixJ8SaAzSIDShf19fQde9hjVds74z0U2EbPVVbh/voXiE9BSu5Eb+l9RUsOOLX5H19kM/NG7Xg&#10;ay8cvCpxUVNAceWMcQKfPoXWnJPL23SDcFt1ScodVHbOPT/J8+ve2/eGXrazcFNS4yNpljp0HgpK&#10;IQaWdQ7kpEObc8key6/lE86rDkUFQAKg0FTSnqejnZoYYLRnmalWNNTVpwA44HXvcRo81WZeCSbH&#10;VsFOlOmumnkelSUqpAkJXTwxFwP959opg3i4FBTz444/8X8+jWFLUQlEZXJzXjkZoTmn+yOve0/m&#10;5ZclVJJWuRJCFiKSEs4CX0B2N9RAsLn/AGPth5NZJlJoMfKgp5fl6dP26pGhCLxJNR8qVqP5/Pr3&#10;tsTKmkLwUkZQuGiZwLO63touPp/rg+9PIUqIu0f8Ua19P8HketPbpMwklOBkDyB41+YH8uvezFdT&#10;5XCYGgrsxuiGGulWmlGMoahxKrVLRkRzyq39hTzb6kj2c7b4Mam4u6u2kmPyz6moOBn5jHQO5giv&#10;7udLfaWKMCpLUpjBIpwbH8qnj172N/w7zGN3R3ThNl133E9DuXL1GtKddVQhlk1zeFR9S4BQcfkf&#10;09m/KoF3zRYWTpqjnmRWFdXaak0BHyNPIV6APvsl7tXt9cbpZMI5LZVozfsrX88Z66YgKSeAAST+&#10;LD6397gnTnwGwmT2vV7/AO68pN1r0phaOoyWM60xtfVYnEyUlHT6n3FvCrgeJ57BNZjkcAknm1gc&#10;8I9zub+zGw8vr9NBESqxRsVXUMNJJp06jSpKs2OJoOuPPMPuI9jciSMruG4SkhrmWjU1E6Y40IYg&#10;9wClQTXhxPVbneXzoXGdpU/x8+PO2ZO2e4RLRQ5yWgeEYLbZq5QZMfNlX/ZWoEQaSUs2mFdJYEkD&#10;3X38k/8AhQHgfjxtvI9UfBr46YHbuO2zVyYSj7L7Voaelg3HPSMac5/b+yMIUlqoH0h4anI1MZYW&#10;Ok+4d585/j2a6M7QyTyIWWLU7RW4AxqRFbXKJFBqzBKnI8j1PHtZ9ye95/vIt59yd7WOK8HjSWli&#10;vizIrZEU91MCkDDzSFXIJoxHUSj/AJfU/aHYDdufKft/fvY+4g0UmB672vuTL7T602ZT6WSbHwUW&#10;OljevMiNaWaRIudQUEWPvXG+Sv8AMp+bvyxmrk7n+Qm+81t+umaR9lYOvO0dlIGa4pztvbf28M6q&#10;QNJq/K39WPvGzeOfeZd3je3acW1u5JMNuggjapqQ+jvkqQCfEd+A9BTpF7f+wftT7ZJH/VfaozPC&#10;NK3VwTc3VPQTTamjGaaYtCei9HJ6q+O3RPR9KaTqLqPr7rwMZmmq9sbYxePytU1QbzvXZpI/vKhn&#10;/tNNO5P59kX9UhZmuzE3YsSSTe5LMeb/ANfYJZqmrHjx6mLApTh0Mtv8ffL6LzxcDTYX+htf/ivu&#10;tCSOvZr28Ou/ai2tL9vncPO1tNPkKWazGwURTCTUb8cEX9nG1ytDexsv4WDYzgf6q9Fu8wmfariF&#10;Bl42H7RT/Lx6972+f5XzdEdoZGvz278tjpN2T0NLQ4HD1JBP8MpKdGyEMakktI7KWdY1uwtf6+8+&#10;+St55WuuX7jf5ZSbqBQAoajLGsYrQcDrYENTiBk9cYffLZ+eNi5gTYduV47SRmZmHBndjRa0AFAQ&#10;FJPGtOHQWdxbk3HtPYuWzm2se2QraOJ2cIyh6VCpVKwh7L40Ygyk/pW7fj3sqbM2bicPsiti2zjq&#10;fBx7kp6eAw0yaJMXi3gFKq06SWMZEJZlVfSHPA9mavb70De2x0w3MaMvoUKAaaA4ZQW+xqHy6x5u&#10;pNwsd0FruRaS4j+Ek11GoNGIBFKgCvGnHj1rUd8990PbPe+1s3ujcX94uvugsnmK7LwBguK3BvLF&#10;PJUx1F43CzqK9UiYFfWkZ549hv37gpsph9q9f7XxstTiTncHT1qpGq0+N29hJUydS88J/UXliiiA&#10;HLaj7Pts22cbYtnFGhjncLIxNPDjrr1Ka1JGlRmtamvGvQr2PeY7OWe93HQsjQtkmpaRgV4088/Y&#10;T0vf5dsNXNnuz/kp2Dumd81lJN35Si/yiIS5Xce6WamxhoxqPjWkpppnCXIWMIbDT7BytwQq/ldt&#10;XdGQeGth2J0Jmdp1zUlmEFbuncOig+5p5CbIwo3aO/qH1+ntTd7Mz81W+7woyL4TBWJoCXkrTGch&#10;SD5Vp8+j2LenT21m2y0BhNzuMcyjVgrGncAaA1znyPDy6Nji9txRfG3fNFjGlSt7L+QFR2PQRbhD&#10;R5Cvw+LwVLVZJ8eIDp1UrLBTGRRY3JYXa3uiTo1qro3+eZmduYiVV2x8jqDJUVfiII3jo0yU+31z&#10;i5WanA0SP9xFOQ1tV5WN+TfFDlhbnlH7xN1ZW0xa2na5BatNeqMyhW+aSLQenWa/udeQ88/dBO8T&#10;IDLsaQuh4EmN1jILUqCVJ1U4+fl0f/f9G2f+KP3Nc89JW4LbGLr0np5bzJNhZUgdw9xfVGGJBP1s&#10;bXA9pjumjotu/ML5JVFRiMfmEpt+7Ky8lNOslI0tLl6T+79eYmT0gJLFqJdeWA/BPsCe7FrHY+6m&#10;83IjAjmuNekClNSirEjhqFaMeBOepW9qbq83b2c2JFlMGu27QCCqkAaSTxoQa/bx6HnrJjL1tsxY&#10;Znu22McI5zplI0UyiNmH9rj8A/S/P59hFQTwRdzdlxw4qaavOC2bU4WmCH7aXHQVc9NlVij4CyiZ&#10;Eie36kINufcTyXEjXE00ZKhaMFJNKH1Hn5Gg4+XUlX+xzvs0CeKAQDqdiK18mI9Dxxmo6XwJ0oCV&#10;sVszE2Ja1wRb/Y/63vYr+AHXE23Ph/scZWHwZvd2T3JvjLIwBZJ8zm5KqlpZFc+hooPHGUIuAv8A&#10;X2Idq227h5UuRHMWE8njMM9wFBSPBNNKgeVGBHWJXP17M/OKvtziaKBRExyGDU7tRpmhJK1xQjyz&#10;1pL/AM3H5Pvj/wCaju/GbgE8mK6o682D15sxJaQQU4ptz7fbcWaqWZyHkH8Ur6uITpZQFC829mLz&#10;lA48kisIgCsaqBqsg4f1D6i/4PPu1zCu6NCpj0uorhaHTTgR6mgFcZpgmnTezX/gO0QIcHurUih/&#10;Dx4ED0x+XQEdNb5p6TGQRzJU5COoSrkepmdZIJa6WpJpvFGrADxodOsHkf09h3lqLW7RxKWJCOXJ&#10;ICfllBP4I/PtHDs9gZRKo1uCSFAPc1OOPzrjoVWV7NKpuZm0jKnzqBj7Bn86U6sJ2H2JkKDDUceR&#10;kNPArvBFoRCWiaxQaR9NPH0NjwP8fbJU4gU1KXnRNT+k25Olx+ok/ptbj+vtTJtImjMsNNRpqHof&#10;n8s+XSkX7y3B8AkKB2gE4I+zjx+zoTds9uLls/FjIKidYKSVpYy6AahEgYBHP62Yhja/H1/PsNMv&#10;iwSTGmt0Davp/a4FiPpf6EW9x7NtAikllICgmv7PMDz+Q9ehlazyNGPHIGqnn8IA41+Zz69Hx2V2&#10;I08NJAJm8TqkKFCwdibftTI31034YH6fj2hq2l0qC6K6S+kW+mq/JsfoRz7citmMYXNBxrio/wBn&#10;/N5dHsMuhBobIr+w/MdDPjM3HUVUgjJhqKdg2liDIgK3Nr8fp+n/ABX2i8lR+USIwViU1AXsGX8f&#10;X6D8ceyC9t3ppi4gmmPl/PoxMNFTw6itBgf6sn06GvbebCGN5CqqXUFyQCHvdjx9T+Rf2EuZpSp4&#10;A0RavUpudF+Fa4+vsiSOfWrXUWksNPHz9fQdCKGGZQGRfiGOFD8/X/L0OWNrqaZJPBUFvUrklQdR&#10;CgXAXkj8j2jK4RqDFNF5IwpbSSdR/F9R5+v49+u9hhkhEjOUk8qCoI/4vpfakIGZ2qa5A/wf5fXp&#10;SUtbKzAxC6E6bsQBe2r/AHrj2E+4KFIXaWGypJcAc8EchRf8H8e1O3Wsslu1tcZFBRq0r8/lQYz0&#10;bxvJNWMVFAKfb5nHSmimB0m12Fyfza5PHP8AxB9hJuSiSpUyqAxjiYFbXIH+sPrz/h7NbW0/d6so&#10;FQ2a1yT868P29GcMslspqAdVM4Ff81epqNqAuLH/AHj/AGB9gpn8BT1FNM6RBZIh6kAZlFxrAt+D&#10;7VyStGU8TKtxIzx+zozaRo3DVoCPL18/t+Xp1z9gTncXiZaapLK9JUIjFUA8kbuOLW+oufbgsjQh&#10;TjzqM44D/VnryKxJETFSRwofL/B86de9lg3jQTziQQxxeGLVxGoXUy8lrj639qfAWGMClDxJNft4&#10;f6j0tFStG4Chqc/6qny697KzvKAxyGCSRJZJFaTS44jX9NiP6+7Sq0qatOkrmnr8x/l6MQxlTWBp&#10;C8KEVP8AsV/b172BmSpDDLp0XNzqP+H1BX/D2ojLKmhsGn28el8EjNHR6ah/qz172yzKrOCdN05Z&#10;fq3H0PPt6Oqinr1ehUUPXveAxjjVYA/Wwu3+xv8A7z7uGOadb1ACnp173iYAqo/H0AtY3/rcfj3Y&#10;Ghr1vjx697waSoPFrgjmxFgbH8e3QQeHWiB1732NYJ0j8AX/AAf9h78aEZ60voOve87FWMZHB02e&#10;/JB/B9tCoBHWxWvXveVYlOlwbr+lrgav9a3uhkIBXr3E0OOve/LHa7NcFmIUcAC/+PvbMcKPLrWo&#10;1xmnXveVYl1FWAYlfS5+q/mwF/8AiPdNZCV4deLE56976NI4i8l/R5DGB/aYgar293qdOvq1RxOB&#10;173iSF2LAgLY8E8m9uBx70zqBUderXh1726U0MhKrc2Kmx/H9Cbn2w2l+GPt6ZkBC0AFfn173nkR&#10;IWdNAawAuSSwJ/Nhxzz71pOqpPD06siu+TwGMcP8/XvfqcJpcLHFKygs8R/Upt+of4f63vbhqawa&#10;DGft69PUrqDaRUAn5elOve8lLViOS8PmhnHqCRNe9+fTf8f4H35o8UNCPs4dOMhppbIoOOOHA1/w&#10;9e9q6LJzrSiqqAU1Xi1xqocMpsGYgD1fnn2jeIPLRcj+X+o9F0iF5mWE1FK/L5jz/wBnr3vFNHka&#10;uWNhVoIWj8jaWDxyAkcuBfg/737vGBSiirfLp2IgIAAdXyFD6/8AF/s697wTVavUQwO/lFOwEkWn&#10;xymM2uImP1tzb/D3bw6gmlDwr/n9OlIaSQFpFpxp6fbT1+XXvaxVcalIwYzUhcHxVaXiKhgLCZDx&#10;x/X2wqK5JPd8/wDY/wBQ6TxGUgtUHPEgV/Z5f6vPr3tNSUcqZFU++jqTJZXkWUKXjYDT5FS17/4e&#10;9ABoxqAH+r/J0/GxlbTwzTy/1f5+ve1Dj9uZelkWvopj4HBYRxyuxYnjTpY2Nv6Ee9eGzqQRWg/K&#10;n29XVmUmpof8n+z8+ve2PJnNzVMsmSxmuGIeNZEhIk4+hBH1JH149uNpUCOuT1skMQSflilf5enD&#10;r3vJR1T5SspsfQ1o+9kjFKkFRTyQly5BW73AuOefbYhIBYjzNDX9g/wDqwJA7MkeZr+z7Ove5SbZ&#10;3Jia4yy1YQobKtQSyTR/lU1X4t/T267IBpK0xmnlXz+zqok7yvmBn0/I/wCT9nXvaaz+MyWSrDEt&#10;OiaS1vCUWGwNyB9Dfj+nPt63aOFC9a+f+TrbSKPMZ8vP9np172pMPsjJRY+SUytDUIokRYVswFrk&#10;En9X+Jtx7YnnYuGZaK3mT5cPyr+3qjSaWCMOJ/IV6974vSZ1FWKVaSvgbSpiqJoGGgvw1lF0v+CT&#10;/Xj3oogXWtV4mo+XEV+w/n0+UYAqtP8AD/q/Pr3t6oMVj8VAJqjF0s0kshBgWsSVV9YN4wn1tcWH&#10;+HtOTLK1GbIFeFDSlfPzI6YlSWpLEUGT6j/Dnr3tQZLAxfZvPjcu+P1IJfH44QjMTco+og3vccn6&#10;/j3uNwzKpSuc0GKfs+z16uskr6VRO0nyoOPmQfl5de9hotBDkKuOlpsnHLXM+j9unVNN2CMsiv8A&#10;kHk6Sf639qqUJdcqOFfP7B/sdWkopZ1apFPLj5f4eve3jNbd3A0sFLHQTSQxwAVWXpqloKX0oAxl&#10;IHoBtqBv9fdBogVpZDxoVBHkfQfb1V5FQPI7Emgoa/yp8s/bw9Ove2ufYtTk0pKfCl8rUPr1aajz&#10;st1Frc2BP6tTn6e19oxk1PXSTTFKV/1fy6sq61AjBzQ0ODnhg+Z/ljr3sderuvI6HIRLUU1CtUkE&#10;Xl+8pJJqR6k2JhNSw8bDn1Wv/r+y7cYWEZaZnCk4I4r/AEiDkLUUrUU6RTq8S6rnUlWNNPEH8/Ly&#10;Jx8uvexDyfX+Yym6MbFR7ioIYVOufEY+KmajMES3mORkcqkcWk20m5P0HJ90jsYJoJZ7ePUV/ETx&#10;P9Gpoc+nrnqkdJVkvrVSzID8R0ktQmoqaGnoOOSeve1jPsPD5zdeJx75bCyUdDDBT0+MhqIDelpg&#10;GeOKgBJtZRyp4HHssslu4Q3if2jE8fhpTIrxoOH2ivSaG4u1gcOtJCa5Boqn0/bT7evezRbT2vR4&#10;iKQUzhoH1Sy00k6vZS3+cSMcr9fofoPp+fbl/Z/pL4atVgF8qGhwR5+v59NDxXozEliKA1FDk/6q&#10;H1697FOggM/iSBXCLYeMAgrYgro+hP8AiPx/j7JH26VHZZDQKR8XAg+Y88efSqK1lmY6KlRSv+z5&#10;fs697HPZ2Fqqlqaljpy0srk6RqZ7/RgVX/EXUfn2TbjdxwW3hrwBoM8MU/wHpVa2z3c6QRrqUMK8&#10;CAKgfb5064uwRWZiAFFyWICj/Ek/Qf1PvZv+He1Ny7M6BxO3NzNCqVUwzSwLTrC9NHNAUpKpAykt&#10;IsZ06HF7jg++b/u9PZbhz/Pf2Jqw7a6gSTgMK+XDyqQOPWaXIYu9ps6qaKAtMUwBwpxp68TjohXb&#10;O5cRm99PkMMs801HTnByVIE7wVZpqlpHpiiFbRiU/rU2IuPZqcVjhLJ9ri5GSoj/AH6VI6yuq6uo&#10;dB5DMjQqVVhYs+k2AFgfx7jq8tH3a2WYnsiGWC5HyqaEr6VzU1p0OJ98lgWslGU4PyB8v83zz0Ce&#10;V37R7DmmfdMNPPBnalKGrhrIMRjcLBDUMadEmhctcSyWjVWBJJv+b+5ktTWVNLLUyxT5OqopWSon&#10;nqxGIYI7aopUcXZnJLKSfqOPz7I49hnm3dLQqTqC6TWhr5DzrTFeB6SXG4zto8BqI4oMVr+fljBP&#10;Snfee2sJt0T0mRx23cXkBUFcdR4o1qTNUKyvVLJSsqxItipRRwLaufeShr0WtpTk6CoipkrDU1VC&#10;7xyjIQSAtVQ1DEXV9I1KQ3q9iHd9lnaIqdUnaAAjlaAEDBHzJBp8NOjGJK2jyWLLKSAAa000zUfn&#10;/qx0GuEztHPick+zs/gKbJS0U9Djtz1mHephwOUaEnG10NJIQtTCsmgPCbE/pB4Pt4y7bNqaMLhs&#10;U+KysmPnhj+wp6lRLqlvE9RHrlQRBOWFwb+3JbLY7+3lDW11DIpXQDKsqJoXIZgAzGvDBFP2kqk3&#10;fmdoPBnkjmo6lq9pUDjoIpqNKVr6fPoCOt6v5z7B3lgh2N3d0j271g2VqqndtZXbRm2XvGSOvd/t&#10;U24okMCGNjGtpG4F/qT7QNRS/f0lCgEzmEh1aNhNC4HoYTrItl/pfVf2TS/U7cTLbxiOWgA0gmlc&#10;0pmlck46EVveRKG1lNLYFc0r6evr69HnxOQxlTXZKOvycNViqiRzJFXyRUlR5FUSpLTVVM6+RUBC&#10;gAC9vr7zjETUrwxrTvBGqXKMqRAswN/CzAki3p4+v+t7CF3Ldu7s0h1MSWpUAGoIJ/wjz6udyghj&#10;KOwVyfIeXkPkP5joTcZmcJUUqSg0tRDD44aOqWf7gsqKVkRzGQmtfzcm3vD9jSiZkFRLdDrRYwwj&#10;BdSX8iNdbf003uPZnt+330qCcEKTgGh1A+VPPy6bnvbi0jW5jTXqOkHzqfT186enTFnt4UdDHJE9&#10;AlRFq1TqZoXjlg1jQ0Uifmx5DEWNh75UtMiR1KuQ0NLA0tQ7OY1p3vaEp4Az2IBIBt/ibe1b7Pd3&#10;w+pvdQUGjDJNeFRXFR5kdV3DenRo/GVvEY6aE8PtqcU6Y63sPEYWoxmOxiU38TzE2jEQWgVauCJB&#10;PPDVNOy8qGF1Fz/QH2/DK4SnwNZi0xFDDkshLFKmZlgLTUVJCFaXw6721aeXUAi5/rw5tdluKSxx&#10;Rxa4jqyBWRiSQoUDyNcgihoOk91uEkTie5uCkYrUNhST56v9mnQfbvxE2R3pQb9yPZG6KWm21ino&#10;p9gwZiloNkZOqriNVfnl8as9RABogBqQqgm6k8+2uaHHVNCry7jjjrG1LDjBHXFaiJ/S1Os9Pxr4&#10;16TwRx9ePbbpNGZInbWEGdS6XDj5U4AdvzNKcK9XtLqEOZGgLIRUO1AK0ya5wK0+fl0s6HLV0OWo&#10;Xodg1hx9a8by7opsnhZaGno2iDxVrR1knkZGYWDR3ZSORY+00haSvbRAnjoljRwfIRIhYF2WAchO&#10;PqP62/Pswj5c3u222PcPpmEcx1LXgKVpXVxY5of83VTzLskty20JMBOVrpBOMcanB49OFT2f13XZ&#10;eu2r/fOiqM7FA0c8EMtMJofKoCRx1UQZdSX5VjYf7H260EtHH5itRTLUtOqwxz00onp1klJedppQ&#10;VCgfUHn/AGHs8s13WNUZJpLei1OhqBxTCmmePDiPl1cQw3EYguFVlK1PmCBwB86k8Og33lSYLKkU&#10;uR2pQ7uxJjdmeraCpp46yAAhKaBTdnksDq4HP4v7VOV21hcHImUg3DBX4TJ6ngraZknrmrbD7mjl&#10;GrSP6o1he449lMdpd3M4u4Fedw1JAVP6WfiZhQk1/YOixr+2knMVsvhzMO2Miiqo8xUVrjpI7W7e&#10;yu4aDL7A3BsmPr7de26UNjMZUztFt/cWAc6aDLYJCD+yEAE0f1VwRzwfbRmcjSVmNjSirq2mNNPC&#10;0NNPTUxldVa7/cVqjleOEPP9fYngZEt38VT47EgGo0AU4+TV8ic0/Pq1pPNDcUaNWRg1SWxWmaAn&#10;j/gx0nsBt3clBvenqa3E7YrNqVWLqBkKqnyOdGThrZGGiGgw7gwAXu5m1D8Ac+4tJuCefKUscVTS&#10;RykGKGSV4aakN1IYW02YG5W9iOb/AI9h4x7gwbUlG44qDSv2UFKA04n8+nVcK+iI0BocE1/1Vz9v&#10;r0L1ftDamOwNVMI8rWY8SLJVUccbZGuaRWDl1Z5RICST+ggAD+vuJHk6OKqdqt2pZBNOvkows6l0&#10;a3kjdQFKn8EW9sXW2XFwmrTrY0qaU8/POKelOl0t/wBgYigGCTg1/wAGPs4dKShqPtKFFx8qVFIs&#10;EbQUGRleJooTGGEOn1Nqt+rU3B4vf3EpdwVC1waDKpSmCXXTiqlpmgJv6C8TqQ35PPHPsQWXL+i3&#10;1OrOlDWnmf8AVj5dJDuaRk5qDnBr8jTy/Lj0j91V9BU081PNh4p5ayERVDY6Otiq4acgOxWrhdGQ&#10;D/AgkfQe+U2TXKvVVGYyEr1oR40MYpoopQH9UFKtKFRBzckDkfn2rO1vbEC1ipqA4VJGME18/wDL&#10;Tpie8tWWobgCPTHHz4/t6Y6OqhxsGPocXBTpjUkSW071k08biMFJav7tmkex+gJPNyfYe5EYeCpl&#10;ppKkU54keQVPj1Rv6wCyWNx/gb+10FvuBCtGhwPPGeH5/wCAdEVxPt4FUxgGtcY8vn0JOPyElTSR&#10;1SiCu1PJCkK0yytE3IaSz+nRf/C5P4PsNMlnqTHfcx0eaqJYGmK+OSZ5k1NyWiZzrW3H4+vsbbNy&#10;7fbjJGTCS1fSn+HH+x0Hb3frG3j7XIoDQ14/KnU+ur4ooVlrcZRU8kdE0nlgiSGUBQQEkSAWN/yS&#10;fz7qZ+S38wPK9Ebx3Ft7dG3M+NnUvjfAbnoaj7imyo8eqoWuikICOJOEj+oAufeYPJHs7ZT7dHcz&#10;IPEkHcKDH+zTPUN8we4BhuTFWikClBX/AFEdC1tHp/bu8sJgd0PVQLkpIRLUQw0kSLj5G4+3pZEA&#10;dSq8Mxvq/qB7oe+RP83/AORXYFR/BuqWPX2HV2abIUSpXZ/Iqkp8P71SpWCJgASAhJ+l/c0bJ7bb&#10;RtY1sgJoKYHl8v8AV9nQH3Dnq+uVpF2Ajj5n7B0NGI6q2ZiWjl/hUWQqYmLRT5BRUeJiLExxN6fz&#10;+QfdX/YvyQ7+7KNXH2D2ZvHcNPPVzVc1DWZWojpEnnTxyLFSwaFVNPHjtp/w9jWHZrK3UNDGAAKc&#10;BkfPogk3K9vKtJKxWuBX/N0u6ago6JSlHSU1Ih+q00MUAa301CJRf+vPsC6islmvPUTSyzOU/clZ&#10;pZrJwgMklzYDgD6D+ntWtvAg00x/gx00SSK0+37epYH/ABB/2P8AX3hFSpk8zKrWNiWRNbt+btbn&#10;/X92VEUaQMf6v5deEhXh16w/p9Pp7esdUmuqLeFIaJEArGiVS1PAGBlqFMpN2t+R/sB7uqIfwivl&#10;XpiZmK6gM/5Py8+u/arzxxdHKs2JqoKzGBo2WMgSFWnjsFcNYk8cj+vt/wAMEYxXPW4GorD7Kf4M&#10;+h697YqKircl920H20EBUtPPUzRUsCCKxSH1cA/7SOT714YA0juP+r/VnpyRyq4pWvAmlf8AV69e&#10;9rLG1G3sBmqmWpzlRjK+jpg1AaKgNfTvVTUwUqWYHxjSxH6Wte/vxVgO7Ffs6TAkMzk5/Ij/AFfP&#10;r3tgxNRtJcicxlsRmqvAUkgimgpauOOaqrnYuA9Sy+lXHq/Tf3UqQv8ASHVQqVyCRSpz/l8uve0j&#10;mKmhr6+tmx1PJR09TUFqWiDmoNNAXskBkPLELbkj6+96To0t/q+Q6djoikUpU9e9yMfFBHMYvs5J&#10;3WOQMk0mgiZktE7BQbhD6rfn3oBAdPH59bE6hqAVFD+3/J172pdv4DLZWlq6h54aOLEyx+OsyJjh&#10;g+6rD446VDNZSz8tzwo592qzLXyH7R9vTRLzDVWgX5+f+ry697T+VoKSgqq2ljr4a6rpaiGJJaX1&#10;0sruuqe0o9L6T6dQ4P493T4Mcen1WiAVyfTr3tSbVlqZ6St25TVCUVbmpZTkawQaqpcfRxF2ooW+&#10;qh/qbfX6e2tYAyft/wA3TCsa0j86Z9aV+XXvfVVNkMXRyjHU0EeOrHjhaqnp45pIUhXQkP3MtwJJ&#10;ASzKOQP6e3RISpPAN1ShFSQM+XH/ACde9pGhSGT7uDyxiuaUNBNOyx0yogLTFnPFz9B72CKmvSuN&#10;VC0YZFKf5f8AY697l4XcE+GFfIFMv31FVYwvHK8EiR1Is7QPHyARwwtyOD79kL02Y0oSBk1Hyr17&#10;3zo6dzEK+nk+0jR0gllEgSQ+ZbSaAvqIt9SP9b2zUkEE5HSWvhrk+fH/AFZ/Z172qcfh6r+JxYnE&#10;08OSrcni5Q0mQ0xU+PiqhpgrFqNWlfGoLMxP+HuwjLCp6bkmSIBmOWp6cfl/s8Ove3rsPF57YzQ4&#10;zMZaGrzGSxNDTz0z0/3UMuDMPloKmlq500rGrcRGJgRyfp780bU1Px+0YH5Y/wAvSyGaYqS7H0pW&#10;uPL9vrjr3tEY+mjz1Tj8T9zQ4qOb/J/vq8vHDJUONReaUXsAbKth7rhQAcn16s0zSMsaY9T17221&#10;081HWJCKinkagMkEU1MfEA1JKU1A2BuSLi45HvYdQKvTq6SOzFm4rwpjh173Njzf3iiN8e1dO0hr&#10;Z3dySZUuWmHhHpQA3N+Prf3slMAf5h1Zpwi0Yfb/AKvl173yrNqZr7QZOOinqqGd/I9VSK01MJHF&#10;0V5I+F+trtb3sQ6h2gn9tOkjX0ektjTXjX08j9nXvcvObE3ftM0FXmcNXUEdfT0VXTVDUk32jxVC&#10;GSGJZ9PjZyOdOq/vZgIAJXB8x5dVW/jNKileFcVHr173gxZeir3ramrqaSCJtbM1Q1DVyrNJ43EH&#10;h9QYXNyv+t7qyeQx/Ov29O+Isx1A8PTJ/wBX2de9rHa1NuBafcGcx0uUodrwLUJUZEZKbGSV08ZM&#10;lPAs8TCSSSQH1BDcD6n3sBQtD55z/h6bRhV/DPDj884+z7Ove2XIZCtoq2iyMWRqqsVdFR1cxMz1&#10;kkUE0rJFSNJLqZitmADXPuvAUbh/q8+nICIHXVU+fyHH1/1Dr3tI5DJpVV1XWyQKk1QXSNSNCQkH&#10;0SNEPyB+CPrz7q69tUPSp3EhLLxr/L/iuve3NZsA8EbxwVq1SAGeqmmLxOf0mNIEHA/2om/u3hmm&#10;P+Lx/L06cJhoKVqPPy/1f5+ve3LF4fIbllkOPEchp4FC06OypDR67PNKf7Ki5Y39tMNJNKU/1Y+Z&#10;6TTTCreHinHHp/q/Z173KzuyqPF4mpzNJunGV81JVrSzYmNf8rBMmhp4m/SYwTwfrb8e7nsNWU0I&#10;/n9nTQkR4tequaHj/g697dMT3B2NjKDGUOL3jlsTRbdZqrD0VHUmkSOoka8k0nht5WAtYSXAHAHt&#10;xSVYUpjHDH2/b8+tNbyEKEemmnCv7P2evXvb/P3v2jUVFDmspuisydVQ/cRUdZlaanroInmfyy+G&#10;KRQvlP01AXAsPe2kYGhp8/n6fz6skVykqz6tRAPcc04/6vy697Bypkl3Dm2eWpkqGnkLNUOiRszS&#10;NqN4k9K8n6Di/trDHhwH+r/V9np1Zh4aHSdRJ/aT172cLr/qaslWnhXM7aagp8dWz5SE1cdJuSkS&#10;rpWSVKwEg+LSeBGWVgPayNF0HANAOPRbcwXGoFHFKeuQD/krXr3swfW/x021Nt3EdiYpMxXU2IFV&#10;mainw9FB4dwQ0M4p/HHV1rxtGutCWJXTpJIvb3Yqc66+QNOI9D/q+fVbVJ2ZZqs1MmnmP8nXFnVS&#10;AxALEAD+pP0Hsk/fDYdtwyVOPxuLx9e2Sn8lJiMnDloIqGJQPHk6iD0CpEuoaUsNP+39oQMYwM/b&#10;x8+jUSAULYJritcD165ewXiglfG1DLGo8LLUy1TeRiUNQkaUsbD0qfVqJJ5Fx71RaUzX/Vjr31CU&#10;rpxXjnh6U49e9//Q1fd09jyb27Pno+pf491n13Dg5dvbcrausl3RM8HjanyuYzVZVK6xyVyel4S2&#10;lOPz7tTQdTUp5H/Y/Z1RUmmu9FtqjjAwePDia+Vfn5+XW/TjYa+GihjytXBXVwLtPUU9L9nAS0he&#10;OOKAs5ARSEDFrtbUQCbAgmY3NTUFVPBFQYqSCkq6uDy1mNFRLkjHMVknqnU21O3ICkAD28smqpXH&#10;+r7OlFqwRW4N5VIrWmT8up/tM5PJ5qlyOPc0z4fEtUtVUNOsnjiimqgrGtDwMz6QbOov6QLD3eNt&#10;WG/wef8AxXTUqArwIWvDy/On+Hr3secrmMJjcem6MRvM773lVZmlmrpi+QeLH6KZIzW1s1ZpL6+U&#10;WMXFhzb8qGIKCoB/2OA9K9ITbRowk1+IeJ+VDwzx697QuMb7/KPmN4tl12qcrqy+YoUSqllyOQYX&#10;jo4ZGERdEuywahx/T2wQDQHP+qv5dK3ikVfEnBCmuRkVI4fb59e/p72G/h/8N+sW6rbsXZPa9bvz&#10;cO58DkaHaO946aDH0eyqKvNkooMJLrKVcEg0Vfkfj1KnHPsV2O0x3VuZQ4LUqaVoOGfXH/FdBLc1&#10;kilEgYyBxTVQ1p8gKgfPzx0VvsbvfK7I3jR4bIbbmpcMkx1iRUqqzPQgN+7QyQsYo4yLGIMSxf0v&#10;osQacfk98fO+upuyNz1vZePbcdVI70mN3JGf45h88uUmC009JZmMKqp1iNgpQ3H49h26t/BkYf5c&#10;04Anyz+3ow2tLmMNJICwPnTj6ceH+SnRgNqbrwm88JR5/AVDz4+rS6iaCWlqKd14kp6mmmAaN0II&#10;ZSP9a49qvrTt+D42bRGF+wh3TvOuqHnp6X+JiTB4Bp6fxCeWqW4LeosadB6SLsfaPw2Y04/nnoSL&#10;dx7fDSY6mBpSppn09K/y6UTDUAORyD/jwb+yg5vd9XS7ig3BSxLishDXz5KlakVKqngleUsZYXnV&#10;lcM17ixH1+ntsQFCSfMH/VTpq0vYhMWRgpOQfQ/6v83XL2k6vetfWzZAF43ly9U9VXR01FTUkcsp&#10;k1sWigTkEnVZbD/D3cYx6dL/AKgmqkfEf9X7eve2OonrYo4Zgs8FPXFmRyHC1axOV5t6WCN+Px79&#10;T5Ur0z3AVzTz/Lz+fXvb5Lu/NzYuHD1O4M1LRrplWhmzWTeiiMJvAsNG8niQj6ghb+2vDVmJFR02&#10;yLKO9iBX1IB9Oujf8f7A/wDGvapwuCwzSxLvreFbh58mkFRS46PB5HcueqaWXiOopmLLBHqFyoml&#10;W9vx7udajh0sVEpSdiPlQsfy68BYW4/2HH+wFvc3dGG2DS5iSg2NmM5U0uMhiqJ8x2BRYnD1VVPU&#10;xBGp4aDFzVEaxI19BZ9X9QPe1rTuz1Z1jVjHGTjiWoK4+Xpw64x+TT+6ED3PEZZltf08sAfp9ePa&#10;bbLRQ00gGRgStpnTTNQ0gENdIw/cljrIhZSgsCG+v49unQFrSp/n/wAV00K0y2V9BT7M9c/Z5fgJ&#10;/MFm+HWc3Mmd2Gm/9t7jqqaeeCLJR4rKUE0bMslVSvKDHKxDEBH0/k39tMoZy+kE0Prmvn8qfLiO&#10;iW6tXuI3Qg0bzXjx+306Av5BdJRd87Dl2Wd2ZTZc7VcNTDnMVSQV8sYjYNJTzUNQ8ayI5VTbWLEA&#10;+zO/L7+Zt0D8qKPAQ1Xxe3HnavaBrnwA3Xv6mxWHhqshEIqirrqHb4knnS6rpiMi3A+ov7Lfp3eU&#10;FTpHA0HH0/4v9vTe32MVuoHhmXS2AcAfbQmuPKlK8ekD8a/jfub4+YvLYeXtMb0oMzlv4rVrWbPg&#10;xtarLTimiiir4q+UfpALEw/X8e6lcpu2XLVc6rtvCbSoqmoMoh2zFVUX28JGlaeFmmeRlQDnWxLH&#10;6+zBUKmpNej2IaTTSE1ZNMD7MfLo2XtE0E1HQVtXIEkqEjeQwThI2mklZiERROdK/W7G39efdqgH&#10;qiuiNgVHr59e9xhNHJWzVVQ3imALF4yF0lf0LZbhvrY396J7tIH59WIIPkPX7PTr3tbYTeud2fUp&#10;V4uSjq4pXpayfEV+OpMniMtDA2swZPygSaNQsyxyISOCffmVjSp4dbkknCfpeoNCMU9D69dEX4/5&#10;GP8AH2K2+fk52D2rk8VkN2YLrSmpcPiP4Di8Vt3r3HY3C43Gk8eOippQNYPJdmLE8kn22yKjDw8H&#10;zJ/1U6Y8S5dgzquKDhjyJx1Ax+MpcXDJBSecpNUz1chqauqrHaeofXKwkqncqt/pGtlUcKAPYOfx&#10;bHy1OWmzEEFfDW0iU8FNQxQUC08yHRHPHC+rQtrXCG/twgceNK9KqqXLuMHyHTh9Pcjamc2zgjMm&#10;WoMvWUywSvCuDqcfQVbZFr/bvVVVde8SG1wgubce2pQCPT/N05BJFGpLKSPKlAf59e9oOvzNXX5C&#10;pq6hqhy5IQzStK5ivZQ0jEk2Fv8AX9tU4Cny6aLlmJavXvfoliM0Ar0qzRCUPULTJadqYry0ZewB&#10;ueL+1Y4DpnHiBTUivXvbpQthIK5JqWKWSEs/28eQkjR0C8NPUeK49P8AqT9fds+fV1MS49T172ud&#10;wd09oZ7EY7a2X3jurI7GwtO9NhMNT5etpsHQU5azmHGwssbC/wBRIpPtvQmrXTP+r9nVmuZ2YEyM&#10;wpSgwvpw6wLTU6TSVKQwpUTIiSzrEizSrH/m1klUBmC/RQTx+PaDpMqDWxUksyxpMUVq6qlZaeCE&#10;C4klYi5t+V/23vaKtMdULEvStPn/AKvXrOOP+Nce8lRldMdQtLkX8cU7oHhtGZoybLLp+vjP9m3u&#10;1PM9WeQBcceFeve3fD753UtK2Fpc9nnxtSNL4yOunpaBwDZmkjhKgj/VA/X8+940kDifPpOEkkZt&#10;DGh8sAV8+ve0nko6uOumaaKSodnuJA0jjU/Ca5Gv9P6E8e6GoAFafPpyOPwyQAajhmv+r/J173w8&#10;VFBDJ5ERq9ihEXj1KQ31JZOA4/BN/dCkTAUq3zr1YsE4ipNPP/Vnr3uLN93TlXJliJtKrtK6XUen&#10;UgQg/T8+3QqnIPlTqrrqargGuOP+DgeurG9+P9t7nwViRlOJEnmtHNLO4mp3ic38vqNww/xv/r+9&#10;KCBnr0ehBQCh9PWv+frv3lrHhcS+V/LIyXBp5GKNFHwr6hwP8b8+9OyqKtU/IdW0IcMc+fXVuT/y&#10;M/7z7hiRZ/EmhF0KULadehLfts7L9dXI+l/fk0kagKV6bMcVSAop/qzXrqxP9L/k/wC9cfn3Ppsn&#10;LOTFU10qUcccdPGZNQaKxtaBE9VuL2A/1/dxQdWVye1ycYB/1eR65e8U89JBTiONpZawSs8OUg1w&#10;rJCw9UMwf9X/ABP596Nc0FerNQCnnTj69e9xIJ5nlSQGMSWPkldAXCEWNr8Xt7Y8V/THVgtAaDj1&#10;73FarjolfzxsXnYmOJAQqx39Mr/jn8Ae7LISaEdaJVV7qn5de9yGrMc4LUy1dMjqF8XljlVtSaXZ&#10;mP8AtXP+t+fbndTHTOoHh/q/Lr3vA8ksqGNXu5VVjVUOkseOAPqbcEn3Rqk0Bp8vXq6vX4sH/V/P&#10;r3ufiZ4MQ9SMjQwZGaRB4hVNKopGX9ZKRkH6Hjn3tA9acetiiClATj8v8/2de9xpZJ5atZZE0nR+&#10;1rXUdKcpbUSSPpYn3ZSDUDyPXmBzqGD173yaRI0nIl89bVFg7q5DIx/sq62+g+o+nujuyihz1qPA&#10;NSPl1723LK8UUgDMwZvXE2kXMZ9JVm5sPbAIEg9OrHCZrU4697loIft/ItQ+tyPNFod5IFJuGBPB&#10;1HgC/HtR2saHpsErxPXveWKN0hWrhr1SZHFoluZksbDUf62/HvdAgqBjqx1UDBuPXvfVJKtVWt95&#10;N4CH1mrfU8TAJ+2GCeoajwW+g97VgwqBw62FJNGNR17271ucraunpcdW1stXRY1JabGpI6GOjjmb&#10;W8cN11aL/jV7amRC3b+fT5c0CO1QBivXvbCfIhiZJCT9AyhtXJ9LWvyRbi3vSCrEHy/1fy6YYA8f&#10;5de9y2mqJ5o53EUbTOg8qDxgOPo7ov0JAuRx7o8ZA6urF+4Y+zPDr3uJJUFXqJWdRJJMyqw4uV4L&#10;hV+l/dSoBoOI/wAHy60K145697iLI0oSOKFubp5JD6BrH1RjwD/hf3oU9aD+fWic0Ude9ughFLS6&#10;pYiHVkKEsDLDL+Q4b+ywva3txGK1Cmo6uQoXOft697xRT1KhVjbxxuCbazoCO+oggEg/1+nu/i0w&#10;+fkOqhAeNafb173JLfbTrMmmpMR1RMAyvp0mw0Sfj62PveptFVHn1oRhX1A1/wBXHr3uJU1ccyjx&#10;gB0JMsCIwOtl5ZW/wtyPboHz8uqSVr2HJ8h9teve1CcfispgKb7Ol+yysRm+6q5jUSvV+BdZSNB6&#10;IlWxOsfX6e3iU06aitOtgLIAq8fM+v8Am/wHr3uBT7krMhhxt+r+0lpElWpp6uqV5q2BoyRojrXO&#10;pFPK+O1v949pzqAOnj1aKZmTwjSnHPH8uve2GUzLBJLTxMkiSqFjX1/qbU1l+pAsCPabSxJDcT1q&#10;v4gc9e98JVyE4jrxGFVJYo5HEawwf10yotv9a/8AT2pVEXKj9vVXLkavLhXr3tYx0MU+Epmx88s1&#10;es81UMamPkIZtQbyRThSz6hcKv0FvdvPHHp5UrH+nxPy697aMFichns3T47H42esrKmWVY6PwljJ&#10;LazgKNATTY3c2C297p0jLBXyCfkBnHXvbVl4aiOpkgnaYikrJoLk+VIqiIlZIklX0kC1rj6+/UwD&#10;xr1cnX3AY8/l+zz/ANXl172IdfvWuy+BxmFyG38N9vjUdo6uOGoiqpZSixTVFQoYeqy8gcX59tKm&#10;hiy8f8Hz6eGsONQDD1pT/B172jEiEkkscKgl2QBjqI8b3JiFv9tf6+05bFcH/VxHWx8VAaH/AFce&#10;ve489DkKeBqr7B1h8nj+4uulWdSQixk3Asfrb35SnEeX+rz60yvTUeve2yKGKSOTzo5kBVodBZbM&#10;CANQbg8fT3YHURQ06pSooOve33EpqkkgiaSnZ4WkKrJIqSvELiCVo/UQ3Nj9Ofb47xqIyf8AB8uq&#10;iONu2Rc+VcV+WOve+UkzVgmc0i+SMEPaV3VERrhX8pJsObG9z70yuDpThTz6dXSqUoP83y697a2i&#10;dtbppdWUPpgDOqhT+4LgWP4uPdlBAzxHTZLGtMn049e9q/E7l3VhcfJHROIcZJrlAbF46qeF+SrU&#10;8ldFIY+fyOffidJpUdOI8yLVKAHPAYPDzHl173nxG5MpSVgzlNXfbV00gkq2qYaOOgdyCoaWPRa/&#10;N9QS3vYJ889WSRwxeNu6or5f7FOve5Wd7GyeZK4/MQ7fyPhjmiFXSYqkpqiRWJaOWKpoliJK341X&#10;vb/H3RmFewjPn/q/1V6u87t2vQn7P8HXvaBjpWMc7rULSwxoxBkLN6iSVijReSWP1sOPqfek1OSW&#10;GR+f+rz6Y0DLA0I697lU1NRpDT1NZF9zBUU76EWcQsamxVg6D+jWtxyPbmkcCOHWhSlWNf2de9tB&#10;U/dJFFGPGGIV9J1lwOIwf8fpc+0zYrjA6sBUgDgeve1tjshuk00VLjvuKahjkaOopYqpJfoNJY05&#10;AbUwJ0j6H2oiUUqPz6sXlNNBoBXz/Lr3tUy0Wx8jiaiuTdc23NyQzLTVu3c9QyNQVVFo0rW47KUy&#10;yfuauWjcAr+CfdfEpkZ8v9X/ABfSQSFz/aUdTQqRX+fljr3tLYvIrhMtC2Kkx+WlkR6eImSdaOWK&#10;UaWWVSFd141N9Ppz7dAwOlusI9VIPl9vXvaeytTLU1YqB9qtpvHWCigMNMNRKoiKWb688k8+9GtK&#10;jzPTElSamn5f4evexE21lNl7cfONvnZea3KajBrDtWkXcIw8GOy0/wCnJ10tMskksKJcrAg5a2o2&#10;91yRUY6Uo8KajMhYn4c0APqfy4dcGDEppYLZwXuurUluVHIsb2N/8Pp7DKOrjgrGNLIaWn+4LQTT&#10;CziM39FSQDqABI4H+Puw+fSVWCjUD/q+Y65j3kixFVWVSU1FV42c1JmlilSpAp1aK7FWeWwQ/wCp&#10;v9fe6efVljJwpGf9Wa9e9rWo2ZBi9o0W6J9wYefIyV8+MyG0WadczSQg6ocjFOF8LxS/jQ11/Pug&#10;app/h6sqfpambINP2Hy697Q88sRdlhjaWBlASGRjJ425LaSfrp/1vfgxJI4HqoBbB+3r3uOkDxys&#10;/gaASx8PO1o2Km91J/tf6/urIzgBiMfl15QKUpTr3vxScEmRQLenUbrCGIuE8n0uR+L+/eGRgZ61&#10;qxVhgfn173HkAu0IhMczf2nZrc8i7D6gj6e6tG/ClOtkj4eve5lQiRNH4nYKsSoS/oDXIaRbC/p/&#10;ofr7qYpNRp5fy68zxqB3Af6vTr3t4FL98/2bFoZKpEcJTQDxzKi/tllUki/5b24sQYVY19OqPPHq&#10;KA1+wf4eve3ufY+Zx2CfIyY+oFCtVHTS1bSxtFTVMyGSGGqW90LgHQTwfbgVBUAgn8+kyXy00ihp&#10;51IH2fPr3tpU437SlpWjp0qDTky1LLOJ4KhnJQxpch008EADk/X3tgQK9K0eJ0DAZ8/Xr3vF/eXO&#10;SxPRCaCUFzAdNBjxLKrr4kj8vj1Wt+Qbk/U+6F14Hz6807AaP2YHD9nXvbTBj2p6pp8osrUsPkjm&#10;ajjjneKRVuoc3Vbkm1ybe9lRivl8v9VevdwbURjzp173zmSnaBKmjpJyDOyw1M/EbXH0Vfy4/tc2&#10;H49+0LXq7kEVTH+ry69740s2azNKMWpqKmix8klWaTlqakdhZ5tVvSHtbk2J/wAfewD59Nhnk7fJ&#10;c/Z9vXveN6espqL76mjeJJ5ZaY6RcAlR5YGLf4fgj6fn2lbtanTlWC6l4f4PXr3tnp5ACVKl53lV&#10;UJay2c2swbi/+Pt9FY5HTIbyHXvbpXwx0s4jjMkcqJ5JVaPlJj9Y4nPLLb+1/tvdnDKNRFPT7fXq&#10;2A32f6uPXvbht+gyufzNLRYWJajJMdccWhGhTRYtJP5PSsajlmbi1/dURmIAyaVJI/1D8+mZrkw0&#10;8MVP2de9mK3ftCiocJh6rc/dXW+UrWo3ei2/telrstUULU8TaqHJR0VLHHCxY6A7uwJ5vb26Yyg1&#10;L+35ft/n1r6h3IZ5B8h/noBSvkT172B23dv1eXlrpxV4/Fx07K1PLlZoKOjeZj+2jSS8EkfpUA3P&#10;vzdgCkgfP5+v59baYCMsCF888APt697f+wenOwutTj6jf22azB/x2lhyGGq2qaSelyVDUIJ4qiF4&#10;Wa6srBv0ggHke2dIZa/Pzr17VKkgEo+Lgfyx+3y64q6vcqwYAlSR+CPqPYaZCmp4oRPBWrMyPokh&#10;8UkUiagBrDfpIve1j9Px79oKNqbgP8P+bp+TTpqDX/J/k65e5O38djq3JyUOSyq4yGaNRBkfF9zR&#10;xTOt4hV29QQn0syjg/4e75pXrSBWfSzcf2de95Mvh0xVUadMpiMpI7GNnx04qUiYAW1OQLkj6EX9&#10;0Ya6EdeIK1IIanp173mrNnbhw1BjM5lKGfGYvOLUS4WrrYJIosqlM4jqfszb1hGIVja1/fkUAY8u&#10;PVpI5YwGYaa8Ove22Cn+5rE/hsM1QQhecsoWJCovKwC/2AOefbwGo6eHTXxEEfz697mVqUsA+2x9&#10;UJ2F5qgS0xVoZEQhokdv1L/qf6+9EUNOtsqn4TXr3tPVCKYaeZWYzF5EkBI0qLAqEUfgX5J+vtlg&#10;S2c9bqMU8uve3HFyVaFqKOVYo6waZBpDCQHgIxIOm/1v/T3cFWzxp5deUMWKngf2/l172NWDat6z&#10;pdob0OR2junH1tW/2u3qLPNHnKOegqCPNkaOmBeIKy6onkRla4I9+BIJQYFRmla9NXMbRJUsCGyK&#10;cQfy8x172Zs/NXcuJhp6jAYxsu3jrKWPG7+xeMy+38ZR1sQM8SHHuklQ8bXWOSe1lP0v71CGU9uT&#10;8jT9v5eQr0RXEE0gOg1wRn08h5dcHTWALsLMrXUlT6Tf6j3F3P8ALzMdlJgzuXrTaOC/htTBHU7l&#10;w+N+zjyc3iKx0uRRomJgIHkNMZiWt6ePa8udIqBQ8c4wf2/s/wAHSL6Z46GgJr3YoBXOePXGOMRA&#10;gO7aiT621Ef63tZbU3V8QsjVR4vfe0F3dmMjlJpKTI4SWTbWtq6a9PTmmlKII4wSvr+pAIN/bsbR&#10;cWAIr/q/Z07cR+GpCqxFSarUEV+fy4U4dcZ0ndQIJkhYNcs8XmDC36balt/r+09vfL/Bn7rIY6HY&#10;/cG0a7H1SoYKNqTJtWwobywRxZGQx04k40TXb+tvbTmAqVXFPP8A1YHp1W3jVmrICijNSwDfZ61+&#10;3h1xQVageR4JCT6iFeO3+t9b/wC8eyg7oj6tyeZq12gd5tDOiHF0mZiw16KbUfJDX1NKyh1VdJDx&#10;J7SUGB5D/VT8vXo8TwQg0al/Z/M8OpPtX1m2OkcLtGpyFH25kstvBaDyVe1/7pVdNCtcLOtJj8sr&#10;tDL+56GdyAFBNvdlJ1aTw8v+L6uscbH4sjhg0r9vXvYEQV1PVSv9zSRxQMS8rxvMDCx9LThRcE/1&#10;FvfipaTVTNM1/wBWelasBTWNXr173FmNL940dPN56XSR5TA0QY6bkFW5Jvxf8+6GoahHXqKeHDj1&#10;73DdKlY1EjaY2YsoA1aB/ta/6lvqD/h713Vx1rIPp172I/Xe3drZ3O02O35uPI7Uw01NPJS5Ogo6&#10;asaarjIEVM71ssMUUbfVnZ+PoBz78idwRfz6ej+maQLdsVB4EDz9Pl9p69f/AHn2vsFQ7TwucqaK&#10;OqxeUgpsjKuOyiyxx1VRRpJ+yv2Uh0vIxsbarf0JHtSq5x0Xs9urtoYPU4NfL7OvezW1HdnQe2Or&#10;8tjzuvd29t91sgEG2Dtg4TF4mRmCGCLN1A8SwwhfUyamLElQT7VmZFNTmnpw/wBXzHTUGgJrkcsa&#10;8B8vT/VnrHeTyWsnjt9btrv/AIC1v959lN3HuvrneGDyuXrFzuG7ElMS4ulp9Oc23U0MNooqRmI8&#10;0Doo5J4Y88X9oG72KHz+Xnj/AFV8j0+k8RBkYMHGMmin045x+zrJ7BuCgyeWljSGilqJ2AihWON1&#10;YWbQYVSQ8D86QOPfljeoVq1+X+rj0nm3OCLtlYAjGTXrq/8Ar/77+vuTUbW3HFM8b4TIMVYo6mlq&#10;WuwAJEToulj9RwT7qY3Hxg0/aMHz9OtLucJoSeP+r7eu/bjhdvz/AHJkyG2NxVtNAh8iY6ingeCV&#10;idL1E80Zjun1CNa/v3hkqaA06UrdxtqcAlRgkH/N69e9vcm3K7JmmpsftPcrSoSlJalkaSqjaUu0&#10;0qIuiSRQSAE44596DKaUyf8AL6f5K/PrR3CNqFEJ9P2fZx4de9uVX1huUUyQS4nK0Ve8DVVTNkMb&#10;VUdIoUlYaOdVjNnKjUH/AE/i9/djGKVbBP8Aq49MndIh/uQug+tDj5cM/b172i2xWTwsLnObbyFV&#10;SVEM0dDU+Spo4aaqf0x1McioyuVP+62tf6e6fiNP+L6fiureQE6a+nkc1z8+vf77/H2wRvLEzRT0&#10;kbFkWymMmRH1cW0kXvxf3rINAK+X7OlCuNNFAP7P9Veve1FjNxU2Lq0epxNLXvHGVeNqWJtJblmA&#10;mLKxA/qPbhaqj5damDMRQCn2ft697Ttdk4Za6qrKakhjWUy6afx/twJJ6fTHyAR9Rbge/Ow4k0/1&#10;fLqymjVH2fl173gappRDoeMyTmL0TxkqHdgLDQfppN9R/Pulfz69rFM/t697ytQV9Vj46sU00kPl&#10;mpo6jUCheljErxLfm6qb291OeHHrZVimqmP83XvcOjj1XiVmMhRpXUsEidUGrSW4J/2B9+NQfU9N&#10;gFj2/n172rcDRbTr5Xgyu4ZtstKLs8mEqMvDCwN1ET0hLi5HJZPfskigPTlYlQ6jQ/ZXr3udl+vt&#10;1YnEjcMmOyP8CqC3gy7UcsdHLDe0NRIG5jLjlVcA+79pqAc9NATGjFaKTxH+rHXvaFij+4ceeeGJ&#10;VCkM5vfSf0kDm7fS/uoUV+zq9KtXr3vhUKheUnQqqxCCMkqVA4IYfX37Jr1o54de9yMZSVck0SwT&#10;/Z3tI1S0zRqFH9SnN/6Ac+/DC08+rpr1UVtJ9evex923tyn3QtPgtz/IHbu1tv8AiqGWbI/3lr6Z&#10;ZliMslLLSUMJa7EBS7+m9hf6e6SKFBZlzTptUEzaZJAKetf83+Hri7MouqFzcekFV4vYm7ccewSq&#10;YqSPMtihlEr8XT1/2i5OkWaGCsoxN42roIqgKwBT1IHAb+vuwA06OtpDEZKNmp40/wBX8+uX19rP&#10;cWxdn01PX1G3ezMDnTSTOtLQVVFksPkKmjRQRMGq0EOu5KiJXJNiRx70oq1CK9PyxW0RbRLqp5UP&#10;+ah697Sq7RdqUVUmWxETGlFUKWSpAq/GRqQJAeSTawA97qf+L6SI6vRR5j1z173zoMFXZEwth9v1&#10;dUscDTTK8nlNTo/zk0draVBFhYX9200Gph08zBGFFJxX5Hr3tM10csTzRTRiF1mYtD9DGw4Kc8i3&#10;0sR71ICMHz6qMgH1697UOzdi7j33uTFbS2xi58tn83UpS4+iidYizuLmSeWbSkcaC7PI5CqAST79&#10;HGK04nFPz6ZklVDpBzjy/l10SACT9B7eN2YOq2lkcphMjPgavMY2rahq6jD16ZWCGooiYJUgracm&#10;GVbgqdNxccH26wolRx4/s6djn1k8DTh61B679o6iyNZjqhMhT1NVSViMJKWroahqOpp51/3ak1OV&#10;ZbD8qR7ZJodY+zqroa6gaEde9it/pMTMbWqMRuPa0G6t0y5Kmnx27srW1kmRp6VYiho5aeMg1DE2&#10;0u7H+hv7cYk/On2dVaUadMg1N6k566JA+vsKadlmyg++mFPHJMxnlKshj0XJQKR6efTYjj35Vq2p&#10;uHTq0x/xXXgb/wC++v8AiPbrVSTYXLxpUUtNOkfiqTDOySxTwypqhEzQtzcEGwIPvVQDjq5/TbIr&#10;/Prv2yTTROJ20oC0jMkehtOl+QsZFwAn0AJ+n5966oWJxTr3vFTUwnZUS8juw0QopaRmPGgAfX/C&#10;3vyx6gQBU+nXqqoLPw697yzUc+Pqnpq2NqOQISyyLqkjDLqVWUfQnj6/T3QqUanA8M+XVY5VkQPG&#10;ajhX1697kx47IVNE+V8c7UUVQtAatrmIVDp5FgM34uo9J9uBGMepSfQdb1KDor3eny697huJI9Ma&#10;SFio1gmRbH8W44J/HtnUTwPD+fV1FR1725QSPKJGVI0VEVn1Au39D4gRyb/j2pXKk0Ap1YinHB69&#10;7zRCSpPkUhhSp5gpKoaZVaxlOr68/UAf4ge2go1a1zXj6/mPPrWpfXr3udDmcnS1EtVS5GpgneNo&#10;GkhkHlkhkXxyIzpbUpH496ZjWtK5H8vOvXj4bgaxUA1/McD172tcH25vzbWy87sDDbglj2puOcT5&#10;rDVNDRZKGWaH1RTQyVyyNTSKedVOUP5JPtpreIzfU/jFRWtcHJx51+yvToZtOg8DxH+r/N1xYAlS&#10;b3F7cm3IsbgcH/Y+09ica+ZyFHjqCpyVQaqEVea0RvTpRQwEvUzMbhHhRPVrcWv7URI0zAAVJrXy&#10;p6keg+zpNeTx28RmPEUoPUn8I9T12P8Aff8AE+1ns3r2ffWQr8btzc+Bgro8imOx2Ly8stHPl6We&#10;MtHW0kiIUZUYBHW4IuG+lz7djhE0hhVhxoK46S3e4xWSLLcqyqwqTTA+2nCnz679prd+xN59cV/8&#10;K3ptrMber51kkp48jTPDDX0yuYzVY6pa6zREiwZCR7o8MkDFHFCP+Kx9vT9neWl9EHs5BIhANVNf&#10;9X59e9pKN4mjl1xu7l18Rjl0ePjkyIAdXHAFx7rQMpXh6VNOHr9h9Olnwrjjx+X20697yF5Gij1m&#10;Ma20GJD/AJxIzqRnJJ9XNgPfuKBHXOfT9tf8PXtdaEHPXvax2X2HvTYleK/btdNTpTq5fGVy/d4m&#10;oic2dKjG1R0EMODpAP8AT8e1Fpd3Vo2u3crSlVPBvtBxSnAU6K9y2Xbd2XTeRgnB1AUao4dwzQeh&#10;x173M3duPCb0x71YxDYfOF3nrFgKNijUSylj9kh9cUZufQ1wp4Bt72ZEukoykNmtOHGuPs/Ppi0s&#10;LiwfSG1R0xU5pxz9nXvYKuhQsrWBBsfz+f8AD2XMCrEHo0Pp173IorGdQ1zfgckAG9/98Pd4yQ1R&#10;5dUcMVOnj/k8+vexgrsHJ/dUS00tWxl8LiCMgq7E/uGUH6AC/wBPZmYwsJK6qtTgMCv+rPQctryI&#10;boRMBg5JHD0of8OKde9h3V494Io2nj0oFuo8emR2+hXV+QP6+07quggkVHH5fn0eicSsyREE1qfS&#10;h9Pt49e9sglMR0W8a34B9Q5+l/aYkpUAfF/L5jpQ3y697yTTMXOksGYI2oG4Nhb/AGHvZLHHDA/1&#10;f6j1pSVFOve8K3eZSW0l2BuDf6/Tj3UFy4Pn1ao+Jv8AP172ro6KepphHA0cVlDSzStpUIgvw39T&#10;/T8n2rUjgKAccjNft6R+OkUmojV8gM1OaD9nHr3uJT4+URrOauJvNMIUgOoTt/Uqn00j+vtKql++&#10;MjjT5n5/tP8Al6fNwgBWRSQAPs9ePyr173LrMTX4vIRq08MQmaJoqlWQpC9wyvLblSp/w/HtwxTR&#10;zqZTQP5k8P8AN0iS/tL63LgMxoaimSAM6fWvn172LFAm2qTGZhOw5Fy9XVRLWYyvpKjXLNIyalSU&#10;j6L/AK49j/b12tLO4XmD9VmWsZU0zT8VOIxSnkc9Rjey77d39u3KI8FEJWVHWgA8z9vy+fXvYfYT&#10;NlKqWnxFNT01I8peNqhQXiUJYI0p+oBuR7CtvcR62S1UIpqan7fL5kCh9R0P7iwLxLLfO0kgUVC4&#10;BPnQetOvexZ2Jt+sye46eemy6HJTSpGHpokZh5G06GWQEH/Afn2wsrrOHLhSPMYoB0xd3Fta7eWm&#10;i7EBPdUV0ipyPOuPy697MVT9ANW72XGVSbjzi0tFGGIp5WvU1Q8vhhSAF3Grm9uPwPb4tZ571bdV&#10;kk+QFeH8NOgzLzrDb7KLtWS2BbixA7a6dRrjgM1xnrq/+9X9lX7h6w3vsPJVc2T2Huvb+G+4kMVd&#10;lsJk4KQlpNKBq+eMIQwtpuw+vu93sO7Wg8e8tJo0/jeNlGa+ZFBwP8uhBy9zTsO+osNruEE0xHwp&#10;IhY1yKKG4+tPt64rJG5IV0YjkhWViP8AXA9gL53MhcL+4X1avr9T6bn6W9kjMIjUZHp/qz+XQsFA&#10;pD8KUp/q/wBWOuf+39uMNXPIV1O11GnSpOlPz6Qb/wCubcc+6eKzdorXyz/P/V+fW42/BpFCfKg4&#10;8T+R697t9/krdFZjtr57dKsKKslwe3cvX7rzskkLfZfwvb+LlqylZNYhRJN4I055ZlB+vuS/a+yl&#10;k5sh3mVFljtFZwhOkeJTTGqscamcgCvGtBmnWLn3suYtvsvaS/2+en+MARihOpCTqLqvEqoFWx8I&#10;NOipfOHu1vjz8U+6e1KRyucw20ZsTtGNdHlqN6btqotqbQgiRyuonIVtOSAb6QT+Pd7n87P+ZRjN&#10;j4fI/HvrmuWTC44w0e4ajFvKv8dzcV74uaoT0tS0zAeSMP6nUgiy2OXPNm+bV7Wcpt4in9536s7K&#10;taxo7VI1Y75DQsxNdNF9Qea33YPYvcfdXm9OaNzXTa2zfpaiCCFp+qFqaGtQlRg9wzQ9AD/Ln+JD&#10;9Hdef6TewI5a3ujtRG3NuKSuiTybZpsywrBiKdWUOKiRSrVcr+sm0dgFbVpfb33vm99ZqpzGYl8k&#10;9RKZBGtxHHzwqKb/AEHHvBvmHmLcOZL36q9Yk5ABPACuP9X5ddqeWeVtt5U25Nt25aKgpU8T9uPP&#10;qyv/AH3/ABX2iWFhY/qBN/zyPwf+I9hzJ6EmKfPr3vsc/wCsSOf94P19668K+XXvfIW545NyLfSw&#10;H+v+PdgSMdaqfLh173PoX8ZeUsAtvUoLK36uNBHPJ/p7fgZ438Ve3Hpx/wBX2/l1WRS0ZAPH/V9n&#10;Xvd+n8mHbW0d49hY19418WMpsNlVegyFZnGwYTI5GdMZiaOGulYRrJLO6rDqYamIWx1e5i9t7pbf&#10;bLrcrs6woK6WcqGLELStPU6QDxJoPLrBf70RSPcLWxtaCSf42w1ESrliooQFFKkcMkmnQH/JPfec&#10;6x6H7U3/ALcwlXuHMbT2bmM1S4ei2/W7pnrEoqcy1Snb+NvPVIsQdpYowToBNja3vbl7K+XGyOmd&#10;sd1bm3hkKl9pfHam2Fh961OGAq8pDmd3GBcfj6pX0xJGsdTRuap5AgLtqII9qb3bOd7+SA7LdtbW&#10;z1loGYaYS4OopTAGtBoxqr3ADqFuU7L2x246L3Ym3nd75ZIbaJZAg+piUiQo51LpkWOUjSrOrINI&#10;appo0/8ADY/y6+Ww+Ltd1r3LS9V1XzE3N8hO4jht4UtTidrbU6X2VXUGRwGSNDQ3ylXk6moyyxHG&#10;NGCkUkTvpjSRwK1X3R19N11D2vltyY3D7JyVDQVI3NVsceaRMhpSCGYPc+UMwDoB9b8+xXZe5fu3&#10;y1zDLypd2UG4/SBaMoKoyfhkDVodQI7SAVoQRWvTe9e0P3cb3kex5z2ffZtvu75iGsLhfqZklFf0&#10;zHGA6xRsCBLlHqh/EOgv6sof5x3V3zH3R8DsR0zj+4tz9QiqyclPiZKXbvX+e2QgSZd3RbwyjJTQ&#10;x5allpxAtUUnQsIQiuCPZOe5u7+lvgbtncvd+5KvtLvvN94b42xg67bfW+Ixm7M5Q0C4WSfbCUtM&#10;0qx0eOgiZqjl9c7SekFj7H1p7k80QWj8x7ltNzNK1wsJVVYGFCpNURaphR8JbIYNXqN25S2v3H5h&#10;t+S9uvdt2yLb7Rp4biWZoYpJaxiWqsFcsVJDUU6GBB86XudJzfPH560m3dvU3xtw3xB210BS5nbF&#10;JV9t1e+aKXK19fuA4bfUeKqMRRSfxCvlqMSqSRuBDAiCXyN5kR6qti57YvyR/mmfGvtTq3N0oXC5&#10;OtzufwOaoq3bG7sHT4rA1K11PksDmkhltaVIwINYLXI4HuMd63q1vfcCHnZh4KRNJLMjKVKqFIqQ&#10;wAq9Rp41Yjy6yKtuU9w237v+78pvIl5cXuqGHw5VeN1YgK6gH8J7jUYArTq2j5W9gUvxi/l4d3bv&#10;7SFfS03XnV1fRV9ZjZ1yM9VWZaqhwGKraCopwzaWrKuE6pkUovqkCqCQazvb4bby3H3t8kd3U2JZ&#10;sNuzA4CrwBmR1Fdk8buGWpahgqvqtom1Nciyng+1/Nv7l5l5p3fd5pF/VtITbvqJSVsUAAwWIqWr&#10;gfkB0j5H512zl3k7lXl6/nEV1bkxz0NNK0YMWXFQGpSlan7Og1+K/wDMI6K3p0D0VnMXvLHZQTxU&#10;+3t3pRVVPV1W00psJ9ymQztPSEsiSOY41fT6nLWHB9lUpvid2bju7tk7jwWyqnK/w2TL4nNYyomq&#10;/wCGzUOUpDUJUVNdHf8AcpqlEngDEhmsp+vvFHeriew3JbS9haNiG0DS3fp+LTTiM4rXh1lTd79y&#10;ze8ntW+WJ1AOsUJGk8fShHEkefy6OlXfJLpCo2BUbyl7X2ziMCIKOrOVkyNFTVP201UoCx0NYRIf&#10;KA0TWS4BJ4tf2fTrnsTuH4xVuGpOxcDk6bame8jDFV8nnpJxHNarqMaVLfbVSq2pU+jfpK839y/7&#10;aQXu8R/u7cLd1tZPhfSVaPSTUrX51JBw37D1i/zlunJ+7+M/Ll5FNPA1HKEHVWhKtT4lPqO4YoaC&#10;hrk+YPwp+G381vZ2eqtibt2tU9vbOpY4MD21sSSnbO4GuqKA1OExe55YQBkcXKwUPDNqKcvGwYEG&#10;yrKwpVN91Gp+1raenq6d2BGuGqjWeEt/jZvUP639rLzZ7m3vLy4kYLokdF0mvbkFq+tBUCpFM9Rz&#10;abpAYYRHUuRWhABoc/zFM+mOtTzq98ltZxtPIyI+V2juTKbbzoilE8Qy+265sRXU1O4A/adojYt+&#10;rVcG3sOsrT/bxmeQwwUiuRLVySRRUyRqdRvLOVVTxzc3/wBh7Q2W2Pan60MZFKijehzx8q8OHDz6&#10;HG33kFyggjVy5FSKEt+wcR8/l0eTa25qnNVNVRrHPUVkdv4bgoaapnknq6kIV8y0SOY7KRpDWH9T&#10;7JZ3V86Pib01VVdD2F3r15iMhS2SXBUmbhzme4H6BisR5ZObfkD2lt7q1trRo7uZY3Bao+Ikk4pS&#10;tSPMnHl59Sdy77dc2bgBNHayKrCqs4CKa+fcQ3DhQEdWH9S/DX5B7xo8ZkMX1zuGkFZ9tlmyWfSl&#10;2pQCnlAENRT1GbaP7iy/SOK7WN7W91ndh/zv/iPgxUpsnDdm9g1aO0cYxu3Ytv0c15PFJItXn3jJ&#10;XTd1bTz/ALH2F7v92yuw1vItKUChanjUGuADw4nqXbL2j3HAu5kC0Bpk9wHDhSnkerNdhfCfs2mS&#10;kbde5dn4xAUdxjpMtmMhTLGt40eCWGCnZyQFcJPp0/pJ9gyf54vR88i00vTHbCUrPYzCr2w8kSPw&#10;8ghWo9Wj6hR9faOQWuEQNVfxGlc08hjHr59Hie1swl8RbhRSlO2gPqDnjjj+wdDxTfFrJUjvUpvK&#10;jaoaNF8RwzpDI0fKhpfKWAb6Gymw+l/ZgutP5lnxS7XrRiV3vXbFybaDFSdh4l9uw1KMwVRTZS7U&#10;5Nz+kyA+ySXbmmbxVYKzk+tAf9n0PTF9yfvW36mjjEi+RU1PHzBpX7On5up90YGDyQ01DlVjQsyY&#10;uqlaVSifmmrUjZif7Ij1E/0Hs10s1HkacVuPq6atx1ZH5qOuo54qukq4pE1LNBUxFo3U3FrN7pc7&#10;fA0Iju4w5rx8h86jiQequWMei4QinxA8VH2cfz66xdTV0dQkd5qapgOiallRoZ0dG5hnjcalP9bj&#10;8e0LkqQmJS4IZWa7kcuobgD+p9oRChrCh7QRj/V6+vT0KJGwA4eQ8x9v+onoT8fXlnJvqV0uApOl&#10;SR9T/T2G2XoZW8h0XRlbS31Uf6k8/S35Htkx+ExDUGrgMcB5/Z0aKyCqV+dBj7ft+XSwoqlGVLMd&#10;asFcn6lvqQfYT5yL7dmPjCyD1C3CvYWIAYWFx73HB9THSWo8x9g6VKhkXvyTwHyHqf8AD0ooW+li&#10;GH5P55/rb2CO56l4WklomMAUDUEIuJfpoYH6/wCx9mVtatLUsNQoKf6h59PvMYnQSKCB+eP5Up/P&#10;qV7Ldut6ieqnmnES/cXLErojYqLX9P0/r7UPCYofMas5xQDyPnX06WLLocO2Ccf7J/yde9lX7Ayt&#10;NjJhSxlmqXWQ2vqjOkcEuPpb8j2z4TyrUHHn+X2/yNejJWTgxxgimKetfy4de9lT3M9TMsksjeWW&#10;R20Pp0HQW1WJ/wAPx7WywqkR0DhTFamh8j/hpkdGqRxICEoAMnOCSOH2nr3sLcwztXaVjAXwJq4D&#10;C4Fyw/xP9PaR0QUZhQn06upjC14Pw+fD/J172nDD5HcgAEcMCPrx9R/r+/CMUCip6eYKqLQ1Hz4n&#10;1+2nr173groNIGglTpViAOL/AJ4+o/x93VdGSKg9UQkoWArXj173Eij40vY3IIb8An6Ff6+9k1bH&#10;VtRY4HXveOSllUuCRbWf1fn/AANvdg4HEdbLACvEevXvfcEJDoH/AMbkc8n/AA96cswqPPrxJpio&#10;697k/aavJZSLAEnng35t+f8Abe6amX4j/s9ePae4/Z173xigcxyWOoj634BH+uLf7z78TVgB1etS&#10;CcV697xFDpEYuRf63/TpH9f979+qAdR62WFP8nr17334pSytqvpUC5v9Abfj6H37UvDqpZaf4eve&#10;5d9NjclrG5sB/sNVvz9fdSXpp4D068KjIPHr3vjrH5AJJsp/qDyb291Oo46sCTQKT173NbUjRxag&#10;FZFsR9QrfS9vba0I1Dy6bRtQLqc8M+fXvfKGnZ5IwJCSr6r/AFYaDc8D6/63u4UtwGT5f6vLqrvV&#10;SwHHHH8uGOve5clE0tcLARu5AdluE8T8LIfz/ri319+Y8IgMn+Z6aEi6PDGTT08/9XnXHXvb/BiI&#10;fHdIhLWUIZpXHHnjvzItvpp+nvXgs8ZrWh/1efXm1sDp/FgjyA8vn173kgSoljqaR4GeGoQCIunq&#10;Ev8AZRz9Ln6A/wBfe4wFHhqPSlfn/m6bjGgYGRjP+qnXvbdiIcpTVEyLFK8So7CLSzxkBrMrAHg/&#10;4/1HvThiaxg1H5VHz8iPIdOSsrdyZYnP5fypmnXveTISsssE0uOZdRD6/wBMq2Ycpp/Uv+391CyZ&#10;19pPl8ut24kJOo09OFPz697eZKGbIxoXkZYJFTxqzvpZmWylLEen+ob/AGHuq91WjpxAoPU+vp14&#10;yrUsqjjQfP8Aw+ea9e9sUODnSrUmqjjjp5Qh1SXIP4VCvIufoPx72WXSVf4h/q49Ko6yKSMAD1pW&#10;nEgnJ+dOve1xUw7gpqcyxZeb7WEBoYQVLR6TcN54/qL/ANf9j7ajiLwnwxw86/tH5dNK4MZagpSt&#10;R5k+XzxQ9e9pmOp3FkqhXNfXSJ5GAChz6jxfSoJt+PevCQJQR5wK/wCrz6cCLGv6QoPOg8v9XkOv&#10;e1Zj9s7glrtc9PHPD42Plo+KuNQODpYBmY/UD6392SAMFTIrk16rDNG5pkZyade994vau5MrWVKU&#10;2Uq4f4ffXHkKaWKoRL8Kscv1/wBfn288MYBrwPrxPp/qH2dbmK6S4IIalDwr8q9e9vmRNBQwJHX1&#10;Sx5LS37pijQxMAAGWRx9f8OR7ZhjXuVjTFD6EfL/AAU4jPTSRvqxRvIk/wCD8/MDr3uPt/ceYtPS&#10;5LTWQUwaSnnenNLI0YOlryj0G9+AvHuhUsKqAFA8+Gf5j7fXpyRSI9Z4+nl9nrQevXvYe7rl82Qu&#10;kEkULSs48UqsxV/UCHQ2sL2N/bsYX4jQmlPlj/Z8/Pp4aiFB4kccUOT/AKqnr3taUuzK2p29BPBk&#10;aSOnmUeMVjLDchQZGd4xqDKfzcf7H23FrcFhReJIp6cM/M+Q6SmSR6hSAF86cafLyFafPr3tybrx&#10;qTGxTVNa2QacJIwpshLKrH9SEI/P+wH1/wBj70JA7DQKFfMDjXzH2/yHWkvFkbQgyuS3l8iK/Kp/&#10;4rr3tA1+djwNa9HBjdL2QPJ9v4ZhIWF2gdAbk/42N/amS3Lmp+IGtSKcB6A8OlsvhsBX1qPKoA/w&#10;fL8+vexy2VsmPeeM15LO5vbtDdKlDVxxeGWJV1sDUuSNR+qoynj/AF/aJXIuzG6g9uc1+wZGPKnr&#10;0knlYTSBYqrg5Nc1x9mfPh8uvexCrdrb1xFA1LsTD0+TwzIBJWYbLY+Crl1qpSeugqSHIa5JCGwH&#10;FvZpo0eFcRFZGpwYksKYaoWnlj5V+3pz6iTwBcmgY008a1HxAgeg8/KlRnr3t06wegpM/WYnM5mu&#10;ORSlME4yENfKkKuVdYaQR6acqrhrto1cj1ED2xOZHRcFeOoNkMPkeJWnAfL9jF4JbiPUg1Kh1EE1&#10;waZU+gJwDkUwOvexerNqYSoc09qGaaspzpR5/s56kEgPEtREQRzc2P4A9sKqgrpcAj4ajFflkZp/&#10;l6RQMiHvYAjyNTx4EDGR6Z697f8AaewI8Pno6ytwuPiC0wgpnpZQKimTSzFoqgRlneQ2DEsBp/x9&#10;qFjdVEdwQ/nUk1Bx208x5mnT8ruqGNpNanJOa6cUU4p8zTh172PVLt4VywMq/YQCSObQmpZHaHlW&#10;Z1sWHNyrcH34qhPfXUpOD+E/LypWn+XpLFOjVhA+CvnwJrwIp69e9jFgcCqLDIq6jINDySI5Glrc&#10;n8Ak25/N7ewlvCXMTu6kueFSOFcj+Q+R6OIrh7VdA7iRQfKvmfWn8vLrokD/AFz9B+T/AK3s9nxE&#10;64O7O1ds0QpfJRwVD1uQZrjTBTsG1KpP0P0I/wAePcDe5m+ptnK90zExyACjDNa1qD5ihoQcY6FP&#10;JMN0l+JUGo5NQPUin2Afz8ukB2XuAbd2jlK1TGaiWI0dFE5AM9VUqUSNdXBP1IH+HvZUwFNDjKOm&#10;pZqijmiipY6dqEq9M7tGtqbQWV2kYW1sVFifwvvAS9EX1TXzl2YksO2oNfU4AX51rw49ZVwwXlxa&#10;eEQ0ZIALKR2gjFDinp1VVm8rn9yfc4ygxlThJaiuaEbiSvgrTQwI4NZItEjxmN5P82iN/mzydXuT&#10;TCvkSeoirsdQqs7aPEDT1YQqReMp6lQAgf4/ni/svuL5mQwBXCvlguUqD5+pNM+g6dRbe1bwIwzY&#10;GosSakYqfKp4/Z06Jt3btBVY01uKrdxVdLReOCuy838QR11FlE8c14zJe8ikqdJH19p3KYyqaz4z&#10;L1Ma1Ef77CfyI4sGnASPSL+kkKfoeL3PsU7FdcuvIF35SWBGliSCCuFIoDjgPL14Dpu6n3Lw9Fgs&#10;cnoWPw8fQ0pj9vSd3HXdhUFM8e1tsYetiieU/YNQ0tPdZncHyzVjk3YMBdBYi449umOq1oKZK3IV&#10;ENTUpTqtTK8I0AonHmEmoMX9N7cjjni3tfuE1lulw4sCQgJ0U+IrkEjgTT0pQnyzXrdi09qjW7Kd&#10;IyAHrUnDUI8hmn59BlQ7d3HhvBiGwbUFFVVUNV/DmrTJBSVc0y1SJC8R1UxQmQKdRFr24I9yNo7j&#10;2/FS5CXISV9FlfFPVR5Va2Glx9LHElzjoaORS0rSXIADXOrgceyVdqn/AH/Ct6ni2J7SFJWQkj49&#10;QGnGDTGRQmmek+77jbhaQOWc0GlRUmuO70x506ee/cb2TW7BCdPZHaq7rhrsbA219ybQO8EzdLNk&#10;kElRWVorad6OOJA+uoaJ0UDVybD2F8eZyc9TVS4/IVuiZW9BjZlWKV9SWpgAqEXNyRcH6+5O2nk2&#10;K4eNJxpR2NJCO5gMAlqGg4U/1HoO7vzNdWdqY0XU8QB1L8NPMZ4eWa+vTb2N2ridn7c8uVxWDnzG&#10;BpKB6/G47KU1LRUVfDSqatKN5pElqVDarJ6dQsAL8e39N35ynxlZS5OqnTJ0lOXxmQl+2V4ah2Hh&#10;MlQrWCj9Nitvx+fZ6fZi6O528u22njQTvpcKpYkZqUFCWPn5U6Bttztabt3PIHkDGsav8QFajyyv&#10;2+XRVaL5s9DbkFbPTdiYSjmoIDNlttvkq3HLJHSoorKSuxTlBFKCG1NG5Ynk/T3lwu5UgMVNX1U8&#10;s+LVshjsgaWKbx5WQDU8kPKyK54XV6Rc3ANrSHZeyd7FsrRTW6Otw4C1FJEC1BGo0IIGWWtTQZPT&#10;+6+5ElyXNvIYoIAqPXVpFBlgw/EMn1NAM9V7fI7+YdiMp2bgt69V7rpsVRCmm2X2dtCo3Zkqbbe8&#10;9kSVC1NPW4r7B2+3rKdjIkcsSpI2ogsRayy25ueuo56mvNKcnJk4GhP8QhjotEpkMmkilQiRSb8P&#10;9L25W3uD+b/brcNomFtFNq8KupFyGWmTQ5B/KuPl0JrPmq337bQsiyKQodXY1L0GHzwB49WEdd9/&#10;9Sd67Ux9NPSx7QpsfW0OQxOZoKupzk9HV09OscM8dblpCadwLgyRt+b21+2ityFVnVnbIYfDYR8d&#10;V3eaiMq1L0sdPZYHjLOhQ/Vhxq+lh7JJdvi2UW9/b9stCwdcAE4NSDSvypjjno0v9xt7jbora9Z5&#10;Rpp3HGeJIoKgEUH+HoyO0konbObXg3/vvtLb248NSYyXbu9RBVYzyCuMyZOgmWmpqgFxZRI0jEfg&#10;3HKUlyuTxrNV0NTCSgUowo0Z6eOpupMchuoccfm4ufZqOVE3iH94XyFA4r4rGmrOoE0FSCflnp+X&#10;mbYYbJbOW5JCgJ4VTU0pQUr6j1z0sKXsraOGrabrunmasq4JJKJNq02TmnVpMaiwzwTRVMgZQitp&#10;c8A8WB9rWo3HsqPbNTnN7ZSnxecjmqKGVYKloslDSlAMW+LxsahZ/IbtK0pA+pJHHtBY7Vb38F1t&#10;LSXM0q6HgVUDQls6/EatUVQPw1NKY49Irpxtd7FNaKpWYhyz/FRh8INMADPEH546LtvWi+Yu2fkd&#10;07T/ABi6x6kzHx8zVJWVPa+W3dPLR5ta1JQ2VCZlGdxKwdFpFWEqZEYH08+0bJuKgjkop6qaBIZY&#10;VpaeenZnjqRUAyRVbypqBe1tQ+i/T8ewY1nNKXhtGd5EaukrTtAyADmhzQ+f29DiK5tJFZYJatTU&#10;cgADzp64GM9WQ0eGqY4JmkpoaSm8X3daKuop2noqqJxCtAyuVVVH0Avqc82+g9lK+Vvyz2b0P1nW&#10;7yo1j3rn8dmYdv4fa1Dkqailzu4K5hHSY9q+YiKOOJSZqyqIPjjUhbtYe8hPZD2l5g5k3K4224gk&#10;torxA+uQUQJXMgDAkgcFVcE8aDPUNe4XuFb8rrHfbdouLk1ClmoqgcXbiSq4FB8RxjrDH1NuDtLf&#10;m0MdTz0uEosTjajKVOcShaqrcbj45VjWnaNCoL1D+mCKWRQLO5DaQpCz45/OWm7zbI7cym39s7c3&#10;jgKfHVtVSYXNtl8Hm6fII33U2JnmEc1qV7wylhdraxwR7GXuZ91u/wCTZo902e4e6tJuypFWjYAU&#10;1AdtJDWnkKU6IOUPfNN+i8Dco1SQUo3w+ITxIBrSvkPToUt/7Cl6vx1PV5LMZfcuErpawLXNQRUV&#10;djJotLU9HWGm1iUOtxE+lSSCLCw9mL3v3j17sTb1XuHd28tn7OxGGRTV5rM5impaWn8itpp/NUuA&#10;JCLhQBcj6D3HOye0m6zXa213GzPKTpARjU4zwAoOJ9OpAn53s1ia4ikCYoRUE1/LNegLXKbv3NVw&#10;x7M2jvbOpXG89CYRRpBFG4U1blVv4SSASWsb/i3unf5F/wA1zsCi3nh9m/FDrvb3dlJUx02Qye9Z&#10;txpksE+MmjutNT0WMdZKR2cFfPObED0j6+8heV/uy293EJt0B8XICoAGBPwlvKg9PXJPUZcye8k1&#10;iCYSDGBXUeH2U49Gu2P0XUzYU5HfeYyOGeog1f3fw6UtCcQ4c+ZqzLSic1RdbfSNVXmxPsyWxv5j&#10;XTVdtzb1N3Hu7bvR/aWaoGfI7H3Vm6Y0lDXUUYaVKTJ0rSAQTG5jaQagOSParcPu9SWN14cBVUWp&#10;0njk5JPCvqK+fRVtnuzPerqkoARihoM8TQ+f+Tovm/8AqPuXa+Ylqtq7Xl7Q2SktPLSZjDZTFUu6&#10;koquZlkiqMHXvClW9GLN+yR5V4FiLAqvyD/ma742xVUOD6OzvxdzYzEUk2M3TufuCplwdKPJpc5B&#10;I4oIw1hpVTJYsePZ7tvsNsvC+1tgV0quaHOc9Hlx7g3jQhLeRNRBHcxHn6dDRsbpHFZrDy7k3PW9&#10;j01VGRHJh6nbMG18mDGFX9mhQVkkyH8FHvbg/T3X7v3+cx3Ls7GNQdj7c2LmdwSVNZSUc/VW8qbL&#10;YeuSmP7tZJGruwgvxHKHs39PZ9b+y+wwTa4oxx/GoP8Ag4fl0RXHPO56P1mBJ4BTUenQ9YTqLZmK&#10;RJKSlrXEiI4FfJqqI7i9ipRNP1uysv19lm2f/Ov7qw+d3Tl9wYPGZba9RRxxbV2PT6YKikyvkLSZ&#10;Oszx1SFWFg66SPwoHsWxe22xw6TGoDg8c1A9B5AdBiTmi8kdzOA2r8Pdx9Sfs9KUPr04ZzqvZ+ej&#10;VarHmKVVEbT08jRtNCFK+GaPmNh/joBvz/rll7c/mQ9hdy9fbr2Zu7rXak9Tu7MNkZtx09ZlY58f&#10;QmbyQ4yCjcsCU4XzB1LflfcgWdvBZxrbxjApT50xxHHohubkzxlJ0Hca186eQH+U8T6dKvGYCixH&#10;2kdA9RDS0VClBBRK0YpRGn0ldFQEv/iWt/h7IZWYrc+3ZcdlqyhkxqVs/kpDUTArNGtnEckIYtp0&#10;25YfT2ZB6+XD04DotK6BrP2j/Jj/AD9Pftabd2b/AHiyOPmqPszDJK+V3FW5+dMRioMcGtJFFMWu&#10;sQHKyGxLcAH3fUKgEH8v5dWjOqRAQRWtT9vr17241vXGya7O5L+72/NpY7A0sjFP7w5WWRXVD+4K&#10;SqgjBmjP9hrA/g8+6GpritPn5+nTihnnYBgAvA1697BrJUdLTZmrpcfXUdfS0s0ggraUSfZVH9Gh&#10;8wDEH8XH+PttiufIn9nShA2VJGOHXvbRKsUlQwgjaGMcNGZPK2q37hVgBwT+Px78CQetkjBOK9e9&#10;iRS9b7tyUWJV8YcdR5XGNmaGsrayCno6qjEhiWsmnkbTEtwVGux9us5qQKdNaZCQFAAbz8qep697&#10;mdd7Dfc+6sTt/JVNFQYipyjUuQy1bkoqShpIYCfu6pZpGCsqBT6gOeLHn25ENRocn7adJJ/EkXsa&#10;hrg/L880697GTe/SNJnqyKv6elj3hhjWxYSvnxUr1c2Pr42+3Soq6Z1EixT2vHIBp/x9qGRHXtwS&#10;QD/sfLpEDIjViq4GPz+fyPXvbfuTYFf1tgMjtDd22Mp9xWTUMsMyUMysjh7u1TIy+ix4jJPP09v+&#10;HGE00r5fPH+DpkzXYYhwVJyOAoBj/UOve2/MdV00eyKrfW38e1Xh8RkqegzldSV1PLPtusmQGnhr&#10;IQbs0jfTiw/r7q8MQj1Ag/4f83VvFuTGJdVR5/5j9vl172gcHsXNSrHuFvI2GleYHLJHqp4mZT5D&#10;VspvE31AJH159pliXgeFcdLHMot9YGn/ACfPr3symU6s64rtibey029YdvQzJUVL0FVJU5h69hGE&#10;ORMcYSRVv+mSRAv4W/tQYQIiDwHy4H/L0WK5jQStJpqTVT6/IDzPz697CDBdBZbNbzxGGNQaDbWa&#10;yMVNRbrr8bWwYuKGpAMGQnicKzIL8hTe9r+0EqmPJOB5Dj0aLJKHWM4D+Zrw66PAJtew+g/P+Ht6&#10;yfVe8Ni9r7t2Rtihx2/c7jMg+Io81j5oamgbxUS1MuSpQjql1hJLhmtHazfT2nMjCusD8v8AL/l6&#10;cD3STNGAGKCmOH+qn7OuKPrUNpZbj9LKVYf4EH2guwNgbr66TEUeVy+BylPlaEblhjxWVo8xRUZq&#10;JDTyCsERKea91ZR+ePbiMD3jHrxH+Hp+OOaIpqpU5oCKfYeufsNBS000DNok+9qdTUlFRwBYpAvD&#10;STGQlkv/AGbcWHt2p1gDzx9vTpYiQLTj/qx1720LVKxiWSnh8tI1lKpcyjV+mci4Yj8G3vxYcT5c&#10;OrM9F1cCOHXvatgxdbXaMUI4P4jklpGxoTxaI4XJbwySqbKZD+PqT9T70FIXhnz9OkQ1M4jpx9SB&#10;+fXvai2RufH7ZzFLRZ+liq8a1SlNlRKtpoaaGX6Lb9SqdXotz7dhkENf8vTDweI4ZhTSaeo697xb&#10;z3pkN7brye6J5Bk/t6ienw1NWU8a0tLtrG3Wjp1oV4XTEFJA/wAb+9SvrzT/AA+fSpFYOQg1HFcc&#10;OP8AIfs697Dysyc+WrPvamRYAZo1FPRwiGGkp1+hp4hwAvAFzc/k+2KVovn0qEaue7/UOve8iYPI&#10;ZKpAoqSuqfMzugETyVEiC58oQgXuOSb2+vvfhKRRRw/Lpp5kSqrn7evexN6pptrUO5403tl5NtYO&#10;tx+TxVbKcdJWVTNPEYWjdGAKKSQGlX9H+Pu6AjtcZP5UA9fT7OPSdwZMsSFPD7Kf4R5j0697O1tL&#10;Ze1t5bUx2F2NXpT4mvysNNV4fCa67J1kdBL+xV5OR7uY5j6+IgGPpH09m8H6pUDHCtBx9B9h6Dd7&#10;K8MNFPFiOGTT1/w9dEgck2H9T9B/rn2PPyHrq/rjo7a/XvYWSw7Pld1Ua7Lxb4+P+8WJwECj+OZH&#10;MTRBykbXURBlDgm629qbjRAoXhXgP+LGB6DpKJ7yW2o5BNcV40HE/aDw6gw+B6yeaESkmKKOWUMx&#10;pnKMTGsYbgsAWuU/rzfj2w7w+CmN3Dgcd3FtCnyXZ+2sxj4Wxey9tTUGNyVEaWAPUwTVKljUa5Nb&#10;s0Y1+qzAH2mNujprLZFMUA+zpcZ7yFgIu4EVIFAf8x/IV6iLnKIZGfF1DfbVUEcUyGX0xVEMtx5I&#10;H/opFje3P0491972TdsclVg8hiZdrUK11RQUWx4ce9PJiKOFfStUCDIJTwXaQ3bkk/j2mEWoUPD0&#10;8/y8unI7ovg6qLStajI9BgmnnXj08gg2sb3+hH0P+I9hMlRWbSyEKywkzvADTRSmMOhdGiSpTyKw&#10;X+0E1Dj6j+vtA6V7B5Ho9iNV11+frjOeu/eGDbVZk2FXD/DxJpac08tfClVKGlKyTTCVrAKbXPFx&#10;+PdMqopQ/wAunFYhAEbiMfIfy697UsOysnFHiqF4GFJuHLQ0lDlKOkatfJVlPpSSionX66TICQBy&#10;bEn24g11bgQf9X8+kH1BZKRrWpNCSafy4/8AFde9nc298b8ntHrTfO4W3lhKLIbUhefcuMxv2OZ3&#10;MyysYsfiHjoHbwFkIaSMggMTc3Hukip8QNCPXjX/AGenhHcFZGkcLpGQMnGAKeh64GQBkSzEyarE&#10;D0jSurk+ywbh2y1R1zFka+nyEWSpcisuJggxbfZVFNPO6VUOWqIh6JVAWRSxuBcW91qVcZqTxzXP&#10;n/q8un4Iv8SEhwSeI4Eeh/1Y65+wRrsVFj6UVaz0ZqnleMUgd5pVj/1RU8AHn1E/T34tJjOOvKz0&#10;Ulj/AC4evXvadmmLRJTMztFFJJNEbkWLfrXQfoDbg+9P3HHS3GjGf8A/z9e94qasSGd3VAqM19HO&#10;kqG1GMj+nuoZQc9aOkilMHr3txkzmQmrvu6eeakl0qI/t5plCiNbBEseB9ePbglY0AHrwr00Yo2q&#10;PUf6q+g697E7btDvvcmOr46XN5yWLEUEYkxsOXrIkFPOWkjj8SSrGI/1M4I/2HPt6PWcn7KV6SJV&#10;C2ioAqaev7fTrr/iv/EW9sdMA8lPi8lQS01XUSimETwyCX7h1KCrmFtThSfbbJjUcH09fL/Bnq6n&#10;AUig8j/l/nnrv2+A4GgjO2KHP1/jztd4M5IaAJTBKB9dBSKrH13nRXYqeLL+R79wWuM/z/1evTwg&#10;opKkgHjjjQ4A/wANeNOve//R0Zf7xZHBwviUzFX5YGlSOfH5CqnxkhkfUZhEsnjNvpwhP1/PtzwV&#10;8/8AV/k6uIlj7STjAzUH9ny63+PaZqayWp8ySTAweiolc+oyzAC7x8C2s/Ue7alB0nienCpIoBSh&#10;r173jo1p/V9xJM7xKJIYAGb7hrj9nym+gAcgf0937lPD/V/q/Z1UCoI4/b5/7HXvcv8AirCaFtZp&#10;ontC1LCtw8ABu7r9C5P9efeyxIp/q/z9a0RagQoB+zy+zh1727nOZeDEQ4eWunp8MK8ZFcVb/JGq&#10;xGIWqpoyPVLpNrk8D3pSVOPWp/1cenCdUfhyHtrUDgK5H8uHXvY+dJfMju7oOVl2DumopsVUkCt2&#10;3VU0dbtirS9kl+wdl8Uw4/dQgkfW/syt9xltv7JsEUIyK/7HRfLaJqDx0p/CRX7cf5umHObX2/uR&#10;IUzmJo8j9uxanknj/fgYjnw1CEOoP9pQwB4uOPYvZD5X4vuPeUmd7ap85sqhy8UFLuDL7KSTPVzx&#10;QRi1Rj8ZlZo0SSRrqTq0on0BPvU0xnrr8/8AB/q/y9LbeGE6jMSlRxGf5Hh1Ojo/4djko8VDTr9r&#10;B4qOCVjBTrpFkR3gRiq/1IQn/Y+xrwPa/wAGEraPBYfqvdu7aSLCJ93uXf8AlqWaslyxY+MnEY0p&#10;4QUA8ssTO9zYDgn36B0U6W/bTy+316TbmbN4mWBGYKDk/IcTTz/4rpsoabc7NPJk8ljEEksbQUmO&#10;opmWliC2kR62qfVMSb2bwpb+nswWZ6K6E+SuD2nXYKTDbEwowWVott5SCGCixlHFiaj7eejykErR&#10;sY3qL+OdpC7Ncn8j2YT2UEsJljqcg/5/sr/n6Ay3EpmAXgD5Y/zdTKmoqMfSSy+CpyciSpqjp1DV&#10;EkUrhWMSCwJRfUV44HF/ZIdwfCLsDrevx2UyeBx9Vt6tzLU+3svg8nS7hqs1JEC7Q0n8OaRYl0DV&#10;++AFB+t/ZYLRtOR6ny6E8F4Y6M9PTjn9ny9estFlqGvkngp5iamlETVNNJHJDUQLNfxGSGUAgNpN&#10;j/h7LXuzp7eeKyOUatxVfTUFJknNRBDJFNHgaKqn1slQVYpBK4udB5P1/PuhtpAfhJ/yfl/q9On1&#10;3An4jRRk1NQB9vEV6cvbvs3p3Z27N2ZfbddvePFPPEV202Xi+0XISLS+RY5qsjxxuXOlRfn37wmO&#10;Kcfy4fPr31UEs/hpKKkef8s+nz9OvewP3XtLcG1szksPlDPTZWgUQmlq6mSor44WfRAyyISArixj&#10;Ia2k+6eHoGk/7HT1s82opJhs+fmP558uve0Oc9kFiFBPIHhjYxshjiMjXb1h5iC5ta319pKgVH+r&#10;z6WeI9NP/F9e9vMuWkqaKlo1p4VhplkCPTwiNyWPD1D3JY/7z7sp1ntHHq8k4VAGoB8hx69/h7X9&#10;B072RkNuz7si23kDjyqVSKIXStqKAmxraeiYa3iB412/x5Hu4XFfKlei9r1KaqAf5fs/2OPXvaep&#10;6XIy1rRpjpoiquWgAdCpVLSztI9lulufwPdXWgJ8x/qz0uglWYUjJ+z/AC5697bjURCRo3nZPGz6&#10;ijKfWPSdLD6+25JNNOng1QQTwFOve5VLFFVxOI2bzK0ruzMFVadRq8jH/X5NvdqVH29bUBhQf5uH&#10;XvcNpaWGUaPKqTQPTu7Nq8scgs8yj6Ag/Qf097oRnpr4Tr4jIPXvcuB6xcXUUk0kS0FJIp8vhjSc&#10;vKvoBZzrKt/QCw9+6cqWTuPXveATVLCm+2TSjN9uJokaMMf7SsznS5/1xx79Whp1pixQEDHXvfGU&#10;wUhraN5TUuWR45U0OY5b6mXVccc+oD35Rqao61RNVKV+zr3vqD7dJQlctQ1IZYZTNAqLVtESNekS&#10;kLYDlVP1P+HtK1S9fPp4ALxqQflnr3vLm58SKyrkw8tdLTu48MtfBDDVLFa4aSKmYxK34shI9qiN&#10;WGHDy6alZNZ0E/6vkOve2+CprPGWpqgMakinYTSqHFhdZG18BCOCTxf23GhTJwOt6y3w0J6976q4&#10;YaZB9rVx1jGBfvHhBEUVQ3BjjmYDVb829u5qB69NkBcjzH7Ove50eZkp9v8A8HSjx8kWsTNViAir&#10;jcN6walmvYm1xpt71TJPV/EIjMYGPM9e9sU9SfuwiyeRU0yOsZHq4uwBPHH09tshUVU9U1Lgde9u&#10;cLUjQl5iZQWQvJH+pSzWNMV+liOQbcH6e7j4R59boKEt/Lr3vkpg01Uio8VPGwjRC+t2jLXuC31s&#10;fx731okA1P7Pt6975VGbraimFC800ePaQGOkQosZVRxLJYXLf4E+/fIcerFnoBUgeg697y0sFCif&#10;5VVyRXkBM8MZlmhi/BeM/wCPFhz70Mk0xny68BqBDfbX/Y697zStj6mRYIkkaYkRivlkZvKQLqrw&#10;qbC4/A92p1ohGNVyT5n/AFY697aAIIXeGfVIi3kJUiO7g2Ki/Om31HvRPn1XSFajjy4+vy697aqq&#10;RUIihmZ4WdtMSEjTrIIRW4J/x9tSfFp41/1Z62K0697ccRFWzR5AQSCLx0wmfysEJihPqCyN+V/p&#10;9T7dA046qusmn7eve3SgSCCkkFXj1dqguKavd5454pbXVY2Qm5P10sOR+fe+rFRoNR5YOeve8UMt&#10;NK1TDWzKH8BemMspjhSSMW0CNAQXP4uR78Kg1HXkAxXy/wAHXvcNPO5EQidUfVpstyzjiwH5/wCI&#10;90eJXfUcdOVcHHn173Ijw+QrzzDJJEsZZ3K6I4xEbOC78WA/P9fdPCp8Jp8/PrWl2JqOve40/wBp&#10;QxRvHPHJK7OrUKhmeMx/pZ5SACCP6H28ABjppgqmoNf9Xp173xOSlenZqaLw+M3OhXcs0n1RZQLL&#10;71knVTres0qRQjh173igrliilL0oaeVfE88shJjR+PRH/wASffiKnOPs69rBOeve8YrXEvlaZvIp&#10;0r9LlQukKV/p7qqhcDh1UufPP+rz6974VeTSYwtIQkkCgXhiSIsTz6tH1I/JPPukg/Ev2dW1gn/V&#10;+zr3uHPlRKYm0nUgClm9VwnCm3+txY+2go8+vGQHJ697f8GVr5KinQR/uQM0YkkipyXjOpbMxAv/&#10;AIH3UhlzXp6OhBHXveSrVY40VvGJjdHCaLppNiSy8E/4/n3bxGp3cOvMAozx697wU86qSasLHFGp&#10;DWsWdrftqFv+foT9PdkjemoGleqhkA7zj9vl173xWGorOaeKSdlIMixxSNoVhfVIFFwOeLe3BG2T&#10;x869eyxx/qHXvePxVlHPTGoSenmim8kAlSyl05VtDfj8Ee6oRqNceXWmDqR+3r3t5kyU2S+68sVH&#10;SQ3Q1D0i6IxLp0hhGCblvzb8n24QH49b1swPl17200kMf3AM8D1cQOowRB9TOhBBHjViQP7Qt/sf&#10;fgigHGT59VUjzqfl173lqqyWpgJGiNBMdMSizICbKAqgAAfQn6+07RANTJr1cOxBp6/s6979UvNI&#10;ryV6M0juqx+Jz4ZEjTQRx+R7sqMAKA562zVWp697htUyMIom5iVSyhSPTqNiGYAXa35PvTIfiXND&#10;TpvxKigPXvb5jnohTVNZPLNFLTqEoolVmptchtrlIOq4/wBQLAn29ExZK9W0ihbzH7Ove2KB44mk&#10;qKpixkZ/CQQGLK36/H/qTf8AJ93FaZ6aUgLrPE8R/m6975zVNoKacT1CTO8sbxRx6Yo4B/ZFj/aJ&#10;9QI9+H2cOtliQCcZ/Lr3uTQ1+MijeCooo2fT6ZZZpoppHJva6ekKOSPfuJJrx62DEpoB/Mn0697x&#10;VlX4pZ4/Eo1ELC0L6dLfVSxBOrg8396yD1TURg0H+Dr3vBA0cEUjyJ9zKLa1kkcosbkgOFUi9mt9&#10;fe60r59OAKKg5I/1V697fKHdG46anejoMpUUwEtOq0tDZFMdPL9wgFSt2VUcBwoYA/m/vxHd/m60&#10;rOqkVNcUAr5V697U+B3nl6KrrqmnxUOQz+WiqqeqrZ5Zpqub7vUJmSGn0qAw+tgL8knn3tdROB+3&#10;yI/y9aluF1Fm+MgiteHmcfy+fXveKKlz+TakpH2/LHTrXrWywxY+ojqK9yfTA8ukhR+LL/vfv1PU&#10;ivn9v+r9vTcU6lQqqaVJNKVP+qv7eve1bn8XisTVpTVstTRzCJZ5KTJUv2lbjo6s6nppWlszgXNn&#10;03It70nHUf8AV9vRkyJHQ59aHyr/AIft697QNZUYinmb+FJNO3mIQmVUZVQFdUY+nqHIufpx7alC&#10;lcgV+XTYKZK+v+oDr3uFTVtJLNJ5GeOQeqJJBJKZHUHUp1Gw+n0+h91SpwAD8+tBh+I0697jLerq&#10;mEEcMFzrmdxohVf7Z1N+fpwv9be7CJRQk4+XTXiFhqUYPXvbZUxZJ6n7cSvYMVBF1Oljy62/2w/3&#10;n3dSKY8uqMrk+fXva9zEezaHGpT4qjys2UmoafzV2a8UccVQP+BEtLSUrte/KhpCL3vb3vJHp0+4&#10;g0hQD9rY697S+Nr5YnC4iSWmYusbL5UbQfoZSswK6fz9L+/akA49NpUisfHr3uPl6jLwXhrqmWYy&#10;MGaQOfFKAdaLpQ2/xAA9sSjU+lvLrx8QCjnj173Hgys1HQVdNJDHNHkjCQZIyzpLTMTCIJfqLaiC&#10;Aefz72rVrnhw69UKpX18uve4tOXx71NRJSwVD+EBzUo0xj8h4cKpXkHj68e265oMenWxVDq697zp&#10;V0JpZ5pXE1TPpEManx+B0b9WgixVhwbf4c+3NTg9vb/q/wAvWwVpqYVJ697jCZGWQmFH1qiJIkjR&#10;NTyIeXUKLG44I9+LsQQfLpuifwjH8uve89DBqaYJMsc8YvGrSFJpddywgXm5X8j6297jGviB1taU&#10;wc9ev7PX078KaTfnWOY7O3r33s7qx6TFS52gwNZS1+drThxKIIK/PV+McR0RqJDpgpCzTsPV4wPb&#10;Uk7q5jQGnrwp/sdPx2ZZTJJL4YzT8vX0r5dJ6vzOQpcnS0NNtzJZGkn0pNlYKjGw0tLM3qEckNVM&#10;kzgLyXjjZQfSTq49k/p8Hj59wZLFZHc1JQ4qgergO4Ex9bXwVq0jEUklLRQDzMKg2sWX0g3a3twt&#10;RA1Ok8CCcUlYVFc0yfTHz6UI5A/H+H9PczblDsTH1ldW7q3FVTww08poMXt7GtWVtdUNdUjqqqdo&#10;46VBwWYsXP0C+3gwajDp5EgQ65X1Y4DJP+ADr3thxFXgY0yclfFPIXDLRY4Ix812PjeWoWwj0rbU&#10;eST72TQ9NReGoJNfkP8AP172xtkoYppi9HG8F0EaSM8njCvqCLKLHn6E+2w/fQcOqEqOI+zr3ubV&#10;ZaCsnSohxWOoaRIv26ICaePUo9bTSOQ7sfqORb6e3SKdecqaUXPp1724VFJUpA0yUgplqhFVRlLR&#10;JHSsLMzQOSSp/C3J9+6toIFTxJrnh172zEyTS08MsrSQqpSKBZHDRox9JVGNv8SLe2nfSadeCCoz&#10;173xCzU9TUSU2uRIUMSOi/iQaXBBF/8AX97VfPj1sV1mnl173jarmqY4UrJ3dI5PEEZb6Yy36dY/&#10;P455t7spr02xJoHJx/g697f8zmauvpaLEzFYMfjF1UNEkK01OrsArsyoNUkkg/3bIxP4HHvea16u&#10;7swCDgvXveTEZCgraiOjzNDSpTQQNEtTPUzUpjjUFl1CnRi5B4H5t7dj4GpBPz6q7uYyF+zJ4/b1&#10;73zrdxYCCiSkXZWOnqg7GLLtlcixkjVyFBpUCqAf8ef9Y+29NMHHSVUUIV0Z9c9e9t2J3xn8ZOpw&#10;cONoZVvoaDHRVMoBPCn77y3A/AItf8e9Jx7RkdWVNFXjFCPQde9mG2V3BTYsy4btzauRzmy8/HUD&#10;ImRHpsj5pYw33mIOmOMyRuAY7iyC4Fgfbpqw0mgoaivl/nHSJInGqO5FUbOcMD6jGeve4WawfTH2&#10;1XnMbuynrcfWYOpq8PgJllpdy4zKI5jpKKtWMPExa/JD2tz70CSSSa1406NEit1k1q9Vpw8609Ov&#10;ey5O607t5HjNcCGV1ZHjRWUWjUR8avwT+PbOngR/PralUHHP+rPXvcI1c0ckihpYA6eoBidQc3IY&#10;fRg39PfgHrVm1fb1QseOQf8AJ173JqNSxUtPaVGjQzBnklCOspvq0N6ePpdfr7scZPVjWgqOHDr3&#10;udi8hDTw1NClRWwpkpaT7n7ZV8TCCXUpYKQzAckLf/Hn3cNRacevcAQuSf2f6qde9t2ekgp8jW0+&#10;OlqXoPL/AJPNMJInmXQCZHib6c3+n4/PthxwY8etyFQxWMkjyr1725bOo6WfJRVGVdBjKSUT1cc5&#10;EaVCD6xmVuAT9eT7eiynTXq1aU697fNxZjCZKlakx+OqqzKQzVPjyMNlpkoGNqam8ajW/iH0ewv/&#10;AI+3WRn7QeOeqCZFjIfBJxX0699feHBJuvZdHHvTGzPiKynqYkoqh4kkklcN+gw1KvG6/kq6kH6E&#10;e6LQVBrj/CP9X2dMSDxaH8IIFa+fyHy9eHXvcHee/N3b6za5reOalzmSNLFCJhT0NCkVP9Vp4abH&#10;xQwpb+ix+/GQMdL5H8vs/b094aMauAT59e9ui5uodMfV5iaKkoqFVfF4+ClWcI8SBYpJ1XSzkkXZ&#10;nb/Wt9PeygYEr5jr1xB4qV4A4H5cPtr59dEX9ue7Owsl2Dl6TN7iyjiJIqSglpJK2pq5KeCjpxGz&#10;UsUhKxRNYFUQcHj3pEAXSOH8+qxQ6ZRMx40+zH+Drw49oGWooXing+xLw/dOYsmZGjnMAa6o0J9B&#10;NrWPHvTLT5jpTUMOFfn8vSnXfvjUti6SnjahrpqqeQjzJJStC0Ua86Wa9jzYcH/H3UNxXrZ8NR2m&#10;p/Z1731RvDUTo1VSVFSJklWGCkYCTzFP2St/wG5P9ffhk9aUrWpBP2de9um5c5u3Kw4PG7gyWZrI&#10;cRjzSYejydRJJDj6HyF/Bj4nsqIWvcAcn6n34qUx1aWSVwockgCgr/q4de9ssFRlsLIz07z0Es0R&#10;B9Pjd4ZEs+nVcWYXBI96yOmwzx4GK9e9t9O9TJUKIUaSZ2XjQXZufobe9AGvA160AfLr3tTw4Sty&#10;motRijlbmRriOMEC3kEbfQf1APu+RgVB6fELnNM/6qde9vLbMydLSfcy1WllUMsNOqzidCbAoy3s&#10;SPwR7qQR8X+bpl3VPjqSDwA/n1733Hjji/HJV7fkqzKwkWWvrHgiESG37ghUaT/rn3qprQeXV0mj&#10;1aQMnzOK/wCrz697UmLyeAyL09O9BS7XaAFknWomqaaR9V3erilUg8Dg88c+7BZAST/q8uryvqiK&#10;rRP9Xr172ZGbvyhl6UzXT9NtvBVX3stHUU2dxdNQ0+uvo6tZhW5Xzp53nKBo4pkkXSrEWsfd/CbW&#10;HHDy8/t+zotacqpjk06TkH5+VfPh/n64lV1B7HUAQOT9DyRb6fj2COW6u21WbcXcO3uyKDL7paaD&#10;7vryHBbkTLRRSn91qfNT060Uhj+uhJSSOR7sEkf8vtwPWnSWe926GASmUE47aGo9TnBp1wDv5Sni&#10;YRhNQm1JoLareMJfVf8AN7W/x9416K7a3SsVamwt10lNT06pLkqqjyM6TRKP8n9TqW5Ate9vakWE&#10;7AtQ5+Xl9vSU79YagFI+eP8AKf8AAOuYZSbXF72tcX/23sKM/s/c+zqiSDL4fJ4mr0vDIlVRyxL4&#10;3XSSsjcHUPaSSORTo9D/AKh+XS+33K1uDpVh+f8As9cvbFGqvR0yPKYnkqJhLZWN6ZUBWQkf7Vce&#10;9qrHNOHyz9v+bpX/AIsKMfiH+A/6sde9uWLGOmtQ1QrPHKDFPVY+A1EscauXSUIeGAPLL9SPbyox&#10;ACCvqTj/AA9eeVUUYp8zj7Mde9uNVt3LqqtBhclWwQVF462noK3wVlKVBUlFT0kgC9+bE/09+eKS&#10;mV6YF9A501BIJqeAx173EGPyUlTXa8JlaSOrR1gghx1fUBF4McaNKuojj9R/1/bIQD4gf2fy6VJN&#10;HJV1+E+hBp16/wDxX/fH2vdgJgxl6Q7n2XW7pxNKs02UxdVk63AwfqCvUCup4naIhL3YqRe1/byQ&#10;68qKEfbg+VemJ7pI+94y1MenHgSR5DrogkcG3/Ffx7G/Fv1pmc/kavbXx13LlNm0rpDA6bqyjZDH&#10;hQDUSVeQemMEhPq8QbQbckj3r6UirrWvmfn69Fjzwa6mJqY4E1z9gp+WP29dKGAAY6j+WA03P5On&#10;8e8Gz6rq7bO68/uDK7OoU28t6vbWF3bUJXVeoMIKml004dKgROLjWv0uT78ECGrNU1p8v9Xp9nW4&#10;ZIlk8SnbXtDH/J5+nXL2Z3bHzN2r1aBldo9R9Qbur6yMVExyXX2Bgx+BvKYYKHHVdXB5C8mm5CqQ&#10;Rc6rn2pRzCatxp50P+r55z0lui8oroUk+opQUI8hn16T25NtUW6KJaCuq8vSQq5fXh8rWYmoZiun&#10;1VFEyuQPqBf6+1PUfzAKjKQ1+X7R6S6Xxkcpiqtp0O3eocNR5YzEFJ6iPLeWC9wAWmYEH6W593Fz&#10;qBaRQcegA/IdFsdvcLN3IAvkacf2npP7b65xe1BGuKzm75ArO038V3LX5v7zWbhak5YzEBb+kRFP&#10;Yex/zBMPi960u4KXq9Nx0OPxhpMXgckuNotuY2slGo11Hg4VdTIpuBJJKTyxN+PaV5Fyo4/y+zo3&#10;tbeZKSVUccZwfsFePn/LpbVNItTTvTeephDkFpaeXxzmzamAksbavobAcfS3sE8j8pezN+bipaSm&#10;XG7Zocrma/KLgsNjqeOlmq66R2kkrho1VEmk6UvYKosqj37XGD8zn04DpTG12rlagBjXAp/xf24/&#10;LqSiBFVQTZVVRcsxsotyWJP+39orK/IPs7Gbiqa+CpgpJsdE1FSwVGPiyENPPRtomNJANCQiRiTI&#10;QP8AYk+2DGA3iLgcajjXp5WlZi7kCmMcPs/Prl7UtL80u48pT0dFloNu5CmpZEEktBtqClr6lI3E&#10;sVPU1MTHWqsoJVhyLg8H3dXJ7DlaZ+3/AFcOA8+tzCZmGkig9c0/P/P10FAva/P15J/3v2yYbs3M&#10;dm5/IYTL0eEpmzU0kkWKlKY7CrW+NpGm8UjCOMllDcSABrW/p7qFEkwIwMZBzT/NTpiswcEkUPng&#10;UND6n/Y8uuybexx6P+IW5d/5bflY+0s1mqHC7Vr1GKoo4qqpTL5YCLD5Gmr9QhWNDJ5lJkPAHtXH&#10;blwVVakVJA8qf6s9IE3BoZnWRNVK+YqTQU/P7OHTbkcxi8QKZsnX0tAKyoFLS/cyrF9xUFDIIYg3&#10;1OlSf9h7Ll2n8f8AcXTmaGF3vgM9t6Soq2WjrHlx2YjrKSnhLVVJDWYyR4lqNXLxuwKj6j200ToC&#10;T5+v+DHRjaXby0DihPpkA/w1GK8P8vU2CeKpiSeCRZYpUV45EN1dHGpWU/0I9hRtzAbRz2cSCfcS&#10;7WxxE/kqcxRT5CGKKnp2lmeWPH3kJaxVVAN2I9pCn8NeOT0ZNLGZNAOgeZIr+ylf9VOsvuZubZm1&#10;4dt4/cW191RZGNauoxuQw9fQT43MxTo/kgyUdOxZHp50ICsr+kgq1j72Yyp4fZTz60ziNNavqz5i&#10;h+37Ove3XBdY7hy2267ccUEFPSY8Auf45Q0zVDS8LO0FQ4CKVJBINyPx7cUaeIHXqTGPUMfmB172&#10;wZbZjsaGHE1WFqa6emd58ZQ5mirZKXx2ABmQgMz/AF03vf3Ux1GM0/1Z6qZHCjUQfkOP+HNOve/H&#10;Zm4dsz0U0+IarqVFHkyqwvVeBFfyNT1sUZYWNgDq4t7rT1Hl/PrzmQChUevXvax7oh7Nx2ax69gY&#10;3+7p3NgMVl8djsVMkeMyOFaPRjqr7ejdotQXg6rEHgi/vwqR+fVpRKrq84oKA49KegP+z1xVlcEq&#10;QQGZTb8Mp0sP9gePYIfZ1Mc00SxTGEI3lvEXMcI9QZiAQCOOfdShUkrk+f8Aq+XV1bUCV/z9cvca&#10;RQXLQs0kQdY0Zhpa9uToP9ffqHj1umdQGOve3qOFKKUSyTqS9OTIGIeogRwGHijPHlI/T/qfqfej&#10;8uPV9IHXvbeKmvqHFPT+VhPNaIFEaaRmNkQuBck8cA8n34h3bPTNEdqGleve3bb+AzO4K2XHUEEU&#10;tRCrySxzzwU2jQ1nGuYrdwfxf3sGnxYp+3p9FeZtC+X5de9iTV4fYuHwmTo9xZ2tO8KGdDSUdDjl&#10;rcfITCrPDVVkbDSt/RdSTfm1veyASSBg+vSQxw0IYkPXhTH5n/Vjr3sK6jK1FQbKFiFVCsMjOos8&#10;URtGiFv0hSBbTz/j78+ljQjpxUowY/FTz/yde95qDJVuMkarhnq46yntEk6TkoqWsIxb+yfyv0Pu&#10;wHbSn+r8+nHUvhjw/wBX5f4Ove2+WU5fIzz1s0cEs4eQtHCzLLMFusaotzdz+Txf23ktQ/l1pFXz&#10;Pl172N/VG+xsumzNVBtOpzddVY2bGZXMwV7R5DE4SoXxsMYkSnRIRw8xY8WHHt7WVPaP5noung8S&#10;Rqj1zWlK+nXvYeZnMbbqa2VsHtyQUPnEsKZqrlqa1kveSGomo9CHUbn0i/8Aj7pI9Aaj9n8un7ZV&#10;gFGFfnXz697TkkUkkzVJpRQ0yyGSCFYp5IV5B8UMkg5P9NRP+Puo0kVPH0+z/L0oMyDuoRXNKcev&#10;exG25NichX0tXVbWzVVKjwPRw4OvWGF6qncH7uWSWN3RlIBKp6b/ANPb8UTAk0Oa/l0iuryCItKx&#10;ox8vn10f9hz/AF+n+HswvauzNn9t7fyvZ3Xm0cntfe2Coml7Y6+ktPEKSjiSmj7E2SFVGngkcAZa&#10;EKTA5MltDX9+kXTUDj9lK+f5/aOtwXsN2A8fxeYrn5n7PUeXUWNp4pZEqDEYXkH2siAqxDC5jnB4&#10;DA8KwPqH9D7I6qSSOsVk1OUUNfgBjYEuTYD/AB9phk46WrRwOpQN+Ofwf9v7XdJsnOVFK0dHT42r&#10;OsfcSw5KhmEbKLr6y4CBRywJt/X2+iswotKdJ5p/CbSxAzT1r/sdd+xj6W6M3Pujfu16GswVXuHD&#10;/wARWrymO23Wx1VQ9BHzNLJVYvW8ca8NJyLqCoIJ9rLS1dpl4kVyB6cf2dFG47vbw28hByBTNaV6&#10;6ZgoLMQAPqSQB/tz7FnuD467W3Lv+k211BlaHJbyz9SVxm24qkwjNVpBEmFpKKbVJSVEOggNO+mT&#10;8lT9Xb+yR7nw7ZtbNwFOJH4aeo6QbTvhisTNuI8KKMfERSgHmf6Pz64tIiI0jkIiqWZm4VVUXYsf&#10;xb839xl+Bnyvhx9LBk+vMvhMVHWGVsLkZJJLTX0LPVSUSOgVyCFkfhf8PamHl3fpkqlu+hM0oaH5&#10;inHouPubyR4wWK8RyTSqmo+Zr8vPqKmSx8g1R1tK4N7ETxc2Go2JP9OfYK1Xxy7SE2WiHW29oGwn&#10;3Zq2bDVzw1csDlnNGWiQvGEBYMq8qL+077HuQLF7eRdIq1VYUH5j+fQjj5n2CRlSK7ibXkASDVT7&#10;K4/PrMlVSyDVHUwOtwupJo2Go8Bbg/X/AA9oXb+0ctuCRcNiqyipZojUy5BcrKmHx9FHSoXZpsxW&#10;6Y7/APNsuLtwAT7QInFCaDPy/bXo8EwVTISNPGoPEeWP83We/wDr/wC2PtY4zqVX27Llc5k3wOY+&#10;5YUWPrxTQRV9NA4eGspI5mDSwSAavMnFiALk+3ooFdNRahNAPs/zH19OkUt+Uk1RqGjHEjJH+rz6&#10;6Jt7DnNvHJkZvs6Sjx33skhlosdTzCkpZYFWMR0EtWzMVkKmQ+rgk2sOPaZo6NorkV4cPsHkOlcU&#10;plTxCKV/b+wf4OvX4v8AT2OvQnx13d3fFurccFRjdldY9dYufO9l9objSRMHg6CFfI2PpFUE1eTn&#10;F1pKKLlmI12Xn2bbRst3u6SyQAJFbLqmlY0VFH+FjwVRknoPcw80bbsHgQ3BLz3UixwRJQu7n5eS&#10;L+JzhRnpryWWp8c1LAweetr5vBQ0UOkz1LgapHAP6Y4x6pJGsqj6nkXwbx7W2JX4qLrnqvYg21sl&#10;KhxX7lylaa3sXsAUp/amzOWCaaGCSxZcdSKUW4Vma1/aZ7yHwBb28QRKnu4u/wBp8vsHD1PW7fab&#10;9rgbnutx4kig6YwKRR5wacXYcNRp6gdOKBwSXYFja6qPSptyFvyf9c/7x7CWn3HhMRUUtZt3H7nx&#10;eRo5jURVBzELLS1St+zJFDHCCwTgNrPPIIt7RVh1hVU48qj9o9aeRHRzJbyTakuCrIwpTT5HjU1p&#10;9mOsns5Fdu7pvubZeI/0ubr3lj+65IZMDT0bRzVeGqsrTxhNuZqvDWp8ZTziRY6j7ZdLKNbKpF/Z&#10;iFsbmIeK7LLnFKhj+Ekk4+dOgVBY8wbFupXbI42241Y5oyg5I/pZ4DyGB1wbULabWLDVctwP7RFv&#10;z/T2ULe+w8nszL1mNnqqSt+0qEpkqqCpgq6KVr6BNT1kDFHiaXXHG9/Va/09l7RhcauPn5fP8uhn&#10;bbhDd24Zaivy/wBVfsHDrkPx/vftgnxFRDAohrMdVzlWjmpaeqWSemmNyQ1uGb/FL2/qPfjGoGpS&#10;DTAB/wBWelayoxqoIHlUUr137xTUmVqpaaKppp6ysqKVarx1MkkMkkESFlYNLYMAq3XT9R9Ln3sq&#10;xxx9R/lr8utgs3n/AKv9Xr17284gbUmhrYM5R52jrGoLYibHQx1lJFUn1xvKkzo51WItY/429uKI&#10;66Wrqpg16Yk8cMNJGmorU0NBx8qde9prI0uPzFVNJh4paG4TRS180ReTxxKJj51smssGYJ+BYcke&#10;0sgWQjRg+f2+X59XHiRj9Ujj8/M4rXj14G/tQbJ2ziqnIRSZyviokDBYYp7RieS11UswsAf6k8+1&#10;tjbRFgZjpJ/w+n+T/D0X7rdT28JW2WrefnQeZ+z/AA9dX9nn2Xs7q5aBx2F2psTZGKq6edaenrMi&#10;1dkZQsViq02MWaSN+Ra4Fj7GW2bXtUtU3C8itI8ishJJPyCgkfb1Dm+7rzB9YE2Lb57yRckgUQE+&#10;pagp558uumJA4Utz9AVH+x5Pst3bW2+t0ypoeveyNubkxFDAsVNVa66hkn/bDaQmTjjZjyQz2tcf&#10;X2H9ytNuguGhsLpJ41wGAK6sYwwBJB/l0OOWL7fhaC436yeKZ+KgBgPzWo/L067BNrkFf8DY2/1y&#10;PZbq2ilp3YFo3tf1pIkqMo4BR1uCP8R7JJYW4g+WPP7f59DmK4jnGpcfKhGfz69f23aiv0P04t/s&#10;Lce0wcqf5dPdd+8kMgEqs4vyAfoLD8W96Vsknz69QkFRxPn6de9jl1ttiTdeQpsUY3C1k8cfkBIs&#10;GIUg8Xtbk29nG32hvbhI1rny9SfXh/qp0FN/3MbPZteMfgBOnhw697tB6/8AgZvrcNFipdt7Hwdf&#10;/C6mPJ0uXz1QtEkkhQXidp3VXgY2YXB55+h95D7D7J8x7pCk+22KdoDa5GAU4qKAkVH218usUOav&#10;vI8sbVPLBuF7IjSAo0caljxOe0YY8Ps64NIiW1NYm1h+Tf8A1vZRvlf8V+5ejfNuTeeBop8FkqkR&#10;ncGEejrsclVM3kalqpcb+1DIC3AsBb3HvPft/wAx8oSyS7tAmgtmRKMoY5K9uFI9B1Jfs/7wcj+4&#10;cq7Xss7rPGCRFJVWIFMqHyRjPz67DBvob8X/AOI9kRmyFRLTrTyMWRBpUHkabWH159xhJOzxlGJI&#10;FAK8Py6yHW1ijl8VRk5/2euXvjSvMzKqs/ptbT9LfgAf4e6x6sA+XD/V9nr0oBVW1N5/6sde92h/&#10;y9/jvu7vnubaG1Nv4yWaesraeVpnjl8FHSQMJavI1LgW8MEd5X+n9Pz7HHI/KF5zZzBBYQjsB1OS&#10;AVVBUsT+w/nTqBPff3L2P285Mudy3KWjUZVTiWcjtQfMnHnTpj3JuLGbUwOV3HmJxT43EUc1ZUv9&#10;XZYlukMKj9UkjWSNRyWIHvc92t8cdodTCKj6k6mxe8NzU8UcVbv/AHLRpPDLWIgjnkoYCpOgvcix&#10;H4sfecNhtnLvLMAt+W7OJp2BrI+mobGC58+B0pSlaajTrkTdc5cze484PNG6yWluzErbRsVopNRX&#10;NMD1+fVf+7vktgMbQVGf7l7NxvX2AqWJodl4CshOcFNKddNDlq+MlvMy2DRxD37untX46dSbQylN&#10;82O6+rDhc1RmOp6jTbu3t5ZjJUkoMTUlNsfFw1VdOxYhAQqsh+huL+wtzB7lWGwWTjnCWKRXOYMs&#10;zKaihjPiahWpJpinEEiteU/b3m7etyil9rbC8FxDISt6ZZIIwyGtTKxCggVNOBHEdAencHZ3YGYU&#10;fE349b43JSUtN5o+xdyZ3P7R27W1UZRv8n3Huqop8fM0etZXpxHKzj6RH3rAfND4L/GHtnIUPYXw&#10;G6t+S+GodxZmI5rC7l2FNhuu6OiyBKxV+3qfOvHlodUunRSrBLGEJJdLAHGC85Obnu7ud55I26W1&#10;gZ6pHQmIg17hqoyVNCFBcUJyKddG+Qve3f8AkCCLYvefeLC7lSLDxv8Ar+ICAE1LVJBpqWdtDasB&#10;SOj7fH3I/KFqDJQfJfG9KYySCmpZcBU9bbq3Lls9KhH+Uw7xx+YxtJQwyxDjz4+sljka50Rj64eo&#10;P5GfftflaCs7Dx9btTbH+R1VVkcgaKOLRLYrH6JGk1E+lQI7/wBQPb20+x3PjbgLPdLB09WUhgKm&#10;mAK1OciuPPq/Mf30Pa6z2+WTa76Oe5QlEQalJ/pAEcAM4xUdClWdp7Nhmkocdk13BlVFRpxWCVsh&#10;VM9MAZUdov247XHqkcD/AB93V9WYHbP8u7rDcVN0L0/Ub17a3TkcLtvdu5dw5mk2vU4PYrTn+8FX&#10;tOnVJ3eaOL/KI0ezVDhQNOgWys5J9rIuWbKO6trI3MltPA1xBLIIi0dSXkByH8EHWsVO+ShBBQHr&#10;Aj3C9yV96t/ew5m3pttsHt5zE0cXjBpdNYoie3QJG7HcfCta1BI6L32X8daz5H9i9W7r7U3FRydR&#10;9Tbgo+wNr9QYmCeel3R2LjkePCbl7DyszKlXBjPI7UeKjgaITfvSSOQqrr0fzGds743Tmcj2BuPb&#10;pwuIrft6vDUMs08lYtNM5YVMlPIFszKbuwHDar/n2AfvFbVuW6bj+9rtfDtjEPBUk6yg4FhirDAw&#10;KfmOssPucbpy9y/ZW/Km2XRuLhSwlkKqEYj8IbNQDWgPEUp0ccfTi1hwLfTjj6D3TXMAWtHEyADn&#10;US97G4JNv9494XOCpYCtK4rx/wBR66PaHFQ2f8w6794ihIHF7f7f1XsLj+tvdMUP+r8ut6cV6979&#10;oN+FJ5/p/jyOPe6p5H8+vYC0P7eve+9BGkG4tx/txY2PveocQD1XSQNVD69e9vOISH+IUa1AK0z1&#10;EKykAkFGcXIB/wB5t7URk1VfxMcV4YPmc4r/AD6buI55LOX6emoKaf6hxPXve4D/AC8NgfFzDdAY&#10;rcGS3BtOLf8AhpMVQ5nbM0FDUQ7iyE8sc+LqXx1aNUrSNpKSW/akUMhuo99DfZ/lrkTevb+KRoIp&#10;pJUIuQXUaWQ1UNHxJc00EYr/AKXrjJ95vmz3E233UNtFBMLSdGMci6j4aHDgN5U+LSDkHpJ50Zur&#10;qFxdHSaaCphDyZWOsemnpJkYuAvjBPBAt+Dcg8e7XOxejdgw7X3zk8jTpXdfdnQbUxG7Nk5CKZqP&#10;e2WhyMdaM5kKyd9U8lJrSO0hP+aGkEC3sNbfuF1de624fU26Jt9iqqkeKSA0BViSW1MVB0nPbXhT&#10;qNtpdbbkmzj2l5ItyjneaOdJSGiLE1AArpLVLYp8fqT1W5sf5G1+8flbj+mMnsrA129OsMBv3c8u&#10;96WmoJX632jkUTDY7afgCLLEc6celaZYSEMcSJJaye5mF2hVy/H7c+xavFxUUW192z53bsktSlYI&#10;8Ti8nHJisHRKyyWp5jIoeM/2I7IL2PuPuWN23u391t8hvnVYHYyx51MlG1CNCq1SIg/toAOHQr58&#10;5Ys7vlTabozMHgUJoUUJdgzNKxBqSgX9rZychPB2Ts3bf8znaW+tp5Osrl726TxWwd74nF4ibH4k&#10;57DTVeWoN17lyNTKsRqaaCkWihEMJk0y2d9AFuxW5+opo/Jt7a+36mjonXLUgwWKky+SyAi+3TIY&#10;WpmMohlMTFU1xavwSL+5i27ceZJYZ4ooSsMjs36caqGHmdZqwFDSpGeGM9Rff7FyS9xby20zSyUA&#10;1ySMWrStKeQBFafZ0eWgbOUdXmnyOe3PufEZLOmu21LTT10eA27jGlEwosuaeOFpkjlUl2SdgVYi&#10;xUWNTHyT6Z782hu+LtDrvcG6d3QYFzujD7pp9t0NDk9sVeMDTvDV1FFDDLG8KBkl0P45Y76rqxHu&#10;I+apt5vLhobJXuY4zqWsI1RlBkMunVSnxEnSy1OR1kx7d818pi3ttl3PRBIpVNPitpYMaKUOogEm&#10;hHmDwAPQ3UVdtTsHa+S2hvXCYGopM/SZDB53Zubnx+fxWdxNahpqmKSlqDJHUUlVExBilW4BKOoN&#10;/cXYX8+uI43H7N7tFHtyqemXFZfJUFDS5jFbksfBXV9TMjCqx2tQNcYEgvfS5HsKbdzzsbM0Dqlh&#10;KzKzaY1MDMFIqyDK1oK0B6FnNX3VuZ72+/e/LU0u4Wq90Ucrss0Kk69CsT3DUSVpTj5dFCw/8rr4&#10;d7Q3hU9g9f8AVeL2LvF8rHnaSv2rPV4TFUeWpKIUOMrW2rRMMZM8CCya6UDgEgt6vYmVn84D47dW&#10;01dN1NUy9v5GsQZGmwklbldu7Yxta7WNO24q6Fyq6TqJQOVPpCj2V3+37Vu26pNdyC6gjAZRG3hq&#10;JC1SviMtUqMnSKVxxA6PLT2/9wbfZ32jcIn29JiI3MirNK0dM1jVqsa8OHzOOg9+RX8tTb/yvlwl&#10;b2HuFdkZ7baS0X95tp4jFVeQ3TR6Y5KVs5Qy+OmdY3VrIyXvzcg29jH1x313L85Y6TdPYGxcRsHr&#10;+lkoRtKgxlZVTQZN0mNRUvHl8ykMhhRFvNVyIiWBa1gfeRm2bCljydLuf030lpIQULsKysBUlWcK&#10;QtAAWxUCvn1j5Jsu18uc4Lsex3LXtyWpOdNNBxxRCQX9FBJGBWvQu9bdIdL/AMvbo/dJ2lWZipel&#10;oK7Pbh3PnUiyudytRFTkRFMZhoIw0cbkJR0NPEWJIjDOTf2iPnL/AD0Pj98dvuusensbS969o4bH&#10;/wALq5MBmYf9G+1cnSwrTLR5fdFMJBXSwyBhJDQK4VkKO63v7xY5h5v2yzvZV2r/ABkyEs5I0or1&#10;NAtCdflkUFBjrML2x+7hf7mY985jke1tWAZIitJnH9NSf0gR61audPVGvw7/AJMHb/Z2Wzfa/wAg&#10;N21/VO1d0byzO46TbEeB0djbsxWTzZyElbV4/IPENvLVwOyRLWRy1cRuXpgNDHU++Q3z1+Vvyi3I&#10;+4ezu3d0+DwvSUO1Nq5Kt2ptDHUcknkNNDgsLLHHLz9ZakySH6agOPcZXF9fXra5ZT5YHaAB6KMf&#10;nxPmfPrMvYOT+WuV7YW2y2kcKgZNKuftdqsfsrT0A62Vel/jp0t8esCNu9Qdf4TZ9EzNJVVdPHNX&#10;5zJSyW1yZPcGUeetnF+Vjecxpe0aIvHspCo7SsxbyzuxeSV2OtnYl3kaU3JP5LE8/n2kRRwB/wBX&#10;H8uhKKVFRj5dDX7mU6t5CQyhUVg0pIta1hpb6E3+nuwr8dDnh+XW+Ir6/wCH/Z697c8c6pNqqZmh&#10;oPIjS1AUNVGJR646cy8am5sf6+3AFLanx6f6vP7OrYpRRSvXvakgqaJqgTUlNVQY8PxWVWqpqZFR&#10;rhnUkRj+hHPu2rQKr5enGvp8utKznB404VxnAr/h+3r34/3w92SfET5Z9ldIVFFQR1UmY6hqaqBM&#10;vtncuRUUyCeX/KaraLuNVNUqvrWKP9tzwygm/tm5jjZdRqaD/Jxpih/l0H922azulMtSJV81HHH+&#10;A+np0l9w7Ux24I9ciCmyUQvTZKFQs6MBZUnI/wA5GfoUb8X02PvYnxNRid7baxm7Ns1aZLb+cx9N&#10;k8ZXx62EtNULcqyn9Eim6OD9CD7LMRxUdKnIH28c0/wdR5cA2kxgnorJg/b508/Tz6AxMnNicq+J&#10;yQEFfA/inpyY1503hlVjw8brZ1t9R7Z67DaY5EljIXReMMP1qTdb6fxf+vui2xnlRyo40qOI+3/Z&#10;6YS9h1MQQSMcK5pkV6WtJmQTF45dTM4EqrYKOeSL/Xi359gvubCB1bSx1qrBR+JGH55/I9uR2cni&#10;MVFRX+Xp+fSu13BWi1Htby+X/F9CHj64Na5vzYtwSD9B9Px+fZcN5Y1VEkmgpHGgjdlA08m5Y/8A&#10;E+zeG3VItKims1p6f5adLhIk0aupqxz+X2cft6UCMGAN+fZN+29xHF0ElJRtSPUK8RmeU6jBBJyt&#10;gbXLf2R7R3WklUk7mBNQcU9KevRraNHMp8Uaj5Dh+z7Oufsmm5ap8h51p6c1E4pWrnnYOkcGv0ep&#10;251fgfj3SJAzEngPIen2dGkTAOCxxgf6vy697APJ5MVJSlKSRzJq1CVxqcJ6XZR9Ljgge3pVbUsc&#10;YBDE18self8AV8ujBYwD2DUD6V+z9vXvaGq6aSgr7VZ1xFj+99f22FwGA+nHtoReCxqKg18v9XD+&#10;fThwP5jr3tkqImFSskR1Q1WoQsBZlsbBRf8A3j3TSxOoDgfsHzp606vHKqxlXHD1yD69e9wMgXEy&#10;pJ6TpCs1tLNxYkr786gUIHT8JXT2jHp1733SUc8zKCmuIEXkJAMa35v/ALb34IykVGTw600qoNK/&#10;EeA/1f6j173zrVRZLC9tViLf2foLE/7xf3Z0Zq0Hnn7f8vWoAWUhagfM/wCTr3vI9MkUfkjb6KLF&#10;j+GH0F/z78EBU1PD9lePn16OUsQH/wBivXvfUSyLA4CnyGURC/BXWL3I/wAf8R7T0ZiG4j7OvSMG&#10;kBwR/h697yxSLHVmleMC6lCbEgyafrx+L+76Cp1H9nWpFMiatXDOP8H29e9tVlSV1dG1KxUqSBY3&#10;tce9sobC48/5dPhgWAPXvbvJTItJTSjhKiTxlytgHv8AS5/I96IFQWNf5dN1kD5OrH5Y6974VlIx&#10;kYJGVMSBXBuQbDhgR7begbsOr7OvRzCo1+Z4Dy/b5ft6978tHIlMpMQJjKluLk3/ANSfyLfX3TBO&#10;scOqiQeMGUnz/l/q+XXveWCleskmmUER08BdwbqxUCwCj888e6hCRpTic8P9X7OvMVRdCUqxr8h9&#10;nz+XXvfqOmMzrNBrWRGDHx6gVH1JI/qAL/4+3lR2Wi5/wj0/Lrzs4rGw1D19D5H59e9qbSWlIqIJ&#10;B5FBSqQX8ZUW0yj8KfwfbqJjT514jIH2dUHcK+f+Dr3tSU2PqqGCSdypQwNrkUF1eJ+UYN+P8fbi&#10;RLHCWPdU8fLh8zj59WBQKSnCtPzp6n0HXvfeFpclPSPIoVWhkJimmTSji1xHJr+oI5DAcEe/RRlk&#10;KtQmox+WKn/Nx6o7qV0uwqSO0elB+z/N172y1+RzmEklZoYkjmvqicXKTEkkjT9Ub68E8G3ur+LX&#10;K0+VMf6vl0+oVzoIyCccPtH5/wCTr3v2QytHnsJ5Vp1oslQtFDUU9MpbxuxAhlgjS50N+dP0/wBb&#10;34KskTGncB8/LB+yvn1qJCshFBp/meFa18/5de9wcDj8xkRJEnkaOWORGIJQKY+R6WsPr/Tn2jWA&#10;O1BUEcMcfOh9eqyFCSFxkVx5DPlgn/J173mgxVY0klPUSRRVEjosgnhkjkkC3A8cy8FuPz/xPuzW&#10;8msAgihrX5Hz9Bjy49eqzEOVqFrw/wAJ4Dh5efXva9pIoIcQYIpHmRQY5ZFQvJDNfgOh5AA/r7Ux&#10;xAAKDqU/l+ynr1aqk47RTA4fPA8+ve8OHwuXlqh/D5aVggD/AHDSonjf6Ki0z8g/6r/YW908NS2l&#10;hUZoeNB+eK+VetFgQUYVUnOfL8+ve1qI901VfBiMfXzYnMmJmSTwxxRzJGAZZg1jGRf6eq/uyLGF&#10;LR1yQCTw/Z51pn5Y69FcQhGbBU4JPl/s+nrw697EBKLclBgfLuOqebJapEkqI4DCuiw8TKwuxuLE&#10;sePe9KPRJqMTUV4n5eXl5enTbyxSTKuG45PrXFB8+vey+7gfIZOsFPSRw5GqlJQ0ckis2lPq8TN6&#10;T/rA+6PCWqkdAVz6n04H5j59Kl0gMXxQg1B9fOnnQ/s40697WuO29O0FHDVz5PF5EodVEaN/sJIA&#10;L6Kov6Vtzd0+g90MKqdfAjBpSpPl69MzumstHkZrT14Y9a/kRx8+ve4Z29Pi5Gh/g0VYjy+ZZybo&#10;qnm0Ra4F+PTe3592+njrqNPMUqafs86f6h1cyRVpmhWgFfln/LWvXvbXkftao+mvpo6LT45IjWR0&#10;6rMo1NGl7Bj+NN7g+6i20kyMPioQAKgeVeH2cOrx1jB0gNXiun7Kfs4/n173mx23c9Xx0U+MxWVq&#10;hqZUSDIKYjHewqIzqBBHBuTYD/D200DsQWABFMD+Q44B4/M9akEVMsAVIov28AfkfP59e9vtRtCg&#10;p81QDPYSuyUlSVSWtE7RxQTBNJFradd/q5Y3sbfS/tXMqqSdNaipNaVqfT18h1uWUHUSARSuDQ/I&#10;gcCSK8aV8uve1puPb+zsrtyXGYTcYoIKfXHXZSrzMUCUB0eQU5oy4d7kaQq3P5Hth47RGMrnVrAA&#10;WlTWoJqeFCBnFAAT0x4iKGOKNgA/xAZrmgoOP8s9e9sWH6vzexqOHMbS7Er2ylZF93TVMFFLNjKh&#10;NKsqGJy2oOTbX+ePewkM1WmUoK6V04/aR8+A4jj0541m6DWWDZArwBHl6H5U4DPXvY5bL3TNR1WH&#10;j7Cyc1ZnK9ZIGSSgNJREFvIyLMkZS3IUBiGsbe22to7CBhlwp1EnJNPPOBTj/s9Jbm3T6ZxC5AQg&#10;tVs/IDhUefzxx697NhQbLxlZBTTI9LSiv5iLE+hXQFY1lIuDpP8AZI+vtQbdJAJEI004+h8j6gVp&#10;/PpGI5NRmV1oozWta/Z5D/V59e9ixhusJKMRn7orDAqAsoaciG6sYxquV+vAHP193ESqNJYEHNR6&#10;eX+rh9vVfHUr4UmVBwPP0z9vnXrq4+n5+lvz9L+xMo9qFvFJLYxr/mY0iaL9IsxYnk2I/H4/HPtq&#10;WJlXUvwjNcE/nnP2dKYwgj1x8AMimaehpx9QOHp1x8i3K35AB/H5+nsU8Dtaud46ONnWCqnp2mp1&#10;W8crBrxhrjhR+oWtz7Dc+4JZyPFeEmtaUHy8/Kv+odX1uZe/j5DzPyz51/zDqJPURKhlOm0audbG&#10;wUW9X+8e7r/hn0+myMDHufJ4sfx2aeWmSRAyMMfIon8nkaw1/QcccEf0PvCX3p3395XzbNYyqYXj&#10;1OKCtQeB+wD7TX5U6mfkXbLuKyW+uIDCzEUzTUuokkn5Yp5jqv8A+QXadLl8pHh6SvCYrHz00lMx&#10;kAjnzLB6OOEBVJKamte3Bsbi/uwvIVU2QllkkqI4pI18gkjiEdNH5B+4IQLXsPTZmuSSf8PeOkf0&#10;tq6LdyMqrQDtqSKGgCjyqQKjGOp8llu0tSbc1LCh1HgpI4/M+RHRWcZj8hQYqSPbe3Yq58jPUJUQ&#10;1mVmWruKgAz11fPc3Gkymy3K2C8+22oxdbWNTUMlWYqCpiEDvV1P7UYZi48skBuLn1Bl+h45Bt7N&#10;Niu9tsrz95xRJcPG/wDZ6ahwRnj5+VPXNcdBW9tr2aBraZ3hilADMDQkDiAfXjnz6a9+VuWqNt5f&#10;HzTZbb9fJRy1FPmMIv2mRoaijA8UlKlYAsiIOWSQjWv0/qJa4cYCkGPkqErqmJmlp6vGTw1gkjlc&#10;NEkql1ZTpuocr/gRfn2Kp7Kx5huHkO0SgPn9NhCY6Ag1DCjrgFgDX09OkkN3+4CLS3v1eHzDqcCo&#10;wDxqK8fPorqdyblwdXhc/ie+tp4DDlWxmY212rtbM1UGVrKZFaSpwuSxpZ4ZmDKyI5dGJJDAe+U9&#10;JBPSP9zXgKbSSUlRG8yUs6nRGtRLANHoN+UYg39g2ziisNw8SKLMZIBpxB+KlTXNBWo8vn0cC9nm&#10;LNHJpphWAoHBPAemPM9GfrtyZ3M4+OmpkRnysNM5yuPq46CXIUzRKy1FNR1OmQagxQB7ED6fS/tM&#10;tS0cMMMaU710ixyPUy+UpA06SMw8aEEEXIbmxFvr7Gu179CtzGzwo5Dsy6hghhwPlWgNPU06K932&#10;yWOJ9xtbspJIpDEAFlBzqJNaYxw9KdB3vjYW68xQblan31k9j0+ToaDDxrj4IKrLY+mhVEWohqXd&#10;ZU0lfUFupDG/tywiUGSWuMkApXovtvT940K1d9WuVAEuWFubgj6/4exvbe691Y3P7taC2USK2j9J&#10;jIox2E1I0+dQAeFOB6Bdxytf3u2MIr6VSficnUCrGunTjB/l1Xn3r/LcrMph9u7nxHbndWWeozT5&#10;HcM7VuGyOApnVkYNJjqyaIrHJwscRmbSTqPA95stQ456ST7OOoZWmjD1bqZ5S8bqHg0S2vHIf0sy&#10;cc25+gci93ubzfeA9ytsNLKBH2lTQkMvEg/Ycj5V6F2ze3G2WQS+n0uUUdlFFQVNWJHmB0P+yP5c&#10;/Q2Djxm4MltU7sydCIKtKTOijGPyUNXTmGaXISUaWkkj9WtBNwSCSePadr60yTfbU1RS09YrKsUV&#10;BRQxyvTox8irI4YFgwI0H1G44t7SRc8c+XNIrjc5p43NckhdXAZxilKkYGemJdq2phJDPaLppT11&#10;EcCVwDjz/Z59DDiPg18ONsrJn4vjftTGR0tNP91ks1VVWTSOSotJJJNjmlZbFmPikAOkekG/HtLb&#10;97N29sDbOR3TurdNHhMDt3H1lXuTPZqvTHYnCYuijPkr6yuYqlMiA3lNtVxZTyB7TbVHvXMd69rb&#10;u31EjAoGJbW1aUocnOAAc1HpXpXe3dvtNlEzaYYo0AoQKcfMHNM09B0O+0uhto4uXDYfAdZ4L+CT&#10;iFMPjdt4Oi++qJJ7Vjw/aBStR6YzJHLKwVF1M4NuU+nfHTMWyl3jBvrA4LbD4OLPV27pMxTVu1no&#10;8g6DG5WXMSHRFBUtNEqCXkF1+t/fp/b7nv8AeK2t/amSYTCFVUGgk4aQDgsKZNM0oek91v2xzWpe&#10;/vkApoAA+EtSg/Py9D0Jb7WzgytTihhMlnwtQYsdt6bHDE70p6emBTIYkUNGdcrwgO4ankCkC4AI&#10;A9gF3388uiPjpsuHdncW+cXtcVbTU2AgxlNFVz5vIU2PfKpB9tSlgsstPZqcvpWUsAvPuRNp9p+f&#10;OZJP3XOk6oNSiRsQgKQrJgUUhiaLx7egs/NOx7C/1sUYmLjQdKq5Irk5+E0H+m6h9c/HTE1W+UyH&#10;U21du5OirJVqt75DdNfkFzeEGQZmpqiPIZDXU1Cu0DRSwpqeMjjj3X11R/Ny+PPyd7Qy3V2zz2Bn&#10;93+ExbeqU20f4NuOiho3rK7I08Kamp4aRV8cslToOoggEEe5j2/2i/qHtP123w+JoLmUyuCwVaUZ&#10;TXPiE0CU1fLoEbxzFJzXfyQJI9tDXTCKnW1MA1BAUEnC8cenRgd1/HDftV9nka3c2zds7bx89JVT&#10;Y2kavpJaNvIsAhOWCKtnZlP0ILcf64DfIj+ZJ8m/jhgt1Q7D+OG/MXlZMktBsrKZeeHcuzKrDzyC&#10;KbN5BMYTNSzyM37VFE1mvdmFvcj7dyRyNzYIb+OC3S87Wl8MhyVp8NGA0vjPEL0hlk5o2K0SG6kl&#10;p3KXZsFDwoeNeNfIDHSkX4mbN7EoaXHdkbwHY+Goqs1wjxkc+2K1K+FgaWOvqcVUt96kXID1Eatw&#10;pFj7IKN5d+dvefePyXr6OXJ5p4Gh23i8S9Ht/awaf7haTD4unk0mZY2BqJZJCzt6dRA95E8nctWu&#10;zWyjTx4OwqxAOAKUAUeSigp5V6grmfmK6v5PAsGMpHxO3BvIjPlXhTo3W1dpbe2XiKfBbaoFx9BT&#10;IoWMz1NXPKVGlXqq2reSaVvxeRzYcCw9lR+X/YW4evKfbVN1jujN4HNZ+uXE4iuwtVU7eyUUQKrW&#10;aZaORGjZnMaXL+m559quaPA0eEDrViePA/aM/wA+nuUbWcubm6BBAJPpWuKfsr0oZYY6iJoaiKKa&#10;NxZ4pUSWJx+AyOCD/Xkeyyd/9nfLTZu28T1D35vRt1YbP0mJ3hiqWu3RgN9usVO5FHUfxjDTTlHv&#10;dZIKiQv/AFA9gq2is8SRItAO0gCtD5A0r8+h9E7FS9u3a4z9noK8P8PTfjaPFQCSTHY+moSXkgl8&#10;FClEXMMhDBljVbi9ypP1+o9llpewt5U2FqMBQZ+TCY6odqrIpjKuXETVhZy8VJUVFMyGRVB9EYNg&#10;DYj2aqzInhg/M+Xy4jP+z02bVHcO+SvCtP8AVX/VXp0tz9T/AL7+t/aOqJa6YSZA11XUMTHG9TNV&#10;TySHWOIXqJiSfpawPthgtMHj/q/Z0+LdT8z9lK9dW/p/vub+5NG+Lr6apGSy81BUwpGlDE1JPWU7&#10;C/7gkkS5S/4sp5+vvRJ1EjFetiKOpYkgjh/s9d2/3359z6LB4OpYE7wwVGyi4WeizUbWvbSZEgKk&#10;+/Z4E9KURD/ogX8j1630/P8Avufa92rtLatTl6CkzW/9o4ugq28f8Un++mWjjJ0s01Mser/WJAt9&#10;SfaeQFm+HPr/AKv2dI7mIqzMrjNM5INRnHXfsyON6m+P1DODufu/EY+jp50SYUdMlVLPTMA0NTRm&#10;Fn+o5PBtx+fe4I1kPd68OFPmB6evQfkgknqPFq1eA4/KnoPU9ePAP5/w/r7h9nY34p4rAyx7J3zU&#10;5/NSQTmKrkwebqsn90n+YiaWrSKjWGUH1vq1D8A+15WNDgVrivr9v+Tp60to1UiRjX8+Pp5V+Z64&#10;gk/VSv8AsQf969k3yFQn24SkqqypjqwqTeYPEoMbXEATUQyL+Lm1/wAe9EApXy6NxFGsYlYnPyA/&#10;n1y9w/sckKajnWmqBT1Aljp55YiKeokU+sQyfpYr+QDx7pgD1x9g63WAUIBI/YK/5eve89LHRYrI&#10;r/GqOor4YkVJqWmqFpzNKxB8aVeltHBtwD70Qyr8v8P+r16UIqRHSwOfIef55p173Aygp/v5Kmio&#10;RjaSqnkNPjzUSVclJAG0rG9RIFLEj+1pF/egBxPXpgtNQwD5cT+fXvcxqmplr6fGvkKiCjZoKaY1&#10;M03hgp7hnDRMxXSLkhbWv72oVjQD/V69JVVCME0P+rh173zy8kNPIIsfLJ4HqZEjaWQSP4I30I7M&#10;vChuWsPx733KpK4bh1tI0cEj7P8AUeve1NiNzVuOjlehyORxLSPEk0+LrKygq5IIh+14fs3RipYX&#10;GokD6+3FdnNFOPt8/n15rUByYjQY4YNeve52c7A3fksYMfWbx3rkKGqZWno8tn6/I0sTw8RF5JmY&#10;sebhb8e/Fm0gav2f5fl1Zbc0oXrXj9o4Z/yU697ScNTloMZLj6TK1i0tTUo1biaeaoSKpnUftzz0&#10;8Z0SFR9CwJHvwZhgHHTbWQYaqg18jX/ivs697x43E5bJVD47Fw5OsyNY/jixWMSqlnkkRdXNPT/q&#10;IHJJHA590Z2XJ68I5FAiUV/nX5de9vsO39xyA0FPSVrS0qImUjrqpKNUnQlkp5Gnf6R2uq/7Ye/G&#10;aQg540PTD2oZzQBD60yD/q/Pr3sV8tvDt1MZtit35vGOo25j4xFt3FV24KWt1U8K6fHTYvGMZQo0&#10;ga5VA4Av7ZeZn7S1QPTB6dNrNIqF3JA4VP8AqNOvey+5Pcmbr62orHrqml+8nqZyKWWSmjLVHEpY&#10;QsCdS2U3+v597oBgYz0oSIRHt64gW/330/1r/wDFfbP9xVAKfO7gfRSzMqgNcAhuLX90qTxz1bw1&#10;Vta8R59cvauwmTqpWmjWgSunkp5Trhj/AMpjRIiJJBIDYBV5N+PbwZaEMaf6vP8A4vp3xSv4a4pU&#10;caHr3vFiJMR99GlfizXUJbUtBHXLjZJTGhCySV+ltP1uxA/1h78BRSFPpnH+DqkikgEj8gf9jr3t&#10;dPgWNCNyQYappcfG6vjKKgr/ADf5StQtOkZnUGVtJOvUQAR72eIB6SlDXxaUJGB9h+zj172kZtp5&#10;5quSoqsZU1slQzzmOlmp6ypPmcsfLDC2oNc83W/vaNQ46uhZPKpP7eve5qmfbdNUUwoWpchVUNbQ&#10;VceXx9VRzU0dVYAU5qVHNvqwP+x92rpNFwT/AD6cDujaQmknFa1Pz/Lr3tOzYikgWNP4pT+PVRRm&#10;XTIY5J6jmpdNIJ8UC/qe3J4HtvAqOrSqUUDzP+r+XXvZwdjZLG9WbXzlbg94bU31vDP4qDE7XojB&#10;91FtqpmqEeqywbKIumQw3iSL9Nzf8e3YpNS6WGQcV8/8tPXoklnNtJ8SszEgedBx8/lw697Azsmr&#10;3XufIUP959uJSZwKU+/xtOtMuQpo1LWWkpyacsfqXQgn6ke2iQ1aZp0piuhIKtkgcfLzrjH5n5de&#10;9iV8eu56rpDdeOy22cfFV5wUlTT5KpzkNZOnjqFIWhoaSm5Vx6fHO59L8249uRXXg+pHyHSO5gjb&#10;9RUrq4kDGeA6xTQpPG0Ul9D8MB/aH5U3/B9qHsHfO1d5Yjc9f2UN9zdou9XPt2mlqvu8EMfkZDJ/&#10;xcqg+RJoCbqoXS4AFwR7fmuZZO5qEcfWn2A9J7OztrZWa4BBrjNRn5ccfs67VNGlEVFjVbKqgrpt&#10;wqqq8WA9gBt3s7sTbsWIpcXv3d2JpdtrkKvb8WIy1ZTyYytrGEjIiI6oFkZVMgcMLXAHPtpLlkIz&#10;Xj6/z/ydGZiikYPGKHyoMf5P2j067KKwZXVWVxZlYBg39QQRyPYi7i+WfaW89vx4Xeku3tw5aBgt&#10;Lu2owdNR7wgjWw8FTmqHQKuJgSPHURtb8MPbr3bVGvNP9X/F9Oz27MNBzTg2Cfs8sft64RwRxFjG&#10;pUMQSoZigIXSNCE2UW/CgD2Fm5KzG5HB0FfVYjONnanJST5XPV7BcZUWUCKjx0cSA3KCx1MAthpH&#10;19sNIGYn5cf8nVk0qi6QdRrU8BT5D/V6dZvfPcdVs2rlSt23J4CKChE2LqIpQqTBAtasNQwszBr6&#10;b8Ec3v7bZqAU/wBVR5dWkSIksK54g8P9gjy697E7KdrYyfrfDbZGLyFDujCZGuqsLmKeYU1NQ0te&#10;qo3N9evSurXHbUQtzx7sjGMmjfPA414/5OmXiiMaoa1U1HkR+f8Al697SWysnjIM9DTbhz24cbtS&#10;u8dRmanbssv8VysaanFMY/ImoyvqRnkayk6uePdH1UCsa/5OtizgWUF3YA8dJ/1enXvYn5LtDK5r&#10;ESda9cU/2mPqMiYaXytNkapKOvqiaemqa+ZVjiMKFTUShGLMT6hb36NCWA/w+Y/z9WuL1bK38GM9&#10;mePcaZwP9X+Dr3sQtz/EftPD0uMye9KjaCYSkiimeocz4mWpgdA7eWtEKLUDg6dJJtf2YvZMYw74&#10;X9lf8/RC29+MVGijL60Ckfbxr+3rgsiMzKrqzJwyhgWU/wBGA5H+x9gFuLrqho6qnxOICZ3LZuea&#10;NkxMn8Qx9LEQZadaOWH1M6KFLFjwDY+08tuqgkHh8/OnRtHckIPDyWz8gf4R9nXP2joemt1VmQah&#10;x9FJUPEUjbXDPEjzG3ljWZ1EYZTxbVf2nEJYmopTp5LxzUaDUcfT9vDy697e5/j52ziS09TtGuiV&#10;zrp20gxSRyHgxMbBgALfX8+3fp2C1XJ9ety3jKaUIr/qoOve5q7J7O29Wh8Xgc3Tt9uJJIPtnqZG&#10;kMVmjmpoD6+fUga/Fr+9lXU1IPTPjSq1Shz5eX2+ePLr3tLZNN74+ojjzVNX42WVJJvPNARXytUX&#10;Z0FTMC0Za+kqpFhxx70QxqxFf9XH7OnoZFVqtxrmv2+RPXvaEamrzlEBji+4SUstJZ9Ac3crp1at&#10;X5/Ve/59s6X8Sn8+l/ix1rX8uve//9LQ5Sg0QIqw1Mk51HUupEjYGyCRWF9IF+R7UVoaD/V8+lFK&#10;LUgkn0HnUZ63+PcCVK4qmmN7Ts4BIOkBP13/AKH/AF/6+9VXXTBI6bIdVFeve3TEZqTF1VPUPQQV&#10;SQao4o5P2WMrqdMp08nTc/q4976ujshqRw697iztPIktXKmuapqhLr06NDxjWdAHFz/S3v32dVYj&#10;JGK/6vy697lPkJamCMayHbyRtEVJdS1vUxIP6vxax9+IA7urgdg0+fl69e9wqekkjcNOskcbE3DK&#10;yFrHUQge1/8AXP8At/fhXVUE9VCnicA+X+r+fXvaxrMlTTYxaTEYKaLxxqcnkK2oFZK5BHjlhSIK&#10;Il4sOSD72Gb1z/q/ydXqGFFXjxJ/zfLr3trocbGYDWyMIk+5WIPKbvqKF2m5/FwQBb35ZSHGcV+0&#10;fb1V4yyELiuPnWnXvZ8OrclsmXpeNN57yyX928BXKlXgKBDS5JDU1TSw/bVbsFMU8hYlmBCD2crO&#10;dBpx/wBX7P59A252eKWrTVKg8B55/wAv2ddH/ff4f63s+3VXy26CG3abq3YmSy8VeohMD5nEy1+M&#10;iqhH4ZY6WYFAzsv0bUFY8m9/am3uVQ/qDj5kf6vXHA/Lp+4tQqLDAWUcRjh50r/xXn0yT4mSoyiZ&#10;CSRUWKFoFWFpI5ZIywdUmbkFQbm1uL3BHuR2v8nfibtbaNTg93bdqd/bl++P8Wotv0GCpZoJViCK&#10;a9zIqTE8rZ3Zh+SPfrm5hbEeCPQYPTkVvpFZV104gAZNOJ8uoZoNxDNeeCuoKfDGALJSstRU1Es2&#10;onyLr0qlhb9Lf7D8+6yOwPkN8fsw0Uu1unNwYupp528AqK7G0tNR06j9nwindiXI/Vf/AG59ljza&#10;mqKivl/myP8AUejKKzsiFZoSpAxw4cQPs6UyghQGNyPqbWv/AI25t7JhvDduS3XnazM1flVpJGSl&#10;hLswpKUG8NKrD6hAbC/H9PaJ5Wb16WBSG1fyHp9vXL287E6i7D7MnSDZO1czuGokqPABQUc0kQkP&#10;Ghp7BA314v8AQe2SNXxECnW6Sn+yUsRx64syopZ2VVAuWYhVAH1JJ93gfD7+VvBQ0lNvbvSoxq7h&#10;kiNZtvZuSZ0xNNLTMJGqc3JYicq1gIl9J5+vtRaQ+K+pm0gcP9X8/wCfRLuj3VqDNKtSPwjIHpX/&#10;AFU6CneXalBtmRY6DF5HcnhqaaDJnBJFWyUJqgTCpjDC5YDlr6VBF/Z4h0Js/F1Geq93bqXG7foc&#10;dJV5XcQMe3drY+D7kpFjYMlk1/SVDERRAAIOLC3s68GFU8iKca0Ap/PJ8ug7Cbu5uA7VA4tTy+Zz&#10;jy4Up1yq+xaj7KhegwtRJlMhUpDS4Lyw12ZMQg809VPS0LuIo47hXZ3Fr+9fX5ZZ7owb0zuG6brp&#10;dxUdHnKiOLcNM9RHh5qJhqqY4pnI+5vLcrIqhbfQn2TT0LsVOOAr0L7JGjooJY/soKZ/b5HoS6CS&#10;qloqWWugFLWSQRvU06usiwzMt5IhIlwbHi4Psnk0bFPNqjASXxBVsADpv/m15+n59pygPHozAAOP&#10;sp9nUv3KiraiJ4Y6h7wJFNpgY2CpKliCi2PN7i/uyigp1stWgPAde9zIq7XJGoijmkVUWMBA2iRe&#10;VfRfn/Y8e99bVixzxpx697hT18stRJLOscrsCupgFAYNy4VbC4/A9+6pqOan8+ve5KVE0iIGaQvE&#10;6JFCgaQeOXh2aNL6ST+bc+660NQDn/Vw6bE0Z7dVTWlM9e9yYcbWVrOKSgklmCSsWQaFCxsFZ7t/&#10;T6H3sBvPH+r9nTuhq1A+fXva0xnXm4KuGpkqpKKhiphD9zJkKyGE06SEAylFJLBbg+/ALXOfXprX&#10;KwOkAfb17260fX2JlaalrdzYlDTHXLLSxvPMQrgAqt7KHuLuwFh7dAUjUwx025NSWcUr5Y/2evex&#10;GoegoaieGeTK42ow/i+/qquKug8FJRcjy1EjEWUMCDpub8fX3VzSmkcen/pmcKScDJ+z7evewh3x&#10;h9oYg1dNQ1nmelrD9v8Aa1V0yFKwssyg38f+GofT3tDVTr6rGIw7LXAzjr3sK6irsEgWDxwhdOoM&#10;zuQzayS54J/w+ntvhk9bJB4cOve2xpNEjspLowIuboSD9CP9b3QsA1Vz/k6rSnXvfcD1AcCMteUh&#10;Qt+H/H09+R21Y633DI49e9qgUjRpSx18ppRUF5dUmpEWnA9Lqv1a5v8Aj3fh1fTQAPjz697b5aiE&#10;BxHIzlGOhrBI2F+Dz+T78rDVXyPXqjNT+Veve8dTUyNCDq/TZjck/UfQfj/W96NSO09VLHNePXva&#10;oxO2c1kNsVu4qX7ZMfjnY11RPkKSllWQD9lIIZWEjkjn0r72D06scjRGQEUHHyPXvaUpa5lcytIt&#10;0VlXyxiUsXFmYA2B/wBj78SaUHTCtQ1Oft697hRsZKnWCTa7AsVFgP6/j20oqcj/ACY6c7Q1R172&#10;qKBjO6GaPTRmVS5VdEbSsLAEkfU/7b26adbqGyfL/L/l697eKqdRTytXzzVZnVJoIaaWFYomuYWi&#10;la10eMD9P5B+vvYp043w9zeX+rj172l4gzurinEkcPi1lnABGrUvlJ/1Vrcfj34dNqSDq/1fZjr3&#10;tz+/FdkwviSJrJFHSUbsIr6gGVZD+nVfj6/4+9deLGWT7eve37NU9bj/ACUEL5GKlCo32dbUx3Ku&#10;AxDxU7FGAP0N+eLj3vp2TUo0jIxx8+ve2CnoEljb7yZIYSssis5UMJYU1oig/wCq+lvz7102Iww1&#10;Oacf2/Pr3t2xDY+katj0mSlqI4zSxSv4YJahjok8rNeyoLtf24jaTU8fl1ZRQkMcde9sOTjiaokY&#10;PCdcpv42D6lBFvGV9KoPoPdKg5Ap02wHH/B172nG1DX/AKjVbUDdlUH6i3/E+9dN0NK9e9xXBDfU&#10;/U88g3vz7ZI/Z177eve+AFz7r17r3vNFJ4zqBF05UNYgkngWP+8+9g063U+R697cFqJYisiszjx2&#10;j0gWjdrE/qvb3ZVBqzdWdiuOve+56p2QQsVmZX1LIBypbkgEfWx+nt7qob1Fajr3t2xuSq0qVmWv&#10;qKeWoCQvUwzNA6Io0LEWitxx7qc9bDEEaT173jmqKqqZtRlqXiZyTJM8hIvaQoHNzf8APvxUMDXJ&#10;/wBWPs6uS5NOPXvfCkqUoqqEDSyyHSxLXX9wadTI35UmxB+nv2SKDy6oWJ/b172qsDu3JbRyrZjb&#10;le+OykEE9F95HFTVcMsNUDFVRvFVo8YVh6QQL/0I+vvYJOKdPRTPG3iRGhH+Dr3tPzT19fIzpE1V&#10;NUST1szQRWYEveVpCnpUXufwB7sq1avCnTLyrTuOeOPL/Bjr3td7W2LWbgraUZaetpMdVo9ekVLS&#10;SyS1MaKfJLTPJxo4sZF4J/r7XW1qHI1DH204/P8AwDoqnvTI3hpk+vkP8/8Ag69773ttzE7eq8fQ&#10;4mSaaqdZKippprtMsgAEKspPC2ux4vf21cJGj6V8+vWUncC5r5ZFP2/6qde9oOGkq3iaohgEyROs&#10;sjNKkZ4J8gWGQjVc2+l7e0gTQxX1r/q/zdGbyoeJ4eny4/b1725V8NbjsXSzVNBHHBlZqhY5pqQr&#10;O2iwKJO3A0Eg2ABP1978yPTp8BjEDQUY8eNfs/zde9vOydhybovX5HP4zbWEoZ0gnyeVdtM0ttcs&#10;VPAgLSFQdRH05+vvfljj0yytSqsFU+Z4fkOve2vctNtnGzTxUVbFn6hZ6uCKSlEkFIIISFpa1GIJ&#10;PkFyE/HHvzGqAefWkKFMnUamn2DzP29e9oLXcfRvIJAQ9yVHHIYH/b+2/iUHrXlQ/Lr3symxPjj2&#10;dvLZ6b8q6Wk2hsKsqfs6fdm4fJTLlZVJ8i4agiVqipC6CCY4yt+L+1kVuzio86Vr/m6QXO4JbjW7&#10;ADga0+WPU/LSMeZ64h1LFAQXADFQRcA8C/sTdqfGB5pKLILnXkwP3TCrytRRLSVX20d452gwju1Q&#10;7OR+ysgXUPahdtaneDT9h/L+Xp0TNv0bH9P4SaHjUD5CoJrgDh8+uyf94+t+OPZ0tidKbY2nTrW4&#10;bq+mz9TXwKMZX9w0cHWdBGsI8lZXvuDIVLo0RQMURI7kW597ZI4zpJAPzx/mqT0pF9czMTbxBq0y&#10;woKZ8yf8A+3qJNVxpTyTgyTrGfUtDG9XKbG2lIoQzEji4A9lh7e7r39is1m9q47sXaWBxEsjrU4n&#10;rSOjyWCw4jAjpqWHc0kcs0wCgapYZB6jf2mlWOmPzHkaetP5dGFtd36SaDIFUZOmlD8jjqTG2tEa&#10;zgMqsBIpRwCL+tTYg/1BHskm4cvTZCqMwqchk66pkc1uVyNa9VJUy39chmnJkbVb+0ePaZia0I4f&#10;8X/l6M0IEYHFvWvr/qp1z9qrH9eVtZTUVfPmcPQ07wtLLFPlsdT1ccyPdY2pqiRSyuLMGH1H059t&#10;6qmlOlMduxAcsKHyrQjr3tKSQ46KuyUVRXQv9tMqUj48maGqJbS/jmF+F/P+8H3YKAagU6oFWpVm&#10;rT/VXr3t0qMvT0dKaGmp446SQrJZwZnDC6u0dSfrqb6gHg8e3DpNPI9bLqgpSnn172mI5qrJzmCM&#10;uZWf9nUyxlwAWN2ew+gt7TFiJNQrT5dV7mOkde9zIKWlWlq4q6pcVUZVqUR2kQhTaRZmuAF/of6+&#10;3qY6pQUKk5697g1dI1KsckslKPuFE8MVNVR1EqRvypnWM+hiObHm3uvhrmvVh24PCmKf5eve5cn2&#10;kcFHHWFIkAkklmo1Z6ioeSUtH9wsh0gp9Lr+P629+VdIzn/JQdeLLoAOP8J+3r3uO0i5CeIUURjh&#10;hD/apIQFshuxMh/tE8kmw/p7ampwTj+zrfxKAPLr3uMtLUSZKIztNTwSSoJCimciItdjoHDce9hC&#10;fiFR1Uks4JBz8uve1Idl1871lTQUWQOMp2BTJVEAjgUS8xrKxJUaje1vr7cMax8a0Pr1cxmvbWnr&#10;5de9yt64LCbX/hNDh85SbhrZMZS1+akoSZYcXkahby4p5SAsjxC2toyVvwCfdHVSvDz6dmSKMhUY&#10;MaVPy+XXvaKkrgipVxTNHVxNFJDNF6GEqN6iL3sRxY+6qWXgcdMFqLXzHDr3t1m33nZsa+JauqDQ&#10;SS+aajM0wop5wLLUS0iMIy4/1Wm/vxOoksOmmIYGpOcn7f8AV6ddW/x4+lv6/wBPbU1TXVVO7vp0&#10;RlSZLLEBqNrkDk8j6e/GrNqJ/wA3Tqk6QvAdd+8UcNVIJZIzaGIKXnmska6voAx4uRc2vc+60GoA&#10;Y69RqfIde99JPqWRImW99ImYW1KTY3j5/wBh7c8PUM5HVC4p173nr8fNRRxtOtUv3EMU0SyxtFHI&#10;h4Equ45H9Le6shDcK/5OttQDURX/AFeXXveQ1j2or+N/DGVSIRqEDn/V/wCqb83N/bqup7QKU60c&#10;Go4D/L172+ZXMpLjMc87K+WjhenmgVCI46ZWtBISpADgfRR/sfdiV8+rsysgLGp8+ve0yhknkiby&#10;ASTMovIRojX+yRJfgf191CFjqoaf5eqgEgAde9iji+rOwcntDPb6odpZyTau31Rsnuv7eppsFFJK&#10;4iFFDkJ1WOWR/wBQWIliByLe7g5pWn8uvKagyANQUFfKvoMdYjNCJVgMsfmYMyxah5CqgFjp+vFx&#10;7DhaiOEzO0EUqOmmOOe+tWcWaeNkP1H1Gr3qprnqlaVJzT16y+8k5JgBkqnkjliWSNmbVNThBp0M&#10;Sfr/AEH9PfvsHVh8OOB+zHXvcWKql8MiQSxaJX1SJpiElxZC0buCwBHJsfdQ6k9aowFEzXr3vqrp&#10;KnGlkq1ZfKv+aWRWJSRbpITzx+ffizFSV8urshT4z+zj173ixdXU0FQJ6WVomNgXjWNptF/UIzIG&#10;Kk/gj3aNwWoPLj1RSVJ0nj/q/wBXDr3t63LuncW75Ip8zlp69MdElJQQTuqCGCMaQIYEsuq362Au&#10;fqfdmYuCVH+r/P16SWSUEyGoHr5de9ssVVNBQy08coijqSnmikjRg4B/Wj2LKPoTYi/tsk09D14E&#10;UNPzHXvfG1tTKsUqy6Ve9ySyc6kP1H+w91rIDnq1Ep5de98qWI1Ew1zLDHGraXmMhiVgCdBZQSCf&#10;oL8A/X26oqadMggmjEDFeve1ljIIcsHo83T1Eb1CpFicvG9pMf4lOlp6I28lM39srYr9Rf6e7quo&#10;/LqjTMwp5U8uP/Ff8X172p9zbKptmYnAVdLXfxerzNPUVeRlSimONgiDaKaKmrSvjdieTpOofn26&#10;0axjGQf8PSUXSwhWNST88fZ+zz697C2satqpgZYvEyJdA7GZtAF72f68c/Tj2wEZjkf7PSk3sEg1&#10;KaDh5/sJ66uP95t+PbjTYmrq4EpY2IWaQ1MlRJpWngjtZ5JSLsQB+Lf63t9I2pQDA8+kk24W4X4q&#10;0OR/q4Z699eRcf6/5/2Hs3OM3V8R9tdZQbVqdo71zW/R5Kir7FwuTjociuRmQFaZsJX6aWahhIss&#10;QcMf1Fr8e1Syxxx0odX5f6qdIjquW/UV8jBGAB9n+fqO0VSahXFQgpwpD05pwzsxH6lnLcf62k+y&#10;w57c9Dl65FifJ1dCoIiXM1Ykjp1J0LJDSUlkQ2AJC834ufaNqFtIpnoxSIABBXGMn5enDh1JHtkq&#10;tvhtwfwnHVEVd5o4ZoWog0+tmh8xiX86h9CPx9PdTGC2D0uEZ1+Gma/t697ZMhHUUlaY54JInVVB&#10;hnU6lAHIK/Uf6w9tEMjUqD1pqhirZp5Hr3twpMjSw1clTS0dIscdJpiiyDiRPubeqo0kWYg3KIfe&#10;hqAoDTq6lNRpgeh697b62pSp1vGlmnXyzxp/m1lBs7xIlwob6/4e7O2rHDpsmrde9tylQLWVieSX&#10;45/GlvbdFA1da697kUc08M6SRSFJAw8cocqYm+upTf8A2Hval1avWwacMde9zKqsrsilLRzPNU/a&#10;PUJT6z5GU1LhmjQ2LEFhwD+eB7ckLS5H7etsx0genXvaii2/mslJTwTkp9nGkLxSyyvNSqRqELCa&#10;+lvyEH0v7siYo2eqO5U0Y1I/Pj9nXvY0bP69ytNBPkIMVTaIlQUq5AMGqapeRqlHK6vpY+1SoR8e&#10;KcKcf9Q/Z01HJOTqqKA4oc1+fz6975ZzY++pq5J1gxEEU8op1oMa8rRRt+orLJECDYkXJPtvuLEH&#10;J6cZ701bHlw/kT172sKXqLtDICKGnmwFCkqx6IDM8hBjt620pct/X259Pj1PSCW5mQnANP8AUeve&#10;xDo/jJvaaget3BuHB4vHopM89QuTmQSMNTMXnVY3DW/zanj/AGHt8WVVqeH2dFv7wuC4DkAevH/V&#10;+XXvZe927CwuHfIGDJ1GWlorhDRUxp8fUSi5MavLdrFfrpv7aeAcBwxX8uA6UrfxSrSQ6iPQY+X7&#10;PL5de9mq+MFT8Qc8abDdn7b3Ph94kRLTVGUrxPtfISg6ShrKVNUP9QJVH9L+1NmiO+hs5p/PP8uk&#10;O4T2ix6xUmlK6sV88eWPM9RakVh8f2rQqLt5WlVne1vSI1FgTf63Pu9DpXob41JWU+R2fV7QyuNq&#10;6Wn1xlaWsSGtjY3MDWYup/TqJBBXkc+5J2PZNpuH8ViDjI4D5fz4+mK9RLzPvF/ZqZLNc0/DTh/n&#10;4n59AdvTe/YWKxWQ8O0K2OojqJDR1WOkjqVnoFBHkl1keOQfXSAQQRY8H2d2HqfDChKUUdLPRJMT&#10;VosKlGpfGSohlqGKIikC9+OfcpryzthtwVoQeIoMV4Z9Pn59Q7cc3bvFcUkfSfLJx5Z9fl5fPotU&#10;nfWS+/UZaKsoKyWiJx0tTUnTHVpKqzLWU1LGshZwTo/IA/r7JH390T1bn8NVVm7tvbejCJNSUtTR&#10;vjhlZdDEwU1PjqMyColYkqFVefrcD2Ad55QtHrLpCDPChPHOASfT7K9DjY+eJFVUnbWcfOlfnx/y&#10;dGs2FvD+NSLS0dfVZUiGKapJgq5aaBpVBYrWzpGUT8qHuebfXj3WXQ/C3Z2zN447d2XwuxtvYKuq&#10;airwFF2TuKZaeSeGM1SU1fg8arEM6i6jWUUkBh7A03L30ctJe1TWlTk/KlKjqTts5rnuJVBoV8g5&#10;Of2ceHQnyZOJknFLHU1kkPjWRaRLkeR9BaOSWysV5JAJPB495N4fIvePUmRpnxnxk6UyO0IUMg3F&#10;gqLF10Dwup1sasUpKsR6gsy/T6ey6ZFjY4FPWvz8hmhP29DmLfHlgMkkIBWlCKspHzPlXOP29R6n&#10;Aw1ZZpshl7vpD+Kven1BDdRaALb/AJBsT+fY7dUZmv78poMq2KwOB29mpa+Oo27T4uhwdZkxTY01&#10;piw8vjjuWI0GYlQqi4Xke1AghkUSA1AHkaf7H+z0Q3++3r1eNdK8NIFPL5dZqiSDDUKkGfxx+KIS&#10;yNPVFNbiFZZmYlmtqux/2PsY+yultvUvUmJh262Uxe5YaipjpqLbm7KgwrTx1QmnnkyLI00rpGuk&#10;xaCPV6TYX9kM8AR1pn/L9vHP2cer2O932gRioA4cQf2/6h5dMmKzOVrNw5Oikjj/AIPS0tJNDVSU&#10;0tPUGonFvCqMSpjI9QkJuCCpH9C7bF7b3jsrZ+dps7sDYJpcHga80m7Nz4GkzebzGXhkZ4cdkaMU&#10;wedZDpVFQC5Gpzz7VxlIVNRkCp/1cehPBvl0q1kX4Rx4n04f6qdTsttukzEy1FTWZiMBFjWGhytV&#10;QxAHgyBaZlOrnklj9OB7BPY3efz17OyeZGzNh9d0e0o5jDlmm6z27iNvCla4dI2yTp5JNB5CamuB&#10;7TMSXJA8/wDB0nfebkW5lVO44FSAK/MHj86Z/PqHNgts0Jx9NVT1kcnmvQifP5szTzR2J+tReT68&#10;q1x/h7RGQ+OK9tdlVW0d2bKw/WOVZKGoj7DwUsmIwdVWZKMCLH5rCyyS0rNNIQifZlDqPKnn376N&#10;5GKkAVHE0/nU+R6Km3jxJDHNGFJ4sBivzHma14UPSmnqFpqWap0SzJDE83jiGuRlRblYx+TYfS/s&#10;JOw/jh2Psnc1Vsmbrit/4xtPCuV3EKeSpWvpdPlpshTRJ+3IgiYyR3BP1B59uTbfLC+tlpp9OH2+&#10;VQerLvMjsIV7lTgQOPzA4n7K9YcXlcfmsfSZTGVUVZQV0QmpaiJtSSpex/1ipBVlPIIIPI9+n2h1&#10;H2O1TtHI9oDH7opKJarA1OZxFfRolXSQmVsZTz5PRGWkACLESq6uAT7YKqwK0NRkfb5/l/qPSi2n&#10;+okLFj8qggH1FfQ0OPLy6nk2tYE8gcfi/wCTf2VGs6ufG1dVUTPVvTY+V5JaSuWGgrJTA95I5IYn&#10;YKklvQ6ki3tFIrK5A49CGFgI9eM/4OHz/Lrv2zRxVm0q3C72haCDNrm/4ljNvu4qGhx9InmWWs0/&#10;pRj+2E4uATx7a1MTR+rsHLiSTiDw+QyP2nh172qIeyGMUEWTwGNzVVmKOaspofsfBPT1tS8kkVRD&#10;NTteRAWOqOW/At+PdqkgKft4db/WWg0hgc/n6j7OvexO6Z+P++N37L3zuSEYrCbcppaek3FvrcFV&#10;Bi9s7XWFmqK2OWvb9MrJaMhFNrgDkj2oRV8xg/sp8z8/LpI6XkgdY10KMEk4oM1rmv8Aq9Oo8tXT&#10;wywwSSqJ6jV4Ib3kl8djIUX86QQT/Qc+xJ25158Q9g7fzG5u2ezMZ2BUwUdTjtpdedMZ+qyGaz+Y&#10;aNvFldw5uupoYcbSq5BIYMxAsoPupeFVoCB9noeFT/k/wdaa0ijj8S4YsxHBTU8PswBwp59NWWmz&#10;5no6XCUtGqSTRPX5PIynwUtGkg88NNRw/uS1DrxHq0RryWe4Csy9RfKbcPWlXjNtbRzW5YNrJmlz&#10;MuExdNFUzTTxRNHRpkZmYNVLAhKiIWj4Lab/AEfSfSxzxIP+T+f/ABfRBc2hhGqLC1JpwNTggV8i&#10;PX5efBzno6SpKPUQQzMkcsaPIis8cc4AmWJzyuoBdWkj6D+nsaO/+x8x8jsHtvbCUOC2hlkrFyU9&#10;HX4TJYCfO5qtRoocgK94vAySI1yRIWueTb3uVtQB4flQH/J/qx0iS/a28MMdPyoQTmgwcdd01OlK&#10;hjRpGW+oK7mTxi1tKE82/wAPYJzfDLt/ZO263OZX+5dKJ1khWpoK+m3BWRRMNM2qSImOnaxI9S35&#10;PvX0/AngfMf6vLo3O6Oh7QCB6kfnkV+zrKkquWUBgVtcMjLcEXBXV9R/iPbDjviZ33ufbiZLbWKo&#10;KvbuEx1dWyLNuLHwZGvpKLVV1ssOFc/cWABCHRY2Fvx7ZktnJNDgH8/9X2V6UpfPLb94P4jih4cP&#10;MH+X59dSTxRFfKwQMyoGbhNbmyLrPFyeB/jx7bcv8eKz+7G3snRZBanIZCjbI1eOkqaaOkjmWS0c&#10;UkbSjSfqoYxW/rYH3cRSaKleB/Kn2evSZLmdotUZr6ioqK+npx8vLrL7E/q/4o7q3ph6TIDbdVVb&#10;jp8xT4ybDUT0klSMfJIUlzlIKaVQsdJH652l9AXnV73CokahFSf8H+x9vTExmKmlT5HNMfL5j16j&#10;1NVT0cRnqpo4IQyIZJDpXXIwRFv/AFJIAH5PsQML8GNtZ/Kbjn2v2vv2pocHVz0D5j+5cNDt/I18&#10;N0r6aj3BLkUY08DXEszRhSASt+PZibGCRPE1E4xwFfX/AFHpiPdZDGYo07qU154/MVpUevXhK1kZ&#10;wsesA6Ge7i/0HpuCf9b2AtR19gdo5rcW39zZVN7Z2lpJcbgftdwEw0cjufs8hT1rGdDEn9qnI0tf&#10;mxsfaB0Vaaf9X2/8X0b2cszsxnOs0oPl8z5cfLrMv05/w/r+RfkH2E+5MB2LiMVNTVE8jw00Bmrc&#10;dSx06ZCKOcXjmqo6GNiYdIuGJCkcn2jZAW1D8+jKB7wDU5oRxAxjjwxjrl7C6hws9YYajNU1QkNW&#10;FihroMTUCNlAsrx1FOnjY/TVYHj68+2QoLE17hw/2OlbTaxrYU9D/l8uve/T7QyeLqIq2BYami1+&#10;SDIIshppIo2CvKY5AH0X9DkrxyPd1qCJODfzFfXy6b8aQUagz5/Lr3ubiMnQwfdR1eGgyKzCZ5Fg&#10;qI8c8MjcRyUM7gkMh9SsPqOPdmZQukitem0oSVlGDxH2/t/zde9yd0bD3NteioqrLbUzOJTNwRV+&#10;Lyc1SktFkKKp/cjmjrKclGLLx+sH+o9ptas1K1P8+l6xSKoVlIJyD6j+XXvYeQhDNOJ6nwqEZpBU&#10;K07mRRwoVb3Y/QFvd816ofVv8/Xvcv7GOpippJMpTRRxuqHzB0mhikbVqCIPVb+g/PvwUMwr1ula&#10;VPH18uve1rRVeyKTCVmNatyUtXXtpkqlohLTL4ifGfG+lixNiDfj6+3+5WqcL1RNKOdRNP5EfZ17&#10;2t+qvj3vHtml3fn8JkNt7e2TsXF/xjc2+N6ZSLbmFoi1hDjKKpn9dVWyHiKnhDNyCbA39s1SpzQe&#10;vn1oIZI2lB0KvmfP5f7A6g1mQiomo0kirJmrayOiiFHR1FX4nkVm89V9ureKFdNnmksikgEgke26&#10;Si6yo4a2Gifcss9LTCKhrVqqSlpZqxm01M9XUmxaI2JjRRyP1e/QksxNP5f4PLotikV5ZHII9Bw/&#10;w/4Op3tNQ7ZGWlqIqHL01qOnjqJnkD09NDDOSsb11WQqqxPCBb8+7k0yox0rTURg4OT5de9iltnZ&#10;HZHY/wDC8YhbcMePWDGUGLgb7elnhVyBNkKmEKNIH1lJHA5Pt2CMOdLU8jX1Pr0gvrq6jUCNQQuO&#10;Pr6ddH/fD3aX1l0T158eOu67L9sZ3bFLuPcL09RX4GB4Y5MRjvF5YX+5cu0MRH9Tql+oHsVQ2ltb&#10;W/jTlakevD/V6dBCS4vZJGDmtfTyz69NaV8lRWPTU9LK9PHEWkyJ0im82or9tEpOpm/LFRYf1v7L&#10;p2F8q9sYCoh3h0rSYGSt2hVVOJpc7kqamTx0OXh+2rqHE4DI3NbDUIGSUulipJYcg+yK7uIGLLEA&#10;V4A+Y+w+v+ToQbdHdQntGR5txz/PP+DqbPTR1MLwTrrikADIHdL2YOPXGQRYi/Bv/j7In2pV7Z3d&#10;m4d27VwlHsz+KY6Op3PtrEs8uPxeVlnL1c+Cgms6U09/IsDN+2SVB029lipmj54D/P8AaehEjAyD&#10;iKjI8vnT8/LrMi6FC6i1gBduWNv6n3lxdP0pS7YZ5juvM7td9aJk62hw236cwoJQxpYDJLPrPpVC&#10;Vv7VJ9OF1fEwxnH8ukzBnk0p2qOJp3H7Bn/D1y9jH1tTwzUmX7L233TTddSU2CkNdtbENU4XOU6w&#10;Hw1NJG7ukTq6f5h4mfUxswHt6KWQt4sb6f6INMf6vn0hura1oluymTWTx8h6nyIHXFgGGkhSD9Qy&#10;6hxyDb6e1X0t8ycV032FtfeuH6j29mcJtzdByNbltz/e5Le25cfNTimraeXLx6oaeoa7Sh4owPor&#10;MeT7etd0NrOt1Ei0RvxCtfUHh/KlOkG88tR7vtMm1ySlRKCo04pjGfMeZB8+mTceFlz+CzGFjyld&#10;h5cpj6iiiymOaMVmPlmQrHWUwlVl1IbHSeCOOL393m0/83z4d9g0+zqfIYyq2mKnO4ubc5yz7nwm&#10;U29RUlTrlWGp2vGYatYlCyxsJ/G/KSr7HcfuTHPJHayWaompWdtTCmhhTSUIJoBX7cEGtesZpfu+&#10;b8JLtlu6kRt9P2KyliDTVU1DH4Tig4g9FNw3x17I2pFn6nH9uZLcAGGrI8Xt7KYXGVtNlcuYy0dV&#10;PXZWRvtVn5ilp0BVSQyzAAr7N9uz+Yd8GtuZDGVe7O9NiVVPuHalTX032C5HdMkuBnJU4+elw0Mx&#10;pKmZeVgqNEjcgce5b3X3S5dnjRrl0HiQsSaNIxUcIiqg6S/HuIPz6hjafYn3Ot5XW1gl1xyjOpY1&#10;B/iDMw1qP6FfsJ6Dyt6/7jq9s1eN27sfLUeSxmcpZEpYsjhNvQx5ijgSVMtBX5KeGKspo3YoHpxJ&#10;G9iVDH3Xx3X/ADNfgbhHp8H011d1d2hs2NKar35T7v6pXEVm4ceKpZpdubahyMMTVFRMnpNRVECF&#10;xf1i/uNOYeeeWL6wWz2mxhRkoS7RAMRglfzFVqfhPCvU88l+0fuEZ5Nz5p3W7gnYkRLDOSqUFAzA&#10;gqM0IXgR5DpebQ6V7v3dtuvrez+z939d7yeKePBybC3VTZNKGsNM8dPl8zRVlLJRTtHMRItNExjd&#10;PS+huVInvLvn+Wp3ztDuXJTdT9qfH7uXdCtltlT0+dye/wDrigmxtUIsTtemw2EgFXQ0JgDT1UEU&#10;Hjjf/NPpFvYLfcuWruxuJZraSC7cjwyj1iVa/DoK1B05JBpXh1L1ltHuPtF7ZwSXUG42iLplZozD&#10;Nw/tMMVdvk2kHpWbJ2b8s9m7j2RQ7i7g6z7Z2BRUcGN3nWZbr3J7F7DrmjoTGc5QVeIyOQx8s5nC&#10;s8LwxKUJGrUNRQvT/wAYvgR3RhqSryfzPyXSrQZGpx+S2n2FgsYc/l6+OFHjy22g00caUM7Flp1n&#10;YSsLa1Vrj23ZWXK14iLdX72jE0OqIuCT+JSpIC/6ah8+lO+cwc9bIT9BtC7kStUMUgjVQDSjFslj&#10;WvYCKV6Ezfe8O0NuMItpdUNvkzKGir6TdmHw9BRlpvEIsjBktNWWtZyaanlUC9yCORY+QOB2hgOu&#10;dlfHD4xx703l8XNs7kzW6+0N54ZqGo3p27vKjpEqJKyqo4NUUGNoAqxQrL+2zhrX08mW9323w2Cc&#10;uctMz2cTF5naitPLTtcqD/ZqMKPOteinlTad7vd8n5w50iij3HwwlvACWjtojlgshGZG/E2kf4en&#10;TYmP3VWL/e3sPHYnE7ur6SOhXBYitOYoNtUMcrM9FS5h44jUNUNpmmk8SDhVAsPdXlFFPjN7Y/c2&#10;2ainGaochWPR4ncOLp6SCheGJ3xc4lxf+TTuEN+Ah1Ldlt7BscZ11hI1DND/ADp6/wCrHUmXM6y2&#10;bRXakRuBUq2oZyRXiOhJH++/2/sQtnbY2fUpVZDs6mhSqkSPLUk+HyYqlydFLrbN/ePh0YqVkJkR&#10;NN2Y6Fv7VRxw0L3Fa8eINfUU8q+nH06LLm6uO2LZ3Eg4EMD20xTJyafPrv3Jotj9Z5DdEe663Ib5&#10;xOyqKjdcVuamxBRtzbqje2L28Hlj041GiAX7yeMrYG4J96EFsJPFcuFHnQEkk4BpwA9c+vVZ9x3C&#10;G2eFkjllrmPV+HiWNPl5AHro34sL8i/NrD8nj2ZXqr4P9hfIWrOF65jG5pKOPI7izmbppqjO0O3s&#10;aZVlxUFc1PErzVKC6yU4jLSH9AUez3aOVdy32Ux7ShlYVJIFQBxz9nGlM9ALe/dPauXYvE3ZRbJi&#10;NA1FZm/Fp1Uoo4/Z0kN47/2Z19RUeQ3rubD7Zo8jX0+LoJ8xWw0UVXkaptFPSQvKRdmPH9B+T7K5&#10;ndn/AOjbstsVvGlhbMUDT4zRtpKILiW1vSx1uRhKkwVZN3allhZwp0lQbH2SyQiC98G5UqVqDUUA&#10;IxWn+xXy6kG2vDuW1JPt/dHIA4ZmwQcjSRxHp0rkdJFDoyujAMrqQysDyCrDgj/W9hbmcbjRFXY5&#10;cLkSPKJaLcddW1bVOSp6WWxpMFR1cccfpAPpD8fT8e0kkYQmBc0zXNa+g6NLaWbtkL1FKaQB+0t5&#10;U65e+I2bWDGUm+cfPgmxdcWjocNV52ObM089ORC8c9PHpcOOJCABw3B492MDGEXKsKHgKjBHy9eq&#10;SXsEs7bc+rXTJ0nTQjyPA+nXvdhWw+8/iR8Z8nJBlPjpjN7dgU+0sMu4qmWuO8MYMnl6dKrPUXiz&#10;pOOWNo2hkgkhid4mLxs1xwKbPc+XNlnLXVl9Q5QBu+oq3xZ4D5cTXoEblsHNW/QGEbi1tCWOkxjw&#10;3AHw9wOpq0zQDpPZfE1uXhEMeZqsdF5jKDRwiOU+OxgR5Ga5UMCXHAcEDj8259a5P+Wh8jNp4zc2&#10;d2htTJ7iio6GZtndd0UFPums/isIixe3s3icdHppJKWcLG8qArp9ZOn3J+xXPttuxWS8tiXiqVji&#10;UgyBhRUY0oCpwSKgjJ6hrm6390NjDW+0XDvWqmecgpEAO6SgILgjyrx6KlvnG/L3AbzSn6qzmyst&#10;sfLw42OvqOw6Zpn2S1DXA5jL42fHSJPXrV0zu60s+jxOmlWK+zgbl/lV/Ajc+y5927d+NUeUz4oK&#10;bKybPo99ZLA5atyoUSTbdiyhqvt47JqdmRQHI0kre/uaLr2z9trva47+PbVEzgO0PjlW1EA6NZOk&#10;UzXOaUxXrHO396Pdva79rCXfUCKSqSPbCSIqf9EYKAwzgAtQVrmnRSaT5od37Q7Vj6+7Wq9t4XbV&#10;ZnMtjl7MpdrV1XiMft+mjYYrdVRhFaOYLU1HjgkR5AsIbyXdPqhMh/Ig+BXa2IXOYaDsfqDJVNJF&#10;UTYTa3YVBumLBTPEXkosrSZmCcB4v7bJVabggG3Ptq5+7/7fbrbC5tI5bZ2FSEn1ItRwyrZB4itO&#10;P29J4vvV+9HLV6LO/FrucYNNTwNDrB4FWRs14AFfn1M3b/MD7H2DuSbCnZ9NvahpJJ6eny9btvNb&#10;HoN0pGiJTZTbVU0la0sdRI+mJftxcWI4I913dg/8J2N1ZvCZHdnxS+Smyu2MJT1tdQU2L3ljKnaN&#10;dU1lBI0NbQwZqjaooZGjkHjLuUUsDyLe4uv/ALvDTRNcctbmJVXUNMyadTA0Kqyah/tiAMdSxs33&#10;2Ntt7qPb+fdhnsZWAJkgImQKTg6TR8+eD0OlF8/tr7VydDtrvvrvdfT25ajDUmbnp5JqHdlHBSZA&#10;FqANBhWORR3CuXSWgXRpOq3ui7vv4md+/GndFbtLuXrrO7QyVFUS0/3U9M1XhKwxNby4zOUmumni&#10;YEMrpIQQfcIczci8y8qXBt94tmjzhvijb5q47SKZGeHWWPJ3uXyTz5YruHLV8kysAdJOmQeoZD3A&#10;jgejwbT3htjfODx+5No5zHbgwmUpYquiyGNqoqmGSGZdSa9BujDkMjgMpBBAIt7B/bW0Mlna2Cng&#10;gciSRVLabKNTWHqPHsPW1jJMwAFa+Yz0LrvcILONnYgkfn/L7OlHf/X/AN9+PdhvUdL0t07l9u1/&#10;b+56nHYgN91W0+08bLubc9V9uBIMfSUNMRHCZWHjaWokUKCTz9PckbCvLux3cNxvsraAassQDyGn&#10;4QDQBiRQ1IpWvUK83xc0c4WdxZ8sqhcghTK2iOpxUnJIHyFT1gqTUinlNEkD1Wn9hKqSSKnZ/wAe&#10;WSFXYC35Cn3ZTvL+aZ8QJ9t4jbWyeh+/s2KalgSaqYYnGFhBEFShojFMzINQsZ9Ja39kn3N24e+v&#10;Kcu3rabXY3rFVHAhEFBTStKmh4FjnHDrGXl37qXPltuk268wbrYR6icaGkGSe5tVPtp+VR0kaGj3&#10;uKjIy5PK4CClbWuMjoqOqnaFS50VFa9UYtR02HiUgX/t+yC9gfNqq3btzce0sR8YN5TbX3LFUwzY&#10;3dG6tz5nHAyDTFKcdBjVVpI19QkWVWDAWNh7i3dPcndNysZbD90yvHLXEjySAV4GnhjI8jUdThtX&#10;sfsW239tui71DBeWjKwkgSJGxWozIaK3pQjjx6UcNVHAAKzJ0M0mgDUvhprn+02lpG4J/F/dZZ2H&#10;vipmklpthbvWB5HdIYtuZudYUZiUjEngudP0ufr7h5tv3R6uttLp44jcj7OHDrI+Pd9pCCN7yFmA&#10;yfETJHmQGxXzHl1lbKYxBd8jQoP6tV06j/eW9rDbG1srjamKXN7F31OscgLw021cmWKre4XyxAXH&#10;+PtfbQSCQCe2mCj4qIxP2cPPyrjou3K8FwhWxuYKEYJkWlT9h/Z9nXA5fE25yeO/H1raa3P0/te9&#10;gn+X587utvhzs7cud2/8JflB2V2jmqNaGgzKbZiptr0+PUBzjaapRJaiJJZBrqZVicuAqhbD3kDy&#10;Zz/y/wAm7I232Wz3zX82Wcxr3r+BFYkFEBy3aSTQjhQ4Ne8/sDzV7v7/AG8G4c1bZa7dF3NFrLSh&#10;uOorUByOC1ZadFx+QOxq3uDFUG1sb3Hh+u8Asv3GWno/sK3N1dShtAad56mKNFjUnSDzqIb6qPbR&#10;8jf5lf8ANm+UFZW4LanRvd3QfUuQ1BdqdJdabkp91ZKg1+iLKb9q6RKm/wDV6KKC1yORz7DW982c&#10;97/ceHZWN1ZQKxYLAjeLU1y0uCGpjtCgjyx0J+SPu1+yft9ZR3d7f2m8bknb419cL4KsRQ6YFcqa&#10;GtA5Y+vQP9YfEL4b9UVcOfylRtXsXeMJSd92dr7pw+66mCpSNBJPjsVlJTQ0tnXyRMtOZYieJT9f&#10;aC+N1f3F1hWVOS3t/Ll+THYGZfI0+Tiz8OwsvW7kqqtE1NJmMzuKCqlkZpCZDdbXJ4/PtRytyxYQ&#10;Brjmflncr3UQ6NGEDD1LGQsSWNDkV+3oP+5nJ2672Fj5b9wNr2qJwwMbOFi8xWIR0wBg5/n0bmft&#10;fqoRSI3ZnX8SIuiX/f4bfAjRlvY6KkFfTyOR/h7tL2583/5hlFjaXEdefyqPkFV0cdXVVGKqNwYT&#10;IY6eMVEpnQ1dYKMhzGGZR+gBbKAAvuY9m51vdj24bZtnKd2kKksDNdxwlQa8X05AqaYxXyFOsSLj&#10;7vfIM24Nccxe6+1LKKaliiM3cRTGpxSv8/z6A/fPaXxHoEr8rvnuzrLEwV9KsNbPWdm4XG0rUtMq&#10;61VFqwFUlQ0n1ueTcn2xV/yN/nN5zcW4sZh/5dVBha6ejxGbqv71bgqKhaVKsSUtAfuMhVwU4kvT&#10;OHp4QpUoS63N/amb3g37ZD49ns1nbqQaPNuaOrGtCoYtQlSpqF4H9vQ02z7uv3f92tYRcc93N4YW&#10;IIgsdBNaNUABm0kOCGJYUYUx0Hk3zA/l79f7YwG5Z/lP0Pt/aeUqc3t3AZRu0tpx4/I1uFeKXO46&#10;CaOYtNLTtPEZtZYp5FFxqA9oTM9t/wA8bGwyVk/8vXaGdybkKldj8Au6MjCyDVC0FPRZOVgFFypA&#10;+lwDb2kX3/8AcTcJglhtu1mUGg03qZoK1P6qkihqDqHnTpVuP3dPupakm3Pm/crWFCeMTRqc0YM3&#10;gGtSaVpx6d9ufP74C5qoXFbd+YXQGQnmUyJjqbtzaWt1WA1DOsZqVb/NgsbH6D3UZ85c1/M+7bqo&#10;6v5FfFXf/XMeHpxSyTYXqHdWJgkiJ0otVXt9ykickAIbf09xZ7nc0+7fPkdtd7vtMUEMSukb241B&#10;gTVgXMshJrQgEg04CnWU33euRvuv+2ite8kcwpuT3bGj3V5GaMBwVNMWkimaivr0ZTancPT+76Na&#10;nZnZ/X25KIKriTB7xwGURVlUSozGlqHI1BgQW+t/dTtXg6rFRTDPY6uwtaGWF6PK0dbj6osToeVI&#10;6uNb6HAEi8Efn8+8ety5f5lsC0l7E0dAHIcFWoeFQaHNaA/7HWX/AO9kvmSXbJknj9UZXB8+KngR&#10;wPCvQmKyuqujB0dQyupDKysLqysPqCPoR7TkvgU2WSIrGfU8fq1NxyB/j7JkealCDX0Pl/q/n0Zw&#10;3MhUagVZiTQ+XoPsA/w9cr/6/wDtj7wvPCLhAW1A+oKq67/S6i9rf8R7eTU9BJQZH2ilPPzr1sNK&#10;wpgCv2keZz8+ur8X595EETkN+q9yQLn/AAZmH0+l7c+3YX0SaCRQA0J+fAfb5163UmqHy4eh8hn7&#10;fQdd+5cbCKWN0azIyjgagClrfX+g9vo9e4EAEj7ak+XrQefn040ZMR/BXGPmc5+eOvez19Od4S4e&#10;qwdHNkoqOGOqxnlqJp44WiFNUxjymScFQoC3Yg8W4It7k/kXnCbZL6GJ5dEWtdZFARRlI/lw/lWv&#10;ULe4XIFnvG23DSWyyylGAwpYErwWo4kcPkcceuv99/vr+94npDv34291dRbNx2b7g6z/AIxHRwVy&#10;UGU3ntqirqPKiBWnqKenyEwRSXU6WCm/1/PvNELyc00u67dexSPuyrJIVeMkSEaSQgNQy8B+3zPX&#10;Frfdr5/5Oup7B9jvBHayGrrbysHTUdIJVado+eKAdVY9mdDdp7H+TO8e7uuYclkaHsPbWE25lqLG&#10;4WsrIoqbEO6RxVsmIQ1EykTM1ndQP9ZeCcfMn+ah8VPiVtfcHWezdxbS7h7Nybiomwe0s5BNR4eu&#10;WVZQ24dx0LvTRBXW5p4yZDzYAWPuE90veRfbnd59zurld4uZmalurBGVhp0/UMlRoUqCq11gV9es&#10;gfbz2s94vee2iaazm2naI6Dx7mLSzAV/sUcB2rqoW+E0WtadQOr/AIK5HdPf+x/lF2Znt2YjcXX2&#10;Dy22NtbNlqh/d6oxeTiNLUTVeCqtbJJo/wA3JK+oH1BTc+6tMN/MY3Jv8UWajzHYO88/lKdJ6Prr&#10;p/aqYDbmAmS/2v8AeHsjOkomngaKaOV2HLfX2Jdk93bvdBHParNdvKtPpLKHw4YqYCtO1QRX+FSe&#10;JPR5e/drTY7ic330m3QxOVa7vbjXLN84rSOpznLED59Wmx46migSkjgjaFUKkzjzagwAYMjcNcCx&#10;va3498uxO2fm12ft7M4zevaFT1ttLdVI1JVbe20Wq9xy4eVNEtJU7ieOIM5S6yPDCoJJH09vbrHz&#10;7dwT3F6ke2pdagVjBM+k8Q0lATXzoADkDHR/yvy57N7BukU+3wHeLu0IZZJTpg1qa1WIE4B+HUxP&#10;DqFQ7X27jTG9DhMXSyRMzxSw0UCSxu5u7LJa4JPP1910H427DizR2vsHBzbg3bIyfeVGTyAzWaik&#10;mNzVJQkAor/XWy/63uCrXkrbZdyG3bb+td1ApUkmvHt4+deHnnrKS79zd7baTvG4f4tYqgpQaUPy&#10;qMVpx9Bj5dPp/P4HPJ/3n/jfu3r4R/yrKCSafs/vACj2ttVP4rW0Gdganobxw/chiKiyEabFgFP+&#10;psD7yo5K9q9h5UiXeOdF8SWOhSBgNAFKgyeqrx/lxr1g97x/eJ3/AJouk5T5FLBrgiPxoj3MCaaF&#10;IyMmlQego7F7YwOw/sMXFfN7tzk4pcDtnHOs9fWVLGweWNTeKIHku9hYHmw910fzPP5l1Z2Jn8n8&#10;ePjNlKnZfSG03lwGazmAZ8Vkt91NITBU0cFTRaHgxacxmGMjz8+QlDpOOPvr7zXfPe4/uPZibfbb&#10;SqhV7fFPDUQOCj8K/tr1mT92P7utv7d7LFzVzcn1G9XQ19/d4AbPFqkyEZLfh4D16ddtbWq5JY9w&#10;7w8NduKZEkjo+Jsfgf0yLT0KtdWlUgFp7Xv+iwvejqFQy3YcENpAIFzf3jsE8yaeYP8An6zGHxfb&#10;0IQFr3P+83A/1vc2JGuEUjWSRbjjj6fX/Yn3Y9zDSPP8gPInrTFRk/z/ANX7Ou/bomM81YtDSOJ3&#10;EZaolTlNQTVJpK8MEANz7dNWp4YrTzHmf8n+DqkkwjjMh4eXz8uve8kFG1fVJQ0pDwxX1uvCnR6n&#10;lJ44A5HPvbAE6RgL/h/w/b1uSRY0LE5PD7eve3KdpM5V0dDEiLSY+KOkilSNVLxxcPJMygaiouQx&#10;5t+fd2Jei+Q+X+Xy6bjHham1VZjXJrSo8vQHr3uXBPHlMrSUEbtDjKNwqhgdJSI3mna39bfQ/wBf&#10;dSxd9Kiqjj/qPHpSsehixX5/Lr3seeucyJMrVblyFPDVY7bUaUuCoahT9hJk66b7SjLwg2JUkv8A&#10;7Ae6vKSCi0Grh51ABr/q8umrpwqGOI97fKvAEnH+A9dG/wCP6+9lb4BZeul29ubrTMVstWuLjxm6&#10;sVK7q3jTJx+PcFDTqP8AdSzWewHGrj2WwEVaaFiW9PKnDh/g6hjnqPw403i1Na9hBGfVWP51HRZ/&#10;kBAuK/gW5ooUCSvUYiumNktMYvusU7OOdV1lALH6AD2fDcmzPBSRVkaNpdmRAFI1erSsYCj6H/H2&#10;IXsxBZ2zsvc5rqHEniQ1fThTz6jSx3o3Mzx6qsvkPI+Zzw/Op6AfY/acGTzOVwzzIslAkEsiyMDp&#10;iZbieJjYng3IF7X/AKewpquu6vIRxVXiKolRIrjwnUFC/i/1APsxjsEvozJGCCcUGKniT/q/b0Yx&#10;byqExO2onhUmgNePy/aB0Na9p4rD1cmPkqIzI1NDKsnmV1vI/wC3G1uQzDkf7b2Tjsfa80QyFPTp&#10;cJLNKpID6VD6WQafwT+Px7rPYlIyaYHCla0+dfOuehXZbkJZA1KYyowP8Pr0YvDZFK2kgm1H92KN&#10;ufT+pA49J+nB/HuuHvLEQpT5FpMfHKlQsb0s4eOE/wAQpjYUwL8cH9Ibgeyq5t1rpkTURQZxnzof&#10;n0M9vJa6ERzTy/1f6j09/wC+/wBf2R7JvLj8dn3eWXXWvQKyAeqhDSXa5P0LfVUHHtDEdAbHeDQV&#10;xT/Pj/P0IFADjStXUnSD8vL9nXvYP7kwD4KvrqSrVpK2m8eQhmKAGWmrIxL6whPDA/7D2o0VdZCc&#10;jgcZ/L0/LHRpE3jRrMmF/wAo9B6fLr3tMZF/v4lCxMwjoEnYjh1EXJX/AB/wB90lTxAQcHiPkT1u&#10;RRqJpShqAK0z5fn173moMBUZ2ggajF5ICJHTSbxRhrtO6jlfe1hD9oFaAH5V+fTTyxRNpcUBFaih&#10;r+35/Lr3tmzlPS0rXrYS/wBVEyLqIkA+jAc2P1B97kjqe6mK4B6ejBmXxIzj04f4eve2nFw6J5oY&#10;p3UvC0scbIWDJbUNNv1A/T+o90UFPMH5+Yp5H7Pl1tiWFWNfL/V8geve/VlP5fBXhF+3mAWpF9X2&#10;9QvoETng+r21JRKSfZWlP2+fHzrw6qSqrqUmreQ9Rx/I9e9vaYukqsTSygj0VTRyvfS6h21IiD+n&#10;9L/7H3ZQzIIyKcMnz9fPNPn0nWaR5AtNJIqP8DfsHH+XXvfCpSKGukWJY/EI1k1HSJHsNKOF+hNx&#10;b21JCInoPM041H/FHq2kqCprXHrT8ic0PHr3uCMXHk6qGtiPiEaP9wtjbywjyFNQ+ha1x7qY2NVH&#10;lnPrXh0pDMEKIcZz5/7P+o9e95s1jaR6amylLEy/cuyu1yUbxqLt6fob+7XULAAjJHHh/sfn1dda&#10;duSMVrTH50697fExQpsfi6aWDVFOySl5LsG85vHY/j/X9tyx/pgUzXP2+efMf5em3fU1K0K4xw+Z&#10;J8x173yWgimqIpE9MLu4bVZbGP0Bb/0vwD/t/dhEJHUgYJ8vs88/7HWlFM8QDUef+oD59e9uIxwk&#10;pJhWR/Zxx1T09NdDd5EXUrq4A1Bh/r39uRpE1RThw4DBx/xR60k0EjaFya/y/wA9eve2J18FXURU&#10;yNNNCqJMNNlKTDWF1qLf4G17e9TJ4Mlak1+VP8OenGHhioOT6+VP8/8AxfXvbhjcfJjJ/u46KRqS&#10;ZHhqF4IpZ5ULICXADc8XFyL39tRo+ohBStDWvAV4/wCx59MyjxVMIbQSQQcfD5f5qYr172/Q0LPD&#10;mKc085T7daiHVEwlTUgLSROPwD+L8/X2sdVJMeM4JHD7B6f5+qyOQ6BSAwIDEEUI/PgTx4V8uve3&#10;jCU7y440JPmqXp57LZX85jGkKyAmxsOQLc+6RlTJ4dQ2kUNeOfl6nqpkRbqrnAXHHz4/mfP5Y697&#10;Ve3A+cgymE/hs6tQomtYV1GJXTSJJjYFRaxJ9vxxgkg5bj9gHCnng+XTFwBboLh5ASxH5elPM58v&#10;Tr3sM3eqxmQOBrGOQ8FW8N6hY5NVKTYIrPyfqFBvx+faIlo3KVJFfTzrTpWFEymVSQP2VbzBxU/P&#10;Pp172u8dsvb+LrK2sqJ/sZq+ijk8MTJOMdI5H6rm5IY3ZdJFv8Pe2ULJoXhShNMU4+XD59JZrmaN&#10;RbnJU5bOQTUcOHCh697hQRZ3D5XKY2solraCOE1dNl6emKpHGV4WRUFy7XBsB7cj0uKB6jyHqfMU&#10;/l0rjeCSEDxMHivr6/P/AFZ697bMLg6jKztnP45SyUMEq+TGVBIlJvd1jSSzRf1Ab6+9NFWSoqBX&#10;iBitRx+yn5dOVoQhBAx3AYHyI+Xz8+PXvYpR4XC1uEqpcDU02Ky8QM01LKnnjlkT+zH5gNWoG4AP&#10;5I/HtuRVLhDQkDjn18sD5fPpPK88c+iQA8M5oc1P/FeXl172kods7kjy+PiqsLT00dSQVraPyCF5&#10;lBJ5BurMfS6m4Xi4tz7c7zQrkZqafPgK/wCodGC6JAoQefn8+P8AxfXvZn+vqTa+6dvZBsZPEuQ2&#10;9VDG5WpnpJ/4fPVspneGOtrVGoqVKyeIlVYWvz7TeC0w8TIAJOccD6f4D+3ojuhKhDuNJZjQGoJo&#10;cilf2Hr3uFu+nrUloMOcBkMjR5BHiFdjIzJDSRKLQSvWDUgUEkWP45PA97iATvkIBBx/lHSmFY1X&#10;xmbSQRQefrT/AD8T172Fq7X2hhstFRPVyQVlTO7mSuVJ5fuNIV0imT0BW+iqGHP49qHBLVYUNCMH&#10;0zn/ADj/AC9K3EjrqQcMEA0PzNDxJ9Rw697jzY+qoq+qpavOCCkiVKqmfKvHEkEcg4pg8vBWQADk&#10;i35+vvQjjAEkfwjH2H0/P9vHpxBF4IeIdtfLhUj/AFYp173CymHqstT+bCZGalihVJXfSySKoH0H&#10;LI68kqBfi3t5kHhg4oSaU9fl9vz+Y6uULqpWgD1oDnAGacfkD+Y697ZNqddUddkstQzTPXVNVE1a&#10;ktXTRaIXU3NPS0YQgMx1GSX68rYe26M0PcKsD9h4V+WB6eZr6dNyyskFfh8s4zT5enD8z6de9ml6&#10;96Sq6qbEbgi/iWNw1JR+IYmNWFRUzORqd/EboqsARwP6Wt7ZRZpGYJg+RHoD5cPP546J5tyHdbKR&#10;UGhK5rQ+X2V+zr3tQb96ay+Z0HD0ccVdST01ZjxVzSmleoguaarqwCDZHJ+gN+bixt7V/TyH+14G&#10;oaoGB5ED+dckVr16DcIqESsdINGqB8JJ4f5PSuOve+Oxug8NJQUmO7N/h+W3FVVss1Zkabx0NP4p&#10;EJWGmgsrSItibaS35uB7qsepAWzStCaaj6gcKjgeOOHS+WYTQCaMHw0HlQilOBoMZpx8uvex/wAZ&#10;0kPvMJUbazGOwOPoVNNVY1sVBXUufxrR6ZKZau3liZU0uhX6MDccXPo7VihFanIIrQVJBPlnANPI&#10;cOik3kcWow0diRg8K4r+dKgH5kHriWsL2P8Aj9OP8Tf2spetMfjM3T4vJ0FJJBWOPtp1RDHXRSLq&#10;0qSDpdQPUtyb2/r7auWeOA9oqRQVyAAfNa5+0jNOmhes9m0ytokU0APd6canh+VMdeR1cXW/Bsb8&#10;EH+lvZpNsdM49YqQx4+KKmWGKWliqlZtUgW5GltQYCwNx/W3tqJFuo/HqSCDUrQCvmfspw6Txbil&#10;yzKHLY4rkE04cBTzoPXpN5PcdLQF42YeVXVGAYHQCRpLf0ve3PsVjsCjooIpKiMzPMqrSY+gWWSt&#10;rKy9oogFHJYnTYDgcn23DaxXqeHC7ExnOqgAB/wegJP5dJ5Lp0BDEUBGOFQa1Prx41/w9J9t2F5J&#10;RGqQQRI01VkKp0jo6Snj/wA5KzMRYBeb/n8exaHT9ZBRUbz4f914FMtOIgZKR5Bq061NmK8g821e&#10;08sqW8ZQsDT5g4/Kmel1s0skLTq1VUkKfXh/g/1Z6CGDvLbWRyNTT0WZh0RzuIqh3Kx1aRsYzIsb&#10;jUFJ+ll+nI/r7M70f0ntySGl3Jl8SMpirz+JPMI3Srp5PHLFOv1BUg+jTb/H3jr7h857n+9W2LaZ&#10;Ft5gApLKfxcGDUpQmg41HUl8lbd9TC27XSkpFkgjIYft+Wn16CfujuTIYfG5CgpcjVUeSjNJK5oY&#10;1qVqMfMBOopkZhrLIf1qfyfwPdhuG3FgcXR0dDRItBRJGEp6eOHWKVWFkRyfqTfggWv+P6Yf75yl&#10;zbPdXDXS65lJ15rqpmq0/wBk0wc8cjNo3fabayjS3zGfIkMFPmM5GSa/b0XnHbg2tlzS5mWsbImv&#10;YyCqlqI4G8r/AOeNSkoPIJsyseCOLe1c2YpYGKeSNXcXqBUyyq7PKLho0XhdXN73t/h7AE1pf0Qu&#10;tSvqooNJpRs5A+QA/wAHR1JdRTxvGJFp+Hypny9aDh6HpZ0WOoala0wyTrRykJSvjGRnZXiJDRu6&#10;sdRNrFv6XF7e8mR7EwdDBHQ1NZS0ZqEnRPtaTQEewCvNXsZD+dSoo5/r7O9r2Der7xdwtYiEiAJK&#10;1HH0Wg9OPz9OkG7T7ZYSRW7Ts+vJ1NVR6/L7eg8yHXqR1mPiqWyeekkqYFki3DmIq9ZaZSS0UGNt&#10;DHZvozSXZeLXv7YhuDGNWo6Va6/GLVElU0bSp+oCKMc29X6ST/gBb2rgk3aO2mSaQlpCa6tVQMjB&#10;4AnjUU6Sm32K7lLSAaEKstOJ+fz9eP246dch1xhqmPHCn21Sx4zGyo64qiwuOlpqeuVg7TVYKm7I&#10;y2DWFrnk/T3kn3SKNhE7wU0RL8xSwPE0TG5QhW+pFri5PN+Le0i7DvfhieONyhrSoJPChNc1HzwK&#10;0Hn0ovNx2/xXD6EalFqwDEUpULwx68Pn080dHsrONIkk9PXZCFIlZJopaVxUraSNEQoArKCDYLYD&#10;6X94MX2rgxlZtrfxlfu56V55qWnjoaqNFpnBcVNLIweRmuNOg2HIPPtYm0blaQruF/A0cFKhx26q&#10;8NNeHman8j5dI7L91tclbqWMuyVTv4+gNCcD7KdJ7e3SRzePi3LhKDE5PN01aaOkjzOUzOOkiNTT&#10;sn3MdbQK/jiVlCSxmI3B1Wvb3znzeIqTPJLWyu8zTvFULDFSrTTx6Vp4ykTAiO9yUsb/AEPHsYDm&#10;DlvbrVXsLOR5gtGklKHtzU0oe6lKMDinDoNycu8x3m8/VNdJDaqMojHS5B41P+X7ei3434+/KHOb&#10;lii3Lu3YW2dn0FfR1Eex9oy7nzD18X66g1GZyfhV5Gk08ywABf0kH21/3ypfPI8td5IIUUSTySw0&#10;iNEB+iJntYsb+qxItfn6ewm+wrfXSNaqZXlOoIo7+PnQGgHnTBGMdCtLq6S3oZBGFoNTkBf9Xlxw&#10;DXo28GGzWG27LQSUlPhGpbUtPM8NTlaRJpRZZyjWZ7i3oa1yefpf2kuw+w9s0+3quswtdU1slHSz&#10;5Y00UdPT5R6rHUctTPBQVkBHlVivjiJADswuR7HfJGwXgv4rLfLeRY2YgBQHUVooJB4MVqaGgHn6&#10;hjcLqTb7R7uF45JDGWGKoKL65JHqBw+zpKQ9f7zrdxS5Cli23FXVMFDt9q2qrcxJQT0FdlYvAazC&#10;VS+OLxs4kmZA7Iq2W4+unx83P51lN8h+nO6vjttjp/N7NxO7p8fhMbuXO5ugq8q9DQ5lavcEW4sL&#10;FGYonkaFVgEE0hW12II95j8m+zO18rbvDzBHMZJkrVWAKgUoumtSHFan86HqDN75zu97tPpJo1Vc&#10;fM48vPz4U+3qwfYPSM+2cvgNx53cdPmcnh6CpQ0lDipMdQR5Cqp1pkqKSUVDMyRRGWMLJGRJqDFU&#10;ZQPdXOJ3J8oP9CGG6wyG8Ny7Y+PW/wDej0EBepY7W3buiOmpKqqosrmEZmaKlpfBOYJpFgjUA6NQ&#10;v7mddjsEvV3CZFDkEIcEAgkswHAMSxLNlvKvUb3d3GZnEH6k0alitaUFT3H+LOBWvyp0Mb0e3Kjc&#10;SVMtNip900GLiMVRJBBLl6LEVVRLHG0MrAyRRSypKpKEBipBvbjjsar6+3ZuPsCp7x3xvPLU+38V&#10;u3K4Dd1RkKncW1s9uzAYgUexNsVGIcsZEr3QwR1CyqI00BRoB9roLaztFkMUfYSSuigBdjmvlmpa&#10;pySPn00819DbxJaKC7FAwNdQ1HvapxgZznpxrHrI4kNBTw1Eonp1khmnanC0ryhJ5Y3CsCyKSyob&#10;A2tcce1t8POtu9sNvzqDuDYOze4Bh9zdkjauF3H1eY6Wpr8xjJkqdwYuNpVZBSUsLBa37v8AZ0aw&#10;fp7TXu0QbrYNBdwmZJK9tDQkedRkAeZ8unLjdLKK5e0mlVZIkExGrSVSpUOx4AFhQV+fSb3PuPZF&#10;JS5rF7rzO3Keno8PDlM1Q5yro44oMRWTyUtHW1lNUMP2pZoJI4mtdnQqnrFvd2X8xL+Yx1Jt6tqf&#10;jvRUW6Y974yuxkW/81HhaUY3bl6Rak0OOmVl+4bW6zTVFKGU2KJcX9xf7cck7ny3vl1um6xmFBqE&#10;SVJerE97A8FC/CGNTxPQh3bmd+Y9phhsFKxKMsXyzcO30ANSAeOOg56g2dU0UFNuebMQV1BXY8Ng&#10;46M1ZWpoasiSHIVr1IQlzEEVItHpFyTqPFa22u+tu7Q6R3buSDvKt3HuTeediocRFuTB0uR3NjUx&#10;bCX7HG7VhkCmnnIRRMHUJ+pifp7nqK9MNoWhnLM5FAQKinEU9DxqOozfbjLu0ay2/hxwqWGk4DGo&#10;BZjj5kf4ehzKBpEJv+2Cw+oBZvSLlSPoPwR7JB8ge06ruGq6/iY0suUx+JykuVSih+0EWTrck7tC&#10;1MXkCFYkQsqsbn6f09lt9MbqZSSCV40+fnTjXoT7XElvCztwJ4nzHqMeda9ZfZYUgdXATTeWRoxq&#10;KqdSNb0g8C/0Hsu0GvlTh556N/EQN60/Z11b6e+MEM9VMtPBHPPNIwSOGKMvJJK3ARVS5JP9fdRU&#10;kn06uWWnHPXfuVUIKd1pJ3L+C4aAgxpHKDZ1cjkm/HvQyMVx1oOHWoJ/Pr3vlLTCKCGpKMIZ2CpU&#10;6XVDIigzRRA/UrcXPvYI8+nApAqTVfXr3uRQQUrtLJNUiILdhEqOXqAgvxLyFN/pc296JoK9eUKB&#10;Unr3udisRT14mU5COCfUzxRy+R5JLXLOyxqf0jmw+vuw0lTUZ6r4KSHQ2Ca0PXvbYYJUqGjmd2pD&#10;5v8AKoIdSkLcCRFaxAva9/p78K0zx/Z1QQJqoM/Pr3uMxnPiU1KkhjpTV6QLcNb6En34MxANaf6v&#10;59eEaDCgde9yIatUqooZg81MwETxRcyKjNe8Lf6r6/j3sMS2c9eejKVpX7evexH3DvunzWEwGBgx&#10;/wBnh9rtUzUFFCxiklq6pQslRVzsCWNxYjj29QDI6ZKt2x5oP8vnXr3tIV+UqK6nhNVFG4hlWWCC&#10;mVYqenJ4d5XsXkkYAXLNx+PbJY4Vq04DpZ+EYpTh8vn869e9s6von+7lKSHyeSOBlLxEo2pY5VBB&#10;C/1590FQKHPTeGBDH59e9umTzS5eZa2eGmhnSBImMESrDKy8XaO9rgcA/Xjn34SUNONOHlj/AC9U&#10;FA1TSvAfZ6n59e9x5amk+3CwwRGRYo0M0rBirX1EwxoeL/1N/fixY0b+XTmpKU/4sde94aKapWcV&#10;UOmTQkgkEgBTxNGY3RlNhax497rTIx1eMmtfT9nXveWkrJ4EhhinY04ZxNACFvE59R9Vwf8AA3v7&#10;tH8Q8+vKzKKV697nxRQtTPP5JKapSVtGgN+9Gwu15QRpsPqfz9PbzlQM/wCz0y0iotSe7H8/8vXv&#10;a723tjsOjyUMu3MdmY8q9C1WJcRJJ92MdWRfuzeekbUodDZlJDW4PtPSvVWM7NoApQVxxz6nzHXv&#10;aMzcOWoa7I01fBNG8sqPIaqCcHzxi2tJZQSD/ZJv7sx7dNfl+z5cetRE6Cj5J44/z5697TVmcs7B&#10;NdyGF9WofU2Lf0/NvdAqg1A6uiqvA/t/1fs6976gjEwqCqxRpELyvKfSq6raY0/JP9B783A9Oep9&#10;B172uq3rrIxYY5D7qhiqafGx5uuw7TqlbFjKprU9RDEP84xUa3jB1KtiRb2yJ9RC06bUOwrj7PPP&#10;59e9pfFZCTHUGQjirpKJa2J4nanAM1eCLLTPIRdI/wAuAefz7cZKkMOvMpK4NOve2+oSlSnomhml&#10;mrHQy1EbKop6catMaC36v8fd8+vTh0gChz172usJIlPgmy7ZybGZNJ3p6ULI7B1t4yYYVNltck2H&#10;0+nu6MpHfxHV/BikUyM2k/L/AFceve2zE1UNLkaVqmrMVLS1CTNWwRM9RIB6mcTpZr3/AATce7Ch&#10;OMH0/wAvSZ4QD2cPl/n/AMnXvbvunfW6dwq9Fktz5LOUyB6elhraqSeCloC2qOCFqkGVQB/tX+sf&#10;e3OjH7P8vTi6sam1AVofmeve0xjaI11JUkU8KU9GFFTXT1BEitI4EcMSMeSx+iqPpcn2yAo7TwJ6&#10;20fiJRckde9qjD5wUhaRMhFj66hj8dHNUGXS8aNYRUsell1t/qj7cLECmD6/P0/Z0V3Nk0rYFKef&#10;r/LJ+fXvbZWZary1Xerqq2oDMZJahqqQyR/gimi4UN+L/wC9e261qWz/AKvs6bitnhWprXj8vz8z&#10;9vXvYzf6eMphNlYzZuA2ntjERULOI87JStkt0VflDI0lfkJCRIzMbooGlPoBxf22EapLYp51+zy6&#10;VLczVESpSn4qccZr5ccg/YOvew5ou1tx4F6qFBi6n7pPDWwZXFrkl5byGXRVE6XYnnRb2pLp8Xy4&#10;0HTiiQkuVGRnANfs9Ove2PdW8o914/D0IxdJj6yjqqx6nI0UYgbJCtdDFFNAgAVYNJEYubajz9Pb&#10;RrWoOP8AV/xXTygkKSBitfnwoafLy697YGWCGU1dkkNLpjpYkRT+5DYCSQDj6/1+v597VQT3Hh1a&#10;UalYA8Kf6vPr3sVqHswzUNdit2YeLJbazIpppcRNXVMP21XjwPHXYqoVXenkYmx0LpYHSQR79nh1&#10;TxWAMbKdJ/w/LHXvbjs//Ze6zPGPdo7DwWDqoRaTBwYzJ5PH1YBDgPVFUlgtbgqr+9GpVSx4EVp0&#10;lmMBoW1aa+vD0PlX/D1xfXpPjCl7cB2ZVv8A4lQT/vHvlu7FdPVFTDPi+ys1XRBZYY6Wr2hNFWx0&#10;NM5jx8b/AG7+ATSIP3PUFB5BPvSk0NDUeXl/hz+fVIQhqxkJHkSprT0z12L25t9B9L/X88n2Gtfm&#10;KCDLT1uMgljjZI4aNsp4pBBAsXjYijiuhJ/FyQP9f3oMSO716MoWUKHVcn/Vjrv29dfb6rOvc7U5&#10;qCCmrZjAFiGQpI59J8yzienhJ0h1YKV1gi3BBHt0Oymo/nn/AFfb0gvbVpzVRk+vz+X+A+XXvYz7&#10;n+Z3dm8dobg2RnNytlsNnZqaWJchTUurCrSy67YUU6KtO7gBG0cWvxz7VNeytF4Naj9p/I9FEGwl&#10;WbxKuD5H8vsP2/y6jpS00cz1McESTyi0syIqySgCw8rrYta3Gq9vx7Cbb+8lo6N0zVdWvTyZtJ61&#10;MZUS0GSmoxTaKqOnrIF1IjHSDpYfTn8+2WlY5wflSuPTozFmYVCAlaGlOOPt6ke5GR7SR6M7X27N&#10;uDEbPnrJK6XG1mXXITPXWYQTLMyxlWAsurVcnkjj3TxHYFWyPn6Hy6q9m8itEhYKxqRg19B6de9r&#10;vMfIbelJBtpsLnsrTVmKwtNjcpRFZqjF1zpfx1KR1bSJ5UQorHRYkE8j2941DUfL/V8uAp1oWj61&#10;KsdVKfL9h8+H59e9zMf8ru06OkjkyG48FkplcK+On21RxV00JaxjmyNLFGEsv0a+q/uni+vS0/Uo&#10;oao+eBX58KcevexX2v8AKDZ27sxT4fcO0EiFewpYKrItSZGneeZdCxTo6aolLH0uGNj9T7sGSuAC&#10;PnwGPKlfLFOk8pmWQOQCtOHED/V59e9pObM9JnsKjVcTjyVyEqyRqs32Kz+BlFO9R+ixkIAa9r25&#10;+nu9YNVaDT9mP89OrrJbeGzMvpQUx8/yr8v5de9//9PSBrszU5WvXJVDxrVSCGKaamhioSkcK/ty&#10;NHBpUkrfVZfr7caqrQZ8ujQOdQYHHD9n/Fdb/HtpyHhdDMKpYjLWCf7mVQwCKCouv+qb6sv9PdYA&#10;anHDj01JR8jh6/Z/qz172sYo8LV41VpYnyOQpIY6haiCNIozCptLNFA3qZOSGANweefb1aZJx1fs&#10;pqUVZfPz8uve22m24lTVBKuX+HLFNJK9ZXU05pgJLCONahVKAsv6V/w5t78DitOqrGJG1safbw/l&#10;j9vXvcGsGJpoKqZ6inaoiyDwUyfYlpZ4kN0qWkh9Kgn6X96rXDfl1qq6dR4A9ev/AK/++49jX2p1&#10;Dh9mbF2vuWp7B2vvXIbhooa2uxe0c5Hkshtaimp0qIos1TyopikDN4ygJsR/T2hDytKY1NPtx07c&#10;xCKNZGcOTTtUg0GOP7eHWCKdZmlURzxmGQxkyxPGslhfXEW/Uv8AtQ49g6mNqkxdFWGA0sWSQQUE&#10;0ko1y01OAQtQkd+De/0t9faiSigA1r59eUalrTjw/wBX+HrP7TdX/kM9Xj56elyBl0OJYzJGIJlW&#10;4MGgAsdJ5BFj7dUlgTjFOHp03OixMU46qHH+o/n/AC697Xm2to7k3Jt1qnCU01RACpNNV1a0lHXm&#10;M6RTQGVgrOvNh+Pd2c0oME5+XVFsxMn6Qyc1rQf7PXvbbI1Xt+jioZKqahr3NR/FaSAmOoinSXRH&#10;G9RFa66PoFb3sOQ2s8TSuT5daMCBRUUbgf508/28eve0sziliknpojKK6meGRZtEyKrAvqDNciQH&#10;k39tmYVKmp/l1pIkjU+GtKj+frnr3tu8NLUQCJadZZvAGeRI7BJ7WCL/AFH0uf6+/eIhwTnrZUEE&#10;Efs/1f4Ove3DH1FMI4ZlxyvWQxBpFqJoo4J5l9H6HUPx9SAT78xA8+vJVQKLn7evexY2f8gu3tgb&#10;eosPszeldtCgx+TqMhjocKlLTyfc1LeSZppWhZ5hf6eViLGw9+VkcUIyK/n16WW5KhFYqPSmD9vy&#10;6xyxRTI0c0aSxuCrRyKrowP4ZWuP949j9s/+Yr8rtr5imrsp2HPvH7JpPBR7twmHyFE8VVFYXCRQ&#10;tZWUMqoRyPrz7cXShPhkCvqeH+rh9nSCW3mYFQQ/yYD/AGOk3V7L2vWUdVQPhqWnpq233QxvlxMs&#10;xW4VnqMY0Mlxc86vYed4fJz5CfJuuhHaW9MhlcVTzLPjtr49abA7aoVHLlcJR6TIdItqmZyB9D7e&#10;aZnXSSPX1H+D0x8+mYtq7h4hoDxA4fZ1j2psbaeyKR6Ha2EpMRBK2qd4zPUVdQdRYCpr615J5QCS&#10;QJJCBc2t7KpX4alqamohx0bzeMlw8ClrFPSzCMf2dXHJ9sEsSWbPz6MPA0YhHpnpWe2xMWKZJXlt&#10;HPFKukyszeSQgXWOO1j/ALfj3oUOfKvXjHpAJwf8vXvbnUbMy5p1rzBUBJ4YK5D4Zxf7lygjWy8s&#10;oFyPxf3dl0jVg9VMMgBYitc9e9tqYeTH1DJXrMjSoVUtG0UutjZAVNiBf8290rQZ62q6fixXPXva&#10;0ocDjsJU4+ozFBJkVjqYZa2mmmdKarik5jpLwjWinjW4uf6Ae6nuBA/1HpzwSBQ/F/L7PTr3sR9z&#10;9k5ahpKvA4HBbH25i5aeOI02AwNEuRieRgUkq8/VLJVlr8ldaj/W91MdVFcEGvVCJwSoCoPsB/n/&#10;ALPXvYYY7L5uiroqDDVEstZkVamkpqCh+9lrZ6i/lTwopdwxP0T/AF/boIBx69PK7A6FBOr9v+r7&#10;Ove+skMu1QkNZVSJV+bxPT/aCGZ6iA809ZI1rlLW0H+n0v7sG4mmPXpKbYV0tWoP7Pz/AMnXveUZ&#10;3+H0dVDjaGOmqapJVydTPIsr1bsdLJHGygra3Cj6H8+2/GIHhnz9OnjHEEKBaV9a1697bJ8pmcys&#10;VJVV1dU+OmENLBpfxJBGbrEsUQCtYn+1+fz727MeH2dMlPEABrjgBXr3ttyWGrKFYY66nkh+6g1Q&#10;QyxaJ5CrabBG5+v09+o2Kfn1Yx6TQihOaDr3t623trb9fBV0+fy0+BqVUyUNe1Oa2g12sKKrWP1q&#10;zf1H096NRmnT0cYZSJDp9P8AUM4697TM+Ao/8uRatZmopdKSxELBUxfQPCWsT/tv9f22UPliueq+&#10;GNNGOR/P7Kde9wYMFKytUa/GkYBDSN4m8o/SqH+pHK+6k+E1HBr1rwDih697kth8jW1CiRpGCIAZ&#10;52bT472Coz/U/wCA92WQsa0qOveGXYNXr3vJPt+SYTGASOYYzKt2j1tGrabmFefr/vHuzMF8sdU8&#10;LUxCft697hrhaiRYpJyIoX/bSR7rDqXj9w/UAfn3ZXV+GOtmFqj/AA9e9ypdvVc7FIXiMJhV45Jm&#10;8aPZfXJGf6D6C/vxIKnrQic4HD59e9tFPiaiRXVAjuCQU5DDQ1z6hxf+nvwFMDqmhvTr3vLFjKhm&#10;VzAD/nIwrMQVePk+ReCLfgH6+99a0nh9v8uve33buAzW5cnS7fxFM1ZXVzt4II/HHPNLGpaVYmmK&#10;rcKDwT731aJHlIRM6uHXvcaeiq8TPVUEyMxWWSCoEgV2Dq5TRdbi4IPIPumtRQHBPWyr8CKde946&#10;SnfyyxHVDC9v3TG8mvR+kEpx6fqb+78evKrDB4de94npZIZ1lp5V1xOzrIFKi4PFy3190LqG0k56&#10;9pNar173LEzNIjSIwZmOtwzMJGcXJAP9f6e7YpUGv2dbrTiamteve+QAqZ5Gmljj0D0yTxyLGX/S&#10;ikLe1h9B72DXh1vMjV/1V697k1qV9QlKayRpII/JBSy+AQw6XN2CBQDYWvZuffursHbtby697wxU&#10;dFp/crtQAHlP28t1/wBpQfn/AF/ddQDhT51z1VVBNAR1730uKw804DZZaen1aJ5Jaao1xIwuZEjU&#10;ENb+hN/fhVjq9etlU4A0Hnx/4rr3vNDtGSuirnoq3HVMdIrSrPPVQ0a1MWqwMBqSoLhRcxjn8C/v&#10;xGoUPDrXh0roII/yf6vLr3tkgxgSRqasgYNNGRTqjhpvOv6FCr/ZP9PddA/F+3qoU1pTj173ITbN&#10;WrNHJTy+e7MqRkSyKgUMW8Q/p/a/p7rpzSvXqKDTz9PTr3uL/CpzJJCHLaCNQjVrC68l1P8Ah/UW&#10;Pu64x1RlZjSn+anXveemwjP+4HdljEjMwS2kAXLr+LX928+vBPPy697jxYmSWVBTyLVyaZJKmKNr&#10;+MJzcsBb/be9Z1U9evBSSAuT1726QbS3RVpAaLCV87VRYQvHBJeQBgSYiPr/AIsfbgjc9UkcJk9e&#10;9ibhvjp21uJv4gm1KuhoW9fnrwtDEURLmQNORdeOW/N/bvgEfFj/AFfLpG15U0VT9vAfz697F3bX&#10;xR31WYfOZODZeW3dWYagFZXY7E5WnpIKeCW/+VxvpcziKwZo+Cfx7caCi6vLP/F/6uPST6qZmNVq&#10;KVwafIGnE/Knn1jeWKPT5JETW2hNbqutz9FXUeT/AIe3XpjbGz8fQ5nN9oY2r3FnNr5Klx+2urp3&#10;hweLzdTJd4TnqpRG01NC41SU6uC7WDMAfdo4wDUg/wCGlfl58OqJdLPEz5JBACjAr51JyaHy67dS&#10;6kK5QnjWOWUfkqDxf+l/bn2Xu/suGgbd9Ni8bHVbniNDlq3EYmknXY2PxxEFBg6Oix/7VHGsI1J+&#10;3zb8m59+knCsNHlgk+X5epPl+fTsMNzI/wBRMopwY8dI4AUHD165AWFvp/sSf95Psnwno2zUuQzW&#10;Tq8lSJKKiqqXV0yWRdjcQwpObgk8FmOke02rUc5P+T5+f+bpcYkUhtX7PTyp/s9d+xXxO78FlZ8f&#10;gcH15h6PCSVuNjyeQrNec3PNSLUAyumTGmOnuLnRFDz9CT78yOx409fPH+T5dF15uVtaFQyhRmpN&#10;SWz+VD9nnn7fe4e69n5/J5SswuMjrc5QRZatbEJ5Z5qyKKSoP2832iCyu8egSKB9Rbj3owMFJUVP&#10;HHn6fZwp9nVId+tmBjjOsVrivHyI9DTB69/ieP8AX/HtF5HYG6cPJBQ5qkyGK8rFoqespK2C5P8A&#10;bSnZQR+AWtz78V7RQZp/s/5ejiErdaQycfWvpwp5/wCD9nXgb8j22YvYm4NxGdMPjZ8iKaVoZ5oD&#10;FEkLItyzySkAWFydRFh7qVCceJ6s4cDw4xUj9gr6/Z172LPX2w9u46vmqt37n2Bj5qencRRVmVXM&#10;rQVEZ0msq8bjPKahlHIgB5a1+PaqNVyGNOHSG9EukqXA/OtPy8/s/b172Z+t7u6sxMm3cblt99pd&#10;u7bwdIVq6Wmhpdg4alnVL0+Nwv3YlKIeQdMCkLYDk39m8V3DGNK0YL+2v+GlPs6C91tzXbKXkaVR&#10;6dtP9j/UOo8kcpScQtDBM/8Am5jF5QGA4eWK6arf01f7H2hs580c/TVdSeptk7T62p0SX7PKzrV7&#10;w3XqQaoQcxnSYRILXDJTCx+h9ppNyZgY8D5+f8/8Pl0tstmKjUqha+fE/kTX0Hl15YWKBZ5WlYog&#10;fSPFGXUepkRSSLn8Fj/T2WPfPbvZvaNa2S7C37uzeFUskcRXMZeqqadadl9S0lECkEYWwGlY7fj2&#10;XSTu9STX/N0IorJgh1GijFB/qOf5ddUtHS0Ufho6anpIdbSeKmhjgjLudTuY4gBqJ5Jt7S2L+zlG&#10;bilX7KH+FNJSed1SRnhYGNV4ALO31X2yaA4A+2n7a/4OtPFGrsOAOcnPl5/5upPtKpjaydXqIk/y&#10;eLR5ZpCESJpOVUk/1/HHPvzA6qnz6VosjJrpw697hnwmnYk3qVkYEEagyaeHDEfi1re6eXXqArXz&#10;697yQ1KwxO7+RqkFft1BskQBu7yX/wAOBb34Vpnr1cH1PXvbjPmamSGief7dhTOxghVRq0s+t2nt&#10;9ebWv70WoQSK9WaRmI1jh173gjq3rp28puCzMiACwdvUwQLwB7quRUev+r+XWizMade9y1op546n&#10;7OKedItP3DhbrArE2LW5C3/r7vwHVirHhXr3tUwUhi2/PTVVfjIWgmjqBQyU8H35RrFPHUgeQsSf&#10;03sAeffs1r5dPBCFo5APp59e9ttVRNOsRMMoprjyVAX0A/RkRj9SDwOfeioP+r+fVWC4A/M/P5de&#10;9wIIIFjrVPq0JrijQlVKh+UYjn/Y291CBTq8/n16nFR/sde9vkecdqKKimMFHR0rvLTU0SiOoAlI&#10;B8lYQZHT6nQDz/re7gkEMOtFmpoIoBw9fz+XXvcLLZHxiVKZpTT1CgKr1UrGRENlnNMGIS5+gYfT&#10;3uRg2WwOtEjNM1/l6/5uve2FhR1NKl6kw1IOlo1QvGyEcOHH5/BHutQVHVDoA7cde9sjQv8A1JX+&#10;x9eRewNv8fbJBHDh1WhJoOve+CowJJB9DC40m9/xcH3Wo69Q1p1725VCPqZZGczykM+kaY5L+okE&#10;cf4iw92AJ8unfkcde99CDINDJTRyTPTEiaSISkRExD9bITYlQbA2v/T3cJQ1/wBVOm2JAoMjr3vu&#10;kqpqGoEtMY4n8TQSM0YmBDjS7mOYEBv6WHH49uCgx1oagcY697ea7LPVUMVLJ93VkRtGj1MxkELK&#10;19UKG9l08BfeiDXHWyxIpk9e9sEJCuBOsgiJHk0WDsAOFV/oCfdVWhz1rWKivXvZk+tvjlvntelq&#10;dy09Fi9j9fY6KE5ff2/sn/A9s46ELa8dVUAS1s7/AFSnoopHP4H59qdAPaBX1/1f5OrMs1wx8MaE&#10;HFmwB9nr86V6h1NbFTNFGRJLPOWEMEKNJI+n6sQvCoDYM7EKLi59i09V8fejqWSr27iI+894YjJ0&#10;9G29N20KUvXQklh8wG2dl61mrTDa33GQkVT9TCb290cGtK0zT/V/xXXhLBFlKyMDSp+H7QPP8+u0&#10;E86q0oamVkGqAFGlVr+pXmQlfpwQt/8ABvYF9k/Jbt/s2klw24t55Wr26mQerx+3YRRUe3sWgHjj&#10;hxmJoIYaeBUT0ARRgAf190ooGP29beadzSRzTyGAP9Q+zrlFR00DtLFBEkzokck4QGeVI/8ANrLO&#10;fW+n8BmNvYCPUMVf6AyONQ0g3C8+l/qL/wBB/r+/EjqlSAepPtcVmbwa4SjpoNuRyGRKgyz1dfI8&#10;iVTKEE8YgVOEt6FdiD+b+9H+Lzp08zx6AAvHia+deve0JAkjnTAheUAOSq6yAvJsLcf439trxqK/&#10;y6ayOve3uOqAp5pMmq1M0iKKLW4Yh9Wku0aclQOADYe3RXzPVgw0nV5/4eve+cFFBkshDBQCq8Tl&#10;DMFQtKX4vFFGn9Twpv73Q/H5DptvNkqaD8+vezm1mxej9o4nbcu8S0WaymBknyMuOqGq5cBkHH7G&#10;Pr8UbGSZoiGMicKx/Pt1WZu6n59bKQKlJa1YHIyQfs697KBunL4itnekw2Mio8XQVEq4+QIwq6mC&#10;+lZ8hJISWdhY2Fre6MQQMevWgw8MIFoBWnr+fXvbrLnNl1OxcfiY9qSUe96Svm8m5qTIVDw5bF1A&#10;4grcdJdY5oTbQ8ZAIPI9t0OqvT/iRGALoow4kefpXr3tu2xutNuY7cFI1BBVVOUpYqekqahFf7KR&#10;JxJK6oRyWAsbnj3dGIFSK9JTUVAAOoUzx697bEXPZqvHhSpqamuTRGIlaNZIV4KqEsAq/kfT24ag&#10;Vpw68qFgFp172LHWXcG6+os3JiKg47L7daVlyu1Nx4+LcG3nlZbGdcfNyjre5aFla/8AX35JAOJ4&#10;9MXFu4UqgBYeR4ddEE/Q2/3v2aem+V3x7rILbx+J/VGbrEjKnObayW5dt5LIKfSy1FAt0DEcgqwH&#10;9faxZoSFDIpp/PoOT2V85WNU/FU9xCD50B/2fPPTP/DKtauepjzWR0TAaaOZaKSkpyPp9uqwrIL/&#10;AJ1yN/hb2AXeXc/Wu/KXDYnq3qjHdT4OheeWuxtBWT5KuyVTLYeXIZepLSOo/wB1xA6V91mnUppi&#10;GkD+fr/PpZabfcpMXloQBg1Jqfzzj5jpxpopoo9M9Q1TKSS0hRYx/gFjXgf7f2WOR1lljEEIjJRY&#10;tJYsGkJ0mQf0v/r+0TlmenQg6ke50ME1BNJSVlIEnchQJw4cahdSir9QwIIb/be/IjEaT5/8X1YY&#10;7SKnr3vgi11DXsaSolgqYGDJPHI9O4YWYBGNiDfj3o60bB62CdVVweve4tdU1lTM0tXNJNPI7zyy&#10;ySeWV5JDd5JJPrc/m59suaNXz6qak1PXvfkpXelacFSocoACutmtqNxe5/wNvdmAOT14KSKgde9u&#10;uDkpKerc5FnoqeWDxmQQNLwRdv2yCTf+gt7vCq1II/b1aMqG7+HXvcGrpjPWTiidqmAMfFOYBSCS&#10;MfQmL6L/AK3urJ6ev5H/AFevVaqSQp6974rUyxUhoWp6bTJKkwmaBTVDQf0RzjnQx+o5v70B3ZP5&#10;dbqQKHr3sf8AZNJgKDGw7mz2LjoRPMy0eQkilkg1QII3jpIVVlWX8gkE359rECP3Dy6Th1ceMwxw&#10;wcfYP9X2de9rfGV2yKcZnclb4TBTxpPjIZp3WpydQ41JSRFlsjvYF5H4H+v7f8QYHp8gP+L60FRl&#10;LknzApivyHz697DPfnbtfXZQU23MlVUeDgp6c08EdlenqZFD1aF0FpGVrqHtyPaaWcAEHP8Aq/1Y&#10;6skRWiqdK/zH+c9e9qnr7evdOeqJJ9s1tRnIoDDDPBW09HNpp4fUIXUhOG/taTqI/Pt2JCzVHw/s&#10;p88f7PTFxdzWwJU6gBwPXvY5DsrsXCKz7j6dr3lWQxpk6aTOYmCN9dwKdaeGVT/hd/8AX9rlhlqC&#10;ASPI0xnzx/l6IZd0iZWlkUDNeJGfz/1Hrx49j7vHHb3y/QGL7U3PuvO7c2pNuEYGjwecqxlY4czN&#10;E0kUcVFRgVKpoB0zSQ6SePZg0M8cHiMvafyIp8vz/wCK6KGWOeD6gSEgmulvl/On2dNgy2P/AIu2&#10;DEv+5T+HnKNAIpAPslqBS+Uz6dF9bAadV/za3skFZR7/AKmkir8fgauvw8olhpcjKgemqylzK8Za&#10;wNv6GxHsudSVJP8Amz/q49LogvhqK8Rx/wBX+UV6c/aY61gy8meGWimxsC4zJxV0v8SrIqOkmlpZ&#10;TKtL5Jb+S9uUX6/T23EJEY1wK1/1fn09PCsyU9F8/lx4fL9vXvewN8Quh+uO1cXie9tmbq3Ns/OP&#10;VzpkNvYDOQ1Gzmy0TMlfCmClSxjl5fSGH1vxb3JnKe2rfObjWUYYwcYzkeh9ePULc8XUdoKwoVLG&#10;pAFKUFDU0rpzwOM9BD2L2HPs6qpaKTDR5OiyFO8ssrTSwCKJXEbnyBGXgkfUi3H5Ps5m8Opc9vOo&#10;kg3Pv7fVds+J9dNsnDxQbVwcwiXRLUZLLU0gmq0AJZElZUv9Va3uTriBhH/jUzFBSi8ASPUgZHlQ&#10;46im3Q3lyCUzjOScjgRStD6fLpEY7dW2sZVrXUGG2tQ5V00/xB6uXKZSCpqYyBCKaOMujSG3kWFh&#10;cHkeyL9o94fGT44TbkoqKuw+XyeMlp6TCbfoVXMbmetlD/cSZariZoYo0ZRpOoEi973A9gjd+Zts&#10;2/WlvSvouTXzqRUeXl1IexclTTlWpTFcCnz6GjEPuHI47FyZeOCirJoGkyYoZHWmUlv2oqaOdRL6&#10;lI16wLcj3W9mPkVld352bfGfwGR3Qm4aqrS/3yzYzaGCi0w46hxVK+mCKSZgZJWdVsoCjVcn3HN5&#10;vMt3I0hyT65A/wBKOPln7OpR2/liK1HiyKSSPM8B/n8/+LPSnhhigQRxKEVb2A+pJ/UzN9Sb/Uk3&#10;9hzJ2P3vufLVuzth7W2pUnGRjIJQ4rFUOaljp6+xjjmqHLUzSWI8o0Cx4FvZMbiSUkAfn5/8Xw6E&#10;9rHFbAQtxP8ACFx8zk1/Zx6ze3nrnPd77k3PRYyu3vgtkbkpq3+DwUG5ElwcCGpcQS1KxQp4mRHU&#10;CREXVp/BHvUcl0Wop4ngP5V/y56Ktz8J31xuQQfWmK58qfb/AID1xYgKSQxspYhQWY2F7AD6n/D2&#10;dzcnVH8zvrbD7gwXi2/uTaj7Wq8xNvDb2Fw9dgcbiP8AgQ5w+4p1hlpahyLsjrr+hAtb2YnbdwKe&#10;LorjUD5ADIqfKnzNeiyLddrNyYrTVUEaSzgNjB7dIr6jiT8ughxvb3Um4c5Q4iLeGLp90fxeow9F&#10;tzI182GzlRlIY9M1IuBqmiknIUnTeJl4JB4JDH8dOpd25+k3Bn+y5qjE7traGNoIdyVuSyNFJNPG&#10;IcNJLisa2qGIuTK4spbgX59+js5XXuOmvHzzUH/ZH7Ol6zuSXBNT5n0xTHl+fn0KdXUPTorx00lW&#10;xexjieBCqaSzyXnZQRxawN/959h7lsHFtndVDt3dsFNnt40248hjq2m++3RhcNQ4mjm8lVHjqKkm&#10;k8LvF+8kzgFha9/aSW3+nammpB4mop8qYrjpPI4kARzqavlUD+Wc/PBHn1IikSaKOaNg0cqLIjgg&#10;hkcalII/qDx7HrtnO91U9PSNt3AdW5HrjbtPhcLFS1mHqZMimTFOa6ly9XlasiYzKGR5JJGKhrAC&#10;593W5CAKQAB5f6vzx0qNpftqaBQQP4vL8/sFf+L6hUtHDTTVD/cVc01XJJO4qahpAicIIYYhZERQ&#10;AAFW/wCSSbku3c3dFHuvrzbuY7H21iMt2LFteTFyrTPUUjR7ipKXx4PMqcfIGeJYmDsHNnb0kWFv&#10;YhluI7qBVIDPTPlwGOkrWclsyGRQDWtOIB4ilPLPr59NG3Nr0e1qetoMS0tPjp8rWZWClaQzR08m&#10;RnNZXRReXlUaZnZUBsoPHuu7D9YbjnpMluDsvCz72o4sPNkKSgwdcrZ2jiq9cokpl0gxpCA0iqxb&#10;6AAWPsJureor5kHhnz/b0JrAwqpEqa8VoDRh8/IdKgc/77/D2CWXqMWu2kqo8hlVyuHao+zwG4Y/&#10;FkZKPWPto3ytESJtIIIikAPBFre0s0bg1NTSp9T/AMV0bW8luIi0RNVamk+YPoRxoeHXfsEqKhzN&#10;fO9bBRPGUpajz1OSIihMs5Zo5TNKQt7EqoPtgFkpqFfsP+HowgkAGkqDxqa/4f8AJ172lqGoqqOp&#10;p6mPIU0D0cjGnkkZgYZT6XCqoY25J4Gk+6MSGIB6UKxJDA/n1726Hdueko6zblburMrt2WWWtmxd&#10;JXVjYnIV5fypPUY+ORInctYiWVSVsLfT3RmOFGPs6b8MEaNWP256974T7era3bk26sctXWYugrY6&#10;DI1EiU6/ZVMqB4TMqOZCrXsshXTf0/X3qtCKYpw/y/Z+XTqW0aRa4xjgaU4/Z11b2rest8z7Xyfn&#10;gcUuTqKZ8TFk/s1r6yio6oGGpGIpJB4xVvGWjjmkuI73HIv7VRuQtCK/4f8AUekFzFVCFUEnzP8A&#10;k9CfLrx/4n2euk+eU+1F2ViNrde4PLYTY0UFNLP2W9LuvcdRWQuzT1VBNDGiwPqJELN5AOAQAPbw&#10;lKAtStOFeA6JZ7Rm0qFqEH4s/wAzwP2V+3qHU0SVUU8MksyLUXEjU8rwSFCANCyIbrwOWWx/xHvj&#10;gPkrFkslm951mwctmNw52rzeUFdk87VHCbXgqpHlkMO26dY6Wp0fWOJltYckn29HLpoX8s+n5/P5&#10;Y6QxbaEkaTSXJJNamgHyGK/6qdSVj0KiKSERQoFyzEAWF2a5/wBjf2i9kfNTP9XdrxdnY7EZDL7i&#10;mxk+JyWP3BP4cC9HkVEVTDBh6QWVZI9LRoLaT9Lj343ag1bjXhX1/wCK6Xpt7pIZ6ksRwr9nD04c&#10;f5Z6bszh6PO46XGV3m+3menk1wSeGojlpahKuCWGUAkMropv/t/Zg977S2xlfj7sn5I1uV2ptLse&#10;uqdyVFZ1/V41qVN2YPLZ53w0eMModTUQxt+lgNS2+lvewC0QkrqY1NKnyrnyOOB9emzbLHGJ6BXN&#10;cVrqqaGn2D5ZHWKKtyIzEmPbFztjFo45Y819zSmP7oemSimpSwl1EWZXVCp5BINvde+V7X34u7JJ&#10;9rV0myMxJiJtv68ZLJiWGNqoyaiACNtKCUekaQBY8W9pGlbGjFcmn+rz+eel8NirUeUVxSgwPs/P&#10;z6eSA1ri4uDYji45Bsf6H2rtsbf+V2+cFWU235t85XblFT6a2mjzcq48RVPosVdgreQ/RSSW/Ht1&#10;TcrFRSaGvnxB/wAlf2dNfSWNaKlSK+WKHjWpofPPXuB+QCT/ALf/AFvZf8xt/ce0MnNT7gjqcRl6&#10;aWRKinlqFasglj+oqY0N0BP+q+vtK+uoLY/1cM9G8EMbAAUUAVAAFR+Xr9vXfuL/AHvzENNNDQz1&#10;OMkrkaCtmo56uKXIU8g0tHM7u3oI/srYEE/j22XFD5f6uPThi0mtf24x172scTUZyDBbflxuRzMv&#10;hyFR4sXSTSTU0c0ciuJWh1aYRICQx/P193SMkaR8/wDVXpHJLGiirUyaitcfZ16/+v7HN+su0pun&#10;dw9sUmLTc23sfVvR7vq38gO0qSunFLjpKR1ZA0TSXR2iDWbhhbn3dtSiqUJHH/Y6okzvEblCoHDO&#10;aZpQCvqfsHn1HerpYqiCkkqIUqqpJnpqd5EWedKcKah4YibsE1LqIHFxf6+2yTrXrmfE7UyOU7p2&#10;vhFzOODZSWh29ltyQYzIUig/wuWGjp/Ks1raioKH66vx7Taixqg4f5el0aW0iozSgMRUinD8qdZi&#10;x5spJBAtwL3Nr8n6ewjz1Z5ZJ8fT/wAT/uxT5amD+Oauhp46SFgv3JxMpMMJlW8iLYFSffmh7da/&#10;n8vsPW9EjozJXQpyc/4PmP8AiuuXtRbs3LsHclA23Nk7Hp6KkoQRT5KSB/4wI4kHkyWUyuvXLK76&#10;naPx6FU2HvWkEA+nCvGnTwOukcKdo4fZ6n/N172BU6RxyyDyxstNKNEeh1+5W9iVX/iDbj3Y9bNA&#10;fWh/Lr3ubBVUj0SQ1Kx+BMi08tDHCEqJgYwqKtc99KG2kr+PrY39+NWBzj068StKNjzpxPXvY91P&#10;eG5U6oXqfbeM2bsraDbji3dlpMaaquzuYzNLT+Clkq67KyS6Y1VQBDBEqs1i1/e/xamqPkD1pZ2k&#10;j+mjARQan1r5eefs6w+FfMJ7vrEfitrOjSG1cp9Cf8T7BaqzWZqqRqh6j+I0j1UlRULNSRrT/eTi&#10;0kj+MKbn66b2/wAPfiTSg4de0VBIyAckjz6ze2OLNZSkgnpqeaSCOsKCYKLGbxkmIF35st+Bfj3Q&#10;yenWqAilMde9rHbHau+tnVEbbZzFVh6iKgmxby0UlpJaSeQyywyl9QYMx/p9OBb24k7ihHEfs49I&#10;57QTihYj/N8+ve0vnt27o3JUzTbgzmWyk0kheX7+uqagF78HRIxAt9ABwBwOPennkYk/4erQWdtb&#10;D9JAD6+f7evW/P8At/8AH/X9xYMVkmpfvxTSimRDMkzAhXCGzeMng2P1t7uiEnUaV6UNpUUOP9X+&#10;Hr3+9/n3OxccFTXKK+uYRIBNVsWld5QeDFCicsV4J/r7fUAnJ4fz/Lq4ArU9e9x6VsZBknbKU01b&#10;Rwzsn28U7080kWomJvIQxUWtcfXni3ttqBiHpSo6pICQdBoePXvY5YSfpPdeawuJq9k9iYfDxUgG&#10;ZqMLuKny9XSVJe9XlabH10YRIES58OrUSP1c29uxJDI6qykU9DTHnT7B5V6Dlx+/re3leKSF5u7w&#10;wVKg0yAx/wANOujf8fWxtc8Xtxf2YTHfF3qLeFG8WyfkTV7CqMhVNHtfBdw4b+C0m7MfOwSGrx+X&#10;w809LFI5uvgqVV7/AIt7EI2Dbbl6WN54Zr2idaahT1XUoNcUJHQUk5037a4g27bW03AsbVten1JV&#10;qMfWorjqHJPPG8KGmkkRwTNPDJEUgYf2WSQiRgfxpQ/4+y5d0dH57obsCk2JlZsDuaursbBXUVZi&#10;cnSZTE5GjrbrTzLPjpDoNwbozBlsNQ9lO57TNtN2LKQo7FdVVYMKH5iv+x0LuWuYLbmjbhudojxR&#10;6mWkqlGqvGoNCB6dZ4pBMmpVdLsRpljeJ/SbElWAI/17ewDrKSqx9RNS1sDUtTHIyywSoVkRgb3U&#10;NzpP4N7EeyeRWibSw0nzH+b06EYPAjh/q/b1lt/xoH8E/Xn2a7qLf3Sm3+tt0bbyfxrTubtrO0eQ&#10;/hm7dzblz1BhdnwrBpSvx2C21PA832qnyt53Cu1tTKgsTCKW0+kdPALTNgOx7VHqAKZHlU09a9El&#10;3Zbvc38c8F0ILaOpZQgZpD82bAA86V/LpgzOKyWRnxTUW4K3CU9FXxVdbDQU1DJJl4o7k0FTPWxy&#10;eOJv7fiQObcMPYldUfIjoHoHtjrzsnaHSWcqqzamLaPPW7OizEGayldh2x2XjqtvbiwUtItNK7uH&#10;pDJIug6RLex90ie2tpklkXWqUqA9CW+2hABxUU63dQbpf7dNZiUQvJUK6qykJUYJD5Jpkgjjwp0z&#10;bo2lXbt2xuLbOTzMYgzdQUhqaGny+JnocWJ45kojVYTJUtW0w0MPuYKuAm/6LAqxOc+E3jn93bpx&#10;dDDj8bU5uty74qlMATFY/L5J6iGlo4gI/wBuAOIkRECgAAAC3tmQfUO9xHgV+EfM5oPQdGsKtCiQ&#10;OdRCgFvLA/aOltHGI40jUsQiKgLMzMQi6QWcm5P9ST7fsLU9dYfA7rSryu8ancNfBRUW20wNsTRU&#10;c5Jetqs8JZA1REtvGtPGOWOrULc2Q2kcbq2p2NAhGKHzJ9fT06RTruL3EZjVBGK6tWSR5UoMH+XX&#10;K3++495dgybEposjNuyq3hQ5BaeZMdPtuko6wpOV0DXHPIjJ9bsTxbj8+3LcxKh111U8vXyweq38&#10;d9LKqwqhi4nVWtfT0oeu/bDktxSh46Skzmcnw9NWwVbR1Mq0qVFTSSAQ1MdDFrWJgv1Bvzc8n2w8&#10;hIqxJoc586fLp+G0VB4pjVXNRg1pWuCfP/IPPr3sRMl2/nZ2qtrf3krJds5+oo4svlcjTpWV38Nm&#10;gWnIRgga1IGYxGNVc/gj281y8Q8EN2mlfPHoD5/6q9Io9ktFlF74YEifCB/qrn54+XXj7t76S7j6&#10;96F2PnusOi/mDvrJ5Ls3bmIfDb9ourJ6PaPVu+VlWjkjyrTxzzmpqEdo5JkvHEo8jHVYexNtfMl/&#10;s1rNYbddPHDOgJ0gAI4NATqzWnmhoPt6inmXk2Dmi+Xc+YtkWSGzLVUyVMqUr2gNpNDkqePDoK8j&#10;t3++tSKrd+xseIMFksjR01HkamkzDZ3EKqyUtfTRUkhijjlkCv8Ab1alyUKsgBBJT/ld1t3N1xuX&#10;Jby+Qe6sZ2TurMx4bF4jsapyGSov4lLPTGZKnZUeGp46OrQU4Ms3kAck6jb6lDvCbjBdC53RvGld&#10;VOs1OsUxpI44pqNSa8c9C3lVtkvLVbLl2ttbRj+w0mqUNKNUkrp4Bf5U6W23a3DVmLpzgxFDRQCS&#10;BaFEWB8e0crJJSTUg5hKMGHjIFrccW9lg7PwGwdk1+Dq/wDSJm+zsLltp1GV2pRwRVNI21KmsjtS&#10;43LjJtoWSGYP546deV0MGJPsqmSNCshYUIJA9K+RGT9vQrt5b2ZXt4ohF4badbcHA8wBnI9QOntG&#10;ZtepCmlyq3ZDrWws40k2Bv8AQ2P+HsPMZh6mXaldm0pXqafHS4lqXJAVlFR0c2RqwtU1VTIhSoDW&#10;MJkZ1UC5N/p78qSSQ+MMKv7P24HTrXdotybV2Gtl4VzQcadc/wDjXu6rKfIfr7rnq3DbvznU3SWY&#10;3y2GocNjBu7E4cYeCKPGrEcJQ4mlo42yiVUtpqqprKkiNDZD7GIvbOwVdxmt4pZ3Cj9QVRQooAIx&#10;QGvFiTU9RTb7Zum63UthFfXMduGYjw2JdQSaFWPwLxoKUJ6QmX2ZVZSqmSDdGbw+HrYK1slRYuZ0&#10;yNVlakxrT18GZqnlNLHAiEJS08KozHUxIBVqqc78gd49k7qo1wO19jdV5J9xLlabF9G4qfYlFn8v&#10;Cop8WHSOpcL9qql4iZVjNyShY39hifcJ7y88WNEhOoELCCikjzArX+fUixbFBZ2ZS5le5QKFJuKO&#10;eGSe1eIOccelXjqA4+gp6B6ysyXgi8T1eTkinrKq99T1TwpGjM1+bIB/h7F/P/PT5cb3wG6tiZ7t&#10;HddFjMns6r2bHiqaOjp6usSmrBPUVM9TAInFbPZopq6nOvx+kKfr7OrvnDmfcLN9uu7uQwsnh+GT&#10;2lQeBHmScE/ERitOg9a+33JW3XMO5W9jGHV9YfSABXy4UIHHSfPI6YKbYOy6PJrmqbbOHhy6VjV8&#10;eSWjjNZFUvAKb9mdrskYQAJCpCKfUqhufYx9JfOP5MdfbGq+qdgdy0uWrcLRyVFLR7kwlRg6qq2y&#10;MC1RVZuv7CqmBenwMwOijrk1Si6hpFsnsw2XnHmna7Y7Vt1yyppNFJK9tDXJ/CnHSceWeHQb5l9q&#10;/b3etxO+7vYVZmABXIrwoIwaKzeoHXs3sPZ+5MjRZTcG3sZma7Hav4fNk4FrUoXYgvLRU1SWjikJ&#10;APljQPwCGBA9nv8AhV84vkHtvtfq7avancG5+25dxYSq3Xtrb2ysptbcW1ppsyHgjoM1s3aVFHkx&#10;NO9441qBHHExMnI59yLyDz/zDYb/AGdtu93JdQMpZER9fe9QoZEFc/MihyR59QP7ue0HL258uXW4&#10;cs2kdgYGCM0ySK4VRU0dzoAyOGokinHoI+z+guld6YLes249o4DFVufxdPh89vj7Ojxm46OgxqCS&#10;jr6Pclapkj+1DalkVjqsUOoC3u7nfm1e1fkjl8jsOq7A2BLQ4vE0+V3V1xmOtdubyXb1RklZ8bis&#10;xQ1s81dBIVFjJoj/AKXv7yHv91bmPcxskU6SBIvEmiMUUlHJ/s3jJLq2PiwPKvWKm1RvyjaDejbS&#10;w1YJHcLK8OsD4nVhpRgTgCp6I9jNy/Fb4kbfwu9MZgtwD+9u4KjBbX3W+/M5SR78joQHrc3FNJPS&#10;YWpjWzukZjZm0kgED2Wfqj+Wds/a29ctuLsnqj4/dirkKdpY6fBneWwoMM0UjNO9NtuUS0YqFFtW&#10;uTT9bAD2C7LkGztbma7ktrS5d/wKk0YUCusaT21+VTnhjqRt09399v7GG12u/urYRtl5PDldxQH4&#10;1OUPkKVwPPp/7W+ce2s1tzH0+ztz9o9X5ZM3BDQ7ipNjbY39RZ4VR+3oIKigjqXaWkmZlfy0xVxa&#10;x5uPa0zGb+IHT+Yx+O318fa7p/b9LM2OTe6bE2hv7ruplL6ElyWdxcFZJCv+rmdVK/27H28u4bZs&#10;MqLf2EcUYVl8TwYpUckECp0uRTzYCvDoth2vn7mWJ7rY92a9uHyYfqJreWoFCVWqqP8AS1p084yl&#10;+YGW2/mKnG9ndc9yyTNBmMfg2xu5eo9+4qhqOUphjp6hKZHLf5ta2dFItzz7sc6wl6Gqtu4PMbAr&#10;escvj6/GPkqTd+HxO0Eo6imeUR2xcFNTooVbhHNrqw9XJPsws7q6uZEks2jiQoSWjSAZYihBRRge&#10;daU+0HqLuZLHnS1SSDdxd6WfSYmnuGOoDizFzTzIAwa4+dRnae9flfufsXclJu6h7g2cmCzcGIwH&#10;U0OZ3dHTGCem+5GYz2Zjq2NQ0zB3g0sY2iu0Y0i/td1O+MBQzT4Kh8NblcfTmavp6bGY0tFTM40m&#10;peOMRxuQfoSGI5tYexCm2bxFcqs127uEamkk6cDuFKANTiKYFR0U2wtnsI2mtlbv/tNcgNQPhPdU&#10;0/lWlfQMab4lfIjdG6sj2dl+zNwbK2NuqjFLtyiyO7tx1FNJmp4/LNVYKkrqlpZKZiBYoCgYkX5t&#10;7aY96YDLuiYuvpTKRIhp2p6a6hR+7GDp+qmwJ+nPsL7lb7t9NreeR6Ke4FgdK17aggefpT8+hfaW&#10;1mjKTb0ZqEkFhkeZNeH2fZ0is/8AG/5JbAxGSqN/1u48jiMbOKimydNmsjUrJS1EpNJL9vJKJXMg&#10;voitq44Hvs5+AIIlmxpaNtdnSkUc/wCobRyD9b+wfI26y+HM0jLqDHjQ6uFSME4pSvpXzr0aS2cA&#10;uiVVkYilNTE/aRqxT0+fHplxfWG8p8a1bXwb7q8ZWM8UWSpnz4EcgmFomR5boyEW03AIJAPuVS7p&#10;rb6Keqq4IUdjrhqfHCysNJaNEIA+vB08j21d3u8yE3l1cSzNwGtmwCAK0BpjBHoeA639BtMMokvY&#10;43MiitV1NUeTHNPnxpimek1u3oyvymJceGjyNXDIs0NDkKF3royiC6GesWV5WtqurPx9D7dV3TXX&#10;FstWyBlEQjNdUaQhPIX1D8j6+2rafdlpdSKBg6SwqCOKljUAkGnEEnry7Xs8kxARVFS3wDjwrTOf&#10;8mfXoIMl0lX0VBEtXsDB0rQmSWatj27iDUTLFYnyqYSukL6vHpH0H9bnlT5utSbyw5CrWRuZ3irW&#10;Z5XDXBl0vdwPySD/AE4Hty9n3Oaz+pA0tJpBo1A1K+Vag/MU9B1u+XZJ4/3fdRpL4RpGpDfpjzCg&#10;4WuSafacnqFF0/kqKlmy0eDxeLocnAqVEkm2cf8Aa1MfCcTGkbTMv14YEW+gH1X+J33MtKyzV7LD&#10;DMscjPNNxIZBcaoje+vi35+n09k8O1sqKykR1IFch2NDUrkVFfWhp69Rvu3Llmb3KVMoqoUClNJp&#10;WvkAf9r0lMh0FuIpFLtzb9E1esEmQjSoioV+5pHBmeaCCriSJIjENbG/qtcc29q6r7Hw+Eo6jK5u&#10;tlSipogtZEiS1k5SSdaVX+3hVpSNRFyDx9SfZtBtFxKwMsfjRKwJcqtQDjuFCWQGmckEV9eo/bl+&#10;TxlsbJ2Vi9V/UKKBpJNASqgkEih4+menXZnx07X7hqsXh9mdfbWyeWr6WpXGZatwG38JT1NfQwnM&#10;Girdw1toH0Rxa41dbufSlybexAqKOTJ42KalqTFTSLDKpHjknkj0+TReZTYHgngkD6fT2cNy3tmt&#10;jd2Iu5QQUDBdCSKSCzVB1JmtDXApTyBJYb8+17gIkmkhdS4LI8lSpx26WHdlgDUD+Lovc+z4Karz&#10;I3V19tzemXm00NNhM3jqHD4jB7ioJRBNX5FoUVzBGIwXja6G17G5s30FSZqid6FnWpTz0LeNCkuP&#10;kjAjeYqg1Egkfq+o5Bt7rtvIm38vbhJzPzDoDmhhHhqIhUkEUAUNrqBGTwAqKk4OeY+dbjdeWl5Y&#10;snd4VOqRnlLPK2SgIdjpCAMzBONQCKjLpsP4qU3UXYuI7Z7ppcJjxX/wPce1MJj8XT1W2svteqnE&#10;uQhpq6giNO5rdaUlM8rXh5ZhYWDFvHq3pvsuhlx3aHT3XfYiR0k1P5N87B2puDVHMbzLFUZaklZR&#10;La7MlmJuQwPPsU7vbX24Kt8rMEFToBaQMgI7WjkDR0oAD2nsJ01A6j/ly83PlyaOPlvcbixDuGrF&#10;LLCFkIIr+nIlXUksoLAVChlIqOjibr79+Uu38mexdrdw7z2yu366Oopdl7I7c3NkpIsBj5Y5KE1m&#10;2pZaigWlSnjip5nakcqjuwWwHusrtL+St/LZ7Mnlq6344YPZeXroZYqip683DufaUrSTSXavpaBK&#10;58fG8XAjRaOxFwQTY+wNvPtpte/K27WyRRxVc0jtgzBnNKM0csKmNGqV/SBUChr55actfer90OUr&#10;d9qmvpdzk1xOsly6dsca0Mar4DEmYVaUmUnVRl0ioI3dZ/zRP5icsmV35Rdw4HM9dI2VpPtN7dOY&#10;vf8Ajdv5mraT+EUuYzeyqjb9elEk2mnSpaC4WzS39TeyFdkf8Jg/i9upKiq6k7s7b6t0meeng3TF&#10;tzsikqVUaRT+LRhJYlSzMWaeRzcC359xbDyNtEVxXereSzRWKrouY3eQKoDSaJUWNEJq5BmJodAG&#10;K9TJH99nmXbba2t/pIt3ump458GW2hTVXQEeNrmV5CSqmtusYoW1ZHQxdOf8KF+88NK0HyP+PHWu&#10;VxkVeYRmOs9+Vm3tx1OPpyDV5GPbO5I6vG6NF3iBzqOx9Gk8kVldtf8ACeX5Q9RQ5Cq2XlNi9+4O&#10;DQ9LHtX7vb+8DG7hFDbczwi+4m9QJSimnAALEgD2VtyPyjuO7/SWu7JFWtRcD6c8cKHqbd9RIoUl&#10;rSuPLqTtv+8zdbza29/uO1XW3B9XiPFIl5BHSuXMdJoVwe6WJADivDqzfob+e3/Lw7ryybZzPaVT&#10;0XuyRqjw4ju/Hrs/F1SQ6TE9DviOWowMrTBh4oVyPkb6BL8e61Zfi9NgclLhN5bNzW3shj6+fHVw&#10;yeKrqEUldTTGOWnnlkAXUjAg3a1/8PY2h9k2tpGW6EgKYODx8zXK0BIAzSmehi3vXPNB9fsV9FOj&#10;gMp8RSXBFSQucD0/y9XGQzRVEUc8EiSwzRpNDLGwdJYpVDxyRsvBVgQQR9fY3bQ+H+ysykpcpUQS&#10;JHHY+bVGxAUmnYMApP5Nj/t/Y65b9htk3VGkv53iQnAwdR/iHA+Xrg/LoAbz95rmbZImia1RmJ1a&#10;iQfOoIwSDjA/Lh1zPszG0v5dPSWTmoqeppZMhoCFSpyUMsfl+rSVLN6lHHpH+w9yjtX3V+QZZkWa&#10;+nuKkA07Sob1I9PKnH16gnfvvi+6Igc2sMcPxcVRqiuKAU/n9vXrW/1z/vP59ng6o/ltfHXbk0de&#10;mw8fk6ryCWnmyVFHXaRG1+YqtXVjf6FgT7nLYvuv+xmxBZ7qze7mJqviuSMEeWak+YPWP3NP3t/f&#10;HeZTZRbk9uhUgpGoUEkELRh+XmPPrG8ixqzMwCr9SzWtc/Uk/T2e/b3xu2bi6aCOh25Q4qhpj5o4&#10;aSKhxNPHKo4sKdERRf68fX+nuSxsvIXL1qbfa7OG1CcBGFSoAp5UHD7Pn1CUfMPO+73Bud0u5riS&#10;StdRd6VoTxJFeH+Tpjrty4yibRLUxCQn0rdnZgbi6IouefYd919cYjbu0s5ncNi9vZHJ4jb249zS&#10;wZjISy00W2dqY58juCvf7YGdoYm8MEktMsjRNIHZCBxj97pb9t1jtry7WsUtxGssjKXDfoxqSxOm&#10;hoGohKk0JHl1P3tRtW67rvNta7tLLBBNNFGrIve0srKEXPbU/FQnIFOktP2Pgqerho6msaEzVePx&#10;iu0aRRpk8vN4sZRSSyEKkkw1PGkhBcKQtzYHX/8Aj32TS/ID5G4WvxWxtq4LckOAwWAn3PtHs+fb&#10;GUr9zDJyPgqvEz5pYYZ4Q4iatoRAxZUYByDb3gDY7/eb5zIm6WsYtrqQIqtHNopJWiOCcHNNSYr6&#10;9dROZuTU5T5EO23E8l7Zhmd4pbfXWGh8RaJUghQdLYoadK/PZGnwuFymXrqtKSgxdJUZOvqno5ax&#10;YMbj4jWZEtTQEM37CSAFeQSPSxGk22fzBvm32x1b8Mti7C7ax+I2h3BncdksBvXA7RrHGPymVpau&#10;Smoq2i+j2r6YRVNSgJWEMVB9Q9yZ7g+5u+TcrRbbvTkbmwMd0wJFSjUBX/TqAW40JIHWPvsp7Eck&#10;XXuTe81cuo0u0wNG9t4w7lZlDOoB8o31AVyfy6KV0H1PgR2h2Z3DSbkk33idx5KjfYe4sjJHU1VL&#10;g6rHR1E2Ho2CJppqCZnpqZmTyOBqkZjY+9O6tnqMjW1VXU2M9XUS1ExQegNK/kZUA4tc2+vvF0lp&#10;GLHzz10QVAqAKMDA6Oh7z07RR6HZPIi2GlSFJ44Av/vvz7fUBCDx686txB/1cKde95Y5FijaRFBl&#10;fWFA5CiRiNN/6j8e/EBQW9c/t/w9MMrtJpY9o4+pp1727xyNjKRXgkkhrqk+iSNrPEhUpIRb6XF1&#10;93Vio1rg9Mk/USkEdq/l8x1727JTpiduSVJfTXZWU08GlvUsABMrn+mo8f4+/dgh1g6q/wCrH8+k&#10;zTtc3nhqDpjFSKedcZ/n173mx8n8I2/lKn9pp61VooAy/uJrGqVo2/qBxcfT3tWpDrHnUD/V59KC&#10;PGuFrWgJP+QVP+Dr3tsxuqkxVdWWIlqDDRQNf1XlN5jyfwv19to5EWvzI/LoyDFZAoNPX5j/AFfZ&#10;172MO0HkVNsYliqUtdl4MpUXZf3HpahYYgQPooAJuR9fp7ugAUBRny9fmM/8X078LM2ijAUB86Hi&#10;Ove7KujPkxnOuexcHu3EiGsbGbuycDY6pkmjo8pD/D1C42qMViYnCn6cBgCBf2X6DbzrcxCpXy8j&#10;nOPl0Ft55fg3SwntZwaSoRjDAkcQa4I/w9JjeW1MfvfbGZ2rlJaunos1RS0UlVQSRw19GZBZKqim&#10;kRwkqGxVipH9RYn3sm7B+SXW3Yu2s1uaaOirMPQYXFNt/BbYzFBk9xbj3RkaP7qo2fT42paMU+QS&#10;a6RRSsCVsWt7lbadvtd3je5SroAAqh1Gt6V0kPgEk0AFflU06wk5j5e37la/gtbNmWR5W8SRlbSk&#10;K/6IWFdS0x9vHqpXsj48dtdeybYh2FuHG5LLZLO5iXem7t5UVZgdu9e7TwkA07kq66h1yVdNLThk&#10;lVEsZgCCqMdJitgYg7o6y23lN5YGg2L2FncNJnMp17Nl6OszG1mMzCHGVjxsHkcQaDUlU0JI2kMQ&#10;L+zC02WQ2zQXEfgXEajUAAAlTmgJ4f0jTzp0Ad25l3K35jaLb1luNvUhBNobRIzDuZSRT4q0Ncjy&#10;r0SbfPbuf2n3Pk02vms1vLrLEZXGYGi3ilBUVOM3iHoEnrcxSyUivAsUNYXioykjGaFb2DD2Rfsb&#10;H9NbZ37U7Yyfb/V9FvGjyCvmtlZTdmIotwRU2bx/lx2PlxtUy+JnLCVHc2IPstktLW21Wkk6Mwk0&#10;ONQ1KzZowNMU/EDQcPl1N/L24b/u1jHJDtdx4Og6ZfDYhtJyQRxqOA4nj1bX1J3tvLfe0KPLUvW3&#10;YEeIrcFTyYPcNLtqrqsLWSUNaUnzENVTnXJHIiFEhVNRsT7ATsP4O53c2Pamgm2zR5TPXq8HFlKm&#10;Cqo57yCohSBtapNJp/Soazfg2923DlO7EhtolUvho+4aXH9E/ZjNCT0f2PuXt8IZHjmrCaSHS9Vp&#10;ipFKgD556FXG/Lnq2soclkIH3JkMft+rixu5Kuh2zlqipwtWx8b1GSxsMZmjgB5eXQQg5a3uvnv3&#10;+X92RQ7mxO2MK2Fw1FmsLnN35bL5SMxbaxFRtmlT76GXK07SOoKkSRwMt/qI7+whuWw7pa3YtpYi&#10;QwLEjIBGCAfl6HofbNz9sl7C11qakZCUodTFsigNMEeZ6FjafcnX+9cbJlNu5r72COvosc0IpKqO&#10;rWoyR/3H6qZ01BJgCUc8WBuRb2V6T4a9oU+EyPYm8cz13ncRNiaqkbN4fcOLxeLp6iLjGrBDWsrS&#10;wyRgeSR1BDWub+3jst34X1ElAg4HUBWvp/l6E6812k8hsbGORNJBI0N8J4moFB0IAytKa9cbpqRV&#10;NA1RY0lR4ViRtJL1AXQDf6Atc/j2Amy/it2Dkqqg3hTRbfzXXtSK+Ornx26dv1WUpFoQY6mP+DrP&#10;91KdZsjJGVIFx7LFsmdoxUEODSjA1APGgyKHjXoxvt/s1RoJA6zKFoSp054CvD7fy6neRdZjOoEK&#10;GuVOk6jYAN9Cf8PYs9SfErf82+chBt/FxZ7ExwUE1MI6pR9xV5KXwpt800hWSSpUlTNAgJUENbTz&#10;7NNv2q7lvBZWy+K7EBQOLGo/nmnRRuvMkFttX1FwpGmo1Ux2ipYnhQedcY9eouQyePxNLPXZOrgo&#10;aOmgnqqmqqZFigp6elhaoqJ5pXsFVEVmZjwACfYC92fHLf8At7feSxuH2xkc5JHuKr2rk8XtmCTO&#10;ri9y0o11OCyAxnk+2qIdYDJLa3549t321z29w8KqXKsUIGaOuCppwIPHoTcv75ts21R3M0gRXUOr&#10;NQBgfxAmlR6HrlS5CiraOlyFJVQVFDW00FZSVccitT1FJUoJaepilvYo6srKQeQQR7D4fHHvPY+y&#10;cj2buLrrcOP2rgdxw7eqa+rx1TDPS5Gqfxx0sqSqDpYsArDg349losbuKAzSxMEDaakEUPz4cenF&#10;5g2W7vxt1tMGmkQvjyUGmrHz8vPHXYr6I1a0AqoDWPA1UlKJUMzU6SeJ5ljBuVDEKT/X2lpduUGE&#10;kTGb4o8viIN1rPNjpqOlNY0L0kwhmyEiKy3hhY/vBhqFiQPejFoorggMP4a8OJx5fLp9LxbgM0BA&#10;8MiuoZNRj591OHr1L9v8ez9uSUK4nbu6sNn6n71MdBV0lYPFlK2UXolgpKjRMkjfRbra97ke1EVr&#10;GYDodTU445+3NSflgdUT60Ri5nXQMmlM44/6q58uve0LkMBLiqyCp3YowsKVaUsushqiaWmm8Uqx&#10;06eo2PMjcgD8+0L6S9GFQPtr/goD0rSYXPdB3UAYcf58Ove1DHHi9r5tYoKuDIPlDPLS46ZGNFVQ&#10;OhaCWOuW6qshNrEX91UQpPkfZ8/2eY8j/LpuIG5BZxpKt6fzH5fkOve3DHUexcpT5LDw7hoknhkh&#10;rBDWSfa09FUzIVqqGlmqtAns50q68D6e1iRxyMyqwI4mvl9nr054V4JPFhUUI0mp4gHjTy+39uOv&#10;e4O53Wggodr1ySU2ZpKyliYtNSlIMe4En3Uro3IaMqUQck+2nRQpRRpJNB/lP5+vT0EbqplGOJAp&#10;mvEgV454eXXvY17o6pm2/iqKvwVBPmaXHYyleulWnkZpJshF9xO9MtryRICCZBcA8X493azdYwVa&#10;p404Aj/V6Y9Og/BuDyMTJ2MWwtaVAOCwoT/tRjr3sIqDEbqyNTXUuQhq6rHQqfscbSUzS1lJTxKZ&#10;0rZFX1qpNl8nK2/Htoq6klU1GozT+R+XpjHRxPLBAusAMzGrcBQngo8weve32gx1HWwLFLDBHXGm&#10;gSrFPUxvLDUy1BiDSCEsEB4GlgCT72kZkHGlD5Z+wU9fOv8ALpt2kVC6k1JIGCcAcM8M/njr3sQt&#10;94fZHXOOpduboyVPHl6+lp8tVwySM2So6dRro1oqOEcGoFwdf0H19uTRR26eHJUFs8PI/wA+Pp59&#10;JLBri/rMhIUkrU4qB/mPXvafod1bBr6ejqMdkqKqeqgkpWwbPNS5SnaIBKAVMcwCyKWILiMk/wCv&#10;7vF4ACio8lpSv5epr/LpYllNGpDCunhj+eeI9MY69791jhWzPceK23RfbZHLpUVX+/ciYVE2ROnU&#10;9LGVGhZI7mSzEcA39tR27T3C26EULY41IrwFPT/OOmNym0bW02NIFQfz+zA8uuLMqKWYhVUXJPAA&#10;/qT7XHcO78R1D2NuDaNThQlbVUmIdq6lhRTkaSouRBHMjafGjhkdg17gj8W9qL8Jt9w0a0xmvqCP&#10;Ufz+fHou2y3m3Lb47snAzQ4x6kceHlX067BBsQfrYj/EH6ew5XdXWmY7AwNKsPjjyiimqMlFAKqg&#10;oKh3FPE1WzWbQj3kmkHAC3vx7SI8TzKY+DfI4OK8eIp0ZRJdW8JcHtXJJFKjzoPsx69d+x97x6NH&#10;Va7NzFRkMNu7Cbsiijjrdr1C5Z/BNbxZSshpTripZVYKamQAK9hz7V323yWsa6Sra1rQGuCcE5wD&#10;69F+1b4Nz8aK0QxvHghhQGnAVJpX5/t6jw1Mc/k0LIpikMTiSN4yGXn0hwLj6WIv7RGya/Y+Y3rH&#10;tSmq6ysx23sJn4t4ClE9VPFhsbCZvNA4U/etTNyHUXH0/HtFDHEZAEGB5DjXzFB5DhXz6V3MU0Nq&#10;1wxoTSgp5nyNPLyrx4HqRcf77/D3H2LtLrPdUm7J8ZvhK3a+AefceX+7xk9PW47bNCNVVNUWHlFv&#10;pwP1Wte9vb8URIeRzQIKkA/PzHDP7fs6dlur60jSSSLUzkqKE0DeXqCD6/b172Y6l6z6F3Zg5ZOt&#10;N/pmptcGIppnLY+HI1D0iztjaV6pImmljLqmuFWXV6WINx72tvbSGsUlWzjA9K8ftoKeYzTork3P&#10;d47gC4ho57jQkjTUVPp5+Y8uuCsTyVK8sObE2BsD6SfbBsnpvKUMOawW48VvOrwWSrIIsXWLi6v+&#10;I46to5dU60VQisvmRAZFu2mVePbcW0Xsr6wTo9Rk/n9npnPSmXcmDI6stajgdNT8zwwftHXi63tq&#10;UGxaxK30qeTY/wC9+zTb02VsTYfWGMp83l6nZVLUuKKkz25KOXFyCpr6fymtzlHJGoiJsC+lL3Oo&#10;gj6Lm2fw4j47mMtSpII4kUP2Hj/Loogvbu83Eyag5U10qQaEU/2a9Y0njl5idJVsfVG6Otw2mwYH&#10;/ff6/sCsLjKPAYOvoMvnNvV1Xt1qeXJUuIzsD0ddR12moxWWoKmKRmC1KOC0bWQ3AsDx7I7i3mhk&#10;b4WqakClKk44cONfyz0IpFupJAWShY6jSmD6AD+XWYEH6X/21rf69/bHsLo3rTvuTcWd2flctDWb&#10;Z3DNQ1u3ZquGGh+8pUWollhE5FQEdriN4iwLK1iB7U29q850g6XNcHNfOi09PTPr1e63O729linQ&#10;FSKA5NP2cKVNRnOeuEkiRAF2CgsFufpcmwufYyZ7a3S21dvZOu7ppqnEYPG0dN92seIfIyTqjeFY&#10;Ep41aZ3JIsVQgg6m+nuy2sEDHWzfIj0PE0J8j/g49Ewk3K91fulqMK+Zp5Z4eXmKdeYvYeMK3P5Y&#10;gf6/F+PYQYLqTY/dW0cnD0Nk48rRq9TBSyTPU4TIY+COZh9hnaKciSmLfSGpCgN9RcA+3hZyXUgh&#10;sSXNeFVFT8z6UyKeeB0uuNzurI6L8hNFCWHD548q+f8Al66kmSJNcrBQANVrm5tyFH1P9bW9qbo/&#10;HbQp+2MRsqpokEtfiJ8NlZZIp8hlNp7rpMc1QlLPWUayUrwVKwuEmkILfpA1n2uXaDNRQ1GJzk4b&#10;GK8Kedft4dIN13VbmzkntQSK6lYnDR4B0/MHiKeVeup3aONnVC5SxK3UEqD6rEn+nPs7ONyXXOL3&#10;nhevcYafKV24tuyZuuyeEqIpWx8dJkRSNT5ShBHg8njdlZ7EkFbe3lsBDcpFGwlJAqPzpQnJU08y&#10;BXolSLcVt33BhoVAcMaV9CD5k1/PqB9zUPHUymM0xp3dI45uBJaBXWQOLgi7W444P5Httod/9Jbs&#10;703P0Xt3NQ/3t23HDMaapenbHZaG6vW02KyVCzhqmCJ0nnh4KjUOSGsmYxruJti1X1aCQKgk1BA4&#10;iijFaAenAdXEe5We0rfXMZqeIWuoA5zXFBwrj+XUaGvrExENfVwAu1KJ51hDftHxeQjTOEZhcaBY&#10;XNwfpz7OXs/4b9W7ioqPJb529D/HsIciuHrzOsWW27XzJ4ZHoGmdUKVcNlLuCpU3WxufZ8u12ciF&#10;nYM3AcAAScUPA18x5gdAm/573eylNptoV4noWqhyhHdUrmoHHhUjosvZ3yCyG28njk2vSx1dOPtK&#10;0vUU9TNjcljKgeKueaopUeSJ6U3ZkA1A/UEEXQ0/VGE2p2nS7Q3LkWwmDlyGMr6OWrikjpo4KiHx&#10;ItU8IKxq4td2IBPBP09hu8267sNw/d8xJHkVzX0Gr0z/AJK+fQr27cG3DYZNztqmShGlaEmnGlc8&#10;a0xj7ehYx3Z0e6OsKnf2yaP+9M6UOSWnx2NmRpKnJY/VHUUVOZLa3WRCoQDUf6XNvZhKPrnY+fq8&#10;xicdTpmztSuFJPWyUBdIZJIzOKymqT9IxGLvKvA4ufp7M5NghZUKvRj8VK0oKngPIngfn16xb9L6&#10;qaqCWNXVm9V/DpHm3DPHj59Allu6N3bax23czuiig26+6qCXIUOIetg+9R0EavjJY5LhqoF7pAG1&#10;tZgBx7Zq3uToPb3WMHaWc7Y2DL1pjslkMbTbx21kYcvR6qKrXHvjqiho2acT09Q6xSFY7t9bfUhL&#10;u9nt9lZQSxskglFO1qHJ81XuJHmCPKpAHSm2gnN54UcDIxQFlyhIfCsvEGtDWnw+fSZo8j2Fmd37&#10;nwOF2xumPcVNisNlsrhN0JBSUUZr5JoVr8NuCYikqIKhYJFEYkPikUqWBsPYIdXfzO/hjlu4M7sO&#10;HKV8tPgcTk8tQ9o5lcXhNj5aqxtL558LiKyvkWfy1GnRSPLEiyv6Q3IJD9hHOGuLZQpjyUqaagAT&#10;pOKCrYUV8/n0q3zZbyCATwdxWiaQNbHUaAnywc1rQDPlTpv7l6P723hsbGxbc3RQ7ayGRqcXj85g&#10;YIKvMNTQ5LIxUYyEk9I6o/2azNNWaGZPHGzIWtYir8Sv5qHxe+RBzW1pshWdbbxgqMzloNv9kVmM&#10;x9LkMHSTkiqxm5tZoy+izvTNKJF5KhlF/ZHum1Je30e4QMtqdOlkIBTUcA0xqpjy456MTt1xtW2H&#10;UDLQAEJ8WSMgfiIJAx6V8ugE7t+J3b+3qnF5Pa06bww9NQ4OhlrtsUOUp90wV9FGIZ56rb9EZmki&#10;csSj08j+kHzKnpJy9v8A84z4f9D1md23jczl98ZnA1i0GQ2rsXGR1UK189SUqvts1kPDRSeCxeeR&#10;Zjf6KCbD2COYPbe03pklkcvOpCmWtAVGa0GaAgKBxNa+XQk5f3jmOwSW3dmMMoUAOADg1J+R4DyP&#10;HpUdcfEfuvJU7ZLemcwuMmq1hlhGSNVW5Twx0qRQJV0ymTwhlZj9sSrR2KtY+n2XXpL+e91Vvmny&#10;2R7j2w3VFfia7w4qlwddkd1w53GvI/jqzSQ06ywvFGE8yPwWJKMQpHtS/tzYLsh2iBSZpKFpm7qH&#10;GocBQE+XGgNeOFs288y2dyt5ZSrIvBo2XAHHBHHPrmnQn5T4MUtNkpK7AbznrKF0YQYbL46npjRN&#10;ZZPJDlqBhqfyFyhamsq6VNyC5H3v7+cT8fthdJZDf3Wu+dudjbtztBWUuw9t4eaSor6PcsmMmlxN&#10;RvfCTNFVUmPjlUCpDBWcgRi2rUAPbezsEU0blIHepDFlJCLqXv0YBLKW8IVoGy1R0cNzvzJuLNDK&#10;/wBOxjoNAPbXAbjTX5j7c464bZ+Ne7snuP8AhWdyW5dv4DHSUU+XmFZRAZmiqFkdqTBZHHB7VCtH&#10;HHUO1tMbkqRIAvusjrr+fB3FTVFFWdy9V7XqqKk29VS1VXtKWtw9fl8zKijE1lDQ15mp4ad2DrNB&#10;5GspDK3FjKA9teU3bMAiiIAKoKcPMkca+hp0UJu27REmC4eYrQIGaoVsVZjSpFK8fM9DNkPins5s&#10;dJRYXcW56GZ6tJlqcvVx7iFPSiTW9JT+cQzAgcRytUM6kAsX59uXVn89Lf8Aku2srujuWgxmG6Nq&#10;du1WBwnV+w8fQ125aLcn3MP2u6K3M5ExTeNYWneqIIjIGiJNYuQ9e+zvKPgSLZx0kldTqajBEViS&#10;ADxBBOKkk/LHS+15i5isZ/qVm1yPTVqA0IK0NAKV8z6nHz6c8j8cdvxYShTA5LMNuvHVKzQ7lzmb&#10;yk0lVDI4+7pa+hoGjpZEMYCRE0xddKEsxDFiR/Oj5oHuv5EVW5did09mVnUmD2zj4MBisHuHM7Rx&#10;ceeNAFyiY3H08lPMY5JNPnmkVpHYsFbxWAF/K/KWw7DZUigrqqCZKFyCxNKGulBU0TgfPouu9w3K&#10;+Y3MzEzHtBJNQlfXy+Q/b0MGytuR7fw0UdRj8dS5epGvLVFHBCJa2aN2EElXUxqplZUsAWuB9FsP&#10;aV6I/mOdh/HTsja29KTbg39R7N2jufaWBO8c3nZNxHFbrm/iFZjjnXqZ0jgFV+6GNNLLpHjDqp4v&#10;zbyhy7zRYPtt5aoIpfD1UUAsIzVAaDgvFQKCpqevW1zuVsPGglCSkABqVota0zxrT5cep+4Nt0mf&#10;xtVjzNNjWq6ujrJayg0R1Rno5Y2V2ZgQxKRiMlgfTb+g9iDX/wA3r5wbj3xWb1j3vS0G3sdunb2d&#10;HVuHEdLjkw2MWRZNux1jxyVL0dWLfxF2kMjMAU8f0Adt/aPkqDaF20WcTMmsB2VS+phTURgELWq5&#10;oKdGdrzNvVtOgW6lYlicntOPhI4AUOBT59NUPXe06eGZExcTVVRRS0UuSl/dyLrMtnn80gKiS/qV&#10;lQBT9ABx7daH+b187d17ty+8oN87Wx+ExMiyxdd0uy4cnt5KWqdqcQfbRiSuYIl2NTJU21gGwvp9&#10;rtn9tOVtniPgRfqgUMpprqaE8BRQSOAFM06UbhzLuu4QJZX8xZK4/DTHElaEnzHEnPTJW9L9b5LG&#10;S4jI7e+8pZ2hknaTJZaOpmmgOpJ3qKedGDXH9kgfi1uPbN2//Mc+cXdSbR27ld87d6doK6oqqigh&#10;29RpscsKSF5Vqs3nshLJKy1SnTHExRGYrZQefZ3b8nbPbXX10kStK3EkBFNAQDpSi1oaE8fOteio&#10;b5eCMqlw8wt+Kg/aCAOB45GacOuezuntg7GNa2ExEsslfIrzTZrJZDPOiRm8UNMuXkmWJF/AjVSf&#10;yTYewrlPw52x8Qu2MDvLc24d7fMHd249t7oxNVtTFRVe0ds+KqkWTAz70LTQ1cYikmqco0RjZqh4&#10;442cIx9nyNEbeTSjqUZVQAKIyM6nrUkqoAVR5kliaU6C9zPzPf8ANK3UKRQ7VGpVkqVeSRgKOq0p&#10;oWlFzUkk4FOuOWbuA9nbWjwtPsWPqFMVmG3ZUVlZln3tJlvFEuHhxdClOKVIQ+ss5nYsobUqnRco&#10;HVu5NtDJYTZHbOa3dB09UboxmdzuN2xKlRNSziaKlr8hQUNZKkKSTUQeGWdQX06SA2nT7etzCkyp&#10;dDsJGqnGhNaA+QI9Oja7jlVXuLNFabTQVwD9pHoehGq46j7erkoFpf4k1JLHRyVSsIDOEZqVKp4g&#10;X8QkN2C3NibC/sRezupMFNvntLcvTU+Qz/x4we6czPtrcuLlmmq6fbMDCqw8Vfj8l4aj7lYZESV5&#10;I1GoOwOke1VzDA0sj25rFkoRUY8qq1D9tR0X2W4XX0kC7gFju2Ua0Y41HjQjy9POlPPqFgJ8vVYT&#10;F1Gfokxubmoad8pQQzQzxUlcyD7mCKaB3R1Vr2YOQR+fZlfif/MK7S+Lfx97P6r6ry9SN7743NjM&#10;xsmuq6PH1EOwKahBqNz5CBctFJBMctTL4JkvqGm4/Hvdnf3VnH4llK8cisDQaSpWlCrBgQVatSAB&#10;XAJpjoj3vlS03feor/cV/QSMrKFZh4xqCivpIJSM1ZR6mvHoDu5/jB1T3/uTY+c7QwzbhodkRZgw&#10;bfNblMdj8vXVlRSVmFyOVlw9TTSyviZqeWfHpIzJHJPJIoV7N7A/5C/JdvkzmNldgdp7Vgpt7Y/b&#10;abaz2X2lR4rC0u7anHTEUudqUQArIsZEbwtGUuPQ4XgLr3dZtwljn3FQ7qoUFQqVAFBUCnAfIdLd&#10;s2WXa/qLewmrG7agrVOgEfCDn0weP59DFtHaGF2PhYdv7fSuixVPUVdRTQ5DKZHMTwfeTmokhWuy&#10;ss07IrEhFklaw4vx7LbNjXp5kyAFTU4x5i9JLTVcM1bBhaaUfctTtGdKSgNYC3HPAHPstaBkJm1G&#10;gPkc0/1enRutxG9IBQMPiFDpLkYrUcOlP7bMbXYeizcFW0eQqsdHNNI6xutPk5YbEwxyTjUqFjby&#10;Olza9ufdEeMShxn50/w9KZIZ3g0AgNQeXaD509fkOve1FS7mykNY0lDg8WBlq6ZaKjnoY6ihcSRi&#10;KOGM1A1XjNmDBgSxuf6e7mYqaKBUnHClD6/P59MG1RRQsTpGfX8vt/l173w2zAKHdFBWZOnrqbDU&#10;2WpBnqukL00y0X3QTKilk4CvoLBQDxx7osQaTvrpU58geqXjarWkZ7iDpHHP4a/Ide9+7GqtqVe+&#10;t21Wzvuv7q1GTmbb38RcGuGOIHiFWwBu/wBdX+9+6MoDERmg/b/q/n07tv1C2sYucOAdVOFa+XnT&#10;0697YaKGkyNBJHWZKpgkx95KWIwNNRrTuC88rOD6WZtKhdPN7+6eGfyHn0vaZjRB86Dr3tppqOqr&#10;5FWFVijRHd55GEMKRxep3lkPA/wH5Pts1J09OAE0rjr3t7dBTtSE5NJ6qaNlVVjdGoWU2jSYkCzO&#10;OQRf3YAn8v8AVnpw1UgA5px9Ove8mLenlr1SppqjJRx+k4+nkaKoqJTwy6hey35PBJ9+FPi60x7S&#10;wFf9XH06979uVsBH9m+H+4WpqFmkyNDNAsUONkV9ENNBPrZ5DYXYsFsePdCw4jh0ykgZKde9piCf&#10;Q6SrdZkI8JjNmVj/AGyT/j78CGGOrCg49e9v2InxElR485NkfDLNqmqKMRNIjXs0jRyEB7fU83/p&#10;7eRzpx1Rz25rx697dK+ShbICLDY41dFBqiBldoXro1PpqZF+sbEHm5I904jV1uFiwouQMDr3vEuO&#10;p5DOBBNHLIrMlM8kYipzbUwaYfrCjkGw9+45A49KBGpA0jj172otlzbOocgp3Zi67IY3w1Ck4yoh&#10;hmLuhjjZROpBsTe5Puuk0qtK9FF14gfUPI/aNP8Al+Xz697QWYWijyFUcZFURY4zuaFa0q1UlJ9Y&#10;xOYxpvb6ke/U0/n0thKlCT6+fHPqRxPXvcZZ4wgSINGPEDpU62mmv+SPooHPvfHj07xb1/1f5Ove&#10;xJg6zyAwGJzlfX4vFQ5yrNLQSZPI0tOkzXtG4p1ZpEW55lkQIP6+2dbliB5dUKSYOADgEkcf8n2n&#10;HXvfVbkGwbw4tqfF1xwxIV6aWLI4urmUkyzNLFYzI9vw4HtQKEanNP8AD1aZJQT4hVgKf7PDiOve&#10;09U7ny1bX1NfUv4pKp42njo/LQQ+BAAkUcdI62FuPqfe9K1pUH/V9nTLROSHU0r6V/zde9vWc3nF&#10;kMX/AAmhxAxcPkgk8kmaymUnmK/5w2riYwG+rBQPx9T70TSuf9X+bpQpKAjAJ+ZP+x+XXvaFq56i&#10;Zo1ig/bcBY9EOjyKpsQrLcsb/qJPujMowfPqjSKKqSOve5MlHNT0MVfpjZJJZado/Ioljmj+qtAP&#10;UbDkMRa/vYINB6/6vz6uKU1rkEde9yZautdo2j87FYVklZnvIEKiMjU31/p/rce66FBFBnrQiCsF&#10;Rcj/AAcePXvbVkA6QwkXWOp1TCMD9tBq0ixP0Jt+D7sTQV68xLf5uve5eH2/ksvG0tKtNJHaSPxS&#10;V9NTzlUW7MsUzAlV+v096XgS32/OnVGJA7cnr3uBVU8uOM1NK5MkThkKWePnglHFxz/h726hBUef&#10;VlNUBPXveCGZpysBkZQblebAvYmwH0Fz7oJB5/t62BXA697dlq5YiXajpfLPShHZ1a0UY9BlVSfS&#10;5H593DVGM06uT5Ef5uve+453TX4VSaFoJNJAKnyFOdVyBrX8H3puFOqkgDHAj+dOve/U3mqo9esL&#10;o0oPTZ7k2BHHJ/JPvwwKHryr26RSn29e9zY6aX7kKKmGkSJioWsDLLIWuHYOl+T+Le9kkZGevNGX&#10;UoOFOvexUenx+H24mRpNy7Pq6lojTNiKF6is3JT1BuYp6o1cKx6Bc6jExsPr7aEuo0cEjpIYT8av&#10;qrjT6fLh+f29e9hOkTVTTH7eOoZnkd5QdLtLI1x5JG+ouLgD6e7kVXP+rz6VxDSNLAV/1efDr3uf&#10;FgUkgqZJkijWlihkeRJU9Us76UgjIuSxHNrce7AEioHTMlxaxHS7UIyc1+0Y697bhRyxyVcOj9uO&#10;JpWiJVHl0N+3Z2+vPPAufdzG4oCMn/D6dajuYGbsYEn9lf8AY8+ve8aQ1Uq/cVKyFgh8YkicxLEo&#10;1eQsTcnj0+6MdNPXP8unhMhoQwJ+VKDj173hnqhW1yeKg+1RlEYipXkLvIqAvM8kt7luWa1h79kA&#10;D9n+r/B1tgr8VB9K/wCr+fXvfY8UYexXUjFUjcFkLXv5Ge3JHA597JZuJ/1fb1WkaqSQBTr3udXU&#10;8tPHBUyes1MIiBmpmijEKsCGhNrEXFrj3WlOtJKrvXIrwP8Aq/l1722trlkeaWZpZTchyBa9woUD&#10;+lvx72Mgn06vljrU18/n173PaER1vjaFK2oMaSSosgjjLBOB+AxH1IHv1cfb1bIYajUmhz/l/wBX&#10;DPXvbvWJFS0Ok5ry6QFTFQa5VjEyjzmUkaU03PBJufdRoBrSnz/1DpyiolK8fIZHzz172jP2CwDM&#10;dK+pTp1B1/CkKP8AePdSGNaf6h9np02dNCuf9X+br3ubS1c/rjjExA0kOXVfELaA1n5Nx+L+7U4D&#10;rxc8Kn/Y9Pz697ktTjxJCYHklZhNI5kGkxD0CPUeODc6ife64Hz9evBRTh8/y6977fx42qpJqOqg&#10;++gY1UvhBlhpdCg08XnW+uX66tNwL2ve9qnybgc/z6bcKtD5jH7Tj9nXvbgK2ujpn1U4eonKVsc5&#10;lgJijQmoOinHqBIBvc3Pu2o6eOPX/V/g6qFQREBeJzn0PAfLr3v/1NJ/B5vb+JoKukO0MfkKx56W&#10;GPIzzlp4kUBqh44g13LmwH9Bc+3NSN8LA+fn0ZxPCooqhiPP7Kfz63+PaQ3LDTZDMHx/b0eOrpYi&#10;vhlnlgonYHXHMsgBB1Cx/A/B93Hmf9X59NyHW1fI+nl8uve5FKK7b9FLTGojCNMUNTGUaTxSW0JA&#10;4OpgTzpHH190dqVNfy9OtBZEWg4A+Wcde99VOSqaqh5nq/BFI0UdM1XUlKgqLvUinDeMDn6/Ufg+&#10;2DK7Gta9OOxZM+XD/ih173Bp8jX4mppqqGnpIqimkWZJZ4oqsCQ3CtLBVB1a172Kn34O/nX9vW6s&#10;lO0Dh117eJ6vI7kcU881AGkR3qw/22Jp5o9erTMYQCwJAOlVHu0IOqq5oK/Z1oqJcdoP7P8AV+Xz&#10;69b3i+8ydXTNDJJUPUUEiwJAkUYpaaL9EQuLEBl/SfdXYkZFOrDXTHEenCnXfthekgWphatqYI3V&#10;pXczVDQ3kZrBXK8nTY2Ucf19vQ10UUZ/2emGC6xXyGfXjXr3taQZbDwYdcDPQ5T75JZnoa6HcQip&#10;omms1Mf4G8V+eSWWQHm/FuXShxqxTpwZTwWrXjx4V4Y/2eve+WSxmKenM53PjxWUsEUQx7wZQ1RZ&#10;haULOYtDP9SxLH+t/aWQuXo2K9XIShIb5Z8/s697h7D2Puvf2epdm7GwFTufcOTmlhosTSmMvUeK&#10;MzSyxNIyLwtyLm5PH1PtmV/CUyjgOtQxyOxSIam8h/PrDUVEFLDLUVMqQQQoZJZZGCpGg+rMx+g9&#10;q/sTqHuXpeqx+N7H6z3J19U52nk/gzbrwlRj1yFOq/vSUEs3paw/KkkXvx7pDcC4AYUNfTj1uRbm&#10;NgsyFK8Kjz8/l024bcGE3FTS1mBytDl6WCpko5p8fUx1MUVVDby07vGSA63F1PI9oDHfYQxTPPHV&#10;HIJxTyLLTrHJGXHlQCdTpa1yGH1+n59qpW1nSwIPXkVASWrU/wCrz4dPHtrrhFWVdYwWobS0IpGq&#10;ZEaaOFeX8iQDQSTwALcfX23qYHJ6bIDMePHHXvfVNUUqSSofuV0xuQ8s8bKbCzLFTqpYWH0JIHt+&#10;OQk0pXqppQg1/l173keU5SMR0WNxsKUokM9XTxTx1Mkdr/vSSubvwTZbf63t0cMCv2dVXuNdI/ZT&#10;r3tx2y+Doah6PIzVlJi654DkajGmKTLUNgQkkQnssig+p4bgkfm9vaeUnVQHB6fgMQ7PI8fl+3r3&#10;uHmaHHNmamDG5mHJ0lPJ5aLJok9MkqxJ5V1Usyhlc2syngH6H36GQxHURWvr/q8uqSIgeqnVTI/1&#10;evXveai3RuKnQQw5/IwwzFY5Ikndo0WTnxj8j/WX6e1VSwoemhKfgrg0J/zde9t9dXjzzW/yyrlm&#10;Qff5GOWV3jjH1RWPos3Cjn/H20z+Hx8+t6tTVPE8Pl+fXvfGXK1clQizPUCd7aJRpdIg1gsoQXIP&#10;9Ba3uqOzigwD/Lq2soKeYyP9X+Dr3vnLE8NbK+Rngq4xo80lXIb1LWuI2ZDfUPp/ha3twFgQrVP+&#10;Xr2kaiSag+X+rI697e6GnqKKpg3Bgq/+E1sMcv2h8zQzsR6ZPtJltoa3C6iDb3RjHoLKa18h6/P7&#10;Otqh1CZGp/h+f7PLj172y1VVSFoq6qqa2StFQaqYWLB5wdQdytzqL/qc/X2x4hqNVcfz6tRT61rX&#10;/V/l697y0Ipq2XI5LO1LxTVdOyY2pKSGFJ7+vyeEXSw4BA93ZkKll49eQVr4xzTB+fXvbdjRKlal&#10;PNKqw6gXeSeSGLQ3pWYyKVYL/gDc+9pIVFKVH7D/AMVXqgWhpXj86f7PXVx7mVBeDKQV8lQ1bVUU&#10;uqlaWV6qlVF4CRtISStv6/T6+3vEqfWvp17QFkq2TX1/lnI67vf/AHv/AG/vIZqGrjmqXijjlMrk&#10;UmqokUyO1wQeFF7mxJv7YYuTQ1AB/b9nV9SkE0pQ8OvA39w6KhoxkTU5PyQ0kSKUpKYBhUtq9UZY&#10;n9sEfVjf26jBl0n4vL/LXqoVdWpsU4U+fHr3uVPNQO1XLBSyRQrOPt6Z5hMscVtKMZvy35HFh7pK&#10;B8TcP8HVk0UJFafPr3uOySxyU1VJFK9JPJ9sQkklo2kX0yIZPqb/AFNuPx7vGVVNI4Vr02SANZyp&#10;PXvflkixs5MYdZZQEl0Kk37sbatDpquI7fUk8/092oCKeXXlOlj/AKsftx173HrFFWxipJTMk0El&#10;0CNGnnPqcapLKSP6Jx70iMmCceQ68xV+xeB6977opaeSinp6yKpkqFhWKGqp50vSCM6THPC4YED8&#10;AMD7vTOem0AIIIPy697i4efDYyesqcwK6tRI3Sio6V0jMtWRaOSeR7gRnjkXP9PeiG8utJpX46kH&#10;yB/n9nXvb/jMfT5Khmy8lTjsNTLrV3yM/mkBFtXihQ62+tgQvu3TojVgX1AUxnr3vHVYjFYuJJJc&#10;xFko9Eho5KCkqodTN+oJKQpJW/1J+n+29+68UjjqzMGBHkP9X5de9sy46SSM0dPBJUTDxuDG6RmM&#10;yNraKQk8gLax/wBh7oUDOCfLqoUHsA1Y+z8uve8lFWR00U0dXGzpGlTAaQOy6pg2hJmbnSy/Ww4b&#10;3ah4+dOq9pHdj0HXvcR5kGkIhiZo1ZEYAE/634P+v7Rkkmh6dLACtOve8+JeOGrfzU9JPG4A+3qH&#10;ZIGC/Ul0Nw1zwRb2/GVI0jB8/P8AP8uqkg5oCP8AV5de9ycxOUWogKUdK1WnihgRWluqsGV4nsLM&#10;v01nn/X9u0IGePXm7RWoFeHHr3vHSUGSoqumqMyJ5IqwD7aBQSa6YKBGkJPpuB9T9fe+qgMjDWDn&#10;r3tyy0mCrZaYUNBNiJTDJFkTU1SzRPPGL60jRQUXixBvz7beqsHGfT/Y6cYxt2gafX0x/m8+ve0p&#10;C8cU8lW1H93SqSpppHkKsyDiRmUXsQLW93FaZ889J4yE1as/Kv8AP7PXr3ueKqkrPG1PBGE87aaJ&#10;YAscYfn9uR2Pq/sgkXHvfVgwcAgU8/Sn+ryr17261OJSpmjaHH0tHHFTsft3rmSckAFpmlma7Nf6&#10;Bbe9HIp1fSa1VeHz/n173GZ4aSfH11NTSQrTSAVrxzyuZWWzKgdzZdQ4b3oCnVAUQq+MH9pr8uve&#10;1VAtZuDIw1tM+Ox8tc6v4pDErQ09Pc66gKoU3KnSGNyB7uAFFDnqk851UQgOfP0/L59e9oLdOXxs&#10;dfU02DklqFCprrkRqWB6ll/yx6ejBOlSfpc8/wBPehU8OqLOxXH5GlPtx172Pfxy6e3RubcuKqpq&#10;c0mFyQjkqKyWHXIaZX1NBCjgi8g/w9rILVpFLdIzcsklEGKZz/h/1U697tdxfw+wW2kffm2o1zGR&#10;ox5I9rZqSalxlZMn7qinqoyVWx+qlSD+be3xbmMUB/LopuLrxC3gmrHIUnB/KtBw6htWxrUrTkG7&#10;KTrDKQpHADKDcX/HsL+w+4u0aKgx+1s9tHbOzqXFR19TJulWOSnhx6qXkxmUoIkaOcqSBTGMAmwF&#10;re3RcAKEqF8sf7OT59bVtyZQJERQOJ+VK8OskcGiaecTTsJ/H+y7BoYigtqhXTcFhbVcn6C1vaN6&#10;73VV1lNlcnhPkFvGnrMnG3g2xtupiwr5BmRpKqqq4syyoiRoCPAigngBRb201yENRwp5Y44Ff8Ip&#10;1S32+Qu8ouCCRgCn+XyHpx66qKWmqTD9xTU9R4X8sRmhjlMMi/pkhEgOlh+COfa63xtfZq9B4rfe&#10;e7Q2hkNvJJPS12YxVLgMzuybN19d54KCuxkpDgwFX88jqGc2Aso5QvOpbs+eDgkj5+vRjHbhLZXk&#10;kqK0NACSa4+dfXrHHWo9bNQeCsWSKJZjPJSTpRupIXTDVsPGzc8opuPyPdb1NmdqUcWem2pR7vy7&#10;ZKWeggyWQmgxGMqDO3oqEw2OZnd0b1pHJIVA4I5t70y9mkfs86/Onr69Oo1naxHRq7qCpFKn1oP5&#10;V6m+2fMUGGqt7Y/a+E23QV2Wp6GhkytTLJUy09dkRTrUVJioy6xoliFIJtcn3TQSwDnu/wAI/wBX&#10;lXpQwNdMagmn7TTr3u3f46d0dJdMJhNn9l7C6dr83lqKauyWbwuyKKTJbUdUFRR0WcnjEkMyog5d&#10;WDqSCb39mVncQWtJNIcHzPH7OPQY3e2mvGWoGoHyFKeteJ/zdITeW1MnuJYpMburPYNoECtRY2qp&#10;6ajqgHLl5ZBE0yyW4BWQrYW0359vnYnzOxmZkyCdN4zqnY2Nqopkg3huLb7UGSSOC61VfQ0Vo4kc&#10;EqIfIWLE308e9XW6DUfDAAPAqAKU/wAnHpnb9ovw3YaAnix4/YMfzx1Jw20mx0NMtVns9k2iZnkS&#10;syLTQysxvpk9AdgD9LsP9twSB7r2Dne3s5kt+VvbfX+byKiinqMnVbuxtPJTwFTDMWw9GTMsl9Kw&#10;xRxAseALc+yCW8IDBSascmmfyPQ0t9plKmV51LYrkVAGMf6vPpYKFQKgGkAAKADYWH09lezm1d5Y&#10;PLy7XxuOrauOvqnhmoMfHPTpWuG8TEyVCiRA5sX1i/PPt6OV5EafApxrwp8+vPaTBmofTh50HEg5&#10;FeuXtu3psLL7Gjixuf2y+FyVVNHWwMcjTZAPSSw8wwzUhMZUNwTfUDwRx7cSfGDk0x1UW8MfbMvc&#10;fKteHChGP8P29e9oemhyeTV8bDH5XpxJP4lQNbTcyAol7khbk/X/AGH0c1scnHTyxLUIiioqeFa/&#10;5+ve8Msa0uPCxmKUnU6IVKyJIw9emTg6OP8AEf7f3QmoJAr6HHW9ChRpznPH/Ueve2zET+GqY18R&#10;KTFIg2lyFuQboo/IFrEe/V8zxpXqgw5LCn+r9nXvamehlWODIwJHTUgd41nqozIkzxEmVbz3+gtw&#10;Pp/T6+3lYoNL4B61I0cWWGCaevD/AAde99w7fzO8chLHhYpKhYZKeDgqIgzXVHVIlF1T+tiQOSff&#10;gpkNQf5HpG973dwBx8+ve1Vi+id9ZAy1Mu3q7GwwfuLXZgJhMXVqJCjsKzKGJAhtcFSbge9+E1Dg&#10;4/P/AAdUjuHkqSukDzIwfz697D3K7Xkoa+qozWY6qagZzU/wyrjrg2liXWlkhuJFH5ZTYDn2yakd&#10;vSuM+LgsPXHp8vXr3uWmxsvmqefNY7AZqHCFf2KunxldW0gmRQpgapiQqBcElibD3U0NQ3l6deZw&#10;SWAJUeY4de98tu7DyuVhrJ/GtBDjnU11dXVlJjoKVZF0ohaskQtIx5VEBP5t78CvBf8AV69OxRNK&#10;hdOA8+A697jVeBkoMjJQCuhq6sTpCftZ3aKoQgFWSdbKwIP1v7uR1eSHTIASCeGOHXvbxWbXkjhq&#10;ZEWZjTIEr4WqYTPRzA2CNC/raO3Oocf4+6g1xTrzxhSSnAde9ttNhK2uhiTWUDTRrC8kpiRvMpEU&#10;wZ2sQdJUG1vryPeyaZPXjG7LWtBx/wBn/Vw697b6jF1C18mPhnjdoQIHmWaPxiaTgIJy1jci1+ef&#10;dWAcevVdJ1FAQaf5eve4VAkdHkA2SBqYYVtUQK4Ie4KeMSLcXUkMLH3YCmB59eSgard2PL/V5de9&#10;84qColIqRpmVmfXFYC1OTpDsxsDbjgH/AB91LUqAafb6fLrSI1a04edf9Weve8GUxogYS0yTmHQN&#10;atGVEbseVEq8Efkc/wCwPuqpQ6ga/lTr0lDlRx/Z172r8dsGtz+PWfbU8mYrFokrp8XTwPJWRMJT&#10;FUxJTgFn8f6rrcW9uivDyHVxAzKPDqTxAp/L9nXvbBmKOix9cKSgeWYw6RVz1cRgm+7ACzwiJ+fS&#10;1wARf3SgYcKdVftbSgP5+vXvcNwIqyJMj53QxElQD5YyUPhQJ/r24/1/e1Wg4ceqvWtX4de99/cF&#10;4aWN4IaKKnjkjeco3mqWkbUpksSGIBspt9Pr7t14N64/y/7PXvbnDh0MVLVVb08Uc6tII3lW5p4v&#10;7TeG7L5CCoH1v798+raNSg1p+dOve+FRDSTUtfV09AIaaCphjRfuGkMCzA6IZDIAzg2J/BH596r6&#10;efWuIJXgOHXvbzR9e52uohmpTj6PEymnKVMtdTapUb6ClpFfW1gDqFv9f35WGqvmD1dbSZ0rgYqK&#10;+f7Ovex03zv+nyWFyeFl3TV7lnNBg6TH5yuykxp8Lj8fTharF4nHNpjiH+6wsKAsBcn2oBKkr/Pp&#10;qWMvWJyTw7ieFMkU4fLroC30/qTb6fXn2WvOy1wpaLCVAaGHDvUzQxEDyTLk5POkxUfUlbC/9PbE&#10;kgOR+Hj/AKvl1UJpRYiKEfzrn+XXh/j7Z8fTOz6IiJJpo5IwLXFMCLSO6ngEL7bWlK0yOraR5ZB/&#10;l8/y679+q8aIfRGzSNGAQyqxjkuLvpf9Nx78QCw61p8lzTr3vpoKpYo45YyF0mRL6VDJa4sB/vZ9&#10;7zXrRDU7uve+8hFJj6p1iYLDNDCWMLEakkjD6C31/wBce610YHWyrDPXvccU3+S/dLPDqUqrU5ci&#10;Vbcq5X6aT/r+3OtMKDVXr3sSes66hiz0aZLNU+3Mdk1Sir87XY2fLrj0c/8AAmGjox5Lr9Qy/Tk+&#10;9amU1X8x1tT2lS2kHiaV69f/AG/1t+fYmU2y9k7q33BtGo7To6zHZDN/weDsfIwZmLbJeQDw5IUc&#10;8X3ax+oI7yR2Wx/HPu2dOM/LpkRRvN4Rk4nDcB/n/wAHWMuwiZ/E5cIW8QKa2IFwgJOm5/1/aQ3P&#10;sLYeGz2Z23i9+VG558JLWUk2axWBhg2/V1NNMYfLRVddUxySQGxtKI/8QD70WZjXpVHFGdSa9RWu&#10;af5a/wCTrkralBIKkgEqbXUkXKm3Fx/h7CcJRoGVvMJ4XlSOqhs0Urq2mIlWtYf7Ve/+HvfTZAAo&#10;a9cveOCWCOV3qYPuZdLP49SxKJACEkdueB9StufdeJqetK2auK9e95Yq+unhijWtrEqYpWWjiill&#10;REjlP7iqVI0Lf6AfX+nu4d6UPVgSwArny+XXvcP+HzvO6yCUyBgJFdWkk8jNYK1783/r7oFpx6oQ&#10;a0Jz1736Gjq3rjRpCXq/uFiEKhWDSXsIwv8AUn8e/AnUKD/V/wAV1sdpzinXvYiQbYrcFUw1Ocho&#10;0o6ykqGqEEUNasa29UDQxEmGUn9F7W9vKimMd2fl8jw6UCIqQxp3A8KHr3tJZSXEyV0cmDoJoKcL&#10;aeKeVZA7qfX4CB6VYf1+n9feqhHxwPp5dNyAF6oKf6vLr3udmMtlMvV4+uNNRasZQpBTCngaRIaa&#10;mb0NV6tQYpexLf7H3uoGQ2R1UhiQfT/Vw/1V697TmVqslkqySqyDNPUgRo7xwxxiyrZPRAqqOPza&#10;/tlv1Mny6qzMx1Hr3vHHQPLqS0kdUWXRTSRMn7bjh3kksBf/ABH0591AA/2emZpVhGp8Dr3s9m5v&#10;iFheq9mZPfW+t8zVtCdq7Rzu28ZtJMJV5bLHdlJrTM1lHX1CtFiqSq/yN5FBkkcEqoUX92ZHFR8+&#10;PXkZVcvI2AAV0nOfM/KvHj8uokFXHUtIsPq8EjwznUP2po7FoXA/tWZWt/Q/4+yhYCKgy+RlTOVk&#10;tLQRIrtBSojyz+M+qGnaU6UZv9Ub/wCAPt2PUVHlT+dOm5LiM6TMaD9pP7Opftc7w2zRZWrpF2cZ&#10;Y6M46l8WLrxCld98VtUJ+yoEmrgq7gE3PHvZcBiODeY9PUdJlukaYCIHhw48Pn59e9hhksHW4msp&#10;Vhp6ny6lj11EYZnql4k00xuwVT6RqHPvwAJqMY/LowDa6KAQ1Pz697X2Owu/93Yumxj1k/8AB8W1&#10;ZUw0TQtBT00gQln8NMup3kb0Rg3N/oPr7sCQta46TsXVagHSDn9vmOve8eM6l7IzGIqcvUbS3Rj9&#10;tUBkSpztTg8rT4ZKlBdYHq50WLyN9F5/w9+q5rUHHn/k6uJXIqoovqeC/b6fZ1xDqTpDKW+pAIJH&#10;+uB7DCkw9ZW5KDHJFIk08gRVkRw2kvpBCHn/AI37ZSEs/d/q/wA/W2mCR6+uXu3b4adIwVeH3SmZ&#10;nnx1MKaMUs8EEc8q1/1arkWUEaV+lm4/2Ps7ihMQAP21/l/l6IyHu3kUtpAFfs/1V6xSyGMKVCsS&#10;wWxbTwfqQf6+zWZCWl22lJgu1sJWV216WuWmi7LwGYGOoMfBKn7FVncKDZGW2ktFfV+F9mNvuMWI&#10;5FrTAIwcfyPn0Vtst5LhiWHmw8vSv+x1il8zDVTyR303EUkd9VvxquCPr/Q+07teu+D3bKbiwUPb&#10;O59t5vE01bXSV24cImJ2pFFQPp+5krcywhk1/wC6h+tvxa/u0u5W8gIrpPz4/wCr/J1u22FZZAST&#10;8+IpTz9D/k6SeVyG+aOtpWx+BwOSxDSRpVsuYrocvF5HCmSKkNIYWVPq95gf6D3Xbnu3NljeeT2Z&#10;tioTLbGxdXX0eP3GzTUVPklCmnnrqfGgldE7k+MflfV9D7KTdR668QfM8P8AV6efS2TbpK6VyoPE&#10;4PDyz+wcelolyqkroYqCyXB0kjlbjg2+nHsJN9bw2pnMlj2lwFaNrYKmmoMbjcPA2Ooa+tVv36+a&#10;tjvKSWBXUwLW+ntiadKcaCh4+Z/zdKbdEEnhyggKKeX+X58MdcvZgPjn84d//G3E5LH7B2Lj5MXk&#10;Mn/EaSg3BX1lRjaetmhFPIxVEWaXUgAGkr/jf2Y7Xvc+3MWtjTh9n20/4voi3bli13YN461VjkgE&#10;nypQ0A4UxX8uk7uXa2J3XjpcblY5TFKhQTU8vhqYrsH1QyWIBuoblTyAfZguxvmH88e4MDV4dq/r&#10;3r3E5eiCphds0dDT5meiqVuStTXTTyw61Y2OlG/p7X3nN+6Xw0NKQKZAPz86Z/bx6SbfyLs+3uHj&#10;hd2rXuZV8/4ak+XqOmLbPWW0NqTpW4uhqHySghslXV1XV1UupAhaVXYRFrCwIjFvx7rwzPRO85cf&#10;XZCqnnyWZglqPJFTTwVoqZle81qpZCZpNRJawvfj2F5HfXrYgV/Z6n/Y6GVrb/TrpVVX5Dh9gPl/&#10;PpfW9yOrNm1+6s7j8J2HuGDZfX+Flao3DVZF/wCHUWrHMNNHVrEC8tRKzLGg0s1jwOPdrdtTUqFH&#10;y/z9WnR2j0A6F8yaYx/h8hx68SQPoSbE2H5t+OfdhW5/k/1F1DQ43D9Y4XAyVdNFT1pqdvYtIMVl&#10;ImUU3izFY9qiU2UvGp/Nr2+vs0M6xppAB+Z/y/MdEbgh6W6gkccY+fz+fWMR/rJZz5ABZm4QAf2Q&#10;v0+vtCbf+aG1dv12Ryu1erMZPWZPIVGRmqN5LR5mSOWeUVVbE7yrIzo0lyio0dlsLce6RXQiaqAH&#10;7TTJ4/s6KdxgZlKCItq8zXz8vl61FOsdTSrVQtDI8yBgRrgleCVSVK3V4z9Re4/x9nS2l88++vkY&#10;abYNPTbAxe3KmlWTLYuoet2fHHjMcoLHIZfISziWG4S0NNCSwFvp7EMG9tMApKgUPkQBTy40Py+f&#10;DHQTXl67Fx9TaKFbyJGB6n/Yz/mBbbXQnWGxNxz77oMHU5Dc5nqaiPLVyrk8hTVGRYpVT0aU8SEO&#10;4kYPIVLWZrnkn21dxT7t6QrMluHMZ/rXc9LR45M7WU2D3dXUP8IlhnSpjhystdEKirYMytFEFBck&#10;W496u7mG2TWCGJHl9v8AqPRxte37jLIGnAPHHDgfn+0Yqa8OPQp4DMnPUctQ2Iy2HEdRLTrT5ikW&#10;lnmjQaVqY41YjQ34vY/1A91WUPzEy2E3NvPeKbept07p3nkMhNXZPcFXUHHU8FVNrjjpaOIeQ+j0&#10;N+4np4Fh7C8968rsxySa5r+yn2cD0NbHZBCpeUCr8RxP2emeB6fI40ijSKJVjjjRUjRAFVEQWVVU&#10;cAAcWt7TmZ+W/e25KXdNK+6Kejxe85YGzmGxmPipqSoio1VYaaGdtUsEaqioDG4Nhyb8+0/iSlgK&#10;j1/4vH8+jVLFqGMcGFTw+wYp5fb5+fXRjQtGxUFoyxRjyVLDSSP9f3M2P3Nvmo33iZdx0KVVIaSi&#10;xNHioQY8etIkqGlIndnu4AsZHYkgm/t+G7ZT+oSMfn/l6T3W3aiAy6hwp8vtNeHGpr1zI4/p/vQN&#10;uPds2a786a29naYZHY2Swm1tz7Ro6GGnrAP4pgdyuslLlGoa5P25Y2Gho5lk/QbaQRb3uSdJQfDH&#10;afz+019R8umfBSGUVUqp4fI5HH+fTLR0maFHCmQycEtdDW1ErT0lN4KeqozUOaWGWCQsVIiKh9LH&#10;1C4Nvdf3b+K2vRLS7xwq4kbcyNWs+OyNTNIcnlxR1Sitp6d9GmKo0Frk3F7H8+9o0YQU4Hj5fl0X&#10;XELxosyGoLZIqDThQf5afl09D/ff4/4n2Xzs3O7Dp6DM0+xt0ZXMUGbSnDUG4KBTkMfJrE8tMKuh&#10;HgPja4E3Gtf7IPtDI+tio44NftHr8v8AD0b20fF1LGoHxClTmorwNPI9d+y4UuJyuQSSehoamogj&#10;D+WUQuYUCDkPK3puOTYH2yQWOBno4ClgNIrjr3uDITI0cUnijaKMRh1FgTq1a5iv1PJu319tkHUK&#10;ilOvGpwR172qIqR8NCY8rFNDDX0yPJS0soWoydKWE9PMZWuqwsQrBrG9vp7djoa1FR1fTo7Xrn+Y&#10;9P8AZ697bWqvt6mKrxdO1IIijxTJI0rRyIOJTIRw/wCPp/Q+3BpXAP5dVb+iMD8+ve5uAx61udw0&#10;WQmkhpshkIIZqggkDyzgO/kHB+vJvf3bTrPrT+f+rz6Lr4ukD0GSKj/Lj1697Mt3LDXU1JTVODzV&#10;BTU0VOlDS4zDVMsc4x1Otg8ssYW5D69Y4P55HtRKgp2cTT7PKornopgnb6oamwABT7PPy9aU697L&#10;RjaHMVuTo2p4snPlDWxTRTRlp5FaNg0UqFtRuhF9RuLe0iQszg0x6/b/AKv5dGc15brCasOB4+fX&#10;vdjOwM7srscyzd8bvmq6bbWEOOxby1iY/EUU1NTH7orTxaRJWlEVYyqgsxv+B7NU0R1BxT+X+r0/&#10;zdBwNDcXpe6kwAKDy+VKeuR10R/sP6c/4eyKZSmG6Oyqim2lR7gzFPkswtPgKasSfJ5yuhMohoke&#10;OAM7FvTZV+gIB9oFXXOAuanFPM+o9fl0ePcLDZs8TZHCvEemfWmOuLOkas7sqIilndyFVQP1MzHg&#10;f4+7y+qPi/8AJ/EbCpl3FkcZtSkpsS9bBtSOsNJlaIoglFRlPu4mpopQP0qzErcg2HsWW21yrbap&#10;AMior5/Kvl6/l1HN1vV813oZwoqKA/bkjjw418xjpLf312080MUORjq/PUR0sE1GrVUEk83CpFNB&#10;qDf0JW4H9fdY3fWzpt+7xy1djq5Z9x0sNSctiaiOCnkrqmmlFOs2OkpLxzuQCSSw1WuAB7D17bFG&#10;JrT7eB/4voY7PuIlQsWBPzNKn1HrXpWf77/fX9gJhNr7UTc2EwnYuS3Ls/CKxGWzNPhmytYIlI1P&#10;jMbKYtSmxAJf6/T2VllBCuKfLo+kuIiAHqMfac/bxp1xYtpJQDXY6AxKqWtwGIB4/qQD7PI/bXw9&#10;2N1xm8D17gMrl8j9q8dHl9x4iekzG4K4wlI5ZI3kYQhmszsjAIo0qCT7VVi06hnj+38/L9nRRLCs&#10;ryImXxnj/nA+YBHWOPylUMmhX0DyJGWdNZF7pI4Ukf8AIP8AsPZ5tpfOro7a/wAT8D1JN0bSdj0e&#10;RpqGLdmC2rlKXHY9JJ4Fq6ybP1mR1Sa0clY7XBI+qke6s6vH4SCh9f8AY4efT9rpijVjqIC6WUCq&#10;g1r+z50+09AFnumdyZLuCk7WxXZWRxho8I2Fp9vVuJhy+MoaeYr92mPh80Cp59IaVmDNqA5IsPZS&#10;8Z8cPjx8lKLdWb6m3pjuj9y4oyGn6o7Ny0kmNdq466E7e3BTB00ytdfExbSfqwHtFEJWFS3wmg9a&#10;+fr/AKvn04xgkXxbaqOv4TnP+GhHQqZTO5TAyYinlwGY3FDWy/b1uWwVNTtHjSoLfcV2Nebz+Mj8&#10;wLJz9QPaBynwF7vx+KydDWVNMahaL7wwYt6nJR5lokANM1VCgjRNIXwksdf19vTt4NSaCgpUVp+X&#10;DP29Ow3F2SQ4pXIpWp+WOB+0Z6UcGQoqkosNTC0jrqEJkVZx/UNAxDg/1BHuubc2Azu38nVYbK0N&#10;RTVmMnekl81JNRzo0TFCkyuFLHg+o/X8H21UMar5/wCrPz/l0ZR3KyYOCcZrx/z9TPcLGYPKZSnq&#10;JaOirZ/AjPIYaeSW6AgXBUXv73kZIx1dnVQdXlxoOHzP+Xr3tb9cbfpa/d1Bhdz4CqqaWSaJKihm&#10;SfH1cSTsFWVAwVvodQB4PtfbRhzQ+eeg/vV61tEs0D5Y0oDWv+br3uZ3Ls/beyN45TDbfyMuRpll&#10;GmCaDQ+MuA/2sk2o+Rhexta359t3cYSSg4D/AFceHSnaLp7iMF/w1FT5/M9e9hfLQ5KGBQ0FZHC2&#10;qXxtHIsGki+tQeDfi59pSpWp6OmYBcHjwHr173xnpJHeATVFPHC0MbBw2pIUPBVkjubj+nvWiuTT&#10;/Z6bEik6QePXvblisC+XTKNQytMcVQS18jMHiSanpmAm8JtwwBDKGtf3tQhGf5dbJAYjjTr3uRtv&#10;bM+4chHTff46gp52jRq3J1KQIus+hFD8l3+ii1r/AF9uRopYV8/WnVCS2Fwfmeve11ujb2Q2Maej&#10;3FkDOklBI+Bp8fV0VbTVFI5KHzS07sIyD+tGGq/tQypEpyK+VOkJMzuVNDQ0J8vtHXvYSCqZZkmo&#10;tdK8ZJLo73B/1Rf8X+nH09oddRpX8/8Ai+jFVoKceve1DharG12aoI8tTyRUHlcVTY5RLUPPKpjF&#10;WDLctpNmZQfoOPbiMWarDz9af6v2dWd+3hUfs/n172K+wf7jbPqJtwZTcdVmniqa2mye2aTD1LHL&#10;YoKfHGZ6gKiln0sxZgLAjn2riEcXfWpqcf5Pz6KbtbiVvCRAAOBJrn5geo8+vewuzuerspWZLKY6&#10;SsosXNkmq2xtE1RT4vGmWT/I0hid2USWHJA4N7H2nklqda1HrTh+X+DpYkEC0DqNVPSpx8/T0642&#10;5AsLD/X9stJnq+kmq6sSvUVtTTPSpW1Mks9TSI5u0lNKWur24B/HNvbUdyyMSeJFPWn+ry6eEUYX&#10;QFovoOH7OuwAPp7WuIw+4OwJ6Kmx9PXZysqMhi8LV5avV5hRy5WqSix9PEIbv65GCj9TN9AB7fUN&#10;OAq1NTQk/PgB1pnWGIs+AoqRxwM/4OPXmZUVnYhVVSzMTYKqi5JP+Hs03U+/t5/AP5PZfHdkbH25&#10;uN6bH1WyOy9tZ7D0Oco6/aW4aRY8kcI7aDGZKVx6kdSeUfkcGCpebDu3h3iUdAQykAqVccf2en7e&#10;iSQ2nNu0CW0nZYnOpHjbSaocflUZHA+dekTurbuM7I2s+NTNZvFU1XLTV2Oz22MlLicvQ1lBUeWk&#10;raCrCsPTIvKSxtG4urKym3sFewaHr/eO7d277652jPsLq+rzlUcLtauzE2bTB0jOZRTDJyJHKkDX&#10;1wpMutLiINJp1FI0SupmIAWpznSM4oKkgU8ielAvri2CW1zSSbT5CgY+RA45HGmOPSjwtJkKDF0N&#10;Hlcn/GchTU0cFVlTSR0L5CSMafupaSFmRHYWL6DpLXKqoIUZU251Xj8HSSYrNZHJZvOUcdOZPtMj&#10;DFg8k8tpaapVFMbRSJ/mz5GLC5IUj25HFaqA4zqrQgnH2j59a+tuZ3KoukLxBPH/AEp884/w9Ont&#10;ANj8PtXLOmYq/v1qKOSUT4D7HJVOMqACI1NNWlY7a7B7uGC8jke07pFEzE9w8qcR/q8+lySz3ADA&#10;aADkHzFOve0njK6SGWoNNUSwJLA8s6hSZ6xIT5BSErfhjy4vY+2YzQ0Xzz8/y6WGPxD3CtOA697m&#10;YiWgx9Zj8xmMeMpjlq4qmow9JkI6Weqp/IWliaoZJvCCPSC0Tf1t7tGaAOwwfLH58a+fXmFU0D0O&#10;Rin/ABXXva52HWbYqexIsxXbBkz+06nK6U2I9XkUp6iirZ/t4KefcVEgkhEDMHecIAbfp/Hu8DK0&#10;peRe3GKVr5Vr/lHSaRpra17XGtRxb/L/AKuPXR+nBsT9D9ef9b3ZDu7pDtjpTbQ3LiNoYTcPUuUq&#10;Rj9u7T2r2L/e/BZChz7pkM/Eu3JxBmqioJiEExeliiXTq1sv1XeBPaBXjCupNFHGoPEFeJzWuB0F&#10;IeYdq3eUWZnaOdRQho3XSPMrWqZPrxHTLRZukrcjV4tIK6Guoo/JVGSiqFpEBcRxquQ0mB3YEOsa&#10;yFtJuRwbLbEfNDvfvTbG5sbvro3a269kdcUVNgutsXX4akpcV19JTUf8Lq8LX5nMyRqsz0ZsJmUS&#10;RWAUAexTab/ue5I0N3axXEca0RSulYhwoCTUAgZDGtcjoF7nybsOwTJc7XuE1rNdOXkZWLGXNalQ&#10;DQD0UUI6Ytt9e7R2hlM/ltuYuPE5DdmSOY3LNBLJfNZMDQtZUxyEqrKOLRKim9yCefdc29J8Vv7f&#10;NYlb/dPHZCOmTC0uFpXqZ6akagTRBS01ZgkanZKdS2li5MrXuSfYTuY4HuDGgVMnAqaH8hQj06kX&#10;bIbuysljQvPU11Hia+ZDUORw9Pn0t/8AW/5H/h7HfonO7XxG3N1VOS2JufM7K25qp6XdG6M0YtoU&#10;b4jTWZucbMipXWorI2DOsE1Qy+I6XUMeHrG9EStEBrVeNTRft08CfMVx8uivmHZ9wvmR7eZYnYGo&#10;UHxGHorVoPn28euBD6gdQCaSGWxDavwQ1+LC/Fv9j7bu8t9dNb3yUku88f2MN0x1prtoz7dodsYf&#10;a39zqilibB/dxmokilaYK4DQRxCNbKQzAj3a5vYL1iZdbOp7WGkYxxGBgen8+n9u2bctjhjg2oqy&#10;58TxTViSclWWtaeYb+XXkDAkWXxgDT6mL6jyQ2ofT/G5/wBh7Kvl9omiyk/2Jx9TjcNQUmaq1xOT&#10;p6mrpYMghqTTT1AZZJWhWyTNTqQl/wCvsseOrHSe0VOKVz/qzw6EMNw0sH6wNWJGRj04YB9fsx1k&#10;9qPFb06+x2dxE+L64StGLwxn/wAqz9Zl523LGTUwZKmhqVSKRBJoDUhWxUEFi3u8UqwyKAuqgr+d&#10;MEV/wdNT2F5PEUknoh8lUDHmOJ4/Z10eR/xu3+xuPdjfVFB0bV7KqN+4DC7P7b7+rOkdwVm/uttw&#10;1GY2nsHahyFXM1bubF7xDR45slDTSxum3zfySRkBw5C+zqwkVCJ1VZZgj6g4GgCncdVR3HJVQOP7&#10;OgzvFjcvS0kZoLJHQq0fczv6N56SagkAAV4+fQe599zVNetIajI7ew1NuHac1DmcFDT5TI5lGySH&#10;I4LIY14KgU9DKB4aqtYoyRyFl8ejyewPwmFy2zdr5PtXrD5U7Q2n2EcC+G3Vh8Llv7mZ2GinyaY+&#10;n23tbJUDo2Sr4oWaslggRI9A5lLcBFLeXFtcePaylZWWhZG04rTQCDXgan8P29L/AN3bfudkdt3e&#10;2M0SsCFlAdXIAIbJxT+JqUPDpRZWKgyhgw+a2+uWx9fWmJUrKCmy2MU0dKcjFW10codIk1oI4WkA&#10;Pl0gAXUk6+3u2uuOrdp43svoH5PZ7rvv6PZkI7MzvaON3CsnaebyGQGMqpqHKRxzzyVcS2eKgqYW&#10;gJdJVqNKn2cbTvl7s9L+wuZLa8HaWVq6gxplvsOQ2OJrXog3zl7YuYYv3JuNgk9kCAioFKoFHEqa&#10;DUD5g4xjBPQUZ3ZuT3jlMls7s3rXYO/OqKjM0Mu0LU1FJWbYp8fiUcTbhwea/aOipR46OpxcjTWk&#10;CPTxopkYCt9fzJfnFtqs3VFQ9v52rw02SlNPPWrt/Jbk2xS19Mkf8Or5cfTimgbUGeBbGRQwJOoE&#10;ezl/cbnaAPpv5DGTTiCRjTStO3hinDjXz6DsXsl7V3M6yxbWsZUgEVYK9DgnOacDTHEcOlYnTXVc&#10;UFLTR7A2ulPRmP7eFcXTiNBFIZY1ZQLOoYm6vcEcEEC3snkfc/fG+Ruvd9RuLs7cuY3xmabaVfWV&#10;W6szU01W+T01VRgaOOCSODzV8cPhlijpQQl2Vg3PsKvu2631w95LLI8s3axLsSwJ4Vr58D1II5d5&#10;dsIIdujt4Io4gWQCNRpI4NgVwfPz/LoQYaKjpKWGjpaWnpKSlREpqemghgp6VIxaIQQxgIgT+yFF&#10;h7sfznaHSORx+Kr+t5s90vuWv6zoKepXeNdnYtm7B7Dke28NoULIyTWYU0M1FWzwyr5ZGEj6wSBh&#10;Ju+3ywx+AzWs4iAbUW0LIMFF8xWg0mmCT9vUW/uDcYpLi3u0S6tpJcaQC7xmlGNagEGoIHFQGFK0&#10;6Sm003olPnqbebYbJCPclfDtytxKtC2R2bPTwS42ozNJMSiVkbvUU84ifRIsSyqFMhjUDqH+bn87&#10;No5SVKXfeFqGp6+aPQ+Aw8r5kRRGkLZJKXWJzJYOZI1VmNiGtx7M4fev3BiogugwSozGlSCtCWoA&#10;WqPMUJ8+kzfds9qbgGRbV01kOw8V6AnJpWlBxrnpg3L0l1VvCkpaHcmycPk6fHwx0uPWVahJMdTw&#10;sGhp6CaCRXhjUgFY42Cj6WsPZgesP5gnzyxnUlNvLM7e613ll8DV5T7DO77rpsX2ZuSDL1IaCXHb&#10;VxM1J91Bj7srSSRfuppBPov7Vbd7je4KbYsjrFcIte6YDxGDcAKEFgKAVoT6nog3v2a9o7re2hgm&#10;ntSygmOA1gXSKEsxVgpbGAQMYA6yZPqvZ+Rhq8S1LW0mJykNOtVh6KOlbDf5C37TRx1NPKIGswAE&#10;boLC6gHUxTe+/wCah869xUcFRj9l7Y2ZJiK+hytZVUGErKyfJ0VDDpqMflY6yVqcwVJLalgCuB6Q&#10;359o773H5vlOtYY4ApBYqmGoPhOokdwyaAY4dK9n9i/a6yu2kNxJdlxpAd8K3EFdIBr9tf8AL1gw&#10;/SnXuFpZaCjxBagkinijpJpEaOmFRIJZJKeSNVkDXAszO1vY+9Sfzru9t57xxGzsb8esLuqr3EtH&#10;T4PbeyNx11LX5Cvx1KZ9wPSyZtHAZ1UvHTgjSRp1MGBCq191L55Gt7qxjlWYjSqEowPmFJLYPHTT&#10;j59FO9fdq5eFu93FucttxLGRVdQpNeC6SKcK/mc9BHnPiR1LPQCuy1RXVGRxkNZKdzZ9sdPPFExe&#10;SOWuFHFSQyLACADIOVHqN+fax3H/AD5cjQVG59q4342bi27umlTKYzHz1O66XLVOJ3KkclJHUZPG&#10;vAfItLUBXenjk9QDAkA+19z7vWzWMthHtzROysFbxg1GPCqlMqmCF8+BI49Ftp92CRbiC9k3RHj1&#10;ISixsNcYOVDaxRmFc0oKj06DmD4DbHrXp/727qqN3UQkgiqsdUbeo8TRVeIFUJqrGKuIqImQzQ3g&#10;M+pnUEMOR7CnYv8AOy+Q2L3rs/dG/qjrPJ9fUEuDx/bu1qbZc+E3x5qpFpMtn8c4qSxZzaeKGmR4&#10;RYqyrqHsnsPc/cFaGC+8N7VNIljEQVzSgZlYGurBIIOkGoK56Pd7+7tylfRXMFhFNbXjA+BKZS8a&#10;BcqunIamdTN3/PpQ5v4F9GVPW9X17gKXceChgSpbbeQbc2VyU2Ab7h6ygoI0ybTJLSwuwiJmR6ho&#10;hpM5az+zX9k/zytljuDqTHdK1NdT9X5lMk3Z9VuPr6vp9yyxVFQ0GFg25TCZURQUEk9S+twrfQEE&#10;exNu/urtTTwW2zRUt5FPjGaEM1a9iqATRVoGLA6jXJxmOtl+7Fut3td5LzPKPrIiBbeFIWQaQNTS&#10;VAJ1E4VcDFa9BXsT+XH1pFsPI4HtXG0m8NwS1YrKCpi3DmqzHU08NIEhkFRWwQzBTIZA0Hi8QUCy&#10;kngKd3/8KHt04zdu08hsXqfDZPa2M2vXw7wx25JKmjzm4N1tkZqWixmDzdC7xUuOVBBUTPNTSOx8&#10;iAfpJtP75ab+0uLPb1aOOJRMGOlpJBUEKynSsbdrUKk+R49atvuabVuFtON63Kbx5ZQ0ZXSUSPSM&#10;uhyZA2rSVYDTT7Olnjv5fHUeN29uHbWPqsphqKtya1WAOJanWHERrTxKKqainjPkrC3mQzCXTo8Z&#10;VFYEERdmf8KWd/0u2OyZt99K7DxWXodvVQ6xw218vuLKRVe7pwBiabcFRVIqChgXU9ZIrozWVY15&#10;sHU9+Lom5e7solbQ3giMsR4pPaXNF1IBXVTSSaUIz0Tbv9wbk+4lsTt263JCyVumlCVeLifDCKAr&#10;kiilqgVqa9BDmP5THStTlaTL4nfHYNLWVdZSruifJPtfIy12ICuclBhDFjYTSVM5IVZ5TOqKWvHI&#10;be1flP5+nddL8atnbjwfT219rd59qTTUce5Ys2c7svbGOjzqYn++Mm11k/iHlkiFTKKSpdVTSjh5&#10;U+qncffy83HluG2k21DfHAeuqBaMCH8IjUaAYUvQNQksO3pDb/ci5OtufZFn3CWTZYk1mJqGdiVr&#10;4ZkoFABNdSrqoaEKaHpw3J/K46r33uray753Zn9z9YbErKWuwexaqjoaCtriod5sBmc7iEpkkxYZ&#10;KR1igpUZwJUYgnX7a6L+c98hfjxuPsTe3buKznyVxnYe/qD/AEd43bc9BsvY+ycFtTCCn+ypYqeK&#10;snWqyXkNVVJLLIh0hhpJ0iu1e6N3ywNwvN0tG3Bb56W5VtEcQAOtciQ0aoIFTppRaDHS3mD7q3JH&#10;uDt+3bRytKuxvtayiZmXxJrhn0+Gzdy18LS1DTu1HNa9KXOfywvjcNlQbT622rg+s6s7W3XtbIZ8&#10;YaTd+XyuN3jlIsxkky1blKuCaoaGaNlo5GlDQRt4YTHEoj98tvf8KIMDvXvnLZvsXqvOYnoOOg2h&#10;motp0FXVVm/9mbkxGIlpN0S0VTSSQUtfSVM7RtFDI0dlAdl13sp5c97LWyv7pDC0di0YeLtBkin8&#10;M1JQOFmUyUqrMoI7qAmnRXuP3Ira35RitbLcRcbwXkJlciO3kRmJjUdrtGwWgr3+oBoB0H2zv5ZE&#10;PTXQ0ezulN/4fb/eOL2V2DsyHs2t2bjYdub6o92bmfPYN+xtryLXvK+NTRDFUU04mAMih/G6oh8R&#10;/Po+IfZRo9s7Rz/ZnW9WzplMduDf+wamow7pQOrVuGy1XTeQRazaBmCEC/pkNwfZ9/X72s5haNd1&#10;t2aXQSrPb6YRIaBwUV2YajxalR8Snz6jG3+6X708mePuyXttJG6hXitpyspAYAFSUUtxJYagGHFf&#10;LorO0f5JXXoOMyvyA656o7uyMtFloc3SbTr9zbMpMfl89TmmqM9tzEVjQ0palsskPmmUgklY72Hs&#10;3ew/5nvw6oNo7UTtb5N9PVG98lVzYrK1FBkxSp/EjJ5EMFFKqj7SKOSMCq/QCPqSp965h2T2r3hF&#10;mW/tbG6UqpIFFbSKGkVRjI0uRpJWtTRh0AYOSfffbLqa12fbLy729UZ9GqhBZs/qDUwJYENGCGZG&#10;Pw1B6Jf8p/5EdJ2b2NvjMdAdRz9R43FLtWq2amQrcLm9v5vbuKwUdDkYYqOSuMyZWSpSWdI6ogh1&#10;jJUq9/ZL9v8AyY23u3tHc22entgYfuHqKbc9cvYXZ3fdHt8Jl9rY6vnrKfbfVW08YadJaTHzS/s5&#10;ioiFRMgCN5VCsJH5e5q3fcLs2lm5msYpG8S5kkVA0aAhUjj0okgRSaao81yCQp6Nt99sjabBbbtz&#10;hcjbb+SMLBZ2DM1JiB33ErV0Fzgxr2ildWadXp4vobtfPbG2lkOzOyNz9Ub32zimTbGA6N3XmJsa&#10;u46nFDGtnt4Vu5qWqFZLURgRy4oxvQ0xDPBJLLaVRq2Bvz4BfJ2ppB13s7Z2NGGyVRh9753C4hsG&#10;2IzMDqaTDvhHjh1CqjBMcsa3UqQdRIJWbfz/ALTMLpttvVv6M2gSoImVyQVgwiAIw7ddGIAzU56D&#10;m9+2PuJy/arPvZaJXRTDEHD+KmkBptepqOPiZGIWpqAox0Xqej/mCfFzA9t5yo7Jk+SNM8suY6p2&#10;lvKhw1DW01DUU7VFbRV+7MVGnihxk7pEEqI3eaEq4kVgUAMfIb5w/wAtf4wdlbc6Mx1PnN89p7lz&#10;+P2xVQbCngy+F61fN1/8LxeS3zWVTxIhhkMU1VjoHeqWJg2ixW4Y3n7yl3y5u8eyWEUTNVFuSupx&#10;CxHciEHv8NitSD/EKcKCfkf7n3uDz3s0u/blcCzhw0QmXS0y4J06a0BFQrHsJowJFep/Q/ZP80zu&#10;mPE78zO1OlesetKPE4usr9t7nxuY/wBIHYeR+2Sry9HsiopJmpaKhlDPDRZXI6A8gR1haBmlU+e5&#10;qja3RXX8e+O4N09bbR2zikoZ8nvOsopIsTkRXMsdJj4JKmURxtI7LHFp9TEgGxPsUbl7+rFZpPeX&#10;RcxaBKyow7mqNKxsFKuKZqT60A6CWzfd6be97fbNogmkl0sFXUtFI/EStQcUqPsPy6KTtb+abuH5&#10;VdgZDrv4xdTd0713PV5XJYyp2Xl8jjNlVGxsfiqkUGQ3Znqyvp9UNJHKwGqofS5OmPWdN8Wyu1fj&#10;P346R7Y3L15u2txDw5GDM4jKQyUNBFIDJS0zwpKElkUXM0Ljg2+o9g7dPc2z5vnUWdypMHchZjqr&#10;QnyahpwZTwPyz0Jn9h+dPb2D94SxukcoKMjKHYsK9wIBKivwkCpHCnSH+RHc/wA+eisa+7c3s7s/&#10;CbBy1W21XwVFPjMjkstkaQmkzmQrMhDG0tBSzgxtj66MgSLc2RmB9r7sTO9IQYXO4bP5LBUeJrNp&#10;5/a9bWUsNJRsmF3RjHx2ejoa+nClKqrjc6BG4F7MLke77vzBy9a7G+33kgElwjJI6lQ6pJX9KNjU&#10;VI+MjLDPy6c5R5D52fdrfdbWzciGVJUWR2KmWEho5ClQdCsOJrTIJ6Kz1rF85t/YLAVO3MTvfcW4&#10;ct2psvsIU1flZitdVbK3Quc2ntvLHMVL/wC/dxhSJa+bxmeUBlV0up96ifzU/lk9PbTqeuaL4bdm&#10;5Hdm7pMXnqjGbHzlXj6nMZ3HYvLNkqjONvrEtFSUWQpvuVgSjrFhkZYwUYsDfHbm3kDabCG2fl68&#10;+qkkRm8PtIVF4EyK1A/qjBW8wD1nd7Xe9HNO+z7hF7ibd9BDbyKgmoRHqoBpVGGpkY0YOKrk+fW0&#10;f0rvztrPbaiq+6tmYLZ+ZpcTjJMxPgavKNjKbPSrpymNipM5DFUNDGSrw1ceuN0JBIK8109pbH7z&#10;GAxOD7+quwcnk9lLNHjMHus5fJ1WCo6kAh6LMyNMs0UoVSQHY2HBt7ju+Tcu1dwDsFFF1kkD0pXy&#10;45Fep52fdOXrktcbGYgkxqxQKutuAwAD61J+zoc6A4+SJqrHCkMNY5neajSMLUymyNNI8QGpuACz&#10;c8eypzbKqkezQ1NPHI6zR6IxK0lO5JMgUm/A4K/g/X2WhVPyJpgf4fs/w9CgPGyg1yRX8/T/AFDq&#10;f7Y/7uVcVQxqFqPsUR9ctFCtRLC5W8IqoSVsG41c8Dn3oRVahNfl6fb5dVZmA1DJPD/Y+VOve1vs&#10;HYeA3Blamm3pup9n0yQeLDrS4PJZutzeZqYGOKp4EpUCR00k2hJqh3AUN6AxBsqggilfTM+mnA0r&#10;3UwPs6LdxvZrZNdtH4uquo1ACgYJPEk5wBnHXjf8f7z/ALz7FXaHxi3bksrHU9qVsnWG1Vjcfxuq&#10;oRmavzyArj40w1JIJRHIwBklk06VJNiePa622WeRtV4fBjH4iK+XCgzn/L0R3fNVhZRaNvQ3EpIw&#10;opQedWIoKeQ9euibC9if8B9fbt1d8Xd7d091bY6cgy2D2PT5Ctnx8O+d2TzRbTpYIw4psjJLSB5G&#10;WqZQsKIt7tY2sfdbXaL6/vE2yAKrudILYWvlqb0+fl1e85n23ZNnm3u4DNpXW0cY1SH0VakAkeeQ&#10;OPSY3puV9nbTz+6Y8DnNztgcZUZP+7+26aKsz2VWmXW9Ji6WZ40kmIuVUyLe319jRuz+Wv8AL+k7&#10;ag6KxXVGdzxoM9/C4Oy6Ggmj6xydLVkPBuf+9s4EENGYvURKRJf0BS5ALu48vb3t93+7bqAhywQU&#10;FVZiMaCPiDeVOPl0l27n7lK620b6LtEjdQSpPchAqUKip114gZrjoPaT5C9Sz7Dg7Drd2UeEwj4l&#10;MrVUeaElBuDGkwiSfF1+BcGqStic+GSmEZcSekAki6Y7B+A3yi6/7EPR7dO7y3hvekrFqaDJ7OxV&#10;VktjZyglpjU/f47csiJC6qg4LspVgUdQ3HtibYt6t5l22S0lW4JNEKGp+YpUHHp0useeuVb7bf3z&#10;FeRLbmvc7BDg0NVPcDWnl09bd7n6x3RseDsbG7vxMO0ZaZamfJZWb+DyY0GZaZ4MxRZLxTUkySOs&#10;ckVRGrKxAI5HtA7Y6z3xTVtbnTszdv8ACdhLTY7f2SlwteKDaFZJWPS01LmJiloZZJkZQv5tf6Ee&#10;0DxSFmYow8M0NFJoeBHyPlk9CCXettoiPOgaYVjAYVcDjp9aY4evQg/xXGeaipv4hRfcZOGSox0B&#10;qoBNXwRKryy0cZa8qqHUsUBABBPsTd0dWdodTtQNv3auQ2y9ZkKDc0FblZI4MPWYfKQiekekyqsY&#10;GqHjIBgVvIt7FQePae5sby1kQzoyahioNCG868Kj08+qw7rYbg/hWcniaaqQDWpGGB4fCcH/AA9Y&#10;sZmsRm4ppsTkaPIxQVNRRzvSTpMsVTSTGnqoH0HhkcFGH4It7VE21Js1tU7hyW5sntDa9BXRZGTw&#10;VYXE7jyVXWx0NLjp6inlUw1Twlft6i+uNl1fQe3rZ5xK0ZymK08vP7fsxn8ukN9EryNojDzU0qSu&#10;ceWfIetM9Of4/wB69l33X3P2BN2cNxdd7o7HwOf2zFVbYwOYo+xt37jz0WHjU0rQHJ5GVnKOLmSN&#10;B42+oUWB93M1wZTKjnVwqCSaenr8q/y6VpBbCxEO4JGar3jQAhPpQ4x6nic9N02HxNRRTY6oxeOn&#10;x1RIZZ6CahppaKeRpROZJqV1KMxcBySt9XP159gJuSDduVr67cW5KvL5vMVFR5azPZyqq8jX1E/D&#10;3q8jXs7PKLcIzlgOALe2mErks3cT5nPD59LFaJRpibFAAOGOGB6D5Y6cFRUVURVREUKiIAqqiiyq&#10;qrYAD6Af09jZg/mZ8osNhc5g6fujsGTGZmhgx9V9zm6mrmooqWIU9MMHWTXkx7RoAgFMycfUfn2s&#10;g3Pc4lKRSuAfma0/b/m6Qy7LtFway2sROanQtTU1NSBn/P0xna+3PL5/4Dhlm1SOXTG0aM7SnVI0&#10;ulPUWPJ1X55+vviveW7d45CnXPZvtXdW4qyhXEQ5F95ZjKVNWTAIIac4aUyLJ5m0q6D68cH259dN&#10;Idbl3dvPUSSOHDz6Jp9lgtGe4jEEUKhiQUAUDzJPyHrjz6dqempqOEQUlPBSQJfRDTRJBEuo3OmO&#10;IKBc/W3s5PQXxx7p7x3hkNpdtZrtrB7M2rshtw752nJlpKDPQYeBB/d/AU+0KNFcCvf/ADVPJGsk&#10;qAlVJsfZ/sGzXG7blJb7n4scMADTU1alWnaFXAJPkKVpWg6jLnf3P2rlrZEveXDBc3E8qxQFTqjZ&#10;uDsXBppQfaAacOoNflKLHJTPNNEn3lQtPAS3paRhdmZluQigepvoDYH6+zGZT4S7N252XsLE5/5N&#10;fH3pTaO7tjbl3HQx43B1Em69oNtoLJS4zP0mgVFVUyKf8sMtRF4jqQqzeyzfbRNj31dugBmgkQyL&#10;JpAEfdhXrTvIoaCuD8ujfY983HduWpdzkt5bi6RkGjUgEhPEoCVQKAaA1qfKo6AjOd5byhx3Y9Rs&#10;/wCOvb288rsLeOH2njcSybT2cvYNLkoI567duyMrvPI0VLUYqi1lJqiWSNnZSIkdfV7Ih8pNr7E+&#10;P9b0luHoT5DYzszemUqtzbp3Rv3rWqz2EwMGfos+se3qqjw2Vk81JVwU48dQJECyfgFPqVySSQ3E&#10;c9u2mSuoMredcEUA00/aTkY6H2yT3e42ch3Kxa0i+BYpdDOVI7q6CyFTwAB+3oQOv9wbu3vh8rV7&#10;+61yHXKTzNjoNn7nyO19wZWWiNP466bKVO0q3J4uSGcsREkNW50XEoUnT7S7b/8Al9tXrbLdr7f3&#10;HvnH7P7n7Iy9Ruzfu28cyR5HsXBKKaelbcdCmuCeeGTyPBE6hwTe4FvaoXm7QA3UbyIsj1ZxishH&#10;ca8dXmflnq7WnLV/cx2cyxtJFGdETBaiMmlfDOdIIpwoOlSJtqy5I7U8uEfKUeHpqwbcD0jVNNgl&#10;qPtaSqGI+q0wlTxxv49IYaQQRb2E9V2/3Pu7MRwdpdh9rblxVFU0yZjb0m4sxF/lEURTAGfFuwpN&#10;f3DRssk0dyLgnm/tFLe3t3IZbiV5DXNTWp8smvT0u1WVnasdshiiehAbSoAHnkCvCp6eoaKkpiDB&#10;S00JAYAwwRxEBjqYDQB9TyR7RVHtfsmfMbkd9UeVpaTIncFVWZbHR2opIPu8nS09RM5QuY/1rDdh&#10;e1vaVXuJDUNU54n8jxPWzLYyrG3xoSNNBxI8z9h4V/LqV7QlLjqpkSqpqaoNDG0VSklPp8lM8p0x&#10;CWo4N72+nNuR7UxatAdVoAR/q/1fn0bKIpNSDNcZ8/8AYHXrj+vtxaGBkqJMklfW10Euk/c1TJBS&#10;lZbVEJackyBxwoTkH3ZVDTBKGpOa+efLyp04IgwEa5x9nDH7PT/B172Nm2PjL8le09mV3b/X/wAf&#10;OyNxdbYVqilyG89p7WzmXwaDHxk1QFXGJBK1Og/e8AIT+2AfaG6hka4kijBLxrqYKD2rX4mIrpB4&#10;VOOgvd7ts+13KbVd3scdxMT4cbsoLHzxxz8+g23F3J1LtDeO3uvN19lbG23vzdlPLVbZ2dnN0YbF&#10;7kz1NC5jknxWHrZknmQMCupEILcDnj2Bn928pNUU1LHiMmK2oa3270NWtZdn0RskMqqxZm9IUDn8&#10;e2YFmB71OPl5fLyPRxDeRRQs8ki0HnilPLI6EZJEkRZI2V0YBkZGVlcH6FWU2P8AsPY64zq6kxHX&#10;uRzW86eLCVmLzQtT188xyVRXJTF0o6yOkDvETHykDKOT6mH19nsEOizd5hShqK8SR+X8j5dEk29m&#10;Xdks7GrgqGJ/DpJyQcCo+3rn7S259376koE3LJuvN7Wh0U9BtvalNm6xIosQqBWSnpaZ7Qqp9TRz&#10;IAQ1rn2gl8bMzNpJOFzjzFP83R1aQbcXYKgdxnUwHlwyR+fXr/6/vjt7tveGGqi9LmN019ZJQCCm&#10;qkrocdJSQVCWrIHeGlnlkQ3tH61CfUAe9RXd0G/Tc6jUEfI8f9Xp05cWNpPIniKumoJBHmDWlRQA&#10;1zWhpw697l4vqLuXLYLNZ/a+ztx53ER1UdZu6Xb0NRlWoGeqFZho8vVwglpXku8YT1Mw5F+PblsW&#10;LBEBZhUkLxzwrTy8hj8+rS3ljA6m4kA4jJoD5U8uH2Y6wyVMEMkMUs0cclR5PCjuqtJ4k8kmgH66&#10;V5P+HtBrisxuWugkqKXOZXcdRWNj6mgkM1duXI10sumOmgpJtUwZEBFyot/Qe3jGXcuwJNf2fLyP&#10;+DPWpJ7eGIzMQkS51VAWgycjgM9Zr8X/ANj7GCLqOs2vhPuN3ZnBbJr6lWq9vQ5Eyz1sFVHUeDx/&#10;sq2qrUkCRUJEfOoAj289nPbwhpqIDkVw325/1fPoos+Y4NwvWtLNXeKP4pAOw6vNWrkDzNPz69f8&#10;e0tszr/cw3JIMfvNttz1i5CnbM47IzpkamRYWeuiWTHsJVjZQWmLOFKnm97e0scbeIEBoSCSfkcf&#10;Zn+fRndzxwRD9MyYqFxpocfPHoPPr3sTV2PsDCbDqNzYKtpu0+wtuSVMG7sTuipqUocNhKuMikzG&#10;3cG0kctXIkzgkyTFFuG8Tc+3JbNDAHV+5CQwrkjFKcfUg9NWs12Z9FxD4SMTpIoa8KA+QP8Ah4UB&#10;66F7ngW/Fvrf839gPtnJSYrMUc+HDY7MRVVEWxeTgNdRZOmMhkZK1GCqkP8Ax1TUCwNgfbVszwzh&#10;46AjgDkHHA9L3gimciYdgrjz/bivr137FzOdpduZzIxR4zcWBkGZyNNt5MRhMXj8QaqkpGK0+HnF&#10;Eqv9orGyUzVJL2Vm1Ee1D3l9cgeIQTXFBTHD9v8AqGOkv022W0JGkBYhrJIJPoWz+ID+R/Prqx/3&#10;n/H8f63sVew8VL8fsd8f8X1nStP3puSDdGe3JlIhT19ZTy7gyC4ih2m2M9SyFtEkjLUg8FQF/Pt+&#10;4J27wUshSQrqLHJqT8AFMaaZ4k16C2yX0u/TXl5dv/iSMEiUVFNGWYnzqaUp+3rBE8jyThlKxo4j&#10;QGNkJYLqdwxPKm4sR+QfZPpqve+2MtuaV58lgZc3JlsduYUEElDBUh6xmyWHqFjXQIjMpVoh6eLW&#10;t7QMZY5DIcEk+VK14ivAV6G6IjqKEaSKj/Jxz1I9s1PlJo6GBRU5U1uN1vh6iPISQx4cO/kkbHUy&#10;NeN2bkshB/J59py4Haahs0+Q44/z9WaJStWAzxx6cP2ddf19insH5C937AjCbW7T3VjqRJ/4i9JJ&#10;Uvk6STJJD9vB95FkRKGCrYIDcL9QAfb0F5dWy67aQrXJGfy+RPp6dMyW9rJHpuI1ZaMMqCe7Hp6e&#10;nDrFJTwTENLFG7hHjDsoLiOS3kjV/qA1hcD6+5ud7U767Ux67b3tv7ee98Er12XpKfM1VTl4hlHp&#10;jH5kllDSPIobSgMhCf2QPd47u7uQY5ZGfBwxJNR9vpxp0his9s20KbWNIio0igANONPn+dfl1jpq&#10;GjokEdHSUtJGAwEdNTxQIAzamASIAcnk/wCPPtA0lNVbf2/nsXuXbm50mqqaOTFSY6Q4qKjy6TJL&#10;T1u4WkhlasgjiDmKmR49LkOXFrFsKyikqH1B+fqfXpeCsgWWMgkUoRnFcnjxPAHy6k88c8D/AHkW&#10;+l/as67qu3avJY+fYQ3yc/S1q5fC1uGaWGmhy1PGWjyNWZQsbFY1ZAzlha45vb2qVJ5iDHGxbiDi&#10;gPrwqM/Onl1S9v8AaLSJpL6RFXIOojgQfXNevMoYFWAZSLEEAgg/gg++Ha/afbW9MZgNr9l5asyM&#10;20qjNJS1eVM38aqJcrUpUZFMhVEjzxq6qsIZdKAEIbe2bhn7VlFKCmfMf5vtz1a0t7Uw+PYkaGAp&#10;TzA+z7fP9vXSqq/pUL9LgfTjgce3rrLs/dnRFXiM3h6zPYbLZDGS1tJTUqFMLuOgqJXXHfx6CVwa&#10;unSojYJFHbkE6gRzqG6mtm1xMUxQaaf5ft/IdJr3b7fcFMF2p0jApxrx/Ya0Na0pwFeunjSQetVa&#10;19NxcqSLEqfxx/T3mzvyO7WyuEbD1GboKSaqyeOzE0+3MeNv5elyOInklhNRlMYEknaRpC0qyu/I&#10;H0P1dfdLpVCauJrUeR8sjNfs/wA/V02+yhZHSMKyYFOGBTgaiuK+Q65EX/3kH6/n2nto90do7SG/&#10;oNv7qeOXs2hqKfe33tLR1VZmGqnZpJVrqhBUwzxtI7o9NKpBN/x7Y+rmjLUauvLV8/OhPr+fT01r&#10;bShfFQSaCCoIJAPr9v8Ag6xtEjtExHqhYuhDMoDFChuqmxFieDf2kdgbx3FsPdOI3dtnMvg9z7dq&#10;Z8licvTxM9ZHWIhDKwIZJhPdo2WUEEHnj23D8QetKcKVr6kjpPc27SxtGqltVARXBH2+QHHrk8ay&#10;KyOoZGBVlPIYEWII9mw/2f35SRbeqMDld5w5XbNZuiu3BBhdw05yFaZayq+8OOTMK8dYKCF2tFTi&#10;XQi+gDTx7f8Aq50RIUf9NSSq1qKnzJIqcZyaYxx6RrsW1iUTeEA+mmMYr8vXjUg1+zpkpdsYGiy8&#10;udo8ZT0uUnpVopaiAyxRtTrIZf8AgGjCESEmzSiPWwsCxUABy7E/mY/LjsKngpK/eGAwIifGwU9V&#10;tfbeOpslDQYeHwRYhqytNQ70sjESSJIWLNwGCXX2/c7ruF48byyEFMDSApoOAalCQPIE/b17b9m2&#10;7bVaOzTQGYu3E1LEnh6VzgCh6bNt7A2jtE5D+72Hjxy5TJ1uZrYkqa2ankymRlE1ZXR0tTI8Uckj&#10;AEmJF5/1zdJ1f8w/5nvDlaWDunPYaiytBT4vIwbexm3sRFJFSOJQBLSUissjkDzOr3cXUm3tPLeX&#10;ry6nlcMCrCjEUKjtwDj5gYY8a9KU22xhcMIVJDBxUVowBAIrWgyccK5p11k+vNj5uXGzZvauDzc2&#10;HrJshi5c1j4Mu9BWzhleopWyIl0kBm0AcL/Zt7JnVVM9VHNNUyy1MlXVTVcmmUrFHU1LiWeT7ZLK&#10;Hf8ANlAsB/S3ttlDr4tKseJ9M5AHS1gC+o0/Zn/Y6WNvwPp/T8f61vfBhHLNDFGVpaaeVEIZyxjC&#10;WTXOoNj/AKr3VmNaDAPp/m/Z1UaqU4n04de9uNDV/wABr0q0p8XkkpKxzD/EKQVdPUgXRKgUzMqy&#10;JcalU3F/qD9PfqFcHAr8iafI/wCH8+rN3IUJpXiRxHr/AKv8vXrf04/33HuBPV1dVWzVtcfuXq3+&#10;5qXlOgVGsmXki3AItpSwFgot7sr0bhjzx5f6vs60F/DWlB6/z+f59d/7f/ff63teUGfwT7OyFJld&#10;vS0lVSzyriMtt+sWhkq5KoevHZqKpEhngRdZ1owZbgWIPuyyDwqlaCvEf4M1/bXppRplox1AipFa&#10;HHAgfbx697DqkWmeRvOwiiRZJC2oiQkC6xxaQbt+Bx/iTb2wmk1LcPT/ADdO+XXXt4zOSrMjLTq0&#10;7zwGipEjgjmEihIIRHAssUYCo4UDUoF+Lkk39vOxZhpyCP8AVXpmKGO2DBODEk+XE1Neu/fGiw1b&#10;V46vySTU1JiqXw0dTV5F449dQ9pRR0EZ1SSScaisIJC8tYHloKK0qKZ6bnulgdISrOz8AorQDiSe&#10;AHzNM0697n4nZGb3BDkKnb9OuXgx0euYJJFBOUP6pYKaVg7qLNwBewJt7UizkMfjR0Ip50/lX060&#10;bpEISWqE+uf8HpxNPXrq39Pp/T/eB7eI8Tkcjg5pYIIocbSMktRi6Qw1uSnq6aAg1lS82mTQAXLI&#10;Gso5sbX93VCwDsKhc0GcDrcklGVYzlqZzSn+Trv259X1uHGaefL4/GZmOihq66XFbgiU4isxdPT/&#10;AOWwtPHJFKswX1xCM3JXjm13rK5t0k/WQOteDcKfbg+fr0VbzDdCAPau0bEgVXjqJ40NQR9vXvYx&#10;1W2esGqoa7H4ve+xoK9aiaBcea6oircRHEJXroKunklUJzxG8msceg+zR4tmncaIzED5VLAUxUH9&#10;pAOfl0UfU75bxFpmjuQpo1QBRsADgK/aMcc9e9v3YvU3VWBxFJkNlb9292Hvek8tXu3Y+bz1fJWU&#10;1PUqgxUmIyMOiCtMYcGqjWfyi4BVbG27q02dIA9nKssq1Do5YfYVPA18xWoPl0zte6b7eSlbyFre&#10;A/DIirQsCdWpTUjh2nz+fWMOxd1MbKqhSshKaX1fWyg3Fv8AED3Aj+Qe2dr9YVXWjfHvY0G/pqXI&#10;YrKbvqUnlP2uYcSwN/CG1WqKf9vxEyGxF7jkGr7zCu2fu5LGITV7pgWLUPlprQfbnpXHy9endf3j&#10;+8ZWgAGmIkUqOJJp5+fXYVtZYu1jaycaRa/I4vz+fZbszsDd+Jw1JuHLY948XUQRy0lWzw+CWmST&#10;wol1YEP9CsVtWn1Wt7I3t5UhEjmo/wA3+UdCeG6tZmaOFqsDkU65n/bf4+xd6z7t7J6mwcu3cXtH&#10;bedozPmpqAbo2/PmavF1+7Nv/wB362ehHkWN45aN9CwzRvGSdYAeze6KtyqiSKoNKV40qRUAGvHg&#10;f5dJbq0sb06y5UigLK1ODA09a1H29R56aKpj8U3k0loXPjmmhYmCUTRjyQsrW1KNQBsw4a6kgoLd&#10;9T/eV8RvebamPwm36MY3a+Xx+Gm8YbL4yjDVTPTTESxNUgawDdUvpDG3tx2qRJKopUjH+Cn+Xp1I&#10;1hL28Mh1PVlqK0HD86efnnqR7SGSn2ZNiYDjabcEecAcVRrJ6OXGXeYtGtN4x5AI49KnXyxuePbb&#10;ywOtAprTGfL/AFf8X07FHcK5LMunGADXhkk8BU+VMevXvbElHlI5Cgp6kSRwtIUCvdIJEs0hA/sk&#10;H6+2lMoNONB/k6UMqUOqn+yOve+6+jlx60YNVTzfc061SrTyiQ04kJAjqCP0vYcrfgfX3twyAKxq&#10;DU/n9nVUbXUgf7PXvfVEtVXVVPEalFZWHimrKv7eGDQdahZ5CAn04t+feowWajeXn/sjrbAde94J&#10;6uqd5BJPO4EzuVkneVfITZn9RsSbC5t+Pe/EYEkf5+vBFC0A697W22tx7YoJWkz21I8xfw6HWteB&#10;g6Czs6NdW1EXYcD2sgng4yCv8v8Ai+kFza3DCkD0wcHAFfSnXvay3ZvnZOYFRQbQ2nBtelz1JiaP&#10;MyT1DVf2NTSVeuetxrfqVHU3dGJ+nB92nkhkFIwB8+mrK2ngI8TIApnJJ9fl172EGUjjoa+voKHJ&#10;DIUMVS8UNXD5I4K2KNv251jbmx+tj7LpCa06NlrTr3t1xWMyFZArwYp601EjCOpJk0xtFy7DSRqI&#10;/wAfapAStOmmloxUcR+f+anXvfGNZ8XNRyUlVJBlXq2jfSpimpDr8Ucpnb9JYkkW+g90ZKnOAeqr&#10;IZAa4A/1Z697MTtr4x7k3yMxk6Kuo6PE7dXH0u5M7XVLihbc2ZXy43B48FTNNVSoTNIsaMEjBdjY&#10;+0jEBtI+zgaYGc9atnklkaMUAU0rnPXEsoZVvy17D/gv19gviNh/d75bZdRlaCm8GYraGszrM0mM&#10;gpsfDJJPVX4LISlltySQBz7t4bUqM06eVtThdQFfPjnrl7S+SoYcXUSRytHVD7iVIhDJp8lMjHxV&#10;QUXKBxzpbke9K7cD5dejarENkDz697jfeyTsYUU+J/SsCfRUBAuxHLX/AD7cDaq1/wBX5dXGAVGA&#10;eve3GaGTH1UtEiKxkhUnUWXTHKnkNgTwbcfQ8e3jEaBQc8enCCjBF9P9X7eve8yrLIkVfOyRU71C&#10;0oRbMPGsf7hCp+APz7qAFwOI6TSXDa6x/nX/AAAde9za+npIKtRRVTzQyoY6KWriVXaJltqeDnSL&#10;kqL/AIsfdjVlqRQ8f2/6vy63C6ntA8/9Rp5fLr3tPNBJTVAiiBaZVLsQ1vHcaW9A/Ptuor07Qg5p&#10;173Nq6Fx4IgrrVVJVUplIacKQLSzBuEB/sg8+9FATUYPViitQedcfb173PfDVsMf2tPQ1EjxlmrK&#10;vU3jdlTUYlLWRQo+tib+7geR6qZEEnhjjwrwqfTr3uFjUV3ME+ThpIJGhjeWRWeNUZ7ksUBbSPqb&#10;D3dSKEv69eLELWv7Pn1727ZHaNZTvlKuOZcxjMNV0tLW5LHq8lDE9ZH5oSWYBgmnjUQBfi/uhBY+&#10;nTepyGJFQorUfy+z7eve7IPgr0h1Z21itw4DP5r7fflUlY9LFHHTy5TFYGjAlefGQVyOhMgNndVJ&#10;HA9lN8XjfT/q/wBX+foqkloWox1DyHED1/PqHW1Qo4PNoL+tEC3Kkl20ryfp/rn2ajsz+UZjMrtb&#10;J7q6131ualzVPTmak29uPE4qqpK+TRexrqCVJIWkP+ri4+tre92TPK2rSQB/qNOkcdw6yeEmccGJ&#10;r+3y/YR0iV7CxkW4I8DWPSxtMp8VRDNMyiRT+mRZo0GnggMjML/X3SVvXZO4NoMFziiheGvyOGkh&#10;eRPuI6zDTmnrIjEn1FwdLr6T/X2bsq0B4Yr/AKv83R7bGWSIM/n6nIoaU/2ehBBBAINwRcEfkH6H&#10;2jKlg9BFMaiaoCD7eFZhYQ6jcpEo/wBufbdajpT+GvHy+Y679x50FBGtO6kVEqo7+TiSniYaggVT&#10;wW+pv+Pey6ii0/z/AGfZ1R4xUVqCP9Xn173irqpJf21swWONFZRxpAufSfpz9fz7rJICNNOtigAA&#10;8hTr3trvzccEW+n+Htjr3XvblTo1cyrJK/oChrXZjGPx/wAb/Hva1XK9X4rX0697FF9l5lcLT5yD&#10;a1Y+MnlaloZ6ao/iELtAmqpd2pkP5IJZiP8AD6e3i1BXFP8AV/q/b1QySEahHjypX8/LPXvaOyjS&#10;E0sOOhqY4biFQzq5aoX/AD6KUF+HJHvYNeHTrmpGnHH+X2Yz173gheqLyU0yM1YgbwftXmeUD0w2&#10;PP8ArH37IPVKMTSmf9X29e98p6fJ1r00cGNqVdf2lSGN21TrcyOxH0ZuSb/091YhVLAdbYMAXAx/&#10;l8/+K697Ot8ffiNuvt6SlqM3S/wfDNJH5a7FuMhk4oX/AN3S42mYqt/wXKj+vt+1gFy2gHj69Bje&#10;7+4hoK0qMf8AFD/LTrHJIkSM7sqhQTdmCjj8XPuxah+Mfw36TxmXqOwd3UtJU4ynV4Hz06bh3Tnp&#10;SQt8ZszFh9KszKqMy3B4sLX9iOC0s7VS1w59DUV/YPmMZ/LqLbzddyvLjwwSSagUoMedfl861+fH&#10;pP1uUzET0UOPwj5CWoZTVSfcR0tDQQtf96SqnsZCD9Y4kZvzb207T6X+HHyTqMjj9h9c1C5nCRj7&#10;6atymQ2hlJUYlYJ6yl81QqIzcX8alTa4Htfa2VhuLCKGgb5YPy48KdLYN7vtrgMa1FPTIB/iHFSK&#10;4NPPqVNU1VFTvU10sUYBGpKeKarC8cLGLI5P+BF/9v7Zezv5YOy8RtatzmB7Bi2JVYqjmydZFuGp&#10;qdw4WSiiiMssAylMqtCIyDeVoiD9be73/K/00Hio9SMkH1Hlwx+fr0v2zmy4vptDYpUcNI4cSAAf&#10;Xptpt1xVtRBDRY+vqklkEUs2iKlNMSAfJNDVsjWPPCaiLG49177s+N5otjvuLau5dv72yS5EUCUW&#10;087QTQWkUlphHV+OplYjho0TVc/S3sFThYximkefzrw/b/g6kGyuHmtFnDazwxmn2Dj9vkB0rL/7&#10;7/W+vsuQ2Bu/GMJsrtjKRU0NQVkAopZlikhN2jqWQkIbgAg8/wBfdFoxoCK9GTzkChoOHHr3ubuD&#10;I12SosbRyQtKjEj7WBD5V8baY6enRgSiqP1f1/P09+Kngf8AD+Q/b02ZxGQWIxx/M0697wSYfGxY&#10;962SfKUs8WmGOiqMbHGjlR5An3Ze+tb6iCg1D6H3vQ2GOD/L/V8+nDdQygVagU8B9nr8z172j5Ya&#10;jyM+hrSMxDyALpVv0uo/xH596oYzU5+3/N0rU9upc1rSv7OHXvc+lxonoJvBVt908zRSUUaSHVFG&#10;upZ2mI0WvZQuq59vOpftPkK/OnWlFaqGzxI/z/b5de985MIMdFSNPV46erqpliNCjmSelU+ktPpG&#10;kH8ab39shARqb/Z60XiRQS4JB8s/7HXvcGop4qZ5CIhUyvUFDUAMsMQHAiUNYs4/2w/x9+7Q2imo&#10;9J2uOOnj/q/w/wCrz697f8RgslkM0mNUTz+Oliqqs01N9wYaR9JkEyoCE9P5P9R/X2+Eb4QNP+rh&#10;9p8uk01yYzqkJAr5ceHp173CytBSY/I0kNBUf5VHkqlWVlAjSmRlFNLK0i2DH16gQRb2naJtVDj9&#10;oz9vVoZRMlRXPrX/AC/bnr3v0kmcGRp8y8/7jwO0VT+wB9usLIQF06T6dQ/T/vXvXhgDwwcHz/y/&#10;y6d1vShbz4/Kv+ode9//1dKDeGcwe69wQ5PF7M25s6kq3jiSLbH8Vpces0UQWeqNDkJp5ImkIMno&#10;bTf6e9wxSR1LniPPj8vyp0YMysQyoFLHy4Y86Hh1v7KpUWLM/JOprX5N7ekD6fQce0a4im3ZHjkI&#10;rqEyU9Oghmk01C/VzxzqvcXPIPt9VJJrxAr6dM9qSkyHVj9o/wA/+Xrl7fd7YHC4OooY6Spy0sko&#10;bz0mRxNTTGiZefA80tg45tqUf4+6EKW7hU0r+XTrNDqCxEnzofL9vXveDbkWPpxlJ8kVWCCrSOko&#10;3LRmaExEzPcXbQDbkf4e9lFPV4yAGLmg9KemOve2zJZDGAyKMHQUswl9ElPLVVJlW+qN3NVKbH/E&#10;AC/+HugaJaDzznz605SncoHzHn/Pr3vjHU0OSlRqgVGLmVYoxNTY5KkOFsoaaIuC1z9Sp92BHEGo&#10;A+zPVWEbrUkqRmtOvex66U+OXyK7ryGaqenup89v/GRVVPQ5KeOaPG4dqpYdUS1GUqmjiRypDhNV&#10;l4ufaa5uVgNGagIqaj/V+XTsEF3ISbePUPU4/Lj/AC4dJ3cW7tr7Rp0q9z57FYKnkWVo5cnWQ0iy&#10;iGxl8XlI1FdS3C3PI9hRmes9xbQ3/Li+z6CbFphsxU0GTpcJWY/dQx89BU+OtpI3xUzo7xkENdxe&#10;3PtTBK0laAcK+n8ukE6yo7CQUC8dJrSvEdP8UiTRxzRsHjlRZI2H0ZHXUrC/9Qb+3/eq7YfP0e5N&#10;gz1NVjivkrf49SRU0gqKJAgqlhckrE1rFbfUf09uHUV7qnj1eIoZPGiJYAefqK/5v9VOuftH5DM1&#10;eeFNN9pFTrVyiNZaKnZgC5sHcJ6Rf8fT/be00o1DV0pEjyj0zgj/AC9e9otZsjjsirU1bV09ZDWe&#10;NI6eeajnEyuArpPTsrIQQCGD8f7D3pY0ddNf9Vf59MvrDHSaHh6H/iuvex5wzb37MnhG/wDsTJ5q&#10;DDwtPj496b2q8h9jGEsP4ZJm6h1/FiiMBb6+6m1WM6osYr6f6vz6fijmlm/VkqF4VP2+fn/m6xJF&#10;HEGEUccepi7CNFQM5Ny7BQLn+vtJbk/hMsEtVi8VR08VLkTFJljlVrIK9qdNLRwwC2u9+BF6f6sf&#10;fo0Z2Bc56vIV0BgNJ9a1HWUcD2mKrLzVldTxVn28NK8KLPUpSU8CojJ+36KcX1C/1vf284RVNaCv&#10;DpoSNJJnhTjw697YYpaGhrA8jRVUETFdR83jmZn9IlF1LLb8E+9RqdIJ8+H+fqhdVbOf9nr3tQZn&#10;cOWyuPpMUKulbDY6Spq6ChxdDT0tNRzVNhKBNEiyOSBz5JGt+PdyG/B/P/BjrZcyKELYHkBT+fXv&#10;cKjbJ4VKWRoGOMq54JKq0UckdRCx9ccmsc2+tr8+96VODx6speEUauk+mf8AJ17255id6uoi/gsV&#10;IBJUrDFBQYtqSad52t+9Apckn6EA2/w91CKtSP58Otyd1KCv5U697aa3G5TF1VVBPjWpK0VCSrBV&#10;08kRjNI13WAGwKg/rBufx7cFFH+z006SK5qtD5Vx/wAXTr3vnW5uoyEuMmb7ZzStUF6WPG00SB5D&#10;ZmWKNRqU/Vbk2/r7pKtUJpw62jsWAYD9lOve41RUU/3gqxSyIIQT9tCdH15Ds3JFv6Ece0ofSadX&#10;LKCSRjr3uZT5qOCokkpqWCKKVTJUDJU8GVU1NuKmNJFW3P8Arge3hNw1Ej09a/5uvFlEnbgfMde9&#10;4pspUVzWqPt2ne7BqOOKNeeE0U1OLA/1Nv8AY+2K04YPV3cyGvGvp/m697547C1ObysOExaV2Sy9&#10;bLT0tFj6KlnNRW1k7aI6WlpYw0jyXICjSdR93MJ4kj8+qqNb+GmT6ddFgoJYgKoJZiQFUAXJJPu0&#10;brP+TL85uzdr47c77M2ps7GZBUkocXvfd0OJ3LLQt6hUviqdJPAz/iOoKv8A1A9o5p/CjLeQ88H/&#10;AC5Hz4Dp76Z9fhSMiH0ata0wcA/l0QjtP+Zx8K+nd7VXXu8u3kfc9A6Q19Ptjam795UFDUubNSVe&#10;Y2vQ1dIk0f8Au2Izak/tAexZ6D/kbfIDsPf+e2/2nmIOstrbYqGiyeWpImzVTl5hY00GCrYf8llB&#10;H+cbyjQD+knj2nTc42QxqNTEfYB5ivofKnn1eSweKIvO1FHplmHljy/ydMHyM/mg/Ff49dY7U7Iq&#10;d4Uu/ZN9x0lTtTaG0a6gm3XW46pBY5avwlW6VVJTRAWdpYA2qyhSb2Tf8zX+W1tL4m7Z2P2V07v2&#10;XdGz5tw0ew94YrJ5LHZitxO66yAyUk9PPjgpMcpVxJTyJqjNuTf27YX31MoBAqBxGCM0z6V8h0GZ&#10;JiWZotXZwrXIHDj+ePlXPS5+G/y5yfyfxWdk3L1Xu/qjMUEVNncJj904LO4Ybg2flJSmNzNAc1Tw&#10;eQahod4S6NwysAbeyBU/XmxqmpxWDy2Tk2/W5enhFVWownpsbOyW89aoceBC31BN7c+zWQvTt4Dy&#10;H+rPRqrB5EWVyurhiox68Ps/ydHdH++/PsHtx7Xi29LuEPl8ZU4+jnlx1FXYozV0GTkpWsklM9+F&#10;b6sTxf8APtuNNdWr/n/1Dp4aNDNXtBp5n9h8/wDJ137QErrSUUUrVcbPWwqIqOEl5Ixf9M1voSeR&#10;+fb6x0oOPy9ft/zdNVIBBNSfLz697y0eLz+Qi8rQzxUEEiRmSsmaCnVi9h445CLkf7TyPbqx8dXA&#10;eX/F9UUSyr6Lip/zVPXvY0bS6xpMzjs8xz9DFX4yGAVkCczPHWNphFM7gAGQ8Bifr704CsQBX8+v&#10;Bi4KqQCMH1P+z17209vdfUGwZqDFYfcdPuOjkoaD7+oRWBxWXq6cVNTi6kW064bhSyMQT7bU0wfP&#10;h1t+waFapOa14V8vy66Bvfgixtz+f8R7QdNijjIyj1K1NHPHCs8DGSiRDKoZJZp9PCgc8Hn3fB4d&#10;WVGiqeIJ4f5an0679tWVpkhqo6WOmhjZlHjlWdpYnjv6Kkyf2VI5sB9OfdQwNfKnWioD8Kf7P88e&#10;Y697iiFsfM0Mk9PItTGYpCY46hArH/OJe5B/KkHj8+/IwcFh5deYCJTqOPPH+D1J697UkdPPjaOn&#10;abF0EtLPIZKbI5GprGgqkh9bQilVlBNxf0/7H26Avwnj69Mi4RaAJg0oSfLr3uRQY9cn95kJ4J0i&#10;EjSVE+Dip5Y6eKoX9EkBYaQDYAE8D23XpVpDapGGOOKfz+XXveOeHEUGOpHkhqpa0yVSRiSFAjBz&#10;ZJKuQEglB6gFuP6+/ageHVX8MoKDJrw/1f4Ove2qvp6imT7NtFYWiiq/uo5VZBBKNXjWVPz/AKoX&#10;4+nurKh+Lqx7exs49cU69754+qp4oKnzYeNgJIw2Rmea9KjcBRTRjSxJHBLe6rGEPacdeVlAwnA8&#10;a5/Z1724YilqMznqGGqeLHU2QlFJDmMxE8OPjYAvCGnmU6A9gA30HF/bhIUVP+r/AFenVQQXGvz4&#10;V8/s69755vJ1aZHDmoyNRUNtyrqEWlZIRAjK+oS09VB6XBIABP496DoTQEdedw7g1yv8v+L8h172&#10;05DJx7jdahMfFQ5KG8eRrKe32VbJPIWWZaZF9Ehvp0j6nn35hqGk+R68XEgK0oRxpw/4vr3uJSNW&#10;YPyIkoqoJF1TxzAIqg8MCG5Okj6D6+7cOPTYLxkniCPL+Xz/AC69740dZRyTSzyiKkijjeSIoqu9&#10;VPfgFZbqo/N7ce6a1z1qOpOTj/V5cOve2uunmysk9RG7QpTsAkFyz88N4nH145J9+DqcVz1ujNU1&#10;wP29e9xYpnp6d0FTIrMbyQqzSLpP0LMeL/1B926oGAFfP0/1Y697EXGdkeLaU2y4sJQVUVa4qK3J&#10;Nj6U5hZoXLUi0eUH7saKxOpb2N/d6BvgqSOmp2YgqFrqoSaZB/Ly697R8WKym0sqsucxE4WE0k01&#10;NMNOqOeMVVM6NYhgykMDe3+N/biCgqPPrZR0TuH21/1efXvZ0OvflTu7b1Vtitodm7Yk27RpLRxY&#10;2rNQ09RJFFaOonrk0+NUYBiIl+lwT+fapJwigHy/1fb/AJuksgndxpAzjPn6f7PXFgSCASpIsGFr&#10;j/EXB93FbQ+b3Q2Z6rxc28cnWbJzQwhpq/KYnA/xvb2O3BqEctPiMc0nnqm5WRfIBH+Gf26b1WBB&#10;408v+L6Lv3aFJmJoTxOcH0FPTjX06Ceu2zvSlzlVkcZU4rJ46aVJI6PI1lZS1szCOwjqaqngZY4l&#10;bi8as2n8E8GvPvXvH40Zql7Zye2M9uLLbprcPQYLY2XzdLXx5o5jxBsrmP4NRynGUkDkGGOMLJIi&#10;tq1ah7J5ZXk+IYNfP08+PRlAloYHE1WfTQZalfsqP2UpTpf4Vc8+Mxz7gXGUeXUSNkKTCVNVXYpS&#10;Syww01ZXwwTSKqlCXaGMlgfTb616YPLjI02Ox2UzTUmLhn+7EVIIxVUFTOfFVVcZm9MrL+oo7C63&#10;sR78r6sVGB/m/b02sUVAklABmvmP9X2/Pp6P/FP+Ne0LvOmShzmSxVHnf49iqCq8tNXU8ElDDkFm&#10;RXWrFIf0uQQHLXsb2NvfodLZoPn/AMX09DaQpUx5FaE/8X163++vyf6XP19m8+MfY3UWycRWjftE&#10;1XWg/dUUaUk9Y8kqLcwmNFZQHNgp41f63tcjaePHjWn+T16pG8EJ0yjUckYJ4f6sdd/7z/j7Bnce&#10;Yw+Y3lnN+wZg7Yym6Ny18uFosfHGBh8JGgjhqq1ULaWkICLCADYMb8j2yCQ58hmuPL/J07EqSfql&#10;zHWpArwHlwyPsPA+vXvcdN24P+6VdtOgra+tylVnaTI1mdv4RLRo4SuhjFQfLK8v5RuDYfW3tolc&#10;4p8/8nTYEKxmJQSzZJ/w8fX+fXvYT7krKqKoqmXIVccEmQnahpWdiq0yvaN2jU6Va1voPrf3Qhak&#10;t5/7HSxkELfp4697etjVc1Xloaid6iZaVlm8VOjRCpmA1xBvthcOrC6sQefr7bNvEwrQj/V69OxS&#10;KW1tin5Y/wAHXvYybogmx1Bt3fGAbMVmUzVVOm5cVkmq0SWRGYyhclD42cVC3EhRgQfz7oEjU6Rw&#10;xivz/n+X59VufDAE8TMS/wAQNaGnocE/6qnr3s03T83xg3rsuq25u7Y+Lx+Yi+5nqc7V7gyEuRo2&#10;QCoano6UuEMCJcBiS2r839uuuliyCrf5OFf8/mOk6XFjq0Oh1Uz3HH2eXn5+fWMqxkDhyFClTHYa&#10;WN7htRF7j8eyJmXav+kZkpJKjbuwZMxKoqGf7uspcHqalnqFEZUvNKisUj1WBa3txAy0Ueec/wCb&#10;/OOm4ZgZgqSFIzwJ40/z9ZPbXVS4WkzeYqpXra2jRmOJWnhhjkhpfMVoWkSQ6P8ANACTggH+vv2h&#10;eBHH+XSqGTUTI/dXh8uve8tXlsJXUZylNhmxVZRtTRQyCqmq6atqI1JZ5oCllbkMFFl/A493IA+E&#10;1+XSkuGGpVpT519fXr3uPjd7VWLw9XQimop6yqrYHgetxkFYtIrSGSqkaGrV4vXcfQXB/PvxYN/R&#10;+38uksjFo/06VHy4efn869e9iftnuLfu1Y4arbuQxUfiZVqanHbfwaVYRm0jF08giCKW5N1BYe3l&#10;cU0k4+X8ukU1veycCDUZIA/LgPTiONeve+8d2fDvDOVeW7W3PnaiWOd2o3zE9fnIqPWxaOljxxug&#10;WP8AwUAW+ntxpBTXp4Dy/wAP+yfs6KvopC+ud2NKAAVqKZrT/J10Bb6D2x9/dpYDfOa29SbOwOEx&#10;OF21gosVLW4XFtiJtw1jtepymQf0u7PwoLAW5Fre0J1sdXmfIf6v9X5dHiBWKmMU0+Qxk+v2+fXS&#10;rpvyTc35tx/gLAe+PVu69x1eJy+ysfvTd23psgY6amoMfWZCfBVVJNeKqp8lQ08qKqILsXCkcm49&#10;6UBTQ+fH8unFEuYwxFcY4fmK0/PrsgEgkcj6H2psr8b9+0sFDmocvtHeEU1RO5xWH3XT1OWm/h6e&#10;R5Z8HOY6lYlXSDIUsb2B9tFyH00oOrLbXMYGkq4HlX/J9v8As9dahqK2a4VWvpbT6iQAG+l+OR+P&#10;z7L7ueDP0WQr4sxRTUFRVTefwNTCCNQp0qKX8BVFlAUn28CCKjrzGQkMw01Ff+K65e+G362aCeeW&#10;saaWOVEi5UzPISdOhtZFwVJ/J/HHvYr59XifJrk/4eve5GXd4ZxEaqRaZvEIXMcyfb04e5CQOS3p&#10;v9P9t7316Rs9rUrTy+3gOve1nW7Q22aSjnwG6pM5lTCJ8nQ5DHjBiRZRqp5cdNPI3mXnkHS3HA9u&#10;uAVBUdPeEhZTG2o0ODjHrXh+3P2de9h3XTfarHDFEFmEknnAQiMKraVEYbi5+pP59sEGtBw8/n6d&#10;MNSMBfPz9D172vJcZV4/H4eYzU8bZiljmh8egSUkGo3eSFb3DDlWP+I960oxJ6UaZFRTirft/Z8v&#10;Xr3tty2b3HTY+fa1dlHOIklilNCr0s0DLCdcMymMF0b/AF2v/X3sADh1SSSQKYScVFQBj7cde9x8&#10;XuTJbcLVGBystBkHilgiqINUNXDFM2qRqaVf0k/6r6j8f19262szxZQ6T5Ux+fr172wTtUfdx5GR&#10;5Kidp/P5qpZJFkq2byPLKWuWYnn1Hn3rj2/LpgtVgWPz+VfTr3tSzZVM1SVU2aoGhyaiNqOtx2Pj&#10;iibQ+orUqCLg24bk8f0971EgL6dOhy4OoZxkYz+fXvbFkyJpfKyx30hi6AWcACzqAdI/2Hup1g1X&#10;rRoD3UqD6jr1/eXEV00Mld4tMcs0HgKmAT6h9UCv/Ya/6So49+Un8XVVlXWdTUrXr3tokmkjDpM8&#10;qgT+QwgExPIh9Xlsfrf8+9+QY8P59Ngq5wa/n173Lx9NPW1clLTwTNVVK6oIl9TEMNZaC34t/rX9&#10;6AoMn8+rgMXCgfz/AGU697mU8AeeSDKOKYcxQPV+ZUh8baXSyqSf9a3B/PvdT1vidL448eHXvfeU&#10;mlaavlMq5GomhQeWVCWhEC6BJFbkgKAFB90krpp/qP29XJYMXOSeB/ljr3vqCmnjohXQG1FUnws9&#10;O8IkBteSORTZgT/h7tTSKL50/l1QVpUcOB697c8dl4qGtwc32yTQY15JK2lndZIahHkJkRywsLpx&#10;bm3v2ACRnq0ZAZTSmmvHr3tqr6pK+qlmoIjTieomuiFBHFDJIWjiUWHpA4F/bBqDWlB1Z3D8Ove2&#10;aVY5ZBEBIzs4RQwZmITjW/8Ajf8A3j36rEVOeqkhjjj173MijWVKoQ+BajSIislryIx0M0S/Tj/A&#10;397jaTUA3DqtBmvHr3txoxrgSkWl1SUAlkqKpyzGVVXUaYLHe4/IJ59qtIpU8R8v5fb0hvJ4YYgH&#10;41GfX5eXXj/j/vdvZjO8dq7a68Xq/H0mFFHk4eqds5jdsFPkSrPuDc0b5SIaJtTK6RGPyXHBNgBx&#10;78EfVUY8vLpP9daNPFABU6amnmeOf5cOsaOX1akK6ZGQXvZgv0f/AGP49llEWQkSFI6KskNRUNLN&#10;KtJPMknkb0BJFWxUDnj8+7CFvLh6/wCenSg3URU6aY+YB/Z5f5euY+n0tyeP6f63uW+ArpJ5I6HH&#10;11UI3YKqRlbSAanM3Atb+n196ZAhoT1aK5gmFRX/AFeZ9B137ctq7Vn3HX1mGdhS5IU1RVwwuvkS&#10;oWkjMs0ayg3DADjm3uma0pnpVCI5SV1UJFeve8hpMNDFSR1U0K1dL52mptUipVQtzEs00YsHU8KB&#10;9fz79Q1pTq+qHTV3+HHyP2/Prq/Nvz7Sz5KspaieSjl+2WYgrcai6A6Qhea5a39T7154Hz6YE6hj&#10;4TY+WevXH+82/wBj/sPY+dY4rqfGbRzO8N/Z0Vu45GydHt/bWEq6ld0YzPJAJMPlKmhkT7aahmcn&#10;zP5QyAWAuR78tSykGnnWnScFXIl18SeFK49a8R9nXrn8W+ovf8D2mo8NuncVdBQ4/HmPKVYjfwp9&#10;vD50lHC04mYCYuLkksT7dLdpOKE8OFPs/wBVelsPcoXAJr6CufLrw/2H+uPz7RtftqrwlZLLOKad&#10;aasFNVpDIrfbTMSv2ssJ4DXFrC491VEI7SSfT/L1VdJbGaHPqPy/zdd+2aumrY6m0QaJZYAn2dFr&#10;OuPVqZJgL3v9Wvce2ifP/V/nx1t2cGpFOve8mMq62CeWSKj1yqBNGVneOWA30q4blSwtchwfewwb&#10;hn7OtRzqDxHrg0/1U/Pr3sRcJha3OZNsjWUdbX0hjo/4hlJq9ZVoBISiI8k1tev9KohvzZQfd9IZ&#10;T/qrTPRbdzLcKxOAeB4+fH1+zh10f9j/AL4/X2Km98ju/sfdFPunscwY/H47amK2/trE08K01DDt&#10;La9O1LhMfT0kTamVvW4aUks7Mx9+Llmoxr8vn8/n9nVIQ884dwq6R+2gwPXy/b1ihgigEniRU80r&#10;TykXvJK4AaRyfqbAD/YD267CrarcUeH2iNgbWwD5atMLdirtmdtz0WJg/fnpqJlbwNKyAKJfH5P6&#10;H3R9QpIv+x8utsbpyFaMKCeIFSPsp8vl+Y6zew5zdevXW86nJ4B8pLkqbIzNBDuKgjfzQLxBWSxV&#10;akEn6gPcqfbiODSvGvE/4f29XtgITrFQwY/F/h/bwHXvbPvbe+6MjRU82Qw+KxNdW1gqzk1oYo8t&#10;URv6ldJtIRIb8r4x+r8+9Z1kjOaU6Um5l16ytCajhk/Z8vs6974bf7r7C21HS/YZPHyrQVv31PV1&#10;mAxdTXLV/wBh4q6aLWSD6lubA8292KMVIb9nXtdw0ehuHEGgrx/1evXvZgsr858/u7rup2Nvrbcm&#10;48iKaqioNw1eXqaqYVUwIgllxkrLToUPOtULAgWPvyO6JRTT50r1o+K0TRPRifxZ/wAHA/b1hSCK&#10;N3kjjSNpLeQoiIXI+hcqLkj8XPsqUOQy0GS23vGfGtTUNE1Ji6aSWUhayfGg1Ezyuw1EuWLPx/h7&#10;dikAkBOaDh+R/IZ/Z004ZowAKgYFP8A9Pt6ze7Sfir3ft6eTJwbj1UuPqplrI4MfK0s9fXzS+GHF&#10;01ACss0sjm8MKKSwJsPZkLxDxrUf7H59Mx2hEhLAip4D9tKUzn06xy6tDaCquASrMOFP+q/PsS/m&#10;B8naDddO/QuwNr1P8Trv4bhmXMUDY00lVWFSUq6aULKsyLywcXXn2iuPDkclBQDNfSvA/Z0YPM8J&#10;+kRMsMkjgT6dM+GxklEKioqapqurrHMksnkd4VUksiQBvotj+B7rq706Qg682bicjSZFcjVRZOPH&#10;Zuuqq0xJm614wxiw2OchnhpzcSNY2FibX9sPGVwTQmnl/qx1qaOKKNc0YHuxQfl092/330/3r2U2&#10;lqKqj+5nSWARyvHFUUlwNcOv9uSAH/Un6FTx7Z7lPp/l/wBX8+rKQyNpyDj59eAt7NTtDsSn2zt2&#10;rxMuzMhvDZVQsU2Spchkf4TR/wAb8JNHURVPi1MIWLEKrjV+ePeidR+z9h60GRV0SRlgKHPmfUce&#10;u/YW4bOQZ0ri62mjoGbKyVNPn2yH24oaRwzGOsjlOiQRKLKUKn/A+3Hejal8vLAz6dJw6Mug4FeN&#10;aefn173GO7d0JFHUY6qmkgpK+P7CGnjUeUwcNrjiBaQtwDrvx7qZAPLPrx/1f6uPTRBlyoJPCorX&#10;9vXvavqO1cvMmMotxZTO4zH0hFUoxK46eWFi95hDEwh41Wt5JP8AD8e/M6SLqJOeP+r0+zqpiRqI&#10;xenypXr3vhuvP7Hqcb96mc3Tn81WVlPNTRZOKlpqSWgeIiR6uWhLRrURtwFBPH5967gAw/1f6q9O&#10;Nb2p7iWdyR8Xp9o8/Xr3sNhuulhikhpcHQCkjCmY1TGevkLPa6TkXItzptwPdvENe44xivSqOBFF&#10;FFB50pj/AAf4eve1vhO1sVtaGapxeysNkMpUNF/D6nLolXQY8Rcmq/h7EpLKW/sSroA/De/E0IIO&#10;R8vlw6bkgB4INQ4Glf5edfn173nqOzt+bw3Cd37j3HJDlMTi5TQV8MGNw8NNDSjyQU9JRY2KFGQt&#10;ZViCH688A+3o5SoALAj7M09KVz9vSN9rku21znAHHC/YMef2ddEX4IuP98PYZZzfW/8Af801Pn9y&#10;Z3P/AHlZ93UDIVs1ZJUVbniSUubtb+wv0W3AHtwyzS9rZp/g68ttaWTGXSA5+39voPmevKAoAFgB&#10;wAAAAB+AB7edudZbry1QKXGYqaqeRAJ5TBripYnb/OPIeA3Fhbn29FZzsdIyfPFf59MPuwjJKcPP&#10;0/1H5/5eu/b7uDr/ADuyw0ucwuQkp50lgkb7WSCBEKgQNA6iyHVyT9D/ALH25LaMnxVzT1H2cPL9&#10;vVbffI3kMZpU/kKeWRjr3sYeldp7oG263cNRDDV4Noqtvt5kgknaKkS4ZXI1xHkNGwP4v7StGTX1&#10;+z/P0c20z3EbEGqVOB6efH/VTr3scj27s+XZ0W39+Ypc1g6WFqKl8On7ilqYH+4hq6SZwWaZARfQ&#10;44uCOfbDJVq0A/1Z+f8AP06USTW8kQS5QFa0Hr64Pyrx/b172kN41a/IKfBUOV31tvqvrzbVLFQb&#10;IwuZwuZidYWhVZ6xnpqcJNNPp1SSyShASBe3Pvzi4UGlSM+dKftP+rj0XXjW87qiOFC0AGRjhX5m&#10;vn5evXH6E2BJJF+RwL2vz7a9+0vx82xho9o128crvQ7Y+wpITsmGLFDP1lQrNXVDDJU8iQpB/bna&#10;ZhISAgsL+0g8UgADAHnw6ZWOICinK4qPM8CBWuK8TWlf2HtSSLlSpueDYng2vxf2sevvg9V93bRl&#10;3H1LnhlqCsqZkwu3qzdmK/jM08EHkkx9TRUwVYagtb9aBNJBLgm3u8spXuYADhnHr/hz8ulC21zK&#10;viWxpTFDQmtMggeePLptyWYx2IgmqsnUrRUlNA1RUVk6utLDCpAZ5Ki2kfX8n2BeJ+L2dzXYVZ1d&#10;V4ubrzP41qyly2S3vk44aajyVIuo46VKdAi+XgIxa3OrVb35pCO1xTj9p/b9nXlEvi+BMNBGanh6&#10;+ny9TTz6k01bS1tHBX0cyVdHVU8dVTVFMfNHUU8yCSKaFkvqVlIKkfUe2XtH437k6Xof4hu/N7Vr&#10;oqpoUxeMxG46XKZHOY8SGB6ujahMieCN1KsGdWH+p9+WhSvl+zp1ZkiOq5kWh4CuaeX7PPrPHIsi&#10;6l1D8EOrIwNr2ZGsR/sR7DXZG0tpbsyiYfI78o9iQ1rOi1O4KXI1OJpiBrXyvio5Xa54UlOP6291&#10;robHDz+f7etu8RGkSaQM5r+WeFfl1yYkAkKWI/si1z/rX9qbsDqLJ9VZDFxSbr27ujFZUR1mBq8F&#10;kJailycVwVq/tJ1SSL+h8iD6e343IOrhT/Vn/N0muINXa5BqcFc1rw/bwp69dj6C4t/h/T/Dj3Dx&#10;u4Me9JUPndyU5WRwUxlRSZConi08VEa/bqw9YFlGux9q/quFfL/UOP8APpG1hEQW4HPyNR5E04f5&#10;+vezM9O9tdF7F21kMvmertxbiy1LkI4anddTlKTE0FPj6gcUOOx+hjJVuL6Ita+m7MQB7UpcRKM1&#10;IB9OiuS3JoPCLt5mooPsp/q/Z1gdJjIjJLGsQVxLG0Jd5CR6CsusabG9xpN/8PY+VfyD/le7r+3r&#10;tzdC920eYo5oJbx5LbkeDr3iIM8eQpsXIpZJSCrMBrA5Bv729xDIK5DA8a4/ZQceBNfs6fXa6P4g&#10;BUkcFYA4z6j8/MjoMajGdzfxtZKXdmwzt5lnV6abamXTLxGQFaeSKrXIPCxi4Yq0QD/T0/X2vcB8&#10;w/hLsI5o/HjYe4+hdyZ2LRJv6k28u9tz0sEQ1LS7ZyO7qicY/UeGKReq4uwAHtuG4SKnh4I8xQ/O&#10;o8gfQ06pPZL4TKxIoAPJiPXzOD51/wAPWam2JmMhBHT773M28oIUKrj0oht7EVbm4L5agoXkNVcE&#10;qYpZDCR+qJjZvbbgPnhneud3PiMzWb77Kwu6MRUtlKTf2ZpM7k66TLp5KKpphR6IYUdCfLDELJ9B&#10;e3s2i3iRBSU6qj8RrmmD6A9EMmwRi5FUJqa8Bj0+VPl6dKeTZ23hTUlPQYyiwv2EkEtE+Go6THtS&#10;tT/5tIVgQLoA40FbW/HsuG8d8dVVnY8+9MDTZvZu04Ux9StHP4K/IVO5xMJ62PFeZotFFEeF8vqb&#10;6Wt7Lbi58YawMfb/AJfP1/y9Lrbb1gYvGrIq1xita+Vcfyp0o4llVAJZFkcE3dU0Ar/Zulzzb6kH&#10;2YbenePw0r4Ntbg2r09tbuPe1dDN/e3Gb7ym79uZmKqRdKfwWmglkoFjsCQkTldXIXn2H5ydQMQw&#10;Kmo4ZwK/5ejpmQAMkWuvGtRT/JT1pkdMEuNzVbNWNNmqjHReeE4+LFpSHRDGgMgq3rYZC5d73Chb&#10;LYA359hXtbrj4W/IDMQYSsrt4fHbdWcrYqDGJW4/zbdxtZVuRD5auqIpqmlV7ISZopeb/wBfa61/&#10;UVQxFMCvkKcft/wDpi5vvpVMyLjyU5Wv28R8uHUzMVWQx2Mqq2goP4vV0lO04oI5BBPXGEa3gpbh&#10;h5XAPjUmxawJF7+2ru/+Xr8l/jVS1W58bUYzenXU+mmbemyapMnR1FDOx8L5Tb8zeQCRQCdAdR9A&#10;1/aq4sntxrJBVq0YHHp5cc4P+DpBa7pHca2CNqHFa04/OlceeKfPpHbI7V2hvyWbH4qqqqLO0UZf&#10;JbczFHNjs1j3jIE0U1NOLMYyVDmJmAuOeR7SfUmP+QdZnaPdeP6mq9wQ02EnwuPlqcPk9s7XqDHC&#10;1NTZSrbGrTpI0BYupkaxb6n2iEJGRwHnXA+fSmSaWqssZYEEcPLy9AaevQisyW0+QIbhbhluD/Sx&#10;uP8AePZ4thbk/mg7FjykW2KDce/MZTUtC0Wz6XA7Y3pspNKArj5aWSQVVNaI2IRw7fW9+fdZ4dVN&#10;fA8Pmf8AVxPTUT7nHNgALX7SK/ZQ9BbvTAdT1FZSZfd4weKy/r+zzhyb7by7AEAgZWglp5pEUgEJ&#10;I7J/tPJuSD5gdxd076z6J8jeiV613FJ9kgnoNnZPY4qYqBNFHHTtk1ljl03PqWRtQ4v7bhUIlCO7&#10;B8vP/B+fQjS8mngEcyKAvmMNx40PAdKrZse3qTCU1FtzOfx6giMsqV0maGdnkM8rSO0ldrckaiQo&#10;uABwB7LB1r2mnV254N94vDYfM12PFbjo8BuEmShmSvpzHDXyUVLpWVoD6rtxq/HtxjVaHPDHl+fT&#10;0ZZKyIA1PXI+R+fSqZdQtqZeRytg3B/BN/r9PYp9g/JjIbszmM7CkGMTf0eMpqed5tuU/wBm6wR+&#10;NKQSQqt0hAXwseRa1yPa2KfwUAB4fnUen+bpBPbyXc6zy0qMEUFP8nAfyweHXUaLGoRb6R9ASzW/&#10;2LE+y+4isxuYz8Oc3fK+YqdwZSpq8oIJQk2PiMpNRWzIwsWH60j/ACo5sfbBkMgrWn5dLREsYCDC&#10;gfZ9p+f2dc/cjdmY23VeHbm3KqsyNFTZKSaHM1olgjNK4/4Dw0sh1rGtrlj9f6Wt7bLAmg/P/Y6s&#10;YwMRCoHrX/B5fZ172qu290LuSl2ZQDr3YO1aikxEFEMnsym+3qdzIVEcFdlqeKaVBObcuqqWJ5F/&#10;dSA3d5E8P9Xn07KXOk+GF05wPiHz/wBVeuCIVLku76mLAMVIQf6lLAcf69/cCo2/Hsrrupmqt0ZH&#10;A7y3BkFoqrZcmNraY1m0Xj8j5GSuZPGVaQKAqv6h/re/AVqPThXr2mkestpdvKmKeteufsF45ggm&#10;kZpWKrogCiyqx4V3YfSw+gH196LkVxw6qYkK6T1725YfBVOajrnglpllpowyQVMxhkqmZrOKZ2Gk&#10;so5Kswv+L+7IxfiMH9vT6RlhVfL+f2de9r2v65/gNPWNkKqsdkgoCTFTeClmmq1Epp4aiQ2k8QI1&#10;slxfj6+7qsYrp4f6vz60yhX0E9uM/wA6D/L173k2bV7M2m2QzuYgnzuYo4quDb2ChDQ0P8TlhMUG&#10;SzGRvp8cOouIIwS5ABt9fb0WhCSRWnD0yONR/wAX0meMyMQeHAU4U+3/ADde9tmHmxMFVF9xlauq&#10;jqqVp625qaOkSrmDCoWRlBZwgPoCKbniw97FKUJ/4vrZjoSxGP5inH7a9e9qfctb16nUG2sHhqJ5&#10;N8x7rzEu687U1FREsOLhgtgqGhxka6GikUlmnlYvr9NgPdJChtwi4OruPlSmKDptNZuqEUUDB/ir&#10;11Y3+otYC1ub/wBb/wDGvYRtjoaWtjpJpBkfuKOOSH+GzcJU1EeqFHaRTq0H9aqP8AfaURgOEbNR&#10;j8/Xp8v2liKU679vUeRz2zapY6LJNA6fbVdLUY6tlilpaiN1miqqWWmYNHPE4BDH1Kfx7elrECrU&#10;IxT0xx/PphTDdxElcGoII/b+R66IuCCAQRYgi4IP1BHsV96d/wC+ezqTJUm4KHC5XM1uMp6ObdFT&#10;R0zZ98XRxDzRTVs1w7yW1M62ctc/U+19zu93ej9Ya2ChQx+Kgx/g6L7DYLTb5a2ZZUBqEBooPnQY&#10;/Z/l66VQoAAAA4AH0AHAA/1vYJYvIVVJS1dFJNWxYfJPS/xGCHyBKuGnqBL40uCofg6WJ+tr3Hst&#10;RyFMbk6Wp/LPRrJErsJNILLwr5fn1y9r7atd18mdz1duqq3Ou1IqGqbE4LFVaQZjL1scYGKxdbVL&#10;eKCO/M1TpbSP0qSbe1sLWet5J2agHao4k+Qr5D1PSG4F+ERLdV8T8RIqAPUf5hk9e/1vc6k6u3Hu&#10;ekkze1NsZx8J9lmKyorKRZ89SUsmLp/vJ8PHXQRqskyRESODZgvqIA9sSW+t/wBPJ48a0xWgGP29&#10;LYJm0nxhQ1oDSlfy8vs69e3149hSgrqAU9XpnpDUR1EdPOuqNpVjPhnEcht9CdLG/wDh7TFGqCRS&#10;uQfX8/5fLpQJQSQpyPTiP83Xvcqiaulppkjo5amgjaBqkJCgCAyaULVGm41MbD1WJsPdlVypOkle&#10;H+qvWmkjXDGnp172J+1t6b869gGZ2/BUYvFJJFTVQrMbT1ONytE1UstRj8jBWaiVkKiN2g0sVJGo&#10;Xv7fLyRr2YUf6vPpEfori50gqzoKkV4fkeuLLqUrci4IuDYi4tcH+o/Hs7R+U/YuT7Y6l7Rruv8A&#10;r/Z20eu/4XvmbqvrB6zrrZG9cPkawQ5RszWT1LgzVaI0TqpZVFwFuT7WiRpLmO7QLHpKtpAopIwa&#10;1b4m8+kV1awtaSQM2uVwyiRkBILA0+ECumuB8s16RMe0clS7RzW26Xe2558nkqXMxY/duYOJyObw&#10;tRkkkFDPTRU9LTU0i0LOpp0khJIUCR2Pq9hf2/W9j/Krtzeu7tq7GwWwdtb5y9fV7f2Bs3Kyvt2i&#10;mpVtR0z01LP46rKVMYVaipMd5W+iqLD3e/lm3e+kvQiRq5qETCjyoM58q/PPSLYoLXZtqhtbiRri&#10;WBQplkUBySckY7Vr5DgKcaV6l7HwGU2nszbO3c/uvKb4zOEwlDj8vvLNw0dLlNyZGngC1uZrKWgV&#10;YYmnk1OIYwQikJqcjUQN2Zu/LdN55y+2cRjs1QSXqZs9iVzlfjspSyFYFp8dWkRJJHIpJWYFQf1A&#10;2t7L9QQ6SgBGfPjX/Vx6ETpFdQsmo0OKqxBp8/8AIfTpWfX/AI1cf7Yj3G3z3FPvNKyKWjqMSmTq&#10;63JZuixNfNS4DK5esk1vljgqbTBFMb/uCEqj/VlJt73NcRMe5aVNTQ4/YMY/wdJ4LSS1RYoXLqv8&#10;eWH2HzFOvAACwvb/AFyf95Ptb5DtDadH0zt7pOt2Ti6Oupd4Sb0r+y6SIy7orMJX4xY4cBPFLbyR&#10;6h+wHlCxgtZATcqBdxR2q27INRbUW/FppkfYcHPljpGNvvf3qb97hvC0UWKg0hv4q8eHrX7B1FWm&#10;dax6r7qcxvTpCaNtBp0dH1CeIW1BiCQ3JB4+lvYLyDbVVkMnkcPR1n8JoImnkppKymx1eKeqiWmj&#10;8K6pDO0cxLyKg5S97D2id4pJC8S4B/LI+XRonixoBLQknz+f2Dh1L9iPsPsTr3ZlHvevi2vWV26K&#10;/bpxPX9RXDH1eP2dlamNI8juGWCVS1TO6iQQXsIdZIBt7MrG8tLVJmeIO7pSMngjHi1PM8aehz0T&#10;73tu4bm0ENvN4MCyBpQtQ0ij8AbiAT8Xrw64sHLIVYBQSXUqSXGkgBWuLWNj9D/T2HQrqzDYaKFM&#10;4aij3HjRlpKCin8wo8vSZEoiZijfSiSHR5FNibMDz9PaFXKrpJwR+w+dfy4f7PRsEqy0NAh/lT8+&#10;u/8Abf4n8+3jq3HdYZLIZOm7T3PndnYNqemagz22sHT7gzNPXvVLr0YypnpVkh8ZdpQJ1b6abnj3&#10;e0W0aQrdkolRRgoJB9aYBr8zw6R7rJuUEKttsQnkrTSzaFp6k0Ofyp69YpjOsUhp1iebSfGs8rxR&#10;FvwHkRXIH+IU+xB7IjxqYesrdvZ3cO5NsYvIfw/AZfdMNJis3mKCWICkyE2PgaSaniYC/wBvLO51&#10;AFTb2puI08JzG2pQcEgAkHgSB549TTFOinafqPqRDcRLFKRV1TUVB4kajQE48sEdco/IY4zKESYo&#10;hlWNmeNZCP3BG7qpIBvYlRcfge0LtbN4+h8JzVZWKVMs1Djpo6KahqZDGxWSuarQnmQhoyVe5+tr&#10;X9pEIUBgaZ/n/q8z0JRGrPUClPMcaccDIr8+uf8Aj7OR0b1Hund1fRbl6i2X2RvPO7W2/Q7qfJbP&#10;hxldNtzfgyPjwVXTVDNHS1NHTaVOR0qXhDcOSdPukMrFzKCQyVIYVBoPP7B6jpqdrVLV2u9Kq1QG&#10;fFfWmrJB4Gnnw6Y89uDbuBpoW3HmMTiKXI1UWKp2y1fTUMVZWVilYqCE1LLrkkAbTGvJsfbr3Z25&#10;nX3fvLB/Jzr8Rdz4XBRbI7EOEwWBibOr9wmYo8jl6yhk+2pMsFeFIq2mp0kRSQQ+o2OpL/xJGfck&#10;ZnK0JAALedWNCK8M0r0GP3TdJCi7HIqW5bWhrWhIBofNl/o/sp1g2nT4KLA459s1n323qmnjrMNP&#10;HXy5KlOPqog9P9jWzM7vAV9UeqRgAbKQoUAsY7cG37zbF6z2/tGeJGeetrkG482Ek0pHPFX5RQ2s&#10;nmR0QD62AHtMNyEY1wxKhIyaVJr554H7B0pXYJJ2P7zvJJlJ4J+mhPHyyQPIVNelHb/iP949hPn9&#10;/wDYO5qiauy+5M5VzSM7tFHkJ4oY4kW37VHAyqigfUf7x7Rve30x1SuTinHy/KlOja22XarRaQQI&#10;AeJoCT9tePXrf7b20Ue4s+Yp1fc1dQrFBHNHTVGRyL/eMJAvhjW7rrsdQDWFgefbS3MqrQuQOFM/&#10;Z+3pT+77Jn1GFK+ukAn/AGade+n9f99/h7tG/l8dWdbTZKTuDs/f1TsJ4t1Q7a6/39S1VJS0NLua&#10;qVVnxzUtShjhFbG00MlZKirEi6lYMyn2wzvCfEic1xRvQjyxwHz4+nSi7iiktnjdQ5amPkONRwp9&#10;uTj1J6R+9snl8dh5Hwm3qfdVSSGrcJNOsTz4gemvlp4mSTzyKCAlPp/cJC3F7gN/m30z1z1/uuny&#10;XVHZGO3Nlslmq6DNU+CnqKY5DIZ4tkKOvoKFC5U1MTgM8UzRSAh106ivt+NZHiFw7VJ4jNTUVr/g&#10;HDA6ZhbQP1E0KAPzxWp8h09YKvrcljKStyGJqMHVTxJJLjaqannmp2ZAxR5KZmFx9CDYgixHsgmS&#10;gq9vVlfRZTEPUZSOWCOV8yKxWpneEFYjAxVjIt+C7WsOAR72dacBq+35/Pz/AMHV43E6iRfhPp9u&#10;cjHHp39utNkKx4sa1K2s0yihqDU1Hq8kz6m8NUCDBGQSCQRp5uPduKDTmhoQT+X7Ok4JSRo3NAT2&#10;04Y+Xmfsz172xPNS4iZwftaip802ugCpU42ITcxNDNGx1spH6ePoDfn232h2LUr8qZr0qKgiq+gz&#10;5nHDr3tT4Pce2cLhYYHw9PlszU5eCtly1SkpTCUkKvBVUK41gsVU8wKyLdwFA08EkjwmYR1Cggcf&#10;+KPy889NzwPM2oGgUHA8/tB9BwPn14/T2Zjrv5fUPUEmZO2On+qexszXVEq0W+OydpVtRkKem1Ri&#10;GT+6EVVJjEljRRDEdLBVF7Em/s+2zfzYQuotYJmYUDyxljGCa6kFQmr5sDSp6Bm98kw77JGbi8uI&#10;I0JLJE6oHqSSGaheh49rLwAPTFm8H/HI6aCTLZnHU0M/lqIMRVxUX8Rj0FftaupEbTrHch708sb3&#10;A9Wm4Kg7k/mE9v8Ad1Thcd2Jtnrwdebdo46ag6uwG3KHbOEhyhxsdDNl56vEJDXPKZIvuAZJyyMx&#10;RSF9mG889b9vkUFjflPp7dQEiSNEQdoUk6QpJIUEkkmvRbsPtZy3yuJrrZml+ruKl5pZpJWOSQAH&#10;YqoFcBQowK16atqbFwuzpcvU4ybOVlZnKs1eRrM7uHM56dyJpJKempVyc0kdNDCJDHHFTRxgqAX1&#10;MNRA3eHfX97qnEih2DtbZ9FQRRUU38FpTBFW4qAqIZsirh5ZaqOzaJJZXvqOoG/shk3YyzLoiSID&#10;iPUDzINSccOhPa8tJDbNDPcSSuxJ1MeBp5AcBwpTpZe8e7e2lrMrLUbNbcWDxUyR42hjz9bSZySX&#10;HQua+d8hEkCRtL927NTiIgRxhRYkXNpdzkMjPbkqOFDQ0UHzwPP+XV4eXrcWqxXCh3FSSCw4inr5&#10;inHifl1723wbp3HuvM0m4sxtXavYUG1aeM1DPTVdKi4uJ2neKvoqZlbSkj6i/jv9RdgfbM+4S3dy&#10;k9yqyFQBwNKfOlCR+dfMdM23L1lttlLZbc72vjamJB1EMRQtUg/kK/lQddW/3u49nl6Z7/7T3FVU&#10;2Ii61wmWw2Rw1bkok2xuT+Dbi2lgMFPFQ1eUczKz8tLG8MBAaRL2DWuBzs3uBu9kGhRE8ORaAKSG&#10;XyGk0Jr5kenr1CPMXsry6LlL6K8kS41hv1BrjkZ60qB5ClSRwOB10xsPqBcj6/1+vtA7++Qu+sNm&#10;t57U2Fv7fVHtWPdEcOU3nFtnEaa6DGOqSJTrQCFZZ2OoO8oLnQijQCSSC75m3JxJDbTOI5WqaqAS&#10;FqBWgHcAePGvQ22f242gw2+4brbI9xEjBF1yECvn3VI/Lh59dabhWZV1i9vzpuLEA++dX2R8XsvT&#10;ZOan2RX43di/bVmT7CydBuNs7VbgDlpdxBsVOkUUk8xEkkLtoElzqt7buL/aipa1i/U0rqZjnXTL&#10;DhSvEg19Qek1rs3uJaXKSXF0sturNohUrpWM00qxahJArQ/s67+v5/qPp/vfteU+58bv/Cf6OOzu&#10;/uxabb2V25RTZralVvTN5PB5PH02U/itJkcTj9xVtZBTwyIsTFVXzagdJVbj21YrZTzNb3srRRuq&#10;6tNTqK5UtnIHp5UPrXp3d7vmLZQ17sG2RTOWpq0BTUih1FQC1PL5cemeDbm3qXK1GdpsDhafN1QK&#10;1WZgxdFDlalTGsRWoyEaCZxpRF9TngAfgexiocP0DvPd9NkOtt2fZbhp9s0lNnkxdTUbe22mB+2/&#10;hVD9xDjmijnqFSIeqGYzMSS6+ze/2nlu6lWLbL6TUy1fUlFpQCgzn1NOo8TmL3M2ywln5nslMTyn&#10;w6VaQn4j2n4UHD0FKdPIFr/4/wBST+fxf/evanlxdVNW0mTyVTu7P4zbNXUYmiw1durJ5HD5ShhC&#10;GGo25t6GaQ1cNUNSKCRNHyRptb2Q2+0yLKU8QzLG1CCctUmgFfXJ8qDh0tl5iubm28CBEV5UDFgK&#10;aWPEMfIj7KdcFiRDIyRxxvKdUjoqqzm1tTMByR/U+3Kl3j0psTcGWxG7oN31Vbv6nyFLhYdq5ShG&#10;5aKpoKENNgsZkci0VPqka0MpqVaTSGVW1j2rSPbttvZDcyPNBJqCpGwqG+bH0PxAjIHV7ePmfmOz&#10;j+ljSI2tC7yCqPQ01aRngK1wOGeoOSTKGlH8Jko1rhLTW+/Ev2jQGoT7wsIAX1iLWYrG2u2ri5Bu&#10;Ni47ZM/UB66we5ZZaPsXCy4+vw+96Ssk3nsBcjXLmY5I8xUSSUy08UlqR2i/c0MWTkAEY7bZ2l1s&#10;clhZz9060AlU6ochhQ5ULXtNDqIJI6A26biYObE3i/Vk+kYGsLhYZhQqQVA1E5qAeBHE9JbI0+Wq&#10;8tDUzUGRpYdu1D5aknxmSpfstxh6eWhOMr6QAVHkWNhKqOvi16BrNrit2bvHrzLb33zsv5M/FTBp&#10;QbVWqw2OzXSU+fwW6ajO4uZMdi6DEVGQeSkkWogBlmDxapW9ShSbewbFPZwzSW292IkINNURKOGX&#10;GOKlSMkFep6TapZbCLcOVd3OqShUT6ZIzqOo1Ha2AaDuoKZBPXeQwG6DTUku3d51VHXRuWlG48XQ&#10;5zH1FJUTeeWOejofsZRMgtHBKlSFUX1pITcV/wC+txYiPf8Anpuudl5rDddLVzPi9s7lqWqM5Pja&#10;Z/txkM9VuiBZllOmRVXSpFjf6+yW48BpXNopWI10hiSafNqAH9nl1IthBKLBBeyrLMFFWUEJqPEr&#10;/qr0s6dZ1ghWpljmqFjVZ5YomhikmAtJJHCzOVBNyFLG39T9fb7L2pQbor9v7b3eMp/deKnpcRl4&#10;6jcdMTSn7hWgq6WqpYCUSmvrXk2sSLc+7xzKqeDJlTStDnHn69FlztNzFG95asDOa6cEj861r1n9&#10;qWtr8VghuJNsbRzm456+plosfkqfeK7jqadEHliz9VBSRyga0UNA7EiwOq3Ptet0qBmjjJ1YB1VO&#10;PPh/n6Ko9svJliO4TovEumjTUnhTh+fr11f2ybc3NvHbLrvappOy2qZclS1rVePxNHQ4COtokaPE&#10;y1OakiMbEqzF4RHZjf0n2xHuMiP46M3iVFSKACnDPrj8+llxttnJJ+7x4PhuDhj3sDggCtafP+fX&#10;WoXAuATewP1NvrYe5fYHyx7t3JBPCm+OxsdPJXYKrra7++OYpRJkNtVTVOHM2NoZI6Z1prgREwqR&#10;YA3sPftw3a9vpBcXEjGQFCGJzVPhNfIr5EUPp0o23lHZtstVtYYIjGNVFCLjV8RHEivnnpqmwWDn&#10;linqMNiqieCDIUsM8uNpJZYabL6RlqeKR0JVKrQn3CKbSaRrBsPY47f/AJl/zBaloMON6ZbfktPD&#10;JVUgy8lVNPLkIUOufI0tKI0mVb69Nh9OWv7Pl5+5nMaRtcmUR5UuS1D61Pr/AIOi+49veSjMbtbK&#10;GNyApZVAr8gaefSco+sOucbPLVY3Ye0MbVTUxopKnH7exVDOaQ8GnWWliVgh/wBSpA/w9w5vnr83&#10;Mvtmsq8RuKTH4yoyaQZp8Jtulq466sqVuv8AGaKaKWKRDZkDVCMeNNzb2XnmXfZhIFlK+J8dFFCf&#10;6Qp3V9TU9Kf6t8rW9yiSwoZEXsLV1KozRWJqtfQEevTnLsvak1Zj8jLt/Fy5DERtFiK+SmR63Exs&#10;LNHi6tv3KZT+RCyg8/19gnuXtftqh6MbYG75Xmx+5OyMnvSjpNyyVddXGpaBYq2qxWIrWJoqcuSA&#10;ygBj+kfQ+y/6y7SwFnIRoZy4FK0b1Hp6dL4IrC53j6m1prjioWQClNRIDH/Bx6fEoaRKx8gKaAV8&#10;lNHRyVYjX7h6SGRpYqd5v1FFZmYAngk+wOghzM2CyEuVzUGGwmRlhSrxHkmp3yX215YJ0o5AUZY2&#10;OlDcMD+be0KxOUMkvah4jhUj/Dno0mvx4hijQyN56eH5ngOpftIQCrxFY38MrqqGLyR65Imnp5GD&#10;r6IvNCQQWDFfSfz7phH7fL0PSiglT9QA14g0NP8AZ697ccjlZoIIcT/FaqpxoqZquXFO1QKahqZF&#10;/ddqZzpaX8LJckj6ke7FxTTWhFeqogLh2FGApWnl6fZ173ChpBO9qGnqp45YfJoCMZpGAu0gp4v7&#10;KfW3191FDhKj1/w/6v2dOkUPbjr3tVde7tyHW+7sXvTEZPMYzMbenNXiq7Ex04rIcgi6kBSuRoVT&#10;VYSBgWtewv7UWF1LaXKXcLFZEaqkcQQcHNcfIj8uizd9std522bar1A8NwpRwaioOCMEE1/4vrog&#10;MCpFwQQQfyDwR7s3wny9+dvyD2tUbEwe0YN6zU8dN2BmcvtfFUeLqtwjadQtRTVO6s1RCOorJqQh&#10;Fp6VKlH+oVCpI9yFf+4nNfMFr9Jcos1XVmZI1VndD2mRkUFiDkVJpwHUEj2k9oeTL1b4zfSaA0aR&#10;yzEoniYcRxu2ldfmQuekzLg9tUGVhztRBDDkWhGIo5qipqGgiiqjZqSiopnMETTabOYo1Z7WYkew&#10;I7E+SfyT3fuOmrO4NkYrCVOEirocrDVda5LEVmWw9a+vJ46ZHWRQ8y+iScBZGHLSED2Gd13reL+V&#10;X3aIB0GnEeksPQ+R+3j1IXLnLHJe3wCPYbksrEEBZ/EFfKlTwHpwHl0/U9PDTR+GAMiFiQpkkk03&#10;NyqGRmIA/Cg2H0AA49lcfs1GTddBDt7C0OE3JTUdJqrcZFl8/joMdUmWlTG5WdUeBlS0Woi5QAEn&#10;2HzPrqgWitg4FceVfL8uh7JZrPGiSSMxT50rjgQONOs9v9bn6n/H/W9mxg+bGai+Pknx7wKbq6/2&#10;HQMmcos7tiTG1RXcwUwxGopKiJSsVSryrVPBOJ2JBuygr7MbjcZpNu/dYJSEESEcQzDGo4yaY/w1&#10;6D8fKdpDvg5gw9xoKaj/AL7Y/DUcaHgKfl0mpNnbYk3bT76kw9H/AHupsNNt6HPIrx17YSeoFXJj&#10;J3iIEsPlAkVJAwVvUukkn2X/AGL1rmO181DiNobv2rhcLPBUVEuU37uPG7eqjNR0f3DtuCvr5GD6&#10;mV2hhEj2ABCg+ywKumiHSjYqcfPy41HDoz3W5Sxs6yRtMV4JGhPGnADiQOOfLpQ1E600LTOk0iqV&#10;GinhlqJm1MEGiGEMx+tzYcC5+g9mu6z+Ge3e3K2HYf8AszXUONoMbHjs7mKTrrD5beORlOQP2lZX&#10;SZiRaeFCW/bWJqmOMsf0n2a2NjbX0qRXNzHBHUEsVpx9K/i9AaVPUecx87bvy9G89jslzcvQhWZ4&#10;40NBUVNSQPsBNOo1bVVFOhMVFJUftyNq80EUSMo9CyFm12b/AGhGsPx7NXu34T/F/aKbc2Zs3J1/&#10;bu9YXrYKc5felDt/CUtRQ0xLNX4ig0SvWPLpugqDoHp9Vx7FPMO2cp2FjBabVcPcXDVLMNIAFcLp&#10;PF65pWvQK5X5w90N8nl3DeYItvtlFRGqF5CK+TsQtAPlU/LqBj6+uqV+7rKYY6mji0vBIrSyyy8E&#10;zRzem0S/QXTn68ewL2X8YNtbz7dodj5vbmxavI5XbVRj+wdqbOzG6avK9U5KAnw7oyVFUB5Y5J5P&#10;Eqxs5Dgk+m4PsKWyG5vVhRShppYkEaCcAnia18gD6dD/AHTmS923l6XdYZpGWNgVbQKODxQUNONa&#10;VxXpxqq6GlpnqnaPxqt0LSxIsvp1aVkchR+fqbezg7b+Re9/5Y3SlVsrr3trF56sbcdfi6jr7cKg&#10;Ntqqy0Lytv6DblWTWU78rEtMqKJnCyOGXn2saB9gWV7K7AlmYpKFDKSFGGOoEHOAGA6DuyBvcDdX&#10;ut527woDGrLKxprIPwYNGJGfQeoPRO/kZ8Hvir8ya7bmX7x6hxW8MlgqGCTDb1o6+qwuaWhFclWu&#10;358vgZ4paukLoJhDOZI0N2j0SHV7JjkO5sZ8yM/13uXu7HdnV/bk+KqtsZfs3Ye3MdhMHuTIYSre&#10;XZuRzmDxBg+/rKaJwlZHjo420MLRO129ppd0a8eJdwLBgANYoahfhIQAamHA5B9K9DybZY9ktpf3&#10;BGkcAA/TdmYAeZGouSft+wHoeuqOo9odGbLXYXXVNkaHaFBkK3I4fFZ7c+4NyHDxZCUVFXjqTK7k&#10;mq6taSNgzwQyTuI9RVSqWAUmd2bt3JdOZ3rnfHbGxdtdptl8vlcJ1ZQ9W55Oxjuc1AhpcdJvDdL0&#10;1NTCqRUkqoJQywQksJL3HuqzNcW0kU8wXRqKjQQWYfhqeC+ZJ/Lojhub6w3CC9tdvka3YaXuDIqx&#10;qvE0jy5APoOPDpbDJZCTKrBTYSqmxsiRN/HRkMWca6MutjFSpM1QWH6b+EAk/W3PsBanr3aHTfYm&#10;H3H25ufZXfm8o8VjM3nti7D3fgs3T01HDEsWRxmTyWHiloKepoFEZENQ6iRbke0STpFd+JOqygEY&#10;JqrCnAMMcaf6sdCW5+o3y0aLaA1pHUnxWVhU8MK2kmvkRjqRjMtHnKOoqKKDJUBiqqqiH8Zw+Qxk&#10;/lpZPG88dHkUhkkhY8xyr6HHKsR7x7Fxuz++Mx31uWi2fl9lUlHgqrJdcbD2FHQZDcuU3rTSLHQ4&#10;KmkmYz1BlPrlWlpmRVBJsByqsobK7+qmu6oEjd41FBRxgD10nzI8uibmODf7H92wbIyyVlUXDSg6&#10;BDT9Ru3gfPVX5cenCRpoki06JSGT7h3JiRYhzNMukMLj6heL/k+1JQds/KbpXNZOjren1wnZ+5tj&#10;UG2cblqHaR2vksHhKeMzrVSNhlbGZGV9JeWWoUVccg1KyC49+ttzvoZBJb0MkiaQwABK08mUAN8z&#10;TV8+jSTbOXL2z1zyEwiUSMCSQzDhStTo9VWg+XUDwYnLRKFkiroI51qdC1LTx+ZXJUyAMSVuD+2T&#10;oP0KkeyubW7T7dzHZ/8AH9v1tRF2BPJWVj122cHQvnamsjpjT1Es1TPDKyKFuZ6gAALdiR9faNLq&#10;5SbxQe4ZJApT+kfkOhJPtW13Nsbe4jBhdKaSSEoTxIJp9la9OxVSpUgaSNOn+zb+lvp7mbzy2/u9&#10;N+JVby3vsLNbtx9LNiaqo3FLjttYfDCluTSR1VGKehcRkMRMhOtrklifaia9udym8e7dZHpTUwAo&#10;B60oPs4dJbSx2zl3bym3RNoBJKqC7Vr86k/IDFOHXGNFiQIoOlfpdndrE3tqck/Um3PuNtml692Z&#10;HKN8b/FLkWw+RFBiuuTTbipM9PVh4of7w7mpm0UMWrSTBAJWZANYW/tOBFE+h2BI9OAPzP8AgAx0&#10;8811clPpogAGy0oK6R8lGSw/Ifb1zPtMp2BttNqHaB612XuTN4+rn+17Jpp89g8zWYIwkrj5aCGR&#10;YXk8h1LUNCsll0kMLH3Y3Y8PwPDR2BPcdVfs40IpngCfXq11aTSXX1MVyyotewAEE8A2cj7K09c9&#10;cNBEhk8khUoF8R0eMG99Y41X/H6rf4e8tEcVlMO+Xky2G2yyePEHH17T5/J5CpmW33tjGktPTxi6&#10;s7EhPrz72uhyDUIBj14/nX+XVmjmUfpkyFvSgAHmeOSeud/959q7a+5NnYndOwcPk8ltnJ47G16z&#10;Zarxm15s3HBloT4sdWwwU1RSLURgkeYrOpFrkE+1QuII5FjOl1qK48/M+VBT58eiS9sb29tLgx6k&#10;kbC91KjiwNQaCnqMde+oP1/p9P8Aer+xl733n23tSjq58xF05ntt1W4Ken2lv/atft/NZamDTGqh&#10;mpIqKd8jTkwqYqmKo5hYlb6rE1vryUloWCOtcMKNj5f4CD9nSHY+X9qNuBEZloAGUllBPDI+Eitc&#10;+fljrHFIsi3VZFAZktIjxm6m1wrgcH8EcEfTj2CW7d05fK4ml6zzVZFtyir9xUGdzW4IaiurNrxR&#10;5SjMtO1RHNHNVxs1wzRJIyliCygr7ZdiymGQ0XBJAwT5V+z06Po7cQzm5XU4jXSqEmpP7afZ6cK9&#10;ZfaOxOwcRunO0WPoN07UwFPX00ceKkzFaKOF6mJ2p5xmshMVSGMFTM0hIUKyqObj20kSk1VlUHGc&#10;U9fn9ladKJrmaCEzsjahkihIC8SBStSOHz66Jt/yIn/eva8zPxtz+1N1TbSymToUrnwlNn6bKlZ4&#10;duSQVcwipYYa+BJA7yAh1HAKlTfm3tS+3SR3HgFtBIDVIohB4CvDoki5rsrm2F2gxqKaeL1HH0x/&#10;l679qHZuy+tNqZqnbdu9MNuCaWWoop8RjNzZOgwuPd4zE6VE1HF5Zqp5SE8MSqqqCS+o8et7e1il&#10;RppVIFcZ4k4yBkH+XVLy/wBwukJhtigUVDSDLZqAB/DTiSf5de9i5tXoOm3TWZKfr7tDa9Jk8GK8&#10;1G18xkavI0kMUqMWDYWoklmmLAiGEPqUNyw9nFnsou5GNhcJrTOjV+ZoPP8AZ0U3fNS2SoL2zdo5&#10;QArRjhmhqRgUPH5ddE2/B+v4/H+J94aXZvyJiWlpafMdf5XeOTxp2/iOrcdm6GXJ0k+PmNdHk48V&#10;jC0L148Qd6INqVQoZRyvusNnuryL4EkRd6gIrgsaedATWtPtrw6TPe8qyrK5gmEA73nKuV4U7S3F&#10;fImlK8PXri0iIru7BEj5dn9KqALkkn8f4+y6btwvbO5d/wCbotyUuPk3TtmLHYfL01VSYzGUONym&#10;QdI4aSpR1RUuZkJZiFDfU8H2Q3Md09yVlI1jBBFKEYNfmAOhtYTbTBt8S2AZYZh21JqR614j/Njr&#10;sMCLjkWvxzxa4tb+vuEmwqfJSZrB9j7xwe0c71RHNQzxVlRmtzf3nip60t/DNu1O14a2AlWfmfUk&#10;CrzrJJ9ojJQRjQzamAqtKKKfE1fw48qn0HSwSKNMkKsTIRj08qmtKD14mvl1x1m0ZWN2D2v9EMal&#10;b3dXIP8AgQBcH2EcpqKaCuhpMZSpHXV4SGqlQTzJG1R5oY6SQmw0rYSMATb6ke3CkqKyx0UV449O&#10;AxSlfTpW6kNqYkafmKEeePMf7HWT2+7M2xmdy5CvSHGnMUeFpK/KZSOjrKCmyFJi6WIyVuSxjVTI&#10;ZpIhd0iW+qx491VFWlSD/q4gUB621zGqq0jAKeH2f5eve2CY7Z/uqWggr4dxNlvGlW8plgnwxOtX&#10;ajjUCOVCLF9Zvciwtf34Mvh6iKEmnr9vVXE4kGKLT8yfKv8AkHXvaff7cGGAQsYta6qt0kkrGVuC&#10;1lJTSv1Ci315PHuulKBgKiv54+0enDj14BlqXNSf5de9566KCimeTHyCeHxBYvvFgaoLSL43cRxF&#10;gLclQfp9SPe3bQSUIJPHzPy+3+X2de0tSrUB+X+DP7Ove237PLJS0+SanqVx1RO8ENbJTyfZSVCj&#10;1xrIV0syjkj8e61lp4lOHn1QFC5FRq4n1/Pr3uM4YiPxoVulnKG2qQE/ulR/W4sPewxNK4r/AKq9&#10;bwD172qYdt1/21Bk6alTIisilVKaGnqZ3Hjfxed1Qf1v9CQPz7faLRpkUa/+L6ahnWaR1yuilScc&#10;fP8A4unXvcLK7Z3FSwQ5OrwWRo6Gokngp6iWjnjp5padrVCUgIJKoWAP9CeT7YkJJ0kaWHlxNDxJ&#10;6srLICUINONCD/q9K/Lr3vtVjkSLH5WZ8bRUlA1UFdVqKqoqGBaJYiBdC5YWjLaQLsfb2HARhQAf&#10;6j9nTTDQ5eNdRagPlQevn172IPV1ft7KpP1zvDLRbd21u3JUPh3TLjUyE+38xGr01FWPFqVlpZC4&#10;jqmUkqn7gBK+1VmYCPp5X8ONz8RFacQDT0Hn8j0VbvFcQyrulqniPCpGnI1IckehIoSPnQddHgE2&#10;vYfQfn/D2kt4bH3D1tujcOyt1Y6SDJYuaSCYQqpSqpwhlx+Vx1VIpWSjqFKTJLH+qMg3HtPcW8tn&#10;M9tKPhJFacR5EfI8QfTpbY3trulql/bNVSOHmpxVWHkwOKHNevA3t/j7RSySU8TICYndlfXGzByg&#10;QpYOptpNz/yL2mJoNFKefRgyeTDrv3KXKVMdBHjRU1H2S1UlaKRmR6T7qWH7eSpWFgQHKWTVyQB+&#10;D7sUSMeIDU0p+X+o9aBznHXvbpQ5WahpIaTD5KWgqZ1mlrqmOL7epeV7wrRxVkZLlPHawBA1Fveo&#10;zqogNK+n+r/B020SsS2WxQDFMH/D173CycIjngipatquRo1aZY21EVJW8twvN/rcnn25PTVRSSeB&#10;/wBX+frUasR+oKGpA9aeXXvbntzFQZmsgoppQkU7VEaU8Z/cglFMzLVyyMAPEhUs1iTx9Pd4Y45D&#10;SQ6R6fP5+f5dJ724ktrZpY1LFR6VrngB6n/Lx697ESmxFVi6vcU23M3S5vbNFtvFJmdz42oqsPRY&#10;uSp8cbpBTVskf3NerLIsdPe8hDMoC8ikrIJdEbUBIA8tRpXArx+eOiuxvptxsRLuFqbSUyECJtLM&#10;1DgilcMMn+Eceve0pvak2tQ5bE1Owc/ns/FV4+nqKyuzVBS4rKwZa5jqIftqCadVH5VjKzEcnn3q&#10;VNMgKEt8jx+dejO2mnZHW8QJQ0AB1dv5jj+Xy697SkUcoDyzyCGpjmlklFVMYp5ypRgI9X7nlBuw&#10;J/2B9+jBppGOP+rH+bpUqoDgVFKAUNPT7P8AJ172N+3avrXaO3sNvXMUUvYm64cnDHDtbM52OmxO&#10;NqEjNVFU5LDrHLUVdOpCDSzJHLyre1J8FEElSzEjFa0I41B/y16I7lN1u52s7SltFTMgWrmnELWi&#10;g08/Lr3tFVea3lR1+drqfKVOGrZqqPINhcCZoY6FaypWoiFPAGd6eKImMRqGJX0r7ZZpNR0NkmtF&#10;4V+z0+X59GKW1vGkdtpDUFAzUqSo4n+I8T176e09BhMvks3T4yoosq+ayLvWmCaCpmr6xqiMyyTN&#10;TupZmkF21BST/j7q2sOFIqfP519T5f6uHSsCFRq1AKAPPAH2+XXRIAuTwBcn8Af1J9z6zYOVxeUq&#10;sJm6GuxGTobM+OycK4yrPkjFRGlTFWaXjLIbjUt7W49sl4QpY4oSKfIcaeufPpszDV2cD6+RHlit&#10;evAhgCpBBAIINwQfoQR7esHuWuoDm8lFj6SWtYUWNppfGGXHxxXjhKXBMrtwoUj1fn2pgkAHiqPs&#10;6bZVKBamgrX5/M0A+dc1p8uu/bXl6LKZXC12arsdQ0Ro8hDDVSxLFSBpJ2IaIUqnlx9WKjj/AG/t&#10;1yXSrAV63G6IwCHVUfs9aeVDjr3tPx0/8OaZ/uI1YRRtjzU04eSYTfV4opLqFIPDt/sPdVQEHOPI&#10;efWpZGdwEFRmvp8uve+OSxVRUVk32sFVI32sNZKJKZoWeIxAy1awqovGTyrAcjn3Ro8UzQ+fr/sd&#10;XjcRrpoc+p9c/wCr0697aoMTJUTCGJlZwoZkEkYY6hwE1kX9smKh+XShGRk11x59e9qPLdfbkwdP&#10;SVOTopqKKvgFVRyVMFRBTVEB5109XKohk/1kckfQ+9BKHTXjw6ZadUIVwR/q/Z10GBJW4utri4uL&#10;/S4HtMLi6+Zv2aOeVQGvJHDI0aqn1Z2UELb+p96dfT/V/q9enY28Q9nXfufQ5TJ0NFU0VMgWOSWO&#10;cuoYVMEkXp1U8qm4v/aABv8An3dWotKf6vl1R4hIa14ceve4qZBpXqjWB55ahNQmlLNKkych9R5I&#10;PN/ew4Zvn8+tGFSPn/q49e9jtsXuHcGMSTBbg3tumg2FUTw7gzeJwMdO2Qz+ZxlL9vjscKpwrRCV&#10;QIpJddkjvwTYe2X8MNkA/LiPz8umlgRXINaHP2/b/g9Pl11YXv8An+v+HsMajcVLXZTOZFsdHRLm&#10;JJ3paGGUtDj4ppNaqkxF30LZeRcm5Nr+1CqNPaB/g/1Hraw6GJiGKH8vsqePXfsQtn7c6nfbdbuX&#10;du+JJcxFDV0ybEocPWDKPIqEUtYc3UAUojLEEBWLfUafbbLWqkcenYliWPXNIa/wgGv7eH+Xrq//&#10;ACP8f7f2Fm1sVltwbip8BtuilrclnKgUOOol0+eaV31wRq5sAeACbgf7D3pV09OKZAumOhY49eu/&#10;aj3Nt3O7SrKqh3jjqqhz7vUpFAzRu4q6WX7eojn8ZIGj6HR+ePb6O3A59OtDxlkInqa8K/xD/J17&#10;2h6pqymY01QoS2k+C3A8guG/wNueLe2nkYjIpT068yB6Iw4en+rP2Z697XeNqsZQy/xFkOZSgpaZ&#10;acVkaRrEVH7pEQPqVWPo1XJ/Pt2Oi8aZ6URpBE+sZFP9X7Dw697Z6imnrKp8nSwxyOk7VFTCAKWr&#10;VWcSWlgJ02/AKj6fUe6ugU6h59V01OsClOve2+rq1lrKiqqVkM1QXlMcTnUihdKFnsBx+T/tvdfP&#10;rTFWYseP+rz697nQZ3LS00Kz1kjUNHSmlp45Idass73KMRz6vyzEnjj34NUkD16YWHVXuoK486de&#10;9yamDBR0jVEUlRVSJAw8kyLSQisZdUC0iqdUgU8HUBce3WdCAG8vL59KCiEZ7hQ8cZ8sefXvbfR1&#10;1LSw1aVc+QaSuEcEy4+ZYaUwMLss8bf5zS1rLa1/z7qCmksRngemUjiQUFT9hxnyPqOvexP6l7Mz&#10;PWu66PdeFr6qlzeL/wAlxtXBUNTVCxTAx3EqBlChD6wwINvaaSJJVEbDB8/TpJLaKH8XP2/b6/6u&#10;HXBkR1KOqsh/UjAMhH9CpFj/AF9jLu75N9vSU+BpNmdr7+oaZpazwY2DcWSmraqqmnP3tTkyTokj&#10;ZyVp4mLDTfgD3qK3EY1RkH0HGpHCp6L2skhbxdVaeVTWoPmcfl1hakpZHSSSmp5JE/RI8SM625Gl&#10;mBI/2/sv26zn9zZlq3du50rcxPHG1cTSRoKONjqcTmFUijAvqk0i+q97n2ukFRUin7PT7ejCOYSf&#10;I04eQ+R6kW9s9WdsYadYqbIVOdio2hlAWNY8b5gbSNFezOB/ZJAF/dASO6v2dK42OsMzVXOKUz5f&#10;s8+u/aEzNcuSydbWoGCVExdA31CAAKvtK7amr067a2LevXvbX7p1Tr3v3v3Xuve5dFJJHUR+MnU7&#10;LHYf2g7aSpH5v/r+3I+PWwaHr3sQzuje2JxdbtnH5fM43ALU/eS46kydTSUcjumlmaOMqH1L/Z5H&#10;+F/dmUCgOQP9X/FdVaOVFZFdgnEiuK+v+xTr3vk+WGBxeM+ymjOWZGrIkaCOZaEzvxIzy6lZ2AN1&#10;I/xPvzUqPL/V/n6eLtFHGVbJzwr/AIQePXvbRDNVZDIPW1+RjWucNK9VIBHAkkSa4kBpFAFyeFVe&#10;D9fd0YcF4nh0glvCH1A0PkRx/lw69f8AH5HswPV3XGZ7Yw9ZtzBZGoHYRrWyuEwchpcbBn8ZFCY8&#10;lFBkqqSP/KIywdYhq1g8e/SAMdAFXOPI0Prmn5HpO1yZoCkLEvxAxQjzNeuEkiRI0kjKkaKWd2Nl&#10;VRyWYn8ezE5/pfvf46bJ25uaGp7DxyZjIU8ecoMJkK6sxBpZEY1H3lNh2uksRAjaOQnXe4ta3tTH&#10;GYF1Cp/y/IHj0GblGutKSVrn1oONB5dRkraGZyiVNO7oyjT5U1BmAZLAm/INxb2DuZ3ZvnN7nxuX&#10;zeJSWnxFe1fR1UVPWQz/AGq0LpTyV09Uom0LIwlYzcqy2t79JJI5YhgaYAPr8v8AVjpVbbZBbsXE&#10;YOBxH7aYr/LHUv8Ax/33+8+0/wBWb17b6frdwdmbC3HR42AqMVlsscziZsoy11UrvLHgquQzzh2B&#10;9Xhb/G3tu1uprY6lYhgQMHP508q9Xn2mK+szIQKrigpwPy4/y6xTQQ1MZiniSaMkEpINS3Burc/k&#10;fUezGdmfO3sHsbAz7Eq8TicZiMphJMXncpn3qXrMtTy2dMjVR0kcK00fk/cjjRTfgG49nk++z3MW&#10;iYg1Gfn58ft8ui215Yhhb4QpbjXHH9lPXA6wQUFLTEGGJUCvrUAmyMUMZZf8Sv8AW/sn9DHXZvBT&#10;YynzePfA0GWSvSgauoqWWrrpYPt2yqQuwnVABZSPwR9D7KPEViVfI4/6vzPl0erYzRxsikEA1+fz&#10;qPT/AFU6m+3Gq39UbPrIMHjoJKrCpTa6ihXJ1hmqq6RP8orTUxtcgsQVD6rge2nWEt2L5U9D+zpS&#10;IGDhTUigr5Cp9AD6/l172zYXcWHNZUZjLyLHBT+CWmx8raKl2pX8kdJGsAAN3/Wxt6fr/T28ukGg&#10;HoPP+X7B5daCTMayjUuMA8SOFPl9uevex12l2D07mqLc1RvjA5WKsahlq0+wSCanNasYipvtYZT6&#10;pIyFYiT0sB+Pe2dNFAa0JOfTFP29IY0AlPiqQTXNeIzTB4/L9nXvZOc2+qsqainLTUHmc0ksiCF5&#10;VZjZtH4/NwgsD9OPaRgCaH/L0ILdSIM5Hz+zzH+Tr3vhjtM0UscuLNbJURPHTkVs9NLRyR+s1Meg&#10;FWuByHH+tb3WtSfIdKh3VDLr8vT7Ove3Xb1djGqaeGfFGVxVxyPkTVSrLAbCKGNorFCgb1fhieL2&#10;9+VsV/1Y6RiN1bTp88U/1cOve42RxdRjqidMrCxMM7yTR6grOs41xkFCdOrg/wC9+9hwqmgqa+X+&#10;fp2KDSjNKpU1pU8cde9r/YveWX2Dh5cThNrbVkinZjX1mQx9RUZDIh2PiSprIZY3IS/pUHT/AFHv&#10;daNUmoHl/l+dKevSYwsWBNG9arw/nj7Ove27P9o7mz71c86YKhaRY4JqOjwVGS9OATY1VSskwsD+&#10;oSAn+p92bvOa/ZT/AAdOKklNLELXjwFf8P8AhHXvaCnarVqKMvI+uKacUutSsMAV2FwOLtHqP9f9&#10;v7r26tPVzbqCM8RX5/b173//1tJqbCVmDydFHuenejx6on3MdFFLJFTIwuIPuVHoKj82sf6/X2rZ&#10;CB206MdOh1ZsDj+fp+f+brf49sq0r7U3YucwqSii+6SbFzypHWTx6QJQyxyghueRqF/bdeIrTHVZ&#10;Iz4hpUqflw/M/wCrj172pt/9r7m3dlMXkdyrTZP7NWEtBMsUMNSyDxqauOjWPSNPAXV/sfelCaqA&#10;1JH+r8urySamVpACf8P20697x7G2/trcc9ZXbty9Xt7DQx05R8dTx10tPDLVhZGFHPIryJzpCK5P&#10;+vY+9SK5U6ekc0sAUyTNooa4Fcf5f8FOPXva23z1uJcw1VszD08mx4TCkG4zVRyNXQmL/J3yIdgs&#10;UzsGLRr+n6c29sxxMBSTB+dRXpuPcI5XURAFcmvmcfP/ACde9hJkMpQ7bhhiNDjKiuNUYtUdRU1A&#10;lhH6XRIyFX+hBP8ArD3dFzq8ujAyqFAUA+nHh69e9jJhexe/8RgZJdkbqz/X+FjjilmXZecyO1qa&#10;QaCwmyD09RGZ3a9tT3A/2A9+ltoZmDSCtP8AV/q4dPPJeGMFGKKPJcf7J6hVmOx+QVFr6GjrlibX&#10;EtZSwVKxP/q41mVrH6cj2ENDUZmWmr5DLlZ6GsmerrplkWWfIZGYM89RV1t2dgzksxFyTz+fb8Ua&#10;qC9dTDpCqSRRvICXJ/mf28epoFhb8D6AcAD8D3j2hgIsrUD+8K1D42JHp42pSGrIWke8dRGhIuEP&#10;J18W+vt4MR9p6K42ZjqcUz861PD7PSnr172J3YXXeD2FisXU4vdDZDJ5anWU4xZ6aSCGgcFY6uaW&#10;jdl13vdGA9pXZQxxnz/1fLo4ijENAXqzZ9afs9OvewVhliikEjUSV8bsFknm16Uc2XzRpGQ4ZeLX&#10;9sIQMLx6cqM9tePXvcnLTY28FPT440ysitLMKuoZZWYf26aYkRk88A2/PtSRXJ9Om2ZVNQCBTPH/&#10;AAH+XXvbBV1lLSpTlv8AKWVZHp4IJyyRNb/dkA+gP1v+fbaRgMQfLqjsFRSPP08vy/1fLr3uZQ0t&#10;dWHGyVUUcD5eoT7GcoxVXB5MqfTSONPHu5jD1Y5p1VdTEE4J4E+fDgOve1du3r6uw6sufzNJSVc0&#10;UU9GrUVUaeVH5DGaFCAxH0BFvfviGOHT80DLUM2TQ8Dnz9Ove01t7/IDU+VIa+FFussikimERJV2&#10;hk4IYi3r/wB792Jp03HRKg5xWv2f5f8AVTr3tZzbyrcnt2LBKMFT4urWoq1rmx9JHkFKy2ekjrpb&#10;yIurhUjtf8m3vfhkkuuadPmZmi0kgDjwFcf5uve4WDxO9aiE1+26PJRMioPv8WsjmEqT4pA9KpKu&#10;SP1lgR9fe/C8QUGQP2Z8ukDXaoviRVJHn5f7H7Ps697X+2+ruz96ilwFZj6ypq5qmojo67JNXVDU&#10;LVUhqKuZXi1G8jXLlr3/AD700RjBIp5cB5jqpvWlUxsQ3nxOPl9nXVx9fxa9/wDD2NWc+APyBocY&#10;mXpMHinojSLOzHLx09cI9NzKKKUB/UOQrc+0Rejmpx9mK9XD3DNhVI+XHqMldSSSNDHOjyKSrKpv&#10;Zh9Vv/X2VjN7Uy+3Hf8AieFW+Hya02VoUqUiqmMDWlp5ASz/ALnJ8gWw/Hvar4lCtK/6sfb0oEi4&#10;qtT5qPn/AKs+nUr20bgqdv56sWbDbVfbwEccf2kWVaoh9K2Lq9SCxZj+oluf6e1CoASCAT8/Lrch&#10;1GiDT8q/5T173AlqEocdUeFo/PPUJSoII4VqF0reUOws9h9FYCx9pydIKU4Hq4OkV8+HXva26Q7c&#10;yPQnbvWXbtFgoc/P1/u+g3LJjKxyIcpFCjU09BK9iUbxO5jY3s9iePamM1INKD5+f5ef2Hr0U300&#10;6XCjKmv2+o/4vpO7u27Du7au5NrVFVU0MG5MFlcHNW0baaukjylE9E1TTtcetA+pQeCRY8H3ufdF&#10;/wA3n4R9m7Yo87lu1qbrnMvBGtfszfVPUY3LUFZ49ctPTy04eKrX66JKd21D6gHj2vEdnIgWRQtC&#10;TWlQARwCivE8a+XDpTJb2lyfFhlEb1qtaalPEYJ4D0B4Yr1p7fLz+Sh8233LXJ0fhtr9k4WtqZJY&#10;9w0O89ubbytTE7FKf+KUO8Z6M08qLYyR07SxaiSJD9Pa539/Ny+HWzoaSLH9kbc3Ms7Rs5pc7Q04&#10;p4JE1GR8fKxqS5HCxiEG/wCrT7Du52ELOREp/bpxwpUft4V8jx6UTJFWlzOP5Uz5DOKHPEmuOHST&#10;+N//AAnJ+WOQrP749ydybG6hzPj+4jxWMxP+kPcEdfTTLJSwVGQpqqGitdVZp4qmUJxoV7e6EfnZ&#10;3V0F8jsu1L0n2t09sTZE+Xpt2Z7AZPI53AZXM7sUFJ66elan+1WQoSomiBb8359ldlazW9dfcQfT&#10;y+fH/LTorlsLWaMKkqVBzUkE14HgRwrnrbf+OuxN/wDXHV229pdobtqt/wC88DQriqrd1dDjY5a6&#10;gpjooYY5KNVkaNUAN5/WWvf8e6k985/rzb+UzlDtlhuHGVJihkWjys+Qx81VHGPNVUWYqaeKR4w3&#10;6bx/7E/X2JI2eRe//BT9vz6beOCKR0TvUAUzg/KtB+3oePYHfxZWhqvuY6qen1WgpY6kqIUJuoZo&#10;0PA/rYX/AD7sQV4cMeXz4dUDhV000rUYrQCvXvaw6m2hjd378w1DXVsWLoKyqEYmqCyxCp0F443m&#10;kGlTccM359qBWtf9Q6ZISWdUU0H8wfL5Ede9ij3HswYWrrH2zvnDbxxJWLC101LUL5sLWh9TUkgU&#10;mJ24t5Yr/wBCfex2mijPH/Vw6ubd/FIikDDNcjHy8uvewzw00OzaavrKTO1ElVW0M1BXUML2hqo5&#10;UuhWZQwJR7MtjcEfUe210HBWhA4jj/Pq6W8KVKkjHy/l172mMjuPN5uKGmz1TWQ4uOlJphSUCuKu&#10;qVLJLKqlA0r2sZSbgfg+6t3EUAxwPn1o10qrCigcfPj5+XXvYgUuX2/lMKZ66COWrCU0NXjlrJ4v&#10;sqSli0SVggiUeR2AAAZiBz739p6WhoXSrippnPAf5+vew1q8lAuWFTj55mpKaFUphVQ6nn9V/E0d&#10;2spBte/vRFf8vSYsniBoyaDj8/keve33cTU/2UctHR0tJQ1tBTyykRLO9LXRG9QlJO3rRXPLX/1g&#10;be9KNIoPP/V/LrdxQx0Awf5H5de9tVNmsplaSOGSnpsjj8NAxhkndqaKFnOpodWoCQm30tf3csCc&#10;mp6QNC0i0B1BfXGPy8+vexCvgtx0GCkxNU2HzGSYY2pxsEpCal9JlqFpVTUDxpLgkg2ufeghNAfP&#10;PWg2ggp2sfLPD8uP59e9yW2fm8JNV7d3BV0lHDja2CT7St0IvkqU1Foqg2YKyEGzG3+x930K1VAz&#10;TB6WiRRqic0IFaY49e989y7S21h6eCklqqfK1bSHI/f4uulNLQUc6WXGrRkXMl7MxP4/w9l5d2NH&#10;rjHz6Syqo+M1r6GuPT/P172xNW7cip6GidKkUsAdWanK1Cyuwu01SWFiR9Al7f4+7hnrX16a8UIA&#10;c4INePD/AFZ697WeL21kq/EVW4Z8G+cwNHPFTQ0tVkj5BRvDeE08CyErpI9VuAfepPE+wnHy/L06&#10;VRhpG8ZxrA9TQ59B172HVbmMI4koo9rmkmSSUzyNVvMsMBU+OKKMgaZL/wBfx7ajjcZOa8Pn+fSq&#10;GRACwUUOD9nXvaHdm+4kqqd4YIqaRCsSO0bz3H+cWP6Gw4J/23tX4gHka9NmMhq8AD+fXveCRzPq&#10;YokqLG08mqbQ7c6rszn/AGHH193YahjqtaEjJz173xWniqBAYCXPhVpkt4xCdVmQKRe4/wBUPx7a&#10;EJLVJ+zq2oMMeXy697d/t5cXSPVRZOOKR5JIvHBfRLTBfU4l/HPpK/X3cKE7hmterElFqCKHA+fz&#10;697gQQpIGFVpp0qQZY5VDySo4swX0i7E8Ai3F/bwjYAk4GOJHSYvHGD4jU9Pkeve3GLH/awZCNxJ&#10;TQfbp5XZHRqiRSJbaRZwhFrEi3venQQTnq6FHUmOtKCv2/Yeve5s00r1dBhtyZWr/h08eOeVoKmT&#10;JTUGIsJIaenSoIBlAN1S4A+nvxlqtfT16auA50F2JFcitcf5+vexKkzGwMMuWgwLy5HHw4ukGCkz&#10;dNUUlVPUsS1UphgZgqm3+qAP+I900nj656a1W6ltFSMeWT69e9hPkd31FXAlNHAkEU8rI9FAZIoN&#10;F/SLkldJPP8AW/vwJ1af8n7TXpQskYQUX9vn9tevezB4D479rbn65zG/sFR0FZgsFQ0lVm6KgpPN&#10;X0ePrWKxTrrViUbSS8y/S3JA92opPYpP86elTwNemnkkCF4kAoPIZzwPEV8/2dYnnhikhikljSSo&#10;ZkgR2CtM6IZGWMH6kKCSB+Bf259R7ll6F35S7xg2jsLsqmqMJktsTUm+8RHVbbxGRzNIY4a6Ez6k&#10;8kBs0c7qQ1iosefaeZa1KmlR+X8j1a3mWOUXSorhhQ1woNOPHyxnqFlMcMrSGjasr6FWmp5jPjag&#10;UtV/k86zmHzFWskmnRIAASpIBF7gAKempM/lTndyV2N+1qK158rBHMaL9sTksBFTqSiHhYxGP0gA&#10;D27AO3uGf9X+qnTagpqeXBYk/b8x6Aenz6cvYyyZWmr9sVWH2L1bDS4oVEU394MbR5qqz1Q8S3V3&#10;r6wOCn1AUIo/FvagI2VJOPQH+ZHmfT+fSCTdli/Sji7eOqpP7T8/Ty697DPA7Vzk+9MelRgs1HHk&#10;apIqaJ8VM9TPOGEawwQEDVKzen88n6H3UR1Gaj/V5dU+uh7e3PCg45zjJr/h66JA+v4/4pf27dl7&#10;UyG2JqhavamUwO4avJS0xoqumfyUpo2tOojWNdMhJW6EEjnn26YhHwNfl6fb88dWjvElk0aCrV8x&#10;in+evl15WDAMpDKRcMpBBH9QR7BGTGZCeRjWGbyfc/bWm161lILaGV7FSRza39facxAsNRJ/1evk&#10;PTow8VSc1qeu/Yy9R46nq9zYCglmqMZi6jNUkGUyFPKy1BSQimMQnUftggk2HJv7UxRq5JAoAMD/&#10;AAn/AIvpFdXwjPadP8vz/wAnXvew3h/iBsTuHZUu0FyksOLoMQKeBKOopo6x6gi8MuiZfI7IRcyA&#10;rcn6m/BdextbqGUimftFeA/Lj8+HTyXiyr4RJ0itPsx58eOTkdIfde+KHaP2RyNNUeOsqDEJlVjB&#10;EoHLSzD0gn8Kf6E/Qe6l++Ph1vn4802byuJzGRnx1FUy/bRQUTTzVtJHcS1GQkiBEKIpuVYkN/rj&#10;3a2nDLrrngRT5f6sfZ0+ts6Rm7ViQK+VftFR5cTT7B0raKupchTxVVJKs0MyI6spv6XXUtx+OPZK&#10;f2qrH0dHNiZmjDtFNlIkkvFJJIXjmlbSVAX6lTa/9be3NQFBgn16VWyL4Q1JlvxH+R86AdS/eWp2&#10;hlK/C5POYtKaooMJWJQ5GpbIRLkGjdysM8tDO4k0E2sVFgCBz9felLFqGppxP+brTmsRdBQIaV9c&#10;0r/lz173B2xgKvJpkp6vKHF42gp56uSVvEyzNSpdIxDIQCzAaVJvYn27wPZn/J0mWR2JKmgp+zr3&#10;t7wWCxNdUUpwgyGWAMk2fkyVGaWlp6csBHS07KXeWVlubqBc2sCPfi6g1IqenVnBUMo1Vya4WnlT&#10;r3uBu7BY6gQz7czVVNimqDKaCqo6ygqsZVhiPDLBUKvlH4jlFyP8L+2XfuNfIf6h/gPV9StiMkDj&#10;/sUND+fp169/pz772nisrvXP4rFYrA1OayLqUlpoVjL1bohMkszzFIowijguwBP1N/etYwa/6v8A&#10;i+nY4jPKBp1N172K+N64pNh5+Edv7S3rhtv5KnqRS1VFR4qapmqGQiHyQVbmNqXVpDmH12BKG/tt&#10;tTVZDQj06bltxbSgToyg8Co4/I+Q+XHrwIP0N/8AW9pmg6429kd6vt3A5oYyDJz0qYzJbprI9qUU&#10;aVVtf3lZO5SNI2NhI78qAxH193/ACwrUfn0pFpEXEPAN/FQU88/5K9cWYIrMQxCqWIVWdiAL2VVu&#10;Sf6AexSn6ZxMUecp/wDSzseGvws/8I+8j3X9/ja9fUXbC5mijaKojQrpOqQXJGm/tlZGSqlTU+RH&#10;l/qr9nDpJ9KoqvigFajJ9fQ0r+Xz64o4ljRwHUOgYCSNo3UNY2eNwGB/qCP9f2VvO4PK09fV0NRO&#10;k8FHKripWoaenkjRSIKuGWRmIRhdrL7fDrpBJp1QdiiJmqfT7fl1k/33499VuOr6KekhngpFjmpa&#10;eSNMbURV5qUaO6VMXiZmVpPqRYG9+PflIbKnh/q/Pr3jxBtI4+enJ+3r1/8Aff8AFfa52105n93b&#10;ffM4+rlbPTZUUNPjagf8CFPBMsj8xgfl3AUAc293ZdJ7cj/V69aZm8PWvn+3+Yx172o6b439q1GX&#10;hxD0uMaSjip6rINS5qhlp8dBPIVieortYiDMASoDcfjn3pJCoLGtP+Lx1QmYtQDhT0pn86de94N3&#10;7Hx+18tNQT4utq2qKGdMmavyU8dBVwj/ACauoqkAatbc3uVI/rf24WGkqaY8/wDP08lzE0hTB1VB&#10;xTSR5/t49dXF7f19hxSYiaeoWGrEjwrBojk1mJZlgGtaRXl/Tf6IdNtR+ntoHs1AYHGmerFkHxkn&#10;7K5+Xy+3r1/bnj8WrLLRGhxdC1UZikmQ11FcdJssAdFADkX0sAB/X3UuKn168lzEVI4HPEVP5n/B&#10;137kZDZiLSx1FFRU1KtIYEq5pK2Sonf7hi0LyoxCxghSVCr7sjBhU46ozqV1acg5+z5+n2de94Kq&#10;OKrXGw5KsfG492laSWOCWrp0lgGiKc0esOSV+v0/wHu9EQcak9OGQPpGoAH/AAf5+ve51WtDLFVY&#10;3D7vrc/i6OiSWFmo6jFR/tuPuIhSOdTFQTZmPI91+HHA9KqiulWLgfaP5ddEX49i7s+u+JOJ2hUV&#10;O/IO591b8NJK1LhsONq7e2XBVBP2IZcnK9VWyo5/URTqRb6e6sNXZUZ/b0hDWJqZtbNn0Cgjyrk9&#10;QZP4matFiFElCFVpJXeZ6pnudUSU4VUC/Sz+Qn/afeHp/sboLZy5nI9g/H+PtLIZCp0bfgm37uHa&#10;2N21ShzzWyYYNJWykaRpCKBa/F+LBdIojaafsP29NwzQRgl49RPCpNB1hydLlKoUyY7KJi1ScPWM&#10;aFK2aopx/uiB5ZFWIn8uUfj8fn2lNe3N7byFBtjZyYmCumkMeMpj/EY4JPIZVp5q6dWdlRSFAC3I&#10;HqNz7fjUZAP7fP8AZT/D0mkeslLePSf2/n9nz6dALAC5NrC5+p4+pt7Zeytn5XrTdePirETGV9Tj&#10;0rVjoFZKOOGUlUihaa9nUfrUDj8e7kFQdWR/LpUnjq4EteH2fspn8zXrv2nKKi3Buu76hWQRq4NS&#10;Y6enEXij1nQ9hqZBYta9/wDX9ogBXtGD0+zsR6g/sx172hK+DNUbzxzwyjxsFlkEDprF7I93A4I+&#10;lvfmUM4Pp/g6ajlL1KjA49e98pVeKmo66N/NSs4FRBp0NBOP7LFb8Mfob8+7UzX+XTpBFGPDz697&#10;VexdtZbe+Vr8bg9t5TOSfbtVTQYlxUVVHTwnVNVLCeXC/Vl901Npoxzwr021xCrkOCSRgde9jDWd&#10;IVI21HuXZ82SzddSvJT5LE02FrJpqRmvHKtekasIXXkWkAv+PejqT4/8B6RncrZFMkTlivFQvz+X&#10;D8+ur/76x/HsBsjgM7hcitHlcTk8FXGPzxrlKOfGPLTMlxKi1arqVvwVvf35oSTRqj5U6d/eEJAk&#10;bH+f/J14MDcg3AJBtzYj6/T2odldZb37F3DQba2Vt2vz+UrJ41p6XFwmockt65aiaO6pGL3aR2AH&#10;59qILeRuxAST5cTX/J0X3e+wInac/Znri8iRo0kjrHGgLO7sqKijks7MbAD8393ddCfy08D1ljJN&#10;+fKjtHbWz8BiKNNw57YWLmx9VlPs1KyJ/H8pMdUEcp0xiKGIvITpVrn2J7baUjXxL5wtKtp8/wAz&#10;xp8v2dRru2+TXTmOM1FTU17R5fPPrQ/n0Au4u4snXyy4jqvaeS3lkDUtj/7wywTUO0KWrF0mEeWl&#10;TRUvAeZFQhBaxe/BPhsTZPwn7Pxu8O1tvbN6nwefpq+WnOY7mgmzoNJR0ipi5ott5CemjR5VRBTw&#10;KxKpybH2zK9lVlVBU9wJrWijApigPpnoNwjep5gqSOyN/BihPkak0Wn/ABfSC3hX917cr9q0GVqN&#10;47opM19lRVP+inBYagONydZV6J5Mzls0taVo6eK7yVPjgueBb2QL5e95989InCYfaO9vjHkdv7gx&#10;k8643qjYmyZKzAKSRFS5ilr2qpYzJGQySI1gbg2I9kst8Z5NAI+VFAp/g4cPXqTNssL23KNIQWYZ&#10;7s/IEGv+yeha2Vt3buRkrK9KLsukrcXkJKJ5945veNC2ReKzGtpcfNVJSTQMf0vHAEP9LH2QHY+X&#10;7C+SNfU7To9ubXg7U8S1+3N17fxFHt2qyMFKxFdRZqHHWpHIQhlqGjU/hmI96gQyrlf2Dy9f+L6M&#10;59w8DtiA8RfTBxxFaAfZUdC08kNPHJLI6xxIC8jux0qPzcn/AHr2/wBR8WO+9vbigftDqXOZB6tm&#10;xD5zZrQ1DoHX/MZCfawkgCupuS2liDyT7V29hLLJooQOBIB/Kg+3os3Lml4IvFCkkeYoP2FSRX8u&#10;osOVx1QkUkVbTOk0fliPmjXXFrMZkUMRxcW9ma2R/Kg3J2YlLmpo6vqbawIny+d3dWkpRY9Rrlen&#10;oKlYWdgASC8ioB9W9i+Hku5mgFxIRGgFWZjgetMcadAb/XDuBP4KAM1R201HPzoB9vQab27o2Psx&#10;vsXrn3BuOUFaDa23U/iuZraknTHAIKbUIyzcAyEf4An289o4r+WJ0Fgqrrilq8z3hunGUU1PW5zH&#10;JLV0Qy8kJikips3TaKRW1+vTCzhLWLX+pFucG02dbe1k8Vh+IDj/AJ+jrZpN4vbw31wCqnyBoaV4&#10;nIwOFOPr1n2LmuzdywDK7p2xi9j0k5JpsNPVvlc2ITYxSVhh0RxsR9UYqwP1UW5pQ3FiZKDJVUlH&#10;Q5Gmw8tTNLiBUr5JRRySGWmSeeMWZghAYg+wyQa6q4J6k2Bkkj8RhlvX9nQqDge1pt2YGloa/L4r&#10;KyjHlzBWiqqg1XL9IaeljsoiVOSXuR7uSGHYOHTkrIAp0mi/6sf8X172MXWfVVX2zmKhquto9u4f&#10;HCWrSkpGV/JVxoZjUVszFndkS7yyckfge3DU8Qcny9ft6ZYmrEkCmcH/AGevexYzfQ0GwKOnz2Er&#10;J96V+ZRI44cNh8i9JFiqsWqaoVtYgBVwCgZBf+lvdDA47xQ/4af5eitt1WKrqfEJNMAmg9f8/XvY&#10;ky/HTYuI64oeytwRUW26yuyUcS7R3bNUY9stjGNqusxZB858YsY2KKjHgH3VY9ThE/YAAf8AYHSw&#10;FWiErGmqvacY9R5/b1iEqmTxqC1hd2WxVP6Kx/qf6exI6L230ZnZjt+t7L2pt/ZddubH5GswlbSV&#10;lLXZfJ0tO1HjKSpyNTG8d4GfVGvmCF7Eg+1CoTq8jTz4ADh58f59IZHQ00yFFY5H8hnNc8Oo9dPP&#10;TRGWmo5a2UK9o45IktZdXIlYXvb+yCf8PYRfMrpHa3SHYVOMdu7H5GtzeKOcoKHF138Rp6dUkENB&#10;980AIpjIDxGeCbkce2pIylcf6v29KYjbRTEs9GbyIxUcSfT5evHqLhcsmaovvFoshQETSwSU+SpJ&#10;aOoEkJ0uyxygFkP9lxwfZZOuewM3RZzDZLMZnN5auocq60W26GWJIH8ahlhaOV0ihjb6PJJ9Bc8n&#10;22Vp8Of206Nredqh9RY+g/L9n+bp39rXubtDdm49xU0Vds/aFJPRJFkKKnpoqfLS0UdYdSQyV9Ow&#10;SVT+YyD9OPdFiALOzfl/m6UzSSzSldKmmfXH2+f+fr3sFN57w35vDCRYvJU0UuKxU3mp46PbdBQt&#10;RN9WiSogTyqnPMd7fnn6+7DNGGOk9biQgTgAL8gKeg9f2de9gu2Rr4StNUyVIip5g/2kq6dBvcqF&#10;kBK3H+HuxlevAnq1Tj/V/h6974ySpWl1RRD+7NUIoAZv3CLRCSw4X8X90K6jq8+r/Hlfi697VdRj&#10;vDjlo6rcTMKUQVtLiZlnkhWarjvIV0lkjcDg83It7uraQDxPXlhUd2r8uve42DzlRisvjK3CS1lH&#10;lMfXQ1tDX0dTJDWxVtOQ1O9IyG0bIwurgFgQPfhKdRU5r1qiNIKCjDgc164soYEMAwIIKn6EHgg+&#10;1lU777GqN4zbsrty5ei3Jk5pshJuKeqepr6mpp0u7yVUoZjIeFa4vc88e7EsrBjj+f8Axf2dOMkn&#10;jeIWo1OPHP8Aq+fXUaJEiRxqqRxqqRoihUREGlVVV4AA4AA49u24e3+xN3Phq7d+YTc1Th4ZqXFL&#10;k8Xi5kpUqJBJNrjgjRXkYgapHBYi1z7rq1eefP8A2Pt6pIJ3ZXkYPTyIp8j+3+XXP2Gu4MxU5Kpe&#10;pkosZRRiWSZKDG0kdNSwTTKPJpA5UXFyNVv6e2yaZH8+t8cAaR6de9y8buM4hVqzTY7ON9rPSiiz&#10;VO9dQUss8ZUVUFMXUeSMf5tuQD+D71rBXp3WY6FaH5EV/wA3XvZnehfkD111Tt+prd4fGXrLubLS&#10;VrQYPN7vzuax0uNq2h8n72AoNdPURp9QzRqb8avbARzIGrgeg/1f4Ok0UqwAmWAPUmjfb8uk9uDC&#10;V2ajpY6Hc2b22YJvJNLhUxLS1cf5glOWpapVHHBRQfr74dm/KvsDe+Rp129szZ3U2HENKZNsdcYe&#10;hxEGRrIqgymtqckyPW3dQqFFmA0r9OT7s0LVIJr6fYOHVmuJ3osQWMDyWg/wZ/Lp1oqV6OBYZKyr&#10;rnF9VTWtC07kn+19ukacf4IPYIdp7wh7L3dXbopNp4rZ33ONxlNXY/DvU1FNNXY+iWkqcvVmSyie&#10;pZPJMEAXUSbXJJdjqqUHEYzw6VTyLLIHKgGgrTIJA40PmepSqVFizObsbta/LFgPSALC9hx9Prc+&#10;wul89NeIFVhksCosVMgNy8angH6WK+/a2JKtk/LphiQpI/1f5uuXvhXq0PheOV2MiK055CrOCfTq&#10;sAbC3ujrnUBin+DqmMAGteve+CPCGp5Y280v1lhsyKC310k8fT/H3tXbgPLz/wA/WyAaHh8v8HXv&#10;fGuncnxtE8YLCQGVHWUAjhD9AV/px78WNKkUJ/1Hrz8OvexW6oyu0cdWKu4EmWepq6enSVYyURJ5&#10;BEJXk4Cql7nm/wDr+za0ZA1W9P8AVXom3GN3UkVoP2fafPGevf7f3Ylkd97J6HzWLxGLpNs9m7pK&#10;U2VyW3o882PwGBoGjWenfPZaJD5JJEbWYIWugILEXsTx76G3AUAV9Kj9v+rPRM+3uHoO75LkV9a8&#10;K+fqPPrFIrSxyRq8kBdXQSpoEqXXSJYhIGFweRqUjj6EexB7m/mD7C3/ANUZDYtN1RsvAZQY2neK&#10;ooo6TKxrU8xz0+KrdBaWMcsxmIPtq83VLlAoULp9Mf6vz69BZTxqQRlqcafKoGAOAH+ya9IvA7Kk&#10;wmaq83LurdOZlq4JIHo8rkI5scNcwlSdKKKNI0kQDQrRKgte459161298xtnDYjaeGmMce5aamnq&#10;RTVtJPXPTVBAEarSu0cDyKWTxu2ocXt7J5J+7tOP2/y6EEUElrCFBy5yfkRwGeHz6XPuRvVqHaW5&#10;dpw4Wkkmap21RVecw2ZroZIqGtWoY10TPTs0cZmiWMtdrr9GPtPGVrqcU/z+XH/ivPpRPE8LCiUq&#10;P9VPt66Ps+G9M50LvzpuoOzu0dmpuqfbdJRUG0tz19Pi6vBZSExfeQ00+SVIGCDyIJY5CGBFufaq&#10;4kSoYDuAH+o+vr0x9PFO/wAQDAAZNKUPz6jRTTPPLE9K6RpYx1HkiaKUMLjSgOsEfQ3Uc3t7qs3b&#10;t+fCTxY58rh8kGRpp58Lk4MnRh2uVDVNKxU8cWU29lEkulh5/wCrH+foyjtFt4gp08OAz5n/AFf5&#10;epP9f+K+2Wg3TuHDQaMLn8tiVRrq2LyNTjalZCpVilRSujgMCdQBseb+66moFHDzz/nr/h6r4QRt&#10;URK9et/vfP8Aj7k47f8AuKmnSbI5zNZGnnnhavoqzKVk4r6WGTU0E8s7Mx1AEBtV+ffkqSRx/wBQ&#10;/wA2ek9xA0kZUsSTx4/5/PP5det/yL/iPZscb3D0nuGhgxWW672yGSlWGjymcqM61bTVUk15mnrI&#10;qhIkjjjv4gEIJHN7+10RRkCtTAr61/1enRWIFSQKYwAPPJJ/OufkM09OvW/xP+t9f9ib8+yvdgbp&#10;25uGrqjjMNSY+aim+2xVdiFkp6eqoIZDGor6eUnU2kL45Fsf6g+2HoeAI+3oziUFNMi8BjPl5V+z&#10;/i+u/aNpJq6qnpKiqlq6yOnAij/cklmWPnTT06sTa5JsBx/X3dFamP8AB1oyW8ThScimPIen2U66&#10;v7EHbewNzbkyNMuOwGYjWpkiijqRjamaljYsP3ZW0aTxzpH9PdH1q1Bnzr5AHpHc3rsAY46n1/y/&#10;5+u/Yh904SbGSUmzcYZabbWyoShmroWpJ8xnKuMSZbcNTD+fNLeOnWx8cSqo/Pu4Cr3L868Py69a&#10;GRpPDVSFHGuK+rU+fp6Dy697BXCZenxGXxdbT4zH5J6R6aT7HLwNkMfPVxWsaih1KJomPPjJAP0P&#10;5HuldQNTno6jKBw9AacARUV8gcjB8+ve1O7Y+aWoy0ONy0ufnq5zUUS4jHwbcSapkv4qaOJ7wqmq&#10;yx6eBbn3uoHD/YPVJLSJqlUOuvmO3Py8h6enXvcmPsitxca4+t21tqtq6aSSAVeRx88mQjjB5pfu&#10;o5lIUfRSvK/g+9NUMTgfOv8Ak6ZWGSMmipX1pXP5de9pjI7vyFXBIv8Ak8CPLL6BH5hGkh/zURqC&#10;xCoOPqT/AFPuplyaE+X2fs/4vq/gClTQk/6v+K697TtLkamJo9NYyNEjJHKEuI1bkgBLkgXvwPet&#10;a8OvfTxgaQo/n172oG3ZuOWOCOXdGeroKUXpYJchVvT0qpyGjp5WKr+LAD6e/KyK1RX/AGP8/VLm&#10;0huEKyZFKZ9P9XpTr3sa9v8Ayo7g29sXOde0m4Jqvae5PD/FMTlJK3IUkstO14KihiqJdNLKLfrh&#10;VSf8fagTS+VRQ8PKn+enRN+4oUBMVc448B8s4r8uob0FHJWRZB6WnavgikggrTEn3UcEpDSwJPbU&#10;EYgErexP49rfL/Mjt3dy4+gye6H21TUm36Xb7fwsKlM9DRJpUtDNHMA5F7BQLsbk+/Ncvpxknia5&#10;+VP83ShtunkIqQF8/n9uT1ISGOPWY0VTJI0r2AGp2/UzH8n2jsH35vvA1P8AENv9+dv7XmadDU0+&#10;IyGVp6mXxNZJ9VBNFBLZf0rL9Pp9PbR16ia8R6Z/b9v7OlQsVC6dYA4U0n+fcOoeRxOLzFOaXLY3&#10;H5SmN70+Ro6etgOoWN4qlWXkcHj2ZSD+Y12ZU42r2d2DuncHyE6/q6RaXI7N7p29tHKYzIxadEpi&#10;rIY1raOdRcxVdPU+VDY3JHtrTRwzEn/YGMmp/LA62IvppQ47lFcaQFPzNM4+ZpXpCU3UHXWLr4ct&#10;tza+N2hlYJDKlfs+EbZeaRlKf7kqTEeKmrVAJ0x1sMyA+oKG591+7/l2dV7ryeY6/wAZV4HbWQkN&#10;ZR7crK18lUbdef1y4iPJTANUxREkRSuNRWwa55Pl1BKsKenSklGOqIUFQR8v89OhIjVkRVd/IwUB&#10;pCApcgfqKjgE/wCHtDPJJI5vqkdyCWdSdH+08fQf7x72WHl1bSa565++MdPPJIEhileV7IiRqzSS&#10;O/0VVUEkn+nupc/n1bwyeHXvfko63zrEtPIJwzL4mBV1KcMGU2It+b+/DU2eqUNaEde9ysfHH91K&#10;KurageGKaSGUKzN95FzDENPI1NxqB49uAHz6sva1SaEf4eve59RkpquFo8nW5GqMEESY/wA07VcM&#10;JZy9TERKxKqSbgD8/X3Yk+lem9MfxEVYcPz49e988XXU+JeaaXHRZGkrKZ4TSVT6Y212CSCZQCpR&#10;uRYA/g39+yOPTitpHcKg9e94YapWkkSR1o4HkMqrDGxSKROUTTf1KP8AFv8AH3tTpyPL160CCaVp&#10;14/T/fD2aTr2l637E2zQ0W9+ztxYzd1HXbixuMxBhok2xhsRDizV4nJxNVXDGpqh4JUUKUvr1e2j&#10;IQ1dFAPOvkccKdU0RMAJGI01pnAHkP2+fXAaw1rL49PBudeq/wBNNrWt+b/7D2Uuuo6ylnlhlXU0&#10;Mknk8L+aK8blGlWSMkFT9Q/5HvdSy0GaY9M9aWhWi+WK/wCzw65+48KTylIh5CCxKgByuq3Ljj3t&#10;Q7Gi8fn/ALPV+449eve+nM4ZkZ5P3Td9bm0hQ/V7nm34v70arjz8/TrVPKnXvfopWjZnDAFk0qWC&#10;yMov9E1X5/oQb+9owrn/AFU69Spzw697eIsmBTvHNjsbWeNfHHJVwzidNa2L+WndLlb3Gu4v+D7u&#10;zHP+XpvR3VDEVz5Z/aD1736nwtZJBBlJ8VmRg3LiWvpqR3gK01hUCCqlCxkrcagW4v70VamqhpjP&#10;AdWEkZk8IEFhSoqK/s6977kyuSmx0mLXI1pw1M7NTUEtWnihjkkugkg+hYmxJH0/HvwZqEAmlMee&#10;OrkJxHXvebH4ZaykqJ6nIY7GtDQ1OQgbKtJGmRjpm8YpMY8QcyTMeBGQLfk+9ipUlqA4/lx6rrIN&#10;KVGPt697U+E/j1Zj8Bs/D71qYoty5Gonm21Hl6nFYahrpE+0iqMq9RJFS+SaO41n0hBZm5t71gpn&#10;z9cZPz+fThMa0LsABUkngOvexSzG+OtcHgcBs5us6Tce49ox1uNl3hUbhqpMfJJLMaqoaLAU6pDJ&#10;Mk3p8rTtGygWB+vswW6t1gSJ4QWQE6iTXPlTgacQR0GZdkuzuM1zBfOsE5BKBRxAAoGOQKenn11z&#10;f68f0t/xPsFKDdWVocjPXR0lHMZpI54sfPTLPjI1R7qj0VxGV541Dg8/X2n+olVtdBRhUD7PKlcd&#10;G7WcBiSOQmi41V7j9p/n137g5nI11fkJXqpuJi0hp4o2jpoXkAMiU9PKSqcWBZfr7blkkcljwP7O&#10;noI4YY6oB9vn+3z9M9e9qGq3NkJji8fVbpmraGTGUWIqjNRwVUeGw61HkFBQRyoShh9TkRAXY8Hk&#10;+/anONVfkckfy/wdORojNqIoPXz/ANXp172IZ2TsPJ7gjTaHe2IosdjscuQxeT3bis1tGsiyVLGZ&#10;6qkggxyTpDLqUCnl8l5Wtcrb2w8mtl1hgHpXFdP25z+Xr1ud0GNJYH5VxnB697Cmpyhijr6R5jWL&#10;k6iabIVkyfcV1W5mMpqkqpwW1SsdbMOTfn8+3yQikKK141xxr69PVAjAXhQV/wAn5Dr3++/1/bO+&#10;JrYp4Y66nkx0MzQEzVsT0/hgqh+1UzBwG0lfWCAbjke2HU1Fcf4fsPVFdGJAYfPzp+XXva23pV42&#10;GkxO3w+1czUUKj/f5bbny09VX0ESGOmxdTT13hSNYyWbV4A7GxLFQAbBtSBXOD8sinAdaUgnHD7K&#10;Hr3tBxKz/bpSCT7hnuFYIrM6G6mNzx/rj8+9amUBY+P+H7etmnHr3vlLJ93LVVFdLJFWqqmFKami&#10;VJ59WlxIIiqxi1yWCm5H059+IJY6uPoPPrdc5/1f6j173giEgV5GLrAr/uMLEGTT6Vtfk/4D6e9I&#10;WBNSR6/7PXiRn1697Hvo7s7qrrnJ5fI9tdF47vqkqMVLRbZwOY3jmtnYvAV9QwM2alTAxtLWOFGl&#10;I5ZAin1WJ92L6QTg04VGAD50qOkO4W93c2/hWM5gcsCXChjQcQA1RkYrTHlnphz+MyuUgoocVn6n&#10;bxhyVHV1tRR0dHV1NbQ00nlmxiNXK6RLPYJJII2YLcJpYhggezcxsnce7ctnOtdl5Hr7aFY9LLjN&#10;n1u4p91thJRAqVUaZueKJ5YTKGeISpqRTpJa1zVyX/UQaRQYrXh/q/ydKbZJUhC3BVnGKqKA/OlT&#10;Qnzyfy6ccfFXQ0kUeRq4K6sUyeaqpqNqCGUGZmh00rSzFSqFVb9w6iCwC30hFK5rZvJWurEMkkzt&#10;+to4xoMcQUgE2/At7sKysC/z8v8AiulFQDwr8v8AIOpvs1mzvlN3d17hW2j1b2Dv/Z+N/g8uDoKX&#10;D5ibEmhxc8hrK1aSgxquqmWX96SfV5bgHUB7dEhDUQEAjOaY9P8AiqdI7mzs7tdF9GsgbybIHpSu&#10;Bxr5fbnpgzm1Nr7mWmTcm28DuBKOqjraRc3iKDKrS1kKNHDV0y10cgSVFd1WRbMAxAPJ9gzuzcsu&#10;5KQbjzu7dxbl3/mK2VM/Hk2eppv4fSgNR11dmqmR5qmpmYvdHW4AvqNwPdTIdOurHPma4Hl+zz44&#10;49XRChESIqxgYNcg+Qp6fPp8ijSGNIoo0iiiRY44o1CRxxoulI40WwCqAAABb23Rbpzs2H/gdROJ&#10;KGC7U+qGET0iujDT90q+TQ2s3R2IPH9B71XOr+dTw8urNCDIGeuOA/2PL8uuftglnQPHU0k8rPHY&#10;TRmI+MaBxpH9q/5Xj/G/vZd60Xy/n08dTAgigB/1H0697iSTJPP5qq1y5abxxRRs1zewjWyi/AIA&#10;4/w96JNQ3DrXdqwK9e9yfvQlOYIJKxYeFdPNK0TEvqQiL6C39PrcXv7oT5CpB/Z+0fPra9ufM/lT&#10;5fPrq39P98f6+xK2tFtCSP7jfGbykarTmWilxdetTVJUowEcLwsHdA63XWDdLD8fRZD4HCY4/wA3&#10;kftPp/g6S3bXPYIQGGqravT5eRp8+u/aAystJV5GsaGSU05qX+3EsslQUgDnxtMZbsxA4N2uP9t7&#10;YckNkkgfy/Z/m6fCqFC0Ap6Y+2gHrjr3vBDPHErU6TNyreU2tDLpUgKY7Xb/ABN/dUkFaKMCvrWv&#10;z+fXiiNQkD/Z/wAnXvcNKeNZXcIHWMiwZDoKBDY6eCTfgf7z73VK1pk9bbOP8Hr173kDeCN0gIjk&#10;aUM4eBG9QJChA97H6/T/AA91rowDx48D8/P+R621NND54697xIKynKVcE0saIWSFypCuV/WpcfUr&#10;+b/4e3DUd3AH/Vw/wfPrzLUV09e9wpiSZDKZnrnneWeeRi6yhuVJuNWq9yT+fbRoK1qPt9P9Xl1U&#10;Bg1BTT/q9Mde9utGsNbURTZSWSOmSWmSskpIlaY0r2WSSGFLKXRLkKSLm3PvWpmIPA8eH+qvW2Xt&#10;NDnr3tT5o7UilmhwdLkajFUsBFJV11XprK0u9krvtorpT8EExEv6hbV7eY9hVAOH2448fI+X+T12&#10;olCkPTUT6eXpX1pjr3tvw2dzu24KqXDZbK0NPXaVqo8ZUTU8dSKNhNTiuMbWcKzMdDXF/qPdF7kN&#10;BVTxqf8AivP/AAdaZA5OoVA/l1726Udc0ecizNXWyYGettNJXUc9RQNE1QmoyxR0v7jJdrsE45Pu&#10;wARtfDFevSRpIlGoQBwI4+vXvav3SKHbrYDAy7zyO5qSjr8bubIDG1tV9vRz5iANX0dEayzCpSNU&#10;WWQKQW5+t/bz6NVHJrWpFa/P9h8/U9MINdZWQIwqor5/lxoeve+W8O7MrVz7lx+0Y6rB7Pzopooc&#10;JmJabN1kEMEC07wy5YRQs5kW5YsoILG34Pu8l4WV1iXtNKVyftJp/l6TrYW6ypNprItc/M/Lh1xU&#10;MFUMVZgLFgCoJ/JCkm3+tf3jwndMdNLVPmNm4bLUz7Zi23UxU9ZWY2ato44Fp6SCWtUu8cEWkM8c&#10;AQsBYtYn3VbkZ1KGpTzPHOa+g9OvXFk0xqkhFDUVFRXNTT/i+uXsQdhY7qipxm4J85JLt7OY6jyO&#10;a29mNn1GRyWKXKrj/JjsTWVExV4NMoUmVSyAmxP19uoIk7yaHNKep+2mPs888OkG4NeCeOKOkiPh&#10;laldNckYp6de9peg+Q3YdZjcVjajJVcmUwOMrsXtnPY6V4MniIslUrJWq0cAEExYLaN2QuhJZWuf&#10;dVvZnQK75SoVhx46jw48PlnptuUNjkeRjAuiU1dSMEj58QM5AoDQde9mLwe/90yf3C31vzYlZnYN&#10;r1VbQy5feOFrqPHVudy0Aix9TWfwRYkkhWNBIC6q7NqLyN7vGLaQVmBzlqkg58yc08jw/Lopv9oi&#10;txNZbVJ4STKAyoRVVH28Psp8uumBIsCRf8i1x/rX9jjivlbmYNmZCtr9vYGsoMxubcFRjspW5YrU&#10;Q1VN42x1MtFWuZjCjF0jbSNKAD6gXMLeWOK201YBSSp1YqKHI8/z/LoAbp7b/vC/RUJUKg1rp4ih&#10;1GvDVTJ/Z163+JP+29hJvX5L5XeGFpt/4DIGq3zuremYxeI2iGxeMo+t8JgsZFT0Fe+VZfuaiurG&#10;LyQTmVFQLYEnj3e83Sa8LXqMNTsQVp8K0FADx/PoU8uciWOx02p4tVrFGCZCzFpGZj2geSqOIHE/&#10;t64Wa5BClNP6ifUWJOoFbWta3N+f6e11T/GDt75RYTbPcFaYszjsnj5MZJh8JBQUGcxWRxi/aPPn&#10;3naIVcdUyFhUQ63c3JJ+vtfbcob3vFiN0sY/GjJ06EI1KR5stRg+VOPVZ+e+XOU9zPL16xiYUdTI&#10;DpIbICk+noSDTqPLW0lNJ4p5lgZkMqmU6VZQfVpZv6X5H4v7Avvj44792Wu3RTdXSbSXC4F0zFaZ&#10;6k024J6eVpZMxTUtd+4gSPiY6mW4vcXt7Du4bdfWDrDfwtDIK0BxqA8x8qca+R6Fmzb1t+7KZbS5&#10;8SrY0sDQHyr5fZx6ywVVNVBzTTw1ARijmGVJQrj6oxQmx/wPtFfHv5K5zozMZBqXD4vIY7LVtDWT&#10;K1KKVIMnjpQaOrqKimUzyUyH/PUYYRzAkOCtwUOgCZHbFM1rio4VFRw/Z0abntNtu0Igu8KoIqDR&#10;qEcQag1HrxHl16op46iGWGTWEmhkgcxSyQuElXS5SWEhkb+jqQVPIIPsyu3vl1vmi3hgqzbFRtfa&#10;G0sbmcnldy7IpXpHwXY1dmMjNX2zsGbimiiTyzeJKeALpThNNri368WsREoJOKr8PHBK17uPr0WS&#10;8nbMYmkuSZZFQKklTrQU8iO41pnJr59RqjG09TTvTyGaxhMMUqTNHVUqtGI2NLVraRGOkEtqJJ+t&#10;xx7MT1xuKn73yO+8r3N0/wDHbEbY23LFBkcJjWpsBv8Aze8c9UiSnp8Fk5ZIEqUkpgfJBCGaNbFD&#10;qPJvaQrCfrr8h4oQF0AjU7nzp/M0rToJXO3zsyWfL01wsr8JDVo0CjNQa0NT58eGem+R1x0+Nx0U&#10;mYklro56emn+zqsnRU32dOG15KtVCsRN7o08imRrqCbWFeHcGz+v5+0Nx1nWeQfZGza7MnHYradB&#10;V1K5nH4+iQJV1SLXSeWYGRTdWdLfnj2guvpbi4aWJTCG4LxoPt9f8nQ8tLfcLHa4ot2kFzMqEs5A&#10;UM1cdvAYzTp7hEixosrrJKEHkkVdCu4+pC/j/W9tGzNy7XwE9bt2mpNxUdBR46qc7jx25K+ky+5c&#10;y04lp6fMU2NdYDBYvGhfV4vqWN/b8ChG0AEU86kE1/Pz6R3lvcyRiSQqxNKLoqFHnQ8a/MY6y+0N&#10;lajM53L0WPmyMVDHST1irVz5ZMjlpKasl8jiurZCBoCkiNQABa/190eORnKA4z/nz8/nnpRHJaQQ&#10;tLFDSooQFKqaCmfLy/yde95d+7a2jR5ekx9Tmctk6iGhologuLnoqapoZlEiVWOd10lCLkyEEmxN&#10;r29+kiiDaZTWlAONM+f+rj0j26e9eFpUiVQzZzkHhwr5+XEde9t8e2cGKtVpNz0lZjctVQwVNHNM&#10;Ja7SsZWNiDaRdLWUyMi297NvDxU1rjhSnz+X2dLxeXBiLSQkMPy4efE/sHXvaG3RsrI4TIZOFBTJ&#10;RUMjQGsNQBBJOQGNPTTtxMRf9ScfXn2lmtpFkIYYrgnz8+llteJcqrICGbyPGo9eve2rH0O5Fq4f&#10;sVlp6lovPC8cjU3hUREiZXuNJKg6Rf1fjn2yqSqAa0HoR/q+3p+WRIwS2af6v5fy697FvbOzthbj&#10;2vXQZDsWjwfYTVFPXYzF5iCvfC5yC/jqMXHk6ZTFBV6j5C9UyppBAbVYG7IqgOD3DJFOPzr/AJOP&#10;TbSTMexaLT8yfLj/AJK9cWJGmylrsAbFRpBHLHURcD/C5/w928fCDcm+ZNpY3anRGL61k21iayry&#10;PYGG3xvbH7dyFTUQEw5eoofvGE7SoymahrY5I1MZ0P8A19y97e8wXm1xNBYxwSQDMyTsqEk+aasi&#10;nkVNPXrFD3r5O2m+vf33zA14bjRpt3topJFU1wjqtV0k4IPHpozFfQ46KCau+7USzpSxSUtHUVkn&#10;lmOlI2SmSSwP+1C3sUsRuPo7d1RmHw24KWq7GqE3VV4ym35n9x0u1q+sxsjRpQU+YSpmjjcMDHHU&#10;zIY3sBq0n2JLSblO/uJZtsuFa8YOypcEiHjXQGDHI/CTRT59AO9Xn7YYLZd4tPD2oeCGltY1E6q1&#10;KllABoOLBe4enTg7SIEIR3TVGPQUWRVIsXdJLcD8gc/4e65/kPsDsPtrbFXvCl6u3HDWbGyFPh84&#10;MPtHCUONwVNVf56pzGWwshbJNUNp/h0qRMDFyxB49xHzCu6X90899aCJozpJVQozwwlASeIJ4jrK&#10;Lky95W2uKKxstz+oe5XUA8pdz/RAOVKjJGAOupKqliqaelknijqawSvTQPKBNUfbqHnMMbcnQpBa&#10;309nP/lufy2urO/Oms92h3tnN/5umi3xkcRsnpLZ24MbtmqytVtOaKkzuZ3FLlwGjIMp8UJ8R8as&#10;2ssQpC72V9dM0droGhcs5oy54rgioGaNj8ulvNPM+5Wl7FZbOI1wNc0tSqaidKjSeJpXj0Q/5Y/K&#10;Hsrp7dm19q7A2xg4cBU033W/e194YzcmY2zsaSvjlG3Mc+G2+I5qp6ySPS0sc9oyyqQWa3s33ym/&#10;lG/D7bu4NtZDb/Z2Z6exuahqRhdkRZaLeb7r3XSxq0dZhMDkHDypGSDkViltGgZ9IHHtBENzTd7X&#10;Z55omNzqKsVZSY04uCKpQ+VSK/hHn0Scvc+bluFi8kkJmkiZg5CmNQv9EnJJFSDgU4evQffE35ud&#10;pd/7X3Is3VlNlt2bYzcNNm8lQVf91tmbfo5pfI+MzlVlXqapcgtKrVEEUUDiXWiuYiGIpt3f8Se6&#10;fj9uvIV5331/XUM1Wy47J7Fy2Ky2N3NRUVWa+l+7xEqxRzSpKAftaiM6ZFsfoCRdd8vzWSpNeujJ&#10;IezSytWnAilf55HQvt+YbDela2jt5agColUqRjFK8RTOrPVjm28/FuXFw5WHH5rEiQuj4/PYuqxO&#10;RgkjbSwemqgNSk8pKhZHHqViD7GHqroXBb+yu/u7O2u9MRR5KpxNflpq7JRwLVYHedLSo9DuDeGC&#10;jjhp6Kmo2SNzpQif9MasfqebXy5ZX9rLe3l2kYAapJFVYZUuDwHlUVJ8ugFzNznuWyNbbHtG3Sz6&#10;5FB0CitH5ormupz5D14npwqZZ4UQUtOJyHUuhfxft/kRMfSZCf0qSF/qR9faC+X8OcwWa64zGHzF&#10;FuLurf8AtOKTdG/dlVmQwZ3LS0VD9mdxQxD7VlSsgMfiR0A0rexNvZJvEToY2kKyTMvc6k0PkGrx&#10;rSnl9vQu5OeOXb5ElgaC2jckRS0JjLZK+fD/AAnrnRoI4FVIfAl2YQ2jBi1ku0ZMZYEhibkGxJ9k&#10;qyvXnZ23ptm7x3bjjT1u8cvEMbV7zWeozFVTI60oz+UFf5GFD+RUTD6LqAIA9kCFvF7lqVya8c+p&#10;9SPz8+huslrODHbsGCjIWnb9tOFfsr1IVgQbEGxIbSbgH6lSOf8AbD2OHbeb2d072bhdt9Z96br7&#10;A69w9PiNw5io26iS0GD3yIFkzdJsbcFdHDBUIsrMsWUp4kP9hr6fau6G3mVXgZ3TTkMpHd5hTXUQ&#10;PWg+zoq2htzu7CQ7tAkL62VBUlXjBojHAYGn4adN+Onq66mlfI4w413mqYI6SeamqpJKNJDHDNMa&#10;csg8q+rxhjYEA83AHnYHzY2PnMnlsX3d1P2F2jtfN0kOJx7z7vx1Znq2gqHK1cm4M1maYyGonQiM&#10;y0EsJRRwTb2ptLqCEk3MHioxWo1UBA8i1C2f2/b0R7xsW5TRxNt16kHhVNDGWT5DSHX4TxrX06g5&#10;LFZNcYtBtSuxW25YYp46Z5cH/EqKnLxnwmPHU9TSKFWQh2QP6hcXUnUCx919Z9LVeVyu7PjxlMvg&#10;9q1FelPW9e7o3JjMnmdr08kOqelfMRSRvXKZAVEbwh1Ueotf2hu0tWmLWylEYkAE1K+dNVBqHzx9&#10;nRxtFxu0dvHbb3olm85I1KofRgprTH9I/I9TMFT5qlxGPp9xZKhzGbhpkTJ5PGYuXC0FbVA+qopc&#10;TNU1jU6H8RtVSEf6s+wCoKPcH8Tlz+OgyVImJ8VNFPtyomw9TTOU8Rmpq+O7Ra1BMjA3tf8AHHtK&#10;xSaQo/cAKAYH7R516PitB4QJNeFRXHE48x/k6dvYiz9zb4kosPtd95b8lw+yzU1/W+KlziVFBtjc&#10;VaR/FspJICPM8qF080gJAPHHHtxSE0Kgp4Y7BQdteOn0r8vz6r4UMq+JoFQAAdI+D09aH8+osdDR&#10;w1VRXQ0lLFWViQR1dXHBElVVR0oYU0dRUKAzrHrbxhiQtza1z7g7doJ8XRS7ug3Eu3qnMS5LFYmv&#10;xWR8FfLVtTM1dT/tOs6xzaispVNDXtYA+7EuXBIwa1PD/V9nSSSWTxlgVNSUqcUpmgIPCg9OpXtF&#10;7moqbEQ0uKOPzFBlp1pp6uHM4+TDyfalBJTV0FFKW8y1BL6JpD9BdQb+23VG7AOP5fnT1+2nRgpR&#10;iSh1eXzFP8/rx697TL4WuliQywpT0oUVUMsrxm1G0viMioCSVL8Xta/vcUdK6vI/6v8AV+zrbMpY&#10;qPL/AFU/1Z697E3qHZuC3XuWTb+ay9ZioHmigp8nTJSQUZOrT/lVXljHEhLEJEs0kSubjWOPe00O&#10;xRq0Jp6Z/wBXrjpDf3MtvatLEBUcQeJA8gADn/D10fof9b8f8a92G7W616h2rmdvdZdmfDns7euS&#10;r89DRp2TsvfJGb7HNdkFpMTLt7b86LQU2ORXQTtTNK5ZWBksSQbQrBBdC23KBpdXwBJdDMDjVlXB&#10;pxAAoaUPr1GO5X28bhDLvGz73FbBUxA8PiKhUVbWdSuS3kKAKPI9JfMNlaeizeQptw4zGxU1K00E&#10;1fiGq6LEx0iCorZ8gkVTC8v7at9Hj0g3s1uTY7p+FXxz3p2JPtbcPTncvU+6ot2t1/R1W2sKcHsS&#10;srqCJEoczRnINXU9WzqyJXGlnHqDTCL6j2t2/Y7S5iVi1wHdyis8YoQMUKjz8jQmla0PQQf3C5w2&#10;nbhuMM9leRiEzyq0mmXSOOigoBT4KrngfXpmxm66bI4ePcGFz+EzuBkw9HuSOrjrFmmnxGShetiq&#10;YZIY41WHxDVTOyEuFIax9Xsi/wAoPh1tP4S97tsPsuizG8dm7z27R7i2tuunoKiqzO1knd4q01lH&#10;Sy09LV1FPPYNG7hXiIdbNx7a5i2OTl3c/opO4lQwI9D+E8RUUIP5dDj239wY/dLltd+2sfT6HZZF&#10;wSzJQFVJwA1RVqYyB1l687Aw3ZOAmz+ALPRwZStxTMwcI89GEk1xMwBKskiE3UEG624v7Jr2t1z/&#10;AHVy0VTtLsTA9n7cqqBc1HmcFWTRVcEmgPVY7MYmvfywzU6ssbcFb3VCbeyW5iETgLJ4ilRwqMni&#10;CDkEE0rT7MdSAl+AgS5jMLOaKpofPOR6+vS4id3UM8TQsWcaHaNmsrlVbVEWFmHqAvex5sbj2GeM&#10;ztPTRxQD7SKKTKQVlYZ6V5pUVZgVhPpu0S21PGpsTb6+6gxhjTtApg5r6/l9vSyRHdi2origAP8A&#10;q/b1kv8A6/sXs/3Rkd05vHYzPbq3Uu1C6tNJBOsc1PWwArT1NJTyLcQtYaYS9lBB4IHtTLeMTGpL&#10;FBTz/wAh4DoqsdmgsV8VYk8XyxWmfOvn5/b59d+2DZGUpqbdFZn8cuPxT7cxdTnKesnpaSrlOWpl&#10;P2yUUOSOkvNIyXOkleX0kj2nRlDnSKfZSv5eR/Ly6W7nClzbGxlBZZO1tJpg/FwzT1p17267a7W3&#10;ttveeY3TjdyPs3dG4E8ddkMfjcLPHTmSO4qYIZFAjdhyZYgG1XNr+7iZkfxEcq/qvl6+mP59J/3N&#10;t/7vTbwuqKPgtScDyqeP59dEAgg/T/eP959pVc9mNp7pG5sFvt58+9YMtPnaSKphqVyU8rPJULV0&#10;er99mJLPGQxvyb+6qXjIKmhrUcfyz6/LpakUdza/T3EQEfAIafDTFaf5cefXrfW/N+LW4t/S3tqz&#10;+7TubMZ/PZ+omyubzphkrMkJJXSqqivjqqysSss7yMAAG/H15PurSkyF3qWbz9Keo/1ft6UQxRQx&#10;CNF0qmAMUAGAAOH2HPn14CwsP6W/w+nFh/T2uur9l0m5a/F4PHbj2tUZHclTTYfGY3dGWbbFNJlK&#10;ifwxRiuVyY43YqEkqNCHn6W9v20ayHQrqCxouo0z8/Knnxx9nSO8mWNCSr0Va6kXUf2efrSpPpx6&#10;xySCCKSVg7LFG8jLEjzSMEBYhIowWZv6AAk/Tn2OGa+N2/Nmz5an3FszHZEbbkmGbk2/uHHZukgF&#10;Qft5nxlRhKib7iKQKY/KiWDCzEWJ9uvBLGNOhWA9GB+VagkEHgOPyz0WfvaK4CMkjJqCkLIpUjVw&#10;1A8PWh9RivXCkqY6ymp6qJJo46mGOeNKmCalnVJVDqJqaoVXjax5R1DA8EA+0njuptiZjHzhK2WP&#10;LRK0sdBT5D7eWiSRykVHXR1qI3njW5aWPUlvp+fe4oLOaLVLhhwoflkEHPEfb8um59x3SCWsYDRn&#10;8TD+Yp5Y+35dSPaBouvK2nzdJFhFqKbK0MhymJmnXEbhxVWMcTJKzGld0luuktTyRE/UFbk+2ZIY&#10;mAUAL5V8j/xfr/LoxWe4jTxJiGB8gSCK0pg/4cevXvaSXbOarMnm3bP42Sqr1liylJTUbU9XHDUy&#10;ieeKnxNVHAYlA9QEQAUCy8e2EtmOFzT+l6ZGf8Pn/kVPcLH/AGoYD14gniPPr3tT5HbPV+P2bNPD&#10;l9x5Xd7pd6CpwSYvF0Mi3iWakyENRUtUQxi5fyJGS3C/Q+6QpSM+KulgTiuoU9ajh9noOPSSK6u5&#10;JgrqAmTk6jT5+XzHXvYET1mQqaeHHrUVEmNpZZFpqc1MgpPIw1u6wltAY25IF/8AE+65ZQq4GaZ+&#10;Wel4SPxC2NR/wde99YiimzGSocTTU7yS1U8MK09L6nqZQTpHrPDEAjj3oMtc4CjNPl1piQpYeQJ/&#10;YOve13jEymQ3FHJh8gdvZNkqIYqyWc0dNTx6jSfaY6IEuWC3Vr2sdRsLX9v1MsiqGC1yD/PpHI0V&#10;tbE3A1BqY8z61/zeXDr3sXcPVbxyFXUZd9xyblqNvYiasx61uagxtF93SRGkfIZOlsyy00Ya3rCm&#10;eyqTYX93mieWqxv3MOJz+R/wfn0Xi7trUeEqeEJMYFctn1/w4697Y93bS6+ye1NvbyoEyWIz+Zqf&#10;4flcdj6rCSbZFZDVNRVObo4IpXnpaeR42EcUgZHYErIAbBgICckY4gHgKen7fy6MVvGkvWhUAAKG&#10;9DSnD0BPp5de9pTKdK7no/BkKOOrzW0qp8dVUucxdOa0zYmvYq86UFMTJ5oWDLNCq3B5F1N/dltb&#10;gx+Jp1g8Succeqx7rZPJ9O0oV60IJ4f5hTr3sTKnG5TtrF7f27lauuoNzbWw/wDd7bOby9NWL/Hs&#10;PTMYoNq5apkQNSyx6R9o8110sUv9B7MdUl7GkLGhQaQSfiH8JPqPL8uicG02CSWe3YGOdyzAFQAW&#10;NSwznNa0yfXr3ssGfojistUY2oo6qircdM1HX0tZH4XSop38bqIvqo4tz9fr+fZVKumTRQ9uKfZ/&#10;n6EMcizQq6GoYVBHp17211RmeXXLD9v5LukSoY40RjqtHGf7Pukok1fqDT5jHAdWRlYUUhqYrXz6&#10;97dcSm30iyE+ceulf7GpTFUeNZEkfJyLppKisnmUqsEbep1X1v8AQWvceRYghZzUngBx/PpuVp9S&#10;iEA57icAL50p5/y697aKWZo6iNlZ1YuFZkNnKt6X0tzYkH6gXHuqfEB0/kcOPXvdjPxX+DmQ+SO4&#10;cdkItwxbW61pXrchu3PNW0dDmdu46hx8slfT08WUaOOoLypEsRRjpEjMym1vai6ivIrWS5tEWSVV&#10;LKpcR1PDSWINPXgccOiHduYLTbCIpGHiy4jBrpZz8IJANAfM+nDpObn3NR7WoIK+spMrWiqyNBi6&#10;emw+LrstVyVOQnEETNT0COyxrctJK4CqoJYgeyt93LTLvWt23trEbfwG08UWo8PgdtZ6nz8K/wAF&#10;gamOTzmYQhaiuqFUz1MpsLtpQAC3tlYnWJTLRjSpp5E5NK5p5DGacOjG0gltYBJdyeK5NS3EAmna&#10;owQowM5NOlCPxf62ve1jz/h7QO3KmpwP2+YpqqlosvOqfwSSOmhrZqeb7gQzVssEqyIpCk6SyfS5&#10;Xn3YaJkZAa0pUDH8xw+eeHS8gSDwyK1H2cfnxGfn1y988xgdwZLLZuSvymOzGTpK+WPJ1kuTplln&#10;NMn/AALjmmK+SNgbFhexFjY+7iBqYIoMen7P9Xz6TtJHDRDheAwf2f6uPXvcikxOIxtTBLlpVJej&#10;eZ6momQ/bVOoJDJTU9KzmYIeSDa49vlYtIYmp9TjP2eY6ZkuJg9IwSwPCnlx4n1/Onp172ot5fYb&#10;dfF0+1xkMA2QxmMyWUqKrKUeUSsmdRPS12OqqONahFmb9z7aQto4DcjijoYXIU4Oa1yPL1yfn1e3&#10;lN4heRaFWIoK48vPiR5nh6de9vWwPkN2b1HuGXeW0crjJd51WEXBUm7M9t/H57KYjHwsRDU7ely0&#10;ciU8wW8Rn8bOBwCPr7ZMstSD5+eKn9vr9tfQ9NXe12t1H4M1dOoNQEjI4VpxHqOolZRU1fAaaqR5&#10;IGZWaNZpog+g30SGFlLIfoyMSrDhgR7CvP5fdm98/lt0bhyOZ3BuTLyTZjMZfKzz1WTrZZD5KjIT&#10;SS+pkH5b6AWA491J1kkH9v8Ak6WImldKigXyHp/q8sdZoYYqeNIYI44YYlVIookWOONFFlSNEsFA&#10;/oB7b0xuQlihmpJlrpXmM5p6UyS1EKoQEqKnQLRhj+m5vxfj34EBqDFOPHP+qvXmIBp/P/V59Zfc&#10;uHF11ZBVw+GSorhH52jEh0UkMF3ZSCbM7X/T/Qf19uaWYYOf83SUMqOBGKLWh+Z697YPHUvJCJC5&#10;fhFWRm1IimyrpbkAcADge21welWlSvb54/Pr3sWP9IWihyFPHj4qfPSUOOxuPyyhZ66FKWE01fTy&#10;eU6fHOp+oXUv0HHtQzlxQ5b/AAj/AFefTDB86619R+zr3tPUdFt6iwsVZls1N/Faiafx4WjxX3U1&#10;LTp/mqiqyMkkaI0jXCxjUQOSBe3ugNafM/ljrelHFQxB9P8ALmg697Nl0t85O1urdhN1TT7M667G&#10;6zirq3KptbsjbJ3JT0f3IP3wpakSJJAsguSEfg8rY+6GoDLXFa/n8z/k6bUyRRmNSHUZoRXjjOf5&#10;f5OktmNo43L1v8VWpyuJzIo/sY8rh8lUUc6U4k8qB6Ri9LKysSVaencgcfTj2X3sXs3HbizmcqOu&#10;toQ9dbUyrxz1u3sFX5efH/cSLrnhkaukdmgEhPhicnSthz9fbOMMzDVTj69PaqaSp8PHl5/bmn8u&#10;lJDG0UMUTzS1DRRojTzePyzFV0mWXxKq6m+p0qBf6AewpjgmqjqxdHWNNHGHrY1HkRGDWWVNAuAf&#10;yCPr7dFANNanqwcUxnrL7jyU0gmjWZ4o5Jlv5kmSRI1UESiXTchvwVPPvRrQ9Oaa+fXvYgbZ21Bl&#10;8ZNH9/RR1IbzUUVRURQVDz30i8b8kG1xf6+70ULWnHpOF1lnDZBoOve0dlsdNFkZMesnlqY5/DIP&#10;QsSzFbtGHFgPp9fdWIBwen01OADxPXveakxVZNC5MEoijk8csUKtNJrUX/QCPp+Tf2+nw6mPDqzK&#10;oB1jh8v5de9u1BT7jwn21fhJmoslH5KuOelqI0ysYtpR4gpMi2W/6Rx7brU1I/Z0l11YP86CnXvc&#10;ao3Jl6z+GjNTVVWmG+6loxUQNI7z1k3nmaepl9bF35LE/X8e9qCMny6dSquCc04VP+H/AFHr3tN1&#10;1bkMtV+arklmmf0oZbaxGnKIXIHCjgE/T2zlzTp9mZmq3H9nXva62tiMjUE1EdG9fDTxieqp4EE8&#10;whQj1NTk6mH+IFvd0GnuHTfjlX7M04n/AGOve+e/MpQ5LLR5LGUUuOq5qZIsnQzxpGkksCiITrHx&#10;p1gC6j/X93lJoB5+nTruZaPTSx4g4697T1DX/dT0tJVUqBmZaJQ0YCmOdgPVI5+o/B90r8uto+NN&#10;Aa9e9uG5xjqOsWlovt46anhCiGmlmeV6gHRKs5dm9V+RwAB9B70RqBX163LoRgo8v9XnXz697UfV&#10;+yX3vuJcVPKKenairJaOCokSBshkkiL0WMpJKiyl5jcLbk/jn2w7kCrZpjiP2/aOktVlnK0qfLIG&#10;f5efl17299ibNxu05o6CiYyTPiqasyuPqolFdg8szmJ8br44FtYvzbg+9xhQAFJJOft+3raIisFU&#10;9xBqv+rz697CbwMkTU8dR9qXjWRoBUktUFR6iwA9P+Ck/wCx9vGlK049PZC8aetT173kx01RjpIq&#10;sU1SJKadZYK1knLUrR8qPIvoHPP+9+7RyKDQZA9PL18ukT+G4onD+fGvXrg++eSyM1ZPLURQMs0z&#10;eack63n1ku7EEfpN7297kmBFW8/n/qHTcQjRqvj5cc/Py/Lrq4/33+9+2KtWRPGXpzTmeMTgcjXG&#10;5sjaT9AbcfT205PDowoQKcMcP8v59d+23211Xr3v3v3Xuve/e/de697zQTNBLHKttSMGFxexBuD7&#10;2MHrYNDUde9jZtLsLAx0EmF3XtynzVLPUwyLkleSPLUdMxtWwQnUEkDLygk5Vvobe/SSSfg4HFOl&#10;8M6BdMy6gfPzp6fPr3tZVmC6czskcO2s1vdTE3+SUO4MBio6cgnWlL9zj6pyCx9PkNuOfaRy6J2g&#10;Z406eMFlJiHVUeRAz8hnh9vXvZ59nbX6p39t3OYHanxa25ns1szb9HUblocH2Plkr1mhgum4Folg&#10;89S7MCaiGCZkAPqAAv7TxTyhlEhp+VP9X28fTpHPtwuHBhgXUnGjGor+fH9o9OoTu0DoZatFSaoV&#10;I1ljAOqQaVp0dSByf03BN/6+yObqrttR0FXW1OIyG3N50GaXw4GsjK46HGxy/wCTQ4KqX92OVCAJ&#10;vLYWFwSfZ2sxahU1A/1f6v8AB0UnbxIjIaqwOQTQU8hj/B1N9y9t/JfvHZGLzeD2d2xunbWGzlTJ&#10;V5KCgy9ZUPecGM0kDVKyaFsQpdbHgWI9uGRnUx1wfL/P65+zpIll9LNrU5pj0p+3/N1BqcZjq2Wn&#10;nrKCiq56R9dLNVUsM8tM/wCXgeVSUY/1Uj3F2b232a1VVYeLsHI0EubrPFkcnuWppqmkddOuLz1+&#10;RjkeIyG4YlwP9h71BVfh4E/KtfIH162DMf7CQANxPr+ZrU9Tbf737SW6aYpE0r5OtqN0S1VSK9Fg&#10;gqsZIsk/7UuPyMf1UKCx0+k8Ee3HtqkulTXpPE0JLEsSxbNMCn+ry679pBqrce6pUpczX1OQSIpC&#10;amsb90RUsWiOOScjUyRIPQpJA/HtsR0fIxSn+z/xfRn4jvIP9g8OH+r9nXvaZXGB0mlgFQ3gkCID&#10;ErxuGaw0OSDcDn6e6kMDVTSv+zw6djKup1NQj+Yr17294Pa2ezNY1NQUGSqqtbsUgp5ZZv8AAzE2&#10;0D8kk2A5PvVHOTw/1ft69JKIhSIVHkafkB6Z697Ffe/R+7tqYOhzckclSjUcdfXrT01RPBSQ6fJN&#10;Ms8alHWIWMvPH4uPevBYeZoPn0lBq2phj14j86de9g/UCU0z1VJ5RQxGniapkCo9VUyA6yqg3A54&#10;4+n190GqtW/2Pt6VoqspmOBwFR+35/s697VcmzshU7egzsclJ/DasVElbSfcA5THQYsrqqalJB6I&#10;5me0JXljfjj35dRGRX/D/wAX15JGWMcDWtRXIHz/AMPz697b6Ou20MPLSUlJmaHOJU3gyMFfDJjp&#10;qSWMxTQz0kqBlbSbh1b6XuPbiqGOeHl9vS6OSJ4uxSCfOuD5Upx697xZLZG4MZQU9XGZKijyAX7e&#10;bGxyV0dVIUEgp/JSagJApuVPN/ddNDQEVHSZndTVMqfPy+zH2fIde9zMHtbINl6PAZ3H5emjrI4q&#10;1xPTT0lW1ILF5YYaoA8HgM/BP0+vu6uuAeJ4njT/AFeXSC6klVgoFST8/wAzn8+ve3jfu2trYbML&#10;hsTlc1U0iYuGtmjy1PSLWUmQnl0pAIaIsrXSzAa/obn3ttLAgj5A/Z8v29bSTi1cAcfn8/sx173m&#10;x+29umjatxyTZqRZYaGQ1TyUzrVSxeRy0KEaR9RySL/n3UBFpqwB8vTPWppIolBOanzB49e9y4Ov&#10;2qszXtGqpi8WaOGeeWS08s1dRPURrTL/AGkDDxu99I/rz70SAQx8816sJozXu7QPTP5Y/Lr3v//X&#10;0xctkPsdvUu4txbvlzdRU5OCjOAYHVUU1Kv+UoacqPQAApd/Tc8G/tXq1MAf9Xz6cWYx6Zbhy1Dn&#10;5j/J59b/AB7xY7AUuf2bld60cmP2q2FyjS0OPyFTNLHWU1U2n7fH0xBMjjj02ta/It7LZWdZKngf&#10;8Pp/g/b0rjnMkRmDiMA4Brkf5TwPXvYTxLRCvmqKyOozCNUr5/CyUomDDWyo7q4jFiV+h/3j29EN&#10;R1Dy68dLVcVb/Z+XXvZuusl+J+AxU27e2a3dNRXF0GH6k2xJWVflhgTzCbcG4HREQSPwI42Qi59m&#10;cJQEeJ5E0pSvDgf8NPToO3qQO+uTJzRVNcfM/M+Xz6h1QrS0a0Yp1Df56eoLt41vwIoUtrP1+rKB&#10;/j75bu+SEe+dsS7G2vsjbGxNrzZR6qjosZi2qa+lp2jaGjetr0Nyyp9GZidRJ4J9sz9zBs/IcP5f&#10;6sdesIZ9AjKaQOFOJFa1/wA/y4HqQsZUAlmdgiqWZj6tJvey2FyfqbeycZvHxw1mummaWMVSRq1Z&#10;EqSu8T2MugXsl+Ln6j2mRgtVODT8uj7whGAB5fL5fy6ye4VfX1xqqyeeovJUaBUeFmWF1VBoj8a2&#10;XSLXC2t7dBB60znUTXj+z/VTr3tS4aLd2bNLT44tFBSsPAJZaXF0UJlFxJJJLpTn/VPc+9a9BqM1&#10;6cUu4AXC/LH509fLr3tZbQoNlUtbmKXfVbLTVcaySY6nwsklfkK2siurwR5JB4IonblpHuAL2B93&#10;aRjUDj/Lqi2tp4jNcGhI/Dkk/wCQde9oXLTQrFVrSU1TDTSVLR06PK8jBQ+rx+SwBsByQAD+APbD&#10;v4YAOevIkUUZVK5865+Wf81Ove2Cmr5EjFL+uneQzJrsrGRPQwMn9kA8i/vcZXOgafX59e10IA4j&#10;j/n+z9teve3eHbOezt6igpKzNSwyL5TRqan7eNUuVmSL6Ko/tnj3fiSPs6t4ckjAIKn5de9wMphJ&#10;TWRAJFqgRC9TDAYadJAtnpJWNgzKeC17A8H3sADqsiEtQ+XXvb/Dm/tKCmxqY1K+so1+6Wtd7nHx&#10;q5MppYEur/gEk2/w9uK5GOPVtYA00qRnNRT7PX/Y697m57J7nzNVinylZl8rPVwwR45chSmMCiR7&#10;x09NwF5PF1Fj+T71TtqTTr08s4USFiTgAH0697n7+2lnNv4ur/jEVXhZar7eWgoGkxTySUk1mm/i&#10;UFFO8qfW6NIg+nIHtkkawFNSekxaUEiSq/IU+37R172H+1Kt0+/p1oaXKyLCRTrLRyVvjRrq7w0w&#10;PDD66/oPr7UI4C6Qcjy/wnrQJWNigBIGMft/4vr3uyX4/bqxuP6/x3X2yettx53uyor4slpMUGV2&#10;5X7WMnlqMiUjKPE6L+0UYkC+q/49viVFoK8aeXlx4/y6QXDTRweFbpVzkA0+Hzpny+fUSaZqd2nn&#10;lp4aFIhqeQlHWYvpuXb06SCB+Df3dX1f012TS0G3N0ZfpLZ2zoaynFU8W7Ox6HHy1Fow8aU9DQwT&#10;ThJWtaMvqPHFva+K3SRdZoAfX9vE/PBp0Fb3e7i3fwKUI4kKSAfUECnDiainRYNzfJDrOqyG49nY&#10;He+ey+exM647InZGxM7uc4KpqGCyCpytNA9AGiUku0kgCWJPIt7D/vLq35a9+QYiHa22MJ1Pt7B5&#10;ppMgK7O0235M74X0R1EmVaRqhKJALiMQhpAbkAe09xtiAGQgacnj5evEfkM9NxbpdXVKSYBHAkk0&#10;z5VP206mYntbpzrhTjf7+5neOXrIIpfHj6DKbsyTpz6I6PbVLIqMWJ1AqCDwSLW9laz/APKU7yNS&#10;m8E3z0smCnjqKrM5fcO6Kqb7aeeX7mrailNEVf6n/KJT6QbAfT2U3EaQiqYB/wAB/wBVP8PQghup&#10;PqgIXqWyQwNKY4GnHHrUenTRRfM/qPI7oGyKLGdkS7tK61wT9e7ip6poz+k+SoiWMO3OiIuJG/Cn&#10;3Vd3d1NW7E37k9sbbzW2+zMdjK2SVaza1RNXUFPMB4pqSrrzFAGs9/CE4Ycj3SPW3Z5/s/l0dm6q&#10;+gssuAaAior68OHRq6GqNbR01WaappDUwRzfa1kYiq4PIuoRVEQJ0uL+pb8Hg+0TiOtkr/uVzq5K&#10;iyU1E5x2PxlPBUyrkpGtElawZ30qONK+r2/IjYoOHmeA6pLuEK1BOkgelT/On8upN/8AkfvJvD48&#10;dr7OwNPuzJ7P3KdrrLCsmQnw2SpoNVQpGomeJbA/6tuP8fbPihe2gz5cPz/P/B02b9ggkZDT7OI9&#10;eHWNZ4XYqk0Tsv6lSRWYX+l1U39hhm9uSbfkgmhrwk8qR1MMFODIadpEDpqqI7AMv09PN/d/HXSR&#10;WlOlfiRLktnyxkVzimcjj6dZD/yL/D/H2lqmgyL6K/ysq1Mv7k0kGstOCS16krwfybm5/Pu5bUKH&#10;I6uQzAPgg8OGevf6w/2/+H+HtzWgq3xdVVtSrUChmheqyEMnmnXyHSEm1A2jI+th9fz7qy6q0AFf&#10;59OBSIyQKEefn/Py69Y/j/ff7Ae4sVDNlYQsENxJXpJP40c1EMRAVVjW4GgrzxY3+vvarRdKY6ak&#10;kIj1f5PP/Meu/Zhdm9cYSvnqC1dHtvHNQfwaaeto46/I5KPID9+WKFWCQNHb0uTe3+v79ofUQBjF&#10;T6f6vT/B0UXM0mpgOwKMn1qOA8vs8/n172ZzJfHvq7sSLCYzaGTyUWVNDR4iSPHUjR1VZkqSMRfx&#10;Gakm0QfuD1Ppl/1vbgtXIyST9tPyp0WSTQMygklqZ/2euiQASSAByST9B/j7VG7P5fWU2NsGtzua&#10;lqTjaOnWpFXPPBR6JtJIkliVnhPq9KjyAk8AX96mjePtpn04/Z+fy6W29FBJOMHjwPkf+Lp03UuY&#10;xdbUSUlLXU89TFfyQo4Mi6f1XU88e65sNtSrqsxkvNTT1uPx01TE1QvigEvgfSvjFUVS9uQL/wC8&#10;e9BaANXj6/6vy6N7a4jkFZCWoP2/6vT8+nK/++/4n3Kz8dQszU1FTRx4KOKMOa2so0mNTpuaiWSK&#10;4Qg20iM2t7o48qU8/L/P0tcqzUjI08eIx9ueve0yMJLCjz1uToKT7pVuPOzGogPrTyEDkG1/Twfz&#10;7tk8ASOteFimqlR+Z697lNtyprVgmpK/EPJMjxpDFIIfLHHzfSwFrf1tb34HrRhOkaSCTT8/9nr3&#10;tM7jpMhQrprYooHePQgR1lEoHpBRkY3496r01NGyYOKfz+zr3tK0xyVcYqSFZZkRwVhjR2RH/TfR&#10;EDyf8AT72ELH08umu7h6de9m/wCoetV+8oaqpoqiaukUO0Y9ElObBrOx4QDj8X9rYRileGKn16al&#10;dFVTSpH5VP8AmHXvbl2HjY6nemc2zPR1dYIqqmqP4xFPDJDHNHTq3gqZZ2/zaDjUzDn23KKDI9M/&#10;n1VWWdipBp618/Mde9tmc2Bt3DUYyWb3vQ0X3yieDCYueHN5GRFS3mmSnZnS4+uoAf0v7ShjXCjp&#10;4okI16tJpSgyeve3zb+5Pj+u3KvAZh81V5WWWMxpUY56JptMZEctNNTX0gGwIdhce9AENjh1aN7F&#10;YvDetfs697Dbbuztvbx3PgsTmN0Um0MZmq77KgNfXTvFjYRVGMTmBOEQgj1yWH+J93Benbjj/mzX&#10;B/1Horuy6ldLaVbhT7f9Xp9vXRNgTYmwJsPqbfgexw7J+J+Z2PmMbgMRuzA9lYzcL/xDb2V2RIlS&#10;nj1rSvLuSrltDA0d7LGC1wC1x726Fasf9X+rj0zFd3GoQRtrBOKCnD1qMdRqSq+7jMngqKcq7I0d&#10;TEYpAV/tAH6g/gg8+wn3b8ecptTcORxuVzmFyVLQ0kU9ZV4GtWuBadQBBSihV9ciMdDoQLEH6+2w&#10;woCtT6Z6Nk8WpctqAFP9gUA4dSNQsSeAL3J4tb+t/cqf4j9s7f2yd6bw2zPtPZU9P5cVuTd9dR7a&#10;oK2BxenkpabJslZOXBuIqemdz9QD7t2ZK/5Tnz6f8OcRl5QAPIk0H7OPDqDTZXGVlTUUdJX0lVV0&#10;gjaqp6eeOaWnEovGZkjJK6vxf2yU+0MDhpMVj8JvPD5rL5SCd637fFTzUdLDFHqRapcrFFLpY8Bk&#10;W/5t7cVfI0/1fLj1XW0dFilQls4Xy+dfL/L04e4e5Ou5slFHQYjN7Xr8xVOmnFYx6yhK1LAKIo1r&#10;oo4wzAfpD/4+2iACf8Ff9X7OvGSV6gMGNcAev7AOvexy6/7H6v6s69zu3+yupcZUdk1tTGuD3MiR&#10;ZTcOJpKICNvtqCqZaWCN3GozOS7/AEUW59vY0lmy1KCvqfL/ADdJXkEceiWOsg4HFan5Hh8j1Ekp&#10;pnrIKlayeOCGKaOShRYPt6l5baZZnZTICljpCOo55v7LXvLcW6t/VdVn0o8jksY0qUCVcGGhoqAT&#10;Kh8dDJJQIIjLpsdGom309t+gYin2cMZ/nX16fhe5kXUQSDQVC4BA4dSwLe8Ower8jv1t0T1OUx+H&#10;w+w9sT7gz+Uq2WMxDyikxuEjRyvkq6id0hjX6i5NiBxshQ2ngfIjz/zdOxaZHcTY8MVPDPyHXRYC&#10;wP1JsP8AE+8E9DmdsvT11TRJUYjKUyQUc0lEmVo5xFIP8mZ2ukTgclSQQObe9xuACfT/AC9WZpVi&#10;FwiaqilKf5eu/eeu2XX7iqMjUYHGRxRY+jlrqmGnlSWN4Ui8zxU5P65ES7PpUWHB978Sho3H/D9v&#10;SdmkeoAyPXP5D/UOvezAdC/JfP8AXuVqdq1tRUV+z9wbQrNlZPBVdVUDHmKsgLU8nkuSvhlIdURQ&#10;g5BBuT73Ug1x86fLhX/J03Gkyy0lFVKUI9DTBx/g6jVFJDUtA0qKz0061EDlVZ4pVBXUjMDa4JUk&#10;c2JH59hXl9wb2op8xiKAYv8AgeZWeiZHx9LWxz09GxqEjQsgRdN/Q6rccX59tEK6mpyc14ef+Hpu&#10;B54Y9CkUIPAf589SBx/xHsKa2kxmPx2OylLuGKqzb1Qnl2+MXVpHQeGbUAamdRA449Spcfj3ZQRQ&#10;Vr/LrzhGiTS2pjxBwR/k/Z137s4+GfW2y+0Z8puDt3vih6QwFPkMfHj6TH5WTH5HLVuXbTbFQSnx&#10;OiG/kVVKpe7WA9nFt4DUaVqD0zT9g/2Pl0Hdy2+dg1x4hUH4QG01Pp6cP9g9IDsTdG6tr4N6vZmx&#10;Mh2Bn5VnWjw1JksfhqVXhgacSZHKZBtMUbadK6Ed2YhVUk+7W95/Cj42YLaOQ3FgPktXRVO3qihy&#10;rdqdjZXD1O3duMv+Uwy41aHwfeyll8gjjYlmXST7U3kNjENUUhx8vt4cT+VOHRJaW+4LUXJ8Ohqp&#10;16iPWvwinngn59FQ2D8jPkjWBZ+0/jHVbekzCVcW1do7K3DLujddbLTyhDV7klytNj6DEU3ITyVd&#10;QBdg2oDj3T13/ujdm/8Ac8s0nyq2TvaOhTKR7f3RUUeG2FPW4EN6Kx4o4A8fnZW8aMzT/wBL6vZE&#10;9wA2mPh60/Lh0L7W3u5JAzXCtQChNF/wf56+vR1sBAIMPj74uTCSz0sFTUYeSpjrHxlVURLLUUBq&#10;IHkiYxMTGTC5jJF0Njf3X5jM35N3Guy9X/E5Em8JrX11gqGiH2wypEwBmZFu8etQSbfi/vYYYI/b&#10;/n9OlbR6ZayUOo8f8B6ePY0U+8dt02V2/t/ZPWuX3NPNkop6SgyDz0dRnshHPrWWKnxDyys8j/QJ&#10;pNvSB+fbzXNDqQcBmpHp/h6pLHBK4CJqNeB/Ef8AV86ddE2/2Av7MRl+6PlBtveGBeu2RisFv+uN&#10;HNhMDNjcwmVxUUdQP4RTTYWCrVo0DAMjVSEv/buPZfIBMniBq1zQUx9nE0P29UNpeRXAbQAx4DNa&#10;eQpX/UesGqnq4G9UdRTyq8bcq8bobpIGI4/qD7Qnf3YHzo3jkaqTuD/SNHDgVqVmxtDtebB4HHxy&#10;xapJJ0xsAp5I3Qi0kzsSv591XSiVQAfL/V+3pdJNuNQk6MgHAfh8/QD51rXz6bsRQYfGwLFiY6eG&#10;GU61MUvlaYLx/nZGZmC/QAn0/QW9k1w27tzTJNt6mzFbFDm5YaN6WJo46aSSaYRIsxI5/wCDX4/H&#10;192NXHD8unzczBNKk93limT08D29bkxOW2xWZPAZmgrjlqAiGsiCgeJFGuOoq2pyUZeQUJ/wub+3&#10;BIQtP9X+r/D1vXUNE6kHz9KcB9lPP5dd+2XyZKXFxw5OWpp4FeE09ClEYhWwk60eZ1VSyn6qb8+7&#10;LkVAGfz/AG/6sdN6olQBiAMUoPL7fy697fsTu3cuEnFbgK6oxuRfwJST05jhallp3/akx1MCAst+&#10;PIbn+ntuSQ6RQAEf6sdXfXUeAAD5ZpT7B8+ve5G7u0ux+xstS5XsPeuVztfjgKCP76NHko6RRolg&#10;ipoY0hU8DVcXJuSb8+01RUhAa8PsH+odPh55HDzvlaCnp8uHn10AFFgAP9YWH+29sWTzc8qtS4+r&#10;moMVHAyqNXglrXU6kaeWmGo8nhSeOL+3EjVRwrX/AA9akkqCENB5eR679p+PcGXp5YdEszmFlcCo&#10;nkq49aX8ZMcxZbA8gfS/+t7c0PxA4/4OmBK6ZNMevXvb9BLkq94pq6OpqZCjyeTJmaZKtFH7kSNM&#10;TzY3AFv8B72U1fLHWnuY1IZ3ofU+fyz+fXX5H++/2/tQ/wADnyNFJHiky8zTzCB8bRUzVJjRB5We&#10;Gmg+qooub2+n+v7ukFWJXJp5dIbq/wBuWo1VbPDgKfyx/wAVQddEfj+vP+x/B9mh2Pt3rPDrBD1X&#10;0r2D8nd01SUcNZS9l7FzuC2lg6lEDVdPQ4vZ+SM1UzSkokk1RGFQXKXbi629xJiNaj5A/wCatOks&#10;27bdbRgoVc0BLFgQK+iqSxP206ZayCvraCtiqsg2328tQIMjiKmmmqIqRSRBUM+WpmhRytmdDE6q&#10;RbUwHJ1tqdXfMXcOGq6PanxA6d6NxZp6ouuK27T7d3aPuYDeWk3Ju6pymSjBBsmjTpFwhBsQ7+6r&#10;qNdboVA9QR/h/wBXDovPM6mTw7JUKmg1KoDcfMkk+fpT06RmDze08XT0oqOw6jdlUsrUsWRyGUxl&#10;RUSuraWjkp9uwUtKxUmxY09x/Ww4Z+q/jN2Xj4s3Ubq3zgep2yf3f+/RpsPU5zceTr6NHWSSsqTr&#10;lippgrPJNJIqEHW319tG1SoEnd+fD/i/T5dVFxfSxMzPormla/aacOHE9LyTJW+2NJSzV8U8iq9R&#10;TyU6QQxt/u5nqHXX9f0x6m/w9qbGfFTvzedG24ulYdlb7xlVTPBUZQ5Who62n8DCGp14ypOuSWMg&#10;pDoWwHIN/pVrKWVh4fzrmmP8tPXzx0gO4PEaiRSDXJP8q/4Ok1unsfZmyp6SDdWbgwprZVhglq4q&#10;kUupwzIZquNGjjBCn1SMAPz7G3AfBemn2Pktw/JSr3NQVeISmGTx1fS0+Np8ZhoUYyVuOqqSR6mp&#10;ljbR47Jo5sb+ye4kMDmMH0rk5Pp/k6NrWR5gHlatR5MaD8wc/wCf16bKfs3b2byFDR7SyuC3RHka&#10;WsMFRisrFVqtdTgPDDK1OrRCNl1szmUEaSApuPdfmNo9k9S93vJ1zSbU7Aogsox9D3ft4fZUtmMs&#10;NXVLh6oI0aqA6PIqt+HUE+3YJEKkOaV4+v2H9vRrZPJHcEQ0YkYLjNT5YP51pgeXS6qKapr8dJTS&#10;VU+MqZ4gj1WKljaemckFmpZquJlvxa7Rcfjnn2EvZHdee3NuLJYfKda9Z0+TmyL1cp2ZtrIwvXwh&#10;yYkx05qpBDA5IIaBA2ke7lYKVQ0H+bpc13MSYnjUMT5cf8PAjh1MhjMUUcRkkl8aInklIaR9KhdT&#10;sALk/Um3tDrvXb2Z/iePyu2MRtXKQvTPSZfDxZmenpa+nIjSTKU4lqPIgXVrBS+r8D29EwpQ8T1U&#10;yK9aqEOMipof6XWX3C3tX9Wy08ShN05vLrFAuRLPR42iesl5StovS0mhF/3Wycg3JHt4VJK+tP8A&#10;V9vTiraSMdQZuFaUGfL/AIqnXvaGgxOyY6SmnoMvUVE2SrJqCfGVUdTRVuPjMepa2WoUGGSG9lYK&#10;wP8Ah7acGtV/1fb1eSKGFfFgY1rSnDHrn59e9qT/AEVdZyFkr+1KWiqp2jmMKbZ3HUtRUxQmdql6&#10;WF1bx24CMbj6e7IAe4eQ8/XpP4UX4paEZppI48eA697SchwsS0G36PMY58RRV9XPjN1fwuSnnlmZ&#10;TA7VdNUDWqEEEK68fX6+1CGg1t/q9OnrcNXS7DQThs8f+K9R1731gd67s67yOSXaW4MZBIn7bZOG&#10;iockKguuoSU1TUI7IW+pK2t+fp7qzBhQjpxloSI2A0+dB+X2/l172ns3uDM7tro63dObbcLQRP4G&#10;yMxiSOWQ65lfTZmAJ455/HvTMSKDHTaprasr6qefDj5fl1725bSy9Xh9w7dj2Pn8lFkklMoqIcVE&#10;f4ZUym0kcFO7yJUXH0BHP+v7bzx68U1Mq27ZFf8AVT/P172I++M52D2Jn6LA5XdFNuyvTXj6SKpw&#10;eL2/NTCVfUaiGnjjtK1tI1Akn6cn3YVpwwP2/wCfp4Lc6qyuGx8h+359evb2LPx46D6lz0uc3B3v&#10;msxgNk7by+NoZHoKWo+2ydQzE1eOq8tGCYb6SirEjOxuAV+vt2OMyNpY0UZPmflTotumto0eWaTw&#10;wn8z6E/7HUWqapWGU0aRyVARvGsjaV8hX9stb6i/1BI/wPvYq6Ryn8tnbe0Wl2B1/sCpwsWPWiy2&#10;bqdvUiWjhiUiizldnQk0tRI/6ANdzYlh7E0NtYhSzLQU885p61/weXUY7jfbpdzk2kqKgNM5I/aM&#10;0+f7Oq7uxdgfO3duTlnwPZGD2hioqsiCjx8tPDPJMawmllpEoKactSpDYzGsnR9XAjYWPtRbTyvw&#10;Q3hnspTbT211ht/JVuUpf41jJNzRYiWWrAMVFW1WLjqooBKxNovGCxP9fe7aPbvHCsBUn1NP8P8A&#10;s/Z00se5RwyFZtTGnwigx6fb516cKvbHzB2DgaifOdxZXe88FCKlW29sbASss6uCaSF4qSWVlRQx&#10;eSojAK86gfZg+yPil1D2RgsDjdx7X2ZuKkpKdYaKbdOGg3TXU+twYqOgqPTMEKcXWccWJv7GA5cs&#10;ZLdXiKgEfz9FzT/Nw6CN3zLu9tcs+lu00BGK441P8wOi8df/ADQ3tT7k3nTZ3B5qvqqWrmMf8MNF&#10;t3BRY2njEdbma9skk0cMgm44iOtr/Qeyqbq+OnYvTNZmYOt6LrjrbYtetVVYTIbD64lm3ElFQwXl&#10;FZm5kNPTToCTH5Y3YnlS1r+0L7PcWDVjUKrCoIAJp8jmhP7fl0RDmaTcS6zy6PJhWjVPmaEf5ejr&#10;dQ/IDqbvWl/h0OZqazcmKWkx+4tt5jL0FHUJV1XrikGLo5o1rIZf0iWGJoiPSwBuPcfE/GPp/afW&#10;0PZHYcO78phZqql7E3VmN0STbjze98is6rjchmaYh3qYoJWBipZYtCKdTR2APu/7jKQfUzxsFoGJ&#10;OS3pStTx9f8AB0hTf7KGcQLR3UgHiBjhUeucevU/J9v5HIbuzXWWwBtjI5vH1cm3DTwy1VDTbVni&#10;pw08Ne8aIVYQm6fbm2oBVNwbMu9PjF1B8m9v7uxOy6/Z64qqpBU7V3S2Ziy9Vi9/Vcoqq2imxMn7&#10;FPShAI3ihjVlFwoFvZLdbNbz62QjAr8WST5cRw8h0N7PdWki1UJc1qVBrTyoK+Y9D+XXWb7l3H1b&#10;icI+/sVla/IGtq1y9Ph8RUyUlPtmiTwQZKmqXaUyVDHSW1z+ok308Xh7D/lHdC1FPRJ2LT0NZuP7&#10;KF8ph9tZKZNvVDUsY+5kp5J4keMScsAXJF/qOPZdZbGk0xichcVxTgP8Bp5ZPS265he1iE0KOTjP&#10;cKH/AAinn59Ap2N88P4JQ/xnZ2wMzV7c+5pcWc/uCkNIRk8h+3TmmxEEpqJYVawd7KL8C/19nT69&#10;+Kvw9+POzd4VmC2jtHrjGZTEzY7NbmrayoqstUUFTGaV6WLM5WaWdEYt6kpyoJtx7Ecu2bXt1g0q&#10;nSW4GuW/1f4Og/Bu/MO6blGkSnTUE1qBQ8TVjXh86fn0TXdfyM+YO8e1OvMRsXD5LfNauaeurNo4&#10;qlpMJh8ZBAVkkrsmX0KUWO4Q1tUyITcDWR7oc3Xv7uf4e927n2/1fvDN9hdb02QhqMDNX7oxYwcu&#10;Ern++GMyeRqhNJTIitpJsrWAswt7BNnuslpcPockKftJH+TP+wepI/q7czQ+DIQ0RAJFfX1PkK9X&#10;R02Lx/Yu0MNPvbacNHV1tHDW1eEycUc1RhckEKTRpKw/VG19LDgi31Htx+RfYfY3zB2NU5vbG7aY&#10;0G1sE8ua6yhz2dTDUda8lqitqM7Sijp6+I2sn3Qsv41A39ublzJe3irFMzaRXtrXNftz/qHW9t5P&#10;trF2nhKggdwpq8+IYin7BjNOs+0Nh7X2NHNHhcZQUlTWkCsr4qeOCoq9BvFEx1EgL9dCWW/IUH3V&#10;Jhtv1UBSmz+3JKylxAFRU1kE0K0WObyEeqYsIDDeyh2a1+L+ywuXNWH5Vp+f+rPQ6tba2iXWYqmg&#10;yaDPCp9a+vS4H+9/64/3v2bTZO3tm9k7UD0GGfbeRp6z7GXJ3nzMEwiQCFqWgJEetz9PGbf6/sxi&#10;gjZNX8/9Xn1TcL6kZWJNFKAEf4f9WOvEgck29qrdHxY2ZtbaEO7N3dhZakmyeTGBxOIpoGNVls9V&#10;RCWmxkOPQsYnkWxbWNK/U293lgEYJc1P7f8ABk/PooM7gfruxLGnrWvlQZ6xeZPN4QGL+Py3CnRo&#10;1aeG/rf8ewmwW6dm9Q76TZ+Tx9bR1VBNWYut/dpJcXUT5TGeKs++Z5Fk8sSPZZP06/8AAe0hYVKA&#10;8f8AL59GISJm+ndSDTPmACOJyOFeH8us3H+29i7iu9uzsb1nkNkbe24+6aClrIm2Xk6p6Ctxu3cX&#10;RT+Y1k1XTAGeU2FqZnKX+oI9vUNCNJxTyxwPn/m6JY45YKxRrUA9tBgAf6vy6wfbxibzgFZWTxsQ&#10;zAOv1AZQbXH4Nr+yhPvj+M72yWR7X3bnKjLZeWeXIbmejk3IkE08ZMUUeG1IqwoQE0pZVAsq29o5&#10;jQkCoBPAfzqa8P2fZ0dwwQ+JqnfLDyyR+RpgfLrIiKgCqAqqOFAsBf8Ap/vPsbfiP0n2r3b2Bjts&#10;7X3NhcNs2fL1Pky2dy+Jw1XPHTT/AHMtdg9q1Wqrq5tIDLGkLf0JUC/u0Td40D7Rn9vn0o/d8kkQ&#10;EX9nU6q8SRwIU/6vXpM7w3XQbLwVXn8jTZGqpqRCTFjKGorJS+k6BMYVKwxk2DTTMsa/VmHu5jtP&#10;4V9U4PZtMd3YlNz5LEyo0W8svTymtm0xtUVWXzuizSRC1kisdIsqr7e1wBaS4NTx/kKHj8vToP8A&#10;0ErXQOghh+I/z1flw6Qmxe0499VirQ0yUyR0cs9bRySxzzxVCyCNKSCaE6Wccs4PFgbH8e6Quyt5&#10;9NLOlDSNt3GOdwPi8nS43b+RhkpMVTl2j3bRVMKRyq5sEejk1Fr3tb2XTM7AyepxThT5U6Elq0Jh&#10;4Uq1MA8B5gjNT8+hkH0/4jjj/Dj2Var3m9HNVLt+lxORxa18v2+Qr8Q1O1ZDG9qWonRyDe3Oktcf&#10;T3tGJFSc/wCqo6XREQVZaeWSDwr/AKuFeve4lPurMTY/KT1dHDNjpsjGMjNQQmC3lOvwiSPhL/UE&#10;3P492ZgBqOPl0nuC7nW1CKjgCKH/ADU697Ya6uoM9kmdw8cRkjEtbXzGapkpltEkZjA/sLwD/Qe9&#10;VLEnyPVo+4EyClTj5D/V+zr3vrK0WPoojJRUSlKUrFJWPVxRJkBI11NPTsdZWx9RXn88e9jjnpUw&#10;RRRBmnHhX9vXvbyet90Njv4lW0FTjKGth+/xssisKPIROv1pZgSrALcHm/HvYKmijA/1cekDGYZd&#10;dK+Q/wBnPXvYf4xp8RmaSpki1PR1UculnMaSFH4Uy82B/wB8D7bUEPx6djbIYfs697FLckOJqZKX&#10;NYySpoHqY5ZqmlyNRS1dDjarVaeOIoup45QAyei5JtyfahpBQ6hjj1ua4UOSBSvrQ/aPz697RdZj&#10;6sUMGX+5oWpjUyRpLTSGGcOi6mVYyEIXn62v7bClgaeWR8+m1lLGp4E4+3r3tkSteVGMj6mACqFj&#10;UtJHc3Ln6k2+pPtPKGJDKP8AV8+lKlKZOeve2wurF4olchj6UJF7n66v9b3VVJbGT1TVXA8+vexL&#10;2RtWPNZGko69oxTTWDzRzqBSwganndoNX0tYJa5J9r7aHxOzyP5fbQ/5eifc71LUaWNBj9o45/1f&#10;OnXvY51/VPWtfTzU1FUZzE5Wnp2np62nkNbRMkS28uUjm0mPyNxGkbFj9f8AXXybc+jtHGv+r59B&#10;+35gh1fqNQZHAH860B/Z172HFO24dlmtw9dHireASU9BkaZaZctTyoTHWxSSJ+tLA6JDc/p9l00P&#10;h11fb/g6F23bpHIlKggAfaKjh172E1ZR1mXy48i0tC9YQ8aFhTUsS/2mVTcKDyQB9fx9fadCjtqU&#10;4HE9OPPGzEgggH9nXvb/AJOglzIpqWhwtZ5oKeGjjen8kyTNTgh5hqjWyOTfn6fk+7tpUaCa+vT6&#10;yCdgiIagceve3fFdeS0qGozM+LxsEkZDTV+ZxtLVQyAal+3o5pQz88OLce6IVPCvSYs+ryAp6569&#10;7i5Kh2nJIq5XfD1j08aQL/CMHWV7Iic/biorWgjbTc20sR/Q+7MoJBHDrenOp3J697c6au6zoqMw&#10;nFb7ykU7oXkfLYfBUzNHfTKkMMVSdX9BqsP6n3ZJKGi8T6+fTZWBgKgsa8DT5+eeve4+59vY2rxr&#10;bm2TPV1O3XaGLM0eQkWozeCr2/RFkKiNf3YJSP2qhQAf0sAw91MhVqMft9OtrHEp8Ra0FMH8J+dM&#10;U9D+3PXvYeJj25szDRp8g+i6CvPA/ryb39tNJQimfs6VrGjjUpDeVRT/AFY6977+wjbW0UkS2Ysg&#10;aQAgAXtq5/2H+PN/eln7ur+GMkeXz/1Z697hPGwjkdUey8tcvb1em/1/r/xT/H254xpp/l1QqDgc&#10;PT59e95oshJJGkLhZUiBEETBNYmdQC0RsCPoLD34Nq4k/wCr/V+zppY0ArT1xn/P173kdw37YZVK&#10;A+XSFXkC7KP6n/Ve22Wh1nP8z/q/ydP6l4de9x6ezTBABqIXRcoA6n9JJbgH/X+nurcKVoevVNev&#10;e1p/dmSOgmrTVUNRItPDKaWimhr5IVkkJVKuSIkKSoLWF7cA2Pt9dOnux/q4dXaJyp8x50P+b/J1&#10;72jnhLvZgsKKbECN7PpIIJUfk3+h92Rakn1GPl/sdMMUUdxp/n697OF0f8Nd/dr42Td1Zj323sai&#10;Pmye5MuyY/E0VBEnmq6+rrqpljgiROdchux4RWPHtUlozjUcD9g/1ceii4uZ3UvF2qME4/y/4eoF&#10;XkqGjeCGoqI46mqLLS0tw1VVMo1MsFOvrew5bSOAOePYzZjuT4t9BocH0d1/Q9qbypkemquyOwY5&#10;qrY+MrAoSWt29tsCOoyMuq+moqGigsF0xsCT72ZoY8L3D/V/q/b02qAya0UuQKd3D0r6U+38h1Ck&#10;pctXVCvLWjHY9CrLSUkaPW1NuSKusl1KkbAlWjiTVwGWYcj2XvN/LfvHKYrK4CLd1HBi80JDNSYr&#10;a+38DFDr9L/aSYqnikhGmyiz3sBz7SAgPXOo5wcU8ul6Q3ROmRgAaYFAafsB6elQIAovYCwuzMbf&#10;4lif9v7LPWtkq+dXr62StlnLM8r1Ek7F739byk8i5P19tmYkn5cK/wCr/D0qitwh0qa/6s165e+M&#10;1GtHKr08oqfGEMjxE+MHVd0Fxe34Jt7bLEnuOelGmhBXNOve51beQNLGZIopiziGN2CxHTcKWZrn&#10;j+vuwb9MDB/OnWnq1TU9e9tMPkfU9w/iXVJqUg2UFVYMR+OL8+6kajUjrQFBTr3vDMC9m0tIObSE&#10;2VOb24/JP9ffgKeXW/n173xWnfUfGj6Smp1QO8igcm1v99b3vh177Ove+F1RdSxyoxUBf1G5H19J&#10;/wCK+9ehHWvKp697mx1iTQLTmktMkTxrOpKM+ptSM4JsdP4t78dTGp62GJFD173EHnRv23lK6CPX&#10;ZefowsCfz7sqgtn/AFf4OqfDk9e9uONplqaqOKurI8bAyktPIkstm0+m6xgk3/w9vAUx1Rc4Y9e9&#10;41ElFVSqVp8jAjPDE0/kWOVdVhMi3VuR9Af9t78acDw6smDjI697jVBXy64YijarmEs0qg3/AEDV&#10;+P6D6+25CC2lc063Ra1UU697ipKVmJkTSNRLKgsBxbTp+n+39068CQc9e9yqXIyQSa4pKiGQMNLQ&#10;SGJwt7GzJyOP6e9HJB9OrK2cde9uFNljQ1gr4JBNUmQOXqo/MbqwJD6/1BiLG/19vxkEaR14sVbW&#10;K/4eve82dqZM5UDIJi8XjNaF5RioqmGGokv6pnjmkkCsT9Qmlf6D3og+R49al7m8TTT1pX/ASade&#10;9pseYArpLAkCxBIDX4IHFr+6DWD6EdN08h173md5WZhKhj4VdCAgXA40j/e+fdqOVIrw6sTQiopT&#10;r3vmzRLJZRGraFC6S50MF+rfW5P5Hto14A9WqpoOve+qSpkpZ0lj8LFSzKZ1WSP1AqQY3uD9fpY8&#10;8+96qjS/DqlBqyAft697WybmyuOo1gxVfTJDJRS01QI8fHCESpFp6eXyL+6T/q3BsP0ke3w6quGB&#10;rxHp5f8AF9PEHw+2lPMYFP2de9o37uSL9hpZGQvdjHIyfX+yB+P94901KOIr/g6ZB8j173HbU7Ex&#10;2Oi/1INgvJJLEjn3piH4Cn+DrZqDVeHXvau2TtBd419Vi4s9hsFlzTCpwdLn6psbSZqoUlnx8GWk&#10;X7enlKgmNql442Pp13IHvUYq1P8AV/sdeABrqND5f6v8/XvcrZuwsjvjOT7fps7tHAVURlL1W9N0&#10;4rbGGMkcpiaKPL5WRICxYcHXa3N7e27m5WBGdlYgHgqljQnOBmg8+rBWYEHA/wA3XCRxGjyEOwRW&#10;cqiM7kKLkIi3JP8AQAXPsYe4enPkZ0RtzE7R7R23X43Z+4oqbcW26+nyuM3NtbJ0ZTyQ1u38/g6i&#10;ppBHKrB2EcgLCxI9qI7szQtFG4kRDmhqAeP5HpAtraSXP1sYHiU0lh504V+Y+fTPhNx4XcSVrYfI&#10;Q1jY2skx2TgXVHVY3IRKGlochSyhZIZlBBMcig2INrEeyy3DWJBWQtYtYW0gc6l+n9OfdAz4YU6V&#10;mv59PfvPSxiSYJIQiHyJGzOY4o5LXBDEH6/Ugc+7KRr+X+frYBr8/wBnXvc8Y56eQTCvopfDLTgB&#10;JmSWVp2/VEkoUlR9Xa1gPe9JU0an+rz6rQOKSKRXiDT/AFfPr3vNlmammaNTTGWRlqJqmin+8hkV&#10;zp0tIOOLcgc/19+mIGMVOfQ/6vl1XwwxzkfZn9vp/wAX173BFaq6nEYdzHpR4XKKnNyWT/H+h9t0&#10;Vqmn2/568R1Xwk+E8K8OPXvc5M7AlHJTyY6mqZHKDzSKbqEP0WxBF78+71CDtY+fofs49MG0q+pH&#10;ZaeQ/wBnr3vNSyxtQVw8VG71sIUP9rPLPD4TqjSkCfpN/wBTE/T6+7h+DAZ9elQtwQrBj2nOeNfU&#10;de9sEAgEhNXreNAbwqxSSRrfQGxtz/Ue21IrVsj/AC/6vPp0EA1buA697kw+WRHWJXLNIhjjChmG&#10;ltSKrHm/4sBz7sCfM09K9VOk1B4f5PLr3t2z+a3JuCqgrNx11bX1SUkdHDNXkS1P2tJEKeGnDMBd&#10;YkAVR/ZHA93JZwCcVxn/AD9NxxJEumNQOJ4ZqfXz697ZqdVnliSon8CFkD1EiEhY76SwCi50/wBL&#10;f7D3RdD0Unh07Uk5/wBnr3txyFFTRFGpq/HVqc06xUb1YkZ1Un7grUxr+r82/Pu5ySdVccB1StCV&#10;PXvbT64ijgB3AYulmIRQbFXt+T+R7YHEFDX1H+r/AA9XLeXXveeFHZAW0qpk+gZdZkPI9JP1t/h7&#10;foSK4AJ60dIHXveWT7V2PiikilRQpiZ3kUaRYvrsOW+tvx7ZJ1fDTGOvVYcP9X+r/UOve8TM0asF&#10;BBaxZQfSQCONP1P9bH3Qhh8q8PIdXqOI4de9u+MwuTzGiLGY7IZGq1xqI6KlqqrQJG0C6wL6bN+T&#10;9fb4QmhXuOARx4/IdNyTwwL4srBAPMkD8s9dX9q6Pb3YW3cg6fwjcWJygjenlM2LrYZvFMviYLK8&#10;fAdeAy/UcA+7UmjqxBBH+fyHpTptpLS7iZmdHQZqCCPUefXgQeRz/rW9slHisfV1klPk8zFg4xHK&#10;zzVlNWVDmaM/uwmCjjdg5IsAwt/Uj34Z761HkP8AUf2Hp9eAbiD6D5jjX9vXd/8AfHj/AB/PuPLD&#10;ihTyJDUyOYzN++I3Lzr9Il0uRp+nJPI/p792FaL/AKs8PL/Y6uzFXCgY8zWnXveGClq4o45UeNFq&#10;1ULF5UUywn667fpF/wAm1/ddJNdZr6cft60AaE14Y/1fZ1731V0UYnjg8sLVjgFhE6yqWIJLNKt1&#10;1C1h/sPfqRmh8+tA6uHXvcX92NRGshVLBmQqbFmOkF1HH+P497AxU8Pt/wBR68RTGfU/b173jZJG&#10;tINN3K8IVRdX0uFH/Gr+6krjOc0/1f6vLrYNM9e9yp6yaRqfTFDA1PAYlmVVtJqGovJcWLc8n3Yy&#10;q40kjh/qrXptVHdk5NePD7PTr3uBGtQ7eZXvd31un159TDSfpc8fT8+211sdRx+XVyMU/wA/+qvX&#10;veSWR3ayF/Mp+un6h1PrI+n0t72WJJUE/Z15aHr3vINbRSF2MchEYVl9R9HNn1cgG597WpBDHh8v&#10;8HXstgY6975wVPhjVfG5/c9crSMblSHhl8a/QrY/6/vYocgcP9X8uvA0/wAH/Fj19Ove+6us/iFU&#10;0rITMzAn0glpCLMwH+uL2PuusM1aVHD/AC4/1U62RTC8OHpw697ymR0cGSBUGhtQjHiEklipZzze&#10;3+HH49+ODq/b/q/1cOvfip6de99x1LFXiK6oZlTUhktqCLdVDfS2rkqf9t7orEppp6YHpw69mn+b&#10;/Z697daDK1uJoqiKmbTS5BY4Kqhmp6eeOaNJfIjJJOrFGVlsGTS1uPoT7dVmXAr9nz/1cOtrx00r&#10;/q/w9e9tOpXkVmiD3LqFkUtojuGUpKfoVAuLcX/1/ekEhBC/z/1ceFOq4YgKAPU/6v8AB173Naup&#10;poapqmCafJEuI6tpC8TRv6XaeJhwVU+jQeP9ce/F1LFmFWpx/wA/r6dOhvxvkn/Vn/J173Gp5Keh&#10;8dQqRVLQkHxVMYljLWtco3BH9AefewW9AP8AD01Uk8AMfn173Pr9wvXNHejxtKwAkkWkx0cKyTm4&#10;dnVQLLbjSOOB70WAJBOT+z/UeqhAoOknu4/ljH+Xr3v1RV+bGtRUYLvVmAOkaz0vhmEur1AErIrL&#10;xpAAH1t7urax4cef5f4f9Xy60I1U6hx/1Z/1evXvasoaH7XE4bIx1YjpqzJVdFJjcc4irJquhKyy&#10;OrVWkIpHpJDckcD3YUVQRgcMY884/wAPr04UoDIRxqKnhT9ufyHXvYrV3cu6V+1yuD3bWYs5LCS4&#10;PJ7XgzO4ZsTjKCjV8fTwVVDNUSwzmeMq5Mi2VydKj260rCmjB9fypw45+3z6aFjaqNWlSxNfhFf8&#10;tOvey+4xcV/F6SuztG02OasP8VoKSUUstRBIbytTOAREfoRpB5H09sN4ZcP6+VfX/V8ungKVFKke&#10;uf209OvexYqt07YSkjlXZeBkjiUYuno3krTS1tNHMftsjXyI6zpMIf1MspUt6tI+ntxwCg0nTTz8&#10;yMU+zzB6LY7djN3SlwM1ypxTA9B6cePXvYu4v5Q7hw+OfE7azm9NoYUwwYiSl2fX0FCafF0z+eme&#10;hkWNZzVeUveVmB08arEj2ottx3OwiKWU7pXjRmFc+o9OAx0zd7PsFyQl5apM7HUxkAOfLJFR6HHp&#10;1ieGKWwljjksCBrRWtq/VbVf6/n3A3p8jO8+zaSnw+9ez90121aHzx4ul3bUY2ryUGOmjEc8VNkY&#10;II5QZVA8tmsfpz9S/d7tum4hV3CdpgnAuxJUH0JqaefSW02ra9uLttVnFA0lCTEAoJ4emaAcf8nU&#10;OgxGKxbVDY3G0GParcS1RoqSClNRKosJJ/Aq6mt+WufYJ5Tc+24ZpTg9rU1XJ4o1TI5daiX7h4yA&#10;7Q0SFUbV9bsbe0hdFoESvz9fU0/1DpcLO6OZpvmAKfzPy/1HpxPsdts/KjJbZ2LUdeZvr3pXe2yq&#10;qKWGbC12z6en3DR5CWPVDmJN20aJkY5I5NMnkp5hbTotpPuxuiqqjhZFFaKRTiKcR3Y8s9NttsMr&#10;eNE0iOKd9WpQce2unPCvHOD0y1WCpKrJU+XNRk6fIU0P28T02Ur46QwNIJJElxRkNJIWsV8kkDOA&#10;TpYcH2V7N5fK5j7SSrqXq/8AK3mxtJTy1oSkaWS6SQ+X1KFsFV3bXwOfaZ/1FFDX08/54pToyjih&#10;jwigaQMjj6+Qrw49PIH/ACP255CLddJUUmTzeMyNAkyoZtw1eOmnqakmMprFc4uXcen9V/8AY+7o&#10;zDuYeWTSv+r7etGeO7k8MOC+MVzT+ePnQ/b137Q8DNUzNG1fULTySN5FtIyxoSSNUYPJt9bC/ump&#10;u7QaKc/L7c+fyr04ACdQoK8cef7Ove11hK7aUv2FBlKmtwa0NPVpWZbG41ctWZGfUWolWnkaPwop&#10;0iQliQLkA/T3ZJmWormvyP5/6qdadElHfX5V4fac+X2fPPXvbzU72ytfhMZjFqKXJV2DetoqLJVd&#10;NUR5Otp8lU+em0U86lWSC2lUUiwN7G/tw3R00J1EcKg/l0kisYlkLLgP+GpK1HnT1699PaBVTFmF&#10;TcEeSqEjkX+I+CJIciqSMGE1NI9gCOSA/HAB9teJWakhJrxxw9T6V+R6UupRdCUHy/1cT9vXvdr7&#10;VfwPHxuwx7B7J2h2tvPZ+NmoaPZe0tkb26z7chTIZEVCLR75rteNyk0asfPHV0hjFrRy6be9SX1w&#10;8nh/Tq8akAOX0vQ+ZABx9ufToIjaN8TeXntJTFFINTElXSq0XT4ZIZSfIrjzPQWfx3fc/YVft6HY&#10;maxe1hjY6uh7HlzW1cntutrEjRZsXVbXFfFl4JuSIZYoDC1maRlNgSl9k9TdSbO3NFUba7+2HX7d&#10;SgTdGM2RLVZ3dG48RXT0KVOL2xnc9iaBcdVVN20TPTTFImBVwpHtvxW1cDQHAr/OpyQPs/LoTxmW&#10;RSmGoaahgHPFa5/1efHoQ6KqqKjzLNRVNOIZFjjnmECJWqVu1TBCkjvGl7jTKFb/AAI5JU5xiZMh&#10;VVeSlqaiRp5JXpMRHHDTySsdaGGrckKgv9FQ/wBfb0hTX3kk/IdpP+T/AD9Pt4woq4p5n1+wcf5d&#10;OHtu8dIrfdwzV8YesQVGPd5y0mNY3lElbHpDMf0kED+vtvQq1dKinEZr+3z9OqOshhIcjVQ5pivk&#10;aZPXHT/tv9sR/tvYy7f3nlJGq63DUuE27DSYqXCUtTPSTTn7J2uoFRI4SGoFh+7EoJ/P+L6zqoEo&#10;pHT+dDxJ9eiYbdE8X096xnEhDMDSlR9vH067t/jz/rf8U9mq6J+ZG3dpU9TsvvjYkm+9sVsFRBNm&#10;tt5STHbnxGQMAjxeeoqmGRYmqoLKoaTUoX1KqsL+xXtnNkUcQtd9txcxAYIJV1rwIIrkeQYEU4Do&#10;Bcxe2U1xIb7lW8+guKg6WQPERWpVgRUKfVSD03ZCkrahadqLINQSwVCSuPBFUQVUIuJKapjkAbSQ&#10;bho3VgbckcF0xvzE3Dht4UO4um9y7g663XTffUGe3Jm81Ng6zdmCkDU+Nfdr061WJyNRFAfE1VVY&#10;5ZiLETX5Afub4rM0lgWUkEGudSngGoQGwaeXQq2zl6W1tPpt4CXBIB06aqGGSVrRhngKn5dNW59m&#10;bV3rjRh937ew+5cWlVSV0VBmcfTV9NBXUE61VHWU6TqxjkjlRXR1OpSBYj2a34pfLb4/bW2FH178&#10;jsLkN74kb5y2+9p73rNv4zeOK2vNURtFvLFJU5utaoVqrWbT0KKpT0JHf3WAwLbrGw0hWVg1BWi/&#10;gpxCnzANek3MlhzFd3SS7BKsISPQ8ZJUN/ARRW+A8AfsPQedgbI3vW7ig3Z1/mMdjshJtjK7ayWP&#10;r6ysxlNUPVN58TnhU0dPViSooZQTFHJTgMCVaQL6S4dvfJj4U/LfrLtrr5epttdJ4/rqmrX+OO8Z&#10;twVG21rM4otFJmMVRw+Kkgq11NHTTeYvcepGvZY24RX1o0F2qKI8xEFu0k5Hng+Q8uiTa+TuZeXr&#10;633SzvnuWmal4koDKUOap8Okg4BGKeXTPsXr/t/aE+3qvP8Ablbv3zP494Ueaw2Kp6donhJSfDS0&#10;CwNHJE9lLWCMtz4r+6RpZ81j6ivwmNzMc+NysFBS52TE1uRrsZlDRziaHziU2lCuNScWH449lHiv&#10;pMcZqp4gedPt/wA3UmvBE7rPIgZkqUrSq1HEHyxjowAUf48H8jn/AHn/AHv2vN9U9RuWfb+cyW9t&#10;w7nkko1p8/kclSZ+oq8BNTMsEePhknGgRQxKvj8TBNIH9PdmbxCNTs3AZOR8s+nl5det0+JFRUqc&#10;U868Sfn/AIT14KFGlQFXm2kBbXNza3HPsVdm9u70z+1+y9mZrKY3Nbd3hjcRi6zd24kFXvPDQbXG&#10;nCVuNyj/ALwi8a+KWnU+qM2IJHvb3BlYmRq0P5kgUqfX0z00NvtrY64lpQs1B2gs3E0FKk/Ph1He&#10;kjeamnvKjUpm8aRTSRQt500P5oYyFkt9V1Dg8ix9hZi9oRZDPbc2rS5mDMV+VWKl282ZkgwW1FFS&#10;xeGKrr8syrAjP+ksF1H6/X2zGwYlfP5+nlwxX/D0rdHGqVxpoMZrjzpTzr5Dj1J4UE82A+gBt/jY&#10;D20bi2zuraW6Z9l5VZ8bu3CV7w5eho64SfaTp61goqiJ2heEKRIhjJFiObe76zTuJrXyPn/g/wAP&#10;WoRFOni04gYYZxxqD12Oef6+2x8fg6h0GZ3L9pk6qo/ykGhmq2ji12aaoq4/Q0htzo/Fh9fdOySu&#10;o5PkMg9XmkljxDHUEeoH5D/UB172Ke3e0cf11Tbg2ntvOTbu2luPEPHuWiyFAuLxNdkYV8uHjpYT&#10;GKyGaCQESy6hq+gYKT7RFImbxrhASvA5qP5Cv7eqgzyx9wETfbWnyx5+WD+fXrfQ/wBPp7DYf3Pr&#10;paWq3DkUwNZUirqXfbERytLTlYS1LQDFSMHRmlNpneY2B4BA9qyUChjUn1H8q8OtIsoIAfUAKVI7&#10;ia/KgoB172jcBX4+LM0MmQqBFR0M08zSPCsxQMh8aRxsGXlrabqbHm3HvyMGop4AUz6+R+3q7Gin&#10;Tk6TT51/1f5uvexW3VuDP7m2zVU1fuvH5ykpZ8ZVzZPKzR5DdFZHHE0dHiKPO1sSz/aUSn1U3kVF&#10;Y+kEAe7OrGMFWyBT/V/gz5dMo8cbiIYPyGOHE+voK1697Z8Xla96TLUeM2PVvjq6Cm+/y2KpZq3J&#10;KaKMGlVKhkaKOAy2kkVAL/1/Pt2OR8lF7WANQM1H58K9eme3EomuJAvmASF48RTz/wBVOvexh657&#10;gy/X+y93Yip2DhK3Pbmx2QxlTm8qhTMSisUKa7MU9eJaaaKFQPtUEa+JhqBJ9s6G1Mz9pJxmlK/P&#10;5/l0UXe2RXdwkkU7KsZBK1xStfLzJ4k1A8uvf7762/3r2Z/qL5I1dN8bMP8AHvE1mMrey6bcLVmK&#10;3zLjf7w7r2ttyeqWqpsJ15V0CCpgqUqbyLI02iPUx0+zOK4FxANvfS+QQSKsM8EPFQDxFeB4dATf&#10;+VxHzQeZnLLapHRoVIEcj/xuOFAPl59J+Xb9PNnIs01TWKEoaijmxiVE64ysNR6WnraEuYZHC3UM&#10;Y7/1YgW9mV2v03838bBQbnxG9e1q96p63cS1ef3jXVM+My1ZKJqaorKDLsUhllZQ8RjisAtmYA2J&#10;3DsXM1pNF9EZECDV2lgUqaitSKV9TWnHorut59vt0iX6y2t9LfpUCCroOK4yyj546gSVmyI5Hwzy&#10;7cDz0bY+TG6KH96hpUMT0JplHqiiVtPisVUG1hf2rd0ZbcdHtjcifKCu6y29LmcrBiMrujf3aFZu&#10;rfG8cXVKVyteNuli1CbECnnxqKkdiCht7buIdwDypvs0SSSEV1MHf11cWJB83HDgOq7Q1jaTRx8l&#10;W8rQLX9GKHw4FoQAusgKT61NPOo6k4pMRjhBicFSPTY6noRLQ4/GYtaLC0kUZ0imppoIo6eN21XM&#10;DPf82Av7Ks3QnwBxOHr9yYzdnb/yMzCzzUddguvKP+A4fFvMnmx1PTZSvpfJIi2CGdyS310/WxLN&#10;HZIK2rGdjqDYKjypxyQePAfPoUW+4e4W4SMLmCDbYlIo8jeK7U/oqQq44CueuENTuyverX+HY/Aw&#10;AxCiqayp/itXILnzmox9GY41+gC2qm+t/wAWLtur4jYeo2pTZ7bfwt3ntfb9ZgUrlzkHyL25X9hV&#10;EddKKamyCdfVKyPFIjsL084W6nVcKdQZimsrg+FZxVYDuKvWhBoSe3tpwKnINM56Mra8vYZmjvdx&#10;Wap7aW5RaV4GQEgnBBpw6iYzcCyZjJYmpzENTUwZP7OGBNu5LGRwslF99LTff1EskVSfH6vNGVUE&#10;FbFgQKs+wtlY/ZO7M9t/DbiGeXFZGCGGcxRGeCQw+Wtoa9oGlgFTSSXgn8Ejxl1JViPojIjapiJK&#10;+ROD+z/L0L7eQTxCVhxrSlRX0I+R6WY/2H/FePaKZnqZm1tVTvMj+V2UeZp5GPI+lxcgiw/3r340&#10;r54Gc8fl/s9PjAoDgetfz4f6vXrv2Kme7DhzmA2Jgouu+vdqZPYsX2lVuPGY+ppMlvBdZlpp93x1&#10;M0kVTMoIV2SNdQ4I93SQrprTGdWKAHgOHDpKtr3F3ldi9aCoCqDThQA/mST1giheJ53aommWaUSJ&#10;HJ4tFOBGE8UHjVTpJBY6yxuTzawCbymU3BkhHuHIUdJFQyVi01I2IwlJhsYZHOl0iekjVBp4sDci&#10;5I9+VmDaia8Mf5aen5dXigSFdCAkcCWJOPmT/qp1n9i3loui8JsbD/wKiymf7QOQkGaranLTJtem&#10;ovtwZ6VoKqGPWxkZkjMTG9mbWCADcFGSrZcGi+Q0/MGuT/s9OxBypEgAGafYOFPn/Prqx1XuLWsB&#10;bkf67ewbn2yaxY58eKGklrBPNV4aCsWRcVFFIIoQ0tQ7P61Osan491WJTg4OTTy+X+qvVWmjjciS&#10;uK/Ovlw+X7eu/r7EDYeJyuzsvR52h3ZHg66kjeSGso81FSxwSJdo8dWOjkWluPSyFCCQb+1EBSKj&#10;BtJHCnr9vlmvy6JL+7llXwhG1Dj4T8v2Ur609Ove1F2D3XvfeWOgpqzau1sdkaerWSXO7fpjDXml&#10;jF5YqumcnSZG9TSCwYEgKBb3qWSScd4U5444eWfPz6VW+3W0LaiSQOIY4rk/6h6de9h1QbqyUdXS&#10;01bipamojMwomo9NHURmWJmV1Yhlsxa7fmw+vthiVqOOr0+yn8+lTxq0baT8XHj9lfTyx173zyVS&#10;YKWGpqtuZCWWnqoauuyDVKTPSQvAE+3jrUJIYnnTLcAW497bUAD5elP5/wCrj17Q8h1270UCgFBT&#10;7c+fr60697Vexs1kvvspmoqWGDG42igpqfbNXSGvp8lR1xMFOlRo8Ydi3qLk8XuB7tA0qLrJ48QT&#10;+3H+zTpPPbM8dAKuxqzA0oflU4+zh172Eu94MauVk/h8EsbVMa1dRekhx1JHPM5LJjqKGSTTGttH&#10;Lm9r2H091lCVCgUP5Cn7P2fl0qgWaOMJJxHDOokerHzPXvaLjp21M4nWNkBYS69AUqpJ5X6MfoPb&#10;Hh6iVJyOP+rz6dODjHXvbjgM2MDWNXjGUeQmenmiiFd5JI4DMpjknjRGW7gH0lrgc8G9/dom8Ng2&#10;mtPzp9n/ABXTM0QmXQWIHXvYj9b7/wB97V+4xu1M1TYX+II2Ur6o4bFZeqmiiGlaMGuhlYowsPtw&#10;dLki639qra5nhFIjT8RNAc+mfXhTh0kurK0uqGVC5SqgA0GfMUIz8/Lr3vFt7Jbpl3601ZT18udz&#10;9RKkGKxmJx8Bnyxk8uJSr29FAYFphUFHenSFQRcC3vSM/j63yzeRHn5Ejy4f6qdeuo7OCyPjnTHG&#10;MsWIoBipY8T8ya9e9qbE5nfmf3RmcTR5ifB5TGGvrqiiwf2+DyGTzVLA1PIEaERiPRcow9KKv4v7&#10;dDSSOwjORxAopPqfkOHRf4VhDaxylBIj0AZs0U8MnJrTzNT8+ve7HOqevvlDsLbOQzGZ318cq/EV&#10;OzP7z5jF793DSZWtpXkp2ejGTzWMhnaDIUa6WZFlWK+lXYvcDdnzNebEJ3EJdRghoTICeGqOg1VH&#10;8QoCRitOiHeuUdj39S7LLD4ZAV4nZa+Z0oDlTTSWIzXHUI1COVKRVQIqHg1GKSLSUYh30zadSEjh&#10;gCCCCOOfaC2D8ad/dodZ0/bea6vpvkBtfG5XOU25t/7C3dhWyG0aSiYVVQM+HqaaUQ00DfcwyVcL&#10;IsY06tNrPQ7vtICz7iBIyjUwqVdUrStKAmhpTz6flhube4fb7Kb6REjTRrFUf8NM/iqMhTXNaU6T&#10;uU35tDBZ/GbYzeeoMPm82YlwdHlJfsf41PO7olHiJ6nTHUz+gloIWaQCxKgEeyi/IDZeDx+5qHEb&#10;B2Lu+GjTFUtcuXyVLWZJdx0Vanlo6/DT0YaNqbQLI6A3IJBI9+3S9sZptdrCUSgFTkn5nhQ58vz6&#10;PNi27eLSAndWDPXggwPz865PyHSu1DnkcXvyOLfW/sIqjqbdlLRY2qr8Vl8MM0wOGjzWIr6FclFf&#10;SZYJZUsBqBA1gA8WPI9lSpBJUaqMvFTxX/Ten8+jR3mjZv0yQvGlMelfyoevBgQCDcH6Ecg/6xHt&#10;BpBPhsv9vkKYR1NFUmKeCrWRFjkjfS3lQDUR+bD6/j3pB4cmc08/8329XNJI8VowH2568fofr7ti&#10;pv5h+zevvj1ubpvqTpajpxvnZGS2tuHd+fyU1ZuDEZnI/wCR1mTxphi+2io6iAt4ae4mRxdnIt7E&#10;h3+WO0a2toEUSIVZzQuT+LjwBFKACoBOT1Ht5yU2775Bu+4XLj6V1dI1oqNSpAkGSxWuWqAfQ8eg&#10;9yOxavM7uwm6clu/cK0u3KuoqMZtXFyQY3bdSZqZqeOfOwqr1FZPEXZkY1CRDj9jUNRqfxrU6VMV&#10;qaqrmdUiFJF6PuZJCUMBMd20k2sACT7Da6QQyg/yp1IxJJrggfy/1H+XQhW+n+F/ZgOqOnq/saXJ&#10;zSRV+Iwm3ESpyOXqzTUNJhMWup8jLUV9WQiyxNdYkYFnuABcD2YWlnLcsXg7UXLGtNI+XqT6dEm7&#10;b/bbYik97vhVBqSfwgD5nz4Drv2k974Pbm0MdE+2a/I5SHMvX0sWbyRpIabJUEM4PkxmIj1TojEA&#10;GecrqINkF/bdzD4IqGw3D5j7BwH5/b09Z3c97KTKAmkA6Bkgn+JuH2AZ9T172FUKB3gV28IaNgC7&#10;kLoVS5Yu30U2sAL+0xYhgG4H/B0bHSctj0+3r3vLPUTz0whLpLTxSI1OrPeSmRRZkiCi9m/Nv6f1&#10;590rqoAcDy4kf6vPr1caAcfs/wBXHh16/sQesepewe18hW4Dr/A0eazUFOlctHPlcTjchLEt30Yy&#10;ny80RqHNuY4Qzf1HPu4R5OyMCpPlx+zpHdXcNoniztRRxwesckscKNJK6xxoNTuxsqqPqWP4H+J9&#10;mZxHxC+UPYMop9yY2mxE+3sMuPx9FvPP4bZ+Ry1I1YP9+/hPvGjNdN5GA8YLaePxYe3Ws54HCyoV&#10;LnAbz9aeuPn0TycwWSMDbNrLEV01YCv8RHwg+px5V6iVOSpaVad2+4lSpmWFHpaWoq0j1oZBLUPT&#10;KwjiAHMsllH5PsFtzbI3/wBZZyq2fuHDT7Qelz1bTDDvLQ1OUhyC0321RSZGYESuFTlda6AT6Rf2&#10;yU08cEfspX7SPz6W2t2l7GJojqwRUcPy/wA/HqXFLFPGksMiSxSKHjkjYPG6tyGR14IP9R7Daplq&#10;sVKkeEo6nG1UMcZqJpZXlnkqYmN6mJbKU1XGoWYA8g+7A6cL5/P/AFf6vXpS2kOC/wCz7f8AV8us&#10;nvFXbeqzSTZfL11UcjVotVFrx2VLSTO1z56x4hFcAcaWI5+vHupyCp9fLq6zRhj4ZqPs/b5f7HXv&#10;aSiVSizTsT+56Y1FpJCvB/etx7oGIIP+rHSscM9e9q5sngFpqbxxSz1kcRjaJwwgaaQaSXcgEoOO&#10;Lcn/AG/t9mQjX5/5+tmK2qpQGtOAJ49e9i11d0N2L3hSxU/XWxs9mIafJx4zKTYGiavigrZo/KKn&#10;J1LsiUkAUcGZgpNwD7L5JliOgnJNevQRTS18NSRUYFBQ+pJ4DqLVV1HRIJKypgpoybB5pFjW9wLX&#10;b/Ej3i3Rt/e/SWVz2x52w8sVFm6Ra2phpqXJQVGWp4DooJJagHUI7lZY0OkML3PvcSrOCzjPHpnw&#10;54pDC1OOTx/Kv2cadSQQQCDcEXBH0IP0N/YIVeUyT1NQyyCieR2maLHxCkRpS+pwWgALWueLkD6c&#10;e1IFMDhw6cNQPD8h1375TY2eDHY2vqKeajpslPUIlZMs4jqzCbuUkAIYA8HRcg/X3V3quhQOtN2x&#10;jSvHz+QNKfb173jyWagqZ4moMNjMTHFTJTPDQPXyJUsvBqZ2rZXbyMeToKr/AEUe96mC061Ikcjh&#10;gKU8hX+fz697aUNTJL4Apictd00sDqAuNScm/uwrIwHDqygqdK9e9rQJi4qCorkq54CqRRRYqBz9&#10;x5JEtLLNI1vSWHKgfT3snOls+h6RtRmJU5697f5Ouewsdgv78PsrclPgPFEIcu2KyX2QWYaVq4a2&#10;FdOm30a9vdwrVqufn5fZ1WMvUaQSBwNDT9vXvbFT5nPVUCUqV881NStrahlpxVQ2vreYwurG6/Vu&#10;Pp9Pdi5pw8vy6Mo5pWTFPUg0I+00z9vXvfcOztw5jJR4zBUU+5cnmIlrKWlwNJVZGrq42ctJFR0o&#10;QSEg8FFT2nowoDima+VD/Pptg6yBEGosKin+qv8ALHXRIAJJsBySfoB/U+8u48VuTCRxUWawue23&#10;WY4NDTR5fFV+HyDuxtJD5KhI/ShubfUe3a+aUPScIyS0kx558s8Ptr10rK6hkZXU/RlIZT/rEe0b&#10;FAkivJVVkiOoLBPFJUyyTDlAD9AP6kt/sPbZGa9KiASS5z+09cvaljyC1wSSqw6qohjRYgk4pqpo&#10;hbWGuCHJ59LDn26qgDVXq5kWmoilP2de9y9yfw+Omw88VDVxy/a2rxVpEiSTlrgQlSWIAsLtz/W/&#10;vzqoBp5/6v8AV59bdlcBlGfP/PXr3vnt7sHPYqWJNeNlhjWWnp3yGMp6ubHwSgrIaCcAPEy/VXjI&#10;YHkH21pWvp+fSZ6vQgAn/B1737OZGhhxIc5qXPV+cdpqpTJMZqAU0loDV1NRd3kb6gf0+p96JFBw&#10;FP8AVj5dUiQKA1a1/wBWQR173K61yGzqfeOEqt4UNRPh1qSlU0VykBdNMNdOlnaRYXtI0YQ3tYA/&#10;T21KGkUKgNT1aRo6r4g7Rg0/1fnw68ef+N8+z/b5+XnUeydowbI6n2PT71oYqeOlzlfuzAw47C5b&#10;LkFq6vSIAVEkTk/txvHGRa4sDb3SOJ4qBjQn0PkP8nrWvSmO6WP9KFagca0p6cKcD6EcPTrGgk9R&#10;kK31kpovxHYWDavqfrz7IbD29lF2tubZo27sw4rdOVfLyVUm2KKTN4GqaXUq7ezwP3UEKL6BAXZN&#10;P4v7v4RLCp+35/6vXpkNL4TQALpY1+EV4148f58Ou9A1B+bgaR6m02Jv+i9r/wCNvYZ5SlamkQyS&#10;mYTwJLTyXJLREkXkDepP8Ft/vft1hjPl1YggCpr1z9tHtnrXXvfvfuvde9+9+69173737r3XveeB&#10;rOot9SLckW4+vvYFTTrYJHXvYg7frHgqItBUnWtwb2UryASfx+PbpVMErw9OlEMhjfV/xf8Aq9ev&#10;ezBbYx9XW1rZfAbjye0c4qeVslQZCppFkSNOQRT+rV+FsQPbf0ylSxAoT/q/1f4enpg7R6kfSfMD&#10;BI9f9X2jrq3/ACL8ew67RzuazM9PHuLJ0mfqTNJ487U0702fdYgVeHLzoF82u2pJGVj/AEb26sYj&#10;Wqj7fl9vSYyN4SiQhiDk+fyr6mnn137ZOuN2Y3ZGYodwVmOpMxGn3WrFVkSzU9XAyeEU1YsmoFHu&#10;fTa4PNx7ulB3moHmPP8A1fLz6L7oPUOBrHmD9lP9Q697kb33BsnLZnKVuxsFUYajybS102FrWaqT&#10;EzPGDUQUtUSSsAcsYhckCyk8e3nKADT+ynTSRFhWNaL/AA0/bT/J172qdjdmbKotvwbe3xi58lDB&#10;JIgNHiaetqmpnbXH4q6aaJonTkXAJt7djnQ9rft/1f6q9J3tg9arjj5A/Z5cPsp172Mu38f8ed+f&#10;xHblDU5fbVXV0yRYzMZyohpoFnZdZMblggCEfuCYgMoNjf2pZ45FArSvE/4P9npIot/F0iqmnn5H&#10;7fIeVKefXvYXbk21sTr+sSjzW8aLd8xpBPj6naVRS19HHF5DGtMYaVgsLkC5LyA/m3tNIQB5V+3/&#10;AFYP+x0ZRghdMrhhSopnNf8AVWvn16/uBtre238Rk/Nj8hmI6WaohLUNRSQRwNRyR6Z6NRDM7s7/&#10;AEEjMB+ePbSsAaj/AFf6j16VNdVVznFOINfzxx49e9mpxtP2V2JtmLrvpXaO8OwZ8mG+7ipqWHLV&#10;uHxroS2JFLjpJVsQSgkZlY/TST7u7gHHw5+0fl59F6fUWzeHAC60zXyHpTgP8vTflMtjMHQVOUzO&#10;Qo8VjaOMzVdfkKiKko6aJfrJPUTlUQf4sfZeN5fFf5NbGh8u4fj325isVhpZayd63r3cDUMMbMHL&#10;1s6Qm6AC2stYDgH2hd9Y11ppxwp5fP8AzdGtu9zPBhMLXyx+30PTFgd/bG3TEk22d47X3BFJr0SY&#10;XPYvJo2htLgNRyv9D9R7DSHdpo6GHFZHZ+Kw8ElRK1VkoMfkZsxOVTS8H2eUneKysf8Ajmtjfke9&#10;eIgbJpjFP9nrYIFCyAE8Txx65P2f6qdK2/vDtHF4XdEsmCRczT1skgfGrt7bc+4a+vqmkK2qKSlc&#10;SRLp4OnV/tIPto3QDdv+x69OrdRGIQjtPr6/tpT8q9e/2/sxS9P9+dQYWk3nR43MbWo6iqWnV6+k&#10;yGHjkmlQxUiz4/OpAjGRT+EPP596S5FwQsYIIIJ9KHpMY7polaAFRUVHDiPMHy/w9YknhkZkjlik&#10;ZDZ1SRHZSPqGCk2/2PstdT/eaHdtS+Y3DUx5aoM1DmcjPUtWTxxzkSzpGzk3IW5CKwsRYe3nJSlB&#10;g56cYNqpKasSKnzxj7adZfcDLRYKnnkMOUqssBL44KiN5hVywhPTPLLUKBGwuAECm3u6vrU6xT/i&#10;+lEUMAq8o4eoNM1qTjyp1723UGcoaHPU8lPR1lNjKcxF4fOZp6myWaWpEhRXB54AH5sfbbzNGcGt&#10;fUf8X0nuI4wSFrpPkeP5fPr3sz1VunrsbTxlbJ2XU5DLtHUQwbQfAZKDIYGn+2k8lPDXiPwzwzWN&#10;OVMoZRKW/Hvwk7idOa/lX7PT/J034MHha9ZJ9KHH+evD869e9//Q0xYZMv8AwUTZbGbFqMtkfHFF&#10;Q5bFGqzSJIhmUwSK2lLj+0wHJH1/CkkDB/P/AC9bEc4H6ygsfXJI41qK9b/Ht3pd+RQ7bOD3Jg6f&#10;+BY+qeSmosUMaktLWyDSqVWQCNIUNzeNW/wFvaa5jR6Gh/b15q+FSZCFWhA+YPn+3r3sIqqD+N5w&#10;zbfg/hq12TLY6mGiLH0MQADyVHlLWFxc3vYfX6+7RiIfCPL1/wBjpyGbXMQtFBOPIen+r0/b1728&#10;YvE4TM5+ixec3HR4SsFTpq6+GnlyOPo2ibSJ5Wi9Mmr6qqXFvrb3ttZIKf5f8/WriKEygEgMONBw&#10;FfTOT172J2K6wkxudzdOmZx+RiVYKvHZakMVBQ5ajRyk5WGdgImC3ZgTx9Rf2+EJAJ4kV8zT7fLp&#10;sXAhlKeIMA0I4U/l+XXvaJrto0e4J0xO385jJ62eu+1VBHWNHd2IRKitZNALHgWv/X8+0jsyt35G&#10;KH/BXpyOcSLpRtVeHp9hOKE/M9e9xc50p2BtyJchk8WqY9ypeshcVNK9LG/jsJGQFTwQpYC/uyzF&#10;mp65/wBX29OCO5DhZFGeJrUY8/Tr3tKVWUaoeqolklKwyoV1nTSuIxoVZYY/SDYEAWPt/BGeni1S&#10;VoDiv7Pl6+nXvbhj4BVbiwb4/CzvFdY66KcSy/cq/wCthCgGiID68gn+tvetVRUZ6a+oRJxpSpXj&#10;j/Bn/Vx697l5543z00cdOGx5q2E+OpZUWlIjYIFSVb/WwFkJPtiU4Abj0rIBetKD0697RGQpYoa2&#10;tEUEKRPf7RXqBEtJdizISRyRf9JPu8RBJp0xMig4Fc4H+r/VXr3vPjKSppqCqyNNDXiqRoVlqKCS&#10;SOIRSSeJRJNGy2LkgKLEE8W9u168q5LaTXzoaU/nnPXvbpWYvM1VPT08FPPHRNOtIIp5kWYVCm5p&#10;p1dlIYtzza9/e+rskhwuPy/1Hr3uHhcCk+6YNv5/Lrt+FYZIaqpkpo6iVJI11Q0UJgJRWc2AZ2AH&#10;1Y8e60ByR00samUK5oKcT6/5D173LOUfC5igpqfIVE1JQ1dR9tE6tUU8ThPGZIShLSHVz6Ta4497&#10;UEHt/Z1YNpbwzXTWmf8AV69e9q/NbOqqmM56upcxV0+4D513DXU9TSUssyqBUKVmuxt9ATx7bAAN&#10;QKU9OtOLcPrPn5/7PA9e9sOyiNvz1IxUNXPmKySWhpvs6SOSIxyHR4556gG0diS5UX/A9vRkjuPA&#10;5AGc9eS4jiDFMueFMj8z5de9mN62i6p2/mKmr7Bn38MzRfcU6Y7CbbmmpaYyKHcQVMdVAf3T6QG4&#10;55Fvd2K4DY8/83lj/J0XuNuZjHdsVfiAFNBXPHrg17HSAfoPUbKf8OAfZhcX8nd5UWTx+Q25h66n&#10;w+AV4MTgezc7U7vjqtJ00tbW46uqUpaQRKo8NPSq5Q3LMfp7fjkAGlSccPMU8/tr0U3lnbODKGwM&#10;dxJ/NsgAegGft6hSY2jeKriWFKY1+r7qWivR1ExYWLtU02l9duNWq/8AT2azGfOr5Ldi4mi2l0v1&#10;vuJ98x10FRXbnw9Gu46SgKppkpMFSvTQUlLTvx5GmEpA4B/PtUbiZkJ4Vz6/y4V+wV+fRXEsUsoj&#10;tY6sTThj7fKvyPQTZ7qbrQvW5DdVPi1wtRQGgrqTIzJS0ddGXWQVOYyNS/nnljItGxmUKDypPIAf&#10;vTLfJzsrM0mP+UG4Mngo8dSJDRYlaSB3qYpZfI5psDi54EqWDC7vJwDwLAeyqQyMxWmfs/z+vRwb&#10;OVkpPRFPkv2/I8f+K6V+w9q7A2riJKfr7F4bG4ipnM8pwxSSGoqFjEXkkqNTlmCgAamNvx7UGy4f&#10;gxs+lxMu86nuXufOs98rtuhw8Wz6fFSxpwmszBJDfi/3rekfQe24oWjkJI7qVzmmaYPVo0sEIoXe&#10;T7Dih8uH+H7D1Ez6dpV8OSp9tzbN2/KoC4rJZNcpuDzam5kqqCJaMRFR/ZEklz+be7Buue6vi3iK&#10;Wgm6k+Pe3dnV/wC3VQ53sGOmio6WSHlZ8ln8amRqLp9QNJF+b/n2bF4aDSuV41z+0YHVLxdKs0Yo&#10;ScHhUH1456Ambp3vfMRZJt8975OvoqmmmibEbDwNBt2WanlBWWjpJZnUo5UkCaSZj+OPYP8Ay6+T&#10;/eGIoMHn/wCLdN5XYGcnqcLS02yMbVbnxsGRWETLWZn+MQwNVaV1FIBF4yQNdx7JbqjuW4ZxTAPn&#10;QfL0/wAnSS0u7qEBg1UJpWtfLhw/l0vemupdmbExdVBiaPea5GXVHW1W9M01dmtEg06Umx8vhjBt&#10;wYwH/qT7rO7h7+6r39k6mHH9O7Vzm3aOgoaSOTLYGp2XuzNZqKnWPI5mpye1niSDVMXaKARMiIFF&#10;j7uSyBmY1qvGla9CCa8jkkp4QOpa6iCGJHHIyPs6G/H09RT0yx1EzPJrd7CR5ljQm0cCyzjWwUf2&#10;m9RP1PsHaLYPUO+5KfGR1HYPVdUKaoyP2Cfa79waJCNctQKQihrUXTzcpIbc+06iTWKinn6Y/wA/&#10;XqWjGgLRUFacQP8AAc8ep3PFv68/63uLuPrjZ21cfLS4rMTbxmyiLJSV9JFXbdxkuNiGh6mvhzMM&#10;c7Pq4EcKsn+1n2rWjLRq0HT0M0WjsYuCRxwCPXIr+Q68DcXsR/gfr/vHsNjtWpp0gkpBiqCnimBq&#10;Jqlzrkjt6I1UMGsP6+1SoQNIzX+X+Dp66jdI6cP9jyHDHXfsRcRhqJ42km3vkse6BS1DCKOnpWhv&#10;cvD5oZXZj9AACT7Uxxv4feOH+D8/8I6I7gQP8T5PlX/Vnr3s03X2++t+vNsiuylVvk1EUzy0EwxU&#10;EkeYkkNo6WnrIisjSs1go0A/4e1ixoVIoTX8yB6dI1itBFmpPqRUn5f7HXXOocC1vrzf/Wtb/iff&#10;LeNT3P2XhKjcXYVTltq9a7f1blp+vnzFbjqyrx9ONSZbOVtWJUWcxG0EWn0sb6QfaR49XHIHH5fL&#10;/VnqyWutWaaqoKdtaEjjk5NfTrEsEKyGZIollZdDSKih2S99JcC5F+bX9h1SfIL4oTQ4zZ5+O+/I&#10;aTJyxQ1mRffOMqszIKpggy1E/wBk0jzMTqWM6QRxzf2WyxO0h0ChOR5/yNPLy6Vm5s0i1RxHOa1q&#10;QfsoP2V6bFgzoL6snj2u7GIDEzKET6qsh+6Nz/iLf63te9r/ABEweMo6jMbV6233WQtiqfK4ObI7&#10;hoaiPwVUIlgizeEo4hJE6gjXq0H/AAt7XRWw00Jrwz/lr8vP9nSJrp4pvDiiYj1J9flxHp5dOFPU&#10;wzLZZopXRjFIY7hfKg9YUH/ip9lfw/Ru6a6GXMZDAZyqyFdVpiMXQR4dIcfi4oLCsyU0lQQFiQem&#10;LUp1Ee6tAI6hq54Z4/4enEvbrwyWjIJworj7acOpPtQbj+NG2doLRZHN9q7mwedrj44o83s7G4/A&#10;vPKPRRUeUpMhI5KqdRkakSMflh7p4BUVj+L0P+qvS0yII8PokPAkY+YpXH+DrGDL5HBWMRALoYOx&#10;kYn9YZCABb8EMb/4ewK3P1dtrE5OKOXe0+9a1QHmTD1FE+MpogblavOyyvFEbcaEDt/Qe6iIGh4/&#10;6v8AB0pV4wBR/F8zT+dST6+nWT2M2ydqbn3G+L2715sLIi8ck6V208WRKQ0d5ait3BU/5ROqKCzi&#10;NUVRc+1CR1qDn7P8vr1S4vJqiK1j+dQP8J4n+XXB5EiUvI6xoLXd2CqLmwBJ/wAfZputuksZPt7c&#10;+8srVS1uP2xj66XOZuLJVdUxraKMyNjIRQyFfKSCNN73v7XxxIFFKH/P6j/N0W0qr3EuaDOc48gO&#10;GPQdcJJ443SMm8khAVBy1ibFyP6D8n2GvYHx63p2ptHGZPqbac9M0MlVNV46mqhJVZaKdAfJUSKS&#10;GnF7+ORy34+vHtHcwyM3YP8AN1uK6LQKYVChuOaV/bmvr1ykmiiXVLIka2JLSMEAt/Utb2Eu1PgZ&#10;8hq7y1+KoFwuRpz4qulzxbH1KxygpMVWoBWQW4A/P4HsqlkCNpOD/LpaBMyjSKenkP29cPuafSr+&#10;aMq1tLBgQbi4It7T+8fiJ2HtXJUWPpp6XNbgyC1UkOMppPDnWNKNMzrRyEgRRsfqDyPx+PfllUim&#10;R+X+Xq7QspCCms+R/wAI8qfPrMCCAQbg8gj6Ef1Htl2n8cOw8pvZMFkcPlI6+niSUvTxfcG6IJG8&#10;jjgKp9LMbAe7mXRGSPL/AFHy/wBjpm4tncGN1YgHNBw/4v8AZ137HztHY3ae39s01XW0+58TQUeP&#10;agxWJwlPW/aTyEaJKjIzK19TEXQhdJPHthLwMDG2K8c/z/z9Vi28suoK6ipFB5/nwJ9euKlTcAjg&#10;ngEf1/w9lu2jWbw2TuTF7po95Z/aG46atpExtSHhrspA9XII6iYxVl44zHfU3lC2/Ht5e5CwGkjG&#10;OlsUU1ugkifQ3wjzI9ccP2/b11LGk0bxSokkUiskkcih0kRxpdHRuCCLgg+zXdgVuT7NqK3Pdudp&#10;53sbKYloPDk6mv22ytSU0OlUpqZqgPRxi2qTwqdR5Ycj2piiGgscHGfz9KHoqu4bueSs0pfTxyAQ&#10;Ps4D/L1BxmIxeFpFoMPjqDFUSM7pR46lho6ZHkbXI6w06qtyeSbc+wLxdb0quMy0+LxTNnqanyJp&#10;d0V2VMeWkypQrSxR4fy+ulA+siIW/P8Ah7s70IHr/g/1fZ0/bGDUAtSBkMSR/Kv7cdOPsCm3HuTE&#10;y4uqnLtLS10WWhnnDtA4ppvLGJaci7gH6ljYg29s1QmvRjFGWUStUmtftHr/AKh1720bkze4ewcr&#10;lM9XiGoyGR89U1VHSQ0ySx03LUmPpKYBIo4wbBUA/wBv7ozMVx+X+z0reszM9AWbzpk44fKnXvcL&#10;bOSzTUP8EotzZHD0UlZBPJj0nnhoZasXWCt+1jaxlQ3Hk06gP7Xuo7Tq86fl02pmdQkUmg1GPL7e&#10;ve8ibgq6OlyGJnqZS1Zko6yvqWeadcnLRuRSvVrchlDDUpsTzf3Z3U/aem9Eao0TCpY5PnXy697F&#10;NIa/du3MFR02bzOWyFCKitbZtRgaXD4KAXINdRZqmlJqLry5qYkK2IDe2BqD6q4/b0rWJ2VdLkhR&#10;XTw/n5/Phw69744R9yS7W3G+IqkpcTho9WfailoqU0ckjGlWgxkpk88/nZv3fCpBHLGw9uAknupX&#10;/B9nSV1m0vJjTxxT7O3zPlXr3tl/uP8AwmixtfmJ3p6yWCSeGGnkhkq5AV1xyNTKS+hbga2UX5sf&#10;bpC6aCv2jH29XWRI41aStfOmM/8AFde95MNmKqKtgxG7aab+ExTQzyxU0SU9aaeqOpVNSWV9Eum/&#10;6rcfm3ujNmlMnh01KRqDnKefAEcPzz/hPXvalze2NubvSvTq/ae8dw1xfTVRjHRVVHinK6o6inko&#10;iZY40t9ZB+4bn6e7imgHVTHl/hz0zKiNUQIWJ4+gr/l+3j172MXSfxs3x3XuzavSW19vbfw+5snB&#10;NlTubcGaaOKCGjs9SUhS7B2YkGKBW/ow4Puklz4SF4mIPp60/wAP+TpPe28jQBQoWmSWNcfYKmlc&#10;08uk5u7dOG2RtzLbr3DPLTYbB0kldkKiGCapeKCPhmEEALH62+lvySBz7Mz8oP5bvyi6i2dhq3JV&#10;uHzWxaObw7gh2lvDLZOPHSaPKcnU4bLxU6hLKWtCrlLWJt7a+pmdv1P2cOPn8jX16KY7R5GDQhW+&#10;QrjPHy/y+XQV9RfI7q3u6Spg2Lk8jPU01O1W1Pk8TW4uWSlSQQvNCahdLAMRxquR6gCASCB5bZeP&#10;YbVx20cHl9xbgylPJjqOKvpoJ1qqyCrMUgpKSnu7gWJUfU3/ABb2q1JQN6/6vy9eHQnSCCIReChZ&#10;m/MVBz9n59Dt9B/vrf7x7gdRbepdt93YOj3ulBSQJmoaSraopXrqGlmmdTUo0DK76kQsq3jYK1gR&#10;7akAoQOA6ojf46omwAftz/q/n14/Tjn/AIn/AFj7b+9modldl7px21q2PKYaLPVtTgswKasxWYix&#10;1VKaqlhIfQ0SqraUKjkAEWFvdCA4BbBI4etOP7OqzRqk7IMjy9f28cfL/Y64oWKKXAVyoLKDq0sR&#10;dhf/AA9hdi8huiqnk3PBlJqNKViZaxs40GQtEdfjWaSVZ3LcBeeT70q6T/sdaFvJIC4Yj5g0NB5Y&#10;oeuX0/2P49nurPmTueT42bg2XJuyvzOe3PCuzsxS5TcFdkapsP4/LT5CkpZmZVaNV8fmBDD6fn21&#10;IozQ44U0+vz6ubmY2jq71JoKH0rxzX7OPTe2JxjVdPXtQUhraNp2pqoQRiohNQhScJMBcBwTqF7E&#10;8n8e6/MDSVMdUmSoJYVrKGrWZHkljLr42DxvFFLcXUgEsb29voukU4D/AFf7HW1gBQLXIpw4/wDF&#10;f6uHTiPp7MBnOx5M5s7+GZw5XL7hrp5auryMdFRU1PIqMGgTIZFovua1bj0xahEhAIv786VoFznp&#10;0iRotLireefmKE+o+XXvYe0Ue8NxZCBo2gq5MeaWkpzkKynigoYZDamt5GCCw/F/6cfj26gDUUHy&#10;+z1x/sdF0gkj7dQOkcKgADOM+fp172rc319LjMtCZWjzFdkIfFHBgMmMlOlYHBDwPSR3Vi3AQKbf&#10;1Pu6wSGjDFf2YPy/LFek8m8wWz1LgsfmDT8/I+nXr29itt/4N967zeEphKLCJl0/icU2689S4mp+&#10;zY6Hq6mhmtOUBPqcRf737tHZyM1IxU+lKcPn/qHRfNvUhfAwacSB9ta/t6wS1MUSF2LMqnSxjRpb&#10;Nx6bRgm/I4t7Npsn+WbS4anSj7b7n2LtB85JS/a6WijjnMZLNS4+s3FLSeVpBYAxRMT9dNvagWBU&#10;BJCATnOPn+fr0ifcmdtLPQE8K54+uBn8+k5kd1U9HTyT0tBkss0cy05gxdJLXTCZhfRJHSh2jIH1&#10;MgAH5Pte7c/lqdN7x3bNiNhd67W3DS0U2jL0NfDkaXctI1LxPFQwNEIJonIIEoYAjlbjj27Bt/iy&#10;+HXjj0x+2nSW63U0IgZjmlBxr5Go/wBWemDIb/rsLRGuzGx9z0sH5lpTicnGpYkJ5Vo6lpUv+dcQ&#10;t9D7NfB/Ll6R21IKfMZyor8hicfBkVxohyP8Py0M0xp6WCOeSnijBeQiOyTs34I9nR2mFFDEk1Hl&#10;keea0yP9Xn0HG3eUyUIZskGpqMVNTSpGf5enTFiu2K3OvQyY7ZeUTH1OSbG1VdXZTAxtjXiiM871&#10;WPpamWoXTGC9njXj88+z69bfE349db7Vw29m29sPA0UFE9fnszuPKYbbNFhjCNEv8WyM/laRWBIS&#10;JSb/AEb2rNhY20SMSjE5ILAAfM18v9Q6RHcL2SVoYUOqooQpauoceIoBTJJoPlXojHb3zG7Exm9t&#10;89bYDavYMeSxeRocdtY9fdV7h7KzO9qfIweV5sGlAaeKhjpOfvK6ulSFOGDabH2DfyB+efx26Dw1&#10;LUbGyvQW96ks8VBj9gblGWzUDxuBJPXU1NTwpCLXaMi4Yj3Qb5aWgIgRdQ4HJOe0+g4AAUx1c7Ff&#10;XsGqRnFSO3tP8lJoPkT/AJ+lV0v0v2T2bFlcx25u75HbUkSpplk2tvQbIxWMrqZ0MnixaYOsy8pi&#10;H6ZjPOr34AHPuqj5BfzO6rduDosTsKWGqxtdkPvMnSYGs3XtnJsrepoM3mNSTS6iSuiGQoPx+PZT&#10;ebs06aFGPlX1+31/l0e2PLstu4Lk/sINB6Upx/wdHh291ntjb1WlfHA2SrYIIaWimyUdJKmKp4E0&#10;LDiqWCKOKnuLa2RNTWGpj7KltDu7tTGbx3BlXwX3Gzt0YRsNm9sYrKZarWr27VyLUT/a5irklq/K&#10;xVRLPquAGBXTceyCd5mJpivDP+fH5dCpdvmiY9mtSM58j0vZIYpfEXRXaCUTQlv91yhDGHX/AB0s&#10;w/2Pu1Pqz51fC/4z7RqYMFtalh3jX4uLIBtsYqq3JV1ORkpy/wBnLnsiAZWSXgs/jRbfp49qIr0R&#10;xE6e6nmDQHFST/g+fRRcbJaPcq0TGNRkqtaEg8NVPyyc+VOi/dr9O7n7PyGMpp981+N2ekts3gKO&#10;WWhORpy37kSSUahrMt1PkkY2JsV9li6T+TO9vkF3B2xuak3R1tid35akqMvtqh75q3qtuY3DSVAp&#10;qiKnyM8kdLHUQxMHSGaNorXAUkD2QSQu5JrQZqaU+dB/grwzw6EdhZkRyaaJ2mgYGlBxGKU/y9CV&#10;V4rb2ytpUGIxeJymP23h1o6SLGbNx1VLVQ0cIIREosOjVTRlwplNOvkJOonTrPsEfkT1r1FsqdN2&#10;7K782P2fuB8hUy76Xb+LqdvbQwORkn8tRhtpzVLtNVxklvFLGuhgPSALALYVI7G8hx/4sdbgjQIX&#10;D0Pyp58R55rw4/s6kbI3BuPcePrK7cOyMnsQpXy0+MxmaymFyWUrMbGimHJ1a4KephpzKSbQNO0i&#10;gevS1wC24/cXUabuORpKbIlq5oaShw8eSnlrZ62tUQSGuzc1liTWdYCqbKdJItf2yFfXSpocZzj7&#10;OFf2dLVe3SQygmhoCCanhStTjpae1/2N0tndnDEZ/O7YfbmEyNK1Vj8jR1MrUVYq/vSOapHkVhz+&#10;on6/2fbqAMxRATT7Py6rqkZqNHRAeNRwHnSvXBZI3LqjqzRtokCkEoxGrSwH0NiD7ALM4+iycsO4&#10;KWmzLJCskM8poCcZKijxrpr5rK7v9bAcf4+7xgqKcKnz/Zjp1LuCId3nxJ9P8B/Lrn7bMpVZhMZi&#10;hDhcdSSUq1lLRVdLTiCvlikYlXrGW6uEv6W0hv8AHj25pzTP2fP/AGenH3G3KLocAeWKfkR/gx17&#10;2y5fK5Z9n0uHpZMTLJiKl6mesx1JDFnHepbXMclkwBPMF/SqMSq/ge9eGAdQGf59beW3ljURgEg1&#10;FBk141PHr3sM6KSWeS1RGSXIUSWPLE/2lH1/qQffhUE46rmlRj/B/q+fXvalyuVSghbDpisdGsae&#10;N66Cnq0qZnZdTGSR2IIH0ChQP8Pdvs6UMyodFP8AV/q4de9pSWnpZqJ6oVSpWeVIxjwkvqiI5mWT&#10;hRp/Kk39tsHJzw6aIXQST3V4efXvcmhyU2PWA0s7xGCQSo0S6XjnVtUbibg31c3H0+g9+QgAjrRY&#10;xpqTB9P9nr3sWKetodo7t2xux9y1G6Kl1o8/ucVGNrsbW47LJN5oMeyZHQ9SAwRvMnoYH6+7pqJ1&#10;NUfs/wBQ/wAPVJJF8VJAS7YZvI19P8GR9nXiL+7FOtd4bm+UeFqY8FsLaMuC6smpshNst9wf3Zxu&#10;aaSQ1Lw43C0sTeapnOuWonnYnUf84DYe1cXiVK+RP8vL7PT7eJ6KtwN5eBtESsoNStaV+wdRZHhp&#10;v1F0NRIQZAJHGsiw1ObhR/qQePwB7FVarY+PoNxS73+P+L67xgoq7I7kmpuwqato5MJFTFIpIMTk&#10;XMwKyFSfFCzStYLpt7XCRtOCaVPA/wCT/Mf29BT6F5Lkma30CmaGp9OHEf5x15Yqhbr9zrWyhTLE&#10;pk1B7uXaMqCCOAAot/j7rQq81szE5/K5/ZWHXd+1KiOahqNu7jjqKBoUnOtcjQywMzK8ZsIpXHpu&#10;br7QeJRtRGPl5keRH+boQ2W32xi1OmryoeI+dR/LyHmOpNv98f6f6/s7+w/5kfaHTGz8HtrAYyky&#10;e0g0CY3b825slNUYOeBP3oBk5XlqdLXtcOqgcAAezO03e6t0CxuQDWorw/4v1FD0WXnL8EyUMakZ&#10;pU1p6CuQft6QWe6v2DubKnO5rauFrc01C2Nkyc2PpZqmahZtYpqnzIyTIrAMqyqwBHHu13o/+cP0&#10;itBTbP7x23uDatTXQRTV04mh3NsqKSrjASliq5SJ2EgOoo8bKvJZvYw2zm23giWO8BYVrStVr60J&#10;B6ijmb22N/MLi0HgynzofL5iuPmR/LqvX5B/ALdW8t1UG/8ApbfWB2Lu7G0hpYspJipsRm5I1fyR&#10;FczgxpEq30rKkEZC+m9vYxfJT+aV8XutusKLK7Y2/j+1KncklVQYLauEqsJLiqqKCAGqnzteTNHT&#10;QBbL4zCzMRpC2Hs13PnKya20xJqrigwPXJ8v9Q6Itj9r7+G6+ou5gVJ4itRQ/IZ+3JHGnQa9RfAn&#10;5I4bfP8AHd+d81kMMdMHmzmIyWZq8sZw5eKgoqfVSqQLszVDznSTwrsTbX97O+feT3ZuCiz3X3R/&#10;XXW2DpZjVQbVwdBW1FHUV9RJrqMlla/FNRBpWFlX7dEK/kn3HNzuEtzL4lFTJwK0+R+VPXz6m7b+&#10;Xo4oViWMUXFaGp+eAD/n6tn2jtqq2xhIMTV7lzu6Zo1UNlc/LTT1z2QJYPDGnHF/Xqa/1Y+1TTfz&#10;Qu4dqbXaioetNqRZ2mirf4Xu+bc+8qmTDyZZgToxMlYUkaNh+0s7soHBUj2hW6mVvERuBOc/z/1f&#10;t6PG2OCSPMZrXjSoPyNesOU2Xj8xUNJW1E0lFM1M1bh2osJNjMiKVCqJWLU0jy2N7kxyoQQCpX2V&#10;jfvyR7f+RmXpKruruZadoYPFjpBSNT0VHFEdSLNQYMKi6iB6yC/5Ptqe6mnNXauPn/nHW02C0Uh8&#10;RgVqOOeFaCnTtgtu4TbND/DsDi6TF0fkklMFKmlXllbVJJI5uzEn8sT/AE+nsZOl9i9N70fM/wB8&#10;e/K5qukoTPuPNpt7cOVpKbHw2p4qalpyAaom94tToCRyQOfaCRGFDxDUrWn5cM9O/u6BSdMx0+tD&#10;+zzPU6ukqYKWR6Kj+9qrEQ0/nSnjaQj0GWeT9KXtrKqzAfRWPHvDu3szE9Lds5uk+NHbG76TZWGj&#10;xOFmzVVQ4vzb/nqqVWqml28A9OaPyHRpqAxUX+p592KDEbGhzgcKn/VnP8+nltEt5qwSkUFK8dTe&#10;oGMf6sdN+OircniaCTdOJxtJlwq1FVj6OrbL0dDWI7BGochPBA7kCxEnhQgk8cX9hJ2t3bvvfMdb&#10;mNwUcMdPkgcFW0eKxq4vFVMVKBIhpoadBEw1jW45Aa9re3o6IeFfz6MPqpnZWkFRkN5A/OhrUdPM&#10;aqihVJsAFBZixP8AyGxJJ/1yfYf7C7U3Zs3IYmq2pmK3CbjiWWOjq9YyFDQLMfTURYuo/bimX6hm&#10;Vv8AWHtTFOUHClT/AKvP/J0iuotbAoCK/soeOM0+VOuTAOpVlDKwKsGHBB4IKn8e3XeHcfZ2T3NT&#10;Zbfe4K3e1bjqtctRxS1HgoFyITiuejoPGiTNYB3Avbi/tx5Xb8WM08q18umots0uJH7tJqP9XHrp&#10;UVQFUBVUAKqgKFAFgFC/QD8ewnzFZuXeubzO5KrFRibKM9ZWwUIq3hEhsHlU1EjyF/pxqP8Ahx7S&#10;rRmNRWn5/wA/L59L5LeoeQCtBnj/AKqfLrkP8fZ8uqIdl4XrDZ20sxvGPaT7h3PBlt65OdhT1tFi&#10;pmFPBiKalJaTyst2ZwnNx+PZrGYylK4/ZT/Y6C9/bypGFaQoXbUaYIHkAP8ADnrpiQpKjUwB0j+p&#10;twL+zEb6+GnR2M2fkd57E792HS0U00NTuqPcu4qPL5nGUcxaopp8Z9pEhNRJpCCkkjU3Ng3tJcxi&#10;OMslD5/5hT/Vw6WWIUAhZB5VJpgdJam3JUzZqTDybczsMYRzHlmpUGLkljUNLD59Xp/2hj6W+gN+&#10;PdRdJvLdO1N11ef2Zu3L4/KYeqmqsBuTH1k+Hy1MGlKJVYyWEhoWZTdlQg2Nr+0WunDiacP9Xl0d&#10;xUr4isa14/6uHSlqKeCrglpqqCGpp50aKenqI1lhmicWeOWOQFWU/Qggg+xPTvjtfKYSvbcXee+a&#10;3ITl2niy2+N0V4qoZvTNA0CvLGwYE6tdv6D3RhU6uJp5568toh1Sl+41xVqenDI6x01FSUUSQUdL&#10;S0kMShIoqaCKCONVFlVEiAAA+gAHsA6uekqJJZEyTtL4JZpJaiF3aaU/ohV5ASWe5szWt+T70NYF&#10;Acn/AFfy62gSBaK1SfMj8vngDh1K9x4YJ6uPXBoaCCPXLSeRizW+sojF78/X3ZEcAkmv8vy6pJdQ&#10;RUHD5HzPnx8+vX9iLss0s2PraOohqXasZIqmiSBo4ZYg2nyqrsFMsYJZDYEfT8+/NG0i1X9vXmvY&#10;ivhKaMf5j8vP5de9wd0bKyW0quEyUi19PUP58bX07CekrqSwY0zxQ+pKhSQJV1ek/Qfn3TU4NKV+&#10;fVhMFIUgNXzB4/l5fPr3tDZmeaesLJijiqc2K0iNLN4zpAe0s3qFzcgfUX92NfIcOrvLGx7KD86/&#10;4eve5n95srJj4MU0jslG4lp6hZZPuooiLfbltVtH5sRx7vUjtBoOtFRwNfyPXveCDMimWoeWCCok&#10;lUB0rofuAzHnXHYqVI/J/wBt70zD8XTyvoWijA9R172K+wc7ss1xG+5ZMZgRBFN48LQmvrK54zZK&#10;ZIZ5FUrq9TMzjT+L/T346iNI8x0luYkclZcKwBwOFOve+XaW5uus7HT0WxcVkqKjo34nrJVcVQAs&#10;9VPGqxiORvoIk1Ko/tE+7qQagEE4PpQDhTqkUUSgLECo8yfT/OfPHXvYaUNfQ48wUtLFTZCV6lai&#10;aWVNCglNMdJGx5AHOsjg+6KKE6fspX16Xo6o1Bmvn/m697hnC1VbWSiKlMSTVJBeBZJ4U8jajHHK&#10;AQdI497SEatIr/m/1ft6LLncoIQeHzzw/Lr3sc9i7crMTI1oKqmWfxRRVctME0JrvL+411juPSWb&#10;6j6ezq0iZGDAD/V6efQL3W9WfVpzx/McDT/Djr3s1PWlHQQZ2m3zurEltqYevheCgrI3kGfyEXFO&#10;IaUeqWFWsQxGk2uTp9nY0HJNKHz+z9vQXmgmDeNSi1BGCK8cep8q0697Evujq/Znd1FLu7ruPA1m&#10;4sNGzttJsp4/4gamcSzTSsGDoEvZUUhTzY/gEm6eEavGeCio/Py/4voU7JHcE61NacV9a59eHy66&#10;AIHJuf62t/vHsi2+cP3NsmWXF1e16Xa9BTGOBZ8Js/GrTGURiW4z08L1Mqf83DMQDe3siGgguv8A&#10;L/L0O0+qpVotIPCg4jyzSoHrUnrv2AmY3TuLIvbJ5fK1UnOrzVEixsR6NKRx6Bb/AFuPeiwXtp0+&#10;rPTS3+r/AA9e994GXGfcGry9BPlqKlLPJSxyyRXYjRG09QASsd7aiOT9B7uhxpXz6Z8JBqpXhw4D&#10;/OOve3ynxWKy1NmayGoix4polqKGjezs6n1SQBpiDZfoGJv7cVM58/8AV/xfVLZFMjNQCnka/wCo&#10;1697S9RTuvgjV4I46ttKiesivEEP65ufQv15P4/x9pnwQRw9OlgA0AmmevezV/HH/Rbs3dmOzvYm&#10;+MVW4qpeShyuy6Clrq+DNUM6WlgzleYxTJS/ViSxcNYj6e9juFFx/P8A4vpghI7jW7Cnpkg/acD+&#10;fDri4LKQp0kggN9bH8Gx+vsFe5q/r+s3zuGr67w8m3dty5OqOLwgzKZuGCkZ7wvFXQqF0MOfH/Z4&#10;F+PfmDAd3TcdA50rQE+uPy/4v066jDhEEjB5AoDuq6FZreplQk2BP4ufYf4+SqSCo+2bxxtSyGcu&#10;IyWRfTpQSj+pt6efr+PflRaA0z0rB9Pz65+5DUCR42N5HH8TrJ1+1oYHWSR6EIzS1FSATp9VvGp5&#10;PP4970KWBPVeCce48Ove2ugSjgqYpKvUyRyFZY1OmVhbgrqsBzwfflCqCDx/wda7aVPHr3ucZKuC&#10;kqYojRrFMrysBTU8851HTb7hwWBA4Gk8e7FlVaDPVl10JGK/6uPXvcLGY+mrpQk+QjogyTF5Z0lK&#10;LIkZdUPh1HlhpBt9SL+0+a068iqcsade9zsea6KrWKiaQuiFtCWDuuqzKQOSObm4+nt4duG4Y4db&#10;XDEJj5j/ADde9mb68682NR407u3nuaEbkiqW/hOx5sXWmlqJFOsVeSylMsqeK91Eb6DqN72F/bgk&#10;KGjZr/s/6sdIZwjoXmJ1HgtCR/g69b2OXcu4O+ey8HtzZMW49vYvZEuJp8zt7rnaVVUYygroJ4rU&#10;lXnVCotXWSBWKJUyMR/ZAvzuW87Cgaijy+Z48K+vTQ2u5lI1soBAIUHyPAGmAT5Zr+fURaGkWrau&#10;EEZrGj8JqWXXOsPB8Ecj3KpcBii2BPNr+ypbe6Y3TuLD7oy1RVYuifarU9PPj6mvx8VbUVM8hiFO&#10;KaWVHASxDFVJBsLey9rokjyBP+rh/n6NILNwj0otDwIoR1L9qTHfGPuuejWeLYFVT01fPBFBkMhP&#10;QU9FPJKuqCnpaiaYankH0RVuR/T3tLsCq1r9nVnt74ZWIUNMmn7OIp/m64601FNS6gNRW4uF/qR7&#10;Qu7uot87SnmO68XR7ZUVLU81Ma6ieWF1W6n7KOZpNDf6r6H3YyITqH/FdXSG4Kt4oCUNKV/yV65e&#10;0CaHTC8lPX05ZmSDwRMTJIp4kl1NzpuBx/j/ALH27pJFf9X59Ubs4H9nXved6KqkpzBLKJal3WCO&#10;nppYppZAg4BjjYlQPoPe2QJQ+vVu5hQ0r5evXvbVNTzUvmgqYpYJI1jDxSKyTAg+rUpFwbXBv7r1&#10;Qgr8WOve+TS0umzf5mQkLGWtYFbIbr9CPqb+9HV+HrfbTPXvealr3om+7gllgdo2C1CW1W5QKjD6&#10;3HB4591Klvi/l15W05697b6ks8gmeO7AEkM1tWrklrG/+P8AvfvaoF4dVOTXr3t0paD76FknqKak&#10;k0jT9zJ4dQtdbki9v6W/2Pvfn1cKWWnDr3tqnh+3kEJdf2x6DCTIhsL6mNrH/W93UgceHTbKDjr3&#10;t5pWwksdPHNXzUUvicyyrRtOsk/6lChWBAP0PHHvzMa9vDq4WLFePXvbB5JJDIJWB8fqRwdD6Vay&#10;XH5BHFiL+6mpweqUz173n0xzElU8B0o63e+pgL+m/wBCf6e6jtx5dbHDr3vCEUM+pQdXBd72I/wv&#10;+f6n3YVPAde8+ve8MtPKLFVVFDcFPUzfkOv5/wBt72ysoyD1o449e98GVithZRbQxAYfU3Nw5uef&#10;r7sgLA0Geqsajh/xXXvasxk0q0UsEdXjqaonKRCoqG8bxQgevlbgX/JI9qDlRo/PpmRpQBoOBxp1&#10;73JrsDt6Oieth3ZSz5IOgGOjo6xnmf8A3Y4mVfGo/wBTc3P+HupoOBp/LqsfcKl6/Kn+Xr3tPMKV&#10;EmkhkkjuRqidNRAX/dhbmxv9Lf7f3QtpqD59KAagk+fXvbJJJrkDAC4PLC512P6v+Re2QKmg6qWF&#10;cde9vT4lzAKqZljjeETUy6XUzqOGMTAGw/4Nb3cpTier6S2W/wCL697bX16NKsSpfSB9Q3H19R+v&#10;trBb/VXrefLHXvbm5wz4ehpIIJ0zZr6l8jWysFh+zZRHQwQp9BpN2kY/717uBWtcdeIGigGeve24&#10;0ckAkDvBdXKvyrXA+jRkcMD/ALT70G01Hr1XSR1735LcfuadRVfLYqIv7PBF2A/wt7cBJYAY68RU&#10;1PXveKSRQRC7mYI7BXXkPzZSur8f09ttqrg569qAwc9ePP8Axvn28Coqp4hTvWViUaxvpgkrpvtl&#10;kiX9kPDIzLxzYAAf09qNMYppFMZpgY69hhXz64gWvwBfnj+v9Sfz79jqSFaqnaeppHDOgu6fdUah&#10;7gCpSIggX+vIt7ZeOseoZJ/h4j/J1pQzYPXL23VMc4mqEnsqxSOQ0KhoCfIVBQr/AGf9SeeLe/MP&#10;DJFPTrdCSQfLr3vGo+4lCysll0Qg6goZmNhdv6fn/D25GATRs/b1QU6979ITCWpgyq0UjaWiGp5N&#10;RtpZx9QPr7bft7QOB4/5OrLUY6978iJ6zI8imVXCaY1YsBxdkHKi/HvQ08WNP8vWyMVbr3vGjqyK&#10;AqjQ9mcAeuMm/r/PB+hv7sW1CgAHVVocHHXvcyKrqqOeKSCSohkgYyCzgFi/B0BfwRwT/T3fxGUg&#10;ZqP2dWDae5fLr3vC/kqXed4ZGaoZmhA9Ooj1MQFAv/S/tpu7v4fZ174+4+fXvfoEAeORfL5EtMuk&#10;FmBBuGuPpb62v72i6iFbJ8/s8utUqKde958tkauskjaqcO0KsiOFCsVkbX6woH+8nj35pC3Dy6qF&#10;0Yqeve8mNyNLFQZCiqaXzzTBJKGdSEaCdTpYOf8AUFSbgc397DR6NLLUjh04jVBU5697iiQ6mTWT&#10;Gq3SKOMAeY+mwB4BHNj7tHU1+Xl1Vhmvp173Lh8z0ZpDTxmJHeqM6RIajyMPEyVMxs3jUc6LfX/H&#10;35lPw0p5162CQOHXveIPSNM0b3jjCrHFJTRqX1pcBnEljz+bc+9xlC+lxSmMfLz60zsaUx173Kpk&#10;gMvNPUSKhImCMkJA+iGPVe5vyw+lvflKayynUM1xx/4o9bAP4qn9n5de9iD1RsdN69m7H2pXT/a0&#10;G49zYnE1MsjLrSmralY5l8fNrrcKR+fpz7dtovGmjT/fjAftNPyI8qefRdvF5+69snvwNRijdqfY&#10;tcef2ddH6H/ifp/sfe2F09srprYeAo6HafXUVDk6SooMXBLSYIvHFQ0QZXlq6hEMtS4H7p13JLWJ&#10;Fh7yg2LZ9g2nbf8AcUvMCKvpr6+fFj509ePqOfvMm9c58xb4Zb3cPDtyupY9YUszUotK9tOHH/P0&#10;js6cqSwiraWnx/2c8lRI0yw1LSXHiSJn9KK3Kli3Fr/X2crE7K2vUrQZlMLRZXI1ECV8k7UNJPM8&#10;ER8bQ00M0dkWO5vEbgEk8ezJ7XYpY4y9skksnAsgyCacKH4fMH1r0FPr+bIjJFLfvBbx9gUOyrXj&#10;3ENU/I/Pz6LluLsCspJMlh/PUYyKnqJca8xqJaZIKt4xLTvLPC9z5vSVkFtVtP59lA7m+HXxO3vX&#10;7l3V2xsSklbsHdmK2/g6valEmIyO1avJSJjKOXFnBrGrRSy3krJasNZzccC3uI+YeTrI3M9yreEJ&#10;ZQsaxgEIDShoMAHOqvnwPWQPKnuRzPHaWuz7NN4slrAXk8dtQdQKkaidQP8ADTy49ScHvLsqCixW&#10;HwhGQn2xt+qymXq9yPLJHn3UmWqpaupZRPFMhdTSeEuCg9fH0oy+RH8v3Ddd5LMxbK3rV070+5Fx&#10;mJ2tvihlhqK7E1U7U1Bl4txUaiBz5VeFojHq9NwWHPuP7/Z5LJ3QmpViKaTVlFQGHkcjhx8+p95b&#10;54O8QI15EFGgMzoaqpIrpA+LgQa04dGew+UXK0NDWR+GRamgp6maSkmE1PFPLBHM1Ouqznh7qSg4&#10;+oBIBJRvXqXsfZe2cXm9zbOq8fg8jUmPHbkjxUklBWCGaSi+3fJR/trZ430owDki5sPZU8cqoHZT&#10;5ZoQPP8AKv8APy6GtvuVhcy/TwTK7qASgYauFQSOINOP5dOwdCxUMpZTZlBBKm17ED6ewbWMxuJE&#10;bxlOAwPjdDf0tGbcH8e2GKa6A6f9X+XpfT0r+z9nXL3mD1UZlmUsxZJFd5C2s+T0s2prj1C4+n+P&#10;trWSTIO6v+rH+TrVWOGx9v8Aq+f+fr3vtxH4mcF/PGkYFogIENgFSQudV/xcA+3woBBpmn+qn+Xq&#10;xFCKcf8AV+3r3vHA9RCWmjiBLL4WkeMFIvKvrVPJdQSPofr9bc+60bVrU8RxxjB+3qgBH5/6v+K6&#10;97wRtpLGP6rcsxBBJUj1kWta5v7qCWyvp+Vf8vWwCR/Ly/1fs697N3h/iJvHK9XYjtjL1OP21itw&#10;VMdLiqGV/wB1qN4dcOXr5Kt1WCOQ/pVmu1+ByPZ9HsF49gNycBIzgGvH/Y+fyp0Cp+d9qh3l9kjB&#10;kljALFRgfInzP+DriHUsUB9QFyLHgH/H3gxfxNz9fS5Opm3Rj8RBQViU8M2Uo6lYsje4aqpEphI/&#10;hW36yljfj2mj2q4cYOBwJxX5jp275wsrdkR4XfXw0UPrWtSM+f5065e2WD48/wAApK7cWY3Jt/cu&#10;GpchV4JqfBV1dS5X+LolkWjgr6dVqCGYAIrcn0390ayMJJf100HEmmOlcfMUEkqRRo6s4BytKDjk&#10;8B5gVp68Ovewd3XsHIbfyUtDS43OmSnjR6mHKYpqSvpmkIYRyRRu45Vla4PsveF4zpQEnNcf5P8A&#10;Vno/S6tpULo6mnGhqK9e9o+OmqRDUO0JMcX7ErH9wK7ksEUn6EgXuL/T3tkpVmrTFflUf7H8+nPi&#10;FRwPmM5+zyPr1724xYqbwxSSoscRBkaRZIpYzCU1xlgvINwQb/7H3eKMAjSDTjU/6qdXbUPLh+yp&#10;/wAJ/wAHDr3uC1JWrHBVmOZKCplkjgklUrBK6H1vG/0YKeGKfQ/n3XSaVYkDj+ef8PVSQTQmmr9v&#10;XvfCCQpM6JpZdRRySpLqLnSNVyL/AEuP6+2pGbBrQLw9T1tANVFr17377kosqxRuWkNmRTYAhrqW&#10;AFyo54v9fdtQ0gDJz/PqrIcsAaD8+ve3LFVeKp3mGVxU+ThNNURRRRVhxxgqiumOqD6HDaDyUIF/&#10;eie7SooRx+Xzz5n062BWtcmn+r+XXvbXHC8k4i8Mwkc6oW8UhJX+yosOeR9Rx73GitUOM+g8+qtK&#10;vlkYH2H889e9yEWsoammkkAQLI142iHlMg4kAP8Aqgfpf8+3tMkRFeBrQClfy/2erfhrXiD172/T&#10;Pt5YHj/g+dauDkSHJ5WCKJAUtI8dLDFq16uQxIFuD7rUZJBOfM/6v83WqMtQTxNciv8Aq/Lj173M&#10;2hNgIczRZDddDU5HDUAmY4yhkWmbLVMQLUdDWVYKkQu4CzOpDBL6efe6u410pT1GB/lr0xLIsaEI&#10;e4+tTUev5fLr3tirqmGrrpZUpoYjLNNKtNTBhBTCaUtHAJWuWWMHRqJubfX25pXi1K1P/F5/lnpl&#10;bmVYiDSo86f5K/s697daHG1+edoKNWeKiQzz1ZUwYqkhQXlmqak8AAfQk2/p7q60GmteB/2Pn0lN&#10;wqANI1Nflip/L5nr1/x7WONrNhUOIeCZ8t/E6bIwXyGPpKeWHIUrsBVrStVuBFpUEpIVa5I9Pt0N&#10;GkdVOePyIP2+fD59OC2vPE8dSpBAGlv8pGceY697TO4ajbeUqJY9tY/O0VQHj+0fNZGkyU1aoZjP&#10;NVVEKwolkClI1Qi9wT7YLpJ2LWo9ejCCOeNKzlSaeQoP9X8+vexY29/o2pNh1FY/YWVXsCSvJpdv&#10;1m1567H1CUfpFClaqSRxpUD6OralPBFrH2obQqI6uWcnh5fy8j0VyQ301+A8amCnawY6tROagfLh&#10;5V697Dps/nMXl6bLRbeosN9zepRa3GNLDWwsSwkglyaGNlA9MbKCPbEc7uxZVFa0IrT/ADeXl0tN&#10;nDNEYS7EL/SII9AaZ+dP29e9uG3t4z5vdmKoqqmxtHiK7J0tHJTV1QsVD5qpvtvLUVwQFYwW1Ne6&#10;r9foPewFY57fKgOKf6uPSV7Jo4SImNQOPoPXjx697Fmm2nu3f+5U2psSCDOmkkyM8mL/AI7SGnRs&#10;ZIY6hVpnIj0gKWhlZBrA1e720NxO3hwdzHOT5CvCox+fHpFJc2mz2i398xGsgAhSzfJcCoqf8PXv&#10;bHtHCda5Ra2n3LmNh7IykeXyENXkMrXbmztfHTUVPqlb+GYqI07ySSoVhKTKdRIKFQD7aEdXNWpn&#10;I9KDI4eeanoxlnn7JYEeQPnA00HpmlDTjXrpjYXALG4Fha5uf8bfT6+0Xv6XriepiGw9vvlPsaLT&#10;X5uKvqaJsxIV0tkotvMJGp0Q8FGnLMOWVfp70aKK4JFa0+Z/nT/B0/FHcI5aRiQcjhXPAE18uBFO&#10;u/aSxWYeSDDQU1HTPHiKhK2sWrBknyMkZLLHOpYMKdV4McJBt9Tex97Wsi0WoH+Aevofl07oCu0r&#10;NXXxB4Y8/wDN5dePtW7p7a3ZvHB7U2xX1GElxGCfKTYmkwO2sbisjRHLVJaekrcjQxLU1MaABYI6&#10;mV9K/wCPPupJogU6iBStB6+fr+fDy6ZjtYkna4GrUacSSKAUGK0H7OOeo8dNHHNUTqZfJUtG0oae&#10;aSMGKPxJ4YnYrHx+oRgXPJuefYU1kkUUFRSzw1Iq0rRJHLIgVTEg0SRTajcG/IH+3/p78T26SNJP&#10;+qlePSxiSOPp/q9epHvLHG1caSkPoGgx0FyI4y7tcRKRYXLfW596xIK1AA/1Ur5dVfSGxwx58P2d&#10;e+nuI8Tx1DQvHprA3iKyOyqjxkhogqfkn/Y+2tEi/H+z8+rErWv/ABX+o9e9uEVetPTVVHHVLEKh&#10;P8qp2gQqSpGiNZn1Ne/Nhb2+rsoIJrWvHP5de01avXvfPHx4dWX+KzVVakkoEVPTlIo4mJ9VRO8q&#10;kWtf0IpZrWPugdVNGq1f9Xlgn9nTbxyKo8MBcceve80s2NSsn/beWiWZxFLHCUHjUeho4gFsSP8A&#10;joP9f3vUiNQ4pk/aeAp/q+zrao35/wCbhXHXvY59XdmYHaC5DGVUOKqNvZ16KszWOz2AoMlWVUmM&#10;JaGJayTQ4jkJsIkqFTSbsCQPegyq6PGpJFaauA+ZPSK9tZbjMbMpXgwNKE+vy/wdetzf2wZrfW3c&#10;1uRc9t3am0tuU2LaqFBt+VPu41kq2ILD7pDHUIgJKLKlwDYarA+7FRLHpLHPmD/x0+nzz0/apLBC&#10;FlOphxIwf5/tJ9eve0fmxg6+BKeOLFUWTQ1NTkqjGTVfhqpGkDwKKeYGOPxr6AkQA5+vu7xgLQUB&#10;Ap6U+3/Vx6VMCW1g4IwKUp8yfn5g9df8T9eT/vHuHtrN5PFz1VXQRYeBqWJiKStggeGdSuh3RJg1&#10;5gORYix+nPtuOUg4pUdNS2sV1GVm4/IkHHzHD5deAt/T/erf63uHkdx7gyeQq62qyVdNSVkSw1dN&#10;SyvQUEsZjAWBqaH0rfgFrXa1yffnaSSTU1fXGMnqscEMChYh8A4mpP7eu/ader06IplkjRNJaJWH&#10;jlkU8My/nSDYMfbYALUOCa/s/wBXz6eJOnBqeve3KFfLHIBAaqB1Js1Syfbopukr+I3Gg/S/tyqg&#10;YHH8vz6r3FQshp9nD9np+zroi/8Avv8Aevc3C7T3DvPMxYvDwV+TydXIsKOtQBqIUhHq6urYKiWH&#10;1kYce9M3bVzj5/7HVZZFjUu9Av8Al68Bb/ff7377O1tyUFc9E+Ey0lbRiSlWOPG1dTJrVyimPxKw&#10;bm+h+QRyCb+7BZA2ilDg8Kmh4etP8vVBdW7DXrUDFcj9nyr+dOu/a0w3UvaGYZvtOsd0VqLGxMSY&#10;nJUjVEjj0SSSzItwGN7C1/p7fjsL6VjGImalKjSTX9n+Xosn5i2O0fTc3Ua54Fl8/Xr3sMIMHkcf&#10;uhMTlsc38Qocj9pW46e8cq1CSCKSmmCHgqeCB7ZWJ0cawRQkH5fb6U6MUuI5IBcxGqEVB+Xr173Y&#10;fjPhV1+m3W3t2X3ps7bSxww1FTt6nnx1FuCNZwJIF+xrJQ2kBtBl8fP1UE+xZZ8u2z231tzfRRLX&#10;KGvifsxX/B1G+5c+bwdyG27PtU0xz+qQRD8hq/i6wGdfOIBHMWKF9YjbwgDjSZfpf/C/tmiz/wAT&#10;uva2kp8PhP8ASBjKPI0cmQk3Ga3M4vKR0z2rWx1FTPAUlAIEcjnxk/qBA9pp22a3lVYAZADnVwb1&#10;IAOMcOPSq12/m3ckL3kxtmcHSEoGU08zwNOPDrKwLKQGKkjhgASD+DY+1D2V81sLuvEzbR2P19ie&#10;pdqxr9vS1tCsbZCahje4ikpcKo1SPYK2qQLp4v7tuHMFvJH9NY2qQxrjB7jX1PnTzpx4dJNt9uLi&#10;2uxe7xdyXzkgkO1RUeYFQABxx1ihiaINrleZmILM1gAbWsiLwF/w5/1/ZIWr6POZP7nNVtdX4yA6&#10;qiioo6PC08qSSmaXzVVQzEamPDSaiL8D6D2G3fXqpVqCuf51HH9nUmRW4gQxwAD51r5eQ+XWf2f3&#10;4zdxfHbbCxtnMft3qrckjCn/AI3i6HdNbJNi4eUky24UmaLz6gJEFPHGkjcSKRx7Wbe1pJpS7xQ1&#10;1gZAHCgHE+nl6+XQT33bN2lUtETOmk9jUANfQeh4Gv7OsLq4DlSzlhwhKBRb+lx+fzcn2ZfJ967x&#10;782/lNs7H+YO7qDEbVplxcFHmsJQUn3WFpE+2OSFbSTUNRUz1DMRH4FlcRgBjq59n0u53e5yfrXk&#10;hYAINbGmgYGAQMj5V9egvByttWx6b9NrRmdtTiPSSGpwFR8PnxAr0lcVsnaWDydZmcZtfCUOWyss&#10;lRkMnTUEP8QnqZCrOGqihYISA2lXChhcLck+y3Y74k9R7y3JHXH5VbZq3x2QoqHc0Wb29l6zcMa0&#10;0H8Ty+XmAq5y2KKAxy1PkBU3FtXHsivUhg0fTv4gDaWNCNAArqzUsp4ADOc06F1pum5m3IawaHtZ&#10;kAKgCmFU0PxH54+fTvVZGtpnqY4sLX1rRUE9bA1JLQLHVzRyBExsb1ksQWd76gZNMYA5f2fap67+&#10;GmR61l67qPnf1BsPbebqqSrxVTsrHij3BiqWjq0q0whr6+ZZCiNqAedfPHqK+Qqbeza1tNlktDBe&#10;XZRidYKxu1WFaA8AFoflkdAO5k59W/jv4NoMxXBSW4jUE+TYZqU+zoDcr2p2/DLPHg/jbvOvNPN4&#10;vLk98dc4unmiViDUQmnyNSzcWKqF5B5sRb2Rz5h4nqHqevwmE+N2Zn3Xh90YyR9198ZXsGTM5vcb&#10;z03iOKo5vJFFRQt47ysEMpFkVwpsS7cYNst5RBYNqjpliQC9aHI8snIOSc56HnLEW8TW7PzIiROW&#10;xAoBCAmoq1aMT5kUrxNehT2DW7zymBhyW+sbR4HM1ktRIdu0WmX+DU4mKwU1TkEllSpl0AM00WhD&#10;e2gG/utCn+0qDFJG8dDVRzfbLLEVnppiV0Kxjc3YfVmla/8Ah7KRIgoGNCvy8qf5v9Vehc6Av5UA&#10;NTwx6j/BTpce13L0xvumwCbwejoKnDTzGWGtx2ZxVbLTK7lYKmsoaKVpKYSMCIhKi6iCB7okkcju&#10;kZ1FCNXEUrkUrjPyP206ZYoAdDBj5geXnn7c/s697a8rs3fOx58LksvgYEmyFDTZ3HVlXNi8hRZD&#10;Fyy2RmjjaQElkMcikhxypC+7hy7kx0x+efn+z+fV46U1KK0z6+eP2en5de9mJxXyt3FjcxXZafpT&#10;4+ZcTY2DGY/D57ZdTkdu7fp46P7eV8VhqGsgpzPJdpWnqA8iyHhhYAFNxtLzEsZ5YizVcoRqbAAU&#10;Eq1FxSigedelEQMKNDX4ydROSa/sA4U4UHUWel86InnqYQkqykwShWcq4k0OzKTpJ4IFrjj2H+L2&#10;Ttjs3DZ/OQ7y2LsTeNJJLl6badTRVmL25mKKVy5hxOVM0yxVoa4SjZP0C+oG1zKMsP0mJqoFGalW&#10;xSmAO7FSeFcdNSSoqBApovmKGuP9X2fPqQWIZQFLBr3YEWTi4JB/B+nHsJ8317mNvVMMIaPM/eBP&#10;FW4NDlcbVzSWkEVJUUoPkK3swZRzxa49+oUFSSQc+YPDiQQafnnphpYyKvQAZqcU+ecY9euXtvyG&#10;GymFV6PM4atxFRUKKzXlaKSiaqVG4SliqFAAX6sgueLH8e3CSYwVIAOf8v5+XXomSUjwTXyB4/z4&#10;f5Pn173mp6Krd1yOLnasnLieb75qeliWNbaUaOaQl+VDf0I4978RSpyDSp9P9Xr0/wCGBH3UANa+&#10;XH8+Jp+Xl1736gpocrmnrM1VwxSNrllNjEZWRrMlLFQKFQf6m6EC97H3UkvQ6anNPT/D/l+XRZeN&#10;cW8IFrH4hJGMcPmT6D7Ove1BNS7KrcnkEyEe9MNivChomel/if7yKQk88NoQ0N+QQQ1v8ePewXY+&#10;RJ9Dj9ueHofSvT0LNp/VYA8SRnI+f24/Lr3tGy0MozsGK29n6Wsp694niyQesxiRGVTC0M611nhZ&#10;OQQQRbkG3t0AEgMRUeZP+Dy+XVnkVDqbj9n/ABfD9vXvbZV7WzdLkJaCejqK2WikEN4f8qiNM7kR&#10;yxVSakKsSdBB5+p9tMjnPz4kig/bx9adO64wKrQD9vl/qIpx697bM7t/L7drHxmZppMXVrEryUcy&#10;BZBBKpeF5dPHIsQSb+0/iH4Uzk8PM1yMfzHl15XDHHXvbJFTprCPJ4NS31lzbRcj12HH+t7dB0tS&#10;n+cf6j16gJBHXvbh546erphE1jCQz1FGzIr39etJBZgwsbE8/T28XBNQccf5ef8Aq49VdMkKaV8+&#10;PXvYr7O7l3l1duqXdPW1TDtTIzU0cNZNTGny9ZXKbSStJkMxHNNE01rTeIr+QDyffkeSJxcI3cD+&#10;2nyyDmvEdE257Ha7xZmy3MeKjcRkD9gIBI8q+fXRAIsQCP6EXH+2PtKbi3nl9z7tye58dEMZn95i&#10;plzxpxTU0E9fkpi+RehT0rTxTtyyXFueQDb25LdB3aZAELZNBTP9EDgPlw+zp+02mGCzi28rrjip&#10;oB8gvCpPGnXdrcD3wp8huCAZPEVH8Hn/AIhD9tUtkslC/wBvGh9S0Vek48ZZh61DEMf7J9tCcugA&#10;INT6GtafPh0Yi20YApT0p61+f5enXVj/AF9iBsn5A9p9V0+VxnVHYvY+xMXWLBNWYLF7pk/gddVi&#10;lNFVrkccqrDVRNGWVPNGdK2BvwfdTHGZRNWjKCAamoDfEBTyPDrxTxaGUBiD+z7PQ/PppyWAweZk&#10;oJsxhsTlp8XULV4ybJY+krpMfVK6yLU0L1KOYpAyIQ6EG6g349ihtL53fIbaNbh6o5rCblXb1OW2&#10;nFu3b2KzC7Zr2CKcljXMcUmshCBHNI8YubIL+2JY43zXS1DpYEgjhXPqfXj+fV51NwGWT8Xn5jPG&#10;uMngT8z1JqsdSVtPWU1RETDkIHpqxYpJYGmhkQxuplgKsDpYjWpDWtzx7CXencO7O5O1Mt23v+Nc&#10;hkcjWUFXuGnw9Q+GpZaKhgSnlioRK8gp9QjUggMA3IX8e3EjGl2jAq1Sa+Z8iTTJ9f8AD1uJY4am&#10;3QKOJUcDw4+Z/PrLSUkFDTU9HSxiGmpIYqeniUsRHFCgSNbsSTYC3J/1/Y5t3H8TN17+2/Wb36b7&#10;BxXXQwNTitwQY/eGP3NuybMJAY6LOY3KVsFGxjjaxamd1Dceu3BLbOC4tkKmXW9ajGlVU8BTOR64&#10;r6Dq7Tl4tLKK0oMcP8/UaoTLChqBSz0EmR1a6Y1EE0VGwEgbwTiN3calBQyC9idWg20kBOyMt0sU&#10;/h/UlJ2QlKuUlElRvmfb9JBlcSJfLSRVOLwhkMM8Z9LMamQOObKfZp4srnSSCPLjXFOIGDw9Okoi&#10;iEolRTWlMmv2+gzw4f4epkHmMURqEijnMaGZIZHliSQrd0ildULKDwCUW45sPp7nbJ2TiN97rpcR&#10;1/X7hxFckdLVIZ0NaAy6PvDBVUSBomRmPjDj+nq49rbWBryUQDtBxgVFK49PLj6GnRZu+5x7dZtc&#10;SoNOcE/sz9nWb2N3yOzlP15tva/QWzNzS1dJiamp3LvzJUaNRVOT3FkWD0mPr62LS0sdOp1fukku&#10;2q1rezXc2S1C7ZBJqEWWoKVJHAkcdPAdBnl61O4XL75ex0kkUKgOQqip7RTBP+Dr3sneUws7GleP&#10;L0+WlkVVEInllSkZhreDyzekAE/1Av7ImBZ9ZNSf2/l/qx0N4kSNSQoXNPLNBxNPlw697GvoXcvS&#10;u09z1NZ3b13W9lYmtp46KjxOOq6uGTFSxSBpK6JBNCJSwGkKz6bXsPbbJlSOAJqPUelf+L6RXr3T&#10;qVtCEp58a/If6h1ilEjIRFJ43sbMU8gB/wAVuL/7f2d7tKX+WRvfGZCLE5XcPWe4qTFUtdi8htPa&#10;GYyNFV132nnODqaPymBpUkP28rnxAtyJCBf3aIxeCQqkEcK+eeP2EdVsXugp+oGsU+Yr6EA4oRk+&#10;fTRqz0csarT4+pgMmmaSSrngmWMvpMiQpCyn0gkAt/hf2RPN5/YODWmosJVZPOuaWjq4NwJTw4qr&#10;xsqIw8ERpJDNHKDpEwElh9dTW5uJlBAzTzHr/wAX0oeJbgjWdSDyNP8AV+XT3Y3/AKj/AH17+09h&#10;+89+7bylFmcJufcdLmMYky4rIT5ipyFXhDORrkws2QaQ07sALsov9bH3SWRpAFdiafM+vD7PXplt&#10;rt2GkAZ+KgA1fbQDri8aSI8ciq8cisjoygo6MNLKyn6gjgg+2/fHaO8N/wBdV7t3Pn6/L7hrahBV&#10;ZLLTpVZCuqDEPNVX0gA2trkAFyf8D7s0hODk/wCqn2/6q9OW9kluCEwPQcAPSmOuoYYqeKOCCOOG&#10;GJFSKKJFjijRRZUSNAAAPwB7YNt7kninpFqJUianyEFTT17RNUT0bEkSIiNcMjnlkIt/T3te7tP8&#10;qV/mPLp2cEJSOg/LPWT2YXdW5sxm8VRYLJVuYw+JmR2hyuG89Vt/ISsmgTZGimBMEuk6H8bgAf2b&#10;e/GOJf1VNak19Mj+XSBG0sC1QKgEjhn5Hh/gp172F9R1pUYujqarM5fGUOEpaf7qmy8NVHkY6vzG&#10;8cVDDRlj5W+hjYrY/Uj3qSiCnH7OH5jo1Xxo+1nAXy88/ICvHr3tGYmPBZCoqqNaHIVeimlNBNSx&#10;Rx1pqFW8Uj0xZwVv+pVJNvofbRfSNdP9X+bpSJYkU1B+VONfWnp172v9m1e7tqUktbhNy7i2xNl2&#10;XGZCmwmVyOEnlhY3gav+1liMkJPHrWwP4908JZO5v8Ap/q/PpBWdVJVytckDHH1z/ProgH8A/wBL&#10;j+n0948xU09Qtb/GMpl8lklkD081fPV5LyVP6KlJA8gZNQ4WTk+3inhpRaZIp+XS6KHQPFdtXkM1&#10;GRmvn9nXdub+0dMvlpKqvgxlK0lIY4ESnL6kpyLapfV6rDhiR78enK0Beg9B172zLU5DMwY7BM0s&#10;VJRVE8tLTa5aimpjVNqq5khTURqP6gi/7z7oRpqw6TSM5o2KD/L/AC/l172KOO+PO/sphqrceHx7&#10;ZbHQBJY5sQv38oDSaFapoUtPTi/OqWJT/Qe6rKp4nJpjz6qyThA6rqB9M/mRxA697QeZwOS23ldM&#10;65GgzWLkQ1L10L09V57atYSYFhYfRm+v9PapWGqg4H/J1QSMJhGQQfX/AIs9e9s1HHRVeUQZCWUL&#10;UszyTzyxshnd7s8rkp6L8k3v78SlQw416tKoDAA8fOnH8+vezRbL75k23FTbSq927vptsrVw0qx7&#10;fylTj6HGwACOWRJkLNUwt9XikjI/p7U+IleHDyHRaI5kkp4jaQcUNABX0Fa+lD11YfWwuPYWZTI7&#10;Qm3DlqiirPJK1fUyU1bSeSOKenmlJV5pGtdyv6/Tz+be07V4j/V/xX7OlYPcSSak4NcEfZ/k679r&#10;bAV0mDy+P3LgMnWY3NYYpPjMxichPRV2PljW8UiFG4W//HMj21XirH0/1en+fp5WKPqjJwKg+f7K&#10;9cXRJEaORVdHVkdGAZXRhpZWB+oI4I9qneHavY/bGKzW3d1di5TdKZGox9dVLuuqXOyUmQxjE0s2&#10;IyNReSiZl9EuhgrrwwPvxVB3IM/Lj1tZLiSN45ZNdTivl6Z6jUdDSY+BKahpaaip49Xjp6SFKeBA&#10;xuQsUQVRzz9PZbM5tuuoxHUzZKjeZmlUUjKylDCuorG8SlChH0Y2B97OoClP5deQsKI5A8q+p8v2&#10;9S/bbjd1ZXGR1FGJjVRT0s1OlPKQ1JA0osskSj+2o/Tptz/X3YOunSRnp0uSpRsginl173GpaQV+&#10;Pd0kibIRTyt4p5wXqIQnIjhc/qH1+nPvxOoAcPt+zprxLeKOjGh697jU2CzNWgkpKGqqooR4pJKO&#10;F5mj1m4WQIP94t9PdKH4Rx6oJgwJjFSf9Xlw/Pr3td03U+4IKVc1XQ4qSiipzV1GKqM5S4vJvTEF&#10;FlWKosw9RBvax+ntvB7eP+D/AAdMC5JYrTNacR/nrTr3tCRQ5Tb9aJIWalq4bTRTwSJKYhq4EUsd&#10;xc/4e96DXBx/q/1Y6ddwWB4fL/V6de9ihiev593bXm3DR5ei/jMFTX1O4qTO1bURFKqeSLIRyyLo&#10;cPypINw3FufbiBZSTTJxX5/LpOLmNpO1xqNa+dR6/P59e9hTHDHDUyvG0ccP6Y3Do6ll/wBTr/BP&#10;N7fT3qgGK/t6WRTI1ATpJ/1Z9Ove22ukklkDySNLKykyO7aiT9OD/SwsPbcoodPTla5Br173BII/&#10;4n2117r3vr37r3Xvfvfuvde9+9+69173zQ2dSfpf/ffT3ZTQ9e697V2Hl1TxEfgggEcknj8E8/63&#10;t8jpyPjk9e9mP2Jk2grqUAD90xxAC/Dhrkfn/Yi3u9P01FDX08+n5CAqhhVs5/1f7PXvbt3B1jPL&#10;HT7rwlBVVeRlZYcolJT3ovRdhXSIG9LWISwHq+vHu6RkKKcCOB9P9j5dFU86RzDTWv2f5P8AB/sd&#10;e9lOyk5UmkqaKKnqopGVpvG0TkBuUljuFBB/NvbTDQdGR/h6VLKsqUApn9vzPDjx9eve2tpWid4K&#10;aUiJ9GqxCB7eo6ipPF/wT7aLhT1b5Dr3tVw5LHwUlD4I4fu6GV5zLUU8Z+6LDSYLqLst+PUePx73&#10;8RpWgI8uPTjAMtGFfnTNf8354697mzbtr8jEmFp6HH01LO8UcccVDCaw3cMYFrGHksWv6b8fT3YS&#10;OqFTkf6uHRdPGNB1KD86AN+3jT5E9e9nC7X6j6rxnxw6C3vtyRqLtTem5N7Yrd1FS1sb0Ee28EsU&#10;dHV5uhfU9JXJM+hWXSHj+oNgfZTHJM85UUIFAKDz8xx8/wCfHqjvbLbQ+GKSEkcfma1BJ+X+GnTB&#10;R1mVl3FmqGoo1jw1JjsHPja3xyrJVVlZLVjJQF29DCFYqcgKAV183uLEvq1o8NMlNDUUmUZZDMld&#10;TNMpgMbmNoD5LBibXBI/1uPZ3rSmeJ8q5/b0sAiYdtCcZFRT/V9lOn/2ar4vfI/GdB5bL7pgqdwU&#10;e4jisnBBNg62WiNVFWxiA0FQRbTMpPmppgbK6gm3tpvE1VTz48R/qPSEwmOUkYJ4j1/zevHy6bsn&#10;icbmqKXG5ehpMnj6gKKmhrqeKqpKhUYMI56ecMrrccqwIP5v7MVJ/NR+UmQ2/PtfDb7z1RFS1DVW&#10;2dx7vy0OW3Fi1Rv3YKyukVI5o2U6DFUa1t+D7bpXUZG1ajw/zVr0rsjdWyOsHbqpmgqKHjX9vQWb&#10;f+PPRe06rJ1m1eo+vdszZlVGUTb+1MRhqOudJ/uUqZ8fjoo4DOH9f3AjEt+dfsmeJ3tgt1dlbl7D&#10;763Llsjm6lqrMijwOIx5psvnqhbUyuqmOnggjdhIYooirgW4B9sMupfDUU9PUfZ6/nw6sTHNK73V&#10;a8TTNSP5Up0L8MKQRRwxgiOKNIkDM0hCRqEW7vck2HJJufz7tQ+LHzb6sFHRdZ1fVvx12NmHWmhb&#10;sio2c2Il3BTwIZPvcnVURVYKxQLSN5lQsbgL7bj292NDmp8yfzA+fSEgyyeGFCcOHA0+VMEf5OPQ&#10;c5fr+pr9x/3oG++w6fwAtT7bxeWxVNgE/aEZjFC9GTICRqPmlY6jwQOPYW/Pf5T7s7Xx0OzJ+ydr&#10;0/XWDkp6LG7P2hPjMrDkJaRbw19RkKPzzFTYMqvPZbC3PtdFbCEVPEU/z/t9Pl0uWKUqVdwqtxAy&#10;TTgT+fligz05bS692xs2szeVw1JMctuarNfncrWTyT1mQqGNwWT0xRAceiGJAbXYE8+6kqqrj1OK&#10;KuyE8kspklFQ2qOa62WQrJcqRa2skce7ZxXyFOntMYAKnPDpc+4xrZZ5I6WSKGoeV1iHhexDE2JE&#10;o/p/W/HN/ejTz6trJbPn173Mhyk+LmQUqUyVsStqqZ6enrVUrwsdPJKHT6chrcH6e6NGzPSpIH+r&#10;9nSeVyHUhgdOPI0/z/6vTr3to+6yTVv3uupNRHJrMhQFllZ7cL9ANR02t+f8ffhHQGPzI/y+v2dN&#10;Apk41f6vyr173//R0h8nm8zlmpZIhUV60ZgWoySUEcIjjp4hFCj1EAsS0Y/QWJP0593jVSoIBz+f&#10;29Kwr9oUkkCmo8fs+3063+PbdXuIaOgpGdaqKuqnq5o3tHpMptGZIB6hYG12+nt2mKHq7qaaOIY8&#10;D6fMde9jhujI9K0HWWycXtiPcVXv4Guq987nrHSDB0jlzFR4TC4kDVJGYzqnmY3LAaR7TaGD8Mf6&#10;q9VnhtYVjWIaieJrgfIDif8Aiuo8YqjPUGUwCm/bWlVA5m4W8sk7tYcsbKqjgC+ok2AVQ4DFV9E2&#10;TnqK6SeOn0URxMZgilmiH7Mk08ynSh+rE8/gD2sVqgGgwc/Z1S5gjljM2nIFMVyPs/Zx6kexg6t3&#10;x19h6Can3dkshko5CaaSFqCSSnx8DKRKuqRC0jq5EgAFmta/t2RtKGgBJzw/2PT8ug4bVFdpDVge&#10;Azw/POP2de9ws32VSbfkpZdk42ijkhqppaTI1OPipTNVu9qeulxyi+u2kxo/Cn2gqsp0kVH+X9ue&#10;j60KRoIY0qONeFDQ8acTnh/sde9h7uzPdr5ItXbsrNyVsMrpUH7yOoShK1J/bEdIgEag34FrD3tQ&#10;qYC5B4jPz/bw6ckeeOQtIjYrQjgPspjh/qp172kKjCVdDBT5KNvDUkpVRmxWGlsSG8ySCxa/04t7&#10;c1pTjw/b1asTHUG7sefDh+R+3z/b17274ntLsPA0dfSY7NVNLS5S8dWFxeOank0i15aiWIkXFwbE&#10;e22SrhjSnWjJPHKZdXaacQK+nnnr3/Ee2GmymQzVQyVJlMoEtU0lHGkRlZVJRI7egaj9CB72UWQ1&#10;U8P5dPRzCU6VNT509eve8zQtU0kkFYkRqpVWR3SQyOkMf0EjA6dYFgwHPvyL4da+vXpBVc8fOgqR&#10;9n29e9wsTtvO53UmFoMpXU8NUEnipEqJ5FX9SyvDB9P6rccEe3DIkfHP2dNIoIzUivlx/lXgOve1&#10;c23dx7nrVwqZmCGoiqEmnbdVfQ4OKnlQeEzVWSrmTSy8AKxJIHA9tmUcBx+zh9vXpJWcBFejfln7&#10;T5ft69f/AH3/ACL3H3t1bk9irFURZ7bW5llZ1qp9vZSlzONaSJBISlTAbsPUQxsOfz71FIXanHpk&#10;JIhGsqwOagimP9Weve23YG3v7ybpxeLq3OHaqq6WRco9UkMNFCJAGdjUagE+vLfT+ntWpoPzp/nH&#10;7emZZTURnt+fp8q8P9VOve7VNudedj9pCPb2xtu5DeVPt6OChmz9XRYSg2/NDfT9tFV1hhSaVwAd&#10;MaE25t7sIKuUBJxx/wBX8uk81zf0ooLqg44AP7afs6bsllsbiIfuMlWQ0cPNnmawOkXawHPH+t7H&#10;zEfy1u882q5mpj2JsCgiljqq/K5vNUMMMKxKQhCUkcigKDyAvt6O0dx6D4cmn58f83QevN2vY5Ag&#10;wx40qcfYAQB0Ae5/lR0/tzIQ4OHJ57dW5KrUKLbWzNq5/cmXrHW4CJFQwGNQTxrkkVR9SbD2aXr3&#10;+VbtLMKcvvXtzcG8BPEsKR7EWGjoJai37lq+uil8irxpcRr/AF49mqbULpKghwONKHyz8yMcBnoM&#10;X/MFxFIA5Of4qCg9Pn9nQE9k/OWn2ZIlBNsWt2ZW+EVc8nZdbRYmWlpSP22bGYyWZjI/0CmZbfSx&#10;JsBT2R8FviP8Y8lkq3edBhtyVKGo3JJuDtSqxNTjdsYyOQKlNVLVypTs7OSULQF2+gA92SztbM6Z&#10;Aa6a0x/McRX0/l0stbmW+tjJAhA41IrUkYIrw+fSQi+Rnbnfuxxn+raGTA4Z8mdrGXbqZGuzm48l&#10;PHrlrsLLV0AFPSQqLST+RRGTzKbiwIfID5hb9yFbU9S/A3ZGGqRUvDS7g7R2js6hjwmIpJx4vHhB&#10;GojnliBLPVGNkTgIrNz7Rz3IZvDgooHoP59LLVdwt2AVS7YqSSyr9nl9uD9nQpdY/GWijx+H3b3v&#10;nN4bqz1LaeHA7431X7iw+GrDN5FkVDL4dR0geMMykcPqB0gt+zfifvOnpNyZ7cv8bzW7MhVSmu3d&#10;nqGoyWVr8pPAZZsllajN6JUpFk9CQQITY+lQB7YCFFqf9X+z0oO7SWxKv8XrgnFfWhp8gBjo4Uec&#10;wML0lFT5DGLrjC0tPDU06jxoPGiQRxm1gOPwAB7Fz47fFHf2/qDKT9m9b4jZ23KfJtDBv3dEsFB9&#10;3Gl1L4jDArJOoI1atNiOL+1MFo0ooe1agCtPPyzxA448+kTc2tGDCyAv5KoBY/bTgPQkgV6Bbsv5&#10;J9d9fZCXbFDVVm+uwxj5q6k6+2TTPnM3Iqren/i9RSK1PjIpD6UmrpYlPOnVY+xX7Vyvxq+JO3Gr&#10;KaGHsreRZqTCrvCo8eLlrFYaJ8V13g2QT06H+1Vy6eOfr7rcR28IMaAs4OfTGCAPMdPWV7eXYrds&#10;Iw3AcW+wnzzxFPz6Q20YPkf3EEyW/wDO4vo/aNREJxsnrhRuLelTTTKVWlznZmbiWmppGU3mgxeL&#10;EkZ/RWXAb3UD3r8vt794Z1MZumKfP4+jqVpcDRUdJj8BgoIgNJx2HwtGkcdKAbRtM4eQC/JPsoaP&#10;xpgQc8TwA/IeVB0dQLBH+kgPrXPEegya/Mk9GO2VsHa/X2KOH2vQTUtPJK1RV1dfkclmsxkqqQky&#10;VeWzeZlqKuqlN/1zzMQOBYWHtdbP6vwWY2JuGu3hjxhcpt7Hx5+inwYpp5aeBxdsfS+e8crKbANI&#10;SRyx9uNbSnuHdT5U/wAHS/6y3VWE5qVGajh9hH+GuD0sL6bCxP8ArWNr/k/8V9lQ3f8AxnFzHLY2&#10;lyORfOxGkgzrVj1GQhxkhEdRRoymwaVQFeRRYAELYe6xxM2GHlSn+X5jpk3gdDMi1BwTWv8As/L7&#10;PTj1y9uUuxu3uzsdSNj9rZarbHwx4+DJjDVE9MuNj5hgY6SCY/oqrfUeefaxLZQNKAeVKenr00+7&#10;NGNMUYweAFceXqcHh10WVf1EL/S5A/3v3ixHRvYm2ZhWbt2HvDckr1sLxU8WHqv4fDCrfuyzSlbC&#10;Qj9MYHBte3t9YWWppX5f5fLh0ml3W5mehiZ9XCgNc/4OvAg/Qg/6xv7WcO0crurfFTh8fhKel3Bt&#10;/HQZinwjwOavHUnnCUkeXdyFWVr6ljY3t/Qe66u7OT5mvl60/wBQ63WR3LIlCPzoPn8/s679mAwe&#10;R656i3nRZfu5Xy+Yp2EmMqMS+K3C9BTNEHWHDbUxkxFHKXuss0iaz9Q493kLoKA0r6H/AFH7D0/H&#10;IqSK0w7vKmafYBWn29YZvN4nNOI2lt6BKzIhN7HUwViOL/QewV378kM7n1zf8VwcG5MDmqqtTH7d&#10;r6V6OD+HCcmiTIPA5kJCBS6kHn8+00kxZMVLZFMf4aDpRE07K7susE0A4V/wZHWVQQBf68X/ANe3&#10;PsDMVujPyZ+mz2PxuL2MKQqKJNobVhlqqRvpelyGRSeoElvpJ5QR/Zt7aRSxpHmnDyp/sdL9bpCo&#10;oFCjyUH8waE/zr10Re/A5Fufz/gQfx7F2p3b2Lj6XI19DBv0U1RH9xks3X5aWgnqmnGnz1MjqJZG&#10;c/QFuf8AW9rFkdQKtkY+weeAPLorSCWWTVHqWvxMT5fP1Hy/PrwAAsPp9AB9B7QRqayqmlzG+tw5&#10;3KUirHLS4WtzeQlpERAGLTxCVhIF+rDTx78sqsS3Ajzr/h/yenVm2xypMklQRWlc4+2tOuXtU0dX&#10;sXcOMrK2loJ0pqcpHLVVFAklJGJGEfnpIpbBkj+rsRwOPr7vJIOFPL7a9JUhhOUjNeFaYP7R/s9e&#10;9hdnYtrrmZcTQZjC5LC0C1NTHXxwyU1PmZYIfKKU00wjaMl/QGP+w9o2kyBTo1EcMZ0iiilfz8x9&#10;p69747b7X7tT+KS7Hln23TjbFTiDFt2KWZKfDykrkZAzl3D+P0yTk+kHi3ttpQaUJwfLH5Hq8E7y&#10;Ss0dRpFPsH+rz8usciLIAHVGW4IDAH1A3BAPFx+PZ4vhftfvqv23kMfhaTH0exsrXCXNZbdaVKYq&#10;0cRSom0EBZZNGoqPz+fbkN2QKO1Kevp6fb9vTMNtdNGdC0Vm4ngR/MdQK+qoqMpLOokqQpEEUMfk&#10;q5QW/TCi+q17XN7D6k+7FdsfKr4e9V4s4Pc2+hUzYCCVJZ8ZtvLVFJWVkFUYqmOhNBExkfWD6iAt&#10;h+r2sa8QLgE1+Y8/Sh6Lp7J1K1k0qPQE18uFPPoIN6YTtHN1CSbckxuLpqmbxt95Wa6mkh8fEk8S&#10;xsmkH6rGzm/9m3shW9P5pO7c92tmaXrbZWNqOsaQzYfbGJqWWhyFYsqkLufI19WGfzavWsR9CqLE&#10;X9ks6fUSVIoOJFPPy+ePy6MrPx2l8MKZFpWmQa+R/wBjHSy2vsOHDY2FMrkKvN5uQRyZDLTuIvJM&#10;ouYKWmhCxxwLyqqEuRyxJ+hOML8qK3rbKb/zFBUNmt67rbIR43cma0ZWHAyVcxlyFRTyDWHkLEpG&#10;IwEFlvwPd2DMtJM/l/q/z/PoxhRoA4bLv5t5fZThTpeGNSoQelRpsF9IAUWCi3494NjfKbuyliyl&#10;VsjcwmqFT7vMz7g2/h8rkcm0zXd6arnjZwiG5EIsP6+2ylWqP8v+f+f+Dqvj3ka6YmpQeag8eNP8&#10;OeupIUlsHBIU3ADuo/w4Uj2muyfkv8hd60kM+7941k1Lamanalp8XgGp1on1okNDhI4CUY2uGBJ/&#10;te6LbCpKUH29Jlu7mNNLSY+0L+2mfy8+uNPTQ0qGOFWClmc6pJJWLObsS8pJ/wB59l4yNdm8zRnL&#10;FC9CcjN96IpyslRXVamR5JfIzOzPe5ZuPx7fVGpQCnr1t7q1MQEhoASaV/nX5+nWf2k8XTl5GXI0&#10;xCSnTBV2nYUUoOnmOP8AUD+QQfbgWQgCuOP+r59JxdbevazYpX7f89OvexTwcgxu285DiBR1GSep&#10;hV0qoI56z7ZeZK+nTSZIgh+hDDj6j3tlY4Xyp6YHz6aO7bdFGe74jQE+nyxmnXvaUXLVbVBp5qnH&#10;VkbrqeurIg7IgYjw0hrAANJPC296MTVNAel0W7RU0gMwHyqeHH7PyHXvbTSTNGxVqyqh0tVimaib&#10;1L5OXcxqCLNwSR/sOPdCrKtSP8vXhuEZ7mRwPs4V/wBWevX9uWNhzGTlxWEw226Gsy7xzQQZCmSr&#10;eqrBUOW1VckraAy/QWUWHvwSp08T6dMtu9vEncKEY/pHOKD1/Lrq/wDvvx/t/Yj5Lonfwx9BPkKe&#10;hocsaaRzh1nVauWnjYeI04P65mJ/zSXNufbngOBQAU/LPSSXdwRQEHT60qafZx/Lrv277b+JHyN3&#10;c8lVt/rnclBjoKZpavL7gb+7GLanK6pJkrcw0PkBUcrGCT+B701rIsZc5p/qp1633PxVJoRXhg5+&#10;2tB1gepp45FheaNZnuUiLDyOB+VQcn/be8NF1Lmtp4Wg3xmc9g6/ZH94ocLn4sFPWVMsP2tSI66m&#10;rY5IogSNJC6GbVwQCPadSWHChz/qx0vgV5Ivqmaq1oc/P0HyHWf2/wCO3N1nSdp1UdPk8c2wKyiq&#10;Yoq6bC5Si8NNVBrwZDQslVJKg4V1BF7Wt9PahSGGnhT06UA263VdVEI9CPs4efzpnr3tgqsBsimy&#10;WNy+U3zSbhwdfkWoHpsM9dPvDG4mlnBhmiosjHHDMzRHTGDLcOOQL+0czBTUeX+Hy/LpkfTBqySa&#10;hwNPiA+w/wAuujexta9ja5sL/jmx9q7s/L9c7Qoocl8buxtzwUVPSw0ecfN0lTg945atnv5Gq4Yb&#10;wLBEp8Qjjla1ixJ90idqBWFc+f8Ah6VzNarpFi5+ZJIY/wCrIx1hpWqWgjasighqSD5YqaZ6iFDc&#10;2Ec0iRs3FuSg/p/j7CbrDfuR2duTC56ryNU5ijlMDUGWmxeTVXkacwTV1OyyxAyc61P+8H2oprFG&#10;pX/D+zI6rFAnaXNMfmcf5+srAEFWAKkEEMLgj8gg+z+bR7b+cv8AMH7G270ztTfe4sziaanLy0rR&#10;w4na22MDj0WKTLbny1KivNFEqqHepZ3layqrM1vaeRYrf9Rie0Y8+P8AkHSRrNmlJhbSF7jTAHpU&#10;0r+VanoFc2Olfjpt3dPYVZitu7GxlXW/eZ3I47GIuQzWVyNRppaGmhp1aaoqKiZ9EFLEDqdvSo59&#10;pP5b/EH5AfEDc/WGS3ZuTbe66bcldPX7L37sqryVLSUOUwkyz1uJqHmSEQSqTrBC+oBiLWPtNa3Y&#10;uSACa+lB/wAXw+fSeaRhIlH8+OVIPHiaceI+Q6m9S907Q7ko87JtyHNYzI7arqehz+A3Jj/4ZnMY&#10;1fT/AHmNnqKQPIvhqYtTwuHOoK3At7Tu0Nsby78ylVv3EPhMPviiqUyEtXNTu2UyecjYaZ3kCnUs&#10;lvqI1Uk+ot9fZssLPj/VTyr59Ue9eRvGQhXU+lS2fTjkV6F1QFUKAFCjSo4UAWsLW+nsOvkLtDe+&#10;/wDeFNX5rE7exO4cfhsbg6tNu4OowmNr5qBmWWsrI6i6efUx80ospABsLe6mLS1D/Oufz+X8+n0v&#10;mupxI6qGoBUAgN/mp5mn8uvKukWuTyTckk+o3P1/3j2mNi/GbfHaWem2rtWXYeazlIaWni+33BQY&#10;2CumKCRaOgyuQaOmnmsbMqv9QRf3V+3J/wBn/P0ZRpNIdKBCeHH/AAVpXz6j1tZT4+knrapmSnpo&#10;2lnkWOSUxxILu5SIFiAOTYfTn2LPYfxTw/U2BNbvXbnd+WzmGhSPcNFhevqfCddY+qV/8qQ79qZp&#10;mljiHp88dGVdv0sRz7RUk10NO7ganPy6ba1jiSsyyORkkCi/ZU+n2U9D1EosjFkHElJPQVVFJCk8&#10;E9PWGWZ1kAIYwhAAp5sQ59gFiOtcdlqeXcu2Mlj8QgqqupxOI3DnMfDkqqkpYxohuTHHK5c6FDBN&#10;Y5UcH37xXGSa1+XD7etKZGAdHAyeJFSPQn048KH/ACuo/wBv/j/X/bewyNdna7IS0iyx01Jjp2hm&#10;anmSohgLH1iBImIc349Bt/j7WJRqHz6uZJzDrUUK+meJyf2de92XfET4w9GdoYWr3Nle3PNJRq39&#10;69vVs+F2OuFijJkSpyORzFRITTnkCWIXvxcH2c2UMcjAORTNa0Hz49AnfDUsPFaleFKcfWlcfl0w&#10;5/N/wOjkrGoshVoiX043G1+XqmfUFCRUGNjkkc83PAAHN+D7sd2tRfDHrimlwuL78612xV0UUVbV&#10;yYevhz9JTI8njhL7peArK7H6iF2sf1cezaW42+3ACuNQH4RX1xX1/wAlePQfsbW5nwhxjNQPTiT5&#10;/sx0Hsm9t+1bGXE9V5qqxnoEVRlcpgsJW1qSL6pYcXVVRmiCn6rVCN/6D+qlTu/4vZDLVa4D5dY/&#10;babWjx1VuHI4/ZGIzsO86DzFhhaLdWcRphID+oUcIAJuL24Dk+6ya/0a/lj88+RNM8B0JodhM9Hk&#10;lA05bIFR6CoIP2g9J/L1nbFVJh6im6oxNdSzTVUc8Fb2O+IrcKzDRHU1OFxkE1DUwN6iAta8gX+y&#10;CSBXj393Z8D6Xsmg3Rtebtrt3dNFkUrcrksnuOeDbDVPn86CefKxSVUphdV/apQiafQH44SG9mlX&#10;UCKmmTXh51r+zFR0s/ce0K4IVpT9rUHrxpUDypUdCTteDei0vj3BFtnFRx6Y6WiwMNVIIoVJW2uV&#10;lRLC2gKp/wAf6e0H3j/MR7X3vi8PjNjZvFdY4WLDSjLVe36aKi3LlNLslJQQ5f8AdqoYmTSVjjdW&#10;uTc29qFvZQaOaUA4EjH2/Zx8ulT7ZDK9IwsYpXiamn+f5dS6LZeEo6ipqZI6jIS1U5qZFyVRJV0q&#10;TkhvLDQtaBHBFxII9f41W9sfXv8AMU+W/wDdnDYLbGbjz9HtDwSRpuXbeN3KqNHL5hV1OXyt5vIf&#10;9U0lwOVsbe1Ue4zxroqaeQPl5/8AFU/Lpn+r4dtcCazTuNMmvqQePl9n7emrJdWbFymQyuVqMGIM&#10;jnaRaHM1eLyGUw0uSpVTQIqs4meHWCvpJPJHBJ9rPsj+ZxgO7KY7a7w6hjyu01WjqfFsnc+SwFY2&#10;dx9OVqqmVGJjmpp5SSYXsQLerj2lmup5RpJ4+f8AqHSi1sbVWEcsJ0Uqc/i+WBj5HrntTr/HbJpT&#10;TberKwBmKu+VZMi5pvJriphLaOTTEPRHd+B+oMefdYHZG99rbn3LV1uxNj0OwtuP+3SY1Kuqy9a3&#10;qP8AlVXW5B5CJGvysQCC3A/PtMpFdPRm0duvZCgC8M1J9c59el7Y/mxP+8X/AMPbzh8XR7eocdks&#10;pC1ZVZEq9NTKQS8QbmRvrYf0P5P09qmIPw0FP+K6TzeCpppoPL1+3H+r1679rjLdm5XCJpx1DPRv&#10;Ta4qeoSapo56aKqh0PCk1MVYXBIP9bn8e22IJAPDPl/q/wBXn09FOT+mgpjj8v8AV/h697BitrYK&#10;6ETU9QiTsHDU1Q5WSB5Hu6QSsfUDc/m9vr7ZLFW/1ca/6sdKBHEFqgyPXj/qPXvfeLrZtv1qTU1U&#10;DlNETQS06UtVDCSb3eWYsFIH6gB/gSPdsEd2f2UP2/4Om5Io5AdXH0H2/wCTrr8+3HI7orK37uHJ&#10;0+MyJlkZkqmoFWphdhdpaZ6cqoP+sCPezp/CAOtLHEK1UVb5Uz64/wAGeu/b5071Vv3tjdGUj2Vh&#10;my9RtfGSbmzjS5CjoBi8JTTLFPlp2r5E1LDqDMq3b8291NFyRjy+fHH2/wCbp2OylvFbwlB0CprQ&#10;Y/On+oZ6wT1FPT+LzzRw+eZaeHyOE8s8gJSJNX1YgEgf4ezH7o3DRbV6WymyMrumt3LuPc27sdlc&#10;ZBT5OTKU23cThEkQVEj07PDG2QaQkUiMpCorMBcD3VUAbUwwfLz6L2tVjtnh1li5BHnSn+fyHy6z&#10;WNwb8c3Fvqfb3tX5CV+E2dBs3c206LfG3MNn8RnMTAaOjjkiq6SDyz4mokmUF0mQ+uI6iPqPbmhF&#10;q3oeFK48gaj+fSRlnWNYpEDAEUxXHpw/b1xKXJa5BK6eD/r2Njxfn+ntW7W+THx6y+5pc32l0Bjd&#10;p3qKmop/7jVU8EVaka6Y8Vk8bVM6Iuk+qWGNDfnT+PamMx8SMeVKeXH/AIvpiddTVMQFPNQR/hp+&#10;XUZoKlYZFhqz5yjLHLUxRzIjH9LmOLxk2+pGrn2X3vPuXYuf7QxeQ6K2rDtLaONo6QU9DmsbjsjP&#10;ksrKhbJPknaO89OL+OJZBfSL2DG/thimp2U/Fin+r5dGdmDG4mjFCMZzj5+vWSlWpSCNauaKeoA/&#10;clghanic3+qws8hH/JZ9glhSuarsjNJichlamWpqa8R477bH4+GTXrkLRFSfGv0SJWWw9vKRQaaY&#10;HRkG1uzEVNa44D/V6dSPeZN7SGPMCrhpZGlgShoaeaKKX7RYp/UblOWI9Ia9/wDH2nIAJ09WEx0n&#10;H+r1/wBQ697Z5I6eqoQ8VNSwCGqEmR16mqTHKwCKl7WX8jSb+9UzXqgRXUED7acT173Erp8dBkQM&#10;fQxQrEyCnl+4eZC6EESqWFr3+t7+/E17cdVZkLaAKD9tf83XvbnuLcO4N511HLm65MrW0tOlDTVJ&#10;paaOuMEa6IIJHp1XyaAAFLAtb8+6KFFSvE8fT/i/5deoztUDOB8uve8O389lcQ9RTUC1lHLH5pBV&#10;UtVUUFVDUKLh5XiI1JwfQwt/j7c1ECh4fb+38uk00GtSGOkE+tMj8x10Rf3L3Rvrdu854KneWayF&#10;ZGKaKmpKbR9vC9PSEJDGKeLSGHB/ccE3/r72jsQFB45x8+qrAtNTE8MEU+yvp8uu/csZurNPH48p&#10;Jj/HRNQUONpaTyRPQkh3oqmoQKSdfJkcMf6H26VUDuzT9vT0ghWPSTQYGMn59e9xq6ngxsGMhxs7&#10;VOXuKrJU1VHHLTPUSm8MVNARdkVeGLkHV/h7ZJCsTpFK4PmccT01W1iAKgkjJrkfzoCOHl1721ZT&#10;GbtaY1lfDJTzVRaaCn8R/dVVtop6aMNYAcAWtb34vRq1rTFfT/V69MTXds0hWTJ+zrq3+PvrGnH0&#10;01BUTprhUtDlKaU6AxkUiRow5sDyLH8H3fvKhuPpj/D/AJPXpXHHbPSvrmtAf2kcP59et/t/6g/8&#10;V9r7E4fdu+MdRbd25U0dPQYdKhEeoqabE0ciNMZ0avyLaVkmVTzI54UWv7ZOpGYnFccf5f5v8HVl&#10;eV5DFBQKPPGTx4+fy68P9hb8W9t+U2Gm1oa07mzu3sxVsI5qSi2vuqgzlRJMhJJqvszImm3BBbUP&#10;wPemLKBXhip8qfsqP5deYmJg0jhgaVAIP+CvD/UOu/cDBbTrtyRVyYKip6moTCV+fqqWmhMlTi6L&#10;GOFqTIrX0g31ajfj26FWhLUzw/2Orh43VlHzOBUADj/qp1725bXz1DgMZmYMzHuqOjydFFBUY/b1&#10;dSYtMhNEbwrXV1QkjJD+XREJPvzLQg4r9nW4Vtgut1OlhgA0BPn/AMVTr3tYbE7D6lw0VTJuHpnb&#10;e5q2lglXHPXbj3ZAUrZH1wZCrhx1RGsqwAWKEAOeePbHhnUClT1sfSrHqWEMf9M3Dy/Z1wdSwFnZ&#10;SGDArp5t/ZOoEc/63sw/Y/yN64z/AFeMBhfj9s/aO8DDjYsRvrAZTPZMDHUw15anq8Lm5pqeJqpr&#10;aaiIB1Atc/X3upqQQR8hx/1D7er3M1I2/S0kjy4AfL7emOjxGQpcvWZGXcmWrqKqj0x4SrhxAx9A&#10;+oESUc1JTRVH04Immk/2HslVX9pO8mVlyy0k1VD91D9tRzLMJ1FjDeMWUX+hU/6/tSSAnAnH+r8+&#10;mzCjIryNXHlxz9nT8Bb8k/6/tKUWSrY6o1P3L8VIlZpI0qmle1iZkm4cW/stcX9s4OTj/V5dNoNI&#10;xjhxpX+fXfvta2eorQiGaljnn9Rjb7dE8knqdI4rKoB5sPx+ePexh9YP+z1cirFWwD8+ve5X2xGV&#10;qqCor2X7fyuKqnf7uGokjXyK4m12CsLesAkfTn3bxSRRTSn7an/Y4dMG3t3fRWtPz66+v++/ofYk&#10;46fePYFBDtigljqjGYwKmorzSyyUVMmuOmrUcqs4jtqjd1LD6A+9yOKZFaf4Oky7YDINCg5rWuPz&#10;68B7WWB6mwG1q+gk7kr6rGU+boZKja+LxAjrZMxHcxx1+SmpZC9LRh/o4RnY/Rbe0qF2PaMVz9v+&#10;XpZHGbei3B0hq6QM1+dfQ/8AFdeAt7DPOdeZjH7myGDp6YLUGWMUdLDOaiKvpZ7SQGmntYqylW1N&#10;aw+tiD7UfENQx9vVkWRpmgPE8Pn549eu/bx1jtyZd5Tw5vZ9NuqnoY5Pv8fUyl6aiBBtUTtSuo9N&#10;rctx9fb0KgvXy6LNwuJ4VZo1JIFMeXl5de92O7D3l8TesJNm4vfmxsbRU+YyUtTviTBU7VuTw+22&#10;p7Uk9PU1zs71HmbyBYhwgAtc+zNWtY1o4qT5j/CAegZL9RNIokV2NfUnB8sk/wAumvNDMnFZD+77&#10;49c19nN/C/4qs5x334W9P98aX9wRE8PoBYDkf09h9uLtv4wR733VJ15hsdm9mU9BkI8VXdh4aWOq&#10;zJqlIlth4pYi7EaVQK6OD6h7SSNHnRjNfs+0ef2cOj+zgaGVg60FAcnUMj0/4ojrLjDknx1E2Yjo&#10;oMs1LCcjHjZpqigjrfGPuFo5qlI5GjDX0F41NvqL+y47o7P6zzr4KWj2XUTU2LpZ0nxtPk6vD0mO&#10;lla8r0aF5WbXxpBkJUCxJ9oWVWeq8P51/wBXr0ZxKgZKR9q19RWp+R/ZXqf7Rkm+us0xmUxo2NlK&#10;x6yoarx9ZUZCALG5pjDHDXIFLuISSUKSC/1Ye9AiuWrT/V/q9Ol2uLSy6CTx/wBX2Zpkde9hfR46&#10;kr3qcjFSPUCDXLLjcVHOJqWniF2qppFSRVjXjUT9fzb3UMPhUGv7P8PVklVVGpSSMUGD9pr/AJz1&#10;73zydfQ5LF0lMMDj4KmjqT/uXpVnSuraZ1LLDVxk6HKnkyhV97KhjQ/lw6t9ZC6adNKef+f1P5de&#10;99U+2amoonySx+WkSZKRfExkfzSoXWMQL6v68/S9ve6FQV49NmZQtUXVQ8P9Weve3CDrPelVGstD&#10;gM3JSMA2taVzT/TWQ0x9N7fj3QqSammPKv8Alp69b8S5pqRPspjr3tro8Zi8PVwV244a+qo/PUQp&#10;j8fNBSVMlRSkBlM8qsoQHhmVT/h78AV7CKU/w/7HWi2pauDSufy/1enXvZqti9n9RwpjaWupMxsu&#10;jjYieWAU2bapZWBQySUyJJEf9UfC2oc3/Hs1tpo41o/H/VT/ADn7eg3f2YnkICla1Fa+R4eXl51B&#10;697WWb7u6dLtRPDuqWeGdmgqqJsdPR1kV70zLFURD1WAPrUFTce7yXaau1sH04U86fn59FUG0Z1A&#10;M1POo/wHz+dOvewrrfkFA800Vdi5svQ+SSFcWlfLj458eVKiCqqoeRKwIDtEoA5Cke2pLwEEefD7&#10;P9X8+jqDbUP9qKivrxr6nPl6Ede9p5+z96UuNbc2y9m4jaGFo8kIIpcJSZWroKbIrEZIGrq+teQS&#10;zKvKJPIUvc6Ln2keUse7hT5Do6gs2h/Vhi0qp9Dg/M+Z69cf1/x/2H9faG3b313Dv7GS4fdu+8pm&#10;cVPKrzY+ZaSCJzGfTEHpo0cRDj9sNp/w9parU/6v9X8+l7PPKmh2JFeH/FcevewsqslkKh6NKk+S&#10;OjASlhDaVjQnhA/J/wBbnj34sC1W68WYD7Ove+z928ciITT087hpI1l1Qyuo1r5UH6mH15HHt01B&#10;6bOph6de9xpWqqQNTzSMsc0QLRh3Cuos0eoL9f8AWP8Aj7qZacD1ohqd3Dr3uHIUdEb1+Utpk1Dg&#10;gfQq17n+huPbRJOT16lBWnXvcuIxinDEyKxZ0ZIxw4+oF/x/S/19+BI6voRxVhnr3uOYFZQdYDtc&#10;rHY6yPwb8/4/U+/Gp49e0jhw697z+YIkMaqdZXTIzcgeq6hbC/4uf9497DFeHWiNPDr3vNZYqlVi&#10;Y6WAYyqdMqqf7K3/AEm/+x592WVvTq2kK+Ove48tK8Q8sobRJcgkag5P9HH5/J9tksTnr2kD59e9&#10;9iMsVEThV8ZEjs10QNaxJH5P0NvegTSpHXgGrQde94pDLC4iFrqFAeJi2onnUGP0/r9Pe+tdy469&#10;7d1r6upjpZGEaS0GtRVRp4p38j6w086/rK86SxuBx7sCRjq1CSCTw/b172I+C7f7Cw2O/glHurKD&#10;CiRZ6vFSNHPDUhZAzwyCVWOiSw8ig2YfUW97Gjzr+09eTxExqOn0/wBn0+XXvadzG/8AcmQramu/&#10;itTF95IGaCi/yGFSnCRx01PpVUQcKo+g+nurrHQaRn18+tg0fxAKE/Pr3tPQZWqZ3NTU1MimTySR&#10;JNIshZ7DXqY/q/xN725900ClAOvAjKngeP8Aq8+ve3XKZaimqY5cfDPh4mgWE06ZSsqpZ5QLPWVt&#10;VK6jW55IRAAOB72iKnr/AKvy69IiNTRVQPnxPqeurf7f/bfT2nal54Kh0mmWdwpXWk33QlUi9hIx&#10;J/P5Nx7sTq49UC6GOo1LZ679vuBzFfhpjPRQU0t6eWGRKzG0tZGyVERilRVnVtLWYlZFswPIt72C&#10;Rw6eVynDzFDjr3uFVV05SmEkUIaljSKCVI/HOY0uyeZ04dhyNVr2+p+nvRJJ/wAnXiTpHkRwPXve&#10;eSp+7jm81IlbUVccfjqZ5KgzQD8mHxvp/wCSgeP6e9D169qJ45PXvbPPE9OumRRELDSGPLKRwV4v&#10;/vJ9+qDw6oQRxHXveKGKSweORWVluS9lCf10lv8AeOPe/PrQ41697clMII80zVEZuSVBjGsjgNrF&#10;zb8249+6sKVz1731W5FqyfzTTGeQaF1DSDojXQgOkKDpAtz/ALH37rbNqNT173iEtDIjtJUS+W1o&#10;4hDcX/q0hIFv9b37rWKfPr3vgkqhGSMXOnhW5Cn68sP6/S4Pv3Xgade99q0a0zuEZpZXs6Lp0ogP&#10;KhbXY3/PvRNOPWsAde956Sminhknl0QaSNMbMGke7WFkHKi/5I93VQxqeA/n1qo06j5de9uuKXDR&#10;VsDZSnqZ6KOZ3rRBNy8X6fFAj/kfXV/Xi3t4Bem5CNNDWh9P9jr3tU1OM2PlJZGwX95aepdx9pS1&#10;cNLVqQT/AGpkdWBsPoFP+v7o2Bq4euekqNEpGnVjyP8Aq/1evXvaHrKWKGaVQ00iq5TVNSmEqyHl&#10;bA/Ufn3uoIxxPSwqAME/Z173AMscnM0rQerQxWLVqAFrhRz/ALD/AHn22zMMUA69RWHoOve8Wowq&#10;DFI0yGS6hoyP+Cksebn+nPu5DnIP+r0869Voi/Dnr3vC7MNSvTqJpNSsGDqdTHggD/bj+vtnJapP&#10;VyaZp1730KSRbGSFrBRe/Fify5b/AHi3twIRnqvDiOve3bzVdRLTUnrlZIY6WmiUgsYx6ljVb8/X&#10;m/u3iKe4Z/1fy6uAxIB40oOve4dmdmQoUdJCoBJ9JB0uPxyPofbJIrXhXrYqMH/Z697yillIdUj8&#10;js6okeoBnYi6hFIJb/YfX34GvW6Hr1/949wqiKtd2EsTl4lGsWGtUBsqsoFxb6f1/r73UA1PTZ19&#10;e99GJkPKvC8puI2QjSfoPU9uD/X3oE6q0/y9bAA/Pr3vA6XjDkE+ogyAra30UaT9f9f3ajFa0456&#10;qQo/1f5+ve5VIY5JY2akaWOnTySpEJCjhP8AdkoQEgf1PvwfTTHW1Ck4HXvcuGparyd2p0iikDA0&#10;dHF4w0f1EcakE3bgkn68+3kPivXA6qTk4r8uve+GTknM8yVAmik1gmMoqFPSAl4+CPSBx79MSRpJ&#10;oBn5f5+qoKLRv8/8zx/1Y697gAIusFi9hdJLab3F2Wzclvx7a/n6f5+rhqjPDr3vLJHNqhEwfyNT&#10;64r2BAP6GGjk8f196bUMMM9eoCaDr3vyOQo06mkvpCyICoP9o6jzz/j7q41NT5fz6uPQ9e9yJ6BF&#10;ECQyxzPNHrfQGXxSjhoGLWBKjkFeP8fdzpBVQePH/V/n6oVoB8+ve+JmmaOIPKf8mVokFgwSM8H+&#10;v1P1BPt0nt1A8MfaOtip6975SRwBIlWrmcgESJYxiItYstnNiP6Wtf2nZmJ4DP8Aq/4vq2laUqev&#10;e+TTiolCqIIhFF4VaH9szIP0mcarEgfVvz7u0hxSgPr8v+L60SB/g697iVTF0RgdbMvq0KECKP0j&#10;j9Q/x907Tw4+f+r16qxqK9e9wI2KMHFrqQRfkcG/I97Boa9UGOve19hNondNLLJhclQfxOCJXOFn&#10;nMOTq6glmZMfEwtIqqASQePalYlnA0EBvT/IOHTE90lvpDg08zTA+09e9pSWGqx9W9PkYpIpYmKy&#10;Rz3urf7Ve9x/sfbBDK36gPp0oWQEVU1B9Ove8kMUc8iqlKZAdbFlOldKDWz25NgPrz7uqaifQj08&#10;/l59WDLSnn/q/wBXp17294WhGRr1hilp6INYPUzkNGEvcsFP1YD6L79BGXkC6go4E145px6buLlb&#10;SNpmyB5eZ/b172PWxzt+h35s6njqKqDy57EUEu4aKMNkqOrqKwJR1lDHHYwSxSsJZG5NhpHHsxVY&#10;ortFZqAEBiOOflTy4+o6B25XV9dbPc3bAHSjERmmUplWPzAxTro8A+9hDYnyS75+P3XcOF3TszAd&#10;0Z6bMZWiwm7toVcGP3DkXw9Q6Jj8xQOnicSwqweqhVJAw0MrGx9zRt3O/MHL+3tYTol2CxVJUNHP&#10;HtbiCMcaavmesV772x5R503r9621xJYLoHiRP8ALCoKk0oQeOSKeQ6Drc2xaHdlbFLV5WvjoY6SZ&#10;JsOAhonmqFtFWD6EMtr6GZo+AQoNyTQdI/KTcHctFnMpP1xk+rcxR5iXEy4LOVkce5itVTK4bHUK&#10;BCsLP+0XVDwbg39q9g5ll3G/kuZovBOrT4daHIphTQ8eJFP8HVt/5AstotYbaCb6uPSG1DKEL5u3&#10;mc1oegdzHT2FwcGPXJ5mry1DTxrUiPIUUf8ACfJjphMtVkKg6yzoG1RK8mklALEcezTZWjwcrLDk&#10;4VSGaip6XI0tIj1jQO2lXSOTnS4l/wA6wuQOeCL+x9OlkqustO4BWIWoBqKgceBwScitfLqIbY7l&#10;A5khkZHidijE6da+WMVFOFcV6ROHyWdNOJcOVrW+8nqsdVZGaOiWQEOyzSBbekwm0KWCk+nkG3us&#10;75t5DZ/WOy6DLbsrgcbFBkq/ZmOr4KvITw7ow9Tq+/p8ivrdpoHEKRSsqcl/1KT7hvnO1sdniSJN&#10;RaRSQCK6WDDv1ehrSn58esivbSbdd/3GVkAUqEEjLQKysuF0/hIbJpnh5dGS6/y65kZByY/vaVqM&#10;1kkUKwRvFVUpaGn+3jOlSkiyFjyfoL2t7KtF8kZqjqvJxdodXU9btHMNh0i2zTyww46ooc1H93jc&#10;lRzTQBIKhZbyVEsoPBWzG5uXWHNltNtcm2bxarJCRwUBCDxDqaGhrknzFQejLd+Rri25qjv9g3Bo&#10;50qQ7En0JjYVyKYA6X8lEhkWeM+OpW9pz6ywPBSQXF1/ooIAPI5HsgPcHRW289S5Pe+xcJmMDS11&#10;fVUWMWqjjyNJlzTOprMnQYuhGukpkJEa1LOVlN3WMKb+wFfQQR6ngJYBqLUAkqfP0xwxx49TPsnM&#10;F6gjst3ZXkp3FBw+2vmeIA6mfn/ff19lK3DhM5hsXDBksdUVlYksEeOyVLHTVWFqKWRBJLClVTek&#10;yx6l4clhexsfaENEy6U7jgD/AFD9or0MlEdw2uI1A8s18vLy+zrv2k6bKyU0pq5FRMqn+TfazUEE&#10;mPiWOyrKsRLeSSxPpdfr+fd9TatLVFaYp5U9fX7elJFRpc48/wDVxNeve+EMkivBNSUUrff1jLAt&#10;VTRy0z1BYo9MtPbSW9V9P1UEWtx794dM5z6/5f8AYx1U0RCzig9T6DPy+3r3s43x66Pwm43k3pv2&#10;hoaDCU1d/CcXRt5DFk8x5r1tZNDUsPJBTXVdAIUnjmx9m+y2MVzcGW5OiKv2Z8znj0AOauYLmKNr&#10;TaKvKR+EfCPXjx9Ove7ht0L1nl+mMb1pOYc1t2bLU1ZWSxTY6GoE+LVftaiIKCEhVgFSBvTYkWI9&#10;yHvU22nZo9ttpC488igpwPoAfT5k9Q5sVrvtvv0u63kemVgVIo1e41HH4vI1BPp00JQyNlXyTu6s&#10;KJaSKPySmERtL5ZLw6tGvUBd7XtYcD2Ubc+xaqsrMphDRYqHaEOCrsFHkcJJo3CtLVULJDNHPFII&#10;Y5NbelyCqgcD2CpQ+o2xoEWoqBkVHGvGnpXHUhW8Jt6XlC7lixQ8GPpTjTy6d/aJm6/xm0OvdlYt&#10;4Mrn8ltH7jNJW7Wy9AktfnUh+7jpM9LXF9YbSAn7X61NmFx7beKG1gjMh1SKCaimTx7v8/l1ue5u&#10;p7tpPD8HxsFWBppPEigx172DuX3juWuwW4s/uKlnxlVkBUUIyuRwtNmZKGXNymlpaaepkUVKPHGW&#10;YSxqyoove/unjG6Tx3Wj8NVOFfI49B5Y4HqibYtjOsEEjssZ1aA9BUZpSufTj+XXvZaIeis/jZ9x&#10;1OSy0D4/DbfjzGElpXfxZqpqbLj5Y6kp4yg1sz+osPowHNi6S1uPFJbNBg+XoD6fZ8uhjFzTbzxw&#10;/TDTJI2khgRpA+KorWtOHr172Etbg5aEpS1sRbK6iZaOGQeSNZCCWkksUub8D+h9pNB1DXUtTI8x&#10;xp/q8uhPDeRysRwUDj8/t/1Ede9xck2XmFHj6iKrixeNWaGjppI2ZMbHLIZZlpiouAzG5J5Y+2SG&#10;rpA4eoqKfKvH7fz6cEsTVKMDita/6qelOve2o0+mRZPW0ZDJJIyBBe5XQNYA9Sgf4+/aQSMU9fl9&#10;vl+fTpdGII4HhmnDr3vJSxxUlaszr97AQmiFag02ryPYQiZASCLn9P8Avfv2Iz6+lD/qz1fUK6gM&#10;n0697UdZl8WsK08u0aajqUST7aoNVkFlcSL4hJU/ckiXSf0MtjxyT780kfDRkj19fP0PV0kgPcFF&#10;Bw41qf8AUOve2ttxV0ksEjB3SkMdJBDWyzSLSQxKGQ0+kq3DAFQSRfgg351GaEsgoK+X2f5adNSB&#10;GJZRQnz/ANXn173Koq6nTI1rZelaqeeJ5P8AJU0zQyOfKlRFpYot7hWUqfTxw3Pu9aGoFSfQ1pX/&#10;ACj/AGeqro06oz2gcaftz9vXveIUFUYhkpqhwskiq0k58bVOkl2Cu5PCiy2/qPb6QtTWTgeZoOPr&#10;X/B0Xz7giSeDGCz0J+dDwJHoeve2/JVdNM7JSq6xxgEvICodgLmSzcC5+p97MkamijPn+XGlPKvT&#10;NrFclKyjJ86/4fl6/Lr3uHCs5ayFWmOmQRrz6GTWzsAAPoLn/ePbOtmFBU+g9P8AV+zpcluoIDGv&#10;+z889e9jl1L3vunqimzuOocXgM7t7cjUVNmsXlqRI2qYqSYTJTxVyo7pTycrVwMrJKnDAGxG/GmM&#10;bRMahiD8wVOADStPUdMzbbazXCTODrQYoaU+ZxkDy64lASGN7i9uTYXtyV+hPHBI9hhuLNUmb3Dm&#10;snQYGg2vjshk6mqpNvY2eebGYaKqcv8Aa4+WoJkMKf7rUm4HF/bTqZCWCDB4Zxjy+w/s6MFAFFBr&#10;QUzmvn6eZ/4vrsCwAuT/AIn6n/Xt7YplhljBjfiJmD2QjU1xdWZj+B+fdDHLqUEE+p/PNPlTy6tr&#10;Y44V8/n5gdd+3CSQUdPJTQSwvTyFJElTyg0YazXilcKxY8h7WFv6+3nfTUIKU4E+v+D59UEYDiSp&#10;8/8AYFeve3TL773dlsNR4LKbhyGUxFCiQUVFV1LVEMECC0ax+W5ASwC2NgOB7YZ3I7SKdaSKCNme&#10;JQGfiQBn/Z+fXvaaTJrRK0UcCmDTZPOPI0cjCzPFY/Vrf7b8e7rIaaBXSTmn+HqxIA4cB172qMHu&#10;LdmJp6un21mMzjKbIBP4pHiaypoFrGI9NPXz0hViluPGXsf6e3EZww8LB4emPt6aeG3lZWkAJHD5&#10;f4c/Pr3toWSuoKieramjeZxIs0PhFRG3muoYpc/W5IYc39tuWVqhak1r8v8AV69Pqda9uR+zr3tu&#10;kqRTlmhjeglIKzokt18ZHCDXzdrksL/Ti3vTNTuAyPnTHpXrXaGxj5fL/L173hiiaUmweOMKSSCA&#10;Qj/RlIP1b6WPvR1VrTB+f7Mf6h171Cjzr9n7f8HXvbtB4IkYJWT0UsOhk+1D+aofTZ76SFWw/tBv&#10;9YH3bA/FQj/B/s9Nl5Cw8NaqSangF/4vr3uQUx/hoJzHU1V6hpK2Fo3dnSM6knWqk/tP9CvNvd38&#10;IUY1z6+Y/wBX2dWCsJSZMr5Zz8v9jr3uEug1jSxJMsLvLMlIpZxTpf8AZVJHOvVcfUf7D2nUioY4&#10;UV6ccKTUE9e940nFJUUssPjlqI5ZJ5WMXkEZnBRzUJKDrIvfT9b/AJ9vp6DjXh/q8+mmoyleAP8A&#10;qr/xdeve3ilwzZGMpRxh/si8/EaffVEM73aSWxFyG/zcdr2+ntrWsajWQGrT9vCn+rHTRkSFqysK&#10;mg+X+Dr3v1Pi4Kaqo5qjKfawuzS1iUq/dVtCYiVBmp7WDN/Z54v7doqjX8wDT19PtHVy1FBOBw8/&#10;9Vfy697jPTNIWWmLaFnldRKFWSenaTUGnZeQTxcA/wCt7qVjqACDU0qf8FenTLGq0ZgBUD5H8+HX&#10;vb1mM3Nk2jZcHgcd4cfFReHH0coVjCNP8QmlkkZzI39pma39APp78RR2rUEnPGgH+b/Vnr2sKSTn&#10;5kGn+br3tNkxtFSCRYVcrUF6iMqjSuxtZ3YlQFHCi1z7ZCNqDNQLwH2D+detrUf6vL/Y697UlLma&#10;KSWiTKY+ilgo4Y6FKfGQxUU9ZQSnTO8syKXlmH6ldzcnj6e1SGq5zTy+X2nj1VxHJxPnmnD7ade9&#10;tNclJTGdKNJZdc8v2r18SxyiBW/bhkjFwX0/U3+vurFaUjqCa+Vf8/WxSna1cHAGR/qGeve2+PzM&#10;v3EaABWSVVa0aB45LXfRwQD9L+/Uk1lhQ4zw40/1cOtnSQQPsr6/z697iPLNPV+RokfSzvMoFgS5&#10;1FkQfT20JGLhjSo8v9Xn1ugXtUVoPl172s4sVt5G1YTdNHVySwwyTJkqSox7xM6a6qmIqQ0fof0h&#10;1axHI9uJqJYmlScemn5/5fTpsNIgyMV/l/n697TzNJR1is2SESeeNj/D52laZfJy4NPYDR/qT/sP&#10;fkcA18xT/ix1V1JUaQDWvHr3tfZnc9bislT12wN+bqxsCwRw/aPk6+jytO0UANXJK9O+gRySE+IB&#10;jwQLX9vSv3djH5/8X/k6QxWStHovo42Oa4BBzitRx697h0PafdmUroaOh312Jkq2qdKWko6PP5is&#10;rKmZgVhhpKZXZmk+vKC9/dkvr0UKu44jDECn7aY+fV/3VtpqDbxH17F/1Hr3vBjdvbtjyeQrczNW&#10;bbrKerp5slltzR1iVsFdJPZEkMyPMZ3cH6rdje/tmOcNIVLUZs14n/V9uOnW8FUARdVQAABj/ih1&#10;1wf8feXfabzydZWZ3I1eZ3GkWijn3NUYypipZqaJBFSxvWTRIo0r6VUtcfj3aVyRXV3etRn1x6D7&#10;OrxGBECLRcfD14Hkj8j/AB5sf8PaAgrpVoqqCOGB/uViSSVwzzKsTagI3Y2AJtew+n19p9etdBOf&#10;PGfs6UKDHw4dd++jC1Y1PHHolq5WEZgiDRrGfqt5H9PP1vew92VQf0xwHD7evVFcD/V/Pr3tyq8Z&#10;X49oqaUU1SkzLI1NRzxVFwCLmVlJCj+ybn/H3sgxjStDnz60c+RPy4de95qzKssE9CaKjgvKJAaa&#10;aSSOnjtcUkbqSrD+tybH3ZpVNBTh/hHp8h17w6ZK8PP/AAfz4Y/Pr3tumqJZYoGqm8mmRPBHpZQi&#10;A2bQqiy2HB+hP49tB/Jqn51ofyp1Ygkajw8v8p+XXvcxKlFqf8kVUj0mIO4Nhr/UDfnSfp6r/Tn3&#10;bW7NVfXifs8/Xr1FQ6fT8/29dW/2H+A9tskSKxDiI6ZGVTcBGDCzFQAT/S/597Wo7QSKfP8A2eq0&#10;Faca/s66sbf0/wBb6f7D/ivvNEdL/aySSzUwYMlP52eJSwtpSFjpvx/r+9Nj9P8ADWn5+v8Aq/Z1&#10;7QE7fP8Ab/xXXK3++HA/23uc0FNSeKelkmdv3PLrVUCgn0xRWuLgj1MDx+Bf3cBeJBr68f8AVUdW&#10;PEN/qA6976TLZWMLU46aqpVeQhoVmZoSIn8kZkh4WQaiSBIDY+/VXVVOIp/xdf8AVjqukigHlwrn&#10;/N173Pqt1Z6qo4aapr2lg/ymJ6aWKExQLUSCWUwErdXci7MoFuLe6KBrqMV8v9XA4/4vqwqPsPlj&#10;/V/lPXveSPc8/wBlUUkdFjKZalY/JPHSq83jiIKBKljcG/Nhyxve/u9AWBpw4f5v9R62ZAy0YCo8&#10;/n173xqqZqpoJZY4IpZIxoklhNLDpjFtQjhB1Mb8uef9v72WqlPsrwP+r/iutLCqLpTAyc8R172t&#10;cNmcztV3yW0dzPgpaekBqKyKSelqJ0dj5miSQyKyj+yyqG/w9sHQx0UqT5+nn5eZ4dIZo45T9M41&#10;j5/Zn9vDyp1723Zjsjfe9stjMvuLcddu+bEGODFf3gl+6p6aKGT7hk+1KhSpIu5Zbv8A2ifb0hd0&#10;Kg5Ipxpw9PT/AC9P2sEVrQQqq08lFBj5cP8AV69e9qGn7gxOMiqpIepNlVe5qhaynXP1tTn6iGFa&#10;2NoHlTDJULT6o1Y+EEaVsODb2XNbOFCK5UDzFK/nXj69K5pmkeiqAcCo/wBX+br3sB6ivrqGZ45G&#10;8VSWWV5CQZF1DVpRuSoN/oOfakAUCmlB61P/ABXSdlA7W697kUW4srQzLU0tTIzjVqiqC8sbErps&#10;8bmzcf1938TUe0YHl6/P9v8Ah61RdIWmPn/k9Ove15W1Obo6JJa3G4qKasWnqoqs05WugiaP0RRP&#10;GfSrg/lf68+3RM1c0PpXiP2Y/l028LVANPkaj9mMV9TxHXvb/Udi75n2tCItwUWBpcbVvTQLikgx&#10;ldlEqEA+3mjo1LTRIEuHmAAN+SW91FW4jP8AP/i/Lqv0/hsXkyWxk/sof5cPz697C2XceciyM+Rf&#10;JNlK+skjNbLXQiu+80+hUqBUqQwAuOAP6e2xHFG2mIUOfL1HmPnXjT59PKmhQIuB9Bw/b59ev/xX&#10;2x1FRLU1FRVTrGzuSAIofDAoa50RoNNgDwB/xHu7odQODQZ+f+TrYYk9+eve4UY0NbylIrsWDatL&#10;BV1MDbm/9P8AX9tF2ppPDqtAKHr3vqSOaAKzwSQOyiVXcNqeOQXRyrD6N/ZJHPJ97NDw8v8AV/l6&#10;2QRxFOve8sVTJJC8ZF2uoaZrOyx3sF5+gv8AUj6+95000161XUMnh173ni0S6EaOMysSiNdI7XYK&#10;rLr4sf6/4/7H3dCX4ZJp/q/LqxAIpxPXvfS2RmjSRmYavKWGlwf7a6mPP9Pr/j7sQOA4jqlFFKk4&#10;/wBXl/q+XXveJ4pE0qF9ZKamBN0B/QG/wIPujRg0z/m6vUYp173JeOqjpYbxwiCSodUkWP0tKy+p&#10;Ga9+OLD3oq2kjrStQ06974SiWGNY5oU8g5Idbs4f6WY8aTa97fX3UqAaHFc49Pn9nW+Axnr3uOGa&#10;QkSQoA12jLXW7C4VLn8fX3oUAoDw/wBX7OtdxNB172LHWfZm5thkrhJBTq9XBVOtKI46+WppNUkE&#10;kdXKG0qtyGjN0ccMDx7UJI6HxI2KEcCpII/L/B0W3e3Q3dRKuoZx6Y/Pr3syGAyfVubwUeV33tbe&#10;O7ewM7k8nm8rSYzKY0YiYI6/b5GSGkKSpLFH6GiZirXFgtre/S63cyyucihNalq8QP8ALjpiK2W2&#10;UCLSqKpoCaHBBx9vpg+nXvYU1PZFFkMjhsFjtmYLa+Ew+UWMQY/FqufzU9TX+QHP5XKvM/quEZIA&#10;gC8XH19s6Aayk19B+GgGD/q49XuGYxNQnV5AcKgftOevH3YJ3rj/AIQP1dtut2PT7X212QKKPFb/&#10;ANupPUyPSZ2WNZv4liagSzJGmpmWQKzE24t7egIlVmkamQFAGSAPPyycAcAOg/t37wNzouDqWpIO&#10;BwOAfkKeXr0msQNzR5fOw5g0M+HaeGo29VUv7dVHTSJpqMfkIiBqeNxrWRQAVYLyVJNRu6HxhzM9&#10;PhCKigGgwuishv8A7sRlJNzf+0Db3t6Zpw8v8n+r8+hmukCq1z6/7PSl94pMbItJSCoxj0YqhUVE&#10;NTVTtEtTCCF8gDD6Ai1/ofdQp1EU/wBXz6c0ClBjr3uImLrpKSprI6WGSmo0j88qyK2ksQF06/qf&#10;oTYfT3TSrmp60obQWHAcfz697wyK8MSJLA8a1CI6XhXSBqusiEi5B5+nHtzOmnn/AC68eOk4697c&#10;cTDDJXUsBEcKySafuZn0qkvHqkJ06Vt+fx+PfidIr0zKAYh/q/b172ZUms2pQ7coD2HiK/D5RJqi&#10;SHaldJl46KEPaZchS1cUbLMCbeOQgH8Nbn3p5FBauQaY88enSSSA61LSDQx8jwpg4p6jr3sHN8y4&#10;h8gwxc1RWU0kavNNV0qY6sidwQVqKOnd4weLrpZuD9b8e96i9ScLXh/s9LFij1CStRT7Pz+3r3tE&#10;4OSqirjkMdVPi5MdKlWtdHKITTeN7pJHICGL/wBEH1Ptkg1IJBPz8x06yvIh0GhGa9e9mqg211Zu&#10;urizuC7MObyGS2+9RU7TylONn5+n3QAq1lO+Ry+vHyUpN5lmjnDN9Cqt7Yq6HUcD5HqvhW7HxFkq&#10;1MjgdR/kR+fHy64qWOrUtrEgEc3X8H/ivti7T2LsrbGcgx+2uzaHd0c2Ix9Zk/4KiyVOGrZ6cNW4&#10;mrqRppZpYWJUPDO6t/UfT25FICa1+VKU/wCL6UNaLby6RIGxkDyNOB8sfb10jM2rVG0el2UBih1q&#10;psJF0E8H6i/P9QPYNUOZp9u1cdXgq5a2qjldPFlcdTukakEETUknkhmVubqQQD/t/b1NfnjqsbNF&#10;3Ka/Igf4P8PXP2zZL7utSpzKQw06zzB5vsoVpYUkfkpBFDYItxey8fiwHvysGqKV09J1fxlZiorW&#10;lR6f6vl173n2vmNy0dXLV7czOVwdfRUxnWsxWTq8fUO6yCNESancMSSbAH3pVFAy/tP/ABXTYgdT&#10;SI/nwJ/Z1726/c7n3HlKh9ybleWSeSaStyG5a2aoR62GO5WpmcSEyNYKpYc/1t7vqCgsfmB02+vx&#10;KOcj5n/L172iKySSpbSI4yIfSxjjUklWJ1Rt9AD9Rb3UatNfXp9DIyCueve5ghnr2Gv+GULRRrIi&#10;PJ45ZvTYIDIxJJ+v193DUOMHpygIIIC0r5de9uuA+zk8UWQxgqPJUOgn8whjSJTeV3nAb9P4H+8+&#10;9hhXPE+Xl+df9jpDPpjqQMkH0p/sfsHXvanyOMrMPAcvhM7FkqKM6zTRQP56VWbxlZQRpKr9F1Gx&#10;/p78GZ1rjHH/AGfPpiFpWjBJ/n6cKjjX/i+ve1dtTI7NlgaatqKyiyVXHAKitqVjjo5pkP8AmQ0Q&#10;Cq9uWvxbj3uugkjOM/Z0rjNvQhuB49e9uc8WBq5Z62QUlTDBQyQ0PgnJWnMLEuTTox1mQEgg8f0P&#10;t7toaE1PXtESKdORxqafl6de9oPJbUxiaaqiRqCp/bmgp0cSU0utfKAUk9UbAf4kD20y0rXPXmB0&#10;EKSM/b+XXvYkbf3p0yUo03N0qk1fDNBSz7mTcGYjoJXSyiWow0bKpkdgdTLLpI/se9x4Okf4P8v+&#10;HpNcyjQPDShxWhNPnjh/g+zr3vB2tn63N7iQ7bwlXtPBwUyNtzA7ewf2IlKxiN66uqY0RqhpPqsn&#10;r44491yjEDgP2/Z9nXoTJ4pZV0jFKClR8hj88nr3sPqjNbooaFayoyeXgVlWKeaWhyFNNMh4NFNV&#10;ygLa1wNP+x91cqM0p6Dh1VoAjagDU/M5z5+X8j172mqDcOJSv88OPrZJ2dXpaOmmEtPA0a31OKks&#10;0hPJLHgf097Lgkkny6VtFQ1HCnD0/wANfzz172I2Z7V3PujbX8BpqLB4XGRKDUJj6COgnyVNELmC&#10;tqqRB5FYi51sAT7uo7RQ/wCf7K/6j0kFu8i1CjSMEqCDT0JoPz9eve0fPXYNYsPk4KLbwkjxVYMj&#10;jjFUlFqNVoI5IqltUkjf6uJuPdCdRrgdKT2kUXjggD+deve2yOh2rnF8xWXa71OuGIS1BrMetT4d&#10;USq7r5FVnHqLGy3+vHvwX8Lcfn1sMoNASPt4Y/Lh9tfl172wNsrcZgqaqHE19RR0blKivp6SomoE&#10;JNg33kSmPSfqDfke7C2Z11ID00b6FfiPXvaZlpJ4TZ42H15sbG39PbBicCvSlJopBVGB697wlWH1&#10;Fr/T/b2910sOI6vUde99aTa/vxUjB63Ude98gjHkA2uBf8XP0596C169Xr3tT4mOop4HqSnpik06&#10;WYJruLn9XtVGhpqNNP256sDpFSRX7evexj683hi0zNFHUR1XkV0WE+ISRGolPjjjbxX+rEAMR7fw&#10;5qa4r/s9VluoVoHr/nP+br3s42++wh1r1wZ8jiKasz24an7Sgxss9kvH6pJmKC5WNbNYDluL+3vF&#10;QAgivAflw/2ft6LZo5PiwC38h9n+D0697r03lQUVNWJVHIx5evygfIZNIIZIo8bUVTGX7NHkOpit&#10;z9OOPaKTuNQaivE8elUACURmqaZp68f9X7Ove0vHDTCKMwj92Ml9bXjfV+UYNcEf4j22yoRQ+fSw&#10;UA1D1697w1NHUwok9S8cLPIgjiLATSBvUJglhZBb9RIv+L+6KqhdVeB60wcUJwf9Weve1FU1tFGK&#10;VY5PJWq8c1RVRJFD46mP1qYZ0N2/FyR9fp70zq1EGem5T4qafOtfIVrx+ePs66v7Nrt35M7Grdr0&#10;O0+zOj9vbkkgozR1W9sNlZ8FuXKRI+qGWtRkkp2kC+mSUKGewNwR734aL8gOAoOPrXh/L8+qk2yI&#10;v1MCsVxVaAkj19fKuPz6xiNhIZPM5UqF8REZjH9WU21X/wBdj7KluClxVXuKsrcTiKzG7bnr5ajH&#10;46aqFXV0+Md9UdO9SB63A/tgW/3n3RCCTXz/ANWeqx0Ep0qaVBA/yV6y+0/X0rGRhTxfdQRynwSB&#10;GWQxXvokU/UgWvb8+3m9QOlDEfCBw/4vr3uNQ170NZE5hb7dJVkekZiyFb2KEsD9RcXt70PmOtK+&#10;lgw8uve59TNjqqsaeKnMaya9FPNM0qwlh+2gMYU2UkED/Ye90HXiQz1Ude9866sBihDyRxeKEU4p&#10;6aBIYWU+ppWI5JJ4P+8+9CTSSy8f8vr1t4o3YFh+zH+r59et/vjz/h75YHGNm8jT47H07S1lXNHB&#10;TogCo8khtpkdjYfS4J97ZgnE8c5+zqqhA9BkngK4x+Zz17/fc+3un6/3TWNWQ4vbu4Mk0UskMwos&#10;NkKnxNCxEgmlhQqNNjzf234oAJ9PLz6qqytqCRk0+3/N172xZLGV236mOGvp6vGz3ieOmmhMchR+&#10;SxaTkE3/AD9PbhrSh49ONG6rSQaSR6f6vl172rqXNbKR6dJdmVNZMFQaX3C/hqpyOXaVIk8PI1WV&#10;TzwfdVZlXvBDdJQij8BqPnx/kOve8L1+ETdkIhxFcuKmh8lXiDn4mqZKxKaSRIlzCwDSgl8Zs0Ja&#10;wK31EEOa8Vp/q/1f5+tlBqDUP2Yr173/AP/S00NpbCrMTmMdPJV1FLtzLzQGBzI5pMy9HJeokpKW&#10;b6j9KqzKLXufdHkLceH+rjj14dKRrYihohpSh4kHj9nW/wAe0fueCjy+8srSQRfw+mkqZaeFppY6&#10;l4GQeuWSaMci3HpW/wDQce3oi5FXNenFrM1XNM0H2f6uHXvaUFPRxUNbQQU65TIRTFI8rHUMuPpI&#10;41bWEo5Eu0jtyHJFh+PbvVgBQqAa+teHH14/yHXvcXb+5ZMXSPQVU9d9tOXjVAWlpkeMEhjAjC9v&#10;6e/AfnXrySsqjXkcPl+Q/wAnXvbhTy7YyGqreXJ09TFKhcRUYaOcXIZmZTaMj/b+9NwqTj58P9VO&#10;tVgYa3PpXH+rHXvbrV0VVlIXrq/MVCGldBRQVBDVDhOYgpkIYkC31/2HttQGqa1+Xp14NHIhKN8P&#10;CmD172Imx+wdsbbocxU7iz2eq4szj6rEVW3UozkpJHVL0taauSRYk0PyIpDwfx70NSjK6s04nzx/&#10;q/wdJdACl2ZmrigrgnzPl172n6Dfm2o8fVLXbVrM1ReGamhiylWEkeab/gPWyLT8qYratCseOPdG&#10;RycD8/8ANTh1VVOqnhVFKCppT7R5cf8AVTr3t42DuvY+2c4tbvbbWTz+3JUf7igxebgoi4mUMLGp&#10;STSv+qVRcjgEe9zRk0KdKXKRyB5E1rShz5064sGIOkgHixK6gOeeLj3i7P3Z1dlFjm2D1NW7VxNW&#10;JWWqym5q2rrKzIJKf8rpFiRUihMfpMA1c86vewCkh8yf2U+fTBeIuGS3IB4EtT0zT8/nXrpVYX1M&#10;p9RI0qV4+lmuTc/4+0z17i6XK0+ayuR2xuvLGkDmP+7tEslNSsIf2Y5pZ/SOBdjybXNvbwmCsEoK&#10;k+fl1dJiSwKEgedOH5465+3/AK4+62huTD7lq9VM9HkWyQwk9TUUpqljOqCCVabl3lFo1UDk8mw9&#10;2kUO3HArw9fXpgyyahPL2gZpkfP88cPXr3s3e7sN1HvLO7aPWWO3dku5t71a5HcW0d0DDTbcx8bA&#10;zDFo94Hlc6dSrf8ATwxJPstVHMnhPlcn7f8AN+fVpNDt+gG8RjUqf5j+WPy6iq9SJZzOKdKVFQxS&#10;JJJ5T6bzedGUBQD9CGNxybews7R6F7HkikzVdtaowdHBVNT5CGg29DtzFUyINOqggpyVkSM/rZBc&#10;nkk+zSOCiFiAATWnE44AVP8Anz59EU95dRuzCMDiaAUApThn/Ua9SFdHvodWta+lg1r8i9vbOvUe&#10;w8RtrEZjNdg4TbFTlXSN4QtVXZOpZX0eRqSiVni9ViHk0r+T7blLK47eJBr/AJPlT9nT7Q/UBDI4&#10;XVnGfzIH+Xh1y9pik7T3vhauTF7c3/nK7H4HOSVOLyVdlZaCmmrsXxS1NFhUkWn1LYBHmD3+un2o&#10;EpUVY5H2dGlvaFlIWQlRgE44f0amn58euLIjghkVgQVIYA+k/qHPuzT4i/P7vHdOS2ztntnuqPC7&#10;Lx+flyO5c9u3b2EyGTk2tBH/AJTjoMrXQ+JtLrwqRO4DX/A9tSXUhYUbP+X8/l5HHSCbakmJ8QgE&#10;VJrivz1YAx9mfXovm8/j31hU0m48/t/rnELvCoxVa1AmHyGS2hDkMuIGajepkwNRSIrtIV8k/DkX&#10;u/59v3yF/nFdkY3L5zbHQO8Mf/dzHVuUo6HdOK2HR4+PNRoTFTPDUZYvcRqA7SrTxhj9F02Hsyg3&#10;e9EQVDpAPlSvoRUeh+zohl5a224m8ZUD54mrAmnoWoaepHQL4n+Xp8YspWYrd2/+tqzeG7Uo6eWW&#10;Heu9N07qocRWSRiSrpqKkqq1qd0VyVVpFkNvo1ib07b47P7I7uyFRuPtLfG69xVdX58lU1ldlXno&#10;hKt5ZX+0VhGtuFVEiAA+ntNNMZZAztUmueJPnxzn/Uej+LaoLdFEhwRRcVH2ADh6f4ejs4fDYnb2&#10;LocJgcZQYbD4umio8di8XRwUOPoaWFdMdPSUdMqpGg+gVVt/h+fZkPjLkuz96YDIUuFmn2dtDbMY&#10;Wv7fqd11uxcJtOkjUv8AbVWbEgWfWPUKSkikqXb0oOfdIEPxMCK+Z/2P9X2dF01GRowfCUU7iaU/&#10;MdeyddS0kFpoJa15gywUFPB91PVOBYRpDbSBcqGkchFuC7KOfdqnUPzIwnVGyspidtdhZvsjcMUl&#10;KlH2d21UZPJ4nJpEtnTau28noWmWV9S00lZUySMBqdVuFClbhrdyUWtfxH/NwqPUjHQan2i0uIS3&#10;j1A8zgseFOPA/wCz0Am/fj5g+2ZsbHuqeo25tWFJZq/aeym/uzkc1UzgARbi3fh3jq5IEtf7ejaE&#10;aidUki+2zv35f9sdr9ex1uW64z+x9tQw/eZzd2Qy9LT1O6oaM64MXtmjxc0kdLBO3M7SODo4Vb+7&#10;/WSvTWfX9nl9lfl1uy5cEKiZBoQCuKVp6A5OfMnp76j6I2J001dQbIijpMWWL02M8MDz0ZmOqSWs&#10;yLaqipkb8SzOWt9bk391n7uyuG3l1xVb2gmjTfWFycc9di3ato6ebZ5JdqPG11Q0vq03BdgGPJHt&#10;I/iMnmK4wK0/wV/l0dQ20MdoHhNHrQ+oHmPWn516HO39Pp/xv+nsLk7H2/WZDbO8MHtHZGAx1A0e&#10;DpsJNmJspKzPKrT5CtgqREySNzaTT+b8+2bdHVyT5D7fyH+XpeZKaZ9AAWgOSf2/6v59d+z3dafJ&#10;Lp2kyn92twdU09ZgRjMoc5Ft3A12VqcvlJYwMRBTPTOI6eAyX+4kHLD6fn2YpIqtRvt+R86fZ69I&#10;56GYrFESG40UmvmD6U9embM0mVqaZ1xGR+wq3enCSyJHJDDEJQalxEyNrYpcKG4BsfYc9ibh7K3J&#10;lYKHrzr/AGz1Vtx4/LQ0W3MBRVG6JqZTqCV9Xmp9MRf9QEcZZfyb+6oASWLEAHgPn5dKEhvVjKxJ&#10;4a1rgCufI18vy6caaF4IljkqZ6tx9ZqjwiRv9dYFRB/sFHvDRbm7epqIUuSoM3LDi3VqrIV9bQss&#10;Txp/nTS0zaTNbhRoJvze3tcGpQggGnHGKeh48PLj0geDcJZGDA0HrTFPs/zfbTrPb/jfHsHt6/I3&#10;sGLFVFDtltwx1K+ekhxdHFVVCQSsbPk8rkU0l5B+pYl9N/8AAe0c8qBSB6+tf9VelEVjOACagg19&#10;RX/Z8vTru35/PsEOvqbe26ct/cqjqt11ed35lqUVVDt6nqqncu7MrOf28XJWxnWUY8FSwVRcn6e0&#10;RlCMWpVv2CnzP+x0Yva/o+ZbFR6/LyFPyx1gqaqnoqeoq6yeKlpKWCWpqamokSKnp6eBDLNPNLIQ&#10;qoigszE2AFzx7GXe3Una/U+5JdqZ7qel2fl6LF+epoKsS1+UhjnGpa7J1mp9TFQbNGSoN7n3Rrrx&#10;XMZGkDB+f2f6vt6taRtHOIo4woArxr/PqBhM9hNy4ylzW3ctjs5iK5DJR5PFVkFfQ1KA6S0FVTMy&#10;ML8cN7AXI7kqvBW1VXT0scWPkiauWGqSmqVR5fCsdIshLSsxGoBAB78wcrrPr9n7P8v+XozYt4Zl&#10;emkGgH+b16db/wCv/rfn/X9nL2d0r8ntpbRo+68F1fNL1/SxU2UwVbu6FZYsj92RbI11NIVvCLgR&#10;ft6fzf22LoRkCgPz4f7P29JbiW9ApEg00qATk14E8PnQfz6TcW79p1Wfn2pBuPDT7mp4WlqMBDk6&#10;V8vBCEDtJLQo/lQBSCSVHHsP+5O4u7dw7baXsnZuwcdFXmSOhmbIY6DIVcEJ0efG42ibU8a/RQ1/&#10;629qjcLIpKrw/wBVP9nh8+vIL1UMk6KtRSvD9mTj5npQxokaBU1aRflmZzzySWckn/b+ycVFVk8n&#10;JHLhcbVTVUNKxq4MTj8jX4+GMn0eaPS+k8XYkqpP49tB1C1rUeXz+3rVMFPQ5IrUj5+nXMsB+fr9&#10;ORz/AK3ttpM32BXVa0EFXuCpzVYBQEpHWxfY0geyUsUSqsaKfqRawH190M7FwgNa460GlY6lNdWP&#10;Wg+Q+fXrj+v+wP19vO53oNqVkMdWke4MrUJHHXpFUSUseqJNMt5CgcyFjYsotxwfftTV/l+z/V59&#10;OMojFKaiMH7eu/Yv9X9u5/Dy1GNyOfGwdsZKijoZaPGYa0tVj4/UtPUVUtO09UhNmZdZDH6g+6yo&#10;r9xGRnzP20p/np020cxmLV8JTSuCT+wDP2V64soa1wDY3F/6j6e1huPvvOYGmrIcN332HWx0ET/w&#10;nEHBS4uhlNWNDxwUtZINaheC80IsP08e6iNR+f8Aq4dLY7ciOvjuV8lpg19B11401awiaiAC+kar&#10;D8X9lzqd3brrKCetTMVcGOr55YJ0EMMQMxTyTFWpLXJuSwvbn34Cvp/q/Lp4JoUkUofkP9Q65ewo&#10;eQIwd1qNcyzPIWldVlhB9Nyn1FuTzb36pAC+Xy9ft6aIWMUC0H+fz49d+4uOoTlJJlhcrDFqYo7E&#10;hU/3UEvY2vb6D3Yah1dB4hNW+zP/ABfXvY6bJh2lh9r5Grym488MutPUpPtmip2xU9VI4KwnH5aX&#10;yI0Y4MpZVa36QfbgDagTw6aZYhqJYhiOHDypUH0Hz697U2ycJjq+ix8NPiIoMtNJJVZfIVGQ8jS0&#10;OryRUyGrEi05I/XPoIt9Bf2rARhU5pinz+fD/N0FLuG6RewGvpw/b/xVOve12dybP2O8GHz2zMXl&#10;KyeR8hDBDIKnF6jIVgkqURVaSRRwp4B/p7cjCJT7an/V/qPROzXCoda6s1/1Yz11cf8AGvz/ALb2&#10;Zz4+z4bsnfdNsfA9Zdax1uVx1TnpcluagejwFHicdGZqusr3W8ihP08L9fz7NLWSEt4bBa+pzT0P&#10;7OkF0u4zNotYqsFrwPDz48R/qHTflMhFjKKatlWplWIBUgo4fPVTyudMcNPEP1Ox4UH8/n3YjSdY&#10;9c4WQ4ubd3wAxm44oisOJfclJS1jSTx3ihyLyJrGr8qwb/W9m1bNEFHhBIrmuc09OJ6CEsO+ElGR&#10;h8gBSlfKmc8MZ6AWr7tkp56pT1X31LTQzGKSsptlRSwuF4dqamWX7h1/xSIk/j3neh2vQV42ttCn&#10;+Gm8+xIcfJUvgMTk9tStDXyLpp4qHIV9PFTOQ2lmh8nkYc6faO8ubZLcpGI2enlT+WKUH+odGe22&#10;W9vJ2rpYcRU1PypSuPnTpUUu56DPYsZ2uwvaW38X5RAi12NylDWyEj1STYbHmSviQD6yywqo+uoW&#10;v7IHvnsD5d7Gl3Lht5debHwOQSomSHPT9f7Lo8ThqczHQ2ByFBTGllOkqkJkLmxuefYS8eFm01+W&#10;P5n5j/UOh3G29xWrRyIBWlGxjhgfI/b+R6EXFUuKko6aoxtVV1NLLEkkEsmUyNW0iAXGtqqVmv8A&#10;6oPz+D7h5T5zVWxdtYSl3R0ZsGbdcGMemkzJmwD1mQy8XNFl6qjxUKvAqnTI0VwJDySo49q0uY0Q&#10;KtMfL/Jx6Tm1vJZFDRrXOa8ftHUg4oGaaYV+RXysCsS1T+OJTzJGiPcWb/bj8W9lQPy67Nye76vf&#10;263pt0iqoWoqGgOT/u1R4KSxDtg46IMEkB4u0bFvyfbJuAxqV/4v19Oju22+5J1T5qDwFP2AefTl&#10;FEkMaxxiyrwLkk/65Y8k/wCJ59hnvr5C773ctD/v4d1zUGPmmqqOgzO5KnLUuNq5k8cnjUCIOAP0&#10;a1tz9PenuWbFcHz6tFsrCXxS5z5Mcj7OB/l8uuQRQbhVBP1IABP+uR7A+PI1TioGRyM60VfKxq7E&#10;nVMzeQzpTswQsrH+l/8AW9pAQyhY/L5/7HRxDaJAlM6eFPs4dcvYn4HCdYrC1Tn91bid6GA1BwmO&#10;gpsTUVrIvk8T5TIhlTXxpEMUhtz9fe2ZgKAHPS6SOzKamLFvIDH5H5enXvYn7W7m6G2dDBXY/pvG&#10;PuOnFREazcddlN4VTFxojnpJppqWlhfRyJGpnKtyFt780daV+3GP8HSdHtYwWSEkj1qan9oH8uui&#10;DcckW/AtY/69x7LzmcbU1de+4Vwtd/dmuqKusp0qJJEm+2rJmmi+6qojoLKeFYAXH49tRlVYp5+X&#10;+TpqEAS/Ae4mny+Xy/Lrv2w4+spKaooneKMr5FaaSePyLHGJfUtOptyF49Q5PPHt/SKf4elilVUB&#10;wa+df+K66P5/wF/z/wAR72s/5dXaXwF+H/Ru5OzMh3fsar3HnMfT1u6jRVNfNuCKA2qaPbtPgarV&#10;VTVZlJV0ii06v6KL+22iRkIkWobH+o9e3C3jeyK2jrQnUTUfEOAK8celKmpp1Td/Mu6W+YfyjyvX&#10;/VfS224du9f4bcMGbyW68rmsXTU2Qy6RyUS5OuNLM80NDRQyyOsJTzSsfRGzWX2Sb5d/zQ+jflHu&#10;DbNHm+ltyf3J2qcu20cZkctjkgmr8tIIBujLUNJZPIYhaOAs2jU3JPPtElt3gKAKcB8j8+g3axRr&#10;23CtISa14CvAUHoM/Zw6N98LPiJJ8Tti53EZjsTJ9ob83nkcZkt3b0ylLVUomTEUBosXhcZSVlXV&#10;yJS0geYQs82pg/Krwqk/k+TOx9pV2VyO08LkNpU2Xqfto8bQ5tcnk2xmOkDUlFWVSxRtHHI3rdks&#10;QvoDFRf2d25SMBXJ/Z/L5/b1ae1ikOrSU44JyBXAr/l6OgitoQSlHcBdTKpRCwHJVCTYf0Fz7RNV&#10;3vuLd+3MnuN6uiqMxS5ELjMPRSJLklxsCtUVmQko21yyRxxgayzc/Qfn3qeUN2jgc5z/AKv5dO21&#10;tcxRMSQTmg1Z+3zr5egPp1k9hvuntPbu4aHG5p6bbuQzOJjjqarE5RMziqfIzROAJKQYYQWlVf6z&#10;H8/09sMukgVqB/h+VeHRgwhmZXY6nWlQSRnzoBwr10Qfwfx7RWQ7y33v2pr23PuDOnBTxJSnbtDl&#10;K2HEU1HFHpoqVKBpNMixqLAygknkkk+2mj1nUf8AV+fStVeWpneqjioNPy+wddBQPoLf1tb/AHv2&#10;hZt3zUtBNjcfK8VPr1I1YYHMcSApCUp0W+pQT6ixvf3oIoNOvBI1T9NcHjU/sNPXy4/Prl7R1bKi&#10;eCXRFHPIgM0sSrEZAzXDeNTa9uSQOf8Ae/VzRcUx14qpQKcfZ59e9rjr6TNxV9McNQJV1GVmfF0j&#10;19GaqniZyBJJHG4KM6j+09wv1t7eV9Nc8BX8v5cP5+fRfNt8MsgOkNq9QPLz/Z117Y9zVmXiyteu&#10;SlaqmoaqTGyeVzFHKtLIymFUUKulTc2Xj/b+22Pi1Hn/ADr8urRW0UasSoGnh9lMY/wDrxH9Pr7T&#10;1NFVOsNbMJ6emaYRJPTuYxG/JujAcEcc/wCPt1YxX5jy+z/Vw6cE1vqpUD+X2Y9Ovf77/H264/bu&#10;bzsyUeFxdVkrzXLY+kNdk6rzMRGRTRXke54Flt9b+6hHKgDupin+rJ/ydNyXKBfDhGthgBRmp+Q/&#10;1enXhx/vv97t7Ov1l8Va7dlHSnddDget4aakgpMvLuTcuGpMo1bKCYq07fyVXHURSygrrUhdI5A9&#10;rY7cSKcivnX0+3/Z6RPcTSSdgWKnEnypx8wQT8+sM1RHAVDrMdYYgxQTTAaRc6jEpt/hf6/j2Avb&#10;+E2l1XncpsDb+/P9IMcVcr5NdtyzUm3oMhCug0/8SW/3ckY9OuIMim9mPtNMCrlT/q/1eXT9vLKI&#10;+yQleOCaVqa09fl5V6yRv5EV9LpqFwrjSwH4uv4/1vYYZzDYqXHrkzFR4SOZaVaPFY9amukSDQfP&#10;UVNXMWIfVbUCRcngAe6lWppPDp4THUS/DApxp/Lrn7DSnhaSdY1+usWFiC12sAo/x9txpST1p08S&#10;OPl69e9mn6+27HuObFYDNSkLI0AoJY0D1VI5kssUcn1ZWsBot9fpz7MIgoJZv8/7Oi2aVw6op4nB&#10;wTQU8vQn7a9e9pvvqnl2zuTKbfaFqeocpBUwzRlHp46QhI0ZWAIkOm7E2I+n59sTrpGjz/1f6vPp&#10;TbyuznXkjH5fn9nXvZcwzKTY2P5t+fwb29oDXz8+lgJHDr3vlGXVrq7L9BwStz/qePe0FT1rPEde&#10;9jjsLa1dlKWpnqqZVpZRFTU7VEJWX7uZtMctPLwwt+bfX2sWMMK0B+deri5RYySQQDx+fyNK4/Z1&#10;0Tb/AH3/ABPtWbs6h3fsqtad5amhoKvGeWsqUmqqBqqjl/dajqpF0I4dlBWNydXHB9sM6CpP4Tmn&#10;l8+k8kjlihbHnTB69wbcXsfyL/T+h9ojNZM5yjxdBhzVLSYehVqqJE8Gir1EPplY6nJX9Nv9h7cS&#10;RQKxZH7D+39vDpZGI9AMBLEZPkf9jHXf+8+22s3DlaSgqdvYvI5JcZXfa1eXxtXHFoFdTLohlDcs&#10;rKpt5FKk/m/uhBLas/t6sxoQlckZ4UB8v5eY697QTFHcy6pJJnkMaKWKIhB9TSSm/wCri349+BYY&#10;/Z0n4k6jknr3vHr+zqfqfOin1ekiJmFmABtcgG1/r/T3v+fXiPDJHXvazwtRFjknFbVQ/bTUVS1J&#10;C6pLBKZI7atCi/kB/S31B96Ory6fiYIoNaA9e9peellWCPJND46R5D9oZZED1BRrEJEfqAfqbe/c&#10;MdNEEDWwx173zjzlfHUTST+uSdVRkmijMZjC6UGhl4txYgfj36uet+JIDU+n7B1726YrbWWygmmF&#10;BVPTISjVRhkFGsx9YQTKpAIHNgfbmnFSf9X+r06aEgGQKgef+b8uve88FDkcfVHIR0stQuBqElyI&#10;pgS1PEo0JPMyAnTcj1EW/HupUnIyD6dPRE4mj7qZp8uvezM47uLp6jxG2aGs65qN55uOsjrNyZbM&#10;1sWLFRM1QrQUVCKFD5KONBZ4pgCxubi/tLKrNIWFetvdwMA7RaqnicfliuP8vXvczPY2bu/I7kTE&#10;7Tws+XwFR99i6qkrsZt+trcGW8gxuOwkAUVUsScIkAdwq6mv7eiUxjUSccem3kaXWUGVpw4kegHq&#10;Ovew9WGgovsFymHzWMWiq5I2w+Nx8ctRViA+qorstWFXS/JZRGb/AE49vBlcGh48RjA+fSJblZu4&#10;VBByAM0HHV6Z6976re4pNtblochBtzZufo8bVU9VBTZHbtJ4cosahlp8vOo+4cDhX0TKCRb3Twwo&#10;pwH+qhP+rPSpmkqG0gqc5Az8zXj1xYEggG1xb/jYvx/vHsZtxfMimyWOx9djukes8RubxzRxZHF4&#10;x6PGwySHlDQQya5rD6CSQG/9R7p4B06jj5/5P8tektH1VESr8+P8vX7T10ilBYszn+rabn/kkD2X&#10;/rKPDbz3q8W7sItclZNlcrkTHVtjcfF5FMxiMMChlRGNwFkvaw9vp5aj8/t+fVsCX9VampNPs65+&#10;zV1PS6pteqptjxQJjc74ljyMmUp6anxERUmXytOTK6ufTcc2+vtRPoQDORT1/wBX5cevJ4soAQdr&#10;H1oB8x8v2/b172TLc2z6Ta+Tkxor6iry9JVJTotPSq2PlrGl0KsFZrPlU/kqv0+p9p6dxPp5Dz+3&#10;/J1ZoTHLoyxHlw/2evezJdfYzNY7C7i3ztjAY+vyFJiJdr5anxT1HirBV+jItPTo91iQAF7WBI+l&#10;vdSqla0zXI8/9jp6IyLE80Y4dpAFa+v+rh172XbeVJl6Mw0WWioKaOmiGQSGlKrJP5CWWNpCTcqD&#10;+iw492+IU8x/q/b1aF5iohlAFBj7PTgP9Xr172Fk08Mg/Z9U0kjeXSAgMdxaMD68/wCHHtpaOacK&#10;/wCrh145OP8AD172sFoMPisHXz1uQhnr54FTH0lHUSVBSokAulS4GlVjHJ55PAHuxUjI4/b5dJSG&#10;1EMc+X2fyHXvcWXK4enw2Ox/261dZMTPV1EzMstDEZATTQMCLmQDm44H4v72rGmn/V9nT7UW3VEH&#10;cpr+fmPsP+o9e9qXNYrE0OEpty4rERwU2Qn8EePrJ3rXgnVAyOkyaSEPLaW/1vewNeCKU/1ZHV1k&#10;qAwSlftNP5+fXvao63o63BpS9l5XBUmQwWI3PhpsnSTRQKstLHVr928UVRf0GPUmkCx/Ptl0qNPG&#10;nH1qOFR1fWf7XQCoYV/1eQ66YEqwU6WKkBrX0kjg2/Nvam7M3D1Hl97bzzG19qYTD7byuRrMngIa&#10;bIVaT4KKqIlgx0tPGGjqCWuWVFVUBsG49tRowNG/1f6vPp2sP1DkxgA8KHh/n66QMqIrtrYKoZra&#10;QzAWLBfxf629gpHmZIKl8jR1M+LhrisTVkMhLhAQssUDJYqALhUBvb8+1IOK9NSUZSobSD5jjj/J&#10;/Prl7ftzZHbFDm8C+26167HUtLeeeqq5RkKieVQ0/wBz5UKU/quIo11AAXJuffgSR3f5sHy6o1vG&#10;JVQGqjJOan5eg/Lr3tnz+4MhlFSnWrEkNHedJ3kvPDTuNHhasBvpI4KD/be9H+JPL/J1ZkRGHhmo&#10;z58P9Xp172yYHcmc28jzYyetpIame0s8JeOmqTEfVBMwHrWx5Qn/AGHvSstf5/YeksqjUSrUrxGe&#10;H5Z697dc/nMzuTICeoNNWSw0dPM0cENkSnjXSkZic6iQOWA9vO7Up6+fVkiTtchSVGCMU/z/ALev&#10;e2etpxRxxoskflmpxUyRlVbxLJyiKWNwT/jb2z5UPSl1jXgoq3HH+Tr3vjBQUox/3dTk4DUyE6aB&#10;1mZjH9LKq/2vyL+9gDVQefniv+r7OtqiacMAfIAde9ipszpzdW/a6iwe1qGryuXyKBKPEYujqsll&#10;K2V11rHS09GraiF5a59I+vu2k+Zr+XTX6ztoiAr6U7iPM/z6w1FRBSQS1NVNHT08CNLNPM6xxRRo&#10;Ls8jtYAAfUn24T7X3N1HkMxgarKZXB5up8uHz2KpapaKcQq/7uPyaxOSVBB8kRNvwR7cCgjUOHrT&#10;pk+LG5oxB4EA5p6H/N/PrIjpIiSRsrxyKro6kMrow1KysOCCOQfcGXeG3Mdj5KKnxtTJUJeCSsjg&#10;p5adZtBV1ppyeL35Xn3Rip7a93+ry6qjVQR6Tqpxx5dcvaIg3tk8W1DVYlYMcacSLLP4YZWqGuVR&#10;5UYWJC8Af1590YqDUdOJHJ8QNP8AD/q/Pr3t3pu2d9yUWRpE3fkKanqkDmFC6JrU/wCap4o7rHcc&#10;cLz/AFv70GU8OPVlFxlSxof9X5de9h9UVtVX1i1FTPNkJgFWKWpZm8dhrYBCbWubnj68+/HUTU8a&#10;/wAurhSBnHXvb7ic3iqLC5rE1eFFdlKtvJQ5T7tYpKCqj9MDxqFN0ALao/o3H0t70MZP+r/V869X&#10;TwtBDoCT5n/J172mYfKagS1M7wOrMBKysxWRh9PT/Q35APvQIYhaHqojWmQAPsz173zmhgNQkcFS&#10;00koVWBjdCZD/ZP0H+sT7o5YniSB5kcfXp3Suqimv+rh/s9e9qM7v3tQ4Oq2CNyZym2pJX/xSr2v&#10;T5ScYWpyaABaybHRsYZJQAoDEE/4+7ijAGnWmkmVTBUha1Irip8yOB64FELiQqutVZA5UFgjEFkD&#10;fWxIFx/h7TVdHToqvBLJJJIheeJ4zH45FJvZibsL/wC+Purihr1oMKf5+uQH1/1/cSKQSKLxmRyy&#10;6ybsCB9F0fQC9r2590yTgV69qqOHXfuQsTLIS5SNrk+OMlvCL8EDn+tuDf3syE5pn9nXitePl173&#10;hqVVRIS5JuoRSA2phwdWvkWB/J901Hi3XuA697y0dLJVxshlpoVsLfcHSGP9QwB5t/xPvWsfb1ZQ&#10;WHXveB44oRIi1N2iLePxgskr8enkD/bn3ateqmgFAeve437mm4UsT6mcA3SxNwpH0Hv3VatTr3t3&#10;xJxyVMdXloKmughjeRqSmkET1M5UimjaWx0pexew1EXt7soqerCgILjV8uve8VSKaVlroXhhMlR4&#10;2oVZrRrpD61Zr+gm4sTf3tvix16qju4V8uve8ggAgeqv5F4McK/5tmZrGynmw+trX92VRTUetN3D&#10;5de9z5qZFw8FQKqBIpZH108RHnWdfVecjn6EaQOPdgtRpPl1ugEYYHr3tiWZFK+VGdm/TLqB4I9J&#10;Yf4X9sA1z14Nip6979DUvFMWjUMrXVkCl0uw+ixm1/8AXtwfz7314PU0HXvc6ORXBC6oVmA4PrNy&#10;PUmoW4J+l7n3oivlXq3XvcFwQCo9dmsocDUpA1WDf8QT70MGlKda8+ve5FA9O7OriQSt6ozGok1u&#10;GvZvyo4/HvZIHHrykefHr3uPWSkyJ5I9DhbN+WLauC17fjj34Gor15mzX1697hhH5kDKCtyfUNYs&#10;eSF+v+t7902a8Seve5618qIYRZwVYarX5IuCNJ+vvderhqjPXveeomknhpYywCQqqxuE/DHU3kJt&#10;+fyfeqAn59WJPDr3t3jqaKjNNNDG00sIBnp54wsRcD6xzqSWU/m4B/HtxsjSOtKQrhhU+vXvcfIV&#10;slSzPUIHWZLRxarR06MdSLD/AEA/p/tz7YQUNPTq7uWNWPXvbMzOFVL3EYIEf9mx/tkc8n+vu/n1&#10;QV8+ve5Ek+uFLLEhCr9CSbAaTe/097rnrfXvfGmhjnl0qf1RKimwWz6gAP8AH/YfX3sCpoOvClft&#10;6974VEBo5jDMimSNwLjU1/8AHn/eve2XSaHqtBqz173Lf9kF9SesepAvAYW02BNufyB7pXjjh1av&#10;XveemTHGF5KzICBtWr7WkglnndT+pedMYH9QX93UA9x68SgFa58uve8f3GL/AHHmiq6ghClEoljp&#10;lX+jVOkOSPyFUj/X931d3lT5dNVWlSD8vLr3udTVNDxTyiOCjrEBkNQXqXppoxqDK0QBNz9Lf7G/&#10;uwJbh1YFSNIwPXj1731SV9XS1pnxcwJpZElLRj1tHEbceUA2P0I+numoDBz1sKQwC0NPX/Vjr3vB&#10;UboykktUxMaLUyTOYTGDHG8n6mRWvp911igK8etF5Dx697Z49VWLTSohUhFunqbUfU5YA/Qf4/63&#10;u9Q1K9Nn+kafb1726eGlpVIgyIndWCBI6YBCCL+TzSji30N1/wAbe7Gvl1btAwa9e98JKqqE1PBW&#10;yyLSwyxSOIPHJOylrlkkI5a19Oo2H9PeqZr59eZyCK4A/wBXHr3t+zOQxtZXSy0uNq8RijRxx0sc&#10;071dVPIot95US1Fgxc3OlLKPx7tRlyain8vTrTyxSv8AprpHr/lPXvaalqYFIWMtPZFYuyaHWUcl&#10;VKkgge07fEenRj4cnr3sdusqz4+UGAytT2xit8ZnLNj52wlPtHL0mMb+LsSIErXrInX7f6F7HV9f&#10;bb+IcKOtl7cGkwYmn4fXrHIJCF8TIhDqW1oZAUB9SgArYn8H/ePYMHIEMZ6BWiMVU9RTAyKKqmRZ&#10;NVOROgW7KLeoDk829usugAnzHVIexaDj1ztze/8AsPx7j1ORqqieorHndqytH+USEhjOG5kMxYH8&#10;8sfddIann1dn8z59d+5dO8VDksbUZeiNVSpNSzyQRvogq6dXBZS/N1f6Ej/W9u+G1MHpuRioqPL7&#10;Ovezq5eVO/tqbb2Zsjpeg2zNiMmZq/dOMXHq1VTNSGARhYooSC76W9bFbi45J9vw25LELnUQanHl&#10;Sg9B9nRfc37R08QUUCuSOHqBjHy697Aip6fx+36ipxW6OydqbXzaiqijoaapqcqTUQvpjpc5UY/W&#10;kDu3BUBgn9q3ussYQ/yPn/g69FfiXMQPlnNP89Ovew327Q0NFuIw5GL+KUxleiaWlrmpEOqTwvWU&#10;taUII/MepfV/T3dAiE0JGP8AV5H/AAV6ceSVzpjbSfM/LzGRj7fLr3tQdjdfzbIzFXRiWOSkWnpa&#10;uAvWUs9cKPJJ5aQ1MURDFzzfSth7Zk0q5VaHH+r8/n0qjQ6NTUqD5H1+XH8+vewvjbQqLIi6WcEq&#10;FKyAIb3u3Fz/AFJ4+vttTxUjq+KgnPXvciaWjqqpBj8VLGXYJFTpVSVUsrg/7QoJJPPA/wBb3UBq&#10;5z+WevFl1VA697yxw1ccdTJJST0qRfqkaCbSkmrTZjJ/a/HJ96Kv8S5I62G/n173jhmCpo0v5CWS&#10;ytcHi92twP8AYe9AENUUp+eP5+fWtJLde94oXcllMhQSNpVAAdR1chh9P8OBf3Y6h+mmQMdeHz69&#10;7kJi8vWsI6ShmqmdzHaKIzSGT66PTc3tyAOfdtLU00pTrTHTkmg697iVePr6AtTVtFLSTxn9yOoi&#10;kgqAo5UlJACAfwbc+96e3hw/1fn1RW1Cimv2Z697iCKQ2GrhuNI9TC/Iui8297A7aj/Z63Q9e942&#10;iZDYg8jggGx/4Lf20M/LrxBrTz697lUclVSVUFTSzS088MiyRTQyNDLGwP1R1swNuOPd01KwIx17&#10;SGGluBwevexi/ju38nnKDOVeMxslPj4KaE4bTM0VTWoojM1c1SxLl39TqCQTc/TgKxKocGQ6qcKg&#10;/wA+k6WpFu8SPoLEmtOH2cc/5eve82S/utSxZqbOrHX7trK6gpqXE4GZKHEYXBK33FdIs0alaiZk&#10;/a8SkBbkkm1ve5W1DUoya49B/k6bs4ZECqtSoyS3xE+fXvc3duD6orMBJubZOU3DhKw16xrsrNJS&#10;18v2Txnx5ClydDp8YDrbwygtze9uPaVHc1xSnDNRn/BnpaFk1FXXtOQTShr/AJR172kMHvCbE5PH&#10;yzU8MiQNSTyVFGPDkJjTSrOsonb6SDRp1aebf7H2sD1YFxXgaj+Xzr9vRDf7SZIJI4nJ14Ab4c/8&#10;X10Rf3dn0H8kDg91Tdg5HE57eWZ7F6+x60MNFSCvlesxlX4YIBRyXSWsbxES+FQQqFnHquZF2PmG&#10;Lb9z+vuYzO88YUUFakHiARxoACRgdY68y8n324bV+6bSRbdLWdmZwSuoNUmua6fTyp03ZDGw18Mc&#10;MjPFHHL5f2neMm4KlboQQOb+7N6Wo6n7SwVPXdtdbR7ayW4Tiqagr6TINS7noautgWSOupqnBzCq&#10;oXVmWKxtYi5Fh7lS32zZN7jFzukfhGUKFUEBxq89QOpc4yDwyB1BM2+c08tzNabRceLFbMaqy1jY&#10;A/DVhQ/Ohr+3pAVmF3RQPE23Nwz1EFL9zM9Dk44ZYJIzYikdigLi9zqV1b8aj7mUHxy3F15i54+r&#10;O7u1KPDVGaqqn+B5qsxm66iPJ1ieaeSLKZqGWoWM8NICx45+vPshu9lg5fYptt/KuuQARkgnUeJ/&#10;zmmQBx49C+15rk5jf6jetphJSMMZFBVSgPCgBzT1NeI6R8W99vZPJDGbswmEbILQGWWsB8cQpIZj&#10;GilZFYj1EiNfIebji/sNe2eg13/gIMT2rvrdO+p8RFJUYrGU9VjqUZeqr0Aq45YaSlHjRGGkgMxb&#10;n/D25f8AJMd3Yme8uXmkALKFYdxYd2CMAHHn0/sfuPLtm7eFslpFaRyNpkYhqKqmgIyK1GeGPPHQ&#10;jYCsoQpnxGHixNLVOFrJmp1h0LSqVp2kKka9SG68C17eyvt8btx5+aLE56LeeHwCUq456fKZ4QY+&#10;HE0sdqVEx0yGMhVAAOjURYE+wHbcn7ndTLb3MbojLQliOArU088Z8hwB6lC/9xNhtbIz28sU1whB&#10;OkFtRNMAjgeHH0PSuWupHTXDNFPdiB9uyy62B0kApf8AP9ffCr+J9PgtvYfB7b3huF8ZX46WjocD&#10;RxUoEUXka9RkK2YK6keRvG5JuPpxwFW6cgQwWyOkxdXoQCKaSppXoq2/3V+uvnE1sqPGQSxPy4Kv&#10;njj6Hz65LVqWnDo0SwFQXcjS+pdQ0W+tub+0RR/DvadTiaTY1RuHcOAxGEWaBIYKGirYv4jlLNLV&#10;V9FHETUs4GsyO5ZOLEDj2U/1Kt3fQszKwwDSvnx9fn/k6E0/udd2Za5WFXJyAX0jSPStM/nTrk9R&#10;+0skKiUuLouoICB9fU3HssO8f5fKbbq9zVW0aTsjfEu3aVstJiMPiqLH1OaoY9Esn8GNfrDS6GLi&#10;JNTkA2UkW9kd3yze2Mj1QvozWlKqOJHqaZ86Cvp0NNn9z7XcIYS/hw+LgsZAwVq0oaVp/lxnh1wa&#10;upYY45KmeGnDlU/clUKJHNlj1mwvfgf1PA+o9ko3b2jhsbjaLCbX6tXbEW3srWRfxDctZWZDMw5W&#10;SMfxWJo51iSKqJAEnoJH0sPp7JpJoUNIlxXiTUg/4BT9n29DyK0uLkVu5y6OKgLhRX041Hyrx9a9&#10;S73/AN8PYZ5rsbdW5aTH0uSyuSOGxkNXHicf948NPRieQyTyQmDxhrvf0lePx7aMskmkk4FaD/NX&#10;h5YA6MobO1hJlijUFuLUycU4/wCT9nXftFnLZhYxCmRyHiIbUiV1adUerUQV8lrD/H2wjkDuYg+e&#10;fL8sevT7IjtUgY86V697c8dvDcWMjyEdBlq+GKupjDUiqyFY3liBusYIk/DCw0j24kriunI86n+f&#10;y+zqrRI1GZASCTwwD5fn173jTPzpLWVsVXl6eqeKH7f7XJ1BZZLDzCecvr0f2gAPr9SPbbHiM1pT&#10;j/h4dXCRlaMAacMDP7fs697n1vZG9sliqbBZTc2WqsXQu9TSUck7ugkkUI+qc+tiALDUW/wHPt4X&#10;MwXw5GwOA4iuekT7fZu/jLGof7B1724Q9k7vODq9ujM1q4GePjHNVSfbQSatZ8eq7JqI9SqQv1uL&#10;H2o+smkj0BjppxB8z8j6ft+XRS+ybek63LxqZAa1oD/xZz/m697zz7jrMhT4eaYUjRUOOiohDOsD&#10;VCGKQ+SWGc2kk1avSHJt9BwB78WwrPTIAp5/6uPWvpY6vCKjWa4qAfMD7K9e9rzHUmRqY/J9yk1N&#10;WkJNHS1MCuBHZkLqpurhQP1cW9rAoZNbED0p5fYPKo6K5CqIRXhUCtfzx8vLr3sVOpNk7q7J3w+1&#10;aSXEYyjlxWShx9TksZT5pUh8QaprphchT9BFI1tBI491ht57u+S1gC93rwp6kjy/4rj0j3fdF2bb&#10;Belnd1YVAJGcYzgfP5+nXvYoR/GzbeCxa1G4duHsOorXqqSPNbWqMjt+OjrkrzSQaaXS6tGFN3mM&#10;OjUNN/Zi20JFGfFQuzk6StaChpwpkfs+3ojXnXcrmTTZMIEQ1Il7iQcnIpT+RzXr3tl3j8Xc9lqT&#10;GZVt05CilxEcVBi9vbrpP4lUUtBE5aKBs3j47yQK36A0AIB/P19pZuXLkJ4oJC+YIOD5EEf7P5dG&#10;1nz1Zxz/AE7KCWqWZSCAR8icfZXr3su24+msviJnrNwbo2VhqOMLE7x1NaRpgWxdImjV3drEtp5J&#10;449l0llJEKuRQfPPrjoVWnMMF/EotI5JG/0v+X/Pw697COqdaeWVMJLNXUhdTJWnGPTL+3eKLxJq&#10;dtDixsbE8XHtGZQG/TGr7B/qGOjhoPFQNPUYyK8CfWmP8PXvbLN5wT91NIXjlIFPNIVMX9pvGn0H&#10;9Sth7oJWcHxeOTnh+zp5YY4z+moz6f5+ve4skokEiyMyRnSEVeNVvwy/QD8n/bn36tUJJxjj/k6t&#10;kHH+Yfsp173JNREnilChyE8NSzEadCG0YjZDfm3I/wCI9+Zk/ESD/q/1U62QDSoqB69e9xvu43Lq&#10;AgNyAGBtYcqEuQb+2hQvj+Xn9o6sWBFR/wAX17275Jp1+yqmxsOLElIjRC73rY0S33uidi37luDx&#10;f8X9uAipoaAeuP8AB1UKFYj1/l59e9ssNcWLxSLHrl9IdmI0MfSG0W9Rt73GwBKrSn+odaD0Wnr/&#10;AC/1fPr3ubNUiEindWlCqFk84+oH0KqWvcC/19+kqGGa/P5+tKfz62aEZPXvfaCJ5Wipx9zGy62b&#10;xgSW+oRFbgN/iP8AYe/KBWgqa+X+YdbUH4R173Fj8qzO0Jstm8iygyiBL6TIf8Rf6/j3Qdp0g6an&#10;P+f/AFZ61QnHXvaooMnU0+NqMS2cmosVUpPPIKVhJTVzRcRrUwodZYt6UZuR+OPajKodTfn03SFj&#10;qp3jFf8AV/kPXvbFTIzrGY5HgneWOJadpG8kiymwmXm3H+J/x9pizswBPED5/t9D09qU5PH9vXvc&#10;nJQhJ5KOc06inVjE0bIzPf8ADSobu5Nyb3t7cmBqVQ8BX7afy6uQoOQD/L+fXvbczmVHIZtcYjV3&#10;uSHRTwp0WPH4/r7bHikVGaD/AA9NeeM9e9ulDDHKkh1XmgIqIo2eNIZIUH76sxsS4+oX6W/PvcdG&#10;GMHJqf8AV+zrTg0Gk4zX5fZ6+p697kyZSvg8cvhR6OSFzBBKRLG6XIL6VuRY/QAj3fVKCPOvr/q4&#10;/wCHqulTqyQcVOcjjw9Ove4UNTSzlal5KiOoRwsdPCtoxID6WacuGFjzwvu1AwowzXNP59eLP5Dz&#10;4+lfLh6de99vNH4qkyTpK0s3kYFLiIqbM/n5Nyfwp92wEJHmfMf4fT/B05qxWnE8cde95YMhPU1a&#10;zxyX8UALiFzGNEAujXUAgr/iCR7q9XYVAP8AKnzB61pRq6l/1fb172rtt43aVdK9Vld2x4aqKS1X&#10;3EuNrcuHdUJFK8MRF3dvqWNrc+9hV8iMH8/9X28ei25e6VgIY9S1zRgMeZH59e9pIvVVVXJGamCK&#10;R2eRKlv8ihmEZ0xMGYDRqWxCi1vz7qKl6agM19P2Ux9vRiqr4ZDAZFSP8P29e9qLB/Yfx5qTdeVO&#10;MxlZjquStr8d4spNUCOnMlHSweoqJJZAFuzAAXJHvepkGioPHicft/wdaKjR4a5/P0697iSw0j49&#10;KeOCCCVU8kSzvHUz1UcnKhClkDIvJJ/PA+nvTHIAFfs68YS1dRzjAP7afb172w0MIGRpWhhhqvDM&#10;hipatmihk9QvE8qFSqn8lWFvrf3sVI/Tx1p2RA2o0xx/1f4PPy697MvS9FvvPKw0uM7A6yx1LFiJ&#10;8nkqt9yzVLYhoITVVcNdSmP7hih/bVole5tyfr7v4bsCwA7RU+pp6A/LostdwVoyZEkBGAdJ7qGg&#10;Ipwr6ceuibC9if8AAfX2BM2MfA+dPuaGso6p5KdnSo1zVcMTnRLFBUaJIkci/rUN+D7pVSe4EcCc&#10;8Menl8+jEEPJQgj1+XyPz8+u/bNTp46too5I2p5lE85p2AleFF1mJGluA4+gvb234SFqs1R0owTx&#10;x173kmqqWeaX7GkkEEwAgSfx+dGB9RMkX1/w4t707qrfp462CAcCteve2hqOcNIAZUGq4hEJkkDf&#10;7SByf9f202FpXrWlhX5eXXvc/FwPT1vmaU1Mbo0ckNhHUEHg2DcBh+Pz781AQAerKpHDh6f6vLr3&#10;tXUGTOKyeNrsZT1mGq8dNHPT5ykrJaXMU9fGdcNXSyQMNDobFSnN+b+31daanII9PIjz6SmG4MpY&#10;NgngeBHz66IuLH6H6g/kfkezJ9efNztTreqytbLh9h9h5bJRUtJLn+19mUm880keNnM1LEMlWMrt&#10;pY6hruQfowPtl0ilkV2PwEmgwDXFDTNAOGeq3Fv9UpjkJFKUKkqcfNaGnlk9NOWwlFmadKWrevhi&#10;jbWpxuUyWImuBpAM+Llhci39ktb/AA9hr3T8p+2u6MXTYTeeVxEG3aXK1mXotsbdw1JgsOlZXtrl&#10;lWjogLgEnSHYkfW/t1tOCoA08McK+n+fpuGzhgbVGtDSnGv+Eft6mUtFTUYtAhDeKGFpZZJZ6iSO&#10;nUrEJqics7kA/VmJP1PPsu+EqoJsksWQJ+3kV4z49PkjutkZS31I/wBf20QT59LUYM1W/wBX+r7O&#10;pft5qMVJSTRLL5DFMPNTm5RpU+hAc8XAFj/T/H24kek5PHj1thoHzbPzx1736WpVGMcUFOECjmJG&#10;Fw62MZmHJ/xv9T/h79MdChfX/V/h68hK8fIf6v8AVnr3uTT0X3tLIqUUzCFWfyISU4BJDSWAA/rq&#10;9slX+L+fTgGpa9e9s9RVqYY6R9ccUCtZwNTP5P8AUyAgkA/Qfj3utR1QsCtOve/UVTDTvGfGkzxq&#10;xVJNeiz/ANtipuxvyAxHt2J1UUOKGueqDr3t3nr6XIwlnipKKopkuTCjo9Yx5LTXYqCBwNCgfk+3&#10;GY0PCpz/ALFerhdWCKf4eve2OKojMweODySAkKdLG62/1I5N/wCvtONRINMVqfs/1f7HWuBqB172&#10;9Szr4Ep6z9uLxxqPGjeXxH1kqUOmxvyT9T7UFWYUpg0PXqkCnBW/b1723T1wgKpTqZIYnvEJAp4f&#10;k6ohyfx9T7ZAaOWo8v2fn/sdb1CukcB173PVmr2pVmhgp4qiR1EoiaIRsF1eopf8WNgLe3GUAB60&#10;Pl/sfl/Lq1RpANKHz+zr3vhX08EYjeGZHAADNHGULOhsHGq1r/g+2jIxxw+wj/V/q49aZFAr173w&#10;aoqp2VnqXkCoYgks0jGNGXlFDm1rG/H59+V2BzkfM9VKl89e986yqrYStBVGSTTBHEqpNHUwCJl1&#10;Q+MR+kNYgEfX+vu2o07cda8NQRqAJ697dsZUY7G0kUE9HVR5JJnenqhMsUASVfUs1Oy3Yk6dLA8C&#10;/wBb+/KTUlTQn/J0mMLLIdIIHqT172lJ6lI6ub7droJGZZioVhIpJJjUn9N/wfr7d1UFK9P6jWg+&#10;XXvbfV1ENfUeaqlYNpsJI41DMAbL5uQLD+g9+IB7h027EtVuve3zEQ7WZKhq1c1K0EJkX7Wox9HG&#10;5HDF/ugzN6rAKovb+ntwKWWp/MeR6s4HhHTnB/ZTr3sdtq4I9uLFQw7ayVYcXiZddbhcgkOQpqTH&#10;Ranj+2lUpULGgLGwVufr7qExXTSnr+3/AFeXTMJ8UA6aaR/q/wAHXvYa4Wg2fheytuUO/wCTOjYM&#10;W4cVDup6SkEO4P7sSVSnJTUEEwKmYQFilwbn6c+0100sa1h+LNK8K0xWmadPAx6lMlaVz/q/1Y6x&#10;T+Xwy+ARtP438KykiMy6fQJCvOm9r2/HtXd8L0djewt0Vfx53TuTI7BmrQmDpM9hpqCqSiaJXeN6&#10;iqcySIrg6WkRXI+oHtu2aRl/XHd8v9Vf9XHq0ngo1ISQD5eQ8/2dR8ccg1DStlY6SLImFPvI6GSW&#10;akWe1n+3knVHKn8aluPpz9fYEyVs808cZVY7EMPIEOkOOCxPAUckg/6/tWufg4/s6bJKmgH+Xqb7&#10;mZ2tD/YwtQUUElNHGJGp7nzhRptMyNY3H9APdSQAQTn8+rk8Mfkeve+FLrrpo3nqEpohojqKmpqW&#10;n8UUICoixEMSFH6Usf8AePe1CkAftPnXrzZOcD9tOve1NVU3W708stLnc6lXFE3hpq3CqkVTOACk&#10;gmppmsv1tdVP0uB71IafDkdOgWoBKufPy697a8tj9qijx9Zis/XPUT0oORocpio4Xpq1W0n7Weik&#10;lV4XXlC4Vr8FfdwF9aV4D/Vwr59NsIWoyueHCnXvbK6JCIp6WZqmF0CVEwpWjhimCj0MzBgTbm/F&#10;/fsDCn/V5dUJUCq5+3r3tteum/cVWH7gCu/J1Afhb/Qf0t7oz1OOtaj173h+4mYaTI7IAbozHT6j&#10;6rKOOfyfegxPVeHXvc2pZY/DadJ42iR9KOzugbkwOxNwRf3Zu1dPEeR8/wDVXq2o1x173nV9Uayh&#10;FRHJji0trZRbnXp5uP8AW97CgrQcf5dWDBsHr3vGTHHp1yMATqVQTygNgSPqt/dEqjlT/sdeY/i4&#10;nh1725RZGaNolpa2px8N41eenaVZJbMG1OsTBTpP6b/Tj3bSKU8vQ/M9MPErnUQOHmMfbX/Vjr3v&#10;1XKkVY8vmnyDOjET1ErpPPLMABK7vc8f0LX/AKe/GNQDSpA4+nHrawpTS9CPKmB173AibmNpZXRZ&#10;JWOrQJZAFNi2km/B4F/bfiU4Dh/q/P8Al1ZbeIHhTrq3vPG16oPTyx2hPqnqQkbamOnXY/VgOQL+&#10;7tJnhjH7R+fTumhBX+fXftwlpZzGtdNOa2AlYWkaVJAYdd/GyMbi/wDS1vfhMQdVCT8/P8+nNNDq&#10;YVH+rj/qHXvcCtYGumhp/LS0jkstOJbgAi6AsLKx/wAT78rFuOPl01IoBOk0Hp1736BAkkJmeURL&#10;PGryA+aWOEfq0QsbG97qL+3OtU/Z6+fXvfLJVdAtdUjF/dfYl7QSVUUMVS441PPBGWRbnkKpsB70&#10;RUUPXpCh7RWnz/zjr3uVG8xp1rZZNEbh7OrqJFe1lvo/ST+FP490Ea8T02IYx3Ef4f8AVjr3uOJG&#10;qADOj1JkF2vKyh3bhZLn8gfW/u/ljq4INK9e9xJxSCKOK8y1HlcsNUbUxht6NKsLhgeDe9/qPbLE&#10;k1Hl/qz8+nABSn+qnXveSOnU6Iw8i3RiRazWtqLc8KB/qePbtFIBPTRRCaEVPr8h173Mip5o6Naj&#10;W/gMhjVnuI2I5ALCwH+8n3Ro/wCH06eQaU9R11b3Oov4VNWxyZIGnpYwQ8WOVXkaZEvEzGZhYMf1&#10;kf7D2wCQRQ8erUR6g4qP506798J8pXTU/wBirOmNEkjJAllEgHGo/wCwtf24tBxHlT/ZPSeGN0XU&#10;5rX04D5/n17220yeFbrIYwOD4yVdQT/r8k/4n3sOVNCfs6UBKLqB6975SCUxFEllIma8o1NoJBup&#10;cHi/+PtyqyEgnhwHTDxhjXz697ghfFLq8hjkIYghiRqA+jN+L/j2y0hK0PV1AXI/ljr3vhJA3LTX&#10;9RT1Pq1kEcFTa3P+v72smlaDrxAJr172odt5vJ7cy0Vdhnjiq6ddUBq6Cky0BcjkNRV6SQtf/akP&#10;vzHVQ8PmOqtGDQqeHCtKU697fct2PurLSynKVsE7VhdplXF0FHTSSnkXp6KNEsLelNNh/T3YaRip&#10;A/1cfXqiw5LNxNcDh/gz172z1GYnyVPBClHjolhcP+1G0CSSsNJEqagl/wDago9uBwuVb7engFcC&#10;iKPLA697iUlNkKmomRZsfSHUquJ6sU66SbavKTyB+bH6e7CYnIINOk0sBCYGkL6ef29e9rzMw08E&#10;WCoWzNJNXzRM1ZUY+tM1FFRhgdEs6n6kCw/P+w93ZweB4dUEeVjPmePl+3r3tH5KthmklpVqZafH&#10;Rz6oYmd50lRDaJlZeLg3Nz9PbfEknFenJIYySIjpHlU/t8vPr3tQU0FXUU1NJFuVJjJHG16mpq0l&#10;gjia6wRul2AQ8kKQv+PtztFT/PpPpYE5z5VJx+yv+z173IykWay9LTY+XO5LLY/zlqag/icxo2q9&#10;PreGKoZ9b25/r/re6NRq16sGl001FvtqP2Dr3tL43aWcjySxTQ1eMgkl+3qK2Wn0mCnZtMrLqsb6&#10;foF+vuuip1fh6sJGPaRT1697W259uY7HPBjNt56vykBhCTzZGSPFU1Msi6gjwPKxYnkm6gWtx7sT&#10;5jB686hcRM1D+QA/Lr3tEVuC+1oZKxKujqhSyRwP9tPT1UTtNwqxlGLAj/WHtztbBAAHyzXq6O5q&#10;jmv+r/V6de9wv7yLHg6rCtiqNppqinkiycqf5ZSRwE+WGEMLAyEgM172HtgMVBrmvVFjohUgZ/1f&#10;z8+vezWfHTuKl2XjDRZvATZPaa5RWzRosnAtTMtQNJSoxlUCjK30DFhb8ezCC5UKEbh5+Y6JruCZ&#10;GooLA8f9Xn10b2NjY/g2vb/YexZ3duL4Vdh1eTL4vf3UeXhWTxuMNDuLCZWVblZvs8c/ng1HglWI&#10;I5IHtUWgkUavL0zX/Y+3pNBbIWD1ZD5CtQT8weB9Oo6iqVgGMMqFjdgrQsi2+oX1Bif+QfZZv7o9&#10;L5aSpixXYJoaiF5PDLmKCWhoamNOIyskwLDX+NRuPyPad1iYGn+X/UOlirOvbVvzH+bh1J9oTHdb&#10;1G4sjlaHbQp8iuJhlqarKTZbFYzDinp/XLKtfkJI4rWI0+u7HgC/thwA1BgfPz+XRjEt07FY80Fa&#10;mgH8/wDBWvXvb/1f0hurtDcBwG3Ztp0VSDIVqNybsw+36CVYH0TNBXV8ipJpFz+3e45F/dQFY4A6&#10;blkuGXBC/On+fj1gqKhKWGSeRZmSMamWCnnqZSP9ogp1Z2P+CqfZ7sD/AC+KeamWq3J3f03T0kA+&#10;4rYcL2htSp0FF0yCpmmk4C8g6UPtZ4NUNNNPLNTT/Y9Og+s16zMryIRWgwcfMcM/PpNDeWLMvhWh&#10;3MXJsD/dPcgjve3+ealCD/Yn2evov4EdR4/A0m4Iu6elKbbXnF9z/wB8MFlFbJM/hjgnrax44RKG&#10;NlQsOeLeybc7sW0Z8POkVwD5Z4cfl0rhWdmDSnUvrj+RH/FdB7u7uuHazTwQ9ddoZ+shlWMQ4TZm&#10;Vro3QkXqEmpUkLxrcFjGjH/C/HsS98fya6nftbU5/I/ICfddTU0oGCc7dpMdS42Bl8kMNEmGmkpZ&#10;IjcMGVRrHNze/uPP623AkrIunUfMnP2V48Py6EkOymcCSSUktQAFTUV9D5/5ukPj/lPtt5Jocxtj&#10;P4qSnlKVP+Zc0oHBFXT1v200bqeGjeIMp4IuPde/c38pb5S7DqY6XZuyabtTBR6qmpyeBymNpMnL&#10;Opv4anGZF451sBwItQP4t7N4+aopSdbUyOIrj/V/q49KpNovITWBdYXJNaY8+P8As06E/Cd3dZZ1&#10;Imi3Tj6B5UDrFl5Vx1wTYBZ6giFj/gkh9k8338V90bN25NkNy7V7Q2Pu+hhmbJbc3VsiupcCI45L&#10;A43ccCyRspH4n0G/5Pswt90E7ArRg1TUeY6dNvN4YkkUoSOGk6aD5/P1z0JlHX0ORhSpx9ZS11PJ&#10;fRPSVEVTC1vrpkhJB/2/sqc0QlmWSq1kqViZbepRDdbA/wCFvwPp7NyTo0LivSZ0LrnJ/l/q/b1L&#10;9r3fm4Np7iwuyaLDbQx+18xgcXNis1V4nymHcriXz0+WyIqGZhU2JRiBa1vbUYdXqc9OPofQAmkg&#10;UPz+fXELYk3JufodNlFh6RYDjj2gMfFQxTxNVxGqplbTMn3EkWpVPKxiLm5vb2sUs1fXpp1ArQcP&#10;Xrl7fM5lMtVPTZIU9NQ4+nCY/H0dJ6VhghTWilm9TOQbu7E3J/Huygg1bJ68fFpqk4DhSn+r/D17&#10;3ClnURJVaWdJFvqWNlBmZbNGbcfX3dqqNXEf4fs6tQlQx697gxGKpVpJaeNWUH6supyo06FSM6v9&#10;iR7p4i+eOq1UDU1Kde9+qKDSSkDAgwmT6nSCFBZSTY3/ABb22ZQ3w9bCCmrh173KxiQQS0zz0tNO&#10;YijfbVJeaORifVHMVK6QQTcBgR/h7ZZe1q9WpQFuve19u2h2TQbfo8ztze9BJuTIzQjKbDxm389R&#10;x4CJb2lg3FWkx1DCwLBW/PBNj7bjZyQDWgwK/wCDqk0FuyrIj1c8QART8zx697R+K3rujHUtTTY3&#10;cG5MdBVP+/FQZivooapNJVhMsTi/1tc39qVVcAj/AFf6vPpuNDGpozUPz+fn9vXvaekqvvpJUnqW&#10;UJ5ZI3qJZJDe3qJZ78sR7efIP+o9W1auPl/q8+ve89HVCDGVcLrC5k9UMrKXlhkDBtSSL9LjixHv&#10;SowFQfyz/q/1cOr6xooeOSPUfn6fb173njp08VRXvUzR5IRxzQxiIP51aQO5MtwU0qD+Df6cX936&#10;oANJYnPXvf8A/9PSiwGW37jdvU9Nj6CsrIjUzrTVUmOqq6SMSxjzGiPIYjjWVB0+/ERE1U0PT6Aa&#10;FMZp5ev7B/gpXrf49hfVxyGplmWpnWqWoZnheEtM9QX9am30/P6v9b2+OHb1c6i1Sc19PPr3t2qq&#10;6vrIKY01FHTyQkisWnhlp4p0+gNRey/S97e9k06uzO1BQg5r/s/6h172Z7ozqv4y9gbdyOT7R+QF&#10;V0zndvxzy1GKqdoT7ql3IJCTAu1koJEZpEtpMcrDkg8D2lkZxJQLWo+ynVFgglZnlkKEcR6jzpnJ&#10;9ekvufK7hxcNCNubYbctXWVa00itlqLEUeNjYf8AA7IVFTqkMQ5DCnhlk/oh9sm5p+hcFQw47pqo&#10;7P3TuGLKB6zde+sFtzGUdTChAC4vbOFnrJULNYkTTMbfUC9vdqEx0Jx05/iYtBFbFia11MAP2D1p&#10;5Hy6d8XJlZaKGTMUtDRZBl/yilx9ZNkaWFx+Iq2ohp3kH+JhX22763xQZrLY58psCPH10FLDT5ST&#10;IR1OIrMhXsgDZBKWMWiAQDxxKqgC5N7+66SPgP8Am+X5f5enWMJmDsMgAUJ8/wCL8xTHTj7CzOY2&#10;gmpazOU7bZioocnHSRYuPN0oryXBbyx42eRamRAB+5NosG+tvd9U4YAVP5f6qDqzqnxLppUcTnh+&#10;37eve0zkKmqnjjhmo46ShhYyA0xMkkoJvokqL2Zv6C4AH+8u9xUE8cVp0lY1ppAFK/5OOeve4lfk&#10;KiuSIS0q0VHDHEgSOj8QkiVuPuJEADG39pm5/Hu2Rwz15yzAE49MYr8/n172LWVyO+6DE0FPTyz1&#10;+HaGKXHSLt6FqRAIxqgoJqiFvVY8+NiT+fdAOBr0qkM6IuokqOFBxOPl172s+vOye6sFtetwu1do&#10;5Gvw1W2YGQydJsetzNYFqaVly4hyRhl8DJDczGEIyr+pgvtp44ias1D/AKqfb03ruKELjjWi5zx/&#10;ProgEgn6i9ubf6/HsHttZjN4/c0GVOKr62pjq4Z6HGClqakNWIxFNDJThSW1EqdI549vx/DQcB/q&#10;/Z0zGY1WrLqFRgmn+okcOu/a7x9DuTIZ+n3BkKqlpN2fxSCrpMPPUmlzP38coaCCHGErLr1WCxhb&#10;t9Bf3o6dRA4UzT+XSCSNnkLM2k1ODx49dG35t/sf6exk7K3V8yc7nMXW9s4zseGjpqJqfH0uZ2vW&#10;bboTieQGpaeeGnWdLfqksT/U+1UTsEGoGtD5H+flT7PPoqnikaQSTv618vt7R5dQ6Nceom+xNKV8&#10;zmf7Zo2HnIu/lMZ/Va315t7LLkMfW/xF6nMrQz1MspMVPlc5RUkkFKb6QkayX/w4HH59tEszHVX9&#10;lP8AV+XT6NGgqRqFR5Eenz9fTqb7ZqrBeWakkp8phIoxIzQ00WSpo1j/AHbyRrNLKxkN+Lj34gD4&#10;s/Z/q/w9L1mkYBwgoOAIIxXyrx/IHr3sWaWv3pQ7PydBUrma/r+TL01S7HFOcEcuifvQ0eTRCI2U&#10;H9xI5QXtyCPaFgBJqNKjy44/ynpyR5xE/iA6Ce6ox+eDT/Vw66t/j7DvLZSkyGMXGUuHx+LwAyAq&#10;abIVYlascxHTLBFUt+0qOTd05I9rIhVizHPy4fPH+Tr0UsIQJGvzrSuB5fL5jzHXftUdabd2pkNy&#10;mXdu4qOjwdOJKoUzVLUtJVxxrqTHiQWQB7Wd72A/I9qI6A4AIr54FfP/AGekly2pyzVApgUoPmK5&#10;oPU9dH/Y/wDEe7Ttv7465zexqIdt7B25RdYJRNSbMkoKaswW2aGCAhag4WHDS+GtmkA9VQ7GQsSW&#10;Nr+1aSIMutSOH+oefrXoN3umRWa8AAp2itP2UPrw9OoBpbNenq5ImEzzTqWScza+TG5nDFEB+ipY&#10;AcAD2aPCdbfELIdY47M4bfO2cXhf4fPXw43M7mwpQQKNb4+fHVVQzGW/CDTqJ4HPtRItUJZjn1H+&#10;r/iukUMaUUKT4ZpSpwPWvn+zHy6Rcm4t3UudGPm2191jmkhhFdQR1zovl5FS8siCMIP7a6iVP1Ps&#10;rW6Kf4iGGkqcpubfT0FRqjOM2ltjKxUVPBzqnyNVlIlpBEAPpTyFjf6e0gIJU8P2f6s9Gvg2BjH6&#10;hBNfg9T/AJvnn06V082V1mOloqT0suqerq2WN1IveJIUZrj8htP+HtB5nY3wNye38hU7U372PR5y&#10;ChmnqqfOV0tBt+SFULCKnjEF3JtYLe3tSwiodNSfnQf7Nfz6I/0FlKxFzT0qTX5YyT6VPUTHtug5&#10;Oq/iceEXEaF+z+wkrJK8ynh/uhOqxhfyNNz7LTtafrHr3H5zf+3dn9e73gqKdcbtra2e33tzcO6K&#10;bJhyv8cr9o0L/dmC3IheEA8XY+0UmgaRxPqP8H+rPQisJ5Fg8R4tQqKBzTPzHpTy416fibnSNakW&#10;JOk2/wBbURb/AF7G/sWst3NnNz7Tw82yepM/tbcn8PeLcVJR7ZyNNtIVyP8A5PksdJJTly78aKaN&#10;9Cn8/j3rW4oaEj5+n2f5z0eLLLMobQVP2AD8vOtOu1VlvdywvcXAuP8AC4+v+9+wOxnZ/Y+Iy8Iz&#10;XWO4cxux5mg+7z+Lz9ROKCZv35aDHxRwyI68WcMUC/Ue2zJ3ZGPs/wBn+XTaEeN+oDr/AKVOFeI4&#10;f6uPXL2oM72P34+KztNmNodlVGArYpYpYcRtHI4zFUVKR6SmWaik02WwZhJf86vbru7JRRQeeP8A&#10;Z/y9eKvqcgnTmoAFPzIP7anr3ss2Mzu64JaqCmw+4PFNJG5FPR1VU0EViD9xX+NpeFudK2vzf2yA&#10;TWnH59WjjPhtpIHyrX+eP2D9vXva22XnNzDNbap9r4fc8u6KTcVLUYDI4anydNkXr0m10kGLocRT&#10;yVM9SWBCASajyNPtmUKyEPw8/Lpu5VWjVGNDXDV/lQca/Ph1gqBB4J/uvD9r4ZfufuNH2/g0Hzec&#10;SenRpvq1cW+vHs9PyI7E7v3hW4+s7r2X2Dit6w7BONpqbcuA3Rs7PnalO2mKtrabLY6ESQPLcvKX&#10;Oo/VhyPbCIFctWo9Mf6qj+Y6ssamYMSCaNTSQD/SwPPpG9f0nXlHgpk6zfbL7cmy2UqZDtOtoa7D&#10;rmJp9WWVHx0kkSSCT/OxKRpPGke69s7htt419l12HzdLlMu9EMhuHGZSSmajpMt97/kOLxrwi8qi&#10;MAyXJvew9vmvA8B5/PowWGFoUOsg8T6V8gP9XHpcfgXt+LW/3i3uyPcPyS/mX4vb+DyG4erd7bi6&#10;vxGFpaTB4Ov6D3ZSdcT46XGiKlmknoaGFa7TB/mZpqlkAu6j8+0xRdY1Ef5evSm7WQk6Wp5UpXHz&#10;yPmK9Art3bfSFFvrdMm2qzab9l5d5qncxo9zwZDecCLMpqkaFqqWroodYXyRRLHHf9S8+yZZ3vru&#10;HdUmOh2P0zRdfT0pabJvsjYmUyGSylW0mpWlmycNVLCg5CQoQv4t726scYz88fL8vXqhmu3AEKqn&#10;rRa/6v29DPGjKG1SvIWYm7BBpH+pUKBwP8fYrZXu350ZTrfL7MxGzOz8ds+onpK/PZyg6aqafJao&#10;gvgo8huygxUcsKa7ER+RdXAN/dEjVWp21znVX9g4f5elTybgVMaAj50NfzoKY+wHphqcXgn3Hj8t&#10;VTEZ2KiqaTHQSZWqSM08jB6iSHD+UQu4/M3hLqONQHsE9yb1+ZD4Hb2P3fj+6KnEY3Ofd7dfKbEz&#10;WOilzUkWimUZT7GOWqkFyY4Hlax5A92VED8QSfnn7R0nkO4nQJSaClMEZ/ZU/tPT2gg8jmMx+W3r&#10;0lNdvxqtz/t/ZcpsbPUZeord9ZGqpc1UV0jVcNVLqzSZB5C0oyNHUWmiYN+oOgt9Pb/4cf7HTkaI&#10;W1Smh8s5/Zx/b1m/1/8Aif8Ae/Y/dWdR9kdv7losFluxNrde4emp9dBuTtffG3Ng4enoXm0Rvhxu&#10;eekkrSLBmioVdgLf1Hsuvry4gi1RRyOM4VGP+AHq7wXM/bO+kL8JYha/ZXLfl00ZrNU+DojW1NJm&#10;KxNaxLBhsLlM5WPI5sg+0xMU0irf6yOoRfqzAXPsSvkN8UdqdF7JwO6qf5I/H7vLdmXz0tHmsN1v&#10;2pt3cWdwcRQtS1mRwC1Rrykh4c/bAR8ajbn2ksNyu7piJIJIqU+NGFfsJ/n0iYtFUDvaudINOHkf&#10;M+voOOOkls3sWLeGVzuHOzewtr1OBaMSVG7to5LCYrKLJwXwWZkDUtWFPDCKUn8gEAn2SOePMZRW&#10;e0VFQBp1p4ZZxQ49G02k8LzEK7/knUfZ4tKVHT36ko1fCPThnHQi+2JUemWOOrfzxCNhrBeZBHq5&#10;+3K2BT+pDEe91PXqMME+X+r/AFcOve3Lw4RqmabGStHGlNGyrI6lzVleVECEsyk/TTe35t78K+fW&#10;gI9dY6/L7f5/5uvexGymUg/u5S082OkjzElEjfcmkMteSr3Ku8jWjiIAC6Uva/8Ar+66mDVANPs/&#10;wj/B088yAAUNafw+fp6j9nXvcvZWIfOV1PT5rcTbdikkgSsmr6bJ2WCeQJrMtMhUQILMfIyqB+fb&#10;pLFCtD9uei68RJYDV9BpnBGfLyz8+uv97/4oefdnXcvQfWXWPX+wt39OfIvpbszOmgcbo2tXVW2c&#10;jmFZ6bWJcVjcYKmrJDXjZJoLg+oNx7SiSTTXSa1zSp+yuKfZTohMLRShreRWAPnpNcYPAnjXHH/B&#10;0Hu095Z3cG4N14XL7D3DtWlwFTHFi81lDTy4zctM9w1Tj5qclRYgHRqY2Pq0nj3X/Pmezc5uPcOS&#10;xeJyeB3D/dGegmx+Apcujz7UELLk66eGmF46UrzI+hYrfX2pJlrmuflwHp6/n0ZpEszFpmC1X7Bp&#10;8+J8/X+XQgnT+dN7j8/2v7P/ABr2WKLzS5HRUBI39azSVrSJ6/8AVzAnVx+PflLLQEEj/VT8+nUg&#10;siFVH7fI1FP5f5COu7f7659r3bU8OJq2Wiiky1RojkopaFJppFyJawijijAdmvbQUPB92ZUapY0r&#10;/qNOqzW1gZNTyDVQ8W8/2j59et/j/r35H+PuzPqzd3yJ2d1FFmqOr7KzuLyC18W4tnZHqjd+6f4R&#10;SVEgp4chj8pmMe9G1SinWkEVSbAanAHtBpTUFVsnh/xf28B69aW2mhtVkhm1g/gpwHkanH2CvUCW&#10;OilqIlk0LUx6XgZZRFK4uSVURMGZRb1Aix/x9k9+Rn9285locxR12Jps1BBTUtVC2J/uzuPImJRI&#10;azcO35HPiredDWVA1rgH2/HqCgHj/s9OQqmpGVhX+Z+0DFR+w9OHstVZkaiRaFKnG0oEVSWnlWPw&#10;1M5C3ZHQ2tx9SF+vtwY6MnbABGQcfPr3uBUTRTGWaWIrLK7ExhVgSnT/AHUgj+p4+pP+8+6yfDjj&#10;1pSCeGfLND8/Lr3uNNHTN9uDJKqeRWRpPHq1EjWIdRt/sOP9f21Eakkin+HrzkClePn172+53zyz&#10;JI75ZqZIIgn8Thjo3ebxAKIqeA20hbWN7n6+36Zr1aUGua1FONKn/Y697a8DSpWVMdLUrQCOaXVJ&#10;JX5GhxsarGNQU1VZJHElx+nW3J+nPvxx1RF1GjU/M0697E+oqOwKbA1dPi592y7QlMahBiJKjExo&#10;q24yQiaMC9uVcAj/AAt7bXTqJxX+fT+ubwzprTzx/qx+eevewvgmemphHJClXFNUkiWfXphc+l14&#10;Fxb68W/23uxpX/D/AJOk4AoM8T+XXR/3r/X/AK/4e/WgkinULTrItRYTvKI5Lf1ihc3PP5Cn3pjW&#10;jOPy4evDqp+nrnTX1NK/sH+Xr30/rb8W5/w/HtvjR/vFWoe0bABDy4sf0eRgeF/qf6X9+EuPg6tR&#10;Kjh12P8Aifx7VVTJh6fHTQrTPU5l6iNp60Tf5DBAP0RwU3LvIR/aZrW+g9uCmrsGf5/8V065jVCA&#10;KufPy/4vr3tXdfzS4mZsjhIaPJZOEzEQQrVVmdqFkUxulJjKQXEYUlmJuABc+/Lxq3Dz/wBX+frS&#10;JHhlI1D04n8v8/XvcBtxUCfdU0m1BN5RIWrmmljMV2JIEaqUADH8/gfX8+/HVpoOHWonhjQxxrq9&#10;W4n86de9pYRLDWQSTM89DrWV4qCaLyOqkNJBMULFTc2vY3/F/dVoBTqoVdXHBPl5de9teUNLLO/g&#10;DwRuWLCRlaojjY+hJSB+Pyb/AOv7T9xepwfL/V/q/l041ATTNB173hqyR9rHP5PtljUIxBYmPnlX&#10;sARfker/AA9vggNT/Vw/1fb0wxoBq4/6qf7HXvZl9kbIpuwNm4/G4bd1DtTM4ueepopt6Zqj2jh8&#10;ghQrWw4rK5KSKKaY3UlFckD68e7Oc0+zhxpX9nSeRJZoAsbaWr51ApX1/wBXD5166JsLm/8AsAWP&#10;+2HufJ8W6uWpV81398daCl0rJPUZPuLbNROrEeSohhoMfNPOzJ9CdGljwCffo9LvQ4of5UxX59Mt&#10;FdhGLFag4owOcccHP+odYvOpZkCTlgt/8xMim/FlkcBb/wCF/a8y9N8XNgbaoYDlM13Hn6JaiEUe&#10;2qLLba2ZVTu2iV5txV6CSXxn1qaaH1DjVb2YyGMRkcR6UNB+fA9B1IVjkLTv4hLZr2/4T/gHXaNK&#10;xuYwileNTXcNfkMq8f7EN7g4TtHsjM1kdD0L11kNnLFRRxeDbe3qvOZmuWKNmleo3DTUxqIkIBCk&#10;OC35bn2itw61aPzOADWn7Pl0eQCWRqWuhOGAQSftby+XXNtOk69Nr/2rW+vH19glvLfe/wDL1stJ&#10;ktlfwjdVJWSGrymOw+Wp8vUsYminiy1PUa/I/wBWLsob24ry0ppz5/5a/lx6amhtnA8cqGBP4lr8&#10;wcmv+Trv+lv98PYV5GkpqSgxlW8tDWTipf7ykStvkHnm/ccusZJVFsFIHqB+vurLmteHH/V/g6XJ&#10;FGgXSykUzpNT8uHl8+u/+N+1tt7dWUSWCM7dKbNFZClWgxVTUxGnIMc+mqkVvWRcs17r9eLe/H0F&#10;fLPz/wBVOt0oQFoUrngP2nr3sOa+tg/vBV1uHx9HDAlbItFj4PPPAAGPjKCRi7t+b3+v0HuoLj4c&#10;/l0oACsStPPhnHy697Efbm5+zTkMbNtrFTU2Vo66lqcRHj9uVVTXT5GGUGngpI1R2kdm/sqCSfpz&#10;7dDSCOi1p9nSOREcqGIHoagefl58f59e9s+867d2Uzebn39j5aLMZPNV9TXpnxPQZKhy80p+/jkh&#10;ris0JWX9cUosDwR7bJ19sooP2Z6egjAZjUFvPI4/PPpTj172gMnRU0DUkCVVPNPIAJZop4ZKVIyQ&#10;sZZ4/ow5L3/HtmRRWg/Lp9vIef5de9qLa+FwrV8j5bKYxqWB2WENXQxfcSRgtqWNnD6D9B/U+7xq&#10;gHEE+X+XpqQHwyV4/wCqvz697tB+MOD63rdx7SznYuZ29g9uYqupq+Shesir63JSQEPQY2mwtEZa&#10;mV5JdIP7R/pf2YRmOhxj5dFlxF4jK7MFXGnIqPTH29N+VetTH1RxsJnrjEUpoxJHHaST0CQvKQLJ&#10;fV/ja3uy35DfJTo7H7Nz+K3v0v2XujBw0cNPT1FV0/uHC4CqaoQ/ZjHZfNUVPGviFgJy4/2gn2G7&#10;8SPKK4z/AC+fDy8z0ZWstvHJqugzDzBByafPh5Z6D/bG383SVX3P8cjMbStJV0n3s2SkMxFpkk1u&#10;UW550rYL71++xq3rLI4GtyXX38exVdNVebIbclxMgpKamkqH+1h/ihJJeMEAhbhvrcfT2otg/hjV&#10;xp0YEQGItESDQah8/Khr5evn0KA9g5j0x38JrwZaV8g5hNdHXpURvHTg3ZqWdD4y/wDtLsD+LH2p&#10;Bpg9UUIYzw1f6q5697YK2CEzzLQtAkJlhEaioieLUzADyzXCg886iAPza3vZNFr/AC6acBVNDUCl&#10;Ove3zemxq/ZVTSR5DObLzNVWUNHlANpb22zvOCOGuW601ZU7cqalIKqI8TUsxWROLr7aRyTQg1+w&#10;jptwytoamQDUGo+wkVA+descUqyhyqyrolkiPlhlhJaJtDMglALKT+lxdWHIJHtjpKFp5aS1ZSRy&#10;kq0EdTPBDTCNPV6p5iEuSLBRyTx/h7fUAtQmnTiL3Dh+0dZPa4ag2/V4yaDK1Ei55ZQ9HWS11HQY&#10;xYRJ646OGYr5Fv8AUoPqOPe5NIoFz0/RSh1fHXif8g697cevNl4/fGVfB1eW2ZgaiUSsuY3tvfEb&#10;Mx9N4CSjJXZ2WONmcCyIfrf3pRpWpNSfz+z7OkkiStqWoqBgk08/9XDri7iNS5DEL9QiNI31twiA&#10;k/7Aexlq9157bWCyu2sNsutyORp6SOj29ubbUibkxIWGTxzTifErLTTqwDMsysxNwfp7cBOhSR86&#10;efDgPl6dJIHuKMrLStAPOlP9WD/h65Dnn+v9Rb/eD7LjSDcVRFmaihkzUNXF52z9P45YvMkpIl+9&#10;0DkA3LLIAAPe4+HSu3WYa9LE+tB/kH8+ve5m0cPt+vgrBnsxT4sqIpoZfLC2kQ3YRJET+4z2IVVP&#10;1t7bZm1UA6aJYnS1QBwIqa9e9rXaO69xxdjbXrOsNuZSh3HjWqIsAaLF1ObymQqVRjHU/wALWOQP&#10;MUuCsUbfX+vuh08G4HieFOtaZGceCdLcBTJr6/b172tu2uz+zd1OoqdgZra9Y1DNBuTVtbJUck1e&#10;LrWVWqohVog4uXUgaTf3oadJAofI4xSvnT/L1ZGkOoLQGlGoBT5k8af4K9e9l9qsfT/3epa6qyFE&#10;ahFRaSgMi/eursRIWQHlVPIJ/H19uuqV7j6fl6V9R6dPsQI1B/L0p/m697xVcVNDBioIxDUBY5HM&#10;qVSLEah7G3lW4LgfVQePp72KCtc/6vL5dWYqCuM08uve8mArt3UFSW21DkZ3EkpUUdC1dcEaZfKI&#10;Vfj+oPH5PtsMaZH+r7fTpog8Bx+3y697WuMy/adBS7jWlo90VVJkKJodxFsZlquip6VzqaWpZUKQ&#10;EfRW9PHHu7sa/qA0xx/2R/l6qEoW0sc8fQde9oirpstRSY9fNFVSNonoXpp1ntMWDojj6iQGw0E3&#10;/FvfgXZ6DH+r+fTkaKhCwkH0IIOevexZ6+xPZU1Nl67BZLMxUUbtUZqmwdZLGZK1gftocjS0ZL6d&#10;X6lZSB+R7oSK8P2cfz6YUStqdSQKmoHH8/l11f8A1/8Abf8AEewv3hV7pqqySm3HEyVgqhNVVFVS&#10;ikqGmZAnjnkZV4A50tb+vtw6j8Pnx+359OLqNS3xHj5U/wBXz679pymcJMYKaGB5nk8PnklViv4L&#10;xN+gD/ayf9iPbLMVGAT1ssVFFBP2de9y1xr/AHJoHq6JIJJkL1r1lK8EQYcl54XZLD62v9ePr7uG&#10;ZhwoPmP+K68g1caD7SMde9sVTFFBVTRxz/cJFKUjkVfTMqNYOnPIP459tcMn/V9nW+DYz172rsfX&#10;7mjjJEOXWJhanEePmqYgTwTH51ZQQPppF/bivITwz/q/l06pbSeIFcUz+XXvaj3RkNyVVBRLmMfk&#10;osd/kw88qTU1B9xYKJKqnVAnlK86SQfzb3dmLOQRQ/P/ACmoz1qUqxBIoQfI4J+Y9f59e9tFIMPg&#10;8jUx18GO3BSinPlEdWWopGq4/wBh46imYFWgJuUDDkWJHuhU+X+r/V8unBoichwHx5fP5/Lr3tNV&#10;lGtM4ihqlqaN5Ukp5YZkaDUy30SWOlXH0I+vvXTDqVoK1HXveE0ymoSmnamM80ovM1XElPGpUC0s&#10;17KAOSSffiPU9eAq3cR1726VGIWEtBDk8fVUauheqhqqeNHktcBxIwNgeF1WB+oHu5CgED160upj&#10;RsAH149e9ip1jmIMHFlWymLxee2QSYMrTZekkeEyN/m6nFVEIOmpRraND3I+ot71pFOPXm/TkJID&#10;R4ByPyI869e9hbnqpKnKVU+MpGpQ0sppYYgwkSBnLJdEudIW1hzb8n3Wo8um4VGSOJPr+z8+ve2q&#10;venmqAYBUU6mOATLNFciYIAxOo/QtyCbcfj3piadvT1CW409eve8DrMJv2nYzk6V/LEHgsvAt/sB&#10;7bV3xqWo/P8A1V63poeP2de9jD1vW93Y+UxdZJvWWpq4JVL7Rx2SyVfDCUIqjSy4yOSWP0BtZjtx&#10;+r28rsy8KD/Vxx15VmJ/RYg/0cn/ADjHXCTToOrTp/Ou2m3+Orj2G8xyZqa16oV6ZE1E/wBzHP8A&#10;cNkPuBIfN935fWHL31aub3v7dLNxYH9h6TNFHUmRjWuan/D1yW1uLfQfS1v9hb3ALZIxaj919oJj&#10;ZZI3WAz/AFbRruuv+tuf8PbVWPH8q9OqFUAJSn7eu/eIvqiP3aujKzGExqAjOePoP6f0A9pmD1q+&#10;ft6fqSBwp173IoKWeum0wSUdOw9ROQq6ejRiB6lVqshb/wCx/p78mnWKfy69xwOve/S+RpEaNUWo&#10;ikMUrI6iSQchG8Q4K2H61FvajNfl00dVR/Lr3tsqBCrScFpDIedXII/VcLz7blGaqTnreKGvHr3u&#10;dS6pYzDXOKdVQtBPLFIzOV+sSkA/X8k/7E+6rQE1Fa06sMrnFOHXveTx4qO/3TTyMbW8DxeZSfqW&#10;DEj62sBf293DjnqvYqiuT/q/1enXvfCeSjSGMUa1D1JlOvyxRFFF7xlHBLlj/aBA9768SKnwxjr3&#10;ubTY9K2kq3kkx6SnT4p63K0ePlhbVeQR0Mrq8gP09K8e2nPAHgevMzBcitT8sde9z9rT0ePq9GQi&#10;WsoVqokyEUMRqIqiBiRLasQlY7D9Dgj+vvZB0UTj146hGQM5HDr3t03PisNAKjIbfq6VaKSslFNQ&#10;tk6GvyUQP7iQyw0reTQPp5GUC/F7+6jJo1BTpxVKoa8K4qan/Vwz172rOiensd3JuDK4TLdq9W9U&#10;R4vGSZRst2tumk2licnpmEclBja6vZI5av1alhuGYAkfT2zKdNAKn7BXrUQ8WTQzaB8x/l4D9ox0&#10;35LIDG061DUlfWhp4IPFjqSWtnUzuIxK0MVyI1Ju7/RRybD2wb82xTbH3NuPZmK3TtvemPwuQalG&#10;7tp1C5Pb2aCqGafFZNdQkhuWAdTY2Nj79EA4DPUegOD14F1LJxVfP1/z/wCr06mQyeWKOXxyRGRE&#10;cxyrplj1Lq0SLzZh9CL/AF9pOmocGzha3JtDM6LqdYUliRnIB8gR9Y0/ni/tSAg6sVRsVofX/Vnr&#10;J7b62gpqI1Cx19HXxpIUjnppQTLHbUjxwSesD8G491YAZHVQCKg5p1723o0q08ZjDFhKwiCKSQzL&#10;dm9P1NuPpx7bB8qderio6977g8DJF5Ql/I2sX0seLIHNxxfm597X4h1U0K5697cw1fThooAGiZbv&#10;JEi1UapYBRI8QYAf1Ht5hjqqkioGR5+nXvcaWN0oiwnaQh3WaJY2EAj+iGNwLN+T/h7a7xjy6tRd&#10;HXvcIElIxJcqUABddIRCONB+pH+Puo6sKU6975otOI9YKNKGv476fVa9lte/+Fj731vHl173iiMi&#10;20eQvzYKpZSB9P08/wC2/wAL+/dar5de9q7C7br9wUNZNT1u3KFMbGss65vc2AwNVUhlJ0UMGZng&#10;edhY+mIM3I4uffhQ/LrTGTT2Dhx4fy9fy697TSIWniiiaNBzHrSSO9idLs8n0A/N72tzf3thH5n/&#10;AFfl00shNKqR+R697csvh4aJqRRlMfUyTQ65DBWQ1CwtqK+NmhZhf6H6/wCPvxKaqitOqyylQKKx&#10;P2de98K3EU1HBEYMnRVs0lL9xULBU0zJD+5b7cEPcufyLX93FQtMHqiysQe08QDg/t4cOve2RhGI&#10;1Cg+RmJur3VU/oLE8/1/w90eury/Lp+i6eOeve5UMlXHBJFAjvEwHkk0lkUf01j02/xPuuK9OKSF&#10;p173kiAiCJJocESMdJV2BtYKZL6f9YD3riaZFOtgU697jO8rM2tJBI3CAgqqRkcG/wDxX3vqhOe4&#10;de9zZIIqf7cwVUVXPLT+WoQIUipnN0NM7sbMQPVqB93Kxhcnq1NPnXr3tqGqxuPrYG54Cg8fp5t/&#10;j7p1QGhPXvcin8jyoYgqGMqyXNmZg1/2w59TE/j25Hx60AS2eve5eTmqaqVZ6qOGB1YRCBYft3JU&#10;C8jIeTf+vv0nkOrGpOqTr3vCmiQv5vIl7GMWCgf1Gpuf9t7bz1bBHXvfFxHa0QBcggXYghRySSD/&#10;ALa3Hv2fPrXb8uve3mn/AIJLQJ9/PX01RFG5CxUkU0E76v2o4mJUjj6u17fge7r8WerHwyhD1r17&#10;3IpMbSVimb7+ko410qkOQqkRih48karck3+oA49uHT1VEDGoNB173zjnoMdUSqKY5ON6OpjZA5Oi&#10;odCkUhmQFSqmzDSR/S/upVaZPVq6HNO7HXveJZMEqU4rqapepV4/MVniVGUD1lTyQf8AU2B/xPts&#10;olaoevBoincDXr3tyjq9kKpE+HzEkY8nqGUiQyOTeMaGQ6APoTfn/D35w2sV6Ry6BMNINPtHXvbJ&#10;O1FI8slHAKSAlCsDzmoVBf0o0n1Jt9T9Pb4IIx0pqrVC4/1fZ172p6f+5Egp2yS19O8RYVAx8hlg&#10;q1t+26CYhomHOrk3/A90XL0Y09Kj/V/LpLIylwGrp9QP9X5de9mEi6q2dvTa9bV4bsza+1ZMHh6T&#10;JU+J7P3DicJJuL7hiJKHbFYXEXkiA/zUjBv9UBx7c1NShH5+fVtAkISNqUyNWK/YeH5HrizFSoCM&#10;2o2JW1l4vdrn/evZV6vF06ZGroYq+hlSOSRVqoqunWkcqOQtSWCFfwGViD+CfdCAfjOf2Y61rm1k&#10;aSacf9WB1y988LhIMgaiX+JYujaksUSvylBS+eQGyiBKhwZP+QAfewh04Ir8+nrdC4YuQKcPt697&#10;hV9PFDVSJ54XYWeaSnkSYE/TTGIzYj/Ace/MTU6v9X+r5dbcUeh/aP8AVjr3vJSrBHKkdJN9xPNE&#10;ySvURQxRQh+DpdybC31ZgNP9be9KfMAfl1tdWqg/nw/zde9vmX2/mMclLQVlTt6aBYhJSzUW5cDk&#10;6Qif9xmgyFBUSRMynh49d1PDKD72CT8NR1d42BAYivl3A48/kf59e9qDblZ2fQR1UeyU3XKgjWOq&#10;fEUNTkneMgjUrU8T6Ut+kg8fUH2oRnB/TB8/L9v5dF80VtqJmYU8gTj58eve0niavF0+VqZdzYyq&#10;yAdqgzRNVSUtXHWDUG+8DgnUZOXBsfr7bBznjU+WK9XRINIFe3yOKU8qD0697UOMyO9aiOk8UbQY&#10;yleeamilxcKUbMVASLzPGPMdJHjUsx/I91q/Fq8D5dKI1C1KnPFq18vX5de9vVFt87lqM/Nu3PUG&#10;Ey2IwdTXU8efq4sTPmGpfVS4/GpVlWd5ASIBazW4PuxZWOcNjy44/l0y0kmstpyScUP/ABQHXvaQ&#10;r6bbxjWOkqmDR1DxzzVDR6ZR4taEoxHGr0hxx/X3Xtzw/wAvTwJZKnFPyH5Dr3tkwN1zlC9Oan7o&#10;zgxrjlWSqjJFiaRB+qQD6Ae9IBrx1agIqOP+qvXvagz0FbQSOlJU5HJUMuqaoqStQo8rNbwZGnOp&#10;Y5VN9XPJ5Htw41Up86Zz1buCKSP54697SrGGYpTxq1PEzn7irZnaEBrabpa6hT9eefbYCVGRTqjE&#10;ilc/6vLr3vHIhhtoaOppVYxRyAqsjHVzIkanX9f0kj3VlX1qOHHNfl/l6oj5pQ9e9v2InzFHW0FR&#10;gkyNXVJKHEMEE8imcfSPwxAlmt/sT7vQVXTx/wBX+r7etTlDGfE4f0qU697FrdFdDM2Ird64eqlj&#10;fb4o4oqqrOO3JQzNIWWsnx9cFknAYnwnTp0cA+1RMdFMgBH+X16L0D+EBa8NVRSumnpUHHy+XXvY&#10;W0dA2UySUVHXY2igZJfsa2okp6AJGimWMVbzMt2I9P1+v0J+ntoxqxOggDyz0tEsoI7eHoK/s8z1&#10;721U0p+4iGXiR4QojYy6I5PCslrxH/b6W5/2PtqoFS1Pn/k/n+3pTxoxx/q9OPXvY/ZSX4y1GCwz&#10;4eh7Qw+5oWqFycNVkcTmKKrkSlDUL0clPArRq82oNqUsF+l/e46qQTRmqeGP5ca+o+zqsdQc1J8s&#10;Y/4v5ddC9ze1uLf1/wAb+wEqXppcr5ZRVxULTOQrrGKlWN9N4YlVdf5ta/vwJL1elPPFM/4f29OV&#10;JNXx137f4f7qwxQJHVtV1FXI0cwrcVURmkDEIjmo8yIP6k24+pPu0jGmlRx8zX/N0266moKjGCPP&#10;5de9qmHZu2JtxRYOg3fiQyLI9TkcjWY2jwySxUwmtHllqHppSzXVFV9RPAF+PbWCO3zI/wBR9Pl1&#10;RSwZjQ+VPz9P8/l173C2vi9vVtXlV3blYcXAlDURSVNMaeprDLDPeBsdSa1Lh7WD3Cngg+1kaoa1&#10;PAfZ58DX/D0kvWmjj1RAufIGtP8ABwxx697sS+PXX9Tu3DPidp9x1OzcRDqG1Zt7bahXC1CzRaqu&#10;u23nVdFWrWzpWUsLl1S7G49nVs14ItFuDp/BWvH+gaca8QD+zqMN3h2hrx5rugcgeKFcVCg4Eilh&#10;ivw1A/PrDPKYY2kEUk2kE+OIKzkW+ihiP9b6+zR7c+OfeW1N+7Q3Vsz5BdA78bAJUS0m3MZvX+H5&#10;TP09fL5jTti8kTLJJDKbQkA6CAoYj29a7nzDbbrDJBBO0qE6QqO4YH4idINcVr0HL/beSrraLmG7&#10;mgjWSgJeSNdApxJDUGPU18z0jKHecVdqgyO2N4YWQyVUTJkMBUVMHjhlMfmetw5qqcJILOt5fofU&#10;AQQBJ6Z3X8rute98znMFtbfmWxOWy01J2biqSnynbeDarjob0NbW4/bVNUyY2pMdwOImKWvdb+zi&#10;wvt5Xf0uhFKJg/crIzktTGpNPHT5UBH8+i2923l48oybeksDQiIhHjlRBpx/ogYIRWma0OK16Sna&#10;u2+o924SgxfYuTwmHgeWKfB11TuCm2vkoJ4po3jbGVrywuw8ni1wnVGx0h0PHux/Zfc9JvDCyUEv&#10;VuUwW58XnmWKqz2ys/tnG5qgXTLHVUFTmqaML+p0eEvzp9IJ9zNZcw3rbP8ATLZuZo3qshhdUeP5&#10;VXTgVFBg5Pz6x+3LlWwj3D6mLcYhC8YLIs8Tsr+YoHz8qA+dTTPSYn2LlMbuCurU31ma/bNTiTSx&#10;0ZyAqq3G1PjIeR44uZgx0FJdJdeQTbn2q6zH4r+D18u4MpQQ5OryVYyx48S1DY6iqJlNNDRhgQ6p&#10;FfU+k2+n0Hu9vM62rm9VquzHtUnSDwC4NAo4nHlX16RzxUv9G0+G0aotSzoFdhWuruwa/ME9SMbl&#10;M2cljoMdi8zJjKbG06/cV0K05rZ6enZZ5q0tYq8kumyfQ2J/Pusn5OfJXtzrTeFPsbqH45dgdn7d&#10;pMRFPBvql2pvCroPvqlnY09DV4yhljqvF9Zf3ALkIBxf3HXNG739vNHabfaySwgArIUcd2a6DTKg&#10;8eNT1M/IXK/Ll5aNuO87jbwXTnvhE0OAPOhaqg0PpxPQuYumeSE1OQn8VXMS1VTLNH44j6QqOnNj&#10;a35/p7J/1Pu/+YF2Ju3MtTYPObPpZqOShqk3RtzN7PggU5Fa16onI0wczqQI/MSLr6PobewJFLzL&#10;NMTB4qvpNRpZTStT5f5K8BXqUd127kC32+P62W2kQU4yRkcKeTcOneoGPVInqPBpQ6oAxDC+kqBE&#10;n9ri/AH9T7tI67HbmyUpMvvmok7Jy+PDDH7fxtNJQ0UtLIb1yw1Ea+erl8mgzO36TYKFBI9mO2nf&#10;LK4Se78ScLqMauGyOLBRStPIj19PMDXG18l3iyW21SwW6vTXIs0RCny4NQYyK+dK9JbcNJRZvE5D&#10;HU+Sbb8lbEqNl0hpzPRSIbQSCOsBjBIvp1jn/X9lV+YGe+N3YVZubF9p0u0dvVlfRUUuHxOU25Vd&#10;f53bm9kpWlyNXX9hJHDSVlYIGVDRu5DIq6lL+0283the3LvcwrE7KKKF0FWrUlyAAW8qUr5kV6G/&#10;Ju1bttNqi2Fw89D8Rk8VWj8tIqdIPqMg/l1w2Th6rD4qjomyFRkBBIzPkTXtX0eQpzGVp/s45pJG&#10;hjI0uEDelrqpZOPdRVB0h0VBhM7mch8k9qtS0UdWuKwtPiMrVZB6t2U0wWMBHqFHqWR6dXAIUnhv&#10;YOdEQVUhq1oK4/2Pt6lxLu51CLwWANM0qtfmRw9KHpc3s1rMfpdvTb6fnm/+8e2PLYf4ry1GymTf&#10;e940pKKjo96JiNmShcjJGP38jQvVzIY9XChNDXHq4PHukn9mpwTQnyAGcD1Pzr0oie8OsyqMfD6F&#10;fMGn59cz/h9fxf2E+567p+DL5eTZWN3hWY3wmn2/T7m+xhlWsRwDkq+opX9UbICVgVVIP1Y+6IBx&#10;JFflWv5/8V/Lp4FyP1KAmvl5eX5/7HXvaAq66GSnEVHj4IVhqJ6qKQDVO8M6r5aWeQGzrGQBGv45&#10;J+vu7MtKUr/q/n1bHln8+ve5m3s+MXX4+op9u0OSrKSvhq4UyEc1UKuZZR4qaalBCNHwbppN7+2o&#10;1QEDBFDxPl5/6h16uoaQKH1Bz172K9TvnaM89RTbn6k2y8f3ZNRW7S3DU4qsidm8k6td54ZDe4v4&#10;wAPTce7FCxJQ0FMUOB/nr0mdFZSpYAkUHDGeI9eve2iro+qM9NJV4HKZrY8dMzkY3csUu4WrUWO8&#10;P8NnxUSsoaW6ssoNhZgx5Hu516vzxX/LXz48KU+zpJomUNUq2cZpnHEUOafsHXvaYqkmx+QEMU9J&#10;m6KRl8dZjVrqWnSnUeoTw1SRyA6f9UtifoT7XK0oKkg+mB+z8qdJ5YYHjq7KrZ+IitflU8ONOve1&#10;bs7K7jqarKw7Mx2Uo0aiMeQfDUmYbIGkaUB5zNiwWVVbTZbcn25HI7ORCpApTga09fXouvbWy0I2&#10;6SIQCKBmTR86hiKk+fXvZtNj9j/Jv7Ha2E2vtHe330GDqKRMpl9nblOIqMWlcQkgyE9KCUc3MsxY&#10;KG4LXv7P7a+32ONVhjkLBe0iNjVeNBg1zXI+yvQUutg5OlmlmnvIF1MCVEyChpgUDUHlQde98t49&#10;r/LOqpa7bdb1tkcHUUsskVduWh2tnsnTtEiEXppqeOeOZWP6HQsLf6x90u9y3+W1KtAyLwwjcM+d&#10;P29O2PL/ACLbz+P9XDITXt8dCK09A3p172R3edTu+or1be6ZtsgyDwSZilnoBrVuRBTTpGFB/wAU&#10;+tvYTuTc0Hj5Pnq/2epIsVsRAPodOn+iVIr/ALU+nzz1733sgbuFZLLtoIJooo/KZ2pJAqs4KmOl&#10;qj+81xYhFYgH8e6RB9NMFfy/yfy6UyaDCVeugn8q+XDh172y5OCuq8lUGrFDBXzyS+eNaygp6USa&#10;yW8z+QJGb3trK88f4e2pS1BqGPL/AFf6vs6umlYxpqVoB6/6vLPXvcd6E0eNjqS+LlWprqiKONMl&#10;S1lbC1OAJlkpoJGKRtcGOV1CvzoY2Pt00CVAGf8AVn/UOtBhq4fP/Y697Z5oiWMSywoolZyyNCyK&#10;xAuI5FOlrf0Un2xpOqtf9XzH+frYGrPkfy/kevex32p0tJvOCikG/wDpzacUiSCEbr7U2Vh5j40B&#10;dquKesEkbOSAgdRb8/T36SWidis2k0GCK/OtMj7Om9ZodQJ/IjB/LgOuLsEUsQxA5siM7f7BUBJ/&#10;2A9v+I+PMM+Swq5ztnpWmoKytr6LKVB7d2Oy4impFaOkyHimrhLNFK2lk8cZJTkC3tKt/GHKGOQk&#10;Af6E+mp/pUpjz62XqSoBrT0NPlnFeuwb888gHkW+vsJcxsfH4mvy+Ck3TtKtzOJqZHpa7Ebhw+T2&#10;7l6RZNI/h2cpZ2geQqVdU1gnlf1C3taCMED/AFfnTq4CMpLYP+b8/Prv3DfEZGkoqzILUbYmmiqk&#10;ilWTMYKpzCOIgpNHiTO00yn664o2A/J9urI+qgXPz40+0/PyOeqinl/l/wA3XvbPSUNfTRwZClra&#10;Saaomnjp6ankimyEUqN+7K9DGS8Yv+nWov8Ajj3QNIG1R1rXhQ1rT7Otrl+Jx9v8jwJ697nUVdWU&#10;azhaCCulqBMKt6hNUsDGzBo0jN10m99XB+hHuysVUtTUTxr6fMeX+Xqw0YIzxxw/1fP+Z697aJ40&#10;QomuCZJSjtzHHDGzi5Ty8W0n6fj8e6NqFdNCP9X+rPXiy+Q/b/q4enXvfccOOennJlMFdCQ0SXEs&#10;VWosAiupujfkfg+9jSRqfDU4H/Jwz1riaeXXveKnhjkcs0lLGEUyP5pVVmZRcI6k8tfgKBc+6Kz8&#10;af8AFdWAr8R697e8JjaTI5Cnp58lRUcdVJMHmqpY6SmpFWNpQ8ksxCBeNIXVySAOfd48nu4DiBX/&#10;AA8KjraovFiP2/z+zr3ubtzK4ugeqp8liMblaWrlWippK1J1pqFXm8UuRinpmQ3RfWoLlWP1B92U&#10;Agoh9PL041J9f8J6suOP5Y/Z8vz697x1VNFTZZVxVWtXT0ssn8ImkWEPMscv7bxxPcSEt+kWN+OP&#10;fpKccac/6j/m60+moB4AVzTz4j5n0697ZqmCSpqKl55oI6wmaepEzQ0vrU+uNUWw8hP9mw/2/tpQ&#10;unSPy9PyP+o9VAQ4B/1eVD1736mq/DAsP2sc0RMgmkeKRokeQWDTOhGrSP0hjYfX26GKCgAagzx9&#10;fP168lQPMj8/8/XvcWjkeGWT7FJHKo+sxL5vJHfnUqg2X+t7X/J9+QtWq+vl/gp/sHqgArx8+ve5&#10;yuWQLRBoCtM61RCCfzzOxM0iNGG0ek2Cj6D3dSNJ0jJ+L7fU9VfwyRXBHXvcZzM1NEtQ0y0y3FKz&#10;Rv4bL/nAPoGJ/tE3/wAfdXzQGgX7f9j9vWwVJwAPs9Ove8SrFKyK7+JfIQWYN4tFvU3psPp+PdXa&#10;oowI/wAPTi1ZvQU8uve+4WRKq5V5oFkFhGWSWSEH6R2/Tq55/A92Ru7APVSSHINeve1LQ5Cj8iCm&#10;x4iqzU6wI43nKxKbxxFz9SfywHtdE0YWhGcdFF3Hc+ISz4pwx+30697WqwbeytPWVtmw2WjmAEVJ&#10;XRaJ4ivqaooFPkUB/qFHv1wI2YmM0z9mfPhnj8/y69bLco6qjagRWtOB9P8AN172HmVNa1ZKuR8i&#10;NGt42rFm1MB+gKZRqII/Tf2gYsor+zz6N4wAvdk/P/J8uve2y0nhZI29LG5aMMTf6srsbW9t1crQ&#10;/njq40j7eve+oHnZ+FKODYnTqYi36kRf8P8AH20FXVWuevL5U+fXveeI1KNNJepklYhY4lWTURfl&#10;5NI9It7uVx5V+3rYJBJ8+ve/CSYnS0TiS50sA+ryEfkj8+2wAuRkefCv8uvEuTkde9yo6mSIeuJm&#10;qC8dtUDSqunlSpFzqP5A91oAcZ6sSwp59e94xUVDPK0kTLMzuxHhbVrJvYKRcc/gf7H3sjtrQftH&#10;WtTVNB172wZSSV6kF0dNK2UFGGprXJ5+vu68MdNuWrnr3uDSAtKQLAkG3q0m/wDg34/2PHu1PU9M&#10;hiikqCfsFevexxwNPkMnilgyZpaejgoJ3SXKVdLjAssKmSCbGyVrI08jC6GGAMW/p7fIJGKVH+rH&#10;TvjSSLpZKDPHHD7aA1PkKnr3sOJXdnBCaCdJIlBNvzZgQPx9R7TOvfU8PtHV1rStPnk/6s/Z5de9&#10;zSahqRtH3S0Ny0gi8opdZPF2AAHP4PtujDiT1cayteAPoOve4NOYvIFlbShNpJDGX0D8FlH1N/zf&#10;26BUgvSn7M9NkgLTr3ufFjaGrqYqcV2Mg1+WSWeWqhgiiijTWdckzKS7C4WP8nj/AA9qV06icU8v&#10;9X+Xqr1SnnX0/wAvp172qKLB7beQK+VppRNpWlLV+LpCsugEvP5pNCLf/Vn/AHn24q1IbHHhX/iu&#10;mjKxkoVp+R9ONf8AJ173IyG0sBj6uKno9w4zI1UjLM8kGaw700Zc6TE0yy6Qw+pF+B79pQdw8vTj&#10;86Uz1R5GjFUBY/JTX/V6de9r1uv9qVeNpK3Mbt2rS1JplYUC7qwcZXU2gkLHP+oABio/23tsO+rv&#10;DU/w+n+r0z0Uz3VyHDNG9fSjFj5ZxUfy/Z11f/A+07J15tCbJCmXf21cbQJSyyPVrlcdXh5l4gpo&#10;RDOT+4fq59Ki5PtaY4ialgD/AKs/6vOmOnxdXhwI3BA40P8ALH7fTrv2rdzfH7N7Xxe3stT9mdE7&#10;mx+YpY6mKDbPdOwcjmsUJwHFPncLNWxVMMygjWojYKeCfaaWIULagR9oBrT0Hy8/8HWvq74EBI21&#10;AeatTPkDShx6V6bqXJwVlVWUkUORjkoXEcslVislRUspIvejrKuJIqhf6tC7D/H2EOXwdbinWOoq&#10;8LMjuyrJjs5hMulh9GY4yeUKLfQ35/1/aUrEucfka8Pl0rjvLwAGWEmvoDX9lKgfl04+0wVf7sxq&#10;6lQeJbWJH1umrm/45PtsIoJIbI6VidjxRh86H/Aade98xWOI2p5qSN1EjWqFi0Taj9Q7D6j/ABIP&#10;vxU6cf4f9X8uni9RQj9teve8VVLILyNHKTdEEbK+kW/Qyqfx/Qj/AHn22NdKdbc4qwz173HDxtpD&#10;J42RrDjU7XvyjDm4/PPvxU04/wCr9vWsEd3+b/i+ve8XiomSZVYBi4u/mUaNP6wNJsb+7IWGPLr1&#10;EI/z0697w/bizhZ4itruQ8PkIH0vY8H/AA+vt7VLUUB6bIHDy697EnZtb2fFV47/AEfR7wNbFSVA&#10;oP7o0WSmq/EIz96U/hMZaQFL+S4YAfq49uanIyDXqpRmkBiJDDhTj/Kleve0luQ7iq8vPLu18kmY&#10;kJ+4Gbimo61W1ceWGpCMvq4PHtNRfw+p8/8AV/q8+rKoANTU1zX1/wCK68f8fp7ZIqWiWqT+JV0v&#10;i16b0MSTyfWzGNZmQf61zz7cWtfOny6tpStHP7Ovf77/AGP595MiuLFQf4UaxKPQFK17wzVDFXBe&#10;WRoFCKG/1Nzb6En3t2cnAoP9Xl1pgtezr3uFUtd3eYEMQeGAuFNtNk4/H5I49tjWAetfb173DRiq&#10;Pp9QBBIZQFJH4WwPuyluH/FdaPDPXvfgiArLKy8OBLFq/cKm3qUNz9P8Lj3Zu1RTJrnqmM09Ove8&#10;coRdYgeSRDbyao9Gn/UAm5/N7H3Ulj8Q6qaDr3t5hrcqmBqqKCkdsdPUI9VWLFK6RuCNETyr6U/H&#10;6uT/AF9vd+mg/wBXr1YM3h6aY697Tn044/29/wDevbHVeve8qhfEW1HXqAVR/rfUi3t9NIWvn1rr&#10;3vGR/if9jx+PbTccdbHXvb3iY4HYJVOVhlbS7KwWSE2/WGaw/wBfn3dfh62oBajGnXvcuphp6WYR&#10;0c5roUZZC8mlAy34hv8An/XUn/D3ck8T1tqA6RQ9e95FWaWmlZRSwgM0zCWUa9KD/MxI/wBb8WAN&#10;yfe89WqWHp+XXvcCrDu8Ua+NFZI2aQEDQzC5DMp/UL8i9/8AD3Tuo1K/Pqq1Deteve3Nxh4IfDTF&#10;aqURqyzzA8TfRxTFGBNj9ARz70QpTSaU9fPp6i0Neve29QFpmlqGibVMImQqnmRGbmYJwxA5/wB4&#10;908NMd38+qVwcde9t4Mi+T7YuYvJyQvqIvZbqL249+0KfPrVX4jh173JcyiUO5qS9lGh0PksR+A3&#10;JA/Bt78BpIpkfbnrxNRnr3tSYaipauWV62sWjoIE11TB41rZFZbrFQU7HW7fgkLZfz7dJquerhVJ&#10;Os/zzXr3uPU1G2llqRBjMlNTaSqGoyUUM4N+W9MLAn/X4978+qFoq9oNPmf9jr3vHSzYsU1SsdI7&#10;aqdnimnn0fbSKvCGIKRMW+gIsfzbj3vrYK6Tj7M/tp1731gaSPIQ1cMlVQUMEamdpq+RYRI6JdYI&#10;zcG5+gC+9HhjrSKrVANPmT1722iGmMkyvND9CIiWN1YcoU/JX6jg8+2ZD3U9PP8AzdeQDSanzp/q&#10;+XXvealSQyIsTlZlimDPHp0vCVtIZFb/AA+vtwHt+XWjk06977ZqswP/AJ/7EOqXWJvtiyrZW0n0&#10;/T8/n/H37UakUx1cV018v5de9wDYxuqH0FyS5FpSQOQb/Qf7D2nUGo+zrY+fXvbpAPHGkMDeSJ4x&#10;J5JNOjzlf3Y1lIsoBtcX596bSfi8urUoukcOve+ETyosgKt6Ue5QeRSxNrHSCpHu6pEckj9v+z1S&#10;tDQDr3vhDKTIC0UgA+nB1Hjn0gW97VgrHQAetih69741HiYSBQovYm5VRx9LlvobfUEe9stXyR+R&#10;68cfPr3vAytHAoBZ0kIBIctFGgsbgnj/AA5t72VQHuIr+XVWOKDr3uWVZNPjZncJZRBqL2PN9S/U&#10;f1I9+IpkdW6974KCAWJNxbSHPN7+rQGHJ/1vdTSmetjr3vEWltcayoDBV0CzXPP1/I90IHy69mlP&#10;Lr3uWJmkjjD0/ijg1PT62jvKxIEoJAuxv9Fsbfj35RQ1Q9eJUrQjr3vCWRmYkRo5NyVUarH8aR+f&#10;6/T25+sfP+XWjpp3f6v59e94PUrBgIiAL6Vsf2ybFdJuD/iffquKYr+2nWu3r3vLLI7GGSBWUeoJ&#10;GqXX6WYiwA+nJt7uXYsKjh+3pt1gJOun58fz+X5de9zo2q2enFMKjUiSCFohIt2P6zCFF2b/AFVr&#10;+9lm/COmjHbkdpH5Hr3vJFDuURNJTT5vxrdgqfe+Njq9Q0C/N/x79qbzDdOFFC9xFPnTr3tnq0lN&#10;TqyMkj1BdWqVnvFKeQSkgYXBt/UD3UuxNAD+zrSogHaR+R697mvUQyRxJSUdLEEqfOGR5S0gBslP&#10;I972/wBYXJ93Vs+fW9MYPZ/hr/h697aKkGSpaSTxRamJZImOlRyQqqSTb+ntg1z1bFa9e98YlKh7&#10;GRkIGsxF9Ib6r5PGf9gLj35a4K9UKxmmo0/Z17260lTlUMEdNDUNULL5oX8MrzX0lTEj/Urbm30/&#10;PtQrPWqg9NhbevFfnnr3tr8bt5DKyCxLXaRFYMT6giE3PP1AHtyr8c/s/wBX5dOBV8iKfL+XXvec&#10;xTRUqy6oZYKguo0zIzRtFa7S08Rul/7OsAN+CfdCJGFWJA/l1Qovr/PP+enXvfmWQRU7Fi8j6iqA&#10;yrJEFOkWvYEH6jSfdgSDUZ/1Z60UiAqD/MdcbfXn8/4fW3tUxY2dqSOtwOQikYpCtdSGoelq4HY+&#10;oTU7kF47j9akj+vu4LgUUV9KV/w+X+r16YktrOg8aVGrw1FRT7KkftHXL+nuZjMzuamStEeMpp6K&#10;WtiSteqx9ZNQRVyjQjuoIiEn5XULn6i/sunSEsRKftqf8P8AqHTXh2KYOlsebClB+fDrqx/31/8A&#10;X9nE2Jlf5hNJgJ5erZflVVYCc05iptgbb7ROHWNIVNJ9m2JopoY4/HYIIZFBW31HslubXYGr4rwg&#10;54utQa5pn7Ojq3W9RP0SxUjGnUf2Y/wdJLcK7FLw/wB7P7p+QLJ4P7wNiQ+i48ni/iNja9tVv9j7&#10;MVQ96/zn8fi6fHUe2/lzNTxwxQwTV3x83RkMisQS1xk6vAyzSED/AHZIzE/W/tClhyzqBSSGvykX&#10;j+TdGv1G+hNK66U/33X7c0z+3oO5aP45OxllfqIAarg121Ehvq9WqESBDz9bj2F3YfZf8zvN4PLD&#10;t2i7+ocDT4muGTG7+ns1iIp8fKNNUlXJVYeEMtrktJwvJBHs0trba1NIGjrUHDg58hx4+g8+mPE3&#10;cgli9KfwmlPspQDoRtsJshaVf7mnbH2V/R/dyTGPTcD+x/DSV+n1t7rjyTVk8sMk0hSW5IX7bwHV&#10;+Q0YA59miAU6QN4hYFq1+ynSs9xGkqiEaSP94yuf3BYf0IdW+g/Pu9Pn1o6vOvXveSjK3H3XmHpl&#10;WnaBFdvMOYyqvYaL8cXv7eQClfPqtWHXvfOqjqjDAamaZdTtpEwYlfoCw18AH8qD/r+9FmHBa9VK&#10;4Go4PD5Dr3vNjUq4YpZYmE1PGxEkDs5ppZG+jI3K3H49tSVJBOK8Pl/n6djGmpGR/q/n17254rL0&#10;GNyX3WRwOKzClXVqLJNMIvWNIa9HJG4ZTyLn/XHttlxSvW9ag1YAj0Ix/k697VOTx+B3JiDuDB1O&#10;J2vXxVq09dt1q1YYftljX7eux8VXI88jMdXlRQRf8e9W47TX/D15VR4taUXORUfy4n8uPXvaKaCj&#10;TUkdVJVVTO2qS321MmkfVddmLn+hH0+o9uE4z1uijga/4Ove4c7S6IlkjJKWudaqjrpv6T/S3++H&#10;uo0+XTdVFKde9tQlrdQdUKhn4CIGCkNwPGLn6/n8+756qWYKajHXvc7VCVj13sw/dMkTBw4X1agv&#10;F7/S/wDvPt8VC449b/T/ANX+br3vtYYnXRHKkamO8rOy6VIN9JY3F7/p97A889VbTXt/2P8AV59e&#10;9z0xbSU8teMjQK1MyI1HLVeOslikXRrpqZ+ZAGI16QbfqIsD731sK5QvXh5ev2D04/l173//2VBL&#10;AQItABQABgAIAAAAIQArENvACgEAABQCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALp+jiUoAwAAzwYAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAAAAAAjgUAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEAMovbT94AAAAJAQAADwAAAAAA&#10;AAAAAAAAAAB/BgAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAGOwvlnwKyEA8CshABQA&#10;AAAAAAAAAAAAAAAAigcAAGRycy9tZWRpYS9pbWFnZTEuanBnUEsFBgAAAAAGAAYAfAEAAKwzIQAA&#10;AA==&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="048220E4" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.1pt;margin-top:134.05pt;width:612.7pt;height:178.55pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhALtTBYPDAgAAAwYAAA4AAABkcnMvZTJvRG9jLnhtbKxU204bMRB9r9R/&#10;sPxeNokCgYgNikBUSAgQUPHseL2sJa/tjie3fn3H9u4GAWqlqnlwZj334zNzfrFrDdsoCNrZko+P&#10;RpwpK12l7WvJfzxffzvlLKCwlTDOqpLvVeAXi69fzrd+riaucaZSwCiIDfOtL3mD6OdFEWSjWhGO&#10;nFeWlLWDViB9wmtRgdhS9NYUk9HopNg6qDw4qUKg26us5IsUv66VxPu6DgqZKTnVhumEdK7iWSzO&#10;xfwVhG+07MoQ/1BFK7SlpEOoK4GCrUF/CNVqCS64Go+kawtX11qq1AN1Mx696+apEV6lXgic4AeY&#10;wv8LK+82T/4BCIatD/NAYuxiV0Mb/6k+tktg7Qew1A6ZpMvZ7HR8PJ1yJkk3mZzMZuNJhLM4uHsI&#10;+F25lkWh5ECvkUASm9uA2bQ3idlWRvtrbQyrPAFHrwUOXzQ2CQYiV/KNRh0Q9Ix/p0uG+MrJdass&#10;Zs6AMgKJsKHRPlCauWpXqqICb6ox9UN8RaKqB20xEySAfKTiE1kCgkLZxIJrKra7p64HBcl9K9HK&#10;2HhaF1vLTceb4oB3knBvVLZ+VDXTFSE8SQ2nUVCXBthGEImFlNRHxiI0olL5+nhEvw7+wSM9hrEU&#10;8FBtF7sLEMfsY+xcZe4uuao0SUNhoz8Vlp0Hj5TZWRycW20dfBbAUFdd5mzfg5ShiSitXLV/gMiL&#10;xI/g5bUmat2KgA8CaHCJNLSM8J6O2rhtyV0ncdY4+PXZfbQnIpGWsy0tgpKHn2sBijNzY2nSzsbT&#10;adwc6WN6PJtEYr7VrN5q7Lq9dPRMxCOqLonRHk0v1uDaF9pZy5iVVMJKyl1yidB/XGJeULT1pFou&#10;kxltCy/w1j552U9CHJ3n3YsA380X0mjeuX5piPm7Mcu2mYvLNbpapxk84NrhTZsmEafbinGVvf1O&#10;VofdvfgNAAD//wMAUEsDBAoAAAAAAAAAIQCTYoVOeaMEAHmjBAAVAAAAZHJzL21lZGlhL2ltYWdl&#10;MS5qcGVn/9j/4AAQSkZJRgABAQEA3ADcAAD/2wBDAAIBAQEBAQIBAQECAgICAgQDAgICAgUEBAME&#10;BgUGBgYFBgYGBwkIBgcJBwYGCAsICQoKCgoKBggLDAsKDAkKCgr/2wBDAQICAgICAgUDAwUKBwYH&#10;CgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgr/wAARCAIh&#10;B04DASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIE&#10;AwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJico&#10;KSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZ&#10;mqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6&#10;/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAEC&#10;AxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNE&#10;RUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmq&#10;srO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEA&#10;PwD5UwO5oI5wP1p+0BvegZJINf229D+C0yPBoxj1p47gHvSFMgf40rKw7jCOenajA78807aMkYzR&#10;t7E0kh8xE6Anr35NL5eOFJp+09BQBxx2o1HcZsCkk0hBBwRT8Ace9GBnNFguR7eO3TimgHOAOlSl&#10;QOgNDrnnFGpSZEAcY7UFSv3qkHPynHBoK57fmaEPmI1UHNKVHFO8vHBA5NKy8dO/FIL6kZTkFfrS&#10;EZ4H5U/A4oJ9KLBzEZGF4BHtTdm0YAOKlZSxzS+XnJHrRaw1IgKbhnH4UKuBwD+NP2kHOe1KM0NF&#10;XGFAeM0wxhSMDrUxAIx0pu3j5W7cUcthpjFU85HXvQsYQnj8afjI4/CgqQAM5NLlC5EcOdv4U0Bl&#10;yO2KmMY2jAFNMZBJaiyKTGBeAcjmmjrux1qVl3YwuQO9Ig3MW45osFyPbn7x/Wk24wc4qVosNQYw&#10;Pu4/GlsVzEeAc7aQLnjFP2c9cE0gQryw+mKLMExhDBvajGOtP2l/mIP5VFPcNG4QJRJJIpXbHELx&#10;xSBfnyec/pT1AZVOOvJ9qRlOScUrBcaQD0zTSNpAC5+pp568elHToKmw0yNwQPr1oRONwNK3zN+N&#10;O2jPA7+lO2g76EQiI6ke1K0ZC8c5NOG4nr9aQqCcZPuaLDI2jGc55oKY5A4p7Ag5Ix+FDDqGPUZp&#10;WHcjOO55zxzQFGc9adtU/wAqUKD17UWsO4zAGMcUhBxzTyp64HJowo+8al6BciZWyCTQRUjLnIIp&#10;PKIB55J707aFXGYJ70HqRTljOeBzjvS+X1NJoLoZgYzRgdcU4xso5FGwg/1pBcZjtjilAwMU7GBk&#10;dabjvQO9wpAoHSnD1zSbccnvRYBpUZzmgqfTPvTsZHTijHOBRYdxoUnINIsZXnI/Gn7ecj8aMH0p&#10;WTC7GhSGyTxikZc5GMelPoo5bBciEbKM4o2YGTUtJsU8UWGpDdmR9e9MAyQCeO1SkFVwKaA278ea&#10;LIaYjR5G4daaFGRg/jUpUEYNNK46jilyiTGMhLcdR6UgUEkZ5FSKPm6UOBndjn60WHfoRmMk46+1&#10;KYyOSSB604Lg7h1pzLngD360NA2RYJPT9elL3BK/TmnFMDA/OgoR1FCiPQj2g/XNOEbZzilKYGQR&#10;+FSBRgcmnbSwN6EJVhwe1G2nsjHO78MUALnn86FsCYzFIVIHI+vNSbMtuHSnLg4/SgOaxEFPQdum&#10;aCrdxUuCScYpGTKninYOYjCk9KQR8celSbSOP5mgjNK3Yd2RnrwPxo28YC9+aftxxigrnkU7BcYF&#10;wB/jS7QAADz6U8LnAxSFQWyOOaLBfUZtJyCP1pMY5FSFflxikVWHP9aLIdxjKc9OtII1yCetSBea&#10;NmM8fSlYL2GEHGBShe/WnDp93pS4wMYzRyoLjCvIJpMAjBFPI7ADigAA5A570WC4zH45oKjtUuzI&#10;Jx1ppXFCQJjcCgjJp2w9qMY4NFguM2AnPrRg+pp+3J6mjYaewXGeWQOaABjHQVIFwPf3o25PNFgu&#10;JtHQn8qbg5z3/lUhB6Gk2gHNN6i5iNlJO4E0mSME/jUoUdf50bFPXn60/UfMNQE8kYxSlATkGnYG&#10;c0Y5Ge1ArjDGMHntSeXgbQeoqTjtRtA5FAXZGUboR9DmjyfU1Jj2o4zj9KFqHMyLZkhRxnvQybQF&#10;NS4GKRhj5gOaaDmEAI7detI6Dsacc45HPtQRkdaLahcbtKjcBSncVyTg44xTkX+JqUrkcdjTsJyG&#10;DceD1HekCHfn3qRI854NAXHJpWByQ07ieMfWjBHNP2cZoA7j8qLC5kNWSQHOSPxpwnkB4NIygnA7&#10;c0LCCc5+tVYWjJDcy4xvP50C5lAwGJ/GmbCvJHGaUIScY/WjUm0R63LdzT/tMi/dJ/wqHb2HIpQo&#10;HJ45oVxWTJlvJm58xhjrzQLhm6sfzqIZU4Az70AEnJGCfaq1Fyx7FhLyVRw5/OnfbZgAfNOPrVYr&#10;6dutAUr1FHS5LhFloXz7txc/nUi6jcYyHP51TyKFO3Kg44pXZLpwfQujVLkAkTMMjpmnf2tdAH9+&#10;x+hqiCw4z+VLlhxu4FCvcn2UOxfOrXGdhkJHpmkOoTbclqofMO/SlAPQ5p8wexgWvt0h6n9aRrpj&#10;nEn5VWCscYGPenbecjr6U7sPZwRJJMxP3qA6HkkGmFG7ilSIMSCPyoY7RQ1wp+YL+tNwc/j3qYQ5&#10;+9TjCSeKmzDmSK5UsCf1zSpEwGH4981N5RXijywRTuw59CILtpVQtwBxUrR5AO2jbz06VW4uYYsW&#10;DlunpTymfpSgc4PTFLiizJchvljBBoKfLxTyMnGKCGBFUkthczEC46igdP6U4g87hzQsZOciiyE2&#10;Nx/k0uOetO2FSBjr0oEbE4x+NMV0NA+bnP4UEHripFXGcDJH86cE3AM2fpQLmIgpxkc0CNm5A/Op&#10;dinkjtzT1UAcL+dNK5LnYg2EpkHoacsecDmnhcHBH1zS7Txjp2osDkMEXzfN0HQ04Io5x1pwBXg+&#10;vFKAemPwoFzDSDjgUYOMU7ac4PpTlU9P507E8xHs424z+NAUg49KcVZTgfnShCRnGaAuIUAIGePW&#10;kCk9alKjgEcYpVTK9DgmgnmIwmOvalCMTwKkC8ZyfahlIPApC5tRnlnIGPrS7FHI544zTwmM5pAr&#10;E/MeO1PUXMMVQxH06UrRkkfLUmCBgDFG04OefwoDmGLHgc+tOMYA2k8U4JuGM9PeneUQOnFKxLkR&#10;BADxTto7nr607ZjnH4UoQ7uV4phzEZQIOg96UL3AqQxACgIfvY6elCFzDNpAzQqLjnnHtUiod3Xj&#10;2pChA2j8hRYV7jChHQcUGNs8Dv6VLsyMGlGT0HHpQFyLack+lIq8jJqXBBPP4EUoiJ+Yj6nNAcxF&#10;tBGenrShf71SbCBjHNG0jtQJu4zau7Ofr7Uuw4yBnn1p4jLHB4x0NKIm6YPrxRcV0RlVPOKXaM5x&#10;n60/y8rkj6GlKnqKQXG++APrQQM5p5iBGSB0pUjJGGXjPenqyeZEQUg4PpzShD154HapGiwOKUxn&#10;gk9KNQ5yIKRjk5PelVFOM9vWpcEnpj2NKFVjkjpxQLmGbVbnFN2liMj61KEIPtTgG6AUWJ5iMxAD&#10;AGD601422gAdKlCkcY+tKUI4osg5rMgjTc3NSbMN1J9KeUPYZ9Kf5RK5NFrCcyLGePSgBRyKk8oA&#10;cjilEYyOOaOpPMRnGME0gXoB/wDqqURZ796Ux8kAfSncOZEXI5J/ChVzwe5qURcY6jvSiML0H4gU&#10;hcxHtFAQkgAH8aeIjknFO2ADA7Ubi5iJkwaUIffpUhj4Jx16UbOo/UUIOYYYyOQMmk2FlGKlCEjk&#10;cdMUCLBIJwPrSFzDAu1Qp+lGAfuAjmpAuev50oi2jPWgHJIjVAOuck0uwDipFRgOaCpbn86NROSs&#10;RhCSR37ClxuNSCM5yP0o8oDJ3fSjVCckyPHPJp2319OKeIzjLenGKVVP3gO/FMlsjEZPJ6+gpQnP&#10;LVJsOcgfU0eWD19KVmF7mGY8k5/SkUccfzqQLg8Y96XyscDj1qD0OYiVfrQQfT9KeUPt9KABjBJy&#10;KVmPm1GMATuHrTXU5GCfwFP+7wcdaCM96Q7jdoP4Ckx29u1PK9MUbQD+FNaBciIXnjkUu3PIpzIC&#10;vPHPpRsAyQad7juhm09QeKMYHSn7MDBNGwnk+tJMd7ke0E5PFBXHennJHJ+tAUZyT+FPQdxlGzB9&#10;++ac454pAADyc+1GjC40rngj6U3yx254p5A6GjbxSaKuMAzgevWjbyR704qeDnpQQvWiwXIzH8uR&#10;zSADOKl2gnkUbeaB3IivYd/akKY79qmxjsKQheTjr7UXY7kYHIyOPWmkYP0qbCgdOlNCAucGnfQd&#10;yNEJHNBUKSc9alAAGM9KRVV+duOelSFyMKCMcfhTfLKnhuM+lT7MdsU0oC2QPrQCkRlOM0mwVKyj&#10;G0Dmk4I68UWHzMjMfPPA9qaYj0zn2qYAg8+lI6jOPTrSHzMgKgcZyRSGGJyCy81OVB5NJ5efu+tH&#10;qUpETKFI2dKa3I29+9TFcN1prIM56574oXYakQmM5AApVjBAycGpQhxnv24oKZ4HX0pND5iF1KHb&#10;nPHPFJtJHT8qkIJbB7DrT9hGQBjvStoPmK5APak2BT0NSeWAM57ZpPLLElRRZopMiKN94N+dLsG3&#10;B69TTymMBh165pD9KTuVdkRjIBOMntilMZIxUu04yB2pCCDQ0HNcZ5ZGf0pDCMY6mpKMd6AuyPyl&#10;zkkmh49zYzipAcdvqfSg+tFroLu5CIip+/1pwQZIHNSYyMmjZzuxzSsPm7kYjYd8+tIYjnipthBx&#10;inpCpHrRaxLnYrCLJx6etBhHTGKtGAdjj14oMHYD65o5bh7RFQRk544oMQJ9qsmEgZApDA3oPek0&#10;PnK2088ED0oEanHH1qz9lkbnb060v2Q4+YjjoKrldh+0iVQgzk/THSkCgDAJq19iBGC2cHNH2NV+&#10;alytB7SJUMeCSD+VIYzuq00AHYdKTyizZwfSiw/aIrmPAzjjHpSBcj7tWTGV6j86QoM8gEnvilyg&#10;plZkZeWHWk2c59fSrBQkfMOtJ5YbjOCOlC3sVzoi2DHWnFFA45J9O1SeVjqRx14o8o7N2OPXHWla&#10;wuYjWHd0HWjydwxjpTijJyv55p0bkHa35VWlw5mQ+TtHTvSbMgHH1qyWBAYjqe4pGC9MdaVh87IB&#10;EeuO1I0eRjP61OE2nvSMoIGAOnPFFuwczIPKwcAUBSeAKmK7eCcfUU5Y1IDH06UNMHPQgZOxNJ5W&#10;VyDj1qz5SE9BigwDofSizD2hXKbRnA/Cmlc9B+NWRb54DfpSGErzsos0NTRCEUjr1o2t6VIEBOM9&#10;PalWJj1/OlYOYgMe49OaTymU4q0oCds+9KVjbJ2/pV26B7RplMKT2p21R1FWPs4PAPahrV85Xn1q&#10;eV3H7RMrlOMj+dJ5Z71P5LjjFN8vbyQfahJj5yELu+7yfSpbexuLltkURYn0pyxqKvaPqD6ddLOh&#10;6HoRVcqJlNpaGdLZTwsUljIP0pnlkA5r0BrHQPFCrdRlYpSMMuMc1nah4KtFYpFODgdlqE4tkurK&#10;O6+45BYi5xileCRDgg5rcn8NzWh3A5Ud+1TWujG6fYU6e1Xyxte5LxKvZHOCJjx+opfJ4x/Ourg8&#10;EXl45ENmxx+FOvPh7qdpF5r23HUgHms24XtzIr2tRq/K/uOSEeR1o2AGtWXSPJJRkII7EdKjOnBu&#10;EH6VfIxe3iZoQepoCHngfjWidHc9CPpimtpTn7vT1Ip8kkNV4PqUGXGMfypNpOeKvNpcoHK496im&#10;thCev+9kUcjLjVi3ZFbac4p6x8ZzTyg9KNpHQAUWHzXIzGM88UCMEZqQDjnmgJg5zSsg5iMIOmCa&#10;DH0OOtShc9ulGPanYXMRBBjjj60FVzjFS7CTuPTFG0FsmmPmIliBPJxQY8H2FS4B/pRjnJqbIXOR&#10;LGSQegpTCC2QMVIV9qMdqdrBzERjPTb27U5UUnNSiM7d5FCx/gKoTkRNED90cZpBEDjIxUzJg8H8&#10;hQUIGcdKSQc2hH5eRk/hihVA429fWnlSFOR9aCozwKOouZjQoB+X8aQIM8dqkCccjHPNOEB5P6AU&#10;2HNYhCknkcelLtAGAKmkt2Q5YY+tM2HGRSaBSvsM2DIxSgYOad5bHnbT/KX0xT1QuZEJTP0xS45z&#10;t+mBUhQKduPrQFz0XGKNw5iLaxGcfjSlfUCpCh6UpQfwigOYjCccCgKCelSKuCBTioxwMetAnIi2&#10;ZGPTrmj5ccjkVJswDilK47UaC5iMxnglelKYzgAipBydtKEBHOcCjcXMReUP7v607yx0x+NSFc8r&#10;+VGz+VMXMR+UTyBx3pVQA7iTTipPfr705UJOCPpQgbI9q9BTlCrUnlE9aQL2/SizFzIQc9RSgAdB&#10;SY6nPWnLGemM461STJbQbh6flSh8HoKFTIyKXYAQCf0pom6GsxPymgY9PzpxIJ5H50bBjJFOwXAL&#10;lQFpGXOSF705dyZyOvtSlSeW6npmhIVxm3nGM0pRu61J5RZuT06YpzIDnPrVWJ59SFTnjGeKcFAB&#10;Jz7ZqXavUDpQFOeR2osLmRGsW7k9TTlQDknv1p4XBpxU4GRTsTzEWzccEd+tP8vnvTgmDgmnBTjd&#10;jkH1o0E5ERSlJBHWn7aBHjII/KhNBzDFQEZx7U8IAMFfwp4XB989KXaRycUEuTI/LX0pVTjAFPIz&#10;wKUIelArjNg6DHIpAp3YB4zxUoQ5IxyO1Gx88CgV9CMoAORTlXvT2Qrjjj60qphSMc9qLC5iIcin&#10;Kh6dKkSMkcj86dtXjIH1osLmItnHTmh0YHHX6VL5ZzxS4wc5o2FzEQULjIzShN3OMVIFOOfypdp5&#10;x3p7ivciWMkYJIPpSiMAfMOcVLjI47+lIFI4NAua4zyhjGKXYO4p4RieB196ChxwKTYrjdoH+etB&#10;5qREBAPX8KVoudo+tAcyItoJ5zS7Aen41II8E5o8sDJBFAuYjKHpjOKUIfQjnvUio2SP1NKIDj5i&#10;cZoSE5EWMHjJHrQEfpj6VOI1PBHX1pWj55+lPUXMisV64H1pQhzyOvQGpzECM5+oo2jjPb1pWDnI&#10;TGepH1NPEYbk9CM8U8IBxinKhzjFCQnIiMeO2fekZcHlfxqbae4xQI+MAZ5o0TFzERi5ODTwhHOD&#10;k81IiHq3r1oCE9aNCeYj256g8Uix54Iz6VNtLHpR5e3gjPqPSgOcj2jGMUqpgdM08Kd2QO1OCHrn&#10;8KLiciIR7v8A69LsJJBH6VKIz0NAjwCcZouJyIvLJoCEVLsOenbmkxg4xQHMN8vPOOvWhVBOOwqU&#10;IRSeWcnd/wDro0J5iMIPz7U8KuMgD8qeYuO2aVIeMZoQnJWItmBjFLjj5TmpdikZJpBGADgd6Liu&#10;yLBx0/Ojac7cEipvJUEehpSgJztosw5yJQMdPyo2MRnHTpUoXnpj6UoUgkDpQS3YhCPjNPWHIznn&#10;60/bgdaUKSeMe9FrA5Ee0jhl/Wl8rA5UU/b/ABbaMZxmiyFzEewdcUojGOV/Opmi+XI/nSbWORig&#10;XOQmPIIApdnr36A9qlCEjIFAQ9cdaLD50MVV2/d6CgoDxzUmwg4JHvijYv6daCeYZtBGMUBQDz0q&#10;QDt6UBMHI6DrQLmGlQOowKTbngipQuaMYPPFHQXMMCcZI5oMZJyOlPKnqB+FAGRwOvvQmLmGhAfr&#10;QV4wB+dPxtGf1p0aAnkZo3FzHPlDnGPxpWGSVNPK5bP6UjLkday1buencZsyfvfgKRUOMhhUqj3H&#10;T1ppUYNF31HcjeDccenqOKGQdM4FPI7AdR60FOx5/GhIfMxnl46HPFJ5ePmzT1U56dKUrnBUU2Fy&#10;MqOMjHuRSOu0fjUhGev40hUk4xz9KQ7kYUdMmjy8DJPfFSbeMHHT0oKgtgn6HPWkHMRhVBwR+NJt&#10;BORipGUjgj/69IyH1/D0p2KTImTPQ/lRt5BJ+hqQKCc/nSBDnPb3o1HzMjdcDIApMAHGO3rUpQg4&#10;9O9JsOeePb0p37j5iMJ74pMdhUu0dTz6UBMjA4pXHzEWB60YJ5WpNox0FAXjHancOYiOQOmc0bV9&#10;Kf5Ybtx3pRHkk4oZXMiPHakxzwPyqQp82cdvSjYeQB+VLQOYj256/jQBz0qQxMBgHjvSbOB/hRoP&#10;mGYOfxpAoH8X1qTYMHPr1pPLAOFoDmRGQH4pVGTzTwmDjigocZx1oHzIj2qTnOfwpCOcYP1qQrnt&#10;SMmccUguRlABgcmkULjrUrRdtuAaRYxjlaNx82hEVIPP50jJtGMcGpvL96NoJ5OcUXGpEG3Hegr3&#10;BwalaLLZ28UGJiOlPQfMiEoCcY7daUg8Lz+dTCLHOO1IYe4NIfOiDYCep9jTChVt27r/ADqwYSvf&#10;j1pDCSOooZSmQNHuYN3phiI5Jqz5JXIpGRhx7etSx8+pWwwPoPWlKkc45zzxUwXj8ehpSpIIUYNO&#10;yK59SucHt0pyqrrgCpBFuHejyOpHHFJoOZEJQg460mD6VMYWySf5UnkkjJH40uXQakQgGnAZ696l&#10;EHG3nilEIK8jB9jRYOdES7wwqUTkcHjnpQIsdPyzTvKY9vyp6pktp7j1mh24aL8acEhk9vwqIQuw&#10;zg/lSrDLnIBoM2l0ZILdGPyyA5oNs6HjFM2S8YX6kU7bLweTxTJ17jXjkHBNIYn6rz9Kkw2PmBH1&#10;pwRyeh/KpuPmsQBHUAsM0hwTyPzq0IM9/wAMUGyLHOSPei6EqkepUIQjBH4UhRd2RxVs2ZX+HI9q&#10;Z9kIGBx+FNPQtVIlfygOWGeOaaYlY5HHpVs2jNztx7UhtWB5yfeluCqJFQ27cnP6U1oWGCBk1dKk&#10;KQP5U08Jgrn3xRZMpVGVPJJOMUhLhfLydoPA7VYZSGwKaUUjnv6U+VFqRXwCckfnQVXdwc4qf7Pk&#10;59KT7MAetTy6j50QY4yOeaGHAIqcW4znJz9KTyHPQd6aix8yIdhb2yaTZk4UmpzE69Uwc96QQOei&#10;miw+dEBRSSM/jUgQbf8A61ONu5GStLtZRjH5miwOSYzaM9OlBJUZHWngDIycfWgAYy3IosK4xC3J&#10;5oLkg8VIo5zsGKULG3UYHtTs2JyVxit7fgaRiu7IXtU3lxgY8zP400RrnGeO1FmLmRH5ibtpX8qe&#10;kaMc5HPY0jxjJI/Ok+dTxTtYenQeYEyWBxxnpTEj2nO/vStJIflI7Uqbm/g6UaB7yQ8RLjPX1yKF&#10;tYnOG4HfigSMDkrj+tOE4B5U89KpWtqQ+boKdLjI3I3Wh9P2EEE/lUq3SbRhf0qaHU2gb5VXjswz&#10;mk7XM+eqhtvK9uu+IsCO9XbTUZZZFSWZiSahOt54NnDjvhcZqJ9URz/x7IPdeKTVyLSetjo9P0tL&#10;wrl9ynqT/Kun0Pwjp1tIk8zDb3HWvPrbxBdwLtijC85GCa1tL8Q6tI4SJyT2BbNcVelWktHZHo4T&#10;EYWhUTnC7PbfDHhjw5LhiyYGDgnGa0PEHhHQ3j3KseCACABivLLPWdfjtQ8cwBxxn1/pVqLxdq8C&#10;/wCm347dT0rwZYLEOpzKR9pHOMCqSjOna5P4n+FmnXs5e3kRSTwPWshPhFAjHewI7YNJqfxHt4pD&#10;vvFc9gpJrn9Q+KGutIwsZAinjnqa9SjTx3Klc+dxGIyaVRy5LvyOkuvBGl6VArCAM3Q7u1c/rnhG&#10;WZTLZwcnoFFZbeM9aun33l0X7kZqaDxnfwjYnK+hY8V1U6WJg7t3PNr4jCVE1GNkQW/gjXLpisdt&#10;jA5Y1l6poF1ZSNFcxMCD3HFdba/EWTb5dzEMHj5etR6h4y0i8HNjvbuSK2jOvzWktDCX1ZQThJ38&#10;zhXtGByVII9RTBFj25610WpXNpfkmK2CYz0rLktVLEqPyre10Zxr33M5osfxcUgRgeO1XmsC33TT&#10;WtWAPOcdRRys1VWLKuwDkr+VDRkD5fwxUzRkLkj8KQIT1Hfip5WVzEPlsQBg+4o8onnJ5qbyz1xQ&#10;FPTHamHMyLZ29KBGQc1KBk4o28/KPrQg5mR7AT0zzShFBxj9KfjHalSPcaOoOQwYOVxijG0c4NSL&#10;ARwR+NTJaqeSf0qkmyHNIqEDPA+lKqnOc/hVxLASjKtj8KlTScsMGjlZLrQRnmHPPTNKIgK2LXSt&#10;+Ewo56mpxpNgk215BnGcgU+VIzeIRhLAWOMcehFW7eONWA2A49RWvJo1mvzLMMnoDURsrdG+Ygeh&#10;AppLoZzrXRSOmXepSFbSAuf7qrmph4D8SFPNbS5FX+8Ritnw9qen6TMJTIQc88V0UvxIgkh+zAqU&#10;I6sKwqTqqVoxujqw/sHSbnOz6Kx5zeeHdQsuJYSPpVWS3ljOGQjnuK7bUNQ06/LETAkj0rJubKOd&#10;domQ88c9K0j7y1MJVuSVk7o50KCeRRsHUelblrolq0uy4uEUdqsN4Z02VspqCYHXNOyQ1XUtjnUh&#10;ZuduRQYW7jGa2bixsbclIpgR0BqlPHEDlH6dqrlVgVe7KfkNj7poMYU/N6elWAucA5/GmyRqevJF&#10;HKUqhAUB5AFLtAOQKeYtuAo6+ppfJJ4J4HejlRXMRBcHgU4D1NTRWwdwCe9WPscKr8z4OKaiZyqJ&#10;FD2ApcDqfyqdoEDHjP4UnlAnI5yOaLIrnRCoBPTin7GHIBx7U4xYYAnjvSpEQMZIz2p2E5EXzZyR&#10;+FP2/wARWn+Wd557elHlsCDj8TRYTkNEYAJ29uuKTbk461MEyNpyaUJjOF6cU7C5iFF2/fU9MDin&#10;bSV4/lUgRguD265pQOcYosLmI1jHcA/hThGMbQBz7U/yiKcIwCPX0p6E8xCYweGGBQIsHcanVFxk&#10;nnuaTbg5paC5mR7SOi/pRtBP/wBaptgPfmgoOoHPsKYuYjQZwcfjTwuetOEePp9KUoSOO1IlyuRh&#10;NpOT+lGwnqc1J5Z6AfXFAjAX0PfNMOYZjC+lABbrUgjbHQY+lKIsZ5zSFzIjC8EZpSOcg1LsG3GT&#10;0oEad1/EimLmGYyCf6U7YCCG9euKeEAO0jjuaAnGAO/BxR6ktjAm0de/pTgmTu6fj0p5R/Tp7UbC&#10;ASQfpQJyGFfmyRkjrxTgpHWnCJs5Ix+FOERIP9afUnmRFt/hPWlCkDjt1qVYlK55z70oTJJIH1NL&#10;UXORhMqGP60eXxuI4HpUpQg8dKXZx93jvQhORGYyRjAH1pojOPXHtU+wE4A6UCM7sAZ4p2FzkKRs&#10;SNw4p4hA59fapBEx4xj3xSlMdxxQJzIvLAxz+NLsOMdKkWMM2Cf0pdhBOR+NLQTkRiPnFAQ1Iqc8&#10;/wD66eUVQccUxORBsAXjgU5oyOR/OpFjAPU8U7AYf/Wo9CXIg2ZJBoCHPHPvU6qPTtQqcdMUrhzk&#10;aoCCMfXilAJ4K9ql8okDb/KmmPqckmi5PMmNVQOM5+tLsDDk807BBwRQEIXkcntQLmIjH7/hilVc&#10;Ej+lTGLPHQ9+KQx/Nx+frQPmIguMnpzShed1SeXhOnenKikBs0C5iPHQ4/SgLg9O3NSeWWHbj0p3&#10;l8ZPGKNRc2pF5WTgikMeMHPbtU+Cckd6NmM4HHpSsDnqRhFBH60Mg6beh61J5eV4HfmlCYHNFmTz&#10;3IVT1HFPABXoQPUU/wAvndj6DFLg9P0ptApJMi25zxnPb0oKgqMjoOfepgowBikIx2osLmII2LNt&#10;xT9gZvu8+tSLEqjcAKUIScEU9Ac0M8vC4HWgLgdvrUhQYyP50ojH8VBPORlc8Uu3nAOKkVNpx79K&#10;NoxjH0o6i5hgXYOBSFRj5RUhXjBpNmRkH2pBzu1mMAP1/CgLjJqQKeOfxpSoAzQLmIyo7/icUqqM&#10;5FPK56igLtGAOvejUV9Bixk9/wBKUJxk8U8ISMqKUqwHCGjqLmGbQBigKeop4TIBI60ojJHIosLm&#10;GfSkCgKDxmpUTGUU4NCxkjJpi5iPb2xxQVIqUxKMMeaNobBA6VOocxGYzxz9aURnBOe1SGLrg/kK&#10;UxLtGTinZic02RCPg8ZxQE7etTeWcHnr79KTYM9Og45osLmI0jyOQaCmG45/CpdvvTvKHIJxQJzI&#10;tmTjn60GEA8GpVjA5anBBt5p6C5iIJjAFGzByAal8rAwD1pVUg4B/GgXMc2ACefTrSbCSOmO+Kce&#10;ucUoJAxjrXKeuMKkdB3oMee+COnFPOCelHUYAp3YXsRFPU/lS7G647+tSUqgdDnpTUmPmsRBCepP&#10;5UKm3kj9am2Z5Wk8vHGRgdwaXNcXNoQsMnBPfoKGUDkHk1L5QB3d6btK4wBx0p3Y+YYFAFIBkEHr&#10;UgQ4wSePekC5BI601qh3IwhJwcj2oYZ7fWpFGOvNIygDg9TTHcj244PpSbSF555qTrzgcelCqPTn&#10;0NGwXsRlfoKXYV78+tPIAJyOPWgqT370atDuRbMvQE2tnrUm35gSPpQQCQO1K7DmIyhyW7Y6UhC4&#10;5Xp3qVl2kjg0m0DP9adx8xGYwehwQO1BUjp3p+ABkY96F+bG7rSTHdkew9jRtOCSOTUmCM59ecUD&#10;pyO9AcwwR8c03A7DvUhzkgN9Rik2jdzTBMYVVTxz6c0uCBn+dOwBk+tBHcLml1HcYEUgc0qoQxUG&#10;nYG3j8jScbi2OaAu2M8ncdxPTuaCgzj2p5OW6Gm5Lfe69CaB3YjAE8/rSMgxgnilZRnjn8etAAUA&#10;4oWg07CBQBgfhQUHQ/yoJIP0obLA0r3C7EI7UhHfOaXBC4A9KRicZJHvQ9CkAweaQoPelC45HJoK&#10;OSSenpRdjuIUycE00KQfmNSBW7UoVlHI+uKTFzWIinAIXPHFNMQ4OOe4qyUBBODxTCMnGKEwUmQm&#10;AkH5fpSGFjg4qyIiTkKOlBiYHFJSH7Qq+QxPcj3pVgIG0LVryWxkYqWO0JYZXijmGpylsUvsrsD2&#10;9akSweQ43fhiriwNvKpF+J7VZhtwgOEXOOxqHUSRUI1Jsz49JdiFI5x1qePQCeXPHfjkVYE7xSbR&#10;gbe+KfPfyYGGI4wazc5N6FRUEryepWOiRB8K45PGak/sKME4A47UK91ncq8dge9Oae8LAx5FDc+j&#10;D3LXaJIdEtmULJ8re5q1BoOjnHmyEHHPPArPK6lINwibI9jSvHqCIG8k9OoFRacvtFqUFryXOms/&#10;CvheZdq3YDkdBV+0+HWkTpuSaMnHTPOfeuIWbUF4CsMd6ntdS12Bw8MkgGfU1zzoV2vdmd+Hx+EU&#10;kp0dDpb7wFp9scSkdOBjFZ1z4a0iBjjkjPWq83iTxIyCKSJnAGCSDVKXWNSP3omGM9uKUKeIW8is&#10;RisC3aFMuPYaanLIMA4OeKryx6ahzDEPqelUZdQvGPzA4PbFRGeU5LA4zmuuMJdWeXOtF7RNFYrC&#10;5kDNCF+hp8dpYGbYyAknAOeBWX9rlToCAexFKL1wc7uDTcJdGQqq3aN3ydBUAzqpweueKikTw87b&#10;VOOOmaxXl3fMW5oHl8kNyPWkqTWt2aPFOWnKjTbStIkJ8p8g+vSoxoWms4AkJ55IqmzsrfK/A7Zp&#10;Y7iSMhgSB3qlGXcn20Lpcpefwrp0qkx3JDDoD3qjceGRE+0TA4P0qUag+NuOc849KbJcsy/f6+tN&#10;e0W7CpUh9lWKs2jyQjbuGO+O1QtbIOG5/CrbzNjaGzULqxO5uprVcxipyZAYU2/Kv1pTaHOdo6VM&#10;uF6tSgrjcT2pq4+eXQqGE90z3pNsi8hePpV5DC2d3GaCsWcFadxqq+xSLOeCo+tRywAjeR25rQWO&#10;3I+517Zo8qFmAC+1Maq2Zmm1GMhfwzSCJc89ulacltEvBTkVGYIiCSg696FsX7Yz3jHYU3GPkKnH&#10;fitP7KjjlfpSNZR+mfXFFhqvEzcDd06CgHqNvFaI04ZGFHNL/ZgJ64NFtR+3gZrMclyvFISGGemK&#10;0n05E6gH1ANR/Y4vQY70JMarQZQUN1Ap4aTpjA9MVaNug+7wPSmtDgbgM/SnYftIshUngFc/0p+x&#10;X4YZpwhYngfiaeluxBzQJyQwIh6H6UZjXgJke5p/2WQ8qCcGl+yT/wBz8hSTRPNHqyvKCw+QYpsU&#10;cmQXYYq0LKQ/wnNAsblsBYmJ9MUaMpTVhsZRDuzzU8GsS2zAQgA44NRvYzRrl0b8RUYtpPvbSOaN&#10;GiPdbuW5/E+ty/Kb6RRjorYFVJL68mO6WZ2z1yacbdjxj9KBbtg5PNLlS2K5o9SMAkZBJ9qcEyu4&#10;5z3zUiwkDAXpQV4ximTzJ7DQioCc9uaQkqvyjrSkSdMd6QxSHnPehbAhhkYc9KVZGznPWnCLJxnv&#10;3oC84GMe9PoU2h6k7M55pBkHk/hijI3BS2MDpSEFjjGR/WjcmwoB3bQeBSNHnPPJ9qdjYuSMU197&#10;LjB/CmCI/JRjtbFIbdAeO9OKuBkg04qxxwffiqHdoia3TsenWmtACMbsfSp/JYjrj605bfByR+dT&#10;YfPbqV1t1POM4qNoiHwBzWiluo6MB9KkWxhflmA/rRyolV7MyvLwcEdevNSJGFHPWtePS7KQf6z8&#10;hVy08K28zDMoUepNS3GO5UajnsjnwpIwqmngMTgofyrpR4VtiCIr0D0GKa/hbYSTdg49ulPngiOZ&#10;y2RzyjZzn6CpUndfmwa1ZdLsLePLS7iOgxVGYRkbFX8hVJpmbkr2aIxdsBjHFKLkHhvWoZEJ5FN2&#10;9yeh6Uw5YsufaBJwT06Uh+Y5L/WqwPrxT1d+oIoJcCdbZWIO/H0pzWcY+VX/ADqKN2P3mBqQNIxA&#10;A6elDRL5kRtblOFkI+nSnJZyOOHP1zTxDNI3Sp47FyvyPz2GaBczK39lykZMyj0y1H9nTqOJR+da&#10;dlol3OcMdoyOW9617HwYGYeacluODWUqsI7s3hSrVNjjZ7SfnJJ471D9lkxnacZ5r06PwHaCIySv&#10;twOcnpVO80vw3aZV5VkOSNqjkGojiacnodEsNiaK9+y+Z555DL96kVRjBOPXium1mx0SIF7Q4BGQ&#10;hbNYEsagnYOK3i01cw53zWZAyAHA7d6CMD/GpNpxwBSlCcfSquPmI1yvPX+tOy7A5pyxgetB3Dgd&#10;+uaGK6GkqR93NN2HqB+VSgZGSuaUIRx/KgOYi2fw7aUREcEn2NPwe3anKhbqM4607sXMR+UT96lC&#10;DB4p6pn7wPFOEY60txOREqfN/KlwQMlePepQnXcMigRr+FOwuYi2hiTjqeaUKuOB9Kk8vnPGKXY2&#10;SO3biizFzIjC7uAM0pjOdoFSBFBxtIpwUZzTsJyIlQnkijywDyOoqQqD2pQAQRgYpaBcjUN02/UU&#10;Mhzx1PapAv8AKnBRwPT1p9BXIlQ45bqelLtAODnnripAme3XqaXy8HIH5CkxcyGbTyMUCMZwF6U9&#10;Y1OSQaeIgeq/rRqS5EZVsfdo8tsZ6VL5ZBzmnYBbJ6+1PVi5iJYwxC7T704RY4x+NSLGSOPzpdjE&#10;lcfWixPMQvGQwAXj2p4QDgDjHSpFiyN2KURjjOeOvvS0JcyPaD0OaAuRipTEM8jA9DS7FJyO5pk8&#10;xGI2xwP1pzRtgY/LFSKmQP0pfKYNjFBPOQrG3cU/y1HI/KnmMgZpfLIPIpA5EaxpnJXk9s0u1T/D&#10;9BTmQgZIPtT1jIGSM0J3JciMIB0FN8rbyOv1qwUPfkUnldu3bFAuexEeOaAmRnbUmwg4zxTvK/8A&#10;rUahzEIB28CnbCe30qXy/wC93NGwDgH6YosxcxCEOfunB6UojI7VN5YxjPWl8vIwfrTE5kG31GD7&#10;04KeDt/GpdnGcc+9Lsbv+FFhc5GFzyB35pPKyNuP/r1NswODzQIxRZE84zGB0+tIEGOhqQIO/pS+&#10;WBQLmsRMozwPrihU4ywqXZ6cUBWxk460aBzaEZiA6H8jQEBx/WpAuRtx+VOKYGKBc5EE9uB1pVQN&#10;9O2RT9hI4xSgYwR60bhzDBEo70hQcAjrUhwD1oIXOAR14oFzMb5ajnFJ5Y5JNPIP1ox6CjcE2NCn&#10;PPTPShlHXFPA44/Onsn7sBsZIo3JcrMi2jGRSle3U9+KcI2IzilMZBzxwO560BcjxgdOKAoYYPap&#10;AhPQZHoDS+WduSOvSgOYiwD3/Ol6c8VJ5WAeRjsaI4mJyV4pCchgANCg9QpJPoKkMC4xzz706OMA&#10;FW/SmtROSIdoGRml2jsOPSpfKGc449BQIx6daVhcxFsxzj6GgrznHWpzGfu8/TFKI/8A61OwuYr7&#10;C3bjPFL5bE7ApxnqanEfO0DigrtAGKA5yER46jPPHNOZMc4z7VKI8gndn6UeVnnP1FAuYhEag4I7&#10;U7GfWpViwOnUd6URjONnFAuYi27jyPxzQI26547mpVjIGMfXjmlCZ5PWgXNYj8rjd37UFeoIqQKe&#10;SfXtStH3xRcXMRbAfu0oiIOQalWMEcD8qUIGHA6c0rhzEIUHgZ96UoBwFyKmZQBkCm7QDnHX2ouL&#10;mGhQRwKQRqRlRgipVTjp1p3lA/KtAuYh254zSbd3UY96mELDP1pUiG7D4JA6UahzEW3PGelKqseS&#10;OKmWJDkAY+tOC7VxgYosS5lfacc0qwNj5RVhYlK5xyetKIznnmlsO7aOR245z+ZpMEjIpTuwcnik&#10;5HOcetcy1R7eouwngfrQIzjpj0FALbs55pQxGQxodw1QEAcE80mfbp6UK5UYAxzikKg9aoBQ/HFG&#10;Se9Nbp0pw5G4ikGgbgOvPrSs+flI47UwDByaDyCDTCyFLZ6dqQgY5WlGe9GMngUJ2YbDSoGc/nSc&#10;H7oz+FO2ggk/zpQvG0VSkMbtxx69aQqM4wc+1P5xz2oYfJnv0ouguRlSTjHSjay/MR+VORecHNKV&#10;JPt3oeg7jMkfQjijao6A5p5UFcYHtQBjgjtRoFyMqTyBQQOO5p+0A9OecUFPSgLkZUAbe3pSdG4H&#10;fipcAcEAntSKpJwRQPmGKOqgc56UrEDPHPcU8jB+919KbtPVh+VAXuNVD3puwMc7ak2kjBHWjYwG&#10;MdqBpke3K5PX0pQoxgmnMABgHmgKTwrHND0C4zYvf8qQrg5NShSxwT0/WgxgNk8g9qVw5iJkYDrx&#10;296HjyAevFTLEAc/pSNFjqPwouPmRAYyRnHNIY2J69ulWfKyeRj1pFhdj0x9KLofOVin/wBf2pWQ&#10;ADFTNEy5z0HbvQY+MkcilzD5yArg45xijyy3DccVNtySMUojx1x6UcwcxCI8Hn14FIEZGzjj2qys&#10;KlBxzUiWW8428euanm11BSbdkU1RiMipBbs54zzV6DTmYkYzn261s6Xo8JcEoCcVlUrxgrnRRw9S&#10;tKyOfTTrw9IOmM5FXrXwtf3CjMPfniu30vw/ZttMka5HJyP0rqtJ8KW80YdVHGO3SvKxGaqnsfR4&#10;HhuddttnnNj8O57lQzR4J6EVet/hPfSHaLfOeuOa9e0fw1bLtjkQEA11uh+HdGZQJIRkdq8SvntW&#10;Gx9fhOD8HVSuj5/j+CmoOC6QHrnlcClf4NapCoLQAH6Hmvp+30DRIwM26447Vah8J6BcIGXapxjF&#10;ebLiavHfY9ZcDYCXw7nyqPhJqiLgRE89cUxvhdqUZJW3zzyK+sB8NdNny6BDnpjtT4/gvb3ufLhQ&#10;88g9aj/WlrVmj4FoySjE+RV+HcpmCTwAZ64zmkl+HioQxjOO4PNfWWq/s8xvCZWG1vQCuK1P4KXk&#10;crRrxjODjiuijxLTq/aOWtwOqUfhufPsvhGytFEkoYgD+EH8qoXltZQH90nA7mvcfEPwfmtrVnjQ&#10;yZPIC8CuH1L4fSW5JewZTjuK9XDZtRq7yPnMw4bxdB2jGx5+pDuEAKgdQauw2Sy8KvHYrW9L4IdJ&#10;MCHt6Vo6Z4Dv5CrInA9q66mOpKN0zgo5RiuZxcLs5Wfw3d3MPmQRlsdAMc1RXS9QtyVFqcj144r1&#10;JdBvLKPZ9lJJPG1apvpkxbfJZYAPOV5rnhmR1zyBOz1TOBt9H1y5bKWWAByTUtxoVzCR5yjBHIPS&#10;u7W5WzGPLH5VheJpJbxP3MTYJrWnjJ1J22RjXyyjQoOSu5HI3emR/eKrjtiqUkFrHhZlT6jnNaF9&#10;4Z1m4YtDMQScYqrb/DTxZqb7LZQxJ554r04VaUY3lM+dnhsTUmlCk235GbdLaSDbGy5GefeqciQg&#10;Zxzniujufg54+tlMi6S7qO6g1Qn+Hfi62OZ9ImX6oa3hisK1ZTX3mFXLsxjL3qUl8mYrFccdqMk9&#10;T+daw8D+IGU/6IwOOhU1QuNB1O2z58DDB5NbRrUpaJnJPD1oK8otfIgyeuacjkck59s00wyoQrjH&#10;171JHZTvwqkjvxWt0ZWHAtt+UgeuaGR/ug9qlg0q9k4S2Yn6VM2mXsALzQEAjuKnnjfcHTqNXsU9&#10;khGG5I9KDGwOB+RpJt8TlWHfkelRtKwfhq0T7EJMeyjH3eaQ54wnPpUf2g5Iz3pwumU8fniqK5ZB&#10;tOThT+NBLg4Valj1NoxtaNT7kc0f2hG/Hl447VKvcGpLoQb5ewx9RQXl3cr3p5uVY7cUNMrDDAU7&#10;ajV+w3zJSeTxSh3AxkUFkxwRxQ2OKdw+QNIw74yKYbhgefxpzKz9B0FIU4wRiga5RGum6OfpzQLp&#10;x8u7tTTEWJGKcITwPamP3A88Yyc47Um7nKnr7U5LRyAMZpWtXjwXHSi9gvBMjx2FPjjbqRR5Z7Uo&#10;jZfvd/amrA2heNwUjvVu2jsgw81SQOvNVkUhuBjA70BWJyBjnpUtXIvqb9pZ6Q6ZDYJ6ZNXrOLS4&#10;SXaNXx14rkxO6jaCcfWp4b5413B298msJUW/tHRDEQhvBHWJBo8kuRANh/hA6Vo2h8Kxx/vAvA54&#10;wa4621ecNt7Z5rRgna9ZQzHkckVyVKMluzvw2NgndQT+R0M03hdslrdW7DNZ9xb+GpmDLaDOfmwK&#10;EtgNuMYI64qaK3tukrYJHXGfxrGN4vRnbOXtdOVL5GdPo/hudiEXYQOp4rPvvDFuoLW06kDnrXTp&#10;Y2cpMkbggcEbQeKmGiW7KNiKQe+KuOJcepi8udbW1vQ4ZtFkQ8EOPUHvUD2DpkMMZr0e38HW8yrI&#10;EO7HJWrlv4CtJAPMjXOOd/aq/tCEdzL+xMQ2kmeTNZjOc8YpFspH4Vc89a9hX4ZabL96NT9O1Oj+&#10;Elkp3Iu1Tzij+1aC3Nv9XcwavFpnj6aa2cvgUjablc5HtXt9p8J9HI2SBSW6n0q0vwK0ic7ozjjo&#10;elZyzrDReptHhbNJxUk0eCrppzyOvrUi6fgELFnjivdJP2ebVxvikxjoarv8CLy3XcNr4PUjmiOd&#10;YR9RT4WzeO6v6M8VXSJX5KkccU06c54MZ5r1y5+FeowyhI7IhcdSM1T1D4XajNDmG15x0wRzW0c0&#10;oSe5y1MgzKCb5XoeXNp0qYzECM4zmnDTmIzJHgexrrdT+G2vWzbxatjPFZ9z4a1G2GLiJlwf7tdc&#10;cTTmtGjzKmExdN2lFox10+BU3SAY+tPSwsWyfNOR0qWTT5icBCMdRSw6XMTuzj0Ga25lbc5Vz32G&#10;ppEDEgtj3zQ+kpHwZRn09a1bTRLmdcyHgcYFXbLw3b+YBNKAM85HWsZVox6nVGhKeyMi3sIYoxJI&#10;ASKeyI7bN5xjua6afw9pdtamZ5l2j0bOa5/Ub/TLUlFhDY4BWpp1I1HohYmhVw+nMiGPT5FOY5z6&#10;9aU2epN/q2Jz3PSqsniURNthiGB60xvF90vyxjaBzxWzhIwi32JZdG1FuSQR1zioR4cumILMoXuc&#10;1DP4r1KVMCXGfSqr6xfyDLTtj61cVKwnGd9DSl0BEXakmfUmo18OSyPwoAqgNSvR0uG596G1TUCQ&#10;FuGGOMhqq0g5ZXNJ/DAjAMrqD6E9PwqtLpttDjdOp9qpPcXMnMkzHnnLUws56k89KEmtynFvRMsv&#10;9ljOFNEcyqcjpVUZIzn2pwY5Aqg5NNy9DIquGQjr3q7b6hBGQFHXvWHuJOBTgXXnccUrJk8ltmdP&#10;ba0yqEjx7ZOKsp4juYRsM5IrkfOfOFkP1pVnmwcORjvUOlB7jvWS0djpr/xPevGYfPfnPINY1zcX&#10;c7bjIfrVQXEvOX5FAnmBxmnGnGGwpurN3k7khtyeWYk45yaGtVXlsVGZZHGN3p1o3uflb8OauxNp&#10;dwaOJRjPbrUewZyvT3p5DduDSjpwMn2plrQjVTnB/GgxjI4+nvUnl4JBFKoHUUIOaxEVwcqO3pRs&#10;yeB9KlIBOTS7QRjp60C5iEoc5pQjJgDqe9ShVz0oYcYPejQOYZtOcZxR5Z6k/TNSBT6fSjY3Xt3F&#10;O4uYZjj5fShUB4I5qdY8Y4FIEC80C5iIoBwBS4IGcGpggByR9aXYp/h60a2FzlcBjyOKVUJOB/Op&#10;tgzkDt0pfLwu4gY9qNROZF5e5vlpUh7VKE9BnilEZOAGosJzIvJGPenBFPOKl8kk+lBiw2B+FGhP&#10;OReUvXFKsYQZA61IoH3GHeniPLAex6UXE5WIRGvQD6UpXHPb1qUxLnB9elKFYDhcii5POR+Vk8H8&#10;6BGAT0+lShcDHtTtmP4ceppXJ52RhAOmc+1HOcingY6KAfWnxQzTMFWMnB9KTdgSlJ2SuRBG6sO1&#10;OEeOTg59a1IPDpjSOfVbuO2SRdymaQKSPUDqfwBq1jwVbWvN3c3EvmY2QW3ylfXcxHftivk84454&#10;UyKbp43FwjJdL3f3K7P2Tgv6PvjDx/hliclyirUpPabjyQfpKfLF/JmHsB4PehYsDcOuelbinwZI&#10;o3y3MBYZ3S2x2j8QTSw+Fo9TAbQb+G5ByQscg3cdflOD+lTlfHvCGb1PZ4XGQlLtzJP7nZm/FP0c&#10;fGrg6h7fMsmrKG7lGDnFW7uHMl8zE2buRxShPl+Xt3q3caZeWjFJ4SOeuKgEfc19dGcJK6Z+I1YV&#10;aM3GpFproyPy1wCcUu0E9OKl8vPAHAo2dsdKpGXORlVBwaXac4qQR9utGw5zmgnnIwoDYx0p4QMo&#10;IXGDTggxnoSetOWM5wDRcTkRGIegpCozgnFTCN+1Jt3EMcUw5iMpuwRzQEweePaphCxGNtIqfPgq&#10;c4pC5yMJ7Y+tGwHGT09KkaMgluetL5BIyBg45HrRqLmItvoelKUGOvf8qlWJwSAKU25K4yAfrQHO&#10;iEAHk9qeUAHrT1hwORk96dsI7UCciEogX5aVIgRljUiqAO9GzA68UC5hqrGflBx+NEkYCH5elO8t&#10;FH3f1pwUEYxwKBcxFGinrxjrTmhGR9Oacq7OvXvThyMH8aYnJ3ImTapAHTqTUe1gudp5qywB60mx&#10;uq+tKw1OyIFRmP3ccU4QkHJqYLxwaXYDgjv0oshc7IhCuckE+xpRECPlHfpUpj+bGB60gA6igXM2&#10;MCAdgfah4954HPvUoXklenajYCvX8RQLmI1XC4WkMeTll61ME4Oe9KqgUXDmItnoMUbcDJ7VKF5x&#10;70bcckfWgXMQiMsO1OZABknr1qTYqjpTinRsA5OTQ2LmIhGR15+lIqE8+vNSlCFzgYoC5OMGlcOY&#10;YIx26UBWwCMZ71IEIPQ+9AXeewoDmGEHoKFXHykcd6lERPJIxQYdp9aOouYjVSTk0bAc4qVYuNx9&#10;acIVJKgUasXOQhf5UFV6/wA6seWenr60+KyfcM85PFAlIq7MckUpjYjecdK1LfRlf5mlHPbnrVqL&#10;w9CzgNLj1Oaj2kVuaqlUklYwfLYc+vpT1gLH5e49K6i38O2ETDzW3Dd0J7VcPh7RniKROqn2/wAK&#10;xliIroddPL6tRatI4vy+o7dqDHkYJNdpH4PsbrHluFGepOBj+tatt8JreSLzWmjwecZqZY2hBe8a&#10;Usmx1eTVNX+Z5ykOEw6nPbFPitSzfKnavTo/hjZpHlcHjHHeprHwBpsTBZgSAem0Vi8xoW0O6PDW&#10;Oc0nax5aLCWQ7RCwOeacNNnLhfJb24r10+EPDloVZ4gCex7+tWIfCGgTR7olUE9Tms/7UgvsnR/q&#10;tWeimrnkdv4d1CdWYQ446EUN4c1FThoDnHTHWvZ4PC2mQgBVTB9DWna+H9JjTJhTGOTisZZxyvRH&#10;ZDg9yik52Z4TbeFNVlJL2jjjjAzUw8HamUP+isG6hiOte4vY6VaHKQp+C1UuhYMNrpGM9MnpWaza&#10;pJ6RN3wlhqas6h4rc+Fb6HbmAj5ck4qMeH7zkNbnIPYda9duLPTd2HCfUjODUFwuhwrmZUOOp25r&#10;eOZTdlynFV4Yoxk5e0SR5bFoF60o2wH3OKkXw7eiQn7Mw4716paPoMo/1CEHkZ6fzqyE8PAlWWHI&#10;PbBqZZjO/wAJpS4Zocqftblq7/4JMftIWWni+uNMtELf8sWuhurmvE3/AATa/aN8OWL3r+GI5ggy&#10;UhuFLH8K/Xrxjop8UXz2lpqARNuCc9Oa8I+Nuj6j4FtJWi11pQDjGcZr8ZwHH+dV6ijJrXyP3/H+&#10;GXDVKk3GDS9WfkR4q8Ha54O1iXRPEOny2tzCxV4ZVwwIrMeMpww5r6Z/bL0u219I/FJsR9oifbNK&#10;Byw96+bHRCcEt171+xZTjnj8JGpJWfU/BeIMpjk+YSoxlePTvYgCHOe1BBByR37VMI2OMIT9K3vC&#10;Xww8ceN5zb+GPDV3eSBc7IISxA9a7qtelQjz1JJLzPHw+GxOLnyUYOT7JXOb6dR1pQOMDnnvWrr/&#10;AIR1/wAMXrWGuaVPbSocPHNEVIP41miJgxyCKqFWFWPNB3RFWlVoScKkWmujIzhThhSYOORUhQdD&#10;1z0pdpGSa05nYzuRYPSl2k8VJsB4K49KQIFbGad+47jFB6igqB90Z45pxXbxj0pDySQPypp3EGSR&#10;gjp6UnB6ml2senc9KURnnAPWhD2GjB470bVzg8GggAnIxRjIA280ABHPANGMGnAHHBFG31Hai1kF&#10;xhGBjFHGenWn7TtGefwpAjHnGKLpjuhv40hBAx/Wn7CQMfjSiN2PA+tGiFzIj2hh82fz60nI6j86&#10;l8vK8A/lQ0RBAVe1A1JERXncP17UKoHOcipBC5GMfnQY3HOMetFw5kRhMHcetGSOOpFSeS4P3etH&#10;lP6Ua2HdDFAAo6nIPSn+S45JFKYW6j8Km9hcyGUoweT2pywO3anC0kI+Udu/FNNBdMapUnJ6nvUi&#10;eWv8JzjketJ9jdSMnrSi2kGcE5qROyeo5oUfjGKkh00yYOcc9DUccUq4+arEbOeA5qW+iNKai3e9&#10;yS28OG6lEe7bzycVOnhDzG4bcM44pbWeVCAwOcVp6fPMzCMp16AiuSpVqR6npUaNKSV0QWXgCW5j&#10;EwbHPAxmrkXw6vB8mwYIznFdTpolMKBVGcDitrTYhIQjgctXk1cwrJs+twuQ4OUYt7nBw/D6+T50&#10;jYkjoDV6y8G6jEwdICeOcKf6V6rp9rZKQJ0TrjOK6LTLLSXwTApI9q8qtnFSPQ+jwvC+GctHY8n0&#10;rwhqhK7oWz7j2rptO0S/tYwhhbBAzx0r023sbDaNlsuO521MLK3clRbqOB/DXjVs0lUeqPp8LklP&#10;DxtFnCadaXgfOCo9hW3YQ3AfJJ4FdRDpFq/S3UE+wqxHo8CgHaoPfFedVxkZM9OjguRbmLAboj7h&#10;Jp6z38KlVjPI4rpLTSrbaCNvpgVci0K3zuxu/pXDPFQT2PRp4ectjkbbWdes23KrHB6EV0/hnx/q&#10;lvIFubcEd604PDlsxCyRhs+orRsfCNiTu8hVI9hzXJWxNCcbOJ3UaFaErqRpWHiW01GIBsAkd6im&#10;8OW185kCDB5xT4fC9lGBsPzD0Iq5HbmyA2uRj1ry+dRfuM9GMU/jM658C2siELAhJHIK1y2v/BuL&#10;UN260Ug9Pl5r0q0u02YLDrVlbiEjCoD7NShjsTQd0xTweGr/ABI8Gn/Z8YOWFsApPApV+Ddxpy/J&#10;AMr6Cvd2ELDmNcZ9KgltbZsnaOfauuOd4qWjZySyXBrWKPBrnwBqC/K1hnHUhaqS/DpJhieywcYP&#10;y17pd6ZaycsgGOnFULnR7MlmWMdOD7V0wzeqc0snodTwq++EFvIflt849RWdc/Bm2U73thz2xXut&#10;xpUbKQsYBHtVWXRg5+aMHtiuunnVddTknkeEl9lHhMnwStZgAIGTnqBitLRfhFHprh0cEY4r14+H&#10;wf4CMfpRH4fUckdDxWss6rSja5ishw0ZKUY6nI6P4Vt4kCOgwOmRWo3gPQ79ds+nxNnvsFdFFopD&#10;ZCDp1q1b6ZKh3AdOlcE8fVbupHpwwFFKzijgrz4I6BNlo9MQZ9FFcH48/Zf/ALQBuNKthuzyuK+i&#10;bSywmQcsetXBp8Uq846Y6VdDPMZh53UjlxXD+X4ym4VIKx8Tat+zbrFuG8+ybIJz8nSsef4F63Yf&#10;PCpI6Ebea+4tT0OxMJMkSsMck45ri9f0bSlDAwpz0wOhr6HDcV4uWjPlsZwLlS96KsfJMPhC70m5&#10;MVxbkY9V6iuisPAth4ktRHcWwViPvAV6l4u8LafkzooOfSufLS6WgFqqq2OMLXsLNKteClF2Z48M&#10;iw2Fm4ySaPG/HXwp/syRmgQgDPOK4LUdHksmIPI78V9HXekX2uu73T8cgnFcH4y8DaXYRyOs67ge&#10;Vr38vzNu0Kj1Pi88yFxbrUFZHjzoCOOKYqHOcGunvfDse9ti7TjoKzW0aQN8o78ivoIVYTR8fJyp&#10;6NGY0Z+vNHlP1I/Ktm00GaY4CYyea6PQvhfNrUZ2SeWVIAZhwaipiaVJXkzbD0MTiZctOJwYgfHG&#10;enelETngc+9esaf8D9Ltz5+rasrZ58sCri/BrQ7mbOnwu+f4VFcks2wsXuevT4ezSpG/Kl5HjghY&#10;EHHNP8uTGdte96d+zsLu32xae24jh2H+f8inTfs5R2LmS+aPYB92uf8At3BXsmb/AOqmb8qbijwN&#10;UYfNUhXdkEc12vxF8H2Wh3jQ2ESkY42dq5ODTL+aT5bZyPXbXqUq8KtNTT0PncTh62HrulJaorIM&#10;cBf0qZI2bGYeo9K6Xwz8P9W1V1MNk7Z9F4rutN+EMtvbfv7Pc2Bxt71y18yw1B2bO/A5Hj8crxi0&#10;u7PKY7J9/wC6jIJ6ZqwumM0e14Gz2yK9a/4VC8UQlNs47gkYFQy+ADCu1bbLdlKGuP8AtehJ6M9S&#10;PDWMpr3keUzaHfDLCEewxTYtH1GVhFFasWH91a9f074dzzuGuYBGoOckc4+ldBpfhfw7oybntEkY&#10;cZYVFTOoQWiub0OE51mnOVkeJWXw28T6gNyWT4z1ArTh+CmtspNw5B6gbf0r3Kx1CxUCG2tEVRxj&#10;bWpZ2A1B8JEPy6V51XPsTF7WPco8H5c1ZNyZ82y/CfV45dgjZsHsP61KvwuvVC7gcntivofUPBjP&#10;ITFHjI6gdDWRd+CbrduVsAHvVRz+c1qZz4MpU3fVnj1t8J7mVAz/ACgc5/xq9D4AitCFLknHYdK9&#10;VtPC20A3R3+1XLbwjZ7txgUjsKyqZzUb1Z0UuFqEUrKx5W3h8QKAtvkqOBjNRN4Mu72XcIsA8kAd&#10;P8/1r2L/AIQSyuBuaJQx/Srtn4H063XMzqMDn6VzvOLLQ7lwzGbfM9DyOy+Gl4xBCEnPOB1resfh&#10;/b2xUXS5I7MeldzrGmWdtATZXSgiuMv3uzclDdFiPeiGMr4hb2CeXYPA2924+80a2tITHbhTkYOa&#10;w7nRb5nMqTBc9BWk6zId4lJBH61z3ibVNQhk2QylAF59q6cPGpKVrnnY+pQpU+eS08hwu7y0bCzt&#10;nOMjrS/8Jlc27bHkUjOP881y93r2oSoWwxyeGHf61kXmp37OP3zfhXrQwan8R8zUzt0dabZ6Xa/E&#10;C3h2ltowvIqyfjLpVo42AkDjK815E+pT4LtJnaOCaoXuqSE4DfU1SyehN6mT4rxsYpUz3Sz+O+mS&#10;yCIAgj1FaMHxr8PlsSgjPtXzkmqTocq/HrUg164QbcnnqaU8hwz2OilxhmUI6pNn0hF8ZfCM0wje&#10;MHK9dvU1eXxx4WvRuRBtxnOBXzCfEl0vzK34c1MnjPW4vuXjD8aylw9T+zI3pcZ416VqafofSc83&#10;hfUchrtYwezDpWXqfh7wtcp5P2iNuOoYeleBf8Jvrxbc2oPke9L/AMJvrYGPt0hP1pxyStB6TKlx&#10;XRqJ81E9E17wdpNnMws7mLHcFhXM30Ftp7hlZX7cNnP6Vzc3ibULjPmTMcnOWPSoH1i4kOWbmvWo&#10;4WpBWlK58zicZSqz5qdPlN2TxP8AZS0aQABelV38aS7CI0/KsWW7eUFmzk1AzYUZ7+ldKo010ONV&#10;Kz3Zo3XiW9uMoHIB96zZp5JGO5sn600gFs+tOZRy39K1UUtEGl7siOc8Z6UbSRjFS+UM5Ax6CnmL&#10;PC9O+BTsPmRAdh4PWgJyeOO9WUt1Ay5AqdBajjG7Pc0WIdS2xQCKf4u/FKq7unX3qeTazkqMcUjJ&#10;6imPnIPLOcD6mneWuMEGpCo+6BTjGxPC9etIHIhK85HPrTlUkEAfSn7RjntS+WeuOlO4uYjKDOc8&#10;0nlgncQalRSeCKUI2MAciluHMQqgJweKcY1GSKeI8H5hnJqQR4bAHFMTmQeXg4JJ4p20461I0Izx&#10;+eKVE5yRzmjqLm0IQByacY8dfxqYoMUbVzg0C5yLyycAnH0pWiC/Ng1MY+OlDRkKR27U0Tzoh2Y5&#10;B69KNhxgd6mVABjHFL5QA3DnPSiwcxEIsHkZOKUxg8BalKHgDr6UKnHIP5UWJ5iMxjBC0bOw6YqQ&#10;Rvzhc05Y1Gc8e9GgcxFsHQdqVV7cc+lSsgIx3x3FCxACjQnm0IiMjBNL5f8A9apdg9PpS+UAcgfr&#10;RcXORmPAxSCM5x+tTlDge9AQkZx0Hei5POQiMZyT06U8R9sjNPCMeTSlQBgZ9+KQnK5GEG7OKd5e&#10;ztinBNvfPFPX5jyB60XE5EZQ559PWjaCefWpWQkY60LH6Dt2o1J5iJkwcAD2pQuG5qXaCOR+dKqE&#10;8AflTsLmIlVsZPrTio6rkc81JtIbkfnQVPXFKyFzDNgB4xx60qoJO/5VJHBJK4VUJJ7CtKz0QQQm&#10;+1WZbeBD8zv/ACHqfYc1yY3HYTL8PKviJqEIq7bdkl6ns5DkGccS5lTwGW0JVqtRqMYxTk230SW5&#10;S07RZ76XZDGeAS27oAO59KtzahZ6bEbXRtss5+/eYyE9k9T/ALXT09ag1HWRqK/YNLga3s9uHBPz&#10;zn/a9B/s/nmqrskKh1DKCeh7V/KHiH4zYrNXPAZJJwo7OptKX+H+WPnu+luv+vP0b/oV5RwhCjxB&#10;xvTjXxukoYd2lTpPdOp0nNdvhi/5ntVvbxpXMskrvJxullbLfn6Vmt4m0sHDXa5yd2D0q1qdql7D&#10;JAzlUccleDj2rmNe+FrXT+f4e19It2MwXBOQf97pX85p+3qydWbu39/+Z/eWa1s1y6lFZdQUopbL&#10;S3klpov10R1elala3SmWLUMEcqOoJ/8ArVp3McUcTRIkcrhwy3drkAcdj/8AW615NBpvjnw1P+/0&#10;6SZRyZIDvU+1b+n+O57FlnnikVcZkjcEZHfrW0acqatF3R5WF4pjJ8uOpOlJbpppf8N956Np3i66&#10;tkNvrlt/aNsV++SBLH9G7/Q5/Cr76BY65anU/Ddz58YG50Aw0fsy9Rj8veufjvdL1a3XXPDsnmWs&#10;uMr3jbuppLO+vtEvI9V0W4eGaM8svT6EdwehB4r9V4M8W+IuEpRpV5Ovh+sZP3or+7J/+kvTtY/n&#10;/wAaPomeGvjJhZY/CU44PHNXVWnFKM3bT2kFZPXeUbS83sW5rSSCTy3UqwPIIpFjXGDk59a3rXxD&#10;4d8aBxqscGl3+3J52wSf7ufuH2PHoaZc+C9SigN1bFJYu8iOCv5jiv694Z454c4qwka2Crxbe8W7&#10;ST7Nb/of44+KHgD4m+FOa1MNm+Bn7KL0qxi5U5Lo1NK2vZ2kuqRi7AV49eaTaR0/HNWn067tuZ4C&#10;o/vY4poiAOQe/SvrlKMlofitRTpytJWfmQbM9u/T0pyoCcipDEDyBijy89/qadzPmGbV9OlIYwx4&#10;qRo+MgfWgKG5A/CgOYaAR+VG3JzmpCqgYIo289enQGmTzERTPBNOCdjn8KeUAGQKUKR16HpQHMRh&#10;OcDGaGXaoOak8sgk7fqaApbjFIOYjKkDIGcih4/l6GpCpxyKcI3IG0ZouLmIFiYZBFP2YGD1zUoi&#10;ZOSDSFQQSoz9RQClciWPqMd6UR/w5PHWpRGSpByOOmKBER1BzRcOYjVQT97pQEAPH41IYnzkD86D&#10;ERwBn8OlAuYZtX8OtAjJ5z16VKsWOtL5SkdOnSgXMQbR3HFLtBHA/AVK6AkAD6U4Rtjg8jmgHIh2&#10;HdtzSFQOtTiPnB79aCm4nI/SlZi5iIJuBI55oMTc559cVMIgo/lSrCwACgYzRYXOiFIgeAM+tKYO&#10;ODU4iZm4T8hUqWDv84U8UNoacpbFJY+OevrTjCx7ZrTg0SSTBU9xnirK6DkBduRnHB61DqQRrGjW&#10;nqkYvlhjjHPYVJFZPPk54/rXRxeD3aASzgqAcjJxUn2CyshiOAHHOSO9ZvEQ6HRDA1ou81ZGTZ+G&#10;TPH5ktwFGOMdap3ljHBKUD59Ditq+n8o+UhAyO3T6VQmRTmQgE+pFFOUr3ZOIjTUeWK1RnLCMY9+&#10;wpTEyjJGfTir4iyQGJweMil+ysHxglcjt2rbmtucajKSuiibZmKqgOT0zUi6fI8gUr16E1oeWmQW&#10;jAK9vembpopMluM+nQVPO3sX7PkXvEcWhEoWaYAgcimCygjfa0vJHPpmrX2knKrkZyc1Eke5trhs&#10;4ySe9C5uo5OkrKKCOzVCGOCAM5p1xFASMnBVc/KcVYRQ4JMmD/OlMSuo3KAAcncO1RzWZt7Lmp2i&#10;Qwb9u8yHJ5HNJv2AqWznnGelSTkoGEA3YH5VBHHulV5AVx1yeKaV9SHPkaiiyGYDc0h49KlS5KfM&#10;Dyeg9RULMgXZktg8EelPiTzQDyB/CccGocdDojVXNZMsjV54CFUHkZ/CrEXibU4yRFMyr6A1W+yM&#10;AMHjGRk9KdHZqE3/AMQPBrFqk1qjrhUxcJe7JouJ4n1cDC3bHj+90/OoZPFGpxtzO+cdmqu6MHBj&#10;O4A8k02aGOUkiJtp6DuKcaVK+xnVxuK5bKbuiW58S6hO+GuJD/tmTJNSW/iHVLcbvPY8YU5OePWq&#10;0sM1rYF4IA77TgEZxWJpvjW0t9QW2165SJXPOeNtedmOZ5fllNSr6L0PUyrKs5zeo5YeV5etjfsP&#10;iXql1dS2jTOk0Z/1bsQSPUY6ir8fxE1SG4+wyXzKzJuBLZ4rk/ix4i8P+CG03xNDaxvHLcJBcShv&#10;4HPB/KuJ+NPxv8J+HdPjfw4VnvJLiOCAjlQOpHvXi0uKMixN1Bp2PpavCfE2Fgqkqj1839x7P/wl&#10;msXDEi9kLAdQ3UUNqF/PJ5jzsW92rnfDniEXugWeqTRbpZ0XEUf94/yrqYdLkuJSgQD5Rknt7e9f&#10;QKVCylHQ+YpfXa14ybbuVzdXQwBM46nIpyCa4lwzFiOD9K0LTQmkkCTTDHbae9aj6MlhErxRg7uc&#10;t2rmq43D01o9T3MFkWPxM1zRaXmc1HrOm2mpJpV/fNatJhVMowpz6Gul1D4dazYpHcx4kilUFHU8&#10;Hvnireq+ANK8YaMbXUYkJI+ViOVNeeWviD4o/DrVLnQNN1KS70yI7baK6bPlkHsfSvhM74xxOU1U&#10;4U+aPU/Vsm8OsvzXCN1p2n0P2W0qHUCVa8O4uucr1/GvF/2srBvsUslvctuRAxU9sVo3Hx38RWx8&#10;y3kUAL2HSvMPif481nxh5sU5ZvNJ3Y6k1+XZbg61PFKb2P1TMcTTqYZwW586ePI7jxt4euvDUuwP&#10;KhCsw5zXy3rGg32j6lLp15CyvG5Ugj0NfcC/CTUdSm+22cRRhzhu9ch8X/2dotR0wa3d6OsF3Hx5&#10;sI/1pz3r9ZyfPcPgn7OT0Z+L8TcJYvOGqtPSUfxRxn7CH7KMPx4+Jdtp/iGxkbT418y52jqB29q/&#10;Tz4cfs8fB34E6c1r4Y8K29u8ibTIVBY/jXmP/BN/4F698KfCP9r6vpccb3qZjO35wOwNezfFjULm&#10;BGHKv0Ffm/FOf4rNc1lThN8i6LY/VeE+GsFkGSwXIvaNavqfLv7SvwD+E3jnxTca74n0uMJCrF2h&#10;wNw68mvzn+KOleHtL8a39h4acmziuXW3ycnZnivuH9sr4vz/AA/0O606JWe4u4WCf7OeM1+f2o3U&#10;13eyXEzks7lic1+mcD0sWsN7SpJuOyPxrxQxWAjiI0KcFzvVvqRsI17YA70xtuMhfrxS4JG8jOaA&#10;M9sV+hqV0fkGgiiMjPWlKLyffrSAY+XFGW6L+NNMBCmD6+lJsCjcKXa5IYnntSlX2555pjuIVBHT&#10;jtTdoxg08gg4AB4pGGfqPWgExjJuGAOMUoiyBx07jtT9vHBOfSjDBQF79sU9guyMx46Hg96PJJHF&#10;SAYGCec+tALZwewo3DmY3ymCnAo8vI3HseOKcCT9M0bj1z+FL0C7BYSeC1KInGCMUgfHOfrSbiRg&#10;k4pi1HCE5wfWmiM9ARjtzS7+eM/WgOoIyaBq7Ym0LwpzkUhQjg+tPDxZzjv1pwlhA+Zf0pBeQ0Q5&#10;6g/lThEeg5p4uoQvC/jT0uEJ3Kg/Kk20TeQxrR1IYAnPTikNtKe3NXo53VA6RKceopkl/KUEjxkH&#10;029BWam3obumpfCVBBJu4U/THWlWGZfmKYFSNqx67R78Uw6tLk4RefaqvIy+QqwzO2EjPXOT2pxt&#10;5h8pTmo21ibOSOfQgYo/t2YHOwA9OtHvm8FStqiePTryZsRwE571YtNB1RiGFqSCeCOapR+ItRhG&#10;Ipse2Kt2fjvV7TALggdBisZqvbQ6qMsHGSck0acHhXXfMH+gMTnB46Vu6L4J1kkT3dtjC8g1j2nx&#10;e1GDCtACD6ir9v8AHW5T93LZoBwAcV5taGPmvdifQ4WrkkZXlN/cdXY+HNUWP5YjgHqeprS03QdU&#10;SUv5DYxwfeuHT473sZxHEpXoRikb4+6uhzbgDnoe4rzp4DHz6H0NPP8AJMOlaTdvI9Ws7K+gOGt2&#10;JA6mrlnfX1i+JY9oHvXj6ftCauAVZeD/ABA1R1X46a3ejZbMRkHJauX+xcZOVmj0JcYZVThzRbbP&#10;oix8ZlE2kIoHrTL34j29lGxeRMdSQa+Yn+KvickstyxJ9WOBVDUPHPiPUVK3N+xBPQGnHhmTleTM&#10;KviDTjC1KDbPoi//AGh9IspCrXHHqG61XH7T2kRdZV+lfNct3cSkvJITz61GJJzzznNehHhrBW1P&#10;Glx7mrleKSPp+2/ak8P7tzTgE9vWr8f7Vfh9QM3n/AQea+VFErHIJ49TRukGP3hH0NZy4Wy+TNI+&#10;Iebroj6+sf2svChA829IPb1rWtv2p/C8wBW/IGO/pXxbvk/ic+9TR6rdRD5Zm4rlnwfgZPRnbR8S&#10;8zWkoo+37T9prwqw+bVUq9H+0L4VuVIj1BSx6YPWvhVddul5Ep6dBVm28W6jAyst4698Bs1yVOC8&#10;N9lndS8T8XzWlT/E+7LT426M53Rzrgjgbs81dg+NWmlQDMnJ5Oa+GYviXrUSZTUnJz3Jq7bfF3Wo&#10;iFN8/GOrGuOfBfmerDxLoN+8mj7kT4w6UoH+kKR2AalHxYsJTlJR/wB9V8W2Pxev2G03LZI6bq1t&#10;P+Ll4Dta5b/dLVxVOEJwPToeIOFqpXe59d/8LJtpWIVx16hqni8a20p3eavbv0r5e0v4pTNt3XQI&#10;PIO+uisPinEAC95yRzzXn1uH5wVkj28PxPRq63R9AyeJ7d12mQEntmov+ElgYbd4z714onxRiGQs&#10;ueOTUifEy4kwUIwew61y/wBjVInas8otntI1pG6Mv4d6cupK5DMR7V5XpHjTU7xlCE89BXU6LqOp&#10;XT/vYz9cVy1cD7Hc7cPmEa+yOzh1HLluM1ct7pXOc8k81g2sE0hBfj2rVs/JhOZHxjtXnzik9D0Y&#10;ye5swlAmc5OOhpWJ2Z3Y/pWdJrlvaqCH6Dp3rn9d8ZmMkCcAYPANTToTqS0FUr06au2bWuarHBEy&#10;+dkkGvPfFWvRxozK/IPGKqa/42YsymbPpXJazrs1+5wSfRc17+BwEotNnz+OzGEk1EZqmtTzMSzF&#10;gM9+K5nXPE8liTi3UehNaUjTBc7DzWDrul316G3W7gEcELX02Gp04zs9j5LH1q6pNw1Zg6z461B1&#10;+zQzNyPurwKxlvv7VyJmO7HINal54G1a4cNBA4HORt7VLo/gHUo7tXkt5Bgc5HFe7CphKcLp6nxs&#10;4ZricRyzT5fwOfTwx9qlKjrjr3rVsPhnHcJkktk85Fdzpngvu8HPutbMOgx2hxhV44NctXNZbQZ6&#10;OG4bw6d6sTgrL4aGBibe0UnPVua1YPh7ravvgKp6gdTXaWLWqH9665HrVltc02zAJlTK9ya4KmPx&#10;M33Pao5RgaUeiRzekfDuZtr3wJA6gmux0Tw/YWMYIgAI4JxWTJ8R9MWX5ZIgvrmop/irpMQPl3Ee&#10;cdq5ascbW6HpYerlmF+0jt4WCjbGuB9eKxfEunT3cTK8hAbvXLXPxs0+3BCTKcD1FZV/8aRdIcyq&#10;Bzxmpo5fjFLm5SsTnWWOPK5oh1H4YWmo3XnXLAgk5LDNbGlfCzwxEo3JG5xg7h2rj7z4tIGCK+R9&#10;O9Vh8Vr2J93nHGOef1r2fq2ZTgknY+XWZZBSquTSbZ7NoPhvRNOUR29vCoHHArV/svSJJAWZPyrx&#10;bTPjJKn+sfAz6f5zWxD8WUnTJugMDoGx+FeXWyzGqV3c+gwuf5TOnaFj1K/sNLWHgpgDjFY82l6Y&#10;SXVlBPHFefXnxZhdvLhuSxzjqahT4jK8n765Vf8AeOKKeW4uC6iqZ3l1R9DuptGiY7AeMcYqF/C8&#10;UqklRj1NchN8WdN01DLPcBiPugNzWbd/tDormOCL5QflyK6IZfjpfCjhrZ1lFL+JNLyPQYfDVpbk&#10;ZKr6jNX7GG1svkjk/wDHq8guvj1JISwjIHHHrVR/jzMpOzIHrurZ5Rjqi1RzrifJqT92R72bm0Cj&#10;96v51BcXenoC0pQ5PU9q8Hl/aCvdvyp1P96s3UvjzrNwCiPgZ6elFPh7GN6kVuN8rhHR3foe8zz6&#10;IwIjukBz61n3XiTT7F8CcMB2zxXz9cfF/wAROCIrogH2rNvPiL4kuhl75h6816FPh2s/iZ5NbjnC&#10;ctoQdz6Lu/iXpsSEiRR6EnrXOan8YIlDoJlGDztOa8JbxPqkxzJdORjkZ6006zLIQZJmP1NdtLh+&#10;jB3lqeTiON8VUVoRset3XxOF3IFBcr6g0kfiCK8PmfNkDDZ5NeZadrwhIMhzkY5FdPpPinSzh3wu&#10;F6+la1MuhSXuROWhxDXxNT95JJHYG78wjExwemKq6lpiXcZ8yXOQSOKzovF2mKi7LhDjgUt14qs5&#10;rdlglQNj14rmjh60JKyPTq5hga9K0pp6bFW/8PgRhYl+XHAHauevtGlRyqp+YwRV698RzRMWe7BO&#10;cjbVNvEwkIEmDznJXrXp0YV4o+XxWKy6rK2zM+bQDMud55/hxTIvB803IHXoTWrHqFsZRMsxViQS&#10;M/5xUyawkeAs2B7DIro9pWS0RwKnh1P3m7HLal4bvLSYp5Rx2NUn06QH5o2/Ku4TUrK4lBuQu08j&#10;PtV1Z/CpiXzrGJsD7wHWr+szglzRNY4SNWTcJpLzPNmsHU4CEcmkNi7HO08etehXE3hiZygsoRyS&#10;D3qrN/wjo3ItmDwMVpHEye8WYzpKEvdmmcL9mAb5qXyB15/Cuiv4NLV/3UYwR25xWe8NpnKDAzXR&#10;GSkcTrtSs0ZqQHHr6ig2rAZ2n24rQ3QRnO3OPamy3Yx8oAq0w9rNvRGeY27r1pNnYHFWJSznJ4Jp&#10;ojHT19afqaqbIRHu4HNLswAfepguDnGaXyhkHbn8KaDnIRGGb5RS+VjkjGRxU3l45CjPpigR7mwB&#10;nH6UaWFzkCLxtwPXmnpHg5/PNSeSdxz+lKEPoaFYHMjKjp/Kjyxyc8Gn+Wc5K04xHjjnvQLmI/Ky&#10;MLn2pQm05qULwMDp70eWCM4xTRPOREDOCKMbsEjnFS7AwznmhUC/w0rhzEQU7sAdqCPXt2xU23+I&#10;UhQbsn9aBc2pGE4HH0pwUH8qk8kEA8jHcCjygvai5POiEox4I4pSmOoI9amSIMcAY9eac0Jzjb+t&#10;A+chCllGfT0pVQAgYqfyDjpTRESSM9PSmyedEYjCjrzS4OTxU3kgjpTTERyAaBcyGCLIIAoWMjgD&#10;86lRMHJ6Zp3l5OQuaBOdiJYyT06ChoyD9amC9gKCuTnHT2osTzEAVi2O9KqA8Hg9qmEecjHegR7S&#10;Rt6dKLBzIj8o9McetOaMjlB2qTYFHI/Kl2DtRZE8xCsZBHy8d80vlKDnHTpUqqDnNBUDGB+dAucj&#10;ZMjgc0bMcDn8KlUAnBHQdqXaoyR60C5iLyyByMU4RZY5H1qUAmkC5Oc/hmjQXOyMo4O3GfelWNRy&#10;QPwqTYev6UoXGeO1BPOMCkD5c0u3PGf0qRVOOOfelCc52/WgnmGeWNg3Dr0GKQR/NgHjnmrCwNKu&#10;1VJPYYqzH4f1aSISx6fIV7HbxUylGO7HFTn8KuZoT16UuzeQcDk8VfXQdTeUQLYS7z0Gw1s6d4Sb&#10;SrN9f8SxmC2gXd84wWPZR6kngVw5hmeByvCTxOImowim232R9Bw1wxnfFmc0csy2jKpVqyUIpLVt&#10;tJL8SjGLPwzZRXd1Cs13cc28LEgAD+NiOwPGOpPpg1j3ct9rNx5uo3nmGNGZQ8gCKByQo6D6DrT9&#10;a1SfV7h9WvRGpIWNIUwPLQD5QB7Dv6/Ws5ps4YcjPev4O4948zLjDNJznNqgn7lO9kktnJdZPfW9&#10;tkf9AngB4B8M+DHCVChSowlj5RTrVrXk5tXcYSeqhHZJW5rcz1Y6SfKrHCB044xUUskjEKW4H6U5&#10;ow77VAHcCo87SCR36HvX55Uc2tT+hopdBsnHyt/OmZBwCvAqSRCCQQPpjpTQABwfpXnVE1ItxuR7&#10;zESVkb5cnaDzUVwbfUoha3kCSI/DKyg4B61LcBwPkxg9c9qYqukamI/MByx9KqMmktTz6ylzOFtO&#10;vW/3nnmm+Mj8GvipD4c1yeRdH1SQFHYEhASAGz0JFey6vptvBapf6bKZbWTPlyFeG56+2a4XxX4V&#10;0Lx9o7+HfEVqNnJgn2qzxv2ZT2rpfhXd+J5tOsfAfioxwy20TJZ3axjZcL0Vsg9eMY6ivUVaFSKe&#10;z6/o/wDM+Syinismxs6HNzYeTcob+51lTfpvF9Vca+2VvQn1p+n6nqWkXAudMv5beQfxxOV/PFXt&#10;R8P3WmyFLr5WDEAEeh61m5QKwdM5+6Qelc8lVoVFVpy5ZLqnZ/ej7WUMNjaDpzipwlo00mmuzT0a&#10;Oj0/4m61CfL1m0t9QiIwxkXZJ9dy/wBQa2bCbwN4rBTT9QOnXrYxaXhA3f7r/db6HB9q8+AkXCg5&#10;UDjNPEYkGOOmQDX6Dw14tcZ8PTiqdd1qa3hUfN90viX3teR/OniT9FLwY8TMPN4rLo4au72q0Eqc&#10;k+7ilyS+cbvudxqfhTVdKkxPASMZDAHp61nCIjlhjn86g8IfEbXvCLRWM0S32mq5MmnXRO0g9Sjd&#10;UP049Qa7Wy0PRPiHpr6v4OmIMbf6RaSgCWA/7QHUHPDDg/UYr+pOA/GHIuMJrDVl7HEfyyej/wAL&#10;6+mj8j/Krx9+hnxt4Q0ZZpl0vruAv8cU1KHbnjd2/wASbXdq6T5LygyYwKRolAyMnFdBceC9Ttm2&#10;T25GB1xiqc2hXkWQICeT+Vfr0a1Oa0Z/GdXDYmg7Ti0ZgGeCMUnkDOd3XtV5tMuUTeYTjr1pjWbr&#10;w64wOR6GrTiYPmjurFYQgsSR0PFKsQAzjmrKWcrnCoeOad9jYncw6HtTuiHJoqbO+fypPKG4nFa9&#10;hoX20BVOCT39K0p/BMaWwkRtxAzndWUq1ODszpo4avWjzRWhy4jGM4FKFwemDWnJoNwCSWDdehqG&#10;XTJYQVK/NnjjrVqaZg1JbopbOfmFG0KuFPvU/kOn+sU+xoS2d/4c84qtCOYgALDpj0p2BjH5VObS&#10;RCVZcewpBASPu0XQNkLR/LkdP50nlOCORg9am8naORjngU4wtuAI/Gi4czINoGT278UuwEcde4qZ&#10;bdnPHXripUtjt3FRxxn3pXQalRY0Bwc4HWnJEzYKjj3qytm207gOvSp440hQoUyxHQ0nLTQqK5pW&#10;loUDFjBAPXuaekLOcgjH1qy8AllJCAKR8oBoMGQSseOxNCbB2T0KyQq5xkcDmleIRsFVv1qwtucg&#10;k4yM5J5NP8lGAU47DNLqDa5bJalZUGQSQeMsc1oWBSWEEqAAeTUSWKqBtwSeMgcVatLZlRkcjIJ+&#10;nSs6jVjpwymqmxpaHY21/IrE7c9cnqK6A6TpWnJ5xbLA555rk9P1CSzX9ySSMDIU8VaXW7m7k8uV&#10;ty5wOMVx1aNSUrp6Hs4PH4aFNRmryL+sawHJjhhxhcDnOaxJ7gySGI8ccE9z6fWrbZdsryDzkt0q&#10;rcxnz2cKPu8ECqpQitCcZWqP379SndofM3OCfTinWttmIqyZBbHB5qyYC4LAAg9MUqwSwt50a5z1&#10;XPWuhyvGx5UUlW53syhJEYpiFTIV+DUyiM/OsR687ulWmiDncIzlueKcLdtvL/gRwaHJSQowdOT5&#10;diiisy7mTgHk45/ClETM4mbnjIA9MVd+zEOFHIH3uO9Bt3PQAHsafNqLkdrPUptaIVLhCOKWK28t&#10;PMwcYz9avfZ3+70x7042ig5yMAg0uZj9nHczCGeYJs4zgDPQVZkjZo/LIDAN9Kti1iABAwV74p32&#10;ZCpQLgnuKG07BCMo3u9yksahflTBxgUptI5E2bfxq2LdcbXOf607ykLDcvI7UrjSTKUUBU7Qowen&#10;H50+OBxgqMADtVkRofm2inBdoxtP5UNhFJEIEiLgHBA6mkO+TlWCg9QvFWhbvKhIXoep7U6O1bO3&#10;oe9R7qNXKs9FexVMaqmAevpUsVjMWxFA5xk9DzV2GxYjeksSPnrIMit6DVI9H0l5Xt4bhkXLHb1P&#10;pXDi8d9Vg5KLdj3cpyRZnNKdVRuc1b21wk4dYG4ODxXz5+2PqfizwJ4iPimHws0ulm3AleLjnueO&#10;hr2O/wD2lbPStZm0vUvC3nopwzWrYZPoO9ed/tGfH3w3qPgmTTJtHkvoLrMeyeEq6AjpjHNfm/Ef&#10;FuW4nDSo1YNO29up+w8J8B4/L6yqwrKV+nc85+Enxl03xz4Fu9P1OI31nATJFFdHLQ4GcA+xFeI6&#10;p8VbLxL8YYI7yUwaZBeGQRIOF7Yrvfgh4Ua0uribS9Nnt7K+ilj2yRnhmBAODVDS/wBmrw/a+L5b&#10;jUrh5HXMjKeABmv53XENLLcyeJjLZ3sftNbKKdbKPq1TVu+vVHrnhb45+NPDeiXfiy10i3ltIVC2&#10;1tI2WCAcNx0rU+HX7bmm+Npp7LxPYPYPGMxrC2FkP1/pXkniH4iDwPA9lY2fmW5UxBXXhuKx9H1q&#10;7utI/t3TNEs4IOS8cygZHc19WvFzOZcrdP3NnrufE0fDjLcNC8H7yenZfI9v/Zw/an1rVPiLrmjX&#10;Mct7Yf2uqWrO/EKvxgHsOK+0tBs7LW9N+0SpgL1U+lfmh4E+I/hvwg8sNlokSzXd2k5MfSRx0AIr&#10;648HftdP4T8OwXPi/Rljk8oFYxJwR7iuzA+JNPlmqsHd6ns0uEXKcbSVkexat4ghhTZojozl9u1u&#10;i1na9daS0qC7ijExXLER7ga4Dwn+2Z8PPHPiNNOi0BEuZ8osjMNqH6VoeP5L2a4jvdN8U2u2XkxI&#10;/K8d683HeIH16Dpqj8z38Dw08JU5oVLn6gx6X8LtM05oTClxMCQGdskmvPfiLaeDwwn0q0aCcH5g&#10;R8pFdS1n4P8AAbPc61di7lQZUbuCa4Dx98dPCl4SF0WNjv6kAYr38JSrSqXjdo4sXUoxj7zSF0i5&#10;imQQRfKxx2+9XonhTwr4c1PS438Rab9oaJ8hWHAPWvCvE37R/h2ZbWC20iOBocBmU4r1HwD8ffBm&#10;taRHFDrMMEjqAySOBzXVjsLjFSUlFowwWKwjm48ydj6K8K+NNK0nTEtrNFGxQEVRjFY3iqfUvE8j&#10;TLpksueQVXIrP+CGkaR4u1gHUL9GQ8ph+Gr3PVrHQPD+kizs7dFKp8uB1/Gvja8/q1fbU+qhT+sU&#10;E+h+bX7evw6u4vCtzqtz4bne5eMxxu0JIUH37V8A33hbWraZ0l0+QHPTbX7l/Ey60fW9Ol0rVdIh&#10;uYZFw8ckYbI/GvNLT9kj4KfG/UoPDZ8DWll5YLyzwxhXwOvNfo3DnHCynB+zqwuj8q4s8OlxHjFV&#10;p1OVrTY/I/wx8KvGvjC7Ww0LQri4lc/KkMJYn8AK6Hxd+yv8avBGkx634g8DX9vbSfdkktyBX7a/&#10;Db9mX4E/BOaP/hGvB1pHNFHs8/ygzt7k+tW/HHgDw941As5/D0d3bN1imjyPpXVV8Vav1j93SXJ5&#10;7nnUfBXLo4S1SrJ1O62+4/BOPwF4ldcrpMpx/s9Kj/4QrX2l8hdPlLf3dlfvN4e/ZM+C9rBK9n8M&#10;LCEyr++zaqQT+VZNl+xZ8B9Q8XJrjeArAS2xJAEAC/l0NdS8Vqd3ekcsvBSk0rV35n4bn4aeMgcj&#10;Qbk464hbI/DFaHg74I/Enx3qi6P4X8MXV3cMM+TFCS34gdPxr9xPHfwq+EnhsN5XhbTllCYJNsn+&#10;FcX8IPDXwS+G3ia+8VaVo9lbXl2SJSFGOTzj0prxOr1KEnCjr0GvBrLoYiKnXfL1Px+8cfs0/GP4&#10;eybPFPga+tTgHL27AfniuWn8G+JbVS82jTgYznyzX7ieM7j4ceOtYi0nVI7G4juiAY3RWBH4074l&#10;fBf4GW3h2OLTvCGjrKEAO+zTjj1xVYfxNxMVGNahq+xni/BvL5c0qGIaXnZn4UywywNsmgZW9GBF&#10;N28ZC4Oeea+yf23vhP8ACX7Ld3HhLSIbbVbck5sxhGAPPAr48e0uFY/un49Fr9NyfN6ea4VVkuXy&#10;Z+N8R8PYjh/HfV3LnXRogKZHJ5Bo2YGQtP53BX4PcEc0hDAYPpXscyPnrsZs7YznmkMeOAfpUm0s&#10;SSMDtRtBOTihSQXIyjEY2/rR5R6ipCCMDH0o6cGjmVw5mRbPU/pSNESdoP0qbaG/hpCmcgnHvVXQ&#10;1Ii8sgHijB45qUoQDyKaFA6D8TUtpD5iPymGABTkYqchcdqkCgsM4p6wIzAEjn1o5kLnuOg1KWJD&#10;HsG3nJNW7W8s7qMwSx43dCe1VhZRnkMPfFL9nCZIcD3FZSUWbUpOm7lyXw/p82RbXHPq3FNg8H3U&#10;7EROpx33dapq0isdpz6c1PFd3SDb5rD3zUP2i2ZqquFk/eVvQmm8I3aMU2qT3wDVWTwnqMTlfIyA&#10;M1Z+3XRODduM4wC5q5Hq91bkf6SGXHJP8utS51omkHhJ7aIxX0DUUyvkEn65qMaNf4+a3bt1FdGf&#10;EtwrHAByecipT4qEkYhe2TPfd0NL21ZdDaNHBSdlNr5HKSaZdRffgPtgVH9hkYgGPr611MniOEP8&#10;tojccGqkmqpKxZbJFyQRtFVGrPqjOpSpQl7srmMulTscAjmph4cvGA2oSewrW0++iWUGW2DDk49P&#10;f3rr9BhsbgKrWanOMZHesK+LlQV7Ho4DLqWO0i7M80k0S+XKGM5HbFSp4bv5MeXEefavY4PBOnak&#10;y7rRd3qRV9PhutuokhMfHYjGa4JZ1COlj3aPB9WerloeJr4Q1Rj/AKknB6FetWLbwBrF0Pktz+Km&#10;vX5rS209j9pjjAU8cilfxZ4b0+D7kZbvjHrWLzfEP4Ym0eGcvpv97Utb+u55V/wqnxEI/M+w8Yqt&#10;P4B8RQ/f05uvUDrXsVr8RdHX5WgXHbpzWnB4u8K3ahp7RfyrJ5vjobwO6HC2TVo2hV1PCH8HaysZ&#10;K2T4Uc4WqE2ganFlmtZPf5DX0FLrHg+dt8UWOh+70qvNa+FNSBTaBk8/JinDO6sfigctXhDDSdqd&#10;U+e20+7A5hOPpUclpPG3MRA4xkV79P8AD3wrI2+KNWwfrWdqHw00cvut7UEdcAda6o57Rb2OSpwb&#10;i6cbqSZ4eIJi3+rJ9MCkMDt1U/gK9vtvhlpm0I9l26lamb4ZaMCCNPVsf7NN57h09jOPCGOlG6ke&#10;FC3nXgqeD0xT47C5mOFiJwfSveIPhXpFwvNiAM/3av2Hwo0yD7umqfQ4rOfEGHS2NocF42b+LQ8F&#10;sNF1eZwyWb8DqBW1pXhbxBcTBVsnz0JIr6I0H4b6DEoNzYqcDutak3h3w1pw/dQxjH+yM15dbiSM&#10;pWjE9/DcBqEYynUPBtO+H3iMgMlvJnI5xiup0P4Za9MESSIgAetemx6jododiwjipY/F+lW5G22y&#10;cYwK8yvm2Kq7RPosHw/l+EkveOVs/hhdRxqJZCSDzk1uaJ8O1BAdctnqK0B460lDmS3Az6t0qK4+&#10;LmnWORBEjHsBXmyqY6roke5GGWUNW9DqvC/gi2tGEk8a9K6Rf7PsV2BVBxxivHr348XMZ2wRbcnj&#10;muf1r44a1MxVZWU5+6Dk4rmeUY7ESvI2fEWVYOHunvN14rsbEbprhFGOAWrD1P4s6TaD5b1cAckG&#10;vANT+JWrX7YlvH57lq5jUPFWpzNkXLHnpnNejhuGeZ3mzwsfx3CirwVz6C1j43WYjb7PLnjqT1rj&#10;9U+KtxeOSsuD0BLcV5KNevJ1+Zz05waikvrxud5PUe9ezQyGhRPn8TxjWxCvHY9Kk8doWJnvRmmH&#10;x1ZgcTA9ua8qu5ryPIWZyM8gsf51Rk1e5jYBTzx9016UMmptaM8GtxjiKUrSie1WnjezjO+SbqPX&#10;pV6HxrpsozJOg9eleCNq14j/ACTvjv8ANxUcuuagflN2QO+DVf2FGXUmHG84LWB9FReMfDqrumvY&#10;h3zkZph+KXgSx+abUo2IHQYOa+cZtRunOWnJP+91qs9xIzbixP4048O038U2TLjzE/YpL5s+hNY/&#10;aF8H2i4tUZj0GF71x+v/ALQUt25/sy2x2Bc9PwrygSMDy3vSLIVJznBrtoZFgqOtrnmYzjDOMXdJ&#10;qK8jsrz4ueKLmfzIrkqD2U4NVJ/H/ia+O2W+bk8ZNcwrOvfjtSrcTJyGPtzXfHBYaK0ijw55nmVT&#10;4qr+82p9Z1aaXBupMDnhzxWrpK6rMqKzscnAJb/GuSW8mXqx9jipV1a/RfknZcelOWHTWhnSxdSM&#10;3Kbevmdm2kS8i4uhnGc7ulU7oW1uGja6Hvluh9K5X+0L525uWOehJphluHJJkbn1NTHDPqzSeN5l&#10;7sbfM6JL60Vg5YEDqDxSXmsWjRgRvj2Brm3V1xl8/jSKjk5BxxWyw8dzFYmpyWNiXV3LbYnIx3zT&#10;4/EEqAZcmsiIOOv51IqMeSMVXsobWMPb1Yyvc1v7aZmBErA545xTZdbfB3SsxPQ56VmGNs4yeval&#10;EB6bqPZQvsP63VtuWbrVZJB/rD0xzVVrhu5pwiGTvINAgQDg1cYqOxlOq6jvIYZ3k43Y+Wo23E46&#10;g+vephFGOCwpVhQdWB+lVp2FzlUiQEAA8UGOTPI/GrTpFng01go9Ka1HzlQxsvXj2oMZPXsKndCw&#10;680xMYwBziqTK5hhQBeuOOKNq55Bx3p5iJwT69hS+SMcDvQFxqyjaFC85o+0OWwrED2pwhIPB71I&#10;LdQMtz9aNBc0UQiSUdJT9c09Z7pR/rDzyOacVUHhKQElunA44p8qsF0w867b70h55pwmuO4o7470&#10;YYtncfoaVkRoTRXNxt+YAjvmpBeTk42454OaiXoMtilHOMsPoafKiXN3uLI8pPTn2NIJJtuNxwOw&#10;NOI5zxntSCI5ILD8DRyoOewhlkxkuaPOlXB39KXymPI/nSNbuTnNNRQuZX1GPcFlwMn6mo2ZjnOc&#10;VL9mYcZ700wlSR78VXKrFJx6EJyTxRs3AgenSpWTJ2qM/wBKNm0+vPrQtCuYiEf8JWkSMq3zDOT+&#10;VThM56igxn6UBzkXlgHGPwpQrEAYqQRFiQad5DdcdB3pi5iExkc44xSmMjsM44qZIuCDnJ70NCcY&#10;OfemLnISpyQB+lGxiBxVjy88EUCPqB26cUdA9oiuYmB4GfpT0jKqdw6mphEx6YFKIeME8etFiXO5&#10;B5JJz70NCQcKas/Z2HCjij7O56Doec0aC9oVhC46frQYQGB5+lTmNu479KDGMYK5osPn1IDEQcY7&#10;07ygcACpvKC8fpQUA5xmixPORoh+779KUoCOR+Y6VIqEH/PFO2+3fFGwnPUgEYB4NL3A21LsG7kC&#10;jYCMhRwaegc9yPaAMAduaBGAMjvUojGfunn2oKexoFzakZQg4AoCev6VIqc88c808RqTyOKBOdiA&#10;Kw60qqf4O9TiEZzjg9qXYvQD9KLkuZXKjbu6Yp/lDryOOTUxjTP3cUGPnIoE5kG09RSiPcDU3krj&#10;gd6UKAeg570BzkJTnnJpVj3DcPwqYgA9M+9AGRgUyeZ2IjGV/hHvzSBcHH86sbAeBzmm+Wc5IH0N&#10;IXNoRbPQfQ0qx9tv1qVfQAce1OEXPc5FFhOZEYsjAPH05pyRhRgjv1IqRYgW5FPEHIyKCXMiSHcc&#10;7R+VaOi+E9S1u4FvZWxZj6CmWsKiUb3A5Fdz4F8UaV4dKzXE65BO4hc965cVWqUqbcFdndltChis&#10;So1p8serJ9A/Zs8R6mPMnmVEx0A5rptM/ZEnuGVp7x9pxwO9bml/HfR4QsVsD65210Wj/tA2EYzs&#10;Ur618fisfnt/dVj9Wy7JOC3FKUlL1ZF4Y/ZW8OaXAGutMEjYwSxya3E+C/h+wj2xaYgAHy5GaLb4&#10;/wCn3A+TOcdDzVyH4q2+pYCx5z2NfN4nEZzKV6jZ93gMHw3CChh4x+SOck+FWnvfm5SyjjCnltuM&#10;Cvnf49eNbDxV4tbRPD11u0vSnKRup+WeXo8nuP4QfQZ7165+058fG0bw4/gPwzMyalqkWbqaNsfZ&#10;7cnB/F+R7DJ9K+arhkjtyoX/AHcV+A+JfGOIx03lVOXuQ1nru1tH5bvzsuh/pL9ErwVw2TUFxlj6&#10;SVSomqCa2i9JVf8At74Y/wB272aILqZpHxJ/CMCmoQwAcEgGmuWY5bn/AD0p0chHVQRnsK/EozlO&#10;s7n932ShoSlGaTK8HHLelI6hv3mOvbFKwjUbmJDNwee1Cp5SbsDr0rpeujM76DNqYHmnhuc96bKG&#10;iBgBVhncHAHP4/0qbFox+YcEdAe9NRoA7CaIsAuEG7o3bPHP0rCrBOI03fYqzJvQ9eRxVeS6e3C/&#10;aHUKCPmB6fWrc53O5Ubck4A7Vm3liboG2kAKNy49RXHFLnabOLHyrQSlSTcn93lc43xh49+z6y1o&#10;mA2/D+Wu3YR3zWroWoyazaTW9tqU8aKR5FxE53xv2YH615t8QbVLHUWe3kkaTzGExcjA5+XHtj1r&#10;ovhn4muTpzRNA0kcJ3O6JnHIzwK9ypQj9XTifimBzyvUz6dPEvR308u2n4+a6HqHgT4rNrWtXvw6&#10;+I+rJ/bCwZsriZdq3IODuDHjOM59xV6e0eB/LZQR2YdDXFeN7Lw54/8ABa6BqSR217Dc/aNJ1a2K&#10;meKT0bjcU/2c034IfHWfUdWn+D/xasYotTswVtbtcL9oAH3wW6kjBA71lGHtKXMum67ea8vyPuMu&#10;z9ZXjFg8Q+aE3anO+/aMu0rbN6T6a79iY9wY+nTFQszxHAHyngitXWNKm0e78m6hdSUDqGXGQelZ&#10;8o3OSB9AD2rhrU7ax3Pv4yVaCcXp3FykjGQjGQcY9fSrGh65rnhfVodd8Pag9rdQnKSxt1HdSOjA&#10;9weKoMTCpdj8o5IqQSK4DluMYH0rOFaUZqcG4yTumtHczrUcPjKMsPXipRkrOLV016PdM+lvg74+&#10;8I/G+2XRtRtrfTvEEafPbFgI7v3hyc5xyV7ds10GtfA65jY+TAMj0FfJttdXWn3UeoafcSQTROHi&#10;likKsjDoQRyPrX1X8BP2n5PiD4aHhrxQ0Z8QafFmSR2A+3RDADgf89B/EB16+tf0f4ceK2OxNaGV&#10;5lP949ITf2vJ+fZ9fXf/ADU+kt9E/Kctw9Xibhqhagk5VaK+x3nBfyd4/Z3Xu7c/qnwe1SBipj4+&#10;lYuofDPUIFJMA47gd69rPxB0x3MV5Zr78VFPeeHdS5RVXnnBr+h6Wa4yKTktD/OTFcLZRUbUJWfY&#10;8Hn8DzRMB5KjPHBqlceHLm2/dNC+3PAA617heeFdMu232snU8D/CqF14AJU4XI9zxmvRp5x/MfO4&#10;ng2Mk+Q8fiiexRQ65PYGpPtl0RtY4UDgZ/zmu08QfD9ldiFKFfQda5m60KW1fy5MDA9OOtejRxFK&#10;tr1PmsbluNwT5WvdMp5M5JfOe/Sq8k0cuMcqvr296talZS7GwvQnII5qhDbv5u0ocYPJFdsFFxuf&#10;P1ak4VeSxHLbbgQVBw2QQc8cVA6GMYViSO1aht93yqO2OOxqNNOWRyJBxnpn+daRnZamVSi5Nchn&#10;pNM3oPwpyIwYkdTwcVdk09kP7hQAPU0w2MqN8qk+4qlOLMZwqxepVWI79hGOepPFLhDyasNazIok&#10;aPH86ILfznwQAACenWm5LclKalyrcZ9mRXG0H5hg8YxxT/KHIwMEDAFWRbEHOeR3FVGjJYtjIqE+&#10;Y3qS9l8xy2yoMupIyOB2pUiZzh1Lc8tjpTRCxOVYmpbWEmYfMeRTaaW5EKylNRSEFsmD1Ge+2neS&#10;oJOOeeati2dFxu6enNO8gZBxnHSsuZnYqemiKAhUMACCMY5H+eKHiKrvhTJBxj09a0DAgG4r36Ck&#10;EYKZA5I54oUgdPoVVRxESQWGeADinW0xALBwR0wRVjylcbQD06AdKhhtJ0uCfKG0nnHSlZNO5Lc6&#10;U4uIqQseFJyOpPenpCFUbSM567cE1Mke0ABDjHpSSgJhFI3H+Eii9zW0Yx5mMEkgxlQAO+KXG4Bp&#10;F59qfDaGNt0jbj7HpUwt4wOVGfU1F4rY1iq1T4vxISu0cH5R2xSeWjgEDp2qw0aswDDoOMUi2qlT&#10;tbH40cyG6cuxXlCbxu+XHp3pdjIvQ4B9KnexEhDYbaPvcVJHAVTaccelDmraEKnPmd9Cqis7BihO&#10;O2KVleNcuCOeKt7COx/Cklg83aX6bumecUlO71HOm4xvF6lRnQKGzk9eB0pbeKaYFgPoMdat21kn&#10;mfKnYYyfeplt3OCSFx14olOK0RNKhVqJSl9y/wAyoLeTbtZccdad5CgksMfU4q1PbmGE3BlVFUfM&#10;SRx+J/OqdlqOnX7ie11CKVBkAo4IzWftYt2ubOi6drx37jmt/nO3pn8qHiRcAIQT9ealN5YxrI/n&#10;B/LOWCEHH4Zrj/Gfxw8CeGNAutTTWVE9urYhm+Uhq56+Nw+HhzVJJJHXhstr4yfLRjds6swBPnc4&#10;/CnLAqpvHIPoeteRfCb9p/RfFum3+r+I7+GOO2nCoo6nPHAr2KwaC/tYry0+aOdQ6fLjgilhcfhc&#10;bT56MronF5di8DVcKsLW0+ZHiYJs8sFv73bFNEk0cwViDluRjitNdNlZwrjGTgsGHI9KqNp+rxag&#10;rx2iyxZwATgg+tdKqws9jl+qYqUo2vv/AF6leWO41fzNL0u+WO7wSnTOe3HeuhsPA3ii08CzT+LZ&#10;YYp5EIhIbJb3I7VXvfCS3Ah1KxiRL2E7oiXwc9ce9Gs+P/EV1os+keJdHEExiYQzqSyn8exr4nif&#10;MM0+rungLJ9W9bH7DwTkGUU66q5nfmey112Pn+KLQfBvjq91O9u3v5jlWjGMLk571N488SeDvE2l&#10;pe6h4SAeD/VyZUD2zivPtX8M+MP+Fk3Ou3mrKunqWaSN+NxJ4riPjf411xNJfw3YzlYiNxKPjJ+v&#10;0r+T89zjP6uLeHqVdG9T+jKeWYLBRjPDwsrG54o+Js+gP5OiGGMtHmOMc5Nc9N8R/Gdwsd8Y7aK7&#10;uflaMMG3jpj2ryrUNf8AE2ksbeHTMqsIAmmYs2T3Fa/wj0y/8ca6LPUJxDPHG0qgybS2OQBmvB/s&#10;/wB3mdmdtKnKfU6LXBqXiPxQ9mXhkNvGPNhXorEc1W8SarrOjeB30S+0NEiZvLM6Nh1GfSrfiHx7&#10;4E8D6q9ra2slxfkKbiTcFGfTPeszw/4u8MeMb2/i8c6yLS2njzAM5IbPGKI06kUm4+6rf0jWolGH&#10;Kh/w98LfYpoPGlzqQngtmxbQuuRmtD4r/Fe41mza8stTJdWCL8vC/gayE1yLR9atPDegaoLmyjUl&#10;EcYDMDnr0NZmreIrnxrrMfgUeHLdbqW5H2YQAKW44BNdNGFSrXu/6XoZJzgrHd/st+Ftd1HxZbeI&#10;NfvpIopZTuuHcfKMdVHevePHMfiXQdaDeG/Gc15avEB++iCAH2rlPgZ+zF4+tPDNt4g1IyQmBGcQ&#10;L8xb29q0vEng/WdZRZNV1maFRIfKVlI/DIr6TE5HmeFwsa0oKKlsY4bOcLWnKlQfNKO5+wvjzSNO&#10;8a3U1ro988cnJCk5Brx34nfCjxh4UtTdahbK0RyfMikDD9K7fx7qeq+FJX+xyFJGzudetePfET4s&#10;+Lby0bS7q/douRtY1+v5VQr3jyPQ+Fzevho03z3ueaeKWkd3bzCSD0z39aPAeuarHqyWhuWMbMAA&#10;T71XvrtrlmY/ePYduak8LW0n9spNjCocknivtJqLwzi0fAYarJ42M4tpXPpPw5efHb4T21j4m0HW&#10;5o7Z9skah9wx15B7V9hfs+/FrxT8ZPBsl5r1kftkICs8QJD+/tXxlpfxMvp/C8Gk3GoCVYEAUMck&#10;e1fQ/wCw/wDtG+G9G1ZPA+rxpCLqQKkoP8R6Zr8xzzCTqYdz5FzJ7+R+v5NiYqsoc+jXU9M8VeFt&#10;aikIubV1LngMteofAX4UTeGLU6/qajfdRfIpHKg138XhTRdQVLm8gSU8MmenqK1GjEUYjiG0DgAe&#10;lfDzrzlT5WfW06EYSv1OK8VeEpoZGnt/m3HK4GaxLWx1yzLTTSBIkXccnmu81W7ECPG+NoGeR3rz&#10;fxv4xk06JopZcI6nORWEU5OxpPljqaWmfEHyZDZucq4xmotF1SWHU5mghLLIx69hXnGna5Nq+q+V&#10;byAleeK7vQdUSGF4719h2fL7mtJ03AzjPnPOP2iY7mWKS6jlbcCCQO9fLnibX9alvZ4Y7p4xG54z&#10;jvX1J8XDeatFJZ2EbSvIvCrycV8w/FPSdQ0JJmls5I5DIdzFe1fWZHKny8sj5nN+fmckUNH8UXOk&#10;3K6zf6nJmLBUlznIqzrnx98UeJ7aax3SyO67YtpJP0ry7WdXvXZldzjPAzWn8O/Gx8KavHqy28c7&#10;LwVcZxmvq54Gm4+05U2fMwx85S9m5WTOb+J3w2+IGrWcurzaJcbHU53qctXFfCWH4O+E7290v4m+&#10;DVuHlUhGmBBQ19FeLv2giVFxdWyOAvyqcACvmf4u+J9O8Ya/Nqd1bIhYNjyxjB7V7eV1sXXp+xmu&#10;WPkfN5zQwWGrLEU2pS7PU8g+Nej+HtM8b3C+Fl22jtviTdnaD2rkAuODwQK67VNBuNQuWLAn/e9u&#10;9Ys/h+aKZokUkA4yDX6Xgq8I0IwcrtI/Bc5wld42dWMLKT2RmADb/jSOATgjOa1JfD91Am+WM9/l&#10;71U+wy7tnlt9QK7Y1Yy1TPGnRrU5WkrFUJlevHpSYDEVoJoV5KdpGM+orSsfAuo3Sq8cLD3K4FRP&#10;EUobs6KWAxdaVoQbOd6E4B+tIQwUktXZxfDyWRtrAZ4zk1ctvhULiPZI6jPPLY71i8xw8ep6EMgx&#10;83pE4DOVPPOKGUEYzk+or0pfgtDImFugOOwpE+B8THH9pqB3INZ/2phO5s+GM2j9lfejzXBUHv2p&#10;VLIcBjjtXp0XwNsk+aTV1HoTzU6/BPRF+eTVs54OMUv7Vwvf8C48LZpJapL5o8tR9vVqbvkI3Me/&#10;SvVj8HfDKAqdTAOfvbhR/wAKg8K5KnVV57nFT/a+G8zX/VPM3/L955SHIO0rgmk8zJ5P516t/wAK&#10;b8JqctqoweOo4qdfhB4NZthvS/rg4xSlm+FS6guEcy6uP3nkQcscAfjQWZgcGvYE+DHgzcBFetju&#10;NwNTL8F/Ce7i6Y+26oedYRdGaQ4OzOSveP3nj0byhsP/ADqQTFjh1OP617XB8D/CPl75LpACP7/X&#10;FUb34Q+D4C3l3ZyP+mlZrO8NJ6JnXLg7MacVeUfvPJAVAPy0+O4RQR5QOa73UPh34atzgX4ODzub&#10;mq6+DvC8BPmX24j34xXQswoyj1OJ8P4yFSza+85Wy1w2X+rtEJJ43DNa9n41vkQPFbhceg4q7Pof&#10;htSWhYnnOcVXe30yAEoQR6EAis5VaVX7JtSoYvBuyqJLysWIfH2vt8kUjDHpSzeNvEjMU89gCP4i&#10;Tj9agjksyNyhR153CpYYUeQBUXDc5PNc8oUE/gPRWIxc4pRqlG81PWNRcrLdSMM/wnJP+FWbTSbg&#10;piRcsTnnmtiy02Jx85Qk+vatS10aPZh7iML13A1jPERgrRR1YbLZVanPOV2/MwbPQpGbl+AAScVq&#10;QaWsYbLgAnHIrXTRLPAAvUPf72MVZh8OWDODLqCrk8DdXDUxN9z3aGAVLSP5mNb2MIIUN+taNhpi&#10;EgqT0HNasHh/RISGkvFPNW44tDiODfRqB6sBXLUrya0R6VLB046ykhtjYQoFZhn2q3hY2OyL26dK&#10;WG/8MoMSalHx1O/FLJ4r8HwD5tUhx7tXntVpS0iz2IyoKOs0RSMeSsOPwp8SO/AA+mKrT+PvA8Q3&#10;NrMX4HrVSX4u+ArQfu75WIPOFrRUcTJaQZhLF4GD96ql8zp7KF3QEwgnucdKvRQXagSKo9uOK8+u&#10;P2hfDNtmO2DuMdhxWXqf7S8O0m1hbPbNJZVmFWXwEz4kyLDUtaquery/ayPmmA9DmsvU5kC7XlB9&#10;s9K8Z1L9oXXrsk2y7M9s5xWPe/GHxLeLta4YE992K7qPD+Mvd6Hg4jjrJ1FqDb+R65qF/DHLkTdO&#10;hBrOvtXEedkinHoa8km8f6xcL89ywbHJBqo/ifVpODcE/VjXqUslnFe8zwq3GmHfwxep6ld6m0rb&#10;pJVCnqAetZ95f4jz5iA9F+fFeeLrepyjaZWOOgLHgVbsr67I3NISAema6Vlvs1ucP+sqxE9Iv+vk&#10;bWpanOX8qNiFxlznk/Q1Re6nOQu76ljUqWNzqJUxPwFGdx6Vs6L4Na4JW5nB6AAVTnSow1MVQxWN&#10;r2h1OcaW4ZGZmIYdcnvVeUzCMcnIHHvXpdh8MrVgGGCW6jrWjF8JNN5E8eD2ytcrzbDU2ekuE8xr&#10;RvdHi7yTqf8AWMD2pl1e3MS4Z2+m4/nXsF98F7MnMUgNUJvglHMOQwIz0rphnODlbU4KnCOaQi0t&#10;Tyl9TuDCYgPvdDmqrTu7Bs/XmvQvEHwss9ItHle7wUHAPeuEubNYJjF3Bwa9XC4mjXjeB8zmmCxW&#10;AnGFdFZpZDnn6Unzk+/oak8sL6immLKgZ59K7FY81SRHknoetKFJOKk8tBxntTlhHBL/AFql2DmR&#10;AVIGSKAnzbduffFWfKiHBfrSmGEDbnJoVhOaKzqT24pPLBGcnpUzKB0GeaBF1H8qpbhzaEJXI5H6&#10;U5Yxnk/pUhjLEAfrS+XgcetKyuHORlFA4HWgDmpRECMnp3pRGcZzT0FzIhKZyQO1IOBzmpxFxz0+&#10;tJ5SA5AFNMFNEaHBBHNSIQOvr60qoMc0NH2OcelOwrpiFyDnH4U0sxPGaeq8c/lQqBeP1otcLojb&#10;cG6mhQ2cc4qQoCRz+lKqDHIpWDmRFggkdcngUhVidoJxnmpgvYnp0pQhJwx/Cmn0DnsV/Lc8qeO9&#10;AU981OYxnK/jQEC9utMOcgZGYYBpY4SF+Y4FTFccfpRip2Yc7sRFExtHb0p/HaP8SKUgAEYoKYOR&#10;Tu2K43GBgLzTSrE4bp2qQrk9KFTOOcGmrdWF7Efk5Oc54zjHWjZjIIxmpduDgijbyMniq0DmZEQQ&#10;etIEZm5qby16+3pRsA6DqaVw5iMb9uDz6UpVgcgmpeBwRQRk7TTQuYj+YcfjS/N07/WpFO7qKQ5y&#10;cDtwKd7bi5hgL9QP/rUoZ3PBNOZMjrxSiPnOOPrTuF0M5PXPHpRgkZI/CpCgAwRilCAjgdO1F2mL&#10;mREUIztHbmlVAOenvUhUjt9KUR7uc4ovoHMQ7BnIHenKhwcgVJ5YB5Hel8vHemm2LnI9hJz+FIFb&#10;OB6VKImNL5OckHv0ouLnRHgkdTS7cdRz61IIwBtzkfSl2nG3Zxnmi9yeYhIOacEPOFqfaSMY9+lL&#10;5RJzjBxxxRzWE5kHlMONvSl8sgD5ef5VY2upxnNIFc8Z/Kp5iecYpYfKfxIpCWbI2gcdTUuz5eG5&#10;pPJJXGc/hT5ieZERUKd23nFIysSDs/CpzB2J560qW7OQBznsKOZDUkVguOvBPtShAD0+tWjZXByw&#10;hYgHHAqPyWU4ZCPUEUKUSm2lqQqrHOVx+FHlknAOPepvJJ425FBXb95apSQuYYASpGR+NG35SFp5&#10;UDj260EZba2cHjJ70XQrjFVgME9qXaGGCevqKlVAVIxilWMk5K9O9F0S5EHlKCAacFwMBanCBjk0&#10;4IpIyv69anmE5lfYTz/Ok8skZJPWrflIRwuPUA09bZNuSKOdISqFMRgtt3c96cIlBxV+DTzM+yME&#10;5HUCtG08Krct5bsQcHA6YrOVeENzelQr137iMBLYt379TVmHRp7khEUA578V2Gm/C0ynzJLkEHkA&#10;V02k/C2xIxNCW4HINcFfNMPT6ntYLhrMsVP3lY82s/B95Odo5Hpiri/DvUWXdHyOwxXsmlfCy1yD&#10;BARnqCcn9a6Wz+GUYt/4c49PavIrcRRg9D6zC8BTqx/efn/wx85v4A1ZHwQNo71FJ4Nlt13yyjHo&#10;E5r6E1H4WeYSAVGewFZx+FdgsmJHHHOKqHEUJbmdfgOrB2h+LPAZNFaFyvPX+7Sw6Z5qkjJxzjHa&#10;vfb74b+HPspt/LUcdcA1g6h8MNKRSsCJkdDjFdNPPqM1seXX4IxtGV+ZNHkTaWvl5GV9SRTFsnD4&#10;/HFd3qXw/eCZgkoYH7orKn0CS3ba8ZG3qSOK9GljYVFozwMVk+Iw796Nkc/Fp+Ryrce1aumaMt4d&#10;uQuB3q/baXA8Xk7gG6jPWpIIIrWRkLcoPlI7mlOvKWwUMBGHLKWzNfSPAkBXYWADfeOc5rXXwJb2&#10;8WYLrbnsKwbPWtVjbK7sZ4AFaEGr3bMVZm3EdK8uusQ3dSPr8BPLfZ2VP9Cb+yZ7KTej/KP4jVw6&#10;4nhrRrnXtRuQkVrAXO5sF27KPUk4GPemWTXd6vllCwLDgV518cfFc15rS+DbUgW9gwe4I6yTEdD7&#10;KDjHqTX5t4icUrhzIZ1E/wB7P3Yf4mt/krv7l1P6c+jT4TS8T/EGhhZJ/VaX72s/+ncWrxXnNtRX&#10;a7fQ5LWNY1HxLrNzr2sTl7q5kLyHsB6D0AHAHoKzLmdmJjDcd6sM8vllwMAA49s1SIPVjg9vev4v&#10;xlabTlJtt6t9Xfq/U/3JwWFw+FoRo0YqMIJRjFKySSskl0SWwmMHnrkcVJEyldhbnPAK02QRcGEv&#10;gKN+7H3u+MdqRWCsC2a8+FRU5eR2PVEwWIMfMPHp3oMqHaiEjjBOKjkcS/Mg6Dke1LFIqMccjAI+&#10;tdSqLmsjPl7j1hJIKt2znFK6eTIY3KkA9UYEfnSi5UKQB/vZPWo413HaB3rS0VblFrfUSaM5X7uf&#10;QHqKhWMBwygA5zlqtNEAcyNtHZhzioi5kULIeB09a56tJOV+o9JKx5Z8cvB9xEx8R2yttlOJuMBT&#10;2P41xfw31yfTtUI8xgHBQgPjrxn0r6C1K0tdc0mbR9TWJ4ZIiG84nPAOACOQfSvAPEfhefwZ4gn0&#10;yReFbdGwBwynkYzXp4GvGtRdN6/5f8A/C+OsjqZPnEcyw+kJvXyl/k9Wvn5HX6lr8d1MYRIvybQh&#10;HBBHTB7VzPxBjg8cWKTR3L2+oWbGSyuI1Bcv2XdxwePp1rLW/uJGwB0p7XLxqHbtjmuuFJU2muh8&#10;fiszqYunKE9Yy3/T7uh2vwG/aZh/tYeCfizZh7kEwRXM8xjUSfd3Ow5yMdOle4a/ounW7C+0GUyW&#10;pRdzs4JDEZ28da+LviZbwX8UevKwS4jZY5EC/fHOHyO46fjXov7OX7U2s+HZ7bwN8RNQlu9DD/ui&#10;6gtFn34JH40YjARlD21JadV2fkfQcH+IdbL8asszSbkl8E2/s9FLzW1/v01PcZkQowAPPBFUTObE&#10;5k+4fbpXSaxpaW1tb6rbSJNY3sXmWsyHKsp9DXP6jEsi7sZA7HvXgVoKM0+jP3WvU9th1XovVbFl&#10;JVljDRyEjH9ada31zpF/Dq2n3Dw3FvIHhliOCrDpVHT7mSCH7JJjZvyCAOD069at8McsOR2Nc85T&#10;hUTT26mtKcMfg2ppa7p6o+j/AAl8SNF+LPgyPVrS2jtNasl8vV7OFjtc/wANwoP3Q2cFegK+9Vf+&#10;EkvbK4MLk5Xvurwjwb4w1L4ceJ7fxPpRLeW2J7cn5Z4z95D7Efl17V75qEOj+KNEtfGXhSXzbK9j&#10;EsRP3oz/ABRt/tKeD+B71/YHg7x7S4gwP9l4+V8RTWjf249/VbP5Puf49fTH8BsVwJnT4nyGmo4K&#10;tL3oQ2pT7W6Rnq49neOml5bL4hXkLBWZyB3LVqr8T1MTMzcLjOf8K4kWu0FlBP8AdX8aR7QhgeFB&#10;7Z6V+5zweFm9j+DqOeZtRj8Vze1P4hTXMh2IeR95v8K53U/EEl3IZRIM+w6+1RGMODgd+f8AGo1t&#10;Y0IUjPvmu2lh6FLZHgY3NMwxj96WgAu6De2TzxUMqqkZ9vfn6VcjRSxVgR7ioZrFN48s446VtFrm&#10;1OSqpezvFX+epQhLwZQsNo6+1WIAApkIVecEVKLIbcZ6nqB0pUsgvys5OOnNaScWcdJV4aERWMAu&#10;0i4xyVPNRKzlssg7YGP0q8tqmchQOO9KIgx2kDt2qVJGsozklrYoxsTIVdAFzxgZpy+UpJC7R3Kj&#10;GavC2O0lEBAHPFNEalw20D1yOlHMmHJVild/gQrDDKMrIDxnGOtRrpcZXc55zng1eMYjUsuOvB9K&#10;EDEqQBjvgVKnJbGrhSn8a1Ms2e1tq8FeWHtTooo0cMyk57CthY4ZQ2UDknoVFE9lDGA8bkDAx3/S&#10;j6x0ZCy1xXtINWX9ehRhjhY5jZunAIwalSAbwAvJ4GBUkSBZAzEY461a+zxogd3HTPP86znKzO3D&#10;0/aQb003M65WePCxgYPXiljhZoBvTB9hVlsu+5kJH8NTK8flmMN0HJI5zQ5PlSsKnTjOrKTlp0Rn&#10;W0crkmRAAo4A9atLbykFlX8SKsWixbPKjI39SpHT8anjiBJG9N3GAx6ConUfMb4bDxVNNyvcy3SV&#10;H+ULtz2BOaVNMldxK6jPXrWobeKP5i0bDoRwSDUUsUjFUI+VuMBe9NVW9iKmDgtZtvy7MqpZTN+8&#10;P3T1APFTJZAEB25xzgVfFpHbKqO46nmrqQpIgG1OgA9xWE6zvfoehQwUXo3qY39n7k3bcEDkkHn/&#10;AApLezjJJBzt6gjvj9a1p7aKJNxG0j361XUrDMZUjX5hk560RnKUdBVKVKjUje3mVxANxDL+R608&#10;2ETBXRCA31q7Nc+bj7JGOOWyuf0qwbPzIAWTa2Odo6c9jUObitdDphSp1W1H3reX6mUbONIxhCDj&#10;qQTn/GoJNOuFLEJkLnDZ7CtyC2VMhAxfJ6j0qHV7uHTkVZmQBgRluAKI1mmZ1sFRdPmm7JdjkfEH&#10;xA8H+ECYdd1SGGRm2svmZOfcCuT8b/tF6F4atY7+w0+S6tpHKGdXwqsO1eL/ALWl3odh47ng024a&#10;C5uCCZjOdpJ5Ix6cVQ+E2neP9b8JXunx6lp0kJbK294B1x1XNfm2YcW5rUzetgsLFcsV8S1aduqd&#10;vuV/U+gwmS4Sjl8MRXd79HomvJr8zsNd/aE8U/ESwm0PRjHZNKDtPmBQR02knp9axvD+oeL9N8Jv&#10;qel6wqpZagFlhU7sEnk5HUVwviaHRZfDst1cagttqdrcFHtI0wHOfvDHFe3/ALOfgO20/wCFV1qG&#10;rWZlS/cMLeQYzkYHX1r4bDVOIsVjJzxNaTlZ2d7WXay28z7inlWT4ynSjCmlBLVaXv3v1NrwOLLx&#10;HrFr4kuteECzRATQxPtG8euTXC/tu/CPw8+l2+paTqbQS3Uu+TY2VYjqaj8Q6NBNeXWi6/pr2kSH&#10;C/ZmK+WB0HBB/Gsb4k+LHj8HW2j6zeQ3EFom21llY78e5NdOZcWqXD9XDYqFptWUu77ntZPwZPCZ&#10;/CvhJJwVm/TseH+H/AvxBstQeDQpWuLaR0kZU4DFelfeXwT1/XYPhvZXvj4W9rLDGoGx8/JjHOO/&#10;SvjvTtc1vSgbjRmjSLHBJyDW3o/xX8QKsUGoavOjrIGaOOZzGy5+7jOBXx/BfHk8irSp105Rei8j&#10;6fjLgqOeRhUotRknr5n2s3jbwfDpB1RNSWaNQSVgJds+3vVvwz4n03xNGb7SYpljV9v76Aq3A96+&#10;RrP4zfCvwnqA1VNYu0nLlpraC4/dbvdDXq/w0/a30fxdqVp4f8G+H5LmIuBPceYMqDxnFftWS8bZ&#10;fm1Xkckm9l1Px3O+Fcdk1FVJRtGLWvQ9k1/w/c32690C/kgulXhCxxn6V5zqXxN+JmnalceG/FHh&#10;v7Vb7SqzqnI9wa9T1K/uLTRX1y2tsvBHvYEdfWuT1bxHF4v0+DU7WQxNO2A6IGXPoRWWf0aUa9qb&#10;lGUuq2+Z9nwvjqlbBxnXcZRjtfc8D+OPgHxbqnh5YfCKykzT+bMSMOoxwDXkXiz4Wa3aeE4LnVMz&#10;X8DF5Y5DkFPevsHxDa3F7q2n+DrmSNbi6mVIrgLtGD1z7VgftQ/sZ698M/Do8f6b42tJ7ubGdO87&#10;KsnoK/nni/LquBx3s6bu9z9xyvEyzTLVWirI+CfF39s6lC+pzTsoTIKxDAXHGD6VzVn4puZLoGC6&#10;NvNAP9fEcMce4r6svPge/iTShdxaNGHeMJcwQKAGB6kY6msT4KfsK6j458WatLpOnSTQWBZJ4wMM&#10;qkfeINeTh8PU+rc8o2SO6nRvJQjufPGpr4LGiza/e+IGutSmfEduM8HuSa3PBNj4P8V+GHtZ9Hmk&#10;vkYCN4j+Qx3roX/YY8ZXHiG5lnuxa2TX8kFmzqT5u1scV6d8Ff2afEXg8301taw3cVtKgLqPmV1I&#10;OefpW88DXq0U6V276CkqUKnLUdmu5X+Fn7L3hLxyG0jU5r+y1GKDf9lwCc4HPrU0X7LX/Cpvihb6&#10;/wCKJromJkexjRMs7cYU17j8JrqXxJrPiXxlf6clrqeg6SbiJ4mx5qqdvP0rx34h/F7R/idM+p6L&#10;e6nJqMM/+kwG4yvH8S+1d+RZI8xx/sq0+VLfueNxXmNPKcq+sU9W9E+l/M988PeP/HHgfThqvifw&#10;nLJpCz7Ywn+uiB6HC8MK86+Kni7W7DWm17wxeM1jevlIJADsb6HpXVfBj4seM/Gng628E2d9JdX1&#10;llpjeW4fzIuy5x1FcV8ZdD1DS9TRr22W2DscqJAfm5r6zjCvUw2Bp4akm4x7/wCZ4HBdOLU8bOop&#10;Sqb2/E/Vbxfr2ja7pUy6nIFuQTsKnPNeNeL/AAxFqQ8m3QO7HqD0rH8QfEL7ZmXT9XRkPAaOTIPN&#10;U7L4gXKBo5ZA7L93LV+i4LCToRUoM+bx2Oo1m41InPaxoj+F74reXC4HJVh1FJo/iG1v9QNpFHtJ&#10;OEx3rG8aX15rV+1xLcNktkjPXmrHgPRJn1aO9fKgPkmvopRSw/NJ6nyFKo5Y7kpq0bnvPwp8DSXy&#10;K2towikIC816/wCAfhn4L8Ja7aav/bMhuBcxsiscY+YVwngLxRYRJDbTRj5FGG3d8VQ8ceMbga3H&#10;dWk7fI4wA3oa+Dxka+JqSjeyZ+nYKph8JGEt7M/Vrw1410KLQLI3GoJn7OnO72FXrjxroTLsgv03&#10;7crmvkL4ZfGK2vfA2m3r6lh0twpVzzkfWuht/wBpLTUmFpLEsjDgMD0r87q5fXjNpI+7hjqLinc9&#10;l8T/ABLEdw9tMqlc4Dg1wXjnVrHWLUqblSQuABWZeeKtL8S6eNQglCOB0z1ridW8WafGXinvNrc4&#10;Of0p0MJJy8zOtiU0SweK4fB+ri7abKj7wzXRaX8T9F1S9W8k1pQuCSpPSvCfiVrMzwNPaXXAzyGr&#10;n/hrcXfiXxImkPqDRh+4PQ17n9mQqUeds8mOYShV9mke4fEv4oWtkw1bQtWBli4VFP3h71yMvjvT&#10;vipbHQ9Q0+E3Fz8qyDGAfWsDx/8ADTxNaWbywS+bEFxuU9K4rwJpWs6brrXk0xjjjJIJboc11YXC&#10;UVRcovVHPXxFSVa0lozvvGP7F+jWOjyareeKnQkAoqoMCvCfiL8NZPAcEuoab4jt7qOJvmQcOPfF&#10;e1fEX42TW/hh9Ol1kTyBcDD5Ir5O+JvxFea6kL3Dne3JJOPxr6DI6WYVpe+9D5riCvl2Gp3irMpe&#10;J/GtzdRss0vIGMZrgNXvmluW3MG3HtVnUdUjnDhJMsR/Ouel80zEk5IPFfoeFw0acT8nzDHVK1ZK&#10;9zp9B0WTXrY22j2jyXTkKqquS3tSeMPgr8QfAUaah4m8Oz28UoDI0sXb06V6v+wNPpX/AAtq3bVr&#10;aN1jRnjEgyCwxXvf7XGs2/i/QZdKisBkrwFXpivn8Tn1fBZosOo+692fXUOF8HmeTLFTlaXSx8Ba&#10;jqlux2vAORyMdazbiR8mS2gYgnGMZr1N/Bvh2K4cXNi/XkY6Vo2fgzwvJAZBoM0oHVgPu/lX0azn&#10;DUorT8T46XCuOxU3eXpoeN2V9dgjZbEEjj5K3tMm8TXeINOtGY5+UKuSa9Z0H4eeFNa1GHT4dHZW&#10;kkC554ya+8/gV+xj8LPh94PttYuPD8V3dyosjS3EecHGeM14Wc8ZYLAQXuXbPpMg8PswxMnz1rRX&#10;ZWPys8Rv4x0UhL2ykgPXDRkE/nWG3jfXU+VX6cd6/Qz9ur4f+GNQsnj0zwxF5irxJFEAVP4V8Na1&#10;4EW3nZVtOrcgivWyHPsLmeGU5wSZ81xTwvmWU4txw9VuJyv/AAnXiMAqty2ccMCRiqsni3xKzljq&#10;c2T23VvXXhGRSWFqcY7DuKrP4YcghbVxjuF4r6WFbBdEj4ethc5btKcvvZjnxV4gOB/aLn0AY8UD&#10;xPri5B1Fz75NaUXhaUttNs3J6ZzRceHIkfYkRGMdRWqq4S9rL7kc7o5qo8zm/vZkjxDrLOHN9KTn&#10;++ac/iTV8f8AH43UZFakfhASviOZccDr1qwPBETAYYDpyDQ6+DXRfcOGCziadpNfMxj4r1r+K7Y+&#10;ntUkfjPXoY9ou2Yd8mrF/wCE2tn2qwZf7ymqMujsvAwcfpVp4Wa2X3HNJZtQm1KUr+pPH4515Gyt&#10;44x0NOb4heJ1JB1F146Cs5tPlQ7XTB460z7JMG5Xoe9X7DDP7KIjj8xUf4kl82aD+P8AxU6hRq83&#10;/fX61B/wl+vBv3uoSP8A7zdKqm1Kg7R1PBYU02pJyeM9Mc1SoYdbRX3Gcsbj5O7qyfzZcbxJeyHe&#10;1w3PBJY1G2vXhOXuHx/smqxjZflaPce2BSLEGUgA89z2qlTprZEvEYie82XF1+YxlZJMnPBz2qOf&#10;V3Zdq85OeD/jVeO3ZiAwAx6UptWAxtzzQoU10B4jEOGruP8A7Tug25ZMHHUUDVb7hvObPscUR6XP&#10;IRsiOPbvT/7Dvs4CYGcc0N012JjHFzWlxBrupxrhLqQAejmpP+Eq1kLtW8kA9mxTZtHvIwG8k4xn&#10;7vWmxaTK4ACkk9alrDyV9DVSx9OVryX3ki+KtbzzfSDnruNJJ4w8QHCjUJcD0c02TRbuIkeXx05F&#10;MfRr5BzEfqRS5MM3sjR18zirNy/ED4k148Nqcp467zTTrurgZa8kb3ZzUclpMq5MZ96Y1uzDAQ4q&#10;/Z0f5UYLFYtP43+JMNa1MKB9pf8A76qJ9RvWbe07HPfJ5pphIP3TihkxwfzqlCmuhM8ViHZOT+8R&#10;ru65JYn8ajkllc/M5/wp5UjJPT0oZf8AOapKKMnVqT3dyNQ4+YcZ680hLN1zUuex4puMjLfjV6IS&#10;kxuwntxSbSBn8uKlzjgjrRhmGFFK6FdkQWQjj+VSLuzjbTgkuBgEEe1KIpGI+UmldWC0n0JrZcrn&#10;kDNX7GIONquAW7E1ngTEBEGO3NWrWGdWDISCAOorGp8J3UKnJJaXsbekwXMsrQpJ93Gea7bwjpNy&#10;joXm3L33EcV57YSTpMX847scnPBrZ07xJf2zj96R/e+bivHxlGdRNRPrsmx9Gg1Koup714S0zTxt&#10;adU/3ia6+HRNFuIwJI4ye3OMV8423jzVrcbEuHUDp8xq7bfE7Wycf2hIc9AWxxXymIyXFVJXUj9L&#10;wvFmW0oqMonvN94X0VUJQoB7H3rndf0428JFnAXxyAK82tPiR4imPzX7j0y2RW1ZeOL8gC5mJ+h5&#10;rCGWYmg7t3O3+3cvxUXyKxzPxH0jxVfI4h09jnpgda8zu/B3iaNjJNpc2c9Chr3ufxxbrHunYH1z&#10;iue8S/E6wtUMUcUeTX0mX47F0oqnGB8Fn2S5XjKjxFWu0eJ3FjcWpKXNuUPfcKhKHGa6nxP4is9X&#10;kMgt48k9V6n9OK5xxHuIVcc19XRqTnBOSsz8vxlKjQrONKXNHuQ7eM7enWkyQcYwM1My8/N0pNm7&#10;oOPetk+xyqRGACcHrShOM4xUgAHbrwaNmDg+nNO+onIYVBHAwPelKgdB+NKIyTls5zxT9uVp81hX&#10;Ij97AFKQe2KfsPHHNGzDfT1ovqHMMCEdTQFI4zmpNvOAPrQEx1/Ci9hcxGA2DQUBHB5qQpgYzRs/&#10;hA6U73DmIunWlxgZ9akEY6gUCPd0H1qkx8xGEZuADS7GXgjipAoz07UYwcc9OKLi5hgQHgHjuaAh&#10;Lcjr0qTaOtJtUEA/nRcVxjKSegoA7E/gKk2gev1oEYJo9AuMCgdD9aaYwRzz6e9SlCTj88GgRE8d&#10;vSmpApEbJ1Y/hSbMjg5HvUuwE7W60uwA8r0FHMHNYi8v2zilCZ445qQKVGDQVK+nSjmFzEYQk420&#10;hiyT9Kl2nHHH4UvllV5P1Ap8yHzWIQg7L+dOMbY4xT8DpxxS+Xkn6UXC5E8efuijy8AZHHWpAuOC&#10;KMZGCOM00+4uYjCEnIGacI8tkinlSBknigDPPp0ovqHMMMZwQAOuMil8rAx7U9VOeO3WlKsOCaLi&#10;ctSMRggAjtS7FzkZGBT9uWOfT0pQhIywx+NF0LmIyqseRnn1oCYOeOnSpNjMAeMmlEZxggGjmFzE&#10;ezjn8KAgHy/nUpQlQO9LtHTFO4uYi2c8ClCgjp9Kk2ZPHakCYGM96L2DmQxVwMHrS471JsAOcdaA&#10;oHOKd0LmGd8KM+nFKvBwwPAp20Y4pdoB5oTSFdCZYHgDinBJCM44oEeTjHOOKUB+uenbNJvUlvQW&#10;OCR/ukfjQsErkiNST7Uilg28H6CprW8ltH82LqfUVLbWw4uLauNWyvMjNu3/AHzVmyX7MC81tnHY&#10;jrViDxRqEL71SM8cqU4NTS+KGuIdjWUXP3jtArFyqvSx2QWDS5lN3XdDdKudKlfFxaI2ex6iut8P&#10;x+EQyF7KMZ6jGTXDSzQNJ5kcGw9sDirVvcM8fmB2B7f/AKqwr0PaR0djvy7MY0Je9FO3keoNB4Mu&#10;EzEkK49gMVh6noXh8SM8ojI7ZxgVxdxeXzEOt0y45JU4zVcX16xAknZvctnIrkp4CpB3Uz1cXxHh&#10;6i5ZUEdnHp3haK3aK3WMEnliB/Osi58DQ6hKZLC8jAzzk5z71iwzXDArvYD2NW7S7v7fmOZgCfzr&#10;oVOrS1jI8yWOwuJtGpRsl2Lz/CrUmjL290j45AAxmq8fw51/fiS0IHU47VftvGGqWa5YuRjoe1aF&#10;n8TL2GT57dWU8HcKzdXHxWlmdCoZBUkruUTnbnwDrsGNlk7c8bRmmx+BtdVd81oyiuyj+IdncELJ&#10;bsD7YqwnjnRHiKz4UAc9KzeMx0V8B1LJsjndxrOxwd94Tv7ZQ0cWQBlie1ZskLI+x8cH1rutY13S&#10;Zo3W3nOG4AZefwrkbm2iMhKyAjd+dd2GxFSa99WPAzLBUMPL9zK5HpelzalMIIHG4n8BWzH8P9WK&#10;jDJjOAayLKeWxlElu5GDnA71sR+L9Z8vy/tORjBPvRWlXv7jFgf7O5P36d/In/4RyLSz894AcYKk&#10;Yq5bXGj24HmahgY5JPNc9d3t1eyF7iZtx7dqqPHI7YO4knjmslRlUXvyOn+0Y4X+DT0PR9N8T+Hb&#10;UqH1EEDrxXQWHxQ8IwRApdAnoCK8cit7hgVIJOeMHtUlrYzyPhnyM8gVy1crw1T4pHq4XivMKFlC&#10;C1Pah8dvDtkMxMWOO1RH9o2OZytlbYGP42xXjt/ZT2ce8g5deMelZ0bXKnaZCvbNZQyLAzV9zor8&#10;dZ3Sly6I9j1T4+35JUEDtway3+NeoyFjIxAzjgc151Bb3EwCtPu3dATWzZaFiHExI54IGc1r/ZeA&#10;oL4TlXFOf42fuT0OsHxN1W7J2jJ9+hpZPG2puN0gz7A5rCg0xYEKrlffFJcSC2IzI3ptArNYbD39&#10;2J1/2pmUYXqTZo3nim+kJAZfYD0qCzjm1SXdc3ON36VmrHPeyDaCeMfKKnt7DUIZQwV854OeldHs&#10;4QjZaM8547EV6nNNOUTudD8BaJNEHutSGccgEVe/4V94Xh3H7Qz57/rXHW9/fRJsMrlvpgGrEOvX&#10;luuwTMQDgjOTXmToYpyupn1VDH5XGmoyo6nUDwr4ftiVhZcjgE9aaPDulpICr5wey4rGg8RTTDJ6&#10;Grel6rPdSKkeW3HnArnqwxFODbkerg6mBxNWMIU1d7EnjrxFpXw58Iz68sam6ceVYRkcPMeh+g5J&#10;9h7187zT3VzcSXd1MzyyuXklfksxOSTXYfGvxinirxKum2swa20tWhRlYkPITl29OCAo/wB2uNlI&#10;iy3GCox7V/HPiFxJU4gz+fLK9KleMez/AJpfNrTySP8Abr6MfhbQ8OPDujVr0+XGYtKpVurOKa9y&#10;n5csXdr+aT7DJnKKyYznpkVUJPXP51K7bXBc7s800qByr5zxxX5piJSnt0P6VglFDTkdz+FB5PJ6&#10;Uc8dKGH8WK4Gnc00YFscil3KFBRjnB3DHSk4GKNoJraEnawNXHA7s4PIPpU9rJFnEigkEmqwJH8X&#10;U1InBCsxGe4rroTs7mc46WLV9ANu5JQcndjHrVNwNo2nJPX2q5sDruJwAMVWeIR4LDgj5TW9eDlq&#10;jOm7aMhJI54rK8ZeENL8caAdNSzI1FM/ZLrzCef7uPStdo0K5EmDnG0/SmW731ldJd2FyYpEOUYc&#10;EH8K86nOdGreJyZnhKOYYaVGtDmjJWa/X5f8E+errSrvSNRmsdQgKSwyFZF9CKqXU+5yEPNep/Fn&#10;4d6jrOnzeKrKBhNGW82Q5/fgcnn1Ga8U1A3FnD9qXdgMA2O1fT4arHEQ5lufzPxBleIyLGOjOL5X&#10;dxfdX/NbPz8i7daeNQgaKQghwRyO/pXvXg//AIJkXetfCbTfGq67NZ61er5zafeMFj8ojKsDjqQK&#10;8s/Zt03TvGPxm8O6BrUuy0m1GP7TJtLgIDuJwOvAr9D/AIgeLrPwb4aS3WQM2CtrGMgRxj7pGex9&#10;/WscVia9KpGlTdrnRw9k2GzS1SVNTk3ypNPsm9dPL0t5nhQ+FetfCv4d2nhzxH4uhv5IJf3FnFOX&#10;+xggZDcdSew4H41xuqXkdtKCx49K6fxh4svvEl5Ld3s5YyMTjPArhdbNxdXASEHJbgDqRXl1VGdR&#10;Rb23+Z+51IVMnySFJfF0S6eXn+pp2zrdASInbggVetzHJGyOxEikFBj7w71m6HI7R7SPu9qvSxbi&#10;CjYIOSa4p2jNxex62XudTCRrR3e67jnQSp8xzxjFdv8As8fEyPw74ibwBr8jLpmsShYnZvlt7g4C&#10;P7A8KT6EHtXAQ3IS6Nq/cblPr61HqFsrrvJYccsh5+telkma4vI80pY3Du04NNefl6PZnzfHXDGV&#10;8dcK4nKsZHmp1YyhNaXV+qvs4u0k+jSZ9Qav4Zk0y+ktri3+7IRgdQQcVlXWmMYjsDBuy+nvVv4F&#10;/Euz+Lnw7Rr+bfq2ilbTUN33pAo/dyn/AHlHJ9VNdBNb2Umcwjjg4Ff39w1xFSz7KKONpbTSduz6&#10;p+j0P+f7xK8O8RwRxXi8mr70pNJ7cyvpJeTVmvU4waPcA/dU5Hr1qKbSZ4U8xk+XrkHpXW3Fnbxg&#10;vGdoPWqF6sKQtkD7pyeuK+lhiZNn5jXyijSiznPs+7pnOcdaabbD/KAPRiM1eKINrYx9OtXfsaTW&#10;wWOJTkDG3rn610Sq8h5NLCKu3bdGL5HYnAzywFOSyYgYOQRkkVYEZU/MuMfn9adalYJcunysMcD9&#10;abnJLQzp0qcppS2IRptw0YZANpGfmpyaXMpDCEnpjdgcVPNOZXSVUxtPODyKuLJBIDtcA4xk8day&#10;lUqJandRw+DnJpPb8TOMCRAySMMBsKB1+lVjEd+0kgDkA1sXNvF5e6dgMjK5PNUQiyHDDHONxqqd&#10;S6uZ4uhyySK/2fch+XI9DSCFlO3PFWnQK5RCCqnGR1NCRZGcA571opM5HTjexCtozkeUepxnNWrn&#10;TnwrvknGN3bPanWpEEh3x78DjHappr2SaIoIlXjnJzispOfMrHXRjho0Zcz1fT0/AzRbqz8rwBwa&#10;kaMbSpckDr2qXyjjHl8dvelWEF/mwfatG2c0UkQJbKOQPpmnCAHCoCfXirMts8Z6Ec8E+lDxDapO&#10;N3cAUk3a5Tgou1it9mi4AGfapUtiVZ1wAOvtVlLdWXgcnpV+G3htwUOGLnAwM4x9KznV5fU6cPhX&#10;V8l/VvxMiKHe2N49Af61IID5bARng8DPrWv/AGXCzEIg3Y5Zc8etM/sx4sqXG44OQPWoVeLNpZfX&#10;pr/IoQWcjOkZU8nFasdoEAVQNo4GBTrREtQfOznP3itUL/xv4T07WY9BvdXjiuJU3KhPUCuTEYmM&#10;fidkergcGqcL7t/1YuXdgZlVlPKc4x29KoS2LxS7Xzk9h1NXX8UeF44nlXWYGCDLkSjgepArJ1r4&#10;q/DzRLE6pqfiayjiUE7jOP61hHMsPTjeU1b1RpXyv207pO/Xdmxp+nxRrjy8Hn5jVqOxaRMp06c9&#10;a8pf9rn4cXzTXWhSyXtpbMEnmtxnYx6ZrutH+J2lS6HBrWsWk1lb3RzbyS9GHXNeX/rHlFWbUa8W&#10;07PU92hw5mdKkv3ElG107bnQGG2sNMl1W6LEQxlnAGeBXzN+0x8R7/WG+2Wd29vYxws8RSUqXbHt&#10;XuPij4v+C4/B99fWGpJdoYW3iFug6V86eOfC2l/FDwy8emI3kQoxkCE5Ck9favzrjziRzwrweFrc&#10;rnbVP9UfecL8MUq8VWr0eZK901dHg2p+OdO8exI2qL9rmilCTTyz7iDng/StXSB4gvNVj8OoqpBB&#10;g+bBIQ2z1HrxXtX7N37IXwg1Xw3cXdxaySXbuySnfnHo1WPFv7GPiHw7dP4n0bWZbmK0YOsSgeYs&#10;YPP14rhyLg3HUqEcTVq+052m7PddbvqfOZzmmFrYuVClScFD3Umtn6L57nU/Cb4HfCPWYbC8u7c3&#10;cqxbpROOp/2h3r0T4j+HvsXh4x+FdIz9nAIggwMKo7CuW06/sY7M3Ol3UYhgtooDIhwQ+Oh96u+A&#10;vH0+n39xF4p12F4UwELHGB6HNfVYrF4DDz+rxSjc9/Kcnqxy6NWbu1+J5B438W6HLeyXurWM8F3L&#10;GEkhZsYOMc5ryX4iWcOtRRx6hIpton/vHJXr0r6N/aP+DEfj3w83xA8GrFLcWsyt5SMB5q968rTw&#10;3pOuW8dzdQJZ3AG145UyFI4Ir8i41oVo1YLePRrqff8ACyoWnraXU8J1PWvEGo6zZ6Fotzb2VpcN&#10;5azyjG0DufSvWvhz+xB8QPFbm7vvGbG0ljBSWCQncT6VnS/BK7i8Yi7uJFnt4nI5iwiA85r6i+DG&#10;ryWGjw6NZXsbGOMBWK4A45rw8vwGEcXLExPuKsZVklT3Pm4/sj+K5NQuvC3gzQYrm/gYiSS+yFI6&#10;ZJ9a7r4Bfsf/ABb8A+NbbxF4olsrC0gYGW3tiWMntX0TZeOtI07XgLxI45c4knVeG981m/En4yeH&#10;NOb7DaTuzA5Mi9Pp7V9nkeEyLLZrF+0tOLvqz4TiPB4rFKVCouam1tb8T0K3sIb3SjabQY3jIO4+&#10;o6V8++MfF3iL4X6tc6BJZKtmJme2eQZBB9MV6T4Z+M+gy6XHb314sU/QZYYY1x/x08Z+DNbsYZSL&#10;a4eAHzEVxlz6cV9FxTxNhJ5asRSqq/S3U+f4c4fcasqPLp+RzXhfxN4x8a+MdMv9bvYE/fqtvHH/&#10;AMskJxuJ+lXvjZE8HxWh8Mx65Nc2E90sMTySlkVsZ7mvObPX7uDV4tWsCYoFb5YS+do9K5v4j/EB&#10;rudr5pp/MR95ZG+6c8Ee9fkNXinL8XmEJ1YuSW597h6OZYDJKlCkvf1sdB408T+MfA3itvD8WkNi&#10;L5hLEvDLngiut8E/HnVdNg1e+0u48p9T04LdfZ+GkmThc46df0ry7wT8QtU8bXIuNV3zxQYTzJPv&#10;H8TW7pdnqHhVb/V9O01W82Uv5bYPHtmsc2zjAzxcqeFf7vsehw5Vx1DDQni/jtqbPxB8Xan8PdP8&#10;MfEnWbN73S7CIjUbAt0kfJ3VieAvjy3ivVNRs/BYNnaamssht5DllIUkc/hWdql9rfjTTLuw8SwG&#10;C3lXCwO2QR2rA8L6FbeG7x7fTbaG3lWIiB17gD+tcUeIMTQoKEHbXodeJoUq9f2stbnd/sn+MVtt&#10;Z8X6P4gllke+0S5iRnGc542/nXyz4s8L/EDwP4jm1PRLqb9xKcJGMhlz0Ir6x/ZmlGnfENJfEOmx&#10;Kk9rLHJMVG3JU4P5ivMfiBPZ3vja80/QbdZme6kTdH0IyefasqWbV41HXUte51V8Hg8RlSoSinFN&#10;6PzKv7NX7ZXxH8LXn/CPReHrOIzMcTpbZkz6ZNe2634l8N/FyFNQ8bQJaXyNuk2j5X464HQ15B4X&#10;+HbaTfwaxql5a20iSZKZGPzrq9VvNPe68mB3ZUHE8S5De1YZlxRmWPqRU5uUUtmeHlmVYPKU44aC&#10;Sbvb/hxLz9pbTPCtoU0AyyAcNC0pJf368VJ4T/ai12Z4rq8uZlEswMRD8AZ+6at/Fb4AeHPB/ic+&#10;HtR1NboyqWE6RDj8K8D8UaNc+EdRu44pWSGJm8t24+mK/WcVm+ZZc05S0R4OHy7BY2TdtWfd3w8+&#10;JuhfES1aawnC3MGPPhZhkcda6/S/iLpel366bd3MQL8IdwwT6V+a/wAOP2lvE3w5uZrjS0y8g2s8&#10;jcH6iu6+F/x8km8Wf2r451SZ4GzMqAnbvPIGPxr6jBcYYfF0YRktep89i+Ga2ExMpU3p0P0V1X4x&#10;WWgaelyb1VbIEeH5Y+ldb4e8d+Hr+yj1nVb2MbowxVm5U+lfnla/F7UfE+vJqNpcSNZR3QkEbSEh&#10;RmtXx/8AtR654BnjGnX8E6XZDLCpyYxWeLzfBU05t2R04LB4ucUmtT9DbP8AadsdLlj0lr1I7GU4&#10;hu42BUHPRvSu/wDDXxBkuVSeZxIrDKOpzkeua/I67/aavPFELRw6k9tHKw861TO3PqPSvrv9iD9p&#10;Cy1/w4vhbXNaEk9odsLO/JX3zXDh8XgsZNwp7s9pQxdGnzz6H31pvxjs4tNSxYujHhsHpWF4p8Wi&#10;9YTWVySOwzXlsnxF01l8uCVCexxVnSPiBEm5biEMSOCT0rdZX7N8yiS8zjUXK5G7qHiS/nRred32&#10;E1z6+KNS0LUlvtPuDGwPBVsYqWfxVZXO7e6jPb0qjcNpupKVimGT0rrp0VFWkjlqVJSd4s9F8EfF&#10;Hxh4wkXQEu3kaUhck5616NqfwU1qDw7JJqOrQoxjLMIl5+leD/DXxNP4N8QpeLCH24wDXvWnfFrU&#10;vFdvHaPCFV/zrxMfCrh6qdJWR7eBlTr0WqjvI+dPib4O8T6bNJHbxSSxkkKVU814V8Q47m3lMVzE&#10;VIb5lcYNfozcxaEummJNOjnuWByzIDtOK8C+MP7KeqfEN5tStbWKDOSGxgk/hXuZLn9GnUUaqsu5&#10;8zxBw3XxFJyou77HxTc37q7MrEMCRipLWZ5mUyENuyeO1bXxX+FetfDTxDJo2pwfMOVI6EVzlt5t&#10;u43HlTnp2r9KpVaWIoKdN3TPxqpRxGEzBwrxtY+tf2CfhVd+LPFkOo21oR5I/eOM4ANfXPjP4KaF&#10;MQt5ExIHzE9zXzD/AMExPjv4b8N+L5/D3iaVI1liDQOxxlh2r7vsrRfiBd+dZOot8gtIDwB7V+I8&#10;VYnG4fN5c2i6H9IcLUMDXyeHs9b7nmvgn9g34T6xCPEniLQg4l+ZE6Z9zXb/APDO/wAHPC2jPYaX&#10;4OtLcSrhmkjHI/GvYNJXRNNs4LB7hMRIFVCcZqh8SrXR9Q0Zy5A2L8uCOK+YnmONrS96o7H0awOE&#10;pRvGCPn7xj4E+EHgXw+dY0TwnZT3lsNzMsI45r0f4P8Aj7wx8WvhqJNIHlSwZilibqrCvBfjn45i&#10;8IrcadpmZPMT5snIqr+x38QXt5dS0hJhD5jiQx+ue9elWwlWrgfbSbbRxUMTTjjHSjazOj+Pvwm8&#10;S655sNpAjqucAda+YfFH7Kep6leytayKtycsYGHFfaHxO+JMGj6S0QUNIU5P4V8y+LPivqVpqct5&#10;AfmyRu9q9XIsZj4QtT0PIzrB5fOV6iufNfjr4cv4Kvm07WolSQD5T61yNzBp6ttTJIyS2a9V+JOq&#10;r4y1ItdkMwJJkPX6Vxs+iWVoNwQEHPJ71+lYHF1HSXtNz8vzHL6brv2VlE5iGwtJmwzMB3YCrTeE&#10;rG5BMankc8U/UNWSxkPlQptHYjpVZPHup5wloMD/AGcV6d8RLWJ4s/7Ppe5V1ZVl8KOsx8i2ZsHH&#10;CnikHhLU3UlLST8q1rDxtqYw7QR8nqAa1IPGF3KAZoRtPQbaU8TiYFYfL8urLTQ4TUfDWpjClCGX&#10;1FUbjwpfFc+Sd3pXpc+u6fIS8lgGPf5ehpw1LRntyZbA59OKuGZVoW0MqvDeCrSbcjx680O9ikJe&#10;Jx2wE6ioH0p9nzRMrY4zXqtw2hStl7QdeTVS9j0DIEVqpweARiu6GaT0vE+frcLUE241EeZf2NM/&#10;yohC+pFRPpuW2KQAOhK9PWvRLnT9KkIAiUeoGDTV8PWDx+bHATjrxXQs0SWpyPhjmdoP8zzp9MK8&#10;55Pfoaj/ALNk3bBFz2xXpEnhu2mjKCxLZHZelZ8+kWFmDGIWBIPOM5rWGaxlsctXhWtB67ehxtvo&#10;czAfuSDn0Jpy6YYm2uGGfvHHSuugjslYbkYe4HNVdSRAVVYWZc8n+VNY6UpWIqZHToUuZamOoWBV&#10;jggztHBNT2kxdwBbhSOvpUvnYBVrc8Dupqazly5/0UkY5OOlKVT3R0YyVVLp6EsUkJHMIAHIyKfD&#10;BZyfM8IA6fKKPtAABWDb6E84qezuIjlJQBxkYFczk7HrwjFzsxp02wOCy/kOlTxaRYSZZohwemKm&#10;RYSA4kP0xUn2PGXRz/nvWLqy7ndTw1PflRQuPCel3KkDaP8AgPSqqeBrQDC7ecnOOtay2UrZRZRk&#10;mrMWjag5JDqBju3A9Kf1mpFfET/Z2Gqzv7JHM3nw/ikbzIjj/d/wqm/w0nJyrAkngD0ruofD2qSj&#10;76nvnNWIvC2rlQU2/Xd1prMqtNfETLhrBV5XdM88/wCFa3Stvfn/AGcVFefDq+jQSR2525+YgV6Y&#10;vhnXSRyhGcEbqtReG9e8vy41QjHOWpPN6y6jXCWCeigeU2/w8uX2vLbEDP3R3FSv8PJEXLW55Oev&#10;Ir1RfCPiKXk+UOeATUq+B9bkyziH6Z61Es7mvtGkeDsO1pA8kl8CohAML89cVLF4ShTCiyO3HII7&#10;162Ph/qz8mJOR0BFO/4V7qSffhTnoQelZvPVs5G64NjF3jA8kk8IhozLFBj0Bqo3hmcNg2h+vQV7&#10;K3w+vuP3IPpjpTX8CX6pgWoahZ4k/iM58Fqb0jY8hTwtIWO2AYC8/L7U/wD4R2UAPFGwP8W4da9Y&#10;/wCEO1GNQPsA49qZd+EryGDLW0ZP901X9sKTsmP/AFRhGPw2PKrTSJYS7TINreq8ZqX7NCoyF/Su&#10;2m0O6DkS2KAjvuFZ93p/lYSWwQ+46CumGM9ozglk/wBWgkunc5Sd2B2QockddtRtLPGufs54HzEi&#10;uiZra2fdNZg4BBPamNrulqNi2kTAkA7cc1uqsukbnnVsJSbvOrZmRHrrwwKGtzuAwMnFTp4pvJE3&#10;CM8dMc1cfXNEWMq9onQZ9KqS+ItGVsrY7sNyQKduf7BKn7Jfx1axR1DWPEE4OzeBj7tYd+188pa8&#10;Vi3fdXVt4y0EjYmlD0zkZH0qjq3iPRrhClvYDnjca7MNKcHb2djyMwp0K0HJYi77HNeXKzHPIPbH&#10;Sopbcqd2c+uK0Ly/jm5jQLk9TVZmXaeOvpXpRbPmqlkmtysICXAzThbkcEj1NPcjHHX09aTJPU8Z&#10;6YrRNnNGUbajWgOc9u2KBF8vH0zTznHyjn0AphIzwM88Uc2gSUk9BAgxkdRSiMkZH4U4JjofxoIC&#10;jDHtmmmiLsaYw3TtQqDHI704HntjvTgpJJ/nTuK7IwmD3oEZPNSqOCCPypUhYNnbkY70cyKV27ER&#10;TPUfTFBTnKjk08rt6N16Z7UrDGMD8qLoTbTsMCYPNJt6HJ/KpNhILE85oK4GR+VVddxXsMKA8mjy&#10;+oJqRVCjAoMYIyPxpKSuTzEWws3PT2o2HGM/nUhQ56inBB+FO99B8xEAR3pSq7aeUweOtLsyeTzT&#10;u0K6IsfN70bcnJNS7OcKOnSkMZx83pwaLtDuRheME5zQAccN9KmEIXnPPbmmiMMc+/QUJtBzDByO&#10;TRgZ6U/yTjp35pWRf4cde1O4rojKbhnPSlAU8GnYBXjp7UbM9OMdzRzBcYUGeRQUwN2KkGccjFNZ&#10;ecH060XBMQKDkAY4oC/L8p5PSn7eNuPpg0bMcn8KfMxXY0+uDn6UgXrkVJtAHPWhlJPqR6Ci4Jjd&#10;pxkLj8aNrAZ45pwyyjIx9KUc4HtRcQwKOnI980vl55/rT1A2njH4UBSMZHOccUXsFxoT5fl656Uq&#10;xE5JGfxp4Vjx0xQqtzjoadxXGbGPHXjjFGw4AK/UipRAf4jjNKI8DGfz70c1g1GNCykH8qTYx4yP&#10;cVNDmPBbnB6U+QwvJvjb+EAArS5nctRTjzJlZVIHT8aAuBU8wBAEYHPUinRWEjIXQhsEfLRzrdi9&#10;nJz5Y6lYLgDI5oGQcD8KsCFS4IOPXjqaT7K27KnAwCPejmRPLJjCv8OKYMhgKtiFiufL/EHvQLdR&#10;lip9ORRzjVNlYpwc4znFATJz1weaseT5n9PWn/ZeSAMnsMUudIOST2K3lkjGOewpwWVcDOCfargs&#10;pXbc0fOOQD0pDZvjaYixBwD/AEpe0TLVCa6FeF2RTnqT07VLE4Yg7RkntUjWIDqjDaCOh9fSnfY3&#10;j+dIuMcgVMpRZVOnUTd+g4SKke1kyO2aFWJWH7sDnoKQW6u292xjpU4gMpBPXtxUcyR0KnJrYFuL&#10;PJxbYAIAGea0bZYkjWRU+YjjB71Haaas0yoIMg9OK6fQvCU10oSG3OORlhjNceIr06cbtnuZZga9&#10;apZJfcczMlzNI0YjB3dMDAxTBoupOS4tmAHRSM130vgi8jZQqKxXlcnpWno3g642n7WE4HCk1wzz&#10;OnCN4ntx4Yq161qh5h/wjGrXEissLAkDJIxVuDwTelh54HzDn2r1qPQNNgAM00QOOhPSq11F4etQ&#10;S97GPXDc1zrOKktIxO7/AFPwlJc05/icJa+A4Z4ybh8t0GB0p3/CAxElthY4znPWuqm1rw/anal3&#10;uJPGDVd/FGlI37sk88AGksXjJO6RcsryeKUZNM5l/BFlF8xtj06+lRP4Us0YlV5PUkc1t3ni/T/v&#10;LHnnHIzVSXxTaS4AUYrphVxjWqPMrYfKIO0WjLPhS1YZc/mKvWHguzvgECjI5BIpjeI7cANGox03&#10;A/59KY3im8RP3EQUHke/pWzeKlHR2OVLKqcveSZsR/DS2iPmebEvTODzTx4H02JN5YFu/wA3WsP/&#10;AISrUnYhgOvODUc2uaqzqPOfB7huRWSp4xv3pnR9eyanH3KX9fcaGveGdPttPLAZwencCuSuNLUS&#10;ZhtGZcfKce1bMl9fTnbNM5X1JzT0vJFj8nYMZxyOvpXZRlUoxs3c8bHRwmNqXjHlMK2idZRtgxwO&#10;p6V3fh260BLBZdQiDMF7GuTuQEkBTgHHHtT1WRWZlXr6HArSvBV4K7scuW4qWArSaVzrrq/8OOT5&#10;Vug9i3OKyL0aZcXCiFflUHJ29OlY/kszZVCWyamEU4YYUAjkYasoUI0/tHbiMzqYpWdNG5YyaVCo&#10;RCAe29eTS3N9audsWCPTPNYYhuRjA+bH61YEZeIo/Bxye4pOlHmve5UcdVdLlUeX5FmXUVRfmTLH&#10;06VVF3KXEpYZ9O1JHZu/DS4x+tWYdIO0kzA+wFar2UEcsnjcTLToWLaRXiMoHX2p3ijxHD4K8HTa&#10;msmL24Hk2MZBOZCOv0UZP4D1q5pGjM86pt3kkZOP05rzf4veJhr3is6faz7rTTVMMO05VpP42/PA&#10;z6LX5P4rcULIuHpUqErVa3ux7pP4pfJde7R/Zf0P/CafiH4kUsTjqd8Jg0qtTTSTT9yH/b0rXXWK&#10;kcnFGAuDz9fWq1xLhNgYmrM8xiDN0GOx4qjJJ5mOTx0r+NMRUjCPKj/cKlFvUVuoJGOMEZ/Wm4yB&#10;1zmnIhY+nH8Z60hO4lhwT7VxSS3NvISRQrEA5HtTXyOe/vTmbLfN36802QDByRXPNrmaBr3QOd+c&#10;9ulKMnnP04phXDcDNERfOCCMeppbGUajUrPqSjGcEfUU9XC4Kk8H7tMaQY2omOMHHehWKcDoa6YT&#10;jTaRq1csK8cg3b8H0qa/iiit4ycNkZBHQ1UjeNRhlOSOD6U+a4d41TIwoAWu2NSLptPcxcXzqxCe&#10;B0GQeSamvYd0KX6m3RZmYCGFyTHtwOQckZzx680kOANwUsB944z/ADqN4yCCgzmuOrTk43LteQun&#10;r5kiR3YWWFHJeGSTaGHcZPTIGK8n+L/wvh0nUri6t44hZXzttSGUP5BPQEjjPNepvuRSMdBUY8NW&#10;vibT3tGhWRpDtZXflSejfh7VWDxEqU7o+U4oyChnWD9i7c6V4t9/8n1+/ofOX7Pt7ceDfj1ocNwC&#10;Wi1aJSGJAOWwD+tfcHx2kvHuLQkymJ4hgtxk/QcetfGnxW8Map8O/iDpfimAiOS3vogsjpxuVwVY&#10;54PTmvtz4iAa34Astbnu1Ms8MZVfKxlyoYgEcfhxXsYqSqVIVF9pWPzfgKnUyrMauDqxs4T/APSl&#10;p/6SePXcM2QFJB5zWNe2l5LcEqpGBwR1roLlCjAN+veoTGjZBXr3rxZc1Go7H7Jjcuhj4q8milo1&#10;lJbRkydzWuLUMgUEbmGScUW1tvwwB4q3J5W0sN3GM8/riuqjQck5T6mtCjDCUY0qeyMHV4YrW1uL&#10;qVcNDHuQ56EHk8e2aS1ni1CxS4DB1dMj3q1raxxq4kh3K6HcOmQRzXOeDL7yYZdJlfLW8pA4/h7V&#10;zSpNRlb7L/A8jFYmGGzSFKVuWpFp/wCJar71f7jvv2dPG1v8P/i3bWd/M1vp+tA2dwCPkMjf6pmP&#10;bDnHtu+tfSF7atbXjwuuBnpXx5rcZgVbyCUrKnzIQejDkEe/Ar608D+I/wDhPfhtofjho2Wa7sU+&#10;1AjpMvyyf+PAn8a/pHwL4hvCtldR/wB+P5S/G33s/wA0PpxeHv1fE4XiWhH/AKd1Lbd4Pbqub7ki&#10;S7jURgOdoJ6VQvbZnkTC59eeMfStC7iZ2VHzgj0/wqu1o4ZWReSMcHGea/pWnJR1uf5tYyLqycLa&#10;Gc1jK0+wkbT3xnNXVtpIkEODxweKmNs8L4JyV7VYQMSAQfu5znpTnV5rGeEwdOm5b3ZkSaHPK5aN&#10;hwTnK9c81VFnMHKRoSy8fjXROG5B5+Xn3qgFlySqj5uxP5VdOvLqY4rLqEGnG6bMlrSZXIMR56k9&#10;qVLVmwrR5wep7VqPDIcM3J74PGKYzl18tIxgjk46VqqrZxPBQi9WzP8AKYYEhJycAH0pJrWZGAaJ&#10;snqCO1a+n2rMvmEdfu5qS9QkICgHYj8DUvEJStY1WWc1Hnb9DEht95wsXI7kVI9hNG/3Q3svrWpb&#10;2U0kgPlgoD0z1HpS+QVuC0cQwDzk0e310JWW+5eXcyDbsWyImUZ4P9KsQaa0wHz5DdNvJFaNwPMc&#10;BY9uOOvBohthFJ5kJIPYmpdd8umhcMBThUs/eX3FSbRZhhopDx64yKammsGOdp4x8pOa20jEqBjk&#10;Ej06U0GAbm8vGD6dayWIlsd88sw91JaJmULNSSs2X4GMHge1I1kkMiJt4J6VpCEFiwx1JH0p6xMW&#10;BI7/AJU/bNGDwUGtClBYxIpBcg5+UA/pUothJhbhunqOatxwvvAI7deoqZYEfA6c1m6vVs6YYZJc&#10;qWn5+pUtIW3nYSBnOAeuauJbQTcsgyOox/KpI7VA+dpJA4qrr+sQeH9NbUJI8hMABfXtXNWrwpxc&#10;pOyR3YehPSFr3OI+Odxqljo6jTbnylQFnVThiSeMe1fP1xrlr4be/wDGPiO6mu57eZY472Uk7Qf+&#10;Wag8EmvQviz4q8SeJvH+nI8MiWC4zGq5WQ4zyf6VyfxDvbS40yCTxVo9jFHHMZ4o0kGQ6nADJ61/&#10;MvHPF1fNsdKlhqj5I9up/RnCXB+W4HL1VrQTqSSbutjz/wANfF7Vb7xBdXms6O0SHJQSDHmZOP5Y&#10;rz74ofES2mF3YTQ/6O8xULnqK6Lxppfj3xeiz+GrJU/eFg5Tb8voK4bUPhL4z1S/t7HVpY0eSUiQ&#10;rxj1PNfnVGeLrVUpTfkrs96rSwNCUpKKS66Ho37IVlaWnhvUrKw0uVre+vEeWeblQqj1NfWmo+JY&#10;b7wFH4B1KCHz1jVrMsvBX+H8CK8b+EfhHUPCXhF/BmlaALi4QiQzJMpZlwO1ezaf4Zh8b22nS3lu&#10;9pc6Rbr88wxvUHpX2GUYHNJ11Rin73U2q4zLaGXutdNRMRPgPofgv7N/wkEdxO2soPIFvxGHbqmP&#10;QV1lp8JbD4efCrUtGsbSKO5v3YRO4+Z9y8D8B/Ou81LXvDt74dsJ3t0kNgoMTE/dPTj3zWL4o+Ku&#10;l30Gn6YLSOcIxillwMrIOnHrXt43hp4SvCniKm7M8vznA1sHUxGGhpY8d8JeOtD8BasND8P6PLf6&#10;hsSO6sLBCxH+0ewr27R9b0lrQDV7R4fNi3GJxkqT1Brn/hV8NdI8I3V94u1MQm91i8aYYUDy48/K&#10;vNdF4/0GHW/Dk8+l3SxXKRExSJzkgdK/W8qhTy/KnQwtTmcV3PxTFSeMzv2+Kpcqm9ND5x8fHQvB&#10;Wr6lbaPqDrBdXzTLbr0Vv8K5KTwj428XFtctLS5trYkDzfKzkivR/E3gbw3qMNhq9zq/mSSygXQU&#10;/MpXrx9a3tR+IugaLbW2nWsLpZRyAXBCjJGO9fj2LcswzGcsdXUNdNT9QssJGH1ajzRt2/rU8r0j&#10;xv430i3Pg7UdPmCSHlo1IV/fnp71ka5qNro/i+ASeHftVtdriRVb7snT9a73xj8X/A9lrkejx2Bv&#10;hIcpIU27c9Bk4ry3U7/U7i/fWdLhdEhuyfKc8KM8YzXNjsbhsolC9dVey3sGXunnEpqnT5Gnq7bv&#10;9T2Hwt4C0u1+HWq/8Jkj2puLkSWyM2WWLHQGuNv9RmsbVLfwvJMixHMUoByw96veLvFd/qPh7Sr1&#10;dQAhvrY71JwN6nBFZM2qeHtHsVv9c8WxCRh8sSOBt/DvXyudcUubVOlTsfW4fCTwejlcW88W69Ki&#10;m7V0dkzuc+lYupax/baOLmX94o4cNxVy6t18R6b9vtL84k3CHcOXA9DXnHiG88TaNM9tp8AZVGVk&#10;KnH418zLG4nGfasaewpy1O60HQrnWbZpb+6dkgwxAP3QOhqeK4tbi3MTItxtfCB+p/GvPrT4j+O9&#10;D0ia5vrO2+zXNuy71bBHGMj1NVvh/wDF7TJdPWzuJWk1CNjvYxtjGeDV/wC01qPLKTaXQyo0MPGo&#10;5xVmd1e+GrO61OO9l1z7IA3MKHIJ9K1ZvBngrRLB9T1i6S6SdPmTgEe1Y3iPSdQ0jwlH4tmkjaS9&#10;YvBCrbioFcx4a1vWvG9yugvehS8uZCyfMB+HSso4CrfVnR7OUnY9Bg03wl4Y0+DUdP0lIIH+eONm&#10;++euT7VyHinxve6rgzTmMGb93HHwpGa7j/hUSeOLaGy0vXpWaGAhtw/hHXAp/hP4T2yxtLNYtKlv&#10;JsjMi9geWqqtGVCVkrmVXDTukchBpOp+J4jLpUpnniIItt5Df4VznjTwZ4+8P6nEdVtjYhhvA+8T&#10;+NfRXhbUPAXhXxMJrrSVUFBmZY8IT9awfjF4l8HWvmWesMkt5f5NlcSNgRqfQfSjDWqXbHRorqzw&#10;i28ReLIr6S2GprFGYtqyhsMDV7wh4e0PQ0EjX2bgkvdSytySalv/AAzZLA6PKUEvKSkcVgw6fqlr&#10;eJaQ3kV39pl2yZk5UdAKc4N+6tDGpSqJ26HY3eg2NzCjS2rXEbMSlwjZH481ynjbxHd6HFBBNFJb&#10;QgkRhF4NdUyeK/ALx6dp+nveIyYuLbbnk+hrgfEHxV1B9cn086Tbs8XElvcJkxkf/rprD1FJPlui&#10;qlCXKmjTb4sJ8UdPt9Y1HxNMlyh2T75fmrjvjFqNtc6fHo1lfrPMpO6Qvk49zXi1l4i1KyleNbx4&#10;t3B2nAre0rxJaSwf6REGmBILBuTX6LWzKpUpOMlds4KOVQpVb30Wxi+I9NvrdNkSsxQbmx/Ot3w5&#10;4gsNSijt41MUojxJKecY9qIZm8QaoyvKIwsRGzpkelY99oJS/e50KcrjIcKN3H0qcJiFD3e5ri6K&#10;UbvZGsPiH4l0e+ew03WZHj3YwGOCK0tK1u+1rVok1EsXfvIe1cX4daysdTmv9RuEZYThFYZDE1py&#10;+I4BcC6hAPHG4cfhTxcazs5O67HPh3SptxS36nZa15vhfVowk6SAYZgjZx7V2Hwt8XeIbLxTb3nh&#10;3WJLAzvmM7yN2O3HevMYPEKzwCR4xuIwv0rb8Kas7axYXIBItLhXZV/u55NdOTVqf9oR6amONo1F&#10;gZ9dD9KPgj8QNX8W+DrfUtRlJnBKSEjqRXo+n67Kx5lIyO1fNv7Pfxf0K7jPh1ZPKlJDLno5wBx/&#10;nvXuWl3yTIH3cYz16V+5RhTq0FJH5PGtUjOx1sGq724kyPT0rsvAGhz6vexJI2FZhx+FeaWEzOvm&#10;RHOTwc9a7/4W63r1tq8cOn2vnHOduM15WPjKFFuJ7uVzjUrpTPdNH+D2kpbx3P2c79uQzV1fhzwh&#10;LazLHHbHaO6jpWJ4f1rxbMkC3dj5QbG0Zzj2r0u21uy8PaCtxfKolYYIboa/PsViMQ3yt3P0bDYf&#10;DxV0rG1pfhvRotH3xQbpiB8xGcVga2klmDaswBPY+lZ1t8XLfzmitpFwDWP4o8e/aJ/tO4DHWuOl&#10;QxHPqdFWvQcdDyf9o34G6f49lN/co0cwUhJFPavnDxp+z5qvg/S5dQa7SRDnYFOfzFfW3jn4iw3+&#10;mtE7plVO0r24rxjxfq1vr9nJYzzk7uABX3eS5hjaEFBv3Ufn2e5Tl+Km5297oz56+GutSeHfGlpd&#10;TzNAFnXe6nGBmv1g/Z++Jeh+JPh5ZweFfEsPnrApmIfn8a/OkfCPSZplkdMsTkMo5r2f4Ea6nwlR&#10;YzOyQvw53cgUuKqdDNaSnD4kacGrEZOnRq/Cz7OttT1621cTyakZvnyDurV8aa9qd3pfmRytl1wU&#10;Brzn4feMLbX7ONop8s/3Wz19K7nUWaytUluwOBk5PFfmFSDpVbPdH6dFxqQ0PHPiB8PNR8VWkks1&#10;owJGNzd68gvdB+JXwW1GTxVpgUxbdrHrgeuK+jfFPxI0+0tZIJIxuYEBRXj3xI8RSa3pUlrM+Ek+&#10;VVPpX0eXYmtKPJNe6eDj8NSg+eD95DZfihq/jbwnFqFyPMnKYlKjvXmPiGG7uPMDwvuJ6Fetd58H&#10;/Do0y/UyyK8O4MI2PFezar8N/CHiqSGWSztwPLGSAMiut42ll9WyWhzvAVMfRUm9T40h8Hpf6gLG&#10;VXDTNtjyO5qXxN+zJ4xigkubBZGwc7SOGHrX0t4r+BHhKG/t5tKuvLmimDKScjg113j1NN07w/Db&#10;WUqMxiCyEc54ruXEdSM4ul1OCXDdGdOSq7n50eL/AAX4j8Kztb61prxnsSOv41jW80aDH2PPrgV9&#10;fa14L8FeJI5rPX4XkmZsRyM3AridD+Afhqx8Q3c9xcQtbxRkqjc19VheIqUqP7xanxGM4RqPE/uZ&#10;e6eBQa5ptkA1zZ5C9D0/Crq/EDR4QANIT8eTXU/ET4R3Wq6w8mh6cEhDYUKMCsBPgN4slwot2Hry&#10;K9WGNy2rTUpztc8epluf4eo4Uad13sVR8Q9HT55dKTn7vNRax8RNKntSkOmIh9RWgf2fvF7dbMhR&#10;2DCluP2c/FLWhkMAGByu/mrjisnUk+ciWC4qlTko0jh7rxEbyQ7Dt56A1Z0m+sJXC3kx4PQmneIf&#10;hfrWhFvtlswVeSd1YklvLGpbzD8owAeSa9mH1avD929D5GrLM8BiL4mFn5nomjS+C8BpQp45JNdN&#10;pmteA4IxGIYgO/y14cJr5h+6lfOcYA4qS1k1dVzIWXn1rjrZSqurmetg+LZUWkqJ9BxX/gfy96GE&#10;KRnI71Vul+G16hEyQdOSa8P+26mgAE8gB9TzWtpCmVUa9nfp8wXPNefLJ3SXN7Rn0FHiqOLlyexR&#10;6hb6H8MHchfKPrzUOqab8M4YSgSJjjjaK5ixj8ORAGb7S/HYU+5t/D1wcC2uF9CTXOqMo1NZs9Ce&#10;JjKlZUomX4jh8NQtt0mI+/NYKXECylI0By3THWt/UtAt2RhZtIwPY1mweH7yOQs64Hpt6V7dCpTj&#10;Ts2fH46jiXXvGFvQjlAlXbFb4J655qKPSfNcMEwF9v51sW2n3EzqjOEBx1HStzTPC9tKQzako/4D&#10;WdTGKkjpoZY8TJNnOp4eL228MSewxjNOttOhjBW4lbjstd2PCmj+V5c2pHkfw0reE/CsBBlvZG/E&#10;VwPMove57X9hSjZxaPO9Rs3MmbDeV77h3psVtqCcl2AIOcHrXpqaf4Ot4sGIvx1JqlJD4XD5jDhe&#10;eOtVDMeZW5TOpkag7+0Rxlpfx2kZW5eXA6EGqt94kW1c+VM5J7Z5rtL7TPCl580zMfrWTd+DvDc2&#10;WSUk+ua2pYmhJ3lFnPiMFjoU7Upo49/HGqK25Hk47B6mi+JeoRjaZHJxjAatq+8A6JjInUL2BNQ2&#10;3gXQ5ZfL+0qFHGc9a7VVwLWsTxHhc9hPSrv5lD/hal9GuWumHPfNaWmfEm6lAZ5ienU9asSfDrw4&#10;VAW7VOecsKiHhPw5aEodTQDPcg5rKTwE1ZROmms9oVL1KqaNWH4sSWqk4J9sUL8c1EmDAGwQOlVt&#10;O0LwuW3NcJLjoC1O1DwX4UlJkcgE9ADmuP2WXudpRZ6zr526KlTqRLY+NlrIvyoue2DUkfxZhZv3&#10;tu34NWFF4W8HWjCZrogA9dtaEd78M4YzC4jY9CSpzRPD4JfBBsVLHZrvWqxRswfFLQpYf3rlCe2K&#10;w/FnxEtXhY6fMzdB0qtdS/DlyNk7Lz/CaZHP8PIedxbae5qqWFoU5c3IyMRmOLrQdN1Yrzucre+L&#10;fEFzORGjHI4JOM1WL+J7z5383ngAV2/9veAkkBjto2x3YVZt/GPgyAAxW0YXuVr0frTgvcpHz0st&#10;p1pfvMWed/2Prsg2yo4XrjnJqnd6Lq0MxRYWwB/dzXqp8deEpXKkJx7VTvfHHg6Nt4tsnqcLwa1p&#10;5hik/wCGc9fIcrdO/wBY+dzyxtK1WTDNA/3uRtxT4/DGuzgFLFyDwOCK9CuPiP4QjwkelISP7560&#10;6D4u+H4Iyselxrkdj0rq+vY7l92meb/YmRqp+8xR58ngPxA5y1mwyfTvSp8P/ELnalk+c/3OtegP&#10;8YNMdDtsYQAeM1UvPi86rvghiwOpA6VUcdmb+wTLJ+GKS1rt/M5NfhT4kkA3W5GT/dpV+FXiNmMR&#10;tiCT19K3p/i3rEgIQKg2kgbBVGT4ra67P5U6gBeeK1VbNZdEctXCcKQtaTfzK0XwZ8SOu9kGDxya&#10;cvwZ1pZAJnQKepLY4qK6+KfiKVSou2GMcjis+58ba9c/evXbjuxraP8Aakt2kcNWpwlT0hCTsdHa&#10;/BZQQbzVI1HfDCtuH4U+CIoNs1+hcDklxXm8uuawxBe7fI9ahbWNSYlZLpjnrz1pSwmPqvWrYqnn&#10;eQYVPlwl/U7DWfhfoEUhe01hAMnAZxUFp8NtDPNz4hhHIyAcmuVjvbo5HmtjjO00purh3w0zEYGM&#10;Gt1QxaXK6h58s0yidX2iwy9Ds/8AhXvgxCPN8QJjOOD1qQ+FPhzZoGfVM46nvXByTTbsLKxHYZpX&#10;luCuGduO2aawdeW9Vh/beX07uGFidvs+G1uxARpMH+715qGfWvh+qlbbSGOB24zXGqGBPJBxihIl&#10;JJyDjnmtI4FLVzbMJcQOfuwpRXyNnUtS8MSjba6YUbHH1zWJKI3bMa4GemafhQcKpHHek8pjz68G&#10;uuEFBHi4jFzxD1SXogjEbZGwnPUZprKo4296mtxEGxJGcjpg1aa3iWIzlRjHOetU5JMagq0b32M4&#10;qrYI6ZpccZVAcVbgjtmf94CB6LWzo3hSwvcB7g5Y/KN3epqVYUleQsLg6+Lny0rHNHk7gpA9KFzt&#10;6V1mpeA7myVZyg2beo/Squn+H7GRWaZ1J+uQPrWccXRceZM655NjoVuSaSbOdOR823gUoGGJI/Ot&#10;i/0SGOYrEwI9j3qvLpsUIO9skHvWsakZanJPB1oSafQobweBjHSkwFO3bnHTnpVqWOBWKjAIHTtU&#10;TBGbCjvyT1rXmuZSiqadmRsGJ79eKQKScgD61K0QIyaVYcjzD684pN3MleS0IWUAZJ56YpDGN33e&#10;gqYIvUjtigq5OAPxHWnESbvZEQXIGR19KcVAXHftUnl+nH4d6TYASAOaLtMJJx3Ito6Ac0FQf61M&#10;Ezhsnjv6U5I4yMuVPHFO/cuKckVggP3R9Kds3cHj6VN5IByCPwprID8oPTr6UcysTK8XZkaxjPAp&#10;QpB6jketSmIp0GfUUCMZwTxjnmnfQI+87DBEMkfe9DSeUQcFc8dKsrEI3ATd0z0zTtkbrl4zwMVH&#10;OdCodWyukIPJXAA7mjy5Ofl5HTtVmO2jDhQjEgZ55FPltZCDtBI6lcc0nURX1duN2VDE2QwTGeQK&#10;dDEEBZl4/Sp3tpWwWU7R+NSC1aMAFTyafOCw+tyoYndcoc5/hxThFIQvykNj0qUJNGdzIcA8DHFO&#10;SBmbYiZ79MUuawlBS0W5XKYOAuMmnLE+wMEJGeeKurbSqP8AVkjsMfzpFgnkbDRYA6k9qXtdDSOF&#10;SlrfUqpC7HHQ4+UHtVmCNI4v3gGcn+VWGtndQYzgdgRTTaSEncoznn1qHUvudFOi6UrpFXyGPzBs&#10;c855qYEoAsgJHTI7U+KCUuXZvkY915H0qwbYjCM2T0Boc7bhSpt3lEqyRyTLtChRnP1/OmeQFj82&#10;TBI6nNaAs48HzFJHbFD2TBdxjBVeemaj2hpPDyd5NXZUgiVQC4BBJwQOaUoVcvGuQCMNnGP8aswW&#10;W4FQvfKgVK1kIx8ysCegJpOouppCjOVNaWRXWebytqqBQ8uyPOAGHqKtRwR7MhMc02a3KsrKq4J+&#10;bJpcyuU6clC6dynFLJK6mRM45Axx1q00YaJW3jdn5VHapEt1jBZU+8c7hTnjdOiduf8AGhzu9BUa&#10;Lp0/e1IY1kIxsLE8E7RkVFcCWGRWwcA5H/6qtqZFcOgJ789KDDIzguu457Dilz2Y6lPnp2jcjs9Z&#10;uLVwVHzEYya1rfxhrVqAkN0Qc8gdBWU8KBiywkEnjAqQQmRA28LxjmoqRpT+JGuHr43D3jCT07Gz&#10;/wAJ7r7xlhNwfaoT4x1x1w19L/31WesOwYDAkdDmpNoOC28AA7jjj8Kw9lh1tFHe8bmMlrVdyWXX&#10;9XuCxlvnI65qCS5vJcyyzv1GCDTkthEc5wW7EUrxqyFR1I6irXso7Iwk8TUXvTbfqR5M6lt5b8eR&#10;ihYpFJUTHjGOvPFPFvPC29S+0jt3qYoRgFCDkZHvTc1fQxhRlJXloysLYshHzD0OOnNSLbs0eVzn&#10;oSRVlVIGMZwRnPapPLcggHGRzipdVm8cKrGaNPQScnAPVQanjgRMBBz274FWhbNndge5xUotk3fM&#10;vOefah1u4oYJLVFCODcNrxEZPBx1qWOJlU5GMDk1ca0UMHwTjntgGkurNjAQoJb2NL2qbRbwsoQb&#10;texBFaoybt5PPapPssYBOe1LZWTqpMvTJwAatC2DfxHgdaiU9dGa0aPNBOUbMrJawucFQ317U1ra&#10;MZ2YGelWxa4IBLD3FKLeMglWyehpKpZ7lyw8WrWRUFq5Odg460428QfMg6jAyOn5VcjtUUDOMgYz&#10;SraqjA9BzkZp+1F9VSK62kJPzgkegp8VojMVEZ6feI4NWVt4wNqjA7DNSxxKBhBzjmp9qzVYaN9i&#10;mlnhAFgx24NWraFlKsvygHlQOtSrE3OM/jWho2lCacTzMqohySTgKOpzWFfFRpUnObskd+X5ZVxm&#10;LhRoRblJpK3/AADK8c+IofBPg2W7juWS+u1MFgAMneere21cnPrivE/K8sbiuQOuev410nxP8Yx+&#10;M/E0lxYOfsVqvkWQIxlR95/+BHn6YrmLuXZbkbyQe1fxdx7xM+Js9qYiL/dQvGHonrL/ALeevpZd&#10;D/eT6OHhRDwo8OaGCrRti69qtd9VJpcsP+3I6f4nJrcqXku47FHHbBqIE+velYqW2kECkxz3+tfm&#10;Vacp1Ln9FRVo2FBIOBnrxQytnJz1wTjvSNjoaCQeQuBU1GmFmIeTuyKMHqcde1KT1OaOvNZ77lMY&#10;wZsnFEYCjPA+lPOVJ7ZHU0xgQuxMZ9aGuXQwkrS5kOIIPB6ilyGFIEYthR0AzTnikVS5UgA8mjkl&#10;a9jRSBJDGfl64xyKcZCRzn0BpsURllVFKgk4yxwB9TS7HUHaoIz2rppyk0J8t7E1s8m5kDHkZJzT&#10;XgkYlQfu9M0trI5bCQA+pxzUsryhD8gGW5rsio1KdzNtxnoU2DE/vMjnPSnWUtxYTreafM0Lo25J&#10;I2wQfUUj7wcMeQKWOQqC2AcHhWHX/Oa89pRqWKnGMlqrmR8Ufhdrfxl8J3+n2Vss2pwqbi3ZdgGV&#10;UlgRnOCBngda9x+G/wBi8e/s36ZDbaEguLO2S2u55ZNrpIgCnIJ68eleW2epajaQNKJcFn3MwUE7&#10;vckZ6Z4zWxour33h23m0rSLqWWGVy97YxW5X5wvEgJJ+bs2AOgrrp1moxi+jv958XmGQt5isdR92&#10;T5U9/s7N27Jta2W3Yx9SgeC8kt3XLq5B9Kh8lw+GU49aklvFmzeDq2cZNLBOm07gAexPcVdqc52u&#10;fYxclBMlt0MJCnBA44706QHzAIh7kHioxOkYYbs5NRtclFOyQ4PP1roc4xja5PLJu5BqzefbvC2M&#10;YwcVydtZCw1w3m/HnYRwF44HBrqpy0pYgdfWqF3psU6srIMsBsJ/hI6GvPWITnK+zPFznLZYqdOp&#10;Be9DVf1+HzG6kPNtfkiDNjjIr3b9jvxG2ufD7VfCV1MWk0u9WW3UjpDKvI/B1P8A30K8GSZWgaNn&#10;JYA7q7z9kHXJNM+Mb6MbtVh1Swmh8nuZFAkTH4K3519v4cZjPK+LMNNOylLlfpLT87H8+fSRyCjx&#10;R4WY+DjzSjD2iS6Sp638/d5kfQN5ArLhRlh0OaZBbAESYzgVoXEQSVgV/i6YqIxxlShHX0r+34Vn&#10;KGh/iNWwqhWbktUU7mIviTZyT2qQJ5cQYg9OKmWIL8vUY71HdI7ruHIHYd6v2l9DL2XJeS3K8jPK&#10;pTbtGO/WoViXI2nrUpR1wzIRyAParMcEZXkA/wC9Tc7GCpOrLUz3jk3ZwDjuKQQFge+Rir0tqoA8&#10;vt1BqNbWUjJGOOMnrVKroZywrUrDVmjSJYwucLwopGZ5TvJz3p72m1N7ntxj1oWMyMVDAZ6cUueN&#10;roqUKrtGRJbIjxfKO3P9RTLi2j372GGbqaVma1wqMDnqMUiM8r5bqOQf/rUuaV7ouXK6ag1qNS23&#10;ncnbj6U82kca/Oc88AelOzPEfMAGGGB7UKWZ87j9T1o55E+zpRWq1HbgseUBx09ajWJAoJyx9x0q&#10;1EpQY2jpz9af5YJwR1PTHWp9ozd0HLcqqg289+nsKfAu1eEPBxu9KsmKMJjYMUq7dhBAHGBS55Ws&#10;CwyTuMCAYx/k1JCvO84z71HHFMBk+vrVq3t/7x6dhWcpKJVOlKbskZviTxFp3hXRptb1FD5USEtg&#10;EngdhXinir463vjPSlew0hoLSW8RFEzAOVB64GcfjXrXxUk0t9BbTb5MtOpA9uOv4V8I/tEftBaV&#10;8Pml8KeFdtxdBsnbkBe2Sa/FPEzinNMJVWXYGSvNe93S/Q/SuDuGaGKlHF1b+69F0b/4B7fq3xsT&#10;wxpWoXNuY7pY59q+YQTCT3ryvTdWXx7ptxqpnDTG4ffK579e9fPvg74y+KPG1+3hW700Cznm3XBt&#10;8g7s9WPevUPh94ZvvDF4+ddnltPNOIGPGexNfj1KEsPT/e25j9zpVZxjySjsjoPFXxqX4d+C0Mdm&#10;s95CSsjtkDBPGRWN4Q+JFr8XLETSwi2vYCVM6MQrbqz/ABrB4c8f6zceFLR9obb5lwWzg9wK7v4X&#10;fA7wromkxWFldyPIxw4Rh83uazwFf6qnJr3m92eBjMG8RU5tTs9F8a2cfh+axguJrbVNPtxHFcSE&#10;jzdo46etdsfi1rGqfD3T47WWeOdbTF48cW48ddx9K1vhz4Q/Z4guTB481/8AtLUJUWPT7e2f92jA&#10;cq3v9a4vxJeXvh7SNbg0OI6ZbxXMsTxMuS1ueuPWurC5nmeEblGo73ueg+GsFUotzW6sejgn/hUl&#10;zBZ+Kkne5iWS0O4lkbqBn0rgtYi8Z+EvBEV1dQK82pHzlulmw6t6Y79K5v4R+PJtb8PCyjtpo4oH&#10;bBkX5XUHg16T4qtLvxv8O9MltbB44dJZoxIykCQnkD3xXdi+JMXmEo1MVukTl+TUMBhXQpaJnmmt&#10;/G7xtaaZEt1p95LIARIVuWAjx3xmr3w8/aa8Rf2RMthOZ42OyUSsWdW715f8WPEPxR8LfEGHT/sy&#10;m2uyElcR53KRjn0rs/hJ8LtNXXgunRyG4uXDyxBxsz64rx48S5vl3O6dRpSRhieH8uxdeE6kF7ux&#10;0cPjQ67cTHTtOAaNGefk8c8mtLWUuh8C73Wp9PdXuNVSOG4YHj5elbt94X0f4XW9zqIjh+33j+XP&#10;brgkJ34981s33xX8C+IvhSng0eHpLO2hvlnmkuV5kYDBx25r5hZk8VUlVqSbueopYei+TofNMOkk&#10;38Oq3ry7g3yE8qe1dZ4e0WynM/nTO3mqcqzcL7it7xJpUWs2M0ngzSzcadkiKRU3MX7DiqfgzwJ4&#10;gl8LXOoaoDZyRPtYyr830ANc6qyqO7exNBUo6xRlfEDxbpnhfSdI0FUh8qDexeV/usTzXlvjXXtB&#10;1jUodW0x4bpo2KmJXJBH09a3fi9rHhuzf7FqN4bgRNwdnLn+lcz4c1Xwrqj2qX/hiQSJL+7EChQ6&#10;471304OcfaSTuRUxE3Vv0O+v/GWvW/gS1uvA2itO9lBvuUCEhFPWn+DrrxH4z0V9X1nTRAjj98gH&#10;UevNUvHfxG/4QHTotL0aBbRLyIK8dvyWHoa63RPiDH4M+GNzqmr6dFN9qtBxN8rRnqWFc7Uo09I6&#10;thUrySbsc/ceBbvxXpkljo9iAsM4KNIv3l9B2plz4D8Qaev9gaf4cFvPIBucW4Bb3zio7b9q74d6&#10;ZpcTGK+aRkxHBCmF3eua7vw78UrPxJ4WttZtLwGXbnyp5ASB6Z7V34SU6MbVYWuVhKid01qYuheB&#10;fFEOl/2V4huLm5KAkxRKDsT1OelP0bSNK8ASyXseiIBMvyXTIQfzrqdH8d3c0jeMIdMkES4guYVb&#10;cr+9TeOvGkXjzR5IDYw2sVvHtTOBjHPbjmt3QnKrvY9GNJPW5izftBWOiabPomlaDBb38kGyO6jB&#10;4BH8zWbonxS8T32kmCS/YOX24AwOnP1rh/FWj/Y4G1WPWYJA6ZRIyCUx61z+i+KtVuUmsNPuXZ41&#10;JVkGOaJ0qzajc5qqxCqWPSdS8X69c2r6XktEpJJHBPtWdrFv4d+JVja2+sX1xHPYbczryOOMZrza&#10;41f4ixWZvLrWPJgQM0+5ecjov403Rfi3oGhRQxzNJczXLbbmNxhE561dHAulNS7lUqThLU7/AFi1&#10;kigNjYzxzQRLw7Mck+lec2tnquqajqUttHM8kce6CON9oBz1/Cuq1T4lW9hdrpFjYpKlyQqonOCa&#10;1fFnwv8AFllpdh4+8JWS3FpOgEqI2HhlH3kaulxp82m50OPPK6WxufDbxPrPivTlsZph9ogtcFiu&#10;XUgYNckngnwlH4mv73U4muJpCPMYnHOeal8B+OtK8IeL4LrxLZHTXeRjKFbcGQggg/jzXlXjjxtr&#10;+k+PNTj0y+ae2mmMkMsXIIJ4rk9hWqTai7HLiE+VWPGtUsXtl8wSBtx4z1qO2vXtJFKu3B4FWtTY&#10;3AMRZcpxgVjS6i9luSSPJIODjpX1sE5qwWbRojV5xK08Mp69jVvSPEes6JdtqGl3nltJGUfcoIIP&#10;UYNYWlF2GXfJbnGKvtDKYy6IQvTmr5XTldGdSnGpHkK12zSuzjguSxx60WrTKylj07GmS7kOWPHp&#10;VMahdmU+Um5QcVt70kCox5bJHZG8gmtlhgkzKF6CoLHUbyC8RZbtkDOAWDHgVhaJrxhvN0vUHv6V&#10;0No2mX8hQjLN1Ncy5qFS6Oeph1Gk49z1H4N/FUaBE8D3EpuoHJtrlCTgHivq/wCFn7Q/iXXPCcMV&#10;zZmeSQ+WsqcE+5r4e8J2tvYXEZM2yGV9rSsvAr68+DOu+EPDGgWZsr2F0CZkaQ4OcdRX6nwrjMZi&#10;1+8laK7n5VnlKhhZtRj7z7H0x8PdcuYtEtIdScmXZ8/Oete4fDfxhpHh7y7lpI97Y3EYzXx74e/a&#10;D8DzSR2w16Fpml8tIlPOa7+18fbXVluDjPTpX2eIwEMbTtB6HkZfm88DVvNH2kvx507RI47uKdJT&#10;jIU84Nc344/aM1TxDGSJtiA8BTXy7J8WFRcNc544G73qld/FkHKvIR+PUV5VPhiMZc1rs9nEcYRk&#10;uXmsfQlj8WLqKRjHeHJPODRf/F3UZlMf28jPGS1fOI+K8iM3kPn2qCf4oaqW+WQYHQE5zXcuH9dj&#10;ifFMFDSVz6NsPFt5qQe1abeWHemnSrMzpJd3yxtnJ3HFfP2n/GjxFaqVhlAboCAeKr3/AMUPE+pv&#10;5s2oSMD74Io/sOupWWiIfE2Dkk2m2e4eMvE0GhMqWeoo5zjKNWEvxFvZU2yXRfJ+6TmvHG8Tajdu&#10;TNcuST3atCw1O9cAxXR68EHmupZRCnT9/VnLHiCpWq+5oj6z+BX7T58JSxadqa74lPBJORXvfhr4&#10;+WXjiR5LjVlMKjhF4wK+AfBEGo6pepGbghj0YjpXqejHUfD9o8MWsshlXDlW7V8bm2RYSVVuOjPv&#10;snzzF+xXPqj3fx14t0a71SSaPVhgH5cPxiuI8X/E/wALLGltLqK7k5JLda8t1K2QZafWrhiwyTuJ&#10;rntW0vw9L+9n1Gdjnkt1p4PKqUbJsWNzatK7ikegX/7SkPh2+Fpp0HnBSMENXonw4/ajTVIle5gl&#10;j2gblJyPwr5thh8J28m9o3lPqw610Xh7xNolov8Ao0YiCjHHeu7F5ThalKyhqcGCzjFwre9NW7H1&#10;dp/xP0LxGryG/CHB2q5xzXO6n8R3lvf7Na8VkbhWL1886l8R7hX22MrYB7GqJ+IV47B2mYHr1rza&#10;eQSjqenU4hpyfK9z6RuYtNtdLe/u5g0h5ADdK5Lw9cW2t+IJLCW+Ch9zA7ufpXj0/wAWtbkhMH2p&#10;2GO5qlpHivVZL/7XDM2/dwdxFddPJ60Kbuzjq53hp1o8i9T3jxd4ck8KWy3n9oRyCRvu9xWLaa5c&#10;3ziO2hLHsAKz9CvLzXtPEur3TMVUYV2zWxovijQ/CsbSMUkkxxx0rz3QnFcr1Z7VLFpO60RT1DWr&#10;zT5PKu4SrdeapT+LZXzGGOOg5rF8ceNpvEGpGa3j2gcnHese11qTzMOeBXZTwV4Xa1OaeaN1OVbF&#10;3xTbpry+VNwMc1xWrfDiAgvbqW/2QO9dnLqUbIcADjnNU31J4hhHGc5zXqYXEYjDK0DxMywOExrv&#10;VSZwknga7QhYLHPP9zinJ4E1sEN/Zf1+Wu4j1vDckZHXFatj4gtmj5Aye9ds81xcVojysPwzldSW&#10;9jzZ/BesP8raQTjodvepIfCGvW5UppBJ9CM5r09NdsWwSgPuBTxrunryoA46YrB5zirfCd/+qmXN&#10;3UzzaSPxHYj5NB2n1MXJqpc6n4nB2yaSeveI16q2u6fje6qcGq974i0SNMyqgJ9AKVPNaretMWI4&#10;eoKN1Xsjys6x4jU4XTx9BGajutU8SMC7WBAHX5K9Dn8XeHt21YYyT7VWn8V6PsKx2gOT029K7Y4+&#10;o3/DPMqZNQcWliDzdtY1ePLSw7cHps6VXl8Y6xauI4jgeuMYrs9b1fT5QSNM5xn7tcVrZW43SRW2&#10;0E/dA616uGq063xRPk80w9fBR/d1Wxr+OPEMg3CYgdcnrioW8Z646F5JW4PZs1nxJd7yrpjA7Uq2&#10;5kLSNESM54HSvRVHDJ25UfNrHZlPVTl8y03jLWnUmOZ+vUnikbxVrjnCSk5PY1HFpXnP+7iJHQip&#10;F0W4tjloWKYzjHTvR/ssXayKX9r1FdybXchk8R62pG2ViMdPekbxBrrv/rpOSOmautcDdtaAHI5+&#10;Tmo5Jg7DZbgHHJxjFOLpv7CCcMWv+Xz9CBtR1Zx81wxJ69TUUl1rI+ZHbbnnceamLgHOBx0pROWk&#10;MZiGQOpFWuXpEyk6klZzZV+3awylWmfGPWq0z6gzYaaXH0xzWkT8w+UEg1DLduX8tUB4G7I61pGU&#10;U9Ejmrwny+9N/eN0691KFSBLIAehJ6VZGv6mi7PtjZzyPWpRdtJD5axAnbgVD/ZE8sm6G3YHPJx1&#10;rJypN3mkjrjTxcaajSk5feQXHiHUpF2GQsO5JxWZcSXk7FmbqMjJ710cPgTXryPfDYu6nn5VNW9J&#10;+FmvancG2gspSSecjtR9ewNGLfMhSyXPMZJRdOTucWYrhMliSAM8elCiVuF3H06163pf7NHi2/YO&#10;bNgP9tsV12hfs1R2oC6xa4PchhXDX4myyjHSVz1sF4ccQ4qeseVeZ87+RIPldGyfrwPxpFgvGOEh&#10;bOegr6hX9nnwpjDKygDmtTSf2dPBTJ5kiZ9ia86XGmXxV+Vnt0/CPOKk7OokfJ32DUTIF+zyDnrz&#10;VlfDuqzJvMDEY4BzxX1pcfBDwHD+6j09QfUGkj8BaFp2be38PweUeN+ATWMuNsPL4IHfT8Ia8JNV&#10;a2h8l2/grWryUx2ti5bnIVar3nhXWrJ9l3bMCCRhkNfWlh4XtPD99Je6bp0RLjunSsHxT4ct9Vu2&#10;urvSoyWOSAoFdVHi9Tnbl0PNxfhTGlT0m7/gfN1l4M1e9i/cQM2QeADV6x+GGv3f7t7dzwMAjivo&#10;7wp4b0KxUrNpakNjG0CtGTSLWCQGz0xVGeCVFTV4tlFtRRphvC3DtRdRtnznB8F/EEiFWt2AI4zU&#10;F58FvENuC5tnJ7YWvqfS40M3lXdnEUxjIQUaxZ6RChkazU4B6CvPXGWLVW1j6CfhRksqF7s+Rpvh&#10;j4hgU5tHPPOAapt4H16NwDZMuO2Oa+k9Zv8ASlfZHaOcnoErNvfC+o31u17YaYgGM5dhXt0OJ8RL&#10;4kfJ43w0yym/3c3ofPN1od9ATFcwsue7VmvAVPAOAT82Oten+O9IvldopLMqyn04/SuLOg3kjEJC&#10;3XlsV9LhMxjVp80mfnGdcO1cNifZ04tmIkYH8P40oUscAAdq2P8AhH9QZgphwMelK3h2fOGTIb2x&#10;j2rqeLpN7nh/2Pjd1F/cYyxnqo5/lUiKSfmAwRyBWhLoE0XzhTg9qWTTroqBJF93HU1axNN7MhZd&#10;ioX54vTyMx1ypULyOhFEUPBJxyODVyaydZm3gghhjA4/OpltVKhQqg4GMHrV+3SiZxwU5TfMrWKL&#10;rvABJ6YXNRvHJnK4A6kHtWqtpmPAbnkMStVnt1UbWB69fWlCvEdfA1LXZXjgzyB/jUhEgTYxJXsM&#10;VYihjh2txnHBNSsqkhivK+tN1dQhg+t9SgkLISxAJ7Gp7O5vYR5lvIVGcmrQijVeIgePyNNMSsfl&#10;O3ceMUnVUtzSGEnSknF2/ruWX8WatNb/AGZ7ghMYO49Kzw0m4kt97qAeOveppIYwoYdcYYmmm1lR&#10;CAAcdRUw9nH4dDSvLEVWnUfNYjKE8g8L0INNeNlwzPyc5p/kuCAy4I7YpwRpcBlOWHXbxW3NY5XT&#10;5ntqVDAzcCPHPQdaVoQxG8HqOhq4bNsbgeQcDj9amiiiRg7R4ZcclevsKPbCjgLvV2MwQyIPnXAP&#10;QEUvkuyFkX345q7Pul/e+WdvTke9M2BeQhwR/DxVe10M3hVGej0KxQykYQ5x3FN+zsSH2kerGrca&#10;ovztnnn5u1IT5oBIXjkDPWmqjJlQTabev/DEf2TcCruSBzgDpxUTW2wcpk9TVsAMPu4BwCcdaJLV&#10;m/eMAF6H9aSqWNKmH9orpbFPykCgsn1ApPs3zYx09T3q2sIbkZwOvvQbdCfk4xyRtqlURz/VJsrC&#10;BWUgthjjIFKLY7ipAbPoOlWo441O18EYxkdaVYoyB8vJOOvWj2pp9UZAtozfJuG09T3pILYGUbuR&#10;zz1q7BESpIG4Fj1pY7QsSgUEE5wBgik6u+ppHCSXK0tSE2Y2boWGcfMTS+QqKCVYEDlqtbEYtsPl&#10;kDGG5/WmPHK0OUXBznI6GoU7nXOlaL5dyKFcoJI16joT3py7xJiRcZ7A9qkt7eRU3gYHoe3PWrca&#10;wx/MVZnK54qZTSNKdGU0nJ2KSwIpyCV9cnNShN7glck9ciht4k5VV5HAHTirMUIlwjoAVGSRwTSc&#10;0aQp8zsisLdWXG0YJyMjrTZLYGQzDg56etXXswoAU49cnNRyWZjTfuzk8kD8qSqLuE8M2mrEflAr&#10;gnGD0zQsSMrHqABUkcTpysYOcBgxzUssbsCyAc9ccfhUuojRUna9iIWr7Ay/dH4082pVV3MoLcnH&#10;NKYGdcPJtOeDUiWcSphsMc8YFS6lluaxp66R/ErxWhmfahyAfvdsVZMc+4CSNGwOuKkhjCYjXjno&#10;KkVZWcRshHcEdDWcqjbNadBQjZDIYcjBXHP5U4W7Rpt2jJIp8asRhDz0FSQhnypkyR0OeSaz52dU&#10;KcXbuVZY2iGVi5bv6US2vmAuH59SOauTQF0B28A8jHGP6UktsY1DFcj6+tHtBSw9/Qp2sEkieWAO&#10;Dn5s4NNureQDG0EEcfLxmtK3iYDeFHQYBpzW4ZQHAwD0pOtyu5X1PmpJGZa2riNiisM9iac1oTIG&#10;IOSCea0lhSNRlxnsTUV1CuAu0sT0OOtCrXY5YRRpalW3tFGSxznoB2p/2NmwIYhnrkDGat28Adsv&#10;noO9To7D7q5yORjFRKs7mlPCRlHUzH0/JxtIGOCT1pyWYVOYyc8H2rT2yHBZDj1xSNFkZPUUlXls&#10;N4KMdUZE9nJ1hUHc3rzUscBeIMU528rmtEW4KnaFBByAKQRbc4Ukdztpus2jNYRxlfuVVhK4GOev&#10;NAhT7235upwPerSR+Y4B4ycZp32UDBUjnqMVPte5qqEnsVtgI6j3HpQ0fYD8cVaFuATtGfoKaYx0&#10;x3zT9ouwOlJLUgCptCBepAx1qQIQucYHTApyKqNnb+dSRqM88g4xxUuo+gRp23I1QHqT7e1PjQFi&#10;QOO9PC7nO0celO+UNv3dsgGk5tlKEUN8vrzn8cYoEGScnIFTJArnL5wemBUn2cAbgcnt64qedmqo&#10;t62K6RKn8Wcjn1pwgBGdvfrU0dvvKnse4FSi2w4Xdn2xRzO41Sk1oisIhtAPrz9aRLbZcMyklWxn&#10;2NaKwJ0RCw7DFRtbbMsFJHcHtSU76FzwzikysIkPDenFOW2YgHYRn8qswQFiB5Zx6mra2v8ADgev&#10;Pek5qLLpYZ1Ytsz1hXGOaljsy/tVhdPIkyNuC3brVmK2CrnDZ/u5FS6kehrSwsm/eRFBaIyiIpkk&#10;1z/xl8XN4Q8Lx+HtPlC3uqAqxHWODozAepPyg/WuyjWz02xm1XUZvKt7aFpZpD0VVBJPvXz54v8A&#10;ENz418T3Xia5XYkz/uInPMcS8Iv5frmvxzxX4qll2VrLsPL95W37qHV/P4V8+x/cn0NvB2HFnGD4&#10;kzGnfC4KzimtJ1t4R8+X435qKekjMKGGIcA9gPWqNxJlmQkjPI5qeVSQ5Z+E59utVZ5A7bgOMD88&#10;da/lvEzsrI/11pRuxgxggr27GjKg9ec9KTnHOR70oIJ4H515abc0zob7CuuFGT94UnpnNGGbilKF&#10;ByM5HFVLV8y2Hewg4GOntQxB6DHGOvWkIOTwfajcC+MDNRZ6ITEJ/v8Ar60wt8+Nw5PrTwu5txak&#10;a1ujAbsR4hVwjMOgJyR/I0tGznqycVccmQQQw9qf5zs5eViwLZOW6+9RBkKhkYdORTldduPfk5qo&#10;u0uxpGSklYcvcjFKGcRlQflzn/JpPlKscHOePShWXHzN6dq1pvZFuwu5Y2yhJPUGpgrMobnLe9Qs&#10;y78r06jIpQZEIUyfTBropy5W10JaJGhCoWcDd1II5qFlIYgHp1IzxUjGUjb5nQcg1Ec5yrHjrUV3&#10;GyaQRuRSpKyHL9OeGxz61seHr/VI7mO4spFj2Eq8/lD5QwK/MfcZ/pWQykHKgcnnmpLO9ktFlhin&#10;aNJkCTqpOGGc8jvzXPTnZ67HJVgtV37/APDdiVkfz9tzJEq42xBQABgZxx9fzzSMcHAUEn9KXTYb&#10;TUI7ix8pjJuH2SYPgYHU4x/Oodt3ZzGzvFAlTIOMEEA4zx9K6FU5Y6iw9WN1Dvt/X5Em5tueeOvF&#10;IwBUcmlJ3HduHJ6YpziLySwY+Zv5THAGKttWb6HZezIcfKR+VROrH5Qf0qbOeCO3em46n8q4H7rC&#10;rT9orGPqCrZXecYVhkHtVr4P+JE8O/Gbw5q8sZBOtQxM0TYO2RvLP1Hzcj0zSeI7Z7mwUIQPLbJ9&#10;SD2rlZ7g2uq2bRli0V5E64HOVdTxnvXuZVVdPE06sXrFp/c0z8g49wXNgcThJL3Jwkv/AAKLR9+a&#10;xB5N8yIvBOPpVOVCche1XtSYS3CTkcOob8+arSqqjcetf3nhKnPh4PyR/hHm1FUsxrU+0mVHBAwc&#10;gj06UbHI3BqmaPPJHGMYoCkkgA8HFdrm7HkRpK+pAyFgQcnJ59qbiONtoJB7gHpVieCULtBGfaoG&#10;QGRZXDHHamm2iZw5JbfeLIFc7lOQe9MxhggPXuKnSMSqSpP1FMWJs7AOh9OlNO6sDjqn0Yx4UlUo&#10;AR6E1EttKsqtjvzzVoJIoDYyemAKayvkkr/9alGTva5NSlGXvWGeVE7YYAkHkmnpbpGee/SlCoQW&#10;24PenDawxkjvjNEpPZDhTju0MkQNkjB56UxbcqADg8+vSpFRmfl+3SnrCw+WMEEnJJNDb2E6UZ+8&#10;w2gHO4fj3pSuckcY96Ft2ZgS2cdame3QKCDnB7VDdnozojTbTuiBAdm1vWn4JbO4fQVLFahgN4xz&#10;jAqT7MpyOeOlJzvK6HGi+WzI1GCGOBg8U8EhjtJzx0HSgRE8EkY4qSOPjLLkfzpNlpJHPfELwtde&#10;INP8+1wXhhdRETgNkYr84fjL+zr4s8RfEXUn1kx2Ua3G1CqEkAdDxX6D/Gf4lJ4Es7e1+3xQSXjF&#10;I5ZDwpx1/lXz34z8f+E/ELS6dLqyXF03y3FwkgOcnk/h/SvwjxMqZZDFp0f946vsj9b4Cp46eHbl&#10;pTW3qfPngf4AaL8OJmur/wAQSXIflI1TaC31q34y8XXUUY8OaA4WaUfvZh/yzX/GvQfFmoaHp3he&#10;bTdPtpJ4rblJW64zknNYEMPhO302GfUbVVlmQMpK5256ZNficq2Jda9Rts/R37Tm5Tz3w94O1PTL&#10;s3kepeZJJIGkcnoPevb/AIW+J9M0vSrm/e9t45pAIUkk+YR9iwrynx5qT30A8P6ISHmHztCpywH0&#10;pnhO40bwzp50zxJrBtyp/dDOWz6kV3p1ZQV3Zs0hBJpM+ifDup/Bnw9qtnaLqjnU5Ruad1IV27lT&#10;2Neo6DafBLx1dPY+PbqZyGJWB5wiyN2BI7V8eal4p0KzngutS1gXTBP9FUcHPbmvVX8Pa8PC2la/&#10;ewTReYgZHUk7l9CRUU5/V5N1XvsdSlKOrZ7V4r8EeCtG8PCTwPYRBTOvmwR4bYufX0riPjn8b9W+&#10;DGgjSPFGngXMSh7fSrZsKBjhya8B8bftA+JPhJ8R1S116YWjENNCzEqw7qRW3+3B4m1bV/FOj+PZ&#10;ITLBrvhS3uoHc5TlcYH5V0SSqxU7FTmp03JLVHBX/wC1rL4w8VXF34m0yK0gZcRiI5wfcnrXp37O&#10;uo+J9c8eRX+geKRNF9neQGTCoMDOAfXFfM3gr4WeMfivp0tvoejSOUlJkn2nAJ7cV9B/A/8AZS+J&#10;Og+G30zWvH9lpbRv5qqXLPg9V4PFcGZ08JyNKaUtmt/mebVb57rc7vxN468Rz6vKLiztmjZ2VJWb&#10;LF6pR+O9a8VWbeGPEmk+ZBbDcDGCnmE8Yz7VV13wimkQRS6brUN1dwkq8sg2qcDtk9TVbwZH8UNU&#10;8QwpLcWclvFLuKRpyMdie9eZh8HTqWsttjGhhoSldu5qHTvEPg/TpLfQfFDaVZQnzWgUkyZ9K6/w&#10;ppt54x+HMrvrsks93OVR3f5gMdTVDxvoZ1a7W3nv0jlkADxKmfm965v7J4k8NXI0a3aYtI+AquQD&#10;Xp0MKqN51EepToxgjndJ/Z31TWvFVyPEHiETRQFhhxgMR0rXf4E+FPDNjJqN34maKQnCYwQB/dHe&#10;tK61EaNpZstQ1FFut5Ztz7SjehHU15P8TvjtqGj3f2GWeKSAnLPEuCcfWueVSpXl7OitDmqypv3U&#10;jrGtvAHgnWba48XQPqNrPIFhuXXd5bduDXTfFXwT4W8Y+AJ11PXxZqRutQFLBk+grxXXv2gPBOta&#10;PYW9y88hD5kgnQAJ+Peu81j4geCfEvwxTVtDt7pLhIdhUuAhAGDj1pOhikotxaaYW56VkeM6H4E0&#10;s+IRYwam+ow2UblMKVjB9WPYV2vhjxv4X8KWa6NZ3zajfXEm57WFGEUKj0Pej4O/Ebw9qF3Lp2ua&#10;VaRxlthRSF8wZ9+prvtd0vwVoaS6xJYWlhZvFiEGICQt1rbEYmaq8tSLv0/qxwWlTqXOk8CeL7yH&#10;QooYTAqTP+8gYZyDVb4m69YeJJoPh7pUYieVN00sI2jcen5cV4toPizxB4i+INnB4UmlFjb3H32O&#10;EbB7+1er6jZX/he/i8Va5qCS3jykrHBHgKp9u9dNXESpU02tex7EasvZ3tY8/wBT0BtF1KYz3ghj&#10;gj3TK5ODgYP41zg+Kd74YxPZ+GXhtnb/AI+HQ4YVs/FjX/Bza6t/4i8QuXmcSPaxnAPP8QFLrPiH&#10;wr8QfCD6bZqBHCuVbYAuPrWVGU5JTmnZ/KxzOrJyuM8TeJ4vGmnx3mmpDGrW+LnZNjnsSDXNSfDb&#10;Rrrw+0kF2/2133blbgCn674ItNHtba1v9Pmi+0RBoZkkIBX3Heh9VufCKK9vZ/aGj4Ee7Py9Mmu+&#10;nGo1eLNKftJq8h+ixC01Sy0me/UTqSoIOS+Bx9DXrHhvxv4v8C+E7yzllFxpWtH7K0E7Eukg5Eie&#10;h968kl8a+HYNWtfEUegW4uLdhIjNJgZHYj0rE8efH3x74116G91+2VLK1bdZw2mESLB7AdTWtKle&#10;V7G8Jxopy6k8/i21msvEGn65JJcanYT5tHB+8pzwfpWP4dtpvE1os9xIYmAOCAckV6B4U+Fel+Nr&#10;m7+Kej2q3mmSW8UuoxlSRC5OGDY969C0jwz8PYtPUaXaqIw5XyoodoXp0z2rLG4iGGSUY6nNi41O&#10;VW6nx4IbSeRPs92JHc8kN0pNY8PQpGwS9ilYDlVNcTbX9/ZoZ7WVsD7x/wAa0dP8RrdzgSMQSOxr&#10;6mFNQldhXp1Zr3HZmk9xBp1rtwSwGPpTo7+e4i2Ro2AM49qzr6eE36LJNwWBKg9DWvdSWcmtwi0g&#10;/c7UDovGema6qdJVTKfNTjovMm0/RL/WMQWce5ycD8aZqHhm98P3Dx3yhSOGU8EN6V1+k3+gaF4i&#10;s9XsbKZLGGZDJG77mOOTmsrx9q2ofEjxvfarpFjI8bS7xGgwFAGOfSuieCdOi29zzqWNnUr2Xw9T&#10;kbqOHYZflBXkGren3txaFbjPHGD603VfD98bhLeWJox1MYGasppGqw2zSDTZGjAxlkrkWHqzWx6U&#10;61BRtKW50dl8TI4dAn8PTaajLMyusinlWFdP8P8A4za5plm+mQTxPGVKxic8rx2ryy1nubeRlW2L&#10;A9fl6Vce4kZN1vp6rt5LDqa9LDZhUwsVaWx87icno4io2o79T3fwR8V/CdtKkWr4t7xWDRzBOCc9&#10;z2r6y8C69ZeL9Dg1HTL9X3Iv/LTnpXw18DNW8C61qj6L4u0QuHiO51f5gfUV9IfDfxH8FfBMUAuf&#10;GF9bCI5SPJAA9DX22ScSLDJKclZnx+c8MKpJ2WqPZZNF1B2BUMSRn61AuiaoGJY/eY574pvhj9pD&#10;4Ca3F9hh8ap5iDH784JFakXxV+EtxN5Fp4wtg5bguRg/jX6BQzvD14pwkmfn1bhyrSn790ZUmh6x&#10;GwYKfzwTVm00bUJMRpE5Oc9a3l8X/DmOVUv/ABfZcgbczj/Gui0ZfCWrL5+j+IrV14zslU1rPNIW&#10;sPDZAlPRs4q20S/DY+zfMc5yMVoxeG9WKbzbkDPABzXYXdh4WsT5+pa/bxDPVpQM/rS2GqeA7uUJ&#10;Y+K7SZs4CpcKa5J5pCWzPUpZDKO5xkGg6lJOA1sygHjiuy8HeCob24RNQlMSk+la9to9o5zBIJA2&#10;MMDmtP8AsSaGIPGCoA71zYnHOcLXsd2ByiNKXNa51VrpXhTw7BHHp21mVfmkI5NUNV15YnLqCw6D&#10;FYq217vG+4bA9TU/l6iF/duG9QRmvH9nFO8nc+kUpShyxjYe/iJHjIlidjjgVhatqjM2PJOG7dq2&#10;o7eUqwuFDeh6VBeWUfO5Bz04ropSpwkctejXnTuzmZLqdmJVGGT2q1ZzvCCr5OewrSisk7xZz320&#10;8W1vEctGAR0rsdaLjY8+nhKjd72KbNPJFlIyQRy1FtoeqXGFTgHsTyauPeRxgR4wT2FWYNY8hh5Z&#10;GQOfUVk6k0tEXTo0XP3mVh4N1dBvlUFfQda6Pwn4VhFu1zI2HUcA1my+I7p49wmPA65pkXiK8Rjt&#10;nIHoGrlqSxNSNj0KUMJSqbGxc6/qVtdNbCVwB6HtSS6gpOZ3JJHIzmss63I5LsBk4yagkuPPYlyc&#10;/Ws1QvujaUmlo7mpNexLGzIOSKzjdFm3AZIojl28NjGKXdAx+Ujg9a2hFQJfM2h41CYrxk57ZpGn&#10;leMrn6AGlBQfMpApryIo3HHXgYpq3RA7tasVBJ/ECCO2KeJJIyEBJHTiptOs7jUZRFBF16n0qydJ&#10;uEEiSqcqKxlUgpWZtSw1Vw5ktCmHmJz5jdOOaeskzDJmPQ96z73UFt5PLbtnJqA6ywJHb0x2reNG&#10;UldGEsXTpy5WzVcTPlRMf6VSutMac/PMx+pzUK6rI5ygJAOMH1p5vbg4HbNNU5QZnVq0ayHQaLDk&#10;ksOPXvU6WMKgDfwDzmox9omO4fL9alSwujgK+ST0J5puTW7KpQpNe7EbNa2roAKoXOi2cqZ8tcY5&#10;Nah0WeQcS49j3qS38JTzgjexJHKiksTGn9odTASxDtyHOyeHLFnyFGaD4XsHGQCWOOAK6f8A4Rtr&#10;b5GUj8amtNNtIZhvUZJ4Bqnj2l7rMI5FScvfgkQfDvwTY3Nw322AMoGQD3rd8W+GdGtLFooLOMEj&#10;AwozVi21G10c5JUZHG1qztY1o31xw+V5615M62Kq4rnu7H0VPDZfh8B7FRTZx58DWcpZ9pXnsOlP&#10;X4d2L8eYQT2IrpWvLJExxnPHvV+z0e+vLM6hFa/KBkGu+WY4iC1Z4/8AYeAk/hTOQj+GWmyc+YQc&#10;egpw+F2nAkNKeenFdc1oywbnnVGB5U1XGpafavmW4D4P3RUf2hi2tJFf2PlMZWcEc6vwq0wruBYj&#10;H3sUn/CpLKUlVkI9CRivQkvrbVLJILCFE4HXpmoZrqLTtMkVzEZVPqMmso5njnpfU6KuR5LTXwJo&#10;4u0+Df70FZAw64xjIrt/C/gPwppixjVbGMsuBzzWdZ/E+xsLdra600F/4JF6j/Gqt940TUH8yJ8d&#10;wDWNepmOJ92TaR1YKlkeD9+nFXPTUh8KQxLFZWsS8dNgxVQ6louny/JBEp9QoFea3fjXVJVWJpMb&#10;em04qpc+JLyblpG5Hc1wRyqs3702eu89wtk4wSfoepX3j2xtExby5OOMVUtPiCl05WVh7EmvK7nW&#10;5cFi7fhVca3OTujbB+tdMckpqOpy1OJqinpsexSeIY7o5WYY7fN0NZeqeLn0+UiO5IHfDV5yniS/&#10;8vAu2Ax0BqB9Ynn+aWfcT71VLJoRfvbEVuI3KHu6M9BXxtLI4ke5b2w1TDxygXaZyw92rzaLVfJd&#10;S8m5QeRnrU934lscMq221j91s1u8ppNpJHGuIa0Y3bO5l8cnBEbHae5qhceKnmzvkBrhZvEZUEg/&#10;XmqcniOVjtSZlz6GuqllMVsjhr8Qye7O/i8aNbybSw4PQGtCP4jb028cdSa8nl1h1b5G57nNC67M&#10;pwr89etdEsnpyOOHE1am7I9hj+IkQjy23I9e1Q3nj2CdNvm9evPFeSnxDKTtdiMjsetRPrd0p3mQ&#10;4z2PSs45FTTuaz4tq8vkemXWu2UmWZVJJzmoU1mSVtiS4X/erzyHxE4wWk6kYGTVqPxPKh3BzwfW&#10;uj+zZQVkc6z2hVld6HdS6Xp96pa6VH4/iFQroHh2EFjbQ59MCuPHi+4Zv9Z25+apIPEjyAqJic5z&#10;ntSWDxMPtB/aOXVpX5Fc6eTQvDr8taxDHoBWfqPg7RZlJjtVHuKo22vSDl9zE98+lW/+Egk8naic&#10;EfxGrSxNN6SY3DL8RB3gjHm8M6fbSbxbk46Z5FZGs6fDJGbaCyRSSeQMZro5bm4uAcyhRzziqs1i&#10;bkZe6xz1NejQxFSOsmfOY/K6FSDUIrU46PwZdykucKO1RXHhGaCMyb8YIyR2rrJtNWIkvejB6VUk&#10;trZgTJedOoDV6UMbUbvc+ZqcP4WMLOOpywsZYE/eHPqw6n2qnNbw+YdgzXTajbWzJvifOKoG0tkf&#10;bKVBzxhckGu2niG9TwcXlig1DojFazb72Pw9qmjtyFU7CcqcnOf/ANVWpURZCUkGT3oUxu2xn2jb&#10;XS6snE81YOnCdkQLa7MSl+OePT60IYA27bxn+7x9asAhnbDccgcYxUc0JcFlIBXkAd6Sm3uEqCgr&#10;xQza0gEjAZB4FI0ahMIecUqqzHLYwp6kdamSQuMdcDkYqudx2IjRU9JFYI5XlcAHB496e0IGCjAj&#10;rgipJIwxUpwc9c0x8ocEgL1yKaqNkSocu6GNGCxJHfdx9OlLJGvlFNo6jAA69amtBujLuvB9acwz&#10;yF5J6nvR7W2hpHDKUL9ympManzD1+Uc8f/WpsUaRhmZc5GCpPer37otl0GQSBmo52ULyBuz8pPf3&#10;qlW7IxlhEle+xVW2jyVVs8EkkcUfZopAQ0QDA8NjvVgRQhSGwXODnNM8iRclVPQdKv219bmMsJy6&#10;coy3sQfmduAx5P6/yqSeGFHVZE+XPBzjip7dFVcEc4/i71XuXxKyvkjtx0/yaFVc5Gjw0KFFabkc&#10;kCtGdgAOSD6Go44JDlpiF9MVKkZZQsYYevy4JpWVyOARg9/WrVSytc5nQu+axF9nYSlVXeB6+tPh&#10;0/zG2lwpOOB6dxU8SyAliwzjHBGalhCq+xTz2yOfpQ6krF08JByuyNbIwpsjlyAfmGM04wbNyvg4&#10;x+PFTFFQbiOVB5/+tURckFpgpxURqOR0zoQgrJCPaGeFhuG7HGfWhYQFKbMke9OikeSQ7ckZ7Dp9&#10;KekaA8bhk44p+06MlUFNpxQQ26pyv3ScnIz+FCwmPquQTknuKsBECkngnqKSOKORtrZIGeCOnpn1&#10;rN1kzo+rKNktyEwI7jABYfdY9BVlolwJFjO1QMEjmnxJbLhs5OMYPAqSMRsAc9CCGqHVszanhlre&#10;2pEkK72OAdw7cVItuCvlv0IB3YqVY41y2SNw9OlLFE07YDEhfwqHVubxw/RLUiktRGgRFJ9D/WkF&#10;oTGUjyM+ver62W7KucA9cHvT4bAsMbhjPXvWft7LU6FgpSlojMWxPcrx13Dkc1LDZRouGJx3I+ta&#10;0WmRBSDg8elI+lgcqetTLEp6GqyqUfetczoYkjB4z1Iwad5KM3yt07960E0kuQyjLZ9OlT2+gZII&#10;U89OOlQ8RBdTWllmIn7qiZQiiQYyD3yR0pBAifdIGMZx2rdfQZFXlM8006E5bb5BHsKhYqHc3eUY&#10;lacv4GQsarkbhz1OaNgZ8Bh8o44raHhaVzlInPHIqVPB93tOY8fUVLxVHqy45Lj3tE53HJOOD1NS&#10;CHzAZAnA6H1roE8G3T4DQcd8VNH4Kuxj5sHNS8ZRXU2hkOOb1icuoP3MAcdfWlEbk5MWQOnFdWPA&#10;MjMHZh7kc1p2XgixEIWcndWc8xoROmhwxmFV2locLBbzO/8Aqz7ZFaNjolzdOqw2xJ7tiu70/wCH&#10;+nLKrsTt9Otdf4f8O6VZlF8hGI9VFeZi87p0o+6j6TKuBa1af76VkcZonwonm04XupOI1YZVQOao&#10;6n8NWIYwkHjp0r2mSytXtRvUbFXpXGeK9RhsGKQqFx7V4mFznFV62h9rjuE8pw2EXPFadTy+98FX&#10;9mcSR9udtZk+lXMLHYvAPUnk16BNq6TPmcDnjBprDS50JaKPn1Ar6CnmFaPxI+FxPDmAqv8AdSse&#10;eLZzGQZXjPJqRrIBsqCR6V2Nzpmkvny4QfQAd6qtoduGyE4Pt0rqWOTPJlw86el7nLNbNkbOMetR&#10;vaM3O0nA5YGuqOkW7Ar0xmoJNMgT5cg98itY4tHNVyVpas5gRoD93kYzmpBhxuKdBzz/ACrbn0yE&#10;j7gK8A8frVnQ/BEursVtEwAerGtHjKUYc0jijk2JlU5IK9znooGK+a69uDT4I8qSy7gBzla9BsPg&#10;7eCRVu5VCt3U5roP+FC2kdoZnv8AB6rhRXDUzrCU3Zs9fD8IZlUjdRtY8iVFclm49Bilk4+cNntg&#10;V0virwSdCuxHFJ5y4zuWsGeF0xmEgY6noK7KWJhWSlFnmYnLq2Ek41FqRW7EksxyPapSQG3EDORn&#10;NLaxYyVOAe2Kle3LqHVOfarlPUxp4d+zv1CI7vusPck0/wApgQ27JFNVAAwxx2GM1MquFACYwOaz&#10;cnc6KdGLV3uM8og5GOnalLNvC5yeecVNHDx97609bYT9IyT7Cl7RLcp4WUl7oyIKcBgevcVaitxI&#10;21FbJ7etWNL0ia7nWARkAkZyOldBr48MfDXwne+K9eYSJZ2xdI84Mr4wqD3JwK8nM83wuWYedaq7&#10;Rim36I+x4V4NzPijMaWCwkOadSSil1bk7L8zxv8AaD8XXFhZW3gWwnCtcoJ9QGedmfkQ+xILEewr&#10;yhnIUxBcEn7x9Kv65rGqeLtTvvF2r3Mf2meYPLF5gB+YkBUBOdqgAcdBism5lHl/K2DkggE1/IHE&#10;Wd1c9zarjqm0nou0Vsvu1fm2z/cbwq4AwPhvwRhMhw6TlTjepJfaqys5y89dI3+ykuhDeMpwCOMn&#10;o2c1WY5bjIHbNDO2d3B57UEnGBXxtepGrI/UIR5UAGQTkDHvS/KRxwRxx396aMbueRQCuDuJ56EV&#10;yp6jvdjnR41BJwSOncUK2f3bMdue3OKJJZJWDTSFjjGWOTTeMABevWtee0vd2Ha+49g4Qxu2PbHW&#10;mHpkfpSqecHtSME4IPfkGnP3ldCasg+VACBTJV3LuHXt7U8bgecdelI4OM+3T3rC7uRJJwtYroSJ&#10;NqqCcYyDUudjhQeopIx+7LScc0yE+ZKJCOg4q3qcEFycq6t/ciyBx/jSooYbcZ65xTWDKeQQCKfC&#10;QmW9sHinSV52Z6Td4ibvlx6Cn26qCX78gDd3puzK+b2z0pV/d8o+Gx0Iroh8Sb6Ce2grocbUGTn+&#10;lMcKrYQnGKmQsyNceSSFI3Eep6VEx3vlBj8adWKcbrcUW76kbLxn0FMCrsPLcnkmpGB/DvTWVlID&#10;Zz6GuNOxnVgm7k2n+fp8wvEu51ZYyYGTHDHpj0703Wbu8vm+1vIvmBtzFVA/DA+lNt724sbtbuAR&#10;eZEpCmSJZAcgg/KwI6H8OKhttU825OYmPlZClSQVGepx6V0JqS0POqypQfI9L6J/n/Vx9vdR3Kb4&#10;z06+xqdVkkOB07YFVmiAZbyzUbZmfA7Ptxnn19Pyqa2uWDLNGzKQeCCQRRFqD12OzDV3VjZtOS+5&#10;/wBf1oBJ7HtRyP4e1OkePIIXjHIJ6H2ppyTxUTir7nYmQ3aFoypBwRg4FcT4kt5bYfaYpdsivujO&#10;OpGOfau7YckA1zPjKxU283kxksse/kZCgjvXTgp+zq2Pi+M8B9YwDqLWyf5H3JA4udLsLqRt3m2M&#10;L7gepKA5/WmuYxldowOuao6LcyTeD9CumUqZNGtGKnjrCh6dqtoQ46da/vPKKiqZbRqXveKf4H+C&#10;fFeEVDiTF0bWcZy/MR2iTIGab/EGVqWcLF0UdetNtYTcS7EXP416vMuW58v7OXPy21JTKjAluDnp&#10;moSQR0BFXLrRpbeDz2kHsM9KzwQo2ccj60oSUtUVXpVKTSkiUMEIG480scq4JIH1zULNhPmY8dqR&#10;FDgnOCR1FVa5knZll2Eg4bp6U0KGGM8jqajU5HyqQPpQTubao+lGlh2b1aFkjG0kMevpUbIyZbPU&#10;cGrUNlNKDnC+hxSTWskXLAHngiiNVJ2FUws3G7ViqrvkAHAPTipw4yA5z746e9V2t3QliCR2pVuJ&#10;QAckfStW09Uc9OPI7SLSTIjHIHTnPenGdWG0DGRgA1V37jjP45zTlkwpyD1qeVI25nsPLTqBtJ4P&#10;1p6yMMbnYenNRmbfxtxikkBKjbzg07cxm/djdMtwSqcEsCD70ajqcFhZteXJOxRg1VgILhmYAd/S&#10;rssen3VrJa3sYdChDZ7cVxY91qOHlKlrK2h35WqOJxCjVdlc+a/2uPDHif4i2j32jgFYUxCWkwFF&#10;fNHgD4L63qt/d3uvTtbxxT43iUhWb2r3H9o74oz/AA6tdQuJJw7Wof7LbsxxI3bI71886T8d/Feu&#10;eCbx7uErf3U+Ywi4G09wK/kHNsXmuLzatUxH81n6/wCSP6Fy9UMLQhSpL3ElY9R8Tx+H/Dfh19Mv&#10;buN1MRVpFcE49K8T8YXFvdfZzp3ilIY15/0ibDEA9AK4fxveeNp9JnnuNXvFl8wmWJyQuPWvKtS1&#10;XWrO6Dy3jyMBkbmJxSwOWNtzc7s9SCc5XufVfwx1Ox1a8na1bzXg4muE+YDPbPrS/GDRNPmtJfEU&#10;Nq6+UM+cy7QfrXSf8Ejvif8ACu2HifwT8SLeCfUdRKSaVHPGD5hHBUE9O1d/+3T4csNF8CzDTLBU&#10;kuX+W1hT7grreEjTnqd1Ojzq6PJ/hZ4T0r4jWmn3uqWypDBOJA0ZxvVeozX054o8Y20Hw+32Vhmz&#10;hwkIyMqMdMV8Mw/FP4h+ELK08JaHp/2VJgoiR15GeM19LfBPwnrqeC77V/iD4llu1JUxQrwNxHoa&#10;wq5fCq+aXyCFNSk4vc+f/wBoAabLqMs+rI6vLKzWyt1A+te/+AtA179of9njwFYWMdkx0eym0+ae&#10;7GfLjRsg/XBriPGP7MniTxr4xlbV2caakwf7ZIeAhGQAO5r6X/ZV+DOk/BzwPd6JqOoyywXoFxar&#10;ImAgIwfzFZVuShQdJb9BRSopxfUXwP4M8AfA7wP/AGibf7U0MR8xIYwFMg78V5B4y+Luka7rP264&#10;MlvC7cYkCHGf1ra/ak/anXwxbXfgfStEs47GOJlR0OHYEfePHevk/T5tZ+IrP4ku9Qkjg80wwquS&#10;qN1ArwMLl1Wu3Vq/ecElNO7R7XqXx+02z8axeFIvD/m2jbQt1KvJz354rsNK/aH8E+FzLYx2q+cS&#10;B5iqAdxr5PvfGms+Fddgudc8y5toJSpBPJA9PWsjxR8XbjVtfl1TRLQRRuqgI4zgjofrX0OGwUqb&#10;XItO5GFnUU3pofVXxE/ag8L+FLq2uLmAq7nfvQgkHPU1PZftLeGfF0P9q6S0buFz57EDyzjrg18n&#10;adovjn4l295d2zfa2RS0zSNggAZ49hXJvFrOjStFa3ckRbhkSQgH24ru+qRqwcZHe5vqfQl3+0/o&#10;tp49uptY09b+2kmwZJRksO5B7Zrkvib4gsfiXq8jeGLSCytFkzGJXAYKa8YcX0lyGubg8E5rb8OZ&#10;1O7Md1eGOJV+Zieo9Ky/sujhmqkNGjkqU0veR0l94Dttbf8As7w/r0c1xEcSJIwUMf8AZNeo+B7K&#10;UeAobTxBN5C2cbRR26OP3nPLGqnw40L4K6XYRy+LNZVoJ2VmWBg0qEf3scgVX8Y6l8PdT1+6v7a7&#10;lj0NJALaOK4w7AcfhXnV6tSv+71sutjL2kmrJHGfFUaboFxG+i3RDHkiJv54713XhbSPG3jj4MR6&#10;40d3qjWt2Nsom3CGPHII6k10WleL/wBkzSPDpGo2CTGddojl+d1GO57Gut+GPjn4TS+GriD4ZWMt&#10;lD5oCQOhdZHxz+lL2lSpTjFU3dPdo0pz9o7OJ5zD8WvDeg2dlpGm6SsWoJKECgYHJHUeuaj+NPxm&#10;8Y+H/tWjTXga8XaQFAIRSM/nzVzS/wBjv43fFv4k3mqadpyWFpPMZftc/wAqoucggVP4v/ZL8efD&#10;f4naVc6tby+JILqdQ+9Cd5zg7h6e9es8DCrOLktDunzzStsjxbwR4fuvitqd7f634oisGjIZ3uSS&#10;WB7/AEFdp4cvPhX4ImTw54o8X3zWbPuu7myjzuwOAoPqe9dx+0N8LPCvw68dJN4PtooroQhb3S1X&#10;G7IBIx3A9a8I8R6nY69fPfanpYijjk2tBEcYA7ZrsrYFzjrpHsjOajyWZ2PxY/aavtWv4NO8Eqz6&#10;VYAJam7hBdlHc+1ZOoeNvEHjeKGaG9FsXiIlWEct7Cpfhx4Y+FXjPVRpmoXVzpkZTCO7Ajd7mup1&#10;bwL4f+FI/tTwv4p+0yx5JaSEFcegrhlKjSiqcFZruYe1cVyo8z1+7vbqGC3ltJIRF8u9sjdU+jeL&#10;LcoularZtJBkfc6mutuPGejeKrYXHirUY44Q2FjMABOepBArF11/h3odyb7TNYEwCf6PHFyQ3vVR&#10;bnHlcXccXKcD6B/ZU+KGiQ2F58PNA0xrZJ4QLxcnE65zls+ldp8RPiD8I/hTp1rFr1hLNJdzM6ra&#10;MNwHfPtXi/wB+IttqbR2EGjWhvJD5TTBQjupGBk15l+0dqWsad4xOipcPN9nJy/mllByeAa8unh5&#10;YnHOnNWSKoVZVFaS2POdX+H2raPppluHKlsEIB1FYX9h3sLKwA3MflVTzW1r/wARtR1WLyJicDhW&#10;xziucW4uzKJlkYNnua+sp89vfNl5lqHS9Ra9Ec0EqljjOytG9/tXQJER9zhwGVtvNbPgD4iajpkx&#10;s7/RY76M8ZZPmX6Guk8U+IND1i0jF34dkt9hzvK881SqcsrDlGLjucvp/jaaaNYbiElxyMqeT/Wu&#10;j8Gand6dpV3K+6BrmQFGK4z7Ctu3+PGnReGR4QHgTTbvYoEV59nVZkA/2gOa4bWvEM2pah9pFpJH&#10;GD8kJYkL7V2rETlH3pHlVcOozfso7mxqHiS4tLxVWyVXQ43k5J967zQS+sWMJW3Gxk/esOmcV5RJ&#10;rkF1CI2t4o9ufmzzXS/Dv4zWHhiWHTr+wW5t/M+c7udpPOK66OKjTptX3PMr5fUxE02mrHaauPB+&#10;j6ZJbJpqvkcyxx5O6vOLvVraGQ/ZrVgM4O6u8+J3xL8MfY20nwhbpJvIk+0KOFz2rzm81ue6j/e7&#10;DkcgqK854CEpuUnudNKs6L5YK6KD+JX0m/8AtVg7Ryo2QQeldNbfF59as2sfERRyVwrjgg1y9xc2&#10;ar+8ijyTnLdqpX1mLyITWyouO6nGal0nGPKmd8lRxMVzxsbj6zNZSf2hYX7K6/ddXruPht8dNIM0&#10;eneMxIqjgXEWCRj1FeOSxzxRiNnPuM1PaWdvLGDKfm69adGriKT/AHc2mZ1stwdany1I3PrSDxX4&#10;L1S3ik0fxPb3G7jY0uHH1BrSs7vV7FN+naw8anvBOR/I18hQM1mwcXTA/wAJ3niu1+Hvxd1vwzdf&#10;ZLq6e4tpcAiR87R6ivewGc4mNoV5X8z53MOHKPK6lBbdD6K1DxFrMkJjvdZuJxj7rzsayrDxFeWU&#10;5uLC5mjkU8MrkVixeIJ9Usxc2vzpImVIHNMj1WVQRMdpHp3r6qnOfLe58PUl76T6Hrfgz9ob4teG&#10;SDpuvyuuOEnO4frXT6v+218arS0EctxbAjowj6189f8ACUSWsytBckHPUnilv/Fc2oII2kGRyNp/&#10;OtoSquV2dP1yl9Xag2me8aH/AMFCvibYyGPVtHtbjnqGIJrpLb/gon4nXDT+CUK56iU/1FfKKX5t&#10;bgTjqDnBrdt9aOoDKnIwAa2q1nFI5KWIxKV+fU+tbD9v/T7i2VtQ8JyqWH8Egpsn7e/h9SXPhi4I&#10;DcnzAa+SpL24t48s3GeKz77VpUyATg9Qaxp4ifMbTxteULPc+yLL9vzwo90sR8L3G0/ebcDgfSpd&#10;R/b2+GjzeVFp13wuCxSviB9Zu+Y42kAPU9KiN3cBeZHx3JNdUK8lK5g62JlT5bo+0/8AhvH4bNKY&#10;/sN2fQgCmaj+3t8ObAAwafeSNjoABXxetwuM+U2T3NSx3UY4nQtjuRWzxk0YctSJ9iWn7ffhu6O2&#10;Lw9MQfRhnNbul/ts/DW8UC9iubeRuqGPOK+IY9bt7ZspDtPc7utXbbXtNmAZPM8w8cHNR9bqJ6Gj&#10;dZRufdbftafCuOFJH1rAftsJNSRfta/Cxvv+IQg9JIzg18JSajeth4XbAP8AFUreJbqC2VGyxA6i&#10;h49q2hgquJvoz9BNE+PPgHxCm7S/Fdq5zkK0oBrVt/iRoF3j7LrdtJ1GUmB/rX5xJ4quQm5WdM/7&#10;RFWtO1/ULiRUhurjkf8ALOYjFaRzCna7iJ18ZeyP0bg+IOkzP5UWsW2/ONomGa6nw7Z/2zGlx9tj&#10;8tjzhwa/Mu28T32lnyzqN2X6hvMJI/Wuh0f45eNLKERWHiy/RYvuqLg1z4jH3j+7R6mXTUZ3r7H6&#10;i2d34f8ADsWXuol4OWdwKjXX/CF9umttatZC4OAk6n+tfl9rv7SnjrULZrS68R38wYYO6c4Nc4Pj&#10;b4zgkUWGs3UBVsgxzEV5kVOcuY+iln+Gpr2cYaI/TbX10efcUuUVwSQ27g1yOreINF0x83+t20IH&#10;d5hzXwHP+0F8UJQE/wCEq1AjGMCc1j3/AMWPFV1MDfX08xJ5MshNexSxsqMbI+TxdSOJqtqNj9FN&#10;O+JPgsN8niCzYn/p4Wtey8ZeHboB49Qt2BGeJlr827T4hfa4gZbSRZB0ZZDWjb+J9dsYfP0/WbmM&#10;MMkeewx+tOWYRerWpNN1lKy2R+j0HirQmbaNQhGM4/eitKPW7CVAUukY+zCvzGuvHniGOUA6zehj&#10;zuS4bP8AOtHRPiD8RfNWOHxfqIHUbrhunvWUsTTlG7PQw+LnGXKo3P080O802+yj3C5XjIbrXSaI&#10;bKySRmKkbflGegr8xF+L/wAVdDVZbbxlfKR2E5Oa6Hwz+2J8eNFtv3XiX7Ug6pcruxXm1Zxq7PQ+&#10;hwmaRoNRqQ1R+gWsagjSSOqgbicfjVSO2325up34XvjrXxNZ/t6fFuG3L3NjZTnPp3rW0n/goj40&#10;eAWmu+F7eYf9MJSu3863pzgkkmRUx9CpJt9T6ov9RiVj5cjcHuakS7SW2CoSznnAPSvmyL9uXwrd&#10;RK19oNzA38ZVgwFbWlftjeCZNjWWoopY9JcjFetSVKrFKLVzw6uYQw9Ruex7srOZQ0hOARmukn8d&#10;vb6RFYWIChVAY55rwGz/AGoPDd82xb2FieoSUZP4VPqH7RGiiP8A0RgzD1Yfl1rWWBdVpysTHPMJ&#10;CD5W/uPWbvX2ny9w7H17VmzalbSSCK0DdeSxrxi//aM1Rptqww7C3ABzkfWrNt+0GgTc2lEv32t0&#10;rthldSMbqzPFlxNl8q3K5NW7pntf/CQXFlZ+VBNjA9aoNr93ITLLKSehBNeNj9oOeS72z2I2E4AD&#10;Vt2Xxj8OXkXmCV1YDlGWq/syrT1cQfE+AxU7Qnsegz3jzuZm9+KfBclIvMbkZHGcGuDg+K2hSuE8&#10;wg55HSpv+FoaOCVjlLnPQHp+tJ4WrtY0hmWFmrqR3Mmr4IPGeOSen+NMbWWJIGBgYIBrz67+KdvH&#10;OI44cqf4i1Ry/FKG2cJLb/K4+8DVRwciJ5xSV9djvZ9Uydi+nQmoWumyNp69VzXH23xG0Wc/PdhG&#10;6lWXp+NWR430IJn+0kHNV7Dl0IWM9quY6kXxCH5jn61E93gZUDP1rnovFmk3BxHqUTEjON4zUya7&#10;ascW86M2ex6VaoW2IljY21Nqa5IwxOR6VBJcsMKCPlHUnNZb6sXI3SD6U37Y0rbS4OfetI0banLP&#10;GqTsi5NeOX4FRmaRjjfznkVJcafJHbCdXzxwM1neY8bHe5BJ4ya0hyy0Ry13XpS94umdsYyAKaZ9&#10;g2sc46Y61SM55xJke1Ma5XcQ0nHtW3KjllXnE0DcxkZOMj+8aY9wuCDKCMnpWf5oIwe/vUclw6SB&#10;NnGPTrWihdnPPGTtdl/7Uq8kfXFPWdicbuOwJrL+2vtHygHtnrQtzJ5gk3HPU1apXOZY2z7m1Adz&#10;HB5FW7by1m3u5FZKzbW3hsE9MinC5w2ScnqT7VjKF9j16WI9nbQ6OPV7SJMBwcU19ciK9eg6AVyt&#10;1cyRzZEuEx2NSwXqTRK4cZ74NZrCRWrNYZ1UlN07WsbNz4qZV/dp0qjP4ruWVtsn4LVUL5zhVGc9&#10;Qvekm0e7gBkeIqrNkFlxgVvCnh4bnHicXmNVXhsJc6xeSoSGIB7knimRXd24JV8gcEjrirI083EQ&#10;DAkdsUkdqkB8s8eueprdTpJWSPPlh8ZKpecnYpSSSFSd5JI4zTDBeSKCkjEA5Jx/WtNY7bO5lHHp&#10;UouVjHzjr0qlWa2Rj/Z3PfnlYxnsrsAyuvbg55phaUZLZA6c1rm6t5MhUGPTHWqd1B5hOxQFzkVt&#10;Cs3ozjxOAVNc1N3Kgds59uopwf8AvZz1+lQjKPu8zpxThMCfmYj6d63PMTsSNJ+6JU9RxxTYRJG/&#10;zsp+UD5acscpORG2O3HHNR+YQSDnrzx0pp9AlF8yk0PMsmTtHOcY601pBySueegpWkzhVDZI54p/&#10;kpApeSRFHU5OM1LajuXGnUqO0VcMnHyH/wDXSs7IAGbqOvpWTd+L/D2nN5V1q0KseoDU+08V+G71&#10;sW+uWxJ4w8oBH0p6NXJu0+XqaTlSuGOSO+OlRBZJJWAOQOhPQGnJLDOnmW08coJ/hbPNOGxlDBfr&#10;xQpIKlOTdnoOjRQhBPRutP8AMRRt9PWmA7pBuwoz29KkkFuYwwbnHynPUUnLUuEG4u3QZG+1PlZe&#10;D3qG4iKyhowMHqCc4qRGVkwApx97NOMBLeaMEdyeuKpSszOVN1YWRFKsiRghl5PUDmmkFgCh69z3&#10;xUrNG4O3uOM9qcrqpODxjtVc2hm6Sk99BgRTEGQHryQOafbgqNwGCPUdqaj7cqF9M5qa1SORS+9i&#10;AeDmpdR21NqVLmkktx4jeSHO0gZ5Peq0pjEnyqFGfm3YPNaO5XUnIHHA98VSkVZmwQPypUqmupri&#10;qHKkkPiCoP3YxxjikkmlL4XqByM01pPlwp78U4urJlsc8nNUmk7yRk17to6EkT5O/bk4/KpFLKSQ&#10;Rz0A4qotw5kZo1+6OD61Pv5G9ACM45olFrcqnK60J0k/2lH4U5XJGSw9iOlVxMh+8mSD2HSnCTnA&#10;PQflUGly9+7lt9wYAjqBUtk+SdoxjnpVASqoxntnNTWl+qNgLndwOKhxfKzopzj7WN9DZtoJZwCw&#10;PBrStdMiICOMcd6x4NV8rktgnrUg1a4K7oz36ZriqRqS2PosLPDR1auzoI9LtYySzlsjoalXTbV2&#10;5TPpWJpWp3FxdIGfBJwQT1ru9LsLCO0xcOHcjPXpXm4qpLDvVn1GW0KWYx9yNkjGWyit4w/k4BPH&#10;Bqa18mVcIq9cYq5qU9kIfLGOD3FYb6nbWT7Qw69azpudZHTXp08FNLSxtJbWx++wH4U77NYocAL0&#10;5Oaxhr0DcKee4BpU1mBRuZh16daHRqjjisPbobscsMYBSIYxSyXP9xRweeKx18QQcFWIz0yetNl1&#10;6IKwyOeCBUewqNm0cdRUbXRsJcEZY4x2FOa7UL95RXPtrqkBs4H0qCTxAm4vnA9CatYWcjCeaU6a&#10;tc6X+0RGdobHWkj1JS+4uCM881zA8RQleXz1xUSa6jN8rdT2q1g5djnlm6TVnc9J0a/gaMDdnHQA&#10;1qtfqyqYvlIPUGvMNM8USW8wAYkenrXT2nihJLcEkfQ15eKy+Slc+pyvPKNWna9mjtm8RS/ZjE4y&#10;So5HeuU1+Z9QlZwuWWoz4phKCMkAAcVRvPEdpGdwYfN3FY4XBulO6R15jmNLEUbOWhh6ldzQ3JQ0&#10;ialGkY3sT+PWqeqX4vJTJC2R3x2rNnnlX73QDvX0lOipRVz81xGMnRrScdUbr+IUQYRc+9Ry+JVQ&#10;E8fj2rnjOpYhpDk9qgkLFz5Zzn1rpjhaXU8qrm+Nt7qOhl1+S4cBGLZPUVfsbG+vYzIRwDngVz+k&#10;YULvclgecV2VjrdhZWahlG7HOTxXLiUqWkEellkqmKvOtI6DwP8AD3T9WspLvU5Wzjhc4xTkSx8K&#10;XksED70A+U/0rLsfiLZWUDQpLjcOgrH1bxRBcsWhlLbjya8mOHxVWq+f4WfSzxWXYehH2VuZHURe&#10;NLk3YkTdsVu4rqJvGdpe6OPLnAkZeQa4fS5tIWxVmmRiw+YN2rnvEniG20y63292AgPOT0qf7Phi&#10;KnKlsbf2tUwVBznK6Z3UZshFLcXzByeACMnFcrr9tpMsRkghMcmfwNZGmfEHT7qcJNeLtzyPWt67&#10;8TeDL5PKe5ReOcnFdkMLXw09UzzamNwmY0m1JHOxBAMbeOv0rU8OabFfz+TcfdBJNUr7UvDsYK2l&#10;4r8cc1q+G9c0aztzI9xGXPqeRXZWdR07pM8vC0qMcSlKSaRan8JQy3RS2l2r2B6itO1+GsU0AkNz&#10;83HGKow+J9MnmM0d0A3fmtJ/H2mWNkCbxS4GMZrzajxtkonv0qWVJtysFz8O9Mt9NaaS/wD3qjJU&#10;CsW3EdkxSNBk9CRWfqPxGErO0E/HOADnNM0jXkvbkfaJQA36V1Qw+KjTvUOOeKy2dZQoWudJo93I&#10;blY/KG7PYc14b+0f8Um8a+JF8OaXdM+m6UxQsrfLNP8AxPx1C/dB+vrXX/Gv4nx+CdI/sTQbojVN&#10;QQhJEIzBERgyfU9F/E9q8JcYXIJzmvwLxP4mjiK/9l4eWkdaj8+kflu/ku5/pH9EXwirZfhP9cM1&#10;p2c01h4vttKr8/hh5cz6pjDIA4KkjAySKo3D7pC2T+dWJpkRi/HuPWqszo8hZc4PbHSvw/F1UoWR&#10;/eVNWdxG8vyycktnpjtTPMJBdfzpzYKEtyRxxUZiZVB3/KWwMEcV5quwqTkthVLMc5p23CktjpRt&#10;XAANAJPA60t2OMbb7gQoAIz+JpQd3I4oyScZOMYFKOeR2qle+hcfdAcDoaVUeRXZdvyJubLAccdO&#10;eevakXcxACkkngUSIUILemaacnHbQp67PUCoBBVtwIz06e3NIQeg7dOaXrxj9aOOm6s/MEiN0Mik&#10;KeO9NSERtgfnUwwo2+tBC9Kak7WMZUITkpPcbngZ7dKcCCuSajYs8gHTB5pwIyMjjPShNxY6ck7o&#10;lhdxhVPHfPenk7GBI5AyMjrmo1YIODnPDAinSAlFKYxnj/Irupy9z0HJagCVJWUMCB8o6U1XdDuJ&#10;BIyORmnSszMQxzg9e5pisWyoOOfWlJ3fKiklbUQZ+8Rx9aSbLMQzEn3NOfls9veo9pD8f3eormqW&#10;j7op3aRDc+ZuCq+3K5UEd6LFjbOY5Q+ZOWwevrk065CFR5jc54xUZDKY5EJOw4K5zxTjL3Tyq0XH&#10;EOXb8nuI4gjuAdNeVpmc+TDkZDE4AH+NaOp2klvFbagLYxeeHW6hEikRyqcNjBJI6c/lms+VZxA/&#10;kMBJnkkkcAgjOKlW6vb7Rzo0NjbSXy3AkiaNcMAQcjsWz155zWqtNHDKVXDVebZLWy6/8Hy7E2cj&#10;IPNAJJz2qtYXa3FtHIcglecnofSrcaZYAgkHpxWag5SsfQ0a0K1JTi9GhACQSBz7CsfxhctBp8Vz&#10;HEx8lyJH/hCnsfqa2VI5U5UnjPr7VieNEz4bvkjj3N5W8MFJKgc8VrSUY1Y/ceVn/NLKqtt0m/u1&#10;/Q+tvh9q7eIPhh4Z1dr97gzaHahpZJd7EiJVIJ5yRjHtjFakYaH5TJn2rgPhFrDwfBvwnaRXBZRo&#10;NsQ2euUyelbx1mYLjeSSvev704Zw9WfD+Fb604f+ko/wB8SMfh6fHeZKN/drVFr/AI2dKqtNgcEA&#10;1p6Hp8KSCS4kAQHJArg4/F00UhRZCee4/Ortt4/XG2WQcfeGa9upga8o2R8VQz7ARqXk9Udh4lvr&#10;OYfZ7PtwT61kfZJlxg5I7AVlJ430t2/eJznB5q7aeKdLnQ7JFGT0NKOErUYW5SaubYPF1ebnRaS2&#10;8xthJyD09qsmwS2CuSGHUYPtVCXxFYxgMJEwOMk0DXrSdAxmB56Zzin7Gs+hkswwcNOZXNPzoPL2&#10;lOo61Lb2dq2XDg8cVjf2vbnASQNnsKmh1FDlVlAIPIzUyw0jSOcU3KxbeSRZGCvjHYCmSyyBecj6&#10;jioVv4wrbwo9B0psuoRuoZicY6LVRou+xnVzCPK3zEjGUg5XBzwAKjaFg3zkZ9CKamog5LBgOxbH&#10;FO+1W7HcZM9z0rTklHSxzSxsJJNSFS2kVtrKTkdhT3tWAJRDQl5GG+RyeM/NUhulUcnGfTrSalcu&#10;OJg4WuQJbMgySQB2Ip4t5XYHHJHFP+2wsBtYc8jIoN/EpHlkHI/KqSm+hk68Et9PUUWDxqMr1qSL&#10;T/tINtu5cYNQx6gSd2evIGalTUlEmVOGwOp6VnVpVKlNxZrh8bSpVYzXRnxV/wAFDvAN54Gvk1vU&#10;23212ZCpccDAzXxJ4W8dzQ+NoL/UXmmhEu3yRJ27DFfrN+2N8KZfjR8J5tPtNLa7vbYBrdEGWz9P&#10;TtX5geOv2cPiP4P8Us134Kv7NY5cnzLdgAc9jjpX858Q8NVsvzCo3FtS1v6n9F5Lm+X5jgY1E7O1&#10;rdj0nxL4K8ReMvhZfeJvDXhu6mto7dpDII8jA6n8K+XdQ03fckzbg+fmDdvwr9Cf2SP2nvB3ww+F&#10;mt/DLxvY2wmu7RltZL1cL8wwRz9c18u/Fv4eeB7/AMUX114b120zLcl0WKQbcEZIH4185h6Cwr5X&#10;ofRQnCNDmpyuc5+yvpmr3fxr8P6d4cmaK6l1KJInXqCWAr7N/bP0zxH8NPF1nqmr61/aViy+ReRk&#10;cI/fA718y/s1WWk/Cr4laX8RNX1eENp1+kiIGByAa+mf2t/ib8MviNpi6rpWtQStMu/yHlH3j39q&#10;upyuWh1UJz5LydmeK+ED4b+JHx+sNQu9NcaVbqqqZE2qzBeM/jX0fpnhW88QeJYfCVvrdpFaeary&#10;RQD5ivpxXyn8SPjFoui3FingiKONEiQXIHGWUcnj3rZ8PftP6hokD+PPDmtxw6nbsqNaSN/rF9qz&#10;bTZspKKbufdPi7Q7fQrux0jT7MzQeR84253Hpz71leI5vEFt4hk8yYw2EOnqskD4Hl8f4V8a3n7c&#10;3xM1m+W/i1+7tJEAPygOre3NYHiX9r34v+Ibq5e51x8Trhsrx6cVjWoKcHbc56leLXmei/tXaB8O&#10;fFcUmo+Hru6uL5I28x0jPl4UdPevly08b+K/C2k3HhvTL0rZzTeY6bed3TOe1dfb/HDx3DZNYS6s&#10;VibdxJGOc9a5N7u1nvGnuY45A7ZYDgGuTL8JVw0HCo7o46VaUbqb0Mia813xKSszSSJEMkE8Ctjw&#10;V8Lte8Qx3WrpakWVnGWuJM9PQVaS90eAt9itvL8yMq6f1rb8H+PLDQtBvNAvIZGjnGYykmBu9/Wv&#10;TVlHRG9KtF+h9C/sY/CXw6vhZNV1KwaaDUdyyH26Yry79qD9njSvC/xCubDwYxAkXzYYWPHuKp+B&#10;v2qPiF8PtFh8N+Hru3jtLd90S+SCwPXqap+K/wBpXxP4ml+16va2skrfel2Yb86mOktDZ4qnKHKe&#10;feHfgj8UvFr30um+E7l1sRuuGC8KK6r4b/AXxd4hU6Xc21tZxysdt1dSBSMdcV1F5+1/r6fD/wD4&#10;Qzw/ZxWUrn9/dxYDP9a4LSvij4nspWlnu47hWB+SR+me4xWk06i1Ri6lCSSkylrXh6z+H/jqbSvt&#10;y3cVrLteVD8r/T2rAvr97i8kaGHCbicDpir+sandandC9WzjX1aoJtXnlja2v4Y9n+woBBqVBW21&#10;M5zW8Wc7rasskbRZ+Zq9X/Z/+Jr+FrQ6ZLpYmAuVntyGwS4OCPftXm7Q2M0uHk+UHg967D4a+LdB&#10;8GXUdzJpEVy8c4kWWV+Rjt6YzWvu8lmhuvZximfangn41+LPD2uR6v490eK0S4tka3ikkKptPIJH&#10;rXuPg/4i6V4tk+32f9kzTyRAie4nXbGo7KOtfm/49+PeveMb37bcapDLnhIS+RGvYCua0/4keJrG&#10;+E9trU0CMfnWCYjj2qNd7HV9Z2Vz6X/bA1LwgfjPN4gs9Yhea2j/AHkkA3Bs9QfTHNeITeEPBXiy&#10;O9hg1eCOSdGa2KqB8/XBrD8X6/Dq0QOnalJIXX9680nLH3rmooLoH5NRRTnn97jNVCvVtqZ1ZwY2&#10;G8/4Q/UPsuraPHcCF/nUSEbvxFdV4y+MmkeJfDVvpGmaPFZwwLtWIZLv6kmuMvbXkrPcK5zyQ+ar&#10;29hYK2Z5AAOwbvWE8PSnJSa1RglRnrfUb4pvItRs4U06MxeUmCuc5NYulRzxXSTXUWfLcHDDINdD&#10;JbaXIP3VyF4/ibvVS9iihACSK30Oa2haEOVI3hKFuVHr3w78UfDuzmiv728T7UFBIt4vLw31FZXx&#10;Vv8ARdQuBcNZEb5iyyL8wZcGvMrS+lt33xsQfrWtP44uLvTo9Onhiby33B8c9MV56y9xxHtIts4a&#10;uGlBpxdzzV2GADjPelhWSZhHDGWJHYZr0n/hUlpIcG4BPYbantfh7DpjF4irEjHSvtFkGYdV+Jyy&#10;4jy5R91tv0OE8Jaw3hnX4dRu4tyxyqzxsOuDmvRPiL8QtL+IMKT6dpSWlvgB8EZJ/CqUnwvW8Ys5&#10;xn6GpJPh4ljZ+SJsqRyual8P5he/KNcR5a1a7v6HP6ZYab9pW40+UbkODl+v1rtNV8dfDiz0QW1z&#10;oSy3hg2mUNgA9zx1rBt/h3HLLi0mdfUAVOfhfayErPqKlvRjzSfD2Pqa2X3mi4ky2mt39xzeo654&#10;O+wzfZ9KzcSA4bcSBmuXQssnmLkYPSvSl+EmnMflugQeuKefhbokH3rzZzglqpcP5gui+8z/ANZM&#10;sezf3HHWOsyrBgtlSNp3CnTapapEVXO7txXWyfD7QIxs/tAufRTUlr4H8LurG5lYEdNzYrZZNmHw&#10;tr7znln2VxfMlL5I8yuri6mkLTSE88VLa6jcWxCE5TPIr0g/DzwpKd6XnHYbs4pYvAHhzlfN3ZPv&#10;ULh/H33X3mj4ly620vuPPb++hlX92mQO5qj9ockspPHavTpvhroUR2yucHpiqj+CtCt5NqRbvc8V&#10;Mshx0Xrb7yo8R5e9k/u/4J5/G9xKcKrHPYVoaPBfNOAYmOcDFd3ZeGtISMxRwR5PdhWhHYfYnBWO&#10;MehCiumjw/WTUpy+45a/EtGzUIffodd4T1RtO8O20BGGMQzntS3Fz9pkP7zAzzgVzUWqXOwrG3y5&#10;646VM/iK6swF8xTnrxmvracYxVj4Kph69So2upuG1glGTMTjtin29rp3mCSS4IA6Ad65+bxLqCrh&#10;MAE5J21EPE8obeDub3XiqlUUXYhYPEnfWmn6BcANcXsYHH3jip76+8OaHAI9MuYp3bnCHOPrXBHx&#10;ZfTY2wxqvTG2mnVdVMZKRqAf9nrWcoKTu7l06NeCasjvdK17R8reavCWRT80Sd61/GvxB+Heu2MN&#10;l4b8LfZpUGJZSPvV5JL4r1WyjKSKGU/7FW9D8Xsu+RoMllwcp0qVTozqK+jRsljaWGlFJNM3DJE0&#10;hhVsZOQQO1RXQhWIABnes1/F8oZmjgA4xjb1qGPxS0rAbQGPqK3binucUcLiFrY1BNDGoSQAeu4V&#10;cs7fTrxcm5PXlRWC2r3s0uwpHtIxnFD65fwSfZo1Tb6qOabnoV9XqtabnYWHhG01KdLeyQSEjkAc&#10;0+78MR+H7krcQBSB0Ncvp3jbxNpEwvtI1HypU6YUH9KdrvxJ8U+IpvtGtagkkp+8SoH8q55e05t9&#10;DSVKpKgope9fvobN7qEChooo+pxnHFUWuJmAjJAGeCRWUviDUI4GVrhcNzxg5qnB4uuEnLbskDjI&#10;4qm4U0kZfVK823Y6KWx3na0uT1xUthdS6WS0EnPfI6iuPu/GGoW5M0b8t3xTdO8U6ldsWmYbcelQ&#10;q1KU+SxsstxSp872PQLPXdOnuGF9GVJB57VZ+zadcEPYXO1T95QO9cC+v3aHdG6fXHWp18XajFDj&#10;7b5ZHZUofLd2JeHxFlax6BdaNpRsPtEt4gGfubec1nXVjYQQAwIsmTnIrh77xhrFxH5cd8WGcnIp&#10;IvF2vQxbBfA8YA2iojLlfVlTweJmrpJfedzDbm4iCKojYdS4AqG8sViYFWVyOtcW/jbxE5VGvM7e&#10;gPaifxtrtuR5FymV55UVTrJa6kf2fiWrJK78zrTZSy4LPsHoBVoOIJP9cxA964o+P/EV2u24uQc/&#10;3UFJDr2qkFprwqO2Kcp86RKwOLh8TSPQPtlgw/eyKNq8kin2viiy0uTfbMXIXGVFeZN4j1EExvcO&#10;VPpUf9u3sXz2184/2Sayk6aWp2U8JioNOLVz07UfiZO6vC9u5GMAEVn2PjK5RWWOMhXb5hXAL4r1&#10;qWXY1yCCfulRV1/FeqwRA+aqjoMIKqlUwzXux0LrYbGuScneXr/wD0JPEFkYB5kbqxbr2xUd7rOw&#10;K9rOCCPmwK4BvGOtiHY938npsFNPivVCd1tK3HXIqnOmndIwlhsdPdr+vkduNfmyMtgH1Nbmh+Kv&#10;DqYOpnLjoQOB+VeWya9q7ruJdu5UqMU+HxBcoDLHlJAOjClJ8+lrBHD4mm+a6f4nsE3ijRg3mWd4&#10;OOgCY4rb0fxfaG0E7WkzoekqoxBx74rwCbxnr1wdsl8OBgBUA/pVyz+MXj7S7CPSrHxPdRQxbvKi&#10;RhtXPXHFQ5Q5LczNqeGxilzcsb/15HuUnxA0+Qt9kPA4GHxzVS7+I+rWhKW2oPsIyFDZNeEf8Jvr&#10;oZpXvGLP1J7mi38Z+IUfm+bkY6CnSxU6crRkzHEZViMRBucIH0Jo/wAT9RuYCj3oLLzh1HSlufit&#10;rsZLRaunA6AA14RB8U9S03SLrTHsY5XuShW4I+eLB7due9UbHxtq24hp5efU10f2vWU+X2jOP/V2&#10;Xsr+zj6nvQ+OPiO24+2eZn271LbfHzXLV9xRS3pk14Nc+MdcZSkV3ICR7VHB4v8AENo4cXUrMe+K&#10;2/tmvT05mc74cc/etG57lqn7RXjGeYCDZGp4DBKzp/j58RpJxNLrT7R0G0YryKXxh4k1BCjXUig9&#10;eB/hVX/hIddjBhe9ZsHgMKt51PRts78PkygmpQi311Z7zpP7SXiWzjI1GKKb/axgg10nhj9o2wvZ&#10;hFr0MiRk/wCuAyFJr5fHijWlXCM5IPU4NP8A+E58TFCizvtxyNo/oKX9vS838iqmQ1HK9NJfM+z7&#10;HxHoVzanUINdjcMNy7JOn+fSqUPxFtobzyoNWmxnG6NiMn86+N4vH3iS2/cR6hOgPGFkIqw/ijxL&#10;LbeemrzjHfzDmumhxKrNcrZ5+J4VxEpR5pRSv2Z9wxfE2+tLbMestgdctVWb44arpriSDUt2OQHO&#10;Tmviaz8X+LUfMWv3Jyf+epqSbxv4qjIkfU7lmHcyGrp8SWV3AjEcK4qpPljUS+8+3ov2lfFd3Hse&#10;VcDj5FAFRTfHnxDenzHuEXb0C+tfFFt8SfHO4hdWuAp6gPUV3428YOuz+2LnHXh6lcR0rc0abJlw&#10;xm1SajUro+5tP+PWr2qqL20jmU853cmtWz+M9zP+/msreKI8Bnevz7fxr4uEgaXU7n6+YaW48WeI&#10;7pcTavdEZ6GdjSlxRFrSDOqnwfiKdS86iaP0Mb4zWSAqklqz4zw2c1Wm+NFxITNCtuIlI3MGr8+4&#10;fEPitvmg1W7AHUiVulPj8V+J1jKJqt2ATyvnNg1nHiKcndxZ0VOHZcvLFxR97n47hpWVkgkAbjn/&#10;AAqC9+ON6HD2j2xwRlGHFfCCeNPGdqCLXVLtc9SshJqJvG3i4Dy5NWuck5OXPWq/1p5XrBnE+EMT&#10;NO046n3lN+0TdWq757a2LE9n6VDd/tGajcKBBbxR8YZgc18LxeIfE1wQJNVnJxwTKeKnj8R+MLfP&#10;ka3cnjoXJrojxPVauqRxVeDsS/d+sL7j7Eu/jHrGqzFhrbKAeiECtPRPi7rdiwZdS87nlXAOa+HU&#10;8TeM4JjKuq3O7uRKakj8W+PI38yHV7wFuv7xql8W1ZKzpMqlwLUpVOdV0/vP0J0P9o600m7B1nTo&#10;/wDe34/St/UP2s/CE8awG3jJ6nfMuBX5ty+LfGk65vdSvX9CZGqvPrHiV13NPNjH8ch/xrKpxA5+&#10;97N3PYwuR4uhFwdSLT/rufo/H+1V4athkCzbdnIjlzt96z7v9p3QZ5TcLDbSpjIKTc1+daeJNaVP&#10;KNxKPcSGmP4q1lQQtzMOeP3hrOPEkaa5nFnTU4exlePLzR+7/gn6BT/tSaWrFYdIXbnhvtApjftL&#10;WDRmObTEBI+XNyMH8K/P0+KdZlb/AJCE4/4GaeviPU2H77UJvqXPNax4vvpGn+J41TgTFSd5Vv8A&#10;yU+8U/aCumw0ep2inzMiFCDhfzrY0b9oaEyGLVhbMrDh1lA/Dmvz0XxFqaHfBcyD3DnJqKbxLra8&#10;m7nIP+0aylxbKN5cjOqPBNdxjFVEkvL/AIJ+kN58fvA1vIiFo3J6fvkwKhv/AI/+ErJQl1bqhbow&#10;lTke3NfnJHreqSkYnlJ9N5q1/aOuMN26ZvX5yRVU+L68toNmVfgmO3tEr+S/zP0WtP2kPhmYMyau&#10;qvx8jOufp1qnrn7QvhbYTpaRtITw07gDH51+eiajquSWdxzzljTD4g1yI4S/kHbHmGtHxhWgrumc&#10;74GlVjyKqrLyX+bPuy4+OF1fHEWv2kEYHztFKuB+JPFadv8AFL4dixxqfjCK9mbA/wCPkbc+nWvz&#10;9Or64QzNdzkPwRvPNC3mulf3IlYdyc1nV4uxFdfw2vQ6sHwRTwMnJVU2++y/Gx9s6z4p0i8u3kju&#10;ocN/qwrjGKqW2qWMrGOG7i3d180Z/nXxpBqfieYeXBPOP91jSi98RwyF5dTnBHYyHIreHGeIUVai&#10;7HBU4AU5uUsRG78j7PtvEUunS5ttZETeiT4P862bH40azpG0XGsRzL02zMD+uc18Jya/rZcN/adw&#10;PcympYNe1uTj+05yPXzDVw44qTnb2X4mX/EN61Nc31hfd/wT9EPD/wAfPCeq7LPU7+C2lbhT5oKn&#10;+orYu/iH4UjjVpvFFmoJ4zcLz7V+bb3es7vPF7MMdTuNV7jV9dlO06jM3t5prSfGlSkruh+IpeHk&#10;q7/3lfd/wT9KG+JXgyE/vfFNio9ftSf41LF8WfBknyx+J7JuMZ88fSvzYsRr14rL9pnOOwcnFSGP&#10;xJaqN11cKvba5prjHETSl9X/AB/4BC4AVNuMcWk/8P8AwT9IZPiJ4cSTaNctAMf8/K/40p+K3gm1&#10;RhceJbFQRnLXC1+bUt74jiO5b+649ZGpRfazekC7vZSenMhAqZcZ178vsNfUzp+Hk6T53irr/D/w&#10;T9Hh8Xvh62GXxjYHPbzxk0R/GzwFE21/E1koz1NwK/O25a6t7VZftEu7uRLxjH86y5rvVZtxa5l5&#10;HA3mlV4zrwVvYXfr/wAAujwB7SXNHE2X+H/gn6Xf8Lo+GrodvjjTc4IGbtar23xX8EXcu218X2Ry&#10;eCLlcE/WvzZt7HXp8IhfnvuNXIdA8Yg7Yp5Bg9BMaKfGONe2G/r7jfEcA4ebSeLSt5f8E/SRvHHh&#10;iWbEXiKzfHULdJ/jUVx8WfANrIYb3xVZoyj7rXA5r85LrTvGloAs186MR/z1PNZ14niaJv395Ic/&#10;9NCaK3G2Lpr3sP8Aic9Lw7oyndYtWfl/wT9J0+Mfw8nfMPi3T2CdQLhRzVh/i74BKl5/GOnRjsTe&#10;L/jX5m2yayo3mRiTyfnNPk1HU5MKYQdvqxrL/XrF8ivh/wAf+Ab/APEOUpu2Kuuui/zP0luvjR8M&#10;LY7j8QdOyf4RdDFTW3xe8DXEQnh8WWTrxyLtf8a/NFpL6WQKpK5PTmr8VpqdvAJEvTx/CJCDVw43&#10;x0/+Yf8AH/gGVfw5o02nHFWb6Wv+p+j8vxr+HdrGBceNtPQHgk3Cmkh+NXw9/wBfb+MrFlB/huVI&#10;FfnGtvq1wMm6Cgj7zMTSQafq8bkfbW2Dq6k4rVcY41v/AHfT1MnwDR5f971X93/gn6S2Hxs8F6lJ&#10;stPFViw7lrkDj8a2tP8AjF4F2eRJ4lsd5OB/pK1+XM0l5BORHfSMCeGWQ0+ObWmBMF5MQOoEhrJ8&#10;XYio+X2P4nbQ4IrUJc6xV794/wDBP1Ok+M3w+0Z1lu/FNipHPFwDj9aev7V/wyhQ7/HFioVeS02B&#10;X5X20mrXUvlG/nJPGHc1ZutMvoU2tdOWxkgOTWbz/E1lzOj+J6lPI8VhXyxxKX/bv/BP1Cb9q74T&#10;XDEnx7pzZ5J+0D/IrodI+Ivwg1zQ7jW5vi14eidI98UEuqojv9Oea/JCGC8lfb9qYYPrVhtPvpsR&#10;R3bg4/vEis5Z9i5L3KVvmbPJpc/72vzL/D/wT9O9S/aG+E+kyBLn4gaYSOMQXStj8jVSL9qf4MzM&#10;y2/xCsCw6qZq/Ma80vXIULidivdgxqkum6zcsTBM3Tn5qU+KcdTsvYXfqRDhSE4trFJJ+W34n6fD&#10;9qr4XNN5SeMrPlsEmWrTftLfCoQmY+PNOAB/5+RX5c21jrAYmS4bK9cuc0ss94rGJHkIzljmh8X4&#10;rl5nQt8zCHBc1NqOL5vlt+J+no/ab+Fk3MPjayyTxumGKrXv7S3wvgBnk8a6eFHQpcA4r8yFGozE&#10;lbhyB1G+g+cg2zXDA545NL/XPFR/5cL7yJ8CTqOzxj9FFf5n6a6f+1Z8GLsMo8dWu4cfMxGfpUr/&#10;ALUvwfs3VpfGtkAeo8zk1+Z1rZTyr5n2iUqP7mcio57mK3H73fk8As3WtJcV4yMOeVJK/mNcHXly&#10;QxDdv7v/AAT9Oz+118EmG2LxtZKQOjSH/CpLb9sv4Qo5jk8e2Cgc7mk4H41+XkUlrKd3nvnHI3U2&#10;5uoEby13Eepaud8W4jl1px+8648G1lNKGIkv+3V/mfqHeftmfCCAef8A8J/aSIRwYm3GopP2xvg/&#10;dRB18b27DH3S2DX5p6NoM+qwNLDebNnTJNLPpMmnuGlufMPUgMeldEOIsw5FJUFb1Oapw1LmlB4u&#10;Tf8AhP0usv2s/hNMD5Piy0ye7y7am1H9qf4UeTth8Yae57hJgTX5hzW1/MTJbqNhP97pU9not46A&#10;7wrf7UmKmnxTmTnb2C+9nPPg9qGuMevTlV/zP0ntf2rfhJHu8zxfZArnKtKAakH7VvwWmwG8a2CA&#10;j+KYDmvzbi8O3zOTMUIHIJfNK+jxfdjhDN/smtv9ZM0bv7FfeznXCMIx5XipP/t1f5n6T2/7UHwr&#10;eRXs/GOnyBTni5GcVZuv2v8A4SQwFbjxVaLj7x89TX5jXmmXdqMmEqPrTrW3a/Ihtxlx13Sdaznx&#10;Nj5NL2Kv8y6fCFSinKOLfK/7q/zP0Zuv2xfgsimePx3aEqRlQ/NFv+2h8FoUFzL4whcH+EHnNfnf&#10;HoOqBm823QAdOQaa2kzxcSII+OdxwK0XEubNa0Y/iQuEKMZXWJl9yP0Q1X9uz4X2sY8vxFbRow4b&#10;zs4rl9Y/bM+FeqnfN49hIPZfyr4OGlq2WMyvk+tR/wBjG3k3XCjB6FTmilxTm9GV4UY/iOvwNhMZ&#10;Tca2LqNdlZfofcJ/a1+E4cMnjAjb/EENKn7YnwmZth8cEH/dNfFEPhu+uQBEr4PQDPNSTeCdWtov&#10;NnhRPYvzXQ+MuIL/AMGJ568N8hirPE1E/Vf5H3DaftY/Cx2D/wDCfQ4PZzV9/wBsv4T2UOG8cQsF&#10;GAEbmvghNI2naqc+uaW40MpEXZuewCmqlxfnE460oGlHw9yyjP3cVUt6o+70/bT+Gt389r4uXOeg&#10;ODRF+2H4LucxnxQF5+80gr4FhsLwNsjtw7ZwMgipZ/DPiEoJDbFQe4bpXO+L85tdUY/cdUvDvBSl&#10;/vk0n5o+/wBf2qPhsE84+P7JSOsZmwa7L4WftE+DPFtw8Wm+J4bho43kdYnHCgZPJwM+gzzX5mWH&#10;gXxPe3qwQxtIzHhQea+xf2Z/gkvw18LLf6u+7UryMNLz/qQedo/qfWvluJ/E7NsuwTg6UVOWkdOv&#10;f0R+4+BP0Z/9euL6Uvrc3haLUqz/ALt/hX96drLtq7aHruv+IL7xVrFxrupP+8lI2IOiIB8qD6Cs&#10;t7pfvbeo9MVPI3l4K4IA7VVu/kRWB4r+asVWq1pyq1JXk222923q2f7PZfgsJl+Ep4TDQUKdOKjG&#10;K0UYxVkkuySSK884kfK9DjIqtcO0K7wpOTwKlPXA5GabMPNURyR7hjA46en614Mpc9S8juxEWqL5&#10;dGSLDm3DY+bftPHU0yWMA4cjGe3Skshc5FuA7FckEDk4BJNSOXlYZX0AUdabUbX6k02p0xj5V8Af&#10;L61Ks0kcaqu0gE4Vl9aWa1MdrvZSrq+GBHQcfrSQqrKyeWS5+6xb7pBp8k4VNrNlq2vUYkhiYSfK&#10;SOgccGmxvvc7iAevHFLIpZd3HB4A7U2KAGQkA5I545qLPRWCTn7RWJonWPnJJxnj17VNNcxyRqgj&#10;UjaA3Uc0y0jikjcMcEDcB2zUYUKhMg5PABH611QdSNJJbNDajKWu4hKBiV9OKTaCCdtK0ciAMy4D&#10;DKnHWkwQu7t2ya5pK97o193oLgA9Pemj0Jpc8HPr2pAeeRn61jZp6A2IyqDuHXHalYDG4c56YNK6&#10;lQAyfeGRnv7035uAO1D00J3eg7awwenPepYt5HEec8fd6VE3PBxnFWt8bWighhIG5ORjb2967KG7&#10;sKbaSIpMJIA3IOcYpqYBII992aVJBv3SLuA6n1pu4sS6J0Oc1o3HcLNaDW3EDI4I4NI/yih2wPv4&#10;pVTeAePxrik3OWhT7ETHgNilkQbduMc9qcSp4I4pJEEgAA78mpTVzCVO8HbUqXIdbaSKM7lC4ZQe&#10;T70mjWWpW0nnW8UjvKF2xqeRjv71LdQrFMG4bLYBNWob0QSwi4ImjXlY5WO336V0qTS5e55H1WEs&#10;Q5y0cdF5Xvbf1tbXuVrWO302GG0NxGwkjJKhD5ituO0MSOeD0HbGeanjlAzHKrB17HqKztTe2BWY&#10;yOkqNxJG3Ixz2qHXPFWnaZp8WozSmST7QFmkJO4bjzkEc+uRVKE5tOK1MIY+hlnPGpJKEdd+np3R&#10;ss+47mrJ8Q3EMMcm/c+YWXyo+rcdK0badLuBbiE7lcZBFO0Pw/ceKPF9joFpZyXElzME8qMdPQnP&#10;QA9fas6KlKtqdmdVksu54tWdtfLv5nQfBz466t4yfSvhH4B+GWr6vqOnWdrp8EOnwGRppAgU4Cg4&#10;56noO9fUH7cWnfDP9hD9nXw1qfxDuPP8b+J5cNZRSAi2jVQZAo77SygnuTX2R+xz8EPDHwk8J6Ro&#10;fgrwTaaW50iGXWprC1VGvbsoBI8kmNzYOcDOOvFY/wC0j/wSy+HH7d/xZs/H/wAZfEOtQaZoNiId&#10;PtLXYiNkkuEYgkBsLuyOSBgjFf1Ll3GOYww1ClKajCnFWSW9kkkz/Fzijw7yypmuYYpNyq4iU3dv&#10;4eaTbcdN9dL3Px7f9vbwOXDLp1wee4AqCf8Ab08Jkkw+H7okj7xbrX31+0J/wbm/DWVtY1L9n/xx&#10;eQzrbCXTdJ1dUkV5e8fmAAqPQnPXmvzG+K37KPir4OeJ7vwn8Q7o6PqNncGKW1udqFSP97t796+1&#10;wfF2bY2F6NSLfofhObeHOXZTJLERm4vrzO35Hcf8N5eGUy8fhu7bJ68VYsv279OuubXwZdEf3t1e&#10;OWvg/R4Ztq+P9P34/jdOD+FTp4R1q43JB4705EP3THOgz+QrrnxBxBZPnX3I+dlwvw5T2g15uUv8&#10;j2y0/bbS6PlnwZeFc/eGTVmL9s4GbyYfBV/k9AD1r5+uPDfi6xl8mD4jWCt6y36IKqy/8JzYzeUn&#10;j3SXHcpqyEg1lLiTPIPllNfcjJcJZVWfNT/9Kn/kfRjftpX1gTs8C3YI4AaXFKv7dvii3II+HUsg&#10;PrNzXzlDZ/EW/n8uDxjp3POTqUZBro9O+HnxkULOnjLQfLIyA+qQ5/ImiOfZ3J+/PR9kjanwxgaC&#10;0t/4FM96h/bu1iaHzD8OZ1c8EFyQKgm/bw1K2PlzeBZ0PUbpK8N/4Rn4smdoY/Fuls+P+WWoRhR+&#10;PSs6fwH8SprovqvjGyJz1F/GQK6nmedNe5L8EZf2Hl823OSt/ike+v8At8XsY8xfAdyx/hCnOams&#10;v299amP7v4a3S55Du+BXhel+BtVtrkXGqfE3RoAP4ZtTGPx2g1v/ANq+H9Nh8nU/ib4TcKM/LdSs&#10;fpwtclTO88hK05pfJEvIcLTjehTcvSUvyPZLT9trW7qYNP4REK57S81a1/8Abfk0+MNF4Zc8clpe&#10;teAXHi74bX12qL400sDo3lvKEz9SK2tM0v4a6uCLn4ieF4lPQyX8mR+lR/becLaafyRyrI/f5pxm&#10;l1V3/memW/8AwUCZmPm+G4xzxum6VFdft93dnEJW0e2WPpzLzivJNb8J/DSyu9ln8UvDrqG/57sQ&#10;f0qxY+DvAN66QW3xJ8NXG8coC4x+JGKmHEGcOry86+5GtTKsth7zjO3rI9D/AOHi7PN5Z0aHYD1V&#10;m5rV0v8A4KAvO3mR6RAR/ty4rzjU/hb4EVBbR+L9DVivWF2P9KZpv7MPw91BPt+o/GXTbXPKogJJ&#10;rqnm2dw050/kjKGD4eqT+3B9LuT/AOAfTfgb9vb4eSaEtxq2nbbwHBh35X65Fb2rftwfAzWdEMGo&#10;+HbPzNpLtNGGz+Yr5Sj/AGffhlYEG1+MaOTgZWInH1pI/wBnv4eKxnk+N9mMjo0TDn8RXymPy7Ms&#10;biPbzqS9Oh97l/F+Gy3BLCU4xelr9X6ml+0J4/8AhD8YdPv9KsvBdjavIpFrf20ZV1PY8Cvld/2b&#10;/Gc1xssfFNgVY8PJK6kfpX1DD8GPhJbQb2+MtnNJuwUVT+fStRfhf+zvbwp9s+LJ38EhF4/lUY3J&#10;6mZqMqqs1pdK1/U4Ms4vx+VTnClPm5nf3ldfK7Pkqf8AZz+IFkwRvHekrnoBeH/Cr+nfs+/E6/db&#10;a68e6aidma6LDH5V9STfDL9lS7A+0+NJ5JlHD7Tg/pUdx8J/2dxEZ9P8YPkHgGUrn9K83/VJJNSb&#10;PRxPinjcOlzxfyhf8j5wvv2QfH88Xm6d480a6OMsplK/zFQaV+xN8ZNYkKWd/pZIGcrd9f04r6Ut&#10;vAf7Nckix6j4kuY3A+/HMxyanvPBH7Lmnr5sPj/VlbjIRs/1rkqcKzi7Rkwp+K+Pdv3Uv/AD5mP7&#10;Gn7Q2kT+U72C8ZGLwH+lUNZ/Zq+PGmIZry0t2Tu4uQRX1K2m/sqyQY1P4layx/hIJGKrp4I/ZC1C&#10;EsnxP1RG3fLvkOMfjVLhSSlrI9Kn4k42ok3Rf3Hx5qvwY+I6Aos1vNIOsMU2SP0rMPwW+LKq00uj&#10;yxqp+82OK+z7v4V/suhVGnfEu/kfI+7jkfpT4fBv7NumRkXfiHU5hjDKH+8K7IcKQcd2N+KGIpVu&#10;R0r/APbv6nxI/wAP/iFGBEsG4jsrd6WD4afE6YgtpUw9yOK+2LHw3+yi07On9ophuMPzWi+hfs2A&#10;KYLrWAoPqMCp/wBVYPWLZjLxXxdP/mHf/gNv1Ph63+E3xRfdt09hjoWz/Sq958NviWr+Q+mSkj+6&#10;pNfc8Gg/s7RyGePUNQx2D/8A66sSaJ8D7obNO1GdST96RMEfrVx4Uovds5p+LuNjJtYfRd1+R8JW&#10;/wAH/iY2PN0aZcj+MYrSs/gH8Ub5sQaOxJ/2scV9x2vgL4WRypJNILgZ+bzHPT8K66HRvhPFYiPR&#10;tEt0lxgESPx78mnHhulF2d7Hz+N8bMfGSdPD/wDkv/BPz1/4Z2+MCDMmgTKvrk4pIvgD8R5H8s22&#10;CTg59a/QK40Pw8/7pbSNweD+9OB+tVp/h74Zhw0NnCd3XaxP9a3/ANWMG/tHN/xGrMpaOml8v+Cf&#10;Cs/7Mfj2K0E5u7cORzGcgj9KZZfswfEG9fabu1hA6tJIcY/AV93/APCvvCWBJcadGfYk4x+dRXXw&#10;68J3cpSDTgq+iMeat8J4bpIdHxmzJPW1v8J8O3/7LHjWxt/tH9t2D8ZKozf4Vz8/wS8dQTmOGOOX&#10;BxuSSvvqb4IeHLwc6bcbf4trHGKfafAn4e20Jf8As2V3J456Vl/qpSjLc6X42YiCvLX/ALd/4Y+A&#10;H+DPxDiG42a8es1Qv8K/iEVJ/s0n6SV+gM/wd8IROFHhh5Aw4JOapXnwW0AMBD4ckUei9qVThbDQ&#10;d+Y1p+NdV7wX3L/M+DYfg/8AEKU4OnAHH8UoqT/hTfj4nElmo9AWr7li+B3h6G4M8ui3AQ8gmLvV&#10;uP4QeCXYmfSblweoVSMVMOFqNRXUjX/iMtVu6St6f8E+C2+DXjkAsbZFx6vUUvwk8aoQGswc9w1f&#10;fT/Bj4YmELJbXqtnoYc8VC/wV+GxcLb2t84/izCBWseFKFviH/xGaqt4/gfCcHwR8cXADG2RVPcv&#10;U9v8A/GE7HfcW0fHV5DX3GfhP4FtyBJpl849AgHH4VUu/hV8P5puLHUowBwqqP8ACiXC1BLSQ4+M&#10;OLm9NPkfLNt4X8VXEirLagbRjinzeGNYjIEkYAJ9MV9kWn7KFwilb7S4o25I9B78VYt/2UrDfm4W&#10;2iXOF+Y5/lXuqT2aPDh4k4GrUcFo+1j4v/4RXUreM3EoYr16Utvoc11FtWNj2O4ccV9vWP7IHhW4&#10;cjVNRiQE9FXP8xWuv7IPw7+yfZ7Vmm2jOYogDW3NQjuztjxxDlacVf1SPg6LwfqtwTBZyRpxxk1S&#10;u/hvqccxe6viG/2EzX37F+yt4d06x87TtBhlcHGZYSWb8elUW/Zo0q6mEM3hyxjc9AxI/Opvhaiv&#10;c82r4kU8PX5JRt9x8Mab4FuJbhYvtUikngsmBWlq3walOHTWfOHfYnQV9zzfseaTFAlzJokTtjt0&#10;NWNO/Zh8P3CeTNocMO04Hlf1qFUw7VraFf8AEQa1XEqnCnJP0Vj4Ws/2drW+tlu11QjOMjoRVbUv&#10;2fZrImc3TTIDyqNk1+h9v+yj4Ss7YSnSo2Y9Mrnv3rO1L9nnQUjdF0u1jQZGViGTipvhJvSJviOO&#10;q+HT520z89G+HllYjyrTQ7lieC2DWvo3wi1CVRdx6cG9EL8ivuOz+A6TI1laWUHk87l8ofrVHUv2&#10;YJbdhJbJBCx5woxx9K2g6EJ+9E82n4k0sZB8l9N3ufF2qfDOdYd0thIp9BHkCsOX4YQM3nNclCDg&#10;hkOf5V9yv+zbqclr5924KZIUba3tF/Yp8R3uh/2xa6fE0RXdghckfjWdWvQuuaFkFHxHXNKnSjKU&#10;lq9NfyPgS2+FNjt2vcyezIn/ANanp8KzK+zExj6hiuK+6P8AhnGEW8kflwF4zhk8gE5+oqOH4BaH&#10;byRy6toXmwqfnUfKD61TqU1G6hcyfibVclaL1/D8D4M1bwJJYyGKK3neP1Rag0/wPa3Dky2VyABn&#10;94lffF58CPAB1P7TpOheRHgZgf5+fxq7cfBTwhOAj6RaKccbLcAj9KUbN3cbeR0/8RQpQiouDv3v&#10;+h+fF94PE7/Z4bGfb2fbinW/w0gtYg980yZ6ZFfeN7+zR4S1EDy1VCSekPSs+9/Yx066cTL50iZ4&#10;KRZxUVpUaUeZq7+46JeJuHjBcyaXlq/wPiaPwfb5EdtE+CPvMlV7vw3r9nIEt7Uyr2IFfcn/AAyV&#10;oVkEjubZ8DqXjAzU7/sy+EraMtLpCso7gVlGrOpHSNvmc78UcNHX2cmvQ+Gbbwjr8qiS5ghjU+q5&#10;IqG78EaoLlVjuBtY87Y6++9M/Zj+HGonFvoMpdR8zlN1bumfsp+BLVRerZW7Ff8Alg9qCfyrKriJ&#10;U46x/Eqh4nKtJ8lF2XdJL79T88G8MaPpihdQtZHPHIHWoJvD+kXCltP0yYtnnANffviL9n3wyb4Y&#10;8KWSq33dluBmtLT/ANnX4Ww2ay3WjKJAoJj2jBP5VhUx1dJWpaGdHxPwdVvmTTXeVkfndaeD9bmu&#10;BHb6DI0fTcUPFdBF4EmjhBm8POePmO0197p8E/BlvAzabYWKNjIGMYPYGqEnwg0pVJaGzLkkAMma&#10;2o4ypGOtJir+JtBzjGEfx/4J8JTfDrz5M2ugzKD1IU8U2f4I6reMXS1lUdcGI19+ad8KfDdtAXNj&#10;C0oHAEPyilPw/trgKZbC2XH8IjA4/Kt/rEpv3qRxYnxPrYanzqNvnc+AZPgtf2iZaN84+6UOc1g3&#10;PgHUYbwxz6VcD/cgzX6Q/wDCi7PWLf7VDa25I6qE+aqUHwP01pQp0uJsZy3kKMevNaOWGqq0dGh4&#10;bxYmqfPUpN32/qx+e6fCySaMSSWEz/7LxHiqd58ONfScRWekhU/vCM8V+k2gfs/eE9Y1MWWoQRAt&#10;wjFVwD+VdP8A8MNaNNbPqk0MEhByIiqqDXFXxeCo1FGejPYwHiJisfS9rQouUV57H5caf4F1lWC3&#10;elYKnuhrRuPDU0kPljSRkDGRDX6deHv2PPDr3BW88HWMuWwQecVs+JP2W/hLodiDc+E9PR8YZo4x&#10;kVg86wNKp7OKcjvp8WYzEUHWnR5Uu7sfk4vg+GWZo5dPlQk8bY6J/hheOweCwmIH95a/Ti1/Zs+C&#10;Op3DyNokasBlP3ahT+Nc9qHwE+GtpfSQxeHYX2sRwQQf5V3Uq+HqrWLPJr+J1PDRjNx0em90fnIP&#10;A1wX+z/2Zg55LHpUx+F2nOC8sc6sBnAHFfofH+zf4FuiZbbw5bgt/ehHX60zTvgL8MbfUxaa/wCF&#10;QIt+HkhHI/CtYVMNNP3b2Jfivh/aRXK1f8T89U+Hdo9ti2hkUj+JkrOv/A1442W0ykr2K96/Ti+/&#10;Zu/ZaIAi8PTy5535Kn6Uqfso/swX0e1bGSAMOCsn/wBauSrjaCVvZv7j2KPH9Go2+aOnmfmNZ+B7&#10;6IhtWi+Uj+DipJvAMDsJbfT2ZR1OTmv0Z1z9j79ne1ikubSC8vCD8ubjgfhisA/sqfBi6VhFpl5E&#10;x+4sdwCD9eKmniKdVfBp5nJX8TsDh6yi3dv+XVfgfn9ceGfLfFnYfMBwMc1DceBfEF5++WwkwPVT&#10;iv0Bg/Yu8IpG1zC9wEJ+6YgSKJv2QfDjARQ38xPQq0AGKl1YSuk0db8RKVOKkqb+Z8GaR4G10EPq&#10;OilkXrxnitObQ2tFBtPCszjHaPvX3zon7FHgq4t/+JhqpDg5xtA/WrOq/sh/CeytfLLySyDgtE+O&#10;/wBKKeMpr3IvU5MR4gUor2tSm1Hyf/BPzqktdfO9oPCs2BwcIDWfLousXjnZpzwsfvK68fpX6FSf&#10;sieAnR2sluVHYM4Oah0b9i/4favf/Yrq8mjLHGVUGrnVtG8paE4fxQy+pNQjTd27L+mz8+LfwNqi&#10;ziWSLJJ6NwKu3nhTW3iA8ywjGO45FfpNF/wTq+E0OGvtUu346bFqpffsNfs3Wj+Q0l55g5Lb1wOf&#10;TFcH1+gk4002e/W4zjStOtaPrY/Ne18BzXNxi41CLI6FVwKn/wCFd3Hm/vL4EekYFfojefsR/BLz&#10;dml3c+3vvsw2D+FZmrfsNeA40xp10xZu32Uj+tdMMRhnBXWpyVPEPDxvrovT8D4Ft/B1rBKPN3Y/&#10;6aHrS33htWKrYeWrE4ICZr740v8A4J/eBLsGW61NwyjPNuQP1q3F+xX8I9JkJvnklVf4FiwTz19q&#10;mniKcnypGdXxAwdOCqu9vkfnvN8PNQmYLJLGVIznJ4pbX4bXEWXeaRiOgQ9K/S7w/wDspfAS6Ty4&#10;/D25x1809fxFaMv7KHweghe4g+Hdv+76SKGNZ1quGp1VeF2FPxDp1cO503eNj8yIvh5qTSiUC5AJ&#10;4GOv6VYvfhfr15Kv2PR55WAGSq/zr9E5f2W/BV5d4s/BzRqrcgKcY/nXV6J+yb8ObCEXB8EFxt+d&#10;mfg+tViMXRpU/hvc5sv8QnjqzUabVt7n5ft8H/FKoQ2kXAx0VY8nP4Vf034LePZ7XavhmdEH8b2z&#10;Zr9N7r4DeA9AH27S/BqxrGcs3OPxzWpoD+AwRZ3Wi28anhlEIIrH65XVPnp0r/MvEeIeHpYj2Epc&#10;sntdOx+Y2mfs4/EKdftLeFnmQ85WE5FXU/Zz8eSuUsPBF9Nn/lk0B/pX6f6joHgmSNUt9Fj2qMoY&#10;xjv6VYttb8F+H7JbGTwxD5uCVlUEk/X3rKOPx/JeNFFVOMVT96tVSXl/w5+ZFj+zn8Q7YrMnwT1K&#10;Qr99EgYAj6mm6n+zf40v5xv+EmpwM4+VFiYkH61+lVnYv4o1lItPdoELdB0P+Fd7a/COaCA2upXt&#10;uitgqWuFrmxOdY6iuVwj6G+XcULM4OpRcrLrd6n5Gax+x18c9I8u/s/hNqLwMu4Lt6isHU/gP8a1&#10;Tn4SXUA6fPEa/XzWbWPS45dIa9WRBwpE2Rj2rmD4KgnjkaOz+0M/RGXcPrg1z0M1xU3acbJ9jfEc&#10;WV8PbkSm13v/AJn5UaZ+zL8Z9SO0+BL0vI2ERICefwrZtv2IP2jpWBj+GOoHcMqrw7ePxr9GLv4e&#10;6l/aImt9NuUljcEiNCB+ldtB4N8VSadHcvaEkKMF1Jb9TXdi61WlyuFnc8vL/ETH42c1Ojypdkfl&#10;Vd/swftA+Grn7HceALmEn+Fog2RUN78CviVbxCTU/BM+R94LbMD/ACr9Q/EvhPV79A+p2KKq/dMU&#10;fQ+prJt/CctkonfLxKMkyQBvw5ruwuIm6PvK77GVbj7E06zi6aXy1a+8/MWH4LePbiQtpfhS8GDy&#10;otJD/SqerfAb4oC48y68JXqnj5DaOP5iv051VrmMkaZczQL0LRgKSPwFYOuabY6k6fbNRuZXU8tc&#10;4IH6ZrSsqjS546eRyYjxQxGESlCkm3tf/M/O6w+DHxEgKSXHgPU9o6P9kbmte5+EvjExKI/Bl+c9&#10;FFk279BX6QaJ4W8L6JbwzXGq2ExZQSFO4r7EV1ya7opsUj06xsoVKkb4owD9ScVyyzSrQXLCk2u5&#10;6FDjh4qHtKvLBrpe5+Tcvwx8ZWExWfwnqEbjjabJsn8MVpQfDH4oTWnm23w/1Bo8cSSWRAH51+hP&#10;ivwxLqt/JdLcQOBnYFTke3SsjTfB168hS4aVIxyR6/hXdSrYirBOOnc8Cr4qVVWlD2Cdttd/69T4&#10;Bf4C/FfUTu/4ROY7jkApipoP2UfjDcp5p8IzSL3UED+tfohP4e0j+xHtYdOZ5yP9a0Oc9eBVfQ4t&#10;KtIGtDoe+ZgQzSQnANZt4id2oHoU/E6pCKcopJr8ex+eE/7MfxVsZv3fhmWNum18Gopf2avi15fm&#10;SeHpVyOMx9a/QKw8N2/9q7zpskyxvl968flWhqmk6Rr2EfSpgqkZUHaMClOGIvy8ug34pqOH9o2l&#10;Lomrn5y2PwF+INvcmDUfDgJLYBkZVxUutfBHxVYIZ/7GtuOqCZT/ACr9CtW+Cvwz1LTw7+HLlJzj&#10;lpMqf61xesfst+C9YuSLZ72BAeofj9azw6q+ya5fvCHilF1l7Vqz7J2/M+DBoOtWX+i3Hhq3DL/F&#10;t70qeHNTuW3y2EaqOcKoAr9DfDH7BHwK1u0lHiDxVqQuAoMalsDPpwKuN+wF8HtHj/fx3MsOMmT7&#10;RnP6cVMcbShPkn+R9RLjXDSw6qwV79nf9T84brR1EoRrdVx3ROauroyfZwsE7BiMj5MYr9DJ/wDg&#10;nX8G9TDXujw4C8sk8zUug/8ABO7wLrurR6VpFjp53kYaW5fH41UMxoRTlIT4zwzcYRi23ttqfnfL&#10;4W1C7jBnjBwPvKmM1nT+CdWEmYYkx6uRX6Y+P/8Agl34h0GLboOkaNPCUBZo7ott+teX61/wTv8A&#10;GUL77jwzZMmcb4LtT+g5rWGKwOLgnF6mk+NFgqjjVg18rnxXp/hXUraHF1ptvMAcgiUUqaPrXmGV&#10;NPjKjohHGK+vh+wNd+c0L2UcDofm3sTV+x/YGndMvrMEUXd4rZ3H8q6ruMdjireIWUx95y38n/mz&#10;42GnyxyeZLZxx46oBjNVv7LM1y0kWkplum6XIFfcfh3/AIJ7eErm4kfXPF84GBsKWAAz/wACrVl/&#10;4J6fDqyzIniKWdhztFuq/rWUMR7WfK4W9Top8dZdUgpU9U/67n58X3hi9mnzLCFU94lzirFp4KaR&#10;fLtVuSx6nyh/jX3p/wAMZ+AbBmjN4ysB8qm3HJ+uKtaH+xBoPiB3WzspXIGB5SYyfwFVUhgaKdSZ&#10;hDxLwVer9Wp/Euh8B3PgjVooWKeYCO0nGapWnhPWZpvKuLVl3HAdY81+jaf8E8rK2l/eW8yv6TAA&#10;/Styy/4J56tbhZYrqCJG6FEVj+ua4Z18DVmnGWx3f67zoxalTf4H502HwO8WX1v9osri5Ix0jB5p&#10;n/CtPiHpcnl/Y7iRU6K8Zr9I5v2BNRt7UPF4plSXtGsaj+VcxcfsP+K7y+GnTapNFkHM3lk5/Cu2&#10;nWy1puDs0efU4/q07e2ho/L/ACPgOLTfEUM2zU9K289HyKW4Co5gn0yNsjA2n/61felv/wAE5xd6&#10;gtvqfjqZWJ5Bsunvya7Bv+CZHwT0zRHuNe8d3c98FyFjVQMY/wB2vKr5xKlLljG/yOyhxZhsU3OK&#10;sl52PzMk8JXmshlsYvLIP/LSQ4/lUC/DTXbS4Au5IMZ6I5NfoZa/sMfDi01Fora8uWhBwHmYc/hg&#10;VpR/sE/C+8uVkOtvbr/ESoOP0rX61RnaUoO4f6+04Jxp7H57/wDCBxQ2m6IXTOB8wjkOKoxaRq8M&#10;u22tbnKnq0pr9Jl/YQ8IlWXRNXluAoO0yQYDen3RXJaz+ycNOv20620lZpC2Avl9fYZrqp4rD4mV&#10;qcuVrocOL47jl8VOvC6ls7nwbN4d8SakPInjKejFs4qKP4VeI5Rtkv38v+8EJAr71tf2IPiJqD+Z&#10;YfDYsnd0KjA9eTWi3/BPX4jX0IaKxtLYMvMU10oNY18Tl8JfvKl2dGG44r1YXpUml6f5n58v8NfF&#10;NvIsdrmdB/Ft6VuaP8MvGEtsZV0SPGM/PDya+uPEP7DvxX8P3xgfQbVwWAEkU6kE/WnS/se/GXSo&#10;47s21oysAFVbpQR7GurD1cJdcrvfYdbjiiotVXZrfT8z46vvCXjJbr7INFtlfoG8sj8c1Na/DPxk&#10;z+bqRt0T+6PT8q+rpf2Xfi0L0b/BSyunQqwZR+tJqf7NXxljQtdeCwqAcbICcD8K7qeH55c0mD4w&#10;oyp+5b1sfJd54LlgmO64O0dRGpqOTw011D5EVlcnA4LSbQa+o2+B/iWwm3az4buAAMlUsmz9Kq3f&#10;ww3SlYfA13KAeB5R/wAKtUqUrqTsTLjCnBpXv8z5XHw38WXEuzT9MBXr80yk1csPAXjDRpTLNZhc&#10;joK+j7n4E6nczAweA7uJ2+6n2d8/pVeb9nXx9KjXEfgS9kVVPBikrjeCpUJ80Zfid1PjKniFyu39&#10;fNngxsVMWNR0tgV6+UB1rK1iJ2GzTtNmBPGTHXv6/s3fEG5bMHw8ulx1AgkrRtf2Y/iTKoCfCO8c&#10;Y+8to/NaSqRnC3MkNcTYWnO7d/K5806b4O8T6kDcLpx2L1ZgBU0Xg+dXaNy2W42gnj8q+qLH9lb4&#10;kTr5Vr8Nr9TtyYjb8frWppf7F3xyu2Elj8L5kBPykxqv8zWFqFJazT+ZE+L4Tfux+5HyIvw11sPh&#10;fnjJ4wWFbTfDXUI7EQ2yhGKjc2etfZGg/sA/tC61N5U3hOO245eeUAD8s1p2v/BN39oJr8wQaTYy&#10;BBkl7hVVvbJqlXwVNO0l95lLiutUa0f3M+DL/wCHWt2alic98gZP6VFZfDG/vzuS7kB/65GvvbU/&#10;2D/j/ot2FPgC1YDoykMPrkVb079gb9pDVIt9n4V09BIvGCARXJUrZfH3pyVvU6lxViFHlhF39D4N&#10;f4OapaQicuu0/wATHn8qt2/wJ166iWa3ukIYZ2sDX29e/sH/ALQ2iyH+0fDdrKuehTcBVK6/ZL+K&#10;QcRf2LCsmfuwrx/9auvDzy7ELp955+J4zr0NG3f0Pieb4Xa9pRKurZ53KIyQazL/AOE/iq9YSQaW&#10;zA9AEr7yb9ir4wXVuLg+EyFx954xg/rWbe/sefGnTF81vD0vlLyAsYA/PNGLo4GpFQVRJeo8PxvO&#10;l7800/RnxHb/AAO14oBPE8b8fJsq9a/Aq+uSIpYXh5/1rr0/KvsN/wBkr4jyR/brzR3twhwZHZR+&#10;XNJN+y54xiizuiZj2ZwD/OqpYDCct000c2I8UMNTqKNSryy7bHydY/A64tSbZfEClfRYTS/8KAuW&#10;fYdSyD/EYzivqGH9mnxmbnY+kHBP39ygVtwfsw+No490GmRuAMtiVcj9a76eDpVIdkctbxDpp80J&#10;3v6HynB+z5dRW++zR52B5wuBmq7fCG7kYpc6SYmB5cnOPyr63s/2c/HjsViVkPoHU5pX/ZO+IufP&#10;SBFZj8paQc5rWtRw9KldWRnhOPVXbnOV490fIF78LNWZVRLciMdwh6U2H4aazZHdaW0kmRyPLP8A&#10;UV9jaf8AsXfGuUmeDSbRgeebpc/zqxP+xf8AGwYM+gRtk9UfIH5VxQrYOentFf1/4JvW44nCWz5f&#10;R/5HxnqvhO8W0W31DRJFdvvMVJrJtfhUhzNFeSI2M7TG35dK+yrv9lvx1a3Bg1JbNGXqshyfypU/&#10;ZY8W6k4I1Cwj4AAVG/LpSq0ZVGpRtI56fiXldOLUqyT9f8z4+tfCvi21YJY6VLLHj7whJ/nU9x4K&#10;8VXiZbwzLI/YNHwa+ztN/ZG8WbhDL4qgRUxlY1JK5rRs/wBlKOSIpfeMJBIrbViFpyfcc1yv68tO&#10;U58R4m5bTtODTXz/AEPhdPhX8RdRPHhJo0HQiPAq1B8FfiJbxtLceGdqqOpBr7l1r9mDVLREi0zx&#10;5G/yYZWtyCvsTVzwL+wv4t8eM8U3xRs7VUYbkaJ2Yg9/pXHKeIpwc5tpeh1YXxLy/G11h6Nud9Nf&#10;6/E+DrH4b+I4Lnzry1mk/uqp2gGotQ+HXjq/naOHw/dzoeFCMT/Kv0Tn/wCCY91FfNp9v8XrAy7c&#10;rmzbDfka4bxT+xz4r8Jam2l2Hj+yuXjOJPsySLtPocisqGKni5ezhJ/cdGJ43WXL2uKtGO12+vlY&#10;+HoPhR8SIj5Np4Pu/wDa/dFjVpPh98R7FQLnwxdRq3eSE8/nX2pbfsY/FC4tF1RdQneJlyJYXbB+&#10;laGmfsZ/EXULcINSnKBjgzMQN3/Aq1l7ekrxqLTpdGP/ABEbBTt7rd9VaMtfPbU+N9B8CXUhB1q0&#10;eLpwsXNbr/C671R1j0a0lmA+8TF0r6rP7Dfi+LUo7a/1O0jkk+79plAB/HNdQ37JuqeAPDFxrt54&#10;h002trE0spViSQPTPU56Vy5pn9bLcG52XqfQcGZlX4xz2lgsNdylJRUdU3JuySWmrPmj4S/AgaTr&#10;kWua3ajMY3RIyclvXHtXr/lfZ1CKFwegB6YqRLgkGZnGWAwg4CjsKZNK8g24AxwBmvwjOc4xed4t&#10;4jEPyS6Jf1uf7meE/h3gfDXhKjllGK9q7Sqy/mm1rr/LHaPlru2KxBi5A6881RutjEuXwBx9atPI&#10;oj+Und9KoXTMGyWBz14rwcTJKnc/UqS1IHZUbAYfjU8rXtlNb6xp92ElSUSI8eVaJwcjHp6gioZV&#10;jMAkWRWJJBTB3Dpz/n0pq3QuGMM87KBjAPP+eK8mNtTOtOMvdk9GLLfSXLNMSxleUmRzIWaRySSz&#10;Z+var+h6ja2V/byahbxSxxyqzLJnB+uOTWNe743SJWzHuBJGQamPlpIJAcZ4xzV88o+8jmpS+Kk9&#10;lZPpa/Y6HUtJ8u7NxZgXMDv+8mh+7yM4HpirBjs7mSG7iKR3cUgeWFYiAoUZ3E9BnFZmiXVhLNIu&#10;oXU0YMW2IRLlS3H3sngVZ1e7YmZIMSbYkjlnHVcE46dcjrXfCcZQcjRqbko326/1o/kVPEN0b3UZ&#10;L0sDM5zcBFCru74AqnDM0eVA7YPHapL+a1nmaOC4AUL95lILHv64JqKJ2VSqsPmHJx1rgqTtVumd&#10;dO3KorZEiPGqMf4mbgY4xSSSvIP3jZ+tMQHd83OT+dIRk4U96PaS9mjZJXuKWyPvZx+lKSOmB06+&#10;tDRhFCljk/ep6JG0ZUNyzdSP0zSUZylysObS7I1UFsFsZ7+lOm8tf3aNnB5Yj/PFSQwb5DAGUZ65&#10;HT3qS8sPJZ/NmXKqCADkt/hWio1FSdiXOPNZlUfKRzyOhpCADkZ+tWU06eSzN6B8gOCAeeaZc2kl&#10;o21lOCMg1jKhOEOboUpwk7XIlA3A4zU7uGiDtkZbp61DGccnp0FK5DsMLjHp0FaUnywbCSTYK27J&#10;wOe2eKQ5QbMqcnr3pCTnv7ZpVIDAkZA7etS5apNj8xhAyM9KkDFQATx6HtTWwWyAPyolfzGzg/jU&#10;Rai3JMQMd38Iz6gUAA5YkcU0AkZ/PNKD6n8ai95XY46jJdqgPx68im2k8E995txdJCQpKsUyCRyB&#10;wD16fjVi2aWC6S5hcq8bAowPQ561XkQm6OYgTnJYDHNXHSN2cGJhVck1ZK5XvdJs7i+bULTkyKQE&#10;EhJGBznFczr3hTUviBeJ4U0lGklKiQouQrBSOeh57fjXW2bzabMZ7aYo4zsIwSPetf8AZ00pvEXj&#10;nU9R1WGWJLaKKMbPl3szMT+gFexlMI18ZFPZH5d4j4qOVcP1KkUoyk3t3dt/v6noP7I37H3iX4ib&#10;/BvjCOawYvu0/UElLhBjlJE689iM9ea+u/8Agnh/wT88WfB79qSXxX8WtKsL7RbfT3WwuBA7qZmO&#10;ANrgYwBnceORjvW3+xfpmhaLdy+Jp7OSbKLb2Q3/ADJJkEsB+IFfdOgyi3t0tNUgl85kBCy8gA+4&#10;719vQybASqKtazTufyXxL4vcUSy2tk3PejOPJ5rvZ7rsbJ02K1upIrWBFDsEtjEoxtJx29BXRQ+H&#10;5RpQSPC4GETHGB2rL0lZrW8hns9rYPzRKvBHrXbQX0WxfNQLnHOMc19DA/AqlSVkjzDxl4Z1axt2&#10;1bS0Z1BzJCc7seo9a/P/AP4KW/8ABL3wR+2hJc/EXQNdvtI8ZW1n+5SSXNpf7Puo2RmNiOAw46Zr&#10;9UJxps+FljTaT0YcGvO/HPg/w5d6qLb91CkoyolX5S2entXo4DHTwVZTg/8Agnn47BUMxw7pVY6H&#10;8v3xA/YC+KPgnxLP4e8Q+EdVsbu2OZUuImAIz1B6Ee4rmJfgH4v0e5/s9rG9ABxj7M1f0U/tm/Ar&#10;wt4w8KiC80tYb6ztma0uhFuGQM7PofSvza8X6VDZak0IsYkKEgqYsFcZ4Ir9Ly3MaOYwThBJ9T+a&#10;+PMVmnB9S/Nz03tdK/3n59n9kDxV4skWWG2nPPzB4yMCppv2AfE6DfBZ3DEjOARivu+zjhWQK1qz&#10;pnBRABn2q5qFpBOAtjp7xgjBBGf1rqq4ai5XnSv5n5UvFnO4t8l4pdLI+DvD/wCxf4o00lm0/OOh&#10;dzn8q1l/Y0+KGqfPZW1pGi8ATXG3NfaEumxQoRJAEYckMvWi302RyNsKsf4flqowhGnblsjx5eK+&#10;fSqudSKb8z4xT9iv4tsGjkuLeLaOsV3gGktv2HPi1cyDZNAFPV3vgM19vNoktmi3eoWKFG/gPBIq&#10;pdGyLb7bS1jHYAVClCT0M/8AiKvEULpxivkfIlv+wh44gT/iaXdsxYfKqzBs/jUOr/sDeK7lRJ5l&#10;qm08hXzn9K+u/Pd1O5Me47URXMUakSPk9eRVc0GuVxuc8PE/ieNTnbXokfJOmfsE+I7ZP3j2MgIz&#10;td+f5VNdfsFao6kDT7PBHG2fJ/QV9f2FpY3gzLeiLjPKHmpo3tLGYeSvmqvJynU1lPF0KS5VC/yN&#10;4+JPE1aSmnZep8UH/gnn4lvdwzbxIvUF+f5Utt+wH4n0yQfYrvJJ52z4r7kS90V8tPazJkk7Yk4P&#10;51k6rrenWk2yz0Mbf4nYcmuWlWpV6llSs+504rxG4qpUly1otPp3Pk9f2EPiadN+02uowMMfNuuh&#10;kVRi/YU+Mc8Zayu4JcdVN5g/lX1rJrNlPASttKpIPG2qn9rxROGa2cHd17CvRo0HO7mzhw3iNxLO&#10;olLlt1ukfLVh+w18eoXLw24QDri6Jx+VV779jX4xwyH7ZfohHYyN/hX1qPE944xBuwevXgVFc6lq&#10;V5N5rK/pkV1RwU3G7loeniPEHNYy/dxjfzS/yPkL/hlX4vW7m2hc4PV9nFPg/Yt8e3kgmudTZZD/&#10;AAhGAr6+tLuZSRcxHp1C8mpJNW0/zCpglKj+8veonhab3f4nDPxD4oT9ynFeaSPluy/Yf+LVpbrd&#10;Q6lCIz90vMMH9asf8Mk/FSJis+q2y47rKD+lfSk2v2KOUFs7LngGmN4ssQMQ2pBz604x5Y2TOKpx&#10;/wAR1PsK/ov8j570v9kLx9KS8uq2TY/56M3+FST/ALFXizUSfN8S2EQ7hImJr6CTxKWOy2tGyR1O&#10;aaL3VpUM0cSJnoSKaU5K0paHPHjLiupO8XGP/bqPn23/AGC2ul8q/wDFi577Yz/jUdx/wT6sVfMX&#10;jElQPukNXvwk1iJyZSDnr04qjetrCyEwtIcHn5azeDoyldm64x4vjr9aS8rL/I8Z039hHR4JNp8S&#10;liOoUEVsWX7DfhuNfMk8QzKf9lic/nXp1rP4liJkt4ix7hlq9Be67I/+mwnk9FGKuWHpvSKsc2I4&#10;r4tnr9a0+X+R5cP2MfDFoN8Gv3LMeoap7f8AY90e7cQya1csv9xOpr16y1e5jjxJoolHQEilMzt+&#10;+WGSMnoOa1pUOTS+hyQ4h4pqK8q7/D/I8fb9jrwlbTYbVb5Tn7pYVd/4ZP8ACFra7rTW7wTL2dBi&#10;vUHubuTEskTtjkEnJqzFrscUe1dMMkhUZdmzz+VW8PCLumDzniarKzxL/r5Hktp+zhbxPubxAdo7&#10;tGRVw/A62tDiDXZfdtnFemS3BuBtNltyO3XNNXcsLMtvlvT0qowjewpY/PpO86it8v8AI4GD4IQx&#10;KHXxBM7nt5fFSL8FS0JR9bdT2BUg12y6jqCgR/ZgAD8p64qtLJqlzIHWA4I5wtEsNSa1iZyxmY8q&#10;/ea+iOPX9ni+liMv9tTsmM4WQdKhj+CwtHLW+sXQI6lpc13skWp+UfJiY5HUnmqi2mpSy+TdoY17&#10;5rkeGw1P37bDr4/MKVNOVT10X+Rzul/Dm5twUbWriQHg5etA+BDBF+5uC2T82584rTuNCkhbdDM+&#10;D0G7pVaXSNWkUkXGB7k1jHGUm7KLPMqYvEzleVRL5Fe08PWentvurvzDj5Vz0q9b2eis+Xh5PVi3&#10;AqpFo0iSebPcbjn1qjfR+JRO0cG3YTlRgVs5UanQIxhiG+ao7/cdLLpehOoG0H1w2RSSeEYpIDca&#10;akJQDL/MOKwtOvfE+ntvuLNTH33Dk/lVuHVrq4YlYhGSOcggGhQpU37pNTA1qCTjUvfuSf8ACJHY&#10;bgpCwz8wPamyeGNPRPNa3QMP7rZqCaXV5FIgjBAbOMVWW68ToSkVqxXHdK2tzKx0Qw2JnH3qn3F6&#10;fQ9OuFVBYkED73apoPBNvPEJE05yPXbkVhh/E6yFnt5Sue1CL4jlXdJLcRjPCgmsp3gtB1MLWhFc&#10;tSx9mW3wW8LXsRKwSsGGMcYI9OlZGt/s2eGrhzHp0UsEmc4dQeau6X8aL6wlWOGKLbnj5ulbsnxF&#10;tvEK7tV1GOI7cgxyivzVRzWk73Z/QVNcNYuFuVNry/U8wHwW0+xm8pLFZmQkbmGea0k+GEFlYefs&#10;ggODhI0HJroG8b+HbWV0S/DAHGADmsvWfGVtIhe0DH5uynp+NbtZjU+K5xyhk9JOSt8jnG8Kz2pa&#10;Q34iRvvDeAD9RUUHw0stV1BHtLmFpBj5ugP86s32qaHqMy/a3lweu1T+dbeh6j8OdNj327Tuyjoz&#10;YFdXLi6UbxbueLSw+AxuIfPFOK6s0dP+Cuo3cWy8uoShHO1d1NtvghpGgzG7+0IzE8704NVpvira&#10;xSiPThJCmOomzmtCD4q6M1qBd2E8p34yG7/Wsms1XU+jozyabSitV1IdU8EW8kflLcxYx0RcCuZ1&#10;z4SWF3bkpOhYdVJ7flWtq/xO0C4nV4rQwAHhiSx/SqU3j61mGLazuJSwwP3ZzW1OnmSSadjzsweV&#10;YhuFSKkjF0z4Y6LpvzSX0IbPA3nrUt14H8MRzi8vZlK4/hfrVq11WC6n8q602ZC7fL5kZFa0ngGS&#10;8t0ltUMu7kANjFdXNioS/e1DyKODwMIcmGoLQ848aaTpMcQk0wyEIxwqt0BrJg1LXvsLWtnJcMgJ&#10;BRmJH6V6Pq3gK2glNvcWwDcFvnx3p2keFLtro2+nwQond/f15rqjWh7Kzd7dz53H5RXxGYOUPdvo&#10;7Hmml6b4niJKac2GYk4TkH8elPuX1yBGil0tW2sTzH0+letjQLeJyk91GzA/N5Y45qzY+B9C1BHl&#10;nuFLdcKRxVvMIbyR3U+G6kcN7OjUalY8Ktr2W2nElxZRtyeGix+FTaqmi3sBli0u5jmOPukbf5V6&#10;tf8AwtN9ceVokYmkGcBsU6++EPi6y00XV9bxRqp4AK/0olmFDmUr6nzkOFM8cZJ6xXW1/wATxO30&#10;2ae4WGBpvcFenNel+FruHQtKSCe4nMnOF+zE59813Hgv4d2ktr53l26T5wWkwCa6D/hD5bdgjrCz&#10;dMqAQPxFcGPx+HxSUWtEfWZDwpjsBL2zndtW72/E83uJdA1W38u4sHklYdDbc8/Wqdt8LdI1SdLY&#10;WN6GdhtTb8tet3/goaGEurP7PcSOOWUciomj8R3ew2WmSLKP41Tj9K4I4v2UbUnb5n088oVWX+0R&#10;u+yXQxLH4L6npGn7rLTkiUL91tvP1HWoNO+D0l1K0l9tjIP/ACzUEGuwbw94/vI1wshYn7hbpU2n&#10;z+PdKk+xXNhCCP73HFebOriNffPahl2EainSaijmZfg/4IvAFv8ASpZpVHBBwB+VYWq/BzwpYSBv&#10;7Df3BzzXsH9neIV0/wC2zWEUcrDO9Tx+VUotN8S62xSfZIgHVsACohisVFfGzerkmWyXK6Ku/JHg&#10;Pif4baJIfJ0zw9KsnVSjnGfQ8VQ8L/BHWZJGuNY0KRkJ+VUz+Zr6MPg+8glyYoFA6sGzWxbxR2+m&#10;LbK0TSbuW2cmu9Z5WpUeRHiS4KwGIxarT0t0Wi+a6ngMHwutreExp4fYnHJCnOKb/wAIDo8Z8u60&#10;BSQOEda+lLD4eWOtaKb7+1Cj5IdFYLXPn4NeHp703eoahKxB7v0rk/tGpO95s9urw1S5Ir2UWvOx&#10;45Y+HbPQbPz4fDaqjclUjBNJZ6DpeoI0g8PMhY/e8nAJr3G78MfD7SFUQ30m5eCC2cfhVO7Hgi3g&#10;xZ3C4b724Vh7VvXW4/7GoUvd91RXRWPlrxr4V1Sw1FpdKspRjJLRKcg/hV/wpe+PtSUQ3et3MECk&#10;KXKknpX0vbW/gZ4sSTWkgcdiAaoXXw98JmOS6sY0lUgnYrcY9q9B5hTqUVCcNe589HhCrSx7xFKu&#10;1F6uK2PJdN+HtzqUm68+JDbWXJ2tsJ9qq+K/g7ZXVqHh8dTE9Crtx+h5rvp7bwxBJ5a2Hl4PQJnF&#10;X7LRvDmrBZFj8z0BXGK4lUqUqnPE9v8AsrCYih7GavfzPBW+DOpWkyxjXX2s3GQcGrM3wF1OOZXO&#10;phtyhiwcdPxr6BvPC+mS2m6aWFUTosi8j6Umi+H/AALrMgsL7G5ejNJwK7I5xizzJ8G5PKPsuVan&#10;zr4l8JWVjCbVLuVWC4+QdSK5uy8GahqWpC3eWQKR8xYEYGK+o9Q+FPw7nkcyyucNw2en41UvPAPg&#10;+ztWj09y2RjzHxXXh81lTjaK1Z4eO4G9vXVRzUVHoup8633guwtZvssl5ICoyMRck1z2v6a/2pot&#10;PScLu48zkn16V73r+meHrWT7BHAksgPLlgQK5Lxl4e0eRkfSniWSMDzY15ye9ergsZKUrTTPk824&#10;dlSjKVOSfkec6b4H18FVuredFkXKlwQpruvCHwWtCItS1K/gWMnO1pRkV1XhKBEsoRq2lmaAjBYs&#10;VOPxq/4o8B6bdwrfeEp5kGcssjjA+lcmNxjm3BaHtZLw5QwsfrNufbR2MXxJ4SfR7Ez2Vsk0YA8s&#10;o2Sa4+eDWBia400EfxiNPmHNej2i6jZab5N3Ebh0wNqP2/rW34a13wGJGivNAuBLjB8wDNeZB1IR&#10;0jc+mxGDwuKqJupyX6HG+FfCnhfUdNNzr2nTo7YCyBsYrX074LfDPWZPtB8SNDg5VTIB+FdFdeId&#10;H0m6Nnc6JNLbu2UQJng1fbSfCGs2TXFj4eEJQA/MMHn6VzSdeOuquejSweAqJRaUreRiXPwA8ItZ&#10;iDQr+WVwMncRj68VkWnwCsYL0XMNzH5yHkjtirVsmr22qNb2c0tui5wwYgGs3WNb1LS7oobuTcM5&#10;Kv1rSnDFSdoyuc2JWUwjzzopcvl+Rp3Hwj17U7oJBfRgbcbmbmsyL9k7Tru8M2u+KTEzNuIibdzm&#10;qukfErxDHcbZGdkJx97nFdZpeqRX0BvZZ7iNiPu54NbTWPwsbKSVzkoUMkziV5U+e3e+hJpf7PXh&#10;PRFWGPXfMRRwWUHNdRovwV8JWUQvYlgmYjGHYHH+FeW+LPElxbTboRcEHIXJIqXQPiJqumukIkkK&#10;y8bWzx+FYSwOOnDnUr3O6jmeRYas6LpJcuiO/wBX/ZvsdcDz6TFIjMfm8ofKfzFcnr37Jd3Z/vJX&#10;kCucndF3/CvUPAXxn8W6Pp0dqi280UgG4SR5ZfxrU1r4wSzgreNGDjgAcCueFfMKEuWLPdrZVw5j&#10;MNzzWr8jw7/hnOw06NTbF0cH5gQSGIqa5+GOrsot7GEsoI3DuT7V6ZdfFaz3eURCQx6FwM/nXV+B&#10;f7E8YW7SrYnzkXcQrrj86uWOxqd6mvqceF4dyecvZ4ayv20PDG+BurS263g0+VZM5BJPJ/lTLTwD&#10;44s7gW66XIYycEkDFfRet6taeF7UWt8ISrjhNwOK5xda0Gec74pXzyv2dgMfnUvMK842cUzsfDmC&#10;w9ROEmn1PNtU+F+ua/pQtLqOFAI8bCpyfbiuHX4AR6RrCXuqaE6wo2cRchvrX0FK+osgvIQ/lg4X&#10;fjPFSSXq/Y3vbmJcLwA+OtZwx2MgnGOzObFcN5Xi6salWN5R6tHmOneAPh3cx+UNLihbaNzOhHNU&#10;r34N+AtRvDBaorljkEnK/QV18PjDw8t/INX0tJCDwCvB/LrSaj4t0aeUyeZ5SY4S3iHy0QnjE9JM&#10;1qYXL50rSin8jjo/hT4C0O5z9oWIo2Cwc8H61uN4P+Gt0qTX1ws5YABnmJxXMavr+m3GpuUt5pYi&#10;2SzRkf1p8WoaVBb/AGs27IEYYQpxVzweJqK7vc4qGKwFBuFOKSN//hn34aa/KZ7G5YZGfLQ5x7VT&#10;T9n230+7a2sLydUPCljyRW1pPxH8L6dZD7LdyxS4G/8Adkiq9/8AFyV7xI9M1q4Kg8gRbcms40cb&#10;Teh1VI5NUSc0rvsFn8G7fSn8ue4lMgG7JckD0qrq2gaVpzIJr6Xa/LlH5H4V1mmeIB4rsTZ3V+Ym&#10;ZPvu2Cazbzwlp9vlbnWEYdyWH+NZ2xEpe8dEsJhIQTorQzbb4c+BdfsvtUWpyOGHzCd9pH4Vn3Pw&#10;c8LW6PJa6lbyp1KM4JFXJ9KtImYC/GzouDWnp+meFzEqxzPIQMMqngV0Rq4ml8MjneFwda/NTVzh&#10;bn4CWHiKBk0SK2kI42ifDfT0rKtP2Z4dPEsmu2awlcnbcSgE/Qd69Qt/hvZaq8x8L+KlspDggNMB&#10;k/Q4rnfEfgLxhY332jW/iDDdhDwEl3t+Qr0KeMxThy+00PExuR4GclVqYbmt5q33HiPivwBc6beP&#10;9laFIQxwxOP6VL4W8OpcZWbUraRycCMTYOemele6WOleHNUsDbavYNI2zG77NkMfw6VxPjvwjYWl&#10;1jwppnlPnBKoQR716+GzOFWPsqi17nxOZcH1MFVeKoNuL15dbr0ONu/AAuLpAFZA2MdCAc9K6zRv&#10;hRGyx3EtsHTq+8gg+vFVrDTNXiliM8G5lYb3kJyR9D0ru57q8gsIX0yxB3KC3ynArLHV6qSjCX3H&#10;dkeT4ClVlWnB/NGafhb8P5PlmsWU4JcRyYC/SudvPg/4Q1m6WPS7R0keTaDLOAOPXipPEPi2eTVE&#10;s9T8LzlzwJYZCu78KvaDqmqS3C2tp4au1Utw8i9PxxXGo4+lDm5/xPcqVcoxsnT9jon/AC/8Ah1n&#10;4MeH7DR4ra3s1E4JErRy5D+lc0/wv0QAxL4T1CSRj/rEkOxT+VezaT4Q1fXJxG7siqOuME1tw/Cr&#10;xILOQ6a12rdFkkfapNcUMwxFGTTdz0anCWBx8FKNJJW2seGL8L7lNJWAQWaKScLMeV9v/r1gav4V&#10;1jRk8k2NvtQ53iINnjA+te66n8LPGfnrFe2bySL8xEsgwfpQvgnXJ5BDqHhGMkZCsZRg/hXbRzad&#10;LVq5wYnhDD1abpRjy9E7Hhlh8Nb+S0W/tVlYMoyY+34dqp6voN7bbA8V1IqOS0TglT+FfSyfBTxR&#10;p+nf2hZ+HrVQRuERuR0rA1HR/E1q6T6h4TjlSI42eSW/lWqzdVJ3cUyHwbDC4WNOd1Y8Ovtc0m30&#10;02EWkzxSbf8AWBdpqHw4bvR9Tgv4rl1JGRu6qM/5/OvRfEHgbU/FGpm+1PTBYRgEKPsxAHp71hXH&#10;wyvoL/y4LtjEzdRGxC/hXfCvgfZNNWvueBXyzMp4uLS92DXK9vwJ9a8ealexBY7WI/Ly4LfN+tYt&#10;0dZ1FU+zWkQLdQsZIruPC3w6ksVZ9ZsxNHIv7uQxnj8Km1DQIbb/AETT9KbceksYIAriji8LRly0&#10;oo9utluPxMPaV2/Q80utC8S2oDxWTKGGCFTg/wA6vaPZ+IRbJbSaUyxoctyQPwFda/gjxBIFlvLx&#10;4lUEnYDyK6rwrdaFpmn+TrMtu+zgNcJlifxq6uayULRV2Tgshi6t53hHzPMfEPgi+1a+gl0TT5oI&#10;CgD7k3nd3wfSrF38G9Tg04ym2uWDAZbcPl/KvSPFvjiBdFhXQ7Kw3AlT9jXLY/2h61jaFrHi3Xgy&#10;jw5fXZK4EUCsBn8BXEszx7tpZHcshyiNSVOMnJy7bfI8luPhhcxXR86Rzhhkvznmut8HSaf4GiDT&#10;aa/zH7+O/wDn+Vdxb+E/Fjl49Z8HzWydUSSDcfzrM8X3djodqLaz8M3c0zcSNLbsAtVWxdXGWhP8&#10;DzqHDmEyTmxNLSXeSuMl17R/EAab7HLI7epw2enGaqWfg+8nvEh065v7eSV+EQdQfxqx4LTXdSvT&#10;KmhJFG3VRFu/HpxXcWlhNpYkunCtIoBSI54/wrzKlKeHk/Zn0WDdPH04yrr57GDf/AzX9NAuZrme&#10;5VwCSHxg+hpbf4Xa8kwkuNWmVR0RyGx9Tmuyk8d6VpeimW9Z45W+8rxs4z+Fef6z8Wbm4kddEtYr&#10;gZOAQVx9OaKMcfX0RrjaWR4WzkvluzXb4Otcv5kt2Ziw5MNwFIp4+AegunlXcOpzSP8AdWOcN+ZN&#10;YI8b+Jra1W6m0L5VPDwHJat3Q/HXi/UFU2c8wQj7jkrj29q0eHzClHmUkYU6+SVZcsqbdypffsm6&#10;XqA82O7uLRzwBOFOB6cVNY/s36npMH2NvEOnyRj+F7ZWPHbPWtCLWviKmorNdSQeSWwdzknFax12&#10;xnP+ka95b/xbITyPSs5YvMow5XO6OqjleQVJuaopNC6D8NNM0a3JvGgfHURKAKhv/BvhGDUFvV8K&#10;xSKTnzEiBb/OaWbX/CSIdmo3Cydy+QD+lYmo63p8Eq3WmXV28m75o1fCkVyRpYmbctTvrTwFOCi4&#10;qyOjSHwj5gC288B6FRGVH6VHqPh/wNMoR42aXGVyfmrITXIXgFzNcOnOSpXcavp4t8C3jRCTVXFw&#10;MD95bEfrisfqlW93cuNfDNctoo5XxR8KzfBn02wkRTyplXIFchqml3OnWQ06+0NZ3Q4yS3PuMdK+&#10;mfDXiLwzdwobySCSNVwB5qqRVfV38EWd/wDbIdJtZFdiU3yBsV20MZUpRUeW9jjxvDmDxF6ymouW&#10;jPnrSvhnLrdkt5p+n3MPOPL80kf41aX4J+N5kY/aJFUDAjZzg/nXrN98RYDfm3sDaWgVgoCxjH50&#10;6fxnBEyrc6paysTnCuMiuv8AtbMIL3UcseH8qSs6nz2/U808I/A2c3BuPEWjmWLd95CRjHvXdaJ8&#10;Kfg08LC98K3DMg+eXzQc/lXd6NrHhDUdPzJdwRsww6mQBqjvV8H6WbJdLaHas+Jl3j5kI6/yrzcR&#10;mWPrO7bR9BgMky/B0/c5X66nl8ngTwda6nIbDwks6K524j6Ctr+xvDuk6c/2nwagRk+6qjcDXX6j&#10;rvh3TbkTzXcAiPKIjD+lMXxz4OvnEVrbrM391uAK5va4up8TZrTweDpN2aR5PcXNkVeKw8Hh4852&#10;PAo4rW8Pz6DdQFV8JLDKo+dAgA+vIr02D4iaVoU32STSrNRJyTLGDj9Kydf+LHhi3kYwSWsZJz8k&#10;QUfrW0ZVZKyTM54XB0lzOovuMvRr/TYLf7LZeHI1LH590Q5/KrVzpkDssr2cS5Hyqvb2qgPjr4au&#10;kksElRpNnEoAABrCT4ryfazDd6nBLhso0gH86csPiH0Zk8RgeVJTTOojgkiR0FkVbHy5HWoDqM2m&#10;5D6DcAKOSeQT61n2/wAaYjqaLMto5XG2UsAAa0fEXxTuNVHmtPZR4GGEYU5qVha6eqY/bYFwfLNX&#10;RbsviZo9pAqXVnnBw0ZiDZqWTxt4evZMw2/k5OeFwPpXBzzeKb25a58PSqWkzwqKxz+Vcn490r46&#10;WtytylozRKoyCVUP3ropYCNefK5W9TgxucV8FhnUjBzS7K57Fc+LPANqA2pazaQk9ppcVSk8R/Cv&#10;7T9quNVsSrjPmLIuPzr5+X4hazHqyQeIPh/PcKDhwu7n2PGK9A8P+APD3xDdbjSPANtbqiAyQySK&#10;Pc5Ga7KuVLCwTm38v+HPIwnEks1rOnhowlJdHdfo0drq/i74dranZrdj5PO1vtKkH9ayJL3wdqkK&#10;GI2MqZJDeYCPrxVW68F6DpcX9lv4OsVCZxEEX196raRonhe1vzZ23hiCBoxuKhQBj2xXB7KO6Uj1&#10;V9anNKryJPt38vIzfFEHwe1W4+w6nfxRSKQT5UxUD8RVGDwT8DpEjtINfgcO+4gzkknp1r0jTrzw&#10;VaW5muPC9nu6DzHA5/EVk6xrHhyGVro6RpseeVSLaQfyrpp4utThyU+dfP8A4B5lfIcPVq+1rKlJ&#10;+cNbetzjNS+Fvwc01f7QvteiiTd8kRugA3vjrQLD9nfToQt5q1rIe3lSOSPbipPG3iPwjcWKRapo&#10;cDeZKE3CLcBn6Cq8nwh8I6jYDxRZ6dcRICDsaJgmevAzXfSxNb2V606i9HoefPK4/WHDBUqErWum&#10;ndebtf5DtJ0b4c2mpLPomm21xDckBYpULNjqCc9K+3f2Vv2L/g3r3wvtvGHjz4fWF9PqgMkMc8Xy&#10;wxZIXAz1OM/jXyd8Jfh5F4u8R2Gn6crNdXN2sEMezALE4zX6oeDPDNv4c8N2Ph2AKBZWkcI2pgHa&#10;oHSvHrYurKo/el82ftPAvDODhQdadKHlaKtqfCf7X37Kngb4J3aeLfCnhkppN0+wxxOc2z9gP9k9&#10;q+f9R1rR9J083gt5UjLhQXkJ6/Wv03/aM8I6N4u8IzeEtVVCt6jIMjOGxlT+BAr85PiZYal8O/E8&#10;/h3V/h/alovuygkLKP7wBBHPH0ow8ozqWld/O35mHG3C0cNQeMwiUE9H7raT6Oy6d9teup5d4i0D&#10;QfiJcLa6FCIrogubiKLsOu71o0X4S+G/Dk4TxZqBnd8eVEjFPrwvWupT4sT2uoI0Pw3tYY1BVkEY&#10;G4eucc1fl+K/h8MtzceBrYSr9xxGGIHse1fQ+3x9OkoUlJR/xJv7z8PjkOR4iu61blnUvr7kox/8&#10;B1Tfm/IZZ/Db4WmIXcOiR8KCyG4Ybh6HJq1F4I+E2sL5ll4Qgjkj4JhP65BrM1X4uWeqkacvhG3U&#10;SJzLJJt2+2BW5+zT+zZ4k+L/AI0h8NeHLGUQNKZry6d22W6cZJOPyHeuSTxcYOdWrJdtf+CfQ4LJ&#10;cJi8ZToYPBwkpPV8lrPS2jj+N9DX0H4QfDG6sHf/AIQgXRjOZnClyo9ST2qrd2vwS8D37iWK2tZW&#10;4dSSSO+K/Rb4e/AjwX8MvBkfg3w9o8XkCPF1I6bnuGxgs5PXPp2r88v2gvgC9j8VdbsNB0syQQ37&#10;7AWxszyF+mDXJQrQnV5K1WVn5/5n2HEPA39j5YsXhKFOU42v7i0v1VrPyuV5vG/wKhlSePU7VHc4&#10;VnhIJ/HFZd8vwE1C6ee6TTQ8x3PLLCRn6nFc43w68RWYMcfhhCE+87kMR9D0q9beAVW5S61XyEt0&#10;G6QEHdn6j+lel9TwVFc6qyv5PX8D85qPMsUuSrh6bXRODsvN3f5am1c+Mfgv4dt49NtLy3EW3CJb&#10;RMy9fYVUv4/h141tVa2vBJAD8kYZl5p58N+AlnF0dLlvIV5f7Mp6fU1p/bPhXFaBbLwPNEy9HSUj&#10;J9xnmsHTo0/fi583c66eFqYlOhV9k4W+Hldvzat5WMGP4a+EZws82gT3qRLhVMzkkenJrxX9s74h&#10;6ZK+nfCzw9pYsvJQTalEo52j/VRnHTBBbH0r134h+N7j4a+FLvxvFfz2tpAMRwKf9Y54VB7kmvjP&#10;xH4p1jxf4guvFGv3TS3l9OZJXYnv0H0AwB9K/OuMc1q1ZRwvtG+ru+n/AAT/AEK+hN4K4Otnk+Lq&#10;+GjGnh9KbUUuaq1o1pr7NPm8pOPmV8r5oaQYAxnHU89KjlmBG9ecN2pjyu3IbByOv1qOR9x+QYBH&#10;3c18HKfY/wBSox1Emk5yG6nioZ1Xd1JyM5pXcueMj2xTZEYD5s1yVpc0WbxSRUuIXC7YWA9j3pqL&#10;E+5WbHy9COW9AKsvtxn0FV4S6y+aV4HoO9cUTz8RSjCsuz/Ik+zQ7cAZZRjg5wKZfNDbSC1gvUlZ&#10;QCzrnGfSpgiOks1reRkGQARSHDjjqT0xn3/CqVnHHei5nupkR15gRIyRIcgYznjjmrUU73OPEVlB&#10;RjTWsrr5IsWUz7zH5e3cPXiult4dNm0NpGjAuCu2CNYzlz/EeO4yK5+wVpJFB2qznbjPH41fvo9W&#10;0m7hkfzE3YMLhu3qCK1oT5E3a62O6MX7GKctd1/lb+tCSTwh4gj0dten0meOyExi+1vEQhkAyUBP&#10;U4I4rP8ALKqG7DHaui1XXdSitI9MktnMc7K4NwfmY9OnQZ/lWdry7NTmiGnCIRvtdEYMFIHIDLkY&#10;+madShRgn3Rrh6tWT99LW9rdtPMoxR5l2u+336496aQeuAeevrToUWRdqo272Pfmrt/ol5BcpbSK&#10;p3oPJkiB2PwM8nHIzg1HI5QvFbnQ6kYys2VYYlu5oo5HKgth2AztGeoH9Ktz6TPaF1l5jEhRSI+S&#10;QM9PxpbWC3t75UMS3JhYGVFcgHvkY9K6LWtL1I6VDfXigy7m2OHy5IIJ3AcjqME9a6qdNO7e5x1s&#10;T7OpGN9H/WhhWEK+TI0yFEOVLomSOMjP48e1VLuzvYioljLFyduP4vf3rp10i/0uRZVEKSR2pMhV&#10;eeQflwehIJqH+wtb1JhDHpPnCONP3Aj3SgdflA5PXp6/StpU4yha5jHGQUua6t/X9f5GRpmlXk1m&#10;8izPhASVRSfLPYN0Az/Q1Nd2CW9pE7TNLIEzMQn3OwGT1rb0mF7J49OeyPlLIZJkkO0srdFyR1A9&#10;fWrWp3Wl2t7nV4RKxcSQxN86kgYCnHAGQeCaIwUYpGEsZN1rJXW+lv68/wCmcPc2Ekbq8MDKHHyq&#10;TyOP/wBdV3jkXDOMZHNdTdx+Hr9oyBLHGqqkS7gSScD8MkH6e9VfEOk6fpOqyadJCQhPyyGcMRuw&#10;RyBzgGuWpho620O+ljFJqLTv/X+ZgukgXey4GBgk9fpTmktTbIscTCVSdzdiO1TX9vHASsEhkiDF&#10;Y3YEVA0ewBHQg9SSe1csqbhJ+h1RlzpMj5JJY8dMCnI7IhAAOR170hU44WkXIbn8qwTlB3RdknYE&#10;O7j2/KlOPb3o7c4FGQOMdaUbN2LV0gVtr53dDzS3MRKPcwMSqtgbiAxznHH4U5IgEE7OcZ4AGabJ&#10;wdhA49OlbcslDX5Gclz6JkNrfJbSiSa2ikBQqFkjLAZGM8dxXefs7aW6XDJCB593dsZGB4Kghcj0&#10;GM8Vw0cnkzo4BKqwOB35r2j4X2fhFNStdd0F7mKzcuY/toTzgpOQGKcHBzj2xXr5FNLGXt0Z+F+N&#10;sp0eGqcL6ua/BP8A4FtD7I/Zz1O00vWNNt5QsamUZiPGSMHP4gZ+lfeVhdvek3U9kDElurRzFMAn&#10;IyM/Q1+d/wAKrNJrK0Y3vmSRn9zdxr80YPqO4/lX3T8KPGml638Khpt5fEalBbiIRvwsm1eDmv0b&#10;B1VZpn8FcQUW6qml5HsWn2EFtbRSRooEkeRhRzU1+6mxkjbjCZVsd6ydO1i0uPCttHPJsurNE3A4&#10;BDYBAx3BHejUdUMnhf8AtQzspRMBQOCM4z75r0faaaHyqg7/ADINLvxfmXSHv2WePB2kggqfY1Dq&#10;3w+k1W38651NtqHIdDnH4GsSGB9H8SpeLNGoWMPcM7dVI4HX1rS1b4gQ2Nm+soDHEfkgw33jmoUo&#10;9S5Kd7ROW+MOm6evhabTb3UI5o3i2q+MOn0Pr3r83/jT8Mbbw741urQXS3Uc0xaCZlG6QE+3evvv&#10;4sprnxKhtY9H0vDTsUE6Dhm5OCR3r5D+PPwn1eK+lNyxS4tJSJkc/dPf6V9DkOZSw1azejPzTxQ4&#10;c/tbIJVKcVKpHW35niTfD2a2cLDproXwAQmc8US/D3WwA/2CdlHAITIB/AVtQ/DzVrLUTeLdiZCA&#10;VBlYYx2q5e3fiDSY8JbzgZ/5Zy54r7VZzWlZQkn6n8mUsg0k8RScLdtfySOQj8EXMknl3FjI2Bn5&#10;kx/PirH/AAimn2LNLcW0ikZI+UYJ5rbv/F2pzWnkW8N2CR0lTnNJpGrazIiwTaDcSv03Lg498Gql&#10;jMcoczSt6nFUyfBTrR1v52uv87mPL4dOrxlIbcsFGQSMCsPUfDtvbLsZArqTuAXqBXqtzJrMemNH&#10;Pp05LJwTDgL+VcnHYz+aZbm23MzdHSjD4yVZP3bWDMeHMPWtHq1ucTZaBJeHzPs7BMncSvQetdTY&#10;fDfRntBJasty7HkeX0/GuhjtLsWjQWmlQ7HXBbgHmk02HUdGXEMIU5HzelaLEV5t8iscOC4UoYKq&#10;pP30+rW3p0MAfB+6uLlPNxBAeQQuD9Kuax8KTpyoLTVHRCuCNnP51uXGsapdIPOuGzjja3SqF1b6&#10;7OxN5qE7J0XIPAqJfXJVU5tHdLh7K4wlyU3d9b2t+Oxzc2jxpuja9lbHy52k49/Sqs3hDTXDNvLH&#10;sxTH866qJ5LVCcM24/NlM1VlS4vbhWjSTJ4UbK7KdRQdtEclfIadk5QT+/8AzOUk8JpbHfLvK9mW&#10;IH8aiuNNs4G2x2rNgj70PJr0T/hHtcmhST7EW2/cDCrml+FPEM7FZdOhOepYA4pSx1KG8kcr4KjJ&#10;fu7pvyb/AFPP9O0vRlTfJasSf4Wgxjj9KvWul208bNa2UJIGEDAGu6uPhd4nvjteEHn5dn/6qoXv&#10;wj8X2oJhs2cdcrGRmsnjsLUVnUPVpcMYrD0Uo039xyDaLDqYaKa2QYP8MY4NVl8Cg7zHp5cdnPTP&#10;5V2Vt4U1mxnBm02f3/dnitKXTLy3gaKK1kXIOQFNT9bp01aE/wASP9V5zXNWvf0PLZ/A0ykuLXPP&#10;Zam0r4fwGQm5shuAzgjANd3JptyI/wB1Cxk6cqcii00HU0RpLrKjqMrmt4Y1Sjujkw/CuGjib8rs&#10;u5zUOgaRbIYpfCsMoUY37cGs+98NaXPMXj0pokCjKFz+hrsJdJWMbRchiRz14qg/hrUGkzHcO4wf&#10;kGaPaKT5os9HE8O4eULRj+COVPg7R7kOEguFcDKBW3AjPQnFJ/wrtpV3Ql1UDlHABrfuPCerFs75&#10;l9AmRxTovh9ql2+YbiUHGDlqpVXDVSPGfDtGpV95bHE6lpcGks0bxswVsZAxUnhvR4dXu1gitx16&#10;scD9a9AtfhRrcqZkt3m55zxn8asTfDfVLUqLXQzG2OWDnmplmNBx5efUS4MrTrqo78i6HN6lpn9l&#10;wNKRCVHAwR2Fc/8A2lPcXQWHTty44IxyP6V2V78NdfvJfLubV2U9AWOOtXrf4JarJaiS1syHHOOc&#10;n8qzhjaFNe/UTOzFcN4vHVPci4xXQ46OawlhFvc6eyDvjnHqKhutG0yRlNrHcKduQBgj6dq7CL4N&#10;eK7d993bXQUHjahH4Vo2fw6+yR5u7WZmzyXBGKJ43Cw1jMv/AFanycs4O/c8zvjewYiVnCgDO8DF&#10;W9Nn00WoiuHG8g8KeMdM13dz8MdMupP+Pvyw54DE1BqXwGlMfnWZQKR94SGp/tHDzSXNY5o8MZjS&#10;rOpCTkuzZwN+NMgB+z2xOMYbd0qKwulb92ICTnHUAf8A166uX4M6xbgP5nmAE5Gc/wBaltfh8LYL&#10;vspS+fmLt0/xrspYijKFo1LnJLh7Huv7zcUYjx2UcCvKZFZsHIXNU9S023nQ+U4wBuLZ4/H1rs08&#10;I200awvYFm7+5qa58AwuiiLTGDDgsJNuKz9pCnq5XO+tw7iqtGykeaNbRR4BgZuvzI1LBb+bIB5D&#10;7SeCOfwrv4Phfb+YPtMvl+wOamm+G8NuSLK+IA5GI80SxlJI+dlwrmcZc8kuVficJL4e82Pdaae4&#10;PUkjnFNtPDKCYPeWbhQRk+v616j4Y8NMriO51NScHrHgH866+LwHpM1mIpGhLHphQMV5tXOnRfK4&#10;nvYDgt461bmt5HjMUPg2yiENzY3DKBlizAVn32j+BLh/Os3uY8t8ylcgV7bL+z7pGsQ+ZcTKATwd&#10;4zWNf/s76Zpm6VbgvjJGec1nTzLCuV+dpnbjeEs4kko04OC2vozyKy0LS57oxRJNtDcMyVfuNI0d&#10;cQ+ROrnkYGNvPrjpXo1v8OJ7DPk24IxnKjGag1DQbeGMiawkZ89QwwPrXasY5TTUtDz6HC1alBur&#10;JJnnM2laUiiURT5BwQoPp/jSx6LplwokkebkDsAf5V1zwAzeX/ZjADA5H9elPOlQxtgaC7AAAAcg&#10;VvLE8u7Kp5JatdTTj2szt9V0PwHYk+XcyS9egGT+Vc9NYeH7icCwgvF3N36Cu91r4V3qXDXjN5LA&#10;5YBSRmtDR/CiR2gCQQSMoG/cvNfNRrSpxve5+oVcvqVpuPIoryMHwZ4C8OX5a41W72hY8hTgHP1r&#10;W0bwz4Uhup7nUtOkuYI87EiYfmfWrGstNFa/ZbDSFbC4O1KwbY+IraTZZ23lZbJDRkgVg5Vqjb5j&#10;upYejR5Y+zu11sO17wZpOpM97pumoiknEZbnFYVp8NpLh9kenmMfxEtkV22lQ688+7UREV2/KIYy&#10;P0o1LS/F1w22zuPKix1xjNawxNVPkuN5bRtzOP3I4C68IpBefY7XSJJCoILxg8VLd6S1nZFJldRn&#10;ps3YrpIdA1X7SYJ9VcO3BKcE109p8Lr6ezDSSXThhuJZgf511uvypNsxo5ZGTaijyjTfCsWq3W+L&#10;UFhbHDSpgAVup4L1O1U3Nr4it2ZBlQuDn6V3kng3TtJtyupRqqEfK0uODWHNbWtlcsmmiC4GeqEj&#10;FT9YnU1voN5fSp35kcvNoeuaver/AGnrUUODgSSJgCuntvDHinSdOA0nxfZ3Qx8qIw4q/baJp+qW&#10;jJqkDh8/Jt6Zqpc6LFou2TSZuR/sMazqSdR2uXh8BTp3e9+pzd74J8TX8+6/vEDHqQ1X7D4ch4xa&#10;3WrMoP3irYxVpx4i1YtCyqQDgsFIxTotBubBglzNP83JJPFF61rJocMtw3Pzct/MqXfgqDRm8sS7&#10;l6bw24moz4YaYD7FcA9CQJMGuw8N+EvAWrwSt4h1y5hKL8phjLZOK5mfwm1vqD/2e1yYg3yuF6jP&#10;GaxVabdjSrl1OlFTto+z1KdvoGvwEpp9wwl6L84/xpW0Pxxcs1vfXhU4+6Zcj+dX7LSdTR3ZLSUk&#10;/dJGKntfCGr38rXE8qw85BeXBJ9Kmervoc0KKS5UpWObbwj4pe4LrqMihSMjfXUeHNU1DSYRZziO&#10;ZyP+WhzXW+DvDtzBZtBcQQzpjlm649jVLWtA0Zr7CWjwSqc7U6GuWpVlUlyM9Gjgo4amqsW7voyz&#10;4d8i8nMmtC2QD+CR8flWy+vafpw/0HVrVivAhUZx+VcpfaPql6p8u3+QcZPBxVWLwxq8SCO1lRMn&#10;7wOa5ZUYyerO5YmdOPuR17nUN8Y7nTVeJtEjVudsgXgn8ahbWtR1qFtVk1C1jHJIKjI/OsOP4far&#10;Oxk1PV0KkfxORW/ZfC3wtdeHpXfVpWul/wBSqvgE1q6GEjFa6l0quYVm4z2OW8VfFLXdPh+x6Vqo&#10;uXzygiBA/wAaxtC+LWuW0xOsOsYH/TMgn2rp9O+C08V013d3JUE/KFYA1j+Lfgrql2WuYNRhwo+X&#10;5uTXfRp4C3K0eViYZpzOom/Qt6b4pXxnqIs4dcEQY/IAtT3ul6ppV0Y5J5iqnKyc4Nef2Xhrxj4R&#10;1RbuzjMrRnoDmupufiv4z1G2FpeaJBAqjDMQSamtgKcpXhaxGFxfNTaqNqZoWXiHxJfSyJZXrrtP&#10;AzgH61i6z4t8bpcBbm6VUY7cBxzTYdW1C5Q/Zbl1ZuuIsDNVrnwdrk7i71C4Ow8gHk1rRweHpvVI&#10;VWriasdJO46dtVuAXbVBHkcZbJqgup31reC2ubssHPBY8GruoW/ltDbW1lhk6kAnP1qvqGi6nfkO&#10;lqg2j5gp5ro9hQeltDn+q1r83M7l4avp8sX2e7hO4dGQAg1r+HtUskZLSe3nSNj/AKwDjFchb+Fd&#10;UlYPFEcg8kmu+8IeEpLu3WG7uAGUcFnA2/nXNiMLhYx0O3CKs6l7lS/h8Mpcs1vPL5mcjcp5qbTb&#10;7SbO5DXOoRR+m4UvizQofDETS3UiSykYj8uYNXJy2F3rUiiJmIJ79BWVPC0akdy6lWtQrWS1Om8R&#10;nQNUnaX/AISNcNwVjfFczcaRpGmSG60a9ujKTgDzAav2fwx1eS1a7kKqi5ySM59qt23gLXjGZbLT&#10;hOFGSwcDH50/Y0qK01OSrSxGKraqxgT6h8QdSQWOnXEURYcmfC8VAlv4z0+7XT/ETjy3X/WW8gb8&#10;a2Ps92kqxvb7ZA2Cpbmo73Rbu7nT7cxQMeT6VtTVuiRyYijUj7sm2/XQpjw54ZtpP9Iv927oWbB5&#10;9qqX3gTRbib7RBIGHUHzAMH61o6l4XhtYWaDL5wPMboar6f4YikIW7lQgjoG6VvCNnfmM54Cdeny&#10;uCMzU7J412wXXyKMYV81b8PeH9b1b/RtLvs5HCtJgfStGZJfDciGztobhCfnjIyMV0Oh/Ezw5ZWh&#10;hbwfbCQsCWAwc0q3w2jG48LllJTftZOJxV/pPiDwvebtQAR0PRuc1c0zTv8AhJbj7cbqCCUHks+P&#10;yFbHii7XxdcfbQ8EUJAHlrn5R6YrHuokR/s1tCFCDqgxmlFvltswlhaPtLWbijp/+EH8TadHHdPq&#10;dneRFfk2OCwHvT4NM1mzk8+WdVUnJjCg8fWsvQLOB0Ane4BPYN0H411+i33hzSk8m7md3wAPOj3A&#10;flXm14zb3PYwtPDp+6repyHjuW/uPLktiFI7rgHH4Vj+HvB8HiC5xqt0FzyGA+avQNQ1aXUjLb2s&#10;Fn5R6FYgCQPc1W0fwlb6vqCImLZj95t+PxpU6kqMLbEV8BDFYlSWq7Mpr8G9ChsTJY6i8kw5CFBW&#10;po+kGx0RrW4uYSFGVDoARirPiPwZqtkqyabq5dOh2yBj+lc21he6dDKrb3l/gL5x+NLWutZG6o0s&#10;DJuNK3oVtW8M23iC78248pccD930/KrGm/Czw/uSS/1Hy2zlSq5FM0Pw34yuw11BcqkQyW44Arbl&#10;0/VIY42sbtbmUHBCLgZ/Gtak6kY8sZHPTwdCpL2k6W+ptSfCOL+xhqXhfxM5kQZkheMfN7CsR9C8&#10;MXqiHX76eOfO10iCjd+JrpNJv/FwsjDd6Wss2MLtYbh+C1x3irwrq9pfG91vRZlDknLcCuGEa0pW&#10;TPZxMcLTpqcafr2DXvht8PLe2FyhulwciTeX/lWn4QsBoVqbzwxq0kg6PFs5x9OKytM1caPbNbWi&#10;jbnJVl3Z/OtOLxfNJbmJtKSVyCFeNNpH5daueHrNWkzKnUoU5c0I2ZoaprGqXNkWvfD0EiDnzZJP&#10;nz9KueEfEHw6e3Eet+HtRLg8tEDtPsMdK8/fxD4ks7rdbI4AOACxx+RrV8M/EwWLtHrOjSO5JwY5&#10;QB+VZSwtSMbpG+HzKEqvvb+aPSrj/hAb0LHpFzNES2TE+cgfjTLmw8NRBbe6vQsLHnec7q42fxTu&#10;lW9tPDchB5DmTGazvEHiCy1a7Ek9i1qwA/diTj68VzKhOT0Z31sXTWridZqdp8JLG5Bitrq8OeI4&#10;+n54rOvtN8M3zK+m+E5tv8aMmCR+FT+APFHge0k+y63psjFjxLGNxUfStjUfEklxevY+CrTMbHCv&#10;c2535z2qnGpF2bJSw9WlzWVn0S1MWy0rwBMhjn8MmBl/5ZmXrTZPCvhDVoXKwLAinjcu7FbN34J8&#10;Y3aede2NvE5OQTHjP1NNj0HxXZ27W8OnWE+4cs7lSD+HWj29SP2geCw7VnTX3HPaP8ONN8S6sNK0&#10;OHdD0eV4wv4itdvghb6RKZoLQXLQHMmbckY+oqoNC8aaZO10vkwPnO63dsge2K6/4f8AxLsdH02a&#10;18c6hO5P3dqMdw9DV+2ry0UrioYDLuZc8En3OH8ZeEISkL2Xh9Y5ZE/hkKhfwNcaV1HR77/T9OQx&#10;9pFm3Y/CvWPEfxA+E2qTHyxcSbWyoY7fwrnNZ8PeGvEMR1LSXUR52rGJgWStoSqxXvRPOx2BoTqc&#10;1Kav5FDwdB4W1vUh/wAJDaFYymIljlxlverut+BZPCl+NQsIl8mZSY9xJIBrmZPAur6VcLd/bF8l&#10;CW+Rjmuz8H+PrYwf2T4onFzEn+rE8gyB9TROlU3iLCOlNezrRtbZnKTjw3p8vnardSQFzkkLup4m&#10;8KXqk2DyyAdG2AZre+JcXhjV7YReHrFfmG55FUHFcvZeX4b0sSXFotw+MBfKPT14pxpVJwv1Mqsq&#10;eHxLpte73LUPibT9EmMciMVcEKE5INVn8U3EE7NBpjyO/wDEY+lQWHiDSr248sW4ikYcEwMMfnSy&#10;+IZ7O++z2UyKyNwWgJ/+tTjh6sXsKdajKOmx0Phr4d6f4pgE2o3kkM7HLKYscfjXSn4WeF/DluEu&#10;PGssjSL8kEbg7frjpXNeHvFjs27VPFqJIB0MZ6ewroF8QaJfruGtK7fxOtock/Wok8RHRnbhqWXy&#10;jfkV/M898b+BrrR/EUctvYtNcE/uZZHBQ89eelbfhKTxzLffZta/s2NEH3VkB/lW9N4h0FA8eqaQ&#10;1/n7jOGUikTxf8O/sjRSeEmjmB+V4H/nVe2nKFmrmP8AZ2Hp1eeMuVdv6Qmp6rPY3aGCYNMpyBBG&#10;Nv69ad/wnHxBvrhSlv5ceBx5eKjuNbj8XNb2+neFZY3gO3zz/d7ZFT6jcavbW32XU7cpGn3ZYozy&#10;PesGkt0dnvvWEnbyMzU5vGE18sh1Mw+YeCZQSfzrprLwb4zuNOVrmaSZmHySbgcH1yK5fX/E+mXV&#10;jb2dvM8jQAjBgbn8cdaj0HxRqyyfZLXU7qJT0XkD9aPZycdiFUoqraTbv2Oy0u9+IGgk6HqjwhD9&#10;37TyMex7Vci0jWJj593NbCNj0j5/Gueg8M+JL3OqXusNtHQMzkt+VQ6p4pnsglq1hPhOGdUYZ/Ss&#10;1C70OuVTlheadlsb9/pNsqE6hLFsQ8b1ANc3Pc+HrfUTIrqE/hZEB3VzHxEv9JuI45dOvLyR2XLh&#10;A64Ppz1rJ03xO9napDDptxI6k8yjg11RwtWUbpnl1cbh41+Vx/U9TvrLRtR077dqsxhhXBQBcnHq&#10;MVVtde+GNmhia0d1ReJGi5c1wE3izxzrrLp50a5MHA2KxwB+VWIl1CxtmW68JX0snGw5+Ueuan6p&#10;JL3pC/tSEp2hS+bR1U+q+FdYZjpWlNG/8PnQnZ9Kiv8A4K3Os6Ibud9OjWblVWYBh+dZcFx8R7uF&#10;Rp+j/ZICMIGhUkD61Yl8KePbSxa81XWiyqNywMc5B9MdKqNDkd1IqVanW+Ok2n8rHOWnwIutE1lJ&#10;Ly+MMJfjy3Dbj+FereHPD+k6fpixwahdW06pzdG4wmPoK4eK+1FNOFvHbwBgSRIwO4n8aNE8R6lZ&#10;3D/2nrVxEMfwDK/lWdWFaqtZGuEjg8HU/d07X6nV6zqRQNbL4zNyz8FgNxH0rltc8O+I9TjMdtq8&#10;bxKMnzGCZH1xVx/iMun2LXUd7O8kYJ2RRL8w9sjms3SviHc+MZPsWnWVwJJG+XzMDJqKdLEwjzLY&#10;WKxGX4qfspSvJ9CvYWl5p0slhI5Vcfu5Y5vun+tal54budOiD3GtrKXXO5cMTViXwZ4iubU3OqeV&#10;EAcbQy5FYt1Y6lp48o30DoDwgkyR+VaqN9XIylTUI8vs9FsTLoNtqoNncyx4PBeTAH61Fr3wn8Kw&#10;6b59pYbHAG9gAo+oIqjc2/nptNhJK3ci5Zc1Y062N3AbBrC7Z/8AlkgusqPqDzWkeaKvGZzOjRqp&#10;qdL5lzw54BnaySS3jV7YDDFuv0q3afD+/t77GlO5Y/wBMj6ZFVpNC8QWNoYYW1W0R8F1ikJRvfFA&#10;s5NJ0t57Xx5fRXZ+9bTKQG/GnJSf2ty6dCjC16drddCy/hBDO0niPU5LeQSbdjKAVP8AWtrSvhPp&#10;d7b/AGm3v45Y15+bArjINO8R61IFOsLK55SRpSxU+ua6+wHxp8NxeRa+JrUxlQfLyjE/XIpOhV5b&#10;JmmGlgpzcnTbXfcz/Engu0t9QS0tNNSd26BRkfjXReHPgBo8+jvrWqaVZxui9GuAufwzWFb+JvG8&#10;Gotf6qsDOf8AlsoVSPwHFbWnahrPiJQs2rRAscMGXp+Vc8oV6elzto/2dUm24XfRbGdaeEfhrKZI&#10;72zljZCcBHJBx6c1E2keGtPmJ0WKBQSCGulBb6c1oaj4SvtPvftM18jxAZLFCFNUb7VvCsMm5o7a&#10;RlHzfIOT9TVwp1JaJtmVX2VPeCi0YXjXwvdanbyz2MtupYZyoUAfTFcLD+z78UvE1ws2l6/dJAo5&#10;aJRivSdHudJ1LUzC1tZQK3QPKMVr3mkWulWEkln4jitw3UW1/j/x2toRr0nyo4qmHwuOXtJ3aXZ2&#10;OL0L4H6v4bCnWLtpthy73Bx+NbN58NvDSzpNdXSyBhyI5BkfrXOapqGvrIY7jxQ8yHn5Zd4xTbbx&#10;Jd2+LeaLzgO4OM1tLC4n4rnLTr4D4HSsvM9P8N+DfAh00rFc20cg+UeactVTx34AOkRwyWevaaTJ&#10;yhEQbAx9awNM8Nx+IbX7arXFupHy4mHNVpdBsdD1KKTVbp7hUP8Aqmut3H4H6VzLDyvdvU9SWIpy&#10;ocsaVl3vYzNUg12zuDdprKTsvRRbjaPbFYl3qfjbU7pZrGKIyKecQKo/Su88Tap4WmjRdOkmiUgH&#10;yinzD2z3qjY2mpeXv0fTUK5zlocZ/Wu6jaMbySueFi6FV1+SEny+RyF14U8b+JpBI8bpKeCytx+F&#10;SwfAbxZMvmapLNiQYztGAK7hNa8cWcarZ2iIyn7piBU1efxv8QL62NrqViQFzho4QMe3SrqV6kY+&#10;6kh0suwdT+K5t/gefr8JxpDiEW7yInLOVxn6mnwafpMZcS+HYpYkHzyYBIrZv7jxtezPHa2UpGcE&#10;YNVj4E8cQqs03hdpkkPQS/e+o7VCcJq9SWplPDVov9xTdvNHK67pvhq6wtlocSKxwxOAap/8Ixod&#10;vbb41Jc9AJBXW/8ACG+J/tQa88FT+Vn50DgZHtmt6LQbBcSQ+CJIj3UvuI9810OtQpQST/Exjl+I&#10;xEm5Rs/TQ8z0s+IvD7j+wLK/BHQiYEEfia3rG7+JOpXcH2/Tmu41YM0LHJIHbivSdL0Swg2yz+G5&#10;cEZJBzW3qVt4cvbSOPRdGvo7nGMx/Lg+ua5qmOot2UVc7MLw9i4U/erNRXRf8MedXvwk1HxjOtzZ&#10;+FzYAYdogQn9at6f8NdU0pDb6ZpssUv8b7wM1oeLdR+LPhEwyiO6aAgbTw5x6e1chrXxf8daheol&#10;rpNzCqD96q8bvxrDlrzjpJW7XN5rLcLUblTkp97flbYi8b/Drxhpz/2vqNveeS+cyIQ5A/Piud8E&#10;3djHrctvdXF4ylwN+BuUH6V1iN8SvF18bDSNavGtGiDNBcyKvz9TznkV3ngD4A+Lrq5j1DVpLaMM&#10;QFzEDk59R1rSpWjSoNTmr26M2y7LJ43GReHptRvrza/Pc+hfhf8AsV/CjVPhvY3vivQpLy9v7VZ2&#10;ma4dWj3DKqoB7Ajt1rxz4y/sKW3hHUZr/Tbud9Pf5oyG5QH147etfcvhPSjY6BY6aF/1FpFHz7IB&#10;/So/E+k290BbTWaurZySucGvGWKqQekrH7jX4TyrGYaNOVJadba/efmWnwI0tZJGTXdyx9kkVsHP&#10;Wuo8P/BbSr+2S2tfEl7cXEnBtUBf8QoHJr7W1L4A/DLXLoXmveFNPmkHWRYdjN9SuM/jXW+DPhn4&#10;H8JWwTwr4asrQY5eCFQx+rdf1qauMxU9HUPKw3AOX0al+XQ8W/ZL/ZJi8AaovxE8WWQNyif8S21l&#10;j2tESP8AWEdjjgD3r6RtYtsbyLw2ODjpUQSG2T5lLH+6o4/GlMszJsZ1VGGAqV50p6n32DwdLCUF&#10;TpqyR5x8U7y1vriEPOAYZwzbj6Gua+J/7Nfg34r6JFqFzaqbg/8ALVAMrnjIOOPp0rv/ABj4Mtb9&#10;BdS2IcSOGbLY+YVd8Mxmzi8v7LtRvTkLjjFTRrOE3dHXiaFOth+XddT5U179iSby4bGHw/bXnkuQ&#10;lzJdmJmx2K4I9Khk/Yfg1mJC/h2JGAwTHJCcH0yCOK+x7uws5pcSIA+0kkjGeOlUorPSoJNgbaS2&#10;VDYIzjtXVKu7JXf3ny74Yy2pNydNX9D5U0P/AIJsaFrJhm1ow2IWQbmVEdwvtjvX0t8Hvgr4K+D3&#10;htfDvgzTiiHBnuJTmSZvVj/TpXTW2nROQDcjCrjgAZp9zM1jiNJAQeCO9Z+1kz08JlOCwbvSgk35&#10;FfxPfafoOkTapeyKscMZLEnFfD3xR0OXxX8XNYuH1xLGG+tvtULO2A+1ihx27ivpn4zeJv7Y1Cx+&#10;H1uxJvLlDIytn5QcsP1r52/ay+GviXThD4j0cOq6bHtdFGSYGPb1xgMT71k5yqVF5M78XgIV8vqU&#10;2rucXZemq+9o8Zvfh1rFxfyHS9Xu51QnMa7Sje5IqkLGDRYCPENzbySHOYmAP4Yq9b6/4ysmFodP&#10;Ziy4IjB+Yfh1rKvrPVTemXU9Ldc8sAvP4jvX1OHoyqRXPJWP5pzLDSwtWXsIPmu73u0VLm8sJbOW&#10;Oz0iCJWXCmPOR74p3gbwfrmrXos9Asp7iY5IQwgrx654rptI8YXVlbJYLplv5Y42y24yPxrnvj78&#10;bovg78LdQ8ZWElpFqMym302CJWV2mfgH6KMsfpWOY5lDLsFOdtF53PoOCOCMx4s4kwuAw0earVlG&#10;MVa2rf5Lq3srnzL+3V8WNS8ReMYvhDCIli8PTMdSW3ACtdYxtOODsGR9WPpXgu9Sz4kACr8ue9LN&#10;f32pXlzq2oXbyTXMheaaUkmRyckk9zk1AxQDJOSeDx0r8HxeMqYzESr1N5O5/u/wBwXl/AHCWFyL&#10;B/DRik3/ADTes5P1lf0Vl0Hj5Tycn1zRcNGhBU7sjqO1Rea2OAfQEUwuc4Jz9a4Z4iMVZH2ihrqS&#10;ecUbMY6cc81GFL/dbt35oAz0GeemKtaMIUvVM8CyKoy+7OAP881gpSqT5ZbBNqEW0VHVivX86aiK&#10;ATKxCj+FeCfat++8F3yYltZYZA43hUk+4uCRuz04Hf29ayolhtp2t7p8gScvGwZRjvjvUulOE/e2&#10;MFUpV1eDuype/ZtOtDObfeJkZCrx49QME9e3I96g02GykEVrcXT26MrsZFh3nIUlQRkdSAM9s55x&#10;g7moWtmdG+x3FpM80WSl1EMoBkjBB9SfvZ/CsSxsYLfVAZpWG0fMmM549M/Srslozya9OpPEXitH&#10;p0T3u2vl0/AZbSyiT94Tw3UjtXUWFpbXdv8A2lqdxJ5Ib92GjP3iQDgjrjqcelc8IU+yB/KbzXc+&#10;WG4Gz/8AXW3pj3h0Z7aLRmRQhja6UHarZ35JIOCQCOMZqqWkrHRS51TSv13/AOC/+HGeJ728vtUk&#10;n1DUjesQFW53cEDgdh2rPe5mSHyQxIDbh83T/P8ASkFwysI3dim75lDYzR8hkwq4GeN3as5TdSd4&#10;6HpQhGNPkj0NLw0qTSSRuR8ygFQCWOSBx7/412E+j3usTQLYugt7JSGuJz99mwfL3NgD5R39q5jw&#10;9o0N9bXTW99NHPEm9WUDDADOOvXI69q1tE8b3NrpjeGGSZre8bbdpcOGLyfLgjjK8j1OcCu2nzRg&#10;os8nGxq1KnNR1a79LrV+el7foc3517pGpPeQxlDvIAIwGHcY7iuo0NbrX7Z7fR7O8VvIUCTO5RLy&#10;xJJwF6cDrgU220zQ7yOG515HWDz/ACzNGuZNhxgkdsY6Z7+9biaRB4Wv5dHuL6Z4bG5IjurIlocl&#10;iS6H+JWAIBPPNVGLi32McZi6coqKXv8A4afnbTTzKVtplxqOtTIL027zbWbeR5Uj5C7Sx4+p961V&#10;sdVtfEFzMdShcWW8G5tplYx7WC/KVOCuBwQfejXPGOlx6jJYJbwRW8kqlFR1ZzH3YejnGSRgcVxX&#10;iLXkSSC2s74ySwsdzkYDZJIJ5xnBH41Up2V2cVCjisW0muVNdr6ev4dTXg1e51XUD4bshCsCO0st&#10;xI2cjjcyr1Y4GMDPSrTW+kzaadPbTfNuYNzQXm/5Zt3CAj1BBz61yum+J10++OoxWUa3Bg2pLz8r&#10;7uv5Zz61I3jvWlvE1BZIw8eCpjJXHXpj3Yms/bQ3bO+WBr837tWS87Xf/B+7yNvULbRjYWsAsDaz&#10;xDN/G0mW8xASAAFGEK9CSTnPSsPV7+yuopVsmk2SkZV8AkA5qlquv6xrLm5vb6R9zMwQnhcmqhuD&#10;BMAiq209W57VEq0FFrp/md2Hwc4JOTu/W/n1Jd8ZYRKSI0bCK3PU80t1p7eaRDk4Xgdz3pFkWWJZ&#10;AAApy54H5VqWcUMsgmnlVFEXyuW6H1P15qo04VY2ex0TqOlqjFjtjJvKuPlGSCetOc/uSpROWzux&#10;yOOlWdQ0x43ZreMkDhwqnAz0p0WnkwMzIwVQAxReQSO9ZKg7uKWxbrRaTuZy806JEfOX5A4AqZNP&#10;ad8qWK4ydoyQPU+gp+m2T3Ewt4beSV5OEWNSWz7AA5rClh5qaujSVWKTd9itJPIyLESAF9BjP19a&#10;bggc/nVi5tbiIAyQlcdSyY//AF9acdJnfhSgHl7yWkHT0+vt1pypVG33BVKcVuR21qADeSq21Vfa&#10;UcZDAZBwf8mvUfA8bqto9s4dTEFmUAYOR94Ae9ecXzw2/hm8VbxA6kMxeJgBkYIwB+P4V13wy11W&#10;eFpGADwLwnQZHQe1e1k9PkqS9D+ffHGu54XC03teT/BH0t8JfF+oeH0bSJHkY26b0lIwrp6e5A7V&#10;9r/saeJ9I8W6hNo+pneZLFZUgY8yJnBK/wC0Ccgd6+BPCmvy6dqls4iLQyIFkJAwOP619F/Arx3q&#10;/gjxVo/ijSXzFC2yYLyuPRvQdOa+sw2I5GnLY/kHPMvVeEuXd6n6BeH/AAzFqtrfajeXG+EkQwzo&#10;eqJwM/h2rE/sTxZ4gSS20qbyLS3bEXmtgHB4OPrWH8OPixexeA5L2/tHFpeXMjRtFjgn+7+OeO/1&#10;q94W8f3q+G9QurScTW/nhAx5K5GenXtmva56coo/PJUa9Jy8nY57xNa+M7a9miu41l3RZkdHz8o9&#10;c0tldXV/ptvoviKFmiEJ8hojgjHv0Oc1yfif4m6pHrUtpNdoN3Ekm/OVHPH144rHk+J+oSmG5gul&#10;QQoyxFcfdJ/X0zWTrUovc6Vhq00k0emX0Nx4b8Jy6jF4ie28kGRV8sfK2Md+9fKfxMnvfFF5eXF5&#10;ezGWeRmeRv4yec16J4y8f674iLC6vneMqMR7jgGuC1ZrWFZJ3uGYqCQrD9K7sDiLVouJ4ee4OLyu&#10;rGr2Z5naeBNbvZd1tqg2nouSM08+AtdEpSV5DjPHmGuog+IsayGNLJBNHzjb/OtCL4kXWox+bdaP&#10;E2O8YwT+Yr7H2+Meqij+TquAyx1XF1HfyOFl8CzK5kutPnY5+8Bk1ND4YktSsy6dcnac42NXYTfE&#10;CMHnw62AerEf4UQ+Op7lTG2kRxr/AAkgk10RxeM5bOKsYyy3A83Kpfgcxe2+oi3KT6RdyRuOQWK5&#10;H86zf7KllBJ8P8DjJVjXZT2viHVla6stVt0B/gZhkfnWTd2XjPSm86S6jkTOSMjNa0sRVp/CkcVf&#10;A041E+VvzsjIPh2dYw/9iunPYE4qreXDW+Y5bBVION3l4IrrLXxDeyR7rhipHUEZpuoNbXkZa5VX&#10;9SFrSGYV3K04m0sFTa9yWvocct9pEeJZNOZnx1A4zUcWpo1yS9sdvZW6Vq3ltZqxa1ZgPTbULxaa&#10;Y/8ASkfcRyVIFdialq2ebUwUr+g1L+3uzsWzjU44+TrU9m1jbSgva5IOc+XnHvUVmdKMgCyBMHox&#10;rq9Fl0QFUKQuAOprmxFWnT6NmuGwcak/eM+TX9OuwqysYgowxEXFKl9pwk8y01VhtGQHjxitXVrr&#10;TlidINIibJ4CgGuW1FAj/Pp7KkjYXbkY/SuOCpVVsdleE6UrJ3NpdY1OM+dBq6cc7RV6z8a3HP2+&#10;5gZRwegrko9MlmcBS6H09Kmbw7IjqHux83+z1rT6jh5rcKOJxifus7BvG+gkDcqNnsoyDUya54Zv&#10;49yxJu9CoFcc2gtaqAHBB74xT0t7e3bM16EHpiueeVwSvGTPQhica370FY7C1TQLhth0yCQn2FSX&#10;HhvQ7pSDYKgPZT0rB0a20K6DebqjI2ODikbSxa3J83WJNmflkVyc/hXN9XdN/GzsTc1rTRov4A8N&#10;SHhGBH3QDVC++HOnRK0g1Bo+Mg7RzU58O3moQGSx8SS+244z7da53UNG8SwTNAdamb33k1tRdSTt&#10;7Q5sRQgofwiDVvDklpAZbfUWkIOORzVG2ttTjkwt8qjHTbV2Ww1e2jIkvWbP96qywajJlRcxH2I6&#10;17NLn5bSdz5ypl0pVOZKxp6bqeqWy5F5GcdAVBovdS1SZyfOT3+Ws63sNXlmKQx7nHopxVmLR/Eg&#10;YmawbHshz/KolDCRd3a53xo1/Z2SbHW9xq1kBJGqMvHDAGr1v4s1a0KuIVDj24qKJJIgsN7ZOp6n&#10;rUt9p0WVeFpAD2KniuaawsnZom+Ipq6ujRT4h3MkX7+Aj6VVvPFSXeVa3HJ4OP8AOKbp2kgSK0U3&#10;mZPOVrRuvBetXYFxBbIwzkKGGKxdDAxkdkJ4yvSunc5DVNPkvz5pIGDxzio4X1izj2SE7B2yeldQ&#10;3g/xKJTjQi4/2WFWofDWpoAL7wjKyg8YlX/GupVsHCNlY4lltZzcrO/zOImv2TlyRnuDUMcq3cgV&#10;bwKfQjNdZ4ltLC2Jaz8IXg4+ZXQMPwrJsL65Djd4TmRSergDFaUsRRcf3aOSth6tKtytFSHTpYIv&#10;tInB5yeOaBqmoCcQzQI0PcmPrXSwpPdJ5lrpiJxli61Nb6Xqm7zYrS3ODnp/jUyxMm7NHQqLl7tj&#10;mZFhkQNFbJwTyFqzHIUs2iFrbhmGM7MkV1sM2oXCC2/sO2Y9NzJz+lZmo+F9VWXfHaW6bjnaWrJ1&#10;ntNGtTBRirw1OH1LRr2WRpIpyu7OQvSodPbXbOTK3u0LnGWzmu3PhjWgC505H45KtmoU8GXd2290&#10;jj68Ec1rLEUOTU444KrF+5FoxI9Z8QTBWWZAP9liM/8A16Lu916SIGfUigz90vmtq58B6mg/0W4i&#10;OP4SuKoNoYidra9wjjg5XiopzwlR+4kVLC4qnG9RvXzMlru88sh78Ek/hVQjzWAuL5se3Stm10C/&#10;jnZBscFvkwwxUs2j6tEcvpzYXr5YH9K3VSlHYxlg3VW10Yo0XSrn94uoYOOMPinyJaWoxHqak+rO&#10;DxWmTag7bm3ZT7x8VNEmg42vZW7EDrJFzTlLmWupisvhF+6kdK/iy/sj5Wo3EbJ/GvmAmum8I/FL&#10;4Z2sYsj4fNzO/wB8/aVw1YOo+GfD1pLvuHglb0K8ViN4esGvhNp1rbLtPOwV49VKex+oUcLVw9V+&#10;7f8AE9Vl8ReHdZiZtP0BbZOcgkZFc94k1HTIrMxWVuA5PLhs1zd2uqR23lLbK2AMY3ZNSaZe+Imt&#10;vK/sqEkdGCEn9a55QUFe4nSrVZ2lGy9CfRdTkXVEhuk3IWGxu55q346bxElwI9Nsn8oqNjS5APvi&#10;q1gurrqi3V5o6nawxkkD9K6y71e/1SzWCWxt1+XCMXY4rFTcanNY6JYNSocuv3Hl9vpXjCa+Esu1&#10;23ZCpxx+Feq+D/C/i/WtOUX1hKI8YDeaynHtXMDQvEc2p/8AEs1GCLn7yHnPtWzdR+L9GsxPq3i+&#10;7hXOAwlOD+VdE6kqitdHPh8thTfPJOxoX/whvdRZlikcsP4ZpCcfnXPP8MVmvDaeeiNnDENgE1e0&#10;/wCIFvp0Tm58U3FwGUjdHkkH8a5jWPGPhGa6Mk2vzoc9WOD9amPt4rc1ngsLNq0NTsR8JG0izN3c&#10;XqFVXIxJniubcw2txmOQbQ2ASxNQ6Z4p+Ht7GI49avLgjqFJK5/Ouk8K3Hw3nlaHVBeb2OIVjUEf&#10;U5NCxE4rVkVMtTqKNNcpmXunae0azXHii2iDDLqiksPyqjquseB7G0KJrBu5dpAXyWGD6811fjnw&#10;54QsJ7caROxLjpNFt21hW3hfwdBqguNWvBIhOXSFOQaUMUkrtj/suqqnJZHJ2mvwQThLQtsc8gQn&#10;pXWf2jp4toU05sysg3NKhABrs7B/hFYxKyWJKkcAoM5qzPqXgJhvsNHmZRyoMYApVcfGWtjVZJJK&#10;zkjzTW7jXph5IeLAHW3XrWfa+BL/AF2cTahqNzENwx5fFerL4x8L6bEzy+G0K87vNVePxrB1j4ia&#10;brL/ANm6ZpcFpGXBEm3n86wjip2vFGdTJqEWueXyH+F/hM07rHZajPG4UEHzjzWhr/wttdMcXWsa&#10;6iP67yXNXvCGu6f4dRL++1uByTgRls8Vfv8Axh4F1XU1ub94ZFbqozxWLxVW9z0o5XhVSStc4jWt&#10;I0iziAstc85mOMAEfzrnNUgv4I9kGrnngKqgV6p4kk+GskHm6dukxyqAgYrkm8Maz4k1Nrbwrpnm&#10;FhlU4JAq6eKn1OatlEVP3PwKGg/DzxPrujSanbEkx/wM+N1V7zRfFOlssc+hyHB+8r07W9U8e+CR&#10;caba301ldoQGGAcH3BqXSfjf48ttsWs21teLt5aSAc8e1be1qzV0kZ1Mtw2zbTLdlHNKqLqdveRt&#10;jn58iujt/CvgzV9JJGp+VchSNpfDZ+lYdn8TrG9vftWqJHbtwUEUHArb074hfDO3mE3imPz0YffT&#10;5GHv2rKU6p00MDRXx6p9zzfXrC38PahI97PuQMcMz4xTLXxV4JZDFFZRySngl+efau18VW3ww8Yb&#10;5/CWw5QlvOfkH8TXnLR22g36vFpysEkBBC5B5reGIk1rueTXypUazaa5WdAmgnyUvDozBHGVYJjN&#10;amkeErK6Cz3e6EH+929+a63w58Zrb+z4jPoVuVjjAKyx5Ap2v+N9A8bXVvbRm2tgOHSKAgn8R2rC&#10;pjat+x6lDIsM6acXdlLRPhx8L52Mmsa9IGz2XrWhH8IvA2qTkaJqFwVJ+8sQ5/MVo3th4L0/ThCj&#10;eZIFyGgB/XNYVzr2s2sJHh/xLb2flr0m+834Vn9bry2Z2vLcPTioygjZsvhL4HsdXTw2gafUJoi8&#10;ay8fL3bitHUPgF4YDbZ7hQ/8W1cY9q8nvfjJ4m0jWotZv9UinubcFY5ljJIU9Rx1q3fftT+KNWiM&#10;Mcttbhhgslsdx/M1d8U1dhKGVxhZwO31P4B+GISEMUcu4cMWJpLD4FaJbNmaxDJ1IXjFedp8U/F1&#10;xGJ49RlkweBgCuk8P/GzxA6x2urRuUztZy2OKn2tddTKnh8unLmUTo7v4ceFoHRLXRZiCO7sVaq1&#10;h8ILTWNbSFQ0MDnDRRzEce5rSuoLnxHpwufDHi5BEygPB5oDp7VW0/wPrcMy3kuq3LhcElZj/Ss3&#10;iJrdmrwFGU78mhD4p/Zf0uexmfQ7pEul/wBUrSZU+5rnD8EJNJ0gw+IrmN5lPMtuc7f8a9x8F2+n&#10;RWX2vVtYQIq9JJRn8c1T1LU/DurX5g0jymIbAYsMH8O9Cx1SPU0rZDga0eblSbPn+68LwhP7ItjJ&#10;KrP8pMGDn61EPhjcWZ8u6WHzAMiOQhWPtX05ofw4a5ZriQ2xPUE4rk/Hnwxs7zUDcu0QZRk4NXHM&#10;Ki6nNLhuMIKTR4hBpelXULaTfackTI2P3qgfrXUeFfgB4A1zTXutQ1K3jkLfKftOFA+neu30/wAK&#10;eA4YQdRWEvnlpZMV0tl4X8A3mlEWF3bF1BIjTkfiRVLMKnSRVDIaaleUU7dGeYp8AvhlYHz9Q8SK&#10;UU8R2pHP4mqmueD/AIUwxi30nT5pmXgO7Cuo8S/Cma8Q3D3YSLkhbSXnFN0Dw14E0yzW1vLW/lmH&#10;9+NmYn61jLG1ZS1kb/2VTtZU0jiYNK8N6XbP5elQGRfuq3JPtWxoOj+HNZeNpNGgO9R8juODXT6w&#10;3gt4fsNvpJjkIwWuICCKr+G/hfcx6gurHT5ZLLOVdHwP8aj61JvclZVCMrKNwvfgl4fS2/tNtKjW&#10;PGWG/wCXP1rkdT8E+GotTMNlpavzwsNwxFes39j4fj0qTT7/AF/7MrjHliTpXHJ4V8OWM7f2T4ti&#10;LEkqWGTmm8S2tyq2W0lblil9xDofgvTJbcRR+GiSBzh2zVbxB4a8LQKIZvDZDry2WOT+ddX4Nvbz&#10;Sbgia8ilZvus7dfzra8QXGm3cQfWbqzgL8E+YuahVpGiy6lKltr6HnmiX+mW8B06x8NIinheaWbw&#10;JLMTKLCCIE5OGHH5V0Op+G/BWlwf2nB43gOOWjC5xWXp3jbwxbTSK9zcToRhdsRxSVWV9yZYBRsp&#10;ozIPClvpTG4j1dIuekZzV2DRfDGrXSf2sxvkyB85P5Vauda8EahEC0c1uwPzO6DBqGw1zw/ZymHT&#10;PEECMTnEtuTn8QOKaq1U9yPqdJdNDR1bwP4Bso1ay0C2UsvRoRxWPd+E/Ct8DAq28bAcrHhTWpd3&#10;GrXEglN4l2p6eUpHHpjFYmv63o1kgttQsfIkJ6mI5/lVe2qbthUwtOTuoozNY+E+g2sP2m5ljAI3&#10;RgSD9eaxT8O/CkZWe6j5J4KjAx9a6yxn8KatHFFcX6oo6/uGz+JrdsPCvw2ks2kj8W28bD+F1b+t&#10;V9aqpWuc6yelUneMTn9E03wbaWAiuYINsZ4EkmcCrcp+EqtmW30+RwMnc65qceB/B2o3TK3iDzcn&#10;AW3hPzCkvfAPg2wiU3Gmwqh/jnkVTj+dQqkm9zd4OVNW5V9xc8Nad8OtTiktrDRLVXdTtZAp5qNf&#10;Ci2tyxiWMYbAJbFRx6H8ObRVv7XxjHZSxqcR2Y3OeO+RimeFNWkab7MmmG/iDHEjqdx96JSvq2Us&#10;HJqKlFfIn8Tzf2Xpim51BsE8gjODWcLyyisVuppXkDDJaMbdv1rvorHRrqFTd+FJYXI4kGGwfoaw&#10;vE3w9h1nbv8AFEkUYOTE0IA/Qc0k4N6sqtl9Ze9FXOTTxt4UsXK3dvI5xwc1xnjTxH4eN+bywjcI&#10;x5RlyK9o0/4b/D+TRzpl3q9u0rfeuGjJIrBv/gz4AhvcjVLiZd/WK34q4VYQZy18qxlSkkrHjS3f&#10;h/UV/c6dFub0tzk1u+GvDFpekKqiIbeQyla918K/C74WwIrG+GVPIn+T+Yrp4vDHw4kgYf2nZoiD&#10;hROtbvGtqyYUeGJ6ObR8+aj4E8P2NsbufXYIwFOUkdsVmaZ4R+HWqK4uJnuTk/PAjELXtPjix+Cl&#10;1pU0Vzdq7qvCwruLmvPNG8c/DvQI5NLs9JlgUkjzvLDfpVQxc1HRmdfJ1TqpNK33mA3g74aafCy2&#10;uq3JkPRGTAz+dc3fvp9rMYYb9R8w2grnivR4/CHgDxXOG07xJPHNI3+qaILke1bKfsxeB3KXN34h&#10;cynlVaXGKqGLipXkzkr5HisQ/wB3FHk9pd+DGjxq+jm7lB4Zbkxg/kKv48L3dv5VpoHlHP3llyf1&#10;rZ8Y/CrRNMuZLbTtW8xU6MRnJ/Cuak8MWkAAuNTjUBur7hWixdJu6ZzTyrHQ9xx/ArX3gWznlN5O&#10;LgRgDds2/wCNWdEvPDmgagkb3MyITz5kQatnRvC3w8hh83VPGsSHPMSJIWNSReHfhzqWoKia7IIS&#10;2C5i7USxanpLYUMiq0LSiveOm0OXwjrsBkSa2ldUyyFwufwNTnSPBwiZ5rNEYnB+QYq3N8LfgRc6&#10;CZtI8btHdxx5bzW2gn2GK4q3sdL0m4eGTxOxhB5jEmVbH8q5XyS+GR61TC4ihZVIJ/ieleH/AAv8&#10;Ll019QPiJEmA5hTufpVHVb34ZhTFbyPdSKeQBxXP6br/AIRtbZ4n1K2BcAeWWOPzqXRbDQdau2j0&#10;2404yscIqSkkn8anZ3Opwi6ajCCuX/7P0K4tFurDw8joxwzJzg+/FXtN0tYsyR6DHs7NtXP8s1r+&#10;Ffh54s0+3kmW2VonOVePLc+nFP1HVvFeh3g06PQYpXb7qvbt/Ws3O+ly6eAlH3pRt8jM1C91v7MU&#10;sPDLTjGMx4GK5DWrjxKsxa58NNH6s+eP0q/4s+OvivSbh7O2tLS2eMkMiQE/zrKtvjF4m1pCt7a2&#10;s+4c4t/8KtJJXOfEUqdR8nM7+hVh0+DVJyupw26gdQzAGr+h+DPCMt4rqsKSZwHkPyg1ialP4pup&#10;3urLw+SHPLLEePpV/QXhtJw+tW8tujLiUeWSPqK155NaSOGGCp+096B2t5H4Y8O2JgkvbdS3V4Yg&#10;2OPWsC21Xw9JPJ9r1F5uP3a+RirVz4i8Ix6W1no2LuQdEmXZ/PrWLbW3xf8AEl8I9P0y1gtUXEZV&#10;RnH1qIt63Z1V6KTioRv5I1ooNZmmV9NgQxOf+WicAVp6h4am1KzCsYjNj7qdCKzL+48deF7JbTVk&#10;sc9GcXB3foai0vWNNuv+QheYc/8APGRjipUkty1hntYt6P4Btmcw6ppFsWIyj7c8+me1cn418Bwr&#10;cvMtrHBtPzIxx+ld1p1ppBTfbahIxJx8wYmsrxX4V0zUYnllvLrf14i4NNVYp7iq5bz07cp5Lqdo&#10;bSeO3awWQbsEKcVsaNBeWrrd6d4cjQrzuUjNXX8C2AvPMiuDKB081WBFd54M0fw/olgLt72BJ1/h&#10;lyw/LHNauquXSR5tLK5+21ppeZ53f/ES9t5dlzo67h97cmahn8V2etYRtNhQgfw4Ga9Pux8PNVvy&#10;+sWcYRvvS22nMST+JrOu9E+FIuiLS5lCDo01nsyPwojVoparU1qZXjLtxmrHAecqR7LSwRmPcnP8&#10;6dZRaqLjzZ0EYzwURQfY12R0PwguoKbXWIPIJ+bOQw/OugTw/wDDOWMImorkj77McGto4iKXwnL/&#10;AGPXm/iObiTxhe6Q0NlrqGIAbo2dQT+lclrGglLhjqituzlm3g7q9HvtE+G9ncbBfpKR/dbFOOl+&#10;FtZhNtpWhpNJ/DI0oNZqs4u6OueWSq0+WT1XmeTDTtPXMenyXKnsFAIz+HWtDTfhr8QdXQ3Wm3zA&#10;dldRnH4muuufh/4m0+882DSFjUHhoowa3fDHh3VdQY2Wo6tPASfkWEha6frjitNTz6OTylO000vL&#10;Q8h8R/D34gWTeXeF5Sx5EbA4/Kq2naB4/wBMbzYHvEAbgKvSvdr7wlY6C/nX3iWRMc4abJP4Va8N&#10;+LPh1p15t1zUZJ48/OfK3Uf2lLls4o6Y5BGVVe9Y8qtNN8feKNNWwllmmwORL8tVL34ReL7OMzNp&#10;quCOVU5P5V7NrXjTwBLPs0e/igDH5XjBUisHWfFd1a4/srW4rwMOd0QJQ/XjNYRx1WL91HRUyLDp&#10;uU5XZ4pqfhDVYrna9pNEewCY/wD1VNB4Ru5rcJcRXTpjkxkg/nXpcWvazfz7L60tJSD3ixn8q6rS&#10;/CnjPULHz7DwfbSKRlSkgH6E1q8zrLeJzQyClXfutng1p4X0C3kIvLO9AJwGJJrQh0D4fKm2UtE/&#10;YySvzXp+p+Cta1KX7De+FJbUscPhuB75rJ1X4B6w0BZV8wEcFSCRQ8wqT3D+wfZq0dTnNLtvA1hD&#10;g38EqgcI0h/rWz4ev/BEVyLi08O2ErdAGmrDuv2ffFCkzLYYX1MnT8K1vD/7PPxGYibTNGjlGOSJ&#10;QDj8au8JRupWIpYTERqqCht5Gj4kfw9qsJFz4etoCoOwQqOT/WsZ9A0S8tEtoNXMbOAGQLjafQHN&#10;al18JfiFpsuy+0Uhl7LdDrVS48BeO4I2nTTyCf4Tgis9UvjNauFm5vnp/gGk/CbVEcSaTrkzBiMC&#10;V8j8Oa6O98E+MtA0k3N48ckIByY4st09q46Kx+J2nzYitPlU/wAD9K6Gx8VfF+azaytYQFIwQ5DZ&#10;/Os6iberuPDUcNCDXI0yGzm1+ZFktNJdNsgzI8eN4HUc1t213PZR+Zqh8ncerdK568t/i1HGTOHG&#10;ef3cQGPyrE1A+M2Bk1KWcHPBlJxUOjCWtxupOkrcrZ11/wCI7C4uPItdQQjpuaIkCpFk0wx7zcW8&#10;pI6AFf6V5zeatf6fGbho0ZlGTtRjVCP4oXsNypudJkC/3VjfB960WHjNaM43ipQl78T029jnjg8w&#10;BolxnIfPFJpOmadfH7RJ4qaBi2CiIzP+QriE8S2uu4h1LVNQhRvuxoxABrV0yWOxukn0zxDdKAek&#10;vesalFwOvD1VWnpHQ7K7sLEkWsnii9liXgma0/oQTWXrMPw70oGSSya7cYLboSua9s+GXwc8R694&#10;WtvEOqXlvi5jEkMcsR3FT3J7Zql48+A9zfyn7Z4Su5EHG/TlV8/qD+lYOUkrnvvJMROHNybniWl/&#10;FT4e6Tepav8AD3OTgSYbA9+BXtn7O3h6b4i+IbfWLIyppVjMJJuTsYjkJ07/AMqd8L/2TLHVtQW9&#10;1rT7mzsIzkLcpiWQ+gHOB719F+HfCmkeGNNh0bQdNitbaPhI4lAA9z6n3rnqTU1do+kyLJK1GSnV&#10;t5KxsWCB8omOO/YVFrsEkkQitjtY9HIpRPLDL9kt07889fc026lmT91nJAyQFzXI5Xdz7uFO1jOh&#10;0hrSASTv5hyQXbufQVctLmOGErGnzr1AGKr6k86xJHBODlgQSPu8VSmLnDy3eZUPRP4u/P4VlOdm&#10;dCipLU2YLwT3Q82TI28Z6UXLNHISsgI7YHX6Vk2soXmT5GPzFd2ce1RzX0yKxVyyqOzYxU82gezv&#10;LQ0Ne1S3tdLZ7oEquCc+vTiuds/EkKtGpGzzGB254J7c+4rQ8Qm/1LSgowpMLbyeCo9SD1HvXHad&#10;BOllGuosjPFOdyxzZ8pgeO3SuOviakKqUdjuw+Epzoty3uehxXiT2xaZwSSeN3KjH61S/sLS3vVu&#10;LmORmgUeViUjvnkDr+P0rJ0rWXe/DMRJGuWPy9BjnH41pabdTS3TzNIGLMCAR90dh9K6VKFS10ck&#10;qdSls7GxDO4ONoIzg54qprmoJa3CTy/cUHIPr1Aq3DIXieUsN2Oc/U1i3DQTXirNKSvnYRD6k1s5&#10;JIwjFuRy6+EotY8b2/iOVAXtM7SehycH881p+OPDGn6uf3yIyuAkTmPdgk/cOexqxpsRaS/ijUlX&#10;I8sjk9f/AK1aKz2llPFYahMHV1ULu/ic54PvRCSjFsc3KUl5Hl9z+y/oEgk1PwnFBbXDHPkTpuiH&#10;sD1UVw3iD9nH4tXOspBB4ItBbkYlls5VYHnrzg19Ri2+VntQGjVQBGvbjtU2ntHKDGWwUOGB4IPo&#10;a2U032Z4uJynC4luUonzb4M/Y18TXWoZ8T22nWFqeu1BLM34dBWl8Wf+CZn7Lvxe8PpaeP8Aw5qN&#10;1JaQv9mlh1aa32M3VgsZC54HUHivordHEPMwowCc5rI8Qa4n9lXUiOGAjOG7DissRToYii6dVcyf&#10;RnqZFLE8PY2GMy2cqVWG04tqSvpo1qr7PyP54f2rPgZF+z38ede+FNndzXFnYXZaxnlA3vbtzGTj&#10;uBwT3IrzSbBI4NfSX/BUXVrO6/a21i5TLTfYLUMARtwd5OffkV81sxI3V+P4vlpSnCPRtL0TP9ce&#10;B8xxebcJYHG4p3qVKVOUn3k4q7+Y+0kRJQkhXZnncCQPWrFxp0HmyNZXQeIfdZ1KlunAH41SUopL&#10;vHkkYBz0q/pt5LPOlqGSMEYBCgAntn8utc9J05Lkl8j6STlH3oiW2kXM18tkXCOZArFh0z35rotB&#10;k1XTbaaC40q3mtM/6VJ8qN0ZV2SdQDk5A64Gagg1CXRNRtdVtrXfMuBcKW3AtjA4Ix/PrUkC6pq+&#10;pSeE4NPZpJbth8oB3yHO1Tt45PpXXyKB52IqTrRtJLltfXy3f5W+R2/wvjRtLnukt4L2QnyWtE3O&#10;zMFIy+QMrjIyDxt+leea54c/smWS51C0kiQtmFVGRKNxzk/w4Fdz4A0lfDXir+zn1NptPkt2fyct&#10;w5XoVGCrZDADPOeaxfjJc3g1aRY7j91K+AmRwuOB06DNOK5ou68zycDVlDNpRg7xmk76rTt/S/4H&#10;LQ6/HLZXdte6rPGZIwUj3bkl2nKxtkZwPy4rIuLmyEMt6isZ5eSsaBVXnPvkflj3qtcWiXEhDg/7&#10;Jz0PSqWsqNLsmn+1upZChAPB+tccX7SSXU78ZUqYaFSqoWitb3ttpfb+vwIbPxQ91diNLcg+ZhGA&#10;zjnvXS3OsaoDLZjW7iS1dg7Q7iqMwBAO3pwGIHoCa8y0zWFstXQlgVlfDDrgE16AFCSMYGd0ZQQX&#10;wMe2K1xVNUbcqsePwzmNXNITdV80otfLdr1HF/m3DA57VIz5GD9arqCx2nOT0zU2CVHJrj5nFWXU&#10;+vouUrtmpp+rzabpkhVom88mPaX+dRjrjHTnFaWm3OlhLV7K7QTbo5BGScK4yCWZsY9eMg1zkcjR&#10;OJEAyOmRmmqP4s/WumGJlTSvquwqmFU762/U7+/1i00p2jjmWSCSDLFGz5jdQCO/Pf0AqvbeKNZu&#10;Un8JWt1GISSAqTEqxAwoGB8wGeK5eDVpJLQ2FzBHIm391kbSh7EEf5NamgeMJdFi+0aesqXo4F3F&#10;KE8teQVwByCO+RjNdkasJ2seZPAOFN2jzS6X79H/AJ/gP/4R65tLwLrphi+0xsgZcYRs/KBj7pz7&#10;dM1HF4Wt4Jt02pRXLLJthEA3JN82M5ODtxk8gGqGq6nLfRiWGSKNVPMUYxknvz/nmoU1Ex2aW8c5&#10;jIcM4UYDeh+vJrOU6SlaSOuNLEuN+aze+hN5FvLdTJqx2T7jyRtB44GAOOapQIjyi3lUYBwGq/bJ&#10;f67eG30yKSWdnJhjjXdI+ewAyScVSxcEYKEDbwcdT1zUTjBtWX9eZ0021dN66adicwxW58pyWA54&#10;YGoZ0VpgXjKxn+JV7VEkkkTiQOM44NWZ726u9PS2mvZGSNyY4m6IWxuP44H5VLnCcbJbdCrSjJMn&#10;jsYQVYHdHIP3QHqPWrWhrcBp9MMcMjSOq+c4JKHk7V9Peq2nwzNLApuflZgqqMZBJwOtbWi6c9pe&#10;x2ktvGDNOGZnXcVTnLD1HH9a6opNqVrWOHEVFGEk3f8A4DJ7KbTYmkm1OJ9sMeRCzYZ3BxjAB68n&#10;NJ4c09F8+bUYXjt54wpZgCyoXB6H7vQkHHb3pNTg0GHTJtQVQ0y3AMcUhbE+0kFQR2BxnJB9M1kv&#10;4nP26a1nUOkkqSCJZMK5XgKG6qB6ZxROqo7nEoyqQfLdX018rbf5/wBJNRuJLG9fTo5PNtcsYHeM&#10;LlCc8Hr0q/Y3umWer21/o11vkG0Rb04Ri4BHqQFPfrVRtTaEx31nAU84MWWRBIgReCqg5wB05rI8&#10;2SziN3CcSJKDGdygN9B17H2rJ1eVd0dnJGdP3tP173/4Bu6vpltb3cpkMlytvH5lyFBCqxPGCMnG&#10;MdcYNLDpWjX+nKunTSSOQXWInkc/XB4yOewrEfxItxFcPesqmTBjCvhW25yp5zg5/Opl8UaNMk92&#10;i7JGYqihtkYADDHy8lhwR0B5zQq0XqYOpypJz1X9bC+KH0iy0O8bTbSed1VVZhGQI2IBIcEHGSCB&#10;z2Nbvw2igurG1vIpiJHjTAAGDkdPz71558QfEGqX0BGn3rSqyqbgs23LYz+PTvXcfAPU4V0GKS72&#10;vA0e3nrHIpwfwr0Mtv7ST7n4T4y1va0aK1ag3d9NV0fXY9e8K+IEkYaddbhcRA8SKdsi+lew+B/H&#10;JtYVhlmUROo8sZ4Br5+stRilv0WC/RnWXOD0PoM11ml+JJrCVLTV4Uj34J2NlfwPFezGUos/nTEU&#10;o1YWsfcHwd+OGp2/h2TwpZXyMJgSqyAMwOR0z710cPxoGl3EocmATyhpIwPkVh7D+VfKXwz1tPIi&#10;nttW5jYmJ264J6ZrtovGeo6hqZtr62+0oTyEXlvrjv713Qxc1BJM+Tr5XR55XR69qety63JJemVY&#10;i8m4rjhuc5FPheCFd+3cCvAzkfhXC6RrEdkUW3MzKABJFMchK6bTr+NIhIozE/3WVs4NaRqNs8+r&#10;RjGOhavQLgfaInCyBSCuDis7UdJtLtADOgIOG3HHWte0sXv7yL7BAHeU7FCrk8/SoPFXw18bxNvk&#10;0dvL3ExLEpx/+uvbyuk6lVXlZeZ8LxbjaeGwEoWblJWt/mNX4OWzWaapp81ndsyglFlwRnt6VDpf&#10;ws1hJi0mkKqbs7S6sB+VZVjYeJtGnZn04rhcFZQQD+VWLHxz4p8OXQul0q2eLunnEZ/WvsIqu1aM&#10;0z+fauX4adXmlTcTavfC/hyNDDqellCp+Zo+9Y8s3w9sZfJaKYBTz5inNU9Z+KXiHxFeEmwghGcB&#10;EbP696h8jUb0Ce5tMggZAXIpqnWp/wASRjWwsJy/dQT+R0Oraf8ADC40IX1tPslLA/KBnFZNsvww&#10;KLbzmeV+5HB/nS2djbSQOZrHcy/cTZxVO/TSosSyaAVkGeYwRmtqcovTmMZYSTlzumkLf6B4RuVY&#10;aSswXHRlJ5rHn0KW2XzINPZkB53ZrpdP8aW0GlPaW3hlhLj5JTk7T61Ba+LdbYNDqKqIicbDEOf0&#10;p89W7VzGrlcatpLR+Rg6fd2Kgq2kxbsYIaPGPzpb/R9D1OJhLZKjY4KnFaOptHfOWgQfljFQ2mi3&#10;boWi5A7YrNKUZc3MQ8BJLlcb/I5s+D9NtZCRKOT65xV/S9N0Zm8ud3XBwMDithtBjVt7WzMfrxT0&#10;0W0ljZDGUYcjmuqNaFVWctTKOUO91EqHTPDEb5a9mGOoK960LDwp4e1ZAq6gdvBw2c5/GsyXRr2O&#10;Xasy7R6mtLTBqcKhLUAnHJ3CnKnaOkjaGVWleUSO60HR9Hud7X7bQedy5FSyDwu86zi4M+cEgR4A&#10;NJqlpr6kyz24ORkbSDWdGuqPIAttg+mKIJNfES8rUJPliaWsa5aCEWthpdvtGMM8X9axr+FWKzPZ&#10;RDPQg8H2rSubTU9Pt1udSsj5b9G21SuYZ9UWGKxK4VsnI61oqzirHR9RqOOqHaXq+mWQ2TeHoJe2&#10;4sa2ra+sdRyYfCdsxx97OAKrHwnera75NPlUEZL7etZptfFNkxjsoHC5+6R/OsKnJVehmsFXptJr&#10;Rm7JdX0JWKLw/bxr/dUjmrttpF7dx7v7LtV/3sA1xp0nxrI5uL+6gjHZVJJH6UyW58TwoyRpLIem&#10;U3Vh7N9zZ4aUdGrm7rnhq5sFe4uraJVPowP6CsqOIx8xaeGJHH7oVVt5/EK3KyXlhcOBz+8gat6y&#10;+IcukToLvQFdVAOBCcn2rqVdxjbchZfGW6si5oFrrYAm/s7y1IzllHNatwdVCeZGc4+8EANX4PjZ&#10;4QvLBbe78E3KMVwTEcj9elULnxR4fvbd/sOiXUUjA7Q5yBXlzdepO9jveAoU4WhK5jXevOlyUn01&#10;WfPWWIVW1Eahd4eTTyikcBY+1WbXSknm+03pkUk/KGrSnXVpXV7R0aOMDIIFauvKkl7pyQy+VVtV&#10;EcdNaTW7kxxSoTxnbWjok1/JcrDb6kImP/PU4H6110fiqw2iLVNBU7R96FRmsnXNf8JXDb7XRbkM&#10;o/55VUcXz6SgKeU06K5oMuGDxLFEd86SnsUKnP5VHbR+LLkEJYOcdttUNJ8V6RaTBr21lVc4ByRX&#10;aaZ4g8IXUCta6pcwSjn5jkVhOrFPSJrRwTqL4ji7pNbScxzaYN4PIkWsvWH8Wr8q2MKgjCny+ldx&#10;res6ZHLubXoZSenZhUNzr2ivp52zxvJt5ITNVTxNSDuomcsrg20efW+kfEGdyLcQjcc/cBrUtPAn&#10;xPMDTrYJMg9MCtfTvFUkFxlrKBgDxmI812uifFfw9BEIdV8PKRjBaJyPxrWeZVo7xJoZNhqtS85W&#10;PKZofiFoDNNd+E5VX1Rc1HH4nuLxtt5pc8bt13g4zXssnjL4f3CFv7Ze2ViS0c2GX6VBBqvwv1Ym&#10;IXloxPRioGT+NSs2uvegdLyCK0hM8raS8Yh4bhlB9DipLZL93IRkbPB3EV33iTwn4Ihi81dQtst9&#10;0RyBf5GuR1DQdGtZg8GrRhf4f34NdFPG4asrSjY5a+Uyo7kV1o+rw2++5iVVI4YHIrKvtBS/y73E&#10;e4DO1jit2yuIZwLODU7dueFd+tZfiGxuYpjH5cTAn/li9XTqYZS0ZlUy1Tp8zVzBTQbSVTFNK0RL&#10;dd3WrdrYSrMILcySLjGana2s4k2TyiLP941lXuv2OlyFxqZKqMfJk5rX2kJOzOV5aua8UX7/AMKB&#10;Y2uLmcR9xGW5rFn0vT0faXz74pJvFenam3lJfyFugOw1JDo0zgSxaiSGHdK6KdaMVqxf2bBO0Yj3&#10;jvrtgkumXjHPKtknNdF4c0B2hxbaRNGRjJkj5P511+n+BNUzmDUbYZPBIrWj8Da7EoMnia2X/ZWv&#10;l55i3sfq6yhPVo4q28MazPNiKNh6byB+lXbXSPH+jyj7HDbMCefOIwBXQzaLrEFwbWK/SeQjgqmP&#10;16U+bwVfi3e51jXIY2I+VC+cfWuWeLlJ6s6I5RFR2KUeueI4ofI1GbTIhnnC5INQf2lbNN/pGowu&#10;D12R8CsvVfDcEcmX11H5/gPGaji0O5hTdFMjgjjinHllZ3M/qkY+64nVNe+BY7NfIuyJ+7CKs7Xb&#10;LRfEtp9mvfEU+xT8qlcY/IViLHKsoRgTj09a2LTTrmZP3JZCcAZrRr2eqYPCKp7vKjFT4daTGv8A&#10;xL7h7jB6sDUY+G1vI5lbS4HwOSYAa6y10/xfbDFrdR4PqAMVJqOjeLTbkrehgRyYitWsVPa5k8pp&#10;xlflOXsPhjdXkwhs9KiUk8fIFFaV58KvEOgSKHmtoX4IIGaX/hHfE8ik+fOWB4Y3GKhvNF8ZRHZd&#10;X8pAHGZiSPaj2z/mD+y6fxcpp2Hw00zUP9N8U+OGVx/AkWcVqR/D34XwqNniuVn9XQDPvXDT2t7b&#10;nbeTTsD6vU1nqtpCQn9j3Fww6ZfFZyc3szVYOjF6xO9k8H/Dy1tw51ASsBw2Dg1mXd34dhbytOSN&#10;lHAZxwKwrq+1a+g2RaU8MY6ZfOKzxHFC/mX7kY6hRSUJyWrKlhqSfuwOj11Lu+0jy9GhspZSf9TL&#10;KsYI9c4NZr/C+6mtVurq+jRyAXSM7gp9iOtVoDpNwQsNy6kn+7Wv9r8Q+E4UuIb9PKkGVIZWP5U4&#10;qdPaRjLA0K796BzGo+E5bI/LLI/HRQapro14SXFhcvj7pCnFdtP8SdUuYwZ/nIHygRKM/lUsXxL8&#10;QS2n2KPT4CuOMxjJrSNapHSxlLJaDvZsw9C095pFtr/TJMHoN2Ca7fw94H1/S4TrlnJLYIp+SRVJ&#10;bFc0db8V30gYSpESeqxdBW3p914rvYPst54suyoHEadBWFWd93Y7MNgKcVa12Utb03TdQv5bzUNS&#10;nubhj+8JhHzGuf1BvD1h8semtK4P/LQYrsR4BjvX33uoXLBh1zjNNf4XaM0oYpPIueT5gz9aUa9O&#10;PVhPK5VJX5Ucm3xBa0sBbaR8NtOZlHM8sTMT/wDXrFm1vU9SeR9X8L2SIThStn0r2JvhtYWWig6U&#10;ZPOOCVLjiqMfwm1zWFC3F6IE9M5zW0cZTREsnm9LHjX9g6Rcy747bygTnEcZArY0+a0tkW0a3SRA&#10;cAmLmvd/CX7PmlTWk0t1diRo49zDOC1VLrwn4N0ZyP7IjOw8l6iWMi3YmORcvvM8vtbayvIRBpPh&#10;i4nmx8+0E/pVe+vNe0MbZPCssOP4mix+te0+GvGfhjQ7gMj28eOCuBkiqfjvxP4T8STO7XKkEfdU&#10;Z/Ks/rP906P7LpRV76ni83jPxFeKQY/JB4xnrWS9nFdXG+6t5pMnnaTXpcMHhX7ViXRpZfmxhR2r&#10;VtvDcGqTLHo+h/ZVY8S3BFXHE8uyOeeWRrWuzymLw14ckIkubOWIdSGjNVtS0rwRYSiQJg+pTOK9&#10;h1f4Pws4fWPGdlGgHKrKM4rOHgH4QWB33+oSXjdwoyK1+tLqxSyeEoctjgbfULBdOS00+aHaef3c&#10;QBP1NSRaJLqKFDp0pJ6eVAWzXoVte/Dnw9MJdF8PxuVA2+ZFnP51v2vx90qyhFvH4ctotoxxb/4V&#10;jLENv3TWnk9BL3meNjwZ4ws5vN0rQLsDpu8oitews/ifpdm//EuvVXYSxKnaK9Pk/aBtJ1KpoK8c&#10;ZSLGfzpl78YYdY042FxoRKAZBUgfnUOtOS1RSynDQfuyPGtKvtYutQeDXfEkiQkkGBYNo+pOa6ax&#10;1bSNI2tZ3sL7e7S45rYEmgakxjOhBj2DR/4VHJ4f0APgaACx5wFqXUjs0EculFaMzdR+MHiu0YDS&#10;75kXt5TnBHpzWJd+NfFes3PnXl7cSZP3PMwP0rrYPDPh+RvLm0C49vIxVltA8H6d+8ntdVt0IHQK&#10;RVKrRa2CWXVnvIyvC2qWbnbq2lSyH+8COPzq9q/i6Sxcx6VYSxx452yYB/IVBf8Aij4N6YfKWz1e&#10;RgPneWXbz7YrC1XxX4Ya78zw+LiOMjKrcMWNNcknoglgJQje5v2nxL1N4BaOVMY6LK2fyqfT/G+o&#10;yXIaPToXXv8AMeOetcf/AMJXCmJHsop/95MVFL40kZt1hpUUI9Fc8Gh05dEKNK71PYrPRm1wx3cA&#10;gDuM7Hj3DmtG58B+InhAi1jYmMGK3G0AV4xpfxF8XSOIbDUI0YHCjdjFdPD46+JFnbh5ryJlx1V8&#10;/wAq55ucdGdccPQlsjqm+DFvMSt2bh3Y/wAJyaiHwKsLB/tcn2sEfwyPj9K5BPjP8QLa5WG2vlEi&#10;nOQM1fPxy8d3LA6zf7gv9yMVPPMtYTDSWsTek+E6Y4ubjA6DdkVFc/CHS5QHvJLnaOmDiks/jfps&#10;9n5WqXJ3NwW8vBH5VWX4raCtzth16UocY3oeKXtJmscHQlpYtxfCnwhFEBJd3bEdVZuKkb4YeHpI&#10;tsV1Kq7uATyKsp8YtEEACOk3AwTGAT+dVbv4wWc6+VDowUY/gHJo9pIpYGjzcrRG/wACNJv5d0Hi&#10;BwpGOcEg/jUVz+zxNbnfZeOjGwHAMKjFUpPFur6tOWtYbqIk91HSr1jqFygU60t257cgZpqrNbMm&#10;WWYeWjiZdz8KPGFpKRD8QVBHQjr+lUrn4f8AjOxlN7Prlret6TR5J/Ouzl8QafFEDBp5Y/3WkFQ/&#10;2pFdMGk05l7cNnih1pvqVHKqEVojntPbxVEyWz6LYnBxkRAV2/hrwZb3/wC+urGFGIyxEYqil5pi&#10;7TLLLGc9dhrUstd063IVNYRlHG1jg1m6jLWAhHoacvhHSbbCR2qgjuoxWfe6F4ZicG/s4if7zqDV&#10;xPFeipJ5M16A35/yqK78T+GWBWYwzq3GShBFP2zQPBU3vEx7zR/CNwwa0ntQR/CNoP5VFElxaXiQ&#10;6beRiM58xyBhR+FaNzZeA7xfNe5tk3e+KZa6H4TWUS2usW4/2BMP8aPaiWBhe9izPZfalw2u46ZA&#10;4xUEmkwdDqQfH941cm0bwpGBLP4htlY9FE/T9azru18M43W/ia3BH/TdT/Wnzu2hTwMU9gW1s7dS&#10;WhUn1Bq5bzWRXaVP41zGp+ItG0wFBrFvMQOQkorOh+J9lASUhBUf7VTzyJeEinojuTZwXmVSJjz1&#10;psHhS1mlIurRWU/dJWuWsPjJpOdjjbnv1rodE8cWOrEPHqSn8elHtGgeFh2Lknw78OyAmTTkOevy&#10;CoIvhX4YilMh0qIqf4SgwK2E1iAYkS9VgB61DdeMtPt8h7kEjsATS9tJEPAUuxUi8AeGra5S5i0a&#10;FXT7rhOV/Grx8P2KrjaOmADVODx9pl1L5SuWP+7WlFqaypvEDn0+WmqkmVHBRWiRU/4RLT3l+eBM&#10;HpwKW8+G/he8gMc9jFhhg5UVfF1eSSYjsZDxnO3FU7q+1Zn+a1nQZ+6qA/yp87SH9Ri90Vrf4ceD&#10;7cBE0u3JH8RjHNK/hHw6o2JYwLn0jXpVS+e+UgPJOmexjNV3Fy6hllc+5FL2su5P1CF72Lsng/RS&#10;uFtIie2UFZ998PNFuSc6bAQTz+6FW7K4WEgTzYPqTWjHfWsaA/bEzj++KarNdRPAU5bo5C7+D/hq&#10;ZQZNHi57lAKdYfCPw1ayAxadGoHRgP612H9qWLDy/tCk+obpUEk1nIpeLUVH/AhT+sS7krLaKekS&#10;vYeFZrCHZYapPCo5Cx3BA/nRdaZNLMtxc6tcyyx52SNOSQPrUV1qUVud0l2jDPGGqlP4w0eGTbJc&#10;cgdFGcUKq7mn1OEVsVNQ+HHhe+ma61DTjK7HLOznJqO0+GfguE4TSHGev7wgVJc+O4IF3W86Edwy&#10;1Rk+LTRnyorzTwW6b1IxV883sc88Fh07tG/H4R8OwqPJsmGBgAsabd+CPCmoxGK/hZQwwMSEVlQ+&#10;ML+6j3vq9gQeySKP51Bda1qV2uyDUYAepAmUUKdRBPCYdqziaEHwO+GyuJUj3NnPzTk/1rf0TwPo&#10;OinNjMsa+0nFcBNDqkjAvrCgZ52XQ4/WrNtMsaFLrxJ2zjzicU3Um92TTwVGO0Ud7eeBfCt4TPML&#10;aZiOfMwaoS+GvClo5BtLVcHnaorh77WJowUsdcOdvy4BPNUG1W+Noq6hrE/mY+d4sAZ9s1PO+5cs&#10;JTavY9KjXQ7VsxPHgDoCOKbca5oEA+dYjgc/LmvJjKzzbv8AhJ5yvqeD+laFhqdpasC99NMAR99e&#10;tLmIWEXY7K+8Q6Bcny4dJ8wkfwxCq0t7M4IttAkI6DCVTtPifoOnDyp7IqBjLGMEmtCH4saNJt8n&#10;T5XHbYAKaqMp4GnYydUj8TPHi10KQAnnK1z19FqMbYv9Clfn+6P6V6MnxR050AbwleSj/ZFF38Tv&#10;DhjK/wDCtLkn+8zHNUqsjnnl0JbHkk+n6RMxN1ptxB7LWnovhnwbKm5tbvIvUMma7W68c6Ep82fw&#10;IYlHd1JqB/GmjXUeyx0cQufu+XbcfqK1WJmkYLKo817GBqHwc8P3yLcaZ4wCq4yVmbb/AErLfwHe&#10;eGZhLp2uyuynKmIbgfp611TXVzc/fUrnorJirVpptxIBJJqyxDjjZVPFztYr+yKbd0jmodR+IF0f&#10;LDXEi9M+X5dZ2oeGvFMrebb2tx5hycm5JNejW9pLatvGoxuvZj3q2Nfkh/dxi3fHdgP6UfW2nohv&#10;JYyWrPG5PDHxDR8jT3kBPUyMTToPCPjOX5r3Q7jk/wAAr1258QapGu57W3Kj+6vWsubx5qNoxjXT&#10;4sD1zWix8mvhRm8jpp35jzyP4f6i7/vY7iD/AH4jx71YtPhTd3b7Trf1yrAiu1k+I9xIN1zp8I9C&#10;oNRp4ztbxvlfyh3JT+VZvGVL6FLJqPU5lfgzrEZJtdcz7+YRT5PB/jLSYCs3i66jReNsdwa7/S5d&#10;FmAZteg5HWRsVanuPD1t+9nuIZhnnawNJ4qq0WsooRd0zzpfDfiOO3E7/EC+HGdrTE1Ui8PeIROz&#10;2vjuYHuwcivU4fE3hHyittp0bnHK+XnmsLxH4k8IorNe6aUA7bAMflQsTUvaxM8robo5q38B+Ob4&#10;iQ+NZyD/ANPJB/IVej+GnjRFMf8Awnd0gbO4faWwf1qvB4l8AXUvkRPJEScK28jBrW0weB5LuOC5&#10;8XyjzAcR/aACcfWreJqx3RMMtw8noULb4a+Lml8pfFjyY/i+1Mf0qtrPgj4g6TzdS3M0f8LickNX&#10;oll8OfhrqA+02+tSq2M83Byfyqa/+GvhdoCDrl3sHdZmOPzqHim3qaLJoW908htNN1uSbyriwuev&#10;UXGK0ovBfiOWE/2PJdQuRnLXIrptU+FenKxaw8V3ir28xxmsiXwLrmmkva+L2fHRZJsUKu29DH+y&#10;YwWquQW3wv8AjLdKVt9fUsFJxLdKePyrmNUi+I2iXbQ6uvmlG6/Zg4P5da6qzfxFZysbq480qPkl&#10;Sc8Vck8fTaPGouBBcFh+8Eo6Gto4qS3Rk8qoSjpocdpfjGyuJlstXsbeJs4Lm0P8hXZWHgz4f3Vs&#10;uof8JDYNuGSn2ZgR+BFJF8WdCkbddeCtLdx0cDDH8aluvizor2/kr4etYA3QhqJYiT2VjKjlFJN8&#10;9mVNe8BeAZ4o/sGu6eHY9Xh2j86Sy+EOl3NuLo+NLBlA/wBVbujHp0weaxte8S+HdayJ540IPHlv&#10;msmy8O+GLq+RoNUfcZAMKTU+1nbW50Ry6iqiSin87H2/4K0iO18KaZbqCRHYRKD7BBWy2nKG+eMD&#10;I7U7w1YJZ+H7C2IyIrKJTj0CCtCWMRoMAc9eegrOdXzPsKeHSVrFOC1CNvjQADrgVNDdRIxWVgTj&#10;v2qtHqwXUhYw2rMB1Yj5QPXPc+1F4lu0jMykA9BXK6vNqd8KPJuh7vGJDPGfmzwfWobiS5aQSSNg&#10;niopFllIdAVRfT2p8EryqEMXGcksBzU82h0KKRBOY7m2eCQqCBjOe9ZTwYT7FEpjAHLKxy351qS6&#10;eHm86CQ7gOQKz9QS80+F3EBcE7gue9Zy1RvBJKyK+mtPIzK8u8gFlB6g46Vdhtkv4/mRQdpVyG/K&#10;sGDxbplhdiXWLSSIO+FJbq3WtC58Wac0y2+nt+9mXcT0H0z61lGUHHVmtSFRPRFfxP4VuNQt4oG1&#10;SURoScJIV35IIGR0HBz+VcVpvg/xZpdn9quNOX7TLIJLhdxHyIMDB9MYx9Dya75bqbUFktGuiBgF&#10;4wAxXIyOnrg1f0qa31GCKaeER4t+IuBkEY6Vw1cDTxFTn1T/AOG/I66OY1sLRcNGv6/P9DkPCupS&#10;pGbuS0IQDhCM/L3/AKV0WgyxrH56RY3twvp7ZrBsvF+jN8Qh4KhnUsAQ8SnnYa6O2tYbbUJLLcST&#10;yoBwK3w8eWNr3tp8zLFvnldxtdX+RqR3cGCqNtx95TWTqs8UN0HSQhj97B55B5rRj0WbmWO6IDoe&#10;CPbHSsjWdKvLRRPOoccl9vUnn/61bTlPsckI073uVdDvWt5JoJJf9Y+Uw3LcfdrbuNO03W41tL1i&#10;ybk3n+IEHIwR0rmItRsYn3OudvVl/hPHBP8AnpWpp95LJJ5vnkODtK+5OB9auml7Oz1RFVT5+ZaW&#10;OmudVh0gh/NzGOXkbsOcHjqKtHUbee3zAQVKAq6/xHHX6VhytukjWcZUhsjPBX096k1TUY9MsELM&#10;cEgbR2X0roTab7HK0rLuZ9/4our6ZtIt5dpY4ZwPux98epNYPxl8SReDPAFxbW9uzyPblZOMbSQO&#10;tdHpBjl1B9RjjDbsKke0fL3P8q5/4h+FP+ErtZNJv7NpxJJK4jaXahBOVLHvj09qhxcou25vSlGN&#10;RX2Tuz8KP24tWuNZ/ae8S3k/OJ40jB5G1Y1Ax+teRyKOm4A+3avsL/gqD+yR4x+G/ieT402GlyTa&#10;Jc7be7nt4yy20m47S/8AdHO3J9hXx7lgevBr8jzTDVcJip0573b9U3oz/VPwvz3LOIOBcDXwUk4x&#10;pxg0nrGUEotPtqvudyKRiGXHzEHuakEhjYFRk7him7cvwD7094/LGM5GK81N7o+3jGd2dS1zLr2k&#10;Rpb2uwwgA+URlixwWYclj/TFK19o02nQ2011JBdxQl3nVygLBty445JH5E1g6bqN9bKUtpiqsvzc&#10;jG3Ip9/ez63KJ2A812CksRjpgYJ6CvTVTmp36nJ9V961/dvdW/XyNJ/GF9cTQLuWNLcBv3XyYcfx&#10;nH3mI6k9a2/ibFdaxb6frNqVeFrJUCom0DBOSfU571xFyAwXNt5XyAZyfmI78+vtxXb/AA6vrLxB&#10;4em8K6jOiSQKxtQy8vnnGfr29KVKreXK0YYylHCqGIgvh39Hv+J5/KjbgQvIbsap+MNNa58MvdPH&#10;gLgbxjBbrjj2rc1G0udJ1R4J4VMkbEMrpkE4xyDUdzbWV3pM2n3FvIki27lZA4ALnBG7I+7gEY65&#10;71zQhKnVt2ZpmFFYnBVIxV1KL7dvkeMaaZdQ1+GxTkmbGM44r122M5t1glI+ReAK8u8BaY8njsbx&#10;hoWYvg/1r15bWPy8Ag4IyV716GLputUUVslc+M8PKDjhK2Ine7lb7l/wSGC1Z4hc+Wdu4jJU4PGT&#10;g+vtUSEEcZ+hFXrG3jkukimkbyw2WUSbTjvjPGaovGwnePng4BBGDXnVqLgkrH6Iqj5xTwRzQMKc&#10;kZ9cUgABxSgAemPesFdSTN90PjDO2VkxgZ+amq7RSHZ3GCDT7eATSmNp0iG0nfITjgZxwD17VHGv&#10;mHbWvNN2S3Idr2ZP9qEmcxhi3qBWlqGjWtha2l3JPCUuLdmHzEMpGQCQOfcZ61R0vTrW7uWj1K5k&#10;t0ELsjxw7yXCkouMjgtgE9s57VJbpd+ZGzTLhFxjHbniuugqtRNTictR+/aLtbfz+Zs+CdIeQSSt&#10;OiKoV3LHB+9gYPp3/CtfxHY6Pd2spt7yNZTt+R364HUEDGK5+HUr2OFoY7jEYTlVHGO+KgWd5m+b&#10;Jx3J6Cu6MFGPKefPD1amIdVyt6Db7R7VgDYHbhcMG5y3fGO1WYbe0XSWsJFhiaXb5swj3kYOcqSe&#10;DwP1qsLwZLgkD+7602RwzZ59cGsvZUbtpbnY1OSSb21LkUOlqFQXs3AwJHGAM5PGKtT6xp5vUktE&#10;ZPLjWNGPAAAxnv171mxnbFkfeHTFQzGQt5YOCKtpRWxn7FTleTZcnXTLy3FtPLNGFJK7cEEn+L1J&#10;/Sss+HpLxi8N1C0gRkiiY7NxJB5PfpUrTXRYq6gAjqKW2zyGPGeWA5rGUac5bFTo3ptXOc13U9Z0&#10;AeVLpzkYKsACRu+o/OuYu9d1OW3jC2c6MgKyEq2GGc16UQ0gHyblHY8iifyfKMZiUEcmiEIU9bHh&#10;4/JMZjp/7y0u3Kn263XY8ll1a9EbOk5QNwQG7elUj4lvYMRJcMQDkITxXrVxHoN/ELbWPD1vPGFK&#10;7kQK65PJB9frmq9v8B/Amp6k2r6P4iFvbxIhW01CQsSxONpYKMnqcAYA71ccTh+qPjsx4VzvDVY+&#10;yqXi9L6q1/LU5Lwf4a8XeNgr2unTyQrkb1XIzgn+ldd8Mp5tCW70S7lw0c5OY3yMkDOPUZFdXJom&#10;u6StppNxGlxp9lModtNdSrIx5+ZecEZ5NetfDr9gD44/FbwTp3xa8K6KpsdTZpLK1yA8duHITdwM&#10;5A69a6su9pXxijFdLnxXivQyzIOEIzr1rznOKUns3v8ALRX207s8x0O98ppby2IfJG5c9MelS614&#10;41GVllEbAIVAHfAr6qf/AIJcaxrWl2+q6TNe6Jq7Qj7VEU8yBnx37jnrivMtc/Yh/aL+GeptB41+&#10;HM1/YPgC/wBOjMsZ56/Lyv4ivpZ4GtT1aP5dw3EeV4mTipq66PT7u5R+HPjTzNBkmgbBjwzAEgrn&#10;/Jr2/wCHPihbhIbl23qUHzZHpXmfgT9k34l6vuj8NeENXjV/mKyWrbfzIr1T4Y/s+/GPT5hoEfw/&#10;1HaH2z3MkJjRBnnBbrWcMNV5k7GGNzPAyg1zq/qjsrRbZro6rHcu4bgoB8p7fjXV2FiuwfZpCse0&#10;M5zwCe1WdK+Dvi/wvbBf+EfM7BRjABC/hnmoNbb4tootrCNrfawJDW4AIHYcV7mFyxz96TS8rn59&#10;mnEkKcnChFyt16f8E3vD9/LoMay2N4pnIJU7Tlc+lat/428cXI8ttQLJ1XMRODXG2WoeP1k33dpg&#10;+oiP+Fb2neKfF0ajz9JaQ56Ef/Wr0uWlR0UfxPz3FyxOZVnOpN6+Qtx4m8ZSkw3F5CQw6PZg5/Su&#10;f1zQLi/JuLu52+0cBUD8K72y+IVwqrFc+FFz/eUc5q7J4iOow5gs1j3DlZEBFb08e6b0RxSySlPd&#10;njP9lafbviI7nHBIXBre0PR9Xu0LQNIRjgZrs9S0u5dd506Er13JGKpW7z2MvyRlCPbitqmYurHY&#10;yjkVKL1MOXwz4uQ5jglU9ipxU0fgTxpfx58mUjHXeK6yw1zUFkBliEmT2rotM1yyl2+YfJb0YVzf&#10;Xpxehr/YOGlueeWXw38SFGGoXV5Go/54xhsGq+peD9YskJW6v2Ud5LMEV7Pb6hapEshuI2HXAOat&#10;w3+kXCgGNWyMdKuOY1Ysf9g4drQ8DtdN1AN/pILL6m0xV2w1670z/RYPDAlz1fYcmvc3sNDmAAt4&#10;8HkApT4dH0ZQSlpDnP8AdAqnmCluiFkNOOx4pcatDeWwWfwHco/XzY16/pVvRYIb0gT+BLth6lQK&#10;9lmttDWJo2tk3Y4GOlc/qdnDA+7T3UE/wg1jPFy+ybrJKKszlX8BaFfRhm8OzQsR0ZK5rxL8MprS&#10;UHR7G4AzyQhOD7V6lbT3UUYMyA/jVqC9MwO9RilDH4iL0ZVTJqE42seE/wDCI3lpkajNcKx7PERV&#10;SbTLayfEU5znnNfRLJbyLulVG47gGsrUdE0K8yJ9Jt5Aeu6Ic11LNKi3RyyyCl0PGE/sS9gFvqmt&#10;7FzgKy5H/wBal1Tw/oGmWf23TfElpK56IB8wr0m++FXgXWG2y6KIz2MTFapzfA3w0IzHbTzRH+Ek&#10;g4rWOaJmUshkeSvrvjEt9lh1WeSHOVSPkCrlno/inU023NpfnP3cBhXptp8H/wCzG8y01N8r/Ftq&#10;09n4v0gl1uvNQdCVGayqZi5P3UKOQRbvNnmP/CvdfkHy2l4CB0dz/WrNp4G8TWg8xo5lB6sWzXdz&#10;eNtWgJin0kTcj+HFPXxlKw2XfhZWUjr5tY/2jXtY6FkGHvdnGT6XrTxiGXXGTAI/eNxTbT4Yz6vI&#10;JJtbtXPHO/mt3xJJoutKVXSktGI6LJkVzq6DdacfNg1Vx3AA/wAaax1RrcJZNSi9jah+BMxAkt9T&#10;gz2Hn1Zb4I6skJHmIGGfmE+c1xt9/wAJ1JKf7O8RyLj+FQuf5VVk074uTxnb4lvSDwCCBVwxVZ/b&#10;MJZVhoyuqZ1k/wAINfSQJJrKBM5/1tSzfCSRoMya+uSOvm8CvPJPDnxRhJf/AISC+J7gnNRm58aW&#10;cW3UrmZxj7xYjNdlOrWm7c6MHgKUVf2bOtvvhnDAWd/EkAK9f3hrPj8J28DEx6msjHoQ3Fc4t/fy&#10;sPtME5z3ySBVu21GKDmV2UDu3atJTrQXxXM/7NoSfw2OgHw9vtUKgXkQUn+LtV5/hF4hEf7q8hYD&#10;0NZuj+P9K09lWSYOcc89K6Sx+KmgldqsTx0zx+defVxOI5jrhkuF5dTDi+E1yk3+kkZPJIGa3dH+&#10;HWl26GK5lLMRgZGMUy78daRdklBJuPQh6qp4ngMm6JWBz3aoeMrWtcunlGGi9DWufhPb3ERMGohc&#10;jgBeaqf8KUumQsmtEexWpbL4jraMAdPDj3YkmtaL4u+GEG6501lI4JBrP61W7mv9jYOWrRy9/wDB&#10;nUYkLPcrMnr/AFrmtZ+HmtWWfIY4GceWRxXrFv8AFbwPeJ5ci7cjGGFWItb+G2oDdcCMA981cMZU&#10;juYTyPDSXunz1q+h66q+VLHdNtHdM/yrM0uy0uO68nVtOuR7yQsQfyr6O1bRvhdqCErd7cjgwykG&#10;uL1n4YaRNK8+geKicniOcDj8a3+vXXY5pZEo2vqcbpvhPSLxPM0u9jjx0HlnIq5cfDm8vY9y+IkG&#10;V4wjZrQbwvrWiSbpYxIuMF4ZOv4U6bVCkYVlniPTJPNDrTb0kS8rpR0cTktS+Et7ExL+IYJHHIWQ&#10;NWefDHjLSziKPTZUJ77smuxPiIW0nzXGT6MuauWvi3RZyI7q0hcgdRx+ldMK1aC7nFLK6Upe7ocf&#10;A2tKoS50CwBPVk61cgeSFcvZRHPauyivNAugXjt40IGBkcVDdiwkIAjhOO5UU/r1S9uU0WT00rs0&#10;oLm0t4wltIRj0NQXNvPcfvI7jH+0ZMYrvbn4K3tuuTbFFJxuJ7VUuPg1YRgGS/cDjcu0V5PMfcfU&#10;ZPdnCNfnTyGbWNp6Fkm5qtPFp2psWfWi2eTulzXokfwY8Jbd9xO8r/3WNMPws8I28uFt1BzxkHFD&#10;knsNYKXVnD6f4PsJQJV1iBs/8sw+DTr60WFPJtZiSOMg16HD4T8I2ybGsFJBxmPtVS4t9GtpSba3&#10;j2r/ALINJScXcv6jFo8xnsLsZxdEEHsaSKz1eRsNqLgD0c16i0fhO9+W7tYVJ6kIAamtfDXw8HL2&#10;hJP8QJwK3WJg1qZf2bZ3TPLHsL8AIb+Un03mrkFm0cQL3Uuc8YkIr04aL4OjjDy2EBXoD3qzaWfg&#10;QjJ0aFjjnij6xTa2KWAfc8ytn1SBkaF3yTxuyc112g2fjLVoh5WgiYkDDMgA/Wuw00+EIJwYNJhV&#10;gPl+TP5VqT+MrazgMMFsAOnyjGKxnVjPoawwSjuzg9W+HPjG9G7+zbdHI7EVg3HgXxzp07BreNRk&#10;5baCPzxXomk+Nmumf7UMbSQCw6jNTXni/T0Ul2dsdtlKNWVtBvA0m7s8p1WLxjp1qwkcBSOcQgiu&#10;X/ta7jkzeMrc8jywMV7bceN/DMyFZrAuP4laIDP51zWoap8MdalNvc6LLC/O1mhGD+VbRxDitUYz&#10;y6EndM89mv8ATJLM+TYvJIf4Q+0fnWc0PhjSrhJLyzuJJJTlUe4dlPtXof8AwhXhu9kCWtggU52l&#10;ZCuf1qhrXwsviC2kCZccAFwf50KpCUtSVgpU9jjW+LfgzRtVg0mTRCJpD8iLGxX8W6CukT4nWM1t&#10;5lj4ahDKMgEgbq5/VPhvr8U7G5mBf0MfP/16zpfC3ia0fakkp7YEdWlGRDw8lI6yf4sajDAFi0WF&#10;SeoC5/U1HYfGK9WY5jhjfHK5GRXF33gfx3qBMcd7Mqk84jqK1+DPioy+fDd3G8HqkXJrdUsPy6kq&#10;jWUtD0yP4uXt3kRRIfU5NMk+KlxAcv5Q9wTWDovwo+JUkQSNCVIxulXFXJP2f/iXdkkPZLnu0tYq&#10;nh77lujWvoaNr8Yb65k8qC4VuegbNdBp3xL8RxRiSYBoyOBXF237MvxLM/myanZAA8APVy5+B/xR&#10;s8eVqVvtA4AJxRKnh72TJ9lXtdndwfG3ULCF1tI8OVwQH6cVxfib4geI9Wlbbbggkk5NZk3wt+Jl&#10;qrP9phcgHODVCTQfGNkPKvbR8+qjrRGnSjLe5M6VeUbMVtQ1S4fY0bZP93PFXbEzwsDcFwcc5Peq&#10;ENlrCKTJFPGc/e2GoTHrIn5vpCg5KtEST+NdCUZaHN9Xl1OpgvS+P+Jt5XuDzV231uOFCp1eWU47&#10;uTXJLvIH35G6nK4p41y/sCN+lB09RkVLjHoaLDtbHSvPb3JMkk7Ee69aiOp29o26U/KvQY61ijxx&#10;btGYZdNeIn0NQx67oVw/+mXMy56rsJzWFRx6lU8NJu52mlazod+BjR3nYd0FXpvEHhnSFzP4XZGx&#10;xuA/rXN+H/F/hXTpVW3eZcnl3TAFVPH3jvS/tAWzuopEK5LoMmuZaysjrdG1Pa5uar8StFWMtaaC&#10;h7gKmTWOfHDTy7zpnlAnOCetcBqnxb03TBskRmPYMh/pWJdfF26uctbrHEo/iMbf4V306dtzkdGT&#10;1se6aN8Z7fRUMdt4fikfHLOuah1D406vPKZI9FTDdlUYFeNaH8TojlrsGXn+CE/4c1rH4u6epEdv&#10;bybu5Nu3+FKVOmnqNRqWskeo6d8adWhO99ARgP7zY/lWkfi4up2vlXOjKoA5G/NeV2PjS71Jd0Ce&#10;Xx0YYqS5168iYZjQnvsBJNQ6VI1jTrWvY7m58YaFckx3OhqV5x8goiv/AAlONzW0kfoBEprj7fX7&#10;7Zn+xyR2Dg1Gviy8R9iaWWPomTio5KK6h7Cs+hqeIrXRLqVtt5cJF22oFNZ8tr8MrS2L3N1qEkp5&#10;Kl+Kp39p4i1hlmHh29IHQKCAf0qK5Oq6fGftPg8p7sCTW0ZU0rJkvCVG9i7ZeI/ANm+200+cHoG3&#10;HJP5V1/hfW49TTyngRYG4XdXnNvretrcqI/B0sqA5+RSP6V1un65cXNuIIvCF1HJjktIMCsMRKLe&#10;jNaWGktWjsr/AMKaGbYaguowZIPyh+a5HUrNbmR4orkRj+8XwPrWNql14tVmMWmN64J4FZA0/wAV&#10;a87W0qShc/N5cbY/lWUIwWty6lCU9lY6Oz0izTJk1OGc5xtikzit3S/DehTDz72CIH1Z8VieHfC3&#10;9mQqzWUpOecqa34YpnceZabh12t3rOcuw4YW2rLEfgPSNWm26RLb+YOiwyEkVtaL8LPF1tcB20+R&#10;17f5NZlnr0mjy+ZbxKjAduMVtWXxX8RxAeXdGPHRmbNRdm3sYc17HW2Hwo1mWFZbm5e3O3pGckVJ&#10;P8JlkAN5q9y6E84kxmufh+MfiGQMtzdtIO2wYxUN78WdZVQgDDPUljmlqXyLdHc2Hw78K6dHhYcn&#10;1LHNaFv4c8LQYLWgyo6GvJj8TdRfh5pc89Oahb4h3oJkSKcsR95nNLUdrHrd8nhG2Qo1rDnuGANc&#10;86+F7e4lu2gDK54ViML9K8yv/HGtzkiJCDnhiSaoNe+I9QkLvdtz/CM0D5VY9PvfGHh2ybZZ6XFk&#10;fxBR/OsyfxxAylEt0U98CuJ0/RLh5BLfzzEA/SujsLDTlRYxbgk+oJP507MOW4y/8SiY7/swk5xj&#10;Zmq8uuanJEY7LSYY88BjGCa6C2tbUt5Yt1AH+zitbSbDToU87yYVOeNwHNCSRLp3ehwTeAda8S4a&#10;/kmZWOSPugVoab8BdPkkH2xVC4xwxJr0e2W1/ikAHqoqZm04KNk7t/urTu2HsY3Ob0n4HeA7EBp9&#10;PVz1y4rY/wCFdeA4lEcOlQg47LVt9SjOI1t5GGOflNCTyyH5bORcHP3TSu2P2cUZknwq8K3QKmxG&#10;D/dOKrP8FNBWTdatKnsshArd/ta9gJSS0C+7ZqeK7urgB2XC46k0rsPZp7nPJ8KI7VgY9QmOP4fM&#10;NW4/BdvAvzqCB1ya05rr5vluR/310pslzEI8S3qdOhPNAlTSItL0jT7NtsFrFweu2tyzeJECMVUf&#10;SsFJLdXDwXAJ9BUrtK4+Z2wKHcpRSZ00V9aqPllGB1xStqVvG42RK+ehxXMwzsSAhGe5Bq/BqPlt&#10;vlVT9DzS1KsmackqXTESWy5PqKDpCzJlCV74CjAqK11qORMrCAR61fHie1VP3sH4Z60K4uVGTNoa&#10;zttuIIZQO/l4NOXwpozsu/So1J77K3IPEWlCEzCwLEDofWohqsFy/mlRGp7CmLkiY8vhbSkO2KwX&#10;PfC0z/hENHMgaSwTp0210Sahp4IKMOepqJrvS3nKSz7T15H8qSVg5V2MqHwxoyHEenxL9EFTHw3o&#10;r/6yxi5/2BzVu+v9Nt03Q5c9gBUC3lvMmTIFHpQk0HJG5m3fgnwjckiXRYST3KCsLVvgr8P9Rck6&#10;Kin1Q4rtYF06Xma4UccEsKbPDaBsQTgjtg005Il0aUt0eYXf7NHguSQTLdXEY6lVlOPpUsH7Nng6&#10;U4F1MR05kPNemjS4bhAWmNSW+iG2cbXJHXrVqc11J+rUn0PP7T9mnwLbsHeCV8dP3zc1fg+AfgOE&#10;7/7L3Y6CSRjXoSWMLL/rRkdiRT0s0xuDAcetJyk+oLD0lsjhj8GvCQACaai8flTl+DnhB8F9JibH&#10;95c1201s8MW8LkDtntVJr4Rt8sJI9TU3ZXso9jFtPhX4TtlHl6LbD3EQzVh/AXh1CCulQDHpEK0o&#10;9aUNsdF68NUou45ScEAjoRTux+yiuhiy+BPDUzAPpMBOP4ohT7fwV4btQRFpEC+oEQrX3AZJPB5z&#10;TJAmdvmY4+lGovZw7FSLw/pMCbYbONQe20Uh0OxY4+zocdtoq/bWisMtIvPfdU6aY2/cHH50XZXs&#10;49jJfw9pzZD2kZB6/KKhXwxo0bb0sI0PqFFas37hzGVPB+8QTmnJYrdwiRJAF9d1GoezjvYxpfD2&#10;mzN/x6IT64qK48IafJjFpGAPRa2m065tzlQTg8c1Zs5LOVPLnOHB5zRqHIjlF8MaYHMJs/MwegTI&#10;p3/CvtJuFO/To4/TAzXXraWcZ/dMDk8AdaGgDDgY68E0ahyLscJe/CfRJiCrzKehKvism++CVrMG&#10;MGqSrnoGAIr1NNMEw5fHqMU2bSEiQHzPxoTZLpRe6PD9U+BWuWqMdP1CKbjhXWuP1T4QfFCyl3Q6&#10;RHOoJIEc/wDjX02unW8hwZQDjjPekl0iNQGAyPQVcKsoMxnhKcz5YfwZ4/t/lu/CdyCOoWQVSuLH&#10;xFaORP4auV9S2ef0r6kv7W3wVe2DcdcZxVVdKtJwTNaJjHda1eIl2MpZfTfU+W/7f1HTm2rA0Rx9&#10;0sQarXeuXl9GUlMTHvvJr6Z1LwF4d1YkXGjwSf78QrO/4UN4DZ/Ok8OJu7EMR+lXHERXQyeWpaJ6&#10;Hy3fRXqsZTFbqp67Ac/zqTTz9okUGEnP8W3OK+qrb4C/D+U/NoCluwFaFl8D/BNm4ePw7ECPuho8&#10;05Yqc0KnlyhI+a9NHii12Pp2pyJ3HBwK3F8SfEpovLudeZ0PRccV9FD4deG8fu9GhUKP4Y6rzeBt&#10;IcGOOxiXnjMY4rndSTOn6nHufONxZeMNTk33GrOo74p6eENTkjLXer3LegQHmvoCfwfY27gf2epG&#10;fvKoqza6LaKwVbJT7MKXtJISwVPqfOv/AAh2rkh4/t7KOhKmrdp8Ndd1Bwh064YH+KQHn619Cytb&#10;2beWlimR3wKcLuGZP9Wic9MUe1mUsFR6o8MtPhHexMBJp67h1yCTVqf4bWv2cwXHhcPgckIcj9a9&#10;mlkUtujQc9dq1Xa2nkO+MMfYClzz7lfVKK6Hg138PtHhzHa6FOj/AN5VY4rb+Dnwz1XxR4+sdFtN&#10;Kl8oXCvcySRYEcYOWJ/Afma9ch0DVNRkENppbzMTgBYu9ep/DbwPF4NsnurqNftkwHm7R9wddv51&#10;alObs2OGFpRldI6eKCOOIIEAVAFAHHHpUbXMUchWRR04pJb2NBvkf5T0B71mXl5LPcEJHhSevSiU&#10;lud1ODkTXEqBiwTBY4HQ8VHcIxAIQlV78VGoSRAZVJIPABqeOKSTJZy3Hcdqy3ehqkolCWOWeSOe&#10;N5YvK58phwT70qXkLyKHJ3AcsBwKfrc9rptqJGmQbjtxnkn/AD2rKlQzrFf29tcMXbhEjbp+VTL3&#10;H5m0GpK72NPUNYsdI06XULhcJDGXZgpY4AzwO59B64qn4l8SNovgmHxE2gyvNc7CkF2hXyd3/PTH&#10;3cd6s6LpWrXGq/b9Ts2jtIIt0KHlpHzxkewq38R/EugeE/BWo674iZBZW9szXBk+7sxzn2xU1m1h&#10;pycuVJPXt5hRs8VCCjzNtaX38jz3wdat8YWurLxf4X+zJBiS3ubS4ZeudrL79+fyqbxn4F8Q+ENH&#10;gs/CGknVGEyILq6vxG0Kd3c4+Y9enesr9keT4B6R4d1Cf4MfEifXpfEF5/aV5Heaw1w0JI2BIlbB&#10;jiG3AUD1r0fUNTl1RWawljmSOdopyjghGU4ZfqD2rky+PtsBCVSV5SW6afpraz08jszOp7DMZwpx&#10;cYRezTX4XutfM8i+Gvhb9ou713Wtf8d6pYeHdNvUS3sYLGNLi8kVGI8xmyY0UjkYy3znIGK7m9+G&#10;ahY9T03xtqskohEcrPMqx9c5KBefSrviDW08JxQ3GoELasdrEtjb7+4qKTVpbiyaG0vUdJwGLxyZ&#10;GOoAHfNdVOlSheF22t7vXU5atavVaqWUU9rLTTT5/ecH4K+D3iTRviZqPxAu76C5S6uCtrIlwwwF&#10;wMFcYOc+vavRtQNzb62t81rIVjALsoyB+VP8PTRQwR2sgAjVN5A4yaS+1aWLUg9pBvhcjzB156Uo&#10;4alThaOmt/mXUxeIrVE562VvkaHhLxNp+u2y3KXKEbmG1SMDBwareO9RtbXSJbhZMLtPIPNc18Q7&#10;HUtN8L3lx4bMOj6hPG6Wd+tsGCyuPvlBw3Y81g6dJ4uu9Gg0zxPqcd2RbrD5u0I00g5+7/tHHT0P&#10;aonWlD93a7tv0KpYeFRqqpJK+3Uj07zrlBf2ocxZ3OgHXiuv8N26TWcd4G+Vju6fNxx+P3f1rW8H&#10;+EbbTNFFpcxI8uz5gOx74p1vpzQ3LwRwmKSNSEbHy4PNFNTpwV92FapCrOSj0GyQSxR+Y7Hy0Xt0&#10;7dazr66iu7ULcSk5bhupPPpV7UtRmRo9OBCyseQR99e+KqG3jhKyW2CgPzA9q05m3oc/KkveLWlR&#10;iB2vnwoEeR+XerGq2326KOW3j3mAhgN33hjBz+dQbmuovJjJ+aTB9a17OCGx8vzmXheVz19q6E3Y&#10;5nozldc+E/hj4g+Frvwn4q0W1udNvYWhns5oQySRsMEPnrkV+fvxo/4N69XvfGN5q3wB+LmkWmi3&#10;zsYtJ8SW0rSWG5s7Y5Y871HQbhkA9TX6eRm2htBcbAq8s646e9R2twl3brNZtvR+jD09q48dl2Cz&#10;GKjXjqtmtGfY8IeIHFvA+InVyfEOmp/FFpSg+14u6v57+Z+ScX/Bur+0eULH45+DA38K+Rdc/wDj&#10;leDftJf8Eof20P2Z9PufEviP4fxa7odqrPPrHhu5+0xxIP45IyFkQY5J2kD1r97mlQL5TNyF65rP&#10;8R6ba6rok1hfKrRSxsrBh2xyK8bEcKZbKk/ZylF+t/v0/wAj9Wyf6TPiNhMZGWNdOvTurxcFHTra&#10;ULWfrdeR/MUJJIn3BhzkEVPG6Ffn4OT05r3T/gpH+z7onwG/af1vQ/B6MNI1V21CyiCYFvuY+ZEM&#10;fwq+cegIFeEDHAxX53Pnw9VwfRtH96cO5vh+IMpo5jh2/Z1YRmr7q62fpsyb7RIJQ4O4Rkbd+Onp&#10;jvVvRdVn0K6t9c0yXZcRuWZZEBUkHjjoR7VmbWDE+1P3fLgDvkGnGs+ZtnsSpKommtNvU7bxlYD4&#10;gCLxP4ZgDyvBm9tY/vo6glmI7AgZ+lcfE1w0UixXgQuAjo2cuvp6YqfRdcu9FldoVV45kKzRt0cV&#10;Z1Sxge2XVtLj227MFJDZKt7+nWtlyV1zXszko0pYWPsJaw+z/k/0OHs/Bt94a8eXU1zEQj8B8cAn&#10;muy80KigcjHBx1rVmvtE1nQ3tLvy471Yl2zPFknaeBnPHp+Nc/FKEG2ZCccAA10qo4TvLqvyOPKM&#10;BTwNGdOCa95yt69vLsXGjDYynB96ZIqg4RSVJH8PU1EsrZEjEAjvn2pTeGQKMAFT8rE9q0dWDWp6&#10;nLJMe6bUYKMjoRgUh01pUDQI3HXCnH/1qY0kn3yO/Ud6mtdZSKNkntw2RwASOfU+tZylRm7T2Bqr&#10;FXjqMFn5rEzks2OeKlS1jGFjZfx7Uj7kYGSQ7JOQNtPNpefYX1S2tJpYYcedMiErHk4XcQMDPIGe&#10;uKtKENbEObe7DzCvzEY+lPDhs7jyeOmKzhcSNGQMg5OKnsbpY0Y3OX/uKQeTUxxKbSHOm0rlhC0T&#10;Hcx2jqQKstFBHaM9nqUjA7TJGRjd6E/rWebqWVgjfKpPJXv9addfabR9shGNvyrjtV86t5ESg3Ja&#10;jZMCQt5hOD0NPtldVU7Qf96miBJoxOMBs8gHoamt2WUnJ6UQjd3Kb90czbRgvgEj8KVIllGEBLEd&#10;x/KnywLgfu2UkZJJHPP6cU2VNp3RuVAORW1mtzNSTWg1JRAeYwcjABpGuHO5lYL8wypNE7oYCpO4&#10;j7pIwaqSpNIu4cEnJGaynNxVkVGKk7sla4aP94GwVODkcfiKq3Ac/vMMFJ6kcVNcWxs5Rb3ySKXU&#10;EHpkEAg8jkYNQ+Jbj7J4dVrKZmlJYvGn8HHGSR1NclR+0TTYVa8cNSdW10u33jL3XdM0mzLwlHZs&#10;q/mQgsPcZPHX9KxdT8eSur263MhPl7FbOcjg+3FcReeJrpp2+0ysDnkPxtNVxrkXyoZFAzyRXRDB&#10;2Wp+Y47jSrWk1S91ee//AAP+AehaD8TtR8PXIubORjOfvu2CCMY6V9O/s1/8FSfih8FLG00bU9aO&#10;saZaxeV/Zl7GrKFHTYwwQx4A7DknNfFUNwkkYnjlTkf3qqX19cRyhba4wOcketXChKnPmpScWux4&#10;GbYzBZ1gXhs1w8K9N9JJNrzT3T13ufuL8Af+Cn/7PvxkiNlrlx/wjt+jAGO8O6FiTgbZAPzzwB3r&#10;6Es/EWl6pYxarpc0VzbTIGhmgcOjqecgjgjFfz++BfFA03TS32mUGaACQLLhS4xwwyMgZz6cc17f&#10;+zV+2V8VvBF1LougfEmeC2iJaO1eQNCxA6YORggDnjvXqYTiTF0Hy4mPNFdVo/8AL8j8k4q+jrku&#10;Y01iuHsR7GcldU5tyjtdpSS5l8+Y/ZVvEkUAIa3C/hUf/CS2VxlSgyeua+I/hV/wUS8NeI54NG+J&#10;d7caZcsEjkv1XdbGUgcNglo8nOM8cdq+jfDXiuS7so9VsoRdW06Bo5o5dyspGQQa+rwWPweYRvRl&#10;r26r5H8ycV8DcT8GYhU80w7intJawl6S2+Wj7o9Le4sbkEqFHtVaWw0ady0yhjj1FcjL4mXAZ7V0&#10;JHOD09qpXOsXtzG32HWPKYjhs5x+Fd6jI+Pcorc7aaz0SFQotlAI7gVnzv4fjyjxKPoK4XUta8UK&#10;ixHWjJ6lRVO11zWoWLyP5wx0enySMuanfY7X7d4QS6DFWIJ5AjzV6S48Lzw7YIEHPBCYrzyTxXfR&#10;tk6BET22k1HJ8T7qx5n0JseigkUckmEqlOKPRYodNb5cDb2FQah4Xs75f3TKpHT5K4G0+N6FiE0W&#10;RiOowQK29K+NEsyBH0NuB94Niq9lUQo1KU1qW7rwJrjDdpk8IPJIbIzUI03xRYuIb3TN6jgtHzmr&#10;cPxVsmYeZp8iHqSSKvwfFHRgR58DMM9dvFJKUegJUn1MoprFrCZI7KRQM8baZbeLtdtGVRpocD2w&#10;a6j/AIWH4TuIsSXSrkYAKniqdxf+Grz97Dfwjjgk4oevQORPZlGP4g6ySEfQsAdcdKsHxxeBCw0j&#10;d6gEg0qW2lNkx36EHkfOKa9hpshwuoY/2gwqNexapxtuZ+oeOvLjLT+H5sjpljVCz8cRXZ80ac9u&#10;2flwSa6GLw7pb8NfbwPcc1KfDmnkBIQnToSDQPlklozJi8XXGB5rMR6Grdv47htxmRFI75apZ/CM&#10;sg3QLF/I1kar4dmhyrWSn8RRczcJSZsL8TfDD/Jc3Sxt6E1bh8WeGbtd41aMA9zXDN4M0e6dnvrd&#10;kfPal/4V7pGT9mv3X0AqlFNEuE1oegxa34N2+a/ieFSD61zOseN21fVI7LwxqoW3Rx590654B52g&#10;1z934CuYoy9tfhjjgMOtY9x4f1GzlLpGxI4yjYo5UaQ5luj1iHxVpCRjOrRMR947Twagm8e+Hw5i&#10;GqRHHXac15FbQa7p15NKJJRHK2TGRmtLT9UML5udOV+ckdM0uUtqNtj08SeH9TUTGcYPTtmkn0/R&#10;XjzAu5fUCuDm13RL5FidZLUhweDwa27PX44VVoL4YA6A5FLlaWhK5W7M0dQ8MaNMm+XGQMgkVSbQ&#10;tDBxLq8Kgj7u3n+VWY/GaoAs8UMoPUsvOKs2+v8Ah27cRy6ciserY4FK7K9nA5C1+FejDXhq+l66&#10;Fd8+aXlJ3D6HitjVfDur6LGGt763nUjhe4roDZ6VMS9tAg9WQiqlwlryFJx0zigrli+hzGn6veXF&#10;zJZXmntEYx97qpz6GotQso5HMsqZBGOelbl6kCjaWI/3RWfNqNjby7JAGx/f5p3khOFPscxcx21r&#10;IXktk2d8KKpzaXpGufLDZRkevQ12YvNEmO42KyjoygVJDpnh+JjNFYFEbkBOoqlOp0ZLo0mtjgm+&#10;D9rcyebJA8I7FGNS/wDCpTbnNlcn1+f/AOtXqPh+Hw7e25jS+G4cGM9RVPWrmytbo2luN23qV7VX&#10;tai3ZnLDU5Kx5rN4O1GyX5lGf7wNVo7LU4G2CMfU13d7dae+YzPtY8YasqS0uGRisiuPUVPtGZ/U&#10;420Mq0vPskey609JDjnjkj61aeLw7qsAEln5UhH8Pamz6NdygnKYx/fpkOl3cSsrW5GPu8dRTU9S&#10;1hrqxUl8MQGUm2nAQDjcahk0llBEVyFwf4W60/UbfV2haOO1IOOMg1j2Fx4rtLhlvLHMePlY960U&#10;2YTwcdkXDb31qQVuZOf9rNOGtX1vhS757EN1rS060u9UYDKpkcErxmlfwzdWM5uL21MydnhXIH4d&#10;a1jWh9qJDwU2rqRFa+KZYQFm3Nn+9Ux1rTLskXKrg9j0qSGw0nUlKWUSOR94Acj8OtB8GCQlVtT/&#10;AMC4rVTwkltYweFxEN9SK4tfD1wv7ueM/XFY1x4cs5bjzrcIx9EOf5Vs/wDCDkISqAjPKg1F/wAI&#10;sbUFoSyHvitISoraRhUoSe6I7PT7NVC3VhJ/wA1YuLLRwAbdJs/xB6ji0vWISTBO7Y7E0y4GuK+J&#10;rR29Dir5FLVSBRsrNH0HPe30x8q7venHzVn3MOlsGD64pOB8orvX03QZgXeBZSOMsOKy7nw/p87y&#10;W1tBGkcnBUKK4WoWPo1zXOWhs0nmCQFtgXlsZpmpaQLj5PNePbxnbgmu50zwZpkCBYmDsR0381Yu&#10;fh1Zzp5jgqT2LE1Gz0HY85sfDFlDIZnuzISfmDgYNXU8M6NdnY9rFyedqAGu3svhhpqvuWzeQ+/Q&#10;VbHwwhDB1nWJiegOaq4WZxNl4B+H1mpuNQsFdj97dnFJfeEfA/kNNpVo2M/MsbEgV2998LrsQ4t5&#10;VkBzhSuM1g6t4Xm8Nxs8aqspGPLQE5z60rJ7j1uc5Z+B9Eu1Mbt5ZC5EbN29abN8OtGRvlvJY8d1&#10;5yK3PCPhS+vLuW+mUxhhjkZz9M1tXOhaVA4+2aiQRwVBGaE0thWOKi8NW1g/nWM7TP2BUZrUsNA+&#10;0oX1bSCrIMluxrdm07Q2Hm2g5HoetQvqDW6+UzqQ3QDk1LlqVZ2Mc+HNNuoiItHRSD8hAzn3pk/h&#10;bU1AWw0+AhgfMZo+fwNdNZ6Xf3Fs0lvuUkcb2qCTR/EK533RDc4ZX4qovQTRz7fDt7jTmlmEcbE4&#10;wUBzXL6h8LHe9aFUiVAOHBCkmvQ4NF1W8kNnNPKSDw4bHNblh8HHuY1ub9iCQMCSUn86r2j2sKx5&#10;lp3wvihh23F5bBscZfJ+nHSr1t4A0iAMLy/+boNknFdvr/wzura3I026iQgEYHNcvJ4N1C0cyXUu&#10;892yRS3Yamc/gXwqkoV5pJXxnAanzeEfC0UYV7JNx6bl5/OrVp4a0+O48w3pZjw0e4ip08AreXIk&#10;j1SZQT9xWNNtLZha5zGpad4bsJC91ZHb6qCf5VR0/UPDVvIxtr1l3dA/FekyfDBrqAqbWRsjG5h1&#10;rIk+C9za4MbIEU8BzWblNgkkcZfXL6lH5dhKxUNhwoqxY2msWdnta3cpklWY8muu03wK2nSFyykt&#10;1IFadt4b85iJ9xVhgLtpJajPN0m8XrMW05JBk46A4/OtBr34jS2oVbVJSF5/0ccfrXfjwekMYWzg&#10;bOed61DdeHdagQvbRzHjkRJjirS5Q3PPZLfxFeW7R3mj7GI6gYNY9x4f1mM+ZHZJJtPKO+M16b/Y&#10;uulGlmgn3AZVZI6qQSQJKYr3TZGYdguKV7MDlfC1tcwg/wBp+A4pucH96P8AJrdufDngm4RDc+A7&#10;cTSDCrkjBHsOtW7gJE5lszNFg8KRUiafq1+0d1CrvsOVDgA01KSdyXGLMi10iy06Nrqb4f26wqcK&#10;ogAJHqM1Dqes+BZlNvd+EvLyuSjW4H611tvD4luGEE9mdp/vYIqfUPBuk3Me6/tsuRgkDHWnzOw+&#10;WPY8shs/heZTO/gtGweCwB/TNF1pvwznl2v4GGexEQwfyNdZd/CiwYl7J3UE5wGzmrtp8ILfaM6q&#10;AxHRl6fTmpcm0CiktDkrfRfAFmNp+Hy7SOW8jpWfrfw7+HOqRm4Xw81uTz+6x/KvRR8NbiGVpI9a&#10;LDbj5lzUUPgARsDcxPKF+X92+ARTjZ7ha2x5Jc/BL4b3imS5huQB/eQLWTdfs9/DxX3Qy3ChjwZA&#10;MV7zdaP4btJRHJpMcgxgR8kiql74d8I3KDyopbZ89AC386pa9RXPHtO+AvgxYAqzlQep3YzViX4G&#10;+FAhW0niyO8j5/lXdf8ACP6JBePZf2qwGMvui5A9qfF4V0iGQyWzG5UZ5AINV7O+iYX8jh9P+Cuk&#10;2Y2GK1ywyrBc5qfTPAPh7R7xhraoFA5CR9a67/hGdzPOsd0hA/dYBwaktdASeDJtGkljPJdc4/Oh&#10;0JLZhGcepU0vwh8M52EzaE8ypywdSv6Gus0m1+Hdnbg2PgWJcHhkjAxWENPgWPbDqDiX/loNnT2r&#10;S0QziP7J9vZFHYqPSs+Rod0y/c6p4XY+U+kyR5PIMfFQvonhO/iZj4dinLcbjFzVe9urfTiV1Nlu&#10;S33QDgjmpbTxPAiBbDSJcE4x5uM0nFjMnUfh9p1yjC005rUE8CKMAVnQ/Ce+W7ztimjK5HnKB+ZF&#10;dJrPi3UYlaNdKkj7ZIzj8RVIaje3qo76mwPdXfj8hTUV1DVrQrxeArXT082TS7N2XuFGVFWrKfQt&#10;Iid5dPhRsfeMY5q6mhWk0an/AISpoyw+eONSQ351Nd+GtAFuIVnllcDkN3Pr0pWd9AOW1rxNYzWr&#10;TQ2MUrqPkVYgNxrhJ9Qu9XuftkWgSwsPvJtBr1WHwDp86OYIGJLZBU4Aq7b+F4LVBFHocsqgdY8c&#10;fnVODb3BSjbVHktt4c1O6nS7k0rzAeRE/wDWtiTQr7VYvs8Pgkqx4BiTAHvXpI0/TreI+RpF4j4x&#10;gKDVLWNI8TTRI1hFPAVbqBg0vZSbFzI4/Qfhhq8Q86fShEo/56HJ/Kpb/wAAaaEZvNjWTsHGFJrp&#10;YrH4kSQGC6tmODhJhwT+FLceGPEC25fUbZ3VhksVBxVKm47i5rnDSeDW08ea2l+cCcssY3ce1Lea&#10;EqwCddNMIborp979a7fTNA1aFH2MvlFceWxOfwFR6vo882y2ubORQxGwquCPxpqMHuD06HnxuLMI&#10;LVjaoAMnegB/PFLHaC6j3peWkKqeTjkj61103w3vZ7rz0iSWNhgh8qfzqeXwbYxafNGdISN1TAIJ&#10;5NU6UbbiT8jlH0y2MYmj1mJvcHg1nXBnS42Wup5GcHYK7PTPBxmmUW9qXYH/AFRQEE/lXRWnw21w&#10;RGaLwXGwB5Z1wRUctik1c8phsvEIkE8aySLnqG4NdLpd1rVzEinSBGSOWcnmuyh8PNZyFNW0iWCP&#10;HBij4B+lVZtN1SK5XyLJ2hLfIwFTypg/Mo6fbarHJutbBZmB+ZSeB9a27LXNWstou9LhhAOMoAak&#10;XQbo3LSabfumTl2Ixn8KuDwt4okQTT6eJYc5D5/wp8qQJLYoa74l8mzfyG2SEHA8quU0rWdd1zUj&#10;b309zBEM7JIhwfzrsrfR0mkIvoNjqeE6j2p9z4V8TygvHpMUFop2mRvlLZ6YqeVtgkktjk9UsltM&#10;ytqd4wHWkspUchS90VONpYZwK6h/BN6zEIFT5fvbiTmqt18JPEuoIlzZ+JRbAN1eM7T9cVdOmpPV&#10;id0jF1G1suGkuZ0HTKx5I9zzUkfh3T8h18VRtkZwNoJ/OptR8FeK9LvESK3iu8qQ0oyu0+uKtR6X&#10;fs6wal4XV9mMSRxEk1UoR6CWpXttI08kyjWW44zGVqC8g0NZ/IvdauirEA4wM1sL4Wa8n2x6G1s3&#10;ADbzk/UVZn8J6fbqp1G2QFjjzGGSPxqOSIWKenWvgiMrHFLdFehJ6/jWpBF4HtbkN9jlkz/fkOae&#10;dN8I6fAgk1HBdtowO/5VMNGuVuCNLSKX2cAH86iyHyj7nWvDNtH5aaQR02jpWe+p2E0uz7N5eegU&#10;Vrr4e8RahIIpns1AUHy9oLUyXwVr8Ewe1k3BTwFh60KOgOKM6WO4+zkx6bMygdPLNZsup3p+WPTm&#10;46YzxXQT+MfFPhyf7LqMMckfRt6YIqjrGp3WrZuNNjIZx1iTFNR1EoxsZT6jftzLblcdMqRUkEep&#10;37hlRFVRwzHGKlLarFZo1+k+UP31jGTUNv8AYL0EzC5QJyxVsFqbhYLI0X0O8e3LTXSYI+8rU5NM&#10;icLG0w3L0w45pdM1zwptFjc+fEg4BkUkH61PdXvhC1uA2lGORz1MKk4+tTow5ENXSJhGGiQHH94i&#10;kSfUbVsf2NJOAOkamp/7WtLqNYooJBIDkseKibxVfaCWk80SxnrGJeR+FCtcfIi8ni6O1iQXHgi5&#10;3H73H3ffrVHU/iNpVuxMmj3AU9doHy1JZ+NrHWR5k1vghf4nwasRw6NeFnfSTIT1ZO9VoFkUU8c6&#10;DMgGJRkZUEdK1dAnbW1It/3YUcM9Q/2N4autyXGnXAUDBCLyPxqTSbvwvpMwsLLSdQYE460e69hq&#10;Jdu4bi3jZZL3oMHZ2/CsySaCQFZbpQQa2rg6BCrTP4fuRnqzE1Wi07R9bmH2fRL1trfeKjaPxpNA&#10;ooyjHAh3GY7c9QKtWWoeHoRtl1EKe42k1Nr2j2kIWNreWPHO3bWaPDunNELmazkIHQh/6UJIOVF+&#10;fxV4TT5ZdVA29cJyKa/iHwlcQedZ6qJD/tKRg1nTN4X07/SF0Ny/qqj9avwT6PLAHttLAz32AVS5&#10;CeUbY6pp88u2PUIeOg8wZq8NQtUwZ75EB4DFu9Y+oaLod5i4a1COeSV4OaoHwdp8sex9UkQE8Ky5&#10;Ap8sO4a9jrpZSybY3DDHUHNYFsdV03UpSrD7Kwyik9DVRvBMEKrENbvEUdAkrAflWjpvw9128lX7&#10;NrN3Mv8AcYEjH1pOKKTL8WpSKP8AWAeh65qhd3F2ZS8cec966Sw+Fs0CF7iba7cdSf50t94S1vTo&#10;S9pf7kQfd8tc0nF9RWXQ5C2uNUWd5ZA45wox0q1bardNceVLd7Tn5Uzgmq8Gs2Et89pqOrPHKWxt&#10;lG3nPripte0HTZ0WaS/RgCSjo4yKXKhcpv2F3IEOWGPWpp57OOHdcSkL65rijrsaReXZ6uyMvGZn&#10;xUH9oym582e/diwwHR8jNNQTHZI66XW/DkkZW3inmZeoQfyqj/wm3h3Jg8m6ikHAEvH9KydA0TxP&#10;qWqkWdhcsmPndSNuPXPatyXw/wDYHKatot1MO7hNwH1o5WnYLJrQwbzxGryf6I77uch1qeHxRaXE&#10;QbJBAwykEc1fn03wuu7yLZ42xyScEfhXKajKYr5v7HiaXB+YSQkD/wCvRZD0N+38TNbyGWOHKk9C&#10;RViPx7HCDJLA+0DuOfyrk9PN/qt+baWwaB+2z7prrdN8Elo9zWrSZ/idqOVXC3YnTx2kql4IeAP4&#10;1I/Woj8SLguYVgjXHAYmtdfDOlaZAom00ZHO0HNMu9D0i/iKDR2HHytgZ/SqtESujIufiBrYZDb2&#10;8bKTjO/FUdf+Iuq6RELi/ij2sRkqOnvUGseFdQsp3T+zQYmHytHKQVPuKwLi11Yg2l/b3EkRIG11&#10;DipsirnTaN40HiFwkF4AuDg7P6Vba6uFZgdXhJzjbtK4rm7TwxfWaC+0x3LBslPLwfpVXXJ9bnnW&#10;eKzntpVYZZEOPrTjG73JexuS312twyxh5VXuIzj86ivdVMaFTbujdiV5rP07xfrWiHN8huUIz88W&#10;GH0OOatN8ULnU1ZLBbR/9m4iwR+HFJxsxJJmr4e1O4uLi3juFxG8irKxXG0E4zXuljpOkabEILaw&#10;iRQMArGM/nXzvaeMtUMgtb7S1ZGOfOs1YgenFe4+CvER8QeHIdSlJ8yOPZMGGCSB1waI3RVkb3kx&#10;RKCkIAzyAMfjUd06qGL52j86q6VrKagJPn4iJBHb2ps2pBZhC43M/QAdPc+lL2qkro0dKUZcrWpB&#10;dXDSDg+vA/lUXlCZyE4C8n2FOWWWWVolB3dsjgUyBJpJ/LI+UcsfU1CV5GsVaJMkXlnfKvbLcZNL&#10;f30UFq0hTYVGQS3artvHGoClQWbgEmuN+I3wp8Q/EaD+xLr4g3Ok6ZMCt5FpEYW4mTpsErZ8sEdS&#10;BnmnPmhC8Fdig4TqLndl3/4COI/Z2+OWkfH345eObDR4PtGm+CWtLK1vdmUluZRI0zKenAVVHfqe&#10;hFe8CJfvZPSuS+D3wb+HPwT8KL4P+GHhyHTLDz2lnCZMlxM3LSSOfmkcnqx5rryQigZ+lTgqVelQ&#10;SrtObu21tq9l6LT5GmY1sLWxTeGi400kknvokm35t3fzKmp6tZaTA11qF1HDEv3nlfAA/GvkD/gq&#10;P44+MniPwt4b+E/wHSC4HjKc2dzcc74dxAVl5HYkcg19MeMfBtl44tZbS51S7tbmOTKT2k+11xyM&#10;ZBH5ivLvAX7IPhe1+Mtj8b/HPxX8UeLNQ0QSjRbDV5oUs7GVxtMvlxIu+QDIUscLkkDPTy85w2Lz&#10;PDvCU9Iztdp6pXV/W60tbqevw9jMBlOLWOre9KCbUWm05W937nZ3b6EfjX9kDwvpX7O/hzwzoeun&#10;w34m8F6bD/ZPi3SYxFLFcIgEjOBjzYnOSyNwQc8EA1zPwY8dftiWXj/UfhD41+D1nPCs/mWXje0u&#10;FFpNCVUl5kLbkkY84UHOOuea928RazomoyS6Hr0wltr1DCqIcKXOPlJH+ean8Ja/p+oWuLJHQxoS&#10;8bS7trADIH8vwq/qFKOKj7CpyWSTStqkuqd+ltdzKOaVnhJrEUlU5m2nK/utu90011vo9PxPM/2n&#10;/gdPqf7O/ie407WNSvPFyaTPc6fqEF00chuUQsEjXJWNDjaAAevOa8X/AGGPix8SfEnwI8HW/wAQ&#10;9EutW1vWT8s2mTpMsdvt3GSXB+TacKw67sjHGK+wLwG/mhluDkASApngggdR+H60/RNP8K+GbSWf&#10;SdDtLPc5eUW1sqF2PJJ2jkk8mnWydyx0MXQnyNKz0vzK6et+u+u5WGz5U8qngq9JVE5KUXezi7NW&#10;VumzttocTff2z4RL6jqBLQFFypQ/KD29qiuPF1reRQf2XIrqvzkr3IB/OtLx/rsOoajp2ja3EItO&#10;1MyRPKePLkC7kB9M4I+uK5TxB4Kn8PWippB3WbH5mDE8devpXc56tLocNKMZxTlu/uG/FTWNU1/w&#10;yti88ibyrbYyTIDkbRx3yf0q5p+k6r4V8Kwa14p5t0kZriSMgyxfLhHDdiB1Nc1pvi1bzVWWWUCd&#10;FwmeNwHb+lXPFuq6hJ8PZfDVvNIW1OKRllI5B5GxR6+59az0lJtdvyOhwcYxha2v5na6H8Rb/TZY&#10;bKdY72yuARZ6hBIMsc8IwJPzYySeBx611yOtxaGdJxIXxjBr5v8AB3izxloXw3+xeNdJntFdfs8N&#10;yw8tCM4TZzkNgZYnHPIr0b4I+L59RhWz128SKZQ7Rxxy5EygDD8/jUwm21F/8MZ18OoJyVtH06+Z&#10;qeMdRvRq+YYsSJwhxnNaXhxnu7UTS5BPEoPatg+HINUnOomIMXXg/wBaa2jDTmPkgsCcOorWFOSd&#10;2ck6sGkkiO3jeOUiRflXqSf0qxEs+pThHBwcYPTA/vUsxiMBjUruH3W7VUtdXjUtHE674lzIGboB&#10;3PpWra2Zirt3R0ZuLO0h8hmVmbgjrn61k+LPF0HhWK3aCNCZn2tubATjqfQCsdtW+zTnXJJd0cUJ&#10;KbzgOxPBqKfQofF9zAmssZPNUSiHbhUTtu9cjt271FSc3G0NH0NKcIKac9V1Nfwvq2qeIy2oOCsD&#10;PtgAGNwz976c8e1WfF+vWuh6fJPeSKAiHjdjPFSR32naBpk0isqxW8Z2hOnFeA/tAfG1tP0ltMtF&#10;WfUb2JgueREvUt7ALz+FcuKxEMBhXOo9e53Zfg55njY06UdOx+YX/BXLxxY+K/jxp0dg5Dpp800y&#10;BuiyTHYD+CZ/EV8nMfmyAB7eldb8dPiRqPxb+K+s+OL+Xct1dlLRAeI4E+SJR/wEDPuTXKFPl3se&#10;/ANfk2Im61aU1s3c/wBWeBsknw7wjg8uqfFTgk/V6tfJuwSSLK24R49aTC4wQPrTsK2Nq5AHzHFL&#10;Ew2kevGBUqMp1feep9Xey0GFTjB6kVZ0vWLrSHZI0WWCVSs9tL9yQY4P1B5H0o8iIA5Odw4welQy&#10;QKvPX2rWWHnTfNEymoVouMjQuYtNa6NxoVyZIWQPsVuYQeqtnnINQXUQlTevG3jjvWRd217A73+k&#10;XTRXGzHOCrj0IqaPxro2rPHFeImmahkLNCU2wuefmQjgcdq6adSFWk1Y8t49YTERo4n3W/hk9pfP&#10;v5fdcsKBtbceg45pjAYzuzzV0aPe3MhitAk5VSS1u+8EeoxVR4mjLCVCNpweOh9DXNWi1ZNfM9an&#10;UhNXi7iK7Ku3H09qPKbZ5gU4PByKbnB+UfTmlE0hAjBOAc4J4Fc0Z3+PVFSko28y29zeR26W0qld&#10;gBjOMFQfT2NWLfUJINHutLa5ZEm2ySBJyBIVPCso4bk555GKoR3cnzMzgkLgbhnI9KbsLxm5PRCA&#10;wLdc11+2il7uv9bmEqaa1XW/zuLJE8QRmZcSLuG1gSBkjnHTp0NX9LtYLq0e4mZl8kgLhuCT/KqX&#10;lmd2eNETHbdx/wDXq7BdRWVoZ5IlmEm5I1DjETZByV75HTt/KlQtCXNLYKrm6dluSNBHBIlygRs8&#10;gDkDnpUeoT3moT/aGm+YH8cdRUd00tq3lM+MorKoJwcjOeaRmEkaEMNzH7uMH25rtcozVkRGO0mT&#10;yXzzqIimMHIwepPUn1NSMFGGVSAV49zUcMCZ4AOOCc/yqcZXLsp2qBgDp9K6IrTUzlyp2SImkmba&#10;shYlRjn07U2eXaofBx3XNTXDxHISNsnHJ4I7cioBDMzFVj3qxwMfy+tDegRa3GIqMxYMOnAA5z/S&#10;mTBCN0Truzgqzc//AF63rn4e+OINPk1mbwfqENrEMyzyWkgjQkhRk4wMkgYPWobDwfrV3raaDFZh&#10;LhkG8zDG3coZc8fLww61zyWlmRHF4ZxclNNLfVdN7mfFpN5rKwpYwS3VxIrERpG5dkUZJHGCFC9u&#10;mKn1Zb7WYYtNt7OKTCh1gtsyFmCjLnrycD5e3pXSzfDXxxaacb3U9J1i7gt7Qppj2qlYw3nbWQFh&#10;yDliAmSSw6817Bf/APBP/wCOnh74c+H/AByfCCK2pW4YRG3aG5QyMVRdmQS5yvUDg+2aiGGxFfmU&#10;IN2WtkeFmHEuS5fKmsTXguZuMbtauzb7dLdN9NT4v1D4IeIfFWuy22nHyA4LiS5PzSAgsCAOxrgP&#10;FXw/8a+DmMd/YyGAtjzUU7SfYkc192+Nf2E/i14GutPm1jwvqTT3NzCvlJbF22OAgj3ZwpB7tgYx&#10;0rzL4zeFfE3g25l8J+LPAd3phikco10rBxGuB93JTaGPXnLZrT2+MwztVhou6Z8NVybhfPZf7DiF&#10;zyu01JNeel1otNV87nyZpmr3dtL5dyp2gnAq6deQ7kKkE9z2rsviR8ONFfV7abw7rTSNPFumQwkK&#10;kh6qB37c8CvPPF+m694Q1BtP1XS5IWz8jOMq/wBD3rvpVKVdJrd9D4fMMDj8nc4VNYxduZar/gX6&#10;XOw+GGpRalrr2Nz50hmjKxxoxzk9yMcgdxW3pPi258Faz/YY2GKceTLGAP3gLZ3HPQ9OevArzr4f&#10;avqFh4jt9QthhopVclkDAAHnIPBHseDXQQLda/8AEqOQziceeHLiMJ8oOcbe1ZVaMfaSvtb8j0sq&#10;zOqsJR9jf2qqWT02la/m/wAv19W8VeLZfDpj1NYFstsiSeTFERhWOVJyfm4719JfsufteePPhxaw&#10;W2ga5Jqttfz+a9tqDgQeXtJkAU4cODwGU4wuNo618p/F+a+8Q+Di8UNvGLdYoSASJZMcKAO/TkVu&#10;/CTxJ4nPwtjvNHmuo2tUa1luo5AWCuSuxOh+YZH0yO9eVBTo0o1qbakna6PvM1w2Dz7HVsnzClGp&#10;SdNSSktL38/VbdT9TvhR+1H8KvjPqEegxa22m6vOuYtNv22GbnH7s9G+nWvSf+EfAbYbsKccHGa/&#10;G3wN8TfEfhy7kksvEElpqNgR5UgbE0bLypX+79R37V9c/s1/8FY9Uiuo/CvxW8Dz67DbrtbVdMlx&#10;doMgFpUYbX2jJ+XBOOlfYZVxLUjeljen2rfmfyt4jfR/hCMcfws+eMt6Lfvprflvul1V215rb7b/&#10;AOEXlePMWpIzZ6bcVLB4S1Ux+ZIqBfUt1re+FPxE+FHxg8G23jXwD4ihvrSVQfnYI8TY+66nlW/2&#10;TzXTx6lpUSeVFc20eeSGAavr6VeFaCnB3T6o/mHG5ViMvxMsNioOE4Ozi1Zpro0zh08JyJgPLESx&#10;6k4q03gCS4tyjCIMfugtW9rHiLSoZljuIrS4Ts0a4I/KsDWvF3h6yc3MbXKkclSTtPtVa3uYuipR&#10;5SCX4N3ywG4NvH0OAjDmsqXwHq1v8v2GUL/1zrQsvj9o2mOYbixnkX+HDf41Zf486frMkcFu0lvH&#10;u+dZgOR6Zpuo0QsGtrHPyeDtXB3Q2lwx6FfLziq0+najZP5dxbSKw7Mhruz8TPDgKRvdR/N/EDnF&#10;TSa34a1FvMbUPtLkfIgTpR7R2JeEV7nnq+ZwBGTx/dq1Bpt1cRb1tmPsBW3qHh6xku/7UuUcBGyq&#10;+bgH2xWlZeItHt4V3WDPzgeTFkVHNcpYdROTfw9qyx+atnKF/wB081Sm03VoizGGcDvwcV61Zarp&#10;UtqJXsJUH+3GQajuNZ0SeFo5bUPGM7sjmndDVFJaHkhutTgPlJcyqTxgZp8f9rqwlElz/vByK72c&#10;+BHl3LaYzyN3HNW7dPCt1bF4lhUDggtVe6L2Mr7nno1XV1Qq93cEj1kNNfXtZAAjknPHdicV6Bba&#10;FoEkTCHynLckbskVlXenG2lzp1vlB3cDmhOA/YPuckut+IWPFm7nnqc1JFe+KrptkejzYJwG2H+d&#10;dHHcXMEpneWNMdOAMGtPSvGUkSlNSRZV7PGAcfgKdk1exSpW0ucrav4uiOGtZhn+8ma0ltL9rffq&#10;Ggk7hw+3kmt6TxhLaMrQ6fG3fcy4/SrR8bxiMy3rW5QryABxS5UxqHKchJoodS6Wc6g/Xis+50V5&#10;XLRPMMdAIM13qeMPDrQFp5Sg/wBnpVOXxFYahAzaVqEBC/eBbDfrUWfYrlued3OjahG+/wAyFkH3&#10;ldCDVW4sbuJfMtYpFf0iJruZpoJZQbwj72Ny4xS3Vvo0Lie2eN+ORjGDTaaQOlG5xFteaxHjc0oP&#10;QiROa04davIkAuNPkPHULxXRGKzmdpAkanOVUkmnXOrWy2wtppIyV6Ky5zT5SfZu5gxeKbq2UmKK&#10;SPnGG4qzF49d/kkssHoTu/Wr19NpGq2yQy2calf7pxThpXhn7MIowq+pI5/OkoNl8lkUpPENrMCz&#10;Shc9iOlUln0+5usSyLt6ZJ5qzf6bpMMeI1BPTJbFZv2aF5SIIQT2AxWnsZNXI5WazaXosMfm2t9l&#10;z/BTTBdJFm1vWwT90HjP0rOlSUvv+ytGf9k062vdRh+W2tnk5ztC96FSYnDUS50vWbef7RbeYrN/&#10;GnGadbanLasTcx5b+Jj1rZg0j4g6lEPs9k7fLnyljDbR/Ssh9A8ZzXsiXmnsu3sI+tWqEraia7Mr&#10;6vqmlzgPLEwbqNlJa+KdOSMQSWch45JQZNXYfh3qurjNvDKXH3tkRJFamk/BjxBqXyQaZOXH96Ij&#10;FS6dNdRclQwl1LRL19qXkav/AM82OCKsxWNhsEkl+MZ6CQV0w/Zk8btGZzYouRnJXmsrU/gD44s1&#10;Lf2UzBeoXNQqMG9yveTM288VaDpwNuj7toxlhmsW88X2F2xjW2BXn5guKd4h+HeuaTGZL/TJIxn7&#10;zKSPzrLt9FXafNUgA9RXRHD07asyk6t7I2tH17SwPLLRx89+9Wrrxr9nj8lDAwB/hOawo9BtXO6R&#10;DgnknmrFt4R0K5fC3jAng0vYwTHyVLFfV/EOn3kguPsKRzKeJon2sPxFPtviHfW0axmJJQvHzHk/&#10;jWvD8KPD88JYzysfQDOfpVC88B+HNNbH2e8kA+8REQB9aajQ5ReyrPRMnt/ibZqA0ukHOOqNVyP4&#10;gaHdLtm0uQE92jBqlpnhDw/fwkWWnliOhMhyani8Dxxy+Wulykf7EmaXJStoHs6tyyviTw/O+IgI&#10;yw7gVHcahpqYQXHv1FSjwdogUmaOVc4yGbFCfD3Q5V3/AGZpM/xBzUqCvoJ0Hc+n9S8GQaUW+z79&#10;qnIyc49qz5dCuJ0ZyCFVQSy8Cu20+9jmsC1zEsrsOW64rI8TxXWoWa2emybRnLHp+FZKSSOuzOCn&#10;8KXM961zos0yyRk8hzyauRa34z0qFILq3NwScZX+tdhpmnWdpYfZlcGUKdxAzk+tYV9Zave32x59&#10;yA/Iu3GKUpXQ4x1sbHh3V576JhdyMhXjGeK63SV0sqC8iZwDuYfyrmdOtI4rFIHUCTaNzVcsQIm2&#10;vdDHb0xSVwOku57eONxEwyB8vGSa5jVfBmo61Obi1vNrserp0/xrasp9OZgDcqz44G4VofbbWFC0&#10;0i5Uf3sYqrqW4XaODl+HGvaVbmWbXTKF/gRK5rxL4U1C7mDWbtkrzntXpTapcao0mwAQDo2K5nXN&#10;G8SyTmW0vwluMnEfWosuga9Tl9J8I6rJJ9nudRhiC8kbsf8A666G2+HekcTXupLuONojemW3hqG3&#10;AvJrmSVz9/LdMVqw6ppEe1LhcH2GaaSG22QTaLFpmEg1DIAHLc8Vf0bSopjiWVSD3buKfHJo2oRk&#10;wTEn/dqsltd2dwJI7glQSFC802ib6nT2ekaXYp50NkrSY5cqOPpVPV9XNpGwMWT0AWs648Yz2MPl&#10;PtUerGsiTxzoU8oXUtSUZOMqaG1YerNKHWIbsEzRkseAoFF34TudXh3bEQHpkc1a0W40K4jFxpoW&#10;Rm4Vvetd7yy06Ez310A3XFGgHHw/B+MTfaJNQKtnJ44q1Pa6T4Ri/c4kIGWkfFXdU8dWnzLaspxn&#10;JZu1cd4kTU/E9s6aW7NweR0zUSnFLQuNNt6k5+KQvtT/ALMslUuWxw1Ta3fjT54YdVlYGYAhQfWv&#10;LfBHgX4iaT8QVudThAtVckOK9lk0uzuSl7dKs0qLwHGcVFKcp3ui61OFO3K7kmjaXpNwvmNPGoJ4&#10;3cn8M1uxaLpcAEqRI5xw7VzOm2d5f3ADKB833cdq6G28O3ErKHnKoT0zWyMSxdGzih4KFvQLWfcX&#10;tzJCRbsMehFWNVsJreEi2YuRwPc1zq3mqWkxF1A+3+6tFgHX51C7cIIiST1FNj0Bmwl2ikn860bL&#10;VdPCBrpmGRwNvIqPUtfa3GbCLfkEZP6UAVk8M2UrbWQD0yo60248MWdoNwl2kDgCqlnreqXFzsuV&#10;CDPQV0Wl6THfxK8zYJzn6UKVwtY5eewiDMkc8g+hxUb6fPLjyizHHTNegweGrWYLGtuGHqF5p1xo&#10;GiaYpLoCR1GaG+4HmV1p+uQEG3gUD0J5qpfW+pbiZiOfunzOlesRadp0se9rVQD0+XtWRr/h3S51&#10;OyIDGTkClrbQDhrOw1u9jDWMbBlxlW5zWpH4P8U6hCQ0ZhBXliQK6PQ7SOwxHbjdgcYXtXQRaNf6&#10;mvzy+THjsOTSQHjniLwVqmkz/aW1BGdeoDc1mQXLRTCS8gZwcbtrV65rvgGFlK2ceXdjukkOSah0&#10;n4eaPpKGe+iS4cjIBX5RSu7le7ynAWXhXwz4gfcLxLdzgAM3zVZ13wroPhvTWjt9TxKR1i5Oa0vE&#10;vgS1nvW1DaI0ByqRjA/Suo8G6F4Zs9Oju76BZJGHG4DHX0q41LMlxdtTzHQrbWr+I6WkclwQCQ6p&#10;0p9r4J8W6jeSQ2WiyjH3pH+UD8a9fLaGNQe3tYI4nRVZlVQOGzj+Rpdb8R6ZpFo7OVVVGSd3Sn7a&#10;S6iUHfQ8Wb4eawty0bXMZkB+YMCDT08A68LiMx3EZ56K1aWpeIr7xDqbJoschV25kQZH1rqvCvhW&#10;104Nd6jcStPx8j9PrWKqc70NpUeSN2zO0z4TXd9B9t1COEKVG1QOT9asDTfC3h/Nnf6QkjfeEiAZ&#10;H4VrXeq6ysrRwBxD6EcYrGhe3e7muZoC0j8FmPQVondaGVh9zZeHPFSfZ7cKqnhlQANxVqD4UeG7&#10;OzF09sGkxlQeg+tUP7AVJFvNOnEO85wWxml1DW9d0+EIZ3ZBxg8gfjU2fUptWshw+H+jz72MJVz9&#10;wJ0BrStPg1dy2ouvtmwgZVWHJqHw34omuX2tAuQR8x+tdHdeKNbEe23hDLt5zntTSZJxd/oOq6Td&#10;ixhtk3Z4bHFb/hzRNUZA9+0RTHIRMD/69V28SyvdE3cOXHZRzVmXxVeRQKkFoyhuMtTTaYFm/wBB&#10;0/eSlsGkxxgYqjceC7i9wHvPJTqVWtrSN9xbpLM+WPJJq60AlGDKi+5OKtOT1JaR514s8P6lo6+b&#10;p187H+4zk5rmrLxXdSSiDUL3YwOGiZcZGa9a1fStKmQ75Q7gcFj+lec+OvBIupRPpLIr55bGc1M2&#10;9yopXsa+lT2Ulun2CxVpG6u2DTtT8Ma1fSo0lsgD/dKtzVj4aeDb2yshfapOq5PyIv8AOtnXdQtL&#10;JCPPyw6fN0oT01BrUydO+HDzpt1O42qMYjVuv1Nadv8ADvwnH8k1sG45DPnFO8LF9WR3N0xjU/KS&#10;c81b1PRpX5s5wrYwWLcimmrC6ljSvCnhuwPm29rGu0jGEFXpFgbIixx0Fc9p+i39rGXuNcc9cDd0&#10;qpFr4stVNvJePJtbGSpx+fei7Gb154cfVYjALJW5zl196zp/A5jl2qYAMY8sLj8K1I/FbQW2ZkGw&#10;nGe9SxataX8QaIg+uaT1A5uD4fxC5M11GkcZYfU12tro9iujDT9PiTYR8ysOtVDc2iIVaJmfb8pz&#10;mnW9/Oi7o4iCe3pTtZBuRJoOk6LB89lENvPzKCa474heL9LlmXTEKhQfmVa6u80jUtYcpNOyhvvY&#10;44qlY/CrwrDeG61Wx81wc7pHJyayfO9EXDkWsjzC91m4u7uGPR5W3q4BGOCK9Q0/RmPh6GQ/JOFD&#10;ZHQ10Ft4P8PxAPbaXboMfKUjGadNHDp4EKDcoJ/hq4xktyZOLehxV3pOohlItsE53bAMVHdvqOmW&#10;xuJ7T92gwwVcECupvZd14BHGSA2cYqPWLKXVbZoRFhDwwzjiqTZOhzfh6Lw5qeLqCfdITlllXDfl&#10;VvVvBdlexERnk88L0p1v4PsIFMvmeU6EENn+tZjX3ivRtbxZXQuUdNpVlyoH1HSi+moGevgbwzBf&#10;CC/MskhPylvug1attM+wXotpYFCH7rg9K6eyC6jCt1fWioR1bb3+tZviK0nvY3W0jHmAfKR3osgL&#10;Vh4NsL2/iu/NZZFHDI2M+1bF9aRaDAZIju+Uk5OTXE+G/EHiHQbsQ3A81A+dp6gV2kMlx4niJVCi&#10;uOFbtQtgPMfiDa3Hi2Bmt1WKVWyjbe/vVLS9yQRWEto6SooDmMcZ9RXqqeAdP0+NrifDN7jOaSDQ&#10;dGmlCSWanPAOMYpKMkO6exxFz4am1a3jVFVx3cEKa3vDnhPRbCMSGzBYD5lkAatmXw3b2cgaKcqu&#10;enpVtoIoIFMXzEgZNUri0OP8WeHdI1Mt5GgxBtuN4iAJrl4fAfifSZN2n6Arwg5zzu+ler6PYCa/&#10;86dSQoyoIrbuoY5YTGW28cGmknqJnkGkW0cjGLU9Jlg3Hblo8Y9qvyfD/Q1ZryaeHbJxsEW5j/hX&#10;Xat4VlMDXEN074blT0/AVy76HrQvTHa35jHfgc1NncdzH1PQfDOlbTFoslwq/eIAAX606w8VaNp5&#10;Ntp2hpESclY8ZOf51r3PhS7cE3t+XBPODjP+Ncp4s8F2kVwLiC8mWZXyjBsYx9Kp2sLqdNZ+LfD9&#10;5GyRaHNG/WQSYG41q6e3hvVEW4trMK6+q4Irzixk1u2YyXsPnHoHX+H/ABroND1yayuka7spFTGC&#10;dtZ3Gjt4dPt9VLWzQ/uuVIbvW/pGgWOmWa28NuijHIArnNG1m1mnVYlfcRlQRwBXVWNxviUM4OVz&#10;1rSNhPYoap4U0q9QvcW+9s5GW6GsBfD+mRXHk3lqrKT8oNdhcyI6mLPI5rHGlXV7cbZZCYww2nFK&#10;Su9BrY5nxFoGh3C/Y7fT4xnuvBFYifC3VLkZguX8sn5FHUV6SfDcNuftCYZh/s9acmo3UCGBbdTI&#10;g+U4wPxpcmuo7nJ+HvhZYwkS62ZpfLHCscDP4V0DeEtPL5isrcRL0DIMmrE+pXEseJ4tjHuP50yR&#10;VFiy+exZuhzTSsLUztV0jTYwZlgRiq9NvUU7w/fW8UqRJAVX+6BkVZjs4pLYpK3znoCaisdPjgk3&#10;MhHPOe1FnfQDUvFjuFEyR46gc1larFNBCzIhIzyAatrqZSXyJgNueDjip3thdqFiKndx9KLgeDfF&#10;iSO01UTQeE5rxJZNsklsuWQ+pHpR4Z8JanqQSeBCkbdIHXkfX0r13VPBEAle7mVVLHIAXoaraXPD&#10;os72j6cT3SULyalrXUNGclcfBq2vIUhknZJG5KRr/Wuo8JfBnQNMtEbULfcyg58zt710OizK05na&#10;Ak9FyOlat20ZiDsuDyASatJJC8htnp1jYWgstPhVFHA2L/OpntIHh8t41x9KZZXcLRAZAOOvrUdx&#10;cAgpDNjPfNJtbsNihJ4Q0O8ujcC1QuD8xIzWL4z8A2d/AYmt1MZGMDgj6Gup0yCRZGd5QT3wc5qx&#10;cwiZGQgnjI9KFdxuHU8F17QD4e/d3N68QXBilIzj2zW3YHWobaO6eGS4iYAiWDnHvXSfEnwTF4is&#10;I7dgVaNvmx3pvhLQ9T8L2a2BV5LZFwgI5FTZ3HoZ7+HDfxfbIXnSfb9yTofYjtWSmk+M7S88+0ki&#10;ATPAbP4EV6Nd3FpHCpjtyrYy4NcreeK9A0XUsX8hhDnBLKSM0bDOZ174jeIdOwuo+Bt4Th5IePxq&#10;a18RafrtqksGmOWcZ2Hjb+GK2/FGo2N7bIbCVJFJzlSPSsN7WC9hE+nq0M8S53JxyKGwSNDRvDuq&#10;6zJiytSgXljKcYrorPwRcY23NpC2e+c1T8HQeKbuPfLeCFO7FMFq3SPEVrKTbX4cqP4k4PtTiriZ&#10;j6v8PrOGEyvp6cj7qH+lcrD8JNMuL/7Rc26LDnLMRyPYiunuPiFeC5bT9Zs/s7ISFkGcNU327Ttb&#10;tvKttSVTnqGA/nRYL9yjp+lacH8rSLRTGnyhnTaPw9a19PSfSIbuWSTfvgbMYXAUgcYqiuqppbeW&#10;7b+ecf8A1ql0TxXp2q61HpsQbdk7gy+gOaJq8GkODUZpsd8NJJ7ywvbmeYuzTBSWBGD/AIV0awRW&#10;kXm3U+SR95j69Kq+GdNltNNdDbbd07sBnsW4/SrNxb3E7oJWdQmSFHQ+lcuGpulQjF6s6sVUVXEy&#10;ktEytNNPLIyp8qnkuVOT9KksogjY+8xPOWPFTCzaOMysDkngUqx7IZHVfm2naqjkmuqF1qzGUotW&#10;R8rftwft/wCm/srfHbwNo+sWjtoqXTPrzqDhIZcQl8jjMZkVwp6jIr6X8KeIp/EtiurRIVhk/wBU&#10;GA+ZSAQw9sGvlT44f8E2fFP7WvxptfEPxm8WW9h4Ps71Lm40uwlZr2+2MGWMuMLEhIGT8zemDX2D&#10;pGnW2nW4t7aEJHBEFRT6AYH6d68TKHmlfE4ipiU4wcvcT3slb7tOp9BnsMjo4DCU8HJSqqH7xq9r&#10;t3S82ru9uli1Yr5UYjeTJDZaq2v+IdO0OHzr6R8gZ2RqWb8hzVuN2WPdKOvcmuQ8W67faP4ittNg&#10;b5tWJitdzAN5qgtgZ/2Qx/Cvbq1PZ07o+co0/a1OUo/Dfxdquv2mueJfEPhubR7E6rIujnUmCSz2&#10;qIg+0Oh5jVnD4Dc7VB4yK8u1747ap4m+IDeHPAluBoKB/tt9buzGafPyrEF++zYIAPHBJ4Ga2/H/&#10;AId+M3ifV77wjq09ja+G7wIouLGISXUiD/WA5bCKfXrjPFdF8IfhJZ+A5zqtlp1wq7mS2S9dGMKM&#10;ctJkc7mI/LjgcV4lWONxco04XjFPVtav/gfmfR0P7MwMJ1qtpya92Kd0vV/zfgnr5Fzw74e1m1so&#10;ZNU0d55rp8xWtrtDW67Qd0srHCngcAewzS6AdH0zx7e6NqkOpWOoPH9oSKTHk3EZOC6OvynBAyOC&#10;Mjjmupt73RvDthLK0iw2zSFixbl3PJx3NctrXizSdRgu49X124tlvb5V0ad7bH2X5ACScDKlskhi&#10;eD+XqQwsKLim9v68v66Hi1MVOrzab/15/wBdToLVbXWryUW13EYYn/vhjnuOKzX1i6Gqy2oiZvLy&#10;HJGQewrBm1y6bRodNubqGM3btbJqFodvG4AuvTd7H3rQ1Pxx4P8AhNp9ovizVnWLUNQj0/S57jBa&#10;7kccAdyepJ7AV0VKlGlHnctDmp06lSSio3b2Ou0+20fWLcW15ZxzIUAMc6AgHHXmo/FUmi6b4cl0&#10;+OzjESwlBEq/KPTiuFOv+IfD/im7t2s3W0ZgYZnzh1PVR71u3lxL4g02KGwjMkjTKwjPoDzmh6q6&#10;QtYtXeh8veIfGtr/AMLg/sXTUdY9NcC8lYdM+g+uD+Fei+JtQvPsUepm+8t5IkiQxthoG4Bf6nsA&#10;Mkmrvi/9n648MeMrzxVo2hCW31PL3V5NcAG3bpwp6jHcVz+lSabqF3P4dlvQzwoykdMNj5P1/E4r&#10;y6LrQvGe7f8Aw3rofUVnhqsYTo6pJX9et+2vcj+Ken+MPiNYWHwt8MTy3l/FcRSXEgT5YgrBg3zc&#10;EDjP612HhlbUx3oMLrqmlTkGNJgJJAoyUY88HhgBjA21i+GvFtp4AjXxO/kJdvAbe6Mq/vGcn5UB&#10;OSM9Tj8a4L4P/F/VNW+JWq3L6XHJfT3n2mWR2+4FGxlGeF+TBz3rZyhGSv1/pHM6NapSlyKyjrfz&#10;b1+R9PeEfiTocOjWSX1/Gst2cQk8BsjoueuK6aW1N1H5o78lgOtfPmh+PtJufGNzpWoBZ4fNE+m8&#10;KVhBGCFJ9817d4U16O90R3a58xEjyxLZK/U1tSqcys9keViaHs2nbf8AUyta1E6XMS8mIpH2wkgn&#10;D/Tv+PArnvEnj7RfDeknUo9kjSkJJAHHMmP4yK4j9pT4lCbR/wCx/D00iEyhmlT0GeOKZ8OdDHiD&#10;Q1uLy4cefbpLgNly4HUZ4T8OfeuJ4r2tRwpa+Z3LAqlQjVraa7G54R1/UvGkptdQkkMjyLJIrgja&#10;vVRg9Bj+ED3Nd6bvT/Dl3Bopdzc3chkky+WY8fKf04rzu58e6B8N1srDRdOD3Fy2z93Hzk5OSxzx&#10;nPLH+dd78PvBV7c3yeNPFIaS9fL28TdIFYdcdzj8q0ws2/cveS38jLFwS/eWtB3su/8AwCt8eNds&#10;/CnhNGeeVDKTujhTc545IHtXxn+1J4gaz/Z28e/EPSreS3vP+EbvLbSN82HTzQI3bnuEYnPbHFfZ&#10;Px10PUPFcFlpWk6eJpGZkikdsJC2AN7HuB1298V8DfFuHxt4f0zVLD4p6JdaroouJrDVrmK2wqwD&#10;KS7BjgbWJBHGQK583ofWKEk9uj7efy3PpeBqlKjm+HqT1UakXJdZJSTcf+3kran5jCwMaRc4EiZQ&#10;Hg//AKvemNHM0S/IcY4bHWvus/BD9he1+KB8R+EtPk8R6ZYIv2fS768mRL2QYO522jCHpgHAA4HN&#10;eieD9K+BfinxRi2/Zv8ADbxqTH5bWQMUY6bFBHCDPbNeDS4KzNwvUcY/fqj+7MT47ZFQjejhqkkl&#10;d83LCz7Wbb9Xt+n5qQ2F1PGZo7aVlRtrMqEgfjSz2V1DawTm2ZBKSIiR/rMdx+PFftXdfsOfsyfE&#10;aNNZ1X4TWdk9yI5LmKzUwROwUfLsXGegz645pdV/4Jrfs/a9qun6lp3gHS4hAVjnhRWjjWIBgqqO&#10;SCCd3bJOTWc+Ecwhe0o/ifPQ+kxwq+X2mGqRet17rtptdPW762/4H4nKZkG5lb3yKduaZTyAV6YH&#10;Wv0W/bL/AOCXVrZPdeJvhD4Ov7wr5dubRP3ccLY+VwADuBJwxzxx3NfGOsfsqfGjQdUuLK4+G+vD&#10;90v2Rv7OYedKcZXn7o5PUjjHrXiYrL8Xgqvs6ibR+scM+JHC3FOBjicNWUW94yaTW26v/W+x5q8R&#10;VlGc7gDkCs7XPD+n61A0F0gyRgPjkV0+v+B/F3hbXbvwxr+jyW17ZNsu4XZSIz6FgSO/Y1mPp92u&#10;T5eAoyeev09a83knFc0E9z7GosFmGH5Z2nCS8mmns1+jR53c2vjfwTIDpV7I1uB8qfeUD0xW1ofx&#10;Vg1KaKPX7URMhG5kAAbJyc8dfc11M9tA8ojclkKKfnTb1HPBJ/8Ar1g6z8O9I1J2nSMxO3dMYrrU&#10;o1Y/vI/Nfqj5KeR5xlVT2mV1uaH/AD7m9Ldk3t+B0EyWepsJtJIxIUEUatlmZs9Me/8AMUyPTria&#10;c21speYDmIA5BHUfWucsfDesaCuzTb8suQdj9vpWlY3utWk/7yzRxkYJxzXJOFNzvf8ARnt4fMMS&#10;4pV6Moy9OZfety6qEzeXJJtOcHPataw061jlbRNS0porprmMm7mkZVjiI5BTHcFW3cYA980yDT4b&#10;vSxq0UUStBOvmoRl5M9wB1XjHpk1u+GtP1fxvqiWRv2WYgW7vLiOGKEuAEZmICgk9SeBxU06cYu5&#10;218SlTcm7Jbu707P/Pp+Rna9appWpGEWcKWfmNBFPA3mK2GyXB759+1Z962l208kcURkbcOWICrx&#10;yMA88+9dt4rt/FPioaR8NNG8HSm/j8wTS/YURrmUyE5DjAZQCArZ5XaOgrr/AIM/sP8AxS+IvjSX&#10;SPEfh2502w03y5dXumTIMJUOWVs4+4Tg4IBH5dcIVq9owV7+R5FTPcty3BOvjq0YWTduZXaTsn31&#10;/NnirzmUCAlhErkxRFs7c02GWWAFd2M8HjpXvfif9gj4g674Q8NfFj4K2k2q+GvF11PFp5ncLNZu&#10;kvlrHMThdz4LJjqB68V6Rq3/AASY+K3hj4h+FotM0i48R+HtQiFxrEwcRyQhMebAVU5DKeODk546&#10;V2QwGL5rQpvS2vra39dDzcR4hcG4WMVVxcU3z+62k06d+eLvtJNNWdrtaX3Pkm2l3CO3iZyWILJ/&#10;ebOOMda67UvhB8QNH1HRtM1fRrm1fX7YT2AnhZPNU5xwRkHI4zX6UfC//gi38NdI8f3fiLVLi4l0&#10;yC5tZ9DhklLPtGTIsoPXPA56Y9TX1Z4g/ZK+FnjHXtE1fxDoEEv9hQbLWMRgcYwvPooJwPU19Dh+&#10;HcbVg+dqL6dev+Wx+NcQ/SP4XwGKpwwEJVYuLcm9LPlvFLe7u7S7Wt5n4+/Az9gL49/Ga9ubbT/B&#10;5EKzxGW/vpWjIUkkjGDye5zxjvX3B8Af+COHww8OeII9S8fxyatYg20xtLiTA8+NG3nIPKFmGB1+&#10;XrzX3Ho/g3RNDt1tdL06CGJFCgRxBePw61ow2kUTkKNvHAAzXuYPh7B4ezqe+/Pb7j8D4t8f+Lc/&#10;56eEn9XptWtBu/TXm76aWt1PIdc/Zq+H/jDWrXQtU8O20GgaPqEd7Hp9vAFW4uUTbG8gH+s2DJAb&#10;Iyc4NNvP2Dv2ZdfvdOW++FGkLZ6YreRZpBje7NuZ5GGC7E9yT/SvYIreONnwACx/Gp1t2STcj8Fu&#10;ncmvZnhMNU+OCfyR+Sri3PaVlQxE4WWlpNb7vR7u7131Ofsfgz8M9E0210nQvAekw29g4e1j+xIV&#10;hYdGUY6j16ima18PNA1jW7LWNXsEu7qzffZpOvyQueDIF6bsHj0rsYogRyu0dRxVC8kDMGjj5X7u&#10;3rn1rSNOKVkjyI5pjnPmlUbeurbb1318+vcwdT8AWs5ia7t0mka4MkskoDYznOAc/SvNfib+y58J&#10;vGuqapqWofD6yub7VrdbWWe7shMTArFvKVWzhMnnoK9kkj1KS3Mst4VIPJRM/nWFr+uS6VZy300M&#10;jzMu2O5VxgD0HuRVSo06itJJnRg85zHB1OejUcXto2ut+nmfAHiL/gjH8D4fCPjubVtD3a1fJcjw&#10;2sTLus3kP7rbngdMnPC7jzwK/Ob9qj9lf4ufDLVrLwd4v+FMv2eO0+0G3tDJc2yDdtMplJ+8fl7K&#10;CemcV+7+peN7QXqPf6aUhaI7ImkDuT/tE8c1ytxqPhLxp9us5NPSSLUFENwsgILLjkcdiOMV42M4&#10;dwOKpxUFyOPVefc/XuGPGPiXK69V439/CokmpPa1tt107O/U/n3n+H3gvw1brrV1btHJHmAg/Ivn&#10;DPGcENgr2/Osv4NW8Nr8TbzUfEGnRTWUkLpcRtKyBgc42MASCCARkduRX7s+Lv2Av2bPiHpEWj2f&#10;wU8M3dyJEKXE1sS0O3O3G0g8ZJx/On/Dr/gkZ+yBobQDW/ANvP8AYcu0V+Ay7mAztHOBnJ59a8N8&#10;I4pRadZO/e5+nrx34WlUpVpYSdP2bvywsru1t76etrn4ffEa802/jfSdGt5FaOfYgWQOWXJx0Aye&#10;TzXoPwp/Zk+K9h+z5q3iy08OSXGnuC5cxtGoGSxjIcDdJleFHJOMV+7/AIO/YP8A2RvCl6mp+F/g&#10;l4Nhmhzic6PFu/DcD6V1usfA/wAGaytvFLa2Vtp1ruCQ21qioM9VA6ZJPXGfetKXCMFDkqVdPJde&#10;h5eY/SMw9bMVicNgmnaz5pX93tZLVuy1bP5o5fh14v8ACGu6heXnhycJZoqalOwIW1LHgNnGeV7f&#10;151Ph58GvjJqEF94y8LfDu+v7O83SWWrWtvII4nhAd8FRgZBwAfvHAGSK/oU8e/skfAjxtBFouv/&#10;AAp0RtPtiGMAtEjXd/fcgDeSeec813Xgb4S/DzwL4es/Cvg7w1YWGnWcAW1s7W1URquc8Ae/P1ra&#10;PClNyfPU0a7HlYjx7p08LB4fC2nGTau1ZJqz6av1Wnc/Mb/gmZ8AP2qtJ0jUvF/xU8O3Xh/w+Y4s&#10;RarbtEbkP83nIOuV6HjJyBX3t4Y+B+h3EYju5D+9QFXYdcdcV7T4l0HT5LSC3kQGIOp8raMMQe/t&#10;XBeNNXXQLmGS9mWFzIxMbHbx7V72X5ZQwGG9lRbt5/1ofivGPFuK42zd5hioRjNpL3VbRbX7vzMG&#10;f4PeEtCkM8wDt/CpFQap4K8I6vYf2fc6bHtHCkpzXc+DNQ8F+I7cLqMZMwOG8w569DW7qPgfw3Jw&#10;tsBk9UOPpWsnOMtdz5DQ+S/iJ8G9O0TURJaMrQuwViR9ysZ/gRY3IErXwkBH3Yn2kfnX2PdfBrwt&#10;qKCG7sUbcu7BGTXO+Iv2cbJIvtGhBFYH7jg4H41MpPexpGSR8rwfszatqV0Gsbu8SNT90nmuv8Pf&#10;s/a7pFoEks5zg5Uy3J59+K9mPwm+ImhwLdackRZDltzbsj6Vt6HY61qdvHa3VpGJFOHcDHNTuEqj&#10;keNWPwpuJGMd7pM0h7lSSBXU+H/hLfqm230zyU7s6gflXu+leG7LSrMF4VZ8csRRLNYPJ5ZgUAHH&#10;TFLRIzZ4/N8BdV1FVd9eljj/ALi1Tl/Z2057opP4nmVCPniUDcfxr3yztraSHKovXqBXBfEm2ns5&#10;mv7GXDRt69Rmm7JXHFXdkebaz+yr4auFL2er3kMy/wATPkEVkr+zSbaNlh8Rybj0c8Yr07QPH/8A&#10;aMKxahbbJAcbsZFSa9dm5t2khQggdqad0DTT1PJNX+A2r6fam6sr6WaRF/5Zv/SszTPh1rxQRz2U&#10;+1W+crkHFeqW3imWxlWKYZUHGD3retr3StUgDwqEfHIpK1wbbPIZPhdoTQ4uLSSYEZKSE5U0yz+G&#10;vwx05vtF9PcwknmNWOM++K9J1bRBqUjWRRgrE5KHB/Om+Hvh7olpP/pKu6HkiV92fzqr6aCOb0/w&#10;F8NNQtwbEl16fvHJNOuvhF4SuF8m10IOsgxkrmvT4PDugbQ1vYICn3SFrVs9Jt4k+0RQr7Aimrge&#10;JQfsvpcSeZaSm2izkQkZxVa8+ANjb6gtrehSveReCa9/kuE2hQm3A61l65pVpqcYfyxvToQKHcZ5&#10;G37N/g97fcHuxgZ3CXg/hVT/AIUF4LdNhvpNwPG1yDXq80c9rb7VU/KOSRWY1tayXW5oRvbk8VN2&#10;F2edX/wZ0DTLcyWBeRgOA5zmuXuvg+t5NvMd3Dk/eVNwFe6tpIaHyzCHBxio38P6g67beQgFegXi&#10;q5mGx4zZ/BCzli8w6u0wHX5MMPqKsD4W6Msgs5JTGAcZJx+temSeGLqzmZzGCCcs4FUNX8NrLtaV&#10;Cw6hsc0uZhqebeJfgiYbMT6fFcSbzlSRuX8x0rn9J+FGqpq+66lVI1OCm3kmvcNPtLyCEwwyOUIx&#10;sJ4p03hm5cGYWedo5Nb063KrMiSbOAvfhh4dtoIbiMiUOvzkKQyH0NS6Z4e0HTUMdzpqyoejMmCP&#10;xrvdNs4reTybq0V0fiTcv8qq6z4cigdjbjdG/K+1W6kWiLSMvw/JpPh+UtaXKmGVSsibucHtWzcN&#10;oEUazwxQujjk7BkVx+seGrkk/ZmKknoansrkeULC6Bhmx8oc/Kfoa5ZOXQ1ilfU030a0s9RXUtLC&#10;Rtn50UYDCuo8N+KtLS4FteqkbnuB1rjxrMtpII763yoGN6jOKllntBIl1azq+eQprNPUtxUWetQv&#10;Z3CDYA6sOMVWu9Mj52hOuACK4S08bX1lh0iaNMc7DVmXxzrE5TagdGA+cnB/TrV2ZGg7xb4YhmMk&#10;F5pqvE4OTtBBryzVfgp4bk1BngYLEWyULfdr1u4fxNqelmWGZFVRkHrn865SZNSV2S+shKf4ZFXB&#10;H1qrTihXTMR/gDod1ozfYYI2cLlWU9TXCr8N73QdWKXnh4SqpO35sDPvXqGla5rGi3xKQOYC2HQ9&#10;B710d3qOm65bLDcQIVkxkEcj+tONRg12PIJLO8kTbFpwt9o4SA4JqK11XxDbJJZOf3e35luLcEn2&#10;zXrcPgPRBGXjYNnkH+IU+28FaTDcedfW6n0YjmrUo9Q1Wx45psGm6iz2s+nLGzfxJBgH8ulWrTw7&#10;eRSvbWVg7E52yBsgV694u8C+F0tY5NLVRI44K8Ee5rjZvAXiyAvf6TrSERjdjaM4z+tDd3oUpaam&#10;HpPwwn1cmHXXEYOcYGCKuzfBa0iXyDfMuCCkiHqPQj8qe2q+KIZ/sPiLTyQwwk6ZU4q3bWUluxlj&#10;16dEcA7GbODVc84kpdS3p/jXxPbWrLdarGvzgFRGAOnrSXPirxgLwCC9SSIqCCIjxXnXx3mTwd8N&#10;vtOhDUZL671GCytVuryRl3O3JIJ5G0GvTPDnw+8MWWiW1s/2iUmFS8j3knzHHOOema41K8+VGzpt&#10;U+dl+xufEF9JDCmpt++QklUwFx6ntUV9o/iJLhoYvEo8wLuAc5BHpmpU8GaHaRmOBLhRjobuQ4+m&#10;TRb+HtJs5htmueD1N05A/M1o1YyV7kGla/8Aab5tJl1G+SeIYLvCwRj7HvV/yNVcNK+uYiU4G48g&#10;1ahsbWRtyk7hxyTUV7odtIhZ5ZEYrnhiP60+ULhpqxMNk+tF2A+bB25ql4e+Icus6/q/hqKxu4Dp&#10;kqp5txEdswYfeU9xTF8KxQONQj8QXyKh+ZBOCh+oINacH2RbpYEm3yt/BuGSPWk4t9RppEeseKLj&#10;TYoxNefecLsVDj8hUd38TLG3iQXF6I4+nmMmEz7mtvQdEsdX1yPTNQ+TJ3OnAbGM9K19bk+Gdhrl&#10;v4Rt9MWe9Y4ZY1LbO+WNKyQXbOYk8VRyoTHeRyAgFvLx3qvD410lZhDLJFuTtLIAa5v9rj4jaD8B&#10;fBcnjW8j827u5FstHsbadY2dm5zhuMjnnsPrXCfBfxj4K+J1vJO+p2VxqUDBLjzIhLKpIDbSRgHB&#10;JGcdqXMuayHyyav0PdLbxhopCotiucdVYVHrvjiC1sXnN2I41GSdmdo98VzE+k3tjZOulGB7gIfI&#10;jliEalu2TyRTPh9pXi15ZI/izY6bDAHZ5zFcbkKdfmDAY/lQ30YJNq5U8R6F4x8ZWXn+GPFNm8jr&#10;5q228mRk/vBc9PevPdR8E+N9F1iGTxPqbwQ7gS7fKGPpg1W8cfEXxf4C+L9trXw++FT3ugXNwIY9&#10;TsrN3khiJ5KlM/L7HitDxN8f9C1jxwngz4jfB3xbeRuA0Gp2egvc2+R2LJ938qzVJSu7nT7SUUtD&#10;0vSNafQ7JD/aKqqx5/doWP5AVRn8a2Hie5e3t9duJZhnMfkOp9+CBWc/xh8CwWEVvocepTTk82i6&#10;PNuQe/y8H61V0fXdK1PUTrmmfD/WFumYxu01v5TAHqcM2MVTjpuYqfvao8N+MHxA/bU+G/jbUhp/&#10;wS1DxR4NiUXEGoaXGYrpYsfMm3kSMvPTqK7T4Tf8FTv2PrTTbXw58QvE974M1UgJJa+LNNktSH7/&#10;ADkFfxyK+m9G8c6vpOmCAoszOow0r58sY6Y6V4r+0V+zT4J/aF8VWWu614R0O6aGIx3EV7YrKWDH&#10;kjjr7mslQnCXMmavEKcOWSO40P8AaS+CnxDCHwL8UtC1ONhlGsL6OQt+RqXWNT8R3fGh6zGgI6hc&#10;8V86+Iv+CTH7LY8QN4ztPClzoMkUGJINHuHt4S+Pv/IQVP04q7o37Hc/hLQJR4U/aI8dW0YXMCS6&#10;3vEPHTcwOR9a0fMkZwdO+p9B+GL7UFljTUvEEZmDD7wC5rvY/EKWkeZXaQjr5Yya/NXQPiRq/wAC&#10;fiynij4gfHbWNe/s+6Iaw1G5SWKZQcArgZFaPx+/4Kk6drdm1j4F1nVdNnDhYjaIqIwJGW3HJY4z&#10;gYFYxxEVoy6kIXVmfo1ceKNKdAfmyf7y9Kz28TaC6kvMuV68Cvm74Q/tUfD/AOIPgzSX0221eawu&#10;oljubnUGC3RlHBLbjg5Ppiuw+JWpfA6Hw8uu6HDafb1xHlpGdoc8bmUNg4610e2jbc59E9T0HxB4&#10;38I6V+/1DUra3XJy88yoM/Un+VZX/C5vA8ET3MLPdxoufMgtndP++sY/WvAvFv7F3h749R29/r3x&#10;rbMdyLgNo23IUYwhBc7R74zXvtzYfD238CRfDhdbxbQ2K2jhL4eayhcbjt5yeualynLYpezVrnm0&#10;3/BQr9mj+0LrT9U8TGzuLOZo5EFlI+WB+6Nqnn2rovA/7c/7OGragmmP8TrbT7iUAx2+sRPaM30E&#10;gFed2fhD9jD9nzW5tPuPiJZ6Zql3Ks7f2rsnkY9QQsikc+vU10fi/wCBv7KP7QHkalq8uk394nzy&#10;3yPHHcP3yRxgewGKyi67NJKktj3Fv2hfhpDbrJH8RdEVCv3v7Sj6evWr3hnxVonjO2XWNF1eC+tX&#10;OFntpQ6tg4xkV8oeIfhh+xP4OurTwNqPjgm5MxW2sLK6RpWZjwpbGAM+pFewQeH7aTwBb/Dz4aPB&#10;4esVZcy/bRJcbepA2Hqe5zRGdRysynSgo3PcUlsDGI0OCDjknpVDVrd5I2aFGKJ1I4FeQTfAfRC0&#10;UN14/wDEsc5Tkxa7KnmY6nGafZ/A/TrNWtf+Fj+LJIpM7opNelZWGPrW15vSxlan3PUdN8R6Hb4j&#10;OoW24feXz13flV/RPiD4e1XUJtEsNftJbuDBmtI7lWkjB6blByM15V4S+BPh/wAIas+paPqmpF7i&#10;Mx7J7kug3DqAc4PPWvPf2qv2R/GOg3Ok/GT9nzVpLHxjpSD/AEc3LeXqsa8tFKc8kjPJ9axrTq0o&#10;cyVzqw1HD16nI5WPqHUbyZ23xy4I6DNYPiLXbnS7Brl1klwCQqc15h+zr+1JoHxw0a803xLKfD3i&#10;jw9AT4k0LUhtltdo+Zx/z0Tg4YVL8Ov2k/gx8fPFN98O9D8R31qyw7ra+ljEHnEHBC7+/cDHIp+0&#10;U4pp7kOhOlNprRGifivq9zM1pB4Vu2OMM7JxWjouueI9XnjW60mWGJTj5uKp6BpPjHR9bu/D+oRX&#10;txFBMRa6iVRknjzweOQQOta+oW2ttbmCy137PK3McvkKzDn0bg0KnNatjlWhsojtTudVl8V3L2rE&#10;KLWFX574Yj+dR6fY6/fXAW+aGS335ZZsEf8A16r2Wka7pj3EupeIJL2a7dSZfKQbcDAA28AUvi/W&#10;n8KXtho0OoG4ur1gggWHcUYjI4HJ+tXy9TNTu7I7Dw14f0nSYTHbpENxP3VHGT2rTWGOKQlRGc9M&#10;4JryzxW3xl0K0jfT5NPDyONkdwrISuefx9qpqfjSkcz6jqllGrL+4ktrht0Z+jLgirVkZ2ctWz1a&#10;6htbksqzoWAG9A2cZrJu/D0aymWORfm7LXnfg22+L+l32oyXmsxaqLso8ck6qpjYDBX5eo9K6jQZ&#10;vGzXITxVaWkEOfmmimJIH0NWrtENWZpjSrFMNMm984wXwRVh5NPt7doXswTt7c1lalqKre7NEvre&#10;4KuQY/OAIH+e1PtNR1y61Ix3AiW2K4Lqctn6YxQkBXNn5Mr3VopQHoAta2g3V/KnlySkA5AYiqJ0&#10;XxTfSyGwEE6KCSQxBA9xVTQ7/Ub6NjpdxZTtESHCSk7SOoIHSlqB1dnoU0TNK0cRZj8r+op82lLc&#10;oYrhgQf4lHSueuNU1q7tZV0XVolnIxG0g3KD7imaLceO7Ww/4mmq2lxcngNFAVT8jTs7ivc3IdBv&#10;rU77O/fA6Kx4p8S6vbuVvlSTJOCDwK53UvFPjHR3VZblQWGRi0Z1H4gHFWrbxRqE8Ja5vYg/XAQ4&#10;/wAaSv0Ga99o7XTrO0rHaeVB4+lULzSprucBIUjULhVC8Gmf8JdeRLhpImP+wvWuF+M/7UfhT4Ga&#10;D/wknj/VI7a3LiOCOCBpJZXIJwqjk8A02xaHpFppWo2iFTqGEY8pnNUrnwdaz3RkuLkSMzfdD18l&#10;fCX/AILIfBD42/tBWf7Puk+GvEWm3N5K0SarqVmIoml/gXb94BvX1xX2poXgq90+8a/1e+WVM5RE&#10;QhvoTUpqWhTUo6mVfafp3hTSRe316ba3Z1UNI4VcngVUvkuLSXfHfzFXXK/Nwfoe9fMH/BUz9o6S&#10;/im/Zu8D6skGtSJDLGI5cSBychQAc8j0rm/2APgh+1t451mx174u+N9VsNG8OzD7JaXs7+Zcjbzt&#10;U9V7Ek1zPE/vfZpHVHCp0faOVj7EaeIRczMzgDaMHn3NVpLu6vpzHNaSEM+EJXGBXPnxXsup1urk&#10;qsN3JB5qHIJRtpwRUl74z0rSLiCG+1cLNdSbbaNicyNjOB+FdSaaORqzOk1Vr9GVY4S0ZUZ54BrU&#10;8NxS+QGMW1j1zXNweJrCfTjq+p6tDYW8bASPeSCMD256n6Vyun/Hqa58XXWkaTpJl060l8qbVUuA&#10;UDkBlAXqQQf0rN1Up8ptGjKUOY9sWNIVBlIIzxtOafDfpE22O3OTwM9q4E+K9RFsLolmJ/6Zkf8A&#10;66l8O+JZNauPsxvplmX/AFiSoVx781rdmG56NayZO8so9OeafqLQrAGKBgBzXNanHP4a01bu38y7&#10;+YGWOEgsAe4yeagi8TPqNg1ytjqFupDBWntSoJ7epxS5nawWOgh1We4kW0trZh2LuOAK0Vt4fLIk&#10;HXrvrifDfjO0vtItb6+lW1uHjHnW8zbWV+hXn3ro5NVtBbgXVwihhnDP1oi9dQsXHurVHaONATyS&#10;VHFZd7qSR7ppgkKBTlmOB+PpVG78TaTazsj3qAjqoaqN/wCJvDl2hW5vo9uPmVqcrgrFW38d+Ftd&#10;uJl0jV7e7Nu2yUwTKwVvQ471kax4mk0kBYHbLNy6pkAVe0+PwXaQy3WkwWyqW+do4gu4++BzVa48&#10;R6bJdvaweUVjUFsAd+2KhqRcHG+pnJ8S7m/kSz+0ShUYZCxfertNJRtSgFzKX2beVK8muci8QaXE&#10;d7RxlvdBWpp3jGKWDdZ3UYA446/lRHmW4ScXsS6g8FjPi10/cD0BGSTXT6El7ZWSz3MaAsudo6LX&#10;HN4hkln3OCoJwHYdTW1Z6pqo0+W8uJV8mEZkZlHAFVd3I3Oliu4tQTKgEE92zis69uo7e64jVGDd&#10;VPH5VyPhvx9pkkqae92wuLi5n2KsTEEgk4yBgcY69ad4t8Z6BoFqus65qSRRBuZHYBQPc1SfcZ0t&#10;3dy3W3zWA54YcU6bULSwhWO4kQfLkkn8q5v/AITbTbtNlh87AAjK5GPr3p7a5Ym2N9qVsjqrAAiP&#10;kfnScuwrdzoNL1ae/lJtYiEHDSNwK2rO1YKXndmZjnk8CuT0XxpYyv8AZbW0lCjpmMD8q2Itf1CQ&#10;jyYRgcEFetEbXuwaZuMqldjdDxzWbqNrZRIYvIDMeQAOTTE1q7586EAnttNUdV8RwadMq36bGYfJ&#10;u7+9XKSBJmHr11qXlGC1sXQoeXY9q5vVnknmAeNiy43NjrXVahqcd3HIY4JGLdWVScCsu8SGJFuJ&#10;nK54zgcj0qGxlnRNM0lbdTMEOOgYjr3qe8g0ya7ETMvy8IoHFZBv9HgRri4kcpGNzHcOAOppukS6&#10;BqES6m0kp8751PmEYU9B+VJNgdNHNZ2vIdQccjAz6Vf07VbcylY5t5UcqprkpNN0G8fevnbj6ztW&#10;zoNjZWERWJduerF8mhuQaWOm06RLpDLMOM8ZNTpqNju8uOZM55AaudglgigaPzTtJ5BY5ostU0XT&#10;5iVKM2cnL8impSTE1c6hpVRc7gfeq51TSiTuuoie+CDXFeJvFOpT4tRppNtL8rmOYqQKyJ/CmiXJ&#10;W6ibYDyyyXDf5FEqk30HGMerO31++sVj+0G7GAOAG/SuHm+KVppN6bO/QfO2EYHAXmm32maBGi20&#10;4UJnG5ZW/nmn22h+F3dVTR4Zzj70q5/+vWUlUexrB0ludl4cvdM1+PzbG/SQL94BgfStq6t4hGWy&#10;BtXgDvXIeH9Z0zSoyttoiWwU4JCgA1bHjhRc+X5C4J6l8VpG6Wpk7X0NSbRiYhvOWLdj0FV4rO6s&#10;p/8AQbuX5mxhm4qO28XwyMRMhVc4GSKlPijRoQSSQT/Fu6ZppoCrqS6ox2y3u7+9lqvaZYCdEdly&#10;VXvWU/ijwrHLsnuJG2nnI61dh8VaSUM1m7KgHP7smjmEaMRht5mCsAo6g9M1Vv7yW4mMNm4Luccn&#10;gGsm48RWmquY4rp1DcZC9/xpsOqWehTA2kT3DgZZmbgUm22M6CDw7IiiW5v23dwi4FNvBpmmBi87&#10;ZVcMS1QaX4wOrQMfIKMDhlqtqNqmoSYumZh3TbRK1tBLfUitPF2hQ3nkx3yqSfu78V0tlqtteqDG&#10;456c15/qfgfwle3aTzWbLIOhScrk/QV0+gW9jY7PLUgKMICaUJ1E9S5RhbRm7Lbwu3mSBeO5HSoh&#10;JbSkpC6E/wB0Gob7VLFNoubrarkAAdDVSafSSpjt3ZSepGTitufexlZPcoavLNc7/wB3ghsHA965&#10;fxTplu2oxsYw+TiQY4IrtoU0+GMIGJx/e71XurbRmlEj7GdjzlhUMrY4ceGTZzieGPfG65IUZ4ro&#10;dEtdHDK00ewjrkdKv3aQJEXjmWMLz8pFZd7qkc0yqhTAXBbbgmpGdUj2gsvLs8EBcgjFZFnq5S8a&#10;C5TY54Qk8Gq9hrt9DCLJkUwjksAMik1O70m4jX/SkV85G5gCKrmQizqOn2N+NtzGjHHPGSTXOarp&#10;Vlaj90oBXpgCtAX+C6iTIXowrA1b+2LsnyWKhj940pSGldkkgV1VUbIPbrXR+AvCjC5bW5owFKlU&#10;O3kk8VF4I8B3TQi61p8KeUB4JFdrDHDar9mtUIUdh2pxvuxPR6DtvlqPk6DkKOlARmOCwGRwKk+X&#10;+MjPfmoJy3nkoCw2/MfSqasJMju4nUCNQT1wa8y+OH7S/wAPv2ffEfhrSfiXqy6dY+JbqaxttRl/&#10;1UNwE3IHP8KtyN3TOK9Onx5a7sgcc54/OvyY/wCCvv7T+lfEL9p6H9m++1SOKy0ZIZYDkHN0SN4b&#10;0+Uge1fPcS5rVyfL/a0o3m5JJfO7v5WTPreC8gpcRZysNWdqajJyfbSyt58zWnXU/Urwz4ps9dtU&#10;vdOlE0BGUkQjDg8ggitS0uLxxI8sW1P4Qa+Tf+CP0fimX9n7VrLVL2d7Wx8T3Nvpvn3RlC26hCij&#10;OSpG5gR7A96+r5bW7ZNm5VUt90clq9LLMXPH4CniGrcyvY8XOcBDK80rYWMuZQdr9y0zJNDuMu0L&#10;zXD3PhiTxrrkOuatq4DaJeyvZwQxjKsUKeYxPOdrHAHrXTyS+XB5EUrhmGCcfhXI6V4U1zwz44ut&#10;R0TVr+/jvoWa7S7dRHEcjZtGM56ge2a3qrnnGLjdddfu9dTloS9nCUlK0raaff6aFybwrp81+YrW&#10;xmVGTa0puWG4nqevXr0rXstGs/DWmQ6XpMEsUTne2+VnIyc9WJJrOsbKW18TpNqF88rsOIlY7IyR&#10;j8eTirVvL4nt9ML+LLq1lnivZkt3tl2iWPJ8vIP8WDg84yM1tCEIVE1H/gGUqk6lJ3l207/8N+pN&#10;d2+k3d0zBC9xbKqx+ccxqWxyAe+O9ee/F7X30K0jV7h1LSHy95Mis20nDxkY28Yx2zkEV12uvcIn&#10;27SxG04gQXVo0mC45xjPfkV5X478A+Mfi9rMWgjRZdKtpJ9k2qXuqKGjXILeXEWLMxHTtWGKnUUW&#10;oK8jowdOn7VOo7RX9f1Y5f4ceOLX4m6/qPhOweOO31jSHjjjmmIFrKFZiYz67o3AI5wgpfhF4Ot/&#10;GVpa6P8AFOC68S6voW+fStWlnIgjXPkykKTgYUffOG5P46fhX4L6B8Gvjdb6JovijNrZWt1f/ZnR&#10;ZmS0igMYSRn5EjSzbsjqMium+C8/hu30S51zVppibhLqdIGiU70mbAUqpII9PrXnVcP7apTdXdb9&#10;naz28t11R6sMTCjSqKhfldrPqm7rfzWj6M9Q0efw9q8C6Na3K3f7hQGDb/lxjO76VxfhD4iaF4e8&#10;Xar4anuFe5tZ2WMY5AGOP1/StrwL4Pn+G8t/4kvNYuJLKexhQ27Dd9lEe4mRcDoQwyAOAgxVjwpq&#10;Pwp8Q6PB438H3umXlve3D51CLaS8hbaQW653LtwehFekq0nNRdovXTy8jyJUoKEpK8lorra76M5f&#10;4q+N9c8Z/Dq6vfBtyolZ2jiVxxkDuO3WvBvC0eqeAtee/wBcvprh7iPzZhnhHVhnAAz04+ma9V13&#10;4n6H8Mfi7/wqo6U7yeI5J9RGoQrvt1WNRujcscqwHQAYwfWuE+IniDT9V8WRJoOn4FvI7ST+WABx&#10;zyxAH1rzsRrU9pz6rS3n/wAMz6DLbww7oOGklzX0vb19UGv+O4bmS9gurSK6N5Cs2maa9lkk9d7D&#10;r26UeJvHHh7T/Dy6b4f8B2tr4hvoBNPcCwCyBlGC+cZX0wByKqSeJbSz13S10+xuLrUrnRygNtAr&#10;5HOWL5wp+hyfWuq0L4p+BIPg5dafqlra2+oxWsgUROrShuf4lJw/qAeKcJOSl739f56l1oKCi1Bt&#10;aaJ/Lbtp8ydPBNnpfgyPxUjoJ4SkYa4faVR8DACjIAznB5OOa6n9l461aeCNV0fW0u3uJddlQSXq&#10;YLRbRswPThq5DwTH4n8a/Ce5drYmRbKG5MEHyvuABI3E4LHFd78LdS1KK9jvp51EGoIjwREA7WA5&#10;BPr/AI1qoqcouOmn5nn1JThTnCeuv3W2Oh8Q/CHw5c2gOoQKxVDgAetcjpOmatp94NB0+0NukRwu&#10;FwPL6ceteywvbXrqlwhDEfxdDWB4+so9J099RhcJJEu4HaO2eK6vq9OMfdVrHnRxVSTam737mRo3&#10;w+8N6ZqK6lc24nduYROARHjngHvnmututQWDSnFso3BDjH0rzrS/HdtremtJHqKB41D+WsmWHqCR&#10;+NWrXxzJeobexQDzYzsJ6uOwAPbjrTi6cF7q3InGtN++72NULH4q8F3NwL+488octbON6lThlTI4&#10;JxjPvTfDvwx8Galbf2jcaEsiatBvmS5Xc2GGCpBHHv8AjWT8E/C/jXRvFGr6rrrxyWd9dZgaS4B8&#10;tNgwsajoMjnPJOa7LUJ3stYFlE+yE4Pytgqx9BWVCrKdJVKkGtWrP10fzN8RTjSrunSmns7r02+R&#10;8Z/F7/gkJqNn4qm8TfADx5AtjKSU8P69vHkck7IpkByozgBlyBxkgVxA+Avx8/Z/1KHVvHvw4uFs&#10;o518/UYJluLYL6F05QfUCv0W0+e6VjbXu0yKc5XkUmvpBdadNa3UEcsToVkjkAZXGMEEHtXdTqzh&#10;FJPRdH0/X8T1FxPmspWxMvaLz39br9T53+HXxG8N6xpYgivh5cSriJDwvHb1Gf516JoesWNw42MP&#10;LLAbVbtXyL8SpJPhH8WtT0XSJd+l3N0XsApx5adTHn/ZJ/LFdX4G+Nl1CSJtSBG7LsVxgegrroyj&#10;iKSnHqXicJO3NB6NXPpLXIJJLkpYoSjcMu/5fxz/AEqoPCem3MJbUdJtXLJtLzLv2+4B4BrivCfx&#10;hs9USNGjPONzOcEV6VpV/HfaeL2TUoUBX5RFGufpzUyox1TRxxxOIwto3sfMPxJ/4Jhfs/fEHxc/&#10;iqW3udO3u7T29s4ihuXZSu5xjJ6jAHpXhOm/8EN4tttLf+PZl/4mbB4UmIzaMW5AAOGQBf8AeOc1&#10;+ieoSiUpNJdKVRcqvkZyT35OKfa6dbC1w14wkZsKN+SRjp7Zrwq2Q5bVneVP7tD9Hyrxf48ynDey&#10;oY2VrJa62SvZK/r+XZH5G+Of+CQHx6jmtNS0G6hv4brUmtQgtxHKkK5HnyHdtG7jAHPNb/ib/gjh&#10;8V7S4h03wYRcboSt9c3CALFllwwJPzMAD8oHG7rX60Wml26GNEhVRGMDI6HqavLZRMDjgZ9K5f8A&#10;VnAJPV9D62f0jOO7QXND3b/Z3vtdLstvxPxk8Tf8EkPjJb+JdP8ABvh7T/tEtzbyPNqE8pRUIYBd&#10;oIwV5Gfr7V6j8Pf+CL0lz4B0/UPF+ovZasmpGO+jX98sseNu4f3cMpIHcHmv1DfRbabUVvWQbo1K&#10;KSO3Wpo9Hhx5QjUKp3AY70Q4awCm5Su/6/rqYY76Q3HOLw0KUKig1q2lq3rffS1mtLaW0Pg/4Mf8&#10;EmvAmjeFbW18WWCtqdjZzJa6nENshlLs4YgcEBiBg56Vv/Er/gl74Mm/Z/8AFnhfwL4fsTr2vyW1&#10;xCzwKqwSJIrSCMj/AFYYKcgV9sQ6dCgCtGM7ev8ASrC6bGf4AU6nHNdsMjy6FLkUFtb8LHxmI8Wu&#10;Mq2PWJnipXU1O19LxkpJW7XWx8p2H/BOzwLrmneA7vxMDbX/AIY0GC0vDaKpFxLGGYMxIySGdsHr&#10;jA5r2rRPgh4T024u2j02P/TNMjsZ0EQAeNFYcj1+Y/nXorWSRkCNByKclqM5UDOeR612UcDhqGsY&#10;66fhofLZjxhneZpKvWbSvZX2vLmf4nFeE/gv8OPBvhSz8F6D4PsYtN09le0svs4ZYnU5VlB6MCSQ&#10;etdHFodnFhYoQgLZ27QOT1Napt1KsqnB7cdKYiA7k6EcZrqjCEF7qseBXzDFYmTnUm2222273b3e&#10;vV9SK3tkQ5VcepB5NTLbRmTK569MdafFCikZPQdh0qyoQReW2NuMcjtVPTY4pTlJ6soyIAvUFScD&#10;jvSC3DZbdxnACjrU8tsFT5CGBbOB6U9og6FoeCOwxRcltlIxM7HfyTk80qlsjIxgetWFgaWT5crw&#10;cjFV5pfLO0rkg5UgdKtak3ZK91MYioLDA5yPeorYwxxOztli3DEAfhnvVa5t7ydcJcFV7nb1p8Fw&#10;9jGw/dHYMliQP17UOOlkC2I9RjnuEJ/teW1jjHC8LurmdQ1izgm+1zq0cMCsoaUDEzA9QP4s9M96&#10;l8Q+LTdTmJbe3l7AG6XC579q5PxDrd7o1sqWcha4eEMZ2YSmIZ/hXov15NNKxrBXPOfin4hu9S1U&#10;lA9uQpJ8vjb3xjt9a4K88W39lbLa2sjgs+fMLYLfl2ro/HGr3c11Jdw6mxa6QrPM2AzL3BHb3rzz&#10;XLy4tnVbSMSE8D5evvmpnPQ9ehHlikztvD/xhm8MGP7VcyiRpFWMxozZY9M4BwPf9a7Lw78fZ/7Q&#10;a4vZC6lcMN3L/XPWvnjUdamCGeK4J+XAwMZ/+tVjQtYMVxCZGmf/AJ6Yb36ZqYzdjolRi1qj6+0/&#10;4l22o6Mbs3c6mRtsapDwpyOWJI61rPq2o6g6aTDqSwokXm7nwp9jx1PtXkXwPbxL4st7l4tXhNhZ&#10;keXDNbB3lfBPAI6Ag8k+9eoW2kSXt8sMVtFNEZVVXiKq7Z+90HAHTGeKabZ5lRRhJpEE82oJqMmq&#10;X9y1xuj/AHJEJbkccLnj68mtfwfrVxPci/8A7QLvkK0jy5KcY24H8qdfeEY7e+uLc2c/lxwM3mxy&#10;7CeOgwdzfljiszwsLG2tov7I8N3M72spZ5HkIbJ6nsCcDk1pEwlK8TsL/WIDdG41TWCYUXG6OMAf&#10;/Y9K8w+LuieGfEiT+K7XW7me4R1FvaM21NvII9x3z14rvbzV7rRfCxvfEIjiluJiAphEqJnopA6/&#10;y55rlfF8WhtoUeu2+phL8xlI4Ywjlm74/u4z2qovlehnC6Z41ovxHuvDutRXtnNI0Mcgjm3E4K55&#10;HPf/AAr6B0rxQ91bwalBIzwSqHRgeCPrXy147+3aRfSaFPLERBOXJhII3Hnk9+tfQ3wM1qPxH8Kt&#10;MN3b7fIj+zg/3wnAauXEWbTOivCKSaPVNC8U2GookfmYfGMGt9XVlByDn0rzW3t1tZgbdiq5BBz0&#10;rpNK8SE4tTKjYAz83IrnU+U5rXOnZUcYIBrE1DT4rO9a5iTaGPJx+tSxav5EhONyk4zmodR1GK6B&#10;j6EDkZpylzK4kmmXobtZ4jC7Zz0rn/EKXOmXHn7iYy3O2p4tTaOHeWHHfPSsjxB460d0NleXSB2G&#10;AMjmsZSSWprCEnLRHQaVrNvcWyxLIoIHrg/Ws3xRHbXVuYbjB3H7/XiuHuPHmn6TJ5n2tcDtu4rA&#10;8S/F5dRXyY7kBjwgVuTWcq0EbQw1Ru6O207w7pULt5jI2TwAQKsajaWMcWyMgcdAa47wdb6prsIm&#10;kuXi6EkDrXRTadfyWzRxbsp3IPOK0hJyV0jOcEpWbMHVNHgklcxzspzkf4VnW+q6t4enC3lq8kRO&#10;FZa30sLm+dUaEsycblPNajeFhc2XKZcdAe9WnczaSZk6X4mtZJhdIzDJG5XBGK6Qa9o08O3KggYO&#10;KxW8KyxrvNn93r702SOK2iY/YgPXOaoRffxPPbyeVpkJbJ4Z1yBUtv441O2m2XpjMZIGVTBFYMGu&#10;WcHy3D7BnOe1Pv8Ay9XgEtkUkx3U9qpNJE6naWetRagP3TZBHzKO1WI5o4mKl/l7DNcNoV1fWU2x&#10;F6cY61s3up3YUSIQwAyxANK5Ru3siHOBksOAKyp0h+0eYygEDArmZvHNzbzEM+Tn8qlm8YiRcyQ8&#10;9mB4qXdBudjDaSSxIsLZyo+tVvt1zY3jWrwsVz1PSsTSfHF1MyxuFTJwMHpWu119styxlAbJ5Iou&#10;BZe4juY9qRggdMc1Uu7eFht2Dr3HSoVlubPK+Xv5yu0ferQtiNRhIliKnuCKL3ApR2thCvmF0+Uc&#10;8io5NcikR4tPXLYxkdM1bi8M2SAujOSTzubj/wCtVOXQo4rhlgZoyeMqMUwMi9vtS0wmd7Fnjz8z&#10;AZFV38XabLF/rNrA/dYYrpZbEtG0bn5cc8daxNU8MESC4IR4mPI2cijQDAuvEejyvuS4wQepXrVD&#10;UNQ0u9za3USMCwAkTmtfUPBVkZGaFMZ6g/4VVh8KRQNtCA89fSk9xalG10W1trd5ZJnMSru49Kk0&#10;ybw7NNm2v1znGx8DFdBFoTm2MQiOCOhHWsPUvBVsrMUssM4yCuQQfahaDdzoIdEt5oAxTepHbmod&#10;RsFtIfMhU4Bxtrn7O38U6M2LMztHjkMeK0jq8V1GI7m4aKXHIbI571Vxak1pr93boYBI4Toy7u1a&#10;OnCK6iLYD7vU5rnbiwtml3f2u0bHnDHg1XtNavdIkJgnDDPIPIoTbFZHWXdlYQOqCHBY8nrVK48L&#10;2d7fqdN1PypiRsO7C/iKybrxTqGqwFlAB7uOcVXtdAvdRyWuZQ/8LBiM/lTVh7G0l9rGi6g1ldxx&#10;EqcGRW4aui0y8tdSxHcKqPj+9x+decXXh7xBZS+XLO8g7fMTUttqev6ZImY2kRf4ec4puwI7LXdN&#10;ls0ZI2BXHBB6Vi21w9nAWmO45wFQ/wBKn0zxO1/A22MjPDrIvep7GxgnnW5MQDA8CovcOhh6rqja&#10;rGYnibCZIDLzWUI5iTGEyAe9dvqOiW9x+8jgGT1A4qW10HT5IsPZDI71Sk7WC6OI8U+G4vFet6XH&#10;cWc8ttY6gbm4M5yNyxsE2+vLV095Dbahow3W0gmtAPskKTmISEDA3Edq57xH8UvhZ4Jvm0rxJ8RN&#10;OsrhGHmRXt0FK56ZzwM0uo/FTwdZWq3Vv4l0xldN8ZN+iq49QScGovTd9TVxq2V0c14rb9rPxPpT&#10;RaBqvhfQDbyEWUUkbXDOvq7Y61n/AAy8K/tIXDG0+NlxoV3alnzNYXL+YfTACjH/ANeuCvP26LzX&#10;Pjrp/wAMfCXhmK7tIY5J9X2yb2MAU5KOPlLDrtGSelfQXgTxr4S+Iulx6n4L8RWd/DJ1FrKGZD6M&#10;OoPrmsacqdRuzN61GtQinJblnQNPsNBiCaPbyxeWdqiTP/sxOfrW062uvAWWt3J8p8CU7sYX04pP&#10;EXhu88L+G5/E9626JIvMiiX7xAUnn64rzAePr7xp8Mr34i+FNHvb+azjcWtjazhVZ8EZkPB+UjpW&#10;8pKETkjGVR6F74jap4w8KXr6L4B+Fj6vp9wGxcC6wEYdC6nqPxrqvhV4gupNGtrzxL4Zmg1FY9k0&#10;MkOArc/dI6ivmX4UftHfG3xSsmj+IfDWsx6tDdlTptrZBo5I85B3kHaMcda938J+IfHfhzS7nxp8&#10;R7SzsNMihacrd3YjaJR0BY8c/SueGIg2dMsLVjHY1PE/gqXUviHafEO18XX2m3tsfmhRx5UsZ/gZ&#10;T2rt/Cmq2KRXF/cX8UgWMiS4jwWz3H1rxH4w/tHXV38HtQ+IPwX0S31XUxD/AKBHv+0oX6ZYRgkY&#10;+lfPX7E/7Uf7Tth8Xp/Df7TnhHUtNXWoy1nd6latHbSMPuhCo29+4zVuoraERpybtLofT8r6d8TN&#10;WufC/je6tLjV41eeG0uYUkktbcnaACR97oSV6Zp/w2/Z7+F/wcWWfwl4fhh3s0s07He5J5PzNk/r&#10;TNV+CGueJ/G+n/E+01aw0+C3nV7jUB5guCgPzIpA2sCOMGvGP2n/APgov8L/AIaeNofDWi+EL66j&#10;sr4G+a8tXSPBOGZG4AOPwqIzUF725pKk6nwH0Hovx8+DU1xNFpnj3Sp7+3U+ZaPdJuh/2iCR09Kx&#10;tAvPBPjrxJNe6b8WV12VNzy6cmoQTRjPGSiHOPY1xMf7OX7I37TOk/8ACY6JaTy3t/ai6lvra9/e&#10;xq43Dco+XjOOR2qt4G/4J0/DHw9Nca34e8T6kkUseILnTm8hwO4LIcMD6VM5V3K6VyI+yjeL0PW/&#10;jDa6n4s+HY8HfC/xDZaLdyqFbUJf3ZQdMjH9Kx7HRvjV4C8MWGk+FNW0jxFcR20cd7qWp3DpI0mO&#10;ZAAuCM9B+deG+OP2Qda8Y+KLzQvC3xrubOfSdottM1bM1vcIVPzsyneGB4yMgHtXP+Gf2lvBH7H3&#10;ja0+FPx21SHTLsw/vtVhdJ4BjG3OweYA3+0MilCrJv3lY3+rrl/du57P8N/hv+1jP8QtU/4W74q0&#10;G40TUJg8Nykrh7dBnMaxqB1Hv1r1XWvh14N8MafJceC9HjnvRg4kcjzPqT3rwG1/b2+BHxA8YxeG&#10;vh/8TNY1C9mylrHb6HJ9kZ8cbpNvAz3OKo+G/wBqL4sfDHwqLL4x+D7rUdT+2yrYzaXHJK1xE0hM&#10;e5VQ7CAcEk9BW8JQ2RzVIVL+8j23VrrxjarDBpnhV5Hm+88UZkSL/ewRx71xHiH4hano+ty6fe/E&#10;i308oD5rWOjpM0eP9oyHn8K6u00iz+KGkjV9R8Y30drNbofsMDtCIyRk7uAT6VqeBvhZ8JfCt4ur&#10;eHNJtb66RTme4mEzhvx4/SioqkvhHS9jHWerPjr9on9vux8I3j+Cx40+IWvo7YaDyYdNikz1w4Us&#10;RXpf7OPj/wAF/Fz4Uvpc+ha7pMGqXMazt4muJJI5mHaG44DdenFe0fFH9lb4KfG3UItZ+JvgyHUp&#10;rcn7PmV4xECc4GwjiuR/a8+GXjS9+Clv8Ofg5rnh/wAPWsEHlRvq2/ZFGOmwKCSeK5qVDEwqOU5X&#10;R1162BqUVGlC0jY0T9j/AODWjKt5Z+BfD7TBTvuLrTPPL5/32NUtd/Ys/ZyuLl/EeqfDfw9FJbqX&#10;aSDS0DfgM9fYCvIv2I/g7+2J4NuI9E+Jfx58GeNPDJDYh0y8uft8PUgAnHA9D2r6kn0dbmxEOm2C&#10;xTR/KDPEHZAP4sNnd+NdMadJ621OGcJRPOL79nD4XeJNFj0+11qa1ssbVjszHAUXHps4qPTf2Qvh&#10;VpOlY0rU9du7bzAstvDqTSEnvkKuRXrei2MjWYV5opZ1GJJDa+Vux7DgcVfsLmOPdPbkJu+WQxDh&#10;vQ8dRTdGn2M03scn8NfHn7P/AMPNLm8H+F/DdxpUltmO4H9kyFn29SWwSxPqa5H4sfHLWX0KfTvg&#10;j8Fr6TV712El7HpL5Zc4U79gJ9SO1eq/2TZF2a2hCNISzSKoBJPetLRLqDw4rz5lneQYDTPnZ9B2&#10;qlCysg0vc+Ofh/8AD7U/DHi3UNf+MHw7GveP9YVJbKPUNGN1FYwYxjYXXb254xgV9C6Z8DdX8aeF&#10;Fn+LPw30HVZyf3Xm2C25gix90YclT/wKq178AdD1P4sP8Xr7xVqc1+0LRxwOV8tQfpyfpXf2N94h&#10;Jig1LWluLeAD7O0cexiR3cZIaoUGmaylFo+fda/YE/Zf8f38t14n+HGqaDfaderE8S6pKuQ33XQ5&#10;O5CenpXtXwv/AGWvgx4U01L+7iubn7GpiH26+ZhhTwWOQWPoTUfibwlB4r1Z/EF3rmpRS+UEfy5t&#10;q8d8Y6/Srv8AwkFtZeB7iHwXZtqWoqCpiupdkaydBvPrTUEnewOo5R5bnh37X/jOz8AeJRefCDWJ&#10;7Seytt725LyxzzZ+UIpyfu5yfStDxH+11onw/wDhzpOt6pG+s6ldwRi5axTKC4IGYlVe+e3WqHxI&#10;8P8A7UeveFlsfCnizStK8URztJGYSJVePj5CrLg47npSeF/2Uf2jvirYWVr+0d448PQadDKks9t4&#10;c0cLd3Mg6YdmKxH/AGlAI7Vj793Y2tRSVzw74rf8FUfiHLqdx4evfDF9oFlp0geeaS0ZJIsHqcjA&#10;+h9a7b4Sf8Fb/g58fLS9+Ees+JZtPvbiz8nTtVyolORtJKKThs8/SsL9pz/gnJ4N8f8AxF/sy0vP&#10;EGk6Z5afakg1N5mu3LEgZfdkY6mm2v8AwT3+D3g/wlb+D/B/grTLa+gyVvb5zEwyeSXA3Enuc1zt&#10;YhXvqaN05SXJoXda+EvgP4B+N7P4gfE/9oS907UtRYnT5ZYZHa5Q8FGABypyAQa9e+Gvx+0XRPEC&#10;2UvwZl1aIYP9p2+lhD5eR+82lcjjnHU9q+ePi3+xZ4a0/RbbSrGB47+JA76ml5NL5bdcqpJ49Djt&#10;Wl4G+EXjX4TaHD8WT4q1PU7dbhbZftCS/wCkSk42A7gWGfbAqYUqkWuVWHOtdvnd0feWteN9Bl8J&#10;XusfDYwSX91aEWTtJgK5HGQfu47ivjH4gfBf9vz42fENp9a8QeHdE0WGFo7W50/XJI5UJIyxUDkE&#10;ZBGe9QX37QHjk2/9laZ4r/sO8kfbBukEiBiTjKlc9qZ4t8CeNvH/AIRkstV8f6jqOvXCK66raXzL&#10;Cg5BVVGFA/DtXZNKpHU41U9lrHY9a/Ze8CaJ8MkuvCdr8TbfUL2Gf/T4o72SeVn9t5O1R7D8a9ln&#10;lg0hl1ZbK4nmxlZYYg0n4E4Nfn9J+yV408JWEV5pXizWk1aCI7bqC4YTknnBcdeelaFvef8ABRz4&#10;YeHLbWPAPiDVNdCufPstakSVmQ+hI4x/WlHnpQ1RXMq0tND7G1H45eEde1FtH1yPVLC4iAHmaxpM&#10;qIMnAIYAjGeM5qpr/izxl8PJ7rW9R1nTrzQ7Ibr1VtmWSNOuc9jg9D1r86/D/wAUf27fDf7Q8vj/&#10;AFv4WG41HUsp9ivL4/ZiMjgRDABBHHWvsXRvHH7WPxw8Hah4Y8d+HPDnhzTooTJP9h02SW4umwP3&#10;YR2KsTnvUU8RzuzRvOioRVj3vwh428MeMtNg1rw3rMFzb3CB45YWyCCPat3V9MkvNPksG1CSFpIy&#10;VdF6D1ya/On4afs9/wDBQbwlrM2mfD6LxbpnhGC5keeZ9SjtljTJPyI5Jx04XjmvoD4RfA79pzW/&#10;Cbaz8V/2krnSLe+UxnThdfapzBnqWIAjJHpmtPbS+HlM1Qju5WPZU8CeHnsk0zxH4lF2vmM6yvJ5&#10;TNn/AHWGTXRDTdA0SzjknuDHCQAslzMcN9MnmvEfit+zdoXwo8OSfFqfVNQ8WwWVkzxQ6nciQmMD&#10;d8q5Azxjp0r4D+Jn/BQn4W+N1Twm/wAFdbtri3nKG+gvb5XUbuQuycIMewrKpiXRWsTSlhIVpWUj&#10;9ftLvNN0TS572wnCW0i75ZBjDDHX8q434UfEH4VfElb7UfAOnhja3LRyyC02GYjOXX+8Pevyo8N6&#10;v8ffDvmeLPAn7TPxG0Pw5Ou+x0V7t7t5lPO0wSq2YzyOucd66L4HeIf+ClNr8Q5rP9m74q6dImsR&#10;G6Nj4s8JDakY43eau1gBnAzz9ayhmMJ7xaOqplNSMbqSZ+q2neJvCl5qA0yyv7YTs20xbgr7vTHr&#10;WvefZtPvRZXRCnYr7mOF57Z9a/F79pDTf+Cv/wAOfivearoXizTdTe5hN9cXOgajLb2sDD/WEK4J&#10;AUjnmuv/AGA/2+/25/iB8aLb4ZfG3xfYarp1upN+0GqxTSRooJysewM5zgZHTNarGrn5WiP7MnKl&#10;zxZ+uM13pzylhOCUO1SDwff3qs+t6BPPJZWt3BcXMRAuLeJg0iE9PlHI/Gvz2+IX/BTb44/DP4yX&#10;vw2tPgF8Q/E9nHJm1utA0BVaQei5j+Yf7Wc1x2lf8FCvj/oPxFe48L/sG+P9F/tS8zdaxqWiXUty&#10;ysRuLBfkz+YrSrXnBe6jClhYylaUrH6eyHR7WeK3kuokkuMmNGkXLY6j6+1c34o+A/wp8b+J7LV/&#10;GGiW819uJ083kpBBA52jOM4ry3S/hx8efHsieIjOiWSqJbOSWbyZSW5B8vkq2Oueh4rzj4v/ABZ/&#10;bU+FPjGyv5rMa5okMgil0vU9OOY1HSWGdBncPQn1pSxLjFOUTCNNOpy3PrLw18Bfhvp2qp4g0rwF&#10;pRvIGBS8lt0aRWHQhiMgiuo8QX+u6ZbvqV7f/ZoYIizspGxVAOSSa+Mda1T9rz43R2kXgH4xal4M&#10;WSISSyx2aypzyOM71/XNetfDPwJ+1XY/Dy78PfFj4+6Z4nu3BFpNcaN5CbSP4mXDE/UEU41rvSJr&#10;OglC7mjV8I/Bz4WeIfizN+0hoE9vqeoX8SR3F3LtlUiPIAGQdpGT0xzXrMvi7Triyl0x2VDJCY2e&#10;3yrKCMcEdD9K8n8J+AfH3hzwrN4NeGxxMig6jpt1tMgHqhA2nk9OtUtF8LeLPAWsKmrePzPp99+6&#10;ezubOWVw5/uyqTt69wBWqSXTc523ffYxtK/Yj+HVn46PjZvH/iy6AuXmXT31+T7OGJzkqMZNez2m&#10;m6HLCkI0+Jtg+UvyfTNZdpd6b4O05bJ3uZ1R8Kv3yuT0yTnFbFpqkUsiyxWro2MAlAOvrWkUkiHd&#10;kd7pPheYIb7RrOYqcoZIQ236Z6UW0Hhzd5mn2tpjpmONeMduPSrFvpcc0htoo2LFjt78muC8e/C7&#10;Wr+C6s9D+KGoeFbUy5nGhWMAkbPUl5FbB9xSkktbFRbelztfEmq6B4K0+HWPFviSw0q2llWOGW+u&#10;hGrsegyaym+KPw5N59ig8aaa0zYCIt2pEhJx8vPPNeEfED/gnL8Hviggg+M3xs+IfiKMAssWqeLG&#10;VEyOoCqMU/4V/wDBK/8AY6+GUqGx8G6xqbu/mJdan4lupNpHQAI6gVnzVW9EactFK7Z9EtqZmjK+&#10;VKmV+ZvQVRsVbTfEMusQ67eSQTRBTYyNujRgfvL3B7elRaX8NfDfgDQJ/D/gfS4rWK/UeaLm7mct&#10;6BS7MQMehqX4e/DPxzo2mmXxprVmIYyPIktJZZXdO24SAYPToa0Tu7NGTST0ZH8WPiL4K+E3hhfE&#10;/imKKe8cE6bZsoLPJ2J9Fz3r5i+GP7VOo+NPijrXhb4x66FY2M2oaReW85jhgfIHlnHXC4Kg9ea9&#10;g/as+JP7Mei2o0n4qXMGv32njfZadFFk7+m0sDgc4yCaw/g58Cv2T/jL4JtviZY/B/T4Zr3eJV82&#10;VTE4O0j5Xx2rlk5yq2izspxpwpXmjz/wb/wUW8OaZ4+tPhj460O+kE8wtl1W3twVl3HarYz64zjr&#10;mvpLw/feHtWuGuLWG5O5OBcq4H4BulcDc/sN/sz2/iOLxTb/AA8YX1tteGZbuQ+Ww5DLljiuZ8W6&#10;N+zrrutSeG9X1TW7WZZfLF5petXcZU9M5V+x9qtVJUvjZDpKr/CW257r4tm0Dwd4fGseIrhbS2Zw&#10;oIPr3x6VzvhSZPiPq7L4K1K3Nj5RIvvLDFmB5G08kds+1cdJ8A9P8G6BPpdr8Sdb1G2njSbT38V+&#10;IWnt/MGCFXeCRke+OaoaF8Z/ij8O9Pn8HeHfhNaWn2SLfdXVghlG0n/WEjjk1M60lPXYcKEXTfc7&#10;nWLxbbUpPDravYrc20q/aiy7mWM/xEDkKT3rqfC3gCe+mS9vbiDzO4thuRh2IJ6cV8la38X9Z8Ha&#10;5qvxt8U3F5pe62NncahqVuYodpbMafOMHJFcno3/AAUk8a2N3NP8OfHFjqlm+4MieXKiH22n5TU/&#10;W6cFzSIlQktEfofruo6T4fS0t9S+xRJJKsVsk23LyEcBc9W4PSueeHTNWvtRitdaZmuCPtVms+VR&#10;sY3beq5Ar4UuP+Ci2qapr+jat8V9JAn0K8zZ3FsQd6MMNIVP8eCR1r2T4afGj9l7xx4otviF4K+M&#10;OvwaxbeYNSivLCSUTRuCdkiJkAA8gjpisqePhVqcqKlQhGF76n0dofh2DSYbhILt83AyzcAjjHGK&#10;4j4ifszeB/ibJC/ijXdbkSGbzFgi1QpGW68rjBFZPhr9sj9n/wAQ+IG8Lr8UdLjuoVHmedOIVOeO&#10;PMwT/SvUbXU/D2r2Daj4f8SWOoqq5zZ3SSA8f7JOK7lOk1ucyjK9itZ+EfDlrCltaTkeWiqPLf0G&#10;Ofwq1JpdgLZ7Vl3xOMMjH7w/GvC/jh/wUG+BX7Pviifwd45upYbo4W3FpGJC0hGSGweOvHqQa84+&#10;Cf8AwVQ+HHjTWdeh+I2s6d4cgGqeT4cGq36wPdRYHLK3IycHIGOTWccTQk7Jm8sLiIq8lY+p5PDN&#10;pbXH2vThMkjKFO2UjI+lRatqXjTw/aSXvh7TPtzk7ntJLsRluMfKzAgH61ieFfibc+LbiKHSrzR2&#10;85N8LJqqyGReuQFFWda+IOjaN4ki8L6t460W21CZN8NoQ7OR0J6gHpW14WMLNuxFJ488fvCbXQ/h&#10;NqEk87L5tzq2swpHH6lMFiR+ArwL9ra6+PWlePdMsL3wN4s1LwlcQBrrUvBEbPLauXAIlyCSuM9P&#10;SvpTztWtbZZLm4M245VorXYCPbJNaPhvxNqLRPZ2vhy/uS/UuiAdOnLVDhzLcuM+V7HP/Dnx94c8&#10;KeBtKsNJudWntxEpnu9ahczFf7p+XIP1qn8aPi5HeeGTa+CNa0GFpCQ81/diHy1/vAsuAfaug0zw&#10;9bWVxcR6PaNYGVsvbvdELG+ckgc7T7DihvDXhfxkm/xBbLqKW8rJskJ8okcHKnAb8cinySsJSje7&#10;R5VoHxL+GOpOPBmq/ErTbqc2y/aXg1BHQngFdynPWuts5vh0Jd9l4mUTzDkWlwWU49hwD0rqn8Ne&#10;D/AemS3mjeCLZVRdyW+n6fHvYZGdoAG7HXrWklnZz2RubaxX5k3KgQIScZwfQ/WnGL6ik49DzfW/&#10;iJ8K/CeoQ6VqnxOihvJ5fLjswPMkDe6jkD3ro9J8a+FL5IoPDnjKG5us8qOd3p8uOK6Hw7ZrfwC+&#10;1bwdbWVzuI2lY5Wx2O8DuK00062ikDx2SIx7rDz/ACojGV9WEnC2iOO1zwr4x1q7XULLxQbGUfMY&#10;0QMjH39vam2/hrxxdEG78TWkJUDesForEn6t0/Kul1vVPDmiYuNd1a3tQOVNxKEH61jJ8Ufh9PIY&#10;9G1uO/mbGItPjMzMf+Ag/rVvlbJV9yzY6HqNjZLDLq8lyd5YyXIBY+3AAArQinna0aC8tLWTPUx2&#10;2CR/jUunyy6lbCeTTprXcP8AVy43fXANSfYpQxBcEY4IXpT5Va4r2djmYdDOpyk2+o8Z5UQjj2IJ&#10;4NdX4e8CabbRrcz6hJOSPuMoXHtxWP4u8XeBvhbpA8T+ONXS3iaVY1OzJ3N0wB171i2nxOv7q4ud&#10;E0xLW+jziF0nkWSQMeAeBtxnmspVIRdjRQnJXOm+I3ir4cfDbw/Nrni/U4rW2j7M3zE+grxPQ/2n&#10;Pg/8Qfidb+Afhv40eWa7hZ4pHgBTeBkoM8k4zXMfEy98LW/xWj8H/Hiz8OW3hu4gYva6iswEkxzt&#10;Kys2TxjOcDk12fgD9h79iw3cHjjwz8D9F8+OUTWt9p13MmG7EFJAD+Ncy+sTqXWiOq2Fp0rSu5Ho&#10;DaHdxp58+pIT/C7Rn/GrWgOFEsOpMjyyfLC6pgfrW9HB4fWz+xnTgYbeMoEMpO0AdMn+teFfED9t&#10;T4f/AAn8cWnhfXfDtwlvJqC209zJHh4NzYDbecgdz6V0zqQgtTlhTnU+E9kg8JaAsC6l4k8RWxmj&#10;Bbyo51jVvQEE5rC8M/ETxdq2o32koLGFMR/2fEUVYwAxDgspOTtwRmmfCz41fDT4y/bovCmoWkst&#10;lKFdZCuXU9GUHkjituC/8MNrMmiLq9sLmMbnhhQbl/EDr7U1yySaJacXZnLaxP4o0HxpK2jeG7y9&#10;08rvJhdAof0XcwPWmeFvHPxC1HUmt/Evwzk09JZP3ErXKMiJk53uD6YPHriu/wDDl1o/iWaaDTd7&#10;G34l82Flwew5qPXorPR7GXUL6NHWDkrs3ZPXgDqafL5iMz4p/Evwd8FvDSaz4qvQgYAKFbbvPouA&#10;cmmeGPG0ni/QLfxTo0M0FpdLmNtRhaB1PuHA+uehqSx0bwt8TPsOuXukx3sNvcC4sTOHChh0ba38&#10;sdq1fEOl6D4yuYtG1G/CeRGztbxScup+U59u1ZWqptm16Lil1MDx18RfC/wvfS5/iF4o02wh1e7+&#10;zWF3cTiON5ihYLubjkA1vSzagzbYNQjz5YcCP5xtPQ/SuG+Lml+CPFX9keGPFnwN1XXtO0i9SXT5&#10;0thILaUKQJMFh8oBIyc/Sux8DeKdM8UaJ/aGkWTQwrJJbvG7fMjRuUZTj0K1cW29SJRSV0A1maV5&#10;NKeKTzVX5ZjHhCfbn+lbFlpd3cwCWKMDjJLMRmqckc9iywafpexXcEyKeevP3utUviD8WJfCFnKd&#10;O8N6rdyQkMRa2LSLIo6gEDqacpxgrsIU5VHZFvVJ305/stzxkdVya5/UJ5jcKsEd64JwWFs7Kv1P&#10;avHPjN8bP2+9Q8TWuqfs8/s7eHNV0WSJEnXxNrLW0wbqWUIQRjPQivbPhdH491Hwha3vxgt9MstZ&#10;kXfcWekSvJFCSPuBn5YjpnvRCSqbBODp6M0NDtrO3gYajbecWGQzdB+Brkb/AMH+Nn8WXWp23iK2&#10;k0uYDyLCS1KNAR3Dg8g+hFd04t4ziNc9AMiqDw6nNds4u4/KH8AjwR+OeabpxbuJTaVkYI0jxDFc&#10;LulPl4+ZUmIBP5VY1LQ9Pmt0lSFjOT+8Ibp9M9al1nW9L0mUHVdXgtg3EYllClie3NaOg3RS/S5u&#10;7NDCRlWWQMD6U1Z6E6nL3Wh+JEXdYvKsQP3iCMfXil8OWl/H4jtYdbvd8SzAzAv0HUDHvVv446n8&#10;QNc0SbRvAyWaJIu15J5yjAe2BXjvirUf2kvCfhW11RdN0OUaXA32mX+0cGZBz85I4x61DkkylH3b&#10;3Pqtr6FiY+ox0Bp9rIJmO44xwCK4P4ceItSvPB1hf6vcQyzS2qSTtbMWTJGfkPcc8HvXUWWpK6eb&#10;bOWUnoGrS9ybaaG7LGrqF3c9jTXjUMFZ2JI9eKjtLmKSFXZWHOMVI6MuWZySBwO1VpJXJ1TOZ+LH&#10;jmHwL4KvdcWJpZIIC0USLkluwr8qfgP/AME3NB/bj/bB8X/ET9oPxHq1kNI1BdSu7Cym8qaZZnYw&#10;DeQSqtsbOOy8V+mnxXkfUoJkmXMMKMSvqSK+PfiN4j+K3wD+Md18d/grog1pL/Q1svFXhzcUa5to&#10;C0iTwntLGC+B0IJFfI57G+Oo16t3ShdOKXR9e71tfyufe8LV6lPL8Rh8NZVqiVpN7We3ZXV9e9j7&#10;j+GHw0+Hfwa8FWfgH4c6JbabpVlHtjt4Mkse7ux5dyRksTkmteW9sUid45CGVcYY18pfs8f8FIPg&#10;z8ZvGdl8NcazpHiW7jDR6Nq9gYZnyu7qTgjHII69q+mIJ7W5mj8+KdwVI8nZhW5wDn9a9vB5jg8V&#10;SX1aScVpp08vI+ZzLK8xwNdrGRkpPXXd+fn6j2v7aIG4LfulYF2wSM49e9ZGseKLPSb3UdQ1Cf7N&#10;oyWaz3upyShEtiD0J7Dbk57fjVX4jXMumaXIo1KS2toYy10bfAYJ2KEj7/YAeteZ6HrES3H2HxFo&#10;F/Ppn2l1uIZ5BJB5AI2ecD8xZyT8p4wpz6VjiMdOjV9nFff/AFt3NMLl0K2HdRv5L+t+3yPVdF1n&#10;wrqRsLbQtZF29zMJoZll3l4SQd249VrM0Dx1Brnxd8T+Crbwje3k+hRQb7qeRUt9kyFwq5PLZBHT&#10;j1qfwVqGgeIbyXxtHpBittPIS0lhO2NI9uCFUcMMc1X0T46fBzWPHHifQPD18g1vS44F1cJb4eRS&#10;rGNsjqv3gD9a6Z4nnlSSqKN29P5rJ/DfzV/RGEMI4RrXoylyxWv8jbjrK3k7dNWXNd0LXE0Ge/uL&#10;KNr24uxFZ2cBZgikhVBfjA4yT27dq5T4j/DbUbuB7DxLrWn6RYy2h+2X6K804kbjEO9sKeD82Mil&#10;3/EPxN4ge1t/GEVnGs8dzDbxT7i0Z5/iXrnjA4H5VN4p+DGr+LfGdrrHizxBc3FvaWoYRY3Juzxx&#10;wM/457V1pSlGxyKcac1qedWnhm11vwefC3gPUNR1S5Nv9j1bxPrNwDPIoPKAhRvwAPrgZr0ax+FE&#10;0Xw+bwT4cvXgvVt44JnjXaYoM9yB94gHH1rqfB/gW207SLg2u0RfZtqPkEtIAdzeg7V5x4S/aD8T&#10;+CLLxJdeLPhFq0kOm3LebrEU6+VesDtVYfMIaQgD5mHyg557VhU+rYVc1R2T8n+htQWLxsuWkr2a&#10;6pXb062R6J4F0j4hXVzeaH4kiSz0qyVILWaOYvLffKCzc/cUfd7knNeU/GP4G/Df9nW48U/HnwDd&#10;yWet6/Zi3tNP1XVSulWVySzNerA3yiU5GW5PAxjJzw3xW/4KQeILmxPh3wB4cOiXU8YH2m8dJZ4g&#10;3G/aPlQD8TXyp8Z9b8VeLdI1Dxx478e6vqt1EhTT3a4afczfLkJnCgEnpXi4/EYXE4flpR5pa2k9&#10;HG/VX6peX4n02VZfmGGxSlWlyRdlKK15knezs7NNrXX8D0PQ/wBpHwjoHxJ8OX1pfyeNFFlcWRv7&#10;JTdebdOQrspHQLsIJ7fhW9481/xZ4o+JMd21ybPTba1ec2yhiZWK/Ku1eOD9foa+Rv2KfgT8XfjF&#10;8Z7OHw3Nq8mmaDPu1KexsmFrbjzC37x/uhmx0zk8195eK/Adjo2sXllO7MYNPLPmEPIygcgDPA/C&#10;vDy+eMr0pqd1BSSXnZd+u2p9ZmtDL8vxtPkalUlDXyu7rTZb6DovF86eMtC0/QNGa6nXRVjkIxvD&#10;sPQqW9f7o9a6zwp8MPh3428NDxF4/sRHeWjyEWtreOAAeokAC/yrnJItU1fxToE2jWlppbJpieZJ&#10;9nC7EB6E7Tg4zx710XgT4Jaz8QtDv7671670PSmuNouT9+9AY7iqk8IfWvoaTlKTXLzb6dNl/Wp8&#10;niXShT5lP2drXd23u9Pn5Fv4YfGTRbCwm8Mabp0v2WzmktE+z248tdpJXLbuPlI69a6T4Ta99v0i&#10;Syu1ZGS7drdC/KrnPauN+HHw28B3HibUvDvhR7pv7Pvt1xM5VldlX5mxkHnIGeelbNz4tt9CgC6L&#10;YxkNfmOeWNixjRfvMfSt6U5xgpTasr7Hm1qdKpNxpJ3dnr/XU998M6j9phQSuXJIwKw/2gL/AOxf&#10;D+8naTbtjPPQjP8AkVhfsyeLdT+IPhW8+JElts0ua5eDQ+u65hjba0+OwZwwX/ZXPeqv7TkXijUP&#10;Bc66dEzRE7plXnCDBP8AKuueJvhPaQV7rT07nBDCcuYKlJpWev6r1/U+dPhj8UYtC8bar4d1fU/L&#10;tmhlaDa4BZ9oO38/wr0n4deOW129toLGGRlljZVhhcBWwepYnJr5PSTxLc/ERxYaDf8An/2gwMYi&#10;HzH169MfpX1R8GrRdN8OaVqrX0FmzHB2HB59cKee3WvPwU6s3yvp/wAA9nNKNCl7y1bPavDF/q9l&#10;fNb6jJEi+WhjYS528H5B7+w/GtGS91DV9Xgu9CbNuAUmnRNxODzhj0rmZdM8KaBe2+o614inmuA2&#10;TBFIBv3djnoMenJrsJvEmm6P4fn1BYTDbwxh90vGRjOBn2/nXsRXuuMnb8z5yT95SSu/wNNLjFvi&#10;2X5VPLZJ/M965r4oePNI8FeGJ9T1a62tswi5wXY9hWZpHxTbUbK2ur2W3tUuyzW8ciEbo1P3go5b&#10;0zwK+Xf2mPjhrXiHxFq+sXk/l6DoEDGefoiYHCqO7scAD3rzMxzFUKKjTV5SdkvU9jJsoljcV+8d&#10;ox1b/T1bPDP2jvi3DqnxCi061vDK9sHkuCrZCyyHdtz7KFz6ZrF8MeP76NwEnIwe3GfrXjdv4gu9&#10;Q1afU7t2eW6maSRyf4mOTXW6BeSIu5T8/BwOc19VgcK8JhIUpatLV+fU+sxFOC0S0PofwT8SroSR&#10;LLchQQCQM9favYfBHxWvNKZZor1nB6BxkfrXyr4fvpUVJc45546V6P4X8RyGNED855GeK2lFM8TE&#10;YeEldn1foHxMTxAyT6teYOBlY16/Wu40zUoNQiWaxdFBx5hkPJ96+YPC2veQURpDt7c17D8O9ZuJ&#10;VWN4XljYjOSfl561ySVmeRiKCglY9csDcMMjYTj7wPar3kqqE8bj1NZ+lEwRL5Y+XspatOIEoQeA&#10;eeTUtJnlSnJMFhQAA9B796kjiXO7IyOnFOWPgYGMfypQMNgL0PYdqlRJdR9B4iGCxXCn2qeGIBcx&#10;rxzjBqJjJnHHHbFSqwCjHC4zSZk7jSwdsDO4dqTGxlIY7cU5gBiQtjPcU8eUrYIyCBjjmjZARE4R&#10;WDbiDgr60qbfNJ7nrx0pzoVTcvbqMdaWMgLkjGT0o0FshVjVTwpHofWnqqMpEj8dgKcqnCsq570k&#10;qfLleB3FSJEN4FSIIpJyOCPT/OKrM5QKykr8vQHrUs+4xKAOnA461W3lVCnHGQQa0ih2TJo7lFUh&#10;8gnv+FVLlkJYljgUlwZOqntyfSofOymChOeMgdatKwuUiaeeVCmSqKDlj3qvHcx2tvI7Jc3LlSFi&#10;DYDfnUl6t1boZorYyED5VZxgVzmqa/LZoZr7Uo1kB+S1SQDP1qlsNK7LMEGlGWSLVNMEbopdoY7Q&#10;ZTA+91GK8/8AGPjX4fJO9tpQ1EXzHCEqSzk+mT+pNdXr/jfxA1lLYaTDpiSyxqHklZ9qEj2Xn868&#10;9ay8R2k8N2uj297PLl4zbuSQ2ccBzz7YFC1eprGNt/zPMviCdPtCyQXk7TOMOJpASPqBxnrXneua&#10;xJawJG1wSWz8uRXpXxIsooprq4uBHHdyTFp7eXIdG9MY4HX34rx3WluL3UElmt/IRCwBLE7vep5E&#10;z1aLTiind641qWEloyKGA3NIP5U7TdWN1MUgnGSMqC3I9BgVhTRXd7K91dHMMcm1di9B6471e8La&#10;TNd6ukq3BbdJjcR0pqnbU6+dPY+rv2O7q8s9Hu4nspZHuEdTI7AR9M4OTx3r22w0+aB2vru0sUma&#10;NWVzKxMaHgBQvU9681/Zo0DVtA8OC9a082K4YIjMRshU8nJ7E46cV7HLLZNAXunWSTABXaMouO/+&#10;FElqeFWnzVW11Cbw3HBdfa1iYCWEeZKZSzD2APXnv2qnF4Y0xlMi6u0YlkLzKhC4A5ALVszzQtax&#10;ahqZMFvb45ebaD9R3qhAuh67HI1lezjy8sREmcr0A6Y5qU2kYXMfxTBJG0NtpzQeSFMjRSplQo53&#10;NnOee/fNecr4N1WSyn8TauIo1upSdKgnOG68kIOgIGcGvWNagiOlXWtf2NcTTtEyRwzOTx/ewOgr&#10;zXVZZNXiiOo+LZLa4jB8q2t4yoGOOD0+uTVp6FwbT0PBPioTF4gkDSZkJO7ClQ36CvYf2Wb2HVfh&#10;zPp7ziOWzv2C4J5VgDz+Oa8z+NMemxQw3UN1JcSK5EkzHqe/5n/9dSfCX9ovwJ8F/AV6/jHRdXvX&#10;ku82tvpFv5kszYA2gevvXPibKFzrn71FJHefta/tP+H/ANlP4aXHjnxJLHNcSHyNIsg+Gu7gjhQP&#10;QdSewr5r/YY+LPxB+Mv7Qmm+KtU8T3/9oXwnvNYt4rphA0ABIQx9NoyAK5L4j+CPjf8AtX/EvWf2&#10;ofir8E/EX/CI+GYGTwX4MELSb5F5Dz7egzhmx1xtHAr1P/gl/afCvwJo2q/ETx/8QNFg8YeJLpw+&#10;nXN7HFJZQ7yfL8tiCpY9RjgACvClKpUxCV7IajCNHmPuOKYhQ28kNz81FySymQEZA9a59PFwvV8/&#10;Qruzv4ieWhugcfgM1eXXJJIB5loVcjkB84r0lqtDj2ZV1RNYaFxak5I4+bpXjPxK+GHxc1mV7nw/&#10;qNuCMlfMmI+gr3dJoWQlsHAzjHNULxS6HbZNICeAmKwq4f2qszro4n2L0R8pn4XftNyAwarpdvIM&#10;/JJHd54rtfhF8GvGVpfm88aS7XVflRsnb/jXsl40ljCZLmwdVBwrNjGayb3Vdd06RrlfDV7dxEcC&#10;yjDv9cZHFc8cCou9zpnmLlG1rHW+FdC0vTLJYo7tWJ+8c1uQx2SD5Jlx69DXmVr8Q7iCMrL4K8QR&#10;nPR9LYfqCabZ/FGYXQSXwvfxoTy/kyBgPUgrXYlZHBNOTvc9Kl07TyWliKBj3BqjcrcwsUhIP905&#10;4rnbnx5YW0Kz75grkAKLZyw+vFaTyXU1ml/Fdghl3AZwcfStFcyGahqF3a/u5JGDEcYxg1mXEF9q&#10;4kjErIChOY8Cq2vw3+tIsCtcqFfIeJ9pJ+tYmp654m8OBo40vpABiIeWH3n8KV2WlG25Wu9C1WK5&#10;JeeRgT/EMg1HLa3Nl81q8kMnrGeDXc+H/CXjnXdNjvHsUVZEDAygIT+FdK3wwtZdEzcylLwDJIwV&#10;z6U0pNCcoKR5npWp65Z25mkjSUhfuk4Y1px+Kbu4tT59s0DE42tyKdrU1t4YkaLXiImUdlJ49Ris&#10;G++LPw5sFH9o66IwSAHezlK5PvtpOVinG+qLDWcN27mRfmJ+UE4yaI9IvNhHkSAdjyRWgksV7DHc&#10;2rBo5AGRtuNw7HmpotUuIGaGC6KsvY0rOwJpsz3tblIwsbAED5gRg1e0bUryNjbFyMDkE1ZsbK91&#10;abyraEyyE5IAq9H4b1vT5mN1obqQCwcYYY+tDixQlFPU09FkuZVAeBtvXBFbq24MeQuCR0ribXXJ&#10;ri38+3WRGTIdHXaVxx0qnP8AEK9RjG5uEAOPMW3YqfxojcJ23uegORHGQSB6+9UL0s0okPzMeg9a&#10;4jUvicNPg2WovbyaTpGkOMfi2AKnsfHrzWkVzqb/AGQvGGZJyA0fsapt3ItZHVOs4O+KTGRyCOKj&#10;UR3YEdzIG/3a8/s/2k/hJqfiS48GWnxG0uTU7bHn2YvFDrnp1/pXUR6wrW32u3lHl43Bwcgj1zRq&#10;FtDSutJjaJmibcxB2gjkVnwaBcH/AFxC56YOaqv4ld1U293tEg+Q7uv0qnda/qkbYjnYgHAJPek7&#10;jVkb8WnXcMeyIs3bmk+xapbHLWhJHbIrCt9d8VpEJRO23+EsoNUrr4l61bySxTI0rRcsscRyPSmm&#10;CVzoLqTVJHZZLUqCOMKDisPUNMubxfMeQMy/7FZFx8fvDOmzi38Q6rHYzsu5Y5yASvrSaV8e/AOs&#10;LLJpXiCwkEX3meUKPzPX8KTkluX7Ke9jTk8P372xkNkjLt5w+Ca5vVtJiidkVrm2kB+VWHBFWPA/&#10;7Sng3xXdXujXN5Zx3VlKQyo+FkTswJ6/hW+NZsvFF2lrp2n/AGp5c7fKIIAAzkntRGV1dAlyStI4&#10;3TrnV7E4Zg4z1NdFDrF6kYktRtOO4pniz+z/AAssX9paaY/OlC5foo/qfQCmWuq6VOojtpBliMBu&#10;D+tLmlcbUWrll9X1WZMm0RnJwAGNZV94pvtNJFzYyR4PIKbhVrUfF+k+G5ZoLtlMkcSuyBCWwxIX&#10;A75INU4/Fkh8TNo+sRLJFdWomg44RwcNHx7EH86G7ijFXuXNH8Z2GpoxEYVlPzBRW7peuwSMEA56&#10;A1zFzqegaK0E8dlkTXkcLlR93ccbj7A4rp9Lu7S9WY2lupFvMYnYL1YAE/zovK9htQSubKXKSjfE&#10;Npxgc1ettPuZYhIkbNkc4rEW8y2xFAHpV6z8TX9pH5JUMo6GqtIzfLbQ+S/2jP8Agmhb/Hiz1G7f&#10;416jaahd3O6eaO0+SMjGFAJyRx1qr+zr/wAE6fFnwj0q68Mah8X7fxZpxPmLpuv2DPDC2MF1UfdP&#10;6GvreXStFIlAgBFzKPOAcksRjBGTWb4z0i1VIr7S7KWee3b928TqpiBHOS3GPbHNQqEFsayxNaas&#10;2eUx/BbSLS0iEnw28JJe24KQSx6HMrHaOoKSr6djXP8AgzwP4G0Xxc+r+DoNE0zVbOcG4Oh6dIrb&#10;uDtZGmOP6+te2eK/E3hfwnZLq3jDUbfTrUQ7nu7uZIkH+1yRVvwxYeA/E+lR+KfCNtp0kN7GJIb2&#10;KNQJh/eyBk/jVKlFbEe2m/iZ458RP2udI1Z5vB+q/FqKKeOXyHtm8PSkb+hGVY81zHgTw14R0G3v&#10;77w141mmn1K4y9vFaTRWSlhjc8b5DN7cdK+mZNC0ieBIhp9uUdyZSI1+b68c1CNJsdNXybC0gCjB&#10;eKNBtOenHQ0nT5txxqRi9D548FS+Kmur/RvCHxatP7YkBjvpRokTfKpwVQKVwPepfiR8I/iX8XPD&#10;sXgnWviHZWWjXh23NvLpxS4uChwWLEnHPQZx9a+h00rTLK3uZhZQRJsBaZI1Vm/2Rx1qpq2hrql9&#10;b6pPeCC0Ee4xLDh5ewDE88H0HWkqEUrDlXnKVzxP4e/s7al+z34Rbwt8JfiNNaPOwctqdyrxFj3C&#10;kHb+Famk/BD4t+L9Pnk+IfxO027Fz/AukRzLnsQ+VIH4Zr2SXTrSWONYrOORhhVZlGcfj7VJaaB/&#10;ZpTy5fJRwSIvLAU/jVKnGKsjNzlKV2zyjwp8FfiRoltdWGo/EC1ksIjm1EFlMuP9kjzgB+FL4r+E&#10;lm1lFLrHhHwvqxmGC+q6c2M++6Uj9DXrdwbmCya6SyZ03YYKQCpP1qpdWcdwEuWh3l1KpDJj5f6U&#10;/ZxYueS2Z49J8QfGHwZu7PwzB8K9GtNN1ECC3fQrWRi5HRdq8KM9yap/Er4l/HH+x7bwvpPwFi1S&#10;CUGYRzagbSIYOcKd+S3TocV7ZeaKWiHkqFLL8h6AdqrKNajj+wXVpEyplYZdhH49x/KpdNvZjdRu&#10;Nj4+8YaV+1f4/wBeSw8M/AC28PpZ2bhriXX/ADQ0znO8SLIpJGPuniuH+Bv7Gfxk0L9pJ/if8Z/B&#10;sniG5ktOI9Vvre4jfC43jgkY9x7V96me6isTJPoe2ZJAsmJlA2/3xngg+lXdLttN+zS3UkUe50AE&#10;jYGxfY1m8Or3lI1pYitFWieI+IoPgpojx3fj/wABaVplwx22dzZxwxSx/wCyjoyEkHtXT/D681Dw&#10;TpN1fDxN4j1HTC2+MavpoleJT0COnzMPb5q86+OH7afwrj8fW3wF+EHghPij44vboxJo1rGrWmnY&#10;OGmupmBVFXknGTx2rcvf2mrj4FeID4X/AGgvhtJ4Y0MWSy2XiXS7g3Vj5gALQvtUNFxnbkYOKIzp&#10;J3TNHRxMlaR3/h74kade6+y3eo3Uxu2CR282izxCLOBkuyAYqfx58KfD3ijURfDXNa0mWLKj+wtS&#10;a33HOckKhz9a574T/tafAL9oCKJfhj4ou9S+z6giu99Zy2okUliSpfCuMA8ivWdC1TwLq97Lpuk+&#10;JLe4uYoiTbRXaMyDPcKc/nWsJxm9GY1KU4LVHIwWni820XhvR9fnZbePZLf3URllk/7aEBS3vjNW&#10;YfBesRgTw2VtdTKADc3sxeTJ6HPQc9hiuk0rQo7PTZrWyia3a4uZXaQTGRix/i+fp246VLbWdxo3&#10;yyXV3d+aAAX2kKR9B61dl1IUmkcVqfwWuPHuneZr40rTb1Yyq3On2OZgOufMyDmvFvEmjfGb9n+W&#10;5Nt42vPEaC7xHpd94kSyuGiK5BiaYMrbTwc19Wy26FUtRKYpCd8hT5vXI5rH1Twv4a1fWWuvEOlJ&#10;ebI8RedboccdASMj86ydFOVzaGJnCLifPXg/9qi6EdrH8SPEyeDp7hwgtdZ1azuEfsMSJ97PsBXr&#10;EN34v1zTzaeFvizopndd0c6aOrLED3wX+at64+Afwm1++a/1fwHpF6SqeSl3psb+TgcEZHBz3FW9&#10;Y8DeGbSVmtNDhiwoyVhJU9u3cAVdmjOThI4bTPhJ8bbrxDDf6r+0TezxwkF7ex0G3gglXPORyc46&#10;EEV3kmnavpkTTLetdwrIFEUhHmLnsDjmtfwrD9p0SKF3eONXYKxiKFhngAfTiqt5pMkmuwTiW/hE&#10;cjYaP/VyrjHz/l9aaslcz62GaPfaTq2mrc2t5mPLIQRhlKsVYH3BBFULX4e+GNGE00dpcLHNLvK/&#10;anZTITnIUngk+lYnwwvLm88R+IfBsVhKf7M8T3HnvkYWOXbMmfqHNeg6x4Lh160ez1LSre6h25WJ&#10;yxUnpjinGXMrlTi4SscbrfxG8HeFbu30rxVqEVlLcTFIkm+bcfqAfzq/pes+HFuDFpWo2swnUSN5&#10;U6tu+ozWpH8NfA3gy3GvDwtptpPsPmSwxbioPUZaqto/gNr0JDbW4udxUSG0VdzYHAOOTT1IKmo5&#10;s2OpppCXBSQIjoyl9p6n2A4qrr/jm90aMNb6Pd3W6YRolraPIcn1AHA9+ldffJarZJ9jshJKCD5Z&#10;UDI7inWKylgjAR7ztjJ/hHpQFjyzxB8SPiZa332TSfhHNqzPKVRobtE2ADIL7vu59s1q+FLvxt4t&#10;0oDxd8PYtIuSSJbWa6W4AXPGSgAOfSu6a0kjtZrm2hb7TMpVH8tf3foxxjNVJbi7uZo4NgaZBukd&#10;FwnHXPOcmhJgYs1jZaGzXt1oSKSmwuLcl/p8oJxVh7LS9QsUtbnRswb92HtyVDnkYBHAroFiN3Or&#10;PyuwmQAnIPbGKg1Gxnm1VIhqbC38tCLZUAw2TznqfpRYZwfjL9n/AOHXjQW7+IfhxpV6yOCHni2l&#10;O+QRg59Ku2XwY8LaPYRnSvBliWjQiKFX2BVHYHNdmGja5Iu+A6jIY/3eh9jSyXiWLiNWjKkEKCeo&#10;9qfL1FtoYtr4dmsJUtYNEgRREDsLbkGe2TnNT6P4ZvNMsLnTUv5nNxksxZS0eeynHA9K0l1OK+sW&#10;axf5snbyAwxQup2M062/2vMyDBQHB/GjR6MFc5HTvAF74WtTDE91dP5hdLm8lWSQE88E9MU7TvC/&#10;iwax5s1zC0EjDetyzF48emDjr7V2M16lwm2KbDBhkgH5R+VR3N/ZQ3iRTTkc7SNp5z6UuSFyueRz&#10;3id/GviHTpvClxoUdvpzYWS8jvxG5A9gM4/GvNfiTb/tFaXb23h74aaXothLKQr6lqolngRAe6xL&#10;8xx7jk17ZJfRY2RpIw8z+BN2V989PWsHXLv4hpcvqHhlNFOmWybrqO7Ey3IUdSu3K9B0IpSS3CLs&#10;cRY+AfjXr/hb/hF/iT480i+W6i2Sx2HhoxQqnflpSTn0rDm+FvgHSraLwuvw7tbWWKU2/nRaXCuQ&#10;TyykqyjOOmPxr2PR5H1g2+vO0luhgV3QnGc84IIq1eXtvJPNPZN56p92AR5EhA7E1LpxnuVGpKD0&#10;PM9L8R/DaGI+D9K+FEatBi3tJNP0oSSEeoCjKgHv0rJ8b/soat8U9Ui1zxDeXtnDbsJY5FEcVw3B&#10;G3eG3quD0FeyaTqlnqUK3ccKQN5SmSIoFdD/AHSR/KpTdW1hZXV88ztMytsSUZAz0AP1qfZQ6or2&#10;1Toz4F+I9p4f+G/xX1D4cTfFK+XSGsXDeFjYCdpHKgtK0wcORjOc9PSvCdG+FPw00Pxuni34XfAn&#10;UdO8RQyG703XodUuJVkXoG8vywF6HhiBz3r9SpvAvga91EeIr3Q0S5YqGnEXDLz1GDxVy48B+DhF&#10;502jtNG0mRGpZRz6quMr9c1jPCpz5onRSxkoQ5W3Y+Q9B/a9/aJt4rS8g+ENhb2EcLLfXl7p1yCr&#10;jHzg8DGOw4q94c/b9uIr27/4STxHJqPymSew0fSJC0PGAV3SZ29MnBr6i8QfBPwHrFs17rnhplj8&#10;obhHfTKNoOQdm7b+YNSeH/hJ8OoHivbfw9ZzP5TKJpLaMvtzkqWUD/Iq1Tq7XIdSg9bHx5H+3Xfa&#10;lr5udG1LxZPCCN1hYWAjNv67lkjIf869p8O/tf6N438KTXHh3X9Oykflyx6hH5d1G2OWaEZz+GOa&#10;9pm+GHw1tlb7P4StfMuPmeZBg5x0yKw5PgJ8KrG0lms/B1jaGZi7NDCqs7nuW9cnqaap1b6sylOm&#10;0rI8s8I+PPC/xi01rDVNV0azmGIXuWuRDNuRhyUBDJnGQR2rB+J/wP8ABPijUIJvH/7UeuaRG0oM&#10;Fvp2up9nCjpnd1Xpnr9a9jv/ANnv4bXMcFzLo7200J+WaNEZ+e5O3morz9kv4UeKpI7jxwL/AF6D&#10;H7mz1WYGFcDqqKo2/QU3Tk1ZhemZOtfG74VfDrwHBJ4X8UXvjGW1jjtyuh2/nKxHGWZRsX867jwm&#10;1yuixajrimxubuNZXspZ98kYbGAxXgmqvhb4C/CbwxAIfCPhgabGrgLBaTOka+nyZxXU23h5LO3e&#10;FdXlIC4IkYbtvoDjnFWozW5LdNq0TzT49ftH/Bb4CaXBffEX4j6ZpNzPOyQWlxJmS6AwDtQfMTz1&#10;rd8EfEm38Y6Dba9baXJHb3MMcsUoRmVkddykEDHQjPoa8h8Ofs5/BP8Aaol1bxb8WPAkOrN/b95B&#10;ps2pQb1igWTaoj9+PpXr/gT4Q2fwl0mLwf4Dj+xaHYQ7LHTLUO5QdcDcx7knA4FEXJjnFR06kvxO&#10;+K8vwn8C3/jGXwldyrbWzyNcRsCIhjhsAEnn0BNfOnwm8UeNP2w7+Lxf4M8RaxounabqJgvo5tPm&#10;tBcDGeTKQJgeuQB6V9U3Fsum3UVtqfikxSXNuAumSmMkk9wDzn8aL/wrdPZtb2F5cIzBQjrIFMfP&#10;bIP5d6yqUZVJ3voa0cRGjTa5dTmLrTvjBpPiO20qztLLU9LCAXV6YghQbccjdk9O1ap186PZm81q&#10;KFIVJIaGYFjjsEOGz9M1p23hbWYr77Rq3i29uLcrg2axxKpbuSVXd+Gap33w20++dfKu5YnWcSf6&#10;tXU49N4OB349K0VOUVoZSqKcldHz38Vv2qfiFqWqWdhpPwX8Q2EJufs9hLNd20Mk5JyCqOwJJxwB&#10;nGa9hvvHfxs8W/DiO207wpBY3V9YbZIL262XFtkYw5KkM/c4AAq3pPwE8MaN4yuvHN7PeavqEsO2&#10;0bUVjkW2bn54flGxjnGfSr+q/DfV9Vijth44v7co4Zkhhj5HUpkD+tEKc9WwqThpynxN42/YJ1Pw&#10;pFeeKfjb+1hf+HrG/nz9kj0qK6iGPmHzoA2e5yK7P4CfGKw+ByxfDjwH8R4vF2h2iD/Th4ZljJdj&#10;ltzdMn1/Ovpqf4WX13rUV5ceNpmSwyVs3tlbAYDGe5Oe/wCdHjP4Pt8Q7WKwvPEPlCKWOSG5ith5&#10;yspzkEnbjPYjtWMsMnrF2Z008Xraoro8+i/av8G+FtZNz4l1i5eGW2PmWltp4do2PfcORj0NYM37&#10;SP7Fvw28cy+CPFnjO4j1Say+3Svc6NPNFGshLKGkRGUMc8LxXuF98IvBOt6Fa6ReXuqz3NmpWS6t&#10;JvKmlbvvwNrZ9CK4HxV+zJa65rFpN4V8aeIvDjJJ5csqLbzSTJzkMJFbC+/GM0exl9rUpYimn7nu&#10;mJ4t+KVn4x8IDxR4Q1Hw3qvhuzgNzb3V3qDW8SBcEO+RlduOePapfhRd3nxSspPFc/2LTLm+tWjt&#10;r/w/cyfYpoDgrIokUF8HoSO5r0Xwv8G9A8OaaNHk8RajqlptImsdUaGaOXPXP7sH3wDiti38LaVZ&#10;XEWqLaSR+QnlRQLGFVEHAGPTHarjR01MZ123oeY+OPhZ8MdP+F91o/7UXjay8Q6VKziKTWZlh2Ak&#10;MoGGBLKQSrDkV+OnirwfdfsX/tM634j+AekReJPDer6g82m6fqdq93DNkn5F8tQxYE4yCOnU1+4m&#10;v+BfCniK9ea+8O/JwzXEsETx7h0Khw2GHqBXF+LPhlpPgjwtqGr6faa/rFuJBNJZWRjmu2wQCItw&#10;BwM5wCOAcVM8PGSshwxMotuXU+HB8WvFfxD+DM9rqP8AwToW48Sw7Y0l0rT7tEYHH7wSvu4GeVJ4&#10;xWX+wB8StQ+AvxD1nwp8ffhVrFvfeJNRj06y1i0hT7PZxynaqgdTknG8Z+lfpRoOk6T4v8MoLDxR&#10;qltboVWaxu08t4jj7joRkcc496wfibLo/iSfSPhu8mm3FnLew/bp2C74ljbzAVwdqEsiqO/zcVj9&#10;TgpKS3KVem1ZxPE9Z/Y58Baj4S1Dxpp3w1Nv4xupCLS0u4gbfYjsFXdJkB2UBieufSvIp/2Nv+Cg&#10;lrrreOvh3rcXh2GCIhdFtNViT7UuRmMmPkZHc4xX6GrrWhWsEdvqupWsLXLFYxJcLlz/ALOepqjf&#10;6t4e8M642nax42RXjjz9glKAAMOCcDdmtXhKctznVWUZqUeh+dnj7/gmt+0P8bdUt/E+sWj22qMs&#10;Ul/Y634ngnAdW6KwG7bj8a9Ef/gnN4J8K2uh+I9W8BWlpqeg7Lm/1Kyh8wTOG5Tc2QcEjHHbrX2R&#10;ps3gyLUH1hoLQ3c6hZrq2tn5A5ALYyfxrN8QaD4T1fxrYePtT8TXcL6bEY4IYZZVhkDdfMTbhvrW&#10;dLAUaK906sRmFfEtcxb8IeBPCK2UFza+GbaymntjG8xt1SVAVwcMPunntXnPxh/ZH8GeINe0/VrC&#10;21Z30y3EaSxXYLOqj+83JYnknvXqc/xK8CW4WOTxBbeg/ebfr97FZ178afCn/CZWHg4WGpyR30Za&#10;LV7ez32SOP8Alm8oPysfpiutwhJWOJSkndHl3w++JfiT4R+Fr+z8c/DfxZdyDWJRpdjY6JJcutvw&#10;IwXU7SOC2cjriu90T44apqnhxfEcfwr8TwywttbSpLDy58EgbsdPf71emaZplrewm6jueM4GGBDe&#10;1YfiXxT4d0LWV8K3epouoMokigVuWB6cf0p2srXFdttnh/xk/ar+Ifg/V4bPwf8As+65qSyMS80k&#10;Spn365Br1T4TfEG08ceFLXX/ABNot14dvLhcS6bqUgyjD0IyCK4v9obw18W/Hvh+Lwj8ONRi0mW/&#10;uES71lYi8tlDn5mjXH3sE4J4FdP8Jvgf4G+EPhCLRtDsZ7y9R83eq6xdPPc3MmOXZ3Jx9FwB6VnC&#10;MlU3OiTpuiu51HiHxt4e09liaYXJTiHy0DY9s9K5v4rfFe0+H1jaxXtnqEX26EM19b2peG0UnlpG&#10;6KB1zXT6PqMEernSr/SlgndC0MkbZSUY5A44NfO/7ZP7L/xn/ay8etofw88Wz6NosGnpBeX15JIk&#10;Afd8yRoP9Y2DktjA6ZqqspxjeKuRRjCc7TdkZz/Gjwb41+Lk0f8Aw0/DaeHbGLmGK8Km6c8kkn5F&#10;X/Cus8YftCfs+6DoguNJS88QSxHZA+jzXc8krngBvIPOT9BWl+zh/wAE+fhJ8DPAtj4f1+3i8Uax&#10;aBvO1jVbYPyT0RHyFUdq9z0/wZoGmRKtlYxQnaB+6iCD9MUQhJx1JqOCnpsfM/wnFvrvis6l8SfB&#10;m22uLSKaCG40W8lljmbO6MrIpwgBGC3Oc17dL4y8E+FpYNC0nSL9JJkzFb6ZoUjcf7QRQF/GuwXQ&#10;9LZV++SDnLMeKkg0mxiXCzAMeOD0rSMOVbkOab0OI1T4laNpsQ/tdr/Ti3RZ9LlLYz/sgjP41heI&#10;/jDosmk3N74Q8dW5uktWa0tb23eMs4HG7coI5r1htET70kpxjJ2Mc1SmXTWuZrCxcSTQBTLEZAWj&#10;3DIznnntRJXVrhCVpJ2Pz8+MnhH9qr9pHxRZW2sXWsSaGYyBFpul3AjRu7hioVvrmvT/AAf8LPjv&#10;a6MND8A/EfxNo93pkSpDqPi2GV4pJBjnZzuQDoCeeK+rLvRtVuNOa4F4sbEHywoztGOK8W+EXgT4&#10;zfC/UtZX4p/H+/8AF8F9qCnT472xiiNghJzGrRj5h7GuGGDjCV3K7PUnmPPDljBKx6R4dXxDJ4It&#10;I/iJbafrGqpEEvLrTrXy4Zm/vqkhJX6Z+lWtb12bw9pqQ+G/DE11IHRI7eBQqqGOC5PZQOTj0rS0&#10;TSrgHyb243q3MUg4JHpWqtlb20pWWNlQDJkJGBXfGK5Ty5SbZ5P8UPil8bvh9bxL4N/Z3n8VQSnD&#10;zWWpqjgn1jKkgfWo4fE134psbbVfib+zNc294yAzxy21teGIY/vA5OPTGa9L8QWdjenfdylLcL80&#10;0VyyDjvgV5n40+Ddj4r8aWvim68dapdaaskf2bRrJ2iWKZcgyeYjq5B4yrZX86zlTv5mkJpE0PiT&#10;4WeE7j+1NO+GE1vM33WtdHRHx9cDH41ux/FT4a2GjprE99aae8z7pLeaRBKCf7wQkk+3Na3ibw/4&#10;bsoIINVgjj2oWaMKruQOMgsDnmpPDvgzSGlttY08Jjb+7W4tI1YZ+igg04qzsTKSkc3pHx++EXiX&#10;UHsLLXjJcQglmXT7k4HqD5Y71PJ8dfBQmGm2WmeIdQuVXcFsPDtw4Yeu4qF/WvQ10dbYmRXk5GGQ&#10;THb+A7Gmx6ZHdgxSgKmeVJzmr07kfI4fQfi/4g1K8+wWvwe1u0BXMVzqpihB+oDsw/KvNvHfj/4s&#10;/Dzxcb/QfhtNrNvrF2JLu606RUki2jAiUOcFQO/Xkk177deCdCluRqTafEbhF+SdxyMdOfSptP0G&#10;2tAG8iBDk7TGOlZyg5Lc1jOEXexwPg7xj4l8U+EU17Wvh9d6XdmYo+nTTRyyhQfv5XjmuY+FfiHx&#10;B4e8X+KfDd14WmW1fxVLdWxnlEMnkzQxSblVhhh5m8HB4INe0/2DbLkrH82eNrYFL/ZEblknVHOP&#10;lbHIq3DVakKpGzVjH1jWkvLeCGzlRZP7rSDJFQuJEgEl0wR1TLAt0/GtK70ZLMjyYkLE8ELzWXDP&#10;qhif+09LltpGc7A7Btw9Riq90lXINI1C31qOS4tNThkWNiGTdyD6E+tX5IbC30OeeSQvcbS8aMef&#10;YCuI+JfxM1TwJ/Zz2mhWV5aXFxs1F5r1YWgGMgrkbSc9mK8VT8YftV/AL4e6bBdfEr4m6Foxkh8y&#10;OC9ugz4xzjZuz9RxUqcFpcpwna9jtNOne8hSVPlLKNwPGOOlNnSQSmJJkWYDIPUEfSvG4f23vgZd&#10;CTWLD4m6GmkRW+VmWUtO0uSRGIFUswI5BA5zVT4NftvfD/4wanc+H45LnTLmG5eNDqdqturgH5WA&#10;d93IIIB5pKpB6CtJM9i1OOC9VLfVNAt5ZFP7qYQLJtHrkjg1StdW+wXv2S00m6k7KUjGPXpUi3cl&#10;3bCSy1CKUk/fg5U/qa5bxFD8QNOhuZ/B0GlyXLoViF5JNGDngg7D+oxSbsropK7SZ0UnxK8HDUJd&#10;J1bU/s8luoa6LWz7YAem9sYTPua5fxDc/Cn4q6Le+A/FRsLy1vswXNhcSgrOucgfKRnpnrXkF3bf&#10;GPwdoOq2XjP4D+FltdTud9xc+H9cnRrnPeQykt7Y6V3vhGfTvDfh+GyuvCiadHEoeOKKKSdEz2BC&#10;ZGPyqIzk1qaVaag9Hc3NH+GrfD/S7ez+F2qSW9pYwCGDRLq7lNvsHRFbJaP0B+Ye1bvgXxJd3Nk1&#10;zcLeabeKxElnfS7lLez4wwPYg/WuE1D4x+F9D1JNS1f4m2lpZA4ktrq0KKw6ZDMoYHNX/BPxp03x&#10;Bqlxpl3r+i3cDfNaXemXyyLKhP3WQncGHfAIourmapz+I9t8K67Nf5WUbcg8bgcMOqmt4uRbmR5N&#10;2VyDXmfhfWraPWIrKHT5xGUZpbkYWNW4AxzzkZ6cVt/E74neHvhZ4MGueIL1I4WlSOLe33ix+UVN&#10;SvDD05SqO0V1NaeHqYirGFKN5S2SGeObJH0iRx/y2JGPWvJ/CXhe0tvH8+mXtv8AvJLFgUJyBv4I&#10;/EGrk37UHgvVp5IL+6EJVc2TSYEczEfKFbOD3pPgXqGk+NPHDeLk1ZJl8po5irghHJ4B/I1508Vg&#10;8VUgoTTd+569HCY7BUqjqQaVu33Hmfi79mDTfEP7f/w08daBaC3uNC0OZtTlijyBboHCKxHQ5cBS&#10;e9fWmqjSI5ZIZ9TMcsgz5YkAYAenpWDqclr4J1u+v9M0KR7zU1QPfxw+axRR8qADnAyTj1Nefaf8&#10;Ufhpr3j0eF7z4jaXf67G5K6W7+XeREjosbYbOPUfSsKGHw+WzqWtepO+9ktEkl376LdnRi8Vis3h&#10;Rck+WlC2iu92232V3bV7I6jXvEUPxDjuNG06F4ZtM4knSPeYycj5exbA69qwtS0GKw8PT6e+l3P2&#10;NoXP2mGU+a4PLByepY9fbOMV6Noumz6JbCdNJhtxdS5kRFy8hOPnb8Ouar614f0rxdcvaWtw9oyx&#10;4EifLlVIPQjp2JrteGnOHNJ3k/kcMMVTp1OWKtBa9zg/DvjfU/A+lafZwi2XT7+VntiE+8ARu+Uf&#10;dB6beoAzWd8R9b+Dfw8Z/i1os9hb6rPPGNVht2XzZsnbtbkEgdcH+tcz8QrS8tPE+otcrHqV+bhY&#10;tM0u2uNieWypHJOCpHkvk4UdeuK8o8deAdQ8eeI9c0/WPAviG7v/AAbIZNRuLG7tZor9i8NwsBDj&#10;nqI1A53DJNeNisTXp0nGEbtaRur8rS3W9nvp2PpcDl+FxFT2lSpyxes7acybWju1dXaV++3l9O+D&#10;viJ4M8afFSzsdPvS1z/ZDz74W/dMgI4Oe4z0p/7SHxHl0TwTcPYTvbReQwuryMbmiQdWQdCwHTPe&#10;vKNM0jwx4f8ADejaxK91pV7bXVw2pxtbyRyQS3R3rAShPKLnPbIFN8SfDAa/4chW1+IniKXT0u1i&#10;uwy7kXKdGaTGQTyW57ACvTpV8ZKi4uzcu3TRdPW9zxa2By2niVJNqK01V72b6rTVWt6nfXf7RPgn&#10;QPAVhpvhXVpdRzbQJbAzhppC65VWVOQ3rnHevDfFsnxv+OGrwRS64mh6bPJLsRmJkwp2rmPrgn+X&#10;avTNN+DXhHwBp8eteDtK8lJHtxHNIRK6yDI3MpG0NznOT1rqPF+nw+FtWsrm5nS5kktUxG8alyw5&#10;O9h29ulbSw9SvFe3ei6Lb/Mzp4vD4WbeFjdu+st/u2PJ/Df7K/wf0yGCX4r2S3UYlybyaVtxIOcj&#10;HQZ6LzjvUfgr4I/sn/Ezx5faToVhrMz2SvBZoWZYCGPB2EckHvxXqnjnxHqsHhvU/GXiNY5I7PT2&#10;bStI02MtPcSAHGBju2APrSfskT+A/Efw9k8cWkjr4hvBs1szn99azYy0K5+6qngeuM0pfVYYiFGK&#10;im7uz3aQQq46phamIcpWjZXT0Tff5D/hJ+yzpP7NnhG80HwZ4imGm3s8t3PYSoAPPd9zOCO/QfhX&#10;lF5rsp8e311LcSXcccwhWBrg+X16hU5JAzznFel/tG+LvFOn+GX03RNSkmmuW8mARcuc/SvGfAPg&#10;6Xw+l5qetJdXMlohlmmkCYlnYdM4J+XpXjYurGFWNClBqMdXror9t/U+gy+lOrh54nEzUpz0Wmr2&#10;1e3p3OoutRsfHPiDUdfSWW0+yRC30+G3eOITuBgj5lOTz9K0/Eun/H6y0+zt7CB7fTYoAZpXYO53&#10;cAbUGOM9qyfhx4W0hJbPUbbU5ZbyWTfdQmLBI9mG3v8AWvQfi/8AFe/vvDkOjaFYSidpo4UEYyeC&#10;Mk/lWlP97QlOpJxe+j36nPiH7HEwp0oKS295bdL/AK3NPRPAQ8FeEbvV9HglWW10pi44H2iQguzZ&#10;POc8c15D4l0zW5PDEUujwXct1faJPdJafekdyCfur35/KvoS2uLe++HF8ija8kLh85zkrjNcf8L/&#10;AAPNYQaD4yubmRp9Pge3liLZ3q3fPtiu3E4d1FGENmvu1X6Hl4LFexlOrPVp/fo7L7zsv2edY0jT&#10;Pgb4N0zT7A21uvhayaO3KFTH+6XcCDyDnOc1sfFK2bUPC92sSbg1uxAHOeOK010KzuZ47+L7nllZ&#10;IOMHPcHtTvF7WunaB5oGY44cfRa9GlCpTpcknolY8mtVpzr+0indu/4nwr4B+0+Hf2jH0O9t5VFz&#10;M0sQbO0FkYDn6noK9P8AAPhXXILa5Gr6VKf+JpmJrqFwsQyVAXJA/EZrgPjTc6la+Of+Eu8JKMwz&#10;OABPtYBSDkDv0NZ+t/Hrxb4Z1rUr2A3c07qjDysSGFSFICiQgDk5ryHXo4eF5XaTf9fgfRywuIxU&#10;06dk2le/k/8Agn1BrWmadpmnobTRYZ7gRxh7tmwsWccDceSaX4yeK7LQfA+oSXEy6hcRzxiWJFZo&#10;4flHyt64B6V88678efFt34Psbq2uZZZZLWINCZAkpZ+rOecEegrpdasfE2ofBTRru41qWC61TUGu&#10;JTHMGMSZwpce+0cYya6VjoVYSVNP4bnD/ZlWjOEq0lbmt+v6dDZ8XeKLXxRq1u+mamLdLLTPIluV&#10;BVmVgC2Tk4GeAPavi79vTxrb6b430z4I+FdV/wBC0qxW+1y2VzzczMWj809WYR4bHbeOK+o7nWtK&#10;+GHgfUPHXimU3Wn6PYTXt1ISA10Y1L7QOi9MD86/NA/EXWPid4x1L4oeIZGfUNf1CW9u1ZvuFzkI&#10;PZV2qPYCtsFRpvFrEVFqtvI9/K4TvJRdoR/F/wDA19DprJ0UoJE4zkYWus0SQRyK6sQQRgAcE1zG&#10;nJC+3MmPmyQeTiuk0lo5mjOejgjFfUKTfwndU1izvNJlPm/a5ZP3cbAAE45Ndp4WvVVFZj1rza2v&#10;ZVhhhQn5JMsfUehro9H1gRkEseDzg1TTZ5NRH0f8FrbS/Et82lahIis6J5DSNgZBOfxxX0foWjaR&#10;ZxxNHGi4UKyxH73oSK+JPA3jhNMlS4Wba6nIy1fQ/wAK/jut0I4b2YMVwSxb8K55q254OPpVZS5o&#10;s+g4XMYXaRyAOlXopQy7OBx+ZrlPD/jGw1G3H2d1OTn5TnFb9pfxXCgRS5Oeo7VFtTxpJo1I2bIR&#10;iCD71ZVVKZQDjoAaowOTyhBIq0rELtzzn161DI6Dot7OpxjnHrTwpOVJ4U8A1DG0hbcRj0xUqsXU&#10;MBjn8c0mIcQhGMZwMkilL4HOM4+XilzlQSOT14xRIrqgbjgAHA5NLsGjQkkj9S2fQNTUYo7HHbuK&#10;ViUjZyQeOMmnRKZF3h8ZHSl0DSxIjsCCuORzzSyusqhhgqOtMJz8u04U9qa0jK5TAOR70rCIWIYO&#10;7DPPynNQSMixYAGc8kVNI20jcMc45qF9rKWUDryTWkQK07ELjdj5qICi4LM35UTsqEsevaqruzlk&#10;UlSOprQdrora3qM/nLbPAU3PhZ2kwrfl0rB8R2MV1NFb33h9S5faJZScN6EFeoqxqt7OIpBPCf3Q&#10;LBZIy6uQfaqYgh8Szx3tveTRJGozaojbc/4/TFPYaVi74i0zTdE8MXUM1ugWa3Ble3kIZf8AdBBO&#10;P0ryzWdeitLEWvhTU4bBWTazX0Zld/VlYgFT0wAMV6D4qivNLtWl0bR5Zb0Q742eNpFY5Gc7ug+n&#10;5V5P4p0i11bUrm28R2FxHqOwPLPavtijLD5dwYdyfWodzajGLepwHjiKGWdrm/8AFQvbvGJ8gKQQ&#10;fUcHHtXm3iu6sbOMSSzTbw5LNEOoPYfpXe+Ovhxr9nePbxzw7Isb5ocsCWGeo71wWu+GNWRU+wWM&#10;87ElZAY+QwHf2rSMHNnfCpCCWtzi9QuZdal8nSLSVUXlsyZOPXiuz8D+E5YL6yNndF98gDqOoOf1&#10;/Cug+Ff7O/i+4aWfWtBuVF2m5J2j7ct8vr6E9q+hPhd8DvD3hjw1Z69qE1qbuJDujaMhx6ZJ71q1&#10;GKs2KeLjHZHb/Bey/svQfsMtvdOCU2JNIOoH3jxwOnrXeygS2wMtkMM3MmQxb0HsOKo6dZ/YtFto&#10;LYSSSSKMoibtoxnbz0zWj5NpGqWz25jVBmVN+Rjrg1zt9Ty5O7uWBCI7Nbo20cjHGwHOB+dV9W1F&#10;IXFtb2iySY/erHKEK4+napYryTULNrmOMpsOIw2AAPWotWQS6cYIlVmlYeaIVHzj3PH/ANaoW+pN&#10;jDvdcfVo49PtQwcOVlcghYz7A8se+TxXnut6PJeeIUhv9aY2UO+Ka4lcbnxydqqenXnA5rpfEbSX&#10;lyvhPSNFeSzaIrJ5TAc5POQc/qK878WeEda8Fxk2HjRJZCDvhCruiB9Tkj1rqjFKNxx3scR8bU8P&#10;3WirBprmKGCRwJJAcuR0Az1710f7FEELWWu3I8P299NbbHi8yMF144256Zxx715Z45nvzD5kuoCe&#10;IuW3PyRk9/eu/wD2L0sNR1zVmkurq3uUWMxSWsxQEAng9j9DXLiIS5bHbO0aVtz0m/8A27/gl4T1&#10;+38E+Lr280XVbiXy00zVNNeGTcTjAyArjPdSag+IH7PvwD+PQbWtQ8H6PcPOSTIbVQ5b+9lcMD75&#10;rX+MH7N3wy+PtpY2nxc0xtUSwuhNbKZNhVgcgAjkdOcYzUviH4KeFJPCM3hXwTBH4bQRjyrrSX8i&#10;SPbyCHIJrznSnJNVNUYuVJ25NDw3Uf8Agm3b6fqBv/hR8Vdb8OSlvkWG+d4x+DHP616r8EvgN46+&#10;CunXOv8AxW+OV/4oZUxb6eqfK5x8q5OTuJ44wK4Txb+yj+2pdTWh+GP7VYs7JlPnnVYWnc8ZB+UA&#10;Y/D8Kr2fwO/4KCWE0SyftM6ZMlup8+F9NjaKbjjBMYZT9KyhRVF3imNRU+p6cnjD40W3iWeG/wDh&#10;hp89kx3QLp+tgypH23BwBu+hrsdIL+I9KkvINKurKaNcSRXKhWRsexII9wa8h8Kr8Y/hv8PtT1zx&#10;UH8VeMr6YIlpbXAVIY0VsCNRhRk4JxknOT0rz7xH+0n+1TZeGLbw/wCLP2ZfHxW7u2F1qPhnULZW&#10;itz3ZiCQQD0GDx1rX2rittRxoqUt9DX+L37WVv4cGreDvEekG+udFIbUItBma5lVwQyDagLRk8fe&#10;BFbv7MX7f/wd+IiyQapBrlrcRL++ivNFYrbAdWdkXIHuQMVH8AtI/Z8/ZuvrvWdC8P32myeIrpbj&#10;U77VtQNxJLKR/GzruHXp617FoPxe+CN7qEtppmuaTPc3smxooZYwXb+7nAz+NZ03Vesn8jetHDxb&#10;jTV/M1F+NPwd1dk1DRPiBot5F5eGjgvI3Jz7Z4P1rwj9pz9ov4wfCmzt/E3w4+G1hrtpdXEg+yuz&#10;iRUB+U5U45rpv2hvgV+yzJ4Un8a/Fnw3aabYwktJcW/7nGT/ABmIgnnvXgUPgL9kDxHGB8Hf2iNW&#10;sWbaunWCalcSxoc8/u5gSQeAOfpVyTlo3YWH9nGXM1dHZ+D/ANrn9oLV/Ci+M/FX7JUtvaHBP2fX&#10;kEpXuwjcZx+NbFj/AMFD/g5pVqX8eeFfEfh/y/8AWvfaWXiQ+7xluPfFa3wg+Et9rPgeK1t/jidQ&#10;tycSQXMS71XPKHncvpzWtqf7K+sp4wl16XxL4e1jwxNbJBF4a1HTmElkoHLwzxtudySSRICDU8lV&#10;L3WW62ElJuUfuNr4eftTfsz/ABcihHgv4maBfTSji2t9Vj80exjJDfpXb6pZ20VmmqaPp4ugGGIm&#10;OMjuVNeY3f7HHwqsLmLXvB/g7RGmTHmWOqaPB8x7lZQgdfrmu38Labp+m3EOgab4Nl02NoSZWjnz&#10;EhHbIbv7Ct4OXL725x1VTcv3ex1eh/ERAkdjcabPCy9BIucj0zU+u/EvS9O0+S7MMwCAbysZbAP0&#10;71y2r2w0lXvj/aEEan/WogmVffjJx+FV9P8AFel2tt/xMvEFiyvjLTxSQ59uVAzV37GfmO8N/wDC&#10;e/E3xRe65N4aj0/R1hRLCa9mxLKe58sAkD61z3iD4oeHfBfj+T4feMQ9s0Vusq6hCvmW+D2f+JPx&#10;GK73R/GFjKPJs9ftGHZYbpT/AFqvqPh3w7q9y11eaTa3EzHcZZIlZj+PU1DhpoWpK+pDDa6VqcEV&#10;3bXkbq6ZjkRwVYHuMdae3hTS7RvOuZQTLzlpsk/So9I0LRNCja30vTBDGzlvKQYTJ64HQfhTNWGm&#10;QvG1zcSQhnC7o4y3J+mcfWrSZnomW4YdOsX8jS7icyyHiCBMsfr/APXqW+t9WjEdsizyTSJlbVnA&#10;cLnGSM8D3rR8O6VBE6vpBjjJUhy0n3vcnqTWrofhaw0fULnVLbZ9ou8ee5kLFsfX6mnbWwHFXumD&#10;w9JHc64UtY5mKHzZR1xxzmrU2gOdqwR79w42ntXT3+leH/El6k2swRGS3ZkCyex9/wDPNWorDR9I&#10;nV7SJVUDHlxkYHvzSUWhp3OCl0FYGNpexOG9Jep/+tVe70DTZF8l4kdVHRkBrqfiEk2pWpudDKfb&#10;LcgKJeFkQ8kZHI6VhjTblwCxXdjnBpi2OcvPhz4ImcXMvhHTXlByJWsoyc+ucVpWum2trbi1t0ES&#10;Iu1EQYCj0A7Vfe0kizuZcYx/9enJIzDywVI9Mcj8aNA3I7bSNGcr9su2yv8AEADg/wBKdPoOlDJt&#10;b/euclTiqNzo9vduTcI2CeokYfyNQp4fs4XLxGbIOATcMcfgTSAsTeFTDcLf6fKzcnzUDcH6ipj4&#10;dfUYDZXV1KsTgq8ayYHv0/nVO70ZLiJUNzcKCePKuXU/oRV3Q9Iud62C30gUcGSeVmx9SeTTuFzi&#10;dT/ZI+CF5qo1K/8ABEM0+f8Aj6a5mMhPoTvouf2W/g7Mnk/8ITaDnht77hj0O7Ir1238BGaMTT62&#10;zrj/AJZLxXNwSR3WsXttDdbbe1OHnkbjIJBHNZycIvXqbRdWcdHscjovwB8FaLdCbRdLZCAMr57O&#10;o9PvZrprPw8dHdlg0xYjt++q4z+VR6nq9jos0cV1qoTz/wDVscjePxq59pvPLVvPfBPQnrVLl6GU&#10;uZvUjk0wXsitcRCQpnbu52/SiXwxaSqBNAgIGQSM81reHLFdR1ZIZSdp5bHf2rb8T+Hbe1sJdS08&#10;lGgiLeWx+VsDNU/dVwSu7HESeFdJuH+0/Z4ZJE+XcyAmopfD1hFMpeyjBB+8sY4qWHXotTt1kgj2&#10;nP70HqrelSmeXywrOxTPBpRtJXQNOLszN1m68G+HPKn1t/MDH5IIYN0jewGPXit/R/DRn0572WE6&#10;bHdJuitAfmUHnLnuafo9zZxzebdrCCB8ryR5NaN74htZ4lga7L4PGFOKTi73HdWsYqr4e0OCCw1V&#10;XnuZH2K8ThVOTwxz0ok0BdUB/s24huI43Kkxyg4I6jIq5P8A8I7rSfZNW0t2VEGx8gDP86gjSHSo&#10;Bb6fOqx7iQAgH+TTjdbiKV99nlTbBbbJofm3bf5eoqhdeI7JDDYXkEwOQ0j/AGchWI6DJrkPGGpf&#10;H1/Fgj8FQaMbOGVzIb0yK86lcqqFVYL8x5Y+nStHTtB8fvHBqPiTxXaw3R2MLa0iLQ5B+bJI+bpw&#10;eOlLmd7FKMbXbNjWl8OeK4Tpl5ZWlxFsPnw3iLIwU9CAQcjPtU6Qx2VkILqOK0hh2hBGAqgY4/Hp&#10;WH4xPj+6t7628G6Lo7yS/vLe81G9dFZvRxGpYDPp2rjvAuufFXTrqTXP2h/E3g6wiuAq20Wk31wI&#10;Qyn5gPtKDPHXBobtuCjzbHey6ENWcxReJNQtw3zZj2oAM5C8D/61TSRazbWkNtZiTU8AFGkukh2s&#10;OgzgA9OlQuNV8RNFr3g/xBaPpbR5intkWeN8cbtwb/OK1bU3uYtNnjaZvLLG4WPCbxgc+h54FGjJ&#10;s0YtjJ4smcR3nhK6LclP+JhEysR79vpWnZ2Gsy3st1r2jXNqEO2N7hhhVHIAZW+YVa8STalounrP&#10;pzLcz2qmS5LghWXHQFf4voDWLovjGLxhEFazu/KLAuk9u+Mn6jnNCiym01salvrIE4eLSrtlK5U+&#10;WAd2cYwTwf8AGi48UapG6RT6LJEjuNkkjDgZ5PB/Sn2k73t7HZWNsquELLAGySoOM+wrO07xZpWp&#10;axPpUepWnnadNt1NJJdrQL0BOcdT36VWi3JSb2Nu/vLe0spo7mb5M73URlt3HJ2jnNZ9pr+nX5Q2&#10;nnqu3iSS0dcnuBkcnvxUV78WfhJDfpaaf8QtEmnmjxFD/acW93DHOMtk+lW5tTsfsq6pFdRvC0gC&#10;xwsG+f1yOec1N0Nxa3LLaoZbgwktiFQ0rbCAPQDjk/SnR6rFhZLhzCs6t5Im+XcQM9xWRP4m02DV&#10;YNJ1LTr2ASnck7WjGIkdy3QHBxzitK91PR9QuY7aKVGht5CGeWLd82MZHH6+9Mn1C5vtNvWFpLeR&#10;Rtj7kdwoZh1wK8k+Iv7L3hX4r381n4k+Mni+PTbhvn03TfECxw7Cfu/dzjr3r1LULC3k81tPt4Vl&#10;lKr9oSPsOMjA7DvTYT4W1C5m01bjTpbm0ANxCfLaRQAOWwc88nkVE4RqK0jSlVnSleJx/wAD/wBm&#10;H4P/ALPuh3Wh/CPwXY6Wlwo+1aoAGursZyd8rZY/yrtNd8H+DvFGly6L4n8PW+pwXS7Z475N6yBR&#10;8oIPB71PZwpJbNHbRbYlDKgPAI/2R6e1T2otYvLgu5oyWOMhznpwBRGnCKskOdarUnzSepzVx8Cf&#10;gVLb2mnS/DDSoINOysNvBF5SJuGfuoQD9DVrwd8HPhR8P72fXvBfg600y8vVEc91YrtldAchd3Ze&#10;+K0jYXNxbsmp6clqd4bzYLjOOOuT3pYdQjtrN2mmGxG2iWRgARnrnPfrTUYxBzq1NLtl3cLSI29p&#10;MZAzHJeQlsHryfSmW+qWVjJFaRLMSQQFWEk+p6emO9YWvfFn4TeHYZP7b+J/hqxWNj813rlvGVPc&#10;EFwcjmvEfF/xR13UbNJPgr+1Bo1x9tuWS11K8AuYY2HAgCxbtxzgggZ/OoqVVBXLo4edSVnofRGs&#10;ardKnk+HreW4unG5TKhWIc/MCe1SPqyX2oLZ3Ebq8Sgyfuiokb2J649q8R8A+HP2ztI0+W61T4h+&#10;GvFN3tDpDdaTLp0RJ6gPHuJGO5UVl/E0/t/a9fwR+FfEvws8NNtaJp0u7y6nXI5+R0ABGOKj275b&#10;2NY4S9Tl5lofQ99rel6fpxvJrz7MgOHnfAVR6sT0FcTrH7WX7PXgZ3Hi346+E7Rc7VMusR7sjrkK&#10;TXxb8Uv+Cc/7VH7RXiG4Osftu3NzYiQLNaahYTDD/wAWERlTbnoSORVrwj/wQa+HShLP4gftIaje&#10;ljl007SkhYt/suWYY+ormnicY5WhTO2GDy2MU6lXXyPpy/8A+Cmn7Euky7D+0Hpko7fZ7aeQD6Yj&#10;qDw3/wAFMf2PNev/ALDP+0BopDShYWltbmDHpu3pg/UV4lH/AMEqP2HPA2mGwln8Ya7dwSBLiGXV&#10;G3kE43AJEBgdxmvKPiL/AME/fi1ceMbbUP2c/hDp2k+HlQW/2TxRciRXO0jz5MoSQxI4UkjjpWSr&#10;ZlF+/FWOhYbJaitCbv5n6DfDXxL4S1/xh4j+IHw+8U6Xq+l62LOVp9PvVk2zRRGJgQOmQExn0ruI&#10;fEOo7BHbrKu5SVYgV8M/sI/so/ET4Dwa14s/aD0qSXUZZzFY2Xh9po7azt4+sm4Mu/f2J6fjX05Y&#10;v4sv9Pj8QfDvxO80Fwv7q01ol1jIOCu9cP78kivQoym4e8jysVCkqtoSuj0fVJry/vAszFo41AGT&#10;gHjk8+/amrBazW7pcNu2EDaFwfzFedR6v+0vBrDNqfhnwvcaYAQDaXk6zHjqFK4PPbNdLouqfECX&#10;S0m1XwtZQXrSkJbQ3BdUT1Y4HJ9Bn61re7OVxsjpbVQ1xskJCxKApkHXPfNR2l1LK0scyuDG5MbM&#10;p259qpNfeIWtZJpdPiZhGrQweZgu38WfQDilsL++maSPUG2P5SnyyMpH6gEfzqidC8L2Zrx5SV8n&#10;avlgjBJI+bHrUn23TmlFvPcxhwuSC+DVPUdPtdYkMNxAoiaIJyxwSRyPpiqMfgrQbeUEW/mmJxiJ&#10;jlVx6An9aE2hNGpBeaImrS6dFfQ/aQPngSYCQd+mc1bSLTbb/SJiy4HPmNnJOe9cxq3gLwtf62uv&#10;xaFbm/iyoumt180Hsd+M49veta2tJprMG7nMygEqrjPPTHHpTu2FkW7lLUtHPMpVC2XUqTuHpTI7&#10;WGS5ly6LAqZhCrjYR1zTdPhgkgZZOUXDeWDlRx2FO1eaK50sx202DIhQYbGQRjg0rDuU9I0y4tnM&#10;x1yG7QF2jVYADz0BbPIAqe48xWFxM0ikcBI13E59qq6VpFholt9nQxxo4VXLyYOccDn+VaySxxRq&#10;1uBnP3hgjFCEzMOo63DNseyZ4CSFdVO6MdiRnkmtFBHeQpI6MzKRgunPTjjsadHLb3JEMMwlLA72&#10;3jp/Olld1T7RYsMshCsXBU88H3oTBmXqf/CWWMclzoIt5Hc8QXm4LnpkMoJH5Gq/hmD4mwm6fxS+&#10;lh5xm2hsdx28cBnYAt+XFbl/Kk9h5AdvMC5YR8M3pjHvViSzjv4YJbmFS6OGK7vukd+DUuN2Upe7&#10;ZmXp82sW5CanYrFNMN0sMb+Yq+pDYGfyqpq0mtxmCDTLOVn3ZeTcAME88Htx9ea0tZ8X6bpcyLKH&#10;MnKIsURJcDqMgVEdfnubgzWmkzFuN0s8gjG3+6vcnt0pi6GBD4f8TS3kotvClvbi6lSW7vWkH74J&#10;0OPX8K3Z9S8hhpMi7mFv5khYYIHcgHrz2qn4n8U3Gl6nBqdjpVxd+YoWdY7lB5OOQSrEZHXpzUPi&#10;DxVpy2sUzRXM14dvl/ZLZ2O5ugyq8LzzSjuwaNKLULCwijtZNWimJ+5uIG0E9PpV97iPT7R7iW1a&#10;WNGG5YwWYe+ByRWB4U0XUbmLOqWsUTM7G6iBIRjycc8ng9+Kv2epSm2bVHsbiJSohQSY3H5sDODx&#10;161Sb2FZF640i41Jr291PUJWhe324J2pHHjnaPU++elcX8HfEvgfxHZahB4KvJ4odOvTDOJufMfq&#10;SDXJ/HzQf2pPG9x/ZHwg+NegeGbIownlayM1yvy4xhxtHPOTW34L0PxJ4P8AA+jaJr4HiXUxH/xM&#10;dXsIo4Y5XxgyGNSM5B7dTWfM+exryRVO9zvNWmvV0NZdItJpJZGBby5lQovU8npS2kEc8EdxdRzO&#10;YsHEspOf8aLoyaXpUEk1nIYQQ88SqXZFHsOSB1xWbHq/iz+2otOh0KVLKZGc3UqgBADwDzxnjA61&#10;o3YyRd1K2W7vvs09hcmNkB8+JiEB9Dg5GPX3q35d4VV4LtyFbleMBemK8u8Y/Ez4xxX97ongnwPd&#10;W727+ZHqeuhVtbgZ+7GynjjJJbtT/A3xv1PxP4ov/h9ql/osWoWaCS4t7HUfMJHYYHIHX3qPaRT1&#10;NPZT5bnqksyeejgeUzON7kZ3e1OnEG6QNIrsAPkcjI5x1rmE1q6u7m4kvfD7+fb+W0JMpKMDwSoX&#10;njvn1p9/Y6prFrNcHTLV7sqQ0aTkkexPA9M81bkrGaTNTStK0vw8iWNlpsdrbq7uqRqBGGJyTgdy&#10;STWhYXK+as6SASE5G1sgjnB+leYN4A8fXKHUNX+IdzoIM/zLZ3LNIYwPu4Ysig+uCcVzfxQvD4Y8&#10;HrbW/wC0PNI95P5dvJdKpBQfej3xJuyR+VYyq8kb2Omnh/azS5j1XXdY+G9rrT67r15pf2+JM+fK&#10;VeVcfwjqQK1NL8ZaRrBgm0vWLKeJxjKTjcWPTjP6V84+Hbn4W+MNKuNEtv7T1q/VdgGnRDh8ZB8y&#10;Qgbh65ya8ntvhB+2d4C+Iy+OPDfxA0iw0pZPMjt9Z1CFVEO7nzFBOe4OK5liq3Mmo6M7XgMPZpzs&#10;0fcup+ItJ0zU0sLm/hF6+ZI7YNmRlz97A5xiuQvf2i/BNhrz6DPaa1E8LLGsw0K5aCRmzkbghGR0&#10;Ocdaw/DvxP8ABmneJtF0nXPGuk3HiLUbVBFFY24ckEnhHxuKbtxGa77XviD4J0u1uJPEeu2v7pAj&#10;h+RuPTgZ5IzwO1djm5dTzeVRdmjm2/aF8FW6rZaXb313d4JTT4NOmacqpwSE25/PrSS/HrQjfIp8&#10;M+J4Ikf988nhe5H4dP1rbHijwhpF+sFnADPJArHyIWIjVuQc9uP5VZ07x14dupjp1jMZHHzOwXoM&#10;8k/jQpSelw5YLoalpqcd0h1BpBh4/MjlaMphT03Z7/WmxyTRvHJBZyGNpAvyKCAT/F1+71NaFmLW&#10;5uGgfcAVDBmX5SOvHr1qp4bvdLutTvbOC9Wa5tyhuYRMN0eeUBXPy8cj1qr2ItpoTTR3t3MYi5SO&#10;NmCMnGT71zfjr4rfDr4XXOn2PxC1RtNfVXKWt0YHaMMCBl3UERrllGWwMmpfit8UvCfwi8OzeMPG&#10;+pPZQRoSIgylnIB4/Gua0vS/gH+3b8H7PXtQ0b+1tFnkdUhuHkhdGUjcjFGBOGAPcHANSppuy3L5&#10;JJczWh3qQbEwjh5I2VnU/N8h6Y/nWR4h8daH4XvG0rUtQuZL2XbILKxsHnkVPoikD862tO8LyeFt&#10;Kh0XSZXZYYisKzzvM5RRgDc5J4GPWpodL1K8i+yfaQI2CuzAcg45GPrVtkWXQqWotrvSYdTjkkij&#10;kAZFmh2MAf7yt0OexqdbFJVSaa8aVF+bBCjd+lQ6t4bU+HbvRzrVzG05JefiR0J6Y3Aj8Kwj4Ann&#10;04aNpXj7VII7ZctLatEX3HGfmZSB9AO9JztoCinqZ3xF8a/DrwdqMI+IXjN9KhkQNFFb3LRBuvL4&#10;ByMdz6VkWXiz9mrX1h8Y2viDSbrzoybee5m/1iqcEgP1I9RXb3Pw78Ja8qS6jpK3vkLs+0SqM5yM&#10;kkd/XHpUt/8ABf4XanDE+u+FLKYWyfuGnXd5a9Tg54B9qh8/Q0XsranG+F9R+HF/rN34m0W2SNrQ&#10;o6zFMqY2+USp1G0k4yMYxWvFe/Dm71KTxRZ+IoRPqUiwfbLa7CGdk4C56Ejp+NWfCeqfDnxHJfeE&#10;vDFxaH7BGsUtpZbvLTqQMYHpyBWhYfD2Wz8PjSIIbeeOHc1tH5AjEeTkKACenrxQnJhJQTNSKJkj&#10;jRpWYHhtznP/ANc1V1TR4LVpNVuNWlgQYVhJOuxcZ9RTfEt9F4RsE1nVY7y4jj2qEt7R5pGZuNqo&#10;gJP1PSotInXxVa/2tdeFtQjjedSlpqluq7gvKnYTxyepq79CLFPwzav4jsR4n1c2sksszCzCybhD&#10;CfuYz3I5Pucdq0Ljw9purRLpUsKAQzeaGEQO1ufXijWtN1CLXLM6VpSrA24PGkeApxkk4wOv1pmq&#10;Wd1b6nDrk/ltb2vzY3lWRscsex69DUrTSwGzpksdip0+zMaKDtyqBdr/AONfIn7T3/BQP9mz9l/4&#10;7N4C+J/ww1uDX3lhkttae1QQXAb7sizFzgD1IAHNfUYM+qWstvoeqCaTAdLkzLgNj2rjfiX+z74H&#10;+OkVroHx0+HvhvxTDb7WQahp6zPGR1YFh8oPt+tKd3sXTcIy97Yp/su/HjRv2n/B2seL9F0l7fT4&#10;dQaxs51kEiTMEVmeOQDDAFtpIyMg4Nd3c6N4w0q1EOh6pZXJ84blvYyQg99pz06U7S/D/hLwbolh&#10;pnhvw3aWVvap5FnDpsAhhs0x0CLhVXiqraX4wv8AXrjWNA8SWgtZIsSx3Nh5hLfw4ZSpwB6gn3ql&#10;dIiXK5abDLSDxdcs+rLeW000dtJFDEbfy0aYuCr7m5+VcjHfrWjpx8dK62up6nZOi4/eR2bLn6Hd&#10;g1YeDVLaCO713VoFWKJmmdAVyxHBX0FZfhjxBq+o6LGU0/7UzyfJczSBQyd+F6H+lLS4WZe1+61f&#10;RrOG5tIGvJpZ1jW2jZU4J5OWPan3dv4wv51ht/LtIw6tJK43sRnOFxxyO9ZHi7xvqHgOzla30O61&#10;S72k2lpbxFm3dhuxj6fSr3g/xR4j1PwtBqXizQG0y5mlx5N1IMr0/wDr49aG7sLO1y1caXr+oyL5&#10;WpvZJBcqeYkf7Sg6qc/dzjGa569tR4i8T3Yi8ba7YQ6eqrNDbOiROWBJ2lkJbHTjpXT3euQaRcNJ&#10;q13brGJPkaV8MwPTHvzXL6jbeKNbubm1vrW4hs5o2WGSyj5MTAn7xJJY9OAAKmT7FQSb1Oj8Lahp&#10;MujTWGka5eXm4EeffTM7AkYxkgV8SftFfBX/AIKE6J8Tdf8AiR8Gf2tLDTftUkYfw/HpqLKLKPOS&#10;j3HyO4HIHcEjNfX/AIR+F9t4dvbG60q81m0ii66dPfCWJzj77g5wc+hHJq7468Had4m0yfQtd8N6&#10;fqTDJt7W8j8xXHJz8wwD+lJxc4lwmqc9NjzD9knV/idrPw5trX4u/H/SfFWtzD/S9R0K0S3IXAKo&#10;yAnY4GQTgZ64r0q78DaPNo93Y6JqU8klzG0bXVzP5jK2chuMdD/KszwT8BPh34H8RHxHonwx0fT9&#10;QdcSXWmRCJyCOjAAA56cccV1sY1WyAs5tIto7bzSYxE7FhnJJPHHb1pwjZWYqk05+7sUvC9hL4U0&#10;mK31zxIJZM5aefC4AGOB2Gf51F4g17Tb24Phu68Ry6VLO6Lb3AcRtKx5xGWyGz7Vq3h0Fkjn1u3j&#10;XegiLzDGVyTjntkVdKWJhihWIvuXML4yo9Dnt9au9lZGW+rPPptL13VPFz+GLjT7htPhtgG1WbUS&#10;3nv02+WAMY9T1rf0LwXoekXjT6Lq0rSwP+8gEoI47Eds471heKNL8d2c8Emg2xSSW93Xktz+8RYt&#10;p4UgqRzjH41neGrH4saddw6trHiCzltd5N1Da+bmXsBuc8AfSsuaSlaxv7OEo817F3VrfxX4t8US&#10;ah4w0aXREtvk0+6huY50dD6gHIOevFbui+HfFqW6RPqKeXjMbzp86nJ5xnqal0j4keHLvWh4TSS4&#10;e+KF0tpLCVQQP4hIU2EfRq19P1ZHuJGt4nYhmWWMHcVI65Psa1SuYWMZ9E+IVzqrXGs+JLUaesvE&#10;NtE6OsYU/KW6sScHPAryjx742vfD96954Z8a30FrZagFnMEMs23ce+4DeuQeFyPevarzxRpNxayO&#10;HeNBKyyEjG/DbcjPUf0NU7S8037SZTcCdIpAY5lhyyZJyCcdPcdKicL7M1hU5Xqjkbb42eG9b0AT&#10;eGPGF1qWoQf6JNb2umOWFy6gr5iEfuxxnnjnmtDwL42+KuueDka40dY79JSjzXsaxjg9SqseD6it&#10;fWPEVpc3Mmj6PdIt1MBsMSBtv+0c8Gue8XX2s6NqOnmPw1qGos8gjnn0q8EQtwx+86dCO/IpNOL3&#10;GnCWiRp/afi1dym81PSNPmWQhTEl06LGMYJBPJ+lUo/EPjC28Trp2my6ILUW/wDpuns8on/31b6d&#10;iK620ns7lvKW/ncq5JUpt8vHXp/OsAeIrK+1CJLDwjqyukpQteRMisoz3JwQR0JptEpvsZ998Wpv&#10;BOoSwQ6S+pW0kq/ZoY7+3i+zgDkMXcZ55/Gsfxr+05qOnWu7SvANvJdk4EM/iWxQr7nMnArrv+JA&#10;uqfarjwZC0UwBeWWFGjgAOAcEfyqPxBqlpc69P4e0q3tLG6tbZZrWWa3jPn7s425HK5GCODSfNy2&#10;uOPI5bHzz4h1zUPH/wCz9f8AhS11WHVPEd9d3Fxqdnpt1ll3SkBVn2FCVUgcelfP3hb/AIJTfEbx&#10;rb6xq3i3Qr7T7m4VY7K41m9huJ4hndtifIRU7HgE1+g/hvUJNe09fFOuacLWW2dkngb5VVk+8ygd&#10;vrWtqWp6zNBGdFs9PuvOwy+fMyoQehG1W7fSso0U3ds3eJcVypHxL4c/4JBwpp1tqPiay0/UNQgT&#10;93C+ptBGH3bizvFGWc5PZgB0rV/4dOawL+PX7fxFpFrdRsD9kV7l4osdMMxLMccZIr6pn+LGpaRq&#10;tx4ak03TUvooVkDSakRGN2cD7uR9a8y8RfGX4zeL/GV98Mvh/q+kW+r29ibq9vLcGdLUYIROQNzO&#10;3QHGBnipkqFN3Kowr1ZXS+Zo/A39nfx58FLeTTrC70eS1mzLfL9uupTLJjG8BxhTjHAwK7vSfCHj&#10;G5097jVNWsQ0jFlSO1bEYPTJzya858EftRWT6To+n/FPxJaeHtWlsll1B9SCwxO4+V0QvgbgwPGe&#10;mK9G8N/EG28T2slt4M8Z6DrjqQx+y36MoQ+ojLHp7YraFSm0Y1aNbmbaJfCvga90F5D4q1I6q08p&#10;dVaALHGOygemB3J5qx4n8M2Wvywi48uMQs2VSPDAEcAFSMYqnbXHxDggluNUu7S4JiJhNnA6GNvT&#10;k4wOg4yar+FNJ8WR6jHqOr+OTexxxyJPG9nGpkYnKliuNpUccDmtE01oYNNPUyrr4IaXqOuLqV9d&#10;386wLtjQ3ZUYJ+YH1HFZEf7M3ws0LxPP41aW+ubq7JRmur7zBGP7qKy5UfSu91DWreS++yX9ztQr&#10;uQs+FbHUDnk96xZvE9tFq40uexa6hiAMVzZgnaG/hYcFee/ei0UCc2tyS28DaN4bhgitY7m2jaUt&#10;G/2livrjknaOnFfIn/Bc74qweDvhH4Q8PXN7PHFqGss8ot32ltkJKjPuWr7VlnuJ5WJMiRGIMIWT&#10;r+dfEv8AwXc+Dviv4m/Azw9q/hLQZb640jX4XlhgTcyI6FM4HYHGa+e4rUnk1RLa6v6XVz6/gJ01&#10;xRQc33t62dvxPyl+Nnx41MfDeeT4f+P/ABPGba8Qx6RcMZIoWyMlGByGz0xX62/8EWNO1rTPgDZW&#10;PxMhmt9fu7SO7ure8lDrcJKgZZEbowK4yvVGBBr40/4JsfsIa744+MGhax8UG/su1sdXj1Kcz6YJ&#10;BI8Dh4oCp6AkZJIxwPWvs7/goZomhfD3wfqOseC5I7O7muDeHRbaZ47W7uCeJ7d42VrabJydp2t3&#10;U1+eYKjLA4dZooJwpSb1aTkmraPsvPfpc/WM9xmHzLFPI4zanVS1Suou99e9/Jq3Wx6N+018e7vw&#10;R4nNp8NtaSW80RTd3kbzHYqKOU9zgdK8Q8ReNvhR+1/qmgftN6tbzaB4w+HOvWuovd2QxNNaKf39&#10;vID99duGGfulcjqRXC/st+EPjrH4EbW/i/ZXskOrXn2lrvUYis8UZxsjIJJdTnPmdx1617FpX7Mn&#10;inVNal13wd4fc2Go2ktrqcEf3cyLjzMdhyc/X2rnpZrmmY5hKSi3Tm9YWbS7SWl9O63HLJ8myfL1&#10;TlUSqw2qJpX/AJovp72qs9j7i8G+J7DxZ8PdL8YLKJIL/TorhJF6MroGDD2Oc1w3ir4vfDTxJqUv&#10;hK28cf2bPE3lzT+WYwp4yquwxnnr2zWxq2jX/hH4SaZ4E8ByRWxtNLgsrVmUusSJGEXA74wK8f1D&#10;4A/HaGQS2eq3euM4xKt1NbwQc8n5GJJ+mK/W69bFRhGEY30XM7X6eqf4M/DsNh8DUqTnKpyq75Ve&#10;2l93dNbeaO//ALJ8GeEPAU9q2ixahM8rSwTgCeZhwBIzjvzx3ri/jn4W0nwn4B0+5+G/weuNX1PU&#10;vFVjc6olvlWufLcHLvuGQNq9OwFeqeGPC1lPZmx1HQTa3iLEbi3ZQoJQYBUIdhHutHxS+JFn8N9F&#10;aeGx06B7eImCbVLsQwo2DjLcnt2GaqtQhLDu7UVaydtV33RFDF1oYpezvJ3u1eyf3PvqeJ/DzwtY&#10;6Za+PNA+IlzqFr4k1G6e7jvlZ2ihnmi2AoTlAy7Bj2Gan1jxg2u/A67+Gfg8HX/GerWP2S0v7NCb&#10;YTEEh2Z8KhG1jjk+1YunfGb40/FaO9vvA2i6d4h+zuGurnSdEke3jfuFeVlDtjOMV3HwH8G+MH8E&#10;yvouiXWh38V8LiE+INH8qbJzuyAxBOC2CD3FcdKcpNQp7NPW3Ty1s35nq11GKdStbmTjpfRNK2ul&#10;0vI6DSvBfxTk8A6b4Q+Jmq6TDDb2aTancQNtLSAZ8vJ6kY5YDvxXC/Dz4p/CK9u5rRPEcVxq+rar&#10;NpelWp82Z8wEbnIQNsXkEM5UVJrvwR+KPij4sNN4l8TySWssihLq4uCzIuza3kxD5I8Ak7iDyfYV&#10;6F+zt8H/AId/s16DqPgD4d+HLXTtKuNUlvVmhJaW4ml5led2JZ5C2SWJ710xqVpzUYxslo3LV+Xb&#10;pf0utzirUcNToynOfNJ2ajHRa7667O2ltUnsbGpfDSw1exi05dfmsrhIw5ukCs5+bPG7j1H4/Suc&#10;8Tx+EPh9eXDabbWyS3bgkwoEMr9MkDGTW98SvHVt9laHTYGuJ0+4IBls+leU6d4H8V+JdfXxJ4rw&#10;84kxptnKQwhHdmHbis8ZJe1XJC8u/b+vLcWXxl7K858sO3VvT8NOuxdvNBk1qeXVLlZAyx5NwrEK&#10;ien1qvdeDY9XtY7eyu1s9LiO6RFfc0zHvwK2PE0FxdW0HhfTNdEdvA7PczqNzOQeV4IwM+9anhbw&#10;hqOraLN4jkWeKK3LJFZyx4LjH3iM9c8/jXJGPPV9mo37/r/XU9B1XSoqq5W7fp83+BPovhCfR9Kj&#10;16XREeO1U/Z4FRQSPY55/Gue8TrfeONXtILbwzbxwQXImuZVVSQB1AI/irU1bxlqOvaFd+HrS8ng&#10;jsyi3V7aIHZQeqKM5DY7471lrqdh8C7a0k8WX73d1qUywaRbJa5fzGPyliBkk8ZY8CuiVagvcWkV&#10;u9P68jjjSxF+Z6zfwrW/f/gluy8Palo+j3GhxaxKZLtnkWOQA7ATxwMdK6TwF9q07QU0a4cSCJvn&#10;l+7+NeaeNPF+teG9TuLTxBctunjaSWSF8eR32eppf2X5fFH7RWo3Xi6bUJ4Ph/pMstpaQgbG1i6Q&#10;4dt3UwocqccMwxkhTm44mlHExpQT5n07Lq32Xn8i54OvPByr1JJQVnfu+iXd+Xz2Pe9M1eO6AFqg&#10;aMN80xPy/QetU/ixffYfBd3LCMA2rENkZHynBp3ii2vTDbQ+G54raK2dCEC7QUU5KjHqBgV558ev&#10;HSyeEjbpdKGlRlbyhlQw6r+HArpr4lQjKL0OHD4R1ZwlHXXVdvU+UPGGp3i3hvJmcGPTrm4fJO7l&#10;yqnPv0qvrHjifRYbq0vrKOSOfT4k23IG0gqpHXPI5FZ3ivXxqvj648PwXAkEmp2+kRxHIKiFQ8zD&#10;HONxHPTg1e8XahG9tf3utz2729xcLBGsxIXZywweQB8w9QfavnsLVjU5kns/y0PscTTakuZbpfjZ&#10;mnf+MPi1498BWEfhz4cq9pbyp5d/Dpu1dqLlm8wJyAAB7ZrrL3wlN4I8RWPgrVtWupbtraGW4u5n&#10;HltcS8lET73GcAsBnrVHT/G/9n/DSw8O6Nrsgt0lLWdpFcOioiqS5QAjOWatG91yTxT8Sv7bh0a4&#10;L2i2QkkiQbmGzcN56sAD39K65TpOurttuy/O556jX5HaKjFXbt6qz1PJP+Co3jZ/h9+zPcaC+tmK&#10;68V6jDpVnCBhmg3B5jx0Xy0Kn/er4N8G3UVtKsQwEx/DXuv/AAVy+Js/iT4x+FvASXDGHR9LlvJ1&#10;ZjjfM+xOPXbGTn0avnzwjMssnkuApHC7uhr1ovlnoevlqcMHF9XdnruhFXC7CD2Uk4rqNHEKgkkA&#10;ZwcDpXFeF7loo0845yMEjtXV6behULbiMn+IcGvZw1STWhVW19Dctrz7POVjbcP7vrWlaasVXJbn&#10;1rnYZMSFo8EsOTU0d24BQvkkdBXoK/U8+UYqR2Om+IZElUA9MdDXceC/HstjcKRKxcYx82AK8k0y&#10;WQspRc49a7Pw7Yz3TIIhzwDipnFNanJUjFM+hfAvxb1qykjc36pyMgdPxr2nwf8AGhpCks08ZG3n&#10;C4HvXzJ4I8Ga1dTRvBbO4OBwK9m+Hvw41qSNb25gdYVcYJXqfauOWj0PKxVPDtXPovwn4ttdfhWW&#10;MkMeoPU+9dHH5bkPvwcetcN4C8NXGlRxGQENjkk8Gu1sYnU4cduaWrWp4VVRUvdLMY2AbeSPUVJG&#10;WCna3PUgDofamxKXGNueetPiQjO4cDp71LMWKrrkNsOe59qeF8yIooHPTPNIYxsHy457U6NQF5UD&#10;n1qQQeQvy/J93Ixmnxx7QFCgY5pAxbOevovpT9ig7j09CKQyOf5H8wKenJzUAcK/zLjPrUl45j4C&#10;gDGenWqxlWQA8c9MVSQBdLvJC8YHUVUVxjBzx61NO3IA649arySFcEEc9BWkdEMimcENkHj3wKxr&#10;/csPm+cVYN07Gte9kYjG3jvj0rIuZZrhvKWREixwZTVFIpXGrmUGCB4xIFIYyfdHvWVaa/oltZXE&#10;WqamLSVH+V0yVXnrjoRU19eSWmolUuJmgAzM8UQfIHfgcVka+muSXOfCDwBJFHmJqEIZCM9ccUm9&#10;ClFM5r4mfF7SfDpV7XxvPeb1+WKzDoc+mAa81s9R8S+MNRluhpN9eK/zMhU49upwa9DuvBmheG7w&#10;618QtVhWSdQ0YVOZMdFRQMkDj2FZ2vfELw6ZV03w94aeGAZ+0m2jcM4GOWx0xz04weayaXc66clb&#10;3FdnC63e32pX8mmr4ajMkaFXEUjIYyBjbgEj8MfjXWeBPhfpt7ptxdahosES2sXnRyJEWnmcjHOO&#10;cAjoePStjwj4n0bxBrR/shZN7A+c8tpsEjY4QEfMxPvjtXfWnhWez0yO8uZ7bTIo8mUGFkln+pPT&#10;8q1pyaWhnXn0tY4TX/GWr+DvsGl6VehJXhBljjGyVzngMDk4PXNd/wCDV8UXemQNqUdvP5qZmEwH&#10;y98Vyfib4a7dbt/Hmh3y3M88iblJLOQOMgHg8Yz+ld5oMht9K8vVAr3JyWSNSrE9hk/dHsK1kvdu&#10;jnclZI7DRUNsXmlt2CLGojaI7sD0pLe60prhrSa2kZkBdxJG27P5c9aZY65YxxJJLHBAqJ+5i8zB&#10;Y+vpirNrqd5dIJo723VVB3RxncFHu3QVg73IvcfbSfaYjezWBiXBWGPdk/kOM/Wqt5pPh7T7SWTU&#10;pnihdQHM0pAPt1yafb6oL28eKbU0jEaAmOJgBj13VlXehxeJdUYnU7iS1ViFRoQV6c4J79eeaFHU&#10;EzE1IXugWkvi+zvB9kgXy7S2hQFjk+hxkd8c14z46+Ia61dXCXnh1Y5A/wC8uZo1w+PVfu46V6v8&#10;RrKXTg1xHol6saQGGJncN8+OG6kYFfO/j2DUtQ1iRLi8W5kCgylLovuY9zngEY5rRNx1OmhCMndm&#10;H4z1U6qRGI44EXIVYgNrH19K7H9lDW7/AMK6fr93Z+FNT1J3kjEcem2ock88ZJAB59a8v1cSW2Va&#10;YM+cEjkD2r3f9hXWdNmsNZ0RtQIujcrKIZOVC4xkAdTxWNSUnG1zoxMUqV0Y3xJ+N/7Smi+I7fUt&#10;A+DuvWtpbuWksrvyHW4Xbyp2AtkdeGH0rb8N+O/2n/G2nw6jc6f4e0QXODHbz3I8y3U9fMDL97pw&#10;K921rwlZeIbu2ubi9KSWjZgKIpPuAT0zjmrka3NurQhFBXcE35YEDpXE6M+a/MzkVaNrKK/r5nm0&#10;/gb4u2WhnVbj422azrGSIVtEMZbsC3BxjjivE/E+sftlRXdxpi6Hfamyn/R2tUhkt5gxxuyCCCBy&#10;Aa+oU0rX7xJz4gvdPmJlVrZorPCxrwCCrE59fxp1v4U8M+cbqTRbXzs4UJABg/UVnPDym9G18zSl&#10;ivZ7xT+R8falo37Wml6na6lo/wACHv7i0mMi3MtjHEZCed2TKuD24xX0X8K9c+OniHSrY/ET4c6R&#10;o6m3zctHqReUNjhdgyPqc8e9eiRaRp7Klt50kQBO8rIcMfTnNWW06G1Vfs18w3NhgyqQT6DgVVPD&#10;uEr8zY6mLVSFuRLzRjxi5ngkbV/LjmUbfs0rblK84P0rnrbxXLPo0t3ouiafJJDOUiFxYPHCrAjP&#10;LhSeO4GD61t6bHdar481mC6ljaytbGC3jDxhgZCWdsjPbI9OtbMOm2rWSww21jJCD+8RPmBHXkZ6&#10;1pbnRhdwZ4H4s+MXjWC7fwh41/ZTutaszIG87SLtLuGTkkEqR8p7gE8VH8N/hx4XuPGMninT/gH4&#10;m8PSzAPJPeSRpHERztVVfJz7cV9G2WiaYwWWO38sY4RSQD+Ap0XhnShcNPEMs3DfOfT68VKoXd27&#10;mssQlGyVjyzRovAPgN7mPQvhzPp19dTtJc3UHhlpBMW5JLqTknuai8G/EW8Pim7TxteQwaZBF5lp&#10;F/wjE9u5JJxlzkMQB2A6iu48ReANMe+S8s7i6hmRSI3jd2XJ4GRnB9eajk8IeKp/JSLXTBLEu2Ux&#10;2/yTnqDzkjGO3rVcruZXguh4p8XNW8LfELx5aXF78Tde0WxtwrWsMCTQwTFWyfMAjy6n3NbHxGPw&#10;Y0fQbPVPDWmQeILi5mEUcNvr728YYjJLO7hQOD1r1uDQPHscCEa1ZzXSLwk6sUQ57FcH9KddeEdU&#10;1m1a21uSwml6sjWpdM+wbPFJQaRTqXa0PmTUviHoXhjS7nxGf2XtWvWtJ1RLe08Ww3fnE9PLRbht&#10;30Ir2/4eeOtf8W+F7bUPE/wt1bQxOgIsNRMUjD6hWOPxxXSQeFLKzkWC38N2SNGd4kito0UNnHYD&#10;mr76bqEch6xHGVIcHNUo2Jbuc/qPhbwjq8It7vwHbOWGXQ2sajHu1Zt1Y/C/RhHazeG7K3jZBia0&#10;Y7U9iyNx0roZrXXmuys2iQzAAlXNwBn9OK5PxV8DZvG2ny6Trd49ppzT+e9pauF8055R9o+Zfx5p&#10;S5r6DgoP4ma3hXxj4L1iRtF8L+LbDUJIQf3MN8ksij0ODk49a0xfQzXcun7o94ALIB8wrwbxB+yL&#10;4C+E3iKD4r+AtY1mDUtPvEkMS3CLbAlwMMioDsIJ719C6veweHpri/Tw7dX+1Nw+zxBi2ewGQTRC&#10;cnpIdSnCNnF7kFhoyucwrI2T0MhOK6bT9Ot7RF/eK0hGWy33a4YfECa1u4Q3hy/t5bgZMEdszhV9&#10;D6MO/an6l438qzfWv+Ef1WR8hSsdi6vz7Ht71d+xmjoNSsg8zXMUoeMuR7gjqKhtzbrNiUHAHGGx&#10;z6Vg/wDCcaLFai6uruSJWfaPMt5B83cfdrRh1DT5wkUl0qyzxlooiDucevTj8aaeliWippVv4nt5&#10;XbVNRtpsythYkYAJngck81cie4a6kaSOMRgDYwY7ie+RiqWq6xNogM8ums9unDyLMo2j1IJqRb6x&#10;v1EWn6mI5CmecHB9xRoPqQ3nhvVrySWfRbyOPfn91MrMoH55H4VNbaK+nWqJqDq8ix5mkjBAznsP&#10;TFXLe/tdIszFf38DXDL8ryyCPd7gZrOe5tr61lFvfx3ExBwkNyPmHp3wKizTuVe6sQ2V1oWvNM+k&#10;anb3KRttZ4JQ+D6HB4P1qXybF5jZR3CiUJnYWGR+HWvN/DHg34neCPGGpa7cappw0u8XA0+0si0j&#10;OCdpO35iQM8mtqPwtpl74sXxtf8AhRLq9ZVWG+EMsLDjhTk9BVKT6icYrZnZS6PIqAQyhyOQOmKI&#10;bOW03NvAUDJwabZ3mpyFUu9JECtGSx87cU9vcnrTL29lvp4YLFoYreNiZWkVy8n6ACi+mwupbt9c&#10;vbMCOC9HzDKR59fastrTxVfeJbWe1gM1i7smoQGEHAPKyLx69Qexz2rL8K+ANVg8e61r0+qSzWer&#10;R4t7aWPiLI5wcZUg9CK7PwRZ+IPB9jJpOqXYvw1wWt5mYlljOMKxPJIOTn3rNXk9UaXUdmcn8WfB&#10;viPVta0iz0TTjdebJIssoICwg7fmcntgH6niun1vVbTwxosNrf2VuVjSONrpx1IwMn60lppei2Ot&#10;f23qdveXV1BLIYZJpztj3HO0KCBgdsis/XFXXriWXWTam1nXasABPQ989fehRaloJyukjJ8UfGPR&#10;/A0TeINUkJESl8Wls0pKgeiA15yn/BQ2bxpqNxoXgf4La1q0Cx4muN0cKEEEYO85B9utep2Nto9o&#10;h0PRrW38oLmOCNFGM9TgdK8n1X9nr4onxbqN1p/iWBNLvSGtjDJ5E9uec8bCjnPQkjilNTtaJpTl&#10;RXxLU4mD9r+38IeOWstW+EU1rNdIf9GuNZXMwXogyuC3oBzW7p//AAUh+G0GtxeDtW+BHjCaZzvU&#10;6fp/2kf+OgYAzWXf/sKeONS8Y6X4+vfjSJb7SLv7RaRXelg4fBABZH5617t4bh8dQ6euj69r9tqA&#10;VQJWFu0R98fMf1rKEKyXYupWot6q5xUP7SnhjXtYht9O8B6xbWLpzNJBmSN+vzKCenQjqKg+IX7W&#10;f7PXwrhE3jv4lWmngKCFmR1Y+2CM5rsde+G2g33h6+0S3fVLGW6Vtlza3WHgJ4yoAGK8iX/gnJ+y&#10;54rtILzx34C1DXdajOZNZ1vVnNyGHpsOwL7YNav2sVZER9i3zM6P4eftb+CPidepdaH4W1OHRZlJ&#10;j1u9mhiicDkMEaTftPY4r0t/iR8CEiVdV+Mvh+3lIBaF9XhBXjpy1fMfxj/4J0+I9d0yW0+Dni+x&#10;08OmxV1xHk2jHADIM/pXzV4h/wCCRf7ctvqTCz1nwZqCyZdNmqTQnbn72GTP/wCuuV18XF25SHyS&#10;Z+lOmXXhfQ7M29zrMYuVzlHlCsAegwSScetVILTUp7WeZltQ2CbWIO21gTnkrnGfpXHfCHWP2Y/j&#10;7pUt38HvEGi+KTaSbL9kkLzwnsWEuHGT+FekS+F7iys4dMjZ7e3hYBUZclgOxJPSvQiuaN0TUjKE&#10;rSVmc6NK8V2guk/4SGztUlTdYQNY+YI3wAQWDAuM89utR3/gAeKfCj6N8VE0vW4UQyNIdPMMatjG&#10;VUsWHX1ya6DV2u4TE9rLArIcP5se4MCe2On4Vbmhk1CT5J3gdBy0eCGHb7wNS1fRiTa1Ry0GieC/&#10;hD8OHt9EuI9M061tHaVo32+Wp+curPnHAzyDnvWP4r+HHjjxRe2+teBfjjeaMzRIFiFlFOk6Yz0L&#10;AEH6d66Hxbo2g+IdNuPB2t+KDLHeAwy20qwEyKQQV+YemRXyr8ZPGnxk/Yl+JVrfeEtb1LW/AFxa&#10;w/6Bf3Qd7NgxDRJKQWTGMqG45xXNXrU6KUmduFoVMRJpbn1H4ClkKyfa/EM19qVq5huBNAsRXHX5&#10;B0/OtpdRt9HvZ7q3mhRnO6K3gg2kJ055+Y15z8Cf2nvhB8Ylmv8ATvEdxbam8IEdnrmyJz3KxuAE&#10;ck+hz7V2sVn4j1W8W6udPFtCwBzDe7mIB/i+X+VbU6kKkU0c9ahVpSakjc01GnuJNSsoHiaQgHlV&#10;+UDoD1xnse9UNY8MaVqNldR6jbGJZtrSyRnyyCDn745PIz1rdtJ9L0pTp9xKnzsAoPJyRnn0rB1j&#10;TI9djn0S71CZ7M4YEPnzFOPlYEdM9q00bMlotzmtT+AnwY1WYXt58NPDs92i4hubrSIm2MejBiuS&#10;fXBGc10fhHwvaeGbaPSDounRIAWjl0+Dag7DCEtg+5Nc547HgrQ5rBb3xuumXk7rFpxE7sJJDx/q&#10;1OMfXj3rhPi5+zt8a/E1pF4k8PftUeJtPnlCpCmlvBFaWwY4J2EAvx75z3FZTk4v3UdEIKovelZH&#10;uV5pBvbVnuL+JcKRcRToOQAcHPYnjmq3hL+2Z5ZINTgsoY0UrbyQXJYSL26gEGuL+Fvgfxj4N8LR&#10;6T8R/itP4n1MxbP7UubWKCaQdB8oLBiOxOTzzXVatoUGq+H5bxLm8tHZAog3qcYA64HX6Y5q03a7&#10;RjKMVOyZo29hqenXt7c6lqcaxiUmBXQfuYwBlQF6885PJzXHf8IPpaz6p4s+Fvhu1s9e1VUF7rL+&#10;HM+btPy+YWKllGTxmugk0mTWoFCeIdRiS32hlaUbhxjDY6c1PFBqsWmvDZasZ2bMMvnRhSQeDk96&#10;fvzBOMNjyjxaP2zIUeDwv8RfBki5DPcT6dsEUecOxXJyRzgdK0vCXxd8awtcWHjDUdFgaJwtndvO&#10;kSzhRhnKhzjnkD064rtbfwVYXOmDQ7PQ0tI1Qo1xZxqg2HP3eM57kGsbQf2bPgr4VWeW28IWMl1N&#10;dGW4nvE3TTMTu+8enOOBislSlTldM6frFOpG0kedeJ/iVFf6gtn8Q/2wtP0SKWQulh4aENpMEyR/&#10;rplmJGccgDmuP8cfAP8AY5+IM0M/xG+KWr+JoVfM974t+I140UCtyMASRRjOeMDj0r6Atvgn8JXu&#10;pfEWofDDRpJZkCy/a7BZJWPpvbJH8qXxD4O+D3iOOPS5vh3ousPpkcc8Fi+kxTLDliFZQylSQQec&#10;5GKTjN/EUqtGPwJnjnh39kn9gzwrqFnffDH4V/DOSS3fzILm+u455JGCnne28nrn8K6nR/hj8W/D&#10;MM3iHwj4+8JafDbR/wDEp0rRdJ8iwjBbLhvm5GB95RnNd/deIPCIjeKXR0D20OJYILDlAfZF/lzW&#10;lpd5aatp0Mml6cYoig2pfWzZ9MFW5Ax2NHsOZ3M3iWttjjPCXxP+J+oWd3FaeNfB+qR/ZHju7nw3&#10;eCR7OfPAKgsSMH2Oax9Q8N2tgxvbzSHSWVTJ5944kllcHDMTtBHI4HpXq3h3wP4L8LobnRPAGl2b&#10;3O5nl0zTIoMc5OSig8nua4j9ofXdAg8Kf2jeXhtVhMpjcPnPH3cj6D8azqQ5I3bNKc1UqqMVuJ4P&#10;+Jt8XeC8lx5FuHZDaHBAOMmT7q59DzTfGnxh1az0iS88NXmnxESlLg3ETzbGDcnZGd23HBboOvNe&#10;WfAD9pLSNQ8Uy6XBpd1LbyqIStpG1w0TgBgWAHzdxkZGa9kk8aab4t1iH+wdW+xNGmJLe+0J0cvn&#10;ncZAvtyM/jV0ZurC6Jr0o4erZob4S+K2uatdDSdZ8OOtxsXbdxSlLOcnvHIcknHbFdnIt4svlTyQ&#10;gRoTvJOUY9FA78dzVXT9Emtb77XezRP5kYRo4rcIuc8DIJ960ri1spwYI7VGhwRLJIW9MYzWyRzS&#10;abMXU5PHs/mRaJJpYjZPlnvLeR3U47pkAjPXkcVJ4Vt/HMukQ2ni86TdXf7wPLp1u8cBH8HySMSD&#10;64OOKnsNFu7K1a10eaJUhBCQyTvJxnocnP5mrbQ65BbtNczQ7ZfkVIoz8rHjjnOKZPQraRNPJrIu&#10;ri5m/wBT5J2Erbsy9WCnock8+mK0Z5mjvYRcowxJt3RjhQRnP5d6xddvL/w7pNxqGt3T3MNohZbe&#10;00ss7EDA2qGJY9OMc1b8Oa9pfiPTV8rVJXaZA21rUq6ccqQfun27U276BZpXLl3eXccrpE0W5TiM&#10;shOR7/hU98gjxe3RKEptO1eSOeMVE4t7MTKLmU4ZS0nCtGPrj86TVdcgubBLmwZbiYHdb4cfOvfn&#10;pmjoCJrS4WXlovlXqWXAwO/uaVZluZDLHCfMRf8AWAZGc9Aaypr3UbrSFntbDZc+eyvFLPnIAyAP&#10;r/StDRrq5mt0sbyRI5UG51hPDj8aal1FaxIPtCwrPJGBuJJL9cVPpjyX0HmWrjEQbjpubHHFR65f&#10;6fopjm1mZIbUkBHVGO1z/CcZ6/TtU0s8UtxGbG4QptBEQ4JP9RildjtqRWcF6b2Z47fG5QsrheMf&#10;yqLVLLUtMTNjaRsI2UYnkwrL0yODgg9j1xTZ7a7iScadKsNxct81yRnbznAyf6d65/XfFtpr+hSa&#10;Dofje2a4tbgLPLM6tLG6tnDDII6enTpSvqFtDf8AE+kW3ijQ49P1TQLbUBIc3Fs8wUDacqwJxyPU&#10;c1FJoEyzQ29jdS2lvCCJIo3UptP97cCT+BqnpfiOK6thG/iLS7q9HOy1lCgD6Ek1UvviB4at5JrX&#10;V9fS1kGfKimjdDIcZx5jfKO9JyS1Y1Fy2L+l3Or2HiX93ojx26qVF0b+LYwBOG27dxJ+uBVl5bTR&#10;rbzJroKInYrbW8gIPUkc/j1rhLSx8TeIGkuvCuv2FwkMgW5glnJ2jGSufUflWd4ql8ceGAsdxaLf&#10;QTZKyW7ByD2BoT0ugkmnZo9UttZ8M66nn2FwEATHmlwpBHJUn0pL7xDoOgWqTa7rVtCJiPJRrhVa&#10;T6AnnPpXzt8Wx8RNI8JzR2Gj38UV5ZPHlI9uwnDErjJJODgmvn7w/wDswfF74oXmjweIfEmpR2Nt&#10;erPdwteS5eMMP3fJ+XI4OBxziplOdjSnSjLVs+/9R8R6TZX1rGbMTmSRgsjEAR9wee2PT0q0j6Xf&#10;XA1OdoomijOHeYHAx3AOO2a4bwX8Hmh06z06/udlrbQeVY2pnYhV5IA3HqPXngVt674L8NeGdJl1&#10;XxLqKW9jbgy3Ms0+yNIlUktI3oB1o5mldkuN52WpoazrfhCa2jWz8UWTzMQqTIyudzEDoD6+vFVt&#10;P8Vahaay2hWnh++1AqheTUDEkMRIONuSevsK574ZeKvhB8V/Aqah8PLudNPv98VnNZ2jQOiAlRLG&#10;CuQDyVfGDwRXR+EfAGiafZ6ba6Vql5cw6c7GBru+eaWSQ5DNJITlj1yD644oUnJXTBw5JWki68/j&#10;W/vGuZLKztdPQ7XQzmaV+OQNqgDnvk1He6rc6VaXDatqcEEH2hUtpEg+bnom3Pztmrkfi/wlp+pt&#10;4C0a+F/rKQ+ZPYwzgmFepLk8IPY8mum0KHTbqASRwRs4GG3KDsfvVJ6E2scFe/C3w58RpftGv28r&#10;h42R8xrGZlPGSQN2PoRWnonhPRfBFhB4b8MacYbK3j2RxoSfJGeeue/NdqbVYo0XyFabbtLxKOPT&#10;r2qB9JuEvgbWJWRvmlZ+MewppCvoYthDe2cO6O5Z7k95OM+h4onMt7cRW2owyGctiKZAcE8Z4rnf&#10;jx45m8P/AAw1i68LGWO/t9qOsMTM4JOOMe/f2rhf2dfix+0D8X/B8lzqem2elXNnOiG51Gxlie6j&#10;9VBGM8YJ9+lS5pOxcabcbnp/jzSbnRNLupdGh8+8aGSZBK525VSckd+QOOMg14N+xp8afhx+1/8A&#10;Dn/hMhoQ0nxTc2cL6rPYDaDMnDmNv9l1IxnpivpLxJHql74UvLHTr+0ttTuLJ44LmWMyJFIRjJHG&#10;4DOcZGcV5N+zp+y/4Z/Z58If2JpHj66vJTqEtxeT21rDbRS78EpsUNhBzj5s89alqTkrFQlFQab1&#10;O3Tw54g1GBNJj1xrS0JIuZLV9s05PUBiPkz1OBn6UaB8KPDfgrWb7X9C85JbuBEmjmmYqHHAdM8g&#10;nPzep5rntS+K/wAC/hc50LUfGU9/qU6Mps4J5Lm4cbi2AqZxg8ZOOnWu18AePdN+IHhpdasdE1CC&#10;GYmOL7fCUdtvfaecZ71ajG5F5KOmx5z8TvCPxjubi5trHw/bapZPIJB5erm3mePbgxkYO7HUcjNL&#10;498L/CY+GovC/iDw+YI7W1RkS7ZlG0j7xIPJByCf8a9ik0+4kgOYwC4AYg5IH8qxvEWg+G20yJfE&#10;NpDdx26lhJeIrbeMHtjHt0rOcNNDWnW2R8o/CX4kfsr+EvE3/CB6t4Qh0m/S9aay1M7nimfPDbyT&#10;tbB6V6QNc/ZC1jWZPDF74n0aS9vU2PFc6juEo3A+XyxA5xx3xXk3jL4D/sJaz8Qf+Eu8WR6tfXT3&#10;ReOw03VCtoQG5xFEBhecHJ/GvZrP4e/st6jpsMs3gLw8qQt5uliTSVV0x8oYMoywBHephdaG9WCa&#10;5tTp9K/Zy+EukeLk+JGj+ELKHWiiRpqIXMgjVdqqP7ox6Vo6j8AfDXi6aYXcMlus0BjkvLKUxzKD&#10;12sQcE9M4zio9b+KPgz4U+GjJrc89xJawhzBY2kkrDI44GSBjHWvGPi1+2l4l+F9/wCHdb8P2k1x&#10;ot/cAXunR20j3MSseBt25ByePWqc6alYzp4etUXNex65rv7Pnwu8P6PbWd/4j1NmiXZFLeau7TEE&#10;fdBGCR3xSfCz4a+BvCmmSz+GIp5EfeJZZY3xMQN2Ru5VfStzwX8Um8X+GbbWtR0a9sRdQtNEmoWB&#10;jlEY4BZSMqe+Otblvqvn20d0s8kqMAAScAqevH9KtRTdzCTnFNMke01vUI3mmj+x2/lKYjG+ZCSv&#10;IIxxg8e9ZeifD3wZoXiu8+IL3Ag1bVreGGebz9vnJEG2fKeCw3H861ReLdS7WuHcq25SGI2/405d&#10;LS/LTXSRXJjx5PmxjIOe3HFXyJkKbieHfF39mfTf2qxNo/jT4jarBosU7K1mtkkU8oXqqyE8rkdd&#10;vevX/gd8N/Cvwm+Hml+AvBXhn+z9P02ExW8byKzEd3Zh1dup+taNgk4d7W/gjjBf5XjBORn6cGpr&#10;2C9t2U6Tdj7+HDdAvrz7/wA6iNOMZXRo6k6iUWyWbVNXi1meA6QJLVYA1vcqw5bOGjI6g9/Q1E/i&#10;K80yJ5b3Q5AAchoSGz+Fc9rfiPxmoZrPw9cTW8OSZEC5mwBwoB3cnpx0pNKh8Ya+9xPrltcJbzxK&#10;IbKVfKWL1yc5LdKfN2LVB2vdHLfEz4heOte0a48P/CfQjJdyMzSzMQjRlug+Y8dDXC/sxx/HT4P6&#10;jqPhf4o6Xb6q+tTveWMVtqKubfBAO5m+UL06ZINe+z6QLHQWbRox9oAGAfmPXpk9utcZ4zvrew8F&#10;3thbarFp9y8paSeZGURKTk5I555PFYSg+bmuaQnBU+SxU0qT43+MfGc2marp40Pw9bHBkjuEc3AJ&#10;zhSpyc5OTxXf+MvDsPinQRp9lrNzYyRD/Rnt+occDIx8y+3evFfgV4y+JWs3FxpmneI9P17SIJ5k&#10;iuLtTbyxlXwMYzvQnofTvXtekWutMkE+pwQxzsv75bWbci89iQD+lXSs0ZVuaMtRvhvSLDw3Ysmn&#10;WlvLfOMz3Eg2mR+hJbBPWuat/DXx9h+Jw8R3vxJ0eHw2QnmaJFpTSStxziUsNvPfFdzborymRpQB&#10;jJHrVxILTBdvmzwT/TFb+zRhzu4XCvLGrxIrE8gt0qGTTZI8yrdPuCYVS2Fz64FWlubZmMMcylk6&#10;qDyPwrD8SwG6heefWLiMK2FgtpdvHTnHNOVrCVzmPE/xr0rwv8SLT4dWmoWd9ez27TTWJuFE8S5w&#10;uFGSc88YrqLPxbo2tiWwW3/0lId8lnOgBx75rjfhl+zF8HvAfja6+KWmeHprrxFcBkfWdUu3uJ1Q&#10;5yqlvujtxz711mvrp+gXE2uCKMyXwSJ2cYACg55HPTt61n7yV2avkbsiGK+0e31qPSrbTWVp4jIZ&#10;I4CsagAYBIAB9qytX1fxzqfjS20rw/Z2tppcMQfUtSkkBJGeUUDofrxTX+O3wj8+XTr7xHDb3EUg&#10;RkmR8ZxwQQPu4B56VW+HPxe8C/EPxFe+G9JZ0vrKMs2+1bZPCTgOjYwR0yM5zUWT6gk462NXwrf6&#10;hqk+tz6ppRgsor3ZZMzbjOgQFn+meMe1aGsTzaX4TuLnQri3icR/6O87fIpI/iPbFReOPEVp4Z08&#10;CC0vZ2uJxGIbGzaZyQOflAIxjjmquv6tfp4Bvb7QvC880kMLtFY3kAjNwdvQqc8fhQ20rDirtM+M&#10;v2jv2rfHlxPB8I31BbbUkV5pdStrzetxEONxPAVc9B3rzz9kz9oD4j+E/j1aafq/ju61bTr+MxyQ&#10;iRmjEgU7WjUnBxwuf9qvobXfA/xX+KN9cX3jX9m3Tk09LZjaHKTiTdH1MShenQBiMdetZuvfsTfA&#10;/wCH2lWuteAPhPqy67fWMbRapYSSma2lbDbRGTsRVA6H6VwxhXvzJnquphVHlaPo7wz8UvCfjeJ9&#10;F0nxND/aMI2uquflY56jjceD+VXbHUPJb+z/ABlqlpfQyyq1k32YrlwcgDkhjkZrwax/ZR8AeBvh&#10;wfidongvWG8XvEt4Im1q4SWa+A7Lv2qGOfl6HOMV2nwn8QftDeL7FdO8SfDceFrW1tY/JuNQIdpG&#10;B5VUyWGRxk10wnU+0jhnTo/YZ6vPcaOmpPf3F1bgkhFSWVTsbHGM9M1ptZS3VsySTbMr92A4xxXn&#10;Gq/Cb4bzePbb4ieNLpzerMDHbNeMbfcPuHYMDIx05Bp/xI/a7+BPwttp5de8XRC5itzL9ljibfIo&#10;OOMjB/r2rWMkk+cw5HJpQVzt4JbHRtKW81BnttqbGlu5QGAz3JNXoXs3iSdWD7cFXUbiR/Wvkv4g&#10;/tV658aNKtJ/AemNDpequI7G41KGVLWQA8mT5QTjj0rvfh98V/Fngb4i2Pwa+IMy6hDdW8K2GqWd&#10;uU8uRkBEUiAt8vo44HQ1nTxEZyaWxrPCzhBNvU9xi3xyM0TsykdWPUk5qpFpMEmorI9w7ysMjzJT&#10;vA9B7VNPaqp+0RB1dGG7JPGcUxbmBXWd7mOR0baXXkgnnb7V0XSOc0L7R7O9i8u5gR0B3FWUHn8a&#10;yU1bT7q7n02CRmMAAGUI2uPU4/lUA1HWrZpv7Suw6FsxRKh3Y7D60jyXN7PsvI1CFSwVOH56c+tS&#10;5diow0L0d1bXCC0uruLdL8qpI4G9sZ4HX+tU77VNMaV/Dul3VnPfRxeY1j5wVtnTJHPuKv6fZRYS&#10;6vLZS8ab0LKCEPsex+lfPvxc8R6p8K/iA3xUXSP3d+qQXwsZ/NYFS5U7TghSSMkdO9Z1qvJFM0oU&#10;fayZ6FpXxQ1Xwx40tfA2teFJbC0vCfsV/FMJoQ/P7th/BnGARxkV3mnwTwSSxlQ6SSMwZV2nnnBr&#10;5/t/i1F8UoNMsvDPh3ULnVLGRv8ATpbIi3EhBYFmz8uD2Ne6+BLrxJH4WtIvGLxNqYj/ANMNuPl3&#10;89Me1OjOMxV6bpjjEUIS8hiBDkIyoQgB7GpW0+Io26GNYzHtKBAAe2MDqK0IWimBmEylDymOfxqS&#10;W1ScBkI5GAQcY+ldKV0czepzt3o8cdpCNNs4IJY3LxnYQmfouOaiuLe+vJzHeiQMoyPJYgY7ZJBr&#10;pUijEZidSdp+8en51M0FpJEEjYIeM4o5YsfMzi7zwzB4itYrGLUbq28piWaWVwzc9MoVz9arWWiN&#10;ouvkXl615GsQ+WSR5CRz03E4PbnOc12v2Sytx+9QAE/ePGD3P6VmXH9mXT+ZotxaSOjqJHMu7AJ5&#10;Hy5PToKmUYXHGUnscbfeD9et9RhmOrSS6RcRbJLZbbbLFlshgwyox908dDWB8evgHd/GLS0SPxNJ&#10;pmp6erf2VqtqHVoQSCqsQw8wccg8c5r19kt50+yTqSF6KR29qlOnw3UYthb7IyOgxU+zjJFKpKLT&#10;PGfhNp/xi8LeFRofjDV4de1O1gaG4zKsYfBIV8sACNuCe9dH4Xv9a0hBp2oa7Pdzz5Dx28P7mDjA&#10;C4AAHPqa7+HR7O34IJZchW7nnntUN54T0q+kWWe0JaN9yYYgj3yP60lTtoEqjk7s+cvjx+zb8V/H&#10;niUeK/DHjqTSpoycLErbnU4wpI4ABGeePaun+Ev7L1v4Ut7O51nVZbnU1VZbq+Eu2S6mzneSuM+m&#10;MYr2680WzuohDNB5i/woxPFV10dLa6juIbdQq7txMhLKPb/CsvqsOfnZv9dq+y9n0Me68BaNrMT2&#10;fia2hvLQr/x5z26yIx/2g4OTivMPEH7J3hTxz4ksPFPhbQbfwa2m3QMd/o8TW1zMgP3CEKjacfxZ&#10;+le1yTG0bNxtKZ+Unt6Go7nVrG306S+vZgkSLuZpDtAA5Jz2q5UKcl7xFPE1qb91mVp/h23TW5nv&#10;fE097cW0aiG0eXaIQV6sowCW9T+FbDWVsbcmSLB29AOormNP8WX2v6l9qgtXgtEXe7y9/Q9sZFak&#10;l1ba1afuZ454WPL29zuDr2yVPB6042a90zlzX94uDS9ILx3EgjWcL8qkAlfUiqep6el3bu01qsj5&#10;BjWXJU/NwcduRVO5tZbQx3WnySb0IAEjHaFyPqc475qBpfFUetvme0ewIwkWWWQH34II/Gr1RO5q&#10;vo1vcwIlzASw2tzIcK3sRivDf26/ivo3wW+Dmt/ELVrGS+ttMslnFtbsC0hVguATxkZr2G8mvpJ2&#10;VL9gAADkk4Y88fh3rxf9vn4UTfFL9lzxL4X8P2v2u+XS5zHbp8rSgqSVX34yPevLzuFZ5ZVdJXkk&#10;39x7PDssOs5oRru0HJJ/NnkP7Af7UkPxC8L3nxBuPDMVibvU7qOymW3yJIcrtkwf4uoOPSvXZ/2b&#10;/AvxXuP+Fi+PLiC+06LUS0ekTs5SRgOgAPykk+lfG/8AwSH0jx1o37Pl1pnj6GfdZa3cxR2N/EV8&#10;hUCKQuRlTkEkeuT3r7U/Zh8N2fjLxRqutz61eRJbzI8Wnq7GNiG4bJ+UgYxjGa+fwEIYvCUaNeCq&#10;J62e3r2fofU5u5YDH4ivhpum4u11vZvbun5nqWifDPwppej22lW+iQRWsMIRE25kgXH3VY5JGODV&#10;jwxoWifDm2+y2rSiA5MZLE7QTnHuOfwrplmjvGitXjEeOrEdfx7Vk+JbC6vX8jTQHcEZQ5wx+tfS&#10;rB4em1OEFdbWR8b9dxNVOE5tp6u7MPxR8SdM023aSzXO0EgnjH41b+Hfjj/hI9JjnNwA5zuXFch4&#10;0+C9zrSRWkV/Osksu6VmYFVUDPQV13w48HW3hPRhYyOz+WoCnjkgc/1qqcsRKt7yshVI4SOHvF3k&#10;diyCcxXVuA7ISDzjAPWuF+IPwd8BePPEUWs/ECwgvUtzmC3uBvVcex4ror241C1tN+mnDNg465rh&#10;PGll8QtTg2QRrt/iKvjjPT9autKDhaUeb8iMKqkanNTny9L9TqfDmqeH7JX8O+G7O3trNF2R29vE&#10;qIg7gAcCtC31ay8N6clk8jOq42u57Z9a5H4beErrQ4ZZtWn3y+c4Qsf4cg9P0rsp47eW22NEHHoE&#10;zipjzzgpbMJ+zjUcfiXU57xf8SfDekWb6sJYfNRcK+PmGfeuW+HXiTVvHGp3N9dW0sNmf9WGX/Wn&#10;nOAa6DxHpWhpfJHcaM0iygjb5a7Sccfj1qTSLSRJJhp+mLasVGZ5GyQCM4A7VgnVlXV5aLdJbnU/&#10;Yww2kXd9W9h17YWUEgiFsHL7SIoUAPfljUstokUn2dE8syKcLCnzAemetaekaSsFqqxxM7D78zev&#10;1osriC31aeUx7zEwbgZOa7FFJHnuTexy+q+Dru7hXS9MljtZncOs9wv38djjnFcZ8Sdf+N3grT5t&#10;C0u40mG1uJVgs7t3bCFuMt+Ndx4s1XxfqniW3/sjwu62+wySXExHCDsFz949qh+IHhDS5rSHUPEV&#10;2VKyI8Ucs+7DY/udCQelebi8K60ZOk3F907Hr4PGewnBVlGS7NXZQ+C/hd9G0VG8Q6pDqDaape5v&#10;goXzZ2yxI9QOmDzXz9onxS8R/tPftE+IPif4cF3p+jfDq3uLfT2lIWK9nwVY4PDjjIYdCK96n8H6&#10;5F4Nj8O+AdQitre53G5W/LKx3Z3Fe4P6VZ8J/s6eDvB3wwvPAmgwiD+0VP2hoTjLMcs31Jzz3rx8&#10;Rg8xxFSjRpxtTp+9LX4pJe4k97J6s9nC4/LMNCvWqPmq1LRjp8MW/fbW12tElsmed+Jf2evE/wAa&#10;/wBnW91WXxhdab4k1XSnIulQbYGbgnHUHbk9ete+eCPCXhr4ZfD7S/AHgfSo7PS9G0yK2sLWFcBU&#10;VQoH49SepzmrmhaRDpGgLpk+SggCYI6gDFT+GbOK40e2KOxESmMlm5O0kDn8K+io4OFKfPFe84pN&#10;+n+d9fQ+dxOYVcRD2cn7kZNpdNf8radrnH+Nrbx5b3Sz6UyGMx7AZHUqpweg7cn618yftMaZ8S/h&#10;R8L7fxJ4vjW5XTknupIreY5fLF2788A8+1fQf7UfxL1H4beEJNSsbaOdxNHtgBzJyeuPTj9a+Tf+&#10;CuXx00Lw/wDsj+IPEXiCSSO5bwLdW0cH2goRc3EWyPA7MHcV81mssJOvVp+0l7SKVlfT3n6eR9jw&#10;/TzD2VCfsYulOTTaWvur/wC2PlD9lX9pCx+LXj2w1rxU0S38Xha41WVY4njVLi8nCJJgDKHZIpOe&#10;BgHjk17h/a/iWG60XwhNp1xPJcIl5Pe7Bja/zHKYyQcgeh2e1fAPwavI/Bt54t1bw6ZzfafZeEtF&#10;vUQsksEc5SCYKy9ld13A8HgV9x/CX9qHwtrnx4i+EnijQBBFpVm9tZ6i8wkB8mMMYg2PlyB0zyRX&#10;z+W42ODxfJWvZtWfm+j8tNz7LPsrqYii54WN+VO67WV9PvPbr+HR5tXtvCt1bSO7RRRRGS02qBgS&#10;MwB6ZJA46YrpPB9hFZT6n4jlt1VtkkgcPggj5UBHcAHj6VjWN5bXOqXPjh4o5ZY90VuiEkJJJkng&#10;9MDj2q74xvJdO+GuoW2mzIl3qMRgtVjTlCEJP1AYZr61Ri5+0fTY+AlKSh7NLe1/1PyA/aY+Op+N&#10;v7U3irxtBIwsl1RrOxWQ8C3tv3KEex2Fv+BVpeE7qC6LSwS5CjjHUn6187eB7y/LCa+Z5LiWRjIx&#10;4ydxycdsntXtHw+1q4kiWEKDIDwq8YHqa76M7KzZ9DOKp6LbQ9m8MamVRVmj5brj1rsLDUFeMo67&#10;h715toOrKZ0ic/M2CuT1IrtNHv1ZQpJHGcZr1sLWcGc022dPHK6RBCeDVm0mUtk8sazNOuPOKhhk&#10;DgZNatpAuA8agkH8q9enXi1qcNRe9dG54fgV5guDnPHFezfB7w1bX9zGlwQu4gZ615P4YtnkI2RD&#10;IOM7u/rXsXwwlbT/AC5bu6RFX+IkDv0FRUqp6I87ENuN2fVnwu+G+nW+mQ/Ijl0IaQHBGfSvVdL0&#10;GzhtUtY4FEcYAxj0rwn4cfEhbWKGFpXdQRt2HPNe2eGvEi3qKZMguRhSef8A61ZOzZ8tXVVP3jo9&#10;OsQIkbbjHFakEKx7SfUdaz7e4wNiSBSehrSgl3gHr8uG59KzndHK7sesZRiUbgnOKWMYBDHj6Uvm&#10;B0yM9cikWXD7dhORyc+1Zk9RwBIxtBA/rS7WB4A6cCkLKuHIGCMc9qViu7d1GPlAoKCPHmZAPIpx&#10;bb0OeefamGVUXJJz7ChXyd56Z6UCuVrglmPmSZ9vSqrLIj7QOSKs3TAKXRDgH161UMpDBt/J45HQ&#10;VpHYoZOxQff5HXNVyrhcYY4OVJOasTjy/kxuOe3eqd1JJHznaPQitA3ZDdMFRnkIz79K5y5vZ7m8&#10;ZDAZQDhVHAFaOoXUV/KIdgCr/E9ULm7063mNvAybj0JXAqW9TWKLEUcVrm5uXECH7yJIF4+tYGtp&#10;4PnvwHs5pdy7Ub7cVTPvt5NWdS0DxPrbLMtyiRo2V4ypqSytdR0+YteMp8kctFGAFHrzTSDRHP8A&#10;hzSNN07xD5msy6bql3bwMtrG1m7LBk9i3GP9on1p/iJpdUihtTZQxmKUqv8AZcRbfuPzAqpy69uc&#10;CtC/sV1y6kSDU/JCLljdSb42GfReD64q5pmiXlzbTR+G7u0vg8mXuJN8B3DsAB8wz6nFDQnLW43w&#10;7ZweHrh57ua/hjjQJbRDTjGisBwO4JycZxWjFZan4jEk1/pLyyPGDFLN91PfLHr7gVnJp17obNd6&#10;9rV5ezgEpp9jI7KG9S5/Dium8LLe3WgG2fTblZHX96Z/l2+wPWlsTe2pjeI7DQPs1tpM/iJLaaJ9&#10;07q7cj0yeRUS+JNMa7isYJYZiiEmRF3MR6sRyT9a07rwZp15OLm9tYZmY7USSMll7cN3pz6LZ+F4&#10;TaeHdJj82Y4lOz5mPpnv9KtMndl+FbDU7eN8xzRW4CudnUenHQe1XL7UL2NFsdP0h3hKY2RIEXGP&#10;Vun5VBp0mt2+nSPeTwwqseI4wPmDe5pUn1Kz0pPL1iJ55FJlmlY4z0wtQ9xK5zdn490rSPEMti2h&#10;zeeEAht4IyQcEYyx7dOeM1a1DXvHOrC6uzZ2lnbQnbHDPdD5j2ORgf4VQh8SzQ6jDEIdMnETEtxm&#10;Xrjnk5/KrU118Sbt5rwWdvHY5/dAQDocckNzx64qnFXKvY5TxzdRXGjrceOtVMsiljFb2UzOqH6g&#10;bR618++Ob+Qq9xaXRJlkKfLjJX3/AAr3zx54i1G60/UdD0y4trkzQEzeTCypD8vzHLH5uPTqcV8+&#10;a7YaX4HuGSJ5LuWWMNFFc2xOxSP4u2fTFPSx2YbTc4++n8sFAx29vbFe1fsO6fqP9p61qOkiE+ZC&#10;iSPLn90Bkg4HPJwPzrxHXb+K5gBCbMHAGetezfsN/FDwD4Ri8RW/inxFaafOxieOS9nSJNoO3q5A&#10;Y5I461jP4bm2Kf7qx9P2N9qFt5P9uaZbwOBs/dT5jdu2CwBBz2P51wvxO/aMg+Grtd+Ovh5r1raQ&#10;SBTfIsTW4dm2JGH3DczHkDH64rnpP+Cg/wCyz4l0LXNW8L/Gnw5cjQbSd9Rhvr4WpZkUkIgkALPu&#10;2jgHGe9eT/B//gs3+xP8T/h8l18VNZi0TWLNYm1Cw1KxaaHzvMCIyOFIb5tpzj5c5OMZrKVDEtNx&#10;T08jz6U6EX76uvWz8z1TwZ+2H4G8R/GK3/Z91DT9SsNf1KwkubNbyNCwxuxGxRisbkDIDda9l0m5&#10;sruJEt38xfuecJAdzodrjA75Bzz1ryP4P/Fv9h/xje33jH4R/Fnwh/aGoDzNSkt9WjimGG5JErBo&#10;8t1PGeK1x+1H+yz8J7NfDviP4/eErKS1ykCtrsLEozFgx2seecEnv1pUaWI1Uld+Q8RPDNr2ator&#10;3fXuehtb6kuvy36tJLanBigIUFCODjJ6cHrWjOls8ggMIbcxYeX/AAZHrXzr4o/4Ko/sE+D0kN9+&#10;0FpsoRykq2sMsxYjkkFVwR2z0rxW2/4L8/sk23iG70698G+KUs4pmitb+1gWZbmLOBJsO0r9DzXd&#10;SyzMK3wUpP5M4qmMwtP45pfNH3Fp3h+HRXvRpY+zy6hctPOcEmVyACefYcVL9hitpD9kg2kqFdl4&#10;BwK+H/EH/BwT+wxpMkcEn/CUTSyuFx/ZiRFF6FvmkPTjjqa5Wb/g4l/ZhgaZbH4U+KrgI2EcX9uB&#10;IOQG5zjtx71dPKMyltSf3WIqZjg4K86iP0NCtcLJBNKyAx4QxPgjpn8etILt7aN41LsAwVEjByOO&#10;v/16/N7xF/wcS/C5A/8Awj/7PeszxrGGRrzXIUYueoYLGePoc9KrS/8ABxL4MksY7i1/ZwuhKGw/&#10;n+IF2474IjzmtnkeaRdpU2vWxks0wEleNRM/SuO/mk+RnA28M7NnDdfwpLbVb5y3mhiN4C9uM1+V&#10;19/wcc6xZa60enfs42h05lGEm1YmUHv8wXBGPbNUdU/4OM/GcmtvPb/s/wCnJZ+Qwht/7UcsX42s&#10;0m3oPQDn1q4ZDmcr/uyJZvl8Xb2iP1R8a+OrrQdPku9A0G9vrpXVfs8MJ+YcZ5weg5q1Y6zeT2fn&#10;xbssmQsibTk9ueRX5KRf8HE3xaQorfAzw/KMZZxfSrnPT68U3xb/AMHFXxE1awksvCPwO0/T7gRg&#10;CSe/eU7tpDE4AxzyOvvTXD+Zp6wH/bOXS0U0frdZ6ldGPzGT5g4ySv60txqDXF1iQsqsgUMO59vQ&#10;V+En7P3/AAVw/aQ+HnxqPxX8Za1c+IbW5uXOp6Pcai6pNG2flXOQpGRjjtX3H8Mv+C/H7PmvRxwf&#10;EH4YeIdCkZsST2rx3carngkDa2fXArKpk+YU170GawzDBVH7s0z72WUwgkk5Ufe3cnvT9SvmisI7&#10;u0SSfB5VGA4x79a+WfD3/BYL9h7xQmD8T77TlyAVvtDmUsfXKqePyr0bwn+3v+x941Ah0f456M8j&#10;jjz5DAvsD5gWuKeFr094s6Y1actmejeMfD0PjTwzd+HjeyQfbI0DSbATFhw3A79KuXW4atHF/aNw&#10;VkwvkCMFABzknHFY/hn4jeEPFcP2nQvF+l3alsK1hfJLkdvuk1pvZXEYY2WsXIlfgl8OOe+K5pU3&#10;F3sbc7cbFjUvFHh22vVsooH83gMy2x2geu7oBU8cwvlaWMZyg+UjGR64rmdauPidolgLm1sdP1AO&#10;/FuUeNyM/wCzuA/LipB4k1TT7NdQ13w7Kk5/1kFpMLgp7fKAT9MVEZRT1LdN20NtYIoHkklYsMDC&#10;qc8UttH9njYLIqwDARNxzk98VR0bXrTVGckeWshRYo5IXR8nqGDDjtjFXN6o7Kg37XwBnIyP61ac&#10;d0ZtSJHTT3drcwLISwL/ACg/Tg1Nt0q2ZDdWcbl228wAhT2zxUaSxyHzUbkdRSwyAk85+bBPandC&#10;6EWseHvDV+Uu7rw7aXUkakKJ0Xj2UkfLUmkaP4L0xkbT/CdjaMI9plhtUQqPQEDJpy3KsGWTkYOw&#10;8fnVMX9/BCI49GaVlkK75WCjn+LPcdsCpaT1Y03sS6fZvBdPaNEjqxJjcrkck96luUiQM7om2Ncq&#10;2MknkdKgXUY7maOAW4UljyJcEEegHUZqW/RVBt5GJ8xMkDPzD8KOmgepQ05Gn85vtsshZgFSYBVV&#10;R6ADr7mrElpDK5Wa82eWMlFX7w9P/r1LbSW7z+bNFmNIeE7D0Oe9Ja2SLK10YkMkw/esv8YByM5/&#10;lVK6QN3GLDcyOqWkhUEdRyR+NT2MN+I28uSRnjP/AC1bGfXn060y4guI7jA+RGXG1RyTUkFzqVjb&#10;yvc2oZSAA2ThielPYkr3V5st5HFpPMR8zbEyD7fWq2k6nbzubRNGYMw3bJox8pPr6VegumsYVluJ&#10;UTJ+cbeM/WswWej6prLajJYsJRtDzIdpI4Iwe45qdupRYuEuLa+Se302NJVBDLHCCfp7VE2s6rqu&#10;pPY3+hiDy1DRXDojxk+mAcg/UVq2dtBC4EUSKjMd25ic/jTprq3hnVraJJgGxJsYZA7nnrTauF2Y&#10;iaCL2zNtq80bFZTmWGEL06EDnH1q4/h/SrO1MqOpKpkuPvt+A6mrNxd6ZZIZ5VkMcsvH7skL6dum&#10;a8l+PXxx+IngrxBZ2/wy+E97rM9nqMX9r7oX2T2W0tL5LYxvHAHfORilKXKXTpyqPQ9IvNGOp2wP&#10;loqPjf527kY9AQc1UPhGGB2iiM6iRSmftb4C9OMn5fwrag1vRL+1tZ57ifDoHMTDaRuGQpAHUdPb&#10;FSalb6Td2ptszRwuoXdE/wAwXvz1A9+tO7tci2tjjbH4UeH4NYj1SyuNQSWCPYqxahLtIPPzLuwf&#10;xFWde+FfhXxROl5r1vPdSqu3zGvpUIHphWAqp440/wDsPw8dT8P+DdT1Q+aWEOm6iUlZFXIbLNgn&#10;PAFYfhf9prw7f3snhnW/APjHTrm1hDl7zQ5XWToD+8jDAsCcHp7VlzJvVGqpycbo+Qv2Uv2LPFHg&#10;Dx1J8W7TxvceFLZLdRrj2wcTTkrl4wgG0fNg56DPAzX1hrXxf8O+Ffh3/wAJEviTWriziuFt2uZ7&#10;Bp7l5HOFCxlcyZyMBQa4LwfB4u+IV3oHiD4i3d1BFrMktxBoVzvt7iXABjR1iYovCbyp7HnkYr2C&#10;0+Hdpr2qW9y/h6G1lt+be4FyzpHnGTtIALehOefSs6N6VPkidWKqe3rc0zj/ABz+0l4H+F/g0eI9&#10;c8P65qUkcaGPT/7DKXcrMOAkIYMW55AHFcD8Hf26PhF8c/Hi+AYPhX4u0TULsOZxrcEtqgAU5BDs&#10;OCOmBW8nwE8EQeNdVsF1W51jX3eWSNtQJdbGMY43EkA8kZHtgVY+JK/CH9mXwxfeM9bmtNEgniDT&#10;anZ+HYt2/aRl5Io95eQ5ALNzwPak6srNsSp0Vot2UvGnhz9mPxONY8JaF4gttA8RRM5e/tNXL3Fn&#10;NtPJJJGPVAeRx1ryt/2TdUuPA8tv8ZP2htTuk1qRhZQXI+1WjuRxJkKGHQEZYdfUc3f2PfEHwi/a&#10;U8c658T7XXNMeOwaSO18NywRx3DKeEknUffDfQgEnvXpPje18eaJ8V7LQPhBp8M+mJ5B1yxWNPst&#10;qFfLjceA3UDGCPSsFTpYj3pHZKrUwi5IM4vS/wBhe917w7aeFPFHiKI6ck7SXsmmwLBJcLtxGibV&#10;2xBSM5wSSTzXqvgP9n0eFtMg0nQPHGviyibC2sms3DNnoSX3Dn8AMdBxXaRWXip3iNmyLE8UnnMz&#10;ssiNnKbcAggcjnn3rT0rw7qEK2/2q5dZ4jlyWJVuOQQTzn9K6qdKnTWhwV8VWquzZTXwtCrJJNqV&#10;yBEiJgXLMJCo6sepY9yTUmoaPp/mM8sHm7I8wxySv94fQ81SuPB3iW58TjUL7xww06DLQ6XDpiIh&#10;f+87798mB24GecVVj8a+CrTxUthapqN9eTkxs1paXMkAC8lnbBjj47kirRztIvz/AA68KC2+2xaZ&#10;a+a5DSRm3LhySDyM5b2qa10TS9Tb7FeaVG+UUi3JOAAeAV7dBU1xrrzSounG28uRsRyxsz4OMAHA&#10;9s9a+Nv+Clsn/BTPQfiRo1/+yXoWtX+gNDHJOvh5Y3fz+m2QN8+3gHA+X1pcyiaUqftZct7H1ve6&#10;D4b8O3CwnSlt2knMiYt/NCOTkspwdgrSu1MTb1nMkRT93GkJYZA5Jx69a4n4L/EL46+PPhtpz/E7&#10;4SahomsjS4k1G71W4gid59o8xkiRmIXOSN2PpXd2jTWehommq8sxYxlxHtw2eTjmmjOUeWVjir34&#10;i6zpfiOTT9L+Eniq+XygTd2+jeXC3rlmcAnPbqfSs/Ufip8SLHXbfTrP4Ea8tjKuXDXdlCS5PJO6&#10;UFAOuME16Vd77eGOKOXDbAGDDgn1z9a4q9T47/8ACXxfZ/CXhyTQTau89+dUmW4eb+BEiMZwB3Yn&#10;6CrUlFEqLkzs7O6Se0iDWLW7kBpAZA3boSOMj29KryeG4dVQyTyzlYpCykSEFx1wSOduccUzStSv&#10;TBa/2npIJlcrMltIW8oAZ3EkDIz7VJY6h4k1HxEdKtNNmt7RE3GdrUmNgf4Q+R83fpRpIWxxvxe8&#10;CX/xG8Ow6S1hcx3HnRGd9M1hoCsSt8ygnGSy8ZOOprsrLwtF4Z8PRW/g6CC2Rgq+TOCeFGB05JrV&#10;ayH3rhclByFTJIA7Vna7f3MmjsuhWOLmRcW51CMhY2PTcvBxnsKjlSkae0fIojLTSbiS3bz0iM+d&#10;zyKgUD296t2Fhb2DNNqsrEnoOCOOgAA5/Guc8NeCPiTagDx94xi1G5kjybfTtN+zQA/7B3s57dW/&#10;Crh0FL+NbGK6eMws0fmrIzMjYwec8nB684q7qK0M7O5etdba6a4ga0niRZfl8+0ZQy/8CqtcyeBN&#10;c+2aExsb2SJT5trKiy+Wx6FkI4qifBvjRNbQ3Xj6RdNKhRaRWgUk4xl5GOW6Z6davXHw9sNJgkks&#10;NVvbV3YkyxCN2kJ65DIQanSe5fwapmFocfwv03xS/hnQvCdkmpR2+ZZLXQSI40HYy+XtXn+Hd+Fd&#10;c2LzTwlzIVjjGY0f7q+nHpkVz/jH4D+E/iRpVrY+L7/VZ3spVlgmg1SW3PmDkMywOiv9CCPatbRv&#10;D0HhaN7WyMxikkJJu5CzZPLBSSeO+M0l7ui2HJ82rd2O8rS9V0ybT7m4VUPLm0mCOkmOGyO+fWq9&#10;5cLpunyXkglmiX5phaxmUgBc/d6nODwB1rJ8SfAT4Z+NPENh4q8QaLezzWMrTWsMepTQW8cp/wCW&#10;nlRsFZiByWBrXPhDR9LtzHaoLe2mcbWDu5GMcnJIP1xR1FpbRnm13+1b4S0rxfH4e0f4X/Eq7uJQ&#10;PNFr8NNQdHXPJEhRV69816Wiy6jeQ669jcWxvCVazml2kDGV+UcA56jsa0tMtZBI94iyL/DiQYyB&#10;0KkcYP0qeOzbylVUDusx8sJyfwqrNiurHK248XazaahD4s8IRRkXA/swLfq3mRLyG29VPfaaS7gl&#10;0DSZ7qDQnNwJA8sGlopeX1xuK5PTvXVtbme689rZ43AIIkTH457CpEsLcK93JtLopCxAffOOnt9a&#10;lIHLQ8q8QfDvx541kTULf4z3vh+DeJZIP+Edt3G3+6xkbI9Cea3fDvgXV9GWxIu7bUiwZbrUxCLW&#10;VgV+8iRgqc8cEjAzzXWjTm1ezea8tWtWBHkhGAeLB6ZGcirloJ5HW1guiscaZkKoDub27/8A6qaV&#10;wvpYyLeyOgad9otxdXrxZaOK5l8xw3cKWPp71X0jXry7tRd3vhq606RgwAu4V3hQc5+Qt/Ot6e1g&#10;hAuZsruc7SMkMenOaLgRS5h+0x+bJHhVdP4fT6U2khFYfabiJDdzkpkkfLgtkVky+G7XQL2RtAtp&#10;2keXzWme6d+T94DcSAOenArZ1r7dHbCxtZ4kunTMJmjJQnjng9O1Pt4WkiSJ5fLZcghT1OOvvQlc&#10;LkVjcX89qTcWsaBMmSJwGbIHBBHX3rF0lftt495eaNYpHJn988atI65yPmxuAx1BrWv9Fh1G3jOp&#10;orvbyhoXEhXnPBO3FXLrSbfUFeB7fK5U4j4bcMYOQc8Yo5G9Q5rHnOr6jaaTfiTRvCP9q3Kqy2kt&#10;jYRJFEp7mXAUe/OeOla+s/Cjwj4x01F8V+G7e4keJSlwJD5nPJ6HjHY4rr5bGysGWIW+S7fNEH7+&#10;vFQ3ljcjVH1aS+McTxBGttg2gjGCO/8A+uplTvuVGo1szlNJ+G+laPfPeQJEZLhtsN1sYSBQcBXO&#10;fn7jPpWld+FdZbWVlMVuLSMb5VkUliPUAcDHvW1dxec8TJFtjjTarq3Qk8n3pTeQ6XqsdjftcFbl&#10;CfOdgI154HrmiyirBzOTuynPp0OrhLAJ9os3Ubi7gbQPYjJ+tVdN8Kad4elS7tY7a4ZifKiKiMlS&#10;fmGemfetXT4dXttQktdWhhkjV91hNHgOQRyCvbH1q/DpaSyQXMsMLJzseVQSjZ6jI/CqSTWpDbue&#10;T+JPh7468WfECFtIee00vTtRS9tJptQDRxzBGUhY+pX5iDzgk+1ch8fP2fPi1+0B4Fk8C+ItUltJ&#10;ItWD/ur5Psd1bq2VSVAwdh90lcYyvORXu93/AGba+K44VtovtiRSCN/mAOW6DHy/nzzWhqVw8jR2&#10;hCJJNuPmFASCfasalKNSNnsdFCvKhPmjueN/Ajwn8RvhB4Xm0j4g6XbXDQQ745NFmRvtEmSAgDbS&#10;DjaBwFHQYFYPjn4w/tB2HxFtfDXw5/Zq8UNp2pPFLrWvpPavHapuw22LdkuVGDg54GBmvZPHHh/W&#10;bjUrB9ItfNgMQS9c3IjcAc5GepJNatq6xwx4UqS3zlyDntjNOFFRiopjqV3ObnJXbMLwL4X8L+FE&#10;mPgzQWsLvVp2utUuJrUiaWQ9WcsS2fY/gKp6jpniW51yLU7qTV4zaM8afYJo4fNyc5+ZsEYA9DxX&#10;bW9kgczqNgCnlWHzcVkfEbQLDxh4Wk0iW+vLKNnSUXVs2yWIqQcgjpz/ADq3CyMozvLUWHX7nQ7Q&#10;TXUGs3irhlJkR5N3Tb975qmj8ZXjxyxx+HdbZgpZDcoqq5/ug54/HpVex0i3W3ittQtFuHibek8p&#10;Xdnj5uOM8dav3yailq8ukNA85+4bliEJ6YOB3p2dhaD7TV4bzTGur7TpreTcA8T7Sf0ODTrDxB4c&#10;nvXsRBdJJFj5ntmCkH0PQiuevk8U/wBl4uY7GO5DmSFA0jQ9OhJAI5p/hRPFbv8A8VFBCiMPkms7&#10;syKfQ4ZRt69qaJZ0muW3h3VtNfT7+1eaJkOYySu8fUGsPwb4n8FJe3XhvTPCF/pq6eAblZNFdIXz&#10;02SY2SH12kn1rRszb2Ebhr9pwTsAbBKkDPX1NWYVgu7AzR20kanl1Z8Ek9j/APWptJsSdjNj8V+A&#10;7S5fUo7O5t40YrM0mkyJ078pkj0PSneFPjp8KvGd/c6D4S8TQ3V7aA/aLIROs0OADlkZQQCCCCeo&#10;PFVNQvfEGixy32olJrdWOYLeEySqo5JIBOePSs/R5/B+u3h8XeG4bObUJbc7LiJSjN8uBvBwSQOP&#10;m5GMVLepfS7OpufF+nJFJPCkwdiR5XlMN5/pXP8Ah3XL/wAT+GFg8X+HD50jPHJA4MUTfM21ADyR&#10;txk4xkGtPS5L+501rq+REljUGSOCTeD7D1qLTPEGq33iG48P3Ph+9WGCBGXUJI1WCZmXOxTuLZUd&#10;eMZ4zU2uCdkcT4x8Q674d0tdG8EfBPQ57tAVggu9UhijQcnKhY8kcdBisv4O69rGhJPr37SHxZ0G&#10;K7nlP2LTrDQzYWdpH12CSUsZmHTdkDvtr1iyS0iLpd3cPmRsScyAHb7+mKz31Pw3e6nd+H7W7huL&#10;i12vdW0RBaNXGVbHcH1pclmae1ly2J9B17wJ4gk83STBdjJIu4NsgkwOGLD+tW9vhm+Z2uLK2uZY&#10;m3RhoFZgR0wSOo/SktNJsRdm6SxEUjIVLwKFDD3UdcetPtbWKCPzEVOnY5/XtVqKZnzyWzJ7i6tr&#10;GBStrK/yB1WOM469PrVhptNvGhJMaZP7wkgcjqvuar3LLHaO0kbYAwM9SenGKq3k8kMawxkMuCQe&#10;pU8du9PlYua5rtZ2VxsltJU2DOVHfH9eKq6rrGi6DpVzrd5OPKtI97bSGJPoMdee1UW1Oymmgt7W&#10;ckBctzjk+v8A9f1qobyfUFa3srKLzA5KC5b5XweegJBpX7Ct3Ny3uomRJHkKNJGJPLcYKqe5B6Vb&#10;+yxmMyMwIJzntmsjSo5ktml1eO2WVIyFSFyxK9cDIyada3TX8X2aO1liL4OZBtHX371SZLXYreL/&#10;ABx4N+HGlP4i8ca5bafYI6rJNctgbieMAck/Sk0X4t/CbxgpPh/x5YTbEDMkVxhgp6EqecU+bTLe&#10;4tWt/FVrZ3kisTl4FZQuePlfPPY1Np3hTSdLia8ttHs0mnb5mtrVFLDtuIGenFR717rY1XJy63uV&#10;Y/iD8LfD8P2aT4iaQu1TlrjV4g3Xvk9q8o8Ual8MJ9Nu47v9o7w4VutSe5a7vtQSRVYkBEAD7SAF&#10;xt6Hca9Nm+H/AMPdVMl3/wAIDorXBf55pdIhZ2I6/MUz+OawPiDB8O/AsNlJqGn+EtPhMoEY1KCN&#10;DuPOIk24LE+nes5RbWprTcE7K9zD+H/i34Laf4jvvFNp8V7S4iuRHDEvnCGzGMDEROFbLd8nrXrW&#10;l6vp08TEXMc3mHIdCCAD06elc1FL4R1Dw5Bq9xaabNZl8W0l1ApjJ6Ajcvy81r2k2iQ2Xn2/kMNo&#10;3TW6qUz7FauCSVjOo+Z3L9sYLZ2tnugQ4LRIz5Yc8g1atrhLRtksg+YnbluDWXbaToKW51KCMOTG&#10;0qPyzH1xkk/lTdA1zw7qtsZNHuYZ+7ASElPqDyDn1rRN3sZNaXRpx2NrBOZIUjSY9XX7zfX1qTbB&#10;MjRlBvI4dkO0+gzVa81KyaRFR1kxjKx8svvxVeTVUsLn+ykhTc53KrqSMdycdDQ2thKLvcxPir/w&#10;tS08Mn/hU+m2F1qWQES7vjEgwR0JB7Z61r6ZBrVx4esR4j0uFLwogvLZH81VJA3ANgZ571o2aRSx&#10;tbSE7kAf8D71leI/ECaFBPLqeuWdnFlfs81xMEVcnHzMeO/FRypGl29EaN9YWNkn2uG0QsSFKLGC&#10;QP8AChVRZAsCqFZQGcDgfT1rxHxf4g/ait/ENxYeGdHsdTtXUm0/tG3+SQbeD50eVVc5+9zyODVH&#10;wl4y/af8E2M1/wDFjRYRbQXS+RJHexyq8ZPUFEDAAcAEHPtWXtYwex0rCynC/Mj6EnCpKSFUEj5i&#10;T1qJZLtiq28ykEnhW+77GvBn/a/j1GRvD+rfAHxlcKEYyvb6eJoyufvDawOK9F8B/FzTfFWnKbbw&#10;hr+nRR7REL3SJoiQRjcSw+77mqVaE3ZGc8NVpq8ix4u+Len+GfG+jeCiYnk1F3864FwgWAIMnIz1&#10;qTVfiv4Ui1RNIfxjpkKyxMpeS8XzN/G0bc59enpVDw94/wDAPj7xVc6L4csYr67tQTdtPpBQjBAJ&#10;3ugz25zzXTWVtpjX4s5dEthcIuVZrZTgexAOKSu9iWoxsmil4f028vg19rtiPItXK2jJ85lTqHHz&#10;HIPvzWX8aPE+vaZ4WvE0fw14jfda/u5tC0+K4mQ98RswJOBjGD1rsjvulWUTpGpj5Veo965zxD4+&#10;8LaLrFt4M14+fd3UTSW8UloxjcDPWTGwHg8E1TinEiLtI+Q9T8H6J8Z/ET+HNW/aT+LEN5bxtdf2&#10;VP4AktPs6oNzKsrxCJSB6ZORxmvZdO8T/DD4S6JZ+EPiL4wuJJo7JDDJrOkCSWRQflLyxw7cg+4N&#10;J8YPjlqvhG7toPD/AIWZpZrhIbW0t9PmuHbJAwDGCqY45rt/APiPxEmpr4c8ZaPfx398GniM1sfI&#10;RAOELrlQ3+ycVhHlbsdUuZRuZfh74m+AIbQ23g7XdL1G0s4zO4nuUKxdem7lOc9uvFSaT8QvD3iK&#10;3fx/putiJY5VSd7WxDtjPC7wPmAORwcCvQU0PTNoFzp9qZCMSMbaP58jnjHIqS4trHTtONvHpHmx&#10;JlltoIUIbnsoGK1UdDJy8mcpqfjbxD4hgums9KvTaxRoYkspdjzAnkcjBOPQ/lUnh3UrHR9QkOo6&#10;MNLur9N3zaihaUKOG8tmyCOh4rdt9SklV5bnSpbcIQ0QlQqoGMZOOR6Yx71znj74V/DX46aI2meL&#10;dN+0yLEVUw3LQ3CI3OAyEMAR+HNNJX3Fd2tbQ6SzvxdRf6bYy5zsyVzkf3sjt71MsRsrz7Yts4Ea&#10;/IqDJ2gfrn61lfDvwHZfDjQ4tN0KK/NukCxJa6je+a8YHGcnOT+NXb281qe4hgOgtLFI+2e4jmI2&#10;D1xiq6XZna7sbJu49TsWtXgaPz48MrNgjI5ryb4ufsp+HfiIUvLLxPrWnSxAZjstSdYnPqUORyOv&#10;rXpR057S4e78udjIAFUTE5UDrt6CrSWaz3KJcyOiEBlCnaQeOG9aUoRmtSoVJU3eLPmjwX+wl8Sv&#10;DGl3OiL+1hrthZXzO11pmjaRCY/mGM7pdxU47jFe5/C34d+Mvh74ej0PVPiLL4kEEAigu7+wSGYI&#10;BgbnjOHPuRmuonuIrKQvGjsig5CpliPX3/AVmaV4r0fXFltbPUlDRSlZI2jYEMexDAdvSiMY01oO&#10;dSpVepO+uW+lJb6dbxm63zlJZFlB8v3PHPpxVqbVnUEWem3DFOSVQEH260iJp+l24Yw255/dBUAJ&#10;/wAKtRojCZoXMcr43FQOD7Zq9TJpEdneX1xpKTS2DpMx+eORlz+hOPzrN8T+M/DPg7TG1jxbrFlp&#10;lnCP3lxfXIiQfi3FYHi/xZp/g1ZZ9W+J+l2FtFukvZbqDdIq+2Gx+lZvxA8C/Bn4g+GrXxl4+iXU&#10;tHSSK5tpSXaNgT8rED+EkjIxUO7Wm5pBR3lsZd1+2p+znfay3g638ZmfUgmPsp0+4BkRhwwLIAVI&#10;I+bpXQfCjW/C95PeHw94UudJnS4ZJLeeyaNZAMYkXgAqc8GtbRR8JtTk/wCEt0p9MkYAQG78tMqF&#10;4CBiMge1bb39tdhZNPRpItmVZSAkh7AMe45otJu8i5Omo2ijN1Ozh1jW7XV1utQtrm0LIkMLMkbg&#10;95Fx86jHHatKTxBZWYRrm4hKYCGVJM4cnGAPrV6zYOjS3JHQEfNkDjpVDU/EOm6fepYRPamdkL/Z&#10;WkRZCMgBgvXGc81T2uzFdizLq1xDPFFBpdxMjf8ALVApUe5yc/kKkl1eG2ja6uo/LVerMh4HvWXr&#10;Wl65e2nn6BrH9n3jnKyxw+fHj0ZGIGPoR1qt4Y1jxneXU+i+KvD0cSwSBPt4kAiulK5yi5LD0wel&#10;F7D5bq5vW18LuP7Uro0TZMTocgr65FSJJBHCH83crEDcRn88Vk7IGlk0Owt40W3AIij+QL34xVrS&#10;JrjykS5tWVnyzRl87fUA9/8A69NSaJcUzI+JUI1zwnf6Faxus97avChCnjdwckdO9eU+Dfhn+0A/&#10;xAdPEU8CeGDMrC3udTWTCDHEcarw2R1JwAele7RNbGXyopG6kghuOT0qDERLzPIoBJUZTkHPTP4V&#10;jOjGpNTb2OiliJUqbgktfLb0OXtvhppkN0dU8TXl9qcpclRe3bGNF9FVcKR7GtuDTYltWh0wQwxh&#10;MosahVznrhRV6YyTROUdHQKR5ZUAN696oKJIP3Me1FRvmCnp3xxWySjoYNuW5VvLHUTfYjvIXtvs&#10;pD27x/MZc5DBuwA4xj3ppiis4BIx25bDg5OCR2PfmpNQGp3e42dxDGwYeUWjLcdwcGsW0HxBsvFd&#10;/Lq93ps3h8RB7Ux27rdJJ/ErAAqy46Ec9sU0LUtRXtrqOoPpsU5luLdFZoYwR8p6Z+v+NSNZ6ZqS&#10;H7UhYIrKFKgjn5WHPNNuNYstGEz3+sLGIYxNLNMvlpGjNtUHH4VZsb201exhvNNu4rmKTP72Fgyt&#10;g8gMDU3T0Kaa1R4v4i+HMPw3nvZNF8PqLG/leWOZEwNx4IYDoffvWl+zb458O+Hbi88JXmlvb3dz&#10;KXW6YfLIP7h9CD/OvWbm3jniktZLVXQL8yygFSMdOetcPr/wF0e5nk1rwldvp10BuVQS0LN9M5X8&#10;K8qWCq4etGpRtyrp29D2IZhRxOHlSxN7u3vd2trnqFvbi4jUN8+R98Y+Wp4bV7G3ZUiEj/wj3rkP&#10;hhrHiqwWLw54008wzpGB56Pvic/7Ld/xruWQsTsfnHWvUp+/G60PIqR9nLlvdGHBMySSz6rZBXUk&#10;Lgg8VFoqSX4eRXKN5rGRWHGT/gKr+INXWHVYtPa42meUBgY85GenFa9lc2zlraOFSCx+6eTUXTdr&#10;7FNcqvbciNm0ty6RxhigONvXiqyaYl4HRyyjndvbp7VeFvcQTbIycsCDjr04p8Fglukjyzn1zir5&#10;SOZpbmXPpMOnDzUhCxrltxPJOKZq+pnTfCNx4iih84QxmXyYVy7jvj8Kc4ivZTDdXm0DhQzdfwpt&#10;tFYuDYRXgaNgTGofhgOMD1qGnKLUdL/mXFpSTkr7fccNqvjjwBrfhqy1mPWpRqS3SPbWE8hSQyDj&#10;Zs9wcH8K2tL8aWU2gvb6h4Wv7CYSKg823Yhm6rgjr/8AWp2t/wBhWupQRX+iQXyzXRA+xQLvibjb&#10;uPUHjrVvxJLNJcQtfQQw2sbrIqsxB46CvKoOsqkveTasnZbvu97fJnr11QdOPuNJ3avLZdltf5rz&#10;JbjXtagsW0zSbNWuPLLBZvlUjuc9qq/D6HULi1nu/EnlrOZG3SwnI254A9R3zXO6p8YbOHXru1uN&#10;RiVUgZ1SC1JcJjux75rpPh7q8Pi/QodTtEby3X5d4ALfgK9GEoyne+x506dSFN3jZO2pJ8RL/Wp9&#10;FltvBqrHMkWPtM33R7474rzLxJ4isU8CPrjTNql7ausdxfzZ2LMgzuVTwAD09xXtOuaNJqFg1imI&#10;kYbXKDnHtXlf7QEXgn4Sfs5+MPEGtNHbWOk+H7y8mlkAAAjhZySfw61ji4TUZVL6JP8ApI6cvlSn&#10;Vp02tXJL5N2d3+h8s/FD9v7xP8HdMk8c2MmgamtkkiSap4o1Y29oSvJWNUBklcBedi496wv2OP8A&#10;gu18Xf2mvFUXhHwt+wX4q8YW7XJik1/wNbSrZRqDgSF71Y0C/Vx0r5P/AOCY37KXxO/4KNfGuP8A&#10;ae+O2jf2j4N026z4X8OahGTYyxo3DSRH5Wj9Qc7z14r9w/AHgXQfAPhyDw/oOkWdjbwj93a6fapB&#10;DH7JGgCoo9ABXx/D/wDbOOrzk68lFPWyXLdbxV97bN33ufpXFj4XyPDLDPCRqVmrp80k4p7N8rt5&#10;2stLBod/4q8R6VDfal4XOjyTRgyW17cpJJDns3lEqSPZiPetPTLCDSLJbS2Z22ZYsx5Ykkn9atOM&#10;cA8Dvimc8g5+p7fSv0GMXFau7PyKUuZuysv67nz7+2P430Twxd6eviOwjNjErXt9PIwwFjPCn2zg&#10;9ec1+Rv/AAVQ/bR0D486fa/C/wAPXME8Wr61DFMpwyeUsiyTbh/CFCpz7HHSv18/bh+Gvg3x78Ht&#10;YufGkU0tpBbFZfs77WMfU4Ofx/Cv5mvj1N8QNe+MWqWnwK+HuueJtN/tabSdFFnbGWdisDSzDYhY&#10;syoHLMOAMZxmvzfNsBjqudzd1y6SWy2019Hr56n7NwnjcrpZBCc788W49XvrotdWtPuPU/hX4hn1&#10;PwB8U/G9nqdzv8XeL9OSxeIMu2MX3mrz7Kice4r6u8Cfs/r4n1X44al8BdXmI8BeJW1m+0HVZDM9&#10;xZpKHmMEowV2Ykwp3fKVA5Br4E/Zx/a5+FN1FpXw98c6nfeHvD+iaoJ9Vb+zJGkaYYDRnaPvnYAq&#10;t3GfWv0W/wCCVPijx3o/xI8WeOPiv8P9W8P6f468K39xa32s6bNaQ6tbzRswnj81VEqEc5GQcGvP&#10;hgq88X7HFU2oNtX2smrL8bHtYjMqSwbxGDrJyjrZbPVXX3Jrutz134C/E698Qfs+eE/Guo6wCl5D&#10;defJKSrvOs+xcgfeBBX6YHrW5+1V8XtQ+FfwN8S+KYb2NZ/DHge8vbZpZcL9okg3Rszeu54wB15x&#10;XhX7HHxu+H95+yt4V0O78Q2+9tR1iAATqSdpjkGMnB+7muj/AG4tPg/aN+C2ofCnw/4qg0xPFnh6&#10;GG7vEZC6ywSRqo27gSD5UZJ7545r6rLUpYOL6xUU/WyPj8whBZpONrqUptdFa+n6n5b+EtWnaG0h&#10;8zfPJaJNK2c5duf8a9Y8F6utpah4JlyxyxJ5rwvVvhz8SvgT45uvh38Tbbyr60CvbyxSEpcQsTsk&#10;U9weR7EEGu10XXZhZ7bGQjnG5W5Ymu2FZON4u9y5pqW1j6A8L+JrO6YwpIMooAbdkZ611+n6xJFI&#10;oSXKcck5BryX4NfDz4q+M7gaf4P8Ca7rMpPH9maZLOTn12Ka+idH/Yl/bOhtY7yf9m3xkEEW592i&#10;S5wRkHGM9K6KVVuN0jlq16MHZyS+Yvh7UvPbcWXjoK63TZMKplIx1yK4Wfwr438A6hHYeMPDOo6T&#10;cHpDqNlJAxB74cCul0TVjNGDLyVbB56+9d1PEOK3Oac4yWh6V4XliRFkjk3c9Qa9A8NXVrLbp52C&#10;Ryu89K8n8OXqxldhAUtjAOPxru/Dd6+AsYJBxkZrV17vQ8+rqtD2zwBrP9mzRvLfpgcpGABj/GvZ&#10;fBPjC6llxDcyFcDcpPGa+dvBtrNKn2e52PHjKNnnNeyfDmK8uiiWjMETG8np+dVGs29DysRTj1Po&#10;fwfrRv7NGnGHA5yK6azlG7ZkDjOQa4Lwh5kMEMcRJ+cI3zdfeuxtbkrkynB9c11RlzI8WpFX0NiO&#10;ZSuC3IHr1p0eHTchP0NUbKeO5YlmA2n+KporlQ5hLhSB3PXmk0ZcpO+4Ddg44wKasw2bgc9uT0xS&#10;TXIijLq44HbmoBPbS/uuFyN3J70kgsWJJA7FWIGF+bAqJJwj4MmFPTPeq8Z3qdr5JYDnvTpI02t+&#10;+GMgjNVYLFho/MUqzE4Pp1qtdhYYwoiDcfeqGGa4jcuku7JPXt9KjuJJnbZ5mCQTyaaQ0rMPMQYD&#10;ScnjAqO9eNkKRy7nA6MP60xmjtoS4l3Ecjd3plzf2lkvnMpYMM+SeT74p8xVtTGvLmaOU+bZ4KnO&#10;0Lw341C1vLdW0ssmmADH3guNre1X72688LdQRKY1cHYe60mpWU8Rje0nMiSEt5ZPT296nmuara3U&#10;yNXs4/7NxHMYXKAqWlYYP54FQWOkatPbJLqVw9zEpBeJ227h6g962NbtFuEiaWHylI5LcgD2PpRb&#10;WGiw2EpttTeMFMbS3APsKpS1JfwmLq2h6bYTxvbaI/lSfwrJvBPrx0p0J8QaD/ouj2Vq0Lk4Rnf5&#10;Dj86dYWGqy3oms/EkbFW3JGyk7B71qysyy41G6tLhwpO4kxtn255p3uD0M6KHxa9gbrXbzdatjck&#10;EGMfiDnFdDolvqA00XFrIhgXkK+QxH865ZJGjsmuLjxaUDufKjmBXn+6D3FLB4h1zXLRtL069ELK&#10;pAZ8hZMe4FLnQuVtXOivtclZCfsEgABMbr8w/EiqNzqVjbbb3U/EDl3yUhjfCr7dMisfwamuXF01&#10;hdXMsexuWRgR79al1CLRF1eey1PxAoDREObjAI4544p8ytcFH3rEmpWVx4qWOGO5ns4I24mhGd/1&#10;J61FP4Lkfdpl/wCILi7cgG3WaIKCoPqT/IVB4di0OOQw6RNcX29sKm7av1+Un/8AVTPEGrX/AIKn&#10;bVdZ1SSwgkAV91v5qov+yeefehTDld+VHQ+GfB9tosTLbafYxur7p5pnDkD2K8/0rlfG/im/v/E6&#10;aFpWsy5AxHDahiHbsTng/SsuDxbrmux3F34b1eO301gTPMZA8jDpnbnK5+ma858Q+JIrPxfN9ou7&#10;klCMbHaPPHcc4/OsnW6m1KjeTudRO2q2Gu3axJam5iTdfXF3I6hOxUrz9eMivJfiHq4/tCf5o1Es&#10;IBER3Kx9Rkkit/W9b0pdGvbpb27mnuFG5jeKDk/7I6jHGK8y1rULREeeedg/aJjnI98dKTrpNHXT&#10;ppK5ja7cpbW7POm7H3cmvhj/AIKPfFLxBpfiDSPB2izyxxTK085O4I5BGBkd/T8a+wfGPiYQWU9w&#10;0u1UUleewHevzF/ag+LF98SPiheX1xeieO3mMVrbhiPkBx39epr6fhylfG+1ktEjw+JaknlrpQdn&#10;Lqc0fG2oqvnKkzsz4mMLK4z03ZLc1Svdd+0XCpLPPlPmjkVlYjPYccdOtZwiaO/+0TagFQKFaBWL&#10;59+oxjmo9TnZXDrqAnXBGwwBSDnI6dv8K+3q16DSU46n53SwuJpxk4SvoLYeJF1PUWbwf8TpRdwk&#10;iSJZo5RkDnK8GtTSJNVCpq194t1K7uyzb90m2M9c8L1PtXO3Wn6doV9p+rQ+GVW6upkjN3b2IOzd&#10;1BKkHnvwa3L2CeybyIdSgLKNwidSDJ61m6uApv8AeJR1ubxoZrUj+7k5aNa9vka82pSSslzLZ+e6&#10;5+ad+VHtWZqjarqil5Nfu7NtvAV1AGDn8R69+awvFnjIeGrKPUrhUmBbNxbxlvMRDkBgB97DYJ9j&#10;Swa5rmpC2n0qO1vCUPmp5pjG7Awctg/oa3lmeX1puN7nLHKczotSV42v2t+P/DGroerWl9b3c2na&#10;hJfs1wY5RPEWRGUYKjd2z6etaMEnlQgokMRCgukOMJj2HXmsyOOG7tI0vbVIAyYuIRMflbcejJxy&#10;Oaoa94zj8EXenaVqENxJDqNwILT7BbvcMDjPzk845+vU0U8bhaFOy2Wi/wA9X+o6uAxuImrtX3/4&#10;Gn+Rt6lresxzR2WlojtLIPNaY4XGfXsap6rqGxwuqWk0kjPtEcNy20++B/hTtU8OWuvW7299HMFm&#10;4fyZGGccrgg8evHpXd6J+yd8W9Z+FcfxVPgC4utB+fGp3LRh5FiIDybCd5UEgFgMZ/GscXjKELe3&#10;kveenNa1+xrg8BiqkX7CHw/y3vbuzgY9WvbRJIW0+RFRhgKzNs9hnr+FbOia3HYT/a7jTodQLbv3&#10;VxGSFz24KkH8anuNDmAOku7I7MFEiSZIb04Fey23/BPb9pKX4L/8NBH4cudBEZlSVbiP7Q8PGZVg&#10;zvZBnsM8HinLNsFhYcs5oiOR47EVuaEXfqeH6j4kXVrp7aDSjaPGu5T9mIjU+xJOfzqpb6N49lmK&#10;pq+n3UL4Ij2+Uyn3OTXpvwn/AGXfGvxu1s+GPBUNs920hEsOo6lDamPHUnzmUjHU8YxX0N4M/wCC&#10;Of7TWsXkOnWWkadq0UqiRbrQNXhu4gOnMkbYAB9feuCtneBlvPY9DC5FjKbalE+UdB8P+IlH2Y6c&#10;WkH/ACzjcNn6etegeBfgh8XPiPewaF4H8FapqN9cECOzs4GZj9doP+FfaXwn/wCCQP7W3wv+Laaz&#10;pnhbTtQj0a3+0LOtzGYZpGTi3/eYDNyVbsPWv0u/Zw+Ben/DPwJZm58CaX4f1+4tw+owWsUTASkA&#10;sAy9RkDpXzmY8TS5uWkrrufRYLIKNKPNN69j8o/gZ/wR6/bI8Z232rxD4RTRFZPMibVJxEG64UDJ&#10;bPHPSvdtJ/4IV/GFbFXvPjN4fjnfGY47OcqnHI3d8H25r9GdT+IWleEtNF14hkLGOVIZFiAGXb+4&#10;Gxvx7VoaH498Ia3qg0LR9WtZ7kRlikcwLp0zkdQa+flm2Kqu7Z66wdOmtEfA3hz/AII5/FDwgkNz&#10;oX7Uq215GytL9m0uaNYz7MsgP5ivpD4IfB34+/DaaDTvEfx+i8S6cuFQ3WnuJDx2O4g/UmvfXht9&#10;TtZIGBjTozpgiRfSsrSNO0DRP+Jcl6sRdittE8oY5Gc4yf09q46mIqSeprGEbaD7i93bXMhV1yQd&#10;2MgdT7is221G0m0v+27rUY7WENudLlwhTsC2TwTisXWPG/gGy8fQ+A/EOqTXN3dW5LQyyARIH4Uc&#10;HjO0gCrl7rHhm01O08P6X4ft77T7feLtI4xIY2Vcrndnp6n6VzOtG+pvGhKydjpLbRo7uM3U92rR&#10;OFfJOR04NVYNE8P2cySWNgAI5GUNGCFRzyTjOMnvUegeOtC8SQtLYhIYIpdkxkAxkDocdDz3rlvi&#10;N8V/D/hq4TQtT1uS1gvrgK91DDnYByQD1BbpnHQ0nVhyhGjUcrHVab4cbEl/qE5mluHDfZ1BRUA+&#10;6MdT6k+9QtcSyxajBDeFLiG4VRMYD5QbGTGoyC2B1I71lr8Sfhv4S8EHxrd+K1js1Yg319KSVZ2A&#10;AbI4GcDpT9ZvrOPWhqMusWen2k1usdlNcXS4mncgjC55znHqad77MFCV3dG7ov77QxPNBGDuAhd4&#10;WRmYg8kNzk9vrWF4rTx5FaaVoOh6nCt7LMTLd3CfKsYJYsR3O3A9zzXRyXRFr9m1EeY7uuySFix3&#10;Y6gAcH9BVudpokYS2asVUCNpHH3ccknHBpO7ViIy5Z7HNeKdA1qW5t38OzRRtCPmuZTjIPYAdfU+&#10;uataZrk80iPd2Ujh4Y/LnhiJBZiQeOoUY5PQZFPlgeWL7RFIJLq3nLRQs/DjsfZc8g+1c38N4vF9&#10;z4k1jxP4hErlLg2um2lxKyhHVcyNx8oQ5AHB6U1PlaRbgnG7OxjuzPbz7mHlxLtxHFyCOv161Uur&#10;t7K4CXHmLFtz5hAIJOBj2I9PerE+jm6Fnd6lcyW1xBMHa3spG2cg/K2Mbh3ye9XtYu9P0+wluXCu&#10;Y4ywaQZAO3jtn8q053Yx5E9EZp06/wBThVrHVxCN5/erGGO0fWi40nWVt0tH1mSTzFILi2XK8dvQ&#10;15PP+0o8eoxXVtIbS3awaW4W5tz87gYzGvVAH/vflXNeAP2v/EWmeFNR134qzaZJp2m68lmmtWm9&#10;kCON26Tg4ZQfmwOOlYPFQUrM6lgarjdHsni6Ce/0C401dFa4Ni6GEfaQGlIxycHPTPXArD8Df8Jf&#10;psY1HxJ4atLG1jMgjSzuTcytkjazvk54zxzz6Yo03x7F8Q9NN18PJGttOu3VZdZuyC12CT8kQGeM&#10;E/McYBrrYrWS2UHRoknSWVPtCzHOwBVBIH4Hj1NOM4zd0xTpyhG0lYuW7ixjcy3MQSTBG47RGGGc&#10;Ek9Sc1C9y8z+TbojFV3FxjCj6981Yv8AVNCmtjFKtvK3J8pnU5fqB6f4VwHxW+L/AIS8CWNvpB8R&#10;Wlhf3EyInmO2FY46LjLckAAeprV1UtzCNKUnoj0edbeCwa4mhecRKHARPmkIwcfnXlF78SPiRdas&#10;vnfBXWkguivl3LToVVNxGXUco317V0fw91KwtPFl7aXFzcNcCxjdleZ2jYHGWO7hXyRx1wa6+Ew6&#10;lA1xpc+8SPlCTuyQRkY6Cplep1NFajdWucr8PLbWvFSjU77RxZQxSMEE8bo6EEjIDDkHrnvml1/x&#10;JJp3imDTrK4ghso43W7kuSV5AzxxjuOnv0rtbuyA06dLOFlLkAvnlhjr/SvNte/ZybXLf7TeeN9T&#10;jZoZc200u+NHcEblAIxjI46GiXOo6Cp+zlJ8xo2PxJ8Lar4jHhCK5hjvPKWW1dG+WVWJ59s4rpry&#10;MZVbqQgkfKqZHTg9K8y+FXwE0f4aPJf6d4qudbK3eZN1tHEFIIwp25LgEcAkAGuy17xDqmvull4Z&#10;nWK5i+a6NxBIVUdNuVxznP5GiM3y6hOnFS916Fa2+Hmh/wBrx+IxoqwTIxeEOxDwkjB+XOBxkcVu&#10;PaQrbo32dZWtyfs7ytzn69v/AK1Ztn4uWbZeS6dcL55/1czAGPsMjPsOnarWpeMdEtLSGbVrUJFI&#10;MLJ1Ge/ORWuyMbtsQ2EWpI2oSTRykAsGUjCHuPf3rF1T4aeFPGOhat4Z1WxF1Y6yGGowTtuWVSoX&#10;btP3VwOgx69a2LDWdDtIFis7cpbRIxWPPPJ5PX09aY/inS9Nje4t4HYBud2F2jrkk8VPKmrD5mne&#10;584eFP8AgmZ8Jfgh4qvfHPwp1B4bq4hYW1jfMXETbtw2TffQZ45BP1qxc+Af24dMs7i907UvCulr&#10;POVj0/S7aS7JXb99ppVGWLYydo78npXvmpX+h6k0Gruxu2Uboo1uCIwenzAHB9s1Pc30091EgmaG&#10;N0O0lSTuGPwHFZOhFQajobRxE/aKUtT5i+HH7aHxL+G2ktafFzwbqt1o+nW5juPE9rp5mMcqsQVk&#10;Xj0zn06ivT/AP7Ufw28V3kl3ceI45ZJLlRalH4UOo+Xg4JOOwIHPI74fib9lzTviDZapaeOPH+qx&#10;2Et40kNvpbIishxwwHBbJxk54rhtK/4J0eEb7UoLzxJ4w1GHTdOnBsrHTJFiuJU6ZdlA557Zziua&#10;H1qFlud1SWBqNy2Pd9a+K99p8FidU8IJcaTczNDrE8E5kNvknBKD5sYxyPWvRNP0XRfEEYC2skJS&#10;Jfs8g4xHgcDqMEGvO/AH7O/wa+HkitpS6xO1uQ4ivtTeRfl55XgH1Ndt4r+KUeieHLrUPCXhm71W&#10;7hiHkWlptXzMkADcTgAdT6AV1QVRayPPqSpPSCLt74ft9JuRO90sVvBGQQQFTH94nFcfY/Hb4U+I&#10;Nffwro/iqJrlBiGbHyTYPzbT/F3r5T/bP8df8FEPivpsukeHPhBeaDoFv88iaXPHdyX2CMKwR9xU&#10;gn5RgH3rC/Zo/ZF/ab+Imu6T4z+LniC+8CaVYujyWdyqfbLzByFECHbCmBjLknk8VFStNTUYo6qW&#10;Go+yc5y1Pua0tIL+eRrSBnCkYYoQCcdj3/Cn3CS2bxwGAHjBjByeTx+HvV7QNEsPDeg2+n6bqBkj&#10;towiT3MhZ2weST61eaGO9Rw+xctwD1OP5V0p3RwPfQxpIYZYALpl2yp5fyHoeoIz3qOG2UwQpc+Y&#10;iscYkHzt7njIrUntLCxuV85oQEQsxZsACsLXPiH4e0+/OlWGmalf3KgSOmm6e0m1TzlmOFAI9T+F&#10;HQEm9i9DbSvEs6WoRF3Ah85f0PTio5o9V+2wvp0cBg3kzmVirgbeMADB59SKivNd1a1SN9O8OyyO&#10;/wB5XcDyzgkbsfh0zWffXfjFA93qWoWVjbOeALcu544Bz0OenHNLmsPlu9zoptOR1QSeZucYJjY5&#10;HfpT7NZZZmaewKFM+UrAMSMYBPofavO7uy+Ml+6/2Pq0QimhOXvU8ryznA+7k9ORx2612Pgfw1qe&#10;j26w614ikuZjHtfBKo7Dv1z+FJScug3FJbl7QNFuIFSJ7ua4zIxLtgbRjIHGKlvrS7hdTbwjaXyr&#10;MvGf6f1rU0zVtDKlrO6jAjOyRVkBAI9fQ1emuLQWxEDRMoXK5bgmrs7EaXOUuNOfUW8m5wdqgvKE&#10;+6T1x6Gl+yf2bbJBZo0jgfJJJIWbr3J5NaMNtdSIby9uFgUyndEhByOgGe3rVoWkJSMxTBwCfnLc&#10;DvgmkBgQx6nalru4to03HmMEsxx3DH+WKuxwSTSIpt4yjjPlkcj6VZv4dZvNdtG0h7MWafLembdv&#10;9Rs28c+9aTWttBeeezcoMLhR396OozM1e3srWxkVozvC5CIfmOT0+tZk1ytxdpb2Uw2xriSLZlh/&#10;wLqCOOK2dYUyu0kMIdi23dzwPX8KzLfS3t7qF57jKKMqYm4H+8R15z+dDYK6ARyW7NHcfJCVHlNn&#10;Jyeo9aY2q6bo0nms5Dn5UwCSxz0A71eaC1nvUWeFQsJzG3JOcdRWdNa6hba1LI2DBgeWGkJ3Y6nG&#10;MD86LtCtqX7eO/1R3Lr5WMENwS2f9ntUdtaWrBil2r3CMUBb5vrxUMpvboCVJZIl5AjiX5mH+eaZ&#10;ZaaY7x9WMuxpQGdH5K+3XHb86NRl5NFbYd2XZgFLk4zVi28PXLweSZP4spIxwR7cVLY6hbLGVedc&#10;hssSeV/wrRt9TtiuwycgZNOL1E9jL1PRLmKzYxtk7D8qjknHasmya5mIlu7Z0ATLebHgg11J1Kzu&#10;A+25UBDhgeqn3FV5EgkO1QrRk5U8AZ/rVtpK5PWxhyW7mQSBgYxhdznBLHoBSWup6TeXX2WCQPLG&#10;+CmCMEdQfyrb8qzRTCskfmPkl8jAI71V+xNDK4Vgx3DYvPBx04qFJsqxkf2cbCeOWWeWXexwsuMB&#10;c+vfHaku9VsZtU/sKPWYYp1gMxs0kAmZc43YznbmtifTxdWDvOdjLJhAedpB/WsWXUfC1vfTi2nh&#10;ubu2hHnCPY7xxZ5JJPA69TUuaj1KUXLoWTb232pJItxlbbw4yOhP51O9jGGZiTudvusP5CvO7n4/&#10;Wfitr3TPhtp91emImAX1hEJI5Js42RPj59ozuYfKvTJNdHodxfeDPDB1vx5rGzdIGlNxMD5QxwMj&#10;q3t71Cr3nZLQ0eHcYXe/Y2NKF1HPcSXcAQfcgUMeR/eINS/2WLmRFvIo5VKFixbhTxjFc6vj2212&#10;NLew0eR3kHmIlzC0Rkg3gFwsgywyeoGK3PEqeJruyjsPBuoW1msgYSXc0W8xp6Kh6nnv0q76aGbi&#10;07MsXVjq8s4u1nDwkjASLJXnsc5qSew+z2jRSxhy3zDeDhR9PWjwzpa6PF5upavLeTIoDOy7AOAD&#10;hQe55/GuG+OXxx1TwfpcWn+APD1rf3hvBBcXWq3Sw29qo5ZvmIMrAY+VfxNROpGnG8i6dKdWXLE6&#10;jW/C+mX/AJd5qd5dAbCpeG4aMZxgEBT75+uPSsHxJL4Z0HWYvEXibx9Fa+VbvHaG4KgIp6tkk/Me&#10;OTivGLn4/wDxT+JVvPYfDua+8ScNFNPolgpSJ88hJMeUvp8zHHWpPhr+zb8UtY8QWXjT4jaTo2ny&#10;Fxui1qf+0LtcdABEUh3ckksrVgsSqnwI6ng/ZfxJI9U07x/YeMNWS08Ca5Bq9tBbLvnt5/MCY4yW&#10;AKnP4EYro7a01q5gCawI4gvQLknrxnHSrXhDwpYpAptLnEUMrKttCgiUEHB4Xr0pdQ0Dxze6nJBZ&#10;63p8FqWVvKMDNIVH5Dnr/WuqEmcUopOxHDZ3OnTtiVIYANzOCNrepNWbK50y7MguDI644GeHH0FN&#10;1rR5mlYsZp1DqHgjHC8Yxj9eat21jDZ2zwWVqyNHja7LhQcdPpVXuybWRj6J/wAJRd6nLLqEFnDb&#10;ozJaRxRsWC5+UsWA7dh+dTTaXbG6Md4t22/k4kcxrjvxV/7FqFxcC5N4gdYcGNSfLJ7Z79ahe8+1&#10;WqLcKVYy/OskW3BU9hk9/ekrBqTXekQTywQQXZj8g+YecgqBgg57c5/Kp3jN95YtpCkccZKxbQA/&#10;4n6VE8NtZRtNDdGWSVtrPM3APpx2qhqPiK7uLRLW3hlt/s8wMbkhVlHsSCcHPXFXzJIVrl+LT7lb&#10;f/S1jQ7yyp5YYIT0PuaNQmihsy7RgxIf37KcYHXJ54FZEFr4t1fUbO+1PVYrK1gncy2cJMn2jjCg&#10;uQMAdelddb6MjTidmAQr8yjGDkdPekrPYVmjxLwL8c9e8efGrU/BMPwF1bTNG0wfJ4tu7pUWV+cD&#10;ysZGccckgEEgZr0KbU/FT2d6mkeEkaZSy2L3F6qJJ/tscEqOvABPFdU+i6Zp6EwWKHeecqMD6+lR&#10;+TfpZq1taxSOSBsD/Koz97nrxzTUe5UpX2OdXT/Ei2lhbT/Y1Pk7b8xglMkcqqnBIz3OK0JtIntI&#10;la11VYII2G5FiXLDA+UE9PrzV/Uo5LSHz4YzNKMqxRcBTjPfgD3qvo88uu6ZuuU2yoyl1ZgwBHpj&#10;g9OtSrWsg1MzULqI3w029mMpddxTygSEzgg4HfjrUltp1jpyG907S0WSRgruFHI9OOgFWJbHS7nX&#10;I3kkVWtwTKqjJcN2b8q5jx38evA/hPVpfCOmNcazralcaHo8AnnRW+6XwQsIPYyMoqbpDs3sdPNb&#10;Wt5I8hkk3IVKoGK9O/41W+xO2vm+e6fMMexLZXxGc/xEfxH3OayfhNrPxE8UaLcar8QfAg0CZ7t/&#10;sVh9vFy4h6AyMo27z1wMgZ6mtq71fSNK1mHQ3vPLkKKwiVCxQ+vGSAc/nRe4WtoQXtpq8dxHZ6fq&#10;hdJAxffbhvJ7jALAn6Yq7D4bvrjTwNU8TGQqpzNbWiwleOe7Yq/fWl5aq02mwxzSgjGVxjnoSPxp&#10;LPUbSZTAJh5rkq6MOCw6gZ/Cjl1HzNbHlmt+BZtR1g3Pwi8dxy65pb72t9QcyxujkBlkI+6COmB2&#10;Fb/gbUviNfakbbxZ4ajslggCssc6yMZt2MgryEIGeQDWtffEz4ceDtZfRdQ16ytLx5f30TqAzk8D&#10;BHYf0rSPiLRYtCu/FU0zRW0CmWWV7dtwRRnd03FcdDioikmXKc5R1RJHpNvM7fbEXzHXoBjOOmCK&#10;bAlvNeTSqA7x7Y+GJKkcjmo5fFmjReET4xsJPPs5IleKW1TdvDYwyj8RVa50zW9Ugi1DR4TZXKZE&#10;c0vBYEc705BHt1HqKpySIjG4XFiV18terbst7IVuS8pJRQmAAPqBx7mtbWJV0nR2j0uIyT/dhRG5&#10;LEcf415XqPxu0r4OxCx+MHh7XzcwktLqsGlSXcEqlid4aANx2wQCO9WvBf7V3wm+K/iSDwr8O9dl&#10;1C/ZWk8j+zpoliA/jdnUAD9TWbrwUbPc2WGrPVK67nY6AdQ8NIZ/FusW8cDR71gOdytj5jnoBnoO&#10;1U7XwT4X8e+JbT4jXB1HzYpCIoftBWGRV+6zpjkelZGn/s46Fd+Pbn4m33jjxBcaldPsuFTU3W32&#10;jonlfc2jtwD7121rpbw6vC2m3pSOAFbhZQWMvGByfeiPNJaoUnCHwvUztf8ADv23UCsKPO5jwiNx&#10;FD23cg5brzWb8P8A4X6N8LdKh8MeF7KOKI3TPcTu4HnFiSXxkktk/p0rqdAGsTPcxavpwQmQiNvN&#10;DBlHQ8dOD+lSSeH7AlBt/wBShEbOCzgk5yDn9a05epnzytYrrFrQgihto4rmMkh5z+7Kg9Tt5pl/&#10;YRaVbStG0SKSGmZ4zjBPIGOre9aNje2txcS6XHuLQviTkYPuefWn6hKsaramB2+UsriMlVwOhNPo&#10;SYHg3SfCXg7wyE0UyC2e5leSSWSSQ72cltzPkg5P4Vq2mk6NpcE9wZygmbdK00mevYZ6Vz+u/E/w&#10;1pk6aNasGlmkzKGBAjPXkdz7fnXG678Rte8Z6hJoHhayjvZtv7wKcJGueTg1m5pFxpykju5PGOkW&#10;H/Htcm7Qj+Bfmx6Z74rKuvFXhzW7Z49Qsodm7Zsuo/NB5zkqffFcdc6v8TvCmlTQr8Mo5IeebSES&#10;DPcnaxY1wfiL4+fEa0ha00fw3pgmQ4aJrcRFT6EyED8M1Eq6gtUbUsM6j0Pb7+LXLqIXel6wtyqD&#10;5LZbUR7uAOGDHHtXEWvhX4heH/Ht7491fxreXNhPpxii0C6mURRyBgykMPlH8QJPPPpVf4e6j8Sp&#10;7VL3xHqTvJLhzDYQqqqvGRkct6Vw/wC2J+z1a+JdEm8eab8TPEfh92jHnxfanntoQxx5nl5yuOp6&#10;gDtWM8QnDmSOmlhXGpySe56FdftJ/CLQorfXvibqeleGdTtJXjNs2oR3TlB6NEcYI5wehrp/AP7R&#10;PwX+K0ZsfDXjDT5g2MxeeAxGeOvXNfkl8Z/gr8WIvGCWPhf4m6R4mkuYNwurLUomiwveRicIeMkH&#10;Fa/w18GeJ/BFzDq+qfEnRJpIpsXS+HryaeWOQ8rFuCKg9uSO4zXhvPZU63K4aH0a4ap1KHMpu5+w&#10;V9rOl6DHLc39/aWdtu2RTz3KxIo2+5A61ykvx3+GGmXb2eo/FTw6qqQ/mQ6vG5OSMqyg8ex6V8g2&#10;OkfEv4haZpFh8RrOyu4QA9poF3DPdSzRlcoJGVxskPXCjOOorstf/Zv0u/8ADsOp/Dj9mseHNckA&#10;WWRrZjbhBg5Pmc568YH1r1I46VWHNGJ4dTLI0qqjKdz6Tm+NPwjiZSvxS0MSvJ5gV79UPlngY5yR&#10;71xvjP4z+EF1i2tfD/x58EWkUUhkvFvmimYRknOxjKu1uOmDnvXyF4Y/Z0/az8JfEnTPFV54G1a5&#10;ie28h1s5JPIJycvISw2rgnHAXkDFeg+Fvh58PfDPxXvNZ174N+H9Tv008zS2H2cTqj5JaWZ3VgjD&#10;ODgY/KtfrUpJXVhSwCpz92Vz3jwT8T9b8bWOsXXw0+JGha+GXZZ3OkacEaKUdQ+XKkY6Ekc/WuV8&#10;X/Cf9ozxkJLTWP2r9f8AC0FsPMnn0iO13vxnkbPkUZAHOTnoa8s/4TvX4PGM1j4e+CujW19cWTPY&#10;zeAbScCywylZ5GWKMtwemCG6Yqz8G/2iviH4m1a7+F3xF8JSQ+KG1FrK51CRZEku48ZglijKFQSn&#10;zENjoazeIhezNlhKi95WPQfDX7Ofx28QXcF3D+1DreraKkg+z3Op3CpczJ1ckwRIcZ7Zzj0FdT4d&#10;/Zu8YeH4L+68a/HzxFrRWaW6S3guGgjhQL8q8HJA54JwTyc1W8O3fiHwF4onsNO+JT3Ae1WW40O/&#10;SOOaB87TIpUYkU9wCD35r0bw9da/exfabmWMoxd73buZrnC7QgHQLyMnvj61vShFo469WopdLHI6&#10;b8GfDHjjQ7ezuPihrha5HmvJFqxVxkfKADnt6YHfFS6B+zza6PdzQaf8WNdvfIiKyRXV3lvM7ZIx&#10;tIwMYx39a7Q+ArHSr2LWtL8ORfaYrkLZBcKsUZXGTjGceh/CvP7b4Y/tE+LbfWF8QeN9J8Hfa9Ql&#10;awWwtjezlTwJ3dnjVXx0TawGMnNauL6IxhUvfUxPjH+1IvwF8HpH4oN3DfzahHb2811ZSEyIG+ds&#10;AHeuxW5HTqa7/wCD3x30742aTDrfgWe1dFKrLFLHJG0GV3coRnkdD0rE1b4B+E/APw1j8La/fa54&#10;okigaOO61O5We6uHkJLuXcfKOSSOFVfYV4r4K+L6/Ca0uNF+Bfw+mhF/rj2rXFzpnm6eZBnc5uYm&#10;UbcDgdfasXUqUp+9sdMaFHEUvc3Pp7VfiL4w0vWmVvCUDWUN5FHK41OPzG3DkopH8PBIJBODjNWf&#10;EviqGHxBaWsGhXt3JMDia2smkWEfe5cHHXHXj3r5+8NftEfF3U9KnXSdD0C7v7OSSV52jeOyaRVJ&#10;KoRtaR+cAc/Wpvhh+0d8S/iCYvE+oWA0i9m0qKa88LX1rLHIv7x43dVIJK71I4PFV9ZujN4JxfQ+&#10;gYfHH2SwjutW0O9a5clYFjtw5I3Yz8mcdc4Nc7qP/CHeKPiXZQeILzUbmY2TvbQPaOlrC0bAszSY&#10;Gx+mATyM15bf6J+1l4g8Qf2z4VQWOlzK93HcWV4qzx9Qtrtnj2gM2GLc7R9a6H4cfDf9p/XtA1C0&#10;+MnjS2CXBIihWZTOoHYvEiKARxwMjrmmq05StyieGpwjzcyPZR4n8OyFLNdUs/tO4qsHnj5h/nvV&#10;67mAgQQWplyw+Reh9/p71wvhCz8cafqMFlqOg2MkKr5byRsd0aKuFZmYDfnuOfrUk/ibxPay/wBp&#10;2ukmMfvN8fnxtFtU4ySMFeOnGe1dCnpqcbp6+6zqINM0po2k1IxD962EJGT7EdAfaq/iXW7TSrCB&#10;bTTLy6Wdf3MVvblgvpkj7v41jnUtO8TW6Wur2BgnuhvWBwY2IBxnOQ3GOv0qpofjO50RNS1fxbFa&#10;2en2WfKvo9QkkDwhtoLKygh8jGBnPY8007g4NGt4asPE2pRO3jGwsbQrdkWq20u8yKcgFvlGGAPv&#10;V7WPD+iXdmmlXUaqrERKZGwxxyNpB69+KZofiOy8YWB1bQL6UB3AVLizKMuO5Vhn8ai17QRqWox3&#10;ep+ILxTA7OGhQLFFtGcnIOR6UWsiW23qbLRCx0+HSbfLoYyomZ/mBHIzjr0/SuF8I+Bb/TPGmr+L&#10;rnXrGa61GRRc3M2nMk6BR8sSbjjyhzj1JzWHB4y+KHxD+JWoeGtF0u6sfCOlW0cdxq5090uNTuW+&#10;bEMjlAkaAYYhWJJx0rrtN8O6/pmnyz2F1fySnc6RXvzsGI+VQegH06VL957Gkfci9dzaTXtO+0Sa&#10;KniKCW+CfMilUeJT0JUE/wD1686+L3jDxFo6x2vhn4raHp+q6fKtxDDqIYC6IBzFNhvkjcfLuGcc&#10;EdMVc+Ir/GGw05v+ET8GWmp38saLLkeUrE527jnJC9xnuK8q8HfsNfFLxx4ju/HXx88dQrdXT+YL&#10;DSh8iADiPJAGB64z6YrGrUq83LCNzpoUqChz1JW8j3r4TfEvw78TdFfXImii1OykNrqlo23zbOUA&#10;FonxnjuD0ZcMOtat74tSzuy76bqPlqpwIrPcpAPLZGePriuR8H/ArRvh9qNpr3hzTrS01CKyMF9P&#10;bllS8BHAkBJL7cZDNkg57cVa8QeDtKmvD408T+P78WRi2m0luiLfac5IVQAT9QelaXko+ZzWpuem&#10;xxHxL+P2uW/xT0fwx4B037RNFE9xqNtfQMGSMkAPuJC4GegOe+cVmeMP+Ch37Mmi+Jv+ES8X+I54&#10;dZ0uci506CMssM4GM71O2Qc8Y/GtzStM8IeLbyceO/izo2uWU9uo0nRhPHamRMFR5m0jzBjkds8+&#10;1eZ/Ff8A4JMfst/FDx/L8V4YL/Q9XuEMtxa6dcExO+0KJFRWBU45wDg9cZrkn9c5W6LTu+p6lBZY&#10;pqOKjJJLpu38/wDL5no/g39vf9mTxbe2Gj6P8Y/D8s1/uEKG6VGRlXJRsnaGxknnAroYfjz4Fu4L&#10;q28IavbavexnaEtL5J45pepQMhPIX5jkAAd6+P7X/ggX4YvbV18S/tK6yqJdNJavp2ixpIIcDaHa&#10;Rzh+u4gYOat+HP2KP+CZEenXOk6b8Xda0vVdPkPh+PxVpOr3mkTyTuod0MsQWK6kYISeGULwAM1j&#10;Qr5s9K8Ir0f/AA5tisJkK1wtWctr+7+b0Ptfwtqt9q1oLzUIWtllQPDZgAFcAAqpAyynls9e1cb4&#10;s+Md5rHxQm+BHwuuI5tftLVLjXtTuE/0XQ7d/uGQZBlmf+CIEZ6kgCvIPhn8JfiN8b/hBaah+zf+&#10;2r438Nx6LJPodxfa5ptpeteNasIvNHOAWK7jMpJYNyAQRXWfAb9nnxn8IdQHgbWfHdhr1/PcPrOt&#10;eI5NZcalqkxURCa4jMWHUYwqghFwOM5rqdSvLlSVl3uvuXn59DhVHDU+aTldraNnp5u628uvU9V0&#10;LQr3TBL4ZuPFNpqF5sWTVLjUYv8ASLjcDhyqEBV4IC4AAU9a4V/BXjf4ReNb7xV8LtHsr/Q7oCXX&#10;lmvJFeFgcssCE7WyCGUcc8FjnFdNrVtfeKDd2Wj32n3FzIUhuL+1mRbjcF4OQwGR16dM4Fc3J4W8&#10;ZWDSeEbDWtZEElxm+1WG+RkUpyYz3WJi3LZD4A7UpvRWT02f/D/iOlzJvmktd09vXTt0/I9J0zxP&#10;bavo66jHYSrI4UGBiAQxGSMnA9fy96sR3mnT3KxB5fPVWEsTZO3ADYKg4z8w9+a+TdG+On7SGpft&#10;RXHwr8O/Dqz1jwxpcEVxr2u299A7xtOx8uURNIMRjB6Nu+U5XHB+gNHfTbq8vLqK+aS1Lm4uJLrU&#10;DGLZkBzKUO1mBKkYxjINOjivbXsno7a6CxOAeGteSd1fR3379vQ6zUpNdM8M2lPZNC7lZWuY3jeL&#10;IwpAAI4JGRkHtVy/+JOgeHZxo3iDWrKC+2gpDLdohkz0wrEHnB/KuN8daxqmm+HNUlNxDNYtos93&#10;BA6SPcO4iJdlIYEgZBGAOo6V8Z+KvhB+yJ+1Hp194Y8EL8TE8ULbot74hh0K6vYrWRI8PFI8bkRN&#10;uwdxfgnr1FKvialH4Em33dvu0YYXBU66vNtJdUr/AH6qx9Z+Ptc+JevXT3HhHwfPqNyDmAWtzGsY&#10;HvIzAV13wxufiKdOWbx14JlsrmViXjhuo5VQfVWr8mviz/wTc/b78D/ESws/g54v8V6xb26wtf6h&#10;eeKn8mdmlXKuyMDCRuK7V5ChmBOM1cH7M3/BYv4RfG+38M+BPit4s0zSXuNzTaJrUmoWkSgFiqG8&#10;bZNgKeW2++DxXz6zLGUa7nOhO17aar7uX9bH1P8AY+BxGFVKniaadr63T+/mdvuufsvbTJcINwwV&#10;6qeMU65gxA4jk5K85r8pPgp/wVm/4KH/AAW+KVr8JP2qvgbbeM4pEzJfeHEgS9gXftHmNE/2ctjq&#10;mVPI5r7F8c/8FLPgj4T+FzfEHxc2seHrY4jYavosylXPYGMMrYPBIOBXq4fP8trppy5ZLdPR/wCR&#10;4mM4XzfCTXuc0Xs46r9H+B2fxx+Llj8KrKXWZJEAVcMzD7g7mvKPh/8Atw+B9U8UQJ4kn1pbYKkC&#10;376TttoznAYkeucE+1fNXxj/AOChX7Avxu8N3D/EH40+MruzjlkeeLwfDBAHCj+N5X34HJ6AV5l4&#10;f/4Kqf8ABI/4Q2CNpXwa+MOv2xZIY5b7VFCv6HatymQT3I5r53FY/McTjlLD1Yxpro7vX0Wx9Zgc&#10;oy/DZe1icPUnVfVWSS8nJn7F6XpelTPHrNo0bCWNWEiYIcYyCD3rL8d3Wj6Zpst7dTJ8qklnOTX5&#10;yeH/APg5c/Yt8N6NF4Z8J/s8fEGG1slEcVtm1/dL6Zack1z/AMTv+DhX9kD4keH7nTb74HfFRFnj&#10;ZN1nfWVuwyOziQ7frivo5ZlhY0L02nLtZ2v9x8nDI8xniUqkWo9/dbt6c36nm37ev/BRqXRPj1rP&#10;gjwF8QbfRNOsV+y6lqsaiWaSYE5ihjHUjjLepx2rkfgl8Rv+ClmnatbfFP8AZ1vvFOlaOiGc+IPi&#10;j4gFhpV7Geflt51PmqQf4EPXg5rK+DP/AAU3/wCCY/7OWv3Pi74ef8E4PEereIpXaSTxD4s8S2t7&#10;doxJOY2lDKhyeqqG962Pi9/wXL/Zo+L5W88X/sPeJ7mSFfkx8QlhMgznDbIeenSvj54WpKp9Yqzc&#10;ql72TkkvRpafL7z9QoZjhKcFgqWH5aVrOUlTk5adU5L8X8j7i8A/8FlPCfhv4V2Un7RGp+FJvGbS&#10;yQ3tj4Durq7gO3o6+bEjjI6gAhT3NfOv7WH7Y3iX/goLo1x8Co/Fb+B/AWtTRxeJr5Ldpb6awJBd&#10;I4yUADj5WJYHBIxzmvlK2/4LGfsl+HfElvcaX/wSw0VoRMftc2q+PZ3lKH721REqEnPcgUuif8F6&#10;vhjHew6Y/wDwSe+GU8SyHEEXiSbeAP8AaeEjOPXini63E+NoezdWnBf9vbeeiLwmV8LZbivb0sLV&#10;nLo26dk+6XM16X0P1w/4Jj6n8OvDfwzg+HPw61OC5tdOhFuZ4IQsI2YAVMHsK+tBPCFLeYCyj5iB&#10;ivxc/Zl/4Ocv2XvD93J4Z1H9gK+8Hwgk3tx4Q1S1mgAA5b51iLEDnGea+pPhF/wcW/8ABL34hwPJ&#10;r/xZ1rwpIkqrKPE/huWOONjkgeZCZFxwRnIBr6HhuVDLMup4OtUTnHsmlrtqz4XivLczzXNK2Y0s&#10;PJU5Pq4yd1vfl2+6x+gDXUbdZABmkknQxmRG/MdAa8X+C/7f37C/7Ql2LD4OftY+BfEF6wyLCy8R&#10;QC4H1iZg47ds16TqfifQrB/LuNQwNu4HsR6j1r6V16D2mvvR8W8JiVLlcHf0Z4B/wUk8V/GTSPhO&#10;2k/CDQxqU10f9LsyyjzYujDJ5B5B9+a/JXT/AIqeM/hR+0rF4Mj8F6dput6Beanr4vLSySMQS3Fr&#10;5N08iIqrK0oKpnHGzOOa/bn4ha78PPE1gsWqa1DiNSfnXP6dT2r88P2x/wDgmB4T+N3xiufjL4N/&#10;ak8PeHrieIK0V9aTkbSeVzH34r874kwkpY54iFTmjKPK1zJcrtvuvP5s/WuCM0oUcB9Rr0uSSfNz&#10;OEnzXa912T7Hwx8PpvCN94p+J3gDw5ptssV/4qt9ZhefSI3xK+WEbo4YthgzBmHG4Y4FfTPwJ/aO&#10;Phe+Pgz4veIddn0aex+yww3+otJHDb7fLEBt1UoYyuQCB3INevfBH9k7/gn7+yJ4fv8AUNW+JEni&#10;zxvqaI19rVtoymJZFH8Ecj7TjOAz5P0rRtfjt8GdA1f7N4J8M20k8rjfqmtql3cls8KihRHHz0CK&#10;OtfK43MMDSzBSVaGvRS5mtEvstpbbX+fQ+7oe2xOXOl9XqSS0u48kXbW65kn13tfyPJrj/ggXpWj&#10;xL8WP2bNWuotHvoxfWPhvV9RaO1j8xc7FSXh1IJ5yuOODiuR8Y/8Ed18Hyn43ftJ/tC3fh+zsp0l&#10;t/C+l3BulJB3eWsrSggbh91Ubr1Ffauq/G3xV4e+Gk3xFtru/wBW1XzhDa6ReiVZZGaISRrCGG1m&#10;ZT8qL8xxwDXi37CXgvx5/wAFNPjw/wAYfj2t2ngXQZC+m+H5SV+2SI3Alx0TPVepxg96+krVcXXq&#10;Rw+CjLnqpayfupd+/na9+7PkMPX9hQnisdOCp0G7KMffb6RXTXbmat1PmbRP+CSv7Tn/AAU4/aLg&#10;+JehAeD/AIe6bpsWnHxZrtqx+1eW7Fvs0WQ1y3zct8qA5G6v05/Zg/4Iv/sF/su6LbRf8KltfGeu&#10;QuJJfEHi5BdSPIAPuxH91GuRkKFOPU19XC203RdNg0vTrWK2t7eIJDDCgVI0UYCqBwAAOlVrmSWZ&#10;AlvNtdxw+3O0Eda+7wOXUMBh40/iaS1Z+X5pn2NzXESnfki23Zfq+pV0rQfD3ha1Gn+HtBtNNt41&#10;wsNjapDGo9AqAD9KhvVeSMwQA/aSNyRl8ZHOC3oP8Kke8w8l3K+LW2XhifvsOv8An3qncXc1raLq&#10;LR/6XesscWBkop6D9c13cyseNyy6nIfE7wD4T8feGLjRfHWg6XqluIit0l3bh0jz1ALDIPuCD3r8&#10;3P2xP2a9O/Zz1qDxL4ImupfDd/IRHDd8y2bknap5JMbAfKzc8YOeDX6la3YQpHDpbHMUC+dchhnf&#10;jpn6n+VfKX7ZPw/1H4heEdQ0Gxsg8+s2U0rhxzG28Lb89tpAP4msqsLq/U9DLsRKnWSv7rPhXRfE&#10;ySSRvC46jdz0Fel+CfEHmbIwwHoc/nXyhJ8QNR8B+LLrR/FkU9mbSY286XCFCJ933OQM54x9R612&#10;nwp/aB0/WfG7aF/aCxC2d/MST5WTjoR+B/WvJlinHQ+yeBco3R9y/Da1l1y9t44n2LuBYr1AzjGD&#10;X0P4I0uHSJEsfMCLLJtCY5Yjufzr5H+C/wAT9AkvljurtV8pkR8HBwwDKwx14INfWHgLxRD4nZv+&#10;EfjmnuLKGVI4kjJKzcYXHUkkdDXXhqsZx0PAx9GcHY9T0WOLRmiS6G4OeGA6H1roLaQB2gnkH7zL&#10;REHrXH6JqtrqF7/Yl02L1EjlkhY/cJHzD/PpS614ztrLSZtUtLhGl06Qx3EZfoew/Ku5VeVXPEcH&#10;N2sd5pjwtbtNG4YbjkA9qha/jmu/IifO0HIYYP0rn/AesW3iPTodWs7snz/9WUbHzHsw7VavtSFt&#10;qM0jZ3xKJBvXGccMlWqrcVYycLTae5tzXcvn+QBkEdQe1QtdRLNlJtudoQ59awtS1m0mvLO40/U4&#10;2NxEzLtkzwe4/HipY5LWKzgF7crHubZljht3P+FP22rK9kkdBa74bqW1eQZwGXPcetV5754r1rd2&#10;AIiLrz1rlr7xUftzy3V20ctnIgZWbAMZwCQeh/8Ar0l3rseo+IJYA4Ia23RPuwMDk1Xtok+ze51U&#10;erQRWpEk4zs65pjapCsZvGlDbY87Qea4+316PVzHHpKm9BLrGkR+/jjr+tFvrdvpcZXUppM7MBCO&#10;AwPKn2pe3G6VjqtTvbdbNVmZR5q5jYHFY+oapHBEZmk8xVAAZeqexrA1Lx5opum0meeNfLjaVP3u&#10;dmOg74zmq9j4ns9YuZ9PtSwM8aNg/r+v9aiVZORaoyS1NWXU7G10yJ/tZDSSkqgfkg5q9YWen63E&#10;qRa3NDMi7VDY64wPlNedav4r0ry73RBbyvqFhdKihARn5uee3FbE/jvSLzwol5Jdj7bxGWIIwyjr&#10;+X8qiNZNmkqElFPU7a3uLO10yTT/ABJcIJbdiCu/k++Pxqpba1os1n5ttAW2sS4OOccZ5rjLfxF9&#10;hvxd3+ox36XuEkt5jgvuGAynHHP8xT4PGVk/hVJdJ1eCC3eV4r5ZAreUVzkZ6gir9vaxDotK5t29&#10;6bTWZJQioX5EUbgZB9PWszXr/Sbu/wDJnuJ4lCnd57eWrD2Pb865Xw74p0u71ae38M+IbDUBIuPs&#10;08oIDdgGzkZ7VzXxY+J/hS60mVtR1A2d4sqxWdtbSqfLmDYbzMnOzHIOOc1Lqq17mkaEnNK251M2&#10;raHqerQ6Zoz3nkr8zw3VwW2t/s56cV3N3qlh4f8ADwgnvGjlIHlxsMg47lhkrXhNjr6+HEWfV4Q7&#10;3FusttdRSmPy8/xEYOR9K6W/8aaPomlWviX/AITeK7fzAs0STLI2D3I68DscURqtajqUNUkd9p/j&#10;DynaFWFq5ORNGTIPfBPPNXrO1e8l/tK8shcSSjIuHQHKfTNeYaX8UfCOotFqGgeL7ae684Rta7Me&#10;USflDdevrmnfFD4yweGrOIalqzO8N28DeSfkBIyygjAB7+v5Ue3SV7k+wm58qVmzuJPGfhnQb63T&#10;TpI4LkSHAETqMZ+8eefpVXxJrXibxH4lSXU9NtdUtoXXCAbWcEZA2E8AjHzdOa+Ytb/aMXU9ch+1&#10;6qjJCfLtFEmAR19iT1OTVrxf+1Dpt/o0Fl4o8Z2OiwWwYx3RDIzybcAOyAk54AJwBnnA5rL63Fvc&#10;6XgKsdbXZ774q8Q/DLWNZkh1zwLDoU1sWWObT9QEcrOPXAww+nSvM/iPrmo6VcR6u2pw3iSABSt0&#10;szIf9picg49a8X8R/Gi70zw292nim1lsJpFlWaVUbzWyQCrH5h0OcHnNef8AxF/aF0ObSoL3Q9Sm&#10;kbj7TGinbFk4yT3GSOfepeJudFPAzg73PXvE3xLtluHha0RJejEOBuPXJIrjNX8c28iSAzBgpO47&#10;s5r598WftB6X4dtZNV8Qawywxg5SE/PKw/hB/hz/AI15rfftQSJdXNlqSvAzoWikhbcEyuVX36in&#10;TlKczWVFRhc9N/ay+O9r4M8DT6ZpN7i8vQY4vm3fK2d3Pbg8fSvhCSCSTUJrwI83my5HmORgevtX&#10;oniSLxP461CfxDqGn3M8ZkAlkjDPHESPlBPKrnBx9DVXw/8AC3xR4r1228MaD4bvb3UNRuFttPsL&#10;azaWW4lY4VEVR8zEngDOa+/yipg8HRcHU16nxOb0sZjKyap+6ttDz3UdVjs9q2ti7yykxyBYg5BP&#10;Q4PIwfSmWF3qElo32y2jleOTaxWF4hn3DD+Wa9q0/wDY/wDjDa+KLLwXF8LvEaa7qTbbTSTosqSz&#10;fOU4TaG+9kbugIOSK7P4Hf8ABOn9oP45/FvVPg34V8O2NjrOiCf+2rfxDd/ZP7PMJxIr53cgkDAz&#10;+XNd39oYTmclWVuuv9fkcTy/EuKTpa/JW/r1Pmu8mv5wLUa2lk7qPKICs/8AtEc8VyurfDTVrzxA&#10;8OreJLy9tgitCWAGTgcjaevXtX3F8cf+CR37Qnwt8JprmtWMV/K2r29lAfDSS3YlaVHICsIdpIKh&#10;SDg5IwCDmsm0/wCCRn7aHhTWLHRZfgR4mmv9WDvbw7RMxVApZ3IOIhiReTgZyOoIrklXy7EyUudS&#10;j/i/Q6Y0cZhqbVmn0dk/x6WPkW2+DPg7UJI5tUtruVkUKVe+YBwB6dSfYV6N8EP2UfF/xW1u48Mf&#10;CT4eXur3trp0uoiys0aaUQRqCzlGYFgMr8o5OQACa+g/C3/BJv8AbS8TfEIeFE+A3im1u4yxllvL&#10;AxWcZH3WMzfKM9iDz+tfrH+xd+yz+xr+y18RdO8CfDmwhsPi/J8P0udXstT1p7id4XdfMYrnjEi4&#10;yijCY9eePE5jgMJrh4pt7bfiXRwmKq6VW7LV+fmfiB4W/Yk/aD+IOmL/AGL8IdeuEfVJLKN9PsZG&#10;ia7jVTLFIFUtHtDAsTgAE+hFfSXib/gi9+1N8Dvg3dfG74ir4b0230oRyahbf2q088ceOWQKhHBO&#10;0jrznpk1+x/hTWZbzUo/h94hl0bQtdm068mXwdpV4Ek2pOoM6SoqsIyrRkttBzKR2rx39sX4nfE/&#10;9mX4QeFfhZ4Y+GeufEyTxa97on2vTdTSK9l1GSN5It/G3YR5m5jziIDq1eLWz7EVLuyS6236adz1&#10;qOW0lOMVq1tf569F0/yPz+/Zf/YE/ZG+JMk/xK8aftEXV6dIt45U8N+HbKS2kuLl+GSRZAwCA4Ad&#10;eoycLX1D8MPAnhDxHr+jfCnQ/DNiPD8shsYrDYMpEzEGNhjJGCc5Oc5zXbf8E9f2Mfhj4A+Dtp4n&#10;sL3xB4c8d6jNLFrNpqyxrNbXce5GgSN14jBIIPU5z1r3z4S/sxaD4Cm0uTVNcg1DU9NvHv5rpbSN&#10;DLI+8EDA37dxzlieRwBivEzCrWx9eNptwW136Hq4WVHAUppxXO+y/I4P4Vf8E7v2M/CHxdvPEXgD&#10;4E32jXmgkxGbVNMd7C8LrgyQNPuWQjHVcYNerR/sz/BRNSbWNQ+GtjeujB4RdwqYrcA8KkYwq+p4&#10;5rrrTxdHPZR3C2U8+6RkDW8RkXcGwSD3HPUZ7+lSeIPFun6TqOmaVc3KR/2rc+Rbu7gb5Nu7aqnq&#10;SAfwFbSnGp8Tued++jL3TDuvg78NpNviDS/hToEt9typn06JGIPB+YqT04xVmy0q38IwGLw18NbW&#10;0SQ8/wBnfZ4Qcey4z1rduZCk0RicGJ5SsrySbdo7H39Me9OubG7nKywXTbI23MAAC+OetWjJtvc4&#10;Lxv4r+LWnSxJ4X+GVzeRyqd3mXsSBGHYgEnn16VydhqP7UeqeLYL+8+FOj2MIUKtzPqiPKEx0zg7&#10;eM9BmvW45tYt9VaUyiWFhkwuoyremeal0zX9Pu7qSygv42lR2DR4yVP93twKicXJ7m8a6jGyijPs&#10;NE017ttR1fSbQXEAJV2O/GQCWyRxUmlaz4a8iHUtINuY71dy3MagK4GQfmxzzxWhrGj2ep6b/Z95&#10;DIzSttYRNsO09ee4rIitvDGk28WiWZhBiIit4Q2TEP8AZA+79cUrWZne61NTRjqUKT2mq3kMh3Fk&#10;MMGwRjA+Ukk7j78VlDw7oNtbxaxo+h2r3E07NJOvOwMSXce5PHGOtaaX2nSQmATqqGTbLG3UtjGD&#10;nk1RuNV8HaVfweGH1WK1luyy2tvkLuPU4/8ArVbVxRv0K2v+BPDWqaa9tPodqxuoR9rXyV3SY6DI&#10;5+UdD2rE8MfCX4f+FtaOrabo6WjzqXYR6ncFJyeDlWcq3HfFdyII9PttkKguxOxSD81RG2hWBYpD&#10;EpaPhB2Gc5HtmpdOL1sNVKlrJmTp/hjwdpup6hfReGIYZ9VZftny5W5CrgZHQYHHSs5o/hvdyHTL&#10;bQbeVtKmImSG0dzC7Ywq8demcH271Zn1rUHZk0SwmuZJbgKsUiHZGufmYkAkDGcZqlB4p1XS9YbT&#10;fEegW6G5YC3itJjI5XdgOwKADn3qeWFrWLUp73Me7+EHgTxXreoMPDWsyPqMsbXjakGNqq5ziNJG&#10;KjjqFH1rtz8LfhzJOmo3fhKzuZ4gNs9xEGZNrbhjd93BGRjHStGCV7gkCBgqDDfLx+FUfEsmsNCV&#10;0KaKN3lQeZIMlU/iPu3GAOnNaKMYkSqTm9x3ifT7Ow017xNRazhCbS+MqoPYd+faotW/tk6Ykdte&#10;xiPaFl32nmDbjoFyMfU5+lWLIarq2nQWeuOgu1k/etAvygjuoPqPxGTWjFYywzyC4nLrNJ8iuflU&#10;AdAPzoaIvY5Lw54jsJL9tQmsJhOkXkpGto+8JwQzjsM5A+hpz+MNE8Q6x/wjdv4jgjuIWV5rZCEm&#10;+8CBtcA4OMZFaeleH9VsoJTe332ovKxKFBheeBk9ce9FrpUekSvLKzTu0u9T5OeW9x1Ax+FTyvYr&#10;mT1GeIde1WPQLu9j8NT3Lhf9QlysbEZPRiQBgYJ571534AsNTtfEv9reJ/F2qQajdXTSjSJXE9vD&#10;BnEcR29WA/iJ6nvXpN1FPcagQluBBJHlzyWkPfrxj0pljpCWs7BCZmckqu3DY9CQcke9KUG5JmlK&#10;cFFpnmX7R/gPwv8AFbQW0fVPEtto3MbK0EgS6lG75l+YhtmOMDkn0qt8O/hj4OHhbVfhL4l0jw6/&#10;hCWDFjYRzEXD7/vNKr8o+e+Tnrmu3v8Awx4JPikeItX8KLeaoFEUd5JF5jJzwmWOFGR0FbV54Q8C&#10;ajG8ep6LbmRotskn2cBip6jcBux/jWfsYynzW1NnXlGmoX0PPtG/ZD+HPh/VE1f4X3+peFm8wB7T&#10;Sb5ja3EYGBmKTKgkd0wfeus0AnT9R1HwjoHiWxmf7Gz29vK5efzckF3JOMA4GB+OO/STLG4BsLoG&#10;OOBY1CclVHX6dKx9c8D+GdVze3enSW3lM0kM1rM6SkkfMwKkEA4HtVqnGL0Ri60pr3mY3jrwbrXi&#10;PwRLos7Wmm6lPGkaTxYwzY45UZwT1FUvEXwo8OajpEj+IvCOmarq4hjuXnugVEtxH9w7/vRoDjGP&#10;c4q7qXwjvbrW4de0r4s+I7L9wq/ZGmjkjbph9jpw+B1re07w8LaSUajq93qBlQbpLhVAIB4UKgAP&#10;X9KFC71RTqcsfdZ5XrUWl/B3Tr74s/ErXbmOSWyGbDS5yI9wwCVVidwHXJ59Rk1f+HX7Smm/ETRo&#10;NS+HtpdT6eq+U93diMKrZ5Zijdh2wOa9I1rwhoHiOO1l8SaRDci0YmCOWNWK+hwRjHA4qv8A8In4&#10;Q0fTbzRvDuh2lql67SXC20CqXdsAuc4BOB+lRKFXn0ehaq4f2fvL3iuPjp4d0yFLXUHmkd2aK1KQ&#10;Etcsv3ii4+bHtWJf/tQ/CTUrVkGvywuhCstxbMnzA4IIPuK6nSPAugQGTUhc3T3ExLK9xclxCfRA&#10;SQnbpVbT/h/4Yso5bC60OCcSTyTD7RFG6RlyS2AR09jVtVjNSw66HLaF4/8AgbLrMtxonjZIbi5l&#10;3OFnKgt1JOeMn3z+FegeE73RP7OEmnOJ1JPzrOGzk5zn+LnvXL6n8BfhD4mgR77RY0lKFUlsoxbg&#10;5PBKpgH2zXO+G/gfongyzayutZ1GMNK/kxQnGEDYB69wPpSipxewpOnOO5ZvdV10amYotAhFiChM&#10;7XWW5OM7QOMDmtbW7TRpLH7GPLF2iDY0g4Kk4yPp1rM8O6TrOmaZa6Jca/daxPHOEe6vRGJHXuco&#10;ig4HHQUzxP4wsNH+Itp4TGp2StMMi3uEYsBn+EqDz04NbtowtfYnXw7LcSJa6ncNJERwrKF3EdTk&#10;cgVV+IPw503x94Zn8NanFF9iuple7EFzLHI+0gqA8TKy9OR36Vq659uv4o10mZd/mN51wvRV4xjI&#10;579altLFnsh5viGR1yGRiEyMdjtAH6VStbQm7M220qC202x0zStSPkaaRE6I25m4woY56KPXJrYs&#10;Lm20uyMUcjSHzASd2ck9a5D4pfFTwt8M/DV5rfifTdR1LIWOOx8N6e91dzksOVjHPBwT2p3gv4j3&#10;fxI+Fls/hbwvrPh291e28yCPxZp/k3GwkjLpEzFDjscHnmk3aI0m2JZ2F5Z3dzf6xcamI5bn/j2a&#10;VJIZVySGCR5Ixgeh55rp11HTl0sa0s6W8USl3luD5aImMksWxgYB5NU4dL1fVdOtLnWpJo7q0i2s&#10;9q+1JmzjIU88gZxWrFbaHrOm3GlazZQXNrIPLmS8TKSKV5BVuD3BBFELWuEk0yvpXiG01wLquha3&#10;p9zbByHltJ1lDMR0ypIz9e1FrqVzcXctt9kljj5Lq2PmwO3zcZ+lcdp3w40H4dN/wj3wX+FVjodn&#10;qVz52pXGm28MCbxn94ygjJ+ldZpenXU8Vt/a01zvVm/eNiNpF55Kqenbn8qd47itroX7m4kCFoYG&#10;KkjjCkA+3Oarw2zeek2sMfkYssEc+S6+pBUdKtWVtdXMMunRTJG4YqhRssB1BOR1qmi6X4TjmutQ&#10;L+e2Xle4uWkZiBjjccLwOi4FJpXGnoJYa9dya1NpN/FcqApdSIMRMmeiv6+oODS6hbaxcXzatpni&#10;J4oioKwfZtwCgEDHPXBqra3mnaoYde0LW3msHUmREnJDMDz65+mauWWtaRqbvp1s1yFUsApiZGZD&#10;8u5Sw5GQeRRKzBEt1b6pqGnpby3Gzay4lYYd+MkY6Ac9KZFZx2V6Zbi5KypCNsZBAxnrweTUhsFt&#10;7aKGO8ceXKzb/MLBgT3zTpLE3ty7fbhukT/Vx/K4x0IPbH9aaV0K+pVv9TnvbNtMtb0WF3LOrGRo&#10;xISmclRu4BI4z19KtWXmv5cpV4oULec0sfDc8Y56+9Qrp9tYS7PMZ5m4Kyyl2Zv1PWvD/wBu7/go&#10;l8Cf2BPB9vrPxkS+v73U42bR9C0aINPeFMBvmchUUEgEsfwp2itw1ex71Bqkt9pLXGwwMoYNHMmC&#10;oB9/51Bp13e/2bvs7x7iaWYMXkIACd1XAHPvX5j69/wdB/s6J8N9U1nwz8H9Xj8TW8ix6RoGs3Me&#10;LnP8TSQ5AVccg4znivoH/gmj+3j8dP2vvht4o1P4x/Ce00PUYoYNQ8NXmkTLJFdW0zMFjO13AdCO&#10;QSDjqBUystTSFOck/I+tNJs9Ki1CbUZdPWGWdStzPyGkGPTofTNSQate3ChEs5oo0k2xB2wXAHU8&#10;5H0Ncp4f8R+Pv7Qe31fRIrq1W3LPcW7gPHNwPLZTntzkcCu6tbG5a2ge6t41jjhEk9xvOEPoO547&#10;0KS3IcWtCrNezukck1w7qjYZVYDYeo//AF0sdxqazGETyLFI5dDgnA9CfQ0yXVrC8LQ+F9IkuXYb&#10;zL5YVW5xnJ5ODXFaf8RPGzeLIfD2qeFYorYX8sd9OZjvUrgLsH8Wc5x2HNTz6lKDaO7nmmguYWtp&#10;JmhkZWcwyD5DjknnkVYvtW1WHUX+x205gSAvcXDMFQewyc578VR1PVBPetpltAiSWzfuyhGc7QeQ&#10;eOc9atRar5NhCbgGQzDlJcLgd+O9Nak7FSDxrZX8DwW97LI8oYL5MTEkYxw23Gc1Y0R20uxh01r+&#10;4mCJtaa8kXzGfj7xwATz2FQalc2qvaWUFw6pcOWtXt9r+pIy2Qoqs00sU0VjbKbrbIfMklQS4bOe&#10;SuAp57+lJNbDs7XNP7TqMl6zzQB9gAEuMY68e/Qc1NcX93FZPKuxmA4V2wD9fSsfTL67ubbdPdrO&#10;TO0bKnBhwx+Y+pHHSr+qArDFbPqU1vIzgKPLGXA65znj3qk1YVm2LYXU2oxhr14YVSMneMkIc8c9&#10;DUOo391bXcVrbae1/blgHn3KCuf4ucZx7VT1KeMacmn2CtcB7gJdpvKAKerjON+Pb1q5baNBOto2&#10;n3wgksLcRpHAxdXAOSpB5OePcUtRstraWd1YuYtMjkdjtWJ/lEnYgmqjpdadJ9ujjlilRAggW6ZU&#10;UfjwceuM1df/AIm0QsmtHiKN8kiMQwanz6NcXc8cU1xviH+skc5OQeg9R70avYV0VZNVW9u1+zTs&#10;VYhZjFOMA4+8eMmqcuuanpUE0Op3sUW1y0TMpLOnQZA7k+lbqNpl1BJbw2USlGw+4dh05/Ks7W/B&#10;9rPrln4kl1m4X7OMR2EOWSY8k7lP3jjp6GlK6RUbN6mhpFqXsTr/AIgD2tv5IYxzHbgH17j8a8G+&#10;Kv7aGifDvxRd+Hp9XlbynItrq1UNHvPAViQTgccivXvHum2XxW8Iyx/2vqOn2wiV7iFEMcjDqFw3&#10;Q5yO9fIf7TH7DGv+M9Wtta+D3jadWM5EtrqbCRBlRtA2AEYOcsc9eBxXPVlV+ydWHhRbvUZ2Gk+P&#10;P2hviFqrarqHxIs/7JcIbaHSbkyzbzklCkYyeOQc9jnFZGufF/U/hefEGsXHxSv7vTXtkiudL1nS&#10;PLtkLAIxDbt/IJy2AM1137NX7NPxb+Gmu6QnjXxL4fSxtGuJLyx04uXkJQCIbpAXYg5Y5YKf7teq&#10;258G/wDCx4vh3cW+hXN3d2Tz3mnXN0Huvs7EnfsOS0ZcYwRjpg1EaMnq2dEsRBO0VocZ8Mmm1bwp&#10;pXivwXpesW7xIqabIkaw2nlMoyAJc7kYAHIyenSu9v8A4g3WjeDbjxRc6JpsEdpLLHbXN9OwicqT&#10;ucKq5HQ+9R/tCeHdc1fwhZaB4L8T2Wgz+Yq2m9hGAMYCIAM9OwFGheFtS0zwTpHhjXlsNRg05I0S&#10;81Nz+/nOS8uPQEgAEetaRTj7qOaUlO0mfMetftN/tu+IviVss/g14etbVLctZao7XXlC3c8MXwCM&#10;lR8pGcjpXqPw5+Nep6Xayt8avi9ps97d4WC3060aKCJiDkKXG+TkYBwOT0r13wv4IfTbk6bqkMOp&#10;u80jtMY8glmUoOpwqjIrW+JGg6JY6A0X2C3VmG2NfLLhDjkqvY4z0FFKjyPmkzSvilOKgoowLm90&#10;y+s4/E+o+MpYdLKIn2RL9bdGY8ZLnaxJ9AQaNP8Ahj8PLoxeIx4Psftw+dbi8JuXjHfYzk447j1r&#10;jPDcPh/4kaTqfg3Qr/ThqOkztHYSW1kkiCPGP3iSAjIJ6j0HNT/s52Xxf0S71TR/i94tGoWNtiKw&#10;eS3iR3JyckoANoAwB/hVyVNvVGC9oldOx6jYjT0+z6XpNvFHCoBVYxtUc5yMVZ1a4vNKuwYogyFQ&#10;TIOgOPpxxWJo+ka9Hpf9lXDW9rKty+Wg3OBFk7FHToMZI75qbTNHvpEl0nVtVe6RUKxSNHsL5XBz&#10;gYIx3q0o20RjJyb1dy3aXSxGVYr5ba0J82WePghmYZGWPGelTaj8RvCOhwQXN9rdpGZBst55ZwA4&#10;z055rm9U8A6Xe6PDo97eajeRcJcG31GRdzf3AoPA98DAHasHUPgnp+m6J9i+GzWFlcsGFxe3rOJ1&#10;c8DDsGYEdu3FZOU09EbQhSktXqeprr9hcxKtsodJGzcOjbQgxkEn34pNb8WeH7DRmv7y7SCHO1nm&#10;YJtPbr+GPWsHQPAul2/gGHwFrevtq94mn+Xe3V84keduTuboSMnpXE2PiHUvh48HhWD4I3N1ZQ5J&#10;vrFkZEYDO8RzEMeTgYz19K2TM+VNnfS6zpV5py6jp2qS+SUxmLAWTJ6gkdfoar2X9giykn0y4MKr&#10;IXd94bB79ScH2+taXhdNDv8ARUN1ps6qkX72PUIdrZzncQeOvcVWk0iCXWXa0tFkgmclogp+UgYD&#10;HimRqS2l3otzG7R6gNkEgMkjMPlfr9M4qe/gsmngEaeck2TJc54QDJBHryMVm6nN4i0/U2tdP0Cz&#10;l0/YCxgZvPLdN2GAXjnIz6Vbu5lj0C6vU3zTiHfDBGcMV4GPzpJoC7Hf6bNMmnSRCWJuVbrt+o/r&#10;TbrxZo2j6j/Y0100EmzMasnysSCflPfoawV0y1voVj1zS5Y42UO8puTGI2yOCVYfpVzXfDGkeKkQ&#10;65aQ3VpGVkQF+Gxyp96b8hGsNZm1SyjumBgWQq2yRPmx2yO2fSlnn1EyERr5KKxVnJxxjgqPrWZf&#10;zaPqmkrLc3skMVs+VktyVwwHBPHI5FM0q6nZobi6vjMwQgS7Su4Z4yD0NF2FkX7nxKkMbWXlCebA&#10;xFnBJPTPoaWDxFb2EEkl/PDawwvtkkkkUKDjP4VU1mXSLZoL+71CNFE3zs0wXcTxjrz+NWc+H70/&#10;ZnntJVmc5iIV97EdSO/QUtLj1SPM/jFJqfxO1a28O6B4yv7bRG8htQGjN9nM6M537rgfPtwPuptJ&#10;z96uy+FXwu8C+BI5ofDGiQWtptT7OkaZYgZLs5OSzbyeSSas2+qaVul0zTljjuoZCqoybAcenGOe&#10;mat6OjQxIigQsFdhGjZUuTnJJ980lBXuU5vlsa51aGOY2zjdvx5SBeSO5Ip8725v0vo5UyIyCM84&#10;NYQjfUB55heJmkDyCQckKeec9Kbptg+lLPd3l800Tyu6q5yY1Jyq59B/WqSJ2N6OdtRto7+O4KR7&#10;G3rH6885qrfyRLpb3mkrGSIm8qUoSVY9z3ojleC2VEmVRKeNq9O5NU9SvDDp7vf3ZgWOTzXmJBVh&#10;nGB7GiaS1YRvJ2R5Uknww0wan8UfHmkX14I32alPdaVKEh8ogfLGy7mVS2QQv8XWvVNB8caZrsa2&#10;lppl0nn2/mQx3No0XmJjj72CMj1HevKrP4y+Hl8eeKbvxz8SdK03w5YtaWljJqd3DGgkEfmTgFiC&#10;eXVe/IrV0P8Aa9/Zc8SakbLwl8cfDl9eGTbKlvehtqdAM9Pbr1NYRqU31OqpQrLeLPUYJRFZvFb2&#10;CiNVwlrsC7cfTjFQ31nqN8nkXGrS2iSKrk2yj5PVdxz1/pWOPH+i39tdQaHfLLeRW5lSEjYJFAzh&#10;e5+vrTrObxLrVvHeSwCGC4jjZo5vvRnGSMHjvg/Stbo52pHQzWui30sSTQpJIiYR3HzdOgPrWTqO&#10;p+H9CuZIbGHT1vViLxRBPnIHXpzUN9qtnc6bf3ngQ2moazBbMILc3wGJMYAbrs5GMkVyujaR4p0S&#10;1F54/tv7Q1hkae6/s+22owzwinIG4LgEjGcZHWpfK3dFtTirPTyO2k1fX9T8OSy2tn/Z9z0i85xj&#10;2bjt7VatYr+e8tLqS/t1Kwf6QqoSZGI5KnPArn9O8TPrulLIbSe22KjckFhnop9G9j0q+NQ8NCeW&#10;1TUEjuFjBmjR/mXKjBJP0p6MztLax0AePTuJJJSGONznIA9T6V574L/aD8AfE7xbPoXw11O4vp44&#10;i97cLD+4tsMy7GJOQxKNgY7c4zVXxX488PeEIVhbXtk+oybbbcQxkdVZjn5sAAAnPt0rnfCWmeHf&#10;B/he10vwtBdabpzRzvPq4X/SbmSSR5WYMASd0jsw7e1J1HzWRrGkuS8jv73xlbad4sTT4tJePzNy&#10;3eq/ZgFyBkLnOefXGK6DT9Xtb+CaKxv/ADCkYIllIIPuAOTXiXhf4h6dpHjNvBOs+L2uGmtkMV74&#10;gLC5uGcknGFVUAGAABz3rpvAmn/DmPxXc+G9H8U3V3MsEkk1i96SrEnJPXJxz0PHpUpsc4RS0N6z&#10;8I+HbjU7y21LWYL3UZpXlVxHtaCPI+Udenqa2vAWgeCdItXbw7DGTbs8Us4OTuPzNz3ycE1w3jr9&#10;nH4b/EazvNPu7vUbOS43gzx38p8tivJCscEAdjkcnitH4WfCey+B/hfT/CcOsXmpoXeCKUWoUbZA&#10;MFtvygAL1/2jQk072E+VrfU82/ax/aKj8Da7p2m6B4ilsUnZ0kkto94Ujo7D+7mvHvGPxy+NXxB8&#10;HXnw/wBc8Pa3rsF/bSMLzwlbRzTNEOCyGMEowyPvAGuq/bC/Zw8U3GlnX/D002y3WQzXjWzTGIMe&#10;MKgLE5IHAPHsKT4eeGdQ/ZC+H1noVte3Oq61rsqSXFzPAzJb/KPlAI5diwUAn+VcU6M6sm5Ox6NP&#10;EU6NNKCTND9n34neKPid4BW/+Gejapo1l4fX7JqSX9p5MssyLtKtuzucYydvc165Z2Xifx1pUdx4&#10;s8I3FyXYxwWsN15cYh243ylj8xbnjHpXaeHNT8O6posGm28cEMrpH9osoJkBtn2gsMLxkHr681yV&#10;14Umfx7Bq114vubMGQpPbJHthuohnEZLsPmxzlRn8K2jhlFb3OeWLcpbWZ8K+NP+CVfxUtvHmo61&#10;D8SfCvh7Qbq9cxz6xeNJLguSFCKhBOCBjIPFfSH7NH7KH7K/wYs7GLV9ftPFWuyTK8uqT4MSTbcD&#10;bH0UAHAzk/SvQvEXjD4M6PfnQvGvj3RZfs6l7RLq/hWcszEbQituOB3wM1c0jwJ8LvGeo3Nz4LNl&#10;PJAoEiSo+yJpBnlQwIBHIOPoa5qeWYalU51G78ztq5vi61LklKy8jD+OnijT/hFpzXGhNLquq315&#10;5umaZaAqkWMbnd0BYDbtXsO1cVbaj+2JrVtfalrHh1biDVYgYdNmm8qG0fPI6hwOQQQe3OOK9u8M&#10;+BvENiZ7e/m022jKrHElnbsWKjIyxkJyOmOTitDU/AGr31qbGw8UX1v5mVMhVXdefvDPH0966ZYa&#10;UtU7I5IYuFO11dnwH4h+FX7Znwe+IF98VfFv7R0Phzwo98t2dAi1SaSOZgPlQPOh2ruOSqNk4xg1&#10;2XwY+HNz+0B8TrL4g+H/ABt/bKm3abVLmGbLzxhXXyyrKCNzEckAcce31lcfBPwdJp7aBPok+uG9&#10;uE/tCfVbh5iyjq3zNhOOyAVtwQ/DD4LWbWPhzRLLTg6KJFt49vygcfQD0rk+pOM+aUtDulmiqQ5a&#10;cfePB7r9j/4y+JNdk8Uaj42svC8qmJLCKxZ5W8tHDbXC4GCvGAepP0qf4g/A3xL8KdA1j4q+H72L&#10;WdZVWEKtcDeVVCEG9sbXJ4Hpu68V12vftlfA7TPE0fhLX/Hltp0t3J5Vu99PtLM3HyqffGOKj+Le&#10;u2Gv+INP8J6RazzfbLZXe7g5hnBXJJXOMYxz2zWyhhqisjklWxsJJzPFfhh8Sfijp2vsPiB4RkfS&#10;NV06B2ubwiRVcqN0buwJUgkAjOCR2r6G0PxRrmoy23hHStPu4Lby4TBcQ2jGBoj95RL94EcjBA7d&#10;q8nuPhcnhrRhYeMPG7R6At4ko0aWV43uWBO1A6gsEY4JHQ4Fd5oOqfHXx9rdnq+kWGiaNpdqFjtZ&#10;F1KS6jnB6vtQJkgDABPU/jWsIOMrJinUjUhdo9sex0+KNY5pV3gYjEsxBOB1681W8VWOmXulz2V3&#10;ILe4uEA+0QMFkVuMMhIOSPpXiPiP46fGfwN8S4vDWufA3UtXgYxxHxJoekfaETdnEhQOWVR/Fk8e&#10;9a3if9ovxnofiiPQJ/hHe6pasyiDWZJIbZY5yMEMshBQDP3hnrXUpJLU4fYzb0PVEgvNX0ZtKv7X&#10;JWAJ51ztJc4xuKj164rnvidfad4G8FfaNNt4i7utvFvj/dIT95iBwOMniprvxF4ouNGaXwdFpWr6&#10;hbwrMLCa98srn+HeoYYzkbsVU0DVNe8deHxN4x+HraNcfaSslnPOHWR1z8wIH3T0BwDWdRXWhdK8&#10;Je9sWvh34f0l9NTxDHfC8FwFKo1ui+XwAAMjIAGfzNeI/Grw9ovhT4/x/G/WNIu9b1CPZpmgwadE&#10;YxZoxO7dg/vGLMeOhPXFei/ELw341i8Ky6bo/jm30C5uZ0is/IiN1Jljwiqdo3Ecc5xjPQV5rq/7&#10;Nn7YnhdZ7rwv+2FoWmaeYmymr+GFkktcj7yzNIVBB5ztwfSueaqSSilsdlOVOMnNy3PXPjP4u/4Q&#10;H4Wp4lvPGMGgSRWyh77UJAiIxAyCBwW9h+FeR/sv/HDUPEms3lxrXxduPE2kRlhJdFBtglBJ529F&#10;I45HFc74i/Y2+J+p3MXiD9pD4q6b8RHZY0tJNQgljjsB93zIraJo4RwSTIysfStb4Rfs1/8ACi9a&#10;1iz+H/jaG+0TUWdodOkiBWGZ8YPmj+ADORzngcVlOWJ9smlobU4YNYdxk/eZ9CeK/ibF4X8P3XiC&#10;x8M6nq8MYVLW30ez8+SZj2UKc4z1Jr5k+OHxX/aiv/gX4tvfBnwcbTrxJBHpVnqEzKzPIxYsTjLF&#10;eTjIA4rb079n39qDQPEF9NH+0HdaRoUt2k+nW3h+zhmKkkkrMs0Zdl6Y2vwOKXx5+0R+1J8Afs8n&#10;jP4Pj4jeE5d4uNT8NWrw39qoGcvBKAHBGeg4x1NdFRuyb0MaFKMXyws2cd4G+NuueFfhtoGq/t3/&#10;AAcvbG707T4rCTxIt4L6G58wD/XpAzeUSecleo6ivePAPxx+CPinUrLwt4Z8cabe2c8QjsLOGINE&#10;5U5XtxjjA6nFef8Aij42/s6eKPBEM+mT69Yy67owltdOtdPkklhjZuHMbBo0cPkAnPNeI/EfwN+y&#10;AkltrXiz4Q/FnwlKilpPEvhzT71pM7uJHMJeJc8n/VgjPFCqaqw5UIzi+bQ/QS00WzsRJfluPLwY&#10;UwEQHrtAAx+NVvFGsw6L4cfxHHpq3i20ReOMOFJGOcE15l+zf47+GXxN8BG0+DnxeXxfb6Yuy4jv&#10;mIvImODsuEcK6Ej+8oqx4Z/Zph0DUdRt4vHGrXljqy/8TKO91F9wbcSFjCjYgAIAAHTOc1tNz5Pd&#10;OGEKcanvvQ73wRrWieNdBt/FdpZ3KR3MOcXbMCp7gA8H61tWhWwSC3bUdwOeZAMnvjiub1bwv4pi&#10;srPw94SjtrWxgYQiCcFkaBVxuJHO70HfFU9b8EeIDrnh2Cz8S63bxaZITeNpzRLDdgjpOrAkrxwV&#10;5qoOajqTJQcm1sdhea3ZW4RJZpEFxN5cTsuMsegGf0rM8XePPD+iImmX/ia3sp7gBIZHI+VvfPHP&#10;QVnXlzqXiPx1a6c2iI+naYrSS3N35kb+fnEZjwNrqOckn0rfu7bQJ717fUIbOQogZYJYwx7/ADYP&#10;Xpim+Z6Im0Va5DottcX1g0V2kzo+4LPN8rbT3wKivJZdA0tVuNPWaBJljQwR7iqFuW2+g9Oax9V+&#10;JOqwX8Wgx+HXSS4jZo2cFlIDdtvQbecnHTFW9U0/xb4mlsSt3Hb2UMqz3Kop33G0/LHnoqE4JPJx&#10;U6JW6hvK70Rx3i7wbpHxf8WnTr3wi7aRDbPFJeT6YqvEwOCib0JYP36DAPStD4e/s2eFfhNq174g&#10;+HOoahA15Zrbpp0+oSPZxDIO9EYttPXGD3x0rS8X6D8RNR0i/g8J39vZX11YGOG42Flim65AI54B&#10;HPHI611FhLqVlpsdjMoUQWKYu5ADlxgcoMYPfHvWUaFJ1OeUde50SxVdUuSMvdelrmNqvi/T/AGi&#10;TTeN/E1rBbQFUN/qREe4MwVcjOCMkDccckVwf9qfGjw3+0RdaX4i8B6Zc/DqbTI7vQ9csZxFLpVy&#10;BteOaM4EhkJ4KHI7gjkdh45+HHgf4z6HdaH420WOUSoYpYpSpYgMHVhzkEFQw9CK0dH8KaL4P8O3&#10;Wh6tfX99aSEKZtSYzZBG1UXHYAY6CraqSdlt0/4PkZxdKEbvfqvLTVeZja343sheQaRpnhi/U7xc&#10;SXNpCREEyQxY4wevI9xWppM2kXd3BfeHNChaOeMpcX9vbLnK5+QnqBz6U7VvD2uXGjtZ6Jd2CSM8&#10;YsZ7m3LLbQgAH5Scu2N2OgORnpVXSPHCWmtT+GtU0y9X7BA7XV8dNeOBVCqy4cDYSwJPB4xjrRHm&#10;Uve/IUuXl9z8y5YaPpOi3dxdpYWkTSzbfMjt1jd3PO3IGWOMc1j+NtV1PR/hxrWsXvw6huGcTfad&#10;Jmu1VLi3Aw7tIMhcoCcHPTHWulk1Dw5cW73Ru1YyQrMyRMS+CvBIU5HHauY8Y+F/CvxX0q40O71S&#10;/ZJ4JIor/T5TF9lbawDK4+XeM8Bgy5AyKp2taLFFScryT8z5P1b4Jaf8cPDMNt+x3qfg/wAOyaZq&#10;MUkGoabKoXSRuMrwzCIl5xtIBV8Hcc44r1r4H/8ACQ6tqFjrfxL8M6BJqXh/TpLRZtMvHuZJhwpa&#10;T7xAYq7AEY+bjABrC8O/sueGrf8A4Qr/AIRLxd4ts08KahPqet3EQtheeJFlDxm3u22INpZQf3aD&#10;cvHfNexaPBps2hX/AIP03wxqHhK2t3CeZHZR2yyK/KFXC49QQMkY561xQoydXmvb8n8raWPTrYqP&#10;seTfs3uu+t9bnG/G7xz42tbuO58I+GGe11KwuIo1eRFUDYAZAisJW6ZBwBgE5xxV79n6z034e6LD&#10;ps3gnUdKvLu4dH1K/lCw3hLfK0QVidhAJGVHc9811vhL4K6X4KDaul2b64tbV0tXvgZpYoyHLRiR&#10;ssVJY8H1I4BxUfwq+HHibwroxVPH0mr29zfz3qyagqu9ukuWjtk24CpGCAB6DFaqhNVufW/y0OeW&#10;JpvD+yVrL1Tf/DC6vd61m+g8N+H5tS0+W3a5jke/iSLd8qrHH8pPYkZOOK8O8TfF+/vPifB8LL7w&#10;cmlCK4v7TXfEMt3LZpexrB5mLQqoa8ZZJGJjVsoQSQeK988Q+FPFXijw9PoWh+KBpLztG0iQ2oEl&#10;vEXLSKNrYyy/Lu5x1HNaMHhLTJPECazf+HbaOTTg0VhdSje3l7Vw6k8qc5BzycU6lKVR2WhFGvCi&#10;ubRvXvfbft93qfBP7VHwm+DXxkktvihpWo+L9esLGaPR5dB8LaMyXGlv9nAN7dyyAzSvHuDBO+7o&#10;SMV5J8L/APgjBrXjzw9Gmh/teay0EzrJGLixe3kkt2AkB8sOpzksp3KvIOMiv0q8T2HjPUfEU0MF&#10;noN7pcDmaytbbzDqKE4xuAYKqEhzkjPTrW7q/hGbUIRHpNlAl4FV55XQqyvtA4KkfMBwD2ArzqmT&#10;4LEVHKVPX5q57FLiDMcLRjGFXTonZ2XpY+G/jT/wS4+Efhr4Da3pXinwjefEO507SI2FoYbaHURI&#10;WUO1rLGBIzLGGcRu77yMZ458d8F/8EOfhZ49lvp/h/4sfR7+yzHc2nitDdMhO0RyoVVFY4DkAZXk&#10;c5FfW3xo+IHgrxT8R7X4OeMtK8U3F9d3u+G78K6Jcr9jnSXyYpnulYIPKV8uGLIQxHYg+vab4F1j&#10;wzp62viH4mXcFu9ywVLS0WNnJxld7DKZxwFwM5x1rKtk2EqPlUPd7J/re/5nTQ4hzGhDmdT3n1au&#10;vus1+Xqfmx8SP+CFF/pF3pXg1vit4Mm1zVrQsLie5aymaRHJIVNr+YPLAOcrzkVSu/8Ag39+JkXh&#10;FLvQfHHhy41tLqNJrKPVXCCAgAzbymNwJOVx06NX6u6J8NfhppcP2qbRFu5JBme+vwZpG78s5Jx/&#10;KrOoeHtK8O2d1rfhfwfbPJHaM8RtsLJMQG+TaoGc/KAOhzRTyDDwel0u3M3/AF+RM+K8c1um+7il&#10;f8dvxPxI1X/ghl+1pc63d6Ro/gTTNSltCPtVxb6/bAoTyFKF8gkYPOOKs/Ez/ggf+0N4E+Hd5ruh&#10;6zpPiDXbMxyp4b02K4+2XULBS5jBQo7Rs21grH7pI6gV+jH7PcX7ZGlfHfVPEnxD+EmnRaP4luIp&#10;9Q1BJdkk6bSieYnOySNSoIBA4OAetfUWkQWt/bK1rDNZxQNIFtltwm7nHORnB9sZq45LRs1zyv6/&#10;8BDqcUY1TT5Y/Jfg9X+Fj8Gz/wAEJP2pdat/DF5D4Li+0a9CLi5064tpYX09TMsRW4dgAoAcSELu&#10;IXJ5xiqvxq/4N4P22wv9saD4P8LzRWckdlBY6NqhFxfpv2rP5ZTjOclnKnaMkV+9Wn2MsN5HDaQF&#10;5FiaFndhsVcgjvkD2X0qXW9E1WaOGK38Rm2jW433MysGdhg4jGRgLz16jHvUrIaL1c5X9V/kbx41&#10;zGlJKEIJejf69tD+fu5/4IIftUf8JvqngrWtd8J+G9O8K20Eeva7Hem8triaQxiNRFEvmbsSBmyq&#10;gBfpmW+/4N5P2u9X+J8D+BNMtNS8IOb37P4puJ4Iku0jSRrdnt43Z41kKKmQDgsCfb9p/in+x5af&#10;FV5Jdf8AjX4u0iK6haKSy8M3iQpJKwAErOYjK7d8M+Bk9gMdD4c/Zm0TwHZ6VoHhDx74g0vTdPAS&#10;LTWvzOZiM7jJK+ZHDZYkFu9c6yP3+XXl1+0r6/La3zujtlxrivZp80eZ9OR2Vra773+VmfzseNv+&#10;CMH7aC+NtQ1W++BHi7w3o1ncELrsum/bkKLwkqSQkM0ZbHzYBAPQ1037Ifib/gpJ+y1+03pfgnwj&#10;8TPHviXwUusPY3dkNOmu7a4JhcxbYrkjYpYhhtdPlXOccV/Q1D8M5I9ZuZNU1I3FpKFNrbMHV0VQ&#10;OC4bklhnoBgYwetY3jTwToFxpn/CvZ77Wra3cG4a1h8t0uCcgRiVkyGJAwCR09Kzq5HiXBwU7xta&#10;zSb8rPRr1vp2NafGeHq6VqSve902l53jqn5qyT7n5gfEz9uX9tPwlq6Wfib4B+HvEenJIo1jVPC+&#10;syOdJRyxSO4OzyhIuMNtO0k8GuH8JftlfFj9of8At/Uvhn+zH4tu9G8NQyXHinxD9k22uk2yZ3Sz&#10;MxBxtVm2qCxVSQK/SXw7+zT4Xs9d17wxqXhe9h0K7iiW9F9p7q9zKzptiBgbbMnJG9hwR6VqTfCi&#10;TwjLceAvBfirRNG8NajcypL4Jg08LDMHT96sjPGxcuOpJ/HFfOPgnD4tKWMi3utG79e72/qx7seO&#10;44K8cEop6O7TStpfRdfw8z8YNT/bHvPHCXF18ObVNcigOWm0u2uJUKMcRneEwpY8BTzXBSfts+MJ&#10;9eksvDngS4a4tbWY3Mcs0rvDc7GVDlQuNrkP042YIOcV+0ngn9nD/hA9OuvC/wCzj8MfB3hyDWXg&#10;1HUP7LtI7YziOR/L82NML/Edw2/MB6cVyut/AvR9M8YzXuu/s/8Ah2HVJpZGt3tvDVsROdpaSVPl&#10;GAANwzk46YIpYfgzJsA7U6bT7uN/uf8AWp1VOOs2zCNpTjbspWdvNFH9nH9pz4Dft9fs8ad8MfFO&#10;seM/hjrOhaZpsb6lJP8AYx9vWJAzrK5ePJeJikb4YoSQPT6Z/ZD8B+B/2efhuvw78LXUl6sVxK91&#10;rM0Qja6kdywJH4k8HByT3r5suPhpqt7oMuppe6LbWOi3a/bbfUdEV/tW7cIy0WVO5cYHoGJ2mud+&#10;BNtr0vjWfw14++Ius+GtP1CZpReeHtQV0tJ4VKxwqksTYjZWJKbchkX5j0r6/D4l0KsJVYpt6KVr&#10;adF+l9D4jGZd9ZoVI0JtRi7uPxa9X0fnbW1+5+icev6VeK0gnLOoyF2/M59AO9UNc8Z6Jo1zbWV5&#10;JMjX5Ki4SBjDAoz80smNsYOMcnrxXif7PZ1pob/wn4/+N0fiu+Ub7BLPRxbTQxgkCSQj5Zn+78yg&#10;LndwDxXV6t4Dv7bSLqXSL9L4y3g+2W17GsyshZdylHkK7hjcOnpXs+1nOnzRX5fofK/V6dOs4Tl+&#10;DX5r9Dpf+Fh+BfE2tHwVouuJM8CLJPKoxDIueQkh+VyD1APGa5jw5+1V+zt47m17xLoHxc0V9O8E&#10;3U9t4imnufJGnzxD5g4kwcAchgCD2JrkbXx18D9AbUrPX/Ftg99bFzcWIsGAs13CJgqQH5zkgfLk&#10;hmHSuZ8L/CH9gX4meMJ9c1IeC9bvbq7b7Za3FrGGlk2FSHWRiwIV8Y7E88gYwjUr8y0j9/TodTw9&#10;BQbfPbpZbvr2+R7NpnxY8C+O/C6eLvCni7T9Q07X4Q+h3tteIVv49pP7kZy+MMSAOMVyPjG58P3P&#10;iGTT7q/t1mkijW0hlmXfIsb5kwM87f4sdO9ctYf8E2/2SdC1q01jw34V1HTxbSyXGnjRbuURWrbT&#10;86SZJjGCehGT3qxYfszfs0ab4btvDvhbwbqiXk2qxTR3l5JNJLbzeeJHkSSXKx79uWMf3+Bhq09r&#10;iF8cUvnv+BgqWFbvTlJ/Jaeup5F8V/2RP2fviB4wTXfFb6lbatBPJc6Rc6RJHITdhSsU4WRXjVlR&#10;eHKleRu6ZGD4C/4IHfsxWviXSfH3jHx540a5adrrxFp11qkTJqkzyeZ80kaK0YJJ3bTk54Ir7ij8&#10;P+G5tehv9C8Lw3l1aoS19cKCYFZcYzgFsjIxWrqNnY61KpOmwPdKgEiyAgBWXp0447j2pfVMPObk&#10;4ps2Wa4+nTUITaXqfIfxN/4IwfB/xHfQ618GPif4h8L28FtsbSGvXureV88uzO/mA7cAYPBGa0fh&#10;1/wTVi+E0Emlt8ZPHWqWz6hHcS3NzfwouURwu7biTaNxJ+cA7Vr60ayGkWy2luo8hU+WKNCSuBx+&#10;HXHesD4i+CNA+Lvgybwd4ngaXTr1QbqJWlieRB2DKVKn68expVMFQScoR971t/X3BSzXGNqFSo3D&#10;rpdrz838z5M8VeKP2f8A9m66n8LeK/jZ4lnlv5LZbrxBc6nL5emedIViiQQeY292BKjoBkk9as/B&#10;7xj8Ff2hPiNP8EPBXxL8fTajdm++26y+nz2yRfZWXIaS4gCzhnbhkYkhcHANT6D8Ov2H4fiLP4Dk&#10;8R+LJdY06dbptVd5JnEowggaba7FYwigLgRgYxk17n8P4/htrd9JoXhT4nO96bk3VpYRX7CeIBg0&#10;mWZQzKxBLDH8RGcYrgwclVbU3HfRKSfy9T1cwvh4p041L2TblFr/ALe66eWhh+A/gB8QvD2nxeCf&#10;BX7TUtvLpNjbx6vcTaTHczz3eWfzyHbESujLlRxlTiu0+H/w31HwckeheL/jBqutiGaS8+16nHbx&#10;NcFn3NBhRzGgXkejjmuZ0/8AZr0nw/8AG7XvjVLrkd3rWr2MUGoNqSSrBHHGSLcLhxGxGWADKePT&#10;vY8b+KPiML99I8M/A+e4iSEzPqF/r8NuLrhi6jAaU/Mq5KgEjAFejGEKULuNrebeh4/tJ1qllNO+&#10;t2ktfV2O4T4f+AdXsRqtp5YlmLv9t02fYszEFQ6AEqMEfmtPfwtYy2TaTMbi9mOx0vb65VNgGOVw&#10;OB74wc18vL+0b+1r461LU9WsPhjY6BoOgD7PPBpduJ50baH2AzkBWIbOdue2M5rU1L4zfHTWPCei&#10;t4I8Hahr+neIbS5tpInjScS2kgKpJM0UY8mRSdpRto2jJrKGKpSTai18t9tbbnRPLMVCai6kf/At&#10;tL2b228z6WtNB+HviG1e4sPsWo2pH2cPZ3SyRwuBhsMhwrcc9+K57WB4T8L6gPB2jRT3c2pQSJDG&#10;1yGaEkAbBgEqncluefSvk79mz/gm/wCBP2R4I/ix4D1XU/BviW91L7Xqvh2LWbrUNNiSVJI2tzaJ&#10;IYypJVxIxDKV+8F4PVaL8SfGP/C09P1a206yuJbV5rXV7B9SmsJL2aRiGW2tniQOWwu1vNwCTyVW&#10;talZuKfLa/8AXYzhhacpyUZ3Sv5Xf3nvHgb4Sy6Hp0kOjePbx5IDGl1FHaI8cch7IwIzjOCQfU8V&#10;ctvCEVhBcWfjvxMltNLdZsmuJI4/KTHOQGIYnGMsepHU1zWhaL8b/Fz+H9T8WR33gCzsV86bw1Zz&#10;RXRmHIEU0ysy7zgcqWPPOCK43xVpWnfEeEfDz44aV4n0nU9TuLq0tZrTSppLWW3WTzI0LESRvP5a&#10;53jbtzw6sKekUkof5GSjKpeTqLpey16/f52PY/Dnwy8C+CZb661O1OoXFzL9rM9/KpCRHOAACFCq&#10;D1Oc5ql4bk+FFxr7NZzRW0FuzELb+YIZy3Od7cYGegPOc4rFu/hv8MIfhHp3hqDS9Zv9Ju3hSysT&#10;e3HnLnlfuspTB5JY4X61u29nrWh6db+CfDvgSRrO2tljhul1OI20OWHXf+8bg8tgnGeppxUk1orf&#10;ezFuMk/efN52St9+/kcposngL4b+M73VtBu9R1y98RXj2wTU41h06ycNujUuULKOoH3ixauh+L/w&#10;x0/xp8OLnwYNOttMN1IpefY/yyHALpJH8wYHkL374FWG+FniY2ET694pj02SK/eeaDQFSS3vI2JI&#10;jdbhGOVO0hgQ3Wl1e9vNGecy39u9lBEZku7rUktgpY7enRdvXccegoUbQcZLR/16jdRyqKUJar9N&#10;uljj7XRtF+CXh/QNJv7yDxVcXd3BpmgWj/LIGklVS7u3LYG4hz06DgCunsf2cfCt74TGg63d2M2o&#10;Wmrme4vbG3O6ePzA5ilGRliDtY+hzxXN/ET4eeI7jxJomoz6RrmtW0Onti48ParCk9jMWDeaDLs3&#10;KSezEjHTFdRpXgaHRvE76tor3lxLp+6WIXMxMd7cPEAzO6AYOQN24MMkYqIRldqUdNka1JxUE4z9&#10;56t+d9PQzLv9j34YS61cXfhg32gOp3RyacUMe0DGzy3DZ55LHnPpXD6h+wTqGv68moeJvjZ9ohtp&#10;lfyj4ejRrgK25wzhh16ccZySK9N8cfFfxX8PdMj1KTwk+piKULdNBeoHTc2FbZ1KkEcDJ/AE1DN4&#10;58YeJxND4a8L201uRuhv7uUJGVPAYI4BJBz1/GnOOFb5XHX5/oKnPHJKfNptdtfqZz/sufDJ7zS5&#10;9B07UpYpJS0kVtqOUtA0fPyyHiPIztGTluABXM/E39jHw/4i8W3PiDw343fQ7+6Rtlg8SG1nKooA&#10;CZ3LjGWPPB4FZ+ofETxf4G0S3v8AWvDUOrWL6n9jn1LSLyOOZJA33V8sAn8snA55zWrp6+HU8b6R&#10;b+Kfht4jsLm/uVh0qaa+EwOG3GSd4yTGWVsYztOMckVl7alP3VHt3X6GyoYmk+Zz79ne2uzd/wAD&#10;Y8VfsifDGD4Zw+EPC+n/AGXWHVnXWNPhT7UZMElicKHXJAw3QYPUVzq/sYa74o8I23gfx14vtbi3&#10;jiilvru3hdriS4TZt3tJwcLvU7cHkc+npV/4j8QSzzaxoPgq7W+0sl7GbVZ1SC5Dko8IYb3jKhQx&#10;+X+IYz23dMv3nihGrXLG5SEiWCBwIi7MehwCR1wSB05GTXTKhQnLVHJHE4qnGyl+p5V4S/YU+F2j&#10;/Eq28V6gY7/TdDso4tA0e4jJ24Qq7XBOfOJJyMYAPGOBXiXxs/4JCWPxT8U3Gq6L8Vv7P0q41V3h&#10;0WWBhshKnMSOMkEMMZYEFQDjI5+wZr7WbnVb620eOa1WGxBt7u4gEkbyMeNjbs8Y+ZWHpjvWla6p&#10;p2WWXVLcTWKol7JEvKylRw3BIznIHHUUSw1CSty6Dp4/GUnzRnqfDPhX/gjT40l8CTeDvHnxl0S7&#10;gtboz6OVsZpWiPmbkSR8pkBcdBzkjHGT03w//wCCKHwi0uTxFL8Y/H95r6arLC2kHSITp76WVcOy&#10;owdg4flSHUgLgDBr7M024ad/L1MhWiYnCNhW9OM59fyqzbXlneWa31lBLHC/JEkbKSOc/K355ojh&#10;aCWwp4/F1G7yPIbD9gT9kLSvh/efDSH4HaRFpl0sMuoSmLNzcvEFIcy/eU5UZ2kA88cmsn4v/wDB&#10;Ob9kn45fEHR/iR4l+DmjNd2Lq1xJbI1uLuPAKrNFGAso+UAbugPfpXs2ueIl0+aWEQzeQsIM00Kl&#10;jGSRgYAPXNUtN+I/hPVLI6fDfTI80hgge4tmTzpCM4XcAGPX05BrT3HoYqpX+K7/AOHMDVfgZ8K/&#10;B/w8v/BPgn4L+G10abauoaXb2qQrcpuJ24AAZhuJAY+orI8GfsX/ALMHw88aWvxj8KfAzTdM8Rrb&#10;LFFNDF/qmPIZYgxjWQf31G73xmvRtb0a71bRrrRHuXt0dgLSWGRjKmMEMSfcVl+B/Hl7rpuPDPiW&#10;3Flrui3QhvreLe0cqH/VzRlsFkdckE/dIIPSjmSnZ9dhr2jptp+v+f6Gjovh+zmRdc1UJdXklv5R&#10;u/LUOiEncARyAevHpWHpXw4+Beg61dfETTvCujW2oXUDW93rUMIjM8Zcko0v8WW5JJJJ6muxkht5&#10;oWlmI2zLtTef4SMEDHt6VWv/AA1bXemRaK1rFJaRgb7dicMqjCr9OKrl0siFNbtso2N5ZWurtpVn&#10;NbIsoL2sEWC3P/LQEcAY7ck5rA8T+N9b8KeKZrG20Ca+tZY83Kpd7JEbGAyqRyGCnGGzkcCuqsLC&#10;yskDXGjQwJE4SyIQEoBwMelY/ia+EV9Gup6VaSaf5qm5luWGBhiAFyDvYk8J14OKyqKXKrO3yNaL&#10;g52av6ux5/8A8LN8L6f4lt/BWqrr6yzQSJClzGLeCMOCoMksa5Rm+6rEjkGl8BfDnUvC3xuvfG9n&#10;8HfCenWUmntDdeOPtpuNRu0IU7DKw8wqrgAhjtwB0wK7jwxBe6RE1xqWmWlpoU1k0kwu123QbcSP&#10;MAYpjBPAGR35rWibT9U0Nf7CsIZbF7cmJTHiM9eCuMkE+1ZxpVN5S2fa39L7jadamrqEd1bf/htf&#10;W5z3xC8A+GfHsH/Cc+C30uDxXBZPa6X4kDbZYEcoXTeuTtYKp79BxUXgfTPF1hp1ronxQtNIm1K0&#10;tGfS7rT58yzS7mL7S6g79mzcwHJJPHSk0Pw1q2nn+0vGaxf8e0qRaJaRRw2dooY/vCVySzADnd3x&#10;in+IviH8L/hn4Yu/Eusaja6bZ6XGss017E67ZJflGxnBZmOMYXk4xV2T956Gd5JckXzf1tf+l2Om&#10;022ttTlu01DQbmycy7vtM5Rdx4AKMpz+fNXLa307TJYbOS9Eksh2W7SqC5wMlcgfU/jWNpXih/HO&#10;h2OoWenXY0/U4kmWaS3aJwvDDKvhlBx3GaqR6Xd6U1xrUR1Ka6lmMoijPy7d2MAHj8euKuyjZpGX&#10;vS0b+R0uo2UdnZytJqnkRsmxNoVRGSeo46+1V7/wtFNJBqNzCt7NaSiSzWcKPJbGNykDg4J5p97J&#10;eXayI9s6pHyzByvy4yOR198VX0PxrpuoCKytbxJ52thKdoONvQk55H480PkbsxJzirowtQ1j4ian&#10;enQv+FdwJbSLuW8mvFdFYMOoHPIyQfWuos4rTX9OjktLqZLaMtGIthTlCV784yPoeK5X4oftF/D3&#10;4OR2t/8AEvV4dGsb26FvBqF822AynOELgEKTzjdgV0Gi/Erwb4gsrS80PWYryLUIxJay2TedG6H+&#10;IOuVx+NOmlF2vcJ80op8tgjXTrBzEkMYSFCESOTcz89wORyf1rE1zxt4F+HGoy3/AIx1GCNoEHlX&#10;LxAGESEBYhjksx6AcmuitNC0G11SW6jgKzyOWBdehPXaR0Fc98Qvhl4f8Y2iJrOk2d9dwyLJYtfP&#10;IsX2iPcI3cIQWChm475p++gjyXNqfx34Yl0vT9bjvAbbU5Io7OYqf3hYMQOnAwpyelTPpkF7dJqd&#10;lYRI5QhbraM7c9B36is3RvCf2DSNNsVvFul0+28ss0IAdsY3YH3QOwHam+BZ/iDJdaheePf7Otbf&#10;IS0trCZ5AqjPzF2C9RjjHFO6e4mkl7rLFzp63UjxvdyNNCV8xncfKDzxxxUN5FZwtHd3Fuk01s4A&#10;KRh2iLdCD29zWb4f8XaVreqXmlWOn31k1rI/nT38BVbpIyFLoSfmHPB+tdCBbajosl/pkIJnHzeb&#10;n5ucHOOegpayEvcepNaaklwfJkVSSMxgjB247msO/wDCmi6tr02p6zqV6220MbRQ3hSKNf74C4IP&#10;vn6VHYXU1vrM11LqTTTupK2IYArEp52jpjke9aFmti4kgEyRiaYO6TKMnd0GPTimhbbEmlJbQoEh&#10;lMabcQ+Y+5yo4BPfmmW2vaQL57K9v8SoqkrsKhgzYXk8cniq/wDZUNnvn8OQIrrkF5Hchucn64+t&#10;Pnsm1LTPsmr/AGVmlYbjcoGVVDZUbc9e/X0pWY9Lnlv7SX7YGmfs6a3p+l6hod3La30Zea4htw+0&#10;jOEXJUFjjkk8DtTvgH+2f8BfjzaXNh4I8WTxXdi/m3ljqkOx0GeSpyQygkDg8V0/xn+C2h/F3QoP&#10;DviXRre8WO4W6SOWEsjSr0bHp6jPIyO9c38PP2Yfgh8K7mx1DRPhBpdtrspffcW4ZN67ssZCOCOh&#10;2kHsO1TJyR1RWHlS2949bjbyr63uI7l5d4KoWThs470mrWA1S6kvYby6UQDBWOchSw7FemO+apw/&#10;8JPqtxsigtraCLAhk3szhuhIHb8a6HQNKbR9Mi0+WTzGQHc+PvEknP61pFc5xu8WP0yKRLcLNGNx&#10;OScdeKrXdrFYMZZZ38sj5VUdOScVqYA6CqurpC9jIJx8oUnP0Fa2siepy1v4kM7S/wBnxROYflaK&#10;O4RwhbovB69D+NXJNNYQfaFug7NHueL1B9CK5+0tPAKXt9rWj2NuNalg33L9H3gYwQTwcY6CtCFd&#10;A8L2sN/q2rW8d1LFsEs16QmP7qqx5+uKy1tc0td6BbeD9EbVW8QT26pPHF+7uDdOeD6qW2jH0z71&#10;5h8ZP2vPhd8KJmstRvJ9Su95VbfSpldNw5w7EgKPXOa6L4h+KbnwysOuaJ4RfXIbdWXVdP09vNmB&#10;bBDICQr4xyOuDxXj/hzVfgx8V/EtxP4u+Ftxofiewvi09m2gzR3H2bAKtv2MnXngjiuatVny2hud&#10;+EoU+bnrK6RT0P8Ab88UnQW8XwfAPV38OszLJqk8jQL94/MruuH57jArqvAH/BRn4G+Otdj0e7nv&#10;NOvGUCFZI/tEbNj7u+IHHrzXVQXXgHx14P1jRI9Aude0/UQlpcxW4VZETaEJPmFQACCxI5yTiuX+&#10;FP7F3wu+HnxEk8beBUuHvrW6P2awLlYrdSCp5kBZ+D1z16VyKOOhJcsrrqds5ZXOLcocr6Hr3gL4&#10;u+DPihYzalpOvwFLaVoWWWRUy3rtzk+2cVdkutQk8TwC1MS2wjI2bcl8Drnt14rmZ/h6txdPpKeB&#10;BbwT3rPc3bRxu0qty5DZJTJ+mKvweArjQLCXT/Dd48kjSYh835RCuenHBHTtk4ruU521R5bhSvoz&#10;cbVlvLttLe1mjc/9MuAv+9nFTataabcW5mvg0kca5SJMsAemdo6/SuAtPh98RNH8YafJpnjOKbSo&#10;0b7fBPEd0g6gZHuSR/WvR8WcmnPNblkCnZ90Eg1cJSktVYyqQjBqzuRpr2mQrHp9s0Ty+VuMew/K&#10;B3OOlSXV99stRM7+VEEAMnQEn0H6VQurG6m0US6fqbrIVZNq2qqZjgjJAHH4Yqe03apbtbOJbFTE&#10;BJviG9DtwMZzyDg025EJREW/s014abNFJPLGV2kIcRljjOOmR1z6VYtmSSeY3OrJkPiNFO3ao49T&#10;k1y+i/BPRNBv5Ndt/Fmu3r3GZJPtGolVcngklAG5+tdRpNtpcVw6LENiRKqyyvuZuvGScnHrSjz7&#10;M0kqa2PLo9S1Gf7PDrvlre21yGjGmy7wj8kB1UcDAPet7TZ7HXbuLX5o7dtkYcXCnJZuQQB1B9aw&#10;NKefSLzU7Dw9qelq1yNkl6bGQNI+MZV87TgdgKX4V6Jq3hrTn0++0+2EBLMb2AhWuJS4JbBJ2556&#10;ntVwatqRKHYyPjZ8Rfhh4a0iOw1vxpLocMsrpHa2MciXNzIVIKxKoy/JHIyOarfB3xP4j8UWh0LV&#10;/DUui6fZN5Nq2o2qxyXakD5iu44J/Piur1i48MadPP47uPDI1ae1QpBqMWmiWaEBvuru56j+E+9U&#10;J/Henarr0TaXbzzFrfzV2QEscj5iRjII6EVn7ynq9DVcjo2S1Oo1Xw9dRTxJ4UsLOBordSbm6hBL&#10;tnkAryOmfxqTydeF6kz2iOkLKzyFyDI/GSACeBjoazrb4n+BbS6j07UfEMVremNVaC4Qqw78ZGD+&#10;dS38F3rq/bru5laFixgjSUxqcHjO3n9e9avVHPZxOe8cwzeK/Esuj6R47bTr+Eq9xFbo4byRzjAO&#10;BnJwxrr7fT2j0yBJkFypQCQSc4GOp9T/AI1i3rrY6xZJZW1nDLdwN9tMIBk46Etj5uvU+lb+m6pO&#10;5ktJSh8vAjbP3gcZJwOPpRBWWg5ybauN0/R7PTrKWdY0RyxdgnUg+varOs3Nto2grNZ24mdynmkr&#10;liM8gLzz9Ky9ZttPmvfKS4kTbFvdFvNqTc4wynqOat6Nd6bNNBbjVRNO/KnI+6OCMZHSgkx7CXxr&#10;ceJbmaS/e305CGs40ZBLnByGUqeB71sWVlF4xuXlneMslt8odlLtn7uR6ZzWfb3d34giu7zTDfWr&#10;xRSQ4nQAkhvvYPIPcfUVB8Pde0nSmFjavPdSKdly91eGaXzBydwydv04FLUrSxjfFT4l6b8G/Bk/&#10;iG609vLhvI7aGA2xVC7cALtzgE9yBya8P+Mv7dXjDw3Y3Vrb/DPUYtSsY8R7bBpChPTB2kHPTj1r&#10;23xprmuIL24m0ufUppd8tvpFpPEjKp4ySzAYzzknIIzXyj8Rf2IJvitqE/jjxL4h1uw1W7RRY2Gs&#10;eK572K0Kn75iiYBWzyPnbnkgVy1ZVVrFndhYUJaVEej/ALNH7Qv7QnxA0OHxP8UbXSdM0WedoY4L&#10;u28q5BAyrYyeM8DdjPaveNF1vw9rPiExvpMDavawqkk8b4fys4DbQxO3PbrX52+Kv+CfZ1TUmt/j&#10;9+1yulz3V6Pstk+rmeWdMAZAd1MbemF4HU17F4C8C+EP2WEitf2ZP2f/ABBr2ozxmObXJ9XT5sZ5&#10;kmnkLxg+ygU6VabXvGlfD0W/d0PsuHV9MtL+M6lfJFPMCkEM7bSW6nAJz0FeX/tmfsL/ALOH7dXw&#10;6tfBPxy0KWO4tDK2i+INMuRFc2TPjdtYgqQ2ASrAg/Wvkn4sftFf8FAtUlu9OufC3h3wZCRhb/7R&#10;JrF0uemBCHycei4969N/Z1uf2q7/AMB6ReaL8ZLTxna3epFtQbVNEaFLQpuEjYZ0kAUgKFwSSwOA&#10;BWirKeljneDahzXPJvh7/wAGvf7GXhvxI+s6x478Qa9GSTHDqrRFT74TYOPfd0/CvqL4C/8ABOvw&#10;J+zJ4Xk+G3wl+IWsafoksoludONhbOJMsDgSlA/GB3OK76b4oeN/DVjBqPi7wXDdJbwl5/8AhH9Q&#10;XzMdMtFOFwO+Axqbwz8YRr+ovqlho95ZW8cJjdNRBjbcTnGznJAwcjjnqa1UlEwcaiR2tlZeFPCN&#10;mu9yk13uQySEs7gdz6DvmuS8TfFnwHr9le/DvTfGUOh3lxZqXuXmV1iZsjGRxkEcjPcVD4o8Q2Wq&#10;6diSS6njdWEsNnH69VG7g1438UvDV7qz2+m+BvBFy0twGQ3AMMcqg8ZGSGUepFc9Ws46I6MPRhPW&#10;R7V8MtWg0+JvBNr8WI9Zm2gQ3BRRKw6sAy8Yz06mupsNUs9F1BtHtYXv752LSvIRvxtxkHsQO9fL&#10;vwS+GkPwv128Hww1x/FvjJ4xK1veauUsrVRwyiUqQxBPJ6ZwBXY3fxs+JXwh1+00X46eDdNs7nUo&#10;2ntbm38UDZJj7y8rlWH5H1pwqpRuwqYZudoant2r+FNL1S9h1V2kTjDpI/LDH38nnf2q7qdhb6po&#10;8VlDE/7koYt7bjGwbOTjv7155c/F7wPFaQ6lJe2MslzD57gXKMkEQHIG5ssxPA9TUPhr41eAvEDx&#10;6hYeCvFNtCJiizQxROty2exikcL9DggHtWiq03szB0Ksd0exQaHdT6SkdvbQu5yAZUBSMHqQOtef&#10;fE+90/wE93qmj6oIL+WNFW2A/dBx1Yjnr6Vc8XfFnXLO0ij0Z7TR7QIWnmv5kMiKByMltin8WPtX&#10;hfxC+LOieINesfDlu0uqXOqMWhlN2E+0RgEl8qAPLAB5FZVasYo0o0ZyfketXd3c+Ikjub7xObMu&#10;48+ExAB49gyNx6K3rTNe+IHw68Lm1Os6t5vmHyg1vPu8sHuNvOOOlcz4W+MX7P8A4j8LgfFrxXaN&#10;f2jFJdM+3MojVSQu0ZBYYx61teF/j7+zHrDP4d0DV7G/gVDIkr6eBHABzjO3gr/eOBVxneOjG6co&#10;vY25E0eaeDW9Y13SE0raq2cV6GSRmJ4bcxABOeneul0Cbw7bz+RpZt7aT5kWNZFJU88kE8nv+NeW&#10;/HPW/wBnzxX8OZNG1iXTdSh1CTEE88w2qycA9cgDHaqPwz8H/CrVdA03WTrF9eppMHkaYiaguANu&#10;G2IvYjjnmmpzvboDpQdPme57sl/pRgW7XUIZAzbHIXPzZ5FZGo+NLKK6ey0yQzKsh82SOaNvLbPT&#10;Gc457Cvno+F5/DnxKu7/AFjxh4s122WZYbTw9cNHaWVuNuR8kJXzuo5k3HjGDXoenaT/AGpqUXhf&#10;V/hzaaHpsaPcF0AYu+BjzFxtBPt2GKPau9kQ6Fo3bOz8ffEzSvhd8PD438Q2eoX1pGp+0fYLQzy9&#10;QAAq9eT1qP4eeNb34jWCavbaDdWlo0gME11cI0kq44yqk7epyDVfSPh7/ZmrRamNXQ6XHaBX0wrm&#10;BptxIfAIBwMYAHJA5rovECQyC11a116/trbyDkWCptlzj5mBBOR2/HrVe83cz9xRstyPxBo1lqtn&#10;Y6drGrTLdpKJTBbXHlecVIGSo+8g9Ki8G23hrSbg6QdEmSaOdpPNnCfvPmP8S8fng1h+L/AMa32q&#10;eNoTdG+k0+K1tpbdwWSGMlgsYZlVWZmLEkgEgc8VV17VoNV8NfaT4gltUiRILy4lAEsfTKybTtDE&#10;5+7nnHUUW6ho9LmB8WvHnxl8GfFbTotF06CTwtqV21jdNDD+8gd48xyDA6bsg5OOnTpXV+FvD8sH&#10;iS58YeIfDttp+pJpq2i+ILiKEzTwbg6q0mdwCnIxjBJzUuoa3o2p2x8IyF7kQiLzp3IPlsAMsx9R&#10;j+dZ+rzeIdEkjsI/D66/ZyKTKZJI1RUzuGVc4OMg59BxUrTU0umrWsU/irceFPhytx8QPFNppZ+z&#10;lJX1vXblYoUBXI8twrbfT1ryvUP+CgHwu+I2kS+GfhRr3hPxHq9jcRNHp1n4pjEUm5wChmfaobqQ&#10;pIycV3P7Q+o/A3x14HU/GO28P6j4f0i2+263aXEzTRRJHzwkeQxX09T0NfOX7LHgP/glF8TPEV94&#10;q+CnhvSNa1fSpC2l6G0cqJC7EsJkinRRvDA/N823sRiueUavPo9Dtouj7K8o6o+1fhT4o8UX/h21&#10;juPDMFi0kG66P9ppO0cp5IOzIIB4zn6ZrF+IPxBsPEdpf+GbCK9e9NvMkhtoGkkhXaduAgPJ9OvN&#10;P+E58B6FdRf2do+m6Xd32nBksoX3SvGO55ICk56YyTVX4P8AivxT8SbvxR4e1KCfSpbLVZrXckRh&#10;8yIhSskbDOGGSNx9OK15W42ucnNHn5rHx1/wzh+294T8V2HjT4SJqckolxcaRM3kEBics8juEPGM&#10;g8/jX2b8PNF+L8Hw8t7f4o6NZX2sW22SbZqAZSxGdpbaORkjjIxUXxB+DzTeDJvCng34h+IbXWrX&#10;Nyt1b6mzztIDkeY7q24HgY6Y7cVZ/ZgtPiV4Y+FTXnxd8WXur39zeSSwNfRKr28GdqxkKi8jnnHN&#10;XCDi7DrVVVjc3LSLXbPV7T7PNBGrBhdwyKZGII+VVcEY2njkdKdqcOs6hqM8+pXc8MWwQx2NtcBG&#10;Uk/fYgnAx+PNYVlF400nxxO+m69Jc6XdTSXM7TbB5TOeI1JOSo67QOvftV/VfE1h4Ugh/tDxL9ol&#10;eQedmHMsuRwflU4GKba3ZjFNu0Sholh8Sz43Oof8I4bbT2T575dVQRsFJCoYSu8t3D5HXn0rY10+&#10;IfE1tLH4UtbKKcTL5l1fu7IzL2AjIYnjrnA96y9d+NXw38Eu48deLLSwEgEkNvPNuOxeSwQAsOOv&#10;0ryzx7/wUd+B3hy9A8C6TrXiJYCVlXStJkIVycLy4BXvzik61GC3NFhsRUd1E9THw/8AEY1q08T6&#10;s3lX0UJS4lsb2dLaRPQRsT83PXAzjk9KxNR8A+O7vVp0j+Lstqr3aNZwLp8amGMDlckt5uTzk4xX&#10;jHxH/wCCsvgfQ3t9DtvBPiC31KYrmxu9NkhlQnovzLgk+oyK8G+On/BZDxp4aax03wl4ESxk1KOS&#10;Sznu4XeWN14AIQNhiTlRtJPasJYyjF2Wp1U8txUveeh9yaz+0N4Z8O6dJ4b0m/1DxhfWgaG9/wCE&#10;S0J9RMcgO0iZYjtQ5zlSc8GqifHLxz4p8K6lt+Fmu+FphbAW0ustDC8hGTnarssQwP4mB56V8N/C&#10;D4q/8FSf2qLO6utC1y48OabbkPcQ2Phu50yeQHnhpIU3sRzlcnr3r3n4V/sTeMLbw5/aHx/+L2q3&#10;82uRub+LUdVn27gcqnklcD1+djnHSoWJnUdoxZq8DRpx5pzVz0vS/wBoD4xeIrGeDQrnTb2coqRC&#10;1VJ9ic5ZnV8MffgcGofCv7Tfw08M6xB4O8b+NNOs9djkMfly34c7nP3C3RAdpIU4718p/tAfsz/t&#10;JahHpfwx/Z0+HweWxKrceLdF1Ga38xGYncQjRxgA87fmC9MjpW1qvwLh/ZP8beGdb8dT694n106Q&#10;kl7FHo9zql5q8+drx2zoRHEykk7mx8ueSM1rTnUctVsFShhuVWe59W3vx21K58aah4VtPhB4mvLW&#10;DYRrEVgjWzk/wxkvyB1yQMetatp48uLDUsXVhdQtKrRh7qyKLNhcgB8bR39BxxWJ8Pb+81AR/EHw&#10;v8PL5DqengS20yNHJA46RsmNpI9QcA0aN8S4dYu7zwD4he0n1a1bE+n+cssqMSRlgVwR0HA7VtfT&#10;U4XBX0R1uheMvB3iaxjlh8ZTWIglZiLKXah5+6zFSMZ4wMVH4q8LfDfx9pI0jxz4vvILdZiyrZ65&#10;NZGQMeNxidC46ccg1JDfNN4ek0mO0s7d44ilwLhUeMkDAJVT3GRim6r4I0HVH0+4urDTJlEiJMJt&#10;OEqQwYACpnhDnHJzwOlUrWsZWalexneJvg58BvGmoaZDqngiy1SHRIoxot/cT+ZHE24Z2sW5cYBJ&#10;OT6VY1fR/iKPGOnWfgvwvDaaTZNH591cXifvlBGVQZJU4+ldrfeCvCeh6GNPtdJs2s0jBEEcQVBg&#10;cHauAD7jFWNM0y5jtnvtUtoZRt3IlsrZAA4Azzml7O+4vaNPQo+JtRuPs0sPhu4gmvSjuILl9m7A&#10;6jPbPGegqLwH4/8AEmuaSy+LfByaaFBQypqEM+/A+/mInH481vXej2U9mqadaGEzxESOVG/DD7uT&#10;92vOfFHhTXNU8FSaL8MoZbfVLHUfLS41WLbHOV5MpCEb4+dvGM02uUUbSVjkP2l/+Cjv7MH7K+l+&#10;T8SPEk+p6unmQ/2dpNqZpVwOfM5Cr2zk59q+Y9A/4LS/BnXLiDxTYWniOykglZLrSZtNl+zyR4JB&#10;VgH6ehPv7V2ni3wv4R1aW98Ja5p3gfX/ABBp9zKNbudYLw3ouyc5hcQ4AHONpx2z3HS+BP2RPgr8&#10;SvhbBpXjH9n/AEm0nmY/YLya6lEF0uSGIdG3ruXnIGCcda4ZVq86nLE9ilh8JRo81RXZX+Gn/BZX&#10;4C+PbZrG68J6vbah9r+z29vY+XPHePkBQpdkYHkZyvHrXE/tLfto/GX4jabcWmmePbH4V6OZBb24&#10;kKXWqXzE4P8AqyVt0Uclidw6AGvK/iZ/wRFDLr3in4U+JoLOATlrbS7m/kDwSZ4RJjGSwOQQTjnr&#10;Xzh4x/ZQ/wCCmXhu7074QeIfhRcXUB1NEsr7zUYXRbCKrSRsEZcdc+5PPTz8RXx1uWSPWwOHyr4k&#10;1fzPXvD/AMKv2e/ix4v0SDwh8cNTs7qDUpI7/wAQa3pyXp1W6JLgsJTsjMgUlRknHB5Jr6o+Hf7a&#10;37Iv7NXw2Hgv4u/G3SPEV/arIly1p4QEckgJJETQwgqCBxk/ia5Lwh/wSx+IHxD8HQ2P7Rum+B9P&#10;1KG0UQnwxcXUW5goG+YqwQuAABsGOtYmkf8ABCDwxrmvvqeu/EKysNLt2O06TLNc3E8ZfdtkEioF&#10;bAwGBJ9q2oQxMYXUdTLFYjBVJ8spuyOu/Z4/br8YftJeD9f1L9nvRvDer6DoeoSRW3hDVZGg1OK3&#10;JOxw6kooOcAYypGDWf4CX9sz9p/xFqfgjT/F/wDwqbSoZvI1CKEyz6nMOSyxBgPLGP4zjrxmvRvC&#10;H7J37N37GOlXeu/BL4O+K7K7t7MwX97ZLIvnLu3mR3JzISeg59OKtaN4C1T42aZafFvQdD174fa7&#10;ZahNFY/2haRSSXcSkKZLkbywQk5X5t3sa1eElUa55PTocyx1Kkpezitep0vwj+FPwb/Y6i/4SLw/&#10;N4h1TWpIfL1LU9ZvJJ3lTgs5CjHJGeAQK9D1r4/fDrxLYQSalqGn2aN0N3qAVzkcgYHBPTnmovDn&#10;gTW9U8K3Nv4j8SHVJZoxBLIkgQhh8rhAAQobrnBriNA/ZA8HL41k13WPEMup3FlMZbPSbu2RIIW2&#10;kAMwz5gGc89SBXS1OmlGC0PN56debnVeo34u+Ptb1K907Qvh74jksrRpSkaWUW0PIUYqeQcgsAuS&#10;Dy1cj4dh+Mvxf8ISaDLos/h64tJpUv8AxNqF4XlDqwyI1QYkJ7YwoA554r3/AEnwX4V8HeAbbwx4&#10;ju4Lx7KJ5pSszbmYEtuUkg5+Y9Mdq+ftV/aUvPgfBDr3jHwT4m1SO+80wtBbPLFYLvIVQoUlyEOW&#10;6VM7wkuZmtFxnTagti/4/wDgZd+J/hhPq+ifEe+t40hl/tTULWe3VRtG1mOQdoJGWwV6Vh/sm/tK&#10;+AvBPhiPwR4g+I9/4p13T5nQPaWqmJ4m6GLnBwAfmzk88Yr1q++FHw7/AGwvgVNp3iVNZ07S9aLK&#10;pto2sGbdgeeIwBuyRx5ikHuK5T4Gf8E6vgT8BfGseoeEYvEupGzG6IavKkscjbSu4YiUKQCcc96v&#10;2U+ZOJnGvTcXCodl4eXw34s16HxbpegRX0/2UF0uoBLcuCSFYMW2hMj+EHPrmu80/U9b0V4rr/hD&#10;1tUZn8xmTbtUf7uetbeneHdC0m2xZaHBp6R4jcwWaoyIvIUEDlck/rWf4t1W80W4s9SsgGhTe8ux&#10;htdSOVOTycDj3rosl1OK8pS0WhuHxTo8lhFd6rbvESMqoyfmxzt6E9ewqC/F3qTh7fWJrW3QcMPl&#10;zk5HJGOgxjHeqNvf6b4uhttX0m6tJEMg2yvIVZR3xxkMM4xVjxH4GTWhapBq88cdtnzY1uWCSp3z&#10;6n0zVPbQiyUtSfxTbwaR4dk1dLb7S6hS2FJLDPPTt1OPaqdnqk2sW0dxYyRyxSQj/j3IMYOc5APO&#10;cYq6+m6vBZLptjOGhVCCZstxjjkEYNcHr8vxBtNVHhzw54E+22kigyakzqkcQPVVJO7PXtjJ6ipk&#10;2ioRUnud3bWUem3LXCafCBIAryRoAX9ieverS6Nptzdfbri2SbaC8JkQExkjB256elVvM1MafDZ2&#10;NkI3RA0skg3KvHTPc5qW41+3g0ZX1KZGbyxvEb7dx/HGBV80YxuyFGcp2R5hD8Iv2Yfhh4vbxofh&#10;z4V07XZ7prifVI9FAm38/OHAJXAOCc108k+h6NeS+MfCXh22vZdVMYutR0wLumVMhcknLEAnjtk1&#10;xvjbUtOXWJtburmEW8EZzI5BCqOgGc5JOeK4DwD8btb8I+Mbiw+ImhJbaNfXH/EquHVvKtz/AAu5&#10;AypxnJ65NefHG/veRo9aeXt0OdPVdD6ZubuaLws2p3EToxjBWNV/eDJ6cd6tnULG5sI7yW5dTGCd&#10;qdWI7YxXC+GtR/4TyGK+sfidYXCbt9vHplquUPuZHYk47lRXSX/guyNiZtVuby62Lkh7sqp/BMAC&#10;u9Sb1PKcVF2ZPY+LvDtq0k95dWlvFjMUrXKjdnrweleZfGDw74L+J86LpXxCbSJ5L+JZrxEaUPGe&#10;GRcrsVjkYJPBrtdOTSfD32ZbjwbaW81zMU3QRiQrxwS5GfxrV1a60saHPLqtvLd28oZGtkgaUt/e&#10;UADmolBVo2ZpCaozujyvVP2F/gJ4k1S31vxF4K0p7y12/Zrn7IPPypBDO5J3tkZyeBnjFd3/AMK0&#10;sPs2ox2V1bGS4hENmWhb9xGBgqSG3H8Mdq5n4NeKPiPrnirWPC/iDwRdW2g2boNGvr9yl26NztdM&#10;EYHABznBGa9HvbKGG+h2yiPaeV67uPXtSp0aKV0rFVatdu0nc84+J37Mln8SvhxY+C7vxPdWtxpq&#10;R+RqmnqBceYoxnL5BUjgg56Dkda1fhT8L/EHw50iz8Ny+NX1K0srcw2/nWCxPjP3mIY5P4YruNH1&#10;VZxM4iYqXIjVuPMA/iA64qCe4uZXeMstuWm+TdGXJT25GOtWoQjK6MnUnKPK9idYksmWVmL5H3T3&#10;PrXP+L/h34C+J0aWviXSFvGgYhGchgpPJBHI/T0roNam08Rppt7aTusrbdyEgcgnJKngcfrXL+I9&#10;a0b4XabcalFb3V0iICunWSb5XbjAQE/1q5pNak03NS03Dwn8P/hr8HdK89Jo7dLeRnW5l2x7Fx93&#10;IxkADp681xN9+1t4f8ba+3h74O+AtX8ZtbzMk97YIIbO3YDkPPKVQn/ZBJ74rh/GGkWHxs+IEF/8&#10;Z/iDqGk+H7KETx+EbGKSJZQx2g3MoH3eGBVcE4POK9dsfH/wg8DCHwRYXen2FlYWKzQokIhtoYmO&#10;BtPQZrCKqT0WiOqXs6estZFDwZo/xd8da9D408aeGLfQBYiSOy06e+Fwyu2AZsplSduV68Amu81D&#10;RrG60+eO7MV3LsBlWRAQxA4+X8K5jSPjR8LdZvlgtPiDpU8pGUjtp9zctgbcZBHqRXQw3+nGTzLc&#10;TQiTLM5j+8MdzW0IRjqznqzlN7FfT/D0MruzRQyxycyJcSvKdpHIAckL9KvWXhjQ7KXbYaPb2wBU&#10;sIoFBOB6Ac1Hpl9a28rwtcfeIEbSEAMe+B3q0JLmNVEEZIJ4YdSc9PYf41SijNyZcms1kUH7Qwwc&#10;b14I9hxVLUdOgmtZFvIjdx8bkZd2efSm3EmqyOhgnaFg+9tuCcehz2q3JfXMNn5qXCqQPm4zuNOy&#10;Yk5J7mOvgHw3dKL6x0axt5xAUjnht1SRFz06dM84ouPBNptW1uvEGpxJKQoQam0YLexA3c+xrTsN&#10;Wj1GM+UZAyj94GBBJ/EVTuVmvNQS3v8ASZHjEw8q5KKwQ4+8cnIqORLZGiqTa1Zj2Xwe+H+j+PI/&#10;G2n+Hza63FF5X9q5dpJYyOYnck7174PccV2Sho4mleA/L0z0+oqsyzRPgEPtJDFm696ljv5PKJRs&#10;5bo3b2qoxSIlJyY241G+t5YxFBDtP3zJIRgHuMA5P5VXj8Q3dzrDaRPpU6xTRYivIosrnnOTnj2z&#10;V9ryO5j+aVWbsoWs/Xd32ENaybZB90hM+3aiTsEVctR6OYY40lmlnEfSTf8AMxxjJ7HNRf2Zb/aE&#10;1G8tVNwq7Y5CuXVSent2zVCz8VNFMukfYtQlJUhbsWxWPp3PatG0nub6by5I2UKASrjIyPf0qVZ7&#10;FNNbmH47+G0XjrRG0+PxDqVgyXCzRy2E5jckBhsOMEoSensKl8JX3iLRrCx8NXVjLfNawxw3F/LI&#10;iscLjewyctwM+pORW7qOpW2lzgTdHB2qi8se9RxWtkZ2uBFt3DLAYG761XKuguZ2syUXV01yC0aI&#10;OQFJJ3c9elTXE0cUZe5lWMFgoLEAEnp3qnp+rXLwH+2NPFrJvkEUQbdlAcKcjuRg496h13R9L8Ta&#10;RLoutWSXdpcLtkilXIPOcjPIIOMHsaLOwr6ll7C0kn+1NZxPKqEKWA3ZPvjIqloM+uXts994h0pb&#10;G4DPEEjuGkQoDw3bOfoDWR48+EHg/wCIvhmPRfENvqBhghCWlxa6rPa3FvwBuWWN1cNwPmzmtHwn&#10;p1p4Q0OHw/BqepXsVrCqRzajdtczOAP4pW5Y+7En1NTa1irpxL2qWV7cQoYtTNv5TKXkSMMW5GVw&#10;cjBHGeorI8XeF9R1ewOnTa872t5eE6hC8e7dbkYMSbcbRx1Oep9eNayuU1KCRrtsgzMjQbNp/HJ5&#10;9eKbJpOlRQrby2obzcAEZAHJK9PxpNBF2Zn+GPCPhbwbppsvDnhm3s7eaPDpEh5A9ckn8+atRXEd&#10;hKbKHTpEE7ZUQR4VePatI7ok3TAlwMKNoHPtTxNceWsmAoKc7hyW7/59qPZqKSjoP2jk25as53Uf&#10;Dp8S28eiJ4l1mxltJVnF5a3CxtK2T8jHBDL6rjFGi+Gr/STcLq/i271kC6zGbuGNPIBwAg2KAwHX&#10;PWtaLTzFeLfwTrGMkzjCkMvbmp5Hj8nHlcAklUfp/nimoicuhmm28RapZXulzAaau9o7O6hkWWQr&#10;jh/mGAeuQQaXSND0zw7pUWj2yojOxMhhjWPzJGbLSFUwASeScVc0WzuN8r3N88wLgxhuqAdvftUN&#10;xpL39/NFrNlBLGrj7LK0YZtpHPB6Y6UcrsK+pZaGadSHfkN+7MeVYgHoT36U26kI+acFUVc4CnJP&#10;070yV2to45I3RNrfMr8Hb0AHOB2NDtcHFw9uTvP3lbG30zk/yp3dhbHIWfwE+DWnfESf4x6P4CsI&#10;fFF0zPda9ErrNMSmwhjnDDbgAEYFdfd/vIlglIRmXAIHUdx+Xeovt0cdyTOFjXH8Ljg+mP8APWvi&#10;r9rv9uz44+FfHuo+Dfhhb2llZWFw9sb941aUsincx39ieAAPTnmuLG47D5fR56mzdtOrPSy7LcXm&#10;+I9lSeqW7eiR9eHQxYXASys0ijljKXNws2WQfwgZ5Jzz7VPCum6ZpcWj/b/P8pBGxuZfMlb3c9SS&#10;e5r8tLP/AIKkftSaVrVjZSeLba6itLsLeRXemxs00Qb956HOM459M19Ifs5/8FONK8e30ll8Sfgm&#10;2jz3caXFrf6U6SG9hLtGGMbYbcpUluTwCR2rmwub4LFfC2vVHdjeHMzwSvJKS/uu/wCdvwPsOKAQ&#10;xLLbsZA4Acb8KQPQVIVtbmLeZDx1UNjmuU0H4keCfGWvHTdD8R2c032YsbHeUmRQSM7SQQMgjOO1&#10;dN5Vsqxxw/II88L3+ueteompbHgyjKOj0K2t+HX12z/s57uS3jZT5hhfk/RgcgijRdFXSbFdIsft&#10;BW3OxZJXyWzzuyep9asNK8eCreaCxI2jGBn3qV2ZSkaXS8NlgRksPYUcq5r9Q5na3QJLJrSVZEY8&#10;jHLfnSi2lhdXkIBL5DBsAknFZHjzx34e+Gfh+58aeKtRjtrGzGZi4JznoqjuSeg965hv2lvhs+nw&#10;6lNNdhJSmxRDliGGQQoOSMelROrRhK0pJM0p4evVjzQi2ttup3lzqN7YMxjjLhQCoHr35Iqa4uP9&#10;HWKCJ/mB2nGdp/8A11xB+P3hC7kiTRkuJtsay3SXULQFIznawMgCnJ9wa62HWNP1KD7al0qEJueP&#10;zR8nfnGaqE4SWjJnTqU3aSsZ6aDaQ30mpSCeZp5VaUyys2zHZR/CvGcDuamubi5kvXsXsDLEyZiu&#10;S4wjcfKV6g8Zzip59Tgi2RPIpYpnCnkntUkMluzsIpi0hcLMgbJU4zj9aqy2Iu3uYeqeH5W1q31l&#10;9eu4rWJC1zbKo2SPgBCcAnA574yKv6fpXh3w/Hc3tloryy3dw11PHne7yuME/OcDjjjA4q5tuDJI&#10;iOp9Dj7tMvTqVu0ctjbwTNvAcyS7QFz8xBwcn270uRD5nsYOo+FvCWqW39oQeE00+VY/LSU2se5U&#10;P3hjkDceM9eKr+GfBWh+FPCX9iahDJfLc3clzAl/KW8nPG0M4yANvA9O5rrLmaBIxHcGMIw4yAd3&#10;rx/npWVrOni5vIv+Jel2sEySQvJciPyiAQDjkkcnpU8kU7lqrPl5bnmmu+Hbn4h+JpBf+DNPuLJ7&#10;6OOdmmdrj5D8k22SPaUwWAww9Rmm6v8ABDwJ4TgvEYLFqepLMbS70XTWSa23swMgbJwQrlSeOGyO&#10;ma9F1m0urNorrRdFt5r2eaJZJpJMCKMHlmbq2BnAHOSKv3th9ptxHPEuTkk7eeep5PFYyoUm25LU&#10;6qeKxMIqMW0jwH4zzfFCG7060+Blna6aq25ivvtls0Ec8RI2gvneWX5n3KeRnOe+j+z9c/HbwvBf&#10;SfE7wnoNppk9yZ3v9MvvO+2EjAcKQCGOBwV6c9a9Y1PWrsrEvhjSDdxmZY5p42Ube3G4gNjv2pbG&#10;3vLiD7Z4h0V45wubf/SVmO7P3QOAD3x0GOtRGhaq5xb/AEKliX7BU5RXr9r7/wDgHA/FLRPDlmZf&#10;id4P+C2oa3rMTK8Uen2UKTTSDBV1adlAK4znI7dTXH6n+znd/HbwbFe6doth4abU743eqTa14ZT+&#10;0J+peGQg7lYyH/WIxBUcZBr1jwx4h13xW0kuu6PJpkSzskVvrVsqvJ/ddNpIY4HtyK0r+DxXpum3&#10;mvSazbN9njkaLy7TDOoBJyACRx3GSatwU4+9t9xEatSjK0HZrzv/AMAwfAHwq1fwn4W0vwH/AG3O&#10;NOtIlt1tHkIjCKpBQMCGdTyTkVqr4N0fwTfyaha+RGLm4GyKKPesB2/KVycRrgHntk81neHfG0ll&#10;dWNrfeI0kvtQkZrPT79iS4C7mCfLnpz349Kf4f8AiV4r1zxAbD/hAXWADF/d3lvLBAi4yArOgaQ+&#10;23HXkVSjTf8AWxMvb3d3/wAH+mN0WDU7rVrlvtt3qEV8gns720vQYdrEoVOBgEEZ69+aZ8T/ABA/&#10;wg8JP471zxMZotLV5zbzSRoZo1HKK7MFzxnJI4zXS6pZX6KfsYtIA1uRbGJAy+a3BwVA4x+J9qyR&#10;4Dbxf4Um8HfGb+zfFNnd3Eg+xalo0QgaME+WjxOXDlR/F364FHsbaJ6iVa7Tla3Yh+GH7S/w8+L2&#10;mrceCPGVldyCEyXUNzbtbtCnPOHADqMH7pbOOverOreF38VXFt4rk8c3mnzSw+TLpw2tBcQvwVaP&#10;BIyPmDKQR3z0qpZ/s4/A3S7bRYLf4OeH7aHRLCS30yxi02MQ2kbsWdIkA2pkkk7RznHSuz0wWFnp&#10;8a6RFFFAgxF5YwoHQKABx6VooyatJmUpwUr000fOfjT9ii91DxJLeXvi7TrnRpEeHTbXSdEaO+iZ&#10;mBcy3Ab5lA6jHJOeOa55fD/jL9lTw5aeLbbww+o2dhqjySX/ANkdpEtS7bhMlucOVGCGxyPvA7a+&#10;q0a4ijuPtaShJDlUSEAjPXkdSfWqWnwSWsc0EOirAoI/dtJuD5GTznH1rzXlOGVX2tJcsu61/B/1&#10;2PYWe4udBUa/vw7PT8V/wb9T86v24/2bf2p/29fiRY+Mvh78YZNG8LfZIdNuNKmvbtLXSlKCQ6io&#10;iKi53sMc/MoYgp8ua4P9nz9qr4wfs8ataeCtQ+OXjrxDrGnwSWXibSLrw3/aFtbQW0hR5Ydrl4o0&#10;QBxIQGcNg9Aa/R/xxpPxBvde0+TQdC06aCL92bS+tcqG3Z8wyoc4xwFwefWrEfhKCG5mNx4a06WW&#10;805bG/P2OQTSICN6+YcnZjGF6HaOa3lQqSjZyd+r2+4iOPpQjaUE49Fpp66f5HC6x8MvHf7QPgfR&#10;PE/gL48zRaJqS2181zY2bRGeEnesyiRcqQQPkPBxz6Ha+D3gbxz8MPhpqMtjr+i6t4iv9WnkkluJ&#10;Cqu7MP3YMaqMjLMwCgE5Ax1rtNM8I6J4R8LR6P4AsLPRLU4jiggtiVX6qOgyTV7QfCVjo6JLHKrz&#10;sWedWhjRPMP8YCrkMenXnk1cMLGFXn6vz0+SZyVMbOdD2WnKnorK/wA2kcJ4TbxP4x8TaT4/8XeI&#10;NS0C48PJd6df+H1mit01By2PtUoUNvQqAY0BAGck54qf4ifs6/Bz4q6HPpXiTwFDdiYNOJry/uI5&#10;ixBG4ujgkc5AJwOwFdsPBeh6Vef2pDYhJyxb7Q75JJ7ZOfl9ulVtN0fwL4E0G4NzeS21rNdNPI0+&#10;ou3lsxGVRnOQmeQo45461q6UWrSV7mCrzUk4Npraxi+CNIj+F3h2Pw+3jQXun6ftWwtdSn3SwlVA&#10;WPzHckgYGM81P4R8UTeJ9Oubzx74dm0mYtJa3KyTuYzg5yJFOCCMNkcAde9bVyPBEKwzztpCrG3m&#10;JLdeXy+chsnuOuat+GtR8E+KHuJrW/06/ktWbesEwk27h1YDoTg9fSrXKvdTRMnKac2n5sxddstR&#10;WIeILPWYnhaJPsUCNsWWR8g7pBn5CMcgE4556VZ8OateW3h5JX0Ge2lFwyNDI32hpTjJdNpyydQp&#10;bBwBkCuI8R/tUeFNO1mX4b2XgHU9d1GB2RYbDTT5C442h+nHT8elY2p61+0/rWy2+GXg3SPDqXc2&#10;+6vNTlLPAoUAKOik44xtyMc1zPFUlJqF5Ndlc61gq8op1LRT25mlp+f4HX/FXx9rlj8O3ubfw9rF&#10;xd3kiRQJpi/vLdxwQcfdxkcE846jk18zfFD4fax4w8eat8Jr/wCEOiz+I7VLC8ufG2p6hcw2d1Az&#10;plJ9kjFpvL3oIyrLxnvX1H4UsPGtpo0Z8date6jcwLksyrEskmByp4wvUdM14v8AtP6Z8cfE91/w&#10;i/hjwLPZRXaNEmseGrYSzKzj+J5hxt4z0HXms8TGUqXO0/T+v6R1ZfVjQruCaX9678vS68uvyPJL&#10;Hwr+0Z8G/ilovi7w1qK/8IdYRynxRoljrd5qAvoCCPJjRo8quxvvsqhdo59fe/hl+0P8EfAEZ1LU&#10;/jTHpFtfxrs8E6uv2iexcNh/K8seZtOenzL0x0rxD4a+Bfhn8P7CfTPisvxR8XXVqWj1S0mjYRxR&#10;KMnMdvICyn5cKOQO3WqPi/49eE/DfxPtdV+GP7KfjKDTrKYtJceGPADG7vIlXaWFyQRndkdSMKD1&#10;4rloOVFOS2vtq2vut9x6GLVPGTUZatLdWin11ve787X+R9iaH8W/gl8TZ49O0jXrqOO4nAhkv9Lu&#10;LSOZxwFR5YlDdRjB5xxXWXnhmxkvZtQtHO+4tjHEZJdyI4UrlV/U9MkV82/sl+H4vinY/wDC09a0&#10;jxNpJurmRf8AhG/EHia7u5XZX3h7qJ8JH8wyI0AUY9gK+gNQ8f8Ah/wpGJfEeppYJKVWFJlwpY9Q&#10;GH4+lepSbnHmfU+erxjTqckG9Pn+Rn2t7LZX0/gW20PWjNp+mxXMWqw2e2C7Y8EJIXw0oIOQcYz1&#10;rQu9WsNB8PjXPHd3c21vap5txNeiN2QjnnYG59gaZP4s07W4LzSfDvirT2v4ot4jucv5LMCU3ICC&#10;VOP0NcXbaX8bIrv/AIrPxF4Y1vRxbmW8sE0ibzpbjHHlln2Kg6AEE9CSK0UOxk3fc7K1k0Lx74dj&#10;PhPX7q2tLlN9vM1uTHcIw3blEg5z1wfTpzXCat4I+LvhfSUn1nX9B8RzJKwFrp2nPZzyJn5BGN7r&#10;uA6jjcR26V1PhL4i+C/GFnBH9jvrK5wyizv7R7d7dl+Vhz8pPbKk8cjitEab4e1GZp7NorgxtyY7&#10;guyyDocbiFIHTNZ1Ic+2/wDXQ0pTdLdaen6nG+BdD+IIhbX3stSgjdysllqiMku4YycKwwPQgY9q&#10;6fSNT8VLHJaXOtSozzlYFFtuBVc43ZG7OFxkE1r2moebcReTqMkccbEyWkh3Mfxzx61Sn1/VBeXW&#10;p22lXkwiYeVDHfBHkOeV2tjA/HBpRpqCHKpKq3Joy7N08K+JoPFGqnU7gXrGM+be5WJe8gjcjavX&#10;n9Oa9RsJre+gW6RozEV3Rnb09CPw9K424Tw9qkUPirxAby0cN5BS5Uqyknoeo25xz0461vR+INFS&#10;5h0ttUh82RdsKeZl3IHOBnrjmtIKzZlUlzW01Idc07V9O0u71GznzeSS5ha1hZ2OWAXg8Zx1J6Yr&#10;jfFPhnxxqHidfD0+gHUNPntmt31CSaJTG7/NvUGRX+UjJKjPYV6al1FbW4ESt8gwdo5P4Vk6xaXV&#10;7BBqMSlZklPlfvSgKEjO7gsM89s/SlOm2OnV5ei+ZxtrB8SfDt5F4e8M30l21hD5V3Pezl4pWJB3&#10;MWfejAbTzkYOOT0534heIfihoep2WuaH4Gubq6u51T+0dLv0lTy3bIVwwVmiOewyuAc+vdaV4O8a&#10;QeNdS1TV/GS6jpeqWf2WDT3tUiFhjJBXBzJ3Byc/liuM1/8AZS+Cmu+KLbxpqkT6ne2lzE0sl7f3&#10;DiRol2ooVWwuPTBGKwlTqVItXa+46oVqFKackpffrfvqv68jqX/aC8B+HRFo3iOOaw1CK48l7eaJ&#10;5E8wHB2SAEPnPHf2FdxdSafrVh5El60MVwmCFfy2ZT2B6jPtzXz9P+xZqNv451Hxv4N+OXi3QDqE&#10;iXKaHLfx3enWE+5T5tvEy/I2Qc84IcjArqvB/wAJfjRpfiu/1z4tfGxNc0ZbcJpml2lgLVYJc/61&#10;2GTJkc7TwCeK2hGsr8zuvQwqfV3bk0/rpp+p6f40v7LQvBl9fXEMrQW1mzOIsswRVyffoK+Uf2Wv&#10;Efxv/aO/aL1jx/4oudT07wd4Vgjj8N22taG0cWoTSux+0x7mUMwRdu/bkbzjk5r1w+KP2nfBmiXC&#10;W/wetPElvHqqJaWNrr8QuDZsT+93SiNQV4Oxj078V3Hh3WPGdjoMd1f+CPsdxPdN5unpexP5C9d4&#10;ZRtOT1BOcnrRUhKVRO+i6DpVI0qU4pXb0TvsW9Z1S1dFk1C7SK3hlJkYLtLMGyg3N24PI449qraR&#10;r9/4gCW+i+Kba+UW5+13MMeQjdRgqRjIPbPTPHSvONe8S3Pxw+IyfDfTNR1RNGtN1z4inACcABUt&#10;lZfuksDk8nAPPNem+E7PwvoFjNYaBDLbkFURZkIVQBgCMYwBx6e9RCq6sny7LqOpQVCC5vietu3q&#10;U9U8FG51G01OO4M01vMssse5lyFQjjawOfqSCOMV0FzpcErxHUbU3oVgYklgUiNhyDgjC47HtXin&#10;xm+Nf7UfgTxjHa+Bf2crbxFosjEQXFrqBNzIiqT8y5Aj5zgng8DrW1b6746+NvhuG21v4a+IfDEc&#10;8KS3Nncah9luYGywGySGTOcjOD2PI6ValGK0RMqc3Zyat8j0e31nWBEW1GxFizyPGkSyecxO7CMN&#10;vGCOoOMVTg8QapeWv2DUbURTlQqRn5nkOMkOU4X3FeZa3+x7danruneLNN+KXim0vdOnD/aH1ppX&#10;uItwJhYtgeWec8bj616fp/he9g0tdQs9UlMqxKq+cSdyjjknkk880Jza1VglGjBJxlc1bG91B7JL&#10;bV/s8FzIuxIxJnefX2z6Vm32j6J4Vsby50tRZS3EYjmkhHKgDAYDkZGepriobvxBY+N7jV9V1WS4&#10;gtnw1pHbQ+coB4JDLuIA7q3rxXVaR41sPE17JaaDbtf7v3kkoh/dxZPAYnHPtyaaakRKEobEF7ov&#10;gnV9A/sXW9Gi1a3mYKzazEJ43wOWbeNv5Dr0qp4X8P8Agr4WW0egfC74ZWqabdO8s76QsUUUchYA&#10;qq8epOB0we9R/ES2tvGPhSfw3q2p3+kSS3Qjil0S9Ec0TKcq6tztB9waxPhb4Ss/h3pkXh7w1c6t&#10;eW5Z2e61W+85zIWyXdsAkk9/aqSS0C75bs9LSW/gi3G2jt7ePG3eTJL9D1x19cis7xNZ6jrcg0nT&#10;7+5glQecJBalowOy7umfbrTXbUvEmm3WmJqiW5AEbSQth8jByAQfpzTNb+LHgTwXOLLXNVhtppHV&#10;VaUbQ7HA+8cA/nQ0rEK97o1LaLVNI0YPf3KyFQDPI6HB9cLVKCe9vJHjg1C2OJRuYKWCgc4I6A06&#10;z8SW3iTTEksNQMkYl3RTIyN5yAnIOMgZrnfifoOv65op8K+DbrUNJkf98t1pkiqzZ6rlvlwT1z+G&#10;amTstC4RTlZnRz6lqsgEV3oaToUO+SOcIzKD02t1z6Zq/fanKNMbyYVQrCDsz36BfrXn3hC8+IkH&#10;h2TSPFVle3M9pcGIXlwE3lQBhsoqq4PIyB9awvF1v4u8RWllpXhbxxrPhuW2ujM0mkCHdMpOTEyy&#10;xuu0n0HFCl7oOn7x6HpnhN7rU4vE+pPbrLC2YJEdldeOVYHj681Y1y5sbuKe2fTyjFCsVzHGSr5H&#10;DDHUVgeBvE8lrpMOg+K9dnv7qKVo5ppNPVGlyxKllUYzjAJUYJGcCukv9O1PUfIuNL1opAjrviaI&#10;BQntxkN+lNOy0IkncqeGriFPD0TaDavdvGGSNMqgypOeelcfpmj+MR4uvPEXiDUWgie7dbawmIEk&#10;m/bwVBKlVwSuDnrkCvQdLuLXTpbjTVZovLYlWkydw9R/Wqmq+LPh9pN9DqOp39oZ1Zjayhd5XjB5&#10;UEgY4ovoVC+yRQ8d+PtH+GmgTeJ9du3WGFgDEiYD59SenTqcVw/wu/aRi+MEd7q2hfBnXWgt4JLi&#10;zuwIzFe7eQqsxUB2yMAnHqRXp2tWmk+O/D5sLqW3eGYL9ojaJZY2I5K4dcEe5FVPBPjfRtSuLjQr&#10;C1NvJZyMs9m8BURKGIDDA24OARj1obVxpWhe2po+ENXuNd0+11q80OTTJJ7YNJZXgAuIWOPkfaSu&#10;R7E+1dEBgAVi6XD5uqPfy7hIUKHjAA/rWyCp6GtobGEtxaR0WRSjjII5BpaKoRw/jb4TeENduP7U&#10;uLCSG6+X/SrOd4ZTjOMuhBOMmvIPi78FtD8YKNO1uaGZ7S3k/si51wPcCGZsABmzu2HuM5OetfRm&#10;rxNJa4UZIrzP4iaeLqOSEAHchGD9KiUmioq2qOZ+B/ge60yysdE13w/Y2T6batH52h3JksbkHqCj&#10;cq2eeRntk12OvePNI8G+IbLRNXjuzFqDFDeRRZiSTHAk2jKk8AH19K4/4MeL9J0rU7rwlfRwQTKM&#10;QXLsFBUH7hB6nPT8a9dsrDERe6tIZfNfhk5DA85OTWDtJe7udDcoSvLY4HxTqV34Vij8U3015LYN&#10;cr5UNsFjaHC9Cc/vFPPB70tr8efAniC/tdItfE0MU0rjDSqU3kc7MtgAnpya7jVYbzTmjgs7dZ1Z&#10;ybgyRAhR7D/PSuU8X/DbTfEemzXfjXTNMvLS3VpI7f7NsJk7EuCMZOMj9aiVOpF+6y4VKc9JItT/&#10;ABL0uO6ksotQgeQgnY1x8q8dNx47f4V5xq3xd+JMfj6yTSLa2uFMhifS4ZiWIJBEjEjlSO/GK2f2&#10;afitp3xI+F9trEfw6fQXOoXljBYBC+Vtrh4FmzjcEbbkbuQD36079or4aeNPEfw/1C2+Gkt3p+uT&#10;x+Xa3+lXPlSWu4Y3KTweevGTzTmqltxw9nGdmjvBesbed47GSSAoMKoLO7NyScc4HTiue0i/Op6H&#10;c2Xje1upTFHlA0Bt2dcn5yoYFeR14GBXhXwj/ZT/AGvPhp4stb/xN+3L4rudLLRySaXrcNtfOuD8&#10;8LMsShlYZwwwV4616X8c9d/afk03UtL+APhzTbW5tIgkN/4ssWuI735SWMYicEEZGN4wTkYFaJtq&#10;7I5IuXKmdhd+KPEViqX/AIOlg1e38n91aC6Cs+P7sp3A+hzj607xdp3iHXtKsP7R1CDTZZHP2qa1&#10;v3BVs/KisoBY4z2xXyX+zP4b/aS8f/HMeMPjD8SNSS1sS1vJ4f0rQWtoriYZDMWYAxp6YJzivsm3&#10;8M2UtlFbXNrIqwgCFLzEmSB19c0laaCSVF2W5V1Swg19Psthrdw0mSyR72KEDGd2B6cfU1xF98Qb&#10;nQ7uXRLTUbW3KzFzlhI+MBQvl9VHU7uhzXqUMN5YFbKy8pZAn3VHAQ9yOPyzVVPAHhC8ujrnibRt&#10;MvdQdPLa9nsYw5XOduTzjPYntTcV0YoT0d0cbcnSfCsY094DHNJJugk8s+SS2flU5PfNZ/j3wp4w&#10;1uy0a08KeMho9paX0c2qMsCyNNGASYlLcJk4y2CccVXl8EeJ77xNBb6zexz2On33mQynGCmMgFc5&#10;ZsknP6V01/osguTvYXcF1tHlsQYo2B6sp61dzJ+67oo3t3rOhXdvYrOBb3G3zHW3Lo49Bnha5rxB&#10;8N9e/wCEgfxFbeLfItZ8xm3sYHG4H02nIOepPqa2fiT8aPg58LPsum/F7xpp2jzSIBanUZjEJTux&#10;hG/iP+yOawl+KPhrXNPm8U/DXQr3UrRLxYRMqTRFwRgvEkijeORyAB3zUOEXK7LhOpBadS/P4c+H&#10;vgWf+2tV8FzXUgt1kn1R7YTNGo4HXkY6/KK3IvFugXdwNJupovscqDyFmbb5gIyMf0A61RtrXSfE&#10;MB0TX7PUQqkeY88pjMqtwUyGBIPpWnB4N8PRhfs/hOGGK2j22hePc5YcAgkk5x396uzuReLWu5Si&#10;j+Deka7PMXsrDULgZlMshjdwOMjcfmrSFwqw/b4GRUR9wlSVcOv8I468e9c/4t+E3gm/e38U6t4C&#10;0W91qJ1W1k1GJP3eDuHODk56cHnmnfEyDxvdeDYdJ8K/DrTLlnnDSQSXgSJFAyT8u3OTxxmi7sK0&#10;ZNGl4+8e6L4Z06FtcsHeC+aKH7X9mV497HhWGc9cGqM3xOvNG1a18NaDo+lyqzESE6gVldScnZHt&#10;Oepyd1UviD4C1Lxd4Ui0TWNMhuxfKkRstmIrdMYLc5PyjkHI5xXD3PwV+J/hm/0fwn+z1rGkwaHa&#10;w7L5NTncvbvuyZFYNulJ/unAFZyk4q9janThJ6s9n8VarOnh65Gi2/8Ap7wHybaaQEOxB4IPOK+Q&#10;fil8RPG/wO0281bTfgl4q1d4mEt1JpFuURXYkkIuS8g4ySFwK+hk+Fuu6/dpq/jPxffpPbxPC9tp&#10;DeWJWHV89QPbNdVD4etbDTY57TUEfy0EQiuXDFzt27pGySWzz61naVTrY1ThQ0Suflp8Uv8Agqx8&#10;WrbSxfeGPg9aaRdzoY7WPVYLi8vpQTjesSxBTz2yfpWj8Nbj/gq7+3B4Di0/SY9X8N6IHZIb6WIa&#10;R9oibl3kIZXKjHAVSTk/WvuTwf8As1eCLH4nXfxb8Q+HNQ1PxFdQR2q2v9pM9lZ28bnGzO3kEk5b&#10;19q9T8a674e8IaKNXubhFt7VlSG0txiSZlPCrzxu6DNYvDyTvKWh1/XYJKMIK58IfDr4L+FP2SNJ&#10;bxLF8K/EXjX4gxIf7Y8aSwPeR2A24KQh2Z0P/TRlzg5GK4K9/b68O+ItDl8L+FtE8Qat4wur4LZj&#10;T3NvECWwRLLISpw3GF3MfSvfPjf8bfCvibxDq978c/D+p6RpwtlFnoWmwqbWYZ/5e50O6f8A3AFj&#10;BwCGrj/C3jf9no2mk3Hg6bTdPhsGPkXV5oQupIMjmO2wVMRwegViK53q7RZ2w5VHmnG7Oc+Df7N3&#10;7RPx11O5139pnxummaTCp3aJpF4IFdemJZEYyuAPvMXRe22vo3VtE+E3wK+Glr4b+H2rJZ2b2xe0&#10;jhuEhjiXu45+bnkc5PJOar+Afjn+zPrPxHtv7N8Q3jz/ANnCzvNIk0Kcx3EOAQuGTYTu5wOa6L4q&#10;+IfD62ptLf4P6truj6fcRtJdPbRRQQiXG1Niru+XjOBx3rWm7R0epzVm3JXVkc58GfjD4W1qwtrT&#10;xl4stNRvb5Sl3BpxWScqpwqOqZZgetdKvxz8F+CNVubXR/AGrXiySeZOGt/KQOTycOVPOBnjHFZP&#10;gr4X+NvA1pd678OPA8GkHV5JJHg0+3aSaWVjuJkkdwUByeCR9K2fC/gn4n6vr1mvivR9PNrMm+Yx&#10;Wplct2D4BA/E9qb9s0rGV8M277EugePp/iVqZ1ux0nXLWCxhknlFza+Vb246rt2sS5PQAfezXOeK&#10;PCXxF8dWWoWl1df8Ie1/ADJdTTJNPOjAZDRK29RntlQe+a9lih1vw5pculRaRCkKSFttskhll7Zz&#10;yTgdh0rxnw9rf7RWh/F7xToHitNFk8PT3UL+Gbix01zOIyfnSfcSzOuc7s47YFUqT0uyVVi78qOp&#10;+Hfwu8B+C7ZrnTLvUoDHbLFIdPuHi+0AYJZyCTgkZwCKwPHHjv4PL4v+wavE0l7dQBJI108vK0YP&#10;yq8suePQE4rufijN4tvvhVrVx8E7TS9X8Txn7LpcGpusFtDdo43PIzYyoz0HBPFcJ8J7X9uK2tLP&#10;RPjL4B0zUr+a8DXWsaLb2j2rg/MRukJeLb03FDnsK0dN8tkYxqXfM2dto/hCNLBIPB2g2WnwlVMl&#10;/BbxGYKy8DKDI/CjSvC3xBttb+xRajcm1Zl3y3cMkQaM5Bx/db03DvWwniP4/ReMbfR9C+EOhx2i&#10;hheaxd+JWCxBRlVWJLdSxYnqOBXRrbfFbxWyWPibR9K0m3F273kmn6pJcNLGACrbmiQDJ4244A60&#10;/YK9yfbys02cr43tPANnoF3N8RtNfVAkUkUFjbh5x5JABHlqCdx55968S/aJEfjPW9H0z4T/AAU1&#10;N7m2tI7Sx1p7WS3tNPjYgAZC5YKB0HHFfUmtxaZf2s2n6QlhFpscGzUbjeYpRgeoXkcdTXI/Dab4&#10;O3etyaJ4N8aw67qFjF5ktlp+vtdLAjnaN43kA9eMDmqdHmVmtCY1uVXW58ufBj/gl5rXiT4lpr3x&#10;o+J7ajotvmWfRLOzmgM7kZAaRuNu7rg5I9K+g/CX7EPgPR/C2oeAdGtLqx0e91ATzGSZWnlA6xmR&#10;eVjPQA84z617PpOi3sEMjX13EzZyseSQFLfd68kCp7rUbAWs2nxytb3CjeziPI2k4xkVUaUYKyIq&#10;YmrUerPG/Fv7LXwTl1e10PWfhtDqEZgZYDG0kSQKOi4DgEEdzznrXR+HfDXwf+HWgsdA0Kx077Om&#10;DbQOCZBkEpvGdwyBxk81fTSINa8bz6hcWczX1qjLG89wzw5243KhJ2tg9gBXnnxT8cfCz4Ralplt&#10;8QPH2jW8GpXiWdrpd08cYmLHOzcc7cscnoOeaibnDY1oKnV92TPT9W+Ofwl0jSsTeP7CzdWPzG4G&#10;Aeu047Vw91+0h+zz/wAJFNfa38W9EuFkhVExdsyRkfeBUAjPp1rO8YfDHUfiL4P1LS/DWlWXhme4&#10;aGHStVVo7kJl/wB4yds+WDjtkiuSuf8AgmgYLeK81T9rTxwXlG28L2eneVIueVRTBlM9AQSRXNKW&#10;NesUjthTyyKtUk7nolr+1v8AsvF7iDT/AIs2lzGm1mMNvc3Ai92IjIX6VHqv7Yf7M+gwuLn4hPLc&#10;w26FNLhgnh84clSI2QYJz1715rffB/4p/s8LfXfw8+Jmmahot1OkC6R4u02GF5J+ihbiMLuOOBuU&#10;5zXffBW30D4j+IrjWviZ4G0oa9axxhA8FvKwdRux5qqGLIT3AHORmtYyxLSva5lKjgYtyV2i9p/7&#10;Wmh22mwzSeA9amFxGbixs7OxkkumiJ4JR1XAPrnnNbmnfFfx34y0g31t8A7qwtmvY4p7fUb2ISrE&#10;4B88omV44yu7cK6mTwzpmpSR32t+GIJJEkZIJp7eNmiQc5D4LY/GtiF0KR23mNGh4ZQhX5fpW0IV&#10;b6s5KlXD8vuxPPr74deN08NLDdeKraW+tdVNyLmVZBH5BYnYwOR0O09jWJrd/wCOvGes2HhrwZ8V&#10;fDljfW2ZdS0izH2vzrZCFCiQEGAngHhupArt7j4a+EvFuqG41eJ7qKG6KpbTXDyROe26NxtOP6Uk&#10;ngbwh4GlB8A+GLHTtS3N9mnlUiJR/EBtHy56YxVqNnoZqaa1H6h8PPDf/CHSeHofD2mWAuLaQXn2&#10;aNQgkbG4EYw2SB19K+G/2xf2kv2Nv+CV8Gn6P4A+DfhzUPG3i24e5uJC/kIkY5eWeVMsuWbAVVHP&#10;oBX37py3r6fFeanYQNdyMfOjtGJGSOWGQM9K+YPGv/BHr9kD4t/tE/8ADQfxasNe8UXioWt9E1/U&#10;Fm09HJ+UbNoLIvZCceuabXZBTnaXvPQ0/h9+0F8Kvjd8GfB/x/0awTSNfufDX2mz0xr3E0COSXt2&#10;IAbyztDKTjII9atfBH47aTp+t6p4sXwleWN7qSoL63MkzRzMuTvVTwhOewye9eiXv7MPwD8FmG40&#10;f4daZY/ZrYR7bCwUvt+UBUAyRwoHA6Ve8S+AvDmiabYXHhrSDHLZSmaGw+QI7Ec+YTznBOAOc81k&#10;41Oa62Oj2uHcWrHE/Er9pj4h6L4bS9+H3gJ9TS6YQm4tdVWQ2krHqLeVo5JwCeQhB/Dmt3wL47+L&#10;Nx4HHiXxBdXb6g0gil0y/wBISxSMbgdwRHlYAjjJZs5zgV1XhTTND0fW3ltPCl1CtwxkaS4QGLzD&#10;/ECRkN75rWi0nSf7Zkjmtg80gDl/KJUc8DJ4JFbR5jmlOC2RW0K1jvNAj1J9EiXUp1+eMzB1hOcg&#10;9iVzngYr5u+Pnh39u7xR8Qrnwr4X1Pw7bWE0f+jXsE5gDxk4G5AJJSRk5+6PevrGGCGK5lld8xrG&#10;Bu5/KuSsvFNnrevvcN4n02xSxvpI7i2uW2vIpXCZLEdz6e1Y16Uais3Y3wleVGblFXPimb/gnj+2&#10;jqqT6nc+JPAct0ikJb3Ed1ILr5h8su1kIXHOdx7cV6p8G/2Efjdovw2v/h/8TPjrYQ6ZfqTNoHhv&#10;RI7dApOW3ysN5zk+/qa998e/Hv4beAntNJuPE9rdXNxIA1vYkTyvx0CR5bJPA4rIuviL8V/EunvB&#10;8Nfh41mu7asnifMLOMA5WLhmxnoWArKNPDx0S2OiVfGTSbdkzhfD/wCwT+zBD8NZvBOu/D/TdSUW&#10;qtc3czNdXVwVO4fPncq8DCqQKzPDH/BN34AXXiVPH/gaPVvCGuxwx/YvL1BZzC68LN5UpkHIwuD6&#10;dq7Twn8BfF//AAk8fj7x/wCP9ctra2cg6DbmK1idsgBf3Wcp3zu6cV6Xr1leWl8Ljw74ff7LaqrT&#10;pGywiQAEj5ur/wAqqMYPVxsZTq1Iuyncu+GPBd38OvBS2t94o1LX722iJe91GQF5TjoFUBVHoP1r&#10;i9Vhs/Es1pJr2qzM9wWIgiPEZXnH1FegS6pqfiDwlDeaPpk6vPGCsMrKGUepya88t/hh44X4mWni&#10;i4igOnxWkhu4PtAZ2lyu1cA4AK5OT6AVpN6qyMKdndyZ23hzwRHoNjAugQL9jKbvKOFOSdxPA7nn&#10;kdal1zwtJqnlXOs6ereU2Y4lJxHz1yD1rfsNatZ3W1UFGEe4o38IHUHHFYvj/wAeWfh7S2NuBcTv&#10;FuijVuMeprV8qhcxjzuWhVttWttB0a+uNFguNSubW2ka2sVly8jgEiJWc4BJAABOOa8u8PeH/EPj&#10;H4gWHjDX/CseiXNlp88s2nOqS3LNOAAkrx5X5Rnox+Y8cDnwP41ft+a18LPivb6F4R0C61mVITLq&#10;wtpSNpfOFChWyQMHt2r6H+Cvxe0L4rWNjdabpF9pWp6jaLNd22rwMkrIM/w8Drn045rOLVVXRvKN&#10;SgrvqZWm/s5+GtV8RXr6Vr3ifSHa6W6mg0m8aBDcGMDcGb7yn0GRkVs/C39mbxf4N+IN54q8X/Gn&#10;Vde01rZ0i0e5QIiscAOxXG4gA+xJzXoWk6hY2dwdKgDtHCRHvU5zIQSepyMVs272qTpHPNGFkjxH&#10;HkZJ6E+9Hso3uL6xUasctfaVbaZaafodo9zHBJiIxIQ2FYk4Z5Dk/hzVs+F4tHaWfTrmaP7ThIEi&#10;diAAv04z61o6np9o1wbu6m8xoX3w27SbceuT6ZNQaB4tsrqCdd5mmglZZwbcoAvomeo96tJJmHUd&#10;pgvL9nu3vZki2BViEnCkdQcjOfeqlrb6J4B02SS0sRa20l3vnFuGYCRjy23nknnisPxv8TNWzDZe&#10;B/Dr3aSTJHO4jJ8ly2Npx93nGSc4rdXSNQ1WNNE1traaCW2K6hblmDh8cFCMcdQT3zSU0U4SirnL&#10;SeIPgBqfia2ubq+0y8vHnLWLyYYq/wB1mYgcAZx8/c4re1ttG/tMC7uraZ0hUuGjLBY1ORtC/dGe&#10;Qea5t/h/8M4NRj8O+C/CtvBOsUlpOLWwVvLjOMO+fvAHBBOf51keD9C+J2oazN4P8V+Eba4it8hN&#10;Vjm8uO6hLbQXVMAsAOU6A1La6I1SutWbWr/Gn4Y+F9LfXfHXimz8qS8AgQyGLaR92M5wGIAzz+Vb&#10;nhb4s+B/iHHIvgnW7eX7KEe6EWShRvu/N0z9PSrkWheEzol1oGq2Ntdi1QriaNZPl6DOc4ParGn+&#10;GtLg8NNoWgeHrK3hMAIthbCOPcR97gc0WZPNTt5nNaprunaHq1rdWFjBr+oXK+RbqLwYCgk/e5AI&#10;B54zxz2rbGp+IrSJtU8Qm20tZAFgtYroPHvxj5nCr16YrzKL9nP4gaHqdre6F4sgtMyYuI1hVjbg&#10;9ZUJ4z7Dsetejv4Kv5fD50w6vvLKRPdSSEhgFO0gMSPvYJAojKfYclT0V7mMnijSviLpF74XE8kc&#10;kWpy2RM8ImVyjDD7WOCO4zxU/i34T6x4qso7Gz+J2vwQmEpLDZXqQiTCkDICfKO/HcCqfwr8H+Pd&#10;IP8AZmo6xp91BFIySz2SbWZiclm3ckgHqOtehyxQ28bQ2sT5KbJJyBtQDvg1UdUTL3XZHl/wj+Dk&#10;3wg0S7WTxZrOrSpciVX16/Ez26EYMYZAPl6nkZyTya9Dsm086Ux1CayaWVgztGQoIOcE85PHels/&#10;C2jBZ9Mv7p5HvJVeR5ZPmlVfTHb/ABqt4j8KyJrttr+k28CRwYWZCAPOGMBcgdB9KFda2E2m9yDx&#10;D4n8H+EdItbvVNVtYzLLFFHLeuFVizbQNxzjngE98etM8RJ4d8TF7SWS1vIoRvtxbkbgQPm55Ht6&#10;HOMGsbX/AAYfiReXifEK3g/sfEYjtDCGVZEkDrKJG4ByAcYrZ0TRtAtNRu7Wys3iufkdLiWJQs3H&#10;OMclgOp6807KS1Qk3HZ6nPat4l+I3iDT5tI8M6DH4f8AIt/NS/umWUmNW27EjBBVj13EYAPGa6Dw&#10;t4w1jWbSyEvhyd5RiO8zKoMLDkkk4yD1GOtaNv4Q8P2WqX2q4mZ76ERz7n3goo9COB7dParGnJYa&#10;ZCDa3atABiLBB3t0B47dqEhuV+h498VNI+InxF8YP4b8MeMtc0e2ubseeZJ2WMxJ97ywOzdAfesX&#10;wF+y18ZvD2iDTfF3x8m1i4/tUyQXFsr2pit9xKoxRiXcdCcgHFexeH/F13rmv3Wh3vh6WyuLFfmm&#10;iYPDMGB2sp6/gec1s6dazrfTz3d4fNj2hhtKr0zx9c1gqEZS5mzpeLqRhyJJI4rRvhFreg6fHpz+&#10;Pr/MTu7SBI8OGPJwRu3e+etbOnafqPgDwnLN/wAJDqGppbry8sRaTZ6JGg+Y+2Oa19S8OXt1Zzy2&#10;WsOJpW3F5nyqn0A7fWuK8J+B/i62v6pe/EPxpZPpvnKNL06ygcui45MsrNhyT0CqMD1rVpx0sYc/&#10;Puze0/X9Isr4GLxHdNNdQD/RpmbaD1zsx8retQX3xPGls+/SLy5xnZDaW5lEiD+IEcfh1rV0/wAC&#10;6VbXQ1B9OglmPWVmIYtnjjpjFa9nHFBGbYwlWjyAiHAQfh1qkptEuVNPYwPDvjDUfGenF9M0q80p&#10;ZVOJry12mMAcMA3HJ7VwfjX4K67resfZ7L4jebNKVleG/hDTGPodm3hR9Qa9YgUxE2qgsSp2uz7h&#10;64PpSw6Np1zfR6ulpEb+OIqLhoRnaeo3dRUzpqqrSKp15UZc0NDy3R/2aZbd/sviDxS2oKI8wg2g&#10;Ty2J68HDH2q5qfw88H6DqGmeEtb0zxBrcOoSyRoNryW1qAuTu2KFiU5xk8knGa9Clltjcma/ndZI&#10;m+eJJCcHtwKLa7SeWS1gnaUynMSvAVKAdiT1pRoU4bIqeKrVPiZk+EvhL8MfA8M0fg7wPZWEd2gW&#10;4+yptMi+hJ7V0E9tYhRDBb+YnlhTFuG3aDxkU3SZLa1lezdmJK7yWOVOeoUn+VZI8ZWS6y+iTwvA&#10;4TcmFyjjOPvdAfatvdtY57SbubduIr2QSTWSq8bfI557YOPwqwrloJIVnyVztwMYGOKx9Z8UeGfB&#10;FimseK/ENnYW7PiOa8u0iQsRwAWIzxzii21iG+l/tT+0B9jZVeF45QVlQjIYYHIP15qkkkS22alu&#10;11BGMEZz8xK4A9qjvWSOOW+uJvLxjaHIUBulR2Gv6VcKY7C8RzG+NhfLcn064p1/YQatcxLc2qSh&#10;GWRVkGQCOAceo5xRo1oG246R5raWO4WIu7Rc9Dnp09qWa+QMqyOHL/KIvf8AoKryqscBtraWQuGY&#10;qXYcc9KrtYyySWoluBE6MVMSSf63jvx1pbaILXV2abfZLmApfQjLnDRsc1ha74U8M+JLFtF8RaND&#10;dwIgUx3ab8qOnJ5reKQhj5kQO0/Kw5IFMcQXoMiqPk6MV5HaqauJSs9DmvD3wu8F6RAYbXQLdIXI&#10;ZImjyseBgKoPAHsK0NY0GyaLy7V/spIX5oEXcMdskHHSr6M1k6pMeG5DM/H696TUDaKRqMpSILkM&#10;0nQr9OlLSI9W7iafo5gnDCzgIZMmSNQpX26c/nVTXdOtb147W7jlYpIrRhHZcFTkdDzz2rWm1Swg&#10;jjIu0RpeIhnljjtUmYnkEb5Z2XJYjpRpsgfNa7MOLT7CTThIiNsjlzGsjbtrZ5xnp3p1lqtvFN/Z&#10;ZuJZGj5Z5G3Yz6ntVyewe5hktp0AgBBVg5+f/D60y309d+9IQoXiTIyXPYe9Nbi0J7l2bdD5SsFX&#10;hj0HHf1qpFp41CSORmQqj7lUDgN6j86vRyJ5xtI3WRkYCRAR8gPTP4dqkW18pdoBPzZGOKNwKkll&#10;Ox8y2u0jPcumePbmjbF5yvJNknoRxRYwXcWpSwzANbkAxuWHDdxinLGsMhM0zZYEqMdKSdwd0RZl&#10;jt2Id2ndjt5wpNUNROoyWptzqYt5pflSRAG2se/PpVu6s9KsLV7+dZXRm2yNJKxwD14Hb8KgMnht&#10;7fdbbIoGiCqYxszjoQfb1qXdlqxjJd+J9Elt7TVNdF7FI4RX+w7SG55O1sc4re066j1NdySNvBwA&#10;0bDB9CDUSapFFNCtvayS26RsxYpuAK+/Y81JdeN9KWHyhaXuXUHMdo5P14HtSSsim+ZlyWMwny78&#10;KwC8GJTk+gpsuuafZQG9eaQK0gjBkBUA56c1QtNQtNQjN/Ab0A5IW6Vk9+FP9ax/Ffj/AMJWumQz&#10;a5B5k1tMGhS5tHKpIDgNhQR34NHM0riUOZnSXEsGoTJcXAJ2qwRnH3Seo/SoX1SytEjWWZYppBxD&#10;LIoYnPbmq3hTxJ4W8SWf9p6NqFvcq4LM1tdCRASfm+7x1rO8ZfDH4X+JfE+neM/FOh297f6fKsum&#10;GdiBE4HDDtkD1pxkrByu9nsbsWr2j3sVrLDKzSyHy2UZVSPU4wD6Zq2NUjujiNHQbcsJVx0qFZLG&#10;KLe1wixs2V3LzzUPm3F1cqklsjQFSrxMRkehH1HWnzaE8upD4W+JHgjxjqF9o/hnxTbXc1jhbyK2&#10;kyYic8fofyrShjS51ASM9w0cS4TJwjd93HDV5rf/AAn8TWviNLv4bX2kaFZTXCvqU9ppoFxMFJxy&#10;eGPJ68V0OjaPfaLqt1a6XqOrajMEX7T/AGvd7YCScbkO3g8HheKzU23axq6cUrqRvaK9tK0l0p4M&#10;hCuQCGHTgZzgdKuXM6Kj+ayHC4MeQBntgk1wmgaZc+Edev8AWdW1mG1sby7j+z2cQUrv+6eRjljj&#10;AGDXWWWt6N4gYwyxLKBIPlkTg4GQQD2HWqg9NSJLW5oXDrg7pACADu4OR+FQJf3EE5BUGHA8lcnJ&#10;9c1S1DWZ49Uk0Wwjs13RL5QaNt7dcnA4wKuLIjkfaISnloN8rj5V6d+9VeLVibWBkESNb2iInPy7&#10;4yVAJ5qU2sj/AOkSSL90qig7QSeuR0P/ANamXksiL9qSQICPlkJypHasK98Y+LdG1/7Hq2nRT2bQ&#10;NJHJbRN5hKgHhT1znGBzUuUYoqMXJ6HUafbyW8paSPAOOnPPfrS6xbXk0Jk0+RVmX7gcnB9Qcevr&#10;WfbeIpNQtY7u2ASOZgIvNk25PpjqD7Gszx58WdF+G+lrq3iq1vRFkBmsrKW4I9yI1JA9yMU+aLiL&#10;lle1ifSvFkd3JcaR4ksl06/t0LS5kBUp/fU/3fc+lSf8JDplzbRS22th45s7JPNAQgY5GeozgZ96&#10;ybLUvDPxGgn1qxMphCbZJmhdDIg6qQyg9ayNQ0f4fXcMw8RmO/U2wguJ7nbsiiDblQLkFRnB464G&#10;ai8k1qXaD6Gt4qXVnvElEnkwDnzt/wA7nHT0H9a+FP2vPAPwx8YfEDVLn4peHtRsNO0rUcXWvaNK&#10;Ua+Eqq0ayROCJDgsocd0G49q+5vBVtoPhnT/AOyNI1SW7t4My5muC7IjE4UZJ+XsOw/CvFf2i7P4&#10;Z+LJhfJqWgJFcxos0WsTmKNbhW3B+cBsA4OCDjp3ryc1oe3o2dnrez/rv8z38hxaw2J0utLXWj3/&#10;AMu+h+ePiv8AZ78Oa1qbRfs6yXviOEW6G1a7vrdb2LOA5aLcCoGMEjOelM+E/hb4nWHjzS9O1LQd&#10;Qijn1GMCW40yRFtWOR5m7Gcg4bjjI6V7h8RP2ONH8S/ZPEXhTxxoN3c3+pbGn0CSOQ2UQyd4jhkY&#10;vknHUHI61478RvDvx1+CWuXPhnx6l9rGm2kkQttQ027LieOThZXVzuhI4GCOM4z3r5OdOtSbqzpt&#10;W7Pf0Pv6VahXiqNOqpc3dar16P8AA+rbv4SeHbr4i2c+jeJtVh1e2jDTeILWQ+U0zxhtqMw+VSxZ&#10;SD6k8GvZvh18ZNcSwv8Aw/4vWa9h0+I/6XcKsbFEOGdSDtY5PC8scDkmvz9tPjjrNhBb+HtSSGxR&#10;twVI1AlWNG6scnrgnpmvYvgx8Jf2jvipY2d94f8ADeojSrzdLFqWozlIZ488BWY4H5fnXq4TMl7d&#10;qjTd3q1/wP1PCx+Tt4VfWasbR0Te/wAn+h95+HNW0rxPokd3YXjlljCzyToVYgjJGzOVPTntVa78&#10;Z+EbKeXRhrbSXFpCjLbxOd4DMRgEEkkY79sZ618K+NdE+NPwJnvJNS8TWPnfOsVomtPMS+4hWSIE&#10;fePUYxzz7+w/si/tteCfEv2TQPiP8HLTwvfXBe2vLm0RG3zJgmSWM/vIoyCMElhnPJFe5Sx/tJKM&#10;48j8/wCvzPmMTk7oQdWnP2kfL+vyLv7RHgv9oX9obRLqz8L6JdR6MzmO2t55hG7ouV8whiCCxzyR&#10;wOlZeifB74/+GfDyW3iTwhqF2lrZR2mnTG9j/wBHQDAUoG+bGBX0LfftBfCHR3kZfG2n3TRTRRS/&#10;2fMsvlh2IGQMnA7+mK1NN+MfgPxBf3thol/cXs1mypK9rYyFXLYwqMRhjyM46dar6hRlVdRybb31&#10;/QyWaYqnRVNU0orbR/meI2vw/wDitrWuXesePvBty2n30sck1raRwShhGPlGAcoMjlQMc+1dj8P7&#10;zX/AGjz+IIvBV1dW17KytDPE4ljVFIQ7SSSuSc4AOOcV67ZrHcXX2mPSXRkX5WYAEbjlsAdwRWbr&#10;3ivWdMnCW/w81O8jeMlpLcxllOfu7WbJyOeK1WDjF80ZamP9oTqLknFW7bf1/wAAyfDHijU7zT4P&#10;7YtWtLr7Ks1wgH3y3dew57Hnirtv4h0PT7d2ijkhkdjNcSPATvY9WOOp6c1XsviB4T1a5aK6W80m&#10;ZIvLePVbBrcPjnaGcBSRnoDnmorrw5ePJHqUGpmeJnDw+XCsoz2AIODVOdSC7mXs6M5O6satr4z0&#10;S6eWWLVYVVRtl847PLYrxywA6EfgaqWDadf39ytpr2olbdVeT5v3LoeQVO3a3TnH415D8Uvhz8Y7&#10;vW7rUbPxQb23vdQVRpMznyowEbllBIO459AKzPCPw7/aLtNeRdOsIdHsmHLWWoKlovI6gHDHtyM1&#10;h9eqKpyum2df9m4eVLmVZJ27/wBfkfQFrpmiwQwS6dHlFceUw+UEEdcD6n86ZZQXcTSPbI115sxz&#10;JImNqHtknp6VQ8JeEvEqWwl8VeLbu8nUZWFJNkK/98gFv5Vr6fNrk11NDq1pFCiMBE8M27fz3H8P&#10;Hau60pK9rXPLfLGW97E+nWogLMzFyclhjAUemai1G3tdTiksbyANHNEQyiTGQR04IOauu8SyLbrE&#10;zYUkkYGOcfjSXBsNLsxcXCKVDEKu4DA9SewqlTikS6km7nJ/D/4a+FvhtZz6F4Zvb3yJGE0NldXv&#10;mrbjHzeWMZUE9euTyeTXQKbuBGWFwXZNy9R07VDceJvDMc7aiviWxEMUEmVV0aQ7RuPzZ6Ac4xV7&#10;+3tB1iBRpt9C8r26zRMjjEkZxyCOv4U0lFWQpOUndmTqHhPw/wCIbJYNb0e1ukim80R3KBvLcdCu&#10;en/160zplo8Sh5HWGMBY9ucKPTIqeFYZyZHRIkjyEZ5xh+fTPT61WN1qdpbFYLDzZHYlhDIPuZHJ&#10;z35osrbCuzKfTdDm8Tm9Xw6JtRt0AF8bYBkTsokI/MA1oRQxRztvMkTzt86M3yt7Y+n0qeG2t2uP&#10;tpeRyAQCTuBz/eAxkjFJa28M8i3kF+7QiMoUIGc55yT0xxxQkDbY94jAot7WIHbgKABtUdePas+9&#10;iuIQ0zvGH2ny3MW5w3sfT/OavXF/YWcCzyThQvBYtyQTgZrLvdSW019tPmt5YzIq+TPIFMTSdl65&#10;BwD2xx1puwR0LFjLJPI7LcNIdgGx0/1ZA7ZORzSqVa0+aQjau6JSCMbTnJH17CrWYLkvb3ESqqsN&#10;sqPgv6ggdvxpGiSC7QGGSSMABnDjC59qTuF1uZ8d7rBuhawWpYFd0Uk0nysDyQSeR1PaiB7kzyll&#10;Rz52RFGmABjGDz8x461d1WximLpLFL5TKqIY/lYEnHPHSodI0U6RZmyi1CaSN5GYyz3RlaMk8YLd&#10;uOnQUtVIvTl8yppVna2VxtElyTK8kmLi4dgD369AOwqx/Z76tbxtFdMdhBRxOQQw6Zx94fXin6ho&#10;NnqUUA1G9kZ7acyQNkKGYqVG5RgMBk8GlW3Ght5YWaRVUthF4XnGB6Z9KG7LUlLmdkUtKW4S6lsJ&#10;NTM4hlYgDAYDj5SQecHOOlX2WE3q2cwO4AMpLY6HGa4rxdpOo3+o3Bg8d6toc92yJFJawxmPauDw&#10;dmVYjPJNdfpOm3SW0f26/kZx8yNuGR75x1qac1LYupDk1bDV59SaXbpNzbpEFKzxXIbLY6FSOnfP&#10;HeiLTb280poXs4FZ428tz+9AOOMAgVaGmpNK2oSQq0jDYG7ov936GnA30UKrHKmWchY0yBj8K15U&#10;9zPmtsc7H4A8Htb29r4+8I6Le3EUWTdS6bHlx6nIwDnnA4rm/F3xV+DnwUi1K3m8MnRLaKGOWfUE&#10;0kxWcoJAAEyLhiM8r19BXe39jNelWucP5XQTDcAKig09JBNLcafHIsm3O4DBP07dqj2Ub6ItVW/i&#10;b9DgvgF8aPhT8Rr240r4eweepDXUt1Y6ZPFaEsxG7zJFUM5x0HPFelfZo4ZJfKyJWIf53OAAMdPw&#10;q74f0xNhl8hYwGCoigYqp44sLmG4Gt6ZgTxKqsGJAK55zVRjyR1JnJSloVrjUZBe+Vc2f7tBlZDM&#10;NxPqFplrY2kkkk7tIzsmJEkm3ZH+Jpmj3S6lE1ykBBLFWVv4SDgjNL9llk1FZA0SRAYZdmWY4/Km&#10;lfVku60JoYHnt4ZoJCIkzhRx1PAH61HYXkAdrG3uVDJnCLJzj/8AXVt7uyjb7PJEV/2Q/BHTpWfq&#10;Oq+H7Vtr3OGjkAPlDnPocUnZMauye9MtvF9pgeOORxlyFB3EDvjGah8m0u7dbq+jE29gjIyAh+xy&#10;D/8Aqpt94q0GTT3udOuEdYxl2wce/NV9M8Y+Crq4T7PqiNIV+ZnPyjHJ5PH41LlBPVlKE2rpEsGh&#10;+GW1Frq1sIklCY3KSGU5z19OTxTJ9GttOSS+svtEruVAJlZzx0A5qY69ouvGX+xdas5l8pT/AKPc&#10;KWXJ69frzU9nG8MYgJJDN8pL/wAqacZdQcZrVpmTrlrdakn2PUNOjubd4yrwTAkSfU4wBg1Wg+Hn&#10;gfwvp0ukaP4ctbD7eUe5OmDyWdiflJK8nFdG8d3Dc+Y0ZnVeHjwMr/tetQ/2Tb3939suLVDMvEci&#10;phlTPTNPk1uCn7vL0KnhrwXpHhvWTeSavq19PdAQ79QvPMSFM5AUAAD69a6S98N6O0bQz2cbI4+c&#10;MOTx1z1zUUN1aIwMsLLtXgA+lRalpGia7aCG4h3BsEiRydv4Gm+bsTe/U57TINB1+a902G0mMMEr&#10;QvC122MA8nAPB96l8JeEvCfh+4Szj8P6bbXrrJ5YLB7iSLoTnG5jg88nAwKyfGfw/wDE2peIrLUv&#10;By6Xa29rdZmS5Vg7rtxlXQZXnBx0Namv/BX4eeL/AB9o/wAUfEMVwuvaHYy2tje2+pSxKkUhBdSq&#10;kBxkd6iEbvY0lKy3Oj0z+x7SNrfTY5I1d9zbt+QB7N0+lWxq9lcRm+t5FlEbbXMPLFvQf57VBY6t&#10;pNy09nYTbmiAV38th+TEfMasaVHDFZfZpY0LOSXbYMZ69KtXZk7Esx0+5jKSSHzc8HufxpjrKymS&#10;2Y/LwVVuG9qzr/wZpOtyifW5J2ZRtiaG5eIIPQBCP1qXTPCGkWmovfadd3asyLFLH9scj5MgEgkj&#10;PPXFLVhoWHlaKQNw7uOqLxzSyTef5Qjs5XTzBuYZ4x3PrUmi2l4L2e3u7QiCFsW8skm5pR1Oc84B&#10;rSmMcS7m4ycChXsPQy4yryuZUkjAG0gP1x3pt2lnqFpNZOJHiliIKByO3TitCPT4cys8hYOclG6C&#10;sm4vLS1u2s57sBySU4xvHoO2ad9NQSs9Dy7xP8I9d0OSOP4Yajc6MslyZ7/7HBFJJcELtQLu6EAn&#10;5j6nNP8AGnwj8Yah8Nb618HeLNXg8R39qq2+pXN2VlgmwArKC22ML1wvX15r1CSQRzhks2XcQpcy&#10;44x1BptlHa2dq91eYEcLk+ZIdxHrz1zWXs4rRHQsRUTUnq0eYfs4fDb47eCdCs9O+NfxEh1u8iUr&#10;dXUbu3mkcBhkfKTwcdM5r0uW+me9JtUuQkSn94WVYycgY9SeOvSnW11b3ateIr5iX70j4BPrjNKu&#10;lz3jrPDfsQGImilUenqOlVGHKrJmVSo6k+ZoVL65mkkSPT7goI9yTLKCrnPQUPJtQRLM44yRnB5P&#10;6805IBaafDBGygRjGF6D8Kzo9W0OHWGM0Es13FBtKwxu+FPOCANoJ/OqaZCdzkNe8H+Itc1m6urv&#10;w9pymOICxvjIZZC27nKYXH4Mc+tdh4Nsr6x0+KDU7zMqJ+9ZBgNxxgcn9T9alm1C2ub63eKC5WN2&#10;CmJoCuw9iSeRUrLbNqD2NxIgYg9QMspHPHUCpSSdy5SclY5Pxp4P+Is+rnxH4J/sa3NxaSQ3dtew&#10;t5srAfu5Q6kjI5G1h0PWqPg3SPi9YG4/4TKDSoh9rLWLR5kdIcDBk6Luzn7prv5BbMgNs5VFUoAT&#10;nGBxn2qBLW4edZZJ1EJj24zk7vX3FVZXJ53ymVLpltp048R3k3mXSREK9pI6q6+mwHn8c1f1Kz0/&#10;VvD2+70SG6WaMB7O4iVlfpncGHPGeoqd9Htbe6bVQ5E23yog2TkE5Ax0HNEnntAHYEDcSQD1p8ou&#10;bsZ2maHYabHbad4c8J2un26j94luoiCJzwAgxnJ6cDmtmSJsJbCCUtDypExVenc1AzSWo3jI3Ede&#10;aseYTEZopdpzghhnP+BpKKG5tmZ4pubnTtIbUby5ls/LVmla3bevt2J/Q1z2la5Z6/ZyNdiG3mji&#10;322opBIgJ9SHAwa7Kcsd8UZCyNg85yD6UMEYeW6Byc5J4/zzUuF9ilUtG1jzu18KeMDO+pwatHdb&#10;wXidCEfnPzEdM1qaTd+KrUHRryWSRViAlV8EqCOqntg/hXVv/aNsm2CRgrDBaOMHYPXOP0rMHhxZ&#10;bu4v7zUrqWS4jEYL7RsTPIGAOvvSdOSeg1VTWpxeu/DjxLeLBdQfEPxTqFhBeoZ9OeYKHX+6pQKS&#10;nrkk4rbmt9HkuYLNvCDSNKwj3pph2FegyVJ+XA5z6V095paLYfZ45Jo8jarQvgL74HsKqS+HruOZ&#10;ANalfv8AMARtx0x9e9T7NplqsmhdV8EwPpsdjLqMwt3OxYraMBgPTcMbQB0xWPoXgq00HTJ7DwjB&#10;c2rm4SVrq4uXLT89GY8kYzgdOa1dR0DxTrOitoc/iK2WKSPafIV4nx9QTj8MUQ+GW0PSo7C21u7l&#10;UIQqxoCWb1ZmJJ596HG7vYXO0rXEvP7T0Uo1p4mMU91MVSK6k8yLcSdoBPI7DA/Kqet/tCeDPBfi&#10;GLwx41u/7PunjVmllX9wpPQb+g/HFdTpVqjQpDqECSmAKyTSKCWYAcjrg9a5f4m/BLwP8U7lF8Va&#10;NY3luVU+RcWYYlgc8uCDjHaiSqqN4DpyouVqmx12l+L9B1iFZ9P1KGVHAKskgIIq8t/buNyyKRnn&#10;mvKvCf7LXwy8MPcLoOlXun2865Ftb6vN5SEE/cjLEJ68V0C/Dm803Sl03w54wu1fzlY3V7EtxIiZ&#10;5Vc4A9MkHFEalbqhThQ+yzrrzV7OKIhzniuG8YNoEWjy6rr+uRaamDhpSDn0wOprP+K/wv8AHnjO&#10;yWPRvjrqXhq1twVujp2mW0jOOxLSKdpz6CvFfH3/AAT1+IPjfQJRZftZeLXvZG3RXgt7Qqyd1K7V&#10;57hg3GOlROdWUrJGlKnh3G8pmr4B8DaX8QviC+qLeXDaRphdheJlFvZucKhYcjufQfWvfvD+r38u&#10;kqmoajbpdZ2NFb52L6KMnOcV+f8A4l/4JY/tk6BrY/4VD+2vqBsxNvtbHX72YzQsBnJEBaPrnoF7&#10;V2/w9+Cv/BXHw3pA8KeJfGnw11/SlXY0mozTC4dT1IliVHVvcnP1rop0IxV7hWnCXupn2xFeTw3i&#10;2725aRuXkd8AKOOeOtY4g0bxRd6vocerW10Iz5N7YQy5MO8Zw/PylhyOlYHwU0n4jaV4Tg0b4kvp&#10;ovopWUvp+ovcIF7Dc/zH8SfrXT6b4VstO1S61K006KO6vAn2ieIYMiqSFye+B61XKmcnNy7HFeEP&#10;hNF8H/Eaatp/xK8R3NlcP5f9jandpcBnb7u07d4A7DP1rvLfWXF9Jc3LSEbvlXG1kGOR7ioby1Bu&#10;WltmjS5ijO2SSPOwH045qfULfIS7DxyOoxKm7Bk/+vUKPYuU3Lcm1GHTdXtUK3bxzBgRJkbzjsfU&#10;VHeW9zMEaS63LEy4LOQoI9QMZrK8QapPZQJcQ+Hb2dnG1o7NUJT3O5hU9lrOnajpSXsOsRPA/wB0&#10;AZcEcEY6g5quXuTfTQsajq6RafMmjXi3ksB2/ZbZgSWwfl9FJ96y3+Iepx6qmlP4O1p5ngXM6WgE&#10;SjqQXLY/AVLaeFLQ+JIfEovNQEkcJCwQ3rpA4ORl4h8rt6E8it24s2hb7dLaRqq4yM8//XNDj2Gp&#10;Kxn6xYyXdpHqI12fT125ke3RRyem4MCePYim+HtFSG2n/tjVLi8jMwMT3mwtnHJ+VRwffNXJXtpY&#10;nt8uvmnOxmyBx0qvfafZ6hIEk1XyAqjYEmKEgDnoRmoaQ1Jo5mw/5Cc3/AK0j/x7/hRRT6i6Hjn7&#10;S3/IyeAf+xk/9lNenw/eP0X+tFFHUf2UcT8Wv9Tp3/YXsv8A0cteiaL/AK5f+utFFN7EL4ir47/4&#10;97T/AK/E/kav6f8A8ekX1/8AZqKKXUa2E1D/AI85/wDdavL/AAD9+8/3jRRUS3N6exevf9cv+7/j&#10;Ulj/AMhWH/rotFFYr4kdNT4fuOv0z/kHv/10b+tcP8Xf+RYH/X6tFFVV2M6Xxo+bP2jf+SW+L/8A&#10;sH/+zCuf/wCCen/ImJ/2G5//AEBaKK4Y/wAQ9af8BHu+qf8AI16H/wBfzf8AoJrZ/Yn/AORF8U/9&#10;jJdfzNFFOh8bIxf8CJ6t8PP+QVP/ANfj/wA6u+Hf+RdX6t/6FRRXeeRLcvap/rV/65f0rzbxT/yM&#10;H/bEf+jKKKbIp/CQ6L/x6D/r6b/0bXqnhX/kCRf9dKKKcdkKXxCXf+tk/wB+L+VL4n/5FK5/65UU&#10;U0QjwT9t3/k0Lxp/2L6/+y18Jf8ABDn/AJO+8Z/9irbf+jI6KK6P+XJtQ+Fn6q23/I7Sf9cj/Otn&#10;XfuR/WP+dFFYMwjuihpn/IR1H/f/APZRXwH/AMFk/wDj08J/9jB/7MtFFTU2OzD/AMRH1h8Gv+SN&#10;aD/16xfyr1XxZ/q7b/eH8hRRRHYzr/xGcX8aP+RQi/6/v/ZGqnp3/JYB/wBeEP8AIUUUn0Jh8B6V&#10;Z/8AHvL/ALx/kKG6D6UUVrHr6GL6DLT/AI/Y/wDcrltR/wCSmxf9gt//AEaKKKnqOP8AX3HV2/8A&#10;x8xfVv5Cqd5/yEYP+vUUUVQibWP+P+z/AOuR/pWL4q/5GDRv+u4/9BoooluOPwmrrn/Iuj6D+Yp+&#10;n/8AHvb/AO4P/QRRRSp7ieyNKy/1l1/v/wBa+E/+CiX/ACWWT/sGx/8AoRoorOpudGH+I6r/AIJv&#10;f8e+of8AXRf/AEGvqPxh/q4P+vqP/wBCoorGlv8AM2xO5Z+I3/Ioj/fX+Vbtl/yL9v8A9cYv5Cii&#10;tupyIZov/Hla/wDXsP61maz/AKm8/wCvhf6UUVfVErYr+F/+Qjq3/Xuf5muF+JX/AB5Xv/YOP/oA&#10;oorKXwGlL4keG/su/wDI6ap/uP8A+hLX1Za/8h+0/wB0/wDoDUUVVD4DbFbIg1H/AJDy/wDXKL/0&#10;KvKvHP8Ayez4R/7E29/9HJRRWi2OejuepeOP9S//AF+p/WqNv/yMepf9ebfyFFFRLdkQ2/ryPH/2&#10;BP8AkavG/wD2Mtx/Na+hNf8A+Rgi/wCvU/zFFFRHZm9X4vl/kZ3w0/5GfWf99P5Gum0P/j2f/rrL&#10;/wChmiiqiTP4jibf/X+Iv+usf/oVdRo3/H6folFFVTJkTTf6u9/364+1/wCSdJ/1yb/0Kiih7Cj0&#10;K3wM/wCQW/1f+YrqdY/5FGb/AK5v/wCjDRRSgW/4hW8P/wDI12P/AF4v/Sutl/1H+fWiirW5k9ji&#10;fFP/ACKuvf8AXV/5ird3/wAhOx/67j/0Giip+0C3Jrn/AFWs/wDXq38hWH4b/wCPm0/3x/Kiijqi&#10;ujNDwZ1vf+wjJ/Ousu/+PR/9w/1oopoU9zL1T/jx/EU1f+PRP+uw/wDQaKK0exMC7ef8sv8AdP8A&#10;Knr/AMeMn0NFFKO7Jey/rqcv4J/5B03/AGFm/lXVaX/qH/3BRRUrctmfqP8AyED/ALw/lWnb/wCu&#10;T/rmKKKHuNHEXf8AyU4/8A/nVf4u/wDIQ0//AK+Iv/RooopPcrqvQ8D/AOCyv/Jseg/9jhaf+gPX&#10;v/w3/wCSV+HP+wDZf+iloooRUv4US/P/AMh5fpH/AOhmuyh/5CZ/65D+dFFXHqYy2Rj6n/x823/X&#10;0at3H/IT/wC2ifzoopfbB7Fm5/1x+tR2fV/94/yooq+pHU8v/aw/5Ami/wDYcg/9mrrPiJ/yJbf9&#10;dl/lRRWU/jZ1U/4aK+tf6/Sv+uL/APoFdVpP/Hqv/Xqv8qKKmHxjr/Ag1f8A49I/r/SrNn/rX/3z&#10;/Siiug5FsZlp/rZv+vwfyFa8H3m/4FRRUx2LZmWX+og/6+G/kat3vVPqKKKUfhJe4xf9VJ/1z/xr&#10;l/iP/wAuv1H8jRRRPYuPU2NL/wCRdh+g/mKsp/q/xFFFSilsV7r/AFzfVv5VzvxG/wCRHm/30/8A&#10;QxRRUz2NaW54t+wJ/wAih4r/AOw3df8AobV6d47+/wCHf+uLUUVC+EdXc9C0n/jxg+qfyry7W/8A&#10;ktmrf9giD/0NqKK1Rgel+F/9RB/16irL/wCqf/riv9KKKFuw6HlvxO/5EKw/7D1t/wCjI67nT/8A&#10;kJJ/uR/+izRRUL4jaf8ADRJq/wDyOWn/APXdv/QK29Q/5B1x/n0ooo6s51uivbf8el5/12Fc/wDE&#10;n/j50r/sIf8AstFFTP4Dop/xCHxt/wAfenf9hq1/9DrX1P8A1j/Q0UUo7MUvsl9Okf8AuN/Oud+L&#10;v/JPdS/66w/+hpRRWi2M4fH/AF3OVf8A5Kd4l/7F62/9Crxj9uj/AJIE3/XS1/nJRRXFivgPVwH8&#10;dfI/PP4E/wDJXU/67H/0Jq+4PiL/AMk21T/sARfzFFFcOM/hr0X5Hv4b+MvX9T4Z0b/kcD/vy/8A&#10;oIr9fv2eP+TYPC//AGLa/wDoFFFcOR/x5en+R0cUf7pT9f8AM/Of4xf8le1f/r6/9nFe1fDj/kV7&#10;P/sPJ/6CtFFdlP8AiM4a/wDBj6f5Huv7N/8AyGPEf/YST/0AV9A6Z/x4y/7p/wDQaKK9ihsv66nz&#10;OL/jP+uwumf8faf7rf0rG8Z/8haw/wCuc3/stFFby2Ryw+ITxL/yC7T/AK/P6Ck8Hf6i2/6+n/8A&#10;QaKKhfxEX9gkt/8Aj4v/APff/wBBNcD8Iv8AkW7j/sO3H/oQooqOxa+F/I9Lt/8Aj1j+p/mK4bwT&#10;/wAfNx/11l/rRRWn2l/XYzhtIn8H/wDIWv8A/sCwf+hy1jftZf8AJI7/AP3Y/wCRoooXwmkf40f6&#10;7Hwno3+ovP8AsKXX/ota+tPgN/yRPwb/ANt//QqKKp/AjsxHwr1/zO58C/8AJO9S/wCw+f8A0ate&#10;hH/j6X/rkaKKcfhOCp/n+gy2/wBVb/8AXb/GluP+PWX/AK6P/wCg0UULoR1Oc8bf8iaP+3f/ANGx&#10;1v8Ai7/XWf8A18t/6AaKKJbfcJblJP8Ajxu/pLW3af8AIJX6R0UULcY+4+5H/wBdB/WmQf6pfr/U&#10;0UVL3Q0Jc/dg/wCuop4/1v4n+lFFVL4RR3OQ8b/8ha1/66muig/1EP8A1woorGhuzWtsi3H/AKl/&#10;90f0psP3/wDtkaKK36HP1EuPuJ/vipJP9SfpRRVP+GH2jS0X/j1P++azvFv/AB7y/wDXBv5UUVFT&#10;YujucR8GP+RCX/r7uP8A0aa6uL/W/wCfaiinT+EJfGytrf8Ax823/XQVwOqf8gyX/rhN/wChtRRX&#10;PVNqO5yd/wD8ksP+5J/M1z/hf7i/9c5KKK5qmx6tD+GzwLT/APk+DxN/2A7f/wBBr7g+Cf8AyK1r&#10;/wBd2/pRRRhviDE7L0O1tf8Aj4m/66LUkH+sf/rk3/oVFFejT2PFn8Q24/1jf5/hqm3T/gH9RRRV&#10;dCDRtv4/98/yqn/zEI/of5iiipGzRH/HxJ/uVasPvH6j+dFFUviIfwjb3/jzf/rqf5ir0XX/AD6U&#10;UUl8TK7Edt/qv+2jVPd9E/66CiioXwMp/EOfp/wOuZ1T/kNw/wC+1FFN/Cg6lfX/APkFp/v/ANat&#10;P/yD5P8Ar6f+YooqUUxt5/yC7v8A65j+lbEX+si/3f6UUUCWw2f7s3/Aa53wH/yDtQ/6/pP/AEKi&#10;ijohLc2b/wD11l/12T+tYOo/8lTb/rxoopLcaNG3/wBQ/wBG/lVzT/8Aj3t/+uf/ALNRRWi3JeyC&#10;67f9fA/nVax/18//AF2P8xRRRL4WTHcuah/qj/u/0qv/AMtU/wB5aKKh7FxHD/kLyf8AXT+lOT/j&#10;8P8A1zFFFUtkEtx1/wD8er/Q/wAqij/1S/7q/wAqKKtiW4+2/wBXJ9B/WnXfVv8ArjRRSfwk9SKP&#10;/j/i/wCuP/stP/5YD/cP86KKr7IL4hLX7zfj/WtG16n/AH6KKlbFMrar1k/65VQt/wDkYLL/AK8Z&#10;P5pRRUvYIli4/wCPe7+jfyrA+Gf/ACDZfoP/AENqKKlbj6ovaZ/yFR/vvWldf8ec31/pRRVLYT6G&#10;P4Z/5BkP/XxL/wChGtaX7o/3Y/50UVS+EHuQ6p/qn/66H/0Kq+qf8erf9dE/lRRQthdEWLP/AFbf&#10;7zfyrhvhH/yEdX/7Csv/AKEaKKljkdhpn+qP1/xrci/1c/1P/oNFFU+odUZ15/qk/wBz/wBlFcB8&#10;Vv8Ajwsf99v5Ciis3uPof//ZUEsDBBQABgAIAAAAIQA2tSTk4QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSP0Ha5G4UaeWGpUQp4JK5YAoEimUqxMvSVR7HWK3Tf++7gkuI61mNPM2&#10;X47WsCMOvnMkYTZNgCHVTnfUSPjcru8XwHxQpJVxhBLO6GFZTG5ylWl3og88lqFhsYR8piS0IfQZ&#10;575u0So/dT1S9H7cYFWI59BwPahTLLeGiyRJuVUdxYVW9bhqsd6XByvhK3n+xXJnqje+3r5vvl82&#10;q9fdg5R3t+PTI7CAY/gLwxU/okMRmSp3IO2ZkSBiLmq6mAG72kLMU2CVhFTMBfAi5/8/KC4AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVs&#10;c4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCm&#10;qoGRk14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM&#10;5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4Dpvq&#10;GkgD71r+9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALtTBYPDAgAAAwYAAA4AAAAA&#10;AAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAJNihU55owQAeaMEABUA&#10;AAAAAAAAAAAAAAAAKwUAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItABQABgAIAAAAIQA2tSTk&#10;4QAAAAkBAAAPAAAAAAAAAAAAAAAAANeoBABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEA&#10;WGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAADlqQQAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BL&#10;BQYAAAAABgAGAH0BAADWqgQAAAA=&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00BA3950">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Adelle Basic Rg">
+    <w:panose1 w:val="02000803000000020004"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000087" w:usb1="0000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Kartika">
     <w:panose1 w:val="02020503030404060203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00800003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D6178F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45D0A8C2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1720,51 +1601,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E4F635D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0AB8962E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27AA6258"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08781E36"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1833,529 +1863,509 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="768089942">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1865285948">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1063330260">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA3950"/>
+    <w:rsid w:val="000C2293"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="00484127"/>
     <w:rsid w:val="00BA3950"/>
+    <w:rsid w:val="00D9272C"/>
+    <w:rsid w:val="00E449D2"/>
+    <w:rsid w:val="00EC63B0"/>
     <w:rsid w:val="00F56E5E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="135C71E4"/>
+  <w15:docId w15:val="{B924EF14-0EEA-45E1-B417-57253296A2FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...406 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2428,58 +2438,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F56E5E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2725,51 +2735,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>9</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>