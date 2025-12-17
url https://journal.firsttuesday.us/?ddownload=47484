--- v0 (2025-10-09)
+++ v1 (2025-12-17)
@@ -1,412 +1,864 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRPr="0034223A" w:rsidRDefault="00865FEB" w:rsidP="0034223A">
+    <w:p w14:paraId="0F61F9E5" w14:textId="5B8A082F" w:rsidR="005C724C" w:rsidRPr="0034223A" w:rsidRDefault="005C724C" w:rsidP="0034223A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0034223A">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251591680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64C9CF3E" wp14:editId="5E2C5811">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1343025</wp:posOffset>
+                  <wp:posOffset>190500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8667750</wp:posOffset>
+                  <wp:posOffset>4218940</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2714625" cy="1152525"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="3657600" cy="3369310"/>
+                <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
-                <wp:docPr id="8" name="Text Box 8"/>
+                <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2714625" cy="1152525"/>
+                          <a:ext cx="3657600" cy="3369310"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx id="2">
+                        <w:txbxContent>
+                          <w:p w14:paraId="777791F7" w14:textId="77777777" w:rsidR="0034223A" w:rsidRPr="005C724C" w:rsidRDefault="0034223A" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="F05122"/>
+                              </w:rPr>
+                              <w:t>Choose a bird</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="612D14B9" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Not sure what size to buy? Aim for 1 to 1 ½ pounds of turkey per guest (e.g. a group of 6 needs a 6- to 9-pound turkey).</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="069F8378" w14:textId="77777777" w:rsidR="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Buy a fresh turkey 1 to 2 days before cooking it. A frozen turkey can be kept frozen until ready to thaw.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="671A182E" w14:textId="080A1A4C" w:rsidR="0034223A" w:rsidRPr="005C724C" w:rsidRDefault="0034223A" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="F05122"/>
+                              </w:rPr>
+                              <w:t>Prep your turkey</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="00AD5193" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>To thaw your turkey in the refrigerator, allow 24 hours for every 4-5 pounds. Or seal your turkey in a plastic bag and submerge it in cold water. Allow 30 minutes for each pound and replace the water every 30 minutes.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="141F325F" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">For moist, tender meat </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>look into</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> brining using salt, water and an array of spices and aromatics. Find a recipe you like and soak your turkey overnight.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7CF80717" w14:textId="77777777" w:rsidR="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Make the meat even moister. Rub your turkey down with olive oil before popping it in the oven.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="750E26EB" w14:textId="7346C4C7" w:rsidR="0034223A" w:rsidRPr="005C724C" w:rsidRDefault="0034223A" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="F05122"/>
+                              </w:rPr>
+                              <w:t>Cook it to perfection</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="46FD26DE" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="10"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Set your oven temperature to no lower than 325 degrees Fahrenheit and adjust the cook time for the size of your turkey.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="78C8F434" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="10"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Consider using a cooking bag to seal in moisture. Alternatively, you may cover your turkey with aluminum foil for the first 1 to 1 ½ hours of cooking.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2FE0F09A" w14:textId="342B692B" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="10"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Use a food thermometer at the thickest part o</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>f</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> the turkey breast to check the internal temperature. Your turkey is ready and safe to eat when it reaches 165 degrees Fahrenheit.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="03440FF0" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="64C9CF3E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:15pt;margin-top:332.2pt;width:4in;height:265.3pt;z-index:251591680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOfa9vdwIAAG0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sQCCVig1IQVSUE&#10;qKHi7HhtYtXrce1JdtNfz9i7eZRyoepld+x5f/5mLi7b2rK1CtGAK/nwaMCZchIq455L/uPx5tNn&#10;ziIKVwkLTpV8oyK/nH78cNH4iTqGJdhKBUZBXJw0vuRLRD8piiiXqhbxCLxypNQQaoF0DM9FFURD&#10;0WtbHA8G46KBUPkAUsVIt9edkk9zfK2VxHuto0JmS061Yf6G/F2kbzG9EJPnIPzSyL4M8Q9V1MI4&#10;SroLdS1QsFUwf4WqjQwQQeORhLoArY1UuQfqZjh41c18KbzKvRA40e9giv8vrLxbz/1DYNh+gZYe&#10;MAHS+DiJdJn6aXWo058qZaQnCDc72FSLTNLlaHx6Nh6QSpJuNBqfj4YZ2GLv7kPErwpqloSSB3qX&#10;DJdY30aklGS6NUnZIlhT3Rhr8yFxQV3ZwNaCXtFiLpI8/rCyjjUlH49OBzmwg+TeRbYuhVGZDX26&#10;fYtZwo1Vyca670ozU+VO38gtpFRulz9bJytNqd7j2Nvvq3qPc9cHeeTM4HDnXBsHIXefx2cPWfVz&#10;C5nu7Anwg76TiO2ipcYPGLCAakPECNDNTPTyxtDj3YqIDyLQkNCD0+DjPX20BQIfeomzJYTfb90n&#10;e+IuaTlraOhKHn+tRFCc2W+OWH0+PDlJU5oPJ6dnx3QIh5rFocat6isgRgxpxXiZxWSPdivqAPUT&#10;7YdZykoq4STlLjluxSvsVgHtF6lms2xEc+kF3rq5lyl0QjlR87F9EsH3/EWi/h1sx1NMXtG4s02e&#10;DmYrBG0yxxPOHao9/jTTmfr9/klL4/CcrfZbcvoCAAD//wMAUEsDBBQABgAIAAAAIQCx4a3S4QAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEhcEEtGtwKl6YQQMIkbKx/iljWm&#10;rWicqsna8u8xJzjafvT6efPN7Dox4hBaTxqWCwUCqfK2pVrDS/lwfgUiREPWdJ5QwzcG2BTHR7nJ&#10;rJ/oGcddrAWHUMiMhibGPpMyVA06Exa+R+Lbpx+ciTwOtbSDmTjcdfJCqVQ60xJ/aEyPdw1WX7uD&#10;0/BxVr8/hfnxdUrWSX+/HcvLN1tqfXoy396AiDjHPxh+9VkdCnba+wPZIDoNieIqUUOarlYgGEhV&#10;yps9k8vrtQJZ5PJ/h+IHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjn2vb3cCAABtBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAseGt0uEAAAAL&#10;AQAADwAAAAAAAAAAAAAAAADRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox style="mso-next-textbox:#Text Box 4">
+                  <w:txbxContent>
+                    <w:p w14:paraId="777791F7" w14:textId="77777777" w:rsidR="0034223A" w:rsidRPr="005C724C" w:rsidRDefault="0034223A" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="F05122"/>
+                        </w:rPr>
+                        <w:t>Choose a bird</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="612D14B9" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Not sure what size to buy? Aim for 1 to 1 ½ pounds of turkey per guest (e.g. a group of 6 needs a 6- to 9-pound turkey).</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="069F8378" w14:textId="77777777" w:rsidR="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Buy a fresh turkey 1 to 2 days before cooking it. A frozen turkey can be kept frozen until ready to thaw.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="671A182E" w14:textId="080A1A4C" w:rsidR="0034223A" w:rsidRPr="005C724C" w:rsidRDefault="0034223A" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="F05122"/>
+                        </w:rPr>
+                        <w:t>Prep your turkey</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="00AD5193" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>To thaw your turkey in the refrigerator, allow 24 hours for every 4-5 pounds. Or seal your turkey in a plastic bag and submerge it in cold water. Allow 30 minutes for each pound and replace the water every 30 minutes.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="141F325F" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">For moist, tender meat </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>look into</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> brining using salt, water and an array of spices and aromatics. Find a recipe you like and soak your turkey overnight.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7CF80717" w14:textId="77777777" w:rsidR="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Make the meat even moister. Rub your turkey down with olive oil before popping it in the oven.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="750E26EB" w14:textId="7346C4C7" w:rsidR="0034223A" w:rsidRPr="005C724C" w:rsidRDefault="0034223A" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:after="90" w:line="276" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="F05122"/>
+                        </w:rPr>
+                        <w:t>Cook it to perfection</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="46FD26DE" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="10"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Set your oven temperature to no lower than 325 degrees Fahrenheit and adjust the cook time for the size of your turkey.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="78C8F434" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="10"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Consider using a cooking bag to seal in moisture. Alternatively, you may cover your turkey with aluminum foil for the first 1 to 1 ½ hours of cooking.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2FE0F09A" w14:textId="342B692B" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="10"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Use a food thermometer at the thickest part o</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>f</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> the turkey breast to check the internal temperature. Your turkey is ready and safe to eat when it reaches 165 degrees Fahrenheit.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="03440FF0" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0034223A">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58A61012" wp14:editId="723B0B45">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3819525</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4219575</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3657600" cy="3190875"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3657600" cy="3190875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx>
-[...57 lines deleted...]
-                      </wps:txbx>
+                      <wps:linkedTxbx id="2" seq="1"/>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:105.75pt;margin-top:682.5pt;width:213.75pt;height:90.75pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPKB+sgAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r469JO1MnZK1dAxC&#10;W9aOPiuy1JhJOk1SYmeffifZTkK3l45hkE93vzvd/8urTiuyE843YCqan00oEYZD3ZiXin5/uv1w&#10;QYkPzNRMgREV3QtPrxbv3122thQFbEDVwhE0YnzZ2opuQrBllnm+EZr5M7DCoFCC0yzg1b1ktWMt&#10;WtcqKyaTedaCq60DLrxH7k0vpItkX0rBw72UXgSiKoq+hXS6dK7jmS0uWfnimN00fHCD/YMXmjUG&#10;Hz2YumGBka1r/jClG+7AgwxnHHQGUjZcpBgwmnzyKprHDbMixYLJ8faQJv//zPK73YMjTV1RLJRh&#10;Gkv0JLpAPkNHLmJ2WutLBD1ahIUO2Vjlke+RGYPupNPxj+EQlGOe94fcRmMcmcV5Pp0XM0o4yvJ8&#10;VuAX7WRHdet8+CJAk0hU1GHxUk7ZbuVDDx0h8TUDt41SqYDKkLai84+zSVI4SNC4MhErUisMZmJI&#10;veuJCnslIkaZb0JiKlIEkZGaUFwrR3YM24dxLkxIwSe7iI4oiU68RXHAH716i3Ifx/gymHBQ1o0B&#10;l6J/5Xb9Y3RZ9njM+UnckQzduks9UIyVXUO9x4I76AfGW37bYFFWzIcH5nBCsMY49eEeD6kAkw8D&#10;RckG3K+/8SMeGxellLQ4cRX1P7fMCUrUV4Mt/SmfTuOIpst0dl7gxZ1K1qcSs9XXgFXJcb9YnsiI&#10;D2okpQP9jMthGV9FETMc365oGMnr0O8BXC5cLJcJhENpWViZR8uj6Vik2HJP3TNzdujLgC19B+Ns&#10;svJVe/bYqGlguQ0gm9S7Mc99Vof840Cn7h+WT9wYp/eEOq7IxW8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR6hIC4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJMURyXEqapI&#10;FRKCQ0sv3JzYTSLsdYjdNvD1LCe47e6MZt+U69lZdjZTGDxKSBcJMIOt1wN2Eg5v27sVsBAVamU9&#10;GglfJsC6ur4qVaH9BXfmvI8doxAMhZLQxzgWnIe2N06FhR8Nknb0k1OR1qnjelIXCneWZ0mSc6cG&#10;pA+9Gk3dm/Zjf3ISnuvtq9o1mVt92/rp5bgZPw/vQsrbm3nzCCyaOf6Z4Ref0KEipsafUAdmJWRp&#10;KshKwjIX1Ios+fKBhoZO4j4XwKuS/29R/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAP&#10;KB+sgAIAAGoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDR6hIC4wAAAA0BAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="58A61012" id="Text Box 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:300.75pt;margin-top:332.25pt;width:4in;height:251.25pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjTJe2dQIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9vGyEMfp+0/wHxvt4ladI2yqXKWnWa&#10;VLXVkqnPhIMElcMUSO6yv36Gu/xQtpdOewGDPxvbn83ktqk02QrnFZiC9i5ySoThUCqzKujPxcOX&#10;a0p8YKZkGowo6E54ejv9/GlS27Howxp0KRxBJ8aPa1vQdQh2nGWer0XF/AVYYVApwVUs4NGtstKx&#10;Gr1XOuvn+SirwZXWARfe4+19q6TT5F9KwcOzlF4EoguKsYW0urQu45pNJ2y8csyuFe/CYP8QRcWU&#10;wUcPru5ZYGTj1B+uKsUdeJDhgkOVgZSKi5QDZtPLz7KZr5kVKRcsjreHMvn/55Y/bef2xZHQfIUG&#10;CYwFqa0fe7yM+TTSVXHHSAnqsYS7Q9lEEwjHy8FoeDXKUcVRN+jd5NdXw+gnO5pb58M3ARWJQkEd&#10;8pLKxbaPPrTQPSS+ZuBBaZ240YbUBR0NhnkyOGjQuTYRKxLLnZtj6EkKOy0iRpsfQhJVpgziReov&#10;cacd2TLsDMa5MCEln/wiOqIkBvERww5/jOojxm0e+5fBhINxpQy4lP1Z2OXbPmTZ4rHmJ3lHUSvz&#10;JspFs2ww/cgv8eL9hOcllDuk30E7Gd7yB4UUPTIfXpjDUUBacbzDMy5SA1IBnUTJGtyvv91HPHYo&#10;aimpcbQK6t83zAlK9HeDvXvTu7yMs5gOl8OrPh7cqWZ5qjGb6g6Qoxi65UmM+KD3onRQveIvMIuv&#10;oooZjm8XNOzFu9AOPP4iXMxmCYTTZ1l4NHPLo+tIWWzARfPKnO26NGCDP8F+CNn4rFlbbLQ0MNsE&#10;kCp1cqx6W9WODZzcNAvdLxO/htNzQh3/wulvAAAA//8DAFBLAwQUAAYACAAAACEA7AOfUeEAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm91NsUmJ2ZQSKILoobUXb5vsNAnu&#10;R8xu2+ivd3LS2zPMyzvPFJvJGnbBMfTeSUgWAhi6xuvetRKO77uHNbAQldPKeIcSvjHApry9KVSu&#10;/dXt8XKILaMSF3IloYtxyDkPTYdWhYUf0NHu5EerIo1jy/WorlRuDV8KkXKrekcXOjVg1WHzeThb&#10;CS/V7k3t66Vd/5jq+fW0Hb6OHysp7++m7ROwiFP8C8OsT+pQklPtz04HZiSkIllRlCB9JJgTSZYR&#10;1TOlmQBeFvz/F+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKNMl7Z1AgAAUwUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOwDn1HhAAAADQEA&#10;AA8AAAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
-                  <w:txbxContent>
-[...55 lines deleted...]
-                  </w:txbxContent>
+                  <w:txbxContent/>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:drawing>
-[...120 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662335" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F499540" wp14:editId="44EFC304">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251629568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E7DE0BD" wp14:editId="0C16F16B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>6438900</wp:posOffset>
+                  <wp:posOffset>6515100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7505700</wp:posOffset>
+                  <wp:posOffset>7429500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1170305" cy="904875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1170305" cy="904875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip r:embed="rId5" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -414,1148 +866,612 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:507pt;margin-top:591pt;width:92.15pt;height:71.25pt;z-index:251662335;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEhu6Uc5AwAA3QYAAA4AAABkcnMvZTJvRG9jLnhtbKxVTW/bOBS8L7D/&#10;geDdkeSV14kRpfA6zaJA0AZNi5xpiooIUCSXpGNni/73DknJSdugBYrmoPDj8b15w+H4/NVhUORB&#10;OC+Nbmh1UlIiNDet1PcN/fjhanZKiQ9Mt0wZLRr6KDx9dfHnH+d7uxJz0xvVCkeQRPvV3ja0D8Gu&#10;isLzXgzMnxgrNDY74wYWMHX3RevYHtkHVczL8u9ib1xrneHCe6xe5k16kfJ3neDhXdd5EYhqKLCF&#10;9HXpu43f4uKcre4ds73kIwz2CygGJjWKHlNdssDIzsnvUg2SO+NNF064GQrTdZKL1AO6qcpvurnt&#10;mRWpF5Dj7ZEm//vS8rcPN47ItqELSjQbcEXvQRrT90qQRaRnb/0KUbf2xo0zj2Hs9dC5If5HF+SQ&#10;KH08UioOgXAsVtWy/KtEbo69s7I+XaakxdNp63z4V5iBxEFDHaonJtnDtQ+oiNApJBbbKmmvpFKk&#10;tWAXV+pMuJOhT1yhXjobg0a2cNc/11S+h0vDd4PQIQvLCcUCVO17aT3KrMSwFeDJvWkrtANRB5Bl&#10;ndQZLzoG4Agx9p7u/tP8dF2WZ/N/ZptFuZnV5fL1bH1WL2fL8vWyBhnVptp8joirerXz4tpwpi6t&#10;nIRY1d+Bf1E/45PIEkpSJA8sCT7zB0CJxwkiKI0MRaze8XjfiMM4OBF4H4cdGB7XEXzcGA9G/mOU&#10;0vGrTZznSnGliIrJGkmj8KhEjn4vOkgNqpinW0qPXGyUy2gZ5yA/X6DvWSvy8qLEXxRiBBJtIZ5I&#10;M6WR8AntmHtMMEV+nTunyd2loyJ5xBFY+SNg+fDxRKpsdDgeHqQ27qUECl2NlXP8RFKmJrK0Ne0j&#10;HiLEnETtLb+SeA/XzIcb5mBJUDpsNrzDp1Nm31Azjijpjfv/pfUYDwFhl5I9LK6h/r8dc4IS9UbD&#10;Q86quo6emCb1YjmPr+n5zvb5jt4NGwNRQfxAl4YxPqhp2Dkz3MGN17EqtpjmqN1QHtw02YRsvfBz&#10;LtbrFAYftCxc61vLp+cb3/uHwx1zdjSFAOW+NZMdstU33pBjsxbXu2A6mYzjideRb3hoEs7o99Gk&#10;n89T1NOv0sUXAAAA//8DAFBLAwQUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517u&#10;OUy7f9qJPSgm452ApqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hx&#10;nuRIFlPlA7nSDD5azOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2&#10;uAsQo6YswJIy+A6b6hpIA+9a/vVZ9wIAAP//AwBQSwMEFAAGAAgAAAAhAMTgAELkAAAADwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+NLCcpjmM5lEKhlPaQNFByk62tf2JJxpId&#10;9+27ObW3b9hhdibbzaZjEw6+cVaCWETA0JZON7aScPx8eUiA+aCsVp2zKOEHPezy25tMpdpd7B6n&#10;Q6gYhVifKgl1CH3KuS9rNMovXI+Wbt9uMCqQHCquB3WhcNPxOIoeuVGNpQ+16vG5xvJ8GI2E4m3S&#10;7fpdxKfN8SP5Ksb27F9bKe/v5qctsIBz+DPDtT5Vh5w6FW602rOOdCRWNCYQiSQmunrEJlkCK4iW&#10;8WoNPM/4/x35LwAAAP//AwBQSwMECgAAAAAAAAAhACqgZdw2LgAANi4AABUAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQDcANwAAP/bAEMAAgEBAgEBAgICAgICAgIDBQMDAwMD&#10;BgQEAwUHBgcHBwYHBwgJCwkICAoIBwcKDQoKCwwMDAwHCQ4PDQwOCwwMDP/bAEMBAgICAwMDBgMD&#10;BgwIBwgMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/A&#10;ABEIANoBGgMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAAC&#10;AQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZ&#10;GiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOU&#10;lZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T1&#10;9vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAAB&#10;AncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3&#10;ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Sl&#10;pqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEA&#10;AhEDEQA/AP38ooooAKKKKACiiigAooooAKOlFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFBOKACij&#10;OaKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKDRRQAUUVT1rX&#10;bXw7Z/aL2Zbe33qhlfhELEKMnoBkgZPHNTKSiuaWwFyigHIoqgCiiigApCcUuaZI4zUuQCE5ozk0&#10;UUrsloCcCmpJlq+ffgB+29pPxR/aG+JXg++1LTbeHQtTji0F3dY/tkKQpHOqnPzlbhJGB6lZBjIX&#10;NeyeNvif4c+G2kNqHiDXNJ0WzUFvNvLpIVI9txGfoK8zB51gsTRliKNVOMW03daOLad+2q+a1OnE&#10;YGvQmqdSLTaT+TV0dB5uDTbe9ju4FkjZZI3AZWU5DD1FfHPxU/4KR2Pxk8a6T8O/hDNNfap4muFs&#10;2154WihtEbO94VYBmKqGbeQAAvGTgj618NaJD4T8NafpluWNvpttFaxFzliqKFGffAFYZXxBhcxr&#10;1aeDfPGnZOS+Hmf2U+rS3torr5VWwlSjCMqqs5bLrbv/AJGr5tCyA1XMwpv2jDV7pzFzdRVUXOfz&#10;py3VAFiio0lzUgORQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXK/HWO3m+Cfi9br&#10;YLdtFvBIXOAF8h889q2fFni7S/Anh+61bWb+10vTLFPMnurmURxRLkDJY8DkgfUivzY/4Ka/8FT9&#10;O8f+HLrwH8P7i4bSbnKarqhQxi6UHiKPPPlkjliBu6DjOfkeMOJsDlWBqLESTnKLUYfak2rbdu72&#10;XrodmDwdSvO0Nur6I9o/4J+f8FI/D/jDwvaeC/G+rw6b4h07FrY3l0+2LUohgIGkPAlAwvzEbsA5&#10;JJr7MF0rrlWVgeQQetfzg/8ACXsYmkLblVtpOflQnnn/AD619pf8E1P+CoDfCPUofBfjzWJrjwvd&#10;FU0/ULiVpP7JfsjFuRCw9zsxnoTj8t4D8SK1KFPLM42Voqp18lP8ub7+rPWx+U0lHnw0rvqv8j9b&#10;lkz6UFs/nXN+HfGNrrtnDcWtxDcW86CSOWNw6SKRkEEcEH1FR+FPi3onjXxlrmhaXdfbb3w35I1B&#10;ohuht5JN+Ii/QyAJllHKhlzjIFfu31imnFOSvLbXfS+nfTU+f5W726HUZ/hrP8SeHLXxXo81jeIz&#10;QzqV3KxSSM9mRhhlYHkMpBBAIINXd+aS4nW2geSRlWONSzE9ABya0lZrUk82/ZX+NEfxh+FnnXF4&#10;lzrXh+8n0TWDwrfaraQxs5UcL5gUSAdMOK+e/wBv7/gqFofws0q/8G+AtQt9X8W3Ctb3d/bSbrbR&#10;QflY+YuQZuwUfdPJORtP5efE345eJ7rx744k8L+LfEnhvT/FF9ObuLT7poVu4ZZS2xx0OcAE9cHG&#10;QDzyvgqwuIdDMMzKjs7OSZCWK7iSCB/s45H6V+B8QeJGK/s36thfdnrGU7622vHza3fRvTuftXC3&#10;hpHF4j29d3ho1H/PuvLr17Gn441e6+yiNVkmlyXJlcyPxn5t3UZLdc9O1Gg6jJf29rLdXDzbSBse&#10;RmRecbRnpk+nXilkibV9QWJVmXauxGbhVGBnP6ce/rTfDrs0n2eOGMR2uSG/iLIRnA9R16V+JNv2&#10;XL13fzP2etwkqsJSnayvu9la69Oz1Pp3/gmFLDbft0eB5JHh2bL2KNXO11zaS7SBnvnHTjFfr+83&#10;NfiL8BvjPp/wV+P/AIL8U37NBp+l6rDLeSo27ZEwKScAH+FiffHWv2gtPEEOp2cN1bTQz29wiyxS&#10;xsGWRGGQwI4IIOciv6A8EcWpZXWoPdTv8nFL84s/nDxIwEsPmSdtGrabXT6fJo1nn5pgn3H/AArL&#10;fU8mljvtx4r9rTPz01kmyKcstUYZt9WIKqIFyOUtVqB8iqcAyauQriqAkooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKg1HUoNIspLi5kWG3iG55HOFQepPYDuTwK4Px3+1j8NfhstwNa8ceGbGW&#10;2XdJCb+N5l/7ZqS2fbGa5cVjsNho82IqRgvNpfmVGLk7JHnf/BVLULew/YW8cNcTLDuS1CHdgs32&#10;uE4Hr0PHpmvwi8S+Io5LubzGZo1YgksSMcAfl1r7I/4K1f8ABTOP9pO/i8H+D7iZfBenuJ5p3jMb&#10;apcDIDEHkRrkgAgZOSR0x+f+p6izStHk4ZScYxg81/NfHGOw+b5y8ThneEYqF+9m22vLWy72ufR0&#10;sNVw+Hs9JPW33bm5ea3CoXc77o2BC/dVgQf/AInP40ab4kt1nC+ZtdXKszjcrAjAUDI5yfT0rj7+&#10;8jtlk3SbpFRZA275cZA5Htu/SqVnqxsrvYv79ZDyCNzdcjHp0/U14McuUolZfinCqpyV9T6J+H37&#10;UHjfwn4f/snR/GHiLS7FlbNnaalNDEc53DarAc5PGPev1C/4Iw+IYNE/Zb1S5kmE11qXiGeR2Jy+&#10;FhgUA/iGP/Aq/DnR/EbxawG8yTLtuZOoA+g/D/Jr9W/+CJHjhvEvw31zSUkjkjs9aEgKNn5njVWH&#10;4GL8819ZwLRlQz2l7Rtrlko+V1fT5Jno51jKdfBcsFZ312V0vTzZ+omj6i17GJM/K1fOX/BV39qW&#10;4/Zw/Zuks9N41rxm0ml28m7H2aEofPlHuFIUehcHtX0dolt9mskH+zX43/8ABZj9rCT4r/tWrouj&#10;XlrfaD4ERbJODLbz3BZWuAR/FlgsZHQ+V71+ucZZo8Flc3CXLOfup9dd2vRXPK4Xy1YzMIQnHmjH&#10;VrvbZfN2+R84nw5gW12zGGZsXHl84RSQV3epIZSPYg9TxXv5BpsD3Bk8hvKZmYHIIPbGB1z164A6&#10;U2/1f+1Llbu4kuJpXd5HZjkuS2SWJ7nPPuKr6xcRyaJcKnkqGiZMAYOT05H9ev51/LOIqKclBLT9&#10;PP8Ar8D+wOGsJKm+Zv4uq2t1XontfoXZL+TShLdWciNCh2rtyqOTxwe2ePXjp1pdNuplt/tKNFuU&#10;EspA+Zm64+vrXIp4ibVbtPtBkFvCiOEUlg7H5S2APYj863YNT/tTc0XmW6gZMQPJOPyx9KwxGHcF&#10;yyXq/wBGfUYzE+ypqlsraytpbzfVvdFy6nbUIPLmjhbenmyrESytkAYJ4z6c8cDpiv1V/wCCYHw2&#10;1T4Yfs62mqaxrGsX0/iRI7izs7u5keLTbJc+QkaMSF3Kxc4xwyjtz+U3h6FdR1S3tY4m8u6lCIgP&#10;QseD83OefqP1r9s/DaQ+HdAsdNt122+n28dtEMcBEUKP0FfqnhPl8amPq4mX/LuKSXS8r6/JJr5n&#10;8xeK01CNKlTWk7u730sreSvqd1Frm9vvZrU02580VxOlztcS12WhW5Kd6/oOO5+ItG9ZnI79K0IR&#10;kf55qpaQ7UFX4I+Pat4gTQJVyMYWooUqcDAqwCiiigAooooAKKKKACiiigAooooAKKKKACioL3Ur&#10;fTRGbiaKHznESb3C73PRRnqT6VMGzS5lewCTbfKbcMr0IPevym/4LNfs+2fwk+Iek+JdEt47fR/F&#10;KyrNaxfu44LpMFiuPu7wwbA7huCOK/Ve5i86Bl9RXyL/AMFV/gy3xS/Zi1cxxNNfeG3GrW4B6qgI&#10;lHv+7Zzj/ZFfn3iVk0cfk1R8t50/fi+qtvb1jdW9D0crqcuIj56fefij4qubdr2QXK7OCoOzHzDH&#10;yn0PH49a881qNo71fKcFmKkY7n0NdX8QGkiuvMVWdQ+07WwH9fxGODXn+qTLb3StNyGw+4feb0/X&#10;OfTpX4HldH3VJP5H1dao5tUqq879SurzSTTRusm1Y5eVGTgIxzj0yOTVFr1ZpNx29Nq5+UEVZ0W6&#10;VvEMILZjWTDbiQcE4PPbg9/zrAvrlre+aBVZpo3Mewj5g2cY/pX0tKnd2seVTjCKbjun95c03XPP&#10;1SZlKhkIVhnpnn+gNfqh/wAG4qxap8SfHGm26Rxx29vbahIqsCGbdKrNj1LOOe+a/KW009rURyL5&#10;Y8sjeOxY9Tj+LpjPoor239h/9snXv2PviLqXinwzdyW99faNe6Qu1Fb95JDiKQqeG8ubynwwIPl9&#10;DXrZXWp4TH0sU78sHr801+oqlCpVp+z6vY/dX/grF+2Q37H37MdxJpMwi8UeKnbStLcH5rQFSZbn&#10;HU7F4GOjunbNfhfqnipri5ijjkDbp98rMOuP4jk88459SBzUfxJ+M3ir43eIv7W8aeKNa8S3jR7V&#10;u7+5aZo85OxAThQBzgYAzwK5mHUoDdFVfd5fCsw5HBzk/iD3rh4oziWb4pTcWoQXup62835t/wCR&#10;+ucE8O1cBzQdnKSu2vwXyOxm1+78+FZLo3EZUIQVGCTjBBAAAHI5pNU8Ssu2LzE8y7HmNj7ygZyR&#10;+fHvXO3XiIqNxk54wm3KgDPT0xn61V0SC+mhkuZo5JoZMMGdfvLwfToPb2HavkqeEjbnnZW/Hsfr&#10;2T1pc0qUU2usuzT0Xnrf9TsIdcK2FuryrJINqEu2MFRhQPUABePbPNbHhXUo9UnkMc37yN9u4/qP&#10;wA/WuW01Le5kWULGqB/lCPzuwOfXH9DXRl/tIhkaTZIx27hjAHT37E/gK83FU46rq/62PalzOz5t&#10;210t0t8tTSsZ5NNu4wGY3EUglBJwAQcjt2wD0z0+lfrd+z38ftL+L/ww0fVm1LT01Ca2X7db/aED&#10;28wGHBXOV+YEjPYivy18N2NncQpMV3Nu5Yjnj0Ht6/pX1d+xv+xd/wAJylr4o8TebDo8h8yxsgds&#10;t0nZnPVUPPHVhzwME/S8A5zmFHMZUMuo+0517yb5UrPSTdna1301vpqfmPiPkmAxOX08VmVX2MoX&#10;taPM5P8AlSut/XpfY+/fhl4h0vxfNcLpt/aagbJwk5t5BIsTkZ2llyN2MErnIBBI5GfUdKsRGlec&#10;/DGzs/Dum29jY2sNpa26hY4oUCog9gK9M0uTzYxx2r+m8L7Tkj7W3NbW21/K/Q/lity875djQt4c&#10;9qtRLTYFytTxrXYjIniXAp1A6UVoAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBn+KvC9j408PXml6&#10;lbpdWN9EYpom6Mp9+oPcEcg8jmvgz46/HL4v/wDBOfx7FYrqR8X+C9Qdm0z+1wZz5Y6xebkOsigg&#10;Y3FTkEDqB+gdeY/tV/BvSf2hvg9q3hfUo1El1GXs7gj5rO4APlyD6Hg46qSO9fE8aZDXxmH+tZdU&#10;dLFU1eEou3Mt+SXRxfS+z1739LK8RSp1ksRHmg91+qPnj4U/8Ftvh74jlt7Xxhpmq+EriQhWulH2&#10;yzQ+rMoDr/3wcetfU+ka14V+OXhBb/RtU0zXNKvI8LcWcyTxSKRyCRkexB/GvwD+NngTVPAPivU9&#10;F1KOS31DS7p7SVSudrKSCDjqMjr6HvxXlcHj3XPB1xcNZapqGlrMpDGCdo0nXJ4yMZH+PqK/LOHv&#10;E/M/ZulmUFVto/sSv52TX4I+gxmRUfaL2V4X+a9e57F/wU2+C+ifs7/tMeIPD3hvVLDVtFZxcW32&#10;eZZhaB8lrdsE4aNgVwecYzXyjqV+t0/lyB0ikf8AdsTkwH1Ht6gdgPQVq6trF2LjdcTNNJMQWY8M&#10;Dzj8/wAetc9qsrSorc7iNxzjg/59a8SjCPtZVIRUYybaSeivrb5FZph5RhzX1SWv/A8yv9kbQNUW&#10;J1Vmchid2FYYyGUjqCOho8Sstj4lupPL3SzOZCzHs2G4/P8AzzVjQrmIFILyFngUhgYjiSL/AHWx&#10;0PcdPoea0PH3h6K415jY5+wyBX3zHDBcA9D369Bj3rr9olVtLseXg6NapRlOmtLp26rdfd37aHMw&#10;l7tvKjK/PnJwBt7GtKJVglXyQdvIjxk5x746/Xmozbx6dCy5ZmLE7/73HGf8P/rYqrcx7dqyMsm9&#10;TGcHauD0P4V0xSmtNj6LLsNJWlK1136f8FnUW11+6jhD+Yr4J45Devv/APWp+j3ANo0JkzHEN5cj&#10;5S2WzjIz09O9Y1h4mjZd3yK+SBklQefp611XhPw9NrTxNMqSWskTyERruk3b+SAv3vlBOMcn68ef&#10;UjyRfMfr2R/v4qNF8zSt6XstfQpadqK6l4ikjkjjWCJxxzmV+TjrnpyfwHeuvi8QwWWmvCu0beAu&#10;cs2Rnk556k9/WuN8R6BJZeIJorf7NFtBCnzt20ZP93cc44/TtVNtFuLK98uaZpGjIIeNiFwOc569&#10;PpXPiMNCqoq9lb7z7rL8U6LVKCVru8r7t9fmzuNDv1mP7mPlmPzMdu3oSeBz1+tb9tPDosi3E0nn&#10;QscleQMnuMfXrXnj61H4a+0N5rNjBhBI+YdTgDA4/PJr179m34KeJP2sfGmm+G/C2l3GpXUzhpzG&#10;h8u1ToZXPG1RnueTgV59TL6lScY0k3zO2m7ud08TGEZYvGPlhC+vSy3/AOBrqe1fsd/CxPjX4uik&#10;uIWXw5pziS7OCv2t8nEQx64y3oPcg1+pXwt8DXGrW8Ijt/ItY1CIgXaqKOAAOwAqp+yT/wAE89P+&#10;BHgnTrG8EbyWsYHlp93d3YnuSckmvoW8XR/h14dnv9QuLPS9NsYzJPc3EgjihUd2Y8AV+4cG8Jwy&#10;fCtz0nLWT/S/Zf5s/l3jbiz+2Mc/YXcU7RX627v/AIBmeH/AcdhCrMB8o5PpVv4d+MdJ+IFneXOi&#10;zC9sbO5e0+1IP3M0icP5bfxqrfLuHBIIBOK/PH9vH/grFH8RrbUvB/w5aaHw8qMt/rTbon1JehSE&#10;cMsWerHBfpgDO7pv+CUv/BT7wK3w/svhj4svo/DWsaXNKum3d6RFZ6kkkjSbPNPyrKGZgAxAYYwS&#10;citsPxxga+b/ANm0JJwined9HLS0U/S7vs2rIMZ4c5ph8l/tWtB8917iXvKFneUlvvbTdLV+X6HJ&#10;HtFPQ5asqLX4brDRyK6sMgqcgirR1WGztXmmkjhhiUu7u21UUDJJJ4Ar72MlufnOt7GlRXN+APid&#10;pvxMe9l0eT7Zp1m4h+2p/qZ5OrBD/EFG35hwc8V0lOnUjUjzwd0XUpyhLkmrMKKKK0ICiiigAooo&#10;oAKKKKACiiigAooooAKqavp631sw/i7VboqZRUlZgfmD/wAFpv2Zoxodr8QtLsdl1DMLPWmjU5lR&#10;gBFK3YbWUITjnevpX5SeK50jumWQSLGrH923GO3XsTX9M3xf+Edh8UvCWoaXe2sV1aahA0E8Dj5Z&#10;VYYP4+h7Hmv58/8Agor+y1q37JvxwvvDd9DJLp7ubjTbgja09sxO0k4+8OVb3B7Yr+f+NuGJYLMf&#10;r1JWp1d7dJf/AG2/rfufeZXjIYnAOgv4sNtd4/8AA/I8A1rUrjb5mxrqPjZJs4XrgMPWs3XJPmaO&#10;OER4YsyjGAOcYHtWpol39ikdoXXJGNjOTgfn+P1/Crg0dG0uW8hbzmbh4g2TF7uR26/j19/m4zVN&#10;7HRHC4xxtXdrr1OcOlXGqxqtt+6mb7qgg7u/HTk+n863PEulNaeErESSn7QIwZBs+4MnGeM+tVbJ&#10;2+yNLJGYZIzkNGvLDPA69ufyra1XQoX+H8moKJJJlHl7mwMABjz+LHHQ59e1Or76T7hluW1Eq0Iv&#10;eDf3NO/4HEagJra3VoxG0nOWfoB06evOfwFYbaij3KeXiPawDeZ6+vGePatLVrmSeLc2194wCV+X&#10;n/P6VX0DwXqHiPU447Nd0jOuEHU5x0HTrjj3r2aMoxjedjGjGrKcaeHi5Slp5lvwVoF5421uO3hh&#10;8zdJgJ94/WvVtZuIvh7p0Ol2K/aNiBHf+NDncdvGcZ5xjtnvXXWHgeD4WaXaxvphuNausM8MWVij&#10;yvJZgcE569hxjIFY0mmXZM1xfaf5QZgwCxBWTnscA44Az6fnXymIzaGInzR+Bbefp5fmft3DOTyy&#10;3DOnJ3ry3e6iuyf5/wDAPNdNtZpNYleN5IEUeWxVfm3D6Y5PNWL/AEXUIY5GLbY3+cmZ9rE4x357&#10;V2Ru2sW2yWpaSeVinz9ST6559s9Kdb2X9qRr9s8vdnKnb03eh9uv51tLMNea2h9Zg8HGFJR67/j+&#10;voeY+ILhtNg3TQSdVDXDAFcnHCt3PY+n6H+gb/gib8M/h/8AC39kDSV8N614f1zxTrKJf+I57GdJ&#10;JobhlBW3cD5lESkLg4BO5h96vwxn0KN8tDDdXLRNl4mOSMZH3eeOe/r610/hHxXr3gPU4NQ0nUtQ&#10;0e+tW3RXNrO0M8fH95WB74r6LJuJ6WXV415UubRrezV7arf+meDxpw/PPMFHCU6rp8utrNpvaz2d&#10;rn9NOo6pb6Tp811dTRW9vboZJZZGCpGoGSxJ4AA71+Pf/BQ7/go/qH7RXj+/0LSbqSPwNpFyyWlv&#10;AdraiVJAuJM4LA8lV6AFeMkmvl/xB+1J8VviDpJ03W/HHjLXNPeLc1rqOsTyQyqPVGcg44xkGuIk&#10;1aO5uB5ksbHIIBBAY/17cZ71nxlx1VzegsFhIunTfxa6y8tNl37nzvAfhxDLMd9axslOcWuWy0j5&#10;69fyXqWb/WbjyHdpBHFj93Gy7fMPBwQRwoySTgcDtzXOah9imuY49y2kjTkiQj5lxk89sMDgAD86&#10;6PxD4MvRLLJEsNv8qrKJH2uhfggJ1HAzgDBB7VDpngOa4nSGCzF9PI2+JZBvc85AVQe2OpJ4Ar4n&#10;CyppJx3fRH7VWjTrPmWq7vZW/U9I/Z5/ai8c/Be8hj8H+JNV0uJSEkCS5t5SM8tG2UOD178dq+4P&#10;2f8Ax18ZP2//ALFo/iDXnj8H2Uqvqd3BbR20c5GCEOxV8xv9joOCfWvmD4CfsLeOPiQsd1eaba6L&#10;ZrICH1EkMw55RNu7jPHAHv6fp38INPtPhv4Q0zRdNhhtrTT4FiRYk2qxA5bHqTkk+pr9S4OyXHYi&#10;8a9ScKHWN2lLyV9k+rS8kfiPiJn2VYNL6jTp1MRr71k3Dzvbfsm9N3sfQHw68P6Z4F8KWOi6VCtv&#10;Y2EQiiQdgOpPqScknuTXRV5z4T8SvMVBau+0+586EbvSv3GioxgoQVktEj+b6kpSk5Td29yxRRQD&#10;mtTMKKKKACiiigAooooAKKKKACiiigAooooAK+dP+Cjv7AGi/t3fBuTTZPKsPFOmK0uj6kR/qnI5&#10;jfHJjbAz3BAI6YP0XQea48dgaOMoSw2IV4y/q6810ZrRrTpTVSG6P5Z/jR+zT4o/Z5+JOqeG/F2n&#10;Xej32lymOSO4YnzecB1JGGRuCpU4IIqXw3oq+G7eG5jkdRcMEcsimNvXcGHQnPH/AOuv6ZfiJ8Af&#10;BPxb1bT77xP4V0HXrzSyTaT31lHNJb567SwJFeX/ABG/4Jh/BD4nXLTah4D0eKVjlmtY/I3H3C4B&#10;r8rzLw4xlRv2FaLV9E01p526/h6bH2OB4qpUmnUp3+b/AA1PwJ1vwhb6rbqLPdNuzuh4aZOueOoT&#10;g47+9Z934UkHg24tTH522TeGZQArHA7HJyM9R+dfuv4q/wCCSnwkj0iRtO8PJbzRoQjJI+6Mf7Jz&#10;xj2r8wv23Pg7/wAKF+Nc3g2TTZjJdwm506+aErFexHChvlyN0fzKwGDlcgYYCvzviDhfNcjUK1VK&#10;dPW7T+F9L3tp5/efTZXmGDzPFSq35HyyTXR3i0rfO17+p8P6J8PNU8X62lnpts8l1I/yIoO18dR0&#10;4/oOeK+kfht8KLH4L+HFkuIzda8QGM0QV0s1boMkZzzywA4JAxk59V+DXwOvPDfh2STRdFVptShL&#10;zag4RXZicADc4G3gZAPOcHJGa7LU/gPqniO9k8zRY286Ih2kMG5nIHT96SAMZx1+vf8AK8846pVp&#10;/VuZRprf3km7d9dF5bvr2P0rh3IcLlkFWlJSqWs30Xoun6+R4z48S3l8Hx3mx7i8kBYSlhvK4OeR&#10;0xjpjvxXF3c03iDTdPWOO4mjmUoSjHaBgAEnPcE9fQ9+a+hLn4B6xBos1hNpagbWQM0iFoxghT3B&#10;65z7dDUfhz4QzeFtMaBbezuHkuBIhnuTyCuMALFtPfjPAPHYV4+H4gwtOn7jUmnpqtn8z6qWMwvN&#10;eE7/AKo+a/8AhFf7QvLhTbrJHboD5i8OAeDn246DNa2neBW8QI1s1uskcMO+NypLZ6Bdv5ivaLzw&#10;d4f0C9upry5tRKY0VY0Ri+5WJ2kZHOce/NU5fHWmeEdJgmfTbr7RvIHlrtBUd29Qc9s5z3r0nn1W&#10;okqMW9rdOnmdmDxlCUnGm7njesfDK+jhjt7exVrhUaOWSMNl/lzs6c4H8s89pPC/w1t5pI0ubyGz&#10;uY1LSI7lnG0nIxyc4HHT6133iT4jN4q0pYbWGS33HIWOQABSR8xUj73XvXD6npUY1ONo75bi4bkn&#10;JUoo7EdFPB+lenRxmIqw5aj5Xr5v5l05KL5Yp3e/mWNYsNHgeOa1ik1CONMtEJfLQn6ZG/Ix0I69&#10;BxWD/wAJPcatEI44JLSNWKgRKImZcnGcZZuCcfNjmrslz9jaMlfMlkbau0HkDHJ4/U/lW/4A8BXH&#10;jLUGhh/cqq+ZLMykouem3+8ScnBxwPwrvwsJNqEVzN7anXCUaX72q7QWrM/4e+DpvE6GOxRk3T4I&#10;JBySDnI69BnNfVf7PHw/sfhRZloVSXUrg5uLoj5j/srnJVR6Z5/lzHwm+FkfgjTfKWRrq4kbfJMy&#10;7c8AAAc4Ax/OvXfCHhiS4kX5fvV+ocL5O6MlXqL3/wAv+CfnfFmffWJVKVCTVKTvba9kl/SPW/An&#10;imW4CLkmvWPCXmXIU/NXnfwz8DMojLKa948DeE/LVMr6V+yZfGbSufhWaypqTsdJ4K05ht4PrXpV&#10;gnlW6/Suf8O6SsIXiumjTCCvoqKsj5Os7sdT0GBTAM1JWxkFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFNmnjt4mkkdURAWZmOAAOpJoAdUN9qFvplpJcXM0NvBCpeSSRwiIo6kk8AD1NeK+Nf2v5tc&#10;1yTw/wDC/wAO3nj7W1fypbyL91o2nH1muT8rY67UyTjAOayv+GNNQ+MM0eofGXxTeeKsHzF0DTpH&#10;stFtz1A2Lh5SP7zEEjg5rxJ5x7V8mAh7V/zXtBes9b+kVJrrY9qllKglUx0/ZrorXm/SN1b1k4rt&#10;cf8AEn9vjRpb240H4a6Tf/E7xRzGItLX/iX2x7NNdf6tV9wSPcda+P8A47/sd+Ivi34zbxd8Sb77&#10;Z4pZd8cOlZW08PwA5MUTfxv1BboAzH5idx/RXw94F0rwb4fh0fw9pWn6LpVuNsdtZ26wRqPooApd&#10;Y+GNnq+kzQyRKzSoQcjrkYIr5riDhnF5tgq1LEVvflGSgoq0YScWlKzu5NX3bt2ij0sHnGGwc4rC&#10;07K6bcneTSe3RRXklfu2fl/4l8F6OmlTWk/mXG1QonRwJ+MZfPXfwMkd8e2K/wAP/D2n3DS3TNDd&#10;tFIDBOWkldUwQP8AWu5Toc89R26V1X7RPwnvPhz8SNS0qRWH2d98MjkcoQWXHfLAYI5GfXFedtKI&#10;p49QjaFZIYhiRW6oBwrAcEDqM8c5r/OrEYPFYd1MDiJONSLcZLtJOzX4dPuZ+gLNalS/L8D1Vtnc&#10;2vHOm7buKWO6eSSQ4DO+1evGcevHIrhtd0C4S4aZbia4Kd94ZHLdTjOQDnHHTHU11MuqW/iOBriW&#10;OTzIQdqxyHnPI9Byf72QAT0FZqXc2twSLa7JIIS6PIJSNpX1HPA9OuaeDlUoxs+m97HZgM7jGbcl&#10;otv1OL1PQb6w1aC6t2t2WNSZo1+U85z823I+bjHfNcR4kmD+J7pdQnW1WZQ0Egl3+Z6ZyMDHHp15&#10;6V6xrNjdW1s1rHHMtzIrRB1bCj0JYdODwevWvG/jZ8BrrWLq1uLfUr/yYIljug10JjJIWYkqeoHb&#10;a2TkdcYr7TJK1GpL9/UUdLJ9Xr06fefT4PPqa+G1/uVu4sGk6ToumSXrXKvIvyYwV8zockZGcce3&#10;tXA63quk3+vLEkqeWJQcryxyeeccjJP+cVauPAusWV1Db2tnc3lnjDl5yrLn2bk55r7C/wCCe/7A&#10;/wAMviNqNxc+MLm9OsIytYaa04hhY4BLZ6u4I6DGMZOe33mQ5fDF46GDhWXPUvy8zSWnT17Ld9D6&#10;nG8QUMHg/rtdSko2vy/5dv6Z4D4V+Cg8SbZPKe3V0VVjRckdzkkZ/wAivbvh78D5rCyjt7ezaOPO&#10;fu8k+pPrX3jo/wCxr4V8MIsdnpsaxr0ydx/M10+l/AjTLHAS1jUDkfL0r90yXw7jg7Oo7y7n5Xm3&#10;iPPGLljdRvdI+R/A/wAALq4ZTJC3/fNew+DfgL9jEbGHn6V77pvw3tbNf3cKj6Cti08LxxHhVHpx&#10;X6Dg8mhSWiPhcdn86p574W+Ha2Sr+7/Su+0PQ/syrWpbaKsf8OBV6DT9or36NBRVkfL4jEOerJdM&#10;gEYXpWiORxVFLfHSr8C7Il+gruiefJjlGBS0UVRIUUUUAFGeaKKACiiigAooooAKKKKACiiuP+M3&#10;xgs/hD4bjuHhk1DVNQlFppemwn9/qNw33Y19B3ZuigE+gPPisVSw1GVeu+WMVdv+vwW72RpSpTqT&#10;VOCu2SfFn4x6P8H9EjutSeae6vH8mxsLVPNu9Ql7RxRjlj056DPJFeew/BzxR+0NcR33xGnk0fw8&#10;xDweE7CchXGcj7ZMuDI3qi4Ucd81ufBb4HXmma9P4y8aXEOreONSXbvX5rfRoD0tbcH7qj+JurHO&#10;T6+pM2BXhwwVbMv3uPTjSe1Luu9S27f8nwr7XM9vQ+sQwvuYbWfWfbyj2/xbvpbrn+H/AA3p3g3S&#10;IdP0uxtdPsrddsUFvEI40HsAMVO8bTNUpTzDUgXaK+gjTioqEVZLoee5u/M9WRxQKgqSiirStsZn&#10;zd/wUC+CcniHwdN4u00WzX2kwFZoZsj7SucpggE7gx6Y53dRivjP4f8AwV1XxFa3EWnaRfanLLxc&#10;XIXy42J6hQedoyQBxgYr9V76yj1G1eGVQ0cgwwI4IrP0DwTpnhm3MVlaQwRk7tqrjmvwrjHwOy7P&#10;M4lmcajpKpZzUftSX2tb203stXq7s+uy/iqeGwaw0oqTWzfbt95+QHjvwNrPwcuSNYsLixVFCymc&#10;hF2ngEMowwz6YH4jFeKaJ4wXXviKtvp940MMkzB0iUL5pBbJb3z+lfu98QPhH4Z+Kmhyab4i0PTN&#10;YspOsVzArge4PUH3HNfM/jr/AIIz/CfUtfTWfDMOo+FtSjZn2wXBnglJ5O5ZNzdcdGA9q+IzDwDx&#10;2EVapl9WNVNPlT92Xknf3X63Xoe9lXEGS1k1j1KnJ9UuaPz1Ul9zPg6xtL611FdPmuN0kEAlCNu8&#10;4pnGSegyQRgetX7M22uP80Md9HJLsdyokEJUkMvPTB619feLP+Cf+s6RYzR281rqDbSsZZDEQMcD&#10;v6Z61xWmfsHeMZt0P2aLTbfeXLKx3MT3469B1zX4xPw34q9t7GpgpRl3Tjbzd0z7LBZhkMEpyqJp&#10;f11R88Q6Tpl1NDNDYozSfIrkAsp5yMZ68EZAyM9K3fBXhrxF4gaP/hHtNvJLyOVT5pBiSFlbg72I&#10;/T0r6I0T9gO70yRTJNH13HauOcY/pXr/AMNf2bH8OWyoWyfp1r7rh3wXx1atF5o5RimtE9dPPW33&#10;G2O45wdCLWChF+u33dfvM39nfxN8RLeytbbxjrWk3UcYX5orXdcy47M4IQcdwpP48173Y3cdyisu&#10;3FclYfCdrbHt0NdFpOg3Gnrtbdgetf1xk+B+q4aNFylO3Wbcm/mz8VzDF+3rOqoqN+kVZfcjcjj3&#10;H2qxHb5P9aisYGA5q+i7RXtRgefKoMS3xUqR05UyalC4raMUc8pESxVMOBRRVEhRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFBOKAMX4hePtL+F/gvUde1q6Wz03S4TNPI3YDoAOpYnAAHJJAFeY/AL4e6p49&#10;8WTfFDxnatb6zqUZj0LTJfm/4R+xPRfTzpB8zt1529BgY92j/tYftES2zM0nw7+GtyEmix+61vWB&#10;zg/3o7cY46F274GPoADAr52ilmWI9vLWjTfurpKa0c33UXpHpe8tbRZ6lR/VaXs1/Ekve8ovaPq9&#10;35WXcBxTSu407OaK+iPLCiiigAooooAKKKKACiiigBCobtTWt0YcqPyp9FJxT3C5QutDhl52r+VR&#10;QaUsDdOK1Mc0EZrCWHje6NVWkla5XSAYpTbqw6VMq7aWrjTI5mQCBV+7TljzUtGMVajYVxFXFLRR&#10;VCCiiigAooooAKKKKACiiigAooooAKKKKACvM/2uPi9L8FvgbquqWe5tYvCmmaUijLPd3DCOLH0L&#10;bvopr0yvkP8Ab88eDX/2tP2efh7DmY3XiRdcvYlOcRwEeWWHpxKf+A14HE+Mnh8tqOlLlnK0Ivqp&#10;TaimvNXv8jswFNTrq+y1fotf0Por4AfCuD4LfCHQ/DsW1pbG3U3Uo/5eLhvmlkJ77nLHn2rsN+84&#10;FU7jVVa48mP5sdcVciTavvXrYXD08PRhh6KtGKSS7JKyOerUlUm6k3dt3fzHAYFFFFdJmFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFGaKKACiiigAooAxRQAUUUUAFFFFAAxwKZuNPpNgoFqLRRRQMKK&#10;KKACiiigCHUJ3trGaSNQ8ioSik4DHHAz71+T/wCxJ4G+M3xg/wCCmvi/4gfEXSNStdW8OpLY28M6&#10;5tLNpRtQRN91lSJm5UkZK8nmv1mIyKjis4YGLJHGpPUhcZrycxymGMrUatSTtTfMl0b6N+a6HRRx&#10;DpRlGK+JWuZPhTw9JpduGuH8yZuWPvW1RRXrJWOcKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAP/ZUEsBAi0AFAAGAAgAAAAh&#10;AIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEASG7pRzkDAADdBgAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAAChBQAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc1BLAQItABQABgAIAAAAIQDE4ABC5AAAAA8BAAAPAAAAAAAAAAAAAAAAAJIGAABk&#10;cnMvZG93bnJldi54bWxQSwECLQAKAAAAAAAAACEAKqBl3DYuAAA2LgAAFQAAAAAAAAAAAAAAAACj&#10;BwAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsFBgAAAAAGAAYAfQEAAAw2AAAAAA==&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="651F47F8" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:513pt;margin-top:585pt;width:92.15pt;height:71.25pt;z-index:251629568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKTtkWrCAgAAAgYAAA4AAABkcnMvZTJvRG9jLnhtbKxU204bMRB9r9R/&#10;sPxedpMmBSI2KAJRISFAQMWz4/Wylry2O57c+vUd25sNAtRKVfPgzHrux2fm7HzbGbZWELSzFR8d&#10;lZwpK12t7UvFfzxdfTnhLKCwtTDOqorvVODn88+fzjZ+psaudaZWwCiIDbONr3iL6GdFEWSrOhGO&#10;nFeWlI2DTiB9wktRg9hQ9M4U47L8Vmwc1B6cVCHQ7WVW8nmK3zRK4l3TBIXMVJxqw3RCOpfxLOZn&#10;YvYCwrda9mWIf6iiE9pS0iHUpUDBVqDfheq0BBdcg0fSdYVrGi1V6oG6GZVvunlshVepFwIn+AGm&#10;8P/Cytv1o78HgmHjwyyQGLvYNtDFf6qPbRNYuwEstUUm6XI0Oi6/llPOJOlOy8nJ8TSiWRy8PQT8&#10;rlzHolBxoMdIGIn1TcBsujeJyZZG+yttDKs94UaPBQ6fNbYJBcqXfKNRjwO94t/ZkhG+dHLVKYuZ&#10;MqCMQOJraLUPlGamuqWqqcDrekTtEF2RmOpBW8z8CCAfqPjElYCgULax4IaK7e+p60FB8r6VaGVs&#10;PK2LreWm401xgDtJuDMqWz+ohumaAB6nhtMkqAsDbC2Iw0JK6iNjEVpRq3w9LenXwz94pMcwlgIe&#10;qu1j9wHilL2PnavM3SVXlQZpKKz8U2HZefBImZ3FwbnT1sFHAQx11WfO9nuQMjQRpaWrd/cQeZH4&#10;Eby80kStGxHwXgDNLZGGdhHe0dEYt6m46yXOWge/PrqP9kQk0nK2oT1Q8fBzJUBxZq4tDdrpaDKJ&#10;iyN9TKbH40jM15rla41ddReOnol4RNUlMdqj2YsNuO6ZVtYiZiWVsJJyV1wi7D8uMO8nWnpSLRbJ&#10;jJaFF3hjH73cT0IcnaftswDfzxfSZN66/c4Qszdjlm0zFxcrdI1OM3jAtcebFk0iTr8U4yZ7/Z2s&#10;Dqt7/hsAAP//AwBQSwMECgAAAAAAAAAhACqgZdw2LgAANi4AABUAAABkcnMvbWVkaWEvaW1hZ2Ux&#10;LmpwZWf/2P/gABBKRklGAAEBAQDcANwAAP/bAEMAAgEBAgEBAgICAgICAgIDBQMDAwMDBgQEAwUH&#10;BgcHBwYHBwgJCwkICAoIBwcKDQoKCwwMDAwHCQ4PDQwOCwwMDP/bAEMBAgICAwMDBgMDBgwIBwgM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIANoB&#10;GgMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQD&#10;BQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygp&#10;KjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJma&#10;oqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/&#10;xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQID&#10;EQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RF&#10;RkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqy&#10;s7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/&#10;AP38ooooAKKKKACiiigAooooAKOlFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFBOKACijOaKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKDRRQAUUVT1rXbXw7Z/aL&#10;2Zbe33qhlfhELEKMnoBkgZPHNTKSiuaWwFyigHIoqgCiiigApCcUuaZI4zUuQCE5ozk0UUrsloCc&#10;CmpJlq+ffgB+29pPxR/aG+JXg++1LTbeHQtTji0F3dY/tkKQpHOqnPzlbhJGB6lZBjIXNeyeNvif&#10;4c+G2kNqHiDXNJ0WzUFvNvLpIVI9txGfoK8zB51gsTRliKNVOMW03daOLad+2q+a1OnEYGvQmqdS&#10;LTaT+TV0dB5uDTbe9ju4FkjZZI3AZWU5DD1FfHPxU/4KR2Pxk8a6T8O/hDNNfap4muFs2154Wiht&#10;EbO94VYBmKqGbeQAAvGTgj618NaJD4T8NafpluWNvpttFaxFzliqKFGffAFYZXxBhcxr1aeDfPGn&#10;ZOS+Hmf2U+rS3torr5VWwlSjCMqqs5bLrbv/AJGr5tCyA1XMwpv2jDV7pzFzdRVUXOfzpy3VAFii&#10;o0lzUgORQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXK/HWO3m+Cfi9brYLdtFvBI&#10;XOAF8h889q2fFni7S/Anh+61bWb+10vTLFPMnurmURxRLkDJY8DkgfUivzY/4Ka/8FT9O8f+HLrw&#10;H8P7i4bSbnKarqhQxi6UHiKPPPlkjliBu6DjOfkeMOJsDlWBqLESTnKLUYfak2rbdu72XrodmDwd&#10;SvO0Nur6I9o/4J+f8FI/D/jDwvaeC/G+rw6b4h07FrY3l0+2LUohgIGkPAlAwvzEbsA5JJr7MF0r&#10;rlWVgeQQetfzg/8ACXsYmkLblVtpOflQnnn/AD619pf8E1P+CoDfCPUofBfjzWJrjwvdFU0/ULiV&#10;pP7JfsjFuRCw9zsxnoTj8t4D8SK1KFPLM42Voqp18lP8ub7+rPWx+U0lHnw0rvqv8j9blkz6UFs/&#10;nXN+HfGNrrtnDcWtxDcW86CSOWNw6SKRkEEcEH1FR+FPi3onjXxlrmhaXdfbb3w35I1Bohuht5JN&#10;+Ii/QyAJllHKhlzjIFfu31imnFOSvLbXfS+nfTU+f5W726HUZ/hrP8SeHLXxXo81jeIzQzqV3KxS&#10;SM9mRhhlYHkMpBBAIINXd+aS4nW2geSRlWONSzE9ABya0lZrUk82/ZX+NEfxh+FnnXF4lzrXh+8n&#10;0TWDwrfaraQxs5UcL5gUSAdMOK+e/wBv7/gqFofws0q/8G+AtQt9X8W3Ctb3d/bSbrbRQflY+YuQ&#10;ZuwUfdPJORtP5efE345eJ7rx744k8L+LfEnhvT/FF9ObuLT7poVu4ZZS2xx0OcAE9cHGQDzyvgqw&#10;uIdDMMzKjs7OSZCWK7iSCB/s45H6V+B8QeJGK/s36thfdnrGU7622vHza3fRvTuftXC3hpHF4j29&#10;d3ho1H/PuvLr17Gn441e6+yiNVkmlyXJlcyPxn5t3UZLdc9O1Gg6jJf29rLdXDzbSBseRmRecbRn&#10;pk+nXilkibV9QWJVmXauxGbhVGBnP6ce/rTfDrs0n2eOGMR2uSG/iLIRnA9R16V+JNv2XL13fzP2&#10;etwkqsJSnayvu9la69Oz1Pp3/gmFLDbft0eB5JHh2bL2KNXO11zaS7SBnvnHTjFfr+83NfiL8Bvj&#10;Pp/wV+P/AIL8U37NBp+l6rDLeSo27ZEwKScAH+FiffHWv2gtPEEOp2cN1bTQz29wiyxSxsGWRGGQ&#10;wI4IIOciv6A8EcWpZXWoPdTv8nFL84s/nDxIwEsPmSdtGrabXT6fJo1nn5pgn3H/AArLfU8mljvt&#10;x4r9rTPz01kmyKcstUYZt9WIKqIFyOUtVqB8iqcAyauQriqAkooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKg1HUoNIspLi5kWG3iG55HOFQepPYDuTwK4Px3+1j8NfhstwNa8ceGbGW2XdJCb+N&#10;5l/7ZqS2fbGa5cVjsNho82IqRgvNpfmVGLk7JHnf/BVLULew/YW8cNcTLDuS1CHdgs32uE4Hr0PH&#10;pmvwi8S+Io5LubzGZo1YgksSMcAfl1r7I/4K1f8ABTOP9pO/i8H+D7iZfBenuJ5p3jMbapcDIDEH&#10;kRrkgAgZOSR0x+f+p6izStHk4ZScYxg81/NfHGOw+b5y8ThneEYqF+9m22vLWy72ufR0sNVw+Hs9&#10;JPW33bm5ea3CoXc77o2BC/dVgQf/AInP40ab4kt1nC+ZtdXKszjcrAjAUDI5yfT0rj7+8jtlk3Sb&#10;pFRZA275cZA5Htu/SqVnqxsrvYv79ZDyCNzdcjHp0/U14McuUolZfinCqpyV9T6J+H37UHjfwn4f&#10;/snR/GHiLS7FlbNnaalNDEc53DarAc5PGPev1C/4Iw+IYNE/Zb1S5kmE11qXiGeR2Jy+FhgUA/iG&#10;P/Aq/DnR/EbxawG8yTLtuZOoA+g/D/Jr9W/+CJHjhvEvw31zSUkjkjs9aEgKNn5njVWH4GL8819Z&#10;wLRlQz2l7Rtrlko+V1fT5Jno51jKdfBcsFZ312V0vTzZ+omj6i17GJM/K1fOX/BV39qW4/Zw/Zuk&#10;s9N41rxm0ml28m7H2aEofPlHuFIUehcHtX0dolt9mskH+zX43/8ABZj9rCT4r/tWroujXlrfaD4E&#10;RbJODLbz3BZWuAR/FlgsZHQ+V71+ucZZo8Flc3CXLOfup9dd2vRXPK4Xy1YzMIQnHmjHVrvbZfN2&#10;+R84nw5gW12zGGZsXHl84RSQV3epIZSPYg9TxXv5BpsD3Bk8hvKZmYHIIPbGB1z164A6U2/1f+1L&#10;lbu4kuJpXd5HZjkuS2SWJ7nPPuKr6xcRyaJcKnkqGiZMAYOT05H9ev51/LOIqKclBLT9PP8Ar8D+&#10;wOGsJKm+Zv4uq2t1XontfoXZL+TShLdWciNCh2rtyqOTxwe2ePXjp1pdNuplt/tKNFuUEspA+Zm6&#10;4+vrXIp4ibVbtPtBkFvCiOEUlg7H5S2APYj863YNT/tTc0XmW6gZMQPJOPyx9KwxGHcFyyXq/wBG&#10;fUYzE+ypqlsraytpbzfVvdFy6nbUIPLmjhbenmyrESytkAYJ4z6c8cDpiv1V/wCCYHw21T4Yfs62&#10;mqaxrGsX0/iRI7izs7u5keLTbJc+QkaMSF3Kxc4xwyjtz+U3h6FdR1S3tY4m8u6lCIgPQseD83Oe&#10;fqP1r9s/DaQ+HdAsdNt122+n28dtEMcBEUKP0FfqnhPl8amPq4mX/LuKSXS8r6/JJr5n8xeK01CN&#10;KlTWk7u730sreSvqd1Frm9vvZrU02580VxOlztcS12WhW5Kd6/oOO5+ItG9ZnI79K0IRkf55qpaQ&#10;7UFX4I+Pat4gTQJVyMYWooUqcDAqwCiiigAooooAKKKKACiiigAooooAKKKKACioL3UrfTRGbiaK&#10;HznESb3C73PRRnqT6VMGzS5lewCTbfKbcMr0IPevym/4LNfs+2fwk+Iek+JdEt47fR/FKyrNaxfu&#10;44LpMFiuPu7wwbA7huCOK/Ve5i86Bl9RXyL/AMFV/gy3xS/Zi1cxxNNfeG3GrW4B6qgIlHv+7Zzj&#10;/ZFfn3iVk0cfk1R8t50/fi+qtvb1jdW9D0crqcuIj56fefij4qubdr2QXK7OCoOzHzDHyn0PH49a&#10;881qNo71fKcFmKkY7n0NdX8QGkiuvMVWdQ+07WwH9fxGODXn+qTLb3StNyGw+4feb0/XOfTpX4Hl&#10;dH3VJP5H1dao5tUqq879SurzSTTRusm1Y5eVGTgIxzj0yOTVFr1ZpNx29Nq5+UEVZ0W6VvEMILZj&#10;WTDbiQcE4PPbg9/zrAvrlre+aBVZpo3Mewj5g2cY/pX0tKnd2seVTjCKbjun95c03XPP1SZlKhkI&#10;Vhnpnn+gNfqh/wAG4qxap8SfHGm26Rxx29vbahIqsCGbdKrNj1LOOe+a/KW009rURyL5Y8sjeOxY&#10;9Tj+LpjPoor239h/9snXv2PviLqXinwzdyW99faNe6Qu1Fb95JDiKQqeG8ubynwwIPl9DXrZXWp4&#10;TH0sU78sHr801+oqlCpVp+z6vY/dX/grF+2Q37H37MdxJpMwi8UeKnbStLcH5rQFSZbnHU7F4GOj&#10;unbNfhfqnipri5ijjkDbp98rMOuP4jk88459SBzUfxJ+M3ir43eIv7W8aeKNa8S3jR7Vu7+5aZo8&#10;5OxAThQBzgYAzwK5mHUoDdFVfd5fCsw5HBzk/iD3rh4oziWb4pTcWoQXup62835t/wCR+ucE8O1c&#10;BzQdnKSu2vwXyOxm1+78+FZLo3EZUIQVGCTjBBAAAHI5pNU8Ssu2LzE8y7HmNj7ygZyR+fHvXO3X&#10;iIqNxk54wm3KgDPT0xn61V0SC+mhkuZo5JoZMMGdfvLwfToPb2HavkqeEjbnnZW/Hsfr2T1pc0qU&#10;U2usuzT0Xnrf9TsIdcK2FuryrJINqEu2MFRhQPUABePbPNbHhXUo9UnkMc37yN9u4/qPwA/WuW01&#10;Le5kWULGqB/lCPzuwOfXH9DXRl/tIhkaTZIx27hjAHT37E/gK83FU46rq/62PalzOz5t210t0t8t&#10;TSsZ5NNu4wGY3EUglBJwAQcjt2wD0z0+lfrd+z38ftL+L/ww0fVm1LT01Ca2X7db/aED28wGHBXO&#10;V+YEjPYivy18N2NncQpMV3Nu5Yjnj0Ht6/pX1d+xv+xd/wAJylr4o8TebDo8h8yxsgdst0nZnPVU&#10;PPHVhzwME/S8A5zmFHMZUMuo+0517yb5UrPSTdna1301vpqfmPiPkmAxOX08VmVX2MoXtaPM5P8A&#10;lSut/XpfY+/fhl4h0vxfNcLpt/aagbJwk5t5BIsTkZ2llyN2MErnIBBI5GfUdKsRGlec/DGzs/Du&#10;m29jY2sNpa26hY4oUCog9gK9M0uTzYxx2r+m8L7Tkj7W3NbW21/K/Q/lity875djQt4c9qtRLTYF&#10;ytTxrXYjIniXAp1A6UVoAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBn+KvC9j408PXml6lbpdWN9E&#10;Ypom6Mp9+oPcEcg8jmvgz46/HL4v/wDBOfx7FYrqR8X+C9Qdm0z+1wZz5Y6xebkOsiggY3FTkEDq&#10;B+gdeY/tV/BvSf2hvg9q3hfUo1El1GXs7gj5rO4APlyD6Hg46qSO9fE8aZDXxmH+tZdUdLFU1eEo&#10;u3Mt+SXRxfS+z1739LK8RSp1ksRHmg91+qPnj4U/8Ftvh74jlt7Xxhpmq+EriQhWulH2yzQ+rMoD&#10;r/3wcetfU+ka14V+OXhBb/RtU0zXNKvI8LcWcyTxSKRyCRkexB/GvwD+NngTVPAPivU9F1KOS31D&#10;S7p7SVSudrKSCDjqMjr6HvxXlcHj3XPB1xcNZapqGlrMpDGCdo0nXJ4yMZH+PqK/LOHvE/M/Zulm&#10;UFVto/sSv52TX4I+gxmRUfaL2V4X+a9e57F/wU2+C+ifs7/tMeIPD3hvVLDVtFZxcW32eZZhaB8l&#10;rdsE4aNgVwecYzXyjqV+t0/lyB0ikf8AdsTkwH1Ht6gdgPQVq6trF2LjdcTNNJMQWY8MDzj8/wAe&#10;tc9qsrSorc7iNxzjg/59a8SjCPtZVIRUYybaSeivrb5FZph5RhzX1SWv/A8yv9kbQNUWJ1Vmchid&#10;2FYYyGUjqCOho8Sstj4lupPL3SzOZCzHs2G4/P8AzzVjQrmIFILyFngUhgYjiSL/AHWx0PcdPoea&#10;0PH3h6K415jY5+wyBX3zHDBcA9D369Bj3rr9olVtLseXg6NapRlOmtLp26rdfd37aHMwl7tvKjK/&#10;PnJwBt7GtKJVglXyQdvIjxk5x746/Xmozbx6dCy5ZmLE7/73HGf8P/rYqrcx7dqyMsm9TGcHauD0&#10;P4V0xSmtNj6LLsNJWlK1136f8FnUW11+6jhD+Yr4J45Devv/APWp+j3ANo0JkzHEN5cj5S2WzjIz&#10;09O9Y1h4mjZd3yK+SBklQefp611XhPw9NrTxNMqSWskTyERruk3b+SAv3vlBOMcn68efUjyRfMfr&#10;2R/v4qNF8zSt6XstfQpadqK6l4ikjkjjWCJxxzmV+TjrnpyfwHeuvi8QwWWmvCu0beAucs2Rnk55&#10;6k9/WuN8R6BJZeIJorf7NFtBCnzt20ZP93cc44/TtVNtFuLK98uaZpGjIIeNiFwOc569PpXPiMNC&#10;qoq9lb7z7rL8U6LVKCVru8r7t9fmzuNDv1mP7mPlmPzMdu3oSeBz1+tb9tPDosi3E0nnQscleQMn&#10;uMfXrXnj61H4a+0N5rNjBhBI+YdTgDA4/PJr179m34KeJP2sfGmm+G/C2l3GpXUzhpzGh8u1ToZX&#10;PG1RnueTgV59TL6lScY0k3zO2m7ud08TGEZYvGPlhC+vSy3/AOBrqe1fsd/CxPjX4uikuIWXw5pz&#10;iS7OCv2t8nEQx64y3oPcg1+pXwt8DXGrW8Ijt/ItY1CIgXaqKOAAOwAqp+yT/wAE89P+BHgnTrG8&#10;EbyWsYHlp93d3YnuSckmvoW8XR/h14dnv9QuLPS9NsYzJPc3EgjihUd2Y8AV+4cG8JwyfCtz0nLW&#10;T/S/Zf5s/l3jbiz+2Mc/YXcU7RX627v/AIBmeH/AcdhCrMB8o5PpVv4d+MdJ+IFneXOizC9sbO5e&#10;0+1IP3M0icP5bfxqrfLuHBIIBOK/PH9vH/grFH8RrbUvB/w5aaHw8qMt/rTbon1JehSEcMsWerHB&#10;fpgDO7pv+CUv/BT7wK3w/svhj4svo/DWsaXNKum3d6RFZ6kkkjSbPNPyrKGZgAxAYYwScitsPxxg&#10;a+b/ANm0JJwined9HLS0U/S7vs2rIMZ4c5ph8l/tWtB8917iXvKFneUlvvbTdLV+X6HJHtFPQ5as&#10;qLX4brDRyK6sMgqcgirR1WGztXmmkjhhiUu7u21UUDJJJ4Ar72MlufnOt7GlRXN+APidpvxMe9l0&#10;eT7Zp1m4h+2p/qZ5OrBD/EFG35hwc8V0lOnUjUjzwd0XUpyhLkmrMKKKK0ICiiigAooooAKKKKAC&#10;iiigAooooAKqavp631sw/i7VboqZRUlZgfmD/wAFpv2Zoxodr8QtLsdl1DMLPWmjU5lRgBFK3YbW&#10;UITjnevpX5SeK50jumWQSLGrH923GO3XsTX9M3xf+Edh8UvCWoaXe2sV1aahA0E8Dj5ZVYYP4+h7&#10;Hmv58/8Agor+y1q37JvxwvvDd9DJLp7ubjTbgja09sxO0k4+8OVb3B7Yr+f+NuGJYLMfr1JWp1d7&#10;dJf/AG2/rfufeZXjIYnAOgv4sNtd4/8AA/I8A1rUrjb5mxrqPjZJs4XrgMPWs3XJPmaOOER4Ysyj&#10;GAOcYHtWpol39ikdoXXJGNjOTgfn+P1/Crg0dG0uW8hbzmbh4g2TF7uR26/j19/m4zVN7HRHC4xx&#10;tXdrr1OcOlXGqxqtt+6mb7qgg7u/HTk+n863PEulNaeErESSn7QIwZBs+4MnGeM+tVbJ2+yNLJGY&#10;ZIzkNGvLDPA69ufyra1XQoX+H8moKJJJlHl7mwMABjz+LHHQ59e1Or76T7hluW1Eq0IveDf3NO/4&#10;HEagJra3VoxG0nOWfoB06evOfwFYbaij3KeXiPawDeZ6+vGePatLVrmSeLc2194wCV+Xn/P6VX0D&#10;wXqHiPU447Nd0jOuEHU5x0HTrjj3r2aMoxjedjGjGrKcaeHi5Slp5lvwVoF5421uO3hh8zdJgJ94&#10;/WvVtZuIvh7p0Ol2K/aNiBHf+NDncdvGcZ5xjtnvXXWHgeD4WaXaxvphuNausM8MWVijyvJZgcE5&#10;69hxjIFY0mmXZM1xfaf5QZgwCxBWTnscA44Az6fnXymIzaGInzR+Bbefp5fmft3DOTyy3DOnJ3ry&#10;3e6iuyf5/wDAPNdNtZpNYleN5IEUeWxVfm3D6Y5PNWL/AEXUIY5GLbY3+cmZ9rE4x357V2Ru2sW2&#10;yWpaSeVinz9ST6559s9Kdb2X9qRr9s8vdnKnb03eh9uv51tLMNea2h9Zg8HGFJR67/j+voeY+ILh&#10;tNg3TQSdVDXDAFcnHCt3PY+n6H+gb/gib8M/h/8AC39kDSV8N614f1zxTrKJf+I57GdJJobhlBW3&#10;cD5lESkLg4BO5h96vwxn0KN8tDDdXLRNl4mOSMZH3eeOe/r610/hHxXr3gPU4NQ0nUtQ0e+tW3RX&#10;NrO0M8fH95WB74r6LJuJ6WXV415UubRrezV7arf+meDxpw/PPMFHCU6rp8utrNpvaz2drn9NOo6p&#10;b6Tp811dTRW9vboZJZZGCpGoGSxJ4AA71+Pf/BQ7/go/qH7RXj+/0LSbqSPwNpFyyWlvAdraiVJA&#10;uJM4LA8lV6AFeMkmvl/xB+1J8VviDpJ03W/HHjLXNPeLc1rqOsTyQyqPVGcg44xkGuIk1aO5uB5k&#10;sbHIIBBAY/17cZ71nxlx1VzegsFhIunTfxa6y8tNl37nzvAfhxDLMd9axslOcWuWy0j569fyXqWb&#10;/WbjyHdpBHFj93Gy7fMPBwQRwoySTgcDtzXOah9imuY49y2kjTkiQj5lxk89sMDgAD866PxD4MvR&#10;LLJEsNv8qrKJH2uhfggJ1HAzgDBB7VDpngOa4nSGCzF9PI2+JZBvc85AVQe2OpJ4Ar4nCyppJx3f&#10;RH7VWjTrPmWq7vZW/U9I/Z5/ai8c/Be8hj8H+JNV0uJSEkCS5t5SM8tG2UOD178dq+4P2f8Ax18Z&#10;P2//ALFo/iDXnj8H2Uqvqd3BbR20c5GCEOxV8xv9joOCfWvmD4CfsLeOPiQsd1eaba6LZrICH1Ek&#10;Mw55RNu7jPHAHv6fp38INPtPhv4Q0zRdNhhtrTT4FiRYk2qxA5bHqTkk+pr9S4OyXHYi8a9ScKHW&#10;N2lLyV9k+rS8kfiPiJn2VYNL6jTp1MRr71k3Dzvbfsm9N3sfQHw68P6Z4F8KWOi6VCtvY2EQiiQd&#10;gOpPqScknuTXRV5z4T8SvMVBau+0+586EbvSv3GioxgoQVktEj+b6kpSk5Td29yxRRQDmtTMKKKK&#10;ACiiigAooooAKKKKACiiigAooooAK+dP+Cjv7AGi/t3fBuTTZPKsPFOmK0uj6kR/qnI5jfHJjbAz&#10;3BAI6YP0XQea48dgaOMoSw2IV4y/q6810ZrRrTpTVSG6P5Z/jR+zT4o/Z5+JOqeG/F2nXej32lym&#10;OSO4YnzecB1JGGRuCpU4IIqXw3oq+G7eG5jkdRcMEcsimNvXcGHQnPH/AOuv6ZfiJ8AfBPxb1bT7&#10;7xP4V0HXrzSyTaT31lHNJb567SwJFeX/ABG/4Jh/BD4nXLTah4D0eKVjlmtY/I3H3C4Br8rzLw4x&#10;lRv2FaLV9E01p526/h6bH2OB4qpUmnUp3+b/AA1PwJ1vwhb6rbqLPdNuzuh4aZOueOoTg47+9Z93&#10;4UkHg24tTH522TeGZQArHA7HJyM9R+dfuv4q/wCCSnwkj0iRtO8PJbzRoQjJI+6Mf7Jzxj2r8wv2&#10;3Pg7/wAKF+Nc3g2TTZjJdwm506+aErFexHChvlyN0fzKwGDlcgYYCvzviDhfNcjUK1VKdPW7T+F9&#10;L3tp5/efTZXmGDzPFSq35HyyTXR3i0rfO17+p8P6J8PNU8X62lnpts8l1I/yIoO18dR04/oOeK+k&#10;fht8KLH4L+HFkuIzda8QGM0QV0s1boMkZzzywA4JAxk59V+DXwOvPDfh2STRdFVptShLzag4RXZi&#10;cADc4G3gZAPOcHJGa7LU/gPqniO9k8zRY286Ih2kMG5nIHT96SAMZx1+vf8AK8846pVp/VuZRprf&#10;3km7d9dF5bvr2P0rh3IcLlkFWlJSqWs30Xoun6+R4z48S3l8Hx3mx7i8kBYSlhvK4OeR0xjpjvxX&#10;F3c03iDTdPWOO4mjmUoSjHaBgAEnPcE9fQ9+a+hLn4B6xBos1hNpagbWQM0iFoxghT3B65z7dDUf&#10;hz4QzeFtMaBbezuHkuBIhnuTyCuMALFtPfjPAPHYV4+H4gwtOn7jUmnpqtn8z6qWMwvNeE7/AKo+&#10;a/8AhFf7QvLhTbrJHboD5i8OAeDn246DNa2neBW8QI1s1uskcMO+NypLZ6Bdv5ivaLzwd4f0C9up&#10;ry5tRKY0VY0Ri+5WJ2kZHOce/NU5fHWmeEdJgmfTbr7RvIHlrtBUd29Qc9s5z3r0nn1WokqMW9rd&#10;OnmdmDxlCUnGm7njesfDK+jhjt7exVrhUaOWSMNl/lzs6c4H8s89pPC/w1t5pI0ubyGzuY1LSI7l&#10;nG0nIxyc4HHT6133iT4jN4q0pYbWGS33HIWOQABSR8xUj73XvXD6npUY1ONo75bi4bknJUoo7EdF&#10;PB+lenRxmIqw5aj5Xr5v5l05KL5Yp3e/mWNYsNHgeOa1ik1CONMtEJfLQn6ZG/Ix0I69BxWD/wAJ&#10;PcatEI44JLSNWKgRKImZcnGcZZuCcfNjmrslz9jaMlfMlkbau0HkDHJ4/U/lW/4A8BXHjLUGhh/c&#10;qq+ZLMykouem3+8ScnBxwPwrvwsJNqEVzN7anXCUaX72q7QWrM/4e+DpvE6GOxRk3T4IJBySDnI6&#10;9BnNfVf7PHw/sfhRZloVSXUrg5uLoj5j/srnJVR6Z5/lzHwm+FkfgjTfKWRrq4kbfJMy7c8AAAc4&#10;Ax/OvXfCHhiS4kX5fvV+ocL5O6MlXqL3/wAv+CfnfFmffWJVKVCTVKTvba9kl/SPW/AnimW4CLkm&#10;vWPCXmXIU/NXnfwz8DMojLKa948DeE/LVMr6V+yZfGbSufhWaypqTsdJ4K05ht4PrXpVgnlW6/Su&#10;f8O6SsIXiumjTCCvoqKsj5Os7sdT0GBTAM1JWxkFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFNm&#10;njt4mkkdURAWZmOAAOpJoAdUN9qFvplpJcXM0NvBCpeSSRwiIo6kk8AD1NeK+Nf2v5tc1yTw/wDC&#10;/wAO3nj7W1fypbyL91o2nH1muT8rY67UyTjAOayv+GNNQ+MM0eofGXxTeeKsHzF0DTpHstFtz1A2&#10;Lh5SP7zEEjg5rxJ5x7V8mAh7V/zXtBes9b+kVJrrY9qllKglUx0/ZrorXm/SN1b1k4rtcf8AEn9v&#10;jRpb240H4a6Tf/E7xRzGItLX/iX2x7NNdf6tV9wSPcda+P8A47/sd+Ivi34zbxd8Sb77Z4pZd8cO&#10;lZW08PwA5MUTfxv1BboAzH5idx/RXw94F0rwb4fh0fw9pWn6LpVuNsdtZ26wRqPooApdY+GNnq+k&#10;zQyRKzSoQcjrkYIr5riDhnF5tgq1LEVvflGSgoq0YScWlKzu5NX3bt2ij0sHnGGwc4rC07K6bcne&#10;TSe3RRXklfu2fl/4l8F6OmlTWk/mXG1QonRwJ+MZfPXfwMkd8e2K/wAP/D2n3DS3TNDdtFIDBOWk&#10;ldUwQP8AWu5Toc89R26V1X7RPwnvPhz8SNS0qRWH2d98MjkcoQWXHfLAYI5GfXFedtKIp49QjaFZ&#10;IYhiRW6oBwrAcEDqM8c5r/OrEYPFYd1MDiJONSLcZLtJOzX4dPuZ+gLNalS/L8D1Vtnc2vHOm7bu&#10;KWO6eSSQ4DO+1evGcevHIrhtd0C4S4aZbia4Kd94ZHLdTjOQDnHHTHU11MuqW/iOBriWOTzIQdqx&#10;yHnPI9Byf72QAT0FZqXc2twSLa7JIIS6PIJSNpX1HPA9OuaeDlUoxs+m97HZgM7jGbclotv1OL1P&#10;Qb6w1aC6t2t2WNSZo1+U85z823I+bjHfNcR4kmD+J7pdQnW1WZQ0Egl3+Z6ZyMDHHp156V6xrNjd&#10;W1s1rHHMtzIrRB1bCj0JYdODwevWvG/jZ8BrrWLq1uLfUr/yYIljug10JjJIWYkqeoHba2TkdcYr&#10;7TJK1GpL9/UUdLJ9Xr06fefT4PPqa+G1/uVu4sGk6ToumSXrXKvIvyYwV8zockZGcce3tXA63quk&#10;3+vLEkqeWJQcryxyeeccjJP+cVauPAusWV1Db2tnc3lnjDl5yrLn2bk55r7C/wCCe/7A/wAMviNq&#10;Nxc+MLm9OsIytYaa04hhY4BLZ6u4I6DGMZOe33mQ5fDF46GDhWXPUvy8zSWnT17Ld9D6nG8QUMHg&#10;/rtdSko2vy/5dv6Z4D4V+Cg8SbZPKe3V0VVjRckdzkkZ/wAivbvh78D5rCyjt7ezaOPOfu8k+pPr&#10;X3jo/wCxr4V8MIsdnpsaxr0ydx/M10+l/AjTLHAS1jUDkfL0r90yXw7jg7Oo7y7n5Xm3iPPGLljd&#10;RvdI+R/A/wAALq4ZTJC3/fNew+DfgL9jEbGHn6V77pvw3tbNf3cKj6Cti08LxxHhVHpxX6Dg8mhS&#10;WiPhcdn86p574W+Ha2Sr+7/Su+0PQ/syrWpbaKsf8OBV6DT9or36NBRVkfL4jEOerJdMgEYXpWiO&#10;RxVFLfHSr8C7Il+gruiefJjlGBS0UVRIUUUUAFGeaKKACiiigAooooAKKKKACiiuP+M3xgs/hD4b&#10;juHhk1DVNQlFppemwn9/qNw33Y19B3ZuigE+gPPisVSw1GVeu+WMVdv+vwW72RpSpTqTVOCu2SfF&#10;n4x6P8H9EjutSeae6vH8mxsLVPNu9Ql7RxRjlj056DPJFeew/BzxR+0NcR33xGnk0fw8xDweE7Cc&#10;hXGcj7ZMuDI3qi4Ucd81ufBb4HXmma9P4y8aXEOreONSXbvX5rfRoD0tbcH7qj+JurHOT6+pM2BX&#10;hwwVbMv3uPTjSe1Luu9S27f8nwr7XM9vQ+sQwvuYbWfWfbyj2/xbvpbrn+H/AA3p3g3SIdP0uxtd&#10;PsrddsUFvEI40HsAMVO8bTNUpTzDUgXaK+gjTioqEVZLoee5u/M9WRxQKgqSiirStsZnzd/wUC+C&#10;cniHwdN4u00WzX2kwFZoZsj7SucpggE7gx6Y53dRivjP4f8AwV1XxFa3EWnaRfanLLxcXIXy42J6&#10;hQedoyQBxgYr9V76yj1G1eGVQ0cgwwI4IrP0DwTpnhm3MVlaQwRk7tqrjmvwrjHwOy7PM4lmcajp&#10;KpZzUftSX2tb203stXq7s+uy/iqeGwaw0oqTWzfbt95+QHjvwNrPwcuSNYsLixVFCymchF2ngEMo&#10;wwz6YH4jFeKaJ4wXXviKtvp940MMkzB0iUL5pBbJb3z+lfu98QPhH4Z+Kmhyab4i0PTNYspOsVzA&#10;rge4PUH3HNfM/jr/AIIz/CfUtfTWfDMOo+FtSjZn2wXBnglJ5O5ZNzdcdGA9q+IzDwDx2EVapl9W&#10;NVNPlT92Xknf3X63Xoe9lXEGS1k1j1KnJ9UuaPz1Ul9zPg6xtL611FdPmuN0kEAlCNu84pnGSegy&#10;QRgetX7M22uP80Md9HJLsdyokEJUkMvPTB619feLP+Cf+s6RYzR281rqDbSsZZDEQMcDv6Z61xWm&#10;fsHeMZt0P2aLTbfeXLKx3MT3469B1zX4xPw34q9t7GpgpRl3Tjbzd0z7LBZhkMEpyqJpf11R88Q6&#10;Tpl1NDNDYozSfIrkAsp5yMZ68EZAyM9K3fBXhrxF4gaP/hHtNvJLyOVT5pBiSFlbg72I/T0r6I0T&#10;9gO70yRTJNH13HauOcY/pXr/AMNf2bH8OWyoWyfp1r7rh3wXx1atF5o5RimtE9dPPW33G2O45wdC&#10;LWChF+u33dfvM39nfxN8RLeytbbxjrWk3UcYX5orXdcy47M4IQcdwpP48173Y3cdyisu3FclYfCd&#10;rbHt0NdFpOg3Gnrtbdgetf1xk+B+q4aNFylO3Wbcm/mz8VzDF+3rOqoqN+kVZfcjcjj3H2qxHb5P&#10;9aisYGA5q+i7RXtRgefKoMS3xUqR05UyalC4raMUc8pESxVMOBRRVEhRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFBOKAMX4hePtL+F/gvUde1q6Wz03S4TNPI3YDoAOpYnAAHJJAFeY/AL4e6p498WTfFDxn&#10;atb6zqUZj0LTJfm/4R+xPRfTzpB8zt1529BgY92j/tYftES2zM0nw7+GtyEmix+61vWBzg/3o7cY&#10;46F274GPoADAr52ilmWI9vLWjTfurpKa0c33UXpHpe8tbRZ6lR/VaXs1/Ekve8ovaPq935WXcBxT&#10;Su407OaK+iPLCiiigAooooAKKKKACiiigBCobtTWt0YcqPyp9FJxT3C5QutDhl52r+VRQaUsDdOK&#10;1Mc0EZrCWHje6NVWkla5XSAYpTbqw6VMq7aWrjTI5mQCBV+7TljzUtGMVajYVxFXFLRRVCCiiigA&#10;ooooAKKKKACiiigAooooAKKKKACvM/2uPi9L8FvgbquqWe5tYvCmmaUijLPd3DCOLH0Lbvopr0yv&#10;kP8Ab88eDX/2tP2efh7DmY3XiRdcvYlOcRwEeWWHpxKf+A14HE+Mnh8tqOlLlnK0IvqpTaimvNXv&#10;8jswFNTrq+y1fotf0Por4AfCuD4LfCHQ/DsW1pbG3U3Uo/5eLhvmlkJ77nLHn2rsN+84FU7jVVa4&#10;8mP5sdcVciTavvXrYXD08PRhh6KtGKSS7JKyOerUlUm6k3dt3fzHAYFFFFdJmFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFGaKKACiiigAooAxRQAUUUUAFFFFAAxwKZuNPpNgoFqLRRRQMKKKKACiiig&#10;CHUJ3trGaSNQ8ioSik4DHHAz71+T/wCxJ4G+M3xg/wCCmvi/4gfEXSNStdW8OpLY28M65tLNpRtQ&#10;RN91lSJm5UkZK8nmv1mIyKjis4YGLJHGpPUhcZrycxymGMrUatSTtTfMl0b6N+a6HRRxDpRlGK+J&#10;WuZPhTw9JpduGuH8yZuWPvW1RRXrJWOcKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAP/ZUEsDBBQABgAIAAAAIQD0zz8w4wAA&#10;AA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqO1ULW0ap0JISAjBgVIJcXNi&#10;k5/G6yh20vD2bE9w+0Y7mp3J9rPr2GSH0HhUIBcCmMXSmwYrBcePp7sNsBA1Gt15tAp+bIB9fn2V&#10;6dT4M77b6RArRiEYUq2gjrFPOQ9lbZ0OC99bpNu3H5yOJIeKm0GfKdx1PBFizZ1ukD7UurePtS1P&#10;h9EpKF4m065eZfK1Pb5tPouxPYXnVqnbm/lhByzaOf6Z4VKfqkNOnQo/ogmsIy2SNY2JRPJeEF08&#10;iRRLYAXRUiYr4HnG/+/IfwEAAP//AwBQSwMEFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG&#10;3CgILude7jlMu3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFC&#10;cUnAmHPYcZ7kSBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5&#10;t+TyDwU3trgLEKOmLMCSMvgOm+oaSAPvWv71WfcCAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gM&#10;AQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEApO2RasICAAACBgAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAA&#10;AAAAACEAKqBl3DYuAAA2LgAAFQAAAAAAAAAAAAAAAAAqBQAAZHJzL21lZGlhL2ltYWdlMS5qcGVn&#10;UEsBAi0AFAAGAAgAAAAhAPTPPzDjAAAADwEAAA8AAAAAAAAAAAAAAAAAkzMAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAAAAAAAAAAAAAAKM0AABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfQEAAJQ1AAAAAA==&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId6" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="0034223A">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D195994" wp14:editId="108E568A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251794432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FE5A13C" wp14:editId="67385D33">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3819525</wp:posOffset>
+                  <wp:posOffset>219075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3971925</wp:posOffset>
+                  <wp:posOffset>7677150</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3657600" cy="4162425"/>
+                <wp:extent cx="7324725" cy="323850"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4" name="Text Box 4"/>
+                <wp:docPr id="1363038467" name="Text Box 1363038467"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3657600" cy="4162425"/>
+                          <a:ext cx="7324725" cy="323850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:linkedTxbx id="2" seq="1"/>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0FBC91D1" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="0004394D" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0004394D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>When you need answers and insight for your real estate needs, give me a call! Advice is my job.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3A2DE2E5" w14:textId="77777777" w:rsidR="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C"/>
+                        </w:txbxContent>
+                      </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:300.75pt;margin-top:312.75pt;width:4in;height:327.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBirN5+iQIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r05SJ92COkXWosOA&#10;oi3WDD0rstQIlURVUmJnXz9KttOg26XDLjZFPlEkH8nzi9ZoshM+KLAVHZ+MKBGWQ63sU0V/rq4/&#10;faYkRGZrpsGKiu5FoBeLjx/OGzcXE9iAroUn6MSGeeMquonRzYsi8I0wLJyAExaNErxhEY/+qag9&#10;a9C70cVkNJoVDfjaeeAiBNRedUa6yP6lFDzeSRlEJLqiGFvMX5+/6/QtFuds/uSZ2yjeh8H+IQrD&#10;lMVHD66uWGRk69UfroziHgLIeMLBFCCl4iLngNmMR2+yedgwJ3IuWJzgDmUK/88tv93de6LqipaU&#10;WGaQopVoI/kKLSlTdRoX5gh6cAiLLaqR5UEfUJmSbqU36Y/pELRjnfeH2iZnHJWns+nZbIQmjrZy&#10;PJuUk2nyU7xedz7EbwIMSUJFPZKXa8p2NyF20AGSXrNwrbTOBGpLmorOTqejfOFgQefaJqzIrdC7&#10;SSl1oWcp7rVIGG1/CImlyBkkRW5Ccak92TFsH8a5sDEnn/0iOqEkBvGeiz3+Nar3XO7yGF4GGw+X&#10;jbLgc/Zvwq6fh5Blh8eaH+WdRK3ss6hX7brNnTDGkRUvRzyvod4j/R668QmOXyuk6IaFeM88zgvS&#10;ijsg3uFHakAqoJco2YD/9Td9wmMbo5WSBuevouFly7ygRH+32OBfxmWZBjYfyunZBA/+2LI+ttit&#10;uQTkKIXueBYTPupBlB7MI66KZXoVTcxyfLuicRAvY7cVcNVwsVxmEI6oY/HGPjieXCfKUgOu2kfm&#10;Xd+lERv8FoZJZfM3zdph000Ly20EqXInp6p3Ve3ZwPHOs9CvorQ/js8Z9bowF78BAAD//wMAUEsD&#10;BBQABgAIAAAAIQCI4/OG4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwDIbvg72D0WC3&#10;1U4gbcjilBIog7Ed2vWymxO7SZgtZ7HbZnv6qaf19gn9/PpUrmdn2dlMYfAoIVkIYAZbrwfsJBw+&#10;tk85sBAVamU9Ggk/JsC6ur8rVaH9BXfmvI8doxIMhZLQxzgWnIe2N06FhR8N0u7oJ6cijVPH9aQu&#10;VO4sT4VYcqcGpAu9Gk3dm/Zrf3ISXuvtu9o1qct/bf3ydtyM34fPTMrHh3nzDCyaOf6H4apP6lCR&#10;U+NPqAOzEpYiyShKkGYE10SyWhE1RGmeCOBVyW+/qP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAYqzefokCAAB4BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAiOPzhuEAAAANAQAADwAAAAAAAAAAAAAAAADjBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="6FE5A13C" id="Text Box 1363038467" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:17.25pt;margin-top:604.5pt;width:576.75pt;height:25.5pt;z-index:251794432;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjBiTXbAIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xXHwvqFFmKDgOK&#10;tlg69KzIUmNMFjWJiZ39+lGynWTdLh12sSnx4+sjqavrpjJsp3woweZ8NBhypqyEorQvOf/2dPvh&#10;krOAwhbCgFU536vAr+fv313VbqbGsAFTKM/IiQ2z2uV8g+hmWRbkRlUiDMApS0oNvhJIR/+SFV7U&#10;5L0y2Xg4PM9q8IXzIFUIdHvTKvk8+ddaSXzQOihkJueUG6avT991/GbzKzF78cJtStmlIf4hi0qU&#10;loIeXN0IFGzryz9cVaX0EEDjQEKVgdalVKkGqmY0fFXNaiOcSrUQOcEdaAr/z628363co2fYfIKG&#10;GhgJqV2YBbqM9TTaV/FPmTLSE4X7A22qQSbp8mIynl6MzziTpJuMJ5dnidfsaO18wM8KKhaFnHtq&#10;S2JL7O4CUkSC9pAYzMJtaUxqjbGszvn5hFz+piELY+ONSk3u3BwzTxLujYoYY78qzcoiFRAv0nip&#10;pfFsJ2gwhJTKYqo9+SV0RGlK4i2GHf6Y1VuM2zr6yGDxYFyVFnyq/lXaxfc+Zd3iiciTuqOIzbqh&#10;wqktfWPXUOyp3x7aVQhO3pbUlDsR8FF4mn1qMe0zPtBHGyDyoZM424D/+bf7iKeRJC1nNe1SzsOP&#10;rfCKM/PF0rB+HE2ncfnSYXp2MaaDP9WsTzV2Wy2BujKil8PJJEY8ml7UHqpnWvtFjEoqYSXFzjn2&#10;4hLbDadnQ6rFIoFo3ZzAO7tyMrqOTYoj99Q8C++6uUSa6Hvot07MXo1ni42WFhZbBF2m2Y08t6x2&#10;/NOqppHunpX4FpyeE+r4+M1/AQAA//8DAFBLAwQUAAYACAAAACEADlcLcuIAAAANAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdQKs0jVNVkSokBIeWXrg5sZtE2OsQu23g69mc&#10;4LY7O5p9k29GZ9nFDKHzKGE+E8AM1l532Eg4vu8eUmAhKtTKejQSvk2ATXF7k6tM+yvuzeUQG0Yh&#10;GDIloY2xzzgPdWucCjPfG6TbyQ9ORVqHhutBXSncWZ4IseROdUgfWtWbsjX15+HsJLyUuze1rxKX&#10;/tjy+fW07b+OHwsp7+/G7RpYNGP8M8OET+hQEFPlz6gDsxIenxbkJD0RKyo1OeZpSlM1aUshgBc5&#10;/9+i+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjBiTXbAIAAEQFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAOVwty4gAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
-                  <w:txbxContent/>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0FBC91D1" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="0004394D" w:rsidRDefault="005C724C" w:rsidP="005C724C">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0004394D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>When you need answers and insight for your real estate needs, give me a call! Advice is my job.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3A2DE2E5" w14:textId="77777777" w:rsidR="005C724C" w:rsidRDefault="005C724C" w:rsidP="005C724C"/>
+                  </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0034223A" w:rsidRPr="0034223A">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D528653" wp14:editId="785C6ABB">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>533400</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8439150</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="933450" cy="1355725"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="6" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="yourimagehere.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="933450" cy="1355725"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46AD4C7E" wp14:editId="015C5F2F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CBC7CF7" wp14:editId="0C7775C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>190500</wp:posOffset>
+                  <wp:posOffset>1600200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3971925</wp:posOffset>
+                  <wp:posOffset>8439150</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3657600" cy="3838575"/>
-                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:extent cx="2714625" cy="1495425"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name="Text Box 3"/>
+                <wp:docPr id="8" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3657600" cy="3838575"/>
+                          <a:ext cx="2714625" cy="1495425"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:solidFill>
-[...1 lines deleted...]
-                        </a:solidFill>
+                        <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx id="2">
+                      <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0034223A" w:rsidRDefault="0034223A" w:rsidP="00865FEB">
+                          <w:p w14:paraId="7475E009" w14:textId="77777777" w:rsidR="00865FEB" w:rsidRPr="00865FEB" w:rsidRDefault="00865FEB" w:rsidP="00865FEB">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                              <w:jc w:val="both"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:b/>
                               </w:rPr>
-                            </w:pPr>
-[...329 lines deleted...]
-                              <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00865FEB">
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:b/>
                               </w:rPr>
-                              <w:t>Use a food thermometer at the thickest part of the turkey breast to check the internal temperature. Your turkey is ready and safe to eat when it reaches 165 degrees Fahrenheit.</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00865FEB" w:rsidRDefault="00865FEB" w:rsidP="00865FEB">
+                          <w:p w14:paraId="6920A769" w14:textId="6BF73FC0" w:rsidR="00865FEB" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="00865FEB">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...20 lines deleted...]
-                              <w:pStyle w:val="ListParagraph"/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                              <w:t>RE Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005C724C">
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
+                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:15pt;margin-top:312.75pt;width:4in;height:302.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAefPp7jQIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm7XjV2plHbmOUlWy&#10;kqhJlTNmIUYFhgL2rvvrM7DrR9NcUvWyOzDfzDDfPC6vGqPJVvigwJa0f9ajRFgOlbLPJf3xePPp&#10;gpIQma2YBitKuhOBXs0+fris3VScwxp0JTxBJzZMa1fSdYxuWhSBr4Vh4QycsKiU4A2LePTPReVZ&#10;jd6NLs57vXFRg6+cBy5CwNvrVkln2b+Ugsc7KYOIRJcU3xbz1+fvKn2L2SWbPnvm1op3z2D/8ArD&#10;lMWgB1fXLDKy8eovV0ZxDwFkPONgCpBScZFzwGz6vVfZPKyZEzkXJCe4A03h/7nlt9t7T1RV0gEl&#10;lhks0aNoIvkCDRkkdmoXpgh6cAiLDV5jlff3AS9T0o30Jv0xHYJ65Hl34DY543g5GI8m4x6qOOoG&#10;F4OL0WSU/BRHc+dD/CrAkCSU1GPxMqdsuwyxhe4hKVoAraobpXU+pIYRC+3JlmGpdcyPROd/oLQl&#10;dUnHg1EvO7aQzFvP2iY3IrdMFy6l3qaYpbjTImG0/S4kUpYzfSM241zYQ/yMTiiJod5j2OGPr3qP&#10;cZsHWuTIYOPB2CgLPmefZ+xIWfVzT5ls8Vibk7yTGJtVk3vl0AErqHbYGB7awQqO3ygs3pKFeM88&#10;ThIWHLdDvMOP1IDkQydRsgb/+637hMcGRy0lNU5mScOvDfOCEv3NYut/7g+HaZTzYTianOPBn2pW&#10;pxq7MQvAjujjHnI8iwkf9V6UHswTLpF5iooqZjnGLmnci4vY7gtcQlzM5xmEw+tYXNoHx5PrxHJq&#10;zcfmiXnX9W/E1r+F/Qyz6as2brHJ0sJ8E0Gq3OOJ55bVjn8c/Dwl3ZJKm+X0nFHHVTp7AQAA//8D&#10;AFBLAwQUAAYACAAAACEAcSHpEuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU6EQBCE7ya+&#10;w6RNvJjdQQhokGFjjD+Jt11cjbdZpgUi00OYWcC3t/ekx676Ul1VbBbbiwlH3zlScL2OQCDVznTU&#10;KHirnla3IHzQZHTvCBX8oIdNeX5W6Ny4mbY47UIjOIR8rhW0IQy5lL5u0Wq/dgMSe19utDrwOTbS&#10;jHrmcNvLOIoyaXVH/KHVAz60WH/vjlbB51Xz8eqX5/2cpMnw+DJVN++mUuryYrm/AxFwCX8wnOpz&#10;dSi508EdyXjRK0ginhIUZHGagmAgizJWDkzGJ0+Whfy/ofwFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAHnz6e40CAACSBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAcSHpEuAAAAALAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
-                <v:textbox style="mso-next-textbox:#Text Box 4">
+              <v:shape w14:anchorId="3CBC7CF7" id="Text Box 8" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:126pt;margin-top:664.5pt;width:213.75pt;height:117.75pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzh0S+aQIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8LwsUSINYIkpEVSlK&#10;oiZVzsZrw6pej2sP7NJf37F3eSjtJVUv9tjzzed5enbTVIbtlQ8l2JwPen3OlJVQlHaT8+/Pqw+f&#10;OAsobCEMWJXzgwr8Zv7+3ax2UzWELZhCeUYkNkxrl/MtoptmWZBbVYnQA6csKTX4SiAd/SYrvKiJ&#10;vTLZsN+fZDX4wnmQKgS6vW2VfJ74tVYSH7QOCpnJOfmGafVpXcc1m8/EdOOF25ayc0P8gxeVKC09&#10;eqK6FSjYzpd/UFWl9BBAY09ClYHWpVQpBopm0H8VzdNWOJVioeQEd0pT+H+08n7/5B49w+YzNFTA&#10;mJDahWmgyxhPo30Vd/KUkZ5SeDilTTXIJF0OrwajyXDMmSTdYHQ9HtGBeLKzufMBvyioWBRy7qku&#10;KV1ifxewhR4h8TULq9KYVBtjWZ3zycdxPxmcNERubMSqVOWO5ux6kvBgVMQY+01pVhYpgniR+kst&#10;jWd7QZ0hpFQWU/CJl9ARpcmJtxh2+LNXbzFu4zi+DBZPxlVpwafoX7ld/Di6rFs85fwi7ihis266&#10;kq6hOFClPbRDEJxclVSNOxHwUXjqeiouTTI+0KINUNahkzjbgv/1t/uIp2YkLWc1TVHOw8+d8Ioz&#10;89VSm14PRqM4dukwGl8N6eAvNetLjd1VS6ByDOjPcDKJEY/mKGoP1QsN/CK+SiphJb2dczyKS2xn&#10;mz4MqRaLBKJBcwLv7JOTkTpWJ/bac/MivOsaEqmX7+E4b2L6qi9bbLS0sNgh6DI1bUxwm9Uu8TSk&#10;qe27DyX+ApfnhDp/e/PfAAAA//8DAFBLAwQUAAYACAAAACEA//xZ9+QAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiDIaFN41RVpAoJwaGlF25O7CZR7XWI3Tbw9SwnuO3u&#10;jGbfFKvJWXY2Y+g9SrifJcAMNl732ErYv2/u5sBCVKiV9WgkfJkAq/L6qlC59hfcmvMutoxCMORK&#10;QhfjkHMems44FWZ+MEjawY9ORVrHlutRXSjcWS6SJONO9UgfOjWYqjPNcXdyEl6qzZva1sLNv231&#10;/HpYD5/7j1TK25tpvQQWzRT/zPCLT+hQElPtT6gDsxJEKqhLJOFBLGgiS/a0SIHVdEqzxxR4WfD/&#10;LcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALOHRL5pAgAAPgUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP/8WffkAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAwwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0034223A" w:rsidRDefault="0034223A" w:rsidP="00865FEB">
+                    <w:p w14:paraId="7475E009" w14:textId="77777777" w:rsidR="00865FEB" w:rsidRPr="00865FEB" w:rsidRDefault="00865FEB" w:rsidP="00865FEB">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                        <w:jc w:val="both"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:b/>
                         </w:rPr>
-                      </w:pPr>
-[...329 lines deleted...]
-                        <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00865FEB">
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:b/>
                         </w:rPr>
-                        <w:t>Use a food thermometer at the thickest part of the turkey breast to check the internal temperature. Your turkey is ready and safe to eat when it reaches 165 degrees Fahrenheit.</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00865FEB" w:rsidRDefault="00865FEB" w:rsidP="00865FEB">
+                    <w:p w14:paraId="6920A769" w14:textId="6BF73FC0" w:rsidR="00865FEB" w:rsidRPr="005C724C" w:rsidRDefault="005C724C" w:rsidP="00865FEB">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...20 lines deleted...]
-                        <w:pStyle w:val="ListParagraph"/>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                        <w:t>RE Lic #</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                        <w:br/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00865FEB" w:rsidRPr="005C724C">
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005C724C">
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
+                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0034223A" w:rsidRPr="0034223A">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41AC748A" wp14:editId="5DEE3838">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5676900</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>9133205</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1613535" cy="591820"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="7" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1613535" cy="591820"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="0034223A">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="542DC6F6" wp14:editId="7B36A401">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251549696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EAD0679" wp14:editId="7B7ABE1D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>190500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3648075</wp:posOffset>
+                  <wp:posOffset>3838575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7324725" cy="323850"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7324725" cy="323850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0034223A" w:rsidRDefault="0034223A" w:rsidP="0034223A">
+                          <w:p w14:paraId="2CBAEDFD" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="0004394D" w:rsidRDefault="005C724C" w:rsidP="005C724C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...1 lines deleted...]
-                              <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="0004394D">
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                               </w:rPr>
-                              <w:t>With the Thanksgiving season come the savory smells of a holiday feast. Plan ahead to make your turkey dinner a hit!</w:t>
+                              <w:t>Plan your holiday feast to make your turkey dinner a hit!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="0034223A" w:rsidRDefault="0034223A"/>
+                          <w:p w14:paraId="68F0E876" w14:textId="77777777" w:rsidR="0034223A" w:rsidRDefault="0034223A"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:15pt;margin-top:287.25pt;width:576.75pt;height:25.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmgIiCfgIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06cpO2COEWWosOA&#10;oi3WDj0rspQYk0RNUmJnXz9KtpMs26XDLjZFPlLkI6nZTaMV2QnnKzAFHV4MKBGGQ1mZdUG/vdx9&#10;uKbEB2ZKpsCIgu6Fpzfz9+9mtZ2KHDagSuEIBjF+WtuCbkKw0yzzfCM08xdghUGjBKdZwKNbZ6Vj&#10;NUbXKssHg8usBldaB1x4j9rb1kjnKb6UgodHKb0IRBUUcwvp69J3Fb/ZfMama8fspuJdGuwfstCs&#10;MnjpIdQtC4xsXfVHKF1xBx5kuOCgM5Cy4iLVgNUMB2fVPG+YFakWJMfbA03+/4XlD7snR6qyoDkl&#10;hmls0YtoAvkEDckjO7X1UwQ9W4SFBtXY5V7vURmLbqTT8Y/lELQjz/sDtzEYR+XVKB9f5RNKONpG&#10;+eh6ksjPjt7W+fBZgCZRKKjD3iVK2e7eB8wEoT0kXmbgrlIq9U8ZUhf0coQhf7OghzJRI9IkdGFi&#10;RW3mSQp7JSJGma9CIhOpgKhIMyiWypEdw+lhnAsTUu0pLqIjSmISb3Hs8Mes3uLc1tHfDCYcnHVl&#10;wKXqz9Iuv/cpyxaPRJ7UHcXQrJqu0yso99hoB+2ieMvvKuzGPfPhiTncDOwtbnt4xI9UgKxDJ1Gy&#10;Affzb/qIx4FFKyU1blpB/Y8tc4IS9cXgKH8cjsdxNdNhPLnK8eBOLatTi9nqJWA7hviuWJ7EiA+q&#10;F6UD/YqPwiLeiiZmON5d0NCLy9DuPz4qXCwWCYTLaFm4N8+Wx9CxO3HWXppX5mw3kAFH+QH6nWTT&#10;s7lssdHTwGIbQFZpaCPBLasd8bjIaZa7Rye+FKfnhDo+jfNfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;P1SpjuMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTFJcoZFNVkSok&#10;BIeWXrhtYjeJ8E+I3Tbw9LincpvVjGa/KVaT0eykRt87izCfJcCUbZzsbYuw/9g8ZMB8ICtJO6sQ&#10;fpSHVXl7U1Au3dlu1WkXWhZLrM8JoQthyDn3TacM+ZkblI3ewY2GQjzHlsuRzrHcaJ4myZIb6m38&#10;0NGgqk41X7ujQXitNu+0rVOT/erq5e2wHr73nwLx/m5aPwMLagrXMFzwIzqUkal2Rys90wiLJE4J&#10;COLpUQC7BObZIqoaYZkKAbws+P8N5R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5oCI&#10;gn4CAABiBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;P1SpjuMAAAALAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="4EAD0679" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:15pt;margin-top:302.25pt;width:576.75pt;height:25.5pt;z-index:251549696;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBctGsCbQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5046WNBnSJr0WFA&#10;0RZLh54VWWqMyaImMbGzXz9KtpOs26XDLjYlfnx9JHV51daGbZUPFdiCj09GnCkroazsS8G/Pd1+&#10;uOAsoLClMGBVwXcq8Kv5+3eXjZupHNZgSuUZObFh1riCrxHdLMuCXKtahBNwypJSg68F0tG/ZKUX&#10;DXmvTZaPRmdZA750HqQKgW5vOiWfJ/9aK4kPWgeFzBSccsP09em7it9sfilmL164dSX7NMQ/ZFGL&#10;ylLQvasbgYJtfPWHq7qSHgJoPJFQZ6B1JVWqgaoZj15Vs1wLp1ItRE5we5rC/3Mr77dL9+gZtp+g&#10;pQZGQhoXZoEuYz2t9nX8U6aM9EThbk+bapFJujyf5NPz/JQzSbpJPrk4TbxmB2vnA35WULMoFNxT&#10;WxJbYnsXkCISdIDEYBZuK2NSa4xlTcHPJuTyNw1ZGBtvVGpy7+aQeZJwZ1TEGPtVaVaVqYB4kcZL&#10;XRvPtoIGQ0ipLKbak19CR5SmJN5i2OMPWb3FuKtjiAwW98Z1ZcGn6l+lXX4fUtYdnog8qjuK2K5a&#10;Krzg+dDYFZQ76reHbhWCk7cVNeVOBHwUnmafWkz7jA/00QaIfOglztbgf/7tPuJpJEnLWUO7VPDw&#10;YyO84sx8sTSsH8fTaVy+dJienud08Mea1bHGbuproK6M6eVwMokRj2YQtYf6mdZ+EaOSSlhJsQuO&#10;g3iN3YbTsyHVYpFAtG5O4J1dOhldxybFkXtqn4V3/VwiTfQ9DFsnZq/Gs8NGSwuLDYKu0uxGnjtW&#10;e/5pVdNI989KfAuOzwl1ePzmvwAAAP//AwBQSwMEFAAGAAgAAAAhAJKWOv7iAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3RZXUYhTVZEqJASHll64ObGbRNjrELtt4OvZ&#10;nuC2uzOafVOsJ+/Y2Y6xD6hgPhPALDbB9NgqOLxvHzJgMWk02gW0Cr5thHV5e1Po3IQL7ux5n1pG&#10;IRhzraBLacg5j01nvY6zMFgk7RhGrxOtY8vNqC8U7h1fCLHiXvdIHzo92Kqzzef+5BW8VNs3vasX&#10;Pvtx1fPrcTN8HT6kUvd30+YJWLJT+jPDFZ/QoSSmOpzQROYULAVVSQpW4lECuxrm2ZKmmk5SSuBl&#10;wf93KH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXLRrAm0CAABEBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkpY6/uIAAAALAQAADwAAAAAA&#10;AAAAAAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0034223A" w:rsidRDefault="0034223A" w:rsidP="0034223A">
+                    <w:p w14:paraId="2CBAEDFD" w14:textId="77777777" w:rsidR="005C724C" w:rsidRPr="0004394D" w:rsidRDefault="005C724C" w:rsidP="005C724C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...1 lines deleted...]
-                        <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="0004394D">
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                         </w:rPr>
-                        <w:t>With the Thanksgiving season come the savory smells of a holiday feast. Plan ahead to make your turkey dinner a hit!</w:t>
+                        <w:t>Plan your holiday feast to make your turkey dinner a hit!</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="0034223A" w:rsidRDefault="0034223A"/>
+                    <w:p w14:paraId="68F0E876" w14:textId="77777777" w:rsidR="0034223A" w:rsidRDefault="0034223A"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0034223A" w:rsidRPr="0034223A">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52D8C63C" wp14:editId="6139DA77">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A63DAE4" wp14:editId="33D1115B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>474</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="3584448"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7772400" cy="3584448"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1563,140 +1479,140 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:0;width:612pt;height:282.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDnteQpKAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0/4B4&#10;T21nzpxGdaosaadKUVu1nfpMMI6RMDAgX5v233cBO6naapOm5YFc4HI/Dofji8t9K9CWGcuVLHF2&#10;lmLEJFUVl+sSf3u6Howxso7IigglWYkPzOLL6ccPFzs9YUPVKFExgyCItJOdLnHjnJ4kiaUNa4k9&#10;U5pJ2KyVaYmDqVknlSE7iN6KZJimn5OdMpU2ijJrYXURN/E0xK9rRt1dXVvmkCgx1ObCaMK48mMy&#10;vSCTtSG64bQrg/xDFS3hEpIeQy2II2hj+JtQLadGWVW7M6raRNU1pyz0AN1k6atuHhuiWegFwLH6&#10;CJP9f2Hp7fbeIF7B3WEkSQtX9ACgEbkWDGUenp22E/B61Pemm1kwfa/72rT+H7pA+wDp4Qgp2ztE&#10;YbEoimGeAvIU9j6Nxnmej33U5HRcG+u+MtUib5TYQPoAJdkurYuuvYvPthJcX3MhUKUBXohslHvm&#10;rglg+TZ6pw4uuOy/kypexELRTcuki8wyTBAHtLYN1xbSTFi7YgCUualiEugRKvTpfLfhtn8Ox7M0&#10;PR9+GcxH6XyQp8XVYHaeF4MivSryNB9n82z+y5eY5ZONZUtFiVho3lMvy99U+y5jukcQSRPIh7Yk&#10;UDwCBgUFjPsSAW6Pm6/VGupvGPzAdoY52nizBki7dXA+bnQHPeDeS0g/SuXnMZNfSTxHIiuC5Q6C&#10;Re8HVgO5gAfDcC3hWbO5MLFaQimgHcG0DalYXB6l8OtIcjwR2hESAp6q7WJ3AbxkvI0dq4zdhaMs&#10;qMKxsPRPhXVg9idCZiXd8XDLpTLvBRDQVZc5+vcgRWg8SitVHeDpAXsDi62m1xwewJJYd08MiBBQ&#10;G4TV3cFQC7UrseosjBplfry37v2BQLCL0Q5ErcT2+4YYhpG4kaAa51meexUMk3xUDP3zebmzerkj&#10;N+1cAalAGaC6YHp/J3qzNqp9Bv2d+aywRSSF3CWmzvSTuYtiCwpO2WwW3ED5NHFL+ahp/179A3/a&#10;PxOjOxVwwNxb1QsgmbwSg+gbuTjbOFXzoBQnXDu8QTUDcTqF97L8ch68Tt+h6W8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrC&#10;MBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14Z&#10;pwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q3&#10;1MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGjTwruVf&#10;j3UvAAAA//8DAFBLAwQUAAYACAAAACEAfvGDo9sAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j9B2srcaNOo6SCEKeqKirEsS0IenPjJY6I15HtpuHvcU7l+DSrmbflejQdG9D51pKA&#10;5SIBhlRb1VIj4P24e3gE5oMkJTtLKOAXPayr2V0pC2WvtMfhEBoWS8gXUoAOoS8497VGI/3C9kgx&#10;+7bOyBDRNVw5eY3lpuNpkqy4kS3FBS173Gqsfw4XI2B3ctnwZOkl0fxzc8xf3z6ar5MQ9/Nx8wws&#10;4BhuxzDpR3WootPZXkh51k3MgoD4zpSlaRb5LCBfZTnwquT/9as/AAAA//8DAFBLAwQKAAAAAAAA&#10;ACEAzHWlIv4BGQD+ARkAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4RdKRXhpZgAATU0AKgAA&#10;AAgABwESAAMAAAABAAEAAAEaAAUAAAABAAAAYgEbAAUAAAABAAAAagEoAAMAAAABAAIAAAExAAIA&#10;AAAiAAAAcgEyAAIAAAAUAAAAlIdpAAQAAAABAAAAqAAAANQAFuNgAAAnEAAW42AAACcQQWRvYmUg&#10;UGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpADIwMTU6MDg6MjYgMTU6MDg6MTkAAAOgAQADAAAA&#10;Af//AACgAgAEAAAAAQAABPugAwAEAAAAAQAAAkwAAAAAAAAABgEDAAMAAAABAAYAAAEaAAUAAAAB&#10;AAABIgEbAAUAAAABAAABKgEoAAMAAAABAAIAAAIBAAQAAAABAAABMgICAAQAAAABAAAWEAAAAAAA&#10;AABIAAAAAQAAAEgAAAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJ&#10;CAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDP/AABEIAEoAoAMBIgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEBAQAAAAAAAAAD&#10;AAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwz&#10;AQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXC&#10;o3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3&#10;EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNz&#10;NPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG&#10;1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AOEmOdSeAOSfJdBX9UOoMb62ZbXjYoaHm4B9h2xu&#10;d+j21bNn/Cu/z1VqzLeidPbfXSMbqF731tynAPc1jYdvr3bmV79/ps2fT/nU2H0bqPW8ix1mSbbK&#10;y11tnutixwD3Veo81U+q1uz1fTf+ieqm44r4YjS/mdEy4TwgcUqB34av+83en4nTMfbl4uLZ1gtL&#10;mi5r3CplwHq1/ofRZd/o9n6P8/f6li7qpmO/HZebbKXW1tc6p79zhIk12se5/vY72vWH0Po1PQ63&#10;0szJz8sBz6padaw73srYH+i5rH7N1lqt2ZedSxwrx3zssIc97GSWe5tu+x7d2536H+umTIlVWfFE&#10;TIXdeTifXDFxrbQ6A70MZ7hpDyS7ZQRp+jZ6jt3/AAi57FqyMen1rWOZVWT6j3cQ6Pdp/LXZXdLZ&#10;1X9DlO9HJymepc9kOLdvp/oxq5r2eo36Sx+s9Hf0+xnSnZBtGbSHNsAIIh7mbdv5zv0aRuMREjTq&#10;fBaCDMyB16DxSY9gsxr2cttqeBHgQdip4j3PDbsiykutqa2tlzW/ozLvVse8Ne5r9rmf8Lb6f9Ra&#10;HQugV1Y11eZkP9UnZW5jgGtrdHpl/wCc+zf7LPzEDOqGHd6O0C6rSWnSD9Bzf635igjKInKMdb6t&#10;vDKOYkcVSiPkHqv+v/W9th0OvEw82u7qbaziQ42BkPfbE+j+r62U2+p72WOd/wAHYiZNgyb6jhm+&#10;qrHsbdTW6yWttadzLaN2/wCzfy62IeNjtLwbgGT8/wC0f5TlpNx2OAgbm+A5AnwSyZ6lfU9tm3h5&#10;DHGPqJkO0ixfb121pDs62kHWKnbXan3e9vvVZ/TzkR61t2Q4A7TkvNkTqQxrw5zf5a1a7GNG0naD&#10;pryk9roDhq0fcZVb7xkutmYYsQ09uIcV/wBWce9gJa2uwH6dPsJ/rsLfScp9K6aektsc4utYHeo0&#10;lsOgQTXpub7tv0lqHIc0wyHDdqTpqPl+aj4xsyXNpazc90tDRE+Ov5u3b796Pv5yOE+qJ6fpI9nH&#10;CXuCEYmiDIen0n5rbVuK1rg6tlYAdq4iXGC59biXN9n0/oKrfuNQpENL7GVtjTV7i/j+Xt9iHTnX&#10;4l/2TMpL6pbtc7TZJ2g+pDnuq/NfV/g/8D+jVO7q778raK2hlDi2rQENc07PU/ddZtb7VblKMomU&#10;RUpCq/daccWYTEDL0xIlHIdpfu0kuwyA4UzNIm2t2pbBLHe8e121w+h9NSwchwaWnVrhH9yaoZb9&#10;1mXlshx32vDXDdrus3NfsZ/b3p+i4uTn/wBFrc4PcYfBLGt/NL7Po/QVYxJFD1SsfL+86HHWOQyy&#10;BoCXFtXnJH1P6p9T65TTk4l1VXpmxoqsJaXTtl7bPTtY33MWBl/Uf6040l3T7L2j86ixt3/gdLt/&#10;/gS9QN/Tel0spycqnH9Ju0eq9rXnu5/pa2e538hU7/rh9W6GknKdb4enVY4f5xaxi1IQEIRjdUHn&#10;82eWTLOYFxJ0/u/o/wDNf//Q6vIwT6bm+y0RpXcwAEj3Nb+krtr/AOiqx6fS3G2nHqpr1ltAFQBd&#10;q/Zbg+n9P89/2ZW3urx6xZa51bQCHWEn8395c3f9cWV5w3VtOPAYbGGHF0gG3+r7v5h6qjJGWhH0&#10;OrOfRWteINF0/sGPi1vez1GMpG+2pxiBBiz9DtryKW/v/wBt6pZVdbbanvYLHvYXg6OLmEbm2e17&#10;fUZt/SV2bldyM/D6fhv6laRVi47LbDIjcbRtrpj/AEmVd72V/wAhcH0J/WsG+pri5uHdSfTZZGxr&#10;wPWq2ep/M73fzT/5aUccYSkQfn14SbHEP3OL95eZymBepj6br9E/vPVMyq8e7GdZY1tmS4+m2RuI&#10;Y39LDW79lTPz9/76s9ZdifasZ2W5tBsqfXTY4gOs2ubddTW/6Nez1Gbv9J/UXEZ1WbV193UcZ4yH&#10;etuYQ5jnFpPuq9Jth9mz/BsVrPu6l1O15zXueGT6DToxgOn6KqNjd30f5f8AhUzNwmNWRfZkjglP&#10;Qfhq7Fl1TaDmYtjTZWS6ttZDxYGf0ip23ft3Nb/24ienhZ1rbd7GZFjHV1WExLgN7WOY/wDdc70/&#10;+D/SrM6JjOpo2WOrkHZOoncT9I/RZ9L89aLfsePXtqDH11saytgMubt9u2t/5zrPaqcwAaBJI2l4&#10;fusMceXHM1GY6aA36vT+itHoX2NGO0nawtDxIAexr/Uq/wCub2rRx+oseBVnsrrqaJD6GbXmBt9P&#10;Ta3Y+fcqluTQHi57S9zmhkN0kgkiZ/r7VUyMu+x/p7G0GJdIc6PLX89NiZGqGnW3ZxccscBkBEwA&#10;LkfXokx2vedhfuJ1D+40iQiWsvaDseLXtAIaeHbJOjf3/d9BZ+PhWXEllkOcdQTEz7drfz37f5P0&#10;Fbwem5lmb9kbDL2zo8w0lvLWuO7wSOPXQ3/V4erbGxMpRFDiNsK99s7jAYYAnmfox/KV3HsOLay5&#10;k6a7hwYMuY37lPDv2Pc8Oeyxuns2EAjTixtjX7Xf5n+kRmZQynmWgwB7n7QYidzKWBlTP8z+2ozI&#10;UTdcPQfxVOZJMTH01rq38l2Hm1l7WkOdXDnAfnv9zKGB30ts7nLm8+q7GIftArJHrE+0boBqPu/0&#10;q1r+p01v9DGDbMkQ0WOEsbJ92xx2t3/1foKn1fLtGNteBfZYSSQwCqK2+t7D9PIsrfXvfaz9Cnxl&#10;MzEqAseofvRaoiYwqjw7w4vmjwuQ2+03SGhzQPdXcwEPa76Xt+i5qsdQzc7bW+mMPHLfS9HGBoYB&#10;EtZYWH1MhtkO9P1Lf0aes4VtTHCxzm7C9zXEEGwAfm/mssVXr99eL0q8sbsNr21UVk8GW2Pd/Kaz&#10;b7v+tqzDITIRiCL30Y82H0meSiIgyCDGwX5WQ6nHcGAuG+4yWNLud3ptda7n9z/q10vS/qV0V7fV&#10;vuuz7a43MH6u1sj2b6Wb7f7dmRSsTpeTj42HjGpxZXfjMDb2AHa4e3O3b2v32/aHW+o3/i/8H6S6&#10;L6s5WJiXm114bTseTbkOYyXkia/f+5/O/o/YnxnIZeAi43w6/N/e/daeX5DOJ4dpVH5fL95//9HV&#10;6pjXvxG9Pr3PrA3NyXu1Dh9JljXt2fpXfQ/S7P8Ai1jUYWD0dzs7Ov8AtmRUD6ONX/NMJHfd/OWO&#10;/wCE/Rf8GrdlNtnvyrHP8ASTr/JaqWXjVPOx8BzRIrAJ2g8F49tbd38t6qiIhrItqOM5Z1CJlLsG&#10;kczqX1gLs20+n9mtLaKS2W1AhrvWDLfp5GR79mXZ/Nej+g9NPV0fCZYLsj1sy3cSDYQQHOM62O+k&#10;9bLLsBvUD9lJ231sqcWx9JrRV+Y9zm++tDyjfuLtxAYNzmwNTG1jnf8AXN1Sb7wMOIA6i9R8suxZ&#10;MnLzx6SHCegPWEvll6Wld0/CpqtfTUPtNpAaGtNhAH6Tawu/mf8ArfvUsurPpqpNP84S5763OHta&#10;drWsEe1HsofdltrFhNe1p2yNplzd25o/dY125EzH/Z7WtNQe1tbWgl23a8lxdvH0vcqxJ4b+aVfp&#10;f1ujPy0jLhF67/g5zsrJruZY4Cl9ckBzAWmex9P6SL62fs3ek41RJ2j2E8y2P635yv0MyrXVAVY9&#10;OMHw5znkAkn+Szd7Y9yuWjJbZZj13iw4r9trG6Fsjdt4b7U2gaJALbOUxNCgf4OJVlUvtD7Gb/Em&#10;Z4+KkWPutY3HEWGYdxDfzp3/ANn6SuZ1GI7QtLcg/ReyBqf9L+aqzw2pgIeWubB3DkkJlxsVr4Mw&#10;lxRsiv8Aos8e0Yzi71ScgCWlhDoJ/ee4fo2N/P8AT/SIORezZ/OuFrY2Ob2J+k3eEOwNseCBIcdS&#10;3Qk/1UHI9FlPqNsaKWy57n6RH7xKdQJG4SJRjrfn9EtOUymwiz2sbq49428/2kfHoyL7NzJZU8aA&#10;6OLTq793a1C6X005m7q2fuZjVtnGpe2N0AMqyL9W7Gud7aWP/wCrWsdaiTBaAYlokj6Qd/K/kqPN&#10;IR23OhO/q/qqGTjkZdNo+P8AWXoxMWqol+6wxqAXDd29P879G5U8999uFlWNLftl9VlONTX9Gusl&#10;td9tZsd7a6m2+/8A8DQMrqBoIa10G8nY0AgmBtkN/wAFWz896BT0qrMyaLb8hzAzdvO0PBaR+kb6&#10;ZP0XM/R7G/v/AOkRxQlYMjubFj5j/wCjMHMmRx5Bj9UgNdfkh+lp/dWwejWXZIxMDIO125gycjZ6&#10;TQxrbH3WVsbXYzduZW3/AF31sr6r9V6g59t2QyrGYSyp9zg62zX35IpZs213P91f+jYtu4YeAasb&#10;HPtLnG9riXlodsdX6130H5H+EvYz+a/Q/wBdDswG5T/Utse5rjDRuisfdDFNkzHHLh2ofzlcXq/u&#10;/Kw8pyhy4xkzTJjK6gTLhr5XJ6d0DNwLCGZ2NkY5cH2YtrXgOcNPUYGv3VXbf8LU/euu6bmdJwmW&#10;ue70DZBsZYP0cN8LKW/9VTUsV+Hhih1Vbq3ZQe0tECBXDwW7trffZb/1CFj4mWbQGMczafcdQ0Af&#10;SPu9vtTY8zMkSMgeHpKPBxNmXw7l5QkAZQ8b/wC5n+i//9Laqt6ZY79DkUWk922scfweVl9Yoqpy&#10;S62rdVcQ5rm7p3ABrmv9I/5i512J0530sRh89zkzG4NJcGMdUGe47brGtEd/pbfbKp5f1ka4ZA7g&#10;+n/vnV5bHPl8gmMkNqNe4NP/AAtt5lraaj9iqLHct2ggl07v5y0+p9JdHY9mRS1zSK9x3ta8bSBz&#10;9H6TnMZ9LYuZGQyxjHAF0Q5lgeZkcOlWm9Yym0tp+k1g2h7iS8id22y76dn9tNxgwBBiSSe8f++Z&#10;eaic0oyGSOgr1e5/3jsF1cMLZO6N8jY1sOO6HuPu2s/6b01ldbnWvfV9FoLtJEEaO/quWQ3q17Y/&#10;RsfE6PlwM/vNd9JMOpZGRa4MZ6ttx9zGFxJJ/NbXWm5oGcajEjW/0f8AvmseVnw0Jw3v/Kf+q3Xx&#10;Maqyhzg3bVuE7SdCf5trGn9G7d/VRMfptdFb3uusZvaLLrnvETB19vt9v5ywq+o21t21sAGhBkki&#10;NRtd9JPbn5FtEWVk0mat0uDTPuczfH09rv66rfd8tnsd9Y26EvZJFToR+XSfy0lxrbsyz0mgV2Pc&#10;yuu18Oa6y3+j1nn+drHr7P5z0P036H9H6gcTBYcRv2F78xxDsi290Vs9EudU6303n1tzbantyfd6&#10;m/8AmqfR/SqGNlnF2ehWAKt5a0uc5s2bd9jmO9rrP0VOx7v5r0afT/m0m5j2srYxu1lLH11ta9wA&#10;ba3Zaz+19P8A479N/OKwMdAgQP8Azf8AvmnOPMSmJe7DS6/nPSJcO0fb4G703Fqysf1ZLLHbuNQx&#10;rDD3bfovcrNXQMZzKbM0VPZuLgHtMBzTvbw7d9B/7vpLKx81+MwMpZDW7vpOLid53P3bvpblMdTu&#10;DQ3aIB3CSZkDbyoThz2eHYnTWLcPsyEeKeoAvSdcX6VNrqnUcn1fQqeWU1ke8GN+m7x93td9BE6X&#10;h5ObW3f/ADXLLXEwZP5v8pZm+o2HMsw67XO/R+raHPaNo/m69/6Jj9v+j/SK4PrD1BtfpVBlFYBG&#10;2lor577mDf8A9JSQwgCIlEmt/l38+NZkyTNjHOEe0vXfD5e22snoDaLAcxzbLbxNrGuc07GQ/wDS&#10;fzbvT9TZ6bHMQOoY3UL7acarHDMcbbABDeT/ADlhd79nu9qo0Zj6C5zGlznu3OdY9z5I0/wkq0zr&#10;2awuLWsl4hxIkkGB+cP5PsTJ4svHcY+kfIJS+X979JBowAM48R+fhjKPF2/Qbf1nouw8fDc1zW4+&#10;K51b2MaGis2lvu2taz/Ct96z25IO0xtMn70szquRnVOpymiyt/0xJE/5qp1tx2ABtRgaAGxx/KnD&#10;FMxHGLkL6iXp/R9XEzYMwxDh4omO+0vmPzacDqMz7pb73Twe0D4hCdkVtbY5zvoAwTxoVRGVj7Q5&#10;rZbMAh7jqEn+g8bXVEgf8I5D7sb+Uj/F/wC+ZfvUK9Jj9kv+8f/TxlVuwjcSHuMH84QP84K0kqwv&#10;o7EqrXZhRSKKhWHFwHBKml3SQKRVCtui4IBBIDgCCWngx+af6y1K8+jaxmRb6tZp2PZNgbustdl3&#10;VH0wx+yqunGw2bP399aykk2daXfhSJV1/B0aR0at1TbXNvAj1Hxc0n30e57W7P8AAMyv5r/Tfn+n&#10;6ilVVjZFePsaLRTV6Vg9+71nAOY1tLSzfU/KyH+nudT6/p3V+r7GepmKLvpDj58/2U3/ABvqt/xn&#10;XLOlY9ldVoDmO9Lc/wDTNL6XWXvfbYBt/wABXhex1Vf856lFSDjWdL2VDIaHSf0rf0wk78dgsc2t&#10;23+YbmPbs/Sfp/TVF303/S+kfp/T/wCuf8ImPB/il/jq/wAZ0LsbEx7cKq4ANdaXZVhFgPph1VVl&#10;b2fT212szG/oWf8AbyZj+lEMtua0vLy66hgtYNpfkWGus/m+xuJRXt/m/W/kKi76Z+lw36f0uO/8&#10;n/R/yEyXTXi+ien6TqNbhX1VWbA8Y1Qa6tvqAG6anfZ/Tr3Wehc/JyvQs/nb8in0fUQWjDqy8P16&#10;21hoFmZU8PIa4D+j2Ml9vvdV6z2fmfa/Tf8AzexUP8Iz49vp/wDW/wCWn8fieeefzv5f76Q6/N1U&#10;Pr1dFrcEYNdtjWndFQcfXEWll1mS6tm7Z+ityMDf/Ip/w382qeV6Hru+zgCoBobG7naN+tnuf+k3&#10;N9TbX6v856VSh+YPp8/2P7P8tRTo7nf6/Kkb9frspM4bmlslsiJHITpHkfNOS0qunmk+1xfrOujf&#10;81XGhwEOMnxTpIm+q2HDXp2f/9n/7R8KUGhvdG9zaG9wIDMuMAA4QklNBCUAAAAAABAAAAAAAAAA&#10;AAAAAAAAAAAAOEJJTQQ6AAAAAADlAAAAEAAAAAEAAAAAAAtwcmludE91dHB1dAAAAAUAAAAAUHN0&#10;U2Jvb2wBAAAAAEludGVlbnVtAAAAAEludGUAAAAAQ2xybQAAAA9wcmludFNpeHRlZW5CaXRib29s&#10;AAAAAAtwcmludGVyTmFtZVRFWFQAAAABAAAAAAAPcHJpbnRQcm9vZlNldHVwT2JqYwAAAAwAUABy&#10;AG8AbwBmACAAUwBlAHQAdQBwAAAAAAAKcHJvb2ZTZXR1cAAAAAEAAAAAQmx0bmVudW0AAAAMYnVp&#10;bHRpblByb29mAAAACXByb29mQ01ZSwA4QklNBDsAAAAAAi0AAAAQAAAAAQAAAAAAEnByaW50T3V0&#10;cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAAAABSZ3NNYm9vbAAAAAAA&#10;Q3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0dmJvb2wAAAAAAEVtbERi&#10;b29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdCQwAAAAMAAAAAUmQgIGRv&#10;dWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3ViQG/gAAAAAAAAAAAAQnJk&#10;VFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAAAAAAUnNsdFVudEYjUHhs&#10;QGLAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAAAFBnUHMAAAAAUGdQQwAA&#10;AABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAAAAAAAAAAAABTY2wgVW50&#10;RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAOY3JvcFJlY3RCb3R0b21s&#10;b25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVjdFJpZ2h0bG9uZwAAAAAA&#10;AAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABAAlgAAAAEAAQCWAAAAAQABOEJJTQQm&#10;AAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAABaOEJJTQQZAAAAAAAEAAAAHjhCSU0D&#10;8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJTQP1AAAAAABIAC9mZgAB&#10;AGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUAAAABAC0A&#10;AAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA////////&#10;/////////////////////wPoAAAAAP////////////////////////////8D6AAAAAD/////////&#10;////////////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4QklNBB4AAAAA&#10;AAQAAAAAOEJJTQQaAAAAAANJAAAABgAAAAAAAAAAAAACTAAABPsAAAAKAFUAbgB0AGkAdABsAGUA&#10;ZAAtADEAAAABAAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAABPsAAAJMAAAAAAAAAAAAAAAA&#10;AAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAEAAAAAAABudWxsAAAAAgAAAAZib3VuZHNPYmpj&#10;AAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRv&#10;bWxvbmcAAAJMAAAAAFJnaHRsb25nAAAE+wAAAAZzbGljZXNWbExzAAAAAU9iamMAAAABAAAAAAAF&#10;c2xpY2UAAAASAAAAB3NsaWNlSURsb25nAAAAAAAAAAdncm91cElEbG9uZwAAAAAAAAAGb3JpZ2lu&#10;ZW51bQAAAAxFU2xpY2VPcmlnaW4AAAANYXV0b0dlbmVyYXRlZAAAAABUeXBlZW51bQAAAApFU2xp&#10;Y2VUeXBlAAAAAEltZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9u&#10;ZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAACTAAAAABSZ2h0bG9uZwAABPsAAAAD&#10;dXJsVEVYVAAAAAEAAAAAAABudWxsVEVYVAAAAAEAAAAAAABNc2dlVEVYVAAAAAEAAAAAAAZhbHRU&#10;YWdURVhUAAAAAQAAAAAADmNlbGxUZXh0SXNIVE1MYm9vbAEAAAAIY2VsbFRleHRURVhUAAAAAQAA&#10;AAAACWhvcnpBbGlnbmVudW0AAAAPRVNsaWNlSG9yekFsaWduAAAAB2RlZmF1bHQAAAAJdmVydEFs&#10;aWduZW51bQAAAA9FU2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAtiZ0NvbG9yVHlwZWVudW0A&#10;AAARRVNsaWNlQkdDb2xvclR5cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRsb25nAAAAAAAAAApsZWZ0&#10;T3V0c2V0bG9uZwAAAAAAAAAMYm90dG9tT3V0c2V0bG9uZwAAAAAAAAALcmlnaHRPdXRzZXRsb25n&#10;AAAAAAA4QklNBCgAAAAAAAwAAAACP/AAAAAAAAA4QklNBBQAAAAAAAQAAAAEOEJJTQQMAAAAABYs&#10;AAAAAQAAAKAAAABKAAAB4AAAisAAABYQABgAAf/Y/+0ADEFkb2JlX0NNAAL/7gAOQWRvYmUAZIAA&#10;AAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCABKAKADASIAAhEBAxEB/90ABAAK/8QBPwAAAQUB&#10;AQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAEE&#10;AQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLRQwclklPw4fFj&#10;czUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2&#10;N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKBkRShsUIjwVLR&#10;8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aUpIW0lcTU5PSl&#10;tcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwDhJjnUngDknyXQV/VDqDG+&#10;tmW142KGh5uAfYdsbnfo9tWzZ/wrv89Vasy3onT2310jG6he99bcpwD3NY2Hb6925le/f6bNn0/5&#10;1Nh9G6j1vIsdZkm2ystdbZ7rYscA91XqPNVPqtbs9X03/onqpuOK+GI0v5nRMuE8IHFKgd+Gr/vN&#10;3p+J0zH25eLi2dYLS5oua9wqZcB6tf6H0WXf6PZ+j/P3+pYu6qZjvx2Xm2yl1tbXOqe/c4SJNdrH&#10;uf72O9r1h9D6NT0Ot9LMyc/LAc+qWnWsO97K2B/ouax+zdZardmXnUscK8d87LCHPexklnubbvse&#10;3dud+h/rpkyJVVnxREyF3Xk4n1wxca20OgO9DGe4aQ8ku2UEafo2eo7d/wAIuexasjHp9a1jmVVk&#10;+o93EOj3afy12V3S2dV/Q5TvRycpnqXPZDi3b6f6Maua9nqN+ksfrPR39PsZ0p2QbRm0hzbACCIe&#10;5m3b+c79GkbjERI06nwWggzMgdeg8UmPYLMa9nLbangR4EHYqeI9zw27IspLramtrZc1v6My71bH&#10;vDXua/a5n/C2+n/UWh0LoFdWNdXmZD/VJ2VuY4Bra3R6Zf8AnPs3+yz8xAzqhh3ejtAuq0lp0g/Q&#10;c3+t+YoIyiJyjHW+rbwyjmJHFUoj5B6r/r/1vbYdDrxMPNru6m2s4kONgZD32xPo/q+tlNvqe9lj&#10;nf8AB2ImTYMm+o4Zvqqx7G3U1uslrbWncy2jdv8As38utiHjY7S8G4Bk/P8AtH+U5aTcdjgIG5vg&#10;OQJ8EsmepX1PbZt4eQxxj6iZDtIsX29dtaQ7OtpB1ip212p93vb71Wf085EetbdkOAO05LzZE6kM&#10;a8Oc3+WtWuxjRtJ2g6a8pPa6A4atH3GVW+8ZLrZmGLENPbiHFf8AVnHvYCWtrsB+nT7Cf67C30nK&#10;fSumnpLbHOLrWB3qNJbDoEE16bm+7b9JahyHNMMhw3ak6aj5fmo+MbMlzaWs3PdLQ0RPjr+bt2+/&#10;ej7+cjhPqien6SPZxwl7ghGJogyHp9J+a21bita4OrZWAHauIlxgufW4lzfZ9P6Cq37jUKRDS+xl&#10;bY01e4v4/l7fYh051+Jf9kzKS+qW7XO02SdoPqQ57qvzX1f4P/A/o1Tu6u+/K2itoZQ4tq0BDXNO&#10;z1P3XWbW+1W5SjKJlEVKQqv3WnHFmExAy9MSJRyHaX7tJLsMgOFMzSJtrdqWwSx3vHtdtcPofTUs&#10;HIcGlp1a4R/cmqGW/dZl5bIcd9rw1w3a7rNzX7Gf296fouLk5/8ARa3OD3GHwSxrfzS+z6P0FWMS&#10;RQ9UrHy/vOhx1jkMsgaAlxbV5yR9T+qfU+uU05OJdVV6ZsaKrCWl07Ze2z07WN9zFgZf1H+tONJd&#10;0+y9o/Oosbd/4HS7f/4EvUDf03pdLKcnKpx/SbtHqva157uf6Wtnud/IVO/64fVuhpJynW+Hp1WO&#10;H+cWsYtSEBCEY3VB5/NnlkyzmBcSdP7v6P8AzX//0OryME+m5vstEaV3MABI9zW/pK7a/wDoqsen&#10;0txtpx6qa9ZbQBUAXav2W4Pp/T/Pf9mVt7q8esWWudW0Ah1hJ/N/eXN3/XFlecN1bTjwGGxhhxdI&#10;Bt/q+7+YeqoyRloR9Dqzn0VrXiDRdP7Bj4tb3s9RjKRvtqcYgQYs/Q7a8ilv7/8AbeqWVXW22p72&#10;Cx72F4Oji5hG5tnte31Gbf0ldm5XcjPw+n4b+pWkVYuOy2wyI3G0ba6Y/wBJlXe9lf8AIXB9Cf1r&#10;Bvqa4ubh3Un02WRsa8D1qtnqfzO9380/+WlHHGEpEH59eEmxxD9zi/eXmcpgXqY+m6/RP7z1TMqv&#10;HuxnWWNbZkuPptkbiGN/Sw1u/ZUz8/f++rPWXYn2rGdlubQbKn102OIDrNrm3XU1v+jXs9Rm7/Sf&#10;1FxGdVm1dfd1HGeMh3rbmEOY5xaT7qvSbYfZs/wbFaz7updTtec17nhk+g06MYDp+iqjY3d9H+X/&#10;AIVMzcJjVkX2ZI4JT0H4auxZdU2g5mLY02VkurbWQ8WBn9Iqdt37dzW/9uInp4Wda23exmRYx1dV&#10;hMS4De1jmP8A3XO9P/g/0qzOiYzqaNljq5B2TqJ3E/SP0WfS/PWi37Hj17agx9dbGsrYDLm7fbtr&#10;f+c6z2qnMAGgSSNpeH7rDHHlxzNRmOmgN+r0/orR6F9jRjtJ2sLQ8SAHsa/1Kv8Arm9q0cfqLHgV&#10;Z7K66miQ+hm15gbfT02t2Pn3Kpbk0B4ue0vc5oZDdJIJImf6+1VMjLvsf6extBiXSHOjy1/PTYmR&#10;qhp1t2cXHLHAZARMAC5H16JMdr3nYX7idQ/uNIkIlrL2g7Hi17QCGnh2yTo39/3fQWfj4VlxJZZD&#10;nHUExM+3a389+3+T9BW8HpuZZm/ZGwy9s6PMNJby1rju8Ejj10N/1eHq2xsTKURQ4jbCvfbO4wGG&#10;AJ5n6Mfyldx7Di2suZOmu4cGDLmN+5Tw79j3PDnssbp7NhAI04sbY1+13+Z/pEZmUMp5loMAe5+0&#10;GIncylgZUz/M/tqMyFE3XD0H8VTmSTEx9Na6t/Jdh5tZe1pDnVw5wH57/cyhgd9LbO5y5vPquxiH&#10;7QKyR6xPtG6Aaj7v9Kta/qdNb/Qxg2zJENFjhLGyfdscdrd/9X6Cp9Xy7RjbXgX2WEkkMAqitvre&#10;w/TyLK31732s/Qp8ZTMxKgLHqH70WqImMKo8O8OL5o8LkNvtN0hoc0D3V3MBD2u+l7fouarHUM3O&#10;21vpjDxy30vRxgaGARLWWFh9TIbZDvT9S39GnrOFbUxwsc5uwvc1xBBsAH5v5rLFV6/fXi9KvLG7&#10;Da9tVFZPBltj3fyms2+7/raswyEyEYgi99GPNh9JnkoiIMggxsF+VkOpx3BgLhvuMljS7nd6bXWu&#10;5/c/6tdL0v6ldFe31b7rs+2uNzB+rtbI9m+lm+3+3ZkUrE6Xk4+Nh4xqcWV34zA29gB2uHtzt29r&#10;99v2h1vqN/4v/B+kui+rOViYl5tdeG07Hk25DmMl5Imv3/ufzv6P2J8ZyGXgIuN8Ovzf3v3Wnl+Q&#10;zieHaVR+Xy/ef//R1eqY178RvT69z6wNzcl7tQ4fSZY17dn6V30P0uz/AItY1GFg9Hc7Ozr/ALZk&#10;VA+jjV/zTCR33fzljv8AhP0X/Bq3ZTbZ78qxz/AEk6/yWqll41TzsfAc0SKwCdoPBePbW3d/Leqo&#10;iIayLajjOWdQiZS7BpHM6l9YC7NtPp/ZrS2iktltQIa71gy36eRke/Zl2fzXo/oPTT1dHwmWC7I9&#10;bMt3Eg2EEBzjOtjvpPWyy7Ab1A/ZSdt9bKnFsfSa0VfmPc5vvrQ8o37i7cQGDc5sDUxtY53/AFzd&#10;Um+8DDiAOovUfLLsWTJy88ekhwnoD1hL5ZelpXdPwqarX01D7TaQGhrTYQB+k2sLv5n/AK371LLq&#10;z6aqTT/OEue+tzh7Wna1rBHtR7KH3ZbaxYTXtadsjaZc3duaP3WNduRMx/2e1rTUHtbW1oJdt2vJ&#10;cXbx9L3KsSeG/mlX6X9boz8tIy4Reu/4Oc7Kya7mWOApfXJAcwFpnsfT+ki+tn7N3pONUSdo9hPM&#10;tj+t+cr9DMq11QFWPTjB8Oc55AJJ/ks3e2PcrloyW2WY9d4sOK/baxuhbI3beG+1NoGiQC2zlMTQ&#10;oH+DiVZVL7Q+xm/xJmePipFj7rWNxxFhmHcQ386d/wDZ+krmdRiO0LS3IP0Xsgan/S/mqs8NqYCH&#10;lrmwdw5JCZcbFa+DMJcUbIr/AKLPHtGM4u9UnIAlpYQ6Cf3nuH6Njfz/AE/0iDkXs2fzrha2Njm9&#10;ifpN3hDsDbHggSHHUt0JP9VByPRZT6jbGilsue5+kR+8SnUCRuEiUY635/RLTlMpsIs9rG6uPeNv&#10;P9pHx6Mi+zcyWVPGgOji06u/d2tQul9NOZu6tn7mY1bZxqXtjdADKsi/Vuxrne2lj/8Aq1rHWokw&#10;WgGJaJI+kHfyv5KjzSEdtzoTv6v6qhk45GXTaPj/AFl6MTFqqJfusMagFw3dvT/O/RuVPPffbhZV&#10;jS37ZfVZTjU1/RrrJbXfbWbHe2uptvv/APA0DK6gaCGtdBvJ2NAIJgbZDf8ABVs/PegU9KqzMmi2&#10;/IcwM3bztDwWkfpG+mT9FzP0exv7/wDpEcUJWDI7mxY+Y/8AozBzJkceQY/VIDXX5Ifpaf3VsHo1&#10;l2SMTAyDtduYMnI2ek0Ma2x91lbG12M3bmVt/wBd9bK+q/VeoOfbdkMqxmEsqfc4Ots19+SKWbNt&#10;dz/dX/o2LbuGHgGrGxz7S5xva4l5aHbHV+td9B+R/hL2M/mv0P8AXQ7MBuU/1LbHua4w0borH3Qx&#10;TZMxxy4dqH85XF6v7vysPKcocuMZM0yYyuoEy4a+VyendAzcCwhmdjZGOXB9mLa14DnDT1GBr91V&#10;23/C1P3rrum5nScJlrnu9A2QbGWD9HDfCylv/VU1LFfh4YodVW6t2UHtLRAgVw8Fu7a332W/9QhY&#10;+Jlm0BjHM2n3HUNAH0j7vb7U2PMzJEjIHh6SjwcTZl8O5eUJAGUPG/8AuZ/ov//S2qremWO/Q5FF&#10;pPdtrHH8HlZfWKKqckutq3VXEOa5u6dwAa5r/SP+YuddidOd9LEYfPc5MxuDSXBjHVBnuO26xrRH&#10;f6W32yqeX9ZGuGQO4Pp/751eWxz5fIJjJDajXuDT/wALbeZa2mo/Yqix3LdoIJdO7+ctPqfSXR2P&#10;ZkUtc0ivcd7WvG0gc/R+k5zGfS2LmRkMsYxwBdEOZYHmZHDpVpvWMptLafpNYNoe4kvIndtsu+nZ&#10;/bTcYMAQYkknvH/vmXmonNKMhkjoK9Xuf947BdXDC2TujfI2NbDjuh7j7trP+m9NZXW51r31fRaC&#10;7SRBGjv6rlkN6te2P0bHxOj5cDP7zXfSTDqWRkWuDGerbcfcxhcSSfzW11puaBnGoxI1v9H/AL5r&#10;HlZ8NCcN7/yn/qt18TGqsoc4N21bhO0nQn+baxp/Ru3f1UTH6bXRW97rrGb2iy657xEwdfb7fb+c&#10;sKvqNtbdtbABoQZJIjUbXfST25+RbRFlZNJmrdLg0z7nM3x9Pa7+uq33fLZ7HfWNuhL2SRU6Efl0&#10;n8tJca27Ms9JoFdj3MrrtfDmust/o9Z5/nax6+z+c9D9N+h/R+oHEwWHEb9he/McQ7ItvdFbPRLn&#10;VOt9N59bc22p7cn3epv/AJqn0f0qhjZZxdnoVgCreWtLnObNm3fY5jva6z9FTse7+a9Gn0/5tJuY&#10;9rK2MbtZSx9dbWvcAG2t2Ws/tfT/AOO/TfzisDHQIED/AM3/AL5pzjzEpiXuw0uv5z0iXDtH2+Bu&#10;9NxasrH9WSyx27jUMaww9236L3KzV0DGcymzNFT2bi4B7TAc0728O3fQf+76SysfNfjMDKWQ1u76&#10;Ti4nedz9276W5THU7g0N2iAdwkmZA28qE4c9nh2J01i3D7MhHinqAL0nXF+lTa6p1HJ9X0KnllNZ&#10;HvBjfpu8fd7XfQROl4eTm1t3/wA1yy1xMGT+b/KWZvqNhzLMOu1zv0fq2hz2jaP5uvf+iY/b/o/0&#10;iuD6w9QbX6VQZRWARtpaK+e+5g3/APSUkMIAiJRJrf5d/PjWZMkzYxzhHtL13w+XttrJ6A2iwHMc&#10;2y28TaxrnNOxkP8A0n8270/U2emxzEDqGN1C+2nGqxwzHG2wAQ3k/wA5YXe/Z7vaqNGY+gucxpc5&#10;7tznWPc+SNP8JKtM69msLi1rJeIcSJJBgfnD+T7EyeLLx3GPpHyCUvl/e/SQaMADOPEfn4Yyjxdv&#10;0G39Z6LsPHw3Nc1uPiudW9jGhorNpb7trWs/wrfes9uSDtMbTJ+9LM6rkZ1Tqcposrf9MSRP+aqd&#10;bcdgAbUYGgBscfypwxTMRxi5C+ol6f0fVxM2DMMQ4eKJjvtL5j82nA6jM+6W+908HtA+IQnZFbW2&#10;Oc76AME8aFURlY+0Oa2WzAIe46hJ/oPG11RIH/COQ+7G/lI/xf8AvmX71CvSY/ZL/vH/08ZVbsI3&#10;Eh7jB/OED/OCtJKsL6OxKq12YUUiioVhxcBwSppd0kCkVQrbouCAQSA4Aglp4Mfmn+stSvPo2sZk&#10;W+rWadj2TYG7rLXZd1R9MMfsqrpxsNmz9/fWspJNnWl34UiVdfwdGkdGrdU21zbwI9R8XNJ99Hue&#10;1uz/AADMr+a/035/p+opVVY2RXj7Gi0U1elYPfu9ZwDmNbS0s31Pysh/p7nU+v6d1fq+xnqZii76&#10;Q4+fP9lN/wAb6rf8Z1yzpWPZXVaA5jvS3P8A0zS+l1l7322Abf8AAV4XsdVX/OepRUg41nS9lQyG&#10;h0n9K39MJO/HYLHNrdt/mG5j27P0n6f01Rd9N/0vpH6f0/8Arn/CJjwf4pf46v8AGdC7GxMe3Cqu&#10;ADXWl2VYRYD6YdVVZW9n09tdrMxv6Fn/AG8mY/pRDLbmtLy8uuoYLWDaX5FhrrP5vsbiUV7f5v1v&#10;5Cou+mfpcN+n9Ljv/J/0f8hMl014vonp+k6jW4V9VVmwPGNUGurb6gBump32f0691noXPycr0LP5&#10;2/Ip9H1EFow6svD9ettYaBZmVPDyGuA/o9jJfb73Ves9n5n2v03/AM3sVD/CM+Pb6f8A1v8Alp/H&#10;4nnnn87+X++kOvzdVD69XRa3BGDXbY1p3RUHH1xFpZdZkurZu2forcjA3/yKf8N/Nqnleh67vs4A&#10;qAaGxu52jfrZ7n/pNzfU21+r/OelUofmD6fP9j+z/LUU6O53+vypG/X67KTOG5pbJbIiRyE6R5Hz&#10;TktKrp5pPtcX6zro3/NVxocBDjJ8U6SJvqthw16dn//ZOEJJTQQhAAAAAABdAAAAAQEAAAAPAEEA&#10;ZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBwAAAAFwBBAGQAbwBiAGUAIABQAGgAbwB0AG8AcwBo&#10;AG8AcAAgAEMAQwAgADIAMAAxADUAAAABADhCSU0EBgAAAAAABwAIAAAAAQEA/+ENLmh0dHA6Ly9u&#10;cy5hZG9iZS5jb20veGFwLzEuMC8APD94cGFja2V0IGJlZ2luPSLvu78iIGlkPSJXNU0wTXBDZWhp&#10;SHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4&#10;bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMwNjcgNzkuMTU3NzQ3LCAyMDE1LzAzLzMwLTIzOjQw&#10;OjQyICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkv&#10;MDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIiB4bWxu&#10;czp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHhtbG5zOmRjPSJodHRwOi8vcHVy&#10;bC5vcmcvZGMvZWxlbWVudHMvMS4xLyIgeG1sbnM6eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20v&#10;eGFwLzEuMC9tbS8iIHhtbG5zOnN0RXZ0PSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5&#10;cGUvUmVzb3VyY2VFdmVudCMiIHhtbG5zOnBob3Rvc2hvcD0iaHR0cDovL25zLmFkb2JlLmNvbS9w&#10;aG90b3Nob3AvMS4wLyIgeG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAo&#10;V2luZG93cykiIHhtcDpDcmVhdGVEYXRlPSIyMDE1LTA4LTI2VDE1OjA4OjE5LTA3OjAwIiB4bXA6&#10;TWV0YWRhdGFEYXRlPSIyMDE1LTA4LTI2VDE1OjA4OjE5LTA3OjAwIiB4bXA6TW9kaWZ5RGF0ZT0i&#10;MjAxNS0wOC0yNlQxNTowODoxOS0wNzowMCIgZGM6Zm9ybWF0PSJpbWFnZS9qcGVnIiB4bXBNTTpJ&#10;bnN0YW5jZUlEPSJ4bXAuaWlkOmYyOGNiNDlmLWI2OTctMzg0OC04ZDBlLTBjNmFlYWU0YjhlYyIg&#10;eG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDpmMjhjYjQ5Zi1iNjk3LTM4NDgtOGQwZS0wYzZhZWFl&#10;NGI4ZWMiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0ieG1wLmRpZDpmMjhjYjQ5Zi1iNjk3LTM4&#10;NDgtOGQwZS0wYzZhZWFlNGI4ZWMiIHBob3Rvc2hvcDpDb2xvck1vZGU9IjQiIHBob3Rvc2hvcDpJ&#10;Q0NQcm9maWxlPSJVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyIj4gPHhtcE1NOkhpc3Rvcnk+IDxy&#10;ZGY6U2VxPiA8cmRmOmxpIHN0RXZ0OmFjdGlvbj0iY3JlYXRlZCIgc3RFdnQ6aW5zdGFuY2VJRD0i&#10;eG1wLmlpZDpmMjhjYjQ5Zi1iNjk3LTM4NDgtOGQwZS0wYzZhZWFlNGI4ZWMiIHN0RXZ0OndoZW49&#10;IjIwMTUtMDgtMjZUMTU6MDg6MTktMDc6MDAiIHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBo&#10;b3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIvPiA8L3JkZjpTZXE+IDwveG1wTU06SGlzdG9yeT4g&#10;PC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94OnhtcG1ldGE+ICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgPD94cGFja2V0IGVuZD0idyI/&#10;Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJFAhAAAHBydHJDTVlLTGFiIAfQAAcAGgAFACkANWFj&#10;c3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAAAAABAAD21gABAAAAANMtQURCRQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACmRlc2MAAAD8AAAAdGNwcnQAAAFw&#10;AAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACiBkEyQjIAAAGwAACiBkEyQjEAAKO4AACiBkIyQTAA&#10;AUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbcoAAI4tGdhbXQAB+/cAACQkWRlc2MAAAAAAAAAGlUu&#10;Uy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdGV4dAAAAABDb3B5&#10;cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJbmMuAABYWVogAAAAAAAAtVoAALxnAACSMG1mdDIA&#10;AAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F2gdp&#10;CNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdmKIYp&#10;pyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9HqUjD&#10;Sd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYCZxJo&#10;I2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWDwoS/&#10;hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56tn5+g&#10;jqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5o7qQ&#10;u368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN51GHV&#10;SdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s8O3D&#10;7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUsBoQH&#10;vwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsixCO+&#10;JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58P31A&#10;f0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb51zq&#10;Xe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXeveKV5&#10;m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06QPZEskhuTCpP6&#10;lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61vrmev&#10;YLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXKrcu2&#10;zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy5bbmuue96MDp&#10;w+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgGxggG&#10;CTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMPJAQk&#10;+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+0z/L&#10;QMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqPW5Fc&#10;k12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3lXiR&#10;eYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Klk5yU&#10;kpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46snK2rrruvzLDf&#10;sfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y0FTR&#10;dNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Iftb+5Y&#10;71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZUB38I&#10;lgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh0yK9&#10;I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvEPLU9&#10;pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9XUVhD&#10;WTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFsclZz&#10;QHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOLmIx9&#10;jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUiphWn&#10;CKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDCQMNS&#10;xGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP4wLk&#10;TeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACAAOW0f81/VMw/&#10;f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+kkRhgH9/BR9kgf6AHPy4fnSLeeQPfleJssrbfk+I&#10;FLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMAf5aDeB2igOSD3/qjfSWXCOJIfRyUMclYfSWReq/O&#10;fUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCILRwEf8+IEfi/fBeisOCCfBeeyceyfCubFK5FfFuX&#10;o5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqMfsSLyfcJe0eudd7ae0SpesYbe12kxKzSe5agZpMQ&#10;e+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO8PWFeqq6Xd1Zep+0SMSnerOui6t8evCpPZHie0yk&#10;Tneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4ei/GctwNehu/O8Nieie4c6pNemSyNpDfesmscXbS&#10;e0SnEFuue8CiMD4MfDufDxccfAePoPMdedHSyNrxebTKYcJJebjCjak/efC7YY/nelm0znYGet2u&#10;xlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9eWbV08FVeWDM7qhWeZTE4o8Tef69knVLeoa3B1pp&#10;ewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9sb7NhwV9V6a1hjB9M44ahYR9SHTQhPx9jFprhJt9&#10;6D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2NhbmGIaV+hPiFA4zQhGSEKnN9g/SDiFkPg6iDBzw5&#10;g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyPGaQUg/WNE4uJg3WLVnJVgxeJ1Vf/gtiIfDssguuH&#10;lBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Khgw6VOoo4gqCSoXEpglCQQ1b3ghuOHDo0gi6MlhQ4&#10;g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWdpIjugeOaEnALgaOW51YCgXWT/zlTgYaSDBMVgpqM&#10;5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofVgU6hxm79gQmdvFUfgOOaMziJgPOYOBIfgbyMQeQv&#10;g4vA2s2sgpy6graSgc60ep70gTau34bogNOpsG4xgJOk7VRcgGWg2DfdgHSeWBFUgQOLt+MpgyTM&#10;lcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13gDOsjVPGgAioVjdNgAqjXBCugGyLR+JOgtDYu8va&#10;gebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0zVM8f7qwSDbRf7ylEBAqf/SK7t08kmF8mMdrkHp8&#10;Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1iYh9MjaOiSd+AREyi9Z/3ttGkS2Gy8YFj0KFhLAq&#10;jYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOCQDV6iEmCYBAEipiDhtmzkACRJMSdjiKO7a79jGOM&#10;35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2h3mHBQ76iVaGu9hHjwibksMujTKYe62Bi4aVl5ce&#10;ihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKMHQ4UiCiJhNbpjkqmFcHRjHiiJqwkitSec5XSiWib&#10;Cn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1OhyWI/9WnjbGwx8Cbi+KsAKr2ij6nd5S0iNajQX3i&#10;h6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuIj9SQjTO7pb+Si2e2BanyicKwppO+iFurpH0KhzCn&#10;CGWehjai500MhV+frzGdhQudPwwehZeIMdOjjMvGx76ziwPASakWiV66FJLnh/S0SXxChsyvBGT2&#10;hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLSV737irDK8ahdiQ3D4ZIxh6O9U3udhnq3fGRphYuy&#10;x0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iTmUd7IaP2lrh7CY7elGB7JnkVkkV7eGJpkGV7+Upy&#10;jtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD56MBlZmC/I36k02CS3grkUOB2GF8j3WBmkl+jfeB&#10;gS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHllJiK+IzhkluJiXchkF6IVGCDjp6HXkiYjSqGoC2n&#10;jIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72TNIu7kXKQ7XYDj4aO/19/jdKNUkexjGaL+yzei8yL&#10;zQivjB+F38d8mCyihrPGlYSe+p97kwubrIqEkNKYqnTsjtmV9F6PjTGToEbui8WRxCw7iyeRvgg8&#10;iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqgjXQBjlOdI124jJ2aJ0ZBizSX9yuuipSXOwfbikyF&#10;UMVmlya27LHJlICx3p2JkgitDoiqj9WomnNAjeWkj10TjDChE0WxirSe0ys6ihKbyAeLiZuFGsSS&#10;lsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWsVVx9i9qomUU+ilymQSrZiaic+QdKiQuE7sPilm7M&#10;ebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwDi42xE0TVihqsQip8iWmcugcWiJmEy70/pdB6eqoc&#10;omh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7ZEJTlKJ8Cifzk/N8/QSqk39/pruzpOKDlKkqoVqC&#10;nJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGCk7yA2yc0kwuBdQRokgOCmrqIo+uMwqgXoGiLAZUk&#10;nRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F6CaOkjiGWwQvkLSC1Ll8oxuV9ab9n6OTepP/nFmR&#10;OYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5kXeL2QP9j5KCsriWolWfaKYKnumcM5L+m6qZP39W&#10;mKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+RVgPTjpmClrejocipAqU1nlWlFZIumxGha36CmBGe&#10;GWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOvjciCfbbLoVeyvaRtneGuHpFsmp2pxn3Kl6Cl0WmW&#10;lOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqCabYPoP68tqPGnYK3YZDKmj2yXH0slz+tzGkBlI6p&#10;4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVxoK/HLKM8nS3BF5BBmeq7X3yllvC2P2iIlECyElOz&#10;keCvRz2bj9KpqCQfjvSYbANljB2CTK4er/555Jwpq955tooQp955sneKpBd55mRHoJh6UE/5nXN6&#10;5jofmvZ7jSApmph8cQAAldN/yqzOryiCg5toquSBmYl+ptqA4Hb7oxOAY2Oon5uAJk9TnH+AIzl0&#10;mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6JjYi9pe2IGnYxojCG+2LknryGIE6fm6aFjjjVmSyF&#10;Sx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofMpTCPhHVQoWiNvWISnfyMUU3omuiLODhBmGqKoh7K&#10;l9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSXF3R1oM+UwGFNnUuSsE1Cmj2RKDe/l7iQax51lxSQ&#10;YQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPKoDWb72CqnLKZXEyvmY+XazdNlwqW5R4oll+UWAAb&#10;kMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yjQ2ApnDagT0xBmRyeOzb2loCdfR3zlciUQAAokBmA&#10;G6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7m9anqUvhmMWl4zawliOi6x3MlU+UJgAzj4+AIqe5&#10;qxXCXpampsS8q4TWora3cXJinvay+l9jm4avukucmHWtHzZ7ld2k1h2nlQmUDQA8jyCAKJ+wuoR5&#10;dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51EbvpK56ajHroeZ7BxfwonJ7vgAAkSiAAJ6mubaBpI5C&#10;tMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/gzFsoN5/wRewoTuAugAAkG6AAJ33uMuJ1Y2as96I&#10;SXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6n+yExBeBoByGBAAAj8uAAJ1ot/OSEIz4sw+P53wa&#10;rlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOKLBdcnxyKsAAAjz6AAJzVt0aaaYxismGXpnt7raaV&#10;NGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+njaOuAAAjsSAAJw7tr+i7ovZsdGfknr6rQ+cj2mL&#10;qI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWePqAAAjl6AAJvItjaroItwsUSnpXqYrIKkE2kvqASh&#10;BVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAAjgqAAJtKtde0jIsisNSv23pXrAOrq2jpp3moMVbf&#10;o0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWAAJrZtYa964rLsHS4g3oOq6Gztmispxuv41ayou+t&#10;oEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHzxWN5GIIfv9J4y3IWunx4uWGjtWl46lBxsKd5Uz4L&#10;rHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA5oG2vvN/+HHCuZB/SmFKtG1+4lANr55+xD2tq19+&#10;5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFHvgiHJ3FeuJ6F3GDbs3WE80+hrp+EWT1SqlqEGSkj&#10;p0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOOX3Dpt7yMlWBrsoaLJk86rbKKJT0AqWqJkyj2pkiJ&#10;4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCStvCTdGALsbuRlU7orNaQJjzDqJKPaSjXpWOQGxAE&#10;peGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCac1/PsQmYLE6urCaWcTyVp9CVsijCpJaVvBArpOOK&#10;7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+isG+e306Jq5OdBzx9pzqcrCi4o+CabhBOpAaLBgAA&#10;jBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol2E53qwmkGjxvpryi/yizo1ObhRBso0SLGwAAi/+A&#10;AI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57qnCrXDyApiCn9SjcosiboBCworiLSAAAi+uAAIS0&#10;0J9483XXyll4g2auxG94W1cRvtZ4fUazuZN42jUHtQh5WCD2snd5rgfrstl7RQAAifmAAIRiz5+A&#10;bnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZs8x+UCD2sP5+nwhnsOp/5wAAihaAAIRKzoWHxXVv&#10;yHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGDgSELr5WD+AjmryiD/gAAii+AAIRGzXyPFnVfx2yN&#10;GWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEsrkmJ5AldrZuGVQAAikWAAIQ5zJiWhXVYxniUB2Yd&#10;wHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCPewnMrEKGoAAAiliAAIQdy9SeIXVQxaSbGmYov46Y&#10;kFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0qxuG5gAAimiAAIP+yyylz3VKxO+iOWY3vsyfO1ah&#10;uOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+HJQAAinWAAIPcypqtpnVFxFSpdmZKviimAVbCuD2j&#10;jkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAAioCAAIO+yhK1xXVFw8Ww6mZkvZOs8lbyt6OqZkbC&#10;siWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiAAPKGe0Z5itr3e5x5pcL9e/Z50ap9fFh6HJFwfMN6&#10;ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/BceZCE79k6egeD6MFxeoCDBKkVev6CTpAde4WByHZ5&#10;fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQdNdoeKyOUb/XeTeMUaeSecyKn468emmJJXU3exGH&#10;1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWfd4WY074geBqV0aYBeLyTDY1SeW+QpnP1eieOa1l1&#10;etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOjbLyKdy2fb6SFd9ebuYvveJGYRnK+eVqVLFhneheS&#10;OTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrspdmypKKM1dxmkfoq9d9qgInGYeKecE1dseWuYZjqW&#10;egKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y/6ITdnqtZIm5d0OoLHCzeBajTlaReNie6znWeWac&#10;KhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZdfm2dojMdsSwaG/od56q4VXneGSmHDkzeOOh0RK5&#10;eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/yIf/dly4928vdziy6FVGeACuLTimeHemTRIld4uM&#10;ROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIdagot5nW7wgl16S1Vggk97Ajkmgpl70xPfhJ18juAf&#10;gqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOAdG2zgSmAQFQegTCAHjfugYOALBJ4gyCApt6EgUqN&#10;q8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyGgC6GgVMMgECFjjbngI2E4hE8gbKEc9zngCqYl8ek&#10;f8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM3lIIf2SLJDX6f6yJ4RArgHWHwdtgfz2jksYkftif&#10;6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEVfqOQ8zUhfuKPSg9Af2WKUNoNfoWurcTafiCqJK7t&#10;fdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmXCzRefjKVXw57foCJytjzffO56sPIfY60ga3afT6v&#10;MZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4fZmbZg3YfcOJXNgQfYXFWcLrfR+/DqzyfMi415ZQ&#10;fJmy439EfKCtbWedfMuolU7afPek2TMsfRugWA1TfSiJAtdkfTXRF8I8fNDJ56wwfG7CxpWCfDS7&#10;936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzofK2IutHBjVF2kr21i+t3BqkDiql3fpN+iY54CX0x&#10;iJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8edA8i/GAx7x8ipmAPqfaiWN/zpJoiFV/fnwfh25/&#10;V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7iiqmLG7shiV+JnKasiCuIN5EvhzCHDXryhliGE2Pi&#10;hamFRkuPhSaEljBEhSGERAsehiSDws1+iY+VdbmxiEmTF6UmhyWQ2o/Nhi6Oz3mxhWyNC2LHhMyL&#10;dkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhXh2ycq6POhk6Zno6BhV2WwniEhJiUHmHChAiR0UnA&#10;g5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2maqKqhZ6iiI1ohLCe2neCg++bb2DTg1iYXkj7guqV&#10;4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGxhQ+rl4x1hCCnGnang2ai92AXgtKfR0hVglicdS17&#10;gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+03ouhg6mvknXegu+qwl9ngmampEfHge2j+S0Egbqe&#10;cAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorqg0u4aHU1go6zAF7VggautUdKgZOq1iyXgV6eJghK&#10;gTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53NnL4jwd3810GjZR4y0W5jHJ5pisDjE56jAapjP98&#10;nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJje1+T1wcjIh+bUTOi29+mSoni0N++gYsi2yAF7+O&#10;lFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqExlsoi5KEL0PxioGDuiljik2DuQW+igqDJr5vk0GS&#10;p6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlowiqiKHEMZiZ6JESiqiWWI5wVfiNeDob1HkmecharP&#10;kE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQUkJTiOSOxygIiKCOygUNh9CDarw8kb+mhqnFj6mi&#10;+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0GniDyU3yd8h/CUOwTIhvODPLtbkTmwp6jpjyWsX5W0&#10;jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mblScLh1WYvgSPhjyDFbqkkM+7Aag2jr22AJT5jMqx&#10;D4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3CaqhtaaJARghaaC9roakHzFuqenjm3AA5RbjHi6UoBg&#10;ira08mviiTewTlanh/utEkAthuyoxCZIhoGZ4gQ7hS+C3bLDoHp0w6FInYh1To88msd14nxomD12&#10;jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFKkFl8urGwn2B95qB9nGt9mI58max9Y3uqlyR9UWfs&#10;lNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/3bC7nkaHDp95m1yF9I2PmJuE+Xq2liCEM2cFk92D&#10;nFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8nVOQMZ5omm2OYIxul7SMtnm3lTCLM2YTkvqJ+lF+&#10;kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZip12mZOXBItyluKUp3izlGWSc2UxkhuQglC2kDOO&#10;7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJysmO6f0Yqpljicvnfgk7yZ5WRjkX2XV0//j4qVPTo4&#10;jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+owYnolbek/nclkzqhfmO6kP+eZk9ujwqb8TnCjWqb&#10;AiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lIlVGtdXaFks6pVmMgkJOly07mjqejSjlZjQChWyAM&#10;jJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2VnX3knixomKfkDmtzU56jkyrXTj8jK6mZR++jD6V&#10;dgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EFoEV1/F5znUp2xUq8mqh3ojVXmL54axtAmWt47AAA&#10;jZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8cF3anDl8l0oimZt83jS/l619LRrQmDV9mAAAjGyA&#10;AKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0fmzyCiEl5mKOCRDQslrKCKxptlxmCxgAAi2CAAKGw&#10;p5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmIq0jLl8WH4TOhldGHeBoTlhqIOAAAineAAKDjptSW&#10;5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgslv2NvzMmlQKNLxnIlS2M7QAAia+AAKA6piKf3o/t&#10;oomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT5TK7lDuTiRmElFaQ6gAAiQeAAJ+dpaGo8o9nogWl&#10;Z353noqiBmzIm0ae81pumE6cW0cqlbKakzJik52aEBlQk6KRHQAAiHyAAJ8WpUOyNI7moaSuEH30&#10;niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6fdBkmkxCRAQAAiAuAAJ6qpPm73o59oVS3IX2EndCy&#10;i2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3krWQ4QAAh7CAAJXxtQhzxIZ9sLh0N3aQrKJ0wmXv&#10;qMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3rAAAiX6AAJVVtCJ8AYYfr8V7tHY0q557kGWOp7J7&#10;llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAAiMSAAJTVsxmELIWMrsODNHWwqpOCZWT8pqmB2FNv&#10;oweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGAAJROsh+MU4Tsrc+KwnT7qaSJYGRZpbGIP1LWohiH&#10;aEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7sVOUkoRUrQSScHRZqNyQiGOypOmO31JKoUCNhD/I&#10;nh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec+YPLrGaaS3PUqDiX1WMvpEGVrVHOoJST5T9mnVmS&#10;wytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNgq9WiS3Nop6WfSmLGo62cp1FuoAGajj8bnL+ZeisQ&#10;mkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yqeHMmpyym42J4ox+jyVEdn22hjT7OnD2guiramcqc&#10;+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLVptCu8WIqor+rfFDcnwmpcz6em9SmzSq8mWSc5RIG&#10;meaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0K1snscp0zEqKrZ51hziTqhR2RiRSqCt2twpYqgd3&#10;FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0sKt6tkpPrG567jhfqNV7QyQ0psd7gQqfqC58YgAA&#10;hbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+AtUn2q0yAdDgap6yAbCQTpYGAlArfpoOBJgAAhWuA&#10;AIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mUqkGGLTfPpp2F1SPypFuGGAsXpQeFUQAAhSmAAIc+&#10;vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6MHDePpayLliPXo1aMPgtKo7mHogAAhPGAAIbfu2Ka&#10;U3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTddpNORxiPDomuR6At0opSHvwAAhMKAAIaHut6iX3gJ&#10;tdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyYqiO6oZiWowucoZSH2QAAhJqAAIZNumKqlXfVtVqn&#10;HmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOqoPyYHQvAoLSH8gAAhHuAAIYNuhGzPnfAtPivOWi3&#10;r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCYLQvxoB2IEwAAhGGAAHtuyzFy/W2ZxbZzN19YwH9z&#10;mlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNvsE13iQAAgySAAHtoykB6iG2rxMJ6EV9ev2t52VBw&#10;ukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98RgAAgyKAAHtyyRKB2W2Xw56A2F9Hvj2AD1BOuQt/&#10;oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAAgyGAAHtwx+iJFG19wnOHnl8XvRGGZ1Alt9SFhUBe&#10;swGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+AAHtbxuyQZW1lwXCOgF7+vASM6FACtsKLpUBPsd+K&#10;zy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5xiWX5G1UwJqVkF73ux+TjlADtdWR9kBPsO6Q7C9h&#10;rNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSfdW1Hv+qcs173umCaR1AKtQyYZkBbsCWXXS95rACX&#10;eRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/v1uj/V78ucGhLFAWtGGfFEBnr3WeWS+Nq1ac0xx4&#10;qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGrk18JuTioW1Aqs8ymM0CFrtekzi+5qrCgRRyzqDGT&#10;ZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmAeB90zKIqeOp1r4okebJ2oXFjen93o1eGe094nzsv&#10;fDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx95aDLd2V9yojdeEt9zXAueTN95FZbehV9+ToHeu9+&#10;EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9GdgqF/Yd+dwiFEW7zeAaEQlU+ePaDeTj5ecSCxBPE&#10;edWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGOTIYRdeaMdm2ydvaKwlQqd/KJITf+eLKHtxKUeIuF&#10;7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSudOWT+Gx8dgeRaVMjdwuO+jcVd7uM/hGPd3GJP91s&#10;b5isDcfZcLSnurGqccujf5rbcuifeoN3dA+btGtYdTWYM1IudkGVDzZCduGSxRC0doSLS9xObuu3&#10;jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpydIqfTFFadZSbdTWPdiWZJQ/+db+K0Ntvbm3DHsXl&#10;b4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2mtlCvdQmiezT0dYWetQ9qdR+KbNrLbhvOxsVEbynH&#10;5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAKdI6qSTRjdP2jKA70dJ+KHNYVfw5xtsHlfxByyqz0&#10;fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894CDSagFl5Bw9YgfJ5PNSMfVF8f8CyfXN8eqvOfZd8&#10;fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQfxJ9cg5BgEh9g9MAe9KHUL8HfAKGQqpBfDOFRJSB&#10;fHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2CJQ1MftKBg9FueoaSGL1leryQGaiheveOMJMNe0CM&#10;aXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4fY2E/M/zeXKc6bvveaqaC6ctee2XQZGkej+UmHtm&#10;eqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH886zeJun0rqzeNSkH6XyeRWgcZByeWqc5npKedaZ&#10;kWNWelOWhEs+esyT5jAhexWSggspe42Hi82ud/Gy07mweCquTqTqeGWpv49seLmlVHlaeSyhNGKF&#10;ea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O98bjjd6q4oKQQd9yzNY6LeCet63iBeJupCWHEeSek&#10;t0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhKd1HDI6Nfd3e84I3Ld7W2wnfIeCSxL2EgeLCse0lU&#10;eSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNxvqCShnJy2owbhdFz7na3hUd1C2BchNx2NUi0hJ53&#10;VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9zhQx7G4sHhHV7V3Wqg/l7p19bg5x8CUe6g2h8aSzY&#10;g7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7ODconZgyyC0nSHgrqCVF5RgmuB80bHgkSBnyv7goWB&#10;bgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hxggCKfHNCgaiJNl01gWuIEkXVgUqHEyssgXiGfgcU&#10;gfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWSUXIbgLCQLVw1gISOVEUAgGiMvCp4gISMCQajgOaE&#10;fcAwge2jvq24gUCglppXgKudZIYUgDiaRXEcf+eXWltRf7aUwkREf6GStCnXf7CSEwZEf/6EPb9E&#10;gUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0SeuFqSfxibgkOmfvaZIilRfviXQgX2fz+ECL6QgM64&#10;2qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnYfpWiqUMMfnegcCjffl6bggW2fqOD3L4UgHjDwauC&#10;f9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCqc0KTfgenMCh5feabXgWDfiaDurdckVdvsaY1j55w&#10;7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDvieB2pCaBijt3gQMqiiR5vbZYj+F5U6VDjkd5npMe&#10;jNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7mCWyiPp79ALbiIR9abVJjouC6qQMjQKCXZIDi5KB&#10;037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6h86AuAKVhxaAorQsjU2MlaLUi8uLPpC2imqJ6H25&#10;iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF5gJZhdmBlrMFjEuWSaHCisuUOI+ciW+SLXyLiDqQ&#10;N2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIlhMqBc7IGi4WgH6C+igmdWY6YiKyaj3uSh3mX2mfK&#10;hnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WBVrE1iumqDp/riXGmlo3AiA+jDXq8htmfnWcFhdWc&#10;e1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCSinK0J59AiP6wAo0Jh5arvnoChlanl2ZRhVCj4VHG&#10;hIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+i568iKq5woxuhzu0xnldhe+v7mW5hOKrwFFEhBOo&#10;5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiOmHNwQYelljxxaXWwlDxyjGK1kmhzt06SkNV05zjU&#10;j8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14gIbXlQ543XTkkw15R2HrkTt5xU3Qj6x6UDgZjpV6&#10;zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXpk9uAZXPtkeWAHGEFkB1/8U0Bjph/3zdjjYF/1h13&#10;jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseIDXL2kM2HD2AbjxOGQUw5jZaFlTbAjH6FGxz8jN2F&#10;ZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2j9yOM19GjhaMs0t+jKWLfTYqi4yKrhyPi9CK4wAA&#10;hTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqVhl53jVqTaErKi9+RrjWYisWQxxwjivKPkQAAhE+A&#10;AKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3JjMOaU0o2i0aYPzUlihaXlBvRiiySzwAAg5WAAKLx&#10;lGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjEShikmmis+fZDS0iZid2RuLiYeSnwAAgv2AAKKKlBa5&#10;mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3imCnSDRSiTCi1xs3iRiSZwAAgoSAAJpSpNtuhIs8&#10;obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690PzBylmV1KBX/mE11KAAAhiB+aZmyo7t3Loq0oKR3&#10;hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/qlSp57RWmltR53AAAhQCAAJkLooZ/wYnqn31/XnoK&#10;nJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+6BVUlXh/CAAAhASAAJhKoWWISokNnmOHRHkYm4aG&#10;U2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUHlD6EgAAAgyiAAJd+oHyQ3YhDnXyPQnhHmqGNvWd0&#10;l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJQAAAgmyAAJbXn7CZq4eXnLmXeneXmd+VV2bJly+T&#10;U1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAAgc6AAJZGnxyij4cYnCifz3cVmUSdDWY5loqadFSd&#10;lBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuAAJXOnrGrl4adm72oTnaSmNKk+WW2lg6h11Qek5Wf&#10;UUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1nmK08IY7m2uxKXYimHitRmVBlaqprlO0kyqnDkEv&#10;kRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRuAH5Xq3tvF29dqANwL195pMBxS06MobtyaDxBnzdz&#10;dyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4Gqnp2jm8Apu128l8ao5V3bE4roIN3+zvonfR4jCeE&#10;nJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9/258pcJ9u16Loml9ok2nn1Z9qDt5nMd9xiczm1d9&#10;3g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23DpKuEol3roU2D+U0RnkODgTsAm7SDNibgmjWDLQ0/&#10;m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GLtF1BoGKKgUyJnUyJiTqNmsGI7CaUmTGI/w0/mlyH&#10;PQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6n6GROUwJnIWP0Toymd2O9CZbmD+PWw1CmSeI9wAA&#10;gACAAImoqZ6fIHtApficq2wmomSaRlxInv2YGEuhm96WXDnjmS6VhiY2l16U3A1KmBGI/AAAgACA&#10;AIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tKmzmdOTmKmJmcrCXzlsuZcg1KlzmI/AAAgACAAIkD&#10;qOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk+jlOmB+ixCXIllGZjA1DlqCI9wAAgACAAH9yuf9t&#10;bHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMBp5NyeB67ptFywQW9pz9zbQAAgACAAH8zuR91UHHH&#10;tMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3dR7EpTB3kgYgpSF4xQAAgACAAH75t/F8/nFvs598&#10;nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65o7V8oQZyozZ9owAAgACAAH6qtr+EknEFsnGDsGLG&#10;rj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKCFga2oX+B5AAAgACAAH5Mtb+MOHCksXKK4WJbrT6J&#10;sFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbxn/qEsQAAgACAAH3wtP6UBnBPsK2SQGIIrHGQl1MC&#10;qGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE0gAAgACAAH2ftGmb5nALsBKZtmHGq8mXmVK+p6+V&#10;xELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAAgACAAH1qs+mj5W/Yr46hUGGQqz2ezVKGpxucqUKs&#10;o1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACAAH02s5usR2/QryupVmGEqsGmXVJkpoKj60KQoq2i&#10;wzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKvxUhs3mWlwKxttFgdvDlun0nTt+xvlTp1tAFwgSlT&#10;sTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0cGXDv7F0i1g6uwR01UnxtoZ1QDqWsnZ1vymNr392&#10;IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWqvnJ7RVgmubV6/UnWtSR69zqIsQN7EimerfJ7OBVu&#10;rd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB+FfnuGqBQkmos9KAzDpmr62AlimcrIqAkBWvrDCA&#10;zAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfAt0WHtkl1sqiG2jpRrnOGUSmeq0eGSRXtqq+GkAGR&#10;pFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6OVElnsaiNIjpBrWyMXimoqiGMhRYnqViLgwHxouqB&#10;UAAAgACAAHIwv1CY02U/umKW4FeutX+VCkljsM+TjTo/rJCSwim2qTiTBxZgqC2PIQJHobSBigAA&#10;gACAAHITvtOgYGU9ucyeGlextNWb7klksBaaOjo6q9KZtim3qH2YeRaFp02POgKNoLOBugAAgACA&#10;AHH+vnaoNmVDuVClole7tEOjKElrr3ehazpFqymgUSnQp8qcRRaopo+PUgK6n/OB2AAAgACAANm1&#10;cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmtyo2rrd4p0G1IFeKB1gjZ6eaB2wBICenl2rde3b1d3&#10;3sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnHdg56UVDrdzR61jVoeCF7PhDOeMJ6rdXibYSDHcGk&#10;bxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKAnE/ZdeWASjRsdrx/7w/Ad0F/ItQZa+qOSr/VbY6M&#10;kKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7MdLSF4jOAdXKE2w7WdfODMNJ6apSZb747bECWzKlU&#10;bdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SLqDKldEeKGA4OdNSGqNEmaYqknbzrazihI6gCbM+d&#10;qpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHgcz+Pzg1lc+OJDtAVaLmv1Lvdameriqbra/mnK5FJ&#10;bYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqWFAzZcxuIsM9HaB+7FbsQacu2AaYMa1Oww5BebNar&#10;mHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxncnmIYs65Z7zGYLqAaWHAfaVhatq6Y4+cbE20YHlt&#10;bdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeIJcpaeeRri7d9emRtS6PBeuZu648Ce2hwdHlVe+5x&#10;+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jpd+h2PLZXeJF25KKkeS13g43secR4InhCel14ymGv&#10;ev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA5LSuduaAh6Ecd5WALIxzeEN/6HbyePV/uWCFea1/&#10;mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerMLdWuKM594dieI8osDduSHxHWid66Gv19feHiF0EfV&#10;eS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT9p4EdPCR2YmXdbePzXRldomN4V5Id2aMLUbteCCK&#10;nSxseHKJigiTecyFk8MkclugwrBicyyd15zOc/Ka3ohodL6X9HNKdZeVM11LdnSSrkYbdzSQiyu9&#10;d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj+Ydoc+6gM3JddM+crFx9dbGZdkVqdmmW0SssdoeV&#10;VwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaOc0Sok3GHdCakTVu9dRGgjETOdcmdwCqudceaIwd4&#10;d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6xHnDVc5msK1sedISoCEQ7dTulECoqdSOcggc7dvaE&#10;5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8gblxTVpwgbhy2UOAgd10RykEgoF1UwU8g7t2jbpM&#10;gL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ33VlwgFB4pkKTgHh5WigugPx5yATIggx60rkcfw5+&#10;zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5fvh+jUG6fyd+kiduf45+fARigJF+kre8fZSI1aZc&#10;fYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyEmEDMff+D9iaofkSDhAQJf0iB1LZtfFmS4aULfFCR&#10;OJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+fPSJkCX/fRiJBgO+fi+CiLVVe2KdDKPze16ao5Go&#10;e16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmPdSVofA+PAAN+fUGCXLR1ep6nSaMNep2kJpC8epmg&#10;1X2KeqediGmgetSadVTOexKXvz6sez6VxiTseyqUIANJfH2CObPMeguxoKJYegytxo/4ef+pr3zC&#10;egSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqYUgMee92CHLNceae8IKHSeae3mI9WeY2yvnwUeYOt&#10;6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8e16CBKzYi71p2pz5ioBru4v9iX5tcHnAiKlvCGZp&#10;h/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3JKvzigJzZZwHiPh0VYruiAx1Mni5hz92CGVxho12&#10;4lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7FarwiGp825rVh3t8+YnZhph9C3edhdp9IWRxhTR9RlAp&#10;hLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaGWpmkhg+Ft4iQhT6FAHaLhIaEU2N5g+2Dw09cg3mD&#10;STmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iYhOCOioeDhBeNInVig2eLtmJvgtaKZE5rgnWJSjjh&#10;gjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qXfoaBgzCVXHRvgoCTM2GMgfGRME2qgYaPeDhFgUWO&#10;Uh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWtgnadrHOZgcKaymDEgTeYJk0AgM2V8jfHgHaUuh5R&#10;gGySVwAAgACAAKZKg4+tCJYjgr6puoT4geemJnLhgSaijGASgJefVkxTgDmc2Tc3f9+btR34f6eU&#10;RAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8gKmqoF98gBCm70vXf6+kejbNf1iheR2efw2UBwAA&#10;gACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANualyNjrBv9kkPjZ1xdDPWjRByshmHjqJy9gAAgxZ6&#10;vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvEjVh1+UhVjEV22TMoi613ihj9jQB3gwAAgaF+H50Y&#10;khN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18GEeOiwF8XzJ+imN8kRh+i3x8bAAAgFqAAJwZkLeE&#10;K4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbOidOCCTHliTCBzRgRihKB2QAAgACAAJsmj4SNLIwA&#10;jeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H3DFZiBeHUBewiMaHWAAAgACAAJpSjqCWUYs/jQaU&#10;mHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDLhymNTRdJh6yMBQAAgACAAJmkje+fgoqHjFqdMHp5&#10;is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT9Bb/hrKPjQAAgACAAJkcjWiozIn1i9il6XncikSi&#10;zWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+heGPYQAAgACAAJi9jQiyVomEi3uu8XlWidyrOWhO&#10;iFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiPKAAAgACAAJDYnuFozILXnExqjXPfmgJsNGPEl+9t&#10;xVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAAgAB90JBAnY1xY4JImxByUXM8mMNzOmMmlqN0IlHw&#10;lLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACAAI+YnCF52YF1mbp6EnJ9l216TWJglVN6lVE9k2p6&#10;6T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7PmsyCPYCSmG6B23GEli2BeWGQlBOBJlB7kjeA6j4q&#10;kLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSKqH/Gl1mJuXC0lR2Ix2C0kweH3k/WkRyHDD2bj6CG&#10;eil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38XlniRy3ABlDyQQGAKkh+Ouk8zkDONYD0ljp+Maiki&#10;jbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z+G+Ck4mX1F96kWCVuU6ej3WT8TyljeKSzSjPjNiS&#10;xQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28AkwOfk172kM2c8U4djtya1DwmjU+Z3ChrjDiYGg9L&#10;jKyKVwAAgACAAIwBlz2txH3DlPSq3G6RkpqnqF6CkFakkU20jluiUTvPjMag9Sgfi6+bIQ8ci/mK&#10;NwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFjioHhs/kiLng5ucjaynDVvtyJem+NwWghYna9wIAAA&#10;gACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydzFkgwnKtz/jZnmsN0yyIrmkd1HgiAm3R1MQAAgACA&#10;AIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUewm1R5oDYAmWd5/iHrmMx6FQidmWd6pwAAgACAAIIA&#10;pUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/aTWLmCl/XyGhl3V/WAiul4t/kwAAgACAAIFkpCWI&#10;R3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUblw+FAiFalkKFFAi8ld+D0QAAgACAAIDYo0uQX3No&#10;oE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK8SErlSSLYgjMlGCF8wAAgACAAIBtopCYh3L3n5mW&#10;zmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEVlB6Q6Ajikw6GAgAAgACAAIAUohSg03LDnxueuWR+&#10;nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+VfwjokgCGBgAAgACAAH/RobypXHJ9nrem7GQum6ak&#10;MlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjjkTuGAgAAgACAAHa0s8Fnf2n1sDhpCFyArOVqjE4Y&#10;qbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpwAgAAgACAAHZastBvUmnKryhwHVxXq6Zw+U35qFRx&#10;3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAAgACAAHYMsXx26Glgrdh3G1wCqkd3YE2gput3wz4o&#10;o+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACAAHWssB1+XWjprH1+Flt3qPN93U00pZR9wz3Hopl9&#10;xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVErvSF4Wh/q1iFLlsFp8+Eh0y3pG2D8z1yoWSDjyyQ&#10;nzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhONimgoqnWMclqvpuOLWExfo3mKWD0eoGiJmixfnhiJ&#10;aBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfmqcGTylpupiOSQ0wYoq2Q3jzUn5qP7iwwnTuQBxja&#10;nJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2bO1oypYaZVkvYogaXozyUnuyWtSvrnJOWdhi7m8aQ&#10;uQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVoupPyg0Eu4oV2eyTx7nimd8yvrm76bkxjRmvKQyAOs&#10;lYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5ZpcEMjtAVqxjQqsOhr9CMfrz5sog4hsUhr4wAAnwRz&#10;sAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENFsndwbjRbry5xMSNzrUpxnA61ruhw5gAAncB4KQAA&#10;gACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12GTRRrZB2fCORq4h2rg8crMh2JgAAnIl8IgAAgACA&#10;AGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQtrBR78COTqfJ7+A9nquJ72AAAm2h/oQAAgACAAGl6&#10;ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreBmiOUqIWBng+pqTCBrgAAmmyAAAAAgACAAGlOuTyK&#10;u10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOdpzqHwA/mp6uGuAAAmZCAAAAAgACAAGkpuH+R/l0U&#10;tEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKORRAiplmK6QAAmN+AAAAAgACAAGkNt/OZWV0Xs56X&#10;5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/pVmK/AAAmEiAAAAAgACAAGj6t4+g610jsxOfSVBR&#10;rrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOLDAAAl7KAAAAAgACAAM1QbG1mRLnnbjBodaXTb9hq&#10;kJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGtdqlz1g3HeDFztstcae5xVLhYa+dyZ6RtbbZzd4+f&#10;b2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4VQzmdnR35cmIZ8l8YLaRadx8XKLha8t8X44mbZl8&#10;fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwhdO58g8e7ZeKHULTCaAqGUKEbaguFYIyaa/KEh3cq&#10;bc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uAuMYYZEaSNLMpZnyQVJ+DaI2OfosPaoOMu3XXbG6L&#10;F1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTFYwCdIbHdZT+acJ44Z1WXtYnKaVOVCnSma0eShV6l&#10;bSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2oE7DUZECkl50qZlWg+oi7aFSda3OpalKaE13IbDOW&#10;/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbANY3+uxJxTZY2qTIfbZ4Wl23LKaYShuFz/a22eBUYk&#10;bOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq455uyZPizk4clZuKuTnIXaNqpc1xdasKlPkWLbDei&#10;PivGbACcqAltcBKGX76vdI5lYK0EdYJnvppsdnFp74a+d1pr/XIPeEJt+1xaeSxv7kVTeg9xuysD&#10;et9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVycIW2dXZzmHEOdnN0vVtqd3F130R2eF125Co4eQV3&#10;kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/c7Z7Qm/BdM97lVpEdeR77ENzdtZ8MilYd058PwZ6&#10;edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC/m54c0+CgFkndHiCDkKFdW6BnyiRdbeBLgYPeIWA&#10;MbiubNGPKacnbjKNw5S/b3yMUIFscLiK321GcfeJhFgaczSIUkGodC2HOyfedESGeQW0d2SDbLd4&#10;a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQr1cpchaOt0DicxONEic+cvuMVgVndt6Dp7aCapuk&#10;FKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZgcS6VVkA+ch+TOCa8cd6SIwUnd0qDfLXLad+ul6Q+&#10;a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6cNz+mcV2Z8yZJcOqW4gT0d6GDWbVWaWK5JKO4asm0&#10;t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8YcK6hDSXHcBWZiwTKd+eDPbBwfP9krKBNfR1nHY8R&#10;fVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVxDyQAf6tyJgH3gWd0Aa9TetFuoJ8zeydwE43fe3px&#10;aHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSNDfcl2nwG2f654ca4deNV4kZ3geU15GYy+ebZ5kXpL&#10;eiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7VAF9fit8V6y4dxCCZ5xzd5iCJYs3eBaBz3j6eJaB&#10;cmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFLfdF/uqtmdZeMQJsgdiqLQInldrSKJXexdz+JAGSc&#10;d9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiAw6pPdGmWMpoJdQOUeIjRdZGSlnakdiOQqWOhdsGO&#10;1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lwc3igL5kldBedvofqdKObFnXBdTWYZWLMddqV4k7b&#10;doCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGqOZhzc2KnFocrc+ijrHT/dHKgOWIOdRidE04rdcea&#10;eDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfwcuKwioaPc1usYnRac9eoOGFzdHakgU2ldSKhsDh8&#10;dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZmiYOXhJxownI/hEdq0V+4hAtsykvxg/JurDaBhCBw&#10;SBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKAguhwbXE1gp9xvl7DgmtzBEsXglp0OzXAgn11OBvI&#10;g291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4K3ASgQN4wF3AgN55VUo4gNd55DUFgPN6Txs3gZp6&#10;LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28Tf3l/3lzbf2R/wkmAf2Z/rTR4f35/lBrKf+F/VwAA&#10;gACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuHHVvWfh6GSkiRfjKFmTOyfkKFDRo5flmFDAAAgACA&#10;AJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1fQ6M+EfXfRmLsTMcfSSK3RnHfPuKZgAAgACAAJx9&#10;fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6TyUc0fDiSCjKlfCuRJhlxe8eO2QAAgACAAJvle/ul&#10;84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaPe4OYwzIfe22X+RkgesSQ/QAAgACAAJt9e3+vn4w5&#10;e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCgGjGvesadnxi4efKQtwAAgACAAJTRjwxjkobyjZ1l&#10;8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52iilvRxPIjJtvFAAAgAB6QJQQjS1seoYri/dt/ncO&#10;iuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10HhNiin1zrAAAgAB9tpMxi191R4Ucik12DnYYiUh2&#10;xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMDiH94mgAAgACAAJIsibh9+4QLiLJ+JHTyh8F+NWTq&#10;huJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+BgAAgACAAJEwiEyGzIMPh1OGV3P8hmuFw2P1hZKF&#10;HVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAAgACAAJBXhzuPvoJUhkqOsnNDhWCNd2MihIWMJ1Ik&#10;g8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACAAI+ohmKYtYGahXiXF3KFhImVOWJng6mTRlFtgvKR&#10;ij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8ghbyhvoEJhNmflnHpg+GdG2HMgvSai1DVgjeYWj65&#10;gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq94CXhGWoV3Fjg2KlRWE/gmKiIVBYgZefmD5WgQqe&#10;ZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpplphlWWxElONneFzhk2RpckxJkg9rTTo2kSBs9SXZ&#10;kThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9tAmuZk2luZ1xFkdtvv0u8kHtxBjm+j4FyJyV4j3Zy&#10;yAsukRhyRQAAgACAAIYglUhz23juk4h0pWrSkdl1ZFt7kFF2HksMjvV21Dkujfp3dCUOjdR3uwsc&#10;jsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18c1qmjtp8l0pLjYx8wDiRjJR85SScjFh85gsBjLx9&#10;DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnGjZqDMUmojEGCyTgFi1GChyQ4iv6CZwrtivGB7gAA&#10;gACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ60kGiy6I/TeciiWIWyPricCIawrZiWeGFAAAgACA&#10;AIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhrik2PaDcUiUKOmCOeiLKOxgrGiB2HSQAAgACAAIKx&#10;j9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOWGjaPiIyVayM0h+mUFQq2hxCHPgAAgACAAIJaj2Sm&#10;hHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8h+WccCLuhzmXngqVhkaHKAAAgACAAHqQoqVicG4T&#10;oCZklWCrne5moFIgm+doikJYmh5qTjDimP5rwxyBmcFsPwPfmKFsvgAAgAB/0Hn8oUFqe22gnsxr&#10;4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxml89xBwQglhBx0gAAgACAAHlrn6JyWGzunUJzIV+d&#10;mvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1+wRSk8V3TQAAgACAAHjEnhB6HWwym7t6YV7NmXh6&#10;nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0kcB8TAAAgACAAHgbnL+B72uImnKBuV4emDWBdk/I&#10;lhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2AnQAAgACAAHeGm7qJ32r6mXOJOF2TlzCIdU86lQmH&#10;rT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAAgACAAHcRmt2R12qAmJ6QxF0VlliPhk66lCuOSD9t&#10;kkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACAAHazmkWZ62pLmAaYg1zdla6Wy05zk2GVDD8ekWWT&#10;1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZrmdaiK2oCl42ge1yLlSeeXE4cksycRD7SkMSbGS4n&#10;j0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlhk2IDql1jklU6p7dlg0dppTtnVzhNox1o9yc2ohdq&#10;GxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6qRtqj1T9pkZr4UdAo6BtKjg3oWBuUyc/oDFvGxJx&#10;oi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nxc1SYpLRyN0beogNzATftn7lzuicbnnJ0LhKSoBNz&#10;mAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9oyx4nEZqoHp47zeJnjN5QSbdnNx5bBKXnjJ49QAA&#10;lDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/K0XjnyZ/BDcxnNB+9Cadm3B+8hKSnIZ+4wAAkuiA&#10;AAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWFnguFUDbYm6uE5SZvmiiE1RKSmwOEuAAAkcaAAAAA&#10;gACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6LuzaGmryLGyY7mSWLShKlmaiJoQAAkNuAAAAAgACA&#10;AGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZAmfSRsyXpmGGRvBKCmK2MgwAAkCeAAAAAgACAAGrw&#10;pKGd419WoaScqFKZnpia90TYm6KZVjYzmReYzyX8l2qW5xKql6mMngALj4qACAAAgACAAGGzuHxg&#10;iVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRySrURnuAhcrqRnawAAk1hy2AAAgACAAGEwt5Fn21XH&#10;tE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwpsugjxrAlsaQAAkhd3bgAAgACAAGDqtgtu7FV3sr9v&#10;kkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlcqaVxnQAAkOF7gAAAgACAAGCqtGR12FUlsRp2GUj9&#10;rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3OAAAj79/FgAAgACAAGBosvV80lTpr6x8v0i+rF18&#10;rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAAjsGAAAAAgACAAGAusdqD8VTHroGDl0ijqySDKjub&#10;p/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOAAAAAgACAAF/9sPyLFFS1rY2KfUiYqh+JvDuLpuGJ&#10;CC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAAgACAAF/ZsFeSRlSyrMuRfkiYqUiQdjuFpfmPiS1L&#10;o0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACAAF/Br92ZoFS7rCyYvUijqJGXgTuHpTSWhC1Som2W&#10;LR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMETZxVf7a7TaTlitJvtaz5lYIgibSRn7nNpbvhqaV23&#10;cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq0a1LZopshZqOaL9uLIboatJvy3JGbM9xYFyobrFy&#10;60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uGZCB2TpkHZn1284VzaLN3pXD4atJ4XFuBbNB5EUTK&#10;bnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWAD5dDZGx/yIPuZsF/jW+XaQF/aVpSaxh/TUPPbL5/&#10;KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWyYqaItYJpZQyHl25SZ2KGjlk1aZCFp0LnazmEzSmJ&#10;axmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2RtYExY6KPtm0tZgON1Fg8aDeMHUIaaeOKoCjlaX6J&#10;sQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAxYnCX3mw9ZN6VMVdqZxqSwEFxaLuQryhgaBePygd8&#10;c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXagCGtuY+ecmVatZiyZj0DWZ8mXJyfsZuKVIgdEc7iE&#10;6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrPYx2kA1YfZWCgfkBNZvCeHyduZciZXwcYdAOEzLM3&#10;buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p7VXpdYFsTT+8dqRudyYCd1pv/AQyewlxErHCbCxp&#10;q6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UOc3hyMj74dKBzmiVXdQ90eAPheXJ1ybAxabVz9J/N&#10;a3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4Lj3+csl43CSHcuZ5JgOZeet6Rq6SZ4J+H54maWZ+&#10;LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0ccRd+PCPScOF+EANbelN+K60QZZ+IR5yzZ5iHi4ts&#10;aWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KDxyMwbwaDUwMmeq2BgqvWZBiSfZuAZh+Q/IpBZ/qP&#10;WXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKgbV2JHwL6evmCA6rcYtyctZqJZOyacolLZsuX/ncf&#10;aJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO3ALVezeB6qojYeym7ZnMY/6j6YiEZdmgqHZWZ5+d&#10;YmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3e2qB1qmtYUWxH5lGY1StW4foZSKpTXWxZtylRWLF&#10;aKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OBxaWkdxVew5Z6d69huoY0eFxkdHSneRRm+2HwedNp&#10;Z04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4dHlojZVadVRqjoUBdiVsaXOLdvZuJ2Dud8tv1U0i&#10;eKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdyUJQCcx9zboPkdA50dHJodPh1Zl/sdeB2U0xGdsd3&#10;NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KNcRd8T4JYch98jHEZcx58uV64dCV86Us8dR59GDY1&#10;ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qFO4EIcHWEt2/UcYOEH120cpSDkEpVc5+DFzV8dE2C&#10;rRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4bxOM927NcCyLnVy9cUWKVUmNckyJNjTbcvKIYxvv&#10;ccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6VP23wbwuTJ1vucC6RNEjccTePiDRZccWOcRuQcF2N&#10;WAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01bh2avFs2b0KYK0gwcFKWGTPRcNSVHxs6bzWRegAA&#10;gACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+ia1qlbn2fTUe1b4qdAzNWb/+beBrEbkeSGQAAgACA&#10;AJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljYf9do1UXGgC5rDTDlgL5s3ha1gj1tNAAAgAB2XJdT&#10;fRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu/kT7fkFwjzA5fr1xyRY2f7NxuwAAgAB6Z5Y5etdw&#10;vogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQvfHB2KS+XfNt22BXFfUh2hQAAgAB985UFeMR554a8&#10;eSp6cneXeYV622d5eeF7OVYQek57jkNxesB73C8Jext8ChVmex17pgAAgACAAJPTdweDDoWud3+C&#10;83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5XeZKBdhTpeU2BUwAAgACAAJLUdaSMS4SpdiaLh3WE&#10;dpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCHLRSBd8aGpgAAgACAAJIHdIKViYPbdQyUI3S3dX2S&#10;fGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5dn6LFgAAgACAAJFqc6CezIM3dDCcynQLdJ6aeGPn&#10;dQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeNfgAAgACAAJD9cv2oHIK6c4+linN9c/Sik2NVdFGf&#10;j1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAAgACAAIssiH5d8H4Rh61gx2/Thx1jamBHhrhl2090&#10;hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB504pRhjRmrX06haRotW7shS1qml9zhM5sYk66hIpu&#10;DzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIlehAdvU3wdg6Rwo23tg0Jx2153gvNy+k3fgrt0CzvY&#10;grF0+iezgvd1hw2eg+d07wAAgACAAIhPghR36Hr6gcV4l2y4gXh5Kl2EgTJ5qE0AgQ16HjsjgQd6&#10;gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9gBuAo2vCf9+AllyLf6aAbkxnf3uASTqof32ALSbc&#10;f46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI02sCfpuII1vCfl6HVkuNfjeGlzn9fiyGCSZRfiSF&#10;2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpHfY2Pt1sNfU6OUErcfSmNDzlmfRaMLCX1fOOMOgzq&#10;fTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeXX1p5fG+VYkpJfEaTsjjTfDSSsSWCe+aSSgzLfCeI&#10;pgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2e7ycsUnWe4earDh2e2uZ4CUmewyXIwyKe1+IegAA&#10;gACAAH5DkfldZnHakJFgGmRpj3FiplW6joNlB0W+jcNnOTQfjXJpGx/SjlZqFwZOjplqFAAAgAB8&#10;y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2i9xs5TO1i31uRR+OjCdu4AZqi/Zu8AAAgAB/3nyu&#10;jddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1yozMuialzhh82iiNzzAZ3iZ90KwAAgACAAHvJi+11&#10;6W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKjh/Z45x7diEZ47QZ8h5J5vwAAgACAAHrpikp+BW54&#10;iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+dx6dhox+YwaMhcZ+rwAAgACAAHoiiPqGRG25iBaF&#10;+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5uhPmEOwaRhDyC2wAAgACAAHmDh/SOjG06hxqNzl/j&#10;hieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OKiQaLgvOEbAAAgACAAHkEhyqW3Wy5hlSVsV9dhVmU&#10;J1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJgeWEawAAgACAAHiihpKfTWxShb6dy17qhLibxlCC&#10;g6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSEYwAAgACAAHGvm9hcsmXxmfdfQlk7mGBhtEtOlvxj&#10;+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAAgAB/SnD3mg5kjGVnmEdmb1i0lqJoQErhlSNp+Du2&#10;k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACAAHBPmBNsQmSilmptjlgOlMtuzEo/k01v+zs0khFx&#10;CSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+TljFz42PRlJZ0rVcrkwd1ZUmNkY92EjqZkFt2qCnl&#10;j8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7kGMXkwx74lZxkYJ8HUjQkAl8QzoSjs98Zyl1jjF8&#10;fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8kdaDPlXckEiC+0g7jsqCoTmEjYaCVikwjL6CNxV2&#10;jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWKoVVUj0WJ5Eezjb+JFTkGjHaIdijPi52IURV1i+OI&#10;BAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUSjnmRAUdpjNOPsTi8i3SO0yhwip6PBBUZiseMoAEa&#10;htGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSYX0cQjCCWsThyirGV0Sg5icWVJxT8icmOMAEnhgOA&#10;yAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCroFtijTHynwVkaCDnnxNligv7obtlGgAAjZRt0gAA&#10;gACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnntoVjHSnP9pvyDznNVqigxPnvpp/QAAi/tyzAAAgACA&#10;AGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/mxFvGiDQmsFvlQx9nGxvBgAAint3ogAAgACAAGOd&#10;oQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0jSCQmN50wwyOmhl0VQAAiRR75QAAgACAAGMOn254&#10;8FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBNly16MQyOmAF6KgAAh9F/nAAAgACAAGKQniyAVldx&#10;nBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/+AyVlh6AEQAAhrSAAAAAgACAAGImnS2Hv1cZmxiH&#10;eUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAyslHSFDQAAhc6AAAAAgACAAGHVnF6PK1bMmkqOm0rT&#10;mByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWIegAAhSGAAAAAgACAAGGVm8uWzVa/ma6WJErFl2yU&#10;7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAAhJyAAAAAgACAAFkjsa1aZE4ar1JcjUJkrRleqjWc&#10;qxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx/QAAgACAAFhwsGdhfU26reJjG0Ijq2pkuTV/qS5m&#10;Oic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAAgACAAFgIrpJoaE1KrAtpkEHQqYlqtDU4pzhrzicY&#10;paxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACAAFeurKdvOkzfqiZv/UFXp6hwuTTnpVVxbSbfo7xx&#10;7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdSqv12HEyKqIJ2ikEEpf926jSKo6Z3Mya6ofV3bRYJ&#10;ol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19I0xQpyp9SkDVpJ19TjReojd9PyaSoHR9MxYboJd9&#10;FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwpphKEFkC5o3WDxzRBoQKDbCZ0nzSDRxYdny2DhwU+&#10;myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK/UCqooOKZzQyn/6JzyZdniGJyhX/nhGJNgVNmauD&#10;lgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCnobqRVTQunyOQpCZnnS+QmRYmnPaN5AVqmHCDqQAA&#10;gYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9gN3+GaHFjTGveap9mRlcobK5pJUEqbmJrzyfrbtpt&#10;3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5LZa5rEGq6aA1tKFYeakBvLkA1a/xxBicYbBJyXgZj&#10;dTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZyzmluZax0DVT7Z/51Qz8+abt2ViZRaWV3CgYXdbV4&#10;Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gUY397AVPUZep7az5OZ6h7xCWXZt176wXVdiR8mq2+&#10;VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyCCFLIZBGBrz12ZcqBWCTyZISBEQWddoOAbaxSU3aO&#10;Zpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHnYnCICjy+ZCWHGSRiYnWGnQVudtODpqstUc+Y1Zrq&#10;VViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSOhTwpYriNDCPwYMiMogVGdxaDkapQUISjNpoeVBug&#10;Q4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjucYYqTViOOX2yR7AUmd0yDe6nBT5itdZmSUzSpoIh4&#10;VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+aBSMiXkWWHgUNd3eDaqgXaNtZSZhjaqlcr4fPbGtf&#10;5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDocvFszAFMfc9u86aBZYhjd5c0Z6Vl5Ia9aZpoMXUt&#10;a3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJxTAEufgFzx6TeYohtjpV/ZNlvDoU3ZvtweHO4aP9x&#10;1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEUfi14ZaM0X9d3iJPVYlB4MIOWZJR4x3JfZrh5UV/+&#10;aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8ZqGoXX+BfZJgYBmBXYItYnyBJnD+ZLiA4l7oZuGA&#10;pEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBjW5CLe5ErXkKKloEJYLiJkm/pYwmIg13mZUCHgkrJ&#10;ZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmVdJAyXLyTzIAaXz6R+28GYZuQJF0RY+KOb0oTZdyM&#10;8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9zW4ic939ZXg2aW25KYGyXv1xaYriVYUloZLmTaTU3&#10;ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWmDH7DXSOip22yX3ufTlvQYcScWEj1Y8KaBzTDZKKY&#10;5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1ncvFfkGy8dBtijFrhdURlZEfBdmdoEzLyd2hqYBle&#10;d81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFnaWujcYxpoVnlctFrvkbmdAdtujI4dPVvYBjSdMlv&#10;3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqFbyZwxljucINyKEYYcclzdDGZcqV0fBhjciZ0kwAA&#10;gAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3+Ve+bmx4o0UWb8J5QTDHcIl5txfKb+x5jAAAgAB+&#10;cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbGbIh/LEQ5be1/KDAabp5/HhdSbgZ+8AAAgACAAJR7&#10;Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2FzEN/bE6FKy+IbOeEvxbpbHKEwAAAgACAAJOPYmKS&#10;EoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULWavSLVi8Va2qKrBadayOJxwAAgACAAJLeYS6biYSy&#10;YzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKRsi6Tai6RJRZWahWN5QAAgACAAJJmYE2k84QuYl2i&#10;Z3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4iaRiXYBXlaUyOzgAAgACAAI58eOdYsYEneVJcCXK3&#10;eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVpWxDeflBpYAAAgAB2CY1SdeFhuoAQdplkQHGcd1Jm&#10;m2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCIe4Vt9gAAgAB6H4wdcxtqtX69dAlseXB7dONuHWDl&#10;dbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRByywAAgAB9tYrVcJNzsn1rcah0wG8pcqF1rV/oc412&#10;h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAAgACAAImTbmt8rnxQb5l9Fm4LcKl9V164caV9ek5d&#10;cp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACAAIiJbKSFtntHbeOFem0Obv+FDF3HcAmEgk1/cQeD&#10;/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIeyayyOunp1bHmN3mxBbZyMw10CbquLkUzGb7CKeztI&#10;cH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKXuXnNa1iWRGuVbHyUgVxdbYmSqUwjbo6RDzqqb1uP&#10;9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lPan+etGsKa56cUVvQbKGZ3kunbZ2X0jpFbl+WricV&#10;bgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhbl2fGgVpeoVjsgX1hd0jBgbhkGzcDgidmcSLRgx1n&#10;+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bUfu1ltVgXfx5n50gLf2Bp8jZwf8pruSJngIRsyQjf&#10;gelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds2FcZfNxuZkcyfS1v2DW+fZZxEyHmfhhxtgjFf4Zx&#10;mwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYuert090ZbeyB10zUXe4d2iCF0e9R20AiyfXB3CwAA&#10;gACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7mUW0eT974TSLeal8GyEZecB8IAiqe6F8lgAAgACA&#10;AHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETld6yCEDPyeAKB3yCfd+OB1QiDeh+BXAAAgACAAHvL&#10;dHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliIXTNcdqCH2SBKdjuIDwhyeNiFVQAAgACAAHsxc1KT&#10;8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLLdXqOKx/cdOCODQhjd86FqwAAgACAAHq+cnicfG5X&#10;cyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqVEh+Bc7aS1ggsdwqFhgAAgACAAHVOirdX2mmAifta&#10;8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/ivll8wH1ihRnGAAAgAB8X3RYiBtf52izh5liU1vo&#10;hy5knk34htlmxT6phqtouS2OhuJqSxlPiDBquwIsh2xr+gAAgAB/g3NqhZFn52eshT5ps1sLhOlr&#10;Zk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJOhRNxNgAAgACAAHJwgz9v32ahgwhxGVn2gsdyOExK&#10;goxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2zQAAgACAAHF9gUJ34GW5gR14kVkOgOp5IktdgLd5&#10;mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAAgACAAHCmf5B/8mTvf3+AI1hSf1WAJ0q1fyGADDwH&#10;fvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACAAG/2fjmIC2RhfjqHxlfPfg2HPUorfcqGlDtyfZuG&#10;CyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9pfSaQJGPXfS+PcldFfQCOZ0mqfLWNPDr1fHyMYCqk&#10;fFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOYS2NqfGCXQlbTfCyVv0k7e9aUIjqXe42TEipbe0mS&#10;/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Qk0hZ91GuklVcxURRkZVfYjV5kSVhsCRykaJjVQ9P&#10;lIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg/VEJkCFjOEPMj1FlTjUXjsxnHyQ+jxxoWw9pkW1n&#10;+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQjedprUMcjRtrPTSNjJFslSPijMJtbg9ejoJs6QAA&#10;hF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lwKkJliwVxPDPsioByICNviphynQ83i89yDgAAgrx4&#10;mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGeiS53UDNmiJ93yCMDiKJ3/Q8MiVN3lAAAgU585QAA&#10;gACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599jTLehwR9mSLZhsx9ow8LhxJ9tQAAgBuAAAAAgACA&#10;AGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJahbCDiiKAhViDiQ8zhSGDRwAAgACAAAAAgACAAGPe&#10;h4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJsCI2hAaKAQ7lg6CH8gAAgACAAAAAgACAAGN8hrGU&#10;GVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiICgu2QKg7bgl2KCwAAgACAAAAAgACAAFzgnvFV31JC&#10;nVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81guAaEnEphBAAAg6NtSQAAgACAAFwGnN1dHVGsm1lf&#10;VUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbfmN1l4wAAghByMQAAgACAAFtfmoVkQ1D1mRtl/EWf&#10;l71nojkFloRpJirqlcVqVhomlodqtQcXlZxq5AAAgJd3FAAAgACAAFq2mEBrWlA4ludsnkTRlZdt&#10;zjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAAgAB7ZQAAgACAAFoMlkxygU+SlQRzW0Qwk7d0HDfG&#10;knx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/LgAAgACAAFlzlLd5yE8Gk316Q0Oxki56lTdRkOl6&#10;wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAAgACAAFjwk2uBE06Wkj6BO0NMkOqBIzbtj5eA7Cku&#10;jqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACAAFiIklyIYE4vkTqIO0Lnj+aHxDaQjoaHNijcjX6H&#10;Bhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3kY6P5U4JkHKPo0LDjxWOzjZvjZCN2yjijFeNwhj5&#10;jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFUTUZiqJhW0jtNpw1ZPS7speRbaSCGpdlc9w6XqKNd&#10;CAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXEpsxdNzq/pR5fMi6Fo8Fg9yBbo21iKw7HpbJiBwAA&#10;nWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZjjjpBoutlGC4RoX5meSAToQdnVg7RouFnCgAAmt5p&#10;7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmkoLZrAS2hn0lsAB/Anr9skQ7GoD9sKAAAmHdvKwAA&#10;gAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVxES0rnUxxpB+MnKVx9g7AndlxjgA1lgB1CQAAgACA&#10;AAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzrm553kR9Ymtd3nA7Ym6l3XgBxk9p6VAAAgACAAAAA&#10;gACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9nh8mmV19jA7RmeV9tQCwkgl+zgAAgACAAAAAgACA&#10;AE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8KmBKD5A6qmHeDewC1kJmAewAAgACAAAAAgACAAEzx&#10;nSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOKrw7Zlx6IRADdj2eAlgAAgACAAAAAgACAAKnOWupT&#10;qZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1DhaBVllTvCad1ooyMlaXBq6QPneWdsy6fCVqNeIJgU&#10;WeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJrjTrTZudt0CJlZdhvbAPIeZxxZ6XcUsxojZZHVlVq&#10;c4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnlZBhzFSGxYrF0GQOtecp2YqP5T1Ny3ZR6UyBz2oQ8&#10;VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4eCEKYAR4+QOVefJ69aIyTEB9HZLgUEh9RIK+U/x9&#10;aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6Xcl+HQOBehR+36CwSaSHWZGLTd2GsIGRUbmF/3Cd&#10;VU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SDoANwejCCK592R3GRipB4S9OQDYCeT8+Oh2/EU3+N&#10;Cl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNiekiCSZ6ERaybpI+jSi6ZTH/gTj+W8G8aUf+Uq11X&#10;VX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyCQp3iRF+lho8PSPCiSX9VTQmfFW6bUM6cFlzrVFOZ&#10;cko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2HYiZTgI6kZGVXWH72ZpVbBm46aLdeiFxhasVh5klR&#10;bKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBddI1eYLFgZH3aYydjNW1CZX5l5luEZ7dod0iSabZq&#10;5DQXawNtARtnak1uIAAAgABy05oLWlpnWYueXUNpZnxPX/VrXGvMYn5tPFo8ZOJvCUd3ZvtwvDMr&#10;aC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJyX3quXQNzh2p4X7Z0nVkIYkV1p0Z1ZHF2pDJhZYV3&#10;dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJWmp7vWkeXT58ClgCX+p8VkWOYih8pDGtYxt85Rmw&#10;Y0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD+mgVWyWDglcMXeODEkTVYCSCuTEaYPSCgRlIYaWC&#10;oQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/WVqK8lZCXCuJ1EQrXm6I5jCpXxSIUhj8YE2ISQAA&#10;gACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uSUlWdWreQk0OMXPqPLTAsXXiOfBi5XzmM7QAAgACA&#10;AJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUlWYiXSUMsW8aVjS/JXBOU+xhZXmaQdgAAgACAAJFY&#10;aaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNheEGscZhkgC11cqVnCRPRc8ZnxwAAgABx5I/KZcNc&#10;voJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDYbq5qGizHb5JsAhNhcOdsUgAAgAB2lY5LYipmIIDd&#10;ZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tvxSw5bKVxFRMSbl1xDwAAgAB6s4y3Xuhvbn9TYWhw&#10;13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtxaet2RRKSbEd2DAAAgAB+R4tFXAx4uH3yXrV5aW+t&#10;YSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7nRI0anp7bwAAgACAAIoRWaCCCHzSXGqCB26iXvKB&#10;319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHmaPeBOwAAgACAAIkZV5mLT3vnWn2Knm3FXRiJvF6W&#10;X3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CGQwAAgACAAIhcVfaUgnsxWO2TJ20RW5WRjl3sXgKP&#10;6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAAgACAAIfZVLqdmXqqV72bn2yCWmeZVl1eXNKXCE1F&#10;XwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACAAIUwcZJTQHhqcpZW82qlc7NaeFuldNhdyUtedfdg&#10;5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPHbdJcDnc3bzBfA2mBcIRhzlqlcc1kc0qCcwZm7Tjh&#10;dCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k3XXSbAFnF2hYbYNpMlmNbu5rKUmYcEBs/zgjcV5u&#10;niSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRwaQxvN2cAarZwoViVbEBx8ki9ba5zIjd9bsx0KyQX&#10;buF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3Y2XcaD54Ildgad14wUfPa1p5VDakbHh50yNtbDl6&#10;FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTcZht/rVZwZ9B/o0b0aVR/mDYGal9/mCL3acp/owrf&#10;cBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyHNFWuZg2GhkY9Z5iF6zVwaJOFgiKkZ6SFigrLbs+E&#10;QwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UMZJSNa0WfZh6MUDTUZwqLpSIuZdiL6QqzbeqHPAAA&#10;gACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SUYUUpZOWS1jR4Zb6SGyHJZGKRUQprbmSHCwAAgACA&#10;AHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJHfGhgHzD/fUFirhzifmxkIwSEgOlk7QAAgAB5IHez&#10;dmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l5jB0ekdn6hyIewVo8QSbfilpsgAAgAB8wHZ9cw1j&#10;l2qwdBdl1F38dQln80/8depp60C5dr9ruC/Fd31tNRwQd8tt1gSce8VuuQAAgAB/73VEcAVr32lz&#10;cTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9ylhumdLpy4gSfebF0KAAAgACAAHQTbVd0N2hLbrB1&#10;Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtYce54IgSteBl5swAAgACAAHMOaxh8nmdvbI99E1ra&#10;bc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9wgSYeDx+ggAAgACAAHI6aTOE+Wahar6E5FoWbAqE&#10;kUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSaeDiCgwAAgACAAHGSZ6eNRmYAaUOMsVl4apaLzUvk&#10;a7CKzj0obJOKBizcbN+Juhora/aJzASZeDqDHAAAgACAAHEVZnGVjWWEaBqUjlj3aXCTIktlaoOR&#10;njy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAAgACAAGzFgtlSe2GCgs1V51VIgvRZLEfLgzlcPTjW&#10;g6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8A2uWf4RaTmCQf8FdIVRmgAdf0EcQgFViUzhDgLlk&#10;kCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqEfFNiI19vfMtkXlN2fTJmfEYufZBobjeLffhqJybq&#10;foprZxKUf4lrPwAAgABvegAAgACAAGlteWZp+F5OegRroVJReoVtLUVLevdumDa/e2hvziZMe9tw&#10;oRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011Ud5By9VFdeCVz9URReKJ00TYjeQt1jSXIeWB2AxH1&#10;efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6YlCIdh561UOadp17JTV/dv97ZCV9dx97khHXd7l7&#10;YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2dGuBxUMLdOOBjDTpdTmBYyT3dS+BZBGpddqBiQAA&#10;gACAAAAAgACAAGYScUmJmls0ck2JVU9icwGIvUKCc3SIBTRnc7uHiyRyc4mHmxFLdGqGwQAAgACA&#10;AAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20ITckuOszQLcn6OAiQvciGONhERcz+K8AAAgACAAAAA&#10;gACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va5C8ai9ddZR4IjSle+gmAjmpfKQAAgABpaQAAgAB+&#10;cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6hiO5ixh3Jiflj+Amkiqhj/QAAgABuKQAAgACAAF6f&#10;hkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRoKR1ihvVo/Qmjh1Fo6wAAgABzZAAAgACAAF2wg2hn&#10;yVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzjhCRuGAmGhGduDAAAgAB4WwAAgACAAFzGgOhvPVJO&#10;gRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5zYwlhgeNzigAAgAB8rAAAgACAAFv0fsd2xFGIfwp3&#10;hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qlaf7R5mQAAgACAAAAAgACAAFs8fPB+PVDXfU9+kkWZ&#10;fW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/MwAAgACAAAAAgACAAFqse3mFy1B0e/mFzkVGfBuF&#10;eDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAAgACAAAAAgACAAFo7ekqNbFAFeteNK0TZev+MbTin&#10;es2LkisnenWLSBtiedmLMglMeyqGSQAAgACAAAAAgACAAFSlltxQPUqMlfFTVT+JlU9WSjMmlQJY&#10;+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAAgACAAFOek/1XP0m8k0RZ4D7FkqdcXTKIkkRemyRn&#10;kohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACAAFLLkQxeP0jckHlgZz4Kj+xibTHYj4dkOSPkj69l&#10;hxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIAjkJlQEgGjchm8T0ojUtogTEvjOlp4SNUjQFq0BJK&#10;jpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hsVUdEi2ltljxrivdutTB0io9vniLjiopwPRH+i75v&#10;5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZiWd0XDvSiP11DS/qiIx1jyJpiGh11xHiiR91iAJF&#10;hlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7LTtYh1R7dS+AhtV7lyIEhpN7phGohuV7iwJwhIJ9&#10;VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrYhfaB1y8MhXCBpyGbhRGBphEvhRiBwwJhgxGBdQAA&#10;gACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOIvS8QhDiIFCHtg4OIGhHkgx2HJALXgbSB7AAAgACA&#10;AAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZoChWThnDoXNXvwijoxtYZQAAkZRf5AAAgABwegAA&#10;gACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9bvBlFnqFc2Ainn3NdWQAAjtxkfgAAgAB1UQAAgACA&#10;AEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjDm71h6giXm85iUAAAjENpUQAAgAB5qQAAgACAAEYH&#10;mjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1nBgiAmExnXwAAid5ufAAAgAB9gAAAgACAAEVkl7ho&#10;6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1lQ9srwAAh8Z0LwAAgACAAAAAgACAAETFlZNvvjtK&#10;lQpwpzDklFtxXyVMk75x0xe4lABx0AiSkilyZAAAhhB5ZwAAgACAAAAAgACAAEQ7k8J2nDrPk1p3&#10;OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAAhLJ9ygAAgACAAAAAgACAAEPJkkF9kDptkfZ97TAy&#10;kU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WAAAAAgACAAAAAgACAAEOAkQSExjolkM6E9C/xkDKE&#10;sySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAAgACAAAAAgACAAJ77U9VN1Y/IVwhSHYAEWiJWUG9c&#10;XSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn9AF7fYBrGZzRToVYCI4UUi5bb36EVbJevm4IWRFh&#10;8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGLfWRvz5raSaxiPow7TcBkuXzvUZxnImyKVUFpe1sg&#10;WKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt04pjoRTxsZIprSbNt+XsyTdRviGsfUblxDVnaVVZy&#10;hUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cKQTZ2eIjLRgp3OHm+Snl39Wm9To94qljYUlx5Xkac&#10;VWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamAfodrQtSAbHibR4uAXGjDS9yAS1fvT8aAPkX3Ut6A&#10;QzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZKQA+JiHexRQaIp2gBSYmH1Fc7TZOHFUVcUK2GezIu&#10;UTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCSdnb5Qu2QxGduR5iPNVa5S7uN1kTcTtSMtjHDTxiM&#10;GxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3ZxQUKYhmcERgmWS1ZsSj+UY0SlTVmS4zGJTV6SUBr3&#10;U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1WOWZ9YopaL1WBZPld+0M9Zxdhjy9PaEBksRaqaXVm&#10;VAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/Xo1hdlSjYTFkeEKAY2pnSi65ZF1ptxZOZmBq2gAA&#10;gABysI+aUORhSYICVG1j13OZV7lmUGQCWs9or1NWXaVq8kFjX/FtEC3RYJ1u2hWxY+BvigAAgAB3&#10;Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIpWllxeEBqXK9y5y0TXQp0GBU4Ybh0cwAAgAB7dowc&#10;SK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4DT+UWbt41CxxWbp5exTVX+d5rAAAgAB+84qxRUh+&#10;G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70Vx1+1Cv1VsB/CRSHXmR/WAAAgACAAImIQluHnnx+&#10;RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE3yubVEyExBRVXaKE+gAAgACAAIihP/CQ/3uyRMqP&#10;rW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+SstUkeKxhQqXeuJmwAAgACAAIf/PhGaHnscQwyYFm1W&#10;R4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2RExPfXmmNQAAAgACAAIgdYexODHrDZAdSHWyxZiZW&#10;F12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6TcOtkaAAAgABxtIYnXPlXG3lIX4tad2tjYf5dtlx7&#10;ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo/wAAgAB2aIRuWGJgRne0W1ti32otXhxlY1tcYKNn&#10;xUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAAgAB6i4K7VDBpaXYXV3lrQmiVWnRtC1oUXTBuuko/&#10;X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+I4EyUGtyiHSqU/RzqmdBVyl0uVjUWg91sklcXJ92&#10;nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/rTSF7p3OAUOF8F2Y2VEd8b1ffV1Z8tUh7WfZ8+Tey&#10;W5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2EtHKOTjyEeGVbUcqEGVcYVPiDsEfAV6WDWTcZWSaD&#10;KSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHSTAqMw2SqT7aLslZ3UviKnEcnVaqJuDaEVwqJKyQ3&#10;VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU8mQfThGTNlXzUVuReka6VAuQFzYxVU+PUSPfVVCP&#10;ZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6bLdV0lRhblhZg0TGb91c+zOPcStgEx/UcaxiOQcz&#10;d7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKldC1NYan1gFUPibCFi6jLSbWVlaB9EbU9nCgcfdOpn&#10;vwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3Ztpmr0LxaJlo5DIQacpqzh66aU1r9wcNdBVspQAA&#10;gAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3JtWEIXZUtu6zFtZmVwRR5YZd5xAQcOdBNxzgAAgACA&#10;AHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEtYkF1ADCaYzt11h24Yvt2PQbndFV3hAAAgACAAHTz&#10;VVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7IjAHYFh7gx1PYIl7uwbWdHJ86gAAgACAAHP9UpGB&#10;uWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91XcSBSx0MXn6BiAbYdG+BaQAAgACAAHM9UEOKOWev&#10;U6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yHQRydXOSHxQbTdHiEnQAAgACAAHKzTnCSmmctUe2R&#10;olqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxAW56NGQaddNOEeQAAgACAAHDRcXNN4mUGcpNRpFh4&#10;c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBgFgCnfuZiWgAAgAB42m8PbOtV3GO7bmpZE1dfb9xc&#10;LknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDOfqRnIQAAgAB8hG2WaKdd92JSanhgkVY2bCNjEUjY&#10;bZ1laTombt1niCmab59pNxXHcH1prQDgfoZsKgAAgAB/vGw1ZLRmF2D4ZsRoElTiaJxp90feajZr&#10;vTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAAgACAAGrjYSNuRl+4Y2ZvpFO7ZWRw7UbKZxdyFjij&#10;aG5zIihtaMNz5xUbaslz2gETfi53HgAAgACAAGnFXgN2gF7IYHZ3UFLnYpZ3/0X0ZFx4kDfNZaN5&#10;ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjcW0t+q13tXeN+9FIbYB9/DEU2YfJ/CzcbYyt/EydH&#10;Yt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOGwF1EW7uGj1F5XguGF0SgX+OFiTaJYQiFKSa0YGGF&#10;JhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzFWgCOM1D3XF6NNkQiXjKMIjYgXz+LaiZnXmGLiROw&#10;ZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ+E4He4hUgkEDfGRX3TJ0fUxa2yGUfoBdDQzMgKBd&#10;eAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9d7pbBUAqeKRd2DHIeYJgUyEcemdiEQy0fKxiPQAA&#10;gABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJhkD8vdQ9j1zD6deZl0CCBdnhnHgx8eUFnGgAAgABv&#10;VgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43caxp3zAecn5rWR/VcrNsPwwwdlhsIAAAgAB00QAA&#10;gACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv8y94b09w+R9Lbx1xiAv+c9BxbgAAgAB5sgAAgACA&#10;AF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7PbHR2sB8Da9t2/Qv0cZl3HwAAgAB90wAAgACAAF2Y&#10;ZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8ix56aR18rAvXb8J9PQAAgACAAAAAgACAAFznYkqD&#10;MlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3sZuqCtwuKblyCewAAgACAAAAAgACAAFxiYG2K7FIm&#10;YqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJKgtZbT6GqgAAgACAAAAAgACAAFjzg1xMYE6rg5ZP&#10;3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARxh9VbogAAgABpNQAAgAB+Gld4f05TfE2Ef9VWikJ5&#10;gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhgbgAAgABt8QAAgACAAFZIe1pas0xUfB9dQEF7fMlf&#10;qjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAAgABzJAAAgACAAFUrd6Jh9UsxeJJj/UBWeVVl5DRY&#10;efdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4IAAAgACAAFQadDlpR0opdVJqzj9Vdi9sNjNidtBt&#10;bCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAAgACAAFMmcSxwq0lDcm9xuz6Ec2RypjKhdAZzZyU3&#10;dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACAAFJRbnd4Ckhzb+d4qT3EcPZ5GjH1cZZ5ayShcZt5&#10;nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGmbCd/dEfvbcx/uD1Ybvd/sTGob4l/jSRlb1J/iRRC&#10;cDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G8kdvbAGG6TzcbUGGeDE5bc6F8yQRbWSF2xQQbqSF&#10;uARReLWC6wAAgACAAAAAgACAAEzvjaBK10NgjWpONjjVjYNRaSy9jf9URB5Vj19WVwyAkd1W9gAA&#10;iYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZUize1ihdXUCvFin9Zvh2Zi5hbbAw5jRVb1gAAhk5g&#10;3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8hpRdPCrXhvNfOxzch9RghAvkiJ5gvwAAg1RlugAA&#10;gAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNjKyoBg4FkvxwghDFlqwuIhLdlwgAAgKpq3gAAgAB6&#10;6wAAgACAAEibfvFmPD8nf49nzjTCf/5pNykegE9qVxuVgMFq+As7gWBq/QAAgABweQAAgAB+vgAA&#10;gACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1wIhr7faZwbAsTfoZwhwAAgAB2VQAAgACAAAAAgACA&#10;AEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpyeud2EwrUfDZ2bAAAgAB7RwAAgACAAAAAgACAAEZP&#10;dtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7+wptem98rQAAgAB/eAAAgACAAAAAgACAAEXTdNuC&#10;vDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrOeLWCBgAAgACAAAAAgACAAAAAgACAAECZmUVIqzey&#10;mK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5UYAAAhLJfigAAgABwDQAAgACAAD83lbxPBDZUlY5R&#10;2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAAga5kQAAAgAB1AQAAgACAAD5BkhZVeDU6khlX4Sse&#10;kj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABpIwAAgAB5dAAAgACAAD1vjn1b/TRQjp9d9ioYjtVf&#10;qR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAAgAB9WAAAgACAADyaixRimjN0i2lkJilEi61ldB2Z&#10;jCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACAAAAAgACAADvLh/JpXTKmiIdqgSiQiOVrax0GiUJr&#10;8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAAgACAADsVhSlwKTH0hf5w7yf4hndxeRyNhr9xtA7n&#10;hq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACAADp8grt3CjFdg893fCd2hGV3rhwuhJd3qA6jhEl3&#10;kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoNgKp+JzDngfZ+TycLgqx+MRvjgsx+AQ6Rglx+LgKJ&#10;gYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8AAP//AAD//wAAbWZ0MgAAAAAEAwkAAAEAAAAAAAAA&#10;AAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQEHQXaB2kI2Qo2C4UMxw3/DzEQXhGL&#10;ErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZEJ2YohimnKscr6C0ILigvSDBpMYky&#10;pjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVGj0epSMNJ3Ur3TBJNLE5DT1lQb1GG&#10;UpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTxZgJnEmgjaTNqQmtSbF5tZ25xb3pw&#10;g3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceCxYPChL+Fu4a3h7OIrompiqSLnoyY&#10;jZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27nq2fn6COoXyiaqNXpEWlM6Ygpw6n&#10;/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4tbmjupC7frxrvVm+R781wCLBEMH+&#10;wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ03nUYdVJ1jHXGNgA2ObZzdqy25jc&#10;fd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60jsHezw7cPulu928FXxM/IP8urzw/Sc&#10;9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOnBSwGhAe/COcKBAsWDBwNHg4cDxkQ&#10;FxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEhyyLEI74kuCWzJq4nqiimKaIqoCue&#10;LJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18Pnw/fUB/QYJChUOJRI1FkkaYR5pI&#10;m0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa41vnXOpd7V7xX/Vg+GH8YwBkA2UB&#10;Zf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5d694pXmbepB7hXx6fW9+ZH9YgE2B&#10;QYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSySG5MKk/qU6ZXZlsmXupinmZOagJtt&#10;nFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3rW+uZ69gsFqxVLJPs0y0SbVGtkW3&#10;RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3Jpcqty7bMv83IztLP3NDm0fHS+9QG&#10;1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6573owOnD6tTr5ez17gTvEvAg8Szy&#10;OPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gFaAbGCAYJMgpSC2UMcg14DnoPehB6&#10;EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZIw8kBCT5Je4m4yfYKMwpwSq2K6ss&#10;ny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM92z7TP8tAxEG9QrdDskSsRaZGoUec&#10;SJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mNWo9bkVyTXZZemF+bYJ1hn2KgY6Fk&#10;o2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12mXeVeJF5jHqHe4J8fH12fm9/aYBh&#10;gVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGvkqWTnJSSlYmWgJd4mHCZappjm16c&#10;WZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauuu6/MsN+x87MJtCC1OLZRt2y4h7mk&#10;usK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4QzzLQVNF00pTTstTP1evXBtge2Tba&#10;TNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vsh+1v7ljvXPBb8VbyTPM99Cr1EvX2&#10;9tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJBlQHfwiWCaEKpAufDJMNgg5wD18Q&#10;TBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg6iHTIr0jpiSQJXomZCdOKDkpJSoQ&#10;Kv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrTO8Q8tT2mPpg/ikB9QW9CYkNVRElF&#10;PEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1WX1dRWENZNVomWxhcCVz6Xete3F/M&#10;YL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCCcWxyVnNAdCl1EnX7duR3zXi2eZ56&#10;hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+Ks4uYjH2NYo5Hjy2QEpD4kd6SxJOq&#10;lJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6QwpSKmFacIp/2o86nqquKr26zVrdCu&#10;y6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDBMMJAw1LEZsV6xo/Hpsi+ydbK8cwM&#10;zSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch4c/jAuRN5Znm5+g26Ybq2Owr7YDu&#10;1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5k9/zn9YzZl/qH7NtNp/mX55nBR/o35l&#10;g0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+fIs05LV+Y4lszEB+XYfMs5p+boZmmth+mIVDghh+&#10;2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx4vt9MJOSyst9PpDPsjp9aY5emZN9rIwsgO9+B4oi&#10;aE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8M52/yTN8TZnwsMJ8hZZXmEV835Maf8t9T4/zZ1Z9&#10;0Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfrx6p7h6MKr2B7yZ5plvh8K5n4frJ8r5W3Zm59Q5FB&#10;Ti59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN65KwUrhl7LKZhldx7maDafaR8JJtZZZV8yJWoTYJ9&#10;kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUKrPl6p647lOl7H6ebfNl7tqDoZNh8YJndTO19NZJQ&#10;NOh+PYmn82N5988B29h548ZAw/p58r3kq/d6OrXslAJ6uK4kfCB7W6ZAZEh8EJ3lTG986pTjNIl9&#10;94rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471qkzt6ZLRqe3d7DatAY8J7zKGWTAl8r5czND19vou2&#10;7lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKFKn11eweEhn3GY8SD8X41TI+DeH7pNZKDKIAA7D2H&#10;fYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4PfedSDlIMtYpyDHYKNS5KCw4IWNNiCkIHB6nqGR5Nl&#10;1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqCyoi9YbaCaYcDSs2CJoVMNDOCB4Nv6NuFT53+0uCE&#10;X5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5BYNaBx4tkShiBl4hoM6KBi4UE51yEi6ig0WyDnaQV&#10;uxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiBOY+ySXWBGotlMySBH4Z75gCD8bNL0BuDBK26uc2C&#10;OqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPbSOSAr446MrmAwYfP5NWDc734zvqCh7dWuLWBvLDi&#10;oi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmAU5DZMmCAcoj749aDDsilzgWCJMDit8aBV7lToUqA&#10;v7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7MheAMIn+4wCCvdNUzTeB1spZtvqBB8GaoIiAbrkT&#10;iiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/+4rX3hKR4nywyO6P8Xxjs7GOGHw6njuMaHxHiI2K&#10;3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x3CqQtIaXx5SOwYVSspKM9IQ8nTaLV4Nbh46J5IK2&#10;cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOPjpCVxjmNqI5XsXKL3Yw+nBWKV4pwhniI+IjZcNCH&#10;tYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qXxNiMv5dssAeLB5RrmsiJgpGkhVKIOY8db9mHBYyo&#10;WoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eMCaCBrrqKW5ybmY+I3pjkhDqHjZVPbvCGa5HVWc6F&#10;So40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6mdrZmJyqTEmIKIUqAXg0yHCJt+bhqF4ZbiWSuEzpId&#10;RHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJUazal5uH3acqgoaGm6GKbXeFepvQWKGEYpXQRBKD&#10;c49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTUltGHe64Sgc6GPadbbOOFKaCCWDaEFplOQ8GDJ5Gc&#10;L9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieHLbS+gTeF8azebGeE4KTVV9SD2ZxtQ3iC9JOFL6eC&#10;G4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tzfuiQxnvaaqiOdXx3VoiMIn05QpaJwn5QL0KHQn/i&#10;zJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP04GtadqNmIFjVcaLWYExQfyJEYE3Lu+GpoF6y0KZ&#10;EY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9aQKM0YZKVQ6KpYUfQXSIcIQKLqWGG4L6yiGYHpeO&#10;txiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCMFIspVFiJ+Yj5QPKH24bBLmWFn4ReyP+XZqD2tgeU&#10;rZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5ARU76JbYzNQIqHXYlhLi6FNIWhx+yW2KpgtP6UIqXX&#10;oa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI8JB0QDCG74vTLf+E2IbBxvuWZLO/tCCTrq5WoNeR&#10;H6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPiP+eGj44NLdiEjIe7xi6WA70Zs2WTTrbEoCGQwLB8&#10;jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qGQZALLbiETIiQxYWVr8Zxss2S/L8cn4mQcrfGi/6O&#10;HbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHCLZ+EGolAvyCkh3qtrMmg+nqNmn+dfHqWiBSaH3rY&#10;dXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJO3/TvaKjnINwq+Kf8oJ8mc6cc4G1h26ZH4EldMWV&#10;74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZvIOiqYw2qtyfBopumOybhYjPhoyYQYd1c/OVHIZQ&#10;YVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh3ZTsqdCeRJJbl9mazI/5hZWXfo3CcxOUZIvNYJiR&#10;VInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3DqOmdjppllueaIZc0hKGW2pQmcjyTqZE/X+aQqY5r&#10;TeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c/aJpliSZjJ5gg9+WSZp/cYiTK5avX02QIpLaTXaN&#10;FY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpYlW6ZGqVxgzWV26CqcPeSxJvrXtePv5cVTR6Mp5IL&#10;O/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaYvKxYgqWVfqaccHOSa6DkXm2PcJsMTNeMWZTzO8eJ&#10;S46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMOgimVMKxKcAiSIKWJXhqPKp6kTJmMIJeBO5+JHJAU&#10;K8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYChSHpqbEqdIXr4WwWY8HvASgmUoHyxOWqQEX3/KdCL&#10;HH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBaa7+cMoAiWn2YD4AdSY2TyoA2OSGPS4CTKeCKa4E5&#10;rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxObXYVIWemXRYRzSRqTC4OuOOSOm4MQKe6Jz4KRrbSr&#10;m5LPnS6nNJBqjHOi444ye3uesYw1alyao4pwWVSWkojBSLCSYIcSOK+N/oVuKfqJR4PJrO2q/Zr1&#10;nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V8oz4SFSRxYpWOIKNcYelKgSI0YTgrESqYqM3m8ml&#10;/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEFSAKRMI1rOFqM8ImvKg2IboXUq56p76tem0SlgKao&#10;io6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQu5BNOD6MiIuHKhSIHIalqwapl7NomsOlH63aihmg&#10;yqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLsOCqMNY0lKhmH2IdUqoOpTLtkmlekybToibSgda6F&#10;eNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeMA46CKh6Ho4fjouG3/HnHkwGyzHmjgzytqnm4c3Wo&#10;lnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3nJ3+M2X+2oeS3LYGNknex6ICwgtasvIAMcxGno3+o&#10;YyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yMGYEcoT+2RolCkduxCYewgk+r2IZNcoSmwoU5Yqih&#10;roRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJioLe1cpDmkUSwPo6lgamrEoyVceyl8orEYiCg54kt&#10;UoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0x5iHkLevkpWUgRmqaZLZcVulTJBPYaagM43pUiOb&#10;HIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAlkDevBJx5gKOp1pkCcO6kupW8YUSfpJKJUdWafo9V&#10;QvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9aueqNAgEmpTJ8DcJykNZryYP2fJZbuUaGaApLbQtaU&#10;q46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnNgA6o0qS0cF6jsZ/NYMKepZr6UXGZmpYRQryUVJEF&#10;NOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uoc6owcCijV6RkYJyeUJ60UVuZSJjvQrSUEJMNNOqO&#10;to0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hliafyv/3nCW2ep63poTOyjoXtPPuudDnxiMYWWBX3T&#10;JXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6vD38HWxWo8378TKaip38sPr2cE3+AMZOVFoAfJdyN&#10;nYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRBWryoA4OETGKhvIL6PpqbLYKJMaWUQIJLJjaM5oI4&#10;lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWminJYgCTCWg5Ya1Pn6aX4V0MbiThIRTJoSMSINOlEK+&#10;k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxlS/igJ4pUPmuZrIg8McuS4oYzJseLwoRCk+S9/Z1d&#10;hXu38JncdvWx4ZabaGar0pOSWfaltZClS9affY3BPl+ZDYrTMd2SVYfmJv6LUoUVk4m9g6ROhTq3&#10;aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDxPliYg40tMeyR3IllJyyK9YXGk029AasThQ625aYK&#10;dqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWYGY9EMfqRcYqvJ1GKqYZakwC8orG1hPK2dKu/dp+w&#10;UaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupERMhiRMIvGJ2+KbobRiZXMJHlwe/XFNnkobma+aHkv&#10;YOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY1H3JI6SP4X+ciUnLKoBle7/EYn92bi+9jn7VYLS2&#10;nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0JDOO/IDpiTPKGocie5fDaoWgbgi8k4RXYIe1lYNw&#10;UzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCONoITiS/JHY2+e4nCZ4unbei7kInPYGq0iIhAUx+t&#10;XIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMaiSPIQpRQe4LBgJGabea6n48uYF+zmo0CUx2saosF&#10;RjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnHhJrYe3vAtpd3bfC5zZRkYHWyyZGVUy+rpI7nRlCk&#10;TYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEve3bACp0Ybf25GplUYI6yGJXaU0urAJJ/Rm6jtY8n&#10;OlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/d6J2bg24gp34YKqxgJnKU2uqcJXCRo+jOZG2OnKb&#10;qo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeHbiW3+qI9YNKw+Z1XU5up8JijRsOixZPuOqSbS483&#10;L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8HHoHrSV8g3pelXF893rdfa19fHuCZfB+FXw+TkR+&#10;2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Loq897O4IylDR70IGqfIh8doFCZOF9LoDjTVV+EICf&#10;NgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56GYoQkup6yYh9e2R7i4cFY+R8X4WGTH19W4P+NUx+&#10;m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHykZh54Y9UekF6u4zDYvJ7p4oaS7h8uYdHNK1+DIP9&#10;62l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15FpYdeSh6BpJyYg17Bo6WSwJ8LIpvNCR9jYWd6gR1&#10;k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzmeB95aZf9YTl6fJLrSl97so1tM699H4cX6Np1Bbx7&#10;0p11lbYOu/92N6+6pSR2+6mUjj135KONd1F46p1zYIF6BpcMSdR7S5AzM018woho5+d0nMdx0bB1&#10;J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6KuX/J5qpr8SV569pK7Mvx8dImM5yd0VdJB0PZ02cmb&#10;ukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5W56OSPl6sZT6Mrx8NoqB4pmEEXgbzY2DhXh4uByD&#10;DnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvDSVWB4nzsM3yCBH514OGCjoKpzFyCF4HmtxKBs4E/&#10;oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWBFYAfMuCBWoBJ31GBQY1BysGA2YtutZaAgom4n8WA&#10;TYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINYMlaAv4IH3b+AKJfFySV/x5T0tAF/fJJCnlx/UI+5&#10;iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2ANIOs3ER/QqJBx7N+4p57spp+oJrSnQd+gJdKh0F+&#10;gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw2vp+kKy+xnR+MagEsWN97qNYm+N9057Fhj1935pI&#10;cJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+ArcyxWx9pLF+sFx9XqvHmuR9Q6YhhV59WqCRb+Z9&#10;kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GYxJZ9Orrir3987bQWmgZ8za1NhJF856abbzl9LZ/X&#10;Whp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+587sQnrsV8mLw1mUR8b7Q7g+B8iKxYbqZ81aRgWax9&#10;O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdXq72KLXfdl1+I/nh8gqmH5nlDbdGG3no0WRiF3ntG&#10;RHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI9H/RllqH1X+Gga+G0n9lbOiF439nWECE/X97Q8yE&#10;LH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfKlTSGv4aTgJuF0IWDa/GE+YSRV22ELIOiQyuDd4K/&#10;L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mFy42zf3aE9Yu0avqEM4nCVqqDfIfDQp2C24WvLzmC&#10;S4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZfmSEMZHOahaDhY7aVfqC3ovEQh+CUIh5LvGB04TG&#10;zFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmDlZffaUeC6ZPOVV2CVI+cQbKB2IsXLrOBbIYLy2aH&#10;M7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53KaKSCc5igVNmB3ZM9QVeBco1+LoCBFocnyqCGx7wP&#10;t5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuCFJ0yVGmBh5alQQuBHo+nLlaAzogaygqGdcXNtwOF&#10;PL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFoVAaBP5mwQMWA4ZGILjSAlYjkw7uV+HXescqTsnZy&#10;n2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ63rqP8SIDXxrLWmGJH5gwnyUwX80sNCSg37YnoSQ&#10;bX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37nPzuHR39bLSuFdIAMwVmTooh/r6KRb4dAnXuPWoYS&#10;iq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGGlII2LPSE14GdwEWSk5HYrnyQbI+6nEuOZY2qiaeM&#10;fYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74TyLMWES4MQvyeRvpsmrXSPmJgxmzyNl5VRiIuLwJKJ&#10;daiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD0oRivieRG6RzrHaO+KCrmkKM+Jzoh6GLJZk1dNeJ&#10;eJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WOvU6QmK2uq6WOeKkNmXOMdqRghtqKpJ+2dCiI/psS&#10;YYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+QMbbZqvqOE7FXmMOMEKu1hi2KOaYHc4iIlqBaYP+H&#10;F5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3qnKNxrmGmC6LwLLbhZaJ5awXcwGIQaVTYJOGxp50&#10;ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOcKHXOk2KZN3Z6gfGWZXdFcCyTo3g6XkaQ4XleTJ2O&#10;EXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23kq6YJ32OgUSVW32Kb36SpH2yXaOP8n4BTAqNMn5q&#10;OtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGXIISggGSUYoPRbrKRuYMpXPOPGYKfS36MaYIfOn2J&#10;qYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8f3uTfooUbd2Q5IicXEWOUYctSv2LsYW8OjGJBIRK&#10;KoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+Su5BibReQFI37W6CNlIulSoWLA4k4OeyIbIayKnmF&#10;tIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZahbGKPgJNSWwqM/I//ShuKd4yRObCH74jyKnCFSoUY&#10;r7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86PCZh1WpOMiZQmScWJ/Y+sOYKHhIr5KmmE8oYIryGZ&#10;zrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1UWiOMLpgHSXqJpZKHOVuHK4zEKmOEqobSrqqZgbp2&#10;nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL3ZuOSTaJYZUKOTCG8o5JKl6EcId4pwGounTBl36k&#10;3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkcRqGSRXp4NuCORHwqKC+J/n5IpjKnxH0KlvOj4HzP&#10;hzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeRXn4BNqiNbX7IKEuJOH/RpX+mv4U9ljOi5IQ6ho2f&#10;HoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6NniMq4FMKGSIioE7pMalz41blWah/IuehbGePooA&#10;daqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL/4OvKHqH8oKFpASlEZVqlKahP5L4hO6dhZCldOeZ&#10;445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXqKI2HcIOro2OkY52PlAegmJpghE+c3pdDdE6ZPJQ5&#10;ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyHAYSsos+j5aWWk4qgF6Gkg9ScVp20c8+Yr5nOY8aV&#10;IpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJok6jiK16kxGft6jAg12b8qP1c12YRp8rY1+Uuppn&#10;U5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeijP7VIkq6faq+4gvaboan/cviX8qQ+YwmUZZ6HU1eQ&#10;7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRpizytx3T6fJ2pOnWtbb6ks3aMXrCgGnedT6KbYHji&#10;QP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs3HwBfEqoQnv0bWmjsXwYXlafF3xyT1GaY3z7QL+V&#10;gH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2e9KnQoIqbOiitIGdXeGeIIE+TvOZd4EGQIKUn4Di&#10;MsePioDnJnqKKYEQmCKvlot7icmq9Inbey6mWohibFmhx4cbXWKdP4YDTpKYoYUBQEeT1IQGMr+O&#10;0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46Xa8ehBoyWXO2cdYqxTjqX5IjhQBOTIYcHMriOLoUv&#10;JtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1WgZZH0XIeb1I9CTfCXNYyRP+qSfYnYMrONnocQJwKI&#10;ioRLlqutpaHwiFqpBp5FecKkapqoavmf2JcdXDibSpOZTbiWrpALP82R5oxqMrCNHIi6JyGIKoUX&#10;lketRqk3iBqooKTMeYaj9aBZarWfUZvxW/WawpeZTX6WOpM4P6uRg47BMq+Mu4oyJzuH3IXClfSs&#10;/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtRTVqV3pYUP5iRNJDHMq+MeYtsJ0+HnYZMjRG8UnQc&#10;f6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOugrnirO7yamHoqLzCUI3wCJAGNSX4wjL+7eHuCf322&#10;AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyFO6uZi31ML1KTI35XJG6MZH+ejIS6boKyfy60/4HH&#10;camvhIEMY+mqAoCaViakY4BdSJSenIBNO5iYlYBUL3CSP4CMJM2LnYDpjEG5bIm+ftW0AYg1cT+u&#10;iobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/L4qRdYKcJR+K8YIRi++4lZC+foKzKo6YcOetsoyg&#10;YzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQxoSDJWSKX4MVi5e38Ze4fjSyf5TwcKGtAZJLYvOn&#10;eI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8JZ+J5IP2i0W3cJ6MffOx95sbcGmsb5e+Yr+m4JR/&#10;VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6Jf4S0ixC29qUyfcWxfKEPcD+r8Zz2YpumX5jzVRCg&#10;zZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVSitS2pqu9fbGxHqbTcDGrgaHaYoWl25z6VQKgP5hD&#10;R9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3GZHP2dIrANHRkZ/66BXULW2mzrHXzTtytB3caQoKm&#10;C3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5dJm/T3qnaAS5BnqeW2eykXrbTtir3HteQouk3Hwd&#10;NuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+O4DBZ/C37IANW0qxbX+xTsOqtn+QQomjvn+lNv6c&#10;dH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6Z8a20oV0WymwUIR0TqypooO0QoWit4MVNxabfYKK&#10;LJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C114rPWwyvVoktTqCopoe5QomhzYZlNy+apIUYLNaT&#10;MIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJWw2ugY3CTqCn1ouYQpSg/ImDN0qZ5od1LQeSjIV7&#10;JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOtzpIQTqmnK481QqSgWoxkN2WZQ4mXLTOSAYbdJKeK&#10;rIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYOTrOml5KBQrKf1476N3yYyot5LViRkIgOJNqKVYTv&#10;gIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0TsmmFZVyQs+fXZE9N5qYY40TLXiRPYkIJQKKEYVl5rd2&#10;sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5d+97D3hlYU98D3mqSs99PXsoNK9+u3z/5LV0135z&#10;z7N14X4rug924H36o+13233njXB42330dtp56n4aYFN7Dn5KSfd8X36WNAZ9+3784uVzTYmKzfF0&#10;aYgauIV1f4bEon12lYWojCt3s4Svdb944oPLX2R6JoLiSTR7lYH1M3B9TIDk4Shx/JSNzDNzI5II&#10;ttR0Ro+loP11cY1rith2rItqdKB394lzXn15V4dpSIB64YU8Mux8r4Ky35Rw6J96yqZyE5vztUtz&#10;QZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovVR9t6Q4hfMnp8JIRe3kFwE6pVyVlxP6XXtAJybqFh&#10;nk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5vItWMhl7rYXj3StvbbUZyEpwmK+lsu9xwqognUFz&#10;AqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4VMcl7R4c73FJu87+6x3ZwG7lNshFxPrK2nFxyeawZ&#10;hqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ684hm27NupcojxtpvxsKysWFw3bsCm5xyDrM7hepz&#10;dat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh1yB/FXIaw5p/GXM5r4B/KHROmsl/QHVohap/ZHaX&#10;cGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9ZnyZwnJ9i3yarmh9s3yjmbh94nzBhJ5+Hnz7b2l+&#10;bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cUwNd8KIYErO18YIUCmFJ8qYQog2V9AYNrblx9cILC&#10;WXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6749pq2B7NY1ulvV7jIuMgi58AYnUbVV8iYglWJ99&#10;JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjNqf56OZXdlaJ6nZL8gQV7HZAtbFt7wI10V918c4qX&#10;Q5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5bZ5ClIN52JpagAJ6ZJZ9a3d7EJKcVy172Y6eQxN8&#10;yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aMk455NKGUfyd5y5ymasF6hJelVph7VpJtQqt8V4zZ&#10;L1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4r6ibfmF5S6KOahl6E5xtVhh68ZYEQlJ7+o8pLyZ9&#10;MIexza93asReulx3rL2mpl936LaUkgh4Ra9afbl44KgkaYl5r6DWVaR6mpk8Qf97sJEuLv9874iV&#10;yAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGEznXwaN+EO3dcVSWDsXjqQYeDQ3q8LnuC+Xz5xtyG&#10;R3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wKaAGDIXyLVF+CtH0gQO6CZn3cLieCOn7LxbOE4YTK&#10;tACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuCF4GsU5+ByoFEQGGBnYDmLd6BjoCDxFqDpY6OspmC&#10;9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbOUuKBA4VeP96A7oPYLZ2A9oIeww6CpJhAsU6B9pW+&#10;nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuAUYlSP22AU4agLWaAcYOVwfWB26H1sDuBMp6bndKA&#10;opskituANJekd7B/6ZQpZIh/wJCuUal/t40bPwl/zok6LTd//4TkwRKBPaubr1mAmKdinO2ABKL2&#10;ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/XoudLRB/oIYJwGSAxrUqrqaAJbANnC1/i6qhiTZ/&#10;FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3CLPB/UYcEv+2AdL6hrh5/1biYm4p/MbIaiIl+r6tf&#10;dZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/EofVuXeQrnBGqRKO5nGSl/iNTHLQhh6L1HQRc9GK&#10;aXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zzuH6PRHmVqCyNnHnqlwWMFHpDhTeKp3qucveJSns2&#10;YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN+YLLpwSMY4I/lfuK4YG2hCyJhYFLcguIO4D5X82H&#10;BIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwApduLOYqdlMOJyIk2gyaIcIfpcRqHPYa2XwaGGoWP&#10;TTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeKQ5L2k7uI2ZDBghKHj46PcCyGZIxoXj6FW4pPTKCE&#10;UogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtNksiIIJg5gS2G25Ucb2CFtpIBXZSErY7hTCSDt4up&#10;OxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+HjJ+MgGqGRpt8brKFKZdqXQmEKZNGS7+DMo76OtiC&#10;ZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5f8CFzKGmbhSEsZyRXICDwJdnS12C0pILOqKCCIxe&#10;KueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymFbKePbY6ETqFqXBaDYZswSwmCgZTEOmuBxI4LKtqB&#10;E4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOiauuQQ3URWd+OAnapSRqLtnhmOJqJZHpzKQaHA3zs&#10;qpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqPL3qEWUGM/ntLSJSKwnwsOEiIhH1CKQeGNX6ZqcOX&#10;Q4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/zWJmMC3/lSBKJ43/iN/6Hun/5KQiFf4AnqNWWK4m0&#10;mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eLKoRrR56JFoN9N7+HA4KOKQmE34GTp/aVK5JLmJuS&#10;0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjVRzWIWIbyN4iGXYT5KQqEVYLcpyqUcprfl+WSGpgx&#10;iAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+HvIpBN1GF1Ic4KQqD4IP+pn+T4aNTlzaRj5/jh1qP&#10;SZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1SNyiFXok+KQuDf4T3pfeTdKullqqRJadshseO26Ly&#10;dn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE/YsIKQuDL4XKpZWTI7PeljyQ167WhkmOh6lqdfyM&#10;TqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyLKQuC74Z3nc2jC29bj6WftXCjgPmci3HuccKZc3NK&#10;YjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI4XzknTah9HejjyeeqngOgHCbfXiNcTyYYHknYbOV&#10;QnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6AnJmgyX/Ejmqdjn9pf8eaYH8icI6XTH8AYRmUOn7/&#10;UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+KfsofGjZ2cfoa3fuqZW4W4b9WWSYTUYHOTSIQOUSCQ&#10;Q4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0jOGbno35fiyYgIxIbxSVc4qjX9+Sa4kEUKuPeId4&#10;QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa4pVEfY2XxpLObn6Ut5BUX1eRso3dUEiOuItoQbWL&#10;uojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxufRaXMpkpbf+UHJXUXt2RHpKDT+mOLo8pQXyLLIu4&#10;M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+WxZ9QbYuTppsZXnOQqJbkT46NwpKiQUGKxY5HM6KH&#10;1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVAbSSTSKAZXhqQRpr1T0qNYZXGQRCKcZCCM4uHjosh&#10;J26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBugmnL0WdqcinR/S5iYV3Y5PcqT+XgaMIOPZXpOJIGK&#10;mXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4WYqbcXlQS1eXRHpSPZ2S73tyMIiOanzQJNCJsX5o&#10;kBuqeX55guamcn4pdVWia332Z02ebH3zWR+aYH4VSwWWQX5aPW2R+n6yMIuNiH8zJRWI5n/Tj5qp&#10;YIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLPSqyVVIJNPTuRHYHVMIqMv4FxJVGINoEbjw+odo1Y&#10;gcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmUg4YlPQ6QWYTUMIqMDoOGJYSHn4I9jo6nw5S5gUej&#10;yZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonMPOyPpoejMIyLcoVsJa6HIYM6ji2nJJv7gOKjMJke&#10;cz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNePBIozMI+K54ccJdKGuIQRjdemvaMZgK2ix5+Rcwae&#10;uJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyGMJCKfIiYJe6GY4TFjZOmcqoSgGqicqXVcr6eWaE/&#10;ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyKMYnUJgWGH4VXhLu2Rm6qeGGxg2/aa8asyHEmXumn&#10;73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9IqKMJ3zShIG1bnYWeEqwmXZ4a6urvncIXs2mzXfH&#10;UdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWLMH5ThEy0TX07d/qvfXzxa2iqmnzOXoWlpXzoUZSg&#10;kH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+vhAOzKIQud5uuXINNavmpfoKNXi2ki4H8UUqfg4GY&#10;RKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62yMIsRd0OtaImeapyojYhGXcyjmocGUQiekIXnRHaZ&#10;dITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHsdvesq4/malOnyo3lXYai1IvzUMudy4oTRFOYqYhA&#10;OIiTZIZvLaSN+IShJFKIeoLogw+w5ZiedrqsFpYAahqnK5NQXU6iL5CiUJedKo4DRDaYDYtoOIeS&#10;v4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvhaeump5h8XSChppUNUG6coJGqRBGXkI5GOHqSQorm&#10;Lc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCmNZ1pXQOhG5kZUFicCZTrRAyW/ZDKOIORz4y1LeKM&#10;m4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDHVgqvgHI9SkepXHPmPrii4XXJM8qcF3fUKaiU7Xox&#10;IPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKuR3ceSl+oFHgnPtuhm3lnNAGa2HrLKgaTwnxxIY2M&#10;iH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvpSlWm2HxSPuaganzsNCiZtX2jKlWSuX6LIgyLo3+O&#10;eQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjylsYBtPuWfUoBYNEWYsIBZKpiRz4B+InmK34C5eOe7&#10;9YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRrPuaeWYOmNGCXyYLqKtKRAoJIItaKOIG/eMa7Jo9E&#10;bS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuydeYbDNHqW/YVLKwWQUoPlIyOJrIKgeKi6hZVsbSS0&#10;6ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyommNJOWTodxKzKPvYVRI2KJOoNdeI66DZthbSK0XZhq&#10;YXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSVyYlZK1aPQoaJI5WI3YP6eHu5tKEmbSez6p2RYXyt&#10;/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3K22O6IeJI76Ik4R52qVx8G0qxqZzUW7Esit0pHBX&#10;nSB16nHph7R3MHOJciZ4hXVCXLV583cVR217lHkjMq19inuT2LZv23gZxRdxa3iJsMZy43kFm+R0&#10;T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyUMiV8uX2k1u9uGIMFw1tvv4JRr0RxVIGumnty3oE1&#10;hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17+3+d1TRsj43PwZ1uRYwNrZJv7IpjmQBxkYjWhAlz&#10;Q4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF606JrR5h9wBJtCJXFrApuvZMbl4xwcpCFgshyO44F&#10;be10IYucWT92HokURMV4SoZYMOl6vIMy0lhqSaMYvs9sD592qshtyZvIllRviJgjgatxX5SMbPRz&#10;VpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2XvctrSakNqb9tAqRYlU1uxZ+dgL5wqprubC1yspYy&#10;V9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZqtrJ3qOtsaKy5lHFuJ6bef+lwFKENa3hyK5stV1V0&#10;ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uUqEhr97TEk7ttra3HfzhvmKbNat5xuJ+/VtJz/Zhn&#10;Qw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17KG+okyx7tnFUfyJ8THMMaup88XTfVtZ9q3bQQul+&#10;j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfpkid6MHidfih64nlkagZ7qXpCVg58iXsyQk59l3xJ&#10;Lzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4zH/qfPZ5n3+/aQN6i3+mVTp7jX+QQbJ8vH+DLuN+&#10;K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcwe8V4fYYQaAR5h4T2VHR6qYPTQSZ7+YKdLph9hIE1&#10;xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3e4xPZxR4pIoxU7154Yf3QKl7TYWQLlh88oLSxM5y&#10;3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+Zjp33Y9DUxh5NYvwQDp6uohVLiF8dYRGw91yGqky&#10;sddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3PpQwUo54oo+uP956PorgLfR8C4WNwydxibMFsR1y&#10;b64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZjaUhR4MZMxP4952I0qLc57tIamwq5xKrylsJZyDLbZ&#10;nc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3zpZTPz15hY8kLbF7boeQvWCCe2tSrN2CHm0/m4mB&#10;3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaLPoeBjXjdLLOB2HubvEmAtnUbq8mAh3YAmmOAX3ba&#10;iEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSAmnwELHmBBn2AuyZ/F37Zqox/Bn7GmVh+8X6whzZ+&#10;736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8ULEaASX9JudN9rYh0qTZ9pYeFl+Z9pIaKhfd9tIWR&#10;c5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/ooDyuJJ8f5H8p/Z8f5A5lqt8i45ghMx8qox7cqJ8&#10;5IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2t4Z7k5uBpux7mpjqlaZ7qZYng9J70JNPccF8FpBz&#10;X6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq962KTuphJ65KF/lMl68p3Ngvt7G5n3cQB7bpYdXwZ7&#10;5pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644pWZ6WqntlBF6ZKVEgkN6iKBmcFN64ZuCXnB7a5aK&#10;TPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5/LIqk3p5+qx9gaR6FKaMb8J6a6CUXfl6+5qITJZ7&#10;qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9GyokFmI4G5+f4OH7nBHbimHB3IjXKCGKXQjS1eFUXZJ&#10;OkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12HhHXcfpSGn3bUbU+FyHfhW+OFAHkJSrmEQXpKOdmD&#10;nXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+fZGFVn1ibG+ElH2ZWyyD5n3lSi2DRH47OYKCv36k&#10;KdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiEHoPna5aDcYNEWoSC24KpSbGCWIINOTWB9oFpKcaB&#10;qICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopxaq2CeojcWb+CA4dVSSOBloW8OOaBSoQEKbmBFoIc&#10;qnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiBsY5YWSKBPovTSLOA6Yk9OKSAtoZvKa6AmINfqbaD&#10;6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOjWJiAp5AiSFmAVIyDOG+AOIiiKaWAMIR3qSWDZKmA&#10;mduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyALpQoR/N/6Y+GOEF/0oqXKZ5/24VlqMSDBrIXmWSC&#10;PK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfdR6h/iZI0OBJ/g4xDKZh/loYpoeWUFGpOk++SAmw/&#10;hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJTHYeNgmHl3imJ3aF6XuboTWSmnMBkz6QtXQIhGWO&#10;7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnmNceGn3t+J4iFCH1ZoGyRKXuNkkmPYHvFg4aNo3v+&#10;dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyFwH48J5eEQH73n3qP24PvkUiOGYNygnSMboLucySK&#10;0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DVJ6SDkYBynpWOtIxYkFyM/4sjgYuLX4nbckCJz4iF&#10;YrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC+oHInc2N2pS/j6iMLpLTgNqKjpC9cYWJAI6OYgWH&#10;i4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1nSmNL50CjvyLippbgC2J6JdycN6IWZRiYXCG7JFM&#10;UhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmMr6UcjnWLEKG2f52JaJ30cFKH0Zn5YO2GZpX1UaaF&#10;IpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60TjgyKt6jsfyOJB6RBb9WHZZ9MYIGF9JpRUVOEtJVJ&#10;Qq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9uaXWvkei2XyG2/a9eVQ2+eXSCSsnGWTlWQEHO4P/GN&#10;W3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9eZmWnHROa02UEnVwXKSRg3avTe+O7XgSP6aMRnmS&#10;MeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6VW3rTaqCS3Hs7XBCQW3u+TXyN2XxcP1qLR30MMcyI&#10;r33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFTaeuRtYD/W3CPSoDATQOM3YCRPw2KYYBoMbWH4IBM&#10;JbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQvYa2WuiOUIWmTJiL+YSmPs2JkYOeMaSHKIKPJduE&#10;t4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQWmONgYprTEGLJ4iKPpmI1IaiMZWGhoSiJfmEM4KT&#10;kRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM2Y79S+KKi4w9PmeIOIlvMYaF/oaAJhGDxoOEkKuW&#10;J6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNKS4SKEI+nPimHxIv2MXmFkIgiJiSDbIRPkF2Vzqg/&#10;gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJoZLBPfuHY44tMWOFQImAJjSDJYT0iICmbGmnfFGi&#10;+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOFOqGRZnXiLjuNf3iQIyGJgHuTiBKlV3Fse/yh6HJz&#10;b0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQQ3k+Lk+Mb3scI3mIhH0xh6CkCnjye2ugqnlFbsyd&#10;RHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyALlyLen2HI8aHqH6shxaixIBKes2fbIAAbiCcEn+/&#10;YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWKoH/LJAiG6YAChoWhs4eRejyeY4avbYubEIXLYIyX&#10;s4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHmJECGRoEyhgWg4Y7OecKdl41UbRWaQYvDYBiW5Ioo&#10;UxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+FvII7haKgLZXmeVyc65PPbKyZlJGJX7OWNo8qUryS&#10;2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4MchVCftpzXeSycdJopbHqZDpcgX3SVmJPlUnqSNpCw&#10;RcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKfYaOceO6cFaBLbDSYo5x3XyuVJJhiUj2RvpRXRZiO&#10;c5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/cUur12sLZYunwmzoWXyjgm7fTUifBHD8QS+aTHNJ&#10;NaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq2HGdZWimnXLBWWKiQnQLTTedu3WBQS2ZCnclNbuU&#10;LHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgFZR+lWHh8WRqg/HkkTQKcfXnyQRKX3HroNcCTD3v5&#10;Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKikGX4qWMKfxH4sTLmbVX5TQOmWxn6TNb2SDX7lK2aN&#10;Mn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPTWF2etoMnTHqaSoKYQMCVz4IfNbeRKYGsK4eMZ4FJ&#10;ItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad2IgJTDuZb4a7QKGU8oV9NbOQXoRFK6OLtoMRIxqH&#10;FoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4ytTASYu4qjQIOURYiiNbePrIalK72LHYSmI06GoYLB&#10;ep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WYJI5CQFeTvIt8NaiPJYjAK9eKnIYFI3iGQYNxenSo&#10;+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGCQFaTH44ANbOOqIqRK+mKQIcpI5qF9YQAcYG5o2jc&#10;Zqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2fgXMLMPKZWHWcJ6OS6Xh6H8KMcnuHcUS45G/XZqu0&#10;EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXasMTWYBniZKAqRrnrEIFeLV30NcSi3onZzZoCyynbJ&#10;W7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW0nt2KF+QlXzoINeKYn5tcQe2Q3zPZkyxb3yiW3ms&#10;W3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4vKKaPnX7kIUWJkH+ncN61FIMUZiawQoJwW1GrL4Hg&#10;UHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOOxIC3IaOI3oC6cLi0LIlSZhOvT4g2W0KqNYcRUGOk&#10;4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJeIfCISIGncJezeY9gZguui43IWz6pZowJUFukEIpB&#10;Ramel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCHzoJvcH6y9ZU3Zg2t8JMhW0KovJDAUFmjX45FRZ+d&#10;6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMVcG2ylprZZhetcpg9W02oLJUxUFyix5H8RaOdU47c&#10;O2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFtGGb6u+hu7Gk9qLVwrWtxlOpyXm2cgLV0Em/ObFZ1&#10;2nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHFumpswXLkp2BurXQGk75wi3Uwf6RybnZna2J0Z3ez&#10;V0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq0nyBpehs5HyNkl5u5ny2fnBw8nzzalxzF31BVnR1&#10;W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YKpDlrRIUWkOttaIQ1fSlvnIN2aU5x6oK/VaV0WIID&#10;QkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp5Y2ej3xsHou7e/Vub4noaExw44goVOJzdYZTQcF2&#10;QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYajk1rEJMveuFtdJBMZ2Rv/o1qVDNysop4QUt1nIdJ&#10;Lzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFqLpp4ef1spZaGZqVvRJKIU59yDI5kQOp1Eon+Lwh4&#10;XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GEeTNr+Jx5ZfhurJdiUx9xiZITQJd0oIxvLuB3/YZV&#10;xBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFra6IHZW1uKZvQUqdxFZVcQD90QI6MLsB3sIdawIJ0&#10;/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9zZWt6LnHQUnx7aXRQP8R81ncULdN+kHpLvydyyHB7&#10;roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14vncqUc96JXiuP0V7xHpiLY59r3xYva9w0XqfrOpy&#10;J3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/UQd5Cn0EPrp6032cLVJ85H5IvChvF4SZq1lwgoP+&#10;melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4C4E8PkF5+4C2LR18MIAYurttn457qfhvG40EmI1w&#10;i4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VUPdR5PoOoLO97k4HCuZJsdZhTqNRt/JYAl29vdZOG&#10;hXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4nYZqLMl7DYNAuKZriKILp+htFp7cloJukptshJZw&#10;H5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjxLKl6nYSPt/dq16uYpzRsZ6eIlcFt4aMcg9RvbZ6C&#10;cb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96QIWvt4ZqYbToprNr7a/tlSltXKp8gzJu4KTPcSlw&#10;pZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59YaestV9IWWko3V9RGgskzl9gWqJghx90GzPcHB+Lm8f&#10;XpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7DG9Lomp7aXDPkht7x3I+gRN8MnOnb4R8rXUdXcp9&#10;QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjhoSp5q3lykQ16JHn5gAJ6q3p+bpV7RHsUXQV7+nu8&#10;S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4EYIHj6F4pYGufs95RIFRbYV6A4ECXCd63YC8SxV7&#10;0oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqOjmZ3YIlcfaR4EogXbJV45IbVW1554YWcSoN69YRW&#10;Ogd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2VpD4fLB3Fo7Ga7h3+IyOWrB5BYpSSgR6N4gHObx7&#10;m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhse+F2RJVFav53N5IWWhp4VY7YSZ15lIt8OYB7E4fn&#10;KnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1mZuFall2lpdWWYt3yZMVSTd5GY6uOUt6pIoBKmh8&#10;ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1adJ2D5w+WR53S5b2SNt4rZGCOQt6TIvMKl58HIXs&#10;pYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGDg27YV72DM3FXR3KC8HP+N3KCzHb0KGqC1HpcpK+D&#10;iG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSIVw2B5XY0RuqBwXf8NyOBwHn5KGuB6Hw+o7CBwHdF&#10;lWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqArXsDRmiAqnvmNtuAzXzkKGuBFn4BopuAGIAjlEh/&#10;34AghVN/roADddx/h3/iZdp/en/LVcd/hn++RgV/pn+1NqZ/8X+sKGuAXn+goX9+wojvk0t+logv&#10;hFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+z4NZNl9/NYJHKGt/v4EYoJZ9spGzklx9kZAxg3F9&#10;dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bRNih+k4SxKGt/OIJln9l82ZpSkZ58wpgMgrV8p5V2&#10;cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+CYbiKGt+x4OGn0p8NKLIkQZ8JJ+7ghR8BpxDcqJ7&#10;/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjUKGt+a4R7nuh7wKsMkJF7s6c0gY57jaLRchp7eZ4e&#10;Yo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+IYVFmJ2OMWTpi6mMrmdsfd2LaGnQbzqKQWwoYB2J&#10;HG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xphl+iMam15ivCLIW8afRCJ8nCubn+I03JFX3qHvHPv&#10;UFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeKtHXfifWJkna5fDGIdHeKbaaHa3hfXsOGa3lGT8uF&#10;enpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34aiPmIEH5HeyaHDH5fbNmGEH5xXhKFLn6PT0qEW364&#10;QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCGyIXSekeF0oUrbAKE5YRuXXyEDIOxTtuDVoMDQJ6C&#10;q4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1aeaCE3ovsa0mD9opWXM+DKYi8TlqCfIcpQEeB6oWO&#10;MrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWEGZJ6aqaDM5AKXDeCcY2TTeOB0IsYQAiBQ4iQMqCA&#10;7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjTah+Ck5V+W7mB1JIhTW6BRo68P7iAxotKMoqAeIep&#10;JpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWCE5qvW1OBT5ZkTSOAx5IUP4OAWY21Mm2AHoktJqaA&#10;AISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6GvjWASO625XShmM4XD2PKCKzXPAL5yIvHbfI8yGt3pj&#10;i46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KNj3NnScKLl3VMPGeJmHdTL5WHoXmZJA6FtXwhiuaT&#10;2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhrSVqKYXmQPCmIfXrNL42Go3wyJEiE0327ih6SV3xd&#10;femQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJRn28O+eHfn4mL4CFwn6lJHmEDn8xiVWRFoQCfSmP&#10;R4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHHO62Gm4FYL3eE+oDsJKSDZYB+iK2QD4uqfIKOToqp&#10;b8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GFzoRaL22ETYMDJMiC1oGiiCWPR5MtfAyNkpGMb1SL&#10;x4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cjL2SDuoTkJOWCYIKdh7mOs5p+e56NAZg4buGLMZWF&#10;YbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12DQoaJJP2CAINvh2iORqGee0aMlZ6ybn+KvJsyYVmI&#10;35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fqJRCBs4QbgEKgDGRbdPadOGa/aSSagmkhXMuXwmuN&#10;UC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiIbnpkf7qeumv9dJCb9G2ZaL2ZMm9BXHaWZHD/T+uT&#10;f3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wSfzadMnNjc/Gag3RTaDqXx3VOW/iVAnZhT4mSLHeR&#10;QyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6btXqbc0mZE3rzZ4eWaHtMW3CTsHu1TxeQ8nw0QuCO&#10;K3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHBcrGX4IGIZu+VPYFCWtySjYD2TrOP2YC7QpaNKoCQ&#10;NxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW8YgSZniUT4ciWmiRoIYfTk2O8IUeQmWMQIQoNweJ&#10;l4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5sZguTiYzNWgCQ24sMTfWOMolIQi2LjIeGNwKI34XH&#10;LHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS75JOWcaQKo+1TbqNfY0iQe6K7YqYNtiIVYgVLICF&#10;24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eMWX+PppQhTYGM9pC+QceKao1lNsOH4ooXLIGFfYbD&#10;I66DNYOddOupUGPoak+l42Y9X2CicmihVB+e0GseSLma7m2+PW+W2XCQMr6Sn3OMKMCOSHbZICKJ&#10;+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBESKmZg3JCPXSVeXRuMt2RT3a9KQeNDnlMIJ6I23wD&#10;dBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSYI3atPV+ULngwMuuQGnnOKUKL9nubIQqH4n1+c6yl&#10;PHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsFPTqS/nvWMu6PBHy8KXCK/X3BIWeHC37Tc0Cj9n98&#10;aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR739eMuyODn+FKZaKJH++IbWGVX//cuGi+4YeaG6f&#10;oIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4MuyNM4IgKbSJaIGOIfeFvIEEcpKiN4yPaC+e24t1&#10;XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSMdoSDKdKIxoMqIi2FPYHhclmhmZLFZ/uePJEiXTKa&#10;r48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5IahKfCIP4SQIlmE14KZciuhMJjVZ/2dyJa9XS+aJpQE&#10;UhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH2oW5InyEhYMvagmy12NqX/yu6GWpVeGquWgNS7Cm&#10;JGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbTHqCLXHpgaZix8mpAX9et0mvLVdapaW2JS7qksW94&#10;QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJPRklMRQACCXZwJiiPjXkoHzaKMHv1aVuwhHDCX5Os&#10;YHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6LriTx3lRJoKOY3tWH7eJK31kaSSu+XcIX0+q23eD&#10;VV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2Sn3wOJsyNXH1bICeIS36qaOqton05Xxypi31BVS2l&#10;KX1USzSggX13QWSbqH3EN86WsH4uLvyRl36nJwuMdn82IIWHjX/KaLesmYNjXwCoeoL5VRekFYJ7&#10;Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GLsIDmINOG7oDCaI6ryolbXvGnnoh+VQ6jMIdqSxKe&#10;i4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJiIRSGa4GTaG6rL48bXu+m8I3JVQ+idYwbSw2dyopF&#10;QTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiGAYJBaFqqvpShXvamYpLZVReh2JCISw+dJ439QTyY&#10;Z4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLNws9oDmDgsUpqTmO/n1FseWaMjMJumWlNecNww2wT&#10;ZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5lRWt/r9NnyG1FngZqKm8Hi59sgHDMeLxu43KaZa5x&#10;ZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYEriJlhna3nJVoGHdsikVqm3g2d49tMHkQZLFv5nn8&#10;UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpjg4AOmupmNn/MiN1o43+WdlJrqX95Y65ukH9nUU5x&#10;oX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZmXFkm4glh3ZnZob0dS9qT4XOYrxtZoS7UJtwpYOd&#10;Ptl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENjSJBshlZmK447dClpMIwPYehsZInnT/5vzIe1PnRz&#10;d4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJhWtlI5VTc1NoQZIhYTdrkY7nT3xvFIuSPiNy4YgL&#10;LdB29oQwuLFbRKhup/BeYaSMlothU6BohKpkTJwlcptne5fnYJhq5ZOfTwdugo8tPdxyZop2LbV2&#10;koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKNcg1m2J1DYCBqUpfrTp9uApJiPZFx/oyOLZ92QoZ3&#10;tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1o2vaX/R3SW7FTjF5EXHYPLh7FnU4LC19cHkXtBht&#10;E2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IVXzt1qHQUTZ53p3YyPFR56XiJLAR8fns2splqv3Ru&#10;ovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0OHlaTOJ2a3p/O9t44HvFK+B7pn02sQxor340oWxq&#10;tn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6GTDp1TX6tO3N39H7fK8B65n8Ur5tm6ofhoA1pDIca&#10;j9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0VYK6Oxd3JoHPK6V6QIDJrm9lfpF/nupnso/gjrxp&#10;0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZOsZ2d4SPK455soJRrYFkWJr5ngFmmph/jddowpXH&#10;fR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ144cTK3t5O4OorNBjeKRAnU9lwKDnjR1n7J05fGhq&#10;KJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlUK2t42YTOrF9i3q0/nNBlJqj+jI1nSqRSe9Jpg59y&#10;avhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194ioXDqId3iGAGmi54MGMbivh472YDeuJ5wmjRaj96&#10;pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkpp2p1EWmEmR91/mueidx26G2eeeF332+UaV547HGV&#10;WLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy03Ltl9tz8XQciNR1AnU7eNt2HXZTaH93Tnd5WAF4&#10;pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wqln1yEXyIh2ZzQ3zOd610fn0KZ3R1331RVyt3Y32k&#10;Rz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1weITihjFxxYRTdolzG4OuZpR0loMLVnJ2RYJyRrt4&#10;FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0vhTZwiYvDdZ1x9Yo2ZcBziIilVdJ1TYcTRkt3QIV8&#10;Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVvhZMFdNdw/pCMZQ5yqI4LVUV0hYuBRfB2jIjkNwh4&#10;3oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oLdDBwNJacZHFx7ZMlVLxz5I+jRZJ2AowGNt14ZIg1&#10;KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6NvlZxXY/VxU5fmVFtzV5NoRT51io7LNqN4BIn8KUd6&#10;s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWifYm1/3mt+UtaAJG6BQ5eAf3GxNLmBBnU3JviBxHk3&#10;mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+OHEeUjd+pXNUQyN/KnWrNIB/3nhBJwyAxnsqmfB7&#10;JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0UZh9QXgWQrh98XmPNE5+0nsuJx1/5Xz7mM95Nno/&#10;i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7/HzAQlp81X1SNCV94331Jyx/H36ml693mILdinx4&#10;JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFMQeZ75YDxM+59F4CSJzl+dYAplr92TotviYt26oqN&#10;e6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7EYReM8F8ZoL8J0N95IGAlf91QZPYiMx16pI1evF2&#10;ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeNM6N70IUrJ0x9bIKplWx0cZwPiDV1I5mpelV1xZbe&#10;a/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7VYcbJ1N9CYOllQZz2qQGh8F0kqDeedR1MJ0xa3Z1&#10;4pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9J1l8uoR1j5eH71+pg3eHEWKvdoiGaWWWaM2F22hv&#10;WpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWDy3lCjsuFyWgQgrKFLmpAdbiEpmxeaBaELG57Wf+D&#10;unCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3shjemDwHBRgayDVnHAdNWC63MhZzyCjXSBWU2CO3Xx&#10;S0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B73hwgKKBnnkuc8GBUHnYZmqBCHp5WJiA2nslSsaA&#10;wXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICBf7uAGYCUcuV/4oCFZZV/s4BeWBx/lIA7Sm1/oIAh&#10;PTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+8of1cjp+w4cjZOl+m4YrV2x+kYUuSfB+roQ4POZ+&#10;6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48lcZR91I2LZE59tYvBVt19u4nuSYN96YgXPLB+MYY5&#10;MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59GJO4Y9B8+JESVmh9CI5iSRl9TIuqPG19pIjqMFV+&#10;NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJmlY2B8Y5YcVgx8c5KISNZ8wY7uPDd9LYtIMDd91IeK&#10;JZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uMWmgpUtCK/WshRciJmm5EOTuIN3GULTyG5XU+IomF&#10;r3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3fUmWJa3AnRX+IJHKUOReG33UmLUqFsHf9ItaEm3sX&#10;gjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH73UeRSKGyHbPOOiFpnidLVCEm3qaIxqDqHy/gWCK&#10;9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oCRMSFinrxOLmEjHvyLVODpn0QI1WC1X5BgJOJcX4w&#10;dVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqEa37yOJeDjn8iLVqCzH9cI4eCIH+Zf96IOYWtdKaH&#10;Q4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1OH+CrIIYLV2CD4FyI7CBiIDHf0yHRo0FdDWGXowK&#10;aHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB74TfLVqBcYNXI9OBCoHKftiGjJQnc8GFq5KQaAKE&#10;pZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXodeLVmA7oUBI++Ao4Kjfn+GAZsUc2WFIpjkZ5+EF5YS&#10;W3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOAiIZmJAWAUYNVeDOZZl8pbb+XMmIIYsGVIWTpVzqT&#10;BWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9IKqHaHlQd46XuGafbUaVpWjFYk6TkGr3VuKRbW08&#10;SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKGRnsNdveV4W3hbJmT729lYcKR63DwVmCP1nKRStON&#10;s3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHykdk6UIHT5a+KSQXXpYQKQVHbYVdKOVnfTSmGMUXjg&#10;PxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaSp3wAa0CQ2XxhYGWO+XyzVTuNB3z9Sf+LFH1XPs2J&#10;L33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8armPvoLPX+mN44J7VMWL9oIQSZmKDoGqPqKIL4FV&#10;NCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO1IkLX3eM/YgMVFmLFIbnST2JNoXDPmeHZ4SqNCuF&#10;n4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8oXz+MSo10VB6KT4t9SQmIb4mSPi2Gt4e2NAOFBoXp&#10;KpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWLuZKaU9mJuY/XSNOH2I0iPguGJYp/M/aEhofsKpuD&#10;GYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRjTuaZ2mdiREyWomqHOdGTQW3iL/WPyXFpJs+MS3VC&#10;HweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraYRGyDRDaVDG8KOdiRvHHBMByOW3SeJx+K+3e+H4iH&#10;wnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJQ/6ThXNwOcWQT3WBMDGNDHexJ2GJz3oUH/eGuXyK&#10;a7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SSGXe+OaKPAXkjMDmL3nqgJ5WIxXxBIFeF1X3qazic&#10;AHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vuOX6N2nylMDmK1X1qJ72H3n5FIKmFE38iasqa1oBL&#10;YT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM03/8MDyJ64AIJ96HFoAbIO2EcIAwam2Z6YakYPOX&#10;ZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZMEeJIYJuJ/6Ga4G/ISWD6YEVaieZKoy/YLKWrIvD&#10;VtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeIhISOKB6F3YMrIVKDfIHUae+YopKyYKeWIpFJVsuT&#10;WY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZnKDaFb4RaIXaDJYJwYqyryl4aWX2oc2DXUDek42O9&#10;RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qOx3VFHZWKVHlVYhWqkGTBWS+nImbhUASjZ2kwRr2f&#10;XGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHejHi2JFnr4Yb2o3mskWNSldGy8T8WhwG54RouduHBq&#10;PV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCIAnxzYXCnGnFWWH2jvHJzT2mgFXOpRlOcI3UJPTuX&#10;+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3FYSOlknd4WDiiQXghTymeonjTRhOauXmUPSWWpXp+&#10;NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2kXX2SWAqhDn3KTwadcX3tRfSZjX4QPQ2VhH5KNHWR&#10;aX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6V+qgFYNBTvCcdYLRReCYlIJPPPuUloHhNHWQi4GJ&#10;LLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9ifT4iATuWbqId4RdaXxIZKPO6TzIUvNGiP14QqLLyL&#10;24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42HTuKa/4vhRdOXF4oAPPOTIYg0NHmPN4aDLMqLUITt&#10;JfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn9mG5hM5qjWUNcv5tOmhnYQBwDWvbT0ZzDW95Pdx2&#10;W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oXg6xoHmx1cftrEW7bYB9uLXFbToxxeHP7PV11E3bg&#10;LUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl63PFcNNpG3U8XytsenbITdJwCnhsPOdz7XpALSF4&#10;K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sHb6JnWnuNXjZq9nwjTR5uxnzFPHly6X2CLQB3Y35b&#10;sEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRlzIHJXVZppIFkTH1trYD+PBlyCICdLOR2tIA3ruVV&#10;042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfoXJxof4Z7S/RsvYULO8VxSYOHLMx2H4Hjrc5UT5dm&#10;nl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tnkItfS4Zr8YjaO4RwqIY0LLl1ooNbrPtTIaDnnZxX&#10;C52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2Sx5rUIxjO0xwI4ibLKl1O4SerHNSSaoMnRhWPKXY&#10;jRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspqw4+GOw9vtYqtLJx06IWsqtxqDFqsm/pr/V41jHZt&#10;8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90OdJ5U3N1Kq58WngAqVpm8GSTmt1pNGcci3drZGmT&#10;e1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4CnbHKp97Wnowp8xkJW5WmUFmpm/rig1pDXF1egpr&#10;enL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoFKpF6dnw/pjdhqHftl7FkWXihiI1m7nlJeNJpinnt&#10;aI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5rH4ppL9fgYFpllNiWoFHhz9lGYEPd5Vn3YDLZ55q&#10;z4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/po4pdvIrRlTFgs4nYhjJjkIi7dpxmd4eLZr9pjYZb&#10;Vs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRcSZQPlEhfWJI7hVZiSZA0ddBlSo4TZghogovyVj1r&#10;+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0Rk5VeRZpfhKRhQpdodShkUpRQZWtno5E5VbRrO44c&#10;RotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVdfKIohBpgep47dKBjjpopZPVm7JYcVVhqmZIHRjpu&#10;g43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4fgtt0GGGKc8R1d2TfZCh27mg9VGR4h2u/RPl6Rm9y&#10;NfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9xr2kKcslzQWuMY1J07m4aU7h2w3DHRHt4wHOZNbN7&#10;BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCKccxxM3I0YoBzEnPsUxZ1IXW9RA93W3epNX954HnI&#10;KCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZvU3jOYX9xbXmsUkxztHqcQ4J2KHudNTh45Hy7KDN7&#10;3X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9QYK1v9X9NUaBycX9YQw91GH9pNQF4Bn+BKDp7LH+d&#10;mExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+NuvITKURFxWYPmQq50LYMENNF3SIIVKEB6lYEVl29k&#10;bJC9ijlmtI9VfFpo642sbeprNovfXzttuIoOUI5wdYg7QmJzZYZhNK92p4RtKEV6GIJblsljVZk8&#10;iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5vvYxEQg1yyol1NI92JIaBKEl5sYNxllliiqFuiRlk&#10;6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/wQcNyRowsNF11vYhFKE15X4RYkq55YVqIhk153F4Q&#10;eSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9/W92Mix/QHOSJamAwngvkZd2lGNEhU13YWXzeCN4&#10;OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3NrMgZ9/HafJc9/s3owkHh0BmvjhBV1EG3Hdx52FG+b&#10;aVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV82XmPJfB+w3wPj0VxtHRygt5y7XWVde90G3ahaHt1&#10;VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxVJgx98X3GjhpvvXzngdtxGH1TdPByaH2dZ3RzxH3Q&#10;WbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9PX9UjSJuIYVIgOlvk4T6dA1w/IR5ZqRydYPYWP90&#10;F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4CzjFpszo18gCluVIxyc1ZvzYshZftxWomnWGlzGYgo&#10;SuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8FrwpV2f5BtV5Ovcr1u2pGKZW1wco8vV+VyRozPSm50&#10;WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0mfx1smZqmckFuH5eoZPRvu5RnV4Fxl5EiSiRzvI3a&#10;PVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KBOF38b1yBMmFcYn6BRGS1VS+BXmggR86BiGu2OuGB&#10;x29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVpbod/DmgLYcl/QWquVJ9/gm1jR2Z/2nA9OqaASnNA&#10;LnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9Am60YPN9XHCdU/N9yHKZRul+UXSxOl5+9HboLnB/&#10;xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVNYC57mHZ+U0t8NHe6RnR87HkKOh99v3puLmd+wXv1&#10;JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6D3xFUsh6x3y6RhN7rn07Oe18rX3ILmN93X5mJDx/&#10;Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1UiZ5nIGYRal6nYFGOap7w4D5LlB9G4CqJF9+jYBY&#10;gWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4o4Y8RUJ5voUSOXx6+YPqLkh8dYKzJHt+C4F0gNV0&#10;eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqWRN95CoiUOUB6XIaSLkF77YR8JJJ9oYJkgGxzt5jv&#10;dTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4bovFORB52ojnLiZ7hoX8JKR9TIMpe3mJwVppcOSI&#10;5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWupNgWFlG+CKweFEnO5IWSEt3hPepuHXGIecC6GwWTO&#10;ZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6EFnMSKyODwnZ8Ib2DkXopecSFC2m3b0aEpWu8ZEyE&#10;Nm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaFKzWClnkcIgqCj3vdeOGC73E0bluCrHKYY2CCX3Py&#10;WASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2Bj3uVIk2Brn1qeAeBInidbY6A+nlkYpuAx3oWV0WA&#10;k3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33hIoaA7n7Md0Z/m3/0bN1/j4AeYft/cIAhVr5/TYAK&#10;S21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWATYADdqd+aIcibGF+c4a0YY1+W4YAVlB+PIUiSwB+&#10;QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4ENdil9co4Xa+h9i40PYRh9eouiVel9Yon6SqV9dIhX&#10;P4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8tpTLa4h815MvYLh8ypEEVZB8tI6NSmB8y4wbP1t9&#10;HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloeZqyQ2l1wXG2Pc2DKUbOOBGQ2RrmMemfEO8+K42uG&#10;MXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO4GQNW+SNiWbGUUyMJGmSRnSKrmx9O7GJOW+XMYaH&#10;yHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qSW0yLnGysUMSKUW7YRhSI/XEfO3yHr3OMMYGGZ3Yb&#10;KEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJyXJ/UDeInXQKRaWHb3WpOzqGSndkMW+FLXk5KGKE&#10;K3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhBT5+HH3kgRUmGDXoSOv2FD3sZMVyEGHwwKH2DPX1f&#10;IQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F4X4eROyE4X5VOuaD8X6iMVyDH378KJeCbn9aIUCB&#10;2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLWRJKD7IJYOrODEIHmMW6CRoGDKLKBvYEcIXGBUYCw&#10;a+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWDBoYTOoqCSYTnMUuBnoPSKMOBKoKrIZmA4IGCa5iF&#10;4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mYOm2BpoetMUaBD4XXKNGAuIP2IbiAh4ItZd6bMVmh&#10;XOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaPiWtMLVeM529fJQOKV3PHHgeH/HhiZSKZR2B9XGuX&#10;P2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8rLYSLV3KXJVuI7nZKHoyGu3odZJSXJ2csW9SVP2lM&#10;UreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J6XWsJaSHrHimHwCFo3uwZASVGm23WziTS29QUhaR&#10;WXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHiaJdyGkXrYH2OEsn0bY3OTV3QzWrCRonVJUZqPwHZg&#10;SFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeFnHziH7eD5H5bYvCR6nqlWj2QS3s6UTeOdXu4SAWM&#10;d3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/H/2DOH9yYoKQwYDpWeKPNYEAUOmNZ4DfR76LbYCm&#10;PqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeCqYBfYiqPz4bwWY6OU4aEUJuMjoXBR32KmITXPm6I&#10;qIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEkYeWPGIzTWW+Np4v4UH+L44qER2aJ3YjLPnKH5Ic4&#10;NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5OkXFj5U1ChlFwxSuWepl+RQkibaWMmOZyX4Gb4MSeU&#10;LGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9wUtSf9GIeSn2c9mT6QgSZq2gGOYWWIGtHMT2SfG7A&#10;KaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d/WfmSiGbFGo4QbiX1my+OV6UZG9tMUGQ4HJNKdeN&#10;WnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2LSa+ZMW9bQXCWE3FSOTGSwnNxMTyPY3W0KfyMB3gO&#10;I3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6XjnRyQSOUf3XNORaRTHdUMTqOEnj6KhuK3XqtI7uH&#10;0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8QPqTM3o8OPqQD3sYMUWM6HwXKjqJ2H0jI/GG9342&#10;HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmSIX5xON+PDH6pMUKL+n77KlyI+H9gJCKGPn/CHyaD&#10;2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJlONCOMYH1MTCLOIGeKl+IS4FfJEqFpYEaH1uDY4DR&#10;WIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaNeoT8MUWKjYP9KnSHtoMVJGOFLII0H4WDBIFprH9c&#10;41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTnW8Rs6mjvSztwlW0oOxB0mXG7LAd4+nblqotY7V9h&#10;m7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhqxm5hSoxu0HGiOqVzNHU0K/d38nk+qL1VZ2mAmf1Z&#10;PmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPBSd5tN3YMOkBx9XiWK+p3B3t2pvJSPXNzmEtWY3SC&#10;iSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTprznpdOeVw3nvZK952N32IpUJPd31ClstT4H1uh8VY&#10;In2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6OOZZv7H70K9N1g39uo9RNIIbxlYtRwoY9hq9WOIV/&#10;dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRvIIHdK8p06YEioqlLKZBzlIlP+47Xhc9Um40qdnpZ&#10;QIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISHK8N0aYKhocRJl5mwk8JOjpckhSFTTZSCdeJYEJHa&#10;ZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710AIPpoStIcKKBkzdNe573hKBSS5tcdXBXIZfFZedc&#10;O5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7oNVj81U1ktRmaVk6hElo510ndRlreGEGZXFuLGTu&#10;VaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytgMF7lkaNjD2H7g0Vl4GUCdDxovGgCZLRrvWsKVQpu&#10;9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5kAFgAGqlgdtjG2zHcu5mQW7nY5tpj3ETVCptGXNa&#10;RSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9dPXM0gF1gl3R6ccBj/XW7YpZnmHcHU19rbXhoRJdv&#10;fnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0HuvfxdeZ3wZcI1iBXx5Ybhl23zfUqpp+H1YRB1uTn3c&#10;Nh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNci4Oab6NgXoMVYOhkZoKRUhlotoIYQ7ptSYGmNety&#10;K4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ribuVe94l0YD5jMIgIUZVnroadQ25sbIUwNcdxgIOz&#10;KXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d0I+DX7NiLI0sURpm1orTQxtrvYhwNadw84XuKX92&#10;TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55UqX09hWpHqUNBmIY6mQtlrKYtPNXpwg4fUKYF1+YRS&#10;lVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdzA2T7T6l1TGkHQVN3xG1JM3Z6jXHxJtl9oncrk+Zn&#10;o15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJTwhzSW4EQON2E3FrM0Z5L3UnJvh8jXlRkoFkYWd4&#10;hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVxcHLuQIh0iHV0MyN38ng8JxN7mHtTkQdhdHBhhJ9k&#10;QHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/QAlzNHliMut243sxJyp6wX0uj61e6Xkug1th6nnr&#10;dmZk1XqQaONnzHslWxhq93vATRluZ3xsP6RyCX0mMsN19X34Jz56CH7ejo9cxoHkglJf8oHbdXdj&#10;CYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5MqB1KYCLJ095a4Bdjala/oppgXteTYmYdLFhhoiR&#10;Z1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0fYLiJ1146IGrjPlZkJKsgNRc+pESdBBgTI8vZsRj&#10;tY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1J2l4fYLGjH9YfJqVgFlb+Zg3c5BfWZV2Zkpi0pKG&#10;WNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4J4OxigdytlWAfkxz3llxced1KV1PZNB2jmEjV0Z4&#10;C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdHiLlvT14FfTVw2WEvcOVybGRKY/V0DmdiVpZ1zWqK&#10;SSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31sNGZ7e/BuDmjjb95v3ms/Ywdxvm2XVdpzvm/9SJt1&#10;7nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7jerBrfXCNbq5tiHInYjRvnnO+VSxx33VaSCV0UXcO&#10;O5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRpQnglba1rf3j/YS9txnnJVHBwPHqZR4ty8Ht8Ozl1&#10;zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+kbMxpwn+3YGRsN3+yU8Nu2X+uRxxxt3+3OvZ0yn/L&#10;L3B4G3/lJU97fYAAgyljNodpd+tlyobvbBloTYY4X8Jq5IVfUzNtr4SHRrJwt4O0Oshz7YLoL2d3&#10;bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2XzppzYrEUrdsuIkTRkZv54dmOoZzQIW9L1t23IQB&#10;JXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho74/XUltr7Y1KRgZvNorCOk5ysIg4Lzl2b4WgJYt6&#10;M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2ElUCB9Q2UQQ6h+LGkqN7F/NG17LFeAdXI0IliB53df&#10;faZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7FmpHQ0t8QG2pN4R9i3E6LGJ/EXUfIqSAvXlYfIx0&#10;UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9tQtZ6hHITN0d8EXTeLGN91XfpIud/t3sse3BxpG1n&#10;cNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp48XZfNxJ6vnheLGR8vnqKIyF+03zXelxvTHU1b9Jw&#10;4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqDNut5knuxLGx7yXz7I1N+D35XeXFtWXzvbxBvF31o&#10;ZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4kH7dLGF6+n9CI3x9an+oeLFrt4R0blptk4RFY3xv&#10;WoPZWCpxLINLTK9zKYLAQU91XIJANo13soHILGJ6SIFMI5584YDLeBpqZIu1bc1sWorhYvVuNom1&#10;V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5tYMWI7p8coHBd6lpXJKubWBrZpE7YodtUY9NV0xv&#10;RY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SVI898GYKKc8yCjFWaad+CcVlnX2yCe100VGyCj2EN&#10;SRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD1Hdzcr5/kl0caQx/ymBGXq+ABmNvU9mAQ2alSLKA&#10;hGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZccp8vmSQaBJ9PGcWXed9rGmdUyd+GWwsSC5+kG7S&#10;PUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6LWvuZxl63m3VXPR7fW+3UnV8G3GeR558y3OWPON9&#10;l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4ZkF4zXSDXCp5lHXAUbN6W3b2RzB7M3g5PJZ8N3mU&#10;Mqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13DnshW3t393uwUSZ43nwsRr1523ywPGl7AH1LMpp8&#10;SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGVWwJ2ooFyULd3nYEvRlR4uoD1PBx6A4DMMoZ7aICv&#10;KZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1iobxUE52l4XsRfp3zITxO895NoQDMlx6toMiKZl8&#10;bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIwwT/h1xopjRbp3CYihO6h4h4btMkN6JYVFKZN7+4Ob&#10;IkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI0GDNQmWID2TaOEmHTWkgLsmGlm2bJgmF/3JvHqiF&#10;kXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2YeQhaGAWmOOCmFb20vLtuE63D9Jk2EinUVHx+ETXlY&#10;Z1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGEEm4mN/ODtnEgLtqDaXQ9JoGDP3eVH4aDMnsEZpGC&#10;8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3KjN7KCKXTwLsyCEndZJqeCHHnsH9+CPXyIZceAx3Es&#10;XPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OAy3ieLruA5npOJsWBIHwZICqBbH3hZRN+9XfyXE1/&#10;NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwfLrd/3H0VJuGARX4WIGmAvH8NZHZ9ZH59W7t9y37S&#10;UrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+9H+fJwR/iX/cIJ2AK4AOY/t8KITfW2p8tISvUnF8&#10;+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHqJxd+74FrIMd/tYDlY5p7KosFWw97yopPUh18I4ka&#10;SPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+eIK3IOh/V4GUXuOTiFTZVp6SFViTTgqQqlxmRR2P&#10;JWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KFHSaHHHeQXgiQ+1uDVfePxl63TXeOdmIDRLGNBmVw&#10;O8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+Fy3lVXViOZ2IVVUWNZGTDTOuMPWeDRDqK72piO32J&#10;jW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXryXLGL+2iSVJuLIGq4TEOKHmzrQ8iI+282OyuHyHGh&#10;MsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J2m8DVAKJJnCiS7eIRXJFQ0uHQXPxOuuGNXW+MquF&#10;OHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3VhU3uHfnZ8S0eGuneIQu+F0HiVOqaE4Hm2Mp+D/3r2&#10;KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2GH3wnSu2Fc3yYQqmEm3z+Om6Dw313MoWC/n4IK0eC&#10;TX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGBSo+EaIFUQlyDooESOjSC3YDlMlCCN4DKKz+Bk4DE&#10;JNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmDpoYJQl+Cz4T0OmKB+4QOMqCBWoNNK3yA34KlJP2A&#10;soHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuvPh+Vrl/ANiaS/mQWLmCQNWixJ0WNbW18IO+KzHKK&#10;G9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaSTuWSeNemRD2hoLmGOXWxsJ4WLtXCVIWGJP3T3HG2H&#10;IHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lSNayPIWyNLlqMmW/7J7eKH3OFIcKH3Hc7HPKF73rh&#10;UwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKNUHCLLk6K+nNfJ9uIs3ZKIhCGpnlVHWSE6XxGUomT&#10;KWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3RkLkmJi3aiJ/eHd3jrIlCFmntGHcWECn2BUg2RVHKj&#10;SuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleISXm9KBiGYXtkIoWEtH0NHhaDUH6SUaGPynh1SoiO&#10;rHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyhKDuFc32mIrWD8n6gHliCt395UUqOh34ZSkGNjX56&#10;Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiEun+qIt2DUH//Ho6COoA5URGNf4ObSg2MoIN9QvSL&#10;PYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4FpIv2C0YEgHrmB14DVojVWm0+qk+RaKVQjhUJdv1iY&#10;dh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy2nAtKsd3+3YEoChRylmfkk1V2l0wg+FZ7GC6dOxe&#10;GGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOnKs926nhsnk1NcWOLkJNR+WYogm1Wd2jDc5dbC2ti&#10;ZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1+HqxnHdJg21VjuJOfG8FgNZTWHC6clRYSHJyY0hd&#10;eXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzOmrRF/nb7jWBLYHfJf4JQnHibcRpV4HltYm1bZnpL&#10;U31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC7oB2jBlIr4BlfnhOQIBUcDxT14BCYahZp4A0Uvxf&#10;yYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9iw1GYYjCfaRMPofJb5FSG4bRYQ9YMYXcUoNelYTq&#10;RHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlEepDGfP1Klo7gbw9Qq40DYKJW+osrUh9dmYlMRCxk&#10;fYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7fIFJR5VqbrJPhpKyYGFV/pADUfRcx41DRARj14pr&#10;NrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1jc1jRbjtmqV03X5xqEGGrUN1ttmZFQolxmWsYNLR1&#10;3HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCPbVtja2QeXuJnO2e1UExrTmtuQiZvoW9YNIt0WHOo&#10;KEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1gfWrqXcxks22qT3JpMXCKQY9t8HOSNEZzDXbsKGV4&#10;V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGkXNJia3OKTrVnS3WLQRRsbXerNBBx5noIKHt3fXym&#10;kHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhgaHlNThNlpHpsQKxrHnufM+Zw6Hz5KI52wX55jyNK&#10;jn48gvVPl35xdjhUg36aaOhZfn69W0petX7lTZpkOH8dQF1p/39iM8RwEH+3KJ52IYAZjg9IFIcL&#10;ggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZjCoONQCRpDILjM65vWYI1KKt1nYGEjTlGDI+LgUtL&#10;k44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIerP99oSoYWM5xuw4RuKLV1MIK7jKJEepeWgMFKK5VI&#10;dE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69nqojpM3xuToZRKL502YO8jL5kXVBjgHBmyVS3c7pp&#10;VFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/MSV413CAJcB8vXZYiuxf+Fkyfxdi5VzIcpFl22Ba&#10;ZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3X3O2JfF7m3iLiVRb8WINfadfU2TYcX1iqWegZJFm&#10;EWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bKJhx6nHqZh8JYUWrOfC9cFGzPcBNfwG7PY3pjfXDN&#10;VmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5vHx+hlhVGnN0euRZLXSwbuddK3XjYmphOncRVapl&#10;g3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42hSpSU3v8eddWrXx0bfxa8nzYYZpfSn0yVPhj2n2S&#10;SEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP94RNeP1UjIQCbTxZDYOTYPJdpIMUVGRidIKdR91n&#10;iIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxUeFRSzYtGbKBXf4oCYGtcRYinU+thSYdXR3RmloYQ&#10;O61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dRcpIwbCdWRpAWX/xbL43dU5VgV4uyRzply4mQO3pr&#10;codwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+au5vcFlDXqtxj12UUg5zzmH+RWV2PmaXOTx432tq&#10;La170nCvI3t++HZ7gGJnYVkAdXFpuFySad9sG2AlXc5uk2O/UV1xL2duROR0AmtHOO93B29TLaN6&#10;WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+XN5r12ncUKNuzGzORGBx/W/jOKZ1YHMjLZp5CXax&#10;I/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5pVm/qT/tspHIWQ/JwK3RgOHNz5HbMLZt333l2JDF7&#10;3XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXWT0lqwHc/Q2RunXjAOB9ypHpYLYh25HwZJF17Fn31&#10;eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRpIXw8QwJtPHztN+pxiX2vLX92CH6FJIJ6b39jekhY&#10;DoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7QqJsFoDYN8dwlYDELYB1TIC0JKF55ICgeZtWLokZ&#10;b0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5rJ4R5N49v1IOQLX10soKgJLp5c4GteR5UtJBKbtZY&#10;7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfBN2BvN4YCLWN0QIQ+JM55GIKKd2xzBlEFbPF0V1Ur&#10;Yhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98mGuYKld+xHDgIWSBE3aZddhvGFi9a89w1VxMYS5y&#10;nl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9PKmx9RHPLIb1/2niddIdrcWCCapRtkmNqYDRvrWZW&#10;VUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV78naWIgp+yHp7c0xoHmg5aWdqkmp1Xxds+Wy1VHxv&#10;ZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4Ik192Xwvch9lKW/jaFJn5XFzXiBqkHMAU6JtQnSL&#10;SPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9DH23cSFinHd2Z4Jll3hhXXBof3k3UvprcHoESF5u&#10;iXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8PcFNga37SZsVjnH8ZXMdmuX81UmVp4H9AR99tMX9X&#10;PXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7BemYXlZjRh94WNXEFlQYTvUfBok4QzR3hsEYOEPSFv&#10;yYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyqZcdgqou/W9ZkFoplUY5niIjbRy5rJYdgPPNvAIX5&#10;M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7h1UuWW18YllgTyl9RV2vRKR+LWIlOjB/LWbVMFWA&#10;Smu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvlWJV5Xl+DToR6gmM1RC97s2cJOe59BGsPMEp+cm9H&#10;J2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2i2WYTcZ39GioQ6V5cGvWOZp7Em8vMDB80HKyJ4p+&#10;uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuXTQ11nm4EQxF3aHCJOT15V3MxMA17YXX6J6F9jXj4&#10;IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZzjHNDQqR1lXUYOPN3zncOL/Z6G3kZJ7p8hntIIN5+&#10;1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhhQjV0B3l9OM12cnq5L/J4+nwGJ9R7oH1mIRd+JX7B&#10;ZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5ytX2wOIR1VH4uL+R4BX6+J+d63n9PIUZ9kn/XZeRn&#10;PYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGcODp0aoFcL8B3QoEuJ/V6P4D7IWx9GoDBZXJly4kc&#10;XNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdzpYQ7L6l2pYNMJ/F5yIJfIYt8uoGAYoSC3FDhWfSC&#10;8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bWLE2D22vYJGKEQ3E1HdWExHbHYUN/ale3WQN/3VtP&#10;UEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuCAm84JKqCsXPeHlKDcXilYEN8HV6QWAx84WGeT4R9&#10;kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2JOKBT3ZhHr6CSXpbX1R5DmVeVyJ6F2fZTqV7A2pf&#10;RfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2AHHi7HxyBSXvnXnB2T2wfVk53mG4GTeN4wW/zRUZ5&#10;3HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrqH2uAbn1HXaVz5HLLVZd1bHQhTUd2znVuRMJ4IXbB&#10;PEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/t356XPRxyXlEVPJzj3oITLd1KHqyRE52q3tZO+p4&#10;NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+AXGZwAn+MVIhyB3/HTGdz0X/GRBl1c3+yO8d3HH+7&#10;M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xukIWaVCRwv4VMTAtytISeQ890eIPRO5d2PIMjM5F4&#10;KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBhUPiKlFSBSRqKAFi+QN2JXl0rOHGIp2HTMDKH7mbB&#10;KJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWHuFqBSEyHWl5FQD6G4mIuOBCGWGZIMBKF12qeKL+F&#10;Zm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1R5yEuGOzP6iEdmcTN6+EKGqcL+qD6G5YKNWDuXI2&#10;IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyCN2kHPyOCNGvYN1CCKG7PL7+CLHHsKOCCP3UlIr6C&#10;cniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5MPpeAMXCCNwqAYXLhL5uApHVfKOiA9HfuIvGBYHqR&#10;HimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+fHUVNr5+3HbNL4h/TXinKPN/0nqLIxyAdHx0HnOB&#10;F347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHluNnt9l3qDL2t+MnuyKQh+1nzuI0R/qn4hHrCAe38z&#10;U0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8jH3yLzp9Un54KQN+D38OI29+/3+WHuF//YADUuB3&#10;cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4EaL2h8fID4KSd9Y4DoI4p+foDOHwh/mICsTtiT/U+j&#10;SEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uMI2aTJUGKemvkH5SI9nFvGxmHtHbnTcyQ+lW5R1KP&#10;7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpPJWyIn28DIACHUnPlG7WGR3inTRSN+FvLRoyNLF8c&#10;P9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG7XH3IFuF3XYvHDuFCXo+THiLEWHQReqKfGSkPzGJ&#10;r2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTAIKiEl3hNHK+D+HuqS9qIXmfORVOIEGohPq6He2yI&#10;OBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyDfXpBHRCDEHzsS0GF723HRMaF8W+VPkCFmXFuN8SE&#10;9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJHWGCTn4DSryD0HOTREyEIHTcPeSEAnYiN4aDi3d7&#10;MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSBrn7vSkyCAHkvQ+eCl3nyPZWCr3qfN1aCXntYMS2B&#10;6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0SfuAfH6lQ5eBUn7bPVWBnX7mNzGBbH75MSSBD38w&#10;K1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD//wAA//8AAP//AABtZnQxAAAAAAMEIQAAAQAAAAAA&#10;AAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRob&#10;HB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNU&#10;VVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yN&#10;jo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXG&#10;x8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/&#10;AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAh&#10;IiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxe&#10;YGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbH&#10;yMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v&#10;8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8Q&#10;EBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4&#10;OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+h&#10;o6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e&#10;39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqo&#10;UJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky&#10;/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNar&#10;movdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbP&#10;plmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JG&#10;Sv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovd&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLql&#10;h8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSn&#10;b7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy&#10;5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH&#10;0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pjky/6JFSv2hTGDypUtx5qlKg9qqTZXPqValyKhhsMWqa7XC&#10;rHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknoncmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqa&#10;j+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+H/pjgy/6NFSv2iS2Dypklx5qpI&#10;gtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbivgcSyqofLrKaG0KWjhtWdn4bak52L3pOdi96TnYve&#10;k52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi97/&#10;pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6hyrFXrci2YrDFumy1urN4vrKugcWtqofLp6eFz6Ck&#10;hNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I&#10;2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6jSV/zqUZv6K5EgN2zQ5DTtkifzLdRqsrAXKy9uGy3&#10;s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eM&#10;oYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9f/pzcy/6NES/6lR17zqkRu6bFBf9+4&#10;Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcalq4XJnqmEzJing8+RpYTSiqOG1IqjhtSKo4bUiqOG&#10;1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtT/qDcy&#10;/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZIpLm8XLKvtm27qbF5waWugsWhrITIm6qDy5Wpg82P&#10;p4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0Ymm&#10;htGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131rz9s7Lg6euTDN4fd0zWQwcRJp7G6XrWptW68pLF6&#10;wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO&#10;iKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs7/qTYy/6VCS/+qQVz2sjtq7r02d+jLM4DQ&#10;0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTFla2Ex5CshMmLq4XKh6qGzIeqhsyHqobMh6qGzIeq&#10;hsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsz/qTUy/6VC&#10;S/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4Y7eftXK8nbN8v5uxg8GXr4TDkq6ExY6thcaKrIbI&#10;h6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mH&#10;rIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi584tadDgJH+5zzeXp8JSqZ66ZrWatXO7mLN9vpey&#10;g8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6H&#10;xoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8b/qzMy/6o7Sf+2MlPwxypa2N4hZsLfJIKtzjyY&#10;n8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKGwIuxhsGIsIfChrCIw4awiMOGsIjDhrCIw4awiMOG&#10;sIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMP/rTEy/7AzRfjA&#10;KUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQvHWyj7l9to+3g7iMtoS6irWFvIi0hr2Gs4e+hLOI&#10;v4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/&#10;hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4hbaXeLIOX0kWSkMtbnYzFa6WLwnWqir98rYe+f7CE&#10;vICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66&#10;hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/sioy8cYcM9HiFDq88xtWqO4mbZjhNX+O2EqMiNBd&#10;lYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nDgKh4woKpd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq&#10;d8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6r6vhwo1t0OI8DwFD+s&#10;/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCUd890l3XOd5hzzXmacs17m3HMfZtwy3+cb8uAnW/L&#10;gJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uA&#10;nW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfrRnB/5VR5e+Fhf3bdaIRy226Hb9lxiW3YdItr2HeM&#10;atZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n&#10;1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMid&#10;cLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl&#10;76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Kt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCM&#10;xbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDF&#10;nHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NR&#10;deSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/&#10;ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiM&#10;j8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1&#10;wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSk&#10;U4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4ba&#10;oluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59G&#10;QP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLM&#10;s4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+a&#10;ib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+eT1T6oU5k76RPdeWmUYXapViV&#10;0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSLx7aPjcuzipDPsYaW1K6DoNengaHVp4Gh1aeBodWn&#10;gaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodX/ozkq/6BGQP+e&#10;TlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3FonS0wqF9ub+ghb67nYjDuJiJyLWTi82xjo7TromW&#10;2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDW&#10;oYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdMdOapToPcqlOS0qlboMumZqvGpXCzw6V6uL+kgr27&#10;oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJ&#10;n9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/ozgq/6BFQP+gTFT7pEtj8ahLc+arTIPdrVCR1KxY&#10;nsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOhiM+snI3Vo5aU2pqRnNyWjp7Ylo6e2JaOntiWjp7Y&#10;lo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntj/pDgq/6BFQP+gS1P7&#10;pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGivxrJzs8OyfLi9sIDBtqyCya6nhc+loYrVnJyR2pWZ&#10;nNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe&#10;2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceivSIDfs0qO1rVRmtC2WqTMuGWryr1xrsG5e7a3soDA&#10;rqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmM&#10;m57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq/6FFQP+iSVP8p0dh8q1GcOmyRn/gt0eM2btOl9O/&#10;V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2XpYXSjqGJ14egktmHoZzYh6Gc2IehnNiHoZzYh6Gc&#10;2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNj/pDcq/6FEQP+jSFL8qUVh&#10;865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1usLK2eLmqsYDBpK2Fx5uphMyTpoTQiqOH1IOijtaC&#10;opbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKi&#10;ltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvkwUKG38xGjdPPUpfBxGGns7tts6u1eLulsYDBn66E&#10;xpirhMqQqITOiKaG0YKkjNOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLT&#10;gKSS04CkktOApJLTgKSS04CkktP/pTcq/6FEQf+lRVH+rEJf9bQ/bO28Pnjnx0CB4NZGh8nNUZq4&#10;wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTLh6iGzoKni89/po/Qf6aP0H+mj9B/po/Qf6aP0H+m&#10;j9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9D/pTYq/6JDQf+nQ1D/rj9d97c8&#10;afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1ebycsoHAmK+Ew5KuhMaMrIXIh6qHyoKpisx/qY7N&#10;f6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs3/&#10;pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4x9Y+jrPJUqCnwGOtn7lwtpq1eryYsoG/lLGFwo+v&#10;hcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uN&#10;yX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+sPE3/tzZX8sUzX+HWNmPN4zF8utM/kanIVKGfwGWt&#10;mbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+IxIKuisWArozFgK6MxYCujMWArozFgK6MxYCujMWA&#10;rozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMX/qDQq/6Y+P/+xN0r5vjBS588vVdHi&#10;LGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQtoK6jrSFvIuzhr6IsofAhbGJwYOxisGBsIzCgbCM&#10;woGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjML/qTIq&#10;/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJFkpfKWp+Rw2mnjr90rY28fLGLuoG0iLmDtoW4hLiD&#10;t4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61&#10;i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc2h87xusjV7PsKm+j3zWCltRKkI/NXZqLyGuhicR1&#10;pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7h7N5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4iz&#10;ebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLP/rS4q/rslMOPSGi3J6BtBtvcjWqXsLm+W&#10;4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3ujecZ9pHjFf6V2xIGmdcODp3TDhKhzwoapc8KGqXPC&#10;hqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqn/tCQl7MoW&#10;I83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZYop81WyPeNJxk3XQdZVzz3iXcc56mHDNfJlvzX6a&#10;bsyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxs&#10;y4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5HmvwsWY7yPGeE6ktyfeVYenngY4B03mqEcNtvh23a&#10;c4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWB&#10;j2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY/S0goJv+gNHa3/FTOd/yNFkP8zVIX3Q19+8VFo&#10;d+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2fWLheH5i4Xl/YeF7f2DgfYBf4H+BX+B/gV/gf4Ff&#10;4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4H/oDkh/5xGNv+a&#10;UUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGb&#10;w7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bC&#10;j4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxn&#10;ldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/&#10;nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+&#10;oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6&#10;wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZ&#10;cKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ&#10;959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6&#10;fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuS&#10;vL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHM&#10;lnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959U&#10;ae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbG&#10;t3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/&#10;oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG255klNKbbqDMmHiqxpWBssSVibbBkY66v4yQvb2I&#10;k8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuq&#10;yLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+bT0r/n09Z+KJQaO6jU3flpFeF3KJgk9Oeap/Nm3Sp&#10;x5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKayLd/oMu0fKfMrHypyqp9qcqqfanKqn2pyqp9qcqq&#10;fanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcr/oDgi/51FN/+cTkr/oE5Y+KNPZ++l&#10;UXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbBmIq6vpKMv7uNj8S4iJPItoOZzLSAoc+sfaXPpn6n&#10;zKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMv/oTgi&#10;/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qhakNWmYpzPo2ymyaB2rsWef7XBnIe6vpeKwLqQjca2&#10;i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+B&#10;p8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/oktX+aZMZvCpTnTnq1GC36tXjteqX5rQqGmky6Vz&#10;rMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qKodKghKPTm4SmzpqEp82ahKfNmoSnzZqEp82ahKfN&#10;moSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp83/oTgi/55FN/+eS0n/o0pX+qdLZfCrTHPo&#10;rU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3vqGEwLWbicaulY/MqJGVz6KOntKaiaLTloelz5WH&#10;ps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps7/oTci/55E&#10;N/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qzWpXUs2Oez7NupcuzeKvDrHy3uKWBv6+ehsaomYzL&#10;oZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6R&#10;i6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW+6pIZPKuSXHqskx94rZPidy4V5LWumGa071toMm4&#10;dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQlaLUjZCl0IyQps+MkKbPjJCmz4yQps+MkKbPjJCm&#10;z4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps//oTci/55EN/+gSUj/pkdV+6tHY/OwSHDrtUp8&#10;5LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19v6WngsWdoojLlp+Oz4+cltKLnKLTiJWk0ImUpc+J&#10;lKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc//ojci/59EN/+h&#10;SEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rczWKOzshsm8C/caq0t3e1qbF8vp+sgcWXp4bKkKSM&#10;zoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXP&#10;hZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5DYfW1RGzuvEZ36cRLf+PPVITZ1GWIyMtrmrrCcKmu&#10;une0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQgKOlz4Chps6AoabOgKGmzoChps6AoabOgKGmzoCh&#10;ps6AoabOgKGmzoChps6AoabOgKGmzoChps7/ojYi/59DN/+jRUf/qkJT/rFBX/a4QWrxwURz6sxL&#10;eeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5exg8KOrYXGh6uIyoGpjc18qJbOe6iizXupps17qabN&#10;e6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps3/ozYi/59DN/+lQ0b/&#10;rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mRtclmn6nBcaugu3mzmbaAupSyhcCMr4bEhq2Ix4Cr&#10;jMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keauf&#10;ynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPEPGHm0UNk2d9Dc8jcSoW30FeVqsdloqDAcKyZunm0&#10;lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2XxnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6&#10;rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi/6FBN/+pPUP/szlN+b43VerMOlnb3Ttiy+U/d7vZ&#10;SImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuIs4a+hbKJwIGxi8F+sI/Ce7CUw3qwlsN6sJbDerCW&#10;w3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsP/pDQi/6M+Nv+tOUH/uDRI&#10;8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8ZnpJLBcquOvXuwjLqBtIi4g7eEt4W5grWIu3+0ir18&#10;s42+erORv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qz&#10;k7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/7zNrr+E7fqDWSo2WzluZkMhpoYzDc6iJwHushr5/&#10;r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5&#10;d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wzMf+5KzbqzCY20uEmQcHvLFqw7TNuoeE9f5XXTYyN&#10;0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKseb+ErXe+hq91vomwc72MsXO9jbFzvY2xc72NsXO9&#10;jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbH/qS4h/7MqK/LFIizW3hwtw+0j&#10;R7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7Mc5t7yneeeMl7oHbIfqJ0x4Cjc8aCpHHFhKVwxIem&#10;bsSKp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6f/&#10;rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxtiuVJeYPfVoJ+2mSJetZsjnbTcZFz0nWUcdB5lW/P&#10;e5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyI&#10;nGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jpESC1+Rs3pf8mS5f6NFyL8UJogupPcnzlW3p34WR/&#10;ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+jGXWgI1k1oKOY9WFj2LVhY9i1YWPYtWFj2LVhY9i&#10;1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY/pxw0MytoLD7f3EiSn/x05mP8rSYz+&#10;OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll5HJ7Y+N1fGLid31h4nl+YOF7f1/hfX9f4H+AXuCC&#10;gV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4HL0AkD&#10;uuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhXX230XWRn8mJnY/BoamHubGxf7XBtXe1yb1zsdW9b&#10;7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jq&#10;f3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CE&#10;pMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzs&#10;m1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94&#10;sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pG&#10;Lf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5&#10;wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuO&#10;jKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm196&#10;5Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+X&#10;UUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+e&#10;usF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvI&#10;ipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jln&#10;h9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nTga/5pFLv+XUEH/&#10;m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic0JKBpMuPiavHjY+xxYmTtcOFl7jCgpq6wX+eu8B9&#10;or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmy&#10;vrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPagVWrtoFp45Z9ghd2capHWmHOb0JV9pMuShavHj42x&#10;xIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmvwbR5sMGwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCw&#10;erDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca/5tFLv+ZTkD/nk5O/6FQW/eiU2nuo1d35qJdg96f&#10;Zo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/hJi9vYCdwLx9o8K7e6rEtHqtxK17rsOqe6/Bqnuv&#10;wap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8H/njca/5tELv+aTUD/n01N&#10;/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1ocyZfqnIlYawxJKNtsGMkbu+hpa/vIGcw7p+pMW3&#10;fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9&#10;rsP/njca/5tELv+bTED/oExN/6RNWvimT2fwqFN06KhXgOCnXozapGiW06Fxn86deqfJmYOvxZWK&#10;tcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+rMWff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67D&#10;n3+uw59/rsOff67Dn3+uw59/rsP/njca/5tELv+cSz//oUpM/6VLWfmoTmbxqlFz6atVf+KrW4rb&#10;qWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPBsomZxa6GociqhKnJoYCpypyBrMabga3Em4GtxJuB&#10;rcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcT/njYa/5xELv+cSj//oklM/6ZK&#10;WfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGqdaLLpX2rwZ2DtLmWibyykZDBrIyWxqeJncijh6bK&#10;m4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcX/&#10;njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w67FSe+SzV4XftGCO2bNqltGxdZ7GqHurvKCBtLOa&#10;h7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoes&#10;xZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+eSD//o0dL/6hIV/utSWPzsExv7LRQeea4VoPhu16L&#10;2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSRxpqRmMmWj6HLkYyozI+KqsiOiqzGjoqsxo6KrMaO&#10;iqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMb/nzYa/5xDLv+eRz7/pEZK/6pGVvyu&#10;SGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29rneqsqd9tKmhgruhnIjBmpiPxpSWlsmQlJ/LjJKo&#10;zIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMb/nzYa&#10;/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxOdOfCVXvfyGGA0cNqjcS6cJ24snWprat7s6OlgLub&#10;oYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaS&#10;q8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/p0RJ/61DVP6zRF/3ukdo78FNcOXJVnXczmR6zMZp&#10;jb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIihkseEn5rJgJ+nyoGaqsiCmKvGgpirxoKYq8aCmKvG&#10;gpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8b/oDUa/51CLv+hRD3/qEJI/69BU/+2Ql33&#10;vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKnobZ3sZixfbmPrYK+iKqJw4KokMZ9p5nIeqelyXui&#10;q8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMb/oDUa/51C&#10;Lv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/cWWfP2GB5wM9mirLIa5qmwnCmm7x2r5G4e7eJtYG8&#10;grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3&#10;pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F/7U7Tve/PlXsy0RZ4dpPWtTfUWzG2lp9uNNii6vO&#10;aZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95sZPBdrCbwnSwpsJysK3CcrCtwnKwrcJysK3CcrCt&#10;wnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcL/oTMa/55BL/+nPTr/sDpD/bo4SvDGO0/j1UVO&#10;1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4q4q8f7GEuYO1gLeHuHy2i7t5tJC8d7SXvXa0ob10&#10;s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb7/ojMa/6A+Lv+q&#10;OTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas3E6Fn9NakpXMZ5yOxnGkisJ5qoW/fq6AvIKyfbqG&#10;tHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5&#10;c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cowO9rdMj/K5zhVvOw9aa3lRHmf206HlNNcko3MaJuI&#10;yHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuycruQs3C7lbRvupq0b7qatG+6mrRvupq0b7qatG+6&#10;mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/pDAa/6c1Kv+0LzD0wyox3tgrLczmLkW98jVare47&#10;bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrGfKR3xICmdcODqHPChqlxwYmrb8CNrG3Akq1sv5Wt&#10;bL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la3/pS8a/60tJfy8Jyjl&#10;0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSFg9dhjH/SbJJ7z3KXd813mnTLe5xyyn6ecMmBoG7I&#10;hKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWR&#10;pWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9K02g+DVek+5BbInmTXeB4FiAfdxkhnjYa4tz1XGO&#10;cNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6ImWXNjJpkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppk&#10;zY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW9cEXFNTfDhDA7xgmsP0jPKH/LU6U+TpdifFHaIHr&#10;UnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm2nuJZdl9imTYgIti2IOMYdaFjWDWiY5f1YuOX9WL&#10;jl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi47+uRYN1NILBsLuDhax/Bkq&#10;ov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlkc2jnanZm5W95ZORzemLjdnxh43l9YOJ7fl/hfn5e&#10;4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvf&#10;iIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB/0VSevxSWnL3WWBr9F5kZvJkaGLwaWpg7m1sXu1x&#10;bVztdG5b7HZvWux5cFnre3FY631xWOp/clfqgnNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRz&#10;VumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0IC6T/EhqX/x8qi/8uNoH/PUF5/0pJcf9SUGn/WFVj&#10;/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRhVfZ2YlT1d2NT9XljU/R8ZFL0fmRR9IBlUfSAZVH0&#10;gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGX/ljMU/5VDJf+SUTf/l1NF/5lX&#10;U/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamw&#10;x3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/&#10;ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19&#10;mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO&#10;2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2Z&#10;W2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Su&#10;scdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU&#10;/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnL&#10;e56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyF&#10;ltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+TUTf/l1NF/5lWUv2ZW2D1&#10;mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCiz4CVpsx9manLe52syXmhrsh3pa/Idqqxx3Sussdz&#10;tLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urL/ljMU/5ZD&#10;Jf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaWbIPfk3aN2o+AltSMiJ3Rh46jzYOTqMuAmKvJfZyu&#10;yHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4&#10;d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E/51SUf6eVV72nlpq7pxgdueaZ4LglnKM2pJ7ldSO&#10;hJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXEd6y2w3azt753t7e3eLa4snm2uLJ5triyeba4snm2&#10;uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5trj/mDMU/5dDJf+XTTf/m01D/59QUP+gU133oFhp&#10;759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImPqcmEla7HgJqyxX2gtcN6p7fCeK65wHe1ubh4tbmx&#10;ebW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbn/mDMU/5hDJf+Y&#10;TDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/inmqJ3Jpzk9aVfJvRkYWjzIyMqcmHk6/Ggpmzw36g&#10;t8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6&#10;p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FMTv+kT1v5pVNm8aVYcuqkXn3jomaH3Z5wkdeZeJnS&#10;lYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9snqyvqt7sr2mfLO8o320uqN9tLqjfbS6o320uqN9&#10;tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/mTMU/5hDJv+ZSjb/n0pC/6NLTv+mTln6qFFl8qhW&#10;cOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWNja+/h5S1uYOcubV/o7yxfay+rHyxv6V8sb+hfrO9&#10;nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLv/mTMU/5lDJv+aSTX/&#10;oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC4Kppi9qmc5TPn3ydxpeDqL6QirC4i5G2soaYuq2D&#10;oL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGz&#10;u5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+pSlf7rE5i9a9SbO6wWHbosV5/37BoiNWsdJDKo3qd&#10;wJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZmBr8GXgrK+lYOzvJWDs7yVg7O8lYOzvJWDs7yV&#10;g7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU/5lDJv+cRzX/okZA/6dHS/+rSVb9r0xg9rJRau60&#10;V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCrk4u2pY6Tu5+Lmr6biaLBmIiswpOFr8KShrG/kYaz&#10;vJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7z/mjMU/5lCJv+cRjT/o0VA&#10;/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btqgMuycJDAqXadtqJ8p62cgq+ll4m2npOQu5mPmL6U&#10;jaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2J&#10;sr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8tEld8rlPZem+Vmzhw2By075pgMa1bo+7rXScsKZ6&#10;p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQrsKIjrDAiI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9&#10;iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pCJv+eRDP/pUI+/6tCSP+xRFL6t0ha8L1OYebEVmfe&#10;yWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJekwoKWr8KDk7DAhJGyvoSR&#10;sr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr7/mzMU/5pBJv+fQjP/pkA9/61A&#10;R/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9a42wtXGapa92pZyqfK2TpoK0jKKJuYagkL2Bnpm/&#10;fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr7/&#10;nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT6slOVuLVWlfS0V5rxMlkfbbBaoyqu2+Zn7V0pJaw&#10;eqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93obG/ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2y&#10;vnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+iPzH/qjw6/7M8Qvu7PknwxkRN5tJPTdzcV1bM1V1q&#10;vs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KFtXmwjLh0r5W7ca6fvG6vq71xqrO8dKWzvHSls7x0&#10;pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7z/nTMU/5tAJv+kPDD/rTk4/7Y5P/XB&#10;PEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomcyGuVkcRxn4jAdqd/vX2teLuEsXO6i7RvuJS3bLed&#10;uGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbn/njIU&#10;/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJHTMfiTV653lRurNlbfJ/UYoiU0GiTisxvm4LHd6J8&#10;w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62yZ7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6&#10;trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/tTIx88MyM+PUODDT4Tw/xuhCUrnlSGOs4k1yn99U&#10;f5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DCiKluwY6rbMCUrGq/m61pv6WtaL+urWi/rq1ov66t&#10;aL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq3/oDAU/6M2Iv+vMCj7vC0r6M0sKNXgMDDH&#10;6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiRfNBxlnjMd5t0yn2ecMiCoW7Hh6NrxYulacSQpmjE&#10;lqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpaj/oS8U/6gv&#10;H/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7wQ2mS6Ex1iOFVf4HbYYd712qNdtNxkXLRd5Vvz3yX&#10;bM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFi&#10;yJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgTyegiJbr0Kzqs+DRNnvc8XJLxRmmI6VBzf+NZe3rf&#10;ZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk0YeUY9GKlWHQj5Zgz5SXXs+ZmF7PmZhez5mYXs+Z&#10;mF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZj/pygS/7cfEubOEQ3L5hUWu/QhKqz+Kz6e/zRO&#10;kvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9wgWjedYRl3HmFY9t9h2LagYhg2oSJX9mHil3Yi4tc&#10;15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI3/sB4L7cYOCM3b&#10;Cwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F48Vloce1fbWrrZHFn6Gp0ZOdvd2LldHlg5Hh6X+N7&#10;e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+B&#10;WOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8kL5L/Lz2H/z1Jf/9JUnj8VFpw+FpfafRfZGTyZWdh&#10;8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635wVuuBcVXqhHJU6ohzU+mLdFPpi3RT6Yt0U+mLdFPp&#10;i3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TMxggAvdQIA631Dg+f/xofk/8nLYj/NDl+/0JDd/9N&#10;Sm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3cGBW93NhVfZ2YlT1eGJT9XtjUvR9ZFH0gGRQ84Nl&#10;T/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhma9ywYArtsGBJ//EBCT&#10;/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJW/9dTFj/Yk5V/2ZQU/9qUVL/bVJQ/3BTT/9yVE7/&#10;dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2B&#10;V0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS&#10;2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++N&#10;cnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzF&#10;o8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7&#10;/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/S&#10;bq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmX&#10;lth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++Ncnbp&#10;iXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8hu&#10;xqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/40+Hf+MTC7/lFM7/5VW&#10;R/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+Cio3cfpCS2XqWl9Z3m5rVdKCd03Kln9JwqaHRbq6i&#10;0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKT/&#10;ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f9pVkau+SbHXpjnZ+5IqAh9+Fh47bgI6U2HyUmNV5&#10;mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafKbsKnw3DCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHC&#10;p71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+QSi3/l086/5lRRv+bVlL+mlte95hhafCVaHTqkXF+&#10;5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSkpM5yqqbNcLGozW+5qctvwanDccGpvHLAqrdzwKq3&#10;c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKr/jy0O/48+Hv+SSi3/mE05/5tPRf+d&#10;U1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7bh4mV1oGQmtN9lp/QeZ2jznWjps1yq6nMcLOqy2+9&#10;q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq3/kC0O&#10;/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5cZvKcYnHrmGl75ZRzhOCPfY3bioaU1oSNm9J/laDP&#10;epylzXajqMtzq6vKcbWtxnG+rb50va62db2usHa9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3&#10;va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/m0o4/55MQ/+hT0//olRa+qFZZfOgX2/snWZ55phv&#10;g+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1q63Dc7Svv3O8sLd1vLCwd7uwqni7sKd5vLCnebyw&#10;p3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLD/kS0O/5E+Hv+WSCz/nEg3/6BKQv+jTU3/&#10;pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S04yHmsyGj6HGgJenwXyerL15pq+5dq+xt3a6sq93&#10;urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7H/kS0O/5E+&#10;Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWoW2vtp2F05aRpft6fc4fUmH2Qy5GEmsSKjKK+hJOo&#10;uICarbR8orCwequzrXm1tKh6ubSke7m0oH25s519urOdfbqznX26s519urOdfbqznX26s519urOd&#10;fbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2/6NHQf+nSUv/qk5V+qtTXvKsWWjprGBx4qloetml&#10;c4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Gofqe0pX2xtaF9uLadfri1mn+5tJmAurOZgLqzmYC6&#10;s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurP/ki0O/5I+Hv+ZRSv/n0Q1/6RFQP+pSEn/rExT&#10;+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+mreShaKwjIypqoiUrqSFnLKggqS1nYGutpqAt7eX&#10;gbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubP/ky0O/5I9Hv+a&#10;RCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hkt15p2rRpc82sb4LCpHaPuZx8mbGWg6KqkYqpo4yR&#10;rp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0&#10;kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hCPf+tRUb8sUpP8rVPVum6Vl3hvWBk1LhncsivbYG9&#10;p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qot4yKs7iLibe3i4i4tYuIubSLiLm0i4i5tIuI&#10;ubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/ky0O/5M9Hv+cQSr/o0Az/6lBPP+vREX6tEhM8LpO&#10;U+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWefqGemoSol5aMrpGTlLKMkZy1iI+mt4WPsbiFjra3&#10;ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLX/lCwO/5Q9Hv+dQCn/&#10;pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5fy75kcb62aoCzr3CNqal2mKCjfKGYn4KokZuJrYqZ&#10;krKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4&#10;tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0QUD0vEZF68RNSeLOWEvTylxexsJjcLm6aH+utG6M&#10;o650l5qpep+SpYCniqGHrISfj7F/nZe0e5yhtnibrLd3m7e2epe4tXyVubR8lbm0fJW5tHyVubR8&#10;lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO/5U9Hv+gPSf/qDsw/7A8N/24PzzxwURA6MtOQt7T&#10;VUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6Lq36lhKiFqn2mjK94pJWydKOftHGjqrVwo7i1c565&#10;tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubP/liwO/5c8Hv+iOib/qjku&#10;/7M6NPm9PDjuyEM549VQN9faUkjI0llcustfba3FZXyhwGuJl7pwk422dpyEs3yifbCDqHeuiqxy&#10;rZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+j&#10;u7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm0EMw3N9KNc/fUkfB2Fhas9Fea6bLY3qax2mGj8Ju&#10;kIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3p65kt7SuZbO9rmitva5orb2uaK29rmitva5orb2u&#10;aK29rmitva5orb2uaK29rmitva7/mCwO/505HP+nNCP/sTMo+b0yKurLNync3T4p0ONGOsXiTUu4&#10;3lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3macMWBn2rEiaJmw5KlYsOcp2DDpqhfw7SoX8HCqGG6&#10;walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6wan/mSwO/6A1Gv+qMSD/ti4j8MUt&#10;It/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLbXHeH2GOBftVqiXbUcY9v0XmUa86AmGfMiJtkypCd&#10;YsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6L/&#10;mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zczt+s+RarpRVSe50xikuVSbobjWHh94GB/dtxphnDY&#10;cYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ldzaOaXM2tmlvNt5pbzbeaW823mlvNt5pbzbeaW823&#10;mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3JBXryhwR0+AeE8TrKya38TQ4qvA8SZ3vRFeR7ktj&#10;hu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+i2LXhI1f1YqOXtSQkFzTlZFa05ySWdKkk1jSrJNY&#10;0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJP/oSsN/68jD/TCFwzW3RAHxeseGLf2&#10;KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu52R2auRrembicn1k4HeAYd99gl/egoRd3YeFW9yM&#10;hlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4r/qCMJ&#10;/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+S4b+R1Z9+FFedvNZZW7wX2po7WVuZOprcmHpcXRf&#10;53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+VOGXf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1Ph&#10;nH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO29xIPqP8fIJv/KzCQ/zY9hf9ASH3/S1F1/VRYbfla&#10;XWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFftfG5V7IBvVOyEcFPriHFS64xxUeqRclDplXNQ6ZVz&#10;UOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXPWvgcAxcsIALfbCQWo/xQSm/8iIZD/Li6F&#10;/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2VaWvpqXFf5bl5V+HJfVPd2YFL2eWFR9n1iUPWAY0/0&#10;hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGbEwgYAttEH&#10;AKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/TEFj/1NGXv9ZSVr/XkxW/2NOVP9oUFL/bFFQ/29S&#10;T/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2GWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ilhH&#10;/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoRhf8nG3v/MyRx/zwsaP9DMmH/Sjdb/1A7Vv9WPVP/&#10;XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH/3RHRv92SEX/eUhE/3xJQ/+ASUL/g0pC/4NKQv+D&#10;SkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0r/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU&#10;/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHc&#10;ZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+B&#10;SCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gun&#10;jd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS&#10;z2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33n&#10;dJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o&#10;0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opq&#10;XviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS&#10;3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4M5Fv+DRyX/&#10;jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw7X6CeOl6in7mdpGD5HOXh+JwnYrgbqKM32unjt1q&#10;rJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPLadCUy2nQlMtp0JTLadCUy2nQlMtp0JTLadCUy2nQ&#10;lMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+UWEf/kl5T/5BlXfiMbWfyhnVw7YF/eOl9h37leY+E&#10;4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6ltlnw5bZZs2X0GnOlshqzpfEa82XxGvNl8RrzZfE&#10;a82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ/4Q5F/+IRST/kUww/5VRO/+WVkf/lVxS/5NiXPmP&#10;ambzinJw7YV7eOmAhH/le4yF4neTit9zmo7dcKCR222mlNprrZbZabSX2Gi9mNhnyJnRacyZyWvM&#10;mcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5r/hSgJ/4U5F/+KRCT/k0sv&#10;/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4d+mDgX/kfoqF4XmRi951mI/ccZ+T2m6mlthsrpjX&#10;araa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qduG/Knbhvyp24b8qduG/Knbhvyp24b8qduG/Knbhv&#10;yp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/mlZP/5ldWvqWZGT0kmtu7o10dumHfn7kgYeF4HyP&#10;i913l5Dbc56V2G+mmNZsr5rVarmc1GnGnctsyZ3DbcmevG/In7VwyJ+yccifsnHIn7JxyJ+yccif&#10;snHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5F/+OQyP/l0ku/5pLOf+cT0P/nVRO/5xaWPuaYGL1&#10;lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W1HClmtBurp3NbLefy2vDoMNux6C7b8ehtXHGoa9y&#10;xqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqH/hycJ/4c5F/+QQiP/mEct/5xJ&#10;OP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQdnzhioCE24SJi9N+kZLOeJmYyXShnMZxqZ/CcLKi&#10;wG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaP/&#10;hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK/qNVVPaiXF3voGJn6JxpcOGWdHnakH2C0YmGi8qC&#10;jZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6asdMOmp3bDpqN3xKWheMSloXjEpaF4xKWheMSloXjE&#10;paF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+TQSL/m0Qs/6BFNf+jST//pU5I+6dUUfOmWlvrpWBk&#10;46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Zn7J6oaOvd6mmq3azp6l2wKikd8KooXnCp516w6eb&#10;esOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6b/iCcJ/4k4F/+VQCH/nUIr/6JENP+l&#10;SD3/qExG+KpST++rWFfnq19g4KhpadShcHXLmXiBwpJ/i7uLhpS1ho6ar4KVoKp+naSme6ano3qw&#10;qaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqf/iScJ&#10;/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5RTOywV1TksV5c261oZs+lbnXFnXWBvJZ8i7WQg5Su&#10;ioubqIaSoKOCmqWegKKom36sqph+uKuWfsCrlH/AqpOAwaiSgMKokoDCqJKAwqiSgMKokoDCqJKA&#10;wqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/nz8p/6VBMv+qRTr8rklB8rFPSem1VlDht19X1bFl&#10;ZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyHl6WXhKColIKpqpGCtauPgr+rjoPAqo2DwamNg8Go&#10;jYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2Dwaj/iicJ/4s4F/+ZPiD/oT4o/6ZAMP+sQzj5&#10;sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGAsZ54iqmYfpOik4Wam4+NoJaMlaWRiZ2ojYenq4qH&#10;sqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaj/iicJ/4w3&#10;F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTAVkbZv1xTy7djZMCvaXO2qG9/rKJ1iqScfJOcmIOa&#10;lZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/q4OKwKmDisGpg4rBqYOKwamDisGpg4rBqYOKwamD&#10;isGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm/6o9Lf+xQDP0uEU46r9MPOLHVUDTwlpSx7phY7uz&#10;Z3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSElJiof5OiqnySrat6krqse5HAq32Pwal+jsGofo7B&#10;qH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owaj/jCcJ/482Fv+dOh7/pTol/607K/y0PjDxvEM0&#10;58VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxyiJineJGQo36YiaCFnoKdjaN9m5aneJmfqXWYqqpz&#10;mberdJjAqneUwal4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqj/jCcJ/5E1Fv+f&#10;OB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3JyVdQvMNeYLC8ZG+lt2p8m7JwhpKtdo+KqXyWgqaD&#10;nHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCbwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqdymcKn&#10;cpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2JfW+OSfqyUAm4NZJKNHVTjzDzlZOtshcX6rCY22f&#10;vWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gia6mbpGippqZmqbOmZqrDpWmkxKVrocSla6HEpWuh&#10;xKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/jiYJ/5czFP+jNBr/rTMe/rgyIPDFNSDj0z8c2N5F&#10;JsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9col8uniQdbh/lm+2h5pqtZCdZbSaoGKzpaFhtLGi&#10;YLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqL/kCYJ/5sxEv+mMRf/&#10;sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NKqNVZWpzQX2iQzGVzhslrfX3GcYV1xHeLbsN+kGnB&#10;hpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxdt8qdXbfKnV23yp1dt8qdXbfKnV23yp1dt8qdXbfK&#10;nV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrcKQ7M5DYdweZALrbjSD6q4E5Mnt1WWZLaXWWI1mNv&#10;ftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82aklnNpZNXzrKTVs/Ck1bL0JRXxc+VV8XPlVfFz5VX&#10;xc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ/6MsDv+wJg/1wB8N39UbB83kJxPB6zQjteo9M6nn&#10;RUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm3nV/Yd19gl3choVa24+IWNmYilbYoYtU2KyLVNi3&#10;jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1ov/lyQJ/6kmCv64HAnmzhEF&#10;zuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxSXHzrWWRz615raupkcGXobHVh5nR4XuR8e1vig31Z&#10;4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/hFHd&#10;v4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn9TEsm/U7OpD1REeF9UxRfPVTWnP1WWBr819mZfBm&#10;amHtbW1d63RwWup6c1jogXRW54d2VOaNeFPllHlR5Jt6UOShe0/jqnxO47B8TuOwfE7jsHxO47B8&#10;TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wMAc3MCQDB4AwEsvoZEKX8JyCa/TIuj/09O4X+RUV7&#10;/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJnV/F4aVXwfmpT74NsUe6JbVDtj25O7JRvTeuacEzr&#10;oXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnL3sw0AzMMIAL/RCACx7w4GpP8b&#10;E5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/WlJe/mBWWvxmWFf7bFpV+nFcU/l2XlH4el9P939g&#10;TvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOeZkjznmZI855mSPOeZkjznmZI855mSPOeZkjznmbN&#10;uwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcrev9BNHD/Rzto/01BYf9URVz/WklY/19LVf9lTVL/&#10;ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH/ohXRv2NV0T9k1hE/JZZRPyWWUT8lllE/JZZRPyW&#10;WUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLgBgKX/xMIjP8iE4P/Lh15/zglbv8+LWb/RTJf/0w3&#10;Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9uRUf/ckZG/3ZHRf96SEP/fkhC/4JJQf+GSkD/i0s/&#10;/49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0uvxgIAotYCAJb3CgKL/xYHgv8kD3f/&#10;LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL/1ozSP9eNUb/YjZE/2Y3Q/9pOEH/bDhA/3A5P/9z&#10;Oj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj3/dSQG&#10;/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjs&#10;ZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj&#10;34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93OD&#10;aPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B&#10;1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/&#10;hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hf&#10;w4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/diQG/3c1&#10;EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+blr7eXdi93WCafRxim7xbZJz7muZduxon3nrZqR7&#10;6mSqfeljr3/oYrWA52G8gedgxILmX86C41/Xg9xh24PSY92Dz2Tdg89k3YPPZN2Dz2Tdg89k3YPP&#10;ZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn/4pPMv+MVj3/i11H/4dkUf+CbFr7fHRi93h/afN0&#10;iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILmYraD5WG+hOVgx4XlYNOF3WLZhdNk3IXMZduGyWXb&#10;hsll24bJZduGyWXbhsll24bJZduGyWXbhsll24b/eCQG/3g1EP9+QBv/iEcm/41OMf+PVTz/jltG&#10;/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6VeeprnH3oaaOA52apguVlsITkY7eF5GLAh+Nhy4ff&#10;YtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn2In/eSMG/3k0EP+A&#10;Pxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8hG5h9354afJ5gnDvdIt263CTe+ltm3/naqKC5Wep&#10;hORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn14vAaNaMvmnWjL5p1oy+adaMvmnWjL5p1oy+adaM&#10;vmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NML/+VUTr/lFdE/5JdTv+OZVj8iGth94J0afJ8f3Du&#10;d4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL4GPHjNxj1IzPZtaMx2jVjcBp1I66atSOuGvUjrhr&#10;1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/eiMG/3s0EP+FPRr/j0Qk/5ZKLv+XTjj/l1RC/5Va&#10;TP+SYVb8jmlf9odwaPKBenDte4V36naOfOZxl4HjbZ+G4Gqoid1nsIzaZruN1mXHjtFm1I/HaNOP&#10;v2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pH/eyMG/3w0Ef+IPBr/&#10;kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd8I1uZuuHd2/mgIF24XuLfdx1k4PXcZyH0m6ki89r&#10;rI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JStb9CTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/R&#10;k6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+cSzX/nVA//51WSPibXVHxmGNb65NrZOSNdW3ehn51&#10;2ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7lbtryJa2bc+WsG/Olqtwz5amcc+VpXLPlaVyz5Wl&#10;cs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG/300Ef+MOhn/l0Ai/5xFK/+fSTT/oE48+6FURfSg&#10;Wk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TCepOKvnabj7pzo5O2cauWs2+2mLFvwpitcM2YqHLN&#10;mKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpf/fSMG/38zEf+OORj/mT8h&#10;/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9oXdeYcGjOkXh0xoqAfcCEiIW6f4+LtXuXkLF3n5St&#10;daeXqnOxmadzvZulc8uboHXLmp12zJqad82ZmXfNmJl3zZiZd82YmXfNmJl3zZiZd82YmXfNmJl3&#10;zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+pks49KhQQOypV0fkqV1Q3KVmWtCdbmjHlXVzv459&#10;fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553uZycd8icmXjKnJd5y5uVesyalHrMmZR6zJmUesyZ&#10;lHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4IyEP+SNxf/nD0f/6FAJ/+mRC77qUk18axPPOmuVUPh&#10;r11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImMpoSQkaGAmJadfaCamXyqnJZ7tp2Ue8SeknzKnZF9&#10;ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJr/fyIG/4QxEP+TNhf/njwe/6M/&#10;Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcakama8nXFytJd3fKyRfoWmjIaMoIiNkZqFlZaWgp6a&#10;koCnnY9/sp6NgMGejIDJnouAyp2KgMubioDLm4qAy5uKgMubioDLm4qAy5uKgMubioDLm4qAy5v/&#10;fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv7LVMNOO6VDnYt1lIy69hWMGoaGa3oW9yr5t1fKeV&#10;fISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+GhL6fhYXJnoWEyZ2FhMqchYTLm4WEy5uFhMubhYTL&#10;m4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+XNRb/oDoc/6c8Iv6tPyfzs0Qs6bpLMOG/UjXTulhH&#10;x7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqinYGKrZ9/irufforInn+JyZ2A&#10;iMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5v/gSIG/4kuD/+ZNRX/ojgb/6k6IPuw&#10;PSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWStqWtwpKRxepyfeIOUm36KjpeGkIiVjpWCkpaZfpCg&#10;nHqPq554j7ifd5DJnnmOyp16jMube4zLm3uMy5t7jMube4zLm3uMy5t7jMube4zLm3uMy5v/gSIG&#10;/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJI9fHTDPJwVVFvbpcVbK0Y2Oormlvn6lveZaldoKO&#10;oXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWecJbGnXKUypx0ksubdZHLmnWRy5p1kcuadZHLmnWR&#10;y5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/pjQY/681G/S4Nxzpwz4c4M1FH9HLSzLExVRDuL9b&#10;U625YWGitGhtma9ud5CrdICIp3qHgaSBjXuiiZJ1oJGWcJ6bmW2dpptqnbOcaZ7DnGucy5tumMya&#10;b5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJn/gyEG/5ArDf+gMxH/qTIV/bMxF/C+NBfl&#10;yzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZrkrZsdYmycn6Br3iFeqx/i3Sqh5BvqI+TaqeZlmem&#10;pJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZf/hCEG/5Mp&#10;C/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXUSC64z1BArMpYT6DFXl2VwWRoi71qcoO6cHp7t3aB&#10;dLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/lV2x0JRgqtCUYajQlGGo0JRhqNCUYajQlGGo0JRh&#10;qNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO8sAmDOPQKAfU3zILyd8+Gb3bRyyx1k89pNFWTJnN&#10;XFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZjvY2JX7yXjFu8oo5ZvK+PWL2+jle+1I5ZttOPWrTT&#10;kFq005BatNOQWrTTkFq005BatNOQWrTTkFq005D/iCEG/5wnCP+qJwr8uCEJ6cobBdXeIATJ5TAP&#10;vuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBnaXTObnBtzXV2Z8t8e2LLhH5eyo2CWsqXhFfKo4ZV&#10;yq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2Yn/jR0F/6IlBv+w&#10;HwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb40o+kOFQSobfV1R83l5ddN1lZGzbbGpm23RvYdp8&#10;c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc03xQ1OB+UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R0OB/&#10;UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYPArztIAuw7S4Zpew5J5rrQjWP6klBhelQS3voV1Ny&#10;6F1aaudjYGTnamVf53JpW+d6bFfngm5T54txUOeVck7on3RM6Kp1S+i1dkrnw3ZK6N12S+TgdUvk&#10;4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/nRYB/7ESAdPDCQDH0QoAu/IRBK/zIQ+j8y4dmfM5&#10;Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3zaV5Z83BhVfN3Y1Lzf2ZP8odnTfCPaUvvmGtK76Bs&#10;Se6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx27/pw8A07oHAMXHBwC6&#10;1gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+cf1RRWj9Vkth/ltPXP5iU1f+aFZU/W9YUft1Wk76&#10;fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE9LFkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1&#10;ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/JRSL/zIfgv88KXn/RTJv/0o5Z/9PP1//VUNa/1tH&#10;Vf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+EU0X/i1RD/5FVQv6YVkH9nldA/aZYQPypWED8qVhA&#10;/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQAtsQEAKrTBQCe8g0ClP8aCYr/KBOB/zQdd/88JW3/&#10;Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK/2lDSP9uREb/c0VE/3lGQv9+R0H/hEg//4pJPv+Q&#10;Sj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0y3vAMAqcsCAJzbAwCS/xAC&#10;if8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9KLFD/US9M/1cySf9cM0b/YDVE/2U2Qv9pN0H/bjg/&#10;/3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+Nv+VPjb/lT42/5U+Nv+VPjb/lT42/5U+Nv+VPjb/&#10;lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto/ysRX/8yF1f/ORtR/z8eTP9GIUj/TSNF/1IlQv9X&#10;J0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/dC01/3guNP99LjL/gi8x/4gwMf+KMDH/ijAx/4ow&#10;Mf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2kyCv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/&#10;bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ&#10;5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HD/aiQE/2kyCv9sPhT/dkYe/3tN&#10;Kf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0Wrlu&#10;81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HD/&#10;aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8/3lkRf9zbU7/b3hV/2uCWv1oi1/7ZZRj+WKbZvdg&#10;oWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHxWNhx7FnhceZa5HHgXOdx2F3ocdhe6HHYXuhx2F7o&#10;cdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9xPBT/ekMd/4BLKP+BUzL/gFo8/3xiRf93ak7/cXRV&#10;/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816tb/Jcs3DyW7px8VrDcvBZzXPuWd1z6FridOFc5XPZ&#10;XuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53T/bCME/2sxCv9zOxT/fUId/4JKJ/+E&#10;UTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5aJBm92WYafVjn2zzYaZv8l+scfFds3LwXLt071vF&#10;de9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph5XfKYeV3ymHld8ph5XfKYeV3ymHld8ph5Xf/bSIE&#10;/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4ReRP9/Zk3/eG5V/3N5XPxuhGL5ao1n9meWa/Rknm7y&#10;YqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB43F/jeNJg5HjLYeR5xGPjesRj43rEY+N6xGPjesRj&#10;43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/gz8c/4lHJv+LTjD/i1U5/4hcQ/+DY0z/fWtU/3Z1&#10;XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5ftHftXb557FzLeuhc3HreX+F60mHje8pi4nzEY+J9&#10;vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X3/biIE/24wC/97NxP/hj4c/4xFJf+PTC7/&#10;j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo8G2Qbe1pmXHqZqF16GOpeOZhsnrkYLt74l/HfOBf&#10;2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34D/byEE/28w&#10;C/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+OYEn5iGZS9IJuWu98eWHrd4No53KMbuRtlXPgap13&#10;3WemetplrnzWY7h+02LDgNFi04HKZN+BwWXegrtn3YK1aN2DsGndg7Bp3YOwad2DsGndg7Bp3YOw&#10;ad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa/5NDIv+XSyv/l1E0/5ZXPfqTXUbzjmRP7ohrWOiC&#10;dWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJZrKCx2W9g8Vly4TBZtyEuWjbhbNp24Wua9uFqWzb&#10;hals24WpbNuFqWzbhals24WpbNuFqWzbhals24X/cSEE/3QuCv+EMxH/jzoZ/5ZDIf+aSSn/mk4y&#10;/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yFb813jXXJcpV6xW+df8FspYK+aq2Fu2m4h7lpxIi3&#10;adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2of/cSAE/3YsCv+G&#10;MhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDpml9J4pVnUtqPcFzRh3hmyoGBb8V8iXbAd5B8u3SY&#10;gLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv2IqgcNiKnXHZiZ1x2YmdcdmJnXHZiZ1x2YmdcdmJ&#10;nXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tBHv+fRSX9oUot9KJQNOyiVjzkoFxF3JtlT9KTbVzK&#10;jHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJp3Gui6Vwuo2jcMmNoHHVjZxz1oyadNaLl3TYipd0&#10;2IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/cyAE/3oqCf+LLw//ljkW/50/HP+hQyP6pEgq8aZO&#10;MeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aFgnewgYl9q32RgqZ5mYaid6GKn3WrjZx0to6adMWP&#10;mHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ov/cyAE/3wpCf+NLw//&#10;mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/0KNhTcacaVq+lXBlto93b6+Kf3aphYZ9pIGOgp9+&#10;loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+OetWNjHvWjIx71oyMe9aMjHvWjIx71oyMe9aMjHvW&#10;jIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+nPx/0q0Qk6q9KKeKzUS7Wrlc+y6dfTcGgZ1q5mW5l&#10;sZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6ljo19sJCKfb2RiX7QkYh+04+IftSOh37VjYd+1Y2H&#10;ftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E/4AnCP+QLg7/nTcT/6M6GPypPRzxr0Ig57RIJN+3&#10;TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenaejoF8mIuIgpKHkIeOhZmLiYOijoaCrZCDgruRgoLM&#10;kYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y3/dR8E/4ImCP+SLQ3/nzYS&#10;/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5cS7inY1ivoWpjppxxbZ+Xd3WYk358kpCGgoyNjoeH&#10;ipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSPfYXVjX2F1Y19hdWNfYXVjX2F1Y19hdWNfYXVjX2F&#10;1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfrtz0Y4r9FGdW+SSrIuFM7vbFbSrOrYleqpmhioaFv&#10;bJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmNqJB2jLWRdI3GkXWN05B2i9SPeInVjXiJ1Y14idWN&#10;eInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4YkB/+XLAv/ojIP/6szEfKzNRPovDoT3sU/F9DBSCnE&#10;u1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6hpuBgICYiYV7lpKJdpSbjXKTpo9vk7OQbpPDkG6T&#10;049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y3/dx4D/4kiB/+ZLAr/pTAN/K4v&#10;Du+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1X1SfsGVflqxraY6ocnGGpXh4gKJ/fnqfh4N0nY+I&#10;b5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTWjGyU1oxslNaMbJTWjGyU1oxslNaMbJTWjGyU1oz/&#10;eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG0c45FcXJRSW5xE42rr9WRaO7XVKZtmNdkLJpZ4ev&#10;cG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopjo66MYaO+jGCk0otjoNeLZZzYimWc2IplnNiKZZzY&#10;imWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+gKQf/rCcH8rgkBuXHJATZ1ScFy9M3E7/OQyOzykw0&#10;p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7eG2wg31or4uBY66VhF+toIZdra2HW628h1qu0Idc&#10;qtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2of/fhoD/5QfBP+lJgX9sSAE7MEaA9/T&#10;FwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyLxWBXgsNmYHrAbGdzvnNtbLx6c2e7gndiuop7XrmU&#10;flq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv3YJYr92CWK/dgliv3YJYr92CWK/dgliv3YL/hBcC&#10;/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982DrDdQB2k2UktmNVRO43RWEiDz15Se8xlWnPLa2Fs&#10;yXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5Usa7elHHz3lRxON6U7zifFO84nxTvOJ8U7zifFO8&#10;4nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHYwwoAztEKAMTlFAG55CYIruQ0E6TiPyCZ4Ectj95P&#10;OYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzUgmdY1ItqVdSVbVLUoG5Q1K1vTtW8cE3W0G9N1ehw&#10;Tszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XL/khEB/6cRANi5CQDLxggAwtUKALfqFgOs&#10;6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpKaeRhUGTjaFVf43BZWuN4XFbjgF9T44liUOOTZE3k&#10;nWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ0rf7Gf/nA0A27EG&#10;AMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zwPyaC8EcxefBOOXDvVEBo71pGYe9gS13vZ09Y725S&#10;VO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKvX0Pyu19C88xgQfPnYEHz6GBB8+hgQfPoYEHz6GBB&#10;8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcAp+oNAZ33HAeU+CsSivg2HIH5QCZ4+kgvb/pNNmf6&#10;Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I/IFPRf2KUUP9k1JB/pxTP/6mVD3/sVU9/rxWPP7N&#10;Vjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlbOsAIAvboEALHHBACl1gcAm/0QApH/IAmI/y0S&#10;gP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9dO0//Yz5M/2hASf9uQUb/dUND/3xEQP+ERj3/jEc8&#10;/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUu+tQIAsMACAKTO&#10;AwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i/0IkW/9IKFX/TixQ/1QvTP9aMUj/XzNF/2Q1Qv9q&#10;Nj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/mj40/6E+M/+qPzP/qj8z/6o/M/+qPzP/qj8z/6o/&#10;M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8WAnn/IAZv/ygMZ/8wEl//NxdY/z4bUv9EH0z/SiJI&#10;/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24sNv90LTT/ei4z/4EvMf+IMDD/jzAu/5YxLf+eMi3/&#10;njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKkwgAAls8AAIjfAACA/wwBdf8SAmr/GANi/yEHWv8p&#10;C1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/Uxs3/1gcNf9cHTP/YR4x/2UfMP9qIC7/cCAt/3Yh&#10;K/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCT/YCUE/1swBv9hOg3/&#10;akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH/2CETP9djlD/WpZT/1ieVv9XpVj/Vata/1SxW/9T&#10;t1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/uU/Bf6FTxX+RW8l/kVvJf5FbyX+RW8l/kVvJf5Fby&#10;X+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9yUSn/cVoy/21jOv9obUH/ZXhH/2GDTf9ejVH/W5ZU&#10;/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLHX/xR02D6UOJg9lHpYPFS7mDrVO9g5VbxYOFX8mDh&#10;V/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE/1wwBv9lOA3/bj8V/3RHH/91UCj/dFgx/3BhOv9r&#10;akH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/V6pc/lawXv1Ut1/9U79g/FPJYfpS1mL4UeRi81Lq&#10;Yu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY8WPbWPFj21jxY9tY8WP/YiUE/10vBv9nNg3/cT4V&#10;/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+Tv9iiVP/X5JW/1ybWv9aolz+WKle/VewYPxVt2H7&#10;VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k2VnwZdNa8GbTWvBm01rwZtNa8GbTWvBm01rwZtNa&#10;8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/e1Qw/3dcOf9yZUH/bG9I/2h7Tv9khlP/YJBY/12Z&#10;W/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT3mbyVOdm6lbrZuJZ7mbaWu5n0VvvaMxc8GjMXPBo&#10;zFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18uBv9tMwz/dzoU/31CHf+ASib/f1Iw/3xbOP93Y0H/&#10;cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di+FmuZPdYtmb1V8Bn9FbLaPFV3WjtVulp41nsaNpb&#10;7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mv/ZCME/2EtBv9wMgz/ezgU/4FA&#10;HP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/tsf1X4aIla9mSSXvNhm2HxX6Nk8F2rZu5bs2jsWrxq&#10;6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/sbr5g7G++YOxvvmDsb75g7G++YOxvvmDsb75g7G//&#10;ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t/4ZXNv+CXj78fGZG+HZwTvRxe1XwbYVa7WmOX+pl&#10;l2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027ZXeZuzl7rb8Zf6nG/YepxumLpcrZj6XK2Y+lytmPp&#10;crZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93Lgv/gjUS/4k+Gv+NRyL/jU4r/4xVM/yIXDz2g2RF&#10;8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSja9ZirG7TYLVw0F+/cc5fzXLLX+JzxGHoc71i6HS3&#10;ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0r2bndK9m53T/ZyIE/2onBf96LAr/hjQR/409Gf+R&#10;RSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPgeH1a2nOGYNRuj2bQa5dqzGifbslmp3HHZK9zxGO5&#10;dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho5neoaOZ3qGjmd6ho5neoaOZ3qGjmd6ho5nf/ZyIE&#10;/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZSLvGUWDbqkF4/5IpnSN2EcVDVfXlaz3iCYcpzimfG&#10;b5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6sWfjeqto43qnauN6o2vkeaFr5Hmha+R5oWvkeaFr&#10;5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/jDMP/5Q7Fv+ZQxz9m0kj9JtPKuyZVTPlllw73pFl&#10;RdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVunXWxbKZ4rmuve6xqu3yqacp9qGrhfaNs4nyfbeJ8&#10;nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7je5pu43v/aSED/3EjBf+CKAn/jzIO/5c7FP+cQhr5&#10;nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZv4J6Yrl9gmi0eYpusHaSc6xzmneocKJ6pW+rfaJu&#10;tn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyUceJ8lHHifJRx4nyUceJ8lHHifJRx4nz/aSED/3Qi&#10;BP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+SkUCnboVc1z5pfQ8eTaE+/jHBZuId3YbKCf2itfoZu&#10;qXqOc6R3lnigdZ57nXOofppys4CXccCBlnLTgZNz34CRdOB/kHTgfo904X2PdOF9j3ThfY904X2P&#10;dOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM/505Ef2iPRXypUEa6ahHH+CqTSXUpFQ0yp1dQsGX&#10;ZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZeZt8lXelf5J2r4GQdr2CjnbOgo133oGLd9+Ainjg&#10;f4p44H6KeOB+injgfop44H6KeOB+injgfop44H7/aiAD/3gfBP+JJgf/ljAL/583D/qkOhPvqT8X&#10;5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9yYKeLeWihh4Fum4OIdJeAkHiSfpl8jnyif4t6rYKI&#10;erqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/hXvgf4V74H+Fe+B/hXvgf4V74H//ayAD/3oeBP+L&#10;Jgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPLq1IywaVaQLifYkywmWlXqJRwYKGPd2ebi35uloiG&#10;c5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A3YN/f96Bf3/fgIB+4H+AfuB/gH7gf4B+4H+AfuB/&#10;gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6MzC/SqNA3psTkP37c/EtK0RiLHrlAxvahZP7OiYEur&#10;nWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8gYadgH6EqIJ7hLWDeYTFhHiF3YN5hN6BeoPfgHqC&#10;4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//bR8D/34bA/+PJAX/nSwH/qYwCfCuMQvltjUL27w5&#10;Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZc2aQlXpsipKBcoWQiXeAjZF8e4ubf3eKpYJ0ibKD&#10;conCg3KK2oNzid6BdIffgHWG4H91huB/dYbgf3WG4H91huB/dYbgf3WG4H//bx4D/4AbA/+SIwT/&#10;oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0utLBWPKqrXUmhpmRUmaJqXZGecWWKm3hrhJh/cX+W&#10;hnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJtj96Bb43fgHCL4H9wi+B/cIvgf3CL4H9wi+B/cIvg&#10;f3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3JgTewyoD0MM1DsS/QR25ukwtrrVUO6WwW0ebrGJS&#10;k6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mWfGuXoX9ol62AZpe8gWWY0YBmlt9/aJPgfmqR4X5q&#10;keF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC/4cYAv+YIAP/piUD8rIgA+S+HgLXySICysczDb7D&#10;QByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+qXRneKZ6bXKkgnJtoop2aKGUeWSgn3xhn6t+X6C6&#10;fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nz/eBgC/4sXAf+dHQL9qx4C&#10;7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FRNpi9WEKPuV9NhrZlVn+za114sXJkcq95aWytgG5n&#10;rIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6W6Tkel2h5HldoeR5XaHkeV2h5HldoeR5XaHkeV2h&#10;5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI0hwBvNEuCbHOOxemy0YlnMhPM5HEVj+IwV1JgL9j&#10;Uni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1nHJWtKl0VLS4dFO1y3RTteR0VLDndVas53VWrOd1&#10;VqzndVas53VWrOd1VqzndVas53X/gxIB/5YRAP+oEQDZuAoAzsQJAMfSCgC/2RkBtNgrB6nWORSf&#10;00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9ZZcR2XmDDfmJcwodmWMGRaFXBnGtSwahsUMG3bU/C&#10;ym1PwuRsT73sblC57G9QuexvULnsb1C57G9QuexvULnsb1C57G//iRAB/50OANqvCADNuwgAxMcH&#10;ALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLYUzV51Vo/cdNhRmrSaExl0W9SYNB2VlvQflpXz4dd&#10;U8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7yZUvI8mZLyPJmS8jyZkvI8mZLyPJmS8jyZkvI8mb/&#10;kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0DnuUtC5TlORaK5EIggeNKKnfiUDNv4Vg7aeBfQWPg&#10;ZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL4KdYSeC1WUjhxllI4d9ZR9/wWUbc9VtG3PVbRtz1&#10;W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4BQC3wwUArdEIAKTtEAGb7SAFku0uDonsOhiA7EMh&#10;duxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+tyRlDreklN7INLSuyMTUjslk5F7aFQQ+2uUULuvFFB&#10;78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VHUpQAAxLIDALa8AwCryQUAoNgIAJf0&#10;EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e91UxWfdbNVX3YjhR92g7TfhvPUr4dj9H+H5BRPmH&#10;Q0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn840k5/ONJOfzjSTn840k5/ONJOfzjSTn840nHrQAA&#10;t7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8xD3L/OBZp/0AcYv9GIlz/TSZW/1MqUv9ZLU7/XzBK&#10;/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7OP+dPDb/pz01/7E+NP++PjP/yj8z/8o/M//KPzP/&#10;yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR2AIAiPsNAX//GQJ2/yQGbv8tDGb/NRJf/zwXWP9D&#10;G1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/ayo7/3IrOf95LTb/gS40/4ovMf+UMDD/nDEu/6Uy&#10;Lf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzOruAAAnsUAAJDSAACD4AAAff8PAXL/FgJo&#10;/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oYQf9PGT7/VRs7/1kcOf9fHTb/ZB40/2kfMv9wIC//&#10;dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl/6cmJf+nJiX/pyYl/6cmJf+nJiX/pyafwAAAkc0A&#10;AIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/JwZI/y8IQ/82Cj//PAw8/0IOOP9HDzX/TBAz/1ER&#10;MP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95FyL/gRgg/4kYHv+RGR3/lxkd/5cZHf+XGR3/lxkd&#10;/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O/2RFFv9mTh//ZFgn/2FiL/9ebjX/Wnk7/1eEP/9U&#10;j0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/SsRO/0nOT/9J3k//SOlQ/0jyUPxJ9lD3S/lQ8Uz6&#10;T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP+1D/VicE/1EyBf9YNAf/YjsO/2dEFv9pTR//Z1Yn&#10;/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1CfSf9Ppkv/Tq1N/020Tv9MvE//S8VQ/0rPUf9J4FH/&#10;SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ+lL/VycD/1IxBf9a&#10;Mgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/XnQ8/1qAQf9Xi0X/VJVI/1KdSv9QpUz/T61O/060&#10;T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM91PuT/hT6FD5U+FS+lTgUvpV4FL6VeBS+lXgUvpV&#10;4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21AFv9vSR7/blIn/2pcL/9lZjb/YXE8/119Qf9ZiEb/&#10;VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT/03PVP5M4FX7TOtV+Ez0VfBP91XpUfhV4lL4VttU&#10;+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/WSYD/1cuBf9gLwf/ajYN/3E+Ff9zSB7/clEm/29a&#10;Lv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9VoFD/VKhS/lKvU/1Rt1X8UMBW+k/LVvhP3Ff1T+lX&#10;8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+Fr/WSYD/1osBf9kLQf/&#10;bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8/2Z2Qv9igUf+XotL+1uUT/lZnVL4V6RU9lasVvVU&#10;tFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvXVvZcz1f3XchZ+F3HWfhdx1n4XcdZ+F3HWfhdx1n4&#10;XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98RRz/fE0k/3pVLP91XjT/b2c8/GpyQvlmfUj2Y4dM&#10;81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbDXOZW0VzjVuRc31bwXdVX9V/MWfZgxlr2YMBb9mG+&#10;XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD/2AoBf9rKAb/dzAL/346E/+BQxr/gksi/39TKv97&#10;WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXlX51Y412lWuFbrVzeWrZe3FnAX9pZzmDVWeJg0Vnv&#10;Ycpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf82S2X/Nktl/zZLZf82T/XCQD/2MmBP9vJgX/ey8L&#10;/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47XdqQOhydUfkbn9N4WmIUt1mkVfZY5la1WChXdJfqGDP&#10;XbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fns2DxZ69h8WeuYvFnrmLxZ65i8WeuYvFnrmLxZ65i&#10;8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/jEcd+YtPJfKIVi3sg1025n5nPuB4cUbbc3tN1W6D&#10;U9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79fwWi9X9BpumDmabVh72qvYu9qq2Pvaqdk72mmZfBp&#10;pmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2kiBP92IwT/giwJ/4s2Dv+PPhT9kUUb9JFMIu2OUyrm&#10;iloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9ev2mXYrtnn2W4ZadotmSwarNju2uxY8psr2PhbKtk&#10;7W2mZu1so2ftbKBo7mufaO5rn2jua59o7mufaO5rn2jua59o7mv/XyMD/2sgA/95IgT/hSsI/440&#10;DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6EakXIfnNNwnl7Vb51g1u5cYtgtW6SZLJsmmevaqNq&#10;rGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rsbplr7W2Ya+1tmGvtbZhr7W2Ya+1tmGvtbZhr7W3/&#10;XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV65tHGuObTSHallUtz49eOciJZ0TBg29Nu353VbZ5&#10;f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCda8BxnGvScpps6XGXbepwlG3rcJJu7G+Sbuxukm7s&#10;bpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+IAP/iykG/5UxCfubOA3wnj4R56BEFt+gSh3TmlIr&#10;ypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneLZaJ0k2mecpttmnCkcJdvr3KVb7xzk2/Nc5Jw5nOQ&#10;cOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetwjHHrcIxx63D/YyAD/3IbA/+AHwP/jicF/5cvCPie&#10;NgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1jGpMr4dyVKmCeVukf4Bgn3yIZZt5kGqXd5htk3Wh&#10;cJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod16nGHdepwh3XqcId16nCHdepwh3XqcId16nD/ZR8D&#10;/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9DtSnRBvJoU8pwJtYNriVYEKwkGhLqYtvU6OHdlqe&#10;g35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1hHfFdoN433WDeOh0gnjpc4J46nGCeOpxgnjqcYJ4&#10;6nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/kyQD/50rBfGkMAbmqjMI3K43DM+qQxrFpU4ovJ9X&#10;NbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6Ci2qKgJNuhn6ccYJ9p3R/fLN1fXzDdnx923Z8feh0&#10;fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzqcX186nH/aRwC/3kYAv+HGwL/lSMD+6ApBO6oLATj&#10;ry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJn5RrUpmQclmTjXlfjoqAZImHiGmEhZFtgIOacXyC&#10;pHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4f+pxeH/qcXh/6nF4f+pxeH/qcXh/6nH/axsC/3sX&#10;Av+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsewQBi8rEsms6dTM6qiWz6inWNImplpUZSVcFiOknde&#10;iI9+ZIONhml+io5teomYcXaHonNzhq51cYa9dm+H0nZwh+h0cYXoc3KE6XJzhOpxc4TqcXOE6nFz&#10;hOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B9KciAuawIAHauiEBzbgxCcK0Phe4sEkkrqtSMaWm&#10;Wj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4kIxsdI+VcHCNoHJtjKx0aoy7dWmNznVpjeh0a4vp&#10;c22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I6nH/cBcC/4EVAf+QFgH/nhoB8KsbAeK2FgDTvR0B&#10;yLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRmTomhbFWCnnNbfZx6YXeZgWZyl4pqbpaTbmqUnnFm&#10;lKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupwZ47qcGeO6nBnjupwZ47qcGeO6nD/cxUC/4UTAf+U&#10;FAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOuuUYhpLVPLZqxVjmSrl5DiqtkTIOoalN8pXFZdqN4&#10;X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2cyXFdnORwXprrcGCW629hlexvYZXsb2GV7G9hlexv&#10;YZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UKAM/BCgDGxRgAvMQqBbLCOBGnv0QenrtNK5S4VTaL&#10;tVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZkYqePZ16mmmpbpaZsWKW1bVemx21XpuJsV6TtbFqf&#10;7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/fBAB/44QAPaeDQDYrQkAzbgJAMfECAC+yhQAtcon&#10;BKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4Z0twt21RarV0VmW0fFtgsoRfXLGOYlixmWVVsKVm&#10;U7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnwaFSp8GhUqfBoVKnwaFSp8Gj/gg4A/5QMANulBgDO&#10;sQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Yj8pIJP/i/+JJQ0NfUFJPRklMRQADCYbIUS59xlg4&#10;dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72NW1S9mF1RvKRfT7yzYE29xWBNveBfTLzwYU239WJN&#10;tvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA4ZwDANCqBQDFtQUAu78EALLLCACr2A0Ao9kgAprY&#10;LwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9jzGtEXsxzSVrLekxWyoNPUsqNUk/KmFRNyqVWS8qz&#10;V0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF+1pIxftaSMX7WkjF+1r3kQQA1KICAMevBAC6uQMA&#10;sMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9EG3XeTSRu3VUrZ9xcMmLbZDdd22s7WdpyP1XaekNS&#10;2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5MRtrtTETY+U9D2PtPQ9j7T0PY+09D2PtPQ9j7T0PY&#10;+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU6BQBjOklBIToMwt76DwUc+hEG2voSyJk51IoXudZ&#10;LVnnYDJV52g1UudvOE/ndztM54A9SeeJP0folEFE6J9CQumsQ0HpukRA6s1EQOrkREDo9URA5/hD&#10;QOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4BALC4AQCkxAIAmdAFAI/hCgCJ8RoBgfEoBXjyMgxw&#10;8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82UtTPRsMEn0czJG9Hs0Q/SENkH1jjc+9Zk5PfakOjv2&#10;sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw49+w8OPfsPDj37Dy/qgAAsbMAAKS/AACYygEAjNgE&#10;AIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+RxlT/k0dT/9UIEv/WiJI/2ElRf9nJkL/bShA/3Uq&#10;Pf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++MjH/0DIx/9YyMf/WMjH/1jIx/9YyMf/WMjH/1jKy&#10;rwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkCZ/8iBGD/LAda/zQMVP88D0//QxNK/0kVR/9PF0P/&#10;VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx/4YjL/+RJC3/myUs/6UmK/+vJir/uycp/74nKf++&#10;Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvOAAB+2wAAdfkHAGv/DwFi/xYCW/8eA1T/JgVO/y4G&#10;Sf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9YEjP/XhMx/2QULv9qFSz/chYq/3oXJ/+DGCX/jhkk&#10;/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60bIf+tGyH/rRuavgAAi8oAAH7XAABw4wAAZ/8EAF7/&#10;DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3/zoHM/8/BzD/RAgu/0kJLP9OCSn/Uwon/1gKJf9e&#10;CyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/mQ8Y/5sQGP+bEBj/mxAY/5sQGP+bEBj/mxD/TCoD&#10;/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dgJP9Uayr/UHgv/02EM/9Kjzb/R5k5/0ahO/9FqTz/&#10;RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C/0H2Qv9B/UL/Qv9B+UT/QfRG/0LvR/9C70f/Qu9H&#10;/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/VzYI/1w/Dv9eSRb/XVMd/1peJP9XaSr/U3Uv/1CB&#10;NP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9EvUH/RMZC/0PRQv9D4kP/Q+xD/0P1Q/9D/EP8RP9D&#10;9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/ROtJ/0T/TSkD/0wwBP9UMQX/WTQI/189Dv9hRxb/&#10;YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7/0udPf9KpD//SKxA/0izQf9Hu0L/RsND/0bORP9F&#10;30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0blS/9H5Uv/R+VL/0flS/9H5Uv/R+VL/0f/TikD/08u&#10;BP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9dZCv/WnAw/1Z8Nf9Thzn/UJE8/06aP/9NokD/S6lC&#10;/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+EjyR/VI+kbxSf9H6kv/SONM/0neTf9K3k3/St5N/0re&#10;Tf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H/2c6Dv9qRBX/ak4c/2dXJP9iYSv/Xm0x/1t4Nv9X&#10;gzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6TLxI+UzHSPZL1EnzS+VJ8EvwSe1M+UjpTP9K4U7/&#10;S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ/03/UCgD/1UqBP9dKQX/ZS0H/2w4Df9vQhT/b0sc&#10;/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaSQvdUmkT1U6JG9FKpSPJRsUnxULlK70/DS+5Pz0vr&#10;T+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9QyVP/UMlT/1DJU/9QyVP/UMlT/1D/UScD/1gnBP9h&#10;JwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9aGQw+WVwNvZhezvzXoVA8FuOQ+5ZlkbsV55I6lWm&#10;SuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS91HRU/1SylT+U8RW/1O/V/9Tv1f/U79X/1O/V/9T&#10;v1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0C/96PRH/ekYY/3hPIPt0WCj2b2Ev8WtsNu1ndjzp&#10;Y4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ2Fa8UdVVyFLSVdtTzlbrU8tW9lXGVv1Wv1j9VrpZ&#10;/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/UyYD/18iA/9pIQP/cygF/3syCv9/OxD/gEQW+35M&#10;HvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthijkrUX5ZN0V2dUM5cpVLMWq1UyVm2VsdZwlfGWdBX&#10;wlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37Wa1d+1mtXftZrV37Wa1d+1n/ViQD/2IgA/9tIAP/&#10;dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq4XhkMtxzbjrUbndB0GqAR8xmiUzIZJFQxWKYU8Ng&#10;oFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71ywXvldq1/5Xahg+VylYflcpWH5XKVh+VylYflcpWH5&#10;XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+JNgv4iz4R74tGF+iITh7hhFcm2X5hMdF4ajrLc3NC&#10;xm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2GsXLBgt16uYMRfrGDYX6lh61+nYfdfomP3X59k91+d&#10;ZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC/2gcAv90HQL/fiMD/4grBf2NNAnzkDsO6pBDFOKP&#10;ShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61bohSsmuPVq9pl1qsZ59cqWWoX6ZksmGkZL9iomTQ&#10;YqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo9mCWaPZglmj2YJZo9mD/XR8C/2oaAv93HAL/giEC&#10;/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohbL8KDZDm8fmxBt3l0SLJ1fE6ucoRTqm+LV6Ztk1uj&#10;a5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNkk2r0Y5Fr9WKQa/VhkGv1YZBr9WGQa/VhkGv1YZBr&#10;9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXrmTUI4Zw7DNaYQxbMk08ixI1YLr2HYTi2gmlBsH5x&#10;SKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVtq2SSbLdmkGzGZo9s32aObfFljG7zZItu9GOKbvRi&#10;im70Yopu9GKKbvRiim70Yopu9GL/YRwC/28WAv98GgH/iB4B/5EkAvKZKwTnnjEF3aA2CdGcQRXH&#10;l00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31TnHiFWJh2jVyUdJVfkXKeYo5xqGWLcLRniXDDaIdw&#10;22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GP/YxoC/3EVAf9/GAH/ihwB/JQh&#10;Au6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQXTesi2U/pYdsR6CDc02bgHtTln2CV5J6ilyOeJJg&#10;inabY4d1pWaEdLFngnTAaIB01WiAdexnf3byZn9182V/dfNkf3XzZH9182R/dfNkf3XzZH9182T/&#10;ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC0qcwB8ijPhO/nkkftplTK66UWzanj2M/oItqRpuH&#10;cU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+ea9oe3m9aXp50Wl5eupoenryZnp58mV6efNkennz&#10;ZHp582R6efNkennzZHp582T/ZxcC/3YUAf+EFgH/kBcB9ZsaAeekHQHbqx8BzqovBsSmPRK6oUge&#10;sp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo1ffoCXY3p/oWZ3fqxodX27aXN+zmlz&#10;fuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNkdXzzZHV882T/aRYB/3gTAf+HFAD/kxUA8Z4VAOOo&#10;FgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOemF88l5RmRJCRbUuLjnRRhox7VoGJg1t8h4tfeIaU&#10;YnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C8mVwgfNkcIHzZHCB82RwgfNkcIHzZHCB82T/axQB&#10;/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbArBbutOQ+yqUQbqaVOJ6ChVjKZnV47kppkQ4uXa0qG&#10;lHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahnaYm2aGeJyGhnieNnaInyZmmH82VqhvNkaobzZGqG&#10;82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3mg4A26cKANOwCwDKtBYAwLQpBLaxNw6trkMapKpM&#10;JZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aWflhxlIZcbJKQYGiRmmNlkKZlY5C0ZmGQxmZhkOFm&#10;YZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0Y2SM9GP/cRAB/4IPAP+RDQDenwkA06oJAMyzCQDE&#10;uBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3h6ZhP4CkZ0Z6oW5MdZ91UXCdfFVrnIRaZpqOXWOZ&#10;mGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJek/ViXpP1Yl6T9WJek/ViXpP1Yl6T9WL/dQ4A/4YN&#10;AOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7MgqhuT8VmLZIIJCzUSuIsFg0gK5fPHqrZkN0qWxI&#10;b6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6GwYFahwWBVotxgVaHvYFaf919XnPdfV5z3X1ec919X&#10;nPdfV5z3X1ec91//egwA/YsJANqbBADOpwYAxLAGALy5BAC1wQ4ArMIgAaTBMAiavzwTkb1GHYm6&#10;TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1froFRW62KVFitlVdUrKFZUqyvW1CswFtQrNpaT6vu&#10;W0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm+lv/gAkA4ZIBANGgBADGqwUAvLQEALO9AwCrxwsA&#10;pMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79bM22+YjlnvGk+YrtwQ166d0dauYBLVrmJTlO4lFBQ&#10;uKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5WSrP+Vkqz/lZKs/5WSrP+Vkqz/lb6hwIA1pgAAMml&#10;AwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASKzzYMgc5BFXnMSh5yy1ImbMpaLWbJYTJhyGg3XMdv&#10;PFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jFv0tHxthLR8XtS0bD+U1Fwv9ORcL/TkXC/05Fwv9O&#10;RcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0CAJ/HBQCW0gkAjtoSAIjbJAKA2jIIeNk+EHHYSBhq&#10;11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385TNOIO0rTlD5H06A/RdSuQETUv0FD1dhARNPsQELS&#10;9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTRmAAAw6UAALWuAACpuAAAnsMCAJTNBgCK2QoAhOMY&#10;AX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfjXSRU42QnUOJrKk3icy1K43wwSOOGMkXjkDRD45w1&#10;QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7OD3i+zg94vs4PeL7OD3i+zjGoQAAt6sAAKq0AACe&#10;vgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jIIZO47DV7uQxNY7ksXU+5SGlDvWR5M72AgSe9nI0fv&#10;byVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri448r4vN/PQLzfz5y828fMvNvHzLzbx8y828fMvNvHz&#10;Lzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvdBQB09xEAbfccAWb4JgNf+C8GWvk4ClT5QA5Q+kcR&#10;TPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14Hzj9giA2/Y0iNP6YIzL+pCQx/7ElMP+/Ji//zyYu&#10;/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAAn7cAAJLCAACGzQAAedoAAHDyCABo/xEAYf8aAVr/&#10;IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49/1UQOv9bETj/YRM1/2gUM/9vFTD/eBYu/4IXLP+N&#10;GSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/xxwm/8ccJv/HHCb/xxyhtAAAk78AAIbKAAB41gAA&#10;bOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8uBED/NAU8/zsGOf9BBzb/Rggz/0wIMf9RCS7/Vwos&#10;/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQHv+gEB7/qBEd/7ERHf+xER3/sREd/7ERHf+xER3/&#10;sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP/wwASf8SAUP/GQE+/yACOf8nAzX/LQMy/zMELv84&#10;BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/Xgcb/2UHGf9uCBf/eAgV/4MIE/+NCRP/lgkS/54J&#10;Ev+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0IyBP9IMgT/TDYG/048CP9QRw7/UFIV/05fGv9Lax//&#10;SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w/z21Mf89vDL/PMUy/zzOM/873zP/O+o0/zvzNP87&#10;+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1P/819T//NfU//zX/QywD/0QwBP9KMAT/TjQG/1E6&#10;CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9Fiyv/Q5Ut/0KdL/9BpTD/QKwx/z+zMv8/ujP/PsI0&#10;/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//NPg//zbyQf838EH/N/BB/zfwQf838EH/N/BB/zf/&#10;RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V/1RaG/9RZiD/TnIl/0t9Kf9IiCz/RpIu/0WbMP9E&#10;ojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/QOU3/UDwN/pA+Df3Qf829kH/N/JB/zjsQ/856kT/&#10;OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9QLAT/VS8F/1k3CP9cQg7/W00V/1hXG/9WYyD/Um8l&#10;/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0WtNv9FtDf/RLw4/kTGOPxE0jn5Q+I59kTuOfNE9znx&#10;RP8570T/OutF/zvkRv8840b/PONG/zzjRv8840b/PONG/zz/RisD/00pA/9UKQT/WSwF/141B/9h&#10;QA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/Tosx/kyUNPxLnDX7SqM3+kmqOPhIsTn3SLk69kfC&#10;O/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI/z/aSv9A2Er/QNhK/0DYSv9A2Er/QNhK/0D/RyoD&#10;/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RRGv9gWyD/XGcm/VlyK/pWfS/4U4cz9lGQNfRQmDfy&#10;Tp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+5UzqPeJL9T/fS/5B3Er/QtRM/0PNTf9Dy07/Q8tO&#10;/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/YygE/2gwBv9sOwv/bEQS/2pOGf5mWB/5YWIl9V5t&#10;K/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVRqj7jULI/4U+7QOBPx0DeT9hB2U/oQdRP9EPQTv5F&#10;zk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/R8BR/0f/TSUC/1chAv9gIAP/aCYD/24uBf9yOAr/&#10;ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn404luHOOBZjzvdV5c+21WfQNhUpkLVU65D0lK3RNBS&#10;wkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3Vf9KtlX/SrZV/0q2Vf9KtlX/SrZV/0r/UCMC/1se&#10;Av9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0UBvqb1oi5GtlKeBnby/bY3k11mCCOtJdij7PW5JB&#10;zFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1XfS7xW7ky5VvpNt1b/TbJY/02uWf9NrFn/TaxZ/02s&#10;Wf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC/3goA/98MQf4fjoL8H1DEel6TBjidlcf3HJhKNRt&#10;ay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8W6RLulqtTLhZt062WcNPtFnVT7Fa6lCuWvdQrFr/&#10;UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd/0//Vh4C/2EZAv9sGgL/dSAC/3wlA/2BLgXzhDcJ&#10;6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4PL5ngEG6ZYhFt2OQSLRhmEuyX59Nr16oT61dslGr&#10;Xb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9Sm2D/Uptg/1KbYP9Sm2D/Uptg/1L/WBwC/2QXAf9w&#10;GQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLRglAcyn1aJsR4Yy++c2w3uW90PbVsfEKyaoRGrmeM&#10;Sqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h4VabYvFVmWL9VZdj/1SVZP9UlGT/U5Rk/1OUZP9T&#10;lGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4QgAfOKJgLoji4E35A2B9SMQRHLh00bxIJXJr19YC+3&#10;eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhRnWegU5pmqlWYZbVXlWXEWJRl21iSZu9XkWb8V49n&#10;/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/XBgB/2kTAf92FgH/gBkB/YgdAe+OIgHkkykC2pQx&#10;Bs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2dUKjc31Hn3CES5xujE6YbJRSlWudVJJqp1eQabJZ&#10;jWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+Vodr/laHa/5Wh2v+Vodr/lb/XhcB/2wSAf94FAH/&#10;gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZuYpTJLKGWy2sgWQ1pn5rPKF6ckKdd3pHmXWBS5Vz&#10;iU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuDbulag274WYJv/FiCb/1Xgm/9V4Jv/VeCb/1Xgm/9&#10;V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeWGADbnBwAz5stBMWXOw28k0cYtI5RI62KWSynhmE0&#10;oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOXVYRyoViCcaxaf3G6XH5xzFx9cudbfXL2Wnxy/Fl8&#10;cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB/3ERAf99EQD/iBIA8pISAOOaEgDVnxkAyp4rBMGb&#10;OQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCSgHVFjX58Sol8hE6FeoxSgniVVn53n1h7dqpbeXW4&#10;XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2/Fd3dvxXd3b8V3d2/Ff/ZBIB/3MQAP+AEAD/ixAA&#10;75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZNIKSSViqdjl4yl4tlOZKIbECNhXNFiIN6SoSAgU6A&#10;f4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJccXvzWnF7+1lyevxYcnr8WHJ6/FhyevxYcnr8WHJ6&#10;/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDMpBUAwqQnA7iiNgqwnkIVp5pMH6CXVCmZk1wxk5Bj&#10;OI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOBm1hvgKZabX+0XGt/xVxrgN9ca4DyWmuA+1lsfvxY&#10;bX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gOAP+FDADikggA1ZsJAM6jCQDHqBIAvaglArSmNAmr&#10;okATo59KHpubUieUmFowjpVhN4iSaD2CkG9Dfo52SHmMfUx1ioVQcYiOVG2HmVdqhqRZZ4WxW2WF&#10;wltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdng/xXZ4P8V2eD/Ff/bA4A/3sMAPKJCQDZlQYAz54I&#10;AMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJahUSWPnlguiJtfNYKZZjx9lm1BeJR0RnOSe0tvkINP&#10;a4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zuWV+M+1hhiv1XYYn9V2GJ/Vdhif1XYYn9V2GJ/Vf/&#10;bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4AsrAgAamuLwahrDwQmKlGGpGnTyOJpFYsg6JdM32f&#10;ZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNelaBVW5StV1qUvVhZlNRXWZTsV1mT+VZbkf5VW5D+&#10;VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiRAwDMnAUAw6UFALutBACzswwAq7UcAaO0LAWbsjkO&#10;krBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRvQWiid0VkoX9JX5+ITFyekk9Ynp5SVp2rU1SdvFRT&#10;ndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9TVJn/U1SZ/1P/eAYA4YkAANCWAgDGoQMAvKkDALOw&#10;AQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18s1IldrFaLHCvYDJrrmc4Zq1uPGKrdUBeqn1EWqmG&#10;SFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m909Npf9PTqT/T06k/09OpP9PTqT/T06k/0/6fwAA&#10;2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EUAJTBJQKMwDMIhL8+EXy9SBl1vFAhb7pYJ2q5Xy1l&#10;uGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xGTLOpSEqzuUhJtM5ISbPpSEix9klIsP9KSLD/Skiw&#10;/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2qQAAq7EAAKG6AQCYwwUAkMkQAIrJIAGDyS8Fe8g7&#10;DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bBcjNTwXs2T8CEOUzAjzxKwJs+R8CoP0bAuEBFwM1A&#10;RcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/Q0O8/0PWjQAAxpsAALilAACtrgAAorYAAJi/AgCN&#10;yAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsVYdBTGlzPWx9Yz2IjVM5pJ1HOcSpNznotSs6DMEjO&#10;jjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/y/45Psv/OT7L/zk+y/85Psv/OT7L/znKlgAAvKIA&#10;AK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPeGABu3iYCaN4zBWLePgpd3kgPWd5QFFXeWBdR3mAb&#10;Tt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96mKj7ftSo94MgqPd/jKjzd8Ss73PstOtz9Ljrc/S46&#10;3P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAAjcMAAIHNAgB21wcAbugPAGnoGwFj6CcCXukyBVjp&#10;OwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB63IbP+t7HTzrhh467JEgOOyeITftrCI27bsjNe7P&#10;IzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr+COzpQAApq0AAJm3AACNwQAAgMsAAHXVAQBp4QYA&#10;ZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZHCkT2TgxB91UOP/dcDzz3YxE6+GoTN/hzFDX4fRYz&#10;+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cbK/vrGyv76xsr++sbK/vrGyv76xuoqgAAmrQAAI2/&#10;AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO/yMCSf8rA0X/MwRB/zoFPv9BBjv/Rwc4/04INf9U&#10;CTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/lQ8l/6EQJP+uESP/uhIi/8oSIv/QEiL/0BIi/9AS&#10;Iv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90AAFnjAABT/QYATf8OAEj/FgBD/x4BP/8mAjr/LQI3&#10;/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YGJP9dBiL/ZQcg/24HHf95CBv/hQga/5IJGf+eCRj/&#10;qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQugAAgsUAAHTQAABn3AAAWOMAAE3wAABH/wIAQv8M&#10;ADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/NQIj/zoCIP8/Ax7/RAMc/0kDGf9PAxf/VgQV/14E&#10;Ev9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+iBQ3/ogUN/6IFDf+iBQ3/ogX/OS8C/zwwA/9BMQP/&#10;RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ/zyBHP86jB7/OZYg/zieIf83pSP/N6sj/zayJP82&#10;uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/Nv8m/jb/Jvw2/yb8Nv8n+jb/KPo2/yj6Nv8o+jb/&#10;KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9IQwj/SE8N/0dbEv9EZxb/QnMa/z9/Hf89ih//PJMh&#10;/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjHJ/840yj/OOMo/zjtKP449yj7OP4n+Tn/J/g4/yn4&#10;OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C/0EsA/9GLAP/Si8E/0w3Bf9NQQj/TEwN/0tYEv9I&#10;ZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/PaYm/zytJ/88tCj/O7sp/zvEKf87zyn+O+Aq+zvr&#10;Kvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87/y3vO/8t7zv/Le87/y3/PC0C/0QpAv9KKQP/TiwE&#10;/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4H/9FgyL/Q40k/0KVJv9BnSf/QKMo/0CqKf4/sSr9&#10;P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s7T//Lew+/y/rPv8w5z//MOc//zDnP/8w5z//MOc/&#10;/zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/V0cM/1VREv9SXRf/UGkc/010IP9KfyP9SIkm+0eR&#10;KPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJDyC7wQ9cu7EPnLulE8y3mQ/ww5EL/MeNC/zLhQv8z&#10;3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sjAv9SIgL/WCcD/1wvBP9dOQf/XkMM/1tOEf9YWBf+&#10;VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt7UmjLuxIqi/qR7Ev6Ue6MOdHxTDmR9Iw4kjlMN9H&#10;8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfNSP83zUj/N81I/zf/RiQC/08gAv9WHwL/XSQD/2Es&#10;BP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5VdSXrU38o6FGIK+ZPkS3kTpgv4k2gMOFMpzHfTK4y&#10;3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/OshK/zrGS/87wUz/O8FM/zvBTP87wUz/O8FM/zv/&#10;SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ+WhGD/JlUBXtYVsa6F5mIORbcSXhWHsp3laELNtU&#10;jC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnKTsk6yE7dOsRP7TvBTvk9vk7/PbxO/z66T/8+tlD/&#10;PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9fGgH/ZyAC/2wmAv9vLgT5cDgH8m9CDOtsSxLlaVcZ&#10;32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaWN8ZUnTnEU6U7wVOtPL9Stz69UsM/vFLTP7lS6D+1&#10;UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9BrFT/QaxU/0H/UBwB/1oXAf9kGAH/bB0B/3EjAv11&#10;KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybKY3ErxmB5MMJegTS/XIk3vVqROrpZmDy4WKA+tleo&#10;QLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX/0SlWP9Eolj/RKJY/0SiWP9Eolj/RKJY/0T/UxkB&#10;/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4B9x6RA3SdU8Wy3BaHsZsYybBaGwsvWZ1MbljfTW2&#10;YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhGpVnHR6Na3kehWu9Hn1v8R51b/0ebXP9Gmlz/Rppc&#10;/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/dBcA/3ocAfJ/IgHngSkC3oIzBNN/QAzLekwVxHZW&#10;Hr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadij0ClYJdDol+gRZ9eqUedXrRJm13CSpld1kqXXuxK&#10;ll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/R5Jg/0f/WBUB/2MRAf9uEgD/dxUA+34YAO2DHQDi&#10;hyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2UsrW9tMqltdTemanw7omiEPp9mjEGcZZREmWOcR5di&#10;pkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qMZP9Ji2T/SYtk/0mLZP9Ji2T/SYtk/0n/WhMB/2YQ&#10;AP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eIOwq/hEcTuH9RHLF7WiSsd2Irp3RqMaNxcjafb3k7&#10;m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6TYhlzE6HZuZOhmf2TIZn/0uFaP9LhGj/SoRo/0qE&#10;aP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA84UQAOSLEQDWjxcAy44qAsKMOAm6iEQSs4RPG6x/&#10;WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKObY1Fi2yWSIhroEuFaqpNg2m3ToFpyE+AauNPgGv0&#10;Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r/0v/XhAB/2sOAP92DgD7gA0A6ogNANuPDADQkhUA&#10;x5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1lMJd6bDWTd3M6j3V7PoxzgkKIcotGhXCTSYJvnUx/&#10;bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9MeW//S3lv/0t5b/9LeW//S3lv/0v/YA8A/20NAP95&#10;DADugwsA24sJANSRCgDMlRMAwpUlArmTNAexj0EQqoxLGaOIVCGdhFwpl4FjL5J+ajWOfHE5inp4&#10;PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVyw1Bzct1QdHPwT3Rz/U10c/9MdHP/THRz/0x0c/9M&#10;dHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4IAM+UCQDHmBEAvpgjAbWWMgatkz8PppBJGJ+MUiCY&#10;iVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFenmPSXZ4mUxzd6ROcXexUG92wVBud9lQbnfvT253&#10;/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/ZA0A/3IKAPB+BgDaiAUA0JAHAMqXCADCmxAAuZsh&#10;AbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmIZjOEhm04gIR0PXuCe0F4gIRFdH+NSHF9l0ttfKJO&#10;a3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/TGp7/0xqe/9Manv/TGp7/0z/ZgoA/3UIAOGBAgDU&#10;iwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsMnZhFFZaVTh6Pk1YliZBdLISOZDJ/i2s3eopyPHaI&#10;eUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9igdFPYoHrTmOB+U1jgf9MZID/S2SA/0tkgP9LZID/&#10;S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+dBQC3oQwAr6McAKeiLASfoDkLmJ5DFJGbTByKmFQj&#10;hJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuIRmWKkkliiZ5LX4iqTV6Iuk5ciM5OXYjpTV2H+Exd&#10;h/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA6nwAANWIAADKkgMAwZoDALmgAwCxpgkAqacZAKKn&#10;KQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50mWczb5duOGuWdTxnlH1AY5OGQ2CRkEZckZxJWpCp&#10;S1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO/0lYjv9JWI7/SViO/0n/cQEA4IAAAM+MAADElgIA&#10;u54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/D4WoSBd+plAeeKRYJXOiXituoWUwap9sNGWeczlh&#10;nXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpIUZjmSFGX9UhRl/9HUZb/R1GW/0dRlv9HUZb/R1GW&#10;/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAAChsAAAmrIRAJSzIgGNsjAFhbE8DH6vRhR4rk4bcqxW&#10;IW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1WkjD5Ro5hAT6OlQk2jtENMo8hDTKPkQ0uh9ENLoP9E&#10;S6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sAAMKWAAC3nwAAraYAAKOtAACZtQAAkLkOAIu6HgGE&#10;ui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2EmXrJoK1qxby5WsHcyU7CBNU+vizhMr5c6Sq6kPEiu&#10;sz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9Fq/8/Rav/P0Wr/z/agwAAx5EAALucAACvpAAApasA&#10;AJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/BQAxpwEkSZL9RF1++WBxbvl8gV71mJFS8bidRvHYq&#10;Tbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7viNEK58zVBuP03QLf/N0C3/zdAt/83QLf/N0C3/zfO&#10;iwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIAe8gHAHTLEgBwzCIBa8swA2bLPAdhy0UMXMpOEVjK&#10;VhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdDyJUoQciiKj/IsSs+ycQrPsnhKj7H8is9xvwtPMX/&#10;LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmmAACdrgAAkrcAAIa/AAB7xwMAcM8HAGfWDQBk1xoA&#10;YNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdiE0fXaRZF13IYQtd8GkDYhxw92JMePNihHzrZsCA5&#10;2cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8jN9T/IzfU/yO5nAAAq6QAAJ+sAACTtQAAh74AAHvG&#10;AABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO5DwESuREBkflTQhF5VUKQuVcDEDlZA4+5mwQO+Z2&#10;EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo5Rgx5vQYMeX8GDHl/Bgx5fwYMeX8GDHl/BiuogAA&#10;oaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4FAFTuEABR7xsATe8mAUnwLwJF8DgDQfE/BD7xRwU8&#10;8k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IINLfSPDiv1nQ8q9qsQKfa8ECj2zhEn9+YRJ/XxESf1&#10;8REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7xQAAb84AAGLXAABW3gAATvAHAEr6EABG+xkAQvsi&#10;AT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/UwUr/1oFKf9iBif/awYk/3YHI/+CCCH/kAgg/50J&#10;H/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/dCRz/3QmYsAAAiroAAHzEAABvzQAAYtgAAFXeAABJ&#10;5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysBLf8xASr/NgIn/zwCJf9CAiP/SAIg/04DHv9VAxz/&#10;XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR/7IFEf+8BRH/vAUR/7wFEf+8BRH/vAWMuAAAfcIA&#10;AG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/CwAw/xAALP8WACn/HAAm/yIAIv8nAR//LAEc/zEB&#10;Gv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9hAgz/bAIK/3kCCf+GAwj/kgMH/50DBv+lAwb/pQMG&#10;/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID/zs5BP87QwX/OU8H/zhcCv82aA3/NHQQ/zKAEv8x&#10;ixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/LrwZ/y7FGv8uzxr/LuAa/y7rGv8u9Br/Lvwa/C//&#10;Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou/xz/My8C/zksAv89LQL/PjAD/z82BP8/QQX/PU0H&#10;/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZGP8zoBn/MqYZ/zKsGv8xsxr/Mbob/zHCG/8xzBv/&#10;Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d9TH/HvUx/x71Mf8e9TH/HvUx/x7/NSwC/zwqAv9A&#10;KgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/PW4R/zt6FP85hBb/OI4Y/zeWGf82nRr/NqQb/zWq&#10;HP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc18R30Nfod8jX/HvE1/x/wNf8g7zT/Ie80/yHvNP8h&#10;7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0kyA/9JPAX/SEcH/0ZTC/9EXw//QmoS/0B2Ff8+gBj/&#10;PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf+Tm8H/g5xh/2OdMf8jnkH+858B/sOvof6jn/Iek5&#10;/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/PCcC/0MjAv9IIgL/TCYC/08vA/9QOQX/TkMH/0xP&#10;C/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZAlh71P50f8z+jIPI+qiDxPrEh8D65Ie4+wyHtPs8h&#10;6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/KNw9/yjcPf8o3D3/KNw9/yj/PyMB/0cgAf9MHgH/&#10;USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT9kttF/NJdxrwR4Ec7kaKHuxFkiDrRJkh6UOgIuhD&#10;pyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXWQvgo00L/KtFC/yvPQf8rzkH/LM5B/yzOQf8szkH/&#10;LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9cMgP/WzsG/FlGCfZWUQ7xVF0T7VFoF+lPchrmTXwd&#10;5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2EazKNVGvCjTRsgp0UbcKs1H7CrJRvcsx0b/LsRG/y/D&#10;Rv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B/04YAf9WGAH/XB4B/2AlAv9iLQP8YjcF9GBBCO5d&#10;TA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTRTZAnz0yXKM1MnirLS6YryUqtLMdKty3GSsIuxErR&#10;L8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL/zO2S/8ztkv/M7ZL/zP/ShoB/1IVAf9aFgH/YRsB&#10;/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5eF9JbaRzOWHIgy1Z7JMhUgyfFUosqw1GSLMFQmS6/&#10;T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1r0/9Nq1P/zasT/82q0//NqtP/zarT/82q0//NqtP&#10;/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHtbiwC5W02BN1rQwjUZ08QzWRaF8hgZB3EXW0iwVt2&#10;Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBSrTatUrc3rFLFOKpS2jinUu05pVP6OaNT/zmiU/85&#10;oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQAP9jEgD/ahQA/28ZAPJyHwDmdCYB3XQxAtNxPwjL&#10;bUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAurluIMaxZjzOqWJc1p1efN6VXqDmjVrM6oVbAO59W&#10;0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqYWP86mFj/OphY/zr/UhIB/1wOAP9mEAD/bREA+nMU&#10;AOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhrXB2zaGUir2VtJ6xjdSupYXwvpl+EMqNeizWhXZM3&#10;nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1PpFb/z6QXP89kFz/PI9c/zyPXP88j1z/PI9c/zz/&#10;VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgAzn0qAsV7OQa+d0UOt3RQFbFwWRytbWIiqGppJ6Vo&#10;cSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2RXqs/j164QI1eyEGLXuFBil/zQIlf/z+JYP8+iGD/&#10;Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9sDAD4dAwA6XoMAN5+DADSgRUAyIEnAcB/Nga4fEIN&#10;snhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8M5RnhDaRZYw5jmSVPIxjnj6JYqhAh2K1QoVixUKE&#10;Yt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/gmT/P4Jk/z//WQ4A/2QLAP9uCgDqdwgA230IANSC&#10;CgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuhdlwhnHNkJphxayuUb3IvkW15M45rgTaLaok5iGiS&#10;PIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn/EF8aP9AfGj/QHxo/z98aP8/fGj/P3xo/z//WwwA&#10;/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogiAbaHMQSvhD4LqIFJE6J9Uhqcelogl3dhJpN1aCuP&#10;c28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NCeWqwQ3hqv0R2atRFdmvtQ3Zr+0J2a/9Bdmz/QHZs&#10;/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDafAQA0IMGAMmIBwDDig8AuosgAbKKLwSriDwKpIVH&#10;Ep2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwlkB2b6FCdG6uRHJuvUVwbtFF&#10;cG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/QHFw/0D/XwgA/2sEAOF2AADUfwMAy4YFAMWLBgC+&#10;jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1YejoBdJIl+ZCmFfGstgXpyMn14eTV6d4I5d3aLPHN1&#10;lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENrc/9CbHP/QWxz/0Bsc/9AbHP/QGxz/0D/YQUA+m4B&#10;AN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmSKwOikDgIm41DD5SKTBeOiFQdiYVbI4SDYiiAgWkt&#10;fH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiqQ2Z4uERleMxFZXjnRGV490NmeP9CZnj/QWZ4/0Bm&#10;eP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIAw4wDALuRAwCzlAkArJYYAKWWKAKdlDYHlpJBDpCP&#10;ShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRvgn03bIGGO2l/kD5mfptBY36oQ2F9tkRgfclEX33l&#10;Q2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9/0D/ZwAA43QAANJ/AADHiAEAvo8CALaVAQCumAYA&#10;ppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FYIHqPXyV2jWUqcotsLm6KczJqiHs2ZoeEOWOGjjxg&#10;hZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9AW4P/QFuD/z9bg/8/W4P/P1uD/z//agAA3ngAAM2D&#10;AADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGTnjEFjJ08C4WbRhJ/mU4YepdWHnWWXSNwlGMobJJq&#10;LGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aLskBUi8VAVIvhQFSK8z9Viv4/VYn/PlWJ/z5Vif8+&#10;VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgAAKqcAACgogAAmaQQAJOlIAGMpC4DhaM5CX+iQw95&#10;oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcwW5eANFiWijdVlZU5UpWiO1CUsD1PlMM9T5TfPE+T&#10;8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzkdAAAz4EAAMKMAAC4lgAArZwAAKOhAACYqAAAkKoN&#10;AIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmmWBxkpF8hYKNmJV2ibSlZoXUsVqF+L1OgiDJPn5M1&#10;TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/OUmb/zlJm/85SZv/OUmb/znbegAAyIcAALySAACx&#10;mgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYBdrIzBHGyPQlrsUcOZrBPE2KvVhherl0cWq1kIFes&#10;ayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJFqb8yRKraMkSo7zJDp/szQ6b/M0Ol/zRDpf80Q6X/&#10;NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOsAACIsgAAfLkCAHa6EQByuyEAbrsuAmi7OgZkukMK&#10;X7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6Iki2hCVFtpAnQ7WdKUG1rCpAtr4qP7bYKj+07io+&#10;s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAAuZUAAKydAAChpAAAlqsAAIqyAAB/uAAAc78DAGrE&#10;DABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQxFgPTcRfEkrDZhVIw24XRcN4GkLDghxAw44ePsOc&#10;HzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi//yQ4v/8kOL//JDi//yS9kQAAsJsAAKSiAACYqgAA&#10;jLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9AhAFXQLgFR0DkCTtBDBEvQTAZJ0FMIRtBbC0PQYw1B&#10;0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsXNNLSFzXQ7BY0z/cYM87/GjPO/xozzv8aM87/GjPO&#10;/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABqxwAAXs0DAFTUCABM3Q0ASt0YAEjeJgBG3jIBRN88&#10;AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXhegoz4YYMMeGUDTDiow4u4rMOLuPHDi3j4w4t4PIO&#10;LN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcAAI+wAACDuAAAdsEAAGrJAABezwAAU9UBAEncBgBF&#10;6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYCM+1NAzHtVQMv7l0ELe5lBSvucAUp73sGKO+JBybw&#10;lwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi7/UIIu/1CCLv9QiepgAAka8AAIS4AAB3wQAAaskA&#10;AF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3IAAz9ygAMfgwAC75NgEr+T0BKfpEASf6SgIl+1IC&#10;I/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+oBBf/twQW/8gEFv/gBBb/5AQW/+QEFv/kBBb/5AST&#10;rgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAAOuQAADX3AwAy/wwALv8SACv/GgAo/yEAJv8nACP/&#10;LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET/18BEf9qAhD/eAIO/4cCDv+WAg3/pAIM/7ACDP++&#10;Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJAABe0wAAUNsAAEPgAAA45QAAL/AAACv/AAAn/wgA&#10;JP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8tABH/MgAQ/zgADv8/AAz/RgEK/08BB/9ZAQT/ZQEB&#10;/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kBAP+pAQD/qQH/LC8B/zAsAf8yLAL/MzAC/zE2A/8w&#10;QQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/J5EM/yeZDf8mnw3/JqUO/yarDv8msQ//JrgP/ybA&#10;D/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn/w/5Jv8R+Cb/Efgm/xL4Jv8S+Cb/Evgm/xL/LiwB&#10;/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJXBv8wZAf/LnAJ/yx7Cv8shQz/K44N/yuWDv8qnQ//&#10;KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR/injEfsq7xH4KvgQ9iv/EPQq/xL0Kv8T8yr/FPMp&#10;/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/OikC/zsyAv87PQP/OUgF/zdUBv81YAf/M2wJ/zJ3&#10;DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8urBL/LrMS/i66Ev0uxBL7Ls8T+C7hEvUu7RLxL/cS&#10;7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/F+wu/xf/NCYB/zkjAf89IwH/PiYC/0EvAv9BOQP/&#10;P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ/TSPEfw0lhL6M50T+TOjE/gzqRT3M7AU9jO3FPQz&#10;wBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjkMv8Z5DP/GuMy/xrjMv8a4zL/GuMy/xr/OCMB/z0g&#10;Af9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9BWAj/P2QL+z5vDvk8eRD2O4MR9DqLE/M5kxTxOZkU&#10;8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjbFuM56hbgOPUY3Tj/Gts3/xzZN/8d1zf/HdY3/x7W&#10;N/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB/00oAf9OMgL/TTwE/0pHBvpIUwj2Rl8L8kRqDu9C&#10;dBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxjiPaoY4D2yGN89uxndPcYZ2z3YGtY96RrSPfUdzj3+&#10;H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8/yH/PxwB/0UXAf9LFwH/UB0B/1MkAf9ULQL/UzcD&#10;91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WCFt1EihfaQ5EZ2EKZGtVCnxvTQaYc0UGuHc9Btx7O&#10;QcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8kvUH/Jb1B/yW9Qf8lvUH/Jb1B/yX/QhgB/0kTAP9Q&#10;FAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfjU1UK3lFgDtlOahLUTHQW0Et8GM5JhBvMSIwcykeT&#10;HshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G3yW5Ru8mtkb7J7RG/yizRv8oskb/KLFG/yixRv8o&#10;sUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14bAPlgIwHvYCwB5l42A99cRAXYWVAK0VdbD8xUZRTI&#10;Um4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wkuEqkJrZKrCe0SrYos0nDKbFJ1imuSuoqq0r4K6lK&#10;/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/SRIA/1AOAP9ZEAD/XxIA/2MWAPJlHQDnZSUA3mQx&#10;AdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhUeR+2U4Eis1KIJLFQkCavUJcorU+fKatOqCupTrIs&#10;p06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//Lp1Q/y6dUP8unVD/Lp1Q/y7/TBAA/1QNAP9dDgD/&#10;Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJv2JSD7pgXBW2XWUZslttHa9ZdSGsWHwjqlaDJqdV&#10;iyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZUuIxl1PyMZZT/zGVVP8xlFT/MJRU/zCUVP8wlFT/&#10;MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORtDgDWbhYAzG8oAcRtNwS9a0QJt2hPD7JlWBWuYmEa&#10;qmBpHqdecCGkXXgloVt/J59ahyqcWY4smliXLphXoDCVVqoyk1a1M5FWxTSQVt00jlfwNI1X/TOM&#10;WP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA/1sJAP9jCADragcA3W4IANhxCgDPchMAxnMlAb5y&#10;NAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKcYXQlmmB7KJdegyuUXYstklyTMI9bnDKNWqY0i1qy&#10;NYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc/zOEXP8zhFz/M4Rc/zP/UwoA/10GAPVmBADfbQMA&#10;1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJDqZuUhShbFsZnWliHZlnaiKWZnElk2R4KJBjfyuN&#10;YYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4f1/qN35f+jZ+YP81fmD/NH5g/zR+YP80fmD/NH5g&#10;/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDDeg8Au3sfALN6LwKseDwHpnVGDaFzUBOccFgYl25g&#10;HZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFjljR/Y6E2fGKtN3piuzl5Ys45eGPoOHhj+Dd4ZP82&#10;eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IBAOFsAADUcwIAy3gEAMV7BQC+fQ0Atn4dAK9+LAKo&#10;fDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmKMXtolDR4Z582dmaqOHRm&#10;uTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVyaP81cmj/NXJo/zX/WQIA9mUAAN1uAADPdgEAx3sD&#10;AMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7SxGSeFQXjXZbG4l0YiCFcmkkgXFwJ35vdyt7bn8u&#10;eG2IMXZskjRza5w2cGqoOG5qtzptask6bGrkOm1r9Thta/83bWv/Nm1r/zZta/82bWv/Nm1r/zb/&#10;WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkArYUYAKaFKAGfhDUFmYJACpN/SRCNfVIWiXtZG4R5&#10;YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJs2a2+nOGlvtTpob8c6Z2/iOmdv9Dhob/83aG//&#10;Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0AADIfAAAv4EBALeFAQCvhwcAqIkVAKGJJQGbiDME&#10;lIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHpsJnR5cypxeHstbneEMGt2jjNodZk2ZnSlOGRzszli&#10;c8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82Y3P/NmNz/zb/YQAA4G0AAM93AADEfwAAu4UAALOJ&#10;AACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6Eh04Tf4VVGHuDXB13gmMhc4BqJW9/cSlsfXksaXyC&#10;L2Z7izJjepc1YHmjN155sThdecI5XHndOV158ThdeP43Xnj/Nl54/zVeeP81Xnj/NV54/zX1ZAAA&#10;3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQAJeSIACRkS4DipA5B4SOQwx/jUwSeotTF3WJWhtx&#10;iGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQzW4ChNll/rzdXf8A4V3/aN1d/8DdYfv02WH7/NVh+&#10;/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7hwAAso0AAKiRAACelAAAlpYOAJGXHACLlysChZY3&#10;BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWMbSVhi3QoXop9LFuJhy9YiJIxVYefM1OHrTVSh741&#10;UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/M1KF/zPjbAAAznkAAMGDAAC2iwAArJEAAKKVAACX&#10;mQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcNb5lPEmqYVhdml10bY5VjHl+UaiJck3IlWZJ7KFWR&#10;hStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJMjvoyTI3/MUyM/zFMjP8xTIz/MUyM/zHccQAAyH4A&#10;ALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGjFAB8pCMBd6QwA3KjOwZtokQLaKFMD2SgVBNgn1oX&#10;XZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqbLEiaqS1HmbotRprQLUaY6y1Gl/kuRpb/LkaW/y5G&#10;lv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAAoJsAAJWfAACKpAAAfakAAHerEABzqx4Ab6wsAWqr&#10;NwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQp24cTaZ2H0qlgSFIpYwkRaWZJkOkqCdCpLgoQaTO&#10;J0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg/ynJfgAAuosAAK+UAACjmgAAmKAAAI2lAACCqgAA&#10;dbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRGB1azTgpTs1UNULNcEE2yYxNKsmsWR7F0GEWxfhpC&#10;sIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvchOq3/Ijqs/yM6rP8jOqz/Izqs/yPAhgAAs5IAAKeZ&#10;AACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBdvRIAWr4gAFi+LQFUvjgCUb5CBE6+SgZMvlIISb5Z&#10;Cka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9pBc3vbUYNr3KGDe85xc1u/YZNbr/GjS5/xs0uf8b&#10;NLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wAAHuzAABvuQAAY74AAFjEBABQyAwATcgXAEzJJQBK&#10;yjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQHOstuCTjLeAo2y4UMNMuSDTLLog4xy7IPMMzHDzDL&#10;5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKulwAAoZ4AAJWlAACJrQAAfLQAAHC7AABkwQAAWcYA&#10;AE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnYOwA42UUBNtlNATXZVgIz2l4CMdpoAzDbcwQu238F&#10;LNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5CCbY/gkm2P4JJtj+CSbY/gmknQAAmKUAAIutAAB+&#10;tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYANeQNADPkFgAx5CAAMOUqAC7mMwAt5jwAK+dEACrn&#10;TAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf66EDHeuyAxzsxwMc7OEDG+rxAxvp+QMb6fkDG+n5&#10;Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnLAABM0AAAQdUAADjcAAAv4QIALfENACvxEwAo8hwA&#10;JvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZRABn3WgEX92UBFfhyART5gQET+ZIBEvqiAhH6swIQ&#10;+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAAgbQAAHO9AABmxgAAWc0AAEvTAABA2QAANd4AACzj&#10;AAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX/ygAFf8uABP/NQAS/zwAEP9DAA7/TAAN/1YAC/9i&#10;AAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/xwED/8cBA//HAQP/xwGDtAAAdb0AAGfGAABazwAA&#10;S9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8FABf/DAAV/xAAEv8UABD/GQAO/x4ADf8jAAv/KAAI&#10;/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sAAP97AAD/iwAA/5kAAP+lAAD/rAAA/6wAAP+sAAD/&#10;rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/I0sD/yFYA/8gZAT/HnAE/x17BP8dhQX/HY4F/x2W&#10;Bf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8cwwf/HM4H/x3fB/8d6wf8HfUH+R3+Bvce/wf3Hf8I&#10;9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywnAf8uJwH/LSoB/ywyAf8rPQL/KUkD/ydVA/8lYQT/&#10;I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH/yGlB/8hqwj/IbEI/yG4CP8hwQj/IcsI/CHcCPkh&#10;6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvwIf8L8CH/C/Ah/wv/LCYB/zAkAf8xIwH/MSYB/zIv&#10;Af8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8nfwb/J4gH/yaQB/8mlgj/Jp0I/iajCf0mqQn8Jq8J&#10;+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9Cusm/wvqJv8N6Sb/Degm/w7oJv8O6Cb/Dugm/w7/&#10;LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC/zROA/8yWgT/MGUF/y5wBv4tewf8LYQI+iyMCfgs&#10;kwn3LJkK9iugCvQrpgrzK6wL8iuzC/EruwvvK8YL7izUC+os5gvmLPIL5Cz8DeIs/w/hLP8Q4Cz/&#10;EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86GgH/PSAB/z8oAf8/MgH/PT4C/ztJA/85VQT7N2EG&#10;9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGcDOoxogzpMakM6DGwDeYxuQ3lMcMN4zLRDd8y5Qzc&#10;MvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U0DH/FNAx/xT/NxsB/zsXAP8/FgD/QxwA/0YkAf9G&#10;LgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQnoOnoK5TmDC+M4iwziOJIN4DeZDd83nw7dN6YO2zet&#10;D9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3/xbGN/8XxTf/GMQ3/xjEN/8YxDf/GMQ3/xj/OxcA&#10;/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+AuxGSgTnRFYG40NiCN9BbArcQHUM2T9+DdU+hg/T&#10;PY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sVxzvIFsU83BbBPO0Xvjz5Gbs8/xq6PP8buTz/G7g8&#10;/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/TxQA/1EbAPtSIwDxUS0B6U84AeJNRQPcS1EF1klc&#10;CNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNClRbBQZwXv0GkGL1ArBm8QLYaukDCGrhA0hu1Qegb&#10;skH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/HqxB/x7/QhEA/0cNAP9PDgD/UxEA/1YVAPNXHADo&#10;ViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQwEpyEr1JehW7SIIWuUeJGLdHkBm1Rpcbs0afHLFF&#10;px2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGjRv8iokb/IaJG/yGiRv8hokb/IaJG/yH/RQ4A/0sK&#10;AP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxaOwLGWEgFwVZTCbxUXA25UmURtVBtFLNPdRewTnwZ&#10;rk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4I6FJxiSfSt4knUrwJJtK/SWZS/8kmUv/JJhL/ySY&#10;S/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA6V4KAOReDQDVXxUAy2AnAMRfNgK+XkMFuFtOCbRZ&#10;WA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6gUI4gnk+WIpxOnyOaTqglmE6zJpdOwieVTtYnk07s&#10;J5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q/yb/SgkA/1MFAPhaBADiXwMA2mIGANRjCQDNYxIA&#10;xGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtlFqFZbBifWHMbnFZ6HppVgiCYVIoilVSSJJNTmyaR&#10;UqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8ph1T/KIdU/yiHVP8oh1T/KIdU/yj/TAUA/1YBAOld&#10;AADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGwaDwEqmVHCaVjUQ2hYVoSnV9hFppeaRmXXHAclVt3&#10;HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VWuiyDVswsglfmLIFX9yuAWP8qgFj/KoBY/ymAWP8p&#10;gFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoDAMZsBQDAbA4At20dALBuLAGqbDkEpWpECKBoTg2b&#10;ZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIkhlyLJoRblCiBW54qf1qqLH1aty18WskuelrjLnpb&#10;9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/UQAA8lsAAN5kAADPagAAx24CAMBwBAC6cAwAsnEa&#10;AKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5mYxiLZWkbiGNwHoVieCGCYX8kgGCIJn1fkSl7X5wr&#10;eF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/K3Rg/yt0YP8rdGD/K3Rg/yv/UwAA6F4AANlnAADL&#10;bQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQDm3I/B5VwSQuRblIQjGxZFIlqYBiFaWcbgmhuHn9m&#10;dSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9vYsQvbmLeL25j8i5uY/4tbmP/LG5j/ytuY/8rbmP/&#10;K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3AQCwdwcAqHgVAKJ5JACceDIClnY9BpF0RwuMck8P&#10;iHBXE4RvXheAbWQafWxrHXprcyB3anojdGmDJnJojSlvZ5csbWejLmtmsS9pZsEwaWbbMGln8C9p&#10;Z/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA4WMAAM9sAADEcwAAu3gAALN6AACregQApHsSAJ58&#10;IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7cmIaeHBpHXVvcCBybngjb22BJm1siylqbJYraGuh&#10;LmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr/yxla/8sZWv/LGVr/yz0WwAA3WYAAMtvAADAdgAA&#10;t3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85BYh9QwmDe0sNfnpTEnp4WhZ2d2EZc3VnHHB0bh9t&#10;c3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70vXm/UL15v7S9fb/stX2//LGBv/yxgb/8sYG//LGBv&#10;/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAAChggAAmYMOAJSEHQCOhCsBiIM2BIOCQAh+gEkMeX9R&#10;EHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3hydgdpIqXXWeLFt1qy5adLsvWXXRL1l07C5ZdPot&#10;WnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0AAMN2AAC5fQAAr4MAAKaGAACchgAAlIgMAI6JGQCJ&#10;iSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0XaYFjGmaAah1jf3IgYH56I119hCZafI8pWHucK1Z7&#10;qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypVef8qVXn/KlV5/yrhZQAAzHEAAL96AAC0ggAAq4cA&#10;AKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniOOwVzjUQJb4xMDWuKVBFniVoVZIhhGGGHaBtehnAe&#10;W4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLMK06C6CtOgfgqT4D/Kk+A/ylPgP8pT4D/KU+A/ynb&#10;agAAx3UAALp/AACwhwAApowAAJyPAACPkQAAhpMFAICUEgB7lSEAd5UtAXKVOARtlEIHaZNKC2WS&#10;UQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFPjIsjTYuYJUuLpSdJi7UoSIvKKEiK5ydJifcoSYj/&#10;J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWEAACrjAAAoJAAAJWUAACJlwAAfpoAAHebDgBznBwA&#10;b50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlcElWYYxVTmGsXUJdzGk2WfR1KlYkfR5WVIUWVpCNE&#10;lLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8kQ5D/JEOQ/yTKdQAAu4EAALCLAACkkQAAmpUAAI+Z&#10;AACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFfpDsDW6REBVikSwhVo1MLUqNaDU+iYRBNomgTSqFx&#10;FUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f4x09nfQePZz/Hzyb/x88m/8gPJv/IDyb/yDCfAAA&#10;tYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gAAGOsBABfrREAXK0fAFquKwBXrjYBVK5AA1GtSAVO&#10;rU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QTPKuRFTqroBY5q7AXOKvDFziq4Rc3qfMYN6f+GTam&#10;/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACXmwAAi6EAAH+mAABzqwAAZ68AAFq0AABTtgwAUbcX&#10;AE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4WgY/uGIHPbhrCTq4dQs4t4EMNreODjS3nQ8zt60P&#10;MrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/EzCz/xOyjgAApZUAAJqbAACOogAAgqgAAHWtAABp&#10;swAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycAP8MyAD7EPAA8xEQBOsRNATjEVQI2xF0DNcRmBDPF&#10;cAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggqxPAIKcL7CSjB/woowf8LKMH/CyjB/wuolQAAnZsA&#10;AJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnDAAA/yAQANs0JADPOEQAyzxwAMc8nADDQMQAv0DoA&#10;LtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOEAiTUlAIi1KYCIdW5AiHV0gIg0+sCINL2Ax/R/wQf&#10;0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAAbbgAAGC+AABUwwAASccAAD7LAAA10AEALdUGACXb&#10;CwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe4UoAHeJTABzjXgAb42oAGuR4ABjkiAEX5ZoBFuas&#10;ARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj+gGWogAAiakAAHuxAABuuQAAYcAAAFTGAABIygAA&#10;Pc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0XABntHwAX7iYAFe4tABTvNQAT8D0AEfBGABDxUAAP&#10;8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIACfbZAAj17QAI9e0ACPXtAAj17QCLqQAAfbIAAG+6&#10;AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf4QAAGegAABb4BgAU+g0AEvsSABD8FwAO/B0ADf0j&#10;AAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/ZgAA/3cAAP+JAAD/mwAA/6sAAP+7AAD/zgAA/88A&#10;AP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEAADrWAAAv3QAAJeEAABzlAAAU6QAAEfcAAA//AQAN&#10;/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMAAP8qAAD/MgAA/zwAAP9HAAD/VAAA/2MAAP9zAAD/&#10;hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/IikB/yMnAf8jKAH/ICsB/xwxAf8aPQH/GEkB/xZW&#10;Av8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8SmQL/Ep4C/xKkAv8SqQL/Eq8C/xK2Av8SvQL/EscC&#10;/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/A/QT/wP0E/8D9BP/A/QT/wP/JCcB/yYkAf8mJAH/&#10;JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC/xd1Av8XfwL/F4gC/xePAv8XlgL/F5wC/xehAv8X&#10;pwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0F+8C8Rj6Au8Y/wPuGP8E7hj/BO0Y/wXtGP8F7Rj/&#10;Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8nNwH/JUMB/yNPAv8hWwL/H2YC/x1xAv8dewP/HYQD&#10;/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyxA/YcuQP1HcID8x3OA/Ad4QPsHe4D6R75BOge/wXm&#10;Hv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A/y0cAP8tGwD/LiAA/y8pAP8vNAH/LD8B/ypLAv8o&#10;VwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPzI5UE8iObBPEjoQTvI6gE7iOuBO0jtgTrI78E6iPM&#10;BOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok/wnaJP8J2iT/Cdok/wn/LhsA/zEXAP8yFgD/NRwA&#10;/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxoA/ArcgPuKnsE7CqEBOoqiwToKpIF5ymYBeYpngXk&#10;KaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H0ir4Cc8r/wrNKv8LzCr/DMsq/wzLKv8Myyr/DMsq&#10;/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+OzUB9zlBAfE2TQLsNFgC6DNjA+UybQTjMnYE4DF/&#10;Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIvsQjQL7oJzzDGCc0w2AnJMeoKxjH3DMMx/w7BMf8P&#10;wDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkPAP8+EAD/QRQA/0MaAP9CIwD1QS4A7T46Aec9RgHh&#10;PFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJyzaPCso2lgrINp0LxjWkDMU1rAzDNbUNwTXADcA2&#10;zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOzNv8Tszb/E7M2/xP/ORAA/z0LAP9DDQD/RxAA/0gU&#10;APVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtAYgbIP2sIxT50CcM9ewvBPYMMvzyKDb08kA67PJcP&#10;ujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzxFKs8/RWpPP8WqDz/Fqg8/xanPP8Wpzz/Fqc8/xb/&#10;PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A1kosAM5LOwHJSkgCxEhTBMBHXQe8RmYJukRuC7dD&#10;dg21Q30Os0KEELFBixGwQZISrkCaE6xAohSqQKsVqUC2FqdAxBemQNkXo0HtGKBB+xifQf8ZnkH/&#10;GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9MBQDxTwcA5lAJAONPDQDVTxUAzFEnAMVRNgG/UEMC&#10;uk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/EqdHhhSlRo0Vo0aVFqFFnhifRacZnkWyGpxFvxqa&#10;RdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8bk0f/G5NH/xv/QgUA/0oBAPJQAADhVAEA2VYFANNV&#10;CQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiqUV0Lp1BkDqRObBCiTXMSn0x6FJ1MgRabS4kXmUqR&#10;GZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K9h6LS/8ei0v/HYpL/x2KS/8dikv/HYpL/x3/RQAA&#10;/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1seALVcLgGvWzsCqlpGBaZYUAiiVlkLn1VgDpxTaBGZ&#10;Um8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8eik6qH4hOtyCHTsghhU7iIYRP8yCDT/8gg0//H4JQ&#10;/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADRXQAAyWACAMNgBAC9Xg0AtWAaAK5hKgCpYDcCpF5D&#10;BJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1VeRiLVIEaiFOJHIZTkh6EUpwfglKnIYBStCJ/UsQj&#10;fVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/IHtU/yD/SgAA6VQAANpcAADMYQAAw2QAALxkAgC2&#10;YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1ILkV5aDo5dYRGLW2gTiVpvFoZZdhiEWH0agViGHH9X&#10;jx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1V/0jdVj/InVY/yF1WP8hdVj/IXVY/yH/TQAA5VcA&#10;ANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNpJACeaDIBmWc9BJRlRweQZE8KjGJXDYhhXhCFX2UT&#10;g15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqiI3JaryRxWr8lcFrVJW9b7SVvW/wjb1v/Im9b/yJv&#10;W/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAAu2sAALNsAACsagQApGsSAJ5sIQCZbC8BlGs6A49p&#10;RAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4YXgadWCAHXNfih9wX5Qhbl6gI2xerSVrXrwmal7R&#10;Jmle7CVqX/skal//I2pf/yJqX/8ial//Impf/yLwUgAA3V0AAMtlAADAawAAt24AAK9vAACnbgEA&#10;oG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXUacGR+HW1jiB9r&#10;Y5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvokZWP/I2Vj/yJlY/8iZWP/ImVj/yLrVQAA2GAAAMho&#10;AAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQdCoBinM2AoVyQAWBcEgIfW9QC3ltVw52bF4Rc2tk&#10;FHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2JmqSVgZrkmX2bNJl9m6CZgZvkkYGb/I2Bm/yNhZv8i&#10;YWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUAAKd3AACedQAAlnYNAJB3GQCLeCcAhnczAoF2PQR8&#10;dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZZm56HGNtgx5hbI4hX2uaI11rpyVba7cmWmvKJlpr&#10;5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLjWwAAzmYAAMBuAAC2dAAArHkAAKN7AACYeQAAkHoL&#10;AIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4Uw1sd1oQaXZhE2d1aBZkdG8YYXN4G15ygR1ccYwg&#10;WnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//I1Zv/yJXb/8iV2//Ildv/yLfXwAAymkAALxyAACy&#10;eAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEAe4EuAXeAOQNygEIFbn9KCGt+UQtofVgOZHxfEWJ7&#10;ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJRdrMjUHbGJFB24yNQdfUjUXX/IlF0/yFRdP8hUXT/&#10;IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqDAACNgwAAhIQDAH2FEAB5hh4AdYcrAXGHNgJthj8E&#10;aYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4BzGFR/fRpRf4gcT36UH01+oiBLfbEhSn3EIkp94SFL&#10;fPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAAwHIAALR7AACqggAAoIYAAJWIAACHiAAAfIoAAHaM&#10;DgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhci1MKWotaDVeKYRBUiWgSUYhxFU+IehdMh4UaSoaS&#10;HEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC/x5Fgv8eRYL/HkWC/x7KbQAAungAAK+BAAClhwAA&#10;mosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUiAGOVLgFglTgCXJVBBFmUSQZWlFAIVJNXClGTXgxO&#10;kmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60aP4/AGj+P3Bo/jfEaP4z9Gz+L/xs/i/8bP4v/Gz+L&#10;/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7lQAAbJkAAGWbBABgnBAAXZ0dAFueKQBYnjQBVZ49&#10;AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUObdQ9Bm4ARPpqNEzyamxQ6mqsVOZq9FTma2RU5mO8W&#10;OZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UAAKSMAACYkQAAjZUAAIGaAAB1nQAAaKAAAFukAABW&#10;pQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kCRqdQBEOnWAVBp18GP6ZoCD2mcgo6pn0LOKaKDTal&#10;mQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEyof8RMqH/ETKh/xG0ggAAqIwAAJ2SAACSlwAAhpwA&#10;AHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWwHABEsScAQrEyAEGyOwA/skMBPbJLATuyUwI5slsD&#10;N7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4CSyy0AgssOwJK6/5Ciuu/wsqrf8LKq3/Cyqt/wut&#10;iwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAAWbEAAE20AABCuAAAO7oKADi7EwA3vB4ANbwpADS9&#10;MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEqvnQCKb6CAie/kQMmv6IDJL+0AyO/ywMjvugDI7z3&#10;BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIyeAACApQAAc6sAAGewAABbtQAAT7kAAES8AAA6wAAA&#10;MMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5ACPKQgAiy0sAIctVACDMXwAfzGwAHc16ABzNigAb&#10;zZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8CGMr/AhjK/wKbmQAAj58AAIKmAAB1rQAAaLMAAFy5&#10;AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ1QsAFtcQABXYGQAV2SIAFNkrABPaNAAT2j0AEttI&#10;ABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3guAAM4NIAC9/tAAze9wAM3fsADN37AAzd+wCSnwAA&#10;hacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkAAC7NAAAl0QAAHtUAABbaAQAR3gYAEOcNAA7nEgAN&#10;6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EABOteAAPrbgAB64AAAOqUAADqpwAA67wAAOvSAADr&#10;6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABevgAAUcUAAEPJAAA3zQAALdEAACPWAAAb2wAAE98A&#10;AA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1HgAA9SUAAPUuAAD1NwAA9kIAAPZOAAD2XQAA9m4A&#10;APaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQAAD40AB7rwAAbbgAAGDAAABSyAAARM0AADfRAAAr&#10;1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAAAf8DAAD/CAAA/w0AAP4QAAD+FAAA/xoAAP8hAAD/&#10;KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA/5IAAP+hAAD/rQAA/7MAAP+zAAD/swD/HCYA/xwk&#10;AP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8LXwH/CmsB/wp1Af8KfwH/CocB/wqOAf8KlQH/CpsB&#10;/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnMAPwJ3gD5CesA9Qn2APMJ/wDyCv8A8Qr/AfEL/wHx&#10;C/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA/xcsAP8VNwD/E0QA/xFQAf8QXAH/DmcB/w5yAf8O&#10;ewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+DqgB/A6uAfsOtQD6Dr4A+A7JAPUO2wDyDuoA7g71&#10;AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ/wH/Ih8A/yIcAP8hHAD/HyAA/x8pAP8cNAD/GkAA&#10;/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOIAfoSjgH5EpUB+BKaAfYSoAH1EqYB9BKsAfMSswHx&#10;ErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C4RX/AuEV/wLgFf8C4BX/AuAV/wL/JRsA/yYXAP8k&#10;FgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9G18B+RppAfcacwH0GXwB8hmEAfEZiwHvGZEB7hmX&#10;AewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ1QHfGugB3Bv1Atgb/wLVHP8D1Bz/A9Mc/wTSHP8E&#10;0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywhAP8sKwD/KTcA/SdDAPclTwHzI1oB7yJkAewhbgHp&#10;IXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB3iCnAdwhrwHaIbgC2CHDAtUh0wLRIucCzSL0A8oj&#10;/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/LBIA/y4PAP8wEAD/MxQA/zMbAP8yJQD6MDAA8i48&#10;AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6AdcoggLVKIkC0yiQAtEolgPPKJwDziijA8woqwPKKLMD&#10;ySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/CLoq/wi5Kv8JuSr/Cbkq/wn/MA8A/zILAP82DQD/&#10;OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A1TFaAdAxZALNMG0CyzB1A8kwfAPHL4MExS+KBMQv&#10;kQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4MN0HtTDuCbIw+wqwMP8LrjD/C64w/wutMP8LrTD/&#10;C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88FQDkOR8A2zktANI6PADNOkkByDlUAcQ5XgLBOGcD&#10;vzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWaCbM1oQmxNaoKrzW0C641wQusNdQLqTbqDKY2+A2l&#10;Nv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA/zsCAP9AAwDyQgUA6UIJAOU/DgDYPhYAzkAnAMdB&#10;NgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQevPXgIrjx/Caw8hgqqO40LqTuVDKc7nQ2lO6YNozqw&#10;DqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8/xGYPP8RmDz/EZg8/xH/OgEA/0AAAO9FAADhSAAA&#10;2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dKArBGVASsRV0FqkRkB6dDbAilQnMKo0J6C6FBgQyg&#10;QYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgTk0DhE5FB8xSQQf8Uj0H/FI5C/xOOQv8TjkL/E45C&#10;/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDDSw8Au00dALVOLQCvTjoBq01GAqdMTwSkS1gGoUpg&#10;CJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJFlBKQRZ0TjkWoFIxFtBWLRcQWikXcFohG8BaGRv0W&#10;hkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgAAN1PAADPUwAAxlUAAMBTAwC7UQwAs1IZAK1TKQCo&#10;UzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoMkUxxDo9LeA+NS38Ri0qHEolKkBSHSZoVhUmlF4NJ&#10;sRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9S/8WfUv/Fn1L/xb/QwAA5kwAANZTAADJWAAAwFkA&#10;ALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphWSASVVVEGklRYCI9SXwqMUmYMilFtDohQdBCFT3sS&#10;g0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7RGndO6xp3T/oZdk//GXZP/xh2T/8Xdk//F3ZP/xf4&#10;RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYAplsTAKBcIgCbXC8Al1s7ApJaRQOPWU0Gi1hVCIhX&#10;XAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4UpQYdlKfGXRSqxpyUrobcVLNHHBS6BtwU/kacFP/&#10;GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMtaAADAXwAAt2IAAK9hAACoXgIAoV8QAJtgHgCWYCwA&#10;kWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVlnDntYbhB4WHUSdld9FHRXhxZyVpEYb1acGm5WqRts&#10;Vrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Za1f/GWtX/xnrTAAA2FYAAMheAAC8YgAAs2UAAKtl&#10;AACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOEYUgFgGBQB31fVwl6Xl0Ld11kDXVcaxBzXHIScFt7&#10;FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa5B1lWvYcZVr/G2Va/xplWv8ZZVr/GWVa/xnoTwAA&#10;01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YNAJFnGQCMaCcAh2cyAYNmPQJ/ZUYEe2RNBnhjVAl1&#10;YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0ZZV6YGmNepRxhXrQdYF7HHWBe4x1gXvUcYF7/G2Be&#10;/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2aQAArGwAAKNsAACZaQAAkmoLAIxqFgCHayQAgmsw&#10;AX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtlZg9oZG4RZmR2FGRjgBZiY4sYYGKXGl5ipBxcYrId&#10;W2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/Glxi/xrgVQAAy18AAL1nAACybAAAqXAAAJ9vAACU&#10;bAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkEDcm1JBW5sUAdra1cKaWteDGZqZQ5kaWwRYWl0E19o&#10;fhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1WZvMcV2b/G1dm/xpXZv8aV2b/Gldm/xrbWQAAx2IA&#10;ALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFyEQB8cx4AeHMqAHRzNQFwcz8DbXJHBWpxTgdncVUJ&#10;ZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyTGVRsoBtSa68cUWvBHFFr3BxRa/EbUmv+GlJq/xpS&#10;av8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAAoncAAJZ2AACJdQAAgXYBAHp3DwB2eBsAcnknAG95&#10;MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxadWgPWHRwEVVzeRNTc4QWUXKQGE9ynhlNca0aTHG/&#10;G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v/xnOYAAAvmoAALJyAACoeAAAnXsAAJB6AACEegAA&#10;ensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9CA19+SQVdfVAHWn1XCVd8XgtVfGUNUntuD1B6dxJO&#10;eoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8YR3b8GEd2/xhHdf8XR3X/F0d1/xfJZQAAum8AAK53&#10;AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBohBMAZYUgAGKGLABfhjYBXIY/AlmFRgNXhU4FVIVV&#10;B1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SBmhVCgKkWQYC6FkCA0hZBf+0WQX77FkF9/xZBff8W&#10;QX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMAAIWEAAB5hQAAaokAAGSKAwBgjBAAXY0bAFuOJwBY&#10;jjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAIR4xoCkWLcgxCi30OQIqJDz6KmBE8iqcSO4q4EjqK&#10;zxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8cQAAr3sAAKWDAACZhwAAjIgAAH+JAABzjAAAZZAA&#10;AFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuXPwFJl0cCR5dOA0WWVQRDll0FQZZlBj6Vbwg8lXoJ&#10;OpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4DjSQ/w80kP8PNJD/DzSQ/w+1eAAAqoIAAJ6IAACT&#10;jQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYASZ8QAEefGwBGoCYARKAwAEOhOgBBoUIBP6FJAT2h&#10;UQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcwoKIILqCzCC6gyQgun+cILZ33CS2c/wotm/8KLZv/&#10;Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKYAABmnAAAW6AAAE+kAABFpwAAPqkMADyqFAA6qh8A&#10;OaopADirMgA3qzsANatDADSsSwAyrFMBMaxcAS+sZgItrHECK6x/AyqsjgMorJ4EJ6ywBCasxQQm&#10;q+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAAm48AAJGUAACEmQAAeJ4AAGuiAABfpgAAU6oAAEit&#10;AAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAqtjIAKbc6ACi3QwAnt0wAJrhVACS4XwAjuGsAIrh4&#10;ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1/AIbtP8CG7T/Ahu0/wKfjwAAlJUAAIibAAB7oQAA&#10;bqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwAACS/BgAfwg0AHcIUABzCHgAbwyYAGsMvABnEOAAY&#10;xEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEAEcekABDHuQAPx9QAEMbuABDE+gAQw/8AEMP/ABDD&#10;/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABLuAAAQLsAADW+AAArwQAAI8UAABvJAQAUzAYAENAL&#10;AA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArSSQAJ01UACdNiAAjTcgAG1IQABdSYAATUqwAD1cAA&#10;AdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQAAHOrAABmsQAAWbgAAEy9AAA/wAAANMMAACrHAAAh&#10;ygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEAA90YAAHeIAAA3igAAN8xAADgPAAA4UcAAOJUAADj&#10;YwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA5ucAAObnAADm5wCDpAAAdawAAGizAABauwAATcEA&#10;AEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvdAAAF4QAAAOQAAADlBwAA5g0AAOcRAADoFgAA6R0A&#10;AOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2AADyigAA85wAAPOtAAD0uwAA9MgAAPTIAAD0yAB3&#10;rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAAHdYAABTcAAAO4AAACOMAAAHmAAAA6gAAAO4AAADu&#10;AAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA+CoAAPo1AAD9QwAA/lIAAP9jAAD/dgAA/4kAAP+a&#10;AAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8RIQD/DSQA/wkrAP8GNwD/A0QA/wBRAP8AXQD/AGgA&#10;/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCcAP8AoQD9AKYA+wCsAPkAswD3ALsA9QDFAPMA0QDy&#10;AOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A7QD/AO0A/wD/GSAA/xgdAP8VHQD/EB8A/w4pAP8M&#10;NAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/A4AA/wOHAP8DjQD9ApMA+wKZAPkCngD3AqQA9QKq&#10;APMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC+wDnBP8A5gX/AOYG/wDmBv8A5gb/AOYG/wD/HBsA&#10;/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5JAP8MVQD/C2AA/wtqAP0LcwD7C3wA+QqDAPcKigD1&#10;CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA6AnAAOYJzQDkCeIA4grwAN8L+wDeDP8A3A3/ANwN&#10;/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/HBkA/xsiAP8YLAD/FTgA/xNEAP4SUAD5EVsA9RBm&#10;APMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQmADmD54A5Q+lAOMPrADhD7QA4A++AN4PzADaEOEA&#10;1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/AcwT/wH/IhIA/yIPAP8hDwD/IhQA/yIcAP8gJwD/&#10;HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA4hZ6AOAWggDeFogA3BaPANsWlQDZFpsA1haiANQW&#10;qQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHDGv8CwRv/AsAb/wLAG/8CwBv/AsAb/wL/Jg4A/yUL&#10;AP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYgRADhH1AA3R9bANkeZQDVHm0A0h91ANAffQDOH4MA&#10;zB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3AcEgxAHAIdYBvCLqArki+AO2Iv8DtSP/A7Qj/wSz&#10;I/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA/y0QAPMrFwDoKCIA4CYvANkmPQDSJ0oAzSdVAMoo&#10;XwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8J5ICuyeZArknoAK3J6kDtiizA7QovwOzKM8DsCnm&#10;BK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq/wb/LQUA/zAAAP8zAgD2NAYA7zIKAOguEADcLBgA&#10;0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBqArYvcQK1L3gCsy9/A7EvhgOwL40Dri6UBK0unASr&#10;LqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8InjH/CJ0x/wicMf8InDH/CJwx/wj/MAAA/zUAAO84&#10;AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6OD8AtjhKAbM4VAGwN10CrTdkAqs2bAOpNnMEqDZ5&#10;BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1tgibNcUJmTXdCZY27wqUNv0Kkzf/CpI3/wqSN/8K&#10;kjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIBAMk+BgDEOw8Auz4dALU/LACxPzoArT9FAak/TwGm&#10;PlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IHmDuKCJY7kwmVOpwKkzqmC5E6sguQO8AMjjvVDIw8&#10;7A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/NwAA6j8AANxFAADOSQAAxUkAAL9GAgC6QwwAs0QZ&#10;AK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hDYgWWQmkGlEFwB5JBdgiQQH4JjkCGCo1AjguLQJgM&#10;iUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/D4BC/w6AQv8OgEL/DoBC/w76OwAA5UQAANNLAADH&#10;TgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEAnEs9AZhKRwKVSU8DkklXBJBIXgWOR2UGi0drB4lG&#10;cgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8RbkRe0XLEXpF5hF5RvcReEb/EHhG/xB4Rv8PeEb/&#10;D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFSAACrTgUApE4RAJ5PIACZUC0AlVA5AZJPQwGOTkwD&#10;i01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+DHxJhw56SZEPeEmcEHZJqBJ0SbYSc0nIE3JK4xNx&#10;SvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA2UwAAMhTAAC9VwAAtFgAAKxXAAClUgEAnlMPAJhU&#10;HACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/UF4GfVBkCHtPawl5T3ILd057DXVOhA5zTY4QcU2Z&#10;EW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO/xJrTv8Ra07/EWtO/xHoRgAA01AAAMRWAAC5WgAA&#10;sFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgyAIZYPQGCV0UCf1ZNA3xVVAV5VFsGd1RhCHVTaAlz&#10;U3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEUZlHDFWVS3hVlUvIUZVL/E2VS/xJlUv8SZVL/EmVS&#10;/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACaWQAAkloLAI1bFgCIXCMAhFwvAIBbOgF9W0MCeVpL&#10;A3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlWfg9nVokRZVWVEmNVoRRiVa8VYVXBFmBV2xZgVvEV&#10;YFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YAAL1dAACyYQAAqGMAAJ1hAACVXQAAjV4JAIdeEwCD&#10;XyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRafA9iWocRYFmTEl5Z&#10;oBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNcWf8SXFn/ElxZ/xLcUAAAx1kAALpgAACvZAAApGUA&#10;AJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZjNAFzYj0Bb2JGAmxhTQRqYVQFZ2BaB2VgYQhjX2kK&#10;YV9xDF9eeg5dXoUQW16RElldnhRYXawVV129FlZd1RZWXe4VV138FFdd/xNXXf8SV13/Eldd/xLW&#10;UwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAAg2UCAH1mDwB4ZhoAdGcnAHFnMgBuZzsBa2ZDAmhm&#10;SwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5YY4MQVmKPElRinBNTYqoVUmK7FVFi0hVRYe0VUmH7&#10;FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNmAACpawAAnGsAAJBqAACFZwAAfWkAAHdqDQBzaxcA&#10;b2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpXBlxqXQdaaWUJWGltC1Vodg1TaIEPUWeNEU9nmhJO&#10;Z6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8STmX/Ek5l/xLMWgAAvGMAALBqAAClbwAAmG4AAIxt&#10;AACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABkcTYBYXE+AV5xRgJccE0DWXBUBVdwWwZVb2IIU29q&#10;ClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0dszRNHbOoTSGv6Ekhr/xJIav8RSGr/EUhq/xHHXgAA&#10;uGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIAAGt0BwBmdREAY3YdAGB3KABedzMAW3g8AVl3QwJW&#10;d0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwMR3SIDkVzlg9Dc6UQQnO2EUFzyxFCcugRQnL4EUJx&#10;/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACbdgAAjnUAAIF2AAB1dgAAaXgAAGN6AgBefA4AXH0Z&#10;AFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+VgRKfl0FSH1lBkZ9bghDfHkKQXyGCz97lA0+e6MO&#10;PHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/Dj13/w68aAAAr3IAAKR5AACWegAAiHoAAHx6AABw&#10;fAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioAToc0AEyHPAFKh0QBSIdLAkaHUwJEhloDQoZiBECG&#10;bAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2g+QLNoL2CzaB/ww2gP8MNoD/DDaA/wy2bwAAqngA&#10;AJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWKAABOjAYASo4QAEiPGgBHjyUARZAvAESQOABCkEAA&#10;QJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+ABTOPjgYxj54HMI6vBy+OwwcvjuEHL4z0CC+L/wgv&#10;iv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAAfYUAAHCHAABligAAWo4AAE+SAABGlQAAQZgMAD6Y&#10;FAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1mlIBM5paATGaZAEvmm8CLZp7AiyaigMqmpoDKZqs&#10;BCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV/wWpfgAAnoUAAJKJAACEigAAdowAAGqPAABekwAA&#10;VJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQhAC6kKgAtpDIALKU6ACulQwAqpUsAKaVUACilXgAm&#10;pWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcBHqTvAR6i+wIeof8CHqH/Ah6h/wKihgAAl4wAAIuP&#10;AAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4qAAAMKsAACiuBwAkrxAAI68XACGvIQAgsCkAH7Ax&#10;AB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiyfgAWspAAFbKiABSytgATss4AE7HrABOv+QATrv8B&#10;E67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8AAFujAABQqAAARawAADuwAAAxsgAAJ7UAACC4AAAY&#10;ugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcAEL5BAA6+TAAOvlcADb5lAAy/dAALv4YACr6ZAAi+&#10;rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACTlAAAh5kAAHqfAABspQAAYKoAAFOvAABHswAAPLYA&#10;ADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJDgAHyRQABskcAAXJJAAEyiwAA8o2AALKQAAAy0wA&#10;AMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvIAADM4gAAzO8AAMzxAADM8QCKmgAAfKEAAG+nAABi&#10;rQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAAFcgAAA/LAAAKzgAABNICAADTCgAA0w8AANQUAADV&#10;GgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA3WoAAN19AADdkQAA3aQAAN62AADeyAAA3t4AAN7i&#10;AADe4gB/ogAAcakAAGSwAABWtwAASbwAADzAAAAvxAAAJMcAABvLAAATzwAADdIAAAfWAAAA2wAA&#10;AN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUeAADmJwAA6DEAAOo9AADsSwAA7FoAAO1sAADugAAA&#10;7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAAZrIAAFi5AABLwAAAPcUAAC/JAAAkzQAAGdEAABHW&#10;AAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA6gAAAOsGAADtCwAA7w8AAPATAADyGgAA9CMAAPcu&#10;AAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+ogAA/q0AAP6vAAD+rwD/EB8A/w4dAP8KHQD/ASAA&#10;/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBuAP8AdwD/AH8A/gCGAPwAjAD7AJIA+QCXAPgAnAD3&#10;AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA7gDrAO0A9wDsAP8A6wD/AOoA/wDqAP8A6gD/AOoA&#10;/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/AD4A/wBKAP8AVgD/AGEA/wBrAP0AcwD6AHsA9wCD&#10;APUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0AqwDsALIA6gC6AOgAxgDnANYA5QDoAOQA9QDjAP4A&#10;4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMUAP8PFAD/DRkA/wsiAP8ILQD/BDkA/wFGAP8AUQD+&#10;AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA6gCRAOgAlgDnAJwA5gChAOQAqADjAK8A4QC4AN8A&#10;wwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDUA/8A1AP/ANQD/wD/GBMA/xUQAP8SDwD/EhUA/xEd&#10;AP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0GagDpBXIA5gV6AOQFgQDiBYcA4AaNAN8GkgDdBpgA&#10;2waeANkGpQDXBq0A1Aa1ANIGwADQB88AzgjlAMwJ9ADKC/8AyAz/AMcM/wDHDP8Axgz/AMYM/wD/&#10;Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A8xA6AO0ORgDoDVIA5Q1cAOENZQDeDW0A2w11ANgN&#10;fADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDLDqsAyQ60AMgOwADGDs8AwxDmAMAR9QC9Ev8AvBL/&#10;ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8fCAD/Hw0A/x0SAPgaGwDuFiYA5hQzAOATPwDaE0sA&#10;1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWEAMQVigDDFZEAwRaYAMAWnwC+FqcAvBewALsXvAC5&#10;F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8BrRv/Aa0b/wH/IgQA/yIAAP8lAgD8JAcA9yEMAOwd&#10;EgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDAHmIAvh5qALwfcQC6H3gAuR9+ALcfhQC2H4wAtB+T&#10;ALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci7wKlIv0CoyP/AqIj/wKiI/8CoSP/AqEj/wL/JQAA&#10;/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQkAMMlMgC+Jj8AuidKALcnVAC0J10AsidkALAnbACu&#10;J3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54CoyioAqIoswKgKMECnyjVApwp7AOaKvoDmCr/BJcq&#10;/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADaNQAA0DMBAMwtBgDGKhAAvi0eALguLACzLzoAry9F&#10;AKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAuegKeLoECnS6JApsukQOZLpoDmC6kBJYvrwSVL70E&#10;ky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/BYwx/wX/LQAA6jUAANw6AADOPQAAxjwAAMA3AgC7&#10;Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MBnTZaAZs2YQGZNmgClzVvApU1dQOUNXwDkjWEBJA1&#10;jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeFNvYHhDf/B4M3/weDN/8Hgjf/B4I3/wf0MgAA4zsA&#10;ANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8IgCgPTAAnT07AJk9RQCWPU4BlDxWAZI8XQKQPGMC&#10;jjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqcB4E6qAiAOrUJfjvGCX074Ql7PPMJezz/CXo8/wh6&#10;PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAAtkkAAK5GAACpQQQAo0ERAJ1CHgCYQysAlUM3AJFD&#10;QQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSBQHQFgEB7Bn4/hAd8P44Iej+ZCXg/pQp3QLIKdUDD&#10;C3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB/wnpPAAA1UUAAMVLAAC6TgAAsE4AAKdLAACiRgAA&#10;m0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdOAYJGVQKARlwDfkViBHxFaQR6RXAFeER4BnZEgQh0&#10;RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8Ma0X9C2tG/wtrRv8Ka0b/CmtG/wrlQAAAz0kAAMFP&#10;AAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCLTCQAh0wvAIRMOgCBTEMBfktLAXtLUgJ5SlgDd0pf&#10;BHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pInwxoSK0NZ0m9DWZJ1A5lSe0NZUr8DGVK/wtlSv8L&#10;ZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUAAJxSAACVTgAAjk4JAIlPFACFUCAAgVAsAH5QNwB7&#10;UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoGa01yB2lNewhnTYUKZU2RC2RMnQxiTasNYU27DmBN&#10;0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvcRwAAx1AAALlWAACuWQAAolgAAJhWAACQUQAAiVIG&#10;AINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBTTAJtUlMCa1JZA2lSYARnUWcGZVFvB2NReAhiUYMK&#10;YFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6DVtR/wxbUf8MW1H/C1tR/wvWSgAAw1MAALZZAACr&#10;XAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoAdlcmAHNYMQBwVzoAbVdCAWpXSQJoVlACZlZXA2RW&#10;XgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1YVKcOVlW4D1ZVzA9WVekOVlX5DVZV/w1XVP8MV1T/&#10;DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9cAACGWAAAf1kAAHlaDQB0WxcAcVsjAG5bLgBrWzcA&#10;aFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFprBlpZdAhYWX8KVlmLC1RZmA1TWKYOUlm2DlFZyg9R&#10;WecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAAvFkAALBfAACjYQAAlmAAAItfAACBWwAAeV0AAHNe&#10;DABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFfX0wCXV9TA1tfWgRZXmEFV15pBlVecghTXn0JUV2J&#10;C1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c/wxNXP8MTlz/DE5c/wzJVAAAuVwAAK1jAACfYwAA&#10;kmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMdAGNkKABhZDIAXmQ7AFxkQwFaZEoCWGRRAlZkWANU&#10;ZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIMSGKyDUdixw1HYuQNSGH2DEhh/wxIYP8LSWD/C0lg&#10;/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2ZAAAbmUAAGhmBQBjZxAAYGgaAF1pJQBbai8AWWo4&#10;AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtpbQZJaHgHR2iECUZokgpEZ6ELQ2exDEJnxQxCZ+IM&#10;Qmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQAAKZqAACWaQAAiWkAAH1pAABxaQAAZ2oAAGJsAQBd&#10;bQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUBTnBMAUxwUwJKcFoDSHBiBEZvawVEb3UGQm+CB0Bu&#10;jwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9a/8KPmv/Cj5r/wq6YAAArWkAAKBuAACRbQAAhG0A&#10;AHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2HQBOdycATHcxAEt4OQBJeEEASHhJAUZ4UAFEd1cC&#10;QndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3WtCDd1wAg2dd4IN3TyCDdz/gg3cv8IN3L/CDdy/wi1&#10;ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAAXHYAAFR5AABOewUASn0PAEh+GABGfyMARX8sAEOA&#10;NQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4f28DNn98BDR/igQyf5oFMX6qBjB+vQYwftoGMH3w&#10;BjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1AACGdQAAeXYAAG53AABjeQAAV30AAE+BAABHhAAA&#10;QoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlAADeJSAA2iU8ANIlYATOJYQExiWwBL4l4Ai2JhwIs&#10;iZcDKoinAymIugMpiNQDKYbuAymF/AQphP8EKYT/BCmE/wSqdAAAnnsAAI56AACAegAAdHsAAGh+&#10;AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAzkhcAMpIhADGSKQAwkzIALpM6AC2TQQAsk0oAK5RS&#10;ACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGTtwEgk88BIZLsASCQ+gIgj/8CII//AiCP/wKkfAAA&#10;l4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4AAEKSAAA6lgAAMpkAACqcCQAonREAJp0ZACWdIgAk&#10;nioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AAHJ9tABuffAAan40AGJ+fABefsgAWn8kAFp7oABac&#10;9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0hwAAZ4sAAFuPAABQkwAARpgAADycAAAzoAAAK6MA&#10;ACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWqMQAUqjkAE6pDABOrTQASq1gAEatlABCrdAAOq4YA&#10;DquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/AA2o/wCWigAAiYwAAHqNAABskQAAYJUAAFSaAABJ&#10;nwAAP6MAADWnAAArqgAAI64AABuwAAAUswEAD7UKAA22EAAMthYAC7YfAAq2JwAJti8ACLY5AAe3&#10;QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAAtrQAALbLAAC25QAAtfEAALX3AAC19wCPkQAAgZQA&#10;AHKXAABlnAAAWKEAAEymAABBqwAAN68AACyyAAAjtQAAGrgAABO7AAAOvQAACcAFAAPBDQAAwREA&#10;AMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQAADEXgAAxW8AAMWBAADFlQAAxagAAMW8AADE0QAA&#10;xOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAAUK4AAESzAAA3tgAALLkAACK8AAAZvwAAEcIAAAzF&#10;AAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAAzh0AAM8kAADQLQAA0jgAANREAADUUgAA1WEAANVz&#10;AADWhwAA1psAANatAADXvwAA2M4AANjdAADY3QB7oAAAbqYAAGCtAABTswAARbgAADi8AAArvwAA&#10;IcIAABfGAAAQyQAACswAAALQAAAA1AAAANcAAADYAAAA2gUAANsLAADcDgAA3hMAAN8ZAADhIQAA&#10;4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwAAOqfAADqrgAA6roAAOrDAADqwwBwqAAAYq8AAFW2&#10;AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH1AAAANkAAADdAAAA4QAAAOMAAADkAAAA5gAAAOcB&#10;AADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2MwAA90MAAPhUAAD5ZgAA+XoAAPqOAAD6ngAA+6kA&#10;APuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAlAP8AMgD/AD8A/wBLAP8AVwD/AGIA/wBrAP8AcwD9&#10;AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A9ACiAPMAqQDxALAA7wC4AO4AwwDsANEA6wDmAOkA&#10;8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/DhgA/woVAP8BFAD/ABgA/wAiAP8ALgD/ADsA/wBH&#10;AP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIAhADwAIkA7wCPAO4AlADsAJoA6wCfAOkApQDoAKwA&#10;5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/AN0A/wDdAP8A3AD/ANwA/wD/EBMA/w0RAP8GEAD/&#10;AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA8QBiAO4AawDsAHIA6gB5AOgAfwDnAIUA5QCLAOQA&#10;kADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDVAMgA0gDdANEA7QDQAPkAzwD/AM4A/wDNAP8AzQD/&#10;AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8CJAD/ADAA9gA8AO8ASQDqAFMA5wBdAOQAZgDhAG0A&#10;3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCYANAAngDOAKYAzACuAMoAuADIAMQAxgDXAMUA6gDD&#10;APcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA/xAGAP8QCQD/EA4A/w4UAP8KHgD1BikA6wQ2AOMD&#10;QgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDMBXwAygWCAMkFiADHBY4AxgWUAMQFmwDCBaMAwAar&#10;AL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM/wC0DP8AtAz/ALQM/wD/FwQA/xQAAP8WAwD/FAkA&#10;/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxRAMkMWgDGDWIAxA1qAMINcQDADXcAvw19AL0OgwC8&#10;DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EAsRDUAK4R6wCrEvoAqRL/AKgT/wCnE/8ApxP/AKcT&#10;/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZDhcAzxEmAMgSNADEE0AAvxRLALwUVAC5FV0AtxVk&#10;ALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwWlACrF5wAqRemAKcYsACmGL0ApBjPAKIa5wCfGvcA&#10;nRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEAAOgkAADdJQAA1CEBAM8bCADKFxEAwhogALwcLQC3&#10;HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wAph9zAKUfeQCjH4AAoh+HAKAgjwCfIJgAnSCiAJsg&#10;rAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQI/8BkCP/AZAj/wH/IgAA6ykAAN0uAADPLwAAxy0A&#10;AMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUnSQCiJ1IAoCdaAJ4nYQCcJ2cAmydtAJkndACYJ3sB&#10;lieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnGAosp3wKJKvIChyr/AoYq/wKGKv8Chir/AoYq/wL0&#10;KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkAqywUAKYtIgCiLi8Ani46AJsuRACYL00Ali9VAJQu&#10;XACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKILo8Chy6aAoUvpQODL7IDgi/CA4Ew2gN/MO8DfTH+&#10;A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9AAC+PgAAszwAAKw4AACnMwQAojIRAJ00HQCZNSoA&#10;lTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVkAYU0awGENHICgjR5AoA0ggJ+NIsDfTSWA3s1oQR5&#10;Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8EdDf/BHQ3/wTnNQAA0j0AAMNCAAC4RAAArEIAAKQ+&#10;AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCHO0QAhDtMAII7UwGAOloBfjpgAX06ZwJ7Om4CeTp1&#10;Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47zwZtO+oGbTz6Bmw8/wVsPP8FbDz/BWw8/wXiOQAA&#10;zEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4LAI0/FQCJPyEAhUAtAIJANwB/QEAAfUBIAHtATwF5&#10;QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QEbD+QBWs/nAZpP6kGaD+4B2dAzAdmQOgHZkD5BmVA&#10;/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACsTAAAoEoAAJdHAACRQwAAi0MIAIZDEgCCRB4AfkQp&#10;AHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5EYAJsQ2cCa0NvA2lDdwRnQ4EFZkONBmRDmQZiQ6cH&#10;YUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/BmBE/wbWQQAAw0kAALZOAACnTwAAm00AAJJLAACM&#10;RwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToAcElCAG5JSQFsSFABakhWAWhIXQJmSGQCZUhsA2NI&#10;dQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwlaSOQIWkn2CFpJ/wdaSP8GWkj/BlpI/wbRRQAAv0wA&#10;ALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpLDgB2TBcAckwjAG9MLQBtTTYAakw/AGhMRgBmTE0B&#10;ZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyIBllMlQdXTKMIVkyyCFVMxglVTOIJVUz1CFVM/wdV&#10;TP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAAk1MAAIlRAACBTQAAek4AAHVPDABwTxUAbVAgAGpQ&#10;KgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1lQcARXUHoFVVCGBlRQkwdSUKEIUVCx&#10;CVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP/wbJSwAAuVMAAKtXAACcVgAAj1UAAIVUAAB8UAAA&#10;dVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5AF5UQQBcVEgBWlRPAVlUVgFXVF0CVlRlA1RUbgRS&#10;VHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8JTFTzCExT/wdMU/8HTVP/Bk1T/wbFTgAAtlYAAKda&#10;AACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBmVxAAYlcaAGBYJABdWC4AW1k3AFlZPwBXWUYAVllN&#10;AVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpYjwZJWJ4HSFiuCEdYwAhHWN0IR1jyCEdX/wdIV/8H&#10;SFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sAAH1aAAByWAAAa1kAAGVaAwBgWw4AXVwXAFpcIQBY&#10;XSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkCTF5hAktdagNJXXQER12ABUVdjQZEXZwHQ12sB0Jd&#10;vghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9VQAAr10AAJ9fAACQXgAAg14AAHhdAABtXAAAZV0A&#10;AF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9jOQBOY0EATGNIAEtjTwFJY1YBR2NeAkVjZwJEY3ED&#10;QmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHvBj1h/QY+YP8GPmD/Bj5g/wa5WQAAq2EAAJphAACL&#10;YQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkAUWcRAE5nGgBMaCQAS2ktAElpNgBIaT4ARmpFAEVq&#10;TABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5aZgFOGioBTdougU3adMFN2juBTdn/AU4Zv8FOGb/&#10;BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9lAABkZgAAWWgAAFJqAABNbAQASW4OAEduFgBFbyAA&#10;RHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZATpxYgE4cWwCNnB4AjVwhgMzcJUDMnCmBDFwuAQw&#10;cNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAAoWkAAI9oAACBaAAAdWkAAGtpAABgawAAVW4AAE1x&#10;AABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5eDUAOHk9ADd5RQA2eU0ANXlVADN5XgAxeWgBMHl0&#10;AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2+QMqdf8DKnT/Ayp0/wOqagAAmm0AAIlsAAB8bQAA&#10;cG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4FADZ/DgA0gBYAM4EgADKBKAAwgTAAL4I4AC6CQAAt&#10;gkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8BJIKgASOCsgEigskBIoHnASJ/9wEifv8CIn3/AiJ9&#10;/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABWeAAATHwAAEOAAAA7gwAAM4YAAC2JCgAqihEAKYsZ&#10;ACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGNVAAgjV4AH41rAB2NeQAcjYoAG42cABmNrgAYjMQA&#10;GIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYAAH12AABydwAAZXkAAFp8AABQgAAARoQAADyJAAA0&#10;jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIAGpcqABmXMgAYmDoAF5hDABaYTQAVmFgAFJhkABOY&#10;cwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQlfwAEJT/ABCU/wCVfQAAhXwAAHh8AABrfgAAX4EA&#10;AFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6dAAAXoAMAEqIMABCjEgAQoxkAD6MhAA6kKQAOpDEA&#10;DaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOOAASjoQACo7QAA6LLAAOi5gADofMAA6H7AAOh+wCN&#10;gwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAAOJoAAC+eAAAmogAAHqUAABeoAAARqwAADK4HAAev&#10;DQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAAsEcAALBTAACwYQAAsHEAALCDAACvlwAAr6oAAK+/&#10;AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqOAABdkwAAUZgAAEWdAAA7ogAAMKYAACeqAAAergAA&#10;FrEAABC0AAALtgAABbkDAAC6CgAAug4AALoTAAC7GQAAuyEAALwoAAC8MQAAvTwAAL5IAAC+VgAA&#10;vmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4AAL3rAAC96wB/kgAAcJUAAGKaAABVnwAASaUAAD2r&#10;AAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAACwgAAAMQAAADFBAAAxgoAAMYOAADHEgAAyBgAAMkf&#10;AADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADPfgAAz5MAAM+mAADPuAAAz8gAAM/bAADP2wB3nAAA&#10;aKEAAFunAABOrgAAQbQAADS3AAAougAAHb0AABPAAAANxAAABscAAADKAAAAzgAAANAAAADRAAAA&#10;0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQAAOAvAADiPAAA40sAAORcAADkbwAA5YMAAOWYAADl&#10;qQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABEuQAANbwAACjAAAAcxAAAEsgAAAzLAAADzwAAANMA&#10;AADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADkAwAA5ggAAOgNAADpEQAA7BgAAO4iAADxLgAA8zwA&#10;APRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiwAAD4sAD/AxcA/wAVAP8AFQD/ABgA/wAjAP8ALwD/&#10;ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA+QB9APgAgwD2AIgA9QCOAPQAkwDyAJgA8QCeAPAA&#10;pADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDmAP0A5QD/AOQA/wDkAP8A5AD/AOQA/wD/BxMA/wAR&#10;AP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4ATwD6AFoA9wBjAPQAawDyAHIA8AB5AO8AfwDtAIQA&#10;6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCvAOAAuQDeAMYA3ADaANoA7ADYAPkA1gD/ANYA/wDX&#10;AP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA/wAaAP8AJgD8ADIA9wA/APQASgDxAFUA7QBeAOoA&#10;ZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDcAJAA2wCWANgAnADVAKMA0wCrANEAtQDOAMEAzADR&#10;AMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA/wD/DAwA/wYIAP8CCgD/AA8A/wAVAPwAIADxACwA&#10;7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBvANQAdQDSAHsA0ACAAM4AhgDMAIwAywCSAMkAmADH&#10;AKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIAuwD9ALsA/wC6AP8AugD/ALoA/wD/DgUA/wkAAP8J&#10;BQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDWAEkA0QBTAM4AWwDLAGMAyABqAMYAcADFAHYAwwB7&#10;AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcArgC1ALkAswDIALEA3wCwAe8ArwH7AK4C/wCtA/8A&#10;rQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcKAOIBEQDbAh0A0gMrAMwDNwDIBEMAxARNAMEEVgC+&#10;BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMAsgaJALAGkQCvB5kArQehAKsHqwCpCLcAqAnGAKYK&#10;3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/EQAA/BIAAOwTAADiEwAA2w8DANYJCwDOCBQAxgoi&#10;AMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4OZQCtDmsAqw5xAKoOeACoDn4Apw+FAKUPjQCkD5YA&#10;ohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/AJYU/wCVFP8AlRT/AJQU/wD/FQAA7RsAAOAfAADS&#10;HwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUArBVAAKkVSQCmFVIApBZZAKIWYAChFmYAnxZsAJ4W&#10;cgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCTGbIAkRnBAJAa2ACNG+4Aixz9AIoc/wCKHP8AiRz/&#10;AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYgAAC0GQsArhoVAKgcIwCkHS8AoR46AJ4eRACbHkwA&#10;mR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8AI4ghACMII0AiiCXAIkhogCHIa4AhiK9AIUi0QGC&#10;I+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA2y0AAMkxAAC8MQAAsS4AAKspAACnJAUAoyMRAJ4k&#10;HQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCLJ1wAiSdiAIgnaQCGJ28AhSd3AIMnfwCBJ4kBgCiT&#10;AX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr/wF2K/8BdSv/AXUq/wHlLAAA0DQAAME4AACzOAAA&#10;qDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0wAIotOgCHLUMAhS1KAIMtUQCBLlgAgC5eAH4uZAB9&#10;LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gCcS+2AnAwyQJvMOUCbjH3Am0x/wJtMf8CbTH/Am0x&#10;/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACVMwAAkDEKAIwxFACHMiAAhDMrAIEzNQB/Mz4AfTNG&#10;AHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0dwFvNIEBbjSMAmw0mAJqNaUCaTWzA2g1xgNnNuID&#10;Zjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4AALVCAACmQQAAmz8AAJM8AACNOAAAiDYHAIQ3EQCA&#10;NxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAAcDlXAG45XQBsOWQBazlrAWk5dAFoOX4CZjmJAmQ5&#10;lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNfO/8DXzv/Al87/wLROwAAwEIAALBFAAChRAAAlUMA&#10;AI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9LQBwPTYAbj0/AGw9RgBrPU0AaT1TAGc9WgBmPWEB&#10;ZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+vBFo/wQRaP90EWT/yBFk//wNZP/8DWT//A1k//wPM&#10;PwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAAfD8AAHdADABzQBUAb0EgAGxBKgBqQTMAaEE7AGZC&#10;QwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJbQngCWkKEA1hCkANXQp4EVkOtBFVDvwRUQ9oEVEPx&#10;BFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdLAACYSgAAjUkAAINHAAB9QwAAdkMAAHFECgBtRBIA&#10;akUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVNAFtFVABaRlsBWUZjAVdGbAFWRnYCVEaBA1NGjgNS&#10;R5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8DT0f/A1BH/wPERQAAtU0AAKNNAACVTAAAiUsAAH9K&#10;AAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABfSS0AXUk1AFtJPQBZSUQAV0lKAFZJUQBVSlkBVEph&#10;AVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtLvARKS9MFSkvuBEtL/QRLSv8DS0r/A0tK/wPBSAAA&#10;slAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoAAGdLBABiTA4AX0wXAFxNIQBaTSoAWE0yAFZNOgBU&#10;TUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnICS059AklOiwNITpkER0+oBEZPugRGT9EERk/tBEZO&#10;/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACNUQAAgVEAAHdQAABuTAAAZ04AAGJPAABdUA0AWlAU&#10;AFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1STQBMU1UASlNdAUlTZQFIU28CRlN7AkVTiQNDU5cD&#10;QlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/A0JR/wO6TwAAqlQAAJhUAACJVAAAfVMAAHNTAABp&#10;UQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQATlYtAExXNQBLVzwASldEAEhXSwBHWFIARlhaAURY&#10;YwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8WM0EPFfqAzxX+gM9Vv8DPVb/Az1W/wO2UwAApVcA&#10;AJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdYAABSWQcATloQAExaGABKWyEASFwqAEdcMgBFXDoA&#10;RF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12AjpdhAI5XZMCOF2jAzddtQM2XcsDNlzoAzdc+QM3&#10;W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAAdVkAAGtZAABgWgAAVlsAAFFdAABMXgIASGANAEVg&#10;FABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8Y00AO2NVADljXgA4Y2gBNmN0ATVjgQEzY5ECMmOh&#10;AjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg/wKuXAAAm10AAIpdAAB8XQAAcF0AAGZdAABcXgAA&#10;UmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2giADlpKwA4aTIAN2o6ADZqQQA1akkANGpSADNqWwAx&#10;amUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYBKmnlASpo9gIrZ/8CK2f/Aitn/wKpYQAAlWAAAIRg&#10;AAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABAawAAOm4FADZvDgA0cBUAM3AeADJxJgAwcS4AL3E1&#10;AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdyewAmcosAJHKcASNyrgEjcsMBI3HiASNw9AEjb/8B&#10;I27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUAAF5mAABUaQAASWwAAEJvAAA7cgAANHUAAC54CgAr&#10;eREAKnkYACl6IQAneigAJnowACV7OAAke0AAI3tIACJ7UgAhe1wAIHtoAB98dgAdfIYAHHuYABt7&#10;qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZaQAAiGkAAHlpAABtaQAAY2oAAFlsAABPbwAARXMA&#10;AD13AAA1egAALn0AACeBAwAigw0AIIQSAB+EGgAdhCIAHIUqABuFMQAahTkAGYVCABiGTAAXhlYA&#10;FoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXWABGD7wARgvsAEoL/ABKB/wCRbgAAgW0AAHRuAABp&#10;bgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAAJ4cAACGKAAAajQYAFY8NABOQEwASkBoAEpAiABGQ&#10;KgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagALkXoACpGNAAiQnwAHkLMAB4/JAAeP5gAHjvQACI38&#10;AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19AABDgQAAOYYAADCKAAAojgAAIZEAABqVAAATlwAA&#10;DpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwzAAOcPQACnUgAAJ1UAACdYgAAnHIAAJyEAACclwAA&#10;m6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAAdnkAAGh6AABcfgAAUYIAAEaHAAA8jAAAMpEAACmV&#10;AAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAApxAAAKcVAACoHAAAqCMAAKgrAACpNAAAqT8AAKlL&#10;AACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACoywAAp+QAAKfvAACn8wB9gAAAb4EAAGGEAABViQAA&#10;SY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkAAA2sAAAHrwAAALIAAACzBwAAswwAALMQAAC0FQAA&#10;tBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0AALhuAAC4ggAAuJcAALiqAAC3vgAAt9IAALfmAAC3&#10;6gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAspwAAIqsAABmvAAARswAAC7YAAAS5AAAAvAAAAL4A&#10;AAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADEIAAAxSkAAMc0AADIQgAAyVEAAMliAADJdQAAyYoA&#10;AMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgAAFOeAABGpAAAOqsAAC+wAAAktQAAGbgAABC8AAAK&#10;vwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAAAM0DAADOCAAA0A0AANEQAADTFgAA1h4AANooAADd&#10;NAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA4LIAAOC+AADgwwBmnwAAWaYAAEytAAA/tAAAMrgA&#10;ACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADRAAAA1QAAANgAAADZAAAA2wAAAN0AAADfAAAA4QQA&#10;AOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFGAADyWAAA82sAAPOAAAD0lAAA9KMAAPSuAAD0sgD/&#10;ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFoA/gBjAPsAawD5AHIA9wB4APUA&#10;fgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDsAKYA6gCuAOgAuADmAMUA5QDbAOMA7QDiAPsA4gD/&#10;AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8ADQD/ABIA/wAbAP8AKAD/ADQA/gBBAPsATAD3AFYA&#10;9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCFAOYAigDlAI8A4wCVAOEAmwDgAKIA3gCqANsAtADZ&#10;AMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A0AD/ANAA/wD/AA0A/wAJAP8ACgD/AA8A/wAWAPsA&#10;IgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDiAGkA4ABvAN4AdQDcAHoA2gCAANgAhQDVAIsA0wCR&#10;ANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA4gDEAPIAwwD+AMIA/wDBAP8AwgD/AMIA/wD/AwYA&#10;/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2AOMAQQDfAEsA2wBUANUAXADSAGMAzwBqAM0AcADL&#10;AHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoAvwCiAL0AqwC7ALYAuQDEALcA2gC2AO0AtAD6ALQA&#10;/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/AAYA7AANAOUAFgDeACIA1wAvANEAOwDNAEUAygBO&#10;AMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoAewC5AIEAtwCHALUAjgCzAJUAsgCeALAApwCuALIA&#10;rAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/AKYA/wD/BgAA/wUAAPEDAADoAAAA4QAHANUAEADN&#10;ABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgAtABfALIAZQCwAGoArwBwAK0AdgCsAHwAqgCCAKkA&#10;iQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCdAuYAnAT0AJsE/wCaBf8AmgX/AJkF/wD/CgAA8Q4A&#10;AOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcDLACzBDcAsAVCAK0GSgCqBlIAqAdZAKYHXwClB2UA&#10;owdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmXAJgKoQCWCqwAlQu6AJMLzACSDOUAkA32AI8O/wCO&#10;Dv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAAvhUAALkQAAC3Cg0AsQsXAKwNJACoDjAApQ47AKIO&#10;RACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACVEHIAkxB5AJIQgQCQEIoAjxGUAI0RnwCLEaoAihK4&#10;AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV/wDtGgAA3CEAAMolAAC7IgAAsR8AAKsaAACpFAYA&#10;pRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZOAJAWVQCOF1sAjBdhAIsXZwCJF20AiBd0AIYYfACF&#10;GIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIAeh31AHkd/wB4Hf8AeB3/AHgd/wDlIgAA0CkAAL8s&#10;AACwKgAApycAAKAjAACdHwAAmhoOAJUcGACRHSQAjh4vAIweOQCJHkEAhx9JAIUfUACDH1YAgh9c&#10;AIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHchlwB1IqQAdCKyAHMjwwByI98AcCTzAG8k/wBvJP8A&#10;biT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4AAJcqAACTJwAAkCMKAIwjEwCIJB8AhCUqAIIlNACA&#10;Jj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUAdCdsAHIndABxJ30AbyiIAG4olABsKKEAaymvAWop&#10;wAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHULwAAwjYAAK82AAChNQAAljQAAJAwAACKLQAAhyoG&#10;AIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMsRwBxLE0AcCxUAG4sWgBtLGEAay1oAGotcABoLXoA&#10;Zy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDvAV8w/QFfMP8BXzD/AV8w/wHNNAAAvDsAAKk6AACb&#10;OgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYAdDAhAHExKwBvMTQAbTE8AGsxQwBqMUoAaDJQAGcy&#10;VwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFdNJwBWzSqAVo1uwFaNdIBWTXtAVk1/AFYNf8BWDX/&#10;AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6AAB9NwAAeDQAAHQ0CwBwNRMAbTUdAGo1JwBoNjAA&#10;ZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdiAFw3agBaOHQBWTh/AVc4jAFWOZkBVTmoAlQ5uQJT&#10;Os8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAAskEAAKBAAACSQAAAhj8AAH49AAB4OgAAczgAAG45&#10;CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABdO0MAWztKAFo7UABYO1cAVztfAFY8ZwBUPHEBUzx8&#10;AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0++gJOPv8BTj3/AU49/wHAPwAArkMAAJxDAACOQwAA&#10;gkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4XAF4+IQBcPikAWj4xAFg+OQBXPkAAVT9GAFQ/TQBT&#10;P1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYBSkGlAklCtQJJQssCSULoAklC+QJJQf8CSUH/AUlB&#10;/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABvQAAAaEAAAGNBAQBfQQ0AXEEUAFlCHQBXQiYAVUIu&#10;AFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExEYwBKRG0BSUV4AUhFhQFHRZQBRUWjAkVGtAJERskC&#10;REbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgAAJRIAACGSAAAe0cAAHJGAABqQgAAY0MAAF5EAABa&#10;RQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdIYQBGSWsAREl2AUNJ&#10;gwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJASf8CQEj/AkBI/wG2SQAAokoAAJFKAACDSgAAd0oA&#10;AG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9KGABMSiEASkspAElLMQBHSzgARkw/AEVMRgBETE4A&#10;Q01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2gATtOsQI6TsYCOk7kAjtN9gI7Tf8BO0z/ATxM/wGz&#10;TQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAAWUsAAFRMAABQTQUATE4OAElPFQBHTx4ARU8mAERQ&#10;LgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8UmYAOlJyADlSfwE4Uo4BN1KeATZSrwE1UsQBNVLi&#10;ATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlPAAB7TwAAcE8AAGZPAABcTgAAVE8AAE9RAABKUgEA&#10;RlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6ADtWQQA6VkkAOVdRADhXWgA2V2MANVdvADRXfAEz&#10;V4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8BMVX/ATFV/wGoUgAAlVIAAIRSAAB3UgAAbFIAAGJS&#10;AABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7WhcAOVsgADhbJwA3XC8ANlw2ADVcPgA0XEYAM11O&#10;ADFdVwAwXWEAL11sAC5degAsXYkAK12aASpdqwEqXb8BKV3eASpc8gEqW/4BK1v/ASta/wGjVQAA&#10;j1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkAAEVbAAA/XQAAOl8EADZgDQA0YRMAMmIcADFiIwAw&#10;YisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0AKGRpACdkdgAmZIYAJWSXACRkqQAjZL0AImTaACNj&#10;8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABuWQAAY1kAAFpaAABQXAAASF4AAEFgAAA6YwAANGYA&#10;AC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZrNQAlaz0AJGtGACNrTwAibFkAIGxlAB9scgAebIIA&#10;HWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/ABxo/wCVXAAAg1wAAHVcAABpXQAAX10AAFZeAABM&#10;YQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0AIXISACBzGgAfcyEAHnMoAB10MAAcdDgAG3RAABp0&#10;SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogASdLYAEXTPABJz7AAScvoAE3H/ABNx/wCOYAAAfWAA&#10;AG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADduAAAwcQAAKXUAACJ4AAAcewcAF30OABZ9EwAVfRsA&#10;FH4iABN+KgASfjEAEX46ABF+RAAQf04AD39aAA5/aAANf3gADH+KAAt+nQAKfrAACX3GAAp95AAK&#10;fPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAAVmgAAExrAABCbwAAOXMAADF3AAAqegAAI34AAByB&#10;AAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAKiSsACYkzAAiJPQAGiUgABYlUAASJYQACiXEAAYmD&#10;AACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG+gB+agAAcWoAAGdrAABbbAAAUHAAAEZ0AAA8eAAA&#10;M30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIGAAaTDAACkxEAAJQWAACUHQAAlCQAAJUsAACVNQAA&#10;lUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEAAJS1AACTzAAAkuYAAJLyAACS9wB4cAAAbXAAAGBy&#10;AABUdQAASXkAAD9+AAA1gwAALIgAACONAAAbkQAAFJQAAA+XAAAKmgAABJ0DAACeCQAAnw4AAJ8S&#10;AACgFwAAoB0AAKElAACiLQAAojcAAKNDAACjUAAAo18AAKNxAACjhAAAopkAAKKtAAChwgAAodwA&#10;AKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUAADiLAAAukAAAJJUAABuaAAAUngAADqEAAAmkAAAC&#10;pwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYAAK4cAACvJAAAsC0AALE5AACxRgAAslUAALJmAACy&#10;eQAAso4AALGjAACytwAAscoAALHgAACx6QBsfgAAX4IAAFKHAABGjQAAO5MAADCZAAAmngAAHKMA&#10;ABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4AAAAuQIAALkIAAC6DAAAuxAAALwUAAC9GwAAvyMA&#10;AMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSXAADEqwAAxLwAAMTLAADE2gBliQAAWI4AAEuVAAA/&#10;mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAAALwAAAC/AAAAwwAAAMQAAADFAAAAxgAAAMcAAADJ&#10;BAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA1jwAANhNAADZXwAA2nMAANqKAADbngAA264AANu6&#10;AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3AAAVuwAADb4AAATCAAAAxQAAAMkAAADNAAAA0AAA&#10;ANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4FAADgCgAA4g8AAOUWAADoIAAA7C0AAO0+AADtUQAA&#10;7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA/wAOAP8ADgD/ABIA/wAdAP8AKQD/ADUA/wBBAP8A&#10;TQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDxAH8A8ACEAO4AiQDtAI8A6wCVAOoAmwDoAKIA5gCq&#10;AOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A/wDdAP8A3gD/AN4A/wD/AA0A/wAKAP8ACQD/AA8A&#10;/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABaAO0AYgDrAGkA6QBvAOcAdQDlAHoA4wB/AOIAhQDg&#10;AIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA0ADKAM4A4wDNAPQAywD/AMsA/wDLAP8AywD/AMsA&#10;/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDyACsA7wA3AOsAQgDnAEwA5ABVAOAAXQDdAGQA2gBq&#10;ANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsAkgDJAJkAxwChAMUAqgDDALUAwQDDAL8A2gC+AO4A&#10;vQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAAAP8AAAD5AAcA8QAQAOoAGgDkACUA3wAxANsAPADX&#10;AEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAAwwB1AMEAegDAAIAAvgCGALwAjQC6AJQAuQCcALcA&#10;pQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCtAP8ArQD/AK0A/wD/AAAA/wAAAP0AAADuAAEA4wAM&#10;ANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8AUgC8AFkAugBfALgAZQC2AGoAtABvALMAdQCxAHoA&#10;sACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4AKMAyACiAOIAoQDzAKAA/gCgAP8AoAD/AKAA/wD/&#10;AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgAvQAkALkALwC2ADoAtABDALEATACuAFMArABZAKoA&#10;XwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCgAIoAngCTAJwAnQCaAKcAmAC0AJYAwwCVANwAlADv&#10;AJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwNAADLCgAAwgUAALwACgC2ABEAsQAcAK4AKACqADMA&#10;pwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBkAJoAagCYAHAAlwB2AJUAfgCTAIYAkgGPAJABmQCO&#10;AqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8Ahgj/AIYI/wDvDwAA3hQAAMoVAAC8EgAAsxAAAK4M&#10;AACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCXCUcAlQlOAJMJVACRCloAkApfAI4KZQCNCmsAiwpy&#10;AIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIANwAB/DdgAfQ7vAHwP/QB7D/8AexD/AHsQ/wDmFwAA&#10;0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0PAJgOGQCUDiUAkQ8vAI8QOQCMEEEAihBIAIgQTwCH&#10;EFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4AfBKIAHoSlAB4EqAAdxOuAHUTvgB0FNUAcxXuAHEW&#10;/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAAClIwAAnCEAAJYeAACSGQAAkRQLAI0UFACJFR8AhhYp&#10;AIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkYXAB3GGIAdhhpAHQYcQBzGXoAcRmEAG8akABuGp0A&#10;bBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/AGce/wDRJgAAvSoAAKsqAACdKgAAkygAAI0lAACI&#10;IgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYAdh4+AHQeRQByH0sAcR9RAG8fWABuH14AbB9lAGsg&#10;bQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABhI80AYCTpAGAk+gBfJP8AXyT/AF8k/wDKLAAAti8A&#10;AKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoiDQB2IxUAcyMgAHEkKQBvJDIAbSQ6AGslQQBqJUcA&#10;aCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9AF4nigBdKJcAWymlAFoptQBaKsoAWSrnAFgq+ABY&#10;Kv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAAhjIAAH8vAAB5LQAAdSoAAHIoCgBvKBIAaykbAGkp&#10;JQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABeK1cAXCteAFssZgBZLG8AWC16AFcthwBWLpUAVC6j&#10;AFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv/wDBNgAAqjYAAJk2AACLNgAAgTUAAHkzAABzMQAA&#10;by8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8xAFwvOQBbL0AAWS9GAFgvTQBXMFMAVjBbAFQxYwBT&#10;MWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUBTDTjAUw09gBMNP8ATDT/AEwz/wC7OQAApjkAAJU5&#10;AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBhMg0AXjIUAFwzHgBaMyYAWDMuAFYzNQBVNDwAUzRD&#10;AFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3ggBKN5AASTifAEg4sAFHOMMBRzjhAUc49QFHOP8B&#10;Rzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwAAHA6AABqNwAAZDYAAGA2AABcNgsAWTcSAFY3GgBU&#10;NyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4ASjlVAEk5XgBIOmgARzpzAEY7gABFO44ARDyeAEM8&#10;rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGzPQAAnj4AAI0+AAB/PgAAdT4AAGw9AABmOgAAYDkA&#10;AFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7LwBJPDYARzw9AEc8RABGPUsART1TAEQ+XABDPmYA&#10;Qj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDdAT1A8gE9QP8BPj//AT4//wGuQAAAmkAAAIlBAAB8&#10;QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUATj8OAEw/FQBJPx0AR0AlAEZALABEQDMAQ0A6AEJB&#10;QgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7Q4sAOkSbADlEqwE5RL4BOETbATlE8QE5Q/4BOUP/&#10;ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVDAABdQAAAVkAAAFFCAABNQgIASUMMAEZDEgBERBoA&#10;QkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZPADpGVwA5R2EAOEdsADdHegA2SIkANUiZADRIqgA0&#10;SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAAkkUAAIJGAAB1RgAAakYAAGFFAABZRAAAUUQAAExG&#10;AABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6Si4AOUo2ADhKPQA3S0QANktMADVLVQA0TF8AM0xq&#10;ADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M7wAvTP0AL0v/ADBL/wChRwAAjkgAAH5IAABxSAAA&#10;ZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wGADtNDgA5ThUAN04dADZPJAA1TysAM08zADJQOgAx&#10;UEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQAKlKVAClSpgApUrkAKFLSAClR7gApUPwAKlD/ACpP&#10;/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABRTAAASE0AAENPAAA9UAAAOVICADVTDAAzVBIAMVQZ&#10;ADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClWTwAoV1kAJ1dkACZXcgAlV4EAJFeSACNXpAAiV7cA&#10;IlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4AAHVOAABpTgAAX08AAFZPAABNUAAARVIAAD9TAAA5&#10;VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQAJlwrACVcMwAkXToAI11DACJdTAAhXVYAIF5hAB9e&#10;bgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAbXPkAHFv/ABxb/wCQUQAAflEAAHBRAABkUgAAW1IA&#10;AFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChgAwAkYgwAImMRACFjGAAfZCAAHmQnAB1kLgAcZDYA&#10;G2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWLABRlngATZbEAEmXIABJk5wATY/cAFGL/ABRi/wCJ&#10;VAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAAPVwAADZfAAAwYgAAKWQAACNnAAAdagcAGWwOABhs&#10;EwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgARbkwAEG5YAA9uZQAObnUADW6HAA1umgAMba0AC23C&#10;AAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZAABcWgAAVFoAAEpcAABBXwAAOWMAADFmAAAqaQAA&#10;JGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncbAA13IwAMdyoAC3czAAp3PAAJd0cACHdSAAd3XwAF&#10;d28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsAAnT2AAJ0/AB7XQAAbV0AAGJeAABZXgAATmAAAEVj&#10;AAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAASfAAADX8GAAmBDAAFgREAA4EWAAKBHQABgSQAAIEt&#10;AACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACCjQAAgaAAAIC0AACAywAAf+cAAH7yAAB++QB0YgAA&#10;aGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQAACV4AAAefAAAF4AAABGDAAANhgAACIkEAAKLCgAA&#10;iw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkAAI5EAACOUQAAjmAAAI5xAACOhQAAjpkAAI2tAACM&#10;wwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABNbAAAQnEAADh2AAAvewAAJn8AAB6EAAAWiAAAEIwA&#10;AAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACYEwAAmRgAAJofAACbJgAAmzAAAJw7AACcSAAAnFcA&#10;AJxoAACcewAAnJAAAJulAACbugAAmtAAAJrnAACa8QBqbQAAXm8AAFFyAABGdwAAO3wAADGCAAAn&#10;hwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAAAKIAAACjAQAAowYAAKQLAAClDgAAphIAAKcXAACo&#10;HgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAArIUAAKybAACrrwAAq8MAAKvZAACq6ABkdQAAV3kA&#10;AEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCfAAAJowAAAacAAACqAAAArgAAALAAAACwAAAAsQAA&#10;ALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsmAAC8MwAAvUEAAL1SAAC9ZAAAvnkAAL6QAAC9pAAA&#10;vbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAALJkAACGfAAAXpAAAEKkAAAmuAAAAsgAAALYAAAC5&#10;AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAAxAUAAMYKAADHDgAAyRMAAMscAADOJgAA0DUAANFF&#10;AADSVwAA0msAANOCAADTlwAA06kAANK4AADSxABVjAAASZMAAD2aAAAwogAAJagAABquAAARtAAA&#10;CbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0AAADNAAAAzwAAANAAAADSAAAA1AAAANgAAADaBgAA&#10;3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0AAOpyAADriAAA65sAAOyoAADssgD/AA0A/wALAP8A&#10;CwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7AFIA+ABaAPYAYgDzAGkA8QBvAPAAdQDuAHoA7AB/&#10;AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEArwDfALsA3QDLANsA5gDZAPcA2AD/ANgA/wDXAP8A&#10;1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAVAP4AIQD6ACwA9wA4APQAQwDwAE0A7QBVAOoAXQDn&#10;AGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA2QCLANUAkQDTAJkA0QCgAM8AqgDNALUAywDEAMkA&#10;3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/AAAA/wAAAP8AAAD/AAoA+AARAPEAHADsACcA6QAy&#10;AOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAAagDOAHAAzAB1AMoAegDJAH8AxwCFAMUAjADDAJQA&#10;wQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7ALYA/wC2AP8AtgD/ALYA/wD/AAAA/wAAAP0AAADz&#10;AAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEAygBKAMcAUgDEAFkAwgBfAMAAZQC+AGoAvABvALsA&#10;dAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACuAKoArQC3AKsAyACpAOMAqAD1AKcA/wCnAP8ApwD/&#10;AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0AEQDHABwAwgAmAL8AMQC8ADsAugBEALcATAC0AFMA&#10;sgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6AKcAgQCmAIkApACRAKIAmwCgAKUAngCyAJ0AwQCb&#10;ANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA8AAAAOEAAADRAAAAxgAEAL0ADQC3ABUAswAgALAA&#10;KwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQChAF8AoABkAJ4AaQCdAG4AmwB1AJoAewCYAIMAlgCM&#10;AJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA+ACMAP8AjAD/AIwA/wDzAgAA4gcAAMwHAAC/BAAA&#10;twAAALEACACrABAApwAZAKQAJACgAC4AngA3AJwAQACaAEcAmABOAJYAVACVAFkAkwBeAJIAZACQ&#10;AGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0AhQCpAIMAuACBAMoAgADlAIAA9QB/AP8AfwD/AH8A&#10;/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACgAgwAnAATAJgAHQCVACcAkgAxAJAAOQCOAUEAjAFI&#10;AIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIEDcgCABHoAfgSEAH0FjgB7BZoAeQanAHgGtQB2B8gA&#10;dQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcAALEXAAClFgAAnBMAAJYRAACUDQQAkwgNAI4HFQCL&#10;CSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08AfQxUAHsMWgB6DGAAeAxnAHcMbgB1DXYAdA2AAHIN&#10;jABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBpEP8AaRD/AGkQ/wDQHQAAuR4AAKgeAACbHQAAkhsA&#10;AIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQLQB5EDYAdxE9AHYRRAB0EUoAcxFQAHERVgBwEVwA&#10;bhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSjAGMVswBiFcYAYhbjAGEW9gBgF/8AYBf/AGAX/wDH&#10;IgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAAfBkAAHoVDQB3FRUAdBYfAHEWKABvFzAAbhc4AGwX&#10;PwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBiGW8AYBl5AF8ahQBdG5IAXBuhAFscsABaHMMAWR3g&#10;AFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJkoAACLKAAAgicAAHslAAB2IwAAcyAAAHEcCQBuHBEA&#10;axwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5HAF8eTQBeHlQAXB9bAFsfYgBZIGsAWCB2AFYhggBV&#10;IZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8AUST/AFEj/wC5KwAAoywAAJMsAACGLQAAfCwAAHQq&#10;AABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBfIycAXSMvAFwjNgBaIz0AWSRDAFckSgBWJFAAVSRX&#10;AFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEworABLKb4ASynaAEop8QBKKf8ASyn/AEsp/wCzLgAA&#10;ni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoAAGMnAQBfJwwAXCcTAFonGwBYKCQAVigrAFUoMgBT&#10;KDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUASitwAEkrfABILIsARy2aAEYtqgBFLrwARS7WAEUu&#10;7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8MwAAcjMAAGsxAABlLwAAYC0AAF0sAABZLAkAViwQ&#10;AFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEotQwBJLUoASC5RAEcuWQBGL2MARTBtAEMwegBCMYkA&#10;QTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/AEAy/wCqMwAAljUAAIY1AAB5NgAAbjUAAGY1AABh&#10;MgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0ASjElAEgxLABHMTIARjE5AEQxQABDMkcAQjJPAEEz&#10;VwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7NrkAOjbRADo27QA7NvwAOzb/ADs2/wCmNgAAkjcA&#10;AII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0AABPNAMASzQMAEk0EgBGNRoARTUiAEM1KQBBNS8A&#10;QDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhpADk5dgA4OYUANzqVADc6pQA2OrgANTrPADY67AA2&#10;OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAAaDsAAF86AABZOQAAUzYAAE43AABKOAAARjgKAEQ5&#10;EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc7UwA2PFwANTxnADQ9dAAzPYMAMz6T&#10;ADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9/wCeOwAAizwAAHs8AABuPQAAZD0AAFw9AABVPAAA&#10;TjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4cADk+IwA3PioANj8xADU/OAA0P0AAM0BIADJAUAAx&#10;QFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUAK0LLACxC6QAsQvkALUH/AC1B/wCZPQAAhz4AAHc/&#10;AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABAQAAAPEEEADlCDQA3QhIANUMZADNDIQAyQygAMUQv&#10;ADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpGbwApRn4AKEaPACdHoQAmR7MAJkfJACZG5wAnRvgA&#10;KEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIAAFVCAABOQgAARUIAAD9EAAA7RQAAN0YAADRHCgAx&#10;SBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoAKEpCACdKSwAmS1UAJUtgACRLbQAjS3wAIkuNACFM&#10;nwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQQwAAfkQAAG9EAABkRQAAWkUAAFJFAABKRgAAQUcA&#10;ADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdPGgAmTyEAJU8oACRPMAAjUDcAIlA/ACFQSAAgUFIA&#10;H1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHFABlR5AAaUPYAG0//ABxP/wCKRgAAeUcAAGtHAABg&#10;SAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAALlAAAChTAgAkVAsAIlUQACBVFgAfVh4AHlYkAB1W&#10;LAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAVWHUAFFiHABRYmgATV6wAElfCABJX4QATVvQAFFX/&#10;ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtMAABETQAAPE8AADVRAAAvVAAAKVYAACRZAAAeWwcA&#10;Gl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143ABJeQAARX0oAEV9VABBfYgAPX3EADl+DAA1flgAN&#10;X6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAAbk4AAGJOAABYTwAAT08AAEhQAABAUgAAOFQAADBX&#10;AAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQZhQAD2YbAA5nIgANZykADWcyAAxnOwALZ0UACmdQ&#10;AAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANlzwAEZekABGT1AARk/AB3UQAAaVIAAF1SAABUUgAA&#10;TFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QAABlnAAATagAAD20GAAtwDAAIcP/i/+JJQ0NfUFJP&#10;RklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJwNQAAcD8AAHBKAABwVwAAcGUAAHB2AABwigAAb54A&#10;AG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YAAFlWAABRVwAAR1gAAD5bAAA2XwAALmIAACZmAAAf&#10;agAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8AAHkTAAB5GQAAeR8AAHomAAB6LwAAejkAAHpEAAB6&#10;UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAAeN8AAHjvAAB39wBqWwAAX1sAAFZbAABMXAAAQmAA&#10;ADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57AAAJfgAABIECAACCCAAAgw0AAIMQAACEFAAAhRkA&#10;AIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdoAACHewAAh5AAAIalAACFugAAhdMAAITqAACE9ABl&#10;YAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAAIXcAABl7AAASgAAADYMAAAiHAAACigAAAI0AAACO&#10;BAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAAlCkAAJUzAACVQAAAlk4AAJZfAACVcgAAlYgAAJWd&#10;AACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpqAAA/bgAANXQAACt5AAAhfwAAGYQAABGJAAAMjQAA&#10;BpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0HAACeCwAAnw4AAKESAACiGAAAoyAAAKUpAACmNgAA&#10;pkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0AAKTRAACk5ABbbAAAT3AAAEN1AAA4ewAALYEAACOH&#10;AAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAApgAAAKgAAACpAAAAqgAAAKwAAACtBAAArgkAALAN&#10;AACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4XAAAuHEAALiIAAC4nQAAuLEAALfCAAC30ABUdgAA&#10;SHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIAAAOnAAAAqwAAAK4AAACyAAAAtgAAALgAAAC4AAAA&#10;ugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAAAMYWAADJIAAAyi4AAMs+AADMUAAAzGQAAM16AADN&#10;kQAAzaQAAM20AADNwABNgwAAQYoAADWRAAApmQAAHqAAABOmAAAMrAAAA7EAAAC2AAAAugAAAL4A&#10;AADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzgAAANAAAADSAQAA1QgAANkOAADdFQAA4SEA&#10;AOIxAADkQwAA5VYAAOZrAADmggAA55YAAOelAADmsAD/AAkA/wAFAP8ABgD/AA4A/wAWAP8AIQD/&#10;AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA7gBpAOwAbwDqAHQA6QB6AOcAfwDmAIUA5ACLAOMA&#10;kQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDTAPQA0gD/ANEA/wDRAP8AzwD/AMoA/wD/AAEA/wAA&#10;AP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAAPgDsAEgA6ABQAOUAWADiAF4A3wBkAN0AagDbAG8A&#10;2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACcAMkApQDHALAAxgC+AMQA1ADCAO4AwQD+AMAA/wDA&#10;AP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA8QAPAOsAGADmACMA4gAuAOAAOADbAEIA1QBLANEA&#10;UgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADCAHoAwQCAAL8AhgC9AI4AuwCWALkAoAC3AKoAtgC3&#10;ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA/wD/AAAA/wAAAPcAAADqAAIA4QAMANcAEwDQAB0A&#10;zAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZALgAXwC3AGQAtQBpALQAbgCyAHQAsQB6AK8AgACt&#10;AIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwAoQDyAKEA/wCgAP8AoAD/AKEA/wD/AAAA9wAAAOgA&#10;AADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0ADYAsgA/AK8ARwCsAE0AqwBUAKkAWQCnAF4ApgBj&#10;AKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsAlQCZAJ8AmACsAJYAugCUAM8AkwDrAJIA+wCSAP8A&#10;kgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwACALMADACtABIAqgAcAKcAJgCkADAAowA4AKAAQACe&#10;AEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgAkwBuAJIAdACQAHwAjwCFAI0AjwCLAJoAigCnAIgA&#10;tQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDsAAAA0wAAAMEBAAC0AAAArAAAAKYABwCgAA4AnQAW&#10;AJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0ATQCMAFMAiwBYAIkAXQCIAGMAhwBpAIUAbwCDAHcA&#10;ggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDdAHgA8QB3AP0AeAD/AHgA/wDeCgAAxAsAALIMAACm&#10;CwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMAiQAsAIcANACFADsAgwBCAIIASACAAE4AfwBTAH0A&#10;WAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBzAJIAcQCfAHAArQBuAL4AbQHWAG0C7QBsA/oAbAP/&#10;AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsOAACJCwMAhwUMAIQBEwCBARwAfgIlAHwDLgB6AzYA&#10;eAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZfAG4GZgBtBm4Aawd4AGoHgwBoCJAAZwmdAGUJrABk&#10;CbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAArRcAAJ0YAACQGAAAhxYAAIEUAAB9EQAAfA4GAHwK&#10;DgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBsDEQAaw1KAGkNTwBoDVUAZw1cAGUNYwBjDmsAYg51&#10;AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR8ABZEf0AWRH/AFkR/wC5GwAApR0AAJQeAACIHgAA&#10;fh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZAGkQIgBnESoAZhEyAGQROQBjET8AYhFFAGASSwBf&#10;ElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsAVBWZAFMVqQBSFroAURbSAFEX7QBRF/0AURf/AFEX&#10;/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABsHgAAaRsAAGcYBABmFQ4AYxYVAGEWHgBfFiYAXRYt&#10;AFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMYXABSGWQAURluAE8aegBOG4gATRuXAEscpgBKHLgA&#10;Sh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUAAIgmAAB7JwAAcSYAAGolAABmIwAAYiEAAGAeAABe&#10;HAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcAUR09AFAdQwBPHUoATR5RAEweWABLH2EASR9rAEgg&#10;dwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBDI/oAQyP/AEMi/wCmJwAAkykAAIMqAAB2KgAAbSoA&#10;AGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIhFgBQIR4ATiElAE0iLABMIjMASiI5AEkiQABIIkYA&#10;RyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaSAD4nowA+J7QAPSfKAD0o6AA9KPkAPSf/AD4n/wCi&#10;KgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAAWCgAAFQmAABRJgQATiUNAEwlEwBKJhoASCYiAEcm&#10;KQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+KVwAPSlmADwqcgA7KoEAOiuQADkroQA4LLIANyzI&#10;ADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsvAABvMAAAZTAAAF0vAABYLgAAUysAAFAqAABMKgAA&#10;SSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPiszAD0rOQA8K0AAOyxIADosUAA5LVkAOC5kADcucAA2&#10;L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcAMzD/ADQv/wCZLwAAhzEAAHcyAABrMgAAYjIAAFoy&#10;AABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/LhQAPS4cADsuIgA5LykAOC8vADcvNgA2MD4ANTBG&#10;ADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80ngAuNLAALTTFAC004wAuNPYALzP/AC8z/wCVMQAA&#10;gzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIAAEYxAABCMgAAPzIFADwyDQA5MxIAODMZADYzIAA0&#10;MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUALjZgAC03bAAsN3sAKzeLACo4nAApOK4AKDjDACg4&#10;4gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABlNwAAWzcAAFQ3AABNNgAARzYAAEI1AAA9NgAAOjYC&#10;ADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05MgAsOTkAKzlBACo6SQAqOlMAKTteACg7agAnO3kA&#10;JjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/ACU7/wCNNgAAfDgAAG05AABiOQAAWDoAAFE5AABK&#10;OQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4ALT0UACw9GgAqPSEAKT0oACg+LwAnPjYAJj4+ACU/&#10;RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAfQasAHkHAAB5B3gAfQPMAH0D+ACA//wCJOQAAeDoA&#10;AGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9AAA0PgAAMEAAAC1BBQAqQgwAJ0IRACZDGAAkQx4A&#10;I0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZABxFZQAbRXQAGkWFABlGlwAZRqkAGEa+ABdF3AAY&#10;RfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAAUj8AAEo/AABEPwAAPUAAADZBAAAxQwAALEQAACdG&#10;AQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAbSjAAGko4ABlKQQAYSksAF0tVABZLYgAVS3EAFEuC&#10;ABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ/wB/PwAAb0AAAGFBAABXQgAATkIAAEdCAABBQgAA&#10;OkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08NABhQEQAXUBcAFlAeABVQJQAUUCwAE1E0ABJRPQAR&#10;UUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQADFG4AAxR0QANUOwADVD6AA5P/wB5QwAAakQAAF1E&#10;AABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAApTAAAJE8AAB9RAAAaUwAAFFYJABFXDgAQWBMAEFgZ&#10;AA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApYWgAIWGgAB1h5AAZYjAAFWJ8ABFizAARXygAFV+YA&#10;BVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgAAEFJAAA6SgAAMk0AACtQAAAlUgAAIFUAABpYAAAV&#10;WgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMABWArAARgNAADYD0AAWBJAABgVQAAYGMAAGBzAABg&#10;hgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABsSgAAX0sAAFVLAABMTAAARUwAAD1OAAA1UAAALlMA&#10;ACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhnCwADZw4AAGgTAABoGAAAaB8AAGkmAABpLgAAaTgA&#10;AGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGipAABovwAAZ9wAAGbuAABm9wBmTwAAWk8AAFFPAABK&#10;TwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAAFGUAABBoAAAMawAAB24DAAFwCQAAcA0AAHEQAABx&#10;FAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAAc1YAAHNmAABzeQAAc44AAHOjAAByuQAAcdIAAHHr&#10;AABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJcAAAqYAAAImQAABtoAAAUbAAAD28AAAtyAAAGdgAA&#10;AHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4bAAB/IgAAgCoAAIA1AACAQQAAgE8AAIBfAACAcQAA&#10;gIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAAVFgAAElaAAA/XQAANWEAACxlAAAjagAAG28AABRz&#10;AAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAAhgYAAIgKAACJDQAAihAAAIsVAACMGwAAjiIAAI8s&#10;AACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACOqwAAjcEAAI3cAACM6wBZXQAATl8AAENiAAA4ZgAA&#10;LmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkAAACNAAAAkAAAAJIAAACTAAAAlAAAAJYDAACXCAAA&#10;mAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwAAKBMAACgXgAAoHQAAJ+MAACfogAAn7cAAJ7LAACe&#10;4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAUhQAADYsAAAaQAAAAlAAAAJgAAACcAAAAnwAAAKEA&#10;AACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACsDQAArRIAALAZAACyIwAAsjEAALJCAACyVAAAsmkA&#10;ALKAAACymAAAsawAALK/AACxzgBMbgAAQHMAADV6AAAqgQAAH4gAABWOAAAOlQAABpoAAACfAAAA&#10;pAAAAKgAAACsAAAArwAAALEAAACxAAAAswAAALUAAAC2AAAAuAAAALoAAAC8BgAAvgwAAMARAADD&#10;GQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAAyJ8AAMivAADIvABGegAAOYEAAC6JAAAikAAAF5gA&#10;AA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8AAAAvwAAAMEAAADCAAAAxAAAAMUAAADHAAAAyQAA&#10;AMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0qAADePAAA31AAAOBlAADhewAA4ZEAAOKiAADirQD/&#10;AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA/gAzAPsAPgD3AEgA8wBQAPAAVwDtAF4A6wBkAOgA&#10;aQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADcAJMA2QCcANYApgDTALEA0QDAAM8A2gDOAPEAzAD/&#10;AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8AAAD/AAgA+wAQAPYAGQDyACQA7wAuAO0AOQDoAEIA&#10;4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBuAM8AdADOAHkAzAB/AMoAhgDIAI4AxgCWAMQAoADC&#10;AKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8AugD/ALYA/wD/AAAA/wAAAP4AAAD0AAQA6wANAOQA&#10;FADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDHAFMAxQBZAMMAXwDBAGQAvwBpAL0AbgC7AHMAugB5&#10;ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0AxACsAOEAqwD2AKoA/wCqAP8AqgD/AKoA/wD/AAAA&#10;/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAjAMEALQC/ADcAuwA/ALcARwC1AE4AsgBTALAAWQCv&#10;AF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEApACKAKMAlAChAJ8AnwCsAJ4AuwCcANIAmwDuAJoA&#10;/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADLAAAAwQAFALkADQC0ABQAsQAeAK4AJwCrADAAqgA5&#10;AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0AYgCbAGcAmgBtAJgAcwCXAHsAlQCEAJQAjgCSAJkA&#10;kACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/AIsA/wDwAAAA2wAAAMcAAAC6AAAAsAAAAKgACgCk&#10;ABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEAlABIAJIATQCRAFIAjwBXAI4AXACMAGEAiwBnAIoA&#10;bgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/AMAAfgDdAH0A8gB9AP8AfQD/AH0A/wDgAAAAxgAA&#10;ALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAAHACNACQAiwAtAIoANACIADsAhgBCAIUARwCDAE0A&#10;ggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5AHgAgwB2AI8AdQCcAHQAqgByALoAcQDRAHAA7ABw&#10;APsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAAkwQAAI4AAACKAAgAhgAPAIQAFgCBAB4AfwAnAH0A&#10;LgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBzAFcAcgBdAHEAYwBvAGsAbgB0AGwAfgBrAIoAaQCY&#10;AGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA/wDADAAAqw0AAJsOAACPDgAAhg0AAIELAAB+BwEA&#10;fAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2AG4APABsAEIAawBHAGoATQBpAFIAaABYAGYAXwBl&#10;AGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MAXAPHAFsE5ABbBfQAWwb+AFsG/wC1EAAAoRIAAJET&#10;AACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBuBBIAbAQbAGkFIwBnBSoAZgYxAGQGNwBjBj0AYgdD&#10;AGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgKeABXCoUAVguTAFQLogBTC7MAUgzHAFIM5ABRDfUA&#10;UQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgAAG0XAABqFAAAZxEAAGcOBwBmDA4AYwwVAGEMHQBf&#10;DCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsAVg5RAFUOWQBTDmEAUg5rAFAPdgBOEIMATRCSAEwQ&#10;ogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wClGQAAkhwAAIMdAAB2HgAAbR0AAGYcAABiGgAAXxcA&#10;AF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQRLgBTETQAURE7AFASQQBPEkcAThJOAEwSVQBLE14A&#10;SRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbFAEIX4wBCF/YAQhf/AEIX/wCfHQAAjCAAAH0hAABx&#10;IgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYAVBUOAFEVFABPFhwAThYjAEwWKgBLFjAAShY3AEkX&#10;PQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/Gn0APhuNAD0bnQA8HK4AOxzDADsc4QA7HfUAOxz/&#10;ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwkAABXIwAAUyAAAFEeAABPHAIATRsMAEsaEQBIGxgA&#10;RxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1HAD4dTwA9HlgAPB5iADofbQA5H3sAOCCLADchmwA2&#10;Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAAgyYAAHQnAABoKAAAXygAAFgnAABTJgAATyQAAEwi&#10;AABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+ICkAPCAvADshNgA6IT0AOSFEADgiTAA3IlUANiNf&#10;ADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m3AAwJvIAMCb/ADEl/wCRJgAAfygAAHEqAABlKgAA&#10;XCoAAFUqAABPKQAASygAAEglAABEJAAAQSQFAD8kDQA9JBIAOyQZADkkHwA3JCYANiQsADUlMwA0&#10;JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcALSmHACwpmAArKqoAKiq9ACoq2gArKvEAKyr+ACwp&#10;/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABMLAAARysAAEMoAAA/KAAAPCgCADkoCwA3KBAANSgW&#10;ADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rRwAsK1EAKyxbACosZwApLXUAKC2FACctlwAmLqgA&#10;JS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0AAGouAABfLwAAVi8AAE4vAABILgAAQy0AAD8sAAA7&#10;LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAAKy0nACouLQAqLjUAKS89ACgvRQAnME4AJjBZACUx&#10;ZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAhMu8AIjH8ACIx/wCGLQAAdS8AAGcwAABcMQAAUzEA&#10;AEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAxBgAtMQ0AKzERACkyFwAoMh4AJzIkACUzKwAlMzIA&#10;JDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaBAB02kwAcNqUAGza5ABs20gAcNu0AHTb7AB01/wCC&#10;MAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAAPTMAADczAAAxNAAALjUAACs1AgAoNgsAJTcQACQ3&#10;FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAcOUkAGzpUABo6YAAZOm4AGDp/ABc7kQAXO6QAFju3&#10;ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1AABVNgAATTYAAEY2AABANgAAOjYAADQ2AAAuOAAA&#10;KjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0fABs+JQAaPi0AGT40ABc+PQAWP0cAFT9RABQ/XgAU&#10;P2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sAEj/5ABI+/wB5NQAAaTcAAFw4AABSOQAASjkAAEM5&#10;AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAeQQQAGkILABhDEAAXQxUAFUQbABREIgATRCkAE0Qx&#10;ABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1FjAANRZ8ADEWyAAtFyQAMReUADUT2AA1E/wB0OQAA&#10;ZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwAAC4+AAAoQAAAI0IAAB9EAAAaRgAAFUgIABJKDQAR&#10;ShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AAC0tKAApLVgAJS2QACEt0AAdLhwAFS5oABEuuAARK&#10;xAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABLPgAARD4AAD0+AAA3PwAAMUAAACpCAAAkRQAAH0cA&#10;ABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlRGwAIUSIAB1EpAAVRMgAEUjsAA1JGAAFSUgAAUl8A&#10;AFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDuAABQ9wBoQAAAW0EAAFBBAABIQQAAQUEAADtCAAA0&#10;QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAADlUEAApYCgAGWA4AAlgSAABZFwAAWR0AAFklAABZ&#10;LQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAAWZAAAFmlAABYugAAWNUAAFfsAABX9gBjRAAAVkUA&#10;AE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJPAAAbUgAAFlUAABFYAAANWgAACV0DAARfCQAAYA0A&#10;AGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7AABiRwAAYlUAAGNkAABidgAAYosAAGKgAABhtgAA&#10;Yc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAAOkoAADJNAAAqUAAAI1MAABxXAAAWWgAAEV0AAA1g&#10;AAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAAaxUAAGwbAABtIgAAbSoAAG00AABtQAAAbU4AAG1d&#10;AABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq8wBYTQAATk0AAEhMAAA+TgAANVEAACxUAAAkWAAA&#10;HVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAAAAByAwAAcgcAAHMLAAB1DgAAdhEAAHcWAAB4HAAA&#10;eSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwAAHmUAAB4qgAAeMEAAHffAAB37wBUUQAATFEAAEJS&#10;AAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAALbwAABXMAAAB3AAAAegAAAHwAAAB+AAAAfwIAAIAG&#10;AACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACKMAAAij4AAIlNAACJXwAAiXMAAIiLAACIogAAh7kA&#10;AIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQAAB9pAAAWbwAAEHQAAAp5AAACfQAAAIEAAACFAAAA&#10;iAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggAAJMMAACVEAAAlxUAAJkdAACbJwAAmzQAAJtEAACa&#10;VgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBLXAAAQGAAADVlAAAragAAIXEAABd3AAAQfQAACYMA&#10;AAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACbAAAAnQAAAJ8AAACgAAAAogAAAKQFAACmCgAAqA4A&#10;AKoUAACtHQAArSoAAK05AACtSwAArV8AAK13AACskAAAq6cAAKu6AACrywBFZgAAOWsAAC5xAAAj&#10;eAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAAAKEAAAClAAAAqAAAAKsAAACrAAAArgAAAK8AAACx&#10;AAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAAwh8AAMIuAADCQAAAwlQAAMFrAADBgwAAwJsAAMGt&#10;AADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqXAAAAnQAAAKMAAACoAAAArQAAALIAAAC2AAAAuQAA&#10;ALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYAAADIAAAAywAAAM4FAADRDQAA1hQAANcjAADYNQAA&#10;2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA/wAAAP8AAAD/AAkA/wAQAP8AGQD+ACQA/AAvAPkA&#10;OQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADiAGkA4ABuAN4AcwDcAHkA2gB/ANcAhgDUAI4A0QCW&#10;AM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA/wDFAP8AvwD/ALoA/wD/AAAA/wAAAP8AAAD+AAUA&#10;9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBFANkATQDUAFMA0QBZAM4AXgDMAGMAygBoAMkAbQDH&#10;AHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYAuQC0ALcAyAC2AOYAtQD7ALQA/wC0AP8AswD/AK4A&#10;/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDXABoA0gAkAM8ALgDLADcAxwBAAMMARwDAAE4AvgBT&#10;ALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEAeQCvAIEArQCKAKsAlACpAKAAqACtAKYAvgClANsA&#10;pAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAAAOYAAADXAAAAywAGAMQADgC+ABUAuwAfALkAKAC3&#10;ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgApgBcAKQAYQCjAGcAoQBsAKAAcwCeAHoAnQCDAJsA&#10;jgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCTAP8AkwD/AJMA/wD3AAAA5AAAANAAAADBAAAAtwAC&#10;AK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8AOwCcAEIAmwBIAJkATQCXAFIAlgBXAJUAWwCTAGEA&#10;kgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACgAIcArwCFAMIAhQDiAIQA9wCEAP8AhAD/AIQA/wDl&#10;AAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4AlgAUAJQAHQCSACUAkQAtAJAANQCNADwAjABCAIoA&#10;RwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCAAG4AfgB3AH0AgQB7AI0AegCaAHgAqQB3ALoAdgDT&#10;AHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsAAACfAAAAlwAAAJAAAgCLAAsAiAAQAIYAFwCEACAA&#10;ggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBLAHgAUAB3AFUAdgBbAHQAYQBzAGkAcQBxAHAAewBu&#10;AIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkAaQD/AGkA/wDAAAAArAAAAJwCAACQAgAAiAAAAIMA&#10;AAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBzADAAcQA2AHAAPABvAEEAbQBGAGwASwBrAFAAagBW&#10;AGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAAnwBfAK8AXgDDAF4A4QBeAPQAXQD/AF0A/wC0BwAA&#10;oAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJAG8ADwBtABUAawAcAGkAIwBoACoAZwAxAGUANgBk&#10;ADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8AWwBoAFoAcgBYAH4AVwCMAFYAmwBVAKsAVAC+AFQA&#10;2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6EAAAchAAAGwOAABpDAAAZwkDAGYECwBkABAAYgAX&#10;AGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgAQgBXAUcAVgFOAFUCVABTAlwAUgNlAFEDbwBPBHsA&#10;TgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5AEoH/wChEAAAjhIAAH4UAABzFAAAahQAAGQTAABg&#10;EQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAAVQcnAFMHLQBSCDMAUQg4AFAIPgBPCUQATglKAEwJ&#10;UQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABDDKkAQg28AEIN1QBCDe4AQg37AEIN/wCaFAAAhxYA&#10;AHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQRAABUDggAUw0OAFENFABPDRsATQ0iAEwNKABLDS4A&#10;Sg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9hAEEQbAA/EHkAPhCIAD0RmAA7EakAOxG8ADoR1gA6&#10;EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAAXh0AAFgcAABTGwAAUBgAAE4WAABMEwMATBELAEoQ&#10;EABIERcARhEeAEURJABEESoAQhEwAEERNwBAEj0APxJEAD0STAA8E1QAOxNeADkUaQA4FHYANxWF&#10;ADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW/wCOGwAAfB0AAG4fAABjIAAAWiAAAFMgAABOHgAA&#10;Sh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUaAD4VIAA9FScAOxUtADoWMwA5FjoAOBZBADcXSQA1&#10;F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UALRu4AC0b0AAtG+wALhv7AC4b/wCKHgAAeCAAAGoi&#10;AABfIwAAViMAAE8iAABKIQAARiAAAEMeAABBGwAAPxoDAD0aDAA7GREAORkWADcaHQA2GiMANRop&#10;ADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0dZAAsHnEAKx+BACofkgApH6QAKCC3ACcgzgAnIOsA&#10;KCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUAAEwlAABHJAAAQiMAAD8hAAA9HwAAOh4AADceCQA1&#10;Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMALCA7ACsgQwAqIUwAKSFWACgiYgAmIm8AJSN/ACQj&#10;kAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCCIwAAcSUAAGMmAABZJwAAUCgAAEknAABDJwAAPyYA&#10;ADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwiFwAqIh0AKSIjACgjKgAnIzEAJiQ4ACUlQQAkJUoA&#10;IyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0AB0oygAdKOgAHij4AB8n/wB+JQAAbicAAGApAABW&#10;KQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAAMCYAAC0mAwArJwsAKCcQACcnFAAlJxoAJCchACMo&#10;JwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAcK2sAGyt7ABosjQAZLJ8AGCyyABgsyQAYLOcAGSv3&#10;ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMsAAA+KwAAOSsAADQqAAAwKgAAKyoAACkrAAAmKwgA&#10;IywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0zABsuPAAaLkUAGS9QABgvXAAXL2kAFjB5ABUwiwAU&#10;MJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAAZywAAFotAABQLgAASC4AAEEuAAA7LgAANi0AADEt&#10;AAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAbMhUAGjIcABkyIgAYMikAFzMxABYzOQAVM0MAFDRN&#10;ABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41xgAPNOQAEDT1ABA0/wByLAAAYy4AAFcwAABNMAAA&#10;RTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIAACEzAAAdNQIAGjYJABc3DgAVNxMAFDgZABM4HwAS&#10;OCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQADTp0AAw6hgAMOpkACzmsAAo5wQAKOd4ACznxAAw4&#10;/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2MwAAMTIAACwzAAAnNAAAITYAAB04AAAZOQAAFTsG&#10;ABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+MwAMPjwACz9HAAo/UgAIP2AABz9vAAY/gQAFP5QA&#10;BD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQAAFA1AABHNQAAPzUAADk1AAA0NQAALjUAACk3AAAj&#10;OAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4ACkQTAAlEGQAIRCAAB0QnAAZELwAFRDgAA0VCAAJF&#10;TgAARVsAAEVqAABFfAAARZAAAESkAABEuQAARNEAAETqAABD9QBkNgAAVzcAAEw4AABDOAAAPDgA&#10;ADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZCAAASRAAADkcEAAtJCQAHSg0ABEsRAAFLFgAASxwA&#10;AEsjAABLKwAASzQAAEs+AABMSQAATFcAAExmAABMdwAAS4wAAEuhAABLtQAASs4AAErpAABK9QBf&#10;OgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAAJz4AACJBAAAcQwAAFkYAABJJAAAOSwAAC04DAAdQ&#10;CAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAAUy8AAFM5AABTRQAAU1IAAFNhAABTcgAAU4cAAFKc&#10;AABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+AAA+PgAAOD4AADBAAAApQgAAI0QAAB1HAAAXSgAA&#10;Ek0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkOAABaEQAAWhUAAFsaAABcIQAAXCoAAFw0AABcPwAA&#10;XE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUAAFrkAABZ8wBUQgAASkIAAEJCAAA8QgAANEMAACxG&#10;AAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAFWwAAAF4AAABgBAAAYQgAAGIMAABjDgAAZBEAAGUW&#10;AABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABnZgAAZ3oAAGaRAABlqAAAZcAAAGTeAABk8ABPRgAA&#10;R0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUAABJZAAANXAAACGAAAAJjAAAAZgAAAGgAAABqAAAA&#10;awQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0AAHQmAAB0MgAAdD8AAHROAABzXwAAdHIAAHOKAABy&#10;oQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAyTgAAKVIAACBWAAAYWwAAEl8AAA1kAAAHaAAAAGsA&#10;AABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6BgAAfAoAAH4OAACAEQAAghYAAIQeAACEKQAAhDYA&#10;AIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJAACA5QBKTgAAP1AAADVTAAArVwAAIlwAABliAAAS&#10;ZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAAAIMAAACFAAAAhgAAAIgAAACJAAAAiwQAAI0IAACP&#10;DQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAAlWAAAJV2AACUkAAAk6cAAJK9AACS1QBEVQAAOVkA&#10;AC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACAAAAAhQAAAIkAAACNAAAAkQAAAJMAAACUAAAAlgAA&#10;AJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQAACoFwAAqSMAAKkxAACpQwAAqVYAAKhtAACmhwAA&#10;p54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAAE3gAAAx/AAADhQAAAIsAAACRAAAAlgAAAJsAAACf&#10;AAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQIAALcJAAC7EAAAvhgAAL4m&#10;AAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6uQA3agAAK3AAACB4AAAWgAAADYgAAAWPAAAAlgAA&#10;AJwAAACiAAAApwAAAKwAAACwAAAAswAAALYAAAC3AAAAuQAAALsAAAC9AAAAvwAAAMIAAADFAAAA&#10;yAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAAANRXAADTbgAA1IYAANSbAADTqwD/AAAA/wAAAP8A&#10;AAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADxAD0A7QBGAOkATQDmAFMA5ABZAOEAXgDeAGMA3ABo&#10;ANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkAnADGAKcAxAC3AMIAzADAAOwAvwD/AL4A/wC9AP8A&#10;twD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wALAO0AEgDoABsA5QAlAOQALgDfADgA2ABAANIARwDO&#10;AE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0AvwBzAL0AegC7AIEAuQCLALYAlQC0AKEAsgCvALAA&#10;wgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/AAAA/wAAAPIAAADmAAAA3QAHANIADgDNABYAygAg&#10;AMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUAUwCzAFgAsQBdALAAYgCuAGcArABsAKoAcwCpAHsA&#10;pwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDyAJwA/wCdAP8AnAD/AJkA/wD8AAAA7gAAAN0AAADM&#10;AAAAwQACALoADAC2ABIAsgAaALAAIwCvACwArQA0AKkAPACmAEIApABIAKIATQCgAFIAngBXAJ0A&#10;WwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCRAJMAkAChAI4AsQCNAMYAjADoAIsA/QCMAP8AjAD/&#10;AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYACAChAA4AnwAVAJ0AHgCbACYAmgAuAJcANQCVADwA&#10;kwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBgAIkAZgCHAG0AhQB2AIQAgACCAIwAgACaAH8AqQB9&#10;ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAAwQAAALEAAACkAAAAnAAAAJQAAwCQAAwAjQARAIsA&#10;GACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCAAEYAfwBLAH0ATwB8AFQAewBaAHkAYAB4AGcAdgBw&#10;AHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A7QBuAP4AbgD/AG4A/wDEAAAArwAAAKAAAACUAAAA&#10;jAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAiAHgAKQB3ADAAdQA2AHQAOwByAEAAcQBFAHAASgBv&#10;AE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAAZQCOAGMAnQBiAK0AYQDCAGEA5ABhAPgAYQD/AGEA&#10;/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1AAMAcQALAG8AEABtABYAbAAdAGsAJABrACoAaQAw&#10;AGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAAVgBfAF0AXQBlAFwAbwBaAHoAWQCIAFgAmABXAKgA&#10;VgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUAAIUHAAB6BwAAcgYAAGwEAABpAQAAZwAHAGQADQBj&#10;ABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYAWgA7AFkAQABYAEUAVwBLAFYAUQBVAFgAUwBhAFIA&#10;agBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBMAOsATAD6AEwA/wCdCQAAiwsAAHwNAABwDQAAaA0A&#10;AGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcAGQBWACAAVQAmAFMAKwBSADEAUQA2AFAAOwBPAEEA&#10;TgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCAAEUAkABEAKEAQwCyAEMAyABDAOYAQwD1AEMA/wCV&#10;DQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAAVA0AAFMKBABTBgsAUQMQAE8BFQBOARsATAEhAEsB&#10;JwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBDBFEAQgRaAEAFZAA/BXAAPgZ+AD0GjgA8B58AOwex&#10;ADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4UAABiFQAAWhUAAFQUAABQEwAATREAAEsOAABLDQYA&#10;SgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQkuAEAJMwA/CTkAPgpAAD0KRwA8Ck8AOgtYADkLYwA4&#10;DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMAMg30ADIN/gCIEwAAdxUAAGkXAABeGAAAVRgAAE8Y&#10;AABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBADRIAPw0YAD0NHwA8DSQAOw0qADkNMAA4DjcANw49&#10;ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4QjgAtEaAALBGyACsRyAArEeYAKxH2ACwR/wCDFgAA&#10;chkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgAAD8XAAA+FAAAPBIEADsRCgA6EBAAOBAVADcQGwA1&#10;ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksALRNUACsTXwAqFGwAKRR7ACgUjAAnFZ4AJhWwACUV&#10;xgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABWHgAATR4AAEceAABCHQAAPhwAADoaAAA4GAAANxYA&#10;ADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwVKgArFTAAKhU3ACkWPwAoFkgAJxdSACYYXQAkGGoA&#10;Ixl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0ACAZ/wB6GwAAah4AAF0fAABTIAAASiAAAEQgAAA+&#10;HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsALBgQACoYFAApGBoAJxggACYZJgAlGS0AJBo1ACMa&#10;PQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAcHpsAGx6tABoewwAaHuAAGh3zABsd/wB3HQAAZyAA&#10;AFohAABQIgAASCIAAEEiAAA7IgAANyEAADMgAAAwHwAALR0AACsdAAAoHQgAJh0OACUdEgAjHRcA&#10;IR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBNABshWQAaIWYAGSF1ABgihwAXIpkAFiKsABUiwQAV&#10;It8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAARSUAAD4kAAA5JAAANCMAADAiAAAsIgAAKSEAACYh&#10;AAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAbIigAGiMvABkjOAAYJEEAFyRLABYlVwAVJWQAFCZz&#10;ABMmhQASJpgAESarABEmwAAQJt0AESXxABIl/QBwIgAAYSQAAFQmAABKJgAAQicAADwmAAA2JgAA&#10;MSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYKABsmDgAZJxIAGCcYABcnHwAWJyUAFSgtABQoNQAT&#10;KT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYADiqpAA0qvQANKtcADSruAA4p+wBsJAAAXSYAAFEo&#10;AABIKAAAQCkAADkoAAA0KAAALygAACsnAAAnJwAAIigAAB4pAAAbKgAAGCsHABYrDQAULBEAEywW&#10;ABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0uUgANLl8ADC9uAAsvfwAKL5IACS+lAAkuuQAILtAA&#10;CS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsAADcrAAAxKgAALSoAACkqAAAkKgAAICsAABstAAAY&#10;LgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAADTInAAwyLwALMzgACjNCAAkzTgAIM1sABjRqAAU0&#10;ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBkKgAAViwAAEstAABCLQAAOi0AADQtAAAvLAAAKywA&#10;ACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82CQAMOA0ACjgRAAk4FgAIOB0ABzgkAAY4LAAEODQA&#10;Azg+AAI5SgAAOVcAADllAAA5dwAAOYsAADifAAA4swAAOMoAADjmAAA38gBfLQAAUi4AAEgvAAA/&#10;MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAAGjMAABU1AAASNwAADzkDAAw7CAAIPQ0ABT4QAAM+&#10;FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAAP1MAAD9hAAA/cwAAP4cAAD6cAAA+sAAAPccAAD3k&#10;AAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAxAAArMQAAJjIAACA0AAAbNgAAFjgAABI7AAAPPQAA&#10;DD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUdAABFJAAARS0AAEY2AABGQgAARk4AAEZdAABGbgAA&#10;RYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAASjUAAEE1AAA5NQAAMzQAAC40AAAoNQAAIjcAAB06&#10;AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAASQoAAEoNAABLEAAATBQAAE0ZAABOIAAATigAAE4y&#10;AABNPQAATkoAAE5YAABNaQAATX0AAEyUAABMqgAAS8EAAEvhAABK8gBQOAAARjgAAD04AAA3OAAA&#10;MTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YAAAtJAAAHSwAAAk4AAABQBAAAUQgAAFILAABTDgAA&#10;VBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QAAFdSAABWYwAAVncAAFaOAABVpQAAVL0AAFPdAABT&#10;8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAfQgAAGUUAABNIAAAOSwAAC08AAAVRAAAAVAAAAFcA&#10;AABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABgFgAAYh0AAGImAABiMQAAYj4AAGFMAABhXQAAYXAA&#10;AGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8AADo/AAAxQAAAKUMAACFGAAAaSgAAE04AAA5RAAAK&#10;VQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEAAGUEAABnCAAAaAsAAGoOAABsEgAAbhcAAG8gAABv&#10;KgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAAbLAAAGvKAABq6ABERAAAPkMAADVEAAArRwAAI0sA&#10;ABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABnAAAAawAAAG0AAABvAAAAcAAAAHIAAAB0AgAAdQYA&#10;AHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89AAB+TQAAfWEAAH13AAB8kAAAe6gAAHrAAAB53wBD&#10;RwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAAB2UAAABqAAAAbgAAAHIAAAB2AAAAeQAAAHwAAAB+&#10;AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAAjA0AAI8RAACSGQAAkiUAAJIzAACSRAAAkVcAAJBt&#10;AACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChWAAAeXAAAFWIAAA5oAAAHbgAAAHQAAAB5AAAAfgAA&#10;AIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIAAACUAAAAlgAAAJgAAACbAAAAngYAAKEMAACkEQAA&#10;phsAAKYpAACmOgAApU0AAKViAACkewAAo5QAAKGrAAChvwA2VwAALFwAACFiAAAXaQAAD3AAAAd3&#10;AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAAmwAAAJ4AAACfAAAAogAAAKQAAACmAAAAqAAAAKsA&#10;AACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7MAAAu0MAALpYAAC5cAAAt4sAALehAAC3swAwYgAA&#10;JWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYAAACbAAAAoQAAAKYAAACqAAAArgAAALAAAACxAAAA&#10;tAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAAAMcAAADLAwAAzwwAANMVAADSJQAA0jgAANFOAADQ&#10;ZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/AAMA/wALAPwAEQD5ABsA9wAlAPMALwDuADgA6QBA&#10;AOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMAaADQAG0AzgBzAMsAegDIAIIAxgCMAMMAlwDAAKMA&#10;vgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/AKcA/wD/AAAA/wAAAPsAAAD2AAAA7QAHAOcADwDi&#10;ABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgAxQBOAMIAUwDAAFgAvgBdALwAYgC6AGcAuQBtALcA&#10;dAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCnAN4ApgD5AKUA/wCjAP8AnQD/AJsA/wD9AAAA9gAA&#10;AOsAAADfAAAA0QADAMoADADFABIAwwAbAMAAJAC+ACwAuQA1ALYAPACzAEMAsABIAK4ATgCsAFIA&#10;qwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9AJ4AiACcAJUAmgCjAJgAtACWAM0AlQDxAJQA/wCV&#10;AP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAAuAAAALEACACtAA8AqgAWAKgAHgCoACcApgAvAKIA&#10;NgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCUAFoAkwBgAJEAZgCQAG4AjgB2AIwAgQCKAI0AiACb&#10;AIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA/wDkAAAAywAAALoAAACsAAAAogAAAJwABACYAAwA&#10;lgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8AIkAQQCIAEYAhgBLAIUATwCEAFQAggBaAIEAYAB/&#10;AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcAdADUAHMA9AB0AP8AdAD/AHQA/wDLAAAAtgAAAKYA&#10;AACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACBABsAgAAjAH8AKgB9ADAAewA2AHoAOwB4AEAAdwBF&#10;AHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0AcwBrAH8AaQCNAGgAnQBnAK4AZgDHAGUA6gBmAP8A&#10;ZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAAAHwAAAB2AAQAdAAMAHIAEABxABYAcAAdAHAAJABu&#10;ACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkAZQBOAGQAVABjAFsAYQBjAGAAbQBeAHkAXQCHAFsA&#10;lgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCoAAAAlQAAAIcAAAB7AAAAcwAAAG4AAABqAAEAZwAI&#10;AGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8AMABeADUAXQA6AFwAPgBbAEQAWQBJAFgATwBXAFYA&#10;VgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1AE4A0ABOAPAATgD/AE8A/wCcAAAAiQAAAHsDAABw&#10;AwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8AWAAUAFcAGQBXACAAVgAlAFUAKgBTADAAUgA0AFEA&#10;OQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJAG8ARwB8AEYAjABFAJ0ARQCwAEQAxwBEAOgARAD6&#10;AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJAABVBwAAVAQAAFIABwBQAAwATwAQAE4AFQBNABsA&#10;TAAgAEsAJgBKACsASQAwAEgANQBHADoARgBAAEUARgBDAE4AQgBWAEEAXwBAAGsAPgB4AD0AiAA8&#10;AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAAeAwAAGoOAABfDgAAVw4AAFEOAABNDAAASwsAAEoI&#10;AgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBCACYAQQArAD8AMQA+ADYAPQA8ADwAQwA7AEoAOgBS&#10;ADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMAvAAzANgAMwDvADMA+wCCDQAAcQ8AAGQQAABZEQAA&#10;UREAAEsRAABHEAAARA4AAEINAABBCwUAQQcLAD8FDgA+AxIAPAIYADsCHQA6AyIAOQMoADgDLQA3&#10;AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYALwdzAC4HgwAtB5UALAenACsHugArB9IAKwfrACsH&#10;9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABCEwAAPhIAADwQAAA6DgEAOg0GADoKDAA4CRAANggU&#10;ADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4KPQAtCkUALAtOACsLWQApDGUAKAxzACcMgwAmDZUA&#10;JQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQAAFsWAABRFwAASBcAAEIWAAA9FgAAORUAADcTAAA1&#10;EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsALA0hACsNJwAqDS0AKQ40ACgOOwAnDkQAJQ5OACQP&#10;WQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAcENgAHRDuAB0Q+QBzFAAAZBYAAFcYAABNGQAARRkA&#10;AD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0RBAAsEAoAKxAOACkQEgAoEBgAJhAeACUQJAAkECoA&#10;IxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNxABoTggAZFJUAGBSnABcUuwAXE9QAFxPuABgT+gBw&#10;FgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAAMhoAAC8ZAAAsGAAAKhYAACgUAQAmEwcAJRMMACMT&#10;EAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAbFT8AGhZJABkWVAAYF2EAFhdwABUYgQAUGJMAExim&#10;ABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEdAABHHQAAPx4AADkdAAA0HQAALxwAACsbAAAoGgAA&#10;JhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj0AFRpHABQbUgAT&#10;G18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAADhvqAA8b+ABpGwAAWh0AAE4fAABFHwAAPSAAADYf&#10;AAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAdGwEAGxsHABkcDQAXHBAAFhwVABUcGwAUHSIAEx0p&#10;ABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0gfAANII8ADCCiAAsgtQALIMoACyDlAAwf9ABlHQAA&#10;Vx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAAACYfAAAjHwAAIB4AAB0eAAAZIAAAFiAEABQgCwAS&#10;IQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcADSNBAAwkTQALJFkACiRnAAkkeAAIJIsABySeAAck&#10;sQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABAIwAAOCMAADIjAAAsIwAAKCIAACQhAAAhIQAAHiEA&#10;ABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0nFgAMJx0ACycjAAonKwAJKDQACCg+AAcoSQAGKFUA&#10;BSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjhAAEn8ABeIgAAUSQAAEYlAAA9JQAANSUAAC8lAAAq&#10;JAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAAESgDAA8pCAAMLAwACiwQAAgsFAAHLBoABiwhAAUs&#10;KAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAALYQAAC2ZAAAtrQAALMIAACzgAAAs8ABaJAAATSYA&#10;AEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEmAAAdJgAAGScAABUpAAARKwAADywDAA0uBwAJMAwA&#10;BjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2AAAzQgAAM04AADNdAAAzbQAAM4EAADKWAAAyqwAA&#10;McEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAAMCoAACspAAAnKAAAIygAAB4pAAAaKgAAFiwAABIu&#10;AAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAAOBQAADgaAAA4IgAAOCoAADkzAAA5PgAAOUoAADlZ&#10;AAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA28ABRKwAARiwAADwsAAA0LAAALiwAACorAAAlKwAA&#10;ICwAABstAAAXLwAAEzEAABAzAAANNQAACTcCAAU6BgABOwoAADwNAAA9DwAAPhIAAD8XAABAHgAA&#10;QCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gAAD+PAAA+pgAAPr0AAD3cAAA98ABNLgAAQi8AADkv&#10;AAAyLwAALS4AACguAAAiLwAAHTAAABgyAAATNQAAEDcAAAw6AAAJPAAABT4AAABBBAAAQggAAEML&#10;AABEDQAARhAAAEcUAABIGQAASCEAAEgqAABINQAASEEAAEhPAABIYAAAR3MAAEeKAABGogAARbkA&#10;AEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEAACUyAAAfNAAAGTYAABM5AAAQPAAADD8AAAhCAAAD&#10;RAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4AAE8RAABRFQAAUhwAAFIlAABSMAAAUjwAAFFKAABR&#10;WgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBDNgAAOzYAADQ1AAAvNAAAJzUAACE4AAAaOwAAFD4A&#10;ABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABRAAAAUwIAAFQFAABVCAAAVwsAAFkOAABbEQAAXRcA&#10;AF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+AABalwAAWa8AAFjLAABX6gA/OQAAODkAADM4AAAr&#10;OQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAAAFEAAABUAAAAVwAAAFoAAABcAAAAXQAAAF8AAABg&#10;BAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAAai4AAGo8AABqTQAAaV8AAGh1AABnjwAAZqgAAGXC&#10;AABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJAAAQTQAAClEAAARVAAAAWgAAAF0AAABgAAAAYwAA&#10;AGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEGAAB0CgAAdg4AAHkTAAB7GwAAeycAAHo1AAB5RQAA&#10;eFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAAMkIAAChFAAAgSgAAF04AABBUAAAKWQAAAl4AAABj&#10;AAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9AAAAfwAAAIIAAACEAwAAhwkAAIoO&#10;AACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACKfAAAipUAAIitAACHxQA2RwAALEsAACJPAAAZVQAA&#10;EFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsAAAB/AAAAgwAAAIYAAACIAAAAigAAAI0AAACPAAAA&#10;kQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQAAKQhAACkMQAAo0QAAKJZAACgcAAAn4sAAJ2iAACd&#10;twAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAAdwAAAH0AAACDAAAAiAAAAI0AAACRAAAAlQAAAJgA&#10;AACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACpAAAArAAAALAAAAC0BwAAuA4AALoYAAC6JwAAuTkA&#10;ALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIAABRpAAAMcQAAAnkAAACBAAAAiQAAAI8AAACWAAAA&#10;mwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAAALIAAAC0AAAAtgAAALkAAAC8AAAAwAAAAMQAAADI&#10;AAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAAzXMAAMuNAADKoQD/AAAA/wAAAPsAAAD6AAAA/AAI&#10;APgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIAQwDeAEkA2gBPANYAVADTAFkA0ABeAM4AYwDLAGgA&#10;yQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCuALYAwwC0AOgAswD/AK8A/wClAP8AngD/AJsA/wD9&#10;AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA2AAbANYAJADSAC0AzAA2AMYAPQDCAEMAvwBJALwA&#10;TgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCvAHYArAB/AKoAigCoAJcApQCmAKMAuQChANkAoAD5&#10;AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMAAADTAAAAyAAAAMEACQC9AA8AuwAWALkAHwC3ACcA&#10;swAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABSAKMAVgChAFsAnwBhAJ4AZwCcAG8AmgB4AJcAgwCV&#10;AJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8AhQD/AIIA/wDnAAAA3QAAAMYAAAC4AAAArgAAAKgA&#10;BAClAAwAoQASAKEAGQCgACIAnwApAJsAMACYADcAlgA9AJMAQgCSAEcAkABLAI8AUACNAFUAjABa&#10;AIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8ApwB9ALwAfADjAHwA/QB8AP8AeAD/AHYA/wDWAAAA&#10;wAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAOAIsAFACKABwAigAjAIgAKgCFADAAgwA2AIIAOwCA&#10;AEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEAdgBpAHUAcwBzAIAAcQCOAG8AnwBuALIAbQDPAGwA&#10;9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACPAAAAhwAAAIAAAAB8AAQAegAMAHgAEQB4ABcAeAAe&#10;AHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0ARABsAEkAawBOAGoAVABoAFsAZwBjAGUAbQBkAHgA&#10;YgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/AF0A/wCsAAAAmQAAAIoAAAB/AAAAdwAAAHEAAABt&#10;AAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUAZQAqAGMALwBiADQAYQA5AGAAPgBfAEMAXgBIAF0A&#10;TgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBTAKMAUgC4AFEA3ABRAPkAUgD/AFIA/wCdAAAAiwAA&#10;AHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwACwBbAA8AWwAUAFoAGQBaAB8AWQAlAFcAKgBWAC8A&#10;VQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBYAE0AYgBLAG0ASgB6AEkAiwBIAJ0ARwCxAEcAzABG&#10;APAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAAXgAAAFkAAABWAAAAUwABAFIACABQAA0ATwAQAE8A&#10;FQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBIADgARwA+AEYARABFAEsARABTAEMAXQBBAGgAQAB1&#10;AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A/wCHAAAAdQMAAGgGAABdBwAAVQYAAFAGAABMBAAA&#10;SgEAAEkABABHAAoARgAOAEUAEQBFABYARAAbAEMAIABCACUAQQAqAEAALwA/ADQAPgA6AD0AQAA7&#10;AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMANACmADQAuwA0AN0ANAD1ADUA/wB+BgAAbQkAAGAL&#10;AABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/AQcAPgALAD0ADgA8ABIAOwAXADsAHAA6ACEAOQAl&#10;ADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEAVQAwAGAALwBtAC4AfQAtAI8ALACiACwAtgAsANAA&#10;LADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4AAEMOAAA+DQAAOwwAADkLAAA4CQMANwUIADYCDQA1&#10;ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwALgAyAC0AOAAsAEAAKwBJACoAUgApAF0AKABrACcB&#10;egAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wByDQAAYg4AAFYQAABMEQAARBEAAD4RAAA5EAAANg8A&#10;ADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwEFAArAxkAKgMeACkDIwAoBCkAJwQvACYFNQAlBT0A&#10;JAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHgedAB4HsAAdBsYAHQbjAB0F8wBtDgAAXhEAAFISAABI&#10;EwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAAKg4DACoNBwApCwsAKAkOACcJEQAlCBYAJAgbACMJ&#10;IAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAcDFsAGwxpABoMeQAYDIsAGAyeABcMsAAWDMUAFgzh&#10;ABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcVAAAxFAAALRMAACoSAAAoEQAAJhABACQQBAAjDggA&#10;Iw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0qABsNMgAaDjoAGA5EABcOUAAWD1wAFQ9qABMQewAS&#10;EI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAAVxQAAEsWAABCFwAAOhcAADQXAAAvFgAAKhUAACcU&#10;AAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAbDxAAGRAVABgQGwAXECEAFhAoABURMAAUETkAExFD&#10;ABISTgAREloAEBJpABATeQAOE4wADhOeAA0TsQANEsUADBLhAA0S8QBiFAAAVBYAAEkYAAA/GQAA&#10;NxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUAABwUAgAaEwQAGRIGABcSCwAVEg4AFBISABMTGAAS&#10;Ex8AERMmABEULQAQFDYADxVBAA4VTAAOFlcADRZlAAwXdQALF4cACheaAAkWrQAIFsEACBbdAAkV&#10;7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAqGgAAJRkAACIYAAAfGAAAHBcAABkWAQAXFgMAFRYE&#10;ABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0YKgAMGTMADBk8AAsaRwAKGlMACRphAAcbcQAGG4MA&#10;BRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoAAEMcAAA6HAAAMxwAACwcAAAnHAAAIxsAACAaAAAd&#10;GQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwADRwQAAwcEwALHBkAChwfAAkdJwAIHS8ABx45AAYe&#10;QwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAAHr0AAB3YAAAd7ABYGgAASxwAAEEeAAA4HgAAMB4A&#10;ACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYbAQATGwIAERwEAA4eBwAMHwsACiAOAAggEgAGIRcA&#10;BSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNaAAAjawAAI34AACOTAAAipwAAIrwAACHXAAAh7QBV&#10;HQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAAIB4AAB0dAAAaHQAAFh0AABMeAAARHwIADiAEAA0i&#10;BwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAAJykAACcyAAAnPQAAJ0kAAChXAAAoZwAAJ3sAACeQ&#10;AAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsiAAAyIgAALCIAACYhAAAiIQAAHiAAABsfAAAYIAAA&#10;FCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykNAAArDwAALBIAACwXAAAsHgAALCYAAC0vAAAtOQAA&#10;LUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oAACvWAAAq7gBNIgAAQSQAADgkAAAwJAAAKSQAACQj&#10;AAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAANKAAACioCAAYsBQACLgkAAC8LAAAwDgAAMhAAADMV&#10;AAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAzYAAAM3MAADKKAAAyoQAAMbgAADDWAAAw7wBJJQAA&#10;PiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUAABYmAAASKAAAECoAAA0sAAAKLgAABjABAAIyBAAA&#10;NAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8AADonAAA6MgAAOj4AADpMAAA6XAAAOm8AADmGAAA4&#10;ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAArKQAAJigAACInAAAdKAAAGCkAABMrAAAQLgAADTAA&#10;AAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+CwAAPw0AAEEQAABDFAAAQxsAAEMjAABDLgAAQzkA&#10;AENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7PAAA+7wA/LAAANiwAAC8sAAAqKwAAJSoAAB8rAAAZ&#10;LQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAAAD8AAABBAAAAQwIAAEUFAABGCAAASAsAAEoOAABM&#10;EQAATRYAAE0eAABNKAAATTQAAExCAABMUQAAS2QAAEt7AABKlAAASa0AAEjKAABH7AA7MAAAMy8A&#10;AC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06AAAIPQAAAkAAAABDAAAARgAAAEgAAABKAAAATAAA&#10;AE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZAABYIgAAWC4AAFc8AABXSwAAVl4AAFZzAABVjQAA&#10;VKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAAHTUAABY4AAARPAAADEAAAAdEAAAARwAAAEoAAABN&#10;AAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAAXAMAAF4HAABhCwAAZA4AAGYTAABnHAAAZicAAGY0&#10;AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe3AA1NwAAMDUAACg3AAAgOgAAGD0AABFCAAAMRgAA&#10;BkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAZAAAAGUAAABnAAAAaQAAAGwBAABuBgAA&#10;cQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8AAHRjAABzewAAcpUAAHCvAABvyQA1OgAAKzsAACI/&#10;AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAAYAAAAGQAAABoAAAAawAAAG4AAABxAAAAcwAAAHUA&#10;AAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACKDwAAjBcAAIskAACKMwAAiUUAAIdbAACGcgAAhYsA&#10;AIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQAAARaAAAAYQAAAGYAAABrAAAAbwAAAHQAAAB5AAAA&#10;fQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAAAI8AAACSAAAAlgAAAJkCAACeCQAAohAAAKIaAACh&#10;KQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwApSQAAH04AABVUAAAOWwAABWIAAABpAAAAcAAAAHcA&#10;AAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACVAAAAlwAAAJoAAACdAAAAoAAAAKMAAACmAAAAqgAA&#10;AK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdFAAC1XAAAtHQAALGOAACvpAAiVAAAGFsAABBiAAAH&#10;agAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAAAJoAAACfAAAAowAAAKYAAACoAAAAqwAAAK4AAACw&#10;AAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAAzAEAANMLAADUFQAA0yYAANE6AADQUQAAzWgAAMuB&#10;AADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQADADyABMA8AAcAO0AJQDoAC4A4gA2AN4APgDZAEQA&#10;1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABpAMEAcAC+AHgAvACBALkAjQC2AJoAswCrALEAwACv&#10;AOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA7AAAAOgAAADnAAAA3wAAANkACQDSABAAzwAXAM8A&#10;IADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1AE4AswBTALEAVwCvAF0ArQBiAKsAaQCpAHEApwB6&#10;AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA/wCNAP8AiAD/AIQA/wDoAAAA3wAAANkAAADJAAAA&#10;vwAAALgABAC1AA0AswASALEAGgCwACIArQAqAKkAMQCmADgApAA9AKIAQwCgAEgAngBMAJwAUQCb&#10;AFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsAjQCaAIsArACJAMUAiADuAIYA/wB/AP8AegD/AHgA&#10;/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACcAAkAmQAPAJkAFQCZAB0AmAAkAJQAKwCRADEAjgA3&#10;AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMAWwCCAGIAgABrAH4AdQB8AIIAegCSAHgAowB3ALkA&#10;dgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAAAKUAAACZAAAAjwAAAIkAAACFAAQAhAAMAIIAEQCC&#10;ABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsAdwBAAHYARAB1AEkAcwBPAHIAVQBwAFwAbwBkAG0A&#10;bgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBkAP8AYQD/AGAA/wC0AAAAoAAAAJAAAACFAAAAfQAA&#10;AHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8AHwBtACUAawAqAGkAMABoADQAZwA5AGYAPgBlAEMA&#10;YwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCCAFkAkwBYAKYAVwC/AFcA6gBXAP8AVgD/AFQA/wCh&#10;AAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAAYQAEAGAACwBfAA8AXwATAF8AGQBfAB8AXQAlAFwA&#10;KgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBQAG0ATgB7AE0AjABMAJ8ASwC1&#10;AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIAAABnAAAAXwAAAFoAAABXAAAAVQABAFMABwBSAAwA&#10;UgAQAFIAFABSABoAUQAfAE8AJABOACkATQAuAEwAMwBLADgASgA9AEkAQwBIAEoARgBSAEUAXABE&#10;AGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIAQAD/AEAA/wCFAAAAdAAAAGcAAABdAAAAVQAAAE8A&#10;AABMAAAASgAAAEgABABHAAoARwANAEYAEQBGABUARgAaAEUAHwBEACQAQwApAEIALQBBADMAPwA4&#10;AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgAgAA3AJMANgCnADYAwAA2AOgANgD+ADYA/wB8AAAA&#10;awAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAAAD8AAQA+AAcAPQALAD0ADgA8ABEAPAAWADwAGgA6&#10;AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEAMwBJADIAUwAxAF4AMABrAC8AewAuAI4ALQCiAC0A&#10;uAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABNCAAARggAAEAIAAA7BwAAOAUAADcDAAA2AAQANQAI&#10;ADQADAA0AA8ANAASADMAFgAyABsAMQAgADAAJAAvACkALgAvAC0ANgAsAD0AKwBFACoATwApAFoA&#10;KABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDwACYA/wBtBgAAXgkAAFILAABIDAAAQAwAADoLAAA2&#10;CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0ALAAQACsAEwAqABcAKQAcACgAIAAnACUAJgArACUA&#10;MgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAfAIUAHwCZAB4ArgAeAMcAHgDpAB8A+gBoCQAAWQwA&#10;AE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoMAAAoCwAAJwkEACYGCAAmBAsAJQMOACQBEAAkARQA&#10;IgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/ABwBSQAbAVQAGgFhABoBcAAZAYIAGACWABgAqgAY&#10;AMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAAOBAAADIQAAAtDwAAKQ4AACYOAAAjDQAAIgwDACAL&#10;BgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAaBR8AGgUlABkFKwAYBTMAFwY8ABYGRgAWBlIAFQdf&#10;ABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID7wBfDgAAUQ8AAEYQAAA8EQAANREAAC8RAAAqEQAA&#10;JhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsKABkKDQAYCRAAFwkSABYJFwAVCRwAFAkiABQKKQAT&#10;CjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAADgyUAA0LpwANC7oADQrSAA0K6gBcDwAAThEAAEMS&#10;AAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAcEAAAGhACABgPBAAWDgcAFQ4JABQNCwATDA0AEgwQ&#10;ABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0ORgANDlEADA9eAAsPbQAKD38ACQ+TAAkPpgAIDrkA&#10;CA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQAACkUAAAlFAAAIRMAAB0SAAAaEgAAFxECABURBQAT&#10;EAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgADRAeAAwQJQAMEC0ACxE2AAoRQQAJEU0ACBJaAAcS&#10;agAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABVEgAASRQAAD4VAAA1FgAALRYAACcWAAAiFQAAHhQA&#10;ABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8RCgANEQsADBIOAAsSEQAKEhUACRMbAAkTIgAIEyoA&#10;BxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWOAAAVowAAFLcAABTPAAAT6QBSFAAARhYAADsXAAAy&#10;FwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEAFBMEABITBgAREggADxIIAA4TCQAMFAoAChUNAAgW&#10;EAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAAGUcAABlVAAAZZAAAGXcAABmMAAAYogAAGLcAABfP&#10;AAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZAAAfGAAAGxcAABgWAAAVFQIAExUFABEUBgAQFAYA&#10;DhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsWAAAbHQAAHCQAABwtAAAcOAAAHUQAAB1SAAAdYgAA&#10;HXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAAQBoAADYbAAAtGwAAJhsAACEaAAAdGQAAGRkAABcY&#10;AAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAHHAkAAx0LAAAfDQAAIBAAACAUAAAhGgAAISIAACEq&#10;AAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAhnwAAILYAAB/RAAAf7QBIGgAAPRwAADMdAAArHQAA&#10;JB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkBAA4aAQAMHAIACh0DAAcfBQADIQgAACIKAAAkDAAA&#10;Jg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4AACdLAAAnXAAAJ24AACaFAAAmnQAAJbQAACTRAAAj&#10;7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAbHAAAGBsAABQcAAARHAAADh0AAA0fAAAKIQAABiIB&#10;AAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAtFQAALRwAAC0kAAAuLgAALjoAAC5IAAAtWAAALWoA&#10;AC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEAAC0hAAAmIQAAISAAAB0fAAAaHgAAFh4AABIfAAAP&#10;IQAADSIAAAokAAAGJgAAAigAAAArAgAALQQAAC8GAAAwCQAAMgwAADQOAAA1EgAANRgAADUgAAA1&#10;KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAAMq8AADHNAAAw7wA8IwAAMiQAACokAAAkIwAAICIA&#10;ABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUrAAABLgAAADAAAAAyAAAANAEAADYEAAA4BgAAOgkA&#10;ADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/AAA9TgAAPWEAADx3AAA7kQAAOqsAADnJAAA47QA3&#10;JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAAECgAAA0rAAAJLgAABTAAAAAzAAAANQAAADgAAAA6&#10;AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAASREAAEkXAABIIQAASCwAAEc6AABHSQAARlsAAEVx&#10;AABEiwAAQ6UAAELDAABB6AA0KgAALCoAACcoAAAiJwAAHCgAABYqAAARLQAADTAAAAkzAAADNgAA&#10;ADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgAAABKAAAATAMAAE4GAABQCgAAUw4AAFQTAABUHAAA&#10;UycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54AAE25AABM4AAwLQAAKywAACYrAAAfLAAAGC4AABIy&#10;AAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAASQAAAEwAAABOAAAAUQAAAFMAAABVAAAAVwAAAFkB&#10;AABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABhPAAAYE4AAF9iAABeewAAXJYAAFuwAABZzwAvMAAA&#10;Ki8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQAAABIAAAATAAAAE8AAABSAAAAVQAAAFgAAABbAAAA&#10;XQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUAAHALAAB0EAAAdBgAAHMlAAByNAAAckUAAHBZAABv&#10;cQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAUPAAADkEAAAdHAAAATAAAAFEAAABVAAAAWQAAAF0A&#10;AABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAAByAAAAdAAAAHcAAAB6AAAAfgAAAIIEAACGCwAAihEA&#10;AIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+bAAB+sgApOgAAID0AABZCAAAPSAAACE4AAABUAAAA&#10;WgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAAAHoAAAB9AAAAgAAAAIIAAACFAAAAiAAAAIsAAACO&#10;AAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAAnzMAAJ1HAACaXgAAmHcAAJePAACVpwAjQwAAGUgA&#10;ABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2AAAAewAAAIAAAACGAAAAigAAAI4AAACRAAAAkwAA&#10;AJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsAAACwAAAAtgQAALwNAAC6FwAAuSgAALc8AAC0UgAA&#10;smoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAAAGwAAAB0AAAAfAAAAIMAAACJAAAAjwAAAJQAAACa&#10;AAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAAsQAAALQAAAC4AAAAvAAAAMEAAADHAAAAzQAAANQF&#10;AADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADIjgAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4P&#10;ERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdY&#10;WVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+h&#10;oqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp&#10;6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////////&#10;AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0&#10;Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9&#10;foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TG&#10;x8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////&#10;/////////////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8R&#10;EhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZ&#10;W1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gi&#10;o6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr&#10;7O3u8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8A&#10;AQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5&#10;Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFy&#10;c3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeoqaqr&#10;rK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk&#10;5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAAB&#10;AAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAhIiMk&#10;JSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltc&#10;XV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SV&#10;lpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P&#10;0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwMEBAUG&#10;BgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygp&#10;KSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2&#10;eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR&#10;0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX2&#10;9vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYW&#10;FxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNE&#10;RUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKz&#10;tba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl&#10;5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1&#10;qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgO&#10;ksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjL&#10;s6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6&#10;MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96o&#10;mo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wt&#10;n4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNo&#10;vLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrp&#10;zBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7MKvGuE+0wLNnvbuue8S1qYjLsqaH0a+jh9WtoIjZ&#10;q56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOSh&#10;mJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk2csJGuTODTnnzg5g2soMksu8LqvFuU20wLRmvbqu&#10;esW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6lm4vgopqN4p6Zj+OemY/jnpmP456Zj+OemY/jnpmP&#10;456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/j2MsJGuHPDDnlzw5g&#10;2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH0a2jh9WroIjZqJ6I26Wdid2jnIrfn5qL4ZuZjuKb&#10;mY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZ&#10;juKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vEuky1vbNnvriue8W0qYfMsKaH0ayjh9WpoIfYpp+I&#10;26OdiN2gnInenZuK4JiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h&#10;mJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJGtrRCzje0Qxf1ssLkcvAKazCuU22vLNovreue8az&#10;qYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjdmpyJ3pWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWb&#10;jOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zg1swJGdnRCzja0wxf1MwL&#10;kcnAKa3AuU62urNpv7WufMayqYfMraaG0amjhtSloYbXoqCG2Z+fhtqbnofcl52I3ZOci96TnIve&#10;k5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96T&#10;nIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3ubJqv7StfMawqYfMq6aG0KekhdSjooXWn6GF2Jyg&#10;hdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K&#10;3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbSCzfW1Ate0MsKlcS+La68uFG4t7JqwLOtfMauqYfM&#10;qaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H2o6eiduOnonbjp6J246eiduOnonbjp6J246eiduO&#10;nonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonb080KGNXTCzbU1AtfzssJl8G+&#10;MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGepITTmqOE1ZaihNaToYXXj6CG2IugidmLoInZi6CJ&#10;2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZ&#10;0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFtwa2tfcaqqobLpKiEzp+nhNCbpYPSl6SD05OjhNSQ&#10;o4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mh&#10;iNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO0wplxsoLnbm8OLK0tli6rbFuwaqufcanq4XJoamE&#10;zJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jU&#10;h6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUztAKFc7UCjrK0wpowMgPobW7PrSt&#10;tVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPNkKiEzo2nhM+Kp4XPh6aH0IWmiNGFpojRhaaI0YWm&#10;iNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRzNAJ&#10;GMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGwfcOfroTFma2Dx5SshMmQq4TKjaqFy4qqhcuIqYbM&#10;hamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2D&#10;qInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpyscQep6W5SbahtmC7nrNwvp2xfcGbsITDla+ExJGu&#10;hMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquK&#10;yYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJxNIIIMDWCUi41Ap4qc8XmJ6+R66atmK6&#10;mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+HxIaviMWEronFg66KxYGui8WBrovFga6LxYGui8WB&#10;rovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFv9QHJbrX&#10;CU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermStIO9jrOGv4uyh8CIsYfAhrGIwYSxicGDsYrBgrGL&#10;woCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC&#10;gLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1&#10;lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNw&#10;ur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5&#10;vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6I&#10;k9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnN&#10;s5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6i&#10;f7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT&#10;6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9it&#10;hpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK&#10;0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8&#10;oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGP&#10;i9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjD&#10;uZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyo&#10;RKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRwur6if7+8oIjDuZuIx7eYiMq1lYnOs5KK0LGPi9Ow&#10;jY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quG&#10;ndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4vh9T6rgmfMupQ6vGply0wqRvur6ifr+7oIjDuZ2H&#10;yLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayKktyriZndp4ic26eInNuniJzbp4ic26eInNuniJzb&#10;p4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb9sEOFPfBFTD4vx5T6rklfMupQqvG&#10;p1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfRsJaI1K6Uidetkovaq5CN3KmNkt+ojZrfo4uc3KOL&#10;nNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zc9sEO&#10;FPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6jfb+7o4jEt6CHybSdh86xm4fTr5mI1q2XidqrlYrc&#10;qZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNyg&#10;jpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T6rojfMuqQazGqFmzwqZtur6kfb+6pIfFt6GHyrOf&#10;h8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuaglpngnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb&#10;3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd9MINFPXDFDD2wBxT6rsifMqqQKzGqFiz&#10;wqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I2qqdit2nm4zgpJqO4p+Yj+OdmpjhmZeb3ZmXm92Z&#10;l5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vd8sMNFPTD&#10;EzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6poTFtqWHy7Kjh9GvoYfWq5+I2qedid2knIrfoJuL&#10;4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJve&#10;l5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0gfMqrPqzGqlazwqhrur6neb+6qIPFtqeHzLKlh9Gs&#10;oofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/gkp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKd&#10;l96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfe7cQME/PFEi/0whlS6r0ffMqsPKzGq1Wzwqhq&#10;ub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGfhtqdnofbmZ2H3ZSdid6QnI3ejp2T3Y6dk92OnZPd&#10;jp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPd6sUME/LFES/z&#10;wxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7FsqmHzKylhtGno4bVoqGF156ghdiaoIXalp+G25Ge&#10;iNyNnovci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P&#10;3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuvOKzGrVKywqtmub+wb763rX7GsKmHzaqmhtGkpIXT&#10;n6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqI&#10;n43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a4cYKE/DHEC7wxhZR6sEZfMuwNavHr0+yw7BguLyy&#10;bL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSUo4TVkKKF1o2hhteJoYjYh6GL2Iehi9iHoYvYh6GL&#10;2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvY28cJEu7JDy7uyBRR&#10;68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqGy6OohM6ep4PPmaaD0ZWlg9KRpITTjqSF1IujhtSI&#10;o4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWj&#10;itWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrIt0SwurZZuq+xcMKqrX/HpquFyqCqhMyaqIPNlqiD&#10;zpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS&#10;haWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJEd/NCyznzQ9P6MsOe828IqjCvDyxsbVevKmxcsKm&#10;rn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTNi6iFzYiohs6Gp4fOhKeJz4Snic+Ep4nPhKeJz4Sn&#10;ic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nP1ckJENjPCiva0wtO2NAL&#10;es3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmthMeUrITIkKuEyY6rhMqLqoXLiaqGy4eph8yFqYjM&#10;g6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyD&#10;qYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4obRmvJ6ydb+dsX/Bm7CEw5auhMWRroTGjq2Fx4us&#10;hceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquK&#10;yoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDSCijO1ApSxdEKg6rDLaiet1e4m7Vou5q0db6Zsn+/&#10;l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6IxoStiMaDrYrGga2Lx4Gti8eBrYvHga2Lx4Gti8eB&#10;rYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHzM0JDMvTCi3H1ApZstgLgJ7N&#10;K5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCMsYbBirGHwoiwh8KGsIjChbCJw4OwisOCr4vDga+M&#10;w4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zD&#10;x88IEMXUCTS42QpboucSdpfaJYmQz0WYjsddo43BbquNvXmxjLqBtIm4g7eGt4W5hLaGuoO1h7uC&#10;tYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6z&#10;jL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn8Q5Vm/EbaJHmLXiJ3UCFhdVWj4PPZ5eCy3Odfsh4&#10;oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LBiKtywIqsccCLrHHAi6xxwIusccCLrHHAi6xxwIus&#10;ccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus/7gUDv+4Hif/tCpG9682ad6nQo/H&#10;m2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/&#10;o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gU&#10;Dv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHM&#10;tYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyV&#10;isO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2Kx&#10;xJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9Gw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4&#10;Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWT&#10;zbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6&#10;kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJty&#10;tsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/&#10;tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSD&#10;ls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvG&#10;uI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKb&#10;f7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4HSf/tSlG&#10;97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJwbuXicS5k4rHt4+MyrWMjsy0iZDOs4eS0LKEldKx&#10;gpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyA&#10;o9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDHnWCxxJxxtsKcfLq/noW+vJyIwrqZiMW4lYnJtpGK&#10;zLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qCodWngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT&#10;p4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kTDv+5HCf/tihG97Ezat2pP5HHnWCxxJ1wtsKee7q/&#10;n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3Tr4qQ1q6Ik9ithpnZqoWe2aWEodWkhKLUpISi1KSE&#10;otSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLU/7oSDv+6Gyf/tydG97Ey&#10;at2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ich8i2mYjMs5aI0LGSitOvj4zWroyO2KyKk9uriZnc&#10;poed2qKGoNaghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSg&#10;hqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6xxJ1vtsGgeLq+oYG/u6GIxLieh8m1m4fNspiI0bCV&#10;idWukovYrI+N26qNkt6ojJrfooqd2p6JoNaciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh&#10;1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7Gib/uCZG9rIwat2qPJHHnl2xxJ5utsGhdrq+on+/&#10;u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON3qiRkuKkkJngno2d25qMoNeZi6HVmYuh1ZmLodWZ&#10;i6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HV/rsRDv67Gib/uCVG9rMwatyr&#10;O5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qzn4fQsJyH1a2aiNmqmYreqJiO4qWXk+aflZngmpGc&#10;25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHV&#10;/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBqtsGjc7q+pXzAuqWFxbajh8uzoYfRr5+H1qyeiduo&#10;nIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOS&#10;oNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+uSRG9rQuatyrOpLHoFyxxKFotsGlcbq+p3rAuqeE&#10;xbamh8yypIfRrqKH16mfiNuknYneoJuK4JqajOGWm5PhlZub3ZKXntiRlaDXkZWg15GVoNeRlaDX&#10;kZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX/LwQDf28GSb+uiNG9rQtatysOZLH&#10;oFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfSqqKH16afh9qhnofcm52I3pacit+Rm5DfkZ2Z3Y+b&#10;ntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/X/LwQ&#10;Dfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKpa7q+rHW/uq1/xbOph8ytpYbSp6KG1qKhhtidn4ba&#10;mJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eM&#10;np/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF9rYratutNpPHolmxxadftcKtZrm/sXC+t61+xrCp&#10;h82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qLn4vbiJ+Q24igmNiIoZ3XiKGd14ihndeIoZ3XiKGd&#10;14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X+r0ODfq+FiX8vCBF9rcqatuvNJTIpFWx&#10;xqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE0pukhNSWo4TVkaKF1o2hhteJoYnYhqGN2IShk9eE&#10;opfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfW+b4ODPm/&#10;FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0sXDBra1/x6mqhcuiqITOnaeD0Jemg9GSpYTSjqSF&#10;04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV&#10;gaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rolatqyLpXKr0CtyL09r7e2XbqusXLCqa1/xqWrhcmf&#10;qoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfShKWK0oGljdKApY/SgKWP0oClj9KApY/SgKWP0oCl&#10;j9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/S7MELDPXCEiT2wRpE970hatq0KZbNvCipu7tD&#10;s661YbyosXPBpa5/xaGthMebrIPJlquDypGqhMuOqYTMi6mFzYiohs6GqIfOg6iJzoGnjM+Ap43P&#10;gKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43P38QJC/LFECPz&#10;xBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXAoLCAw52uhMWXrYTGk62Ex4+shMiMq4XJiauGyoer&#10;hsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqM&#10;y4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDSCoexvi+upbhUuJ+1aLyds3a/m7F/wZmwhMKUr4TD&#10;kK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62Jx4Gti8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eA&#10;rIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH1cYICdnMCiDlzw1A2NULX73WC4ilxDSmnLdauJm1&#10;a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJsIfCiLCHw4awiMOFr4nDg6+KxIKvi8SBr4vEga+L&#10;xIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vE0sgIB9PPCh3V1As9&#10;wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9uZG1hLyOs4a+jLKGv4qyh8CIsojAhrGIwYWxicGE&#10;sYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCx&#10;jMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ2jKIi9JMlInLX5yIxm6jiMN4qIXAfKuDv3+ugL2B&#10;sH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5i7V4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2&#10;eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsIBsjSCSKz3wlCoPwVWpPwKGqL5jl3hN9JgoHYW4uA&#10;02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGhcMeDom/HhaNuxoajbcaIpGzFiqVsxYulbMWLpWzF&#10;i6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulxM4HCrfZByaj+w49lv8e&#10;To36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7acohr2XeLadd6jWfWfo5m1YCPZdSCkGTUhJFj04aR&#10;YtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh&#10;0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJ&#10;ksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4&#10;wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2i&#10;S3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6e&#10;ybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6&#10;hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeL&#10;u7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZ&#10;mlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9&#10;osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EY&#10;Cf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTF&#10;uYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+T&#10;jL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EXCf+yIh7/rjA6/6k9WeyjSnnYm1uY&#10;x5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46Ow7qKkMW5h5LHuISVybeCmMq2gJvLtn6ezLV9o8yz&#10;fKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjL/7IXCf+y&#10;IR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXCmYG5wJuIvL6Xir+8lIvCupCNxbmMjse3iJHJtoWU&#10;y7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajM&#10;q32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7WeykSHrXnFmaxpdvssSZdrbCm3+5wJyHvb2aicC7&#10;lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrRsoCf0q5/o9Kqf6XPpn+nzaZ/p82mf6fNpn+nzaZ/&#10;p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fN/7MWCf+zIB7/sC06/6s6WeylR3rWnFmaxpht&#10;ssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQi8u0jI7Os4iR0bGFldOwg5rUsIKg1aqBotOmgaXQ&#10;o4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafN/7MVCP+0IB7/&#10;sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5v5+DvryeiMK6mojGt5aJyrWSis2zjozQsYqP06+H&#10;lNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4Om&#10;zZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5WeumRXvVnVibx5ppssSdcLbCn3m6v6CCvryfiMK5nIjH&#10;tpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae2aKFodWehaTRnIWmzpyFps6chabOnIWmzpyFps6c&#10;habOnIWmzpyFps6chabOnIWmzpyFps6chabO/7QUCP+0Hx3/sSw6/604WeumRXvVnVecx5tnssSe&#10;brbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGwk4rVrY+N2auMk92oipveooie2Z6IodWbh6TRmYem&#10;zpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bO/7QUCP+1Hh3/sis6&#10;/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+v7ujh8S4oIfJtJ2HzrGZiNOulonYq5OM3KiQkuGj&#10;jprfnoye2pqLodWXiqTRlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJ&#10;ps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zVnlWdx51jssSgarXCo3O6vqR8v7ukhcS3oofKs5+H&#10;0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paPoNaUjaPSk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP&#10;k4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UTCP+1Hh3/syo6/642WuunQ3zVn1Odx55gssWiaLXC&#10;pXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnoncpJuL4J2ZjuOam5nglZac25OToNeRkaPTkI+lz5CP&#10;pc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XP/7UTCP+2HR3/syk6/642&#10;WuuoQnzVoFGdx59escWkZLXCp225vql3v7upgcS2qIjLsaWH0auih9eln4jbnp2I3Zebi+CSm5Pf&#10;kpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCN&#10;k6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6cx6FascWmYLTCqmm5v61zvruufcS0qofLraWG0aei&#10;htWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iLmqLUipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek&#10;0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3HB3/tCg5/7A0WuqpQH3VpEmcyKRVsMaqW7PDr2O3&#10;wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF2I+fh9qKn4vbh5+S2oihnNeIn6HUh5yk0YecpNGH&#10;nKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTR/7YSCP+3Gx3/tSc5/7AzWuqq&#10;Pn3WqESbyahPr8ewU7LFuFm1ubNtv7GtfcasqobLpaeFz5+mhNGYpITTkqOE1YyihteIoYrXhaGO&#10;14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPR&#10;/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1Ercm5Ra69uFm4srJvwKyufsaoq4XKoamEzZung8+V&#10;poPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnTgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCm&#10;odGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/tyQ5/7MvWumtOX7ZtC+WzLgyqcK9QLCztl26rLFx&#10;waeufsWkrIXInauDypepg8ySqITOjaeEz4mnhtCFpojQgqaL0YCmjtF+ppTQfaeaz32nms99p5rP&#10;faeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP/7kPB/+6Fxz/uSI5/7UtWuyzMHrd&#10;wB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTGmayDyJSrhMmPqoTKi6qFy4iphsyFqYjNgqiKzYCo&#10;jc5+qJHNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbN/LsO&#10;B/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5T7aktWW8oLJ0v56xf8Kbr4TDlq6ExZGthMaNrYXH&#10;iqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8&#10;q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3/LolWufOE2jI2QuJrcMyp6G4VridtWi7m7N1vpmy&#10;f8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WErojGg62KxoGti8Z/rY7Hfa2Qx32tkMd9rZDHfa2Q&#10;x32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH38AIBfXCDxn2whY27sgVUM3cDGa12g+I&#10;osk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKFwI2xhsGKsYbBiLGHwoawiMKEsInCg7CKw4Gwi8OA&#10;r43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/D2cIHBeTH&#10;CxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GPwmWpjr5yro28e7KMuoG1ibiCt4e4hLiFt4W5g7aG&#10;uoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29&#10;fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIMSan0FGWZ5iV4jtw5hojUT5CGz2CXhMxtnIPJdaB/&#10;x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSqdMGGq3PBh6tywImscb+LrXG/i61xv4utcb+LrXG/&#10;i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utz8YHAtDNCRLA2QksrPcPSJv6HlyP7zFrhudC&#10;doDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQepZuz32Xbc5/mWzNgZlrzYOaasyFm2nMh5xoy4md&#10;Z8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydysgIAcLSBxOu&#10;5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51ceRlem3ha35q33CBaN51hGbceIVl23uHY9p+iGLa&#10;gYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaN&#10;jV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/LkOC/z1OfP1LV3f4Vl9v811laPBiamTtaW5h629x&#10;X+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWFeljkiHpX5It7VuOOfFbjjnxW4458VuOOfFbjjnxW&#10;4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+S&#10;eKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmt&#10;w7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv&#10;/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9&#10;fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqS&#10;vL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXG&#10;koK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JE&#10;SvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7B&#10;vH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+H&#10;lL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+qJxf/pzUv/6NESvqdUWXpl15+25RtlM+Sd6bFkoG0&#10;xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKYwbyAm8K8fp7CvH2hw7t7pMS7eqnEunmtxLV5rsO1&#10;ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7D/6sbBf+rJhf/qDQv/6RDSvme&#10;UGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnBkY67v42Qvb6Jkr+9hpTBvIOXw7uBmsS6fp3Fun2h&#10;xrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3E&#10;/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZmlsyVcanFlXy0xJaDt8KXi7rAk4y8vo+Ov72LkMG8&#10;h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJsHurx6x7rcWse63FrHutxax7rcWse63FrHutxax7&#10;rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/qTMv/6VBSvmfT2bomVuB2ZhjlsyWb6rFlnm0w5eB&#10;t8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iCmMm3f53Ktn2iy7Z8qMuwe6nKrHyqyKh9rMWofazF&#10;qH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF/6wZBf+sJBb/qjIv/6VBS/mgTmfn&#10;mlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+vZOMwbuOjsS5ipDHuIaTybaCmMu1f53NtH6jzrF8&#10;ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzG/6wZ&#10;Bf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uYaqzFmXS0w5p9t8Gbhbu+mYm/vJWKwrqQjMW4jI/I&#10;toeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+pyaGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMah&#10;gKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv/6Y/S/igTWfnnVWB2Zxcl8qZaKzFmnK0w5x6uMCc&#10;g7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGxgZ3TrICi06eApdCkgKfNoIGpyp6Bq8aegavGnoGr&#10;xp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG/60YBf+tIhb/qzEv/6c/S/ihTGfnnlOB&#10;2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qIxLiVicm1kIvNsouP0bCGldWuhJ7Xp4Kh1KOCpNGf&#10;gqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vH/60XBf+u&#10;Ihb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzFnWy0w591uMCgfry9oIfBup2IxreYiMuzk4nPsI6N&#10;1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavH&#10;l4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+S/iiS2jooU+B2aBTl8qeX6zGn2m0w6FyuMCifLy9&#10;ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zcnImg1pmIo9KXiKbOlYipypSIq8eUiKvHlIirx5SI&#10;q8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvH/64XBP+uIRb/rC8v/6g9S/iiSmjook2A2aJQ&#10;l8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSgh86wnYjVq5mK3aWXk+abkZvdlo+g15SNo9OSjKbP&#10;kYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvI/64WBP+vIRb/&#10;rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGzxKdqt8CpdLy8qX7CuKiHyLOmh8+soofXpJ2J3Zqa&#10;jeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6q&#10;yY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ejSWnopkh/2qdIlcylU6rHqFyyxKxktsGubru9r3jA&#10;tqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f2IuZodSLlqTQipOnzYqRqcmKkanJipGpyYqRqcmK&#10;kanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ/68VBP+wIBb/ri4v/6k7S/ekR2npqER+26tDlM2p&#10;TKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+hpITTl6KE1o6gh9mIn4/ah6Ga2IegodSHm6TRh5im&#10;zoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanK/7AVBP+wIBX/ri0v&#10;/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxSsbm1Z7uwsHjDq6yEyaSphM2cpoPQk6SE04ujhtWF&#10;oozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4Sa&#10;qMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfrrzt73rYzj9K6NKHMwjmqu7pVtbC0ar2qsHnDp62E&#10;x5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+ll9J/pqDQf6WmzoCgqMuAoKjLgKCoy4CgqMuAoKjL&#10;gKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ETBP+yHhX/sCsu/6w3TPqsO2XttTR44r8pidjMIJi+&#10;vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTKjqmEzIiohs6Dp4nPgKeNz36nk898qJrOfKmizXyn&#10;qMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jL/7ISBP+zHRX/sSku/602&#10;TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOzb76gsXvBnq+Ew5euhMaRrITHjKuFyYeqh8qDqonL&#10;gKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5&#10;q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p0t8Rf7nMJ5ynvUyxoLdiuZ20cb2bsny/mrGEwZSw&#10;hMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8rJLIe6yXyHmtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2e&#10;x3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2GRT/tSQt/7QsSfLFH1TW3RJiwd8TgazNLpqfwE+r&#10;mrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCHw4aviMODr4nEga+LxH+ujcV9rpDFe66UxXqvmcR6&#10;r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nE/7cOA/+4FhP/tyAt+b8fQdzZ&#10;EUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbORuHu4kLaCu460hb2Ls4a/iLKHwIayicCEsYrBgrGL&#10;wYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXB&#10;9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIifZbWN42Pzk+YjMhhoIrEbqaKwXiqh799rYS+gLCB&#10;vIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22driPt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4&#10;k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHuyA4iy9sLLrb4EUyl9R1jl+gsdY3fPYGH2FCLg9Ng&#10;koLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PGgqRyxYSlcMWGpW/EiKZuxIqnbcONp2vDkKhrw5Co&#10;a8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co18AGAdvGCA7L0woVuOgMMqb/FUqY&#10;+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2JcNhxi27WdY1s1XiPatR7kGnTfpFn04CSZtKDk2XS&#10;hZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6W0cIG&#10;Ac3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70TWR58Fhqc+xfb23qY3Np52l2Z+VueWXkcntj43Z9&#10;YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92JhFrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa&#10;3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYamv8TK47/JDmF/zZEfv9ETXn/UVVx+1dba/ddYGX0&#10;YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY635xV+qBclbqhHJV6YdzVOmKdFPojnVT6I51U+iO&#10;dVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51vMkFAKvbAQia/wsWj/8ZI4X/Ky1+/zk3&#10;eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtrW1X5cF1U+HReUvd4X1H3e2BQ9n5hT/WBYk/1hGNO&#10;9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85Bm/6AYA/+i&#10;LBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGb&#10;ucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarH&#10;ipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBs&#10;eeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8&#10;wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/&#10;oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/&#10;nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGx&#10;xIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6EYA/+jKxD/oDol/5xIPP+XVlP4k2No7JJpeuGR&#10;c4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjChJi5wYGbusF/nbvAfaC8wHukvMB6p73Aeay9wHiw&#10;vb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8/6EYA/+jKhD/oTkl&#10;/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCCpsiPibDEj4+2w4uRt8KIlLnBhJe6wIKavMB/nb2/&#10;faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmzvbR5&#10;s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3ll5p65Vje+CUbI3VknWczZF/qMeRh7LEkY62w42Q&#10;uMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15qsC9eLDAuHmwwLR5sb+verK9r3qyva96sr2verK9&#10;r3qyva96sr2verK9r3qyva96sr2verK9/6MYA/+kKRD/ojgl/55GPf+ZVFX3l1xp65dgfN+WaY3V&#10;k3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9voOYv72AnMC9faDBvHulwrx5q8K5ea/CtHmvwbB6&#10;sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+/6MYAv+lKBD/ojcl/59G&#10;Pf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WTgrTElIq3wpGOucCMkLy/iJO+vYSXwLyAm8K7faDD&#10;u3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+o&#10;fLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp65tbfN+ZYo7Ul2uey5V2rMWUgLTDlYi3wZONusCO&#10;j72+iZLAvIWVwruBmsS5faDGuXuox7R6q8eve63Fq3uuw6d8r8GkfbG/pH2xv6R9sb+kfbG/pH2x&#10;v6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+mJxD/ozYl/6BEPf+bUlb3nFVp65xYfN+bXo7UmWee&#10;ypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aUxLmBmce3fqDJtnypyq57qsiqfKzGpn2txKN+r8Gg&#10;frG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG//6UYAv+mJg//pDUl/6BEPf+c&#10;UVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTDmYK4wZmKu76UjL+8jo7DuYiSx7eCmMu1fqHNr3yn&#10;zal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/&#10;/6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BTe+CgV43Unl+eyptrrMWbdbTDm364wJuHvL2XisC6&#10;kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvHnYGtxZuBr8KZgrG/mYKxv5mCsb+ZgrG/mYKxv5mC&#10;sb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//pTQl/6FDPv+eTlX4oU5o7KJQeuCjUozVoVudy55m&#10;rMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCGltSpgqDWoYKk0J2CqMuag6rImYOtxZeEr8KWhLDA&#10;loSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA/6YYAv+nJQ//pTQl/6FCPv+fTFX4&#10;okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3wKKAvbygh8O3mojKspOK0qyLlNugh5/Ymoak0ZeG&#10;p8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DA/6cY&#10;Av+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKpS4rWqFGazaZbqcelZbLEp3C2wKd6vLymg8O2oofL&#10;r52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqsxo+KrsOPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGP&#10;ibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl/6JBPv+iSFT5pkdm7qpHd+OtR4jZrUuYz6xUpsis&#10;Xq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96Pmp3ajZWi04ySps6LkKnKi46rx4uNrcSMjK/BjIyv&#10;wYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/B/6gYAv+pJA//pzIl/6NBPv+kRlP6qURk&#10;761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbduuLKwfMKpqobLnKWE0o2gh9iGoJfZh56i04eYpc+H&#10;lajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/C/6gYAv+p&#10;Iw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLevjuP1sQ/mszFSqa8vF2ysbVvu6qwfcOjq4TJlqeD&#10;zoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSWrMaFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7D&#10;hZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/Pv+oQFH8rzxh87Y5cOq/N33jyjWH1NE3lb7CS6mw&#10;uWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3QfaeY0H2opM5+pKjLf5+qyYCbq8aBmK3EgZitxIGY&#10;rcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3E/6oXAv+qIg//qDAl/6U+Pv+rO0//tDdd9r0z&#10;auvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6xf8GYr4TEj6yEyIeqh8qAqYzMfKmTzHqqnMt5q6bK&#10;eqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3E/6oWAv+rIQ7/&#10;qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaGtsw8m6jBVKufuWa2m7V0vJmyf7+VsITCja+FxIat&#10;h8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3EeaWt&#10;xHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2L0jzxChR4NYmVszkInG72iiIqsxBm5/DV6mZvGmy&#10;lrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6PxXuulMV6r5rEeK+gxHWvp8R0ra7DdK2uw3StrsN0&#10;ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D/6wUAv+tHw7/rCsk/7AvN/q/JUHk0SBFzuQdW73p&#10;InSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eNtoS7ibSGvYWyiL+CsYvBf7GOwXyxksJ6sZbBebGb&#10;wXiyocB0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safB/64SAf+vHQ3/rigk&#10;/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFIlJDKXJ6NxWqli8F2qom+fa+FvICygrqDtH65hrZ8&#10;uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuXO3&#10;pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB7xdIsPcgYKHqK3OV3zmCjddMjYjRXZWGzGqbhMl0&#10;oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/ja5vvpCvbr6Ur2y+ma9rvqCva76gr2u+oK9rvqCv&#10;a76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MOAf+0Fgz8vBca1tYLFsPtEDCy/BlKovklXpbtM26M&#10;5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZccx9m2/LgJ1tyoSea8mHn2nJiqBoyI6hZ8eSomXH&#10;lqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yj9LYKAf+4EgvVzAoLxNsK&#10;GbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrjYHx132eBcd1thG3bcodq2XaJaNh6i2bXfY1k1oGO&#10;Y9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc&#10;0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRDjP80UIT7Qlp99k9iePFaaHHuX21r62RxZ+lpdGTn&#10;bnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a4Yh/WeCLgFfgkIBW35WBVt+VgVbflYFW35WBVt+V&#10;gVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTIBwC02QUKo/4NHJb/GiyL/ys6g/86RHz/SE11/1JT&#10;bv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJzZ1fxd2hW8XppVfB9alTvgGtT74RrUu6HbFDui21P&#10;7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuxsAFALTQBAGj4wIKlv8QGIv/&#10;ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb/19PWP9kUlX/aVRT/21VUv5xV1D9dFhP/HhZTvt7&#10;Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBf&#10;tccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87Kmj/QjFh/0o2XP9RO1f/Vz9T/11CUP9iRE7/Z0ZM&#10;/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NOQ/+HTkL/i09B/5FQQf+RUEH/kVBB/5FQQf+RUEH/&#10;kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aE&#10;h96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCr&#10;xHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/&#10;jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxx&#10;rarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ES&#10;Af+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi&#10;0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrE&#10;ccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96C&#10;io/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHA&#10;qsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ISAf+WJwr/ljsc/5RLMP+QWUP/j2NU&#10;+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+TntF9l6LPe5umzXmeqMx3oqrLdqWsynSprclzra7J&#10;crKvyXG3r8hxvK/Cc72uvnS9r750va++dL2vvnS9r750va++dL2vvnS9r750va++dL2v/5MSAf+X&#10;Jwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPojXeA4YyAi9uIh5TVhY2c0oKRoc9/lqbMfZmpy3ud&#10;rMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1urO8dbqzuHa6s7h2urO4drqzuHa6s7h2urO4drqz&#10;uHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZLMP+SWUT/kl5V+pJkZfCRanTnj3OB4I59jNmLhZbU&#10;iIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0xXiotcR2rrbEdbS2wXa3trx3t7a3d7e2s3i3trN4&#10;t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2/5URAf+ZJwr/mTsc/5dKMP+TWET/lFxV+pRh&#10;ZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uEk6zIgZewxn+bs8R9n7XDe6S3wnmpucJ3r7nCdrW5&#10;vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3/5YRAf+aJwr/&#10;mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC3pF2jtiPf5nRjYiizYqOqcmHkq7GhJazxIGatsJ+&#10;n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmveba4rHq2t6x6tresera3rHq2t6x6tresera3rHq2&#10;t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+WU0T/mFdV+phbZfCXYXTnlmiC3pNyj9aRe5rQj4Sj&#10;y42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmrvL93s7y4eLO7snm0u655tbqrerW5qHu2uKh7trio&#10;e7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4/5cRAf+bJgr/nDoc/5hJMf+YUUT/mlRU+ptYZPCa&#10;XXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PDiZS3woSYusB/nry/e6W+v3muvrl4sr6yebK9rXqz&#10;vKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4/5gRAf+cJgr/nDkc&#10;/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plpj9aWcprPk3ylypGFrcWQjbTDi5K4wYWWu7+Anb69&#10;e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5oH22uKB9trigfba4oH22uKB9trigfba4oH22uKB9&#10;trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/nk9T+59SY/GgVnLon1uA351kjteabZrQl3ekypSB&#10;rcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7r8KmfLG/o32yvaB+tLuef7W5nH+2uJx/tricf7a4&#10;nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kRAf+eJgr/nTgc/5pHMf+cS0L/oE1S/KJQYvKjU3Hp&#10;o1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26voqSv7qBm8W3fKnJq3yrx6R9rsOgfrDAnX+yvZuA&#10;s7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4/5oRAf+eJgr/njgc/5pG&#10;Mv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqkYpbSoWuhy511q8aagLPCmIq6vI6PwraDmcusfabO&#10;on+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4lIO2uJSDtriU&#10;g7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ/qdKX/SpTG3rq1B746xUh9yrXJPUqWWdzqZvp8ij&#10;erDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWUha/Bk4WxvpKFs7yRhbS6kYW1uZGFtbmRhbW5kYW1&#10;uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+fJgr/nzcc/5tFMv+hRUD/pkZP/6pHXfatSWvtsEx4&#10;5rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+FxKGVks6UjqPSkIuoy4+KrMaOiq/Cjomxv46Jsr2O&#10;iLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5/5sRAf+gJgr/nzYc/5xEMf+j&#10;Qz//qENO/61EW/ixRWjwtkh06btMfuPAUYffxluO1shrlMa9caa1s3i1paiBw5Sfjc2JnKLSh5Sn&#10;zIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6&#10;/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FAWfq3QWTzvURv7sVJd+XOUnzd1mJ/zM5okrzFbqSr&#10;u3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3EhJOvwYWRsb+Gj7O9h460u4eOtLuHjrS7h460u4eO&#10;tLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/oDUc/6A/MP+nPT3/rjxK/7U8Vfq9PWDwxkJn5tFK&#10;bN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYatiMZ7qpTKeKuoyXuiq8d+nK3EgJmvwoGWsMCClLK+&#10;g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8/54QAf+iJgr/oTQc/6I8Lv+qOjv/&#10;sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GMrsxfm6HDbaiYvHmykbWEu4WxicJ8rpHFeK6fxXWt&#10;rMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9/54Q&#10;Af+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQOE7Z3jlay+Y9br7gQoCu1FCQoctfnZjDbaiRvXmx&#10;i7iDuIO0iL19sZDBebGawXWxpcFyr6/CdaivwXejsMB5n7G/e5yyvXucsr17nLK9e5yyvXucsr17&#10;nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc/6g0K/+zLzT5vy086c0vQNneL0rK5zRfveo6c6/e&#10;QYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6to27d7WVvHW1n7xytKi9brOyvnGssr50p7K+dqOy&#10;vXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9/6EQAf+lIwn/pDEc/60uJ/+5KS/uyCYz&#10;2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81imorHcKKGw3qogL+ArXu9hbF2u4u0c7mStXG5mrZw&#10;uaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4/6MQAf+n&#10;Ign/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv8zJmoec7dpXeRoON1laNh9BkloTLcZx/yHihesV+&#10;pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/rq5lvbiwZbm7sGW5u7BlubuwZbm7sGW5u7Blubuw&#10;Zbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/LsdGuPRExnM5RkpvfIiQa/9KlWh8zRmluk/dIzhS3+F&#10;21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIehaseMo2jGkqRmxZmlZMWgpWTFqKVjxrKkYMS7pmDE&#10;u6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLum/6gQAP+qHgj/sx0R7MkOD87jDhW+8hgtr/4i&#10;Q6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZbopw1nSObNN5kWnSf5Nn0ISVZM+Kl2LOj5hgzZWZ&#10;X82cml7NoptdzaubXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSa/6sPAP+tGgfy&#10;wA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9eg/FLaH3sVnB36F92ceRlemzhbH5p33KBZt14hGPc&#10;fYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X1qWOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayOVtWs&#10;jlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79EByh/xwvlf8pP4v/N0yC/kVWfPlQXnX0WWRu8V9p&#10;aO5kbWTranBh6nBzX+h1dV3nendb5n94WeWEeVjkiXtW4458VeKTfVTimH5S4Z5+UeGlf1HhpX9R&#10;4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/8bQIAM7ABgC9zgcBruAHC6D/EhyU/yAriv8vOIH/&#10;PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb9W1iWPRyZFbzd2ZV8ntnU/GAaFHwhGlQ8IlqT++O&#10;a07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9u0bkDALzFBQCt1gMB&#10;n/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9PQ2L/VUdd/1pLWf9gTVb/ZVBT/2pRUf9uU0//clRO&#10;/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5NbRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcRfqYXEX6&#10;mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+/ykbdf81I2z/PCpk/0MvXv9KNFj/UDdU/1Y6Uf9b&#10;PE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/eEVC/31GQf+BR0D/hkg//4xJPf+RSj3/kUo9/5FK&#10;Pf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUAAJ7XAACP9QABhv8PBHz/Gwtx/yQRZ/8sF1//NRxZ&#10;/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2EyQv9mM0D/ajU//242Pf9zNzz/dzg7/3w5Ov+BOjj/&#10;hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8/4MTAf+EIgb/hTUU/4NG&#10;JP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO&#10;3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHO&#10;aNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRw&#10;moXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjS&#10;kc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm&#10;83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLb&#10;ZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4QTAf+FIgb/hjUU/4RGJP+A&#10;VTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnnod41/5XWTheJymIngcJ2M326ijt1sppDca6uS22mv&#10;lNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchqz5bIas+WyGrPlshqz5bIas+WyGrPlshqz5bIas+W&#10;/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hkUf6Ha173g3Jp8YB8c+t9hXvneoyC43eSh+B0l4ze&#10;cpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z12jGmtNozJrMasyZxmvMmsJszJrCbMyawmzMmsJs&#10;zJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/iDUU/4ZGJf+HUzX/i1tD/4xiUf6Kal72h3Fq8IR6&#10;dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhvpZjWbaua1Wuwm9Vqt5zUab+d1GnJncxryp3GbMmd&#10;wG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd/4cSAf+JIQb/ijUU/4hGJf+KUjX/&#10;jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG4HyPjN15lJHadpqV2HOfmdVwpZvUbqqe022xn9Jr&#10;uKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4cMehuHDHobhwx6G4cMehuHDHobhwx6G4cMeh/4gR&#10;Af+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6QZV72jmxr74t1duiHfoDjhIaI3n+Nj9t7k5TYeJmZ&#10;1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/EpL9wxKW6ccSltXHEpbJyxKSycsSksnLEpLJyxKSy&#10;csSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU/4pGJf+QTzT/lFZD/5RbUf6TYV72kWhr7o5wduiL&#10;e4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPPcaqmzm+zp81uvajHcMKovnHBqbhywam0c8Gpr3TC&#10;qK10wqetdMKnrXTCp610wqetdMKnrXTCp610wqetdMKn/4oRAf+MIQb/jTQU/4tGJv+TTjT/llNC&#10;/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeIktiCj5nTfZWf0Hmco851o6fMcquqy3C0q8hwv6y/&#10;c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8CqqHfAqqh3wKqod8CqqHfAqqh3wKqod8Cq/4sRAf+N&#10;IAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33mGBp75VodeiScIDhj3uK3IuEk9aGjJrSgJOhznua&#10;psx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3vK+oeL2vpXm+raN5vq2jeb6to3m+raN5vq2jeb6t&#10;o3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49EJf+YSjP/m01A/51RTv+dV1v4nFxo8JpjdOiXan/i&#10;k3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2xxHS6s7d2ubOveLmzqnm6s6Z6urKje7uxoHu8sJ98&#10;va6ffL2un3y9rp98va6ffL2un3y9rp98va6ffL2u/4wQAf+PIAb/kDQU/5JDJf+aSDL/nUo//59O&#10;Tf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaPhJvQiI2jy4GWq8d7obHFdrC1une3tq95t7aoeri2&#10;o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOefbqynH67sZt+vLCbfrywm368sJt+vLCbfrywm368&#10;sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+bRjH/oEg+/6JLS/+kUFj6pFVk86RacOuiYXvkn2mF&#10;3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1uaZ7trihfbe2nX64tZt/ubSZf7qzmIC6speAu7GX&#10;gLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux/40QAf+QIAb/kTQU/5dCJP+dQzD/okU9/6VISf+o&#10;TFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbLlYOiwIuOrbaDmraufqq7pHyzvJ5+tbqagLe3mIG4&#10;tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgrux/44QAf+RIAb/kjQU&#10;/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBTaOyyWnLks2F7269uhMymdpTAnH6itJKIrqmKlLeg&#10;haS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmzkIS6spCEurKQhLqykIS6spCEurKQhLqykIS6spCE&#10;urKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/p0A6/6xCRf+wRlD5s0ta8LdSY+i7WWvfvWRy0bZs&#10;gsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJs7yMibW5jIi3toyIuLWMh7m0jIe6s4yHurKMh7qy&#10;jIe6soyHurKMh7qyjIe6soyHurKMh7qy/48PAf+SHwb/lDQU/5w9If+jPC3/qj04/69AQv+0REz1&#10;uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqnegoKGArZObi7eJlpu9g5Wvv4SRs7yGjrW5h422t4eM&#10;t7aIi7i1iYq5tImKurKJirqyiYq6somKurKJirqyiYq6somKurKJirqy/5APAf+THwb/lTQV/547&#10;IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/RW1nPymBtwcJngLK5bZCksXSfl6p9q4qkiLV/oJe7&#10;eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25s4WNurKFjbqyhY26soWNurKFjbqyhY26soWNurKF&#10;jbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy/7g6O/bAP0HsykdF49ZURdbZV1jH0F5ruMhkfqrB&#10;a46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3nbW5epm2t32Wt7Z+k7m0f5G6soCQu7GAkLuxgJC7&#10;sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+VHwb/lzMV/6I1Hv+rMyf/tDQv+b42Ne3JPTji1kg4&#10;2eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53pHi6g61uuJOzaLiotmmyuLZvp7e2c6G4tXacubR4&#10;mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbyw/5MOAf+WHwX/mTMU/6UwHP+v&#10;MCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz3VZspdhdepjSZYiKzm2Ufcl2n3PEg6dswJGsZ76h&#10;r2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sava50mr2udJq9rnSava50mr2udJq9rnSava50mr2u&#10;/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEtIdXgMyzJ6Dw/vuhDUbHlSWGk4k9wl99WfYraYIiA&#10;02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2qY7i/q2awv6xpqr+sbKW/q22iwKptosCqbaLAqm2i&#10;wKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/oiwQ/60oFfu7IxjozSAX1d8lHcjoMDG87zlEsOxA&#10;VaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzNgZpnyoueZMiWoGHIo6FgyLOhXcfDo1++xKVhtsOl&#10;ZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl/5cNAP+cHgX/piYN/7QgD+/GFw/W&#10;3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609wgeVYenrfZIJz2m2IbdZ2jWjTf5Jk0IiVYM+SmF7O&#10;nZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5euMmeXrjJnl64yZ5euMmeXrjJnl64yZ5euMme/5oM&#10;AP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676LTmi+jZKlvo/WIv1SGOC7lJteuhcdXLkZHtt4G2A&#10;aN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9SukVbUvJBW1M2QVs3RklfI0ZNXyNGTV8jRk1fI0ZNX&#10;yNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID1MkKAsjaCwa59BYXrP8jKqH/LjuV/zhJi/9CVYL4&#10;TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c4YN/Wt+Lglfek4NV3ZyFVNylhlLcr4ZS3LuGUdzM&#10;hVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqF/6AKAP+tEwHUwAgAxs4IALnjCwir/xcZ&#10;n/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/VeY2XyZWhg72xrXe1yblrreXBX6oByVemHdFPnj3ZR&#10;5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6/6QHANi4&#10;BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA/z8/ef9KR3D/UU5p/1dTYv1dV177ZFta+WpeV/dw&#10;YFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrwn2pJ76drSO+wbEfut2xH7rdsR+63bEfut2xH7rds&#10;R+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsFApz/EAuR/x0Xh/8qI37/Ni12/0E2bf9IPGb/T0Jg&#10;/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hUSv9+VUj+hFZH/YtYRfySWUT7mFpD+59bQvqnXEH6&#10;rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcyLYBALXBAwCn0QEAmesFAo//EgmF/yASfP8s&#10;G3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//Xj1M/2M/Sv9oQEf/bUJF/3JDRP93REL/fUVA/4NG&#10;P/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLtroCAKbKAACY&#10;3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zceV/8/IlL/RiZN/0woSv9SK0b/WC1E/10uQv9hL0D/&#10;ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1/4w4M/+UODP/mDkz/5g5M/+YOTP/mDkz/5g5M/+Y&#10;OTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/DgJn/xMFX/8dCVf/Jg1R/y8RTP83FUf/PhdD/0UZ&#10;QP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9nIzL/bCQx/3IlL/93Ji7/fSct/4QoK/+LKSv/kSkr&#10;/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9z&#10;akn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzL&#10;eutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDjedVg43nVYON5/3YVAv9zIAT/cjEM&#10;/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9hq3Xu&#10;YLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDjedVg&#10;43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/eFgz/3lgP/93aUr/c3FU/3F8XPtuhmP3a45p9GmU&#10;bfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tfvHzqXsR96l3Nfedd2X3hX9592mDgfNFi4X3PYuF9&#10;z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cVAv90HwT/dTEN/3NCGv93TSf/e1Y0/3xfQP96Z0v/&#10;d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ5937GWleetkqnvqYq996WG1fuhgvX/oX8WA6F7QgeJf&#10;2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HKZN+BymTfgcpk34HKZN+B/3gUAv91HwT/djEN/3RC&#10;Gv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0gWb1cIpt8W2Rcu5rmHbsaZ5562ekfOllqX7oY6+A&#10;52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTchMZl3ITFZdyExWXchMVl3ITFZdyExWXchMVl3ITF&#10;ZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0/4NcQP+CZEz/f2xW/Xp0YPh3f2jzc4hv8HCPdO1t&#10;lnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fjYcmH4GHVh9Vk2ofNZdqIx2bZiMFn2Yi/Z9mIv2fZ&#10;iL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94HgP/eTAN/3hBGv+BSSf/hlIz/4haQP+HYkz/g2lX&#10;/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqig+RoqIbjZq+I4mS3iuFjwYvhYs6L2GTWi81m1ovG&#10;Z9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaM/3sTAf95HQP/ejAN/3w/Gv+F&#10;SCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrxe4Jy7XeKeelzkn7mb5mD5Gyhh+JqqIrgZ6+M32W4&#10;jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs05C0bNOPtGzTj7Rs04+0bNOPtGzTj7Rs04+0bNOP&#10;/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FWP/+QXUv/jmRW/IlrYfaEc2vwf35z7HuHeuh2kIHk&#10;cpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGTxmrQlL5r0JS4bNCUs23QlK9u0ZOubtGTrm7Rk65u&#10;0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/fC8N/4M8Gf+NRSX/k00x/5VTPv+UWUr/kmBV/Y9o&#10;YPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1tp5HbabGU2We/ltRnzpfHa82YvWzNmLZuzZiwb82Y&#10;rHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W/34SAf98HAP/fi8N/4Y7Gf+RQyT/&#10;lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz64R/fOZ+iYTheJKL3XOckNpuppXYarOZ1mjFm8lr&#10;y5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmidM2YonTNmKJ0zZiidM2YonTNmKJ0zZiidM2Y/38S&#10;Af99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+cUkb/m1hS/5lfXfiVZmjxkG5y64p5e+WDhITgfI+M&#10;3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLHoKd0yJ+jdcmeoHbKnZ52y5uddsuanXbLmp12y5qd&#10;dsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N/4w4GP+XQCL/nEQt/59JOf+gTkT/oFVP/J5bWvWc&#10;YmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzDcK6hvm+/o7NyxaOqdMWjpHbFo6B3xqGdeMegm3jI&#10;npl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5ypyYecqc/4ARAf9/GwP/gS8N/483F/+aPyH/n0Is&#10;/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4JpxddWTfIHLioWNw4KPlrt7mp61dqeksHS4p6h2wqeh&#10;eMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmdlHzJnZR8yZ2UfMmdlHzJnZR8yZ2UfMmd/4ERAf+A&#10;GwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6qVBJ8qpWUuqqXVziqWZm16JvcsuZeIHBkIGNuIiK&#10;l6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+xKSSfsWjkX7HoZB+yJ+QfsmekH7JnpB+yZ6Qfsme&#10;kH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1Fv+eOh7/pD4o/6hCMv+sRzv2r01E7bFUTeWzW1Xc&#10;sGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52nl4Ctq5OAv6uRgcGpj4HCp46Bw6WNgcWjjYHGooyB&#10;yJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+Mgcif/4IRAf+BGgP/hi0N/5Y0Ff+gOR3/pjwm/6tA&#10;L/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLulcX+wnXmMpZWCl5uPjaGTipmnjIepq4iHv6yIh8Cq&#10;iIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITIn4iEyJ+IhMifiITIn4iEyJ+IhMif/4MQAf+CGgP/&#10;iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k55cJSPtrCWEzMumBfv7Jnb7Orbn6oo3aLnZx+l5KX&#10;iaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aDicWkg4jGooSHyKCEh8ifhIfIn4SHyJ+Eh8ifhIfI&#10;n4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+lNBr/rDYh/rM6KPO7QC3pw0gx4ctRN9LHVkvFwF5d&#10;uLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZiiqnSYt6t3lcGpepHCp3yPw6V9jcWjfozGoX+KyJ9/&#10;isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif/4UQAf+EGgP/jigL/58xEf+nMhf/sDMd+bk2Iu7C&#10;PSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqYsnGHjKx5k4Gogpx3pI+jcKKfp2yitKhun8KncpnD&#10;pnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsme/4YQAf+FGQP/kSYK&#10;/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpKM8TSUke3y1pZqcZhaZzAZ3iQum6EhLZ2j3mygJhv&#10;r42faK2do2StsqRlqsWkaqLFo22dxqJwmcehcpbIn3STyZ11k8qddZPKnXWTyp11k8qddZPKnXWT&#10;yp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6uykT7MgsE97YNxDT4UEeyd9JMLzaUUSv01hWoc1f&#10;ZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66sZ5duMmeYq7In2amyJ9pocmea53KnW6ay5tumcub&#10;bpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gPAf+JGQP/miMH/6gnCv+1IgzxxCAM4NUkCdHhMBTH&#10;5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6dMxzhGvKfotiyIyRXMiclVnIsZZXyM6WW7vNmF6y&#10;zJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2X/4oOAf+LGAP/nyEF/64g&#10;Bvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTkSkiY4lBWjOBXYoDdX2x222h1bNpyfWPYfoNc2IyI&#10;V9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLRk1+s0ZNgqtGTYKrRk2Cq0ZNgqtGTYKrRk2Cq0ZNg&#10;qtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4CxOseDbjvLB2t7jcuouxAPZfrSEqM6U9WgehWYHbn&#10;Xmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR3LiFUd3UhFPQ2odUxtiJVr/Xili41otZttaLWbbW&#10;i1m21otZttaLWbbWi1m21otZttaL/44NAP+XEgH/rRUB2b8JAMzOCQDD6w4EtvUeEav1LCGh9Dcw&#10;lvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1wblrqenJW54V2U+WReVHknntP46x8TeO9fE3j2XxQ&#10;2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6B/5IMAP+gDQDbtwYAysMHAMDS&#10;CQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4/VFQbv1XV2X6Xlxg9mZhW/RvZVbxeGhT74JrUO6M&#10;bU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y5nNO1ed0TtXndE7V53RO1ed0TtXndE7V53RO1ed0&#10;/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8hFpL/LiOJ/zkvgP9COXf/SkJt/1BJZf9WTl//XlNa&#10;/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9JxkRvOmZUXys2ZE8sFnQ/LUZ0Xu52dG6+hnRuvoZ0br&#10;6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8vgQAr80EAKTeBwGa/xUJkP8kFYf/MCB+/zsqdP9C&#10;Mmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/ck9K/3lRR/+CU0X/i1RD/pRWQf2eV0D9qFg//LNZ&#10;Pvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvbWj3721o9+9ta0q0AAL24AgCuxQIAodUCAJb3CwKN&#10;/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wzVP9TN1D/WjpM/2A8Sf9mPkb/bUBE/3RCQf97Qz//&#10;g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3/8JLN//CSzf/wks3/8JLN//CSzf/wks3/8JLv7MA&#10;AK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/KhNk/zEZXP84HlX/QCJQ/0gmTP9PKUj/VStE/1st&#10;Qv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+LNzP/lDgy/5w5Mf+kOjD/rzsw/7I7MP+yOzD/sjsw&#10;/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAAhO8AAHz/DQFv/xEDZv8ZBl7/IQpW/ykPUP8yE0v/&#10;OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1/2QiM/9pIzH/cCQv/3clLf9+Jiz/hycq/48oKf+X&#10;KSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqocIAAJHRAACC4QAAeP8AAGz/CAFg/w0C&#10;V/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+DjX/RA8y/0kQMP9OES7/UxIs/1gTKv9dFCn/YxUn&#10;/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5EaH/+RGh//kRof/5EaH/+RGh//kRof/5Ea/2gZAv9k&#10;IwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/ZHJB/2J9SP9gh07/XZBS/1uYVv9anln/WKRb/1eq&#10;Xf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS5mPxU+pj7FTtY+ZW72LgV/Bj4FfwY+BX8GPgV/Bj&#10;4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19AEP9mSRr/alMl/2tcMP9pZTr/Z3BC/2R7Sf9ihU//&#10;X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi+lW8ZPpVxGX5VM5l91PdZvNT5mbuVepm51btZeFY&#10;7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bbWe9m/2oYAv9mIgT/YS4H/2A/EP9pSBv/bVEm/25b&#10;MP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9dnF39W6Jg+1qpYvpZr2T5WLVl+Ve8Z/hWxWj3Vc9o&#10;9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vuadNb7mnTW+5p01vuadNb7mnTW+5p/2oYAv9nIgT/&#10;Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE/2l2TP9ngVL/ZItY/2GTXP1fm2D7XaFi+luoZfla&#10;rmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zkWelr3Fvra9Rc7GzNXe1szV3tbM1d7WzNXe1szV3t&#10;bM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9wRRv/dE4m/3ZXMf90YDv/cGlF/21zTf9qflT/Zoha&#10;/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9bfRYx27yV9Rv7lfib+ZZ5m/dXOlu013qb81e63DH&#10;X+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw/2wXAv9pIQP/ZS0H/2s6EP90Qxv/eUwm/3pVMf95&#10;XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3YZ9o9l+ma/RdrW3zXLRv8lq9cfFZyXLvWNpz6Frj&#10;c95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0/20WAv9qIAP/Zi0H&#10;/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3ZsT/9xd1f+bYJe+2qMY/hmlWj1ZJ1s82Gkb/JfrHHw&#10;XbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4xGLleL5j5Xi6ZOV4umTleLpk5Xi6ZOV4umTleLpk&#10;5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/gkcl/4RQMP+EWDv/gWBF/3xpT/92clf+cX1f+W2I&#10;ZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc0HrjXd971GHie8pi4nzCZOF9vGXhfbdm4nyzZ+J8&#10;s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AVAf9sHwP/aSwH/3c0D/+BPBn/h0Uk/4pNL/+JVTr/&#10;h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy72ahduxjq3nrYLZ86V7Efude2H/YYd9+ymPfgMFl&#10;3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+sad9/rGnff6xp33+sad9//3EVAf9tHwP/aysH/3sy&#10;D/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+DaVf9fHJg+HZ/Z/Rxim7wbJV07Wifeepkqn3oYbeA&#10;5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvchKls3YOmbN2CpmzdgqZs3YKmbN2CpmzdgqZs3YKm&#10;bN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh/5RKLP+VUTb/k1hB/5BgS/uLZ1X1hG9f8H16Z+t3&#10;hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofBZ9mIt2nYia9r2ImqbdmIpm7ah6Nu2oagb9uFoG/b&#10;haBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9wHgP/cigH/4IuDf+ONhb/lUAf/5lIKf+ZTzT/mFU+&#10;+pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KWfs1toYTJaq2JxWi7i8Fo0Iy2a9WNrm3Vjadv1oyj&#10;cNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqHm3Lah5ty2oebctqH/3MUAf9wHQP/dSYG/4YsDf+R&#10;NhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/mlGhZ345zY9WGfW7Nf4d4xniRgMBzm4e7b6eMtm20&#10;j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd02IqWddmJlnXZiZZ12YmWddmJlnXZiZZ12YmWddmJ&#10;/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BDJP+iSS73o1A376JWQeehXUrfnWdU1JVvYsuNeG7D&#10;hYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CUnHTRkph20pGWd9OPlHfVjZJ31oyReNiKkXjYipF4&#10;2IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/eyMG/4wpC/+YNBL/nzwZ/6NBIvumRiryqE0z6qlU&#10;POKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/kYqke5yQnniqlJp2u5aXd8+WlHnQlJF60ZKPetOQ&#10;jnrUj4161Y2MeteLjHrXi4x614uMeteLjHrXi4x614uMeteL/3UTAf9zHAP/fSEF/44pCv+bNBD/&#10;ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFSxaBpYbuYcm6xkXp5qYuDg6GFjYuagZiRlH6llpB8&#10;tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2IfdaLiH3Wi4h91ouIfdaLiH3Wi4h91ouIfdaL/3YS&#10;Af90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/OvQSLqtEgo4rlQLtS0VkDJrV9RvqVnYLSeb22ql3d4&#10;oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPOloSD0JSEgtKShIHTkISB1I6EgNaMhIDWjISA1oyE&#10;gNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E/5QnCP+gMg3/pzQT+q44GO+1PRzmvEYh3L9MLM65&#10;VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJj5KRgoyfln2Kr5h6i8eYfInOln2I0JR+htKSf4XT&#10;kH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD1oyAg9aM/3gSAf91GwP/hRwE/5cmB/+jLwv/qzAQ&#10;9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBjXaaqamqcpHF2kp96gImag4mBlo6QeZOclXSSrJdx&#10;ksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aMe4fWjHuH1ox7h9aMe4fWjHuH1ox7h9aM/3gSAf92&#10;GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/dzTwWzshHKcLCUTu2vFlMqrZhW5+waGiVq290i6Z3&#10;foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U0ZJxkdKRc4/Uj3WN1Y12i9aLdovWi3aL1ot2i9aL&#10;dovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54jBP+qJgb4tCUI68AoCOHNMAfU0jcUyM1FJ7vITzmv&#10;wldKo71fWJi4ZmWNs21xg691e3qrfoNxqImKaqaWj2Wlp5Jipr2SY6PSkWed05BqmNSPbZXVjW6S&#10;1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiK/3sRAf98FwL/kBcC/6IhA/+uIATyux0E5coe&#10;A9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHAZGKGvGtte7hzdnK1fH5qs4eFY7GVil6wpYxbsbyN&#10;W6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZiGqW2YhqltmIapbZiGqW2YhqltmI/3wQAf+BFAL/&#10;lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYPuNtBIazVSzOg0VNDlM1aUYnJYl1+xmlndMNxcGvB&#10;e3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odcq9qHX6bah2Gh24ZjnduFY53bhWOd24VjnduFY53b&#10;hWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+CgDRzQoAy+QQAcHkJQe34zUTreFAIaPeSS+X21I+&#10;i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyVeVTMpntRzbx8UMzifFPB4H9Vt9+AWLHegVqr3oFc&#10;pt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B/4APAf+ODgH/og0A27UIAM7BCADG0AkAvukSArTp&#10;JQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt3mZbZd1vYV7demdY3IZrU9yVb1DdpnFN3rtyTd/h&#10;cU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy43pVsuN6VbLjelWy43pVsuN6/4MOAf+WCwDdqwQA&#10;zbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09J4rsRjOA604+dutVR2zqW05k6mNVXeptWljqd15T&#10;6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etqTM/sbU7H629PwOpwT8DqcE/A6nBPwOpwT8DqcE/A&#10;6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu2gkApPUXBZv1JxCS9TQciPY+J3/2RzJ29k47bPZU&#10;QmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4m1xC+KteQfe+X0D332BD7uxgR+PxX0jb8WFJ0vJj&#10;SdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUAANSpAADCtQMAtcEDAKrPBQCg5wsBmP0aBo/+KRCG&#10;/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BDUP9oR0z/cUpH/3tMQ/+HTkD/lFA+/6FSPf+wVDv/&#10;w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dU26EAAMWwAAC1ugIAqMcC&#10;AJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/QiZg/0ksWf9PMVP/VjVO/104Sf9lO0X/bT1B/3Y/&#10;Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/dSTT/8Ek3/vhJN/74STf++Ek3/vhJN/74STf++Ek3&#10;/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEBfv8dBHX/Jwts/y8SZP83GFz/Ph1W/0UiUP9LJUv/&#10;UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz/402Mf+ZNzD/pTgv/7I6Lv/AOy7/0zst/+s8Lf/r&#10;PC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8AACayQAAjNkAAIH1AwB5/xABbv8WA2X/HwZe/ycL&#10;V/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9YHzb/XyE0/2YiMf9uJC//dyUt/4AmK/+MKCn/lyko&#10;/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktqrcAAJrFAACL0wAAfeIAAHX/&#10;BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk//zYLO/89DTf/Qw8z/0kRMP9PEi7/VRMs/1sUKv9i&#10;FSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/pRwd/7AdHf+wHR3/sB0d/7AdHf+wHR3/sB0d/7Ad&#10;nMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8NAUn/EQJD/xcDPf8fBDj/JgU0/y0GMP8zBy3/OQcq&#10;/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EKG/9pCxn/cgwX/3wNFv+GDRT/jw4U/5oPFP+aDxT/&#10;mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/UTIG/048CP9XRRD/W04Z/1xYIv9bYyv/WW8y/1d6&#10;OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9MtEz/S7tN/0rDTv9JzU//Sd1Q/0jpUP9I8lD7SfZQ&#10;9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8UOdP/FDnT/xQ/1wcAv9YJgP/UjIG/1E6CP9aQxD/&#10;X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D/1KXR/9Qn0n/T6ZL/06tTf9NtE//TLtQ/0vDUf9L&#10;zlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLlUPpT4lH6U+JR+lPiUfpT4lH6U+JR+lPiUfpT/10b&#10;Av9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9gXyz/X2s0/1x3O/9ZgkD/VoxF/1SVSP9Snkv/UaVO&#10;/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vrVfpM8lX0TfZV7FD4VOZR+FXfUvlW3FP5VtxT+Vbc&#10;U/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG/1g3CP9hQBH/ZUka/2ZTI/9kXS3/Ymg1/190PP9c&#10;f0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/T7pV/07EVv9N0Ff/TeJY/EztWPZO8ljuUPVY5lP2&#10;WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ/18aAv9bJQP/VTAG/1w0CP9lPRH/akca&#10;/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mRTf9XmlD/VaJT/1OqVf9Sslf/UbpZ/1DFWv9P0lv8&#10;TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPddy1j3XctY913LWPddy1j3XctY913LWPdd/2AaAv9c&#10;JAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/a2E2/2dsPv9jeEX/YINL/1yOT/9amFP/V6BW/1ap&#10;Wf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV8V/dV/Jg0ljzYctZ9WLFW/Viw1v1YsNb9WLDW/Vi&#10;w1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2UvCP9vOBD/dEEZ/3ZLI/91VC3/cV02/2xnP/9oc0b/&#10;ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg/FPHYvlS3GPzU+hj6VXuY95Y8GTQWvFlyFzyZsJd&#10;8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7XvJm/2IZAv9eIwP/XioF/2ktCP90NQ//ej4Y/3xI&#10;Iv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9gkVj/XZxc/VqlYPtYsGL6Vrtl+FXKZvVU4GfsVupn&#10;31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2HvarNh72qzYe9qs2HvarNh72qzYe9q/2MYAv9gIgP/&#10;YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1/3tgPv91aUf/b3RO+2qBVfhmjFv1Ypdf81+hY/Bc&#10;q2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68YetvtmLsb7Fj7G6tZOxuq2Ttbatk7W2rZO1tq2Tt&#10;batk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+MA3/hTsW/4hFH/+ITSn/hlUz/4JePft9Zkb2dnBO&#10;8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/b9pd03DSXupwxGDpcrpi6HOzZOhzrWXpc6lm6XKm&#10;Z+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw/2UXAv9iIQP/aSME/3clBv+CLwz/ijkU/45DHf+P&#10;TCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3ebo1j2WmXadNmoW7PY6xxy2G5dMhhynXFYeV2uWTm&#10;d7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r6XOea+lznmvpc55r6XOea+lz/2YXAf9jIQP/bSAE&#10;/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZN+yNYEHlh2lK34F0U9Z6fl3PdIhlym+RbMVrm3HB&#10;aKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6nmzleJtt5XeZbed2mG7ndZhu53WYbud1mG7ndZhu&#10;53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/kzcQ/5hAGP2aSCD0mk4p7JhVM+WVXTzdj2ZH04hv&#10;U8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1qu36qatJ/pGzgfp5t4X2ab+J8l3DjepVw5HmTcOV3&#10;k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gWAf9kIAP/cxwD/4EgBP+OKwj/lzUO/50+FfifRBzv&#10;oEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5ntXuIb693kXWqc5x6pXCofqFvtoGeb8qCm3DegZZx&#10;34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiOc+V4jnPleI5z5XiOc+V4/2kWAf9mHgP/dhoD/4Qf&#10;A/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9iiVjbMmmBFw5NpUruNcl6zhnpnrIGEb6Z9jXageZh8&#10;m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fhfYp34nuJduR6iXbkeYl25HmJduR5iXbkeYl25HmJ&#10;duR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK+qQ3D++oPRTmrEQa3a1LJNCmVDXGn15EvJlmUrSS&#10;b12sjHdnpIeAb56CineYfpR9knuggY16rYSKecCFiHrchId63YKGet+AhnrgfoV64nyFeeN6hXnk&#10;eYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9rGwL/excC/4ocAv+YJgX/ojAI9agzDOuuORDis0EU&#10;1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19b5aIhnaPhZF9ioKcgoWAqoWBf7yGgIDbhYCA3YOA&#10;f96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6gHzkeoB85HqAfOR6/2sVAf9tGQL/fhUC/40bAv+b&#10;JAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6qVpCsKNiT6edaluemHJllpN6bo+Pg3aIi458goiZ&#10;gXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB4X18gON7fH/jenx/43p8f+N6fH/jenx/43p8f+N6&#10;/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEpBeK6LwbWvzYPyrpEIL+0TzG0rlhAqqhgTqGjZ1qY&#10;nm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaFb47RhXGL3YNzid+BdYfgfnaF4X13hON7d4PkeneD&#10;5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/hRMB/5QWAf+iHgH1rSAC57ghAt3DJgLQwzQNxL5C&#10;Hrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4CdfnJ5moh5cpeUfm2WooJplbOEZ5bNg2mT3oJsj9+A&#10;b4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofkeXKH5Hlyh+R5/20TAf92EwH/iBIB/5gTAP+nGQHv&#10;sxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8nrVcSZSwY1WKrGtfgalyaHmle29yo4V2a6CRe2af&#10;n39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43tsjeR5bYzleG2M5XhtjOV4bYzleG2M5XhtjOV4/24T&#10;Af97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3OGwHCzC8Kt8k9GazFSSmhwFI4l7xaRo24YVGDtWhb&#10;erJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJfFqn4nteoON7YZvjemOX5HlmlOV3ZpLmd2aS5ndm&#10;kuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A8qMLANmzCQDPvgkAy8wJAMTTFwC60iwHsM87FqXM&#10;RiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2VkuIJrXraOcFm1nXNVta51VLbIdVOz53ZXq+Z2WqTm&#10;dlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa6HRgmuh0/3ISAf+GDAD7mAkA2akGAM61BwDGwQcA&#10;wM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85VPH3LXUd0yWVQbMdtV2XFdl5exIFjWcOOaFTDnWtR&#10;w65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputwWaPrcFmj63BZo+twWaPrcFmj63BZo+tw/3cPAf+N&#10;CADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm4SkGneA3EZPeQh2J3Ewpf9pUNXXXXD9t1WRIZdNs&#10;T1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS7WJLyPJmTb/xaE+48GlRsvBpUq/vaVKv72lSr+9p&#10;Uq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLIDALm8AwCwyQYAqdgKAKHnGQKZ5yoJkOc3FIfmQh99&#10;5UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBPT+KNU0vim1VJ46xXR+TEV0bj6VdG3fZZR9D3XEnI&#10;915KwfZgS732YEu99mBLvfZgS732YEu99mBLvfZg/4kAANmeAADHrAEAubYCAK7BAwClzgYAnOQM&#10;AJXvHQON7ywLhe85FXzvQR5z70knau5QL2LuVzVc7l86Vu5oP1LucUJN73xGSe+JSUbwlktD8KZN&#10;QPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8VEXP/FRFz/xURc/8VEXP/FRFz/xU4ZUAAMumAAC7&#10;sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4Lefk3E3D5Pxto+UYiYPpNKFr6VC1U+lwxT/tlNUv7&#10;bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3/+pFNvz9RTvy/0Q+6v9EPub/Rj7m/0Y+5v9GPub/&#10;Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXPAACK3QMAhP8SAXv/HgN0/yoJbP8zD2T/OxZd/0Mb&#10;V/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97MTn/iDI1/5Y0M/+kNjH/tjcv/9A4Lv/vOS3//zkx&#10;//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85wagAAK+xAACivQAAlMoAAIfYAAB98wcAdv8SAW3/&#10;GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD/1MbP/9aHjz/YSA4/2khNf9yIzH/fSUu/4omK/+Z&#10;KCn/pykn/7krJv/SLCX/7ywk//8tJP//LST//y0k//8tJP//LST//y0k//8tsa4AAKO5AACUxgAA&#10;htMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8mBUv/LgdG/zYKQf89DD3/RA45/0sQNv9REjL/WBMv&#10;/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6YcHf+3HRz/yh4c/+YfG//wHxv/8B8b//AfG//wHxv/&#10;8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi/wMAWf8LAVH/EQFK/xcCRP8fAz//JgQ6/y0FNv80&#10;BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/Ygsd/2sMGv92DRf/hA4V/5IPFP+gEBP/rRET/7oR&#10;E//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74AAIbMAAB32wAAaecAAFz9AABU/wAAS/8FAEP/DAE9&#10;/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUFH/86BR3/PwUa/0UGGP9LBhb/UgYU/1oHEv9iBxD/&#10;bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM/6IIDP+iCAz/oggM/6II/1AgAv9LKgP/RDYF/0c6&#10;Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9IhS7/RpAy/0SaNP9Dojf/Qqo4/0GxOv9AuTv/QME8&#10;/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/PvpD/z30RP8+7kb/P+5G/z/uRv8/7kb/P+5G/z/u&#10;Rv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP/1JSF/9RXh7/T2ol/013K/9Kgy//SI4z/0aYNv9E&#10;oTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/P+lA/z/0QP8+/UH/QP9A/UL/QPZF/0DwRv9B6Uj/&#10;QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9MKQP/RzQF/002Bv9ROwj/VUYQ/1ZQGP9VXB//Umgm&#10;/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0SwPv9DuD//Q8FB/0LMQf9B3kL/QetD/0D1Q/9A/UP/&#10;Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F40r/ReNK/0XjSv9F/1IfAv9NKQP/SjIE/1AzBv9V&#10;OQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/TYk3/0uUOv9Jnj3/R6Y//0auQf9Ft0L/RMFE/0TM&#10;Rf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL/0fiTP9I203/SNtN/0jbTf9I203/SNtN/0jbTf9I&#10;/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BKGP9eVSD/W2Ao/1htL/9UeTT/UYU5/06RPf9Mm0D/&#10;SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K/0X4SvtH/UrxSv9J6E3/S99O/0zXT/9Mz1H/TM9R&#10;/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/UiwE/1ktBf9fMgj/ZDwQ/2ZHGP9kUiD/YVwo/11o&#10;MP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9KtUn/Sb9L/0jMTP9I4U3/SO5N/Ej5TvJL/E3nTv1P&#10;3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/UcZU/1HGVP9R/1UdAv9RJwP/VikE/14qBf9kLwj/&#10;ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9/1iIQv9Vk0b/U51J/1GmS/9PsE3/TrpP/U3GUPpN&#10;2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXBV/5VvFj+VbxY/lW8WP5VvFj+VbxY/lW8WP5V/1cc&#10;Av9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9zTB//cFYo/2tgMP9mazj/Y3c+/l+DRPtbjkj5WJhM&#10;91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2VtpU+VjMVvpZw1j7Wrxa+1q3W/tZs1z7WbNc+1mz&#10;XPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD/2cjBP9wKgb/dzUN/3pAFf96Sh3/eFMm/3NcL/xu&#10;Zjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXmWLBX5Fe8WOJWzFneVuRZ2Fb0W8pY913AWvheuFz4&#10;XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf+VyrX/lc/1kbAv9WIwP/YiAD/2wgA/91KAX/fTML&#10;/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5ReZohEviZI5R3mGYVdteolnWXKxb01u4XtBaxl/N&#10;Wt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZho2P3X6Nj91+jY/dfo2P3X6Nj91+jY/df/1oaAv9Z&#10;IQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5hk0h8oNWK+t+XjTleWk94HR0Rdpvf0zTaolTz2aS&#10;WMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg8marYvJmpWTyZaFl82SfZfRjnGb1Ypxm9WKcZvVi&#10;nGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3UcAv9+JAP/hy4I/4w4DvuOQhbyjkoe64tSJ+SHWzDd&#10;gWY603pwRc11ek7IcINVw2yNW75plmC6ZqBkt2SrZ7RjuGmxYspqrmPmaqhk72qiZu9pnWfwaJpo&#10;8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SWafNk/1sZAv9fHAL/bBgC/3kbAv+DIQP/jCwG/5E2&#10;C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7dU6+dn9WuHKIXbRukWKva5tmq2mmaqhns2ylZ8Nu&#10;omfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzyZpBs8maQbPJmkGzyZpBs8maQbPJm/1wZAf9iGgL/&#10;cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV35pLHdOUVSzKjV85wodpRbuBcU+1fHtXr3iEXqp0&#10;jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+Rbuxuj2/tbI1v72qMb/Bpi2/xZ4tv8WeLb/Fni2/x&#10;Z4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+KHQH/lCYD9pswBuufOArioj8Q2J9HHM2ZUivEkl05&#10;u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOebZRxqnGQcbpyjnHRc4xy6nGKc+tviHPtbYdz7muH&#10;c+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo/14YAf9nFwH/dRMB/4MWAf+OGgH+mCMC8Z8sBOel&#10;MwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6mh3RXoIN8Xpp/hmSVfI9qkHmabot3pnKIdrZ0hXbM&#10;dIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF28GmBdvBpgXbwaYF28GmBdvBp/14YAf9pFQH/eBIB&#10;/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dDGsGiTim4nFg2r5dhQ6eRaU2gjXFWmYh5XpOFgmSN&#10;gYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpxfHvsb3167W19ee5rfXnwaX158Gl9efBpfXnwaX15&#10;8Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1oBoB6KkgAd2wJAHQsDIKxqxBGLymTCezoVY1qpxf&#10;QaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyDoXJ3grB0dYLFdXSD53N1gepxdn/rb3d+7W14fe5r&#10;eHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AXAf9uEgH/fhAA/4wRAP+ZEQDxpBMA464WANa2HAHL&#10;tDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxTjJV0W4aRfWJ/jodoeYySbXSKnnFwiK10bYjBdG2J&#10;5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0gPBpdIDwaXSA8Gl0gPBp/2EXAf9xEAH/gg4A/5AO&#10;APWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGwSSOnq1IxnqdbPpajY0iOn2pRhptyWX+YemB4lYRm&#10;cpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaorsbmyI7Wxthu9rboTwaW6E8GluhPBpboTwaW6E8Glu&#10;hPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkAz7gKAMm9FwC/vCsGtbk7E6u2RyGhsVAvmK1ZO4+q&#10;YUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1imahvX5m8cF6Z329gluxuY5HtbWaO7mtni+9qaYnw&#10;aGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95DAD/igoA35oEANOmBwDMsQgAx7sIAMHCEwC4wigE&#10;rr84EKW8RB6buE4skbVXOIixXkKArmZLeKttU3Gpdlprp39gZaWKZGCjl2hbo6ZrWaO6bFij3GtZ&#10;oO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/FmY4/xZmOP8WZjj/Fm/2sQAf9+CQDxkAQA1p4DAMyq&#10;BgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuTwEwoir1UM4G6XD55t2RGcbVrTmuzdFRksX5aX7CJ&#10;X1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif8mZam/NlXJfzZFyX82Rcl/NkXJfzZFyX82Rcl/Nk&#10;/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIFAK7NDACnziACns0xCpXLPhaLyEkjgsZSLnrDWjhy&#10;wWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6VdTru5Xk28211LufdfTrH2YFGq9mBTpfZgVaH2YFWh&#10;9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADTmwAAxqgCALuxAgCyuwIAqscGAKLTCgCd1hoBldYs&#10;BozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17KckVYynxJVMmITU/JlVFMyaVTSsm5VEnK3FNHyPdV&#10;SMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36Wk6t+lpOrfpa/38AANyTAADKogAAvKwBALG1AACo&#10;wAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMXcd1NIGrcVihj218vXdpnNVjZcTpT2Xs+T9mIQkvZ&#10;lkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09Fwv9QR7v/Uke7/1JHu/9SR7v/Uke7/1JHu/9S5ooA&#10;AM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvqDgCF6B8CfugtBnboOA5u6EEWZudKHV/nUiNZ51sp&#10;VedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmyPj/qyz4+6O8+Peb/Pz3g/0I/1/9EQM7/RkDO/0ZA&#10;zv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAAp7YAAJvBAACQzAIAhtkGAIDyEgB58h8CcfIrBmry&#10;Ngxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG9HMqQvV+LT/1iy889pkxOvapMzj3vjQ2+OE1NvX5&#10;NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl/zg55f84yJ4AALapAACosgAAm70AAI/IAACD1AAA&#10;eegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9DEU3/SxVJ/1MYRf9aGkH/Yx0+/2wfO/92ITf/giM0&#10;/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8qL/n/Ki/5/yov+f8qL/n/Ki/5/yov+f8quaYAAKqu&#10;AACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe/xoCV/8jA1L/LAVM/zQHSP88CkP/RAw//0wOPP9T&#10;EDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/ohwl/7QdJP/MHiP/7R4i//0fIv//HyL//x8i//8f&#10;Iv//HyL//x8i//8frKsAAJ22AACPwgAAgM4AAHPcAABn6QAAX/8GAFj/DgBR/xUBS/8dAkb/JgNB&#10;/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cKKP9fCiX/aQwj/3QNIP+CDh3/kg8b/6IQGv+yERn/&#10;yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX//oUn7MAAJC/AACAzAAActoAAGTkAABY9QAAUf8B&#10;AEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/MgQo/zgEJf8+BSL/RAUf/0oFHP9RBhr/WQYX/2MH&#10;FP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/TCQ3/0wkN/9MJDf/TCQ3/0wkN/9MJkbwAAIHJAABy&#10;1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwAMf8QASz/FgEo/xwBJP8iAiD/JwIc/ywCGf8xAxb/&#10;NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG/3MFA/+BBQL/kAUB/5wFAf+rBQH/qwUB/6sFAf+r&#10;BQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9BPQb/QUUI/0FRDf9AXRP/P2oY/zx3HP86hCD/N5Ej&#10;/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLVLP8x5S3/MfEt/zH7Lf8w/y3/MP8t/zP/Lf82/yz+&#10;OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u/0UjAv8/LgP/PjQD/0I2BP9EOwb/REMI/0VPDf9E&#10;WxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/Nqwq/za0LP81vS3/NMgu/zTWLv8z5i//M/Iv/zL8&#10;MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9/zHxPf8x8T3/MfE9/zHxPf8x/0YjAv9ALQP/QTID&#10;/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0JyH/9AfyP/PYwm/zuYKf86oSv/Oaot/zizLv83vS//&#10;Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y/zr/Mfo9/zPzPv807UD/NOpB/zTqQf806kH/NOpB&#10;/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/TT0I/05IDv9NVBX/S2Eb/0huIP9FeyX/Qogo/z+U&#10;K/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP864TX/Ou41/zr4Nf86/zX/Ov81+z7/NfJB/zfrQv84&#10;5UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0giAv9DLAP/SCwD/04tBP9RMQX/UzkI/1VFDv9TURX/&#10;UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz/0GrNP9BtDb/QL03/z/JOP8/2zj/P+o5/z/1Of8/&#10;/zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3VSf891Un/PdVJ/z3VSf89/0khAv9EKgP/TSgD/1Mp&#10;BP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9Scij/T34t/0yKMP9KlDP/SJ42/0emOP9Grzn/Rbg7&#10;/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/QNxK/0HSS/9BzE3/QclN/0HJTf9ByU3/QclN/0HJ&#10;Tf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH/2M/Dv9iShX/YFUc/1xhI/9ZbSn/VXku/1KEM/9Q&#10;jzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDxSeFB7UrwQepK/ELkSv9E2Ez/RcxP/0bGUP9GwFH/&#10;Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9MJAL/VSEC/10hA/9jJwT/ZzEG/2o8DP9qRxT/Z1Ib&#10;/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKdP+5RpkHsUK9D6k+6ROhOx0TmT91F4U/uRd1O+0jU&#10;T/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9KtFb/SrRW/0q0Vv9K/00fAv9QIQL/Wh4C/2IeAv9p&#10;JQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynxY28w7WB6NulchTvmWo8/5FiYQuFWokTfVatG3FO2&#10;SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX/0+wWP9OrFn/Tapa/02qWv9Nqlr/Tapa/02qWv9N&#10;/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1Cf94QBD5d0oY8nNUIOxvXijna2ow4md1Nt5jgDzZ&#10;X4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1Rw1fmUb5X91K4WP9TsFr/U6tc/1KnXf9So13/UaJd&#10;/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/YhcB/2wZAv90IAL/eScD/34yB/mAPA3xf0YV6ntQ&#10;HeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRgl03AXqBQvV2qU7tbtlW4W8VWtVvfVrJc81esXf1X&#10;pl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/U5ph/1OaYf9T/1AdAv9aGQH/ZRUB/3AXAf94HQH/&#10;fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIvy3RsOMVvdkDAbH9GvGiIS7hmkVC1Y5tTsWGlVq5g&#10;sFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiWZP1XlWX+VZRl/lWUZf5VlGX+VZRl/lWUZf5V/1Ad&#10;Av9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2NNAfkjT0N3ItIFtGFVCPJf14uwnpoOLx1cUC3cXpH&#10;sm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTNXptk6l6YZvhdlGf5XJJo+1qQaPxZjmj9V45o/VaO&#10;aP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB/3gTAf+BFwH/iB0B8o8lAueTLwTelTgJ05BFFcqL&#10;USLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOhbpJXnWucW5lqp16WabVglGjIYZJp5mCPavdfjWv4&#10;XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr/FiIa/xY/1QaAf9iEwH/bxAB/3sSAP+FFAD6jRkA&#10;7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIViN66Ba0CofHNIonl8Tp12hVSZc45YlXGYXJFvpGCN&#10;brFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pbg2/7WYNv/FiDb/xYg2/8WINv/FiDb/xY/1YYAf9k&#10;EQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHRnjEHx5pAE76VTCC2kFYsrotgN6eGaEChgnBInH55&#10;TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz3mSAdPVif3T2YH9z+F5+c/lcfnL6Wn5y+1l+cvtZ&#10;fnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EOAP+MDgDxlRAA450RANajGwDLoS8Gwp4+ErmZSh6w&#10;lFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZhnuSXYF5nmF9eKtkeni8ZXl42WV4efRieXj2YHl3&#10;+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5dfta/1oVAf9pDgD/eAwA/4QMAO+QCwDdmgoA2aIL&#10;ANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyRYz6VjWtGj4lzTYmGfFOEhIVYf4GQXXp/m2F2fqhk&#10;c325ZXF+02VxfvJjcn32YHN79150evlcdHn6W3V5+1p1eftadXn7WnV5+1p1efta/10TAf9sDQD/&#10;ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoEt6Y6D66iRhumnlAonppZM5aWYTyPk2lEiY9xTION&#10;eVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2RqhPBibIL2YG2A915vf/lcb336W3B8+1pwfPtacHz7&#10;WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaXBQDPoAcAyqgIAMSuEwC7rScDsqs3DamnRBmgpE4m&#10;mKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+KWm2Nll5oi6NhZYu0Y2OLzGNji+5hZYn3X2eG+F5p&#10;hPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta/2IQAP9yBwD4ggMA248CAM+aBQDJowYAw6wGAL2y&#10;EAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiDoGVAfZ1sR3abdE1wmX1Ta5aIWGaVlFxilKFfX5Oy&#10;YF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG+1llhvtZZYb7WWWG+1llhvtZ/2YNAP93AwDjhwAA&#10;05MBAMqeBADCpwQAu68EALW2DQCutyECpbYyCZ2zPxWUsEogjK1TK4SqWzR9qGM8dqVqQ3Cjckpq&#10;oXtPZaCGVGCekVhbnZ9bWJ2wXVadx11WnetcV5r6W1qV+lpckftZXo78WF+N/FdfjfxXX438V1+N&#10;/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6qgIAs7MBAKy8CgCmvR0BnrwvBpa6PBGNuEcchbVQ&#10;J32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qpkFJVqJ5VUqevV1GoxldQp+pXUKX8V1Of/VdVmv1W&#10;V5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28EAOaCAADSkQAAxp0AALumAQCyrgAAqrcBAKLCBQCc&#10;xBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4yaLlmOGK3bj5dtnhDWLWCR1S0j0tQtJ1OTbOuUEu0&#10;xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FRnv9RUZ7/UVGe/1FRnv9R/3YAAN2JAADKlwAAvqIA&#10;ALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTLNAl8yUASdchKG23HUyNnxVwqYcRkMFzDbTZXwnY6&#10;U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/SUW5/0pHs/9LSa3/TEqr/0xKq/9MSqv/TEqr/0xK&#10;q/9M6X8AANGQAADCngAAtacAAKqvAACguAAAlsECAIzLBwCE1Q0AgNUeAXnVLgVy1DwMbNNHFGXS&#10;UBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdGz505RNCuO0LQxjtD0Oo6QM39Pj7L/0BAw/9CQb3/&#10;Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeYAAC4owAAq6sAAKC0AACVvgAAi8gDAIDRBwB44Q0A&#10;dOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+BfHU/gaSJL4HMlR+B+KETgiytC4JotP+GrLz7iwS8+&#10;4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85O8z/OTvM/zk7zP85zZIAALygAACtqAAAobEAAJW7&#10;AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd7DUGV+w/C1LsSA9N7FETSu1aFkbtYxlD7W0cQO14&#10;Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs/yYy6/8oMuf/KzPk/ywz5P8sM+T/LDPk/ywz5P8s&#10;wZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgAAGfmBgBi9hEAXPcdAVf3JwJS9zEETfg6Bkj5QglE&#10;+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkYMP2YGS79qhss/r8cK//jHSr8+h0q+v8dKvf/HCr3&#10;/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACXtgAAicEAAHvLAABv1gAAY98AAFv1BgBV/xAAUP8Z&#10;AUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/Uwgx/1sJLv9kCiv/bwwo/3wNJv+LDiT/nBAi/64R&#10;If/FEiD/6RMf//wTHv//Ex7//xMe//8THv//Ex7//xMe//8TpqkAAJizAACKvwAAe8oAAG7VAABg&#10;3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUCNv8sAjL/MwMv/zoDK/9BBCj/SAQl/08FIv9XBSD/&#10;YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT/+MJE//4CRP//woT//8KE///ChP//woT//8KmrEA&#10;AIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/AAA8/wkAN/8QADL/FQEu/x0BKv8jASb/KQEi/y8C&#10;H/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9mBA3/dAQL/4UECv+WBQn/qAUI/7kFB//QBQf/4wUH&#10;/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAAX+AAAFDnAABC7QAAOv8AADX/AAAv/wIAKv8KACb/&#10;DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO/zMBDP85Agr/QQIH/0kCA/9TAgD/XgIA/2wCAP98&#10;AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/tQMA/7UD/zknAv8zMgL/NTQD/zg2A/84OwT/NkMF&#10;/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymbGP8opBn/KK0a/yi1G/8nvhz/J8gc/yfUHf8n5B3/&#10;J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e/y3/H/wv/x/8L/8f/C//H/wv/x/8L/8f/zonAv80&#10;MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/M2UO/zFzEv8vgRX/LY4X/y2YGf8soRv/LKoc/yuy&#10;Hf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q/yD/K/8g/yv/H/8s/x//L/8h/DH/Ivcz/yL3M/8i&#10;9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4xA/8/NgT/Pj0F/zxIB/87VQv/OWIP/zdvE/81fRf/&#10;M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah/y/LIv8v3CL/L+oj/y/1I/8v/iP/L/8i/zD/Iv8w&#10;/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybwN/8m/zwmAv85LQL/PywC/0MtA/9EMgT/QzkF/0NF&#10;B/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83miD/NqMh/zWrIv81syP/NLwk/zTGJf801CX/NOYm&#10;/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/KeY8/yrmPP8q5jz/KuY8/yrmPP8q/z0lAv89KgL/&#10;QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR/0VnFv9CdBr/QIAd/z6MIP89lSL/PJ4k/zumJv87&#10;rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3O/8p9jr/K/A7/y3oPf8u4T//LttB/y7bQf8u20H/&#10;LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9PKQP/UjMF/1E+B/9RSQz/T1YS/0xiF/9Kbxz/R3sg&#10;/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8LPs/yC34P9st9EDrLfBA9y3tQP8v6z//MeRB/zLb&#10;Q/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z/0AkAv9FIwL/TCAC/1IhAv9WJgP/WS8E/1k6B/9Z&#10;Rgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3SZUr9UedLPNHpi7yRq4v8EW4MO9FxDHtRdMx6Ebo&#10;MeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L/ze/S/83v0v/N79L/ze/S/83/0EjAf9JHwH/URwB&#10;/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtYGPhYZB30VXAj8VN8J+5QhivrT5Au6U2ZMOdMoTLl&#10;TKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86zkr/PMRM/zy9Tf88uE//PLRP/zu0T/87tE//O7RP&#10;/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/ZigD/2gyBf9oPQn6ZkgQ9GNTF+5gXx3qXWsj5lp2&#10;KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBPuzvOTsk8y0/hPcdP8j7DT/9AwE//QbdR/0GxUv9A&#10;rVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0YfAf9QGQH/WRUB/2IXAf9oHQH/bCQC/28uA/lvOAfx&#10;bkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0zFiOOMlXlzvHVaA9xFSpP8JTtEG/U8JCvVPWQ7lT&#10;7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0KhWP9CoVj/QqFY/0KhWP9C/0gdAf9TFgH/XRIB/2YU&#10;Af9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttvVxrSa2IjzWdsK8hkdjHEYX83wF6JO71ckj66W5pB&#10;t1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/SKFa/0idW/9Hm1z/Rplc/0WZXP9FmVz/RZlc/0WZ&#10;XP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB9XskAet9LQPifjkH2XtGENB2UxrJcV4kw21oLL5q&#10;cTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqmXLZLpFzHTKJc4k2fXfdMnF7/TJhf/0qVYP9Jk2D/&#10;SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9aEQH/ZA4A/28QAP92EwD8fRcA74EeAeSEJwLbhDQF&#10;0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/P6lniEOlZZFHomObSp9ipU2cYbFPmWDBUJdg3FCV&#10;YfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9Ii2T/SItk/0iLZP9I/1AWAf9cEAD/aA0A/3IOAP96&#10;EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6fVcjtHlhLK51ajSpcnI6pG97QKBshESdao1ImWiX&#10;TJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn/06HaP9Mhmj/S4Vn/0mFZ/9JhWf/SYVn/0mFZ/9J&#10;/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQANaPGgDMji4Ew4s9DbuHShi0g1UirX5eK6d7ZzOi&#10;d286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpTh2q5VIVqz1SEa+5Tg2z/UYJs/0+Ba/9NgGv/TIBr&#10;/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/bgoA/XgJAOiCCADciQkA2I8LANCTFwDGkysDvpA7&#10;DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3fUWOdYZKinKQToZxm1GCb6dUf2+2VX1vy1Z8b+tU&#10;fHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/S3tu/0t7bv9L/1cRAP9jCgD/cAcA8HwFANyFBQDU&#10;jAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAgoolaKpyFYjKWgmo5kX9yP4x8ekWHeoNKg3iNTn92&#10;mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1c/9PdnL/TXZx/0x2cf9MdnH/THZx/0x2cf9M/1kQ&#10;AP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSaEgC8myYCtJg3CayVRBSkkU4fnY5XKJaKYDGQh2g4&#10;i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmxVm95xVZueuZVbnr8U295/1Fwd/9PcXb/TXF1/0xx&#10;df9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA3YIAANCLAwDJkwUAxJkGAL6eEAC2nyQCrp00CKaa&#10;QROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7hX5IdoOITHKCk1BugKBTa3+uVWh/wlZnf+NVaID6&#10;U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5/0xsef9M/14MAP9sAQDmegAA1oYAAMuPAgDElwQA&#10;vp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplTJYuWXC2Fk2M1f5FrO3qOc0F1jHxGcIqFS2uIkU9n&#10;h51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9PZn//TWd+/0xnfv9MZ37/TGd+/0xnfv9M/2EKAP9v&#10;AADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCqqB4Bo6cvBZulPQ+UokgZjJ9RIoWcWSt/mmEyeZhp&#10;OXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluOvVJajt5SW434UFyL/09eiP9OYIX/TGGD/0thg/9L&#10;YYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44AAMGXAAC4ngEAsaUAAKmrBwCjrRoAnKwsBJWrOgyN&#10;qEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdAY5qBRV+ZjElbmJlMV5eoTlWXu09Ul9xOVJb2TlWU&#10;/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pbiv9K/2gAAOV5AADRhwAAxZIAALucAACxogAAqakA&#10;AKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3isVCNyqlwqbKhkMWenbDZipXU7XaR/QFmjikNVopdH&#10;UaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/SFSS/0dUkv9HVJL/R1SS/0dUkv9H/24AAN5/AADK&#10;jQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAAjLojAYW5MgZ+uD4Od7ZJF3G1Uh5rs1olZbJiK2Cx&#10;ajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJrthCSKv1Q0eq/0RJpf9ES6D/RE2c/0RNnP9ETZz/&#10;RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKykAACiqwAAmLMAAI67AQCFwQwAgcIdAHvCLQN1wToJ&#10;b8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7ME26hzRKupU3R7qlOUW6uDpEutc5Q7j1O0K2/z1C&#10;s/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+4H0AAMmNAAC7mgAArqIAAKOpAACYsQAAjrkAAITB&#10;AgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBbylQWV8ldGlLJZR9OyG8jS8h6JkfIhilEyJQsQsik&#10;LkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24/zc9uP83Pbj/Nz24/zc9uP830YYAAMCVAACynwAA&#10;pacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcNAGPYHQBg2C0CW9g6BFfYRglT2FANT9hZEUvXYhVH&#10;12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUiOtbyIzfU/yc20v8pNNH/KzbK/y02yv8tNsr/LTbK&#10;/y02yv8txZAAALadAACopQAAnK0AAI+2AACDvgAAd8cAAGzPAgBi1gcAWuQOAFjkHABU5CkBUOQ1&#10;A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrnfhQ354wWNeecFzPorhky6cYZMujqGTHl/hkv5P8c&#10;LuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoAAKqjAACdqwAAkLQAAIO9AAB3xgAAa88AAF/WAABU&#10;3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kMEO/NLBTjzVAc29F0IM/RoCTD1dAsu9YEMLPaRDir2&#10;og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl8f8TJfH/EyXx/xMl8f8TraEAAKCpAACSswAAhLwA&#10;AHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9FwA+/iEAO/4qATf/MwI0/zoCMP9CAy3/SgMr/1ME&#10;KP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8CBv/4gka//kJGv//CRn//wkZ//8JGf//CRn//wkZ&#10;//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAATuAAAEPlAAA++wEAOv8MADb/EwAy/xsAL/8jACv/&#10;KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW/2MDE/9wAxL/gQQR/5MEEP+nBA//vQUO/+AFDv/2&#10;BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6AAB3xQAAaNAAAFrbAABM4QAAQOcAADfzAAAy/wAA&#10;Lv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8rARX/MgES/zgBEP9AAQ7/SAEM/1IBCf9dAgb/awIE&#10;/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wDAP/sAwD/7AMA/+wDiLkAAHjEAABp0AAAW90AAEvj&#10;AAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa/w0AFv8RABP/FgAQ/xoADv8fAAv/JAAJ/yoABv8w&#10;AAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/iAEA/5oBAP+qAQD/uwEA/7sBAP+7AQD/uwEA/7sB&#10;/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydMBP8jWAX/IWYG/yB0B/8eggn/Ho4L/x6YDP8eoQ3/&#10;HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR/x3yEf8d/BH/Hv8R/x7/EP8e/xD/H/8R/x//Ev8h&#10;/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/Mi8C/zMxAv8yNgP/Lz4D/ytJBf8pVgb/J2MH/yVx&#10;CP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8itRH/Ir0S/yLHEv8i1BP/IuUT/yLwE/8i+hP/Iv8T&#10;/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/Fvwn/xb8J/8W/zAqAf8xLQL/NSsC/zctAv82MgP/&#10;NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO/yiREP8omhH/KKIS/yeqE/8nsRT/J7kU/yfDFf8n&#10;zxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/J/8X/Cn/GPYr/xn0LP8Z9Cz/GfQs/xn0LP8Z/zEp&#10;Af80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83Twb/NVwI/zNpC/8xdg7/MIIQ/y+NEv8ulhT/Lp4V&#10;/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3qGP8t9Rj9Lv8Y+i7/GPkt/xr5Lf8c8y//HO0x/x3q&#10;Mv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB/0AlAv9BKQL/QjMD/0E+Bf8/Sgb/PVcJ/ztkDP85&#10;cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/M7Ea/zO6G/8zxRv9M9Mb+jPmG/c08xvzNf4b8TT/&#10;HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44/yHeOP8h/zUnAf89IgH/QiAB/0YgAf9IJQL/Si8D&#10;/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2CF/48jBn8PJUa+zudHPk7pR34Oq0e9jq2HvU6wB/z&#10;Os4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l2Dz/JtA9/ybNPv8mzT7/Js0+/ybNPv8m/zkkAf9B&#10;HgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/TE0J/0taDvxJZhL4R3IW9UV9GfNDhxvxQpEd70KZ&#10;H+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB7yTcQPwn2ED/KdQ//yrPQP8qx0L/KsJD/yrAQ/8q&#10;wEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EXAf9WHwH/WCcC/1gxA/9XPAX8VUgJ9lJUDvJQYRPu&#10;Tm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul3EauJtpFuSfYRcYo1EXcKc9G7irLRfstyEX/LsVF&#10;/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60Sf8u/0AdAf9JFgH/UBMB/1YUAP9cGwH/XyMB/2As&#10;AvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpRfSDWT4Yk0k6PJ9BNmCnNTKAry0upLclKsy7HSr8v&#10;xUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/M6pO/zKpTv8yqU7/MqlO/zKpTv8y/0MaAf9MEwD/&#10;VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G42NKC9xgVxLVXWIZ0FptH8xXdyPIVYAnxVSJK8JS&#10;ki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jaxT/Q3rlD/OKxQ/zinUf83o1L/NqBT/zWfU/81n1P/&#10;NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9mEwD/ahkA9GwhAeptKwLhbDcE2WpFCtBnUhLKY14a&#10;xWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWeNq9UqDitVLM6qlPCO6hT2julVPA8olX/PKFV/zud&#10;Vv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83/0kUAP9TDgD/XAwA/2UNAP9rDwD6bxMA7HIZAOJ0&#10;IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSezYnYsr19/MKxehzSpXJA3p1uZOqRZozyhWa4+n1i9&#10;P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b/zqPW/86j1v/Oo9b/zqPW/86/0wSAP9WDQD/YAkA&#10;/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+Cb90SxG5cFYas21gIa9qaSiqZ3Itp2V6MqNjgzag&#10;YYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehDj178QY5f/0CLX/8+il//PYhf/zyIX/87iF//O4hf&#10;/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDdeAgA2nsLANF+FwDIfisCwHw7CLl5SBGydlMZrHJd&#10;IadvZiijbW4un2p3M5tofzeYZog7lWWRPpFjm0GOYqdDjGG0RYlhx0WIYuVFhmL6Q4Zj/0KEY/9A&#10;g2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1APAP9bBwD/ZgMA7G8CANx2AwDUfAcA0YAJAMqCFADC&#10;gygCuoE5B7N+RhCse1EZpndaIaF0YyiccmsumG9zM5RtfDeRa4Q7jWqOP4pomEKGZ6NEhGaxRoFm&#10;w0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58Z/89fGf/PXxn/z18Z/89/1IOAP9dAwD9aQAA4XIA&#10;ANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6DQw+ngE4YoXxYIJt5YCeWd2ktknRwM45yeTeKcIE8&#10;hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2Rnhs/0R3bP9Cd2v/QHdq/z93av8+d2r/Pndq/z53&#10;av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQAxIcGAL+KEAC3jCMBsIo0BamIQQ6ihUwXnIFVH5Z/&#10;XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4cZ5GdXCsSHNvvUlxcNlJcXD0R3Fx/0RycP9Ccm//&#10;QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9iAADmbwAA13kAAMyBAQDFhwMAv4sEALmODgCykCAB&#10;q48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9rMYJ9czZ+e3w7enmGP3Z3kEJydpxFb3WpSGx1uklr&#10;ddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/bXL/P21y/z9tcv8//1kHAP9lAADicgAA0XwAAMeE&#10;AADAigIAuY8CALOSDACslB0AppMvBJ6RPAuYj0gUkYxRHIuJWiSGh2IqgYVpMHyCcTV4gXo6dH+D&#10;PnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7/0Rmev9DZ3j/QWh2/z9odv8/aHb/P2h2/z9odv8/&#10;/1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMBAK2XCQCnmBoAoJgsA5mWOgqSlEUSjJJPGoaPVyKA&#10;jV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdDYoGlRmCBtkdegc1HXoHvRl+B/0Rgf/9CYX3/QWJ7&#10;/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADWeQAAyIQAAL6MAAC2kwAArpcAAKabBACgnRcAmp0p&#10;ApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQbDFsjnU2Z41+OmOLiT5fipVBXImjRFqJtEVYictF&#10;WIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/Pl2A/z5dgP8+/2IAAORxAADPfgAAw4gAALmRAACw&#10;lwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUANgJ9KFXmdUxx0m1ojb5liKGqYai5mlnIyYZV8N12U&#10;hjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BSj/8/VYv/PlaI/z1Xh/89V4f/PVeH/z1Xh/89+WcA&#10;AN12AADJgwAAvY0AALOVAACpmwAAoKAAAJanAACPqQ8Ai6ohAYWpMAR/qDwKeKdHEnOlUBhto1ge&#10;aKJgJGShZylfoHAuW555MledhDZTnJE5UJyfO06bsD1MnMc9TJvqPEyZ/zxMmP88TZX/PE+R/ztQ&#10;j/87UI//O1CP/ztQj/87620AANN8AADDiQAAt5MAAKyaAACinwAAmaUAAI6rAACFsAsAgbEbAHyx&#10;KwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZqm4nVal3K1Gogi9Np48ySqeeNUinrzZHp8Y2Rqbp&#10;NkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma/zdJmv834nQAAMqDAAC8jwAAsJgAAKWeAACbpAAA&#10;kKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/CGO4SQ5et1ITWrZaGFa2YhxStWsgTrR1JEu0gCdI&#10;s44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8xPq3/MkCo/zJBpv8yQab/MkGm/zJBpv8y1XwAAMKK&#10;AAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABwvgMAaMIOAGbDHQBjwy0BXsM5BFrDRAhWwk4MUsJX&#10;EE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3ArSM8wcQjPMDpIzq+/iY4vP8oN7v/KTi4/yo4tv8r&#10;OLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIAAJSqAACIsQAAfLgAAHG+AABmxQMAW8sIAFfNEwBW&#10;ziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UOQM9vED7PexM7z4kVOc+ZFzfPqxg20MMYNs/oGDTN&#10;+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEvyP8hvo8AAK+aAACioQAAlqkAAIqwAAB9uAAAcb8A&#10;AGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETdNQFB3UACP95LAz3eVQQ6318GON9pBzXfdgkz4IQL&#10;MeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/FCna/xYo2v8WKNr/Fija/xYo2v8Ws5gAAKWgAACZ&#10;pwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAARNsEAD/pDQA96RcAO+ojADnqLgA26zgBNOtCATHs&#10;SwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj8K4HIvHIByLw7Qch7P8HIev/CCDr/wof6v8LH+r/&#10;Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHBAABkygAAWNAAAEzWAABB3QAAOOQAADX2DAAz9xQA&#10;MPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftSAR78XQIc/WkCGv15Axj+iwMX/54DFf+zBBT/0wQU&#10;/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8DnaUAAI+uAACAuAAAcsIAAGTLAABW0wAASdoAAD7f&#10;AAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf/yYAHP8tABn/NAAX/zwAFP9EARL/TgEQ/1kBDv9n&#10;AQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf//wIH//8CB///Agf//wIH//8Cka0AAIK4AABzwgAA&#10;ZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8AACD/BAAc/wwAGf8RABb/FgAT/xsAEf8hAA7/JwAN&#10;/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MBAP+HAQD/nQEA/7IBAP/KAQD/6gEA//MBAP/zAQD/&#10;8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA55QAALeoAACPuAAAc/QAAGP8AABX/AAAR/wQAD/8L&#10;AA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/LgAA/zcAAP9BAAD/TQAA/1wAAP9tAAD/ggAA/5YA&#10;AP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQvAf8lLwH/KC8B/ycxAf8kNgL/ID4C/xpJA/8XVgP/&#10;FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF/xKsBv8Sswb/EroG/xLDBv8Tzgf/E98H/xPrB/8T&#10;9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/Ff8J/xX/Cf8V/wn/Ff8J/yUuAf8pLQH/KywB/ysu&#10;Af8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8XewT/F4cF/xeRBf8Xmgb/F6EG/xepB/8XsAf/F7cI&#10;/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/CP8Z/wj/Gf8J/xn/Cv8Y/wv/Gv8L/xr/C/8a/wv/&#10;Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC/ydDA/8kUAP/Il0E/yBqBf8edwX/HoMG/x6NB/8e&#10;lgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/HtMK/x7lCv8e8Qr/H/wK/h//Cv0f/wv8H/8M/B7/&#10;Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8vJgH/MiQB/zMlAf8yKgH/MTQC/y8/A/8tTAP/KlkE&#10;/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWhC/8lqAv/JLAM/yS4DP8lwQz/Jc4N/yXhDfwl7w35&#10;JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S7Sf/Eu0n/xLtJ/8S/y4mAf80IgH/NyAB/zkhAf84&#10;JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/LnkJ/y2ECv8tjQz/LJYN/yydDf8spQ79LKwP/Cy0&#10;D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss/xTqLP8V6Sz/FuUt/xbgLv8W4C7/FuAu/xbgLv8W&#10;/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2Av8+QgP/PE8F/zlcBv84aAj9NnML+zV+DPg1iA73&#10;NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT6zTXE+c06hLjNPcU4TT/F94z/xncM/8a2zP/GtQ0&#10;/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/QRYA/0QWAP9HHgH/SScB/0gyAv9GPQP/REkF+kJW&#10;B/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7nBTlO6QV4zqtFeI6thbgO8IW3zvSFto76BfUOvYa&#10;0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/HsA8/x7APP8e/zkbAf9AFQD/RREA/0oTAP9OGQD/&#10;UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN40V0EOBEfhPdQ4cV20KQF9hBmBjVQKAZ00CpG9FA&#10;shzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9QP8ju0D/I7ZB/yOzQv8is0L/IrNC/yKzQv8i/z0X&#10;AP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNVMQHrUz0D5VJLBt9QWAraTmMO1ExuE9BKeBbNSYEZ&#10;y0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXFJLxF3CS4RvAltUb/J7JG/yewRv8nrkb/J6pH/yan&#10;SP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA/1UOAP9ZEQD/XBYA9F0fAOpcKgHiWzcC2lpGBdJX&#10;UwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5TZUkt0ydJrVLpyezS7EpsUq/Kq9K0SqsS+srqUv8&#10;LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N/ymdTf8p/0MRAP9LDAD/UwgA/1oLAP9eDQD5YBAA&#10;62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpkF7lYbRu2VnYfs1V+IrBThyWuUo8oq1GYKqlQoiyn&#10;UKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8umFH/LZZS/yyUUv8rlFL/K5RS/yuUUv8r/0YQAP9O&#10;CQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDNaC0BxWc9Bb9lSgu5Y1UStGBfF7BeaRysXHEhqVp6&#10;JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hUxTOWVOE0k1X2M5JV/zKRVv8xj1b/MI1W/y6MV/8t&#10;jFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIAAN9nAwDYagYA1WsKAM1tFQDFbikBvm05BLdrRwux&#10;aFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYtmFyPL5VamTKTWaQ0kFmwNo5ZwDaMWds3ilnzNola&#10;/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+FW/8v/0sMAP9UAAD7XgAA4mUAANhrAQDPbgUAzHAI&#10;AMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFpYR2dZ2oimWVyJ5ZjeiqTYoMukGCMMY1flTSKXqA2&#10;h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//M39f/zF+X/8wfl//MH5f/zB+X/8w/00JAP9WAADu&#10;YQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMAsXgzA6t2QQmlc0wQn3BWF5tuXx2WbGcik2pvJ49o&#10;dyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7Ys87emLuOXpj/zh6Y/82eWP/NHlj/zJ5Yv8xeWL/&#10;MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxzAADEdwIAv3kEALl6DgCyfCAArHwxA6V6PgmfeEoQ&#10;mnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqFMn9pjzV8aJs4eWenOnZmtjt0Zsw8c2frO3Nn/zhz&#10;aP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y/1EEAP9cAADiZwAA0nAAAMd2AADAegAAun0CALR/&#10;DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyLdmIhh3RpJoNycSt/cXovfG+DMnhujTV1bZg4cmyl&#10;O3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r/zRuav8ybmr/Mm5q/zJuav8y/1MAAPRfAADeagAA&#10;zXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUrApuEOgeVgkUOkH9PFYp9WBuGe18ggXlnJX13byp6&#10;dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8Z3DnO2dx/Dlocf83aHD/NWlv/zRpbv8zaW7/M2lu&#10;/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3ggAAsIUAAKiHBgCiiRcAnIopAZaJNwaQh0MMi4VN&#10;E4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15iDRpd5Q3ZnahOmN2sDthdsQ8YXblO2F2+zlidv83&#10;Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gAAOZmAADScQAAxXoAALuBAACyhwAAq4oAAKKMAgCc&#10;jhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsddoVjInKDaidugnIraoB7L2d/hjNjfpE2YH2eOV18&#10;rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRfd/8zX3f/M193/zNfd/8z/lwAAOFqAADNdQAAwH4A&#10;ALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuTMQOFkj0Jf5FID3qPURZ1jVkbcYxgIGyKaCVoiXAp&#10;ZId5LWGGgzFdhY80WoScNleDrDhVg785VYPhOFWC+TdWgv81VoH/NFh//zNZff8yWX3/Mll9/zJZ&#10;ff8y72AAANtuAADHegAAu4MAALKLAACokAAAn5MAAJSWAACNmQ4AiZoeAISaLgJ+mToHeZdFDXSW&#10;ThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1XjY0wVIyaM1GMqjVPjL01T4zeNU+L9zRPiv8zUIn/&#10;MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJzAADCfwAAtogAAKyQAACilAAAmJgAAIycAACEnwoA&#10;gKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxbGWCbYx1cmmshWJl0JVWYfilRl4osTpaYLkuWqDBK&#10;lrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8vS43/L0uN/y9Ljf8v4msAAMp5AAC8hQAAsY8AAKaU&#10;AACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABuqDIDaqg9BmWnRwthplAPXaVYFFmkYBhVo2gcUqNx&#10;H06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf9StCnf8rQpz/LEKb/yxEl/8rRJf/K0SX/ytEl/8r&#10;13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMAAH6oAABwrgAAarAOAGixHQBlsSwBYbE4A12wQwZZ&#10;sEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYeQqyVID+spSI+rbkjPa3YIj2r9SM8qf8lO6f/Jjum&#10;/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACukgAAopkAAJeeAACMpAAAgKoAAHWvAABptAAAXrkG&#10;AFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6WQpHumINRLpsEEG6dxM+uYQVPLmTFzm5oxg4ubcZ&#10;N7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/IDOy/yAzsv8gwYMAALSRAACmmAAAm54AAI+lAACC&#10;qwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkAScYoAEjGNQBFx0ABQ8dKA0DHUwQ+x10GO8dnCDnH&#10;cwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAuxP8TLcL/FSzB/xYrwP8XK8D/FyvA/xcrwP8XuI0A&#10;AKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/AABUwwAASsgCAEDNBwA60g4AOdIbADjTKAA30zUA&#10;NtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iLBSrYnQUo2bEGJ9rNBifX7wYm1P8JJdL/CyTR/wwj&#10;0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAAhqwAAHm0AABsuwAAYMIAAFTGAABIywAAPtAAADXV&#10;BAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm5UoAJOZVACPmYQEh524BIOd+Ah7okAId6aQCG+m8&#10;Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj/wUY4/8Fo50AAJakAACIrAAAerUAAGy9AABfxAAA&#10;U8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/ARACHxGQAf8SIAHfIrABvzNAAZ9D4AF/RIABX1UgAT&#10;9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0BDfb/AQ30/wEN8/8BDfP/AQ3z/wEN8/8BmaMAAIus&#10;AAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv3gAAJuIAAB/qAAAc+wYAGf8OABf/EwAU/xoAEv8h&#10;ABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/bAAC/4AAAf+WAAD/rQAA/8oAAP/wAAD//wAA//8A&#10;AP//AAD//wAA//8AjasAAH21AABuvwAAYMgAAFLQAABD1wAAN90AACviAAAi5gAAGeoAABX5AAAS&#10;/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIAAP8qAAD/MwAA/z0AAP9JAAD/VwAA/2kAAP9+AAD/&#10;lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA//oAgLUAAHC/AABhyQAAUtMAAEPbAAA14QAAKeYA&#10;AB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/BgAA/woAAP8OAAD/EQAA/xUAAP8bAAD/IwAA/ysA&#10;AP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+mAAD/uAAA/88AAP/PAAD/zwAA/88A/xwvAf8gLAH/&#10;ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC/wlvAv8JewL/CYYC/wmQAv8JmQL/CaAC/wmnAv8J&#10;rQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/CfkB/wr/Af8K/wH/Cv8C/wr/Av8K/wL/C/8D/wv/&#10;A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8eMAH/GDgB/xRDAf8RUAL/EF4C/w5rAv8OdwL/DoMC&#10;/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65Av8OwQL/Ds0C/w7fAv8O7AL/DvgC/w7/Av8O/wL/&#10;D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E/yMqAf8mJgH/KCUB/ycnAf8jKwH/HjMB/xtAAf8Z&#10;TQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/E5kD/xOgAv8TpwP/E64D/xO1A/8TvgP/E8kD/xPa&#10;A/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV/wb4Ff8G+BX/BvgV/wb4Ff8G/yYmAf8qIgH/LCAA&#10;/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1iAv8bbgP/G3oD/xqEA/8ajQP/GpUD/xqcBP8aowT/&#10;G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE8hz/BfEc/wbwHP8H7x3/CO8d/wnvHP8J7hz/Ce4c&#10;/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/MCwB/y43Af8rRAL/KFEC/yZdA/8kaQP/I3UE/yN/&#10;BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUjtwb0I8EG8iTPBu4k5AbqJfIG6CX+COYk/wrkJf8L&#10;4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4eAP8zGAD/NRYA/zUVAP84HQD/OCcB/zczAf80PwH/&#10;MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG7yyUB+0snAjsLKMI6iyrCOksswjnLL4J5izMCeIt&#10;4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDPLP8Qzi3/EM4t/xDOLf8Q/zIZAP83FAD/OhEA/zwS&#10;AP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3XgTsNmoF6TV0BuY1fgjkNIcI4jSQCeA0mAreNJ8K&#10;3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9Esc0/xPFNP8UwzT/FcMz/xXANP8VvzT/FL80/xS/&#10;NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA/0YmAPZEMgHvQj8B6UBMA+Q/WQTfPmQG2z1vCNg8&#10;eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLIOrUTxjrCE8Q61RTAO+sVvDr7F7k6/xi3Ov8Ztjr/&#10;GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/DQD/QwkA/0gMAP9LEAD/TBUA9UwfAOtKKgDkSTcB&#10;3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KEEsFCjBO/QZUVvUGdFrtAphe6QLAYuEC8GbZAzBqz&#10;QeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8bpUH/G6VB/xulQf8b/z0QAP9CCQD/SAUA/00IAP9Q&#10;CwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXETloJwExkDb1LbRC6SnYTt0l+FbVIhxezR48ZsUeX&#10;G69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG/yGfR/8gnkf/IJ5H/x+bR/8emkf/HppH/x6aR/8e&#10;/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUNANVVGQDMVywAxVc8Ar9WSga6VVUKtlNfDrJSaBKv&#10;UHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yin0uxI51LwCSbS9glmUvwJZZM/ySVTP8klEz/I5NM&#10;/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/UQAA5lcAAN1bAQDVXAUA0lsJAMtcFADDXigAvF44&#10;ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBUfR2eU4Ufm1KOIplRlySXUKEmlVCtJ5JQvCiRUNAo&#10;jlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/I4hS/yOIUv8j/0UHAP9LAADwVQAA31sAANNgAADM&#10;YQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4KpV9XD6FdYBSeXGgYm1twG5hZeB6VWIEhk1eKJJBW&#10;kyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqDVv8og1b/J4JW/yWBVv8kgVb/JIFW/ySBVv8k/0cD&#10;AP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtmDgC0aSAArmkxAqhoPwWjZkoKn2VUD5pjXRSXYWUY&#10;k2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mmLIBZtC1/WccufVnmLXxa+ix7Wv8qe1v/KHtb/yd7&#10;Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA0mMAAMdoAADAawAAumsCALVrDQCubR0AqG4uAaNt&#10;PAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCHYnojhGGDJoFgjCl+X5cre16jLXlesS93XcQvdV7i&#10;L3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe/yZ1Xv8m/0sAAPBVAADeXwAAzWcAAMNsAAC7bwAA&#10;tXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25PDo9tWBSLa2AYh2lnHIRobyCBZ3cjfWaAJnpkiil3&#10;Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8sb2P/Km9j/yhvYv8nb2L/J29i/ydvYv8n/00AAOtY&#10;AADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCjdhcAnncoAZh2NwSTdUIIjnNMDolxVROFcF0YgW5l&#10;HH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxnrDBqZ74xaWfcMGln9S5pZ/8saWf/Kmpn/ylqZv8o&#10;amb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4AALtzAACzdwAAq3kAAKR4AwCdehQAmHslAZN7NAOO&#10;ekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIicm97Jm9uhSlsbZAsaWycLmZsqjBkbLwxY2zZMGNs&#10;9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhlav8o/VMAAONfAADOaQAAwXEAALd3AACvewAAp30A&#10;AJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98URF7elkWd3lgGnN3aB5vdnAhbHV4JWl0gihmc44r&#10;Y3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/K19w/ylgb/8oYG7/KGBu/yhgbv8o8VUAAN5iAADK&#10;bQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8AjYUfAIiFLgKDhDsFfoNFCnqBTg91gFYUcX9eGG59&#10;ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Yd7gvV3fRL1d38S5Ydv8sWHb/Kll1/yladP8oWnT/&#10;J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+AAACmhAAAnYYAAJGHAACKiQwAhoobAIKLKwF9ijgE&#10;eIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0IV2BfSRagIkoV3+WKlV+pCxSfrYtUX7OLVF97yxS&#10;ff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n6F4AANBrAADAdgAAtH4AAKuFAAChiQAAl4sAAImN&#10;AACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtpjlEPZY1ZE2KMYBdei2gbW4pxHleJeyFUiIYkUYeU&#10;J0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD/ydNgf8mToH/Jk6B/yZOgf8m4WMAAMlwAAC7ewAA&#10;sIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcSAHKYIgBvmDACapc7BGaXRQhilk4MX5VWD1uUXRNY&#10;k2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLImRZDKJkWP7SVFjf8lRYz/JUaL/yRGiv8kRor/JEaK&#10;/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACVkwAAipYAAH6aAABwnQAAa58OAGifHABmoCoBYqA3&#10;Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUucdRhIm4EaRZuPHUKanx9AmrAgP5rIID+Z6x8/mP8g&#10;Ppb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAAALx9AACwiAAApI8AAJmUAACOmAAAg50AAHegAABp&#10;pAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUEUKhOBk2oVwlKqF8MR6doDkSncxFBpn8UPqaNFjym&#10;nRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3n/8cN5//HDef/xw3n/8cxHgAALWFAACpjwAAnZUA&#10;AJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCyDgBOshsATbMoAEuzNQBJsz8BRrNJAkSzUgRBs1sG&#10;P7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPFEDKy6RAxsP4SMK7/FC+t/xUvrP8WL6z/Fi+s/xYv&#10;rP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAAcasAAGWvAABZtAAATrcAAEO8BQBAvREAP70eAD6+&#10;KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQxwHcFL8CGBi3AlwcrwKoIKsHCCCrA5wcpvf0KKLz/&#10;DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWUAACZmgAAjaEAAH+nAAByrQAAZrMAAFq4AABPuwAA&#10;RL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1ACvMQAAqzUoAKM1WACfOYQAmzm8BJM5/ASPPkQIh&#10;z6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8GHcn/Bh3J/wYdyf8GqJQAAJyaAACQoQAAgqgAAHSv&#10;AABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn0AQAH9YKABvaEAAb2xoAGtsmABrcMQAZ3TwAGN1I&#10;ABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLjzwAS4PQAEt7/ARHd/wER2/8CEdv/AhHb/wIR2/8C&#10;npoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQAAELIAAA3zAAALdAAACTVAAAc2wAAFd8FABTpDgAS&#10;6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMACu9iAAnwdAAI8YkAB/KgAAXyugAE8eQAAvH9AALv&#10;/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4sgAAaboAAFvCAABNyAAAQMwAADTRAAAq1gAAIdsA&#10;ABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7HAAE/CQAAfwsAAD8NwAA/EIAAPxQAAD8YQAA/XUA&#10;APyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/AAD9/wAA/f8AiakAAHmyAABquwAAXMQAAE7MAAA/&#10;0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAACP0AAAX/AwAB/wkAAP8OAAD/EgAA/xcAAP8fAAD/&#10;JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA/6YAAP/CAAD/5wAA//wAAP//AAD//wAA//8AfLMA&#10;AGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrmAAAR6gAADO4AAAXyAAAA/wAAAP8AAAD/AAAA/wAA&#10;AP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/OQAA/0oAAP9dAAD/cwAA/4wAAP+kAAD/uQAA&#10;/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA/xUrAP8QMAD/CzgB/wNEAf8AUQH/AF4B/wBsAf8A&#10;eAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/AK8A/wC2AP8AvgD/AMgA/wDXAP8A5wD/APMA/wD9&#10;AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xspAP8dJgD/HCUA/xknAP8TLAD/DjQA&#10;/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKIAf8CkQH/ApgB/wKfAf8BpQD/AawA/wGyAP8BugD/&#10;AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A/AP/APwE/wH8Bf8B/AX/AfwF/wH8Bf8B/x8mAP8h&#10;IgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/DVcB/wtjAf8KbwH/CnoB/wqEAf8KjQH/CpQB/wqb&#10;Af8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K4AD7Cu8A9wr6APUL/wH1DP8B9A3/AfQN/wL0Df8C&#10;9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yIdAP8eIgD/HCwA/xk4AP8WRQH/E1IB/xJeAf8QagH/&#10;EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB/RCsAfwQswH6EL0B+RHJAfUR3QHxEe0B7hH5AewS&#10;/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPpE/8D/yYdAP8oGAD/KBYA/yYWAP8mHQD/JigA/yM0&#10;AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkYgwH3GIwB9hiTAfQYmgHzGKEB8RmoAfAZsALuGboC&#10;7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/Bdwc/wXcHP8F2xz/Bdsc/wXbHP8F/yoZAP8tEwD/&#10;LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB+iRUAfYjYAHyImsB7yJ1Au0ifgLrIocC6SKPAuci&#10;lgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLYJOoD0iT5Bc8l/wbNJf8HyyX/CMol/wjKJP8IyiT/&#10;CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81FAD/NRwA/zMnAPoxNADzL0EA7i1OAeksWgHlLGUC&#10;4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yuiBNErqgXPK7MFzSu/BswszwbILecHxC33CcEt/wq/&#10;Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M/zERAP81DAD/NgcA/zoLAP88EAD/OxUA+DkfAO83&#10;KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTMNHwFyjSFBsg0jQfGM5QIxDOcCcIzpQnBM64KvzO5&#10;C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80/xCuNP8PrjT/D640/w+uNP8P/zUOAP84BwD/PAIA&#10;/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5BAMw+TwLIPloDxD1kBcE9bge/PHYIvDx+Cro7hwu4&#10;O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkRqjvvEqc7/xOlO/8UpDv/E6M7/xOiO/8Tojv/EqI7&#10;/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDhRQcA40INANVDGQDMRSwAxkc8AcFHSQK8RlUEuUVf&#10;BrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhBmhOnQKQUpUCvFaNAvBahQNAWnkHqF5xB/BeaQf8X&#10;mEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsGAP8/AAD5RgAA5UsAANxOAADTTQQA0UoJAMpKFADC&#10;TScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwNpkl0D6RJfBGhSIQTn0eMFZ1HlRebRp8YmUaqGZdG&#10;uBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiNR/8YjUf/F41H/xeNR/8X/z4CAP9DAADrSwAA3VEA&#10;ANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5UQQKqVEwFplNWCKJRXwyfUGcPnU9vEZpOdxSYTn8W&#10;lk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUviHodM9x6GTP8dhUz/HIVN/xqFTP8ZhUz/GYVM/xmF&#10;TP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAAvVgDALhXDgCxWR4ArFovAadaPQKiWUkFnlhTCZtX&#10;WwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyIUZcehlCjH4RQsCCCUMEhgFDdIX5R9CB9Uf8ffVH/&#10;HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBKAADfVAAAzloAAMReAAC8XwAAtl4AALFcCwCrXhoA&#10;pWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpoE4tZcBaIWHcYhVeAG4NWiR2AVpQfflWfIXtVrSJ5&#10;VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8cdlb/G3ZW/xt2Vv8b/0UAAOxOAADaWAAAyV4AAL9i&#10;AAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKWZEMFkWNNCI5hVQyKYF0Qh19lE4RebBaBXXQZflx9&#10;HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa8CNvWv8ib1r/IHBa/x5wWv8dcFr/HHBa/xxwWv8c&#10;/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgAAKVmBQCfZxQAmmklAJVpNAKQaEAEjGdKCIhmUwyE&#10;ZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44hcF6aI25eqCVsXbglal7OJmle7iRpXv8ial7/IGpe&#10;/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADPXwAAwWUAALdqAACvbAAAp2wAAJ9qAQCZaxEAlG0i&#10;AJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hnZxZ2Z28Zc2Z4HHBlgR5tZIwhamOYI2hipiVmYrYm&#10;ZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/HWVi/x1lYv8d8kwAAN9YAADKYgAAvWkAALNuAACr&#10;cAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsDgnFFB31wTgt6blYOdm1eEnNsZRVwa20YbWp1G2pp&#10;fx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVeZ/4jX2f/IV9m/x9gZv8eYGb/HmBm/x5gZv8e708A&#10;ANpcAADGZQAAum0AALByAACndQAAnXQAAJRzAACNdA0AiXYcAIV3KwGBdzgDfHZDBnh1TAl0dFQN&#10;cXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22UIl1soiRabLIlWWzHJVhs6CVZbP0jWWv/IVpr/x9b&#10;a/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAAtnEAAKx2AACjeQAAmXkAAI13AACHeQsAg3sYAH98&#10;KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNldmgWYnVwGV90ehxcdIUfWnORIVdyoCNVcrAkU3LF&#10;JFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv/x1Vb/8d5VcAAM1kAAC+bQAAsnUAAKh7AACffgAA&#10;k30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9BG2ARgdpgE8KZn9WDWN+XhFgfWYUXXxuF1p7dxpX&#10;eoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/shTnf/H052/x5Pdf8dT3X/HU91/x1Pdf8d31wAAMho&#10;AAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5hQIAdIYRAHGIIABuiC4Baog5AmeHQwVjh0wIYIZT&#10;C12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuBmx5JgawfSIDBIEeA4x9Hf/oeSH7/Hkh9/x1JfP8c&#10;SXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAAAJ+FAACUhwAAiIcAAHuJAABwjAAAa44NAGiPGgBm&#10;jykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAOUIxoEE2MchNKi30WSIqKGEWKmRpDiqobQoq/G0GK&#10;4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpChP8azWcAALx0AACvfgAApYYAAJqKAACOjAAAgo0A&#10;AHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeYOgFUmEQDUpdMBU+XVAdMl1wJSZZlDEeWbw5ElXoR&#10;QZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/FzqP/xc6jv8XOo7/FzqO/xc6jv8XxW4AALZ7AACq&#10;hQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAAV54AAFKgDgBRoBsAT6EoAE2hNABLoT4BSaFHAkeh&#10;UANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42oKYPNaC7EDSg3Q80nfcQM5z/EjOa/xIzmf8TM5n/&#10;EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2VAACBmQAAc5wAAGefAABbogAAT6YAAEepCABEqhIA&#10;Q6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxcAzesZwQ1rHMFMqyBBjCskQcurKMILay4CSys2Qgs&#10;qvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8NtYAAAKiLAACckQAAkZYAAIWcAAB4oAAAa6UAAF+o&#10;AABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAytiwAMbc3ADC3QQAvuEsALrhVACy4YAEquG0BKbl7&#10;Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0/wYhs/8HIbL/ByGy/wchsv8HrYoAAKCRAACVlwAA&#10;iJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cAADS7AAArvgMAJMIMACLCFAAiwx8AIcMqACDENAAf&#10;xD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kAGMiuABfIywAXxvEBF8T/ARbD/wIWwf8DFsH/AxbB&#10;/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABisQAAVrYAAEq5AAA+vQAANMAAACrEAAAiyAAAGcwE&#10;ABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7USAAN1VYADdVlAAzWeAAM1o0AC9ikAArYvgAJ2eYA&#10;Ctb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgAAI6fAACApgAAcq0AAGS0AABXugAASb8AAD3CAAAy&#10;xgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsABt8RAAXfGgAE4CQAAuEuAAHiOgAA40cAAORWAADk&#10;ZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA6P8AAOj/AADo/wAA6P8AkZ8AAIKnAAB0rwAAZbcA&#10;AFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZAAAO3QAACeEAAALlAAAA6QYAAOkNAADpEQAA6hgA&#10;AOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+AAD0lwAA9bAAAPbQAAD38wAA9/8AAPf/AAD3/wAA&#10;9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAALtEAACPWAAAZ3AAAEeAAAAzjAAAE5wAAAOoAAAD1&#10;AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA+icAAPw0AAD/QwAA/1UAAP9pAAD/gQAA/5oAAP+y&#10;AAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6AABZwwAAS8sAADvRAAAt2AAAId0AABbiAAAO5gAA&#10;COoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8AAAD/AAAA/wYAAP8MAAD/EAAA/xgAAP8iAAD/MAAA&#10;/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MAAP/VAAD/1QAA/9UA/xMoAP8TJQD/ESUA/w0nAP8G&#10;LQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/AH4A/wCIAP8AkAD/AJcA/wCdAP8ApAD/AKoA/wCw&#10;AP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A&#10;/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9AP8ASwD/AFgA/wBkAP8AcAD/AHoA/wCEAP8AjAD/&#10;AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA/gDIAP0A2QD7AOkA+gD2APkA/wD4AP8A+AD/APgA&#10;/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/GB0A/xMeAP8OIgD/CiwA/wc5AP8DRgD/AFMA/wBg&#10;AP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8AnQD/AKMA/gCpAPwAsAD6ALkA9wDEAPUA0gDzAOYA&#10;8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/APAA/wDwAP8A/x4dAP8eGQD/HBcA/xcYAP8THgD/&#10;ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA/wZ6AP8GgwD+BosA/AaSAPoGmQD4Bp8A9gamAPQG&#10;rQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDlCv8A5Av/AOQL/wHkC/8B5Av/AeQL/wHkC/8B/yEY&#10;AP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8TPAD/EUkA/xBVAPwOYQD5DmsA9g51APQOfgDyDoYA&#10;8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9AOUPzADhD+MA3RDzANkR/wHWEv8B1BP/AdMT/wLS&#10;E/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A/yMOAP8jFAD/Ih4A/x8pAP8cNQD5GUMA9BhPAO8X&#10;WwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDfF5gA3RefANsXpwDZGLEA1hi7ANQZygDQGuEBzBvz&#10;Ackc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc/wPDHP8D/ygQAP8pCwD/KAYA/ysLAP8rEAD/KRcA&#10;/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFqANYhdADTIXwB0CGEAc8ijAHNIpMByyKbAckiowHI&#10;I6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8FtiX/BbUl/wa1Jf8GtSX/BbUl/wW1Jf8F/ywNAP8t&#10;BQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDfKDMA2ChCANEqTwDNK1oAyStlAccrbgHELHYCwix+&#10;AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYsvwW1LdEFsS3qBq4u+werLv8IqS7/CKgu/wioLf8I&#10;qC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcAAOo2AgDnMwgA5C8PANkuGwDPMSwAyTM8AMQ0SQDA&#10;NVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgGsDSQBq40mQesNKIIqzSsCak0uQmnNMoKpTXlCqE1&#10;+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wucNf8L/zMCAP81AAD2OgAA5T4AANxAAADUPQQA0jcJ&#10;AMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649YwSsPWsFqTxzBqc8ewimPIMJpDuLCqI7lAugO50M&#10;njuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/D5I8/w6RPP8NkTz/DZE8/w2RPP8N/zUAAP85AADq&#10;QQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEAs0QyAK9FQAGrRUsCp0VVA6REXgWhRGYHn0NuCJ1D&#10;dgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQQcASjkHZEotB8RKJQv8SiEL/EYhC/xCHQv8Qh0L/&#10;D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhOAADATQAAu0oCALZHDgCwSR0Aq0stAKZMOwGiTEcC&#10;nktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iCD41HixGLR5USiUagFIdGrBWFRrsWhEbRFoJH7haA&#10;R/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R/zsAAO5DAADcTAAAzFEAAMFUAAC5VAAAtFEAAK5N&#10;CwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaRUF4Jjk9mC4xObQ2JTnUPh01+EYVNhxOCTJEVgEyc&#10;Fn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM/xR3TP8Td0z/EndM/xJ3TP8S/z4AAOhHAADVUAAA&#10;xlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYlAJhXNAGUV0ACkFdKBI1WUwaKVVsJh1RjC4RUag6C&#10;U3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUac1DJGnFQ6BpwUfwYcFH/F3BR/xVwUf8UcVD/E3FQ&#10;/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACvXgAAp1sAAKFYAwCbWRIAllsiAJJcMQGOXD0CilxH&#10;BIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZWgBV0VosXclWWGW9VoxptVLIbbFTGG2pV5htqVfsZ&#10;alX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMAAN9PAADLWAAAvV0AALNhAACrYgAAomAAAJtcAACV&#10;XhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJe15dC3hdZQ52XGwQc1x0E3BbfRVuWogXa1qUGWlZ&#10;oRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdlWf8VZVn/FGVZ/xRlWf8U70YAANpSAADGWwAAumEA&#10;ALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdlKwCDZTcBf2VCA3xkSwZ4Y1MIdWNbC3NiYg5wYWoQ&#10;bWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3BHF9d4RxfXfgaX13/GF9d/xdgXf8WYF3/FWBd/xVg&#10;Xf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAAmGcAAI9lAACJZgwAhWgZAIFpKAB+ajUBemk/A3Zp&#10;SQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVjZIMXYGOPGV5inRtcYqwcWmK/HFli3xxZYvcaWmL/&#10;GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9ZAAC/YgAAs2gAAKltAACebQAAk2sAAIlpAACDawkA&#10;f20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xWCWhsXgxla2UPY2ptEWBpdhRdaYEWW2iNGFhnmxpW&#10;Z6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8WVmX/FVZl/xVWZf8V4lEAAMpdAAC7ZgAAr2wAAKZx&#10;AACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBycy8Bb3M6AmxzRARpckwGZnJUCGNxWwtgcGMNXXBr&#10;EFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t2RpObPQZT2v/GE9r/xdQav8WUGr/FVBq/xVQav8V&#10;3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQAAHxzAAB2dQAAcXcQAG94HQBseSsAaXk3AWZ5QANj&#10;eUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwTUHSIFk10lxdLc6YYSXO5GUhz1RlJcvMYSXH/F0px&#10;/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACzbwAAqHYAAJ15AACPeAAAhHgAAHd5AABvfAAAan0N&#10;AGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/VQdUfl0JUn1lDE99bw5MfHkRSnyGE0d7lBVFe6QW&#10;RHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/E0R2/xNEdv8TzV8AALtrAACudAAApHwAAJd+AACK&#10;fQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEAWocuAFiHOAFVh0ICU4dKA1CHUgVOhloHS4ZiCUmF&#10;bAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8gvASPIH/Ej2A/xI9f/8SPX7/ET1+/xE9fv8RxWYA&#10;ALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2GAABfigAAWI0BAFSODwBSjxsAUI8nAE+QMwBNkD0B&#10;S5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6ACzqOjww4jqANN46zDjaOzA42je8ONYv/DjWJ/w81&#10;iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAAmYcAAIyIAAB/iAAAcooAAGaNAABakQAAUJUAAEmX&#10;CQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+mlECPJpaAjqaZAM3mm8FNZl9BjOZjAcxmZ0IL5mw&#10;CC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S/wstkv8LtnUAAKqBAACeiAAAk40AAIaOAAB4jwAA&#10;a5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMXADejIgA2pC0ANaQ3ADSkQQAzpUsAMaVUATClXgEu&#10;pWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsEJaL/BSWg/wYkn/8GJJ7/BySe/wcknv8Hr34AAKOI&#10;AACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABMogAAQqYAADipAAAvrAMAKq4OACmuGAAoryMAJ68t&#10;ACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+xggAespQBHLKpARuywQEbsecBG6/+Ahqt/wIarP8D&#10;Gqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoAAHafAABoogAAW6UAAE+pAABErQAAObAAAC+zAAAm&#10;tgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUAFL1AABO+SwASvlgAEr5nABG/eAAQv4wAEMCiAA7A&#10;ugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQuv8Bn48AAJSVAACHmwAAeaEAAGunAABerAAAUrEA&#10;AEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/GBQALyg0ACcoUAAjKHQAHyicAB8oyAAbLPgAFy0sA&#10;BMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMztAADM/wAAy/8AAcr/AAHK/wAByv8Al5YAAIqcAAB8&#10;owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAAI8MAABvGAAATygAADc0AAAjRAAAB1AkAANQOAADV&#10;FQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA3m4AAN6EAADfmwAA37QAAN7ZAADf9wAA3/8AAN//&#10;AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6AABFvwAAOMIAACzGAAAhyQAAGM0AABDRAAAL1QAA&#10;BNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUbAADnJAAA6S8AAOs8AADtSwAA7l0AAO5xAADviQAA&#10;8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8AgaUAAHKtAABjtQAAVL0AAEbEAAA3yAAAKswAAB/Q&#10;AAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADuBQAA7wwAAPEQAADzFwAA9SAAAPgr&#10;AAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/wAAA/+EAAP/1AAD/9QAA//UAdK4AAGW3AABWwAAA&#10;R8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YAAADpAAAA7AAAAPAAAADzAAAA9AAAAPYAAAD4AAAA&#10;+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcAAP9KAAD/XgAA/3YAAP+PAAD/pgAA/7oAAP/RAAD/&#10;0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/ADIA/wA+AP8ATAD/AFkA/wBlAP8AcAD/AHoA/wCE&#10;AP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8AsgD/ALoA/wDFAP8A0wD/AOcA/wD0AP8A/wD+AP8A&#10;/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEhAP8QHgD/DR0A/wcfAP8AIwD/AC0A/wA6AP8ASAD/&#10;AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCVAP8AmwD/AKEA/wCnAP4ArgD9ALYA/ADAAPsA&#10;zQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1AP8A9QD/APUA/wD1AP8A/xUdAP8TGgD/EBkA/wsZ&#10;AP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6AP4AgwD8AIoA+gCRAPkAlwD4AJ0A&#10;9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDsAO0A+gDrAP8A6gD/AOoA/wDqAP8A6gD/AOoA/wDq&#10;AP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA/wIwAP8APgD/AEsA/wBXAP8AYgD8AGwA+AB1APUA&#10;fgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDpAK4A5wC3AOYAwwDkANQA4gDpAOEA9wDfAP8A3QD/&#10;AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8aEAD/Fg4A/xIOAP8SFQD/Dx8A/wwrAP8JOAD/BkUA&#10;+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOHAOQDjgDiA5UA4QOcAN8EowDdBKsA2wS0ANgFwADW&#10;BdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8Aywv/AMsL/wDLC/8A/x8QAP8eCwD/GgcA/xkLAP8Y&#10;EQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDlDGEA4gxqAN4NcwDbDXsA2Q2DANYNigDUDZEA0g2Z&#10;ANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS+QC/E/8AvRP/AbwT/wG8E/8BvBP/AbsT/wG7E/8B&#10;/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgcAOwVKADlEzYA3xJDANkTTwDTFFoA0BVkAM0WbQDL&#10;FnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUAvhmvAL0auwC7GssAuBvlAbQc9gGyHf8CsB3/Aq8d&#10;/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/JgAA+ycAAPElAwDwIQsA6BwSAN4ZHQDUGy0AzR08&#10;AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkjfwG3I4cBtSOPAbQklwGyJKABsSSqAq8ktgKtJcYC&#10;qyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/A6Em/wOhJv8D/ykAAP8oAAD2LQAA5zAAAN8vAADZ&#10;KwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08AtSxZALIsYgGwLGoBri1yAawtegKqLYECqS2KAqct&#10;kgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZLv8Gly//BpYv/waVLv8FlS7/BZUu/wWVLv8F/ywA&#10;AP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEtEQC6MCEAtDIxALA0PgCsNUoAqTVUAac1XQGkNWUC&#10;ojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDShBpY0rQeUNbsIkzXQCJA17AiONv4IjDb/CIs2/wiL&#10;Nv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA0kEAAMdCAADAQAAAuzoBALY2DgCwORwAqjssAKY8&#10;OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWUPHcGkjyAB5E8iAePO5IIjTudCYs7qQqJO7cLiDvK&#10;C4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8/wiBPP8I/zMAAOw6AADaQwAAykcAAL9JAAC3RwAA&#10;sUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RMAZREVQKRQ10Dj0NkBY1DawaLQnMHiUJ7CIdChAqF&#10;QY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkNeUL/DHhC/wt4Qv8LeEL/CnhB/wp4Qf8K9jYAAOZA&#10;AADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCfRhMAmkgjAJZJMgCSSj4Bj0pIAoxKUQOKSVkEh0lg&#10;BYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhGog92RrAQdUbCEHNG4BByR/cPcUf/DnFH/w1xR/8M&#10;cUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEAALRTAACqUgAAok4AAJ1KAQCXSxEAk00gAI9PLgCM&#10;TzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJeU10C3dMfQx1TIcOc0ySD3FLnxFvS60SbUu/EmxL&#10;3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxqS/8M8D0AANtIAADHUAAAulUAALBYAAClVgAAnFMA&#10;AJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9USwN8VFMEelNaBnhTYgh1UmkJc1JxC3FReg1uUYQP&#10;bFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/EGRQ/w9kUP8OZU//DWVP/wxlT/8M7EEAANRMAADD&#10;VAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwAhlcZAINYJwCAWTQAfVk/AXpZSAN3WFAEdFhYBnJX&#10;XwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJiVKkTYFS6FF9U0xReVPITXlT/EV9U/w9fVP8OX1P/&#10;DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhfAACcXQAAklsAAItYAACFWgoAgVsWAH1cJAB6XTEA&#10;d108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFtsC2VadQ1jWn8PYVmLEV5ZmBJcWKcUW1i4FFlZ0BRZ&#10;WPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N40gAAMtTAAC7WwAAsGEAAKRiAACXYQAAjl8AAIVc&#10;AAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJsYUsDamFTBWdhWgdlYGIJY2BqC2Bfcw1eXn0PW16J&#10;EVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc/xBVXP8OVVv/DlZb/w1WW/8N3kwAAMdWAAC4XwAA&#10;rWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQRAHJlHgBvZisAbGc3AWpnQAJnZkkDZWZRBGJlWAZg&#10;ZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMTUGK0E09izBNPYu0ST2H/EU9h/xBQYP8OUGD/DlBg&#10;/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACPZwAAhGcAAHllAABzZwAAb2kOAGxqGwBpaygAZ2w0&#10;AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZpbgtTaXgNUWiED05okhBMZ6ESS2eyEklnyRJJZ+sS&#10;SWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQAAL5eAACxZwAApm0AAJdsAACKawAAf2sAAHNrAABt&#10;bQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMCWXFLA1dxUwRVcFoGUnBiB1BwawlOb3ULS2+CDUlu&#10;jw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5Fa/8NRWr/DUVq/w1Fav8Ny1gAALpjAACtbAAAoXEA&#10;AJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12EgBbdx8AWXgrAFd4NgBVeD8BU3hIAlF4TwNPd1cE&#10;THdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3WuDj51xQ49degOPnP9DT5y/w0+cf8MP3H/DD9w/ww/&#10;cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAAdXQAAGl2AABeeQAAWHwBAFR9DgBSfhoAUX8mAE9/&#10;MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVBf3AGP358CDx+igk6fpoKOX6sCzd+wws3feYLN3v8&#10;Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBvAACleAAAlnkAAId5AAB7eQAAcHoAAGR8AABYgAAA&#10;UIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+AEGJRwFAiU8BPohYAjyIYQM6iGwEN4h4BTWIhwYz&#10;iJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8IMIH/CDCB/wgwgf8It2sAAKp2AACgfwAAkH4AAIJ+&#10;AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9kA4AO5AYADqRIwA5kS0AOJI3ADeSQAA2kkkANJNS&#10;ADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiSvQQokuEDJ5D6BCeO/wUnjf8FJ4z/BSeM/wUnjP8F&#10;sXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gAAFiLAABNjwAAQ5MAADqXAAAymgcALpsQAC2bGgAs&#10;nCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEAJZ5uACOefgEinpABIJ6jAR+euQEent0BHpz4Ah6a&#10;/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACTiwAAhYoAAHWLAABojgAAW5EAAFCVAABGmQAAO50A&#10;ADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByoLQAbqDcAGqlBABmpTAAYqVgAF6pmABaqdgAVqokA&#10;FKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/AROk/wETpP8Bo4YAAJeMAACNkQAAfZIAAG2VAABg&#10;mAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAAGbEAABKzBwAPtRAADrUXAA61IQANtSsADbU2AAy2&#10;QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAFtsUABrbqAAe1/wAItP8ACLP/AAmy/wAJsv8Amo0A&#10;AJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECsAAA1sAAAKrMAACG1AAAYuAAAEbsAAAy+AgAGwAsA&#10;AsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQAADEXwAAxHEAAMSHAADEnQAAxLUAAMTaAADE9gAA&#10;w/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAAaqYAAFysAABPsQAAQbUAADW3AAApugAAH70AABbA&#10;AAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAAzhgAAM4hAADQKgAA0TUAANNDAADUUgAA1GMAANV4&#10;AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW/wAA1v8AipsAAHuiAABsqQAAXrAAAFC2AABCugAA&#10;NL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIAAADXAAAA2QAAANoFAADcCwAA3RAAAN8VAADhHQAA&#10;4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcAAOqvAADqzgAA6+8AAOv+AADr/wAA6/8AfaMAAG6r&#10;AABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAASzwAAC9MAAALYAAAA3QAAAOEAAADkAAAA5QAAAOcA&#10;AADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3MQAA+UEAAPpVAAD6agAA+4QAAPudAAD8tgAA/NIA&#10;AP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQAADTJAAAmzQAAGtIAABDYAAAI3QAAAOEAAADlAAAA&#10;6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAAAPkBAAD7CAAA/g4AAP8VAAD/IQAA/y8AAP9BAAD/&#10;VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA/9QA/wsgAP8HHgD/AB0A/wAgAP8AJQD/AC4A/wA7&#10;AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8AhwD/AI4A/wCUAP8AmgD/AKAA/wCmAP8ArQD/ALUA&#10;/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/AP0A/wD9AP8A/AD/APkA/wD5AP8A/w0dAP8LGgD/&#10;BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA/wBeAP8AaAD/AHIA/wB6AP8AggD/AIkA/wCQAP8A&#10;lgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2ANkA9QDrAPQA+QDzAP8A8gD/APMA/wDzAP8A8wD/&#10;APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8AGQD/ACUA/wAyAP8AQAD/AEwA/wBZAP8AYwD+AG0A&#10;/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCeAPIApADwAKwA7gC0AO0AwADrAM8A6QDmAOgA9QDm&#10;AP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A/xIUAP8QEAD/DA8A/wMQAP8AFQD/ACAA/wAsAP8A&#10;OgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADtAH8A6wCGAOoAjADoAJMA5wCZAOUAoADjAKcA4QCw&#10;AN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA/wDTAP8A0wD/ANMA/wDTAP8A/xUQAP8SDAD/DgkA&#10;/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBNAOsAWADoAGEA5QBqAOIAcgDgAHoA3gCAANwAhwDa&#10;AI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQAygDZAMgA7QDHAPsAxQD/AMQB/wDDAf8AxAH/AMQB&#10;/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/DBQA/AcfAPEDKwDnADkA4gBGAN4BUQDaAlsA1QJk&#10;ANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYFmADEBaAAwgapAMEGtAC/BsEAvQjVALsJ7AC4C/0A&#10;tgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsFAP8YAAD/FwAA/xYAAPsTBgD6EA4A7gwWAOMJIgDa&#10;CTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8AwQ52AL8OfgC9D4UAvA+NALoQlQC4EJ0AtxCnALUR&#10;sgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCnFf8AphT/AaYU/wGmFP8B/x8AAP8cAAD6HgAA6x4A&#10;AOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAURAC8Fk8AuRdZALcXYQC0GGkAsxlxALEZeACvGoAA&#10;rhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3PAKEe6gGeHvwBnB//AZsf/wGaH/8Bmh7/AZke/wGZ&#10;Hv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAAyhwIAMQZEgC9HCIAtx4xALMgPgCvIUkArSJTAKoj&#10;XACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGeJZQBnSWeAZsmqgGZJrcBmCbJApUn5gKSJ/kCkCj/&#10;Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIpAADjMQAA0jQAAMg0AADAMAAAuykCALgjDgCxJhwA&#10;rCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1nAZktbgGYLnUBli59ApQuhgKTLpACkS6aA48upgON&#10;LrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8Dgy//A4Mv/wODL/8D+ykAAOsxAADZOAAAyTwAAL88&#10;AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACaNEAAmDVKAJU1UwCTNVsBkTViAY81aQKNNXECjDV5&#10;A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn823AZ9NvQGezb/BXs2/wV6Nv8Eejb/BHo1/wR6Nf8E&#10;9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoAAKM2BgCdNxMAmTkiAJU6LwCSPDsAjzxGAIw8TwGK&#10;PFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcFfTySBns7ngd5O6wHdzu8CHY81Qh0PPEIczz/B3I8&#10;/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJRAAAvEgAALBJAACmRgAAn0EAAJs9AQCVPRAAkT8d&#10;AI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5CYgN8QmkEekJxBXhCegZ2QYQHdEGPCHJBmwhwQakJ&#10;b0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/BmpB/wVqQf8F7TcAANZCAADESQAAt00AAKtNAACg&#10;SgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQAgEg/AH5ISAF7SFACeUhXAndIXwN1SGYEc0duBXFH&#10;dgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtlRuwLZEf/CWRG/whkRv8HZEb/BmRF/wZkRf8G6DsA&#10;ANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1HAACHSAsAg0oWAH9LJAB9TDEAek08AHdNRQF1TU0C&#10;c01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJCWRLlgpiS6QLYUu0DF9LygxeS+oLXkv+Cl5L/wle&#10;Sv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAAsFUAAKFUAACWUgAAjVAAAIdMAACBTQgAfU8TAHpQ&#10;IQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNpUWEEZ1FoBmVQcQdjUHsIYVCGCl9PkwtdT6EMW0+y&#10;DVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO/wdZTv8H30MAAMdNAAC4VAAArFkAAJ1XAACRVQAA&#10;iFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2AGxWQAFqVkgBaFZQAmZWVwNkVl4EYlVmBWBVbwdd&#10;VXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YMU1P8C1NT/wlUUv8IVFL/CFRS/wdUUv8H2kYAAMNQ&#10;AAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2VgEAcVcPAG5ZGwBsWigAaVozAGdbPQFlW0UBY1tN&#10;AmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRYjwtSWJ4MUFiuDU9Yww1OWOQMTlj7C09X/wlPV/8I&#10;T1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14AAJVdAACJXAAAf1sAAHZZAABwWgAAa1wNAGhdGABm&#10;XiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oDWF9hBVVeagZTXnQHUV1/CU9djQpNXZwLS12sDEpd&#10;wQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdKWv8Hzk4AALxYAACuYAAAn2EAAJFgAACFXwAAe18A&#10;AHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxkNwBaZEABWGRIAVZkUAJUZFcDUmRfBFBkZwVOY3EG&#10;TGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5CkRg/wlEYP8IRV//B0Vf/wdFX/8HyFIAALhcAACr&#10;ZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAAX2YGAFtnEQBZaB0AV2kpAFZqMwBUajwAUmpFAVBq&#10;TAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhCaJgJQGipCj9ovQo+aN4JPmf3CT5m/wg/Zf8HP2X/&#10;Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdnAAB7ZwAAcWcAAGVoAABcagAAWGwBAFRuDgBSbxgA&#10;UG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZAkRwYgNCcGwEQHB4BT5whgY8b5UHOm+mCDhvuwg4&#10;b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8GvVwAAK9mAACibQAAkWwAAIJrAAB3awAAbGwAAGFu&#10;AABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBFeDMAQ3g8AEJ4RABBeE0BP3hVAT14XgI7eGgCOXh0&#10;Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0/wUxc/8FMXL/BTJy/wUycv8Ft2MAAKptAACccQAA&#10;i3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoAAEJ9AwA/fg4APX8YADx/IwA7gC0AOoA2ADmBPwA4&#10;gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8DLIGhAyqBtgMpgdIDKX/zAyl9/wMpfP8DKXv/Ayl7&#10;/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABtdQAAYXcAAFd6AABMfgAAQ4EAADuFAAA1iAkAMokR&#10;ADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqLVAApi18AKItrACaLegEki4sBI4ueASKLswEhjM4B&#10;IYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IAAKF8AACPewAAgHoAAHN6AABmfAAAW38AAFCCAABG&#10;hgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwAIpUmACGVLwAglTgAH5ZCAB6WTAAdllgAHJZkABqX&#10;dAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEWkv8BFpH/ARaQ/wEWkP8BpXsAAJmDAACJgQAAe4AA&#10;AGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2XAAAlmgAAHZ4BABagDAAUoRIAFKEbABOhJQASoS4A&#10;EaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOSAAyjpwAKosAAC6LmAAyg/gANn/8ADZ7/AA2d/wAN&#10;nf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAATJIAAEGXAAA3mwAALp4AACSiAAAcpQAAFagAAA+r&#10;BAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQABrkUAAK5SAACuYQAArnMAAK6HAACunQAArrQAAK7V&#10;AACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQAAB7kAAAa5IAAF2WAABQmgAARJ8AADmjAAAvpwAA&#10;JasAAByuAAAUsQAADrQAAAm3AAABuAkAALgOAAC5FAAAuRwAALolAAC6LwAAuzoAALxHAAC8VgAA&#10;vGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4AALv/AAC7/wAAu/8AkJIAAIOYAABzmwAAY58AAFWj&#10;AABHqAAAO60AADCxAAAltAAAG7cAABK6AAAMvQAABb8AAADDAAAAxAIAAMUKAADFDgAAxhQAAMcb&#10;AADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADOgwAAzpsAAM21AADO2gAAzvYAAM3/AADN/wAAzf8A&#10;hpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkAACS8AAAZvwAAEcIAAArFAAACyQAAAMwAAADQAAAA&#10;0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEAAN8sAADhOgAA4koAAONdAADkcgAA5IsAAOWlAADl&#10;wAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABcrwAATbYAAD+8AAAwvwAAI8MAABfHAAAPygAAB84A&#10;AADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADkAAAA5gMAAOgJAADpDgAA7BUAAO4eAADxKwAA9DoA&#10;APVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnkAAD58wAA+fMAbaoAAF6yAABPugAAQMEAADHFAAAi&#10;yQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAAAOgAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYAAAD4&#10;AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA/2YAAP9/AAD/mQAA/68AAP/DAAD/1gAA/9YA/wQc&#10;AP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8ARgD/AFMA/wBeAP8AaQD/AHIA/wB6AP8AggD/AIkA&#10;/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5AP8AxQD/ANkA/gDsAP0A+wD7AP8A+wD/APsA/wD6&#10;AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA/wAWAP8AGwD/ACYA/wA0AP8AQgD/AE4A/wBaAP8A&#10;ZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8AJYA+gCdAPkAowD4AKsA9wC0APUAvwD0AM4A8wDm&#10;APEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA/wDqAP8A/wsUAP8GEQD/ABAA/wAQAP8AFgD/ACIA&#10;/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBwAPcAeAD1AH8A8wCFAPIAiwDwAJIA7wCYAO0AnwDs&#10;AKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A4AD/AOAA/wDhAP8A4QD/AOEA/wDhAP8A/w0QAP8J&#10;DQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5AEMA9gBOAPIAWQDvAGIA7ABrAOoAcgDoAHkA5gCA&#10;AOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgAtADVAMAA0gDTANAA6gDOAPoAzQD/AM0A/wDNAP8A&#10;zAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAIAP8ADgD/ABYA9gAiAPAALwDsADwA6QBIAOUAUwDh&#10;AFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcAzgCOAMwAlQDKAJ0AyAClAMYArwDEALsAwgDLAMAA&#10;5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8AP8A/xEFAP8OAAD/CgAA/wgBAP8ECgD4ABAA6QAa&#10;AOMAKADeADUA2QBBANMATADPAFYAywBfAMkAZgDGAG4AxAB0AMIAewDBAIIAvwCJAL0AkAC8AJgA&#10;ugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/AK4D/wCtBP8ArQT/AK0E/wCtBP8A/xQAAP8QAAD/&#10;DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0AyAI6AMQDRQDAA1AAvQRZALsFYQC5BWgAtwZvALUG&#10;dgC0B30AsgeEALEIjACvCJUArQmeAKsJqACqCrUAqArFAKYL3wCkDfQAog7/AKAO/wCfDv8Anw7/&#10;AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsWAADSEAIAzwkLAMgIFgDBCiQAvAwyALcNPgC0DkkA&#10;sQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGAAKURiACjEpEAoRKbAKATpgCeE7MAnBPDAJsU3gCX&#10;FvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A/xoAAPQdAADlIwAA1SUAAMokAADCHQAAvhYEALsQ&#10;EAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCgGl0AnhtlAJ0bbACbHHMAmhx7AJgcgwCXHY0AlR2X&#10;AJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg/wGHIP8BhyD/AYYg/wGGIP8B+h4AAOsmAADaLQAA&#10;yjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8mAJ8hMwCcIj4AmSNIAJckUQCVJFkAkyVgAJIlZwCQ&#10;Jm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sBhCe7AYMo0QGAKO4Bfin/AX0p/wF8KP8BfCj/AXwo&#10;/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACrMQAApSwAAKImBgCeJhMAmSghAJUqLgCSKzkAjyxE&#10;AI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIuegGBL4QBfy+PAn0vmgJ7L6cCei+3AngvzAJ2MOoC&#10;dTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoAANw1AADHOwAAuj8AAKw8AACiOAAAnDMAAJgvAACV&#10;LhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEAgDVYAH41XwF9NWYBezZuAXk1dgJ4NYACdjWLA3Q1&#10;lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNrNv8Cajb/Amo1/wJqNf8C6jAAANM6AADCQQAAs0MA&#10;AKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4JQCBOjEAfzs8AHw7RQB6PE0AeDxVAXc8XAF1PGMB&#10;czxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDuxBWc8xQVlPOUFZDz6BGQ8/wNjO/8DYzv/A2M7/wJj&#10;O/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAAjkAAAIk8AACEPAoAgD0UAH0+IgB6Py4AeEA4AHVB&#10;QgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANoQXkDZ0GEBGVBkQVjQZ8FYUGuBmBBwgZeQeIGXkH5&#10;BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhDAAC5SgAAqUsAAJtJAACQRwAAiEQAAINBAAB+QQYA&#10;ekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZPAWpGVgFoRl0CZkZlAmRGbQNiRnYEYEaCBF5GjgVc&#10;RZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8EV0T/A1hE/wNYRP8D2j0AAMRHAAC1TgAApE4AAJZM&#10;AACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBuSScAa0oyAGpLPABoS0QAZktMAWRLUwFiS1oCYEti&#10;Al9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RKvQdTStwHUkr2BlJK/wVSSf8EUkn/A1JI/wNTSP8D&#10;1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwAAHhIAABySgAAbksNAGtNGABoTiQAZk4vAGRPOQBi&#10;T0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IEVU99BVNPigVSTpgGUE6oB05OuwdNTtkHTU71Bk1O&#10;/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACuVAAAnFMAAI5SAACDUQAAelAAAHJNAABsTwAAaFAL&#10;AGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpUTgFYVFYBVlRdAlRUZgNSU28DUFN7BE5TiAVMU5cG&#10;S1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/BElQ/wNJUP8DykgAALlSAACqVwAAmFYAAIpVAAB/&#10;VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4AW1cpAFlYMwBYWDwAVllEAFVZTAFTWVMBUVlbAk9Y&#10;ZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZDWNIGQ1fyBkNW/wVDVf8ERFX/BERU/wNEVP8DxkwA&#10;ALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZWAABhWAAAXVkEAFlaEABXWxsAVVwmAFNdMABSXTkA&#10;UV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12A0RdgwRCXZIFQF2jBj9dtgY+XdAGPVzxBT5b/wQ+&#10;Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAAkFwAAIJbAAB2WwAAbVsAAGFbAABbXQAAVl4AAFJg&#10;DQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBHY04ARmNWAURjXgFCY2gCQGNzAz5jgQM8Y5AEOmKh&#10;BDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle/wM5Xv8DvFUAAK1fAACcYAAAi18AAH1fAAByXwAA&#10;aF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gdAEVoJwBEaTEAQ2k5AEJqQgBAakoAP2pSAD1qWwE8&#10;amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsDMWjtAzFn/wMxZv8DMmX/AzJk/wMyZP8Dt1sAAKlk&#10;AACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQaAAASWsAAENtBABAbg4APm8YAD1vIgA8cCsAOnA0&#10;ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFxegEvcYoCLXGcAitxrwIqccgCKnDrAipv/wIqbf8C&#10;Kmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcAAHRnAABpZwAAX2gAAFVrAABLbgAAQ3EAADx0AAA3&#10;dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8ALnlIACx6UgArelwAKnpoACh6dgAmeocBJXqZASN6&#10;rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIjdP8CrGgAAJ1uAACKbQAAe2wAAG9sAABlbAAAWm4A&#10;AFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeCFAAmgh4AJYInACSCLwAjgzgAIoNCACGDSwAghFYA&#10;H4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPmABiB/QAZgP8BGX//ARl+/wEZfv8BpnAAAJVzAACE&#10;cgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAAN4EAAC+EAAAniAAAIIsFABuNDgAajRUAGY0eABiO&#10;JwAXjjAAFo45ABWOQwAUj08AE49bABKPagARj3sAEI+PAA+PpAAOj7sADY/gAA6N+gAPi/8AEIr/&#10;ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4AABYewAATX4AAEKCAAA5hgAAL4oAACeOAAAgkQAA&#10;GJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5owAAqaOwAJmkYACJpTAAabYQAFmnIABJqGAAKamwAA&#10;mrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8AmYEAAId/AAB6fgAAa34AAF2BAABQhQAARYkAADuN&#10;AAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAGpQoAAaUQAAClFgAAph8AAKYoAACmMgAApz0AAKdK&#10;AACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl6QAApfwAAKX/AACk/wAApP8AkYcAAIKGAAByhgAA&#10;Y4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IAABemAAAQqQAAC6wAAASvAAAAsQYAALEMAACyEQAA&#10;shcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0AALVwAAC1hgAAtZ0AALW2AAC13AAAtPcAALT/AAC0&#10;/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABAnwAANaQAACqoAAAgrAAAFrAAAA+0AAAJtwAAAbkA&#10;AAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADCHQAAwycAAMUyAADGQAAAxlEAAMdjAADHeAAAx5EA&#10;AMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cAAHGaAABhngAAUqMAAEWpAAA4rgAALLMAACC3AAAW&#10;ugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAAAMwAAADNAwAAzgkAANAOAADSEwAA1BsAANglAADb&#10;MgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA39kAAN/zAADf/wAA3/8Ad58AAGimAABZrQAASrMA&#10;ADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADMAAAA0AAAANUAAADZAAAA2gAAANwAAADeAAAA4AAA&#10;AOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFEAADyWAAA828AAPSKAAD0pAAA9L8AAPTfAAD08wAA&#10;9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAAE8oAAAvOAAAA0gAAANcAAADcAAAA4AAAAOUAAADn&#10;AAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gcAAPkOAAD8FgAA/yIAAP8zAAD/RwAA/10AAP92&#10;AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8AFgD/ABUA/wAYAP8AHgD/ACcA/wA2AP8AQwD/AE8A&#10;/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP8AkAD/AJYA/wCcAP8AowD/AKsA/wC0AP4AvwD9&#10;AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A7gD/AOkA/wDnAP8A/wAUAP8AEQD/ABEA/wASAP8A&#10;FwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/AGgA/wBwAP8AeAD9AH4A/ACFAPoAiwD5AJEA+ACY&#10;APcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A8gDsAP8A7AD/AOwA/wDrAP8A5QD/AOAA/wDeAP8A&#10;/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wArAP8AOAD/AEUA/gBQAPsAWgD4AGMA9QBrAPMAcgDx&#10;AHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA5gCpAOQAswDhAMAA4ADTAN4A6wDcAPsA2wD/ANoA&#10;/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/AAYA/wAJAP8ADwD/ABgA+wAlAPgAMgD1AD8A8gBK&#10;AO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4AgADcAIYA2gCNANcAlADUAJsA0gCkAM8ArQDNALkA&#10;ywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/AMcA/wDHAP8A/woGAP8BAAD/AAAA/wAEAP8ACwD0&#10;ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA1ABfANEAZwDOAG0AzAB0AMoAegDIAIAAxgCHAMUA&#10;jgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3APAAtQD/ALYA/wC1AP8AtQD/ALUA/wC1AP8A/wwA&#10;AP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkAJADRADEAzQA8AMoARwDGAFEAwwBZAMAAYAC+AGcA&#10;vABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCaALAApACuAK8ArAC9AKoA0ACoAOsApwD7AKYA/wCm&#10;AP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA6gkAAOIEAADaAAcAzwARAMgAHADCACkAvgA1ALsA&#10;QAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCrAHUAqQB9AKgAhACmAI0ApACWAKMAoAChAKsAnwG5&#10;AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI/wCXCP8A/xAAAPcQAADoFAAA3BUAAM4RAADGDQAA&#10;wgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhNAKYIVQCkCVwAogpjAKAKagCfC3EAnQt4AJwLgACa&#10;DIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoAjhD8AIwQ/wCLEP8AixD/AIsQ/wCKEP8A+xMAAO0a&#10;AADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCrDRkApw4mAKMPMwCfED4AnRFHAJoRUACYElcAlhJe&#10;AJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsVmgCKFacAiBa1AIYWyQCEF+cAghj7AIAZ/wB/Gf8A&#10;fxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoAALMmAACqIgAApRwAAKQVCACgFBMAmxYhAJcYLQCU&#10;GTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcAhh5vAIUedwCDH4AAgh+LAIAflwB+IKMAfSCyAHsg&#10;xQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0If8A7yEAANsrAADHMQAAtjEAAKkuAACgKgAAmyYA&#10;AJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUkRgCDJU4AgSZVAH8mXAB+JmMAfCdrAHsncwB5J3wA&#10;eCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3AWwp/wFrKf8Bayn/AWso/wFrKP8B6CgAANAyAADA&#10;OAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwAhygXAIMqIwCAKy8Afiw5AHwsQgB6LUoAeC5RAHcu&#10;WAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFrL50BaS+sAWgwvgFnMNsBZTD1AWQw/wFjMP8BYy//&#10;AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6AACRNwAAijMAAIYwAACDLgkAfy8TAHswHwB4MisA&#10;djM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVkAGo1bAFoNXUBZzWAAWU1jAFjNZoCYTapAmA2uwJf&#10;NtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B3DMAAMU8AAC0QQAAokAAAJU+AACLPAAAhDkAAH82&#10;AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBrOkMAajpLAGg7UgBnO1kAZTthAWM7aQFiO3IBYDt9&#10;AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0NfUFJPRklMRQAGCdIDVzvxAlY7/wJWO/8CVjr/AVY6&#10;/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACFQAAAfj4AAHk7AAB0OgAAcToOAG08GABrPSQAaT4v&#10;AGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1AZgFcQG8BWkB6AlhAhwJWQJUCVECkA1NAtgNSQM8D&#10;UUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsAAL1FAACqRwAAmUYAAItFAACBRAAAeUIAAHQ+AABv&#10;PwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4AXkRFAF1FTQBbRVQAWUVcAVhFZAFWRW0BVEV4AlJF&#10;hQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJLRP8CS0P/AkxC/wJMQv8Cyj8AALlIAACmSgAAlUkA&#10;AIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJFEwBfRh4AXUcoAFxIMgBaSDsAWUlDAFdJSgBWSVIA&#10;VElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmhA0hJswNHScoDRknsA0ZI/wJGSP8CR0f/AkdG/wJH&#10;Rv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAAcEkAAGlGAABkRwAAX0kGAFxKEABaSxsAWEwlAFZM&#10;LwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFMTmkBSk5zAkhNgAJGTY8DRU2fA0NNsQNCTcgDQU3q&#10;A0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNPAACeTwAAjU4AAIBOAAB1TQAAbEwAAGNKAABeTAAA&#10;Wk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9AE1SRQBMUk0ASlJUAElSXQFHUmYBRVJxAUNSfgJB&#10;Uo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8CPU//Aj1P/wI9Tv8CvksAAK5TAACaUgAAiVEAAHxR&#10;AABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABOVBQATFUfAEtWKQBJVjIASFY6AEdXQgBGV0oARFdS&#10;AENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhXrQI3V8QCN1fnAjdW/QI3Vf8CN1T/AjdT/wI4U/8C&#10;uk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQAAFhUAABSVgAATlcAAEpZCQBHWhEARlobAERbJQBD&#10;Wy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEAOl1sAThdeQE2XYgBNF2ZAjNdqwIxXcICMVzlAjFb&#10;/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQWAAAgFgAAHNXAABpVwAAYFgAAFRZAABOWwAASF0A&#10;AENfBABAYA4APmEXAD1hIAA7YikAOmIyADliOgA4Y0IAN2NLADZjVAA0Y10AM2NoADFjdgEvY4UB&#10;LmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//AStf/wErXv8BsVkAAJ5cAACLXAAAe1sAAG9bAABl&#10;WwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoANWgSADRoGwAzaSQAMmktADFpNQAvaj0ALmpGAC1q&#10;TwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAja70AImrgACNp+QEjZ/8BI2b/ASNm/wEkZf8BrGAA&#10;AJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1jAABEZgAAPWgAADZrAAAwbgQALHAOACpxFQApcR4A&#10;KHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNgACBzbQAec30AHXOQABtzowAac7kAGXPcABpx9wAa&#10;cP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAAcWQAAGZkAABdZAAAUmYAAEhpAAA/bAAAN28AADBz&#10;AAApdgAAInkIAB97EAAeexcAHHsfABt7KAAaezAAGXw5ABh8QwAXfE4AFnxaABV8ZwAUfXgAEn2L&#10;ABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3/wASd/8AnmsAAIpqAAB6aQAAbWkAAGJpAABXagAA&#10;TG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IAABSFCQARhhAAEYYXABCHHwAQhygADocxAA6HOwAN&#10;h0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4ABYbJAAaF7AAHhP8ACIP/AAmC/wAJgv8AlXEAAINv&#10;AAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAyfQAAKoEAACKFAAAbiQAAFIwAAA+PAwAKkgsABpIR&#10;AASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACTWQAAk2kAAJN7AACSkAAAkqYAAJG/AACR5QAAkPoA&#10;AI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUAAFV4AABJfAAAP4AAADSEAAAriQAAIo0AABqRAAAT&#10;lAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoAAJ4iAACfKwAAnzUAAKBCAACgUAAAoF8AAKBxAACg&#10;hwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAAnP8Ahn0AAHh8AABpfAAAW38AAE6DAABBiAAANowA&#10;ACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACnAAAAqQMAAKkKAACqDgAAqxMAAKwZAACtIgAArisA&#10;AK83AACvRQAAr1QAAK9mAACvewAArpQAAK6rAACuyQAAru8AAK3/AACt/wAArf8AgYQAAHGEAABh&#10;hwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAAEqgAAAysAAAErwAAALIAAAC2AAAAtwAAALcCAAC4&#10;CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAAwEgAAMBaAADBbgAAwYYAAMGgAADBugAAweMAAMD5&#10;AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2gAAAxpQAAJasAABqvAAARswAAC7gAAAK7AAAAvgAA&#10;AMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoLAADMDwAAzhUAANAfAADTKwAA1ToAANVMAADWYAAA&#10;2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8AcJkAAGCeAABRpAAAQ6oAADWwAAAotgAAHLoAABG+&#10;AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA0wAAANYAAADYAAAA2wAAAN0AAADfBwAA4g0AAOUT&#10;AADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADvnAAA8LcAAPDTAADw7AAA8PQAZ6YAAFitAABJtAAA&#10;OroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIAAADWAAAA3AAAAOAAAADjAAAA5AAAAOYAAADoAAAA&#10;6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwAAP8sAAD/PwAA/1UAAP9uAAD/igAA/6QAAP+6AAD/&#10;0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/ACUA/wAyAP8APwD/AEsA/wBWAP8AYAD/AGgA/wBw&#10;AP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8AngD+AKYA/QCuAPwAuQD6AMgA+QDiAPgA9AD3AP8A&#10;9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wARAP8ADgD/AA4A/wAPAP8AFAD/ACAA/wAtAP8AOgD/&#10;AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA+QCAAPcAhgD2AIwA9QCSAPMAmQDyAKAA8ACpAO4A&#10;swDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDlAP8A3QD/ANUA/wDRAP8A/wANAP8ACgD/AAgA/wAJ&#10;AP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYAVQDzAF4A8QBmAO4AbQDsAHQA6wB6AOkAgADnAIYA&#10;5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDKANcA5gDUAPgA0gD/ANIA/wDSAP8AzgD/AMkA/wDG&#10;AP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA9wAiAPMALgDvADoA7ABFAOgATwDkAFgA4QBgAN4A&#10;ZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDNAJUAywCeAMkApwDHALMAxQDCAMMA3ADBAPEAvwD/&#10;AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8AAAD/AAAA/wAAAPYACADuABEA5wAbAOEAJwDdADMA&#10;2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABtAMIAcwDAAHoAvwCAAL0AiAC7AJAAuQCYALgAogC1&#10;AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8ArgD/AK4A/wCuAP8A/wIAAP8AAAD9AAAA8gAAAOgA&#10;AADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9AEsAugBTALgAWgC2AGEAtABnALIAbQCwAHQArwB6&#10;AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIAxgChAOMAnwD2AJ4A/wCeAP8AngD/AJ4A/wCeAP8A&#10;/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAPAL0AGQC4ACUAtAAxALEAOwCuAEUArABNAKkAVQCn&#10;AFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUAnACOAJoAmACYAKQAlgCwAJUAwQCTANwAkgDyAJEA&#10;/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADhEQAAzhAAAMINAAC7BwAAtwAKALEAEgCsAB4AqAAp&#10;AKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcBYwCWAmkAlAJwAJMDeACRA4AAkASKAI4ElQCMBaEA&#10;igWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/AIML/wCDC/8A9hAAAOYXAADSHAAAwBoAALMWAACs&#10;EgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgAlAtBAJIMSgCQDFEAjg1YAIwNXgCLDWUAiQ1sAIgO&#10;dACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9ENsAehH0AHgS/wB3Ev8AdxL/AHcS/wB3Ev8A7xcA&#10;ANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkRBACYDhAAkxAbAI8RJwCMEjIAiRM8AIcTRACFFEwA&#10;gxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReDAHgXjwB2GJwAdBiqAHMZuwByGdQAbxrxAG4b/wBt&#10;G/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAAqyoAAJ4oAACWJAAAkCAAAI0cAACMFwwAiBgWAIQa&#10;IgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2H1wAdB9jAHMfawBxIHQAcCB/AG4hiwBsIZgAayGn&#10;AGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi/wBkIf8A4CYAAMgvAAC0MQAAozAAAJYuAACNKwAA&#10;hygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQzAHMlPABxJUMAcCZLAG4mUgBtJ1kAaydgAGonaABp&#10;KHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsAXirsAFwq/wBcKf8AXCn/AFwp/wBcKP8A2CwAAMM1&#10;AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5KAMAdicQAHIpGgBwKiUAbSsvAGssOABqLEAAaC1H&#10;AGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4vhABcL5IAWi+hAVkvsgFYMMgBVjDpAVUw/gFVL/8A&#10;VS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgAAIo3AACANgAAejIAAHUwAAByLgAAbi4NAGsvFgBp&#10;MCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIAXTRaAFw0YgBaNGsAWTV1AFc1ggBVNZABVDWfAVI1&#10;sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFPM/8ByzYAALg9AACjPAAAkjwAAIU7AAB7OgAAdDcA&#10;AG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43MQBdODoAWzhBAFo5SABZOVAAVzlXAFY6XwBUOmgA&#10;UzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrlAUk6/AFJOf8BSTn/AUk4/wFKOP8BxzoAALNAAACe&#10;PwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAAYjkHAF86EQBcOxsAWjslAFk8LgBXPTcAVj0+AFQ+&#10;RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFKP4sBSD+bAUc/rAFFP8EBRD/jAUQ++wFEPv8BRD3/&#10;AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1BAABzQAAAaz8AAGU8AABgPAAAXD4EAFk+DwBXPxgA&#10;VUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNSAEtDWgBKQ2QASENuAEdDewFFQ4kBQ0OZAUJDqwFA&#10;Q8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8Bv0EAAKpFAACWRQAAhkUAAHlEAABvRAAAZ0IAAGA/&#10;AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABMRjEAS0Y5AEpHQQBJR0gASEdQAEZHWABFR2EAQ0hs&#10;AEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH+AE6Rv8BOkX/ATtF/wE7RP8Bu0UAAKZIAACSRwAA&#10;gkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcAAE5ICgBMSRIASkkcAEhKJQBHSi4ARks2AEVLPgBD&#10;S0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUBOUyVATdMpwE2TLwBNUzdATVL9wE1S/8BNUr/ATZJ&#10;/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABoSgAAX0kAAFVIAABQSgAATEsAAElMBwBGTRAARE4Z&#10;AEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtRUwA6UVwAOFFnADdRcwA1UYIAM1GTATJRpQEwUboB&#10;L1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0AAJ1NAACKTQAAek0AAG5NAABkTQAAW00AAFFNAABL&#10;TwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScAOVUvADhVNwA3Vj8ANlZHADVWUAAzVlkAMldkADBX&#10;cQAvV4AALVeRACtXowAqV7gAKVfWAClW9QApVf8AKlT/ASpT/wEqUv8Br1EAAJhRAACFUQAAdlAA&#10;AGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtYAAA4WQoANVoRADRaGgAzWyIAMlsrADFbMwAvXDsA&#10;LlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2OACRdoQAjXbUAIl3SACJc8wAiW/8AI1r/ACNZ/wAk&#10;WP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAAVFUAAEpWAABDWAAAPFsAADZdAAAwYAUALWEOACth&#10;FQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAjY1EAImRcACFkaQAfZHkAHmSKABxkngAbZLMAGWTO&#10;ABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxYAAB7WAAAbVgAAGJYAABZWAAAUFkAAEdbAAA+XgAA&#10;N2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2ogAB5rKAAdazAAHGs5ABtrQgAabEwAGWxYABdsZQAW&#10;bHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8AE2j/ABNo/wATZ/8AmV0AAIVdAAB1XAAAaFwAAF5c&#10;AABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAkbQAAHnABABdzCwAVdBEAFHQYABN0IQASdSkAEXUy&#10;ABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1lQAKdaoACHTDAAl05wAKc/0AC3H/AAxx/wAMcP8A&#10;kWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUAADxoAAAzbAAAK28AACRyAAAddgAAF3kAABF8BAAN&#10;fwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8ABH9LAAJ/WAABf2cAAH95AAB/jgAAf6MAAH67AAB9&#10;4AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABrZgAAYWYAAFRnAABJaQAAP20AADVxAAAsdQAAJHkA&#10;AB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJFAAAihsAAIojAACLLAAAizcAAItDAACLUAAAi18A&#10;AItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/AACH/wAAh/8Agm0AAHNsAABobAAAWm0AAE5vAABC&#10;cwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAAC48AAASSAAAAlAYAAJUMAACVEAAAlhUAAJccAACY&#10;JAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAAmZQAAJirAACXyAAAlu4AAJb/AACV/wAAlf8Ae3QA&#10;AG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaIAAAdjQAAFJIAAA6WAAAJmQAAAZwAAACgAAAAoQAA&#10;AKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgvAACoPQAAqUwAAKleAACpcgAAqIkAAKiiAACovAAA&#10;p+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAAS4IAAD6HAAAyjQAAJ5IAAB2XAAAUnAAADqAAAAek&#10;AAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAAswoAALQOAAC1EwAAthsAALgkAAC6MQAAukAAALpS&#10;AAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5/wAAuf8Ab4MAAF+GAABRiwAAQ5AAADaXAAAqnQAA&#10;H6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsAAAC+AAAAvwAAAMAAAADBAAAAwwEAAMQHAADFDQAA&#10;xxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4AANGIAADQpAAA0MEAANHmAADR+AAA0f8AZ48AAFeU&#10;AABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAGvAAAAMAAAADDAAAAxgAAAMsAAADNAAAAzgAAANAA&#10;AADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADjFwAA5iQAAOc2AADoSQAA6V8AAOp4AADrlAAA668A&#10;AOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIAACa5AAAZvgAADsIAAATFAAAAygAAAM0AAADRAAAA&#10;2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAAAOkAAADrAAAA7gAAAPEFAAD1DQAA+RYAAPwlAAD9&#10;OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA/+QA/wARAP8ADwD/AA8A/wARAP8AFgD/ACIA/wAv&#10;AP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8AcwD/AHoA/wCAAP8AhgD/AIwA/gCTAP0AmQD7AKEA&#10;+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/APMA/wDpAP8A4AD/ANgA/wDTAP8A/wAOAP8ACwD/&#10;AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA/wBMAP8AVgD+AF8A+wBmAPkAbQD3AHQA9QB6APQA&#10;gADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDpALoA5wDNAOUA6QDkAPsA4wD/AOIA/wDeAP8A0QD/&#10;AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8ADgD/ABgA/wAkAP0AMAD7ADsA9wBGAPMAUADvAFkA&#10;7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACHAN4AjgDcAJUA2gCeANYAqADUALMA0QDDAM8A3wDO&#10;APQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A/wACAP8AAAD/AAAA/wAAAP0ACwD3ABMA8QAeAO0A&#10;KgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDSAGcA0ABtAM4AcwDMAHoAygCAAMgAhwDGAI8AxACY&#10;AMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA/wC4AP8AtwD/ALMA/wCwAP8A/wAAAP8AAAD/AAAA&#10;+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5AMsAQwDHAEwAxABUAMEAWwC/AGEAvABnALsAbQC5&#10;AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcArAC0AKsAxgCpAOQApwD4AKYA/wCmAP8ApQD/AKUA&#10;/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQAAoAyAASAMIAHQC+ACgAuwAzALkAPQC1AEYAsgBN&#10;ALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUAegCkAIIAogCMAKAAlgCfAKEAnQCuAJsAvgCZANgA&#10;lwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAAAPUAAADnAQAA1AAAAMkAAADAAAQAuAAOALMAFgCv&#10;ACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUAnQBbAJsAYQCaAGcAmABuAJcAdQCVAH0AlACGAJIA&#10;kQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCIAP8AiAD/AIgA/wCIAP8A+QYAAOkMAADUDgAAwwwA&#10;ALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsAMACYADkAlgBBAJQASQCSAFAAkABWAI4AXACNAGIA&#10;iwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggClAIAAtAB+AMgAfQHnAHwC+QB7A/8AewT/AHsE/wB7&#10;BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAAngoAAJsDDACXABMAkwAeAJABKQCNAjMAigM8AIgE&#10;QwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9CHQAfAh+AHoJiQB4CZYAdwqjAHUKswBzC8cAcgzm&#10;AHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAeAAC5HQAAqRwAAJ0aAACVFgAAkBMAAI8OAwCOCg4A&#10;iQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5NAHkPUwB4EFoAdhBhAHUQaABzEHEAcRF7AHARhwBu&#10;EZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8AZRT/AGUT/wBlE/8A3x4AAMYkAACwJAAAoCMAAJQh&#10;AACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5FCgAdhQxAHQVOgByFkEAcRZIAG8XTwBuF1YAbBdd&#10;AGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEarwBgGsQAXhvkAF0c+wBcHP8AXBv/AFwb/wBcG/8A&#10;1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIAAHkfAAB4GwMAdhkPAHIaGABvHCMAbR0tAGsdNQBp&#10;Hj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkAXyFzAF0hfwBcIY0AWiKcAFkirABXIsAAViPhAFUj&#10;+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACiLgAAki4AAIUtAAB8KwAAdigAAHImAABvIwAAbSEM&#10;AGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8mSABdJk8AXCdWAFsnXQBZJ2YAWChwAFYofABUKIoA&#10;UymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/AE0o/wBOKP8AyDAAALAyAACcMgAAjDIAAIAxAAB2&#10;MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwAXiolAFwrLgBbKzYAWSw9AFgsRABXLUwAVS1TAFQt&#10;WwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJL7sASC/bAEgv9gBHL/8ARy7/AEct/wBILf8AxDQA&#10;AKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYvAABiLgAAXy0FAFwuEABaLxgAWDAiAFYwKwBVMTMA&#10;UzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNrAEozdwBINIUARzSVAEU0pgBDNLkAQjTWAEI09ABC&#10;NP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAAgzgAAHc4AABtNwAAZjYAAGEzAABdMgAAWTICAFcz&#10;DQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBLN0YASjdOAEk4VgBHOF8ARjhpAEQ4dQBDOIMAQTmT&#10;AEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03/wA9Nv8AuzsAAKI7AACPOwAAfzsAAHM7AABqOgAA&#10;YjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkcAEs6JQBKOi0ASDs1AEc7PABGPEQARTxLAEQ8UwBC&#10;PFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYAOD3RADc98gA3PP8AODv/ADg7/wA4Ov8Atj0AAJ4+&#10;AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABTOgAATzsAAEw8CABJPREARz4ZAEY/IgBEPyoAQz8y&#10;AEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpBcAA4QX8AN0GPADVCoQA0QrQAMkLOADJB8AAyQP8A&#10;M0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEAAGxBAABiQAAAW0AAAFQ/AABOPwAASkAAAEZBBQBE&#10;Qg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4AOkVGADlFTgA4RlgANkZiADVGbgAzRnwAMUaNADBG&#10;nwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAuQ/8ArEMAAJZDAACDQwAAdEMAAGhDAABfQwAAV0MA&#10;AFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpIHAA5SSQAOEksADZJNAA1SjsANEpDADNKTAAySlUA&#10;MEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vKACdL7QAnSv8AKEn/AChI/wApR/8Ap0YAAJFGAAB/&#10;RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAAP0oAADtLAAA3TAkANU0QADNOGAAyTiAAMU8oADBP&#10;MAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAnUHcAJVCIACRQmwAiUK8AIVDIACBQ6wAhT/8AIk7/&#10;ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFKAABYSgAAUEoAAElLAABATAAAO04AADVQAAAxUgQA&#10;LVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8ACVWRQAkVk4AIlZZACFWZQAfVnQAHlaFABxWmAAb&#10;VqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8Am00AAIZNAAB1TQAAaE0AAF1NAABUTQAATU4AAEVP&#10;AAA8UQAANlMAADFVAAArWAAAJloJACNbEAAiWxcAIVwfACBcJwAfXC4AHVw3ABxdQAAbXUoAGl1V&#10;ABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd5wASW/4AE1r/ABNa/wAUWf8AlFEAAIBRAABwUQAA&#10;ZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkAACtbAAAlXgAAH2EDABpjDAAYZBEAF2QZABZkIQAV&#10;ZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsADmV9AA1lkQAMZaUACmS8AApk4AALY/kADGL/AA1h&#10;/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABOVQAARFcAADxZAAA0XAAALF8AACZiAAAfZQAAGWgA&#10;ABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtuNAAKbj4ACG5KAAduVwAGbmUABG52AAJuigAAbZ8A&#10;AG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoAAHRaAABmWgAAXFkAAFNZAABIWgAAP10AADZgAAAu&#10;YwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoABXcQAAF3FQAAdxwAAHckAAB4LQAAeDcAAHhDAAB4&#10;UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAAdfAAAHX/AAB0/wAAdP8Afl8AAG5fAABiXgAAWV4A&#10;AE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0AAASdwAADXsAAAh+AAACgAgAAIENAACBEQAAghcA&#10;AIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRoAACEfAAAhJMAAIOqAACCxQAAgesAAIH+AACA/wAA&#10;gP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAAMW8AAChzAAAgdwAAGHwAABF/AAAMgwAABocAAACK&#10;AAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAAkScAAJIyAACSPwAAkk4AAJJfAACScwAAkosAAJGi&#10;AACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZqAABYawAAS20AAD9xAAA0dgAAKnsAACCAAAAXhQAA&#10;EIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoDAACbCAAAnA0AAJ4RAACfFgAAoB4AAKIoAACiNQAA&#10;o0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgAAKD2AACf/wAAn/8AbnEAAF9yAABRdQAARHkAADd+&#10;AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAAoAAAAKQAAACnAAAAqAAAAKkAAACqAAAArAYAAK0L&#10;AACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1XQAAtXMAALWOAAC1qAAAtMYAALPtAACy/wAAsv8A&#10;ZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoAABCfAAAJpAAAAKkAAACtAAAAsAAAALQAAAC3AAAA&#10;uAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4AAMQUAADHHgAAyCwAAMk9AADKUAAAymYAAMp/AADK&#10;mwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABBkQAAM5gAACefAAAbpQAAEasAAAmwAAAAtQAAALkA&#10;AAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAAAADSAAAA1AUAANkMAADdEgAA4R4A&#10;AOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXFAADl5wAA5vYAVpQAAEibAAA6ogAALKkAAB+wAAAT&#10;tgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAAANYAAADaAAAA2wAAAN4AAADgAAAA4gAAAOQAAADn&#10;AAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA+kgAAPtfAAD8egAA/ZcAAP2vAAD9xwAA/eQA/wAO&#10;AP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8ANgD/AEIA/wBNAP8AVwD/AF8A/wBnAP8AbgD/AHQA&#10;/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wClAPUArwD0ALwA8wDPAPEA7ADwAP4A7wD/AO8A/wDj&#10;AP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA/wAIAP8AEAD/ABkA/wAlAP8AMQD/AD0A/wBHAP4A&#10;UQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDvAIEA7gCHAOwAjgDqAJYA6ACfAOYAqQDjALUA4gDG&#10;AOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA/wC+AP8A/wADAP8AAAD/AAAA/wABAP8ADQD/ABQA&#10;/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABbAOYAYgDjAGgA4QBuAN8AdADcAHoA2gCBANgAiADU&#10;AJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAAxgD/AMQA/wDEAP8AuwD/ALYA/wCzAP8A/wAAAP8A&#10;AAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDkADAA4QA7ANwARQDVAE0A0QBVAM4AWwDLAGIAyQBn&#10;AMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsAnAC5AKcAtwC1ALUAyACzAOYAsgD7ALEA/wCwAP8A&#10;rgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAAAOUAAgDcAA0A0wAUAM0AHwDKACoAxwA0AMQAPgDA&#10;AEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0AsABzAK4AegCsAIIAqgCLAKgAlQCnAKAApQCtAKMA&#10;vgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCbAP8A/wAAAPwAAADuAAAA4AAAANAAAADFAAgAvgAQ&#10;ALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgATwClAFUAowBbAKIAYACgAGYAnwBsAJ0AcwCbAHsA&#10;mgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADsAI8A/wCOAP8AjgD/AI4A/wCPAP8A/AAAAO8AAADb&#10;AAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0AogAnAKAAMQCdADoAmgBCAJgASQCWAE8AlABVAJMA&#10;WwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCIAJUAhgCiAIUAsQCDAMQAgQDkAIAA+QB/AP8AgAD/&#10;AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwDAACmAAAAoAAHAJsADwCYABcAlQAhAJIAKgCPADMA&#10;jQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBhAIEAaACAAHAAfgB5AHwAhAB7AJAAeQCdAHgArAB2&#10;AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A6Q0AAM8QAAC5EAAAqRAAAJ4OAACXCwAAkwYAAJAA&#10;CwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9AEQAfABLAHoAUQB5AFcAdwBdAHYAZAB0AGwAcwF1&#10;AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG8QBoB/8AZwf/AGcH/wBnB/8A3xQAAMMXAACuFwAA&#10;nhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMUAHwFHgB5BygAdwgwAHUIOABzCUAAcglGAHAKTABv&#10;ClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsAZA2ZAGINqQBhDbsAYA3YAF4O8wBdDv8AXQ7/AF0O&#10;/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACBGgAAexcAAHgTAAB4EAYAdw0PAHMOGABwDiIAbg8r&#10;AGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMSXQBhEmYAYBJvAF4SewBcE4gAWxOXAFkTpwBXFLoA&#10;VhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIAALAiAACdIwAAjSMAAIEiAAB5IQAAcx4AAG8bAABu&#10;FwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcAYBc+AF4YRQBdGEsAXBlSAFoZWgBZGWIAVxpsAFYa&#10;dwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBMHP8ATBz/AE0c/wBNG/8AwyYAAKonAACWJwAAhygA&#10;AHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIbEQBfHBoAXR0jAFseKwBaHjMAWB86AFcfQQBWIEgA&#10;VCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKRAEkiogBIIrQARyLNAEYj7wBFI/8ARSL/AEYi/wBG&#10;If8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAAZikAAGImAABfJAAAXSIEAFshDgBYIhYAViMfAFQk&#10;KABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABLJ1wASSdmAEgncQBGJ38ARSiPAEMooABBKLIAQCjL&#10;AD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8uAACMLwAAfS8AAHEvAABoLgAAYS0AAF0rAABaKAAA&#10;VycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0AEorOwBJK0IASCxJAEYsUQBFLFoARCxkAEItbwBA&#10;LX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8AOi3/ADos/wA6LP8AsjAAAJsxAACIMgAAeTIAAG0y&#10;AABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBMLREASi4ZAEkvIgBHLyoARjAxAEUwOABDMD8AQjFH&#10;AEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgynAA2Mq8ANTLHADQy6QA0Mv8ANTH/ADUx/wA1MP8A&#10;rTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQAAFQzAABQMAAATDEAAEkxBgBHMg8ARTMWAEMzHwBC&#10;NCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUAOTZfADc2awA2NngANDeJADI3mgAxN60ALzfFAC83&#10;6AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACANwAAcjgAAGY4AABdNwAAVjcAAFA2AABLNAAARzUA&#10;AEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5MwA5OjoAODpCADY6SgA1OlMANDtdADI7aAAwO3YA&#10;LzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/ACs5/wAsOP8ApDgAAI45AAB8OgAAbjoAAGM6AABa&#10;OgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsAOjwRADg9GQA3PSEANj4pADQ+MAAzPjcAMj8/ADE/&#10;RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAmQKoAJUDBACRA5QAkP/wAJT7/ACY9/wAmPf8AnzsA&#10;AIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9AABCPQAAPD4AADk/AAA2QQgANEEPADJCFgAxQh4A&#10;L0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERYACdFYwAlRXEAI0WCACJFlQAgRagAH0W/AB5E4wAf&#10;RPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAAZ0AAAFxAAABTQAAATEAAAEZAAAA+QQAAOEMAADRF&#10;AAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAnSTEAJUk5ACRJQQAjSkoAIkpVACBKYQAfSm8AHUp/&#10;ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH/wAaR/8AlUIAAIBCAABwQwAAY0MAAFhDAABQQwAA&#10;SUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0JACROEAAiThYAIU8dACBPJQAfTywAHk81AB1PPQAc&#10;UEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQAEVC6ABFQ3gART/gAEk7/ABNN/wAUTf8Aj0UAAHtG&#10;AABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3SgAAMUwAACtOAAAmUAAAIFMDABxVDAAaVhEAGVYY&#10;ABdWIAAWVicAFVYwABRWOQATV0IAEldNABFXWQAQV2gAD1d5AA5XjAANV6AAC1e2AAtW1AALVvQA&#10;DFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oAAFFKAABKSgAAQ0oAADtMAAAzTgAALFEAACZUAAAh&#10;VgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIADl4qAA1eMwAMXj0AC15IAApeVAAIXmIAB15zAAVe&#10;hgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAFW/8AgU4AAHBOAABiTgAAV04AAE5OAABHTgAAPk8A&#10;ADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBjAwAMZgsACGcQAAZnFQAFZxwABGckAAJnLQABZzcA&#10;AGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGasAABlxwAAZesAAGT8AABk/wAAY/8AelIAAGpTAABd&#10;UgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAAIV8AABpiAAAUZQAAEGgAAAxrAQAGbgkAAG8OAABv&#10;EgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAAcVYAAHFmAABxeQAAcY8AAHCnAABvwQAAb+cAAG78&#10;AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZXAAA8WgAAMl0AACphAAAiZAAAGmgAABRsAAAObwAA&#10;CnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZAAB8IAAAfSkAAH0zAAB9QAAAfU4AAH1eAAB9cgAA&#10;fYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8AbV0AAGBcAABXXAAAS10AAEBfAAA1YwAAK2cAACNr&#10;AAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAAgwEAAIQGAACFCwAAhg8AAIgTAACJGQAAiiEAAIsr&#10;AACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACKswAAidgAAIj3AACI/wAAh/8AaGMAAF5iAABRYgAA&#10;RGUAADhpAAAubgAAJHMAABp4AAATfQAADYEAAAaFAAAAiQAAAI0AAACQAAAAkgAAAJIAAACUBQAA&#10;lQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwAAJ1MAACcXwAAnHYAAJuRAACbqwAAmskAAJrwAACZ&#10;/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAlfAAAG4EAABKHAAAMjAAABJEAAACVAAAAmQAAAJ0A&#10;AACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACpDAAAqhEAAK0YAACvIgAArzAAAK9BAACvVAAAr2sA&#10;AK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEAAE90AABCeQAANX8AACiFAAAdjAAAE5IAAAyYAAAD&#10;nQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAAALMAAAC0AAAAtgAAALgAAAC6BAAAvAoAAL4QAADB&#10;FwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAAxa8AAMXRAADD8gAAw/8AVnwAAEeCAAA6iAAALI8A&#10;ACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3AAAAuwAAAL8AAADCAAAAwgAAAMUAAADGAAAAyAAA&#10;AMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0nAADeOgAA31AAAOBoAADghAAA4aEAAOG9AADh4gAA&#10;4PQATosAAECSAAAymQAAJaEAABioAAAOrwAABbUAAAC6AAAAvwAAAMQAAADIAAAAzgAAANEAAADU&#10;AAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA5AAAAOcAAADrBQAA7w4AAPQZAAD1KwAA9kEAAPdY&#10;AAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8ACAD/AAkA/wAMAP8AEgD/ABoA/wAmAP8AMgD/AD4A&#10;/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1AP4AewD8AIEA+wCIAPkAjwD3AJcA9QCgAPMAqgDy&#10;ALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8AzgD/AMYA/wDCAP8A/wAEAP8AAAD/AAAA/wAFAP8A&#10;DQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5AFQA9wBcAPQAYwDyAGkA8ABvAO4AdQDsAHsA6gCC&#10;AOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA3ADYAPQA1QD/ANMA/wDLAP8AwQD/ALsA/wC3AP8A&#10;/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAbAPYAJwD0ADIA8AA8AOwARgDoAE4A5ABWAOEAXADe&#10;AGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoAywCTAMgAnQDGAKgAxAC3AMEAzADAAOsAvgD/AL0A&#10;/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/AAAA+gAAAPIABQDqAA4A5QAWAOAAIQDdACsA2wA2&#10;ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAAZwC+AG0AvABzALoAegC4AIIAtgCLALQAlgCyAKEA&#10;sACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/AKEA/wCfAP8A/wAAAP8AAAD3AAAA6AAAANwAAADQ&#10;AAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEAtQBIALIATwCwAFUArgBbAKwAYQCqAGYAqABsAKcA&#10;cwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACaANAAmQDvAJgA/wCXAP8AlgD/AJQA/wCSAP8A/wAA&#10;APYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAAFQCsAB8AqgApAKgAMgClADoAogBCAKAASQCeAE8A&#10;nABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9AJAAhwCOAJMAjAChAIsAsACKAMUAiADmAIcA+wCG&#10;AP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAAvQAAALMAAACqAAAAowAKAJ8AEQCbABkAmQAjAJcA&#10;LACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJAFoAhwBgAIYAZgCEAG4AgwB3AIEAgQB/AI0AfgCb&#10;AHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA/wB4AP8A7QAAANECAAC7AgAArAEAAKIAAACbAAAA&#10;lgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2AIIAPQCAAEMAfgBJAH0ATwB8AFUAegBbAHkAYQB3&#10;AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYAbQDOAGwA7gBrAP8AawD/AGsA/wBrAP8A3wsAAMIM&#10;AACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCBABAAfwAXAHwAIAB6ACgAeAAwAHYAOAB0AD4AcwBE&#10;AHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgAdwBnAIQAZQCSAGQAoQBjALIAYQDJAGAA6QBgAPwA&#10;YAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIAAIgRAACADwAAfA0AAHkJAQB4AwsAdQARAHMAGgBw&#10;ACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwAZQRSAGMFWQBiBWEAYAVqAF8GdABdBoEAXAePAFoH&#10;nwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBWCv8AxhUAAK0XAACZGAAAihgAAH8XAAB2FgAAcRMA&#10;AG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGMLLgBiDDUAYAw8AF8MQgBeDUgAXA1PAFsNVgBZDV4A&#10;WA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7IAE0Q6gBNEP0ATRD/AE0Q/wBNEP8AvBsAAKUcAACS&#10;HQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAAZBAIAGIPEABfEBgAXRAhAFsRKQBaETEAWBI4AFcS&#10;PgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABMFH0ASxSMAEkUnABHFa4ARhXFAEUV6ABFFv4ARRb/&#10;AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEiAABoIQAAYh8AAF8dAABcGgAAWxcCAFoVDQBXFhQA&#10;VRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlIAEsaUABKGlgASBpiAEcabQBFG3oAQxuJAEIbmgBA&#10;G6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8AryMAAJgkAACGJQAAdyYAAGwmAABjJQAAXSQAAFki&#10;AABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBLHikASh4xAEkfNwBHHz4ARiBFAEUgTQBDIFUAQiBf&#10;AEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci4wA3IvsANyL/ADgh/wA4If8AqiYAAJQnAACBKQAA&#10;cykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIAAEwiBwBKIhAASCIXAEcjHwBFJCYARCQuAEIkNABB&#10;JTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUANyeEADUnlgA0J6gAMie+ADEn4QAxJ/kAMib/ADIm&#10;/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABbLAAAVSsAAFAqAABMKAAASiYAAEcnBABEJw0AQigU&#10;AEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkqSAA4K1AANitaADUrZQAzK3IAMSuCADAslAAuLKcA&#10;LCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwAAIstAAB5LgAAay8AAGAvAABYLwAAUS4AAEwuAABI&#10;LAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEAOS4oADcuLwA2LzYANS8+ADQvRQAzL04AMTBYADAw&#10;YwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAmMPcAJy//ACgv/wAoLv8AnC4AAIcwAAB2MQAAaDIA&#10;AF0yAABVMgAATjEAAEgxAABEMAAAQC8AADwwAAA6MQkANzEQADYyFgA1Mh4AMzMlADIzLAAxMzMA&#10;MDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+ACU1kAAjNaMAIjW5ACE12QAhNPYAIjT/ACMz/wAj&#10;Mv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAASzQAAEU0AABANAAAOjMAADc0AAA0NQYAMjYOADA3&#10;EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAoOUkAJjlTACU5XwAjOWwAITp8ACA6jgAeOqIAHDq3&#10;ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82AABuNwAAYTcAAFc3AABONwAASDcAAEI3AAA8NwAA&#10;NTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0fACY9JgAlPS4AJD01ACM+PQAiPkYAID5QAB8+XAAd&#10;P2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMAFz3/ABg8/wAYPP8AjjcAAHo4AABqOQAAXjoAAFM6&#10;AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAApQAAAJkEIACRCDgAiQhQAIUIbACBDIwAfQyoAHkMy&#10;ABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNEigASRJ4AEUSzABBE0AAQQ/IAEUL/ABJC/wATQf8A&#10;iTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0AADw9AAA2PgAAL0AAACpCAAAlRAAAIUYDAB1IDAAb&#10;SREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAAE0pKABFKVgAQSmQAD0p0AA5KhwANSpsADEqwAApK&#10;ygALSewADEj/AA1H/wANR/8Agz4AAHE/AABiQAAAVkAAAE1AAABFQAAAP0AAADlBAAAyQgAAK0UA&#10;ACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQGQAQUCEAD1ApAA5QMQANUDsADVFGAAtRUQAKUV8A&#10;CVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7AAVO/wAGTf8AfUIAAGtDAABdRAAAUkQAAEpEAABD&#10;QwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAAF1EAABJUAwAOVwoAC1gQAApYFQAIWBwAB1gkAAZY&#10;LAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAAWJEAAFenAABXwAAAVuUAAFb5AABV/wAAVf8AdkcA&#10;AGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBKAAApTQAAIlAAABxTAAAWVQAAEVgAAA1bAgAJXgkA&#10;BF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7AABgRwAAYFQAAGBjAABgdgAAYIsAAF+iAABfuwAA&#10;X+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAATEsAAERLAAA7TAAAMk4AACtRAAAjVAAAHFcAABZb&#10;AAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAAaBMAAGkZAABqIQAAaikAAGo0AABqQAAAak0AAGpd&#10;AABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn/wAAZv8AaVEAAFxQAABSUAAASk8AAD9QAAA1UwAA&#10;LVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoAAABuAAAAbwMAAHAIAABxDQAAchAAAHQUAAB1GwAA&#10;diMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4AAHaXAAB1sQAAdNMAAHP1AABz/wAAcv8AY1YAAFhV&#10;AABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAVZwAAEGwAAApwAAAEcwAAAHYAAAB6AAAAfAAAAHwD&#10;AAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACGLwAAhj0AAIZNAACFXwAAhXUAAIWPAACEqQAAg8kA&#10;AILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4AADJhAAAnZgAAHmsAABVwAAAOdQAACXkAAAF+AAAA&#10;gQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYAAJALAACRDwAAkxQAAJUbAACXJgAAlzQAAJdEAACX&#10;VgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAAkv8AXWEAAE9hAABCZAAANmkAACpuAAAfdAAAFXkA&#10;AA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACYAAAAmgAAAJsAAACdAAAAnwAAAKEDAACjCAAApQ0A&#10;AKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6AAComQAAqLUAAKfdAACn+AAApv8AVmgAAEhsAAA6&#10;cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAAAJoAAACfAAAAowAAAKcAAACqAAAAqwAAAK0AAACv&#10;AAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAAwBwAAMAtAADAQAAAv1UAAL9uAAC+iwAAvqgAAL7J&#10;AAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmOAAAQlQAAB5wAAACiAAAApwAAAKwAAACwAAAAtQAA&#10;ALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYAAADIAAAAygAAAM0CAADQCwAA1RIAANYhAADXNAAA&#10;2EkAANlgAADafAAA2poAANu1AADb2QAA2/IARoIAADiJAAArkAAAHZgAABKgAAAKpwAAAK4AAAC0&#10;AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAAzwAAANIAAADUAAAA1gAAANoAAADdAAAA3wAAAOIA&#10;AADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0awAA9IkAAPWlAAD1vwAA9d0A/wAGAP8AAwD/AAUA&#10;/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBEAP8ATQD/AFUA/wBdAP8AZAD/AGoA/wBwAP0AdgD7&#10;AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA6wDEAOkA5ADnAPkA5gD/AOUA/wDTAP8AxwD/AL8A&#10;/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/ABIA/wAdAP8AKAD/ADMA/wA+APwARwD4AE8A9ABX&#10;APEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQAgwDiAIsA3wCVANwAnwDZAKsA1QC7ANIA1ADPAPIA&#10;zQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD5AA8A9QAXAPMAIgDx&#10;AC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A1ABjANEAaADPAG4AzAB1AMoAfADIAIQAxQCNAMIA&#10;mADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2AP8ArQD/AKcA/wCjAP8A/wAAAP8AAAD/AAAA9QAA&#10;AOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwAOgDIAEIAxABKAMAAUAC9AFYAuwBcALkAYQC3AGcA&#10;tQBtALMAdACxAHwArwCFAK0AkACqAJwAqACqAKYAuwClANoAowD1AKMA/wCiAP8AngD/AJoA/wCX&#10;AP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcAwQAPALwAFwC5ACAAtwAqALUAMwCwADsArQBDAKsA&#10;SQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCdAHQAnAB9AJoAiACYAJQAlgCiAJQAsgCSAMkAkQDr&#10;AJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwAAADZAAAAxwAAALoAAACxAAIAqwAMAKcAEgCkABsA&#10;oQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABPAJIAVACQAFoAjwBfAI0AZgCLAG0AiQB2AIgAgACG&#10;AIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8AfwD/AH8A/wB+AP8A8QAAANgAAADCAAAAswAAAKgA&#10;AACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCNAC4AigA2AIcAPQCFAEMAhABJAIIATgCBAFQAfwBZ&#10;AH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQAowByALUAcgDPAHEA8QBwAP8AcAD/AHAA/wBxAP8A&#10;4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwACAIYACwCDABEAgQAYAH8AIQB9ACkAfAAwAHkANwB4&#10;AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIAbQBqAGsAdABqAIAAaACOAGcAnQBlAK8AZQDGAGQA&#10;6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACjCAAAlAgAAIkHAACCAwAAfgAAAHsABgB3AA4AdQAT&#10;AHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkARABnAEkAZgBPAGUAVgBjAF0AYgBlAGAAbwBfAHsA&#10;XQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/AFgA/wBZAP8AwgwAAKoNAACXDgAAiQ4AAH0OAAB2&#10;DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4AZQAmAGMALQBhADMAYAA5AF8APwBdAEUAXABLAFsA&#10;UgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBRAKcAUAC7AE8B2wBOAvQATgP/AE4E/wBOA/8AuBAA&#10;AKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUOAABjCwMAYwYMAGEEEQBeAxkAXAQhAFsFKABZBi8A&#10;WAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlfAE4JaQBNCXYASwqEAEkKlABICqYARwq6AEYK2ABF&#10;C/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAAeBkAAG0YAABlFwAAXxYAAFwTAABaEQAAWg4GAFoM&#10;DQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABODj4ATQ5FAEsOTQBKDlUASA9eAEcPaABFD3UAQxCE&#10;AEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q/wA+EP8AqRkAAJIbAACBHAAAch0AAGcdAABfHAAA&#10;WRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEYAEwRIABKEicASRIuAEgTNABHEzsARRNCAEQTSQBD&#10;FFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQANxW5ADUV2AA1FvUANhb/ADYW/wA3Ff8AoxwAAI0e&#10;AAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABNGwAATBkAAEsWBgBJFg4ARxcVAEUXHABEGCQAQhgq&#10;AEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADkaYwA3G28ANRt+ADMbkAAyG6IAMBu3AC8b0wAvHPMA&#10;Lxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQAAF4kAABWJAAAUCMAAEsiAABIIAAARh0AAEUcAgBD&#10;HAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUAOR88ADcfRAA2H0wANCBWADMgYAAxIG0ALyB8AC0h&#10;jgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wArIP8AmSIAAIQlAABzJgAAZScAAFsnAABTJwAATCYA&#10;AEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADkiFgA4Ih4ANiMlADUjKwA0JDIAMyQ5ADIkQQAwJEoA&#10;LyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWzACMlzgAjJfAAJCX/ACUk/wAlJP8AlCUAAIAnAABv&#10;KQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAAPSYAADolAAA3JgYANSYOADQnFAAyJxsAMSgiADAo&#10;KQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAmKmkAJCp4ACMqigAhKp0AHyqyAB4qzAAeKu8AHyn/&#10;ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQsAABMLAAARiwAAEErAAA8KwAAOCoAADUqAAAyKwMA&#10;MCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00ACcuPAAmLkUAJC5PACMuWgAhL2cAHy92AB0viAAc&#10;L5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8AjCsAAHgtAABoLgAAWy8AAFEvAABJLwAAQy8AAD4u&#10;AAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAnMRUAJjEcACUyIwAkMioAIzIxACEzOQAgM0IAHzNM&#10;AB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMzyAATM+wAFDP/ABUy/wAWMf8Ahy4AAHQvAABlMQAA&#10;WDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEAACszAAAoNAAAJTUGACM2DQAhNhIAIDcZAB83IAAe&#10;NycAHTguABs4NgAaOD8AGThJABc5VQAVOWIAFDlxABI5hAAROZgAEDmtAA44xwAOOOsAEDj/ABA3&#10;/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABENAAAPTQAADg0AAAzNAAALTUAACg3AAAkOQAAIDoC&#10;AB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+MwAUPjwAEj5GABE+UgAQPl8ADz5vAA4+gQAMPpUA&#10;Cz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQAAGs2AABdNwAAUTcAAEg3AABBNwAAOzcAADU3AAAw&#10;NwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0AEkMSABFDGAARQx8AEEQnAA9ELwAORDkADURDAAxE&#10;TgALRFsACURqAAdEfAAGRJAABEOlAAJDvQADQ+AAA0P2AARC/wAGQf8AeDgAAGc5AABZOgAATjoA&#10;AEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFAAAAcQgAAF0QAABNGAwAPSQoADUoPAAxKFAALShsA&#10;CUojAAhKKwAHSjQABUo+AARKSQACSlYAAEplAABKdwAASosAAEqhAABJuQAASd0AAEn1AABI/wAA&#10;SP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAANj0AAC8+AAApQAAAI0IAAB1FAAAXRwAAE0oAAA9M&#10;AgALTwkAB1ANAANREQAAURcAAFEeAABRJgAAUS8AAFE5AABRRAAAUlEAAFJgAABRcgAAUYcAAFGd&#10;AABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1BAABRQQAAR0EAAEBAAAA5QAAAMkEAACpDAAAkRgAA&#10;HkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcMAABYEAAAWBMAAFkZAABaIQAAWikAAFozAABaPwAA&#10;WkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEAAFj0AABX/wAAV/8AZUUAAFhFAABNRQAARUQAAD5E&#10;AAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAOVgAAClkAAARcAAAAXgQAAF8JAABgDQAAYRAAAGIV&#10;AABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABkZgAAZHsAAGOTAABjrQAAYswAAGHyAABh/wAAYP8A&#10;X0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08AAB9SAAAYVQAAElkAAA1dAAAIYAAAAmMAAABmAAAA&#10;aAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0AAHEmAABxMQAAcD4AAHBOAABwXwAAcHMAAG+NAABv&#10;pwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABITQAAPU4AADNRAAApVAAAIFgAABhcAAARYAAADGQA&#10;AAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3BAAAeAkAAHoNAAB8EAAAfRYAAH8eAACAKAAAgDUA&#10;AIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzpAAB7/wAAev8AVlQAAE5TAABCVAAAN1YAACxaAAAi&#10;XwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAAAH0AAACAAAAAgwAAAIQAAACGAAAAhwIAAIkHAACL&#10;DAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAAkWIAAJF6AACPlwAAj7QAAI7hAACM+wAAjP8AVVkA&#10;AEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3AAACfQAAAIIAAACGAAAAiwAAAI4AAACRAAAAkwAA&#10;AJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIPAACkFgAApiEAAKYxAACmQwAApVcAAKRwAACjjgAA&#10;o6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAAJ24AABt1AAARfAAAC4MAAACJAAAAjgAAAJMAAACY&#10;AAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUIAAC4DgAAvBYAALwl&#10;AAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC36gAAt/wARmsAADlwAAArdwAAH38AABOGAAALjgAA&#10;AZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMAAAC3AAAAtwAAALoAAAC8AAAAvwAAAMEAAADEAAAA&#10;xwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAAANNYAADTdAAA05IAANKwAADS0wAA0vIAPnkAADGA&#10;AAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAAswAAALgAAAC9AAAAwgAAAMYAAADKAAAAygAAAM0A&#10;AADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADjAAAA5wUAAOsPAADsHwAA7TMAAO5LAADvZAAA74IA&#10;APCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJAP8ADgD/ABUA/wAeAP8AKQD/ADQA/wA/AP8ASAD/&#10;AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA+AB+APYAhQDzAI0A8QCXAO4AogDrAK8A6ADAAOYA&#10;4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0AP8A/wAAAP8AAAD/AAAA/wAAAP8ACQD/ABAA/wAZ&#10;AP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4AWADrAF4A6QBkAOYAagDkAHAA4gB2AN8AfQDdAIYA&#10;2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/AMUA/wC7AP8AtAD/AK0A/wCpAP8A/wAAAP8AAAD/&#10;AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA6QAyAOMAOwDdAEQA2ABLANMAUQDQAFgAzQBdAMsA&#10;YwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6AJ8AtwCtALUAwQCyAOQAsQD9AK8A/wCsAP8ApQD/&#10;AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQAAADcAAgA0wAQAM8AGADLACIAyQArAMYANADBAD0A&#10;vQBEALoASwC3AFEAtQBWALIAXACwAGEArgBnAKwAbgCqAHYAqAB/AKYAigCjAJYAoQClAJ8AtgCd&#10;ANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A/wAAAPYAAADnAAAA0wAAAMYAAAC9AAMAuAANALMA&#10;EwCxABwArwAlAK4ALgCpADYApgA9AKMARAChAEoAnwBPAJ0AVQCbAFoAmgBgAJgAZgCWAG4AlAB3&#10;AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA/wCJAP8AhwD/AIUA/wCCAP8A8wAAAOMAAADMAAAA&#10;vAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAfAJgAJwCWAC8AkwA3AJEAPQCOAEMAjABJAIsATgCJ&#10;AFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYAfACUAHoApAB5ALgAeADYAHcA9wB4AP8AeAD/AHcA&#10;/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACWAAAAjwAEAIsADACIABIAhwAZAIUAIQCEACkAggAw&#10;AH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYAWQB0AGEAcgBpAHEAcwBvAH8AbQCNAGwAnQBqAK8A&#10;aQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAAALgAAAClAAAAlwAAAI0AAACGAAAAgQAAAHwACAB5&#10;AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcAbgA9AGwAQwBrAEgAagBOAGgAVABnAFsAZQBjAGMA&#10;bQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABcAPsAXAD/AFwA/wBcAP8AwgAAAKoBAACYAwAAiQQA&#10;AH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkAFwBoAB4AZgAlAGUALABjADIAYgA4AGAAPQBfAEMA&#10;XgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCBAFQAkQBSAKMAUQC3AFEA1gBRAPUAUQD/AFEA/wBS&#10;AP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAAaAcAAGUDAABjAAcAYQANAF8AEwBdABoAXAAhAFsA&#10;JwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBRAFIAUABaAE8AZABNAG8ATAB9AEoAjQBJAJ8ASACy&#10;AEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUOAACDEAAAdRAAAGsQAABjDwAAXg4AAFsMAABaCQIA&#10;WQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAvAE4ANQBNATsATAFBAEoCSABJAk8ASAJXAEYDYQBF&#10;A20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoAPQX8AD0G/wA+Bv8ApBAAAI4SAAB8EwAAbhQAAGQU&#10;AABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABPBxEATQcXAEsIHwBJCCUASAkrAEcJMQBGCTgARAo+&#10;AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoMigA4DJwANwyvADUMxwA1DOkANQ39ADUN/wA2DP8A&#10;nRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcAAE0VAABKEwAASREAAEkOBwBIDQ4ARg0TAEQNGgBD&#10;DiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsAOhBUADgQXgA2EGsANBB5ADIQigAxEJwALxCwAC0Q&#10;yQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABxGwAAZBwAAFkcAABRHAAATBsAAEcaAABEGAAAQxUA&#10;AEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoTKwA4EzIANxM5ADYUQAA0FEgAMxRRADEUXAAwFWgA&#10;LhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/ACgV/wApFf8AkRoAAH0cAABtHgAAYB8AAFYfAABO&#10;HwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcAORYOADgXFAA2FxsANRgiADMYKAAyGC8AMRk2ADAZ&#10;PQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAkGpkAIhqtACEaxQAgGugAIRr+ACIa/wAjGv8AjR0A&#10;AHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8hAAA8IAAAOR4AADgbAAA1HAQANBwNADIcEgAwHRgA&#10;Lx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9NACYfVwAkH2QAIh9yACAfhAAfH5cAHR+rABsfwwAb&#10;H+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAAWSQAAE8lAABHJQAAQSQAADwjAAA4IwAANSIAADMg&#10;AAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAnIikAJiMwACUjOAAjI0EAIiRKACEkVQAfJGEAHSRw&#10;ABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj/wAZI/8AhSIAAHEkAABiJgAAVicAAEwnAABEJwAA&#10;PicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUHACcmDgAlJhMAJCcZACMnIAAiJycAISguACAoNgAe&#10;KD4AHShIABspUwAZKV8AGCluABYpgAAUKZQAEimoABEpwAARKOQAESj7ABMo/wAUJ/8AgCUAAG4n&#10;AABfKAAAUykAAEkqAABCKQAAOykAADYpAAAyKAAALigAACooAAAmKQAAJCoEACIrDAAgKxEAHywW&#10;AB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYuUAAULl0AEi5sABEufgAQLpIADi6nAA0tvQANLd8A&#10;DS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwAAEYsAAA/LAAAOSwAADQrAAAvKwAAKysAACYsAAAi&#10;LgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEAFTIoABQyMAATMjkAEjNDABEzTgAQM1sADjNpAA0z&#10;egAMM44ACjOiAAgyuQAIMtkACDL0AAox/wALMf8AdysAAGYtAABYLgAATS8AAEMvAAA8LgAANi4A&#10;ADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1BQAUNgwAEjcRABE3FgARNx0AEDgkAA84LAAOODUA&#10;DTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzifAAE3tQABN9MAAjfxAAM2/wAFNv8Acy4AAGIwAABU&#10;MQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAAJTIAACAzAAAbNgAAFzgAABM6AgAQPAkADT0OAAw9&#10;EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgADPlIAAT5hAAA+cgAAPoYAAD2cAAA9sgAAPdAAADzw&#10;AAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40AAA3NAAAMjMAAC0zAAAnNAAAIjYAAB04AAAYOgAA&#10;FD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQdAABEJAAARC0AAEQ2AABEQQAARE4AAERcAABEbQAA&#10;RIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8AaDYAAFg3AABMOAAAQzgAADs3AAA1NgAAMDYAACk3&#10;AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAIRwcAA0kMAABJDwAAShMAAEsZAABLIAAASygAAEsy&#10;AABLPQAATEkAAExXAABLaAAAS30AAEuUAABKrAAASsoAAEnvAABJ/wAASf8AYjoAAFQ7AABJOwAA&#10;QDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEAABNEAAAQRwAADEkAAAhMAAACTwUAAFAKAABQDQAA&#10;URAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQAAFRSAABUYwAAVHcAAFSPAABTqAAAUsYAAFLtAABR&#10;/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAvPgAAJ0AAACBDAAAZRgAAE0kAAA9MAAALTwAABlIA&#10;AABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABdFgAAXh0AAF8mAABfMQAAXj0AAF5MAABeXQAAXnEA&#10;AF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQAAEtDAABDQgAAPEEAADJCAAApRQAAIUgAABpLAAAT&#10;TgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAAAGICAABjBgAAZQoAAGYOAABoEQAAahcAAGsfAABr&#10;KQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAAaLsAAGfnAABm/wAAZf8AUUgAAEhIAABBRgAAN0cA&#10;ACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFhAAAAZAAAAGcAAABqAAAAbAAAAG4AAABwAAAAcgUA&#10;AHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9AAB6TgAAeWIAAHl5AAB4lgAAd7MAAHXgAAB0/AAA&#10;c/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAAE1wAAA1hAAAGZgAAAGoAAABvAAAAcgAAAHYAAAB5&#10;AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAAiAwAAIsRAACOGAAAjiQAAI4zAACNRAAAjFgAAItv&#10;AACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFTAAA0VQAAKVoAAB5fAAAUZQAADWoAAAVwAAAAdgAA&#10;AHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4AAACRAAAAkwAAAJUAAACYAAAAmgUAAJ0MAACgEQAA&#10;oxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAAAJ3BAACb7gAAmv8ARlkAADlcAAAtYQAAIWcAABZu&#10;AAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAAlgAAAJoAAACdAAAAnwAAAKEAAACkAAAApgAAAKgA&#10;AACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5LwAAuEMAALdaAAC1dgAAtJcAALS1AACx4gAAsPwA&#10;P2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4AAACUAAAAmgAAAKAAAAClAAAAqgAAAK4AAACxAAAA&#10;sgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAAAMYAAADJAAAAzgoAANITAADSIwAA0TcAANBPAADO&#10;agAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAdgAAAEYkAAAiRAAAAmgAAAKEAAACnAAAArQAAALMA&#10;AAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADMAAAAzgAAANIAAADVAAAA2gAAAN4AAADhAAAA5QAA&#10;AOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZAADrtQAA69UA/wAAAP8AAAD/AAEA/wAHAP8ADQD/&#10;ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA/wBTAP8AWgD9AGAA+wBmAPoAawD4AHIA9gB4APQA&#10;gADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADfAPcA3QD/AMwA/wC+AP8AtQD/ALAA/wCtAP8A/wAA&#10;AP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8AHwD/ACkA+wAzAPcAPQDzAEUA7wBNAOwAUwDoAFkA&#10;5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCKAM8AlQDMAKIAyACyAMUAyQDCAO0AwAD/ALsA/wCw&#10;AP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA+gAAAPgAAADwAAkA7AARAOgAGQDnACMA5QAtAN4A&#10;NgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDDAGMAwABpAL4AcAC8AHgAuQCBALcAjQC0AJoAsQCp&#10;AK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA/wCUAP8A/wAAAPkAAADyAAAA5wAAANsAAADRAAQA&#10;ygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/ALQARQCxAEsArgBRAKwAVgCqAFwAqABhAKYAaACj&#10;AHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwAlQDxAJQA/wCRAP8AiwD/AIgA/wCGAP8A9wAAAOwA&#10;AADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACpABcAqAAgAKcAKACiADAAnwA4AJwAPgCaAEQAmABK&#10;AJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsAewCJAIgAhwCXAIUAqACDAL4AgQDkAIAA/wCAAP8A&#10;fAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAAAKYAAACdAAAAlwAFAJQADQCSABIAkAAaAI8AIgCO&#10;ACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4AfwBUAH4AWgB8AGEAegBpAHgAcwB2AH8AdQCOAHMA&#10;nwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBsAP8A2gAAAL8AAACsAAAAngAAAJMAAACMAAAAhQAA&#10;AIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcAMQB1ADcAdAA9AHIAQgBxAEgAbwBNAG4AUwBsAFoA&#10;awBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDCAGAA6wBhAP8AYQD/AGEA/wBgAP8AxQAAAK0AAACb&#10;AAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwAbgARAGwAFwBsAB4AawAlAGkALABnADEAZgA3AGQA&#10;PQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBaAHIAWQCAAFcAkABWAKMAVQC5AFQA3gBUAPsAVAD/&#10;AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUAAABuAAAAaQAAAGYAAQBjAAkAYQAOAGAAEwBfABkA&#10;XgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBPAGwATgB6AEwAigBL&#10;AJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8AqgEAAJQFAACCBwAAdAgAAGoIAABjBgAAXgQAAFsA&#10;AABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBRACgAUAAtAE4AMwBNADgATAA+AEsARQBKAEwASABU&#10;AEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAAxQA/AOoAPwD/AEAA/wBAAP8AoAgAAIoLAAB5DQAA&#10;bA0AAGENAABaDQAAVQsAAFIJAABQBgAATwIIAE4ADQBMABIASwAXAEoAHgBJACMARwApAEYALwBF&#10;ADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQAPAByADoAggA5AJQAOACnADcAvgA2AOMANgD5ADYA&#10;/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABTEAAAThAAAEoOAABIDQAARwoDAEcHCgBFBA4ARAIT&#10;AEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsEPgA6BUUAOQVOADcFVwA2BWIANAZwADIGgAAxBpIA&#10;MAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAAAH0RAABsEwAAXxQAAFUUAABOFAAASBMAAEQSAABB&#10;EAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwAOQoiADgKKAA3Cy4ANgs1ADULOwAzC0MAMgxMADAM&#10;VgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAlDN0AJQ31ACYN/wAnDf8AixIAAHcUAABnFgAAWxcA&#10;AFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkRAQA5DwgAOA4NADcOEgA1DhgANA4fADIOJQAxDywA&#10;MA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBvACQQgAAjEJMAIRCnAB8QvQAeEOAAHhH3AB8Q/wAg&#10;EP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAAQBoAADsZAAA4GAAANRYAADQUAAAzEgQAMhILADES&#10;EAAvEhUALRIcACwTIgArEykAKhMwACgTNwAnFD8AJhRIACQUUwAiFF8AIBVtAB8VfgAdFZEAGxWl&#10;ABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8aAABfHAAAUx0AAEodAABCHQAAPB0AADccAAA0GwAA&#10;MRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZACcYIAAlGCYAJBgtACMYNAAiGT0AIBlGAB4ZUQAd&#10;GV0AGxprABkafAAXGo8AFRqjABQZugASGdsAExn2ABQZ/wAVGP8AfRoAAGsdAABcHwAAUCAAAEcg&#10;AAA/IAAAOR8AADQfAAAxHgAALR0AACscAAApGwAAJxsFACUbDAAkHBEAIhwWACEcHQAgHSMAHx0q&#10;AB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQfegASHo0AER6iABAeuAAOHtgADx71ABAd/wARHf8A&#10;eh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIAADIhAAAuIQAAKiAAACcgAAAkHwAAIiACACAgCgAe&#10;IQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgAFSNBABQjTAASI1gAESNnABAjeAAOI4sADSOfAAwj&#10;tAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABWIwAASyQAAEEkAAA6JAAANCQAAC8jAAArIwAAKCMA&#10;ACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYmFwAVJx4AFCclABMnLAASJzUAESg/ABAoSgAOKFYA&#10;DShkAAwodAAKKIcACSibAAcnsQAFJ8wABifsAAcm/gAIJv8AcSIAAGAkAABTJgAASCcAAD8nAAA3&#10;JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAAGSgAABYqBAAUKwsAEiwQABEsFAAQLBsAECwiAA4s&#10;KQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAELYMAAi2YAAAsrgAALMkAACzrAAEr/AACK/8AbSUA&#10;AF0nAABPKAAARSkAADwpAAA1KQAALygAACsoAAAnJwAAIycAAB8oAAAbKgAAFywAABMuAgAQMAgA&#10;DjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3AAUyQgADMk4AATJcAAAybAAAMn8AADKVAAAxrAAA&#10;MccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAAQSwAADksAAAyKwAALSsAACkqAAAlKgAAICsAABws&#10;AAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAFNxQAAzcbAAI3IgAANyoAADgzAAA4PgAAOEoAADhY&#10;AAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2/QAANf8AYywAAFQuAABILwAAPi8AADYuAAAwLgAA&#10;Ky0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUAAA43AQAKOgcABjsLAAI8DgAAPRIAAD4XAAA+HgAA&#10;PiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncAAD6PAAA9pwAAPcMAADzpAAA8/QAAO/8AXjAAAFAx&#10;AABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAeMgAAGTQAABQ2AAAQOQAADTsAAAo9AAAFQAUAAEEK&#10;AABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABGNQAARkEAAEZPAABGXwAARnMAAEWKAABFpAAARMAA&#10;AEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUAADI0AAAtMwAAJjQAACA1AAAaOAAAFDoAABA9AAAN&#10;QAAACUIAAARFAAAARwMAAEgHAABKCwAASw4AAEwRAABOFQAATxwAAE8lAABPLwAATzwAAE9KAABP&#10;WgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAASv8AUzkAAEc5AAA+OQAANzgAADE3AAApNwAAITkA&#10;ABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABNAAAATwAAAFEEAABSBwAAVAsAAFUOAABXEQAAWRcA&#10;AFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/AABXmgAAVrcAAFXjAABU/QAAVP8ATj0AAEM9AAA8&#10;PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAAC0sAAAVOAAAAUQAAAFQAAABXAAAAWQAAAFsAAABd&#10;AgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAAZi4AAGY8AABmTQAAZWAAAGV3AABkkwAAY7EAAGHd&#10;AABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZDAAAeRgAAFUoAABBOAAAKUgAAA1YAAABaAAAAXQAA&#10;AGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0FAABvCgAAcg4AAHUSAAB3GwAAdiYAAHY1AAB1RgAA&#10;dFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8ARkYAAEBFAAA1RgAAKkgAACBMAAAXUQAAEFYAAAla&#10;AAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5AAAAewAAAH0AAACAAwAAgwgAAIYN&#10;AACJEwAAih0AAIorAACJPAAAiE8AAIZmAACFgQAAhKAAAILCAACB8AAAf/8ARksAADpMAAAuTwAA&#10;I1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQAAAB4AAAAfAAAAIEAAACEAAAAhwAAAIgAAACLAAAA&#10;jgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQAAKAhAACgMQAAnkQAAJ1bAACcdgAAmZYAAJm1AACW&#10;5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJbQAAAHQAAAB7AAAAgQAAAIYAAACLAAAAkAAAAJQA&#10;AACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACnAAAAqgAAAK0AAACxBgAAtQ0AALgWAAC3JgAAtjkA&#10;ALVQAAC0agAAsokAALCqAACuzwAArfUAN1wAACthAAAeaAAAE3AAAAt4AAAAgAAAAIcAAACOAAAA&#10;lQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAAALAAAACzAAAAtQAAALgAAAC7AAAAvwAAAMMAAADH&#10;AAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAAy34AAMmeAADIvgAAxekAL2kAACNwAAAWeQAADYEA&#10;AAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0AAAAuAAAAL0AAADAAAAAwgAAAMUAAADIAAAAywAA&#10;AM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgGAADrEQAA6iMAAOo6AADpVAAA53IAAOWTAADjswAA&#10;49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA/wAXAP8AIQD/ACsA/wA1AP8APgD/AEcA/wBOAP8A&#10;VQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDvAIQA7QCOAOoAmQDmAKcA4wC5AN8A1QDbAPcA1gD/&#10;AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8AAAD+AAAA/AAAAPwAAwD+AAsA/wARAP8AGgD9ACQA&#10;+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBaAN8AXwDcAGUA2ABrANQAcgDQAHsAzQCFAMoAkQDH&#10;AJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8AnAD/AJgA/wCVAP8A/wAAAPoAAAD0AAAA8QAAAPIA&#10;AADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQADkAywBAAMgARwDFAE0AwgBTAL8AWAC9AF4AuwBk&#10;ALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgAuACmANwAowD7AJ8A/wCVAP8AjwD/AIsA/wCJAP8A&#10;+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAKAL8AEQC8ABgAuwAhALkAKgC0ADIAsQA6AK4AQACr&#10;AEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoAmwBzAJkAfgCWAIwAlACbAJIArQCQAMcAjgDwAI0A&#10;/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADRAAAAvwAAALMAAACqAAAApgAFAKIADQChABMAoAAb&#10;AJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8ASgCOAE8AjABVAIoAWwCIAGMAhgBrAIQAdgCCAIIA&#10;gACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/AHAA/wBvAP8A3QAAAMsAAAC2AAAApwAAAJ0AAACU&#10;AAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUAhAAsAIIAMgB/ADgAfQA9AHsAQwB5AEgAeABOAHYA&#10;VAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBqAK4AaQDMAGgA9gBnAP8AZQD/AGQA/wBjAP8AygAA&#10;ALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgABQB2AAwAdQARAHQAGABzAB8AcgAlAHAALABuADIA&#10;bAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBdAGIAZgBgAHIAXgCAAF0AkgBbAKUAWgC+AFkA6QBZ&#10;AP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAAgwAAAHkAAABxAAAAbQAAAGkAAQBmAAkAZQAOAGQA&#10;EwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBbADwAWgBCAFgASABXAE8AVgBXAFQAYABTAGwAUQB5&#10;AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A/wBNAP8AqgAAAJQAAACCAAAAdQAAAGsAAABkAAAA&#10;YAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAbAFUAIQBTACcAUgAsAFEAMQBPADcATgA9AE0AQwBM&#10;AEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcAQwCsAEIAyQBCAPEAQgD/AEMA/wBDAP8AngAAAIkA&#10;AAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQAAIATgAJAE0ADQBMABEASwAXAEoAHABJACIASAAn&#10;AEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8AVgA+AGEAPQBuADsAfgA6AJEAOQCmADgAvwA4AOgA&#10;OAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoAAFgLAABRCgAATAgAAEkGAABHAwAARgAGAEQACwBD&#10;AA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4AOwA0ADoAOgA5AEEAOABJADcAUgA2AF0ANABqADMA&#10;egAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAwAP8AjAkAAHgMAABoDQAAXA4AAFIOAABLDgAARQ0A&#10;AEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoAFQA5ABoAOAAgADYAJQA1ACsANAAwADMANwAyAD4A&#10;MQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCdACgAswAnANEAJwDyACcA/wAnAP8AhgwAAHIOAABj&#10;EAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAANw0AADYLBAA2CAoANQYOADQFEgAyBBcAMQUcADAF&#10;IgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAnB1kAJgdlACQHdQAjB4cAIgebACAGsAAgBssAHwXt&#10;AB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgTAABBEwAAOxMAADcSAAA0EQAAMhAAADAPAQAwDQYA&#10;MAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwrACcMMgAmDDoAJAxDACMMTQAhDVgAIA1lAB4NdQAc&#10;DYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8AexEAAGkTAABaFQAAThYAAEUWAAA9FgAAOBUAADMV&#10;AAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAoDhEAJg4WACUPHQAkDyMAIw8pACEQMQAgEDkAHhBC&#10;AB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQswAREM4AERDuABIQ/gASEP8AdxMAAGUVAABXFwAA&#10;SxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYAACcVAAAmFAEAJRIEACMSCwAiEg8AIRIUACASGgAe&#10;EyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYAFBRkABIUdAARFIcAEBScAA4UsQANFMoADRTrAA4T&#10;/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3GwAAMhoAAC0aAAApGQAAJhgAACQYAAAiFwAAIBYB&#10;AB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYYKwAVGDQAFBg9ABIZSAARGVQAEBliAA4ZcgANGYQA&#10;DBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgAAF4aAABQHAAARR0AADwdAAA1HQAALx0AACocAAAm&#10;GwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwAFhwQABUcFQAUHBsAExwiABIdKQARHTEAEB07AA4d&#10;RQANHlEADB5eAAoebQAJHoAABx6UAAUdqgADHcIAAx3mAAQc+AAFHP8AaxoAAFsdAABNHgAAQh8A&#10;ADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4dAAAcHQAAGB4AABUfAgATIAkAEiEOABAhEgAQIRgA&#10;DiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJaAAUiaQADInwAASKRAAAiqAAAIcAAACHlAAAg+AAA&#10;IP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAAKiEAACYgAAAiIAAAHx8AABwfAAAZIAAAFiEAABIj&#10;AgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAIJioABiczAAQnPQADJ0kAASdWAAAnZgAAJ3kAACeP&#10;AAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQiAABHIwAAPSQAADQkAAAuIwAAKCMAACQiAAAhIgAA&#10;HiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoLAAgrDgAGKxMABCsYAAIrHwABLCcAACwwAAAsOgAA&#10;LEUAACxTAAAsYwAALHYAACyMAAArpAAAK74AACrkAAAq+gAAKf8AXyMAAFAlAABEJgAAOiYAADIm&#10;AAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAUJwAAESkAAA4rAgALLQYABy8LAAQwDgAAMBEAADEV&#10;AAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAyXwAAMnIAADGJAAAxogAAMLwAADDkAAAv+wAAL/8A&#10;WicAAEwoAABAKQAANykAAC8pAAApKAAAJScAACEmAAAcJwAAGCgAABQqAAARLAAADi4AAAswAQAH&#10;MgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAAADgoAAA4MgAAOT0AADlLAAA5WwAAOG4AADiFAAA3&#10;nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9LAAANCwAAC0rAAAoKgAAJCkAAB4qAAAZKwAAFC0A&#10;ABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7CgAAPQ0AAD4QAABAFAAAQBsAAEAkAABALgAAQDkA&#10;AEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3jAAA8/AAAPP8AUC8AAEMvAAA5LwAAMi8AACwtAAAn&#10;LAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAABTsAAAA9AAAAQAEAAEEEAABDBwAARQsAAEYOAABI&#10;EQAAShYAAEoeAABKKAAASjQAAElCAABJUQAASWQAAEh7AABIlwAAR7QAAEbgAABF/AAARP8ASjMA&#10;AD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1AAAROAAADTsAAAg+AAADQQAAAEMAAABGAAAASAAA&#10;AEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZAABVIgAAVC4AAFQ8AABUSwAAU14AAFN0AABSkAAA&#10;Ua4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAALzQAACY1AAAeNwAAFzoAABE9AAAMQQAAB0QAAABI&#10;AAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWAIAAFsGAABdCwAAXw4AAGITAABiGwAAYicAAGI0&#10;AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa+AAAWf8AQTwAADo7AAA0OQAAKjoAACE8AAAYQAAA&#10;EUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAAAGEAAABjAAAAZQAAAGcBAABqBQAA&#10;bQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8AAG9lAABugAAAbZ8AAGvBAABp8QAAaP8AP0AAADk+&#10;AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAAWAAAAF0AAABhAAAAZQAAAGgAAABrAAAAbgAAAHEA&#10;AABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACFDwAAhxcAAIYkAACFNAAAhEYAAIJdAACBdgAAf5YA&#10;AH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwAABNSAAAMVwAAA10AAABjAAAAaAAAAG0AAABxAAAA&#10;dgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAAAIsAAACOAAAAkgAAAJUBAACZCQAAnhAAAJ4aAACd&#10;KQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAAkPoAOEsAACxOAAAgUwAAFVkAAA1gAAADZwAAAG4A&#10;AAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACSAAAAlQAAAJcAAACaAAAAnQAAAKAAAACjAAAApwAA&#10;AKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNGAACxYAAAr34AAKygAACrwQAAqe4AMVUAACRbAAAY&#10;YQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAAAJQAAACaAAAAnwAAAKQAAACoAAAAqQAAAKwAAACv&#10;AAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAAywAAANEKAADTFAAA0SUAANA7AADNVAAAynEAAMiS&#10;AADFswAAw94AKWIAABxpAAARcQAAB3sAAACEAAAAjQAAAJUAAACdAAAAowAAAKkAAACvAAAAtAAA&#10;ALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwAAADQAAAA1AAAANoAAADfAAAA5AAAAOoAAADuDAAA&#10;7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA/wAAAP8AAAD/AAAA/AABAPwACAD+AA4A/wAUAP8A&#10;HQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7AFYA+QBcAPYAYgD0AGgA8gBvAPAAdgDtAH8A6gCJ&#10;AOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA/wCoAP8AnwD/AJoA/wCWAP8A/wAAAPsAAAD2AAAA&#10;8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAqAPIAMwDtADsA6QBDAOYASQDiAE8A3gBVANsAWwDW&#10;AGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoAvwCqALsAwQC4AOkAtgD/AKcA/wCaAP8AkgD/AI0A&#10;/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADkAAEA4AALANsAEQDaABoA2wAjANEALADKADQAxgA7&#10;AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMAZgCxAG4ArgB3AKwAgwCpAJEApgChAKMAtQCgANgA&#10;ngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAAAOMAAADaAAAA0wAAAMYAAAC/AAAAuQAGALcADgC0&#10;ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEAoQBGAJ8ATACdAFEAmwBXAJkAXgCXAGUAlQBuAJMA&#10;eQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8AP8AdgD/AHMA/wByAP8A4AAAANAAAADGAAAAtgAA&#10;AKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcAHgCUACYAkQAtAI8ANACMADoAigA/AIgARQCHAEoA&#10;hQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCNAHcAoAB1ALYAcwDfAHIA/wBuAP8AaQD/AGcA/wBl&#10;AP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAAhQAAAIIABQCAAA0AfwARAH8AGACAACAAfQAmAHoA&#10;LQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBtAFYAbABeAGoAaABoAHUAZwCEAGUAlgBkAKsAYgDJ&#10;AGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkAAACXAAAAiQAAAH4AAAB4AAAAcwAAAG8AAQBtAAkA&#10;bAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAyAGMANwBiADwAYABCAF8ASABdAE8AXABXAFoAYQBZ&#10;AG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8AUAD/AE8A/wBPAP8ArQAAAJgAAACGAAAAeAAAAG4A&#10;AABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABbABUAWwAbAFoAIQBYACYAVgAsAFQAMQBTADYAUgA8&#10;AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkAhQBIAJkARwCxAEYA2ABGAPwARQD/AEUA/wBFAP8A&#10;nwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAAAFMAAABRAAIATwAIAE8ADQBOABEATgAWAE0AHABM&#10;ACEASgAmAEkALABIADEARwA3AEUAPQBEAEQAQwBMAEIAVQBAAGAAPwBuAD4AfgA9AJIAPACpADsA&#10;xwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABuAAAAYQAAAFgAAABRAAAATAAAAEkAAABHAAAARQAF&#10;AEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8AJwA+ACwAPQAyADsAOAA6AD8AOQBHADgAUAA3AFsA&#10;NQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/ADIA/wAzAP8AiQAAAHYDAABmBQAAWQcAAFAHAABJ&#10;BgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0AOgAQADkAFAA5ABkANwAeADYAIwA1ACgANAAuADMA&#10;NAAyADsAMABDAC8ATAAuAFcALQBkACwAcwArAIcAKgCcACkAtQApANwAKQD7ACkA/wAqAP8AgQQA&#10;AG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJAAA2CAAANQUAADQCBgAzAAoAMgAOADEAEQAxABUA&#10;MAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/ACgASQAnAFQAJgBgACQAbwAjAIIAIgCXACEArgAh&#10;AMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAATg4AAEUOAAA9DgAAOA0AADMNAAAwDAAALgsAAC0J&#10;AwAtBggALAQMACsCDwAqARIAKQEXACgBHAAnACEAJgAnACUALQAkADQAIwE9ACIBRgAhAVEAHwFd&#10;AB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA/wAaAP8AdQwAAGQOAABVDwAAShAAAEAQAAA5EAAA&#10;MxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoKACYIDQAlBxAAJAYUACIGGQAhBh8AIAckAB8HKwAe&#10;BzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0AFQeRABQHpwATBr8AEgXkABIF+gASBf8AcQ4AAF8Q&#10;AABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAoEQAAJRAAACMQAAAiDgQAIQ0HACEMCwAgCw4AHwsS&#10;AB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYNQwAVDU8AEw1cABINawAQDX4ADw2SAA4NpwANDL4A&#10;DQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQAADoUAAAyFAAALRQAACgTAAAlEwAAIhIAACARAAAe&#10;EQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoAFg8hABUQKAAUEDAAEhA5ABEQRAAQEFAADhBdAA0Q&#10;awAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAHD/8AaREAAFgUAABLFQAAQBYAADcWAAAwFgAAKhYA&#10;ACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcSBgAWEgoAFRIOABQSEgASEhgAERMeABETJQAQEy4A&#10;DhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSNAAQUowADE7sAAhPdAAES9AACEv8AZRMAAFUWAABI&#10;FwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAAHRYAABoVAAAYFQIAFhUEABQVBQASFggAERYNABAX&#10;EAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAHGEcABRhUAAQYYwACGHUAARiLAAAXoQAAF7kAABfd&#10;AAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIaAAArGgAAJRoAACEZAAAeGAAAGxgAABgXAAAWFwIA&#10;FBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsYAAgcHwAHHCYABRwvAAQcOAACHEQAAB1RAAAdYAAA&#10;HXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8AXhgAAE8aAABCHAAAOBwAAC8dAAApHAAAIxwAAB8b&#10;AAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAOHQcADB4LAAkfDgAGIBEABSAWAAMgHAABISMAACEr&#10;AAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAgngAAILgAAB/eAAAe+AAAHv8AWhsAAEsdAAA/HgAA&#10;NR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsAABUbAAASHAAAEB0CAA4fBAAMIQYACSIKAAUjDQAC&#10;JBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0AACZKAAAmWgAAJmwAACaDAAAlnAAAJbcAACTfAAAj&#10;+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAlIAAAIB8AAB0eAAAaHQAAFh4AABMeAAAQIAAADiEA&#10;AAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAsFgAALB0AACwlAAAsLgAALDoAACxHAAAsVgAALGkA&#10;ACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIAAEQjAAA4JAAALyQAACgjAAAjIgAAHyEAABwgAAAX&#10;IAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQAACwHAAAuCQAAMAwAADEPAAAzEwAAMxkAADMhAAAz&#10;KgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAAMbMAADDeAAAv+wAALv8ATCUAAD8mAAA1JwAALSYA&#10;ACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4oAAALKgAABywAAAMvAAAAMQIAADMEAAA1BwAANwoA&#10;ADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+AAA7TgAAO2AAADp3AAA5kgAAOLAAADfbAAA2/AAA&#10;Nf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAAGycAABUoAAARKgAADiwAAAovAAAGMQAAATQAAAA2&#10;AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAARREAAEUYAABFIQAARSwAAEQ5AABESAAARFsAAENx&#10;AABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADguAAAvLQAAKSsAACQqAAAdKgAAFywAABEuAAANMQAA&#10;CTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQAAABGAAAASAMAAEoHAABMCwAATg4AAFATAABQHAAA&#10;UCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQAAErKAABJ+AAASP8APjIAADUxAAAuLwAAKS4AACAu&#10;AAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAARAAAAEcAAABJAAAATAAAAE8AAABRAAAAUwAAAFUB&#10;AABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABdPAAAXE4AAFtjAABafgAAWJ0AAFfAAABV8gAAVP8A&#10;OjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0AAAhBAAAARQAAAEkAAABMAAAAUAAAAFMAAABWAAAA&#10;WQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUAAGsLAABvEAAAbxgAAG4lAABtNAAAbUYAAGtbAABq&#10;dQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAoOQAAHjsAABU/AAAORAAAB0kAAABNAAAAUgAAAFYA&#10;AABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABtAAAAcAAAAHMAAAB2AAAAeQAAAH0EAACBCwAAhREA&#10;AIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqqAAB31gAAdf0AOD0AACw+AAAiQQAAF0YAAA9LAAAH&#10;UQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAAAHQAAAB4AAAAewAAAH4AAACAAAAAgwAAAIYAAACK&#10;AAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAAmjMAAJdJAACUYgAAk38AAJCgAACOxQAAjPMAMUQA&#10;ACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABuAAAAdAAAAHkAAAB/AAAAhAAAAIkAAACNAAAAkQAA&#10;AJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgAAACsAAAAsgMAALcNAAC3FwAAtSgAALI+AACwVgAA&#10;rHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAACmIAAABqAAAAcwAAAHsAAACCAAAAiQAAAI4AAACU&#10;AAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAAsAAAALMAAAC3AAAAuwAAAMAAAADFAAAAywAAANEE&#10;AADVDgAA0x0AANAyAADNSwAAymYAAMaHAADCqQAAwcsAIlsAABZiAAAMawAAAXQAAAB9AAAAhwAA&#10;AJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYAAAC6AAAAvAAAAMAAAADEAAAAyAAAAMsAAADPAAAA&#10;1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMAAO4nAADsPwAA6lsAAOd6AADkmwAA4LsA/wAAAPsA&#10;AAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/ACIA/wAsAP8ANQD/AD0A/wBFAPwATAD6AFIA9wBY&#10;APUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUAkQDhAKAA3QCyANgAzgDSAPYAwQD/AK0A/wCeAP8A&#10;lgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAAAOkAAADsAAUA8gAMAPgAEgD3ABsA9QAlAPAALgDr&#10;ADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwAzQBiAMoAagDIAHIAxQB8AMIAiAC+AJYAugCoALcA&#10;vwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCAAP8A8AAAAOUAAADeAAAA2gAAANsAAADcAAAA2AAH&#10;ANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0APQC6AEQAtwBJALUATwCyAFUAsABbAK4AYQCsAGkA&#10;qQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8AIwA/wCCAP8AewD/AHYA/wB0AP8A4gAAANMAAADK&#10;AAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEArQAYAK0AIACoACgApAAvAKAANgCdADwAmwBCAJkA&#10;RwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCKAIMAiACUAIYApwCDAMIAggDwAHwA/wBzAP8AbQD/&#10;AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAAAACYAAAAlAAAAJEABgCQAA0AkAASAI8AGQCOACEA&#10;iwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBLAHwAUgB6AFkAeABiAHYAbAB0AHkAcgCJAHEAnQBv&#10;ALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8AvgAAALEAAACgAAAAkgAAAIkAAACCAAAAfAAAAHoA&#10;AQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBwAC0AbgAzAGwAOABrAD4AaQBEAGgASgBmAFEAZABa&#10;AGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA9wBXAP8AVAD/AFIA/wBRAP8AsAAAAJ8AAACNAAAA&#10;fwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwALAGMAEABjABUAYwAbAGEAIQBfACcAXQAsAFwAMgBa&#10;ADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgAUAB3AE8AiQBOAJ8ATQC6AEwA6QBLAP8ASQD/AEcA&#10;/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABeAAAAWQAAAFcAAABVAAEAVAAHAFMADQBTABEAVAAW&#10;AFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoAPQBJAEQARwBMAEYAVgBEAGEAQwBwAEIAgQBBAJcA&#10;QACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAAAH8AAABvAAAAYwAAAFkAAABRAAAATQAAAEoAAABI&#10;AAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwARAAhAEIAJgBBACsAQAAxAD4ANwA9AD4APABHADoA&#10;UAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0APUANAD/ADQA/wA1AP8AiAAAAHQAAABlAAAAWAAA&#10;AE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwABwA7AAwAOwAPADsAEgA6ABcAOQAcADcAIQA2ACYA&#10;NQAsADQAMgAzADkAMQBBADAASwAvAFYALgBjAC0AcwAsAIgALACgACsAuwArAOoAKwD/ACsA/wAs&#10;AP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAAOwIAADcAAAA0AAAAMwAAADIABQAyAAkAMgANADEA&#10;EAAxABMAMAAYAC8AHQAtACIALAAoACsALgAqADUAKQA9ACgARgAnAFEAJgBeACUAbgAkAIIAIwCZ&#10;ACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUEAABWBgAASwcAAEIIAAA6CAAANQcAADAGAAAtBQAA&#10;LAMAACsAAwAqAAcAKQALACkADgApABEAKAAVACcAGQAmAB4AJQAkACQAKgAjADEAIgA5ACEAQwAg&#10;AE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0AGwD2ABsA/wAcAP8AcAUAAF8IAABRCgAARgsAAD0L&#10;AAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAjBAYAIwIJACIBDAAiAA8AIQASACAAFgAfABsAHgAg&#10;AB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcAZgAWAHgAFQCPABUApgAUAMMAFADuABQA/wAVAP8A&#10;awgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0AACcNAAAjDAAAIQwAAB8LAQAeCgUAHQgIAB0GCwAc&#10;BQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsAFgQzABUEPAAUBEcAEwNUABIDYwARA3UAEAKKABAB&#10;ogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJDgAAPg8AADUPAAAuDwAAKA8AACQOAAAgDgAAHQ4A&#10;ABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJEgAVCRYAFAkbABMJIQASCSgAEgkwABEJOgAQCUUA&#10;DwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbbAAoF9gAKBP8AYw0AAFMOAABGEAAAOxEAADIRAAAr&#10;EQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQAFQ4HABQNCQATDQsAEwwNABIMEAARDBQAEAwZABAM&#10;HwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAIDXEABg2GAAUNnQAEDLQAAwzSAAIM8QACC/8AXw4A&#10;AFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4RAAAbEQAAGBEAABUQAgAUEAUAEhAHABEPCQAQDwoA&#10;EA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAsAAkQNgAIEEEABhBOAAUQXQADEG8AARCEAAAQnAAA&#10;D7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAANhQAAC0UAAAmFAAAIRMAABwTAAAZEgAAFhIAABQR&#10;AwASEQYAEREIABAQCgAOEAsADRELAAwRDQALEhEAChIVAAkSGgAIEiEABhMpAAUTMwADEz4AAhNL&#10;AAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR9QAAEf8AWBIAAEkUAAA9FQAAMxYAACsWAAAkFQAA&#10;HxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJAA4SCQANEgkACxMKAAkUDQAHFQ8ABhYTAAQWGAAD&#10;Fh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oAABaAAAAWmQAAFbQAABXZAAAU9wAAE/8AVRQAAEYW&#10;AAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAWFQAAExQDABITBgAQEwcADxMHAA0UBwALFQgACRYJ&#10;AAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAbLQAAGzgAABtGAAAcVQAAG2cAABt9AAAblwAAGrMA&#10;ABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoAACYaAAAgGQAAGxgAABgXAAAVFgEAExUFABEVBAAP&#10;FQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0AACAQAAAgEwAAIBkAACAhAAAhKgAAITUAACFCAAAh&#10;UgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAAHP8ATRkAAD8bAAA0HAAAKxwAACQcAAAeGwAAGhoA&#10;ABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgcAwAFHQQAAh8GAAAhCAAAIwsAACUOAAAmEQAAJhYA&#10;ACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3AAAlkgAAJK8AACPaAAAi+wAAIf8ASB0AADweAAAx&#10;HwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAAEBsAAA0cAAALHQAACB8AAAQhAAABIwIAACUEAAAn&#10;BgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAALi4AAC47AAAuSgAALVwAAC1yAAAsjgAAK6wAACrU&#10;AAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAgAAAcHgAAGB0AABQdAAAQHgAADh8AAAshAAAHIwAA&#10;AyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMKAAA1DQAANhEAADYXAAA2HwAANikAADY2AAA2RQAA&#10;NVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8APyQAADQkAAArJAAAJCMAAB8hAAAbIAAAFiAAABEh&#10;AAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAAMgAAADQAAAA3AAAAOQMAADsGAAA+CgAAQA4AAEES&#10;AABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9ggAAPKIAADrHAAA5+AAAOP8AOigAADAoAAApJwAA&#10;IyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0AAAAwAAAAMwAAADYAAAA4AAAAOwAAAD4AAABAAAAA&#10;QgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8AAEwrAABLOgAASkwAAElhAABIfAAAR5sAAEW/AABD&#10;8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAUKgAADi0AAAowAAAEMwAAADcAAAA6AAAAPQAAAEAA&#10;AABDAAAARgAAAEgAAABLAAAATQAAAFAAAABTAQAAVgYAAFkLAABbEAAAWxkAAFolAABZNAAAWEYA&#10;AFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAAACwuAAAnLAAAHi0AABYvAAAQMgAACjYAAAM6AAAA&#10;PwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAAAFUAAABYAAAAWgAAAF0AAABgAAAAYwAAAGcGAABr&#10;DAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAAZIkAAGGrAABf3AAAXf8AMTMAACwxAAAiMgAAGTUA&#10;ABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABUAAAAWAAAAFsAAABfAAAAYgAAAGUAAABoAAAAawAA&#10;AG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIWAACAJAAAfjUAAHxJAAB7YQAAeH8AAHafAABzxgAA&#10;cPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAAAFEAAABWAAAAWwAAAGAAAABlAAAAaQAAAG4AAABy&#10;AAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAAiQAAAI4AAACTAAAAmAYAAJwOAACbGgAAmCsAAJZA&#10;AACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBBAAAVRwAADU0AAAJUAAAAWwAAAGEAAABoAAAAbgAA&#10;AHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8AAACSAAAAlQAAAJkAAACdAAAAoQAAAKUAAACqAAAA&#10;sAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkAAKiIAACmqAAAotEAI0gAABhOAAAOVAAABFwAAABk&#10;AAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAAlQAAAJsAAACgAAAAowAAAKYAAACpAAAArQAAALEA&#10;AAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADaCgAA1hYAANIpAADOQQAAylwAAMV8AADCnQAAwb0A&#10;HFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgAAACQAAAAmAAAAJ8AAAClAAAArQAAALMAAAC4AAAA&#10;ugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAAANoAAADgAAAA5wAAAO0AAADzAAAA9A4AAPIeAADv&#10;NgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwd&#10;HyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2Vm&#10;Z2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2v&#10;sLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3&#10;+fr7/P7//////////////////////////////////////////////////////wAAAAAAAAAAAAAA&#10;AAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFC&#10;REVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqL&#10;jI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU&#10;1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////&#10;//////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0f&#10;ICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZn&#10;aWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+w&#10;sbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5&#10;+vv8/v//////////////////////////////////////////////////////AAECAwQFBgcICQoL&#10;DA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNE&#10;RUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9&#10;fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2&#10;t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v&#10;8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAA&#10;AAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAx&#10;MjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlq&#10;a2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKj&#10;pKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc&#10;3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsM&#10;DA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEy&#10;MjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCS&#10;lZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ&#10;2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8&#10;/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwd&#10;Hh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJT&#10;VVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DB&#10;wsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs&#10;7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSq&#10;w6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7D&#10;XlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2&#10;t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlry&#10;xGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6&#10;GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3L&#10;sZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6&#10;cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy&#10;/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+m&#10;JQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrxyGRx48Zqh9bAb5vLuHKswrF0urutd8S0qXvNq6N/&#10;1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7h&#10;mZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6F/+zQyL/vksx/8VURfnJXFvvzWNx48xpiNXGbZzJ&#10;v3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCd&#10;id2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3f+mJQb/pTAO/6o6F/+1QyL/wEsx/chT&#10;RfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyxc8GjrHbImqh5zpKkftSJoIXYiaCF2ImghdiJoIXY&#10;iaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2P+nJQb/&#10;pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy3tZlicvMapy7wW2rr7lwtqW0cr6cr3TElKt3youn&#10;e8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB&#10;1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4QiH+xEow985SRPDWWFrn4F5y1tpkiMTNaZq0w2yo&#10;qLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/&#10;p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zv+oJQb/pzAO/645Fv+6QiD7xkov9NNRQ+vd&#10;V1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQtXG8iLF0wYGueMV7rH3Je6x9yXusfcl7rH3Je6x9&#10;yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yf+oJAb/pzAN&#10;/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1jhbbRaJWnyGuhnMFtqpO8b7GKuXG2hLV0u32yd793&#10;sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnew&#10;fMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7zzUot6d1PQOHpU1nT6ltvv99jgq/TZ5Ghy2qdlsVt&#10;pY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7&#10;dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u/+qJAX/qS8N/7Y4E/nEQR3t0kkr4uNNQNvvUljK&#10;7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGpe790rXa9d7Bxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7&#10;e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s/+rJAX/qy8N/7o4&#10;EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDcZ4aU1GuQi89ul4TMcJx9yXOgeMZ1o3PEeKZuwnyp&#10;bsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKlu&#10;wnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYozO5MQcP5UFW181hmpelhdJfhZ36N22uGhddvjH/U&#10;cpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+&#10;nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+vIwT/ti0J8cg2DN3cPRPN6kYqwfZLQLb/T1Gq91hg&#10;m+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7iW7Yfotr1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r&#10;1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjf+xIwT6vywG49QvB87m&#10;OxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/7W9ueep0cnXod3Vx53p3buV9eWvkgHtp44R8aeOE&#10;fGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8&#10;aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9GOZv/TUWS/1ZPhv5iVn76alx393Bgc/V1Y2/zeGVt&#10;8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bv&#10;hWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU3xEBwu8mC7X8Ohqn/z4nmf9EM43/Sz2F/1VFfP9h&#10;S3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8glpj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb&#10;Y/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW9TPCgDE7RICtfsmDaj/NhmZ&#10;/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29FZf90R2P/d0hi/3tJYf9+Sl//gUpe/4RLXv+ES17/&#10;hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+E&#10;S/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5&#10;voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+Ks&#10;dYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr&#10;/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+f&#10;IgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiM&#10;v7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnY&#10;pHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZT&#10;PP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/&#10;nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qD&#10;kcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZ&#10;zpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/&#10;psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7&#10;tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544&#10;Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fL&#10;tH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr/7lSPP+7XE/6umVk7bhteOGwc4vVqHmczJ99qsWX&#10;gbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i&#10;06d+otOnfqLTp36i06d+otOnfqLTp36i0/+fIgX/ni0M/6A3FP+rQB7/tEkr/7tSPP+9W1D6vmRk&#10;7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CHyrKLjNKuh5XYpoOd2qGCodWhgqHVoYKh1aGCodWh&#10;gqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1f+gIgX/ni0M/6E3FP+s&#10;QB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/SsXWhyKh4sMChe7y5m3/HtJaEz7CUjdWrkZfaoImc&#10;3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDX&#10;moig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79RPP/CWlD5xGJl68Vpe96+bpDRtnOjxq52s76necC4&#10;o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWO&#10;n9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/ny0M/6M3FP+uQB3/uEgq/8FQPP7FWVD3yGBm68pn&#10;fN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6WhitWcnJHalZmc3I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y&#10;j5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2P+hIgX/ny0M/6Q3FP+wPxz/&#10;ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+mwbpytbaydsCsrHvIpKh/zpykhdSUoI3YjZ+Z24qc&#10;n9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf&#10;2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jLV1Dy0F5m59RkfdrPaZPIxW2murtwtK2zc7+jrXbH&#10;mqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeE&#10;opzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M/6c2E/+zPxz/vUcp/MhOO/XOVk/u1V1m5NpifdPS&#10;aJLBxmyks7xvsaa1crycr3TEk6t3youne8+DpIHUfaKL1nujldV7o5XVe6OV1XujldV7o5XVe6OV&#10;1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1f+iIQX/oC0M/6g2Ev+0Pxv/v0co&#10;+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5ur6C3cLiVsnPAja52xYWqesp+qH/OeKaH0XWlj9J1&#10;pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0v+i&#10;IQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m41ll2OJge8XVZo+0ymqfpcFtq5m6b7SQtXK7iLF1&#10;wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvM&#10;camLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1Ef+5Phr5xUcn8NFNOOngUkzi6VdkzuRfer3XZoyt&#10;zGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzCca+CxG6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6u&#10;h8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxv+kIQX/oywL/681EP+8Phj0yUYl6thN&#10;NuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3Db6iFv3Gufrt0sni5d7Zzt3u5brWAvGu0hb5rtIW+&#10;a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvv+lIQT/&#10;pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81RivOhedKveZISd1GmQkc5tmYfJb6CAxXKlesJ0qXTA&#10;eKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuE&#10;s2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPHPRTk2EUe1uZJNcvxTkzE91NfsexdcKHiZH2V22mH&#10;itVuj4LQcZV7zXSadst3nXHJeaBtx32iacWBpWbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZm&#10;xIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpv+oIAT/rioI/L8zC+nPPBDX4UIeyu1JNb/4&#10;TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l313eMc9V6j2/TfZFs0YCUaNCElmXPh5dlz4eXZc+H&#10;l2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl/+qIAP/tSkG&#10;8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/ddYI7wZWqF62xxfedxdnfkdnpz4nl9b+F8f2zfgIFp&#10;3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXc&#10;iYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++9EEisP9FM6T/SkGc/1FNj/5dVoX5Zl599G5kdvJz&#10;aHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2PpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0&#10;Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdP+2HALozRQBzOYdBL7zMRKx/z4io/9CL5b/SDqN&#10;/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+XxdZ/h/Xmb4g19k94ZgYvaJYWH2jGJh9oxiYfaMYmH2&#10;jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYvPEDwDO2gsAvfMd&#10;B7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/ZkVs/21IaP9zSmb/d0xk/3tNYv9/TmH/gk9g/4VQ&#10;Xv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe&#10;/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUch/88JHz/RCtz/00xbP9YNWf/Yzlj/2s7Yf9xPV//&#10;dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+I&#10;Qlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX&#10;+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+g&#10;Phr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnaj&#10;ucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7P&#10;hZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+Klv&#10;aO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/&#10;qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0&#10;qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGm&#10;y4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2j&#10;eHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm&#10;/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9&#10;cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+Z&#10;HwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CV&#10;rMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnj&#10;m3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lysL/5c2Ev+hPhr/qkYl/7BQ&#10;NP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GOiaLLiI6rx4KTscR+l7fBepy7vneiv7x1qsK1ca7D&#10;s3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3Kvwf+ZHwX/&#10;lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY9rFsa+qtdX3fo3uN1ZuBnM2ShqjHi4qxwoWPub+A&#10;lL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3at&#10;xKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+lPRn/rkYl/7VONP+3WEb/t2FZ9bVqbOmyc3/dqHiQ&#10;059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyhz6t4pc+learIpHmsxqR5rMakeazGpHmsxqR5rMak&#10;eazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxv+aHwT/mCoK/5s0Ef+mPRn/r0Ul/7dONP+6&#10;V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HAk4S8u4yJxbeIkMu0hpnOsoak0aR8pNGffanKnn2q&#10;yJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyP+bHwT/mSoK&#10;/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1nbue6b4LasXSVz6h5psWffbS+l4HAuZSKxrWRksuv&#10;jZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiC&#10;qcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/skUk/7tNM/+/Vkb9wV5a88Fmb+a/bYPZtnOXza13&#10;qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmHotOUhqfNk4aoy5OGqMuThqjLk4aoy5OGqMuThqjL&#10;k4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy/+bHwT/mSoK/54zEf+qPBj/s0Uk/7xMM//BVUb7&#10;xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/sJ6GxqiZjMuhlZLQm5Kb05SOotSPiqbOj4qoy4+K&#10;qMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy/+bHwT/mioK/58z&#10;EP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XIaoXWwW+ayrl0qr6werazqX+/qqKExqKdisubmpDP&#10;lZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyK&#10;j6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj/79MMvzGVEX2ylxa781icOTNaIbTxW2axbxzqrm0&#10;eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOGlabOhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSn&#10;zIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+cHwT/mikK/6IzEP+tOxf/t0Qj/8FMMvnJU0XzzVpa&#10;7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yBxZeohsqQpIzOiqKV0YWiodKBnKbOgZqnzIGap8yB&#10;mqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzP+cHgT/mykK/6MzEP+v&#10;Oxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJzGqZusNvqK27dLSitHm9mK99w5Csg8iJqYnMg6eR&#10;z36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjL&#10;fKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZLMfPRUUPr2ldZ499db9PbY4XCz2mXscRtp6S8cLKY&#10;tXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPMd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoyner&#10;qMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/nCkK/6cyD/+zOxb/vkMg9cpLL+7WUELm4VZX3ORb&#10;bsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6weMJ3rnzGcqyDyW2rjMptq5nJbqyfx26sn8durJ/H&#10;bqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx/+eHgT/nSkJ/6kyDv+2OhT6&#10;wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeRocprnpTDbqiJvXGwgLl0tnm2d7p0tHu9brKBwGqw&#10;iMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCW&#10;w/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/kTD/X7FFWye5Za7fjYXyo2GeLms9rl43JbqCDxHGn&#10;e8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpj&#10;tpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI/7EwC/vAORHszkIZ399HKNPpTEDK8VFVvvJYaK3m&#10;YXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRuxHynacKBqWbAhqxiv42tYb+PrmG/j65hv4+uYb+P&#10;rmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+Prv+iHQP/picH/7cvCfLHOA3h2EEU&#10;0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1thIHYcYt61HWQdNJ5k3DQfJZszn+ZaMyDm2TLiJ1h&#10;yo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn/+k&#10;HQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w/k9PpvpXXJjxYWiM62hxg+ZueHvic31133iBcd17&#10;hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGO&#10;YNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skmA9XfKQfH7DwZuvhEK63/SDuj/01Jmv9XVI35YV2E&#10;9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3ZuWIeWPkjHph45F8YOOSfGDjknxg45J8YOOSfGDj&#10;knxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfP+rGwL3wB0B2dwSAcfrKAq69zsarP9B&#10;KaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4dl9s9nthafV/Y2f0g2Rl84ZmY/KKZ2Hxjmhf8JJp&#10;X/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTav+3FQHW&#10;zwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5gP9UQHj/YUZy/2pKbP9wTWn/dlBm/3tRZP9/U2P/&#10;g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2T&#10;WFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/KQ6e/zQYkP86IYT/QSl6/0kwcv9SNmz/Xjpo/2g9&#10;ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+HRlr/ikdY/49HWP+QSFj/kEhY/5BIWP+QSFj/kEhY&#10;/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSMTHBwC32wcBqf8WBp//Kg2Q/zAVg/82HHf/&#10;PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY/3U2Vv95Nlb/fDdV/383VP+COFP/hTlS/4k5Uv+K&#10;OVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOf+SHQT/kCkJ&#10;/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7R&#10;daSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546J&#10;guGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/&#10;pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401&#10;EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSi&#10;z3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGG&#10;j4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM&#10;/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+Y&#10;Oxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Op&#10;pc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vc&#10;gJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/kCkJ/480EP+aOxf/okQg/6lNLf+qWDz/qGJM/6Rs&#10;XPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6naTNdqKpy3SnrMlxra/Hb7SywWy5tLxsu7G8bLux&#10;vGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sf+UHQT/kSgJ/5EzEP+cOhb/&#10;pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn3194ZaDi9mOipbTh5CgzoGVp8p8mq3HeJ+yxHWltsJy&#10;q7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4&#10;tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+xVT3/sF9O/a5oX/KqcnDnpHqB3pqAj9WSh5zOi4ym&#10;yYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKzvKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrir&#10;c7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ/5UyD/+gOhb/qUIf/7BKLf+0VD3/tF5O/bNnYPGv&#10;cHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28e5rDunqjxbd5q8esc6zGp3Wxv6V3tbqld7W6pXe1&#10;uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uv+VHAT/kygJ/5YxD/+hORX/qkIf&#10;/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7ls+bgKXHkoWxwYqLu72HlMC7hZ3EtoKkx7B+qsil&#10;d6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvP+V&#10;HAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/ulxO+LpkYu+4bHXjsnOI2Kl5mc2ffqnFmIS0v5OM&#10;vLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9&#10;mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gwDv+kORX/rUEe/7VJLP+7Ujz9vVtO9r1jYu69a3bi&#10;tnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqZgKjLloGuxJWBsb6VgbG+lYGxvpWB&#10;sb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvv+WHAT/lCcJ/5kwDv+lORT/rkEe/7dJ&#10;K/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceoe6q8oIG0tJqHvKyUjcKmkJTGoI2byZyLpMuVhqjL&#10;kYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv/+WHAT/&#10;lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO8sRhY+nFaHfdvm2MzbRzncKreaq3pH60rp2EvKaY&#10;isGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImw&#10;wIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+nOBT/sUEd/7pJK//CUDv4xlhO8MhfY+bIZnjYwWuN&#10;ybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaWyZCUn8uLkajMh46sxoeNsMGHjbDBh42wwYeNsMGH&#10;jbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwf+XGwP/lScI/50vDf+pOBP/s0Ad/7xIKvzF&#10;Tzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamtq3uzo6aAu5uhhsGUnY3FjpuUyIqZncqGmajLgpOs&#10;xoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwf+XGwP/lScI&#10;/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNcYt7PYnjNx2iLv75um7K3c6insHmynqt+upWnhMCO&#10;o4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Y&#10;r8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/t0Ab/cFIKPbLTjnv01RM5tlaYtjUYXfHy2eKucNs&#10;mq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2nmch6p6XJd6KsxXifsMF4n7DBeJ+wwXifsMF4n7DB&#10;eJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwf+YGwP/lyYI/6IvDP+uNxL/uT8a+cRHJ/HOTTjq&#10;21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWvkbh7toi1gLyBsobAe7CNw3aulsVzrqHGcq2txHKp&#10;sMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwP+ZGwP/mCYI/6Qu&#10;C/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nfXnS612SGrM9plp3HbaORwHGshrt1s363erl3tH+9&#10;crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1s&#10;tLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X7s5GI+TcTDLd509Jz+hWXsDkXXKy3mSCo9RpkZXL&#10;bZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pjtZC7YbWbvGO3prljt6a5Y7emuWO3prljt6a5Y7em&#10;uWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+bGwP/myUH/6stCf+5NQ3yxz4V5dVGH9rjSTPP605J&#10;xu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1oXPEeKZuwnypacCBrGW+h65ivY6wX72XsV68nrFe&#10;vJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesf+cGgP/oCQG/7AsCPnA&#10;NAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me52N2kuBpgYfab4l+1HOQd9F3lXHOe5lszH+caMqD&#10;nmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rcxpuk&#10;XMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudCH8LxSDS4+UxGr/dRVaL1W2KV7WRtiudrdoDicH15&#10;3nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CSXtGWlFzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzR&#10;m5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/rSED+L8mA+LUJQPO5TMPwvBCIbb6RzOr/ktCov5Q&#10;T5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zlgXpo44R8ZuKIfWPhjH9g4JGBXt+WglzemoNc3pqD&#10;XN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag/+jGQL/th0B6cwXAc/jHgPC&#10;8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVXevltXXT2c2Fv9Hlka/J+Z2jxgmlm8IZqZO+KbGLu&#10;jm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOub&#10;cf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/QiyQ/0g2h/9PP3//WkZ4/2VLcf9tT2z/c1Jp/3lV&#10;Zv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmXXVv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b&#10;+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkAwOYNAbL8IAin/zMTmv85HY3/PyaC/0Yuev9ONXP/&#10;WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd/4VJXP+ISlv/jEta/5BMWP+VTVf/mU1X/5lNV/+Z&#10;TVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTc3BBgC+0AcAsfYOAqX/IQmZ/y4S&#10;jP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9pNVz/bzda/3Q4Wf95OVj/fTpX/4A7Vv+EO1X/hzxU&#10;/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPr3F&#10;BQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp/0AfYv9JI1v/USZX/1ooVf9iKlL/aStR/28sUP9z&#10;LU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4sw&#10;S/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4&#10;jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm//i/+JJQ0NfUFJPRklMRQAHCf+LHAT/&#10;iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0&#10;o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn&#10;8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+e&#10;VzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvC&#10;mNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI&#10;/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rf&#10;caiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiL&#10;ceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iSgI/4UzDv+QORT/mEIc/55LJ/+fVjT/&#10;nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC43idiOB0o4zdcqiQ22+tk9pus5bYbLqY1mvCm9Fp&#10;ypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnP+MHAP/iScI/4gy&#10;Dv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2adF/1lH5s7Y6IeOeHj4HigJWK3XuakNp3oJbWdKaa&#10;1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnHocBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6HA&#10;acehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb/6VJJ/+nUzT/p11D/6RoU/ygcmLymnxw6pSFfeOL&#10;i4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJbbiuwmm8sLxrwKq3bcSlt23EpbdtxKW3bcSlt23E&#10;pbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+NGwP/iycI/4wwDf+YNxP/oEAb/6dIJv+rUjT/q1xE&#10;/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGVoM57m6fKdqGtx3OoscVwr7XBbbe3uWu4tbNuva6w&#10;cMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqP+OGwP/iyYI/44wDf+a&#10;NhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXvpXd25Z1/hdyUhZLUjIydzoSSp8l9mK/EeJ61wnWn&#10;ucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+r&#10;qXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tHJv+xUDT/sVlE/LBjVfaubGftqnV446F8iNmYg5bR&#10;kImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9qXK0u6Z0ubOjdr6to3a+raN2vq2jdr6to3a+raN2&#10;vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/jCYH/5EuDP+dNhL/pj4a/61HJf+zTzT/tFhE+rRh&#10;VvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+HlLW6gpy5tX+kvLJ9rL6rebG/o3ayvaB4uLWeeb2v&#10;nnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r/+PGwP/jSYH/5MuDP+eNRH/&#10;qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B73qp3jdCffJ3Hl4Onv5CKr7iLkbayhpi6rYOgvamB&#10;qb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27&#10;sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4TTP8u1ZE9btfVu27Z2njtW591qxzj8qjep3Bm4Cn&#10;uJSHsLGPjraripW7poedvqKFpcCfhK/Bln6wwZR/triTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KT&#10;gLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH/5UtDP+hNRH/qz0Y/7NGJP+6TTP6vlVE879dVuq/&#10;ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7aljpO7n4uavpuJosGYiKzCkIKvwo+DtbmPhLqzj4S6&#10;s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s/+QGgP/jiUH/5YsC/+iNRD/rD0Y&#10;/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJwj8Cqdpy2onynrZyCr6WXibaek5C7mY+YvpSNoMGR&#10;jKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tP+R&#10;GgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2xVND7shbVuPGYWrUv2h+x7ZujrutdJyxpnqmp6CA&#10;r5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSNtLuFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0&#10;hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ksC/+mNA//sDwX/7lEIvzBSzH0yVJC681ZVd/JYGrP&#10;wmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6jJqTvoeYm8CEl6XCgJavwn+Ss7yAkbi1gJG4tYCR&#10;uLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tf+SGgP/kCUH/5ssCv+nNA//sjwW/7tE&#10;IfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2cJqlsHalnKp8rZOmgrSMo4m5hqCQvYGemb99nqLB&#10;e56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tf+SGQP/&#10;kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/49hWU9PSXWjFymN7t8Jpi6q7b5iftnSjlbF6rI2t&#10;gLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64&#10;tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+sMw3/uDsU+MNDHu/NSizn2k893d5VUc3YW2e+z2J6&#10;sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCMuHSvlbtwr5+8bq+svG2rtblup7m0bqe5tG6nubRu&#10;p7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tP+UGQP/kiQH/6IqCP+wMgz+vDoS8sdCHOjT&#10;SSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SRxXCeh8F2pn++fKx4vISxcrqLtG25k7ZquJy4Z7en&#10;uGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sf+VGAP/lSMG&#10;/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dRUL3jWWOv3l90othlg5bTao+Kzm+Zf8hzoXXEeKdu&#10;wX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/&#10;vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjwyDgN4dhAE9TjRSbK60s7wexPT7PoV2Cm5V9vmuJm&#10;fI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPGiqRfxJGmXMSZp1rDpKdaxLCnWsSwp1rEsKdaxLCn&#10;WsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp/+YFwL/niAE/68mBfjALgbm0DMI1eE8FMnqRSi/&#10;8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKCdtp4iHDXfYxr1IKQZtKHkmPRjJVfz5KWXM6ZmFnO&#10;oplYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmv+aFwL/pR4D/7cj&#10;A+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2VVWU9V9gifFoaIDsb3B46HV1cuV6eW3if31p4ISA&#10;Zd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY&#10;2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJvfM7GbL9Qyim/kc2nP1MQ5P9VU2K/V9WgflpXXn1&#10;cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf6ZR0XeiZdVrnoHdY5qZ4WOameFjmpnhY5qZ4WOam&#10;eFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+iFQH/txUA2M8LAMrnEwK88ykLsf07GaT/QCaZ/0Uy&#10;j/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8Wmb6gVxj+IZeYfeLX1/2kGFe9pViXPWaY1r0oGRY&#10;86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZf+tEADWwwgAyNMKALv0&#10;FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz/14/bv9oQ2n/b0dm/3VJY/97S2H/gUxf/4VOXf+K&#10;T1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NU&#10;Vv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8zFon/OR5+/0Aldf9IK23/UDBn/1o0Y/9lN2D/bTle&#10;/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49BVP+UQlP/mkNR/59DUf+fQ1H/n0NR/59DUf+fQ1H/&#10;n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3zQUAquQIAZ//GQaU/ygMh/8uE3v/NRlx/z0eaf9F&#10;I2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/eDFR/3wxUP+AMk//hDNO/4gzTf+MNEz/kjRL/5Y1&#10;S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNbfEAwCp1AIAnPkLApP/GwWF&#10;/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1IgUP9ZIk3/YCNL/2YkSv9rJUn/byVI/3MmR/93Jkb/&#10;eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+L&#10;Kf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u&#10;8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+L&#10;eE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ&#10;/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/n&#10;aMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+D&#10;HAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSj&#10;c+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//&#10;hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng&#10;2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/30yDP+INxH/kD8Y/5VJ&#10;Iv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/lGvxepty7naid+typ3vpb61/52yyguVquITkab+H&#10;4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYiv+EGwP/&#10;gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06/5hpR/+TdFP+jn5f94iJafGCkXLtfZh56Xiff+V0&#10;pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XLZNGTxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXU&#10;jsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+ONRD/lj0Y/5xGIf+gUC3/n1s7/5xmSP+YcVb7k3xi&#10;9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+vldhtt5nVa8Cc0mnJnsllyZ7CZ82YvmnRk75p0ZO+&#10;adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk/+GGwP/gyYH/4UvC/+QNBD/mT0X/59GIf+j&#10;Ty3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzkg5KG332Zjtp4oJXWdKea03Cun9FttqPPa8Clx2bC&#10;p8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlv+GGwP/gyYH&#10;/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6RiSvyhbFn3nHZo75aAdeePiYHgh5CM2oCWldV6np3R&#10;daWjzXCsqMtttazHa76tvWi/rLhrw6azbcifsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/MmbBv&#10;zJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//nTwW/6REIP+qTC3/qlc7/qhgS/ilalrzoXRq7Zx+&#10;eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRzta+/cLywtWu8sLBuwamscMaiqXLKnKlyypypcsqc&#10;qXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnP+HGgP/hCUH/4ssCv+XMw//nzsW/6ZEH/+sSyz/&#10;rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiYzYWPoceAl6fCe56svXinr7p2sLG3dbqyrXC6sqlx&#10;v6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnv+IGgP/hSUH/4wr&#10;Cv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/GvZlzqq29u4aN2f9WZfY/MkYSZxYqMor6Ek6i5f5qt&#10;tHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoJ15x6Cd&#10;ecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV/6tCHv+xSiv9tVM79rVcS+6zZF3lrmxv26Vzgc6d&#10;eo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSlfbK1n3q4tpt5u7GZe8GomHzGoph8xqKYfMaimHzG&#10;oph8xqKYfMaimHzGoph8xqKYfMaimHzGov+JGgP/hiUG/5AqCv+cMQ3/pToU/61CHv+0Siv7uFI6&#10;87laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KForCMjKmqiJSupYScsqCCpLWdga62mX+3t5R9urOT&#10;f8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo/+JGQP/hiQG/5EpCf+d&#10;MQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7ctWdxzqxvgcOkdY65nHyZsZaCoqqRiqmjjJGunomZ&#10;spmGobWWhau3k4W2t46BubSOg7+rjYPEpY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWNg8Sl&#10;jYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FBHP+5SSn2wE857cJXSuS/X13WuWZwybBtgL6oc460&#10;oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3jIq0uIiGuLWIh76siIfDpoiHw6aIh8OmiIfDpoiH&#10;w6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/hyQG/5QpCf+hMAz/qzkS/7RBHPy7SCj0w04468dW&#10;SuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6ahKiXloyukZOUsoyRnLWIj6a3hY+xuIKMt7aCjL6t&#10;g4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpv+KGQP/iCQG/5YoCP+jMAz/&#10;rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nvv7dpf7SwcIypqXWXoKN7oJifgqiRm4mtipmSsoWW&#10;mrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDC&#10;p/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjCRybuy0015NBURtXLW1vHw2Juurtofq60boujrnOW&#10;mql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJustnWat7Z3mL2ueJbCp3iWwqd4lsKneJbCp3iWwqd4&#10;lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG/5onB/+nLwr/szcP/L0/GPPGRiPq0Ewy4NVSRc/P&#10;WVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWDqIWqfaaMr3iklbJ0o5+0caOqtW+kubRwoL6tcp3C&#10;p3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp/+MGAP/jCIG/50nB/+qLgn/tjYO&#10;98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZleqLAaoiXu3CSjbd1m4SzfKJ9sYOodq+KrHGtk69t&#10;rZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpv+N&#10;GAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd4Egt0OFPQsLbVla0011op81jeJrIaIWPw26PhcB0&#10;mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4tq1ktcGpZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWk&#10;ZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6QlBf+zLAb3wTMJ6M48D9zeQBnQ5Ugux+VNQrngVVSs&#10;21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGeasWJomXFkqRixJ2mX8Snp13EtKdew8SkX73IoF+9&#10;yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoP+QFwL/mB0E/6kjBP+5KQTuyDEG3do0&#10;CtDkQRvG60cuvOpMQbDmU1Kj41phl+BhbozdaHmC226Cetl1iXLVfI9r0oKTZc+Il2DNj5pczJec&#10;WsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmf+SFgL/&#10;nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268UcvsO9LP6XtUU6a61paj+piZYXoam5953J1deN4e2/g&#10;foBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W1bSOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXB&#10;jlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenLFgHR4R0CxewxDrr1QB6u90Uuo/VKPJr0UEiQ81pT&#10;hvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eMdmDmknhd5Jh6WuOee1jjpX1W4q9+VOG4flThuH5U&#10;4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4fv+YEwH/rRQB88MPANLYCwDE7B4EuPYxEa39&#10;Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw+3Raa/l6Xmj3gWFk9YdjYfONZV/yk2dd8ZloWvCe&#10;aVjvpWtW761sVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bf+jEADxuQwA&#10;zskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9HMYH/Tjl6/1g/c/9iRW7/bElp/3NMZv96T2P/gFFg&#10;/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6taVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW1T7&#10;sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp/yEIn/8xEZL/NxqH/z4iff9FKXX/TTBu/1U1af9g&#10;OWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/j0VW/5RGVf+aR1P/oEhS/6dJUf+tSlH/rUpR/61K&#10;Uf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSs+4BAC+wwUAstQGAKb+EAOc/yMIkP8tD4T/MxZ5&#10;/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20xVv9zM1T/eTRT/341Uv+ENlD/iTdP/444Tv+TOE3/&#10;mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOr+8AwCwygMAo9wD&#10;AZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/Rx5Y/04hVP9XI1H/XyVO/2UmTf9sJ0v/cShK/3Yp&#10;Sf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi1D&#10;/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwGdP8jCmn/Kg5g/zISWf86FVP/QhdO/0kZS/9RGkj/&#10;WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+/3ggPf98IDz/gSE7/4chO/+MIjv/jCI7/4wiO/+M&#10;Ijv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx&#10;/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03Dn&#10;X91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98&#10;Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6&#10;afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/&#10;dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b&#10;5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4Zt&#10;O/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x&#10;4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HAP/dycG/3QyC/9/Ng//&#10;hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO/32PVv95mFz8daBh+XKmZfdvrWn1bLNs82q5b/Jo&#10;wHHwZshz7GTNdehh1HbjX953213jedVd5XbVXeV21V3ldtVd5XbVXeV21V3ldtVd5XbVXeV21V3l&#10;dv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+STyf/kVwy/45oPf+KdEj/hoBS/4GLWvx9lWH4eJ1n&#10;9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XOf+Ji1oDZX92B0F/gfsxg43vMYON7zGDje8xg43vM&#10;YON7zGDje8xg43vMYON7zGDje/98HAP/eCYG/3ovCv+FMw7/jTsU/5JEHP+WTif/lVoy/5JlPv+O&#10;cUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jqb6596Gy0gOZpvIPkZ8aG4WXPiNli14rPYdmIyGLd&#10;gsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf/99GwP/eSYG/3wuCv+IMg7/kDoU&#10;/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImFYvWEj2vwfpdz7Hmeeuh0pYDlcKuF4myzieBqu4ze&#10;aMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgv99&#10;GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/nVYz/5thQP+XbE37knZa942BZvKIjHDsgpR553ub&#10;geN1oojfcamO3G2xktlru5bXaciZzGTLm8VlzpfAZ9KRumjYirZp24a2aduGtmnbhrZp24a2aduG&#10;tmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4ErCf+NMQ3/lTkT/5tCG/+gSib/oVQz/59fQfucaU/2&#10;l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX0m2vnc9suZ/Ma8Wgw2fHoLxoy5u3atCUsmzVja9s&#10;2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZif9+GgP/eyUG/4MqCf+PMAz/mDgS/55B&#10;G/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWPg3reh4uG1X6Skc94mZfKdKGcx3Gqn8Nvs6HBbr+j&#10;umvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjP9/GgP/&#10;fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy+albQfOmZFHsom5h5Zp2cNyRfn/SiYaLy4KNk8V9&#10;lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKoccubpHPQk6J01I6idNSOonTUjqJ01I6idNSOonTU&#10;jqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+ULwv/nTcR/6Q/Gf+qRyT9rk8y9q1ZQe+rYlLnpmti&#10;3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mho693qqasdrSnqnbBqKNzw6WgdcmennfPlpx30pGc&#10;d9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkf+AGgP/fSUG/4onCP+WLgv/nzYQ/6c/GP+t&#10;RyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HDkn+LvIuGlLWGjpqvgZWgqn6dpKZ7pqejerCpoXm8&#10;qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk/+BGgP/fiQG&#10;/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdWQOe1XlLdrmZk0KVuc8addYC9lnyLtZCDlK6Ki5uo&#10;hpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcaikn7MmZF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlJF/&#10;0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/pDUP/6w9F/6yRSL2uEww7bxUQOS4XVHXsmRjy6ls&#10;c8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeEoKiUgqmqkYK1q42Bv6uNgcWkjILLm4yCz5WMgs+V&#10;jILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlf+CGQP/fyQG/48lB/+cLQn/pjUO/649Fvy1RSHz&#10;vEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneKqZh+k6KThZqbj42gloyVpZGJnaiNh6erioeyrIeH&#10;v6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl/+CGQP/gCMF/5El&#10;Bv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzAWlDNuGFiwbBocbapb36sonWJpJ18kpyYgpqVlIqg&#10;j5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJnYGLzZiBi82YgYvNmIGLzZiBi82YgYvNmIGLzZiB&#10;i82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN/7Q8FPe8Qx7uxEor5MlRO9XEWE/IvGBhvLRncLGt&#10;bX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/k6KqfJKtq3qSu6x6kcOme5DJnnyPzZh8j82YfI/N&#10;mHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+DGAL/hCEF/5UkBv+iKwj/rTML/rc7EvTAQhzqyUko&#10;4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4kJCjfpiJoIWegp2No32blqd4maCpdZmrqnOZuKtz&#10;mMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmf+EGAL/hyAF/5cjBf+l&#10;Kgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9xF1esb5jbqW4anubsm+Gkq52j4mqfJaCp4Oce6SL&#10;oXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCczZhwnM2YcJzNmHCczZhwnM2YcJzNmHCczZhwnM2Y&#10;cJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4DuvLQBXh2EYg09hLNsXQVEu3yVtcq8NibJ++aHiU&#10;uW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpykaKqnpWaqtKZmq8WkaKbKnGmkzZdppM2XaaTNl2mk&#10;zZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/jRwE/54hBP+sJwX9ui8G78c2CuPUPhDY30Mfy95K&#10;NL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7eJB0uX+VbreHmmm2kJ1ltZugYrSmoWC1s6FftsWg&#10;YbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7Plf+HFwL/kRoD/6IgA/+yJQP1&#10;wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhXnNJeZZDOZHKGy2p8fMhwhHTGd4puxH6PaMOHlGPC&#10;kJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFcutKRXLrSkVy60pFcutKRXLrSkVy60pFcutKRXLrS&#10;kf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzlNxHC6kMit+dIM6zkT0Sg4FZTlN1dYIjaY2t+1mp1&#10;ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCnkVbQtZJV0seRVs3UjlbI1otWyNaLVsjWi1bI1otW&#10;yNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB/68ZAfTBGAHd2BEAzOUmBcHuNxO270Ijq+1HMqHr&#10;TECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn4oR4YuKNe17ilX5b4J6AWN+nglXesYNT3r6DUt7S&#10;g1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncgv+PEwL/pBMB/rgSANbMCwDM5BEB&#10;wO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBdT3rwZlZ08G5cbu92YWnvfmRl74ZoYe+Oal7ulm1b&#10;7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc/+Y&#10;EAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe+z4hk/tELIn6SjWB+lM+efpdRXL6Zkpt+m9OaPp2&#10;UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3rGBT97VhUvbBYVD2ymJQ9spiUPbKYlD2ymJQ9spi&#10;UPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQHALvUCQCw/BQDpv8pC5z/NRWQ/zsehv9CJn3/SS51&#10;/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NIWv+LSVj/k0tW/5tMVf+iTVP/qU5R/7FPUP+7UE//&#10;w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUdqvAgDGvAUAuckFAK3bCACj/xcEmv8r&#10;C47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//YjJc/2s0Wv9yNlj/eDhW/385VP+GO1L/jTxR/5U9&#10;T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5Qci1AgC4&#10;wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUVbP89GmX/RB5e/0wiWP9UJVX/XSdS/2UpUP9sKk7/&#10;cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF/6AxRP+pMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+u&#10;MkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/DAKJ/xoEff8hCHL/KAxo/zAQYP84FFr/QBdU/0ga&#10;T/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90IkH/eiJA/4AjP/+GJD7/jCQ9/5IlPP+ZJTv/niY7&#10;/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJqvBAACd0AAAj+EAAIb/DgJ6/xUDbv8cBmT/&#10;Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA/1UWPv9aFzz/Xxg7/2QYOf9oGTj/bRk3/3IaNv93&#10;GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NG/9wHgP/bCkG&#10;/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/&#10;aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ&#10;8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OT&#10;Rf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf&#10;5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/&#10;fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe&#10;3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCgG/2sx&#10;Cf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97eDv/eIZC/3WSSP9ym03/cKRR/22sVP9rslf/abla&#10;/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6FvpZOJa72TgWvBi4FrwYuBa8GLgWvBi4FrwYuBa8GLg&#10;WvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS/4NEGf+HTiH/hlsr/4NoNP9/dT3/fIJF/3mOTP92&#10;mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0Y8xn8GHTaetf3mvmXeVs4Fvpbdlc7mjWXO9n1lzv&#10;Z9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9yHQP/bigG/3EuCf97Mgz/gzoR/4dDGP+KTCH/ilkr&#10;/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKmYPpurWT4bLRo9mm8a/RnxW3wZMxw62HTcuVf33Pe&#10;XOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua/9zHAP/bycG/3QtCP9+&#10;MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/g3tL/3+HU/58klv8eJxh+XSkZ/Zwq2vzbbJv8Wq6&#10;c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg6nDGYOxuxmDsbsZg7G7GYOxuxmDsbsZg7G7GYOxu&#10;xmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45AGP+SSSH/k1Qs/5BgN/+MbEP/h3dN+4ODV/h/jmD2&#10;epdn83agbvByqHPtbq9462u4fOhown/mZs2C32LYhNFf3IXKYOB/xWHjer9j6HS+Y+lyvmPpcr5j&#10;6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/cCYG/3kqCP+FLgv/jTcQ/5I/F/+WSCD/l1Is/5Ve&#10;OP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedyo3zkbquB4Wqzht5nvYraZcqN0mLUjshi2IrCY9yE&#10;vGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdv91GwP/cSYG/3woB/+ILQr/&#10;kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS74x7X+qFhWrlfo104HiVfdtynYXUbaSL0Gqtjs1o&#10;t5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyuauR5rmrkea5q5HmuauR5rmrkea5q5HmuauR5rmrk&#10;ef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+eRh//oU4r+6BZOPWcY0bvmG1U6JB3YuKIf2/agId7&#10;0nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvLlbZp0JSxa9WNrGzbhqht4H+nbeJ8p23ifKdt4nyn&#10;beJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF/4EmB/+NLAn/ljQO/508Ff+hRB7+pUwq96VXOPCi&#10;YUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/dpuPunOjk7dwrJa0b7eXsW/EmKxtzZipb9OQpXDY&#10;iaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf/93GwP/dCUF/4MlBv+QKwn/mTMN&#10;/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plvZ8+ReHPHioB9wYSIhbt/j4u1epeQsXeflK10qJeq&#10;c7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6BmnXegZp13oGadd6BmnXegZp13oGadd6BmnXegf94&#10;GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4rUoo8K9SN+esXEfepWRY0Z1tZsiVdXPAjnx9uYmE&#10;hbODjIytf5ORqXublaV5pJmhd66bnna6nJ13ypyZd8+Wl3jUjpV424aUeN2DlHjdg5R43YOUeN2D&#10;lHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gjBv+UKgj/njEL/6Y6Ev6rQhv1sEkn7LVQNuOwWkbY&#10;qWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCRoYCYlp19oZqZe6qclnu2nZR7xp6Se82YkXzTkI98&#10;2YiPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchf95GgP/eiIF/4oiBf+WKQf/oDEL/6g5&#10;EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2ecHK0l3d8rZF+haaMhoygiI2RmoWVlpaCnpqSgKed&#10;j3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDbhomA24aJgNuGiYDbhomA24aJgNuGiYDbhv95GgL/&#10;eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck5r1OM9u4V0TNsGBWwqlnZLiibnGvm3V7p5Z8hKCR&#10;g4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+FhcubhYXRk4WF2IqEhNqHhITah4SE2oeEhNqHhITa&#10;h4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+bKAb/pS8J/643Dva2PxfsvEYi48FOMNW8VkPItF5V&#10;vaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqOdgYqun36KvJ9+isqcf4rQlH+J1ot/&#10;iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiP96GQL/fx4E/5AhBP+dJwX/qC4I/rI2DfO6&#10;PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+kpHF6nJ93g5SbfoqOmIaQh5WOlYKSl5l9kKCceo+r&#10;nniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJeY3Yif97GQL/gR0E&#10;/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJLsvDU0G+vFtSs7ViYaivaW6fqm94lqV1gY6hfImH&#10;noOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8idcpbPlXOU1Yx0k9iJdJPYiXST2Il0k9iJdJPYiXST&#10;2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/rywG97ozCezEOw/izkIY085ILMbHUkC5wFpRrbph&#10;X6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWgkpZwnpuZbJ6nm2qetJxpn8WbbJ7QlG2a1oxtmdiJ&#10;bZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYif99GAL/hxoD/5geA/+mIwP/sykE88AxB+fLOAvd&#10;2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0ibNxfYGveIR6rX+KdKqHj26pj5Npp5qWZqelmGOn&#10;spliqMOYZafRk2aj1otnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZif9+FwL/ixgC/5wc&#10;Av+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnRTjuszFZMoMddWpXCY2eLv2lxgrtveXq4doBztn2G&#10;bbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLTkF+s2YlgqtqGYKrahmCq2oZgqtqGYKrahmCq2oZg&#10;qtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB49EgAdPfLAbJ4jsUvt9EJbLZTDil01RJmc9bV47L&#10;YWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jolevpiLWr6kjVi+sY5Xv8KNWL/Xi1m43IVZtt2DWbbd&#10;g1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+BFgL/lRQB/6cWAf24FwDpyxEA098WAcjnLAe+5jsW&#10;s+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFtbmzPdHRmznx5Yc2FfVzMjoBZzJmDVsylhFTMs4VT&#10;zcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhff+HEwH/nBIB/64RANrC&#10;CgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS5lBAiORZS37iYFR24Whcb+BvYmjfd2hj3n9sXt6I&#10;cFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W5XVP0+d0T9PndE/T53RP0+d0T9PndE/T53RP0+d0&#10;T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEaA7DyLQym8TsYm/BBJJHvRy+H7k46fu5YQ3ftYUpw&#10;7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1jVe2nZVLts2ZR7sBnT+/UaE7r5mhN6OhoTejoaE3o&#10;6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDdrgQAzLwGAMHJBwC42woArfgcBKT4Lw2Z+DkXj/g/&#10;IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4eUpd+IFMWviJT1j4klFW+ZtSU/mlVFH6r1VQ+rtW&#10;TvrKV03741dM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV+WlAADOtAQAv78FALTOBgCq&#10;6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wqav9UL2X/XjNh/2c3Xf9vOVr/djxY/34+Vv+GP1P/&#10;jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ/9xHSf/c&#10;R9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/Kwx+/zISdf86GGz/Qh1l/0kiX/9RJVr/WihX/2Mr&#10;VP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+YNUj/oTVH/6o2Rv+zN0T/vzhE/8U4RP/FOET/xThE&#10;/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIApcwBAJndAwCQ/xIChv8fBXv/Jwpx/y4OaP82E2H/&#10;Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH/3EkRv94JUT/fyZD/4YnQf+OKED/lig//54pPf+n&#10;KTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0KrO4AQClxgAAl9UAAIvvBAGE/xMC&#10;d/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9IFUj/TxdF/1YYQv9cGUD/YRo+/2caPP9tGzv/cxw5&#10;/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6QfMv+kHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+kH6bA&#10;AACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX/yQIUP8sCkr/MwxF/zsOQf9BDz3/RxA6/00ROP9S&#10;ETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/dxUs/30VKv+DFin/ixYp/44WKf+OFin/jhYp/44W&#10;Kf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/&#10;a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW&#10;803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9mIAP/YSoF/2EzCP9pNgv/bj0P/3FG&#10;Ff9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/XNRK&#10;/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9mIAP/&#10;YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j/3NsKv9wejH/bYc2/2uUO/9pnz//aKhC/2awRf9k&#10;uEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1WepQ8VjvUe1X9FHpV/lQ6Vf5UOlX+VDpV/lQ6Vf5&#10;UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9uMwv/dDoP/3dDFf95Thz/elok/3doK/90djP/cYQ5&#10;/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PFUP9hy1L9X9JU+V3dVfRb5FbwWupX61jwWOdY9Vfj&#10;WfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VP9oHwP/YykF/2guB/9xMgr/dzgP/3tCFf99&#10;TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/bKFL/2qqT/9oslL/Z7tU/2XEVv5iylj5YNFa9V7c&#10;XPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V/9pHgP/ZCkF&#10;/2stB/90MAr/ezcO/39BFf+BShz/glUl/39jLv97cDb/eHw+/3WJRf9xlEv/b55Q/2ymVP9qrlj9&#10;aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm3lrwY9hb9GDRXfhb0V34W9Fd+FvRXfhb0V34W9Fd&#10;+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/fzYO/4M/FP+FSBz/h1Ml/4RgL/+AbDj/fHlB/3iF&#10;Sf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNkxWjwYtBr6l/dbeNd527bW+pt01zvaM1e82TIX/df&#10;yF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X/9qHgP/ZigF/3EpB/97LAn/gzUN/4c+FP+KRxv/&#10;jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc8W+dYu9spWftaa1r62a2b+hjwHLmYcx142Dfd9Zc&#10;5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y/9rHQP/ZycF/3Qn&#10;Bv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyLZjv4hnFG84F8Ue98h1rsdpBi6HGYaeVsoHDhaKh1&#10;3mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lpcrtj7W22ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk8We2&#10;ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM/5A7Ev+TQxr/lkwk/ZVXMPeRYjzyjG1J7IZ4VOd/&#10;gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJZb+Dx2TOhMFj3YO6ZOJ8tmbmdrJn6nGuaO9qrmjv&#10;aq5o72quaO9qrmjvaq5o72quaO9qrmjvav9tHAP/bCQF/3okBf+FKQf/jjEL/5Q5Ef+YQhn/m0ok&#10;+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aNdcpylXrGbp1+w2ylgr9qr4S9abmGumjHh7do2oex&#10;aN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbf9tHAP/biME/30iBf+I&#10;KAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3llmZM3Y5vWtOHeGXMgYFuxnuJdsF3kXu8c5mAuHCh&#10;hLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu5Xefb+twn2/rcJ9v63Cfb+twn2/rcJ9v63Cfb+tw&#10;n2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3D/+gPxf4pEch8KdPLuiiWj3fm2NN1JRsWsuMdWXE&#10;hn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+LpXC7jKNwy42gcdmInXHfgZty5HqZc+lymXPpcplz&#10;6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/cyAE/4IgBP+OJgb/ly4I/582Dv2kPhX0qEYg7KxN&#10;LeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCAiX2rfZGCp3mZhqN3ooqfdauNnHS3jpp0xo+YddaL&#10;lnbdg5R24nyTdud0knbodJJ26HSSduh0knbodJJ26HSSduh0knbodP9vGwL/dR8E/4QfBP+QJQX/&#10;mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9LyJxoWb+Vb2S3j3dusIp/dqqFhn2kgY6Cn36Wh5t7&#10;nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6NeuZ2jXrmdo165naNeuZ2jXrmdo165naNeuZ2jXrm&#10;dv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/erPBLusUMc5bRLKdqvVTrNqF5KwqBmWLmabWSxk3Vu&#10;qo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2wkIp9vpGKf9OPiX7ah4h+33+HfuV3h37ld4d+5XeH&#10;fuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D/4geA/+VJAT/oCsG/6gyCvSvOhHrtUIa4bhKJ9Sz&#10;UznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyYi4iCkoeQh42FmYuJg6KOhoKukYOCvJGCg86Rg4PZ&#10;iIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC5HiCguR4goLkeP9xGgL/ehwD/4odA/+XIwT/oikF&#10;/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahiVq+iamKnnHBsn5d3dZiTfnySkIaCjI2Oh4eKl4uD&#10;iKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6fYbkeX2G5Hl9huR5fYbkeX2G5Hl9huR5fYbkef9x&#10;GgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzkvz8U2MBGJMq6UDe/s1lHtKxhVaqmaGGhoW5rmZx1&#10;dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaMtpF0jciRdo7YineM3YJ3iuN6d4rjeneK43p3iuN6&#10;d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48bAv+dIAP/qSYD9rMtBeq9NQngxjwQ0sREI8W9TzW6&#10;t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GAgJiJhXqWkol1lJuNcpOmj2+TtJBtlMWQcJXYinCS&#10;3YNxkON7cZDje3GQ43txkON7cZDje3GQ43txkON7cZDje/9zGQL/ghcC/5IaAv+gHwL/rSQC8rgq&#10;BObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+xZF6WrGtojqlxcYaleHh/on9+eaCHg3Sdj4hvnJmL&#10;a5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bje2uW43trluN7a5bje2uW43trluN7a5bje/90GQL/&#10;hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TINx8xBH7rHTDGuwVRCo7xcUJm3YlyQs2lmh7BvboCt&#10;dnV5qn17c6iEgG2mjYVopZeIZaSjimKksItgpMGLYqbZiGOi3oFlnuN6ZZ7jemWe43plnuN6ZZ7j&#10;emWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+pGAH2uBsB58caAdvZHAHN1jALwNI/HbTNSi+oyFI/&#10;ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGDfGewjIBir5aDXq6hhlyur4dar7+HW7DahF2s4H9e&#10;p+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleP96FQL/jhIB/58TAP+wEwDvwBAA2dQMAM7f&#10;HAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SCxGVeecJsZnLAcmxrvnpyZr2CdmG7i3pcu5V9Wbqh&#10;f1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy53RYsud0WLLndFiy53RYsud0WLLndP+AEgH/lBAA&#10;/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9GKTdRieZ2U43jdRWRIPRXU96z2RYcs1qX2vLcmVl&#10;ynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4UMrbd1HG6HNSwOtvUr/sb1K/7G9Sv+xvUr/sb1K/&#10;7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADHyQgAwdsLALfoIAOt5zENpOY9GZnkRCaO4kwzhOBU&#10;PnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZjGdT2ZdqUNmjbE7ZsW1N2sJtTNvcbE3Y7GpOz/Bn&#10;Ts/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ/+PCwDppAQA0bQGAMW/BgC8zQgAtOkOAaruIgWi&#10;7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WREZ+lsSWLodE1e6HxRWuiFVFbojlZT6ZhZUemjWk7p&#10;sFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPzXPmZAwDUrAIAxbcE&#10;ALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1QSB49UgncPVQLmr0WjRl9GM4YPRrPF31dD9Z9XxC&#10;V/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfITUn44E1I9/NNSPf0TUj39E1I9/RNSPf0TUj39E1I&#10;9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcAmv0UApL9JweH/i8Nff43FHT/Pxts/0cgZv9OJWD/&#10;Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN/5I5S/+cOkn/pjtI/7E8Rv+9PUX/zD1E/+Y+RP/n&#10;PkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsusAAC5tgEArMIBAKDQAgCV5QcAjv8YA4T/JAZ6/ywL&#10;cP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9jJE3/ayZL/3MnSf96KUj/gipG/4orRP+ULEL/ni1B&#10;/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMLuxAACsvAAAn8kAAJPZ&#10;AACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX/0ATUf9HFk3/ThhK/1YZR/9cGkT/YxxC/2kdQP9w&#10;Hj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/rSM1/7gjNf+5IzX/uSM1/7kjNf+5IzX/uSM1/7kj&#10;Nf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8TAmj/GwRf/yMGWP8rCVH/MwtM/zoNR/9BD0P/SBFA&#10;/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IWMf96Fy//ghcu/4sYLP+TGCv/nBkq/6cZKv+nGSr/&#10;pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACSzAAAhNwAAHj3AABu/woBY/8QAlr/FQNS/x0ES/8k&#10;Bkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/UA0u/1QOLP9ZDir/Xg8o/2QPJv9qDyX/cRAj/3gQ&#10;Iv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ERH/+REf9cIgP/Vy0F/1gzB/9fNgn/&#10;Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or/16WLv9coTH/W6oz/1qyNf9Zujb/WMM3/1jNOf9X&#10;2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31Uf0981H/PfNR/z3zUf8981H/PfNR/z3zUf8981H/&#10;Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9oTxf/aFwd/2ZtIv9jeyj/YYgs/1+UL/9enzL/Xak1&#10;/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bmPv9V6z79VPA/+VP1P/ZS+UDzUv1A8FL/PvBS/z7w&#10;Uv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF/1wwB/9kMwn/aDoN/2tDEv9sThf/bFod/2pqJP9n&#10;eCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/XL4+/1vIP/9a0kH/Wd1C/1flQ/1W6kT5VfBE9VT1&#10;RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/Qv9eIQP/WSwF/18uBv9mMgn/bDgM&#10;/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WONf9kmTn/YqM8/2CrPv9fs0H/XrtC/13ERP9czkb/&#10;WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H51b/RedW/0XnVv9F51b/RedW/0XnVv9F51b/Rf9e&#10;IQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/dVUe/3JkJv9vci3/bH8z/2mLOP9mljz/ZaBA/2Oo&#10;Q/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ6k/wV/FQ61b2UedX+07kWP9L4Vn/SeFZ/0nhWf9J&#10;4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2UrBv9tLgj/czUM/3c+Ef94SBf/eVIf/3dgJ/90bi7/&#10;cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO+2C8UfpexlP5XdRV9VvjVu9a6ljpWPJZ5Vn3VuBa&#10;+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03XW/9N11v/Tf9gIAP/XSkF/2gpBv9xKwf/eDML/3w8&#10;EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xtjUX6apdL+GefT/Zlp1P0Yq9W82C4WfFfwVzwXc1e&#10;7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/Ucxe/1HMXv9RzF7/Ucxe/1HMXv9RzF7/Uf9hHwP/&#10;YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f/4NZKP9/ZjL8enI7+HV+Q/VxiEvybZJR72maVu1m&#10;olvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvTXPBmzV71Ychf+VzEYPxYwWH+VcFh/lXBYf5VwWH+&#10;VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95KAb/gTAK/4U5D/+IQhb/iUse/4lWKPqFYjP1gG49&#10;8Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ctbddft2/UXsNw0V7Scc1d53HHX+5rwmHyZr5i9mG6&#10;Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WP9jHwP/ZiME/3IiBP99Jwb/hS4J/4o3Dv+N&#10;QBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXecoZe2G2PZdNqmGrPZ6BtzGWocMljsXPGYrx0xGHJ&#10;dcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n+VyuZ/lcrmf5XK5n+VyuZ/lcrmf5XP9jHgP/aCEE&#10;/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZPKO6RWzTni2ZB4IRvTtl9eVjRd4JgzHOKZ8dvk2zE&#10;bJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2rmjsb6pp8GmoafRjpmr3X6Zq91+mavdfpmr3X6Zq&#10;91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/jSwH/5M0C/+XPBL4mUUb8JtNJ+iXWTThkGJC14ls&#10;Ts6DdVjIfX5hw3iGaL50jm25cJZytm6edbJsp3ivarF7rWm9fKppzX2oauN6pWzpcqJs7WygbfJm&#10;nm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71Yv9lHQL/bR4D/3sdA/+HIwT/kCoG/5cyCv2cOxD0&#10;n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnphun2CaLV5im6xdZJzrHKad6lwo3qmbqx9o224fqFt&#10;x3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SXcfNkl3HzZJdx82SXcfNkl3HzZP9lHQL/bx0D/34c&#10;A/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96hVDHSml5AyJNnTcCMb1i5h3dhs4J/aK59h26peo5z&#10;pHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTleJN06nGSde9rkXXyZpF18maRdfJmkXXyZpF18maR&#10;dfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF/54vCPakNw3sqD8V46tIINimUjDMnlxAw5dlTbuR&#10;bVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyVd6V/knawgZB1voKOdtGCjnjjeo146HOMeO1si3jx&#10;aIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9nHAL/cxoC/4IaAv+PIAP/mSYE/qIuBvOoNQvprT0T&#10;369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5aKGHgW6cg4h0l4CQeJJ9mXyOfKKAi3qtgoh6u4OH&#10;es2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBphnzwaYZ88GmGfPBphnzwaf9nHAL/dRkC/4UZAv+S&#10;HwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7Dplk+uZ9hS7CZaFaolHBfoY93Z5uLfm6WiIZzkIWO&#10;eIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB5naBgOtvgIDvaoCA72qAgO9qgIDvaoCA72qAgO9q&#10;gIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+KkqBOyxMQfitzkN1bdCHMmwTi2+qlc9tKNfSqueZ1Wj&#10;mG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6AfYSognuEtYR5hMeEeobgf3uF5nd7hetwe4Tua3uE&#10;7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/ehYC/4oXAv+XHAL/oyEC9K0nA+i1LgXevTUK0LpA&#10;G8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCVeWyKkoFyhZCJd3+Nknx7i5t/d4qmgnSJs4NyisSD&#10;dIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbP9rGgL/fRQC/40WAf+aGgH/&#10;ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6qqxcR6GnY1KZo2pckZ9xZIqbd2uEmH9xfpaGdnmT&#10;j3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhvj+pxcI7tbHCO7Wxwju1scI7tbHCO7Wxwju1scI7t&#10;bP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDDIQHSxi0IxsE9GLq8SSivt1I4pbJaRZytYVGTqWha&#10;i6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apiif2eXroBlmL+BZZnYf2iY5XhplupxapTtbGqU7Wxq&#10;lO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB/5QTAf+iFAD1sBQA5r4UANnMFQDMyisHwMY7FrXB&#10;RyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3p3pscqWCcmyji3ZoopR5ZKGgfGCgrX1fob1+XqLU&#10;fWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubP90EwH/hxAB/5gQAP6nEADntw0A&#10;1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9XQI+7XkuGuGRUfrVrXHeycWNxsHhpa66AbWatiXJh&#10;q5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xuXaTval2k72pdpO9qXaTval2k72pdpO9qXaTvav95&#10;EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC91SUEstI2EafOQiCcykwvksdUPIjDXEd/wWJQd75p&#10;V3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2q3NTt7tzUrfSc1S3629Wsu9qV6/xZ1ev8WdXr/Fn&#10;V6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUFANKzBwDJvgcAwssIALzdDgC03SMDqtozDZ/WQByU&#10;00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZcX8V/YFrFiGRWxJJnU8SeaVDErGpPxLxrTsXTak/F&#10;7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFRvfVhUb31Yf+GCgDwmgQA1KoEAMi2BgC+wQUAt88J&#10;ALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHjaWDpw2F9CadZnSWPVbk9e1HZTWdN/V1XTiVpS05Nd&#10;T9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5WkzM+VpMzPlaTMz5WkzM+VpMzPlaTMz5Wv+PAwDa&#10;ogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgGk+k0DonoPRh/50Qid+ZOKm/mVzJp5V84Y+VnPV/k&#10;b0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ5btSSObPUkjm6FJI5PhRSOH8T0jh/E9I4fxPSOH8&#10;T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+AwCoywUAn9oJAJjyGAKQ8ioHhvIzDnzxOxZ08UMd&#10;bPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/OlDyiDxN8pI+S/KdQEnzqUFH87ZCRvTHQ0X030NE&#10;9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpCRPL6QtGiAADArgAAsrgBAKfEAgCc0gQAku0MAIz7&#10;HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX/FkjVP1iJlH9aihP/XMqTP57LEr+gy5I/o0vRv+Y&#10;MUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//7zU//+81P//vNT//7zU//+81P//vNcSqAACzswAA&#10;p78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8tCmT/Ng5d/z4SWP9FFVL/TRhP/1UaTP9cHEn/ZB5H&#10;/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6QmOv+vJjn/uic4/8onOP/cKDj/3Cg4/9woOP/cKDj/&#10;3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB5gEAev8QAXD/GAJn/yEFX/8pB1j/MQpS/zkNTf9B&#10;D0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/cBg3/3kZNf+CGTP/jBoy/5cbMP+hGy//qhwv/7Uc&#10;Lv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HKm1AACawgAAjM8AAH/eAAB2/wUAbP8OAWL/FAJa&#10;/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cMOP9NDTX/Uw4z/1gPMf9eDy//ZBAt/2sRK/9zESn/&#10;fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+rFJy+AACNywAAftoA&#10;AHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/JAQ8/ysFN/8yBjT/OAcw/z0ILf9DCCr/SAko/00J&#10;Jv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98DBj/hAwX/44NFf+VDRX/lQ0V/5UNFf+VDRX/lQ0V&#10;/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK/1tFDv9aTxP/WV0X/1htG/9Wex//VYki/1OVJf9S&#10;oCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/TuQu/07tL/9O8y//Tfgw/038MP9M/zD8TP8w+Uz/&#10;L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9TJAP/TS8E/1QwBf9ZNAf/XToK/19DDv9eThP/XVoY&#10;/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1OuLf9Sti7/Ur4v/1HHMP9R0jH/UOEy/1DrMv9P8jP/&#10;T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/Mv9TJAP/Ti4E/1YvBf9c&#10;Mgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/W4Mm/1mPKf9Ymiz/VqMu/1WsMP9VszH/VLsz/1PE&#10;NP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP/zj0T/838VD/NfBQ/zTwUP808FD/NPBQ/zTwUP80&#10;8FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZADv9mShP/ZVUZ/2NlHv9hcyP/XoAo/1yMLP9bly//&#10;WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6/1TnO/9T8Dz7UvY99lH7PfJR/z3vUv877FL/OOtS&#10;/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/UisE/1wrBf9jLgf/ZzQK/2o+Dv9rSBP/alMZ/2hh&#10;H/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9arTr/WLU8/1e9Pv9Xxz//VtNB/FXkQvlV7kP1VPZE&#10;8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/O+VV/zvlVf875VX/O/9WIgP/VSkE/18oBf9nKwb/&#10;bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt/2WEMv9ijzf/YJk7/l6hPv1cqUH7W7FD+lm5RflY&#10;wkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0biWP9D3ln/QN1Z/z/dWf8/3Vn/P91Z/z/dWf8/3Vn/&#10;P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91QxP/dU0Z/3VZIf9xZyn/bXQw/WqANvpmijz4Y5RA&#10;9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61faU+dW6VXkV/VU4Vn9T9ta/0vVW/9I0Fz/RM9c/0TP&#10;XP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD/2YjBP9vJgX/di4I/3o3DP97QRL/e0sZ/3tVIf53&#10;Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1DoXadU5VuvV+NZuFrhV8Nd31fSXtpW5l7WWfNa0lz8&#10;Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf/0jEX/9IxF//SP9ZIQL/XyID/2ohBP90JAX/eywH&#10;/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1PulugEblaYlN4WWRVN5hmVnaX6Jc1l2qX9Ncs2HQ&#10;W75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9RumL/Tbli/0u5Yv9LuWL/S7li/0u5Yv9LuWL/S/9Z&#10;IQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+iEUX94hOIfCEWyvqfmY25HhwQd9yekvZbYNS02mM&#10;WM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e2Gi8X+tmumP3X7Zk+1mzZf5VsGX/UK9l/0+vZf9P&#10;r2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3EcA/98IgP/hCkF/4kxCf+MOg75jkMW8Y5MIOqKWCvj&#10;hGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhivWagZbplqGi3Y7JqtWK+a7NizmywYuVrr2b0ZKxn&#10;+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Kmaf9Spmn/Uv9bIAL/ZxwC/3QaAv9/IAP/iCcE/44v&#10;B/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9ckzEeHtUv3SDWrpxi1+2bpNks2ubZ69ppGqtZ61s&#10;qma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9Vp5s/lWebP5Vnmz+VZ5s/lWebP5Vnmz+Vf9cHwL/&#10;ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S55tGHN6WUinSkFw3yolmQsODb0y8fndUt3l/W7J1&#10;h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGcatdxnG7ua5pv82SZb/hel3D8WJdw/VeXcP1Xl3D9&#10;V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+GHQL/jyMD/5YrBfWbMwnrnzsQ4qBFGdebUCjMlFo2&#10;xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonSTaZ5ynG2bcKVwmG+wcpVuvXOTb9BzlHLrbpNz8maS&#10;c/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZkHP7Wf9fHQL/bhcC/30XAv+JHAL/kiIC/ZopBPGg&#10;MAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuvh3FUqYJ5W6R/gGCffIhlm3mQapd2mW2TdaJxkHOs&#10;c41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3+lqKd/painf6Wop3+lqKd/painf6Wv9hGwL/cRYC&#10;/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlAFsyjTCbCnFY0uZZfQLGQZ0qqi29TpId2Wp6DfmCZ&#10;gIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2hXrkcoZ772qFe/RkhXv4XYV7+VyFe/lchXv5XIV7&#10;+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/mR4B9qEjAuqpKgTgrzIH0qw+FcemSyS9oFUztJpe&#10;P6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqAk26Gfp1xgn2ndH98tHZ9fMV2fX7gc39/7mt/f/Nl&#10;f373Xn9++F1/fvhdf374XX9++F1/fvhdf374Xf9lGAL/dRMB/4QUAf+RFwH/nBsB8qUgAeauJgLb&#10;tC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtRmZByWZONeV+OioBkiYeIaYSFkW6Ag5pxfIKldHmB&#10;snZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56gvheeoL4XnqC+F56gvheeoL4Xv9nFwL/dxEB/4cT&#10;Af+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76uSCK0qFIwq6NaPaKeYkebmWlQlJVwWI6Sd16Ij35k&#10;g42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fXdXOJ7W1ziPJmdIf2YHSH9190h/dfdIf3X3SH9190&#10;h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA6q4VAN25FwDPuigExLc5EbmyRiCvrFAvpqdYO52j&#10;YEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxzj5Zwb46gcmyNrXRqjb11aY3SdWyQ7W1tjvFnboz2&#10;YG6M919ujPdfboz3X26M919ujPdfboz3X/9sEwH/fQ8B/40QAP+bEAD0qA8A5bUNANW/EADKviYD&#10;v7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJsVYKfc1t8nHphd5qBZnKYimptlpRuaZWecWaUq3Nj&#10;lLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdfaJL3X2iS919okvdfaJL3X/9vEQH/gQ4A/5EOAPKg&#10;DADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhykt0wqm7NVN5KvXEGKrGNKg6lqUnymcVl2pHhecKJ/&#10;Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f62thnfJlYpr2YGKZ915imfdeYpn3XmKZ915imfde&#10;Ypn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sIAMbHCwC9xyACssUyC6jBQBmevkonlLpTNIu2Wj6D&#10;tGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBnXaebalmnqGtXp7hsVqfMbFio6Whap/RjW6P4Xlyj&#10;+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/iwkA35wDANKpBgDJtAcAwr4GALzMCAC1zRwBq8sv&#10;CaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4bVBpt3RVZLV8Wl+0hV5bs49hV7OaZFSyp2VSsrdm&#10;UbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37Wlat+1pWrftaVq37Wv9+CQDykQIA1qECAMqtBQDA&#10;twUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUfhctOKn3JVjR1x109bsVlRGjEbEljwnNOXsF7U1nB&#10;hFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxOv/lZT7z+VVC6/lVQuv5VULr+VVC6/lVQuv5VULr+&#10;Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfTCgCg3RUAmd0oBJDbNw6G2UIZfdZLJHXUVC1t0lw1&#10;Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6bUkvOqVNJzrlUSM/PVEjO61NJzvhQSsv/TkrK/01K&#10;yv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAAw6sBALe0AgCtvwMAo8sGAJvZCgCU5RoBjeUrBoTk&#10;NQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX4HI6U997PVDfhUBN349DSuCbRUjgqEZG4LhHReHM&#10;R0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe/0RF3v9ERd7/RNmXAADHpgAAuLAAAKy5AQCixQIA&#10;mNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1GGWLtTh5d7VcjWe1gJ1XtaCpS7XEtT+15L0ztgzJK&#10;7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84QO39OEDs/zhA7P84QOz/OEDs/zhA7P84QOz/OMug&#10;AAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8+B8CdPgpBmz4Mgpk+DsPXvlDE1j5SxdT+VMaUPlb&#10;HU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7nik+/KsqPfy5Kzv9yys7/eIrOvz0Kzr89ys6/Pcr&#10;Ovz3Kzr89ys6/PcrOvz3K72oAACusAAAobwAAJXIAACJ1AAAfugFAHf/EgFv/xwCZ/8mBWD/LwhZ&#10;/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QYQP9sGT3/dRo7/34bOf+JHDf/lB02/6AeNf+sHzP/&#10;uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy/+cgMv/nILCtAACitwAAlcQAAIfQAAB73QAAcv0J&#10;AGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/QQtB/0gMPv9ODjv/VQ84/1sQNv9iETT/aREy/3IS&#10;L/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//CFif/xxYn/8cWJ//HFif/xxYn/8cWJ//HFqS0AACW&#10;wAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQBTf8cAkj/JARC/ywFPv8zBjr/OQc2/0AIM/9FCDD/&#10;Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g/4ANHv+MDh3/lw4c/6EOG/+sDxv/rg8b/64PG/+u&#10;Dxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvjAABf9gAAVv8AAE7/CgBH/xABQf8WAjz/HQI3/yQD&#10;Mv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9KBh7/UAYb/1YHGf9cBxf/ZAgV/20IE/93CBH/gQkQ&#10;/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJD/+YCf9JJwL/RDEE/0sxBP9QNAb/UjoI/1JDC/9R&#10;Tg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//SKYg/0euIf9HtSL/Rr0j/0bGI/9G0CT/RuAk/0bq&#10;Jf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G/yP9Rv8j/Ub/I/1G/yP9Rv8j/Ub/I/9JJwL/Ri8D&#10;/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1BoF/9Pdxr/ToQd/0yRH/9LmyH/SqQi/0qsI/9JsyT/&#10;Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko/0j/KP9I/yj+SP8o+0j/J/lI/yb5SP8m+Uj/JvlI&#10;/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/WDYI/1lAC/9YSw//VVYT/1RmGP9SdBv/UYEe/0+O&#10;If9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9Lyir/Stkq/0rmK/9K8Cv/Svgs/0r/LP1K/yz6Sv8r&#10;90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KP9LJgL/SysD/1IrBP9YLgX/WzQI/10+C/9dSQ//&#10;WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o/1CmKv9Priv/TrUs/069Lf9Nxy7/TdMv/0zjMP9M&#10;7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvwTf8r8E3/K/BN/yvwTf8r8E3/K/9LJgL/TikD/1Yp&#10;BP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9cbR7/Wnoj/1iGJv9WkSn/VZos/1OiLv9SqjD/UbEx&#10;/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79OPBP/zXuUP8z61H/MelR/y/pUf8v6VH/L+lR/y/p&#10;Uf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H/2g5Cv9oQw//Z04V/2VaGv9iaCD/X3Yl/12BKv9a&#10;jC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1Uck981HaPvBQ6D/sUPNA6VH9PuhT/zvmVP8441X/&#10;NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9NJAL/VCQD/10jA/9lJQT/ai0G/202Cv9uQA7/bUsU&#10;/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZOvJYoT3wV6lA7lWxQuxUuUTrU8RG6VLSSOVR5Uni&#10;UvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf840ln/ONJZ/zjSWf840ln/OP9OJAL/WCED/2EgA/9q&#10;IwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2a2wq8md3Me9jgjfsYIs96V2UQeZanEXkWKRJ4las&#10;TOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a/0XNXP9CyVz/PsVc/zzFXP88xVz/PMVc/zzFXP88&#10;xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kxCP96Owz/ekQT+nlOG/R2WyPucWcs6WxyNeVofDzh&#10;Y4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpUy1jGVclX2lbFV+xVw1v5T8Je/0rAX/9GvWD/Qrpg&#10;/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/Xh0C/2kaAv9zHwP/eiYE/34vBv+BOAv7gUES84BL&#10;Gux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tjkU/IYJlSxV+hVcJdqlfAXLNZvly/Wrxbzlu4W+Vb&#10;t171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/Q7Bk/0OwZP9DsGT/Q/9VHwL/YRoC/20YAv93HQL/&#10;fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u1HhpOM5zc0DJbnxHxGuETMBojFG9ZZRUumOcV7di&#10;pVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOqZ/9OqGf/SqZn/0amZ/9Gpmf/RqZn/0amZ/9Gpmf/&#10;Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmMMgfvjjsN545EFt6KUSHUhFwtzH5mOMV4b0HAdHdI&#10;u3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0YKVjwmGjY9ViomXtXaJp+1ehav9Rn2v/TJ5r/0me&#10;a/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB/3MVAf9+GgH/hyAC/40nA/SSLwbqlDgL4ZRCE9aP&#10;TiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOqb4xXp22UW6NrnF6gaaVgnmiwY5tnvWSZZ85kmGno&#10;YZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu/0uWbv9Llm7/S/9bGgL/aRQB/3YUAf+BGAH/ih0B&#10;/JEkAvCXLATlmjQI3Jo/Ec+UTB/GjlcsvohgN7eCaUCxfnFIrHp5Tqd3gFOjdIhYn3GQXJtvmF+Y&#10;baFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5WkHL/UZBy/02Qcv9NkHL/TZBy/02Qcv9NkHL/Tf9d&#10;GAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPhoDAG1Z49EMqYSh7BklQruYxeNrGHZj+rgm5Hpn52&#10;TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtwtWeJcMVniHDgZop09F6LdvxYinb/Uol2/06Jdv9O&#10;iXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sSAf+HFAD/kRgB9JkdAeegIwLdpSsEz6E7D8WcSB28&#10;llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJXknqKXI54kmCKdpxjh3WmZoR0smiCdMJogHTbaIN4&#10;8mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+Eef9PhHn/T/9hFQH/cBAB/34RAP+KEgD/lBUA8J0Z&#10;AOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQYj6hi2pGm4dxTJWEeFKQgX9XjH+HXIh9kGCEe5lj&#10;gHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+VX59/1F+ff9Rfn3/UX59/1F+ff9Rfn3/Uf9jFAH/&#10;cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYDx6g3DbyjRBqznk8nqplYM6OUYD2ckGhFloxvTJCJ&#10;dlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1fr1pc37SaXaB7mJ4gvpbeIL+VnmB/1F5gf9ReYH/&#10;UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+QDgD1mw4A6KYOANmvDwDMryQCwqs1DLinQxmuok4m&#10;pp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpVidISfZXGDq2hug7ppbYPOaW+G62Ny&#10;h/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9Sc4X/Uv9oEQH/eA0A/4YNAPaTDADeoAkA1qkKANKy&#10;DQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqSmmRCi5drSYWUclCAknlVe4+BWnaNiV5yjJJiboqd&#10;ZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K/1Jtiv9SbYr/Um2K/1Jtiv9SbYr/Uv9rEAH/ewsA&#10;/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQxCa6wPxakrEoinKhTLpSkWziMoGJAhp5pSICbcE56&#10;mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZmYJHJZmKS52JllPhcZ5L9V2eR/1Jnkf9SZ5H/UmeR&#10;/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDPpgcAya8HAMS5CAC7uhwBsrgvB6i1PROfsUgglq5R&#10;K46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqchVlmm45dYpqZYF6ZpmJcmbRjWpnHY1ua5WBfm/db&#10;YJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/Uv9yCwD/gwUA35MBANGfBADJqgYAwbIFALu9BAC0&#10;vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146ea1lQnOrbEhuqXNNaad6UWSmg1ZfpI1ZXKOYXFij&#10;pF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bbof9QW6H/UFuh/1Bbof9QW6H/UP93BwDwiQAA1pgA&#10;AMukAwDBrQQAubYDALLABACrxRQAo8UoBJvCNw6RwEMZib1MJIC6VS55uFw2crZjPW20akNns3FI&#10;YrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67GWU+u5FhRrvZUU67/UFSs/01UrP9NVKz/TVSs/01U&#10;rP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIAsLoCAKjEBQChzA8Am8wjApLKMwqJyD8VgcZJH3nE&#10;Uihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlUvItMUbuWT067o1FMu7NSSrvGUkq75FFMu/ZOTbr/&#10;S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+FAADUlQAAx6MAALqsAQCwtAAAp78DAJ7JBgCV1AsA&#10;kNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1fL1/MZzRay245Vsp3PVLKgEBPyYtDTMmXRUnJpEdH&#10;ybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9CSMf/QkjH/0JIx/9CSMf/Qt6NAADLnAAAvacAALGw&#10;AACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV23jcLb95DE2jdTRpi3FUgXdtdJljbZSpU2m0uUNp2&#10;Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb5TtC2vQ6Qtn+OkPY/zlD2P85Q9j/OUPY/zlD2P85&#10;Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoDAIfWBwCA6REAeekgAnLpLAVr6TYKZOk/D17pSBRZ&#10;6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6YgqQ+mTK0HqoC1A6q8uPuvALj3s2y496u8uPej8Lj3n&#10;/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1qQAAqLEAAJy8AACQxwAAhNIBAHrfBgB09BMAbfQg&#10;Amb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2XRdG9mUYRPZuGkH2dxw/94EdPfeNHzv3mSA5+KYh&#10;OPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8Ijb3/CI29/wiNvf8IremAACprgAAnLkAAJDEAACD&#10;zwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAFT/84CEr/QApG/0gMQ/9PDkD/Vg89/14QO/9lEjj/&#10;bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt/8gYLP/hGCz/7xgs/+8YLP/vGCz/7xgs/+8YLP/v&#10;GKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/CQBb/xEAVP8ZAU7/IgJJ/ysERP8yBUD/OgY8/0EH&#10;Of9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91DSf/gA4l/40OJP+aDyP/phAi/7MQIf/BECH/0BAh&#10;/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAAg8oAAHXWAABn4gAAW/EAAFT/BgBO/w4ASP8UAUL/&#10;HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo/0kGJf9PBiP/Vgch/10HHv9lCBz/bwgZ/3oJF/+H&#10;CRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/swoU/7MKFP+zCpO7AACExwAAddMAAGfhAABY6AAA&#10;TvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8iAin/KAIl/y0CIv8yAx//OAMc/z0DGv9CAxf/SAQV&#10;/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kGCv+TBgn/nAYJ/5wGCf+cBgn/nAYJ/5wGCf+cBv8/&#10;KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/RVsO/0NpEf9BdxP/QIUV/z+RFv8+mxj/PqQY/z2r&#10;Gf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/888Bv/PPgb/z3/G/89/xv/Pf8b/z3/Gv89/xn/Pf8Z&#10;/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cuA/9KMQT/TDcG/0tACP9KSwv/SFkP/0ZnEf9EdRT/&#10;Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc/z/AHP8/yR3/P9Yd/z/lHf8/7x3/P/ce/z/+Hf8/&#10;/x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+QP8b/kD/G/9AKgL/QywD/0ksA/9NLwT/TzUG/1A+&#10;CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9Flhv/RJ8c/0SnHf9Drh7/Q7Uf/0K9H/9CxiD/QtEg&#10;/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/H/lD/x75Q/8e+UP/HvlD/x75Q/8e+UP/Hv9BKQL/&#10;RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP/09gE/9Nbxf/THwZ/0qIHP9Jkh7/SJsf/0ejIf9H&#10;qyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8RfQm+UX8JvZF/yb1Rv8k9Eb/I/NH/yHzR/8h80f/&#10;IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9VKAT/WC8F/1o5CP9aRAz/V08Q/1VcFP9Tahj/UXcb&#10;/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2Kf5Jvir9Sckq+kjZK/dI5yz0SPIs8Uj7LO9J/yrt&#10;Sv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l60z/Jf9DKAL/TSQC/1QjA/9aJQP/XiwF/2A2B/9g&#10;QQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8UZMo+lCbKvlPoyz3Tqou9k2yL/RMujDzTMQy8kvR&#10;M+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ/ynhUP8p4VD/KeFQ/ynhUP8p4VD/Kf9GJQL/UCEC&#10;/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JTFf9gYRv8XW0g+Fp5JfVYhCnzVo0t8FSWMO5SnjPt&#10;UaU161CtN+lOtTnnTr875k3MPONM4D3fTe483E/5OdlR/zXWUv8y1FP/MNNU/y3TVf8t01X/LdNV&#10;/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/aScE/2wwBv9tOgr/bEQP/WpPFfhnXBzzY2gi72B0&#10;KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxRsUHZULtC1lDIQ9NQ3ETPUOxDzFL4P8tV/zvJV/83&#10;yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/Mf9NIAL/VxsC/2AZAv9pHQL/byUD/3ItBf90Nwj9&#10;c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI42FyLPNNalD/QWJxCzlejRMtVrEbJVbVHx1TAScVU&#10;0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6Xf81ul3/Nbpd/zW6Xf81ul3/Nf9QHgL/WxkB/2QW&#10;Af9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1VBvhcF8l2mtqLdNndDTOZH06ymGGP8dfjkLEXZZF&#10;wVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnwS7Nc/UWyX/9AsmD/PLBh/zmwYf84sGH/OLBh/ziw&#10;Yf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C/34nA/mAMAXwgTkK54BDEeB8UBrWd1skz3JmLslt&#10;bzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2xXapPrly0UaxcwVKqXNRSqF3rUKhg+kmoY/9EqGT/&#10;QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9VGQH/YRQB/2wSAf92FwH/fRwB/4MjAvSGLATqiDUH&#10;4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8QbNphEavZ4xJrGWUTKljnE+mYqVRpGGvU6JgvFWg&#10;YM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89nWn/PZ1p/z2daf89nWn/Pf9XFwH/YxIB/28RAf95&#10;FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjHglUjv31fLbl4aDWzdHA8r3F4QqtugEanbIhKpGmQ&#10;TqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo9FCWa/9Kl2z/RZZt/0GWbf9Alm3/QJZt/0CWbf9A&#10;lm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owbAeqRIgHflCsD05E6C8mMRxfAh1MiuYJcLLJ9ZTWt&#10;eW08qHV1QqNzfUegcIRLnG6MTplslVKVa55UkmmoV5BptFmOaMNZjGjcWo1s8lOPbv9MkHD/R49x&#10;/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/aA8A/3UPAP+AEQD/iRMA8pAXAOWWHADZmSYCzZU4&#10;CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13ekaZdYFLlXOJT5JxkVKOb5tVi26lWIhtsFqGbL9b&#10;hG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/Q4h0/0OIdP9DiHT/Q/9dEgH/aw4A/3gOAP+DDwD9&#10;jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08gropYK6eGYTOhgmg7nH9wQZd8d0aTeX5Lj3eGT4t1&#10;j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaBdvtPg3j/SoN4/0WCeP9Egnj/RIJ4/0SCeP9Egnj/&#10;RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANufDgDOnyIBxJ00CLqYQhSyk00fqo9WKqOKXzKchmY6&#10;l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfnegWXt2q1t5dbpcd3bNXHh36lh7evpRfXz/S318/0Z9&#10;fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA/30LAPWICgDfkwgA2JsKANOiDADJox8Bv6AyB7ac&#10;QBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWIg3pKhICBToB/ilJ8fZNVeHydWHV7qVtyerhccXrK&#10;XHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA/0Z3gP9Gd4D/Rv9kDwD/cgkA/38IAOWMBQDYlgcA&#10;0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhTJ5mUWzCTkGI4jY1pPoiKcESDiHhJfoZ/TXqEiFF2&#10;gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dScYT/TXKE/0hyhP9HcoT/R3KE/0dyhP9HcoT/R/9m&#10;DQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/qRoAtagtBaykPBCkoEcbnJ1RJZSZWS+OlmA2iJNn&#10;PYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mGpVlmhrNbZYbFW2WG41loiPZSa4r/TWyK/0hsif9H&#10;bIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcAANaSAwDNnAUAxqQGAMGrBgC5rRcAsKwrBKepOg6f&#10;pkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNGc5N7S26Rg09qj41SZo6XVWONo1hgjbFZX43DWl6N&#10;4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dmj/9HZo//R/9sCAD+fAAA3ooAANCWAgDInwQAwKcE&#10;ALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYmlVSqCo1wyfKBjOXeeaj5ynHFEbZp5SGiZgUxkl4tQ&#10;YJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/TF+X/0dglv9GYJb/RmCW/0Zglv9GYJb/Rv9wAwDr&#10;gQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEAo7ckApu1NAqTskAUiq9KHoOtUyd8q1oudqhhNXCn&#10;aDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFUn65TU5/AU1Kf3VJVn/NOV6D/Slmg/0ZZn/9FWZ//&#10;RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSfAQC6pwEAsa4AAKm2AAChvQ0Am70gAZS8MQeLuj0Q&#10;g7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11P1ysfkNYq4dHVaqTSlGqn0xPqq5NTarATU2q3E1O&#10;qvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9CUqn/QvJ8AADXjAAAyJkAAL2jAACyqwAAqbIAAKC7&#10;AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1uvVYkaLxdKmO7ZDBfumw0Wrl0OVa4fDxTt4c/T7eS&#10;Qky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1/z5LtP89S7T/PUu0/z1LtP89S7T/PeKDAADNkgAA&#10;wZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0UAIHNJgJ6zDUIc8tBD2zKShdmyVMdYchbI1zHYihY&#10;xmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48RMXBPEPF3zxExPM7RMP/OUXC/zdFwf83RcH/N0XB&#10;/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACgtAAAlr4AAIvHBACB0AgAeNkOAHXZIAFv2C8Eadg8&#10;CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvTeylI04UrRdOSLkLUny9B1K8wP9XCMT/V4TA/0/Iw&#10;P9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/LsqUAAC7oQAArakAAKKxAACWuwAAi8QAAIDNAwB1&#10;2AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsPUeRUEk3kXRZK5GUYR+RuG0Xkdx1C5IIfQOSOIT7l&#10;myM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ54v8kOeL/JDni/yQ54v8kOeL/JL+eAACvpgAAo64A&#10;AJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/wIAFZ8CsDVPA1BU/wPgdL8UYKR/FODETxVw5C8V8Q&#10;P/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/SxGTL1xRox9eIaMfTxGTHx/hkx8f8ZMfH/GTHx/xkx&#10;8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAAcdUAAGXeAABe9QoAWfwTAFP8HgFO/CcCSv0wA0X9&#10;OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx/3ANLv98Diz/iQ8r/5YQKf+kECj/tBEn/8cRJ//h&#10;ESb/8hEm//YRJv/2ESb/9hEm//YRJv/2EaepAACZswAAi74AAH7JAABw0wAAZN4AAFjnAABS/wkA&#10;Tf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/BDD/RgUt/00FK/9UBij/Wwcm/2MHI/9tCCH/eQkf&#10;/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98LGv/fCxr/3wsa/98LGv/fC5uxAACNvAAAfscAAHDS&#10;AABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3/xsBM/8jAS//KQIr/zACKP81AiX/OwMi/0EDH/9H&#10;Ax3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/kAYQ/50GD/+pBg7/tQYO/7oGDv+6Bg7/ugYO/7oG&#10;Dv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusAAD/+AAA5/wAANP8JAC//DgAr/xQAJ/8aASP/IQEf&#10;/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YCDv9OAgz/VgIJ/2ADB/9sAwT/eAMD/4YDAv+RAwH/&#10;nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/OS4C/z4uA/9AMgP/QDgE/z5BBv88TAj/OloK/zho&#10;DP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8ysBL/MrcS/zK/Ev8yyBP/MtMT/zLjE/8y7RP/MvYS&#10;/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/EP8z/xD/M/8Q/zP/EP82LQL/OywC/0AsA/9DLwP/&#10;QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ/zeMEf83lhL/Np8T/zanE/82rhT/NrUU/za8FP81&#10;xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/Nv8U/jf/E/42/xP9Nv8S/Tb/Ev02/xL9Nv8S/Tb/&#10;Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9FSAj/Q1UL/0FiDf8/cBD/PX0R/zyJE/87kxT/O5wV&#10;/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/zndGP856Rj/OfMY/zr7GPw6/xf6Ov8X+Tr/Fvg6/xb4&#10;Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC/0YnAv9KKQP/Sy8E/0w5Bv9LRQj/SFEL/0ZeDv9E&#10;bBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/Pq4a/z62Gv8+vhv/Psgb/z3WHP495hz7PvEc+D76&#10;HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE//xjxP/8Y8T//GP89KAL/RSQC/0ojAv9OJQP/USwE&#10;/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eAF/9Gixn/RZQb/0ScHP9DpB3+Q6se/UKyH/xCuiD6&#10;QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f6kP/HelE/xzoRP8b6ET/G+hE/xvoRP8b6ET/G/9A&#10;JQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/VkkM/1JVEP9RYxT/T28X/k17GvtLhh35So8f90mY&#10;IfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF3inoRewp5Ub4KOJH/ybhSP8k30n/It5J/yDdSf8f&#10;3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1McAv9ZHgL/XSYD/18wBP9fOgf/XUUL/1pQEP1YXhX4&#10;VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir50qpLOVJsS7kSLsv4kjHMeBI2THcSOox2En2LtRL&#10;/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPOTv8jzk7/I/9HHwH/UBoB/1cYAf9eHAH/YyMC/2Ys&#10;BP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdWeyXkVIQp4VGNLd5QlTDcT50y2U6lM9ZNrTXTTbc2&#10;0UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/K8NT/ynCU/8nwlP/J8JT/yfCU/8nwlP/J/9KHAH/&#10;VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J8mlHDutmVBXlY2Ac4F9rIttcdSjWWX8t0leIMM9V&#10;kDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/UN89vFHwO7pT/De5Vf8zuFf/L7dY/y23WP8rt1j/&#10;K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9oFwH/bh0B/3IlAvtzLgPyczgH6XFDDeJuUBTbaVwc&#10;02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vViaO7tWoj64Vas/tlW1QbRUwkKyVNRCsFXqQa5X+Tyu&#10;Wf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8urV3/Lv9QFwH/WhIB/2QQAP9tFAD/cxoB/3chAfR5&#10;KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/ZXUwu2J9NbhghTi1Xo08slyVPq9bnUGtWqZDq1mv&#10;RKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng/zOjYf8xo2H/MaNh/zGjYf8xo2H/Mf9TFQH/XRAA&#10;/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87CM96SRLHdVQbwXFfJLttaCu2anAxsmd5Nq9lgDqr&#10;Y4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJmlzfSZpf8kSaYv8+mmP/OZtl/zabZf8zm2X/M5tl&#10;/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/exIA9YEXAOiEHgDehycB0YQ3B8h/RhHAe1EbuXZb&#10;I7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1klESaY51Hl2KnSZVhskuTYcFMkWHYTJFj70eSZf1B&#10;kmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/Nf9XEQH/Yw0A/24MAP93DgD/fw8A8IURAOOJFgDW&#10;iyMBy4g1BsKEQxC6gE8as3tZI613YiqodGoxo3FxNp9ueTucbIE/mGqIQpVpkUWSZ5pIj2ajSo1l&#10;r0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqMbv83jG7/N4xu/zeMbv83jG7/N/9ZEAD/ZQsA/3EL&#10;AP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2JQQ+1hE0ZroBWIqd8XyqieGcwnXVvNplzdjqVcX0/&#10;km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnMT4Fq6EyDbflFhG//P4Vw/zuGcf84hnH/OIZx/ziG&#10;cf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA2YwJANWRCwDKkh4AwZAwBbiNPw6wiEoYqYRUIaKA&#10;XSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aFcJRJgm+eTH9uqU58bbdPe23JUHpu5k18cfhGfnP/&#10;QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9dDgD/agYA/3YGAOSAAwDZiQYA0o8IAM+UCgDFlhsA&#10;vJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35qNY58cTmKeng9hniAQoN2iEV/dZFJfHObTHlyp052&#10;crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86e3n/Ont5/zp7ef86e3n/Ov9fDAD/bAQA9XkCAN6D&#10;AgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwynkUcWn41QH5mJWSeThmEujoNoNImBbzmFf3Y9gX1+&#10;QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG134E9wefVIcnv/Q3R8/z51ff87dX3/O3V9/zt1ff87&#10;dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUGAMOaBgC7nBYAs5wqA6qZOQuilUUUm5FOHZSOVyaO&#10;i18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41IcH2XS218o05qfLBPaHzBUGd83VBqfvNJbYD/Q26B&#10;/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/cgAA4X8AANOJAQDKkgMAw5gEAL2eBAC2oBMArqAn&#10;AqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+Mazd6inI7doh5QHKGgkRuhYtHaoOVSmeCoU1kgq5P&#10;YoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/PGqG/zxqhv88aob/PP9nBAD2dgAA3IIAAM6NAADF&#10;lQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0ARkZxKGoqZUyKEl1spfpViMHmSaTV1kHA6cI93PmyN&#10;f0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1eivBIYIv+Q2KL/z9jjP88Y4z/PGOM/zxjjP88Y4z/&#10;PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALClAACoqQ4AoqkhAZqoMQaTpT4Pi6NIGISgUSB+nlkn&#10;eJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KRRluSnUlZkatKV5G7S1aR00tXku9HWpL9QlyT/z5d&#10;k/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAAzosAAMSVAAC6nQAAsaMAAKmpAAChrgsAm68dAZSu&#10;LgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9poWs0ZJ9zOGCeezxcnYU/WZyPQlWbnEVTm6pHUZu6&#10;R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab/zpWm/86Vpv/OvF0AADZgwAAyJAAAL6aAACzoQAA&#10;qqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJCEXewTBhxrlQfbK1bJWerYipiqmkvXqlxM1qoejdW&#10;p4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/TaX8PE6k/zlPpP83T6T/N0+k/zdPpP83T6T/N+R6&#10;AADPiQAAwpUAALafAACspQAAoqwAAJizAACOuwIAiL0SAIO9JQF8vDMGdrs/DW+6SRRquFEaZbdZ&#10;H2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqymjhIsag6RrK5OkWy0TpGse05R7D8Nkew/zRIr/8z&#10;SK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wAAK6jAACkqgAAmbEAAI+5AACEwAMAe8YNAHjGHgBz&#10;xi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYhUcFuJE7AdyhLwIErSL+MLUW/mi9Dv6gxQb+6MUHA&#10;0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1BvP8tQbz/Lc6KAAC/mAAAsaAAAKaoAACbsAAAkLgA&#10;AIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7QQAhZ0EoMVc9TEFHPWxROz2MYS85rG0jOdR5Fzn8g&#10;Qs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7JTvL/yU7yv8lO8r/JTvK/yU7yv8lO8r/JcOTAAC1&#10;ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQAZNYJAF7eEQBb3iAAV94tAlPfOgRQ30QGTN9OCUnf&#10;VwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk44KUaN+C3GjbhzRo23+waNd75GjTd/xs03P8bNNz/&#10;GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1AACFvgAAeccAAG3PAABi1gMAWOEIAFXqEwBR6yAA&#10;TesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1gCjjtagw27nQNM+6ADjLujg8w750QLu+tES3wwBEt&#10;8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8QLOv/EK2iAACgqQAAk7MAAIa9AAB5xgAAbM8AAGDY&#10;AABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7+TgCOPlAAzX6RwQz+k8FMPtXBS77XwYr/GkHKfx0&#10;CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH98gog/PwKIPz8CiD8/Aog/PwKIPz8CqKnAACVsQAA&#10;h7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8IAD//EAA7/xkAN/8hADT/KQEw/zABLf83Air/PgIn&#10;/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AFF/+PBRb/nwYV/68GFP/ABhT/1gYT/+kGE//pBhP/&#10;6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe2gAAUOAAAETmAAA89QAAN/8EADP/DQAv/xMAK/8a&#10;ACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/RgIU/00CEf9WAhD/YAIO/2wCDP97Awv/iwMK/5oD&#10;Cv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/CA4q4AAB7wwAAbM4AAF7bAABP4gAAQucAADbsAAAx&#10;/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0AFf8hABL/JgAQ/ywBDv8xAQ3/NwEK/z4BCP9GAQX/&#10;TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA/6YCAP+mAgD/pgIA/6YCAP+mAv8uLwL/MywC/zct&#10;Av84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8qdAn/KYEK/yiNC/8olwv/KJ8L/yimDP8nrQz/J7QM&#10;/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7C/8o/wr/Kf8K/yn/Cv8p/wr/KP8K/yj/Cv8o/wr/&#10;KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD/zg8BP82SQb/M1YH/zFjCf8vcQr/LX4L/y2KDP8s&#10;lAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/LMsN/yzaDf8s5w3/LPEN/yz6Df8s/wz+Lf8M/S3/&#10;DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8yKwH/OSgC/z0oAv8/KgL/PjAD/z06BP88Rgb/OVMI&#10;/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGhD/8xqA//MK4P/zC1D/8wvRD/MMcQ/zDUEP8w5BD/&#10;Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O9jH/DvYx/w72Mf8O9jH/Dv81KAH/PCUB/0AkAv9D&#10;JwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/OXYN/ziCD/83jBD/N5UR/zadEf82pBL/NqsS/zay&#10;E/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2/xPxNv8S8Db/EvA3/xHvN/8R7zf/EO83/xDvN/8Q&#10;7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0BP9JPwX/RksI/0RYCv9CZQ3/QHEP/z59Ef89hxL/&#10;PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X9jvKGPQ73BjwO+oY7Tv2GOo7/xfoPP8X5zz/FuY9&#10;/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/RB4B/0kcAf9NHgH/UCYC/1EwA/9QOwX/TkYI/0tT&#10;C/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNBnBnxQaMb70CqG+5AshztP7sd6z/GHuk/1R7lP+gf&#10;4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/F9hC/xfYQv8X2EL/F/9AHwH/SBoB/04YAf9SGwH/&#10;ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS8UxyFu5KfRjrSIYb6UePHedGlx/lRZ4g40SmIuFE&#10;riPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLNRv8gzEf/HspH/xzJSP8byUj/G8lI/xvJSP8byUj/&#10;G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9eMgP9XT0G9lpJCvBXVQ/qVWIT5lJtGOJQdxzfToEf&#10;3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8K8tIySzISN8sxUjvK8JK/CjAS/8lv0z/Ir5N/yC9&#10;Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB/1YRAP9eFQD/YhwB/2UkAf5lLQL0ZDgF7WFDCeZf&#10;UQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjHT5QqxU6bLMNOoy7BTawvv0y2ML1MwjG7TNMyuEzp&#10;MbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS/yKyUv8islL/Iv9KFQH/UxEA/1sPAP9iEgD/aBcA&#10;/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9jG8hcbSDEWnYkwVh+KL5Whiu7VY4uuVOWMLZSnjK0&#10;UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8uqFb/K6hX/yioV/8lqFf/JahX/yWoV/8lqFf/Jf9N&#10;EwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHkcSwC23A6BdFsSAzJaFQUw2VfG75iaCG6X3Emtl15&#10;KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVVtjqjVcU7oVXdO59W8DefWP4yn1r/Lp5b/yueXP8o&#10;nlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MMAP9rDQD/cBAA9XQTAOh2GgDddyUB0XY2BMhyRAzB&#10;blAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4QypF2MNKJclDefW505nVqmO5pZsT2YWb8+l1nTPpVa&#10;7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqWYP8qlmD/Kv9SDwD/XAoA/2YJAP9uCgD2dAwA73gO&#10;AOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65sYSGpamknpmdxK6JleC+fZIAznGKINplhkDiWX5k7&#10;lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/M45k/zCOZP8sjmX/LI5l/yyOZf8sjmX/LP9VDgD/&#10;XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0AxH8wA7t8Pwq0eEsSrXVVGqhxXiGjbmYmn2xuK5tq&#10;dS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCHYbdChWHJQoRi5EGFZPc7hmb/NYdn/zGHaP8uh2n/&#10;LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1AQDbewUA04AIANCDCgDHhRoAvoQtA7aBPAmvfUgS&#10;qHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuBNotpiTqIaJI8hWecP4Jmp0GAZrRDfmbFRHxm4UN+&#10;aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8vgWz/L/9ZCwD/YwEA9G8AAN94AADUfwQAzoMGAMqH&#10;CADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Yd2Elk3VoKo9zby+LcXcziG9+NoVuhjqCbI89f2uZ&#10;QHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv/zR7cP8wfHD/MHxw/zB8cP8wfHD/MP9bCAD/ZgAA&#10;53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIsoAqyJOAelhUQQnoJOGJh/Vx6TfF8kjnlmKop3bS6G&#10;dXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9EcW7ARXBu2UVycPE/c3L/OXVz/zV2dP8xdnT/MXZ0&#10;/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADLhQIAxIoEAL+NBQC3jxMAsI8mAaiNNQegikIOmoZM&#10;FpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3gjl2dos8c3WVQHB0oEJtc61Ea3O9RWpz1UVsdO9A&#10;bnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/Mf9fAgD3bAAA3ncAANCBAADHiAEAwI0DALmRAwCy&#10;kxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsihINiKICBaS18f3AxeH53NXR8gDhxe4k8bnqTP2t5&#10;nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZrfP8ya3z/Mmt8/zJrfP8ya3z/Mv9hAADqbwAA2XoA&#10;AMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6WMQWXkz4MkJBIFIqOURuEi1khf4lgJ3uHZyt3hW4w&#10;c4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65RF9+z0Rgf+xAYoD8OmSA/zZlgf8zZoH/MmaB/zJm&#10;gf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAAtpUAAK6ZAACmmwwAoJweAJmbLgSSmTsKi5ZGEoWU&#10;Txl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZmiIQ5YoaPPV+Fmj9chahBWoW3QlmFzEJaheo/XIb7&#10;Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1oAADgdgAAzYIAAMKMAAC5kwAAsJkAAKidAACfoAkA&#10;maEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdcInCVYydrk2osZ5JxMGSReTNgj4I3XI6NOlmNmT1X&#10;jaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8yWY7/MVmO/zFZjv8xWY7/Me1tAADZewAAyIcAAL2Q&#10;AAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKFpjUGf6RADXmiShRzoFIabp9ZH2mdYCRlnGcoYZtv&#10;LF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6WyTxOlug6T5b5NlGW/zNSlv8wUpb/MFKW/zBSlv8w&#10;Upb/MOZyAADQgAAAwowAALiWAACtnAAAo6EAAJmmAACOrQAAiK4RAIOuIgF9rTEEd6w9CnKqRxBs&#10;qU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38uUaKJMU6hljRLoaQ2SaG0NkihyDdIoOc1SaD5Mkqf&#10;/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJhgAAvJIAALGaAACmoAAAnKYAAJGsAACGsgAAfbYN&#10;AHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyxWxpYsGMeVa9rIVGvcyVOrn0oS62IKkitlS1FraMu&#10;RK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/KUSq/ylEqv8pRKr/KdGAAADBjQAAtZgAAKmfAACe&#10;pQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYBZr8zA2G+PwddvkgLWb1RD1W9WRNRvGAXTrxoGku7&#10;cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9uugmPbj5JT23/yQ9tv8jPbb/Iz22/yM9tv8jPbb/&#10;I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5AABzvwEAaMYFAGDKDgBeyh0AW8osAVfKOANUykMF&#10;UMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iFGDzIkxo6yKIbOcmzHDjJyRw4yOgcN8f5HDfF/xw2&#10;xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAApKMAAJiqAACMsgAAgLkAAHTAAABoxwAAXc0FAFPT&#10;CgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB2VgGP9lhCDzZawo62XYMN9mCDjXakA802qAQMtqx&#10;ETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U/xMv1P8TL9T/E7OaAACmoQAAmqkAAI2xAACAugAA&#10;dMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+UeAEHmKgA+5jUBO+c+ATnnRwI351ADNOhZBDLoYgUw&#10;6G0GLul5Byzphwgr6pYJKeqnCijqugon69YKJ+nwCifn/Qkm5v8KJub/Cibm/wom5v8KJub/Cqig&#10;AACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP1wAARd0AAD7uCQA88hEAOfMbADbzJQA09C4AMfQ3&#10;AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4egQf+IkEHvmaBRz5qwUb+sAFGvreBRr58gUa9/0F&#10;Gfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kAAHXCAABnywAAWtMAAE3aAABC3wAAOOUAADX7BwAx&#10;/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsBHv9DARv/SwEZ/1MBFv9dAhT/agIS/3gCEf+IAhD/&#10;mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO//ADDv/wA5OuAACEuAAAdsIAAGfMAABa1QAATNwA&#10;AD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/FwAd/x0AGf8jABb/KQAU/y8AEv81ABD/PQAO/0UB&#10;DP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+mAQD/tQEA/8YBAP/KAQD/ygEA/8oBAP/KAYa3AAB3&#10;wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAAI/8AAB//AAAb/wUAF/8MABT/EAAR/xQAD/8YAA3/&#10;HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA/1IAAP9eAAD/bQAA/34BAP+OAQD/mwEA/6kBAP+r&#10;AQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8wLgL/LjUC/yk9A/8lSQT/I1cE/yFkBf8fcgb/HX8G&#10;/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4Bv8cvwb/HMkG/xzWBv8d5Qb/He8G/x35Bf8d/wX/&#10;Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8sKwH/MCgB/zMoAf8zKwL/MTEC/y06A/8r&#10;RwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/IZkH/yGhCP8hpwj/Ia4I/yG1CP8hvAj/IcYH/yHR&#10;B/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi/wb8Iv8G+yL/Bvsi/wb7Iv8G+yL/Bv8uKAH/MyUB&#10;/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxeBv8qawf/KXcH/yiDCP8njQj/J5YJ/yedCf8npAn/&#10;J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ/Cf2CPko/gj3KP8I9ij/CPUo/wj1KP8I9Sj/CPUo&#10;/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/OykC/zs0Av85QAT/Nk0F/zRaBv8xZgf/MHMI/y5/&#10;Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8ttQz/Lb4M/i3JDPst2Qz4LegL9C70C/Eu/gvvLv8L&#10;7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/Cv81IgH/Ox4B/z8dAf9AHwH/QiYB/0IxAv9APAP/&#10;PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N/DSVDfo0nA75M6MO9zOqD/Yzsg/1M7oP8zPFD/Iz&#10;0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7iNf8N4TX/DeE1/w3hNf8N4TX/Df85HgH/PxoB/0MY&#10;Af9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9AXQn7PmkL+D10DfU8fw7zO4gP8TuQEO86mBHtOp8S&#10;7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnxFds6/BTYOv8T1Tv/EtM7/xLSO/8R0jv/ENI7/xDS&#10;O/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B/1AoAf9PMwL/TT8E+0pKBvVHVwnxRmQM7URvDulD&#10;eRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnbPrMa2D69GtY+yhvSPt8bzj7vG8s/+xrJQP8Yx0D/&#10;F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9BFwD/RxIA/0wQAP9SFAD/VhsA/1ckAf9WLgL4VDkD&#10;8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaGGNJFjhrQRZYczkSdHcxEpR7KQ60fyEO2IMZDwyHF&#10;Q9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8YuEf/F7hH/xe4R/8XuEf/F/9EFAD/SxAA/1EOAP9X&#10;EQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQjaVFkN01JkEs5QbhbKTncZx0yAHMVLiB7CSpAgwEqX&#10;Ib5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ8yWwSv8irkv/H65M/x2tTP8brU3/Gq1N/xqtTf8a&#10;rU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIYAPBjIQDmYiwB3mA6A9ReSAfNW1QNx1hfE8NWaRe/&#10;VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIork2rKqxMtiuqTMQsqEzbLKZN7yqkT/0mpFD/I6NR&#10;/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/UgoA/1oJAP9gCwD/ZQ4A9WcRAOhoGADdZyQA0mY1&#10;AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5XfSOsVYQlqVSMKKdTlCqlUp0so1KmLaFRsS+fUb4w&#10;nVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/H5lX/x+ZV/8fmVf/H/9NDQD/VQYA/10FAPtkBwDv&#10;aQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wNtWRXE7BhYBmsX2kdqF1xIaVceCSiWoAnoFmHKp1Y&#10;kCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TORV/ctkVn/KZFa/yWRW/8jkVv/IZFb/yGRW/8hkVv/&#10;If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVwCwDLchsAwnEuArpvPQa0bEkNrmlUE6lnXRmkZGUd&#10;oWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFueMo1aqDSLWbU1ilnGNohZ4TaIXPQwiF3/K4le/yiJ&#10;X/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA9WQAAOBsAADXcQMA0HQGAM11CQDEdhcAvHYqAbR0&#10;OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWTZHgokGKAK41hiC6LYJExiF+aM4ZepTWDXrI3gl7C&#10;N4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk/yWCZP8lgmT/Jf9TBgD/XQAA52cAANtvAADQdAIA&#10;yngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNOEpxwVxiYbV8dlGtnIZBqbiWNaHUoimd9K4dlhS6E&#10;ZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80emX+L3tm/yt8Z/8ofGf/Jnxn/yZ8Z/8mfGf/Jv9V&#10;AwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5fhIAsX4lAap9NQSjekEKnXdMEZd0VReScl0cjnBk&#10;IIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhnoDZ2Zqw4dGa8OXNm0TpzZ+02dGn9MHVq/yx2a/8p&#10;d2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320AANF1AADIewAAwX8CALuAAwC0gRAArIIjAaWBMgSe&#10;fj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54bYgxdWySNHNrnjdwaqo5bmq5Om1q&#10;zjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhxb/8ocW//KP9ZAADrZQAA23AAAM14AADEfgAAvIIB&#10;ALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459URWJe1kahHlgH4B3ZyN8dW4neXR1KnZzfS5zcoYx&#10;cHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6Mmty/y1sc/8qbHP/KGxz/yhsc/8obHP/KP9cAADn&#10;aAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0AooodAJyJLgKVhzsHj4VFDomCTxSEgFcZf35eHnt8&#10;ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZldKY4Y3S1OWF0yTphdOc4Y3b5MmV2/y5md/8rZ3f/&#10;KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/AAC8hQAAtIoAAKyMAACjjgoAnY4aAJeOKwKQjDgG&#10;iopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39xKWx+eSxofYIvZXyMMmJ7mDVfeqQ3XXqzOFx6xzlc&#10;euU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8pYXz/KfViAADebwAAzHoAAMCDAAC3iQAAr44AAKaR&#10;AACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6jFIWdYpaG3GIYR9th2gjaoZvJ2aEdytjg4AuYIKK&#10;MV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB/y1bgv8qW4L/KVuC/ylbgv8pW4L/KexmAADYcwAA&#10;x34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkTAIqZJAGFmDIEf5Y+CXmUSA50k1AUb5FXGWuQXh1o&#10;jmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEzUoiwNFGIwzVQiOI0Uoj2MFOI/yxUiP8pVYj/KFWI&#10;/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACtkgAAo5YAAJqaAACOngAAh58QAIOfIAB+ny8CeJ07&#10;B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuVciVXlHwoVJOGK1GSki5OkqAwTJKvMUuSwjFKkeAx&#10;TJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/Jt5wAADJfQAAvIkAALKSAACnlwAAnZsAAJOfAACG&#10;pAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oNY6JSEl+hWRZboWEZWKBoHVSfcCBRnnojTp2EJkud&#10;kSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydHmv8lR5r/JEea/yRHmv8kR5r/JNR3AADChAAAto8A&#10;AKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+vFABsryQAaK8yAmSuPQVfrUYJW6xPDVisVhFUq14U&#10;UapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQaitJUCowCU/qN8lP6b0I0Cl/yJApf8hQKT/IECk/yBA&#10;pP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAAjqYAAIKsAAB3sQAAarYAAGO4DgBhuB0AXrgsAVq4&#10;OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNEtXUWQrWBGD+1jho9tZwcO7WsHDq1wB05td8cObP0&#10;HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GGAAC0kwAAp5oAAJygAACRpwAAha0AAHmzAABtuAAA&#10;Yr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRFA0fETgVFxFcHQsNfCUDDaAs9w3INO8N+DzjDjBE2&#10;w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8UMb7/FDG+/xQxvv8UMb7/FLiQAACrmQAAn6AAAJOn&#10;AACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBEzwwAQ9AXAELQJQBA0DIAP9E9AT3RRwE70VACOdJZ&#10;AzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzTvgos098JK9HzCirP/gspzv8MKc3/DSnN/w0pzf8N&#10;Kc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70AAGPDAABXyAAATM0AAELSAwA52QkANd8QADTfGwAy&#10;4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UCKONxAibkfwMl5I8DI+WhBCLltAQh5c0EIOTsBCDi&#10;+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACYpQAAi64AAH22AABwvgAAY8YAAFbLAABL0AAAQNUA&#10;ADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXvNAAj8DwAIfBFAB/xTgAd8lgBG/JkARnzcQEY84EB&#10;F/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/AhLw/wIS8P8CEvD/ApqkAACNrQAAf7YAAHG/AABj&#10;xwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUAJPsNACH8EwAe/RsAHP0iABn+KQAX/jEAFf85ABP/&#10;QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ/6YBCP+6AQf/1AEH/+sBBv/2AQb/9gEG//YBBv/2&#10;AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvdAAAw4gAAJuYAAB/wAAAc/wAAGf8JABb/DgAU/xMA&#10;Ef8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9EAAD/TwAA/1wAAP9rAAD/fQAA/5AAAP+jAAD/tAAA&#10;/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAAZMkAAFbTAABH2wAAOuAAAC7lAAAj6QAAGu0AABX9&#10;AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB/xgAAP8eAAD/JAAA/ysAAP8zAAD/PQAA/0kAAP9W&#10;AAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/sQAA/7EAAP+xAP8lKwH/KCkB/ykpAf8oLAH/IzIB&#10;/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKHA/8SkQP/EpkD/xKgA/8SpwP/Eq0D/xG0A/8RuwP/&#10;EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8o&#10;KQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/HVID/xtfA/8YbAP/F3kE/xeEBP8XjgT/F5YE/xad&#10;BP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W2wP/FugD/xf0A/8X/QP8F/8C+xf/A/sX/wP6F/8D&#10;+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8iAf8vJQH/LCsB/yo1Av8nQQL/JE4D/yJbA/8gaAT/&#10;HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF/x2tBf8dtAT/Hb0E/x3HBP8d1AT+HeYE+x3yBPce&#10;+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTyHv8E8h7/BP8uIgH/Mh8B/zQeAf8zIAH/MiYB/zIy&#10;Af8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8khQX/JI4G/ySWBv8knQb/JKMG/ySqBv0ksQb8JLkG&#10;+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/Buol/wbpJf8G6SX/Bukl/wbpJf8G6SX/Bv8yHgH/&#10;NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD/zJSBP8wXwT/LmsF/y12Bv0sgAf6LIkH+SuRB/cr&#10;mQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjrK98I5yzuCOQs+gjiLP8J4Cz/Cd4s/wjeLP8I3Sz/&#10;CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/FwD/QR8A/0EpAf9ANAH/PUEC/zpNA/w4WgX4NmUG&#10;9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKiC+YyqgvkMrIM4zK7DOEyyAzfMtwM2jLsDdUz+A3S&#10;M/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8LzDT/C/85FgD/PhIA/0EQAP9FEwD/SBsA/0gkAP9H&#10;LwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgniO38L4DqIDN05kA3bOZcO2TieD9Y4phDUOK4R0ji3&#10;EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6/w/AOv8Ovzr/Dr86/w6/Ov8Ovzr/Dv89EwD/Qg8A&#10;/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhBAuZHTgTgRVsG20RmCdZCcAzSQXkOz0CCEM1AihHK&#10;P5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssYvT7iGLo+8he3P/8WtUD/FLRA/xOzQf8Rs0H/ELNB&#10;/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/UxEA/1QYAPNUIgDpUi0B4VA7AdpPSQPSTVUHzEtg&#10;C8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlEmhm3Q6IatUOrG7RDthyyQ8QdsEPZHq1D7R2rRfwa&#10;qUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/E/9EDgD/SggA/1AGAP9VCgD/WA0A91kRAOpYGADf&#10;VyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0Ttk12FrRMfRixS4Uar0qNG61JlR2rSZ0eqUimIKdI&#10;sCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmdTP8XnUz/Fp1M/xadTP8WnUz/Fv9HCwD/TQIA/1QC&#10;APdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNcPwS9WkwIt1hXDLNWYBGvVGkUrFNxF6lReBqnUIAc&#10;pE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzIJpZM4iaVTvUilE//H5RQ/xyUUf8alFH/GJRR/xiU&#10;Uf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA1mMHANRhCgDKYhkAwmMsAbtiOwO0YEgIr11TDKpb&#10;XBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKWU5MklFKdJZJRpyeQUbMojlHDKY1R3SqMUvImi1T/&#10;IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9MBAD/UwAA7FwAAN9iAADUZgEAzmgFAMtnCADCZxYA&#10;umgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11oGJhccBuVWncek1l/IZBYhyOOV48ljFeZJ4lWoymH&#10;Vq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8ehFr/HIRa/xyEWv8chFr/HP9OAQD/VwAA5V8AANhm&#10;AADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOnakIHoWdNDJxlVhGYY14VlGJlGJFgbBuOX3QejF57&#10;IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxazy57W+wrfFz8Jnxd/yJ9Xv8ffV7/HX1e/x19Xv8d&#10;fV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnABAL1wAwC2cBAArnEiAKhwMgKhbj8GnGxKC5dqUxCS&#10;aFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkmfV+SKXtenSt4Xqktdl64LnVezC90XuktdWD6J3Zh&#10;/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADsXAAA3GYAAM5tAADEcgAAvXQAALd0AQCwdA4AqXUf&#10;AKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4VpZxuCaG4ef2Z1IX1lfSR6ZIYnd2OQKXVjmyxyYqcu&#10;cGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/H3Fm/x9xZv8fcWb/H/9UAADoXwAA12kAAMpwAADA&#10;dQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoFknVFCoxyTg6IcFYThG9eF4BtZBp9bGsdemtzIHdq&#10;eyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBoZuQvamj3KWtp/yVsaf8ibGr/IGxq/yBsav8gbGr/&#10;IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18AAClfAoAn30aAJl8KgGTezgEjXlDCYh3TA6DdVQS&#10;f3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyLKWpslyxna6MuZWuyL2RrxDBia+EvZGz2KmZt/yZm&#10;bf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAAzm8AAMJ2AAC5fAAAsX8AAKmAAACggAcAmYEXAJSB&#10;KAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlzdmcccHRuH21zdiNqcn8mZ3GJKWRxlSticKEtYHCw&#10;L15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy/yBicv8gYnL/IO9cAADcaQAAynIAAL56AAC1gAAA&#10;rYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+B36BSAt5f1AQdX5XFHF9Xhhue2Uba3psHmh5dCJl&#10;eH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0uWXbzKlt2/yZcd/8jXHf/IFx3/yBcd/8gXHf/IOpg&#10;AADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACUigAAjYoRAIiLIQCDijACfok7BXmHRQp0hk4OcIRV&#10;EmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9kSlXfJ4rVXysLFN8vi1SfNotU3zyKVV8/yVWfP8i&#10;V3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoAALaDAACtiQAAo4wAAJmOAACNjwAAhpAOAIGRHQB9&#10;kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEXYIhoG12HcB5ahnkhVoWDJFSFjyZRhJwoT4SqKk2E&#10;vCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Qg/8fUIP/H95pAADJdQAAvIAAALKIAACojQAAnZEA&#10;AJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yWPwZolUgKZJRQDWGTVxFdkl4VWpFmGFeQbhtUj3ce&#10;UY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zwJEiM/yJJi/8gSov/HkqL/x5Ki/8eSov/HtVuAADD&#10;ewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAAdZ4FAHCfEwBtnyMAaZ8wAWWeOwRhnkUHXZ1NClqc&#10;VA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5Fl5kgQ5eoIUKXuiJBl9MiQZbvIEKV/h5Clf8dQ5T/&#10;HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaSAACblwAAkZsAAIWfAAB5owAAaqcAAGWnDgBjqBwA&#10;YKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVgDkqlaRFHpHIURKR9FkKjiRg/o5caPaOnGzyjuRw7&#10;o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8YPJ//GMR8AAC2iQAAqpIAAJ+XAACVnAAAiaEAAH2m&#10;AABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQsjsCTbJEA0uxTQVIsVUHRbFdCUOxZQtAsG8NPrB6&#10;DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt/hQ0rP8UNKv/FDSr/xQ0q/8UNKv/FLuFAACvkAAA&#10;o5cAAJidAACMowAAgKgAAHStAABosgAAXLYAAFC6AQBJvA0ASLwZAEa9JwBFvTMAQ709AUG9RwE/&#10;vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMKML2kCy+9twwuvtALLrzuDC26/g0suf8NLLj/Diy4&#10;/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACDqgAAdrAAAGq1AABeugAAUr4AAEfCAQA9xwYAOMkQ&#10;ADfJGwA2yicANcozADTLPQAzy0cAMctRATDLWwEuzGUCLMxxAirMfwMpzJAEJ8yhBCbNtAQlzc4E&#10;JcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/B6mWAACenQAAkqMAAIWrAAB4sgAAa7gAAF++AABS&#10;wgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkAJdolACTaMAAj2zsAI9tFACLcUAAh3VsAIN1oAB7e&#10;dgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY2/8CF9r/Ahfa/wIX2v8CF9r/AqCcAACUowAAh6sA&#10;AHmzAABsugAAX8EAAFLGAABGygAAO84AADHTAAAp2QAAId4FAB7oDgAd6BUAG+keABnpJwAY6jAA&#10;Fuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6KAA7vngAO8LMADfDNAAzv7AAM7fwADOv/AAzr/wAM&#10;6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAAUsoAAEXOAAA50wAAL9gAACXdAAAd4QAAGOwCABb3&#10;CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ+z8AB/tKAAT8VwAD/WYAAv53AAD9iwAA/Z8AAPy1&#10;AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIurAAB9tAAAbr0AAGDGAABSzQAARNIAADfYAAAs3QAA&#10;IuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8QAAf/FAAE/xoAAf8gAAD/JwAA/zAAAP86AAD/RQAA&#10;/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cAAP/lAAD/5QAA/+UAAP/lAH+0AABwvQAAYccAAFPQ&#10;AABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM+gAACf8AAAb/AAAC/wQAAP8JAAD/DQAA/xAAAP8U&#10;AAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/XgAA/3IAAP+HAAD/mgAA/6oAAP+5AAD/uQAA/7kA&#10;AP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5Af8QRQH/DVMB/wxgAf8KbQL/CXkC/wmEAv8JjgH/&#10;CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B/wjIAf8I1gH/COYB/wjxAf8I+wD/CP8A/wj/AP8J&#10;/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/JSQA/yUkAP8jJwH/HSwB/xg1Af8VQgH/ElAB/xBd&#10;Av8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8OoAL/DqYB/w2tAf8NswH/DbsB/w3FAf8N0QH/DeMB&#10;/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/AfgO/wH4Dv8B+A7/Af8mIwD/KCAA/yggAP8mIgD/&#10;IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC/xN8Av8ThgL/E44C/xKWAv8SnQL/EqMC/xKpAv8S&#10;sAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHzE/8B8hP/AfET/wLwFP8C8BT/AvAU/wLwFP8C8BT/&#10;Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8lOwH/IkgB/x9UAv8dYQL/G20C/xp3Av8agQL/GooC&#10;/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9AvYayALzGtsC7xrqAuwb9wLpG/8C6Bv/A+cc/wPm&#10;HP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA/zEVAP8wFgD/MSAA/zAqAP8uNgH/K0MB/yhPAv8m&#10;XAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPyIpsD8CKiA+8iqQPtIrED7CK5A+oixQPoItUD5CPp&#10;A+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk/wTWJP8E1iT/BP8xFgD/NBIA/zYRAP83EwD/ORsA&#10;/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8CxtA+0rdwPqK4AE6CqIBOYqkATlKpcE4yqeBeEqpQXg&#10;Kq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8Hyyz/B8ks/wfILP8Hxyz/Bscs/wbHLP8Gxyz/Bv81&#10;EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5OzcB8jhEAew2UQLnNVwD4zRnA+AzcgTdM3sF2jKD&#10;BtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsxvArJMcoKxjLhC8Iy8Qu/M/4LvTP/Crsz/wq6M/8J&#10;ujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJAP9EDQD/RhEA/0UZAPdEIwDuQS8A5j88AeA+SgHa&#10;PVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwLwziUDME4mw3AOKMNvjisDrw4tg+6OMMPuTjXELU4&#10;7BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wutOv8LrTr/C/88DQD/QAYA/0UEAP9JCQD/Sw0A+UoR&#10;AO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJCZgi/Qm8KvEF3C7pAfw24P4YOtj+OELQ+lRGyPp0S&#10;sD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/EqNA/xCiQP8PokD/DqJB/w6iQf8OokH/Dv8/CQD/&#10;RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4AzU0wAMZNPwHATEwEu0tXBrdJYQm0SGkMsUdxDq5G&#10;eRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxigQ7cZn0PHGZ1D4BqbRPMXmUX/FZhG/xOYRv8RmEb/&#10;EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVTAADdVQEA11UGANVSCwDLUxkAw1QrALxUOwG2UkgE&#10;sVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qCFZ1KihebSZMYmUmcGpdIphuVSLIclEjBHZJI2B2Q&#10;Se8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8Sjkz/Ev9FAAD/SwAA6VMAAN5YAADTWwAAzVsEAMpY&#10;BwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqhVGANnlNoEJtRbxOYUHYVllB+F5RPhhmSTo4aj06Y&#10;HI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ/xiGUP8WhlD/FIZR/xSGUf8UhlH/FP9HAAD4TwAA&#10;5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18jAKxfMwGmXkADoVxLB51aVAqZWVwOllhkEZNWaxOQ&#10;VXIWjlR6GItUghqJU4och1KUHoVSnh+DUaohgVG4In9RyyJ+UuchflP5HX5U/xp+Vf8XflX/Fn5V&#10;/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADGZAAAv2UAALpjAgCzYg8ArGMgAKZjMAGgYj0Dm2FI&#10;BpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRYfhqCV4ccf1eQH31WmyF7VqcieVa1I3dWxyR2VuQk&#10;dlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/Fv9MAADpVgAA2V8AAMtlAADBaAAAumkAALRoAACt&#10;Zw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcNiWFeEIZfZRODXmwWgF1zGH5cexp7XIMdeVuNH3Za&#10;mCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxxXf8acV3/GHFd/xdxXf8XcV3/F/1PAADlWQAA02IA&#10;AMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJtsKgGVazcCkGlDBYtoTAmHZlQMg2VbEIBjYhN9YmkV&#10;emFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6wJWtewSZpXt4mal/0IWtg/x1rYf8bbGH/GWxh/xhs&#10;Yf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAAsXEAAKpxAACibwgAm28XAJZwJwCQbzUCi25ABYZs&#10;SQiCalIMfmlZD3toYBJ3ZmYUdWZuF3JldhpwZH4dbWOIH2tjkyJpYqAkZmKuJWVivyZkYtomZGPy&#10;ImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBTAADdXwAAy2gAAL9vAAC2cwAArnUAAKZ1AACdcwUA&#10;lnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1XDnZsXhFza2QUcGpsF21qcxpraXwcaGiGH2ZnkSJj&#10;Z54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8cYmj/GmJo/xliaP8ZYmj/GexXAADZYgAAx2sAALxy&#10;AACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCGeC8BgXc7BHx1RQd4dE0KdHJVDnFxXBFucGMUa29q&#10;FmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpruyZZbNMmWmzvI1ts/x9cbf8cXW3/Gl1t/xldbf8Z&#10;XW3/GehaAADSZgAAw28AALh2AACvewAApn4AAJ1+AACRfAAAinwPAIV9HgCBfS0BfHw5A3d6QwZz&#10;eUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gbXnKCHltyjSBZcZoiV3GoJFVxuSVUcdAlVHHuIlZx&#10;/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADNaQAAv3MAALR6AACrfwAAooIAAJiDAACLgQAAhIEN&#10;AH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9Vw5kfF4RYXtmFF56bRdbenYZWXmAHFZ4ix9TeJgh&#10;UXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/GVJ3/xlSd/8ZUnf/Gd5iAADIbgAAu3cAALB/AACn&#10;hAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYAcIgyAmyHPQRohkYGZYVOCWGFVQxehFwPW4NjElmC&#10;axVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJf8whSX7rH0p+/BxLfv8aS37/GUx+/xhMfv8YTH7/&#10;GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2NAAB8jQAAdY4EAG+PEgBtkCEAaZAuAWWPOQJijkIE&#10;Xo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7F0qJhxlIiJUbRoijHUSItB1DiModQ4fqHESG+xpE&#10;hv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAAsYIAAKeKAACcjgAAkpAAAIaTAAB5lQAAbJcAAGaX&#10;DgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdSllYJT5VeDEyUZg5KlG8QR5N5E0SThRVCkpMXQJKi&#10;GD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P/xU+j/8VPo//FcVzAAC3fwAArIkAAKGPAACWkwAA&#10;i5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6EiAFWhLwBSoTkBUKFDAk2gSwRKoFMFSKBaB0WfYwlD&#10;n2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgTN53oEjab+hI2mv8SNpn/ETeZ/xE3mf8RN5n/Eb57&#10;AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABrpAAAX6cAAFKqAABNqw4AS6saAEqrJwBIqzMARqs9&#10;AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeqgAk0qo8LMqqfDDGqsAwwqscMMKnnDC+n+g0vpv8N&#10;L6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQAAJSZAACHngAAe6MAAG+oAABjrAAAV68AAEuyAABB&#10;tQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cANrdQATS3WgEyt2QCMLdvAy63fAQst4sFKrecBSm3&#10;rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgmsv8IJrL/CK+NAACilAAAl5oAAIugAAB+pgAAcasA&#10;AGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3DEgAswx4AK8MpACrEMwApxD0AKMVHACfFUQAmxVwA&#10;JcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbkAR3E+AIcwv8DHMH/AxzB/wQcwf8EHMH/BKWUAACa&#10;mgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAAQsAAADjDAAAvxwAAJssEAB7QCgAb0REAGtIaABnS&#10;JQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT1nwAEtePABHYpAAQ2bsAENneABDV8wAQ0/8AENL/&#10;ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWwAABotwAAW70AAE7BAABCxQAAN8gAAC3MAAAk0AAA&#10;HNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUtAAzlNwAL5kIACuZPAAnnXQAI520ABuaAAAXmlQAE&#10;5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8AAOb/AJOhAACFqQAAd7EAAGm5AABbwAAATsYAAEHK&#10;AAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL8QgACfMOAAfzEwAE8hoAAvIiAADyKgAA8jQAAPI/&#10;AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADzxgAA9OUAAPT2AAD0+wAA9PsAAPT7AIepAAB5sgAA&#10;aroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0AABXhAAAP5AAACugAAAXzAAAD/QEAAPwIAAD7DQAA&#10;+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkAAP5aAAD+bQAA/4IAAP+YAAD/rAAA/8AAAP/YAAD/&#10;5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA0gAAMtkAACbeAAAb4gAAEuYAAAzqAAAF7QAAAPQA&#10;AAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zcAAP9GAAD/WAAA/2sA&#10;AP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7AP8bJgD/HCQA/xokAP8VJwD/EC0A/wo2AP8FQwD/&#10;AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA/wCaAP8AoAD/AKYA/wCsAP8AsgD/ALkA/wDCAP8A&#10;zQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP8fIwD/HyEA/x4h&#10;AP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8EZwH/A3MB/wN9Af8DhwH/A48A/wKWAP8CnAD/AqIA&#10;/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDqAPwA9gD4AP8A9wL/APcD/wD2BP8A9gT/APYF/wD2&#10;Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA/xUvAP8SPAD/EEkA/w5WAf8MYgH/C24B/wt5Af8L&#10;ggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/CrIA/wq7AP0KxgD7CtQA9wrnAPMK9ADwCv8A7wv/&#10;AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8lGwD/JhgA/yUXAP8hGAD/ICEA/x4rAP8aNwD/F0UA&#10;/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCOAfwQlQH6EJsB+RChAfcQqAH2EK8B9BC3APMQwgDx&#10;ENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B4hL/AeES/wHhEv8B4RL/Af8pFgD/KhMA/ykSAP8n&#10;EwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8GWQB+BluAfYYeAHzGIEB8RiJAe8YkAHuGJcB7Bie&#10;AeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa8QHYGv4C1Bv/AtIb/wLRG/8C0Bv/AtAb/wLQG/8C&#10;0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4hAP8sLQD/KTkA+SZGAPQkUwHvIl4B6yJpAeghcwHm&#10;IXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB2CGxAtUhvALTIskC0CLfAswj8APII/0DxiT/A8Qk&#10;/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/MgsA/zMIAP82DQD/NhIA/zUaAP0yJQD0MDIA7S0/&#10;AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAqhgLOKo4DzCqVA8oqnAPJKqMExyqsBMUqtgTDKsMF&#10;wirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/BbQs/wW0LP8FtCz/Bf80DAD/NgUA/zkDAP88CAD/&#10;PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIBzTNdAckzZwLGM3ADxDJ4BMEygAS/MocFvjKPBrwy&#10;lga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5QmtM/UJqzP/Caoz/wioM/8HqDP/B6cz/wenM/8HpzP/&#10;B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8EgDbOh8A0DsxAMo8QADEPE0BwDxYArw7YQO5O2oF&#10;tjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzihC6k4qgyoOLYNpjjFDaQ43g6hOfENnzr/DJ46/wud&#10;Ov8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA90QAAOZHAADfSAEA2kYGANlACwDNQhkAxUQrAL5E&#10;OwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmmQHsKpD+DC6M/ig2hPpMOnz6cD50+pRCbPrERmj6/&#10;EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB/wuSQf8LkkH/C/89AAD/QwAA6UkAAN5OAADTTwAA&#10;zU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pOA6dJVwWkSGAHoUdnCZ5GbwqcRnYMmkV9DphFhQ+W&#10;RI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgVikX6EolG/xCJRv8OiEb/DYhG/w2IRv8NiEb/Df9A&#10;AADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5TxEAslAiAKxRMgCnUT8ColBKA55PUwWbTlwImE1j&#10;CpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhInBWGSKgWhUi1F4NIxxiBSOQYgUr3FYBK/xKAS/8Q&#10;gEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMAAM5YAADEWgAAvVoAALhXAQCxVA4AqlYeAKVWLgCf&#10;VjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0OiE90EIZPfBKEToUTgk6OFYBNmRd+TaQYfE2yGXpN&#10;wxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94UP8PeFD/D/1GAADnTwAA1lcAAMhcAAC/XwAAt18A&#10;ALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZTAWMWFUIiVdcCoZWYwyDVWoOgVRxEH9TeRJ9U4EU&#10;elKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLyGXFT/xVxVP8TclT/EXJU/xByVP8QclT/EPNIAADj&#10;UwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkAnV8XAJhfJwCTXzUBjl5AA4pdSgWGXFIHg1tZCoBa&#10;YAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhvVp8ablWsG2xVvRxrVtUda1bwGmtX/xdrWP8UbFj/&#10;EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBkAAC3ZwAArmgAAKdmAACfYgYAmGMUAJJkJACNYzIB&#10;iWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxrEHNccxJwW3sUbluFF2xakBlqWpwbaFmqHGZauh1l&#10;WtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8SZ1z/Eu1OAADaWQAAyGEAALxnAACzagAAq2wAAKJq&#10;AACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7ZE0GeGNUCXViWwtyYWENcGFpD21gcBJrX3kUaV+D&#10;F2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf/RhhX/8VYV//E2Jf/xJiX/8SYl//EupRAADUXAAA&#10;xGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQAIdrHgCDaywAfms4AnpqQgN2aUoGc2hSCHBnWQpt&#10;ZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpgaXWKmHFtith1aYswdWmLqHFtj/BhcY/8WXGP/FF1j&#10;/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACscgAApHQAAJpzAACObwAAh28NAIJvGwB9cCkAeW81&#10;AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRpbBFhaXUTX2h/FlxoihhaZ5YaWGekHFZntB1VZ8od&#10;VWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/E+FYAADLYwAAvWsAALJyAACpdgAAoHgAAJZ3AACI&#10;cwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YEanJOB2dxVQlkcFwLYXBjDl9vahBcbnMSWm58FVdt&#10;iBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhRbP8VUmz/FFJs/xNSbP8TUmz/E9xcAADHZwAAuW8A&#10;AK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5FAByeiMAbnovAWt5OgJoeUMDZHhLBWF3Ughfd1kK&#10;XHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKhGUxysRpKcsYaSnLlGkty+RdMcv8VTHL/E01y/xJN&#10;cv8STXL/EtRgAADCawAAtXQAAKt7AACifwAAl4EAAIyBAAB6fgAAc38CAG5/EQBrgB4AaIAsAGWA&#10;NwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1RfG4PT3t4EUx7gxRKepEWSHqfF0Z6rxhFesQYRHrk&#10;GEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1lAAC9cAAAsXkAAKeAAACchAAAkoYAAIaGAAB3hgAA&#10;a4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdFA1aHTQRThlQGUIZbCE6FYwpLhGwMSYR2D0aDgRFE&#10;g48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8SQID/EUCA/xBAgP8QQID/EMZrAAC3dgAArH8AAKKF&#10;AACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBakBQAWJAhAFaRLQBTkDgBUZBBAk6QSQNMkFAESo9Y&#10;BUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqNrBE5jcEROI3hEDiL9hA4iv8POYn/DzmJ/w45if8O&#10;OYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEAAHqTAABtlQAAX5cAAFSZAQBPmQ8ATpoaAEyaJwBK&#10;mjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYFO5lwBzmYfAg3mIoKNZiaCzOYqwsymL8MMpjfCzGW&#10;9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACshQAAoYsAAJaQAACLlAAAf5cAAHKbAABmnQAAWqAA&#10;AE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADylPgA7pUcBOaVPATelWAI1pWECM6VsAzGleQQvpIcF&#10;LaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/CCmf/wgpn/8IKZ//CLGCAACliwAAmpEAAJCWAACD&#10;mgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAANa8MADOwFQAysCEAMbArAC+wNQAusT4ALbFIACyx&#10;UQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIisrsCIbLbAiGv8wMgrv8DIK3/BB+s/wQfrP8EH6z/&#10;BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCrAABVrwAASbEAAD60AAAztwAAKroDACS8DQAivRUA&#10;Ib0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9eABq/bAAZv3wAGL+OABfAoQAWwLYAFMDTABW+8QAV&#10;vP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAAip4AAH2kAABvqgAAYq8AAFa0AABKtwAAProAADO9&#10;AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQzCUAD80vAA7NOgAOzUYADc1SAA3OYAAMznAAC86D&#10;AArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL/wAJy/8ACcv/AJiYAACNngAAf6UAAHGsAABkswAA&#10;V7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80AABHRAAAM1gUACNkMAAbZEgAF2hsABNokAAPbLgAB&#10;2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350AAN+zAADfzgAA4O4AAN/6AADf/wAA3/8AAN//AI+f&#10;AACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAxyQAAJswAAB3QAAAU1AAADtkAAAndAAAD4QAAAOMH&#10;AADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADrQwAA7FIAAOxiAADtdgAA7owAAO6hAADvtwAA79EA&#10;AO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cAAFm/AABLxgAAPMoAAC/OAAAk0gAAGtgAABLcAAAM&#10;4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsAAPAQAADxFQAA8x4AAPQnAAD3MwAA+UAAAPpRAAD7&#10;YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA/98AAP/fAHewAABouQAAWsEAAEzKAAA8zwAALtQA&#10;ACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADwAAAA9gAAAPYAAAD3AAAA+AAAAPoHAAD7DQAA/REA&#10;AP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93AAD/jQAA/58AAP+uAAD/ugAA/7oAAP+6AP8WIwD/&#10;FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A/wBcAP8AaAD/AHQA/wB+AP8AhwD/AI8A/wCWAP8A&#10;nAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/ANYA/wDnAP4A8wD+AP4A/QD/APwA/wD7AP8A+wD/&#10;APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8QIAD/CiUA/wQwAP8APQD/AEsA/wBYAP8AZAD/AHAA&#10;/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALEA/QC5APsAwwD6ANAA+ADjAPcA8QD2&#10;APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8dHAD/HBkA/xkZAP8UGwD/Dv/i/+JJQ0Nf&#10;UFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJTAP8AXwD/AGsA/wB1AP8AfgD/AIYA/wCOAP8AlAD+&#10;AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA8ADfAO4A7gDsAPkA6wD/AOoA/wDqAf8A6QH/AOkB&#10;/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/Fh0A/xMoAP8QNAD/DUEA/wxOAP8JWgD/CGYA/whw&#10;AP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEGowDvBqoA7QayAOoGuwDoBsgA5gbcAOQG7ADiCPoA&#10;4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/AP8jEgD/IxAA/yEOAP8eEAD/HhgA/xwjAP8YLwD/&#10;FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA7Q6EAOsOiwDpDpIA5w6ZAOYOoADkDqcA4g6vAOAO&#10;uADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHMEv8ByxP/AcoT/wHKEv8ByhL/Af8nDwD/JwwA/yUJ&#10;AP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8YTwDqF1oA5hZlAOMWbgDgFncA3hZ/ANwWhwDZFo4A&#10;1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjSAMca6AHDG/gBwBv/Ab4c/wG9HP8CvBz/Arwb/wK8&#10;G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A/ykVAPcmIADuIy0A5yE6AOEfSADbH1QA1SBfANEg&#10;aADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHDIZ4BwSKmAb8irwG9IrsCvCPKArkj4wK1JPQCsyT/&#10;A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8vBgD/LwAA/zIAAP8zAgD5MggA9y8OAOsrFgDhJyIA&#10;2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpzAbsqegK5KoICuCqJArYqkAK0KpgDsyqhA7EqqgOv&#10;K7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8Eoi3/BKIs/wSiLP8Eoiz/BP8yAAD/MwAA+TgAAOk5&#10;AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9M0gAuTRTAbYzXAGzM2UCsDNtAq4zdAOsMnsDqzKD&#10;BKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y0QecM+oHmjP7B5g0/weXNP8GljT/BpY0/wWWNP8F&#10;ljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8DAM04CADFOBUAvTomALc7NgCyPEMArjxOAao7VwKn&#10;O2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0HmTiWCJg4oAmWOKsKlDi4CpM5yguROeULjzr3Co06&#10;/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADxPgAA40UAANRJAADLSgAAxUcAAMFBBAC6PxEAs0Eh&#10;AK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhAagWWQHEGlD94B5I/fwiQP4gKjz6RC40+mwyLPqYN&#10;iT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/CYJB/wiCQf8IgkH/CP88AADrQwAA3EoAAMxPAADD&#10;UAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToAm0lFAZhITgKUR1cDkkdeBY9GZQaNRmwHi0VzCYlF&#10;ewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8RNoRe0TxD3pF/w16Rv8Lekb/CnpG/wl6Rv8Jekb/&#10;CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQAACpTAsAok0YAJ1OKACYTjYAlE5BAZBNSwKNTVME&#10;ikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJDnpIkw94SJ8Qd0isEnVIvBJ0SdITc0nuEXJK/w9y&#10;Sv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAAzlMAAMFYAAC4WgAAsFkAAKlWAACiUgcAm1IVAJZT&#10;JACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+T2UIe09sCXlOcwt3TnsNdU2FDnNNkBBxTZwSb02p&#10;E25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP/wtsT/8LbE//C+5FAADcUAAAyVcAAL1cAAC0XgAA&#10;rF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7AYNWRAJ/Vk0DfFVUBXpUWwZ3VGIIdVNoCXNTcAtx&#10;UngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsVZVLpFGVS+xFmU/8PZlP/DWZT/wxmU/8MZlP/DOpJ&#10;AADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACWWgAAj1oQAIpbHgCFWywAgVs4AX1bQQJ6WkoDd1lR&#10;BHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dVihFlVZcTY1WkFGFVtBVgVcgWX1XnFWBW+hJgVv8P&#10;YVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4AALZjAACtZgAApGYAAJtkAACQXgAAiV4OAIRfGwCA&#10;XykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp9D2JaiBFfWZQTXlmiFFxZ&#10;shVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1cWv8NXFr/DeNPAADNWQAAvmEAALNmAACpaQAAoGoA&#10;AJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNjPAFvYkUCbGFMBGphVAVnYFoHZWBhCGNfaQphX3EM&#10;X157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7jFVZe9xJWXv8QV17/Dlde/w1XXv8NV17/Dd5TAADI&#10;XQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAAfmcJAHhnFQB0ZyMAcWgvAG5nOQFrZ0ICaGZKA2Vm&#10;UgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBVYpESU2KfE1JirhVRYsIVUGLhFVFi9hJRYv8QUmL/&#10;DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxuAACjcQAAmnMAAI9xAAB/awAAeGsFAHJrEgBubB8A&#10;a2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpdB1lpZQlXaW0LVWl3DVNogg9QaI8RTmedE01nrBRL&#10;aMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8NTWf/DdJaAADAZAAAs2wAAKlyAACgdgAAlncAAIp2&#10;AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABgcj0BXnJFAltxTQNZcVQFV3BbBlRwYwhSb2sKUG90&#10;DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt9BFGbf8PR23/Dkds/w1HbP8NR2z/DcxfAAC8aQAA&#10;sHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cAAGV3DABheBcAX3gkAF15MABaeToBWHlCAlZ4SgJT&#10;eFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoOQ3WZD0J1qRBAdbwQQHXZEEB08w9AdP8OQXP/DUFz&#10;/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACXfwAAjIEAAIGBAABygAAAZX8AAF1/CABZfxMAV4Ag&#10;AFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/XQVGf2YGRH5wCEJ+ewk/fogLPX2XDDx9pw06fboO&#10;On7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/C8BpAACydAAAp3wAAJ2BAACShAAAh4YAAHuHAABu&#10;hwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAASYk6AEiJQgFGiUoBRIlSAkKJWgNAiGMEPYhtBTuI&#10;eAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akzhf8JM4T/CTOD/wkzg/8JM4P/CblwAACtegAAooIA&#10;AJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+RAABHkgoARJITAEOTHwBBkyoAQJM0AD+TPQA9k0UA&#10;O5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKTBS6SpAYtkrcGLJLRBiyR7wYrj/8GK47/BiuN/wcr&#10;jf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAAepMAAG2VAABhlwAAVZkAAEmbAAA/nAEAOZ0OADed&#10;FwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAun1oALZ9kASufcQEpnn8CJ56QAiaeoQIknrUCI57O&#10;AiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyBAACgiAAAlY4AAIuSAAB/lgAAcpoAAGWdAABZoAAA&#10;TqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oiACaqLAAlqjUAJKo/ACOqSAAiq1MAIateACCragAe&#10;q3kAHauLABurnQAaq7EAGavKABmq7AEZqP0BGKf/Ahim/wIYpv8CGKb/AqWJAACZjwAAj5QAAIOZ&#10;AAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAvsAAAJrMAAB61BgAZtw8AGLcXABe3IQAWtyoAFbc0&#10;ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5lwAOuawADbnEAA245wAOtvsADrX/AA60/wAOtP8A&#10;DrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsAAFKvAABGsgAAOrUAAC+3AAAlugAAHb0AABXAAAAQ&#10;wwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0ABcZJAAXGVwADxmYAAsZ3AAHGiwAAxqAAAMW2AADG&#10;0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJnAAAe6MAAG2pAABgrwAAU7QAAEa4AAA6uwAALr4A&#10;ACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQEAAA0BYAANEeAADSJwAA0zEAANQ8AADVSQAA1lgA&#10;ANZpAADWfAAA1pIAANanAADWvwAA1uAAANbzAADW/gAA1v8AANb/AIydAAB+pAAAb6sAAGGyAABU&#10;uQAARr0AADnBAAAtxAAAIscAABnLAAARzgAADNIAAAXVAAAA2wAAANwDAADdCgAA3g8AAN8UAADh&#10;HAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA6YEAAOmYAADprQAA6cUAAOniAADp8gAA6fUAAOn1&#10;AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzKAAAgzgAAFtIAAA/WAAAI2wAAAN8AAADjAAAA5QAA&#10;AOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEhAADzKwAA9jgAAPdIAAD4WgAA+W0AAPqEAAD6mwAA&#10;+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAAVr4AAEjGAAA5ywAAK9AAAB/UAAAU2gAADd8AAAXj&#10;AAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA9QAAAPYCAAD4CQAA+g4AAP0TAAD/HAAA/ygAAP82&#10;AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/uQAA/7wAAP+8AP8RIAD/EB4A/wweAP8EIQD/ACcA&#10;/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/&#10;ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA+wD/APsA/wD7AP8A+gD/APoA/wD6AP8A+gD/AP8U&#10;HAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCO&#10;AP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkAvQD4AMkA9wDcAPUA7ADzAPgA8wD/APIA/wDxAP8A&#10;8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEVAP8MFwD/BR0A/wAoAP8ANgD/AEMA/wBQAP8AXAD/&#10;AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA9QCcAPQAogDzAKgA8QCwAPAAuADuAMMA7ADTAOoA&#10;5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A5QD/AP8aEwD/GBEA/xQQAP8PEQD/DRkA/wok&#10;AP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUAdQDyAH0A8ACEAO4AiwDsAJEA6wCXAOkAngDnAKQA&#10;5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9ANgA/wDWAP8A1QH/ANUB/wDVAv8A1QL/AP8eEAD/&#10;HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA/QhFAPgGUQD0BFwA7gRmAOoEbwDmA3cA5AR/AOIE&#10;hgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDSBbsA0AbJAM4H4ADMCPEAyQr/AMcL/wDGDP8AxQz/&#10;AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8dCgD/GxAA/xgYAP8UIwD2ETAA7w4+AOoOSgDlDVYA&#10;4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2PAM0OlgDLDp0Ayg6lAMgOrgDGD7kAxBDIAMIQ3wC+&#10;EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8BthP/Af8lBgD/IwAA/yMAAP8kAwD/IQoA/R0RAPEa&#10;GwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDIFmsAxRZzAMMXewDBF4IAwBiJAL4YkAC8GJgAuxmg&#10;ALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd/wGpHf8BqR3/Aagd/wGoHf8BqB3/Af8oAAD/JwAA&#10;/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0tAMkePADEIEkAvyBTALwhXQC5IWUAtyJtALUidACz&#10;InwAsSKDAbAiigGuIpIBrCObAasjpAGpI68BpyO8AaYkzgGjJOgCoCX5Ap4l/wKdJf8CnCX/Apsl&#10;/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADaMwAA0y4DANIlCgDJJRcAwScnALspNgC2KkMAsitO&#10;AK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMrhAKhK40CnyuVAp4rnwKcK6oDmiu2A5ksxwOXLOID&#10;lC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/A/8wAADyMwAA5DoAANY9AADMPAAAxzkAAMMxBQC9&#10;LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oBnzNiAZwzaQKaM3ACmTN3ApcyfwOVMocDkzKQBJIy&#10;mgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWGNP8FhjT/BIU0/wSFNP8EhTT/BPwzAADrOgAA3EEA&#10;AM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5KwChOjgAnTtEAJo7TQGXOlYBlDpdApI6ZAKQOmsD&#10;jjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmtB4I5vAiBOdMIfzruCH06/gd8O/8GfDv/BXw7/wV8&#10;O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAAtUkAAK9DAACpPgsAoj8XAJ1AJgCYQTQAlEE/AJFB&#10;SQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWBP30Gfz6HB30+kQh7PpwJej6pCXg+uAp3P80KdT/q&#10;CnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7AADfRQAAzEwAAL9PAAC2UAAArk8AAKdKAACgRAcA&#10;mkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZVAoFFXAN+RWMEfERqBHpEcQV5RHkGd0SCCHVDjQlz&#10;Q5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8IbEX/B2xF/wdsRf8HbEX/B+w/AADYSQAAx1AAALtU&#10;AACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJSywAhUw4AIJLQgF/S0oBfEpSAnlKWAN3Sl8EdUlm&#10;BXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhIsg1nSMUNZknkDWZJ+AtmSf8JZkr/CGZJ/wdmSf8H&#10;Zkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgAAJxVAACTTgAAjE4OAIdPGwCCTykAf1A1AHtQPwF4&#10;T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIHaU18CGdMhwplTJMLY0ygDWJMrw5hTcIOYE3hDmBN&#10;9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADNUAAAvlcAALNbAACqXQAAoV0AAJhaAACNUwAAhlIM&#10;AIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1SUwJrUlkDaVJgBGdRaAZlUXAHY1F5CGFRhApgUJEM&#10;XlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/CVtR/whbUf8IW1H/CN9KAADJUwAAu1oAALBfAACm&#10;YQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIAc1guAHBXOQBtV0EBaldJAmhWUAJmVlcDZFZeBGJV&#10;ZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5WVb4PVVXbD1VV8w1VVf8LVlX/CVZV/wlWVf8IVlX/&#10;CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBjAACDXAAAe1sGAHVbEgBxWx8AblwrAGtcNgBoWz8B&#10;ZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1CFdZgApVWYwLVFmaDVJZqg5RWbwOUFnYDlBZ8g1R&#10;Wf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAAtGEAAKpmAACgaAAAl2kAAIxnAAB9YAAAdV8DAG9f&#10;EABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJcX1MDW19aBFlfYQVXXmkGVV5zCFNefglRXYoLT12Z&#10;DE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd/wlMXf8ITF3/CM9UAAC+XgAAsWUAAKdqAACdbQAA&#10;lG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQlAGBlMABeZToAXGVCAVplSgJYZFECVmRYA1RkXwRS&#10;ZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gNRmPRDUZj7wxGYv8KR2L/CUdi/wlHYv8IR2L/CMpY&#10;AAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0awAAaWkAAGNpCwBfaRUAXGohAFpqLQBYazYAVms/&#10;AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhpeQdGaYYJRGmVCkNopQtBabcMQGnPDEBo7gtBaP8K&#10;QWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0AAKBzAACWdgAAi3cAAIB2AABwcgAAZXEAAFxwBwBY&#10;cBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsBS3FTAklxWgNHcWIERXBsBUNwdwZBcIQHP3CTCD1v&#10;owk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7bf8HO23/B79iAACxawAApnMAAJ15AACSewAAh3wA&#10;AHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4JABLeS4ASXk3AEh5QABGeUgBRHlPAUJ5VwJBeWAC&#10;P3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjLBzR36wc0dv0HNHX/BzV1/wY1dP8GNXT/BrloAACt&#10;cQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAAW4EAAFGBAABIgAoARYETAEOBHgBCgikAQYIyAECC&#10;OwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMzgn8DMYGOBDCBnwQugbEFLYHIBS2B6QQtf/wFLX7/&#10;BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKDAACIhgAAfYcAAHCIAABjiQAAVYoAAEuKAABBigIA&#10;O4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xGADKNTwAxjVgAL41iAS2MbgErjHsBKoyLAiiMnAIm&#10;jK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8DJYf/A612AACjgAAAl4UAAI2JAACCjAAAdo4AAGmQ&#10;AABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAslxoAK5ckACqXLQAplzYAKJg/ACeYSAAmmFIAJZhc&#10;ACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX5QEclfoBG5T/ARuT/wIbk/8CG5P/Aqd/AACchgAA&#10;kYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0AAD2eAAAznwAAKqEAACGjCgAfoxEAHqMaAB2kJAAc&#10;pC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAAFKWBABOllAASpagAEaW/ABCk4gARovgAEaH/ABGg&#10;/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABxmgAAZJ4AAFihAABMpAAAQKYAADWnAAAqqQAAIqwA&#10;ABmuAAASsAkAELEQABCxGAAOsSIADrErAA2xNQANsUAADLFLAAuxWAAKsWcACLF4AAexiwAFsaAA&#10;BLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/AJiOAACPkwAAgpgAAHWdAABnogAAWqcAAE6rAABB&#10;rQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMAB74MAAO9EgABvRkAAL4iAAC+KwAAvjYAAL5BAAC/&#10;TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAAveQAAL32AAC9/wAAvf8AAL3/AJKUAACFmgAAeKAA&#10;AGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7AAAXvgAAEMEAAAvEAAAExwAAAMkHAADJDQAAyRIA&#10;AMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9gAADPcgAAz4cAAM+dAADPswAAz84AAM/rAADO+AAA&#10;zv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAAQrkAADW8AAApvwAAHsIAABXGAAAOyQAACMwAAADQ&#10;AAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA3B8AAN4oAADgNAAA4kEAAOJRAADjYwAA43cAAOSO&#10;AADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyjAABuqgAAYLIAAFG5AABDvgAANcIAACjGAAAcyQAA&#10;E80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIAAADkAAAA5QMAAOcJAADpDgAA6xIAAO0aAADvJAAA&#10;8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkAAPe8AAD3zgAA998AAPffAHCsAABhtAAAU7sAAEXD&#10;AAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA4gAAAOUAAADpAAAA7AAAAO0AAADwAAAA8QAAAPMA&#10;AAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/QAAA/1MAAP9oAAD/gAAA/5YAAP+oAAD/tgAA/78A&#10;AP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAuAP8APAD/AEoA/wBWAP8AYwD/AG0A/wB3AP8AfwD/&#10;AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA/wC0AP8AvQD/AMkA/gDdAP0A7QD8APoA+wD/APoA&#10;/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/DRcA/wYWAP8AGAD/AB4A/wAqAP8ANwD/AEUA/wBS&#10;AP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8AkAD+AJYA/QCcAPwAoQD7AKgA+QCvAPgAuAD2AMMA&#10;9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/AO8A/wDuAP8A7gD/AP8SFAD/DxIA/wsSAP8AEgD/&#10;ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA/QBtAPsAdgD5AH0A9wCEAPUAiwD0AJEA8wCXAPEA&#10;nQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDlAPEA4wD9AOMA/wDiAP8A4QD/AOEA/wDgAP8A4AD/&#10;AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8ALQD/ADoA/wBHAPkAUwD1AF4A8gBoAPAAcADtAHgA&#10;6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCmAN8ArgDcALgA2gDFANYA2QDUAOwA0gD5ANEA/wDP&#10;AP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA/w8FAP8OCwD/DBEA/wcaAP8BJgD8ADQA9ABBAO0A&#10;TQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZAIYA1gCNANMAkwDRAJoAzwChAM0AqgDLALMAyQC/&#10;AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D/wC/A/8AvwP/AP8bBgD/FwAA/xQAAP8TBQD/EQ0A&#10;/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRbANIEZADPBWwAzAVzAMoFegDIBYEAxgWHAMUGjgDD&#10;BpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUAtQv3ALMN/wCxDf8AsA3/ALAO/wCvDv8Arw7/AP8e&#10;AAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDiCyIA2AsxANAMPgDLDUoAxw1VAMQOXgDBDmYAvw5t&#10;AL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQowCwEa0ArxG6AK0RygCqEuUApxT3AKUV/wCjFf8A&#10;ohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMAAOYkAADgIQAA3BkFANsQDADQERkAyBMpAMIVNwC9&#10;FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUAqxl8AKkZhACoGowAphqUAKQangCjG6gAoRu0AJ8c&#10;xQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGVH/8BlR//Af8mAAD0JwAA5i0AANovAADPLQAAyicA&#10;AMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgiUgCmIloAoyNiAKEjaQCgI28AniN3AJwjfgCbI4YA&#10;mSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibvAYwn/wKLJ/8Ciif/Aokn/wKJJ/8BiSf/AfopAADs&#10;MAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4AricdAKgpKwCkKjgAoCpDAJ0rTACaK1UAmCtcAJYr&#10;YwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKKLJ8CiCyrAoYsugKFLc4Dgy7qA4Eu/AOALv8Cfy7/&#10;An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/AAC7PwAAtDwAAK81AACpLwsAoy8XAJ4xJgCZMjMA&#10;ljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNsAYYzcwGEM3wCgjOFAoAzjwN/M5oDfTOnA3wztQR6&#10;M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8DdTX/A/AzAADdPQAAykMAAL5FAAC1RgAArUMAAKY9&#10;AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCHOUwAhDlTAYI5WgGAOWEBfjloAnw5bwJ6OXcCeTmA&#10;A3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm469wVuO/8EbTv/BG07/wNtOv8DbTr/A+o5AADVQgAA&#10;xEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQAIw9HQCIPioAhD81AIE/PwB+P0gAfD9PAXo/VgF4&#10;P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMFaz6gBmo+rgZpP8AHZz/eB2c/9QZmQP8FZkD/BGZA&#10;/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACqUAAAok8AAJlKAACRRAAAikENAIRCGQCAQyYAfUQy&#10;AHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1DZwJrQ28DaUN5BGhDgwVmQ48GZEOdB2NDqwdhQ70I&#10;YETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/BOBBAADKSgAAu1AAALBTAACnVQAAnlMAAJVPAACL&#10;SQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEAbkhJAWxIUAFqSFYBaEhdAmZHZAJlR2wDY0d2BGFH&#10;gAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8QdaSf8GWkn/BVpI/wVaSP8EWkj/BNtEAADGTQAAuFMA&#10;AK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdLEgBzTB8AcEwrAG1MNQBrTD4AaExGAGZMTQFkTFMB&#10;YkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuYB1dMpwhWTLkJVUzRCVRM7whUTf8GVUz/BlVM/wVV&#10;TP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAAl1wAAI1ZAACBUwAAd08EAHFPEABuUBwAalAoAGhQ&#10;MgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWFBxBFdQewVVUIgGU1CWB1JQpQhQULcJUFDO&#10;CU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBLAAC/VAAAsloAAKdeAACdYAAAlGAAAIldAAB8VwAA&#10;clQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRAAFxUSAFaVE8BWVRWAVdUXQJVVGUDVFRuBFJUeQVQ&#10;VIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4HS1T/BktU/wVLVP8FS1T/BcxOAAC7VwAArl4AAKRi&#10;AACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABiWBYAX1giAF1ZLABbWTYAWVk+AFdZRgBWWU0BVFlU&#10;AVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hYogdHWbMIRlnKCEVZ6ghGWf0GRlj/BkZY/wVHWP8F&#10;R1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkAAINnAAByYAAAaF4AAGFdCQBcXRMAWl0eAFddKQBW&#10;XjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmECSl5qA0hedQRGXoIFRF2QBkNeoAdBXrEHQF7IB0Be&#10;6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0XwAAqGYAAJ5qAACVbQAAim0AAH9sAABvZwAAZGQA&#10;AFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1kQABLZEgASmRPAUhkVwFGZF8CRWRoAkNkcwNBY38E&#10;P2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/BTti/wU8Yf8EPGH/BL5bAACwYwAApWoAAJtvAACR&#10;cgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0ATWkXAEtpIQBJaisASGo0AEdqPQBFa0QARGtMAEJr&#10;VAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2aq4FNWrEBTVq5QU1afkENWn/BDVo/wQ1aP8ENWj/&#10;BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3AABpdAAAXHMAAFFxAABIcAoARXASAENxHQBCcScA&#10;QHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJjATZybQI0cnoCM3KJAzFymgMvcqwDLnLBAy5y4wMu&#10;cfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAAnXYAAJN6AACIfAAAfn0AAHJ9AABkfAAAV3sAAEx6&#10;AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2ezsANHtEADN7TAAye1UAMHtfAC97agEte3cBK3uH&#10;ASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4/wInd/8CJ3f/Aq5sAACjdgAAmXwAAI5/AACEggAA&#10;eIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJADCEEQAvhBoALYQkACyFLQArhTUAKoU+ACmFRwAo&#10;hlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcBHoa8AR6G3gAehPUBHoL/AR6C/wEegf8BHoH/Aah0&#10;AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABYjAAATI0AAECOAAA2jgAALI8AACWQDAAjkBMAIpAc&#10;ACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqRYAAZkW4AGJF+ABaSkAAVkqQAFJG5ABOR2AATj/QA&#10;FI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogAAISMAAB3jwAAaZEAAF2TAABQlQAARZcAADmYAAAu&#10;mQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQAEp0tABGeNwARnkEAEJ5MAA+eWAAOnmcADZ53AAye&#10;igALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wALmf8AC5n/AJyEAACRigAAiI4AAHuSAABtlgAAYJkA&#10;AFScAABInwAAPKAAADChAAAmowAAHaUAABWnAAAQqQUAC6sNAAiqEwAHqhsABqokAAWqLgAEqjgA&#10;AqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmqAACpwQAAqOQAAKj2AACn/wAAp/8AAKf/AJWLAACM&#10;kAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAAMaoAACarAAAdrQAAFLAAAA6yAAAJtQEAArYKAAC2&#10;DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAAuFQAALhkAAC4dgAAuIsAALegAAC3tgAAt9MAALbv&#10;AAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGaiAABYpwAAS6wAAD6vAAAxsQAAJrMAABy2AAATuAAA&#10;DbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQVAADEHAAAxSQAAMYuAADIOgAAyUcAAMlXAADJaQAA&#10;yX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0AAMj9AIWZAAB3nwAAaKYAAFqrAABNsQAAP7UAADG4&#10;AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAAzQAAAM4AAADPAwAA0AkAANEOAADTEgAA1RkAANci&#10;AADaLQAA3TkAAN5JAADeWgAA324AAN+FAADfnAAA37IAAN7LAADe5gAA3/QAAN/0AHmhAABrqAAA&#10;XK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgAAAnMAAAAzwAAANMAAADZAAAA3AAAAN0AAADfAAAA&#10;4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsAAPA6AADxSwAA8V4AAPJzAADziwAA86IAAPO2AADz&#10;yQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAyxAAAJMgAABfMAAAO0AAABtUAAADaAAAA3gAAAOIA&#10;AADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADyAAAA9AYAAPYMAAD5EgAA/BwAAP8pAAD/OgAA/00A&#10;AP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/BAP8HGQD/ARcA/wAXAP8AGgD/ACEA/wArAP8AOQD/&#10;AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA/wCKAP8AkAD/AJYA/wCbAP8AoQD/AKgA/wCvAP8A&#10;uAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4AP8A+AD/APYA/wDzAP8A8QD/AP8LFQD/BRMA/wAT&#10;AP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8AWwD/AGUA/wBuAP8AdgD/AH4A/wCFAP4AiwD9AJEA&#10;+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDMAPEA4wDvAPMA7gD/AO0A/wDsAP8A6wD/AOwA/wDs&#10;AP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA/wAiAP8ALwD/AD0A/wBKAP8AVQD9AGAA+gBpAPgA&#10;cQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADsAJ8A6wCmAOkArgDnALgA5QDFAOMA2gDhAO0A3wD7&#10;AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8PDQD/DAsA/wMJAP8ADAD/ABIA/wAdAP8AKQD7ADcA&#10;+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6AOUAgADjAIYA4QCMAN8AkwDdAJkA2wChANkAqQDV&#10;ALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8AyQD/AMgA/wDIAP8AyAD/AP8RCAD/DQIA/wcAAP8F&#10;CAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDkAFQA4ABdAN0AZQDZAG0A1QBzANIAegDQAIAAzgCH&#10;AMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAAxwC9AN8AvADxALsA/gC5AP8AuAD/ALgA/wC4AP8A&#10;uAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQAOgAGgDjACgA3QA2ANgAQgDSAE0AzgBXAMoAXwDH&#10;AGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8AuQCXALcAnwC1AKgAswCzALEAwgCvANgArgLtAKwD&#10;+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/EgAA9xIAAOwRAADmDgAA5QYIAN0DEgDUAyAAzQQt&#10;AMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUHbgCzB3UAsQh7AK8IggCuCYoArAmSAKoJmwCoCqUA&#10;pgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//AJsP/wCbD/8Amw//AP8aAAD3GQAA6h4AAN8eAADV&#10;GgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8Asg9JAK8QUgCsEFoAqhBhAKgRaACmEW8ApBF2AKIR&#10;fQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACXFNAAlBXsAJIW/QCQF/8Ajxf/AI4X/wCOF/8Ajhf/&#10;APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0ZBQC5EhAAshUeAK0WLACoFzgApBhDAKEZTACfGVQA&#10;nBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyIAJAckgCPHJ0AjR2pAIsdtwCKHsoAiB/nAIYg+gCE&#10;IP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA0zEAAMYzAAC8MQAAti0AALAlAACsHQwAph4YAKEg&#10;JgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCNJGQAiyRrAIkkcgCIJHoAhiSDAIQljQCDJZgBgSWk&#10;AYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo/wF4KP8BeCj/Ae8rAADdMwAAyjkAAL47AAC0OgAA&#10;rTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4AIsrQgCIK0oAhitSAIQrWACCLF8AgCxmAH8sbQB9&#10;LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcACci7dAnEu9AJwL/8Cby//Am8v/wFuL/8Bbi//Aegx&#10;AADTOgAAwz8AALdBAACuQQAApj4AAJ44AACXMQEAkS4QAIwvHACIMCgAhDEzAIEyPQB/MkYAfTJN&#10;AHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAzhAFvM5ACbTOdAmwzqwJqNLwCaTTVA2g18QJnNf8C&#10;ZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQAALJHAACoRwAAoEQAAJg/AACQOQAAiDQNAIM1FwB/&#10;NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcAbzheAG04ZQFsOG0Bajh1AWg4gAJnOIwCZTiZA2Q5&#10;qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJfOv8CXzr/At07AADHQwAAuUkAAK5LAACkTAAAm0oA&#10;AJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8NQBvPT4AbT1GAGs9TQBpPVMAaD1aAGY9YQFkPWkB&#10;Yz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7MBFo/7ARZP/4DWT//A1k//wJZP/8CWT7/AtY/AADD&#10;RwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAAekAGAHU/EQBxQBwAbUAoAGtBMgBpQTsAZ0FCAGVB&#10;SQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJaQoYDWEKUA1dCowRVQ7MEVEPJBFRD6QRTQ/0DU0P/&#10;A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdTAACdVAAAlFMAAIpQAAB/SgAAdUUCAG5DDgBrRBkA&#10;Z0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VUAFpGWwFZRmMBV0ZsAlZGdwJURoMDU0aRA1FGoQRQ&#10;R7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8DT0f/A8xGAAC7TgAAr1QAAKRXAACaWAAAkVcAAIZU&#10;AAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBdSTQAW0k8AFlJQwBXSUoAVklSAFVKWQFUSmEBUkpq&#10;AVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL5gRJS/oESUv/A0pL/wNKS/8DSkv/A8hJAAC4UQAA&#10;rFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04AAGRNCgBfTBMAXE0eAFpNKABYTTEAVk06AFRNQQBT&#10;TkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38CSU+NA0dPnQRGT64ERU/DBERQ5ARET/kERU//A0VP&#10;/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACVYAAAi2AAAIBeAAByVwAAZ1MAAF5RBwBZUREAV1Eb&#10;AFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExTVQBKU10BSVNmAUdTcAJFU30CRFOLA0JTmwNBVKwE&#10;QFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/A8BQAACyWAAApl4AAJxiAACSZQAAiGUAAH1iAABu&#10;XAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywATFc0AEpXPABJWEQASFhLAEdYUwBFWFsBRFhkAUJY&#10;bgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6WPcDOlj/AztX/wM7V/8DO1f/A7xUAACuXAAAo2MA&#10;AJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVdAABOWwwAS1sUAElcHwBHXCgARl0xAEVdOQBDXUEA&#10;Ql1IAEFeUABAXlgAPl5hATxebAE7XngCOV6HAjdelwI2XqkDNV69AzRf3QM0XvUDNV3/AjVd/wI1&#10;XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAAgW4AAHZsAABnaQAAXGYAAFFkAABIYgkARGIRAEJi&#10;GwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5ZFUAOGRfADZkaQE1ZHYBM2SFATFllQIwZacCL2W7&#10;Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNeAACnZgAAnG0AAJNxAACIcwAAfXMAAHJyAABkcAAA&#10;WG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGooADZrMQA1azkANGtBADNsSQAybFIAMWxcAC9sZgAu&#10;bHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IBJ2r/ASdq/wEoaf8CKGn/Aq5kAACjbAAAmXMAAI52&#10;AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+cwAANHIKADFzEQAwcxoAL3MjAC5zKwAtdDQALHQ8&#10;ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1kAAhdaIAIHW3AB910gAfdPEAH3P/AR9y/wEgcf8B&#10;IHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8AAGd/AABafwAATX4AAEN+AAA4fQAAL30CACh9DQAm&#10;fRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gAHn9SAB1/XgAcf2sAGn96ABl/jAAXf58AFn+zABV/&#10;zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACaegAAj38AAIWCAAB7hAAAbYYAAGCHAABUhwAASIgA&#10;ADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJHQAXiiYAFoouABWKNwAUikEAE4pMABKLWAARi2UA&#10;EIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8AA6H/wAOhv8ADob/AJ97AACUgQAAioUAAICIAABz&#10;iwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAAIZMAABmUAAASlgYADpcOAA2XFQAMlx0ADJcmAAuX&#10;LwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAABlpQAAJWoAACVvgAAlOAAAJT0AACT/wABkv8AAZL/&#10;AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCYAABEmgAAOJsAACycAAAinQAAGZ4AABKgAAANogIA&#10;B6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8AACkSAAApFYAAKRlAACjdwAAo4sAAKOgAACitgAA&#10;odIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAAe5IAAG2XAABgmwAAU54AAEahAAA5owAALaQAACOm&#10;AAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAArxEAALAYAACwIAAAsSgAALEyAACyPgAAskwAALJb&#10;AACybAAAsoEAALGXAACxrAAAsMYAALDoAACv9wAAr/8AAK//AIyQAAB/lQAAcZoAAGOfAABVpAAA&#10;R6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUAAAK4AAAAuwAAALsAAAC8BwAAvA0AAL0RAAC+FgAA&#10;vx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QAAMOLAADDoQAAw7gAAMLXAADC7wAAwvoAAMH+AIGX&#10;AABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAhtgAAFrkAAA67AAAHvgAAAMEAAADFAAAAxwAAAMgA&#10;AADJAAAAygUAAMsLAADNDwAAzhQAANAcAADTJgAA1jIAANhBAADYUwAA2WYAANl8AADZlAAA2asA&#10;ANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawAAEuyAAA8twAALroAACG9AAAVwAAADcQAAAXHAAAA&#10;ygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAAAN0AAADfBwAA4QwAAOMRAADmGQAA6SQAAOwyAADt&#10;QwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA790AAO/kAGqoAABbrwAATLYAAD68AAAvwAAAIMQA&#10;ABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADiAAAA5QAAAOYAAADoAAAA6QAAAOwAAADuAAAA8AIA&#10;APIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9aAAD/cQAA/4kAAP+fAAD/sQAA/8AAAP/GAP8AFQD/&#10;ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA/wBRAP8AXAD/AGYA/wBvAP8AdwD/AH4A/wCFAP8A&#10;iwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+AL8A/QDOAPsA5gD5APYA+AD/APcA/wD3AP8A9wD/&#10;APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8AEQD/ABcA/wAkAP8AMgD/AD8A/wBMAP8AVwD/AGEA&#10;/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCSAPgAmAD2AJ8A9QCmAPQArgDyALkA8ADGAO4A3gDt&#10;APAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A4AD/AP8HDgD/AA0A/wALAP8ADAD/ABMA/wAfAP8A&#10;LAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADzAHQA8QB6AO8AgQDuAIcA7ACNAOoAkwDpAJoA5wCh&#10;AOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA/wDXAP8A1QD/ANUA/wDVAP8A1AD/AP8JCgD/AQUA&#10;/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABAAPIATADuAFYA6gBfAOcAZwDkAG4A4gB0AOAAewDe&#10;AIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0AzAC4AMoAxwDIAOAAxgDzAMUA/wDDAP8AwwD/AMMA&#10;/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/AAsA8wASAO4AHwDqAC0A5gA6AOIARQDeAE8A2QBY&#10;ANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYAhwDEAI4AwgCWAMAAngC+AKcAuwCyALkAwAC3ANQA&#10;tQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/AP8NAAD/BgAA/wMAAPcAAAD0AAMA5wANAOAAGADa&#10;ACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEAvgBoALwAbgC6AHQAuAB7ALYAgQC0AIgAsgCQALAA&#10;mQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCkAP8AowD/AKIA/wCiAP8AogD/AP8QAAD7DAAA7w4A&#10;AOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8ANwC7AEIAtwBLALQAVACyAFsArwBiAK0AaACrAG4A&#10;qQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGoAJwCtQCbA8YAmQXiAJgG9ACWCP8AlQn/AJQJ/wCU&#10;Cf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAAxxAAAMQHCgC9AxQAtwQhALIGLgCuCDoAqglEAKcJ&#10;TQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZDH4AlwyGAJYMkACUDJoAkg2mAJENswCPDcUAjQ7i&#10;AIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZAADnIAAA1iQAAMglAAC/IgAAuRwAALQUAQCxDQ4A&#10;qg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJWAJMSXACREmMAkBNpAI4TcACME3gAixOBAIkUiwCH&#10;FJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8AfBn/AHwZ/wB7Gf8Aexn/AO8hAADdKQAAyi0AAL4v&#10;AAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCUGS0AkRo4AI4aQQCLG0kAiRtQAIcbVwCFHF4AhBxk&#10;AIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgfqwB3H7wAdiDUAHQh8AByIf8AcSL/AHEh/wBxIf8A&#10;cSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEAAJ4rAACYIwIAkh4QAI0gGwCJIScAhiIyAIMjPACB&#10;I0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4AdCV3AHMlgQBxJo0AbyaZAG4mpwBtJ7gAbCfOAWoo&#10;7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADLNgAAvDsAALE9AACnPQAAnzkAAJczAACPLQAAiCcM&#10;AIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMrTgBxK1QAcCtbAG4rYgBsK2oAayxyAGksfQBoLIkA&#10;Zi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//AWAv/wFgL/8BYC7/Ado0AADFPAAAt0EAAKxDAACi&#10;QwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4Acy8pAHEwMwBvMDsAbTBDAGsxSgBpMVEAZzFXAGYx&#10;XgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFcM7EBWzTGAVo05gFZNfsBWTX/AVk0/wFZNP8BWTT/&#10;AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItAAACCOwAAeTUEAHMzEABvNBoAbDQlAGk1LwBnNTcA&#10;ZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdrAFs3dgFZN4IBWDiPAVY4ngFVOK8CVDnDAlM55AJT&#10;OvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAAr0kAAKRMAACaTAAAkUsAAIdGAAB9QAAAczsAAGw4&#10;DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBbOkoAWjtQAFg7WABXO2AAVjtoAFU8cwFTPH8BUjyN&#10;AVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+/wFNPf8BTT3/AclAAAC4SAAArE0AAKFQAACXUQAA&#10;jk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0eAFw+KABaPjEAWD44AFc+QABVP0YAVD9NAFM/VQBS&#10;QF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasCSUK+AkhC3gJIQvYCSEL/AkhC/wFIQf8BSEH/AcVE&#10;AAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1SgAAakYAAGFCCABcQREAWUIbAFdCJQBVQi4AU0I1&#10;AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpEbgFJRXoBR0WIAUZFmAJFRqkCREa9AkNG3AJDRvUC&#10;Q0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQAAJxXAACSWAAAiFgAAH5VAABxTwAAZkoAAFxGBQBX&#10;Rg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hhAEVJbABESXgBQkmGAUFJ&#10;lgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/Sf8BP0n/Ab1KAACvUgAAo1gAAJlbAACQXQAAhlwA&#10;AHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExLHwBKSygASUswAEdLOABGTD8ARUxGAERMTgBDTVYA&#10;Qk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5AjlP1AI5T/IBOU7/ATlO/wE5Tf8BOk3/AbpOAACs&#10;VgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAAX1YAAFRSAABMTwsASU8SAEdQHABFUCUAQ1AtAEJQ&#10;NQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6UnMAOFOCATdTkgE1U6QBNFO3ATNU0QEzU/EBNFP/&#10;ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRkAACLZgAAgGUAAHRjAABmXgAAXFwAAFFYAABHVQcA&#10;QlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldBADlXSQA4V1EAN1haADVYZQA0WHEAMliAATFYkAEv&#10;WaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8BLlb/AbJXAAClXwAAm2UAAJFpAACHagAAfGoAAHFo&#10;AABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4XB0AN1wmADVdLgA0XTYAM10+ADJdRgAxXk4AMF5X&#10;AC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdfzAAnX+0BJ17/ASdd/wEoXf8BKFz/Aa1cAACiZAAA&#10;mGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkAAElnAAA/ZQAANWMJADJjEQAwYxkAL2QhAC5kKQAt&#10;ZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsAJGZ6ACNmiwAiZp0AIGaxAB9myQAfZusAIGX+ACBk&#10;/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACAdQAAdXUAAGl0AABccgAAT3EAAERvAAA6bgAAMG0D&#10;AClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJtPQAhbkYAIG5QAB5uWwAdbmcAHG52ABpuhwAZb5oA&#10;GG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/AKRpAACacQAAkHYAAIZ5AAB8ewAAcXsAAGR7AABX&#10;egAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8AHHcWABt3HgAadyYAGXcuABh3NwAXeEAAFXhKABR4&#10;VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAOd+YADnb6AA91/wAQdf8AEHT/AJ9xAACVeAAAi3wA&#10;AIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiCAAAuggAAJIIAAByCAAAUggkAEYMQABCDFgAQgx4A&#10;DoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNsAAiDfgAGg5EABYKlAAOCuwAEgdsABIHyAAWA/wAG&#10;f/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAAYokAAFWKAABJiwAAPYwAADGMAAAmjAAAHY0AABWO&#10;AAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAAjzIAAJA9AACQSQAAj1YAAI9lAACPdgAAj4oAAI6f&#10;AACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSAAACLhQAAgokAAHSMAABmjwAAWZEAAEyTAABAlQAA&#10;NJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJAACcDgAAnBMAAJwaAACcIgAAnSsAAJ01AACdQAAA&#10;nU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YAAJroAACZ+QAAmf8AAJj/AI6IAACGjAAAeJAAAGqU&#10;AABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAVogAADqQAAAimAAAAqAAAAKkEAACpCgAAqQ4AAKkT&#10;AACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACsYwAArHcAAKuOAACrpAAAq7wAAKreAACp9AAAqf0A&#10;AKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQAADamAAAqqAAAHqkAABSrAAANrgAABrAAAACyAAAA&#10;tQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkAALohAAC7KwAAvDgAAL1HAAC9WAAAvWsAAL2BAAC9&#10;mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABwmwAAYqAAAFOlAABGqgAAOK0AACqvAAAesQAAE7QA&#10;AAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADDAAAAxAAAAMYGAADHDAAAyBAAAMoWAADMIAAAzysA&#10;ANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7AADT2AAA0+0AANP2AHOdAABkowAAVqkAAEevAAA5&#10;swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAAAMkAAADNAAAAzwAAANAAAADSAAAA1AAAANYAAADZ&#10;AgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA6U8AAOlkAADqfAAA65UAAOusAADrwgAA7NUAAOzl&#10;AGamAABYrAAASbMAADu5AAArvAAAHcAAABHEAAAJyAAAAMwAAADPAAAA0wAAANkAAADdAAAA4AAA&#10;AOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4EAADxCwAA9RIAAPgcAAD7KwAA/T4AAP5TAAD+agAA&#10;/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA/wARAP8AEwD/ABkA/wAmAP8ANAD/AEEA/wBNAP8A&#10;WAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/AI0A/wCTAP8AmQD/AKAA/wCnAP4ArwD8ALoA+gDJ&#10;APkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA/wDkAP8A4QD/AP8ADwD/AA0A/wANAP8ADgD/ABQA&#10;/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBmAP4AbQD8AHUA+wB7APkAggD4AIgA9wCOAPYAlAD0&#10;AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA6AD8AOcA/wDlAP8A5gD/AOAA/wDZAP8A1AD/AP8A&#10;CwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/ADYA/wBCAPsATgD3AFcA9ABgAPIAaADvAG8A7QB2&#10;AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEApADfAK4A3QC5ANoAygDXAOQA1AD2ANEA/wDQAP8A&#10;0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAAAP8ABAD/AA0A+gAWAPYAIwDzADAA8AA8AO0ARwDp&#10;AFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA1ACCANIAiADQAI8AzQCWAMsAngDJAKgAxwCzAMUA&#10;wQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8AP8AvAD/AP8CAAD/AAAA/wAAAP8AAAD0AAcA7QAR&#10;AOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0AXADKAGMAyABpAMYAbwDDAHUAwQB7AL8AggC+AIgA&#10;vACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDnAK4A+ACsAP8AqwD/AKwA/wCsAP8AqwD/AP8EAAD/&#10;AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIAygAuAMcAOgDDAEQAwABNALwAVQC5AFwAtwBjALUA&#10;aQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCnAJwApQCmAKMAswChAMMAnwDeAJ4A8gCdAP8AnAD/&#10;AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8KAADVBAAAzgAFAMYAEADAABoAuwAnALcAMgCzAD0A&#10;sABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBvAKEAdQCfAHwAnQCEAJsAjQCZAJcAlwCiAJUArgCT&#10;AL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8AjQH/APkOAADqEgAA3BUAAM0VAADEEQAAvgwAALoC&#10;CgC0ABIArgAeAKoAKgCmADUAogA/AKAASACdAVAAmwJWAJkCXACXA2MAlQNpAJMDbwCRBHYAkAR/&#10;AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK6wCCC/wAgQz/AIAM/wCADP8AgAz/APEVAADgHQAA&#10;zSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcWAJ0JIwCZCi4AlQs4AJMMQQCQDEkAjg1QAIwNVwCK&#10;DV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8Afg+bAHwPqAB7ELgAehDOAHgR7AB2Ev8AdRL/AHQT&#10;/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACuKAAApyMAAKAcAACbEwMAlg8QAJAQGwCMEScAiRIy&#10;AIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsVZQB5FWwAdxV0AHYWfgB0FooAcheWAHEXpABvGLQA&#10;bhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/AOAmAADKLQAAvDEAALAzAACnMQAAnywAAJcmAACQ&#10;HwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4AdxxFAHUcTABzHFMAcR1ZAHAdYABuHWcAbR5wAGse&#10;egBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABiIvoAYSL/AGEi/wBhIv8AYSL/ANcsAADDNAAAtjgA&#10;AKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsgEgB3IR0AdCInAHEiMQBvIzkAbSNBAGsjSABpI04A&#10;aCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaOAF4mnQBdJ60AWyjBAFso4ABaKfcAWSn/AFkp/wBZ&#10;Kf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAAkzwAAIo2AACBMAAAeSoDAHImDwBuJxkAaygjAGko&#10;LABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBdKl8AXCtoAForcgBZLH0AWCyLAFYtmgBVLaoAVC69&#10;AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2AAC6PQAArUIAAKJEAACYRAAAj0EAAIU8AAB7NwAA&#10;cjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45AFwvQABaL0YAWC9NAFcvVABWMFwAVTBkAFMxbgBS&#10;MXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMATDT/AEw0/wBMM/8ATDP/AMY6AAC2QgAAqUYAAJ5J&#10;AACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBgMhIAXTIcAFoyJQBYMy0AVjM1AFUzPABTNEMAUjRK&#10;AFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3lQBIN6YARzi4AUc40wFGOPEBRjj/AUY4/wBGOP8A&#10;Rjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsAAH5HAABzQgAAaT0AAF83BgBaNhAAVzcYAFQ3IgBS&#10;NyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYASTlfAEg6aQBHOnUARTuDAEQ7kwBDPKQBQjy2AUE9&#10;0AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACvSQAAo04AAJlQAACPUQAAhVAAAHtMAABvRgAAZUIA&#10;AFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8NgBHPD0ARzxEAEY9SwBFPVQARD5cAEM+ZwBCP3MA&#10;QD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/ATxA/wE8QP8BPT//AbpFAACsTAAAoVEAAJdUAACN&#10;VQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwATD8TAElAHABHQCQARkAsAERAMwBDQDoAQkFCAEFB&#10;SQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5RKAAOEWzATdFywE3RewBN0X/ATdE/wE4RP8BOEP/&#10;ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZWAABoUAAAXUwAAFNIAABKRQkARkQRAEREGQBCRCIA&#10;QUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdYADlHYgA4SG4ANkh8ADVIjQA0SZ4AM0mxADJJyQAx&#10;SesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAAnFkAAJJcAACIXQAAfl0AAHNaAABlVQAAW1IAAFBO&#10;AABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5SjUAOEs9ADdLRAA2S00ANExWADNMYAAyTGwAMU16&#10;ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N/wAtTP8ALUz/ALBQAACkWAAAmV0AAI9hAACGYgAA&#10;e2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08MADhPEwA2TxsANU8jADRQKwAzUDIAMlA6ADFQQgAw&#10;UUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oAJ1OtACZTxQAmU+cAJlP8ACdS/wAnUf8AJ1H/AKxV&#10;AACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABgYQAAVV4AAEpbAAA/WAAANVYIADFVEAAwVhcALlYf&#10;AC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZYWgAlWGcAJFh1ACNZhgAhWZgAIFmrAB9ZwgAfWeUA&#10;H1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cAAIprAAB/bAAAdWwAAGprAABdaAAAUWUAAEZjAAA7&#10;YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioAI14yACJeOgAhXkMAIF9MAB9fVwAeX2MAHGBxABtg&#10;ggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZXv8AGV3/AKRgAACZaAAAkG4AAIZwAAB8cgAAcnIA&#10;AGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNmCAAfZg8AHWYVABxmHQAbZiUAGmYtABlnNQAYZz4A&#10;F2dIABZnUwAVaF8AE2huABJofwARaJIAEGimAA9ovQAOaOAAEGf3ABBm/wARZf8AEWX/AJ9nAACW&#10;bwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAARnQAADtzAAAxcgAAJ3EAAB5xAAAWcAoAE3AQABNw&#10;FwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgANcVsADHFpAAtxegAKcY0ACHGhAAZxtgAGcNIAB3Dv&#10;AAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58AAB0fgAAZn4AAFl+AABNfgAAQH0AADV9AAAqfAAA&#10;IXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwhAAd8KQAGfDIABHw9AAN8SAABfFUAAHxjAAB8dAAA&#10;fIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8AAHj/AJZ3AACMfAAAg4AAAHmDAABshAAAXoUAAFGG&#10;AABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAANiAEABokKAAGJDwAAiRQAAIgbAACIIwAAiSwAAIk2&#10;AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACHqwAAhsQAAIXmAACE+AAAhP8AAIT/AJB+AACHgwAA&#10;focAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEAACSRAAAakgAAEpMAAA2UAAAGlQAAAJYGAACWDAAA&#10;lRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYAAJZVAACWZQAAlngAAJWOAACVpAAAlLwAAJPfAACT&#10;9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZlAAATJcAAD+ZAAAymgAAJpsAABucAAASnQAADJ8A&#10;AASgAAAAogAAAKMBAACjBwAAowwAAKMQAACkFQAApBwAAKUlAACmLwAApjwAAKZLAACmWwAApm4A&#10;AKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/AIaNAAB4kQAAapUAAFyZAABOnQAAQaAAADOiAAAm&#10;owAAG6UAABGnAAAKqQAAAasAAACtAAAArwAAALAAAACwAAAAsAUAALELAACyDwAAsxQAALQbAAC1&#10;JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAAtqkAALbCAAC25AAAtvUAALX+AHuTAABtmAAAX50A&#10;AFCiAABCpgAANKkAACarAAAarQAAEK8AAAmyAAAAtAAAALcAAAC6AAAAvAAAAL0AAAC+AAAAvgAA&#10;AMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoyAADLQwAAy1UAAMxqAADMgwAAzJwAAMu1AADMzgAA&#10;zOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAAJ7IAABq1AAAQuAAAB7sAAAC+AAAAwQAAAMQAAADI&#10;AAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA1QMAANgKAADbEAAA3hgAAOIkAADjNQAA5EgAAOVc&#10;AADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOkAABVqgAARrAAADi1AAAouQAAGrwAAA/AAAAFxAAA&#10;AMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0AAADfAAAA4QAAAOMAAADlAAAA6AAAAOoAAADtBgAA&#10;8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wAAPyVAAD8qgAA/LsAAP3LAP8ADwD/AA4A/wAOAP8A&#10;EAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/AF4A/wBmAP8AbgD/AHYA/wB8AP8AggD/AIkA/wCP&#10;AP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA2wD2APAA9AD/APMA/wDyAP8A7AD/AOIA/wDcAP8A&#10;1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAeAP8AKwD/ADgA/wBEAP8ATwD/AFkA/gBhAPwAaQD6&#10;AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA7wCdAO0ApQDsAK8A6gC8AOgAzQDmAOgA5AD6AOMA&#10;/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/AAEA/wAAAP8ABAD/AA4A/wAZAP8AJQD9ADIA+wA+&#10;APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgAdwDmAH0A5ACDAOIAiQDgAJAA3gCXANwAnwDZAKkA&#10;1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/AMgA/wDCAP8AvgD/AP8AAAD/AAAA/wAAAP8AAAD7&#10;AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A4ABWANwAXQDZAGQA1QBrANIAcQDQAHYAzgB8AMwA&#10;gwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9AM8AuwDrALkA/AC3AP8AtwD/ALYA/wC0AP8AsQD/&#10;AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEAGQDbACUA1QAxANIAPADOAEYAygBPAMcAVwDEAF4A&#10;wQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCKALMAkwCxAJwArwCnAK0AswCrAMUAqQDhAKcA9QCm&#10;AP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA8QAAAOgAAADgAAAA1AALAMwAEwDHAB8AwgAqAL8A&#10;NQC8AD8AuABIALUAUACzAFcAsABeAK4AZACsAGkAqwBvAKkAdQCnAHwApQCEAKMAjAChAJYAnwCh&#10;AJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA/wCVAP8AlQD/APwBAADwBQAA4wcAANUFAADMAAAA&#10;xQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBBAKYASgCjAFEAoQBXAJ8AXQCdAGMAmwBpAJoAbwCY&#10;AHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYAigDJAIgA5wCHAPkAhwD/AIYA/wCGAP8AhgD/APQM&#10;AADkEAAA0RIAAMURAAC9DgAAtggAALEACACrABEApgAbAKEAJgCeADEAmgA6AJgAQwCVAEoAkwBR&#10;AJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYAgACEAIsAggCWAIAAowB+ALEAfQDEAHsC4QB6A/UA&#10;egX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0AALocAACxGQAAqhMAAKQNAACfBQwAmQAUAJUAHwCR&#10;AikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cAgQddAH8HYwB9CGoAewhyAHoIfAB4CYYAdgmSAHQK&#10;oABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBtDv8AbQ7/AOEcAADLIwAAvCYAALEmAACoJAAAoB4A&#10;AJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4NNQB8Dj0Aeg5FAHgOSwB3DlEAdQ9YAHMPXgBxEGUA&#10;cBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLAAGUS3wBkE/YAYxT/AGMU/wBiFP8AYhT/ANYkAADD&#10;KgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAAghMIAH0REgB5EhwAdhMnAHMUMABxFDgAbxU/AG0V&#10;RgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBiF34AYRiLAF8YmQBeGakAXBm8AFwa2ABaG/MAWhz/&#10;AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2AACbNAAAkjEAAIkrAACBJQAAeR0DAHMYDgBvGRgA&#10;bBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1OAF8dVQBdHVwAXB5kAFsebgBZH3kAWB+HAFYglgBV&#10;IKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8AUiL/AMgvAAC4NgAAqzoAAKA8AACWOwAAjTgAAIMy&#10;AAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBfIi8AXSI2AFsiPQBaI0QAWCNKAFcjUQBVI1gAVCRh&#10;AFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwozgBLKO4ASyn/AEso/wBLKP8ASyj/AMM0AACzOwAA&#10;pz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0AAGMnCABeJhEAXCYZAFknIgBXJysAVSgyAFQoOQBS&#10;KEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMASSuAAEgrkABHLKEARi2zAEUtywBFLuwARC7/AEQu&#10;/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACPRQAAhUMAAHs+AABxOQAAZzQAAF4uBABYKw4AVSsW&#10;AFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEktSgBILlIARy5aAEYvZABFL3AAQzB+AEIwjQBBMZ4A&#10;QDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/ALs8AACtQwAAoUcAAJZJAACMSQAAg0gAAHhEAABt&#10;PgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQASTErAEcxMgBGMTkARDFAAEMyRwBCMk8AQTNYAEAz&#10;YgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5N+gAOTf8ADo3/wA6Nv8AOjb/ALdAAACqRgAAnksA&#10;AJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5AABNNQkASTQRAEc1GQBFNSEAQzUoAEE1LwBANTYA&#10;PzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5ADg5iQA3OpsANTqtADU7xAA0O+YANDv7ADU7/wA1&#10;Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAAflAAAHNNAABnSAAAXEQAAFI/AABIOgYARDkPAEE5&#10;FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANzxTADY8XQA1PWkAND13ADM+hwAxPpkAMD+r&#10;AC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFHAACkTQAAmVIAAI9VAACGVgAAfFUAAHFSAABkTAAA&#10;WUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4jADc+KgA2PzEANT84ADQ/QAAzQEgAMkBRADFBWwAw&#10;QWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIAKkP5ACpD/wArQv8AK0L/AK5KAAChUQAAl1YAAI1Z&#10;AACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABDRwAAOkMKADZDEQA0QxgAM0MgADJEJwAxRC8AMEQ2&#10;AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChHgwAmR5UAJUioACRIvgAjSOAAJEj3ACVH/wAlR/8A&#10;Jkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14AAGtcAABfWAAAVVUAAEtRAABATQAANUoHADBJDgAu&#10;SRUALUkdACxJJAArSisAKkozAChKOwAnS0MAJktMACVLVgAkTGIAI0xwACFMgAAgTZMAH02mAB5N&#10;uwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACcWgAAkl8AAIhjAAB+ZAAAdGMAAGlhAABcXgAAUlsA&#10;AEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQIAAkUCgAI1AvACJRNwAhUUAAIFFJAB5SUwAdUl8A&#10;HFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0ABdS/wAYUf8AGVH/AKNZAACYYAAAj2UAAIVoAAB7&#10;aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAALloAACVYCAAgVw4AHlcUAB1XHAAcWCMAG1grABpY&#10;MwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegASWo0AEVqhABBatwAOWtUAEFnzABBZ/wARWP8AEVj/&#10;AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJtAABVagAASGgAAD5mAAAzZQAAKWMAACBhAQAYYAsA&#10;FWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFAAA9hSwAOYVgADWFmAAxidgALYokACmGdAAlhsgAI&#10;YcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAAiHEAAH5zAAB1dQAAanQAAFxzAABPcgAAQ3AAADhv&#10;AAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAMahkAC2ohAApqKQAJajIACGo8AAdrRwAFa1MABGth&#10;AAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp+AAAaP8AAGj/AJdtAACNcwAAhHcAAHt6AABwewAA&#10;Y3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYAABV2AAAPdgIACXYKAAR2DwAAdhUAAHYcAAB2JAAA&#10;dSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4AAHSTAAB0qAAAc8AAAHPjAABy9wAAcv8AAHH/AJJ1&#10;AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABBggAANYMAACmCAAAfgQAAFoEAABCCAAAKggAAAoMH&#10;AACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACCOwAAgkcAAIJVAACBZQAAgXgAAIGNAACAogAAf7oA&#10;AH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QAAG6GAABgiAAAUooAAEWLAAA5jAAALIwAACGMAAAX&#10;jAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4AAI8SAACQGAAAkB8AAJAoAACQMgAAkD8AAJBNAACQ&#10;XQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAAi/4AAIv/AIiEAACAiAAAcosAAGSNAABWkAAASJMA&#10;ADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACbAAAAnQAAAJ0AAACdAwAAnQkAAJ0NAACeEQAAnhcA&#10;AJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97AACekwAAnqsAAJ3GAACd6QAAnPkAAJz/AIOLAAB1&#10;jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAAF6AAAA6iAAAHpAAAAKYAAACoAAAAqgAAAKoAAACq&#10;AAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAAsSkAALE4AACxSAAAsVoAALFvAACxiAAAsaAAALC6&#10;AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2fAAA/owAAMaYAACOnAAAXqQAADqsAAAWuAAAAsAAA&#10;ALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoAAAC8AwAAvQkAAL4OAADAFAAAwx4AAMUrAADFPAAA&#10;xk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUAAMXzAGyZAABengAAT6QAAEGoAAAyrAAAJK8AABax&#10;AAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAAxgAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAG&#10;AADTDQAA2BMAANweAADeLQAA30AAAOBUAADhawAA4YUAAOGfAADhtwAA4c8AAOHmAGChAABSpwAA&#10;Q60AADSyAAAltQAAF7kAAA28AAABvwAAAMMAAADHAAAAygAAAM8AAADTAAAA1gAAANcAAADaAAAA&#10;3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsAAPASAADzHwAA9DEAAPZGAAD3XAAA+HQAAPiPAAD5&#10;pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/ABMA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFkA/wBi&#10;AP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0AkAD8AJcA+gCeAPkApwD3ALEA9gC+APUA0gDzAOwA&#10;8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/AP8ABwD/AAQA/wACAP8ABgD/ABAA/wAbAP8AJwD/&#10;ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA9QByAPMAeADyAH4A8ACEAO8AigDtAJEA7ACZAOoA&#10;oQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDdAP8A2QD/AMwA/wDFAP8AwQD/AP8AAAD/AAAA/wAA&#10;AP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMARQDvAE4A7ABXAOkAXgDmAGUA5ABsAOIAcgDgAHcA&#10;3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCvAM0AvgDLANUAyQDvAMcA/wDFAP8AxAD/AL4A/wC4&#10;AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA8QARAOsAHADnACgA5AAzAOEAPgDdAEgA2ABRANMA&#10;WADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDEAIQAwgCMAMAAlAC+AJ4AuwCoALkAtgC3AMgAtQDm&#10;ALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8AAAD/AAAA+gAAAPEAAADoAAMA4AANANgAFgDRACIA&#10;zQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBfALgAZQC3AGoAtQBwALMAdgCxAH0ArwCFAK0AjQCr&#10;AJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8AngD/AJ4A/wCeAP8AnAD/AP8AAAD3AAAA6wAAAOEA&#10;AADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0ADoAsQBDAK4ASwCrAFIAqQBYAKcAXgCmAGQApABp&#10;AKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYApwCUALYAkgDKAJAA6QCPAPwAjgD/AI0A/wCMAP8A&#10;jQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQACALYADQCwABUAqwAgAKcAKgCkADQAoQA8AJ4ARACc&#10;AEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAAjwB3AI0AgACLAIoAiQCVAIcAoQCFAK8AgwDBAIEA&#10;4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADcDgAAyhAAAL4OAAC1CwAArwMAAKkABwCjABAAngAY&#10;AJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoAUQCIAFcAhgBdAIUAYwCDAGoAgQBxAH8AegB9AIQA&#10;ewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/AHIA/wBxAP8AcQD/AOMRAADNFwAAvxkAALMZAACq&#10;FQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUAhQAvAIMANwCAAD4AfgBFAH0ASwB7AFEAeQBXAHgA&#10;XQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABrA6YAaQS3AGgFzgBnB+wAZgj9AGYJ/wBlCf8AZQn/&#10;ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIUAACMDgEAhgcNAIAEFAB8Bh4AeQcoAHYIMAB0CDgA&#10;cgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtnAGcLcABlDHoAYwyHAGIMlQBgDaQAXw22AF4NzgBc&#10;Du0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAArysAAKQrAACaKQAAkiQAAIkfAACCGAAAexEFAHUN&#10;DwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABkEEYAYxBNAGEQUwBfEVoAXhFiAFwRawBbEXYAWRKD&#10;AFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW/wBSFf8AUhX/AMYoAAC2LgAAqTIAAJ8yAACVMQAA&#10;jC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQcAGEUJQBfFS0AXRU0AFwVOwBbFkIAWRZIAFgWTwBW&#10;F1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8ATBqwAEsbxwBLG+kAShz9AEoc/wBKHP8AShz/AMEt&#10;AACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0KQAAbCMAAGQcBwBeGRAAWxoYAFkbIQBXGykAVRsw&#10;AFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEseYwBKHm4ASR98AEcfiwBGIJwARSGuAEQhxABDIuYA&#10;QyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwAAJc+AACNPQAAgzoAAHk1AABvMAAAZioAAF4kAgBX&#10;IA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoASSJAAEgiRwBHIk4ARiNXAEQjYABDJGsAQiR5AEEl&#10;iAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9J/8APSf/ALg2AACqPQAAnkAAAJRCAACKQgAAgD8A&#10;AHY7AABsNgAAYjAAAFkqAABRJQsATSURAEslGQBJJSEARyYoAEUmLwBEJjYAQyY9AEInRABBJ0sA&#10;PyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCupADcsvwA3LOAANyz4ADcs/wA3LP8AOCz/ALU6AACn&#10;QAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAAXzYAAFUxAABMKwcARykPAEUqFgBDKh4AQSolAD8q&#10;LAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4LmYANi5zADUvgwA0L5UAMzCnADIwvQAxMd4AMTH3&#10;ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9KAACFSgAAe0kAAHBFAABlQAAAWzsAAFI2AABIMQQA&#10;Qi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYANDFPADMxWQAyMmQAMTJxADAzgQAv&#10;NJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8ALjT/AK5BAACiSAAAl0wAAI1OAACDTgAAeU0AAG5K&#10;AABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3MxgANjMfADQzJgAzMy0AMjQ0ADE0PAAwNUQALzVM&#10;AC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5uQAmOdgAJzn0ACg5/wAoOP8AKTj/AKtFAACfSwAA&#10;lE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYAAExCAABCPQAAODgIADQ4DwAyOBUAMTgdAC84JAAu&#10;OCsALTkyACw5OQArOkEAKjpKACk7VAAoO18AJzxtACU8fQAkPY8AIz2iACI9twAhPtQAIT7zACI9&#10;/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/VwAAdVYAAGpTAABdTwAAU0wAAEpIAABARAAANkAF&#10;AC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+NwAmPz8AJD9IACNAUgAiQF0AIUFqACBBegAeQY0A&#10;HUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/AKVNAACaUwAAkFgAAIZbAAB9XAAAclsAAGdYAABb&#10;VAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAAJUMWACRDHgAjRCUAIkQsACFENAAgRTwAHkVFAB1F&#10;TwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAUSM4AFUfvABZH/wAXRv8AF0b/AKJSAACXWAAAjV0A&#10;AIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERUAAA5UQAAL04AACZLBgAgSg4AHkoTAB1KGgAcSiEA&#10;G0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExlABNNdQASTYgAEU2cABBNsQAOTswAD03uABBN/wAR&#10;TP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAAbWYAAGNkAABWYQAASl4AAD9bAAA1WAAAK1YAACJU&#10;AQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAARUjQAEVI+ABBTSAAPU1QADlNiAA1UcgAMVIQAC1SY&#10;AAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtdAACRZAAAiGgAAH5rAAB0bAAAa2wAAF9qAABSZwAA&#10;RWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoMAA5aEQAOWhgADVsgAAxbJwALWzAACls6AAlbRQAH&#10;W1EABlteAARbbQADW4AAAVuUAABbqAAAW8AAAFriAABa9gABWv8AAln/AJdkAACOawAAhG4AAHtw&#10;AABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAqaQAAIWcAABhmAAARZgEADGUKAAdlDwAEZRQAA2Qb&#10;AAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABkaQAAZHsAAGSPAABjpAAAY7sAAGLdAABi9AAAYv8A&#10;AGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcAAFJ2AABGdQAAOXQAAC50AAAjcgAAGnEAABJxAAAN&#10;cQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYAAG8wAABvOwAAb0cAAG9UAABvZAAAb3UAAG6KAABt&#10;oAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACFeAAAfXsAAHN9AABlfgAAWH4AAEt+AAA+fgAAMn4A&#10;ACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8CwAAfA8AAHwTAAB8GQAAfCEAAHwpAAB8NAAAe0AA&#10;AHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjOAAB37wAAdv4AAHb/AIl6AACBfwAAeIIAAGuDAABd&#10;hQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAADYgAAAaJAAAAigAAAIoAAACJBgAAiQwAAIkPAACJ&#10;EwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAAiWgAAIl8AACIlAAAh6sAAIbGAACF6gAAhfsAAIT/&#10;AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiRAAArkQAAH5IAABSSAAANkwAABJQAAACWAAAAlwAA&#10;AJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJkaAACZIgAAmi4AAJo9AACZTQAAmV4AAJlzAACYiwAA&#10;mKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAAZI8AAFaTAABIlgAAOpkAACyaAAAfmwAAFJwAAAye&#10;AAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAApQAAAKYCAACnCAAApw0AAKgRAACpGQAAqyMAAKsx&#10;AACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq0AAAqe8AAKn7AHWPAABnlAAAWZgAAEqcAAA8nwAA&#10;LaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4AAACxAAAAsgAAALIAAACzAAAAtAAAALUAAAC2AAAA&#10;uAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcAAMBbAADAcgAAwI0AAMGmAADAwQAAv+MAAL7zAGqX&#10;AABbnAAATaEAAD6lAAAvqQAAIasAABOtAAALsAAAALMAAAC1AAAAuAAAALwAAAC/AAAAwQAAAMEA&#10;AADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADOCAAA0Q8AANUYAADYJwAA2TkAANpNAADbZAAA234A&#10;ANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoAADKvAAAisgAAFLUAAAq4AAAAuwAAAL8AAADDAAAA&#10;xgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAAANkAAADbAAAA3gAAAOAAAADkAAAA5wYAAOsOAADv&#10;GQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA9LYAAPTHAP8ACQD/AAYA/wAHAP8ADAD/ABEA/wAc&#10;AP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8AZQD/AGwA/wByAP4AeAD8AH4A+wCEAPoAiwD5AJIA&#10;9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7AO0A/wDsAP8A4QD/ANIA/wDJAP8AxAD/AP8AAQD/&#10;AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A/wA7AP0ARgD6AFAA9wBYAPQAXwDyAGYA8ABsAO8A&#10;cgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADjAKYA4QCxAN8AwQDdAN0A2wD0ANkA/wDWAP8AzwD/&#10;AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8AAAD/AAsA/AATAPcAHgD0ACoA8gA1AO4AQADpAEoA&#10;5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4ANQAfgDSAIUA0ACNAM4AlQDMAJ8AyQCqAMcAuADF&#10;AM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8ArQD/AP8AAAD/AAAA/wAAAPkAAADyAAYA6wAPAOYA&#10;GQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJAFoAxwBgAMUAZgDDAGsAwQBxAL8AdwC9AH4AuwCG&#10;ALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA9wCrAP8AqgD/AKgA/wCjAP8AoAD/AP8AAAD/AAAA&#10;9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgApAMIAMwC/AD0AuwBFALgATQC2AFQAswBaALEAXwCw&#10;AGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEAowCcAKAAqQCeALgAnADOAJoA7gCZAP8AlwD/AJYA&#10;/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADNAAAAxAAGAL0ADwC3ABgAswAiALAALACtADYAqQA+&#10;AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsAagCaAHAAmAB3AJYAgACUAIoAkQCVAI8AogCNALAA&#10;iwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/APMAAADjAAAA0QAAAMUAAAC9AAAAtgAAAK4ACwCo&#10;ABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYAkgBMAJEAUgCPAFgAjQBdAIsAYwCKAGoAiABxAIYA&#10;eQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4APIAeAD/AHcA/wB3AP8AdwD/AOcHAADRDAAAww0A&#10;ALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIAHwCOACgAiwAxAIgAOQCGAEAAhABGAIIATACAAFIA&#10;fwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACIAHEAlQBwAKQAbgC0AGwAygBrAOoAagD8AGoA/wBq&#10;AP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAAnA4AAJYHAACQAAkAigAQAIUAGACBACEAfgAqAHsA&#10;MgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBuAF4AbQBlAGsAbgBpAHcAZwCDAGUAkQBjAJ8AYgCv&#10;AGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4YAAC9HQAAsCAAAKUfAACbHAAAkxcAAIsRAACEDAAA&#10;fgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6AGkCQABnA0YAZgNMAGQEUgBjBFkAYQRgAF8FaQBe&#10;BXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEAVAv2AFQL/wBUC/8AVAv/AMYfAAC2JQAAqSgAAJ4o&#10;AACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBpCBQAZgkdAGQKJQBiCi0AYAs0AF4LOgBdC0AAWwxH&#10;AFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAOigBPDpoATg6sAEwPwgBMEOMASxD5AEsQ/wBLEf8A&#10;SxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikAAH0kAAB0HgAAbBcAAGURBwBfDhAAXA8XAFoQHwBY&#10;ECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAAThFXAEwSYABLEmsASRJ4AEgThwBGE5cARRSpAEQU&#10;vgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACrMQAAoDQAAJU1AACLNAAAgTEAAHgrAABvJgAAZiAA&#10;AF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwVMQBLFjcASRY+AEgWRABHF0wARRdUAEQXXQBDGGcA&#10;QRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2ADwc/wA8HP8APBz/ALUwAACoNgAAnDkAAJE7AACH&#10;OgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkATBkQAEoaFwBIGh8ARhomAEUbLQBDGzMAQhs6AEEc&#10;QQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4H5IANyCkADYguAA1IdYANSH0ADUi/wA1If8ANiH/&#10;ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4AABnMgAAXS0AAFQoAABMIgUARh8OAEMfFABBHxsA&#10;Px8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJNADciVwA2I2IANCNuADMkfgAyJI8AMSWiAC8ltgAv&#10;JtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAAlkIAAIxDAACCQwAAeEEAAG49AABjOAAAWjMAAFEu&#10;AABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2JCwANSUzADQlOgAzJkIAMiZKADEnVAAwJ18ALyhs&#10;AC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor/wAqKv8AKyr/AKw8AACfQgAAlEYAAIpHAACARwAA&#10;dkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJADcoEAA1KBUAMygcADIoIwAwKCkALykwAC8qNwAu&#10;Kj8ALStIACwrUgArLF0AKixqACgteQAnLYsAJi6eACUuswAkL80AJC/uACUv/wAlL/8AJi7/AKk/&#10;AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABeQgAAVD0AAEs5AABBNAAAOC8GADItDQAwLRMALi0Z&#10;AC0tIAArLScAKi4uACkuNQApLz0AKC9GACcwTwAlMFsAJDFoACMxdwAiMokAITKdAB8zsQAeM8sA&#10;HjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0AAIZPAAB8UAAAc08AAGhMAABcRgAAUkMAAEk/AAA/&#10;OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQAJTMrACQzMgAjNDoAIjRDACE1TQAgNVgAHzZlAB42&#10;dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAbN/8AGzf/AKNHAACYTQAAjlEAAIRTAAB7VAAAcVMA&#10;AGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5CQAlNw4AIzcUACI4GwAhOCIAIDgoAB84MAAeOTgA&#10;HTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZABQ8rQATPcYAEz3pABQ8/QAVPP8AFjv/AKBLAACV&#10;UQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAATk8AAEVLAAA6RwAAMEMAACdABQAgPg0AHT4RABw+&#10;FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAUQFMAE0BgABJBcAARQYIAEEGXAA9BrAAOQsQADkLn&#10;AA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBdAAB2XgAAbF0AAGJbAABWVwAATFUAAEFRAAA2TgAA&#10;LEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0UiABJFKQARRTEAEUU7ABBGRQAPRlAADkdeAA1HbQAM&#10;R38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8AC0b/AJpVAACQWwAAh2AAAH1iAABzYwAAamIAAGBh&#10;AABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAXTgQAEUwMAA9MEQAOTBcADkweAA1NJQAMTS4AC003&#10;AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFOpAAATboAAE3bAAFN8gABTf8AAkz/AJZbAACNYgAA&#10;hGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEAADdfAAAtXAAAI1oAABpYAAASVwEADVYJAAlVDgAH&#10;VRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoAAFZXAABWZQAAVXcAAFWLAABVoAAAVbYAAFTUAABU&#10;8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABvbwAAY24AAFZsAABJagAAPWgAADJmAAAnZQAAHWMA&#10;ABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABfHgAAXyYAAF8vAABfOgAAX0UAAF9TAABfYQAAXnIA&#10;AF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/AJBqAACGbwAAfXIAAHV0AABqdQAAXXQAAE9zAABC&#10;cgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAAAmsGAABrCwAAag8AAGoUAABqGgAAaiEAAGkqAABp&#10;NAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAAZ64AAGbKAABl7QAAZfwAAGT/AItxAACCdgAAenkA&#10;AHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5AAAZeAAAEXcAAAp3AAADdwAAAHcCAAB3CAAAdg0A&#10;AHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVHAAB1VgAAdWgAAHR8AAB0kgAAc6oAAHLEAABx6QAA&#10;cPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAATIIAAD+DAAAyhAAAJYMAABqDAAARgwAACoMAAAKD&#10;AAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAAgxUAAIQcAACEJgAAhDIAAIQ/AACDTwAAg2AAAIJ1&#10;AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKAAAB6hAAAbIYAAF6IAABQigAAQosAADWNAAAnjQAA&#10;G40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIAAACSAAAAkgEAAJIHAACSDAAAkhAAAJMVAACTHQAA&#10;lCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwAAJG2AACQ2AAAj/MAAI//AH6HAABwigAAYY0AAFOQ&#10;AABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAAmwAAAJwAAACeAAAAoAAAAKAAAACgAAAAoAAAAKEA&#10;AAChBAAAogkAAKMOAACkFAAApR0AAKYqAACmOgAApkwAAKVgAACleAAApZIAAKSsAACkyQAAo+sA&#10;AKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4AAB2gAAARoQAACKMAAAClAAAApwAAAKkAAACsAAAA&#10;rgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAAALMGAAC1DQAAtxMAALkeAAC5LgAAukAAALpUAAC7&#10;agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABYmQAASp4AADuiAAAspgAAHagAABGqAAAHrAAAAK8A&#10;AACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+AAAAvwAAAMAAAADCAAAAxAAAAMYAAADIAwAAywsA&#10;AM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSSAADVqwAA1cQAANTiAFudAABMogAAPacAAC+sAAAf&#10;rwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAAAMcAAADKAAAAzAAAAMwAAADOAAAA0AAAANIAAADV&#10;AAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA7CQAAO04AADuTgAA72cAAPCCAADwnAAA8LIAAPHF&#10;AP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8AJAD/ADAA/wA8AP8ARwD/AFEA/wBZAP8AYAD9AGcA&#10;/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCUAPIAnQDwAKcA7gCzAOwAxADrAOEA6gD4AOkA/wDn&#10;AP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA/wAAAP8AAAD/AAwA/wAUAP8AIAD/ACsA/gA3APoA&#10;QgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDoAHMA5wB5AOUAfwDjAIYA4QCOAN8AlgDdAKAA2wCs&#10;ANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A/wC2AP8AsgD/AP8AAAD/AAAA/wAAAP8AAAD9AAgA&#10;9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABNANwAVQDZAFsA1gBhANMAZwDRAGwAzwByAM0AeADL&#10;AH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUAvADlALoA+wC4AP8AtwD/ALAA/wCpAP8ApQD/AP8A&#10;AAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDaACAA1AAqANAANQDLAD4AyABHAMUATgDCAFUAwABb&#10;AL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMAiACxAJIArgCeAKwAqgCpALsAqADVAKYA8wCkAP8A&#10;owD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAAAOUAAADYAAAAzgAJAMcAEQDCABoAvgAkALsALgC3&#10;ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8ApwBlAKUAawCkAHEAogB4AKAAgQCeAIsAnACWAJkA&#10;owCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCNAP8AiwD/APkAAADrAAAA3QAAAM8AAADGAAAAvAAE&#10;ALUADQCwABUArAAeAKgAKAClADEAogA5AJ8AQQCdAEgAmwBOAJkAUwCXAFkAlgBeAJQAZACSAGoA&#10;kABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8AIIA3ACBAPYAgAD/AH8A/wB/AP8AfgD/AOwAAADa&#10;AAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAAnAAYAJgAIgCVACoAkgAyAJAAOgCNAEEAiwBHAIkA&#10;TQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9AH0AewCIAHgAlQB2AKMAdQC0AHMAzABxAO0AcAD/&#10;AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJAACoBAAAoQAAAJsAAwCUAAwAjwATAIoAGwCHACQA&#10;hAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBSAHYAVwB0AF0AcgBkAHAAbQBvAHYAbACCAGoAjwBp&#10;AJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8AYwD/ANAOAAC/EgAAshMAAKcSAACdEAAAlQsAAI8D&#10;AACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBxADQAbwA6AG4AQABsAEYAagBMAGkAUgBnAFgAZgBf&#10;AGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkAvABYANwAWAD0AFgA/wBXAP8AVwD/AMYWAAC2GgAA&#10;qh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEKAHIAEABuABcAagAfAGgAJwBlAC4AZAA0AGIAOwBg&#10;AEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwAVQB3AFMAhQBSAJQAUAGlAE8BuABOAtIATQTwAE0F&#10;/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACPIgAAhR0AAH0YAAB1EgAAbg0CAGcGDABjAxEAXwIZ&#10;AF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMGRwBRBk4AUAdVAE4HXgBNCGcASwhzAEkJgQBICZIA&#10;RwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/ALkkAACqKQAAniwAAJQsAACKKgAAgCYAAHchAABu&#10;GwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIATwwpAE0MLwBMDDYASw08AEkNQgBIDUkARg1RAEUO&#10;WgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7ENEAOxHxADsR/wA7Ef8APBH/ALQpAACmLwAAmjIA&#10;AJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkWAABREQgATA8QAEoQFgBIEB0ARhAkAEUQKwBDETEA&#10;QhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNtADkTfAA3FI0ANhSfADUVswA0Fc0AMxbuADQW/wA0&#10;Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAAeDQAAG4uAABlKgAAXCQAAFQeAABMGAQARhQNAEIU&#10;EgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4FkIANxZKADYXUwA1F14AMxhqADIZeQAwGYoALxqd&#10;AC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwyAACfOAAAlDsAAIo8AACAPAAAdjkAAGs0AABiLwAA&#10;WSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkdADYaIwA1GikANBowADMaNwAyGz4AMRtHAC8cUAAu&#10;HVsALR1nACwedgAqHogAKR+bACgfrgAnIMcAJiDqACcg/gAoIP8AKCD/AKk2AACdPAAAkj8AAIdB&#10;AAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABEJQAAOyAHADYeDgAzHhMAMh4ZADAeIAAvHiYALh8t&#10;AC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYidAAlI4UAIyOZACIkrQAhJMUAISXoACIl/QAiJP8A&#10;IyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMAAGc/AABdOgAAUzYAAEoxAABBLAAAOCYDADEjDAAu&#10;IhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkAJSVBACQlSwAjJlYAIiZjACEncgAfJ4MAHiiXAB0o&#10;qwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACYQwAAjUcAAINJAAB6SQAAcEcAAGZEAABaPwAAUTsA&#10;AEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUnGgAkJyEAIygnACIoLgAhKTYAICk/AB8qSQAeKlQA&#10;HStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3kABct+gAYLf8AGS3/AKFBAACVRwAAi0sAAIJNAAB4&#10;TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAAMzQAACovBgAkLA0AISwSACAsGAAfLR4AHi0lAB0t&#10;LAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAVMX8AEzGTABIxqAARMr8AETLiABIy+QATMf8AEzH/&#10;AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJOAABWSQAATUYAAERDAAA7PwAAMToAACc2AwAfMgsA&#10;HDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6ABQ0RAATNE8AEjVcABE1awAQNn0ADzaRAA42pgAN&#10;N7wADTfdAA029gAONv8ADzb/AJtJAACRTwAAh1MAAH5WAAB1VgAAalUAAGBTAABVTwAATEwAAEJJ&#10;AAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAUOBgAEzkfABI5JgAROS4AEDk3AA86QQAOOkwADTtZ&#10;AA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg88AAJO/8ACjv/AJhOAACOVAAAhVgAAHxbAAByWwAA&#10;aFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcAACFEAAAYQgMAEkALABA/EAAOPxUADj8cAA1AIwAM&#10;QCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYAA0GKAAFBnwAAQbQAAEHQAAFB7gABQfwAAkD/AJVU&#10;AACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABRWwAARVcAADpUAAAvUQAAJU8AABxMAAAUSgAADkgI&#10;AAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJIOwAASEcAAEhTAABIYgAASHMAAEiGAABImwAASLEA&#10;AEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMAAHdlAABuZgAAZWYAAFlkAABMYAAAQF0AADVbAAAq&#10;WQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEAAFAWAABQHQAAUCUAAFAuAABQOAAAUEMAAFBQAABQ&#10;XgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAATfsAAE3/AI9hAACGZgAAfWkAAHRsAABsbQAAYWsA&#10;AFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJeAAAMXAAABlwGAABbCwAAWg8AAFoTAABaGQAAWSEA&#10;AFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+AABYlAAAV6sAAFfFAABW6QAAVfsAAFX/AIxoAACC&#10;bQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAAM20AAChrAAAdagAAFGgAAA1nAAAHZwAAAGYDAABm&#10;CQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAAZDoAAGNHAABjVQAAY2YAAGN6AABikAAAYacAAGDB&#10;AABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54AABgeAAAUncAAEV3AAA4dgAAK3YAACB0AAAWcwAA&#10;DnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEOAABwEQAAcBcAAHAeAABwJwAAcDMAAG9AAABvUAAA&#10;b2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgAAGn/AIN3AAB8ewAAc30AAGV+AABXfwAASX8AADx/&#10;AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAAfwAAAH8AAAB+AAAAfgUAAH4KAAB+DQAAfhEAAH4X&#10;AAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8hAAAe5wAAHq2AAB52gAAePUAAHf/AIB/AAB3ggAA&#10;aYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkAAA+JAAAHigAAAIsAAACMAAAAjQAAAI0AAACMAAAA&#10;jAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIAAI4vAACOPwAAjVAAAI1kAACMewAAjJUAAIuuAACK&#10;zQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABCjwAANJEAACaSAAAZkwAADpQAAAaVAAAAlgAAAJgA&#10;AACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACcAAAAnQUAAJ0LAACeEAAAnxcAAKAkAACgNAAAoEYA&#10;AKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5AHCMAABhjwAAU5IAAESWAAA2mQAAJ5sAABmcAAAP&#10;nQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAAAKkAAACpAAAAqgAAAKsAAACsAAAArQAAAK4BAACw&#10;CQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAAtH4AALOaAACztAAAs9UAALPwAGSTAABVlwAAR5sA&#10;ADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACtAAAAsAAAALQAAAC2AAAAuAAAALgAAAC5AAAAugAA&#10;ALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkPAADKGgAAyywAAMxAAADNVgAAzm8AAM2LAADMqAAA&#10;zMIAAMziAFibAABJoAAAOqUAACypAAAcqwAAD64AAASxAAAAtAAAALcAAAC6AAAAvgAAAMMAAADG&#10;AAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAOEFAADmDwAA5x4AAOgy&#10;AADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAVAP8AIQD/ACwA&#10;/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABoAPYAbgD1AHQA9AB6APIAgADxAIcA7wCPAO0AlwDr&#10;AKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A0AD/AMQA/wC8AP8AtgD/AP8AAAD/AAAA/wAAAP8A&#10;AAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDxAEYA7QBPAOsAVgDoAFwA5gBiAOQAaADjAG4A4QBz&#10;AN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8AtADMAMkAyQDpAMgA/wDHAP8AwQD/ALcA/wCvAP8A&#10;qwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAOAO4AFwDqACIA5gAsAOEANwDdAEAA2ABJANMAUADQ&#10;AFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkAwgCBAMAAigC+AJQAvACfALkArAC2AL4AtADdALMA&#10;9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/AAAA+QAAAO8AAADmAAAA3wALANYAEgDQABwAzAAm&#10;AMgAMADEADoAwABCAL0ASgC7AFAAuABWALYAWwC1AGEAswBmALEAbACwAHIArgB6AKwAggCpAIwA&#10;pwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/AJkA/wCUAP8AkQD/AP8AAAD2AAAA6gAAAN0AAADP&#10;AAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMArQA7AKoAQwCnAEkApQBPAKMAVQCiAFoAoABfAJ4A&#10;ZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQAKwAjgC/AIwA4gCLAPoAiQD/AIkA/wCGAP8AgwD/&#10;APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4ACwCpABIApQAbAKEAIwCeACwAmwA0AJgAPACWAEMA&#10;lABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBrAIcAcwCFAH0AgwCIAIEAlQB/AKQAfQC1AHsAzwB5&#10;APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAAwwAAALgAAACvAAAAqAAAAKAABgCaAA4AlQAVAJEA&#10;HgCOACYAiwAtAIgANQCGADwAhABCAIIARwCAAE0AfwBSAH0AWAB7AF4AeQBlAHgAbQB2AHYAcwCB&#10;AHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA/wBoAP8AaQD/ANUDAADDBwAAtggAAKsGAACiAAAA&#10;mwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAnAHoALgB3ADUAdQA7AHQAQQByAEcAcABMAG8AUgBt&#10;AFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcAYACnAF4AuwBdANwAXAD2AFwA/wBbAP8AWwD/AMkN&#10;AAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACCAAUAewANAHcAEgBzABoAbwAhAGwAKABqAC8AaAA1&#10;AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0AYQBbAGoAWQB1AFcAggBVAJEAVACiAFMAtQBRAM8A&#10;UADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoAAJkZAACPFgAAhxEAAH8NAAB3BgAAcQAIAGsADgBn&#10;ABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsAWABBAFYARgBVAE0AUwBUAFIAXABQAGUATgBwAEwA&#10;fQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBGAP8ARQD/ALgbAACqIAAAniIAAJMiAACJHwAAgBoA&#10;AHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYAHQBUACMAUgAqAFAAMABPADUATgA7AEwAQQBLAEgA&#10;SQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOaAD4ErQA9BMQAPAXlADwH+AA8B/8APAf/ALIiAACl&#10;JwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAAYRIAAFoNAwBTCAwATwURAEwFFwBKBh4ASAYkAEcG&#10;KgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9CV0AOwpoADoKdgA4C4cANwuZADULrAA0DMIAMwzk&#10;ADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsvAACALgAAdyoAAG0lAABkIAAAXBoAAFQUAABMDwYA&#10;RgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0yADoNOAA4DT8ANw5HADYOUAA0DloAMw5mADEPdAAw&#10;D4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8ALRH/AKosAACdMQAAkjQAAIc1AAB9NAAAdDEAAGor&#10;AABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5EBQANxAbADYQIQA0ECcAMxEtADIRNAAxETsAMBFD&#10;AC4STQAtElcALBJjACoTcQApE4IAJxSVACYUqQAlFcAAJBXjACUW+gAmFv8AJhX/AKYxAACaNgAA&#10;jzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgAAEwiAABDHQAAOxcFADUUDQAyExEAMRQXAC8UHQAu&#10;FCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QAJhdgACQYbwAjGIAAIRmTACAZpwAfGb4AHhrgAB8a&#10;+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5PQAAbzsAAGU3AABbMgAAUi0AAEkoAABAIwAAOB4B&#10;ADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZLQAkGjUAIxo+ACIbRwAhG1IAIBxeAB8dbAAdHX4A&#10;HB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/AKE4AACVPQAAi0EAAIFCAAB3QgAAbUAAAGM8AABZ&#10;NwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0AJR0SACMdFwAhHR0AIR0kACAeKwAfHjIAHh87AB0f&#10;RQAcIE8AGiFcABkhagAYInsAFiKPABUiowAUI7oAEyPaABQj9QAVI/8AFiP/AJ48AACTQQAAiUQA&#10;AH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0AAA8MAAAMysAAComAwAjIgsAICEQAB4hFQAcIhsA&#10;GyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZABQmaAATJnkAEiaNABEnogAQJ7gADifWABAo9AAR&#10;J/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAAakkAAGBGAABVQQAATD4AAEM6AAA6NgAAMTIAACgt&#10;AAAgKQkAGycOABknEgAYJxgAFicfABUoJQAUKC0AEyg2ABIpQAASKUsAESpXABAqZgAOK3cADiuL&#10;AA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlEAACPSQAAhUwAAHxOAABzTwAAaU4AAF5LAABTRwAA&#10;SkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0MABQsEAATLRUAEi0cABEtIwAQLSoADy4zAA4uPQAN&#10;L0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEABjHLAAYx6wAHMPwACDD/AJdIAACNTQAAg1EAAHpT&#10;AABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1QgAAKz4AACI6AAAaNwEAEjQJAA8zDgAOMxMADTMZ&#10;AA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2YAAENnEAAjaEAAA2mQAANq8AADbIAAA26AAANvkA&#10;ATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgAAFtVAABRUgAAR08AADxMAAAxSAAAJ0QAAB5BAAAW&#10;PwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYABDsuAAI7OAABPEMAADxPAAA8XgAAPG4AADyBAAA8&#10;lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACIWAAAf1wAAHZdAABtXgAAY10AAFpcAABOWAAAQlQA&#10;ADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdDDAADQxAAAEMVAABDGwAAQyMAAEMrAABDNQAAQ0AA&#10;AENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELDAABB5gAAQfkAAEH/AI5YAACGXgAAfWEAAHNjAABr&#10;ZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAAHlMAABVRAAAOTwAACU0FAAJNCwAATA4AAEwTAABL&#10;GAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAAS2cAAEp7AABKkAAASacAAEnAAABI5AAASPgAAEf/&#10;AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBmAABDZAAAN2EAACxfAAAhXQAAGFsAABBZAAAKWAAA&#10;A1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQjAABULQAAVDkAAFRFAABUUwAAVGQAAFN3AABTjQAA&#10;UqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAAd24AAG9wAABlcAAAV24AAEpsAAA9awAAMGkAACVo&#10;AAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAAYAsAAGAOAABfEgAAXxcAAF8eAABeKAAAXjMAAF5A&#10;AABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa3wAAWfcAAFj/AIRuAAB8cgAAdXUAAGt2AABddQAA&#10;T3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4AAARuAAAAbgAAAG4AAABsAgAAbAcAAGsLAABrDgAA&#10;axIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoAAGlsAABogwAAZ5sAAGa1AABl2AAAZPUAAGT/AIB1&#10;AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAsfAAAH3sAABR6AAANegAABHoAAAB6AAAAegAAAHoA&#10;AAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4GgAAeCUAAHgyAAB3QQAAd1IAAHdlAAB2fAAAdZUA&#10;AHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EAAFiCAABKgwAAPIQAAC6FAAAhhQAAFYUAAA2FAAAD&#10;hQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAAAIcAAACHBAAAhwkAAIcOAACIEwAAiBwAAIgpAACI&#10;OAAAh0oAAIddAACGcwAAho0AAIWnAACExQAAg+wAAIL+AHiEAABqhgAAXIgAAE2KAAA/jAAAMY4A&#10;ACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACVAAAAlgAAAJYAAACWAAAAlgAAAJYAAACXAAAAlwAA&#10;AJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpSAACaaAAAmYMAAJmfAACYugAAl+IAAJb4AG2KAABf&#10;jQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAAAZsAAACdAAAAnwAAAKEAAACkAAAApQAAAKQAAACl&#10;AAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAArAwAAK4TAACuIQAArjMAAK5HAACuXQAArnYAAK6T&#10;AACurgAArc0AAKzvAGGRAABTlQAARJgAADWcAAAmnwAAF6EAAA2jAAAApQAAAKcAAACqAAAArAAA&#10;ALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcAAAC4AAAAuQAAALsAAAC9AAAAvwEAAMMLAADFFQAA&#10;xSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwAAMbeAFWZAABHnQAAOKIAACmmAAAZqAAADasAAACt&#10;AAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAAxAAAAMMAAADFAAAAxgAAAMgAAADKAAAAzQAAAM8A&#10;AADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADkQQAA5VoAAOZ0AADmkQAA5awAAOXEAP8AAAD/AAAA&#10;/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0AP8APgD9AEgA+gBQAPcAVwD1AF0A9ABjAPIAaQDw&#10;AG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA5ACoAOIAtwDfAM0A3ADuANkA/wDZAP8AygD/AL4A&#10;/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wAPAPwAGAD4ACMA9AAuAPAAOADrAEIA6ABK&#10;AOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYAdADUAHsA0QCCAM8AiwDNAJUAygChAMgArwDFAMEA&#10;wgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/AP8AAAD/AAAA/wAAAPsAAADzAAEA7QAMAOgAEwDj&#10;AB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEAxgBXAMQAXQDCAGIAwQBnAL8AbQC9AHQAuwB7ALkA&#10;hAC3AI4AtACZALIApwCvALcArQDQAKsA8gCqAP8AqQD/AKEA/wCbAP8AlwD/AP8AAAD/AAAA9AAA&#10;AOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEAKwC8ADUAuQA9ALYARQCzAEsAsQBRAK8AVgCuAFsA&#10;rABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACSAJ4AnwCcAK4AmQDDAJcA5wCWAP8AlQD/AJIA/wCN&#10;AP8AigD/APwAAADwAAAA4wAAANQAAADIAAAAvwADALkADQCzABMArwAcAKwAJQCpAC4ApQA2AKMA&#10;PgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCWAGYAlABsAJIAdQCQAH4AjgCKAIsAlwCJAKYAhwC4&#10;AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0AAADdAAAAzAAAAMEAAAC4AAAArgAAAKcACQCiABAA&#10;ngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBDAIsASQCJAE4AiABTAIYAWQCEAF8AggBlAIAAbQB+&#10;AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwAcQD/AHAA/wBwAP8AbgD/AN0AAADJAAAAvAAAALEA&#10;AACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCHACEAhAApAIEAMAB/ADcAfQA9AHsAQgB5AEgAeABN&#10;AHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoAiABoAJcAZgCoAGUAvABjAOEAYgD6AGEA/wBhAP8A&#10;YQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAAAI0AAACGAAgAgQAOAHwAFAB4ABsAdQAjAHIAKQBw&#10;ADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIAZABZAGMAYABhAGkAXwB0AF0AgQBbAJAAWQChAFcA&#10;tABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACyDgAApg8AAJsOAACSCwAAiQUAAIIAAAB7AAIAdQAL&#10;AHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAANgBeADsAXQBBAFsARgBaAEwAWABTAFYAWwBUAGQA&#10;UgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDqAEkA/gBJAP8ASQD/ALkSAACqFgAAnhcAAJQWAACK&#10;EwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEAXQAYAFoAHgBYACQAVgAqAFQAMABTADYAUQA7AFAA&#10;QQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBEAIUAQwCXAEEAqQBAAL8APwDiAD8A+AA+AP8APwD/&#10;ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHISAABqDgAAYggAAFwBCABXAA4AUwATAFAAGQBOAB8A&#10;TAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJAEEAUQA/AFoAPgBlADwAcgA6AIEAOQCTADgApQA2&#10;ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAAlCYAAIkmAAB/JAAAdSAAAGwbAABkFQAAXBAAAFQM&#10;AQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/ACsAPgExADwBNwA7Aj4AOQJFADgDTQA2A1YANQRh&#10;ADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH8AAsCP8ALAj/AKglAACbKgAAkCwAAIYtAAB7KwAA&#10;cicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoLAD4HEAA7BhUAOQcbADgHIQA2CCYANQgsADMIMgAy&#10;CTkAMQlBAC8JSQAuClMALApeACsLbAApC3wAKAyPACYMogAlDLcAJAzTACMN8AAkDf8AJQ3/AKQq&#10;AACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABcJAAAUx8AAEsZAABDEwAAPBAGADUNDAAzDBEAMQwW&#10;AC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcORgAmDlAAJA5cACMPagAiD3sAIBCOAB8QogAdELcA&#10;HBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYAAIA3AAB2NgAAbTMAAGMvAABZKgAAUCUAAEggAAA/&#10;GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4AJRAkACQQKgAjETIAIhE6ACERQwAgEk4AHhJaAB0T&#10;aAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAXFf8AGBT/AJ4zAACTNwAAiDoAAH47AAB0OwAAazgA&#10;AGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0XBQAmEwwAIxMQACITFQAgExoAHxMhAB4UJwAdFC8A&#10;HBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJABMYngASGLMAERnOABEZ7wASGf8AExn/AJw2AACR&#10;OwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAATDAAAEMsAAA6JwAAMiIAACoeAQAiGQkAHhcOABwX&#10;EgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAVGkkAExtVABIbYwARHHQAEByHAA8dnAAOHbEADR3L&#10;AA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtEAABxQwAAaEIAAF4+AABTOgAASjYAAEEyAAA5LQAA&#10;MSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0bABQdIgATHSkAEh4yABEfPAAQH0YAECBTAA4gYQAN&#10;IXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsACyH/AJc+AACMQwAAg0YAAHlIAABwSAAAZ0YAAFxE&#10;AABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAeJwMAFiMKABIhDgARIRMAECIZABAiIAAPIicADiMv&#10;AA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYmlgAEJqwAAybEAAQm5QAEJvcABib/AJVCAACKRwAA&#10;gUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EAAD8+AAA3OwAALTYAACQxAAAbLQAAEyoHAA8oDQAN&#10;JxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIABipOAAQrXAADK2wAASt/AAArlAAAK6kAACvBAAAr&#10;4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABtUQAAY1AAAFpNAABPSgAAR0cAAD5EAAAzQAAAKTwA&#10;ACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYvGwAFLyMAAy8rAAIwNQAAMD8AADBMAAAxWQAAMWkA&#10;ADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//AJBLAACGUAAAfVQAAHVWAABrVgAAYlUAAFhTAABO&#10;UAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAADjkFAAk3CwAENg8AATYTAAA2GQAANiAAADYpAAA2&#10;MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAANqUAADa9AAA24AAANfUAADX/AI1QAACEVgAAfFoA&#10;AHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVOAAAqSwAAIEgAABdGAAAQQwAAC0EEAARACgAAPw4A&#10;AD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD52AAA9jAAAPaMAADy7AAA83gAA&#10;O/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAAX2EAAFReAABHWwAAOlcAAC9VAAAlUgAAG1AAABJN&#10;AAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAARhoAAEYiAABGLAAARjcAAEZDAABGUQAARmAAAEVz&#10;AABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhdAAB/YgAAd2UAAG5nAABnaAAAW2YAAE5jAABBYQAA&#10;NF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMBAABSBgAAUQsAAFEOAABQEQAATxYAAE8eAABPJwAA&#10;TzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0AAEy1AABL2AAASvUAAEr/AIVlAAB8aQAAdGwAAG1u&#10;AABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAYYgAAEGAAAAlfAAAAXgAAAF4AAABdAwAAXAgAAFsM&#10;AABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZSAAAWFgAAFhrAABXgQAAV5kAAFayAABV0gAAVPQA&#10;AFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEAAD9wAAAybwAAJW4AABpsAAARawAACWoAAABqAAAA&#10;aQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8AAGUUAABlHAAAZScAAGQ0AABkQwAAZFMAAGRlAABj&#10;ewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3dwAAbnkAAF95AABReQAAQ3kAADZ4AAApeAAAHHcA&#10;ABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0AAAAdAAAAHMCAABzBwAAcwwAAHIQAAByFQAAciAA&#10;AHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+oAABuxgAAbO0AAGv/AHt7AAByfgAAZH4AAFV/AABH&#10;gAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAAAIIAAACDAAAAgwAAAIMAAACCAAAAggAAAIIAAACC&#10;AAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAAgkMAAIFWAACBbAAAgIYAAH+hAAB+vQAAfeYAAHz8&#10;AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCLAAATiwAACosAAACMAAAAjQAAAI8AAACRAAAAkgAA&#10;AJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJICAACTCQAAlA8AAJQZAACUJwAAlDgAAJRMAACTYgAA&#10;k3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAATY0AAD+QAAAwkgAAIZQAABSVAAAKlgAAAJcAAACZ&#10;AAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAAoAAAAKEAAACiAAAAowAAAKQAAAClAAAApgcAAKgQ&#10;AACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACoqAAAp8cAAKbsAF+PAABQkgAAQZYAADOZAAAjnAAA&#10;FJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwAAACuAAAArwAAAK8AAACwAAAAsAAAALIAAACzAAAA&#10;tAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8AAMAzAADASQAAwGIAAMB+AADAmwAAwLcAAL/YAFOX&#10;AABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAArQAAALAAAACzAAAAtgAAALsAAAC9AAAAwAAAAL8A&#10;AADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADMAAAAzwAAANMAAADaBwAA2xMAAN0lAADeOwAA31MA&#10;AOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAAAP8AAAD/AAcA/wAQAP8AGQD/ACQA/wAvAPwAOgD5&#10;AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA6QBvAOcAdQDmAHwA5ACEAOIAjQDgAJcA3QCiANoA&#10;sQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCvAP8AqQD/AP8AAAD/AAAA/wAAAP8AAAD/AAIA+wAN&#10;APcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4ATADbAFMA2ABYANQAXgDSAGMA0ABpAM4AbgDMAHUA&#10;ygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZALkA9wC4AP8AtAD/AKkA/wCiAP8AnQD/AP8AAAD/&#10;AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA1wAjANAALgDLADcAxwA/AMQARgDBAE0AvwBSAL0A&#10;WAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCvAIgArQCTAKoAoQCoALEApgDIAKQA7QCiAP8AogD/&#10;AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMAAADYAAAAzQAFAMYADgDBABUAvQAeALkAJwC1ADAA&#10;sgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBbAKMAYQChAGcAnwBuAJ4AdgCbAIAAmQCMAJcAmQCU&#10;AKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8AgwD/APgAAADpAAAA3AAAAMwAAADBAAAAuAAAALIA&#10;CgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZAD8AlwBFAJUASgCUAFAAkgBVAJAAWgCPAGAAjQBn&#10;AIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0AzAB8APEAewD/AHoA/wB3AP8AdQD/AOYAAADTAAAA&#10;xgAAALsAAACxAAAApwAAAKEABQCbAA0AlwATAJMAGwCQACMAjAArAIoAMgCIADgAhgA+AIQARACC&#10;AEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEAdQB8AHMAiQBwAJgAbwCpAG0AvwBrAOYAagD/AGkA&#10;/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACjAAAAmwAAAJIAAACMAAoAhwAQAIMAFgB/AB0AfQAk&#10;AHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8ATQBtAFMAbABZAGoAYQBoAGoAZgB0AGQAgQBhAJEA&#10;XwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/AMUAAAC2AgAAqQIAAJ8AAACWAAAAjgAAAIcAAACA&#10;AAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsAZwAxAGYANwBkADwAYwBBAGEARwBfAE0AXgBTAFwA&#10;WwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQAMgATwDuAE4A/wBOAP8ATQD/ALsKAACsDQAAoA0A&#10;AJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkADgBlABMAYgAZAF8AHwBdACUAWwArAFkAMQBYADYA&#10;VgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABoAEoAdQBIAIQARwCVAEUAqABEAL8AQwDkAEIA/ABC&#10;AP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAAew0AAHMIAABsAAAAZQADAF8ACwBbAA8AVwAUAFQA&#10;GgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABIAEIARgBIAEUAUABDAFkAQQBjAD8AbwA+AH4APACQ&#10;ADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwXAACfGwAAkx0AAIkcAAB/GQAAdRUAAGwQAABkDAAA&#10;XQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAgAEQAJgBCACsAQQAxAD8ANgA+AD0APABEADsASwA5&#10;AFQANwBfADYAawA0AHoAMgCMADEAngAwALMALwDOAC8A7wAuAP8ALgD/AKceAACaIgAAjyQAAIQk&#10;AAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJAwgARQANAEEAEQA+ABYAPAAbADoAIQA5ACYANwAs&#10;ADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0AZwArAHYAKgCIACgAnAAnALAAJgDJACUA6gAlAfsA&#10;JQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUAAGQgAABbGwAAUhUAAEsQAABDDAIAPQcJADkDDgA2&#10;ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQAKgM7ACkEQwAoBE0AJgVYACUFZQAjBnQAIgaGACAG&#10;mgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACTLQAAiC8AAH4vAAB0LgAAaisAAGEmAABYIQAATxwA&#10;AEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkHFwAoCB0AJwgjACUIKQAkCTAAIwk3ACEKQAAgCkoA&#10;HwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzGABUN5gAVDfkAFg3/AJwtAACQMQAAhjQAAHw0AABy&#10;MwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAANBMAAC0QBgAmDQsAJAwPACIMEwAhDBkAHwwfAB4N&#10;JQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAUD3EAExCEABIQmAAREK4AEBDGABAQ6AAQEPsAERD/&#10;AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0yAABTLQAASigAAEIkAAA5HwAAMRoAACoVAQAjEQcA&#10;HRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAxABQROgATEUUAEhJRABESXwAQEm8ADhOCAA4TlgAN&#10;E6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAAgjwAAHg9AABvPQAAZToAAFs3AABSMgAASS4AAEAq&#10;AAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAUEhIAExMYABITHwARFCYAERQuABAUOAAPFUIADhZP&#10;AA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY4AAHGPUACRj/AJU4AACKPQAAgEAAAHdBAABtQQAA&#10;ZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicAACcjAAAfHwAAFxoIABIXDQAQFxEADxcWAA4YHAAO&#10;GCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkABRx8AAQdkQACHaYAAR28AAIc3QACHPIAAxz/AJM8&#10;AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABPPQAARjkAAD42AAA1MgAALi4AACUqAAAdJQAAFCEE&#10;AA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcfMwAGID4ABCBKAAMhVwABIWcAACF5AAAhjgAAIaQA&#10;ACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgAAHRKAABrSgAAYkkAAFhGAABOQgAART8AAD08AAA1&#10;OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4ABiMSAAUjGQAEJCAAAiQoAAElMQAAJTwAACVIAAAm&#10;VQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAAJfIAACX+AI5FAACESQAAe00AAHNPAABqTwAAYE4A&#10;AFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41AAAVMgAADy4DAAosCgAFKw4AASoRAAAqFgAAKh4A&#10;AComAAArLwAAKzkAACtFAAAsUwAALGIAACx1AAAsigAAK6AAACu3AAAr1gAAKvIAACr/AIxJAACC&#10;TgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAAQ0sAADdHAAAtQwAAIz8AABo8AAASOAAADDYDAAYz&#10;CQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAAMjcAADJDAAAyUAAAMmAAADJyAAAyhwAAMZ4AADG1&#10;AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9ZAABmWQAAXlkAAFVXAABJUwAAPk8AADJMAAAoSAAA&#10;HkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoPAAA5EgAAORgAADkgAAA5KQAAOTQAADlAAAA5TgAA&#10;OV0AADlvAAA4hQAAOJwAADezAAA30gAANvIAADX/AIdVAAB/WgAAdl0AAG1fAABlXwAAXV8AAFJc&#10;AABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAKSAAAA0YBAABFBgAARAoAAEMNAABCEAAAQRUAAEEd&#10;AABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABAgQAAP5kAAD+xAAA+0AAAPfIAADz/AIRcAAB8YAAA&#10;c2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsAACZZAAAcVgAAElQAAAxSAAAEUQAAAE8AAABOAwAA&#10;TQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwAAEo5AABKRwAASlYAAEloAABJfgAASJYAAEevAABG&#10;zQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABgawAAUmkAAERmAAA3ZAAAKmIAAB9gAAAVXgAADV0A&#10;AAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABWDAAAVRAAAFQUAABUHQAAVCcAAFQ0AABUQgAAU1IA&#10;AFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/AH5qAAB3bgAAcHEAAGZxAABYcAAASm8AADxtAAAv&#10;bAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAAAGUAAABjAAAAYgAAAGIEAABhCAAAYQ0AAGAQAABg&#10;FwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAAXY0AAFynAABbxQAAWu0AAFn/AHtyAAB1dgAAa3cA&#10;AF12AABPdgAAQXUAADN1AAAmdAAAGXMAABByAAAHcQAAAHEAAABxAAAAcQAAAHEAAABvAAAAbwAA&#10;AG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0mAABsNQAAbEYAAGtYAABrbQAAaoYAAGmhAABovgAA&#10;Z+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAANn4AACh+AAAbfQAAEH0AAAd9AAAAfQAAAH0AAAB+&#10;AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAAfAAAAHwGAAB8DAAAfBIAAHwdAAB8LAAAfDwAAHxP&#10;AAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOAAABlgQAAVoMAAEiEAAA5hgAAK4cAAB2HAAARhwAA&#10;B4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwAAACMAAAAjAAAAI0AAACNBAAA&#10;jgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQAAI2QAACMrQAAi84AAIrzAGiGAABaiAAAS4sAADyN&#10;AAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAAlwAAAJkAAACbAAAAnAAAAJsAAACbAAAAnAAAAJwA&#10;AACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACiFgAAoyYAAKM6AACjTwAAo2gAAKKGAACiogAAosAA&#10;AKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoAAAebAAAAnQAAAKAAAACiAAAApAAAAKgAAACqAAAA&#10;qwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAAALEAAACyAAAAtAAAALcBAAC5DQAAuRoAALotAAC6&#10;QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABBmAAAMpwAACOgAAATogAACKQAAACnAAAAqgAAAKwA&#10;AACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8AAAAvQAAAL8AAADAAAAAwgAAAMQAAADGAAAAyQAA&#10;AM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhpAADXhgAA16MAANa9AP8AAAD/AAAA/wAAAP8AAAD/&#10;AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A8ABHAO4ATgDrAFQA6QBaAOcAXwDlAGQA4wBqAOEA&#10;cADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDNAL0AywDgAMkA+wDHAP8AvQD/ALEA/wCpAP8AowD/&#10;AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEAEQDtABsA6QAlAOQAMADfADkA2gBBANUASADRAE4A&#10;zwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3AMAAfwC+AIoAuwCVALgAowC2ALQAtADNALIA8gCw&#10;AP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA+gAAAPEAAADoAAAA4AAGANkADgDSABYAzgAfAMgA&#10;KQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0AFgAsgBdALAAYgCuAGkArABvAKoAeACoAIIApgCO&#10;AKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA/wCOAP8AigD/AP8AAAD2AAAA6AAAANwAAADOAAAA&#10;xgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0AKgAOwClAEEAowBHAKEATACfAFEAngBWAJwAXACa&#10;AGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIAiwC1AIkA0wCHAPcAhgD/AIQA/wB/AP8AfAD/APIA&#10;AADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwClAA4AoQAUAJ4AHACaACUAlwAtAJQANACSADoAkABA&#10;AI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQAaQCCAHIAfwB9AH0AiwB7AJoAeACrAHYAxAB0AOsA&#10;cwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAAALQAAACrAAAAoQAAAJoAAgCUAAsAkAAQAIwAFwCI&#10;AB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQAeQBJAHgATgB2AFQAdABaAHMAYgBwAGsAbgB1AGwA&#10;gwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBiAP8AYAD/AMwAAAC8AAAArwAAAKUAAACdAAAAlAAA&#10;AIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMAJgBxAC0AbwAyAG0AOABrAD0AagBCAGgASABnAE4A&#10;ZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCbAFcArwBWAMsAVQDyAFQA/wBUAP8AVAD/AL4AAACw&#10;AAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIAcwAKAG8ADwBrABQAZwAaAGUAIABjACYAYQAsAF8A&#10;MgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBUAF4AUgBoAFAAdABOAIMATACVAEoAqABJAMAASADo&#10;AEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAKAACGBQAAfgAAAHYAAABvAAAAaAAFAGMADABfABAA&#10;WwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2AE4APABNAEIASwBIAEkAUABIAFgARgBiAEQAbgBC&#10;AH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8APAD/AKwQAACfEgAAlBIAAIkRAAB/DwAAdgwAAG4F&#10;AABmAAAAYAABAFkACABVAA0AUQARAE4AFgBLABsASQAhAEgAJgBGACsARQAxAEMANgBCADwAQABD&#10;AD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQAnAAzALEAMgDOADIA8QAxAP8AMQD/AKYWAACaGQAA&#10;jhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMAAFEABABMAAoASAAOAEQAEgBBABYAPwAbAD0AIQA8&#10;ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8AMQBZAC8AZQAuAHMALACFACsAmAAqAK0AKQDGACgA&#10;6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1HwAAbBoAAGMWAABaEQAAUg0AAEsHAABEAAYAQAAL&#10;ADwADwA4ABIANgAXADQAHAAzACEAMQAnADAALAAuADMALQA6ACsAQgAqAEsAKABVACYAYQAlAHAA&#10;JACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/AJ0iAACRJgAAhigAAHwnAAByJQAAaSIAAF8dAABX&#10;GAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAALgATACwAGAAqAB0AKQAiACcAKAAmAC4AJAA2ACMA&#10;PgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZAKcAGAC9ABcA3wAXAfUAFwL/AJonAACOKwAAhC0A&#10;AHktAABwKwAAZigAAF0kAABUHwAASxoAAEMUAAA7EAAANA0CAC0JCQApBQ0AJgMQACQBEwAiAhkA&#10;IQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVPABcGXAAWBmoAFAd8ABMHkAASB6UAEQe7ABAH2wAQ&#10;CPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAAZC4AAFsqAABRJQAASSAAAEAbAAA4FgAAMRIAACkO&#10;BAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAXCScAFgkuABUKNwATCkEAEgtNABELWgAQC2kADgx7&#10;AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUvAACKMwAAfzYAAHY2AABsNQAAYzMAAFkvAABQKwAA&#10;RyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4KABUMDgAUDBEAEwwWABIMHAARDSMAEA0rAA8NNAAO&#10;Dj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIABhC4AAUQ1AAFEO8ABhD/AJIzAACINwAAfjoAAHQ7&#10;AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1IwAALR8AACYaAAAeFgEAFxMGABEQCwAODg4ADg8T&#10;AA0QGQANECAADBAoAAsRMgAKETwACBJIAAcSVQAGE2UABBN2AAMTiwABFKAAABO2AAAT0QAAE+4A&#10;ABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0AAFc5AABNNgAARDEAADwuAAA0KgAALCYAACUiAAAe&#10;HgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8ABxUmAAYVLwAEFjoAAxZGAAEXUwAAF2IAABh0AAAY&#10;iQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACEPwAAe0IAAHJDAABoQwAAX0IAAFY/AABMOwAAQzcA&#10;ADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0bCQAJGQ0ABhkRAAQZFgACGR0AARokAAAaLQAAGzgA&#10;ABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByzAAAczgAAG+0AABv8AIw+AACCQwAAeUYAAHBIAABo&#10;SAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAAKjIAACAtAAAXKQAAECUCAAsiCQAFIA0AAR8QAAAf&#10;FAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAAIV4AACJwAAAihQAAIZsAACGyAAAhzQAAIO0AAB/8&#10;AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJAABKRgAAQkMAADpAAAAvOwAAJTcAABwzAAATLwAA&#10;DSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYhAAAmKQAAJjMAACc/AAAnTQAAJ1wAACdtAAAnggAA&#10;J5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAAdlAAAG5RAABlUgAAXFEAAFNPAABKTAAAQUkAADVE&#10;AAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAALwsAAC4OAAAtEQAALRYAAC0eAAAtJwAALTEAAC09&#10;AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAArywAAKu4AACr+AIVNAAB9UgAAdVUAAGxXAABjVwAA&#10;W1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMAABM/AAANPQAABjoAAAA4BQAANwkAADYNAAA1DwAA&#10;NBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcAADRoAAA0fQAAM5UAADKtAAAxygAAMe4AADD/AINT&#10;AAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABCVgAANlIAACpPAAAgTAAAFkkAAA5HAAAIRAAAAEIA&#10;AABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8IQAAPCsAADw3AAA8RAAAPFMAADxlAAA7egAAOpIA&#10;ADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEAAGljAABiZAAAV2IAAEleAAA8WwAAL1gAACRVAAAZ&#10;UwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQAAEgIAABHDAAARg8AAEYUAABFHAAARScAAEUzAABF&#10;QAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAAQOwAAD//AH5hAAB2ZQAAb2gAAGhqAABdaQAAT2YA&#10;AEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJYAAAAVgAAAFYAAABUAAAAUwAAAFIEAABRCQAAUA0A&#10;AFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5dAABOcgAATYsAAEylAABLwgAASeoAAEj/AHtpAAB0&#10;bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAAIGcAABRlAAANZAAAA2IAAABiAAAAYQAAAGAAAABf&#10;AAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAAWxwAAFooAABaNgAAWkYAAFlYAABZbQAAWIUAAFeg&#10;AABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0AABMcwAAPnMAADByAAAjcQAAFm8AAA1uAAAEbQAA&#10;AG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkAAABpAAAAaQMAAGgJAABoDgAAaBUAAGchAABnLwAA&#10;Zz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEAAGH8AHd4AABtegAAX3oAAFB6AABCegAAM3sAACV7&#10;AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAAegAAAHoAAAB4AAAAeAAAAHcAAAB3AAAAdwAAAHcB&#10;AAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1XwAAdXcAAHSTAABzrwAActMAAHH3AHF+AABjfwAA&#10;VIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQAAACEAAAAhQAAAIYAAACIAAAAiQAAAIgAAACHAAAA&#10;hwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcAAIkQAACJHAAAiSwAAIg/AACIVQAAiG0AAIeJAACG&#10;pwAAhccAAITvAGaEAABXhgAASIgAADmKAAAqjAAAG40AAA+NAAAEjgAAAJAAAACRAAAAkwAAAJUA&#10;AACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACYAAAAmAAAAJkAAACaAAAAmwAAAJ0HAACdEQAAnSEA&#10;AJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJviAFqLAABLjgAAPJEAAC2TAAAelQAAEJYAAASYAAAA&#10;mgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAAAKYAAACnAAAApwAAAKgAAACpAAAAqgAAAKwAAACt&#10;AAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAAtVUAALVwAAC0jgAAtKwAALTMAE2SAAA/lgAAL5oA&#10;ACCdAAARnwAABaEAAACjAAAApgAAAKkAAACsAAAArwAAALMAAAC1AAAAtwAAALYAAAC3AAAAuAAA&#10;ALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcAAADLAAAAzQwAAM4aAADPLwAAz0gAANBiAADQgAAA&#10;0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSor&#10;LS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0&#10;dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9&#10;vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////&#10;//////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYI&#10;CQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9Q&#10;UlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZ&#10;mpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di&#10;4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////&#10;////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKist&#10;Li8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1&#10;d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+&#10;v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////&#10;/////////////////////////////////////////////wABAgMEBQYHCAkKCwwNDg8QERITFBUW&#10;FxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5P&#10;UFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeI&#10;iYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DB&#10;wsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6&#10;+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQID&#10;BAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQlJicoKSorLC0uLzAxMTIzNDU2Nzg5&#10;Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFy&#10;c3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeoqaqr&#10;rK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dPU1dbX2Nna29zd3t/g4eLj5OXm&#10;5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERES&#10;ExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8&#10;PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeo&#10;qqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh&#10;4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQIC&#10;AwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQk&#10;JSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZo&#10;am1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvM&#10;zc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy&#10;8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////igfBJQ0NfUFJPRklMRQAJCf//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;9P/////////////////////////////////////////r0f//////////////////////////////&#10;///////////36f7/////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////hzdf/////////////////////////////////&#10;/////92vlrf0/////////////////////////////////////8WMaKfn////////////////////&#10;/////////////////8yciaTn//////////////////////////////////////rOu8b1////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///cxb31/////////////////////////////////////7+TeoXF////////////////////////&#10;////////////25BbPWWo9v/////////////////////////////////+vHU0AFSb6///////////&#10;///////////////////////TlH5JLE6a7P///////////////////////////////9jUyrN+ZW2l&#10;+f////////////////////////////////////TFrq/J////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////w1sbs////////////////////////////&#10;////////5ruRdGOr9/////////////////////////////////bEmnNFJjR9zP//////////////&#10;/////////////////7WAVTAKABlgsv//////////////////////////////z3Q1CwAAAApSp///&#10;////////////////////////////ljQAAAAAAABPp//////////////////////////////2aR0A&#10;AAkMBglSsf/////////////////////////////LOw4TNUxbTUxew///////////////////////&#10;//////+pYDZghp+2rKm42f/////////////////////////////gl42+5f//////////////////&#10;////////////////////7fn/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////+vZyrzH///////////////////////////////////PmoFtWkaI6v//////////////////&#10;/////////////8R8PiYQAABUsP//////////////////////////////4IM8AAAAAAAuh+3/////&#10;////////////////////////rFMQAAAAAAAXbdb////////////////////////////7gDEAAAAA&#10;AAAJYcz////////////////////////////SWgIAAAAAAAAAXcz/////////////////////////&#10;//+oNQAAAAAAAAAAXNP///////////////////////////99DQAAAAAAAAAAVNb/////////////&#10;/////////////+59RQAAAAAAAAAARNT///////////////////////////yqZC8CAAAEIjdJWM7/&#10;///////////////////////////ppGtBKD9jf5Wnutr//////////////////////////////9Wy&#10;rLLM5Pr/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////+W7l3diyP//////////////////////&#10;///////////bnmc2CgACjP///////////////////////////////8h/PwUAAAAAXs//////////&#10;////////////////////2YE5AAAAAAAAPKr/////////////////////////////nkwAAAAAAAAA&#10;I5D////////////////////////////cbxoAAAAAAAAAEH35//////////////////////////+v&#10;SAAAAAAAAAAAAG/u//////////////////////////+EEwAAAAAAAAAAAGTm////////////////&#10;/////////+xRAAAAAAAAAAAAAFfe/////////////////////////7gVAAAAAAAAAAAAAEjW////&#10;/////////////////////3QUAAAAAAAAAAAAADjP////////////////////////+aJaEwAAAAAA&#10;AAAAACPF/////////////////////////9+bXCwAAAAAAAAAAA26////////////////////////&#10;///vsX1VOSIRBwECESKy///////////////////////////////fv6WZmJqgrL3a////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////jvp2AfPv////////////////////////////////yt4RXMA4AHaz/////////////&#10;/////////////////9KKTBUAAAAAAHLz////////////////////////////1n82AAAAAAAAAEvJ&#10;///////////////////////////6kT4AAAAAAAAAAC+r///////////////////////////AWgAA&#10;AAAAAAAAABqV//////////////////////////+NJAAAAAAAAAAAAAiE////////////////////&#10;/////+deAAAAAAAAAAAAAAB3/////////////////////////7QlAAAAAAAAAAAAAABq////////&#10;/////////////////30AAAAAAAAAAAAAAABb9P///////////////////////SsAAAAAAAAAAAAA&#10;AABM6///////////////////////pQAAAAAAAAAAAAAAAAA84f//////////////////////MAwA&#10;AAAAAAAAAAAAAAAt2f////////////////////+ZimEnAAAAAAAAAAAAAAAn1///////////////&#10;////////7b6JVScAAAAAAAAAAAAl3P/////////////////////////+yp12XUo8Mi0sMDlH3v//&#10;/////////////////////////////ebd1tLQ09nk////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////+/Uu9b/////////////////&#10;////////////////57iPaksvFW///////////////////////////////+ShZzQHAAAAADzJ////&#10;////////////////////////1oI7AAAAAAAAABKX///////////////////////////thTEAAAAA&#10;AAAAAABv//////////////////////////+mQgAAAAAAAAAAAABQ4f//////////////////////&#10;/+xpAAAAAAAAAAAAAAA3yf///////////////////////7MvAAAAAAAAAAAAAAAitv//////////&#10;/////////////3kAAAAAAAAAAAAAAAAQp///////////////////////8jQAAAAAAAAAAAAAAAAA&#10;mf//////////////////////qQAAAAAAAAAAAAAAAAAAjP//////////////////////RgAAAAAA&#10;AAAAAAAAAAAAf//////////////////////fAAAAAAAAAAAAAAAAAAAAdP//////////////////&#10;//+XAAAAAAAAAAAAAAAAAAAAav/////////////////////OAAAAAAAAAAAAAAAAAAAAY///////&#10;////////////////KSIBAAAAAAAAAAAAAAAAYf//////////////////////uaOAVzcXAAAAAAAA&#10;AAAAaP//////////////////////////+tOulIZ8dXFwcneBlP//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////bup2CaWnT////////&#10;///////////////////////Ik2U9GQAAAB2e////////////////////////////245MEwAAAAAA&#10;AABu///////////////////////////bfCwAAAAAAAAAAABF1/////////////////////////+L&#10;KgAAAAAAAAAAAAAitP///////////////////////8JEAAAAAAAAAAAAAAADl///////////////&#10;/////////30BAAAAAAAAAAAAAAAAf///////////////////////5zYAAAAAAAAAAAAAAAAAav//&#10;////////////////////nQAAAAAAAAAAAAAAAAAAWP//////////////////////RgAAAAAAAAAA&#10;AAAAAAAAR/j////////////////////pAAAAAAAAAAAAAAAAAAAANen///////////////////+W&#10;AAAAAAAAAAAAAAAAAAAAJdv///////////////////+8AAAAAAAAAAAAAAAAAAAAGM7/////////&#10;///////////rAAAAAAAAAAAAAAAAAAAAD8L/////////////////////AAAAAAAAAAAAAAAAAAAA&#10;Crn/////////////////////JwAAAAAAAAAAAAAAAAAACrX/////////////////////cAAAAAAA&#10;AAAAAAAAAAAADbn/////////////////////4JyMcFVCMyYbFA8NDhIaJr//////////////////&#10;///////////55NjSzszLzM/W4Pz/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////r07zj////////////////////////////////0qmFZUgsEgGF&#10;////////////////////////////8atxPA8AAAAAAABP4P/////////////////////////VfzUA&#10;AAAAAAAAAAAfsv///////////////////////+N1HQAAAAAAAAAAAAAAif//////////////////&#10;/////5AjAAAAAAAAAAAAAAAAZ///////////////////////1UMAAAAAAAAAAAAAAAAASPb/////&#10;////////////////igAAAAAAAAAAAAAAAAAALt3/////////////////////OAAAAAAAAAAAAAAA&#10;AAAAF8j///////////////////++AAAAAAAAAAAAAAAAAAAABLb///////////////////+cAAAA&#10;AAAAAAAAAAAAAAAAAKX///////////////////+6AAAAAAAAAAAAAAAAAAAAAJP/////////////&#10;///////cAAAAAAAAAAAAAAAAAAAAAIL/////////////////////AAAAAAAAAAAAAAAAAAAAAHT/&#10;////////////////////EwAAAAAAAAAAAAAAAAAAAGj/////////////////////QgAAAAAAAAAA&#10;AAAAAAAAAGD/////////////////////egAAAAAAAAAAAAAAAAAAAF3/////////////////////&#10;0QAAAAAAAAAAAAAAAAAAAGH//////////////////////yQAAAAAAAAAAAAAAAAAAGb/////////&#10;/////////////8msmYl9dnFsaWdmZ2tweoz/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////ixaqReWF3/////////////////////////////92md1As&#10;DAAAAAAxxP/////////////////////////gkk4TAAAAAAAAAAAAj///////////////////////&#10;/9JwHQAAAAAAAAAAAAAAYP//////////////////////7m8PAAAAAAAAAAAAAAAAN+L/////////&#10;////////////lhwAAAAAAAAAAAAAAAAAFMD/////////////////////QAAAAAAAAAAAAAAAAAAA&#10;AKP///////////////////+uAAAAAAAAAAAAAAAAAAAAAIn///////////////////+eAAAAAAAA&#10;AAAAAAAAAAAAAHL///////////////////+8AAAAAAAAAAAAAAAAAAAAAF//////////////////&#10;///aAAAAAAAAAAAAAAAAAAAAAE3////////////////////6AAAAAAAAAAAAAAAAAAAAADv/////&#10;////////////////DgAAAAAAAAAAAAAAAAAAACr5////////////////////MwAAAAAAAAAAAAAA&#10;AAAAABvp////////////////////XgAAAAAAAAAAAAAAAAAAAA/b////////////////////jwAA&#10;AAAAAAAAAAAAAAAAAAbQ////////////////////0AAAAAAAAAAAAAAAAAAAAADK////////////&#10;/////////ysAAAAAAAAAAAAAAAAAAADI/////////////////////4AAAAAAAAAAAAAAAAAAAADL&#10;//////////////////////cWAQUFAwEAAAAAAAEGDRjL///////////////////////86+HYz8zN&#10;z9DS1Nfc4ur/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;8drG///////////////////////////////xxqOEaE0yGAAVq///////////////////////////&#10;uXxGGAAAAAAAAAAAcf///////////////////////9d8LwAAAAAAAAAAAAAAO+P/////////////&#10;////////32QJAAAAAAAAAAAAAAAADLX/////////////////////dAMAAAAAAAAAAAAAAAAAAI3/&#10;///////////////////FFQAAAAAAAAAAAAAAAAAAAGr///////////////////+ZAAAAAAAAAAAA&#10;AAAAAAAAAEv///////////////////+2AAAAAAAAAAAAAAAAAAAAADD9///////////////////X&#10;AAAAAAAAAAAAAAAAAAAAABnn///////////////////2AAAAAAAAAAAAAAAAAAAAAAXT////////&#10;////////////DgAAAAAAAAAAAAAAAAAAAADB////////////////////LwAAAAAAAAAAAAAAAAAA&#10;AACv////////////////////UgAAAAAAAAAAAAAAAAAAAACe////////////////////eQAAAAAA&#10;AAAAAAAAAAAAAACO////////////////////pQAAAAAAAAAAAAAAAAAAAACA////////////////&#10;////2AAAAAAAAAAAAAAAAAAAAAB0/////////////////////zYAAAAAAAAAAAAAAAAAAABt////&#10;/////////////////3wAAAAAAAAAAAAAAAAAAABp/////////////////////9cNAAAAAAAAAAAA&#10;AAAAAABo//////////////////////9wAAAAAAAAAAAAAAAAAABh////////////////////////&#10;UDxGTlRZXWFkaGxwdn6J////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///v1buji3Nalf//////////////////////////+L+OZEEhBQAAAAAAUvz/////////////////&#10;//////edVhgAAAAAAAAAAAAAF8H/////////////////////5WwWAAAAAAAAAAAAAAAAAI3/////&#10;////////////////YwAAAAAAAAAAAAAAAAAAAF7///////////////////+dAAAAAAAAAAAAAAAA&#10;AAAAADX8//////////////////+hAAAAAAAAAAAAAAAAAAAAABHZ///////////////////KAAAA&#10;AAAAAAAAAAAAAAAAAAC7///////////////////uAAAAAAAAAAAAAAAAAAAAAACh////////////&#10;////////DAAAAAAAAAAAAAAAAAAAAACK////////////////////LQAAAAAAAAAAAAAAAAAAAAB2&#10;////////////////////TQAAAAAAAAAAAAAAAAAAAABk////////////////////bwAAAAAAAAAA&#10;AAAAAAAAAABS////////////////////lAAAAAAAAAAAAAAAAAAAAABA////////////////////&#10;vAAAAAAAAAAAAAAAAAAAAAAw////////////////////6g4AAAAAAAAAAAAAAAAAAAAi////////&#10;/////////////0QAAAAAAAAAAAAAAAAAAAAV/////////////////////4EAAAAAAAAAAAAAAAAA&#10;AAAL9f///////////////////8gLAAAAAAAAAAAAAAAAAAAC7P////////////////////9eAAAA&#10;AAAAAAAAAAAAAAAA5f/////////////////////JHAAAAAAAAAAAAAAAAAAA2v//////////////&#10;////////nQEAAAAAAAAAAAAABw4Xxf///////////////////////9W5vMHHztXb4ebt9Pv/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////jfz///////////////////////&#10;///////sxqWIbVQ7IQcAMt7////////////////////////XklkpAAAAAAAAAAAAAKD/////////&#10;/////////////4k2AAAAAAAAAAAAAAAAAGf/////////////////////ZgAAAAAAAAAAAAAAAAAA&#10;ADL2//////////////////+VAAAAAAAAAAAAAAAAAAAAAAPI//////////////////+nAAAAAAAA&#10;AAAAAAAAAAAAAACg///////////////////XAAAAAAAAAAAAAAAAAAAAAAB8////////////////&#10;////AAAAAAAAAAAAAAAAAAAAAABe////////////////////JQAAAAAAAAAAAAAAAAAAAABD////&#10;////////////////SAAAAAAAAAAAAAAAAAAAAAAs////////////////////agAAAAAAAAAAAAAA&#10;AAAAAAAY////////////////////iwAAAAAAAAAAAAAAAAAAAAAF8///////////////////rwAA&#10;AAAAAAAAAAAAAAAAAAAA4f//////////////////1QAAAAAAAAAAAAAAAAAAAAAAz///////////&#10;/////////yQAAAAAAAAAAAAAAAAAAAAAvv///////////////////1QAAAAAAAAAAAAAAAAAAAAA&#10;rv///////////////////4sAAAAAAAAAAAAAAAAAAAAAn////////////////////8sOAAAAAAAA&#10;AAAAAAAAAAAAkv////////////////////9XAAAAAAAAAAAAAAAAAAAAhv//////////////////&#10;//+qCgAAAAAAAAAAAAAAAAAAef//////////////////////bQAAAAAAAAAAAAAAAAAAZv//////&#10;////////////////91UAAAAAAAAAAAAAAAAARf////////////////////////9qIys1P0pVYGp1&#10;foeRnP//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////6M+2nYNpTrn/////////////&#10;////////////7LKDXDodAgAAAAAAAHv//////////////////////8VtKQAAAAAAAAAAAAAAAED/&#10;////////////////////gxsAAAAAAAAAAAAAAAAAAAfL//////////////////+SAAAAAAAAAAAA&#10;AAAAAAAAAACY//////////////////+kAAAAAAAAAAAAAAAAAAAAAABq///////////////////d&#10;AAAAAAAAAAAAAAAAAAAAAABB////////////////////DgAAAAAAAAAAAAAAAAAAAAAd////////&#10;////////////OQAAAAAAAAAAAAAAAAAAAAAA6P//////////////////YAAAAAAAAAAAAAAAAAAA&#10;AAAAzv//////////////////hQAAAAAAAAAAAAAAAAAAAAAAt///////////////////qAAAAAAA&#10;AAAAAAAAAAAAAAAAo///////////////////ywAAAAAAAAAAAAAAAAAAAAAAkP//////////////&#10;////7xYAAAAAAAAAAAAAAAAAAAAAff///////////////////z4AAAAAAAAAAAAAAAAAAAAAbP//&#10;/////////////////2kAAAAAAAAAAAAAAAAAAAAAWv///////////////////5kAAAAAAAAAAAAA&#10;AAAAAAAASf///////////////////9IWAAAAAAAAAAAAAAAAAAAAOf////////////////////9Y&#10;AAAAAAAAAAAAAAAAAAAAKf////////////////////+iAAAAAAAAAAAAAAAAAAAAGf//////////&#10;///////////1VgAAAAAAAAAAAAAAAAAABP//////////////////////uy8AAAAAAAAAAAAAAAAA&#10;APj//////////////////////6spAAAAAAAAAAAAAAAAAM/////////////////////////JRwAA&#10;AAAHEyAuPlJohO3/////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////01cn////////////////////////////60rCSd11CKAwAAEr/////&#10;///////////////////FfUUXAAAAAAAAAAAAABHY////////////////////xFAAAAAAAAAAAAAA&#10;AAAAAACf//////////////////+iDAAAAAAAAAAAAAAAAAAAAABo//////////////////+UAAAA&#10;AAAAAAAAAAAAAAAAAAA2///////////////////aAAAAAAAAAAAAAAAAAAAAAAAH7P//////////&#10;////////FQAAAAAAAAAAAAAAAAAAAAAAxP//////////////////SAAAAAAAAAAAAAAAAAAAAAAA&#10;ov//////////////////dQAAAAAAAAAAAAAAAAAAAAAAg///////////////////nQAAAAAAAAAA&#10;AAAAAAAAAAAAaf//////////////////wwAAAAAAAAAAAAAAAAAAAAAAUv//////////////////&#10;5w8AAAAAAAAAAAAAAAAAAAAAPv///////////////////zMAAAAAAAAAAAAAAAAAAAAAK///////&#10;/////////////1gAAAAAAAAAAAAAAAAAAAAAGP///////////////////4EAAAAAAAAAAAAAAAAA&#10;AAAABf///////////////////6wAAAAAAAAAAAAAAAAAAAAAAP///////////////////94iAAAA&#10;AAAAAAAAAAAAAAAAAPL///////////////////9cAAAAAAAAAAAAAAAAAAAAAN//////////////&#10;//////+fAAAAAAAAAAAAAAAAAAAAAMz////////////////////oSgAAAAAAAAAAAAAAAAAAALf/&#10;////////////////////oBYAAAAAAAAAAAAAAAAAAJz//////////////////////3oCAAAAAAAA&#10;AAAAAAAAAHf///////////////////////96CwAAAAAAAAAAAAAABUz/////////////////////&#10;////oldodICNnKu80Of/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////7eP//////////////////////////9Kjelg6KSMcFg4G&#10;AACf/////////////////////6xSDgAAAAAAAAAAAAAAAABp///////////////////kQwAAAAAA&#10;AAAAAAAAAAAAAAA0//////////////////95AAAAAAAAAAAAAAAAAAAAAAAA4///////////////&#10;///NAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////////EwAAAAAAAAAAAAAAAAAAAAAAhf//&#10;////////////////TwAAAAAAAAAAAAAAAAAAAAAAXf//////////////////gwAAAAAAAAAAAAAA&#10;AAAAAAAAOv//////////////////sgAAAAAAAAAAAAAAAAAAAAAAHP//////////////////2wMA&#10;AAAAAAAAAAAAAAAAAAAAAv///////////////////yoAAAAAAAAAAAAAAAAAAAAAAPv/////////&#10;/////////08AAAAAAAAAAAAAAAAAAAAAAOf//////////////////3QAAAAAAAAAAAAAAAAAAAAA&#10;ANT//////////////////5sAAAAAAAAAAAAAAAAAAAAAAMD//////////////////8QHAAAAAAAA&#10;AAAAAAAAAAAAAK3///////////////////AzAAAAAAAAAAAAAAAAAAAAAJr/////////////////&#10;//9nAAAAAAAAAAAAAAAAAAAAAIb///////////////////+jAAAAAAAAAAAAAAAAAAAAAHL/////&#10;///////////////jRAAAAAAAAAAAAAAAAAAAAFz/////////////////////kQYAAAAAAAAAAAAA&#10;AAAAAEH/////////////////////618AAAAAAAAAAAAAAAAAAB3//////////////////////8pL&#10;AAAAAAAAAAAAAAAAAAD////////////////////////LVwAADBgkMT9OYHSLp8f/////////////&#10;/////////////9fn8v//////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+vUzcfC&#10;vrq3s7Ctqail////////////////////3X5TPzAjGREJAgAAAAAAAAAA2/////////////////92&#10;AAAAAAAAAAAAAAAAAAAAAAAAp/////////////////+6AAAAAAAAAAAAAAAAAAAAAAAAdf//////&#10;////////////BwAAAAAAAAAAAAAAAAAAAAAARv//////////////////TgAAAAAAAAAAAAAAAAAA&#10;AAAAGv//////////////////jAAAAAAAAAAAAAAAAAAAAAAAAP3/////////////////wQAAAAAA&#10;AAAAAAAAAAAAAAAAANv/////////////////8RkAAAAAAAAAAAAAAAAAAAAAAL7/////////////&#10;/////0QAAAAAAAAAAAAAAAAAAAAAAKT//////////////////2sAAAAAAAAAAAAAAAAAAAAAAI3/&#10;/////////////////5EAAAAAAAAAAAAAAAAAAAAAAHn//////////////////7cAAAAAAAAAAAAA&#10;AAAAAAAAAGb//////////////////94hAAAAAAAAAAAAAAAAAAAAAFP///////////////////9K&#10;AAAAAAAAAAAAAAAAAAAAAD////////////////////93AAAAAAAAAAAAAAAAAAAAACv/////////&#10;//////////+sCgAAAAAAAAAAAAAAAAAAABb////////////////////nRQAAAAAAAAAAAAAAAAAA&#10;AAD/////////////////////igAAAAAAAAAAAAAAAAAAAAD/////////////////////1k0AAAAA&#10;AAAAAAAAAAAAAAD9/////////////////////6cuAAAAAAAAAAAAAAAAAADV////////////////&#10;//////+YKgAAAAAAAAAABhgtRWDg////////////////////////qGN0gY+cq7vN4vr/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////+fLt6mdlY6JhIB8eHRwbGhlkP//////////&#10;//////+8akgtGQoAAAAAAAAAAAAAAAAAMf//////////////////AAAAAAAAAAAAAAAAAAAAAAAA&#10;A///////////////////QgAAAAAAAAAAAAAAAAAAAAAAANz/////////////////jgAAAAAAAAAA&#10;AAAAAAAAAAAAALL/////////////////zgAAAAAAAAAAAAAAAAAAAAAAAI3/////////////////&#10;/ykAAAAAAAAAAAAAAAAAAAAAAGv//////////////////1oAAAAAAAAAAAAAAAAAAAAAAE7/////&#10;/////////////4YAAAAAAAAAAAAAAAAAAAAAADT//////////////////64AAAAAAAAAAAAAAAAA&#10;AAAAAB7//////////////////9QXAAAAAAAAAAAAAAAAAAAAAAr///////////////////o9AAAA&#10;AAAAAAAAAAAAAAAAAAD///////////////////9lAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;//////+OAAAAAAAAAAAAAAAAAAAAAAD///////////////////+8GQAAAAAAAAAAAAAAAAAAAADv&#10;///////////////////xTgAAAAAAAAAAAAAAAAAAAADY////////////////////iwAAAAAAAAAA&#10;AAAAAAAAAAC/////////////////////zEMAAAAAAAAAAAAAAAAAAACh////////////////////&#10;/5EZAAAAAAAAAAAAAAAAAAB6//////////////////////J0CgAAAAAAAAAAAAAAABFf////////&#10;///////////////odBMfLDhFU2JyhZu00vX//////////////////////////9fo9P//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////+/fz8e7s6+vs8f//&#10;////////////////2bKZh3ltZF1WUUtGQTw4Mi0oI8T/////////////////SyULAAAAAAAAAAAA&#10;AAAAAAAAAJL/////////////////iAAAAAAAAAAAAAAAAAAAAAAAAGb/////////////////1wAA&#10;AAAAAAAAAAAAAAAAAAAAAD3//////////////////zMAAAAAAAAAAAAAAAAAAAAAABj/////////&#10;/////////2wAAAAAAAAAAAAAAAAAAAAAAAD//////////////////50AAAAAAAAAAAAAAAAAAAAA&#10;AAD//////////////////8kMAAAAAAAAAAAAAAAAAAAAAAD2//////////////////E1AAAAAAAA&#10;AAAAAAAAAAAAAADf//////////////////9bAAAAAAAAAAAAAAAAAAAAAADL////////////////&#10;//+CAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+pBgAAAAAAAAAAAAAAAAAAAACj////&#10;///////////////TLwAAAAAAAAAAAAAAAAAAAACN////////////////////XgAAAAAAAAAAAAAA&#10;AAAAAAB3////////////////////kwcAAAAAAAAAAAAAAAAAAABe////////////////////zUMA&#10;AAAAAAAAAAAAAAAAAABA/////////////////////4cQAAAAAAAAAAAAAAAAAAAc////////////&#10;/////////9heAAAAAAAAAAAAAAAAAAAA//////////////////////+/TgAAAAAADhwsPlJqhqXI&#10;////////////////////////wnyMmqe2xdbo/f//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////7uHXz8nDvrq2sa2pp6amp67/////////////////voZtW0xA&#10;Ny8oIhwWEAsEAAAAABT/////////////////1wUAAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;/////zQAAAAAAAAAAAAAAAAAAAAAAAD2/////////////////3YAAAAAAAAAAAAAAAAAAAAAAADS&#10;/////////////////7AAAAAAAAAAAAAAAAAAAAAAAACy/////////////////+EkAAAAAAAAAAAA&#10;AAAAAAAAAACW//////////////////9RAAAAAAAAAAAAAAAAAAAAAAB8//////////////////95&#10;AAAAAAAAAAAAAAAAAAAAAABm//////////////////+gAAAAAAAAAAAAAAAAAAAAAABR////////&#10;///////////HIwAAAAAAAAAAAAAAAAAAAAA8///////////////////uSwAAAAAAAAAAAAAAAAAA&#10;AAAn////////////////////dAAAAAAAAAAAAAAAAAAAAAAQ////////////////////oxYAAAAA&#10;AAAAAAAAAAAAAAAA////////////////////2EwAAAAAAAAAAAAAAAAAAAAA////////////////&#10;/////4gPAAAAAAAAAAAAAAAAAAAA/////////////////////8tTAAAAAAAAAAAAAAAAAAAA////&#10;//////////////////+lOAAAAAAAAAAACR00TmuM////////////////////////mTlDUV9ufY6g&#10;tcvl/////////////////////////////+v5////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/+vMuayhmZGLhoF8eHRwa2hmZmjx/////////////////2FFMiMYDgYAAAAAAAAAAAAAAACe////&#10;/////////////34AAAAAAAAAAAAAAAAAAAAAAAB1/////////////////8MAAAAAAAAAAAAAAAAA&#10;AAAAAABS//////////////////s3AAAAAAAAAAAAAAAAAAAAAAAy//////////////////9qAAAA&#10;AAAAAAAAAAAAAAAAAAAW//////////////////+WAAAAAAAAAAAAAAAAAAAAAAAA////////////&#10;//////+/GwAAAAAAAAAAAAAAAAAAAAAA///////////////////mQgAAAAAAAAAAAAAAAAAAAAAA&#10;////////////////////aQAAAAAAAAAAAAAAAAAAAAAA////////////////////kAIAAAAAAAAA&#10;AAAAAAAAAAAA////////////////////uSwAAAAAAAAAAAAAAAAAAAAA9P//////////////////&#10;6FwAAAAAAAAAAAAAAAAAAAAA2f///////////////////5EYAAAAAAAAAAAAAAAAAAAAvP//////&#10;/////////////8pTAAAAAAAAAAAAAAAAAAAAnf////////////////////+YLgAAAAAAAAAAAAAQ&#10;KUZmxP/////////////////////ufx0MGig3RldpfpWvzO7/////////////////////////56Cq&#10;ucjY6fz/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////99fDr5uLf29jU0tHQ0tfg/////////////////86einxxaWFbVlFMSEM+OjYy&#10;Ly4x/////////////////9IlEQMAAAAAAAAAAAAAAAAAAAAA//////////////////9CAAAAAAAA&#10;AAAAAAAAAAAAAAAA//////////////////99AAAAAAAAAAAAAAAAAAAAAAAA////////////////&#10;//+wCwAAAAAAAAAAAAAAAAAAAAAA9v/////////////////dOQAAAAAAAAAAAAAAAAAAAAAA3P//&#10;////////////////YgAAAAAAAAAAAAAAAAAAAAAAxf//////////////////iQAAAAAAAAAAAAAA&#10;AAAAAAAAr///////////////////ryIAAAAAAAAAAAAAAAAAAAAAmf//////////////////1kgA&#10;AAAAAAAAAAAAAAAAAAAAgv///////////////////3IAAAAAAAAAAAAAAAAAAAAAaf//////////&#10;/////////6EoAAAAAAAAAAAAAAAAAAAATv///////////////////9NcAAAAAAAAAAAAAAAAAAAA&#10;M/////////////////////+WLgAAAAAAAAAAAAAAFTJSd//////////////////////gchMAAAEP&#10;Hy9CWHCLqMjs////////////////////////ym9ufo6esMPY7///////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////54NLIwLq1sKyo&#10;paKfnZubnKCn//////////////////+CZFZLQzw2MCsnIh0YEw4JBAAA1P////////////////+S&#10;AAAAAAAAAAAAAAAAAAAAAAAArf/////////////////MHgAAAAAAAAAAAAAAAAAAAAAAi///////&#10;///////////7UgAAAAAAAAAAAAAAAAAAAAAAbf//////////////////gAAAAAAAAAAAAAAAAAAA&#10;AAAAUf//////////////////qRsAAAAAAAAAAAAAAAAAAAAAOv//////////////////0EIAAAAA&#10;AAAAAAAAAAAAAAAAI///////////////////9WgAAAAAAAAAAAAAAAAAAAAADP//////////////&#10;/////48UAAAAAAAAAAAAAAAAAAAAAP///////////////////7g+AAAAAAAAAAAAAAAAAAAAAP//&#10;/////////////////+VtAwAAAAAAAAAAAAAAAAAAAP////////////////////+fNwAAAAAAAAAA&#10;AAAAEC9QdP/////////////////////dchQAAAAABhcqQVp1lLba////////////////////////&#10;vFhEVGR1hpqvyOP//////////////////////////////9LN4fH/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////z7+vv9///////////////////////uuaidlo+KhoJ/e3h2dHJzdXh/kP//////////&#10;///////rTzowKCEbFRALBwIAAAAAAAAAI///////////////////aQAAAAAAAAAAAAAAAAAAAAAA&#10;AP//////////////////mwoAAAAAAAAAAAAAAAAAAAAAAP//////////////////yDkAAAAAAAAA&#10;AAAAAAAAAAAAAP//////////////////8GMAAAAAAAAAAAAAAAAAAAAAAP//////////////////&#10;/4oOAAAAAAAAAAAAAAAAAAAAAP///////////////////7A0AAAAAAAAAAAAAAAAAAAAAP//////&#10;/////////////9VbAAAAAAAAAAAAAAAAAAAAAP////////////////////+FGgAAAAAAAAAAAAAA&#10;AAAAA+z///////////////////+xSQAAAAAAAAAAAAAAGDldgf/////////////////////lex4A&#10;AAAAAAwhOFJvj7PZ////////////////////////u1gpOUlabICXsM3t////////////////////&#10;/////////7OetMXX6///////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////rv5+Hc2dbU0tDQ0NHT2eDr9///&#10;////////////////uIp+d3FsaGRhXltZWFdXWV5lcf//////////////////vzEfFhAKBQAAAAAA&#10;AAAAAAAAAP//////////////////7VYAAAAAAAAAAAAAAAAAAAAAAOj//////////////////4IE&#10;AAAAAAAAAAAAAAAAAAAAAMz//////////////////6svAAAAAAAAAAAAAAAAAAAAALP/////////&#10;/////////9JXAAAAAAAAAAAAAAAAAAAAAJv///////////////////d8EAAAAAAAAAAAAAAAAAAA&#10;AIX///////////////////+iNwAAAAAAAAAAAAAAAAAFK5T////////////////////LYQIAAAAA&#10;AAAAAAAMLFB2ntH////////////////////1jTAAAAAAAA0jO1d2mb7l////////////////////&#10;////w2MYKjtMX3SNp8bn/////////////////////////////6h/lqi70Of/////////////////&#10;///////////////////9////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////93Oxb+8uba0s7GysrW5wMnV4////////////////////5dsZF5Z&#10;VVFPTEpIR0ZIS1BZZqH//////////////////6cmDgcCAAAAAAAAAAAAAAAAAFb/////////////&#10;/////85QAAAAAAAAAAAAAAAAAAAAADr///////////////////R5CwAAAAAAAAAAAAAAAAAAACH/&#10;//////////////////+fMgAAAAAAAAAAAAAAAAAAAA7////////////////////EWAAAAAAAAAAA&#10;AAAAAAgxWoT////////////////////pfx8AAAAAAAAAAAYnS3Gawun/////////////////////&#10;p0kAAAAAAhcvSmiKrtX8////////////////////////03UeJjhKXnWPq8vv////////////////&#10;/////////////65yhZiswtv2///////////////////////////////////f7///////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//+/sqqmo6Ggn5+ho6astMDN3ez///////////////////+KWlNPS0hGRENCQUJDR05ZaX3/////&#10;//////////////+eLgYAAAAAAAAAAAAAAAAAAAD////////////////////DVgAAAAAAAAAAAAAA&#10;AAAAFUH////////////////////nexoAAAAAAAAAAAAACTRgi7T/////////////////////nz8A&#10;AAAAAAAABCVKcZnC6///////////////////////xmYPAAAAEypEYoOnzfX/////////////////&#10;////////6441Kz5RaIGdvN7//////////////////////////////752f5Spwdz5////////////&#10;///////////////////////S2PP/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////by8O/v7/Hz+P3////////////////////////////4sJ+al5aWlpibn6SstsLR&#10;4e7////////////////////+jlBKR0VERERFRkdLUVpog6n/////////////////////pkEBAAAA&#10;AAAAAAAHNmOPuuH/////////////////////xmUKAAAAAAAEJ0xznMTs////////////////////&#10;////5YgvAAATKkRigqbM9P///////////////////////////6tQNkphe5a01vr/////////////&#10;/////////////////9KHfJixy+n////////////////////////////////////Uzu3/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////+3l4+Pk5ujt&#10;8fn//////////////////////////////bGUkpKVmZ2jqbK80O3/////////////////////////&#10;/51TR0lNUVZgc4qv1vz//////////////////////////7JWABo1UG2LrtL3////////////////&#10;/////////////81vPl97mbfX+f///////////////////////////////+6fg6bC4f//////////&#10;///////////////////////////jzuv/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////8AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////AAAA/+4ADkFkb2JlAGRAAAAA&#10;Av/bAIQAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQICAgICAgIC&#10;AgICAwMDAwMDAwMDAwEBAQEBAQEBAQEBAgIBAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAFAgCTAT7BAERAAIRAQMRAQQRAP/dAAQAoP/EAaIAAAAG&#10;AgMBAAAAAAAAAAAAAAcIBgUECQMKAgEACwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoLEAAC&#10;AQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlRQhZhJDMXUnGBGGKRJUOhsfAmNHIK&#10;GcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rlo7PD0+MpOGbzdSo5OkhJSlhZWmdo&#10;aWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTFxsfIycrU1dbX2Nna5OXm5+jp6vT1&#10;9vf4+foRAAIBAwIEBAMFBAQEBgYFbQECAxEEIRIFMQYAIhNBUQcyYRRxCEKBI5EVUqFiFjMJsSTB&#10;0UNy8BfhgjQlklMYY0TxorImNRlUNkVkJwpzg5NGdMLS4vJVZXVWN4SFo7PD0+PzKRqUpLTE1OT0&#10;laW1xdXl9ShHV2Y4doaWprbG1ub2Z3eHl6e3x9fn90hYaHiImKi4yNjo+DlJWWl5iZmpucnZ6fkq&#10;OkpaanqKmqq6ytrq+v/aAA4EAQACEQMRBAAAPwC8FDclvqAQOOeTf+tveXENGcLXvPn1wquKLCKD&#10;GT+zj1XHABJO3NjpZC1voZgVQ24B0359uHhXkc+RPqf7P5PH5Ps9ls1aLxC5LUHHoOJuDGamikZa&#10;mP8AVT+fS4qsEqUq1JmRiI3ZdRe4s7XsApve/wCPcQre3I+pLC/J1X+nH9T7JJEAK+oP+fo6DBSe&#10;0ahw4dJNoi4GlroRqIOoX41CwP8AiPzb3JpyFkJJ0jQVuTpNzb+0Lkj/AAt7W2jaiS+dPD0+fRdu&#10;MeqIKi6nJrTj/I0H51r8unPGTqJZC7MsYjaAspZBqOk6JGUkyLp/slbC97m5tjqOWbT/ALAn6fUf&#10;0vc+3Lg6ZFZMtxHyHp9g6esQ6RL4q0GeuFeI/uGMLB3dU0Gx/bBdbIeP0Jb6/X3wvfgnm1yB9ePf&#10;irTKpcUJ63/ZntOK0HXrNVXMg5Z/XcEgMG1L+RbUygKb8Ej8e5RaTxBlYgC9uZBpt/b9LqL+1xdh&#10;AB5DosCxG8cMKsOnZpZVo1IYhQbCx0y2HpIaZSCbMCLBR9PeKOd00ghSFXSNKgEC97k/4e0kd2yr&#10;Ep8hTpVLZRyCWQNRicfP5dQ6fJzxrCmlToHiTUt1RSwOt1Ng4AFrf4+5bTjRdW1F3W/9bD0/4fS3&#10;tdJOulFHn0Wx2TsxV0CBRX/V9vTxUVlOyRIoNR5CsZJYWcO48jliVKsrMQotawHPvzMurSQbWXTw&#10;htcc3ure1KCij16SOGY6yRq4fs6UlAjrDIOAXZ57EqQoc+pQVZufIGP+sR76JtYAXt+m/wCBf/bX&#10;v7t1YIKVHXBGZtet9P1sVH4/A9Vhb3yJd0NyG0qT+karC/5uBx79wz03RAaqDXrlTsY54gHcgHS7&#10;GQqv7jfUIFIsqnn+tvcbhB+T+eOR/T6m3PtTHbTzAtHGSAK9W8RF4nj0p0ochk4y1LTu8KKFLW4+&#10;hBPF+D/j78/qUN/iRz9eOD7ZHbQMO49W/wBL8J6hwxy0NSIJNIlhs6gXI9J/BsPoD74xm7kfjkfX&#10;88e3JHOgAdUCAcfi6cshUvJTFQreONgV4F7H6/m36iffNzGWCENcf63/ABX22ofiKdb1OOJ6baWn&#10;qSjSwsACBcC5b8244H+8+41ShMNlCgXPJJv/AL0R7DvMkBlsnCjIGfz6E/K88UO5RFgdRIP+rPQW&#10;9o0E1bhpAQCVjctcnVwwNmYAk8jhfwfoT7YaNis8o/p+PcS8sSG13WQL8QJ6nnniFrzYLC4ArqCm&#10;vl5HoofV1Z/Dt3VaFhD65hrIOtWGq40lQQLf7H24sw45+h/r+OfYy3gCS3AdG1Egj06jDZVkjuRp&#10;NI9Jx+Y6GvfMsVRjF8ytLLqBErghbxgDn1EXYPccfQH6e+cb2DAfkf4f1912twYSpGa9N73bFpY2&#10;OMnrls6svj2BBsNIXQAQNKm/Jsbe5CPc6R9T/W39bezNJBHItXA1Gh+zokuIP0w3l0raScCfQzKB&#10;K6oyOCFZCBe7KGsefeQsVY/gW/2549v+MyEFBkn+XScRpJFUnu6meeSKSNgp9Qva34v+f8b+8dRP&#10;HTQPUTuEijV3Yll9KIAXY3IAVQbm5HHs0sYpLm6hIXtp/l6SgDMUJ7zj9v7elJt/E1uey+Loaanl&#10;qqurmgpqemijleSSV5ooQqKqfuXZ/ouo2BsL8HXE+f3bo7M3vNjsYtRUUuJlanpYoQW06IeFUIGu&#10;zBrkAnk+x7dzWtvaqqk6qqKUJwtaf4T1k1yBy5d7btsMLRgOTnIPz4DIrXFQOt+3+Xn8cKP40fHf&#10;a21WWJc1lKaHOZ6VdSB62uhSWRCj20/bMSn0F7fQe6iK3prfu466Wpo9s5ilhdrGqyariqIhhwwq&#10;8m9LTMoHJIcgD2FLiMyTeI0ThDipVlXP9JgFH5nqaIG8NAjyJq9AwJ/YCT/Lo8T5GiTg1MTNYnxx&#10;N5pTb+kUOuQk/gWufblT/FjeOTdKY12Mkn9OmHDDL7oqQ31Kr/drF5SkDN+AZQT+PaWURhhEs8Xi&#10;8FALyH5ZhWQA/wC2r0qWeGIq08ulfU9v/HwB+3HUOtz2Mx0BqchUw4+nsT58lUUuLQcf2v4jPSun&#10;+xA9jFtn+X12DkVjmnot1RUp0+SWowFHgYCWUt/wJ3LuDEsEYfRmgI/wB9+jsJmSsUJCk5PhEVPn&#10;UvIlflVf2dJzvOyJMy/Xo7fwh0r+yOpP+qnQZ5rvvqbBsy1e+duVFRHqH2WHr33FkCy6QyCj2/S5&#10;Wo8guOFBJ5/ofcvenwx2/wBe4mLIZqbCZKplmWJaGr7i2DiaynUgh5JaSCPJSU8eofTXccAX96vr&#10;EbXaLeSxeKWNAq3Fuj18+ysjACvChpw+fRvYbhZX8/gwhowq1JZZqfIBhGo/Kpx59cNm91bY37kJ&#10;6Db+P3w0cEbTNkcn1lv7E4eYA6VjpsvmMHj6OWRgdSi3qTkfUewEzvV2zKSBRRbe2RVSBC2mXfu6&#10;NxvqViPptvDQw3+nAJP5+hHsMT7hfSikO0sR5VmLH/qkoH7RX58KHUaWmo67qPBpnVw9RqNafs6F&#10;2F2cAlJEBIIuiQgg/wBY2cyg/wCuAfaRo9hrWS+GTYWyxTB9IK4ruqsLAf2w0UcUbavxwPaITcyy&#10;siR8vajXA03Tf8d/4rp922iMMf3qikD0Qf8AHnHUl+B9SOfwAf8Ae/Y3bG6twtPVU7T7c2ljgZVW&#10;Zv7qdvnRETZipqqmFbhT+Tz7EVinOGpFfYFRa5Oi7IA/bQ+nHj0G9x3LZwjk7irvT+FKft1U/wAP&#10;TfUyVKBmjiqZSAdGj7FAxtxZ5WOkf649nFx/WnXE1J9v/FdqtEUAaKq2T2nGigm3EkGRqDqBH1AJ&#10;9yPFZ7x4KkQKyegjuqj5fEf8Pn1FtzuVoJWItAGGNS+DU5/0w9ekHPm96xs4TaOcqkUlRJR57ZJ1&#10;j8MsNY1OVFv6m/vnTfH/AK0llCx1eyizlZQhyXZmIPqZVZi+XwNdGi6mH1P+9c3j2+bQwa1opGa+&#10;MuP9vEB1T98xxoVWzoxx2tAT/wBU5Q1P5fnTrqTdG5IotTbQ3fTaWsVU7ByRAsfVoo91QvIOPoi6&#10;vaqm6M2bV0poYMZtrJSXMY/hXZu3a6ZgpIstHmIMDVE8f2muB/hb2cpfWyxLFLZq5ApUTICfybQc&#10;cPPor8UeIJRJLG1eBSU0+0rrHz8um1OxpaZh/FKXclClzcV/X+4oYiL2H+WY583TqP6sTYf4ewmz&#10;vxNqalZ4aTbW6KeFw1RGJ8BLkKSN1N9cOQ2/VZtWjP5Oj6c/T2VXUNo4mJsJFXTX4a58j4kZfHqe&#10;jmxuWaVHhvItYxQOgJPppYq1ft/b07DtLZcaRtWbn2tTLLIItE24KGgqFkbkLJSZhcc6OPyCbj3d&#10;98de4OucL1h19sDK50YDObW2jgNu1lPn6aow8UlbQUMFLN9tNXxwiSESQcFgjWIuBzaNd62KbcNf&#10;0UsQk7e12KN2qB+MAcRipFcdHE11LbXkl1d2jm3LataDX5k0Okkg54fI9aTn80z+VP8AMTsD5Gd/&#10;/IPqrY2K7U2J2H2BnN54mLYO46DPbho8VXTpVRfxLCIsE33LRRWVKVqpTpsGuRc29LWUlfTmooqq&#10;mrYGRSktJPFUxvqW4KvA0i2I5+tiPcGb7t24We6Q/XWkkdZDkqQKFuIYihFPMEg8QSOpc5c3Cyut&#10;vlltZwwNSfUVI4jiDg+XWr/2t11v7rjeA2/2Lszc+y81BkJIJsVufBZPBV8ckU5il102UpqSQLHJ&#10;GVLW0g8Xv7wqwYt9R+ORbm5+n9fahkdAisPsyDj1NOjmVGUcMHP+rz/b0nWAjGm4OlgnpubMbcFi&#10;ALj8i9x+RyPcaoNn/wCKf63sU7UaW7AcQB/PosKK71PHpc4I+OjkUfUBC31v6iDxf+nvCVB4H6j/&#10;AI/gj2qWUqWkPBT08C3wAdvUkTvEzzggJHpJP00km6kn8XP+v7ZKeMLmZ7A3MasD/ZIK3Fv9a3se&#10;z7gZuXIY2btSg/n0QtbGOcpFwLE9GZzGcXI9NYE1kkLwpkViiWxMqvS+WKDXIoCtZZLnk+3kC7L/&#10;AIFb/wCv+f8AjXsGXTKHYwsQc5+3zH+To7sy3hNU+Vf2Z6LpknhjdnjdEILFBexOoMyunpPoS/PI&#10;PHFjz7SGX2NtrK5JMtU4ijORiRvDWxhoawWYSc1MHiYjWPpz7yL9pjbbrske5Xdukm528wCSkUkU&#10;AY7loR54rT9p6gL3P3O82a/NhY3Ei2c6AyR4KuSxrVSCPTNK4+XV3f8ALz+UHcWP6irNljfWbq9v&#10;UebkhpsNXVf32OpUFNBFDDBj6+Otpo1LJdRH4x/rcD250dANMajQyUr3W7yaoyi6IzGCXBt9De3B&#10;9y/uV0QjIARJKtK4Azk6iSOIHlXNOoy2orrlkPEnode7d95CKOppQ9dS1u58UkclVDBRR454mmX+&#10;JQ1LyiLRHJGSy+MSOSn6bXIfolXxTC92EZktfkkck/S1vYYhlnN3ayFNCCVkPzBOK1/1fb1fmCrW&#10;kijIKk/n0XDYU80W+dpTOftYo91RYiWLTp1UhdqamjIdYyryGUEXAFjf2wuweSVGYaHQNpP5uwXm&#10;wPPPsaDCKQuQSOodnqohYfEH6uF2+gpaGnmp+VFQUVwODCIVkt/waykH8X/PvBL5THNwJBHTzSQF&#10;Tf1KhC8EA3u3uy6A0dMEsB0kZU1Rsv8AF/Kh6W2Iaj+/xd3alFRkqSCrE4A1QTS+OYKyNIGUxk8g&#10;2vb3AiSQ0Enk5nBWV7fS0hN/6cg/4e1LsguE0/Dw6I7wIs+sfBkfPPRjaHIRPuCjjpWUUTLJGh/G&#10;qJxpP+s1vaWonWPMRrIqMsuuMB2tZzpII/qfr7OLoarEkHIIP+HpJKo8FyOjDZ2OSr2PPJEJA9MI&#10;p7KhJ0o9yzabgD+ntU1UbICl2H9rQbegAH8gnhh7KIWDEOOgncSFZKnrrZsiVVHTVGiJmkXU73Ya&#10;iTYEWXhgb3HtE1SFZWZQtyb2uQD/ALx+fZ/EwKaSDjpOGJz0Y/HOTSQISzFU9JYfRvoPof039p+u&#10;jBpaiLSFW4Yc/gEnn/Yn2Y2xImjYdPJF3Kw4npY4+raOeBzcgBFsAL3HH0JsOfYJ7yh10UzBrWgY&#10;3B+ml11Rj/E/X/X9j3Y3IuI6jGsdH1kp7h0M23ZyZ0DAjXJYfT+0rWP1+nPsHqhQhrJJDfyRJID/&#10;AFLeph/r6m9jaIikCjiGPV69+k4NSOhIjs+gfhXYNf8AIN14/wBt7MN0nUCpz9PRsTbVDWTPa6xx&#10;RSrqBtxfSwFjb3GPPqGHb5ZPPKgeZJPRzY3C28UjMaVHRI/m7jqh+otxS0gWSvqcbX4PHwq2h5qv&#10;J0bRUiLIRZAskV2/Nhxf3YbicdRz4uSiemSakyEb+WGoAlWRJogjB1cEaHtb8/X8e8ZL+ZzciYv+&#10;og049KnH51oeos543iaWZQr9qsKH09OqbOkMTX0W8KbfByYpt07Yo5qBcxQK8VYKePPGtkoEJEbA&#10;mRVB49S355sQPk2ft3bGXy9S+LiqC9NF4wwcJFDA8SNSEXkP2kcwVgAArAWI49iS0tre4hikhjSO&#10;R+1jTV28aD7Seo53n3P3pLQbJFK4eoBYYqNLZODny+wDq8/Z21KjfeI2zuCqzM0FAn3c8mOUQFGr&#10;Jm/ZyTOCjSVBpQ4tJcIz3APsS23tjdmbXqc/lchDGRCSstM1NPUlVgv46WmUajNFG1h9CCbH2U3W&#10;1yX98LaKB/DUE0II4fb69A/l+aORSbpwCzV8jj8ug97b6jy3Y288TgsHjp2xWNDVNXBVvWUlE1Uk&#10;sbRTVeRYTF6eWRR6Y1Zipvbi3sFMXX9cd+Y+LLbYqK2Kow1dUUks2VhaHI0laYYpTLUQxzPIIqny&#10;qUKnQwBH1VrBLmNbi2cSX9sNEeUahNKLQgj0yPXNfl1mByb/AFeuuW5YrKRv3gDRkY5NT24qap9l&#10;amtadVadz93/ADZ+CvdNfU9s43au6ul910EOQ21VbFqZIsLjMZivJTVWHlqsniMW9PnMelp6nzKS&#10;0UqlGcaAoA7137lvi5moWelqqnb+drEmy9MlU1ZBUwwaIaVaAyl2gqtFaxi0lfppYEW9x3uVlsPM&#10;W2+LAI3gDmjfEUdeNTUGoJOCOHQ62SXmflfevDZzHJ4IbQFAEkTDz/ZT7AOjIZ7qb4gfzvPjLDua&#10;OeDK5jaU+cw+zN4pTy0W6uqt/otKchj8zQLURx1tEz00IqaCpR6erpyksbXZHB49rZzG7tw2D3Hh&#10;Kj7zF53G0mXxbsdPmp6yITxrL+oxSRi4kB5Uqw+o94/WvKst/wA53FvetWCGXFagEYYFR5BhSlKg&#10;18qNTLzeefYtn9q7a52eAJd3kaiR1I1IcagRXjTy4E0z6aHG8/i9vPYnzB7I6J7dkrKfM9Qb+ze1&#10;srGZKqehyIxVe8kOTwi1UKRTY3M0VTDUUcjqvlimR7AewT3F2FBLk62noaciio6qpijPl0yT1IY+&#10;epkJ5YSul1/BQ+xDu/Myi9utusbCRbeGRlUitCQaEkEeZqDn4c8TTpvkX20ih2ey3nctxruV5Gsj&#10;9o7VPcsYIPlUEn+Lq/LGfFTM/wB3tsrnM/T4uulw9DpxsGOkn/hmNhiMGPxUH28MkaPRY+MBiLeu&#10;1ifr7b3zOXekgrHxcqUkiM61MUiOHEbkaioJZBf9JYDVe4497ttp5j3KzTcLfZ5mtGr3KpIoPM+g&#10;xx6jzmL3o9k+Vubtx5Q3vnu3t99tyqskx0AMRVlDHtLCoqK9Gm2V/K97Yzu0aLfW16Cq3NRZyaaO&#10;lhFLHRGlp41Rw9QlQY5qigmRXT0qdTMLc+24b4eOeFHx851yC0t9QdA3JOknQQv1Ivc+0kN6I2SK&#10;S2IYcaggg/0gaEGvH59TRtvLFhvNj+8tqvoJbN11BhRgdQJFCCQw+Y+3ovm5vh1WUMW5qDI7spMN&#10;lcdTT0uQw81H9tWY3JIXhellWpp1maUTK3DoqqPzewKpot/KagvTSS0KL+2xFiblh/nIz+pDb2on&#10;3Gwvlkgu408JdNdS6uBzTI8jg9OzcnbxHbRNBQy8V0ilSOFMenHoom7fhJHBQTQZ+kp97z1zSVVG&#10;zxiCYrFB66ejrKLwSq/quAbAkfX2K+N3TS11LFUI5lVtSM6MFXWo5uv4P+39lsXJO13rfVWUxWIm&#10;gA4D5jP8uPy6IL/dOZtmU2e67ajSqKgadJp5EgVr8zx+XVYe8/iKmD3hmMOa7IYCvpNNSMbXrUzG&#10;COXxtFEsjSPM3pkHLEgAHn6XUNFuGiBJmaSFfSgBS+olODdSSfY02/kbfLMEWu6BrbzBFK4x3AE4&#10;xXGeHn1GXMc0V6ryLspeUKDqWnbU8KEg/Lh0+bc+Pm/8S8aUO68S9KIakvTapmlqBA+oozmF112S&#10;+hiACOCTb2s5tzYnGUMU89ciRSFUurKb3BYcFgQeD9fc1cnbHcNEbSIeJdINTUBpQ0HHzOPkesZd&#10;55W3/f8Ac5ksbQxxn1wa5/yU6P78fsKuFg/g74qr3PufGwplY8fSwz01IIXnhhWOOWZYElkWSc/4&#10;XP8AT2TrMdgbv3JuCrrKLcdBjsd56ifGYWrSJfvsZFUPD55qlgGEjqOSrX9X+J95NWPLWzbTtsUN&#10;ztkktxQCSVThHIrpC+Y88+nQ82P2Q5X2qzhut5tDcbmeMlSArYoFXhgkEVHlw4HrZLpOyMVsHrrB&#10;bCo9hboanhxGLwG8NzbNHqwO5nw8OSqKRIIL1tTHE5Zi36R/QlrASsVUYnKUCVNVXUkGj9uanMi6&#10;4p14kiBU6eGBIN+R7Cl6bnbZSgQ6OIYigI8uP+bok3Swm22d4I4zpBwRUhhWma5+3+XRLstXb/we&#10;6aigwm0Nw7mq55VqaPN1cfhpJ6SqKyU9bZYxIrzLJdhcaWvz/VLbuq+uaKhJyci1CSXWRhPoR7ji&#10;NyrEKWP0JsPZe1xHcYv3i8P5ip/Lh0U2v7/aalsHTOMceje9MYT5D5vJ08sCYzBGneGUr9rPXVsZ&#10;HBZjOFSQJbn0kgeyuZaX4u5vKQUO8dtV2Pkr5ko0ytJUySUUckpVIpZ3Lu8US3uW/FvYH5hSYxvP&#10;tMcdFGFNSD8gRTT9mkj9nUqbJuW9WywpJEXAapPmB65+3oeOwNlfzRNtYTKbm6J7h6w3WuLo5clF&#10;19vvZS01fljSQtJNjcZnKSX7aOeqiUxRNOljwGKglhA31/L+64zmMXcGzdztQ0leY2pXaWeqpZll&#10;X0NHOrPEy6yL/wBL8j3FkXNcTrc/vLbGtJUfwiXwHqDUo2oAg+VFqDihI6EW487R7Ld2toUM4khM&#10;mpWBKdxFCmDxzTzH29Fo+Jv85zuTeO4d2dZ/I348ZPZ/YXXuQbD7jpMcn8PqmrIAVnlhxdfNGwhE&#10;cZcaPRYgqSpB9lO7B/lud2bciaqwUNJuKiVPIFoKgvP4XTyKzIqhhcA/7H2Ivpor0L9NK9SBjVq+&#10;wimQD5Y8vLpNs/u7ybuknhC/SO51FSJBoyDQ5OMdWk7K/mK/HHdLUUGYzmV2LVV7CCnXeOLlxVFL&#10;ViZ4ZKePJs8lG8gK6gNYJX/Hj2R7dPRfYu0aiVc1szMURUm7PQVHAF7vqCHUvH4v7K7nbrm0l0NB&#10;U04VH+Q0/LqTdv3ywvwfpL2ORR/CwI6OZh94bV3DClRg9xYbLQyaSj0OSpKgMH/SQElLEH/W9lu3&#10;JjsnTyyxvS1kDrx45IJEcWe97MtreyWeeVAK6qg+hqPs/wAnQ1sERkqKMD0oWYMjWufqvBZTc8fV&#10;RqX6/Ucj3sQfyqM5HmvjJkcDuHMU+VkwPYWaho8PUyK9Ricd9jiMlSa4HkaZ6Z6h6iZODHqLEXK2&#10;9pr28vX2O3t7KLVIZyCSCCiAoaAEZLksa/hahzQVgH3H2C0k5+tt4lRkiFkpoP8ARJdc3eW8tK6Q&#10;R56l+fWqp/P03l2X1b2515muptn5TD5Te/WkeG3D2tj8fcLjI9yV+NyG1cflPt2ipszl6KppaeQC&#10;VJftZPSR9fdilCmRmnqDNkaSugNRMrQQxxsIoTYLTiVhdpY1OpgQCQTzyD7i/dL22s96vFbanh3E&#10;orq/AEVqGqCa5FC1MMa0JpUcbVYyTcr2sn71SbbyxQx5GgkUJOOBBqKE+nEMBq1dy53YG297UdLt&#10;7pzf/V296Dau3s9jd357IvStuTLpN93Jn0pYpHoXopcjDJBFUU5Equh8gDoyCsv+ab19ktyfHI5S&#10;mx33x633Zi8xSvEGkmgwtdBUY+pfi9lp9Taj+lUA/PBG0O4LuG1pcW6jSrIzD+lp8NjTNDpVMcKC&#10;vR9yPFDtm93NlPJpuJomCg+iNqSnyIJp5149bIP/AAn/AO/9q5H5GbuxX8Walru9uqBX5bEVCU0M&#10;Tdude5LGDMmjaAIkT57aE8NWsJVAZKecgAkj3rZI6xi09PMrFiQpAdQNTLe5Ujkqfp70Lmo1EGp6&#10;lSSJGPW4F7X22DkIKDN1+DWaOvakjxqTUsTPUqmQmVmQLGpcFhCwvb8+xHtd9ewWG6XViX8UIkfa&#10;CWHiMB5A8VTPouTQVIaFhFcYZKimR1xZlXljb/fc/wCwA+p+gHsbdrbe3ftzC4+sqaCp/vTu+plo&#10;ZskY5VnxWHnBeRpnlRDDUSiAs1iGYMn9PcscpW+5NY7XMbNjvW5uY9ekgxQEVDsKYagPlwIr0mO2&#10;W1kLpoQFp+wn1H/FdNzT0dW7gyxypSMWdQ6G0iKG1WDamW0luBbUCPr7Yt+dp0cVVPtzbNRTxzYu&#10;9JUVtQAXkkj0xSCnd9RCB0I/1x7GfOPPu2y3x2bYWRTbLokdqFmZQFbSScUbBHqPQdEV7JewljHG&#10;dPn9nWeCDl5H5Z2v+foP9f8Ax9hTidn5vfGQCiKVxIGMmRqy4hTSSwVZAoLEtewUH6+wLt+xX/Nd&#10;99LENcjCpaQ4x6kVr8hxp0mhWd3Djt9a/wCTj1Jd1jUk/QC/H9B7Xk3W2ytsUrjO5xa2sMTCOjp2&#10;ZJFl9JusQckFWT6tpB9nG58gcv7HYyy7luyte0wiAkhvTSBX9tOjVpreGImeQk/l/grX+XXBZGe2&#10;lCARcFvoRx9NN/YIVe2qSR2MaFVI1qyt9QzWF7kG/PP4tze3uI7nZ4tT0UlQf9WK1r8qV6SwbnI1&#10;BF/Zk0HlX9v+WnWW/wDUEW/2I45+o+n+xt75U3Vm78mW/gm09x55CgcJi8LlciPG/wCl0NFSTh1k&#10;P6SCQfx7KWsCNSrCZD5qM0/JakfnTpRJvtlCB9ZfQQitKs6LUjBBLMBjh1GnraSlXVU1MFOv1DTz&#10;RxBha9xrYE/X2oMV8XPkDuWSOLafT/adRNJKEEZ2VuWCESFrLrqKvH01NTRcEl5HWMD6sPaNti3S&#10;5r9Ftt2zDyWJyB+dKdI73n3krakJ3TnDa4IwKktdQD7aAvqannpBpivEdN8m49vxX8mbxCaRd9eT&#10;oU0D8Fw86lb+zS7M/lcfMXedJTNk9n7Z21FURowj3RunHPkjHIQil8dtwbhydO4JBIeEFb829msP&#10;I3M8tslxJbRRRlAayyLUAjzEfiEH5MAw4EA9RdvX3l/aHZp5YY95uL1lrm2gkdD8xK4jiYeYIchv&#10;wk1FUhlO3NgYiBqmuz9PDSp5fJVyAwUcYgRnkY1tV9vSOtlNijtqNrXuPfeR/kf/ADNyImrKaLrD&#10;HwyTsi02S3vXQylVLKrxwx7cmnWJtNxqVWsQbWPsr/qPv80jaI7anrrah+Y7P8NOnrX73Ps/GLdn&#10;vNwwlT/ixP5Yalfz/PoNqj5YdLx1i0VLnq3KSsL68XjpKmmXi5vVGSKnIF/qGI9pg/ySfmNRLPNU&#10;v1cskUyGKOm3blZKkSH0pNCU2ypbSx4OpbfX3V/bjmUo0xgtwQfKVSf2dL/+C49nLiRYotwviGGT&#10;9M1B9vdX9gPSlpfkH1nVhSmTq40ZXJkqKJoIl0IrsjSySBNel72BPu6/4e9ZfzBundmUuwe1n6t3&#10;hicRPHBgavKbuzEWXp8aiJDTYySePa0qzRx6QsBZi+trKT6V9qIfam83NDJzBBbeIqhVlWUrIFGF&#10;Q6UYFV4Coxx+fQa3373Pt9Zw+DsFzfSI9S1bdSM/0WlU/wCCnEjFOqTvnT/LB/lt/N7sPI92bgp9&#10;+bL7Vy1D4Nwbt6o+zoINwy02pxmdy4bIxyY6syscPFRWL4pJ4I18rMU1+7Qcdjs7JDHLlqPE0xMU&#10;YlekqquQmbSPIhgqsbRsFDk29QNvwPYc3D2Dnu9SWu7qtDqVWkkZST/EFjU0pShznqNtn++VtO03&#10;Us13tzSq7EMEjhRihFPi8WQFsfwr6U8zQl3N/IDyeRdqDpbtbMZCWlMoxOP7AxrU1DUKxcwpPldv&#10;1mX8AqI4yeKd0HFhY39o/NYLLZKqOidKemeSNFfyhiF5H6ItUlrn+nslv/Zrm+FPDhiWREFOxwSf&#10;sB0mn8/l0sj+8X7d7lNc3s80gunYlRJHpCqadtTqXiOCkfZ6Dv0p/Lr7z+OG0KDH5XqfF73z2Mpp&#10;JKltq5Gkr5MlMdMwdRXri55BIkRYgxlv8fwXHE7YbGUDUE08Ve8tgwinWaRVABYMiEuo9X59hbde&#10;Quedlhs425bupoqsSUQyAg046NXUz8ke8XtVzfBulrfc2WFlLRSkc0iwqaVyC+kE/ZUdVgfObpb5&#10;nUfcuH7ewHxY7f2zRY2oiqY8ngtgbgzmNiraenSnp5ZazEY+upVf7eP6ar3vxbn3xqsFLj6KY4Si&#10;WKqlBDvJqDWHKllYXsG/BAv7Csuxb1axSTw7JNbTg4Do6t88MM/lXpndNz5Zs9z25tv5ot7uNX1F&#10;4Z4nIzgDSxoacDx+XUHrnsXsftTcUdJ8wds9hUexaaKOOjwu5Nl57C0swMUktXP/ALkKPGqDWJCF&#10;WT1AhuDbn3gkw+abH0qfcquRQBp55QvjkKuGWKzhfGBbi39Peku7wWaos6pOrUY01KTQ/sHqSB6e&#10;fQsv94uJYNvnhnaXxCxC69T6eCnvqCRWhAznB49BJtrevxkxvd3ZqZHr+qi6nqCcPgKCinrcbU4y&#10;4K1VfEsct5ZSYZXQyFNLMh+vHuZLUJjqSE5SWAz6dLlDpRpbf7qWwJuf9ufaPx1RQ73SgseIppJ8&#10;6U/1V6F1jzGlnY7bZ7tZmTctDGmkA6A1asBRQAopjPnStegGHTOS7r7F3u/x1o9wvsKPJzVFD9/V&#10;zO9JQPFBJKKmrlnZJz9yOOSSAePeRpqOtPhJWYJoLqwuqkglbG4Nm5/23tNZxXdsJbqzmJZ/9giv&#10;7epJO5Wd9tFhcbtb6LQ5UAjgfT9nQBzbO7E2BnJ6mhmq6LJVEtTQRVEbzpVzfazyQVHGtgkKzQuC&#10;3+0ce8VZi1qhFFFUy0caG5SFtPk/wJbm1vx7UJdXptKXruXLd1BWvpTh/OnQN5ksbK/uTJslzFHb&#10;aQNMgrpPAmn51J8vLoWeku66rrabNZfeOxP9IeUqEkjoZspBJV02OA1uG0yRSCQI9ySSLE8e5AqK&#10;VJ1x0ksLsYQmhrGUkNb1Acjn2guDF9TA5KrdFa0GSR51HDhxFegpY79dJuj7CZTLsigRspFEL6ME&#10;fiND/CDnpTZHpfdGS6qyfyDxG1sttvKQbgqc5FnaSX7LFU9DWVkQEdLThhaSlM/ptq5b/C3vsTrG&#10;3jZEgSNtMLelfRY6uLtyS3Hs7iEzWrMVqgIoB654DgP2np7ZNsu7be52mbw7F3bt9A1aEDjT16S2&#10;9J6DO7Vx9bQ5DLbt3U8NJJlaiaGZ4/LHIgenSaSZg7IPoFUf4/j20UuEpxkTWgNNMz+VCZCVX1kk&#10;gEAaiD9Pb5vUKsfD0uMMTxrwNOPz6kS/5YtYLUySXqtZ+GWHlmlaEmhyaD/DTr1f8m965TY2O6+W&#10;L+F4yiijw88S4+NamripxCrRPJHIXZY5WIOtNQ/Hq59vApq77tpJplWk0qsUQJDlQP7Z0cDUTYX9&#10;lRvLtLyJllrAMBR/h/1HrH3b9g3beeZnn0O9styS7GnhBQxoqmucefz6MduDtboPbHxyoNrYTBVD&#10;drZDHhsjlah2nWSoqIdLuqfcCojdY3sVYEAj+tiOU4acxx3RtD3ClwDpVhY8c3v9PauFxZpc3U+v&#10;S4NagcSPt6nd9usr4w2cKL4qODxyDjGfPHRFMBna7a38Uzfly1BFksfU07NDTGOOaaojdDF5m4CS&#10;LIBwD9feCSRqOOR5X8zlikanSbFr6bC4UgD/AB9mlhc3G5TWUVldMkRcNq4UCkVFc5PDqkHJl2JL&#10;+Xd1QW6g0/Ea4OVoa4NMVz6cenh924/cE+3MbtQVOInREkzFaJjDHLDG6PIHeRmRG8qjSLXZrC3P&#10;vnjtqYPeci43ctDSZCPUpVJAf2nCvKEBhZZdSpf82ufcmcr310eaLWDbtw1RiRlkVwHFAGcmhpQ4&#10;IqK+WOsQvf3mrlzlvlnfhaQE3ECMxZO3NABjAOTk/lmnVwH8vCq+Wu0+8uqqvpDfu6tk4rfeWxmJ&#10;eDKmevxWUwU+dgGUnGKyNNU48meOm1pLCiutvr7EeogpsXTw4+ijWCko40p6eJQFSKnjRUijHLE6&#10;Av595T2gMnexr186nNm7z7pu99eymrSSE/tJI/w9fR52/Ry02KoY53EtSKdPPPc6pJ9CLPIQQLGa&#10;VdZ4+p9h5uHIGmQ3a2tLr9OQ11v9foCD7FW12wlNAvA9BCO3a7nXhSvSjiUqvP5/4qfYJ5upRnSp&#10;VmJ9PoFv6nk8+x5YRMF8I/D0OdsiYIYSMV6yeyj/ACXw1Nnets2tTH5YEqKBqiNjZfC9bBT1RcA8&#10;xinmYn829g/3k2xdw9tN7gZK+H4TfkJUqfy49Zs/cv5iPLXvdy2QwBmguYxXhXwTIg+0vEtOsM5K&#10;xlh/ZuT/AK2lh/vZ9kKp6qn23FuPFU1LNG1Hi6fPUqh5EWSGmlSkDKxbQrmWVRp5tovyPrgdZXUO&#10;3puaIGDxhZRUHJUkY+wMK+WD+fZjfpp9/m2R5bmsbySW7nGBIlaf8Zb+VPkwRq0zUc72Zlk+3Oi5&#10;K2I1ar2+q/T6+zQ7Ly393cltHcwqHOK31i4XamiBDHKQQpPJGjH0j7igqPQDwJYz/r+5q5b5p/d+&#10;52d5FRbe7hUFRQgyIB60+IE0/wAnWJm+8pjftt3/AGCaKs1hI66jUEx+IyitP4GFf9Kw+zpmyFf5&#10;Gr6eDxxVmEaM+ZbnTTymwc3FyEIIfjgN7FLcPYTYzdc+XwNdE2Hyu3jH5ovH5oquDEtKHeEcuqCG&#10;zqPq1zb2Lt45p0bvPuG0zabaSE48w3h8SM4DCpArUY6jzdfbgScj2lvvcFZ7O9TsNdJiaYA5wchs&#10;GmOPTZtGsWvkqopaVqGrNVVzvEwsp1zatSsC11by3XgcA/T2qPi13BDuRJtjZHJy5XcFBhEyDzVg&#10;RaquxtTIv2lajAgskMsoS+kDTYe1XtNzuvMW2ycv380h3qxVZFaSmuSBjSp9dFQOHCnHqEvvTezo&#10;5duLXm3abGKLY7uajJCSY4plXvXhglRqArknNOl1dgFdxp030k2shDWZH+hDEG4+vsXt/wCTxu14&#10;YM1nTHHj6Ketx1Y0jHxLTV9Nr8cxuF0MI2Jvxx7Enu1JHFyxbbg0CsIpkfIqAACrHjQdv7aHqPPu&#10;wbbcbn7p2vLUskgN/aPEV4VI0/tFB0GfdOI3HnOusmmzEgfdFFVYvKYGWWNJvDX46thqFkhViR5d&#10;CFeR9GPsIevuwsbubGV1K2mRsPVR0cEcw8TTQQGap8yBv1iOKJSTp/seni9l/I/Ntjv+xallBnj0&#10;VSlKUBdgB/Rp+ynRD7z+yPMntbzBepfW7RQPcMEcGqlXBCGvkDwPmCfz6FTHVhrKOjmdDHNNSxSz&#10;RcHwylE8sRN7EpIxHH1t7HHbxhxm0d1QzXEkxesoyZbBR9mxi1AsfUY5B9Lg2P8AsRTaQXEExcRh&#10;dMjsQM4dV0mgrxpTqFHmM90qkVUxqjcOIJx+3qRKjNJEw+iG5+v+8cfX2UvcMEeT2LTSx1VGK6Fr&#10;pTSzxpMzNXSyoviYgj1Enm1vz7VbSZYbrb7p3URiuCaNprhqHgB3Ek04jz4Txs3Lm82l5Pvxs2bY&#10;iaM65oAoQkj0qPKvHrsVERm8Fz5NJa1vwLc3/wBj7RtJk6nDYbF4uhqqKOaWHz5HXKoaoFVaJFpB&#10;rCSMzznnkWU/09+3jmCCLc4reS4XXI3AUqV+Fafma14U8/Lpa+ztvF5vG6yWUz2sBADBTSOhNPE/&#10;h4Uoc1+XWb2vesO3m27PEuBlTIZGHCV5+xlIEheTcbwCRXcBIQZIyAbm+kn8ewkN7sr+F4bG6WRw&#10;0zlPVfHZa/t6lvl7kG6i3GzvLmIxWtzbCslcHSiuKUr5MPzr0guwNrYneOBfDZosKGSsieYC/rCp&#10;KPGxU6grI7f7H2H3fOczORwe594ZCMRTtTl56bWjyVlQI1YRUqoWMhNWVUiwNifYF5juRsuzb/fT&#10;SVkMAGnycip0inkWP7P2dS/7We38O285verIJJLySNYmAI0AUV2PkAy0/Z1n23Li6CixW28UrGmx&#10;dJHTU4A/zNNTKkUKy3a4bS3Nr8+yH7YqctXbPeuqEenrdwzxz1STxrS1RVpV8arFJZ/EI6djfTYa&#10;gPcJbKbp9ge6uVIurqTW2rBNWAU0yaaa1NKVI6mrnqys4+ZrmK1YOtkojShxRfi4+rMelt/xv/eO&#10;PfJtpz57de2dv1bzRUskFLlciquhhMEJMssAlRVqNDRSKjBiVPFvz7D9/tg3bebHa2Y/ToRMw8tI&#10;AqK/MgV/LoebTvNvyh7f7tvfhoLs6oovMh3AC4NM1Boc0HWISakLgWAuOfrwbH2MPYVRRpgqHEWY&#10;zZStrcwkaMA3gpo0pqFdQOhFkWN259Nm59pOYb6O9neKDKNIxAHkB5flTo05Q2q92fZbG7u2PjvG&#10;ur/m4aDiB5Ba/n+aax7vXZ/K1KlWpqCCLFROL8VPk+5q0+nPjDop/wBqB/1yIfxGoMbl/wCPLTeO&#10;pmpc5X0lTWQytLE3hgpfNFd9K64pwyEoukFeDf3NvsJBafu/ebx1DTxXJSor5hRj9h408usMfv37&#10;9c2txyxaKSlobKOTSaVZ2aRamhPAAEZ889Km3qv/AIW/3n3Yzjtt0mGxFbVyrppo4JZJDdyxuo/Q&#10;tuSSR/T3kldSSraTmn6fhMaefCo/wevp1zI/eVxvm9bdZKdUjyovyANeJ+wHrxIH19tmxMitfU0s&#10;VIs+iScgzSBljAMhUIFIOkLGbE/X3GHKyXv7wSXRwck+lKE/z8upm5y2WxsNmuAXRnSECgJORQfL&#10;PUTU3ksR6STb/WsSL8ezEVMSRRusa20oB9fyOLn+hJHuSYWLkMx4k9YfKxaU627dRp8s8Opg559s&#10;n3WgkObWBte31/2/sw8EPpYDpesGuhXh1722Tyu5tcMtjY/0B/pxz7VRKo4DpbEiqPmOve+oFupU&#10;KGY3tyf99bj36Q5r5Dr0hAIJ4de9+FKGe6DQB/Q3F+Prf/X9+M2hKHj143BCZPXvbgsTRHVcFtJB&#10;Nz/jb8f09pWYNQMOkjyB+38I697znUqjUt1+oN/of8bfj3Wi1x03gmi8eve2+eljq0IZf1cG5t/X&#10;kf7H2pjmaErTpXFM1uy0PXvaMqcK0Bnl03UGwIJv9LD6gDj6ezyLcBKEj8+hJBufiiKMHNOve0Hk&#10;6YuZEdT9fSebj63/ANvx7EVtLp0FD0K7KYIqMpyePXvYcbg2zQ5OCpjqYw7PGyglmF7fQG3+t7FO&#10;3brc2jxtC1BWvQ02ne7qylhaF6AGvXvZRuwdsvtmq0qL005LW1MdCabgDUB9Pcj24h5lsnZowLhR&#10;3N5kedPzpxp1kLyjvY3uLWcTRj5Z/n172gYqmelo0eglJNyWTi36iT9f9f3AnuRsVxs9j9VY99wh&#10;oSftJ9OhY8KTXDC7UgEceve3yj3BWs8E8MnjlN0kja11LDl2Iv6ST9Px7gt97nuVEsg/UOGB/wBj&#10;59Fc+02yrLE4qnkR59e9jBtvc7VAjhq1RlI0mVSFIKjkFzay+1/iruFm1saK4QZH29R1vGyCHVJb&#10;MQ3p172rUEuPnSdG0xzC/kW5BuXJ5IH49ksN7d7FeM0b6RXiM/lmn+odB4mO8ieN/jByPP8ALr3t&#10;XYWeKxqoo7gOLn+jfm/1+vuWtt3qTe9vpM9ZkxmnD8ug7uUT/wBg58uve1fVUH8Qp0uoZUIkZQ1r&#10;k/69ufYO3uxSZZUf1PQet7n6WZwvGlOve05li8aaYl0NBIIze3EaFmbVa/FkP+xt7gXmNHjup1Qd&#10;9R/I1/ydHdiNTkyGoKn9px/hPXvdlvxyyUdZ1RggCjLS1eRg9LAsC1QebA3A5vz/AF9obgO+0bSz&#10;/FRwf9q7f5COp79lDIu37/akd0d4afYwRz/h61S/5/G1TT929T7nWK4zfXz0ZclrPJhcxkQVP4AW&#10;nryfY7PpdeLn635HA/J+v49khj+Knn1OschjNTx8v59a+M1Crt6UVJDbkarfVT9bBx/sCP8AeveL&#10;T6fSRb/X5PH+sB7sEAyOPTizFj38euLUbQ3U2N/6Fjz/AFuRcm/9b++MkZKFfqGCng/7cc259p5o&#10;WdCnSi3m0TpIoIIr03VNJK0TxAgCS1z6uB9D/Z5Nh7wQRiI/u8aj9RzwrK1vp9bX9s2NgIFbWRqr&#10;UUr0q3G8NwUEIOhR504nj6+nWHDYt4/I1Q2uQudJ/Col7fWxGrVxxz7kMYiAV/AHqB9Q/HINuebe&#10;1rRpktgdFsTzBuFfsr/m6c6qlUo5e0YKsTrKf0+hBcLe/A5+vuMJo+b/AF59RIDMPwpAJGkHkf6/&#10;tMJLaGuqUDoye2uJVB8IkU4ZI/bQZ6a0lpYbu0ixKzMQzqqEh3kPKh2DR2+pv+fcKpqIzKWJvyBx&#10;zYqPobXt7D99fQeIGD4+z/NXo+23b7xoPDEX7cf4ekrlstQRzCQ1KAL9IwdYUj8i1yiW/s/T32le&#10;EF0HqtbUSBx+OLjn3qPmCKFQgX7DT/P1aXlieaQmQ/lXrFDvihooYlUFgzM7tbQGAJA5XSbn8ag3&#10;uLJkCWLFgOf6j8eyq639RqdpQFrxx0fbfyfKYo0jR6jyAb/MOkrluxqGKeaWWaFBqUoWaKwIAdVG&#10;mRixEig2/Vb8f1gtk0FyZVA/4N/sfx7I7jmy2QnVdhfsp0K7L243O4ChNtkZz6A/5ekHku58XA0p&#10;NdBEhTSCNLEtqDAWUsTcL/t/cGXMRJzq1H/C34v/AIj2QXnPVktCJ2b9n+fHQ+2j2R367LadtKU4&#10;nNfz7fL7eg9znyGxKKBDX1LHT+hbopIABGkMVUE/8V9w/wCNLf8AH1/3i3+9+yj/AFwbX+F+P8XQ&#10;y/4Hnf6V8P8A0Ovw/OnSI/2Y6C/+cm/ztv8AOJ+jT/r/AF9//9C8RFCk3sbkGwt+Pp9Pz7y9t444&#10;nViwJqPP7P8AL1wkuZHmRVXGDX7DT1p8+BJ+XVdVNGsbO7DUGbhgWsdP6SCDa1x7dAC7Bv8AVoSf&#10;6Xt+f6Hn2JAdUNOIof8AY6CGYpGB8n/y9CetTHPjFCademNNXBuHEjyEKSRYEc/0uPba5sfr9PqD&#10;+ebX9hWdmWR1cHgMcM+fQtgVZUVgOIr/AJegxqmeJpI5LkI1nAGkmxtf0hSo1D/Ae+SKX+hH0v8A&#10;1t/r/j2ttY28IlfhyT+z/P0xcSIp0tg4+XmBx/PqZSJI8epQWViQPTdEAikbW4tpFyPqfrb3nWlc&#10;kFiSv1HC2P8AsVZj7MltqmOUn/iui2W/REdAp19PseM1yU88sv7LRhGEaqZCp4IAC3N/94952gBB&#10;0hQ5XSRf0lRzw31LXHPt6eHWp8PHSK3vHOhH+DWD9nrn7K9ONdjVZDLAtisTABSx1IkZYRhLl/I3&#10;0DH6ngc295FTRCEZgSyuGvYWFvSv4/N/8T7ppYJSQ1XrbyCS5Z4xQ0/blf8AJXqKkUkNKI6hw4Tk&#10;rYLZAdK3tpYfS9xqY/09t5UEXsLAgMWbSATcWB/I4/3j2XSRAo0ifERj/P0dxy6JFVqlTigFfIf7&#10;OemCSnEsbOoKsBqABOrmSS3Gs3AW39fryFNgckMREiswAUL6dNyp+v1/2J9qbaB6qznUvl0iurpB&#10;buqV1Fvz6c8bj55ZUZ0BgCCojkIIX0fVBxoYuxBAN7j3IksWFgb+kHm/HP5X02/1vp7NBw6JMgCn&#10;DoRKIaUAYKt10myqg03vbgL/AFPPvmFJUfn8j/YcfgfT3avz63rAWlMdNk+nzug0ofULWANr/Tmx&#10;JP8AvPv0h4sSLAcfQc2/qPrz79x68pBoRx6kUtOVeIsrMDJe1mJtqiIPFyf1Mf8AH3GU2FhaxPH5&#10;5/wJ9nC3zW9s0aVDEU6StCs0gYnK/P1/4roREyVTicY8VKAfLHMHcWZgumXxqqtqF+R+Afp/X3yk&#10;GkBdJH5P14JsT7KalmBPHpYnw09OkZFJLPUySFybswswGoqGIA5GoG3vDGup/rZfUSfwOODf8fX3&#10;aV9EfcMdWoGIA49TcjWimopE0kFtLXItYDk/X/Vge8rAaQyXN+eQPoBa1xzc/X23DKHUEMKdekj0&#10;NoYGvTXg8mK5GZNQXWQFHBsCSQLG/APPvg9jC6kWt6rn/Ej0/wBOL+0t+uu1uB/R6WbYzR39s4+K&#10;v+AY6aN3xLPjK4IRo8Up+uoHU1ydRvdbH+tre0vAfHWG4uGYg2/IHIF/x7giwJtuZCCfiY49esm9&#10;7j+v5KgIqJERTXOOAqf8GeiB7YmON7GKkArUVU8KKEBQWMnpVSLX1XH9b+3apb0p6VB1H6fW1yFJ&#10;H9Le5Q5k0LDHEFz/ALB6hnlNWN7I7P2AEVPDiMenRmO01jgw0EEcVnmjjmsqnWriOOFbj9Q0CUkj&#10;/C598qWNXuWDAgA2IIFr/X8cey7YIdcUg+XSrmid45o9ByTnFemTrmmjlx8yOpdl0r+pwb2a/wBC&#10;DYke8lQ9NQq1RVTJTQout5JpFiiRLn1NJIVVV4PJNvZ6u2SltRNEXNSMD7T5fn0HYrt7qNookLyE&#10;YAFSfsA49ChidoZnN5OkosLjchkquolBgp8fQzV9S+oiO0cMN5HJYgCynnj6+ygd5/O7459Cxzpu&#10;7eMWUy0CSMuB2ui5vLVEqAlY1hpJHCCQiys1lv8Ak/hndNy5f2FQdzv1aauFQhieJwF1enHVTqQ+&#10;T/aDn3nAK237d4FozDumqpUE0r5/tOPn1aN8fP5Qny179p8VnI9r0ewtqVPiLZ3f01VgxNTSFg8t&#10;LQLSyZOoMTC+qOB1NrHkj3WvvH+Z93D3P97tzozouv2/gK5Xgk3n2tUjB4+SkZJEk+1xFJN95WsT&#10;YkRzFmS/p+nsLP7mrURcvbM7n4azEAEHjQKa8fn+zrIfZvuxbRsKxbhzbzD/AIxGysFiIJqDUGmO&#10;3GScevV3Pxr/AJLPUHROSxe9+0+yc3vvduEqUlosftOkGLxVDkFczQOHrYa+sqRHydbxUyB7Eso+&#10;gdbZosPSVH8T7s3q2YklZ5X211ViX2lD5mcSmKrykDYrIzw2YqRLNp5uePYx5ah595jlhbc18Lb8&#10;nTH+j9g8QcflqJ86ca9HPMd9y9tNo238sqsl+Gp4k7F1AoatTUc1AwrAfI+Vkm9oO48vh2xnRm2s&#10;Rt/ImWOn/vn2/kancUcEURZddBgKYbhiZy73EienT+oLx7fN0/ITqnZkU0PXnX3Vm1GX/NZnfDf3&#10;z3FcrxIYKRqpHf8AN5awqX9ydHs9taO0krWcRAFGbVNIfWvEV+RPUYRLvN94Zvt7vJm/EsFLaP5Y&#10;wSPyPSV2/wDF7tTcyJV96/IXsndtUp0fwHrepj6u2lFEQCY5abGpR1VcGN9TokD6Ta9/Zbdx/JvF&#10;59Zxunu7f0lILiTF7DocZs7HspB1LF/DZWqWQC4HqYgfW/vyWuyNqa93y+aPPbGqwr+Q1H8iKn0H&#10;RuRdWwRbPZ7bxRkPKZJGJ9SWVQaegPQ97b6E652hGv8AAOvdomqQAfxTci1e68u78AyNks39/XBm&#10;IubSj88+03tPOdRb3r2/gOyuw+wKmJGeSfd26MlV0Dsl3ZpmecIPrqsSCf8AYezPZ9i5RvJD+7dl&#10;ubyQHPizEr/Mgfbx8uHRfunMG/2MDrdblaWsZxVIowR6ULEmvpQ5+fQlQ4vJ0kYgircViYAoCJjc&#10;NDGEVLeiLyzyJ6Q1h+3wPZpsJt7Z1FiEqM1U9U9ZGSNTDj8dtul3Bm1iYK6moqTBMVnAsCBIz8m/&#10;F/Y6htNrsYxG+27faVWlI4o5HpWorLQ9wPHJPEefUf3e/wBw8hK3e43bAmveYl1UphQaUPy6R+Vq&#10;c3FkBTYnbm5d1WLyzV1bmKTC42N3X1RwiRoZHiuvEaw6FIBF/r7C7dfX23txVFRHiPkPlKSOTyeO&#10;GDBTUlGGbSSkKwOVWO/A+npH09lVztiXJYQ8zXSRnyXtA+QoOHRjb81y2sEPj8tOxpx8RdVPngEn&#10;7T+fSmxdZnig+72XDQsCLeHM01VJpCg3aSWlprte/AZh/jz7D+D4vP8AdR10neGOy8TpJIn3slfT&#10;2nvZFkUwOoCj/Egj8ey9eV2WZHO/SywgcG1sCfmKU6bu+fBOPDh2SWM1yaI2PsEn+Hp3TNVRDeTC&#10;5CJlfRYmmYMLX1KROLg+wgz3xV7Jq8xVDE9g7TrImlcxSDL1VONI0sPRIkQRfrbhbn2Wz8o7nPK5&#10;h3C3JrxJ01/zfy6EdhzzscFsnjbfdAgZ/SY/5x1LTJxePySwVUJsCyvE76STa1oy6nn+l/cGn+J/&#10;yBp0Wpx2ZwNXJGzkCLcVnYRu30SVwND/AFHNjf6e9f1L5kVDLC1uxH/DB/gNf29KDz/yg7aH8VCc&#10;1ZXFPlQD/L+XXA5nHhiHaZSRfU1LU2te1gTEyj6f19zqbYXyX28lS9VhKipgx8MlVLJT1kk2qOFd&#10;bhPAxIsqk/gC3tlNo5ttmLi1bQoqaMSPyCjj8+nX3jky8CmLckEjGgFaV/3qg6lJWUEgAE0A1GwU&#10;uikn+lr8399YTvLNU7CDLz5ahmUhXpcjGtXSauQVaCqEsPB/Fv8Ae/aq13xpey/jYUxRgTX7Q3Td&#10;ztMY77F1B9VoCPsK0NfsPXOSho5gddPG1/zYqR/iCCrKf8RY+zDbA7mfHZWgy9PR7d+8ppllhqaC&#10;EYGVlICus6YuSjpqkMpOpZkkRh9VPteYduugHghhSWoIICx0PDgukEGoJBqCAagivRaz3yaojNIY&#10;+BDktX7NdSPyp0iN3dc4LemEyG3My1ZUYvJ00lLVQTS/eERyMv7lJPkYquaiqYfrHLE6uh+nu1/B&#10;di7M3Jt3HVC46fIZKqjhNfiaKKGsolaSBJJGlirf8gp4ZJmPBuD9Av8AQI79zRtdvF4EEc/1quQU&#10;jPYSAMkMNCqSThjkjCkA0GGz8pbluyIzXccMIQHWxKsfmCg1NTAoD1rp9rdK979Wdq7oipN1YLCd&#10;cUj1T4Ldu58jmsTuGKlpK+VoMfSy7eibLZirSjRb6YQFYAs4OkMrMb1tjrf3i2bLkdk5adDIDgKr&#10;7SieYN5X/im3mepwmRiDAjQiQswNgwOoeya5ubDcLeCOe3EaOtTjAY4qUIMTUPAgrXyIr0Jo9s3O&#10;zq6yLM8A+McSBwCuFElaZIYv6HGOiB9p/PWhTMN0V8odvbJ7+69Lmhan7L29HuSWDGV8s0MM+B7B&#10;jpKbemzq94IA4q5jU+JkXiwKFRUnY25NoJDF2NQR5ChMogG69t01QIKdQHIfN4WQST41iALtHJPE&#10;SCA1yF9gHmPk+KKNru2iVYznWpJTypq/ErHPCqj0HmN9i5ge5rAzEPQUV6CQkVqBTDgmnA6gKkjh&#10;0Svtb+WF0J8knq8/8Et5z7K3ouPfMydA9x7ko513CrMTDT9W9iUv3FHuBzISv21cKeoXUGbRDcoM&#10;9PXUeUpqevx9XT11FVIstNV0k8dRTzwtezxTxeiRTb6j8+wjbwPaIUJBqmKZBpwINMj0Pn0JIpRK&#10;BKoKggGhFGFRUVBoQaeRAPy6pO3NsXd/WO6dw7F31t7MbT3ftqskxmd27uDHz4zL4uvgI8lJWUNV&#10;HHLHKgYEG1nUhlJUgnmW/dIvwP0/T6D6e3CAbcErk8el8WrTrB7Qek/KqCjjMi3LNyF1M5Y8euK9&#10;iv8Arj3wjgC1HlA5ETKDcmwH6Rzxfn8+1D3x/d5ta4qMf6s9JWhH1JmYgLQ8eno7hqG2qmCV4vEu&#10;RjqFhMi+l7sZH8V7xgj+gA952Ok82sCP97t9fejGZYCQe6lR/h6ZhPd28Dx6bmiNRSOHF3kjIUWO&#10;q7sJGVCLMTq/2I+nvnOivCbC17IFvyWk4uP7Rtp9zr7LXDwWd7Z6GKGTWTTAwBQnyJzQfs6x994V&#10;17ra3FasEUfkMn9hP+Tqwz4HZSpo483h44tRnraqsEhW6wssEcahxa7axAAoFmv9Pr7b6AaFnshm&#10;eQnxRqxuwJv6rfoIHP8AsPczcwLHJFbyXF4be3iYMz+goRStPMkDFD1Ge3SmNtKAajxB6Pb3pTxZ&#10;H+7dTW5NMLhMIsBy2VkpwGSdooUWAyx08tR4qqapIOi7WN/oDZzhTxo0bFSxia5Sx0k3XT/W6ng/&#10;63si8NZ51eJX8IShgMg4GGNcEVzQZ6X38haErQA6TxzXHlTh+fQD0uibPRZOginShiz2PyVNEwrf&#10;I6U8IcVBqarw60fRYaRquwv6vbNLShJUKhW12jfUdJBVrkgf1J/HsbpMWUg+WeoZu5G8Z0cEaW4H&#10;H59XEbJzpyW3y1yixLSvEkKrMPJ9tGkySErrX9pxe6rb6/4++aQKWkAXSXRyPrYG2ki30/ST+PdX&#10;f4GbNCOkMknB9Qr0/T18ka0bvKHSCqgS4CAFdWsaCoGlfIovawv7bfQDNEWVNUMguzD9MYaQn1f1&#10;0kD/AIN7UGtY3APxD/D0R3oJ0mhrXoyO3GdoqGqRHfxzU11VWYnzsisOL/pJJP8AT2hoz4ctSSIz&#10;M5cgcCxJ0gi1rE+xESHs5UI/D/g6SqSY5BpNBT/L0b6rjhrdl5OKousa0hcmxBRY1LRng303v9eD&#10;bn6e37PZBaHWHDCTQDYrcWJ5uT6rgey7b7cz6Sp7eg/Pba5MDHUXpqgly2IgVGRoaWZ0DKSS4urK&#10;fT/Uk/4e0HDWfeeokMGY20jnhjwR9RYexE0HgClaHpLJEYO0mg6NU1A1IkaBTr8Y0gh7A/1N7mwI&#10;59xKmM+Oo/oEJtzyRqt/jx7eiajRivEjrySr2U49OlGreWlR1VCzgFgTz9P68Cx9gDuP7g1NTAiF&#10;45ow+k3uty6OBxz+DxyB9fcibb4YjjlrRlb/AAcOhNYiP6czPhw3njz/AM/Q7YlUSOmmDKDEQL3H&#10;1VLA2vb68+w9raF4vQ7enx6VCgNdfzY6dVwf8fx7E9vMj9wXIPTEsqvMXPxE1/M/y6XNNOHQFQQb&#10;83Vrk/quP8CW9ir1Qk0edx8cbiNauUUrSlvHeMqJGBIsL/tf6/HsH85PE233TuCTGK4znA/y9GNq&#10;GlVIVI7jTy4VyR0Xv5JZChxfWO8M5WUf8QG3sLVZiGjEYmaWqpoW8QEd/SxdgNZ9MYYk/j3bB11B&#10;j6WiMLyeVpaSNkknKyN+4GUpGJAEQeoG9+Lce8LuZ7q7kkSWaLQv1BWg9K4qR68PmTT06APuLy8z&#10;Ov0rawpHD/MOOetStflHvbJbugy+fxeN2sTviWhrKfGLJFRw0jVcH2/36wSSCVlRSGPBZpBcWsQG&#10;O+OncLu3INmk3Xu/b2UEU9OJMHlIoqI6SS6SY+rgqKKUEIAzMt72sbW9mMW6bhoihEkiRqBTw30/&#10;yowJqeJU8KeXWPlxfhbiW0ewgbS2TIlW1Up8VKgU8q0rU062Wul+59z7b2ZiaUYvCZnBTUdJVYp1&#10;VllkoMkgq6aokrEmmlk81PLqH7ZVVYC/B91s97fFrvPb8sm89q73r+zcVTE1FTga4tS7ip6aWV5H&#10;kx9LGxxlYkKv6kj8UpIP7bACylt93C0mjnkmkuKHK0AbH8IWlQMEmn506mTl3ZLPcOXy7bOkUTsV&#10;DodVGA8xlgCfOtK0HnldbX/mC/HzIdxSdDbmzB2Dv37JKmjkzktJBtfISCzNi4Nxs8EFLlwrKUpq&#10;iOISrIojdmOn22fD7K7jHatLV4alq4NvZnDZTG7uhqaOoSGCpo6WrrKOsLsAafIRVsQhsSupZGU2&#10;HHsv9yt82eTli83MTmKACkgB0sWUjh5sS3bpqRgCo4AY+1Ww7vLzhY7PHamS5LsEY10hCMqxAIUV&#10;rkjHl69F2/nfTdbU38vHtrO9i5mrxcW2cpsLcG2/4RWwUeWyedG9sFiIqLGxSzxnILU4zL1OqFWv&#10;YCUEGIH2eHuLrum7T2tkNs5PCwBZAkuNy0VZA8lDNC6MZJKeoEDBGCg8XYEXH5PvGjkzmHlvbmmQ&#10;72q2c0pY+IKMryMACwomPKg1Zpmp6zL3rlznjcN02qG/5UZ5bdEj1xuNJijWrZodVASamnoetWj+&#10;WJ82/jj8Htz5DsnbXyyykG1961eUyHYvSe9uq9zx1eYy+RSoGNrKDNYJ8rj6SvoKtiglaMJPEAHH&#10;pBUiOUm3B19tOp2hRblysuKw2RmqJaeiqZ6MLH5YFmo4GpmM8dMyJa68KXZvyxOfPL/ttsFny7cz&#10;XEyNuNxBr8RlKsUah0UoXC04aSCpaQihB6lzcb/lTYNrsbOQWsV3LbAIk2l2Lhfi0MAtRilOPWzX&#10;1xsHrv5SdwUnyVyXTe223HufauEooN0V2Doq7IHCxRVFXhaysatiamWtT+IHS0i+QRogvpAHsPsD&#10;X7nytTks5S5mrx2CxFNU1EePVkqoquKAvOpnqKpJ5hBqX1GyltWm4FvZAvtJyLfSXJvNpipCrE0L&#10;VY0JBLqQwxT+kPOpFeubnuH95D3T2ve5uXoeZSlz9T4I8AAIgDBQVU6gSRj4qDjpr1aNS9F9USUU&#10;CZHYm3MnUGKNpKvI4milrXlMTK0plSGPwykSH/NhNJ+nIv7bOtK/sfcGYyW8M3vDM7e2dBPFTwzy&#10;SzrSMklS8cMFPSaXgZ5BE0aqVWxH1FvaiLbtrtbOKORFi2WMBYh6opOCSGJJJ4NStBx8oL9w5uXL&#10;67gsbvbodw5wvXaWaVwHk1Fas7sO4UqDTK0oKAdClSUFBi6OnoqCkgoqGiiWGlo6WNYKaCFRpWKK&#10;GMLGsa/hQLX5+vPs4WyKTND72uyWeXN4mfxSYNZKdoaiGGYyvLJI8kUcjLOxuFN9NhpOn64y+8G6&#10;cn/1iB2mJjeLGDKRWmomgxRRXjqFMUHrXrqR9yHl7nm19v3s94i08urIPpQ+nUqqT4mkGrqrVolC&#10;KiooOHWsj/OY3Z07U9k4ra+wMatJ223lXtXcOKqBSU9bTz47HtgMVWyQ1jLLmaGmhkMsixIyK6xy&#10;OZFVAtJscKlnkgCpIw9boU5HHBWx/p7g6Q293rMnbU/hz9nWen0rxuBESVxgigAHocH+fVP+3+28&#10;hsfHQ4/cDpXY6gdWpKTKpJVykRghlhq5P1GeOQqPUTx7j19Zl4IIaWOeOCGnZWMlNGt3QXDRstlG&#10;pv8AkoezG2MiRJAkxSMGvbiv2jpFc7bZyXBmurfWxBy1SP5n/KelD1zgem9xbm3DuxcPlc/uLP09&#10;dSrhs5UyGjoo6qKkVaqlknlneQIt0T6rp+n0FmvGZ7ccJ+3ydYJYGqZJEltyYFQGBdIUJf8AwHuQ&#10;+X+aJttgMd5OrgMaNpNdPkMAgn1NCeo/3rk3bb+cXFtaMrhQCBQDV5moHA5pXowG8uuOlVpGzHWm&#10;15cZlVwtLS12HWqWSn/jhqJoMncSTTy6HkKsjEA/mwHtdpPS5GNjT1LeSRdTwk3BmVbahG5bSdJ/&#10;AA9jfaudLeyvIL3aroKxDEqNRqaCg0NQHoGbhyYViISz0SerLin+mA/l/n6KbSdg796pzkD7qwcn&#10;8Hx9YyJk6ajjklp6CR/JHSVLQSIahC4BRgQbWI/qS2977SzNFto7kwiVdTNg6X7eajokkepehmLx&#10;zmKJNOoRM6yfUGy8H3kby17rbdvGz3m3SBl3SQ1oKUZhQV41pQ8R0E4uXbotLFKgKFidWaVGceWa&#10;ADq9D+Xt82esd/b5XrXdFdjsXkN8VE+XxlZlGpYaCTLUqtUpS+Sod3WaqiR0WOT9dwn0svsmdd8k&#10;c7sTH1B3DT1dbT1tLhwIqWVknp/DSNHVVLJIwaSQyclOTq49pfdC4uNm2blu/wBzXsuLdG0oSW0l&#10;FOr1pXz6Cl9ypb7jch4G0GJpBUjBzgZx1di/R20MxVUdfRxUtO1DNXyRvFSoyTpW1ElRGur1KYwz&#10;tb8AHj3Lz3aFfmqCCB5JhS11HBUxGQFRWUtVGkkEiHgKdLi5/Dcfj3GImUxoRXwnUMtfMEVHH/J0&#10;HYtlt0kMugeJE58zgj1FafkR0r8FsfEYaqappY4llid1aSOBVZZANEyg25j1fS/sC8xnMgsnmEst&#10;RSxsY2R3MkixCx0yg38twDyb3Huy38tvQhdaeeKGh44HRg+3LStKMMjiP+L+w9CVTwQ20qkaC39l&#10;VW5DAgcWuD/T8+zk/Fv5MVnWUqYfPNPnOvq27S40kS1GImkniLVGPMsmiKKMqSUA0nm/59le+8tQ&#10;8w2Zaz0mQoRRjTgCAPtFePH16irnjleTdbac2LCLddJo9KA0BIU0GRWnz8uiUfLT4Y7M+QxwW7qK&#10;Kl232ftethqcfuiCNKds1j4o2hmwG4Gp6V5qyhmiYeN3LNA63Xj3cH19v3a2fozuWg3TR5DEZOkk&#10;gpIIpUSrpC5AENVA7rLBIhXkNfm4BIAJx42Hb9z5L5pnu95uG+lo0aoNTN6r8XbT5/PrFyTkze4b&#10;ya1ktmjulNWajUb7DTSa/IVHn1U780Zsrhdv4HrGm6gzMuf2xuHDZmvqHoqc4irpaLRVvJipvGPv&#10;zLExAaPgm4Njf3ieOtyWa8dRRUlVttG0vPWLDPE4ZGEgd5EZVH0/tfX3NFpzVdX99HHBEBtZNO4K&#10;an5PQj+den0trjZ49ZvJY72teyqnH2U/2fPrM29etM71xVR7dqK/E9nVNDPVUeCop56DMY+vWG9L&#10;JHDFJBI8LVJAPo8dza/sGexfiz1L2BSVtRLs7Fz1Imm8E2OWGCrFOH1IWiWnVns54Yf7f2GuZ903&#10;La4muo7ZJY/4aV8/PFQDwFSPl1LPLvunvm3XFnFFuRli0ioYA5+bAV/KvTF1T82e+OoarGUXZGby&#10;22MfHSRmuXeqR1mMlfREUmira6S0UZUFj6mJF7X9g51p8KNk9Idp7b3vgs/W4yurqDM0DbcfzNFW&#10;U2Zw1fRKJpFK0zrAZhKA6swMYtb3bb43u4LLdvCSGWUUCAE6tQ+RoPkTX5Uz0OpPescxWN5y5f7Y&#10;pmDI3iVWgETq1NJGolgpUEcDxz0qflR8xN5/J34cdxrheucbmtn7ezGza8dhUFbDJBFUbY37t3Mz&#10;1uMx8skgqXP2yxao2AMbslmUsvsweBzC4aooq2YKKGpmj2puOo0xxrQZrGTGnw2Sqddi9NVUsghl&#10;clTqVfqAD7B3MW2LuFlt9yFrfW5MRFOOmq0YmrENGQAwwWES0qQxF/KXMMQN7Ysf0yviqO5iAc8a&#10;0qG1tRsaWJp1T785vjBke3sFk6DESfc782viK35CdG0H2pqqnfHU286GCq7b64xEEcbVRzW3sxRR&#10;ZihiAtq1wkAzFgr967co92bYz+2snHDNQ5rD5TC1kUkUbJNTZaF4Qp8g0nwySp6ha3jLXt7Y5Omt&#10;7TmO32S4WibghRf+anwEUPrxxkAAjj0It7N8Nll5ks+6bbp1fFSRGWxWnkD/ABYyB5jqtj4Idor0&#10;58senZ6R5MfkKndW2c/h51qZURN3bOq5pMvRWSQIItx4P7yBlf0vJNGPUum2t1P8V8Pic1PR5jLU&#10;/wBpDU1FKohi8dRLJTVEkDxgBQi6fFc8ki9+B7l6H25LlJLi802pJpQVY0Yg/sFOsnNigj3Sws7/&#10;AFUieJXp5HUurj6ZH7R69fRoHeNLWYyKqw+Dq6ypakpqqUPLCKWKKppoqmKUSqQ7xsrm50gAC9/Y&#10;57M6T2VtLcmLo8PTS/Y/wqpy+UnqHL1NTLQiaQR+oaI9fl0RhTbnV+Pcs8n8vbRtzLa2mow01ylj&#10;RmChjpBHmwAUUxn5mpXuW4CwF0zUVg6ooBr3N5/lT9vQXZntvdOa2Pna54oaXJS7hoMHi4qSL9uj&#10;hrHhVqmeZJZGmSnAaR9QClTZhpNvbRvXZ/Y2+Iqii2TtfP5RpDUy/f4rbuWylM1bUljVTRvSwPTm&#10;OiiVKeK7BQY7/n2O7/VDs9xJbbrDFvMqNpYAuAzVDsFUmlB2IPhIWuosSeg5PzFy7tkso3XerS3U&#10;Y0yzolB89bg5NTU+vp0JW2tw7N2jGj7l3TgMPVNBTU0NFmM7jKSthx0UUX2kdStXVQu1ROdU8jW1&#10;F5SLkDhGbL/lj90Zj/LTtfFY2umAqly/YGYjo6OEyAzeVMXhYc9lHlc3/XCoXVyODeBpOQ4Npzbh&#10;LrdCxIeWULEGJqTph8V2JPm2KnI6jLm37z/tDyz4sU3MBuJgxBS3iaVyKincxhjK0B7lY+WenuXv&#10;HZr6Thzl9zNIyxxxYDGSSgnUELGryrYeiiB1A3aQrYEg+zZ7G/lYyzVdLXd193S1dCsOmDaPV1BW&#10;YVRLIulZKjP5mlqqlljIN1GPjZgANYW3tfbbXzPfT6ty3aSO2QEKltSFQw8yxpqHz8MV418uscOd&#10;PvwbK1u0PJfKrCfX/a3cisAvoIIWDE+jeMRTip4loqeyt+Zh5aba3X8+KOqRf4xu6so2p1MHqkVc&#10;di60pL5YyNLirCj+h9jdg/5ZvxAoK6F5Npbt3TVJLFLJLubfmbOPMnkdBDVRYOfGCdJGF9ICckar&#10;D6mDcqWABmvpZZBTgZGDGvnqTw6H5g16g3cfvge6N+kkdh9JblvhZLdSRTODMZePDIP7euX8Y7Kh&#10;h+7z+48JjYBGzvBhcTStUsoF7wTZWerp1t/qiJFt+PZudmfFrrbEUUWLw3SHVuFxtCTBja+TZu35&#10;8jKsDlVq2rcrj6/LVFQ+m/lncysOb8e1DHlqwEUaW6l1HAKGNKebjifWpJPn1Fe5+5vuLzJcXN5e&#10;c6bmLiQdyrPJHH9ipGUQfYFHQUbv7u2DsuTzZLe24s7kJi38RooK2rqooGSFjJBNFjWosTRSK/Gm&#10;EKNXBH49mXw/XVUKaGmqMhB9rDCkUVHTwRmKGFV0LBHHFFEFjWMABQAAPp7Q3PMNpESLWz0jyzpJ&#10;/KtP9WeiS3tb+WTxJb5mkNCST3EniSeJJ8yc16Id2n84er9r1FVNt/rTNPNM9XNFl62VMOJXUIUq&#10;JHrXd2Zpi51oG+hPqI9qSj6i2rBJBVSY9mkpm+5WnlqaiKnnljAUNJj0bxVQIblZFcH+nskm5yvL&#10;lXt4LgaRg6NNRXyLAj/D0fSIbeBpXWslMNTIp8+PRHK/+ZN21vrMVO19t7qo8FjKmT+ET1WJx+Pr&#10;ayhpakNpNPnaimheCrYRhVkhWJxY2Y/gQKTF0UFPJSw09HSQU8CxwRQxGjihCSKSEWDwCxAIB+tj&#10;fj2SS3MzNE/iMzk5qa+WPWn2cPLoNXG5MG1qSzj17hX1oaj7TT7emOjptxZnMUGUyOVz+eytXkPu&#10;62uyNYcvW1izXgEXkyUlSSaZG9Shv7QvckXzaqeVkhjpLtp1ySrF+yVsdMYlUHxoQeSCCSOb+9aX&#10;WrvL58K5r9nRE1zKSKMdOqo+3/V5cOhxxO01wgqMlkNwY+m8xaOixk1dSrWxRBhqqjSGZZXlikk+&#10;hLINJ4FveR8VRKtPM1NAotoYBdbAG5/tREmwHN/x7oLuRvEjWQ/l6/l0rXcZEj8LW3GvE/5f+K6R&#10;EE2ZymdzmMpcxW1UbTNLCdJML1UCrHfVSVCmNZhY3BH09txpaKqcGkoLxs/jv6qNAOVuCsRdmccn&#10;QOR/QX9qfHnijIln7qA8dVft8h9h88cekj3crE62oTwIAP8AhBp+VKdDViUr9rYOoi3BuOJ62OnE&#10;0kYkOSnjjmDekUzTLJTlFsnJ9B5vce0lncBSY/0Tw1HgqySWpr1IWRZTI9nk0TRI0fp9JOkfS3s5&#10;2/cJrjMci+In8RAxT9hz0shlmmGoBNS+tKsPz8+hS607Ort1mQ4erxc1Tg1kiSDJomMJpJoxR0bL&#10;BDLVUlafPIWEkgVna9yT9U4dvY6aKeDUk1HURioGkyxzxiGcOA1RdnjfyKqhVOp7G3pDH2Yy7hcs&#10;Y2YFZlNPJgcfwilftNafbTr37xvLTvhYh0xkEg+VQKgdDCNxZColp6yqpmx2ZpKg0LkPHW0krVlK&#10;Q7CjMEZdXpxI2piEh1BTdygOSTCUXj1jHKsQVIYyXFVIpEQZ3eNlEj67i5sx/wAfdI7+UMF+rOsn&#10;IAK+frWn86dEF3ue8s1YrhmzmhI+eKf4KnoTNuVWIj8UE+TVJp42qZZJIRQhC04MdNDMr3jKliFW&#10;6c/i/tFZraJMUU2MnqsPO3kYKlRUT0bFDclqM28cchP4sAfr7ENjvZ8QpdRRzJjioDU+T+Z/b0u2&#10;/ct1uWPiSESjga6TX8qEn7a9LmTc21qcywZfFYbdmOAEUyz0GPGRWFl02jnqYmWrqINNjq1E29V/&#10;aJyU26sCyrJJKyEskUzzFqae5EiM0cylSNN1IfTyPZj+5eU9/jZbra7eRTxVolJpwocVIzWhr0Zj&#10;nn3B5WvFu7Hery3KNXVHLLoUjNRRqLT5U+Y6T0/xu+EvyRwlXQ7h6X6d3fFXqyZahy+xdp/x9SWa&#10;nbzulKKxGMkZMcsbNw1g3NvaQqN90stUq51MTGKaQRKsumknWR/WQUVxEUZbsGCk/wCHFvYW3L7v&#10;nIu4wsbHaJIZGq1Yj2gZ4KQyr64pnh1Kmz/ep9zoG8a+3RdwBUAmZTrIB4awVduFPOoxQ9FMzH8i&#10;n4WUVDl4OoMf2L0vNmQGMew975B8SqkuWjGK3L/HKVYzcEJEYkUekWHtX4bNYCvjBgmEMkxd9SPD&#10;PHJ4yP210lXIsbf1F+AfcP7592y+tJpX2rfgVqKpLEy4pRRrQ04VqdH29ZB7L9+CJ47Cz5m5UdoI&#10;QvfDMMUr/oTaSeINNVcHj1UZ3r/wmq7TiqMtmOnPklt/LyNTVNJi8F2Hs+uxYCZN5Z60z7hwOSzC&#10;RVfmb/ODH6TrJ9FrHqp2pXV+R+/aulbHoyGFIGLagg1sxCsW0E/k/S349wxzjyfvvKsjyXdhN9Ii&#10;YaNdakjizOtaD0DBfs6y+9tfeHkr3Cskj2verQ38tSUkbw5VD1ATRI1Cw41jLDIGD1T18iOqO6fg&#10;TsjJ9bdifGurhzM1NmKCfsyLHvuTZ+TgdWp/vMVnKamaGnPiOoLUR0tR/a0AfVzOOhjqpKxadTNI&#10;BeZ3sdJtzZifz/T3GCJDJL9SyaJnHEDAr/IfPqcbLY9ktN7eezujNJqLhaltDEfaSMn9vVYOc+QP&#10;a+6Oosb1bldy5Ci2fiZCsWMgpp1WqZZzJGkkq6DJCCtijFtQX829sNdg5q+vjqjUMIF06oVYhbry&#10;putj+f6+zV7y1giR5ZZFRa4oKMcZJ/wU49Cu0so5DLBatG8zGpNQzr604nHn6fKvSw2B8jMP1t1x&#10;W7XGxoHz9TUyy0W5Z6KNZEppIFV4mScF38hUsCQTb6G3tQTQVEdDJ9ho+6WLQnmPBsV0lRyWP59h&#10;O+3Oa9guDCCJS3bUfP8AzZ6BHu1Z3cO3bZtNoJnhYDxShatBkivlwA/l59SPhbuXq2TvGg3H3a8a&#10;bRpparJT0608Lxyuz1DPGsTmMO0jaQgNyTY/Xn3G+7kgho6bISo1XONB06Vs4Av9QGY3J559m21W&#10;134Uc02ZoxU/Mf5M9JvbvlzcV2G6E4kjgEpKK1a6GBpUeR7ft4Hz6dflLWdf747k33vLpbBeLYOF&#10;WmaV1tGsp8jlmWNZZYkLodXpIulj9PeKhxRoaysrXqDM0+gqGsVjUXJ0gjT/ALx7vuW82zQNaRqx&#10;kc0YHh/tfUfPqR9k5Xnju4LqRl+miFanOqma1PpwJr9vQP8AaHfo7D2JszYWO2rQ4eTblPUU9VV0&#10;ka+fKT1K0uqR2GqVpCYfSBbST6QPfdVIgqaceJ5fM4+ilkGlSdfpFgB/tva6xk+nsFQyaVUnTp+2&#10;uf2efS/mDmSK1UWUkDeK/wCIafOgGBQ+Q6TPXnXuYzWM3JlaLP4/ExbYx7V0lNXuI5qp3Kl6eHyi&#10;zSKW5U8qfpY2PsRdj46jiqq+ojS00aNOxZ2/zkv7SsFDauF/2HPuR/ZoR7jzLezojUt1L6s0Lv2f&#10;Ye0vjhxNKio5hff6sJeTOQzcW8ymLdpFjoaalH9o3HNA4Ukg44cKg7Bf8hHf25/kP8v+vdsbumqa&#10;7GdHbCyuUx0ilY4UpqN4Mbi1ZYzI80vmqyzXUtyb8j37Ozqokuw1GxK3AYi3Jt9feZ23oNKUGD1w&#10;I3lhFr0nuJ/n19AyhDaACDb88G17n/bcewB3fmAzt6r6VRVAK8KCRYW/HuSdksqAAcT0YbFZu4DP&#10;xPTmBbgewxapEpcsxtpGkek2H+x9iwReGFAHQ0WAoFGnPXvYU9lUH8Y2huPF24rcfOouCT5BZ0IU&#10;C59Sj6e0/MO0jeeWt52tv9HtnThXJXHD0ND+XUt+0W7Hl/3B5Q3gvpEF7HU4wG7TxwMNk9cXAZGU&#10;i4II/wBvx7puO9KrNbpyE1XFPHTvg5aXCyuVSnyONno6mXIU0RlMKLkKOugQNDqd2u30HHvl5dXA&#10;bcbuQyPoMRRB5MpBZwM5KsBQZOGHlTr6LE2HwuU+Xru1hVm8aOWZqVZHqFQ+eDGzaicDB456gRUs&#10;VPGyx2BMvlddTMdZBCmzElSUFvwD7H/bu/8AMZn4w0m46eCKDc3XuQepnpGemdQtFkXyMcET6/Ej&#10;1VDVSIL30iO1vp7U7dukkvL9pe29TNbSBiTjMZDYHDK/LgK+vUL7vyxbbX7x7rtbu37t3KAlSK0N&#10;UEbEk4orKDg1JPr0l6uhiTcriVXNPl6GWEhEbTqkjMEgkdbHkqGHPGoW9um/8zFtfCVW6dvzvVzV&#10;mGyGfFDC0dQIpkx7zRU8UYJikeomlsF4DA/09izcNwnsbeO+t21SMjMKHhQHgBggnA4g1p1ve+Xo&#10;d62u52ifsUaEJYFSAsimprQj4a54Zr03bRq8lVVmQospSLD/AAioFHTVYi8clckbTRLNJ6EGnxAH&#10;ji9vz7Ld1h8qD0dL8Ye591YYS43fcW7+ht0zwoVnxebqN11tNtWrqo3khi+ymWkSSRlLuviYJG35&#10;K+VebH5b3jkbf3jbRPFLYy+bKzTFY2NeI+GteAWo8+nuffZUc9e3XPOx7VMrTWs8W5xA1IZY4KzK&#10;AK1L0fTTiTTyFHSSb+K5LP4CaeSlkpZ8bkKWVAPVRVVLBGwYf0+6ilUn+jix44PF8iOx8J8kvhp3&#10;P/DDW4LLYn+P/wAQkp65YK3B1m3KieOCqSd9LI7xrrYFuEve3ufOd+YbLn32m5nd4ylxaGRWTHa8&#10;UpCnJNdQGAeOesIvb7lW99sfvI+0nMNlDHNtsk9ufhLa0nUq4IpSo1D7OPTphqObFA0NVVPV6gjU&#10;8zokblfVrQqj21I1voPp+fdNvwg6n7V2BFmN5Y7tPPZabfNdQ5ytoclXzZKu3DtWn2duoUL1Utf5&#10;ZPPXVivLqhdiUhhF/Rxjd7Y7NzDtd1aXm2bg6m5Uu0YNDND4E5UYFX1MGAI8wuk1p1nP97f3L5B5&#10;85d3HYrrl6v7rv0gWR9IEVybi2DFQh0lUFFo1AKtVfLp+VUUjSmmwIFhZQCbngcWJHu9DLbf7ErM&#10;/wDHrsXZedH8LqdiUuB39hauuZ6Orp5cLLPFWGCUmCOvpqk6dQs1yAeBb3mJNsPML8y+3fMWzXw8&#10;M2XgXaFyFdfCDBx+HxAToHA6qVwD1xk27duULXZ/drkzmTbaXo3R57GZEAdWE4UpqFCUK0NCdIFS&#10;OPWT2Rb5Ibh3LiOu9/0G3sZXTbjztTT4OqyFAJhLB91VIhWlij1GnJpmIBXTbUBax9hr3Al3yHlb&#10;eVtLGSW+uWjhqASQGK14g6calqtDVhnrNz2i3LZLqbkjZby7jGy28RuHEhFCFBfQakawXpUsT5jr&#10;FoDSBzpNhdeAGvYC9xYkWP0PHPthkwndOH612zl8dUxLisRtylpKzGVFGkmdlqqelppIqiPIGN6m&#10;ChohTMGVSl3uLNdvZdzTsPOm2W+z3uy30R2u329FeOhMxcRgFlcKSFFGwrAVyRXomi3v26vuauYt&#10;nuo3+tvL5nWRJALfTqaqGIUVnfUCCa0FKUx1l9mE6CxEbsdx5rIV5yk23aegaOrk9MFNUmnyqU41&#10;6IZGStleQsCHJstz9Parkfaw5vt0ubqX95GHQVeoAVz4gWuBUsamgDVx0q5t5yt7AWm2QrHHtNrE&#10;7AhdRYoFTyr8SqFArSowK56gV9O08OhFViZYmIa541aWNuf7DH2mflpvXAiXqLrnG5rPPl945fMp&#10;FLSaJw2Qw1NQyrHVeCWKahgnesBX0SlyukWvf3H3uo8lzccs8vpLOJ7mRqNQjU0QU8BkL35B/gPk&#10;D1Kf3fOa4LuPnTnW7sVTZ9rslkIbD1lLpGoB7W7lzTA1CudNG7D4hqCorqmQRB6pk0iK9goF25PI&#10;ubeyydg025aHtGaGhQTUCvgdv41aeqNVJ/D8e6wVdVUQanjp18tMxcjUzGQXJ49gDeJ72DmG4WzD&#10;vbxiKNTk0WOgzxpkVb7c46kSzm2S75P2wXild5nuLi6kJUAlpqsiKT3FVVgBTApUZz0/i1uCLc83&#10;4/x59jBW1z4re2YpXAjqYRt7CRFSNRNdjqerkSMMLk6WUmwvb2++6rFPvLugEwEcYockFGagz/EK&#10;4z5HHSa/2iTdYeUtphDtbtM1y404osoQ1oPIEj5fb1DimjaleYkCNfuHJJ9JjjeT1ar206QDe/tX&#10;drUj4qg2tuU6ZVrKqvooKYaAxoMMaWhL6WW1pqtyb2Nxf2GZVkQWt2UAhLNSnHtbQT9hqfl2n06H&#10;9xzHbbru3MvL1qCosooVJOKM6M9F9aKMVzUjpi2tC0VK5e/lqD97MSCuqWtkkqW1CwAkjWQIwtwR&#10;7MV8GMRMmK3YZqWmRIM26QVkSjVPJJJPNUQoSNYjprw3vyWfkfT3lN7BWvg7JvlvJGoj+rBDZq7U&#10;YsPQAdlfPPljrl19+Lmhd25i5a8OQhPo6aDTtVQqLXzBJEmD6dKr3YZUxLU43LJKwWmgp2aVmbRG&#10;ojRSxZwVC82+pHudt3mS3265kxq8Nv8Ajp6w85VsJmisZoIz9VJc0UgVP5DzwTTj59YJH0tzfjkf&#10;7xz/ALce2nqxKXI1CxQSxFYgxIU+kMdTrpdTZmA4PuN+UrmRkvrpiSaD8gSMfl1JXPm13VlY6XQ6&#10;2XPxV8vI9RZJyG5NufyAP8Pr+Pr7HPI0nigmdSCyL6ubg/j/AGB9i61mJkAPwnh1jPd7U0NZwhoT&#10;njx6lRTB7D82H+9cD/ePYc1zkPdwPzaxH9f9t7FNsAVHTlqlUAGB1n94IyZY1FxfUeOL2v8A4e3C&#10;AjMaY6ccBGY+XXvbnTKACv8AgTf86v6X9o5jWvSGdq5pjr3tzhgGn03A/Gvg/j+vtMz5BPHpDLJm&#10;vH7Ove+ZgBBuOR+eR/j/AK30918Tga9aElGFDjr3vB4mW+oFkJH4J/2w9ua1NDXp3WDTSc9e95Yk&#10;TyKun6j+pFuPz7bckivVJGNCT1722ZJCNcIiLBjqv6rHi4H+8+1VqRh9Y1f7PSyycErIXAI697DL&#10;LwBWc6bMNVxY3BuP9v7FtlITp7sfl0N9vlLKnfjr3tFV2OMoDp9XuTYn/XI/wNvZ7DdaTpPDh0Jr&#10;W98PtPljr3sL96bXg3DRPTzopeO+l2SzX0kWuoBt7Feybs23TeKjHSfTodctb7JtFys0bnQfIfb1&#10;72RbdWKr9u5iWifTFCszIBZiXHFj6l1CwPsSc47KOYtnF1ZuBAy9wrU1/wA/y6ym2G+td422O7Tu&#10;kK/z/LHXvbljKenaNnVw17M/NixADELY3+o94Qcy7a2z7lNGpJFSKnBqGPAHj0jvZpdQjpQDhjr3&#10;tW7Wfx5gRggQkeoSaivNzcA3Unn/AHj2X7deiKcsWGimf9Xl0H99TVt7MRVweI/y9e9mJieGfDyU&#10;TqD610yf6ng6QG+vJPtRuV9DdW8ymmWwcenr/l6h1kki3NLhG/L1697h7XyD0FecVkIyq1L6YrqF&#10;1JYaJV1BSVuRz71ynvUm3Xv0M7V1EU4Ur9vn0p3y0S7tVv7Vh+mM0znzB45+XXvY20xQQ6WUa0Jj&#10;NrMLKbC6gar/AOt7kHcJNRk7cny+3qMZ6mQkNg5697YM7RU6QT1E50oKedQoYhjJICBfkHkk+4W5&#10;whht7iSVgAGB8/P9v29G+13EzSwxRip1qT9gOf8AP172en4uxCDqejsh0tlKvQwX1OFkQMSbcqtv&#10;rf6ewesgfZLPURp8R/8AC/8AhIH+o9ZM+zpZjzCSONyeHn2xjH5Y61h/5/FTTPvfpOlM/jnp9p5e&#10;dvUp0RVGUnj/AEk2XWIr3sDYHm3sxpqo0FnsB+btZv8AaSLkXA9kMt3bQE+JIPsBHU9R7ZdXCloo&#10;zp9aHHWttW5nH0k4U1Wl4w59MflLaVLjhWOm5Wwv9SePcZq6NOAeL3BBB/1j/T2gk37b4jQ6ifkK&#10;9GkfLW4yqKoAPnUdMVVvrA05ZpZ5ZTqteMRnm5NtKtcAawP6+k/4+4zZKMA/Unk6i6Ko/PA4JI/o&#10;PZZc82WsIAFAfmR/lPR5acj7nOVJRiCfwgn/ACY+3pJ5XtXBU4Kq8Ubab6ppo10rzZgplGpgObfn&#10;3AmzCgW1jjmw1D/W+hv7D9zzxDEzEXCfyP8Ag6GO3e1W43RCpZyEnjUn/N0G2Y77xNOzk1cRCjSF&#10;SNFIMRtqNnUkNq/2NvbdNnFYHUxP0/SVB+v+vf8A2/sK7jz7bMTSQmvkKAf5x1I+0ex28OYwloQc&#10;fhc0/l0FGd+RdDIZnjnLep9XinihJ1PblDKX+h502A/1vcB80AeAf8LEH8/n6kH2Grjn6NVIjir9&#10;rf7PUmbb93TdbhVMqgJ9pX/CK9BdX/ItULGnhlc2aMNrQ2U8m9mKsb8ljc/4+4kmYnYm1hxa40i/&#10;+29kVxzveykmIEA+lOpE277udrbopu5EEY/pEkflpHQe5LvrNVbuYVZdQIuGQ3v+OPpz7jNkKp72&#10;U83vx9Pp9eL+yiXmbdZq6WcfmehPB7Q8lbaQ93fQ0XOdIOPL1/l0lKjs3dmRVliaqAOn9LOQdN9J&#10;Glfxb/Y/n3hvVSm3Nufyf97A9oi273R1ANU/bT/N0cRwe2GxkF5FkYDyavHy4eXTI8+88sXYCpJk&#10;YEnxy2bgelwsdn4/Bv75rQ1UtuDyD9dVrcc/S3tyLYt6uTXw2z8j/m6R3fuh7d7MpVYFBHrp/wAp&#10;PThRdeb2y7XjhqZD/aYCoRQCQOW8ej8/T6+84xkgA1uoP5Fx/thxf6ezuLkTdJV1Mor8wf8AN0EL&#10;37xuyRuY9ttwqDh2/wCGhpStfy6XeP8AjlvauVHlpai7MPrLNb6+kW0C5Kj6W5/x98v4aP8Ajqn0&#10;/wBUv+t7V/63d5/v2PhXj5+nRD/wS4r/AGI+Onwn048fh+Xr0p/9lY3Tb/NrfweW2tr3120/5r9W&#10;nm39Pf8A/9G8Eta9v9cf6/vLRpRxHl1wsEdexvTquB5I7q/Nl0svqIHFmAsBbgn250zeRVjbgWB4&#10;+pIvb/bexHZSF4QT6dBXc4fBcyJnOelviKgy0+kcsNGlLmxFvVyB9QB7iVQ9XCkm/JIsCb8/7f2W&#10;boF1rpjb5no32gkRhWkFBw9c9MO4kR6nUI2DM6ksbqoaOIwA/QhgYwePybn+yffCN7A/Qcf1Nv8A&#10;eGA9t29wqxuuRUU6UXMNXBPD8vWvmK+XWCkqQkLxj6hdH1kBt42Oqyuq3/dP4P09uNPMpQKQLqOS&#10;GDAqCLkEfkD2b2cwlRQAaAefQdv7cxysSwyfLpT4yrWWADTMfHCx4iZ/0C4uARa/+PvK7hdH01Es&#10;Bb8WBPP+uPa8Cgr0XAHUT+EdKeivLDMwupjVf86pVjfT9EfSf7X41e/cN9fr/T8Ef7f2yraiykVN&#10;en3BSjKcU49NgqWdqiGZSwZrAFA0YFhzo4Bb/Y/T3gEZ1Gx9JOoqbEGxY2HP19ftkRZPkPL/ADdL&#10;PHOhaHvC0/wGv20p/vXqD01GmAaRiCt28thwAAdGhNQvIhJPqH+p/wAR75EE83I/2AH+H0v7VoAE&#10;AAx0idgWNT3dKqnZFihVYlCxRxo3qPIRAlyOeTp/3n3idiFN/wBQ/wB8Pp7uoqadVGSB070y6pEJ&#10;4jINvz7zxyfti9gqgX/P5+tz71QZqeqKMmvTVkICKibSDcSIwP8AQGLVb6f7V74ygEIATZhqPHP1&#10;4t70pNBUZ62ooWp1lxcsqySmQXCsir9eNQsGH+I9xxcOo4P6rD8/UfX+ntwElWr17SBw49PfkNTT&#10;uXJKqSP1H0i31tbm9v8AYW98pHJNjbj8/wC8e9IASM9OLgdR8fByxFyASR+eLm1/qb2944iBqF7h&#10;uD+P99f3eYBlo3Dra9rahx6zZqnaqozHILISLFb6rrf68cjn3mdbAAHj8f48e2FVUAAGOrMxZi54&#10;npjxlP8AbARxDT9Sxt/sCbW/tD3ia+lh9fpf/YkA/n+vtq6QyW8yL5rTpTa0FxExNGFf8B6i5oyf&#10;Yyro8gdAxVeQI2dSob/Fhx7S89oa1SeFBuxsPob82/1/cE3cUsXMVu6xEkny44qP8nWTe1yLecj3&#10;yGQawoAr69tB0QPJ081F2RQGFAD96jlWLKyq9ROhleysVjdmNj/UH2FPZ/yC6p6tpjV7v3Zj6ORA&#10;oXHQypPXuWYoFMAZfEdY51kafcwbhZQ3cMM1zdpEoAJr1HnKXKnMV7LcxWO26oi+JGJRePlglseg&#10;8uPVxnS/8uT5R/L1cTP11sCvpMBUUsEj7o3QkuA2/FBKiuZoq6shArbogIFOJuTa5AJBdT81m3JQ&#10;ZKHq7ZGSzWeno6o7aiy1PU09JX1JR1pKysmVIf4fhRNpMk7soKk6CxHtJCttt0Uj7dG0k7KSuoUq&#10;3lj0J8/5HqQb32n8eS1n5k3qOOyVgsgjJDKh40JHcxFdKgfbx6st2L/I3oenzhs3333pt2k2rDla&#10;CXfEm3ZqWBsbRxSRNX4nCzV0VXNlM7L64o44qeUxsBI6qtvaMzWWym+NuU28++t40+Co/A1T/dHG&#10;11Rh8RToHZmpa1ZxDlspVIptKoEETH03Yc+1lkLzdooWlhPiN/DXtHrwDHNfi0L8+nrltm5GuZdr&#10;5W2wPIKarh9DFmIwUYao6cO4a2rWqAinRyet9h4nqDfOV6m+E/Uku4a+N6eDLdv7wpqLdGYqJHVR&#10;DWYrJxt/dXbFBFdpEeT7mdv+OSEafdc/YHZvxyxe9c3ktl7Uoa/J1LwxzV0MEMKTSU0IiElG0/me&#10;h1tAC4h0KzgsbsSSmb2w2i+3Ge6v70CVmBKg6xj0NQB0O9v90OZ7LaLbbY3lIQE1aq+tAwFCxFcE&#10;4pXHVw/VPWneVNszDYjtjsaOsylG9Q7DFwisnEcs7yJT1tcPtEySxpIwVpUkCrpBuVB9hhX9+VUU&#10;ckmNxW28PDMpvM0YrKjQBcGVme0ki/UNbUD9D7lbbNn5a2CCNbLa4VwAXYLqPzOSfsFaUpjqNd33&#10;DmXerqSe+3O5etaIDRBUUFFHmONfXPRgaDZ2JpYIIpjU17QAaZaydpH1aixsQfTGSf0XK24+nsLq&#10;vvFJoz90cdlfMGLI2MhEIbjUy6BHpZgbXv7NYuYYEUBVVomJ7dKkY4eR9eig7RvLgH6l1X5MQfz6&#10;UsVLDEPQgBsBe7sbL+kXdnPp/HtAbh7E2ZkFT+K7RwcjSelDEkiTBF9RDGKfSC/4uD73c7rt1wNM&#10;22W5PkQtD/I9LbO0323BNtuMuj0Yjj+Y6zgWFvfHEzV26ca1FtXYG3sHj5pNBztRQNLLDHbU0qvU&#10;OwVtP9pdPP8AT3eztbu/heKw2i3iQmviMpNKcaEsBj7MfPowmvXtnjku9zmeQChUEU+yg69bm9z/&#10;AK349qlNlx4bEAVPZjY6Qg+WioIESmMpbU4KQ6nf9xzyW4HswbYbdLV4rjmQo9QSqqStfypQftr0&#10;VT76ks5LWGocAW4/lUddNe4AAP1+v4+ntKVWR/hoFNDuaszk7FSzRUPkWO1lA1SAkn8n2Wm0jszW&#10;33AzV/hU4+VCa/kCadKoLtbjKW2hR65J/Pz+38+uXtWbU3lSmSOCu3E9JLqSMJX4oCBTqIKtpCko&#10;Lcf7H2v2+cOfDlvvDkrnXCSB+deHSDcvEiQSR7eZB8mz172LORyeQjnpafEbk2RPBUCJzNKqwvG0&#10;mm6uHdrab/Sw9nF414kkEFrudg0Z4uwVf+PA/wCTootb+2dZGutuuww9Dx+zI6xaB6iyj6cC/wDS&#10;/tVVW3OwDiJcnhs3svMGAq0lNiaijkqypXUzKmvURpBFrXufZgNk35rQ3NluFlO1eETR1H7GFP8A&#10;ef8AP0Ujm/l9bsWk9ncwvx1SK+n7K1IJ6xWiZtLIbH68HTwL/wBPaGgHclXMJKXHVIRZ1jYw07+I&#10;O6E31LZSoAF/ZYm0c0yyFkgcgHOnhX0wD8ujqbmTl1AFe8iDUJFVHAAEcSOJr1z8cFraEte/6b8/&#10;7EH2soqfs+mAhydVHTPVa1QCZVZCFOouqzAxgAEXv9fZmdq5ituxyAx/pDHQVuOZdjlZpoZSXArh&#10;aY/Kv8x1y8EP/HNP+SR7DXNbTn3VVvjs/S0XlaREmykrJG4jEhIljmU+OVlY3bi/4PtNNsl3uEn0&#10;94ijgC5NfnWo404fLh0YW/PA2+NJdvLMQK6QDQ/IVP8Aq8sdZAAosPoP8b/m/wCfcLcfRtBhYIZ9&#10;u7lXKSxhA0US+KXUqnWFjKgMgDH1C17e2t45Hgs7YyWO5LKwA7QaGvy8ujbZvdO7urtYb/bjFGxo&#10;GIqPz6792Tdab/wWK2j1/R4wSZPLz4LH0+Vp6MRPHRywRmGc1sxkWCmZnQGxLS3H6LXIxg5o5is7&#10;HcRawoXn8Vlkx8Ol2FCeGfXIx8+szOVeVNw3Xb4Lp2Edm8KyRNXDBkDAADPrXhTHr1TR390fvfsP&#10;enctbu6ti29tHF5zIVW0MjkppEqK2GsWmlL4eiVGq6wQBJIy0YWL1gGUXNj3bcrydqUNdoEJqYzL&#10;+oMNDayLngXZefx9fZ5JeNd7fZXTR6P8XBI+1u3+VCPXj05LZLbTyQCTVLqHcMA0wcfKlPy61Evk&#10;ntKCq+We6to088mbh2pItEqGKPw1FeWp6O8aRNoiSkNS9o3eQll/UfqWtMsuammx8iRlGgl0PNYy&#10;BHVo2WWPVolppgdLKwIK3932HcnvZmtZAPDMRIbjpJqPhOGVh2sCCCCQRnop3naY7WOK+Yv3yAEc&#10;RjNR6EHoxON6zq+k8Vjd54utqqbI0WYpFqcdRxNDjqrRHFWxQ0skABosxQMweKeJ0mhmsQSAQQA6&#10;13zP1v3pkeoa6bx7Y3bS1ea2zSPdkx24IofucjS0cjNaKgr6eMyJHa2oqf1aywBlX6LmOXYpBphl&#10;qY+J0vQkoCc6GILDVVsqa1JrJtjay71yra72lDcwACRv4kWoFf6SqyAnzIbo738yf4zbc+Yf8vbZ&#10;/wA59tY0VXdHUb47Ab63HS0kNFkd79XR1X8Ghq9z0VLElPU5vaddW0xkqlWMLHHUgL4vEsZ3tWo3&#10;4uNQ4+l1JU2/wNrj/D3W4gMQKOfPy6btyC6gr204evn1qQ5GjFKsyvqVY5dILizctxqAFh6fciKS&#10;9gfr+fz7KpYnBFBUdauYkGo17fIefSZamnUlotL3bULE/S/qvYcWHvtpFVvXa1/rx/jz7P8Abrd7&#10;iN40jPi6R9lD0F7xnifXG1F8vn6/sHS7wFDNkKRooYnaeLTIbjhVbRo+gvZmNv8AY+8UsokXSjeo&#10;iyfThvx+fx7nT2msZ7FtyWQDRQHPy6hX3OZJooJgpJCsaj7Qf8nR/PhnhK/D5/LJVgrSU0yzVEck&#10;6xROjagxCnlpVAH5+lvfPGR2qEEhARonIZreQ/r+p/p6fcpcySldtMkcet1lTHEU1CuPsr1ENqQ8&#10;x0Nmn+UdHd7wrim0WqI6UVckWexqrAFMlIQHYu7x/nRC5A5+oHuTAWllliBuS7DgAkBybAc+y6+l&#10;htrVdwcEF9JPl8PA08uJr0ZTqfDBduA6CHMGiwmOwueEahaqnoJHlZHdmko5VKyMXJWOxHIUAEce&#10;42WQU6Ur83ZivAFg8Z0+o/gk+z7a5mne6iNOwCh8iCK1/bUfl1Ge+ohnMiKBUZ6Pf8VMrUZin3dh&#10;aqq8sGONLVUqMx8j0mQpjIZfUSw0vGQPx7b5KnxspQHWCjXI4Aa+o/7AH2ZLGWUg8Og0FDKAeHRs&#10;qDDGZJPuDH9vJE6W4ctICHjUagbFmT6jn2iMkJKermqBKXUs+hACwKn1WIB+h9ntrokiRGUAgdem&#10;WJkVSMjo4fWlTDkdv0VB9tHHPHGkUkjCNbNGg5/B/pc/X20xL/ldNKxJtIkojJ9JBvqAT9PFh9fa&#10;16eFKg4aT0TSoKuinB/w+X+XodJZoXwuWowboaaWkWSK5cuschBU/RVBHq/2Htb5rHwZExSSx3Vo&#10;wY/opWwJIIHHF/ZDt909uCEehr0Hb52tzHTzr/LoOeiNx1mGps1QLUWeGrkKE3kje0gUmMmxBW/N&#10;/wA+0AcKMfK/iv4piSVIBsT+R+QB7Ef15uUUSU1DoqkuPqSFYZ6OrQbhfKUlPPUMpmiVYyVuPIDY&#10;cg/Q8+2mTVrluQSYmH0IFjqFrH/Ae1qHtQj1HTbJo0EHOodKyCoVoo2AAuy3HN/9gfqPYa1mOjb7&#10;ioC6nRHRQwF/1/j8n2KYbll8KPVRa16PxIwQJ+Gtf29L+gyLoaaDVpj+t7m/+buo/p9fYO5kCCdb&#10;oeJghBHAJNz/ALAX9jaxJkQZ8unlUNx49C5jm8kKaT9UB+v+0jn6e8uHylXitwbNkje0UmdZJBbg&#10;qRLGAVB5sJP949t39pBebZviOO8QVH21HR9syK7XBIyqgj5dwr+3pHdkYajzuwt84uqUutbtvJQS&#10;qp5ZXp34+h/Kj3ap1zlP4jj4hNJeaBRKkmnVInj/AM2CutboxOk8/Q+8PuarEQTSqqfouSCPtNDT&#10;0NMjoo56kez8O8Si93258x1qY9idSUlJ2PmcImPSsw+6XXF5ShkgBb7eaONpZKOoREaKvglhEiPc&#10;6XuSCODI3ZuHM43JPNS0NPLj3h1PHG68VRDamaMkNDGzck8i5+vtnZtrs7m1WC4uCLkH4iPw+XDo&#10;A8n8tcoc3bibXctxFru8zsVJNEalDSpFAxJNK+nR4qWTsjrDo7FRUeS3Hu+i2mhpKn7vCVE+YoNu&#10;wxyR0FXHPi5VjyEGJgV0meNY2iSNSUI1MENuLceVjw9dkSPFPHip6loAwsHiEbegg/jV/r+yi3vd&#10;qle8e1uDI1vKyAkaWoWQEAHz+fpXrKV+SLTlyTY9ltLdRayuhLcV45JPzx1U78f87tPvTurN5PPb&#10;pyW4skd/VODxGSrIIaGRaKuhmM9E9PGulZjHRxabWAVH4uxJCX4872qN2bIpauaCCOd8tlKR2ihE&#10;bSQ0wSZaiU6j5JPJIyFm9V+PcI+6txFc2KXF8iiBYVOkCgLip1mlAWJK1rX7OshbflSDYucdu2/a&#10;YVW6udLMQBhQasBjClVLH1J6RP8APH6vh2f2xuqvy+4dwV22NtdV7DzOIxlflKyoo4dyZnLZ3B/w&#10;6kpqmqeOI/bUkE6pCi6I76rhzceKudYIZHlbTEkM00zWuRHHHdjxxckgf7H3jPy5YR7ilxcSA/UC&#10;4QJ6ULVP29oJHzHUx84by2wXG2xQxgw/SSNLjJYqCoU/7YfkOtcTqLrqbsl5sbjPuX3Jld3bO2zt&#10;qgV3CVWQ3BlPBHHKg9TpH4pDfgISCfZMoukabcu9qzJ/d/cUm5q3J5NaCeSFJY6SWllx2RSnRSss&#10;QSrpIpI2IKktYjn3052++2292aLcoL+Qu6KGU+QVPCanmasitggDJpnrlX98XnS75qseUV2mH6bd&#10;7VJAKg6C2pXXVXVUFSUPoTjr6gH8vzdQ2l0rF17uOenmqencHs/Z2Yz9GzNDXSR0D1FBPXst1FY1&#10;BkYzK3N1Qn+z7ad/dWjZ9LDjsEjOMuy0dT5IYlV6Ysiz08SePSsrRsUuR9Bbk+1sPMEm0wrbxEsk&#10;zKHYjiCaUWn8QPXO3Zuab+/3O5HM1sYLiz1MFNVowJowJ+JaioI4jh1ZLTVVPWwx1FJPDUU8qLIk&#10;sMiyI6OAyMrLcFWHtU7t2RT0XV+1Nk09P46aprP4hUUxQeSV6dadKVGd1s0dPUySk8WN/ZFzpdSG&#10;xmnsyP0yiItK/wATMSPKlAT9nW+T+aRJzva77Oolna4Utj4lLaSvr3qNIHqcdQq0N46yUTGC1LKi&#10;TltMdKPFIz1Lcj9GkG/9n2mKrM7t2puzDYPJY6OsxeYopYG+1VWNJW0NOJ4pKQRqNNNNESGU8XsR&#10;a1veFu/Wc9kkk9zOr3DElloTTP4fT5+or19NPtvzMl1tNpb7fbLFAANChdOlaDBA86cfn1qqdidC&#10;fHb5Ddc9o9lbP7LlxXYXWe85K2t3BlclA6ZanzmZmoqug3RFXFWlrYsrK70tWhiKxIIWJGkqKH3T&#10;Q033EFPIXk+kZAWTj/aTxwfYM8diodBRiOHUpPurhirp3jz8v+L6q1PV2K3XvFNtbs3phqrG4yab&#10;zZFahmo2nXR9tpkRvSJbnliD/sOfaY/iORqy4no5UQq7glRe6m1rfng+345L/SHWJinT0m7WZi7L&#10;ldZOVI/z9Gpg6g6p2jFQT4LduNrq2CGCjeOmrYEVqSX1wvBUSS6ZXLgXu35t7QHYm/aHYuJTI5SL&#10;x0YaMSzsVCR3LM+rVbTaJCbH8+93O7yxRLFIlDxqajPHpZt1rHcM7xsdIby/ydGd+LXxcTvDc2ap&#10;cPuPwtQConio4ZCsk0cSxrTNLUxtKH/yiI35K/W3uVs/e2L3HiqXOYmqimjqUjZWVCllcXtoYgm1&#10;/r9D7MLDeI5IZLoSfqgVOSPl2gHpXd7YzO0agtAOBOT0nvkD8Xtw7M3JPsDceKrRjEjM0VRNLDWr&#10;XPZkVxUvC6R/vxgaWHAPsV6DNTSIpn0sHT1h7MrAkAqwBBII9j7b+YZUaKZpSJwcFcUP+auPz6B9&#10;9s8BEkaxjtcUx6Z/2Oqu+wejafb2TkrdrxvRijqpvBkI5G+6op4BIUVFt5C1k/UoFiOCDY+60fm7&#10;0TUVtLJv/aayNSSRzHN0MRGijmX/ADNdBHYBIybhx/h7kO95uvebY7Tb7y6kn8GIIgIroAAAC5+X&#10;UWb5sCbZK9zDGqgkswJ4jzPy62Z/5RnzVyXZWyYegO2q2KHf2zaKkTaeWqKh2m3Xg44WLxNLVTO0&#10;1djo1Qej9SG/uoftH5Q782zhsBsvEPjJZtt0b4+fMNSrUVL6HLJCrtL4ytOBYalJ9yzZbJuX7i22&#10;Hc1AMaCjDDafIE+WPt6jjbNisdwv767QlYpTXTX8q/nx6u3io6eKpqKmNSJajT5eSVuARqC/gsPr&#10;/X3M6G+T+Q3luim2jvgUZrclKsGMylOiUvkqZb6Kaup1kMGiRfSGVV9dh+fZfeWLQtrUnw+Brxr6&#10;fsB6V7vy59Dbia3B8H5/5+skkfpugsRz/tgf9je/s+0ETUZ89OVgk5jMdh4JF/LaVP1NuCPp7btb&#10;hrdqoQhODXI/Menr0BLqyWcYFem8TaiRJyVI5uQf99b2+7e3/ntt5OefbWUnx+Rha1XjzMwpK2EW&#10;aRRDqEbB/qLWNxc82sW79tG3czW1xZ3KhbwLUjh9hQ+p9K/aOHRLcbJFOipdW4eOta8DXyz025jb&#10;mHz9IlNmsdSZGBReD7qnilNOwBUSQl42ZW0ub8m/u174wd94jsLrzL7drtwGPc0ddGsuHq38OQiU&#10;hDJJB5GZ54ePxc+4r2bZn5ch3Gxad5C7Axggk0HGpPwkfKleoq5/5Fk3C6tZtttK2qxHUwxkevVE&#10;nzP6dr+hfkvsr5D4Dr0ZLZabcyWDr8zQQVNTiqatkkNXBHmYKfUMe7yAsJXUxWW2q9wDGbF3nSYj&#10;c09FUY/IHE1c0OPp6gF5lkqqvzLE9QrKGpKcyReqQWCki/sJXPNkEsm47XeWEzbQ6aWNDVidXn+H&#10;1xwx0AL/AJB3nbduj5g2a5j/AHpZoZipoCFTSaqM6mzwI8h0EnyQxO2fkp1NR7M3jndmxZXdmPrK&#10;ysoKaamx89Hi8bUU4tjql6lHnrbValQvLqjFb2I9r0VNHunOnJyYaqo2214JaCthbTHVyQzrH4pF&#10;kDhwVf8AFrg+wtsHuPGkxsP3c0VlahRGVBz3BaGv4u7j59Bjk603rmvnRbe6uEN3evK0jsANB0PI&#10;1KcAdAA8uga+XeA2p/L3/l01m2uv9y0W4dubmo6LadRtDI5OOtrli3PUUlL/ABijqKCSOWdqKoIk&#10;C6bq0Y4PJ9hjjceDvTeW1shTJPh9x49q1YSFYvpmFO6mO3pMbVRuR9Lf4e5O3RJbez3K/jgq0dt9&#10;RpoW1BQusUGe4EjzoQOPU1cpMLffLeze7VbeS7SKrMF0FmwweooeBJ4Hh59AL8qNzZnO/BD4qfLH&#10;rurmo+5vjfULNPJSrUeGppKfGUlVksTWxgNKy1ow6koCNcRZTwT7EPatDlpMdU43LUtVTzbemGKG&#10;Qq/GFzFCkUUuNykMvHmkaimWOa41CeM34Yeyrb+VN03LeeU9/wBthdbeG5iuWMnbWORA3bX4mKka&#10;1AqJAwIFR0IN191+VuWLDnTYdwvo3muLOW3jVNTkSxNoCsBqCrqBZWJp4dD+E1rx3r8N9/8AbXd3&#10;xx+Sfx5xFPktpdtbh2b8gctgqGthp26ryW4qqPKb+2fkKd5BVQ0VPnKCaTFQJG5moquNDzG7Evld&#10;8ZesfuDmt2V00mUarrK2b+EERwg1FfUVmgz1ysvlIlQF/Cg9Nhcc+8lbGz3G4mLKgKBzpDDgD6fb&#10;59Qmn3weaeWENltTxS2awrGiypqC6UVKDQyH8NaVpXrby2/ju/d5YKjxey8RBtDGtjcfjZchu2t8&#10;1XUwLRU1I1ZDjsQzLEsElI2hJagk6vVpPHtY0mH6owlXDX4XZuEyGSp6WmxdNWZaEZCWGnQMIkiD&#10;E0VNJJI12dY9TG2rj2KYtl3CqtNcGJAtAIxSi5wOJ/Ea0IqD6dQlzR95D3O5jEsJ3maKxkcsVQlF&#10;JJrnSRJTyClyOHS32h8NMrTYiXFb37d35XUlXk6rM1mOwNbT4ehnrq1xJP5Sv8Rr6hQoZF1TaFjY&#10;qAAbexSx+4nrIlgrhT4WNUPjp8dTwyABCYwkMUfjhjAKkAAgWA9l020x2xJto2lPq+P28Sftp+fU&#10;L3e87/uMkk010xLGpyTU/aak/t6EvE/HzrHYC08+B20c7XIWgNbnq6oqqsFz5XlqppdZlLO1ydAX&#10;Ux9qCKlSqlWanNT41uySzSqDqCnUWgKuo1XufV9QPaBpGgXw5Amr5D/L/q9eig2cso1SsdX8/wBt&#10;enp90QYSB6T7WgpVYBFioqJY6byE3X92GOKxLLb6/T3Jh2pTSxpOlNUTxKxbytKqAMqBgWuysF54&#10;t9T7ZbdpErE0wUnyof8AD07DbRR0j0Vb5/t6TuS7RzALU7ZLH0JMaxvSRRGUtcaR43l8p8mlbtdh&#10;x/tvapxmKpqSenR4oLyBXklSYgxKWVSjESCMyMp+unUbcn2UXV1PKkhR2x5EYPzHRtBQKTFHpZfX&#10;z6L/AL+3Jl8nRVbpk8lIqI0MNCYFMNbNINPl8cccp0xD66eP9pAufaupnwsVRC89W1obDQrelwfI&#10;U1KsyxuLP/Tj2TSR3rIRFGM9KT9WQAoHRbsxFuaWirKegw8jffeWRJngSZ1kWQeURtLB5wHYcqHC&#10;6ebG3t2j3BjaRZRDrdr6YlgRU9JNyCkIcuxQ3Gr8/n2ifbriWmsrTzr/ALPS1HnjWOjUYH/L0Xvd&#10;PRWf31XRHPQ0bYtqQrWvWzfcmNimhDDUMG+xpwaZV1K9vTZVuSDJbcTeH9qKcqAS5dUiudTBlbyM&#10;JHsB+AbX9pYthtopdSRRK9aggEn+XDr1zeXkyiOW4XTnpMbX+InX+3c5/E2xuEnyTLAKdqRJcp9s&#10;6RAiSnjpaaeihnkLAlmOs6R/Q+8L7qp0hV2SlkZSQ0U1QfSoXUCsZQozC3P9P8Paj90TvI6jWB6g&#10;dFyJEsitJOKA56FWToLceQqaqlwtTujFPJQeKmr8fhPuGhaWQIJGq5HpZgdKgKpJCmwUDge+Cb4x&#10;scsgNTTxOzGExxgSBCoJOgmd1jYj/aBf3v8Aq/d6QdDseNTj+X+z0olvbIMUiYUrX9vSbl+FPaFT&#10;iaZauo3DuLIUhaaTM52Z8VJXCqmpHMEtPjsa9VOI04VGqCbXPHtPbh3bDFWQxTVlRTyPqeKmWSLy&#10;SJAoLzxi0fkgLsF8iak0m9+DYx2zanlhcJGrEHJoR+Wf8HWlmsXhMqmq1pX59GB6i+O+8sRi6qji&#10;w+3polEaTVqUdYpimqvFHJTVFcoqqmWaNTfxz6GDfj8+4ydmUVND4ZaqNf1sZWQTyKQ1iGCs5tGo&#10;+oUj8+1DcqXMsniJbsQfLgOkgnsq4kI/Z/lp0och8K87msjJkYcPVuHhgjqKL7iegpqhpYw7tGoW&#10;mZVZj9XIOn68+wzze+MdV5OOjm3VUTGrBqNMcU0LRKjosBOoRwQtEqMzQ3DW1MVYA2ENjsc1vCZR&#10;ta0U0NSrVwPkT+zpx7/bkWvhiv2f4ew5/Po1PXnRO4dvYCWKHr7D4h6JFifVU42YVESwiKeS9OZa&#10;qraQNcPcldI0lbe2yCooqmG9PmZqmWRY508aNLpSf1LKiRRzmnRo/wBCesFVU/m5XDxVddUC6Rx4&#10;D/Cc/wAutncLBifEai/6q/sOOHS+qtt7toZF8+08Y0Yi0u8FRSCN2WNFWKYvNTTSTSFL+RBcFm/B&#10;Pt3/AItEsK0Znr61KiFqRqpQ0VRAKmP7eoSORJIqik1obehlYW9X04Rybas+qR4Y0AzSvzr/AKv5&#10;dMJc26P4sbgBSDStAfTUBxHyNek7UddVuSlWrr8PjaRqWrgro8ZULBV0U9RRzCWmaSmqEqYqh4Zh&#10;qBMbANyOefeWHLT4/wA1VLuKOaknWR6nz0hkVIY/G0zlPICkEbFQzAaALktyPbcltDIiQ/u/TMvD&#10;9QCvzyPt+fS5bm1n8ImEAqaaq0FTUinrU1xx6Tub68XKoMdBs6SnyFIy+H7avp4WmlEcpQpK6NFL&#10;JOfoJACT/QWAeqbNCRGgkqcZU0zSFY3+3a5iflkkMojjWNSvp/zlvoTz7Sy7dpeOYQypMFzRhx+w&#10;Z6Wi/sHVwZQQVoRUH7agU4/PHQGZro7cUeTo89jMFunG5OiSGecJkEp3Wqpmhhino5qCWplqKjx2&#10;8hDRByNQF7koncmyNs5adKunpqWnq5J4RPMrPHCKYSAVMy0hhrIppzGWCKBGkh4aRQTY52/mDeLG&#10;Lwldmh1Uoaj/AI0KEfnX7OiqW22O5E1T4cmkiqALVqdoIwKcAaVP59D71r2B3ftWn+zzdNW5zFxU&#10;wNJT5fx1VVNUaZpKSJMstXTVUAJVfIsj1BTUSImsAQYquqpqPITy0GdxESVLIiSzR1dPUCITIWWJ&#10;JS9DGQDyVsT+L/T2PoucFuLeJbmxnLKPwlWU48yKN9lT5noOz2C/Ckwxw/y1PRtcH2g2TooZa3aG&#10;5cfKafyVCgUVTGrhXJVWiqGlIBQ/qRDYjg+8mOx3YWEqTUUmWx8tI8mlllyLilkAVtIP3FLG0MoP&#10;H1C/4e/XV1y3uMH09zZSCTT5ICQPPg2f2E9et4dxtnElrdpHLWtQTXHDJNf2dY9xS9fbsoJcPuXa&#10;smUpa2mkgmocjhhW+WCaJopQY/HVLI0iSEFT+ocH2ssfXbwqKuGpzm3I6+kbTBVVuHyOPnMIaPV5&#10;NEVY+sJ+ToFre4W5s9ovbne3uL2xvZbTcyvaulkRjWtWQppzwr6efWRvt79433L5KH0l1cxX23sQ&#10;D4jfqBeGlHZsfIHtrxx1S98vv5MPwc+QGBy3+jyoqugN/SPJksW+KwklBs2fLieSqUZvbtbiI7U9&#10;RN6HahqKZwD6Qx4KjjooaGllrQ9SFlcSBKgMJIxrCBDHJoYAF/1C6n+vHvGLmz2j5psmMDRrd7eG&#10;1GSNtVAD2rSmoUHkAeugvtX95Hkfe0lZNzaz3oxFPDlWlSVqxDpVT6CtPl1qt/Nj+Vv8xevN2bc2&#10;7kus8Nu/ZmLpIQN39Un+L4qejV5WWbIQstNlqWujibU8T04cqthq4JxY+or6mGolmp3hVZGiibTc&#10;SGzHWL/2FA+v0PuMN72afbYw13t7xF2IXB7qHjkLTGaU+XU58hc4w80769sNyR7IBWcghqAnga8W&#10;8iM5/b1Xt8ougsF0Xj9rQouZbMZSnSsr6TJYyoxj08YiRp6VY6ilp5kKuGtdrgfX6W9pXF4rLDMV&#10;9dXSeVAjJRAgWWRnchgCT6V4ufZdZ3ckayxf6E1cH1Oesi+dNy2aDly0Xlx41lWrSALpJoNNCP4v&#10;MHz/AC6UXZXYnSeW6r6Z2Jszbv8AdzPS1Il7CyVHJUT1FRSvSY+BFqGLhbpqkP0I/p7UcKVtXQzx&#10;1waOaUyLH4jpOkXAP+HtFfeFA1t4ka+Kx7gPKvD9vQA5HvLqa7u7mZjJYRlTRxjh3Aeo6BHtVut+&#10;u9+bVqerJv4tSYyGiqcjPk1Wp89faB5FeJkV1VdRHB990mqkgghmVpZAXUNYMTwTyfxYD2Ztbwyq&#10;YkcrHSn2H/i+Py6Xb5u9rJfi6ht9Z1YGnA/L0H+DpG5DHjd+U3RlcfOmHx7oK+tdZmpYHeoVf8nj&#10;j1F3LVFlCi/1/p7EnaN0iyk/48EKEm3H7jPz/iFQ/wC29zH7DWyxXm/Qkgyp4YJGQa6v8/XLP+87&#10;3ZpeS+TCtQslzM1Dj4VRcfImtOtkf/hLRgBL8qe7HYlmw3V0RaWFwQ61+4qTS+rSSDpp1Wx/IPtD&#10;58iA1c6uxeU621G4DAHhf6C3vM/bx4iRIQNK/wCcdcEZ5HubxUfK8et+uFAiWH4Nv99/t/ZUquur&#10;arJV0dRKGCTiy3A0oeVAAuTcn3MMEEMVtAY1pjqZILa3isbZ4o6Erx+fWX31Gh0zcX5I/wBYD6Ae&#10;7FqulOHWmYakFfLr3tH5ZZZFliJsHRlB/oT9BzxyfZ1aEKqsoqw9ehPtMiwz208Z70YN+zPXvdLW&#10;Aw+EmyXYeE3UTA23sjmaXZAp3Kwvkc7m5aqodoxEAlXBV0NXTIV9RVz+D75IX20xrvvMlhdvpe3v&#10;J1TNDVp2FB+aMAPn19MGx8xluQuVJ7ECWC4soGlpkrS3WhxT4terNeA8uk5lv4slXipcUlMsBrlk&#10;zjTLqeTGx01TFoiNxaVaiWNgf6Ifa46+qaSXrnLbMyMwoNwZrYeV3ZiMZFKivVrs/IV9PVwTxyqi&#10;iqfAZCV5ATdnQE/T3eNkG1S2zAJdS27uFHAhGKn/AIwTXqON2jmbmrZN9SIvYwbiLWZz+H6gIUNf&#10;4RMqCv8ASI8+uWRMkdbRVWlWhjrEoqgkkGOCuVEjdSLWKVix8/SzH2VbNd80+69iV+HweS8dXiMN&#10;uemp6hKiJY1bb89Hi6mWSSNmHjGQmKiQellB08c+w2OYHubNLRHPipAy1+whSf216mO+5Dis/q7q&#10;8jVllP2gswZuH546doKWGOWWoRSHqdLOCAOf1G4+tyTz7S/YUlJX0uyekUymMl3lulcf2R1viclR&#10;zS4+Pce3Z4M7VytkE0QxVdSXmhhViDIZLk8cizdZ4J/A5et8X08azRkjtVwQ6ivlqYkD7KnoJe3k&#10;N3JyVu+9X6+HssQuLadgcmMh1woqT20J9PLrm0MKzGqEaicx+FpbAM0YJdVY/kK3I92ebb6560i2&#10;D35gt27mpq6m7V2bJkc1smgamqJaaJ/t4M3LHU0SyQKWyNUqRpdZFtY35HuZton5Kh2PnS03rcS3&#10;19m0slvH3HLKZKOoIBZyABxHXNDdH93m5g9tL/lbl6S3h2/ckt4Lyf8ATUmpaIMrUNBGrMWoRVQP&#10;PrztF5YWYcklEb/amFwP9iAfYdTba3ntPfnX1ZnNn4HCbG2bsOrg2/R4qSP+KSS11NQ4bZNBJTxv&#10;Ks0UGHq615mkC6WULYfQh+33Hftv5n2Hdd42mGKxsrUiCNKByZFMVvXJ+GJpC4Oa/M9SXuHJvLW+&#10;8hc0bbypzRdXm/blusUl3PcNWOsbNPesvahXXIsYSmqlQKnj1xjq4ZSyo2pk1Bh/RlBuLf4Eexro&#10;etc79pj99U+4M7jsXkty1WYqqEZKWSmpnxVKgpMPBT6WgpKOpiCB1RR/X8+zz9ybxFuQ3233K4SK&#10;W8aV1V+0NGCUjAppAIpXBNPPh0V3u+cg7lszcmzcqWEt5Dty2yuI0Dt4z6mnLijs6EkqzEkV9OoB&#10;rpIa2ankRm0xpJFbUQ6kXkuLnlPeDcmJze48htbcGIzMGIp5ty/wyvxMtMk0KwJC0JrGlVQvneol&#10;R1WTUygG99PsdbpLztf3W07lt+/vDtk1z4RhqxQEqQSBXLCpoTUj16CHKa+3Oxcq7jy1vfJ4uN4j&#10;gaRLvxCXbRL8JFaAFQR2EDy8+pgeUTz8BokijaM3tzITdR+LAJ7StVRZzAbVxNTWy1Vej1e4Jyax&#10;mvVUMlSaaXyBWVbGle6AABWPHtNeje+U+UeWrq4nkmvBNOzaiWLxE0INak1Bx6dJ7GPlrnvnrnVL&#10;DaobOxkgtli0KAInjTihNQGJUBzkn5dTCwFr8X9rs5yHGdcbgTZ9HT5mqG3aPLx00yNKIK2Opidq&#10;ZXiKyLPTY+GQhb/qHtVe8zT23Le63nLlpHM5t1nKMGbNTVaArlUDY6Q7VyXYbvztsuw863UsFpJc&#10;vbCRCRUAUViTijMVPCnUaZpAYnVlSNZQZCxIvHpIB+n5cgf7H2FFtlbzzWyd6VcklDndu0LzUFNL&#10;R0plly+56RTGzSqpeJKKKmu7H6j82uCB7jm/Yua4tt3G5rHu9ojUDCnfcpXHnRdOOpfuOTOZ+Rra&#10;45VsYvG2G8mSN3RiwKQSg0woBqXHHgOuhK2mcsOYmZVF+GUabE3+hOr2EVNj6ubOulE4ylZltzQp&#10;Pk3kViKH7kT1EFPwDaGOmX6G7Hi9zf3FljclRed+qSd9Rf7fwj5Vx69SXzNZOdy5fVYfDSBETQPm&#10;tCW9KUr9nWRpFip2mbhUhaVv9ZULt7WWdosZT9r56qklbybaWfKVqNEYqaKaPEw09Izl7mSW8IX6&#10;8An+vsovHUbtcsf9DJY/MhVAr/PqW+RtsuXt4rl/hkGiOn8NQxz8yT0nPuVqdv0Qp2H+5IQwxsL3&#10;0TyfuEf8gA/7D2mN/b0fcW3NqYqtoDJWYmCooaKGjjkZp46mobIfdShJWeOIyaNbXAA9qJdwW8sL&#10;CzWFmkUNQAZOo6q/ka/t6CvMvKLco75v+5224gbfucviOzuBpYII6Z9FrQep6fKKFYlcr+bC3HAW&#10;4t7s9+FeAmj2BkspkI1jlqck0tSUC6RUTUVNUzIqhrakV0BA4BHvMX2whms+XS0y/wCPTTFmoMBi&#10;FLfs1L+zrjt96hZN/wDcbbNu2RC9r9MApB1AKJZQCT86Vz69SZZo4F1yNpUfn2PdRvLAzyZjbFbS&#10;Vsa17vG7xIHfSNKhiEDLHG1v7V7/AOw9jG6m+pM9tMjrO2ADkEeuK0/w9CflL29uLHaNsviUMkYD&#10;DS2khqeYYZP2Y6Q2aqMi1UlfjqmFY6ZGLU8xZRUr6Sqow4DLz/t/bfQbg6867Y07ZGoarVDIlPDo&#10;eQq7awhRQh1XP+FvZTt1r+5ZZYXZO8ZpkiuRj1p+zo+3Lk7c9+DO4dkI4tlan7Bw9Py6g0+S3LmA&#10;jfYUtPTmQhyVcSgDlT5Lm7XAv+PbxV9utkqX7jHYrOUtK8Dyx1eQxzw0ssSqSrLJqbUpIPP9PZxH&#10;d2NqjPLay4AyQVXPzyf5U+fUU8w+2EdvBKjyxu6mlFOQfQg+nSvx6yRSmOWaGR1IuscqkqLAWKsd&#10;VwwP09tWP3ZSZm1QlVFMxYLIIyDpk/tKV1Erb2Ndue3vbRJrVgVpn1HUI7vyzebTLJDLbkeh8iPX&#10;p99rCkqBIRotwf8AfX59+miKg6ughcQlBR+ve1LSxhohITY6iLD6fT6+yqViH0/LoknbS2ny697e&#10;VUab/Tke0ROadIWND173lQB788/7f8f6/ujEjppm00PXvfHxlWtbg2+tvftYI69rr8PXvfhELiwF&#10;7/7f+g971GhzjrxdiCD173xqkU6RxqUAEED82+v+39+hY92cdWgds+S9e9oLNUiuXuo1HVyALfj8&#10;/wBPYisJyugauhXttwVCAHh172ip6UJp4B0lv6aeB+T7PUlLkZ6E0c5bzz172m6yjSoRiQFZWNjY&#10;A8j+ns0gmZGHp0c21zJGwzVade9lr7W2HTZULXFGWZGJZ0IPAv8AWw/oPcmcr7xSM2VxRoiDg/Pq&#10;beQebJrArbCT9Mjgevey2fweOlcKhk8YmA1avSTa4JYfQE2/x9wr7qcsJcyPd2yntfP51PU0DcXu&#10;F/Upq09e9rXD4lkmpah7gamV5ALq31IsRcfRre8dJLOa3YPItPl6joMbjfq8VxCvGnDr3sXcXS+L&#10;G1EKFi0s6vGWN7Skqbc/2Tb2hbWYGUtx4fb1Ht9cGS+jkYDAoaenXveDdAmydBR1iH7fJYlXikdQ&#10;EUBVCxPfgm5X2jnaS4No8Z03ERC48vQn7enti8Kxu7i1dddlORTz4nuH5V697FrZNRWZHb9LPVsG&#10;qYY1iqH/ABIyKv7o/rqHuXbSSR9rhNwwNwooSPl69R/zRDb2m8XEcA/QYkqPQV4fl173kzaLURNC&#10;4vqZP7QCj1WuSf8AH3EHOTGWePXU1YcPnjpraqxTKw4/7HXvZ+OnJ48J1Ltenj0l6qevrGC2Ng9Z&#10;LCA1j9F0fT3BXuTzV/V232raY1BMkfi/b3OB+VRQjz66Qfcz9q5efOXt33jUPCF1Kh4V1Aih+wAD&#10;Pl1oq/8AClr5FVe0vmJtrYEMTj+CdUbPro3dJdDjMVudqpWiZWUMQQFNvzx7XEuYnJLKADzay/63&#10;159wbdc93spbwolqePafy8+uhGyewG1xqsV5dhVX+lxr/m61hsz8gdwV0kj08ZDuAOVlFrAWA1yM&#10;Tf8A2HuM2QrZbW1G/wCLeyaXmHebsEVbT8hTobWvtZ7f7MhNzeoADkBlJ/40CekPV9m75zDXj+9J&#10;tYaBUKLcj9McqoeT+QfeLRWy/h/qOOR/vH9faMxb3dY0yH9vRmt77WbKQofUR5YIP7AB00mk37l3&#10;PprtbAkCWSSOx/FyIyFX/H+nvmtBVPy+pQLf1J/2PIt7VRcsb3dsv6UmfM1p0lufeHkHaFeO1tod&#10;Q4V0j/Z6eKLqjfuW0F4Kxg3DaPPKn9RZggBuPeQYxQRrlQXHPq9X54I/B9nlv7dbrL/a4P29BK/+&#10;8lY24ZrS2j0r6L5cOIpXHQg4r4u7zyPj10lYPKFdC3AKlNRJuxZfXx9L/wBffL7Whi/XKW4/s2JH&#10;PP59nNt7cQLm5uVHy49ADc/vJcwXhZbCMBPI/Dj8yT0LuD+GGRkVJMkyxE6Qy2dyGIDWJFlB5+h9&#10;8yMdGhZbyW+g5H59m0HI+1RMCysR+XQJvvejnO+DR6iF+ef8vQl4f4fYGnqIxXVTLY3YKiKCF5IJ&#10;DuT9PfvuI1XVFADyQL/T/X49nUfLu0wEaLcUHQXk5y5nvnK3F+VBWtQM/wAz0vB8fevcLoZpA8iD&#10;UytNEouoJIt+r+z/AE99irq2HpVIxcgegf0Hsxjt7aDCwIB9g6I3a/llZ5LyR6+rf5ielc+A65w1&#10;NHAlHSyMgBLMscjA3K2J0j6BfeUQ1jgLrcgA8X/3n/Ye7iSBMqij8utm3aQVdqD7SP516aRuPbNE&#10;0iY/HUutudIhBAFx9NbkWBt/j7zrRubamJI+t+R9Tb3SS8RSNIOr7MdNLtsLzBvE7aU4/t6j5Ls6&#10;WmpmhgoYImYMUtC51MI2jQJ430qWLfUj6++v4an9B9f6f2vr/X2z9fN6D9nRn9DBSmtfhp+XH/Ue&#10;kV/pLyl7/bm33Gv/ADb/AOb06dH1/Tr9/wD/0rulb+tyb8cf61veUviMSFPr1w+eEDU+iigZ/wBX&#10;z6rGSdnsDIGYuQv4PqkjC2H0BUKfr7lQsQfqRa1gPx9fr/QezSCdoysat8X+Tomu4VIJEQ0/PNel&#10;FRT6CqGos54AuUP0IP6f9f3zd7/W/wCQB/X/AG/tXNNQDuJNKN8qen59JreEioCgZqPtPHqbU1IB&#10;BJMrm6HUeFVQACAT6idIHuPzzYX/ANhf/bey2QliGXzHRoVUqoc56ZWdwzGP8kkgG3q+lv0ni3uf&#10;TMfSrXN72/4n6/4ezrbXkEaiQdEG6RJR3j4DpV4OeS0STRgaxZCpXg/ksBHHcW/1/cmQXJI45B1A&#10;X4uBpt/xPs74CvRAg4hulxFL4yzIdReIA39IJFieBcX0j34khyAOLXN/yf6+6qoWpHmerk6sN5dY&#10;44oRTvPrAYyl1DXBL6VBH0vp4495GNjcLyePoPo3pYj/ABCnj22zeS8erItFGo4r/q/y9NjamkTx&#10;IzBQ6uXFrlGCt9fr9B77BP6iL3HP0P8Avvp7uhOkA8emWRTqznqbFMwUI/pYxrf+lwoU3I/Jt7jM&#10;Cdd/6j/bW/Pu/VxpGn7OnyNzH4mDfqBAFzY3J+v9LD3wXUo454ta4/3o+9/l14kNgDPU7XCzkSMp&#10;Zgfpz6uOCf6Ae+vI30t+LD6XH4/3j29HEHZR8+qk6O7qXSYiOrZVBbll1aHCkAn6kggj0/7Ee+kU&#10;lyT9Qpt+eT9P9jx7euYVgoinJ62smoVAz59Zc3QLi4BSqdJaRka0xl5jsD6uLfr/ANj7zlVK3I5t&#10;zwP6fXn6D2iBpSvWw3mR0lY5Z451SFtI1AajK5BNwNIVgFufcEuiF2JGldRZgQVUDk6iDZbD2qS3&#10;mdNaxsU9adWrUgAZJ/1V9P8ACelmlFV1scUUccs88llEcalnZmJCqqrq1Mx44/PsMdwd39T7Yqft&#10;M9v7bGLqAwTxT5KJmDG/6vGZFSxFiCQQfejDbqwWW9iRj6noUWHJnNW6RePYbDcyQ+uggfkWpX8u&#10;jIbF+DXyq39iBmdq9K79y+Mf92Guhw7QQTo1iviaranMqsDxpuD7Lz2R8/Pjt18JaYbvj3FkVQPH&#10;RYGmnqVkck6B9wkYDEkXuAw/x/PtDdXu12TPHJdmaWnBKfsBOP2/lnocbB7M86bq/jXFmtpAMVky&#10;1SKGgQn1/FQ9G96n/kz/ACz7Makk3Xgcd1nhKpoVqqrceVooMqkSqrArh6KSsqZdItcNoa4NwLW9&#10;kW3188O6+34cjt7ozrqpoYsmhpYNw1tPUCpgUsGaSKSeVVikMZPKqp5HPsmtra2kuGv7XbG8amGb&#10;/VUceKjqcts5F2fla3to953TxoozqKvRULUFBp/F9rH/AAdWYdHfyO/h98fd0YHtrvDd9b2Nufbs&#10;zV4xm4amhoNiiVQyxGTC/bSVuRjhmOsCSVQT+OOSp9a/Hje24Oz1qey8s+c3GlXJUV1LVSvkMdg5&#10;gpasq6+JyY6ialaQJBBqKyVLAvdY5B7LnZ1vpLe4QSSpxWgoCKE1rUYqRQ4LYIIBHUovd2O28vru&#10;9mn+Lsg8MrjWD8IU+rUB1AUC1NK06tD7W792J171NNuDboFPt2ChiodvwYsDCNl/90Y7GYSNo45K&#10;KimCmSaoVQ8FEjPHpkaNgOHanym2f8f3brHq/HQ7g3x/DpKqsycxjqUTIrL4Q2TqIkArK+0Mzekl&#10;Y2CqoUXu9FuEMN6LeWInt1DOSfQ/P16ibdLS/wB+17juDlLcnTitBXiAPTyr5juOcdFs64+L+6fk&#10;ZlKbtv5C5Cup8DPPTS7V69ow9BRHbhhNWg8UwE+KxdTLJEqxJaoqYQ7zyEsqKQHcef727er5M3Vp&#10;lclSTy3ZYqKrNCksrE+hCSivqBB/Btz7PP3reRJFHaRRwQH8KKaD/ej0nt9n2kRO5gkknHmAzUp6&#10;UB6sowmM2hsfGUGAwsGF29jKWlSnx+PpvtqONaWljASOJSweVYozxcsbH2Xrc+xNxrl5KSvfH0eR&#10;qGKvj2khpqxpCbSRJA3jmPPPHslvdwRZwtzMnjkDtJCnPDPr8gT0IdsvbGOB4hYSFI/OhI/PyH2m&#10;g+eelQsiMAVYENYgj6EN+k34vq/H9fYr9cfDntDsJUm29i5Kul4eSSGveExrEw1FYpJ40DIwP0PJ&#10;HtyJqmNJZPDB+HPz9Qcfbj7en5Lh76B5rW0UxqaV7RnyFfn8uga7d+RHSfQ1HTV/b3Y23Nh0lY4j&#10;ppc5UyQrI5UuP81FKY10qSWaygC5NvZqth/BTJVVNntu56rzUNclJ9xTM0Ea/b1yOwCpIzSCSIlg&#10;G+nHsW7Q9pE4juL2qyKKVJPHHEkgcc5HQL3S53KIxGLan1E5qMUxwPA/keg93f8AMbofa+18FvMd&#10;ibSyO3M7W0VNRZKjztJNDNFWgmKRFiZpCZALqCouAfdcmaoT1tuHObYzuIiqc1ia+ameer8o0+Nm&#10;RG8JIU6ilwb/AE9r/wB5jbpZoltFd/Jia46PDsM24Q20i3ZRKVKgfy6NBRVtJkqOlr6GeOpo62nh&#10;qqSoiOqKenqIxLDLG30ZJI2BB/p7Qua7G3yWVFmkTGoLLFSjREqm9l8Qbn2XTb7ucrDxHrHXgPLo&#10;xtuUNpZQHBM3qepXttxW/K1pF+81uHYlzMGGki9h9TbWT/sbe1ltvcqugc4+fW7zlKBY9UVMfw4/&#10;bX+XXvaypt/wxOzRQRg2tcEqQfobH2brvYevhotfWvDooXlgDLynPl173kOdqMhG7Q1EUKyNqZnl&#10;d5FZuQVseBx/sD7aFzK4ZUloCan7evHabSJtUiEyLw9Pz697jOlOwjNRU/d1FiWcyy/qLccGw+nt&#10;NJDHISS3iSeZqerCKGAHw4Qp697fsHuPI4KoC4+eOHhuS7cFyunS2u1zf2qs3ntWUQLj/B0Ubhte&#10;3bhHW8iIA8/Lr3sctvdq7lxrhK7K1qRNF6EirJZEAP0PhDgKPr+PYvs963K0AL3Lr8g2P59Ai/5W&#10;2W4BSK3X7SM/tHXvcfMb1z+YnRqaraWmA9Ch+XbnkXYG/P19orveN3uJdSGo6atOU9iso9Twtr+e&#10;B1724YncG8KfxvU2NJ5LslQt1cBgCCwkLCwP4+vsxsdx3tF8WRCYQeB4f4embzZOXXrHENM9K48v&#10;5de9iNkUqcxg56igkmpneF+aSYKtyoDKQdTWJP8Ar+z/AHVHvtun8KRkXRXtI4/OvQb2+2j23c7d&#10;Z1Dor8CPLr3s+HxrwxyHXOxmmVVXGUtTAwRdLVFVDXVKapDz5ACB9fqT7ws5ht3HMhjk+BZiDTj5&#10;k/mT+3rpHyLe27cm7XLAAJGtYyaeWkUP+bqn75p74l2FuXsGno5JWrdwU+PmSeVta42k/hcENU1O&#10;osI2Yq4BNwCSfr7sT3JKmJ2rj0JCItOLhuFVY4VuXItcC9/9b3I3NoXb08INRI44kr5UWI6ifsp0&#10;ENqc310QRV2kYinoXPWpt0Ftys7N+VPZdUyirnGSpHA8bSutVkczUyaYjdh5ZZZVCmxBZhxbgIjb&#10;WQp5qFssyqFn1wwTsulzTQ62MiH8Rl+AT73yI0LWcu4EDv7I289IBYkYrxIrkcOkvNjSR3X0Ec1G&#10;VQxX1d9IC/bnH59H67r2FmqLd8ewoairqHxQp8jmsVDUyT4+LMZPTBFTMkriMVUcDEuQhs1rE+ya&#10;Y/JP2x8y8QMG5q6bY1HLU5GpiBaCm+yWKCo8pMqhpJazJJCukf2H/F/YEu5G5h59FzWq25LsRgDQ&#10;NJPn8vM/b1LvK1g/LfIUxvoSDcqwAPGrEhRT0oKk/n1Z53lNgPhn/Jw37h94KMVk+0cFldp4vDV0&#10;iJUVWU7FkqI6ehij0eQ+Hb1JPWWKgqpJNjf3aZTK6BVkUgrdSOOLE/4nj2YboFkeR46FDkfs6Dkb&#10;AajpAb/Nj/J1odbuelrKqd6Syx1Z8451aRpRJUCn9Pje6/k8e5CE62Fvob3t/X/H2nkhRIoJKjIz&#10;0ilk16vEOemhqWnhpMZOlmaaN0lBOkI8Umi5Nv8AUj6+4OQjlkZWDkWNwAONOhlF/wDYn2NOVrqz&#10;gBV4tWoiv+r0r0HdwVipo+ADin+XoceqsvhsfHMKijpqp6kLTM0pNtaV8E8MQAW+mMRgav6C3vvH&#10;RTatZDPpQWJt+q5uOSPxb3LG33Nvb39kPECI0lTxppA4YGc+XUS8z1l2i8iIBlAoB5+Z/wAh6Npg&#10;cljqPd2AtVU2Oo63KNLXeEzx+THpHGkVOqwoGd5i5v6wePp7zGtaGaA6GdgF02FtYVmDAA8WIb/Y&#10;+5Pu7BL60ubVpNKSKQSOIqOPy+3qCbOYRXQ7NRBoR1Y5nOt4t37LztCcpFRffRtJHMZBH/DozHFO&#10;pkYkXqhEOLEDSSfb7j4y1RHUuGheRydBsGUK4BJA/wBfj3H3MlzEdtnsLa4EkcaL3CpoACM/aOPQ&#10;oDMIDrhI1Dz+fp0QzsqtpabDZPbOOy1JlqDC+MQ5anZpPN46dGc+YqIzE70zDSCW5PuZl4RLCdXK&#10;wytIBpAvHLG51f8ABtaD2Z8l3ZuNrsblT3NFobPmhI/wdRXzLG1vOYvxaqno3Hwsz0aw0NdBUBYs&#10;vtyCgqJCTIDkcLk5o9RJ5VZ6SQMR7aZ6JWWNlOnyiJCLDg3U/X62sfYuiuG4N5Z6B8ctD4de0dHv&#10;xu5aqJ65HTyLA8s8LG4vGCrgaL/qaxH+AJPtK5GnZJ5VOnQG5Gn1cKOBz7OLWQPGhHH/AGet3LLI&#10;tAceXRnursolVg6KpYz/AHUnijdg4WM65SgexGq4W1/zx7Sk9y8UgTTpZF0/W2m9z/X2bJlSCePR&#10;eoAJFa16NPjpA8EyhrpIkhPP9hmTVb8aiB7XSv5KKmdiLsoUAc8i/wBf6eyEjRdSqBjog3KHVqby&#10;HQU7PqP4XuzMUcQK0tRLo1uNALlw1wDb6gfX+vtP5GNriQEjQChYgaQH03B/11B5/HsxtmGqnQbZ&#10;QpHp0b7aVfDLD4idViDG4Ym+kiwtb63HtFSRapXDmzEsAD9dJJ5/1vZ+j0RCBgdKVooFM9CvFUAU&#10;8diQoZGJuRZhbT9P639o/IwrTtMebAG17cgm/wBPzdfZzbyeKifZ0ZwkunS0oqoVCU/q9Rdg+kng&#10;6SbD/DV9PZfdziSWatkAsErYWU/QWY6bf7f3JW1FUSBSfwdGUS5UHz6H3CyItNSKW58Cqeb8gci/&#10;+sfcikoUnjwNUeHps5TuCPqoZ7OQPz7ann8Jtxh8nt26NtuZorllphlr+QNemHcdZpos7TqNRkxF&#10;VpH4c+IkL+Ab2PuwzqnKSwU8dQHjDvSyUwVxqV7Pqu1yvNl/r7wx98rzctn2C8vNpRjdRzxkELqo&#10;CRqqPSlQT5CpGQOpC2nk7bOb9zgsN4DPt/huzANpIOjtIPr8vXrUN/mw9nbv6awlVWddyVuO3RTb&#10;2wWWgy0MRqEpqIoJKqOWKJdbUjvINamylFa5ABIVW9KTCZyINJmJcFk0ZAJKZioYhdRKqVd7Fxax&#10;/wAfYO5P9wQdosZN3QpPItWEYJzWmCQcECuc/lTqIOYvu488RcwXrckW73WzoQw8R1VlU/MFQaeR&#10;4+Xl0PXwQ/nY7Ho+q8Zg/kvtmrk3FHG8E1fs3a2RyuMygeoekjnmpYUqpKCaSnAcjUVGoEfX2lKr&#10;Hs2GnoBWxVztT1FMa2mZWjk8i2aNkBLRT6OWVrXBBHHsp515is9u33br3brUfTXDBpM8GU8f95IJ&#10;+0dZH+ylnzFzHy1vmyc5SKN52tlVVbJZNJbUzHJKOoFRgg8M9EF+fO+Omenvlx0h3v0TtPMY3rrt&#10;2fE78zGHyeDye32xOVostHTTZLGU8lPTU0+IytFWmRIiXeORZNXpZPYT9G5PF4egm2R/DnxuWxr1&#10;FTHFKo8tfT6itZVRIwVyBWxN+Dx/h7Cfu/yvuE+2W1w0jR2KCPWrcCZCoDg+lQVByK0JpjqeuWNx&#10;eTfb3dJlE08iFEZeMY06tCitcRkE+ZzT06h/z0el9/7+pdlfJLGbtptwdUZil2/iMslLI8WOwOWq&#10;a2EbdjylT65Ifv8AFSQwrKwEQkKi+prEcsxmUxWFqcstKleI0iWOnLKFnM00cLQtz/td7f7T7gLl&#10;Xa5rTep9snMiWcTM7AUq+mnh5pgEniPLHRt7nb7DJy1DusDRyXkuiJK6uwlSGIXA1BUpnAJ6pr+B&#10;Pxwyncfyt270Vls9nOvsa0+6M7n8vjUpVydBS7UxUubx89PUyiR0/wA2iieMPqR9SX1BvaAoMhK+&#10;+dz1UtXjjDtralMNMTRmqx+Qy1XS18aSJ4/QkyKIzpYlh9QOPeZ/Jm3XMc0sMrlojIqqM4GhTStK&#10;NwOa/wCHrlh94LmC2uRyzbwUE6BmkH9Lz/LIP5jrfW/ljdK0WxPjoyU9JuOOk7E7GyE9FVZ6Z5Bu&#10;PbGCxdXtiky8QkneURVMNLJJdgDqAtwfaXzW7pX3PksM1HRVPmkUYKeeDVG06JJURU80hkV0Mkd7&#10;stirKpH1PsTc1bjuPL9jBcC0DWtVBB9SK1r+Gh/Zp+fSv2m9p+Q/fSwfYeYrXRvEEZKSIdEhGmgF&#10;QO4AocNUADhTHQp/Knsvsj4cbNwPdu08gtZ15jMlBF2ztbIwx10OP25Uz08dTncGG0TrVYeWSNli&#10;VgJY5JVuGYMoQ5rsff25MtUYTPYlKaqwKz09FFTYyRQuPlieSStgq43cymnZdT/Un8DniPIOdYdw&#10;e6WV0VtbEKOFGQrWpJJIoAa+uOp2i+477b8sXfL2/wC2WF80tpIjFXmVkMsbK6LLH4QDAnKjUMgg&#10;nI6nYv5n7Z3T1bRb9xHYmyMzsrf1IYcbuQzrQmLK5Csp8cMHFDkqtFx1XWS1bQRxygmCUaXseCKu&#10;EooJfBV0dQchQXkejq5ZWlniMojilh1yqhWJJYiLFQQT7gPnLe4rm/ltYYVSNa1aupjUigriiih0&#10;0HAddFfaPk6OyshuUW5meOQYUgKVxw0ritcnhTh5dak3zV+QGYztbnth762BD1d2Ljq6mo90bV2/&#10;TUCbfzNFjpJ8pjc5KcVVlqjIV1BXUx8hkkp5oY1ki0vdQqHpaSaK8kSSSRk+kIyuCPoU4tc/n2FL&#10;dotVCe316l2a28OZFKgLXz4dVoQbu3rgstTjF5SsxuKyEEUcQ+8NRSvMSJHikppDLIAFBsb3HtEZ&#10;HGVArI6mkkmiiRw0sb2ZWX+1GLfQ+1Mjz6olt3bw61+XzHSb9z2lzPK1yooygY8vXqxnqnu7by9e&#10;5HZW/qDE1eWnxwx+Mq4ZGh8NUE/yWaqiVne6TH0sCFv7Zt77E2l2Vtis21uOgTJUNYpFRA37UjMq&#10;82kVgw5F/wDkfs/uds2zfLdUmqZx6EKajOMZ6JUj3TY7oTRmkRxRqlacBw4+VD+fTp8ePlN318Se&#10;0E3ltGuhoKSoaCkeirV/i+KqqKreSKRqimDSR+JXUgi6lAQRY29g/j+tZ9k0zw4dPJgqSKNKWJ0J&#10;qKCNFWPwSkFTNEqKtiBcD2Cr3aLjbCrCL/F/I0yPt/z9DfbN5huCsFwdMpPnwOBkH06uYx3zd2D8&#10;jp8dj92SQYrsaulhWrpENsHnkq/FWQT4meoM1HQ1Pj1h4XIIbmwFvb9t/csUiuZpEMcREUhC20sh&#10;0Ej8kBjb/X9m20XiTxunigvq8gB/qzTpPu8IglLqBnoMe/fjzVu9M2ExlelfXU8mQoRLIrfcxJec&#10;QVjwqsUdQYl0lWK6gSefZY/nL2c20+nf4NjJbVO7a1qBnLX/AMjp0SqqBGAR+tZIwf6c+8gvZ/l2&#10;a/30zz6vpETV9pOPzz1j77p7zElpDbw0EzMVOeK4P+HH2dGj/lL9AvVd1717L3RjYoJet8LHQYan&#10;jhWGGLObjlnpBOUMZDmnxlBUBSGvdw39Petzv2gWSCWYrqeXylmNh+u/q/wJ95jbpbRNt6RBAyqn&#10;50HUVcuXrC7ALeY62LfYE4IV2D3LjslSSPBNj66kq45ARcNBUpLHaxvYSoCf8PcZ3tqaTRMhoVOT&#10;TiMj/B1K13cRXe2TwsRRlI/l17+n+v8A8Qfd9e1MvLmto7e3GFWqo8zi6SufSPVBNNAslQoa/wDY&#10;m16f9h7BUrae6nb/AJfP+deogCIrvGp7gadMrhTPLEpCSgM5J/S4sSB/QXB9uFTiafLPDU4mYR10&#10;T3Altz6SCgNh9SvPtJNF4oSS2ak6moPp1dkrRJl7D6ddLUyQXWZbxGwLrdgAL/X+l/cOmr6ygytN&#10;UzS1238/jZY5IMtQuYKiORCWiZgpAmRmH0/ob/j2hlu4b2QR7hC0d0v+iA01ela9Nttv6RZHEsR8&#10;q8fkD/mr8+uFfR0WWx1VQVlLS5LGZCGSmq6OujWWlqYJgVlgqIJlMbxyISpVhpe9iCCfdzXxx3V3&#10;Z2FisdJvzYlTR46Wnpzit+xVGMxdLk4KdSr1FRgqiuiy9VLUILrLHTGF2Xk8n3Wz5X2e+u5Zt1s2&#10;+nRDp0gqrGmNQ1AkVpVtJU+vWIfu/wA42vKDmDlzf7SS6WSk1uVeRowWGsawhjXGaO4YfhFadVI7&#10;3+EHw/xO78zW4uvztTWQS5Cas2Ir5DLY6kysn+W0FBjM5/D5ht+HH5BVIgNSviRiF0gAez+5bdWC&#10;w9MmPLU9PGkFLHGjRa2cwJpEzKjTyCR2F+Ahv/X2ztXthtUkRC7THINQNSoqCDVaFh5fz/LrGNfc&#10;Rtvv5dxsb2WO6aoLRkqSrDuFQagHIp5g9EZ23/K83L3Bgcevb+Ppt2SR52pybLkcnUTYvGeSqnmx&#10;60FDNHS0CwUMaqB+5M5bnT9PaLiz1LNKMrQ4pXrEiFM2VlpvFUfanVN44ykKP9uZSvpAHqtf2PE5&#10;dgtSiTSKGCaQKLwqDQ+Xl9noOgruvuXf3hZIXlWPVXSSaa60qe41xwxg9WD7E+BOytpbap9l7kzT&#10;ZHa0IDU2z4hTy4aOojgWlMktPVCRppVx4ePyuGZNelRp59prK1W5svVRx0n37U5ghaVVgEJWYSMW&#10;0ymokMiFVHqKg/i3sSWcG12NuzzaPE1Gma4oM8MeeB0F7i83ndF1XLPUnBBAFPn6+fRrtmbH6S6j&#10;xYpsbj9u40wK1NHJN9tPMIkpljTSEpQY1B9JAsOPcun2Ll6sMJXWBJYykjyRsz6ZOXbUGWLUv9dK&#10;j21Lv9nCRo7mHAClPz/zdJo9s8Mh5JKt8us+R712tR2FBG1fJGzJTfbeSKnfQOLLInOq9hY3t7fc&#10;bsbFYgaJqiorGEbPeNYj9SAP80I1LH6H9XHsvuuYLy9yiLHnhn/LXoyjtY2UkxfnWnQc5vujcmbi&#10;Wehp6bDQeQopriYvIIlZ1TVJUKzKXQWGtVv/AF+hV1HiqaIs9Pj0WYDQHlSNX0jlTrJUhVPNgoFz&#10;7JJ7qVwVluD4Z404V6UBI4aVcEU6CvObuzNcsa5LMVP20zeR4aJpjGxa/k9CReJ0kN1uWYi319vc&#10;dMZIXWqkRCU1RxxaY7AoVUPIHDOjBuVIIvbjj2XvKVkDRIxWvn8utPJAndo0g+vp0h5shXrlFnwN&#10;NlK4y+CKeWspp/Ct7mZaWBmaljlR1Uh0WMj6Ac+4opMTAoElWkbDxh0jliQBgH4CqhuORe63ve3H&#10;Pt4zXclQsJoeFR9nr0ml3TbYQfElRU9Tx/PpTLTdt5UyJjsBVVKgzreppak/tyeNYWeoZnDusI03&#10;UqACAQbe2pazb81fHDTeaoqSwjjgWoMrya7htMayBudI+pJI+gHtS1tuCQFpqLEBWpFOkjcz7YiM&#10;FlRgPPpXQdS9zNigcnX4zF0baZZZkpI0qKc/qp1eOKnFLKYdRF/QT+b/AF9x6ze1DSGSlix0ZqY5&#10;tHiDSOFcMq/bPGAzrIGYEj6gcnj29bbFNOola7PhUrwH7eiy45ytovgQEfbT/V9nT1h/ihmsjLDV&#10;5je1ZUU8lMvmjhoqallmkIhMbCZI3BUAG11PHuA+8K7wRz1lM2Oo53RHqKd1qHgeaRYojohcllLN&#10;9SVGoEXHHtQNmtzI6QT+LMoqFbANBU1P/F9B+754lbxPpmUuB51Hlj/VT9vQpYb4v7HoJWM/ky9Z&#10;C8JMeTWKeMi3kfUumJV1A2Nh9D/t0BnNxB6hgK6uq0GqVXnEqqAqyF/LA0rMY7qAy3S5t6vwRJYb&#10;ZSJGFtGh4EAUP5Gg9fnjoJXfN+5SULadZrwJP+Reh92/11tbBwJDjsFi6BUEZP2dFS0wLoGAa8UQ&#10;ckfgk+07LnN7Um35p6TGCoxZqqpKZqGGkqIpEEw8ss7VAjrI5NLWWPS4DLwAfovTbNhn3GJJrvTd&#10;qoJDlxnT8ICnQc+Zpj8uka8ySyyrW+VWpVg1aA0oBjiD59KJts4eWqiqHpI3qIx6JGMmsEKbAlWU&#10;Mv8AW4PsLM1nKmDGwQg5KvQTzSNUVqzJkZS5QlKmTXDCYYwAy+gEPGPTzq9i3b9sVrh2rEBpGBSn&#10;5AqTX518+Pl0vh36e7uGKyxCamafB6dq1/wnp6ix9PEQVihTgemNAqggWuot+q359s9TDubeb0cM&#10;eQDVCyySQsKmKAQLR088kBesrammqpKfyP45I1F9EjEBluCtCbNs4llmsAMD8JapJFQAqUB8xXBp&#10;THTi8zpt4lWZiqgAk9xrUgNgVANK0Jp1kioqSnVxDCkSu2t1RVAZr31EAWLX/P198KXEbzpJ5Uyu&#10;OqYYaV6hJNFNFPFJ+vXLCI442aIGRiXQu0ilSTbn27JebDIiGzuVLuoIqaEeYrnj5EUqD5A9JL7m&#10;S2OlbLcg0zCoBJFKZIyWHD7BSuOs4jQ2YfkAg8Xtaw/H9Pa32vjzQ1C08k00yeeR+anJPVMsDySx&#10;afuqqRZollayxIhVNIIUAafYb3RvGhMsUY18QTp01PkSO4fmaZ6Kbjm7cXiqripFPhjKn1Pw1rgZ&#10;6wy00ToVso4sAbAWP1Frfm3sRaXOYcViwPBj4KDJ1/8AuREUM8/mqv24oKp4KvINTrMIURWRFQAD&#10;9QNgArNsspt5iEL3FCw16eHp2pU/Jixz5Z63DzbuYAaaV3QL28AQtRxoCT/vRr/MM9Tg0f8AdSV/&#10;NGhjiaVIXVYTYNFZVuxaw5PHtRU+y2r5cjlMnn6anxsxppMbDQfcS3liNOYpnGYr56KCOrihcLAo&#10;8RHJDXcEmfdntVWytrMmQMSS2CuKMvaM6T50FPToQRc4WoW3CxMZ0IJ16RX4sUUfMGpYlqd1KdM1&#10;UstEkcNHjYJpC9pZ5AiiMEW1SMkPkZLn8Ne30I9iXhutcPiYaeqxFdWWakjEcOQjhyiR3EbSCieU&#10;QyUrS2a8mvXpsqsqDT7C8u93ErPDd24bS1FOtgQM0qfP7DX/ADHv9aJLpAZFFCAaVpUjhWmMdAdk&#10;s/nKmsr8Vm8bSSeHIzx/dYuSqx0iUml46I1awyOKllMg/bKyRPbUwZhcPi7Qoq1vv5R4xFEdcUUL&#10;U5tFAIxJDBCW8stQ0al3lLuQxtY29s/ve4tilsjFqsKkkHHpqwRT0GMdKot3VozrkHaK9IzL7gze&#10;BmocNTo86ZLJJTUdXWTmrTXUVMQekqKlVIpaeGn1vCkaxRhkAf6j2E+WggjrK3FVNYJBT0cRqKOK&#10;OoXIx0dTBLLJM89UaeOqpJVdzeMagY2BYPGVUW2bSXEIl8HLmleCkjHl8LcKflih6Zl3wxww3CwP&#10;VjhqgpUEgGgqVYUxroPOhHQ74HEtIgyCxSRyTM0l2ZGiaSJjEukDVGkoWMKnIXSBYFbe2ygxcdRR&#10;R0VPkKL9kRSUtK8rqrY+JRGsVHUPDNNBJTQAsNTWJ0hjyPaya5e2kUrYsFrQmnn6kcDXhwx5Y6Ty&#10;b+jyyFpSzFfiI4t5mgxk5+VenianlpqoVCUUi+Vlimq4QQ0JcXLyIssayhytjYXt7YMulHTmSFcj&#10;TwVE8iqkGRUxKdWvTGC8MsUaIICbkM5Gmxv7N7NpZKO1ozIoNCpBz+Rr/k448ukyb5GrjxZKU/w9&#10;PlNRTG0ggJQ6rsg9Jub2/rzf8+2KjXIYemalpKfE1jzvKIq55IKwu7yiemUvrkZasIHNrBgv1PGn&#10;2um+mvpUkeedAqiqCq4pRjQilK4rwr0ok38VMltcdpGRQ/n5dZanE0mReNqo1miNDH9usrxQspPq&#10;DIG0sD/rc29t71m4aWvqGyeLCqtP5onoKtcdrQSIzlKeeWWFiyxlWuXsGBU2Ngq8LbZbdDaXuQ2l&#10;vEXVnGCQB64x5deHMTAx6LpdRrxVvl6dc2wWMmp/FHHGUJZGWaJJjcW+pdSTY+3xdznJURfDZDIU&#10;ORUBaiiqshTSqjKoJVIiYZUQkXVwihgpUXDD2V3GxQiQwbrY21xY1r/Z1BFcZOpa8CQan5A5Bva8&#10;8b1s8qy7fuk0bih1RtIpFf4WV6r9lBjBHQabn6F6k33G1B2F1l1zvXGhXVKfcmysDm4zFMNJR4Mr&#10;RVkEg+mq682+l/cFd571xtJM9dj8dVLEFaJqqGONqtQGLikrKaWBJHVSNSh2e7fT2Gd49n/a3mWs&#10;J2ZI2YmrQgxMhPmSgDU9MacdS/yz95v3V2G5t5dv56uZoxTVHcM08Q/00b4NeFQa/wAuiEd2/wAk&#10;3+Wx3rSTw5r45ba2NkpjVyR5/qSSo64ydPPVKAZ/BgfDhKlI3RXSGoo6inR1/wA2QT7l43tTF1tM&#10;yZOinw9cGCeoy1FEwJYFjIIg0PqW3qJ5/tfX3B/OX3SzbJLe8l7k944BKxzuoYU8kft1endnrLzk&#10;/wC/PzJuKWG180W1vaQqArTWiPpZfV4yWYE/0ajqkrvL/hLXtXa+TrN1fHjtDcXYGPZ6iaDYPaNT&#10;gKHN08kjoYY8duygx2JwuTlAuEWrpqQqFAEpJ4EikqKWuoqatoaimrIZQ4MlLNHKkMg5MbhWLRuA&#10;Po1jz7xa5v5J5x5PuUs942qa3d8GoqvCtBIKqSRkCtafl1nb7Me7XKHuLt15Km8Qm6tlJC9wdkLF&#10;NRRhrFX7a0wfl1q9fOD4X99fDnshtpdmdb7u2RQZysQYeszNAhw+VbR5CuJzlA0+EyTRxPqZaeaQ&#10;p9GsQfaywTSx4vJOinRJJDZyOW0xVAKaTaw9Q5/x9zX7A7dBbW+7zCTVM5i1fKniVH29c6/7y3e7&#10;7dH5V264gENhbiURrTJR0Tur59y0HpnrYz/4StbR25jd6d+bjpshLWblyG1du0OUp5ktDRxx5yse&#10;KKOyq4nLC7kkryOOL+0FuslaeRRwQtjf/BT/AMU95e7OO9MdcTIhq3R6DFet3CH9H+xPstNQiLUy&#10;uF9crHUTySFuAP8AeB7lSJiY1U8AOpVgd/BjQ/Co6y+4KVCwrIJCFBN7nn/b+1BiMmmgz0qMLSFC&#10;B5de9pPJ1KT3WIBnB0gWJ1EvYC1xc88f48eze0iMYUtw/wAHQhsIGjK6uHXvdC3aNRtHcNTVVmGz&#10;VRuLemzvkT3FtTMYSkkangxdXtWnGbq6uWcJHq/u7KxaNVezvUMv+vys5/tbKfmDf7y3uRJfDf8A&#10;cYyingsTGXWT/Qr866+voT9qJ+YNv2TlWwuNraDY7vlHabiOVxlnlBj0AVqfFRa6mAK6cYp1F1n7&#10;mVWH7XhpmDHkGSSSZAosfoQo9o/YG4cpju2dkdi7gqEp9l1uZhp9u1JQJTSNnscBuvAyyqz+X73F&#10;ZQ+JT6bwMVub2j6G7lbdrTcZVP0fi0U+WiQVcfZoc4/Py6nbdtu2+85S3bY9tRX3UpqkUUqjxmsE&#10;hGMh41zwqc+XULMQisx9dRwn/KpKOeSnUGzCdUf7eUcjVonRfcWp+N+N2b2L21u+gyVTUUeewu7l&#10;Xa74yFMTg8ft6qSOXIKYZ3klpdw5KpiqQtkdvJcBxyqY7etjLezIxJKyKa8BooB/vTFftyej675g&#10;S82jYLOU6Zw0Ck1GpmdT58CVUMp+w9eocqlXSUU8gWGSrhon8ZvbzVUfkaCNif3Hi0tcDkaTf2L+&#10;+Kahocdgc9NFTx5LJ7KOHhqIaeMTY/IItNX0lTSNIC9Jel8iEqdZsB7Fm/ForTa7/Rme00n5MACr&#10;D/a46ib2uu4m3DmnlZJGMVruRejZqj1BBHAgsa/Z1P0szEH9ImD8k8rpIII+ltX49m864x2y9vdU&#10;bmraapSXcFfR7SpqiGsb91f4puWiYKs7KrHzSVqWH5Ke5A5S23bbXYL2SLuu5FgSh9JpVFK08zT5&#10;V6x499OYt2PMlnHerp2u3FxLHQHJit3A7RXhRq08ukhN/GancWNLQFcZTTVwkdG0oSKXSjMb2uJF&#10;JH+v7G7tUwZXsynzVBVRNhsNgKPCy0IXVFJlI6GBIZjc6vNDrlGn6i/+HuS+ZdtafnmG9jm/xGCI&#10;IEAHc6Ii1r5kEEfPJ6gT2r3yG+9g95kNoY72a4kk1k0IQGjD1oxAb506zUkf8OqxjXlMs9dU1Nes&#10;rGzGJpaiUwgfQeNSP9h7W+2ayoz3XOb24ksUZir4q6mvKlNURVM1BQzweJ2qItEbkuAdJH+39y01&#10;ql1s1xYyoGbxEYdwBroQnJzmp4dYlT7pu20c3RbxZWkk9ilsVk0qzCmt6gkA0IAFOlVJHCH8zkKy&#10;ofUSAAg/UTf8c+ydbUqN5Uee3Psjec8jT4bc33m3sjTwiZspjayMNFLPNC7qZ6YsrvcgHkW9grlW&#10;x3e2lvrLmO5ZLKznEscgUHxEZBpOrIUg8a0OD1PXNe97Nu237JvHKdt4kt3YGKWM1Bil1ElVUgNR&#10;xWgoSD9nWWwFz/hz/rD+t/6e1Cu2G2nld0VQ3bX7rXcE9dk44amqjmxu30eOgoqXEYuCnlmanBhp&#10;RJLqtd3J/r7MObtz27eJLAbRfm4VVZagGgyg4aiBXSa4oePR1tTbhs9lZR7xy+u3Sw2MajtZJJnL&#10;tI8khb4jVyMAdtB8+o6yx1SqYmuolKkm630ghgL2JsfYm9X1lDtdatp1jDZSgrqxEih5E32mTQRS&#10;EglpZWlW3+B9te3It7OPmFbmQaHSUAkYrpfA+f8An6D3uHuBub3la9NaQuhJ8gDpNfXy64VEJqYJ&#10;If8AFB9bfSRHPI/wX2DOWSA4mtzVVSRR1+PcQUwjjVStPDS1NPTQOpt+/H92Qb8+n3AnONna2dxb&#10;yi3AuQpqOFNIbSCB8j/LrLP2RF/u9zeR3E5bbgQ4qMEysHLCvkVUEDqBXzss9HTxtpFZr8pHqKqp&#10;iBP+xL+2frxBlM/t9qnGx0wNT95HFEHjh1QSQRKjNYgpaMaip+t/p7D1iqLZ2NyU01atPngD+fQp&#10;5gUy8871aRanjhjAJ86keXz7gOoO6Jv4ftrJyrKwKUUkXkvYqsjBS4uba1D8e8nyLpqnb824K+fG&#10;GOt3PVU8dVBQwPHLVU8VMlZWxRl9UgpjDCPWwAAJ59kO9yt4tzMq/qSyZAHqM/yXqa+QbW22+Dao&#10;5pmSGKOimQgZYkJ/tiTQDzNB0gOo9zYjde3cc2GytPmaTEw1NKtVDUw1KieGpmpVjm8RbxzxmNgw&#10;POpePYZdQQ4SjVYN7Vb0+Szu263FYuqlKmqrsrkiaxcfRRuCfOlHAbgCwsOR7kX2j2mznnnO7uUL&#10;2rJGWpUyMw7APXT1Bf3pNy3W5ltX5YthNBaXCyy6chYlBUsSPLURjz6GcMhF1It/h/xT3aD1TtOP&#10;bm1sJgcbuauiiix6yzUFLSMzIchCn3tXUVdPHKjz3HjBvpUL7zUsNp2/bdvsNvtbtw/hfhBLAsoD&#10;GoBAI9TgEZwOueVvbHctwu993DaY3nllJBYgCiMSgpxoamoHl0jdz5k0atEKbzqFJsaiOISyqLiB&#10;FYhrs1lP+v7GDNAbGxYOIo6yaJ4BUVFXPQiuyWRLWH+efStPCFDfUAi/Ht+NYbBGlSNiycQq6ix8&#10;yza1FfXB+weYvh2Ub7Ksk0wWQAKFDaUUCuNIFT9vQNYPdP8AeOvq4q2qplnp6ySBYIZ/FRUrW1mF&#10;w9vLPc2vqtx7J/2ts7M7jlG8MCxo/upEmY1FlCNPIfIli6m4ZdP5Fz7Cu4WT7jO24CNo7eVwamnp&#10;mv2H/Y6Gm3Ku3W77UaPKgIoPMLwI+WKjoaMJm6JGGJlqIfuow/7SEkBIwV+tyv0XgXPHtH0++ew9&#10;jUdPBHn6ifHfbFmxlWZZaUyx3EkSqxVWhZbfS/Hs3h2i7gj1bduAeJkFalsMK4oBwIOfXoAXVtt1&#10;xcT/AFu3/qFyKjBp/n49KR6GjncTGJBILfuIAj8EsLkC/wBT+fePbXb9cc7FV1NLT4Valw1QIFc0&#10;Equ41zGEEsktr2NgAfajbvrLO4WWO3KuTmmFb5hegbzVybtm52U8aLrop08NSnyzwp1LVdKgXJt/&#10;Xn2d/au/qCrigngmp6qjlX1SxEkxln0HUPqtj9fx7GVw0dxGkmulRnrE/mT28vIHkVVdJxwB4MfQ&#10;Hh1y9jVjshSVsSNSzxyKQbBGuODz/r8n2SXEMiBiV7fI+v59Q9uW13u3ysl1EVINMilP9X7Ove1A&#10;rSBSWBsOP0j6/wCw49ojpr8+iN1WqlTXr3vwZ4mBVSQxUn+lvz/vHvZCurAnh14qjqwY0NMde9uR&#10;vIQbXBUWsBx/h7SYXj0hK6MDr3vEQQQPyD/vXtyop8urV6979MgcC/6rc2tzb+vusZIrjraMynPD&#10;r3torKRZYnS17/4D2thmZHQjh0YW87JIreXXvaCyOKdA+kkBbsVsLMLi34+vPsRW14GKinQsstwD&#10;AK3n172iJ9aTGN4f1XBP1/2Ps/jClNat0J4tLRh1fh172jdxUSTwywvp9ak2Ivf0kcW/1/Z5ts7R&#10;yRsOhJs9y8Usci+RHXvZT6/b0lFX1dACWjkeWr0PHZVBP6ASLEBxxz+PZ1vFkb+CVUkGmUahUVUU&#10;GR66i2a1/LrIG13iO6tLe6GGUBTQ+lMkde95cA+VCnGVNMPt1lBjkS1lVlcBdRPJB594sbzt24Q3&#10;UlpdwAITggUxU9N7sLAj6u3n/VIyOvexQoKeWenkRLRgFTEQAfUSNJ/xI9hHcbfsZVOlvL7egLcz&#10;RwzI7GvqPlnr3ubWYuRaQQzIZ/LEyVTaQNfq/bYf8FB9lxUxRqzUZqip9T69Jra+Uzl4jpo3aPT1&#10;697Wu0gKfGz0UQ9UaroJH9kWVf8AXFh7Fu1bgTbTxedOgxzATNeRXLnBOeve+WdpJWhgSNSNc+mR&#10;wt9HqBBH1/It/sfYF5oRZHhZKlWbj6can9nXtpuEEk7SZGmoHr/qFf2dcWvxb/Vc/wCtY/7ck+z+&#10;df0WLw2wdr4yqlbzxY81Eif271U7zkXtYC5H+tf3C/PvK22cw7hYXE7lFhgEagHyVmYk/aST+fXS&#10;/wC7lzXzL7b8hx2m22wEtyxlkJ8mlqSuDxAIX5060Sv52fTM3ym+ee+dyFlGH2Rg9t9e49oGVHlG&#10;28f9xkatxI2sOMxXzgekAqgtcWJUrZPGxm0ULSAFlOo6uRb6cf4+wUnKHLsJ8JYWdvM/6h1NEvub&#10;zruMpkmuwq+lOFfz+XVY1J8Etr4yhSWqrZXkOlWDTUyMrXNuSF1XH55+nvguZYEeKh4v9CP95v8A&#10;4ezCHaNotxSOyUkeuR/Lopv+YN+vgxl3aXURwqaf8eP+DpYYj4wdY4BVauelRkKs3kdXLaeef23F&#10;yR/S3vL95k57lEEI1cft+uw/pzYX/HsxVII0/TjRW+S/5OiTXOaC4uHc0znH7D0oTtXqjB3angpX&#10;Kk6fEI3iJBsAQI0cX0i/AH+PvpocjIy+WR2VuSePTb6Aaf6/n3pZzGaM4p9lOlVvBFIKBqdMmS3f&#10;s/EC2OxdO0ikqDHCVUhuLuVLfpF7fT6+/DGuzHWZDc8g8Dk8+r/AH3p7lSaqDX1r/k6WC2hQ90ox&#10;6ZP7Ok1P2tM0XjocTEpKgRMzuh0XDA2HqHpFyPc2LGhRc3JPB4vYfTj+vHtIbg1IA68y2f4UPD16&#10;S1X2HuSVyrNDEj8aTGAQj8OSwY6iAosTz7mmiVgFZLgAAfj83v8AT22ZnIoerReFCD4aUrk/b6fZ&#10;0j63cOVqZppWrWVy7soiAUFWJ4JNxwPx7yfZJ6tKkC/Fhx7aBcGtelaXIpUxDV69JapqauR1LVMs&#10;lz6tbG5uDfkEAcX+nvMlMALAA/X6gfX+n09+ahyWPWvqhqqT1DmQ+Mr5GPN1LOAxDNE1zqNyeG9y&#10;ki/BFv8Abe2yFHn0xJcUGcjrElM8vnAjs369RN9dmA18/wCb+v0/x98jHY/65/2Pvw4Y6qkob4QO&#10;vTalQfQF2UXDgX0hUIXm5N1PH9ffvGP9S39f0j3vP8A634q+o6jfav8A7V/qvz9L/wC93/H19//T&#10;uzNy31t6v9Y/7D3k9I+ljjrifEq+ChbubTxOePEdVZVU+mabSWSNpQT6WjDNGRoI4FipAtb3PiFl&#10;HH+xI5P1/P59nFpEJItbccU+X2dBq+LCcelT9g6WmORJIJLxhiGQIxU69JUEMrHk6iTyPfpOCD/T&#10;8kcc/gf4i/ulwxjxnq1qqsGUManPD8+PWGuaSMr6QBH9WL3LKbKtwTywvz74KSqm35v9QPz7qhrG&#10;GA4Y6tKA7aDgDP7PL7fTr0XpSST0u3CqB6vU9/VpB/s25/1/ciGXSw+n1/p/X+ns0tb0KI0Zc19O&#10;i27sGeOQqeI/wdO2OyvgeBbK1nKtYhSCUe3J/OoD253CqD9dR+v1Bsbnn6cWPs9MnbqPA9Bnw2d2&#10;BUj5efS1kqSiq6FJACVBDgoASR6nU6bqpv76N/IZCPRc3b8BbCzX+gF/z7uXVU1DqnhuGKU7h5ef&#10;TtLUUUWOSNj61XVI2gsgMjIEcNYroAJJN/p75LyCwINr/kaf0kgE/Qcr7b7UjFT5+fXqNUKAdPTS&#10;B4ok1NINclwS1iRIS5bn6pYE8f2Qbe+DSqihiQAQpJawAP5+pA+vHtRDb3E7BIIyz14Afn/g62wF&#10;SKZHDPU2hx1dkmhpaOCpqKmVlYCKPylzcLoVI7yFiykWHN+PcZamNwzROjqfSWQhlF/wSCQDb2qk&#10;26+hoZrdh+R6bBBbTrGs+X+b16WeS2nmsI0UWUxWRx7qiyePIQPRuQwJVlSWzlGtxe1/fStz/U2s&#10;AP8AYe05Whp+L08+naGtKZ6iS0fpjYrZS/DC4uwU3XX+bfW3vhqa7H6gcfT6G30P+Pt+AEkAA1PD&#10;59edC60A4dOtHDpZXRAbNGGYXs2ptCK7g29TAqP9a349orenZGzOucXUZnee4cZgaCCJ5mlr6hYn&#10;aOFWdzFCNU0tgPoq8/19qbm0mXVPOdKgVIODT1AOT88fmOjjY+X915gnW02ewkml8yvwj5sx7QPX&#10;PQw9c/HDufv/AHFDgusth5vc1dVVCpI9BTSrRUjySKPNWV84ShpoYgSX1yKQObH3V13X/Nz6j2nN&#10;WYrrXGVW+cnG8kEdT9tVxY6RgjeqMKISQsukeqQcH6C/sPSb/t1mzrBEZ3znIA9f9Vep95X+7xu1&#10;9AlzzBuf0ykA6IaMc+rsNNPkoPpqPHq6b49/yINwV8NNl/kJvmPbiSxrO+1toy0+VySt5dRhnykl&#10;OaCBjHfmMykH+nuu7e3z1+ZHe5qcXs/ELt3E1jkxw4ekmWdYiNOkzGWUgIfr6n9lkvMO/bgBHbKY&#10;4mNFVMAn0+ZPUx7J7S8h8sMLtoRJdKPifuNePGnb/tQOrieoP5fHxI+P0VLlMTsjH5HIUMar/eDf&#10;NZFmptai6y2q0hx8LjggrELHn2g9ufDDvXfeUo8p2puao2zDk2Wc1WZyuidjKyuDDSCaSRTIGNjo&#10;Un2Odi9lect9iF3LA0cZGolzUjz+EZH59Bfmz3+9t+Vp/wB3xyCa4TBWMEgMOILdtaHjk9G5g3Vg&#10;2w01RtOlbPQY+NxT0e34kSneSBSFgglb7al0jTb0kr7tH6v+A/UvXGLpM3uGon3nlWkRleumikoH&#10;XQnj0rLqYsVJJ4B59hffuWN05b3IWlvtEs7hRWQodBNeA4GopkdGO0e7PLO/bU+6fXRW8dFABkBk&#10;XNDRahSpxSrVoa1Pnrf/AC0/mkfOnJd+5b479A9GZLYWHoKGX+Ib7ym1ctuPO/xCIM/21P8AbzDF&#10;UsZVQvlYlQxN/wAezSVFb071Jt+eow/8Ggyvo8OPSmh8cSeO7WKIjBw/pAIube93Dc4wwLebfsTC&#10;4TJAQ0p+Z6xM9y+at55i5w23Ztlvnl2uSRKuDTjLpYYNMKVznLDoa/hV1d8tPkdtfcG5/mBiNzba&#10;rMfU5ShwSmqp6R8/HFQpNS5KbDCesehWaqkCqHN2U/QfQV2bD3BV7iotypj6uePc26MxWNXSU0gT&#10;JVcVNIaqqpKJjcxT5ATSotj+qp45A9xNb7teLtm43QYvfzTuaHi7LU09ali1PmSOuju88sRHd9k2&#10;iEadkis0VaCoTTpRccOCrWvkterB+3MDt/Zs+y9wbix1DJsrr3G4wY85CAzYTEz5KSkxtBl8rEyy&#10;q9HhCsM0zMG/YpGBFmY+192v8U9h7tpdsdl4RIcHlsRR01VIUSGOLP4xfFLPHOJF1ivhKMRdtRkD&#10;Bgb+3LzcXgsLTeDIPqFAZakLrA+ICvmtDilSa5x0GLflq4bcr3ZGiYws7JgFgjkkA4FKHybh6Hqu&#10;74z/AM0jfND3xvz45drYGs3TU0W9Mptiiy2HhqJ67Z+aqayeLF0+WhGo1G2a5ijwTwK6x07hx6Ve&#10;xpesqDA4/a+LwG3MPRzJFAkwmqaOBTkIHuyyhlj0uUkdgR9QR723Nt5ulvF9JXxhmjYovyJPcR5g&#10;fs61t/LMmy3dxb34Kog09tTQjjqp5kcK9VgfzGcz2NkO3M529212ru3bO1zUT4PGYrZG5a6Ci2jl&#10;6A06LR1ONidJaeHJwxuQ5Ugt/at7ZezPjnsDdlJNunNbRxEuYo/uNcMmOpZaMR6SFlkGgj6khj9Q&#10;Lf19hbeN8uHtGFwi60qdXmAfw19B5+Yx0Ndk2nadnvHvyn6MmmoYUyeI8Ngc44Gv2dJL4Tfzhe6c&#10;d2/tr4tUvYFTvTYGQgp4tubpzD5Kq3lBltcr1eMGSyTRiemeVFaFJImYhyv9i3sunXfTO3cTnqqH&#10;buW3TsmuL6hHtjc9ZDjdImV45IMVWPX4coxXkeA/W1v6hi13CXUrw3s8YUcUkcccmndQ/Ly6lm1m&#10;2K9jaFdsgaAkEq0YQVFPKgzj06uu+XPyIz2N6pXdG5+ueru6tvtTTJ/DOy+usbm28jUFS09O0kaY&#10;+qo5ZENhJFpYLezAi/s2udrMx1/RY2tyW+ZMlW1Uq0aJkdt4yarkTx63nqJsZJQmojXQOdI+pP8A&#10;X2JrnmLeLNbeP97FwgAGqJGLYNTqUoxpXzJ8uHmQXHJnJV1cXEW2bPogYVakrA6s0opjovn9uPTr&#10;Xu+NVBsr55bp7B2ft74dVGxdk7Oxj7ljz2yPkP2Xhtsw5iqmhXFYjG4reFFu6jxNdVJUSSBYy0EK&#10;oLDTb3Sf/MT6oqZMvRdu4TGyLR5NFps68FKsNP8AewmST7sQ8yxRTRy8aixNvr7mXlffpOY9q8ee&#10;NVvIDRguAV8noSWGcEHA6hXmDZLXlndXtoJdVrLUrU5U8Cvln5U624/5fHYoyPVUPUma3HBmt09X&#10;RQYymSbKfxfLDaWlqXDx5PJrDTU+UyOLlo5qSonhjjR3h1aELFRWdQxLJTOXaObjVYq2saRcEhuA&#10;APYlhUkEgVx0H2dS9RgdWCe24R0aTuksIIYhgNGq5Grngf4+3opoUJ1xah/gp1tkmZe1yFP+rPXv&#10;bHl6ymjcxrBoUrx6NBYggkE/pFv8bX91mvISwEcen+VetxbfI+li4J+3r3tLQbpFLKYEkijTUt9T&#10;txpJH5Nrge0I3ZYpNOsDpU+yLKmt0YmnkQB/Pz697dKndMIeNxWSyIBciCCofUOPoyxaTb2427am&#10;H+MFxX8IY/5OkUe06aqYhw/Ey/5D17274jNvLKr00OSmvrI8lM0SAk2BWSfShNjwB7W2185esUdw&#10;xPqukD8yf8nSG92xFBWZ4QPIBqn/ADde9iA8meSmjndZlhl9N5mW6D6g3Uj+v9fZwzXjxg6CP9MR&#10;X+XQfa3s1YqEVj8s9e9uWOqck0iqk8f5YMsrErYcWs30/wAPboEwYAXBDD59JJobdgzNBX7Rjr3s&#10;Ztt5eqaCHG12S8qSepdA8hUub+MsQfqVv9fYmsp5HhEElySSa/L7CegtfbbB9QbgWuhKAfPhxA/2&#10;Ovex9C43b22ZqueRw8kQKRkgqzsU08KTwQT7F8ktvt21zvcuRqSgH+XoJtZ3G47pFFHbgqG40pj/&#10;AD9e92A/CSqXd2zTS0fqpsBl6o10t7JTxS1ZqY42L8FpL8W4Iv7xi3DYbnducVFvHTbw6yySE/CC&#10;cD5klSAvEjUaYPWZvKm7W+0cgRCcabkRtEi0qW+Y86A0q3D59UBfzk934TqmGlzVfXIuX7A25Lh9&#10;tYxFkMtVkKJJKOplkkjUrT0lMKiFpJGI9TBQbkezmdzVJFBiMZ5FgV0c1RJKCOmKRrI5kNkC6Pz9&#10;Pa/3GQvDaIR3TSOc4wBQV+XcR8+qe3zh7u6nPcqRgj7dRr+S8CflXqnL+V3taOPdXZ3ZdTQ1GRq/&#10;uaeHD04hEr1OSpXqZKTxxgeaeQ1EhVAtyJeByB7KLvXtHMZyBdjdQU8eXmWiqsZkdzOZafEYoFFj&#10;rZ4ak+FKyqpo5SbpdF+vJ49hQbncz2lnsnLqKywxMryDUqr5sasFqRXiMY6Gse12Npfz79zVMsbv&#10;KjLEBVmI+CgyRWgpUGvl1d10v8W8ZtauyPfPyleXbNZk90UW58LsS9PW5PKJRyt/A8fkqK9dVU9P&#10;UVFOoWmcpK5AVtJv7FL4g9fYXadNuKXGTnL1kTQ0ma3PKpM2Xy7SvNUpA7MzLQ0ZUrGAWDcm7cH2&#10;s5Ps7awG4Rq4lYhYy5yWZtTPn07VoeBqT6dGfOm6Xktvtqyq0MZJdYjxWOmldfDuNWalBTGAQwFY&#10;H8/PurcO59v9K7L3CZcKm58tlt04bYwJWLB7YxuNbF4ytr4VjRP47nDlnd9Q1QR6IQEYMCeYyKFT&#10;jhr6jb9Nvz/jq9vNtEpmuUU9q5A9B/m6CC3yEw0OSKfLGOtUR9qVYqcvHGWkGOheSFNWq8RmCSL/&#10;AFJMtzf8E+/GdUI0Etqvey/gfn3q3293glWZAADip9fTpqVnaQP69SMfgDUU1TBVFIRCzkEuCtpk&#10;aS8LE2fUygDT+R7yPaQDV+WsQbA8D/e/bVmTayskRxxH29NXUTNExY+XUXDTLj6toaE+aMBahHKk&#10;yGZmAdBH+oqCbA2+vvIgRRpVebAXt+Pr/vfuRtg3aWC4t7i5cMqspC+ROQR8qChPUXb5tjXMN1HH&#10;XU2BT1z/AJD0YvYu7qzG5TB5LJijrEo6ynr0gkeN4Z1jlUeMuXKpZfqL/j3BlWRnQLFqeOYNGoPL&#10;J5VIU25W/Bt/T3kVbTwzwJNHLWGRKg+VCOsZ7lZtv3CWKQlXV6GuM+v2dXg7PqcPuHZ1PkYq5f4b&#10;ldsxyVFZHHI8ccldQX8ixShXkeFkMYYfhf8AH2/M9RrjmMSI6sGdQxZPGLKxMg9Cm34v7Ax2axtr&#10;fcbcXUrRSgjy+LNAB8RGehPDuBlji1uHOKU8vtr/AJOiCVOxdo4sbtxlPl8nPi6qnkpIZayjioqu&#10;SuFPU1UEUGNgEk0lNdCC5FvwSPbtkmDQBgPSyICSLWVQ4uf8dTj/AF/ZZyDG9naXFgzEmKQkH7TW&#10;nQL5tibxfqQtdeP8H+z0ufhjKaDMVW3quQRJTV1XWUqM/jDCop7r4lJF43jodWkcXufbSbtTAkga&#10;UVjew0kjTqN/8B7kAUV6eXUahiJRjtOOrMFRIqplkFjIp1re2oEfpA/qQf8AX9sWXWNZmd25Ijc2&#10;Fh6o1P8ArWN/ZnYsxQKvCp/wnrTV0YBpU/4T0YTqSeSqxS09IvKVEyxoRdikMy6Tfg2Dauf+Ke0Z&#10;VKrMqxkepjxweDYm1jzb2ewnQCXOOk0YJc6q9G3xFV9nRa6hmBjjBbVdQCL2FzYMD7U9HSFKMO0h&#10;tGmrSQL3sb8fW1vZRPMGnOkcT0k3BaRMKY6C+n3TTV2/qSjhpkZ6iSNFcN6jGHYF+DbTc/X+ntjy&#10;Et0A1X1kcAWuL35X8kezC1jBNegWSTIR5AU6O5tTH+GFNUaqFRyCDckgE3DD68n2lXQfchmH11Bd&#10;Qt9P6X+vs5B/ToD0rjAKjpfyShaUgEaRbkH8qBwSP9f2l9wwAh2IsDH6QOOQAD9Prx7NdsfAHRpa&#10;K1Kjh0ods16SWjBsyNfk8XKtdufwbcewGy9J5565ApCBYpVuLBmjd7MCeCLjn3IllLoSByfMj+Q6&#10;OQoHgSHIr/m6MLiazRT0zFg3qKjn8eKP+l/pf267aoTUUzU5H7kcgmQkcqY2vqX/AGHtDu1xom8X&#10;V2EFT9hHRnAri5jdBVSKeuOkbvnKrRL5y4CCJkkINgVeJ1sxv9NVvr7NjsqTTRxUxAUaX0Ectdgg&#10;8nBuLMxIP4I941+7M/0mx7hfV+EpX0+KhFPPHl58PPqePbCyi3HmGO2kqytGaih4Lprn5D+fWqp/&#10;N8nOF2RWbupjpqKLcGHV5HMboBfJuIqiOb9uWJwwDxN/nUOi3I9su+5clSyNkJywp4kijjrLsQGj&#10;U6lmtwjE35+n+xv7wm5lW5u5Uv7CILaAKToPwMxNKjyU4Ck1BowArSub3KW1bbtVtcbWzjS7sRXG&#10;oGlAfUjhTquH4RV/XfZ8f93KeOmp93ZH7uqye0YqZKZYad54KiGbAtOUNTQtHZ3hD+SlVrC8Y4TW&#10;2t8xwV9RTSVImpK+JBN5tcUkdVT6KdmVLKJFNLVo2oXJ08exZYyDctvhS6cmRWAJ9O2lB6gKygHy&#10;oM9Y0cybTNyrz5ul3ZwrCL63b9NSO4F2zSuDVDg+R+zq2zvH4pVXdPxg69w+Vx0eK3B0tvA1W36m&#10;G+RQ7Ur6Gqajo3qJRJMI5stRTxPGTpjYpxpt7QO5Dmtobxz2epq6pNPi6im3DiHmj8ix0zuP4jjZ&#10;5VGsU00czfVtOtR+D7yYnj27eeWp9v3eYyR6EwyklQF7lJoaKy6WU+TGvmOke0bnaXVntktsBHfs&#10;zROASDrrRCRUE0AoT/SI6N3tDY+0PkR8b9q9Q782tjMrSb12ZVdYb2oqSqpaZTX09LTig3BjYZml&#10;ByONq8dBNGyRl4fSxtpJ9mK3xm4afrd9wfwyaLHZKHFVdCTfz1mSyk1PPS0GNoYmaqqJp5CxtZFS&#10;JGYta5GP3L/tje2HNG52t9u6XMkZKAL5RlqqHpVtRQYFFzQk06jL3e919rj2KLb7TbvpoYXdncsC&#10;DKgZWK1NFj1VFSS1TSnVWP8AKp+CG6trfzAc9HvPuWk37vXrGn3JsyowG3dv1mRfA7FpqGfC0OR3&#10;9uOpoKTE4yv/AIQkMVPSI0080tlF1I0oXKbZyO0OuauOqeeHsTtPK43cGYhdnD0tLHVU9U0DRBj9&#10;tFQ0sSxKrH9Vx9QfeTvLNlBNeAWaBLO2Hcx85W40qSCBkVGBQZznlVzLzXJzJzHPdyy1gQkAVxwP&#10;D18vyA9OtzfZuJw+PONwu3qOGm2vsygjxOGWJUEbtBTmmcwiNUjf0sxZ0AVnYn6+wmnp90VFZlJc&#10;Xi6yvr9uzbcq4PJPCokrKWXVUq8kujXHPTI6OByOCeLj2Qe7G77bDZSbWZqtIVIIFaaKFv2IaEev&#10;p1mL9y53u+bdwvolZltrUF9NSQJSVStK07kIGMkkefRPf5im9Om8F1NjOvO6N7YXY+0e6ZN2df1N&#10;bloJKjzQ5DatfA0tDopaqOGuxlZV08ymRQhkRQWDFfYqS1+PzUVNkspRjBZmjqIii1M1Mk8IeS7L&#10;HJ6onp9III5Nr394t2tkJL8QWc3iEtUUopHyrU1HqKE9dUp7uS+2wItrKiMjqQ1CXpQAmnmAAQaA&#10;1z1qM4HrDfvx73fujYnXW9qPvzp7em3aqqkqdvUGeqsAKukp6uZjJiUlWbD5iESs/lp7Kx8bK2pB&#10;YHt6980WEnzW2NrDH5vcOJqqynqJ10RYmhmWmp52p6hKdLeeGeYLpuoPDXF/Z5FyRBu17eXF44Mo&#10;OlljAAFFVh8QB4ahX5f0uj7YL/edj5fjt4YNCtGXXUTrJZqaqV4GvmP59Hl6P/lLDvXO7L787wyG&#10;89h9e7nwO3ak7PnyE+U3tuBKetnoY66qyOXeuFDQZPF4+mmjCKzxLL41P7fr90Z2PvXdy7pr91R0&#10;tNDBkYaXBLBAIi8K0avWSSMKiRWRZ3WxC2t9T7CW/wDKsVnOBYBiBQkGh+0Y6EfLe97hcxqu7yBt&#10;chFfQALQ/LNf2U6RX81X4QfGbpODpzbnR2Fyq5TJ4zNZLe8FTl8plh9q1RTwYCpRK1ac09Y0sFWs&#10;tihGlbqARccf4yJKgQ1KLEGUuCLaWXj1nm3stWya3o0qgKfnw/zdCtNxt5BKltIW08TT/LU56qbq&#10;vjpWUW2my22K7LV8tO6RSUj6WqhPUszrACtpg90IQMGNhx9PceqWnlqUenZjZbXQEgMQeCB9Dz7s&#10;8ESyxSRvRjwoeP8An6cF1Lc2xVgrDhmhIA9O79mOlps6v3bhdqZjFbsx6AGVIVpchF/uSp6Kmhjj&#10;8y1EhjSNfuI7BbFm03/tA+3SIyPE8UlPHMVAGoqAxH1tdjo5/IPt+e6Z1fxFR1A7gaV/Z0G7u1IV&#10;ZIHkVxwGSeg6npcdS7hoclitx7ixQdg8LUskzBJRHoLxQ0zQzJJHp0grILW+n19gVvnrus+/XcW3&#10;HdI4105PCoqRqQrORPSAWUuGYF1bki9vx7JNz2NbeJt0sI3Uq4JQKcjPDGfs/Py6d2fmgCe32/dG&#10;Hh6TpdvM8BX5HOeFaevV6Pw6+c2Cr9t0HSfdtXHW19ZBTwbG7Iqnklaob7fQtBuGaUyLHH4YdNNU&#10;qBxcSAXuarvn7Wyx/wBxcW8w8RpslkfCxZnhM5p4CCDdVuYSLHng/wBD7yt9g7lr/bL65KkeGyqa&#10;inlqp+3qBPeH6e23S0iSQF2UtjhQn16v8+BtNRHZm+8hTU0Mcj7tXES10MYVMrFiKaSalrVdfTMj&#10;R5Ph1JVgRb3Ulu6B5KURxx60fUkj6btGLix0/gWP195IzK8sAUD9NhQnjT5dRzsUka3BdnIccB6/&#10;n0fH2D82GMVUjvEQbfUIfSEk5D2ViDcEf6/HsA7u9taaJGUL21rQ4FPOnAfb1IUd+XhkjVsrxr60&#10;/wA3XWpf9UODY8jg8cf6/I/2/u+/4s9Fdv706r2rgKLrzc9PX0FFJFLTZfFVGFmWF5ppKSoaDJpT&#10;y/bT00npksU9PJA4APuNqumjM90jW6uXIMgEQPBgyiXQSCDila+XUC8xe7vt7y3ezLf802rSg9yx&#10;N4zKa0IIiL0K0qVIU9ILdW5MFtdlyWazFBjKaUqiy1k/hiawsyRyM6JLVMVISJTrc8AX92Hda/y6&#10;Z3aHK9sbplwI1tJJtvastLU1agMGjFVmpo6mgRit9UcSOfx5AeWIYrY1Z9bNngnaKeVWeh+2i+eC&#10;eoL54+95tNtBJaclbas8oJHjXIZEpj4YVPiVrwLsqn0PkBGY78yWTqBjuv8AbD5inkQf7nssKqmo&#10;UdmZVRMd4qeunNlJLuYk5sAfr7OFtvofpjrpIpdv9e47cGXp5C65TccA3Hl4pNFleCqyMNR9pGPq&#10;vjEQB9ntntscrVmkEYwamjH8mapX7EK18+sVuavvCc/c2eJBJzDPDA66WigYwRsPPUIyur7WJPTW&#10;u2uwNz633tvatxOGlUGSgwLpiKIqWUvTqlFLAZYmJAZmdy17G/PsSPuNy5p46eCg+2iKaVSO0enW&#10;49IKyOCF+oHAB54PPs5EG0bfW4lutT+pz/q/w0xWmOouVb++ZpLi6Kxk1ORmnzOT+3Pn1NZOqetK&#10;aaUz0b1ImZpJXZ5ql5gSrzeOP9sug+nFh+fb5QbCoqaF5M3O0KOdbiS8svkb/m4dWkKf8fz7SXPM&#10;VzLKEsUqtKV4fy6UNaRBVOsn18ukHl+9s1kKr7XZeIpqu/7dPUVEeinUtYa3TTbUES4/N7+3n7rB&#10;YqNIaaAOFUGJ6lHa4UDgIltQUc+0Bh3G9fXLJRq5Ap59eAto1P6Y/Pj0xLiuzN0VVRUZjOT0lyf2&#10;MWYof84WLxiV5XlQrexsl/wQPxJp87SOqilhj8pVfJJLTQRRwt5ELk3u5j8bXHtPLYTKzLLITk0F&#10;ak46fa/dV0umlfKmcfb/AJOk/UdOVEskkuWyWSqafyvop6fI1c1RM2gtZ1Ro0MzPYEaSbW/w9yP4&#10;rC7iGOoNS4j1ukYWOK1yx9clgkI/slufrfj3UWciprkjCj8yf2DpJJukCK2tqMB9vU6l6nyIEbR0&#10;IpadnRYzLI89d4lsoukXkY1SN+oAKtrc3v7g1GTqYJUY09JGsvphDOauRtSkkEwKkalkDaQPpYH6&#10;c+3EtonV/wBSRnFAeC+fzz9teiG45nijJVJAxrwJp/LoT6HpmlrofHV1uZdoiuvRHHjo1ZiFa5CS&#10;SycH6sCfeOk3UkCxV861EkCTlKgvSSRwqhMlnsE8pULG19QVQRa5uCXJ9qaV3tI3USlQVGqpPy+3&#10;7Oi6bm4qzRmMaqYqfP048aeXU+s+PONrqOWip6mSBtIKTireeex/q8scMYa/4Av7Z8vu/EV5dI6g&#10;Qqz1DaYo9TTBxrEZRbmSL039QNgLj2ts9kurejMmtsChOKj/AC9Ed7zZI9BLUKgoM+foehC2V09T&#10;bUiuXlr5tMSRyVkjv42iBAmi8hvHOy3DMOSCf8faKzGd2pR0kkVPlK6rrp4VIUyKJgFBu/2op2VT&#10;E4IcXuLA2sbg/srDeJ5Q8lii26t6VH2V1CtfLokbfrm4OpoKR141P+HoWKLCyRyxnw0UUShm0R05&#10;Q6tRv+4hEZZ25Jte559tGAWo3K8CYeSKmNGwWtqXElJMyAiRdDQ61qnenszKQulSDxqB9rNx8La9&#10;ZvkLBx2qKMM4zUjTQ/b546K7vdHicpcatRyASSafmenh6ZIVvJEso+puuuw4/NtQ5P49s02QqFyt&#10;Imb8EdPR1PiqKrytSvLMWT/KmdE0xBGplUlE1OLj68e1iWcTWch2/U0rpVVpqxTh+dcVNOmYr4uk&#10;yQGr4IrnDCoH20z606kCnGm8alTpJQEnSDb03B+vsc8nW7Py+Eo6OqyywQzUEn2pxcvmnmIjh0hI&#10;IpJpGYxniOYxyErx+bR/aQb3Y38s8FoTIrjUJAVUZNaswHD1Wq0/Z08hjtxAbntiK6q+fHifQV4V&#10;/LoPVTclNVV0mJoEq6v7xY3XKtWUFKQ8Tyuy1b0biWFWIQPAs6gfXn0+yvSZWSlqcglC1bU4yhq4&#10;44VrfHDMpNQC/kiZpG1uI+EDaLk/U8mW1tPEjtWutCXUiGuipBNKAV4HjxpinRdKupolMlJZGNNP&#10;dgCo/b5+nQlxBmRfIiowVbqrF01FQWKuUiZl1cC6qePoPfU+aqTEMdFlWh1+cUfkp3ZZNChPLFJr&#10;jKTAy2kBViTyp97jso1c3ElsGpTXkD7cZxUA8RTz6Sx21VNw9trUaS5B4ca18iPQ/ZWnWTSLg25H&#10;0/21v969oummqKarkTLRTVVTDJr+3uzxuC+sTKZpCVjsfoeb/i3s8kWGW3WS0dViI+Lz4cOjieKG&#10;eFHs3WOEjDYr6UNP8I65e1vQSyPUPUKdFNUKyRFI45J6eqdkkVU0QrYuFK2BUgEkMPyQ3MSrEkei&#10;sysCcmhX1ySCBx8x0HJxpjEJX/GFavEgMB+eeve1JNjdyo8U5hiXTLD4HMskrSJInlUTTxxkzSRR&#10;gAWGqzLc8H2VRXW16Xj1McGoAwD50XyFc+gp5dJPFsWUl5CxIzjFf8n7fkOuri9ri/8AS4v7W2Eq&#10;8WsMsGbj0V5ZkNRCk0tSkKRAkRwPCT5Ebjj1t/qvpYi3CG7DK1g9bcKDpNAK1OfmPtx8ui1mRRpU&#10;hYPy/wAJ/wA/WGZZT6oyCQLaTYA/Xm/sDc1UYVcpWQU+UqKjHtUtJHLLE0U6xyu7vISsYdS0oYm4&#10;BBHuQtvjvmtbeSSzUXAWhAI0nHH0+XQwtY79oI5BaDxFGDXH2fs6zC5HPB9rLa+6YcXDSo2YqK6n&#10;x8iT0SVDhj9vGdCU8rsfuTTIsraFNlvYj9NiQbvsr3byMtmI5XwxWvE+Y/CScVPTUj3HiEy2QWVj&#10;mnCvy8uo9RTCZWUEoWBBK/1IsCRbkg+17J3T+yzRyok8AkkTwRQyU8ZaQhIZRLGZYDGLAljIeeeD&#10;7Dq8iapArKSGNDXDY4kU41PyHTrve618KIqn4QfP/P0yjbOObX5olmEyqs7MoWSbSjR3d7az+okE&#10;EEH2lB8gMnDOErljeCUxxo6KI2XR5GAkRI7u/AvYAfmw9nP+txaSK/gMdYFT6/7Hy6MUtNykDskn&#10;eBWny66G1MKqBVool0u0gexZwzcmxb/EX/1x7XWF7e2nnJ2pshWQ0ZkQOI3aWnWOpspY+QqFjikf&#10;k/2b82J9h+/5J3mwTxbaAvTjQBiR/npw8/Lotmi3uMmSSyJQ4BA1eXoK5+fH0PXkwMVIkYo+GTSr&#10;SSWeVkU/Qs4NzbgH6gfQjj22VNPFk6k1OFrKepgmnkZKeTJq8TAAor0QENRLUyMToLEm5+nA9qom&#10;e1QQ39uVdUFSI6EH+nkADz8uB+fSdNyClo52KSr5FT+dcin59OqxmNEDqWYX5sT/AE5+hF/YdZyH&#10;JojrDR1lZCqt5DNLRVEszBGQoviCyEohsQ1vqeD7FG3PaHSTMkbmnAPQVp5Go/PpZDMXYP8AVha+&#10;YDef5EdSo1so+o5vb6f7f/H21Y9I0ow02LnkSpkUij87waXiQMVFL5acq5jQsHW50odNrW9qrpna&#10;40reKGTGoCtQfU0Ip8jT59KYtxv7eZ445QyetGPH50I+zh9vXpIw/wDgf6/71x+be1Km8cdNMv3m&#10;PiBhVYFj805YFI1iMVR92ZJ2isg1/V2Y3H+JWdkuo0C29ySrGpNBk1xSgp9nSoXVw5JmmZa/L/Y6&#10;iijMYbxyE6iWN+OT/SxPtLCvjpsjXZTDUSvHUekU9P5a1KUXkMhjp5UFQixuQAAdV7c259mzW0kl&#10;ra2l7IQy8WbtJxjIqp+006XrM7xIsjkIOD8P2nhnhn/D1lMLOio/IW3045ta97/19t+X3GMtV0NJ&#10;VCHGeKRJaiFYDC9T5GtNUwESTGGXSurhAQPx+fauz2v6OC5lQmYEUBJ+GnkcCo/P8+lNuE8OeQNr&#10;alKg14ZzTrywCL6Anm9+f9a3uLmMVLHWxxTrJUwzqCk6K7CRYiBKfMi+SJ4opLi5TkAC4sPbtneR&#10;yQMwIjcGhFafZ9telm37u0SN+opKt5kcPz67UKVOk6WNr/Q/48Ag8394cZUVGMrYMjt6tnirKMzp&#10;U0tNUsFqYZYkiKVcJSGOoSFkUrrD2ckrZmJKHddq2/do/C3q0R7ZxgsAVbPAg1DcceY49SRy5zru&#10;O0N9RY3jwTECjKxUjNe16g54ccgBeAAAd9k9V9e9vbaq9mdobJ2xvza1aVFThN14aizNAb3DzJHX&#10;QTeKoVJG0utmBNgR7GrbfdkDu2FylBFTmWYsKmMSQNOUiClmMjvT6rarLZP03J9xrD7ObVyy24X/&#10;AC4PDW5YM0YOpVIBHavFRmtBivAdCT3Y525s919n2q03/c1nubOPSjkKHZf6bD4z5VA1flTol/xU&#10;/lqfG/4T9g9i9gfH7DZ7aqdnLTpnNpvmWy+2MU1LUyVKvtujrYGyeKgeaQkQ/czRIDpWNVA9vu4s&#10;njstRSTY6rWXUhuliro4B1KysB+kgi44Psy2y1urScR3cRFDg+vWFW58t7nsm6aryzdYS3xYKn/S&#10;lfL7erEqSZJU9JF/rpvc2/rb62v7L5WwuzNIQysL8f0tcXt/iPcm28qaVAII6FtvJRVAyuM9S/Ye&#10;ZGt8c5jZ2vf/ABIt/Xnj2Jba21oHHQwsbbxI1cLjr3t02TQLnd1YegddUNRVqZvQCfFGDI7AG4so&#10;X2i5iuf3fs19Ov8AaKmM8Se3P7elNw/0cRk0ghSDnhQEE1/L9vDrBUm0Ev8AihA/2Itx/j7rb+dE&#10;XUXxDyO8MjQYLF1u5OxN2ZzsjbSZ+OGLGRbk7ErRh94mbJQ/bLT0t6by652N1KrcBSffOz3Ln2Pk&#10;jcrt47IXG638r3katpCq9wzRzgk0oKoHoeIYUwOuw33N91549+OWtqvL3eBDtnL9vDt0ixFiWito&#10;hJbEqVIDFHIIGagniT0yCnqKwqnkeCFo4hPJGbSsad9UCKeSoYs2ogcAf4+69uo3l792nuXqvA5H&#10;ER0m28p/eXHVElGKuqgjwtTNVYlMNJCzw+aipqx4nYFWmgjOkfQGCdtgm3dbna7SRVRXLqCK4X4V&#10;U1FRTGK6hQdZ73m32/Kl7BzLeq4mnjELVNFLMArhh5gkBhTgT1kzWSpMKtLkaxKhg8q47ywKrJG1&#10;dJEkPmB5RHqURFb6Kz82B9nc2fhFzPX3YO76ymmkzldss7bzQE1MEocxiD9nUxLROVqGWrqKWNyY&#10;xYLpN7HkwiQmz3SWWFm1RaGJIxIpAY0rUVIr9meg5uwhfdOWNrguUjkhuTIihWOpNDFO6lKAYGo+&#10;dOJ6D/N5eWg3PtXBJ4wr5uarhTwzmOSGqSZ2IqQv29O0S1bqqu1yLAC5HsuWZr2rOucXlq6mgqYa&#10;Slgo6ozsQKCqgpZIFC+oyj0QPqJ51MPau9umn5dsiUDLGoQ1xQ0oD+wUp5nop5V2SDavcXmpEmZd&#10;xuXJRBnUqkMfz8/sr0LV9TFPwOTb+p5Iv/sfYzdVbpy1TFWYLbWLoK+HK7Yo6jPVdchlq0o8W6x0&#10;M2EWeRYY6ulyAHlLqSulCBq9n/K2/wB5CJrOwiV43iTxiaagqMCrICQAQ1Kn7Ogp7q+1nLfNF3tW&#10;8cz3swjtbx/CijbQrs4YlJKAsyOKigIFKg46acjWpio/PNKEWecQQhwzR+eoJsX0gsFFvYp4vIZ/&#10;GV258zuCsqKnCtWYHA7R2pT0zNla/Lwx5ionz+WrW8gWlrajKU0aaQpSKmdnuWUgbw79c215LuUi&#10;uSsqxxw04/EQ7cSA1a+mhcmpHUcc0cg7FuO1PytyxtiWNjcQSTSz1VFijbTrSNQdJKKpamX1OFpx&#10;6Y4q8GpxzyGnlqY6GasqMgdS0saN4oZaeAtZ3ckfU303t+fahnwJ3HX42uz1Z/dCoxNJRinp4ZzV&#10;JWpj6Zl88hjI/ckpoiQA2s2J/HtVzNd3PMN1a7xeObN7WNVVVYsp0KcsaVppyfPBPDoL+2+78n+3&#10;9nvey7Fax7sLiZkkd4wDrPaF4ZWtR8iR1mzkuYaELR0aVsdTG8UpjleJoYpbG6atJMoFuTYf0/Pv&#10;jtmj2lk96DGUe56vOzbekpIanHPVWqqvGUlI0ksBn1JNNLWyVao8xYoqL9LjhRtcq71GLVt7klt7&#10;cBRGXIqimvqKnvA1PgLXzA6jD3I5qPJPL/MN7tXJVla73upMqz+GWEU8kyqtFIoEADHSKEkjFCen&#10;ikWtmhgkrgkXpm86D0lWFlRg1/SoVW/w9Xt+35XYTalVn8bhcHQ4s1EOPx9VjJJXlkxMeKjqJ8lL&#10;90QvlqW8UQZ24IJ9v3Vx/VS+uBYwUjLiNkHloZ9efXAz/n6Scj2u8+7XJ9vvHuDvEqSRtLSZEVFb&#10;vUIArfChFa0rp8+ulT7aanSJy6fuy8trMpqD9VIHqChf959tdCKaupXp67PvQ0uYgyA27NiKinmy&#10;8dbT42J/tq+nZGFFHFUKiMeTZiSOPZ3fXUN7t5k23dDCs0crp4Z/VRgoZg9KhSGoKn1z0iaGx5f3&#10;C0kudia88G6topPHjJgMc0uhWjamaoCwNaYoOPUp3lPMSL/q21G2pbX9INibj2Fm6K/OnbdNRVmP&#10;H8R8jS5GOAESu8Kq81TUMfQ0yme8hXgBf9f3B28btdXyQS3lPqFqDniSPWuSAf59Zqe33LVnYSX8&#10;+0K/0U7a0FAaKRhVAzQAYHkOmhWp3yAqvOpWOEwQ6iFQ3qBEukmwZ2kj0i3JIt9faq6rocgm46Sq&#10;ycbzY3blFHUp9uulC1fqqqWGqbXaNJpSouwBsfa+GO4aG2gl0/pKCAPQ1YVP2hR/LottLewm5j3n&#10;d7TXIz9rAg5dWoQuPKnAdIHuOqaTZdVt6iyFLj8tux2xtC1U8glSMmNa+rpI4yskslDSnyAD+0R/&#10;Ue1JLncNms/uLM9kbn2sMtS7bzI27gqGolrJZZp6ezGohnDesSOkSoCAAXJ49vbRPtlhu96d9eFh&#10;9LIY1BwSUPrnUKinzOOve5HKfM/NXKe0z8pyXMAXcIS4KkMY42J7XHaBUh60PAcK5aNi4uk63pdv&#10;bN2VszcFZgZqsR5HN1MVHRJQB7OldUKVgnrRIEbylULIzANc3sTjcu8cBlMT1bt6kx5r+xqvehdq&#10;ytx1dK1AYImRKra5oGhpmqKxkZ5XqGeNYdKrGfUwKLfett3G32zb7VpTzX9QNAjFAGqBUBaA446v&#10;Lh0O39t7qwk5h3q7uo/6q/QlZFcqW0hSaSVpTSRRTjVUmmOhdjOVTK1r1Io4MHDRQNRNFI/3U1Q4&#10;Y1prEf0QpFpAi0fW51fj3eR1nDV4DZ0WOjmg/imIx1JE9Rl6VIhlpygkeIyE+RHBk/tHm3F/fQfZ&#10;LR7baNq26Qyy3MKBWc0UuSK1OSaVxUV+zrmNvNtbX+83d3Fb+HZSyMQiEnwwMCgBzwqcUHn0XnsG&#10;thrM1j1kiyVdT1tRJHK+JmVpMZGSRHWSxXZpYWkABKgkD6c+we7LrtxtK2Tlzwjjg1xyR0kmuGJS&#10;vrgMbcFbsABbm/sVXLJb7c0BCmZjxGT81xnGK1A49G21/TwSBBE1aDLAAnjTA6FDaeNw0VB9lT4p&#10;IfMUmkMtPGZZpNJHndjErByE5v8AT2HWC7CyfkkpKpYchQlGiio5YrUojc3D2TQpljJBW/55HsMC&#10;wnXUQC9ufwHIFeFB8j5/n0Y3csLS6vD0NwqpqxH+H8ulBV7VoJAs1OzQVayCTyxg+S6fVeBqKFQR&#10;b839qrJ7Ak3BQasrHTUkrReTAwUjxSzZBJSW8RVjqjnPFh/Z/PsQbNb3EDoNwCJDTSgFO6mafkD0&#10;COYp7VraSTb2YyIKOWGkL9pNP2nrNjcqizinTyzIZHWeWRXGhlCrqS4GpSVtxcD2C25+p8lt+uo8&#10;h55I2MLasSjQTSy34KuiEvqvxcKB7Ub5tqvNabjZ3JUKpHhjz/z+nQEtd7+qs5rOS2BWv9rXh+fA&#10;9KqOVZL6SDb+hv7h42s3Xtib7nHw1lLEvjZ4GZTEYgwkmjaJnUsXPH9efYXudxvrE9lsyEZyPL8/&#10;Lp+H9z3arDdASHyqM1/ydZPZg9t70yWUoo8tt1mgraY2yGHWqENRGwB8lR4HZlMEjqBYE2uP6j2p&#10;td6S8QNZWyE8DHqoajiQCSAD9nRPunt1se6xvHuMKMjDD6QSB5VPl+fUGSrSmk8cutVKhgwRiljd&#10;eXtpBuv0vf2Y3YnatNX+LG7h/wAknm1LHL4JghcabKGYupPq/r7fkgS7QSW1Vu/4DgMPkx4/l1jP&#10;z37JX22ePf7DG0touSCVBpQ8AM/y6kiUNyLEf1DA/wC9ex8jhLweWMrIkkfodRdX1ICuk/1IPsoM&#10;gDBWqGByPTrH2422eGTTKpEi5I+zrsSKbc8n/Ef8V9x4XK+hrowP0Jsf9sfdyoOfXovliYGuk06y&#10;e5AjLAsDz/Xi3P8Ah7rqpg9MFwCB173Hs4PqN/8AWAt/yL25VSDp6d7CKAZ697wzLf8AJtbmx/qe&#10;R7uhz09G3w9e9sFeqWI/p+CRc3Ivf/WHsxt69p+fRtaswZacOvew8yUKmcmwtqJuAP6cf4exNau3&#10;hgV6GFlIwjGc9e9ojMURd9QuQxtYckC39Bzz7PbOcBdJPcOhLt1zpXSeI697A/sTEwwiCvijk80V&#10;1dUlCroZiskriwa4v9PYr26aS4tZomXVRqj19PzoM08+pU5Nv2k8W0lceG2QaVyBUD86U+XXvaVx&#10;NA8saCNnqQvjlZ1QgiNyxBZv0qB/j7hbnmFkWWWORnVPOlCM+Y8uj2+u44nPiqE8qV8/kPPr3sRq&#10;WkaCmii06XDeZDceoE8KT9Db+nuG79vEWhHnUf5vt6Bk84lmZwaginXvagjjkq0syKp8TCx/tAAk&#10;m3+HsjM3cAw8qdE8ji2ckEmrde98NtSMlWiaUKSRMrlTfT4mJ5v9L+1m3SspBrhhT9nTm8x+JA7C&#10;uoEEfs697BL5N950HTm0J9xB6aaogdvt6WUMyVNSmiRIiAbhWIuSP6e4w90+bV2TbTNCUM5BVFrg&#10;sfLHCnmfIcept+7V7P3fuv7gbPy60UgtXmQyMv4Igw8Qn5aagV4kgefXBxdSvPqBW4NiLg2N/wCz&#10;Y/mxt7LLsX+cXVKlNTbs2rjWjiSOLXSCpQLHCVACLrsPSP8AYn3jZ/rh7wZSbmCFlGOLH7eHH7eu&#10;6w+6xyrbwLb29xcR6RxDKakcDQqRjyzTqrDuP+VB0z2tmM1uWDfHYO3NwZqqrchVVCVuOytK1dWm&#10;SWVhDVY5JFjaV7n1MfZ6+sP5oHx33bHCmbr2wFXKf0SQTvGJXkWPTqKm/wBfZ/Z8+2MoVbu18JvU&#10;Zr+XHHz6A/MX3bN7tYi2w3yzUrRXAU+VMrj18h1Vh3d/JA+QWPmqarqXsnEb5xpl1w43K1Ee3MsI&#10;li1WM1SktC7+QkWBS/FvZ/tud1dWbipaaoxu6sVoq01QGofwFi3CqBKI/Vz9L+ziPfdnnoY9yjoT&#10;wNVP7Gp1CW5+2HPW0vIJ9gmdR5p3D58K9VGdmfAn5l7CyNdSbh6g3rWLRTFHqcLA2cpDGNRaby4x&#10;6v8Ab4+oGm/5HsUMdlcXlE8tBkqGqjAA1U88c30W9iYnYA2F7H2dxRmUarciRCPIj/AOgZeWd9t1&#10;Rf2UsDf8MUr/AIQOie7s2XvHaFSKHcm18/iakq8jwZbE1mPMYV9JYrUsj2Li17G5/Ht5SFbAmQ6f&#10;ryP9V9Lf1Bt7beKRQyvbkA+dK/8AFdJo5QV1a/2dBxXSVQWyUjIjKyF1DANrYBbsQfVdLL/sbe8y&#10;xDUBe4P0H5P5HFvbQglpiPtHn04blI11ngPM8PTptkhrnUN4FDhyjDV42X62DHgq5/ofr7yaABe1&#10;h9BcD8fn21NbyqMqan5deiuEOTX16h1tJWKqA2s4A/cvqDNceljInp/pwffYAt9Rf82/5H7Y8KQf&#10;EpHSj6pTlQadNhxtUhAZFJBFiJAQeGP1vzY298bE3UH688EfS/1t/T3ZYmagAPVzdKsephQdYUxt&#10;RM4LAL+m4tqAOnkcFb2/1/eUJ6eAb/mwH9Pr7uYZEGUP7Okpuoz3BgF+Z6mLi50cDxM66VF0lbVq&#10;ZiqgxRnVzbjg3/r+B4Ei3+8+2XjUH5dX1H0r1iljQMQpCr/W9gefoSPqPfZ+tyf8b8e2qgHt6cWt&#10;DpGT1Fk8YZR6SFKmwdtC+q5soYKP6n3w1H/V/n+o+n9f99x7d1/0fLrfhP8APrn5qf8Aov1t+r8/&#10;W/0+lvf/1LtpLKbqb/1NraT+B9efeT06jVx64l2jNJHoZKLSla8R/k6q1rlWCZHBEnkZy4bgJpY6&#10;QBzcsPz/AI+5kJYoD9foP9a9/Z5YkGDSB3UFP20/y9Bm+UJdaRWlTxPS2xbtLRKzWOlR+4FC6NTK&#10;iKQQb31f1/HvlINSIb/k/wCPN/8AX/x9tXhJQHR3gDz+zpyyOiaXV5jHy49YMnqkgR0XldCMt/qw&#10;Cam1WFhc/wBPfHQxS9uB/j9QP6D2wqukdacenZJE8ZUGfU+nWCKCQQNIToJPoUrfUbC/P4I/1vfS&#10;qTyPoOb2+v8AyP27AjtQgjHWridV7NNSeudJTvLaVSF8Z5BP1YX9dz+T/S3ubBID6ST9LabNa+ok&#10;kkaifSfwPYgs5Aw8Nmqeg5uELJpdUoNXEHNDQD9hz0scVMsmulNpZWicCJiUhDaG0v5uRcn8cW98&#10;pmk1MgNkVvTwwuLDgghSRf3eRn+HT+XXrKKIwxTEVkYVJ49ca6WdJnpzbTAVVUVjpZ0QIxJJbWmo&#10;fTj6X/PvkoJUk3vYAIOAxBdyBzwQTb2ujZXALKNJNP59IpgBKsa4Gf8AAAP20J/OnzL5QsZ4llqG&#10;Cxs6CPUNQWJnWNlY8FDGH0fT6Nf8W904fOHurtDF57+7GAzOVwEVBRtNUx4upnp5qxTUytCx8D2a&#10;0LKv+sPp7nHb9ntbHbIJoLUM7DiQCSDmoBB4HHngH1wI+VbG3vWme5jDAtQDH2dbu38uH4mfHrZn&#10;SW19/wC3tmbV3HmN50VFnP7yZjC47I5KnWaip0kpKKoraWeenp/NEzFQV9TH/YkD2Z8n+99gZaKo&#10;h3ZuYLqM8VLlZ66pirFUkuqQSu+tGC3v/gf6e9lIQginswG8qoBX9gHQyuuWtsmiMcUQy1CKDy88&#10;H/L0fDfvx86S7Qx0mJ311bsfcdG0bRI1btvEmqgvrBMFZHSx1dMyBvSUcWPuwbZX8yfP0GOxH+kb&#10;YLOMhTxtBlKJniNcoPqqDCrkqrG3qIA/F/ZLdbXtjtSaIqxOKin5ef8Ag6D957d31PE2uQafME9t&#10;Pz8/z9equuyv5KHx03plcrW7M3VuXY4qKhpP4TSilylHjjJZtEDVASoULp0qrMeD9Raxb+5f5jM9&#10;bto0vX6Jt3N1CSxu0qtJUq73EbwyK8viIDDhefz9ePZfcbAYEb6G5ijLehq/yzxFfkK9O8r8qrBu&#10;ZbmXaxNEhAXuquePbShI+eOnLpD+TH8fus9zvnt6ZTJdnQQSwS0OHzMMdLjo2iZ5G+8pqVw1Ykhf&#10;hWsvHIa/urbN0vb/AH3moJc9n937naqqdL0oqa37KFZ2KufHNN49AUf0sAPYG3Hk+7uZC8tw7V8u&#10;A+fxAnP2nrJ3beeuXdgtNEO2QWsMaeQCkkcKaf5/l1a9tzZvX3WGHTH7T25tnZeHp47CnxGNoMTC&#10;4VNIMn28EbSP/UnUfY/bb6T6o6oo4chvDr3Mbry0EbGpozAY6dKptLpeZAWlVRFyVABv7U2XLnLm&#10;3LG13ZtLIPiTUVH5soqR9lK9Arc/evedxlmttllht08nqKkeYAPzzXppzMW7900wTau66Db9I6rf&#10;JwY5MtWSowGp4GleKlglZTwzI1r/AKfx7e5Pkeu1Xq49pdW43b1BJTGGKjjxt3WNfGRI1RoEplDq&#10;Wv8AXn6n2Ik3bZ7INHZ7dHDC2Cqjy8hqYE1H8XHoNx7lzFdzm6u+YXkLAj4q0J8wK0H5g9InNfHj&#10;bO76LFQb53DufdFbi8hDko66qy89H55ofKqQ1FHSGGllpCkmlo9IVgB7Bbdnyl7J3TOheCMz0zD7&#10;fyRyxxxRx8KdDLbVGPz9T7Ftv7xX23WC7fazqpHFqZp5Cn2fPoHXPtRse53z7jcxtJJIeJNft4nz&#10;PpQfLoatv7dw218XBh9v0FLjcfTLpipqaMJGDaxdgvLMSOfaNzvyN75zEa0sm8cq0ETIsFPBXPDC&#10;qJZI4hGCn1AAH5/HsEbpz424ytcXE6M4JI7aUqfMZr0K9r9vdk26Pwo7ACME5xnFBXB/b1wG19ux&#10;1smTGDw6ZCa4krVxtEKty5VfVUtCZmuqhfr/ALD28Yzr35b9qURqMTjNx1NCTrNT5ZULAANeN5pl&#10;Dggg/wCx9hW/53EtvJE14ApwaCmB0Mtv5H2rb3g3JdtiWQZDSFVANQcFqVFQprjIpTFegu7D+RfQ&#10;PUNVDj+ye19gbIrZgEioc9n8dQ1TqSyKop2kMyJrVgLqBcH2MmzI9z9e5vG5bddDXUdHTyQ4/cyN&#10;SvBNgdxGzVayTafOv3jkTQOqusqPYeoWGPd7EbS+eWMkbe0jEEHCljX+dQa49Os2uXr6LmnYrWNZ&#10;l/fqRDtYqSdKgEqVwwrmtfPh59I3e9RtPtnZeR27tfLbez1ZuDAtl9sA1VHksLu7bjgxRtAFcx12&#10;M0EU1Uov4TIC/Ei6rR9m1mO3Ltt46Wppc7trLxLV0FTEfKKGedQtfTsASYUYuW0FRYsVIFvZwNva&#10;bb5YGZZrKRtStX+yYjKBc4Y54gDX50yCZ13Gx3ESXETR3kYIYfxKD2tXzYZ+Y61QflC+Q6e7owe/&#10;qXGZDqjvPr+OXb27sPWw1MFJ2XtTD6anbGeiq4goq62mo6cUxqUZdcVKJEIbgqfE08mAqqejoaaK&#10;BKVS1OsRAXTayePkkRvb/N3svsNQi42+b6drSMygMMmtK48ul01vHulpNfGasjnIHHApkev+HoE+&#10;3s1t75B7FzW9t27iy1VSZquxtFlXnobtTK4+2nizgWLxLkaGCwhqo0YTIiD0kEkSlyL53Gy0NdSz&#10;QGaGVTqUBJQyOjs9jYE6r6T/AE+vtJLaNOt2XspArLwNCOIH+o/L59IRdTywG3mMbOchh6jPCn86&#10;46q2rup8B8au1sB2v1RvvFbkx+Gz1BV40RyTrlMVkaCePKULqvhF1iaECSWO91coRyfZaqLF4ujz&#10;FXLiq+lnnoauWhZ4p/N4KhJNLUdQUu8bFhYgrwfz7ByigdYmBKuVIHyNOP8AsdSPabQ+3UuHYnUA&#10;WHEUOTT1x1tI7p7S3hvvrDB0/YGy83QYjc21MZuo0lZjVpp6zFV9ITT5rGRsFiqoxHVLpkWRWsRd&#10;Rz7V+dwmR3lkYKWehBOPpYJaSolj80DTS3SWNbFyjabcsAD7NhFeXVxCpiJAQEZ/i/4roONvQ26N&#10;p3lw0rKw4PRaaSB58T6Ux69E26S7E6b+H3Vu4MxiN1wrDvHfGapdzYejc43M0wx7wjFuKQxiOSmT&#10;7hIyVe6g6vVpt7R/bvT2f3x1PuXb0+FgylU+LqfBBUeEoWigcxtTF2KiVVHFre5M5Bn3Pat7hDRV&#10;tpe1lPAitf8AVjqOufbrb92thNaynUjBtRFDUChFPmc1r8uhI+Hv8w74zbF+YW056PsE4nbm9RJg&#10;pZY8dkVp58juOppYHTOvHFI0Ty5FoiGIdWexNiSx1PMtUVe090ZDE1kIT7KvqKaohl1M0ZSZ42ie&#10;MEX0WsbH6e5mlk+luPD9G/lXoM2kP1dtHJXvK+nn1uCKQw1KbhuQfwRYWI/qCPbizUGSK1FFOFc2&#10;YwBSB/VwpZuOPx7dYQuweNqD09T9v+x08YpI18Mr2+vXL3BzGOhqUp5YYyW0aXB+okFuGP8Aj9f8&#10;PdpIoWCkUrTPSUtPE2lTjy+zr3tlpMbSRTq7QrJItriVEa8l7lVOn9I491htrcSE+ED+XTdxLdyJ&#10;o8ZlFPI9e9vNeRUqsIjSBmQoCkaooW3+qVuSPa9tToF+FfkAP8nRZEs8YdyGen8RJ/zU697n4KmS&#10;Nlb7m4ilhjYMbszyHgXIJNlsT/r29+gQKygSkkeR4n8/9jr1zHPMf7OmMenDr3sZK2nWogggjpjU&#10;TeMvZhYErcaQo4VCB9f6+zdmqqoqktTgOiiC30VkmoAT9vXvadhxcsMtO1QiRzyFiE12UKAV5C/Q&#10;k+2Bh4/Ew5HT7CBydIJWmcUqOvex529t+yU7COEuIhKNLaoxoXUS4sWUH/C/sW2MCmMOqDTxrX06&#10;Dt4AzOjH7Pl172OFRsbNbpxkFJRQKyypEqCEmV5GCB28KKS7FF+o0jj2c7zbS3lgVWWNVC8Sx4UB&#10;rQAnz6JbALBfJSFjKTwCn/DSn8x1Aq8lRUCTS1dRHBFTxmSeaVhHFEgGq7yuVjXj+pFhybD2cD4y&#10;b42/0Btvc+y693yG8a+upslDg6FHyGQAEZiepy9NjIsjW4mkLvpjaoii1E29J+kTz8zbHyuu52du&#10;Pq9wdYzpWh7quGLt3PGg1DSdArwqtaGadt2bed72yyLE29lVxqYlR3UoFqVRyQCaajw+E8RUh/MC&#10;+JVV8yN49RZigyeOo9hbMxu4qbcOcrbKg/idTDLSf3dauqMbjstWStTeoxzsoQaRr9mByH8d7fyQ&#10;zG4ZWp8MUvS4lrU1Ai+gyh8fT1VSMpMFUC9XNInP+bF7ALw7HvnOd4s1yGj2+gMaFQiLXioQk+JX&#10;4izs2T8IHaBVbbzbclWv0toBJfEkM9SZKcV7gB4YJJpoVQAoNWPcS57G2j1R8Kdmf3C6mwMc+6zW&#10;u+b3Gr1GSzmRqGjmdKio3Hk8fSHCQGrmYacXSU+kiyVBKqSgO46+i2bt+PD4VYMJSVUEVJVzUMaU&#10;1XLBNLZ4x4FQRhqencCNFWOx4A/NueNuh5Z2622+zRYjIoJ0gKTUsO6lP4eGOPQg9uLV+YN3uNz3&#10;QtM8blkDEsoI8wrE5zkmtaDownxoxuY7P3NUbs3rNVboyWLr6rJYikyss1XiaKqpleaMxLVzVDTT&#10;x1GUQiolZ6mQxjVITc+zSfFXD0+K6hxksCc5KsyFWGbQZGiSUQIdYY6wgiNgBcc/T2U7BC0O2bVK&#10;EAEpeTHn3aB+QCkD7ej/AJ8uFk3i5heQ/pIqCuc0Vs8KcT+3rWT/AJ7+/sluz591GDnnmeDrnZO1&#10;cQaNTpoaWryEFRnK5Y0DELLUDLw3bTyEXk6fZhX1hR/S9rX9Vv6lb8ex3HZKfHm0/HGRX+fUfi8t&#10;6xQeJR04kjtJ9AeqoaTE811Z4Dpqce8Tnhj9GnQ3v6z+zp/Fyb/4e88cYkZueQhsPpa/H1/P09hW&#10;7uWsvC1RdjSAV4+vl0expFOq0bI9K/5z0F2Ry741aZ/DH4Zp1p5H0AorQ610N6f84frb6D/H3L8T&#10;G1v6Lx/j+TqvzceySLcIS7ak7KnNOnpEUoYy1ekbS5mCOoWV4QnjknEmlOWieUugBC+kE2A+tr39&#10;ykWyi4544ve/H1/w92XcInuECOwAzjoNXViUDMRWp6nxZ9WqkWN5kVVnnCrIxA9TOVA0jQLt9L8D&#10;3HqKcs5n5VlBbQOGvyARa9iGI5HPvI3knmza59s2/aWulFzGgSjmhJFeFaCp/hrwBz1jbzxylua7&#10;g95b2+qJmLEjyBA+fy6t5+KfyQ2TRbMxHXuXyGLgqoaaiooKzKTRmLV5J2an8kpcSu6K2lbGyAnm&#10;3ufiBMFkaoEmiRH0hmM37gB5sfVdgfYn3uzivooxFLodWrqFBivDB4dRy95dbW6xSp2k0Hl/n6Gr&#10;t3bmy+yaITbMyOLfLYivgNTWYyGDHhqdI1mkp5jHTovi0JInlRDIA2oH8e3mraPwy/tPGRYWkGkn&#10;S0RLMhNwLeyHZNpn22+nYTB4JM48jnHHPH5dWv5/3haqCKOD9vQLdR7WyWyN/U9QuRp66iqpoYxN&#10;RMz0sL1Iq1WEVUr+SaddTC7gar8sPp7bFYSKyw+rS7jyFbBVU+liCbWAI/2/sWMCCC4z6dAl9tkB&#10;1LHUdH2G51oqqnkrqswGWjo3jx8WqZ5ZnjYSokaxyTSXkuoKj1Wv7S2fdJAsYbUxFtaKRcr/ALHn&#10;nj2cbcNJLEUpnpPJbOAMYHRruhayWhWoyNTE1LSKJJDFJY6Vka/qRiJIS6+o3Unn6e2uhoW8q60u&#10;QOdVmPNrcfj2suJxpYrw6SmAKwJGOho3d2DAmHqHpahQJD4onRiv11BuNHq08e3uomjigkhIIYqe&#10;GHANjYcMCb+y+NHeRXAx0i3KMNC5C+XSK6vpa6v3Riss7K9OskBabUZH0+YlyCVUr9fp7DuerMlQ&#10;kJCalUtZY2UFVbSbtrIvf8W+nsSRxCNCR5joGGzKguRgjq0agngp6BJBpGhAtlNyzFfobD08n/H3&#10;Hmfxyj0KB9b2P5+g/Pt9BVKV6eihwBTrOKkSwMocL9Wte+rUfp+Ppb/efbLnUEtMkluWDAC39sEH&#10;T9fyB7XbeWSYrxp0aWUZMjIRQAdS9vVYpq2VHewYrY/SwCni3P8AX2DFbRyfcSMQAX1Iyniw1X4H&#10;PHP09jmGceGiD7ejJ6KQtO3owmJyUclNCglF1Or68kGNBa3+Gn6+3HD6KOWNnEfMjJ9PqpH5sfzb&#10;2nvQ06uPl0JNst/F8NqUz0G3YNRJXU9fErMwSEMNL25RlP8AqQBq9mH2PIsoVyQF8L6bAhUIFtIF&#10;7/Wx949+8Fu8vKu4wgVPiR/mNadTt7Wxvb81WUpH6Yjda8Pi01r6061nv5xiefpLN4QRM9ZU7swV&#10;QYl0eWSkhacsPNI0aRLzYkk8fg+1ZlVo66mkpp44ponDxzxuA9wy83B+v9Ra1ifr7xe5e2ncLSdW&#10;uLUtA9QuoDQyn8JHmPKhqBSoAJ6zJDLKlEejLkU44JFa/MAHrWy6nfe3W+7sVuDBVeYw+TomjrNu&#10;5Wjlno6gwwsjhkqIVOsK0ZSVS7KI1BYAG/ssVXiaLZssr1vlbFx5pDDKQzg0VRcMjOhkk1RRPdhx&#10;+gDn2OxyBPtMTBYC23zTBoyue19RpXBBQ4YEZ7acOoc917LeN/m2y82G2B3WA6WAAJKrUH04kqKe&#10;VSc8Otxj4ud5v3zgv4dlq+kxWS3h1HOtdSLIsFMm78Z4PtsvBRNFBCY5amJjDJGD66gq2kj1vFbv&#10;3rqrzuPbJ78qThHploBhqeGqnlrxVvJABUU+nTFSRCZWJcg+m4W3uW+W4tzg2z6J5lfvNNVBWooF&#10;JOogAYqPkfLrF/mvk/3i3G13Kz2Xk42V5IdX1TmNChWh/TNdTP2gBgtB/Lo6Xx76jxXWOxlr8hsT&#10;G713ph8jWbiEVa5WKnqoSs1NqyUirKKliHukICF+C3Nhk278j9q7W3rJi8vg4sjtWmlkp9u7nyn3&#10;eQ/giRwNBj6hHbyU1FSTzReORRHG8A9ZdkDe1+7bOxjWSS5MRFDIy/CwoAzeIMnOKAClCTWuI05p&#10;+6vzHuvIY3WDfLybmGCIvcQVLtO5BZhUvqL8WGk95FFUUPRqMK1fWUqZfbGB2xtPM7grqGs3HgMP&#10;TY3actc1TUUj5T+JNR0sVRlq+koZjLHUStIJGQKwU2JMxk1oqegk3hvGup5s1kqB62lK6pKSjobn&#10;S1HHafh+G9Jt/j7bt72QtHs+zxgWkKsXK8WZQDUnGDXBP5V6wj2P2n5s5mvW2fYdndryQlaN20I/&#10;iLUNP4uGK5PQg5D5Edc7WrBiqfPU0W3duZxNs5OWgT+I1smdaLzjGT0tLDLUwTiFvI5ZQVWxNgfZ&#10;R9193YbBRzU+ysVHnaiWiGQFbk4J8a9LmHMv3cdSNOrIAUzR20sEVlI1EEWifmbbP6z7ht5kd1WM&#10;VJICsGJJbuyWPwihp5DrrD91f7vO9+0mwXo3e7ji3Xc5ENwY2EhIC9qKa9saknTTjXVQHHVY/wAx&#10;vj9D8/8AsfZmZ7Pzu6OtetOrc3ujbeK2pg8lj8y2/ttZh8LVUm63SnmqafbWSrq3Fukiyo1QKWKI&#10;DSb3I3vftPP7hzlVBuHJXr6picaktRNBR0y1BEIWihh/ZIjY+tm9QsvPsZctcr7dZqXjSlwq5Y0q&#10;ePGlOH+XrLnaIH2q5ltbgnSa6SaZ9ak19R6dHi6W+MHUXUOwMBiuqto0eEwOOpII83JS4+nqc3mJ&#10;qJXkMuar60S19VUVLyMSdQuJnH0sPcDF5DFQwTtjp4J62V40ytUkRqJWmljaJpKh0H3VZMUII5Ok&#10;AX+nC26t7G2aaZIV+pcjWQMmlFBPm1R6k0rUcOlu5Xcbwko9WRAtBThqBpg1454fkOl7XYDO1ORg&#10;/jFJJTYqDyT4akkkSlVFikSVYII5WipKKmEgtqLC5JHOq/s63SVNTUmzaOokBjbJ1dZWuVd9JWSX&#10;wwgWbSq/b044/N78e4I5huLRt1lhZxpLHAFKEfhP29JYDKkMZRdJ0+fWvn/MyzGez3e2Vx2JFFWx&#10;7S29h9vQ0s0CeaIimbJ5GYXDmrdMlkWHIuung/Q+xPzEFLLLTxpXrDULb9ryIDJEwuf0yElP9tb2&#10;jg5N3rmMado2uafSe7SKU/M9pHqajoPb77o8l8kpp37eooJANRBbvNfPQKkj04k+nRf/AIudU9+9&#10;gpnptl9M5TfGDyCSU4rpce1NiaHN0RIt/EqpqejSpTyk6dZ0W59p3M7twu1o0kymToaCJyEjmqam&#10;OFncKS2hfJIGAt/XUfyB7f3D235j2S1hN/tDoruQuork+WlgW4ceHDqnKnvdyRze11JyvvaTiKpa&#10;qsgzxqGUMD6AK2cVpkDTuP8Al3/I3NV8EO4erM81TWQO6UlE+IzVI6qyE01XPRVU8cOl5lALMv0v&#10;9Afbjtfd/wDeSmnyWNiqstio2iiSqooSTUvI2kR0qTPT+eQC5sDaw+vtrbfarnO7Ly3G3okLebMA&#10;SOIIHnx9R0Eue/vEcgbJuEeyQbhI+7lCSAjACgJ+IrSnEdKbJfyhuwWx+NyX8OxO0q37vVPQZqto&#10;J6GhhmRytQ8WLkq/HA8gVAblvI9jYC/vrfnZMe0pcXTokEkuQhnkWmq4alWlgp1vPNE8CkxhBe4f&#10;9Nvz9fcqbn7W7Zsu1WjPuJfeXoGU0pgVkCBQaKp9agjzBp1j17Ze9/NHuLuO/bg22x2/LdtclEfX&#10;36SwCFgzUzXjjPRok/kr9M4bbOGgqt5b1qd8wYynqs1XY6XET4agzlcvkmpqKmyFKNNA1S8giVWD&#10;MI1cm9rVH/JrYnYnyQ7Ygi6h2Pnt3x0uIoVq4sNTGpx2OnljR51rsvLLFisfHJKZCrTywhiCPqDY&#10;We3Fvt+wWO5Rx+HGGlBKrWlaEDNKCtCR5HND0LfcXnnYtqWyveaN8ithoYKZWGptPHw0Us7gYqVX&#10;GOre/id1y/x46H2tsLdu4IavIY6sy7SZSu8VFV19M9XN/DpJqV55ZjUJjEgVlVpbWuLL9BH6f/k7&#10;9k7roxku4N20HXqylJG25hVptzZZYZIY5NdVkqeqOIoarySCIqi1aLy12sLDZudbK2SeONvFqaaV&#10;4gjj3NRQw9Ckq+vWLXNH3oOX9rZIuV9qkvm1U8WSsMJp5qGAkdf+cfQnZnu3a1DK8GNWqzUiHQTS&#10;xzUqiQEhlDVtPCJQo5vF5PdtPS38vv4rdG0FJPi+ucHufctMrN/fTc+Miz+faZZ3kinoKnJtUJg5&#10;UiYRn7QRIwH6ebABX+9Xe43sdxDCEKkEam1sPU6mFASc9ioOscuZ/fz3B5pWeG85glhsHBBhgYwx&#10;kEU0kIQzj/mozk+Z4dF/3P2D2pujN0z4Sdts4YSQqlDSzwkBRoV2qalqZ5ax2Kmw0RqoPFiLk08V&#10;VQ4qOWjweMoMVSpKXaHHxQwyt5UZtcijxrI8jKS76i7WuTe3vRimupElvrySaUqa6yT5+VSafLy/&#10;LqE7jdb25JRWctXiTXj/AJPIeg6eaTr+Opmiyu8M1ktwTzRelcpWT1VJA4bQEiSUOYQRpUA6l0En&#10;gi5j/cSVdQS0lZKwaNXjjQBFZw2sWcnVo0jlS1/zbi6nw/BQ6VRVoaEmpx8vLpPHtt/dMrSkhTxz&#10;/qr0o6zKbd2tjWalpsZSpGr+GScCHWIylvVE6kBjIeW/px+fash28ky66mTxRcO0kigzsFHAA9Kx&#10;2JsLn2TtujR9salpP5dHdttkdt3aA0nzHRcNzd3101QtFiKYTysrxpT00ki0+tmN9Setpri5HKg2&#10;HPuXUVdLj0aHCxajFHokkCl3eyHWWZ7HUfpZTx+PbMUM9ydV9JxOB5fLowdlGnUQFH+rh0h8Bgty&#10;boqf4pvStkqJaiaSaHHyNpjpwXHhAjT0jxKAbG9z9T7TFT9/kZBGVqJHdGKxUYLS6hpbTJqJjVdK&#10;k+pgTawv7NEFvbLWqqvqTT9gpnoqu9xtoG0+L29GC2ttelx0DVkVJFSxRssb1NTGFQFw4W1gWBPO&#10;kgG/+HtlrMfkXkWKanpaUpOl/Ij1NTLEVsQkZDRhy/1DeMD+p9rIbq3UBo5XcMK8aL+3jT06Dlzv&#10;1qr6Y5Sx/Z/PPQy4TDJHA0yyzzrUoEckiniWy+klQv8AlHqPBbm9j9fbjj59v4mGVq+jqMpW1LKE&#10;DRPIlMsZYGypIiQJfgldQFrX9prpdyvHT6edIoV+fE/bTj0R3PMTMTSSgGKV/wBjqXW7RzWTenho&#10;q2PGUkKDySRBPuJ/Ux0yMSBJZbfqBFz9B7YzncLVVFdSvVfw6lijDs8Ucn0jDOHcaFhJjJsoeR7/&#10;AE9mP7tvoYreUQ+LKT5nGfQ1r9uOHQdvd5legbuYnga/5KdLzG7YkoFpXaJaiZECrPK488YI9dpC&#10;W0h/yFCj2FGb3B468BamoeF2vTSVFQE8o0InkSAI8cLqdTDU6rbm3sZWG2E2zEwIGAyFWvzoTVfs&#10;xU9MC8Mis0DiqjNF4eWST/q+XSspqFETT4IkLAeRURQCb3+q2H1F/wDH3gzm4t042npWhSaLHVEb&#10;hKupVbVtO6poheKJpaErYuAyxA6v7RB49t+2bPdPIO0zj8IJ7T9p7/y1U+Va9FYubO4kePxqTV8i&#10;aD7B/s/n1KjpYASQgBFuf6e2bAzK2Tp6rcM0VNjWSWUT0CVS1GQMaWC+ikpwtMDcOysq2DXANgTD&#10;cF02skW1q0tzUAq5UhKn7T3cKBh/g6SX8sZV1tWZpxgg6Tp+WGJB+Rz1JKlV9AUt/jx9f9v7Z93Z&#10;vY8aVkuErImhBSy1Ip0qlReJoTI4eUQOQGBBvq4J4v7WbLt2/wAjQpuNudf9GpU14fn5fLp+yst3&#10;muI4nhk8M0p24rTB44p+fXovJoXygB+dQBuP1G3/ACbb2EjdiVmHkeuwctTBEJCXRJZkgj8gCw1M&#10;USRoKlXIezG5XSBdx9BoOWIrwi33BFaSgpUAn/Sk/h/n+XQzTlVbtVg3DSZKYwCT5lSSe0jHrXjj&#10;rmQGFiLj+h9t0+4qncMzVU9RVulTCRU1H3EZiaqMwaMxUrhGijlCKpU+oklrc29q4tri2yMQxxoC&#10;rDSumhC04Fgc04jy8ulC7VFtSiFFQyKe1dOdIFCC1ckcQaCgxTz679rvZUldj62CZKqDIUcsEyZH&#10;GKZY0VWlkaHzSQxIvnp5DG6vfUQxtbm4c39YLq3dPBMcynUkhFTimrSDWoORT18+g5vc9sYXja3K&#10;PUaWJBDUFDitaGhx5EA5r10QDfgX/rb2IaquRy81HURNQQIspgFFRLUSTShPJFErO8UZmMqL65FY&#10;AC5It7DLVs7NLiF9ch4l2K0Hr5mgFcAj8+goZjFarOrK0pNCC2kDPmNJJFPSnHr30H+sP96HufFt&#10;vESY2ejyWuoy0TTNCTLNFU01UhmeMNqZdKTgi4A8g/B039p23S9juoprUKth2ggAFSuK/bp8qfs8&#10;um/r7uG4L2yotu1BgVWnn6VoMivoDTy68Lmx4sfxb/ib+2SmxmTlkp44oEo6ylFhHVXcldRC+Cdg&#10;WaJ0dWNzf1G/09mUl7ZokjvIXt5M1GP2r69OyzQp4gklLwv5rj+X+XA679udX9pTGNhpq0Zlapgc&#10;RwMtVp0ECQSkNDc8MD9bD2jhMsmtSSjH4Se4afsx+zpHCXeqDtPkx7sfy697esbumkjxsqvkI0RX&#10;RqP7qVpC0rI2lAHkjF1k4sbACw/HtDdbTM91GwtjU4bSKfb69J5rC48bRHbFjXIpT7T6U9D5/KvX&#10;EqCQfoQf6ewerd4Sy1Jg+5r1klqG8FRT07RwxSsx0pI2s6Y2INzc/wBPx7G1tsiRRa1ji8NVBKs2&#10;SPlj18uhpb7AFiFyY4dCqCVY1JHmwFM09OuXtsqI6fJU7MJi1UuqaaRNSzRnglZApu0dyLWNjc/T&#10;2shaS2mpopFwAPA9KoXlspqaP0SaAHgfn/I9e9sUOGOgSHIR0pYkQzwySalYENHDL+6sis7c6bga&#10;eb/j2YNfANoFrqamQRxzkjHAeufs8+jZ9yGrQtrrFMqQPzI7Tgevr5de9uNHXwxzwxZSVJ6KADQD&#10;DMXqgrotRBKwqbwQkajrs7W9pZraYxytaKVuGGaMO0+RGM+WMdJZ7WR45Hs0K3PpUUX0I7e4/IU6&#10;97b9xMYFkyuOFZDQ1tYngAlhEUTCf/NLG87lESNRa/DA8kDn2/tjI2mzujGZo0NeORStScVP8/ke&#10;lm0aZWawujG1xGhqKE1FK1qOP25p6E9e9tWQbJQSxSNWQxRUtS9NVQ1Bp555Fh9TrItDPKscakCz&#10;qT9b39rLc2kkcifTkswBFA2kE4WmoAnPkQOl9pHYvrja3LF4w6lQwUVwKa1U1PDNOve0furdmUxu&#10;Pni2zPk4po1cJfJ08SqGInaWiiE40SK6HSrHU9uORb2d7Ps1le3MTbtDCyEitI2ORUAMaZHrig6E&#10;WwbDaXl3C28xwMhI4RsaEYAdtOajiRUevl172AmK392rCKw0uUz1e0LJNorMlWxtTJ9WlUxM7SCQ&#10;XBBuL/n3Il/y3yqywlrK1SRhSgVaE+laGhHEY+WOpWveVOQpTbrcWNrEXBFY40NTXgQaU+3+XXvY&#10;wYTurIRzUcO4YIxJViEpUQ1NUk0bNqU0siThfIZT/a02FzY39gq/5Et/DnfazhCToKrpP9IUpSn5&#10;8Oo63T20s3iuZNnkNEr2lU0kfxAjgR6V8uve1z/pRoKOshaqp6d6KpUyJK8z1KrFIHgV5HLR+KU2&#10;PpNiWHP04If6pyz28ngysJl40GnIzSmcfPoMDke6ntZfAmYXCY0hQpJHoBUkDyNCM/Pr3sRqTdAp&#10;nSqhXGVlNVRw+MQSwuUppFCGeOci9JJHpIZSNWr8+wtPtAlDRSiVXjY1LA11V4Ur3Cv2Yz8ugjJs&#10;2r9C4MySoTXUCO4eQANGr5Go9ade9u+Mw38SycNbHWVUFQhWpVpJIHgmVbugYMyamlChWYM40iwP&#10;J9o7q8+ls3ga2Vo+BwdQPnw6aa7a3he2ktwy/IHUP58P8vXFjYf1vx/t/YnnLYeRRT5ILRVSK8KT&#10;R1dVEoCxuZHMRM8YEegcBSoB4A5uE/ob5HMtpV4moaaVrx4VwT+3pBGk2lzbnsJrwz+eeohjkFiB&#10;zf8Ax/4p7Zabb0PneegMleJGMgkVgH8JKpIyTlirxn/ahYg29mE25OUWK5Xw2HkRivzHr546Mf3j&#10;Oir4o0UH2/yx59ciSQQ/pPH+N+f9gfePK7WoaaZZWjUwzAVAWarCKsodtUZm9SQzDQChYAG5ueeN&#10;227zyIU1d4NPhOfT7R9lTjh0fWHMU8kHhySkODx08RjP+o9Yv98P8f8AfH3jbJU9PMYNVWKeOJQd&#10;ECQ1tO5hUqzU8DymWN1a5lUFW/UTY3G47aSVDINBlJ9aqfsJAp/pTQ/Lo7QR7hA8F7bpLE3HUK5+&#10;XoOODQ9R2icHyREJIPwraUYXvYi359t9dG9TFNJiqhcoIVs8CpJDkotPDNPRyKJfGx5R11JICNJI&#10;9rLWdY3WO8j8FycE5Q58m4fljOOgzf8AJ7W8iTbeGa3PEHJB+XlSnqQfkeJzQV54jrE+3lJJUk3j&#10;kW/BRwLav8PYK14NXVseQyAqy6bEEE8EEghgfqCOP9uAPrVhFCMYpUdL4UazhEci0bpxBBFwQR+C&#10;DcH2NvR+Dds1V5mRNS42jKxMQComnAQfng6Bf/Y+4/5+vwLGCzVqNKc/YM9EPMFyRbaEHaw6jVTg&#10;COP8yuAOeRYi5t+fZff5k3xWxPyP6M3DOKmkxW5dnYDMZmgq6qiirKSvoIIRkKzF1quuqOOY0R8c&#10;iepH/IBt7xZ92ORoecOW7m4juPD3SwikljJAIZQAzxEkjTVRVW8m4Lmoyh+4R96Pc/Yv3csOXb61&#10;e55U5hu7e3ljUkmORmMUc6pqGsjVoZKEFQCBqGfQqIybfQm1vpaxsT/vHvW06g7C3D0zW1tN1vhc&#10;bjt04zB4+laOgommxNdQipnjir1kniWkqJamqFhoeVfT6jbj3hntO53Oy3dw9h23NAAAdQIBOala&#10;ZIIoK8OPX0T842W1c1Wdo+7gfuwSE4wylgMFQaqQCDngadRMxhsZuCgnxeWpUraCpQpPTuzqsitw&#10;RqidJFJF+QQR9QQfYsYTtPex3JBurcuIwdbl8pkKevyubppK/ByzUjUKGWhfGU9Z/Bp55k1QzFIV&#10;LrpLEnn3439w9y95eRAzs4ZiKgVAocDGfM0zU9UurPa12pbfbGUwxxhV7QW+IUOs5x5fZ1igwVFS&#10;Y2DE0gaChpaU01LAWeoEA5MUiS1LS1Qkp2toPk4At/S07enZqVFHl8RtHGQPiJpMTVbfhlqftJZ5&#10;K+uSTP0XhkbRJNQpERCSCClzfn2tl3Nm2uaxiT9JGQp6klyXBxnSMj9nQJt9jFpzdt2+zo1HR1c8&#10;dOlSFJNa95NOHl05U0ckcaLLIZZFRVdyoXWyqqmQgEgFyuo/4n2nKnd3Z+Aw08+Drp9pZmrrMhSV&#10;FPmKpK6ufEV9EZqemSpRBTxUsVVBG6yF2c8gjm4QQ3d5alpbSTQ7KVbPkfn9tD+XQ63TZNq3Fo0u&#10;IBJCjLIq+QYGleB8iR+fXc9PT1Sqk8UcyI6yKrgMA6/pYD+o9rbD/I/eWFocRmJttV2a3jV57aVF&#10;WYalyatC2OokqsXW5usnnpxHL915RNMItej0j66gpnt++31rdpdszPcs8VV1dvaAmogg5Y5JxT59&#10;BDmbkCyvtgvLaIrDCLearAUarjUFBBrRSAB5H+iOoH8HptIQKoRUrVVdH0+8mE31v+iK1gPZxu3t&#10;ody1GwenN35fG4Kakiwm5cdvOSkn+zqJKjONVY7DNMxmMrxUmFrZEa5u/pAUX9ypzdb8wz7dsc88&#10;ULLFC6y6WCgtJ2pr7uAQnNDnGK9c9fYbduV7n3c9xeW0S5VTcxSWjaNSlYlVpDkUGqVfKopqyaHq&#10;T9xS8xiWD08WDgsNNgRpC/gj2B/UHW+0NoZbc/eD7yoaDtDcNDj8PtOGo3XUV+I29lKzCU+IzQgx&#10;kdRaV4oaaZohY2kdnB+lgfsqbVt0U+7LeRx75IFWMmRiqt4YWU6RXJqQK4zXyHWQfO3L3M/OW8bH&#10;yfNyy0nt/aSvJdstvR5wkhkhBcrqpqKl6UBCAYpRo9RW+MrCtNWSkNqk00zhPGL6ru2lStyBxf3h&#10;eftnI9h7m2vhd0jI02azuW3jmc7laZcpSQUlbU0zVWJNdNUhoaWClh/yeOMMGaQjgcnds+9SbtcI&#10;m6KEedppGYBtWv4gTlgOJxx9B0YXPKvLm0+2vh/uKSG4rHDDDDpTVpJAJI860Laga/z65A0yrDWs&#10;WQiJYIwSRYE+lNFv1A/n2aeHB4XCvWZKszUGN+7xdLFS0cM8ZjFNTBZp2p4KWOpkhyGTqfIkznSz&#10;LpBA/BvcXBt5bh7eVgrqFJD1GkVrpAzVsEk0J4U8+i3YuSN533lbZ9v3YRJLFIZCdKl/i/TDntro&#10;QVWhIUtXyyhMju6rGU+0xe38rlxDVSUrzR0zU8UFSzLFPUSy170kTUNKG1ExtIdI4HtF7i7fxlRV&#10;VmDjwb/dZSohx2Rq6ihhq56aiqaQs8VFVwsFp56qobyvMgusUQUAD2FLi/8AFuZLYqQWcKRTgKMc&#10;HzqfxfYKY6nnaNkj2bZmktPDW3it2oAxUNRTpqONKUBFcnP2NlL19VVOUxGZrdyV88WJaatgoMdU&#10;VNFj8hki6xwVWUp46p2raaiotUccDP4y7mRtR0hetj400x3VtughyMWBp1qcjPLDlal6/JVcVG/i&#10;hqaionMi0dFq1aY/Uxso/wADi0tpGa7so9RiUV+OpNFFPIYB8hX06iDdN7tOWdt2y9REbdbmUDQI&#10;9QqXIIVVFNTcASeOTWvSzyWJjr6mgrZEgesp2MUEk9PHOlHHPUIal4I2ZFSWWOILqv8AT63/ACC9&#10;bt/M1W58gIsDLTbSxSU8dDX11IkeQytcka/eMZmiEqQamfSgJtb1fUeyebbXXcjDHbuLKOiguCrO&#10;QBkFq4JrjP2nqWdt5nYbDFLuCxx7nNWsQoRGD8AINO4LTz/Ieb2k0S6gaoSzMb2TS6x2LEIAnC/q&#10;555t7NJ8V+uNt7g7RqMxFQYbK1e1Nu5vJiCvxwlk2/lYpaCkpJKdn0x+WWKoYJLa5BP49zF7NbHY&#10;vzut9NYRzz21tKwDjUInBSjLSme6grX16gr3237ebH29XazuU0EF3eIh0PmZaSEhqZoB5Vp9vQXd&#10;qbwm2zhqJJYZwuYzVDh4ZqacrLJFWQ1c0zuFQNEtOKYBuWvq9n1fcdfufbE+MXGmiibKzUsNfDB6&#10;glLpEs8casdRViQAv5HH9PeZttePdqZ1i0AyFARUV08WA8j+fWFibZb7bfRyCZXcRg6SeNTgefHp&#10;Bfwihw+5lzP3TTTLjYmlopTeBTUEi3jKqP8AWYr/AI+wO3Rj3qZG2/SVMk0EbjmTVCZJTpaSRkYA&#10;kkrzf8Ae121qL7cEtLVzKoY0JxmhJ41/hp01u04tUlu5I1UgVwfL0+VP59DTticVNNDXNEqNULJp&#10;RTwqLdUsQq8fX8D2C+xstQ5HsefZkzItVHUyw04Qm8rx8WH45Ce5euORLmDaX3LcYClppGlgO1iK&#10;1AatCwpUjjjNOgXuW43se32+7LExtHagYHga/wCDpZOAsRb8qoYtz9BYsbX549mU3Fi6Pbe/MRjM&#10;lnJ52qMbBVUFI0soWgrPHpkhXS5UNIsZ/AsT9D7inbmsTv8AHayzuxYExAn8QJGeNK06V7lcXN5y&#10;vJPa2yjupIaZYaRk/ZX59IvbGTXLUtXUJSCEU1fWUiyOhUzxwysvmVSq8OSebn/ePaQzu6NwUmby&#10;UxxMUlNTvGKWomBkaSFeSRc8Bv8Ae/cpWVnuE013GLaM2qBdB88ircCOB6AY2ywksbX/ABl/FcHU&#10;PIEY8ulnEi6BpuP6lTb8fS4+vtnpt5Uuerloclio4ZmuIX8TsjuSAquDwoa9ri3tDcw2814thuu3&#10;r4RIo1Mkny86j8+i675fe0tWu7W5JjzXOfyz1nAsLc/7Hk/7f2i9/YbO7arl3HhXmw1HMth9szxQ&#10;eWMDyxSKr6SHMVwPze/uCufNludj3yW724+FZSAaQpwDmoNDj1rToc8m38dxtptJwJZx68SMVPnw&#10;6wloZGMbaHYC+lgDx/Xkf4e8eD7ZrdzV2FimIxjwTE1r0q62qWpwgJJ5C+VwDwOP6+0FpzTuV/PZ&#10;LqEQVqkqKFiAeP8Aq/wdCC85bsYbO+Zo9ZZaBSa0qR+3+XWNadIRePV9LEE3H9b/AE9nipOws5tz&#10;D0tZDJNVU8kQeSCcOZI1MdlKotj6lFxfjn3JV9a2ctpDdy2zNqArp4/PNMn8h1i7untzs+739xDN&#10;arFc1NGoAPQDy4+eesCMGYqDbSRY/W54/wBtyfYs7U3vi95Ys5CilCVMLrDVQFWR45Co/wBUFv6j&#10;b6ew+EQ6Xg7oCaZ4qfMH5jrGrnvki/5U3OSCeClu2VYEEcccCepyEkcm/PtbUdQZFPJ9NgRe/P59&#10;tTx6W6jS5gCE0XPXP3IqZFSJnQXYKbD+p/Av/j7biWr6SfPpi3Us+luve4Kzl09S6WP0tzb+vP59&#10;qPD0thq06VNEFYaTXr3tiycqIGA5a39bc8X9mFojE5OK9GtjGzULDt697QlaWdmIH5/4j2IIDpFO&#10;hVa6QoFeve2itjBiUsFvY39IuOP63PtdbsdeOjG3chyo697CXeOMetppBGgY+KwDfTng3P8AgD7G&#10;Gy3IicazQV/b/wAXw6kHlu9W2lTW9M1/l172H+34KjHVdJC8qKgXRNqsiyCxKoyktcAW/Psj5t2U&#10;z2MksCBo61Y8OJJA/IEdC7d5o7y3uJkQl+I86de9rY49iXaSpLPNL56ZNQ0Ij3tbkEr/AIWHvFu9&#10;sLiGeZZZRUmqj0H7egx9WpVQkNAo0sacT/kP7eve8sc8tPOgNpbwyqVXgK30BNiRpPsOXaSwOCVq&#10;329VeKKaLFVAIOR1720F5sbVU81QBGsxNiramIYMeQthYe08VxLDp1Cnpnj0uCxXsEscJJZR6de9&#10;0VfzGO45Ny75pdiYerJodvLM2TWGRtD18rROUkFgr+NBp+pt7xO919+/eO9rYwS1gt1zni54mnlj&#10;7eu1/wDd4+0S7HyluXuButmRdbgQkBcCvgrWrKeKkkjNM/l173WOauSMlmJJ5N7t+P8AWa349xGu&#10;pmJ1ddMljqTTCj/B172s9nSVU+Vhqqt5oqWn0ygq7BNWsFeLm2nTc/19vLWtSa9beNCuBXr3sRtz&#10;fIDe0uWijxO58xRUmPUCEUtfWQqjLxcLG8a8e9uz1BABTpO1tARUwJX7KH9vWA00DFi0URL8OfGv&#10;rX/UtcG4Ptd7O+Zfeu0ZopcR2PumIRvq0Plax4yLWLWaS5On6W59vRbjd29PAnkWT5M3+foouuWd&#10;mv0ZLrbYpFIpRlVh+xgekPubqnrPesDU28ev9l7phdNDJn9r4TKKV1aytquhl9Jbm309nE2T/Np+&#10;QW2HpUyO4f41GpQuuRmmkMiqmkgBy5IH1+v19nVpzbv9qyFNwYgcQc1+2tegDunsn7fbr43j8uW4&#10;lb8SoEI+zRpH7a9FR3z/AC0fhJv+OpGV6C2TjJ6mJo2q9tY9dvTo7uXaZBjDBCJCx/1Frfj2dHYf&#10;87jxGni3ltinqlURionpXl1AhPUwRCoN3H5BNvYqh9zb+NP8asIJeGSM/wAv83UW7x91fle6Lfu2&#10;9u7ZvIhgwGfR6/ZQEU6Il2J/IQ+Mm4pJavY+8N37GqLSfb0klLi87jYvLULKQBUJTVSaEuoIcnTx&#10;7PBsH+bl8Zd0x0seYylTgKmRYllSekqJoo5JOWu5AsFv/wAa9nVp7ibPcD/HbRoj6oCw/ZQf8V1E&#10;+9/dZ5psi7bPucdwM0En6bfLKll/M0/Z1XF2j/wn676wtRVT9X9g7F3lRa55KemydRNtmvbSzGOP&#10;x1EU1E8jxAXPkUA8fT2b7aXzB+O29li/gfZWCleXToind6WQs4uqlXUkX/r7OYea+WrsaYdxVX/p&#10;qQP28P20+3qOL32O9y9s1tLy7LIgHGKSN/5Bgf2DohvYv8pf539fColreiMxn6OAljXbRq8PuSme&#10;BV1GZf4bXyzghedJTn8H8ex5xG7duZtEfEZfHZBJOVejqIplK3AN21KRY/4ezSF0mHiWksMqHzVw&#10;f2BQ38yOgBuvLu87RUbnYXFuQaUkVlofXP8Ak6I3u7qLs/rutNDvXr/cu16hNfkTN4aqxxXSf7H3&#10;Eah1Zefqp4+ntQGQFSVFgASG9RU2LL9Qp/1PtTPIFQK8LKx+R/ygdE9tE3iF9WpeGeH7K/6vToPK&#10;5h4CrQtDIWjYOqqhKRO5B1g8F/6fj3yHP0I/29vZXHb+IDrOn8q9L5brwshCR0m6TFmqZkaaJWDF&#10;dIJay/2ZDq0fUD6e+Dkj6gf6173/AML+2JbcRV0tU/Z0os7kSnhQ9QMlingX9t0dVDlnGkGy8t6d&#10;bfQf4+8dx/qf95/H9Pp9PaXu9f8Ai+jenz8q9Jj8/wDT7x/8mfX3/9W7rxhj/TUwB/1/8f6+8o5Y&#10;9WR69cPorto43XjSlOqxaiiWV4ybgFmVri1+bKTexJv9OPbrSxKfTx+Abji51W/1/p7E21xKYih4&#10;kD+XQS3i5kDCQHJJPHyBFf8AD0v9u0cHhaNzdAsQMRT0SPqDrq9JPCRsByLEg+48gtqReQD/ALaz&#10;fj/Hj2jvSiFwoBzjHz6X2pfVFK/EihHHFOP59Ndc0QWoSMqQsutTbSCTIAVGuxso/r/T3i1EjTb6&#10;A8/n+ntC04ZNIOelQt9Epdmwem81oliWNbK6sef0EEqASPp/t/z76BYC3PIuOf6+9x4IZvgH8+ry&#10;RxOWIIMn+rz69C7IAG1LGNR/NnJB+oH1P+uPeWNiPrwb2HP9SB+Df2u24gsWZitK4H+x0iv4R2hV&#10;x05YqYkMHZ0Rb8KWK3a6gELcWa9j/gfecOb8i/1+v45/x/ofZwZaEOR+oRw/1Y6LjDRAseAPTHTx&#10;9wWfyyoNcgDkEBin9nQDY8KF4H0HvOHRrBVJDMVMcYvYsPXKC6g6T/qfr7Uo6spQCjf7I6LnhmDa&#10;iaKPxHPyp69PlNWx6RHGUDNIx0LrCAmTUGcMFRi/C/1F/wDA+63/AJTLj9k5dcy2JxOdrclTiUx5&#10;Kip6iaFXlddN5xIfGrrYWAHHvI7lbmAT7DG0ljGzRnRkCpzXzFT+QPTlpZS3F6ltDeuisKnQWArS&#10;v4SPKh/2etz7+Ul21Xd4/GuhparFV+14Ou66PZaGKrcR5RKDHY+aOujSFoxB5/OfSefz+fdf2Y7H&#10;p8zOlfmsds/HSUdHPRULDC0lXV0kMt1dYUCeNSEkYj6WJNvr7Ld25ityxMrwRsuBRO4f8cX9p6kz&#10;ZtkubKSFLSS4lBbUSZCAx+dat1a1Ht2CCGWCmqcswmljlnQ5CSPzyI6sLSXeRBcerkahwb+y0ZLc&#10;fWuFLDKQ5bd0okqPt4ZMmaSGC7ltMNHFqSFCbWAIt/Q/URXfcybfbXUpOqYk4q2PsANQOpWhi3q6&#10;gRFmWCMDIABz9rZJ49KR6fIsoEE1JR3tdhE9RIQFKjUzGAMR/ivtS7b7h60wMU2QbrHBUDssX2lR&#10;lZGytSXDk60jqEZFIbm9j7Y/rWI18SS18FW4VI+z8/sOOgzuu23BJhG6yMw4laLqrmgotfOmD0x5&#10;DbuYryuvdOUgjVrtFQQ0lGJF4ujOuqQq4H+qB5+o9j3158n8KZqr7LBUsEdwoaOjo8dFFqvZ1aOm&#10;i0rYHm/PtZt++yXTyGoIpglAB+RA6BG97EEjjE15IGocMxNeHqekrnuroMxGiyZStIS7M8s88kjH&#10;0m2hpDFzp5/HscaTvfYtevkzn8Ln1apHjustlueJZfEFIF7WuT7MEvInVDOkbOfiqKH9oFeo/utn&#10;nDgW7En1/wBR6Zx11mcbCkOGy1RDGFCg69OkEWZhGkwCn/gvtRU3ZHxxyEUMuSx2BeRrqymGkcFm&#10;vxqemct/sTf26y8uyAeJEQ3yckdF4sObIJKWtzMqfJiP+fh/g6aKvava8aMtDuUgJfRI8hBI/BKs&#10;Xa/+x9jhs7pzoLsHCQbpxGzMDJBPrRdFJTyAuPprkEQXU9r8/T8+4i593my2q5tYtutaM6EuajB8&#10;h/lr1kb7RbFvd9a3t7vm7OUik0qr5DA+eCfP161uf5sH80P5c/DvuPA9G7EzcFJWZPbFPuiv3JJF&#10;93WU8EszxLFT0fhNM0aIp1MHLMfx76m+N3UFTkIhFsLDxS0zxTHXSQmJwrgnxmJQA/HAJ49x/ac0&#10;QBpvqYMFTmvE0rxHqePy6nE8nblefTSbXMfGVxQDgwrjX5UpwIrmlcV6Jtt/+eB8qtnbDr852H2f&#10;jdwYrPUmQxtLkqSlWjzO18p9rIKaaSnXRNNAZwBcaSHNgbex6rcJTUVNRY/E1VPt+jpIEhFBj4o4&#10;Ukj8aqthGI7Srp5P1/N/YEvtwutwvA0F60ULN8IzUegJ4H+XUh2/ty8CSzbgkd1NpDESAsytx0qQ&#10;AtM8Gx88jqnDrT5o5LcWe3xvPs7rbM94Z3N558sm/Nz7iyEy4ZYK56mtR46j72KTHzU7FCLjStgF&#10;FwPYK9q9VR1+0stlYvt62vTHMK2lrKSCWnzQhmWSnStEoPlmhieQKbMSSeQbH2/Df6LaS3eRpSFF&#10;Q1NLUwBT1FaiuBnoT7DYPYbttsaQrBBLMAApZSmoGhWlMA0BA4gkcOrSv5ef802XK/J3Z/TGdw9d&#10;g9jbp3cx2bl8TnaqWTq+fI45qWspcY8KFocRkKmgpjPFGFiULe7DUDUJje1t1dfbmrF63yYw+UTJ&#10;VEddsHP5N6XG5F6eVmMWMrRFU0qrUWKok8QkBYfuILn2r2y5uY212EpDMcpnIxj08hinkO7qR95s&#10;ozG8G+20csWgBZQKPq/FUcV8jUGh8wetyLtb439R/IvYlNgu7NkYXsDHti0XFbxjoIl3PjI6uDSt&#10;dSV9LJ/EqKpiRlfVTs0TsLtEVsvsymM+XVWKmjqey+vd17DqDOolqqRRkMM3l0xytBPG88YhAs37&#10;U8mnngX9rLnaL65uWumtXjY8fID7MkD/AHo9A22tLCOFoLHchNU5DBdSj5040+wHqv8AqP5YG3cZ&#10;s7PbU6n3vs3e2PqMeKekwm+cRT02dp5Karlq6WnrMxiI/FkP25DA0lRQQv4wLtcezT7B7o6r3k60&#10;+M7awMdfMY0goa+vXHVTysQFjFLXNSy62JB02DH2qtNpmIkL3BMmqgWgz8hqBH+D7ekN7bTCWBfo&#10;f8XLfFgjgR5DHGufTqmb5bfEj5HdOwHI0nwN3Nv7B42CpmyOS69oKTd0MVI9OjVEyzbax+Tro9Gl&#10;iZJYU0MLgatPt73BsnA4Coy2cXKYugpMzW/xbIZCmMVLDJVyIuqeaY1DIxYoSCP1f6/si3Dl17a4&#10;Z0jKtIwwUzqP2EgknhQn/J0Kdt3kPZBBIGMA0tmvD8TcftJP5nqZ8Zvm52P27idi9O1XTu/q/evW&#10;m1q/aOG21uGLJZCvO3aFkphH9nLiaWqjWmpWgjnWRdUbWFwnPuCnfOxtsVGAwmOz+F3Fm89lsdiI&#10;ac5RYBDStURNX1kU8Qk/yimog7oliJCtj7FnLexzTXcUFyulmKqCw04J0n4qV0g1HpT1I6jnmSSy&#10;nmWQDHeSFIap044GgzxPHhTgeoe8f5XHyL+QlZ2FvHfG0NzdC7G2Zszdm76GOmwNDkMjurdlPgax&#10;sHtgYWrno3OPy2WghWsqARIlOSUJPsqfZXz4Wor2xm0FlixdU8lNT10TNea0joHaR1VlEgRgAPoP&#10;c38v8u7bCLO5udD3DMSKAeXDIqOoI3q83W6ku9LPFbAUoKE486Maf7zk9WzfD3+Q78a+k8JtPcPb&#10;2JoO2ezcdJR5irq8vTMmDxeTNNTSNS4ugjmMUtPj6uK8byhmZhqNjY+6KfkxQU1XvV93Yulipoc2&#10;DUViRXkVa0u5n1OoEas7ck/n2u5mtrWO8SaEDQwyB60z0f8AKV5O1o0EwJZcgkEVH54HV89LAKam&#10;gp1ACwQxQoq30qkSLGqrfkgBfz7BLFzKhQozKqhTJyxOog3va/HHsljaBdNBT7ehNJIzUqKg/P8A&#10;1fy6kexGx0lH9m71EZmWb1xelhZg2lgpK8+k/j6e1kfgBXLOKHPEdF8gleRNKEU4Yx1723VdJTO4&#10;+3bQrpcA3Ro7s3pBOkkn/D22ZUSvhg09eP8AMV6eWB6fraanhgf4Pt66LAcEgH+hIHviMYkkUenU&#10;QBfVqupsebi/q+n+wPvxumoqgEgcenRbDSysh1eZpg9euB9SB/sR7V+09v1FdmqehpMfUVLtHNPF&#10;DDBLUu8scMmj9unWSQaSn1Itxzx7U2t3biZRMyKMmpoK4OKn9vSG7s5ZIX8CJ3OMKD6j064NLEgL&#10;PIihRqYlgAq3trb/AFKA/k8D2P8At7rPsGoq7HC1kM00bKiVsUOPqb6jfxRVckcsgKjgKhuAT9L+&#10;3m5m221IKXqmQ8FWmo/MasU6bTlfdbyJVj250j/iJAWvzqRnprm3BhYITUSZGmNOHMZniZp4fIAC&#10;Y/LAskfkCkHTe9iDbn2sU6Elo62B90bwxWPqXsxoIopqnIWb1aFpKw4rya9J/wA0spv+Dz7J7jmC&#10;N5Ukit5GNaD8P/HqfsFT6Clenm5YeLWk92qIvGneoPpqB1A/6YAU4+XTZFuYV4L4qhnr4rFkqQ5j&#10;pZVGn/NywJWC9z9XVBb2N6bOx216KKojwsNZpp7xZDd01XicW8b3W4xLHbmSqVX/AGiZ1P8ARh9V&#10;txvXMXgCK1tUjqpqTqpSvmCqEfkxr9hp0Ww7Ty2t0yXN+ZJAa0SmoYGNY1qtf6URPz6bky1ZlfJC&#10;uVSjCPpmiwlPHka6FgR6Ja9WydBToykX1Ro4v9R7S+Ax2V33u2h2i/aGQqo8hK1DT7d2k0+1No08&#10;fjklk+9/gC0OQyIiCEaamqq1ksAyEew/+7t/3t5F3Pf7hl4CMNojC+o0MrN9jswPp0LIbzZtti+p&#10;2/l22RlUkyOollqPOr6QppwKxgdQ9zy4Pa23spu3L477qDEUf3k1RkJZMnkEEToFaD7wVKxM8hA0&#10;p4wL/ge7OukPjDsLa+Ljq56aDIVSvTytFLSxwYeCuYASTHGwrHHVVTsTqkk4Ym/J9j/k7242D9e5&#10;uz4zBlOlwBErEqahFILE4PcR61NKdB3e+eN2bTGhI1A9wy4AU/i/CB6BT8qcRRr8vfnx2XLuOPZG&#10;zIRs7ETrWp9zh6mV905aj8WnwyZgWTFIRzppgLoLFwPqNc8MNP8AawwxwwBIZSqRRiOK0k6KG0oi&#10;CwVbcAekWHFvY7Mdtby2gjRIVClgFUACrgnA8iCfSowQOHRcI5ZVuXclmcrxJYqQtWAqSeJJwSKk&#10;0J4ksOGzVfk3r6ytqqusqpaimiapq55KiZ5Fx88tmlqZJXZgylvU5Gr6m59kZ7+ytIMxQy100dVS&#10;PlXBVmOpmEsNFSwRReoyB5pHY6QTbj3jr7p3hu97dvF1KXfgTTt7ageXdqIFK56yU9qbQQbXcSNH&#10;pm8JfKhJLmuf9LSp9MdXNfE3ETU+z6qOjh+wq0xFOYnVQsU0lQZq+pq2f0glKZIkAJ/sXW492WdO&#10;4+PDdabPoIqX7VafCU7+BRo8bVGuqIs2lgVNQVP/AAXn3M2w8m7XdbDy88sjI/0sdQBgFquaD8yf&#10;tJ8z1B/O3Mt8OZd/KsGg+pKiueGOH2ACvpjrUJ+f21MN2v8AMjuzdmRzs0tXWbtnxok1R1YSHARw&#10;4GB0qGZi58GNuSDyW/Pta1dU8UlxExNzrOrkWFxzcX9yPZcnbSsAiPcoHE+fQBk5k3FJBRVC+QHD&#10;+XSQ2P8AHXZmWw/jmy8kw0IEmKqrTDUVbUoa40Akc+465aVAGFMSTx9fqPr+bfn2kufbPl68AEus&#10;KDUUNM/sPWzzzvVoWCEAjp2/2RvrHcUAFbuSRUpqtm+2pRH5FeKom1MxAkFtEi3+l/fCbcVfEgZM&#10;eXAaxAYsSCp0+jUobjnj2mtPaDk9JHEviOp8nYgfloCn+Y6Lrj3J5jlDKkyI3kQuf8FP29Lza38t&#10;DoKWtliy+8MvWrPAjlTGKKKndZPCFNXDpvDJItgbE/4e2yXduQNO8kcS0j60VTIl7FeSxTyEkEG3&#10;s9tvajkm2nUjaEcU/jkP+Fz/AIOiC55/5ulkER3VlXT5KgHE+ZVv8HRjNl/yw/izQ5qkjk2/U7ov&#10;SzSzU38Xyskc/kVkVY5UZDrul7lrf4j22Tbxyc1GyQ5CGGojUs0ywOoFgASI250m5+g9m9t7d8n2&#10;11r/AKvQaS1aGjVPqa1z0Q3nNPMUzFZt0cxHFAV/6B6Hvaf8uX4t7c3TTVU3S9BkKCeRWWgyOUq6&#10;qTyhpHRmByEkd40J5csOTx7Rsm5N3zUxkps1UhoXJYwQSIJUvydRA0hh7Hse07HG6odui0MKAE8P&#10;2dBPcVNy4eYliDiuT/sfkB0fvaXQnxu2vWjH/wCinZtLR10MUDLkvtKqGnZItHiaCRnMqmEhV+gA&#10;4/PtRbI3DWVG4hT1+RrK56ukqg6VcxbwsUBbSh0glWTi5B549k3M+3xW21vcW1qkYjkjoUFK1ahq&#10;fsNfy6ptcQuLrwGwOgJ+cnUu1NofHat3XsnZm1dry7Y3Ls2soP7rYaix1VW689BSFBUwgsUlpqt1&#10;dbEMWXUOPY906p4CoUMpZybqQCGCEXDDn02/2HvGjmznm62XdYgrjwNPw1zUF1J+dCAOC+RoQKiS&#10;9n5IjvbYo2T64P5V61i+3vkjufDb1x2SNdU060tFBHSUcNX4lhWKpr6eViImnneWB5AUMukcekG3&#10;DfXY9KhBIto3jcEWX6gW+gH0+ns25P8AcuPedxj2qaDudD36salAqtPOvrw+fRbzT7cHa9ta6STu&#10;XyoOBr5g5+zj0PHxe+eWUXece29ww1mWxuYpJYZJqzIRkU1UkisZwq0ulUi0WZmYsQTa4Nvcf7Xw&#10;ny6jewF7MpNgfqeCfcqCYydtO3qGrqzMBIcYqR+ynVnGF7Kg3ZSvSQKhhjklQDy+UavNENQHrUkg&#10;nkMb/wCH5RmUnf7l/qb8X5PNifqL/wBfZ5ZoPDx69B+6i1MRqNOrCuoqKmTbNBKuguJHuGVQbIUI&#10;BJH6VJ4HtOvG+oMP1XLC6n1flvV9BYf1PszqKfLope01Aj8PRnaDcaBPE0iMCtmUyAM3Fvo3JP8A&#10;Q+8dQQ4FwLnT/vF7/wC2v7tGD5cOk62ZTURUjpRUmZV76QQBp+r6gb3+ntpyrgUagFGKzRnTYXUM&#10;+hyL/mzC/wDh7V2gPjjiAa9LbKGko1Ginj+w9O2PqnqKxyIpFBilIkUkqTHBI+qw/Pp4/wB49oF6&#10;YTip5uUMnPJt+sXv/r/717EiymMx1wDw6VXMZDDtoP8AVnoY8fkmgWksLLJHDp5tqOkBtQ+tzb8+&#10;05Ig1wqjgMreoLGATpPLHUB7M1IKOzcKefQp2nsRFP2jrDlnJWulcao5UdvUQwW4NkC8nSLfT6ex&#10;32JKUobMxLK0p1cghR6lBt9Q1re4u52soL2C5t5YtUTpQj54yPmKVH2Y6mTke7W33a0OvPCn24/z&#10;dUAfzP8AaK7mxeUpZacmkakoHKftWnlTVPOQrMArRqt+bFv0i5NveLeGTzONb73GQRSfaE1FZTve&#10;9XShQ1REmk2EsUV2Q8ksAPofce7DttvccsW8sVuk8a99GB1ABiGCEjBAJPoaCmestfENvMSXpIAA&#10;VBxwB8sdVgfELqnqjs/aMO1N6NWl9y+OHb2XjhS22M8aualxNbS+eSJ2SavIhq1TSrREXYstgFfb&#10;O0uyt5bWoKnrXE1eTatrkrkMopqWjnh+1AWOafIyU4gXWwYMoupB/wAPYkv76CLb7K2t5FaRQCRU&#10;DC1pWtKA+dO7zHUY7h7ye3HKm73icwcz21vchWrECWkpXPwI7ZwKYJNM06ui/l4dbYTZG581i+2M&#10;WYV2ftobTkrcTDX5BYckmSmq5KiB8etQs4mjFtLCxDfq49o3Y/we7NzNVTZ7fm6cJh5F8hGEoHqM&#10;x4o5Pq0lQyYyH7m8zKLNIqqoIPsOpulrazRSSAGmSq1IqcmtaAEcKqGA/CaUAhTmn77Ht/aM9vtP&#10;Ll/fEAgM7pBGo8sFZHYHyogNDxHVrW5u3sRi6Gs2tsDbFZKtUY1TPVaNjHM6uZY1goVWpdqdGRA/&#10;kEbNIWI4sfZmsR8NNsYOnnZ9x5bLRT1BaKlio8esSifxtNCqyiqdwZASfVYn3ez5xFv41sLCMW0h&#10;aiyMWChuIHlT5DqDdx+/Nuzzqdt5OsrditD4kkkhPlkjSDjHDoHa5u097pTplKzE7VqqFWeTKwUm&#10;SM1Q8JURT2Wqxwicx8A2b1WN+PYyU/TeMrMLDt+pbKzY2jxseIgSqq0M1LSJUx1irTqV0w6J4tPI&#10;IRWKgafZAb+C0ne4gGl2VlIB7SpOoYB8qALjAxjqE7f325lt+Y7/AJqsktor+acylVSiH0UAE4Ho&#10;QPy6RO7tr7WxSx+KCkp8s2eXddbmMRQ+ObcG5KjBNt6or8y8dQ5q5JaF1WW5JaSNXuSAfYZZH4id&#10;eVK1EMWc3FSt5NM0lPPRSazwZAxmozpEhFyebn2kieAOJ1t31s2o0YAca1PaeNATnqZLH763ubZi&#10;F5ts2ueMLwdJVp5j4JKfy6c8RuHcGqjqkx61RUaqSnmCStGQTDGyBvEbIToBDkgenV7Dir+A3UdY&#10;zz12f3PJMsVUlJI4xsn2IqWGo2NK8dkLCxJIGkWX2bJubxVMVoCTjuby+VAP8vRnJ99/n+9kgMvL&#10;O0Gla0E9TWnmZfl0MK909p4NHp6DDU0UdqWSqRopY5K6SEEM8fjbzICquDwCw/LAj2w1HwHxlK86&#10;7X39PAFSOCCKtwtENBEQ0s89BNE0h4JAsLH+g9pprqOSOQlnjnK/h0kD/ekBxxArThk9C3afvsXs&#10;K243X2/tnKt3mGdlLD0CSROop8n+0npuqvkdkGggm3ZgJlkkd6qZoVralQgYSvEq1dTGYQOEZ9J4&#10;uVJsD7EjIdJbj2rjYMbgqHz0uNpqanaFJIIWeKJQpqUV6kAvf8fUg/T3BPM/J29y7jd3Wzarq1kk&#10;qBVFf/bdoqRmhrwp1LfKX3weQt+8ODmLb5NruyrdxLTRigAA7VDD8lwamtOqp8/1XuHc+9c5vPcW&#10;+MJvtdyZfJ5bGZDHUVbSZnESZGprJl27kcZXxBJ6EQyqhlhkkRfEpIA+gJ9o0MW2drLmdyQ12Gym&#10;J00pfSRNWtUyhIKXyoHFpXYfU6QOTwPeY/tRp2PlrarKXSoCkuGIqH1McmvBqig8hQeVOsK/cXeL&#10;n3C90d73HbbgXdlcN+noqVEaDiqmlD58Aer8PiFg8Js3qrbO1NurSNj/ALR6+spYhTq1FlKxzVZJ&#10;JUQgGQSzgXt6gBYm3BJeyc5HnKjbTY5I81QmjqEraiu1VFJjq+pkTwFYVdC9VB6lVmbQo+o9iHnq&#10;AXl9tSR2EUtnRqsxqqk00mn8XHBHbngadSn7MXM+zWXMsd5MtvfNIDFGmnxXRRRjqANEr5AceJPR&#10;qamhSR1cSSR+PhjTEhj4zdTI4V5IzcfgEf737Of0l1P31P8AwiIS4Go2rHIzUWTnqp6Kgo4pKcSR&#10;VFPS08EjVqsrNGBoe73va1yS7nzBt+zWctrdSQSzBQAsYbVpHkTp0/kT1EPOvMXIk97ebnfwXSbg&#10;WOsKqsz5IKmrYGP6JP2U6Abf3a3W+BiyeG+9NZuJ6e8mEoYUqayZoWBkjlqmPgo3jQA6ZZI+LWF/&#10;ZqKf4o7byW58bvbtLIvvCbGUclLR7dSL+E7XoUcKfHJQfe19blHJvcTS/byi/kjtYe4bvt0m3Dco&#10;72rG6jDLHpHYobLEAipY0zViDxpUCgOvffu+2jla75N5H29dsspZFZ5wxe6cqCAyuqRxxg17qL4i&#10;/galal1o+1d3ZaHL4vaVFNi5q/IrK2Yl8uUzMiEOzFaqWmhxtLdXHh0AGEKdLMTf2ZPH4TCY+jio&#10;Nr4ilxtFTRx08bYzGU+Pp4IoifDTRRQLDHEi6jpUDTYkjn2j8WQAC7YaRwStR8yBmn+ry6x93bft&#10;z3aeSfcrqWadjlndnJ+dWJb9uesOLoK7GSNPubKJW1UkrVQo5cjPUTPUSAfcV1W0k0o8kx/zhHLH&#10;/D3mpsXpnlIeWZiCzo8hCh0bUNfkfRpLf7D2plux4SjQAvkaf6j0Uhq5OB69KvJ7hj+1SNKaCKIj&#10;xQyQwxKI0ZRrZXiTXyfybH25KCZC8tTBBBJyiRMWYxMVNhGhCCAsBpJADC5/B9o69qokTNIONfX7&#10;fXpVHao9ABU16ROSzz0sZp6PFTVNWiELLr0Rxy2ur65gs2ofS4/r9fp7TVbksIk5p4qeevnlZESm&#10;QgQTPIy8xw06m8iMovcgkL9Db2ZW9ruDoZXk8OMA1J4inlU+R/MCuejKPwLUZjFPsp1nx2B7Iz9J&#10;BXVOepMBR/uy6/GZ6uCOOEECWWoJlMcsbekchWP4595X++EaxgY/ERqz3ZkdJtKkcKChnaa5P14H&#10;vy/ThmYl53+TVGfzpTptt3t1qPC7R8+s1N11RvO9TW1ue3fXP4ywnrHrIYnJfjxgx0kNKlhpULb/&#10;AAb36hDMzapKqvi18tUeiAW51GNyxYqeQeR/h79No0grGkZ9Blvsxjoru+Y4gaKNBpxqf8nSuXrU&#10;tFHPDR42jqAdJShpKdqwhuP86kaD6cGxv/h7n10eKhT7iLI+SVXQtFGkb06yOx06tHMjgg8D6kgk&#10;D2lhe7aqva0TJBJIJA/1efQU3HmKo7ZDX8+lvtLZ2YWSWLIYGKCkjjdI5KmVzWVCkIFMUMkbxJEw&#10;BBDMLi4Hthlgq6cS1FLkqenWNvWLhp3LMURrrq0Rsy/4Eni35JjFLBIViltGZj8+gleb74nazMxP&#10;zPQ1Y/D0RWOOSgLpGqqAVjVQUvcaWAB034t9PaHk3RNj5oGVGqKiKaa0syTWl8q2kMVJG6xkCNSQ&#10;TYDV9Pz7P49oS4R1rojKjgRj0qePGlQOP2dFM181VoxpT16Vy4emkgMZQRwkAqg0gpazKLg/UEAE&#10;+w3z278nW10h+2kNPMZ41gNQtOkUd7os5iBLlyr6FYsxAOoexPt2y2ltAoMtZlzWlan+iOvR6ZFZ&#10;zPQjNKE/4OnWmoooYkRFtpAB1WJJFvqbG9x7hTVuHx9AJJatUnnJpwVm89O5hjRZImjnSQxzl39R&#10;WWQE8+n6e1KW97cXWlYaxqKitQaE8ajiPSoH58ekDteSXICRBlGfMEfaRQ/LIFP6XHqUEJIvwB/Q&#10;jgD8f63sMsjmIqWUZBKiVqGRgk1S8K1M0c2hkEYRbxXTRpIW7WF7+xVb2byRG3MX64yFBoKV8yaV&#10;r8z8ujq2gmuAbVVH1Iyq6io0/MmmD5V4nrKAB9PeHcPbmRp8NBHWaZKOR4qePyxxWER8yCo8coUx&#10;OVtcWJC3seSTvbeTLaW9aSEMJQKmh8/Nag8B+zp3buSxdbhMglYXC1JAOQw/DUHIrj0/Z14AC9gB&#10;fk2Fr/6/sG5905WppHgjqpqB0DkzUE01UtZT6mU03+UgPRpOsg0v+CBY/X2Ootns4nWSSESqT+IK&#10;pU8dWMNSnDzHQ7h2GxjuPFa3EyniHCr4beT9lQwXzXgf2dd+2fD4TP1qvUz413gppDLDUU0MoWph&#10;kViaV3ZYtErXss1ytxb6ezC9v9th0xRXa+I1KgkEgg/FQGlMV08aUxXoz3Pc9otdEMV0PFYUYMcq&#10;RwamceqgA0yR59e9x46bJ0ME9PPQx0/inDLM4eOp8JkkdQ5jeTWsBb8Lx/h7eMlrcSRypOWJHD8N&#10;fUeQr069xZ3MkEsNyzMVNQvwkgDNDSleve1ltiAUP2cVSlRLDUCGRCLGKOy64lmsBdWX6Ekek/09&#10;kO6yeP4rQsokWozx/L59BzepWuWme3cLOuPIE19K9e9iPnI8VF9i9JJFTJUxLIIKFwA8/A8jJqik&#10;GhlOoMPxYcW9hjbpLxjcpPV2U4LDgONPPj5EfnnoFbXJfSG5W4V3dG4uOA8x5jI4EcMV697fMFkI&#10;KOOEGURTRWeKb9qSdRGQSiGYrdk50hXu1/6+y/cLR5WkbwqxkGozT86fsz/n6QXttLJJJIqBkY5G&#10;QK/YPX5/l172JFdkKKkjnEgjaIUaSjMBJ1ra9jG76kjmYwR10UMwfk6H0WDX9hW2tbmV00hgxanh&#10;Y0R0NKYzpJFBTIrnoojt5pvCWPV8ZGig0rk8fMq3AegOaUPWNQwIve3+v/h/r+w9G54GnpvJ9y1O&#10;XKgrOlNJP63BlVo1Eh9YYWL/ANQOPYlO0yqkx1KJaCuCyj5CuejP9zyqrFQoeme2oFfKn+x1k9v+&#10;RlSWjpZ4ap3qY18Naqxa5JZfDJKJVE4iASOHh3BP9ePZfbI8c80UsYETZSpwAKAjHHPAdFsEbLNM&#10;kkY8NiCtScKMHgM54D9vXvaGw+PkyzPVumLoIIZo6aaCQzTBBIR46yVyjkxBmGpeR9fZ/fXK2iCE&#10;NNJIULA4UHGVwcEDgRTPDoR386beRbCSWSVlLBsKOHwUHA+h4emOve01uSlrKOtmSdmnY+P7qGGl&#10;anVZoo1BjdZAixzA8kXNxyOD7Ndqnhnt0kVdKmpFWDGh+YP+rh0cbVJDNCjKvhnIBZgxoT+3/Nw4&#10;jr3uDg85jY6aoWo8QyEMh1Q1k0rNUwnUXR/CskSMhAHJBuT+L+1O4bddtPA0Yb6VhXUoACn86Y+z&#10;pRuu13jXELRhjaMOKAUU4pTVQkcfl/Lr3v1JNJlRNU08dF9q8bJV0SxETRrChtKX06ysIJII+o+p&#10;Hv06JZ6Ipnk8cGqsTg18qA+fmOvTRJt5hgmdzOGqrkgqa/hpwz5jr3vhWQiM0s1PL5o54hMVOs/s&#10;pO0biVHisfALEsP1KeL2v7tDJq8VZIyrKQK/MiuPSvpx9enIH1+PG6hHVgoPlqKg1B8qmuDSnXvf&#10;WebD0mNk0LMyTlEakNQNMcz3uolD6mWRbi63GhD+Qbe28X094ocjWo4geVeNP8/2efW9pG5T30au&#10;y6l/FpORUcR8vTjUj5de9hds9a3+KSfb+SCRJ5KuCVqgABvH42ikjmYB0kiIRh+dV+Rx7Fu+NCbN&#10;CzhlICkBa441wPI5HpTodcwtb/QJ4mlgyhWAUnHEEEA0KnuB4jhgjr3t83pU6cYaSopMdIokBWMo&#10;IWhlhqGl8Uf7niiB8+skhf8AUc2Fy/YodV4Jkkl4Urx1ArSprxoR8/Xor5bg/wAdSaO4mBpQkZBB&#10;Wma/FSlKDzq3n172i6LKfbzRGlx1NVmvjEaRmGIz0sbtYxRtpKSwsLlbgkG9uR7PJ7Qyo6T3DoIs&#10;8SAxpg8RQ+Xz6EdxY+NG/wBRePH4RqTU0cjzNfhPljHCvXvb+gpqqtr6FpMS0cMYmhNRTpTy18Co&#10;JIpKc1dOquodiGBKOWF7m3suYyQQW9wI5lJajUJIU+YIU/7Hl0WEzW9raXSi41s9DpYsEatDqCnG&#10;PPIp172k8th5YP8AJav7JaGs8ixCnjilYTKXJk8aq2uTkqRwRfj6g+zi0vVcCSHX9QlK1qKj0z+3&#10;o+2/cI5aywNI11HQmpYVBFeJpgf6vPr3vDR4DJ46m81FlaqSWmtFDE1NU08kMkeryBys88c0BhcE&#10;F1UDT9eQvt243C2upRHPaKqtksCrAg8MFahgfIGtenbjdrK8lMdxYRrG9SW1KwatKEdqlWB9CTxG&#10;ePXvbzsze2Twk2Xl3C1S8VRKExRBLRUwaRkQIXILU0oFybC5JJ9l+97BZX0dku3BAwFX8i3y/wBN&#10;+dT0g5k5XtNxj29NmWNZFWslcM3+CpH5nyp172NuK37hs/QVWSlgqEmw8RrpqH7hZ4ctApZKkjSw&#10;kiSnQEs8atdObWFyA77ly/2+4gtwQUmYKH00MR8ga8SeHEZ+fUeX3Ld9tl3BbawfHfSH00CMcgH5&#10;twAJ4449e9ydt7/iWao/huUggNmdcVU+VZjTCQfcVEEhjaKpjS3qIXXa/HAPtndeW5CkYu7Nmp/o&#10;i0Ir5K1TUH08vLrd9y/cRJEbi1crgGRSNNTwDZqpr+3h69cWRWFiAf8AEgH2+ZTeqUsDSrRxVsdc&#10;yx1AgrajXSKl9dTFUgGnkjkaOxUrIwub8cBBZ7C00ulrho2jFRVVo39GmGBHGtQp8s16S2+2SSTS&#10;I05iZV7cKamvChoT9uqnXDxD/D/bf8b9pyfOpLTR1tBW/YzqVaYhnl10jHSgqqeP9qMAgaSoC6re&#10;qxt7Mk2/RKYLqESJwGAKH5HiRx45/n0Y7fNuNjcG3ltjLGOFaAVxwJ4j7c9cmjRxZlFr3+g+v+29&#10;ueA3FjsjEn3rtT5AtFoy2PqPsq2RG0TqswlSP/J6gWfS6gH6A8e0e7bRcQVS3Y/TnOhhqXGDQgnI&#10;4Gn7OpAsrtUbTpoxamlhqUnhj8NRwxw/Z02VdLMVIidDGeXSdC8YsPqAL2vb8D6+3fOUlHXQvkIK&#10;KWesmjEJqqW9MXrIgZHhrIapXSKrkJ0MzusYBVh6WB9oLG8uLRTF4lY1P9mRmn9FqrjzFfzz05db&#10;JZ37tEzRxMCDU1JFcEkqO4D+GmCKZ6wUcs0TFXkCRA2EDBSR/Uo450n/AB5HsSej85iRj6/FVUn8&#10;OzVXVLH9hVqqVLNFGDLB5Y2eKSopidLKrEE8pdefYT51iubue3vYIWa1SMaiPwk+o4j7aU+Z6izn&#10;bYLzbYn8IeNa0qJFGKVwacRX5gdZ6i71CSKSyKp5B/SbDm17jn8+172ztMby6433tVJY4/7x7S3B&#10;gYmkRjH5cji6ikR2AKlgPKL2INh9fccblatuu07rtanS9xbSR6j5F0KgnzoCQcdRp7dcwnk73M5I&#10;5rlQldu3i1uSAQCwhmR6ZxUitK+YHy6mryB+ePxz/r/7G/vVyMWExmXzuHz2OxKYTrikPXm3cUKF&#10;oJcxX0cLNKIZKdmn80cavU3bWTYXIsL4RSxWqrugvXiWDbl+nhj0kGWTIZgVFRpqXbXT4cZPX1K7&#10;XNf7psWw3OzNPJdbyov5pGcMsEMtGFRq0hakIKZoBpFOurMQNOoM7qzDVbQAOVXm1vYY1e0srVI2&#10;f2ZSPk8JhHqa6rFVkY5xi6CZ4oTJLh5ohUSpUElvIsgsF5I4HsIm0uZVmubWNmtUBY5+Fa0qQTqI&#10;HCtOpRsLy2261tbLdGSK9nChVAoGbBohAp9grw6yPUQxSRQu9pJiViWzEuVBY8hSo4U/W3tyw20K&#10;Wlx0+U3MYzRZOrgweJqoYDG1Xm8h9tUUFNQo9pX8V3RhexAJvbn2rsLH6lwZGpG3YvzlORT5UBHp&#10;8+ibmvmO72qyS9s4yfBcFwc/p0yD860IPl1354vMYNa+YIJDHzcIW0hv6WLG3tr3ZR1dU7LjKx6H&#10;LIstPlkzZ+/pMccYjlYTSKG/yivcCGO76FBBPFvaO7tzBJ4dRrDEHV5U41B/YOjbkzfzuUZutzjP&#10;0egFGH4w2llGM4HGv2dZbAfQW9udBt3HYvBZGooKepqqWnpYamuzU0CS/wAOLAHINLUyuY6alp6h&#10;vSSVurAf197MR0NLbwyeGFUM4BITIrWuMVp0a3292x8GGeRFlZjojJy/EgAZrw40+fz6x3OoXNue&#10;Bc8gXueD/T2PVU+59x0saZXfFbvDHSUdFLiYMnWSU6RUaxQIlLDh/I1I4jmS/mPJJBBuPYhn2zd5&#10;VaK63GW5Tw1ZAzVovkAmo8CK8K8PQdQty5zP7fRLeX9js9vtlws0iSyCKNdTKSCS4FTg6aVpxxk1&#10;gQU8VMf2qOOGSSSRiUVWLMWY6ml0k+pQPqfaTo6VnyCDFQxPiaWSOkEcVNEaeLMJI9PLHIiLolnE&#10;rGPUAbE2B5PtOduuBL4ttbsYo8NRfhbIyafI54cM8Oh5/XflmNY4LvmS2+tnWsalu5kNDUf0cj5Z&#10;Hn1KI/bYk6W0/wBR6RwSbg8fT+vuZj+q88cvDnJK2uxk+Smr4BjMZIUlrKYPpm/ik6zuj0qyJpUa&#10;RyPbVrtl1JN9RqkjJwVRviX1JrTSeFB0Xb3z/stilpZW8cNw+paO57U8xoFKg+fr1HNTTtJIhVZI&#10;6ZUd3MZZFkcFl0sUKs2gE+km359mG21tmjxVLT0OdpKmiylXX1stNBTViVLVVG6JT0n3JiEskIMI&#10;DIqkXZiDpPPsXbHtH1AkV0KPqJ9cHANR6DIFa9AXnH3Bj5aaKSO0E4liUISyhQ1K4By/kOBxjpJP&#10;NU5uqeXDZGjeiiEcFTJLSVIaCeKZmmNOztTwyubDUf0njlv0+03v4YfaTJn6jadbkRNJJ9xOJI6W&#10;txuLiCQy1FCsq1UUs0YHkkVmMxjVitzwTvcdosrKJ5/oHlkodTVAKCh+EDtr9hBpUjqL4/crmXmm&#10;4j2e7vo7eJGIjCK2iRgSQj0GrSwwPLUVBx0pqOI09PFEtX5vGdBH1XURdULeqyXHNiP95t7zbtpN&#10;h50deVm1N4Q1eDzFBLWYup21kMnRDMS0EVQ2aWsghp45J/4e9HKiyTSrr0uwVV59gu9Fo01pEdw/&#10;TYdrI50seJGAeBqtSe4gmua9TTs2wvGktxHbvM4XKuikR1+E93w1DaiBkU9adB5s3cm5clDuhdw7&#10;ZrsBW4nO1+Pip8jNSV0M+PNU4wuQirqOYU8q12JenqJoYoyKcy6CzSB1HDsenyFdtLE5TbklbVzV&#10;1UEgolrpS1DQUOPmqpllneUNMZI4VkkAA1F7XNvZvudlezWMNxG7ksFYZIKqoJOSeFKft6Bdh7m8&#10;lWe/79tO7zRQx2twsAlYEpJPI4QBQFOk6u3y+2nSywuOqaGfRPFT8wvJJJBHDEJKl5S7XRAP208p&#10;RPyFS55JuMXwvxG5s7Sdl7zoKOKgp8xhsFRQz09QtPSSQ4uLVV+pHeRfvJoQv44v7nP2FsL64i5p&#10;5hFv4XjokaEkaW0ZcDSagtQAkUPUV/eN3ra7GTlblqW9MlxFLLKwNWZfEJCE6gQaKcAnHDHSR7Fk&#10;xEc+2oMkFlIykssEfhFRL55YWTypEeD4w2rnj2degoM5U0+JmytdBhmyExTEbfxn7FPR0sRu9a8p&#10;0M3mY6mYlWb8+8h4XvJWtjeXXgyyyARxRigUDJYHiR/EeJrTiadY1yXNuHvYbSNpUiFGland6AA8&#10;DXhTC8cAV6DyvfE46qyK09HUZFqSESZTLVh8800rS+ikTXGLeOM8jnT+OfaKqsRPRZvKvVSGd6dn&#10;qYpVVk0okEhs5+pWQ83/ADb2I+RbWWLeZIp5TrV6gZyDXz4f8Weg7zfcRvtzGGOgMYBHmSRinoR6&#10;/PoUdnV8VVi8ZLCqpEyuhj1KTGPI2kFf1C9/6fj3RVn+/qvZnyIbMQ1pENBuaoWUGodE0pUOCSR9&#10;ATxz+Dz76ez+3b8zfd+kayhX95GxFxE2a6lOs+mWWo8snPU87N7WRb/7TpbrHpne0V0OkFgaVFPO&#10;oI+09CQVDAqQCp4IIBBH9CDwQfds+Znr99rh+ytvZCpahyUNJXS61NU+NZ443WJKgG/jkDNp+g08&#10;e+Uu82k1vdtuNjI60kJYkZjYUPxDjUmooa0NPKnUA2l+thay7LukA8QAow/CxGGxSlaimfTptpYo&#10;KGNKFfFFYvoH7aGQSSPL6VFrnU59itjy25cXEZIoTXU0KwVEBIVqknhZlvpZi1ub35+nuYOUubYr&#10;y2T6mQLcgCtTxI4sPSvUcXth9NcXDQNqt2aqgfhHp/s9ZmkEDWJITizG+nj8XHpB/wAPaj2n1JX5&#10;PM0jJRMsRZRI0kJDRgyDUykkEhb8ez3fOY9qit3lnCPcJUr58OHl0G7q8mBa1BNT5V41/l025bcm&#10;Kw9BVV9ZVwxw0sEs7+vUxSFDI4CqL3Krx7Ml2x0QanruhxEEcM8fmWrrCF01MTMraWhZgQ2m9rX5&#10;t9PePu48yjf5rqOWDVETQ5FAB50P+bqQuT9pFk0czvS4dCKVrx+YqM/b1Xx1r87dl797g31tUNU0&#10;GO2zUJhsdXSFPssnUQLTvXzx05jNVGIqpjEHYBWFypI591D9qbZzGx6lY6NKuhp6SSaU1IhFOZGf&#10;SRbxtNHZb/k29he8lt4wn0alVQavMZPHPy4fnjqV9v2x2EstyPEZsBaAAAetcEnjX5dWJ4vK0WXp&#10;Yaujminjnj13ikEig8XW4/1/ai6y78zNfmMPg9xZymgxx8dHKskHl8sbkRLNJK5iKtFrvaxHHsW7&#10;JzRJ41vb3F9S2oVKUBqCAPPia1A9OHDoL838kWo2+6u7Sw8SYCoNSDXJI+Q9fI9S2hUanQBTa9lC&#10;i5A4/wBuR7tC2jgsbivtZcZVBoKtyaiSMaFqTIo0TKUdlsX4t9fYyuGiSCWKO1VB8WPM+uOsMPc6&#10;xuL/AGa4nuAxmhIoCKkAeVTmnTfSV8slS1PJEUAJseDcWPNwP6j2K9NG8JNmJBI9Njc/Xn/AD2Qy&#10;MJQCR5dYoXBD6tYoenj28afKoB4NhwR9f6X9o/gOOizUYjUcK9e9troRLa9gt+Pxa/PtUpXTwz0s&#10;VgyV8+ve2bKU4cs6n8X/AKfW3+I9rrSWmkEdGVhMVGluve0PU3WXTf8Arf8A21vZ/EdS8OhNB3JU&#10;DPXvbVVWIKlvrew5/A/F+B7Ww4INOjGAkUYCvXvaPyMLaSLBl0m97Ef4XH59nNpIpGDmvQhs5FqC&#10;GzXr3sDtzRmTN0MKLNFGQrSGJ2GoB7MvoP1I+n9PYpMKXG03MUrdpP8ALHUp7IwXbbqRqM3AA/YP&#10;Xr3teTUoyb0NVTS/bvDBHCxvq1wQmx0i4AeQG9z9Le8U+aLOCHcpQzCsQoTTiPSnr0FYrk2K3cM6&#10;6wz1+wn/ACDhT59e9tlQXpZJadJVCyyI7yltJW5Pp1Egm4/x9xnvdzU+HEOzpbEqzokrJ3AYFK/n&#10;172D/enZVH1zsjM7syWlYsTRVD0kJlCGqqI6d/BEHsxBlksbgfj/AB9gfmHf02Pbb3cZ+ESkKtaa&#10;iVNAPmTT7OPUoezvt9fe4XOO0crbWpNzeTxoxC6tCs4DMeFAq1Jz173rG7zz2T31urK7krkkNVmq&#10;2eqZiXc2llY3Z3sTcEHnn3hreTyXtzPdTMfFkbUampr5ivy6+lzkLlOy5H5V2bliwTTa2dukY4Zo&#10;uTjHGv2nOeve2psFRRxH7uoVZU9RGghhe5HNrG/9Pz7TeHQVBoOhiJGNQnDr3taYyGlOFq6qJVWK&#10;CnkVEDAepb8uxsXYEXN+OePdm0qnHPV1Jowrnr3sF30SFmPqaQtynHH15AsSB7Y1urArUj08utMa&#10;EZ697jtqBIY30AEXH9kDg8/4e1asgUNXjx/zdXElFzw697b6irlBDC4tdbBja1vqbH6+6Fk1EqAe&#10;rKwOQeve+4p3Wx1tYgX9RP1/B5/HtoSDuOkceq6hmo697dos1UU6nRUPchbAvJ9RwD9eLD24VWoZ&#10;Gpjr2iOlaD9nXVhe9hfjm3PF7f7a/t8ot/7jxciSUOVrKaRCGEsFXUwuCPoQUJN/emUGlW60YYWU&#10;9o/Z137GTaPy07w2ZLC+B7E3XSeMlgqZqs8erUGA0F+FNvp7ciuLmEgw3ZSnpUf4Oi662Xa75NF5&#10;Yxuv9JVYfsIP+DpLbh2PsvdtO9LuraG2dy00gKvT53BYvLRMGGkgpX0068qbH/D2czr3+bP8mdor&#10;BFWblkz0UYKsuTmllLKW1EBmhktpHs6g5p363oEvXZB5E1H/ABo9ATc/Z/kPcw5uOXbMyMfiWMI3&#10;2VQL/nz0UXsD+W58JOyvuX3F8devKapqipet23ihteqV11/uBsFJjk5DWIIKmw49nn6+/nmZsNBB&#10;vTYFDWR6AJKmlr5I2LjTqIDUwuW5tf6ezy25/wBxixcWkUg+Yo37VFOon3j7r/KV0xk2+6uLV/4V&#10;fWvp8L1+34q46r+7K/kAfFbdKVMmxN37+67qpWJhEctDuKiiGoaAYawUNS1h/WU2UEfn2erYX833&#10;47bpjjjzjVW3KuTRqWaUSxoWNiSWijsiH62vf8A+zJefNulC/UWcqMT+E1A/bn9tOo83H7r29Wr6&#10;9q32GVB5SRmNjTgSylwR8sV8816rv7N/4Tn9z41aiXrPu7Ze7YAJnips5h8htiu0upHhcisy9ExO&#10;nhtXF+B+PZk/9n8+NOjyf6R8Tp/hn8T/AOBCX8Xm+28X6P8AO+T/AHj2t/rNsdK/VPw1fB86U+Lj&#10;516Df+sTz1XT9PD/AGmiuteFK6+HweVPir5U6JD/AMMRfPrzeP8AuVhLf3m/hPk/vJg/H9h9l9z/&#10;ABm/n/4t2r9ry/r8vGn8+//Wu/4v/sR/sPp/j9feVR7mowoPl1w0C9pKgDHVazm7ASFz6gARYEc8&#10;A8W4P19zoJggANgtwSwUsQFBBvZhySw9iK0nWKFRQcOgxfWTzSsV1MxqNPzJHy4Y6WGOyCU8CxmN&#10;dA0s8twGUKCpuL3dm8nGkcW94pFVfo4Yfg2IJ5+v149obtY/iWSp9OjGzlcqdalW/wAHy/ydNldD&#10;EDdJVlvf0FTdv6XHpNx9bcc/j3HU2vxfn8/429lYNGIIFOjSZVcRFTSuD/n6ZIGkV5QSfS4sulTw&#10;QfTyt/x7yFxYqF55JJB4/wB4Fhf28ZNYCIvSVIvDbU8nH59TZJ/KqpFFb1Am6knSwOgcWswsfeaC&#10;K4/SBqOpnIJtYgnSeB9B7N9rQrrompvTov3KfQVYyNpHl5fnjp7wlNNKJFhpzMZAUFrE3NxeMDnU&#10;rfjn6e0juvsDZGyqeWp3JubD4xYmsY562FJ3LXYBadmElyL88i49nEm3FqNcSeGCOHE/syf5dILO&#10;a4vX8KxtzJXzr5+nRwuqPg38le76nHnZHVW76+iyDSFMr/Cauhw6RNLCUkaur4aeBEBqGPBYaU+t&#10;zwQDt/8AmGbWwFLXUGwqBMjWKWjiy9XUGClicFgJERUYuv05II59qPGtbZaFat5FsH8l4/nU/Z0M&#10;9v5Hvbzw5bqUqjLlVFTxH4Tn9tB8+r3fi7/IdosZV4rcnyN3dT5CKnYVUmx9uUrCKewjaOHI5g1K&#10;TaVYMGWFRe45/Huqbsv5Pbt3zVy1ubyNRkqhR+wJJ5ftIw0jsyRtzJZL/T6Wta3vy803Nvbi3QGl&#10;a8SM/YCD1JW3cnWNq6tHEoagBNAD/lz5HJ4dbBnWnUPXfUG26faXXG1MPtDb9MEKY7C0UFFA8wih&#10;ikqZhHGrTVEpi1M73dmJJPsvsua3ZuWSUmef7GbQyiGN4okb6kSTyW0r+Cb+y43u77i7eLMxhP2U&#10;/a1ej2W523awoD0kA4Y/yDoSgqrbgcX/AKe4x2HAHFXWZ5KcsPLJS0umWcOzDUram/VxxY+2ztEA&#10;cyy7iopxCrqb7OOPt/z9F783TyaobfbiyU4mtP2Y67uLXuLc8344+v8AtvYhba6/ky0gp8ViZq6f&#10;SAJaqnnyVS6Mt1eKmSN0jLH8E+zG3tbVKSOAieshrUf6UjBI4Z6CG4zX91ITCHJ46YwccOPxGleN&#10;OoNflMbiqd6vJ5Cix9KgLPU1tTDSwRqo1M0k07pGigckkgAe2ndOz9wbdldavAbhVoSdMtZQV9BS&#10;BvIVQJGkQQ3Nv8D7SzzWwc+AhYg8Q3aPyFMH7fLpIlheJGovlaJjx1Ak08ssKfZQfb5dY8ZmsPmo&#10;vuMPlsblaf8AE2NrqWuh/H+7aWaaM8kfn2KOzfix3t2Lg4Nx0eGqMfh6ilM1OHMkEtXEJCokiikK&#10;swYISCR9PZXc7zHHOYrq5ES0BwcZ8jU1H2Z+3oWWHJ24y2f1dpZq4Nf7Qqp+0D/V9g6KV23/ADA/&#10;hr0Xvgda9q/ITrvZ++Vmp4KrbddlvPksdJVqJKZcrHRR1MeKMyMCPuGQ2/Hsy/XXwX3w8lFLl4ZI&#10;kddUjVhkbQwH0ZJJVQW/BDe3JuY9i2+ES/VByRw1U/lQ9Nry5vSMTd2QjUHj8QHpkcfsH59Ft7Y/&#10;nM/AnrGiyxh7v21vLL47xxw4TatUuTqclUSgNHT0M8KNBKzI1yQeP6e7OOr+ul662emzarM08rit&#10;M8U1IDEY1Yt+0EaQx2W1uCTf3DvN3MNvvsreABGafxUJA4eR/PqXuRktdst1WaSSoNPhAU1Jya1O&#10;K9ajn8yj5kZD5ffIvEfInrTpfIS7f2VsJ8HW4/eNJDk0yMcLzkVsjU0fihhiE+pFZSwa3P8AUR5h&#10;jts04aUzSpK6s0kg1PdyATrGoL9b/wBPYFa6X6dFZyItZBI8vLj6eQx1M8G63Wy3itaWizuUDUwE&#10;4VFQeJ+YpnIA6qywW2exPm7udsdQTYDb9ZiMdPAmPomjxSPR0P7zRQ0gliWpqKaKRgx06yi+pjyS&#10;0Ocdl3GZSRkko5FhMbXKu5JUem3+P+8e9BbRY3v/AKl/Agwaefz4fPpVfe5m6RQvI+yqZ34qCTge&#10;mTT7Oh1231B231GlT8WphiK7F9q0LZ6kzLy00GTx76Y4ClJV+pI3YU6+jVc35uCPbjVVePzGL+0d&#10;2kjqQVIjj1HWhIuFP6V/P549pbJBPPcXEFyTCWwCc/8AFf6q9SXtVzFznslpuUNuLTc4KV8wCM1P&#10;AnOOPEjoqn+jzt34b9+T5CqxkAfbVS9fST1eRhp6esxNaj/aTQ1cTSpFPNDKHTTqNxwLX90B/Nvq&#10;uHrTtDKV1FTyK+6ZHy+JqIqdo381AYp/RJGTwYjZ/wChJuORYR2RaKQnUQx4dCSF13XZStRLOnax&#10;xgg6STTzPEf5evpF/wApr5c4r5jfDXrLf8TxLuDB4ei2lvPHLV/dtjtxYenipaqKaRlSVlqFh8sZ&#10;cHyRtf3J6h7Gq8/tfQ9dQVNbjkhE+OyV5/uIXbRIL8u2uIa1uGAHHvJTkiw27f8AbAhmZLqMLkEE&#10;kE5+IHh1jHzrFuWy336ALQlmp2jBArxAFPtwfn0cnd+xsNUZaGZ6SvpjXGUNkcUywtTSKoKvJaNl&#10;jW/18YRj/W/ty3pnevgs1NnetMPLJPSyVIyWOp46aWVkQtLC8CCmjkZVIIu9zpHPs93bkgRW8iWb&#10;xmQKSrmMLUDiDxWv2KpxxpUEr2jmzdXEc1xeThT8SltWk18iQTT5Enj03YPZW86Gs+7xfZGaloxI&#10;kYw2bp6bIRLGoJYiqqjU1sWojkgGxPHsvM27tlPQ/b7bzOboqKpDSz4R6zP0FAqKz3SWKjkrKBlU&#10;3H0YW5PN/YBl2yaOHWlis5p+F3X/AAgoPy/Pz6HcG9SElJb3QDmhRSD58KrT7QPn0JlLgFFdDk8h&#10;icNLl4IjDHmYaKkkrlWUR+QrVGnpKyJWEYDBX9Q/H6bQcFuDZ9JXJVUE236asglSSGWTPUElVDJq&#10;FihyNHi5QFF/qQRf6+ymGWSGVmTbZEBxh9ZBHzZEA+VC1c1pQVVv4Uynx7mFzpPBdPH0ozfz/Lp3&#10;q4ZJYZIpTK6SI6MIqeYF0kUpIrgTSKylTaxH0/r7eJNhbLzNNpTdG2tuyUTrUU0cu7sPjbiTU1oj&#10;U5f7b6SFrFubix9nK3W7XFIo90mto0yKiPz/ANMRX5U6Dxg2eAvI+xxz6sE1etf9rn+XTPkdxVGJ&#10;enDY7NV0U99T0OBy1cYCDbTMKeBpAW/BAb/Y+2TOdU9f5bGDGZrdGMyrNKZKenxW8+s8fpl/DNWV&#10;W85pSQpBNhe5/H09uTy7ykPhJvAkqfxLAuePHxSKEce3piG12R5Vc7eYan+KRsfNTEDT8zjhXpvb&#10;eNc8yNDia+KjQ/vmo2zvpqwr9B9vANrxRu2r8F+fx7R9N0N15TmJ2gwk1OQ1lqO3+vEm4NlaZ6fc&#10;08q6beoLHfke0Qm5moyo1uy/6aIH8tJNfz6caLYBMQbuVaHh4cmn8v0s9OKbwo5LR/abijlP0d9i&#10;75MQP+1asDCg/wCpnuUOuNj4+ZWgodjUtJHGSfP2dRZNzbl2kagrZY01lgP9UbkfX6eVt/Kkm4Af&#10;5FGUfaQcfKvn0pjbYQ2n6ZpVrxo4r+1R+fD7Op8WUaoicqa/VcABtuZmkY8i5SOviVT/ALG9vfDL&#10;0OwsaA1JtvYOXbwFHWiy+VqUSQ6WE8hndy7WPGglf8OfbUp5imIK3NaClEH+HupXpelxs8BDLtYI&#10;9GFf8JA/n+XUqnSolRg1TkVvJf8Adp6WEhSq+lQkKWT6/X1f1PvNi964OhRabCdVdaVlXGjD+I1c&#10;OQqYjKeb/b/ZQRBYQLfqNz9fayOy3p0KyW7O/oXYD9iq3836SzXVtJIZIljiT+FI1r+2p/lTpvqt&#10;v1lZMzHcuap6VgB9rSPSQ/4FRUfbNNYj8gg+3CPt3f8ATyvHj63aG10eGWWWHbWzMW3ohMaKsc1Y&#10;tU0UqEj1IqNybn2ot9pvw5hYQpqUkkRljggYYvUcc5PSaa9KqWR53X01aQPsFDX8/t6h1GwdvVyQ&#10;pkRl8j4G1K1ZnszJruCrrNEtckE0TqxGhkKD6gAgEZMJ2hnqzJ/a1+ZzGbqC/wC//Faxo8Y5ZjcH&#10;GUM9JTTAcEI4I/r9Tc82rZ4IpPDlbxW9WBUD5UUio+0kZ4dEl/uN0sJMUzpn8LGv55oB86H7OnOP&#10;au34IFgpcVQ0gRQsUtPR0q1EQAAHjqHheUGw+tyfaOznb28IMpW43HTR4dIql4GfbUEGFadxKULG&#10;ShghkYlfyzMf+IUxLLbTzwKQoQ07QFr+ymOksdnb3EaTSqXUioD5A/y/t6mDC46yLLB90EXSv3rv&#10;Wkcg3BqjLpItwBYD+nvBtWszO4tz/wAOrJ8hkZaijyUjirqqiqdkgx1ZVtqErsrlfCfqPx7OtrhW&#10;83GK1clg6PWpJwqk+ZPmOmdwgiisWlWJAQfIUHEDgKDz/b1LfwUcR0IkSAgKsaIiqSVUBVVQBdm/&#10;259mZ+LWIY9z7Z+4a0MdbVzqRdUSH7WRRdVsq3aT/ePZtslir3MniotNNfkBUD9meiG43Bng8IsO&#10;4afnU8P8B6AX5U1dTR/H7s+ejieeqTbcrU8cWoSSSiop2VVC+o6lVvp9Le7lNw1Um2sFgqajMpqM&#10;5nqCORVHj0RU1K9dUBbEEq0VPz9fZ7uSvtljYxQswkuLlOHoqF24fJei/bVivru+lnYCO3t3pXgW&#10;LBBX8jXy61weuMRH292VvnLZunp1xuxtg7gnppSwnmqqvJ5ikwmNJMqvHTVkDVt1bkaEItfn2n83&#10;UMqu7ER/bYoM3JU+RV1tz/wb3fc5HEskTYMduAftzX/BjoSbagMURU6gZ8H+jwB/Zx8q9LLY+Kpp&#10;aqKnjD1YyW5PHEugP445ZaRFcRqAWISb6XHJP0vwTLdVJSz5zb0FbTwZGevy0MtNLJCS0FfkshDB&#10;SRoC7eRvAhkIsFGsXF+feNvMZX98bdbDukdwT55dgoHzFaMf9NT59ZKcnyV2jcrwGipDpp5VVAxI&#10;/M8fl1bpszK1eO2bvbI0U1Vh8ZtrbdbBUBJESGoxeC23WZGvrDpjRqYfcTJTK12JELe7XcJCtHi6&#10;SjRVEdJBHTRoBpCxwpoUAXJAAHHvMIQQw/SW6VCJEqilPwqoHl8v5nrEvdC1zdXs2qpklLZzxJPW&#10;mV2PkKfcG/MjnpJn8uerazLySqWZ5Jq6sdpi0hX12eUm9h/X3mrm1jiIC/1I/wBa1/8AYW9iPbqp&#10;FpLHj59Ba4QjNCDXz6EjrEJRpNTPWOyqXSEXBYKJSQXuCpNv8AD7Ypal43j4T9FrWNr/AE5F/r7O&#10;0iDA9x6LboLoYtxHRpdp4Cnq4pp46iaRnqWjLgx6ws2l39XjuLtxb9IH49slXXVETSRKsTW0SI8j&#10;uGvpudIvpK2HtZDbxMAWJp/q+XQeajIGp5n9nRr9pbLw1VDTVU9fkINBmpamiQr4pIopDZ7nUCCX&#10;uv8ASw9sFZWV7QkyCOxN/Qn6vxYEAC4A/wAfZlBBbhwAxGPUf5uiuddZFW7fToxeztv7Noq1TQCp&#10;lmiQgNU1LHQtr6fEfTpDMSOByfbRLVZJ4mUzmBApFkT9y/IuWY/09rlgthIrBQT0glVBUpSvQv4z&#10;DbUgrY5zjP4jLK10M1TBJD4iy/WJLk82+vHtJPWZVlliWrqwq3GoAKD/AE+gH1/x9nCw2Y8NjAhY&#10;9F0shXia14dGEosBtJDRVZwWGEjmKTxMrTOraAmnTKzgH82H5/23t12fVSwZ/EFxGZnaoSSoLusk&#10;jPGQqvpIF7j2h363jm22/QV8Oi4xihGen9pk8G+SWnQT/LLbVJuToLtLEvJOMecRjqgUEccT00a0&#10;mVoJmdIyttMVtZHJsnBHs1WNq/uKSmqC1lmghmtfjVIguBf+mn6fj3gd7mbU7b5eRLFqkSeUVoeB&#10;YkDH2n+X55M8rXEENuykAIQDT5nrRc+U+ya3D9nbwwMVDO82A3durGeeSExyywwZWqECPHG0keiN&#10;HJTSwFvx7cGkjN7tYXvwf6D8fUfj3Hm2WG5bbcRTwB10gkEVB+fzzT8+hDuLWl/BLA8aupHA5Apk&#10;fz49F423iNwYHIUtdRmpppF1OZAzI2mFVdwXSxCyFSGtyRe3vhOhmiKi115v/UH8D/Hj3kNyNzd9&#10;ZKduvpKTaAVLVyRx40+XWPvPHKUdupvbMVi4UA8/U9WkfE75BGjzKba3LVQhqlUnp6ioqJeJb06i&#10;JjIxvrCkn83HtCZGjP3DcED9VrcXItyLf4e5ss5x4dKjqDbm3ZWOoCvWw31bv2gqNtxNTSp4pG1R&#10;FJVZRwurkG1vbe9GSNWhTpH1Oom9uPobEf19qjOB+LpIIk9DToVBvJYbH7kXaxADIyhR+osB6zcf&#10;Tke2qrotBvflhcBRa3+uOf6+1cFxWgxTqpgHdRe0dL/b28Vq9CBxcaRq18MSG/Gom4A/r+fYd7wj&#10;qabF1c6BwyxgpoYgnQyOW+n5t7EmytHJdxRtTLU/bjpyySI3MaFKqTQ9GX6zyNNkclDSy2b1Krhi&#10;pUiSKRbC4PHP+PtHYzLrI7xtpUzQmNbEgl3TXqa5N21D/bezy7simlwSaMfs4/5uld5ZsFV8njj0&#10;FTjoWK7HSxBCrWEE2o/gWkkXhbW4W5t9ePcMFErCJCq8sC5vxqII/wBux49qD/uPUdK7V10RsMDh&#10;1xrY3mxs4jRppdDaY0Pqb0+qxIa5UC9vY5bDpJqwy0kLLq+2MtwCwJ16QvB+rj/e/cfcxzRxBJpR&#10;2a6f6vl0f7dv0Oz30VzdSBbcUyTSnrnP5Y6ql+ceDSo2nHXxYmqy1VNlKfHDGQQNNU1STU00MhVB&#10;AfTG7BW54ve/Hsxuz+vMbNkJtxbh0VFqJY6XE1Ucb0McyuwaonjYlp5HKhUDKVUXPJPEJXV9d7db&#10;w7Xt1w3hqHUshpUM7N8+AYD8ugR70/eR3C+gfl/lO4eK3EhMk6yESN2igSnBa/iFGJqKinRJPjb8&#10;R904HauD2tlqGhGPGZqMgK7BioFfVYyrqJayhx0pqoaZqSGn896hUPkdhpuU5YUwKGSJVgFOxhIW&#10;OGnEchXUxuiLpEEaLe1/8B7Kz46uxYtniT5/b6n7esHdz3y7uJZLi5nZ5WpUkkkkV4mvn59XK7E6&#10;rG1qaHGUlCcZTvTwiUrTtTRoFijj88kQ/dnklAB5UkXNzb31HkaSlfRNSyGSRtEHha0gNx/ZaNiT&#10;cX4IFvdjbSyrqjlUIMmvDoKSbs0pYeLpX7f9nobo+tKyWNJ6aZZ0UtJKlVTJ43GpjZTC3pDXH4Y/&#10;7H3AxlRjpq5xU1jLpmMZ8oeBwf8AgwCqwBYf4e37mK6it18OMHFcUII/ZWv59KIWkKiSObUfkAf8&#10;NenPelJl8Vh6eCkxCIr0sPkFNMZ4X0C8pKS+SaNygvYMB/h7VVVJGurTUP44FtIkYQzOijS1T5GX&#10;/MI/H1A/N/ZPEHOlmhoxOK8Ps+3pXDPJEPEeKjV8+HQHw4FMkyefGwVU07h4DV6lgifUClHEqaCs&#10;5I5Jvf8AAHtqlkinMCGnEdjHEahoSJJlZhaoZQhjItx+ltQF7i/taiyRiQ+KSMmlcfYOlUF4WJDO&#10;fsr69OY2pU4mCqMb3TwTzLSfcRx0lIUiJkRWqHRwzOCdSMD+Dcce5P8Ad01FMzVc6wEI7rJCXplk&#10;QOxDonlKJ6Av9oNe9iPp7YO5FHVYo9ZqAR6dGcF9RwyIdI9c/wCCnQZ5verYqtposTjhXNUNGk1G&#10;6QVcuuKmERgeSSjSaRpahmI0l1PBA4J9hLn93Q4nInCU0sDyowikrWNSSI1YurCCdlQlEPLBQx/r&#10;7GW3bG15a/vCVXCEVCYyfSuejpd1FKLCST8+hn2f8f23ViaXeWfaspkqNdZ/dqL7J2EfiCSpV5CC&#10;NpjBPIt9OoBQbfTj3lymfakigJykQqJphT1Rdnnpw1tYjiaNVbWYdJ0kW5+vvVrtwuDP/ihMSiqg&#10;Yb7T+fWo579pC3hMFAJGB/hpX+fWbCdUbSr5aiGDAQpj6RZJcdFEiQSQyEETVEgeWSEeV9SfrvZb&#10;2Htp3JtijzuPqKLI4nFbqx+Ql8b4LIUgemEB0T/cO9StY0gZlstkI+tiLj3a0ukSTS7tCUB78Gv9&#10;HSAB+fHoUbPuF1b3EM0d09tcKpPig9wNKY/1fb0i4Ny0eBqS1FnMxtKoxMMrfx+iq4pWrZTHFSHH&#10;fa0wo8eJIJGtIHqNa6ebi/th2r8Zen8HOMmuyMTNVFw0UGThNTjaXUNWqkxNY0tDHK7aVEsigLZd&#10;Ci1/ddz5y3i5gj29LsrZJwC5qf6TcfL7a8T0p3fnXeXmMw3B1uQlPEWiOQcaS6BTQA0FKV/FXphy&#10;/wAiO5t4BcNHu6qxmIUQ05TBCOnzFc5kXyz1ebxwhrFCICWp6d1ZubvpJUjxroaGJRTlAIoURIIm&#10;Agp7BF8A0qunSQFA/SAfyLWDKxy3DlpBRieJ4n58eof3Hd5riWWr/qE8c1/bkmvEk1PS/wBndd1T&#10;mCorqaSFXaQz1lZG4ylUksav5mWUpUKszkmzEk83v7l0eOVpjJUrJWkkszSO60ZuCQBFIqPKqjm9&#10;7XA49sy3RCCONxH6UHePsOQP2dEtZHGsnHS3y2bhx1HHQY002HsgSGnpoomr5CGGpmkD1EFO178W&#10;JOoliTz7lxgEMsFSDpYcBZY4k0sfp4nmkb+l20A249p2JBBkg/MkVP8ALqpouT59N0U0lQwlqqQr&#10;6VS3mp5Z2a19bKIEWNm+pHJ/w9t/21TTvM1lheocHyOZVLLq1XAZDpja/wBTc29q/FhkCAGtBwHr&#10;/q+zqyyoKVHT288FZFAmpp44rjxIsB0svBR7PFqt/h9PbFJjqeOfz5DJSSRyBlbG0+u5fR+2sjpJ&#10;ZIgL2OoCz/T6e1y3MrxrHbWwDD8Z9Pl8/wDN07JfyJHURBfn/m6UdIk1cDR4TCIlWhEf8YmdWKqW&#10;Ado0ljJeWPUGW0Z5X+l/c77hYoFjpKKmo4TIkiaEmBQkaJCDJKxKaNVrM1ySTxz7YMLSOWnnd3pQ&#10;1P8AkFB0QXO6MdRaVifmfl0rKDZbzTiasrqmvqooDTOzGJw0avf94CBY3ZgoJIVbEkC30DPVbhoq&#10;KTyzY7+JyM0pjUI3j8iq0hGpi1nLEAfX/H2vi2yadRGl0Il/Kv8Aq+3oguNyJB0OKj/V69CLRbJl&#10;ljEFPkDikCx65YAqzuG1XQhFUOB/ja1/cGfclHVw/eV0Zx8Ik4RpEeyMun0oF1rEv1+t7+1Ee0yw&#10;uIYGE0lONPP/AD9Be93CV5KF+lxitqLi0EMMpqm+v3DoNd+L/jjUR7QmT3JiYQKWhrgsbuySlX8t&#10;UXkt4ZQYi3iLD0rch7n6D8n1rtd49Z7uAgqKiuFoONfy6L5JJ5BqZWofPyAHH/VXpYQ0sqm8wBst&#10;lvdubcG7FmuP9f2nco+4qqSPIGaejx0kctOwpZqqWcPA0j6tTENECZA3B/VYG9/ZtaJtkKtbeGr3&#10;QOoEgUo3+Hh/m6YjngqY8mQfn/q4dSY0ijBUrdtRb6DjV/Sy/wCH59uWDyQxtDXTLBQVs0zFTJO8&#10;0njshLkmWOeQSNcM4VSCRYe0e42rXU0S65IwoqAvn6CgoPkPP16SXSNPMqjUBQcB5n/V+zr0qayl&#10;mZP+CkKLC1r3HtD1eSx+RytRQRzU1OnlqSlRUwf5FHK4WM1SRjQqwEINNxfVxYXPs/gtLi1s1uGD&#10;M2kVVW7qfwk+vGtOlqW00EWthWpANDmnocYOepGlhp+tgB+kD8f7A8+0duLY8k9JQVsOdx/+UxO0&#10;f3kjwUlN5XkI8FLqtFHpCsukgDk2N/Z7te/pFPPbHb5AI2yFALNSnE+Z+Zz0qs99EMskD2TmMMB2&#10;juP2k+X29ZQwb6X49hdCY9tVSojT56VZpKWsnqJqhqN/I9oZaakayrBEx1EsDqH45sRZIDucR1Kt&#10;shGpaAa8cQzcangPLoVTBt4icOEto9OpAoXVjiGcdwJ8qHBp137g5Kor64TJJQk00TuEyU8VBpkk&#10;MjlURY6SEmnhiKqFF2KqCxLlmL1jDDaiIm6JnY/DqNQPyIFfy6U2iWlsY3S7AndRWJTJgcKmrkam&#10;IJJI4nGKDr3tiho6ekePxyJJVRsXYjxBAwVi9mBsIiLBRfXa9rfg1e4lmB1qVhYY41I/z/l0ZS3M&#10;sykshWE4865I408/nSny697W1buic0lPDR5dYoY4oYTE8IpkSSYmd6fSbR/cQVMhZCp5ve349h2D&#10;aY/Flknsaylq1BqaDFfPioFf8nQbt9ih+omluLAtISTxJNBjVX0KgA/Z172nW3diPtaqjraWinrC&#10;9SlfWVM660jSMKngRiNLCTl7HWT9AouQbfue98aCa3uHWHt0Ko4nzB/LhwH29G45f3ATW9xbTSJB&#10;RTGqg5JNSGNeFOBpQeZPXvaRw274qKvqcdIwkpJ4pYIKsiTwTxNdmkiSQSJcf43sefr7Or/YmuLW&#10;O4UaZVIJXzB9D69CDc+XZLm2hu0QrcKwLL+IGv4qf5Kde94mz9VS1qvo89DG0ohhSTyusb65IpLn&#10;mNfWbkk3P4Huw26GW306gs5Aqaeg4fy6v+6bee2IqEujSp4AkYIHrwwP21697fTvOBqmlLURiChh&#10;DOzypH5Csah4ioVxMpINjxqH59l52KURzBZ6+qimePHj9nRWOWpUhn03OrhVaZ8+PXvakqc5U5Sg&#10;CCoNc1E4koYW1FZSzxuQASZC8aI2oi5H9PpYqi263tLgsYgmsUZvQUx8uNOimCxSyuf1I/DWRSrE&#10;/hxxHlk0pXr3uJV5aSnjpRNRR0r0oEkkLxEvKVBedoizJK7X1EqNGkm/+u7DZK5m0XLMjYrUU+Vc&#10;UH25r07b7ekrzCO4aRWNAa4A8gfT+deve1DSZryUjTRTVCfcAIRSO/3LCdNPlWRwwRpFP6QWJW4s&#10;bn2XXG3gXAVo0JXILCq48qCh/n0Uz7aY7lEaNQU82Hb65+3y4de9tNNWy0UvlarE0gjhmeGnd5I5&#10;Yp40kE3r9QR43OoAroZTa34Vywx3K+F4FFqVBPEFTSn2hhjjXzr0vuLaO5UIttpFStW4qVwfzqMf&#10;zr172u2qqaupkrZKqOOVkMU4VBI7poZ4wJI/o0iqVKg+ocHn2H1t5beYwiEkeXyPn/nxTJx0E0gu&#10;bSd7dLdmQntzQVqARQ/bX7T172CW99vLBTLkcUo/zr6ZoXs87FtatJCw/wA41rErcAmxsePY+2Hc&#10;9c5tbsihUnSfLhwPUncs7uZZDZ38mNPwkVC+VAfIfz8+ve0zDm8qkYajlngX7bRUwSErFLIiWfWs&#10;QQEfW5sCfpf2avt9pIWWeNS2rtPmM4p0cybZYs5W6jVmLVUgZAPClf8ABWny697esRPU5mT7kJkY&#10;/t3b1n7iEx0rOwCXLMgiCsLBjYW5JuPZdepHZL4ZMZLDhjJ9fUk+fz8h0g3KOHb1MQaI6xTiG1NT&#10;j6lvWnXveE0uSny0WOaYDH1bikhkaNa2JpJdEao5d0ZYHiFxpPp/3kOCWyisGuFUeNH3EDtwK+Qx&#10;UEg8OnRPaRWE10iVuohrIBKYHEgAEaq04ih/kfe1BHhcbgqnI0y1j1ckVPHU0zKVmnFQGHmjBpo5&#10;okMTD1LIw9Dcn039lrX93uENrMYQiM5VhSg0n4TQ5Na0qMefRPJud7ukFrcNbrFGzlWHwjT+E0Yq&#10;TXhVQc/b172iM3RvkJWFKqMixxmenkYxSzzTanbWjgWBkJIsAoCm1/Z/t0wt0HiSEOSaEDCgfl5/&#10;b0KNunW0hBuGo+ogMBgKKUpT7fz697SWVSgotOS/h8NxGYJMcZJf8nnjCBXjAdGVvJIWUqLfX68j&#10;2d2rTz1tfqTTUCHoO4HjxFPl0f2L3lzW0F61NQIkAHcOJBwceRr172jq/My5ajgwEUzjJpUw1NNU&#10;S+BWhUnRK6SRJAdESRhnBuhvew59ndrYR2FxJfsv+JFSrAVoT5VDaqk8AR0I7XbYrC5fdWh/xFkZ&#10;WVdR1eYBDFqliaAinXvaoxAqK/GVIzuSosNPQx0clK9NUNHNWCmMcDSUzaaiKOUBg8yOwD24P9Si&#10;+aO1uoTt9s9xFIW1AgEKTkBsqSDQqtAaeeOJJuLR2d7A+12ctzHIzBgwqI9QJCsCVJAppVlB0+fl&#10;173INVWjATTT5JpKnGV0YElFJNDPV07IZacsyjn7f1pcCxVB+AbJ/BgO4Rxx2YWKVDhsgMMNT5Go&#10;PyOePTPgWn71hiisaW88ZNJACqsCQ1Af4sVyTUkjy69744nNPJHXz5N/4jTVJjSSdFEkscMzLZcp&#10;FBNJEVmjJPOlUK3BI93vbFVaGO1/TlXgPLVTjGaA1HrxNc9Xv9tjR7SOxj8GZAaA9q6v+FEgGo/M&#10;mtOve3qrxtHTUqV+Cb+HNUaoxTK6VkRUSA6oamKQeOnqSssbpIGtGyghuHKCG6nnka13BfGVeLfC&#10;aUr3KQakdpqCDWtKeRdBezzzPa7nGJ0TNaFCB/SUjLJVSGB41II4D3tOpj8hjMmKquGQjpDPImPr&#10;KSrnqRSICZGmNHTWDR/rEoV1sb3FuPZpJdW11aiG38MzChdWRRqOB8bemKHjTzrQ9GhvLS8sVt7R&#10;ojc6QZEdAms8ANbHBH4DQ+Xnnr3t22p2PFgK7M0WaAaKOGMGSoVqSgK1NVCIKyDXaGmqxfxaGXxS&#10;F7XVrey7fOXDe29tcWrlW1eXc3AjTX8S1qeOpfQrQdM7zyidys7Gfbko7E0oQ7qUWrKSD3jia/EA&#10;a0IpT3tWT7ogetpqvGtSBKg3fHSSBBUozO9oKlHje0zMsckd2IYG7G4sVx7RKIJIbsvVfx04H1IK&#10;5pxBBFa8MGodXYykE8N0kgZQRrFW0mg+IEceJDYFKehJ97y7iyENNU02ZgiWihqISJUhNQjrJ4wY&#10;ovLIEJRR6lVl03BF2Uge6bZavKj2MtZHVu1jThXJp8/PP7D0n2W3neOWxMzPOh7SSKU8zQeZ4Ehv&#10;yB697UO098tPS6KWaSrJZvuKUhi/jt6JIz+4EsVJIIK/7SPZfvPLgjn1TKEFO00xU+R/4sdGl1Dc&#10;2Ung3iFQaUc/5fl+z9tT1gkp45GDFFJAI5Fvrz+B7Gmny+JyNPQwiIR1NSmtKlKjSzVEIkYNLMga&#10;SGa7m1hpUgABfp7Aclle2klxLr1RKaaSKihNMD0/bj16LTdTKXSd9VuTmoqKf6UgqR9oJPmT1DME&#10;kZLqW0gn0m36T/rWNvbZv/tjsPrbrfd2Yxm26/tCqodsZiu27j8M0X8fp8rBQTDH4mXyo4zNFLVx&#10;KPOv78ZJRlkZuIq54t9y2na993nl/aXu7qKGR0t0H6jSBSQFWo1AkglUPiUBCRvUEOcoeznJnPfP&#10;3KVvecww7Jt9xuMCXbzAGBrdpEEkinHhOqVoj0QnOtBRDkjmQuY2XxG91J4Rvy1r2sb/AO3960FH&#10;3bVHcGRxO/dhz47fmcer3K+FyksS5012ZSojr2hhnhppIJVAEMQcBit/oLe+ZOw8yz76NxnvtmmS&#10;VLmZTrqrNJqZHdVdVYVPaupakA49PpW3T2+s9j2PZLTk/neyl2ltrt/BntSHiijjClIWZHZHcBaO&#10;FYorcK9S9CmxBP8AhYix/wB49idlNtJtrqzsfemKrGGercdisLkqJKhpJYcBU4+maXwSRyiJJ5K+&#10;hlDuAQdbA3v7E8O3Gy2Dctxt3/x1tEUq1J0xOCQTmlC6lTjiR0E7jm55ufeTOWL3bqbXJHM4kp2L&#10;cRMAEIAr8LgjNe0kkjrC6gyR6gfQ+pW9V7knghbKwP8AiP8AH20HG1H93dp7XykmQrZcxVYfOYzG&#10;Z+jqaJcVmaimkKPjZhTxzyUhifX5dY9Zspt7LIXuUFratGQWcOlQRRiCuPkRn1+dOhRzJf7GNv3P&#10;cVuYXsIVYTBGWSojpr1gcCBxB4eY68kUbzyVBSPyaTB5EYMxSOTUoY/hkcHj8H2G+ydrb5p905zN&#10;ZWXGR4Bpa3Gz7fqMXRR/fbiDioyUy1Ph/jJMMjyPIZJ3jZj6VCgWrBBcNdTXU4QJqIKMte8ceFD+&#10;0nPSm4faW2KyisLlxWOMxsGz4ZUU41AFKYAGOpGoaiv5Av8A7C9v979rDCbpy+fhrtk43GxV9FkE&#10;oq3I5qWjgqaBsbFUSPk8ZJT1PjE0sEUPpqlKhHUABrEhRa3NxIhtIIa+JTUfLSKV1DgSaU/bTPRL&#10;uG029o8e83t/UpVUSorqp2UNDRTUClDxyeuLABlclvSQABa3qOnni55Pswu9cjJ0rU7Kytdh8fub&#10;HZHGYXJUryQ5ClWlSsmlgmp5quWoahp6WjVohKQplCEljZre5O33mOPlefa1G0QyEwIdYV9dSDwN&#10;SAAtBQgkfn1ifyB7fw+6FtzOn9Zru3jh3CdPpwy6AFOrWEXvozFiCF04pxB64axL5o1YqyHQWUgE&#10;cA6h+q3B/wB49ue8t/5fJ4zbHYcclHisVuPKxYvDwbUxcEJxgEXknqMtNVAUcUMNXE3iEUbFkBJP&#10;Nvay85tLbTZ7vIFS1nlKBIVWq0Br4modoqvaEqGBJ6Z232VtbnmnduXUnl+ssI1dnnZ3DKAdIhUM&#10;C2CNWtqKQM1p1HgWOK9IztM6xMzPMys7KCoOqyrxc/ge1jgqqt37hqrN5DM5Ez7VqpKajqaSOCjD&#10;UbSySx06wrGgWOrILSNYSMR+Bx7KrC+jvLO93I/HE+ngKFTUgEEfLPRtvvLU+wcxbBy67+O91ESH&#10;IclWFFLAgsMfhy1PU9R2io6DyGOCJRVyCWYcssj6QgLBmI+lrD6ew/xWc3Zidy1OQGOylZQzUtW1&#10;PWzyzGgjq1Ss/hkVPFFVGE00tTAS9vVIFAJsSCWW3M+5RSyMtighKNRgtKmh0/CPMgfOnDqRt09q&#10;OXDFbQXHMc8m56kLLJJrYISviBAygggHGe08a8OpIeneN41ZY9YKMtvyB6rBbEEA8/09zWxea7Ew&#10;UFXuDOV+QmfC5UVGPko3pJVykkctHA8KmW0CtLODFZCPSNVz9Cwndd0t0uLzcnZ/DYgHFH4AheAI&#10;BalB0IOY9o5J5Ludu27b9mtY52mj7wdRAU6ix4E8PI8aY6hxzmCaeJKQwwmZNM4ZWjePQ7PKFA+i&#10;hbfU8kezC9R7Sg646j3BjKmnNE0eBwdBiqWqhWSlpmykdUksGKqJQqz1ElJ66gooYvNYm3ALIbaW&#10;B/BK6KIi0oDitKCoNKrxpnOOhfu1zGkbXUFyxmdZWqpoDiiggeWr1qaCleiodi5c707l6jxGItUY&#10;3CZ/dlfuKXH1cxmij25Di4KCbNUkEiRR0iZySTwCc8GAsFYWsDG7f4vNRhKSGYQUKmerx1G6NVzQ&#10;yQxY9IljiVBGoVG1AWuGF729jzmHc7i9g+r22IiyWNQ6qMABNFPlq4t+XDzxa9u+WuTtl5kXaue7&#10;m1bebu9e5iE5oviF3kBAJ7mAPZqqAfmOjgJIJFEsTK4ZRZgDYXJLXN/pf6ezB/BTZr7Oq96yYtck&#10;+0cjDFFPj5KiaqpKfLTVstXUCGOZpRBShAqANwBwo9yp93C1vraXeLklzsjxoNBJKLMxLVANaHSC&#10;MU6f+97udlun9WrN/DG9xln1gAM0RXSASOOkkca06CzsmppjTY9DLDFkKeqeeAlEabxGJkDxsfXc&#10;ObcEA+7J5aErknzCYmmfGtjoKOOs8BmbGzGRmcwxiIgJyB6bW/x95Zm2ha6WR3jW4SPB/HSvAcQB&#10;9lKnj1hHb3NxbW6WplY9xJz8RHCp8yRjoEKhqLJUow7bgNPnEr2r/wCELUwQNm4fEQVqxJqlU6vr&#10;a3P09gtvUPUzZQY2HJ1lXVJNSIKbF1DycxSIZGYIgTgjgEcD6+/QO9rdpJbXLtPIwHavwkAnJxx6&#10;V3Uy3Nv/AIwURUAJ1NTAFOFDXy6GjZVI+Ox1BFNNSRhTF+0apAwZwWKDUmp2ViRfn3pudxbkr63s&#10;jfMcYliko90ZmJpCX1xGPJSo2sMSy6NJuDyPz77f+0U8Mns5yhb2ttLNKNqgWQ6QRXT3hgKk1oQf&#10;tJ66o+3Gx2dryfyo7uhSWxhNKYylQR0MfvZW/l6dj4LK/G3Z+XyMNRumWOWnwe6saHjmio1pFEUN&#10;TNDIkhCJFzqYLc354sOTPvby3b8o87czbTZozRC9mB0rRVRpGeM6CMoI2QAgjhTy65ne8ew3u0e7&#10;PNm0PGsO3+L40BOAyyVOkHhXUCeHmOkjuvGZDJ0wjxWUkw2RWN3pK6GBZ28q2/adGZR4yD+CDyef&#10;Zx8tR7ZadsngPNT09a4Ywx01zjrOBGIniAIBvcfn/H3A9+YIGQ2RZpH4lQar9g8/sr1H1ireI0d0&#10;UCKf4gSfka9N9DJmI6OKlypSqq4U0y1CFljqz9DKyMxMbsf7IJ/1/aBzGU7ZwmUabbW4MpWYaaIB&#10;YGEiVMUoH6o1d/KBf8i49lc+1853S+JZG5ltCPNaMP51H7fz6ENvJybPbgXscMd2rVqBUUHrx/w9&#10;OS43FZKn0VuNppCAdQdNQueCG1FgQR9f8PYZ7s7Q+QW28bNUZbdGWy2HmBPgnlqGkonDPIscsZVh&#10;He+m5B4t7jXd7HmjY5ZXvzKbcjIbVXJOa1J/nT5efUlcrX3KNzMY7aCJ59OARg/MdIj/AEHdOSZa&#10;TN0vXm1aHOzFnnytBhqGirZ2YBSameCFHquRe0mrn6+yqbp7L3l2IlVTZfNUtJjpGVjQhXkl1Ivj&#10;Fh49byOWF7seefp7QbZeXe5rIsu4xpDWmak/ypX7Ohbefu+zKtabafFI4KePyzWg+fQmYrBYzCxi&#10;LHUyQKAV9IAOkkErZQqgXA+g/HtkxHTPYNeY8ngtk7q3BCpMlPkIMdVQUoMfLeoRSqxAXUB+b8+z&#10;sWF7FOklrt1xcDTgAUAPlwqcnOM56Dt5vliqPFebhbwVNCpYcCPOpHl506kTZPH00wp562kima1o&#10;ZKmBJSDa1omkEhvfiw59nN6d6+7pxOd2tuXPbnqaGnxdVI9TtjJZF5pZaaSNkAFEktwwD+lXUWIv&#10;b2JNlm3VN72s3N4Vi1FXidycMKZGTiuP8HWPnujunJ1/sG+bHDaBpZYu2VEAGqv8Xn/tSOsiT07k&#10;NDokJBOtFBH1/LAfk+7OaGoetpoKhVMZlRJCpvqW/wDqvpyf9b3I0yCCVoSa065jbtaixvJ7UknQ&#10;xHUocgH/AA9vETMCFktf8EfW3+N7+0jAfhPRHKAR2dd++E0VryXFrN/vP9fe0c1oerxSAgIePXva&#10;crw5SQg/QEj62sCD/vXs0tiAVrw6OLRlDKKefXvYeVtSFkN7cMf63PH/ABHsS28RK8ePQvtoSyig&#10;8uve2epmWYExtcpqJt/Qi3tfEjIaPwPRlDEYzRuB697YpH1xSIbXDE3P5ubW+v8AvHtcgCsjKcdG&#10;qAI6EcOve0hW4WmYxMjhqlmYo8mk6SSCVYhQQotx/r+zaO9kKSqaeGF+fQitNzlUMGBENMgV/b59&#10;e9s9QMpig0gjimpqZdJCkoT5AQrX+nA/w94pe4El9t27Xk7KGgJGM1qa/Ph0ZQ/Q3/Z4hWZz55/L&#10;r3tNwuuQqneaQiEBSy3+kg9QVNVw3uLLiT6hdTsQePH8+jqZTZwKkafqeR+X5de91y/zIN3x4vZG&#10;EwEkiSSZDJyv4vJpLQU1PG13iAAdVMg+vF/cI+7m4oLLb7PizyavP8IBH+r/AAddB/7u3ldtw9yN&#10;x38Q1htLQkmnBn1AZ+fn504de90j1GUnPECiO/C6b+kn+nP+HuAjXrt2pFKsTq697YaqpmlZmmdn&#10;cgawxP8AYH45/oPbRdjx6fFGAIx172rdnZCKphrMRUJKIZo2lDi5CAlhYk+nm/8AvHu0ZJqDw6sp&#10;qade9oPM0UuJrnT9xqZiWhnA/bKfhS17Bv8AYe7EhcEZ609Tw49e9sE+RXU1jqOgfUnm5ta/+t7q&#10;W1jTwHWgjMM8Ove4pKSrq8mlmsQh/qP8fx9fdRUELTtH7erKWFRTtHXvfkfSpBPP+8Xv72Uqa1x1&#10;tlLsp8v9jr3uI7Fm4Y3/ANfgf8T7cxTj04R+zr3vmschKjXck8fUD/G9/rx78SKGvXsKPl173ndj&#10;GbXuAPweSf8AC3H591Xuz1pTqqfLr3vLHUvpLX02+gJIJPB/r+b+7HGOvYWoyeve+S1s0agRX5P1&#10;BYcW/qG97JDHgK9WqKaTQ/4eve5sOVrISGE0iupDD1vwRyLHVcX91YKRkdaORQ8PTr3tQf3qzP0+&#10;4qbeLRbyy28d9dv1f6rm/wDX23oj9B17QP4f5ddW/wAT/vvz7//XvB0kgE8C/wDj/wAa95cLDrQM&#10;2B/h+fXCppihYIamnVcqUxkjWWT0XYEkjh/Sz3H0/VoP+x95Ra1gLgW/P9b/AI+vu7MNPhoc9MKr&#10;+KJSMmvWZ2jMZjW45BZrA/p/wHPvkACEuCARwbC3HN/1c3/wuR+QPai2gUgLNxP+XpK8kqhxp+H5&#10;+n+qnU6GGImJiS/lOtbC2j9sCzlyuom30XURfkD3w4DaQOWAF+QOCSf8fz7RyQj6loiPP/UeliFn&#10;tmk4gCvTbMiRV5jsVZ5Sy3AsLfRr/SxI9xMrk8ZhqaSsytdDRU6I7u0sqxpoRS7MzuVAA0ez+32J&#10;7grKapFSh+Y9eiOfdkhXQq6pBw6MD1F8cez+79y0m3+vtqZfPVlRPDHNJQUs0kVHPLL4keplVDEo&#10;CkvybaTe/uurvz5z0m1mr9v9e4iXNVCkQnKxM5iUlG1tEFhNyGXj1W9nogg22D/Fo9b6qVpkUzUf&#10;bw6MNu5eu97YXN7c+DB/hBFOtn34RfyVNm9eUuH3x35WR7i3KoSqh2eKGAYzGzQ1SvEa2p+5kNbN&#10;LHFdgU9GogWFwak9/wC/u0u1MlVV+TasSaeZCjVNS/hVdPoAjN0Rh5Df2WXMW53xcRxlXJxX06lX&#10;Y7LlzlmGILMp8z2gkk/8V1flg9u4PbNBT4rB46jxuOpIFpqalo6eKGOCBb6Yo9AGlB/T6X59h222&#10;KunnL7jzEc9U7MAGtUSIfougIwjNmP5HusOxTRkveXoLkcKhqfZ8ujG75qjcIu2WJWMDjSn+ry6U&#10;HtpmxNIJYwqJVzqQwlnHmJDRrZVggsl7/wBT7UfQRLkASN5sRn9g/Z0ST75fyqySNoQ+hoevezr/&#10;ABJ6KxfaC53K7npampx+3zGKbEpE1PFkHlSMhSCFYoGk/wASCPYX5s32bZdvYJbgEqSM0rSn+fqQ&#10;PbXlmz5g3QzXkrSolB4ZqalvxV40Hpw6qM/myfzCM18Fdi9ZRbYgwtBuHt3dFVtmm3ruK8+G2VR0&#10;NKtXW5SegXxiuqJEcLFG8sa3uebW9me7K+EG1940uPrdl0LbOyNJo+7hH7seQgZB+1IkrIVljdLh&#10;he9/YN2nna3mmK7nIUVxihBrSlRwFP29Sdzh7ctb2a3e120S3aHSAoNWBJGck4IHlw6qH+LX/Chy&#10;g2Pv3M9f/K3eWI7M29kp6kYHsbYuGWlbBTUjSaIchQ0KVkdfjclCyvGy3ljYWOoHgb/j98fqHpjA&#10;5CSeCDK7lqxGYXyGiVlSHyWNOjO4U3e/+xHtHzZzfJdQtb7Q5ZEB8+Jpj+fQL2zlq5tLUtdFUuJG&#10;oxStVFTQAYOak546vkOix/zLv5r+1PmZ2Z131l1bvTd+1fjbgHar33ujH0+QwZylbXTpTu+RINJL&#10;UY/G08YPiYxqDKWYGwBGir2fid2QeDd+3MTUxajIVno4SwZrnRewNi4v/sB7A9pzJvUJrNLStKUP&#10;7f2dDPbeWiskxm8UWzoFYyL204+YIB9CQadV1bz+Z2e+NdRTVPw9+Ru+6TISPLStSYPOV1ZRVsSS&#10;sqzSxT1FbRyhlflHhYqSLEc3eZYFwtLTYjC4iJcbBTCCCGD0pAg1ARCNFNk0tf6/X3e43a6nfx3U&#10;yyMTUkjtHl+zoZWNvt8shtYpFCJQAAAlvXyAJ86gDon2Hml7a3DuXt7vLt/O0HYO5Nww5rLT7noJ&#10;ZP4rUSkRffR5OdYIpHj0RRPFoOkL6SF4LrBULi8Q1XLG/wCzGS6Nq1qCeVIPqsR/vHskvb0SXAUz&#10;miJqIr/LoT7hsgh2ly9j4viuq9ykZIJB8xwHGg+3oCKHC5fuHv8AxGx9tZyggnzFbTUOPy9PURtR&#10;SyxokcdYsbtEizEAAKpJJf6+0fPmcXlzTSpSyxSGdHRoyxtY2sbf1/x96FxY3ujUO/yZeP2H/L0C&#10;7fYLjbZZVkC+E44cQM/tPVosPWnefSNFujFVW9aauxp25VUtVSZiCCnWqgMccjmOOWV3EmuEabE3&#10;t7WFZWY6Qw46ujV5JQNKODpBBCISbfQe6TRrDL4ayLVzXTSvz+zHR/dbjb3W4WtgIiq6EUuDp01p&#10;TiPMen2dVrdbdYdz4rbe6O+evcpUUOM23W5ha6anqliFTNdWq4VRHDO8kEiEqDcgkfi3vnTRUMaz&#10;weCOBNQNipVHYMSrAmwJW/Hv24tdpZolpCroT3UwPsalf8Hn1JnLvIGxT3ci7xfMi6e1mI0545xx&#10;FMf5+gg3x3L25kKnAbqps/kstmaErNTTUlVPLX4xkKyRQOsRllgjZiQQSPp9PcqLH0tNpeBEjNmA&#10;AUX0spFwD/Un2GY9zljkVDAFQHyBr1KcfI9nsewXFvtV8W1iocUocV41p5dBXufu/f3Y+bim35kc&#10;plUpp6bzpkpXaVliZV8HlkIfxhn0qWsEuAPr7rq+c3Wmcz/XdTu5aOPKZHaVS9XQFYrypSTqqyIW&#10;A1KiaRc+xpbGaRRciVSooQK5pXhT16AfKTptl/e7ZPK4EtCSeBcE1z+fW6t/wnx+Znx9oN/Q/HPY&#10;3k2jV9i7Tp8hNiMxXlUzW99uQWrDiI3bwy102OE0jop1eKFm+g90g7Urq/amcnoJ5VWRn9JhHhRq&#10;esjE9IsdmcNCA1lN/wA+5l9t93+lvBE0gAxj5Of8nRB7h7OFDGMFlBqT1uGskVTGVKo4BK88kFSV&#10;Nx9QePa/ym650FJJU1pqY6KUBqee7LJTSyeF0Zz6l/YI5HufpNxKR2paUtIG7l8ilaGv2g46hVba&#10;FhdRJEBXzHyyP506xx00cbOY41S7BhYW+gtb/efYLZaKnwuQzEMPpxk9VLU42eMMwC1Sx1H2d/yo&#10;Sp4/rY+wxdw29tPfRxf2TPVB6a6MF/LVT/anoxhdm8GSb4wtD9vn1KUkjn68/wC8Ej2F1PDPLWO3&#10;iOsg2JBJtfg6Bzzf8+w4llrLRsh1V49GrzqIhpPd1y9rOkwU2SkwEgeLzO82HljmLRRyBmnhKMZG&#10;0Blhq10lrANGOQORSew1R2pqq6iUOo0+EsQa58mp1W3uTH4ta6qg9cWbSCf6An82FgTzYE24/ofY&#10;04rqLdu08dkPFt+TN5ySRxDqiEdPR01UBH5pZ51VFqA8gKRXErhRpBPtbHY/SwTRxxxz3D9oocID&#10;iurFD5j59NXMqXRH6pjjX/AOmBNz4KYQsmWoNMzEQ2qY2MzRsRIIVUkzJGUILLdAQefbPhOn8mlQ&#10;+R3TPDUPBNUzwY1ijTyGXQ3JMjBEFxa4HC8+zPauXZ4SJrsglVZgpJ+Va1J+VD59FG47pHKfBtoQ&#10;GApUedPP7T59On3sT6DEzMr6rOFJVtJ0nSbc8j2z7s27Niqievp40FJJTQOkcGjxp5qnweMMgIaR&#10;ZKKS6j6C/ul/t6xy61GkMowvCtWFCfXtPWrO4YxRo5/VUnj9g/z9SkcN/Xg25tzYKb/7HV7ashk4&#10;pcZDElK6ySRxJUgoBoRlAWRQF0EGx/F+Pr72sK0UKlMZ+fz6MfH1Cjft65+4WOrYKSnYQRy2tJDC&#10;Al2YkWZmCk2u1/boJyKda1YrTr3t3xsNRKYaiSEqVqTTHULgx1n2ysSP6r/vY91RH1xFcgGn5MwJ&#10;6aZ9SuD8NK/sz/k66Y6QT/QE/wC29t2TxlZispX0ZV1q6arqoAGJhYGGRkDLbkXA492mSS1mnhp+&#10;qrsCPTPD8hTpPE0UsaOD+mwB/aK9dI4dFcfRlVh/rMAw/wB4PtgxONmqcm1RPHIEXk31t+4W+rE8&#10;s11+p/HtKoJevAdWnZEQ6GxX9vz65ezX/HXZkGd7b25S1DrDFXpnKWZzcusBwdTDOwB4JX74Hk/n&#10;2LeVrZJd8s1L9h1iv+0z/wAe6D29zy/ua4VQcsgB+11P+ToLu5d1SbJ643RumCi/iFRg6GPIwURc&#10;RislpquCVKbXokIMjIB9D7s3pfj1sbrGrxu4MFPXNlqnIPh6b7qYNFLNVUtTUIqRenTI/hCix+re&#10;5Yl5Y2nabi1iWY+LdTeAA3Al43YL+ZUD7T1HO+394bGV4IxWBBIxHEKrBa/lUn7B1Wr1f8wd4/IT&#10;Lbm2BuzbuExeBh22cxVDGrUNVCmTI01DKJJJy8Jh8NTq/QP6+xZ3HnKXP7863wUEiaabBZXLVcas&#10;zIlVJBRY3SynkPA0sg55AP8Aj7T79tOjmnYtsmSjiOWQj8xGp+wCvSnlm+jvNj3fcYZdeqVE+ypr&#10;n50oeiq7e6VznR/VHyY3Ll8eaapzO9cdgMDUSvGZKzb+Krcxmaesg08LS5KMwt9Bd4ySOB757/TR&#10;VV1GhA86wU0dzYaJCqn/AGAVv9t7B3NuqO/v1UZkKr+WD/IGn5dSHyvcI1jaueIUk/KhqK/bXoNe&#10;glmqKPD7gq1uuMNXk5+NV5IYzJALj/VSwr7LXhv4dl+0cLhbCpfD7nxNM09iz1Nc1clTPUFFukKw&#10;00KqoBsFF/z7x8RIL3n7brRBqVb2IMfKuoFmp5DCig+3z6yKtWuLLka+u/DCvLaOR5cUIFf29Ht7&#10;Ur8ztb4n9pbzNRJjI831LvHLU1ErDRjcVLtaekoaKOZ7S1cktbk3lZ2GosbWsPdnFKY7Pp5R1BW3&#10;HBAK/wC8H3lFNNKyWcymjajX8usXJ4Gj1gijCvWnTnK2qnTFzOEgnhq6ilnkhkZxdJHkuoIC6GHH&#10;vJNFqSwH0B/1/wDjfsR7ddI7ujSCrAHoNXavQMV456EbY+4kgrpkedQT4otJYAsbamb6m/09p+po&#10;nka5VwAOTpYXIt7FUVwoGDnopnQOrYoejkbN3zS4UrD5KeRZchGSjyL69MUiuq2/tNruP8QPaZr4&#10;GNio1MgFvrfg29mttItMnoheMjWpJAJ49HX2PuGnnCGYwwmYg6LiwGgOJUH4Mtuf8D7ZmhmlH7LT&#10;F72ZFBcJbk+j6WHtZ4qxgllBHRbNQ9hiWvr0O+Ly9HQy+eqSkWDUhj021VHl9ADSLdtAKfT3g8Ef&#10;gluZJCGszFilm54vY3HtzxXMoAUAdEUrUlKBQB8uhNpMhUmajeNYKVXhikjVPHLI6SaXHBIVRb6/&#10;nj2iKgO+RNGlwrR+Vna+kWJGkk6dRN/x7P46JbCc8a0/2emZ7cLD4ijoyOFro0wy5GWRZn1xxFAU&#10;EquAt5BGpOmMAfX3Ow0a0mbxDTKQoyNMhexKlZnMV1/qLkD/AGPtPuDNNYXgTJ8Jv5UP+TpJZhze&#10;W6gfi6TnctV/FenO0hQPDUVCbC3FVRwOwDNJRY2atjVF4Lv5KUCw9mT2xd8LQpKTrip3idSDcNSz&#10;tSuefoXeMn3iL7rTx7fuV7fRsdLzrlTjviEgFaHy+Xl1kHyx4t5HGiKSCetOH5+RUW1u7Ow8tTuV&#10;hr9x4/KJNTzxNFfdGCxu6o41dQ4aMw5GykcFQf6e1E1Pdbi35P5/3v8APuEl5uSN2aQCRGxk8PKv&#10;D/J1IX7llZQQWx+QFPsyfsPVc0PZ1PDMXmKVPmEcaoXQ6FZVV7sVUXJufx7zwB/0MNSm1rXBUgG1&#10;r/6/sxi3iy8a2v7CQLcxtUjyI9P5dBvdtrleGWG5UiNgQDTpUUG7MSKzH5nDyomRoKyCpkjZ7Xju&#10;WMamKUEhyvN/6e8VVQxOok0+tuG+v0HF/r+PeR/LHMv73tlZtKt6A/LrG3mPYhZ3MiBagedMdXGf&#10;G75H5zK0uPx0tTBTUrCNIqdJlNrnURb6829tCUkYZl03uTYi/N/pb829i9piQCT0ApIm0n1r1Yc2&#10;+6qWnWVZtKFQyvGw1kFbggnggfj235DHCxdUP0t9Dfj2qtrnuALdVVW00PS+2H2QXqKeKSrZdEhD&#10;6pkDtcH6knm1v959h3uXG+XG1cRTUz081gwJNyOAPz9ePYk2y5K3MLhhhh0zB+ncopwpbPR7+sN5&#10;o2TxtTDVKESakLmN0PpUDyaz+ToBub+y4x0c0E8ZAdWXxOFN/T+oFSTybW+p9yc0ySRvUihNf5Do&#10;+u2CRyMT/qp0fyDIwV8LspiZfJIt+C1h9W/2N7+1LPg5cuIoaQD7uoVI4+S15WdVA9JFiSQLn6ey&#10;tNwjsvEab+xWpPpToni3BYQWuKeGqkmpPkPmT0zSZilwfnq6sqtFSM9RM5A9ESQyXa1+F559ne6p&#10;6zp9r0sQyDTVlXU0qvLUa5FSNCGcwIiygftyxgXW1za9/r7x/wCcea5d2lc2wVIlegX+VeHp1A3P&#10;PPlxfqUtyscKNSlcnyr0Qvfe5pOz83VV2NipIKKkyRipcc1HDUeWVyV+9eSWBlXXTSMQHPH9m30I&#10;zz1GOodMUkcs0KAIQ5YgJbWpYamJsx+t/wDYewOkVzcEurAOesfN13WaaRzqqT59Dx1l1zkWoYKq&#10;OSnpaly4RI4YIioQhA2pVEagm/Gk/wCv7ROVoaKvrB/Dq56JFHljQTTw+tR5YlEqAuoEgJFgEI4I&#10;9nlrJNBbkXVuJG8/PoP/ALx0I3jJqx0brbtJk6CiRcrRQVrgqpneKJ9Qa+vyWv6EVUBH1v7nYSar&#10;lkX76cTxxSNE8zOJ5IvIupWdf25Twf8ADj/D2xuKQqh8CPSStaAUHHy6LXt0nk1RrQNSvWbck0GN&#10;pJBAq+Z4jULDoEcTqCbqpKuiabX+h49qA0mMp4KtmC+f9yUl5fErUylWMxGmRtJvwDyT+fZd9Rdy&#10;SxD8GFHnk1x0Jtts5YniA/szj8/IdF53FvPMZCpp4o3jWGJwsIEYlVamRHT7eSWWWFApAtdRYk/T&#10;3IFFSTwQvRzP9zURCnpXeSQJUxPw6oX0qyqp/p7aNxKjt40Q0IasPMEevS+7t5GBR1ovn8iOkHh9&#10;51eNy9TPm4I1xdDUJV1aJTlzQyRGwlQxK5C67f7D3iqoKrbVPTzZGTxxxOlxLOo+6dSEijQy6Vs5&#10;JHDC2r3aKSHc5JEtVrUHgPh9f9Xy6Q21nJJIERCfPHlTpXDeG1t+ffRbbr4q56iCdmjplZjQpOsq&#10;SiZNAeNYT+Sv0It7A/sTtLMVOWxVDQu2IxiyiLIKiGpEaNMoIkYEeUuhuApPP+v7kDlnlGxjtLy4&#10;uU8a7KEpU6a4PD/Z6GlhtTra3LGImUodI8yc9CN1T0rtTE0tRl8kiZ/OOwqKCqqI/EqBYiVNLAzv&#10;4nZoyWLC7W+g9ofLfcZnJ1kmGlqa6po2jgCxQzzPJFPJFDS1X2+gPFJKJb6QXXxi978ez2x8LbrS&#10;3S9VY4HqcsBQqDqWvmMedDXy6R7bZXCeDHNGdbHPyIyf8HQ5T5jb+38JSz7gnxuLoKoSSLJPOlJQ&#10;xyxIZqiieUhKe6LGSASt3K2sTwJuy+vJa2alze4o53yMVN4vtKkRmnRxIieSWRQUd5vFpsoChTy1&#10;+PYR3zmZIo5tv2yQC3L11ioYj0pjGa/b5dDOe5jjtY4GC6l8/P7OiBd0d/zYqoyG1+ualqDFmrlk&#10;fN41JjVywy08s32mMjnRpaaninqC7lh5DIvoQA6iMUjY/GRzF4opdNMkVyqxRuIyigIAfTFF9Ls3&#10;ite49gkJc3TJRyFLGvrw4n5n9vQYvNxSOvcAD0AOzOvt5dhyUSpkK6labITVEiz+WqqaWKUeZ3q5&#10;JR/wJq2Y6VSNZTJYBgPbdLmYK+jjlE0VLNI4BR43+8VWjOulNMAurxMbXI+vAB+ntXHZS28xXQXQ&#10;edO3HA1+dOgdd39zcakBwT0craXUtBsjKWNFV5AxUgH3ZliGMLl1WKdaq7tG87WYBSwF+TpufcjG&#10;0dPYzRAkv6JBPSobTEqol1yO6XjkRQAWC/61re2ryeVhpYgEcCD/AC6RwwMW1v07b13VVeOagmrU&#10;crFIY5MfkCpWn03EbOsUb6tIJKkEG31Nx7Ui8zGGrmUaoRL9rRglnjgaK0kjgyiJLuCltC6edJ9l&#10;ZICa4E1ZpqPkT5eVeHT0vhpGRGtW9egxpI6ieGKuoKSWVJ6tImyFessUMlRJHOwCtULCs5CwtcjW&#10;6tYXPNvV0yUUBqqaOKV5WIheMByqhrGXUCq6kJFyQbH6ge7QIbiQRzOw08Qf8HRYdTGkuKdKvD0r&#10;5mf7CslqIlpwr1Mcj+NpJCNXgdPGHEUicoL3cfT2k6urk+3leetTyBhIimXyGRmuWs6lhdeL/Tk8&#10;D2cQQosqrHCSvr0lmure3BINehewO2J6uugSlxbJTqoV2aFYlpo0FlZoljjKo1uASzf4n2l6mrr8&#10;gZKfH0ymCESFZVVYmVCAhA1uZZJBMpINlAHFvp7NoYbe0CNcy/qny45+VMKPlU/b0Hb7eFKBVqtB&#10;0NWB2nT4qQ1FdVz1FXMkMZVixplkiDAPTwXKU/kB9Qubn8+27Iu8T66nJJFSrpRLyC2nxmKznUdR&#10;YkggAkrxb8+1duqlSFttUmfL54p0F33IsDXj0vaHFQQgmOnW/JYsoudR1m/+39pLcO8K+nxkdFT0&#10;pkpEeSJa0xSLUVcreorA2kWhWxX0qpOmxPHs523ZbeS7aaa4pOaEpXAGaV6K/F8WUguKHj8vt/4r&#10;p6pMZAkonJux0/t/2B/vj7D6arXOUYirK3+GhQQ0UskStMR+jQihpHRjxcXF+L+xGkS7fM7QWwlJ&#10;8wDQfafXpFJMYZaeGJD/AC/4vp4RAhNlN7n8C31/B49xMZi8f5paxBZoCitLc+WaVdIUo6C8LMwF&#10;20G2k+1N1d3OhIDwIJ4VoPs8/s8+HW5LqXSsbHtP8q9dueBfjn8/i39bX/r7eIq7KSU1VDVwNR4q&#10;MLHFjYHlaRzECDJc+R38jOHc3BuRxb2XG2tEmilgl13WasQABXyp5UzTrfhW6vEYmHjUyft6wkR3&#10;BUjUb8j/AH35v7w4yZzN9nVwxUWOqWVXlUNrhjkl0PIilgVuun6/U/7b29dRqE8aGQyXSjh5Gg4V&#10;6UyRQBS6SEyjy+f+xx67ewGoDUyqeD9GsOf9v7eNx7b2/hQipXzVzHRKsaRxozJGVeGOQtKSY5HI&#10;5/Jv7L9s3bc9wLBrYIBgk14/sHSZJrmUGMAAk5J9fUdYYJZJhd0EYuQLjgqLcj6ck39ovKzPmNAW&#10;k+3RXdaWmplIhgjjj0rEqksUeQoCRc3J/Hs/so1sNdZ9Vcsx4nPn9nl1aK1+mYsJNX8RPHqYtlv6&#10;gb/63/FfYC7mjqcPm3WpaqQoEWVIiRIPUoVgtmAQX5v+Pci7S8N5twMQUk1oT0PNnVLuxCxquqpo&#10;T+f8+ufuXkM1jKil8aViB4VUSUQeMaTyJKg3YP5CxAIA59tW1jeRzFzbkqxwxH8vsx/PpLa7bexz&#10;GRrY6XOHof8AeR8vPr3sOa96uCpp2ZPP4dL09JFIRDUxu7FX9IXwMWAJBBN/8L3Elutu8MkZcqSK&#10;MxGVOP29DKzWCSGVRIU1cWIBKH0yc9e9pKurMtP91kZMfUJ4dRp6WIF2lKEAiIRozeWIjSoLBiBx&#10;7OoYbGPRbJcqdS9xr6+ox5eYr0IbS3sIhb2aXqHVhmJAoDXjU0oa1NBTPXvYZbh3HWVEL1JppJKu&#10;ONlqjFJLG7sJ5BrqkIbRIFKqyjkkf1v7Fu2bZDDIIxcUgLArUAgCgwvywSOhxtO028UojE9IGPbU&#10;AihUUCmvD0697bMHvaSJVjyxUwRXMdMYWVyWZSqrKQpU2Y/n+z7U7hsSuW+jJLtxPSvdOV0cs+3g&#10;+IcFq1H7P2ft697FDbm6KHNJK0s0dG1MHkoYyuqepbxgCByzKTDL41DWBsefz7Ce57Nc2BjESlle&#10;gc/w/MfP/J0CN42S52wxpFGZFegc+Sf0h88/s697molHXTpSyVApddSZbqsxSC0kRldEuxdxHwFu&#10;ARa3Ptkma1RpYow1FpSoqcefSbXLbo04hDAJSmM4NK/L9vn172IGEkbFU7MZROIv80VAjlkOsASF&#10;fW0aKnFhckggc+w1fD6xlGilRn0GK0/ydBDckW+uFUx6C3H0GMiuK/y69747oq58hNHUUc0McymG&#10;ZqiRlilMwiKv5i5MSxTlTwxTV/QHj3XZoVtImhuFYpQigzXPkBxI9R1fY7eKyieC6jYpkaaE4r+G&#10;mSVrnr3tMYLcdMamoIli8FbPaqSc6osbVI7yRftRCLSjsPSVuVA59nF9tEqQwrpJkUdpHF1OTn5f&#10;Po73XZ5TbwAxMJYl7dPGRDhqsa5AOajPXveTJZGelr4ERpy1PA0oKzylJaF5JmMCKRITEkZAGnSo&#10;UX+vulpapLauzFdLNSlBhxTJPqSM1ySadUsrWO4s5WITS7UI0jDjTmopk0qa1PXvanmyuRipZKSO&#10;KKMzBZaatYm8imMRKg8TtGAkhF34IP14PsqS0tGuFneTVQ0ZfQ1BrQ/s6JIrCykuY7l5CdJIZfQg&#10;1+XEde9slVk66Om/y01L01POUdEPETWVxI10kHj1gMx4+n19mMdrA0imHQsrLWvy8x9vRlb2FtLO&#10;RahBO6VFfMeg4ZAqOve1Bi81DhvuZoxS0yVtK665aanqPH51Hk0Bi2lgJByByT7Lbywkv/CjYO7R&#10;v+FyvD7OPDonvtsk3IwoxkkMT1oGZa0NPIZ4fs69755SuocPTVElLXy1bZGBDUUy1ZpPNDMq6mrF&#10;/wA0IldL2tawHPulpBc3siLNbhPCOCV1UIrTSf4v2/Z1uwtbq/mhjnthGsLnS2nXRlONB41ofn9n&#10;XvYU5rcuXXJU+EpIkovtiZIv4eJpGkgMUJeZ2RZgi08cbOzFgoBNz7GO37Xt/wBJJuMz61k4+JQZ&#10;rQDNOJIAHEmnQ+2zZdsayk3GZjIXw3iUFDU0XJFamgAArWmOvexN22MLk8W8lXWUIykCr5KKOrqI&#10;6iuiekqZlyOqBnjanaw1IGuSRqW5I9hPcm3CzulWKJzZsTRioohDKpjoc140JGAOOK9Arexue33q&#10;rb20osTUBylVQh0UxkOBRvMGnCtDTPXvYeZWSnSljy0cH3NTRzTEwJO9khVwCZWIVpEVDrUXtoAu&#10;ObexPZrK87Wry6IXQUJUcfl6Zx9vQtsY5xcNZPLotpFADlcFqcF8q1NPz697CPf25nTFRpBVYWVK&#10;iuExFLPIK2kkhRy8LSAIgQtOTrCm7AW4HsYcu7ODd65o51ZEp3AaTXFc+eOFfy6kLlXZVN85mtrh&#10;WSIAFl7WBPHP2cOve0VRVVTFj4a+jp6GapIYqpqtdYs0p1odbGUv5dPjUKn9L/19n9xFHJOYJpG8&#10;KvGlFpwPDh8+hJcwW7XT2tzLKsVP4aJQfZThxNT172NXXuJzW98bkZ6iCnxz4jwx1Mc5K1VRA6Av&#10;aQCFWs8KEXFgL83t7AfMl/Y7Bc2oQu/jgldIqFINB+2p6jXm7cNr5YvbOKCeSX6ipUqO1SGxippx&#10;NfX8uve4OVRsfispjl8VM1e71bVLz6KWaOB44BNyAYiI31Pq5NvoCDdRZP8AV3dtc5KRjTQDuBYF&#10;iKf6bHSux031/ZXhqwhUJSlWBI1UPGucADh8x172w9dUW5tVdXUomq8fM0aVzCojWORSpEUTxqHt&#10;LHEGWNgAGAA+oPtdzHNtY8GGVtFyKstVNfKvpjhXo25yvNkP0ttPoS7VeyqnUCOJGRitK/7PXvYk&#10;x/ZiCuxMssimYtLjtCB6iBnjFpmalgC1I+7kUEtY3H0t7DLG48SC8WOqrQPWtDQj1Jp21/LoEk3D&#10;SWt+lCFIEoJIVs5HcTpqoPn172DmPzG6Nt101HWZFa+ilk/cM83rka4fQElBMLRllLjj/ePY2ubL&#10;ad0t1lgt/DnpjTx+38+pFu9t2Pe7ZLm2tPCuQuNIFBilfRqioHzpTPXvc7MzYXOSTVVTSwrq9c0K&#10;ypUrqlMB8tC8UkZCrJGrgAH13N/wEtpBd2aLCGLoGBBIIApU91Rxz0n21Ny2xI4YJ3Lfhamk4rhw&#10;QRwJB4Yp172strbfp4KOJKLMyO0LA00lbHBUVFNM0baS6GRpnCOxDEqACw4Psj3K/KyGOax7QKHS&#10;zEMPPNOPQc3zd5XuZHuttA1KQ4TUqsuPMYBPkM8Ove1DuKsrqbOrjvKlRDWUQ8E0gmWklZEBCeLy&#10;zFJjEwUfg2PPtBtcFtLtzXAQpKsmQPiFT6kDFc9FGz29ncbUbvQY5UmNQPiVSaVqAKrWp9evew9w&#10;+f8A7rZGWdsY15qxZIqepSoEMKOEU1FPMjD1CViAv6jb6Wt7Et7t67xAkYvAQEyRQknyBrw+3oX7&#10;htJ3q0jRL6irHlkKkkjIVgRjHE+XXvY70e4JayOKppsmjrLJHNAFWe9J5BeqjQReSSnSIkkjSxsD&#10;/re4+n20QF0ntjUA1rTNOHoDX7egAkAtZJILqBlcGhJ4ED4ST5/kB14i/B9ilhtwRYmhyEFbIsTy&#10;QfeJUywuEmQxlC1M7ftTBImBdLFDGfpwPYM3CwF1NFPCtYl4gH7eNMg9ppmvDp2OzmkuLZ7Cj1NC&#10;AakZxX0qcV6gzQpKQTyLg2/K/Tm5vf6ey094fEXpv5IzYLeuXxkOI7G2jM1VtjdOJC0lbOBJ5ZcZ&#10;XS06tDmMbIU9EM+uSI6jE4LMGiT3J9oeV+fHtZt0tRFusORdw0WQg/gnxWWM+dTVOKlc1yK9q/vE&#10;e4HtGlzsW3Xck+xXApLbzBmVHzSaLzjkFTmNVRgAHBwRjV5YHANjD/aI/sADi97k3B/3j3U92/UZ&#10;vpLcm5+v+1dqZOHB5PHthqDfeNWogxGWpJVD080hnjGPNRTpPYKzpJG555POAHP/ACpvPIO+7nse&#10;87dN9C/bFcrURTx6dSuGpoJBJGmtVfiBivVL2f5ksPdrlPYuY9j3q2l3mB/EmtWYGWGQMdYNavRw&#10;oIOQULFSStOplxKFeNgRwR/Q8EgH/A359iTuT5OYHsbYPX2D/wBHlLBkOsl281NvKN4Bktw47CoK&#10;SlVse8KahU0shEkySN6o+Ab39obnm2C+sOX7eXaY45bFlpKMtMq1ADVx8NMgnI6Rbf7H7psW78/7&#10;nDzlPLZ70LitgwqttJcAFirrIRXUD2lQQG6b6TGGlq6uoWqmaOqlklEB/RE0rtK9ufoZGJ/2PtF7&#10;S39t/wDju42zePSLzZ+HO4Ge7TmSpqqykathlidAYovtpGDNr4JtY+ym3v7e43KZ5U0xNOZFpk5Y&#10;dpH2ca46Hkm07pZe35sDGz7tDt5iA4HUkelTXiMCo8+s9VFVPPTGBk8JLpVq36miMMvj0N/ZYTsp&#10;/wBYe8udxtHuPfmXrocrPtR1q6XMQ0L0D0mLyMVX5A+KFRTxt+/pUmKNAVkdxcgn23fQCTeLgwyN&#10;GxZWUBaKQR3D5UPD5k9IOXLueLkva4r+0eS5EJV3d6yIU/GQTU1BNfOg6lWKJGgVn0qgve/6dIBJ&#10;PJ+n19nY3Nvvrmo6vw21twU2My+UyuLpcXHR1KLUT0+TaFDFJDTzIpH23i1q8Yb6G9gPcvbtDYSb&#10;Vpv5EZ5YV0qQGfUyLQL5jIPcPn1gz7fyc6WHuJNe7MlwlnHfStI0bEK8Wo60ehHEE0BOKggZPTfN&#10;Qu1UlUtRJFoJYKo9JLD1eUXGsf4H2HOw9w7C642CG3LW0tadt5CqrXx3233Jo6eWY/ZyzU6eZ4Ve&#10;SVdJdQGFwPYX2GK1sNrC3zq9vBIXZSNQ40GPz6yC9y9237dN63GLlvbXN7cpGqugIJOnuGryFASf&#10;sp59QK3HVddkhJ5Hp6JqSWCQxuVldy0bKQV+ilV5v7d9mz46Tbm6snPUSfZ5nMPVFqWMxIkFf91U&#10;0ocTRhY5Z6epBKkft29u2VgLnb91eN2EElxUmlABRzQD7GGB6dKN536S35h5H8a1IvbWwKlSKsWU&#10;oGNBn4gft6511NPJ4YaMoHgjXSZAZFJjsFLW9TWK+w5yvYuD2/kKTGJRUNPt+gCS1GSqMpTQwY+O&#10;i0imgkhZQ0zzMWLHkfXn8eyuW726xjgti0QVBQyasjSKAEMAKn5noXRWHM+97q2/x21xIs2FiCNq&#10;csQWzQUoBTy4jqRHjpTSTJPUNJVTxTq86xrGyvOttaIOAYzx/rew8x3amI7O3FlsRsDf+Gw/8Jpa&#10;ibJ/aKrLLLKX1RLPLHAT4UjdiiTBSqkk29lsG5xbi/0207gkYVakngeHmSPwk4PGnDo937lDdrG5&#10;s995h2aYwxaax11mgNACASRViuQMcPPrLFSihpoYf3ao69Ba/NmRwSb/ANkf737Su5e9u3du5Cgx&#10;efwWeGwqjTiNsdgUkE2YxlNSqvg+5anxgqIqIuQX0KtypsWbn2k3G05msLSDcLnbphtVwKQ3CpqR&#10;uKg1QaQQQaA04Z6E3K3MPIm+7vuXLw3q3PM1jVpLRmCSBQA5AVqahQgVFRX4iuaN1JtPb2OqK+uo&#10;cRQ0dTk6lq/JzU1OsM2Rq2Hrmr5UtJVPYDSGJC24HsUcxjNyf6Pp89gslVVs4zdFjzl1gqqQ1LTU&#10;glgq2hqUE8MkjO5KSKuon6W5Aqha6m5DeRbsamudJrRXJKilAMmh4j0z5dYse6Gwzb77+bftUW3k&#10;WJ2yNw9RojKOwkq4NAfhpQ1rSnoXmKSBFWFvFC/j1/a60LogbQW0A6ihfi4FvdonwX2JubbPT1Zu&#10;LeKtVZTd+4Za5GqYPtEqqGiLQ0slJT8hKeWJiTbgmx95G+wWy3m1cr3lxuEjeLeTFgCKdiVCuPk1&#10;W0nzAJGOos+8hzHZ7hznt2z7dceLbbZaLCWJ1HxGoz6m82FADXoq3cWeoMjvCDBY6uVa7CYiSSrk&#10;p4TVJRy1Uo8QqtLIgkQ8qhNyfZx9ybyp6WaPEUdPj6KlqAscsrB6hU55X7dFA1N9Dze309y6JTBu&#10;EKSzFpDnUSfyFB1B1vbrNa/USGhU4yAK+Vfl69F/2B1BlIci2fze4s5uXKxyVMsbVMC0A8UpYlDo&#10;lkKwojX4P19oTcG4MBtzDVz/AMcxONirKcu2uRIqtpXDB3gilDSrbi34v7EaT26yQtJcBADUZGfX&#10;/J0Q3G4QGR1uHBehGDWoFMD16MZt7bWVzGUxc9fj8kBjKq8MtpjSCJRdFlsyIw9PBP8Aj707KvqX&#10;+8XePcdK0jPSjfe5BDI0YIeObKV0kcgPAN0IP+PvrZ7L+4+07J7TcrXCblGHeJQ+pwtDH2AV/pcf&#10;t66XL7gjZvbT27mjI8Q7Zb19RpRRkf4ejUC9hfg2FwPwfdm38unIf6NYey9i5uOsbH/xWirqdNbw&#10;hqao+5imKRaGVhpYf4ce8MvvRcy7JPzzDzHCxe03C2XINQXiBRwKAdrahQH+EmuesRvvPb1+9J+V&#10;+a9tjR7ma1Mb0IqGTIJP+2J6wzQLNoJ/UhJU/wBCRY+7W9odkbdwyZCgqKGqr8fPKZKMSAeSEEn0&#10;s3jbUFJ494rw8wbUrOtq7xx1qO3V9tTUHj1iBuPMO5zoj/SBZwtDRhk+p+fTVW4d6mSCSGqalaK2&#10;vTGr+UAfpNyOL+5mT3vtfIsksNLPTPGbxs7M2m30sAEAsf6j2KrDnXaIyyT3b5x8Bz/M9FEO/bhF&#10;qSS0JQ4I1A9S4aJ4lIaUOSLFtOkn/Gw4HthztVt/dCRRtVfauyPFVyNAJI5QUCpI0ZOm6H6f63sP&#10;8zXHLu/WzxxXQW4JpUqa6fIUOPPj0J+XedRs7k3Vu5iDAqDUUznK5ofL5165/alASpuxN+B/vf8A&#10;hx7K3m+p6mhmlr6GeiqFWpZovtY3LE39D+NgV06rf8i9xInLdxbyNJCsZIaoCk/POQOpssfdXl68&#10;j8KW8of6Z0H+fUtfpYg/n6jj6+1DhNydpYinfF0GX3HTRq9pqagSplhbyjSCIox4lHNyOF5sePbU&#10;68027MbZZwQMhVYqB64ByB0pl3DlvciLhPpZItJAJcEn8z88dQZ8Zj5ZPuJ6SnlmQHTLJDG0iDj0&#10;hmA9N/8AH2NUW6MdU0OC/i8uZpN00bRQmrgq2p6vISeTyJ9zj5BYjkqSCbL7L7rcYfFsrm8LR7xG&#10;+HDaWPyKnj+fUXbxZXd7Hex29ojWTKcaQyLnjr/CfTruClaCaZkk1QSKAkQVVWI25CEAAqfZ9tvS&#10;yVGEw9WYmjapooJHBUggumqzcWv7mBJzcokrN3NGjf70oP8Al652c3w+BzBvEBIqtw/8jTqan0/2&#10;PPtRWDi9voL/AOxF/wDifeqlTToHMxUla4r1z943vpsfp/sf+Ke9jJr1ZcHUDnr3tlrhGqSW+ulv&#10;pz9eCP8AbezC3LEr6dGVqXLpX1697CrIRK9TIv4jY8G4PIH9f9f2LrVtMSkcepAtHZYkI40697T7&#10;qYpW0HSDqvfgEW+h/r7Ml7guoV6NY21ooYd3XvaWy1a0SMwUKigHg86rj6W/qfZvY24YqPPo+2+3&#10;EjKrHJ/zde9hhl85VVUtIIKpqZkmsyAX1sbi5P4Fh7ESbYvgSCtCwwRx+zocbbtkEMVz4sIfUuD1&#10;72o8/lETb1YpN5TFD6wbkt+AoHJv7w193rwWu5X1rICNJGn+fRRtW3s+7wMBSMMajr3sMsNU2VgZ&#10;3mLmN2j0cKxYEpf6+kfU+4OfcHaJUUVkIp0N9wgqy1iCotc+o9eve6Xf5kPYcGd7Mxe2o9F9uUEk&#10;EoR2said4pHZltYnSAOfz7x89y9y+s3wWopogQKKeuK/yFOuxf8Ad0cinZvb/fOaJwwO4zAIWFKp&#10;GKY+RLUHzB697rqo6WetUGEFFLABiLlr/wC0m3Fuf9h7jnjw66PaBXJ697e4cTTo3+WyI4jDWK/W&#10;9ybsAb2H+P49+oPMZ6tkg0Xr3tXU1RtrEYurqZJacMlNL6RpRpHP6Be97gj34UUEgdOjCg/iPHr3&#10;sA59wxyCSKpc1UThgtzcR/0Kf4+9A91Rw62MivXvadZqab0UoZnUghX+pF7/AI+vvRHmTjrf59e9&#10;8o6eoUFpInS9rAg24+pH+vf3vyr5de1AEde95lUKB5HUD9QAJLte5C/6wPuhNetE8ade98jPAIif&#10;GA4vbVyfoPrb+vvemnXircK9e9x2qWlA0gDStuAbDnkj/XHuwAAAHVkjUVOon7eve+KwtIRZnbn6&#10;AEn+tv8AHn3v162RQ1HDr3twTF1cgS8ZVdRP7hCkC31IP4496H2dbUg0A697mNFSQqqSsJNP4TVc&#10;n+vH0HvwUVqfi60qqDqIz173PiqsXThTJRROwsbysNX9Re6E/T6c+76QAGqOrHjgY697cf43jr/8&#10;BYP0eT9Q/Tp/R9P6+9av+Fr1uvXvf//QvEcEIODawB4P+x/H195hXXZbwhTXgP8AY64Q2+lp5WbU&#10;DU/Z5f7PVeNcXjo6fSyaUEYCkcvqEqG3/LIAW/4N7yU4QsAeWJGkE8EnVwb/AF+nuu3xKZiXUdNb&#10;nIwt3CNgf4OsuFgjkrUE6t6gFVRyDI49C2F7lrG3vlX1dDj4DV11VS0MUQYyzTyRRKFX8M0hW6j8&#10;fW3459iMbbJcFZIIyQvE0wPtPl0HIrzwkdJJD8s8M8R/lPp0MW1uqt69k5qkxWwdo7g3JlZZ1jio&#10;8HhMhmJpElDJSGYUkLyQQusd1Jslh/T2CWW742WMnJhtuTvuXKU0TmeWgDPjqFtTBWq6gIlhcG3K&#10;i39o/gyseWY7m8ict4k1cgVCgf0m8s1+XW73d5bOzcyhY4GHbT4iCSe2uGABoKenHq2LoP8Akn93&#10;bxp8bvXueqg61w33NHJDt3IiU7oylH5YzUItHTNooJAgPqncuNVhGbX917fJPsDeW5GqMXRbimfJ&#10;Kksn8JpY0hoJaZ1RhSrUaXYyaCedfJ9n95aywfpJQsnALlR/tvPq3LT2N1cJPdwk2hIGsmhBr/D/&#10;AKh1s9/Fj429WdAbIx+B2Ps6iw1NFEBPkJA8+VyFYL/cVlfUVF52kmkJIINtPA9kIq4tzTSAZOvh&#10;o5GX92KGBJKhSAdOt1uQSOCb8g+y6t4ABJKqtTNADT8upRd9rSPxLVHceWo0H5dG2R4eNGv+1p1X&#10;Kckkm19PPvjHjDMEihgyeRqJGs5CzrC9jpBSyqOGFuH+v49qKw6NJdmelSSKDouM85JJREXyplqf&#10;n8z1yaRArOzKqopZ2H6VUAsWY/RVAH1PHs1+xvhXld1UFLmd55eLbdBVKkkVCR/lUqyIJFYvp8qk&#10;gjj6E3/p7jrmDnOwsJ/powCePEfPqU+WuSpryASXMjrK4qEUVOnGWZiNJ+Q6o7+X/wDPQ6F+O+88&#10;r1n1ftDPfIPeuCAhz9RsqshG19vVyzmOpocjljBMZqyijXU6xIwuQCePY4df/CnYOBFTPna1s6v3&#10;Mi0jUTNEoiWwjWSwBLIwIN/yPYVuPctbTwlhiABP+ryb/AepG2r2cgvUlu7+5ZoBij0TTgGp0n54&#10;PmOqq/lB/wAKXuyVkwG2vjv0amytxvg4spuaTtKaDI/b1LSampMTR0ZplrYpY1skhkVjflb+zX9e&#10;9YbY63+8h283ip65Y3aCokBeMEesDUeSAB/j7AnN/M7cyWf0sn8RrnhivoPP5DpdyLDtnJfMcs9t&#10;cAMHIWlXVgCOJavlWnz6pr/mJ/Pb5E/zGOrOu6LsvYApJdmVmSyb5batBLT4etlq6VI4mWHxzS0t&#10;TTnh9Tn6A/T2Is6F4ikUojkKMIpLAhWIuOfp9B7i+0ult3ktdbeIRQGvBvI/4esnN/2y/wCZtvtt&#10;3tbaP6cvqwKdlMHHHJp9p6pf673DiNmbxoY9y0c2Sx1HkIv4jjZZLPNBHORVUrE2dC6RuCBY8e0D&#10;RYGvq6+myT5ZmNDKyyKrF1nu1tBAJC6WXn+g9nNwsttHEZZnMpHDyb5/5+inZOVJVmmivttjtrPt&#10;JL4IPkVwCOB44r8urMe0/l/1VtvrTe/Vu0Ol6At2JiYajDTVNHNjshtiZoFiirHnmUzVkXijFkHG&#10;r1fn2pctk1gkFI0MkrVKOWZQxCWawFwOGIYW91sIwigyBmBOfXPp9nXudLaOeYRWQj+niVcih1Dz&#10;4eeB+VfXopfxz6yyOZxtfvmPPY/BNhspRJHHk54Q583leSpWirCI5qSklRRLYXOoe8OMoFp2+7WS&#10;f96IJ4pHYlFDXC2P5A9rZzZWi3SwuRK6V7jjP+XPRRypyjezbtY7nLDqsDLVgBxoe4fY3Fft6U/y&#10;D+Q9XvXBnrnJwbYNVgquTx5vDY+mxy1U7oIjVJNBE0njIhDaOfU3uT/ERPWGhmoJhTSKyPUPco2k&#10;fQqQbD2Uy7JJZ2TX6XSyXWnKHGDk5+zrI67tNj5igG1xosSx/EudQpwpQ8eir4zamQ2Zt+l7HxXY&#10;WNfdOLydJUYzE0cs0GYo5DI0kdVTzvFFDqhFKpFySbfT33S47H0zlYKOOIBiwZP6nm4vz7WwxmOz&#10;RraMLKw4f5+oJvdt5e23epLTcLiQorldVakD/B/m6GndXeHe3ZWAgy+b37l85PJBFA9HWSPJMojU&#10;xAExxxoLj3MqFpI1asnVAKcA62W7KAf8R/qj7Kq3kEske4L2Fa6qevAA/b0/zceSINtsuZdmhMl1&#10;GRF4YLcaVBY1p+dOmLpeLuzde44+jNv5fI0sG+Kz7gYZZQlNUTPqaeQRpG/kaOOM6iWUgj1c8e0n&#10;lQ2fRRj6uWCJGCzaFOprk+pbc2HtbYmkPhwSsGY5Pn9let7JzYea1ju9ysTFMg06V+EaeDMB6j/B&#10;0bjZ2yKL4V7lr6Ts7Y+39/ZjJx/xbC/xWsp0gggTzJNSSRzOkdQWeS6qQTcAg+3GgnFCKWkqppml&#10;iUL55VKxSG9v84wtqYn/AF/ZrdbNK0K3KKpjIAwM1+f7OpLt9+tZtsl26DWZUQgVJxjhTon3YeGy&#10;e99zbn37trbeLo8Fnc1PlTt3ErDUS4qFz905paOMGb7OFI21MBwv+8Bx2LT5fcG39y4KWNYaHJY6&#10;rxwZ08oYVMUiQsgNgzI5VgL82/p7XWKT6WiWIeFgYGT/AKj1B9pMIN0gmuJ38dJsAkgYbzr5U6uX&#10;+CB+O3U/YvRPam38y+T7A21ntvbomoqKqkpVopYGghz8VTOiL9vTyUL1Ecpcqqoxube9aXsfazbE&#10;3xVUFbHItVFmKyhqxLrQwqsobGSMruyxwxzI6KRZSpAPI5Ptquf3bu0CumltQVgeIocfsPH5dS3v&#10;KNumytcrnVFmmc56+ixsvc+H3ntfCbpwFbDkMPnsZRZXH1kDxSxVFLXU8dRDKssDNE5kjkDGxIF7&#10;e3HcW3pquhiq6JDIlTTayh1axIgX9JAt+lfp7yxtEh3Lb7WaGlClaeY8gP2V6xunL2c1wki0NaE+&#10;VB/s06UEc4aSSI8NGwUX+rAj6j2mdv7el3JiK7DTI0eShp0qqRZ9RLVVAzRmBeNRlnopiqD8so/p&#10;7TpZ+LrhbD1rn1X4R+YLD7QOtiTUjur1zX8sV/w9dVM324SUn9vWiSX+iqzeqQn/AGgc+1P1701n&#10;t2ZikWkxlcYdaU80hpZFmmc+MSCJDGTpUtww+gHtu12ieWXxHUiIGnzJNeHn5dMzbhFDqFQZPTz6&#10;Yd07twW0cVWZfOZSjxtJQ00tVPLVTRQqsUSlmdmldFVbKfr9fx7GftLoiLYGV23SzRxLS5WmyVTK&#10;IqxayWkyePgFUyTheaeWRGbSP6xf4e3dw2ywkeFYlAj0uzd9WBQEmg4gkKQPn161v5W8WWUEMCKH&#10;yIPQZ9P95bZ7koM3X7XavnpMPkoqP7uuxVfjKbIwTl1WrxUlXTxivpFWJm8iApZlN7H3zzPeGffr&#10;2Ta2anLZPbtVFFNJHTxRVGS/hr08VLNVTRIr1Igjpv22YkhLW49h+GMQRzuXY3CGnyJAoSPlUEj5&#10;dLbgtISSaA46ybe6T2ZgOxMh2Ph6GZa/N4+WnkjmyeRqqDGfdSPUVowmOqqiahxkeWqJXkqlgVFl&#10;dySOT7Af+8eSrEqIJ5nM08gURIf3miDFB6h6lXSBe/t+OWSXxFYmrClPkeI/wdE7qqvqQAj16GtI&#10;kT6KthewCgAXJJsPoLk+3ybGms2Jk2aN742aKp8YuW0UtfRrcNa5SQZhhb8EH2v8ErtsykUKkH8w&#10;y/8AW7+XVDOqXMJBwwoftNT/ADCfy6ivKIqqFLf53Wov+ZGDNx/iq0/+8+07Lt+mgocnHPVfb1lE&#10;1OsdJLA7irpZ0NQk0Mo4QLBKjAG+oNcfn2oSyiEd3WbROootRUEEkhgfsI/KnSuO6PaoFUNBX0Io&#10;D/Oo6ziUs0ehNSMZAzg8IUuOT/XUCP8AX9ozTFTyhYwgN7ySoBZFsOLW/P09lbALRa9GQbUOs/tU&#10;7ejNXhcrMUKtT1lC0f1NwKyMnS30N1PvxUG0ncfEGX/j6/4BU9MuTrRAuPP7KZ/l1hkPqVD+l7qT&#10;/rqwH+8+1527gRiey85C3jWOZsdXRIVIA/jOLo6/yXIFwWqD7NN+Sm93LHGsLJ+UiiT/AJ+p0W2W&#10;hbZY86VLKCPRWIp0mNi5j+O7XxuRLB2L5CikYEH93FZOsxUwNv7Sy0TA/wCI9sO0sDHV5QrLCzRl&#10;tUircaiHkIKsOAjDi/8Aj7Y2u3rdKHSqkHpBuN4Y4VKmnp9nSnnfxxs19JAve4Fv8SSQAPY5dLVc&#10;eA7Hwta7+COmm3IVaRjGsRkpqCKFHb0koHAF/qbX9sWd89putV+Fdf8APQP58OjWW0FzsiF0wxU0&#10;+x8noK+48M25tg5/CprJr6ajRSi6mANQWd1UcN6Fv/yD7O5v3uKoyWwRucrTxVez+zqWJKeFy6z0&#10;lFUNNA3rP656aMox/JHsa8084Xz7Db70yR/V2O7qwHqq+IYx+xaH8ug7s/LsG8S320NrEN3YuhJ4&#10;qWBBNfzBHVfvTXxyoesu9Tg6WeuqKHfPRstXJUVkcSSQZGoqqGlqqe8QCBKKWaFgByA/Ptt2b2VS&#10;br7qqcxhCsuDotu1NJgw6WatcqlXNKwXRUES1K6VFrnTwf6mXLHN0vPvuclw04WxWydYWIC0UUZi&#10;x9NVSCfIZ6DkuwSche3dzb3Fvq3B7uNpNLHiSQmPLtUA/PobO3OpJtz9Jw7Q3ROaGvzmYoqncNXS&#10;vE32K+KaCTxNKfG7RURN2fjWefp7Fbcu8anO7qSjWj+zkp/Es+oMyyVDGAa4RINSxIHt/gfrz7V+&#10;5dtbWG4sscqtcRxgnScEmlG/YwB/0vSz2/3C43C3FINMDuAAcmgIrQ/YK/Z0VGg+OW2+messlLBu&#10;SXO06x1VTG58UZGMRqh44JZIWK/dyFoxx/U24t7C/oTb+STtaUZKdatpM7n8n9wEhE0jn7qov+0B&#10;eGM0uhOL2H+PvGHkVF/rZLNdCsomkcEeoLEV+zSCPs6yv5uuYxyxDFACqG3VdPy0gH/D0m/5kXYm&#10;Bwvwfz+TwkTUVE2z9j4NIZ5GMUFFlsrh8XCkZNkWeopsvfk+oX/pxZXRMCnBv9OR/Ti3+8e8kpZS&#10;bdSjVTWafmT1jpeoPFGps0ofn1qKZ9KiASxli1q0soFmUEDxFtSkr+6w1f659uh9Q4JJ54v/AMa9&#10;t2V61tdLI/wEU6Jp7dZF8MDhw6ZMXk5aDIrNKrAD0s9tfrF1sUPCkDi/uLVMsRiGoaZT4wGNgzsp&#10;IAv9SQD7HO1Xq3iyaTXQKmn8+g/LaMhYOpD0NfSgyf2dGD2Dlpc6MlVUsElbUYelfKvHArTPHHDP&#10;FHJKypeyKJLE/QA+0xVQCKZg3qVSDpJKhudQF7cX9iqGQPENPp0RXFtUuAKgH/L0ezYe9ZcnicfP&#10;E5WplpHpopKfxs6tEiRayr3RmW5H09sdTTuXdqdGXV9RHIwvp4vcf4c/7H2YRyLQCVgft6IriEBq&#10;twp0aXZ+56RaGlp8vVieWlVJWkqolLNrYCK5haNCNV7cX982p4Gp5UUF5lHMRiY2PJuzCx90EziR&#10;CTRSePQeuIWMpbw9I9a16XuE3HXJk6CpnyEUdBUNoinM9KqSaLLoRZJpkUgA8AA8ewmyEUiZ2gkk&#10;iHjLzw21t6S+kIqBuRdhz7GFswbb51DZwft6faMGxcIat0fDamSin2jkooJkVYYYapJWSNzxqaoL&#10;lVCnVHbSB+Pb2rNFkce6qgWKspXHOqwFTHe5I4+ntAw121znjGw/ap/y06I7ctHdQtXIbpp3BSQ5&#10;3rffGOZ5iMttLcWP1RxNEwNXhq6NREVAI1AE8G/syODKGlkVVIEVZXo1/wChrJCQfyDax/1ufeDv&#10;vW11BvsoaT9GW0hcDy1BXXUPnQEdZTe3QtXtECRfrLKQT6jB/wA3WkV/MGGYx/aVK1XXNV0e4OtO&#10;ssjTSosv28rU20qbFU08TPBTgyxLSNHJqUuJLg/S3tRouq3J5HHvGG7nlhNdR6maFEAICjz6q4rp&#10;5oja7AqdLXtay8G97/j3zKafp9f8L/0/1vbtnu7wkEyYPRde7WLpGCKpPmD1OxW4ZqOUFWMdxpBU&#10;KmpQeQbfX6/6/vlwVKn6Wvf+l+NP/E+8ifbzmIRtChcEE/5uscue9haOR6IQT/Onn/k6sA+OvY0W&#10;MrsXKZf81Uqda2YgBV40sbAcn/W9tnj0zKLcH6fX/G3+295KrIJEVwe0jrHy7tCjyBsEE9XVbe3k&#10;2R27SVscjOhgVgraV0oBGb/Ui1r8+8s0SvH6iQvNyL8G4sL/AOPvaPRscekBQodOmp6fdv7gb+KW&#10;1FZGjLQAMAokLxm5sRzov9ePaHztINGqPlbm9zc2K8c/0Dez2wmbUtfXpJKqhgxWlCCf256Pf0Xv&#10;GWWSSkqZWEkUaGMg2DMT/T6s3iBt7AH+DvU5Boo0LyNN4UAGo6jMwVSACQQXHuRvr44bUSO/aFqT&#10;w8v9jox3bTHaGVh+mBUnyoAM14f6h1adt/eEdNjjJPKqxJSQVLPqUgq9KkpkDH0+sIefp7M/sXYG&#10;IwdNRVeYWmny7VccgaVj9vTM76IoEMZVJZNQuePr9PofcRcw8zXt/LPFaMVsSlKebetePUAcyc2S&#10;yvc21iWEJUjiMgCpNfs6AreW7t19g5jIQYh6ih2hT4yeIQRIY67LeKn81TJOjsDDEyE6VvygueT7&#10;GuoyVPTZKnhSohEaQSRaAWdmnkufHCn6fFGAL/X/AG/sCRWryWsjGNtZaoNPw/P59QDvd47rLGP4&#10;h/lr/Pj0JvTXWrPth8pXYitE1VMppJqlLRLSwKHhqArPr11Amawt/j+B7TW8siKenlqKeSaV0ETQ&#10;xUqa5nmBCOTCAfLEhFmH4Bv+B7NNltyzokq4IINfT5eh6BKzBrhY3OCc18h69HC2FgVWjihen0RK&#10;zh3ePSEi9JvEbA6yxPPtkl3TiYqRKzL0dUauGBIhPSR1EsbxorqtTMKWnNNTLqFtRRlA5PHIXDab&#10;p5vBspx9OzcGpUH+Eau4/bXj0/DaJeMY4tOr0Jp+XT4dv7go6vw4mvilxlVVy1FRHWJEpidnFo4z&#10;OHnkiK8+kg3H9L+2Db2+cLFTyV9NBUVazzyWhbVHMJYwTGGp5NL8qbgk2K88/X2abhsV48q20sqo&#10;ygZxwPzGMdKf3dNDOIXAVx51qKdOu6tt5PLxLSLXx0BEITyLBGzqssao7LIBcgg2/qP9f2qqPfBy&#10;sQnnpIaaCYtCnkk8VSqlgk3Ad/JC44FuL+yifYPon8OKcvMKH1B9OhAs8VvQK4NKft+XQC5HpRqa&#10;sT7Str6mqpwZWMirVUszxBmgdEmVhHNrPpt7FHGqKygo62lEcgoiohEM8pRYjdQXEl/3jf6+wldE&#10;29zcQT17/UZJ/wA3TBnV5W9W4/Povu5KRtu5bKYvNGaOHIpKaw5CGmjM8sM4N4pYfSIVK2At7DLe&#10;+cqchGtDl6pK3H0lRUq9B43iqPUsSxTxzeJonI8oCoTYkHkEexRsW3Q27i4sYSlw6qddajzBBX8s&#10;nyGej3ZWjiucIRJ6/LoVdlde43E4+qz20MYuHy2XxtCRXu/3VB41q/LOslGJo2ErheWC2AKkgi9w&#10;aO16vOZKpxeKhkq4vNS6alqgxxUlzcTsouYovoATYsyW+trDdd4hsLOO6vG0OFYUC5f5L5ev7ehz&#10;J4AiWUyBTmuK1ApjpdS9i4/ZW3KHObmqo6OoWOpZaFacJVZSeJHRYcdFcNVPJzZVvoUlv0hvZjsF&#10;tfG7cp3cyRzZmakipJ6kNUmSoMR4CCUyNFACbogUN/qiSbLGW4bvd7nKBlbEOWVcYr60oCfU8PQd&#10;Ba+3NI2/TUBMkfKv+DomuW3FvXuLKxvWPkKTZeNrJsnQ4pliEVATIrL5ng8NPWVRTUHnLGO7XjCg&#10;FneqioeOn+2oPDNWRO7eJZ/EjXF0VpDEqQsQxso0mwPK2J9oI4wZGkuKrAw40qf2Dj9tcdBa73jT&#10;WrUHS/2h1Fi6nJplstHXDGyxR00Ynh8lQCrKsrJAs7TToCli7alY/QE+0UM3WV07GnmNMsgdnabQ&#10;4KMEp2hUxMXhkgOouNUamRSC5sfZ59FDDEA8ethSlPI+ufI+XGg8ug7cXMk0mk1OejYYbYG3tr4q&#10;KMUXkEPqElOyLOXMj1SySq0zxaD9wNDEl0ABCrce3zGzY+Y06Sx09TUooiip6NIZBHTxrH5GFQkY&#10;eZoY5lLKf0hwSPUAUNykyh3jdlQ5JatSTXy8gSCAfMg+mFUMErEt8P28OkTvOoymPgr5KKWroKN9&#10;c8+Qq6hkl80hZ1UUszGOli0KTGQAWsbWtwv/AFxpNHO6wWiXxxoDO8cca+iJWcTRa0AsdaP+r6A8&#10;ANmjeG6Alc1+ZP7D+wjpa5UR9i9vr/m+XRW4nevyNO0NPNkJGaXy6z9rT1UsrjW1ShlicxssiuDG&#10;8ZJW9z7R1dNBRS1MsnmyDVaT63ZIpKq7sjaVkiiANOAg9JIP+PABO4Imuo41AEaoR/paAHP256Kr&#10;m4jiUigWgr0ZbbOEymfpKCCNIsXSUMdNDBTQqaSgAp00ORCZJ5BJdySwRlubWDEn2mK6oylWEpoZ&#10;IqQSMEignZp0plHqcI6pojVpP1ELz+b+ze3htYdUrIXYZJGK/wCr59Bm53auojof8Fs7D48rP9s1&#10;VUQaHEzRg+aRo/CWNySwjUWBP0H0t7ixF3qPtW0zLHGI4EjdAKiXxmQaRGfLp1BSxcA3H+Pt16LE&#10;sigqS1TXyH+DoJ3d65RWLHLZ6EOno4Y0MkKGLWVZ/SPqvKAn6kL/AE9oLcOUy8LPSIrUwD6fHCjU&#10;oM0UXqd3RVLIGY/69r/n2I9stLFgszHUT5nPRZ9WnczkE049KiloadVDKCx/Gs3t/S351D2k6zda&#10;YaSijqWhzcvhTWpEkUVEzKw0KIifNJ5LEMeTfT+PZzb7O16s/h6oFBwfNx9vl6U/Pou0td6ip0H1&#10;GdXyp5elfz6ckgH4AQccgfXk/T235TdT5mGKeJS0kbCPQrOyrFYeEmNuAU51D6i/+PtXZ7Otg7xu&#10;1FIrU+v28ekggMTMGajevn+3rPHEsd7c3t9fxa/0/wBv7iHaNfUEV9ZVxq00REMvnZFp43UssaQh&#10;hoaI/i7fXi3t1d6ghDW0MRIU5xXUft6sNwQKIY4wQDketPn1yL2JFvof6/8AGvciiX+GyrRemXTa&#10;eoyDE+B/CLNCxY2RZCeTZuDbj23cf42vjHB4BPPPTMoE6PJgE1Gn7f8AN1xYFx9OCCPx+eD/AE9v&#10;uV7DX0pI0L0zmGlqQscSF41VFJgkWPWQqyA3Vl+n0PsusuWT8as3jZZeNM+orTy9OnbWyZjqKnXp&#10;qPTz4/sx1iFPzc8W+gAHP+8+07SzLknlSnlihhgmlEcj1A1S0+uR0lLSsGBYqAAyjUD9AfZnKjWq&#10;p4qFmYDUKcD58Pn/AKqdKJGaBYtS1bSK/bTPWQqRyRx/sPzx7n00unIItYtTVwywqV8kkcUCtFIS&#10;zNI0iKpen1AD+oB9pp1P07PbsquD+ZqOFPPP+z04KGJnQhXBr9tfKnn1xN9AVfwbAD/YW/3v3gyW&#10;cwsFR4MYryojziq8kkbQiQDWni8bCVRaJrsNVyfpzcPW1huEkeu6NCaaaAg/OvV0tppE1S9pPDFO&#10;vRoxX13B4+t/6f649gnuGWPcVVVvDTfays7hhK8oWTRdZgrSgSaWv+k3A/r9PY82yN9sjjjlm1R8&#10;ccR6VpjoTWZfa9DPJqgIr28RXgT+fWcCwA/p7A7de1q3HywZCnOmeqZBM8r/ALSMitwqGKR1IFjc&#10;jSb/ANfY/wBn3eK6WS1mXsRainn/AJ+pF5e321u4pbScfpIDQClSMdd+1FhaqmpaQT1t5alICjzy&#10;N+mZrG4SUlfH6iDYX9lm4RSzzSRwmkDHAH8Pzp59Eu528stw0EA0wlgQAKdvzoK14de9o/d+79wU&#10;+Pr6TEr9vj6ypFZOaONABURR+BZIpDD5UEnpsNdtRP49nWy7Jt0s8U13U3SKVXUTwJJyK0/lWnQl&#10;5d2DaZbm2mv2D3Ua6V1HiCa5FaUH2cOvew5o6SHJF3aR4nnEkw+9d52ed0La5vIxAlm1i+mwVuQP&#10;YolmltPDWgKLQduDT0H2dDO6uZbIoFRWChR2ADtFB2/Z5+o697TabWpp2/flml0PrZCxF/FqPBPq&#10;JUEkcezZt5kjH6KCtKft6NH364jX9JFFRT9tP8w697EjCbfx9BVU0vrlWnh1RImgEyljL4FlkKx+&#10;SQc3Yi3+sPYV3DdLmeCZPxs1P2f5OgduW7Xl3BNH2qWNCSDSnCppmgHpn0z172LmTxtGaKKsoTHC&#10;y+V5Jom1MwKaeCVBZmZbHngj6D2DLS7uRcvDc5UnA6ANne3KXUlvcsWU8K8OPlw8vkOPn172HuGy&#10;FdJVSgeOOvo5tSqzMrTwxGNllSKRZRK0jAlrCxsePx7Ed7bQLbrqDGCRRWn4SRkV8qeXn0LtxtLR&#10;YkLamtZVAJH4S1dQJ8vlmtade9uuQo0z5eVsi6VNfM0kkCLFDSLOzSa0UKixwLMhNgUQa/6fX2it&#10;LhttAEdqrW8a9pJOqnqeJNPlU9ILO6O0kKLRTbxCikmrFcAE+Zp554de99Q7SxuDq9FQxqlqS1VR&#10;tE9ojKBpeGpLSrJEQzrrLfj6C3vb71cX0OqKkap2vqwcniuM18qdek3+93S3EkKeGIxofUM0yeyg&#10;INRwHH1PXvYgf3WRsemYx708S2+2yNPVuZp4IpiNccIZm1opS8YQksX4Bt7Df73KXDWVyGNO5GUU&#10;BpnuGKEg0NfToJDfJDeHbLtGY1LRso0g6RWrcPKtagfD173OoKCjnpRBW/eNLCywUsjuFUUrJF5B&#10;DK40IGYahcMCTY3AB9s3NxMkwlg0aGFWxXOaV9fyPSa6u7iKdZLUxCNssvHuqaVArj1697x1WNiV&#10;LeKZfuWTxwNCC8UZaVBUSysZCzQxWvcLx+PdoLmQt3OOzzBoPs/PrcF67MD4iHwwasCACeOkD0J6&#10;97DyqnrqKqjjaqNVHEUjmhkpQfFEG0LcaQJCgvcfQ8exNAlvPEzLDoY8DrpXj0L7eK2uYZJfpwjk&#10;EqQ9Kmla9e9s+ZwU2VgpNdFqSRVlWr+5dZIUjWJBGsHkEfMX0RwVsLe1lhfpZPMq3OQaadPGvz+3&#10;z6Mtr3SKwluP8ZAZcaNIIavE6qVH+mGeve2vA4s49KgyvJXIY2GRZ4QJNMiyKBj5maK5nUCNdNgA&#10;/J55V7neLdmPwwqDUNA8hQiuoeRFa5zjpdu1/wDVmIRxiGp/SFcVBHxinke41zjHXva7xeFw2Tkq&#10;Ps8bLj6OUJB9vM3ikgCGItFpkRIwjTITGyi44BOn1EPXt9uFskYuLhZJ1qdQyPPPrWhyPPoL3+5b&#10;lZRQG5u1lnWp1AVDcc4+RoRxrXz697a89t2khyMuOoJadacuRLS1M0c80X28QUxzVgWLzCQO4HGk&#10;A2HPtbtu6StbrdXKt4vkyggNU+S+RFBXpfte9SPaR3t1E5m4h1FFIY8RHnScCv7evey6bi6lqfuJ&#10;USqonxTXdZwzO1OzaxZpF4Z4SAptdRcXF/ck7fzfayxQ+PbyfVDFDgGn+z1MWy8/W4jiMkMgvhgj&#10;hqHlQfPr3uBtfrnJ01SkU89PN4NfhFNIhcL47rIsgvGqxOATdQbAj2r3Tma0e3DRRFQeNQaZ4j14&#10;dKd65wsp4mkjgddVKgggf6j9vXvZrNrp/cOGOomaMs9NMldTPWPIaiamWSUSKojBKVFMwSMHkSPc&#10;W+nuIN2J5ikeFVOlXXQaYANMH5q2Sf4Rx6gbfWTmuR7eMtpDqUfTQKGpggVqVbUWPAr172HO8anH&#10;ZtMdHSUzxyZBqqCSaeJj4vuqtWQNOkZjWCJGsyhVY2AufYm2SO625rqWeUMsQVlA89K5+dTTBOOh&#10;ly3De7U97LNOGWAI4CkU7V/hJqSTgH4a5GOve0hiv49tellwNSwpIi7wNZA61QQSJDLGZfTM5pwR&#10;FyBqIY8n2dXo23d3W/jDO2moz8OqlQafPj8uhDe/ujfZ03WJDI1AQa00V0lgacBXj/Lr3vNnKfJU&#10;WMhrqKpoa+NKeoeWWBTDkqKGY0xgkLgMkktO8SuI9IVr/Q3v7pYSWlxeSW80UiNqQCtdDEatVPkR&#10;59U2qSzubyW2ubaSEl0oGzHIQGUjIqFapGqpoR172Fm69xZOsEdPTxzVcdWYqieCCyyzvVReSSWR&#10;okjUSLItgLAICPyR7FW2WVvaDxCpEiEqDxCqK0pXFPLj0Oth2i0tvEeR/CKVCk5ACGgAqcima+fH&#10;y697TlZFX0CwVZ/iNDFDSNU0KU5Ws1mKVHNNMwa6xNTxub/gg/0PtXNdwSrLFG6tIhBkFKNpNRhe&#10;JJIOf83RxbSWt080K+FIXl0OW7DRge4epDEftFeI697HKlyj1m38XNS1wmnpkYRTPFBBqkrRTStQ&#10;osMzvUyxKxB1XsRYhSACCWtli3K6DwFYpCDSrHAqNWR26vl1F9xYLBut6k9myI7ZALN2qWXXUqAo&#10;4cONfPr3vDnqfclOKepqaZ9SoJJKhPMtOYJaYilZw9wmlJrEEre/Btb2o26Xa5fHjjlFa0Armoaj&#10;fnjj1faZtnk8eOC4UeSqaaidVGoeJ4fOnXvfLN7qkrtp4ygr8VDWZE1vkosjRUj0dRBGFWOOmeWh&#10;/wAmqmVYVJEsRZlI9Z91sNnW13q7uLa7dLQx0ZGcMrHJqAw1L9qsB1fbtiSz3+8ubO8eGyEdHjdg&#10;4atSW0v3LUk0KsAM4697bNg7jXHZnFzV7KYauQxyUsEUcMksRkljYlNPiR1liNmIvrI+g9qd/wBs&#10;+q2+6Fsp8VFwWzRh5V8/29KebNle92y9itF74h2sxrQ8Rniwoc54de9m+yEzmjonLR08LzXpnmhm&#10;K+CYCSKUzALHFJGujUB6XIb+0PcLW0f61woqzgdwrmoFCKedTWnpUdQtst/c2cstuAxIGcrxGSKf&#10;EQTX5gcOuBTkkG1/6Af0t7Vu39z4XWkBpoUmmdRPRrTBvLAl0qPBIoMIlpwrSLGy6nS9vUfZJuO0&#10;X3dIklYVBo1SKE8KjjQkgV8vs6PLiO7kj+oinYhcliSTgig41oSaeg9Ooc1OSCdR/wAP9t/r/X3G&#10;7R6p6l7lwNftHemGxmfpsnTCgqaiQyKXH7bUMlTSU8qVVHNjnSwIaJwOUa9vYG3bYLbf9ovNp5h2&#10;VLnZ5Vq0Lg4I/wB9yjSweuVZWBXzxUdDTkH3I5w5C3ay5i5U3Sax3SEmhWgGRRx3KySLJwKurIMF&#10;lIHTfGa2lZ3BV4CFvE4AKafq6MP1+Q/j+zf3S584fjxH0XFQdj4UV+A2btvDbd2ZHgY6YPhZYqvL&#10;NE+dxtatPDNUVNMlXCrB+LFiAAPeHXv17YbXy7Db80ctz+HskSW8HgUB01LgtqA48NQYfZih66Zf&#10;cx97d9523a85I38G+3++uLq+a6eTTJiND4LRktWtG8MJkKSTTADvBVQ1Cao5EJFg6a1LRsforgE2&#10;J/H9fdfm/wDb279pPtfsDZG0a7c9XuKGfF/wuXPV1DDR5Rppa6etkx8FVCJ2ymNgk8TaWZDwttI9&#10;4+XdlF+7dsvbK0Mt8SySprK5B1Blp/RHDj8us0pr25td63+w3nc1t9peNGjk0V0sf06BqUFGGQcG&#10;tTQ9ZwwJK35H1H5/23sQeu6PsvsTJQb021UZHbG2KCjyNHJjZ3rK6arzNGBNBLBU5KSaqhx0Ekfj&#10;uC5Z1LELwvtJFb3UsgubDxFhBIFTqYEZIqaggevRktntO1QPs/Nk1teXUtcqioNDYAIUrU+ZyOsb&#10;TRJYM6i5IAuLkg6SAP6g+x22DXVHYO+MfgMpvCux7UFEKCkzNM+OeuyFYaapnlioV/h8jL9sFaDQ&#10;EDuxPHJ9m9juN9ve4w219fMECaAQyA4qacOkO58k7Hyhsm67lsHLFsZJDrZAjLUk0JJD8TSvUDMV&#10;j4/H1FWkDVBiVW8SgEt+5GpFuDwtz7F3beA6Umo8vUVW/qvND7yrGSzeSy2PxyUs+P8AKI1zGinp&#10;I4xAUcEMBpuB+bGU965V9vrLlT967dzobq/mYViMiq644tGBUBSKGopUjNadYy8pc5+8G98/psm6&#10;e2ENjs0RJaUQzkFFrpEbydrNIStKVJFTSgPXDKz1lPQSz0EYkqtUIii06g4eWMP6QfroJ/1vYe7a&#10;z2M3XX5fa8dbXZeOSSshw643IvRHGwU5kjLBTLHGlbUU0QMbmwCsXIPuHbXxb+Q2n1DNE3wBWIBI&#10;xU8M086dZY73tW3bDaR7xNt8EcqqgfWgYmtDQEqGWh9KZ6zTrKghnilWns2qoV4hJ5Etdk1EkxAH&#10;8j2Hef2PuzZlPW7chGPyEstTTVdHnMvSR1kNKqzGaVKzPNGhxj0AfmVhplVSQpIB9+v9i3GyTwJY&#10;BpkOGpX50aSnYV+3o85U5z5avlO6vFIlxASNC1q+QAI4z8RagpQdSIpVqAsqlgCDoS9iQCQSw+lz&#10;bj/D2iOrescZtPZWVU5uDdG4M5m8lX5zcVGZZ6HIZGrL0C0lDNMQ70dBS1Oi4RSXZiRyPbG2WtnA&#10;lrayyUBceIyioNcY+Siv506f5yu923K2vbyMMLjwmZEfJBA1LqBx8QU/ZXrMGJfSRYaSfx/h+f8A&#10;Y+zVDNbkx+w9rw07w0GKoK+oWKppp4tc8UEs6GGKnJvphdbggelyPyR7zC3rnPkva/afbdm2ZhLc&#10;6jEiV7qguC8gK/DQgnSxIBBwSOubOyey/M/MXupue8czbbPGbhhLcTtRUVQAXoyMKM4GhQMgCtDT&#10;rgJ4WleAODMihnjF9QVv0n8Dm/sxPVGz95b8OI21kqeow+wdVVuPL1lRrfKbh3NVlKegoYTKnlp6&#10;DGURBmmuXdvSpHPsIe3Xs9zPzZFHebtYy2nLVGcu4KtLNhVAQgFUQVLsMmlF49D/AN2vdrlTlWCf&#10;+rskVxzErGGMIdSRW4BqXJJ1uz0Kj0NTwHSYq8ZT0mUqdxElq9qRMbE+smKlx6y/cS2iJCGaee5J&#10;/oB7tsXJY/Ym2KGqzNXDBisLhIqDGU5UR00BWGPxaY1ZRLMQjWUc+8pZLe3223EcEgSGIBageSig&#10;xw4ADGB1z03Pf0L3NxNIWllnLEnudieIFfU5r5dFsm2ZNvLOZKHF3pJ8hlI67MVmmzyQx3AWVwS6&#10;K4AHBB549kH7A7uzO4q6Wm21FNBBqYK9laeSRnN5JZY10INP4T6f6/sIbhvolYR2KMX/AIiP9X5d&#10;I0vdwmRnu736a1OQq4anlVviB/0uPXoy+D2lisLFCsUPlljQKZJTrsSBcLfkqCLDVc+wzo8DujP1&#10;SS5isqAsrjXHI0vCMQSQX5IYH2VRteT3MRmkOeiK93zabASNbIHn83JqSfmeP7elQFVQAoCgfQKL&#10;D/bDj2Ae2/j1TQdpbxrUoKic5HMSVZYRSPqMgdmbgD9Rcn3k3tXOMkHJG07NFP8AqRKQRXz1kgkf&#10;YAB1Ku9e8FxNyJy3atdRqIbYLTUMUp137M51/wBKTbW7LoKqHB1Xgz9G9JKvgktLIhkaFeQ6lgzg&#10;gf0B9hDmXcrjfNvs4L5GZ4nJHppIyPllQT9g6hHmz3LTf+S7u3k3BDPayhlowJAIANPPy697OZH1&#10;jVQgBtt1QAFwWpiB/rC0YvYewSLSELpC/wDGl/6CHWPT8xXUpBSeQ19Af83XDyR/6tP+Sh/xX3Gm&#10;6/VL69v1K/W5+3ktx9Twn496ewWlRbVp9lf2gn/D06N53QKDrkA+at/lHXepf9Uv+3HvnDsXFt6Z&#10;ce0TX+jRzKRcADhQOD7WW23QyBWlDBT55p+3pJNzFu0Rr4pJ/wBXr1y4P09yH60xE1zTkoR9Va6e&#10;q1vTwLD/AA9mybLakL4bLjhQf5ukyc5blEQsqVPzz11cD6n2zvsLNYSoWvwFY1NUKbh9Jlufyf0s&#10;LekD8+7NZX8NTaXhC8NOTX5kcD0eWXPMLnRdah/pTp66YK6MpAZWUggi6kEWII/IPvk27RjK6lre&#10;xdiY7cgom1RZinoYKashcAqskjwxQLLpv+kg3/PsP7htltI0U1/twM6tXxKV/OnUlbPzhdXVu1hZ&#10;7xW2cUMdaN9gPA/mOk7UbfsJDjK6sx0kh1m0pqqfV/QQVRlEVx/qLexrxPdGz8pRYyLDKKqNY0jq&#10;aemYNLQWJVY5ogfJGE+n6bf4+0R3KxinRPHkOogdqVCgYGr/AGOHUOcz+3m5Xl9um4mkSGrANgtX&#10;NQeB/Lp6pYpIkVJXMjoqq0hsPK2kanIA45HsVomE6rKkZWKSKOSMsSDZ7NYjjkKfZ0TgUapr1BV5&#10;B9MzIT3g0P5dSr3+nvjUxAoLGxv/AL3b25GxBzw6SwyZOMde9sWSo2MDsikkKS2k8/7H2vtph4io&#10;TivRrZXC+Kqsw49e9hLknCOxP11eq9wf8bk+xlaAlAKVx1IFkrMi57ade9pXJTxiJnDA2vwDz9PZ&#10;1aoxYKR0fWcbF1Urx697D7IVSzQyFtVgLWHBuD+P62PsRWsQR1K8a9DCzt/BlShr/wAV172Hf2rT&#10;mV2jJs3puxBYg3FrfUjVf2I5J1SNVpin+r/B0MBcCJVQPSoz172sGphPiW8kSPUJS2CsCLEWZXYf&#10;mwBHvDT3jigvN/mdNLN4OaZzXz9Og8srR7goR6RF+PXvYX0GVpsDBka+ujMaQR1D+RwAiiMNJIfU&#10;ANIW5v7x1mdbKKaSVgFAOT5f8UOhzc7fcbrNZWlq2p3Kig4ktgftPXvesh31vOr7C7j39uOeUPRz&#10;bnyK0diABRQ1bxxIhHB/bjBuPeKO8XR3DdL++rUSysR8lrRf2gV/Pr6P/YXlCDkb2o5G5eRKTRbf&#10;C0nlWR1Duf8Aeieve0pFKkAHhmjVhGNEiyKRGbnU2m51eni39T7LQGzTqZ6KfLr3tkymUZHEVOSy&#10;kEmW93Pp5LH+tz/sPeq6vPrxann172j8rPWZE/boSlOLEs17sbcgn8i491z3Dy68GB49e9wIMWiB&#10;vNzcgqRe34v73SlOt+JQUA697lChpVbychha1jyLfni3vzAUyePVfEPp1732RMqO2slCQoLm9h+P&#10;rf8Ar7qSQuknt61rpUaeve4TSshjvpcK9mNuSAbXva9re6rSo9OnVWoB8uve8LTQqWMkBfUWa6uV&#10;tz9D/sB7dqMAjp00oD1726xVe3/tXIjkFWQVCySERof9f8m/uw08T14NXy697ZnyT0944Y1iB5WR&#10;l1A3II0m1j70WAzp6qSamo697jPk6uRtT1MhuukhV4sLkC1v8fetWrrQanAde94mqp7iz6tXJtzp&#10;H9Pfqde1/Lr3vi80ksn7kptpt9eCbcD+vvVOA62HFOve/XP+qP6dH1/s29769X59e9//0byahgAC&#10;AQbgkKxAH/BQSef9v7zQ3iI28NQB1wS2aR7iUq3wAfn0RTeGMjw6JGgJkBcsklmVVDWDjSqEKX9P&#10;JNyfcVVnKSiJwkxjdYnXSSjyA6GCurXZSvPtHsjI95Csy1QsM4oOPqw4/n0s3iM/SyKnECv8wKfZ&#10;nrl1lWYaj3ltyp3JQSZXBR5vHy5agiLJNU49JddVFE6NGysYgQvP1Pspe/MpHFkauk7A3I00EJtD&#10;j6RzTqImOhvIiAO2oEXBP0v7yEhg2mGNfGmAjZQdCDiBQ1YZrwFKHjmp6gaW63qe4kSCJi6uQGPA&#10;UPl5UpwrXre5+LnW/T+2utNsbi+PGwcPtzH7nwWKrWyQ11OQqjLSGpAnnklqJjNEZDqGtPqePx7D&#10;LA7j2/nMjVbc2riKfF4aKCafIVS0scJyEcFlVjMrGRwwAuTyf6+7Q3FvPOLGwtvCs5MyErpLIvzr&#10;Xj+XHHSi6sb+CJb3crlpLgHsofhrx/L5DHy6M1X4Wtw9HDlsxXSZHJSzRRUlMk0jQUs8rM8p8DWU&#10;FdQI+vsN9z7Go87UzZCMRxGnjeRpldgfuIm/ybQpYXVdIuL/AE+vui7IZ1E8RCx91fTVU6QB6U4+&#10;fz6NLTfJrFI4CS2vFPIr51+dOlxh8rUQww09QTKzhPooFi7EE8AAcH2H/XewsT2Du/J0VBSQx5PH&#10;xn+NV0yB6aco2gNTpcxJ6L6uPqeLe485k3bb9jhnvSKSDtOK6iCOArX+fU5cjct7/wA2zQ7VFc6b&#10;bT4gNKmOPh3YNSW4f0fnnoq/z4+a+w/gd0hL3F2JT5PKUVblqTbu28FiVhOQy+eqop6qCjDTS08S&#10;RpFSszvqARSCeAR7M5B0dsijSnWkqoxkqOoR/KgEkGpZC5jMIPpTV9T/AI29wlP7qPJ9SohCx09Q&#10;GHyNSft6yisPu+7f9PY3X1Fz4xKksxJU6SGbGngcEAeXzz1rO5r/AIUCfLfJZjN5HI/HrF0nU25N&#10;v52HDU61v2256aiq8dJFR5H+I2Wnm+2fXNYRBXA9Lm1/Y+V+AgzMdF5Z3p0o1RVjgkazBBZbEtpZ&#10;AosB+PcCb3ui3cqyThxKrFqE+p86eQ8v59ZFbRyTeLMk2y+FJG8IjNRUjSKEjGPmeNeFBjrXW61+&#10;bO5OgansWB8Li9y5HftVXVdVlcvEKyoT+MCSeRy9RGsy1I841m/Li9+Le3imp6PGRNGn6WIa7cNf&#10;+oBLA8+34vFvvDdQQgpnyx69OX1jFttrPt87Vd10t5gnFP2U/wBQp0WjO783x3Fu2g3Fk1qq2row&#10;kUUtPAyrBRxzFooWalQKEjjP1LE/4+04uESpyE9Y1c7wyMr6RMfQyG/00kDV+R9Le07WDC4kleYs&#10;7HABxU/lX+fQCs+TyxhjYR6AzMTShoT9gH7SOrD8x86sltHpfb/X9F1fQUO5MdStizmqmjp7ZSgq&#10;oZYI6hotLSyMTFfWNLFvrf3nqczE0zY6AsVQtTS+khr8XIfVwR+LWPswt9usi5naKtyOJPAH5f6j&#10;1Iu18x7htsFttitTb0NIgR5A5881NOiuH45ZU0SdwZxsXDV5q+7KYw1NHV0Wiof7sRT00UpEVVHM&#10;fVE6Bl0j/H30cbVUWLKYfxxT+USE1A8hZWYlyTwS3qNvaqa7eeQQav1VpTGAMdHHNm5b3u01vdEy&#10;vbNGquI1pwrpFeFK8fP59NOz98dY7w7WqMr32MhlsJFQtDR/wCWOjWneGnNPDHFAZKZYKbzAagA1&#10;wLj68yqJKiOCeoyCrM6AkGGMFiqA2uvBJJJ+n9Pb12ZdVtFBcjWASa+mOHRNtU1vbWl5cb3BIyLT&#10;wwT3VJpT0pw6SvZEu39w70wO0un5KvC4zI1bUE0NdXM9EJsgwjjlnnCtZbMSwDMRf8ce8mNy8NY0&#10;mmCSIRE6hINNwCQGC3ut/ra9x7Id32/6mPxYGJmB7qniD5in8upN9t+YYr0S2s1mscegFTUYJA8u&#10;PSD7/wCgM51dBtyun3Lhs/LuCFarTip/upY3UxT+GaNSH086QfTq/FvxypcQEr5a9KqolWQu4iaR&#10;jEgNrgXGnj+n19prne2FsLV4m8c4z6Up8vLoR2PJl/abnLuP7yV0GornuznNBTH2dMu7u+IMh1jt&#10;3rI7D23hJMXDQQVeZpcaKfMZGah+4CVVXULJK6zzrUkSGyhgBwPcfLrkV4odKh7AuQToFvre/Hs2&#10;s5bi7SD6NqHgfy49Ytc37PvFtvl/HuUrvqcspBFCCceR/wAIPy6OD8ZNx9D1GFk/v6k8DYynvTYm&#10;NJJBX16mIRxSGKRRJBJc/SxH1988ZHOlNJFlJknMhsdfKtH9QT9Dc2+vtZu0N19Mmhqy1pn5fZ07&#10;y3Ds1bq23mQjbJFyoPB1UHzIyDjj8uk73ruSjrt8YTeHx/wVbszJ4YoaKTHyNHVU9XVVUsZMEt5m&#10;BJILfQE3Nv6T4ftPHPHjvtkcKReI3WN3NxqKkMOfxfj2RRpewzWrXWn6ZpAppU0LcCVBrQ+tehps&#10;7co/undtv5Vll/ehQsBJjC0qQxLClOH546BnsWo7fq91bQ3V3/TZ+vwmTmpkarqA2qto4ZglaKed&#10;tEMVWEH+osFtxbj2FOTy8u25Pvd45rFUGMi8klR55oUDB5H8LRIWWVgNPBAHuUdh5c5n3hj4GloM&#10;jAbTn4TwFMedT9nUa3PPGzbHdiY3Uv1QajBmJ4Aa1YAjPGlKdXP7K+Nez/k7sOu2v8OulOwszvOs&#10;psbHgdyRwLRUVFI+PiSvTKZtpFxVIrLJLx5ASGIOoX9hTuz5cdH4aPVLnHyzQErHT0FMJHLQiwb1&#10;yottX0JHsZbT7UcxQQyxXd9CshJOqpweIFcAj7Oje490uU9yuILq12OZ5I0whKgVphmZvL5dx+fQ&#10;h9Lf8Jxv5nNUaqgy2b626rp87SuMxn8jvuorq2CGtAEtDS0OEx1bNMxQt5gskaHlS3NxUP8AKTce&#10;1e06vMdkbVxNRi4XrJVqVrdAkSrhSmqaOcFGljVKtFmUi4vq4BIFiLm/lefl+5s59RYOPiJJ1Oqi&#10;p4DFf8PUhe3vNUfMdheWMgAkU10inarE1FRxp5f5et1n4J9GdhfFv4+dXfHjsjf+O7Jy/XGzMdh6&#10;TdVBj6jHpX0lFNUU/wBsI6h3lkXGwy08au7M7J+ok+w561zmO3Lj6bH1Kr5KsaKJGkUCCqiYylUI&#10;5kjnR5VXk/5v3LPtzzMkkcMcxBL0UDy1A48+Hxfy6BPO2xyWpupEQ4FW+QANT+2lejYZjz0TCuhd&#10;9CWEwFifFYszj0/qVkB/1r+1zm9j/wB368ZWihEVpoo6uJ2ZXWOZvtpJVHBvC0+oMpFmAve1vcs3&#10;0Nvpkmi0icaT5/NT58RU0+YFa5rGW13dZBC4JXScjhxH+YV/PqBQ56DKU7RGQSsxl8bovEjxpdOG&#10;LXUtxa309jJs7siba+3st/B8bBFuGdExqTaNX22QMzQ1Ekcd2CqJYHItY8A/Q29ks15fXMIMb0lJ&#10;0MaZHkaehqDQ8dJGa56MzYWsd540wLRgFgTx08fKg4A+XQD9o9NUPaea2zT7nzFVUbTx1ac5W4Va&#10;iSGHL00FNeip62WFoZXghacFYy+lvze3Id5vcU24ty/weokNUad6auFTK4MzVauseSIuSXVqaqnB&#10;Fh+P6e1dtbQq4tVQAAhgfPJ78/MMwP8Anz03PMVt2uJTijfZgEr/ADAr8uhawG36HbeGinoadKGJ&#10;YXp1gp0SGFKQgChiWOJEUiJo1F7kkLze5uDHY+26ipxm2M9TxtFUZjbsdJWOARDU5HBSy4aq1/VR&#10;NJFTwvY8klr/AF4DFnCJ1EbSD6hVAI9eNP8AjIHS+7k0umj4D/x4ZP5celBtXIK1dubB62Y4XLRy&#10;QRvy6Y/N0NNl6WzX5hjqKieNOPSiKObXKM6/28KrJ3yLD7yuaJYp5WYRRRtGHkSTTYKdYK3/AKj2&#10;abdbw+KFlU6mIofIDT5/nX8ug7c3BRlAPaCa/nTpV1UphhkkFvShbkEi+pR+P66vYx7YxUdbgd3Y&#10;0hf8qxuVgX1X0TQ4qtysTo39Xnw6aTz/AMUd1LJb30YFTpZceul3NPnVKD5Afb1UurNHJnAVv2si&#10;/sCsx+39nSazVQ0M2LmV2GjJY9eADcVVfRY91bg+kpkTf6G/tv3Xt6nkxmxM3RqHi3DsGgNToDMR&#10;k9uGTBViykk2kaCjgP8Aj5AePavwfF+ilShSW1Sv2x0Rj+YAI+3pdbmv1i/hS4oD5EP3A/71qH2A&#10;dN20s3PUV+8cJVgip27uiqiXWvM2NzVPBnsdLEQwBSP+ItAePrCfYC1mJSOaSyafKzBlBvpswFje&#10;/Psgmi/UYnHdTo64JUHpejkA/wCHsQts4NU23nXswjgakkX18lvNAyqOLHU7WH+v7fEAFhet6Co/&#10;aOk/jL4yKT3Ub/jp6b6mo8dVSxAXMmvi17aUdi3/ACCBc/4ex6+U21paDem3MxHCpgzmxdkViSMT&#10;okmixFNj5mvYIJNUIte/Hs15hH+N21ygB1WlvSvyhRf8I6DNrdhGubZmOtZn/wALH/J0W34m7vTd&#10;Owt5UzSFqjavdHcu2alGBDQtRb/zNdHEfU3ApcnEV+npYf65UXRnVNVlt8UeBzOOen14aXOy007S&#10;Rl6OGGVqWZHSzCOdmBt9Db2T3W4LtlvJdQsGkApj9p/kD0inWS+bQp7dJH7OP86fl175K9/YDpzq&#10;DNdiLk6eWnpc7jdrR1NMI6yOHM1+Vp8aYnBZYxJDJL+k355+n1B3Mww4vd8sdKs0MNHNllkjZyxI&#10;p6+jpZQWNjeSQDnggH2ANx3Ey3kt2lQ4Sp/4xT/B1LOy2VdstIp6dwIz5YDdD3RVRrsVSVcmk/c0&#10;tFUAqoAVZKRqlSqm6jSJLcg8ezT967Rj676ooaEzQ1Mm9NyDcsbRhmkgoGpCIKafVYO6NUuNSgA3&#10;/wAPZ9zNuUH9XRYHMss4lr56TGaedPiY8QfLok5I8S43+/ZUZYrVNDcKMwIFRitAPnx6I98cu58d&#10;353bvLJY6jr6WLp/bidc5E1Swx09RuCty0s+RqqIKHkMT0uMi/U9hpPH9AFyG66zrGmwVZtbJml3&#10;JJg6OCephgjMmLrqmkhqKlIPKrR+f7eVQxKsEZjpANiA3Z77ecufSy7Te+FuLW4RmX4kDA6wK+Zw&#10;BjhXzpQTPyzY8zzXlvu1kZdsE6yBWJCvpJ0/DQ6eNQCDnj0bSnxcO+IMvSblxsU2G/i1atHAZ3Ee&#10;UoYXNKz1kcTiQU8lRG+hdQDpYn2KXx431vnf2+5cxunNTZVquoqVqZqiOBPFjMRS6/HEsUKJAHqJ&#10;hfQAW4v9B7RLzVvm4Xr3m57g87zyaWrSoVaUGKClRXoQQck8t7NtTRbVtSQfToWjoWPcSB5kk8ad&#10;Fa+ZOA2nsj497npMHi6bHS0dDQ4zBUtOZwBk8/mKGigWW8rGZXgikUA3034HscPj9vbD47tLL7jr&#10;aUzxvDlzUyUgRV+4yNVDHFUxxSyoXEUV43Fgfra5PAy9peTr/nrct7h2uRI7tbNpAzGgBMyYAoSa&#10;jUPkCSa9Bn3g5y2/kjYtsfc2l+ma5jjYIAxpopw8wK1NPl0W/wCfvw27O+TnxEf499XZ/EYHcsUW&#10;z6rEVG7Kyshx00GzoY6hcbW1tFR5F4vu6qCNkIiKiwLaVU+7FMDuDCZhmlxGQpqiOQ38JkEVQNRu&#10;A1O9pEIv/j7mrcOUeY9lsoLfcrYiYDJTvU08wRinpUg/LqF9u5w5Z5gt1m23dI3WgwzBX+wqc19a&#10;cD1qs96/D75N9BY6nxnb/XO4MNkqGKCKfP4qglyu1a+QAqKmm3DQCfGOZxCz+NzHKtjcX49rDhb3&#10;BU88EfTj8j6n2DybiJysjVp8iD+yp6NlKMAy/D9tf5jomFRNkqOZ1lmMghllU3jKFwWYkkE+q1zY&#10;iw/w9onfIr0xtFUUFzLR5jFVkoCPaSlSpVaqNQHBu0Lm3Ps92W6vEgkfb3Y3CyxMyj4mjEqiRR9q&#10;k/kD0piit3lImXtaORR66ijU/wAHRzfg1kNvSdgbuwefqlgpdw9f7vwlNJUNTItPlKmkhmxsknkg&#10;csjVUQU6bHke5MlUtSkbkksYbkGOwLLYgm5P09zEkRiJVcLXqNZEYGWME6qn+R6M7trEPt+qWKON&#10;I8bBWuqBdatGnm0uBoaMLGqj6ADge8MjzRRq+lFUPGbKoBfULFf9jb26qxytpJJanRJOpAOkVavn&#10;w6Fnb0GHyGRixktZVVL1NPUx60vJAhilM8TPJpLQoq2AJuDzx7gB5Kh30qsbSLy4lVT6bf0BuT/T&#10;2posQXUSRXoluUUZJPHofcdFR4qChgq6ibI0dLOHFGadpNB0uQ6FrMGUm17/AJ9pSro5EqYmaOmn&#10;aOYOjsx1KQwNz6D/AMT7N4Jw0TgOQCOkMsgWMrWgI6NDsvPwZHGVpimztGJKQ08tOBElPIjAx3Ae&#10;W6sqD9XB9xMhRymcPpVSvqBClVBDBhe6rqsRxb29bTp4VKmnDopBCzwlRXu/zf5uhS23nKJ8FVY+&#10;SrqalJYXhaFpB5AjxSQMLxyN6ijn2Ou32Lw1bkgaqiKYRjj/AIE0VLUMDzzpkdr/AJtYfj3iF79W&#10;wL7LIoy0MyV8/wBKQAfsDHrI72uuEP1SIldLI1Rwo4p5/wCkH8/y1Bf5muD+w3D1oUSpn/35u4dr&#10;GomExlaXYu+c/gIXDywxoPJRRQtxy5YsR/RTRuP8dQJP+83Fv9v7xav9ulKoSBQgf4OpwivoRqJb&#10;tzQjqofI4aqIBZArykMFYW9POonj639y42DXA+ot/vN/YU3G3eDwaHJbo1hkSRNQ6ReTpmpGiCmz&#10;M5VgfoB6Rxxf3xva/wDtxc8aTwP9jf2NOW9zubOXQGdQCDXGPt+XQJ5n2u23FHpHWQEqP2Vz0KfX&#10;+4K7DVMPjnMaRGKcSagpQltJYs4KhABf6X/x947gSBiACLc/gj+n+vb3llydzjDuCRWc0haXgD6+&#10;n5dYvc2coSQJJcJGMVqa+nGnVr3R3eq10NPgaqulkGgU8Qd4yks7BdIEoKqqvf6kcf63tiz248Ft&#10;6gkrs7lsdhceksMcldlK2noaRHqJkp4UeoqpYoFaWeVVXUeWYD6n3K9ra3N3JGlrA0khBwoJNB9g&#10;PUeW+zbhf3RtrG1kmn0k6UVmaig5ooPDFcZ+XVjfWu093b9y1DR7Q29l9yZWejlnixmCoqrL1ksM&#10;MP3FSxhoYHkEMcEZZmAOkLf6A3I98lfmJsrr3FV+3djVcu5uwJhVUNMmHo4spisHXRLTSNVZaomU&#10;U0irHP6EiWVWkFiy24lXk3233zdbmzud02y6TaGZTRUPiOOIKA0ovCrmgBx1NPtZ7Db1zfuNpuHM&#10;MPgcvq6k69UckikMRoVQxGVodRX5GuDcd8Nvg92xu/LYrdfaGIbanXDiiqzT19dNR7h3PjpI6+IU&#10;+JpaMQ1uKYTQJ5Jak07pGyuivrshEtp/L3tyg3JJm4qyGqqKOshqnx9fisXHi5ZHfyTUkckFElfR&#10;wrCoJZZGaM8nUbqMl7r2n5Q3bb7zavoZIWWIL4gkcEsVan4mVmoFJqh7WAoCKDKrfPute2u/cvyb&#10;U9nNFK0ZXxlmlEimmnUQ7MjsQAW1KQeGOrf8n8bOr6nAR4CLHVlHTmkSiiq0y+VnrFhplKxPLHU1&#10;D09UXvZw8REi8Cwta3Xo75EYr5DbTXMbUVKDP0cU9LnsZkahDX7bzMFUcfPTtLDTiCoglEczwVFk&#10;8ym5RLOgw1539v8AcOQtxNjuy1tXJMbrULIg86Ek1DAhlPw0p3Vxx99+fZvfPZDmKXa99UzbY7Vg&#10;njBEc0VGyC1CGGFdKdprRmBB6LDj+m4+uc+1BvBhVUpr4WoP4ek0VNuPFiOoqIZRTVbzVELU8qLH&#10;NSniERmzNdJCONNQV9BR00VdXDJ5OCBIKrJKI6d6mSOJBJOsC6Y4pHa5stuOPrb2DopUdAB/Z+lB&#10;/kAH7B1hvu90sl5PLAumAyNj0FT0azD/AGc0JjpqNaGgLCSKh/sopPCWDadafU/4g+0vUz5ZsoaR&#10;aiNFcLIPLJDJG4DXETNM8Ta5dIJCkh9J4vz7O0isRa+MY+4YxUH+QP8An6KzaJcJrC1evAHP/FdC&#10;BA1DS0iy6LKEEXjj1K4H6rqFgdbHV+Tf237iyf2s7U8U7GKqjWFWi0iamqGIjFOqq3h8ejUAGW/P&#10;6gPajbrTxY/FdaOhqK8CB5nzrWnA8PLpRt+3SpqmEZEiGoqcFfn51rTgQKeXXVE8dRCsrqPIr3Kg&#10;WQAcXHN73P8AW3tOYmrbBZiGKPIyiOCFIpsfVgRAAK730RQPFcLxq1DgafVwfZpdxHcLF2a3Gtnq&#10;HX/Bk1pg+X59GckklxbsGhAdm1BhXgMEZJxUdS6+niyNLpaBuQQsqXBGliCBqLC1xzcHn2tKTP0F&#10;fJMkb0EiwSF0ppjpiZHlSywO1j5Fc/TkW9kdxt09usZZW7uJHHAPHomuUuotLHUVp5dQVxIp47os&#10;4v8AqeJrOSPpewtcf63sWMVuYbbwLvU6IqaRmgp1K6lkm1agsn6iiLDyGAF7cW9g682s7nfxLECZ&#10;Rk/Jf+L49CXYbQ3YjdqkVz9nRRO6NmHeW6qHFY15HyFKIq2q0OsTU1ChCSvTyDQJHM9i1yR9ePYd&#10;mmr99003iSnx0VPNLFPWyMx8dIxWRY0hYEySmRCyBSGbVclRz7EZktuXZI9RaV2UFUGe7hx9KYNf&#10;8PQyhs47K58Ykn0A8vQnHU/MbuxXVSU1LUCvy9flqWNqLFRIkslVWRo8U1RLPFIPt6KN5NMrvdVC&#10;AKGYhfa1o8fitsY/RRCONnjglqa2YSVddWVwTxrIwSTU5VSRGqFY0+gKk8kFzc3u7TVnJNCQqigR&#10;E46af4a1J9T1TcdyLoUZz506CLF4vcXY26JMvuRJ8gKczU1DiqZRi8bisZM8VX4Y/PTK0qVSBNTy&#10;hppeFdiIyoWODgr5oBU1NSEp6qOSSDyQqjElpFHluYY0AeJ7qbHi1vySXcJraJ/Agj/UTBA/lT+X&#10;QB3C8QvpjJ8ReP8AsdCLkcdhcOz0dDikjqaBlhkSkn+4jPEbRiBAkruPA91IFuAb3Gn3AlXLRVs0&#10;FFoigpSoSokWmjhFOqQok0k3+VK6Babx3jMZbxrZhYD27H9F9NHJNUyN+EE6q/w6cZzU1xxx0VSf&#10;qEVYnoRaJtvx4almyELPWVK/8AaUT1Uy1MjSMtKKbTReLxmZZB5DJoDN6fUT7ZMlRZHJvFPKiyUa&#10;VFMArtUTSTIYiI9CRLJJDp0l0Ja8mki/6iTG1uLazqiEiejZ7ceuTQH0+XzqOjC0hUhBxf1P+r8u&#10;pc+4MHhUqoBIkFY1PM3IoYoo2hKR+OYyzFVMkhWMvptGCDYhQAusRDisJjUisxnZ4omlMSwl3E0z&#10;y3McbKgWSUeNxqGkaubew9ePeX1yW1fpCpAHzoBg/Zn8+jYppGeA6K1urIbt3xuNpadohi0Z5FgG&#10;QmZadKilh8AECyKspKQapRpVwV0SKfxAr6+Xyw0dOZaSoKpJR+cwSUzzTMqwSSlYZlf9QLKxRiDa&#10;9xcq7a2jKSSSKrw8GpUMAvxUqcH0OR0TXl2YwaABP9X5dC/srZtGKeTJZGGLIgMtPXvFHNT1sP2c&#10;CyVcMMZ8M8UbPE6xsutYz+oEe2rMVLiompZMqZJIwJaqtl8DUkLqjD7Qqz+ZpJ1c6NKlVUEXt7WW&#10;KKIknFmdB+FRXUR/EPKg8+ghfXbv+ofhApp/Ef8AJ/Lodtm4Who6GnqKTCrQwsBopY1tNMGAP3Lc&#10;6UPpswa7te5J9putw8708NTJWMgXyCljjqI3klbWGeSWNVRyWisbFQAeePp7NLe/iDtEIa/xEqaD&#10;7D9vQZkvgpZBGWHn/sdCtRtESVVUJNg/pIANvoOfqPofaDrKmWjqVqIKueepJmaMRfdxmL1W8KOK&#10;bxPLKrkAj0WX6g/UQwotzFokiVYMVqBn55cGn5V+XRfJIJlaiEIONaV/LuHShgjjZbGNLW/of8P6&#10;k+0Vns/njAkVbaKRiX1GX1RelhbToUvqJHJtf6W5uBHt237eZHaAgqMfbw6KhFCz/pV09OkMShQR&#10;/tuLfS/9L/n2laaTF+CGTIx1UlZUXQCnK/v/AG8tg7xNd4meRlA5A4PJPHsymW7WRkt2At1px8qi&#10;uD5+Z6bmS5Mj/TFRbrxJ4io/1eXUj29RPCJZJMZTyUMcKnW0txJIVGplM0gJ9IJsBpJ/I45SsHNE&#10;u5RI59OA/Z69J/DppW4cNJ8vIeX7eve+InyHglqKn+JeFtLJI3Mfk8RQACOJmGtrEfiw5/r70yWw&#10;ZI4zF4n51/PPV2WAEBJYtX7D+09dWH9B/tvbFW5mrnoo4KZ5IkkmEMplAaVvpMshK2YKFAv/AL6x&#10;lBYxRzNJKoai6hT7aft6UJbRJP4kyglUqKGoOaf6vn137QlU9d/EKKFsfVZBLySSinUoJbSHxO7M&#10;CqvYEf2EIXnn6n8K2v007fUpG54auIx5f6q56EUEdqba6k+oSJ8AavKoyBT7fn172/T5Cajqo5ZE&#10;EYlgFQtIEd2Cq62hdUiUtIENxY2BF/p7L47dJ4XRDqIOnVinpX7Cf5dILa3SeN1jYOVIFfInhj5d&#10;ePP/ABvn2tP754b+AyExyzrIuump6vx6ksuseRoggqBEATZgR9Vtfn2QHY787gqgqNJoxXgfmK1p&#10;9oI4dF0m3XzbgsSgDTg0/wBnh9ooT69cNJuDxxb6C35/2PsIMpmqmQQyQzNBTuks/jgKxq51sP2o&#10;/TNZmADK9mH9bG4GtpZRoCsi65QAKmvy48R+YPQts7JV8YSqXnBUaiSaCnnTt4cKH8q9c/eClyzv&#10;Sw19Z6qqQxxOH9XrDIkUsosug+Pn6i9uR+PbstivitaxAeABUU/bQfKv/F9XuLFBPJb2/wDYAVrw&#10;PzGa1FfTr3uLmK5aqjq4K7TUt5VWnRdBTlWb/O2uS5FuLW9qLG3kintpLc6f4j50qer7fatBdQSW&#10;1VFO4+fHr3sLZMuJpJIqzH08AljmVTTKECSqWa8kYJjXyRryCDz9LexZHYGFB9NdEgHNc/sx69Dt&#10;Nu8JEktrtmCtU6jUkUHA8TQnH8+ve2HIVFMwWE1DSQ6BD4VWSNShYkxoA6uJQx+ur6jj2ZWsUp1S&#10;CIiTjq88fy/l0a2kNwpMiw0mrXUaE8PspSnlTr3tPZLEVKTIYU8SoY5oUiZfIkDagEZm0VDsob6k&#10;n6Dk+zO1vInjPidznBr/AIfQdHFluMDRuXNSaqSf4vl5fsHXveWdqrRTY9KJYplT7mKqF9TRIGZl&#10;ltZGecAgEtwD9D7ogjJe5FwShNCPmfT7OqwrbAzXjXBZD2lfRuGMVxjr3t2oaryUhQMoSWZplmii&#10;kLRSJdTFIFdi7DTpAIYaRwL8+0NzGRNqqSwFKYoRx/LjWvqfTHRdcxGO5GDrVaFajuBzXh5HP2/L&#10;HXvalxtcpalpYKl0hqEklkDBlhZxJpSKJXUOXUAkkXHI449llzblFnlaJSymg0kE/Mnom3CzAFzO&#10;8IZ1ai0IJAIyTTGcU/Pr3uNl6xaXJ0NVPVVdXBLT/wAPiSBFLwlauSRIofJFGsMUjyW1Fr6r3BBH&#10;u1lAJ7aeGKJFmVvEOquarpLHPH7BSnzz0/tsDXFhcwRxRpKj6zqrQjSO40rUj7P2HPXvb3j4UHnp&#10;q6aNJws0lRSKE0xhJjNFK1Spby1Mfk5Ukc3+o49oriQ1WW3RihI0txJ8iAPJSeiq9kc+FLaIzRVF&#10;HySajSwCkCimnHPr173BqstURUjyyRJHFmFWKN6eFZKutMbxLCyygNLTSKkgLHkSKP8AW9vRWMT3&#10;GhW1SQHOtgFSoqQRSh+Q4g9LYNtje6jjDnxbfJ1NRUqKmowGX0qKg8D172tNsZDIUzwV1RGKiNWS&#10;No4zCIoNKaUYQuCiSqxBZmAkJHPPHsk3a1tpVkt420ucg5JJJ82pkelMenQY3y0tJhLaQkoSpIJB&#10;LGufiFKinCmPPr3tRZaWT+N0jUpSc5RIqmlV5VeKN5JlV4ZHgFO7rGRouxFjYkm/sqs0X933CzBl&#10;MRKsfM0WoIrX/iuiexijO23KzKV8BirGhBIAqCNWoVJ44ofIde9ueTpMiI5pqFqeGaJkigp5GFRJ&#10;LF50LFjCvi8saEh9J/VwBwbJLO5ty0ST6jERqYgEUP5nh8iPz6Q2k9qSkV0JHhI1MwBUBqNT4s0P&#10;EV8q18uve0NkKapgqWTITwxQyQOpDxKp84qRIZnULr1aFaxW4W359iK1lR4VNutZA9ePlSlOPQos&#10;5raW3R7SJjKGBBB/DppT7P5/Pr3tDRVdVT5KejiaeSFXDQNUlFjbyMdMycD1RfnUxFx9CLexC0EM&#10;1ok8iKJKZpxx5efQolt4JrKK4kUCVhRtNa44qf8AY/b172vUhakk0ZCKBUlkppKywp6enngjeeNZ&#10;KREjhiaJ2pSrMoBdlsORf2GfEEyk2hbUAdI4kEhT3k1JOcVOB0Fmk8eLXZyuSofwxVmZWIUnUSSQ&#10;e7FSade9yd0LjzJRriEl88SyVcssSRJLJBD5XMH2ryqzMy3sdJZigC+6bS1zpuWvmBiPbQ1IDGgB&#10;qF+z8VOmdia7VLo7iw8MsFAJNAxoNVdJ89Nc0AJr8vew+yf2EtWXlBxZqKOnr1qKiRYzOrS+qB45&#10;JkkCzCGXS4JIK3sT7EtqbmOAJFSXRIUKgcPVuHlUYPGvHoW2Au0tgsbCcRuyFQOFPMEChoWWo/wd&#10;e98aSZJZqbzLSJFO/glgcRrTSM7gqCSYhIJFAVyxtc3tx73cRtHHcaHYFRWvmPX7D6dWnhZIpljL&#10;mRBUMPjHzBoSKeX7Ove1LSbb25XzwZWDHrHKKGXWpZ4qVahG9aok4a76tQCaVDWDDg+yibdN0jjl&#10;s5bmsfiAA0BYg040/wAOeiW73rebSOWzlumaPxARWjPQn8Wny+fH1697TefpHrsSKkRxwyR1csqK&#10;srgmmDCMgIDpYRtZgWIYW5H9TfbbjwLvwi5IKAZp8WaftzXo52m5SyvvCLFkMajPHVQkZFOOa+uO&#10;ve2bH7dgzBosTTxyx1NDNNPVM9ZHTmvSB43nhgnZ3WV4yUZVYLdb2vfhdd7pLY+PeuQ0MigL26tG&#10;qoqVx8VCK+X5dGd5usu2C53GeRGilQBQE1eHWoBKihzRgSD88efvc2l2pVZbL6JqH7+RVnehWWse&#10;mW0TgLIsipLqmpigDAWF7kE/T2kl3iKzsSY7jwkIGuiV4/KtKEeoJ6Sz75b7ft7Sx3XhRkrrogYi&#10;vEFajDVrmuCAeve1dFtCnlwFc0uMx8cOZh0rjJJXqIaWqhDU9eq16JFNeGSMaZCxDBipB8YsSfvl&#10;huNsYrqQtCfjACEoaFD4ZqMjitKjBr3dED8wyJu1qiXUpktSP1KBSysQyHQSVyDlCKjjXur172Bk&#10;vWlBg81Kc5jZaqSoZ2xcmKr4Yx4kmMbw1DSR28rsAw4UBSfoCD7kGPmebcLJDYXCqEBEniRnODSl&#10;D5efGp4dShFztdbrtkX7ru1QDEvixk5IBBXNABkH8vPr3tMbk27DNMTiDTUdfTRRoZahUFfVUi2e&#10;lppKuJIi01I0swX1WQOQLBmBNdpvkR3uLtCwkHcV8iNXrXtyTT1z0e7Lvc0cQXcBJLbSGoAJ0K/A&#10;uEJI0sAvlmg8wD172ztR5+l29kamhNNC9LLEki0njmmeNkmpXLExv4pZnTUrago1XAAHBi09hNuE&#10;EUrOwcEipOD2kUyMCvCn29GJutpud3sY7rxHWRfx1AGnSwpkVA+GhBJ05J8/exL6+zlZQY2LDbrp&#10;6zIVlS1Q9LJPL4Y2o5aWOOjinC/bxyRwMnpkYlvGBxf2Dt82sPPLebbdp4QbuoBq1FiTSgPrTh9t&#10;TnoEc3bXa3d7LuXL80cVugUMEFaOGJcrUMRqBqRgVrw49e9uWZGyKlqTD4yKaOuhl82Yp5o2ejnq&#10;5vFIHx8icOIYkQyKrMpH05uAl26bfNVxc3B1WoUIhAIYKARpOrHmc0rXz9Um3HmaBbncL91NmyUh&#10;IOl1UAjvBrxJOkkA19Rk+9pHbtDs+uzJjlM1Flo6dIKNxHrxXkaaF5pTqJnW4B/SNRP+x9iDcpd6&#10;t7JJEVXttZLVw5FOAHA5z0Id3ut/trAsNMm3mTU9a+LQCgU07T172bjbWEzGSqcZha5TLjKVdEtP&#10;GDLBX0lQkNOJqGeVHQSi6XKabkgAgjU0K7rf2NnFe39t23cjVDZqjrU0kC0NMYrWoHpjqGbufb4l&#10;ur62Ui6ZiQeBRhmj6ctjgM1Hl5dcJH0KT+bEj+lwOL/T8++VRhcbgstTx13lngo6/wALaYJNMgmW&#10;I/vM/jkIdHW08DSQvpYBzY6awbldbpYyvbHS7R59fPK0xx8jkYqOldnul1PBIySCjx+VD6/CQeNc&#10;kMqsDSqAcePMkZ+mo/T+n0/1/wDH2pMSkB3HBhaSaSJIp/vKPJIkxkNIxiX7J9dOjtFA5dLXAKab&#10;/m5deGQ7W+4TIGJXSyGmG/iFGwWGeHHj0ujk8aNbsqFkYAEU/EOJHoSMk+eeolReOGR3QMEiYFb6&#10;Q3pIA1EWFyfr7MbubrXbu+MPktk76x2G3Vt7IURE+LyENPU4XIU8sYE1LU0sxcQS+oMAoLHSCCSA&#10;BCm4y2W47bdw3diHsLhTHLHIuuq/Z+JcY81NCKHoT8tcwb1yzutjv2wbpNZ7zbOGiniYrIhBrgji&#10;ONVIINTXoFZ9z/aRfxPHUVXSFq6WjrYZ/Iaym0PIolhURPBJETGP3eFGoAgfX3Q188PgbluncVSd&#10;kbIhzW49lbf3Hj9w01BQ1ORrcjtSnWQU9UPtaVpFr8bR0al1kdXeKMEta7N7xJ9wfawbFDLzBy74&#10;s2ywzK0kdWMsGa6lAy0S41MMKMMCDXrr993X71+z+59lJyF7lfTwc1yWjJFcuESG6IWqp3geHOzE&#10;Y+GVsxgGgK42bvzF7qEtNG/hydG/gnhlUB5QI45PLHpf9F5LH/H3XfUfIvbvV2GGys3iK6Dd9T2J&#10;VYDGEUYfBVG3axaLL4XPyU9MKeOnoYsVXzxiRBraoRQVYXIia5u2sVmgLgqZCoFMZUMG+wipGfTJ&#10;6zv2XlTbuYtk2zcpwTP4a5DVaoQagTSgoaClK0HrU9KtqeskykpeWP8Ah5p6bxJ40E61KvUmoAl0&#10;6ihUQkKSQPV/hZPVNRT43cOHym1KuqopokiSi0Tyx1KyUcs5lyGrTzIQ5A/teq5+tgSpIgdZFJ1r&#10;wPp0KRDbraywXESmFzkeR/1U6dXRJFZHUMjCzKRcEf0I9unyapJJvjxvegwsOOTKyZjalQ33f3dO&#10;s8X8boJK0JNQ1FNNPW1dTHGwBa7gNf6+7XVzEtrJFNGJInKrpNfNhwoRnz6vtW3h9wW5EzRKq1DI&#10;qk1XhgqwApUYAHUXRL91E5a0fhZdA+hPpIvcE8Wv/W/tp+Kqbow+xaSu3O0VBuCnxmdzElb4tEVO&#10;0wpWhJZ3coopoo0V5XJDSekAce7bTO9onjLCyaQ5X+jQAjov5m22y5guYrCbVcW9RqrQFqCtcAef&#10;y6yTuqhA6ltcgj0AXuG4+n+A9mb3q9JkOvt05t8jSVEuWx1JHRRRTvLJmdx1uLgo6aGnikTVMaVg&#10;CwVdHo45PsZ7luy7htNy7TU8SMUUE901FqdNcg91afKlOoNvbeTl3nHk7abK010ujJKRwit49TVa&#10;lDmooR5jrBTXVpEKFPEXUA/2lDelxyfQ4+ntGbJ2zkt2NhOl9kZPI02/IxR1VfS0W3cjkaimojUm&#10;oyMkEsFP/DIJY6vQAzSRxjQTcg29hmw26+3W7t9o2uGSTcXYDSgLHOMAA+ZHEgfP1k3eud+WuXLD&#10;ceZObrqGDZUjqGkdUrjSNKnJ48AST5D06rqtaCOWrnMawRxn1SSCIazp0KXa49TCwABNz9PdkfQn&#10;xKr8M9KnZWUXPVO2laKgxdY3mZK37k1Yrq8wpHTSeJmOiFCyhiGckqoOZXs57EjabyHmDnhEna3I&#10;MVuQTpkDBw8nBTTFE7hq+LhQc4/vB/erst+tZ9h9tI5baxudXjXNFDOlCgSP8Sg/iYAHT8JBJJZ5&#10;MsmlaladlMulnbSNYUAKyar86Lcf4i/F7e7Duu9rYSLLijgjjqKmKNg31EECEhVEacAMOLfUfX8n&#10;3lHvnMhlWWzglCqiiqgAUGaDH2/s6wF3K8msbJr6eQkE1rUknAGanOAOkluOtrquk0JeGCSRRcAh&#10;nUgixPI4/wCJ9hF8mq6ujyWN2rNUGOkgAlWLhYpDINIkAVRqZb2+lre453m4WW3t0TAZKn51x0B9&#10;v3SfdNxubksDbwopQehOWJ+Z6VW0sRSY7GxzwxAVFYgeolNjJIVZgoLWBKr/AI+w+6/6fq81NG8U&#10;WiDWBLVyEsTqXV6SE0XN+LqfYetNreeRRCo0g5J9PPoJc2+4sO3qys5a4PBB+zhxz0q/ZudpdI4K&#10;hSJqumWpqNYbXPI4FwtuIyqm3+vx/QD2IY9vsrUa5e+QfsHUOX3NXMW8yfpzCC1PlSh6xSTKgP8A&#10;UC/0Nv8AiPa8w/TmIO6KirpqanQzhGYxpZriPSFBCWsAOTyfZk+821jaeNHbBZitK+VB8q9bX9+7&#10;jHabQJ5JY6kBRUlq58v5U6Yc7ufEbdw9bm8xkKPF47H08tTW19fNHTUNJBECXnqZ5ZI44ol/JLAe&#10;xnfq3G+bF1aUarVYuoiqInLMrAjgvawvf6fgewueap5Yp45ZQY3U+XD+fW5Nom2md7S4hkilBGpW&#10;qCaGuQa14enSMwvZWC3Pj1ymCymOzWKrI9VJW4qqhrYJo5IlZZIqunmmp3UhgQQTwR7aM7jk3bXT&#10;Ltnc09JR7ZrvstzUX8P1U1VIdMhpYqmRVDSaRa6awt/qD7CAurq/uYY7HczEYZikiqtdVNJZSSFK&#10;kA8VNM9C653mw5U2d7ve9ojkkkj1RMWXUB66aZP20Py6n4JcoshhracMtY/lpHWXWywW/VLYgDg/&#10;UW9hlu3amdqIJocBlHxessoeVpHKm1v1OGsL/wBPazmGZLS0/wAT3GWO4bBq5IB/40f8PUf2Xu1b&#10;G5VrnakkhXIqBUj5itPy6XcVHFGBe7N+btfn/YW+nsCDi+5NqVDyS5mizlCpu0dVRQzqRqJCmRoQ&#10;1wB/T8+wBa73zHYu2jdfEiODUCSo9Crpq/MU/wAPUl2nuFyLvSDx+X0inPGnZ5DgKnrI9LE/+rT/&#10;AJZyOn+9G3sSdvdo46qYQbu2lTKLENUUSCNtXFmAvGQoF/7PsW7Pz5uszMGnwDSo7T+asTXpu8s+&#10;Ub1qohQ19aj9q06ZKvHZdVvjso4YfRay06sLHjlP1E25v9L+xposJsnc0CviayakndV0xzP+2bqD&#10;YgsWA0kf8b9j215ovlAdmSWPz8m/Z0H73lG1nPi2Uiqp4Uaox8zWuR/k6T0u4NyYUf7lsdHXoCSZ&#10;aEiJvHe5LK7MAVX/AAF7e0lunrCaCmkiqYIq2jkUkyRamj0lfSzXH1HsS2PMVpfjwXFGPFTTol+k&#10;v9pmEtG1LwYdKDD7pxWbX/I5rSg2kp5VKzJYXYFb8W/B/PuvbMTSdJ9tUGYoAhwuSrBT5TGvoaKo&#10;pZGbVaJmDB01XBBvx7K76EbduSzRmlrKcjGAfTHr9vU87WDz3yRfbdc1/eUEX6b8CCKYNONeHDz6&#10;UZ5BsfqOD7tNoUoMxg8bl8aP8hr8fS1tKQR/mahFYKbAj0g29oRcyxXDxStVw3/Ffy6w43mwnt7i&#10;4ilTTMrspHoQaU6io5VmUnkH+n9Sbf737TlarR3sBdS4F72+o5+v19nduQ4GePRFEtH0Hj1L9pGv&#10;r5YVZUOosG8ovwg/tMb/AOx9m9vbq9CRSnR9aWcctGYHHD/J172DGVrUrpqhYHJMcxR2PoUi3Nib&#10;3Psd2kLQRRM4FCtepJ2+1a1jiaRRpK4697SOTWRISEKsbXvc3Bt/r29ndoULg9CCxZDIC1eve0ZL&#10;rannVuJlX9v8A3sGNv6abn2eIUEsZHwV6EsdBPEVroPH9nXvbjtzGYp6Y1FdUD7iEl9DuqxgcXe+&#10;pP0/09l+839zbsVRgsFPi6S7xfbgJ0htEIhPmOPXvcjM1mK8BagWR5JIkEYAIBswBBAILAj6gc+8&#10;TOfLvbjd3VzbA+I4yTmp/wBXp0ztlrfmWl0RpVs/s/w9e911/NbuTHdebArsdjaxaTLZiM4yNkkj&#10;kcT1KEzeljqVUVrWHIB94n+5W+LZWItImpcykj5U/F/h6zy+5x7R3nuFz/Z7hull4uzWX6zagQDo&#10;I0CvDLD9g69713sxi6yAvWvL9zFVFqozhmKlpTqf+nOq/vHevkD13tg0xwxxRiiKAKeny+weXXvb&#10;CXkCoQ7fQ/kfW/5sAffvsPT4nJIp173ieqe92N7Ajnn6/wBefdWZUAHSlWDAEde98Xq7rdSSouNJ&#10;ta9ufpb3XXXh1fr3vklQrsi3AABP+H0+n197DhjQcevde982kj1EfqIsTY/X82H4v78xBJrxHXuv&#10;e8crK6aS2kmx03twv1/3v34sNIHmetg08uve4dND97WxUsbousqoeRgqi9ySW5A/23vaoBSvHp5c&#10;Cteve1FkdnVdFQtVtPDKBqYaZOGRbXIBXngjm/tzSeP4enFOrB697DzwTysUWB2Z3AAQE2JN+eeP&#10;dKV68/HT172rpMfHS4Bv4gQKoNIaZG4lBt6A3Autz/r+7/hpTrQyrde9o2JCsQZ7/wCNv62BI/1r&#10;390p1UDr3vm3oIP9kfX/AHn3vrQoajr3v17gP+dSj/C3H+829+6359e98tR/r/vv6e9V63pHqeve&#10;/wD/0rxZJFYaRe17c2/2/wDre8w92vUutIU1AP5HPXBza7NrViWIrSuK/wCqvRAt2Z4ZqcyAWHkA&#10;j4ABUsNYNmbkg+/Rgryp9QKlbni4v/h/j7RWw01kUAUYf5fl0pu2WSsbA6CD+3y6accHieOeMrGy&#10;SJokUC6lifxpA5/4j2S75a7RbRh91Y+KIJN5aPJF9ViQVEEj6bn0opvyL29yxs9017BDGxWqYzw4&#10;U8q9A36VI5X8RSZQSRT18v2nrbX/AJF3yPrd47C3t0nuWvq6qp2QcRnNsGaJZCuDyYrKSsoUazSK&#10;KSvp43Cr6Qkg5+oAHdO4v7SGsz1VWfex5aBcVSQkMkMTCYmVoQbtpK2/23uQeXLONmkvXfxLdv0g&#10;v9Kta/Z8/wCXQM5tvFV4tuS3EbQksx8xqA48c1HV6O8ddb9vRxrZqKZKt5D9DZCYlUgHVcX+tvr7&#10;E/cu16lqfx0LNHBKLOYyWZYmW8xUEXD/AOpP49i6624SQMkIpHQ49B0EbHcUaYSSLWjD041xTPTP&#10;hsvTx/8AAoqk0NgolsigLc/qLaQf9f2i+jaFNrb/AM9QDHyx0GUpB4qtYpA33Ebx3WV7G4kDWuL3&#10;v7xZ93rHXtU6wyL4cJLhSRQ6RU+uaA09TTrPT7tG5Syb5aWc9ozy3cXh1ozKpDllJFBgAj7D69UJ&#10;f8KStlr2P8F9vbuw268NQ1/U3Y9Ju+uwc+XpKabM4qpxWRw1QtFAwYPkKSSuidY2BaSNGtzb2a2L&#10;AYakqKieAWqZC8rQNUBreQ3LGG+qxYHm3vEfbB9bcPM1kwjYaixwKjhTzx54/b10J5wtpNi2KIvd&#10;JO6tpVUFHqeOojgKUp1pVUfys717Uwu0dj5uoam2xgYRjqTNQYSCjk000X2cdMcnFGscrx0sjKv1&#10;ZiB/sM1NkJFRTUmGkWYnwws/7kioLLIWYKTZb8e1gtIrqLXfWqK5qoUEcONceeMfKvUZ7BvPMNtc&#10;R3UG4MktCWqhINKVBAU49K0BNKHp/wC1+pNgzT5bGbDxGd35DhMZRTZ7cdLSyQ0uMyNXErzQFoka&#10;VkSpJvqbSSwIBAJHszS09dSpPO9QY6dlfTTOUMgHqF/zY39o7TVFLJt0uoJ8XE0+QpTj1N24cvx7&#10;/FZ76hDFowHrqbJ8wCAoH54PQJfH7tXdfVG68vtjblDt45bcQfEQ1e7KGKopseJg0LnTOGWNmBt6&#10;lIsAfcLGTRNQTigjmjdpS96gkqxAsWN73sPZ1FaxpLCxPYcUNQD+3olu9ljtbeRbLEijzrUDzoKY&#10;r5dLXtnJZ89hYGTtXO4jLUtNG1IkG3hQQpSBBLNEsIo4PGbGbj1H/G3udR0v3IElS0bTqeCgK8X5&#10;H44vb2t3G5O2xxyCEsjnNMjgadBfa9lj3PcHtvERGjOqhpjBGan4s8BXpMb37Cqts0cNLtdcpDtq&#10;ZPt5aWucyxPIIw4nZZIxoaoinuNFhYG4v7USQ3iGr6BTbn+hP9fr7jSa5aW8mliUqWb8x9nz6yY2&#10;TZo7fl+3iu4VIEIqTgUpXIr6ftHRLcrmpJ8/NLSzyCSapclVUCzFgLREav7X0PH+PtOZyurqR6T7&#10;ONHFQx8zu1gguqkiwP1Df7x7F1hJdaLUrFrJ4seK/bSv+XrCznu53G25g3C3kfwrIP2BVADV+f7K&#10;fb1ap8Oeq+lt+7I3jm+wNwV9Bm9u0cNTSU9NIDU1SICWWzsioqyQL9PqD/h7zxhVpA0rxxPpHmlW&#10;RbHj8X08D2d3Sz+PCjktUeXD7c0x/P5dDrkHcU2/ZZb2+kCeG1VrkmhwPM1+Qx0W7s2ikzHZS4PZ&#10;lPlcpSGYw4nE1OmapWNCqguVYoARbUNRA59w4cnAsNTBSVUMsym6iR1VR9DZ3PpH+wJ9sjls3t9a&#10;OE8RyWAUaiCQK0FAamn5dCmb3e8a3vowBFDpB1Ggx5nJx+dD8un7MfGreFRndk5rd+zsrjsfmnio&#10;5YcHj56ysqkMojFVSUMAaSokAIB03uf8fq30m5IFQLlchjg8zHxKlXC1kDeMm4IFlbj+vsYQe33M&#10;sqiXbrGQyL+EK3nwAJANT8q9RtuHuDyJcEw7puiEvTu1LX58H8h0P2e+D3dmUkOS6J6Y7fyNHt+G&#10;oXMVGW2JntD1a05rkihjGOeoE08CWRCgUuQL/n27vlMA6FGyWPkJTTpNXDbQFJA4clRYcXt7Sf1C&#10;90bq7RL3lG7SDUaakBoTXLVx9pP246Z3bmb2Pk5cuYNt5ljO7ZyJAeBBPbqrUgEUpivSN2t8Yf5h&#10;OK3ViM9H8Y+74YKaqpqmjSq6t3KlJJUK4aNagVeKjhSIlhwxt+D7KZ218hcN181dj9mxPJk54hbI&#10;z/uIs35EUTFtQW1r2t7nrlT2OtIUtLvmFQJNSsyLXTjzrwJzTt7ceoPWKr87X9xcXFrst2zWyl0D&#10;kAdhp5g1/wCNdbenxM/kzbt7/wBu9a9g/Pispa6nwDrlsZ0xhYkpKamgelgkpIdy5ehjpZ2qlqDq&#10;mp4XCqV0E8c1lb43h2B2FU1EuUy2Tr56qqdwZZWWnQOQyBIoxaNI7W5+gPubLLY7exgS02228IE0&#10;rnh6efp0k1xF/EnfW3q3H/evP7KdbKnVnUvVvSu2cds7rLZm29jbbxVLHR0WK2/joqKCOGCOKNAS&#10;iCWWRxFeRnZ2ZgCT7BvMU1DtwLNmqiKesRGPhWZeGS7apGVjyjfT/D3uextLIiW7ZWnC0pX/AA9G&#10;dvc3ToUtoyARig6FFHM5YrcR/wBTcXFvwL+0Vi+x8fuCTKbHWCkFFmKCsNXPGpkVHjRniHmBsHCF&#10;m/oQhF+fcJ+50llutjAsMKAxlgWFcVof8Kjqbvacbht27tPcyHwXUCnz+dadNuQx0LT0eRsfuMe0&#10;pitezpOgSWNxc+kqOLfn2GnWlf8AwjcVTtBnaKsp5ZKfHWYMIsnQtPUQhfwYK10k0A/VJdP+PuIe&#10;SZfCv1saUlfSE9RIvw0+2rLn+LrITmy3huLZNwjTVGKB6/wE0J8+GPy6mVyo1NKzJrQoUlB+vha6&#10;SFR9LhT/AFHHs3+c3NJXUGMyFXOjLW0caVKMiABKnXFMutbAzCWICzX9Sjjm3vJSyv2mhsrmUAF4&#10;xUfbUsv24Yfb59Y7PYLZXF5axqAqudNOBA4H1yMjpE4nEwUc9dBSqEalnYoFudSo6lS17XQhgb88&#10;A+8S11XQVuOyPkb7HLiCSoB/S2VxEsVPXyixKhpaSqWUAW1XPHHtxIpBfER5GsMfma0Zv9spNPy4&#10;dbm8PwTGzgNQgV9KY65xU9PVR12PuPPjA708XIaLH16TS44f4xQvB4FPJtDz7CXEZWtm3/BlAki0&#10;q5E48szro8NSstG8ig216Xk1Af4ezKETfV/UFaDVp/2vBqeXAmmemZ5AbWeEH8GPtpVf2GlflWle&#10;lXVUqHEyU9rlIhKqqblpISJ4wLkf2kHsdd1YmGp65yNGiyU9ftbe9W1O8uuMrjNxStkKWWAOoWSk&#10;hyDmJiLgGMAm17BSK2NrzLdwMNMGp9NcZLlx+VT0qW6Nxs1lKWDEaS1PXTox/tR0C2Bq6nH9tRm6&#10;vi94bEx06vGwkQZva0v2VRTyOpZYplx9SHVb2YA/mwJdaCqnjyE1CITBOtPOnpHDSpUjRJGWNlAS&#10;tN7XuP8AW9nErMrTIAdYiY/aQ1aj7A2ftwOg5dJEESQtwYV+ylD/ADA6HqRgU1X4sf8AX5t/S/s0&#10;3W2LpqjcGOxwo0o/ItAMnpKSl0nM+OlmnkayLMIcwNVtWkC319mdpbrFcaXIFacfI100Pz7gfMUr&#10;muCGXvJVVpXkJQGgr6ULkD81NK08ugo7Kq5qLa+VrEZ5Jaemqp6RNALGopWjr4I0VdRexo7f69vx&#10;chnpduSP0ptXNVUFRJTbe31vfb+QaFyZPs8nLRS0JiDsYtK5CgvZhYhx9PaGwlaOztH8KpWeVPnR&#10;/DCkeXFK5Ix+zoYOHPiuXFXjVgPMaSRnHoxpx6RFDvGOn+SG7Nkefxzbk6l2ZvDGQzII082D3Dub&#10;FZZmYWmbVSV9KQoJW8R/ryXvJ0kFfuJ6WKgeGwgkMjuS9TJo4ldUJRWsAPSPx7bvES43FI0h0YFa&#10;8T8zxFfsr0qe7aOyDiap9D0YiAyLCvklDta1zwL/AI9RA+v4v7FDbmNip8LvvGyQmOWDExNHG2pW&#10;EzGGS7BrWMZYcfW3utwhRdwhSoKx6R/tgCf8n5V6R208kotJDxdmP7AQekvmJWbKbbkhkUo9bMks&#10;iWYCP7WpVdJ/SSZBb/Yezv8AyD2THuXrHqPdMcDSyw42gxNTdCZl8tPIKDUBeP0y3Tgk3f8AxFzi&#10;9ihlsdnemWgSI/7QHST/AL0/8vyDO43LQblcafh418j9nzx1U78Bez0w3yW+bfSWRqkT7XtXNdh4&#10;GOSZUVocgKCLMFVawad55IXS59QUD+vtUdL7R3JsbF12+N2XevjgxuBoo67Wa/HbRSZPv9Hj8ZiY&#10;u6rF5P7C8j3Gm/eBbiQxN4kCyqrg4OktpZlHHHzpx6Mdrhk3a4tkMhQNE5Wv8ek6Qw4gE5NAeHSD&#10;+cPZ3XHdW4cN8bdg1j1FJkJtw76r6zbzUy4LP9n0FBL/AHVwlVXBGWroUlRpa8U5uWKc/X3X3uqh&#10;im3JvrIRCNfs8jUxxGQlQTkNzwTJKQobgQw3P5/1+fYLkpJFu03ARqkYB401KP8An0/y/KaLIMsW&#10;y27juIZjT/Sn/Pn8+rg9nTyrtXr6kmHkkqcBhPuGCJpZqbbsUUo0gBEDzHhQPTe319j38ldywbkm&#10;6s23I5kgx+0tuyVas4IK1dMk9RZh9NVKn/IvaneHMku3RuciFK/Zp1D+RH5/t6tyrZR2s273MSkP&#10;NcykV/0xH+TokXwJ6srOuqH5JbomWIVO+PkB2HkaCNIp0Zcfjci+Nxvl8qKk0r1McssjqLF3/Psr&#10;+braDd2H3BXUMVU1RQZypVVf1oBBBK0pgWJGtGxiiAF/pH/Ui4Wa6Ewu5EB1JIQPmVWuM+hHQ6t4&#10;Gt3t4nI0uhP5k/Oh8j0fLGRzYSpxdDNLT+AYeCGUqhRy6TU8UJ1GxILSSX9mQ+PdBTbWwO8shPEK&#10;XIU+1sjFAksgSWPL18R1P+opqBoyBYm1hxe4FBNbxwTaiRIqvg/xMAajjigPpkH7el7xFmhiCk/q&#10;rWvAKDXHzqa+XRH/AJm02c31lejdp4f9zE1fcW0s7uh46SSeGfaWAmjnq45isY0Cr/iixKSy+srY&#10;3sPafxfae0+is5Hnt64Op3bRZ9MrtrIUtBWU6V+KNFX0lXLlKeOpVFqJzLAQIy8OvVw49yL7Te46&#10;+397d30qOyuFjbQRqWlDqAJAIqKUNMcCOoa99vbS/wDcXbLTadqv1trqGVph4iFo5KAgIxU1UGuT&#10;Q/YejNGj3DvbHCHaWZfa82ObEZ3G189EKinyFPkaWoY46picN4oQpBZo/JZ14B4PszuzOyuoO0VS&#10;XrHsajx2SCmT+7m4502/naWzBUSOGrkRah9TKB4Jp/rx7zh5P96OT+ZrdY3uImmAAMb0Vx5fCx7v&#10;tXUPn59c/wDmz2s565JkMm5bPMkQOJrZWmh+3VF3R/7dUpwIHUCXKbrxGPOK7J2ZFuHHVivHUZDC&#10;Uf8AGsTVmQESS1lC8DsI3j5dZ4IgSTqJ+vsT59290bTsgr5K6KOwTzU8eRRo+CugzwLLISPyHNh/&#10;T3ID8t+3HMYVrnbUEjedShB+ZU4+VQOinbucedNvVVsd9eSEDCuwcD/ejVfsJr6dFa3v8Ev5e3fF&#10;fW1+6ujdkU+brdUtTkcHT5DYmUNR6F8p/u5X42kd4rarMj+rk+8sXyS3JHG1NuLatDULfxyTwyT4&#10;+a/+r0N5Ywf8NJ9p4vZnYbWb6nYN0eJiPhJLgn0rqFfzB+zoV2XvDzBbtGm6WXiFT5agfyY4/n0W&#10;nKfyMvjLQ5Jc51Bvnf8AsLKo5mpIa+ux28cGkMsQjkj8E9Jja6fylQAxrCyjnk+3DH/JPZqhFrMZ&#10;nYvGoQNFHSTopBHoV/uYGBFrfQe3JfanfQB4F1atT5sD/gIHRrN7tbZcsZHsJUauRQSGp451V/YD&#10;0lc//KL7NierbbvZ2xqpKhxOn8Rpc7iagz6bEySQ0GcupPNgwA9qej+QfWuWqqeghlzFLU1c8NPG&#10;1Vi6gp5p38aI0sD1CLyLn/D2WT+2/NFnFLcSRQvGiknTItaDOA2npRa8/bDuE0UK6lmYgAMuk5NK&#10;09M8ft6C6T+WF8oNm09fmZcxsPcNNj6arrJaLCbgqoamSKniaU+M5DCY4PO6KbDVyRyRx7GxUgVL&#10;nUWaNC1o4VDNcr5CQD/Q/wCw9gPU5Y5GDToynH6khjRQpavz6KFST5Us0Tutoqpok8tVUssUKFo5&#10;IENnRjYcfn6f4+2yWgiqyQiyBgDc6kCtza9tI4P+v7WrcSRAEsNPTDRh6azkdCxh9/ZHapF6mnkh&#10;qGjijQU1TUSxqFCj/OF0J0/lQPeOtpF8aq8RZQmm4Oq2gXOq30v7tDOdbUOSeiaSNoZSRg8R8+hG&#10;2NvM5I1FRDVmnqGqpGMVUDA8nF9UMcqAEG/AW59rzbDosE5Ya9FFj5mc/QCCCWE/7xCP9uPcL+6W&#10;xy71dctwRgBXvJY3JFQA5Vq08xUniR1I3Ke9furbt4uGc6kgpQGmqjEkfZ3A/l+2lv8AmJdYZLfP&#10;YPUOFo0jhjyfZ+/sFeSGeeCMbu3Nh8/SuUiCssMtRknZhcfRm/w9qA5TQ3kAEsYUkIshRTxqDEhS&#10;SVPttPbHldoFiO3KJaKNYL1wami6ioB+QH+XqO7r3Q5n+pma33F0gJ7VoDQcOP7ehBwH8tLp/Ibc&#10;ocbl8KId0lad8nm4XrneWSnqHlEdNRz1U2PBF1CkIzEgc39y6TIQVbMEVleMBnuwZRfi31B/3j3H&#10;3NfsZtlywuNrmEZLDsapGCMjj+fUg8q++O8WsYs9whDg0ypoTxrXHROPkr/KxotpTjPbKz1KcfUS&#10;qqY6tjkFVGqSw/cSmZPG3jiALPdfSo4ve3t0+n+At+fp9P8AW94375sh2C7uLRplMqMVwe0kEjFa&#10;enp1kHsnMCcw2dvdGPTFmteP+r8+qeN57Kl2Pmq7ETSQNVU8z04WGMusnjkeJ3SUXdkRk0ni9/6+&#10;we7w7Oo+n+s909h1lPPVrgKKFaSCliSSR8plqqHE4xXMskcUdM1dVxmYkgiJSVDGymc/YDk/dOdO&#10;dtg5daiLNOurUSuqMDU1DprWg8h5jrcuxW/NW6We1QyD9Z2U5oRGi+I3k2aA6cEVGcdWHfyvPjbu&#10;X5S/LLqPpNaymwWP3Hmv4xuGtrZanHv/AHO21jZ917pWgmjpamdslV7cxNTBRqE0GtlhLlEDye9c&#10;3srtnsHuLM1Wc3vnqrLzVOiRMfD5KXC49lh8IGOxVO6UVG0cYKK+hp3SxeRmBJ7rcue3vLXJu0fu&#10;7ZbJVk8Io7MS7sQSa5NTkk0AxU+XWQHLnJWx8s2CWOzbescYxU1LNkkljmpz9gqaAdfSh6V6I6t+&#10;Pmy8ZsPqra9Lt7BYyERiSSeqyGXyMpkmmmrcxma56jIZOrlnqJH1SOVj1lY1RAFAR5epqaeKjq4J&#10;3h+3ZYapywjQIvoj1Rtw2iZf8PTwPYF5yuZ45Nu3C1lMZifw5jSihRwJWpGGGQ2mmo+eOpC2a1ih&#10;Vo0iCrXHr8+heVQSynkMT/trgi/+29x4M5m6qqoqQyyVlMk7OkJ9FPGgdJbMDGGlbWhJP0Jv7XbL&#10;cbluF1Z27FpollUsa6UoprWpWrnyxgkEg92BpDYRSKtV/b12YY09QFj9P979v3RHyD3V0X3lmM9g&#10;MrNFQVea8OWxSTCPH57FTTJJWY+p1iRI546mQtFIqpIjrcH6qRBv3Imx8+bVvHL+9W6m6SVvpZM1&#10;iamSAMZepZSaOeJFcRb7v+yfK/vVybuHKPMVvW6NfpZxXVbzaSEdacVB+IEiq1HnUJ3c218funGR&#10;0lbFGZ6ST7vG1TKS9FXxqRDUKFKmSME+uMkLIvBI4I2ROnPkn192/tnDZba6ZCaWsqJqfJ4+qqIf&#10;v8dVFjC9FPCyyLIViGoPZY34I4uBgNzr7W8xcl7peWe6+EBGKoyghGXB1Ajhk0IrUGoNOvm/+8F7&#10;Cc4exnNl9y9zNaqIhmGdA3gzx4IdCRgjgyE6lbBqKMQ9xm3M5HJPBkKijp3pI0SKKljkMbRXW9TF&#10;JLGjtHKE0/nSbqbexB3niZ8s6wQ17Y6eGOqrKB4J1V5qkUkzwQ1IWFY2QFxyCXsTzwPYc2K9S01y&#10;tbrKjFVeorpUsKsKmvAUpw6x+2jeUt5BLo1xO6qwPkNQOoZ44I8vLPSzx6Q00ILxGVXOmUOLBwLC&#10;4N/1e2TajZPL7Yiqt8UawPFkJYaOsoalRKIKN5Iqda5KcwfdrUwzCS0i3W7A3IJKvc/Atd1li2Qk&#10;fp9yNUqa+aVGOAFB1JcjbckjwbZJr1xhiCCK6sny/DQAfb0gdwipxedY7eqpgJKfVX4mbX9pUeX6&#10;zw3jf7aVdIX034J9ys7hIs3FDE2Qb+JzVT0cGQWBGEop4leFWlLwp6V9LE2PP59+2++fb5Xf6UfR&#10;KuspWlCxNTwPRMpFi7usCmIZIqQfnmnr094fLyQO7ilWOm8YrWhZ2EkBqL6rMoa7EAG9/wA+2vAU&#10;tXia6bGV0tJGKeaIVsopKaV54xZ1YsFSN0LkaWbhbk/i/tVuU8N5apewhzrWqjUaL9mOPy6LL5Yb&#10;mH6qFXDNwGs/5ulHUVSS0y1EZkYSxeVdTa1AP9kE8g8f8b9iRlMjPu8UW1sWY46CjWU12SWSE0tO&#10;1I80MsUsyTJoeEwMhEhDh0YEjSbBOyW32ZbreZ5Q9w5NExqPlw9K8SOhHyvbS236kxJJCnSwINGA&#10;YNkCoowIPz6ALdbYrZDZPfFaJarKV06UmLxcJP3dRPLNHBBDTR2YsrtKGZlXSIyGIYGxEuho3xkE&#10;GGxKJUFBFGymQmqmkCxxy1FQHYR6z4QL+saLfQew1cSpdyyX142gHUfLTTyA86U6MdyvYlV5VYKp&#10;BPypToruGx77ry028d4CemeaSSSO0EKUVPTJJUSwY6hKmSYRrKwYhtB1fQE2b2oanDU2Hj8tWxqq&#10;qYXh9cgSnFQrK/lKDQt2dtBUX4uCpsQWx30l87CKiwrxp50OKf5ft8+o/vL+W5cqD+mPP1r6fs6G&#10;HbtVPkT9vQU5oqGFtdToRvJUfa28aU4KhmOlI/INQW31Djj3gFRWQwyUrtG6OzSRgU4ZI41IZHXW&#10;ZGd4408YcKGbj9KD3Ywwu4mPxDjnPp/s0/y9IANRPSrlpsZNUjILHNFJGHRxHWPBLJLKGiYnxxxF&#10;oWdyfE/6Sbkk8e3eOGaqgieWZRqcCnXUY5QAsRJ9BkZFTxkqBa9wo+ntG0kcUjBAeGfTPRpa2DMd&#10;VKqegsz28sXhcjVU1PSSSSU0TtWSIVMMfDoIxrVIp3dpQWB1CwJPuU3+SRq1OGevIJMv7jOJdDga&#10;FdiNegcIATx/SwDSFpXYS4t6cOjExQxKBpqF9eg9o6vLbrrak5SNafBeUGKHUC01Ol2UyuoLvTly&#10;S8rn08D1cscMmMYKKvJvK7RyJ4IomRJPEkRA8945DHKbsHZbMigfq5HvYuFP+L2aqoY1JNfirU4F&#10;Kg+Va1PHouu9wRVMUQop4jy/lT+YJ/PoQdt08j1BpMDCqGWnc1U08bTMZnctLHTjy0rvBHCP21P0&#10;dvyBy1yBRNFVy1tPHSFjHDQ0xNM7ujm0kk5JqxEzSfUabkE35sFi/A9vFbHx+Opu4D7FwtcfZToH&#10;398TVQo1fxef2dDzt/GPBDLQmmqzW+FJKmtrIxLGp0rGPHB6qFp9EYuurUARf2GucqP4jXN/CMjC&#10;9fBUsWlmmpzDTxU5fX4BK6RBVYAaibs3+v7Fdgn0ttS8tmFqyYArUk0oCAK/l0G3uwiN9ShNvT+f&#10;ljz6G3E4xKeljjlpQsTp+m5LmwBH1tzcf19smWzKRUlNjoq0ZCV2IqxqiBkqGkVqiSqmkQxpD5EQ&#10;rf6hePZhZWGud7l7YRinaaH4Rw0gZrk1+3orSTx55HYUTTj/AFCvT5T0yKzNoCc8KbiwA4H+29pG&#10;k3xXY2ono4WDU5pWWSQQtUI5iMvijie6OUSUDkEKR9D+PZzPy/b3cMMzCj6sZpx41H2dIr23RkR9&#10;ShiaAVz+Y8up32quNTKP8Bzf/iPYZ7j3fT/a1q1sHlykzKy1jPMs0S2NvHStIIi7WX6ICCAOBYAV&#10;7Vskhlg8BtNmAapihz5mlaf5+HT9jtk1xOhjelqPwnh+ZHU1VC8Lwtvp/j7ZMJWV2cvXUxMNLDEr&#10;l5WWGS8OoSeU3ZgXe50i5b2YX8Ntt9IJMzMaUGeORStOAP5dObnDbba3gSvW5JoNORnhThwx+XXL&#10;3Kn3fJTypTi8iM8oQAWWWeNmZXIYMSoBvrJZz+D7aj2WOQGSg1UFc8Af+K61Fs2pHl8QBhxoa4Pr&#10;5Z8vsNadesD9Rf2parflRBh6WLJTKtfOJY1SOdGj8DR0zUchHjblAzKR9Wa5/Hsqh5bSW/ne1U/T&#10;KQa0zXIboqXYvqbyf6RGNrHTPzqQR/L/AAddAAcge0nkclVRQK8yPF5T5FWHU8QPikBmLEXQstgF&#10;/tG49nNtbQvIwQ6qGmeP2dGdlaQSNpjkqFOa4PHrv3NOSnq6OKrhiqCqQxQzRx3SokdWVlEQBIeO&#10;NG5Fjwebe0308cM7Quygkkj0H29JFsktrh7aSRQSxYVyoHz+fofLyr172njHVVVVUGumtBT0soCK&#10;CJVQlggCwkAJCSCQWCtzz+PZmWght4zboPELV1eXHJ/Po4D28MEQtI6ys/GtR8+PqK+XXvbDlaqO&#10;ijgFJHNN4HE0rqsbuJnMv+aZr6deoMA1uP8AYXMbWFrlmMzKK48+H7OjawgkuJJXuXVdYoKk8Mca&#10;Z9c9e9h8M1W5CSskdY462SQqk0qotPHNIH8isq6I42YBraEtfmx+vsS/u+3tltlrWACpAySPIj/Z&#10;PQvO22trHbJUm1ABIXiVHChNTx41PDr3tnk3TU7ZhjhNClbVCZVbzySO8UTu7ianYyGmZPWDYx6t&#10;QuTxf2tTZod3keTxylvTFAPiHkcVrj16MY9ij3qRpVu2jtgtaqFAJH4TjUOGe4j5de9z8NmMnmcy&#10;2JpFAemaGoVqrQIjHe7yCcCxDeaOxIAVk9pNwsLSxslvLhqoajGTX7Py/wBnpHuO3WO27Yu4XB7H&#10;DLRckEinw4Pkf29e98KuhOTycgSkDzBHLRRvrjhYMGlKxkppLHnST9ST7dhnFpZ1E5CVHkK8Pl1a&#10;G6NnZIXuCErxPGmft/1Dr3uK2FeKoV4KdjVpqkg9FUftpYCAs+pV0KySDjkm4+n59ufvBXjo8/6B&#10;oG4d1eK8fTj8j08u4iSE+JcUtzQHh3Bq4yfTB4cR1724YzHZCtkrMlXT/dNGrPWVkranmdSCySM5&#10;8gZz9AfwP6X9sXdzbWyx2tvHpQ0CqOAH+Yf5ekt/eW0KRWlpEVViAigYWvAj7Ovew4y0NW27Y6Wm&#10;NUoy0mkNJdKSjIPlDTaNTLHEg1NxcAfT2KLF4P3KZpVUiIcAe5vKgBpUnoZ7c8K8vNNPoItxwBy2&#10;aUFaZJ697l01RW0VPlaSKqp51WZ2rpGli/yo1csNBBLjo3MTSCOR4/IEuyi5Itf2lkS2uJbSUxOr&#10;EDSKN26e9g5FaVHA8CcDPVJoLe7msLk28iPoGgUPZoBkYOc6SchfU+fXvebr1snXz1cVZI4iojBE&#10;IGaNI0jq9TAUsDaiGZxqIH0JH9R7pzELK2jiNuoBcE4BrVcnUfzxX59JucDaWkNu9sKGQE1Gokla&#10;fEwx5mlfn1724bj3XQCb+CU6N9wrzQyVLwsRTyoCI6hprGGRmZjxeyi/FyD7Y2vZ5yo3GVqxHSQA&#10;RkYxTiMdJtm2C68Nt0ncGIgHSG+MHiKZPD5Z9eve+oavcdBRUEeASGDKSOqvkKszT0lZHKPHWqEF&#10;OT4yso1gEhlYgAm3uskW2XFzdHctTWozoUgMhGVzqHmMf4etNb7PdXF226SM1kFP6aUV0plclhnB&#10;p86Vx173wp8jlqagqaiCmpmqcdX1DTGqZpVBpJqdRDDTSIhi8rAhGIu3AP0NnJbWzmuIY5ZX8OSM&#10;BaUB7x5tXNPP0+fTk1pZXN1FBNO4hnjFAmDVwTUsDQkUGr+XXvYo0WciytElfRotAfHP/uMjjgmL&#10;pLJkZnnnp6epT7as+0MCWI0yLc/qtcHS7cbK4aG4PiU4yEkEfBRVYjKagx+WPKtAJc7bJY3MlnPI&#10;ZUx+sSwoQEGkOynUpbxK0pQ0r21PXvcnbdVI9UjCFqDEZVoKKVKhxJXiYrJMJqcOfNF5FVQioFCu&#10;ACQ3HtvdYE8Mh3El3DVlIppFCAQTWhINTnyz01vNsgtnDS+LfW9XGnCFRQFScA0ycg1GQKUr73kr&#10;DNg8jJ4Vj+7gkigabI5OGCYNV1MUlPZfJHDpqPMqBHdyJDa4Fh7bjlt7y3ia5lIt3qQFU0wACOFa&#10;giuBngK9NWqx7vaKJJCLd1LUjiZloiENwBbtoSdIA05pXr3vJlopajECqzlSfHHT+JaeCRHnlR2j&#10;+6iVEURJIiNHpMnOm7A8W9+spI1uzFYQDLVJbABB7ST5jB4f4M9asHit9z+n2yGrF9TMQQoILaDU&#10;+RoeFR172hstjaLxRS441YLJAkKzRyRSzyLQmpakmADoXm+1cobgnTf/AA9n9puEqv4d5o1lm+E1&#10;HxfEPsrwPQp226uXkmS7MeKklTUKDIF1Dge3WK1oPnWlfe2+HLV8VA1E9MTRoYkqJvK5najnH3Cw&#10;FSSrBJGM0ZS1yDce1klnBJc+OJiJyCVGKBxjUP5Ia/KnmQrextJboXEdwfqWrpWg061OnVgVNVAj&#10;YMfMEE9e9uMNG9SGeky8k1YjQ1OMlooXMYxs9OrRyo58ZnjilIjYD1xtzYk6QjkmERJktAkJBWQN&#10;x1q1WHnTUpqPI56SPcJEyi4sQsDAiXWwB8RTUg8QGIqwzmlBwFfe0rT4zN5/J02Lr5SWlaqbH1uR&#10;l8Upl8T1klNURHUVCxQOyr9Ixc+gFj7N577bNstmvLcBWYhSiZrTgVrSuK188Yqej2a823bLCW+t&#10;EppC+IkYqumoUFT8y2SPiNONB172KeP2dG1PRTwmrRljq6fME0tK9IalI1jEVPCdQjUQRspZwfz/&#10;AK/sI3O9UkuEkCaDpKAE6tPHu9cnAB+XQCueZZEmu4joKkq0QDOGCkk1Y4qatWg8v2de9rzA7Yjo&#10;YJKSWhnnWed/NXNNFHSiVYifBGodNGgjgrcsv0N+PYe3HdXnmjnE6rpXCgd1PUnjn0Ix59BjdN9l&#10;nuI7uO7VfDA0qAS326s/sPDr3tkzG22p4CftU01LTwxIqtFHAVDNOWIlBZZw8pLgqi3+lzcrrHcj&#10;I5Hi96aSfmCaZxxH2dGG3b148iqZ8ppJqa6s0XyxpoK+Z697YdrbGrBUgotVqStpzSsWpJAyOGlG&#10;ktpmZCiHUAyhG4v9Lmm78wwGMLVQCp1fHgg0+Y48PUdG+980xGJNTIF0Go7xQ8K+gz5j4h5Dr3tV&#10;tga/a+TqMkcItbj6ditREKnz1ss81JULOYVmIK07qwDmJgV06Rctf2SHcbbdbSG3a/Md0wqp04AB&#10;xUivcM0qPOpp0QLu1pvdhBZncjFdmmkhdKgK6kVIr3Ch0kimanhTr3tKYilxqVOQkJqsfRyMiSY2&#10;rMzuYp7+eKmk80yxobl9J+mm9/ZzfS3Zitloks4qRIukCo+GtACT6nP59Hu6TXbRWiDw5bhAaSLT&#10;ivwlqKCT5VH2de9tvZ2OxWDhx2VpsdUmmYzq7tKkUMaQmIxRLGFWZ5pRI1yupQICWJ1L7U8q3l9u&#10;F1PYSyrroTXFa4/POafLGMVMuSLrcd0a7spLtfExQAHUa1L5rpAFMg0J8QDSKde9h3FU4GuoPv1x&#10;MdRGT+45EOumqJZdb1LSTSwRkPIdS63VQwLem9/YkuYdytJpI/HIYKaKKfqAD4f2V+2vQuMG7wXZ&#10;tDfskgyB3HUoHw9oY0VRmikkeoFOve1Dgtu0+OpJRiRj3qK2jqJC86zVNNF5DNEtPOZoft3kWaPU&#10;I0JbxkFtN1sXbjukt5cgXwl8OORaAUBxQ1BBrwx9vRNuu8S3k6ncmmEEMgGkEK9RpbUADqCmtCxF&#10;NQoK8evewxzcmSwtRJi5KZTHRy0MMP3FBK8tdJXU7zTDHVccKo2KMM7RySFwkUgMbENb2IbC82/c&#10;XmY+MHLEFsiMaVDKTimrPHzIpUkU6G+2RWe5QLuCTd0iOzUkWiCMgL4iEhhLgFRQllIYVHXvaZ3D&#10;uSDF0+TqpqHSlPAk0FUYnkeGGCRjEJTKqxSeKcBtHmDyCyo3q5NGj8C2E/1BIAJYChBOK0AINaHA&#10;pmhxjo92bZJL6eyhSfudyCpIALEAmgFSKr56SK5Ix173F2tUYjsWKWfDouMyNFFI0cju8DVxB1KG&#10;ikDiOecrwUOg2BB/Hvw3SSztxca3msJHCgFSNIpxHmVpXOa+XT2/w7hyd4SX9ZrOVqGlGCfsoaDz&#10;1Z404de9ifsDde9Nv5oYx6uuegHjeOhZz6KZWVJzQ1EdnpZ44y6lQBc2uLC/sm5i2fYtzsXuY7eM&#10;XJGX4gt5a1PEHFD6dBHmTbdgvtvF9Cii6BP6g4hgO3UvBlNBRvIcM466Kg3BAN+D7OTjpsbvap25&#10;RVFNXY3Iuk0Mz1ax1cc6IWWCOpIkUsHD6xYlm1H1fW0HXkV3sUe53ETxTWwbUtMFT5lcYoeP5dQ9&#10;JYXFlJetFJG6KRQiikHNaV4+X2dRZD9uksgVWVFLc/VQouRb+p9q/cWzztGelzrY8UMWMamp6SRZ&#10;aqspK+ErHIaaqWSO0dOx9Ss+oqRpJKjkl23exvEUu3i5MjzaiwNAyHPcCDlqChpSoyM9esNwvlb6&#10;dnMiOa0xg+o9agZ6bqatocpFLAk0bvIrLLAHUSxllP1QsDcEcf7z7Y8p2JNNTSPj55458W0VRT09&#10;SjOZqJlWYUgqad2Nl0sFP6Vaw/wBjZ8sIkka3ESlJqgsDwb+Khpx/n0MIL94nijlQGOQZI4jyHp1&#10;Bpts46FpD9vGHmK+dgzEvIp4kI4Goi3Hsb9jbgTe2FanzjpPS1NCQaOsCGkkjqmUss0bRI6yweIa&#10;WUj0sy/1vHXMuznZ72R7KOjhipoT5eZHmDkfbT8jS33GS0ZREn6qSalYEg1U4J+w0I+Y6BLfG0I9&#10;vZCDL7eganrdcTVNTRNJHU/spIECxlni+zZLhozcarNza3uiH+YL/LSx2eylf29tLE1Ag2vRSyri&#10;cfU11bkccKZHqUlpKUBo8phowWlEZ1ywKWAV1XnF/wB0/Z5bzxeaeU1EkKQhpbfuMi93c0SmupRX&#10;uWtV/wBD7aqOsn3QvvrWCWW3+1/uVcCPcnk02924VI3Fe2OViRSRmAAY1VmNBQkdDRt3cVLkKWjT&#10;yFpZovJqWO0a2UXVyvpjbV9B/sPdO+H3xhcNNTYTN+eho4ZKV33TjRNkcRSS1kv2UjxVL+Xx01fL&#10;CRYn0KWt9BfGItFpEWqj1+IeQ+fy/wCL4ddQNySe5tZdysLVmVRUgcaetK+f7fkD0ribfg/7D/fc&#10;/T2NnaGA2zntl4qqyO7MZlsdS5zB5inpMbJI00woJmNIZ5IZTDIBPKryagVIUi/s1v7OCCCB3uYp&#10;e5WAUUpT1/L8ugTyjzzuG/7ndbRDsN1AArqXlINeAwAK0PqaelM9darH9LfQ88fUfi17kn/AW9pD&#10;pXetXuaLd53Lg822CnemosFg6Gjmjx3ixddNVx1GUmSKnMsQeKHWHldX8f09obS7ikEz3CuQcquQ&#10;B55YUIp8q9CveIty21I7bbYEWVlrJJJUUFM6fNjStAP29Rpl1yQkeO6sD64DI9j/AKlwbwkf1It7&#10;sG6L+Hue71x2O3Z2Fkxt/Z+NyeNyeztsbRqcnjq6dKKpWeVsxmWaJ3oMo8KCWKmSNXi9PpsD7yT9&#10;qPZVucYLfmLfp1g2QCsUKF1Mo41kcgnS3Htz51HXKb70330ovaDmDdOTOQ4kvec5QVvLy4RXS3Yj&#10;tSCMNRpYxislVTFVbh1KHAA/w93L9d9b7Y6ukjzGB2ljhWvBHSV81PTqlXV06qUVJKogSyBdR/U1&#10;hfgD3lft/JvKuxWrWexbVb2kpXLxijsQAKszsWb5amPXLSf3s9w/cHfprrnTnC7vISzELM9UQuwJ&#10;8OMURMeSqPt6Tm5cLT57DVOJklaAT6WjnjVHeCVOUlUOrKSvsTaKmly2ZqhRbZosNFVoS9SV1yyu&#10;xAYsTe9ieD7XC7urWPRdzSGFMg6lFT9ik0+fR3uHNdraWiXQ3EySKaBABw/b5+fSXp9vzUtFFT5D&#10;MVmTMLKUMpSNLKxYeiNFW4Btb8/19uO3Os67bm4v4hQWtUoYWZ2MiAOfJIxBTixHA/x9k8lxtp+o&#10;nDt3jIJrXz/LNOr3XOw5g2iO0mxpNfL8vPrBlq2kSmkWd7aVRUAFzdAdH5HAB59o35FdMzb5w8GW&#10;wccP8fxcl0WbUi1MKKHMICswDFhcf4+0BYbhZGxZR44zGT5HzBPz/wCLp0X7Hcnb7h5Ah+ncEOF4&#10;0pxFfP5ddbS3dEHONyMwT808j6QLE8KTf6EH/b+2zpnO4Cpx8O3ipx+5qNlirMXWIIZ3mjSzy04Y&#10;jyxEjggfj2stXS3tPp/hlT+0H4uPkPNfUjHHqEuc9jvrLdZd2ulMu3sSUYVIUeQamVb5Efn0J7t6&#10;eLWYfW9xpP8AaFr8W9jpu3ZHYGWwFTQbFyuJwebq4ZEizOVV6iPHtpBR0p445PKQ4+hH09hTmW/3&#10;KbbriDYruODcSCEkkBIWo40CtX/Vx6T8q79y1bblbT75t889hGwqkdFLCtWWr09BwP29NzzQRsWk&#10;kJVQLoouH5P9bfT2HvSfxo7e2vvKh3x2x8h9z73npQ7Da2EoKfDbbLSQtGEeNUSSrjiezLrUEkf7&#10;H3EdrsXOMwduYue7m5BBHhR1jgNQQKrQagCQcr5dZDW3vNyVtt7t03KPtba2kUUqsJpX8Wc58qll&#10;BIxjAr0Wr5VbHg7z6B7W6VoqimxUnY2z8ttUZetp3qIMW2RVYxWmnhYPN9uV1AahyPZ3aSk+wjWl&#10;nAnVo3fG1iDh0iDN9tMoZvDOgPA/2319l3Ll3uuxX0fKu8yeJHRjBKBTUNXwtigIrjyI8/LqRfdu&#10;y5Z92+VZPdXkqBLbcLeP/HrPUNSNprrjH4lbSa8DXABx1rifAns7u/8Al8/Iah+BPyWq6/ObO3xu&#10;GE9JdiU8RbCVCVuRelIqahzFLBQyvVIHjYl6dwP1R2b2H+UrUqJZoYIEpYS7lljjjRpJL2d5NCi7&#10;BvyST7m6ytREgd3LOR1zI5q5jn3Wc2yqUtYzSh4mnr+z162x8FiExlMuqUVEzgFpQbrb8CMi2qM/&#10;UEge0dVUDOxI9Rv/AFNz/vHtHuO0C8JfGv8APoP295pFAKDp/wDaerMQSp1R6lJOpSTzxfiw9gy+&#10;5evYtTxKaeg6NrfcVVgQ2evewq3TtCBo2qaSFYpY/U/qexABvbg8Xt7IzG6kBh+oM9D3YuYZFZYZ&#10;5iyH7OPXvaZ2tXS0VSqRy+NtYAA+itr+tyLj1c+xNsV3ouas9H4fYTwPQyn3G9sD49nIQDQkfxU8&#10;vzGOscsMcylJF1KwII/qCLEf7Eex9r+0dubN2xX5TeuShpsNTRO7+Z1M0rBSESlAKtM7yEABL+x/&#10;JaukkT6hHcChqTxB8/Pob7BennGOK3tLZ2uXOnSBmo9aVoPmegsy+yalcnT12BdKOrE63mLPo8Zk&#10;QyJJ+2+lWjB+gPPujztrtNu0ux6mtwkUqYdMlMMWklll8XnK091jawYAAkEm39T7cutxlvrqONKl&#10;UIrXzoRnHWVnKfJ8fKPLkpvG03UianFagdCnGrIgDkMwA1EflgBcjgfUj3e51Dt+eh6h2DTVfqqh&#10;tfFtNdm/XNAs+m5H4EgHtHc3RW+lTzXSD9oUA/4OsJ+bLWO73jdrlMpJcSEfYWNOkW+aQ5uppQWK&#10;0ziFhZf16FDW9XI1X/ofbLuWBYNSePQy61v9edX4/wAOfYu2qTWFZj6dR3cbaqSFlHDpXU0okQMD&#10;wwFv9t+fYPZZ0jMoa7M4dSb2sDwOfY3tATooPTowsY2OkcKHqV7CuqSMTOiC12JIHAJHItzz7GEV&#10;fDUnodQM5jUt6U697T2ScfpN7hiSLDjj/ifZnbLWlOjezU8a9e9pbJMsdO7RqzO1zY8g6vraxJ+h&#10;9msJbV3EYr/Lo/sQXlAc4Bp/Lr3trFM0mOCRvonrpdK6rhlhFmkYKATYf1t7AXPe5+LtZgQ1diDT&#10;FSENSB88/IfPpeJjHeiRlPhxCuP4hw697TG/d3U+2cdVSUhiSopaCNY3lsYqWJAfPUyaySxVRcAm&#10;1/eIvOG8/SpcujDxwhofIDJJ/YD0fco8uz79e20coYxySkkLxZj8Kj7Tg/Lr3vWi+Vnck3am+ayC&#10;nqWlwuCqqqnpm1AiepepIqqi6glvLJGLC/A94S8x7y+87pLO0mqJahT654/Z19DH3Zfay29s+SLR&#10;ZodG7XsUby5IAGgGNPnoqa4HHievey14yvLMMdUSa6Z3CiM2AUyNYG/14HsgDCpU8Osk1IBr173g&#10;zuHmx08YUsIqpC8NjfWL8j6W/wB590aNV7QMdXDmMgjzx172wpAZLA2CKTqDNzYH1cC/PumgVoPh&#10;6fBEhoOHXvfpIo/0qSQP6Xv73p8jwHDrwZkbT+Hr3vAkKhtX6AAfTf68f4+9lAME9XZ2VKEVz173&#10;07xxagGAkaxUE/gfn88D224QBR516sCSM8eve4YnLNpYjQvCX/A+pvf+p+nugwSKZ6sKrwPXvcZ5&#10;mjlWWIsjIwdHBAIINxyCfr7cBr06rVPz697cZNyZCSmWmllM6ICE8lmCA8kKLDm5Pu64NetqdJJ9&#10;eve8tJuespQPBFBFZSuoRgsb3Ba5tpNj7sSKHq2ojh1722VWQqKpjJJIXZif1gGwv9BwNPuowKdb&#10;LsQB173Eux5HN+Ta31/2Nve+qilM9e99CMMDe/Bsf+Nf19+6soJPXvb7R4YyI09RIKeBF9LOSDIz&#10;AnSgt6m97pivW9NOPXvfLRhrfrq/0f1/tX/V+r9Nvx71Xr1E9D173//Tu9YEWt/gBxwP9j7ysuEc&#10;Mqnh1w1gaIpIWIrUUocn1x6dVr1ccySRAFmRdWsBOPr6XV0XSviPJU3Lfj3njuVAJB/2I/4pf2qt&#10;lcAhWXTioJ/Z0guSFaulgPkK/wCfpzpdRiK64iuqOTS7qjFoyShFiH9JPI49p3ee1qXeW1sxgKsI&#10;IqyjeKOZkVvt5mKlZQxUkWZQD/gT/X2MdjeYzxQox0SMAaCtCeFPUV/l0Hr+eO1LXQAMuk1B4kAG&#10;mPL5ECtejpfCHu/dXQ3yF613tt37iogi3Pi6LLYujYqcpj6+bw1tFIkY1TaxNrW/IK/0v7JiuPpt&#10;vz47CUxgeHAQimnmiRfFJLCbTPpisFeQ25b1D/W95LbRbww2u2WyEERIpY8O6mSfzrx+zy6g7d5Z&#10;7i53C5YENOxIHE0BIAz6Afsoet7rbWTk3Bgoc5MrRHN0dPWJTy6hJFHUU6TCI3PPjLk3T02PsUNu&#10;acjUT1bsL0yemnaxLRlR9Yh6jq9gr3d5nvOVuWHmsB/jUziMHBoHBFacT8qdSf8Ad/5JsecedrOy&#10;3GMvZw/qsBTJU1pU4HzHVPn86v5P7v8Aif8AFGaXYTzUO6e0c/JsCg3HCz32/wDeY6pmmygkWWN1&#10;ZEgYKRf1Ee5TtVVryDHUsePeBmdZfEupilrAlU/SbD6+8GYOYopRdruM0sy5wxrUtjgMHJ67V+33&#10;Lew2ZggTb40bRQeHpj8/N8ZwOByaAcetIrsitnwEe3cx2x2XnO2KTd0sLZTDVu5MnkvsVrJIhPVr&#10;T1mRmWGqihuob6ryB9SPbBRYnJTNPV1lQKkVilVEUoWQzklGS9ho8bIf8Lfj2T7fbyNcXMtydNoR&#10;heBH5Yp9nR5vNpbBlt1i0NHKR3Gp0itNRJOr7TXox3Y3fPV+3ttbL6+682ods5Xr6topshkauhiq&#10;cT/BWQZCWupHppnXJjJrVEXMY1E2+gU+11S4+i+zpY63TPPRRhfJraQhran5GsggjkH6e0MxvNY8&#10;CKIqCPTBAIBqBXANKHBrU5APRPb2e2NcSiSY6GlagXHaCKKR8VB5E4HDz6r13d272Gm7t75PY8td&#10;trbm+MhUmXHx0TYmOXHzVTrj6dg6Q07eGNkDFiQoH9bH3LnyVNQwCpmZYaZ2EatMVTW7GyqA4QKG&#10;P09lMm3GdwsswWXVx1Uyc8a9De75ktdkht0gDUoRoABJxUGmSaVz0G2xunt5do7nrtvbXwlfuXdG&#10;Mo6zN5MY1JZxS0FLGamvqpDCfBLFTxMXYhiwHI/HvPSOK6SNaVC5kYL4gLglhwdKA8eztNvmgi8O&#10;TU7UqvE58h9vy+fQD3jnnbLTb77erySO3ghQ+JUooUA/GdRoAa5oCfQdZKrq7P4zN023amnnzGVr&#10;CI8SccWrJKuYSmlNLHBpglSqnqE0qtywItcn37cseU29PTRfZMv3Ckain7aONLaSTe3BN7/T29bW&#10;W++Fo/d8hUSEEsjVA9KEf7PWJF37zcqc93V8OWOY4jBBKQXWoLOahuIU6RSisBQ16tZ6D+Au6sVt&#10;yfK/ITae5ds5Wqo4chg9vZjF5KGrymMmSMxVFMhhk1T/AL0TWDEBfxb3iTKJJSlpKinjqFi1srTR&#10;qn0I/wBUDcEagPyPZ3Y+1PMm97jZy2GxT+C0g1sVIWgAJarEADiK0IqOB4dS/wAm/eB5f2Pl6Xau&#10;b+Y6rDhAAzO6gsKVAINBTjVqcAeHRZOxv5dXdu5O0g3S/UG+twbXzmUY09aNu1dLTUZeSMyJJWZA&#10;U8NPAo1fusNPp1C4sSGW+Nz7txsGOg2hR0+Sq5ZWNQ9X+zTxwROAbS+KSPTILm5+gHHvJPkv2Igg&#10;SW73xaTtIf0wxoAOPdQjJ4H0FRxPUFe8f3h9u5kubW15ZjT6SJdTyFclqigQMQxoBU1Gfy6vE/lc&#10;/wAlHYpp9/7z+bsu49so8NLhtnbL29uRKesl+4jqjkMnl5MbDJO00F0WCJCY2LEuGsLA5uLtHsyh&#10;ikpMlS4KmjmllDhK+kQryzRxpJJZTYWubf19yQnsLyrK4upLCNQwwTLmnpnSCacTXPUQN7182XUD&#10;WMe50tkpSluta+ZqDXPHBx5dXU9ZfyO/5ceG3Hj+wNu7R3vlc1TUyLT1OW3FuSqpZUkVPJJNjg0J&#10;jlkcfRxqANwB7ArL9h7oyczU01RRojFWqUpq5XmZtRQ2+0TR4xa1xYW5PsT7N7bcscvXBmsdvjNw&#10;EKislaA8SB3AE+oIPzHRZufN2+71YiC9v5Db6gT2BAacATqDH7CSD6dWZdY/D/oDqiphymz9i0NL&#10;kKWjWioauspBXNRUyvFI0dK2SvPAGaFTfUW/rcG3tOU9Nl6+WOUULD7ZP2oPLPIssUlxMRYk3LMC&#10;SORb2IhYwgFTAoQeQJ6DbXWp1czmtKVOP8FOjDzPh8Wj+Wpp4/OQ0kiCnUaghSJZT6V9KmwB/HtW&#10;zYHcpg0YpIaFmVGaYA6hqsHVpqhtZuTf03AHHvbWBKobWOgIBJzj8zQj8q+nn0lgHjyMZ+8kEYx9&#10;nw0HSSqt07Rpm15ipiqDGoREIguQhCpanhcrIQwF2ax/J9hZuTZqQZCTJZab7+qRER4X/ZhQhdPM&#10;06JEqEkkkf1+vPtM8QRvEkJYjGf9X8+h1tKO9uLREKhhmlRj7ePT7jd60lbEsGNiWGmfUscgdJnk&#10;tZuIYmaQk3/1/Zc987rosCssMmUpqSL1lKTFyK87qpbSJapuVbjn1XPsPbnvcdo5WSeMQg8AVLcD&#10;5jH7M9Sbs+xPcwBhayNJSupzT04IKGv2449L7HRNU6ZjHK1/rJMrQ2vaxEDWYN/r8eyS7tz7bnrZ&#10;I4o2ipA0vqaT1yBmPLynU12/17e4n3TcpNzm0wqVt9WK1rSvUlbftMe3okjgFiB+X5dKdRpULe9h&#10;a9gP94AA9oyHOYvZ+Sx1Uro6w1lK00MPqvErMJ0kFl8oeJytiCBfn2T3yRRxzRdrKU4YPQlsribx&#10;ldmIVeGKf5uuLrrUr/X37eFbTYPsxMti6pf3ZKDIkASBlloGSsorK0aKYq3HU4HBbnWOG+uPM05s&#10;N7a5tyBJE6uufMPj9q8P29ZI2kZu9nSKQkq0fEDzIIJ+dCRXyHWBV8tMyTBvUrq4AIazKQw0qL3K&#10;t/r+zTYje2L3blKjbVLEkkNRj2raVXaCHw1lWlDVNp9QAWDJOGv9NBa1re585b5gt953O42yKM6G&#10;j8RQcZYKzAUz2uC3yWvkSOoa5m2GXZ9vTc5HFVl0tTOATQ5x3IKD+lQDJ6ZFoZaKNKqWQCeKQJLI&#10;v+7KeJpEW6EBNTwH+l7n2Omw8VDXRjb246eSSXGVQmjpvGsc2n7aWhWePyeu8sddC5sAR4rm/uUd&#10;smtLHdtrj3KNvp9axsKEcaIpBwaVYEmvAE+XUTc0G+u+X76fZZo1uhGXRj3fD3EUFRkCnDJOOHSP&#10;z1euJylBm4/GaWs00EsyyXXQ0q1lMJCT4x9v4JlH/LU/XizNlejtwU8DZjDQS57bwrZvs6vGeqah&#10;qI3eZYa1YWUpIkcqlWGoSagVP49ybzX7eXWyu1pIxntdOqNqaSAakE1AJGMEGh6AnK/ujte6Vju2&#10;+n3IAqySaQpxQlWPlXGn4gePSwmz2NgrRjKyphpK6aEyR0880amoh9SPJSanUzRK4KuQDp55FvY6&#10;bUwmP3pJmKGYytR7gx5WppWY/cRVs2PYyRLFUFFT7Gvw8zJpvpk+ttRtB/NCNDeC8TOgpipFSVXz&#10;YngwauaDh5dSVtN7FHaR2xcFW1gt5UDDgeFdLAj1qKefRTu3d0ZLrnF4fccUVMajauZpZvuBERSH&#10;GJl46Ziz0qBga/G5lEmUkBxYgFlGoP6nonO0WBqdw4KnWuyW0srPjM7RVUUrSTSFaiOjyFATEX8M&#10;lPUwyaGGkkgeq3sQ7Pc2e7bZHLZlfr4ydSvggaSQfn5GlKVIBHAdALe97O27xPte5jRaXKaopEzU&#10;V+E1x5YPEjNehkwPdG0c7ktuY37+GFt34D+8WGKTRteCDxR11HUSOUjSop5xIpAueCeBb3A6fn+y&#10;3ekWWjlaLIYPIxzxqVWUVUbR1NO1pQAHWqphxa5+n9PfhrhuYFkBKtE1RgE1aoyfPUFp5n4Rxp01&#10;uDfU2k/0jL+nMlCa0KmgIxx7SfnmvT/2XSzS7YvR2WWnydFIhbU6GCofRUKdB9SvBK4v9Ob/AI9j&#10;F0ft0by6d7Z2xCFnnjztbWY8MUmMeSbG1WSpANCu0SPUUoAP5uPqD7DVnO9st5HIRQSI+agikc1R&#10;nzxXGMfI9SI8TXUCyowDKjaqAjg0eM5wCf29V2/L3tai6O+XHxW3rkn+2x+4sPNs3NVEs0aRJjMv&#10;vHbuCqpHaV0WSKg/vCJShN1CluOfbN1p8W93Z/KYzNZiCGgw0eQY1k1RMiySw46vkpaykihkXXLU&#10;h4nslheOzezq5ubKNfqWmxqIU4zpJqK+ZCioHmQAePRB48bzC2VweGK+oJWvyPr6Zr0vPkv/ADGO&#10;jek8DuPA0Ocq9x9i/wAEjbCbfwNBWVkcVVntv/xTAZbJZOFPs6XCuKuJmm1mwIUXZgfbR2/h8Thu&#10;yO0qCA08UsskIioYGERgjXa9NWGRadFUBGLAGw/Vf2SybpG81zBPMo3CZj2AjGlCTUcQKLThxp59&#10;CG0guG262lWJxEgy2k07iARWlPP/AC9CP8Qewsr2d8c+id8VU9RXzbhwM1fW5KrEjGtkbc+Wx6St&#10;NKilZ5dDME4IRhbgD3Z711QUOS652ItfQ0+To3xlPFV01VCk0JPhNTFK0bKVVoaunjP4t7Qbxud1&#10;b2NukT6aLGQwAJpVwwAII4hM0wK9B7dYIzaTTAVEcrAD5VBH/GdX8vXrUv8Alv2DvTY3zh+WtDsr&#10;emY693W9Xhc5t7cGCqqmmyUbUE9Pic1j45kuWSswuam1JZtQU3/r7RXdKNjOut0ZKmqY1nO29wVc&#10;oJEsoUUUtQaR9WoxlKgIVB/Sv0tce47LzzQXt3dzqZWhfgQfiqQK+oYIfXh6mtuSQf35Y2HhsITN&#10;EBxpwpUfamta/OvEVB2fhTuWn3d39sbE5fFVU9Fh987WxeLq3ikpIaqrWrix0Ofg1CIV1FU4xaqF&#10;iC+trFgLgGm/cMkFRjt55yjmVqWs3e+PDiUTeQ0lZkan0ks6+iNIyVB9JYKfZRFdrc2N/dA9sl4V&#10;p66STUfIEg48iK4I6yJW10bxYoB8NrWnoWCf4e/9hpwxtI7fWWkXauEq41FZj9owS1Hj4WKZafG0&#10;JSyabeSoSQrcXOlvyD7Ru5dyTVxrsjPNJIMXgoaYNJICyiWCKiiVT/ZMdOXIH+F/aPdL9jIZdVWj&#10;ioOGKAKv8sCvH7ejnbrJYx4ax0ZpGPn56mPH55+X2dKLHYimxUQpKWGOFarJz18iwrZWmqalshWS&#10;sOeZ6gXP4BPFhx7ndQ1dXBtnJ0klJI9XlarMwUyMul6etVsXCk8qujSMFMcigW5ZvxyQSwT/AE8I&#10;cRkzO8hX0DdoGr0B4GvD7eju4tvqL2FYpB4UOmvnUEtwP2H16Y93UH3dZQ1Qq4KaKikoqirMuq09&#10;FEMn5YI2WaFIm1ur6ybAJ7HmKJ9sYvcdTlJHWnpMLJCs8rM1NNU5TclFtwyg/WSSGTGVjKpAYCQN&#10;9Gv79M4HjSyrUPG2ny+JvDNPUVVyD6N0cwIrxtpcFlalMVBADn51KsP2dAnksnFujM7JosQzK1Vu&#10;Slqq2FCqvHjcRtKu3dDBLpc+BJWzGLViGI8sfPKgeytfIKOmNRtioSq89blaDcGayMfptTyVe46y&#10;nggIXlT4saGKkAi9vpx7vDY+GxuGcN4wZh9gZlX5eX59Ft/cCfTGR3pgnyJopr6efQydd1lZK25c&#10;PPj5KKh2tX4TAYqaW5bJUqbUwWWkrUdhd40qcq8AIJXVCR9Q3spVbCycq7LZtQOs3DAXBBPIax4P&#10;1t7oWIADDh6Ch/lnosKggLpBp8uhJ0j/AB/25v8An83vxfj+ntdbN+QPdHWkivs3sPcmKgisi0El&#10;bLkcURe4R8TkDPQSRcf6g29iXZud+a9hkV9q3ueNFGFLlkp6eG+pD8u0keXQJ5h9s+R+bhIu9cs2&#10;cszZL6BHJwpiSPS4/I9MeU2zt/NRtFlcPQV4ax1VNOjyqw+jJNxNG3+KsCfZisb/ADEezfIg3zs3&#10;Ye9IECiWVKCXbuSlQADWazEVdPTCQ8mzQkf4e5h5e+8vz5tCoLq3t7lPM0aN/sAJK/noA9B1EG5/&#10;dX5Rljf9wbtuNkSMB3S4jB/0skerT6d4b1PSeh6+xVG2rGVmWxxAGmKKueopl/I0xV8dWQB/g49r&#10;yl+fHSNaq/3h6i3piZbEvJgty4fKxBvyVgymOx0yXPA/d+n19yptv3wZ4SPq9nuVHmFdJP2aljUZ&#10;8jX5Z6jO/wDus83Q6023mfbLhf8AhtvJEeP/AAtnB+xeH2dSxhdywt+zn6eaK7emoxmiYj+yBPBW&#10;ooPAufHzzwPxNg+ZXxemqYKinh7VwU0c8M9qzbuEr4VlRrqWbG7tppSoZeTpJH549jKL743L08Xh&#10;3Freq5BBrbxuKHjlZQP8vRPbfdo9wrK6hlkstnnjDA1juLhGqCtMNbtT1406yVNLuiSjqYDJipZJ&#10;aeohV71CWDwso1H7WV7sT+OP9j7vgwGRpcvgsNlaR1mpMtiKGupZSjRtJS1lOk9O5RyxU+OXkfjU&#10;AefauGdLoC5hLGGTvXH4SAVr8yDX9tMDotv7K4sp7m2uY9M8TlGyDRlqGFBniDQnyA9etRXedBVY&#10;nsPcuDkbTLg9056jqqdakLTxVFDlJ8fURRLHZpl8lK2lzp9A/Tzf3Kki0sNPqNuApHCg/kDjj2sV&#10;wQNWOkAwtaZ6c8flIajQtb+xdlKLIwczMBY6Bq/b94Xjd0kC3X02uOAdRs304Jt/sfdwUDqeiW9Q&#10;1DGoANeha2zkcXBVU7aFkl1IIR44yEcgKr3HIJNh/jb3HG5ExGqGCnDxOy0UrayWWNoxICA6gNpL&#10;OoH1IHvzbT+8NElw3ep1rincMVx60r6cPXoN3e73FpE2mQhaU4DgR9nQtwfFHB9w1uAzm4chUpmc&#10;ZX1O8cQqK9KkeXxNZTY6OOpSmlkLQOmPjf0sFcBl/tEFyp66Grs0DvoW2v0EGQPyCg/SQAbEji49&#10;p5LdoK6xngKeXQIa7SQ1A6Fau66ye3iy5OihaWQSLTRRyQvDEoLA6zFqCuSCQoN/8Px7VNDl8DR6&#10;o3qYhO/DqJgw0DlbXMTavrbjm31PsL73tfMO4QqNtl8IivcUrx9MEfbx8uhJsHMO0bYBJuEReQ+m&#10;eHqK449V/fJf4xfK/ujIU03WsEOJwVClWKX+KQS0Ek1TWCailZBoljmolpWYgsRqLKxRSq3eJtz4&#10;mOMOsoKkALbTc8cG5L/7wD7hm29h2uLs3G67lK7lixCjjU1OafPh1KH+vvDZQfTbbt7BaUyAOAp1&#10;XHtb+Rn3hnsv5d77hxVHKKmWSbxSvX6VLvLda1gkRlcuxB1KFb6n2CHclPQ9j9e7v2RNF+1uLB1u&#10;LMrn9uOeSNnoqtY01oZKWuEUw4YhoVI/p7yH9u+XrPkXeNm3OwhCNbzK+oAa8YYFiM6lqtDjPDA6&#10;JNh98Nz2rmraOYWBSK2mDFaBgycJAQBqqULAZzXGQCLmvhP/AC28L8V+zdh9oUFfRZDPbMzcWUp6&#10;ykpViyj08tJBj8pi2qnTyTx5HHNLTsbglZ3BHF/eupkMFW4DLZLA5Sm+0yuEr6vG5SGQjQKiknaG&#10;YxsVW4UgAEelvqPfUrbtyh3ewh3Cyl1Wsy6gfUMBn0Pz9DUYp11y2Pc7Hfdn2zfNrl8Tb7uBJUal&#10;DpcVFRmhA4jyNR5dbM9LWQZCkpK+kk8tJWU8VTTSW/XDMglje44u0bi4/B4+oPtP5XH+SirI20q2&#10;lmjiuWunrVdQeMspMxFgDyPp7BnMWyQXlnuaPpFakKM1WmgEqVphgpr6igNTkUWAUyRgjFR1LRmu&#10;vPHIBsLXANxf+ot7D+Grr4qB5qSn1TQ08k8qpZQq0CSFUMmpWSSUqFuAdXJ9lfKM24Pa2sdjCfFk&#10;WhIGQsQICsxIIZ9OkfxHK8epEt4AADXHl9nUohTa/wDhbm3+t9Dz7C2DDfeVX31ZrTJy1D109QJo&#10;rLJK6u/l0WKu0psLaRz7nSz2CzUx3UttKl6GDkB6ZNGIYVOo1OSFzwGOlkdquuqmhBqc8euQFuB7&#10;Mf0r3dubpDe+J3ZgnXJY+KZVzuIP7C5Wgd4vuotTFRHUCOP9l9LaX5/J1EnuByFZc77JebZeoBIy&#10;ExuANUclO1lzQjgGSqah51oOoe9/vu98rfeD9v8AdeUt/j8O6ID21woOu3mUGjgVHZqp4gGGStQa&#10;CkSspvuISEISZSTDIbkIzeltSj9aMp5U8Hg8EAjYg6u792H3Bt3AdgbXr6uSkr4JIsriKqKKOvw1&#10;cjmlkp6mmjmmSGQJHcAH9wHWvpK25p8xch8wcqXd5se626rKpDRuAQJEPcpFfMZqDkEaSKjr5fPe&#10;b7vXuF7E88bpyRzZYIHjYGK4XX4NxGe5HjcqoJz3LQMpwRShKdUuY6iimVY6qDSVRW1F0ZVZZoms&#10;vliZmIDAWBBU+pT7GeSmhqcVk6LEGnMBiWs8EkkUjK+gs7U2gORUBYTeLnkk39QuDVlkhvLa4vtX&#10;igla54cADXFM8fT7OghtRuI57aa8U9raSaccenCmOPSKyc0NPWR1FY06yholLIGl4KOIxI8lysR/&#10;JuPbEZ6GoFPTVEr4/OYurhqVpBFJEkNQhQmoAUeGenmPKkHX6gT9PZjoniaSSFRJt8qU1caivw4+&#10;FhwI6O7jb3ljkeNleBic1454Yxjh+XUWnqK2iq/NFBDV4moiEJqNQZpAq2igAU2gkVT6mIKH6XDA&#10;+51JSVWRmU1stTU5yvsgr6OcRR1UOhUjjnhK+LyQqHVrgMQCL8n2nlmit0PhIibfHTtapIOamta5&#10;xip6K49tPiLb28YFuv4STg+eSa5+Z+zrNlNyY/F0FTXVEkdHjMdCZ54pFcNAkaszaJJHHkLtYC5t&#10;fj2OmC2/FiKRqCGnpjUVM8UshaNXapnlRZJJpgoWJEVkCsGD2F2Ygk+473DcXvphcTOfAVSKf0Ri&#10;grxPp5+XR6119BDFpNHC0414cBn0/wA3oOiMZ7cNR2VuMbilq658NRQ1FPTRrTij+ypYpGjSOlZC&#10;9TNPURzmR5FaMOdKAOI20LzFY1kklrrI87yinvCWkkllYoB9tKgYLCBEQCBZfqeSD7D91croFtUr&#10;GoqK+QHrXz9a+fQC3C9VwtuPhHD5AeR/2elUJUp6f7abTDS09OZ2WqjSOCGnUFnmlV9KPI/l5ZyS&#10;CpFxY+1glFHS08tRmIYp66dGWKMIhQMPoIohdIgqn1NyzfU/T2TNcGaVYrNytuvE/wCz51z/AJOi&#10;6GDxZCFNFHSDzO7KyWvoaLabimw1FOJa2pMmlmjCgMmmJVFc0oa5a4jU+kE8+2AmnBkMiWZJdAiK&#10;KsASwKhXshmYXBV7kHgc3NjFfGZV8M9pHHz/ADHl8x5dHdvtncpUY/2OuspuevaiWGkqVBkTVJNE&#10;4nq9UZAlV4IjLFTr5FubrdR+fz7kLG9Sw9ctNTSaljkMLvIZCxRIfI7RoI1UFi5LaBb+vtksIQaU&#10;aQcRXy8zipr6Cn+DozZIbdOFWHlUgU9QQSS3oCKEdBLNlJjVNKYUy1aJYWqadydKUrIGln8kUNT/&#10;AJW8pCLGVUfU8Hn3hSgpNBVmEksDsIVW6qzhldS0TnXLcgH6G4/wPt5p5TSikRMO7H+Xy6I7y8Gh&#10;vQ9Djgf4zO8U0lKtPTVMI87ymF/HGAAsceiFPC4CkCxBBHHPvBko0ljC1empkRo5I1adTGCNXEwv&#10;bxo5NwPzwePbtqSv9ipVMjIyf2+f+odBa5uNPaqmh/n0N20aZUDPTLLS0skjLKBGUkLhb61UqLks&#10;BYj9N7ixA9hjk8fXSU9XM9QAHlUm+lYzqnVn8cdlKqFWygWXn8cexVZXUCyQRqlSB9vl5nPQcuZV&#10;L8MU6MXhZYIliSNH1eMC4Z9Zv9X/AFXDtbk8E/19h5XbfkWtyNJ4SytHUu+ksQviikqIHeU3Uxmc&#10;hSCbMf62HsTQ7kng2k+vTQqM48wCP2V+dOi2a6YWyAMAcV4caiufI0rw8q9LGGojkCSEjj0qNX0F&#10;r/S9rj2ja+i/h9Ckk6mUM8jV0Tya5fMz6YVcOyNCFBJC2It+PZ5bzG5nZYjT+H7POh/y9F5ufElc&#10;DHELTGB6UpXpzUmRlP1B+hA4+n+HtIZfeEeNof4bT0qLHWRtBqhCtUl1aVRJqa7xws+kWj0Acm34&#10;9nVnsr3Vwt1JNUqQcmg9aYoCRnjU/PpuLbpb+YztKAqnVWlBT0J4VA9c9SgPpfkj6f63sG5pqsZS&#10;GpqXp1hWp8f2kzM9aHQrIDJTag8YRLaw2klri97D2OY1i+keGFWLFK6vw/t4cehmkUAspIYVk8Sl&#10;dQBCU4GjcCeNKVxQ9cvanpauso1lp1r2gpskt6yNIg4ZfIXiiEippE2vlV5AP59lE0EM5WZ4C00J&#10;7e7zIAJpXI8s/l0RTW8FzokFtqnhwpLU8uJFa6R5n5de95nqYMYIKWpnSpZppKiBqn16JKiKP0q8&#10;l5Gn8ZAY+lUIsvNiW44ZbvxJYoivkaV4D19Bx+2uemlglvTJNbx6FChW04qFJ4qMAA8DSrZJJ697&#10;YKimo8rWmipVmlqooxKJpRI0BWK83jp2GqoGgXU3JJP4B/SZRy3FnbpPOwEbGlBSoripHz9ejeKW&#10;6sbQ3Fw0awM2QCA2cVIwDXjjh172JsSzVOFbHVEcCSxBUlACzSOgAjKCdA0kRYnkBrXsfqBYKSsk&#10;O4C6gYmtSK1Ar5VHDjTy6A8jpb7kLmJmKGpB4CuTWnAgde9t0gjxsC01IXmEUiywSaVEym6xi6R+&#10;W7c2ubkn8k8BWjG6lMs4C6gQfT7QT9v+x0tRpLyVppwFLLQjyNOBr/hA697nx4eSrC5hchJG0vka&#10;eCyOoRdLXmDIixhncaQx/Wpt/QJDfLDL9AbaqqO1iSP2Zz/m6TNuEduDYG3BCgAGpBOfw5zQDPyN&#10;evewzzS1hlFNBGdTSTRSQGMaCXQrE6KH5u4UE2uAS1/T7Fdl4ejxmcadINa8Bmvy/b9nQ02v6Xwj&#10;PM9FCghq0wDkVqPn+Yp172j8htySrhhyFUn2/gEstTCriFgwUuU9ZQ6pJNRUfUlvZ3a7qsLtDEA2&#10;sgKcHH+boSWe8+FI1nCdZYgISKih/aKAefXvbRj8XT5ynjJQSROraErvLHVUz04kmW0cWpZYtCFj&#10;9TYfT6+1txdy7fM2aEcdNCpBNKZwDU+VD0vu76bapigOmQeadysHxUk8CCaYp+3r3tQLiaTCynJ0&#10;1I5jgECqrSv4GpZPTJoiK+V2BNwwAIuL/QH2WLfzbhEtu8oDOCeABBpippQfYf2dFLbnPuSLZSzq&#10;HbUT2jUHFKVI7QPkfOvXvahNRCwM8cUcaPWCanKxSNNHEaekDI4knqBKPvDIfIFjUqwGkBLsVRw3&#10;CPJHPPqUClPT86Z9RTh556LJIDGiwmRjIqFWqwox1sQwARdNU0jTVySGbVnSPe09X7lqKSZaV6mm&#10;paIFWDRxU7zyyqWEZFh53ss5B4KsOSDwfZrb7RHcIZo42e44cWCgGnpjyGfLy6MbXZY7mMzpC0lz&#10;SlCWCgUFfLT+EZJrXzHXvaeyuUpRVRVNFRBqeRHaciZwksp1kWSBJB521oB9Ctr2vY+zSztZjCyX&#10;E36lRTAJA+00NP8AD0dWFjcGCSO5npMpGntGBWnmRjjw697RlRJPkYJqeSmeiQsT9+uuOUidPEkY&#10;nb9zxaTYcWN/Z1GIbRo7hZ/EpQ6aVApxJA/P7OhJbpFZyxzCYSj+DtPDJNP9Xyz173G3ZTJV0NJj&#10;aWlhoarEyCKSqeOBpHhfxlHSelZUqDUFy5K8Oqr/AF1e3tnmeK6mu55TJDLUhQTx4EFTwocZHael&#10;HL8z29zNd3FwZIbhahQWAqKihVsrppSh+E1PXvc/bdFAIcs1DOUyuPx01RVTzGmSQ09FSeeGogV4&#10;6mIWrqYCS370iuDfgn2m3S4fXYLPCTayyBQBWlWahDEEVqnw5oCKeY6TbxPKJduF5CrWU0oVAtaB&#10;mfSQ5BXih7Pwgj5gN72ijLT5OirvuJ5I8vrlaKZhT2yaTgvGt/Kjupk1amBtGRpBFz7ECpJaz2xh&#10;iraUAI/gIweAwQKU4agSc9CUJPYXFs1tArbWVAIpUxaSATw7SBpoSAWqSa4697EfblfXVdBjsHLH&#10;VH+G07zSCKR2r1iBE8v+Rgaks9OLE2/A0m/sLbrbwW897foy/qNQVpoJ4CjnB4+uPUU6Be9Wdrb3&#10;V7ucbpWaQKCaCMngKOcHjnPrnr3terHt2lr5Y6QNTR1sLq0WQp2lgqqtqZEeNE+6ip6amqQxcya0&#10;ZXEfpVuAGy+5z2wMtGMZFChAKqDX01Mw9KEEaskDoMM28z2SPOqu0bYZCAyrXBqULsyjABUqVLEs&#10;cHr3tD/7kcduMwYDw/eCSTzVclRFTUFRBDStIximqKh4Em4cAhyxc6BzYexCDa3O1ibcgxhotEA1&#10;OCWxgCpGRXypn59CStpdbMj7uWNqFBCULOrF/RRUrw8uFWOKnr3t5p81DTx0KV6VNQIK5P3aVpJ6&#10;GnqIaeasRmlWIGmMj0+vW7oksi6RqYm5ZPZkyt4ACmVD+E6iGqDwwMGnCor9nRdJtksr3D27qrNG&#10;SQaLIyswTHHVQMRpAZkU6iAqjr3sUqeKlzTx1VJJSxyTUzLUVQLR1LvUahPJHSu8kdXEXlTSY7aP&#10;E4a4JChGaSXb1MNyWMeoFVpVaL8IJ4hgAQRnVqBA6A00l1tiyQzRyEK4KLgrRKUVmoGRqKa6h3Fg&#10;RmhPvbUKPx1FfhhjXjnkZKurrqx1eNGfVPRVEUEAY+CSCSJWXU73H4NwF4nBjgvfq6xqCqogNTTD&#10;BmIqSKVBFPPy6XPdh4LPchfVjUFVRa1NO1lLEDuXJBFB58Kde9pndorMfVrRpVYp6ZqeKuVaeGMv&#10;FUpTBJZY2VIRCESocIF50SMp5LXM9lW1u4luWhl8ZXKgtU4JPrXjQZ/Z0c8vm3vYDMIbgTB2TubB&#10;QmoB9alRXyJAI4Dr3tFVdEK6lp1igrIniVRV1kKSPS0tWvrp/uQ8oHilWNNQdmADggkE+xDBOYJp&#10;CZEbhRSRVl/FppmtCaU8/mOhPDdfRXEwmkjZG+FGoHZaDVpIHxZalBx45A697dtsnIbV+xgrhpyc&#10;U8UlIlPJTS0FSKn7Qqj0/wC6DSPDcCRbxawADcX9otzW13aS4e3P+LMpDatYZQgcChqBqBPcPipQ&#10;ny6L97S05ga5ksxWyZWDEhhIugPUhhp71OWU9xGaUPXvY/4LL7bS8NSgpcjO1c1RDOq3SpmdY5kq&#10;YakqCyiEaNaFlt6bDUfccbjYbi+l4SZLRNNCCaEZNRTjxzn7fLqI90st8ZS9u2uzUJpK+aAYKsoq&#10;BkhtLAEGjVBp173MrJoKGiem/dp3eqkqaPzhjBUKUZzLVyExa1lOoAheCeAx9JTxxzzS+IhRqIA3&#10;8SkngAOGOmLaGa7uPEorIIgr0IBXP4RnIHkTU+o49e9yqSuqo6qCDIyw11JOxKJRRRMaEOpKgy2Q&#10;eKN29P0V+b2HusltE0UrWyFJ14l6jVTjxrk/y6YmtIHR5LGJ4p0x+oxo+SDitKkcfQ9e9iZj8NhZ&#10;MKlYzatcoanpv8n8EtOgIlFQrKZBUKjG3B1Ecj8kJz316t+YtI0gZYE1B4ilMEV/Z5dBqe9uVuG8&#10;RSsq0GoD54xwIqMkjH59dfn/AAsP+J9pvN0FJhC0+MoRJHIrVaKHTywtHH+9LJqBWRr69V1Hpsfr&#10;f2a7fPPf0iu56MKLkVVgTgftpSma9LrW4n3B/CurmhAC+oIJwMfOlKdd+2WloJtw46AUsMVpayWG&#10;rlkqKiFaDHtT1lalWkRp6ha+abJU8UHjLU6qsusMSgjd++up9r3C2VVDQV7sgHAoNNPTBNa1Fa5p&#10;0ZSXEG0XVw91I1UjVowAh1vrVCp7lKgIWctpc1UIVGvWnvaZqNh5Gh1LRvEzFamGoaSAvcyxSRxu&#10;SsZP7DSAlvx9Pz7Pk5gtbnR4uoaSCufTNOPn0aQc02t4A06uEBUqK8KMKjj5jy4de9sO53p5MAcV&#10;nMFJUtR/5KJGSCZY1mWVjPMTGkkcUBjUiRGBfUwAIb2s2vxI9zF1YXunxO4itK/0eNDWpBXy7TxA&#10;6PNkWdd0W72zckjEv6lKkFgKDSDU1Zqmq0AAAbiAeve2brjZOHmGbNNRyVlHJU00NMHWRbaXVRUJ&#10;GBbxSyRkIGEYUjlj6vZhzVzDdK1gJblUnVWLUIPEYWucgcaEnjjz6X85cy7lC+2LNOIrsRsXpQ4x&#10;ipFQaHNKnPCnH3ufkzt7b1fSYeHEfbSyiWgrRVSl4aWvgkFN9w33bKA1RNHYgrJECSb2tZBDJuW5&#10;QSXhvWdK61KaFJUrq00rkBan1NB0lsk3jd7ee8lvwyx0ddIozoe/QdNPhBqMoxwvHr3sKtz5XadD&#10;WtQVNVUBazemP2JgElxWbxlfX19NgcdmM9lZspmKHG4eqwlFQ/fVc1fR3xsdNCUjleZWjJVt/Oz2&#10;DtHuTyeKbwQR/pOupjF43BtIkEaB3eVD4emJ46mUNCJB2Sw364tEuY7Zdce2PfTkTQSxxxmaSKGE&#10;RwvLMs0kngRRwS0udTgsgRzIPe0N15uzC9s7W3+uLxFPU47H5KnxkcldjshSPkZI8dTV0sMtJWYu&#10;jqKV4aKrpwzJUyxvIw8biNiZTTlbnmz5ou23Pb3nTb4J/Aq6up1FFkPbJEisP1RwDoVzVgFdhPzh&#10;y/ufIG+8oC+v2S/lhaUhHjYpWRo1IZJJAwZ1k0q0akKO9NQ0p72mE2XgNt5RJqKI4Kqnekp5IzHM&#10;aeKOR1ZqhSXcxwXlB1fQEXI+vuYbS8e4tZkiRZItJyhVSdIbSAAMkFjQfPo1fmXdt4snS5k+rgQM&#10;4IYazQU0kgfF5U+dBxHXvYlUVU2XXIVFXU4hq2OqWXb1XhaOpgY00VNSxrHXmtqZ46/JGtildpqd&#10;IYvEyIULq7uDoYN1sbm9ivNJsC9FQhgyoVHxvWhYtrx+Eaft6Bt5BHt0lhFbQXH0zJS4SZ1PcWc1&#10;j0Kpij0FAqS63D6m1BSqj3sWNs7sykuGocdkpqZ8pSvSPNWUjih0lTZpZYZHnkp4DIGIiZmKm41M&#10;ByHtw2aMXc1yg1QvGRpKnSSR+GpNSf5Cg456DO5WtraX9zc2SOtm7NoDjxD9gI7ZMU7hoU+Wa0xt&#10;ErX/ANqBDC5swP8AUXt7OlsjeKbix1VgsxUU1THlqf8AhYid/u4YZPGiyJNWmGKV2MtgkwjFyC3H&#10;6RBm+7JLtk8O42cLJJCxkNKiv+lXzFPw+Yx0EjOWmZVUq1dVdOmoJ8hU6fSgJpwqekRnMNHTSw5a&#10;lh0SY9nqXEF0knB1Lawv5LBrkfUjgc+0Zkuvv4LkqvGwLR5SZYpIqWCoRhVQQVbRFmaRYX8yeJyL&#10;k/7VdW9n1vzN9baQ3kxaEH4iMqSOFBWq8B8vtHT8s7TNC6alK8TnNMinlg/t8+njH5qKuo4a5iIo&#10;3UMzyAxKCDpIPktpII+h59o2izybKmqNuAVC01HVeaCFl01UIQsk9G7yuBLCsUirG/I0rzzz7PZt&#10;ube1j3OqmR0oTXtNaENjANRkeX2dCbbL26n/AFZFUca5wfnXyJ9B1yrsZT5LTO7fqUoJELEXYq0Z&#10;IU6NAZQSbfT2Y/b0eM3dhZ6KsP3ULwaYZZ4EMuqCNftx42DSCVOFLIbMLOLgkCLN1+q2W/jmhJRw&#10;xJAJK0PxDGKUyAfOvmOjUVfROtFlxkY4EEio/wAHn0Am66nJbOy8FXQRkRipjeqoS7CJkmYvWyJI&#10;pEPj0triU+rV6RyLeyA9kfEnYWyqzdL4vaO2Ew+6/uq+vp5sBQ1UWMytVThGycURhmiip3kkXzaN&#10;KNINZA59w7zt7M2HOcs+/wDKESW19LQT264V5GbMsAK0UkVZ4wApqWWrEqenH3Ufv1brykm1cg+6&#10;N9Jc2EZ02t29SUUVpDO0lKxnAVyezhULlUx2xTb+3zjNob96qzWYlzO0Mrjq7M7OxmblxUG7tupk&#10;qd8pQU6tKmPOYWmR2iSchpSugEXW9bPxb29mol7IoeyNsdeRY7D5Oux22K6jwmPoK3KxQ1M0KrHH&#10;IxH20sQJBWNRqAP4940z+3d/y5PdC4ujPGtU0srKdQIBK5NV+YHmM+vQfffvBcpb6u3wWG5RQ3kp&#10;RisBGEYVqQimjAUoNWfQ9KfvbH7xmp9oVmy33hHXSZSGTL09JlJ4MVjsOtFUtUzZKKOpAlqYaho1&#10;WKNpGkN7fQEtGV2dlOyO1cBgNy5TB7Z2FFlI5sulDWU6Us8NNUIKfFLPRRiGMu1/IXI1Dj6D3XlT&#10;l87pzLaWu73McW3vN+oS2lQAw7eIy2a5oPLpr3k5+vuV/afmLdOS457vmP6R/p6BmOpqESEOclVN&#10;QOB4kY6FzZkGMxeEoft2yVVUTaHmqMhBUR5GWWSISSzyxVI+4iha9yCAq3+nu+Tr/r/G4vBYmlxV&#10;LSxYyCjo6ei8RjEQo4okWnVCAARpHHvou17ZbZaW222AC2sMaqoX5Cg/lTr5deY5923XmHddx32R&#10;5N4luZJJi/xmVnZnLD1JPSsqMhCiatajn8kAj6XHJtf2MMO10lhKMtlT1CxK3INrXP1Fj/vHsml3&#10;YqwPEnHr01a7c0eqWveekrV7khhkRANeptIKkMBf88EAfT280OEjVwAijQAFZuf6fVgLGx9oLi9J&#10;Wp4np1LaQPUVyfP/AGem+vziRxhjzqHABA+t7C1/zb2pkoTHHptcFWA4sxP5txewv+PZUZwz1pTo&#10;RWKkOg9Og0zmUikSVx9L8gkED+n1Nhf2j8mWjc6QLrdSrG3FiDcf1t/X2c2yq4BPn1JW3Qlo6eo6&#10;Q61SmZ5CzqG0BHFzc3+gN7f7b6ewL311zgd1n7vxCgy0KqafI0bPTVUUkbNoZJoQGGksSQDz7P0W&#10;KcRx3KFgvwnzX7D/AJDUeRFOlku3q6mNkBUihBFVb/TA4b8/2joWdrb1raAR0lXpqaW91bUrPHGL&#10;ahq/WzEDgEn2laDe/bvXCGB56TeWFgNkTIM6ZFIwNIArrCQqotYMLcfj2WXuxGSTxIqOprxqCPzC&#10;lfypX06jTd/bPbriWSaw1W9w5JNCCn+8Ein5N+XQs02QxeZjR1bS/wBArEK/P+0hrn6e3qj+WeBB&#10;EO4sTn8DUX0u0UUdZShgDfRIsomVdQ4JB4/J9k0tk9vRZrPHr6/OlAc/MVHUZ7t7S88h5Jdr3iCS&#10;KpotTG1D6BhmnyPTmMfR2W9PE+kAAuoa/H1INwSf9b2r4fktsKfDZunxe9aGmqqrHVBjiyKyLPHU&#10;+F/DLDruBMJLD2ieCynmhlaCkkNWFRxoOGfU9M8sbR7u8lXc0cG3XL2N0dEultQIONWfQE8RThTO&#10;eg2390p1l2bmNl53eu0cVnMv17mf4/tLIVFPH91iMi6LFKaebTr+3njjUPHcK2kEjge+tj9u7R3B&#10;t6irshuvAwZEK8datVlKClleaORlMoillisJAAfai2vY5Ig8w8Nxihx+Yr1HvN/IfMlhvt8sGx3U&#10;kDvqUpFIw7u4ioU8CT0KaoqAKihVACqqiyqqiyqqjhVA/A49q1uxNhqrO289shV5Y/xzGWA/xIqG&#10;9vfW2pqBMp+wg/5eg2nJ3NbMqjlu+JP/AAiX/oDrl7TGV7z6hw8byZLf+20RPr48jDUn/W00q1DM&#10;eP6e2pL60AoZMfYT/g6PrD2u5+3CRUtOUb5ifVCn83A697L9vL5jdA42mnFNn6/LynVGExuNmKFr&#10;ceqransrW+pPsO7jHYXJ1q4AB+Q6ljlz7uPuveTQmbaY7ZQakySrw/0q6s/n69e9ki3L80Kbzz/3&#10;I21UeQyWSqyrQvpuSCy08LggqeeeOPr+fZdby21tI304LvUUoK5+fHz6ye2T7tswiT+s29IVplYg&#10;Rj0JI8x6de9l/wAxmO0+5cmazP1lbUrIQI/OZIaGliHrRI4kBiWw+lrf7H2ewWm77kwJBWMetf8A&#10;DTqXLDb+RPbiyW32q2jR1GdOkux4GpwT+devexb6z63p6HMY+CRlrcg9bDTuyKxiillcBljAjGpi&#10;x/1x7Ge17bBaPHGTrnY09fKh/wAw+316AXN/N8242lysaGO3ZTp9SPn6flTri304NiPp/wAU5vck&#10;e9hPF49KDbGDx4sPtcPj6c6SRZoqOFDb83BHsGTzeNuN9PTDTOf+NGnWMl/B4mokZJPRZqTNNNuX&#10;NVKsdD5SrZQAp1IlTIqabAjlV4/r7DbdlIuiVv1DQxGrj6fm/wBSR/vPsW7POdUa+eOgbd2xV21d&#10;DjhKwTwRtzeykgg35B/H4PsuOZjKTVFhcMzsoNgTdtRsWHB/w9yhYtVIx5inSZIaNGVHSoU3A/31&#10;v6ewqrX80zgLodXN1upP+vx7GFuAqgMainQrt0eKJNRqhHXL2nMgjBTdhcmx+l/pa3s1tiMACnRv&#10;ZsCcDHXvcFsfHU04MksUViBaZwgK2v8ARr39PP097nvltgxYimck0Hzz0tW7eCY+HEzL8hXP/F9e&#10;9hVvrddFtmdTBJEqwQRRIwZTdnBMgRiV1aiT/X3if7j88W1rdSiGSo06RQjOTXTnP2jPzx0PuVth&#10;ut7jIaNjrapwfLhwHXvdQXzN+UUclFkOv9rVD/xDIwxJlKyN0lWmgDtrgSYMza5SoBI+liPeGPuJ&#10;zq1+0+22b/GoDsCMZrpH7B8/LhXrqX90T7t5iurD3B5ohpawO5t4mRquStA7IQBRSe3BB45697qS&#10;kXyXd9JLMz3J/UWa5Jaylifrc+4bNGNc0+ynXUuH9MeFQaRgYxQcKf7HXvbJV07PUxrDcMZYxZRy&#10;W8iaQtrk3uffmDEjSeHRjbla1YVI697V+4IppMfj5JvMFpvIrvoN0TgqjHT6bc/0PPtxs5PVpFWv&#10;EEde9pKfJQwoEpKaM6Ry7nUzErc6gSSLMfxb221ABTj1eIqDSvXvfDF5ZGnZKxIQBdi2kID/ALSp&#10;awY/63vSnILCo6U1DClOve8eaajePy07lWYkhQwJB/1rn3V6GpHXiw9M9e9p1nta3rLFTqP0Gn8E&#10;/wBkE+2kORq9etr3efXveGV2YHXZTZbAWA4+nItcX92Y0NE8/PrzYKqv59e98Gp59KyOrKrcgsCt&#10;7/0uLfn34KxILHh04gIbjjr3uOYmQgXFm5H055txwb+3eHTunr3vmVK3/wAP96/x9+63173jIP1Q&#10;j/G3P5/2Pv3Wvn173kAAtcXNr/Ujj6fQce/deofLr3vNAqS1dPHI+iN50DEWHF/pf8Aj3scergge&#10;fXvaj3HXSy1qwBDHDRxLHFGANNjcO54v5NV/zx78a1p1snhnPXvab8h/qfpp/Uf02tb3qh9D1qnz&#10;697/AP/Uu6lLKP8AXI/FrA8f1PvLG7E6MPqFYEn0/wCK64b2CxXD4oCPLqtjJNUQBjMso9bXYxPF&#10;6Sb2VZFUk/7C3vLCb2ty1xx/t/8AH2zC3etGxX/iuqXsZUkNhaGn5deoJNZUIdbEop+tgGuOD/sD&#10;7ZN5bkpsLhJgZAamSMxxRpbWS5GkNY3touf9t7lnlHbJfGiu5l7I2BHzPUcbrcLreJfxjP5cT/vX&#10;Vqf8u/40bk7Z7X2tumejaLa2zspDlqmrmhdYKuohL/b0cLunheXSGZmWxstrkn2SfIvDHNUSlNae&#10;czyyREKZauVtQRjclgtxf+vuZrbcEtI5fEjZoVYtilammM+Qx0A7rb2uJURVJcigpx9aj5mvW5Zt&#10;XIPDiqSCRkjFLRwwwoQESCCKFdFyf7IH1J/A9iftnbdfHU02afILAXETNTiMMs0DoLxMpBKmx+o9&#10;47e8vuRst2L/AJeWNp5/Do7j4UYiukfNcVI4HHWYn3dfZXmTbr3ZOd7qYW1rrJUEEll89Q+Y9cda&#10;pf8AOu/mt9Cb72b2n8MduddVPZ2Vonkpaney5AUdFtbdtBDNU0uQwdRAkr1c+NqbiVWBiaxVgRx7&#10;EPKZKixUKmqPjSaQRqFS9y6E8hbt+PofeH/iIfDmuZGNZMEKtK1qMEnz9R/n66DSb9LY3sEO3QK0&#10;6xlm0Yqp4sTwIp+fWqR0l8f9+d81Oaodpl62q2xhZc3MtTWrD4qWg0iR2ecoZCZCNQBF/wCluPbN&#10;TU1DomWn1RxVamVWY6WUvrUmJj9CTzb2Jty3C5uPBEzL4xoCQKVFMVAx0O4ro75E00rg6RTXTGPw&#10;nzqPUeVOuO5Jd77bzuHqMxT0eVq9mZCDH1eOhllmppaShMFTEcjFTWDwmJDGzagORx/Vvx1BBimW&#10;KWqM9RaSUOSSGDkAXU8/Tn2ptITHYsi5UtWp48OiS6+n/ehJWlyVpQAU45NQAMn59DD3D23unvin&#10;k3Rjto0W39uoMfhjjqaMx0sZpYgZC87BLlHnH+uQPc/LSUVRSE1aI0FKPuTJIyLEhiQG4ViCCpW/&#10;+v79tG3Ld7pHbsQQ5HyNfLh/lr0Rc5+Habc24zllmjWgI1VC/ERwpmvr0mvjSOycRvqhwuwK6ohz&#10;G/a1dqihpzVrNXR5SYUclOlbSFXBex9ANjHe/uuXcXyE7H3H2P8A3Y2FW/b4yCuko4hTwlJ2+31h&#10;p/NG4YJqA595u8mclbJs1rZzX1tGbtUDMzUJXHADzHWA/Pm+XXMdpf2rzStZXHasScHFeFKHj59f&#10;Q8+Hv8rT4mfF3qnaW+eweu9t5ztLFYKl3Puzf+9BFlXxGampY569sTNkIjT4qipJYy0bizj6lmJu&#10;DtbF2NnpsHS5He+dyeTy9VGlR9pLVSmmpzIoZxIkjNqkckc/kD2EOdfeTlvYL5bLZ9qivnjmYSas&#10;Kv8ApaA5/aOg/wC1X3cLncL27nvIW2uxdEZPDjVpJWY17607VHHIOojHpUZ/M0/n49c9e7pp+t/i&#10;7s3anaEu2ctk8RvDduWhkixlGMf9pSxxbaqqVjLXytUJd5wDFpRQGJNvbpuHamfejRNv5Clo5ESS&#10;MxyxCVLPwv1F245tf/D3Ta/vHbZOI7VtpWCXyNSyUrmgoKEeQPE9Shvn3aLvbpGuP3g09ueGqLSw&#10;IH+nIJ6Kf8bf59fVtVlXpO7unKymeoSCr/i+286a2OWR7meM4utSCWkcSm/pZtQ5H1Hsv25+sewK&#10;uCSmyu84qeerJhoaKglmgnqFZWErvHHL6Y4L/W1ufcu8rc13HOKTywpogRqAkAVxxBHHh+WPXqJ+&#10;YuTLLk24j8a4jknOdND5U4+QIrkH8ur5vih/M16A+Rj1VV1f07vKHbm30NRurd+5MTRUeCwlUNQo&#10;6Gmr6tP9yVbWaLhYm1gep1AAuGR6X3vjqZYcvnBNTvUsStVWRTaOL3BnjDKbfWzexzbQT6EiEgda&#10;1ORTPHifL5DoNyXO1XE7SQRfq6RlQ4yRngej/wBD8ldiZeaSPE43IyVSU/k8cWOemgdy2gxq8TsC&#10;yk88/X28Q0ew9lIkuZzGKqpoiRJCsFLNMptqt5QAbG39fau5vrCz7Z7iMgeQQE1+3pyDYtw3BnEM&#10;MpVvUuB/M9NNZvLsPfAak27t+vw8IYtHVVNVIkcgBINo9Jf8j88j2lc98hdh4GMy46hiqHhuscsk&#10;Ykuv10hI2UKP9h7J7jmSGIs0NtQj+I0/kDX9vQs2/kC+n0JI5T18usWP6X7Ezzs2f3JLTwTKuqKn&#10;dkYnUeCZFe1gfx7LzvT5kZNIplweOoYWeNrSPACVOr9QTyccfj8ewzuPOl6Y2EcgVaZ08ePl/q4d&#10;DfbvbixhcePJIwByNXH+XQpYH424GkaOTL5bJ17KQwQVQGv0glWbwAjnk29k6333hvLdiTT5rOMs&#10;IAAghk8HoPICqsovYt7A247ze3gInuGKn59SDt+w7RtWhba0AlpWtK/LPzx0O+D2lgdvQ+HF0EdO&#10;LWL8vK3pVb6zYgkL7LfnN3U0khZGaQhL6n9bWB9Vvpyfr/sPYQubw3EjYb7T0JYIlVdMdAP2dKQC&#10;1gLAD8Af717Dmv3PWzp46NFgRmKvPKC05VjbVHEGGk2PtOWZVVaY/n04AqsDI1a/s679t0218tHR&#10;QZWo0QJVENCZpVkqZg7/AIhDFo7/AOPu0llOFWR0opGKkZ/Zw/PpSHXgOvexcqqPH5vZWEFbFXnJ&#10;YmmFbJ5USNpIMVVzQXppGiBlk/h7ESC91uv+q9wjzZaW6bhcmIEPprShGMU4+nU7cn3ksuy2Ykep&#10;AK/z/wAB8vz6wLrWWQkqUZlAAPINh9Rb26dX+GPL4TcNNVnXjpK7FVYZldCtEspg1KnIknxrjUfy&#10;Yzbm3s25KnNtd7fuIko6uVb7KVoaZoUJpxyKdb5wshd7TfbeUqXQEeWc5/b1xqUE0UsLA2dGW4Ni&#10;Lr+DzY8+zO4jfGTxW8HpAy1NTNX5ufHvVOCaiWrWf7egkqPO0y0FXNKjISoEcrk/p9Ik243hmu92&#10;2d7hS5lkkiLiv6jUKqDWul+3TUDI6iKDYoG22xvo4HU+HGkgQ0ACnLaaadS0bWOJHHpI5zA0GSw9&#10;RHUxOsJjp1nEFx41paiNzPDFY6ZRGXJI+o+vseOi+5H6x31VDIB8hsTeD0eQqaaZTKlCuQ9NXGVJ&#10;jSGrxdczMtlBADj+luh3ty8Hvb7SbXuNnFo3uyQx6iT3TQqqyoagkAkAgVyWqMDrDL3M5Yl5X5lv&#10;rN6GIsStAKGNu5DUGpxUGnnx6DvuDq+TtXYQoaKvkwW9cA5rNsZ+kZo3pc5QgLDDM68yYbKtGqyq&#10;11KMrG9uTKZbP7DPbCVOzIUqKBKepq6mCCF5DX1VPEGqZaV9VpYjjqZ1dByWm1X5PvHD3h5Ll5U5&#10;dsN4vtMd1M/fF3FytCagZNagqR5FloM9CP2p3e/3r6vbJJnYxlVidjiMsaBW+Vcg+Xnw6L9vDYvZ&#10;CfHRKHsbMUi7vq/t6auraedPtKD+KVMkeMDOVMf3NLkZ6XU49OmMqBb6CXiu0cbijl8pHiqeOuoY&#10;cZk8jjWkDz1VBi5jWU9THTkq9RDUUcU9+bqy2b3jvyNuX1nM9vtMSGKWWRUozUDU+BxX4g1CCPI/&#10;b1IvuDyZJDscMsly89uoOl9LVAegdC3BCpoRXiKU8+ic4/oLcubyO29r1G8ckMTX1G6cVt3ctIrQ&#10;R4rM7ioZqOvo5poC60dTjcu1MwXVeSOVSmnm7J35151FUUG2t/4nckPXlTmKmrllZUFVBmYK2PzS&#10;fa0KRrIjFJFk4YaS1vqPc4e3nK/M3PvMO8bRFA2qyfU5CglKuysDkBe4GgJwaDz6gaz5v3XlWLwr&#10;y28eOQaVFcCnA6uBoKV9R0Ofwy7O74y+6OzenuxNHYeP63ixWPptw1FHT4XK4+tEk0EuMy9SZ4o8&#10;rIKikkCygKzCMub/AE9qHpvaGyepaTKPQZ9ctQ7o+y3JjaurCwy1FI2KVURIwt6iZVkOrSAFBAJu&#10;D7j/AJ5gg5d5p3HZ7pdF5HJRc0YsNSuKAnUa1BXyBr59ZM+3W9bnv2xx7lNYAIVkVwp1KhOlhn8K&#10;kAUr516rP/mmU/dHyi3RtTaW09qV2BqetM1mNiZ16SpOSWDJZjNY6alzE1UFp6fG0cgx8YheWRlD&#10;EsLlfb+e3Np4SmyeYzedpcbiK3bdPn4CsaU8WKRF8eXrSWlkFJTjyxtI2k+I3ZjY39gjdZjFFf8A&#10;1svhqkCl6YCsQokFa9oq1Cx+EZPSgbDLfXcI2+31yeKQAcF1K0jx5nBx0mc58NOztyY/ZOAwW1Jc&#10;puDYHZe5tmZkbkyAkG7cViosdXbKpKuumjoWy0lHBBWoY28QmjRI19QIUjHZu6esc58ltr0VRW1k&#10;x3tRYnHVFXTGBqXKQZKOKbE1NHWRP+41RQ1iRSSqGQtGR7XbJyzPfHZd+tVaRZBc0cGoKrGzqxNf&#10;MEr86CnHpTPu24bNYbxsdUaOIodLA6610sDXNAQGA8jny6uX+Oe3+wet/hvW0EVDisPufY0e+qjC&#10;7fqqWohx+Hqdt1WRFTjamiGpvtRmMfUTRQ3a0UwGsize7QVyGP25Hi9urWRUsdVSPS4miqJoGika&#10;lpZJpg0UpSSabxwEgq4AazW/qTbleyTXH0TNUNGQoJxqGeB48ePSjauX13W0mnVHMAoWc4NUYUAq&#10;CAO/hTrUwz+O3325nt9d3V+05srldr7hosr2Hn8ZR1kOWix+4spBi8ZBjMrR/eQ0kC1MitOskd1j&#10;0gkEqCWn5C7npZdoZvG4evpajybO3RJkRFLBOCaSmoImDRxkFpNGRJJ/rbj2C9xudEJtoHpCIXP2&#10;lWjH/Px6kHlzY7WO/jldWW4E0RVSa0A8Q8aU+X59W5fyzuut947d6bl7X2nlcPK3aGwn2klbiMlj&#10;kSlzFNuyrLwipLo1PA2FhIZrFvMCtxqPus96KiX41tk6V2qpqTtDO0uVmWK7pUVOMwVTAskShPGv&#10;29SLE8HUD+fZbt0hXYtKvhbuWpPkdER/wHoc3kTrzaq6aRmzRh+bSin5U6vgotw1B+T24Nr1kvjh&#10;PTWz81iqRmsH07w3zQ5KVQGCs5NPD9P7P+t7CrHYmWojocZk0kx8mbz2LSaGaPw1kmMpkqKp6pIH&#10;/fNMyUb6JAhQkGxPti4mGtIpl0s7AkHjpBwfz6PrOF3dpVH6elgD8yKdDZV5GFaeqrKRlqhSQVIU&#10;wOJYzUKPGIS6FgJfIQCPqD7GfrvN0GHyE1IiyV9FkMvuTGzzFolq4CmSyVfSTKz3eWdpsPTLZbNZ&#10;ibW9sSXcAkijU1RpHH2VYsP5KP29KoIJFa4IHcqJ+dAB/l6Dbf2CyOcwtFUw1Aocni5sXlqUO0v2&#10;bTfax4+shqgjKJKdabLVJAcMmtVJFx7F6qpIN69dz4qniZBtg1tZWPULF/lj7Rgr85PE5ciSWA1G&#10;WhA/2q/tmPXd250HMYJz6LV6D82H7el7JFYXUryPQOBQepYBK/sU9ALPkKXrntqPO5OYzxb0nwOO&#10;oKWnD2o6jsTObW2hiy4WHxQVFPS7ZqJGKlQUQC3JHuuHdWZbcG4MrOykGkpqeH0/8Bx5qjIVQWC7&#10;E6VSYarkm59rLKaS4lupZRQsQaeWSxwPIZ6Kr4IvhaDg1/wKP8nR2KSlio4hDFqsAgJZtTNoRYUZ&#10;msNTeONR/sPYa18YBPJW4JNvybXvfk/4e/XICtUtQdJIyCak9SvaQrACSD/U/wBCfp/j7T6goqxx&#10;1e6ohDDAoOve2CqQKpNuOSfpyAPx/Vr/AE9+rXg3TsUmoAE5697S1Wnpv+SeOP6XN/8Abe7kErTp&#10;wooqade9puRDrPJJ4t+P6/j2kcBsN1ZdPXve518eqs5jovpvJOQ5resdj1BcMrFnfbmPMlubm7gm&#10;/voVyvcGXljluUNqZtutiT5EmCMn+desDOeoxFzdzQNJCjcJzQ8BWTA/3mh/M9ac/wAuKg7Z+SHe&#10;uNo5B5ou0d8Sqt2hjhim3NXTxKrkaSuiqv8A7D2LVTTSxlZYSBGVs4cWYnXb6fgexBDMr1V+Pl0H&#10;WiiSJzTNP2dAXtLdtBnJ2xuVmIqQyyUngmqisiiKZ5ItflERcPGAPTbn3CmYrfyaQeOVA5H+w9qE&#10;FR29Bi9FUcDJ6MnsqCnqJYZYI2aL9oD7nU0sEsbaiU5Gl7/Q/wBPaakoI2E76vUalLgFeCnoUcg3&#10;uHv/AF49mKTsvhgcAtP8HUZb4rKsvoF6sx613PJA+34yrX/hs13UEJaqqI5nBI/Acn/b+0etXVY4&#10;zNESX1eFHkViugH6FiSLm3+w9nZt4LkxhqAUr8+gM5YsAGpgf4OjtyYTC56Gliq1RokVKplWaJSZ&#10;AdZ4ZS2kk8j8+0/UZOPHwTV2TqIKGBiTLLM6iJVJ1adZIIJ/H1PHsxitfHMcFtA0j+QUVP8AxXRp&#10;s+ybpzDfw7ZtFnJcXz10qilmPDyA/nw6U1XJj6KFY1kj0QLGgVAQ7XB0oiU6oXchf6G/+HtDjvPY&#10;cE0tFNmjGlMQDUGnlMEuoi7wyIHaRFvzx9fYhPt9zA0SXEe311eVRUfbkUr1kHF90f3pk2uy3WDl&#10;XUZq9glj8RafxKWxXpjkw2TqmFXBhKiVKm/j0xQrIFv6jNF5S8RIPF7k+xI23uTB7vpZarBZOLK0&#10;sR01EsDMhjcC6xlJSltSji4Aubc+wpu23X+yTJDuFq0M7CqgioPzqtRj0rXqJ+dPbTnj2/vbax5s&#10;5altLmePUgcgKw1acMKgnBJFagU6RORycGDqGgyYXFVYJlipatXp5ZYYyWklQTJCWVUBN1BH+I+v&#10;utH5ebRw0PZFFuLF19A67ixNLHWvSVFLUKchj5HoZzO1PJJGkn2scFyx1Enn8e8qPZPd7yTlm622&#10;5t5FNvOSupWB0uoYUBoaVr8uum33PbbmG59u7jaN+224tnt7xjEZInj1RSKHFBIqkgNqyBpoRQno&#10;yfRu6Gy+AyuLMFYpweRjSB6qCqgSSlyFMtSghNTBDrENSkyHRqQACxPsq+d29/uLNfRs0lRSRyKy&#10;SIzRVKBHcK/g0uQY0upDC7WBP0tIV/LK5eVQDcCNgFOoAg8VJBBGfMEUOessDZ/TMiH1pX/L0M8d&#10;aVnEcgVQz6bXPpIuCR/ifYU7SpGyq5eCtmjpoKg1FMlHRxKkl3SaLyVFR5JJGZtZazkNflh7Rcnn&#10;cDbXl5LHDHaicCOJMUCitXfUzOa1AJNcZyBSRdrtxJBhiaKP59PErFNJABtYcn+n+t7S2W2wtEZn&#10;VAsyCWnlCgKfNTlY31EAa4y9iv8AW3ubrK/juGL6VDOQagZINAKn8ulEUJYvT4gaU+fWRHDi4/3u&#10;/sJfK8lZNT6gJlmZ3jUFSqjSwUHWgA0xA8m3Jvcce1NhfySSzWjv+qHBI/hqKgAiv8IwaEajnA6M&#10;oEdiyKT/AIP9Q9fUdc/Y69Kdu7n6W3jQbrwgjlp5tePy2KkBNFksdUSI88E/hmVdf7YMbhg0bgsL&#10;ewbz9yDtXNu1SWFzaBZqgq60V42odJWg00LAB6jKsVrnER+/HsRyv748j3nLHM1ifjDW8y08SCfS&#10;4RkYg0WvxihBUkHyKt2RoVrofEGaGZD5aedODHLYrz9Q6MvDKeCP8bEbH2xt17Y3dtTA742Llpqn&#10;B57G0ldCYpBJVUlQ5LVVNM3qenq6Wa0ckb+oEG9weebG97Zum1bre7Hv1qq30DkGoorrTtYequCG&#10;Uj/D18zvuH7f757b84b1yZzTYaN2sp2UmhAZceG64oyyKdQI4UIOQegXp8pkq5qyiz1DHBWUVbVU&#10;k8MyD7aYQlPBLFGDZ4ZY5Ncb39SEEfXhWZKnqc5VU9dIZEaBFpnkUmMzaVJSaSUXiWoYqAOBx7Kb&#10;SWLbYpbRaHUSwrmlfIfLoDQoLNJIVWuo1of8nUukq4cdFJSq0Oly0yozXVCP91oD9FI/23seOvaB&#10;YqSlytUgZKW0cTCyzFQ2nSbXDO8rm7fUj3HnMlzqlmtYX7myR5dF05WJZHVaPXorXdWZnzWR/uXj&#10;KhRJXRrPWKF1xaGQsPIbj0oY7qv0vz7E+aoU1SU9OkktRVAHxwRyrTJGvKiWQvw9v8QWHI9hNIiY&#10;fEkZRCmO6mo/Z/xXQE3K+eZnXVRENPn+zrFsjaEWOwaTVQC01CCv3FXKhr5ZZ0MbvSubuULG4H0A&#10;9qDG1GRpK4RxxxweZI4wE0BIE1EcMxJszKbk3YkC5IAsW3UNpNBqYlipJ+ZI/wBQ6IwBJk1P+XqZ&#10;uihwlbhJmqvNUpTys7eWQs9VJ44lQuAo1aEax/AI9zqqdnYwfcyylmZvIT9ZAQfFEW9QVxcMdQsO&#10;ADf2xFEqgSCMAf6uPQjsLYARuygL/q49AhXVsdCj1K01LCsSxBY1kenRITH/AJyYAhJSgewVuWLc&#10;fn3Hp0kco0zwOYIfNLNUSuv0cesyt6nYSEBVstwPp+PdpHUKQlQGOAB+dPl0bTSRRxuQ1Dx/mOkC&#10;rS5Srnih8wWtrmpKejptLPKopgf3KchRIiQwElryL5LEG3PvM8qxOESVKx9YleP1GEU5BUMAvKw+&#10;T6KW/wAT7qIy4q8bIDitM19D+Xn0FNx3DzBoOhu2VsuQ07TS0T47XHYuYrzTVNwheaXxeMz+NeHC&#10;ggcf4+2nIyxK8LRmNZnXzw+RghqI08cbsl7qEQ8AGx9rLZHZDUVUGh+R6DM15qBDHowu28DLGJYT&#10;J5o4ysc0aXVUYs8gdgyksx1/Ucn2lM1l8hTNA9F9uJNIjeN4FV7+RgxlJcroHkBQ/n2cWFlZyh/G&#10;jbQTxH8qf5uid7lH1K5x0KuD21RGF/uo55FWQvETIxYKbBdA0iygfg/j2wGpZ6h51mEupRJNPCZa&#10;mEFXRX0BmJWd5GVFUcGx/p7MCgWLw3ShrQClD8hjypmvRTNIW1az9n2dLWKkiSPxqjIgPpuNL2sL&#10;HVa5HHt+NbDSQ+SrAirngLx08qIBpbylnmmYqUIa1lK3vb2hWCSZgkObWuSDx+wf5eiO8kLLRPhr&#10;/n6k0kLs6hSfEOb/ANfpbj6fn2Ce4ZBV+RqqyOWlpmLsYo3LCRUnUJYzPE0XN/rf2OttiMWhYiaA&#10;A+p+z8+igtKpDLXFP9n9vSriGkhR9Bx/yaPYeVk2P8dLJTj1BoYchPNSq0E8bzMQQQFaOO6f6xv7&#10;E0SXALCZsGpQKTUED0/PpQkdwXmSStCpZADQhgp/bx6kew+yGHo580qUbQVULTeWKtqv2l0adI8U&#10;YTx3uRe6gkDgnhSJYb2aKyDTArIqkFR5eeSD0JrTcZo9uYz6kdVIKLU0PzIIx+3Pl6e9rSPGYysI&#10;ShIFfRHzT1SQUoMnJeWCSMo8ZRwoQXPAJ+hHBCbu6i1Pcg/Ty8ASTp4AHjj1xx6Dkl/fW2v6ujWs&#10;vBak0JwGrginE+nXvYdbiokfNgmGnesSDyGATW+2p2H63V5FZI/LG4VuU1KQv5AE+1XemyMYlIjJ&#10;40rXjToYbTOy7YKSMLZnoDTDEeQP5ivA8Ove0Qc3U09RIaep+2ZeGZQ1lLcOGB1Agni3N/YgFhBL&#10;FEZIya+VfToRLtsEsMfiw6/lXr3t/wADu6WlklQMZDU6gWdjJeRYzG50ByFD6jxwFv8A4e0G47Ms&#10;vhtSmn0x0WbtsCyrDIwAVMgAUxWtDj/i+ve3mKvnkkEoneESE08jagvlaMhg7fXXove/4F/Ze9si&#10;qy+GpKiuRw6K5LaFEaPwQxVa8K0r5fKvXvajyFTtzbFDVZDN5mkw9HPSSzVVdnMtQYigpBTv4pqq&#10;WqqquOn+1Z50Id3RU8ihgGNvYVu94jhHiXk0MMNudRZu0aBpySaABQe750z59FNra7vvlzbWm2bd&#10;JcXCuAqQwySu5apVAqoW1AK3wg10kgkA9e9sOI3ngK14loYKvJLXU0OSpcnSY2uqKOalmZ4YzFkP&#10;D9rBUzvGtkaQFUYObLyVRla68J7dyYGjLKwDeGw1hCNYXQSC2oKGqygthFZgcbjyvulujPcTRwtG&#10;7RtG8saOrL3GqEhmUAnIXuasa1cUPvciTN45avI0gpvNWSUgmpYfsqphBDGaHziprgj0bSu9THpQ&#10;XbTqsGCsEXrBP/i36jBTqJIpmhp+X2VzxHr01FtN00FncG48O2EgDtrXuYhqaI6hwO1tTcPhPmCf&#10;e3emxWLmRl0qUqEeohemWBJTK1MAlHGz+CKNjIdI1lUUc/Qj2nuLy8jUFTVlxpOaipNeP7PnTork&#10;vb2NgDKQ6EKwapAAbLmmonFaUqxNB173C3ZQ48U8MUPlkqFDRlwpDAeMrEyBmdVX6HgW/P59rdmn&#10;uGmaVwBET9v29Kthu7sTs7qBBQmhyMnz4Z9f2Z4n3tJUFRVVOPrTNIK6sSNaWlX9gEeHXFaVVIs8&#10;Sm1zdjfkm3s4nhjgubcRjRFWrcTxyDn16PbuO3gvbXw08K2LEsaHgc1/P04CmOvewkqMVkTFWT1t&#10;DJJkX8ni8SedIGjZ3j1Ig16mvqFmH0HsapeWqtEtvcqtsKVrivr59SFBuNmrwQ21yBZ4rnSWr51J&#10;pjhw697gU0crxpBUQwRVfjZXKIJJBGY2cRyk+QRSsQfSDZbc2v7elMayNLG5MdRk44mmPl0um0Bi&#10;8UjPahhQlqZJpjhUD58eve+dNWVOIZc5BR0lQVx7zVGLro2nonMcqoFekkjjhRDGurUrMSeeFv7Z&#10;mhivXO3yTMqawPEQ6XGD+ME/sxjHz6pPbQ7iDtks8ifq6RKjaXFRWutck1NKUpSvXvYbI25sjVVZ&#10;qKNqeaulkloaaBGSCaFJkWrNM7/ta/Pa7pq5JFgbn2LD+7LaKIQXAdYl0uxIJDHKggfL16G7rsln&#10;bRiO41RwoocsQxBp26s1GKUX086de95aTH1+OyFA9TSTU0dRFJS15nZ0M7SSVNMbMmoyEA3BOkxk&#10;8m3vVzPb3dvcpFKrMjBkoB2gANX9p/Py6T3F5Z3dpeJBOHKsGj0j4QoVgaHh5+teve82eWlwOXxV&#10;C9BLFDqkdpY56NVYzzU+jH0tRUVUEAFbUSMF/cWIVJ9UkYILlkF3PPaXV34gkQgjgPiBAXVU1BNe&#10;0ac4U5oDbaRNu+3310l2rTAAaSrfCobVIwVWJ8OgNNJYxjtVyDp97eYM3HtjcUlJSVsmOyMcOTSZ&#10;lyf+5aWGF1o2WXHypHPNjKmp8jQza7K0cbJ5PKCCmbwt6W1t5NEkbL4oQ9lKHSpUCoagrrpQVpUA&#10;GvRa+1NvmyrPNa+PZlo6Dw/0lLHWKSqSokVdPiIFBbU6sE8PPvYo7XeDJ01ac+vmp62O8dVWURmH&#10;pWYGIUski0skNQkDamOkSM7G3IX2R7vEbSaFNubK4ZQy/IGrUrUVrTNKZ9egHvTzWVxbfukhZomr&#10;pVguTpzqpWoJBANdOkH1J9747kwOJqMPlsrV5KalmraaSXCyR+Kk+7ybzP44KjzFJoaeSqdg6ozM&#10;dagMf0m227lepeWdlFbq0cbgSqak6BgsCK1IAqMUNPQ9b2Xdb+HcdusLazV4Y5AswYltMSqKsumo&#10;YhfhLClQcYr172Ge3KvN1FLNt/HFKui+ziyFdNC5RnSiCyTQT1U6+ZCmm8cSyFCHKajwQLNztrKK&#10;ePcrpitwJDGi0wC2AwUHPnUmhpTGMjbfIdqhuE3a9Vo7rxDEitkAvgMqr20bFWIBAWtKcfexZ27l&#10;I6rGinrCteaFqWox8P2Oujh8c+umWV6uJJxJTpHcQSIvjkUFgHUH2CdzsFeZZkQJFLXXqNGbAOrT&#10;5GvmM9R/vNjJbXrzWoMQkDrIwk7m1KA57TSjVI1hiSCQDQnr3tb505PyUeRmpaeSgSF43ommNIaS&#10;c+FmDRNVTO4Vo7B/SOeBYeyXbPptM9qkzCbXhgNVQK+ekAccr/PoL7Z9Gy3FrHM63eoUkoG1AVyS&#10;EFCa5FSTxr172HuWnjZYFQRS1zlGTxRyOKZhzJFJrJhYxqoHPBvYcn2J7OOQM5YnwPOpGfmPMdC3&#10;boWUzMxP0gFDVssCDpIAyKn04cTjr3tsqNs7nr6OJKl46fG1NN93J46lKUp9tN5Ko0OL1fbzTI0G&#10;pWC2ZSxH6Le3od22e2ndkXXdI2kalJyRgM5oVXNa+RAHn0ZQ75sdrNJ9PqkvEk0DGodyjTrempVO&#10;rOeIWuST172v9izY+kraKKXB1MsVTVQUNVU1FHHEgpKHHvPV1Tit0JTSyvOAPEw1zCI6w9lUK8wy&#10;zzLKkd4BIAzaUOrS7kUU6TqIFBXtOlWJYaW1ELc0w31zZXUibooKI8iqHq2t5FUKNNWIAoTqBCoH&#10;wV1Mfe1Vm6U5NMhiKhhBHURvV0UrP4a16OL92mH3PlnmkkkphHoQqrvci92J9oLCU2TW16i6pENH&#10;A7l1GoYUoooDqzUgY9Og3tdw1k9pfwtqaPtcAEprNQ3aFWg1FtTVKqMkY697Zcdj6t5YaJMpMk1O&#10;SIZq3yaJZofTJCvmeLXBUA6VkV3S7cayCCYT3cAikm+mGgnupxA/i/2vp/g6M7u4tlWW4ezBRhkJ&#10;pNAeBNKgFeJWgP2de9iBTYWorVllr5qlXg0yuMcxkjQFliCuI2LSHxSX0q4FxY3Nz7DMm4RwMotY&#10;ko1aFxx+fyHzIxk9A643OK3KpZwRlGqKuKE4JrwxUjjTHHr3tZVc0OAxNPU0E1VOYp2af72pijke&#10;MzqJ3+1IkkEccBJAvyeByfZNEsu4XkkdyiqpHFRUfk3nn+XRDbo26XzxXEYQlcFFJWtDTu4GpoPl&#10;172hty5TKVtE0sK3MsBFBVh3aNEmb96mKWjUqsTFWJBBP0NvYh2m0tIbhA9e1u9cA44NX5kA+o6E&#10;my2NlBdrHIfhYa1NB8PBq/NqGnXvcDCblyODw9Vka6kjelpI4gEp5Y2narMYipVWEN+lIVsB+LWP&#10;19v3+02l/fw2sE1J2YmpBoF88+v+TpTuez2W57lbWdrOVuHY1LA00Vq2fWv+Tr3tfYjdMO5PsGJe&#10;OQxid4KaWJFcmZ6aRZGNQrCwlB0i4a9yDpv7DV/szbZ9TRNQBNCQT5Vp/L5ftx0G77l47ILkMAyg&#10;/EwrwoRQ+mDnjx697j7sipKFKjN1ldURxRUeTq6nFy19Bolmh2zm6cUmIoq2OSCtyKLOZKanRoll&#10;aFSSV8gkJZbiWC0rbrplRnKtGlZHCVcDSR3jtBK6l0ks2qlVJhy5JPdSw7XDZxsDKqLII3FK3MTa&#10;pZIiGEfaA8h1MniMoXU0ZHvZLsZ35k9ibByFctFjctvjO7B372JuHHbdzVLFhcfUdf7Xl21U4paj&#10;LyZHJZCom7Nwpp4Gmmp0gx1RDHCar7SpAAkfNu8Q2b3u52lvd7qlpc3skQlEaK1sjJOqSaWLh7qM&#10;W8auIgFIVdQt3rkre+1e3cy80WdqtzPa8r2252NhbyXMBaaRL+5W4WQxxBIowu3TeMxjWVmuEaST&#10;6f6iNuve33ZXaU25+rtrdp7zn/h9NVblk2/uCenxldAv3NdusbPx4ocXUU0+QjrMvnaimUO6yStS&#10;O0+oLIT7H3LHOlpd8qQb1cFE1SeEABNlzcG0jAjI8aNGl0iPUrKVZWHaQ4JOaORxsfPG98icthZ7&#10;iOzE9urSRudEdot3IXnUrG0cVusjABlVJlaPSrL3e9ivV7A3hUYfIJhewPv98SY3b1LtjMboxeOy&#10;WEx9djoJ2qM822dvVODq75hsgUr9dWqCOJI4jTj1MZX0m6x2V2bHcBBdNAAGeBJUjkUaXk8NVhaR&#10;pTV2jWQAnSIhGQax9b83ctQ7lb/vblAx8rC4ne6htZpIppElI0wC5nWdB4GjVb0gaju7S+Me0e9l&#10;v2V1PuDZVJUdVVvaNDurccGVzO9MDuXJ5uhw1ZTyUC7Wr4qrHbMg3XubLbkxMCZmbIVDS19ZjUl8&#10;cMyOZjEgQ5Iiudm2iLlHd9+kur95pp4ppCyyxFTGIwkJmaaSMySO7GVyimQFw4kp1N3NnPe0cy3o&#10;57suSZLHZjBFZT28UDSxur/UxkS3n01tBbSsYVgj0QRXBXxJY5KRLK3va7zWNgwcNJt/O5+g3Bnh&#10;t2rbJSZOPEnJVsMP20M+SmpcSlLBQt5qxXTxQJABKgQKCPc/ct7l4v0+3puDTXcZQ5KJNJpoGkMS&#10;BFoWIDFUVVLKG8iwN2+7l3Wa63XbNnmstp+rQRCIS+GmouwjDS6zJ8DKdUniHSak0I697Drpvsrq&#10;XsTIbl62wM1LkX2e1RjN2Q1yNITSSVs1BVPTS3BZE8GhnUMBMSgBFiSqXnjauZt05ists3ZZ90sp&#10;vCliAJQMdQ01YaZFJDK32FTk06GnuDyNz/yjb7JzjvEMsQ3ALJatEcalQOA3lUhi6jzShrXA97HR&#10;tv0TPTfwHKVEtPUl3x0tQ8UM32nii10M0UlNTTxSUVQ7hoJi0sMiMP8AN6QF9purrDNJfW5WuWGT&#10;RvUVLGhHpUUxjA6i6TcblFm/etgFdABIF1FdRr3BtTBtVBVkGhga0DBifexa69yWT25X1OMyGmKo&#10;hV4knaWJaIrMS9NVpqqT5UmE6KrR6lvyTb6BnmW2tNzgSe0q0RIJXSaigoVOBSlCSDny6Du4yWc+&#10;i8tSQTTsoxIpQMpNO0g1JDUNBTj1HqIBOhU88fT8GxBA+nNyPZytt7dxG666grqPNtSZukpVJqRH&#10;Tn+IVEELJUJW0UweR0Ea2VwQwS1gfr7g3ddyvdmguoJrHVYu5xntHkVIxX1BHTG2yG4nNu7f4uxJ&#10;FRw/P16Bnsfd9ZsTA1ORlxEuSxq1MKS01Ikvmp4ahmRpYhHG5bSRfni59xe0Ovq7I01Nnso0dLWY&#10;+miieqpYoZCWVmXTKFX/ACiKxQhgLoCQx03Pt7lLmWC0lm2+1LNBIxIDV8x5elD+3ozNvLFOqxAt&#10;Ccf7PTT1l2btjMSVeKxFRIXFU5igqpD5EDKpcaT/AJshm5X8nn33tWKKlqqFaOlEmKyuMp456iGI&#10;v9nk9LgsDrPjSbxFWC8BxwdNh79u8jyxTmeSl3DMdIP44z5faK+flxz0ewzQeA0WqjKeB8/I0+w9&#10;R98QVFRS1dVLUR/d4mtkngpVUoK/HO4llh1WZXlAY2va9re8ualkgzMWByiU9UMgnmx1akS+KpWJ&#10;D54RNIWQVUbKGZGsSi390slV7GbcbJzGY8Op4rXg1PNfmPXqrS0QlnoUyfl+fXHbMdNVYkZvCw1O&#10;PajM8FXjpdUQidZCweKPjXCRKCrDgkn+nutf5s9bZvZHV/YO7OmNpbWq90z4+or1r67E1VdPjKhK&#10;yJsjUUFNDInnjqadZJQjaiGuE9XoIL9wtjvNy5S3ffeXtqtpOabddZUx65JI6hpCig6XlRK17asA&#10;dOTnLX7rXuPtp9xOWuW+f+Zr+Ll5m0JSULEreG3giYkYXUaEjzK1FKkCth5ps1FSLWSz00lPpkqK&#10;YMqisDJqj80iG7tExHAI1AX90SfDjdfd3yE7F7J687Kwu395RfYxQUWQkebBYzZcdHVzvLUYxMcU&#10;U+d2WxZdUjhdTWBHvD/ltr/mq+vNtvbNLi5mUhT/AGawhRUsAAtK1wGGaevXY/nu32zlnY9p37bt&#10;3mgsrd1YoESQ3JegC9yk6QBkinHqDvfPYTYOF/vDX1c2Lp48hAHioaemmny9RM3igo5EnVmkEn1D&#10;B0aNfz72QvgFW7yTau5esNx5KnzdL1nU43H4jMGuSryE9DXGuamoqkAftpSLRFY2P1X6+8kPb3cN&#10;zt9su9h3G5WZdvKJHJnWY2DkK9TXt00Wvl9nXG774vI3KllzZs3PfL1j9NPvySyzRhNCLJGUq4xT&#10;VJ4hLUxUdJDfO76WKixWVpxURRZWjaZIpF0sBG6KSwQsNRE3PJ+nuw96URmwFgRa3HsfiYsONT1h&#10;59AuioHn0E1PuppSGZwxv/qm9xni8ZOngH/WH4BP0/x9uBtSAE56qlircRnp2/j5mRCWBKm/OogW&#10;PH+v7lxzxqdK+rSByTzc/X8/Qe2TE3E9L7e0CN8PSSzVXNV69bEJclNFx9bX/wB69orNemofQAFc&#10;6mv9eRzb/W9nu31ZO48Ohjt2U+zrFjQHpYi0oOljYA3b0ngWPtDV8QBD3J/1Nv8AauBcfS1/Yht2&#10;rgjo411XPEdLLFMzMl1sAdJ+v0uOefaUr4I3Vg6g3FjwLi9voTe3s4hJIAPDpJKCSCB0JWJnkj06&#10;WI0lSOf66v8AinsItx7GxGW8nkAEjXZbqNIYAn+n1b8n+vtqTb4pZC+oh88eHTevT+EVHQg0OUl0&#10;rrN+BySfwB/xPsu25OkYah5TTzIrer6ElBq55K2Nx7LJdoMxZH0lf2dLrbc3t8pJQ+nSiiq1cc2H&#10;+39hNk+gsgwdYa6NbaioVjFcn62upJPsrbllqtppSnr0bwc3vCwaS3DfaD/n6kB1Iv8AT/efaUb4&#10;+ZdtYfI6QLD1TkAhvqfSt/dRyrJPoUvw4DUKfmK1/l0tb3FgiPbZAt6Bf8FT1z9sGT6ASmUNUZiF&#10;XJsFM8gv9f8AXvzf36XlG3jFLi6RD9p6V2nujO7aY9sbSPkOve08eocDSwmWetlrJ0lWJoaSHWWd&#10;wbapmU2Qaeb8e2YuVtsVFLyMzk0oNOf2ggfb0af1/wB6mlEcdoI4iuqp9B6fPr3td4DrvA4qIzyY&#10;yBpC4CmWSOZlPGhioUKLkE+ze02Xb7SrRQrqPE4/zDhw6B+8c47vuEgiW+fRTyBUHjWnXvYoU2LS&#10;KBhEqxKo0KUCpYcfRQNJ/wBt7N1hAjNVAT5dAaa+keYF5C2ampJ697XnUODjyXZO0MRGhlEuagkm&#10;0gEnxFp3diP6CP2U3Ei27tKppoBav+lBI/aQB+fTl28ktnPLIMUwPTpo3BkBisJlciTp+zoKmYMT&#10;azLG2g3HPDke7j66ZY1EakekaAOABpsoP9PoPcd2qFzqPE5/b1Ht1bsNTFcU/wAnRQ9tVJmkScG5&#10;kk1k/wCqJclr/wCuT7CTcc4EcnlN1HkFlseFI+v+vf2M9rj7lKjOOgjfRVamn16MtgCRBHbi6xMf&#10;9iG/w/FvYAblCSeVo+Obqfpz6XXV/hq/3j3I+1lhoDcOigJpkWo7elxF9P8AYL/vXsK6mH9x3ZU8&#10;xHqIF9Vgb2J/w9i6JqItDjo1idqBK9vWX2nZ4o5KgRzXCkFgbc3+trf0PszWUiLUvRnG7rEXi+Lr&#10;3tFb2eiwFDJWVbp+5E06+aXSkMMYLEtqKqoCi4BP0HPuHPdXnWx2y1isnjDzFa8QFFDUlhUcKE/M&#10;06kXlHl3et/uoIrO3LDUoooqSTQddahe1+fdCfy2+W0NVnK7AbIyj1dXBA1HNkYyqUtLK0pSVaYa&#10;zrlQcB/oPx75vc788fvPcm/d05arZeh0jJ4A9dh/u1fdgi2jbbTfecLNVBfWsTCpJAGnUKZFScfL&#10;rv3WHPlaqunkqaidp55naSaaZi7yM7MzMzMSSbt7iwA0LFiSTmueuiFvDDbwxW1uoWFOCigAH2Dr&#10;3uHLOJCUGpiFLEIBYgc8e7ZpUdGqmoGM9e9rnbmDp0giq6sA1dRH5YFYi8EY5Luv1uR7dQDBY56W&#10;xxqi6tWT172h90Z9snU1FOkrpSU5aNYv62axZj/Uge2tVR1qvdRBU9e9pQLrt42+v5NuL/8AEA+6&#10;8ePVw2hjqXr3vhJG2ko+nXzbTYG3+NvyfejgV6eqW0svDr3vEqHSYze6gkAm9zb/AB+ntoNqNOt8&#10;eve4/jOpgeDb6/0Nv+IPvZoBWnXsginXveF5fDJGzi4XTc2BFlK/T+v193FBp7cHj0pjNPw4P8uv&#10;exKgips/CkcSxX9CKuoKQBwXNhYcj+vPuxpXt4dOkBWDLUjr3uRD1hn8nqGExWUr5V5jNJRVMyyh&#10;mK6U0RkMwYH/AFwfdlUsaBST8unlilf4Ymr9nXFmC8sVVQP1Frc88WIt9B/X2r6P4s995eWGPDdY&#10;7vyIqFj0SLhK6OMtIQAC8kCooH9b+3haXDCqwsR08trO4XSmPPUQmfsah/l0nq/d+1MUsj5Tc+3s&#10;ckV/I1dmcdSLFpFyJGqKmMIQPre1vY3ba/lufKzPIHbYKYdHsR/GspQ446SR6tM8yyG3+Cn26u33&#10;TAnw89Vlht4JFjuNwgiYivdIv/PpNPzp0GmY+SHRuD1/d9nbUqTHfyR4bIf3gmBAvpWLAx5Jmf8A&#10;wHPscMB/KS72rgn8d3PsTBIbvIr5ZqyWJQBddNNC+phz9D7UJs909Kui/JjQ/wCDpFeXu0WMEkzb&#10;vFMy/ghBkf8AYKY6DCv+bvSFK7x0T74zjqeBidibiEbjnlKjJ0mNpmHH+r9jBhf5OdVN42znc2Oh&#10;YXLLh8HU1MhIFwA8kUNgbfW31t7fTY5JACJs18lP+UjpOeZeUoFU3N9OsmmpBjCj8i7gE/Lj0isv&#10;899lUgcY3rTsiodVLK+ZTaeApjYElWkm3PV1CMT9P2j/AMQR5o/5QnU1dHTx5jsrsKtq6cKsz0GF&#10;x9OsqpZL3njZgS6m9/xz7WjlyR6AOzV/omp/ZX/L0QXvuNyrBqa2Ejwg0qZFTNPRQwH+9H1xw6BD&#10;cH8yLc+OWWaHqPZ9BRshED53tinSodyCbvFjdt1SIqKRq9fBvyPam/4Zv6Ht/wAfX2p/wH1X0YL9&#10;er/Pf8Bfpbi3t7+qb/8AKNN+xv8AoDom/wBdnlXh9A/Gn+5A+2vwcOg6/wCHR93X/wCPL6b/AM/4&#10;7f6TslfTpv4L/wAI/wA9fnV9Lcafz7//1Rc298leyOpu2ZdodiTPmdry1scU9TOssjx0FQT9lk6e&#10;cX4ZXViLWN/efu67VK80tndRayrUqfTyYfMg6h5ZHXKq65P2DfNkO47WiwXYUFdGM+amvEVGk/Kp&#10;6v670/lsfGf5ifGym3x0rt3G7P7C/gU1bgZ8RHDRUtVlccYo8jtrOU0QgWZPullh16keJlBF7n2d&#10;PKfJfZWOymNxmLDZN6o0+qZNaR/vqhAiAj1O4Mtj/wAF9pNt5NiWT9ac6NeBSv7PXqI7vlzd5LC8&#10;uJpfDaOp8j61H2UAr9vVQvSn8mTt/c+Fq9x78ykOyzFWVVNBh7xT1bLRzGJ5q2RZ5EjBeEmMC1kY&#10;fW/tN713UM/k2jikeCORGdXa58CMI1/cFuGUAD+vI9yzBZRbfHDYQGjaBVvswTT1PUEzFpJ5JWFT&#10;qNKZ45/Z1fl8Ueg6DoLqbBbVgK102Mo6aKonjjsazIIt3qDe5YSuSxI/J9l03bvPH4OtoBTsKsQV&#10;EKtACQahlmXXM62uAQCP9h7S7hcLEp8M6tK0A9TnJ6FnLOwteXCySt4YLAk+nDh0c+nwOWzu3M9T&#10;FmpJcjjKykSpUACBqrHyxJ4yfoY2kUj6W/2Hs4VDVQ7hwOOrsfKY4ammhmjMX9ggLrQ3F/S6kfT3&#10;gdztZ3Kb/uKuSjmQtkgcTXFSP5ddXeQfopuWNnltjHLpQn1xQKMDhw4dfMm7qoc58a/ll3PtLtXb&#10;gyGaw269xYbIRZuQkS0+UrKqePJ3R2EzVNHXJJGVJv7elijr4FjqIldojYPo9WrQQGueLn+tvYUu&#10;WjgVZJpKoKE1+X+z0OrPY7fdHJgt2+qOMea+lD8uPy6LFUb53F1vm8hX7Uz9TicVlkntFR1dwaWq&#10;cyCldQf0Oh/T9D7gV1HTRBHqKjxU0KqbW0gHkElvqBx7tBM18q3QbRQAfLA416P43k5bM0EUSlwu&#10;QaGlfT59KjrnfO6d0VOQxe2NsU+e3JuWV4hPMj1NTPQuVBpFp3/YBhbSwYkXI9t9RVNJC8+PSnq5&#10;NFgZCpfQoIWz6lF7n6exna2+i0ZS9cYIOOg3ZbxA+6Rw3VuIoAc4ocfYo6VGH62jx2Xp8L2dUbi2&#10;Xjpshqrqegib7emn8ixzu1I6TOBEbnVbm3F/YCdvvn/7pigo3FPuHcU/2NLTLKFeOAsokn1atBtH&#10;e/PA9jr2q5UF5vrb5ucoXa7fzJGnX5VP7D+Xz6jv7xvu3s42WLk7l61dtxnAWoAytSW0jDVqtK/b&#10;1su/yWusOsd1d+Z3szHUdLXdBfHLE1GWruw8rS2TMb1FBO1HQiKeBSKWioJjUuRESWdeeR7wdC9D&#10;U+x5Is9k/HJmyH8zFY3aQSIvrLoSFOpifYx92/c+ZLafZ9hmH0zLoZ0PxHGK/lxHDqJPaL29tbq5&#10;g3bmJSb5GqsRpSGMLg/NuJz+zpPfzyP5zy9sbd3D8ZvjxPVDrbJUlBFuHe9GMhh5ctlqTKk1GIpY&#10;najeXGeGkVWYqUa54PszlZ/EBPEtPGngHDsF9TWI9HJsLj/eveOVtcwySuZ3BFDxOanP+evU9Tbe&#10;0cszRxNoB7SB8yAetZHZx6s/uhXzblr6mTdUpQw0DPJ9rcxkNIWWIqGEgAJLBbXvzb2iex9/UvXu&#10;3nrakCSrqw9Pj6caWd6hlYhgG+gjJ+o/I/r7mP2r9tl583M3smpNptipcLQGUVYlan8PripGOoc9&#10;2fca95HshtMSrJvN6kmlmyIwAq6qD8QrVa4qOrNv5R/8s8/zFu7qyrr6ufbfUHT+R21lt/z00Mf3&#10;mahrK6s8O3KOaYtGjZBMeyyvoZliYWHIJrpHbW7sjuvcGeSoDT0GAEFPHKzyCB6+RpyURT6CAgBP&#10;F/8AYe869v2uHaoXSwg0W8cARRg58ifThx6xKsYW3WMtubmS4uJgWPkaYP8AOvX0JMf8fOqOvOvN&#10;pdY7R2vjNu7QxlbRpTYjFUtPRRmPHwKkflaKMNUOEv6nu3P+v7KN2D2n2LkK6snye6JKWF5X/Zhk&#10;bTp0/wC6URjIpt9bn2F90e+klMrSoIweBBP8hw/ydTDtWw7LaRqIbWslBk9Dvt3ZO0MHQwU2KwNJ&#10;TrEiqrCKPXpH0PkAGoG39Bc+wNffFZPV+H7mvyJVj5Z5mkMSsACW/cJY/X+vslW/leVkjiaUgfZ/&#10;LGOhD4SRgBYwB0sko4UA0KI7AAaAFsPwLix49wqzOZGVJJZplokuSl7MX/oQC3F/8faWaS4JdmIj&#10;H8Pp14Cp4dZ1iVR9Tf8Arf8A4rf2E+bzxkaZXqpnZrsyxglvU3+0KSBf+nsPXDFiR69GFtA9Q4an&#10;WX2iK2kr8gBJBj6uojktF5ZA6KCwGgDXp4Jvzb2l8KqkeCSDxPDHRikiRH9WdSeve+VFsLP1/qWn&#10;kJIEiLFEGJBB4uSeCpPuse1SykqYzSnTL3MWrgS3p5ddXA5PH+v7FLbXx73DuGBHgpmppTcSxzFW&#10;n0n9DgFwoRuePZhHsspUKEof59J23e2gP+MTARjgP9nptrMvQ0P+fmRTzwCSeBc3sLD/AG/s4fUv&#10;wwmydXTTz4eqzNVHLTmOB/EILmQAM8hVkWBWHq9Vrfke9DabS0QSXLF2HEcB+Z6LbrmCSVGW0VVj&#10;/jJoB+ZoP59Fg7y+XnT/AEZhpszvvemE23RQwVsrTVssk9S/28GspR0dEs1VPUkH0KqMWPABPsQf&#10;ln8b5utdm4PcE6UsL19NnIJ6SkEQho2xuFqK77JJYhpaSehhlZOSSYebn3FvuElruVmu42cDYEik&#10;0xRY6gA/iJoT+XUoe1G8SC8ubKfcA+QSpOQGkpUfIEgfYeiz/BP+ZL1n81d+9vbQ2BQ5iHH9cJtv&#10;IY/O5eBqY7qoc5V1mMrayhpZCs1NS4nJRRRsrqCRMG+lvdamxMTSUO4a2ho5UCZdJFemaO0ZqY1W&#10;vxlTHCeF+9oTOSD9TEb8m3uMeXDpvpYGP6UgI/MV0/tq38up93cB7PxGiq6PSo46erQZ2AjD3NuW&#10;J5uFtfn/AFh7WW84cg1biMtC7xVEWKlp1aCNHDVuHeOKtikV0jmTz0kscgLC4DL9LH2ab7dXQu7H&#10;cVl0uIdBIzmGikfKqkMD546IthtoY4rzbXUH9dm4fhlBA/wGvpX59YaYpIJ4iDydZuP91VK3UAni&#10;9l5H4PsyPWWd2nv/AHZtnb2XTVi9+YmopFq6TwLU4Hc00TVGLFTE12MORzNNPDG6qVPjYE6m95Gf&#10;dz96p/b/AJh/cyyKNt3Zo5QoPwXCYAYcB4tHQEYDLnqBfej26vN15dm3qC3Q3O3EhjTJt2Jq4qcl&#10;UZT+fSB3Vlcnsza+YztHSirOAaCuninLGOtw9PKwrRTkOClRDQysw+vqQcEexFzFOvxvfZPZG8Mj&#10;KFxmVytPlIpJNSYLEUUVRUVNWIEAYl6Snq5JQxbVHAugX+su/e09yNq3LdtoEMTCOGEsRXTpJCyl&#10;zQVIPhsuK10VHEdRJ7NcnveWu8xqzGCTBagIY/Aqg4GVK/m1eg33fkcT3ztvsrrPDB5KafaOLno8&#10;vLTMKSur8tTzVlMtPNMqKfsmSnLEC4Mht9PZWe+fk/223XOQ7q6hrduV+4OtsjuGgq8ZX0mQrtp5&#10;fZ2Y3s1RBLkaGkqaKvlymDwNTjqimmiey0k1UAjMyAYV7jZGfkWHnjYNw0cx7bcv4sedPgmXUkhp&#10;3ErqRl4VQsAM4yn2K22yHfpeTeYrOmx30ULJITpIlWHSRX0NGBFMkqTQ9TNp9DbP2pj8phFiyE9L&#10;uBsRX1aSVf79FksTtfH4RqzHzRRj7OXItQSTVGksGnYMLfQKTbXyXrvmb1tk8fj6XG4fKdVTwSbU&#10;qKGpNZFksfncbRMjz0tSJHqIYpaExIYgJSj31G9veQH3fveHm20vOZp+VZLSPf73QqNLVgK94J1l&#10;eL6g3ycny6gP3O9qNk5furOS9MzbZSQMFwe0gEqVrQFSD+VPPqVsLp7bHUm9t5bnwEtfLUdsVtBX&#10;7mWsaBoY8vi2yzpW0fipo3hStGZlMiSySKGUaNPsyG3d+djjY+xttVVNtlJqPb01BSV1LFkKiWSt&#10;oKGKryVG/nqYYfuoI6mIoI43ptDXZ10m4D945ea4ud7bcOe9uig5kv28chGLRFmCSHwzVqrUgYJG&#10;SK1r1IPtTabc+w7xByreGTbotKMGADDiAzYHEhvmOkFuHpzrel7A3pvfKV+7lyeaym38hmMV9zjY&#10;cUkczJi8ZW0Kpj5JvtqifGyANJMJfKjAL6herLuztPc+fXF7AlZYcfltvReGV5nieGox0W5sBkqG&#10;OdZYgKSvrlZ3V7gPHGFJAN433vdbi+3f6O6RSbymqv8AGviBiPRSwOP6I6G+2WMNtt0NxFX/ABbz&#10;89ODU/YKEelT0aLH4qkpKiqq4U/dqpp552Fgk0lWaaYuVv6nQRKA3BPtM9Md51NL14lStRHlN59U&#10;TUJ2scjjpsycNIuYpKLH1FJMaerGimqKiGMRzB0eJxHwCfae35u3PZOXgm13f+MWjqFjZQ2lZSV1&#10;KSGHE00lTWtMVqFsnK9pvm+BLq1P09xGSWD0JIGOBrQ/b9vXsnhcdlMfksTW06nHZmlrKLJU0TGn&#10;+7p6+nkpqtXkiZJUklhkI1oyuDyDe3sy/Ve+Pk/2p8lJcl3Ln9wvuXaOIyMNJiYMemHx+EpkgjFZ&#10;URYOgpqSGCnkiUor6DruWLW9peSbbduZueZJ97Zmkijd2BGnQAoIAQAaRUY0rQkk+tFfNr7Jyjyb&#10;Fttj4MSyOoUAg6iWBJLj4iQBmpxQeXQF7P6o6G6i6hn211rs/aGE6+y6xSmHFtFW024anL1MFPDX&#10;Vucqp6mrztZVTzIFnnmlcAKoIVVARu3M/vWhOO3TV5qtqosvj934bPQCkMMeQhyUsVJM8FNDGkaz&#10;wy42FzIy6/WSAEIsVzwXL7ft24XEpZ2WcYFAQTp4eZBRcfOvSiyls49xns7WEKEEVBWpFVLD/j5/&#10;Z0O9ZjcfkFpoJ6aGYY6tpa6nVwp+1qacsaaeNVYFSqs1v9pJHswXX27twy/H7seik21ST0qb7x+S&#10;krqiraKkpWrtobVo6aGSkNmesVYYpY9Mh1uW9IK3922xJ4tk3GNrcMPqNeqo7dUcY00rxNF/afTo&#10;6vkWbebG5SXsEBjwOOl2Zv2VAB+3oC83tHAP8jNtbwm3Q9JuSbrer25R7bipx567FY/PZDJ1FelQ&#10;ZDphWXKtDL+2dICWYFvaQoZ8zujc9Xn6qlpcdQY3baQUksErSoXrYGozO8rvITpqcnUMBxYCxAt7&#10;Kbq4mu7uS4aMKqqowa44cftxTyz0eQqkMKKPn0NH28GOgp6LyyStV5FH1OEDySRuK22lQASVp9PP&#10;6j/r+1z8dNl0mb32uKrNyY/Gtmd2Jk6ZMvjHrmydWuPyM6UWHlStgOPlmxmPkkM41kAFQtnJDEFs&#10;8txDAkqq7vgsK+RJ/wCMg9LYpbSOK6ub1GaGOhouCR51/LoEflB2bkupOpNzb6xe08vu+TDYuWSq&#10;x2IylDjJoaSeelx71khrVMdSaOpron8KlWdA5B9NvZxt+zUezX3niMJHA9JRbD35rH7qzR09dgJc&#10;eKy/pjYImMp9R51SSqfyfYhs4UgurmEMvghZaDgADERXPHKr+fQX3G6l3GzguZVYPqjNeJOmQPn0&#10;BJcfYOik9ZRZjuDr/rLe29KubH5vcG/umc+5h+3jinyOD3nT7onxKKWktDNW5OtVOdf28RVrP9ap&#10;avD1mLRp6im8VHk4KeegmLRs9VEqFJZiEYshWZihBAIKn25b28lvJPHIhCDSAT5gDj+Zr0ma4EsF&#10;sSf1QvcPRiTj+XVoMM0crSqjAvC6pMoPKO0aSBSPx6HB9oTJx3Zv6C4H0/px7pdacYx08gIKjrN7&#10;RVapGoAfRjdrXv8A4f63tAgUiQsfs/LpW8KBQWavXvbBUqNJ55tex+n04P8Ar+6FhqqPLr0LYppx&#10;172mqtb3I4A+o/qb24/pz7eDAgmnV6EBieB697TFSlyR9P8AW/tDni/4PtLJnt8utVr173t7/CXI&#10;DK/FLoisYuZI+vMPRE3FlOMVsXzbm6/Zf7z7zt9upzccjcpuPgFlGp+2MaP8hH5dYae61uYOcd8C&#10;DDSBjX1ZVYfbjz609/5g1HLjPmp3dROskdLUbnoa3SrW8wy+38XlZbj6aXnqyf62HszM8jsLSPqH&#10;4AH05/4r7HaIikGmeoymZnFF6ALbuNoKDRPSUlJTSQyK7yz+RlSGVtE8ikknUgNxb23TLIVZmjIV&#10;RwW0i4/2JHtXGyBqA5PRXPEQKD4j0Ou1clQRZGnFJlRUR1DBHMTGSNFUqpcBBqT9XN+fcSlgE7OZ&#10;bRw+mV5DZVCggl3c+lLKCbkj6e3JZhGAFBMnADzP5eeeo33ixkfVEkbNM4oqihJPkKAk1Pl6nAz0&#10;dDD76iw1NQtTzI1TBEqiNg6hhNIscPjDhPJqldRZQfr7Bbffb/Xm1payjpq2TcFRFKSYccqtRrUL&#10;EWRf4i8TU8mkkhhGW5+l/Y25e5K5k3pYZpYBbxNSheuqleIUcPUV/PqUvb77q3uVzstjulzYrtu1&#10;yH45jSQqDkCMMWUlalS6jyqOjr9ep2fuego53wyYWaWBIfu60MKpIEF/LJjXmjmXTe51hOByR9fZ&#10;Nt/diZbf+nyilx9NSI01Pj4pZGoCl7M0jTeNRVXcAMX5+ht6QJz5b5Ys+WWYjXJKwALn4654eWn1&#10;FPTrpF7Mfd/5Z9ohJNYrJdbhKul52CLJQ6TQEcFBB7aUA4HJ6MPtfAvt2s82Sr63MVFVLHTS1bQm&#10;OppmYDTHDBGZBHSNIhZwAFH4vZmIByRTfeQ3VPFPcN5ZNEjXBTRHHLpBuhvcXs3uRldFjYV7vl6j&#10;7OsvdsESgVwD0OcFRC1C5DOZIyCkkaO8SSXBGp1BRLn8G1/apwk9XQ46phxlTPSyTRzU8vgm8TMH&#10;jaKSORoSPU0RuQSR/h+PZPfRw3N1A91ArqpHHPDIwfnTo23Hl/YeYIIIt12yC5CMGXxEVtLKaqVJ&#10;UkZANa9I3cVPQVuTpanKUdLOkJgq4UlgSpMYhnSZCplLrdJk+qrcD8+y+9l4jK023XEnkko6SsKQ&#10;SeZlaEVJfVD5SdcQdkXST/a4/I9jzaJ7O7kmiRSJnhoVV2j1aeHepBBArnpFv22pbW3iQQqlsKCo&#10;BFPQE/Py+zoZ9uV2Kqa6Y0vjSpqIImkjVI0MkcMfocaCdekym9+Rf/X9hnsjeT0QNJJBVV9At4XE&#10;7B3b1MGVZSqiT/Ani/sxEFvuUAWzebxYf9EY69RFeLClftJq329R1fRqGJRMetf8nSgyWNSqXWsv&#10;hmUAow49YsbH+msi3+x955Nvx027o8hiWD4bcCQ5WndIWi8VSkkiVmPqAg8SyCSbVbgnV+R7S7Mx&#10;tH3lJbMJqjViQAKtVlqaAVJB1ZqccTToVcuSLIyQq3wimfkeuqSreSlkiqrR1EDiJgf7ahRpkU/l&#10;WN+f8PfstRx5HKbjRIrpFXwlJPG+h5XxmPNUqE+niqMhsPpe3sR7TPLapFrxVjSv8IppP+Ho50K2&#10;43RBwWHD7KHqVTF44acMCGYPcH68yMRf/kE+yybqxIw+c88QcyyyRppRS2pRYlLKG03FyS1tOliT&#10;b2JpZ1t7q33SKMm5k/Tr3ZHmoHw8O7VWooa0U4MzGsJLQx5Hmf8ANQ/4OnEe5YmaakaWmVGLQn0K&#10;CqghAE8lQ2vUGckEBD/r29ioTM8DSQoGanbUjz8sV/w9Gga4lhGiLP8AsN6Aevp172fr+Xf8harr&#10;3eA6m3jNHTbP3jk6dqGqqPvqiXGbjkgakoZS5qKiOGkypMUM5CBBIEkYKEJOHnvN7c7hvuz32/pb&#10;N+/NuiygJLywA1cszMysYwNSeEVBBYaQTnmT9/P7uMnuDyjL7k7BZOebNngOtEKjxrUEvJrqoLNC&#10;NUkdDWniCh1CgUdmYGaTF1G5MfHI+QxNKz1cMRCrV4yBzUSuyalaSfHx65IwDdlZ0AJZbX/Y/CyZ&#10;GpbHQ64TLOnijgdRDJGkoSRUi8IPkXksNQC2P9PeENxuIt4kuW0sNOSRkGleNeuEkkRQK8nxZ9Dm&#10;vy6Lnmt+0OCxU2dqp4Hpqajd6h5ozJNGzpeK8sc2jwySMFQBCzGwFzz7HelpEpqZMfT6ClJTsAGA&#10;YO8au1mJKpcFGNiRcgD8n3Hs87TSG6lBBZ/5VoP8nQR3kuEJSoINei9bPzIyuSqdx5wH7nL1isZC&#10;Sn28Dq4vECHtG9O8YjP9WJt9PbhjK77WhahaEvU1DErMwLzMoYMVVhpWJyJCXLGwUgm1x7SXUKzX&#10;SzagI18ugHPA00xk8+h3yEdPVz01ZT1MDUtGhvSh0jiguAmn9weog3A4vf27xr4IW+5t5jKWs7vF&#10;J6goCMWXTFGhBUg2IUe0hPiOxj+AefEY6UWtuVetOHQe53JrVyqmNk00w8y6lAlSSNPQ7xlzJG+s&#10;qTzcf1/p7mxSoIhGJmsI1AaTR5FbyXRNa/qDkk/4D2yyd1SuSf2/l0amUQqWqKjoMarD1uXrlNRE&#10;BJISLQkRxHWAj2jKRqjBEX6Eg3/H5bMlPLJIzszRQppkkZSrMNMZHkYtz/nHCi1+b/6/tTbRqooF&#10;BlOAPt/2OiG8vnYuw6HHr7aFDiKH7aCnjlrpo3RtesNCtRUhkjGk6bhFJJH04H09h/WyVf3/AN1j&#10;lWQSSATK7avJTpCrGWoQlQE1i62/1zf6exLBHCLYx3ZI0jBp5/L59Bi4u0lqsxIA6NDh8RT02Nip&#10;aoKphSMLpT0atX0UG9255P59suX3ExjahkqX8ppFRmilEGoB2bWHqFCxrKxFhwSBx7XWW1hW+p0f&#10;p6vMVyaeh4j+XRPM7L3rlelXjMJBHJ9wV9DctwCxb8Mwt9Rb6n21h8pkYUqEOuXTYmkjVRTTQrJF&#10;qkWVmEjHR+ofW1x+Pawi0tpGjYUjr+I/EK+VOH2emOih5oo3YGoWpwfxehr5evShWOOMEAek3vwP&#10;68W/2PtxE/2LRSSS01JDTpUGqrqitp6WngNTJ5Y1qzM66YQFvrKn8gC/tDKFaOVpNRPbQaSSQvGh&#10;H+CvTSJLOCio0lThQCSfspUnrBIqkOSxN1CrfV9bk/7D3E3LUytjAztAlNWeOWnqGqlpzVw1uuRJ&#10;IquSVfGhQloi0gsB6bnkX2kWrya0LMVwaKWpSmAACT5Cig1NBxx0kWAyXXgKjGcFgVAJpQVOAK4q&#10;PLqTRtFpAVwbDkA3FvoD/X6+0hV42unyFNA4i+0mHiqaicJ4TXySmGOGBYihsWJEhstn+l/wfwXU&#10;C2k0iE+MKlQK1K0rU144zSox6dIPCUwu5YiQmoAqtVOamtDwzQEGnTqsi+og88/W/wDqbe0ZuDE0&#10;WKlEuRbL/Z5XLUmCo6XFY/KZ2V62SB3kNVT42DJPTUtMuPkfyaYYEW1ynkDFUeYUtI7WkDPcHhSN&#10;jSpJBqinTg5dzpHCtRTo022yur9XW18AT28EkzNK0UXaukaVZ3TUxLDFWanwqTjrIJwbC4vbn6n+&#10;n9PaKlwuVqM/OBBRU4lpoZ8cJJ6oGeeaSaJqBqcUaRU8MVOsJWUGQjyG8ashLChdxRLFdBZo1NCe&#10;HrUkZx/q8h0rae0j2+GJZZGPiMHAjUEJRSHBB7iW1VQ6Rgdw1Yzalte/HtQoP4Fj4Wy8NJT5GrVW&#10;mjpnllgWpUOaimhaaCmmqI4pkZSfGjNa+lSbBIjybnLS21GJR5j9mfn5fLoM3kM19fObIymxWuku&#10;AraRQAsAzBTkGmo0r8TAVPIG/I9oXO1iZKCpqIK000EMkVPO9PfgyWYRFQGljYeL+mkrcexLt8Bt&#10;pI4zb6pSpIrTiMV9Dx9PT8xLtFs1nJDDPa63cFlVuFQCNXmD8X2nyI697Cz7RaOKn+8ylTUVThad&#10;KmppsXLVZCWNQ87yUq4uKnkeZEd7xJEwS7KFYBwIIWdY1t8u1aksSp4ZoUZQK0+ELp+WSOh+bo3T&#10;3AttujSGupkVpAIwcAK3iFgA3GrMCaA4qp97b8ZRlanwvNLLLqpPuaiCnjp1mmeILLOqiVo0EkkZ&#10;e2vTY8hRx7MZJJks0WSjSBTn1p6jH2U/KvSncLmKSLxY4gsFGopJbSoJopJFTQYrSp4j0HvbPkNz&#10;bU2hvvGR707PlxVJuaCvTbu15TtmkWjTBrFls1lpIftI9z5GkoI6REeSnEqUnnIm8a/vNG29cw2+&#10;x3tom4btGst0shjtz4IUrFHWWUMaTNoUlpG1iKMMrOKKHQ4s9k3/AJi5VvX5Z5FWe4sXjNxcjx21&#10;+PWKGKoY20bvrLKshUyldUepj4fXvY9SrtjK0ElAWxdQBRtJDXGChmaamyPgpS0lREsZipp6aKAP&#10;ZgTGigFrKC7HHNrt90W31K1c8RQrqwc11AYIqPhJwK9RNH+/rG8jvIxOo8QakDOArRFiKqQ1WDF6&#10;agQGfNNRPXvYL7OMGzKddsYrDbwosHj58hR/xHO1uLyFBFhcXJQCkqqDKDJ12Q/h+T8zilMqmpld&#10;XNSqSszlbtdn4Nta7ZFZXCRwkxRiRldjpA0FiZXkkqnBm1SHS7TUYFjJHMiy8zTvvV/uO2ybtKsb&#10;eDAkscjTyiQsjw+EkfixEKZQpWJF0CAuoC9e9r5qqrhl/wAjoapUSTxyTVUc0UscC6lmM0dZHrLq&#10;dPLKrqDY/gE4SKB1Mc10h7MBSDU18ipIOaj0rWnQWa3hkjIuLldenIBQ5qPNCRxNCQaE4HBuve1v&#10;QUVTNDTy0ksa09TTxONJSWniklhEqTLJGBGF1N/Qek2tY29ktxPCksqTRHxVYg8amh4evQQvLiKK&#10;ScXEbeIkhHmCckUp9n5Gla9e9oPdsuRijijx0aJUxySCqZY2eBAsskspur06KakPZnVQbsCdRsPZ&#10;7tEdsxlM70QgEA/P9uag9CvYBaTPLLenVCQCorRjUAKKUYkLSuk4+zr3vNtWCPLNW070yUdaklRJ&#10;SkVckiVKSyQiMTySRUsVPUazJ6bOFVR+630DO5Nc2TiWRg9uSFFBUhApNaetcfZTHTfMEhsFtpYb&#10;gyWpVQ9UClSA3AAvqXhmq1P+hrxPvb7lMBUUxngpZbzVEK/byIGljMqoQDpDxmaGVbAhSDIp4PPt&#10;Labis8ccjINCsa1FKDyPRVYbpFK0Ml1GRCjnVmh0mhxUEAgZFQaYx172h6PCtCpjio1WrH3TSzNB&#10;KEaVmigRXEdTI0KxA6XCnVIdQa1zY/kvjKus3QaIkUA4Cla8eP2HhxGR0K7vcUlcM9yxtiqUFVGA&#10;DWlVWoLVAJ+EUIyOve3+DA1tRkKahFHBPBVzzIs0sE0FUsa0iTSQxwy1BE5jMMsmqNIkMbhSmqMy&#10;SFDbgtvb3FzNdEFaaVXPyFW86/M1x8+iuTdrdLOa48V0kSNWopVgaEqG1Kq01BlDamc1UHVQhU97&#10;SuU69wtNkHrYYjjcoUlljmpI0SLWkyND5Xklh8sgpiVEsknDqoCqDZTex365WCZRDG8MhUyVA1Ni&#10;nkM0oBSnDzPmeWPOG5SWaWksgmsaiqvniKNTtag1CulV4FuJqT72ms7tCqNXQTUE9RkHlqm+4MkU&#10;VN4nMs0Algdmm0xz0yq9z5HGoA/Q+znbd7iEF39RCsVExQ1DAU+Kg4jh5CnDo52vmK3FveJcxpCq&#10;x9mks1RQNRhQHtaq40CgB88e95NxbIr8xWfdYnygmSKqoVmjo4DQwUmMpYhTeKVrSVInSR3kYQxM&#10;pQLGGEjyI9o3lLFbtL+5U27dulVNAC3HUMtqqCCSSoAXgo63tHNNrttsLfcNPapVyuttbGRm1EqK&#10;CPSwC0MjVBZn0lFT3sIXpMrDunKCrxEFauIixZ+1AjepmhqaBqaaVqBZpJcfpein8An8RVY2ALaC&#10;/sUWF7DPatYicRKCrRMpAAQ/CQQxJGsMhIChqEUbPUhpNt8mx7cbbcnjFw0ndmg0SaxR8LJ2unia&#10;CckVpWg97XdJurIZDG1NHRGWGgkNRWUVMYYS4omaXzUSyomuaKlnlZKcMzSuhCszMAzFx2KLbrkz&#10;XczTT1oWYjBpUUChRw+JiCeBJrxCs2x21ve281yqtfLpR2qcyUGl6VwXCguP7MGpRUBIHveOfOHJ&#10;UVLi6TGCkr2hNfPiKws88lOZKKGqqDTTVMiS0FFUVdNDLIuoRyVCWIV1uzB9Lb3kbXV8guJYmZBV&#10;Q3bpDUpQnSzANQECqA0JANodqFhdXF/cbiZLMOIxNGKCpEhVdVAQ8kayMqtQuiNglWI97iYSmrMF&#10;UCOlnoKekqIqOskpnZnp4fsamsXMfaZeOnpZMilTOsa1UMzWi+1WSNVTys9rqU7hdGW6kmkl8IRh&#10;VUaQ4JIPycqaCrVIXSAKsQo3KWDdYGklhmedGaPWBVj4iIYQ8RZljIXWYnUfqF2jYk6APe1pjc3W&#10;mrqaKmQUeNzddHNRTxR0sDU9TNTyVbCNGiMDU9ApJAcaFFtSg+n2ivNvhMEczlnu4IiDkmoHaKV4&#10;FiQAfM+oNegxdbTA0MF3I3i3ltDpdSWOpVYICx1VUuaAMCDmoNM9e9qTbO98Ln58ps6shqcVnMTk&#10;ZcVkaOtpq2eir8Pkq/PS4fcMNdFQx4+aOupsDUThEk/yKUPASdA9x1b3kzbluMH0kkdxAVk4E4dp&#10;REyP/DIqVJ4KRoNG4k+98t7jtEe38y2s0dxtU0QljdTGXSaOOES25jdzIvhmeOIhlImGmb8XXvfG&#10;phrqrIVuGqIIKeLC2j+7TyxzZDD1UEcRrKqWR46CqqoZMa7LJCgcQaC6KzMzCizlihi+pe5eaaaj&#10;BSgXS4OoIKDzr3A0oaDhpraBraG0t9yglkd7qtE4rHMrV0JjWissq6lc0L6gDoCge9rOk2xQ1NBJ&#10;i6cfxOuw2UeVq2WtWqalhjnkjSnEAIhagqZirhWAfUtyA3pBbJvEq3JuZqRwzRU0aaVJA7ieIcAE&#10;CnkT0F7ne7uC6W9mbwba5twAoUqHJAq+riJFFRXhRj5UPXvYnBIaySjoJ5lqJXomNayKUT92Co1x&#10;/soSZ429CK4dfFex4sAoWlhM1xbpoXxBQHOBTNK+dASfXoELJNapc3UUIUBwEBNa0IFaHGnT3MQQ&#10;2qh9R172geyNtZmpoI8ntWigpavBzrUpTzTpTUWVdKCppqfF1VS7p9pFPPVKXIjnkKg+KNpNJCq2&#10;3OWGPR9UjTUkYIwajNoYhSUrpBYrV9LhaVKE0Ki7kjeNugu227mC5aSC7XTVVLSRBpFcyooALnSp&#10;0jUgqQXcLUH3tvwMkKrCK2Wso2ytOtRHBP8AZfd061MLmEOUNXTpULIdMixO6DSbMbAk+maW5giu&#10;Le2KsoWoPFcVIYA8RwOTn16e3iNjJMLeKOQQOVLLr0sVOTnSSDxGoA5yoOOvexYhxwh2/FTrLM7H&#10;xj1o8jlVdmVotE40stTodTzwukqdV1Cj3BbcWcqoXz9anGajgRin8+gE18Jd3kkkjAXJGmlO4AEE&#10;MvArVeIpWoPr72k56bNwvHBNAFhL61dpJ45V8jhtWngs05+nC8X+nNziF7Eq8kZ/U8wKEGnz8qf5&#10;ej6OfbZFeeKQeKABQCoNB6+VPPPp17271m2j9hEstReARxI8YqayJmnUpK3lkpzASusBiFchv7QA&#10;49oY9xR5WT6ejFuNBjP+xx6QWu9qt27LB36jQ6FNFOMA18iQCQPUZ697D3MQCagnxglFOKiokhae&#10;mMcdTGTBUTpJClRBU01RIgR2YyA6ljYk8D2IYS3jxSq7hlQEHiONCDkEYIphlDEVU+Qx2ufRdR35&#10;TxCiqdLklSNSqwOlkcVJUUWtC35j3vBh0+xagTFzvMaQhalppY/uomZqWWONzDBIPK6ai5IWyqll&#10;5GlRes1z4rXEaiJwaUBzgioB4j7OHn83dy03C3zX8YQP8AVaq2GViCXA0io0kE1PXvav3ZjNv78x&#10;WPwu5KSvrBUZLA5Z1oaippWjzW2cths1iPFIWhJhGToImZgoQ+Mgr67ewPfbFFfWtzZ3MYNiJEko&#10;WZT+lKs6NVCGBSSNHC1o1NJ7SR0Qcvbju/Km43e77LcxIUgni/UVXrBcwywTagVbuMchC1NQSCCC&#10;AR72i+9dvbS2B0tv/dO5NvQbjxVLgchgXpsm00GKx2F3G+LopsLX4fZGIx2WZMnulVJUXAicg11J&#10;HIVjjrm3dILHZt0e6jj/AHebaVCrLIEKSoiFdMCklXYJXCnUzl5kjJIHftRue+c2c+cq7Rse7SWt&#10;+11HNqjoZGlgMjCaOW9mljUpb9pbjqRVFvcMAW439Wm3Gm9+frf6ewG6x2JX7v6E2jUbmgrhlZ94&#10;7P3+gy+PXHUMlRSZ2m3JDBS7cx2Tx5XB0OWyVTTYmKon+5lx9NQPUhyvh9vck7Xeb1ynsf75aT69&#10;ZEvF1rQM6Si4SqJJHoiRu2EFtSxJDI6FlKtInPHNdrsHuxzBFsTRNZDbrvb/ANGTxZAGia3Ja4eK&#10;UmZ40ie5dYzGs8l0kBVT4g5exIbe2HqsgavaE9Pl9yU+24Nt6huTMLs/H4ybcctJkfu6bDrk8DJl&#10;1rsBVwcQmtLUxpmmiieT3KEG3Wm6X3702e+S5mjIAAlZodBldJGCpriMsLwSAEiqvGYQ0QLEAuPl&#10;q9gsktuYoXttke9a4P8Ai0LXjyLbK6eG0xinEJS4ikI8QQhZBKI3cIR72D3yDxePwcuF75ik/htf&#10;1Zh89j8h9oZsbU7h2/uvDS4inxdTu6go6nO4bD47NZKOrZqdQ0HhaoRZZIIgwY552exsxYc5XRRW&#10;2mK4VwT4XiRXERh8KWaMNMkKSaJHKhiq6nA1CjSJ7P395uK7n7VSL4tpvtxBLGXIkFvcWkyzNKto&#10;7JDLM8UTxDxPj1+AzKJXI97pP7h3Xuhe7d99X9Z4GhwldmNxZ3q6kGWzOLzWBfEx4nIUeZx+Izb4&#10;qTLJR0OOrqKVY0LVNJUU8Uc4aeOIJifvUm8we4u98pcm7eltuFxNLtymWVJY2iaB0nWJjF4i6EdC&#10;qDU6OsQlPjqsS9NPbrl/Yj7Z8pc7c67rNdRW9lDuTiKGSG4Exlja3kmhEwjLu6SoWOmKRHkkhpE0&#10;lfewl6f7B3V0lu/E74xlYaaKHKpS5eSmy612JqpqqimhpKTcuFxstPkaKb7Wpq5YpZg0j2WSJPQ9&#10;y/kLnC/5I3Wy32C5VbMTBJx4okictGwRLiFWVlYK07IWPdp8SOOkTnof+4fKOw+5vLt9ytfQGSU2&#10;+qFTFolUK6sWtppA0cg1LGGRRpGUdu9SvvdzfQfe20u1QmK39VY7I7e3HhMbW0mPy+LjSqTKU1TL&#10;NkKRs/SVMW3cpDj/AOETvBO5psiPtWV4HY/s5aWPuZtvM1tCm5zRta31sJPBljjULIDIZUEwJt54&#10;Y3jZIwDbzq0dDDqUjrnP7m+0++cjS/VcqwTxbja3EqtJFK+nwSgCOIGU3EZcOqvGoltyZf05Up39&#10;G/4t/sb+zH7qyuV2jgsZT7NwcmTegqTh8Pga01VNT5rGYwYoPTbV3kzVG346ikpa3TSLkJb1FZJ4&#10;HaKWNiBonMAtLH6XlvbfGltRoW2YOizJGEqI7liYgzRk6fFakjr4TtG3iaYc2rYrTfNyv7rmLcDD&#10;FMhmlnQK5gd/EOu6tMXHhs6/qmBdSRjxEV0kAbv2ZL4+dvxbgxeJ3SkeYx9RFVPTZHD5SM47LUWW&#10;oapmqNv5yghnAo8nRIh8kQYpLSOsg1RSo3sj3OPbubNnaaxgnhV2ZWimTw7i3dDpdJo6tocGhbLK&#10;agoxUqTHPOPK17ydvtztzTRSWygNHLCdcEsZUFZYXIGtJK4NKh9cbAOjgNeYxcGYx9Xj6gHxVdNL&#10;TuRbUFkA5W4tqBHB/Huw2g3fB2LicliAslLKlO08ghppXWekelmMaxPK5igqUZBpdjpJFj9biGrv&#10;ZJeWr+yvEbVFqpkjjwofOmcjj0ittxIUalBPl3EU4VwK1wCM8K16KVL1NR9Y7lpNy4upeainqqaK&#10;SKoECNDWOxMs8s+pHqIakag0drKPUDdR7Lhk+ycbNnK2owVfNQVNBLFR1ELSWhlallngnp0CKD4U&#10;lXSVKIzWHq4b3J9lytdR2FrFf2weKVSwIye6jBq1ySDUnI44HSO8sdwtZLd2lqSCR51qQ38wf8PR&#10;maLBwzYpaTIwU9Us6O7vb16aiKxs4JHl9VyeVP49vclbUblp0ytJUzrPQ62mEdOXhFVNEHWYwGSK&#10;ORChUOQdfoDJcX9oxbx7XJJYyRqUcUFcELXhUCv+TND0YxTRziaOaOjMPmK9QUoYcMyUSRo9LKoh&#10;j8jC8VOihViZrXKgqT/rt77xM0+dw65LIRx5SHHymHK0UckUrz0rwvHKFpwf8paSJ9Tg2JsD6mUe&#10;93qJt1/9LbEwySjUjGoo4IIz5UzQ59KUPSG7vUtZLiAuFmY1So8wajPl9v5efU000VLOsVIniWUC&#10;RfqQkgIAsf6Bbj3XJufqPaPWe7t5722amNwu18rid21+Zoft6qlyi7gr6jFz0k9TJCIqZ8bBTLXS&#10;KJEdoncHVYnTHvNvtR4W5DnXZo0t6xTSXyR0USu5T9ZThQigSGUPhWIYUHwdA/u9feX3Pedu2n22&#10;55nefclktobCQ6SpjUsrRMTkyMxj0GorSjfCtU72TtrIbjxuCSkXzyUG5cLkK7V4tP8AD8e1TU1A&#10;jVlJJnmMauB9VHPsfv5V+3sLP07vHuLF1WTyC9x9gZXJ09ZXzzSRTYvatRU7foTjY6iKJ6ajWpSq&#10;ULY3PPuIvbfY1s9u3bexPK77ldPINZBCxoSiAD0BDV+fSr77PMsm7898ucmvbIsPL+2JDRdIKyz6&#10;Z5NRUkE0EY+w14EEl3+Qu5Godw4nARaPDisIrOg9OqXIOsramBA9K0kdv6Bj7s2rp9BFlHPIb/b3&#10;4/H19yhbJq+zrC5LKvAdA/hMykv+ckUekcgki9x9T/re2Grq18IN/wB0E2FuLc/U+zGGFtZx2dOD&#10;byhZiuOlnjsozVDRek06qSG51mV/QRb8rp5H+PttgqpWkC2Fj9TYf77/AIp7UyxxqBnJ6WWu0SXc&#10;iiONm+z5/wDFdRN3buwu28ZNV5WupaRFjJVqqdYgAVL3UPbVwv4v7b8/UUayRLJUwicnQ8QkVpFJ&#10;W66kBLKGvxfj3SyvYYpBBJIFkbgDxP2f7NOh0eUtwsLFJ2hbR9nQG9Od94ffufz+AxyVTU2OcT0O&#10;TlpqmOgrw8iwyRUk0sSAujNe1+fx7RVczBHKgtpBtxxcA8f1t7FUGeOD0HpItIBzx6OVhJlklVCb&#10;OdVwTa1vqDzwR7R1ax1WbgFSx/rqNrD2cxgaQa93TLahTSvQnY6MALY/kfT/AGP+wPtK1khMba7/&#10;AOosPrqvb/e/e2kwQ3DpO+XFelbSKot/U/Qc/wCp9onJVMKFlZL6j6mI/QBYaibG9yCP9h7qrBXF&#10;B20/yHpkw6mPr0oaZSRb/Yf7wP8AintG5DI00IMghDaT+Bc88cD2+ZVQFitUHp1RrZnqpb+fTlGD&#10;cC/+vz/sP979sc2STUwEN9SqQGW9tXIueSLe10UwXhHX5U6KLi3IqC3b9vUsLYg/m3+w+lvacydN&#10;SVMMgekWWoZvIChIBYCyWJ4UXHPtq5ggkjJ8DuJ6TxXU0T6Uk0qOuXtAjacJWpeohus7rKTHdBGB&#10;wALm5K6rfm/tDb7UFEhkXBNT8v8AVXh0ZTb3cFoRG1FQUH2f6h17210G36ZNTxyVMgWqZk1sAvoA&#10;03BHKgjn/D2mhtAFfvJ76ivy6fud0nkKhkUVjI/bXr3t+q451pliiidnkNr6TpTi5Zn/AEqSPpc8&#10;39v3RdINCqST6dILKON5w7kUHXvZq/iZ13kanc9RvvI07x47DxSQ4+QoAlRW1EBgk03N38Ssx1Di&#10;7f4ewZvV2sFnNFpH1U1AM5C1BbHlw6Mt0Qm2t4kGPPoAu99847A7ffbS1EbZjOxIBSguZkoI6iPy&#10;ztpGhFd10i5Bb8A+z3ZaoCM3LcXuSObXA/Fv0+yKyiqAKZ6B97B2n7Ogd2Ksk6wswsFVHtcW4JY8&#10;ewh3HVBllVTfVrA44v7G22RBShI6Bl3DV2FDUdGlwalIoAfyEPBvx+P9t7BDNzE6lAPI/p9fp/sP&#10;x7H23otA1Oil7furTpZwn/H+o/4n/evaI0EzF5LIqauXsFCkck/0A9nks0UMRLOAoGTUAD7a9KIL&#10;aR6KkZJPy6z+wh7T+QfT/TuLnzG9Ny4ijekBVaSSXyVU0uh2REpYCahtRXghSPcQ89+7nLvJthNI&#10;+7RG5FKJUk8PQZP28Op19rvY3nj3H3K3tNi5fnlicGr6ewCor3EgVHpx+XXBg5FvTzxcEi3+PvXb&#10;+Wv8wvendFdXbc2UP7vbRHlh8tOssVbWoHkH7kjEmGKZTbTa9uD7518+e5W786X8rzUjtCT2itSd&#10;Vak167Sew33VOVvbGzh3DdlN1vhUE1ppjJAwBTNMj5deRdIH5P0JuT/vfutSWYvMXcvJIxMkrsbk&#10;kkmwP1YAW+v59xtVjWvWZMVAAFFB5D065+8lPDUuVKxcN9dVgAf9ubCx97Ffy6fRCWAHXvb9HUUu&#10;FhWr/aqqmQFVgc3VBe7ubWPB+ntyi/n0YgrGFUZI697Zzu7IpkxVEXhcNC62sqwuNLKgBGkBfeqE&#10;Gp4dPo7GleHXvbZl6SISmsp210lUS2oc6H+rr/qri3usgoenWwuqtOve26Bal2EdNDJMSCUEcTOz&#10;D6iygFif9a/upPAefTiQgjU9eHzPXEuqi5PFwP8AG7WsLfXUbjj6+xp2N8ee7+x5E/uX1nu3OmUE&#10;/cUuJmWlVAdLO1TUCKBFU/UluPbqWl1cEJBbOzH0B/n6fnTowS0uDALhYGFuTTURpX9poOk/uLd+&#10;1doUYyO69yYPbVCXEa1edylFiad5CCVijlrpoFkmYKbIt2Nvp7NFtb+Wj8kczKkm4aDbWzYJCNYz&#10;u5sOlQiH+01HRVNVVX/NtN/b0Wy37uFMaqf6R/yA8empms7N4xd3sSVIzUsP2oCP59BFW/JrqGJW&#10;/hmdy25XX1BdrbW3Jm4pbHlY8jTYwYm/+vUAD2aTZX8pnGSiOXevamRq3bQXo9lbbmrWZf1aUrcl&#10;DTRj1C17EAf19m9tyzLMO2Z2Poimn7SwA+0inRdfcyctWUUtLzVcBgRhUSnmdXc1fsAr6joL92fL&#10;qHFwNLhtiVdIqCUSVe/91bb2dSQaE1eRoKGbdORkQAXsYUP4sPZmtqfyregqMRtVbX7I3XItgP45&#10;nqHGU7vzYNTY+iEgV7E2MnFvYhsuQ7uYrosZ3J/ix/Kg/wAx8uB6DNz7ncuWSPHEyNIM1Lu4r54G&#10;novm7vnvJiW/e3309t2nMWuVaGj3Lu6viYEXVKhcphaIsl/1eAhrm68WJtuvPhH13sRoZNudNbGx&#10;xRSI63M08uerFVhpUs1fUSROWVrk2HPsUWftrf5U7fCjk/jBr865IJp8qV4dA3c/erb4pVMF14VA&#10;AdCDSSOOCdWfLNfWvRd96/zDNq5ikWifuzftYHciel2LhsLtYSPEwklEeSiwjZmONyhtaqBC+zI4&#10;jp2tooUj82FxMCxBUhweGxmP8YDOdCrDThggB/1V/Yjj9upYjEjTRKp+KmjH2dlf8vQR3D3olq8s&#10;M8usntqxANf4gSTT0Axx6KRuT5nbLrK91xO0d87xm+68T5TfW8905tPK6jTLNSVmSenIa3KqNN7/&#10;ANfatpescNPIGqMxlqyUKEMf3BCB7W0KscY9JPFvZhb8ibPEzGS8YycCK1/4y1P5dBS/91eY51Ke&#10;DGq0rqpn8z0Gma+W/YeK+5hw3Xux8JSu7TirGIiFQY3j9DmSWpjJC3/tce1LF11tGlTzVEEi6Dp1&#10;Ty2W62uWV7E2tzf25c8p8vWytNO5Cg+eK/l0HT7g8zSusSTamYY0gnB9Dw6BbKfKz5E5WRYcHX0Z&#10;p5blqfG4oudclxpgmpjMLseAAbX9utLi9iY3S0j40hyQSyrLwQB410BrcC/+x9o5ZNgiiHhJDq/o&#10;mn7fn8/s6q97zVdt2m44eoXHzrT16DLdW7vl3vZ2gx+L3rJUUMciRCi+5oUZ5LO0kmuop0l0qCNL&#10;WAI9vsOb2LR3+1SCQvcgCjcgHj/aB9be0f19hFmNgCcYHRZNY8xztWZ8Dz1D/P0Edd018wd0xq2d&#10;fPUVJDzJ5s7FReS3H1qKgCQWJPF/p7nR7swyMPBRNJL/AM2qF/obkHVotf8A2J96S/8AGkVYI3Zq&#10;jgpH8jTpJJttyqN9TuSpCeALCh8vKvn0kqv4sdq5Fmkrc5TUiRtHzkt6Qu7eNhJOWiiY6UYG31Oo&#10;ce5v961vb7Cs/wDOEf6nV9NP1t/xX2Y6N0/5QJPXh5ft6LforX/o5R8acf8AY6b/APZTt0adf97t&#10;s2/zt/7xj/OeXwavre2ri/v/1jSfKPrrC1O6MZkqeKPTJh4oJZYwrFxTNLGg1j06o40Uf4WHvpDt&#10;Uv11t49wxaYALkZIUAZPrQceuQfJO5bhLt8sKxnxVlagyMNVjj0qf2Y6ux/lJ/IDPz9K7owG6K55&#10;Mlj9+ZWtpaao86TQUuWpcbXSGKEsQqyZBpGH4vcf19h3sLZ+Loayk3DlqpZajD3gxmPlY65qn6rU&#10;G5sY4gw5+lvYksorKFori5koI+1V83PmfUgY+XQb9x973aKyu9nsLNqTgl5BWiioqteAJoccerTZ&#10;N2vnKibD0MhpYMlKavJ1i8+NQA4jhLBlEkzjSVXmxJtx7dt/b+iw6VcKTh6mo1O0dMGuWIACBvwi&#10;sf6/j3S/vE8WQJIpZzUmox8h8v8Ai+ob2DYLvcGEjRERrip9K16GPbO2BXRUehLQUqoSQnD6lDFm&#10;AFjz7BLD0Ga3hk0qJqf0Sl10o6qxTys6IDIfxrvcf19pY7WWc93dXy8+h5I0e3r9HYVe448OHlx9&#10;Mcelvnctgtp4qebJV0FBSU8ZLvUqwjawNyNAuxB/2B4Hs3e1tzZfY2Kp8XNPE8ESgU9E2qeSAMdT&#10;h3VhwSf8PYW5q5G5d33wzvFppuOClDRqj1Iwfyr1JPtxzlzlymrm0vF+ndixViWUV9COtfj58/y/&#10;/ih8/d7jfmV25nsRvKm8FPW7623Xx4KfPQ0MXhp6eagloJYZWgiGhXKBiBck+xg2jvE516pWEaVR&#10;QvCihgkhVSumxJ9QJuf8B7gX3H9u7farFLvbYHktlorayCQT8JIAqV8hmtSK46yK5I9z993O8ezn&#10;vRHuTmq6dWR50+0cOtcH+YJ/LI2j8WcTsvcmCbc2W6viyQxO6MhXVNNXZugqaqQSUss5p6ZFanEE&#10;L6XaHSPqD7Vxo5MlR+DJhVme5cQghTyQqhTdvoPp/X3BFs80MKwPGjMOIUmnE+XHh1k7YQ3DWkU+&#10;6zGOfjWQihFBTV861xwpTzr1U/lN97f6o7er818fJMpUbapEooMQNwp5sor/AGtPJXrM1NHSRtGl&#10;eXEZ0AlLXN/fdLjaOhg8NOi+gagwALBbarkG9xxf/G3sUW1xM8dvBIAgJCqK4qxAGfz/AMnQd3mO&#10;CBpryCXWdDEMfkoqfsFSa/KnTTnu0t+9o7uFduWZajKZbJwQfaBJw0tTUS+GGKFdbrq1y6UW1rnn&#10;gH2CGGw0nZu9Knd1ezw7ewbPjsHSA+iqkQP5a0qw5BeUaSOLC/59zZzFutjyHyla8tWshN5cd8hy&#10;CQxOSRQilKL6gVFesc+XeW909x+b73nO+Km3Q6IcHSAqhaqGFa/xejE9bJfyT+RG2P5SvwU69+C/&#10;W9TBl/kH3Djo+y+68zLFFJNtxNx/Zu2Jglg8UYV6SiFLAp8h+2gV2ALAkwdPTJTIEQcAAXsBcEAf&#10;QW/p7x03Pe1n8YBMAGgpmv8AhJ6yc5b5Tisvp2ll/VY9xpxA8vs61ad+dhZXeeQrclkHZvIXlSBb&#10;mOJzI0hZFF9JLsfac3rvTCbDwVRns7WRUtNTreFGdddVJY2SJQGLML82+g/2xM/bblLcedN4lihL&#10;raxFGkYKTQNUaRihb+ifKp8ute6fM238lbTGaK11IGEaggkkEEGgFQuSa8MU6MP8CfhZ3J8+O7MZ&#10;1B1XhK2oSKSjr947lmgUYbZu3JKx6aXM5aad7K0sitFDCpLTSCy2GoisPsftVOx84mXq8ikGGx1L&#10;WVMNKkrLGsc9o4bxliRO6RiwH0LE8X99O+QeTNp5Y2ywtYlSJFhBPkWpWlT5muT/AJuuY3Ou+79v&#10;+73lzfRF7iSQrGSCQoDFjp8qGtK8D19Oj4KfB3q74KdJYjqTrXFKlUYqGTcufmp42y24sxFSkVmQ&#10;ydbHDGagSVErCIcKqKoUC3sKdtqaii3XkI5ZoFyk0UcXij4QU9IbQm5BCoWte5vf/H2PfpoGtbop&#10;KwDg0IFcjh+Rqc9KduZ4zYwOgEitXGeJqejcbgEYrsXFpDineSWx9RHlIj1EfXSUU29lS3tSMtZU&#10;Rwwz1ErOVYzn0rIAQwCRK0l7j8t/r+4w3S3q3ZC7SHyrj58M/wCrPUybdMHRSzgClelfQshiXSV0&#10;hU0/TjgWF/8AD2G64uuieNpFagSR7EEousEfQK58t7j8+yRbG4VhVHhz5Uz9g+L+VOjT6iFhQEmn&#10;U+4/5ECf9695K7AUbpIsstZUvqUBUj8diRcAySsAygn8Ae6XG3wA0e4kdzw4D+Zx1ZJvMDPXFW1X&#10;vbi3vPithGpK1ApFKagpfSH1XsukMdP0LfTn3W22NndWf4Py9PX/ADdOSXbhGDUGOuDzoluRckqL&#10;/QsoJIH9SLex3270rNl46VZcbUNG0qLE5hcxxnSCSFUaW1A29mcm3WyqIwVr9or0HZt6tYB+o6mT&#10;zFc/s6SeX3hjcWJjNWUsbQoGaN5GLm7Mv0Qmx4+n19mPwXREFBLTSyUnggEeiZpvFDGfSbaIlsmn&#10;i9/r+Pe/3e8KNL4ZHz4dEsnMMk2qKJ+I8uPQK5zuvGLTTrSVn3daVtBBTRzuHe/01gFdIF/z7GzH&#10;UfU2yYYarKR1OWqYQp+zpTHDTs6W9LMY5DIAw/s8e09zf7dbRkDXLN5UoAPmxyT9gp0mtbLdtykw&#10;CEB4kfzNeivb8ynyS7KjqcPsKrwWyKOsimp/7w5KmrsrkaOGVNJqqKiWpo6damJbsgkLLq/23t4r&#10;vl9g9hUkow21cdQ0DITRwz6jVGRfx5EkEsiuxA5AsT9PYNv783CPHIieCxoAa5PqaMP59CO35ON0&#10;8SzXTmYGhKgaadE33R/KHn76loa3uHu7fW7MzFK38VydJJTUVDVQTWUD+HVNJVxQsqizqvoI4Nx7&#10;Jf398j979jU6VW4zicXt+N4ajGYadY4mkl1fbu8MReUpJJDNIpL2BRiCRf2FOZbS+TZnL2SpZxHX&#10;6VrQNRDU001yTUdSZyXs21bbuCx20zm8mOnUKsSa1A86Zp+zqx34kfBjof4iYSbG9WYad83kKdoN&#10;wbsq3EmRycH3UdWsTzRxRJJDHNFGQqrYFAfx7INmaYYnOUUtC70eT27Lisrm46ijqUWkpqHL5PEz&#10;UkFSsZp6pYaaJVdBIXUSXIGtbwNJbmxuzIkhE8DozggilJCtKcfyGTw6yZiufrrVC8dEnBUEHNSl&#10;eHkQa8fQ+nR2I3NRDMDoeGbUsEkUgcTQTU6yeVWW4BJc2t+OfaZ3vuDL01TjKakq4qytxW8MrSzx&#10;QeZ6WnBiqmpjULPHHLLFXY3wBpE1qtjZjoNkm5zsIpQJ1keG4cECtaEmmD5MgShHGh6X2ttHHNbz&#10;pGw8RAprTiAvGnoanPkeudMFMSMQwkaGIMWuBdVLkWP0s0hv/T2EXcXa25/jtHg+2NnUf3kGGycU&#10;80cslTR1cGNy2ZpZYGSaMyQv/CcqksBR0BdK2+rSbgsvdyutkuNs33bQ6tbt4iEDPxVVTjgHVqni&#10;FckcR0vXY7Xd7Tcdm3GhjmhaNge6oIIB/mP2D066rKOkyVHV0FdDFVUlXDLS1NNKA0U0M0RSSNl/&#10;pIjH2OnyR31nsrtHB9zUGQk3Fjt4eCprccclHPXigy9BuTJ0E4xMrNJTzVzZBUmCKEQyiMKAvuWP&#10;cndH3+z2vnZbkNJcItYtWohKSMDpqSRRiDQadRKjy6hDkLZ7XZtw3TlPwPBS3rR6duoFFFW4GmkE&#10;fmemnC0+PxcaYWlohRxY2kpYKZUpTHE9JTRJFCEmWMK/iEQABYmy39prZXTHa29+scRvjZOLpK+C&#10;rp6mk3NtnIrHG+4cXUYikx0z0yU8sklLTmBB+5HGyRySKzEBeQ/tOy3e42cM9ldQR3RiYPFIwUSp&#10;p0txBXAFCT8NK+Rob7tfCyvG+psZJYkkXTIoJKEMWAx5sT+zpuzm/Np7ezFBg89mIMTXZKBqihau&#10;jkioZCszQpB/EGjFJHVVDwuI4nkV5tLBASCAbrqL4DjrbBbj3pjchuzA7vp8FSy7exZrcdSYaKXD&#10;Q0wxuTztbUU1NFNRTY4aaoK6NFOhAIuPYh2Dbo+V523Jrp4riFF0OHQKro6+GxNVPh6fiNDVscOg&#10;XzXzJ+/ZotrhsxMk8hDggu1G4oqKrfqltBFSBpIPEgEuee+V+zDvHam3tt5bbeXwmU3C+Ez9bDJk&#10;c1l1qfBlYVxeCw+Bgq6hs22UpYCnmUwy07M8ZYlSTE4jbOJqNrbcr83uOabdS7sy89bh9jPSZVEh&#10;xVNh5N1jyNK6QQQfwdJpQVYKkrIvFnAx579y7DnaXlPcb8C43eyie3URmtVSkkpGrK6cNgHBag49&#10;IeR+Rd62Mcy7dYQm32+40ysX7CCS+hTQaSCdWagggA8QOm3dvam6pd87gxuJ2pR4/aY6823Gu7Oy&#10;BWbfx9RubcOfzOM2NjqYMNVW+XrMhPSLGwhdakL6tR0ewLzXQPXWP7IrN31eSxmSiqMDPi9ibZyc&#10;VZBUjLZDdNdkYBLH9skMML1GSWwaXW0bFgbWuAt9n26z3GK88RHvPCYwR0NS7yu4U1FK0ahqQcH0&#10;6Hmw2G4XVrNZ31rpsywSUg1AREoSDXv1UFaDjjoRMd2ZunI4fEhNuVsdRRTUb7y3DQSYirxGOw1L&#10;imrspW46SSveprp/8meIFaRkScqjAEk+3qm6f2n1PufE7hqunqVKyh3PRJvyLbmZNRhaWlqcwkVF&#10;mWWt/ib5DF1mHqqScRwR81baH8f6oydt3vtouw93tEXiLKPG0UKhXK6TUGQMpVh6AEEih6EK7Hsm&#10;7W3i7XuTp+iRCTVe4VBUr2sCrLXJAK+o6QFJ2dk+0dh5iLZHZENFVdg4bP0vWNduPbX2WcqaunwV&#10;SuQx8lLBUYFMduDC5nF5CNlkYCOBIpLS/rcxnZW7W212ZvHdmD60NfT1hp9vw7nqcpLLTZLG46lx&#10;VLmQcfR12KlpkphmJdKTMbkyTR3+hMt55q3zbd93F9ps1hikkKAgtlVVQwDKVwNb4zhq1oR0V7Vy&#10;Xs257dt3733FzfooYgAVUvqK4bUuNIz9o6LL8WOuc/nfjp1j1xvju6rxO5cfjv725LbGA21t2nyt&#10;I2X3NuTKbWD5TO0G4IKmBZsUFVoY4iop/AyqSCAd7Kzu39/7VyGbo9vY3bmFiECbKbH0VJEMTXQR&#10;42nair5IY4nAra3VGkjekenXcEkFEu/yXNlfmS1iFoxHglAT4LLRdPnhs6jxrn16va8rRWV5t5tt&#10;zaW5U1k1cZVZmzTh24AAyPsHRsundm7j6uqcXtnK77y3YW5qmpr8hvTM7lyVdJU5aKuqMrWUlbt2&#10;inqqqhx0WPRlSakg0wFAWWzKNQBbbbbc3Wm6Y6/+I7dyWc3PVZFpG/dxIFF/k0MOWlpZI5KNY6Sh&#10;AilSOVS7AWCjkmS8iS3mAjYFpSSRTTWoWvzpQAH7PXoZfSGSa3YEAqpx+VCP2D+R9D0NWSptwrvn&#10;C5ahp8NX4SHEVdDkIpjNBnaeoll1xVeHbRJR1ccqhlqIZZImjRQys5ug4bA27PgNgbpSraI1u5Nz&#10;1WOpZXWcUQpioq1EQghlqI4JKjN6ywQsSjHSCLBDHGyWs4Jo0kukE8AAVpXz4mv5E+vS0xkMi04C&#10;pHmR8q46kZOr+43dRxq0phwmCmy8tLGqiYy188lPA7lpgmqBKByAf+OgH5Hs1/xO6lw2Uys24a6e&#10;refZR2vkMYYvHNryNZhZaNotMiJJLDJQlgoXRI3lJPFx7ONo2kbhcSTyCUG2jR/0xUklSKaTQsGB&#10;YBQQ34ge0gke7bk9rbtaxw1NxIyZxQBTU/kSK/IHqun+Zl8itx9U7G2tsDbmLwVXW9zf3s21US7g&#10;q6ijpcVj8e9NEuUWvpnMePliydbTv5ZkeEKjIdJZXVHdswvuDtXshoayojgjyuA65o8PFI8ctVFn&#10;4qeTLsIo3R6mKmaqgQNcoZDptYX9oLuKd572SFtOQignJ16j+dCQGPD16NtuMEG12IuBqEkZY0FR&#10;QUppPD1I/Pyr0Pvxpmlwvx36fGWoTWhNjZDfmU3FUxo1JBW4xjWUE01TJDaKryNJI8w0jyLGjsAo&#10;BILp3bt6n2jm32PFUpUzbOfJYdmjMjKaf+L1tXjHBkZ2vLjJ4mIPqH1PBHsRxRywW0VpczB7uEFW&#10;PGtGahB4EUpw6CjXlpfu9/YxutnOQ6BhRgCoOkjiCpJBr548ujF9O7yi7H2Dt7sWCknx0O+sRiNy&#10;R42paJ6jHPWYqjSqx8zxel5KKuiljJ/Om/59lkyQW7/W9jf/AAuPxb6X9orqpXh0vjJ0AniehS9h&#10;zkJCjt6jYG3HPA/wH59lhoq8DXpZT9JVPXvbDO/kPN+QSCoubD8aRc8fn3UkniOnYkVRjj172w1Z&#10;9N1/SfraxF/qQD9OD7dRqCgHVnFKZx172lqo2BIvwQT/AI/4D/H2lc0qRxr00eve9q7+WjmBnviV&#10;1vHeUnD/AN4MMwVdZP2ucq5gGW406Y6kXHvNH2j3SGb242MKRqt5J4WqQM+NJIMn0WRR1iz70bX4&#10;XNJnNQs8Eb/s1R5+3SKfn1qZfze0k2R8uty5WNKRzuvbGys7AlVKIrxwYOPAVMkZ5LManCMPp+G9&#10;nxlpX1kIBybKWCA3J448hN7n+nuTY763YDVKK+leofWzURs7giMefl+3quHG9oY6VKZHqYPuvEwq&#10;aSOqkdiTMFgjh8MD3FSSVuwIB9pHdm89t7IxklXufM01FHIsi00MiLJPWSxaTJFR06apqmVUe5VA&#10;bfUkDn2e7Tsm7b9drBtNm0jCmo8FUHzY4AHzJ/Lo42HkjfOar9bDZNukmuCK4ppVT+JyfhX55+zo&#10;e+mOu+wu7t10mK6t2LlslPj6qFcxXQTTQUuChq1do6jOZKoSkxmOgE8ACiVi9QGIjBcAMRbsrv7K&#10;56mrKLCiTG4OrLxU1JGEiyOUIsdFdJEdMVPIQbRJf08FmHJyB5U9uLXb5LebcD424Ias5+CP5oDk&#10;kcKt+zrND2t+7by/y5Jbb7vUSXm+KA4YisULV/ArVqwHBmJIqcZqL6+hPiXj9nJiKrdlVHnt24WC&#10;llyVUgMm3sDKNfjOHpqiMSVEyRvxPKoNxcIhsAXaloaquZq3KLYINQiN/HEiqdEaX4LO9wzfUX+v&#10;uTpZ4LcG3tGyeJHE+VT8usobeKNDFbQGgFBg49PLj86/n0c2tydDiwmOxOppGcqzRqwaVpEAkqpF&#10;QAjxB7hP0aQOLce5ngp55AlTGriS+lAUjRbgW0C6qbrx7bLSIutWyPz6F9ht8aMCw1E+XH8yOoP3&#10;FZT05koJAEhVleZtU5lBBEyOwVwdDMCVa9uDxb36owVM6yCnaWMgXaNkiZUFuTpZSOB+QAR/X3qL&#10;cXqpkAIrxB/zdCNNp8TSQSor5dd0m5q6PxNVx0k/rMbOnmjaxsdCyxaWLMDwrE3B9sMEdTj5BH4E&#10;eHUWbQWtJwUV5EZ+VA+putv8fZhL4V0hpIQ1P9Xl0Yx2txbyBiAUB9a46VtS1JkoPKk7wzIiQxJJ&#10;HGjIHIdo4ZIk4ke/0ZWY+1nFjNt7po6jFZKFHgy1OYqxVVVmiVSsiTQlrP8AsTQg8C35JIB9kUlz&#10;uW1XEN3asRJE4Kk8DxBBHA1B4H8ultxFDeW7xTf2B+Kn8jT5dBbl67d+1JoslixqbFVsc1E7ljT5&#10;CaSOpjehqQjEFaunlYCzD9J4BAILZvDpdtoSvGlNImPqjKcZlqTQaerg1KA0eljGKhEkXWtl0s1g&#10;D9TI+xc4Wu72/hxMkU4ADoAEZTTicAlScKc16i/fdlFo7GNi8bE0I9K+f5fs6HjrbuPb3Y9HfHVU&#10;AztB9pBnttSCSPJ4auqIWZFqoplVjT1MkTGnkTUsy2IIsyhJ4PZeWzdTicNh8rSU/wBhmEyddXZG&#10;qjpf8l8EsH24jd1Ez1MjhR+mw+hJsPbm+3K2MVtcu0pRXBKoCzMFDHSaClDWhrgChpw61yvZmbct&#10;EcwU+dSPUk/5R+Y6W+4Ny0OAoZ8vX0tfVRvTmKODE0VTkaiViSbhKaKQQov01sQOf8PY15bqanxm&#10;LkShy2JnqlEk8jS5CjgSSpdmaZpDO8QUDUPpew4J49kVhzo91eI1xaTLCTRaIxIXyoACepafZ7KI&#10;aIbmNnpUmor+YrjoLsD3A2Tria3b24aKmkqBFCWw2SmeOnQaUkMVPT1LAt+SwX/W9k3391k9O0tV&#10;lpKaaRph4/tchBJAvDm3khq2aUlGPAUCxN7j3Lm17htm8NAj28pjWhowkQ4PGnbT5/xDtNQSCptN&#10;mtpkrJccPTh+3odsZlYMlFHJAs6Iy3AqaaqppCLfhamGJrj88e0vg9s5OtbwUFFDVuWAOqSGPTqa&#10;wk0ll9QH0H4A9iu+3S0tgxmmKx/IV8vX/J0cJbNaKI1VCnEVIr9vTlJLHEpeRtKj6mxsP9c2sP8A&#10;Y+4tfQZTa2TNUsclBX42aKvo5NMkNpIWE7hjTfcvGBIgNw1wOR9PZbcXVvulhJNE6NF4b5JqrDQ1&#10;Q3CqkcTSgND5dBvmTYkvba8sLi0LRyRMCpBFVYFSPzBp+fWGRqeogkVmjkiZWSUEqy6WBQg345De&#10;9pX4hdw4jvHq7DdnUTL/ABNKOowuVpZEaI0W58fBDRZdVSRIyI5ZqgSwj66JFALfU8k/dnlqXlLm&#10;S85diJNiZNaEijeHqYqrDydSpR/mKjBHXyz/AHk/ZncPZ33M33k24TTZa/Gtz/FbTEtCfkQA6sOI&#10;KUND1Sn8oZsh15uWk6glhkfG5LJ4/MpXxPUSyVO3TkKqtxtPaISOj08GMZZ7AqGjYiykEmwSGLBU&#10;UGSqFNTV1Bk+2p30hHknRlUzN6ZNCxuWADC5F/p7it3bcJms4jpiFKt6Uzj54p1ixvEEl3LLAlAg&#10;Aqw+XH/V69Ruut6LvvL5HD42dKXE49Kd6+ujWRpAYHRqhaeYIIEnLaQwdAFBAHNh7dJpY/GtNK0M&#10;cklLG1S+lCIppXklSJUNyELTFpDckqign6e0kcT63lAZo9Z0jOVFP54x/g6Bn0xDylUbRXGP8PQ8&#10;UlZPUOtVAGqIFqGhpoXGoy00S6Vq5mZSJZCosvpXTb20RVDtIzTzsiRuBGpjUrPPGhZdeu4KmSS7&#10;H6kH6fn2tkjAQCOPHn8geP2Y6uwWJT25pnpRz0clUIVpKdXeYAysXsKemlJD+OOO7KUW4S4Auvvu&#10;TPpTyy0cX7k19EoHiWULBFIZlu1l1aieB6gPxx79+7mZUmYkJ5emSKH7P5dB++vAGVa4z0utvdcT&#10;z0qZOrhZYUDNSyuS+rXJ6GCn6gRAA/4j2057KVM2KaCCJTMmnlQ5byTTLH4tQ+oDzXP4H+HtZYWi&#10;xXiySP2njXhQCoI/Z0R3F2mqjEUPz6FTau04qDKtWSTCSN3KwgWWN1jTSCo+mm0YI9o6evqsPSmO&#10;F6epnmpCzMWLOC7aXiRojaLxqhFiWPI9niQR3s5LBlRWxjH+DPQcuJUnYlOPQs09LFUy6nEiLG5E&#10;YKMIzptzcgA3t/re0TmjHSUtNWVNOrQwTmOBo0KTVErkyLHJMdJkRQyi7XAa44It7PrImWeeGOYa&#10;ytSCRQADjTgOkhlPfGG7ulDAB6gunkDi/wDj+P8AH2+4meaatkrJHNJSUxWNYY0MjVFQyhUilY64&#10;jJT21kab35vzb2gvYlW3S3Ch5WySfwgGtR9vDotulBURg6nIBr6eePUYoPt67mGlTHa7EKR9eBcf&#10;X/A24/r7VFNHRziqpm9eQk8c8KA00X3VVAGkMcTFvTGrJcPpPrsbghT7JbgzKYJmB8BcHidI8j8z&#10;nh1ZZZYzE4qq/KoI+dQQQfn02z6411EegfXi/I/xHH0Ptl3XgKKSfF1VUpzubwrVdbh6uthpJayi&#10;lyPkhqXpGmpxSxyR49WoxO8bVC0zyKJB5WJrtiRSMss0YjiVzQ8QtQRjzyCRjyJHAmt4N3uoVu7a&#10;GTwrOcKJVq2ltBVlBpVijSDxSg7PEVSVqq0z0TXTUY1jFrX1An8cWuePeJ4dEVEywOZYqFpwTUwL&#10;FLO0kqR0yTyPVQpGJQrqWjIP6tLXsTCopOobsL6aaSSBjupgk0xxp5VHkhXwmKLJKdDyAHtNQCct&#10;SqlwF9WGMVHUsEtrHJH9Bfn6/S3+t7ZK3I1T5IpU01RTxVNNj1qKCi0z42OulqKgGOKrXGUc1Xrm&#10;dEYa5GssZ8cesN7dsrZjDqaZTOieYOABU0qeNAaFtPDgKlWcMcAiHglHVJHOpu1iFVa1jMjDtGVq&#10;O0sx8RvDPWeOLQL3+v4LDj6fW549sWaFFTpAaavSKWCsgqYGkp1rkaGmKSZDzU9LUUU8UlQjyJFG&#10;8zBZrPpeINGxram9mUlUDBkoSfQkU0mhBqorrAFK+o6TK50sz25aKRGWlQuSO06mR17GAL4XtqtQ&#10;xB6kQktYEcf6x/qP+I9hNWVEOYORrcjTGEGoqEgkepdlqhLUUviq6lF8SrWxPII4431pCH0RyFP0&#10;jG2guLKSGKEjxBTAydJ4+XAhSSaZKn16MnSSxe2gtbjW5UEgooK9r1VDkmNhViQF1U1FQepgFuB7&#10;DyvEL1T0Msgo2qZ0iovW0EDyQ08k00JCoU9MVPKzEamIW/49i6GXRHFOpDPQinE+uP8AN/qAitRM&#10;IRdLHr8NSZPMhSwQfMdxVRwyade9x8TJI9TW4uepgdwiVEbLGwH2gkmiWdZfI9PUQyAPpJClDdfr&#10;f3u5ZT4dxGxrQduKgkHjmoqVNMZAPp09uaqtta3sEThKlSK17/iK0pqUrgkE5rXgKn3tSRw45cjS&#10;xU9NJRvOTTUErRxPNVTPDIwmjinimp/LEI9SmUMh0gMNJ5Lria4+knL3GqnxcaJ9pBGDw4ipwDXo&#10;mY3jWVzLNOJBH3ODUKiggdxVg2kkhe0VzxBHXvYGdxbJzWWparKTdo7165x2Mmw8mNyezsNhJMks&#10;skUVQ8TzHbeR3BX0lVKkSVdDC7jISSUgQw6tDgvmGzk3GEsd8vbJIlwYI4pG1htKHuildklYFXtw&#10;od8KpDhlMs+3HMu27fJBtych7bvN7OJvEjvJZhGQCVVgouY4YyAXMc7AfTqs5YSlQ6+9kz7W+Yec&#10;6xyeRhSq/j2MyWC2xUYbcDUDyY+jp8xhWrq6qzm1qaKpyqPhq2h/ZpqXKM8wqKiGaVGpqf2Bd892&#10;v6tX2i7t1uLWW3ieGdVYRwtLGdUk0CIkh8NoxRVnDMJZEaRGRAcj+Qfu6bTzzZWk7w/SX0NxdLPA&#10;JO9nhnEcaQ3LaYtM0bjVLLbUVo4JY0Inmp72duDLTbl2JR5/CBXkyOKoa7FCSiqNNZHWwCrdJqOn&#10;T71XneVeFDNGzaijsCrZCQ3sbwpeWzDw5oRKusMDRlDrqGWBKClAGYcApAzjDLt8Wx803O0bqoCx&#10;TPFIVdRoaNgKh2IjNABmoDLQBlrXr3ts60x0VBuKbEUuMztLPR0tRFUnI4arx2IXGV8s8/8AC9vp&#10;mchLXY+PGVDF3gomgp4pY2VnjZY6f2SeJZF7tLWxaIQ1JcLSJ3kcusa+IXJUpQgRgxgLQxqKALec&#10;7w3eyrfz31pJFI4KeFMskhlQKPEuDBEEkMiCiyTh3dSjBXXXKPexB6ywO69qvv2k3ruubPUuY3Tk&#10;NxYaeNMus+IxWVo6GlptrSUOYyWbyFKMZU0SMsUdQUiapLKNLFQFdi27dNvTcLi73Fbya5vnmj7H&#10;RY0ZUCxr4ksh0jS1ASM0FEFEAV553nYeYF5Ul5b2FbKe2skt5lIhPiypIzSXIkhjgV/FViKugr4W&#10;nDVY+9qaaX+JyKlOtT4TAI6d49KR1cdRFGLwTHTUCaN2IIKo4bi1wbDa3kECF5SoAapOCAQTjBIp&#10;6eR6Dixrt8eqRk8XVUg50lScsOGk0qDkUpny697ZYqSWgir56OUvUUTqk1HddQQPdiC5RjIjixsp&#10;+pv7NHnS5NstyoEbjDcRXhQ/b9o6NNX1z2yTQjwXGG/wAjzr6VH29e9iDgo6vJ496/NT0WObGRR1&#10;M0SP/lq4+YQMtcIGWeCXU8wEruyAmQMbnUPYY3GSKzuFt7KJ5IpSQCR2eICe3VUEcMLQnBzQV6DG&#10;6WyWM4hsI5JXlNBXCl8imoUK0oCPQ44CvXr/AI5/2x/3v6e5qDFvlYaKh25lYsRNSNWvuQCgjwyS&#10;UZo6GLGTj79cjFlpKSGOZP8AJVo3hjKrKJtMRIpLzcbe4FtJEzOUB1VTTrJ+AgN4g8+7QVWncwqK&#10;seDfS2Ut3NvVs15G4QW/6njdwaQyDsMfhByUasxm1uGKGMNInrgfU29qXHVO2KinkoxFVvJV18tH&#10;ThEhaSSsjlKzxyJMDMrNb0Bl1s62Xn3a6g3ZHWdjHpRNTV1BdJ4HGD8zwHmekbbPunjJO7aZFSpF&#10;cBfIjyIIPH59cGYg8ewp3fV4Wn3VHTNUZlsrRw1f3VI8UEeOix1Q9GZHmd5y0lYZ0sEVZXVNZPjs&#10;rMJtni3CSzWXwkFmyAhxqNXDUC8PMZrgUHHup0Ndp23c4tkndEt/pWZCh7jJqUMMY0haGtahSdK1&#10;Y6lXkLkc8H3i3LjqueGKehyAoFQwwJDSSMHqF8HjqGirKaOSSGoTQSp1oy/W4Ye39ult6TW93amT&#10;UGBNdJX7Mg/s6Z2eWK0aVLiAStk1bNGGR2nBXORSh8weu/aVxdZuM4CAUB8C0LQYqumVVCCgpLII&#10;o1aKaalkKQajMAsung+n6m8tlstvfeC5LRsoaIElu4iuatR/sJNeOej2+s9s/ek0txHrWbVIgyR4&#10;rZJFCAy0Pw/D/g697CXv+orNl7N3ZvbDUOHgyse0M5kafN11TNNSGbGUNTV4ypytNQRUkq0USJP9&#10;w8kqGlWzqrl2sV7jvk2zcuc17vA0Kz2FjPKGkQ6UeKJpEEp0sTbow1yMr9qB/hwQPfaKC25m5k5e&#10;5X3S6uX25txhRoI1UOFldVlWNpGcF2/TCKqkuRQsukA+9sfRdfP2L1z1p2Vi6WGlyWRoKOqyVGVp&#10;pPss29O9LXJTUrvUpFTV5Rng5IlpKlddlYg15Q5+h555Q23edxhVZ7m3V3FDRZAoWQgjuArqMZrr&#10;C6TkmnRt7o2UPJfOPOvJV5dNJZxyOkbgsNcNQ8ZZqLVkJCtTKzQsVAIU9e9g98hYsvsbvb427nqd&#10;x+FY/wCPbJ3rnMslNDW11DvqTbW3GZsdh4sdjBT1ebY1kiwwmOkkiDsFjQB4t5r3iTl3m32d3p5o&#10;5LOGS5tJpXFJJfHFrFECq6VJ8bTI5UKFKg6SBpMje0Em281e1XvTsUGzlmbwL2ygiLNHG9iLi4Ue&#10;LM0khZIqQhmZTJrZF1M50e9mor9lVFe7UQlrpsdT01TjUkkl+3NDnq446jxsFTT070dY1LXz1Mjx&#10;yRTox0aGF5FYTvJv3hMjlFQTKXLrwKg1xQ6i9DwUjScg1z1AttzNFZBbsxxpdO6ylfiElvGHklZS&#10;yshKqq1RkOHDL2qQfe0/tzrjd1XuA5IZahioqSp2dlaOGPAVmMmqMTTx5ugbHZfGZPITy4+SOkyY&#10;miNKlIr1dODLHGFdfYSv5L6ZrS9O4KEZ0ZU8NlYoon1xygtKpekqsJNMZEqj9PSKE43vnHl232kW&#10;DWErTyR3kTsbhZNMx8FxJE8SKJAzxFGEhmZYZao7l1PXva9zeSzW0I8XVI1McitXmcnlaQS0EFLF&#10;i4BSHc05kq8ht/ESjFY2qlyn22VrJZREJBTyyCJSCHer8w6J5S8k40lUBMcZjRo1d1Z5IoVCjVI/&#10;iOSD4oUMdJAT22127mD663bV9D4cUUTUcs0hLm2XtjuJQZJkS1EltCFLaDLGniEH3taVWIxZyGMz&#10;VRJWxV2bMSUVNBXVhonqUxWTyccKR41anGIumedHeULA86xoS7qig0Tdk0QW8ZZl8QICAWqQrN39&#10;zAAxqzlgant7j+nUNwbjdmxvtujWJrS0XuZoow5UyRRsWMhSSvarppLS6NTaUQseve1ntzL7cq8g&#10;+MjyE0M2PaGfJYiuppcdnaOHPvDW0klaoVBU42ohcxQvo8azQTRFhLGyggO6HcJ9ztIoT+8IFjLq&#10;QdJVo2MbIGAbNHBP8SshyjABje9s3q2sor17RXScMscsbrJDIbcNHIEySrhgHIrVo3jdRoYHr3t6&#10;M7YXKVtRC0lTRQktFIYo52mWOGFhMhpjqeyadNlLHVwPVcr1QXljbrMNM+nuHDOaj/D/AKh0ULEN&#10;zsLWCakV0wyB2gVJFCW4VpmppWvp173gi3NTZOmqTiKpciuRqnEj0sgnpHdJJIJ4adY5PFSzpN5N&#10;X0JkJD30qFom1rFIJJxRY6jPFSDQr88ihB4EHpVcbLPZzwHcLcwiEHTrGlhwYE6gNQKlMZ7aaaA5&#10;97SG6MVkKQUU9RBFRBaZpI5qiUsaqOco0dzr0JMryEAKb3b6c+xHtF5bTG5S3kLsTQgD4SB6UyDS&#10;p6O9jvrOdrqGKYyanyFHwkD04kEDz4Dr3tW46tq8XPSUM0glmkenVEE6vEFMcVQsjNcARul7G/1+&#10;vHsnvEtrhJZoxRAGPCjGmCAOJIJFftHr0QXtnHdxz3EcJVQpJ7SGrq00GK1qRjjnr3tR5GmrKWGK&#10;SWOoqGeXQKmIrURlYi5aMSLqUOgB03YcA/09ldrLbu7BJAqqvA4OaZNf5nolspLeeRlQhFAyD2nI&#10;40NMcKn7Ove07U1NdPolhdWWNlL0qgpJ4JrIHlSWQWdQ9iALngA39PszhjghDLIpqThvKozxp0c2&#10;1vaQjRKpGoU1eVQCTQgEZoaVwMngK9e9wqc01atfjMpiaaqx1fRz0FXS1kcJlMFVGaSpVGEji9RT&#10;VTgAC4WTjm/ut/Zx3NuAZiaVwPhOCKMPMca1wfy6VyCe1+lvdvv3W6hcSKyFqAqdSk4GVYA5xUV4&#10;U697zZ00wytTXUiRUlFJHUVGQeoanpaPFwU9PFKaiaaRoYqaNyJnZ2DoxILSKFAFLN5be203cxZV&#10;GDQE04UxRiB9jU9Kda24ztYRWlyxkukZVjCgs8hZmAUBQxc00hQDUDADde9tfl+3qFnLq8MrtOrx&#10;aLlihCzxWUBtEikqF0qbXt7MlHjxaIx30pSv4f8AZHn8+ljp4sckfhkSjtIYEU4VB4U45qK5HA9e&#10;9zcvlaXO4uWGfD024Vo62pzVHS1NLLkIajJUlDk4YJ5aH91Z6nG1IuqqvlDXZCJBGfYc3TY43jLu&#10;kZkVOwOBRJEKslMas+oI88MCR01ttrc7VeLJFuBs/ERIpCrCMrG7xEqJMaVkQ1BJ01wwKNID73ip&#10;Ycrmdi4marwFHQ5ubb+H/iuKp4XyGNhy1djqFsvi4o4shM01HQZCpkjSQu8dNFHq1lAzMlsLm7gg&#10;sW3eXwrl44/FTTURscMAB+EAkGrlTjV5npQ77ft/Nd/b2+5yzbet1M0UjERyGKNpGimYtGp1SRqr&#10;mOgLlqBWZgvXvZUNj9YT7K25h5K6mgocnJvLL4ijo6GHHsZto1HYm4qigzmer4DUU1Gsu1Z63LVE&#10;LRU7vVHwv/lHoL/KF1uOw7PaWqbShufHmjUIuWt/q53hmZh2DVDMLiQqsbFphGSG0gz3zPz1BzHv&#10;F8tpM8lkNsgnZpC2kXa7dbJJDEj0Z6XQhtY2BlXwqOB4NGHvZZ/nbm66j6tg2Vs6WTK777Qze1Kb&#10;ZcFXjqDdENJNtrJR5Zs5iaWZJ6SLKTjKR0+pFl88UyoVMY4D/vjesvLdjYbQqSc0bndQR2a+CLkB&#10;4ZBKZI4ZT4ZIJVWqrlw6roYA6Zq+6pt9rPzrNzJzIgt+Vtjtrl70q72xcXEbQiGZhpfwl0NJkroZ&#10;CRRuve9eyoyu8V7KMPYtdnZ91mvmjyOa89TX19bmMnkIQmWo43rJBW5Carqo9IikjYtd1a4Ornne&#10;nf8A9/zSb3dXMm+PIWaQuzs0juCHGonUakEaaVLA14ddeYrLl5uSR/VC1tU5fWFTHAAkaJFFGxMT&#10;kICqKob41YBe3AI697NF1d2RhsL/AHy2duLbdAMRu7b1bt7OpjRHDVR5fF46uptu5Wo/jdBuOvrm&#10;21lpo6kQ0ddjpGemBWZrOlQJuU+eBs533YNxsEFnfWr28qijkSoknguWmWaSkMrpIEikgZnRDqkG&#10;tJ4R565Q3LcDy9zFse9yG/sLtbiEyLVfClkSS4ijELwJH9RGpjMkkE6qsjLoVWDR+9veG2hkdi1u&#10;N3pAktDseeWat2/vLatVLnMRs/f2BxlVlo8TujGZvEyV1A+VyFOvmpKmnRSrl43ljDxqe2Wzz7QL&#10;HepY2h5dYk29zbOZY7a8hid1juIpYiy65qK0ciKveWiZ1Qoxdue/2HNEF3yzI6zczIqrNaXMYglv&#10;LCeRIxLbyQShZPCiYlJopGbCpIqPpZfezM0PybrqzZu3DPna0ZvD1OIwWYhyc+Pp9qbkwdJU09Vh&#10;Kmsx1JJBk8DksTj8Wk9Nk6LIGSnnpmkh8LXcntz7gXsW17U+37lNHuVuyRSmRkW2uIYyrQGRFBlg&#10;kiVUlWaKUNG6AqFardQzP7NW8XMG8JHtatttykksLRiRrmCdldZVV2DRzLLJJ4clvLDSWORVlZ1A&#10;Xr3u0DaWXnynXuxO3+roYd9T0lRUVWbqYN2ZvK7by2Fxyvs6takytXSpmNwZPbmPq5Kimir41qat&#10;UQLLVyxRSR5K7dvl1vGz7LvWxMl4Eb9Vo55CjqkkkMrGRozJcSQRlpSsoaWUxqBI7xoyYR8x7Mu3&#10;80cz8jc6sdqhljCQo9rDHPBM5W6RWjDmKCKd1VGaFikBJJjhSR1bjexsbWtf/efZ6MT2hndmvBUJ&#10;DLAkcVIJ4Z2mhkoHrESpgiq6Z1EqyT07M8ccgVyLAqp+o+m5c2rmRZQk9WJOaUrQCoyO0rVdQORX&#10;Iz1j7DtTuzrHMT3HSagq4UkEhh2kKRQkE9N2RxVFlYDBVwRTxkhrSKrgMpuGUkHS34v/AEPsttd2&#10;pjabdeenSASY3Os2RY66iRxkKmFYlqo5hokigjn+qgadP4vf3LFryjcTbNtymcC6twEFAKaBnTTz&#10;LCtDkk9SceWrvcNttWMgF1FRMgU7R8OcFsn5nHy6cIkEcUcYFhHGiAD6AIoUAW4+g9j5s/sCmocP&#10;BIJnlFbBKwVisiOVjlUxxSTyKPHoUk3PGrj6EGOt95de4u5leIAxnOKYxk0HHP8AI16AN3t9zbX5&#10;AUBRxqCD8IPkPnX7KeVOotXRRVSaXVf9fkEf4Aj6exKx+fRgY9vRGdKipvlaZam1oShSWpjH7ZAi&#10;4OkE2Djn6+wtc7fkfvOXSwT9NiM1xQfmK56R38Ud9HWchZQtAfMf6qceoop2jKtOwCqulTp5v9R+&#10;P6D2Em9MJ/GBlvuKdKyleeejqsesCTMl5KgJEwYSR1S1CuFbVdWZuVBBuMNouoIYoYZ1GhoslxVX&#10;VgNYIIpQ5qPMY8+mduvzt09rJFMYruOjK9SpBx3VwVIOQQQQeGR04x6dChW1EKeLj1E8+ofX8exp&#10;+K2W2ftDZ2J6bwOFx+0KXasVWu3MTRI1NRVOOkyFRV5AU9HISaWshrqx3khFlJcMvBPuIebuQ7Pl&#10;u3jueXLRU5frQRxjsgLEkKtMeGTUrTNag91epml5w3nnndLneOZL97vepggadjUyFUCrUgUJCIBj&#10;yWtOPRHPk715kqGWq7DoZayvoqkQpl6dgjnEOqwUlHIjKL/YzuQhJ4jkYXNmHs2NXeQArwtiBxe4&#10;P4H9SbewPA8aUBcV6NLPa5rltFvAWYcfl0RluyMNtWjeqzWSp6KlQkSzTyhdIRPK1lAeRzoANlBN&#10;iD7QOfzeAwIYZjKQU01mZKXUGqGGnUB4lOoX/qbc/g+2LzmXbNscxXd7GslK6a1cileHHhw/Lodb&#10;R7e7vuoBFq4irQkAUyaZLED9gr9vWLDfIHL7oqYIOutp5DOwSDjMyQyQ49NL6FkEkjQPIL+q+mwH&#10;PssG9u8cgJZaDbyDHxoxtUyLJ9zMmk3ANwqgkXsObe4u5j9wb28MlrthMNr/AB0IkNP+Mj5Uz69Z&#10;Gcle2WxbPbrdbkiTTFaUoCARXy419a4xjoQKPpbLdlTUmc7Ey9TVadJGCoah4aKmaO6wiVXMhlaz&#10;G9+P9f2E8W+coZ3qqmumecsX8nqa7W4u2trrf+vsBxb1uEEy3D3kjTeTMamvlU+XQy3PadvvIGt1&#10;tUEOmnACn2f5uhxwXVGI23TRU2FpI6SOBboI0EZX1iRjwq6m1LwfZqdrZM7k21R5CCpSabVJT1aH&#10;grMgB0qR+oaCOf8AH3lJyZvX722a0u5XrMKq/wAmBIz+VCPXj1hvzrsv7m3q7tPD0xA1T5r5N0uc&#10;PXSUGQjp6xJtWlmWYK54sbhgAbE2+vtrzFJIjGWVZ0Cg+oH9sfT6Wve/5v7HyPFJpOqhH+XoF5FU&#10;UjPQ34KvhqUQRyAsP1Iw0sDY6bA2JuQfaKqaqJrR3JblgPqOLsTf8gAHn3cypkdJJ7Z1IYDpe0gF&#10;1B+t/p+f088e0VkxruAWGu5b/Ukfj6c/8R7dR0caWH59MqGU1YY6UNOVvwR+L8j6kHj6/X2k6uJI&#10;0DaA4P0v9G/1v6n2pQJGoNKr5f6vPqrRtIGQHJ6cUDBgQpPI/B/r7Z6NYqieoYMFBKft2W5twQL8&#10;m1vx7VWM8ckriR1FDw8/2efRbf2cwjULHUcKg9SNf+H+8/8AGvcuOkpZpplL+pDcRBRpC2FmPHFz&#10;f2Zxm1LMTKdVeFKCn29ENzbywgFwQtOvCVTx+f6Ag+2asxs7EvBZ4z+sEAIrfX68AHj6e2GBNXV1&#10;0nHl16KM6ymkmUCtBxp6065a1uBqW54AuLn/AFufeLH7G3FlJguOx809yXYRRakVXNmdiBpX/YkD&#10;2XTNbwsFkmANeHRxa7ZeXUbMttJo4g4Ax9uaYz01ZHPYbFBf4jk6KjLmyCaojVma9gqoW1MxPAAF&#10;z7E/YHW9PmN94fa+Z11Afy1WUFCY2+1pqWB5Akk66lSSaQBAAT/j7CnMnMH7vs7mS2iLzxIzUFcg&#10;A0GPMmlPt6GPLHKq3u42tvNKArvRifwj1/Lotvy9+QrfHT40do934vGrl8ptHBJNtzDVwmp483na&#10;+tpcdiaFVj0VDrU1VULhSp0gm9h7sew2Ow2DxNNhsXQihpaWJYYo1VVAC/Uv9Czkjknk+4RtuaZ9&#10;2m8a5sZ0mJ4EV/Z5j9nUlbx7XoCDa7xC8KjGc9are2P5rnYW7901W5Ozev8AKzZivqmeWooVmenh&#10;i9TJT0sHk/bp4jZUUE2H1uefaX3pDkafC19XioIKyujp5JIKeeURI7AhrE6lYgcmwNz9B7Es27TW&#10;NjdXdtAJJ449QUmgNONTUcBniK0pUdBXbfbWxvN1tbXedzaGyeTSzRrqPyoCPPyJFPy6s76a/mBY&#10;DOzUtPFt7MUvlNN5JaujqfEiyNqkTTEHYsiseOSfZU63sjDT/aYesyWPo901MbKuLneSMT1Ua6ZY&#10;4mKlFJlBCanAI9qNh91eX7gi3vZBBuOnEZ/E4/CKauJxx+zoQc0/dU5pRbvdeWUkvdhVq6wveqHI&#10;LCoHDJIBp50xW0LrX5F0uXxuUzW5dq5nb+38S8SpuERGtxc9Kys0dV/k/lq44wilmJSyj62sfdfX&#10;yQ+XuV6VnyNHkevszJU0yyLT1M8FRFi6iX6wmKtjDq8bi3+IHsi5g+8dLy2ZbOPlmtwKhSxYLUeZ&#10;4Y8+j/26+5le85i1uLzmaK3t5G0kAqXHqAPNq4p68OjUbV3Tt7d+Kps3trMY7N4qqVZKevx1UtTF&#10;IkikqXAVTCT/AEYAg8e6ce4P5k/e28EqMbhJtvbOomZ0jONSpasQfQpJVT1Lh3J54Uf4D3j5zV94&#10;T3A5lR4Fngs7YnAiLZHDOrJP8us6fbr7iftPytNHfblHdbrfRjjLpCE1ydKoTjpUe65d4br3VvfJ&#10;zZbdm6qvNVtXNqleoraicFzxZUZyFAtwLWHuELq8v72Z57m8kkmY5JNT/OtOs0OW+WeX+WrODb9h&#10;2eG2t4uARAP8AFT8znr3tgj27VtGZnnUg3axXQRGAdXBChbjkf7x7SGBwASaH59ChaGqk5697b2h&#10;x9Pb90uAdXkK6rluAtrfTj/b+66eliFF86t1723y5d1VY4qVEJ4Lqbl2AJKhb8iwv/sPfiaefSqN&#10;WI1AECtPz49cda306l1Gx03F+fpxe/Nva+2B0p2927UCn2B17ubdTuwBkxeNnlhjF7AvUMohRTe9&#10;ywFvbscUjnSEavyGR88/5elMcLhJJlyo4kmgH2ngPz6Ytybr2xs/GyZjdm4sHtrFRG0mSz2VosTQ&#10;qw/sfc100MRf+ig3P9PZ29i/ysO+M09NN2FkNs9aY6oMYdMrk4Mtl0Rm/cC4zDvWOKhEP6XYc8X9&#10;mKbHfy01jQpNAKqWJPoozX5U6ZXdNphXXc3ygH+CrV+wkKn/ABroutb8w+n5VnXZlTuHsuenSdnG&#10;y9vV0uMPhuNS7mzn8F2rLCz8a462Qez89a/yqenNvQMc5mewe0awhC1JFDRbWwokBIdfI0FRWuki&#10;nm8iXtxzb2b2PK084okM0rfKij9pBP8AKnz6LbrnblyxgmeWYIwXAds1/wBLQV/I16K/vf54brxd&#10;Si1VB1b1LhpW1w5Lem5Z9+7ganPBkG39qS4fH0U6N6QrVtVfUCfpb2eLrL4T7A2PDGdtdObF2+wX&#10;SMhlqRN0ZZQ1uTUZJqiJJEPIKgabD2N9r9vNzlXxDZeGlPPvP21C0NPmAPInz6Au5++G1Wq+Hb36&#10;1IoNCBNRI4EmrccVVq+lDwKD2l/MT2nUeSjm7l7F3Ugm1x47ZFDDsHG1II8Xijq8TQNuVqWSa6EP&#10;XOTcmy8BTO0PTsMdOYclmpYaeRUieioVo8ZRIFuQsUFFDCqgqPp/a9iGH29QpIL7cG0CmK0A9Rig&#10;FcdAK895Nwn/AE7W1rHWtdTnUfmCfLy/Polm4vnbVSVi1Ww+psdW5ejmklizm5Er9zZ2QOEQSTZf&#10;NzTVVQ+o8i5K2Auv5fKHr7rvDjzR0a1DICHqJ1WVPTzYyypdmFv62HsS2fLPLFjEZJlU0HF8fzyP&#10;2kdBm9505u3FtJlZC3BVDDB/Kn+rHSHy3yi+Xu/UXE1GWpsDHOAabH4uCmo63wzHRoaGA1dcBdvT&#10;xz77qd69fbfVUE+FpGTSqxXjlmYf6oRUmpmA/wBcf7D2p/fHLG3EeC0RY8KHWT8gqq3Re+z827sp&#10;UpKVAzUlAPmS38+u8H8b/kr2TUPX5ZOwsrDMjh6laeqoqSEj1aZKrNzUMGu59OhT/sfaj23n03Y7&#10;JiDPDER+3VDGyU9F+ljq89SQdZsAv1vf2YR75FcRsLdZI0pWugiv2g1Jr5YAGadEt9y/NtzQG9lU&#10;mp1DxCSOFCAi1PnXI6DLvDZo+OeEmy++4KHLZCGOnkGFXdNHmNwTwPOsLPHjMcZ3Roy5MmnWFVWL&#10;adPvhVUG/HrZaVNvxinRmVK+rrlhhmAJCumh9ILgXsbeydNz5ov2ZIbCEW9aBncjHkaEj5daupeU&#10;tqiSR9zeS4JyqITp/MhiT5evr0+bA3L8XNy7LxG537ZmTK1dNDLkdt4HbE75DD1ksRFTRVQyOlmn&#10;hZivCAm17W9wRt7sGeRg5w2PFhqkjhlqmA0i7eRpClgfwPz7OrXZuZ750jkaCMcNSIvH7WLMaV4g&#10;gfKtakM/NnLMKmSNZpWrhWYjHoQKfzHQ3UNd8ZY6Sm+2h37uENeZVrayk2/HUOLqvkho6KCpsygG&#10;xYmx94pNs5VpJKWp3RWSzPbTR42FPKzf22uiMYTf6Etf2apyhGqXAn3+5kl4Mi9w/Z5faCOqpzcb&#10;jw5LXl+2SNeDNj9nz6UTbk6uxUC5Kn6nwNFS0nqGW3hXVVXDGYY9UcZnq6mHyXH6gQbDm3vInW5Z&#10;1mra7JxUi2aR8pXx+u1tX+To3lLH83+vtiTlfYraMqrv4dKmrCpPmG8yflx62ebt0MhZBEJK07Qe&#10;0Hhk/wCE9Jur+XOy6bFVtLs/A7ezObEMppaDYm055y8hPjQLknjTGwASHSrGVRfm/HtaYvZm1dUJ&#10;hC1rLcN46EvGgH5DyDlhf/Wt7Zh2nl5mDRbejDhlSTX55H+Douu973+kgm3KVS4pUOQKfIg06LDv&#10;T5R9x/a1Mk+3INq00ksfmizW7MVBlXkkh+goaJm8bPrIF35t7eTjsFRTWEdDCwIuGppxb8kFnXxi&#10;/wDT6+1U1vtMBSVLFGkJxRP5jHRbHd7lOuhr+dozw1PUV/3rjSvSGrN1ds7mwy5WCh3JWSSRRMYo&#10;M7RTmRJLt5lijqo2FOUB5+pNuD7V9NQRGMN9vDJGyEq8UfpEbXNwLXuoP+390XdleREqASQMUHyz&#10;0WS+IRI0EhqrCuSfIVrWnz8uipZ/sd4sm9Nkc7VY3Ia3h/h+RnqYpA8UzICzmYoWLj6BjcW/1veT&#10;7Gl+vlX+t9Q/V9P6/W3FvZ5RqVofgrw8q0/Z0X/XS+gr4unh/q8ulzq3f9P4JXX/AIZq06q22i2r&#10;7u17/a6PXq/rzf3/AP/X17JPkl3XWWWo7g3bU6boUn3TlpVNx6lAeqkW5b8f7f2PYty3SHEe53Cj&#10;5SP/AJ+gf/VTlvXqfYrWv/NNf8g63yaDr7YmKDjGbL2njxIQzii25hqQORxdhTUcWo6eOb+5tP8A&#10;I3u6mGuDtTc4OoHUNw5IBSRa/ol9Nx/UH2oXmHmCMgx73dLT0lk/6C6R3vI/J16ui65YsHU+sMZP&#10;7WB/ydOS7Y24jFk2/hEJ/K4qhVv9uIb+5jfIrvGokSpn7JzVXJHdhJUZued+Rbg1AdlBvz9L+1I5&#10;r5nJFeYLyo/4a3+folb2w9vVUonJu3KPOkEYr9tAOp8eMx8Q0xUVLGlraI6eBEI/AssY4HtS4n5d&#10;fIXDuk2N7FzkZRrM6ViKisunhdaMHW1ueB7XQc9c4w5j5jvKg/78b/P0gk9pPbpySnJ1gpPpElf8&#10;HTLmdlbS3DTvS5zb2IytM/6oK6hp6mI/n9EiEe1fT/Of5HmSOon3ZJlW1ENNU01FVA6WsUL6dTW/&#10;2HtWPcHnIyeK27yvJ6vRm/MkdMt7RcgiIxjl+JFPktQB9gBAH5DpNQ9N9ZU0RgptnYekpyWPgo4p&#10;aSMFgQxC000QBN/Yo7d/mT/ITb0kLFMVVrDcgnGeMuxN7P4ZUBH+v7tPz9zNewm3vp0khNa1Rc+l&#10;aDy6K4/ZTkaK5+os7N4rnyYOwIp6Ekj+XQS9l/C/46du4HI7a3717QZ3C5amNJX0NXU100EsRJIZ&#10;Ypal44p4gx0Ooup59jziv5w/bdPDFHm9k7bro42/ceN8hSOXU30kjyxg2P8AX2FfrmDGRLCFW86C&#10;lT6njny/LoWrygEREjv5yiilC9R9ueqrtw/8Juf5bmXr8hksRtnf22J646lhx26Y6ujonJJaSjpc&#10;ljqlYna4+pI49i7iv5x2NqsdUUWX62qqGoqY5U+7oMitQYjIhX0RSxQvwTxyLW9mlhu1rFd2d5c7&#10;eGkiYGmoUNMjBA86Hj5dEe58j7lc2F3YW+7tGsqEVKioJwaFRUA+nD58OgRx3/CY34t4HtDZXY2M&#10;7c3zXY/ZmQx1fHsrPbdw1XiMrJjchHXU75Cuoq/H1TSRrHpuI2uTcji3sfetv5q/xogxOOxWYg3V&#10;gHp4VhmcYV6mAShULysKWVzIXIsTYezDmjc7Hme+mvpGmjBVQAy6qAVwNLepxSv+ZHyryZvHKVhD&#10;ZxaJUTVwxWpwfyHy6Jj/ADAv+E4vym+R/c+++6uuu+uutw1G68ilTSbf31Ubhwc2Ox0WlKTFxZGH&#10;F5uJIKOnOmNQFQra4XkAzO3v5hvxJ3KAlH2tj6OZgRFBlsflMZKzgXKE1VIkCnn/AFdr+wknLm3T&#10;3QkO4osR4hw649fhPRzdbnzJYW0vh7U8jUNCmg0r/pmU/l/Pqondf/Cav+Z7tjJRR0vWOzd3Ywzr&#10;FPkds9l7RqI1gaQK05x+RyWNyrxqpLWWAuQP03+hBvk58k5u0d1x0m2a96/Z2Kmkjx7Y2bzU9UDo&#10;1VpFLI6uZxH6WIta/vMX23j5X2Datvg2mS3adwPEZSKs1OJpVifmQBw4eeKvNVlzJut9eX2820us&#10;sdIaulRnAq1ATjA63T/5Tv8ALj6//l+/HbC7ZpsFQL29u/FYnKds7pajiTJ124Ep5WGH+6IdjjsC&#10;1W8VOsbafUzG7MWJaaLJVb1dPA1RMEqI4fKkkkiudMvpi8ZBRRJp5Bv9fcz2W4hLmBDcnQwUkaq8&#10;AKUGCopxwa9RFuG3Oqktb8CaGgx656tV0oqkgLcXItx9Lkfk8j/e/Zu9uGiOxo1j8MLyVlfqqXjZ&#10;mYoxj1FC/j+igfT3Ltu9vNs0QRtLajnjgGhx8+gWsU9vulTkAf4f29B1lGlfOqNJkWKCmUre36gz&#10;8cH66rf7D2W/dypS11QJqnyOfWkcRYMA6jTdIEBVQPpzb/D2C91Cxu7eKSucA5+XADyzx/b1I+2T&#10;u8SAChA9elrQ3aFLJ47KhYXDci35sv09oqk2zk8zUxHF0ckrEMzsWC+pjYC+p2e/+P8AtvYYe1Mj&#10;xzRElRnjT/J5evHo4+ojiXVIaHqTPW09JE8s8iJEgBLFje55Nxp0gAfm59mg2J8Z9z16rW5mkgp6&#10;aoVWUFVdluFYymeoLFSF/srx7MrXbpZj4gtdQ/iIFP2nJ/Z0Q7hzRZ2waGGXVIBxHr6cD0BG7e+t&#10;l4Z6ijo8glXXwEr441lZSwuCGKIVAv8A4n2avb3VGxdoUzeWhpaqoSXVJU1cSPIVexAhP6VS/wCb&#10;G4PtaLSztUkNw/6hJODinqPkfLHQTuN73XcSojdh6UPl/wAV0XHcHbW8911gOPqpqSikiEaU9GZE&#10;F1OseV7pI7KLcXCgj6e4m59+bfwMLxY+GljMdlUpCg0XOkhT4+DYcH8ew7u29iKMrYsFcfIf5R0a&#10;bXsF1eSh7hmav+r16z7Z2HuXPz+XKT1skcrMZDLUyuJPSpF7zjSL/jn2XvNdr5fMzyY7Diapnkch&#10;tLlQltVzqBCKtuTzwPYGud13C8qodiT5A0H+x9vQ/sOVrO1UXE6gAeuSflToecR1hhcRFFV1ioix&#10;p5C7xo0qt6QqshLsykm30+vsMstnKxMfm66geLPZPEUv3GRRqxfFQCQhf24nlvOyPe+kGxX6c+27&#10;Xbb66S6ltkaR4l1MKg6RWnCtT+zpXcbvte13FjbTzpCk7lU7WOogVzQUH7T0I2MwqVDIk0JoaIlW&#10;hRIow9Qo5DO6qjRIw/skH6+y/QVe6dyVJmjxWQy+UlnEdM3jllpKJ3Ni0MR9MjklQGAsNPtVtuz3&#10;t06PJZMzk0HaaL+R4/y6fvuYdss42B3CGMAVNWoftyB0vo6alpo0jhEUMSixCoAzKB9C4IP5/p7U&#10;NB0F23vKqaWo2zU5UrJGijItLNDLrspgnjBLJE6khgDYqTz+PYhv+SNw3PZ7uzuLHWHhZSGbiDil&#10;OOeFa44+VCEE92OT9pv7WZt8FfEV+2poFIY8ONQCPLJ6wVORxuNpnnmnp6eBYmfUWRVIH4HIJNz9&#10;LX9glvfcOSx3YVBh8rh1kMuVytBuClj5NEtakK7gwz0TEVBy+Po5UyUavciGHUp1EXxC38X23b7F&#10;Du9iqKSUmT5ELrFOJKhlk440BgTkdZr8kS2W+8vLe2F54q0V1I1edGjIxShGrUa0AND1wiiC0ANK&#10;dYSkiejkDaY5FhiDUxAuVVJNK355Xj24b02dPPhKTBmpq1zezMxjc1JkTH9tEtHF5KXIR/dMx1Ku&#10;Bzc1RYKC4gVwQCvsj3XZ57dLiC4WQGPuZiulfw00mp1AodYavw0/iwLrG68ZFLUVg1QK1wPPyyfM&#10;eVPPqFRZOKremr6eaJqCtUQxASq5E6eZZleNA6xlWpTH+rV5DpIVhYhLkKA71xGd2p/D6bK5zagG&#10;7qvbVdSGoptxbIgqKnD72xNRA8TQvFQvRCo8SBpFNE+ki6n2WWim92+8tFh13NofFCNkNEWCzoR5&#10;hVAkFOGlgB3VAjMDVjmYkVqdQxXH+Tj8yKYr1yyWTixVTjqmpnhhosrUU+JM8pKxxV1QxOIVTyoN&#10;dUytDyPVJJGARazDBvPqPB4L4tZ3ryl3RFU7u2XtBKjbOboqeJDX4iHMx1WLysEzxVEWRrUxFVTx&#10;uokT7fyWUMNVhFc7/bwcmPy+Yle6hUfqHiaOrqRjuAUaePA4pShj1eWL2Xm9t9SRo7U1UpqFCSCr&#10;V86FjWuAafPpE0O6M7W7lw322KqYtu5yoydLVz1KSfeYzIYzGhDRVdPJJEcay1tHIqskVQk1tRdV&#10;KEmW6k0YXpDZe4oKn+B5mn2Zt7GRZGi1QmhFIhbcc6U6IE+9yMjTh7qxIut7cFmNGn2VL4M3jpb6&#10;VKkrp0EBxjizan7j5eR8kF1JHDvH7rmCtaPKWcMK/GAFz6oxBU/aKZqA43Xj23JvefaWRo6TNYSb&#10;KDJ5bE5Smgmpck7U0X8CjmNRFMEoMNUR08yoo4nAkuCLexq663rtzcuNx9Ss9VnJcDi63adVLlKm&#10;tp5nXIZJ5cc0tO8qQJJksO9UtrgQyEolhpsp5d2r96iGSNtcqRujBmP4qMlASagrqXiKaQc1oA5z&#10;fdfuaaZdCwLJMsoKIuQo0tUkHKsEc8AwwRToJN79a7lxOVz8dHV0u3Y91btxHZcUODxGMkp463B7&#10;doKXJxpOab7yZMbuXG0NUzAeSrSVtXBZittz9l7O2ruCi/he3pMvS0eB3HjcTBt2ip6n7GrqpMPj&#10;llqGLRgST02RL1EodpCIm/tEgSBvu1JtFzsRsLRWge0l0hCoNWWOIl6j4iHz5nSegZyhv1/d7fzF&#10;JuV9KLySaOrMSw/G5C0A7AFNOIFQBigAQ03xx7N7B2BSYnO7yqsTlMnvnrveW6cnuWqqpZ8pjdsZ&#10;Sp3TU0CpHIDTU6Z3FxRUMSaYIUcSKgEYBDTK5/b+Ro5chXLSx5KkEdfA7UqGphhxNYlWmhmWOVBT&#10;ukalVN1I/obeyLdrKApJczCpUBg1MjSWJp9gYdC7Zd6kkmMUUhKEMKcAxYHozeM2Vn8FW0WJxclc&#10;+361aynqqf7m9DUS5KjNE3k5nib7lWdy7BS2vSSSA3uJuvtrP5uk3TPkdjPTmu2su1MB/CammyUm&#10;WraOtgmpMvlMWqtW4ySJIkMskhVGVV0jVo1rrncrG+sp4X0Nfm3EdVNS1QCpZK0XTpU6mIFDQZoC&#10;VbZtu6bTcSTRCc7c1wrAMSdB7lbSw8jrIIp5fsRexfj7tzYdTtCjwW+66qptt9o5nsrJvuWKSkNF&#10;SbkwWcoK7aeKyUQgpKigWbLytCBJJJHpYElVKhw7krsxJhX8eFqqeGgSmrtw1UjrHBAmdo8c00ET&#10;KWjNbG+JSMgEkCrH5U+yDfFE0aXEUVGD63yuPFRQfzBVe3+lxHmNdguJkuXtzJrGEDaf4GcZ9Pi/&#10;Kn7I/wAeMJgMFlg/94qGafLrVbf21Qinlhq6ui2Rl916KlWnVqiahnXcc7xnQqgUytrs40hLhpU/&#10;0e5fJFIkwudpK+mpaeNYpIqHINomkx8qRSSGOokeEyoALAvbUDb21YQW0+xX124UqTTSBQK1CTX5&#10;jtNKefHqt3cyw8zWFhXTLSv2rU+X2sRx/D88GLyscFVvHF45JZVzGHqaHKzmWZ0mrsajVEYq4boB&#10;PAWqHgYahyGBW3PsEcRTHD7aymPaWmn8MjVVPAiuj1K5SSgkKnXYNDAaeQMGXhh/tXsLW8UUu33B&#10;EmV4CnGpBJ+WVPQymLx3kCUoprn0IDY/PV+Xz6E6ZHlrqaTxzjypKjSAqFURidYWHC2ZhULfj6f6&#10;1/Ylb2hl27tvYuGoZGp8tRU22cjPGJTTxTZbcVexM9QYo21zvRRylVU3BjU/2RatywWOKIivap+1&#10;mNOnoXkmmlc4SrL9gUY6DjZ9Smczm98xVeCtpqrcNdiKOVlZdGJwuOpaaWniIcHxiv8ASwsLuSw/&#10;Pt3qu790dMdV1ed2fV0tDlM1v7CY1FyME8dFU0WIwXnnosnVQQz/AG1HXySRwuwAOmTSvNrrP3rP&#10;t0Gu37ZmlRc8CsasO4emeFfnXFOi59ottyoJ11AKzVPkXY5GRQimDn7OgS7a+OHVnyD7dwuO7Y2h&#10;S7txe0est0VOMWtnq4mxeX3tuPFU8OVxzUtRCafK0UGBqTSzgsYZCJFAYKQmNh7jl7B7bznYU0Md&#10;BiNlZml3puipVGqKKjo6vO0WRmolmn8TTGGqipYY4gwZ1csqFvaZtV3cXV6iBYo28R8CiJqWgBpU&#10;01KqjBP5dKLmBjtj7fEzNIYfDQ17i2nTWv4f4m9T6dLzeuL291/09gulo8kZcruzadV1HsWOrkSl&#10;yG4MtFsfKQytekpZIaaRcLj6qsnlKJDCqOSQALpbumui3xvffm8sVIaylqNyPTVV4Pt3x9WtKdWN&#10;ZWGp0ohA0aPdlYKLfX2bWU/1cd5cRksviDPDDCo/ZU9BZLBtrt9usJBRkiA9anzNfn0tujNqSdb9&#10;V9edd1svmr9rbTx+KlqfKs4rzQrFBLkvNHFEskmRmlFRICqsrTG4sBcrFbBIGeORCHUsGF78fQf6&#10;9vdrnJC8KdGKCqj5DoYxzz/vfsPszRMhLKt0JNzwCpsfxzf2hYAgimelMLazpY5697STD0kkAgal&#10;sfybfUjg8e2BTzGelarTz697T9U1tQA4AGok6R9bcCx5v+fz7umK9VfP5de9pOukCnSSy6iOSLL+&#10;fyCb/T2w6gVBbjnpulc9e97Kf8oPcKZX465bEhgX29vvMU0iBmJiGRoaCvjUKbWDmVvp9dN/eTns&#10;ldKeS96tmkIWLcWIpkgSRxkeXA0PUBe9MSyX20SFTqa0K8MdkrVz8ta4+fWrh/PowgpO4eqNwrJU&#10;RtlutExaCnpxK0lTit1Zt5JdSI8+qKHMxJY3Uah/Xg7fffddH1bi4aKjNPUblzFO38Pgkd5YsfCq&#10;yRTZCrQOoCRzjTHH9ZSObKCfeXvtnyDPzZOZrhnG1xEa2wC7cQi4GafEfw/M9BL295Cm5qvpJ71Z&#10;Y9nhZdRA+IngqmoqWHEgdvRZv5ePwlqPkzlm3VnKjLUPW2066kGer28EFZuOudoqhNrYmVGZ6Z6u&#10;jXXWzql4IZERWMjBhWnmuw81vbIa8vmMlna9pAsEc0v+Txar3gpKQGOnpUYgEaABYck+8sLDlfb+&#10;XrcLY2UcFuBkgdx/0zHuf8/yp1m7yvydtGw2kSbbYRQKR5Aam9Fd/ib8z1sy7J6T2F07t9sdsraG&#10;39kYBFWSr/hdLqqanxoU+5y2TqpqrJZWfQxBeokmfT9Lc3fqDEhjBPkgs1SEVY6VGMtPDpPLmQad&#10;byG2o2X2Xz3bIDHakiHzY8WP2f7PQ6s3uSqpBiEn/Vjphym4pIxVU+IIp6FHmqKmuk/ZrKjyBeTC&#10;QXhjiS4UMWN+AvNw4VAaaY0FNpDIuuUqAq6voqoWJB8ZPH9faeOkcf1M3AkAevQz23a9K+JKe7yx&#10;5/t6aaDRT0yZmsaf96TxUwLMz/bukksszKQSXmROBxpv/hb2lKupSnyEULFnWJA5POoOov6iBYg/&#10;j2cRQtLA7cK0p/Po+tCUXVwJ/wAnQh46lkrMRUzqiqaiaWNIyQLKxUBtHGkgH/Y+xBp6rFZCk1LJ&#10;DHUKClrOC5t9GKpdv9t7DcsV3by0CFo69Htvf+HRZD0DVZQbhwuRMLRzVNCxWdAssZIYNdiFdgkR&#10;K2FgRe3tOZPEyU9p40d9KmRXjjeUG5tYxpeQqw/FvZpa3olOh6Bq04/5ejg3cDIrKaH0PS8we56W&#10;sJiappoyJGhkjqKmOn0hU1tIZ5AsKSQkf6o8C3uDTTSoV8lGCFfxMiDS3jYeqOVra4ObG1tXH49v&#10;zIsisFlNaeec+RHr59N/Vq/YaCvTtkIqaojk8GRYAjyxTO7tGrhGWyKrhJwdZ9QOkfgnkexzw9ds&#10;3PYObB7wnoqWieAKK+cIHx1WE8aVVJNOdCVSKLeo2lQ6WJvb3HO5Wu97ZeruGyLI1wrE6QcOp4qw&#10;/hyTw7eIGOk11ZwSo+oageA9KkAn/L0QDt/bfd2w91U3Z3ROLy+e3VjKos+06OpmOL3vhKifVUbe&#10;3HBT3P8ACanzs8cyxoaCpRJoVCq6OQHsfbD7c3RWyUYo83QU7V1ViaiklhNBmoW1w0s4dfIsUgkk&#10;RTr/AMy36145yG2HeH3PYhJ4Mi34RaxFirq9K6DXABPBvQ1rTABElrNtl6QsZCM3aeFc+uf2dWyd&#10;Wbzl3tsXB5nI4XL7UzdZQ0R3DtvNo9Pm9t5U0gnrMVX6WCVEtDoZTJGWhlClkZgR7BjcWz4/upsp&#10;G9UqVZ8pgJLRpKF8c6NGspEcl1GtbsAwNuLexfs8kDXLyyB/HDKeNAO0DAHqKEk8cEHiBvcohcKZ&#10;KUJ+3/P0KNNPddDG8im7Etq4b1Kyki3K/X+h4/HtioqSeN2hd5PEXj4FnUoCAQU+hC359iq4kiI1&#10;qqh/UYNft6Dkf1VprMM8iV9GI/ZnqUX0i4Av+W4ufxe4A59rilpaOianyCS1sM1NoSCWjr6miDpG&#10;SGjkpovJTSJIOGuh9he4iNy7RygEHiGqR9tAy8OI6W/1j3exhLrfSFQfxMSf2/l1AmDTa42KaXW1&#10;miSSx5N/WDcWP09q6szmL3DBHS7lwrVVg8QrovFHWgycxFwtNokNrixMQYJ6r3uCmPbbzbZGl2zc&#10;NPmVI7aedO7H86VqOHQt2n3YuIbZrbdtpimRtIBBowoKEgcM8aYPz6aIcbVY9nbHV2iNn1mkmj8l&#10;OgIsUivMviQ8fXVb3Yl/Kxz0ezd/dj9PTV6z7e3DQUW+duJUQSwS0ldjjJjMlSxxANTqr0ddS8jh&#10;vsQVLFGtiT96vYnu9q2LmyCMLcQP9PIq07UarIWYAAqNKpEMFQWUg6atzH/vL+Vdm5j5c5R9y9gh&#10;Zbq1mNnNVAjGOUeJHWjMWCSIyg1xrIxwNUP81ra+Xptm9b90YOKpXIYDM5DYGfp6HRP58VuSnfMY&#10;+omnQxT+HHT4KeJUClWORKtZfUb4J6mlZYp5KfzPBThaVXUGEyamSKwvZgQg5/AB49R94HxQzqzR&#10;pIQC3dnNPPriFe2Uq6kD8T3YzT7a9VO9Z5rJwSVeJpc6+OkyWRSormpZ2SujpPFDK4eVdOks1RJ+&#10;3oYa7ai7AsQ9ytOx8Mjtpkq5o9ZbgKGnUDUG9Vgp0/T6c+xPaOAJFXKIuPyH+XoMzwBPG0p2r/Pq&#10;2DrPd9LWF6WCV56fFUACsrODOY1KhYTGmjU+k2Goc8e0zkqkYykerlcJDTNPMkzeNBK/7QQgjlFB&#10;51X/ANt7MrSI3M6xIpLuBUAVoDX/ADfz6DW5PRAI1/UYcPtGOjVbDxjZrJRJ43VmgpY5o2RpDEVZ&#10;i4LMwLFdZH+w9g3Nv7buJyCLm83jcRXbhy1NjsLBX1VLTy1tfUOFFJj/ALmfyzSFQzNYNwbmwNyM&#10;jst7PbRi0spJY4YiXKqxAAFatRSBivH0+XRJY8p81cxw393smx3V3bWcLTXDwxvIkEaglmlZRRAN&#10;Png5oTQ9Gj+zo6GlhhiEIggS3j0llUegN5FVWIAP+BuWtb2uMnkJcfJjKYRlxVLKtbUSVR8yzQzU&#10;wpIY4BB42p6inaYyy+RWRo1ARg+tCCyhF140q/2Kiq48vMiv8hTga1z0CRF48crO7fUK3w6arQg/&#10;jB410ihUVBJrwDc6SGGV5mVVVYiCqGJI5ELGxBTyFkbmxW1x9PcqKZHjWVhJL+1JUSv4BIYzG8Md&#10;yivfRH5rB+BxfVz7u6srFcDuAArSoIJ9OOMjonlJRivB9QFPyrx+XTgLXAU6f3VjA+tyQTq/p+Pp&#10;7YTXUczx0qqDLDNVeOEA+BUlbS8pFtMVlfVb6X9rzbzxBpf9DYLU+eBQCvn0kljLqxLEBvMcccB+&#10;fU+NHQA2N/yeBf8ANv8AX9t+TrqDFQ0lHi4vuYKqQu8ju6nzzeI1SwxJEqa7B7PrBt6bEE2etIbm&#10;8eaa7cK6YApxAqBWpx5YpxzjpuKOWaR3m7XA4eVKCmfU1pTy6zojSF3dgAQEsRe1jcf69z7zYXNQ&#10;iqqKlGClVVjNJEYogwA0xwKqMpjnQF2ZE/SR6jyA3e2EpgiidfPhX7c/lw4+vSiaN1WONlHit5DJ&#10;p6+Q/n1inh1JpI9PP4+v05t/Xj3kq8hlJM0JTBF9tyWILabFKhYLImlyZEQMSTdmVSDYC1Y7W0i2&#10;9l1Ey4xx8xX14fZnhjpMUgNu5rkAk/YAWY/YACSTgU65xoiRADk3+o4/H9LH2nq7e2Lh20mUyDVV&#10;HS0GITJVKzY+vhqYoRT/AH88VVjzCuY+8ggU6qc07VKNYGPUSovbwFme6jhkKOuuhUmShFRRBU6v&#10;6I86ivRhHsd2999JbKjzPMY0o6FGZX0dsurwwp4iTX4efj0d/WREOu4HB/1v6H2hv771L5GjhpqD&#10;JZSj/g+UklqaeeWlrcdPN9vR0Qp4q+mixcmWjljksaiaF6cpGSDFNI6Gd9tsjLJbxwlQUyRq7u4U&#10;CkDSarUnuqGotPiZTWLYYI7aSeW5iSVZ4+1gGWQDWSzeG/i+GajToBEndQhkVZJHjJBubfj+v/E+&#10;wnnzm4qDceQocrl8lT7epsT/AALGUeXxOPjqKmspa6pgk3TU7goq6tfIVUtLSJLGCaCGSnqELoZw&#10;6xn2z7VIRHdJIwiRDVGoT21UM7FiSXoG00FFJOCGRTqbb9rutqt5bKxhfe2uDLI8UjGkbIhW2W3Z&#10;IwgVmYP2zMHVyH8IqTKQAKLf77n2DmR3/sGo2FS7q7K3x17vLr3b64+ds/BgIWg3HuWtpMVUbafZ&#10;/wBturNY6rlyiZim8MgaIfcsWYxU5dogxf8AMeyWfLsO97xf2V1tuqPQ4RWSYnw3hkiLSygFllGm&#10;jZLYI1dDq05N5pi5nl2HkflreNs5suzIoha4IMFvGZFuVu620bL4PhSeIpBJj0geJJpVufsivePz&#10;L6sj7eyeOxu8+w6vZ+wVxmDxdDsevpsTDnN0xpnshkchVY2qyUtNm8BTw1vgmaeooUeZI1FI8YMp&#10;j8e9nKVvzZeXG47nuhs7LRH4dqygyzqJSzujSQrJCq+GrM8seuZFXwpYwT1kv7Z/dt53Pt9Y3V1y&#10;7tCb9uviTSPfRmR4bU+AkcayIlYZ2Ka0KJM3hlz46ufDHvbjR/Luq7r2DQ4/Z2ZzGxpztiurszuo&#10;Yfb+SzOBraRpaygzkSvU1fk2nT1lM1F/EoMVGtBV0wWRdUihVt77tRc0bBOdgmubDXal5ZjHFLJA&#10;6KAZAoNDaSSiWN7kQaoZVyqE+GEdz93uH205qvb7mHbbXdLb62OOK18W4jgmSQBXgPYtLoqyzC2e&#10;5YzxOWQhUOr3tLYnufvej2dubf8Ake2eru2es9kVGPyNds1crRby3RitqTQ1Uwbc+5cVg9pZnH5L&#10;FlopJJauieeYwiRzGkcsbBPlnn7nSw2HmLfk5j27dtqs2jeS1qtxPHayCQVlmjhtnrGxUMz2zaqB&#10;gY6OnQh3D2y9q7rmPZOU7L283vl/nfdEdUvPDks7aS41Iv8AitvLPeQvDKSyqscwVNYQeI7qy+9i&#10;fgtzUPY++0xP+zB4qs3DNWQRZDoo7I3LgsdTUGRq6WXIUkSbkx+AyeapMKcpPLBHVUc33MPj1Swq&#10;TMgs5evrfmPmiNG54jl3NZNUm2G2lgXS4Blj/UjimlRavLSSIhogAzLGRLGBNz2a55M5UN//AK0U&#10;ybKqs8e+fW208jPGjhGP00s8UDTCNFlaKeMxPqCrIaI/vYwdudb7/q9u5Pe3UVXtfB7lwsORoty1&#10;+6GocdST7dx8uQENLWZml25JXVGMxLxSQxIZ4DTLHJ45o5IbNIfPU27w2ku8clz2dnvcfiJNLMFj&#10;SaCJWdkaXwZWMceomkbxmMA6XDa26jj2/wCc+UbfeLHlj3CivrnZrl4pLZLbXK6XEqpqKQtcBUkl&#10;BWQkRuHLIZI3V+33sE/jR8ksfV0mV6y7Fj25uLeWIhqaTF0vXMFLNhsnjW/bzMVC+XyFHQmelpZZ&#10;qhY4oIaNqaNk/wA9oiYN8je7X7/8blrd7ixm3u2BNLIDwJo0oT8bKpAVmY6NCeGNA76RGTPe72Wv&#10;La5sed+UJbyx5dnZWlO4s6zRy/6DqEUTPpdgiM0jtKJWD/2ep+vezw75xeWg2wKrrTbtPXy0X8Mq&#10;Nvx+HE1W2svjqRGq8QmOFNujGVGLpsZXGnkgeBxIrwhoEYmNmkO/vrs7TNHtNlBLKIlMalEaMlQP&#10;DKASxCgYq2rOlFbSjErTGPli9s3314ed95khikaVLhv1Y7iGVmIl8Stq6yvIniq6yCmlyJGVUdV9&#10;7FnH73xGYr8lhVx2403rRbaotzY/bddh8/jdrOYcakdXTQdgUe1pcNkpIsrlaenqoPucjIni8sdM&#10;rQuiBpb6+Xc024W0y3vg621xzLArMB2G48IQlqtkK2oCrBDSnUfXHK97t1hZ7m17af1ckvJLZ7iO&#10;a3luaGRmR3sHuRNGPCieSOQxWysH0tMwkUv721HM1uQoBk6yngwOYmgpzOtNUmsoqaukTxzxUlZN&#10;BjmmpEkRxDM0ULSKqsY0J0iQtut54obeC8RWfSfEVWLAECpAYopehPEqCRQkdLodotra8+ht7hrr&#10;bVdqFlVGZK1UsoaQBypGpAzhWqodwNR979R7Wnqi2SYTrVKY9E91jhCJLEZPN5ZXZIJG/W1xcH/Y&#10;+1k+8RosdqunwM/6atDTTjJxgfnXFCJxcoiJbah9OAcGlagE1BA4/L+fWGSUL9CP9v8A6/8AUe+l&#10;nl2huuWnbGiqp8xFpqMetYlRjo43kKJMrsQ7reA6QLaRYOOAfddEe9bUrLdBZYGBDBaPUAkgiuK6&#10;hUmtTUj06rf2KbrtpeKRVmhUOrFNLkg6nWgJNCrA6s1Pl6co3Dr9QSPqP6c/8U9rDFRUNM2TpKjK&#10;+RcnGr0lNKp8VI4SOMKQFeAU8RIYcobnUOWHsjvGuGFvKtn/AGR7mGSwFT50NT6Z6DU9vJcRW1xH&#10;agBBQtgFxx4cSc0JPpw64SMfwt7X/P8Axr251VKdpUrQ/wANkyEtfUSpFMgiKQVM8cskeRpmnlC+&#10;IGYnWxF1ufyAyeOX99Ta/qhEqKKg1FVXihABz8v83V44n3CVZXnCKiUINR2rTtoK14enn1wUmU21&#10;6SL/AIv9CL/0t7B7sg7To/4Jm5Z67+MSNjcfncZj8dksw9HPmctBjKGvSWjSXwO9TUKT5H8Qh1yM&#10;USGUk72jd7ywN9ZTQs1opVotCsxYOVjVWVVJCaiQXZVVdLOSEV2QV8txbrdpeWNvFCLbRJIkjSpE&#10;rCGIyOn6lCf00IoM6gqqHd1XrMmsMytyotpb+vHP+8+8mTrGxFLHFPNUy0wgmPmMoEMqQuTFIrox&#10;aaR2JYsFKX1cni5xaRC8mLIiiSowOOeII8uHrkeQ6JLSE7hM5jCiYuMAZ7hUg8KefEjy+fWT2xw5&#10;CWkos1maOUrO0FS1SnmNKkFM5ngNROF+4E4neUWQE2cBr3Hsxe0W5uLOyuIxo1AKaVJYaSAD20pT&#10;JPlXGejd7WOW72+wkUmIyAIaAlmGlgoFcUA414Cor172Em+s5msztvJ7axuRko8vmMc1PihBNjZa&#10;LGr5ZKp5KDGZKgrpZjknqIqSeYRzCGMiVVWUIZS3mDYLy6tr6PZtx+nvLi2fJEZqsPx6taPiQP4c&#10;lEfTG+paOF6kDlHa9vsd7sd6vLHxtvtptci0lDv8KgNJG6aViAeVI9SlyCjMYy5j97VPw+/0f7ex&#10;2U2s02VrNyTPFuXJ4qWgebVU1W3cHhXqqChM3+4LFitw6ximkWiamq3eMUtOClPFEW2Q2u02v7l2&#10;u5I3GQxzTBiw0kxRI7otCYoToxCyxeEytGsMKhYwQ/eMTmzebvbt78GCLZVU28UocBqCeWZY3b/R&#10;5KTM3iR+N4sQDmacgyHix0qW9PAJ9TaRx/VrGw/x9xvl70rB2X1nnEkocs+RgqqbI7U/gcla+ToM&#10;2Vnx2HylS1GtSy4zH5KshrJakstNRxQmoZo1iadd887XZcz8oy7ROZhexOHheIHUt0waKBtQXtWO&#10;SUM7tRYlUzSMqx6lv93f3Nm5L542wxXFuLNo2juxMF8J4ABLNGuvSDJJEksKpQySlzCofxBEeXtQ&#10;9XZOtwlDsyDcLQ/w+sw21hVVRqBk6rLoKARNWVUcFNLFTVNRTy/cMPNNGhLBzEQziSLeGfceX7WS&#10;LXJcR2kQRiTrMhQCTWKEaAwUBgxLVLaQFAYr56sbTdLnmWXaNQvkubkqtBEkQ16tCksGKg9goiMw&#10;CsqyHSp97XW1cDTbU3BubIyZGCmxu7c5LXUlRajomSSroIhTDXjKOhnenp3opHEtVKZWlnEJk9Ua&#10;+y25W0t7VvDiBu3cO9Y0ADYBUsEzqYA6pBIwZidRwAEt93O55i2fZLGOxeS8sLVY2Ua5KhZKsB4r&#10;SDWQyrpiUqFTUEw7de9i1uYJjtvVWTq8TBlUxERrIqmipKX+JUlVDj61ql3r6ysVUNRSaodUfqdS&#10;6MWjZyoZCrJeLI0x1KCyoSAGpqoFwpFftWlASwUlegDsRN5vCWcO5NbtcEIQ7N4TK0iADw0TgH7z&#10;UEiiOqhxRvewp6T3rju0tsNvCiSo23W1+JStqcDvGjrKDGbd3LW7WpsuMPDUDD0j5fFVFZXw1C1L&#10;LMyvM9/FIr08JXZb7f7xy6u57fZSi/dIiIZIymh5Io5gNRRJGjKShjIusnVQgMrRrI3uJyrJyRzG&#10;nLW4XMd1ZxTOq3NoyyS3FvFcPEJJF8VxDKqxtF4QIB0pUyRlZ5ODlwLooY/0Jt7e2jqquTH5VsJj&#10;KbKYmTH09ZS0mYocw2LmyuLwO4a/DS5SmMcWTGPmrYxGsUcYl1JOysHFhbsl5Bd28v1ipDuJgAnT&#10;4mikOWj1aQRWoYuxUOACFUBSSTVb20N1YDc5nsbkSOrtE8XirHLPbpMI2r4WsI1WZiQQ8OoaM8/a&#10;pr6evqYp42nnoMqmSxFZNLUrUPFUxJ9nj63G+OdJaeCOuxtBLGUigjEFRJ5VXyEn2le2CKXtJtUT&#10;sCK99NBVjgtQBhQVFQKvJkjJDa3FtazRloElsDDMihaKyMfEdH7SrMVldGq8jakQxFvCBU+9h1sd&#10;f7v12+Nu120Itr0NPvSrqsLkqeWJsZuLG5aGhyT5agSGtm/h0sVfUS09RT+KBWqIWkUsJnZW9o+t&#10;nfd1fbmhWO5LIdYZZw8ccjShdRZHLsySAqqmRWdQQ3Qu5prvFpyvu1pzGb+6falWaOlJLeSAuhjk&#10;1IPEBjVJI5dTnw2EZCmML172qty7bwm9ds1eFzCZOsxWaoGpqigrfusfkcfT1qeWkmRJI45sbkaT&#10;9uWGQWlp54wwsyA+1LLFullcWd1AiwXEZBp2llNRg9rq4yQw0sjAMpqAeiHZ943TlTe4N021449w&#10;tZQ6uoR4pCjEMCQxDxuvawI0yo7LlTn3tTDF5SpyOLpcVBjfHVZSSXJq9dPjZ6LCxY+oM2Qxfiiq&#10;YK2qpMtJSq8VSEheGZruZFjVy/cbm4toojGPFVWAfWxFQdRGnsbU+umlQUGjUScUJMl9ZJY38t88&#10;+qOECLsV1eUyACOUsUMaNF4pV49TCRQdIUuR72J82NlmpYqQBiTTSRU1UdczRVY8sSR/a05CsFlf&#10;0oz+Q2UXtYsULcqjyzK2VajLjK8a1JHlnhTz6BUcypO8yLxNSuRqWq/iNaFh5hdIJ9OHvaAypjSn&#10;xldLQHHVOWx4qo8ZXfZHIDNfYZCuyG2IFhzESLlqWGlYyOyzUrJGzAlVZ1V2e6STMlu6lGLKoDMg&#10;LVUtpFGYM6hSzKrUABIc0PQssUrPd2y3wntIZtDSxh9Ah8RI0uiDESYzrXStUlDOFIDFQ3vbYiUy&#10;VYqi7zrqiKRot2EgRFBcJpGp0jUi4YlQLAj6CgtI0MkKrQ+Zr+f8q+vT031Bg8DSFdhk14gknz+3&#10;5evXvaijDT+N/slSJlWSnmplcNIIJklDTMivFBqII55sCPraxY4SOqCdtdCCDwFRTFeP2dFBeKJW&#10;BuCZFqCGpSpBGKsNVK4pUcKgjr3twyeMx+UxmNktPHNQ5KOqq1SZVMkj+cvSVLxmP7ulqGmYSRuN&#10;Lq1z6iGUrjMq3xrKQtKpSorpGmtKnyP7dP8ACOkdjuF1ZXt3GGDCaDQNQ+EDTR0rXQ60BVhwK+Yq&#10;D72HeVppchBU42kato2mVY5JcdMlHXxJHNFLaCdkqNAnSBo5PqWicgEOdfsRy2oubdRLdPGdQOpS&#10;CcEHzBGeBwcEjzwMLC6S2mgvrhYpApJ0yDXGSVYZGCdJYMo4Kyg5Hb173zpnrYI6mjkiqSryefwi&#10;MhYo6lFkZKaeXSYnhqAZ4nDtLCrXQ8R3vPDDMNQmpXFQckcCCRTBFQQCM44Y6cuFt3lt7hAigoFz&#10;mtODFe6utCFcU0seK8ae9l97S3Hi+tcbtmnqsTVUVDSUuOw+f31DjpailwsOAm07fxtVJkFyW4c4&#10;Mrm6+YwgeaPwGseeYPIplK4XtNrntEZJIrN0QNcAFqCI0iR2BaaR3eVVRTr/ALSRnlR6eLLnI203&#10;3Ol7vU1vuCy3cjSTQWJkVWmadR9RKgTRbweHDGof+zPifTLFFojKp73XRgpc32dm6HfkWCkioo8p&#10;vjDYukmrDkNv1q1WOy8H8IxeRqP4fnBh8tVbep5IEiIhp6GcwLUxRRx0tKVbFYbpzbcWXM1hZsoV&#10;twiiDSJJDIDHMjIkjqJzDJNBEy6QY7eCVoUmCabaDMjdY9s5H2695V/eym5MFlNK4URXEZWWFvGl&#10;jXxYfFhS4kR2kGt50E7QvK8k8/vZdfkT0j1T/dTtDsPdeOyVVX7QoaXqXaIpEo8Us28aCXDfxPLY&#10;41VFkYHrTuHItG7yPkHp6akrI6bV47oBPcbkn29l5X595w3mzkm3Cwhi220CBIQboGAtPHqjOpnu&#10;JHVmczPDGtyIagRmOYfZ33P5/G/ci8n8v3sK2u5SNu13rLzEWbrL4cMmh4zo+mjBVVFt4kssDThS&#10;w1e91zYTNQ4WLGrSJVYKKpo6qizFLJkp6x8pSrVzvTzTNix9tOs/hSExTQQgrEkyjm4wPu4xYGMw&#10;K0epWEilywK62IJ8LSDUgqVKhaKHrVqjMfcttk3GS8+oZLmRJVaJhGqCNyiAqPF7l09zhldss0bm&#10;gp172bHEdxP1rJlp8NtLZ+4aPe23cTsTsDF7sye5crtTIriZqOKn3FU01BlcfTTVtViqcwNPK05h&#10;WSolQqxif2PNu51uuWnm/du22k9ve20dvdwzSXDW8vh4VmCPEtWRdVWM3hkswoaVgm/9vYecksYr&#10;/e9xtJtuvJr2wktYreO6j8XW5t0Lo7KiyEMECxhysaMCFkp72Ju5ttbWodu7g3B0Nn9sZmmwMNJJ&#10;vTZeAeTcuJ2nand66uxVJvapytdurbTfwwvLJW46mqqcjzxusK+T2Nd52napdr3Pc/b2/tJ4LYKb&#10;i0jJuI4RoIMsS3jXDXduxjZmZ4xLE5WRW0FegZsu87/ebxtG1+6W03tvNd6vpLycC1lu6vRUlNmk&#10;SWsytIAghneFyTGyF2KL72L3Qm/+6dw9V7i3F1xvBtq772zl66XMRwrlKOp3PictJU1ayGmqcam3&#10;JGpqej8ccDS1JpRCJI5KRXkWc95Lg5o5i5L3Tc+Vt2jt+bLK4d5Yz4iyTxSEtrAKGBqKjhQzO0X0&#10;+tZIFdxMAfdDln272Tnvadr5q2H63le+gjSIlomEEiBV0s4k8ejltTNSMTFihSdkRo+rA/UD3bZt&#10;7uXb2XxHX2F3jm5afNdgYXGwU28pRNjsBuLeCYXGLTUOIpngbF1c27KCeaekmpauop6qqkWCAzeN&#10;dGRGwc1ttsXJUO4IJEu4URZzG0cUsxVZVCSNVXWYHxImWRo5CpSKRy7EYNb97d39vec07ny/ZB7L&#10;a7iQtaHS80Ft4soMklKyqLdwiv4iI0cSeLL4RZi2PSVIIb0/S1vp/j/tvYa5fabbTxmepqqix1RS&#10;4qqq6nGV9EsFJ6RJNV5DD1IjrvtkyuMkmEskUs0UriaNhoDkJkHy1uzJAltaz6mhQ61RFVSXLOho&#10;SFUkDS7LpQkhmCg1Bnbby277htVzb3MqvcBFkV9TkEUjSQHTXwZdOio1AaCCMDXl9ojaPb+CyNPV&#10;xYLMQ5w0WRMuPniq6aocSUK06udFFU1ZdY5JrPGXVUYWK3uCfWD7VzQouttuITGwkjcI6v8ADpLE&#10;aWpQeIlc6gWAIBOD7mTkDdrSe3m3TbGtTJD3ho3SmrVoy6r8QXDUYtnJFCfezZbB7Bps5nMe9GFp&#10;pFgiiraeN5/3JUSQVFQtOzClKyqwOkHTovexv7BPMXLkm27ddC4JeMsSrEjANCFrxoOFeNfLqEN+&#10;2GbY7V5JgfCDEgkjg1CAanFAaVzUgYoccJFDKQRe3I/1wOPY57rFfhZ4DU1EULZJI6qmcTHx1tCT&#10;EiIAV10Mt4wqi3KqRc3v7AGyrbX0cvgwlliNCKGqv5njRh9nQVgigvYS8eaGhrxDH8zVf5dRqZlY&#10;sBqDIdLAqQARcWDfRvr7AjMZnN0eex+ex4NNXYmaCpgrIIGjmppo2ililJCxito6mnYxyoCNQuti&#10;R7kGysdvn2+42+6o0MqFSGzqB4gD8LA5BzQgdCbl149vEemciYtVV1VDfL+iQRj8icEjrFlsVQZz&#10;G12IylPHWY7JUlRQ11LKCY6ilqYmiljNipXUrfUcj8c2INSe9spujAxTYtIqKripkgy9JB5laCsl&#10;jEjukshMjQTlC8TpwVNvqCPeGvufsu/cm7iLaKv7onqYZQO5kpkMamjJWhGKVBzXrM/2yflbmPbP&#10;qXVF3NKak4kGuPT9v8uqO96/Bul687LyVbuDM7h3htPKZKWu21V5vIRVqw0hkM38PqIEUIk+Oiql&#10;ie4HlRVkAUOR7AfcNdl8lNJPUxJUOzBwXJZ0t6jZ9Vyf959wRNHO0jStVpc5J1Y+0+v8up6smtre&#10;PwUlKp5jFD+VPy6NBsTbW2dv0lNRYwGihgheMRUyLHE4ddABABAT+o59oHLVVbKgR6EAKVW6SMjL&#10;YcsWAueP6/T2Xza2FPAyPn/sdGds0SDtuqmuMYz+fQwYTGUFPJ5ErXu/qCyKGTVc6VVQVsDc/wC2&#10;9puqMLqB9xJSC3KyK/OixtqDc3t7QvGJaDUQfs/2elsUj6jWMMfln+X+z0r6aGaEsVp1qy2qwDKp&#10;UE3/AEsGvYf4+zRdBZCUYPN4+SdJhHWxVVPplLsFeJAwAIBW5Av/AK3ue/aCUm13O2aSpWRSB8iK&#10;Ej8x1jL77Qqm67RdxRlS0DK2KcCxGfzp02VlDG+Qp5npzCzKARIipyG/SOSG9Fz7FbJV8sbEXU3N&#10;tLgMv+xU/X3PcNupStOsdmuSHNcEdCPicHSPHGCoJZQSwBVhwfppcf09oyoylBJqFXjqZy1wSgKN&#10;ze5Fl+v+297MD5/SAX1r/kp1f69T2sT+zpUR4Oqh0ijr6lV/EchDxgAcKLlWsv459p6rg2vXG8wr&#10;aVQ1wI29A4X0303IFvaa4iikUamIp51oOn7e9hVj21PzHU8xbhhAEU1HKALWktETb+ou5IP9fciL&#10;EbSlUKcjVx3XSNVOpAN+G9JW9vbxvGjARKUAp0qT6aU1K0/P/Y6bKjJbuhDGLG0FRb8R1JU/7yn0&#10;Ptxo9kbFll80mSlLEAFjSEP9Rf13tb/fX9p1vrhZSyQq7EUpwHV3jtinhlu2temGq3V2FGv+TbYo&#10;ZWAsobIuFY241FUX8/09qEbS60gXVLPPNeThUREMugA20gF3P9QL2HtNeXl+pDFYoY6eua58qfzr&#10;+XSqzt9sZgoheSX89P8AhAr0gcxuvveUaaPFbcw0LSIq1M9SZXUsSD6J3MbD6W4BY3HHtq/j3UdB&#10;aSjxlLXzoZAgqi7AGNirGOEXRgpH5Uf6/tPaSy7jKsTbsoNPwk/mKY4f5elF3Iu2W5MWzoKf0QR+&#10;0qSPtr1gg2R3nuWUx57s+uw1GUildNt0FHQzkubeNak8omgte3N7e0RuztmdqeSnxEMWMpyhULSR&#10;JThlAblmTSbNf/Yf4+zn6G2tYyxlLyUOT0GZt4vbt/DACpjC1GD0LG1upNvYG09bJXbhrw6v/EM/&#10;VT5Go1IVP7YqJZI4uRe6gc8i3vn8fd74nF5XP5zKs8kkzR0VPM4LyMb+SXSW9Q1E2+v0HuKea+ad&#10;ssrmSzuqjVQ1GeGKHH8upS5N5W3O9h+vt9Xpx+XrXoqnz92dUdm9b4brWlgEtHX5GPMZOljsoaGg&#10;IjoFdWKxSIKiQsFP9tQfx7NDWdy7eMLeGf8AcAFxoI082Y3Ab6Dm3sGHm/YgreA7NJTA0/7A/wAP&#10;UiQ8sb6XVZtWj7a/5eqdsN8GqSlqo5jg6ViHPJhpl9TEckPpUXP4v7K92n8gafG09QkWRkjkYOi3&#10;eVAebD9SopUE82vb3GvMnNM8o0QzsFYHFdP5EZwepX5U5FeWSNp7TUtRUla4rmhrj7fLo9nRvw0x&#10;8dVS1NfjKaGlhlUOqw05Mp0Ehbq5U8cAA/7b3UX2v8jcjgtxDN09XDrhnmIctqYRCTUdJLA3a/HB&#10;H+H09xDuG6SxTxzhV8UNWtSTinAilOsueS9oubazSyTV9IyBXXycGozX5dWkY/qTaDbXXb1biadq&#10;RoFhaJIxCAqxLHZkRij3A5uDf2KHV3zP2X2lSrtTfm2qHftJOJKasxFXjEzNdTUjjxSSIKiIvLDD&#10;DckhwRa1vZ/Y87SX0aWO8WoubQVwaswFCfPiB9opSuaUJve+0UMri/5Qv5rDetWohG0ozVrQqCqm&#10;uRlTWua9Fa7G+KGQwgyG6emuxcj1lmqSLz0/2mRkxOGmqwVRIsgtO3iaOeVytnilVmYAgi/tCdv/&#10;AAH+LPyCgqdxdL5mPZOZBeetxONSNaKKT/NmKpxUiCroUZxc2CgEn6/kJ7vtuyXZnutl/SIOU9PX&#10;iRToTcpbtzny/Iu1c62JdfhSZamua1IPYDT0P7Og+wHyi+QHSOTotsfJXr18niJZBS0O/wDCKkMu&#10;QfUxXV4QmAyNQsC/ojkhlGk6hx7q27U/l3/Ifryeebb2zafeOGgl8kdfgqmmqZ/CgJWRqBnjqlOk&#10;XNozz+fYVe0uY6MqVHy6nSztProlltr9ZQRXTqCsPtBoa/IV6N1sr5UdFb7eGmxW+8djsjKQv8K3&#10;EsmCrVckARhq9Y6KdiSP81NID/W3ste1fjf8j+yM1Ngds9Y7xyWThZhUquPkpaOj5B/fr6k09JAg&#10;ub6yvA4uPdYra+u2ZYreRjXFBgfIkkU/n1aW2ezat3piUebnT+YqAD+3oTt69kbE63w394t/7v21&#10;s/BmVaePJ7gzNJjKaoqpCPDSUpqXjNXUyqbiOLXIfwp9no6o/lQ7xyE8FV3jv3D7LpS6tNt7bEsO&#10;6NwPGynTGxpJf4bBIzHnVKdNj9fZtZcvXk7iKd1SSuQve3l5doPH16Qzb3tlkgmMviA8CO1f96ag&#10;p8xXoq27vm3tQ46sl6k2Xuzsysipnlp8pX0U3X2xVZGsz125N3wUOUMCKSwajxtXqH0Pu0nqf+Xx&#10;0D17TQNgOm6fe1ehLf3l7KSPKapQqjWmKm00LK2nUo0Np54PsZ7dyFfyQll2kv8ANzQcR5Vz+eOg&#10;NuXutsFjLGv71hjUfEEBkbgcaiBQVpwUZA6IZ2j80excuTBu/ujB9T0CJqn2l0rStlc9UoCxtV77&#10;zlNX19NKp9DNRw0ItbgNz7PLtjpSTFwQwSz0GDxaRxmLDbaoqTEY2BQBaIU9HFTrZFsAeD7knbvb&#10;9UVfrZkSGgqiooXh8m4/Ph8uol3r3wF000dnFPJMCQrlq09KcMfIqT0RnsL5YYSqKTbU2hWbuzMT&#10;GNN3dkZDJ7vzlRIT6p4qncNVkDRmT+0YyqEcBQefa9pNp7Ew8r/5KtXUEanZolnldgeWkkKEgX/N&#10;7+xDb7TyxszYjVqLxcVofWp4fb5dAW65n5z3pP8AcpliJ8jpFD6Z4/LoCNw9w/ILdkDJLm6vBUTB&#10;Up4KerGNx1PHKyssdPDCyK5CqNKaXv8Aj3GyPYG0NvkxBqCl9WgRKgmn/FyIqYya5A3ABI/1/dpO&#10;aeX7cLHDIjNWuO8+fALX9tellvyfzVuX6k6TA+RLEKT6FmIoPPgeHDrNtP4zdx9kxxVctLuHOQyQ&#10;IZ8jPKmPx0PklVo/JX5mpxyJAVjDMU8lr/Tj2hK3tTN10sn93NtZjIx6zHHLMHxtNIpGgEBnVypb&#10;68n2hfft8vZHXb9klMC8Cx0LT1oBUDz4k+fR5Fyhs9oobed9hS4OCEIdgftOGPpgCvRk9sfC3Yu3&#10;MdSr2R2BtHb1VoZqynoI590ZVtLM4EsyeGkCAg3sGUfT1ckxkx/aW4tM1VNS4CllYkRRBqqpiDBh&#10;cSTXS4t/qvz7ci5Y5t3mVp3vfp43p+mtDp+evtbPWm5n5H2Fmgs7V7uVeLtUfyXH7Olj/Dvif1+o&#10;p6LEZDsTJUgVTUVrmhx07oyyKTRQeBSg5Gk3B/IPtQUPTU9SI1zWfzGWnaMsyTVbRxFjbgJC6rYg&#10;2t7Pbf2wiVUN9PLcSNq+Nz5fn0Gb33eaEyR7dYwW8QPFVqf5j9vTJkflLjMTLONk9cbN2jBGwWKa&#10;iwNM1TF9Qt5vGHdw4vf6A+35+sds4KRKhdt4lUp0jLTTQo1S0xOlpPK6m6j6ADUS3sTR8m7RtwLL&#10;ssC6AtG4tXFc/ZjH7egz/rh7zuaSRS73NrckhR8NBwqBSoPnnpHSd+dqbyhmoH7E3S9TVCcJQUtY&#10;9DQpTWJ8emkCeNy3IY/Qcf4+xdpaKlbbFdDi1jR4kWaJ4ohGkahUL+qNb2XTz9PYZ3yyW03fb7m0&#10;X9A9pGStW4YJPCny6ZsN2mmWa0vQGZjUEnOSBxHka49Pz6qa7Sx2Vwvyp603tvFclU4uqr48LuH+&#10;ISyZOKrjlqamLWYZ3K+qOo9K6Wubm/vNh66aPE0clTJDOzUyGeIpLJeS/rYKVOsppNuR7HVttdnJ&#10;Zx3EigTUFQo05pn16jvct2uo9xuIUqIldgKmuKkCnpjo3W7PjtsHO7irqvDYWs27XVM0s8GQxrw4&#10;51VSHgR0ilN7xPe5TV/X6k+2+HJUmXyn8FXGCnaoWRfu6aV4TYsAT6GdbhObGxHtHfvFYWVzPJEP&#10;BjQmoUilPU6uJ+zoys2NwYmBVmZgNLCoJP5jPWDe/Wu5uiur8/2+3Ysmcx2zqRMjUYPK0K15meFC&#10;IKWSoQmSNXlkRCQFB1fQ2t7WD7WpaOBaLEeGjqJuJJmVWqJiP1yeR31lx9PT/tvce2G4Pu7yzTIy&#10;RIO0AmnnWuASeHH16MNz359raK2lo8p4gUog8gKDI8+iKdZ9lbk703Nluxe0EzGf2dg4Gmx2Eaok&#10;i23HVszilgTFU0iUT3dFAWdRe3NvfQ2nDBpkiiaqqXDq1ZWKNJKWuIzKJNLH/BRb2ne4uZJ6A0jr&#10;QAZqPt4j7DUfLpG/M8LQxgGj1qTTj6D8unF+xt85ytnjyeVi23thZojidlbaFHSRRwrwkWROPWiM&#10;7Tk6nUzaebW/PuPHj8hN5oYYHoIRdfuaRn+5crbUqKwUKmr6EcH3S9me0WQKSJivkaUPr88fZ0YR&#10;bzazGAyXGpBkg4A/PPWPcX92NrNSZaukqd6bqq5BJDtPNlFwOPMjJ4DWsiSyokGogQsWCixJuT7W&#10;GE2MtaIZI4zMvkGuWvBkk06frZyLm9vb9vs/Mm4+G9zdyR2vEHUK04U8vXoJcwe7PK/Lsd1Clqkl&#10;2EwWrn5Yr9v5cesNN1P8oeya6ievy2V2nt+qKFKTY1RDhaSnxjiOSGDyY9onKrHIATIDfnkW5c8/&#10;sTcVA6VeIh/isdhqo7+BURRZmDiQqOF4Gj3IW2bHy2iosqAyKfikLaia14g0Jrw7QPWvUV2Hva+4&#10;+PHNfCCMnyFQRTgFoCPT4j69Hj2L8TugpMbR4bfuGmxe4IJUli3LUZSsylfJWammhqHkjmlWR/KA&#10;xDFVB4P0v7R38IwFtP8ABKu3l8GjyVVv4hr8v2n+dv4tXrv/AF/w9jb9w2nDFNHr+D/i+if+vW6f&#10;9HEf2urgfh/i4/lT869H9/0Jbgv5P72UF/7v6PN/D8Zq/u7p+1/vL9LfxXR+xf6aPxf3/9CiZPit&#10;hwFhj3VSAOx0sYFLlrarg/c359jn6WVgOw9SQ3IeyNSnMER/Mf8AQX+TrfrNYB9YZeP8Db/b295P&#10;9lMRpAsO6ImaNla3ibSVYN+oLV2P04v7q9rKq1ZGH5dMv7fbe1RFv0ZP7f8ALjrgchGPqj/7Y/8A&#10;FPeCo+JWUUBotzU6+QEL+1OgY/n6S6SR/rn3pbaYqrBDpPn0mf24RSgTeIyW9Qafyz12uRgJsdYs&#10;AT6GNr/T6Lzf22T/ABa3foSOPNUsvgV0QM0q3HGk2vKADc2N/fhbyV4GvVf9bO+p+luEDDjgN+zj&#10;1mFZTn+2f+SJP+jbe2Wb40djUiGKlrEESkkeGZUjJP1I1IpJJ97KSV7SdXp0lm9st6ILgRn9p/y9&#10;d/d0/wDx1X/bMf8Aeh7ZajoPtmlT9paqoUXP7b6g3P1W0tzY/wBF9+MU61LSVHmPTopk5B36Oumw&#10;DU9OP5VPXa1NOxsJo7n8FgD/ALY29pbIdc9o4y5q8Xk5UQcnxVDC1yObK1zx78A5BU1p0VT8pbzb&#10;NWXbZF+wA/4CesgkRv0uh/1mB/3o+009FuanaT76jejRBdUeOZnf/WV41FiL8+6sWplOiaWynhFZ&#10;IiPt658H/H3A/iIiNqjHTW4AfSAW5+umNTpsR7vE6KKlRT8gekXgOvCUEfz/AG9dWHBsLi9v8L/W&#10;3+v7yx5KGSVYoxUwSMRZDKynn8lXW4/1/p7v4kYbUgKt6+fVGhcmpUjr1he9hc8E2FyP6X9vlFn6&#10;yhqBDS5+tppwB6I6iYGPSQAddPNFp0lrC4/Pt+O5MDLJFOyyeoJB/aOkNxYxSJpmtFkUnjRf2UPX&#10;rD+g9iDiu2+yMPNC9HuiurFgZdEU9WlcOD6I/FXrIdLMb2B+p9iC05s5q2145LLe7paEUHiFh9lH&#10;qKfIdBm+5J5T3ESR3mwwFiOOkLxHHsFT+Z64sikEW+oI/I/H+HsxO1fnB2Bt/GfwXcO2dv5zHB2K&#10;/dUs+PrF8rB5mSrpTJEpZif7BAPPuUtg+8Nz7sluLO88C9tgeEsdGoa1pIhqPmSPs8+oy3v7v3JW&#10;8XBubSW5s7inGNlMdfKqMCafn9vTDVbepqmrNbHNV01TpRdccwaI6BZSYJFdH0j8G3sZNp/LXpbc&#10;NfSvvTaG4MGAAJZqHIQZmhJ8l+Yniopwqp+fVYDi/sd2f3i4LwhN12SWNR5xSCQADHBwhpT11MB5&#10;k56B957C7tYJIdm3iGc04SqU/wCOhs/sHTPlcZvNaWePB5fGGZoz9ua2jalMch5JmqIWrFkJ/AEC&#10;rz+PdmfUncPxlymIpX2BmNt5LNT6Vagq44KTJU1zpH+T1Yhmdi7AeksOfcobH7pcj7lEr2N6st7T&#10;+zeqMPsVhQ0/ok9QnzJ7dc/bc8jbjaSCxBw8Xf8A8dqafao+3oivYG1/kVmdxVS7okyVBtOjfyJV&#10;YOtNVj65VUapHNE4elRRf0zJH7Hmuz+aFJLPJQtRoIi8AkmSPyIFugjTUFXUPpYkexl/WK6ljLGH&#10;TGRUGtAa+nr+XUb/ALpgil0ay3dRsEkfbSpH59IvCYrbE1bFTQ5eOul8xiqUjV3ZWLBS8rlSToJ5&#10;0kn2TTd/yFofu6ygqK2roclTyNBJQZBHpZUaKYoPTLDGGjupAa9mA4J9hO/5gWaZ45ptMy4oxIPH&#10;hmnD+XQ82/l2C3RXNCKA1wf9no422OnaWhip5dFLUQyIsiz07RuJC0YPkSzkDyXvzY2PtLYnEZ7f&#10;4GTqK4QUE8loEExvUH9QWMITflvana+V9w3x1mEnh27YBwdXnUZzx8uq79ztsXJ48Gha4Cgnh5/M&#10;j0HkehTgxdPi1WCioi8qfqcxqqA8AhtShfoL3+nPsX8N1PXU0Mcc+Fqfs3IZ1SQ001YlioUqnknZ&#10;CpuSTqsPcm7N7abdby273kmqML3LqCknGCa1Hz6x95o9/rlheQ7eyRTsex2BbT9i00j7c/Z1Lix1&#10;NPOtRUVyTVEbf5r6iNv8EN9DgccC4B9rLD7W2ptOOqmkgwG3qea0c4qEp2lq/wBy5inkqY3mkUD6&#10;i4P+x9yptXKm12TsuxbMpLijCNdWr5s5Grj5VpXPUCcwe4m9b+0P125z3MqElaOyhSeOlV0Cvzoc&#10;dKBkNho1uTb0htJHHFixFvp7W+G3r0Rh6iJqtMTUVMBRmfGYxEjDKbg6h4g9m/w9qLvkrmyVCbPa&#10;xCPKqoD/AIK9BObeeYpfEaW5uHhfBDM5NPtJz0w5fHbjq6eWPF1cFJIyERvUs50sRxYIkt/9e49m&#10;F2z3H0vUR09Lh8rT0clQ2h1qqdKRSwYMAukSAg2/Jv7Au68ic9QNLLd2LOq5BUk0/LHlXpfYXtqs&#10;sQmRlcEZZW9Rjh0ULfvU3fuVlytbJk8PksdFERjMXiK6raskTx8rKa2CHySK/q0i4YC1jf3rv/Lf&#10;PbM2/wDNPtDDYWTEPn2yWM3PEIWm+5lojtnGTw5Om81OcTKUO5WpJIlkE8sBIK+ONivOT3hivrH3&#10;K5jtr06Z9cUgRqBl1QI4bJoA2tgR+L5hTTth92lI7v2e5S3W2dhI8DwuwqQfCmaLTnA7V8vXHHJq&#10;eq481/o22pTbkhnpc3BhxQ5KKpVRUR1FJLNSFpBoVdbJEG+nN/z9fako+xMrkN9dY7P3VDDJtqsn&#10;q9pfxWV6jXlaDO0cX8GaaM0LwEYvFkUbmWaO6OB6tQAaut13K9fYdp3m2b6ERGBZTUeJHItYGIKn&#10;+zjULTGGUcCOph29rSSS7khmXxtdWQfgILBxpGeIHlnyr02Zfb1PtTbe/M7t2m05Gppq7cqUCj9q&#10;DK0NJ99ULTBQrK9XWw+YqAAahix5JPtK5XKVHXfdFBko8LS1ExpK5ZUpWpkrMhn6cvHnMZkIngYy&#10;0WYpsW9Jw66ZCCyvrJAVe8Gx73HObFRdI5OWNKg6JInHmsgJVqA01VGehBbR3l9Csi7g3gxMV00w&#10;fxBgR6dPdTQYzfOxJqCOpYY3cWGRsdk4T5JaVMjTpVYfM0EkmkCrx88sVRTyAhlkjVhYge3buigx&#10;O18xTbXrMnVzU8tG2W2S6eFosxt7deHoIaXDSrUVNO9OsImjkIgEgaWNlEa/rVLu+2WtnLeWvjfp&#10;rGHhJzrjlVdIalaMFcOQMagR69MzzXP11pIkJMT4cahRdP4sA1wNIFcYOBnpn6w3Ud7bcpc+1HDR&#10;5Va7Ibf3fjTqgfH7m2zkazDZmNEERMwGRom0a2XyUwSTm+n2o+n9xV0u2f7mZ+qoqSixNdLU1pyD&#10;oVTHTyR1aRlZHVXQHXCUALa5lseTcy5cvhHtNzFegCGOQsQc9rmtfPFdalfMsDSgr0EuY9rNxvNo&#10;1nqUyx6QfRlyfsPw5/Zww8bixMFNVyZ+moaqpy0tOlJBFR6jLLK4eMMAoKjxakZmYjSi8H62cOkZ&#10;6HZ2/wDc21IKSry38ZzWCfHYyqnSamqaaOtlqloaiKSeSnkXxTEG0TMzQAqpLA+0fLe/vsF/di1t&#10;i8szgIjMCMNVagmhUEqSKgEDj5hRzVyueZbC1M10ImRWqQDViygHhQ0wPyFDjpm7CpZarbTZaXJr&#10;hkxeLy0tZmYUlWoxwqaCSF63HzxWrKOogccMGRQGOprezu0G3c1lafHBcRtzDYrJ7T3tv3bp29LX&#10;STBXosPWYRsrPIWSeo81W/kEMkatIEKFifQLrv8Aet4bee/8JIJreWeIKWLKCislScChap00OqpI&#10;HQa5Ys+Xdt/flrt7yzXsHhRSeINK1FVZUVQKVXzYNTTTB6IVurtvD7Smr63+8m4ty5ej7c6c6H3U&#10;+8I6RaE1mW3nksFuE7bosdDF44ZqFTKGqY5bxFlui+tgt37V7cosdBQZvFNkd2VFRloMnVYWWGgi&#10;FVk8RJhqmiaBUqnio/PEauFXCkurjVwvtzdN9itbJttk/WvjqDldNF1x0AoK1WoBU8Scnh0j2Tlm&#10;4ut0vN1t28DaE0mJTU6gGDAgnzIqGK9tKAHPRoNg0m6K+SWvwufFFsxcdhRhaTP0tXkaippqDM0+&#10;bjqEq3q6CNsjJjqhqCoYtIqIIHALah7Dqgn24+88Rj85S/w2Tdf8a2lhKqbNTUtTlchi9v0NfjMl&#10;iVE0dTE0dTEsZvZxJG638RjtHy3UEO92X7wjcRXYkhB1Uqyx1Q49DpGaVA0jyHUwWHjttN7DZlG8&#10;BfFpQEgAEutOJ4lhStMnpSbvqM7R7MzFRhMlSffbenw25K2hONpqukGGqM1PLuPF1VM7BJ0lxArQ&#10;eVZLpIAX+qOvujN0HXm1NzZSbeO69y4cw7nyM+TqzTZuTG0mPxFPFSyN45IvuJNGtdKh5xqvcuS5&#10;bw3V5Dt1pcTNNdyBSSSTq4KuWNB8IwThgTg9FtwLS3nvtzjgWOCnkB51byyeJ4DpTYXHbe2ZQ7kl&#10;osfi9r7Z2xJVVNEmNxFNR09CZBWZTL1fgijaMLI9UzBkUARtwAvt+289Zj+ucvhPRFtyWetpKGCn&#10;ilmkoqqAVYoSK6Z5CaRKbGiIoWaQpqLEsOTTbru7s9vnt3j1WLsfLOojIB8sKa/6UfLomv8AbbO9&#10;3i03aI6dyRKAE1BSuceWTgngc9SMjT0M288TWU5MecoaT/KpJnhEdVjvPHHUR+GJtXmVsisiPpUa&#10;tItwbITM4aGsxmFqcVlaalir6Z0ykCl2aSOFYKrHIWF5JJat6eY2W2lxze9vaFbeO3gASfLqxbjw&#10;qCoA/wBWanz6NFLzyiSajIrYI+wqa+tKCteJz0rIMjVJkK6nq6CbxwSQPQ1ZaPRIs5qI6nUzFEjT&#10;HgRgtclkcE8hgDb5PaEmdxHYm5Tt2vyuP2ztnG46hrKepp44MbkaSCmX+INDLUo1U1HHI0VlRmQS&#10;NYi59mR225vYd03C3s2eyto1q4IAjIKgEgkEjVjtB8zwqeit92s7O5s9ukvVjvpmYqhzrUq9fIgG&#10;lDUkcB5jolFR2dQbK3J0L122/sRtXO9j9i53OVeFyOKyVVV7pwFSc9VSbZpK2lopqXEVmQq5YJ45&#10;Z5og32uizFlHssvakAx+1tsxIcTkaqp/vLn4cIyJLK+pqTDpJFSzLIKiqRaSXxEAqCbXHFy+4k8U&#10;RvoDSya3pStCaAUHAkfhBwCcZ6M7QTKkiRV0qKVocj5n/V59Gq2lWQ5Pde8GjpayNsRHtnbj1j6F&#10;MkkUVZn3j1RNC0UccOYiDKbH1WIu2n2z0lbT7L2zu2k2Jjsfja/fKbQ2/mTvrb2SzWDYRZjHZOA0&#10;VNRtRS11fJI0oDBmihmUsW0rdlEu82drb3VjtUQMswiSQSKHXtZHSgySxZdJqDnV+HpRb2bRyLPu&#10;BZbcgsujtJoCG1HgBQVr6fPpt3HsOn3puvYe5tx1NWarrXL5vcO3JcDXnGMazLYLKbbrRk9Ewkag&#10;GHyciqiOGdpAz8KAFzh+q9x7f2puCsztRU5el3FR0m4qWqejhp6SiKSmGHG0yRIqRrRRqY/HdmAN&#10;rnkkS7RtNxabfJPOBpnCSYFFXyK+hK0P5HoD7hulteXEYhJAh7BUks2eJrn8zx9evL2RtrLbsiw2&#10;OrYVzeC3DXbfzGNkPjroxLTQ1LTSQkktSz+SKRGF1bUCCbGxZtx7eWCeWRUsLkfpXV9L2te549oJ&#10;kpQkZ9elcUpYDVggdDJDLrUXuDYXBBBBP4IIuD/r+wgzuP1qVUaQTfXbgWB4K/Uk/wBfZacE9K4/&#10;031nz6kewurYNDMBcfUHSBe9vzf2y4ySBjowWtc9e9pGsJVyLtcD6ENa3I+ttPvygEg1qem5DQj0&#10;697RuRYqS455H6eHvc/S9lsfbEnxZHVQRwHHr3u63+VJ2tF191J8ga+eEVbYLN7UytFjjO1PFWV+&#10;TparEUtPrKs0SSzxxa2A1eNTa5HvK77qmwvzbuW/8tB9EU0tu7PSukBZixp66UoPmFBx0AueeXJu&#10;Z7nlrbYiFDyTxljWiqVjlY4zUBKL5VI6pi/mj/F6o+T/AGx8SNkwVcmIgz+T7Hw2bzkVAlfLh8Bi&#10;6Db26MhWRQNJEJatqbHTRU6uwjM0gD+gsCod77ozu8a58tl5Kmuy9fkqyVl1yyNE1dUNPHTRKWfx&#10;U8esqiA2RRbj31/5d2jbtjtIrO0jWO0jgUcAK6QAS1OLGlWPmepD2Ta7TYo4LazhCwoqjhmgAycV&#10;JP4j5nqyLrHrvZ/Ve2cVs/aWNocHtjbmGxWPx1PBBBTqafF0CY8VE5juamtmEd5ZWLSSsxYk3J9q&#10;vaeFjxcaLOifxGoX96RgjNBoOt4w4LaSo+tj7Kd63BrxmK/7jL8Po35H/KOpGtbk3coqtI8f6qdJ&#10;jeuckyjkRM38Po5HCqpaNKhpQI4zobRqOseni9/p7X1VV/aqEFwx5DgevTY3BJHCn/H2HooBKdVK&#10;9SBscMRTWwLEf6uJ6DLG47+IOszKXjRheEqHiDcWbSbrcf1txf20LkYz5QBySFLkgMbiwK2/SEPH&#10;+wv7Vm2IVajgeHQyTvUBVIH+DpRSYiX9hndGjRpGWD0MiOvkfU/LKxaMH/YEj68e0flstFHMChjT&#10;TqiRyA/lvZb6eLuLG1z/AK4Ps6s7NjGSAc06XQQ0IqO0dCDhsRL4JC7F9XifxhdFjZmBVyGX1Ai/&#10;5P8AUfnhRZ9qKUFZfuTTsjyKA9/t5AFMjKFs3jkAV2AsS/8Agfe7jbjMun4SwNPtH+fy6dkVYpCQ&#10;AWH+XrJkttR5OMxeN6R6qEwrKSraZacn9Whm9U6TalJuAqWv9PYh0+6cTkKVk5hlcWWI1JptKHhR&#10;fU3IP+NvYak2m7tZNRAKinFa9NeNqpU99egbrdiZ7D1yyrKlVTw2IlWjFW2oGTVdXEKMbEDhSSPy&#10;fbFXNJRwF4Y28ao8sjIXmkZAGIs6pqc3a4Iv7MbcLKwSVhq4DyH7PLozs0jkargk/KuOlpiTBkqp&#10;oqqQiZisEQkWKCnRxHZWaDzMI1up9LhST9AbGz9hYoMjAPOBMs8SuYnWQKw0s6KykagWdLfS4PtB&#10;fPJbu2g6SDSoPDy4/Z0JLa2icGoqK8PP+fSY3JVVOJmeSkkFGaV3X7ktGTCiskUlRG/K2iikLfkE&#10;cfS/sTMN1VhN2YPI7eysMcbSJ9zi8voMlVQ1Emm3iuQXi8qIJULBZFQchgCAhuHN+47PfW25WT6k&#10;HbLFXEiivHyBoTpPEEnyPSfd7a1mt1geM0BNPUGgrQ/s4dE97r+UO6uo9wbZ7A2yxykVHWridzbQ&#10;SUx0uex7NJJP5ZiSsGThpxJLS1BV2gqDodZI3YeyE7p2huXZ/Ye4dk7kx0cVFP8AvY7JQSsWqJhF&#10;RolVTRNIAaJ4J4YwLFizqCfoRLPLXMF1uNzLutjDGdlkiWRW1gyakAWRGWuAukZ04JrWnQNNiyv9&#10;LO4I8iB/P8/5fn1Zv1R2rtLuLrvbXaGx6/77CZ2gSrELqPuqOQTTxVmOr4goNJWUFdHLBIjWs0R+&#10;trlG5Pb0mArZYahbOSY1UEaNILt9woU28c1hbgfX/DiT7LchuMUbJ8HGvz/hz6f5Oi2+sVhbQyVN&#10;OAp/h6E+ir4chTpUU7Xicsq21fqRirq1wCCpH5/HI495qIxERRyqxiDEjQgcB7OwBjLIGVmAH1/P&#10;vVz4gDPH8f20/n0F9xtw0LLQEelP8Pr1lmBC6lvr/AB0j/YngexDwGBp42nrqmSKMQQieRpGXTFA&#10;sQYuW1EL6wwAP9on8+wxuO5uQscYJDNTHr/q/l0hggSOhJ76U+dP83SVy2VkXwRUyvI8z/boqRux&#10;eYsU0lAvqsfqSLAc/j3Ll3nl8Fm8Xn9jboyGwN14dlkwm9cOI1rqDyR+KqoqmJ4mp6/C5CGTRW00&#10;waKUKjW8iKfYZ3jlHbuYNsntt7sxPbk5RhUedDk8a5U1GaUPoRc18lcvc7bLc8vcybNFe7bKQTHI&#10;oK1GQV4UauQ1QQ2ajpIbl6123v7bGT2tv7b+M3rtvLIP4ltvM0omoKp4Z0mpaiMuDNSZDHyL5Kee&#10;EpIjgEOtgws46L/mUxVT7R637z2zPtreWUydLRQ7sxlZENobiopamkpMjumnFSBU49KWCb7makQy&#10;FAbaYwygYie4H3c59qh3bmHlfdYp7SKEu1s6ss0YXuZUbMbqgPczUag7q01Nyx97vuI7psLb1zPy&#10;JuKTbCEklW1eMmZSqSOkCvro6uw8MMwqKqXJ06zVB2r/AC28ttnI7x370xuShz2Bxm3q+qxGyMxR&#10;5Gq3hiJMTRZGvo9q46rpmq6fcXmqSsVPNUhKhOC5qGUyNahuV6dKqyOViqIRIkscyqlNpJUaPWSr&#10;FfUSTqt7xo2oF4tBB1g04Zb1+2nXK/cLO4txKjrngRSnA6eJ40IofmCOIPSF+Ku4v7y7fxzFD95j&#10;pEFcJUd6ushqEFUokjEYSRIiSPSGHA+lxci3eHa8e38PXokwekxKV1XWJHKS06K8k0dEAnojaeW0&#10;Y+jm629Nj7yE5C5Qa/u4JWjKySaVGK0wAW/2oz+R8+lfI3IN5zjzTsuzGJq3l1HGMfApajSZ4hFD&#10;OaeSn06ui2Hg6eixqZGKHw1lTRUukMApST7cKofT61XV9R7IjgZM3uOnj3jnq2qqcll3NVSvIdZx&#10;FHG5josfjr3akpYoow5VDZpWZvyAMhryDbtqdtj263VLSAaGGO9qDUz/AMRJ8zXFB19Eftb7Jclc&#10;t8i2Gy7Zslom1ywjUnhgl/iUmQ9utnGWLaqggVweivdsdgyJuyq21S1FQ0m32gppNFSYGrKySGKs&#10;qampik0xzTLJUWUJrWOPSoPBAeq/cu7sbP8AeUm7c/FPGrrcZWvMehruR4DOac3ZraXRgT9f6+0l&#10;vtGy3aCGbZrZgT/vtK/bWgIx6Hor5i+617H73bPZ7r7b7TJGW19ttEjBh6OqB604dwArQMB1M2X2&#10;FuFzHFHU1cYZvGfMUdQukg/5xzJpUfQKB+Le+GN+XXY2wRLTZevbduGmutRSZHxQZanh1+SSOgyt&#10;OsYCPYWWpSpW440Dn3W79lOWuYSs1lb/AEd8tSGWrRk+WuMk/tTSfWvDrFf3i/u2PZ7nS0mvOR4W&#10;2DfVQmPw6yWruaAeLC7FhQcDE6EGpJbgTPbTrcpXENUyJMoAbXZ2QkEBWtJqIk5+thb+vs/OwN00&#10;u9cNRZvCzmpo9wY+nyArL2qFpKyGKdUATX45ArESKPoytqsFsMc+Y9pl2K/utuvo9M1tKyFckVU0&#10;8/XivyIpx64L8+clbtyNzDvPLO+2xhvLC6eCRTw8RGKtmpBBIDDHAg1p0IrSoY1ctb1hQBdvWSVs&#10;QL2PH59rmWmxwpop4MihDosUE9PDC4lghikmElM9PpWoiEldIqShypBJH1v7Dsctw0jj6etTqIJ4&#10;VPA14HtU0IqCcmo6BDpcLM8ckJFCSVI4H5jyNaYIBB48Ou45GIItcE/p4t/X88ce8mOx1NHT1FGk&#10;wDpUU8rT6dBipooNU0bRPc+JIzZgL2ubWPvd3cyGSKZl7dBFB5muCCP5Hp2QFjrccBw+ec/bnrhN&#10;MykXUgaRxwfyfwp9ky7S7+TCd8bS68jyWXpoJsVTTRJIaGm2xWUsu6KbDZLdOSqKCuqdz5KupsDS&#10;V/2FEKajpqU0k00wn1xtThB95aw5v2zZHMomuLbWsbhEiJMqo3fR5TIAsoVf0oQyNI+saHin/lX2&#10;rW+9tN65p+jgkdJSJCnitcIwt2mjt0Vo1t41LGIzP4kssiuohoA6mXDEGQHT6n9bL6fQePQDa1uf&#10;x7IP2F82eyMRv7elBt+Ovt2NFT1Ow2ylJV5X+B4zDpk8Hgq/ZlDR5PJ01Z97SLDW1jPppqqtaV44&#10;FKt5QLce4O+7Xv8Ae2O32btJfpqtwyNIKVeKOS3iR5Q4cIrspJVn1hYwfjyH5Y+7pyruPK/Ld3uk&#10;it+6GZLzQ6RCWSQRyypdStFGUCUkWLwzrji0q8jKQUlrGq2NuR/gP+Ke1FtXubf27t0bz2rtxtz7&#10;jpNmSbz2fv8AbH1cGPzM+e/guFzGMr8Jj0SGp23gs+u2MzjcZLTVMrxVVfTVMjgGMrLcO/Xu93G9&#10;bVY2tzc2+2tdWt08bKkhmWOGWKWLtURQTfT3VvbgSSvqnhlOoBWAf33285X5f2Pl3ft4Wxs59wFp&#10;d2PiKXh8AyywSrOxcrcTQePaXF0jxqGihngRQQQMlgfqL+wvr+3t6T7No/kJvivxtD11h9151M/U&#10;4TZlBvTc+bqMhkKjPLsp9y5+WqG0Nm7YFedv494J4TUhjKkZeQaQPt/PN3bbRY+4e67pFFyzDcMJ&#10;RFb/AFE9yHd5hbmWX/ce2idzaROCjOHMugeKukY2/t/y6vMN57Sct2UsnONzZQmFZ7t7OC3VEW3N&#10;4baFUN1d3Bja9lV0lERUxOQq1b3+HuqLs/uTdGf3Tk95Y+jwO3sFMaTEYbA7XxbQbdip8JKtTSZ6&#10;gxpY/bVAqaVZfNFolg4F1Ja+L/NnN+4b3vN5u8NhaWVlJGiwx20eiECCreLGpZqMNKEupJU4qASz&#10;518j+2+xbZslhy7dS3d3uVZJpbi4k1zlpQA1s8tauoRtJRiwYHUdfbT3vrY2Cq8i65ehos/jlyGK&#10;bBY+d+uKHeL5DPbip8PDhoIjncxF/BjnsfLE9BVxyT1cU0umAfok9puW9rnSWaeGyu1dofCjIsor&#10;kPPcogiUCSULD4qMrxSJrlQvWKMllI1zNultaV2+7uLSUxTePIBuMloI4bdpjKT9PC5mFvKpEsbK&#10;sTquqZiAyj3sRs70tvbZW5RUU+WnzeSx1Nt19nYfbOB3Tnq/My5+BMgtVQYyegejjhhzGcx9LkoK&#10;uYxPNmY2jhnDgMbbpyVve230/j3nj3MKwtCsEVxK0njL4ilI2RQoWWSCKQTaVZ7pDGJVejAzbPcX&#10;lvmbZY4ZNvS2sZpbkXc9xcWsEcX07eGY2lDhi3gwzS27RJ4gS0ZZJItNR72F1Nmt67eranG1IzuF&#10;y2c2mclWRPBX41M7szceMonihrYUhgNfi8pDk5f3WjRKiGVJGllBjk9gq2G8bNLLbyPcWsslozOW&#10;Dxl7adFJDHSKwyJI2GGlkIOpkYORxLtnLm72sN5Glrc2Frf6FJKSeBd20sgJQ6mMckZjUBdRMbKy&#10;BUIZR73iw/ZW6dg7423u/YWVq8TufaORaTEzz5KpgyMlG8+PlixtTDkshUYnI441kRhWiZJI5omb&#10;zLK6k+72vMm6bJu23blst2YtwtXOlmeQMUJT9FhrZDGCCDHxZRV9TVJe3Lkvl/m7lneeX+advjn2&#10;LcIFEwEaPGrKrq0qtHGssUmk6vFBQxvpCGPtHXvd+3xt7r2j8qsbns9hcHhMD2/s7CUm3M3uxMbU&#10;Sfx6Xc+3KxUyNdQUT4KM4er3TiGqIKSd5mgSi/aET/vJm17bc37X7iWO5bvZ2ttFzFYQCGaRkZtQ&#10;dFo8gjaFmhMsRdYnc0EeGjk0lOTHvP7Zcx+xV/tm1bhf3N57cbhcNcxWmtR9OttcxkoruLhhKlvO&#10;sTzRhFczfqNIhMUnvYVd6ZDafW+613Ps/bG8Ni7wpayTK70zG1cfjMHjKg5HPvg6qPcOW/u1vOla&#10;jzNDR/cpFFV0NIiStK1Y1SfEiTm64tdh3Ft42zY7zbty1eJPNDEIkIklVC8k/gXSMZVRio1wRAFi&#10;85mDKw79rLbmDnTYm2LmLfNv3XluSLwrOG7eWaRRFbi4X6eL6qzcPA7eGzPFNKSoQW6wASt73ZN0&#10;9VV8WDxuGrspX7uq6Okxf8a3Tuuoo0yNLlM5jMfl/wCHZGfECoxs2TWj3CTG1HHTY5I1SKKQ6wDI&#10;lk1x9JDbTTXE11GlZHcQeJ4hpKySCALGXCurHwEECqUjjFFIGF/uHb2k26XW5WthFt0MssgitrZW&#10;MbxwSyRGVBLolWLXbgESvLcFg8kqChI97H07fr6fFrWU2PaeCGphRnoaiArKtXOEqGCVVTTL46KC&#10;UyyHU3o+gkKiM6m3aEXTwsxLsBgihGctnGMtStTQgCpFQZtu3TbncqZJQjmpAdSaFU1KKAMSSw0r&#10;gipzgk9RJayCKTxPIocLrIN/0ni97EfX/Y+0WuJy+5981+2jsuXb+3aGhxVYu6548VNtrNVFVJ45&#10;sNQTNkP41LX4uamd5fNj4qWNXRfK8jFF3b8zSbdJdxSQ3MuhNYlLIEq9cACTxNSjL/phSCuh2YMF&#10;lCDZrbaNktL799Jcbo07g2qeIJ4QuRK4ZPCSJwQEHjNIaNWNRTVCmykMUD1AkDog1FLMraSbBgSP&#10;6j6W9r7f+xxtnLY+SetjenjFNKwpKrwx1PPPmp2R1l8f4vqN/p73y7v/AO9LO5VYGEhDAalqR5YI&#10;oR5fLpvb5DJbzjQpc8CRmn28R+X2dMuCz0OdpTUQw1EY1GMioC3DKbGxsG1f7x7Lz2JmFr83R/cf&#10;bz4min1x0UEzilEhNO7TrTJFK8VWdRkVg0Y1pqHLa1kXl2xa1spFjX/G5B3M3x0GKBsalFM1BIrS&#10;oAp0INotxHazKHK3bjDH4wMgrq1Dt7R/EdLGooAOlPSIUQav1Wa5NixuxIufzYe5+HmpVnKU0nkj&#10;xrUzZCvNWk8JXI+WGWmeMxxpUNB544+C7Bo/q4XWW7qGQwgSoQZtWhdNDVM6q1OkVBoCBUHgK06J&#10;riF1ijdxR5FIVQpUmmK1PDgeIX5Y6zSfSw/N/pxc8exRq87i67bVXGtJIlRC8M0NK5k8lREJ4mLU&#10;cbBpWj0AkBTGEU8gtY+wim33dvukDtN+mykFhQBWIodVaAHIySangfLojFvMl3E3iLShxg+XAnyP&#10;20z1CWN45RpZrG/Ib6f7C/49oOrxdLvDDQV8lXQUMmNqKWKaLFUtNqzemr+0gpHdxBLXzyUNQrxM&#10;w1HWdR/HsQQ3Euy37xLDJJ4yEq0hP6eC1fMKofUDSlKVHTkl1NtV4YEjZxIjFSzN2EgtVQcA6qig&#10;9M9TblCV9T8i1z+bf4/4+5NXisDkdvZBajFmeieCejE6ClVJCqKIpZvFJKKN46YxuyrqIsoBI9Pt&#10;u2vb633G3eC8USEh+LEfMDVTVU1ArjiTnPSGKW+tLyC5t7wCZWD8CT/SA+ZJPHtySc0r15CXCng3&#10;+n9fpf6Ej2G+J2wMLg6t4/t8lBEsy0kFcV1vTeSKJzJHVvTxyRu80k4QSktoZT+sBxTfbsb7cYAT&#10;4MrFdTLXjQkDtqRQADVT0P4cHV/uw3Lc4WYmFyVLlKkVzQLQEggAJUjAIP4ajLcXt+T7DXL7FWp2&#10;bBT5up3FOlRm8ZljQbZhqMXWJDVZZAC0+PyUeQnocRDUSyTQRMnkXHO8asXji9tb1uEd1PWWB5IY&#10;3RSYZJEZgHGmulgwCgpI7JJqocK5UL0P9o5iC7+Z9sis1ZbaWPVcskisVipkPGyI0rAKrsMGcKSC&#10;ryDs/wCx5449mJ+NWZ21OmayNPiNhYPC5Wej3DgajYES1GGyeNr6akb+PUeUpsLt1atqt6WOskl0&#10;M0FRJaNplUP7ibddqkbY9turGOMxXjPKBFIHj0zBHjbUEjLPOjB2OkhlZRramroPe4mz3013YwTX&#10;u4T7pYo8EovNQlimiJAhMZnmaIwmkaqzgMgBYKSyFoyRdICunzq50yI/qUp9SGDDSVP5H59if2H1&#10;gM3T11PkKKOowFTQLTQY6rgimxtdSx+NqSGWmKvJKmiBJU+huFcc39+2feLCWyTbJo45gSBIrAN9&#10;tQwKmhqKEUrjhkQ9Z7xfctbol5DIYrpZtfioWV1JqCVJ4Eglc4oxDECvUqirIKpP2pY5HT0yqjav&#10;G4ADI1voVbj2UvZqyolbtDN4xilDX+aWmylWZYY5MxTQ1EuQo4zSxrSYujypq6GFHaZESlCCRtJS&#10;KRdukm8CeUy+HdR6aEEtqUokhVdQDeGrs6KtWUaKKQKKsr8zaXe05h2zcBqliKh40CkiNmUJIdZ1&#10;SSQ+FcOwCEmUtoFQzzfYwL1fSbv2vmdu1mDXOUGTpVSipnqMkqw49IUq4v4dLQ02UkpaVa+GH9w0&#10;tX4mQMKeQhQQnzXfWt7Yz2FwyqrxEMpKIHkBGnW2lqHVkkAigNTTBAllzZuG28ybbf7ZevFuML6n&#10;ZI1Y6z2OZFJQu3hs9VEkeoEr4qVqOLMqi7EAE25/r9bf7Ye0N8pqOlreu6zYW4HNPNmOuM8zZ4Yc&#10;5WTG46kxwxmZztO1FBDSNmKykyMqUgpT5C81wjR+ohu8t7LdeX+advmuXjWW0n1yGNnEcejwpSqr&#10;VhKizUCLRqtVeBToUex81ztvOlnzTtkIMdtvFvpgEwiWWR5PEhibxHL+CrRq0viaVCoP1A+B2CGF&#10;xyPYe/GLbmbHU+1K+bNNWYfI46iy+zcc1MsuR27t3NY2izTbKqWhP2Ux2dlJ6ulpiroi0VPFG+l4&#10;2X2b8kzy2fKVj9RGrJNGssSgBDBDIqvHbMdRBELu8MZAULCIkK6gzMKvfLeNs/1wN9tlsBFuUMzx&#10;XktWCXM8MrwfWLqqwN3EkM0g0mssrspIcdd+zH1WPySlfBJJFpZ626kFqSOTxOHjb7ySNIgoEbhF&#10;u2m4YqPYmhuLVlBljBT4RjifU4+3j68B1CcV7ZMra0FT2+gelaCmgGvEglsA0pXr3uJUx1OT8f8A&#10;n1aN7O1MsiK8sKu0JNnUIUT1fS55tc39q4mt7MuqhNLeRpgGlf8AV6U6UQyQ2MjdoDMMaqE91Aft&#10;BOP2V697xtBRzyxwTI8szxhys8to4UCAMEOojyKR6ufz+fe43mSJpYgFjrTA4/I062s91HC8sbgI&#10;GPwg1JOeAz5cade9ibh8XSMqStBDWfdQhZS00qaT4PFGQIXBJAswtZW0ck/kJ3lzMjsEYoQa8Aa5&#10;rwPr/l9egbeX84Yw1KFGNBihzq+z1zxz173Jl2/Bj3p5BKq0wmimWd5aiKsDSUtTTNeOnmUCN0m0&#10;MH8q6XvpVlVglN895VwmqdBWnEfZn04j5jqq7rLNFNH4VbjQRQAEHS6sPiqagqSKBCCMMysV68Df&#10;ke1UKajraKtFKYpcnSSUkK0dKanxNTmSBDVyKqiP7hKidRpP9pmNrD2Wh5be4i8VaWz6mLNSuoA9&#10;o86aRx4UAHRWJpI9BlqIipoTj8hXNBT7Ouje4/pzf/iPaVqYK+fK42WnrcfRQwVlSmVpazC1Va89&#10;HU0NVTMuMrkyNN/CKlJZ0dp/BVRvEHhMeqTXG7NDIyW7QFDbrVjWrM1B26SGTSQf4tYK1ChcMDS1&#10;ubOCzullspJZ3jQxNHOECurqxLoUJlUhWXR4sZVysyOAgU9+2bJ0CEUlNEXhyDpNLXaYTHFJNHWS&#10;xLJAnlm+2jqQGdVMkukfU8+z3bZpRHLJOQ8IoFpUUqKnjkleHAfLpba3DF7qV11W6kBBUE0YA0Yg&#10;DUVqATpXNQooOve0LkNw02FyeAwb1gpMpuE5CPDY6eQRyZdaClesr2pPQkdQaOhLzMiFn8SSOFKx&#10;uVMGutr8aK2u7mNbiWvhqWAZioqQgJ7mC9xVatpDNTSrECi02K63Sw3XdFtWksbPw/FkXIiMj6I9&#10;XEqHeiAnGoqpNWWvvamqszkMZQ1dK80DiWeMqfLZ3ZC0sTFwigMsLEABQT+bH3qOytbqeKfSwABH&#10;A0GaHH2/z6I12y3vLyGbw2BVSDUcPwnByc8f2jr3vLRZjFyz46SrFP8A52eDJU4IR4zFIVFpU1qs&#10;pDE/TVqX+o91uLO7VLpIGIXihPA4Hl6fy/b1S62y/gS/ih1gqAUJHHHChyOH+qo697S+4apaPPtX&#10;wyowNLU08E1dV5IvSSvMr6aWgpskmHlpJ6ZhqdqVatZVIM0kZjESfaNmupLz6yZ3a2MQBQM1Ay0F&#10;dNSh1GrHtqMZ/Cp/tMYudoW1eMr+opYRxxUcBaamkeJpw4fu0iQxaWGiONgxf3sAOx9vrv3C5fF/&#10;brqr2ePJmnlrKfISGsw82AMiyR642+zx0q6Gm1okkccuk+MMB7Fsu3NBd2N+0qWlzG6lo20/2i6C&#10;RpIIcA1U0IDANTWEpLvJW9HlTctvvPFIEJUx6ghQaJRPSjZGuQdwBUspZKgOQfewA3BtbF7OxOGz&#10;mQ+0XHYd5a+iqYjDj8ZRVECUiJVTvSTtpirWmHjTVMglpwyoHhib2L573YNH1l/FDDY2iLIJh+nE&#10;lFYHsFAVYGuVdKKjHKxnqXNo3rcOYdyv9stRI17c6I2jIZ5pFZmOlA6UJQL3EUJWWmoo7L173W32&#10;/wD3xyuW3biq2TK08ueoJ6zJ41KlMht3KrWTCnpMntc04mSKjpaBJoahJY1qKVzMTIyNJGMNfdyf&#10;fU3HfduupLlJLqFpHt0KyWkytRDLaMdZKxhJY51ZUeNjKdbRl1GZ/t4OXbDbNh3G3itmgtJlSKUq&#10;0dzEVQkxXOsqSzuVliYMUlURdoYIx97r77C2Tltm42kqMjjWkoZZchRY7KSUr1xOapZcfHX7Yqft&#10;nnohV0n8YWqWWXxyQKFDBnKFsPN82y4sIYHurVfp1kkjRxqJaRdBeFgKjUokVyaq6x6OJAPWXPKP&#10;M1hzNeXKWt6FugsbyxatFYnDlLldQEmmTwihVSwkOsii1A9747d3dsHEUe1qVv7xrX10dTRbwpsv&#10;jcPLg6eWjqaimhTE1JXJ5OJnp5ijM9Gzx+W4jYxx6U80fL6bfs0ME90t46sLlXWIoukkARSUMlCM&#10;O5jYqXqgOlGTe7bFzXfT77c6LM2kRR7RoZJhM+pFcmZaxR4ZQQqzqCUpqAZg3vY9YPPYPD9mbd3F&#10;1DTUmM3M2QwkW29vY3b9VkdtV8tHBHG+Jzu5qvN7XqqzOblq0lxWWgp8NBjKxKuURKkE6qrNjeR7&#10;fvu3bny0qxbqssXgwhC0bKFysk5ljZnn7oLkRwpE6OwjokhCx5uW17juvKm67Rz5LNNtfhSmeWSZ&#10;I7lNRxLDbrBcqsVurJc27SXbTxtGpdjJGdfvYqdZ934vCb4xWR3H1/tfa+2905Giwu+dOT3BFiMN&#10;hsrVKafJUctJUbgEVFtSoeKtoTUDJS0k9MxWZUC+Mach+4UVjzHDdX212kOw3kqRXKO8ohSKR9Su&#10;pVpQFt2Ikh8QTyxNHqWQYKgPnv22ur/l3cbLZuZry63exjeayokBllmiU64iHWEM9wFaGbw/p1lE&#10;i1Qmur3sws3bG9On8lS0uBhk3fsoTbsxO0M9tyfCVVJWTZLG4PNYzJY2aOno0/vCu3USvmxVfEs5&#10;zEjOyl9RfIDbubN65LvoIRE99yqHuYreSF4KAtHbz6438P8A3INrSV7eca3uSXXWrlnhmLkPl/3B&#10;tGu9xb93cxEW0l1FcrOrKIpZ4JInBL1txcN4K3FuzIbQaarWi+9nU2Z2xJ3V1BDR7ikx+4cuMbHW&#10;blGHqK/CZGKV3qxicpnMPE8WVjGWjxbyyUrIySx64VV4j6snOQL/AGTnDl+1vI97ifcPAQzRReJG&#10;QCziJZIUPjRLcrH4ngtQSKWTvjwcYuaeRm9t/cHxtojms7H6gpbeMqTo9CvjRQysTE5iaVUWRWDI&#10;4D6lYVHvZW8VLtHbfbNFv/BB94bcXG5mg8GEjhz6RPAVpMzjqOPyxVNDuFFBWSJmDSy6PMolSIqI&#10;re32WbmAc27BJNexCwuVX6UGYJLCw8SNQDrim1ookTJl4THWkZ6m++TmHeOQJ+U90ZNv3cTwy6pi&#10;0BYGrQSSEqUkt2wValAuvS2l5A3vZ+9ubcyUhz2UxIqcYlC+OnxS/sNHm6GppxUzVFPpr0qhNSSV&#10;GiSGaCPSVBBa7ACWTf2uLkWO5bcfpaBRISCK6RU6aFko1U0uFONQqG7cTt63jb4otssdwCTyyhxK&#10;cgwOjtGEIKaGDhQ4ZHceRpivvY9vkqnJ49aKsSoplhoTWNU1LvUoJqZXlcq5j1UyVBlK6FBX0KDw&#10;T7BwtI7S5a4t2V6y6Qqih7j/ADIxnyr1FhgEFyZbd1dGcgKtBg1GfI09fn161vp7b8tJXUlDj6ul&#10;1ZeGvi81RTU1PJJ4afyVCJLpZmvfS1hb9KAmx9q7EW8091BKRDJGe1mIFWxj/ZPVrOG3nubm3lYW&#10;8iMdJJAq3mP9Xrx697zY/cOMw+QbH/drHIUepgiEVQJKqgkgR3oDGl1SNWvJGRrdD+F1MPYf5o5S&#10;/rdsVzb3FvUlNAY0Phy50yD1JBAbgCteJA6GPJu+73yxu1lv9kj/AEgdEuFDDS/f8R1VqaECtF+0&#10;9JXeG1cZu7B1eJyEFOxlRzSVMsQd6KsZGSGpiYFXVgzANYjUpI/PsQpIYahEmhIaKddSOEZUZTwb&#10;E3GoEcgG/wDgPp7wQ3vl+82Pcrna7uEpPG5BrQYHzBoRTgSe75mvWd2z8wW29bbbbnaShoJF1Ail&#10;eNKEAnIOD+006IlX4Ov2rlq3CV8fhmophD6X1I6O2qKWFiqO8MiuCrFQSDzzce2Gsw/k/sgqSdX6&#10;eRpP1F+efZCbF3YhQT0dQ7roIA49KLH1hQItzxYg83uCeR9bH2kqrbE0q2t6fwAqkfTj6G1/bMm2&#10;SFT+mTnyI/z9L499SM0rk/b/AJulrR5mIW1PY8X1av8AYknTY39iF09jazC7jqI21+CupJUZbFUE&#10;iKGRzY6SW02H5B9j/wBs457HfXievgyxH5CoNQCOoy92Jo915fjdQvixSClOND8+PHp2rcnS1aUu&#10;mVGliqlKqASSrLpJuVsAGPHsW85VBHfkixt6tSsDcKLKY2b1Hgf1/F/eS0UqpED5f6v9XyGesXJr&#10;eSp0oS3yzT7fToXMB45IYWUqxCRhglmOpgxRSFFyzaTYfXg+w0r6mRpDGi+SQyKkYU8lncBE/Hqa&#10;4Fvrz7YlvIY1ZyQfsI+zj1q3t55XVNDahXAycDOB0r2aGCCSolkSKniieeaaVljhjhjDF5ZHfSqI&#10;oU8k249x6vG5GhpmrMtpxkOvxaJv3appFqKWKWOKmjbWskf3CmzWLWKjm49xhvnPkFmxFnEXkDEE&#10;ChIpStQRX8Q+2uOpQ2H213PcWH1JMKMARqqSQa0YUIGnBFS1ARkeoPVnemzmqf4ftSZN214iM7DH&#10;Smnx0aN90kJlyctO8LxSzUTDVFrVRyTYj3wgU+WdaWmzVU9JTS1X288FNRyViwxmofweOWoEbilj&#10;aTxsQWjQkW+vsPP7i3qysIdrZmVSxV6UIAqSAhDAUyAxDH06Ebe2m2W0cTXm8rRmA1R1UAk0AbUC&#10;KliB24/LpoqO3Mm8FPKKDCUUdVMsKzpkJ8pFTSuTHHHOWpqVJi1RpS8d1DN/X33TbmxzvkjBj6+p&#10;p6Z4adJFmror1Uni1xFzSSwx3c8G8qBbhpFJA9oF91btZZEG1RkVCHudWDE04VYVHyJ4cejse0u2&#10;tBCZdyKSaddCYySvn8JYnHl2n5dNtX2Hu+CXHRSx4GOesjmq5RFGZ4I6NIQS0SDIUs8q2DXZhGys&#10;QVRwL+xn6yxMFZV7myLP95TUE1Ri6BRonYtGnkqHWWZaZLzKyFRoTSONRv7GG08y3W+fVztGnhxy&#10;BFKk0JFWIzkYK1qKGv20j/euWIeXja28UjCWRFclq1UNUGvrkHhXFKdBt2X2/lqij2lj3oI6CpyR&#10;psjXOJpaWnkRzO9LHHFTirlC00QY3L2csLC49obfvUeJx18pQzVaVf3UrwwNHTrHUNkGlhWEySrr&#10;SKnmrEZpEa6qotfTcv3ksG1wQ3qk0SUkgAE0chTUngFrX1Bp0q2y5m3V5tvkhVgycT8I4MDSoyQC&#10;PPiRTPQhbS7kqGpaeXKmiFEkUX3FXTNLPIsdJqSaUBFUtJOkRKqyggt9QeCAu6Nl7hgp2ZJsVUrr&#10;ihi8desIlqKiBpI4I2rJIkdlVGBA4LI30IYBy4582wnwwx4KAdSkZWoNdVTXiQBUHFK46K7b243e&#10;Bi7BTUk0AYnSGIrTRwxxNBwzQgkWNvdw7P3AqLRyZeNv3PKKvHOHhSGRo3epamM0cQATUObsliBz&#10;7rj7H+T++uoMtVYLK7Wze3qQVBWimyFLUU0NewazVdNUmEw1COgBXS7EpyOPeI3P/PV7Lvt2z7e0&#10;NuvauvAYD8VTQGv7euiXsz7O7JNytZ6d1gvLmgeQoRVC1AFIUk9pxw6UeS23tnd8iZCpEGR8aLAj&#10;oRKECMJdBtcghiGsRwfYOVHzV3vuCWQY3Iy00T6gVWqWNCALtpIjQMAD+L/09x+3M19MaKwAIrjh&#10;T7R1Nye0mx2iB5raMvWg7a1p9op11S9ebQpQNGEo2sbgyxrIb/11MoI9gxvr5PVTxyHK5Opr8iY2&#10;ZXaulcRm4soW5B1C3+P9PZfc7rcupDyFjQjj69CLa+Q4oSvgxIlsfLSvCueHrnpU0uPoqJBHSUtP&#10;SxghtEESRrqHAY6VBLW/J59kn3p3ZX5gTrLNJKzNIA0kp4LN6GVF+iIP6+yWS5JB1HPUibfy1HaK&#10;nhoKetAOpvsI8LvreUG4aKr2nkMpS55a2NaCXDT1SVjVRe8awCmvI5YtwACOf8faMXEiNWKTS3ln&#10;/Jx6E0G3QrJGEB+oNKHNajPln7Kf4OsMywTxywTpHPE6FZoZUWVHja6sJInBV0YA8EWNj7vg+JnU&#10;XyG7PwA3H3JS5Dp5IqFpsN2dDUS4jd+YYMPHT5HBRy0y5GlljF/LMiOQqm5ufYm27ab66j8e6K28&#10;LDEhqCeGNAoz8R5GnnTpTuO+20EMlne2S3t2M6BpV/P42YMooAcEBvt6rV+VPzR6i6ZD9ebF23Sf&#10;Irs+bNUGGrOhdtvS5OnxkM0bTT5PMZOagy+G2kKGIoBDMTIxkAWBeXFr+1ZIsFgMdhMfFXdkZuhi&#10;RajdGVjjo0q5UJHllgpy4Y6SByx1W9jjZtg8JInitWuG4a3AWPPoKgH82J+XUPcwb/MLoPcbrFt9&#10;jw8FDV6fN6YPyVV+3qmDs3Y+++3t8Znee+904z4nddZ16eGHpzYtWm5M/RQfa061f3+cngoaelas&#10;qInkkNNBGYWey8e1lRdXbmz1qrNZOPA01SwkkxmMiWiidNNwJfANUsjqbeq1/chbZ7eT6fqdwvsH&#10;8AwKHgK9oPH+FT9vDqJ+YPfW0gX6TY9sZ3QadZ7mqDQkapKgUFT3HFe3y6c6btbqPrenSh2XtWp3&#10;9lcZEYoN7b8rJ915aFkURt9tU5+WcUMatHcKiqAzekk29rKHZOwNoQReQRPXO/k+3jg8lcy3IYuz&#10;STMh4vy3N/YwXZtj2r6eNEUzV4ac5/L5HqJpObueeaJpT48n03m5fSnr8OkA8eNPl5dMuT7i7b7N&#10;rS0M89HjKKKINNLULT4lQ5LqiwrLAPUxH0Ugm3N7e03uDszAYARU9I1PQ2Q6aTyGryEmolQyUkXk&#10;AABtZnGn+ntDPvEEUht7O3IcrUD4ifKg4Cv+mKjjmtAT/Z+T9zvo5p7+7rVsuFKrjPE048Pg6ddo&#10;fGHfO/6qryVZQ5PMJLLI8mRng/hG341XQzCXKVPhaoexuDHG2u1gb8e0fj92bs3jkY6LFY2Sjppn&#10;RBV5CRmJBdUV4qWHxIAwN7MSfd4LPfN1UfotBE3AtQ4/o0Ofz6EF9bcp8sW5uLy+E0mmtEAGRxBY&#10;gn5VWvQy5D4/bA6v26+V3HmafLZWnSof+FbZxsFNpbw6oYJs1k5ZpCXcBdUcY5B49mFx+yKHEpNS&#10;5TKnI1M1KyVMUloIyCBc08MNgLMbC7cn2V7htG6q9woLvGAVOVUED4hSuR+XQesOdrO/NlPb2aQ2&#10;+vUh7i3HGpiOJ+VB1TF3d293XuyqkyvXHXFVtDG7a3JanrqOT+K1jS4qbXFJkKmrEUTpIlMzkIpt&#10;zwPp7D+n2Xt7F5uqx0+Ip4gZmliqJoBLI8Tyte3kZjeNgOfqb+xTyjsux3FsddhGpMYzSuQxrxHH&#10;hnj6efRlzNzJvqq11DusrIVqVDUH2YC+vDh/kOx1r332J3B1Rt3ebbvyVXWCBMduHGUlTLBSY7K0&#10;cBEkZjh8BVGiAJDjSCf6+xFpsLiUS0Ap4kAJCLAoknI5VtVjpX8cG/uTEsdvTSqwqI1SlKAEmmDW&#10;nD1qeogu963GSVvFEjyE5Os0H8/Lr1RlM1PIGrmq6yeYqWkepYogYggMjyHWTe4IuPc6WOGkWJqm&#10;APACdJYMFFhwGIBBUn8H+ntRKyRxoJAoiOBj/L5/5OksMkk7OsMumTiR/qx03R0tZXvJHS1MqTal&#10;LRgu2mO5EtrHSjnix9sc+4aeOb7WkpvvJlVmWGjDTVDf1KAiNVS5sOLX9klzvUFu+hVDMlQoHEn0&#10;pxH58fLoxg228mVnkqsfmWJAp86dLH/R9DjsUmf3Bn4cFj5CiiszlWMfQgsAyhpalgJWKm+kKzH+&#10;nuLVrkK4RrWPVSvIupcLjyk9YoB/VVT+qGlkC/ixbj2G7rd5pDJ4pkJYf2YYYp6nOn/CPTo6sNrt&#10;ICXBQUGHOsLU/wAIpVqfmp88dI2XsnCYY1cW1KbD4/DY6QxVnZm9p6nF7fkq0XVNHhcVHEMjuFVT&#10;1aw0UQP14B9qjEYyqpMbJTR4d6daiKSJlnr2kqg0ttXlLIqrcEH6NwCB/iVeLb36RsjMSjVCmTVl&#10;fXtwc+fTU120F0X8XvAx2ppoOBB+Kvn+yvRSO2947A7D3fjsxk+2qTL1OBzFJkoWxG2xS4GD+HtI&#10;/wC1BIJ551u5XUZNR1A24PvPTYEY2l8BpclCDZtYmWtUXJN11aG03Nx+f9j7GdhcWohiVVlrqqSW&#10;DV+YDGlPlQGnAA9A3crlbi6a5EqgHFKBfzPAA+vRmtvd1Ve750qcbuHZue8OoaDj58FMY4444oPW&#10;zSxM7MgHqW/+A/DTjsRPDuLFZDHTitjhqTFXRy00sDwwTG7euQqg0c3t/qvZfvu2ruO33scM+qN0&#10;KnsOKhf4gEwR5EnOOjC13BLNA1woDjuShFSw8qCpz6nB4dKrvDcNJvbofsbY27cRPgarP7dqlw1V&#10;TZCgrce9dERLSySpGI5hA8sSgKvPF7XHtX5WsGFy8tfWzTnHxUEz00rx6olqFV1WEFQ5UsXvewN1&#10;HsPbdt8EW3C2fDoCzMB5Uz8/8/SJ3kv7lp9IMrt8NQTT7P8AY6Kt1BsOn7C+PWH6l2fFjafdbbvw&#10;dLuf7SWngqsjtqWrdqiriadojUqqx3IL3Khha9wZYyIyWJx8rVsVFBVSQPVSvJpdfLMGaJWJVyXQ&#10;249pE2s293dIsMhQCoahpwBqB1q6j0FFSKs38IH+GnD86dJbbvXh2N3J2lQR7Uzm66jbGMy9LtGM&#10;0MlRRfc0OMgGOqJY3iFGyU07F2YgqTGf6+xJxVPRxJqnEaUysf3H0hF1WKrrPpFl/F/aTbtmfdb6&#10;Sa61GP0oSSR6/l5HoA8zcwXFjBLFbAs2mlMipqePQfdd9R5Xs/c8NbkJnNdNkzJUxR0v3NVMYmjE&#10;yPT/AKIwZGPq0otlA5I9iBSZ7b6XRaykLICWUSopUgX9X0sbfT+vsfT2F6ipqiZI60FRj7B/sdYq&#10;bo+43FxLLKHrqpwP+r8ur1Nn9IbnwOCxmMgw1TSwSUdJGi1ECokwKMRKJI30SBv7IudAuOL+41R2&#10;TtSAeN8hTksraU1HU/1B0Fub34vbg/63txeWN3ko6wHTX0H+fj0zBYbqXCJayF6jHE54Y/1DpYyf&#10;E7duacVPhggbho9MccsiFRa6BZWLG/IA+t7e0D/pA688mnTFq/jFr+SL/gX9p5PJ+v8AX4uL/X/D&#10;2efuffqU+o/0PT/Oujjx86dCv9xc16dX0c9PB1fCeGrT/h6Wn+hnsnw2/vvFp/gP8C0/w+K32H32&#10;v+G38n6PN6/9fj3/AP/R118rP2JgKxabJ1OZpqkMHiWTzG6gWupFl0t/r+x61xcpQlyKZ6RSmGJv&#10;DcUYH+I/tGet/cWI+uofQ/Q/7A249r7Hxd5VO25NxU9LuGTb0S3kyzQOKVVTjT9wV9VtX6Rzz7tM&#10;25T2/itFObTzbT2/ka56IBzdslpuSbZ+/Y03U/6D4h1keRK0/wAvWAy04l8OqLy2uI7rrPF/0/X2&#10;np99dnUGPglnrMhDj5nLwTzeQwy3PKJKV/UrH8W4HvUF7LFEkSZQcCR0Ime5mY3BupdLejMB+Wes&#10;gijuW0LdgARZfx+Ppz7bIO2N6RMxGVnJZjr/AHZCG4HBOoWA9uLfvU6kUn7P9npKt9uNuWWLcJwK&#10;1+Nv8/XLQn+pX/kkf8U9u8HdW9YQEFa5Xi9p5QbXv9RrH+8e9x7gPhECsT+3/D0+m9b8B2bvcUH9&#10;M/5+uHgh/wCOaf7a3+9e1rjPkZn6KNVqaJKqVQ665KqULpfkswZCupQOPp7emu08PwxbIJSOJOfX&#10;hQf4ejS05x5jtWAfc5GirwLEj+ZP29YJKCll5MYB+upbA/7cg/X2rqD5MUxp1XJYQSzguTIrRPE9&#10;muNYdR6QhHP9fe7a4tvCXx0pIfOqgfZQ5/n0Yt7kcwwO2hEeCuNVa/yoP5dR2xceq8c80Qt+lSpB&#10;Nz6uV+tvbjB3nsbKK65jb+MLsdI80UTIB/i1RC1gbnm9/d1Fs5OmVaU9OjSL3PDro3Dl2GVzxYFa&#10;U+QKk/z68cfMtvFWTLzf1WJP+FwB7miXozdDRrJh8ZTTzHSrQiOB9Q0AgNBJHcEHjj34WcUhrEFZ&#10;ulEXM/I24yLFf7OIAwNW0cP2f5B1z0V8WorJHMByA6nnj6D13HPvFkfjz15lQ0+GzUmMeX0RoZI5&#10;lLfWypUSByCD/X2llsikoRgQT8x0rTl7knc462O8FC3lVVA/3sV/n1gORqY7iWika31MfAH+31ew&#10;yynxPyNO1RUYbNUFY8zOrCaBonUggreaOSVFN/8AYe6yWhSnfU/Z0jk9upJaiw3COSMcCaf5Os0e&#10;Up3/AFaoz+dQ4B/oTxyPYO5rorsrBTq5xlfPSRsS7UEbVYkRSNR1QsrAE35te3tlklUZfI4U6Dd9&#10;yPvdmSZLDWP6OQf8/UxKiGT9EiN/rMOf9bm/19oLJU+4sVIYKilyUKllXRPHLHLEpZVYstTGoYgH&#10;8E2978WVU0s5NePQVudsltmbxbd429Cun/DWvWb22pWmPxiWBZmeR0kmqJWp3iUEjygxEKzMOQPp&#10;z7prUAA5FeBz/hHSU27ABkOKde9vFJknpZvJQ5KWAx3ZJfK8RWxVl0yxOkh5Tjn28GJYMhwPInAr&#10;6eY/I06YZQVKvCpH2dcSoP1vY/VeLf1vyPr7MDsv5T947H8MFHvXcFdiwoUYzLVlTmaB4vSRGkdV&#10;LJJAll+sZUqPz7Ee18380bOYxYbvOYlNdDOXT59r6gP9rToF7xyDyjvqyfW7Jb/UnhIqKkg+xlAr&#10;/tq9Jet2RtLIVH3lXt7EyVuvX96lDTU9Y3+0vVU8cU8if4Mxv+fZxeq/mr1ZmcxTv3ZsOqqZZDHT&#10;tn6OpizENBERZXGNr4Y6hYg55DVEjKDwoIt7nHlL35222uIX5q5eaUcNaMraRSlfCccK8Br+wEih&#10;gbnv7v3MN1ZTLyPzBHbAKSI3VhqJPwiRSQKDhSMD1oODNldt52jpGi2lkaSj0IXhoamM0sMsy8gG&#10;ool/UQtjeJv9cfUWYUfyL+NG3NoQZ3rCmxu/52iSY0VBJDTz4mViFMeRonjWvoyBx/m1Q/hj7zc9&#10;qN55U90buOw5f522+zcgViZkjuWqMqsblDUDjp7f59YB8++1vultlzKObNluVj1U8SjyIVB+LWup&#10;KHyqwNeK8Kh1i8F2ruHJTDcWWbadFQyBXgokhyFRlAVUhqepklkpjT3b63BW3K39gfn/AJy1+dU0&#10;MOIocLSglPDj55IJjHG30epEJkueNQXSD/T3mHtn3frawpcvfyTzfxMoYfs1EdRBN7Z3srNMXx88&#10;9DFhdr47DJ6JKqunJJNVXVD1EnNjpS5CRrfmygD2laDsHae+mlWu+4x1VJzFUyV0lXFJK5ayMZrO&#10;g1fkED2dXHLO88v6Tb6ZYPMaApAH2f7PRBecrblsz6tepPQKKAfsr/PpS2H9B7RO5secXeaCpZ4n&#10;Y+OSCoL69Dc35bSOfp7P9pufq6RyIA44ggf5ujHargXTCF4lLD1HXftDQbsq6aQHyzRlHBS0jgHn&#10;6EAj6+xC+yQTRsDGCpHn0JJNgtpUaiqwI9P59dEA/X+t/ZY+9eut3bt3hT9obHzWLos+2Lx2My01&#10;ZjTU5GJMPVz1VNX0lZDrqJPNTu1JURsrE05GkErdeZ/30fu0c0b1uS+6/t/Yi6vIrWOG6tI4Waak&#10;WvRdR6amUBWWOSMIzxhEkGpGfw82/ur+8eycnbW/tpzdM8G1y3LSW8rOBEDJTVG1QPDqw1BtVCcG&#10;hIr4gaSLXBBuPre97i309qPd+4It9Yfb9btU11HX7a29JiMWtXO2KoqnNVVfSVbVpersZZcdWhKe&#10;niQK327JoZAhE3O6+3KXmJrK0tbhbaWzg8NFZ1RWfVViTI2AMKg+MgLTSFIOaG37UeXpb6+cG5iu&#10;Zg9QC7hQtIypT4gxq7E9obVUdwCs1HQPTfxAVEqTpXVck7p4kVFgaCnp0hPFmDpFqf8ABkdrWBAC&#10;qzPYmI7EbDbvqqKLC7k3lQDCZ/bmSdYcnt/K1bUP8RzGGqPFFHPNQZLBithmVtVmcSc6/Ye3W7sd&#10;4kju0JW6lJDhqao2NC7KcBl1Krq3mG4VUkj5RPYeP9MniRlQfT50x5kY9KenSN2jtiq2nt2h2wKi&#10;eqo9ryVAwU0En261GHT7qDGYurjYTkfw6hqRTKtij/bo624CqHtbAviG2Rsvei1OWzm3MHVnBZyo&#10;oKmFsjiP4h59vTTLlKOGemnpK6SupFMWoNAFMTsCU903WNoFs7C+T/GooyAxDCqE6oz3AH+JAeFN&#10;NOBrayu4b6Fp7TQq6grAFTQj4lqrMK0x604jpo6tr8LnH3bujamSxdRitxbjp6rJ46hrMXkBit0U&#10;mMo8ZuGGSfB1NTQJV1dJSUc0qMRMtQ8plAZr+4nV9Fis1lcVBVVa02OylLXUOWFVM0f3L01ZBPpc&#10;eVTE9M1KAdSj0MWDDTb2ztCQ3U6Ws03hW01VYsQeFCD5Y48ei2+d7ZJL1YizRkEfIkdLzdNbWUOI&#10;rq6hpDWVlDE1RSQW4klBCGzWa0vidtNhzz7Y967qxK72GZ2BlMdXVeNxmJrZazF1OPngp8zSRQ1M&#10;0M0lP9z4289NqQlgys5B/wAC7d0tI9wkfbZFKpGjdlKFhpP4tXEgDHCvTu1ST3FhGb2Eh2kYCv8A&#10;DkVH5dcMRRT1OCnx2bi86TnJUrx1JuKnF1FTVJTxThQPS9A4Q8XH19ihJ8rOy6GgwFVievquPZ+P&#10;6m+QGHoHrvJSfx/cGGxu192bExeCq5IZYcj/ABnbudeiMcSSkVdBUAA+Er7OG369uoNsto4ikMFr&#10;dR14agR4kYFKCpXsGOK/YOkW2cm2FlPv+6fVhrm8eKQgDIK0jY8PxNWU/IkfPoteb6I2Pmc1uCny&#10;FRT5bJP2f1P2fPRU5/yvG1WKy1LTHzw0ssMqxyV9JVVXmkDlYpApFk1e15kuztpUs+/Mzm9txbfx&#10;GTq64U2bgo67J1e8txJW4yircyi4+krK9hj4q6nigeKLQkesltSn2UHcII983DxFejhjrBHeVagY&#10;1B4g0FKAAYHHpWNpni22ztoLoMUIUJ/AgQUAAofStT5D81zg9mZfH0G1sZS52WuqsIMPNW4l0p6O&#10;HA4JcfFCmJFMkqOVqZ6FvI0zO7tHwFC3aoPsbfe9PlPubbO2ept97uhr+qd6ZXM5jK7Ixm76nP4r&#10;H1mWwGMx1VTYO2GyNXJQzSTy1BjkK0iUztMQupwHtxnO8LBLHM9YJCeGor3oAwApkVqf6K4px6GG&#10;z7TFtzP4xXUTQkeY86moBFOPy6GWsbC4igqKutOMx9PVpFBPJkZaampaiWRTDT09VVTMsTCokfQA&#10;zEOX0i+qxsS6N6g7o6W7I23PvfeOc7Ypuvdr5bBUeMzWCrNvzZjOU2+92Tw7gGSrarKUU8k2NamD&#10;O8zyLBTBiLSKPYqg26725k8O+kk8IHSSCldMjkEVJ48ePmeHRLc3m0XqGkaNG7DVQgn4acAKDB4U&#10;6Bnc+Z2t2n1XnqLEblx+Do9+YSkilzNFUU+SqaGlz+KxVXVrJBTVEEzVbY+tEPjDi5YcgGwVW2qr&#10;ubFYHce2Kzr9MzteDsHcdBR7xnzH8NVcRX7byu4sbU02OqcbU5CrqKWoykdE4iYKrL6W/XY+tb+9&#10;h2N7M2Hiqt3IPEJoaMjMKKe4kVI8hT58QfNZwHeIrs3ojlFrTRxJ/UAIJ4U4EY/b0+VE+z6remNn&#10;k3JSQ7oG3aaskw1NNFM82MkzGPgateYMYvt2qqRU03LkXb6Lb2Lm2cdszGbUkxFbIMjW0lQs0OTn&#10;iWeqo3pHqNKRpErQv9u73Z2DaNQXUQrEekS2ht4oUPiMDlgKkZ4UHy4jrdr9RK9w1NERagXhQUFT&#10;58TnqBuD++tXumgyGNnemw/2JoqvGCSCOOueqjiZp5xKi1Syf5MyQ6HjJTUxDXVfYx4bubGwde5/&#10;YNFt2OvodyY/LYjM5pMlVxZKi/iiy6auIrShWal+4j0fualA5J9ne283JY8s7hy6mzq5vEZHlLnW&#10;oJIqNFPMg/FxHQc3DlB7/miDmRtyaN4NJRNAKYB7altWa5oKdFc398S6/eXd/X/deT7KyuJyHWu4&#10;8Hurbu0aPH0pwGTfF0cENRQ1LSVQMD1ZjmDSLGCZJvStvZKd4UOMyP8Ad7D4777PV+38VJiKCSel&#10;lyCUdRJMpxsWRqJLvLGvjM8sUatLIx1MBZfYHliYqscTGiqQuTxOVrmuCAeNccepBhuWhWR3ChXF&#10;aeQHn/Koz5E/aD34mJqQZGsmSjx0eQqo8jPodf3GMMcc87tpGubxpGitfhY1HNuVrujtTcs/+j/a&#10;VXjMXWf3L3Li6zLVmOSkjqcJQeMSUuLqY3d6uoSRPNadIGjuRE7xyEP7NDuU8l1tJjsVZoZEDuoU&#10;aVUagCDUtWjVbPxUDaugwu1QQx7xIt5IouEfSjMWVm0EEgkUSlaBQ1a0OmnQb4XrPbuIzm9d1Yuu&#10;ypl33im++pZqqplxdTXRtplzVLBcpRVFWvgBRXUFYtQWxPsbs3uHNUmJr9r+YjFPVPPHA0j2g51s&#10;scRJRVYvYgWvYXuefcn3hkjtJbLxGNvrLAHy+Q+R8x1HMMavOlzrNdIB9Dj/ACVx9vSfwezNpZDc&#10;mO7BGPo13RHQLj2yaIy1M9KrlkhnIfRIsJBCFgSq8D2WDc9NGZZVsG+pU2sbabDi3HHsMzgMQNNB&#10;ToT29dK0JpTz6H+hcsmon6gHkk8/X88n2BOdpAuoaRbUQOP8PZTKhBanDo1j45PTqOQD/h7BjK0W&#10;iZwPoST/ALcf63tEwxjozicMoHXftA5KPST9bamAurX1XNwW02sPbIJU5HWpQKjr3sP8kDc/S/Fh&#10;+LXP+PurUJr02MHHHr3s/wB8F6HKR7a7Gr2qJI8JX5XAUUkSqzQ1dfi4a+skEjFgkn2cdfCV9N/3&#10;QfqPfQj7iHL0ytzvzU/+41YbWPHF1DySMD+EqroKZqHPRttixNMJJCAwyD/CaUNPSo49Bdv2OgfJ&#10;YCd6eGXJ0K5FqOtdFNVQxVscFPUrTSW1wfdLDZrW1BbfS/s9eFxLRzPVlTHqYSc/qWJHJXl9WkyN&#10;/aFiF/2/vorfXepEhQ/6vT7OnDcIZxGnc2qlfz6Rmey5lp0p0Gu1l0AkCR2UIUUKRpij+pH1JP1H&#10;tWJXU1KjzIU0ltU0zMpU6edH0Zj4z9eefz7J2tppmCE/YOpJ2fbnwGXJpTpC1GLra+dIGVlIU/bQ&#10;JcWBH7ri+oawP0kg2P09oGu3bHPXzXlVoQfHG0kpRA111MCOC6C/+w9iOHZmjtY6D9Q54dSptu2J&#10;FbqBXt+yv+DoSsds4UeMhiELJKt2lMUQaR09V1I4PJI/23tGVXYCpk0pVlbTO0qK8bI8aGPx/tuQ&#10;QwmZFRl9PJkPHt6Wzt4Ght5WImYMQaCg0hWIY+RIfGOjETwQ6QBqNcj0+3pRw7RhFJqeIXAUjyKq&#10;Ej9xyXF+CRLY8/pHuZXRVbQPVOXACpJTLKAGkSVUeRo0bQXOtrE/ReLkEi6y2lgDJHHpata0zwJG&#10;envEcrrSlCRTrnBPTLMKSHQ7KVSVVUBIdKhFs3P6wh4F2NuBa5Dbj7y1bzTIZY0MLfaHXIPC0fkj&#10;Ew1DSHaL08WU349qbigQRIwDevn8+rxQMXYyitT1Oq1VYAF0RuzO5kA06SxUArpOrRYDULm/1Jv7&#10;W0OPhFIk8EwaSVFIS7gKRrn1K1/UNaBLW5/2Pske5kaUxSJgGmrGfLo7FrbKtfDUNT/UekrNWzrU&#10;yU0sB/acxpIFikaSzRBJBqQyR6tZ51G3vnS55RVLSJUSKLKslpCykg8gK2rSQQQfxY/T3qbbC0LS&#10;mMZyDTPTaIqvUOy/Z5/bjrhW7cEtK9Q8UTMD5UHiRZFc2N5GRVLkfj+nPsSsdkIfJHPTzrFN+rQp&#10;UR8EOLIx+t1/1X59hi6tXKtHIlU/n0tWZowaNk/6q9BHmcRM8M1HWUzVVNZkSRxqnYOXjYO2h1KE&#10;SfTR+B7Mb1tuSKesgpat9JZAkMrlSjM7IrRAKbcByw5+vuLeatreO3eWEGlTUDj9v+Tp6WfxIChp&#10;qpx8/t+3qs/5h9V17bLymW29FK70kk9TWw0kDzzpDBTVkqzlQA6W0pCX0kaTzc3J6+VXVeP3zseD&#10;N0Hhx+6dvUr1dDlo6eOWWdIkac0lWWKmeGQxsRGTpZXdOAbqG/a/mLcdv3rdtr+tZLe4nARuPgEh&#10;dLqh4iopItRqUsKrUnolkuVuERI0GtOB8yR6/wCx0T/+UH8lN4df93didQ5vM12V2BvDPUxxmArK&#10;4xptPJaDQQ5PCULJpEFairFWxxmNXZY5kVSJBJXFga2HsDB1MS06UO49vVtXQV9DKrGVpqdVY0gD&#10;xQOy1VLPHU00jKSUlA4uR7yZ2PfistxLJbPCqTPBLCc+BMgU4cAK6MjI6uva8cqMKVp03pj3C3Og&#10;ATo3nmvWzjUznbuRFQ7vLhsgUjOlmMdLM4PirCzFvIJSPG30JIvx9PbNQY0wVciTQMiwkEqQAxkF&#10;idepSPrx9PoPY6nuxJbqUcFj6dBPcoVVHGnuB6UktSr04MLBi4VxpN9IPBU6T9VI5Pt3yVAlRT1N&#10;fLTNVvEkaRUjSEieamRhTMBIwhU2NgSP2/qLc3D88UMgSN4FkZCzgEA5oeFe2vkuoEAmp6J1S3DY&#10;C1+Qp02QTmOWGNSsbCR5DJYamSRgHBJ5CXI5Wx/x9hPtxMvvbcc9Tl6SXF0uODwLiSsnrqOR5o4J&#10;AizuHFzIysoFrBTc+w9tdzvG4blJuG5wSW1rajw1ic9rMw7nNFXUVwVYdoqAB8VDG3jUvpIH5dPN&#10;S8ePpF8c1zoKrMxBsqmwIItyi8fn/H2PcVDjvFHj8rSRZGMSJN4KlJGWimiAMFRS1CETUNZE6gxy&#10;QtG8bfQ2Jub3SG7JnhOhgcMKVrkVzjz8wenLy3S5jlieNTEykFaAgggjIYEHicGoPAggkFE14lq3&#10;FVST/YyhdIqIwi+deVP3EQHiq4yGb0yK6eom1/oe/rD5f1+3trUu0965VMxh8Ni4cbQ5Cvnhx2Vx&#10;9BioGVjXVkcaU2XSmphGoeZYHRIrl2Jctjxzb7KWlxuc2+bJb/TXMspkdVBaNi3oGNYqmpwSCTwp&#10;SnM735+4XyzzXf3/ADVyRug2q9lleWWKVTJbsztVmHfqhOosxC1UljRR0VCq6Ap9ob2ye9Nh7dWg&#10;m3DlqjJ5mhxz1FfichWZFvJ58ZRzyyVWGllkfXPpZ4nayiNAqhSpd1dtV/ZW44qPCtNS7QpJzKIm&#10;l1z5TIx/easnUGnj0y0yIwWCJnZQAJRZpFCSpyRyQOXLVLzcVSTcScUrSNSKaSCcsa8QKDgakdA/&#10;2l+73Y+1Vjd7hu81vfc0SEqs0atoihqnZGJACGZlJZgBVaAfxE4uAiqIcXHJXxtT1ksKSNTmQMIk&#10;VUUI5MaMJF1HV6QVPBFwfZhdiNicjsTBmkroZ5KegFFWLHIGlp8hTL4qinkiB1I4ZdaX/XGysOD7&#10;BO+/WWvMW5meErrl1rXgUahBB8x5GnAinXQ/kp7Sblra2imq6RBSvmGBNa/LIp+fVWnbsu6cH3jv&#10;RMjiKmGnrc5/FMdPJCy0mSw9U0hpKymmkLN4giGN7WMcqMjcr7x5CijhppCw8gZWLPJ6Sqi120m5&#10;IA+vPt62nZpEpQGo4dCSUK0bs6ANn9vp0p8Dmpq3IQeOQUrKyGKnp3JErspsitc6g1+Db+nsqfYE&#10;tNrmEEUcxV9EjOCECEXuoU3Zj/r8e5h5bWai65CMeXRe0SyRDBBP8uj7depWihpxVGWFp4VYR6gZ&#10;UZTyGbTY8f4ezjfATfZzlFuzq/IyZCKTazUW8MBNSZOqpJpMVLUKlZhWkSRqlsTT5kRSyQhxHNHW&#10;PEw0AhsffvJctJbXmxcywlSl4zRSgrgSRgMjmlKsylgM0PhA9wr1xJ/vI/Zq02nmLYPc3Z9uthHu&#10;aSWt0PCDJ4qozpMQ1f1WiVl11rVFIyDVUbjyn8Eq6GdpIkpsi0tGUlBEa1cdpDItpFGuaAPpH+qQ&#10;nkG3s+s1PMclS0U0kMMINRPC8kjBIYfHG1PTjQfSwP0BIuxsefcBxzJ9JJcRozPRQeGTqozHH546&#10;5I7ntr2yyypCdZpgedWI/bivHpQUGQgq6cSxeoajH6bG7La7cf2G/HtE7s31jNpNTUEkwkhrkyS1&#10;mQiraaKgwtJQ4qfJfxHM1NbUQyw0tRSULopUOBI37mhAX9q4rKeRYr2eArao41EqKKulyWapFFVg&#10;qMRU1dTppUhzaOW73dVuHVNLp4YVQju0jSSrFpjCg1dS4YqStVB0lmohc0Qs2oj8W5B/qf8AW9kO&#10;+SO29xdt5jbGS2Nt2lxO9aBN4YWj3FVVVfhdx5GmloKyhmocbBOn2Nbiq/E0NfUvNOhlplmp2gaN&#10;6hkkCPP3KE9/Z7ZuO0RxjeEiniidmMMyl1YCEAqY2SVfEIaRg0Xa8Ghnd+si/abett5JsN7sOZdx&#10;km2Cb6eUwKkUlupR1fxGIJlSVJXhj0rVZGWdJRpiUrKQLEvJPHHNvpYcn6f09kmyHRfYtD1/0/ic&#10;ria3bW6dxb5rsDkshuWGjSr2vlaSRxsOoGZwi1lbi8fnHylZFLTipmdZGdkEkUVkiJeR97t+XeRr&#10;GeB7PdLm7KSSSlQ9vKHdbXRLEpdUkEkiuniSaZH1IWCqBkXF7kcp3HM3uBf2F5DebHabbHMgt9Zj&#10;uoZATeDwptEcjW4jjZZPCQMFVGKsanNfi/8Avv6+xK2Z132NuGmx8WV60yPWnb2H7NxW96jfWGgx&#10;+Ew+68hgaSsxMr7tqaWizFdV48xUrx/7jftoav7mlklSzssg223lnmndltbnc+Xn2zmqPdI7g3UZ&#10;jjguSqOjG4CiVirCORSsIj8QNC7jQSCCuY+auUtnnu5rPm6HeeRLjZprNLObxJJrdJmRwLZXaFEc&#10;MysTP4hiMc8YJZFI8T+biw+v5/1vdlFH09tao2rW4Ok3Hl9uY3M7qqNw123NujA4wZSeHHeb+DVN&#10;WMXJmanG10dFFWyRCoM8n2qq8xgd0eStzsbX6y3t4Fa3txcCZ1jKRrK7gakcBMjWCzFdLu1VZjEB&#10;EMTpedd4bc4d2n2u3u72CzMKzzmZzGrOP1VUy+EsgDPGjFSi+IzafECMsV5iklgCbi3I+n54t7L/&#10;ALp+HfSGSp89tyt6021Hh8zlMluGHJR0S/xiCtyctJW1/wBnXzS5XI42GuqoWV1hjgp44SIkg0s8&#10;jON7f+3u67be203LFn+rMzkrH+ojS6SzpIxJUVyEUpGASvhsuGkXa/fn3OsJtr3SHnG8bcLeBYjH&#10;rPhMqK8aaogESRkGllMjO7v3O7FfDGVZgbcf69r/APFPZM/kV8F6ve2/P7+7NXKR0EO2MfiqbaOP&#10;zX9zaIZ/CwR4nCZFN1VFFuGmxWMx+Fok1wGjitNFCIpmE0jQgH3L9lYeaN8TmHZLvw3+kEYs45PB&#10;rJAixxETGG4SNPAATSIRR41VWrKXWfvaL7y0XLfKn9WOYVt3uJL1pWu3h+rkME7GWeI2qyW5kkeZ&#10;ywfxX7JHLxJ4SiTnrH9D/vv9j7BjJ9H/AC4weydv5hthbFzG9fut24KfHw1X2m/kocVjcnUU+cw2&#10;2xuqi2/n8fU1VGuQjmoqEZaoyCyNMksU8pliXcOUPdSy26zujsFhcbkonQgFlmBVGZSi+OkMmpgs&#10;itGgnkmJMqvrYPI1p7hewm5cwbrtycz7lb8u6bafWVL2ReR41aGa4+neeCRFc25SaUWscOgQshjG&#10;nsNf6A+yqYnpHtuLMZDCZPqHsfeO+8VlMFjcNTZGilp8BkaGnoa2kl29X5ChioY6LLwYVzkKSWsr&#10;UjioaYBCy+LXGG1cm8xTXM1necm39xvkMsMaI6n6d4wrDwpG7NLAMs0LSyCMRx9rEFNU27l7jchy&#10;bbFum3c97Tt/K08czzSRktNE7MridI3aQujzBYZViiYvO54d465e4u4Oru2+uez+taHtnqrIbqyU&#10;dTtGGi29u0ZnK7O3HtzGY1HpsRk8nt6r0VVNj6CALWRwTA0EVO6O6uJvZdvvK/Nuyb7sdtzNy/LL&#10;clY40SXVJA8caqoQvCWBEaUMug/pAHAAbp7aueuQObOTOcLrkLnqGzstF07z2pijuoJ5JMypHMAU&#10;aRiREzKDM8mtRp8Mj3u43a+0B0t8Vaft3Cbf63r95bR2RRZOlpdi4/FiCOnoNzT08ucxu9tr5XE5&#10;7IbXy2FtW5OkrUr2q4CiMUmDyR5HbZt+5cncgDmmx26wfcbSy1iOBECOEl1axcRaXlhki/XlSVy5&#10;CMjHWoB5z8xb+vuR753Ht9u26bzFy7uO5yRlr15GOp7cMsL2d1HLBHcRTForaWIwCJwXGpGCv72X&#10;+i+d+xtzbepW3Rt+hwNTlaXM4rcm4cjh5t047LVThpK3IbZxdHWbUwVbUUM0EVGBVyTyAyUjM5eG&#10;SZy6H37tdz2e2h3OE2sr61mZojPFJgV8FF8BJFVtCqrFnDGIu7BHpKl191TmnY94uk2Tepbu3t3i&#10;ltreKZbaWFQy6EuJJEuZ0WUFpqxKi0FwAmiVI197FH4pdmU+8txbL27132Lvql2NtrcWNxVBsSjT&#10;FR5fdlZurdrwDcXZefL7Wwu0lqa7csdLRYTFwGOdaMLTvNPHUyylPKW/7e0+3Q2fNl3/AFcgmIW3&#10;7BIwmmIEl06pElujNJqS3tkIehWMl0kRg372e313tW375uPM3JG1y83Xts0jXrl/BtUtrYUt9vgP&#10;1Mt1RIDJLeXLgxmbVIsULxImKeVIYpJpG0RxI8sj/hY41LMf9gB7vd2vuWghrNyYqb7mU4LO1WBl&#10;UiiqInyVJh8VV1UdM9BVVTGOhmrjTypUCGr+4hkBi8YiZ5JEy7341xYFRGkmkvqUg1AYgBWJqC2k&#10;1pRgaVUhjhVHyxe7da7Zc3AQJdQeMoOslVaSRVDa1XVUIHQqXVo2VtRIkVUFl5v4lFBNRmwlVJkq&#10;I2t5IC3oP1uQ3A/ob+1BiMzQTPB9qkNS0FUzRtLLHFM1U6s81KPQ6CSZfU2q3FgCL8qr2wuYlkE0&#10;jDUgBoCRpH4/L7OlNxYsi1PbUCoANNIPa3HgDgLwx0zT09U0cySTTASQKpEcTOETUf3SfIAeQRa3&#10;49orfeQGU8TVFHoK1Lo8kEwacmYatEUlSvhjSKI3JF9Iv/h7P+X7drIP4c9W01APDHyGak0Hlk9P&#10;WkaxEBHBanCnT7gaT7FDHHKZVOk2K6EutwCE4IZgeefx7LTWY2ujkrYqLHPXY2oRhU+djLFVzVKk&#10;RsZJ1CKlO6647kLGZSTwBaU4bm2dYpJrvRdoe0LgqAcjGanIPyGKdHJliMau9xpulrpC1wM1Ipmp&#10;8z6eXSxjk/TqJDLe4HAP4Fxyfp7DxdrVeArab7qryaUcqo8lHWI8NLJLEvnPpp4podUizhUEd10M&#10;rC17+xIu6RX8EnhxxvOODKQzAGo9FOMg19KZ6Mbm/XcIJqQRGccHUjVQ0XHmaDjWlCfn1KSRXvYi&#10;4NrX9iWcrUZKUwvXBak0E7UsOLnEcdJSU8YMR85ICyssDaUkOt7n6ayCFhaRWqiRLb9LxV1GSpLO&#10;WFRpHECoNRgfl0FGsVtVBEJ8MyAMX+JiTSpHyOesekgmwJ5PuPh95bRxUmOo58U1XFX10RqpRUrS&#10;Uti11qa6RVdjDEfSGhsxVbN6r+3L7Yd6uxczR3uiSOM6RpLGuRpUetM93E5rp6S3Oz7leNPLLKKx&#10;pgUJJOQQKHiQaitOIPDrt1dtWkhT+CQfrb8WI+h9j3hsBHk6OKSmQY+jm1VdRSQCl+2q5EY0rpTS&#10;SyTVEtB9NN21gfXj3HN7uTWs7JM/iXCnSrH4gPiGoKFUMK5xTokmPgyvoIYCoVvMAgEVHkwrk8Cf&#10;IU6a5aho2KHl1/UQCef9ubH3zxu06XPVWVp6rGT4lsNllXCV2QnoI6DKUr4nHVlTXUkUXneGCmrT&#10;JShKqOCZnjaUDQ0bMjfmK9tvEIUmFhQ0Gpm4EMKOSo7yDUA1QgLpIdk00cdt9JLFfpLJLFqdF1ao&#10;2EjoFckKpZlVZewtQSBT3BwvCaveCJH0eUMDqABMg+oW1r2ANr8Hj2A/duL00dficXAamtilyUlN&#10;iJMgYm3XFWU00f8ADpcjTyCTw1FJkDGVkiMETOxZgqhyLdpu1+gmvbqz+prCQIwSoBVWGlgVPa1K&#10;sWNMKaeg55LEa7pFPNc6IaqWmVFc24VtQk8NqgkFdRZW1dtM8OnCllMiLKTw6jjSVKm/IIJvx7fd&#10;kbWqqHBUMVLVVlFU+GGjLUGOgpqKhlE0RnfC0+Tq56fSYV9UYeYxwIqXcgEubluUYmWKaCBhGFGK&#10;oHCrpUFVqUQGugEhq5rShKa+3HxL+4lkjDI8hajtVnrw8RkVatQAklVBYsQADTrhUSqdSk+n6MOL&#10;H/aTz/T2KmIrKjIzZPDV2caTwUcNVSV0tUMfUxztUywVSwws07xQwLUKWjIX1B9Aub+wvf28dvBa&#10;3cW3gozlXQLqBWgYMaaak/xA14E14EO7/YQTwWl4sABDEEcRpAFKnBOQwY14UIFRmNEUgEfijRTI&#10;zAiNFUWAJ5KAMzWHJNz7Q42eK+FBAMhV02DqBhKesqaOeqyORjoKKlk/iFfljX1C5eSpkldzXyyG&#10;oqnWUS6XibUu2bdztcUu3MCEULTxJCSQVAFC+pm40c1GlqggtUkg3PdJLKZ7isSvOC7KjIsaEyMN&#10;CxqgMWkKP0VGmNChWocKrokgNgSdR55/33+HuBW5OiomQ0MOTooaAiaSOJqyZci1GklaKSukV48X&#10;Q4yqmhEZ88QidnSJmYlllX3tu01rpvmilaQ9oJ8MKSKqS4q2ADWp0n04dI9tiv1Mji6iaaUaQ1Qp&#10;jDkISgzI8ihiwCsWCqXFKak5uiOAHUMAQRf8NyAR/jY++917Vm3dJt6myOCxuJysWOghrJceIJYc&#10;bJGmPiq8HhsiMXRTPh5KOGag1AU2uilDaAGVVLNlgsLKyWYxQ6kUU0VJUE9yq5VG0sOJ0ITpACqa&#10;9X2jmT9zNvdzBus1xaNMxQSVUyg+IVmlj8R1WYMyTaT4gEy01llJbsC305/31v8AiPcSj27UYCgk&#10;wNYEWNJaqJJggpFTGyvKlLjo4qUwxfa0tJIIIipVmiUa21XZzpZbe7jV0lLwkYUUXSK1C9oHwjAx&#10;w9T1q73qLdLyPdLdquVUkE6yZAoLSksCQzuDIwNQHJ4rQL37U1PjqSvoxWU2QppU8KuJIJfIhhTQ&#10;rRRgay513+t1sPx9fbJvipjUQVjY4PlXjWvCmPLoimuLqzuPAnsnRixWjChB+deGOPnnr3t1o6HH&#10;xJBT+CGSeQiR6hfuvGHkpZGhadVcKWp1JBVvGo1W1FiAUk91cu7SaisfAAgeRzQ0rmnHPl0guLm7&#10;laSbxXEaigXt4BlJCk57jn8RrwFB173hqMK02Nknxn2Pik8UmuaWn/iUz6pP26WmBVlpir8kaibD&#10;nkD3eDclFzGlwHJAPwg+GOGWauT+ymenorsRXQW9Lh0JGkVCAY+Jq5bHoKfn178/7f8A4j29bPxV&#10;RRzSR1kscC6Jqp0rGkp5RLGY1SOKNZr+AoToIe4P1HtBvV2ko/xdC1aLVcgA1yTTj8qfn0m3a8t5&#10;yGiBBC6e3Ioa5JIGfypwz10bgccn3mr8lh6uWWCsjIggnieCnDvFSog9AoomEX9EsfoNNh9CfdLW&#10;zuoIk8AKtVIJ8+HxceHy6Tx29+qrNC4MxDVYirHzJNKcK+nXgLC3uJSUFZOlXm6CliWGlkSWejnD&#10;N91GSImmstmdKZ5QG9JN5F+n19v3U8CPBY3E1XdSARSgbBAyDQsAaGooAa1xR3WhQWU8xLBfjx2+&#10;ZwQeJ8/KmeuiwBUH6te3+wt/xX3gq8jUUlPLk5vJIv2MoFOqvIqowZjFBAqvPKyzKJNCAvq5Xm3v&#10;3hQ6RCqEhWBOkVY0PHFKnTUfZ5dUtrRLiaGxRRXxAQxNDXIyxooGaVNB64r1y9oyizGOq6ynqhWO&#10;Fp8pJR1EM3n0wNSeOVEkSojjIWsilWSJiAksLB1uGW5uBK0F1AkQPac0INRg44jPrxBDAkEEim72&#10;u9htriHwBQwB1IIq2okGmkmpUjSwrVCChNQae94NzZirSsaeOloRU46erSKoqKSZJY6eRpI5JInk&#10;poJ4apIJmW6Kn1KcgG7m3bTaXEcbSBi4CMMjBIzTjggkcTx9ch/ZtttkthA1xI0U6LVVbg4oQCCx&#10;DLVRUMXxk0NCPe0xV19RkaOpmMUJkrQI42hkMVQ6zhaRizIDNRh4HIWXUrGQBSUUEg9S0jt5VgEj&#10;iJK18wKAn7WNQCQKnzFeBObW2hs7uBUZtMZJIIBUU7wKV7qN8S1PZWlT172kqWebGyZKoakd6imy&#10;bY9FS4WqH2kFWKhUaGM+BfujTh01xuYmKOw9RXwTDci0B1JGv4mRhWmDpJpUE1IPmPzAEFzDHdrZ&#10;QiakTwhyTSqDUyaTQnJ0iSjAMAy6lU1HXvbFufImoijaeKqFQxtJUlQ8SvHq9JiIuuq5BIIIt/r+&#10;xBtVp4chWORCnpTJ6X7JZmOSQI6lAPh86Ejz/Z5de9vGEUwvBkYlNLUyQtGdSWiLyB4ywPicozob&#10;XvYg88e0G4fqxy2rkOqtUV4jzpg8B9nRfuP6ni2TtrhDA4+LyNB+fDHHh172GGP26tJQVaZLJz5j&#10;Gy7uzCVXlpaTJ00X948/VTHGzRRGSWmx2EyNYaEK3kFOsRE91Quu7D6Wx29rP6h7ku0janqxJeaR&#10;/CGhNJRNehQwqsSKC+oMzD++3nx7qFrGwW2u126IrRnjdvprdVMgJoDJNGnjYpr1L4YLHPvZUPko&#10;du0XV+56nET0lNntuUmVxuA3Xjqip29u/HRtuuCLdFJC1NjcYz02b/gMskhgbxVJScJrjN/YC909&#10;ut7/AJG37mC3jMW+2tr4UM6v4VwGM4M4jChCqv4UlSSBOoOlCj1fID2VG7XHPOxw38UjbTeyQyT2&#10;0qrcWkh+kY20hBeQAwfUIoDgtHWGulxTr3uuDune9TnuqMZsnce3MNlqjdby79wO7aFKiF8JkFrK&#10;nH5KjnRKWpiq6Wpgh+8mVWpFp5K8aFHiCjG33Dvbl+Qtn2Pe9hhmk3FWv7W5jNPAYymOZCKP4lVH&#10;iyKrRhDMAAWiKrmX7a8sQbVz5uPNGz7vcQJYBbC4tJCGM0ZRZI5UOtNLKxEKswmMghJYnxS3XvZB&#10;KDbwfKotRXRYlFlB89TBLUw09XJUKZZ6uQVVRU01PTwRSSPUwxya0RfQwN1xZQQLeRWk1yqISBqO&#10;p1QmmXOpiqqoZ2ZFOqgGkggjLG73f/EpHgsTM9CdKsqMUUGiqNKhmZmRQjupUkkOCCp97G2s6Qrs&#10;fsbrzeuD3Fgc1kN/5rP0dBtwtkcIzUu366oxn3kVfkmxODelyM9FK6xxTJUxGaKN41aQD2Oz7YXd&#10;7svKu87ffwTXe6TTBIGHhDTDK0ZYSSmKMhjExCkxsDLDGVDyFVjO39y7W55p5t5c3PZ7u2tNpt4G&#10;kuKJONU8ay6CkayzakEiIWZSj6JHViiVPvcfbW48jlvPDVvLQ5HI0E8FVUVdDUNhKmhinkjiy+Ty&#10;s2Rljgr8hJ5sfeppzTa6ryNMupjGj2vZ7a4hkdlkjvZ4s60/QKLqAkeZpAollceEzSRCGshfxlo6&#10;oo3zaLSz8CaNkmtYZ1KhXHjo5CkxxxLEC0SApOPDk8UiEosZ0osnvYo4Cuq2opNkQ7ljxsNPtvIZ&#10;rE02Sw/3dE+5qqSDLjBNVhayooajLS48R46qUukVTIERokq5WD1usxt7jlkb8sMUVq80SPGXBuCV&#10;lEWpQxjaQxhIJR2pIAoMYnmJAm52sP1Kc0S7GZZnu44pWSbS5tlDRGYLVFkVFkJuITQvEpdxI0CV&#10;97Nb1n8hsDgdyUO1O0dr5PC5Kpnxe1a3tLblbWyrX0klM+Ho6rf9A0sk9blMSBFMlXSfw95CzNVU&#10;851H3Mftz7uDlTma1seYrCSK8doIGuoSoMlKRCS9DaqtGDV3txE7sXZ0c9QPzv7Q7pu+y3m/cj75&#10;Bc2say3SbbcIo0uGE7JYPposctGj8OUzKnasM8WKe9s+BaJN4Cr2zkNr7ixu783l4cpR1OCrKGsf&#10;L4FTueskoaeCjotu5AU8qVCmoim1MJvLd5ElEmTftxdW53yK62K9269sN5vXSWCS3ZJjc2w+sfwl&#10;SKOzkYNrHio+UlEoBlWRWW7up/q8Lfe7W+s73brWFonWZJI/BnP0yB2ZpLhKjwj4bpQFDHQRshT3&#10;u0/Yu9oI6DHPPURVUDwfuiGRVhaWNmopKZCCY0ZGiZFJ1uGjcHkW9zzuG3R373MtkwrrwaqSKHIN&#10;MmjhlalACpHl1gTzXyvO91drHbtHKGAWoyBQPqNRmuoM1KDuX1697Ojtmo2xuLaVA1VTVCeKmqHy&#10;E6eWoMUSrMhgmaIyNLA9ORxoZ14Ki5t7hfd4922vebnwZFLFl0DgCcGoqeNR/n6gXcRuu3b1PBGA&#10;8pdRHWgBJ4YqAM0Hl1jbUGv+PwCfrx+Bfn2is1jp9kVNNHRV338ddj4JsRBUSKEnLK5ipgssAlhZ&#10;jcN6SAGUizBh7O7G6TmK3lea3CMjkSEVqPPUc5xTiR546PLZot6WXxoBGUkYSMoJYerYLA/LIzXy&#10;65K2q/BFuDcW5/NvYa/az7uqYMhBQz4bI0Enh+0q4lgqKStMvnejSRfJBVwvGVZdJN78ahdVEtrf&#10;Lt1pJDOxMUoGoEg0AHHtJFR5lWK/OvQnaWHl6CW0kvEurOVdRZSSGTK6iKAqwJpUig+RpXsi9uSL&#10;G5HHP+BuDx/rWPsYds15WkGFrI5IaxDrShkclqSoV3ilgjlkVdSeIBhYNcMOR+IQ91+Vv31YHdbC&#10;3WWaMkkqBWRNPnT+FiP2HqUfajmxdqv2224vl/c89DG+dIYspwNVB4nAjyJJ+QBrtrZKZ7H/AMXo&#10;aUPlaAxmUxhBLVUMYZ2UtpLaqeQqw+vpBFv6PkrCMMkgsyEhrngEC7cf0UH3incRG3kKuCGXiPTr&#10;KNW8RlkhcGMioI8/Xos8ELKApBRidGkkFwQeLEWB1X/H19xKWCorplhpFZnLMGVFZ400hm1SSAWj&#10;RVUszHhFUseAfaYzqwJhYF6cB9lcnyFAST6AnpettIwDyx0ixk/PAoOJr8sn0PUHM7iw+3KSoqsn&#10;WwwCKHyLE7oZZi0iwxR00WtGnqJpmCRxqbySEKOT7U1HV0+AraWFKyjyGUeATmnEskeKXyyrSQpU&#10;ZSCKfQPun0s0ImvYhfUeHbbmEbXcxiKeNrnTX4iE+IKF1gVrqIBCg/6ZSaqn3DlsbhaObuF0tdZU&#10;4Gv4S1QhbhpFQWKnzK0U1QWP3jndyU9Tk8Zhcnh8ZBUrTRT1EatmpGigqKyeanwznTJ/ksSvF5Xj&#10;U3u3p99ZvcgL1azjHU9XTRF4qSCOGX79gJvNV0MVbNVVUsNHJS6HRyyh5o9SsQVV+85u3a6IWS6G&#10;kOBoAI1Ag1ZWcsdIKle41IaoVqGhHY8nbDrXw7D9KQ8XWpFKUDsikau7VQChGCRUHpd4LJ77qIaN&#10;4stnKvHVVZNCW+6eP+GBWpPDT1U2PpaNaaethqdaFNIPhdbj0607i9zzvryOFp6SbJU9LT1amKCm&#10;eWsYGZnpKanTGQJjlZrq0nlDyCIBAySC6E807zMh03haJRw0rQ/IjQKD51yMUz0c/wBSNitJhJ9I&#10;iFwRqLMojwKN/aEas5UAU/LqZuWqzNfTzbW3lls3Jtqrq6vGVF6upSOmimjVY6+rmavq5smlOjWW&#10;AoVQuda3VtIx7Y3NiNx1UGJzMNDj5aynx1ZJJPRR1NBLWVctRTsk1ZJHC1PWTio0rCmkIlPc/qJc&#10;82e7t752gvBGJCgehUOpOoggsQCpYGgQACi4bLVCnNFpu22W0lzZO0kasylVajBQoJOnuqtO5nJr&#10;VgOA6A6i62O1i2axVXl6r7CuyFJTQLVzQVsdDTuk0EUFFDPNDUUcPgBaosS8lR+CnC6yfXWOgFVD&#10;g6KLDU1bFPTvKv25Egqka9TGK2eVooEjjVAIzcKdSi9n9n0/L1o4kNn+msi6W/ECT591aADtGmlA&#10;e2hyIwTnG7eSGW+kaWWIg8SunTwSi0qSfM+fGvQj7cztdJR0cmWyk+VkhlpZEidWH2slPaRaOeOl&#10;jRvuWkk1FiDdkXVcAgoiv2hAK3JR46iiJeJfvqsiOieDIBAn8Uxs6Qx1bTzR3kCF1UMw4+uktk5c&#10;kinuhFAKSIuo4Uq9QNasR3NQ6guqgxUeZHNjzUn0Not3KS6HtALsSpr2SAsVCrQVYLqNSeGOsLvn&#10;BNT1GQrJmhp610xsBR56ebESOXlxeVhqBPBHTwxjSWWO7ISTb2IGwsNVYbCmB8dNTyVtZkamvSSp&#10;FQ9DMppYooFILvMZY4GIZTe9/QoKj2LdltBt9p9O8RjdnZ2GrUQxJHGpqNIFMU6Dm/3a7hdNOLkS&#10;COONF7dOpc1an9GuRk+Vegw37n8TW7mpoky9K0ONp8VBi1ghmhFYjGZRUMpUpHGpqUUpZLhT6yb+&#10;2zsHG5jNz0eNxMcBIhmqagNFNomgZBF5JkjmpqjUI9VlDaWax5UH2R86Tyrt9vBbtrmZj25qAPOo&#10;I8q48z0s5INnBuMt1duVQBACKA1HClQRxw3EaS3A0Ic4N24fZPX9Rk8k2SqpJcrBQUGPop45J4al&#10;Khp0pYqkrW0opnUKZZGuRGSo5IPsKJepJKiagyUuSydRk4is1AySywYuTG1UnklSugLTQ1T0i0yP&#10;TKqsx1iNbE3AP2uIyLGFUBpJQRilFOosTQLqppBAXUdLBKE1KiveuZIdMlsJ44ohRWqFaQstcjFQ&#10;JA2lzUAccNSombC7ZklWupIdv00ONZJqfJwSRrLkY6tI4fD4FsjUoq5pjHKzAGJgXJHAITdn9UYb&#10;e1BNjy+3qrETmGTKbaz+Do8rRJUeFzV1FTRtSSrTUqNDGks8CrHHwpGpAfYhm5c2bc7ILc28QaRe&#10;5ZI9ZFTStFGACMui4JCtR8Fjl/nPmPlvdYdwsNyuFCKatFIUJA0kAEEqXA1aEapYg0BAI6MbtPct&#10;NQ0sMeYxVamS01kWNzVPNOkctIrA0NIaqadJDWNrbRA7sZlUv9Db3QX8qviJvTZVdU5npLbuZ3Ph&#10;M9kKiQYXD0NTWVe2o2nklEFLFTGr8uPIkJ9V5KdSmpipDHHHnv2/udhna52Ws9hMS2hRVox6doyP&#10;Ttx5nIr0k9mfeKx5y25bTmkx226wAL4jOFSc0qSSxVVccML3ZYUoQBvptyYuKPw5LJ4+kqogolWp&#10;raaH1FeATJMFV2seL/g+yGZH4xfJqolaWr6l7KkJihqWcbVzVV46ed7wtKaallMBZR9G0kAcge40&#10;O0bs1FFhPX/SMaV9cA4+zrIFObuT41QrvllQ4H+MQZIOaAuCfQep4cesp3Vtuyldw4El3aKLVlqI&#10;B5ULho1HmJLAoeBc8ezq9D/ynOxt8UcO6+8NyU3UG2HeCZMZWUy1W7svRuyyyLFQmqT+FyNCODPp&#10;YX5Tj2b7fydf3LiXcGNtBStHFJD9iVJFfKvTUvPGzalh2yl3cE8I2BRfQtKKoPsXWePDzIB8gP5k&#10;PXfWedfr3pzZ+4fkd2mKiehq8JsQmn2ftWtRvDEN5b8lpavE45GnuClMtVIoRtYTg+7hOk/ij0x1&#10;DR4vGdSdTYzI52F0jbsrd2Miym4pJmbUKyKWopDFRqsh9AhVbcG/59yHsnJoYRLZ7YGDf6LKBqU+&#10;RUHT54H24Pn0DOYfcWHbvHlv92jiRRTwInPlg63AEjk8SpKKpxpAGnquvszurufs+orM/wDIbvST&#10;YG0paVS3x56PyrYXGSQFCZ8XuTeFPUDc25HrY0tUiWZKbW2mOFF4Jw8V1bFDVR1++cs2XkCsppai&#10;Rlx8ThtYVYXmMfCiwBHAHuVdp5G2yyMU+6XKvJqNdVCAaila6gD2iua/PqAuYvd3dt2jktuWLVoU&#10;rkqKswyAf5+np59F6qO6cbQYt9u9IbLx+wcZJIgWtxFCse4K9dLLrqcgKSOrnkklYu15WBa5tawC&#10;5qtxbY23TGPFUlCtOH9dQhgho4zGtl11UieFbfkC549iK43bb9uie326zAUD4wF0/tI00/Kvp1Hc&#10;Gycy7/dePul7KZmr2tqZvn21DYHDFB59B/SbM3fvetePNZDKz5GRJH+ynhyGQzFYkpaSQQYulZ6m&#10;RpGIsSESx+vtBZPsTLZIiLB0dfnnfxqTRI1Hj7W1a3qhEGmaL6EqACPzb2Qm/wB3vnVbOzmlHqoo&#10;gr82FW/ID1r0JrblrYNrTVud9BbnB/UAd/8Aecha8M6s4+fQxbT+L1NTI1bvfLYraFMXlljiro4c&#10;zuGQwuHXx44OaGk+4C6dEju6XP8AaA9sFRtPeGepmqs1nmw1OSwegx14IwCQQJalnEtS/Ivx+Pay&#10;Dlfcp2a63KYpGg+DNKmhrX4v+NdOS86ct7ZMLXadsSZyMu5Gfnp0kL9gx8uPQ37cy3WGxq6Gj29s&#10;WTctcZEK5/drff1FljvaloUgejoYxICyhRqB/PsXerOk+ssXDDlc4ybkzMkjORWyuYqQSR/5sUwl&#10;vIy2uWkBN/6fT2O9v5WtLWNZIIlnk46qUUHzAUYFOBDcfQdY3+7HvB7hyyzWOx25tNtAXuRiXahr&#10;UMeC4APn8+hyot/bs31kGo6rLRbMwNLEsNHQUNNIZK0IvkaaSsdY2iJkOlUhC8pcsRx7Nrtjb+w4&#10;o1bEY7F0zRakb7ajp4nJXgepY9Q+n1vf366ivbNqeAEU+YUL/wAdA6xYvfcHmu6lZd03md2LZDOx&#10;4mp4noO+zek90VIDT0+Ty1Jk4vuEnaqq6lAjr5EchnJi8qNza59hJvqnoYOwNsU9PEClW1Q9Q6Ay&#10;ufSha6s2lbgACwFvxz7ULYNewQNIg0trDGnqpzXyzQZr1kFyRzVMnJG6X9zOzNGQV1HtFDWgPH7f&#10;l0Vyn6Fzm4tudl7YnpabGCfw46goaShWkpqaOYTQLJK6RxSVRnWX94k6mI+o5uy7467ziZCj3LSq&#10;9RSNTPAadyUkjKMHD8XD6yfwPoPZGtpZbX4ccV4oRTQjhkknHr5in8+pA5S9zbPnGyuNuppu0AJA&#10;qTQUHrjNM5/zANsnH7B+KG38l07vPJUGJOX3U+Rxu6iD/DMzksnDFDNQ+OWQxY00ii5LFkN+fp7Y&#10;8TXUU0L+RgrUuqJ0YkOrBiGUxlrW1Aj6c+xfaFZ7cyqQ0Qxwz/h4ftx0ZX4u4ZvDYFWcV9Rn5449&#10;LzP7OyUc0FTj9FRQ10KVNLV0zpPRvAVUxSx1EIaNlkFmNiRc8e2vcGcDUrxQxoQzCOJGDLIG1Kh1&#10;eNSof1308kAfX2Wbpds8DwCOoUjTg4r/AJPX7On9ss6XCPLIw8zQ0GAfl0/7M68qKeqFVVSPHJHE&#10;7VREKtC+n9xtJLKzaUHH9Cfb3WYiDH4/HUFDTyK9Zo+8r6Jnjq6p3Bdo1f8AcdFsLWBA9gGGyM24&#10;Sz7lVIlkKKqmmB+OpqatxrwAx0LDuMkdsslnpZCKklQaH8gP516r52Tuio7O7d7M3r3DuP7PH9d1&#10;NbQbN2Put4v7p4Ghp6jwQ52XG5KVaGetjWBfomttZK2HvvHbeq4MgfHUQ4Slb1GkSVUqVW3DVN5W&#10;qZpPzcAnjj2qG2tfSarEH6citACQCODPxDE/OoHp0V7nzELeyKTspuSMs1aV9FAFAD9v5joRpsts&#10;vfuBE8G1dyd4VNI70qbiTDZLJ42OcSeX7THwQUtNhKOkKsFvGuoKfUfYx47arNEoNXNOkjo/mSV5&#10;JXbSv1YNpCf4W1Dm/syg2RYUZZ5NDVrWgqf5cPlwHl1DO9c//TTlEZWIrjNB/P8A1U6Zdv8AWabg&#10;krayr2Bjdl1KUs9PTQ5XFUNDFHAulorUkiSzSzsCQCAOSL+1WuDpokKsI3kVQTriDPxYNfUCefzf&#10;2vWyjOkFj4f5fl5dAiXn5HejxtSvGp/yf5+n6k+MG966M5TGZ6anp5iWgp6COiooRGEKCn8wMZpg&#10;3A/TwOLD2lM5t6kKVXio4pxMoDgVU1LIqkqWVTEwGo6uBbn/AA9mbQR3VubaWpX0qRj8uhTsXNxu&#10;JkWLBU1rpqM+pr04jZu7tsUtL/ebdWSwsdJPHR0tNLiaXcFHVMqTFHaWSCoDRkpcchrN/rH2Fskl&#10;Nhp9DTtQU0xZajFZs+ehqdLAaY6iW4hd72F7m59pbjbbe3hCpdmFWXgaEfk3aftz1JMBuN0cMY/E&#10;lBFGiPcD81GkkfYa9LSswk25dstVLi6HLZCOCV8RvPYUa4PcWLbkNLUYuhS9VDA6g6QQQAfySfYB&#10;9w9w9PbCqKd9y7pwOz6d/HM1fUbixsa0s6WceWgqamEeBbXDKTcfQcGwW3DmHY9nKQbhuMYFMSeI&#10;gYN6GOtafZUn06lrlP245q5hgkmisZrha/B4bKNPDEhpn5E/n0Yr4wddfJncW2cy2E29V9iVtDS1&#10;FP8Abbi23VYlM3j5j+5ENxmgZUrZEUR6ZNYIPJHsmHcH84P4rde4Go2/jt7ZHsbMw+h6nZ8QEUsq&#10;hyn+5GpeOmVBYKSL2PuONw92Nk2y5mbbppJ88Y6Kp+fcRT7Cfn5jqT9l+6ZzBvEy3W5Jb2ttSlHH&#10;iN68OBOeGsHoaegv5WfyHpu1ajuDJpsLpvEZUtI+wMrW1G7q6hVvC0ohiwynHKJ5tbBTUoR+VBPu&#10;rzsb+ePuCrWSk616xloru3irc5uaqq5mjVWEbPT4+ioVIN7gGVvp+fafcfvIb/LGlvtm0xJoFNTy&#10;MzfsCoD/AKsekhbP9ybkyKQz79u73AbJSOJIhxGDUyEj51H2dXV7W+O1BiY4Bn9y1WblhjCaKfGU&#10;uNo+GUqsUck+TmWMKCAPIp59kV7A/mc/LzfOpT2LXbTopmA+2wZTGNGCSR/lGk1jcN/qybfT3G+5&#10;e6/uFugbxeZJ4ojXsjpGPtqoDE+hJPU0bD93H2d2ChtuSrOSUU75FEpIHl3grT1AA6Gah2HtLHoE&#10;p8JRlfoVqFarQ/1vFUtLCCfzZR7L7/s2HyR16/8ATr2Hr/iX8T1f3szN/vvB4PPf7r6eD0/0tx7C&#10;X9ZeZa1/f93XXq/tn+OlNXxcaY6kf+oXI1NP9Utt0+F4dPAip4da6Ph+HV3U4Vz04f3W21bT/d7B&#10;6fH4bfwjHW8Xk8vjt9tbx+T1afpfn6+//9LWITuXIV1TFLlsnWVgUhWeVg8gj+pSMuh02vx7HKXD&#10;1DO/A9EX0sDNVk4/M/4ePW/vpABFuDe/+x+vsc2+TO2YdlvtWngz0qTrGZElzGijEy2Pk+yFKYyw&#10;IPFx7NDulmLFrSGKYuxqSZMD7F00z0Grnlbam3Ibqlqv1y1o5HdniCfOnlX59YDAxqBNrjAClbCB&#10;PIR+P3iS/H9Pp7S+J7RoNw08OCraunTGiWNjBVlYEhFmIKVFrREk/UC349lkcqhqNUxk5zQ/tp/k&#10;6O7Zb1I0tzOBDWoqaAdZwALf1H5P1P8AiT/U+zTda9ddN7wgrKOCpFXXSUcMJkiygqIsbKz3knjm&#10;EAhDMpIGvgWufY32Tadp3eK6it7CQ3OkZLk0+ddNPy6DfNm532xLZGG5hfxDXifyGOmnJ1NbRos8&#10;KLLDGXaYBSX0gekKqhmPP9AT7n9j7E6G2NtyqxGPwe4s1vhlenFTLm6IU9LJOv8AkddJDQpIJIXU&#10;3VWKiw5t7Ktw27b7EPAviPdA0oXFB88DP7R1HtjunuZeb2Ljc7mzi5eB1ALE5dh/CGZhn07esONq&#10;K+uaOsc0QoZIg8SpT1MdUW9SsJDPIrDQw/MY9gHsjqCfctdoyMv2FE0crCoo3jrHhkBUosyRu+lS&#10;CQbn/W9q9h5Tn3W4aO7Hh2wjNCvcVIBNSASwHqT0M9z5wt7KFfBGuVW+E4rXGa/y9T08SSCFAxBc&#10;3VQoK6muwXi+kGwNz/h7X+M+JG9cpj8xuBsrtnG7dx8siUVfkMvSRVGWCyMtsfRtKKiUqvJ9Fr35&#10;9om5bukmlhkuYBEpIDGRaNnFKGv8uiO892dgt9xs9h+murjdpRUrFBI4jFK1kcLpRfmT/h6b58vS&#10;wVMVHoqpp5bErBSzSrChuBJNKFESJcEfU+3VvhF2vVUWNyeCgjzeOyUvjSsoIZZ0hAj8jSOB+pVH&#10;Fvrc/T2o3Pla826CK5ininRx/oZJIFK5qB0/F7tci2+5ybVu2/wWt6oysrqvmBUZ6a/75YBamspJ&#10;6z7aoov87FOjIxGt47oOb8p+bH2C2W6R7AwdZPRjFVf3lPK8X2ZSSLIyCMkvUx0pYTCmX667Wt7D&#10;9tZ3szhYUfxT+Hzx5gcaY49CePm7lm+eu37mk0J4OlGQ/LWpK1rila9KQTRlBKHUxkA69Q08gEf6&#10;97+0Qdw7t27VMjV9fFNRTaPXPKwilT06NRLqNP8AS3HtM6zwzK7vWRD61I+Xy6FEc0rQr4ZZEYVr&#10;1kIBFvwfalpu7N4xyRvUVSztCV9RJiaQjkmQxhQxawvcc29mD7xLJQShSPsA6et72/tCGgv5VI9G&#10;P+c/s6xmCE/WNOf9pHsUsF8ma+JwmWpVnDqFIkJdAQt2KlVvYj/C/vwurOTUG7X6FW2+4HMlixMs&#10;guOAAb5cKAdRpcdTSD0p4muTqjsDf8E/6x9i9j+xOst6UyfxmlxBM0TiVZ3ido2JUMPE0cci6wf6&#10;3497uY7dIVkFwtM16Gthz/tO70tt42cJIaVOmqmvqCP8BHUf7OqpwWgqXlK8rFLwG+vF72F/bdnO&#10;husN1QR1OBro8MajVLEadtVM8enStoqmXQQG4sv9PbIsmeCOdY2KtwNCBT7fmOlE+w8jb29Nu3KO&#10;C6qQQrCoI49hIAHyqacM9YRkquEgVdKUPFyl2H15+n4PsvG8fi7uvDlqvCvHnIVZnU0iCKoMf5YU&#10;4kKv/sD7StE65HDoObr7c7tagvYyC6g8ivEj/B/PqfDkKWbgSaW/KuCpH+3AB9l8yWK3Rtl2SfH5&#10;OCqV2UJVLPTOFva2mTShT+liR70GkTIU9AC52yW2kZLq3aOUH4WwepoIPINx/Uc+8LZGpuoqlh8h&#10;sTIJPDIrEcqSFZGKn6kn3vXrILdJGhABoWp6eXXvb7hdy5jA1kFfh8jPSVsDao6ijqpIahPTYpqh&#10;ceUEHnkH27Ddz2UyXdnO0d0vwuuCp9QRQ/z6Q3dja3sL211bJJC4yHGofsqB10yhgQfofY5YTuym&#10;yCwU28cYJ59RebP4tlpsqL3Z5a2gZFoa6S/6mHgdvqWJ+uansx9+73X9s5LLbuYLht85ZjUIYp3I&#10;kVBQfpyaWoVpVe0cTXyHUA85/d55Z5g+pudjK2G4sKjSP0mb1ZfKvywOuOkr+k8Dm3+w/wAPr7Nh&#10;sCrpMhTLXbcy9JuSjCx1E32Dhq2gS4YLk8YW+7om/Goq0RINnPvqr7Y/ed9qve7boTsm8xWnMBWr&#10;2dxIqTAnB0atPijz7B+XWBXuv7S82cnySPuW1u23gkCZATGfzHD1z1wE6X0teNr2Ak9Gr/FCeGH+&#10;tz7FXI5KoeNYpJBo0mRFBJ06xYXuBb3Ldpaxa9aLmv7eserSzhRtSDNaE+vWb2GGQq5VnkT/AFje&#10;544+oP8AX2MLaJWQE9Da1gQxg0697y4rIkPpezLqHpv9Tf6m/wDvPtu9texiozTpu+swQCnHr3tK&#10;VIjh3Tlts5FaXHbTaLGZSnr8m1QuKOWyE6RIk4jpWnH2s1OyqaQTyQJKWKWuy/P197rk/b+RPebm&#10;LZ9ptjBsMyw3SA8AZ1BkVcA6Fl1KlK0Win4KnqP92/mu55r9tdr3HcpRLuduz270+IrAaRlsnJQg&#10;n51P4uoVa7QxtPHDJPMkUvjih0eWSwEhjTyskJL6BYMy3Itfn267hqtuYHLJgKuKlyjR1NdUUFfi&#10;7VERSZhWRxtWPS0aVRpZplkSoWNVdZZblj9MZ38G1leCocDzANATxGck08xjqfPEe7UPChWvkeOO&#10;PTfjnqKyCnr2jqaV6qCBnoq6NIaiCUG8wKQy1CQeSI6WQu9iii9+SsNxZxex5Xk3jkYq1cbh/saO&#10;XOvJTmupKV6N0oIquihQeallphKgJRV/SGZiQyq9vJdymFzdS62CaRXgAKU+2lBQHGT0ltrKPbUc&#10;WsYUyyampnJGkmnljz49MeE2thtmQNRbcwi4+kyOVkqKumxEcaU0dTXTVFVV5GZJ6nXGGeQ63Rnk&#10;Z5L6ALaUHQ4LH5vcGLrpM8Ew33VFDV4iKRKeJqOXIxRyCiqsfJGmPoMkIAWQKAQ4a2r1BG8YlmVm&#10;lrDgUoBT7CP8Hn0YTKqLplTVVakeo9OlDVtNBR1LU0R+4Smq5IH/AM9aYR6oi6NwbShT/sLfn2N2&#10;9uhNr7O23RUW18ZSY2jh3HuXNYqXCr9qlVj81VUubkx1dLTSUwp56KqrwBrSYNBApve5R+XbVtQK&#10;5BZipH4gaEgjyoTUfZ0TrvX1L+CkAXwkAbyoSxyPlin59BR132HPuqump62UR1mOw+Np81jZonpp&#10;KfMJXZajqK+kkcLDU0NbFR6gUYhWbSbFWAVm295bUwu29vbP3PtDGbzwm1srS7swVFLNWR1uGz6f&#10;uNVUlRRMY3p66SoIaAK8MqTMCTqJCmC4W3VYmiDwq2pUqRQ4rkEcacOqCC5muGuLedllaIxmmRpO&#10;QQD+IVND8+kj2H0pkt1bjy++Nn79zfXG6s7tmo2Xm8piqLFZShzW3NdT9utfi8rE6xZPGSTO1NVR&#10;tFNCXYElfSTQde7k2buWOs2tmNo4ukrMkJ6enmoaJKGowuJedMlj6J0iiiR6WmE/iibxoxWEBy7X&#10;JvYKtxIYprZASTSmCgNTTyU5PGmr1PQZ3zb77axHvW23sguI4/1FLMRJpJrXi1aDgDpHkOiv9y7A&#10;7V2BV4jsXaPb25a3D7Vipq3I7XzldHkMRunOrjTgcjloJvEuUp8vX6Gmlieonp0nctBFGpsADxG3&#10;cZ1DvzcVX1ttpWzETZOkyG4fNPlKmOinngklq6fH0sFRSxU6tMwVmikaMAglrkH0Eq2kxFpHpatC&#10;QcfOgpXh8+jxL643rbrKa9u2IcAlc0yOBrnHyp+zoxeZx+J7r6wwsHa9TDSbe3KMLkZdr6xiKbIV&#10;1M0lVRYWuyNdUUuRrJFrIY39DUyySIttN/c+feG/81Vy5CTIz5qpo5JMZWRaZqvGyNWGKrp1SOBF&#10;NQzNECWWMMV9R0g6AqvLy9uSss0jTBRTNKeZPE+pPVIdvtLCFIYIVjQ5JBzwpqNST5fy6e8N1t1T&#10;s7HQYDFYHEbRx8ynJUrUy02PqKdKONKOVTNN5ZqRYoZxEgkYqAxQXKXAzbl37HhOkJI90Y4V24ae&#10;ZYDi8NRpNX4inzdNJT4zJ5inQyy0kUhVoUcJdiNQXSjMFZuJV2x9UXdEy1Awe6oDMDQg8Rw/w9EN&#10;xHTfrM28wkjkjaprgkEVVD50/F6HB49E42p1RLlPmTkd2bGzNTBsSq2vj1rsllq2rfGZ3L4HNVdb&#10;lsDtSRAgr5aSokgq69CpSBpApchyoLvhcRhdvUlU+YpSseepZIft6qWH7vC10tZEJ6mlQFH+4nop&#10;JovFKAHUgj6H2ig8FI5DJESzA6akjQ1QC1PMadYof4gfLo9Ik8QSJcEQVyABkfI16PbnazMbjrsY&#10;Nv5UUsu38lHXVBp40nx26KGLGVlsZXTOJf8AJUyq0tS0sLF0EWg8O3vBLk56un/u/tTbNVR42Kuk&#10;heslLVeTNGxMSVMhp0mho6VHlXSpVwzXQW49pVjmh7JaadXDzoSM/Zn+XRjc3KTYiU+GF+L1Pp9v&#10;UunxjUFb/eLdm5KebKT0lOkFGGipcNDViCWWSCjWplFbUzMEYep10RLqsPak2XsjrE029Mnht0Uu&#10;d3pic+k2fxFN9xPn8PgocqKTNLjRO5pvumi/ziCInxHQGC6m9ni7VHJDdXVlcRzyQy1kjB70jrpJ&#10;0kV9VOmho3pUEhvN/Fg6W1zazxF1CxyMhEbSLU6Q2AQfXgeHn0D+6exuzU3xtHDT7GbHbEzm2K+L&#10;B7xq8lRVO2a/sCowor8DjNxUNGrZiixDHyRwSsyLJUKDbWUHsIt07ZXdnzD2LtyloJKjE7tzeAbK&#10;7moqZ8fEMZRU7LRLWY2F3pqKryGOip0mUnS1Q/ptce22sBPzltdjlbaaeFWIUKdBKKp0gAKxWlQA&#10;AGrjpNtt4y8ibluZbVdRW87KrOZDqUMxGs/EoZSAf4adOeR31kepviTurf8Ak8YaXMbI673RuDIY&#10;ubI1+4qekzFDTV1ZloIsrX+PI5PDUWX84p5ZdMrUSISAePZj9+4hqbIZFWj0NHPPwFIsdViOeeGB&#10;H+t7km/DdzE5/wAwANfnUVP2jqM9vnDF1X4eP2UAx+Qp1l6s3DHmNuYGsjkeRK2goZwXYcLNTxyr&#10;pGlCFIk/x5vyfZXNzQslRMSpIYt+CTf8/wCwHsNyjBI6F1nKXjU1yAOjHY9g0S2N7RoP94+vsD9x&#10;RD1Hi2o8f64+hIHHssfTqo2Ca/y6NomJOfTp+T9I/wBj/vZ9hDlqcCRvwOdIIvzbn1fX2UPXVkY6&#10;MLYg1Fc065ew2zENrkgBj+oX9X1uAV/wP5+vurDgCany6UEGhrx697DfJQB2UKBr1BUUm3kYnSET&#10;8aizAfj6+6yCozgdUVavXr3u6HrDYuO6u6927tahSOapFGtflKjSI5MhnKomXI1ckalrRGoXTHcj&#10;TBHGpBtc9vPZT25sfbXkLZ+W7RB9UF8a5en9pdTBTI1fOgCxKDWkcaDy6et5zKohVAJPl0AORrJs&#10;3mK6rmmKxRyPBFYgiGjiKCLwqP7Tvdm+vqkaxt7W+SyUdLjpI438lQ8MmpkkJYsVJIABsFDfQfS3&#10;uX7e1aWcM4ooI4/5+hly9sLyzrPLD2ggmvXDHYp6vJrLPDpgjZfGGXggA2B/xf6/659hFuHfopKW&#10;SkiaSefQwdKYSynyyMix+WONWIAPqC8GS9hf2J7fbbdZWnmNdIB0qCzU+QHn1KNqIo5SQT8vl0It&#10;Btqm+4FWysGNtKMASlrcD/D2Ex3BkJ1eeomlolf9zVKHE0yy/SCOIgqyAi5ZmVdaf2yLFdNdwyIi&#10;Qq0UYYgOQKg6cUFGVjU8CQMcSKqRTDPKV0ajT1HSr8KA2sTxcWA4P4948dDI1f5FlmmhMwqBpmlE&#10;RYPrBcqArOVNjdLhifpewCqbI67kJXaV4mkD/EQKg1BbzY+pI1EliGFQFWRwRNTUe759cXT0BWPB&#10;4Nx+CSvIPB49jvjJPvKFA6/vaC4U8uwkaJ39VgTeRAAPoPZvNGYpA9TQ8fljhSp9ejC3RY1Ra1IJ&#10;p+fSMrIxTysyMgRpFZ9MYT9F7XtwSdR+v09qGgw7+SUoCNf2olf1LqEa1Kqo/Iu9/wDYD/H2Xz3i&#10;9rMw1Gv+To1QLTjQmn8hTpmr8pCIxdr6Y5Uj02YrZoVJIBPB8f1/x9q6roEpMTIWZhIqWD2s+pzY&#10;OBfSioT9TYAD2TR3LzXOkZ6q9zGrBQav0jqXJzZDMaFUsjuCSGVlCr9VLKD6iBwADz7BvJVcdJkZ&#10;JoEKqvqEsrhFH45CF5HMhPAUMT+BwfY4tUaW2SN3BJ8hX/DSg/Ppkz01Gh1H9g6F6igkkpE+4Ks0&#10;gGuyuL2sByyKo4t9T7m4rcs8YaaWZVUk6kVCLAXsFZjqBuf6C/tPdbZE2kInl/q4dXUyNQ+Z6iVu&#10;CpKldHhSxF7sgY8ENfglSbrf2M+z9+UsEtO0qxKAYSsjzT6lOoLrGiRFB5+hB+nsCb5y1JOjhK8D&#10;wH+x0YQhmXvHQFdidYzZqhrI46iZlnhqoWh+1pjC9PJESYZlkhlZkGg/kDn2f7E5X+8+2aWilCVF&#10;PlsctVRzkawjCMP4wT6ZkaUNa/NmI9433m3jaN5uLqOqTxSFXHCowK/bTpBe2gtZEu1bHp5Ada22&#10;/etKLorvPJ9l4Sd8NXbS3cMZurA6I4YsthauZIjWhopImgysFE9KrMi2Zolaw1H3W92h1T/oz3pX&#10;dgbfiqEw2WqY4NwYtVTxwzwCFIaszSzwinajpgGS3Eial0swT3PPKu5wbt40k0p/eckaCQagVmC0&#10;WOTvICNCgKnQwBQsWV30aWYGS3uBdW4BVhQj7f8AVXrYn+O3eeM7n2XQ7fymQoKvc0WHSupa6nqk&#10;lXM0DPLDDW06EeSRiE0yDSGQsCQDey0ptv4fe+3kyGN8CZR4vOtVEVK18SopRXIOgmSNgVcXB/1v&#10;ar98Xez3oWSQttzcM1Cg/iBGMjP2dKtz223v4HeA0n01xwP+z1IyO88517us0eU88u1apoESnP8A&#10;ncVUTSO4kRl1SNCXB1K39fYD5xqujyT49I2iipnaGYCMsdapIZGZTYcSJb/kfuSLAwT2sVyWBZxU&#10;Z/1VP2dRneo0UrqwyvRjcO1LXY+myIKua2FKiAgq2mGWzxaW5ASRCGt9R/sPcjbNPSlnq4Tc1NXM&#10;4aSCSnlcoul10VCRSrFDIhsdOlibi4IJRXlwZUGkNp9CCCKGnAgH/OKHh0ZWaNGgpx6jZiSYxGAr&#10;+lQJFBDFFvr9Nvy6Nz/gPbvlatYqerqaZkfxh2nvII0Eq/p1yFGCD03ueLAn6A+2bcUZPEHb5fZ5&#10;8acP9VOlN1KLa2kuJXAQcamnUHGxmR4xUAiMlRBf6mFjaM24/N+Px7SkGMqa+i+4qmSnhqWkRqZh&#10;5Hr4p4/3D6rEREsA1xypt9G9mMt5Az+BHHrjxnyI/wBn59QXzhzxDfx3G1WChoyNJYHHHpQS1tPB&#10;MkEIMhQ31LYLG0TDhiQb3t75pRPjY6qVzcSqugs2lVCyOpC/01WJP/BfbpmNwyIPKn+TqH75w5Cs&#10;MV6ziojqXjW93RArgrrVmZf6XAIN/pf249ddpwbK3XBR1ORiGGzlZR0mXima8NOZZRDHkFbVaKWl&#10;RmZ/9XEri44Psl5t2Wz3fbZCdC7nAhMeck0JEbfNtJC/Onz6GnJ+43O2ywRyEi0kYKx+Rr/gPQYd&#10;2dYU3Ye0KqaGhD7mwVBXVmAmhbxzPIsZnqMSQOZqXLGEJYkmOYqw4uCczdsk0FHULTr5HaIszuDd&#10;kZBcqykqXYm5P09w/sqpJLGZGxXh1N9vD4o1sarxH5+f59Ed6mpqTJZClmrpvGqzMkChjrFUk1rS&#10;K0CaY4Q1lFwfT7KRu2Qq9QaiEiNhdwLguosBGrDlX1G4P+HuaNpUUj8Nu7rXhyEkBKr1YVtlUFPE&#10;Y5dbBLox5IsbNf8A23sSfhFlKnB/KDb9HGx8G49ubp29IXmAWdGw/wDHKaNFsqyTff4KIBT9AT7B&#10;v3g7JL/2pu7nPiWt1DJj8I1eGzH5ASHrCH79fK0O+eyu8TvAXexu7a4Wg4FZBExP9Hw5XDfI9Iv5&#10;H5EYjqarz3l8MuCz+16zz8aYlq85R4aVnJI0qYcow/4MR7uWzuKNRI8elRNZ1jnYn12i/aDgEBGH&#10;i455Zr+8IttuvBRGA/TFKqPL7Pl/kHXz/b/tJj1MqY+Q4Cv+QdRer95w5LF01QZU9cUflQSK5DhI&#10;0b9JII1tf/WHsu+6dqzpvKWtAWaOCkgpTRiGYa0Hihc+aObhBeXVqUktpIYAMryNte6CTZVhLaUY&#10;sSTQ5rUU8uA+fHFDnotspBFthtVBSTxC4fB0tVqYIrVahh3eooKk9D1SVsVRSJKrXD2Yf1F1QkHn&#10;kge3TpzrzPYbbVNtd9zVOSfE5OOhqMzXY2GWvrsSI1ngVpVyFbU/a09O8dMkkzLUFoNTBtSv7Bc0&#10;42m2toryR7qWOIlZJCasS7EBsnUyqQoJJYgAsWOrWh5w3Patz3ifeBtgiinQOIEc+GrUIooMaqhJ&#10;BeiAAM9FAXrjWZBIdTEB9cVwDa17qQP8Tx7fM71lRYnNbixu74sZvba9Tuui3bs+bcFBRV9ZtOvo&#10;1oa2jix0hxNKcemJzUBqKWqSomqLzSRlkQ6CRbZFLvluJb91luIrpZow4B0upqmlVC0MZUFWYsxq&#10;akAKqobXmCWO12+95fMljuwsmtbnwWZRcK1Vd3qz6jNGRHKhAjAUaVrkYaKrNbFHKS0c0YuyIRpc&#10;3NgRwSNPtzi2RRzOnhp6SCknaWRKyGGJ3aWQqUqPO91E8d1QML+hdJHPAvffp4k75WMwwVJNBTyx&#10;5dBx9zuUUa3YyAAFTSlB5KAMDzAPmT3dTvuCByef6C3/ABv3gz3XUeRzGOgbObop6T+Hg5HDYDLx&#10;UFNnKySoonhrdwtTJU12TSSnoamGSMP9vJTyOXUlIZYQ3LdC9aC7kvGjkgYlVBoBVlNRRUNVClFG&#10;oIBJIShfQVMNq342dhdk7TaPMzgpJNGztEmlgVhXEaUYq4OjWHSqkjtfEKgMgZiFYm3Nr/T6ce1T&#10;PiBk5KVaigqKIUjNUSSRLSssMqNEZoJHpaqoikqRKzE6PLGf1KWHtZbbg9tGypMHaQUyTwNaEVyB&#10;ThWh8jnosW6kj8RS/iMe2ufTDCoBzSvcA2cqD1wEzRglXGpgRawv+f8Ae/bU+x8JudclBmcVR5Tb&#10;tXHUUlXT5eCKbH1YaAhqOakqI2pZvvIQylW4YXFre3twvi1mLGbS5kXS8ZUOrIwIYOp4pQ0YMCpB&#10;owNadOjdL/bp7ebbrqSLcEdWRkJVkKkHUGBqpFMEZWtVIYA9ZWnKFRqvIdN7HkBvqbH8L7TTbYpq&#10;esqKlS+MNIYIKOgr4aqYSmlgNCkwqa6aTK1/oWFI6iZyJowGaRzcAytNwYWkFpFWaMLQvXP54oTS&#10;uog5r+fS2aaWaJIHpKXoWaMqFWp1FCigRoARUxqihSR2qOOQVIAsDcknVpt6fV+R/j7hbhy2Six1&#10;eaXCp/GhRy1dPR+R6WSqnhjVkpS9efEaipkgBSVgEQSc2UcLILRBrlhm8WIVABNFLUxUqCQOC8GO&#10;MV6YtuXbae6toJ7pxYMxBZhrVAzVrpGmqrUnQKVOagnrMshBBvqH5t/vI/1/ZO+6XyNVh87Rw712&#10;119uKrxeLok3TW0WLo83JQ0AqayXCY7J7q3RiKHCiSTLSotZTVJkhjlk01CsdUZVzTZhtqv9wtOY&#10;ots3QR0Eh0GQrHqkVVZpIQNTOwjkUoUVnqVl0sk3e3lhDbbltlzPy9e7ps8Vw7i3jMssQdyqpMyW&#10;9tK8xHgiUxSRgOwT9PQGUy1YMLj3Xxnt17Q2TV5HZe599ZXofYtfTRVO09zYer7U3BJueukxdUuT&#10;rqbH0O7a/ZgpcRV1Qo46ihlqaaqqIaZ01RRGdoR3yTZOVri52O85hk5e2W4Ia2uY33GR52a3YO5R&#10;ZTbhIHYAGITGSVYWQNGC4yq23lnmHmSKw5l2XlqDmjmeFmW6glXbLcWy+MmiNpJLVbrVKg8UrMsb&#10;xx+MCQzrF1y9lb7n6JpNpUOM3DgO4Nn5LrXMRVFR1Ps+szGdr2MeWyG3HyFHNImLfaeAaeolqa+r&#10;methpTNSSRPIJwY0h7nvkOz2O1tL/bOdrCflqVCNvt2leRtEkkRZS2nwIQSZJGYyIpZaGhJ0zb7e&#10;e5Fxv9zdbbunIG4R85Qsg3S5WGFKGJLhY2B8UXcwoIoY1ELSBJFcL4YDP72ar+WlkKgfJKr3DuSi&#10;2jNj5sDueHY9NRZTa1HFgEh3Jkd55Osw2EpqvK12DTHR0tXNDK6KtLR1Uk8cklMBUJX2uljvOaZZ&#10;94itFtTayJap+iI7cNM0z+DF4vixCplaMpXQJWGoxMXjjD7ztiie2FrtmyT3wv1uLdrxpI7lmmY2&#10;0VrGssxVElZh4Ucik6mePw2SO4BXpvyiCWhnhMgjEyrEWK61PldI9DIPU4fVaw5P+P097I1LM1G+&#10;6JafGU+GapzGWz88c0dCo+8raqoylc1OKDHUUsj1lRLLNNJPrczzyOzuTf3klZ7Pa2aWkNvceJHI&#10;+ohFCqWcKCSBg1YatVNbHJPEdcyruW5updvNxM8s6W8cFNTkFUVUSpd3+FQFFCF0JGFVaUKKgpYB&#10;FRiKpepRKeKCN1REVoVC+Esv7mmyoCANBX8i4I9o7Hzx1T1qUiS1opw9VKkbUy6tSPNGrz1AhVYD&#10;LC0Y9fkEjLoBNwRdextF4JldV19o1AkcaEUFc5r6UBr0tvEeNIkmcKaaR+VB/Mnp1liRSgkcLa0Y&#10;uhP+1D/ob3KGQqFWoxk1RHUz1McsrSPW6VheSKMVAjR1MZR4mMek6XI4490NtGWhvEQoiEADTxHE&#10;V86givp0nltdKi5jUiJTQVFMHFP9Xp1kjCAgp9AeBxc/7b2jq1czSVppKeWP7CnopJk1hHgqDVyH&#10;xVGjxuHnUSBLuNKsv0Ps7geyntzLKv8AjLvTBoRpAx8geP59FMjweG0zgltZFcgihpSvoePT1GUd&#10;dbIVZr8EC4twP6f09utHQRVdNTUctDHJV/bxZShSoqnhq55JNdE9NTvHKtPHHH4GK+NFkRLcm3sv&#10;mnkgkmkimKw6tD0WqjOsE1FSTqFamlek7zmshXEVdJFO0UoftNeHEZ64FhGxNyB9Tx/vuPYT5faY&#10;2/V0E1ZXLR+Sqdc1Ww8VPg0gMuLikq9c0bv6nchE1SFVvyFGljvB3O3uIreEyAKPBByobyL9tAR5&#10;DPDPzPE3A36SQmNnBH6ak/i9Xx5cRSvDPU2OYufoSCD/AEv/ALwPaLxdNSLmXjRabH7a3F5IIZZp&#10;AKSklgBrYYYq7L10sxkjYrAFC3LSsBqAJc6uZZ/oIydUu6WxFafEVbtLFI10n8RrWoABIFenrppH&#10;tEkkBk3K2AJ0juYN2a/DRdJwDnBUDOesrN6b2Y25sBduOfp/U29mQp9yNicJh8tIK/KYuhgqP4gi&#10;UXggx5RtNNSzTx64qiWrkgBICgqg5WwFowfavq7+9sVMMF47roqxLPjuZQQKAA8f59BaXbWlFzHq&#10;RJ9QoGJ7sCpGDj09c04HpreJGqZIy8SyOFZEZwHkUDllj+pC359wKXsn+8lDXxNWQ0qUM4q2ppa6&#10;nQtRSJSssWNkqHMtRUxPOl4xYXDMDawZ+blf913NvJHGz+INAYLwYE5eg7VIByfkOOekn7omtpUL&#10;q1TFQEA4IbJOO0NmhpXPr1n+1VTGQpZgoBI+gNrH2Ee5Ia/I7oxOfSVadcdHl6tqCKaVEqWrRhxH&#10;XwiepaGBsfFToqxuguZpAt729iG0tEjZI2umMSxshQiqsSQQTSncpBCsKkBjw8xdtc8EG13ln4QL&#10;zPCokYKSgXxapXSGIfWW1ahQqMHqWqekWJH+w5/3v6+xRym6hS/wvcGLMEwVadsli4Z8fR009Ppi&#10;OT+zWrIjqIat2InUIzxk6kXgeyi02hpmutruy6tVtEhEjMGPwaitaafw1IBGCeiS2t2Zpba5Ok8Q&#10;xDk4OK6fP0rinUIU943hddWp9Qe3qHq/N/zb2n92Z6omhgqpa+sd6/blPE1Dh9NHQrk1qKiup5Vy&#10;LUtOz1kMleqmNxICVQKNbPdXs+1iKedQgEcdwaGQh2CUCudB1YYLQGooKnpXbqpV7cIg0zsdTsxb&#10;QVVCrIK9p01BrnUQx0005qaBIlZBc/uuxL21c3/Tb3I6J3HmctVVlBuOtrsLQmpyH8PwFVJK2RWr&#10;hrK2gqM/XVdLl6imysVTRurU9BPBJHTLHHIEil1Ioe502qUXce6wwx+EhCooUVOgyCoZXZRHKrBg&#10;KagCpchwVQj58sbC2t44tsgjurpkjaS5UKVVfDjZYI0aNCjI2JJRJqlIKEsgBbnMgA1gG9rcf6/+&#10;P+v7E6r2G+4ux9qZePIVTbX27LJNk8BRTvSUeeycuSwmSwmXqovtYcnDWbbyWGimpWpqsU7tVTpP&#10;HJYEAjcVuXtoZJtwkiRUYeCKGOQs0bqzmhbVEYuyhWqu4YUNOgdt24ptOwbxt30afvO5KrHOVrLb&#10;xeHNHPEh1GNluUm0SaotS+FG0TISyni89oGdbF1BKqfyRyt/+QvYlbx259jDh6ageFaRVqWauZw1&#10;XNWGU6T9tBKkWtadgGCiNHb6/ge3di3Rp5LuS4U+NUUX8IX0qakiuckkDh0FzbIhL6KxniD5j/V5&#10;/n1GoK01AlEihJUYBkX6XsSSL86Sf6+2BsHHlMbKXYPVRUxdmrWRHaKEiNdDqzKhCj6sRa3Jvf2Z&#10;ruJsriMAfos9O35+vr0ltw0Eg8IACuaenU0yFWueQfx/rf8AI/aU2ltaOhECPdszJFSU8FeCrPk3&#10;SJBBVV8FMr0klOHpppI419BMjeNtIIZZuG5M9D4uqFVo+o91KkkYC9xr8VBSlNIqehLut2bw3FY9&#10;MAdiq1qsZJJZFBJatCuo+ipWtR100hWxJ/P0te/BNuP8B7Eb+6MtDBH95DTxPDABHOS0K1QKv438&#10;soZg8jOFCEMePU17n2RLvSTMfBmZozinHT5cPQevQZuoWJYqWCswP2DrHHWRTEmJw4VwjDgEEmx4&#10;PJ9g9nUkw32sdBHFFR0FNTUlNCsUa0iUwpkaKnhNM4iiMQlVQgUaQVIABsBls6QzxGIjJr8qUJHp&#10;wNOje0AvWla/YtcyszEk1YsSe41ySaEk16lg3F/cPH7kjirY1qJ55GZ6g0wh851QnyCS8gk9IDP/&#10;AEYH/D2tn2xng/RRQgpq+R8vt69dbO5t5TAoUAAMTTj5Y86/6q9d+5dLkaWpqVoDDSiiJaWapmlk&#10;ExkMoMX7X2xB0FiuryrYtcX5slntLmFGkUnXppQfZ/l6TzWU0UBulkk+qIoqgLSlKGp1AgHGNJr6&#10;9e9qfJZCikegSlzVfjqOGb+KZNqd6dqKehxVRS1tXTZlaujqZmoKyGG0phWGQI0gDavV7DF1Yzyw&#10;PLOTEySJQghTxqAC4oFalH+XmvHovsLe6UXrTbZDNPInhRh/E1rJIGRXi0Oq60Yhl1h11BKrih6I&#10;BIJ/F/8AefYTdjQ7hyU9FX7azEuLp8PuM5LJY2kv4t44yHH19DXbfYyI8lIxFYtbSuYmU1dHDG5j&#10;ieR0OBZ3tNnubO5Xx4JFeRJKaXiaORDGzj4e+RJgwqdcQUUDVA55Om2iz+ttN62pbiW5tPDjdqj6&#10;SQvHJHcUqC69jQyqHUiGaR1DOiI3fuFSYifGVD1VdUUElFW4s1cGRpaSVVqKnHTR4zMJU1EVTWUc&#10;M8FcFiiWRlqWiRh42ERlY3j3WO4nTbEgY3Fc9rBaALWpK6ScrRAwNCQoKxnpVc7hFeRLFbQy/UpP&#10;oaN3BKJIC8JVSFcgpVnoGiBZaOPFCD3tDVu5oRNkaeN40pZ5KmVPC037s0k1TUTz1AbVB9zLPOXk&#10;dRd3c3JFgB5ZbJ4McMkcVJKVIx8uGK0+3oSQbLKbewldWaZUUEmmAqqoVcA6VCgBeAUDiak+9p45&#10;56Sjq52dEpViREafU0SVMkjNTxPGJYFkaSX9IVlLMwGq5A9rbuzjIqZFSSh7jkZwcVHqBSor5dG8&#10;e1pcXNvCoZpySSFwSumjEGhpQeoYUyVIqOve+8PVQZKGSomApZ5Kqtl+3ljrERpjO4idFqayulhh&#10;aM+hQ4QXuFjU6FbNvJYKYqlgGOa1xUgUyRSlKUoCMgDh17c7V7SdIYCHgEaDUCpwFFQSqRhmqMtp&#10;qTxZjUn3tR4Kemhimny2KhyVM4lKRyrLHGztoHkVgwkQqqDSwbhueb+025W8s2iC0uzC4wSpyOiP&#10;dI5ZHjhsLxoZVIqV0kgehqCCD5jr3tsfNT1WQSKNUp6ZNF4WbxkaAGBY6HjQSryzOQCPUeD7Vx2U&#10;cFodUhaWnHz+0+f8ul426C3tTIWLXDHj9vGmB58AtaYHl172paifFmmq6JqTHFK6dBKfDBk6SOZ5&#10;krpz44o5XmdKtElA9JDLe/6SCVbafWs3iORGCQDVTXy40P8Anr0Uwx3yywXJupg0C9uWjcgAooFd&#10;KgadS54g0yKjr3usb5Ebc3tX9oirbBUuC2btiiWPJ0+6M9iEwu+8RW18dIMg2OqoqyLHmkO9KmOd&#10;5nE8Phcj1vCJgbud5zFvXNe03zxRR8r2yKLmC5uUSC7hISIl4nR0VYxdSAsQXXw2CqWaFJc4PZ3d&#10;+WrPkJ7b95tdcxXsxaI21vKZbKaOMsY/FQo0mv6JGRUBRy61oqSNH72T3fXQ+8sTjIsdiqHIY3+6&#10;+Yx002Yo5s7LRbaxO8cPViqyT1NQ81LJsbIvTVYavjhppIJaGSCoQiTyCM+eeQd1sEstrsXZH2+7&#10;VBIkk5S1huodMzhmqosWbxVknVYmQwPFLCwkEoyM5X91uWdyvpdw3K6im+vgkpE6w+JdS2kq6YwB&#10;RhfR64j4DtKsgnSSFxpK9e9l13Z1/BtCKgod+QYbD128dk5OfDCsyLV0mGpaCSauxeUpaPH1iYSt&#10;q8tX4F8fHT1FTJA8OR8xCgavcBbz7eTbXJaQ8120Fvcbhtsr2/iPUxBAZI51ETmGSScwtaqjSyRk&#10;XIkqoUusx8u82TcwteXPKs1zcWu27nEJAkWjx2ekcsLM6GVUijuBctIkakNamKrNVOvewZ352nuX&#10;smuphuSrrZsRt/AUuD23hhU01NRYGoxmOghyS0ymhdKah3BLDVT/AG1LHBGGqyiIkCaUCW8cwbjz&#10;RdQzb1M5htbSOGBNSqqGOJIn7VBjCz0kkZI0RE1MkarFRVkflTkbY+Sra4/c1vENyvbppbico7NO&#10;ssjGIsfE1M8CtGniSs7lYVZ2aRzq97B6hyWRwyxUvmrzS5eipqPHVdPVhIHgjzNPW1FLW09pqgwx&#10;1dOG0F4G1oshBUKCFG3K4toWs/qJRDNGFVg5KlVmEmll0kmjjFdIBAJDKKGRbu1td0d7gpEbi3kZ&#10;5EZKvq8FkV1cUWpUnP6gClkBB7h72fjrTp+HdPW2arZe49uQ52unozT7Qq9txbhzORwWMpKTcNTl&#10;8ZNPLPRYZ8acRUwFl8UMMNK0c0sCSlHmzlH24g5p2GSS/wCcrZNxuMpC0C3EhggWOdnR3dhCYxE6&#10;4AVPDaOR4hI6jFHnX3Dl5f52sLWP26vW22NG1XSXDW8Mc8rvbxxSBVR5/F8aKVQQXZ5VkjjmMdV9&#10;7HfC9r7f3dRbY66XFtuHHzZvHZTdG1txbfoBhqqtk/jyDL410qIc7hcll6ShpKZ5HhENGlTJI3kp&#10;5mlaYtsl2DmG75e5Ttrfx4DcQyT209uPpyWNx+pF3CeCWZUSPU0QS2SXX3QyvIYs3PkPd+Xrnfec&#10;DffSXQtJI7W6t7hvGRP0axOCrW8sMTtJJpVi8zRog0TRiNPew8ze89i7L2dWbg6k/iWOni3puDES&#10;Y3KZWCTIbNzG4Ns5/AN/CnSMyVcO4MYIqt5mYVMT00KvpfyEPXXMXK/KnJ8u8+3xuIpBu88IhlnB&#10;ewmntLi3V4KAlxLGqTiQszR+BDHIdRkqK9t5a5o5k5httn9whbzxtt1vKJIomEd5BBcwT0lzpQwS&#10;6otFNLCSQpVKave1nsL5MT7UxajLY2SoyFflstTVtKgxuOzMG4sbR4eKri+1lpxTZajqVqhMbwpU&#10;xy+QMXkaKOUW7V7+S7Rs8h3jZmuNymuJ1ljKxQTLdxpAsoKgKs8dwGq5VVlDCVXaRvp9Yb5s9lIt&#10;/wBwY7feoLSGCFo3Illha3d5Sh1AlonXTpoWMbJooEVXKe93f/Hfuc7l6dxm7qbB120ardFHPDU4&#10;bI1lBVZalxkiJJDksO+NMsEtNVUckdTBJVwU8iBCrRLYXEW2z3fPlrtW/bjsNzt8cyiWJZdBVg3c&#10;khZTUxyLpCjtkow1KPiPNH3W5FPK/P8AuvL371hv4rVx+tHHIkbuSQ0b+JSjo6mN1jd1JIKO2dPF&#10;lDFSf7JuPan3DNichj4YafKCWoo1jhpJw/jkpvG5eKHxSpNJEFNLZ0ubCT6n2OdsW9tbqR5bPTHJ&#10;ll4hqg5qKA/FUY4ivnQBTbhfW127S2REUhqwOQ2ria4B+OoxxBPnQcveXEVU0jyw1op2lrUkjNas&#10;Kaa0r9sFqRLGkgM8RjAWQWYKSv0uPdL6JU0TW7N4amuivw/F2mtMGvD1HTW4ItFkhLBUIqh4p8R0&#10;kEgkNWpHmc8ade9rLKi9BjqN6SGqyVIkyU0kE7Q1UkFTKtRTM17LSrRy3IjZUBLOSl3J9h61UfUX&#10;1xFJogkpUMAV7aggEDu1VPmfLOOkmybkILl7mObREZFOQKKRStNOTUivxEeQxTrFJGGDarFSpDKw&#10;uCLWIP8AgR7U+1dm1u65DUVVS1JTUstJBUgBDWTVFRJLoii1t4YW0xs8rtfSP0q/FsYvcPlEWfMM&#10;5tUaPbJtLLQ0qWJ/TUnBVCDU8QrAU4dZ3+3HO8G+8vWkl2qG/QlHVammgfFQZNQRQfiyfw9V0fLD&#10;sAdExtUYfAyZCqzsFdkMbLMrrh6GOiaNa5JZIlknqJoKmrjWKBFGpT6mRRf2Ov8AdCCkwtFi6bB4&#10;+SSjr5Kwx4ox1sgJaWnpDknnipXmjKvrlXyvpMZRha5YErs0klrFbPYxPNHca/09LY1OEElQgZRk&#10;0BPABhSo6FV3zPFZXktzHeyiJ4Qo8QeHkqvieHQtTSdNCQCVZSKasVjbKz+4N+b7yG7Mxu7KeXM4&#10;aHFl88r4mnMSw0dVWx4FIRUqDGLU0a6Y0dWMgBe9k5X7OxOApkp8fW02OneNNAqKSCrnhEcEkkeO&#10;x9RJWCKgxkMhTUpBRjHpUKtgBHZcgzS2JFrLSRaEdgcig7UUknSvAaV4gVrU1ISn59ut1vHkuoqq&#10;CRUOU46QZGAADuQD3sRU5PoLANlYLNZKl+/qcXUZOWKqIMsE1ZjVqY5pIYXyeQhFK82VzEqwNpuy&#10;OFmLsWJv7SGL2ht7I1ceT3BS4M5fG01RjKGmoZWrsZko5YNMWQqYKqFJ6Ux1tTdYVcgPGCzt9SYW&#10;nt9dRlWvLUeLHUYGqNwQaPRhUMCTiuNOahunL7nK5gVlsJ5TDLRiz9kiENmMFWIZSoA1H1BWhHQl&#10;z0G7KGjTE7fmztLicpXx5HJNURNRZXHpT1CB4MdLCxgqo5YIljaTSNKyPpC2ADM+zcXDmospBmFD&#10;wJHBHDUx0qUsKSpJSTQMiWMkscs7yxDUI41iQLwWUqZfbq5XRdQMxfSQBpGNXxVPEkVOkABRgcOr&#10;Qe4FxJZnb5o9MLHJUmuMgg40g00sxLMQT5npVVO3stPtupxUmPnZa2okqXkgWokrJnjMdRFUSs7s&#10;qyVPhMVQyRh5RMxNja0ncXXUm5cXihJk3opYq13qYaeKNhk6c5GVjFUfZSU8cX3jOodwUEMUJYEs&#10;3qIbvlC4jFvWJ/HDd5C01GtdRp25qFNTilet7f7k29tdzK6o9VXSSSTHgDBatdIJOkjuLZ4dQtuY&#10;qp2hVZirxu3qiWGqo6VyagTytjp4scoeWkWtkqjeCNHcItg8r8iw9sWw+3cvtqP+527cTk6WjGUp&#10;8fgq+rrtJpqSqnWCGahevjjefHKX/wA7rBZNTJ6FB9q9pu2sZks763cIHUdxzQkCoB4opIJODSrA&#10;EAnrXNvKNhu5Xfthkia50M0yLQa2CFzroSokoCAo8yK0JHSwrNg0lVUx5nH1VM8r0MtVk6RYREZ6&#10;qCMyNFUrSF40rmRSWR1GlrA/X2O89dQqkVUKha2omNMyUatBEDO1VE1LFTMxdiY7FyZC+lldyq2Y&#10;exZcXFvMGVpUY1oF1ZrWnAcG4mtfLh1G7RyJFFFGpWQMa1BGPI04jFMdB3Q0mTqslmo6+mocdiad&#10;pEocnFI88n2MNM7V1RURNDGkRWVSCmkEqQL39ifgpAuPTzwNSvM0kjU/3ElT43mPlI80wDyH1XY/&#10;QX/pb2yqHRHoWi08ySeJ4k5/2OjCCBzCscnxDz6IJ3pWUtXv0S4PJU9di6OKgelb7VaRpWppisEy&#10;xxK5geqkjcIG+un6X9pGnqIjufcNTUxRyIkOKEcchDsnghHgMEaMdBklmKFwWY3t+fZNuVtbu1zL&#10;daSqBCK0xx9QeJ8qGteB6XrBMtvBFbq1WLg09CQDw+XQu5hKas612PHU1iU/nqayokrSClLO9S7S&#10;yQTzyiIHRDTrbWAbE/i5GXI14xmpI9E9PVFBJ4zKpqY4aZqZYCXhMzigaKNbMGYIeCVIQha5v7Ow&#10;rFAoMjUODQMqgpQkpITQhagtSnCi06ZbYt03JgdEjRrqAwSAxavBSoAapNaEetT06bF3tsaR5KGp&#10;yUVJm6LzSVFPVy0SRxxz/wCUiYNFP9rpldWLODqDk255IC7zjw24K2sqMfX4ypyFJg4UzIqcTU1s&#10;NSklUiSUteppJGqfuvtwgjCCDWWtf6+ya+3eee4SC3v4jNHHqZlR3BbVqIr4bNR/iZa08QvTHU08&#10;ocqfuO3hm3uzmME83YvixoK6CdYUvTAap7iwoe30caruvekK43ExYWvocRkc3Uw7fq8dnsfR1ka0&#10;+OZ6eppaipdqdfspZi7SCSZiJRZQR7Dw4TJ5VaZMqGzNFDLNUpS11QKevjqoYBLCKbwRzPBHHDE5&#10;jjJgEQVFRCbBA4ttud+/h3ErTls0JbUWpWv4qDSK6e0LSlK46lD9+7PtgY7ZptpNCJqQEppBIqQC&#10;tCSV1MAxatSfPqRHXNjqnIVNBPVYbL1UVNTVuTo4Iq7HS0lRXlKiWtiqpIzLNLPL6pohUvK0jyNJ&#10;9S6JaHE4+XIUBqzFmVpUr4qKaWVanHJLNLSyNEKaOOSmWRdDMpV2UIrkgMB7pabYsh8N6mdh8LLT&#10;TXzWlKnzycnp2+3W7ngt5Y4WFhqKF0oQ5C6qsWrwA4ginDy6FrHY3J5M4+snWJ8G1X9nLWQRRJTZ&#10;GKmggqFSQ1DzRmaCUuRYCwJQISLlkeqtlcPXQZemzdLRV9clZg9McMqVS+BpMfNTNSy16iieWOZW&#10;iCE6wSSUZCZx7L4F3bXD2yPCcHtIJK8QTkj5UIrX14HGy863NrBdWVHt9Srpo5NFoTrFG0ksQQVN&#10;dJXGDnvc3UuOzm3904yLCV20cxk6Ghgg3pSxzV6tEoZ6PJtVQ1tLQVJqFHjeKo1hXUgMLq6mGoew&#10;MJNiab+E0FNSP4wTHLVRQU9MqrqLzVJEV4o1W+pV9X9PYrut3toLWO3s7FY5FrxIAU8fiJqajIr9&#10;nHp/bttud2vT9VuPjRNTJyWoaUoKCpIwK/ZUdU8difGTeew89kZt0SZfIURqKangbH4mpymYy81Q&#10;b09LRYyjNakdbKR9XdI1bljpPsPq/cGQzs7U2Hp5twMCZBU6KiHb8MxtcpJY/f21WvcX/p7JYbfe&#10;N4CrDBNJFVTUiqKzCuKcacCSRQ8OpFpsHL8JlvJY45x26QR4xUV4jyFRio/PoTtjdN1+IoqTM7ml&#10;/wBGmL0sHoBUUmR7IroFAkEFWVmkxu3WkHLeESyqCBqBvZ0pNiSsi1e862DKMuhqXDwM8FHSAjhj&#10;TRMAfHrNgVvzyfx7E9ly7YWei53wLK3AR6j2nyJC5x+zoFbjz1POWtOWoXt4CcuQGdq8aMTQfYD0&#10;ucfvHbmAaeh62wMm3pKuZ1y26KkiozeWfyFGkqsjUtqZ3tz6rW/HsYeudk0m4KN8pV5mSmpI6mSi&#10;TF0zrAwSNF0vOwAdBIWuo0KCF4PsR2WmVBHDLI1uB8IACmnCtKNwzTgPn1FXPnNMnLqGRoNd8yg6&#10;zmpPxfhpUZBz9h6CXeu+961XY+L6r2fsxcjPW4Ubjye9cwKt8dpcysKDHiGIUk9TH4vWwdmIJNvY&#10;/f6L9gUcNPV1jU/pPoWWokmMjaR6UgWT9xuefTx7a0mafRDtYL8KnUR9pBNOsc7j3b5yuGmgsAQr&#10;cAqgfz0k/wA+hG2ztHcJyJpp5qmoq40aSucUUOMoKRAv1mnnLg0ocGzEoxa4ANvaVrMz1xhp3Wkp&#10;oKWRXaPzKTJUTOthempYU1yLYkXtbg+xNFabjCA08scbOcKAFP8ALJ+wdFkVl7gcxIZZZpvBOO40&#10;UD1J4fz6NHjdtT4SiiSrq6HLSmBKiahpbtHSmYftLU5GRzDDMoBNlJP4/PvJil3XnI6r+7GOODoK&#10;lxGtXVFvuKiNr3qDrUGIH66FH+x9rZbjabURvu0xmmXgo8vtHH/eqdBvc9n5c2W4i/fO4/VXoNSq&#10;nAYHhUVr9vQpyb9xwpqdcsrVopqVdFLQg6KXwx6YoImkCeQIRpuRz7RrYrI4neMUtRkp89Pj41ir&#10;Z1swilPrMKBQ4QkpYn629nCvbXm2tNHAsOtSFBxglTX+XQy/fUd7y+9lBALW3mroUHj6E1pnrBFT&#10;YTNYOqy6Y2LGz5GORoIpdImqIrrGamc6UCmEvx9efz7Glt7024MFKqUE6z4zyStREM8zMsD6Y4oy&#10;qyO0pWwFvz7jTfuUzEH8WYsp7lK+ZFf8/S323gn5d3u4aedI4JkEYkJovxhq6jgdU/8A8w/42/3w&#10;/uHT47IvkkzOekknrKemmdMYAkLPX11QNcdNTxrMjKdQMh9I/PsmiZSfNbtq618dLtyjnbR9nUq9&#10;NUVbxzKFm+3mCGMsF4+gP1/PvfLyyoBrmEZGKFqVoafI9Zd7p4LbdCIrgTyhQ2tDqAFK+Va/KnQz&#10;bH6xp+oui9vbJq95wdhZXEiWVMxSk1FHi6epVpoccK2E1HnSnNQD6mLAgiwIsBRmpsFHQXmYR1cp&#10;LCFvVNGgW/Cni7k/quSSPZ3O1tFHJHcFo5jkqPiHHyBAzxrSp9T0CIpN0a7BiGq3HFvI19fmM4oK&#10;dBAmW3PNlJl4Wjj/AEyx8000jMFYGa1tPjBuCAfaYmzW68dH4qCC1IfGY6mrVpamFFHqMbaVABQ+&#10;w/d7UsyxzeCUQ+ZJOPUinn0MrC42+NJRNc1lYU0j4Qfl0ltz/HvovtLN0W4t3L9znKClngqcdjJl&#10;pMfk2kdWijyPjkMlQ0On0gm1vx7UxOPzGSpc5BV/cTR08ceQoo5DHNKV1MWiXUGOm/JANh7S2ES2&#10;d4DAXaFOAUGhpkCv28ekW52tzd7e9uqBGPAsKgHyJPlUYHQNdU7iz3x4hzvWG78RWUG1qncNRk9q&#10;bunpWkw2OoJgUipq54INESlYrAu3JIPHsa9r9g7eoKdaOrT7B4Qf26yTTMoAAZj5DcoBb1D0/wBS&#10;PZ3c2su5SCSGQCWlCpoGBHlTzwesaOZ+Td8jnmmS3L1qTpBIGf5evz6MjBtDM9gpSZXbWfpM3TVX&#10;2kUZxghnjZvHYwxwU0mt5ZAnClgePp9ffPfnyB6R6ywUm5OwOxNl7VxcUMjmqzWex1FLMurj7anl&#10;nFRVEngBFY3/AB7C263MGxCu836WqUrWRgtR8h8R/Ifn0T8q+1PuFztetY8scs313KpoSkTaAePd&#10;IQI4wP8AhjKT+EMaVVFF0z3dnMgm2ts7K3Zl68uqilpcdO2LpobjVUV9XTGWno4ZEBA8si3JGog3&#10;90i/Kb+e18btnfxPA9S7byfauWCVNImairlweGSSIsYmhqpKZ6ueJ2QMCqi4PHPuNNx969q2wyQ7&#10;PC14wrRmbw468KggFj/LrPT2n+4hzxK0G5c88ww2EC0bwIwZ5DqAqHNVjX0rRuBz1YN1f/Lr3nVU&#10;2IyXYm9qTbfheCrk27iaCnzNTBM8S+SCaeWUY+laMG3ElSP8B+aNO9P5wXyn7chnxe366k65wMgm&#10;TwYEs9e0UrekyZasi+78kcY06l03+vuJd990ebt7Lwpd+DaH8CcBXz1NV6/PV+XWeXJv3evbfk0R&#10;vFti3F+CpMko1tVfMcFX7Av59Hb63+GXQHWlYMvj9l0mc3CbeXObhCVsr/2rJjYkpsJEockgimLg&#10;n9R91k7r7B3lvevnyW8N45TNVtQ2uSStrZq2aR/wS7lha39APcfS3F1Mxa5umcnjq7ifzPU3W9nb&#10;W6GO0gRIQOAAAr+zA/Po0UFNDTRRwU8UVPBCoSKCBBFFGg+irGgCBQPpYC3tgocHlMoUXF4yvyM7&#10;3sYYqmpJ5/KxwKo+v5uefr7ZWrGiISOjG3srq4kCwwF29EBP+DrP7F/B9H9kZkqy4f8AhELAP5cj&#10;GsWlTYEBCQwte/8AsPbojaoBNPmehPackb7eBWkszHH6vgde9iJTfHDGY9TVbt3usYj0mWGmhiUa&#10;WJ/3bLMWPFxe3A9uCykc6zrpXFB2/t9PXo0k5T2rbhTcOYoo5FpVU0k04+eeHy697nf6Nejf0f3i&#10;qb+D7XV96l/uv895/rbyaPRb6W/x9v8A0I9R/s9VpyTw+ukrTTWo48dfw+mKcPPr3v8A/9PT4ja5&#10;+p+o/J/p/wAV9jEqVPz6LZBQAkU63+PcpP6WBFwbW/PvTV6TuaDr3uWHZbEFhaxsCR+R/T+ntte4&#10;9Jl+IGvXvb1jdz53DCVcVlK2hWpULMsE0kayBSf16WF/r7VwzS27nw5CpI4g9altre6ZFniVguQS&#10;Bg/LrogG3+H0/wBjx7FHA9qVZjp0zhlr56T9qDIM3+WeG9/t5tdxUQi5Fmv6fp7t4rqSTUkmpPrT&#10;pfK0ctp9FdQK8IHYaZB9eu7Dk/k/X2ZnancdJ/dzJx/3ibbGNhhfx0+LgWPI5CYqT4o31MY41Y3Y&#10;3Xj2Ptt5ku/3ZdW/1/01hpyqCjsTihIyR59R3uOywxXi+Fb+OzH8XBR/l+Xzp1hkgjkdHeNXKkka&#10;uQDbjg8H3C2D3NhjWUmMhppayeOaaoFVnqpamlAkB8rS08zeKQkyAgEHke45mQPOZFUlwcGuT8/l&#10;9nUzcstsQt4rCfaYVnKUZyRQg0FCaZ4efXcsYkUoS4DWW8Z0sv15B/Hu5D4jdnV/bexMnhe0c1i9&#10;m4bb+S8W2c3klpcPHGuh4UOMqdVPBPI4mCDk3v6fch8v7NvO6bTNLfjwdqR6JKysBXAFCKVqPKtP&#10;Py65pfer5Fs+XeaLfmbkHYbu73S7LfURQ1kBFQRVaHRwrRaLj7Ogb3StHtTM01VhcVW5PIZWKo++&#10;x1IZ6yWojDI/3NUsom8MeoHkjlj9efbh3/k/j7tSFf4Nvbbs/ZFXjUxdPNjcnNmnCO8klVPVrLPU&#10;xxl4Yn0r9FuPZNu5tNpPg2tyr31CKoWIAqa1apoflw6Mfuvcke6nNu5+PusEm3cpxXDMyXUfhsza&#10;NShFojaQxFWJ66wGU3rks1FRVm2KqHbgjNfJW1TUdCEmcHxUdNSReOpZllszMw0kEn2QPd+2em9x&#10;7UqsfiJ4KXdVXUxz1e58vXFKVJVe9QlBiaRI/O8zqVub6Sfp7psG12e8QSwPOsFzkh5CaH7BXu/m&#10;esveZE5t5a5lgFxvsE/LeghYYoVD104LysWIzWmRinQmU7Zxap5Ks032YUrDTUsLvOT/AGWnmmmQ&#10;KR/RRY+yLbi2JWY/PnEYmafcMksgSEY+gq1aSRmsirHJCXfVewtcn8eyvcttWxuXtY5BMykdyBtJ&#10;/wB6qf8AJ0d2282Vza+PIyooySWFBg8TWg/Pp81AKCxC8c6iBbi5H1tx7dMn03vDAUFRkNyUsO3z&#10;CiSpRZSeOkykqSpqvHRTaJ/px9L+2f3fceGXloiU88Hpyw3raNyt/GstyWVciqUK1BIw4xxFCRwz&#10;6ddLIj/oZW/xU3HH+I4PsNFFVCxaMyWUn1RA2X1AWZgOOR+faA0U0BqB+fS0OtaB80rx65+1DQb7&#10;3PjkiSny1Q0cVxDFM3liQA30BfGGW3+v7MI90u440jWSsY8jw/Z1rwVLeMg7zmvn172O+z/kXmKA&#10;xQZd2kjSLxapVMsC8j9KCzoD/r+1KXtvOdM6aT6jh0Kdr5y5j2hlC3viWgFAjjVT7K9Q6ihp6gWZ&#10;dJ4IZPSf94t7M1Q5zrXszGw0+ajw9VNURqQGnpzaRxwiGJvLEyH6aufdrhIY0BSYMpNB5nqVNo5v&#10;5f5ljFrvliElK5YjH5EZHTTLDkKFy9MzSwD+y1mIAP5v/r+wS7D+K8FRDLX7JqVkjVQ/8JnladiS&#10;SxWCoVvQFDCwb62t+fZe8Dx1JU19KU6Lt19u4rmOS65euA8QPwaq1zwBycD1zjqVTZiGUqkwML8g&#10;lxpUso5tf8Ejj2TbL7Qzmzaxocpiq2GqDlPs6uN6eN0JI8qT28bgEfVT7TvqSmpTny6izcduu7GR&#10;re6tmjmBpQ1qfmK/5PTp3DBgCpBB+hBuD7ZJKuWOoWCpWKUoQS0baGi1BrxRzLyzBSQP6+7EAAqR&#10;j/D0W+GUoK0qK09R137Ve293ZvauSgzW3srU0NVTODFVUUhSohAIJinjYMk0RAsylSr/AEIPt/br&#10;282m+t9x2u5e3vonDI8Z0spFKEU+zgcdIL/bbDdraSx3G0Sa1kwyMAQRwPHgaVzUdY5IklXS6hhx&#10;+oXsQfqP6H/H2ezq/vvB778eD3vUUOB3NKAtDnY1jpMJnKh2ASlr1AgpcPXOQAJIx9u7NYiP6npH&#10;93n79G8bZeWnK3vBdG621yEivdKrJESaDx9FFZAPPB+eKHB33h+6paNFLzB7exNFKA7vbGr1oK9p&#10;BY/kOobmeksyK89PqUNEpvLAnJeUFrtMo+ukEH+mr6exE3Bj56Kpmimp3gl9LeNidQVlDKVB/UrK&#10;bgi4Pvr/AMt7/tO/7Za7ps+5w3O3SiqSRsGRvsIxUeY4jgesKVtbvbp5LDcIXiuojRlcFT+daeXU&#10;1JI5VDRurqfoVII+tj/tiLH+h9s1FA3mS2oH6Ec3Fz+fz9fZ9cSr4bVyKdXuJAAdXwj/ADdc/eXf&#10;OzYc5jsHmKuvlwiYSvSUZCN5oPHWRyJLQfdyKj04o5HSVW8wZC7qPqQRyf8A7w/28e/h5T9xrGFm&#10;MGqzunUFtMbESWzNQUUeI00RdqANJEta0HWW/wBzXnextN05k5Lv7lFM4E9uGYAFgNEirWlWI0NQ&#10;fhVqdYJ5GjUMqGT1KCi/qKsyoSBfnSGuf9b21b4mzVJ2LnNqbc29msguApCcbR4THnJ5SamxkCLm&#10;qmWcrNUGLIRw/cCNlaJWnBSyE++WVxO8MohaNmKKNIopqB8RJpUAmhAr+LroUghnaSa2jKI7EUYi&#10;vAaRx8z0kMDlkTbeHy+dzVI38USkmlraqaCgo1myc3+RY2FWeCBKiKSqSmRQPJI0dmvJz7xVW4KL&#10;cEmIq6evoMfHlI5jk8HUBYp6XIxpQ0s6rSVVYAWNUzxy0kYv6blmNl9qSi3SJIkqp6g/LjQeZ+XE&#10;9FZdomkFSQP5dKSnikhTxkGYhWPmPBlOosgL/X6W5/HtqyW5cbRyTY/DZKi/dxwKVFfQZj+GvLQg&#10;Baaskegp4YFjndFpzHUKDrOkuy6faW4TwnPgOrLQV+Lj9h4dPicXcYZxpYCn5f7PUpULEMwKsn0A&#10;Fgur62YEawQPz7UnVu5ezM9O1VseWnyk2JrcfX7pr1qpM3RUuKq2WA0lLS6mppa+nfFVApZ5ElkQ&#10;PpJsWPtftxkuGkUAVUAs2qlAafh4Z4A/Yeim9higQS0qtaCnEny8xWlanPCvSR3N/daIUlBn6qgp&#10;I8g7UmOpKmoGOesqFXzSwUdQjxTFWbxs6pqUsq3HFwa+LYtVvKOgqqT+71TNpWprMTRx5aStoKqW&#10;OWXU6R1MtPRSxyyoWQwyxgjSyryQY/QR3ExjtpEcgcKnUv2gDJ/w9Bpt9ubENLcQ+GEauo4BH7Bj&#10;9v29BpXb9w2zGq6fM1WXx+PpKhKekyuUnw0cFdAGWFRHLP8AatNE6xMwJZaiUkkO5YL7DDKbJ7So&#10;s3JTbU3hJHlY5KbG5mhzGKy9HkspHWPCYcZS1MVGsdaGBKqqKwHAJ0E+9tst9FLrW7HiAgFWVwTq&#10;IAAqgUnPlTpanMcN3GySWpMRUtVHBFDxJFSQM+Z6VL7p2bWYaky+SosZJgEjlzVNkmlxFVjKSDHF&#10;6x8vMyVcn2K0rxs3k+iv/jf2j937c7O6Vqs7uOaibH7WirEo8dU02TnhzuSrnpzNNiWfJ5uJUmSW&#10;hkSPREKlnbV5DYJ7YnsLzaxNM60t/EZQeBrQVUVJzxqBXHSu0vbK8EVpaSAzFQwHkFxn7KECvz67&#10;27vvrvspIKHH5PH7jkmxlPlGofCmRiXH1BAgrnm+1NN4KlahSpLgMp4Frn2qesc7312FtXPVG4aP&#10;c3XGzsfkZ6ZJ9yphqfLZGgqnqZpZEY1GWrp5qmAkxM0MawqtgPSfbEEt9LBLM8ISzXFW0VOK9tdR&#10;4V/D1rcrWC1u4YzLrupQQApr2ihPoMFv4vPh0nMyeqMJu+hhpcPR5Le2RjWWix+PRy0dJRNBG9QR&#10;qXHUNLTyVCayxDlpRYMTYCJtTa+Rlwe7cRQZXPZPB4Ojw+Rk82Ix+ExNRTLFNRUNFLWYl4jlKzGM&#10;hlT7iABBYFm9rbWSS7t7myicmAKGwNI7RRVY0qxxglRw4+pRe21tt9xZ3BxcuxVQXJILVLaBRBQg&#10;GuePlXh1uHcuIw+6Nm1GYxmKos/n6/I4rFzivXKZqlDUiVmRelpqmhgMWOlpqTTUCGW6llLCwJCd&#10;z+1dzbo3rgPttyRZmnxm4o4tx0uUePOT5zCR09TSxU2KklomNA9RWxK7PGwEYDgan49s3QklvVih&#10;uVKBgCfi1D4ajApw9Ojm00R7ck8sLR1XtxQKSNVDx4V6d8fkcFtbaZWjwVNtGgOJqcssVJjqOgp8&#10;bVVEP3jvVUtLJEjVcTzh5dQDsxJYi5PtXGfauT3pksrthIKff8LZrbGcnxtbV1tLT4ekoYNxbaxv&#10;8MhqExFLkaGr8IlZ4RUSLGVvpYAOMkE0qyqD+8C7qacBGAGQAfxA4PyHVtU1ugS6Aa1AQgjjqJIN&#10;T6DiekVj8PnaLHhM/WyZbZox20ZcXBVQvHkf49U1GQw288jW1wSWtmpMnSVqPCoBMXlZ1BsD7D7r&#10;oyY7JVdfjP4TFurA0G8slNWhoIa7KZLPySgz5Is7nwnIVXkAk/a0xELyH9rtont7C7tL6KJDdxtI&#10;WIIBNaULfxAMa0P+TpDvVu+77buW2XlXtJI9CANTTkGqny7QRjzI6EXeNBQVtDRY2YVVRjMpm9o0&#10;/gKTT0kFJiMpT5ctTxRnzI0iUaprUawzC/09+zPbn+jjIx5fNh6Dsjde78PNsPekcGObFPmMHm0q&#10;6nC1eNrZ0+5xVdX1iUiPSrqjEraQdDkKr/c2a/O8O4/eUkqyROB2mRJNZUpiqEmgI4aeibY7B4dr&#10;fZkgYbbFD4UiGrN4ckenUG/CwOW1ZbUaHpFb061peyMavX8mQx1R1LkNhbo2V2RsSrXIxZjIUO8c&#10;bBQYuup8zTVDVVDkaPHCrLQSJrleoSXyIyKWN1uasG7cVj94x0ZoqfdVCmYipDJ5TTtURo9TT67X&#10;ZYKp2UG5DAX/AK+5BkuBuFtDfrEEiuKuFAai1OVBPEDyP5eXUepaJt9/dbcJCxhkKlj+IeR+3SBX&#10;516ALp+lfYSy9ZT5OfL1PXUtJtp8lVRRQS11NSxFaGqlSOWbTPPTIDINRCuSBxyStbsx/Mt1sylw&#10;CL8XuDf/ABPsP3ChHKg9Ca0IjoBwp0c3A1nlhjNwbon+HBA4/wBa3svefobIxJuQxv8A7Y8fT2U3&#10;MdQG8wejuKTVimOlpGxYD+mm9v8Aff6/sIcvD6XDLxc8kH629lc5AX59LkNCCD1l9hbmY21Nyt7K&#10;DYWJUtZR/wAGva/tgLUJQ91MdGAqw69e314+g/2/A/259jZ8b+m8XvPIVu+t2pBUbV23WChpsVL5&#10;Q2Zzhgjq0EgQoGocZBJHMy8iWR4wfRqDZW/dZ9kbf3N3q75n5ht1m5WsJBH4ZLf4xOV1BDTHhxKw&#10;kcaqsxRdLKXojuZzGFiiX9ZhWvkFzX88Y6RW685VUhgxWKNslWxmQz2BWjplkKNMwJBLSGNlX+nL&#10;XBUXPxks1UVIkSILTxNZAmi0x1j1fcXAZWZL2tYW99d7Pb4ItADBmA8uHlwH29H+xW8cbRBxWXj8&#10;h8ukjjsFBSyJ5SszodTMTdGBBAZSptpJXgNdrg88H2lM7Vrjdt5CueX9yKjlHnfUqQnTGFIUetpB&#10;qNrcf4ezKIqboF2CxLk+lBknqU7csIwYfiA8un2hjkmyawAIsQbXoC2LAR8NfgfqHsrlPW0OUqZG&#10;rTWVVPCWYeWaCCm8rBdU6RookkYqguzksQOfa6zgst6kuLmUzvHFSusqsdaAV0ppxU0FWqfToRWs&#10;hRVLJ3HpfsuhV0izWFzxyRb/AGHtUU2Ix8RWamrI3pzHB4otSNpSSmRiklppbu5e9j9Q17t9fZlY&#10;WUMUjvE3+LUoq5IAxpodRBBFSDSoBxQHJ9aXKFQVpWvDqMJGP9m3+IH/ABX2r8TiY3aLwvbVGr2D&#10;OqDRpCKbEIqkKLAWP9ePbt34aEuFoeHRvGusijd3UWpnKKb8cEAm3J5tax/r7GPGUUUckek2KABR&#10;9ONZddH+qAI/3n2Fru4aQNntb/N0ujIQjzI6QuSqS6v/AKlm5Y8D0k/ViQBe/sSYZ6eBFfxlppVU&#10;MLgBEFwP9Y/09hd43lbSG7B0407E0B6DKqgqayWVVkCU8ZbQb2Z2LajYggldX19suUyBfyUyankm&#10;Z1TSpYCIJ6bx8iQq/P8Are11pbaf1W+Ff8PTtujVJcY9elBhcYkPjqpbCKC2oelddyNahiRbVz/r&#10;/n2He5aBaVKd5TGJJQjFiAUYnXYzIRpZYx/Xi7f4exJtVz4zyeGDQYr5j7D1eil+3pd4CrSr83ht&#10;ZJNGsBQQRqB0kC4BYGx+hFvYQ1+fFPVLTQnzSu0hSNGRA3qT9SWAW3P1Fr+xpb2aOgMjaaDzr04G&#10;kDgCvy6W8cAYDVy39Sb/AI5JNyeffdHuGqqfKKaSMVMUsamBJGbkOuom2q7AmxAFhb3SaxgUE6g0&#10;fqM/l8j04tw9SqHv/lT/AD9eelT+0qMpuDe39oFT+rjkH8+7T/iTuZ92bGTGV0wOW2jUfazRXOs4&#10;2paWooqgKyKyxrK8kABu1oQSfV7xB95ttTZN/a4SgtL1Ay/6daBx9poH/wBsenNyLtt5Zj8WB1rX&#10;fzfdvt1Nv4bugphFt7unDMTMYxLHTbtwkNDj8xBZ5JF11OO+2qV02GqSWwtchcdpbZxm56yTA1mg&#10;0tTFUplaRoIp4KtailEEcdTHMCGEfhRhosdSqDcE3D3LV9LZWv1ejWowK5Gkk6gQRQqwJDA4IqOi&#10;CxuFjRxIpZKU/b0y/CHsfdWxusE3nLF/EPDVUabXnqWmpqulgo6w1mWjp5o5Y1qEyc2RnjQTq0aB&#10;pCfVYKRHacU3W25K/ZxWKlx+JqpKGjpokAhp6NeYEiUEqsEaEKtrAIAPx7yAnsbHdOX9vutuhCQi&#10;FQqqNIRVFAqqKAKowABQUp0c2M8ixpA5qlcdXuZlMP2x19iN4YyNpIs3iaHJ08mlPuGEl3VJfHwJ&#10;4gxV7GxYG3FvebsnCxrlTXRRlRk4o543UsRrUtT1SoQD6nKgn8gH/H2p5W3Em1WGQ5iJBB9MFTT0&#10;6CW+2fhXmr8Liv5g8OpXU2eNTgTjJmV5sJUSUU6HmTxMq1NIzAepRFFKyk/S4t+PafxmKV1kik8p&#10;hgghPEbxRxjgzqJYwrama5J/BN/wfZld3giIZQFJJ4Zr+Xl0ngd0Chq9LLJ5WOmETK8Ylllc6Vli&#10;d5E8amO6uxWNRb8j3GrqD7yuangkSPH01GGrldXMMjqjS0kTRBdbqKiEs5LXMZUWZZG9oJpZJYPD&#10;JBJrg544zkdvmRUcKH5RB7lczykw7PZTVZ0HiUPAVNQfmRTqRR1wipY6mZddTNU6KcHVqjDhhUSH&#10;+wfQbLpFgwP595ck1NS4tplYNLGoYyGyqmo6nUJ5H0CT/Wtb+n1Cu1MolpO3YBkjz+fUW2O1tN4l&#10;AdXH5/i/yU640ElTLXywyaVQXBjChjJcCzmQ8gqfqPYfR5mDNxZGmd5Emx/MaIwZ5ZV1lyRYnx6t&#10;cagD9RL/AKQPay0vI3v54oKao2CsK5z5n0FajIrg09ei3crURjj3g9LKOlNFNAyrqSWwc2Fl1W5P&#10;J+nsoW4ZQmeqsoa+akbHz2q6GVPJHOoklMM8Rlli8do0BIBIJbgG9vYD3xfp+brzeJNyeE21x+pE&#10;yqwlQOdMketlABVQGGaHyNehntQQW0UAAZSBnpToPQvHNvr+ef8AH/W93B9L53HdhdJ7frZawVWY&#10;w1FLhMm8kqrNI1ACKGodQdRNTjWhux/VIrf0PsM8x2z7LzVKLbU213CpNE1KAh1GvgAtQ+rAAAxg&#10;CnUybDdi4sxG6VKoFr6lSQf5U6qJ7dptydVfJnN0tNQOu0N5TUe6NvTR0hFPHNklEObo4aiNRGs9&#10;Pn4p5HT6RwzRCw1L7Cbe+DKyygsniciwLWUEHlQzfUlR9Pci7BuB0oaUanS6SHw/OgJ4+nR5uvdx&#10;NV0sAMZBWIXIUs1yfrpHP1vz9PaL6kyuQ2t3t1NlsVLHFVw9hbVx0TzF1hMebylPhKyKQRlXKNQ5&#10;CQEg3/pzb2ae4ENvfe2/OFvdRs0DWEpIWlaqNanOMOqn7OoJ9/trst69qefrO/jZoG22du3jVI2k&#10;B/JlU/YOnvu7GYzO9Idq0uZjaShTYG6MjNoaNJYJcJiqjN0VZC0oMfmoq/GxSIGBQuBqBW497Dub&#10;xlJOrVMzshSMTL+4EbWASNf+1x6Lm/8AX3zWsbyWOkKLqqaH7Dg8fl+fXzj73ZMrFQCVP+A9V7/G&#10;3tSSqo4MbEkZZKiCkjUspAgSIDzAMb6JdAsT9SR7Lc+SQ5RshkvuDcFbiGS7qC0kkZdVELSAgCxG&#10;oX5+o9yh9MVs/pbZlC4xX7B+zNK8OgVuGzzLEsVsBqbIXzPAYHH06tDx80TUyQwst1VSRqW63Qfp&#10;Um5jGm3HF/Yj7a3hRsKsq4gEviZyI2SzBZZSJDquvkkZueCdX+3C26bLOrW+ptSqCKV+wD+Q/l0A&#10;dy2GSNkqpNG/1f4B1lnhaQrrNwOBe30sbD3nzVW+axP3RkpnMFOkSxTl3ZmWepSRljNOIkDU6xHW&#10;kj6m5slgfbe3QfQ3vg6HoxJqPsWg4+teIH59I7WzS3uBD4b6mLEkf7Wn4v8ATeXr1ypj9tIEUNZm&#10;DMyfX6fpvfjj2z4erpGxsdOksjyAOxVS3ijtaRPCGVbK+liGAAK2/oSTC8ilFy8rKNBpQ/5+r3m2&#10;t40kjp2Hh9nz9epk0xWViLaTyp/wtzqJNr39yjmKla5Y5gqUieOiEoR3d43EjOJm1IqnUtnYHSCQ&#10;Lcn2laxha3MiAtOe6h4V+z86gH0rxA6Yi2cpEzI3c3fknyxSnnxGPQfLrizRsisurUzBrMf0WBFr&#10;X+tz7bs3uKJ6b7ajq46eGLghZFE5AKGRGqNDeWOVlup1XuByCT7WbdtbRyePcQlpWp5Yz50+Ven7&#10;XaGVmlnjZnY1rSgr5Gnyrx6yQK3DOLluCTbixsD9fwB7gY3Py1dFJDHMUx4KVMNIyeS01pFapJ+q&#10;gL9D/j7VXe3rBcrIw/XIKls/I6f9jpfNswt7gM0X6uQT9tMflUddzqRIJBy1mGockD08cf19vczY&#10;zJUtOrB9UcTQRPGx9Du6PqlVg0jOZpv+DMVP9PZfELmynlAACE14Ux6Dy4deSCS3+pwKYNSPlQ59&#10;aYJ4nz6bvLUQMSWXQzi4VeTY2H+8ew6GBf0TZPLpNI5qElkqqlTBFGreSa8f7TU1O8EfHkuLMwB5&#10;0gR/vAAeHbWZVKLQBTk8B61IOcfIU6P28LUIbO0YEEU01qWxQj1yaimcevTh92xtojtx9LfU/wCx&#10;P59lo+R+zto722bn9r53F49KObEVC0+frlqHjwGTgrqA7etlsTNT19NVZXIVkZjgp2E1XZ7XbSrk&#10;nMmz7TzTy9u2y7oE8SSF2R2qEjmJXw9Wlg+t5ChCodTBSvmoaSfa/cN35d5g2vd9quWDrMAYF0Vl&#10;jKv4rFHBRkiiV9TOCsWoGq8Q6UkrmxYlf6qT/vH5HvWz7H6jz21uwsl1xlcdmGyEslPh8Zhqqoho&#10;l/iOTpEfbuRxeQq1qKSrwtVm6mwlVY9LS6X8bM3j598w8p73y/zDNyjukc31issccbPoVmkIaN42&#10;eqNE0rVBBVVkJLEHVTq9ypzxtm9ctW3Ndpcw+CdUskoUtURE+MsqJ+oJEhHBg5IFAGFAXO4te/Ht&#10;O796V3p1FksLgM5vHZtVmaOnqstl9r4rIjctftrN4mlxVQMFnsT9hUw0+SqYcrDJ4w1VRtD5mkfT&#10;E4CTmDkbdeUpLKzvd5sH3JY2d4Edp3gmj0MIpoxGUEhV1YaWeGgdmPa3Rhy/z/y9z1a3+5bdsW4C&#10;ykKxR3Lp4CXELmVBNDKXU+Ghjda0R9bRKqgyKT3e/wBPZ/fj9trunoGipd37x39tvZ1AtJBkdp4S&#10;TdO3qbtDJVWKz0VNispsYb/osWuzcUKiiV6ySoaOlqMOqRz007hI2lnlfkvmvlm1a636/tYdrlQM&#10;sL3FvHeSKkirqtjerEttG2mkzuyAwsqvFIBp6xu9xN19vPcS5udq2DYLq+uzII7iRLe4NjGHh1SR&#10;XgtZH+qkCswiFHeO5OuOWOPUVjzww1Ub08yeWKaOSKVTyhjdSGV+fow/3n3eZ0L3LS919abK3lK8&#10;CSZnDI2aOGiggxUk9LLJia1sXTKT9thJ6yhmeKJ5C4p3ClQ4KtlHy3M268sbTzDEyyNcwgg0YAyo&#10;XWRhqLMAXUlAxLKAAxJqeuePP/I8nI/Nm/bAiMUt5qRq+GCafEUMVxrVXRWKkrqRtJIoSx1FKlGm&#10;lP0iwUHluD6bHk+kex1wstAMzkFphH9lSTyQhIY6NVRZo7I72Ugq0wsDeVh+PVckxvo7g2Fs0pPj&#10;yLXixyDU/n68P2dAe7t5zb2xnT46kedTXOfXAx1FnZvtY2JvI125sW1L+r8cWW3t9Srjmavpsxjy&#10;kMKwz0U1OUUhPIGnM8KsZ1KlLujKCwH+t7LDEUMEllOSasG1EkcKjSeH2HpGsDDwjGxOO6taVIJB&#10;WuOI6hsZAYXpplJUgVCsLoST9YuLW4/r7CRqGopquXJrXJPSoJ9bLIZ/tC9UFp4oqZTpB8c7tqay&#10;sFJUXF/Y1NzHLBHavAUnOniKau3J1U9QBTPz6tdeCYPp/BZZGINSKAnTk1ofxeQBr0ponLKqldLA&#10;fTjm9iD9T9QfbvBNiZqinrTUxwZSCpp6OGGkkaKokSoLqZsbCzinWCM6mkCO73Y/1sULpfLFNbiJ&#10;vpXBYlx2grTDkd1Wp21oKUx0ROl3EJ4xGfp2FWJHAjNT55IxgYp1kJdSF0+lrljwRcDi/tP7upqG&#10;tirqK00LNMsNRn6sx1lNOWUuKNmghQrJJ6mDcj9uzBrLYy2WW4gktbk0ailliXUrKAfiANcUwfPO&#10;KDpTt8ksckVyGVqZKLqDqPMqD8vQdZIwytwv4vYW+h+ht/Q29gFuVKdQYqulnocySkhnkqPFStDj&#10;5jTUrYqnsqBZ6VEcFhd2ItYavcj7W0oOqK4WSxpTSFqayZYScThtQqMAA9DHa4p9LG3k12BGFCGp&#10;1ZYSNxNGqNQwKZyD1LFiL/1+v+w4+vtP5/eWdx+3ocLNlMhSYumlfIQR/czTK1QpeGORXi1fdSsk&#10;hU3Nyx5v9CY2OxbbcblJuSWkT3hXSTpGAePljy4dGdnslleXb3It1mnbt8gFz6HAoK564+OPUr6F&#10;1quhXsCwX/UhjyAfbPgs3BNk466ueLwicSRNJM8FU1waZeVAiZY1ILBY1djIP1aT7XbhYyR2z28C&#10;mumhoAVFe4n1zkD7PLqt7tbRWptbeM6wADiqqKhya8acRkkenl1yAsLD6AWA/wBb2ZWeHBUxeGGv&#10;ppiaeaqjq56mJKWKmkRVp6NKaOF1aolqhybWS1783MVxPfTKhktmVQ2kqq1JNTVifIBafb1G6/Uy&#10;Ame2YKWAIUZNGOa+XyPn1x9d/pYX+nH9ef8AH2FuJyWSlyLYLwVVTi4PuhRU1TO8kFTLWwp5XgnW&#10;VBF4WjJRtJIcgBiD7F15bWy243BmVLttOpgKEAGgBFK5rny8/I9Ci6ghNrHeeIi3LEVoKlACQAQa&#10;mpFK0any65cfXj/X/wCN+1BiKympcBWY2rq2idMv9jXYKsVpQ88VHVeRXngqoclQ/Yywl4541UhY&#10;tKSBiW9lW4W01xuMUsFv2NbllmVipAZgBp7Sp1KaFamhbIoOmruC8a7FzHDVWiDrKoC0DGmVIKEM&#10;ho6sSCWoUA6429QIHFvr/t/bxth4MTWS123VqIIaBqatp5Up46esnSo8S5SY+CtqDKkM2tmZmv6t&#10;RABI9oNxjNzbpZ7n4ZMutXWtVBBJStQKFgQDjiOgtu8c1yIo7+RWkbUGDMGC6CfCU1CgHRpGkYWl&#10;DnrmQCLHkH2LW2e5Jc/naSiqKmqxmNirlwbVk+DqcdFkIcblaSkz7Un70dXVGqjaoSOVRo1h5QSq&#10;ojx9f8qxHar6awidrgPITq1HSwBC0DKmCfhYVVvwk0PRZecppt1lHcSRozvEJNKSI7DxY2aJCQNM&#10;ZU6C6ua0YCoJ6gzU5EUhjQSSEFkVjpUMPouoHgc/7x7OJXpHnMRBPh6tJRoWVIKiVJjESzSedFJF&#10;OrrGp1kMp1c2tYe4ltml2+7eO+iKtWhYClfkfOn5dAW5sxURq9SPy/w/8X0kKTI1FFXTrkIDEkjB&#10;IqpYgIi99LRsBO0rFrjSQmn68ewK3LnKjDpFG1Wjitiip/CLLJUrGzs70sc0DLMYpUAcxkkhhf3I&#10;e1WEd8SUiI8M1J4hfLNDitcV9Pl0it9vEhfSvYOJ9OlpFd/1L+k2N/wbcj/X9zdnZSgrsnEzw0Me&#10;SqzDQT1skNLHL46SarkpoZKgBZYoKbzytGNRCa30XLk+0W+bY1rHNPGCaLXHEjHl+LicdJbwXKRx&#10;22tjAGLAV7atTUacKtQVPE0Hp16W6epbkoCwWwuTyth/jY+xzpa7GVQfHZScVdG8LRyMmkeCsplQ&#10;LKLIHDBlKK6AguQbC4YgKeC4hP1dpGUmB+fcjeXocZp9v2dagkg1PFeavD8MjHHUaBeHlxH+bpL5&#10;OlySwQVOG8MdalfTl0kF1kopJQKtNJNtQ8rMPyCvtIT7L29X5GM00VWtPS0sOVgnrPu6mlrKmWqq&#10;YpKeaZy1P5I1og7xrpcCUGwX2bQ8xblEs0EjKZT2nSoWi/hpj1rXPl01eNHHAJ4ZgI21KcjWCKEA&#10;iupfiJFQK+VaYdaetrVVlqYo3lEpW0PAVCqkNa/+qv7CLd+Px+HqlqMPBFM9UomCOgRY0mVo9CF3&#10;VQlxqCj1f149jzZLu5vINF7K2lcY86ZqfmeHSPb5ZbgmC5uCIlUetSRmp+Z+denlCSov9fof8fYW&#10;ZmmydBjK/Kx0rVs9BS1lbBhonp0myslFSz1MWJWSrqIsak+UljWFDK0cIZgWZVuQfz3um3uBaWrz&#10;3fhnQgIBZ6doBZlUVOKsygebAZAv2yaxu76025rhYkmlSMzMCViV2CmU6FaQrGDrIQM9AdIJoOuf&#10;tLCpoqrbseI3RT0GagzONFDmsVXUdHVYmpM0FMtXHPSStk4aun8kboIfNNGddi0hQMVp2yXc4SLy&#10;3Ugp3IRUGoIKFSWXgaNXUGzkqej947q23iW+2CeS1e3n8SGRJGWVdLP4bBx4dHCkHXoQjOlU1FR7&#10;2spqqvysBNJjnjjqJ2kF0edzGVK1J8kz+QoJ9LO8hup9LXW59sLBa2ZpNcAuq0oDTNe0cKV8hTHp&#10;w6DUNrBYzK012C8a0rUKNVeyoGAaYVRx4rmnXvaX3BWTAVFJ9/DUGmn+xnjVoZQjweNSGaN5Gu9O&#10;yyhXOsxupIsR7NdnjtpCJ1t2VwCfMH/YqQP2Do92yKItb3AtpE1prBYEDuLHtqOAYaCQPiVhXj17&#10;2nYsJSPWRQ1CUcUEsB80jWLT1DzSEKam+kQyRlNFjpUo5JOoaTV7+4WOWVGZnB7R5qKZNPP/AGej&#10;o7lKtrJJF4j3CtUf0QAM6eLGoYH11CnDr3tA7gyOHq8nuLadK9E8mLmehr6WZY6s4x6qhjz+Jn0H&#10;H1+NaCOikHiqJlZGkp76XYFQzY3Nru6XVjLMzzRsqyAqDRiiuKqwIoVIIJBVW7MnHQt2az3O22/Z&#10;t/mjlAnXXGw7fE0yGCZcSJKDqFWRCGAciqju697dMXjsls7ZlZujNwbg3tLj2wNO9LtTGY2bOVlL&#10;mnx+IlzbYiSqw1Gn2eUM81alK8zRQW0wtcx+w9zLzXe7FZW8Tbbc304eOMmEIZHeqK0jprVUWp8R&#10;1QnsLNHqpoCHcLmx5g5mt9h2q4stsjl8Yh7mSUQo0PiSiETBJmbxIwiRGQIHckGVRRj72KO5JqeW&#10;QxY+BZIKekEMjwEPaKGVFm1RKrEK2lTqsLA/X2Z7UsoBed9MjvjV5mh/2egBssUqDxLt6SvJUBvW&#10;hpn9vXvaUgwsE6tSrHUyQrG1UqFZPLGJqVTp8amUmpdCWiX6c88ezea/kjQXEjrqBofQ0Oa+dBkE&#10;j8uj+TdZ4tNwzR66lTX4SQSBkU7RShPlQ9e9pDbGJSeSoxku74crU0MuextZn5Z8T/DMLWvmtMWK&#10;yuOx8rPJnNsgLR1KkBjIGZ1EjMql9nuyT2/jwXZuxHJID4QX9Qh2qpdKxq0dAtKgincAxPQl36+a&#10;FYL2Ll4wQyrBKluEk8SZBDUyxySKFEFzmaOhIAoqnQAT72hMhTZzc9XPia7aO4qWGLHZdp80ksdT&#10;jIqp9w5XDLjZayjs0NZkaDHw1Ua0rzSxROTP4iEDL9h5kk+uNjcbe8CTRlw2pKJR9BjMkb/2jU8Z&#10;WjGlalZNEoUyi+wk2zYrRNzs+ZLFpjPAFgIZZSv08U3igMMxo8kkT+KI1dwBHrWpHvaI2PPDuPZN&#10;fh6us3BVZmPKO89DnK6nkqtiRVcNLl6DatZHQZOlyOawpx2QnWnetBWeeX92FY4xAhdy1dS7pVpr&#10;uXxFlaWaJ3GqHxdBFuwX9SQBG1fr+IzqhMmiscSijmcTbJzRbbjZxWse3Nb0SSFCqXuh2jkulLxt&#10;FBL4sSNIsJ7EA8ORmdpW97rG+c3X8q0ezc5Lj8j/ABzH0NNt/dc2GppavbtRQ0rL/CshUTx49MfR&#10;K+Ugf7V5ZabTFME8WtWYRD947YUuNn5b5gkgnG7eF4FxoRvAWJSDE0jpCFQCYlYhI8WnxCfDBIC5&#10;t/db5vi+o5n22K7hO0zTtcWqzMqXCs4pKiKW1tSFlEulJNTDUG0kL173XFWY44qWhhIyVXjKyZHl&#10;8GM/h2MyZhEMCvSwR1shylZCJSzsypLG86cEsJThVuqCwS1toppDYuaELGIY5AgoNKo58QqHJZQq&#10;spcUzR+szIbtb9LqU+DHfRqQC0niyR6izHWWjBiRqYyylUbGNHXvYudSfGfevyLqMngOvcVW4/bN&#10;NjspnMZlK2qp6HZ1HlMRJQ4WpqstPO+YyeNlyL6JRSyeJmEbaJdIZ1NeQ/b269xZtwtrW4Ftt0UH&#10;jLNMGW11x0jOo1nkWSQHV4FRjIkCqzAA+4HvPy37Px2e6c4Xscm+SzxwSRKpe8eOVZJkSIKIY5fD&#10;yhkAKAsodAxC9e9iv1T0f3Vt/fm9Ok+zMplcPkRtuDJTRT1lXEXpaWvhoMTolFLLVtgBUVkwlhjU&#10;wkPZbAyt7yG9p/bLnC/3Xf8AkzeN2aEybQs4YOw8SKOUJCNZXW1qGlnVkHYXZx2EyN0AfcD3L9t9&#10;y5Y5c9y+UdthntfrnjGlUJWR0MslRqC/UFUQxyN3ECurCAe+vI9mw3l1hmev8Vs2PaW2aCd62Lbm&#10;2N0U2PjbcGWzNPkMvkqvdkWKyeXqYsZhMNLQ4Sep+5f/ACuH7qlhhSml9MU575yZunL9ny/bctcs&#10;o7EW9pdgR/USzRs7y3iRSzv4dtCUidlndRIqtDHGYDRVx95c5623m/cOYX5h3udUja6ubZpD9PFC&#10;6RxJatJFCpkmmEk8cfhLWJ/BnklM0Z1P73WPuOkqsbnsomfwdeuUps9BS1+MoAq1N4KvLyUWLOGg&#10;0U1FXZTFQQrFTL4qkJo1G5ucHt/gurXftxtt02uZL9byNXjRaMzAuI0MAOlZCgASMmOQKADgiub+&#10;zXMN9tdg217nE+3PallkkJK0KQq8gnarukUhfXKVeKoOlSFHXvdkHxo+PfX9fsnKbw7PwGSx+a66&#10;3VuVcjtuSsko8jTQXo83hq/KbfoFqc5WCbETwLF9vGsdVCFCrIdAbJz2v9ueTbjYpL3m7YpouYNp&#10;vbhpYW8TEY0zxtLDGZGZ2i8NVVaeKippikw3WGnvX7w822vM9hy5yPusM1jvFjbmK6VQ0bN3RTJF&#10;PJphQrMJCWdi0LV1FF1Ffe7EevsdNtbAjHS4OmxlFNXzwUUVJVyWhwNCTjMFFEFSk8j1VHRxBi0Z&#10;KIyqQj61GV1rBbva2VvbWkVrBaReFFDGAyKkbFIzwOgCEJ24IIIJIoBhvzjdpvu6G7j3Np7lYVaQ&#10;sgq1w36k5YkvTSzsRpbuOphqU1697GG0woZ8glarF41lanntLFSKp0BqimDQyy21hriRCwPsucjx&#10;hZxxkODQNnJ86HgMeXUco0X1Udk9u1K0qMFvPtY1XgKfCc+lOve/UW/cVHjf4io+7xkuMgy2NWhq&#10;nrGykUEwqoZcLX477dqlqt4lUtBqSURlQjLIwJXNtMW62y3FteCW3c18SM1UqQCGATVqUjK0NWBB&#10;BNK9Xn5Vv2vmtdPh3iztFIZFCeEXXQyzRyatIUEmjgOob4lKhh72I0s1fm6M10jvjsnUUwkGiczy&#10;QtPBcwNMgRqqN5ToZ9IDEn9JFgVwC3snjhCeJbA0yKcD6HgQM04/bx6BKR2u23X0yKJbBXIrpCA6&#10;TxpUhTTIFTQUrWtT72I/Se6ZqTP4+m3F4akwyx09UVH2oJkDxpMHsHJgLFwGJ/3k+wh7jcuWO5bY&#10;7WsROlvESuaMueHlWtPz6kTlXfzy1vou9tZhtk6lWBOdPbXPAUoKedK+vRdvlJ0//pq6Z3htCjlj&#10;pdwNiq2u21WSUsdasWao6aWakp5KeUEPTZFl+3ltZgkpZTqAPs/memoqakYQLJNJJGGp46eRWNQz&#10;RBlVpG9F1gu/JCkD88A41JcvblGeNywNdPAk1NVFeGamnH06nKFLncvGkjK+BIK6vQE8QfME9a+n&#10;Twze3s5R0m7pIaPI4qYR5lK2kFO2Nlp55IZUFCskskkU9ZTGMsq+SN9WkKoJBa92ZfH19ZUUmPxz&#10;7mys6M+Ko3myVDR3x+Rhoq9qmqjhiE5g85kJWRrqOFA1WWrzzNbh7LaVLXRUle00OlgH7mX8ANcG&#10;hFD516PrHke6EYvr+6FtYhgHYMmoao2ZAoLYLUUAkcWFK9WtbI7OFJiMaTM2AxlNKtPmJx9jWVkr&#10;VmPqp6d4KeCRpKUP9kI1JRn1uASzFfbZjtvfeU1XlJcTXY6bXAKiljrIadmX0M7oRDKRK6REiOQx&#10;MPQCGYkKaD3Dvbm21vatGsdNQYUbzJJqMYHmyn0DV6bu+XdLx2sW4eO7YU0NPsqWFSSfI0pSlOnu&#10;s+Q9HjM5R42WuxFRhRBKTkvsq153rw2n7XQSII6dXYgzIrG6ksRbUW2o2uk+QNRXR5NRUSKkdJSR&#10;TxxY7zLLBFXV9ZLFT0VRDSiGZmVAJkDEqCL+3Ln3RWFrG0h25pDqWrAMdIbBNSFUEAmoyR9vWrbl&#10;24jt5hJKgNDT4atmtAAzHNMVpmnT/L8isRT0NEuIrcSI4HjNRVZCrhSeteMl6ijx9HFPJWxTTyFI&#10;0edtBc/429u9NjqqGuAWqXIUcmimj8Czy6KWSzLGVOtXNNJKrsWW6qWtww9iEcw7ff2CTwODLqNR&#10;muaD4aVJpTHpQ+fUZT7RdwXrwNbMCDqYkUB9Dnypj7QehoG/NsZbbTZOSrocdOkYnq4a6qpIv3lR&#10;4yo9aK3miVlQDkspHJB9y9x7KoNyYOooMnEtK03khhqI4pI3XzS0skkcVQ0ktVTO2kAOBGbq/Ifn&#10;3Gm7xiR/E1sod2wqUBbUmRpqcnUQVKElWqOh3y/uF1tE/ipWoNWrmtNQBZSaGg04IOKYp0DE+/zj&#10;dzw1uFr6erC6KrJUEdT9If8AKFD+BFjgaQMwd9cn+bKEg+1RsDCNR7axMeTV5J8bSS0q0kqCn0xU&#10;s8iUdRPC0cjpen1eJGlk1JJq4dpLmGyxSGztXkRkBHapOaVIFVAIU04dxwc91T0r3AJLfXJUA6pK&#10;6hmoI4cB5/IdAL3Bv2pG48nS7deKlhzNTTtWZINJOsktZCDVw0kka/R5yQ7sF8bfQOOfa5myQRJb&#10;xOwgQzXS7usjgBYAi3vosB/sfYiSABQQflTpyO3GkEHjj7Pn0VmPBmpyNB/lS/5Yz0chnk0GoWHU&#10;iTykSU1QDI05KrYhb3Bvf2CVJu/HRb9q4a2sjnizCTUMDS2alTKUUayUFNBFLBqPlIYGYaWsCALg&#10;MQjv0auwKDDSKCGBajxmq000NKipbyAr0LNl2/xYV7O5Bq40Ol+JB+XkDxJA8+jE94df7nb4+UVT&#10;tvFVUVdtKSiys1HSo4yFVhKqGopMm8k1O8oZ6aKZGMbLY29RC39xctksjmI5lnk84opIpIoKbHtU&#10;PSU8tNO9M0EsEaVFegh0RvNd2YkFVHF4rmSYpOHMbSKUwEMlEKsMFaMwC0DEs1aCiECnUx2FptW1&#10;ogiAHiRkEltLMyuoZWD1WM6gQq0UABiTxbok+E27/DM7T1lNSZDHvlk8UuSrs39lDX1FNkMYtTHV&#10;UNQ8sGOmE7PLSxLHTqixsGlZWA9prMZDMDESTvWiOtkqI8aKajgEVNOnhihM8FJOWZhj1QiLyrNZ&#10;GUgqV0nbrPBbmXxk8ckLpWoDYUVIIBFK0yp+3pBafu+63fwfBcWCIzFmC6gtXKgMMEsTnSwJApQ9&#10;Gh2RsvAYE0q47E1NRTxlcqk1dVxVuSomjd6vxHIUwMccdQxRmCSQxvKGXSVOoZKXcNZV4ukxZw9Q&#10;lFT1ECSeFqe1SkrTvHNWUwPmpqczxSgEFpGc6CVUn2MeXLuHcjZbdLZUGoByCCM1buGKfDxNOPQC&#10;5l2i424Xu5QbqhnCnSp1AjgKIymhoKVBzjGc9GL2Rhdt1u7YTU1DVeSydLVwNUzQ1aLR1FPTRrPT&#10;0E5Bo62ZIWjViAsKLa12F/bPXUWNxk0OVyePUVTU1RVUS0FDUVMlLSxTTTRRy0i08y0q0KyI2hCz&#10;MgYooa6EZX+27BZ6ZQsaOtSpXuoKGoKgGgU8QGY44fh6R7Jv263e3pbvc+ItKMrECpwKg1qaivmO&#10;JyOl3l8GtfkqnE7WnqKagpK2Cjnkr6qmpWmqnpl+4OPqTWPNXRTiKSMOqIqyPZ7oPaPzWw6PLrFu&#10;LC7qkxzbsmiqa01dDUSTUiVcUn8PWChrIYJKWo1zQvUKsbvFYrdWuQUXhs5qXNvKEnnYYOo/FVlw&#10;QPJl1UrTSfM9Mw83TWbzWl3tOpYGIUggKSCBJUgspXtIQkgMGBr6C3t+traCg/u7W4NcgNq0XjpV&#10;jq4fFULS+NZ1aWlnqVnMzIyweZ4vLdbAXAKPy20/7sxYwVeajyuIhGUxdJJKlDJJ/EaY0lQamtyN&#10;NUypU0WTiMkpUgSJPIIwFUeovfbIXVZ2MbjVJSmlgrAg9zVYMjDUa4YMyg8Ohxy5z29xLPZwsUua&#10;ox0kqpVg2kIukAOh0qdJI0orgnUzNGyGEG4aWsylJga3HZXIyUNZXh462JpKU09TAaZKaWGKOnr6&#10;GR1QuAU8Ufk5uw9jX19Lgtw1NDj4aKoqI4nMVViaKZkji4UxVrGEmVKXxsp9VgdQsSCCRQLqzXZ9&#10;KxlHBaqcI9VCQ5H8IHD5nHQn/eU12800lypn0AhyavQ8QT6hsH0p1VJ8zKPfPTGw907rotwYzbhq&#10;ooJMFuzc0UdUDUyJIJMHKlaTS1OZqpY7IkeolV4X6+zSUOA23igXqMXQU9Ikbq81aI1jhKkFkP3E&#10;r3ZvrdRcn2X7dcCaCSaUqGrxFKfz6j7mfc93d1tLGaRpjT4SSf5V6qp6Q3zvbtPGVmZ3Hv3MZbPQ&#10;1bxUeD2yJKcVzvIQtS8FPjkp44QSBZLWJ9sf32DWeYbR2xU17TGOKaqoKVqaia73SWSqmEEDKt+A&#10;LmxHs4s5Y4gWVgS5rVQBXHm/nj/iugnukG4zxRLzFviJEi4V2OqnGlAa1qKEft6sd6527ubESU9X&#10;n9009DIFdhjKutjrMtEhQzVCxJTeesVVYH6AXtzxf26UvX+8txlZMrkRQRhyi0+JDh0pzfXG9VMg&#10;0yEAcpz/AI+3H3i3tQ6sAAfJSc/Mtk/koH256CM/M/LOyL4O2WH1EgyXcgCp40UcR5UP29DG2/dt&#10;4hWkq5ZFSbwyVEmYaFZqiaJQVmemkkIMIJ9BfnVfj2tcX1ztba0az1sNJThLD7ivn1PwrB5BNPM0&#10;xNySbmxP09l53q8vP0LBXJGMVJP58f59R9vXPHMW5mSJboiI4KoNK/sX/N0tcDnn3xF4cKazMzqN&#10;SR4+naogYkB1jcUt6XSv04Grn2mewuydq4nFDD7cytJUZKUMixY+ZWaOy6Va8cjuxv8AhPYh5Z5X&#10;3e9uze7pbOtsuaupAOfmKft6L+X9su73cI5twUmAkVJHl+fQ3dd9Q7ynqqrNbpw8tBj4dMlMtcpk&#10;c6QW0+CRQYY1H5e9vbV0zHjshC1RkaszZeq0T1VME/ekleVl8syuSyC30H49vc4vfW0cKRxFbdQB&#10;WlB8IqB+da9HPP8AdTR3MVtbRhbGOgQgUAwOuXZFFnMbSVDY+CP+F6npXrXOmCngCBnip1S0Y8l+&#10;be1HvjEVW28kNxYNAVVGbI0ka3WanQgnURFJoaJAWsouSPr7K9o3BL2y+iva9vwk8fy9ehDyPukO&#10;9237i3R/1iQIjXBY/wDF+fRW6+LG5DEzYnNFBQNKWoquZ7HHTSoyCQMzqJ5WZhbVwv1H09hT2Ljq&#10;feW2U3JgzbKxj7uN4F8M7LCreSFxpWTyAxjhh7I93drExiN6D8JNPPNR656yo9ry9lM2wbtGPDGo&#10;CvCh4fln7OqzKnsfIfHj5J1m3tw5yev643TNBQ1eNzNVLV0lLJk3i/3I0zWWnCQ+IgKG0kBr2v7C&#10;ratcMvjPNVRN97GBHONYM+qMtr87vfTpc8Wt+fb1tcC8gMssZ8UE/M1GCa+daDHl5dDLerI7deGG&#10;Bh4FccdOfTy+2n59GZ7HpHwecJo5lbEVMa1dBIFSOjlglS8ckCLwuuO5J5vwfatFZVSI1LUQt4WR&#10;hEHkYNYWDNrIu4HtfFcTsoglZhXgGNMfYei4bcmsOh7hxpnPQKzVeOp5kyFBMDVeUSTvEC6B72ja&#10;NLgFr8fQ+yl99/J/oj4+YesyO/excRhctFEJ6Xb+Nr6er3DVHWVVabF08pqmDuNJLaEv9WHuP+aO&#10;a+XOWlkW53H/ABkqeyNgzcD5A1r9vUx8le2PO3OE8Qsdpb6EYLzK6R/bqoK0+X5dGu6L6N7g7yq6&#10;ZMfsljtGqLQVm7t20MlBgYI7liKf7qIyZMBCWK08M5P0uvuij5Gfzp+ytyJU7a6LxUe18SsBpDuf&#10;M0NDlNw1AEi62pFeCelx8cyLcXDuDf8Ap7g7f/effLpjb7Cv01sF0htKNJ9upgQK+fmPLrLflr7t&#10;vKlrE0nM7fWXDMrGMMyw4HAqpBeh4a6/Lz6so6S/lv8ASfVWYpN35iCv3Ru6GolrR4sjlcXtWkqZ&#10;kKyCDAUuQjp6lhq9DyqV45QfT3Th2N3D2n21mKnP9jb4z2566d5JZJMnXy1Gh3Y3jiDMKaBLm+gI&#10;oAFgB7ie/wBy3Hdrhrzc7ySa6IyzuWp8gScDyAGKdTztGwbBy9aRWOybVDb2yABRHGEX7aAYrxPm&#10;TxqerBqHG0GMpoqTH0dNR00CCOKCmhjhjRAACAiKBzbn+p5PPsNqOnrq+WODH0xqpioCLAklTKSW&#10;cALrV15N+FFvZfqo1EUA08qf5Oj+GF5yqpGWcmgAFSfsA4/Z1MsOOBwLDj6Djgf4cexh2n0PvrdT&#10;LNWpJhqMugaStjZH8TG58cJVdR0+/CF3Jrw6F22ck7xdaHkj8G28y4KkD8+PXfscsf051TsmBJ9y&#10;1S5asGssaipZINSHUEMKyRxi9v7R9mMW3nGpaD1P+z0JjtXJ2xgDc70TXA9CDU/JVOPsPXveLJd0&#10;bS2xAaPaOKpaVkYov2scTqqWsS7qgBclRexPFufbrNa24o1x3+gUHoquufhBG0Ow7akCA4YgE/s/&#10;Z172Geb+QO8cnTy0lE8dDHM51SRxK1RpClVRWUBVQ6r8c8D2nuLpJ4/Dhtu2vpU/8V0GW5r5hmY+&#10;LuRNRQgDSKfl172h8au/d+1oxuOOZzVVMR/k0HlnYWUKdYiUkIB9bkWHtqE3kxFvG7ajin2+o6IN&#10;x3GytFa7v7yONTjVIwArThVj172JP+yz9qaL/wAHOr7T7233Md/P59H2mnXf7vxerw/53Tza3s0/&#10;q5utK6Twr/On+odEv9bOXKf8laL4K/h4V+Lj8Hlr9cddal/r+be//9TT4SGUHhD9f6j2MyH6KzqI&#10;IY9b/HuWI5OCUIv/AEPuhNRp8umj8J697khGIHH4/ST6j/rfj/X90UUI6TaWqT5de9+Kta5Q/wBB&#10;yP8Affn26pBbu49WByKde95IwR/yUWPP+t/T25WvShj69e9vAqlWnWNQ2rUdTX40m4454+v49qDJ&#10;CIPDAOutekRgrP4rD5de98qeVqSoE6MbpYBb82AHH9CD+faeoOV49KgAy0PDr3s+fTnZFT2ck2w9&#10;zZyfC4aioI5sRDTVtJi4Tl6Z4IaEzvOSKghwCEBBa3HsZR8wXu9wQbNfXBisUXsAIQah8Oo0JPE4&#10;8/y6iHnxr7leKHftstVubwyqJAVZz4bBtZAHDFBXhnrAKWnFQ1UIoxUMuhptC+VkH0QvbVoH9L29&#10;hTvnsgLv8VNbjqQvhHqcXUtRyafvRCZ6RZWMYCztpY+oW1Hnn8hGbS1wSAAVJBocEjiSRxqf5dSz&#10;y1ulvLa2W4m3FZI9VKMCdS0NQTg/kM8MU6yhQAFF7D6XNyP6ctf6e5df2/i8vsbHbalpJqSrxGdq&#10;cnTVtMFSqmpqqVXEElVKHmRoTcgfp/w9nR3q2k2C02lrYrew3DSCQAVo3kW46R5AU+ZPRPPt6S7z&#10;PeSsXtpE0lSagAfL1+fWNYQszza3LPGkZUldPoJIYDSDrN+ebf4excoe99o4+g2fLkaWvmrIUlpa&#10;itgrY5MpTxwgNS1DSosSSyeSxFwTYce1m67wu47NstvM5a8h1jXwbQKBVJFK0zxBPz6IeXeWtrsu&#10;aN68Xba7FLp7CSQHauogHyNOBqOuTqSLA8nhQwBUkD8gj+g/HsCt7dgY2u3RU5Kjmqc9TVM7VAky&#10;7SzSlDJ6VqNUq+QG59P9PYY8Vlcmuv5Maj7D8v8AJ0Lp9k2uBZLbak8O3BoumgoBwpQU/lx67RQA&#10;LKqn86QAL/m3+F/Yo7b7S66/u7JgdyY0zwZFxLWU+GxWPo5qYi2gJkLmpnkZiPTqUKL/AJPs5gvd&#10;p8NY72NqMRqCAAAUPA0Nc09afn0G22O7j3Bb5ZJGdOGqR6f7yGA8vTrqQSGxjKAi/wCsEjm39CD7&#10;eqTqnam78dFm9r09ZQUVS9WBTVdT5NBgcKq/cX0LIwJbSwvpXkj2ngtba6LG3hKx1wT6f8V0s3jm&#10;Cz24WcDMWv3QakHka0/Yf29dqSABIV12F9IOm9ubXuQL+wg3v1vk9qSUskMqZKgyMbS0NVSeV9YR&#10;zHJGyqkhWRHB+hI4+vtnctraxMciSK9tJ8JH8wfzr0Z7fd/WBVMRWaldJ4n7P8vXlcNex5H+9fj2&#10;j6Wsz+3ZYqqA1VFLGyvFrRls3B12kBVr/wCPstjJV0dBR1NR9vRu0UgSjIVPXO1+DyPY+bL+Q2fx&#10;1UozFTrV39TNGPs3ZzcyS06tdWL/AFYWH+Hs8O6fVuPr1pL60oP9Xp0v2nmDeuXpUeyumNuTUo3c&#10;p/wH+fUOooaeoTS8aggAKwFivIta39fp7NfTVOw+48OaXKUEU8kqIFMgUO0mgvI9JUwSBwbrwv1A&#10;+v191ltZNDSxuDAfMcQfl/LqYtp5i5Y51UbduVkFvm/iGnURnsKnUP29Mssddi9UkTGaH66balF7&#10;DlTZtVgPz7KX2l8bsvtl6rPYWM5vC00xlWBHkbI0K6yqeSNeKtIxzqDfT2VNEQTnA6CXNHIN9tYn&#10;u9vbx9uBwBlk/wBMaeX+GnTtSZGCqACnTJp1GMjkAWBP5+hPsptVRZOCsndHamjdn5RQzuyXdwYy&#10;CqEN6QLfX2wKMWzjqODEQXBFKft6cPcnG1kyjySRTUoLaZBWFESpLMPVEhH7EoIuP6n3aqkVYCgx&#10;w4/bWoPXgBxp3DgakEfsPXVuQfoR/vI/of8AD2cjqPvPwU+P2fv2Set26EWiwubUK2U2w8joYklk&#10;VYpa7DxyCzQOWaJGJiItobKL7vP3oecfZLebS0lvpLnkd5B41q1CEStWaKtNJC1AA4Y0jGlsd/eH&#10;2H2Hn+0vNz261S25sEfa9aCQgGgkFCDSuKafU1Oem+eneFjUUYHkaTXNAzMEqAEN9F3EcNSxVf3C&#10;CCBZr8FTnUW0KiGrpo4vBVxVEcVRSZCikE9FW01QpmpqmlqFJSaN054AP4Njf33O5Q9zeW+f+VbD&#10;mrly/WXa7iOoyNSkUqjgE0YZHEjzFQeuW3N2y7zy1ul7sm7QGO7iZlPoaDiPkRkfb1mpKyOsiEse&#10;pbHRJDIuiaCUHS8Uyam0ujcEcjj6n2JG9NwYbp7YGQ3JuCjimpaqNsay1sKTUjGakqq2qNWs8sUS&#10;U0WPoZndjcKE+hNveLn3p/cluUfbXdry3RXuLyQWaKy6lInSQyasgafAjlwagtpqCOh593nkb+uP&#10;uRt8K3WhbRDdMY2KyARMoXScmut14UFK14inGrjepUwxTPC39qWIqsqLwLxs6OA3PHH1HspnTvyT&#10;yE+513tQMKzOQ42WghrBjqWXF5PETYZMZi0njMMIqaqBKVHMyyN5o2AvqS7cYbDcreG/jvL+ESKE&#10;00pihUL5UwME/Z11i3O0u77Zpba0Z0k1IQxwQyMGalBjtBp0gt59W7R3ptCq2RmaSq/u7V5SmzLU&#10;9DkKzH1EGQpc0mfSeirqSWOporV6FwEZUUGwsPau7EfZu4Wyu4MXt58bU/ebY3DTUwmNO+L3NkZo&#10;JN0x0NRTVDvBQZLIQzVcVr2jlsQrLwu5gTZhcF9oUm1ZInyfgkB0yA0/CXUlRxoRUnprleTePpYo&#10;d6WtwjSJXyaOlUJ8y2kiprSvl06bSxefweHxmHy2W/i8mN/idJDkWUtPV4qCpk/gBr2k0NLkqfFt&#10;DFUyE3mmjaQm7E+09vjMvtvqPH7vrcHJS5HC1OQx2YxSQzmQVsjTVUytGkCVU0bK8rrE+oqUOnkC&#10;xHcjRaRXOmkoJDLnjjJHAgg4r8+j+HxPr3to8RuAfnivTtS1vkydVB5Flgko6SupZo38kbxyMyyh&#10;XUaH06lIZSQVYf7ESfhpuulycvY8ctJ/DKDcmyYqysp8M0lJXosFURWqyoZ6WPIUxycpVolET6Lm&#10;O5JDu3aGNzIY6I0RI01B1AqK/IZqaeXSHe7aR4YY0lpcLOKE8BUUHDy9fl516BD5CYFq+HrfL04x&#10;hr8Bv6knops1Tiqx8MlXQVyRRzxFdRiqKyCJGIIIBP449jnBRbu6V7o2BXjf2byWB3/JFjaijrq+&#10;WXFOlFBTz0QpqB4npaOqrosjaUs2uR47BxpChbZxTWW62+qdnSSgNTUMMEfsLH5/Por3AWe7bFfQ&#10;zW4NwFJPlTSDw+RK1Fa4PQdZ6XZHyH6o7IxdXsqjx+Y2nT5SOOnqKWnNVhs5TR1sNRJR1lOoLSU8&#10;+NlOpdKvH4+OPapo/jds7bm9cr8mJ5qTM7grpRF5fNXrG89JX/aO9RDTVUiLXRqqg6VEbt63AUMf&#10;aqWwg2++bdbmYNLrqWQtWoyA2ckH8uim23v6uzutotrTwWWNQagGoK6cegNa/b+zpDT9+Jurcf8A&#10;stlFtjPbVyj7boxk695caTT4etw3mp4MWcnSxQ1cVRTRuJJLeSJSEGp7K6m39sbD9tkT71hoM/ss&#10;bMw28Mjt/KtrWqyiVVVVvkKHVFULT5aFIpQktkYOqj6aj7WXEB3zXLcVkiWMS0J8tRGr/TVB4UrQ&#10;DzNSiHdZtjTwI4l+t8Ro0oBwoCVzxHwinpWmaEZdmZ2Dq3FT7PwGK8W4ajtzP9bYPJQ0MFZRbfx6&#10;w0MeEiyca1UFQ+ESrqqP0IzmNpCR9AxXm8Nq4LbGycZR7difdGGzEUVctDNV01HIlFEn2VPA1qZF&#10;pzjaeoEpNryN+STqOr7bfoxCgBnt5FZwRigFRpYeTBTX8wet7DzBd7xdyveQJbXsLFKAU/CHJFS2&#10;CQBn0Py6QfVPYe6+xOy90zb1oE663JsuqO2FrI6OprMfU1VUlFnKqspaiWrKV9JmMhjmhRTIjKsY&#10;GhCjIXfauR6/i6hXE4hsRSZyumr6qtx+sNPkY4qaphjq5EjqHnlgo5EddNyFD8D6D2Z2llYJszTR&#10;0+qZyeJ1aNB40oKB1Pl59BLdW35ufozdljtCwrpIp+mzOpIyDlhUn7MU6Y957Z7hn+UT7qzH8fyG&#10;x8ZhcRjMRkDHAlHt3yZDH1OSx8CSRSwQ1OSjCyawC8oi0u63KOVrJbswmx6jHDb9D/GdzUFfVyR0&#10;8VOEeZJKqWnmiqK2aSSlkhqIKeB4wLBSmoGztYNiSO3aMpDqkDHA48eBp9mrA4+fUtSBru0ltppv&#10;0XWmP8NSGNfI8fs6Ov8A3Wze/wCnzUe4HloNvZzBUFCKdqlKhJJvsoJoJ6ak8MU2PkpaqephlDkm&#10;UFVB/bRiiajP7E21uJq/ZNBRYjK7m3FTbm3dL99j8jlK/dtRi6PDQUzDF1NdjaCgqPsY4yZJVkch&#10;S+ngHzXNtDMlxbgqrPVhqVmLHgMVCiuCKkkenVtN3Pa/TzqBpU046aA1JNQDWnz6dtu7W3BlcRla&#10;LeGTo8pTGjlwWEp8ZRV2Nx8WFM6mCtqzkYo6yq3CtMEUuloFEa6AxLMYOzOwtq4fM02J3PSwbcr9&#10;5YmHfWKyWciehw24JlylbSZhmixTST0wpsh4VR6gJAI5PKOG1IvSS2Nz9HdSLBPKupXk1aGcAkgh&#10;QSABgE0UE0LVIBKlNzc2kl/aRvPDG+ho0Kh0QsoDDUV1GnkKnIIFAepG5sbkK6nEG356usTAmbAZ&#10;Clw/2cmZoY3pMc1IaepzEqQSPFQz650H7j+UWceIq5Avl7szvTeHbHVz9YVEmb29vzelPtXGSQ1c&#10;dbT47cVRmqSXGQUrLTRVv8LlarSTzAyKst3JK6LRDu99JuXOlryv4xeWJRNEyg6TWUx9rg8ASjac&#10;EqWYatLATHy1tmz3XKcm4G1U7hLMsJ1sweJfDWTWYwAG/HqapCFR69K6fPbf2JsbL7n3FVUu3sHt&#10;DbVZuHc1fWRx00eNxOBxMmRymRyGmxC0ePpHdzf0qlvx72C8707VdfdbbB2hT1tTnKrYux9u7czd&#10;fUtLLWV9XjcPR0tXmpy4WzV9TTvKwsCC1iL+8tnsILXYdqWwZpIoYERjWtWAAZs+TMGI4Y49Yo71&#10;eFua96SRlWJrpjFj8Fe2vz06Q3lqrQAYFEPwm+aGC+Qm7ew9+1a1WCw3bHZG69ydeHMJR0hGCTcV&#10;fj8Xt+tnpjIkuax9AsJnblWZiEuoDMTXeFJoeoun5YcfW7LqPBH4PsM3VGKkLQfz6ObYnHDq7jaF&#10;YJ4ImW6qY0ZRcNYEAi7AAMQD+AB/h7LduWl/acDRYk/1ueCef8fZVcDFCej2AgNSuadCtTPdVtyC&#10;Pqfr9QP8P6ewSzKj1k/Sx03+ukLYjjjg+yWYA1r0vjFQtepvsIMwSrMwQ3R9SkEjWA36SQQRqAtx&#10;9PaPVgMQcDyweHl8/T59GigAAnhTri5spP0tz/tjc3/wt7PP8YPkN1BisNtfpfcvV2Riy+e3PBj4&#10;N0bfy0dUtZlM7PBQY/I5CnyOQo6ijczOUl8c8sUahSkX6UXMX2F99bLkm12Pkux2Sa3ubm8VGeJk&#10;kjmlnZFWWVJNJUsdKMqEgBe0eQK5UkhuZLvWpiWMsQc4XjQCmM/4eib969b96TZ/L9l9b9tU2HoM&#10;Pt6GR9l53EQzYsphVq67IyrUQUWQMzVihTCTDHUI1wJQpt7RmP7kzO5/ldXdTYyLDRbJy/Y+c2Lt&#10;d5VYPjo48pLi8NkZcvAaqWrgmnpVkkGmQlKhtPKIPchcsffC5wsfdublvmKOC65OfcHtF8ONRIo8&#10;QRRTI6siEFqEqSwZWfNQmk02i8NuIr+bxDGihmTHmhY4AHCnQixZqv2J0DH2DvqSvy2b2t1bDvje&#10;S0FLS0s1ZV4jbRzu44cdQTzUVDSMzpOIITJCqEAMRyfYid8Ue6NkPVbV3LjqzFVK1kkM6SJIlPUR&#10;wzzQ01VSPNTRiqppzTh43TUHU8Akge+j1pv2y7vy7FvW2XSTWtwVUEEEqSPhK6qhgxHaVJJxTPUm&#10;7Ru1lf20V5Zzh4moccBXOk0rn7dPSl6b7H6/7g2bgexOuNw43dG2twY+CtpcjQVdNUyUrzwQTtjs&#10;jFSyTfw3LURn8c9NKVmikBDAEEewExY+4VgsflWGUwaDCyoHWyEuNAaZVDcAelj9W+qgY7WGntJR&#10;CnarMjVUoNQPxUKgOq/CPh1NrAbgALILoSpQcR0Lkn4/2P8AxHsT8ThauokWUk6EI0GUg6lDLZWR&#10;lJFvxa1v9j7MpBBbOz+NqkNa+ZNc5PE08s4qfXpfbs2oEGnTfPMkY59Iva4H5sf94t7GDb2IMcbK&#10;qI8iIzLr4Q6f0n/ayP8AD+nsPbleKzAaiFJ6EVrcFa6vTpK5XIpHp1MwiYqhI/UGbgW/AFj/AE9i&#10;Pi8U0KDVKXmkIaZrjQbKFQKukBQqix/4re4WurrWxoKKOH+qvS+G6AZtXn0HuVy6Ss16ZkWO4RCC&#10;JVv+pmbVp/csLWH49qRaH9soJow4W5Q21GPnSVIAOon2WG4owYoQn+XpWt1ATpPx9JSTJ/uq7U85&#10;U+gTAARIxtYyD8i3+PuBWR0eGC1lcQZlS/jQgMABf6kXW4/ofaiFp70mC3U6GIz0riuWlEkCAUOa&#10;+Y+zpwoamvz3kosYpipSzRtUTA8lvSHUgldBP4IPssnYO/KnI1rUVJH9x5Jnigp4UQlAhBAdxJGs&#10;asF5Ykm9vckbRtUW121vI0TNM7AUBHnxY18h59PRAocip6HLbe34cPRQxH1ylEkmfUWDuVPIuNQU&#10;XNh9Bf3H2/1fkdzCKoBVHkMc7VDzEhtS69QeFI3haJuACeGU/nn29uXMllZLS6iqw/DQYI8uJBof&#10;t/y9GHhwFYzLWrE9dZvdeLwEZkrHBIaX0IqpIQl7KiyOvkYni9wPz/h7FCDpaTAwGpmeG6x3iliE&#10;oezXAVNfEmqU3/HJv7DR54jvWMMKtThSgp/Lqix24Y+EDT/L0iKTtXDZmpjpqJJmdmKNCwjV0K+p&#10;hIyzSKLR35459mh+LlU+0t2rTMqpTbhibHTRtIqMGMvkx0zjWbKlWbH/AAcj/Wh33ntV37YVdHYT&#10;2riRSBUrSmsDHAoDx6V3EazWTxvWtMU6rN/m3dXUHdPxhzVTD9x/HOp6+DsjBVtLEZWp1xVO1Num&#10;kjdVdZpKzaUlUqoRpMyRm3F/ZrtyYLLVGUqK+nWNHkJ1vJOllTkXsELMbHkg/wCIt7ifatwsobKO&#10;2kqUAwKfy6Ckg8MYUV6rL6F7n6zwnW+B2nWV1XV0lBSyQ09FDR1AllfzkFJWmYUbStp4YK66uR/X&#10;2R35JYam2pnKPOSVDo+WkgaVoIJqidqtXWnlZFjEaiOZLEjWCT+kDkicvbrfDc7VPbTRkxQGnlhW&#10;Pb6nBr5cOn0mQxqQxEgNertfgx2S/YvW9dho8etNSbQr6rGUFNJPBIsGLltXUVPL45Vmd4DVaLrH&#10;bSLXJv7Q27N0Oca8esFaLE02QpBU6UeNISJaueRY/NIl/MxezE6UJsSAPYksLGK0Ml46073D5oDQ&#10;VC1IoB2+h9PPpDu90s700igAA/1V8/Poxu1Nsw0FfLXJGKeeuy1dRVnjZtEiuDDSRo94ll8UNNdT&#10;47anBN7m6uoduVlDsaXeOWAocawNNRxyTaqvKzwv/lD0sTAa6RdDM8pNlA0rrB1eyuXd4bzf02Sx&#10;bxbitWIBCopwKmvxE4UefHHDoq3EGxsJLoEllUkfsr0GVd2vgMt3JF03tyR85umloos5uSWkpEXD&#10;7OxVWAtDBmq9iyLlshJMopqQKZJ0YyMFSMlglxeSilwVUJatp8nlU+9nkJW8bVFP51iA0xx+Ohhm&#10;igRdQISMDmxYL5PDWR4BISQzgnGK6SBWlO1Sozk8SSxJOL4WfctykvZ07nJrX7fLod66ilTI0ixo&#10;FpaOKKGIfhlglERJt9byM5J+pJv/AF9uNNSTZDFqRCRElPCysriVXUxEly2kyyari91Fh9Payyu0&#10;iWzJYfqRhiOIqeOf2cQPzzQWW8cNvBLpXvYef+TqNNW0lDlbGdQ0skqAH8MJPGBxbiw59hdLianE&#10;Vb1kkNoAFRw0shLyOkqAiMRoJELyi5FuCfz7XJbAbhDcRmtuaaiWqanWBRaUXuYGtDkk/IAHeYkD&#10;HTU1Oa/PpfU9XDWxxpHMhdObWPKoSH+pPNwbeySdjRVb5XIwxVTx1C1datFOk00ZpWqJXLRSeKRS&#10;vkubm7WBuCLXEbc7bVebjfXkcd06XTTzeG9XBjBLNoquhgDQmtWqGIXSKkCHZEVLe3dVwQCelKvC&#10;qP8AAf717Ox8Od4QviM5tp6x6WvOLpZKGjaeS9VLjWqY/Fd0MslX9tLqIexZVPJY2IkvIHuuU+VZ&#10;ZIAXsqwSg1LIDQISWoxqVCkkfFkgZ6lPla8Gqe3dsHIH8+i8d94Q10Wzcy2NStpMRmaqkr6owtM2&#10;NpMwKZDUnQ6SxU71tBDHK6ghQ4J4BPsVN05+oNRPHVz6WWS5sfwyKQwJd1sV5+p/2/sWbNt0fgo8&#10;KYI6Ed7Ve5jRelRtLb+Po6OCXGwhUkhAUlSjW1FgpOiNzYm3N72v7c/jPjcZvv5LdX4SryIpqbHZ&#10;ybdJZpoYXqqnaeMrtw0VJF5lMcpqKzGoGS1zGGIIIB9knvNfXHLvtZv062xea6CWwoMKJWGpzQg0&#10;CKwB8iQSCMdYv/eP5ql2j2u5w+kt2klltzBhSygTkQsxoQaIrlq18vPh0D/zT3hk+u/i12xmcbi5&#10;cpW5TCUuzTDHHUSRUlJvrLUOz8jlJ/AwlijxWPzUs6sboJY1D2QsRfnW5meqhZJF8YE8kKlijiSK&#10;Ow8wYgG7F14tcNccgBzzwsrXQ4qO6gP2/wCrP+X064g7lsEC6isqvUKafCRqqdJU1JK0HdWhHl1U&#10;70nVpiKqikieqeokpKKaZZo5KJoKxF/fppVmMpd1MeoMJCkiEMo/UEL3u+aWjg+whqqyA5SpZ4kp&#10;Y6b7nzRQapJKQVcM8PkNOWUBl0W+nNiJD2+JLkiR8SRoBq+Va0IIKkEjNRX0I6Bk2yxvM8ktsjQo&#10;oqWrpA1fi0kGmfwlTUDNMdXC9c7jTNUaZCRF8lBSBHmlcshU6ZGicRuqlCzA/wCquBz747Zy9FUh&#10;48ZOtXHTnJ0tZI8Ct46qjPgkopq6iqykFXBJNFKYk1SIh0kRuB7T3shuMvJGSW/BIhppPd21LfKp&#10;FAcNQkDoBb3sNzaapL5ArkIygGlVYMdQUrUqQpCsDprQjUrA9CpUVnKGT9pmWKQKsyyCRJozIkka&#10;iMER2/JP19uM24sRQ1H2le61NWk3kjoVqkp5vuQkk4iMTyXbVFGZSgu3jBb8qC2gaWVIIrhI3ftG&#10;oqSRSvAZB01OQOHA0NCVOXb2ZlltgVt24sVNCvrXyoe2vmeHUiJ6iVS0TWiPLG3LLbRze9j5Rbj8&#10;e1BhsnSz4+oeBFp6yVIqmhmkWST7aQeVHMtOhp2XVAWC/Qfkj6AsbjazRzRq0paEdrD+IHhT8+PR&#10;debW0U8PisWhU0YDFSeBDEUGcZByR1EqWmVowXLRl9EkQ+rXtypt/T2nszksan8TpI3nimMuqOon&#10;SJ4mqiWkCINUek8nlFJ0gs1uB7MrGzu2azlYIY/xKK10+v8Axfn07bbbPI9rMVj0ea5r/h6c6Xzj&#10;wM6BhJ+pUBuLH6i5/Fv8faCqm/h1NDVVFQ1WrxESNTMxWUsyjQ6T6yBDqJ4I1WIB+lxHADdSvFDF&#10;oofxf5KevRwlp9U8kcUIQjyb/Y9eC/Pp0jkDsyqCunix/UP9f8f4+2maumatEFEXjh0RyxpDJIsQ&#10;hEEkY1jyNHNGokP7bAr5RqtdUKqlsoDAjXFTIpIr6ny/4v8AZTpbBYxLCTPpMlTUt/FUEenmor68&#10;OBIOX0gEtz9LXH0/r9Le2nIboyVN40xktXQ16T+SSTUzU00TxVDAmHRIVaNhG2lACGW+ogsCut9n&#10;tZ++7CPbUwPMEU88V8+PSi32K0kEiXUaNahe3jUHzz9vr1mihhILSLq/4qTx/tvanwkmQgpoqmvk&#10;IaZZJmJqZKeViiSoxKw+dwulwxsHawuPVb2VbgttIzQ2ycMAU9fTgf59F9xDFK7xwK2CBQLxHCgP&#10;kafs6iztG1kUAAH02FrG/BFvrY2PtM7sxdJSZwZSJp3pq2kxtLW00dZLJRTUVJJl6ulqGoNawyV0&#10;NTUIoqGDSooA1qBb23tVoHdrnwqXLNpavDsBK0BqoJZqsaVNB5A1PNnWW52xrWRFEySSGMtpDAyG&#10;MEaqfAQG7BRas5IJY9d005ZdFhdXYE/mwKgH6/X6+6wvkF0Dke3fkHtZaOrz+Pwm4Nv5Wt3FubJ0&#10;dRncTtyXDpTjHYfBIlVSPRVc1W0VRHFPURRxszMglVjFHBfud7UXnNfuVy+lhLcJYXNnI1xO8bTR&#10;Q+FTRFFSml3ajlJHEasxKhxqiGWPtrzzacle2G9G4itm3G2uIkghVwktx4jN4kklAxdQNSsyIzkD&#10;uoQrF3SbTCxILldI0gXJ+g/1v8fY/wCxviF0jsrKwbkxce58xuuN6CVslksnNFJUy477SdmMuLhx&#10;ciCrkpYhKhd6d6dTFJG4LXHHL3sZyhyxuUW7QRztdqI6ySTHWWjKlWrHoI+BVKEsCtVIKmgjbmH3&#10;m9wt8spNpums7bZSHAiVOAfV5SF1qA1VYDUH76hwNOJp5Ta6KiHmxBDW/POq1va/g+LXTO4cpmcx&#10;unaNLubOZyahq8zltwQ4+bLZOagraesRpavF0WNWnjkmx9PG9NTxxUs1LSRxOmnXrOtz9ueTri6u&#10;tz3baIL7c52DSzzKGldlZWBJAUKCFVGRAqNGojKFCwIPm93PcHbLO0sdo5gaz223V1iihLaFDhtR&#10;pI0mp9TvIsjapFkdnDVPXFqkKvpsFH4AFhYfX6k+zb4PAUOAxdPt3BUtPjIQ0ccdDTUNLBTUh9LR&#10;VNG0LiOClIl0mJQEH0AFvZgWgj0yrbqlpGulFSiqFr8AQAAUNT+09Qvd7hdXd9NuO4zSTXLk6nZm&#10;ZnqKUYsTqYYJJqTSpJOem2eXynWSSv1Uf763udUpX496ySmqaYVuUpZaOH1OpM/kV0jqCRoCqwuG&#10;9WixIDc+7BorlFDw1iiIah/PzFTnhw/PrUc1peeEs8Lm3jbURjA+QGc+daD+lXrioWTTqHoiYO3A&#10;uAP6fX9X0P8Ah/T29WzNflKauxdTUVFZTQxNlIamNa2vFWKeGKeeni8bD7WplWyHXdQTqtp9oWNj&#10;bWc0F3Eiw1/TK9qUJJUE/wAQ8/Xy416LpWs4bd4bmNdOv9NgaLob4VJJ4r5/OlOsIengp/HNoQHS&#10;KcowjhCSOohXXJrbUfryTe3vjuigGN+3p5oqWkY42KumgpWnrp0iq7SGmqnhiNO0jMwfxkyyL6Vu&#10;L2G9puWuvHeKVnAlKgsFUEr21UE6jSmnUNA+3j0RkSTCVhI0xDEVoEFBgU1auFAKgitK+fUnH1KV&#10;KymIuwjmaBZZEMIcxnQ4jifU8oVwV1Dg29pLL5iejoDXxvjqgVtRLR4+SC8+TgELsZVWKcKaXTcB&#10;yyorlgRquQTjbrNLi6+nfxlZO5warGfTy7vtqftGOk429JZhE/iLoQM2aLnPlx6d4gGcAkmwNxxa&#10;/wDtvaWxO5KqkTM4uKixlcZaanqKepy0srpiKlS1RNNF4zOtXU6R4hC95S9vR7OL3bYZWsbl5pot&#10;MhUrHT9UEUUZAoK0NRjTxbpyTbLaQW07NIlAwomdeaDT8JHlUkUAqSesk0IbxtrkTxk2ClQGDD9L&#10;XU3C24+nsFN27rx1LBmqLKUMVe7a5IaiRwqYyd44tVVAqLDUkrTxoqJIxEekEopFgONs2ttFtfRX&#10;Pg28Yq/bxQFjRjlaVJLFRXj3HiR9tGz3ElxZzWczxKCFCgULLq+FzlO48SADUmpPUkccew4gyX8Q&#10;oWpa2voa3HVdNTjxVbVGNmmhkfSRFWwQVLuyFw1ithCOA2m3sQfTGOT6q3RgzLgooYDt4kM4w3AY&#10;B1HiMno6kt5badGigkS6UtlKOKgVBZSVrw4eZNKrXUPewtp6xcNUzNkq+sLiY0dPItXNUJUPTTSi&#10;MR/dJeWHwxBl1Wdgp5v7OT4MVpbySTCMsSAraia5oKVrWh4ZNeBr0K5LYbnpWytI9JAc6lCldQWp&#10;NODFmox4DOOvexe2hmc9nY6fT55DGhKySzL4YqGk/dUaJJjA2mpaT9SRsUkKtzwAzPDYrbvfSBR4&#10;gA4EVLKM0qTnj5EYBoQagze9qsrFpUwqHBA463FG+Y7RQitaioOevexco8jWVdTTViSisgvDQPi4&#10;KSNMpU1tbPBT08fkWJKapo45SA10isbElQL+w3dW8cKyQumkBGbWSxRQoJJ49pK19egZPtdvbxyW&#10;0keiShcSMzGIIoJbsJLB9Nc1p8uve17NT47N0tPR7X/hGD3HStUjLZHIVzUtRJAtPpJlEMszuZ3q&#10;f3VVTrCgWVAdQcR5tvnkud2Ms+2OF8NEUMoJeuCdIHAUJPn60oVQRzQuJ91mefbGVfDVFqoq3CrE&#10;aRii1OMDJ6wXaLUSCwLEgAc2vwPr+L+0BvbEbh2TV454NxU24aeKkoo66lwEiwU7ztSoqStTpVVI&#10;1xDSXYoAxHIHqHsTbDdbZv8Ab3STbYbaZmfSZhqIFcjguDwA1EjyPSnbjtu7/UwT7b9NMXbRJNlg&#10;CxJXVRaA8ANRp616yI+sX0svNrMLH6A3/wB59wMj2vMIMNMyS0+SjpoUaogqVgmhqIqtPXSU6tRx&#10;Qt5CPINOpX9QtdW9v2nJsPi3iAqbcuwVTkFSOBNGYjApmlBQ1zX1pyU4l3FY5tVsWFFJqCpXAYjU&#10;1MDSAQNIoST1z9nk+O+/MRnMTU46sqpqkzUgnElTXQvUTHx2rY9MRUU9a/JWNibsBYsNV4B9zeX7&#10;3b7uK5ihUBSRpCEDj2Hu+JfVqD8uod5s2y62vcGMkOlc0orBaeQFfiFPxCg8qdM+Vp3eOJ4rB0lD&#10;j0qRe3HGk3+ntWbkq6agy9PRU2NGYFKhSOorpY/OIJFlhmgpmIEBmaJ00o/p1W5uB7JtshlubKae&#10;a88BpKEhAdOoZUtTNAa8CDToNiPxI3ZpdEZIJH4ajOfP7c9SIfI6BpDpYm5CcDUbFj6tR9R5+vt5&#10;2nVbdcVENHSgGeOT9qYolRGTJJCZZQGmZ3QvZwkmoH9Nx6vaPeY90UwyXEvcpGV4HFaD9nmKf4Oi&#10;a8t7gUZnAFf8+Ouc+tbEn8j/AHr/AI17cHpa2grqmYy08+GYoYXjk8EMMIIeQR1CSiNnd5grM5u/&#10;F1PJCZZra4t4lCMt2Ca1AJJOBUcaUFQAOP4h0jl0vGsbJ+oK1BzWvAH1HDryFWQXA1G44+l7kD8E&#10;/wC8+33KVdeUgcZAYmmSilMby1SK80vquvlUVMU+uIqpRWjOq5UtzpLbOGEvJ/iplmLiuK0x6VBG&#10;a5ow9aYqXsAkbI0OtgAP5Urin+quOuo1QO3ALf2r/wCvx7Lh2fuCGl+3qaevq6+SX7pFljVTTpNE&#10;vkRSoWMftwst7C5N/cpcpbfNOZIJIFiACnPGhxxz5joUcpbXLeyzxTRIqgKTWtdJwP8AB1NUWB/1&#10;z/vdv+I9gxWb6r4TSJXVci+eneqFO0amnnB8kMZJgZjG50H0tpY/jm3sdQbBbSC4NvCCUYDUD3D1&#10;oDx+0YHmD1IVtypbSLM9rbg6XAqCdQoKmlcH7RWnmD1379HUpWyitPjklmU/bQRs5WJhE/kZo3Kr&#10;IrIx1Hk8n8+9yxG3jaAhgi/ETSpB4dVkja2R7YVVF+JjxIJAGR5+nDr3t03b2hsna238/k8tuGrh&#10;fbW1tyZrJ4bbEEuU3JVYmixFLWVElFgcTBLuB62nFMTB4vEsryoPVIV9xXv242Wy/vCbc5WKRRFm&#10;jQNJKFXuLLHFrkclSAoVdQrpAyCWuW+ROaN83jZ7HbdoiP1t9bwxS3REdsk0krIA88pFvpcNSQMH&#10;Kqr8Bjr3twxmvcnirc1DXYejRpUppp0p6eRQlTVIrVFGWE0Qn8GpI2KTKD60QnSBml2trbSNYJqn&#10;ZjVGVtRAAFVNTWoGoMfIgEBgQC7cF/dDvbbdNFcXZ06wCTkqtdL1IYrwZhqSoOlmGT72Wztjsiuw&#10;NLLQ0a56lrhVVVZiqGnocIcnXQUWdpNr42kWXKZDI0NemezmQpwqwywzNBWQJIIGkDFBum7Gyty0&#10;qTC/AMgSPwgzKJo4UUCXUshkkkj7UMcqrIofwJDQTZ7f8l2m63K3F21pLatGqSuzziONmge6lciO&#10;OOSMwQRyEl1dBJFIyeKEoPewW2NQbpzm/wDF12V2lumXMby61nk7Yy+Sx+VTZ71v+/RzFZRQx09X&#10;PQ4bN0GEyomZdEnmGVECuq07QQA7Yb0Q8x2dve2Fyu43u0j64uji0aQiL9EqJGCTRo70U18T6hUW&#10;QeC0Ucmcz3exbXyluNpt3MNiu3bbvSrtUMTxfWaCLyFHbUqyTwyTxtHqqPD+l8VkdrhZZfezybf3&#10;AtUuSwGPlkkgx8XjjrKaJ1o5KOugkmp5qGsmbwVrmlbkw6/G41E6WU+5HvLeK5b6qRWBYA1rxJGG&#10;D0AOD5HBwcjrFvd9o+n+i3adAJJmFUYgya0IDCSNaFBqU01UJU6TUgk+9qipxRligrIY3ZZH0iNw&#10;RIoVWYOmlSrEcjgAern3SK6Ad4JSKr5+X2cePQcg3BY5JreQrUef4T5U41+fHy697i0qpQRz1s0M&#10;kraDSWDeVoYJg1PIiLORD+1CzMyBf0gj82Nrj/GStujjQDqPpUGoOP8Ai/z6WTmS7MNqkyrECHzw&#10;LDINB3HIArXBp172HO5tmUdRRZuLalHgcJWZyo3Dl8hRfwgx4zMZ/KUzTzZTJU+JehnnqavMeGat&#10;mGuacBgCJLN7atoE2yw3G12qytYnkLSVZKIZ5AxEkmgoWLOAzsTrI1EspIPQy2Pma5iu9tl3+4u7&#10;mG1WCJH8XVLFBE2kRRtKHVVWEukKHSiEqSNIIPvYs4agyiUdHHlMpQLCI44qqnpTW1MFPNTEt+mp&#10;+ylWLVqRXkKWQ2+h9obyW30ubexYXJFclKZFCAc1FDwFKnNASegDuN1ZNPcNt9i/i1YqzeGjFXFM&#10;lS+aGtBqJPHhQe9le7Y6K7hodx5LsTo+ow8NJu/HyxbjocxnMlU0+T3A8tfkKRloK6mkpsbSw1qG&#10;oRqE03mq8nWGo1rIrRRrOeats5juLnli4gjkeBtUU7M0RZXkZKBlcRorNrCx+FWWaZn1hldJ45C9&#10;0Pby52S05S9z47iS42+VTBJDbxq0MFI45AZI21SOyUjPimQrBb2whKlGR/eyp/MDq3eu8dg4ujp5&#10;cdFV7ap67cWex9LJTx4uoOFxkxlpsIK+mm3FU1EmQq/DQx08F2WeRJTGzKQLfeTZd55t5KsY9uZD&#10;cWh+qnUANG/hQNQR4aYzamKweGKurujOpZQ07/d0575Y5d5t3Gd1la2vXS3gkcN4o8aQKjTaCLcK&#10;Il1ztI4poDIpUMeve6j+u9gtlt/7axG7alz1XTUtVlK6Wlqa7PRbWoq6KopIpXpsbBpxtd/eWgo4&#10;pGVUWaTxAkoyH3g1y7tFtuW/7Pt2+XjtybFDJMzIsky2qyLpDaUwjPMsKmhVS/hAnSQw6D83c2rt&#10;3KW9bny/Cf6+tKsaBhHA13IhRyAZCS6fTvM4JLaV1n4kYN72NnTfde+emdmZ3qgb6yHX1ZBW43O4&#10;XJQw11djcnM2dq63I18FBkcNmIsZV5Ra8s4ko6GeAwzpWs7WEZjy/wA78x8o7Vdcow7z9DNEfEil&#10;GrQyGR3mHhSRSGPxAxWhjhcEMtwNYFI19xPbPlL3G5n2rn2TlSPdrd4pYJ4yyJNFpgVIoy8UsTOI&#10;WjFKTzJKGiNsUXU7+92kYDrzP5rGY3eXZMv8d7AqsDmKfcmVRJIZZp9xZOlyhxsVbj5cZRzQQQQL&#10;C0zQ+SWYMyNCrNG3S3k23v12nlxuZbm2l5gG3tDMY10KI5vDkMSKoA0QlQqsY68WXRrbVgpvPOW0&#10;7duV9sPJq/T8qrdwtbxMQ4VYImi1urrI4YlqhA4VForK7KrL72SP5TdvrsPdD4SCsrsfkY6Db58+&#10;WyWPXbonfJrVY2n+2hpKjOVFQMckzxvC9NDFGjA65HRXAXvF7nx8m3MVhtdy9teBLch2eOO0LeOs&#10;mhlWOS78UIsjao3ihCg11syRvk37D+3bc2cvrucsUM1gZ56rFHILgqIykjhmdYVQSFAdayOSwICI&#10;rke9lw6I663Vjs3t7dVTtDeW5Ns5rfOK3rNvXLUTSfw/J5Hbm7sbgMvk6CDONSVNLRbmrI8hPrEV&#10;WKVYm1RmddUBe1nJXMcfMvLO5NsV9c2m4brDfLe3ABdJZYbqOGeSJbkhwtxILg6qStEIn1xmQB5p&#10;91OceX7zbN22KPmDbrPfLbbJLL6OGSglhjuLWWeGORoC6s9rGYEK64fEMgKOIiR72cnaeAqqjeWf&#10;zVXnXFDXLtaGKOgoaGkyOSpduzxVNOd2bjqKCoyeSgqah1VaKJ4oUgVlbU2plzk2r27Zd8v97uN0&#10;TwpUsvDEMMfjyrZkOHvLxofGYmRQscCyRrHFXDlyUxs5h3qGDlradqtdtH1EZuSxkd3ije4Vkb6W&#10;2V1ijZFLVmcM5c6lNCB172dLZ8+Hk2vUYqWFJXpEafGyS1hKQ1KzNLN4GmnWJY0U2jQXiQHgXJua&#10;7lYTWV7C9szLATpKmp7SKKoJDEDyoOAAAwAOsZeY03L99QX0bEI3bKAuWUii1GkmvEk/EfM+fXvf&#10;LDbxyWV3TTbVwi/xCnyWA3HW19Q1YgegosXLQ0xJhhhngkleXJ6G0uqg2b6gKSffEh26622C8gAM&#10;oeTVqZQDG0K6QOLlzMtKldADE6uA1uPLtlY7BLv25t4UkF5bpEug0d5RI9allYCkVQKEnh6ke94s&#10;dtmu2tSvtjBpUtjnqqqpeprszkdwVmQqcgCJ4DLNNJFSUUENAivaSMuQJJC88skhTbBtm1bNC0kV&#10;zcSBmL1mkeQoRRQAZCz8KHi1WDs4aV3kZ6936232Ub3u8yfWIiIFSFIEjWOgDAABmcmRqVVqCsaB&#10;YkRB72Puw0q6lI8XCHhpqeKFkWWcSVMZhqpDpRWRVFMsgY+Men8A2tcm5gaCBjcuwMhLcAADqWlf&#10;tpTu4j08uok5ta2heS9ahlZ2HDSpDKKEgfi00q/Enj6D3taUFbSPloMXUZCGnqfuGWOJikRiWkkb&#10;9nSvjaGQXUpdnL6mtb2Q3EEyWj3cVmzQ6cnjWo8uOr8gKY6DkkNzBZy7hDauYgoJIzUtjVnDAZrQ&#10;CmPn10Re3+H+t/xIP59nR66ydHn8HUYvM5LVXYNEnmdJIFM+qgTGR1Duys88tN+lXkVyl1KkMNXv&#10;HHnflpHvre7tbZ44Z2cjSStHKkE0yKhaUrWhUEAaRSe/bnnSeXbFspYvEukApqFf0wwIGTgV46aG&#10;mK9VN/M/pWrxm/tr742jh6RqDd8smI3AHZ7QZOlrI8yzRRFhFBTZeKCRpEj0tJOpLk6mu31u7dl4&#10;DIUqQYuCKeaYv93NR08Tv4EeaWeORUBpqYzwayDfU51sGsLM7R7cQiN7qC0h8RMghQSCaDSuK8Tq&#10;NPyI6ke6u+at2Chr12tQKMKmjVGkAgkioHyoFHDp32V0lUz4LJtlsrNU1Fomigx+TmNNSxSSokdF&#10;OAGp6itaGsKsUVf0MFtqbV6TsHF1009FG/ipawq8z08gFQywnV4mljnLRKYoihGtTpvYWIAOJ+R5&#10;JLSRbjWS5GrLIW4cStGOABg8MdKrWDcLV4ZpASUBoGyOFMD86/aB5VBYcl8fZ5KOlyEyGsyeOp3h&#10;plkiY0vmqH008r0CxGGp4u4vEfUASQeS90uVpsrTrGUaKGv1mWni8k33QaOUPLM7vFHTGoVrKpAU&#10;n6H6ew3uHKUSPLGCotjXWpJ0kmtajzzx9enEu57fVIU/UoAG+EgcPKhbHz+fQY5rqIYqoYUlW0gw&#10;8Kr5JRBR1FLO8qOYaPxiWWoammS7kktFcajcgDLPt2llZxBSikM1LOiVSUcgCpOYzPFTrHIIEgqD&#10;Gj6VUs1wdJJIAIk21LW4ljtxpqtNekkfFUhQDpCmgxpLHJFSSejyG8eeNJbhjIwoKagCacDnOKml&#10;COgrXs3Jbaq5KAbohy0OIqNVTSSZRZaZxTO7R3V9dQ8scrOgDHgXCkfhT4XARfZFKo1KmkjaImsM&#10;hgmlH7iTU8OukiUJKqmNUj8iesA2ZvZikUcXhwXJZwCR3VzlSGAwBQ/CVAK+VKmpbc2KTyNJbxAx&#10;5YUIJA4AMTViTnVnNBXIHQQb5+U9bh8/Q4yhmpJ1zGWp/KcL4zWUVNUtFTNLWEwVczKI5H8sjzRx&#10;EAavoL56qnUeSOEJGhiEYeGHxyLI6AvIjSMwMf5GosEH11fkURMzL4khJJ8/P+fRFQwOjSYZT58M&#10;Hz6GLamXGbpIq7yPVI1ZLPC800ssLU1PULCigssLNKJfr6VBH0A9pKvSpmx8iCCSKN1qYmWAxrJC&#10;USUwGCdZPXGqkEkg/wBPqCfZhFRmjUqRU/nT16WeIqsND6hTGKY+Y4g1r+VOhe2xRY2k3JQ1EstL&#10;JPDJSTxR1EbmNkWoi8nmg8EgD2NuCDYD2WXHbZqcxi615YZoqzH1U0UVdWTS6lrIqiRKVyqQMs0n&#10;2yltChefqQOQRC2e7glilt3MlXXVU1JwBqAXuCipK6aqQNVTToU/vkbfexSwyKxKRmiDitDULkkH&#10;zrX16PRm8pT0lZTY+eeCajyVIrS46KOMRyUmgitj/fmXxrI5QKxJDEgqONJWWOyufq4oxTSw1lTH&#10;BDT1NNHNJTwPLAksM6TSpHUTzVCFNZ+iMDpup1H3EN8t5JPJbxSxtN4gVlGrijUGo0pX+KuK1wOh&#10;5HebLpc7kJI43IdCKMRUhgAoK0r8AFDWlc4oRnd3UWFwdTUx42l/h+ObJ5Cc1dSIayvp4JataqD7&#10;Ogephx6UUkc5Ueh5jzIysSFGavp63y01PLDNWQSO0ckmNenYUlTFTl5IpJUnDy09VIhkZ0WYsgsb&#10;kH2xAsjTQxT1kXSNWkDtOgnTUngTk6VJwKDpk3kf08rxSrCwNV16gGUkDHkGA+HUy0qc9e2XSUXm&#10;mmpqqNc0kDLGcstXTJlI5qoKlU1O1NMhnp0mRVB8CjXdPbTjNwZesytVQy7Wlo6dKZZ8bXUlCsGL&#10;q6KORXkWZx4cis9HIQsatoMiOW9K29qVut0Ek8IidIyildC+GhWmrTUFSdJGK91a1PSe7sNjuIYZ&#10;Jb2OYDDiRg7h604EFDqB7iBRCAozkiPXbUm2njTlMbv6oNdX5AQz0L5CFNwY2eSIhEpzTR1FLURV&#10;8kba2AJQqobWw9TVWYnde446eaoqzTUUcq1NTBM9ZiJqvSkfmgooaaKqqqn7SJ0WHkC7X0kgJ7TS&#10;2u8X8cdxcyuYQuqjakqRQkoM10gqAF45oSwK9PQ7hyxts0lh9PE8silFICSJGASRrJZQtTqLAKDp&#10;oAasCFjS1C4WlrshClbLWQRyU1DOlXRZo0cjM7wVNTPVfYx0gmkqHaeyyFQukGxEhD7Nbc3Ht6ux&#10;tJSYyI4QUCZmGoqspWy1FSxRjWUtCtS7mlyaxILNUaaaSSq0sGc6Y7QWO4Qi3MzVtyutWJJq1NJC&#10;1YlW0ihLrTvIAyNIii3Dl7c4bxpAn1jyeGVVI1AFO3VRQPDPxDQJHATBFAelhtrc9BnsflK6pzuR&#10;izMGTlxUkNLj8fS0eOfyVAgqq4U0UUVbjzd1vAz1CpT+lgAHlRGVnbc2BzsWbweToKaeqqKqiqJn&#10;WszlZUPJVYvJ13nFNkmLytStTxeUSSSGRroLksILG+ubmNHuoisLNqSoo+oqUdm4/Dp0jBbjUnpL&#10;fcv7dbX9rc7fJH9Woo9BSNFHei6dSU4q7AHSNIpStehgwmZyWHyeJoaXPUWTCRNBkIoY0pqCnWeG&#10;GuoYIVDxHQYcik0oiFhb62a/vDjt0ZrqXddBuHE1TZTDUt8dUUOPekGVKfc0TTyZqkeKGKaOpaM6&#10;6jTCsMcqupYi/sRXVtDBJoOl0GCB/hkAwajz4U6Jopru5hJo4lYhiW+GhJFFyWCgBmAGonSdVOAb&#10;e4umOvPk71luDq/sTA0tZDm4/vKSbIipMOPzEUFSuPymErYanzU1ZjJ7TR2Y8izBlJBPNTb42xn6&#10;CjzNJjK7OJkYIq+lWoqYqtQjqD+0iVCRHSTZtK2BHsxttouVWNoAjW57lVaMFr51qFHS5pqRAtd+&#10;G9NJIXTT1yRnrXwxvw4+QvWe6Mrsmm7G2VsfA7dyE+MK7Uw9VRVlcsE0jUtfPWS0ktaVq6eSOYA1&#10;DckXJHHvNmeyd0U9IsuKwVLSQoE+3jMhlnGlPUvgiOhCn0+osAfYhtdquHJa4gVlPzq1PIUX/IaD&#10;jkDoIPyxyzezaLq8laUkkk4UjiDwHE8CejZdS9Jpt4y02596V2frZHtUV8dKYFKzSo8rNV1MlRK6&#10;mS4UrYEH6c+1X1j2fvXIvXUNfBDVVKmnkiSBV1I0zqBTyM4ZE0qdZ5vb3TdNgsDH48yCHTxFa0FC&#10;c/0qj9lMdRxz3yhsO0C0m26TQZAQdRrwzUY+f8uhk3l1H1/l5cdWZCFkxsPmgqJTOY4ZoIkZzURx&#10;xqDPNriQKCTZ7XFuPbX2GNy5epaDcWaYLNpgpsRi1Vpm8pOlZJtSrGA1731H/D8gSctna7OIPtdk&#10;Cwy0snljyXj6dAzaLK2CNPDbgQ8TI5wo+wcfs6M71PWbH21jaei2Bt00r06aq3KZMyRJKYgqu6Bm&#10;aSdStvoVUn/Wscez+l8VSK+XrYpW1QI8UUctRI9rawHkLFUJ/Kra5963rnm4lZLW3IrqoTpA+XD/&#10;AD9F2781F3ht9vc9hpXSAMedONPt6V24u2Mq5OJ1U0D1JKmQpGBokIUGFAzHlW41avr7attF9tdi&#10;zLRoaejqaeGWUyTMzm85QRi7DRHc/T6/4+39yf8AeexETd0gUEfaa/kOhlzHYrf8lbffyit3wrjN&#10;QDnHHpHUu44d0YbcWAnnirTRT5Kkp1jiRYBLSqDIHFmLzIOGJsL/AEA9mZ3Bl4IcTJJJTecywSNI&#10;t9BVGGlVCMSzO7G1r29xdaW+ifU04jijNdR8vmeg77e7BfbpzFYwWlSRKtM08xk+v5Z6rQ+Q2ewm&#10;19i7wnzWci27FTUtTR0NbIBJHHkJElp4Kl5Y9VPFFBI6liGf2T2v7D2nhJMxjKCetjrJjIs2INPI&#10;8kNXMpCFGAOlHkJJAJBuPYb5j3SDdJYYLZnaOKUEkLita9p4UNfOtOujXK/JO42Uq7luYjBEZAcm&#10;nb/pSM0GPnT59Vm7+6S7y+R+K6lyM+IwFXtTF19HXp2g24IKOmyeJx8xaVWWKENNIJdahWFjcewt&#10;i3Rg+qNv1G6uw8mmMxtRLKaGjjjebK1dbUSNNDRY7HRCWuyVbVKoCQxRvIT9Ba9js3kGwRLd7ypW&#10;CSpjAqWaQsdKqoDFifQA5/lvdY25n3RNo5Zi+p3bUAdPamgDvcs3ZHGBku5AGkjJI6sKqetd/fIL&#10;ctFs7qTATSUGCx9HBmd1ZqoXG7coaWgp0opZqrJP5YgtPpPoj1vp5axsCSHvrf8A8xO48VFjul6L&#10;AdC7eyPn8m5Owp56jfNZTEeMSQbZxGLzsODWQNqQVEwnsNTKlre6nkP3l9wLNDtItdn201bVdyuk&#10;zA1pWGNJmjJ/pEH7Oph5Msvabkm5eTmW7bdt1FKrbENbIRQ0EjtEslOGpQVrjPHo8nQfxf8Ajx1I&#10;oqt55I94b1x5hMowa0zbLoJJCZokpEqq3G0uakVl0GR5XjJNvHf3RJ338AO78bnHye4e29qdobwy&#10;sX8QlxD5DNUe48uZnqX00MuWp/sKks0bFVknjMn0UDi4YvvuRe79xtd5zLs89nuiQk+IsbuspNKt&#10;paWNUOOAZ1LHtGTTrJDZ/vDe2893a7SbeexRhRS6R6ABwNY5HAA+zHVoeyN4UO5sYtTjcDkcRjaN&#10;5KWFqmLGU9LF9ssaNTwx0mQlaNIVbQbJ41t/Qe1l0J/KY3/2Ft6i3n21uqj6+25XColpNt4aB8lu&#10;XxQrpSTMVLhMZijJKDZNU7kLYhL3BXyJ91DmXd/Dn523QbZER/uPGni3LE4GpSypFQ1qpZ29QpFD&#10;Tmj7wnLuymWDZbV7+daVeuiIE8Ap+J8cSAoBxnNA83l8jNs7X3bLsiixddnNxQCl106zw0NPM1Xr&#10;KQ0MrrU1NbNCsZMpSExoCvrJJ0iD2N/LT+Pm0cIcjDvjfdVWwS0FHSUQq8HU/wAQrquohpFT7WKj&#10;p6iniklkYltZ0pySQDfIaD7gPL/MJS02HmzcLe80Mxa4jjkiogqSQixMK8BQtSo40yBbX70l3bTi&#10;Tc+WYWsy3+huwYCvAliRX8hX5dCJtvdG5c1NGtTgaSkhe7yu1VUxvTRlDIii9NNHUy3sp9UdiSbc&#10;W9hF2X0ViPjHt+k3DDiKXM4pvFC+WpFlqJsfPZXihyiuJGpXYyEKVbQ7qfUPeJHuz93TnH2cEV9v&#10;CxXXLkshVbmASMARSiyKVBRmHAmqVwrMwI6y99tffv2/5l20HZNpeLmEAkpKBU5oGjIY1AIOoCje&#10;fAjpYUWRFY8sTQPTSR30rI8MgmUO6eSJoZHuqlOQQGFxx7J/uf5IZmvpvscFB9gwMmurOjyFL8CB&#10;dDABVve4PPuA7u4tgqJaxlHB4nj+zobXXOm/7isiy3CrC3BVWhAPzyf29OfsAs1uXPbgcTZTI1FT&#10;ySqO2lBc8EIFUA/7D2klvbubtllJ/wBXy6CcroXLEanPmcn9vXvfeC21mtxVX2mJop66dip8UEZk&#10;axIB4WxsP+J96trOW6cpDGWk9B0xPNBbJrlcKOvezqt8P8ztTa2B3JUbl2xlc3nDA42lElVVZGii&#10;qUDotUqRt45x9CpAYezlNruIXt0UoZ5CAI9JZgSQKMARX8qdRDZe6X7233d9qt+XL6GyswQ1y6hY&#10;nZSQQhNQRWhBFRg54dcQwP8AXgX9iD161B03vaSol8e0K3F0bS1VbBDClTVyuhkFP9tVvIi0zK6a&#10;rm5BJtzb2Oo02HbNyaC9tmgkjjOrTxLgVpQ10g/PPVb/AJZvvcDalG7R+JtsmQmvA8tWtaCvmF+w&#10;ddEh0NuQ115v+TpN7EH23/7MnvLz/df38xnk/vz/AHkt/DMdbR/Df4R9vp8GnT9pzo/Rf1Xv7B37&#10;zuOP7yav1Ovy+DhThxp+VPKuel/+tHyd4fg/u19H7v8ApP7WSujxPF41+LX+L0xw65WH+8W/2Hv/&#10;1dWmPuHEyMDUdabElsfUEx1VThyfz+xXxtZf9ce5J/eEZH6tjCV/0rL/ACD0/PoPfSTgEfWP+wdb&#10;+pU/2WK/0FgRf/Y8+3aHtTYkoAr+pNrOG/V9rV5ykLfW/KZdvfvrrAA/7qIdPyLj/n7pl7e+C9t9&#10;w4VUH/iuugsn5kv/AKyKP+K+3WDfnSNTYV3VVTTcWb+F7pr4weL201kdWvpP0vq/4n25Fd7MT+tt&#10;Jp/RkYfs1agP2H/L0ja33WhKX0Zr5FOu9Lg313/wKgf7yOfchq7485C2jD76wjkcNHX47KKpY8ka&#10;koToH9Cf979vseXJVoIryMf6ZH/kQvScpzHGe2SB09KMM/lT/B136/8Aaf8AefeEbK6dyZ/3G77r&#10;se8jjQuXwfjVTfjzTUNVX2uf7XPtoWW0SDRBusikeTREf71oY4+wdW+u3yCv1G1BlH8Dgf5uvXI+&#10;ov8A8Fv7cIehVyCl9v762LlyxIEJzZxlSfyAy5OmpFLH/X9vx8vSTAC03W1kJ8tZjr/zkC/4T0mk&#10;5lERAu7C5iX5pqA/2ykjr2r/AGlv9t7YMz0b2PhtTvt6orIQpcVOMePK05QXN/PjzURAWH5I9sXH&#10;L+72uZbJjH/EtHU/7ZSV/KtfOmR0stuZNouO1LsB/Q1U/wA6dda1H1Ok/wBDx7QQxucw06mSnrKS&#10;VPWWMckbK4BtZlA0tx9Dzb8eyWQMjBGRg/pTP7OPRnrtrpBqpJGeNMj9vr1z9wpfuJZGkn1PI51s&#10;7XJLX5LH1WN/8f8AinvxqoAINerxiGJVWLh6D/Z6975xg/n6/wDI/wDifbbHpp8uOve85DOEv/Z9&#10;P+v+f96Hu6cKUz09AKk1PdTr3uSlN5LE8fQjnkH/AJGPdhxA6cMiqRx49e9yFpZEYMhZipBUi11s&#10;efrYc+7MmMcPP/Y6tqVwynh172tMFndwxVMGOjrq58fJUUzfw6ColhEsxbT/ALrOkM4bT9GHtoqA&#10;ChWqny6TjbLeeQGKENcE0BIrx+XDr3s6uF3Bg5s1tfGTM1G+Ex8NJUYbGytUz5OsrZvOlFHLUPIj&#10;yxGYeV3PDcDj2YNdkNbIAfDUKCgpRqmnE9G+6Wm22O1TPJOkd7BEWLAYDV8x6Acf8HUYxvGkxRwz&#10;uxfVJ9FX629IPCj6ce+u4OpqyvhqspTVNRL9tI18fWZOhMmPMQtLE8a08bHQTYFSQbfX2YbpaWds&#10;Uazjl1afxFSFrxXA9egLyjzDvHMsck17f28lohoCO1iPKgAA/wAHXUVQhZYrkvpDagPQbn6Amxv/&#10;ALD2SSekkpXeMizK+lr2IbSxDW0tyDY/n2HG8qA0HQpkXuGsVp6dSva32bvvcOz5EWirJhRGbyTU&#10;iyuFa9kOgk3RvGPr7diu50QwxTyIhNaA0FfX+XT1pcC0nE0IOunXFlDCx+ns+vXHdOH3d46LIIgi&#10;kCRO1S0TSwSmNVKzxhbvG8gvrX/DV/gfPHZ3iJJaHQQPhH+H7OpK5X9yr2K5hsd9KtBQgSeY8hXh&#10;9n59JjJ4Vgr1WP8ATULysYCk6SCG8ZdlAcrxf+hPtAfJXqjrbE1FLNs/JpLuqvikyOTw9KFeiqYH&#10;UTvNAU1NHUoWJsPSw/p7INymsrKWOJZdVycORlR8q+v5U+fSbmXbrS9uZLnbEAdgSwB7TXNftPpw&#10;+fTTsbOblzkFZNm8D/BqSGqmpse80966qWnlaKSappdGmGOQrdDquf6eyF12LZW1OC+kkKrgo8TX&#10;uVQlQyOLfW3uoIbKmo6jx1aIshUihyOl/wC5lCGjNo3X0JGZIZZpGqZVuDpLWZG0rfSb3t/T3UVX&#10;II6ZDNXNOve7Fvh33Vj48ljeqt91pGGrHaPZWWeOMvhcvVVHqxlVUIiyti8pJM4BfV4JjcWV5PeV&#10;P3Z/fi79seYBse73cjcpXx0FOKxTMah8CuRWtSQCRQrVicXPvJezEXPWzScwbJbr/WK1XW4yDNGE&#10;IoMFdSaVzpqQAtQQpVHbhNXhzNn8bA86xIJs5Rxs2qqoKaIg1lNGf2zkKBQGCgqZ4lKG5WP3a/uv&#10;pJextn5TbopKSethhFbihkojU445SBZIaRMjT6X10VSs0kE6kXEMjcHj3nn7wbRYe4/Jd9sU0oEs&#10;oEtu5A0JOqlo2PqpB0vg9jtTND1z19p+eL32z9wNt32OMtCjeHPGDRmhZlMgB8nFFeM8C6jODRI5&#10;7sLEYSlp8lV1rRUs8yQvJCp8jwyKkj+FzZdTRG6sDbi4/F6lNgbWp8P2Hmuua/D4zAZKeqmVMTmV&#10;ekbDDDy5EV1FDSyKztLiY4vNDSx6UmjWORT4CXHIi7tbnary/wBu3iyMV1FIUZCCGBUkEUP2VGci&#10;hFRnrshtk9jvO37duO1X4ms501o/FWUgGtRXiD5jjUGhHSxyefpht6PO4hpctTvDFNRNjnp5DXLJ&#10;Iioq1Eh8EUM5BVpTdVBNgzWUl73b8gDB3tvXaI2xU4XZOIrp1wWalydAWzU+Foa6Q0ctAkTyT0eT&#10;aJHgqjreKSTRqKyx2QvuH+P3EYgZIhUqfWgwpzwJFRSuR0bSbav0sc0EmSRUceJ/Pp4wsdYuJoFy&#10;TwyZEUsQr5KUTR0zVukfdGlWQ+VKc1Gox/0S1iRY+xvym+YuwcPgZNx7nqZV3BR47J42Gpx+Tonl&#10;pKZDR0TS5DbzVv3FRDfSJJYw4C/ptf2pnvfrdBupyZSBkg4C+XaCaD7Ptp0w9jdWxUhKmlcdRcXh&#10;6Hb0ElFh8ZBS0ZmqKkU9DaOOOarnlqqtooJpVihE9TM8mlCF1OeL8sKvV2Dl65yA3ZsbP4TIS12O&#10;GHNQVnysUMs1TPNIhrsZoCVUL28cMsMTgJ/j7eiaOBxLE41E14FhnzoPtrmnRRuTSzKkNwtKN5/t&#10;9Dw88dMG6sXht30BwW4cfPJRCqp6808lRFTNI2Nm86NLqkULA7qAWVvoRpINiF3ult772ye0ajLb&#10;uTNTbLz1PW0lJg9sV9bCk0T0+QejqajEU8s1PUSQrqRf3CmoengD2okl1yW8jyxkxvUFUJ9MYBz/&#10;ADzw6L4rN7aScQ24YOmkglR68PhHnT7Qc9JbC4PY2zMfuJsViocBFuKnE+XkyGWgp/MiQSY1KsjJ&#10;V4HhSNOWBRZWuRclj7fMfvPuLDx5rasC5fD7MnqauajlretN8sKI1MxkmqKnJ5PA01JULBFUMGLy&#10;RRaUUsbA2fkvnIu7eO0f6fhUxzcC3aQQo4VzWn59Fb7WklxbS3NzHHejATxYizUFSAA5J4eQPzp0&#10;izguiN5bmxe9YsltHc2+aHFQUFHU4jeWHqqrxaoWhWmo8fmZY081TQoUdFkl9LKqkkj2977yRyvW&#10;2Ian3pWQZrau3a/G7myVFiqiSlzEXmra2GGLEwV1I80yE2WPxShmGkRtcals24J+77Zbdm8ZIirk&#10;AmoJLDB7sE5x1WOwu13W5iubJXgdw6VpVTQKRlW454Hz6m7K29k9vb23tWVuGxv8H3buakz23KOS&#10;ohqa/FSU+3sXi8nMs60lRFCtTJQo3jSQMSVUkklfb50h1l2/27szC7nw28G3PtvcDTIjRVeExUcE&#10;NK8FN9isU9LXZvEyUjUKBo9NPPqSzqT6R6zbddxigiimZxIaAkKpUDTiukyKKg8NJz8+nt0XY9gl&#10;nur/AEwyL8S0djkYoAGrX+jgedK1JfPkP80/ip8atz5DFdoVlTtvdeLWnyrJT7S3NkGrWqo52pKv&#10;XRUVFiq+KP72S0rTvDE8jWdXuPbPldjUXTXZlTrw+MbJY5aLb824Kaqy+QloKmrgkrKmmSqqo6eC&#10;bG0tPVwtMNIVJZlCBihs1udjJsu5SW0sqNPEQCVJI1U1EVIGVDqGxSvCvHp+Awb7tcd6gbwJMgHD&#10;UzQ0qcNSo+XGnQ0dZ9oYf5JdQ4HfWEj3HS4LdlHPmsTQZzGY7GV2Tw9PkWpcZVS0NPU5Coo2ylRQ&#10;yS0jCpBaOPU/JHth7K2kNx7fzOKxOKyWZWDDT5CshwAMWUeSlr446qmhxVHkaR6yinoxrUBZI4pY&#10;1Z00gFFE+3iWykCJrmpqouSf5jyJHDopXcxablBDdFUsCQp1kAVpip8vt6EXD7iTFtR1m4qymxFF&#10;V5OPFULZKpZ6adZ8eZKNvv6imSODJTVkbIA8imbUFBLED2V3qzreq2zuhsRX1uMmTNgYfCYbFZCX&#10;P5TH1jw1mflqNwCGgxlJSVePo8Z9tJBAZFimRQZGduCK121tsuEE8iFn/CpJK1qe6oAxTNCadDK7&#10;3ODdLYx2asIY8lqdpBFNIOagnz6ECvzEcePkrwkkVPT6maSpQJHMiOKYaHBl8ayyzjQ5Q6gCQPp7&#10;BjI4Xeub7Pqtt7izR/gOCxWf2ns54MatBW46Osz2PjqaGGrSKVq3AmhpBJ5ZTeNtSlmCewvf7osl&#10;+qGUFkL6gMLpYKukj5DUaiuK9C+w5fhstmefQVhmhidia0J4kCvoaDp0p0iaNKmGJIzVGOple4LC&#10;R4iSx1WXUAdIt/X6e9hX4jfHU4n+CdpbrhpGo4drYah6v2z4ZB/dLGeExS5SoE4j1ZrJYumoog9n&#10;aOKK2q7sAJNu5dO03q80u0f70u4lVQdVY411FCanSG7jTSvwtUnV0S3G9TRWNxslqeDEuwzWq9yj&#10;7SSDgUoKcWrpZfz9/wCbJJXQ574K/HfN5zGLi925rFfIveK1OO+x3Y8EVPfYe3JaRq2qOGhzNRVj&#10;KGXwAyQJEoeLVcdu52nwuQpMnS/5iopDFkKYjUJoQ5SQAEWBZWNjcW9zls9/M2zWU6Ta4lBQj5Am&#10;n8iPzr1jXzHaj+sd3HItBJpdD5hh2/4VzxxT7OmH+Sjl8d2x8fc1sLcDRNmtm7pqana+WhIjfFzV&#10;C0+Spo10u8zPFP6mH0Y/0t7JrvbYGK3hT1GR226UVQyMJMdJIxYOqaXudROlnH4J49v3G2QbhG09&#10;lQMOK18/PpbYXksH6d+2p601eX+T/B1sa9Ydx7s6tqaPanZ8VRlYCUFNuynhCwTQsyiNZSSJEk8V&#10;iw/H+PsivYu0Mvtsn+J06wLJKyRsHBVtK+q1ySR/sfYQvbeWAkSCh8uhhbyhgug4PVh+zt4YHd1M&#10;KzB1y1sIiRiVbUUD3Cob2II/ofp7LBnlF5PwAOL/AF/Tf/W9h2ZiCQOjaIkEU49Lj2DuZBUMRb+o&#10;AJsDqvqvbkt7SYP+m6NK8K+fXvYaVM7w1C1MM0tNVQuskM8T+OSGZHV0midQHR0ZAQwKkEe/Ds7/&#10;AD6YpViOve1P0xmhgO5er84XkVsbv3bFbK11UWjzdG7Pcm19IPBsPe7WbwNwsrn8ccyN/vLg/wCT&#10;pTbAeKob4Tj8jg9JXfWCj3RsneG2ZbeLcW18/g5Li48eWxVXQPcf8FnPvb67G6g6y7jxNPjN/wC0&#10;sduOBYI2o6iqjdMlQM2mWOfH5SlMNbSTRyWZTHINLAG/voDy7zfzJsQdLO9AhEqyaS3YWjIMbaTw&#10;KkVDAVHEZp1Am3czbxy5cSPtV66IzHUhoUbORpIIznu+LrQY6C+U/wAl/itlc9/op7FfbEP8b1Zb&#10;DK1HW7dzVTjWkpVOa21lFrsVUsKVfAZhEsyxLZHQk2I5u3+XZj8LHNluvt45KcLC7nD7npKeaSWc&#10;Sy6FgzGPSjeGn8DJGUlhqGLguXGo+8m+RvvNvPettHMdlCdYADxMhegUVHwIZKEElnOpvM+QlDaf&#10;fJ7aQLuGySrbCgLxMO1TxJQinzOR9nV6vxn/AJ8mP37uuk2L3h1lgsDkMlVQRUW6tgblqZaBo4qJ&#10;DLHVYHNxyzSVIrIpXV0roEZGVQgZSzABuTpHf+yaeKozOBmagZfL/Fsb5KzGRAP4pI6yqESChlDN&#10;bTOIyx/Tcc+562r3F5Z5glMVjfj6mtPDfSHP2AMdQ+akgHBzjqb+VfcLlzmMtHabgEuxgpJ+m2eG&#10;CaHV5aSfy6t66x+XPQ3cuWrcFs3feMG5aOQQvtfOTQYbPVaPAalKvD0dVUBdw0JhS7TY96pIzZXK&#10;udPtOYlg6stPC8pjPp0K50opuWcEDxj8+q3HP09ml46hh4hIqfMGn7aUP5HofRbzaQKfEuUFR5kD&#10;8qnBP2E56GXKtGij7irjp4pSCFlZUEjgWRYr8yFrWsLkk8X9r7bGD3HuOsipsJg8vmHkkSOOmxWO&#10;qq4+SQhUv9vE+hWY8k2A/PHsOb1uu07PbyXG5bjBbxKpJMjqmBnzIPRVu/O+wbDaSX277zb21sBW&#10;ssiITT0DMC3+1B6CXsffnXnXGIqcrvve209l4+kheolye6M/i8HSRwp+sxT5Kqpo539PKoWawvax&#10;BIkb96i7a67xq7hzGx8u0EmjxSYxYMy1E4geob72nxctXUUvjijYszoEBFr3t7BPLPuX7e823z7R&#10;tvNNqblWoVkbwtfdo/TMmkPVsDST68KHoH8p+9vIfOt9JZbDvsUlwtSFYNGWANNSGRVVgTwAbVSh&#10;pQipXOmfnL8Pu990VfXuze8NrncFKJGkxu5YsvspsrCa+nxokwVXu7HYahzfnraqNESmlkkbyKQt&#10;jf2QXfvZeQyVVLS0NSHmnCxh7IWbXL9UCFiASCFccE8g2sTkFt+02Vhax6ChvHI8NTVuNACQPL7a&#10;A8K16nm0uAodUUFjTNfT9v5dWY4DbuNxFNDHTRIBFJrjN2vbRpuVb86v9v8AX28df9e1FdLDkciX&#10;kkkbylnkIBkZSUKR86QNR+n/ABHv2873FYxywQufFIXV5io9K8BnA8ujyN0RFkJ7usG4tyRYuGVQ&#10;A72cC+iy6dIILFwBfV+f6eza7N2MtJEkkdVW0yaj5FjqaiIs4JYFEjZBqL/kAH+pPuJt85gNw5Bi&#10;RmIwSAaftqP8PVmnDjjg/wDF9FV7H7OiLmhfFY7IVJi1RCaloatYVkJ1PUSTJMIIzGpt9Q1wBe/t&#10;9zm30J1w1M4qCjqslTLUTvCxP6tDTabHngnSST/jctsNwcKEeJdH9EAf4AP28evJLpOOk1tLeUvi&#10;ENRRUqUoPlaKgp6SGGaZUuupoYYm1Rqv1sGtbm30ZNtSS4TO0lXG0XnikWVa+LWgp0jkWQExHUjM&#10;zxDgBQT/AGf6rd2jTcdumgcMYitChNdVcHP2E8an59LoJ2Pa3wnj0qOw8bRb12Rmtv5GKWbF5jH1&#10;WNrcJOwb7xcjRy0UsP3MXimjjaCqbXrMthyWABPux7A5vCbl27QZ6VYada2ImVBOpEU8blJkUlgW&#10;QNYqfyrD/EDDbcrHm/ZeYr7Z7ZnltY2qjMFpoYEqKha1UYP+E9EF8kdtK6NF3YII9D+z7D1pj9x9&#10;Xd/9C/IPf3TG1pdzZ3F4CpjlwGTehSoFbtnKUqVW3pK+WDFRLUVdPTa6WovZfuIZNIOkH2Rv5xVd&#10;Gm1tiVG21++rp95w4KWOnJYpHW0s9eGk/djCqsWLm9V/S1vqCR7mr2x3ff8AaJ3gvLEvdXk0CKop&#10;poGLSliaBQIxx9fLz6SVbtVFJjP8j8+r7/5Kf+mLEZ/uDCdr4moxNDlNu4HcmAaWlampmnx9bVY3&#10;MLCzWQ/cQ5Kl1KhP6L2F7lcdX9Abaq6fG7l3jSDJZiTHwwCimnqRjqSjlpoxJA1HE0Ecs0kTFWZw&#10;1ybcKT7OObvcDcfq5bPZpBFaxSMdYALl6kVDEGlKUBFDSvSuyS2u5llljDDzr5fP7eofzO/mJ9gb&#10;Uzu4eu+kqmTDYvGZWSkbcENFDUZnJ5uoy1RDIcfXT09TBR0UE5V00RiVwAyFjyAI7/3OmZ/i0GDV&#10;aTBYTFVeLwNHSwqsKx02k1E8MdOqBRWVEGoaRcjSLccyT7bbQbFbSe/OvcJ5lkmYk1JNAoJPmi0/&#10;OufPoLc5lztO6spysL6aelP+L6sO+D/UuZ602JjclvnI1u4+1t+1VPvTsvcmSmrKnKVecrqdfsMZ&#10;VS1M1TK5wGOlWl0XIWQSMpAYgg7t3YFflZsMKPLUySPS0tRDBLIhgcy42JkVjGqEcWLXU3+gJ92v&#10;JU8eHdpZHHhEHSUFdWkL5aTSoFQakjzUcYBS5jtzNAsYOWz8ySejV7i7Ax2CocnX1uMr2p6edhI0&#10;UFpAVrWVgVkQhiLXNjwDc8ex72VsV6emOJr6SlAoxHA7q4pomKqBGY9XJjVF+jD+gt6QSVbnvCwR&#10;WklnMQugABRXA9BwX7AT9vSSe7ljWgPZT/VTouXZXalHAabO4irqildGZaWnjozWzBlsJGkkRgI5&#10;SfSQjGxHBt7S3Y2wat1FHg6OavnlWo/4BpJKgYNHCq6whRdKD6mwtyPZ7y1zFD+o9/MI0A/EQp/1&#10;fkeiFYZdxmcsvZXHS76q7WoJqN8hubIwYeO0HGVlho5vD4vuHcLM6PJqluAF1sG4PPPutffnQPeq&#10;5XKZmr29jcVg4kmnWbI1UUsqQ071M0UogoqerkErCa3qAOleDyfZTNcb9vvMd3PYTWCbc7Eq0riq&#10;lXd1eiIxY9yq2oAALitehbababG3iWRCW44/L1p0YzAdjbI3HKlLg9yY3JTkhVSnlPqY34QyLGJC&#10;Pzpvb20dYZSDYW98DncxlPGmMymLny1LjaeZoaygiqAJovPUCIxmOnRregkg6Te9/YtjlSC0vbeX&#10;dIllktmiYRqxjdtLBDUhdKowDBtNdICjVg9Hm1y/S3ltc0Io4OfQ8f5dPO68dUZjbWexVFJFFW5H&#10;D5KjoZJ1DRR1s9HPHSyOvBKxTlWNuQBcc+zofIHArteupc1iKpava+cBagqqeZZXp3ekiqGgkdLm&#10;WGpjbyxNyGS9idLWE3trug3e2ubS9iKbpb/GCKVAYjUPmCNLeh+0dDrepg8JuUNY2I+3I6Bzobfd&#10;bu7b0+M3FRyYzeOAkkoc7QyxLTmRqatqaJJokDfqhFMIZQbFZEv9GX2V/ZnaNfsDsDau/cbDRZCr&#10;2jn8dmoaOspDJTVX2NTE7Qya0JV9BJSQANDJpdSGUeyb3VuoOYOW902FJCbJ2CvWM/hYcGZc0ajV&#10;xpALqQwBEHc77NBzTsu6bPeF1iuYXjLKaFQyla48wCceYqPOvQodhbOoOwNi7s2Lkqiso6Dd+3st&#10;tyrq8fKIq2mhzFFLQPUQMQUZoVn1FWDIwBVlZSQdk7pHvfZfe2AymY2rWMs1FlJMZU4OaalfIYt4&#10;cXjJpZZftqmoSsoKyvqmalqFEQeEhTGsiSg80dq3qy3a73OG0lrPZ3EkMisoV1aNtNWFSQGFGVuD&#10;A+oIHIL3U9vt09vtzgsNytF8KSJXWVV7ZA7SKNNUQqRGo8RO6jd2orJGeqR92dDbw6SzGDxm5JqT&#10;JH+H0lYu4KGnmjxuQRMtlYkEHlpoJKKthw9HAaymdqhlnUusrxSRaXLsTGwz0ckv3D09XTS0lTT1&#10;KVNRDJRtS/5VO0sFPWURngJh0yo7eGRfRJqQshkDaQ9yY4S7rEWViFYpWjCncuc+hqp81bh1CjSP&#10;C5egaEhgylVOoU0gAkHSwBJVwNSOAyEMAwO70LmZ5oqakkhjlo6lKoSaxGUnWVo1RdEtPOljHUEo&#10;9tSknj2GNRv3IbfjpjQUUe6KKo8H3tWucEVRiZWZalvtqGeEQyBKeVSQ1VTMyaGLSuoHs2m2i7ub&#10;iOS2tA0YchgGVXC8FKgrobiSakMV7RxXUFJtmtr6Ui7uHtJ1DaU8FmEgqQDJKCWjZmDH+ycFiTRM&#10;km2gwn3mouVppUf9uLwIGKBALeXW0liR/j+Pae3tuvdEW6tsZPF7S2zm9lSGZNwZ/KZ6ppdwYMFZ&#10;kqK3buBG3shFmFroBCqxCrpmkfSn0IcpWg3e2ubGytdrhktWJEshuPCkhyAp8EwSeNmvwzI9aLpP&#10;TezbJtM+zbza3G73NtvmpDDCkMbxTHUFpPKZkaNkGsljHINBqeBAdqOjVaeWDzS/cxsmgKWZdTX8&#10;YcsVJ8YBt6fz7WGRyWHmigmjlqh48hTyRwJXT0709TTvDWeOpNDNHc6aiO0Mh8cqC0sbD0ezmGwu&#10;Lp3jbinEr+KnAV9OIYitQSoJVjUJJFeanDIg8SFwSyBtSNWNtOtajAZda089DfFWXDTygsrqo0jU&#10;xF7vx9bW+vHtzrsriKfHrU1UkP7UVRW1lbLIEhp6NKYSvUTWbwwxUq02l3YhSoFjqsQ2I5onncuI&#10;4K+ZAA0nJLNT1rjgKk4r0WQQXjzCGAEMzBVVckvrRQFHEkk0AGflQddpDNqkCpaNmDLGvIBHGok8&#10;359p5K+grMJT1mPno6vH1FJDUUE9HKPtpYqlPMJonX1yRVCyE3/SVa5B9mEFJpVlVtSua1BDAg8C&#10;GUlSKUoQSDxBIz0umSa3vrmC8idL1JCsisACrKaFTQnK0ofmOs607xtcoQ1xq/1uLf7x7ZUqrSJN&#10;K6SKsKzsEi8KBPApZQbDx+CJVZ1PKkc/UXNjHRWRVIzT+Z/yjH+qil4qa4xxDaT9uR1K0E2+nP8A&#10;r8f6/HvjQ5KEVDSPFC7GTVTRyx3RTYRx3kC3YaT9ALf192uLRygjDkLQVp5+uOnzaM6iMGhqOHyP&#10;XUqH6La35+v4P+x4953m+4MIqfujHUSCnpSsU0yo0tLU1F61o0bwwkU+gOwK62Rb3Ye0kkws5IER&#10;CXc0JAwKCtSeA+VaZ6MIbMQRl4Qo0jUe4CveoIFSKt3A6eJUMwFFJ6hM+m1v+Qrf0vyB/jb3mnx+&#10;uJTVRya4hJE86srxhJvTEWLLoiaMvZhcHj8+7x3gVm8NxoJBoeNRx+35dNLMqyAwuKVrn1BBby/Z&#10;5HrlFOwJKkW44P1/P4/x9pjC7LxNLkMk5pqenmytWZaqaGCKKeonEFPTPU1ZjpvJUOaaiiQsSWCw&#10;ov6VAV2SaC2dr2xtIkuHYtIwVQzsQi1ZvXSiKfXSvplZufMV5Jb2imd2jhUAAsdIBYngW04LNT/T&#10;fIdTTVSELoFyB/Qf05/wvx7UkO1YyAkkU9PwsNN5qYvDNOJRJTVQMcQKKdXLO1gV9K359sTbu/i6&#10;1fXXiA2APxV45x+w9BqbfiGk0srOeJGTpYaStBX0zTy41GD35Qw4N+fVweD9CObcj3lipquGcJDR&#10;W0z3aYMqOVM6ln0sxMjauQLngX93eWOSMu8+KGg8hjqrz200ZbxgCQaDyB64khg3qA1jgtwBYfn6&#10;/X2N+PipHhefXDqmpqZIIp28jCCJTHNHPrBGpmRPSovpuLm9jH1004IjKHSrsTT1PAj1FCfz/b0A&#10;buK51IqodKlvnkkZxXFP59NEkuhzqVgvJDAA3FiePUL3PtK70jhx8UcYHkM1VFNSPCHrWo5fLT+e&#10;sUxlYj5ksq6rFQf6ezfY3a5dnOFCsG1UXUKEac5weNMfPo32m2uJDO7KFAShqQNQo3bnyzXqTRVC&#10;TsGLCMFbXew8iX4je17Le/0v7w5Sqr6JZ8gPt1nyLRBpVXW7UzxhWFU0ApYpmkQa31G5LAKARx61&#10;jtZzFbEsYoq4qcHGVBqQAagAADB+VS2OOKYxq5JjVeBGB5VFKmoNRmnn8qyoVp5NcaEhUP04K6gf&#10;qGLFvoTx7csdfNVJx1AtNTg0zivqpZIVpaO0YnqKmoqAax4CkUZB8b6S4ChRcaU10BYoLu5Lsdfa&#10;qirNmgAFBXy4jA9aZKLmVoF8W5AJLUUaSWNKgUFQPTy8vz6zSXpkEztIwW5jjiQyNIblbKoNy17+&#10;2zO7MwyUVCuMnkpak3yMVWIamRr0jjVUUcNRPBTSxrEjCLy3WT1cra/tXt2/X5upvq0DQAaClQMn&#10;gGYAsDkVAp9h4dNx7ncmVnmUHGkgnIHoXHcKegoPt6lU9TKSb6Ra1lJF1BHAdRcox/x9gPUY2jbI&#10;+TE1EVRVvK3myWZFPDT0UuRjajkWagmmq6NQJE/bKrJpuhHqRWWQY5pxaMl9BSIU0pFUlwlHWj01&#10;eQrUrWh8uIht5zHAPqYx4BB0xxAktQVw3xgHzqyV+YwXJbst3FwWBsP68Hn2CWX2nU11NkHgyNMa&#10;ik+7elqJ1KR1cEcjKdCnx/cBjZgGbVyBb2PIN1SN7ceE661AIwxQsBg5xSvpTHQ4sd7toJrQPat4&#10;MgWqhgSuANNaDQBwIpT0oMdZ/bfSY3CTYSHUk8+UjkllyD1UoSHxMw8KUUKoJmWI3uzSESMeFUC3&#10;tdJc7il/KAVWzwECjOOJY8DWuKKKZya9KJZL1L5zGNNgRSMLkgH+LgPzA+0nHXvb5/dfG5nHUpiL&#10;TzJSx081O1NJTCzTSLU0bOjDzAq4KkIpHq5Y2Psvk3O6s7i4WUAQszGuoMMgAGnlUjIqa4GM9Fwv&#10;LyxuZKgImsnVUEg0ABX+E6h5VqDTFcdFgDY/8a9qPb208lSI2KwIFNSgTPO+MoK6syC07PE60tT9&#10;zFTRQ08IAuyOg0W1KxNwTX+6Wfhx3F6KsAoVZHCJVfNQuo1PkCpzwI6TXm520h+q3INLcZ/tCqKc&#10;fFQaySeJqCK8KddF1X6n/be3fJ1WT23Rigx9FHjqmN0jqahD9zlXWps8/wBvK8Ur08bOBqXUvjNi&#10;LEA+01pbWW5T/UXE+uKhZV4RhhwJFRq+2meilraDcpRLcThwBqVeEQ9KgEHV88g+Y67DAi/0/wBf&#10;26bfgl23kFyUdFl61BV0VdEJ0/iclPC8hE8Ipqh3lyQsdMRkaxUEsBzdHuLpudq1o80SEI6GjFAx&#10;FSp1DCmoq1Mg4HTMkqbjbGCZ4FkCupp+nWnwHUoovCrKvn2gU6xSASKV1EXDC4ZkN7cEOvKm/wCR&#10;7E/P1Of3ZuFc/j6XF0WcocbX09VT5Opw2Jp8hRsiyU70kEVPSR0FW38Rk1anVZEYoralMjBCwj2/&#10;Ztv/AHZdXE0u3PIrAxrNMVbgdTVOsUVcaWPmcEAByK32y1s5LC5lL2ksisGiSQlXoAwY66MuAR2+&#10;f5dRYIoqOJKdTM0d2JaWaSoYM3LFpp2aQrc8XJ9lbyWCp8p5aeCqmpZFmSaVamSCjjQU1Qvp1VFa&#10;kciLO3PBHIv9ReXrbcZrfQ8kAYU7aBmJqK1AC14etOh1byT7aVneNWjPatASx1qchQpb4SRXGfP1&#10;cPYhdSb/AIOvazI4vN0c0tJUtDPT1WJyUtOkxp5pgXkeCoSCoqdMgGuMRPHa5DX9hrnTl6TmaG3u&#10;7C5UTopBWSPURX/a1C1zQ1+3oI868sycyQ2N/ts360eGSRMgUGB26lXzoSc9Y5V1oVFufpqUML/i&#10;6ngi/s/mNwUOa2jV7v2/V1lbRfcyVS0VfWQDJtSlNNLE1OtNP96+uNT5YmBd1U8AELjjd7i9hvcG&#10;ybnEkdxp0hkFYwa1JqWGgUqaNgcASSOobuNplgkkjlChozRqClM8fmB5/wCDpKT7jioc1jsFXR1Q&#10;qsgs5gqYaSonx5aEa2WSpRG+0YoRby2UngH8e2Rv8wmZpK5cfWM9qgVAlNU5W4YwMqRpDIsyWsZF&#10;bT9B+fZlkMbCe38S3HAqRp8vKpJ/IEV6QJaUkS0khV0U1XuUKPnTVxz5V4npRF+SpsfTe6/T8D88&#10;/n270O/cNXSwYeGJamfH46gqsnFPGskYiyL10YkpqiZjBLUyVGPdwocyQg3Ng8VyaTap47u+RpGW&#10;UtqGkMKCrBNR05rpYUFcKCaKQSzfct3VtbJuEyqIJpHRc5qiqxJX4gtGWjEaWOoKSUamIL+tWty6&#10;Mn1/1VrH/EEX/wBb27ZzPzS496F3jjxVOqTYqmrQkk0U5szuZIWfRCYWYafIbGzixHG9v2xUuknT&#10;UbtiRIUNAR5ChHGvnTOeglLbMBHArHWrGumnA/aP9Xn1mjp4UnepSJVqJljSaQE/uJHfSD/ioJt/&#10;r+wzfbOGzCJLUwVNNQZFFijemrmdIqkao3aWhqJa6eQVJTUwLxqq8j6W9ipN2v7FvCjdXuojUhlF&#10;WFMDWoUY+wmvHpTHvG5be7eHKj3ELEkMgDFfiFGUIBQVA7WNePUz2A++tuUM+QpaCprIw1TUCD7q&#10;hpYqdh4GEMUMYooIka0yMut2ZyxJLEfSQuWtyuIra5uYUZsatLtWgIFRXjQDNPLqU+Vt6u47Wa7t&#10;7Y6UTUEZy1a5Jq7FsqeAAFOA697l4Db0FDt6peaHIZeaGZzTUKyUEVVMARS1CpVV1bSUdKDAC2p5&#10;UGlf6kAo993u4+rEsFrXtAIUipJyuG0g5rxYfKp6Y3TdpLvd4dEkVvCVFXOsquC69iI7vVgFoqGh&#10;I8qke98dm9abW23unelJtrDwR1fZ2ekrN05ygqqtsjm6qejp8RFHWZOkMctL/DcNTQ0sKQWMcaXA&#10;87ySsEF2ja9ttd03uOARbhdS/UXDYR5JAgRXxRgFRQqEMugVatWar+/87b7vezcsNvN8zW+xWoS1&#10;t5VTwoVVjMxWJgwbxpmaV3cnUSAW8FEjX3sYNxQ4TFUOWGeyWNxUe3aaPJ5Cerqqb/cfSmTwS1FZ&#10;Gpp2pIqqGGVDJJoAkDWBI8ZK4938BTdLIFtihZmJ0qsYBfUzEkKo0swIOkAegLdR3tQ3m7u7Fdus&#10;Zp5btvCVAj1Y0DKq11FmVmjbSmrtIUkAkj3ssW3OoNrbb3XTV20qaXP0WTl3xuZctubN5jdD0D7k&#10;n2BUvgMEmUqIqbC43L11XW1DkSVDRxo6hh5SiJNvsp9u3L6hXmmt5Pq5A8txJceH48kUhity7FVh&#10;kKswpqVWBYEGQqJw3r3F3ve9hkst/dbO4gSxtmhtoYrdZTbLfqLmYxLqmkijWCJahasVbOkM3vYl&#10;do7P23vvY39yd0PuFsMdy4LcU09Pkmpi4w+bx+4KPFtDTUsK1GFr5aNaOqpponSSjLK8js6+Jzce&#10;UF5se3ttxcS2fjpLRXMbEwusiq1BpdHKlZFY90bOgIJ1dArkbmjeOVOaP6y7GLX636Se3RWi1U8a&#10;F4Gmq7kLMgfx45EKkTAEIir3e9gzvPtPaXU9RjKveWdFFJmJZYMeywCOlZocbkK9SKRZ5pmhq0xk&#10;6R+JWIdLGwsxHu/cy7Fy7aWQ3q6jtbaaYxgkgkMEeQArXWarG2kqrCtATgnqROXOQt/9wYr235Y2&#10;0yJbqC9Xq4rJGhq5VVqvixltRHacaiKde9jz1/vH+9mF27m6WGrpsVmcPgdyY2pkGJkx9YuUiq52&#10;29PFJVVNfFlMSkCzVZEFOFMsQimcxTWCj3Me5rDfWkE62UlvHKH7BqWVTVKBnYFagvVAp1oqsxLh&#10;Is5s5a/q5u29bXO8Ul9bTXFtIoModPDKgXCsFERikLaYu+RuxzJEheOvvbRt/GyZKXH4vMVG4ait&#10;xk0echyFRBR1K5bG4LHQ7XV8nmQcziZ5txVbfxuCKH7SsGuN2jiMbh2oxJDHaWjXFwdDArqjNHCA&#10;pWV0DRsXfXMNMkclGWqCknRnu12tpBf3u2pZx2s48Axh2QxSXEj3NI4CYJlW3UGzkd1lhw41sJFP&#10;XvaqrcBQS4RKGklyVOrTxQ1CnIVwyVLAojExpspHWDJxwfcQgq2sEqWUqqej2cQvK0zi4NY8MKFl&#10;qeKrVdJ1D8WTTPrgOwbzdR7kbu6SF30MVpHH4bltVNcZQx6hqytD5HUGo597Lrgt09rY3svcePy2&#10;Aq59r7Nq4cXQTQS00j76xm5a7EfwTd2HqM1kYMZj63Z702Rx1bTz17zVgFPKI0kn1ewtZ7jzRNuu&#10;72l1tjLYW7BVFYwLhLjS8EqSNmPwmS5iniMrlqRyeGjOqdTLumw8g3/JGy3e3bvGu+7mplkUq1LK&#10;a3jl8azmSGMyypd6re4gkjtwkWqaMuyxUPvZon3hksZiKt1nljpqPGNmDjqaneqgyavHUnH0VVT1&#10;OFOS8qy6JFp6ZErVmAXQw9MhheWtmVF7JE4mQMxwcqoIYigrUgUwpOrSADXMHx7Fa3V5FB4YMs0o&#10;h8Rjp0aWUyOCJvD00qniSEwFamoNXHvYKdoZnb8/XtRn6WDE1O2934UrUVW5rYeami3rFHQUiVW2&#10;twnBtWyBq2MyYypaGpm/chUNJoiZdHuUO67HJJNMEtLiGNE8ZaJpm0oPESUxnPiIDESkjV8IDxSE&#10;MlckbbusHOEGzvPcDetvuqqtsPFBazYyuy3Ft4/hdqEC5iDxxnS7HQGdfeyM/DLtbo7LVUWKwOzc&#10;XhsxWUlLtyu3XRUmPGzN5jBu8JSkoHpCmJr66nQVRp6ilpJ5zO7AGRVtH/tlv/KG9209tsO0iDcW&#10;hWJ7iFSsF1LAMlNLL4buAZgskMTsB3aipPWUn3keRfc7bYW3HdOYp7rb4pXuo7SR5Pq7MTaWXW4b&#10;9aOMloQ6SyomlVoqkhvezGbX+FHx0613fvHtCbAUu+pt056tzWPwu7aSmz2F2lDWZNctQUWEo8qK&#10;2eOmopaVUD1DTMfQw06lVabB7L8pW++7luU22NNu1zM7lpijpHVzJohQxgijGoqWIodGkL1EW9/e&#10;a93eceXuXuSotzl2xLK0WGSa0ZoJLopH4TtMyBQxYFtQQINJPmjFvewu+RHzX2RsLA5rbVLtOHcf&#10;YFVic/uXA4nFpLSR0lNQUUlXNlcrkVpxj6H7VY3JimL1DR/piYer3I3O3Ndj7a3Bghubi+5kjsJJ&#10;/olbBjgRndppaFI41C6jQmQqNYTT3Ab+0P3beaebNy2/errfjacpJcwW880p8RmeRlURxx6vEcsW&#10;FGWkYb4nBFD0FA+g966G5Ie2e5dzRbg3vVYuB9xGdsZmtxUklDXZuVHjqpodrUmOpnmqneervAsF&#10;O0Zmq7QoZZNDYI7gvO3uPukW48x3sUVxcqxikuFZGmoEcrbIih3y4EccaU8SUJEplYh+xeyy8h+2&#10;2zybNyzFclbKglht38RIVygN07MFUhV7y7g6YtUr+ENS9+9hPozL4bGdbbW2TuHKYig3d/BsVDu7&#10;aQr8Qc7i2gpIRQ1FXioclkK/GtksDT01U0MZEel1YoSLL0o5E3Bpdn2K0v4ooObbKyiRrfWvjxmO&#10;FFAaBXcpqjVZAlKqHAAUY65Be6m27pdc579zNtNnNNsBuJGtbvRJ4MutmLKkxijSQRTPJEWY6gwK&#10;6hTr3tDbjx2IxeXrocZJTR0qLFLFIZGmkLCqJhmpwiRxqkTggs+jU2niwNshNt8W5jgS4tgBoBYe&#10;VdRahTgKmrAitaEUNOhLst3uV7t9tJdpIbpnIPAfhFVJOamvAV+3r3tm2FumbJ9gYraK3rMfDVS1&#10;OYq6ZIRSwU0uJqJlWpmrMjSPS+KajhBemiqwjyJGwTXIwAu58yT/AL+k2TbUaYwgeK8SqyRq0bGP&#10;UHeMgeJoUvbpcjXKqSCPvkjNOa9hjs+UNx5hbTFetEFhVixd3EqiqhI3DHTI4/UaIEKzAkhQfexh&#10;q9xU20M1UzbernxkVXDNAFDxlp4tTKkjCwVKerge34bQQ1r8exXFtku+WECbpbiV0IapxpNP+PKe&#10;PlXArx6jaDZpt/2y2j3i0E0ilWHHtNQfL8SkcDivnTr3t4663JUVM0tBLl43rZVgWkndImNRWMYx&#10;LII5B4iI41MltQ0qSfqDYq5h2qO2t7aSaPVQ9+dINAWFBkqSRwFeH59F/N2zxwQpdR2DC2FdSgsA&#10;qA1AJArQtQHFCaDz697GfeTZHaGP25kMGsplhK0wlp4Jlc10bx1JinMahJFeIsONQA5J/PsF7Gbb&#10;errdbW/eqHNCQaKaqSD6ioOaUIA49Rry5HZcxXm82m5FREw1aWYEBDVapqpwNK4r5U697hYDcgos&#10;jls1vM0tWtZgKivpFjlqqOtp8mK2NaZ1rdSxrFSUAlieMqWeXQdVgQ1N02i+uZNts+X5hHYJIySg&#10;pr1VClCKGgUkMWqK5FKZ6VbrswurKw2zlwSROl2qMSFaMxaCWqlM65NLAhgAusUqVI97VvWXeVJS&#10;7moa9ZmjxlTCtFkaedgryRTyaI5Vs4/b82kst+CP6e0fNfIM0+0T22kG8RtaMASAQMj/AA5z0f7V&#10;y5d8s3yNIxoWKkqDQLhipFMnHGn59Ivfu1KfeG2q7ETraYharHzrp10+Rpz5IJF1oyqCw0k/UA8W&#10;ax9mZ3Z1jmM9OMjXbmNJC/lp1poAtHUzoaCWcSBaeKOreNlrLq8bltQW3q0+8ebv3S2DlW3ltvoJ&#10;JJx+HiMAE0PHtA4LnVgZ6yx5Y290tYPCskCkhwzd4BLKMrr0g9oqGFMAtUVHVasnzL2DtTI1W1MN&#10;tbLbgr8dUIJKpGj/AINTzmsFNUUr1uSl0JUU1RSnUDFpABN2sx9+p9kYDblZLV0K5KrqVnoKSoeK&#10;YRwz/bx1MKtRRCd6eOB2URGoKrHCWdnQk+415j9+d1uka3srYRwwyUIKrIWDVaqNqoRUKp1L21JJ&#10;xpJv+4jeWkcd7LGYfDd1VqDTXIWSorqWhYITRioAA05Yab5Qb43jBTwjH4nbdBVUeQnpllFVV1EC&#10;zmB6dMrVpRxA1cMDvIsMZlkqFZVRrCQ+1djd41mLq6ehX7g+GWmiRKeCeQVk1PRVryUSQIiO8NKt&#10;OF+6LaGlssauG0LHMnP+8X8yKblXkHEhRRqg6lCClBwJYFc0oGFAED8mbE8MjywAhlBIMiqVUugR&#10;ixJGohwAhXtBJbw8ksO4junctLPlochDFLVU9dKkcjYyIQU9ZkaKNa2WueneOCtrHmMn2YIkWIMZ&#10;Vjt5Dwbv6toWyFOlHqhpJURpMhonho6iOF5q5aOq+3p6RkgWSJkSQSNHKwEhuVDlv9YN6LXHgQdn&#10;9IHtIUk6WwtMqKEGhOTQjo0t+TdjuHtkmndZSAf0zUONQCBxqJJJDZUgMKaBUV6CrMfBmvzqRZ2P&#10;NxyVeVp6molgxwFAa+KrkpoMfNXw09bUSVZknDsGjcBoxePkOUDTGd07wzW4KtI9y1T0AqdUST4q&#10;lkSiealdInopI6aCkmjjopQbQ6n1OPo3HsKnd+ZZLxZxuLG2LBhVAdDMDRRwXgSMefr1LkfKXIcO&#10;2wRwbOouwtGKuwL6WyGBkZssoNKUNKEgGo73l8Oto7T2dDlpuvsa+44KemjrqrHZ7LUUWXgoaykq&#10;vHkRU1E9QtRJWQhFeW0SrDy+kE+zL9a59cws9Fk81W5bKrNGtT/HKOmxU6OyjR4EkaF6hZh6rorO&#10;S3JK3sPuU+aEEc1puW4zPeKQNLx6NHkPyYZ86dQz7mchyW08G5bLtFtb2DpwileQH1FcgAGooaAU&#10;KipU9FfzPccHVONooM3teLbe2pY/uNuV2ykrt14UUkQLTxZF6Olqanb7Y6qmETCchYmUiwNmYTMn&#10;TrSU0ifbhdUc6BEFgwcMVKBzoYDxqWNuOfwPckW1zHJLo8QVGeI4ca8fTP7PUVg6ayvI4tbQsq+d&#10;QcVIHp6+hPA+nQvdOdrbU3xu1qKLdmMrKqnWGojpkyVDUZE+AQB4aukgnNbShGYaQwX0i/6raS0Y&#10;iKuoqHP5V6qmx9HHk5ozNWNMhmqD+5OlNFSfqTwA6pCugRvc8H2Q7vvMGzQTymSMEyEkFgckinaK&#10;mtKkVWlM14VG+1bDJuzxB4HaARkgrwI/b64pxrgA0ND3du9ubcwG5dh7Cx1PX5zeOdwoyyYzFw0r&#10;0+MwtEsdNBkMtW5CQCierrnENND6p55b6UsrMAv/AL+R4yupMaz1j0+R/iFS+QZPFT05IkfS80rS&#10;rIkjTkeFbCNSxBLc+4kk3HxJ7mZmDROWJJ9GqaVauKHKqPXz6lccjXFxbG5jii1wrGqKO5+34qAV&#10;NMagaUwOnCXFrnaTLZOo8H3NK1BRVmLSeWqqakxyRos8ca6WpkEkZbycq76Rwtj7E7Db62nGkUE2&#10;QAzWiVAvkSkpKemp5JEip4VYUcNHHFTCRZWcx6iD6WUqDq13S01wkSESjUoodAUcKKGChMBtRJ0t&#10;pIzg9BLe+UuanFxP9KxtNKsCO9mcgGrULGQmqgBa6CRWlGoHC7Zy0VS0+Opj/B/uKdgw+5rayevm&#10;SCRJqmqL1lXW1FRUzKsKprVb8G6sApZ8yMbTiloZKStpKuokhghjqMescSIyuaQiMrPVCWniXhUK&#10;mTk2A9ytyzFsciCLcblQ3j6ANSg4JJ4NkGlBSoNRwHUb7htm+RsJlsplATUSVft4fESgUceJNMHp&#10;cbPXYG8qurmzUk+NyuCmharkqYck71AkVgtVTu5elhRZXkBLFG5BC2I9hZn+xp9vieaoxNdHkleQ&#10;BZKdJkWmpGip1SOSOKc07wPID6UAayksCthM0HJexymIx26MmlQCoZjg+qEkUGRQjuA1DierbJy7&#10;ebrKE+uaJlIzqoNUnnQ0BUA5zny4gkzFHs7AVUFLS0MuNq8MYY5mFJUrBPNWmII3nEXiWoDxQrdp&#10;ZCykkWA03wYruPC7o00eSinpqqR2gpWqoaadqcUqJ9nX+MmpWCOfTqjikZHCCxCm491m9vZ5rSeT&#10;6YxpUlWYA1QGqyLUEjVSq6iGpWoVqHo0m5c37YFhuoJUliEaklCVoTUsoIpXTgEiq6q0JGek9XdQ&#10;UePjlkxrGigM5nlgo1mpoq1JnX9hpIiGZwwDa7EFgOfbRkNv1FZTZCeDE4NYHqKgUce1cx9vXVeE&#10;WKqnpkaJsXjcYK5KmR3MUsk8KMiGJGbWxjC95IvLRpnj2+L6UMANDFWMY1EEgRqrEsymh1INIpU9&#10;53H7hWEN1b2U93OXjUBvGQMkchcBtLB3kpSihlVGYaixC0QKrGbJq6A0s0GTybmJFRP7wxNWU9Nl&#10;DNSUxqI3NXJUQQGCIRgwqrurMGOm1gc3RLS7arNLPDj4pKSJcZCa2LcGOytM+RmxeRyEscdO9Sj1&#10;6TxNpjWGlOuwju6Kattf0MT/AFEgCCNfCqRJG41BGLCtK5U0xGCQAtaUM9q3Y72qvbW7UrV6KYmS&#10;qCRUUtTACsDq1sQKk/i6FLG4eZ6XTWO9fMs7mWSOCPHT0Qkjhq6WjjSnYK9LAw06iXkACksWJb2b&#10;H4rb02j/AAZNrZs4mXNaMpkKTIUmOqKSlanlyFRPLilo3icUL0KToELlTOtzYaCql9jdXE36FlIP&#10;ELOdKAoaaycqQCtK4rxzStD0T8/Hchawy2YnEIIQhmBNaAa9VMhqZ8loKnI6rW+YnQ3YeY31F2dt&#10;jJZSo24yYzGZ7bC5KKCn+4pqSGnps3T/AG7qtXHKkHjn1NaMon9WPs1tdWdcyBlqsQlQwBsIo/8A&#10;KJLKWtCsZNvIRpFyPrb2dRWvMQUSR3NBTicgVxnGcft6i6I83DuhvHVCajVQU9PiAJp606AnFbX3&#10;ss8P2OblowjhpEmqJBR07K4BWWWXTTN4DyQpJsv49p2lpsnMZk2ltyk2pjZXXTU1CgZCoLAcmJlL&#10;K5AALH+nswRrO2jiTdL03UwWule1B+X+z09dR+K8cu8X8l7c8AqrVAftFD/LoRX3HsfAUSrvffVP&#10;uTIQxzy1UNLLDBjKcReSR2kYGISQIqn9TMxP5PA9qig2tisUf4hnKs11cf3JXaoYvqspU+TVpVPq&#10;Ppe/svu96urkNbWMXhWowMUHRbfWO9buht7K2KQBqBRw4HPDoMB8vdqw5WLEYGNqHEELDFlpse0d&#10;LeVgEWgpViNRVpJ+G0hQeTYC4DzsbvPCbQpDBAEnmLHxYjGMlXXVZjFgrqrFYY3+hZyo59pxa2G3&#10;obnc7hmmYVVRk1+Q8vtNB8+hTyZ7B808zXKSyRLFaVAZ5CVUVPH4TqoPSvQ7bI3Rt3dMtbPTNlq+&#10;WCIvJuvLwxYfb9IZXKy/b1lasMtRLE63VUjZSF/V7Dvp+ty/YM2U3tmsbBt+s+6akgoZ5/LUwUcU&#10;rTwzyLHEsKv6E0hbgkfX2t/rJbnbpvGtfBVKqQWrha0qTTJJr1L/AD/yPHy9Z7Ryjtdw93GVB8QL&#10;itKEDNceeBjovHfnyX65+OmUmxkW43ylBHiq3cdVVY5YKSlyNXKvhqcZS5Gd2ZppqqYNIwvZeVv9&#10;PYnbp3XHBBUpUSOIKZTFeZFaonbUrI9KgbySlyLCw/PNuLxZu3MZ3VbnaNrsjWXtfHzFNNK1zT54&#10;PQ99rva615duIN+v5vDliJcZrgKQangBn16oz74+QXYvyqqP9FfWOGp8t/e+vjWolhcPi9s0DT08&#10;v2WQysY+3p2M0AlqXV5P210Lcc+yw5qppMPW5vcMUdI+eycayYlK8zNFSzRR6ITVw06vNK/mAYhQ&#10;f06b3HuXOSPbjcBZSyS+ELxoxpYrqKNpxrBK9tcsKg06FXM/P03M19HsWws8e2xuBLIAp7CdLrFq&#10;qC7qWXgQNRJxxub+KXxPz+2Omerdk9wZHI123dk0ck2Rwu2Ks47JZ3I5GvlrS01ZWRwHE4OCBSCQ&#10;3nkSzBVUg+yiYTdNXh99T5/tmPN9i9hpV6MduD7SKh23t2PKEmix2zNprlHqMfHBjuK7IS66mobW&#10;rSBGWD3LHJ/sdc2tunMu/b7DfcynXSShSOCMVGiBDqSMkY1EmVyWCsFJHR/cSWFttw2fly2/d+xO&#10;oM2oh7i6cZLXE2NQZspEqrFHSqozCos6z/VFZunrum2v1RlcB1v14KeaGPbWJ0R1eThpZplr6ncG&#10;degnFVNU1BHhguyuT5GLkBlHWvrqHdK0dbiI6lZKczP9tUyK0zmOOSDxX0qyRyIzWAJsfr9CPY5t&#10;LWfaPGgvGjKMAAyigFfsrUj1PRbEJUhzLqBI4Cg/MCvQA7cw2U6sbKYbd1RilhrxQUUmToKeRKaO&#10;aVaZ1nmu0b1M8bwIvlkQCxGke6uvlctbjOwdubooaiaKGjnWjkgqUKimzVBOJDGZ5dRegqIPGoKg&#10;IWQgXJIGVntDLFuPK2/bOkSm+0NoY1AKMoFcDB1ZJFSBnJHTNzC8Fxb3jKO3TU8SKMGrTgaehPVk&#10;HTckj7JoYZmpZYiPuaOamYE1eNrkWWlqpox6oZZmJNjYgDm3sdute9ZZoK3Yu5Kvy5LO0NXksbVt&#10;GIldKWhglmSo9EUdMPHTzPAq2AiEagk/TDbbOaLSbnm05cvJa35DOjUwAilpAxoAoqHdAQf06AtU&#10;UErb3sMicvybtZxgQR6QwrksQVBHrWoBP8QJp6hFv7obE1m9dqdgYeljgk27NDQVFGqs4FLJV1NQ&#10;Wpo2k0M0k0ya9QN7u31IBLX2z/Dsj2NgMRi0DR4yCoyNfomqlpaiojneChapmKlfNR2Z9BsG/Jsb&#10;+80uWnvLLk7fN3QIbycxxIzso0gEa24EUANR60pUceo18ZpriG3kendnGQSCQM0z5/L5nHRmsAKn&#10;+FxtUs5MqB4w6LHZXQEaUW2lefpYWH49obb1Pj+5txbk643GctW7fyLmlMbRwS48TVNXNQNRMXq5&#10;dUC05LxiFVWKRATpBBGKm6cz7Fzvc8zcmcwWou9gu2ZSraMEq6UD6mYmh1I0dNLrUdTLta3nKse3&#10;b/YP4d3GA2oEiq+WokZ4dwYcMUANevZ7IrgsZUZPRHJ9lTTTyI7MuuOCNpHVGCNZz+L29lE37/Kg&#10;7V2vuaul29ltubj2lNJNUYiSLMxY7KpRtUsqQVNNlIoIHmKsAGSUq1m5sL++c/MX3SvcMb1eLyrb&#10;W99s+s+EfHjjdVJJCuspQawKBiGYGgJNcdZd8se/fIF7tsEm/XE1tfiMCRfBLKHUZCsocUqa1OnL&#10;dBjtLvrZO6Xnpo487jq6ll+3qqeuxFU8cc4jaR0hqqRamKYKi3PIZdQuASPZX+0Ns4PqaZestybJ&#10;paPKLP4qzcktOUmR9QLvHW0dRLDWQQo1joJQ245494/8z8q7tyZu11y9zFtT2m7RELJqyRXgKqSp&#10;UjIZSQfXoX7TFdcw3Scy7RzHI2zyr2xggxgA0oy0ADfKtfl0M1LVQVtPFVUzmSGZFkjYo8bFWFxq&#10;jlVJY2t+GUEewxG+sJ1zUQnrnJVFVXNHaqy0lFT02mRxzHSiUSzhE+uv0E39lq7gNnYJtM7B6Zag&#10;8/IZ6Fcm1fUyFrllaL0pSvzNPP8AydSPfqj5F9hCooqnH5SSgkoW8sTqFlleo0kNPNLKHaZ2v+bD&#10;2itN5vrG7W/tbkrdo2pGx2nyPSndbHat0tPo5LWMW5FCqimOPGvrTr1r/X2Ee5N47i3VkqnLZ3J1&#10;OQr6r/PVM8hLkAkhbIFUqL2tbgcc+0t5uF1fXE13cya55DVj6kjP8+t2Vpb2VtHbWkISFRQAcB/q&#10;4/n172nPNL/qz/qvx/rX9o9beh6VaD69e9//1tO54ZqWolgnjZJoHZJUPBRhdWUgfSx9jyWJlZ0c&#10;AMtQR6H0Pz6QGjoJI/hP59b/AB7mRNrKIoZmb9Kra5OoCwJBGoluB+faYR6u2mD59MMMde9iKvXW&#10;6/BHL9tBolg+5VRVwE6GswiKhgwlCm+ng+zhOX9xKmVLcaNIIJb1+XHh5eXRUdysVkYeIQymmKH5&#10;Y+X+Tr3tLz0Fdj5SlbBPTuNS6Z4mjvoYq367g2bjj2gkhkjYLJEyn7CK/Z6/l0YrIkyBo2BQ+h/w&#10;0697l0sFTVzJDSxySym+hIUU/wCPqAtxb21HE8xCRIzn0FWP+XrzSJEtW0hfnTr3uUZKykkMUrTw&#10;zRkhlYsjKf6ab25H09+ZWjYqylW9OH+brQMcgBAUqfsp/mPXvb7i937iw8nkoMrX0zLazRVksUgs&#10;dQsVYEc/7f27FcTwsHhlZW9Rx/b0nnsLS4GmW1jI+ar/AJuvexcxfyA3tBEtLlZcfuGm08xbgxtD&#10;lk8fAKFqlHqfp9AHFrn2dRcy7pEDFcNHNF6SIkv/AB7IPzBqPz6JJ+Vtvdmkt9cTnP6Z0Z+wUWny&#10;p6dcSi/0/wB5P/Fefalg3x1FuUFdzbHqsHVyW05DadaKWJT9AzYvICpgtx9FeO/9PybpfbBdqwvt&#10;taGb+KE0H26GLL9oBX7a9If3fv8AY6lsb+OVfSUD/jwIr+XDh1wCyj6uD/hYC/8AsQPfKl6q2lu2&#10;bRsvfWLapkv4MZueNtv1srAk+KOoMtXi2e3ALTqGI+g96i2OwvvEFlusfiAVCyViJHpXvjLfY4+z&#10;q7bxe2SV3HbZCvAmMaxX1oCH/YCOuMkxiGqRHKgEkwqZT/reNQZWP/BVPtH7o6l3ns6RVzeErKaB&#10;r+GsEZnoaoKR+9S1tOZaWeJgw9SsVNx/X2gvNp3DbSjXVqyRsO00JVvmHppP5fb0aWW72N6WFtcL&#10;rAytRUfaK1B+R67jqIJr+KWN9NtQVwWQn6B1vqRufoQD7Rop3iNnXT+LWt+dP9L/AF9l9Kn59GS0&#10;+IefWa/uVGl7C4/p/S/P/Ee/E0IJ6vkde9ulIGgkWWJikg/S6E6lYfRgfqCCL396IZmqOtq5TIJ6&#10;97ecZW5DE5Kky1BMYq+jnWqp6g2d1njMbxy2ILOyNEp5v7oEkWaOVSdakUP2Gv2cemrqKO9hlt5l&#10;1I66Wr5j0PXiLgg/Q8H/AGPsW8hvPsh6+ooEyVYhzVNHPOk7qqVa1EPmklYzuEcSySuQeT/jYcLl&#10;3C9hWWGK4cJJ8VPxfInz+zpHtvLtpt0aotmiaaaRSmOAoOFOsZjjOklR6P0m5Fv6fQi/trj6a341&#10;dj4sxhqvCQ5Uh6euy1PJRUZRm9Uolk4ZWY+nQCCCPaNop0oHgdQeFVI/ydLdu3naN0uXs7LcYXnQ&#10;lWCujaCMdwBNAPn10s8L6tEscmhij6HRirqbMjWJsyn6g8j3Gy/VefoRkZ6OGXI4vFMyVeWhgkjo&#10;VkDCIok0qokjpIwKgHn/AB+nt6Pb7yW2uL2O2Y20QGpqHTU+RPAft6UXF1Y29y0Mk4EnkKjIHEjO&#10;eu/LHqCF1DtyqFlDsB+Qt7ke0jj5MhhK2GqhLQTQOTqsw1BgS0biwurj6giwHtiOdrdhLC1HHp5/&#10;Knn1dhFKAy0JbhnrnwR/Uf7cf8b9mooqvFdhYNPsVqKfNY6KGa8rCKGSrjUMsNRLTMslRStKv7as&#10;QLkr9Db2WcwRJuEoudvs5Q6x1kIHb8zSmPtwehXsM4jt/Bu7ldYbsGQR9px/OvXADS17gAn6WC/j&#10;82+v0/PsG93bUqMhBUZKOlMNfSqTnaaCONZViNwtd9rB5BSqSpupNwBe49l+1XmkrbyfCOHT+/WB&#10;eFrlVqy/GBx0+tB59c7i9ri/9Li/+29grNRUuNYRI8qsZfIssksb6nYj0j8qjG309I9nYpxHQFYH&#10;VSmOu/bvSVj08sc0MnicSh43UjVDVQMrWjI9VmkS4A5P497qaUDHj6kfzBBp69b7WFHypFM5wePX&#10;BlBBJBPH01NbjkWAvY3/ACBf3tHfBLuSj7z67wNdM0K7lx9M+A3BFGIxNJlMXBGUrdKsZNGZoZEm&#10;1MLNLFN76Gez/uQeaeS7Syv3B3awXw5cjIX4JCK/DIh4kDVIshyeuV/3ifa1uTubb+/gjCbZfOZY&#10;yAV06jVo6gChjckgA9qOnCuatPmHW5DqHDZPICOtl2zRVEeWxbsZTDFQV1TIKigEjMYguIy0qR/2&#10;RFTVNODywuu/mr8K4O9NlTZ7YUNHjO3cE2OrMZkvJLRrnaDDLUsMHWz04Tx1bNUn7Ocm8T2Ukxah&#10;7j/3ssNi3ezt72TRHzCpCoSdPiIKkJIaioUklCe7USoNDToafdu9wt35WvpNjvnkblWQ1JoCYpTo&#10;UurADtenfqNDTURqFeqoeg/5xmzPj12ti9od35msoemN9Vox5KwU+QqNjZrI1NNTU25aiJ5Eq2wk&#10;jBhXRQiTTFJ5xEzRfuamO2Pjz3DtOgzNJ2ln4sZkNj7uqcdHgVURZDL7cyMbPBkXp46eKsbIbYzu&#10;PSRkq4WkFNUzCN9QCvigtpPJt97JeTqu7R3OEoAXjdaUAoKNGygkUqwkP8OOikG5WAuYEtwW2uSE&#10;k0zoYEEEEcQ1aAkmtMdbSOLzOOzFJjclhK2lzGGy1IMhQZjGVdNW46rop4o56WrpqyGWRKunq45L&#10;xSRMYyo4Nrez8dSdVZfdNRs/BYiooYaeuNZSQ5ybHyV2AaenSZoYql0rMbWx/fTTsYKbypT1iMqS&#10;aT+0zcVs58Is1Ca1NaemMEGreVPz6tebxaWkV3dzFzFFHqABo1B5laGqitWOKDz6ZN87wo9l7cyu&#10;4ayGeqhxVMtVNTUZjatMBnjikmWF45iaaFWZ5pNJEMaM54UkWEU3TOI2L0mM3tXbNTgKetxFTFub&#10;DZSnanyn8RoslV0cO56mjlhZYGmmLPUQrYxU8kckRYQhZBbZQWEe1zqYjFK4I0tUnUOJ+GnHPdj0&#10;ZjSscXPNxv8AmcbcWSSKPTodKaCrBWpnJPHJ/L06IntT5CndvyOn62zuexWWGPz9DV7D3BgJaV8H&#10;U0GYwUWZyG1JKmjl9c0MUGilrJdXmqIJYJo0WaMx9/FLuGfamzZcLunELLPVjJZTbslAkM2QpZqg&#10;yZKOmEctJMaioRKpImiRJCQCI1a2j2l2PcvpopYDHlgSpGSrcQaNVTQEKyULYxmvR3zLtV5cXdne&#10;bfMPCQgSRlnUMPmyMCpoTmoz8R4dBr/ML+GNT8icltHeO3N41O3pMNU4/Cdg4aurMvHtrc+zampl&#10;iraPILhcxhKvH1a0pmaCr+5p0V2AlkQGNkKt3X8sdy/IiR9nUu9ZtpVB3fiMfuXCQU2T2vTYrbGO&#10;ZcnLg5G3lTYeaHdG4pIY1jra+lpKaKQJEqCMyOC+73W5v5I4pptMmoBgAEUAEdlXIBZ+IZjpDUHA&#10;06U7Tydtdvcvvz2SmdBVSRUrqBAOvubTSvdmv5dDl8SPhB0n8M9ny4zqvapq5Stfmancu5RQbg3t&#10;k8pkZC7mOvxkEyYzAUEIaOCjoTOxjdizSzDUYmHwklTl5tnVMFbltsyUuPxKvU5DE7XyWTqpsDlK&#10;zGVlXksbU5nAJj6WfCSwy1dLOzMxKkRyhrbit4frDaJGzwmgAdkjbuRiuorrjUKRlqjIpToxu3pF&#10;9UZhHOpDdoaQUJHAUDEtX0AWuqlBXo01duGrj2z/ABonHY3K0UE1bUR01Fmt2Q0NLSVdB/Eaalo/&#10;sdt5moyVTR1qGCFqZHEjKQkiAApL427y318dO6mxe1ocFm8fvSeTAfx6gyW4KKKhqcpR1WeypyVN&#10;Wmag3jLjJIiKarkijljlLKs5iIHv21zzbPuRay8NrjSwBBIVcFu7VQMymgDMKPTDEUA9ue22HNW1&#10;/T7hERHqDUIKudI8jj4q0xk0oa06CL5SfHHrD5VdVttHt7b9TV7fw+Vg3XTUksVEmViqcDUzyRx0&#10;2QjFVWY2mz1HAYajxSq8tLO0brG5IA9/IDMZDK4va+ZmrZqUV0+ZWtcBbV9etLNP9xIRIGua2NPS&#10;TbSnqBNvaLcLiXxY0ZiWZSxJyTkkmp+Z/wAA4ADrdht8dqzwIB4S0HpQE4GkYAyaGn2dKXpHb2M2&#10;edwbYxUFLBj8MuEpMVj6eIRph8JHE1JisbTLGRGKamo49SsBpJJ0m1/ZnukdxUeLwUTZeClin/hE&#10;ufqawqIpkx00yzIs7qAsi2qNQ1EqykBfwPZzbz3CanUERrkEEgEeRoME0wDxp506i7nHapbmS3lS&#10;U6mdU0/0iD+YOKnzAB6LJ8ndlZLdmVp48NX1U9JWZuj2tFinVaqmkrpKGrSaSnWR5Pt4YI6VPJ41&#10;AaVbMCSblzy3X24d15OF9j0EUOSy1buvKJlqwNHBhMRuWo+zbIS01FHPPkMs2LSVoII0DzySWZ47&#10;l/bN7cvuFEoPEYMRQAHuAB4AZp+f59DLY7WPabYrJIGiUoGAzqYcVUnFNVKseA49GWyPYu29hbYn&#10;q98ZGCnpNvUW2sVPDFLBGKvK4Wlpp8gIaqsaigpsbT1sw880zRxIkZJb8E3HRnwpmo9ytubsEUK7&#10;fpBRS4DDq0rZzJ1MCxpNX52Yo0UFLViIuKVbAF+QpU61Fty3FFLBeX8P+LjMaLl2I85fMLxxxNR8&#10;+jiXmuK/t4YIpWaap19/6cbajQUqBwODp0nyJx1r0fzLf5/W1uvtmZvqH4ktV7s7drEyWJ3X2fSU&#10;1JLsjZMDrMKuk2fVfdE7o3BQBxDHWrEKJGQSqZS4C2k4ujgpYo4o4VWKOKOCNF0BIok9KKFH0Cgc&#10;Wt7KOar+73Dwzb3CRyIxKjSRXNNIJ9CPyHy69tSR29zM10utnJqQTxx8IGCMmppg19OtE/tDeOX3&#10;nl5srX19RPkK3J5PMVc9XJUVNRWZGud5a2qnqpGd6mpmZ2Ys5YqxvcHn2B/fVIlVi4po7+miqlfS&#10;oOnQ4ZbWFj6Qfcke3Kbj/Vi+hv1oEnJT5KVGOHkQePrTy6hb3Mms4+a9nNq1AYSrCv4w5J/MgjHy&#10;wOtiz/hPbnchin7QwmRACybw2pksf5HKakydBX48jWxWQqKmjDfUg8j6D3Wpuiqr8bK9XjZ5qaUk&#10;AWLAsNI9DD8ergj+vs5aSSN9Ubd32069ZeHICJFDA5/1U63W9p0GMzONGNzNJTVUZX9MiLIEYrpc&#10;q3DkAfkn/H2CPduVqcnQbbWuKtOuPlmkNlsTIfS9yNXIP1PtNvdzJOlmspHiKPKmK+v+z0c2cfht&#10;2Hz+3oVemtuYzATbuXFIY6OTOpBGLyaUaCnUsqamYBFckcH6j2SHcMJIl5H1axuPoFP+w9g64BDM&#10;SehAtQuofF/h6HtTcAn/AH3PsEcyxGoMLj6D8cA+0gwAdWOjUGpHp137DGuILMeP1WBNvp/sffjW&#10;mWAHTS08Q9e9s9BWPRZXG1yk3pK+jql06dV4ahJFYcfhlB/2HtJMcMa9oyfsGSP5dOxsNcZKnDA0&#10;znIx+Z64ta3JIubXAB+vH0IItz73c9l1y5nbO2cqrPpyW38PXRkH0lKrH01QNLL6SQJB9PebG23M&#10;s+22t1Ekb+JAjA4PxKDn9vWNHMZt7DcL2zLjUs8g4+jn516+dJ3Xt7J7Z7f7jwq0OP8ADt/s7fuH&#10;A8URlWSj3NmaOlh0uxlaPTRsXDLcWPHB9iCEheBo2R3upHrcWuwKkBXJBuDzb2D44dzh3aO7jnhj&#10;McinAzlq8RkcCPz6IZp4REEdQyEHjnBwfy6J3TUu48fu6hzdNWYvFV1FkoJ4DDE5ZX1ylXiFHTl2&#10;aJoiB/qXPFj7Djb0dRNueu2lU0krRxyGrppZYlnZcJWrFHGYAbqzQ1ZaFUbgKD/YUn3MJ3J7dltr&#10;SYFguvUTSiFOIPH+01BdVGotFFAaQl7jb/f2W1CW1vAgbDBW0nxA/wAPblQUoTSmkggUz1sZ9fbS&#10;6/zPWG2vkNTSYibJSYqLH5eI1EGMo33/AIqokhyElUhoqYRCooqZayQwhkR5lsAZEZjKYnaWAxtP&#10;GMdiMfRBR4zHHRwUsT8jya44okiZpHa7nSSWY/UnkPX+/wB0WKXN3JJk0AYsw45zU0ABz6DrHUb1&#10;zBuc0jXm6XEiVxrldiPsLMeHlnhToovcvdFbXSrHkspVZSeSYVCzwVVRXzxQSvLHTGLzGWupo4PG&#10;IoWddIEbepAt1mRU2Npj4qejSgdBIVp444oY1YXV5YkhAhQszFiyeolgTzb2Et73C8e0MjVKEcST&#10;rYEcONWx61p6CtOhRYNuF1KgmvZJPmzFqU4ZNafLom/ZmYytfTHJ1M65pJIMUXyrSyVU9SldTtIm&#10;NrvvloZJxTRr42WTUqBSACqqfaa3JR08m3c4sESeQ42qa8dy5kFO3jsV51t6VH5K2X6WHuPNs37c&#10;LbmzlaS6Mhs/3hbgigVQplRDqBUEqoOo1OkULep6nf22UWvM+yzGYUSePJagoSSCCTSuqueJNfU9&#10;Fep9452j7I64G4qvL/w0b92q8qV8Igp8bSVOciimmET0+mBIKermm0RzCNqk+Zl8l291D98fHTYW&#10;fyX+kbCxU2J3QWooa/GUcFJDS528jF6paelpvuHy6vVAzOSyOkRLBXu56l+2vP8AuuypJsU8Hibf&#10;IGIlI74STrILn/Q2NSq1qGI09op11z5V5krbW4mLVZqajSpz5/Knn6Z625/5dnzP7j2xXw9Ddj4a&#10;v3Z18lNmslgOwKuryNRk9ixCCWshxGar8rWGlO0JHpJIKCL0z0ssqxRa4DFHCx7V6+bHQU7VMMMT&#10;qkY0Aam0qGtYFf239XN/Yi3fmQXUsoiditTn7f8AD1JCbkHUBTx+w9Hd7H74ospU1sGMrJJodUiC&#10;cvHFTguyWd7SHyxKUNiLfXm9/a6nx0dHGzxgKwjIUzOirFYWVwLC5H1t+fYdjumuGIYnj5CvSyCe&#10;oIoa+f8Aq+fQO47cs+ZqFhm8nhaZXmjoqeeaWpV2iZ4iD5PFHISg1ixshN/1XB/cGULyzRxNJIou&#10;J5FCNYhgusjWrBHY2VRYlvp7Gu3WehELgBm4An5f5PPoyicBg/Rttk7fFNS0ctQkMDFL09PIrxEh&#10;0YrCrKVjZ405dyj2Qk/j2jY6gVFRD5iIUEqxQws6q4D8SySmMsrS2BP5ABsCRyx2YzHE+nuehqf8&#10;3y+fRxbRhpFkP7OhSFHPS01Q0VqifwrNPVRKPEdF/BHBFM7EQqQA5JZm0hmA4AOJ1SVyeGqsfEvl&#10;eiSORbMHB1NLHJo1EKQqsmpvqSeefcH84EWd9DcSPQSEg14+or+w0+XRfzHHTwZVxUlQPyr/ADp1&#10;SN876k9e742hvKuqf4fjNz19Zhpp5PDGxqYaSCuoYJXjBnVnaCqZVI8aoo49XtG9x4GrqtuU2LCx&#10;xSV26MNT0rmJY1VWeb706gHuy401B1AEjgX9nfJV7BHurXZ7kitJW4/Kg/41pH5noGm4erxAkElR&#10;9tSa/wCrj0NHw133t6Xf1VunG1stb/DOst1VuWievatqhT0jYs00gglkXxxT5cUyKSSW1sNPA9in&#10;urN/3e2HV1VI7LNVQLiqV78pJUxeAP8A8gQqWB/wv7Ce1bcNz5hhinHYj+Iw4VCnVTHq2PnWny6H&#10;VvC30LaBRW+X+o9E46l6wj7a+V2KxW4qSKuxm3K5+wszDMgYVK4SaOpgppgUAPkzNRCsim2pVdfy&#10;QSAZOiRsXWSTfuuUqEUBpGXRJO7OiREsrEq3A0n3khbTEXUIQUXSK48wB0DN5C/RXMU2VMbCnDiD&#10;+fWxpi61v4vTRUwmji1QGTyLF5NccGnySOQFULIgIHA+gN+bj31XsSF8RtbIeMLOdt4NpQW1QLMM&#10;dA0szSLrUqZ2ZgqElieQL+415p5gaO63O0Pwi4cDhWgYgAefCmTjrGC6SlwxrQEk/mTnojXf/esu&#10;Gl3hgGOpI9y7hpYdKxx10sMGWqaZaampZFgAYw04DSyFfQbgvfkeTgsTRyCpMIqKpreZpbMkjBSL&#10;JASQtx+CL+wENxvJlWLXpiHCnEfmOrGk0Kqy1VeH+of5eiKxdm793BDJi4a7+FYiM6aNKH7j7ikj&#10;Y8fc1cKxVF/oCfQhb6g+4eUz1FSUTgRxwBImKCJYwqqACvpFrj0j27Z7bPNMCWLEsONTxPr/AKqd&#10;Ktg21pb1ZGU6NYxnyPSg2l1ruDK5tJJql8mJ6qN55aqoqRP5JXVZGMxaSUm5NlVPx9QefZV+w9wb&#10;trNTYOSKaIq4kRimmzemwjaGWMgqSCNJ/wBb3L3LW2bNBT66MrJQUIxn7ag/Z1MkP0QRVlQCny6t&#10;B6f2DsHAU8UWax7U9dCY2hlZmuG03MkU0JcOwb6EtrX/AA9kc7g2TVZmklyVfQ4ykyPgnFS+PoKe&#10;OplZkPhaSeGJOUchtWkfS4HuSoNv2vdLOSwiVmdh2u2XBIIUBjVsE1OcCpx0Gd5hilleWCgRaig8&#10;/n+zH29HG2zVY5IPtqCprqmkBHgapqKipI+pKrNPLJKwFvpfj+g9rjrWop999KLsTLVLT5rZgbFO&#10;rsrMlPDUzPgK6HWWJSGCQUrso9SxHkhgPZBtdvfcpb1a3DqCuVJySQAAymuWOijVPxNUjj0YWFb2&#10;wW3bKqtD8vMV/wBVeg6yWOqNqdivnYIIvsNyGJnlUFR5Y46WDJwSfTxE+JamNydJkck8qxJQMvt5&#10;4fuqWRkSVZHmBX1BGTyNoZkRFGlW5BNrrc8i/sW80crpfbTfFnCo7PJrBdSa1xUAUAB/iABzxAPQ&#10;O3GAJLLFUcOh2VtSq3+qUN/txf3Z7/K1n3DX5fsNkr6aDb+1aTHU1dTQbfwZq8vkNzRIMY1TuQUq&#10;Z9aXCw7UqdNKZpaQvUmRVSQM8nOnnTkuLaefLjfLO5giintz40McCKZnbSFmacVcugiAaPUFrIWp&#10;WpbAv74EW2wbRsEU0TtuVxM+hjLKFRIe5wIQxhq/jA69IkooBI06eiKfM+TER0u0sfPQ1NZmM5UV&#10;klFVS5fIJRYyg2943yLR4cy/wv7msO5YUaoRYp2ijKu8iIqC17dEsc070Y1tNVRgkRC6q0vluwZP&#10;UjsgIBHIJBFjb2ZbWgWPxziND+3gaft6503iBYmkAoA3+Dgf59JTpRKqLFwV80aRQUpOlf0yftlG&#10;iUKyozKpAIuBf6fT2CVRSSxUdxQVroDLFMuRmxtRUFYWkpo6oLi5TFTvU+COUxrDArRVKWRSssaC&#10;vbZ2kdIZiUdSF1UA1UB7sHSQw4UJIpRtJoOgpufgm4jjlmjIbh4ayhakqSg8QVIGrTV3dlaM6WIZ&#10;XY6OLq1nCMs8bOihgY0qFjjWUApGTVRBi6rx6iT/AK/tu3U0WK29j9xtj0razbtFlGSi8lXSy08V&#10;SkRkhoqelaWmrpZfAuiF4HclQsZubFPcER3V7dpE8kijs0k6mqQGHn3NpUJQE1NAO41R7QrXl9d7&#10;YJ1WK6kUFioZWKk6dZYa40AJDOHRdPxHSoo8U5lerlTUAs2n1LH5AzLypYqNSfX+yR7Zto7i2plt&#10;r0VdgcrTbowOPq6DblVPgJKOv/g2VpqejpGpsnHhYvAKmjjmhaqICimVwzKqamjT7fuu3T2sL7Ff&#10;wTWyUQmN1lqSUXRSMlYmUuGdCBoXU2kDjvfNn3uz3SeDcrV7TcZEaceMGTxIizUMYlq51UOgsWLl&#10;Sa9y6pDnxyGNdUcoF2Ep9Ey8+ldV2S/9Pr7c6jKZClndKWCMRopjRpXgm8sK3YSRGPygqs0vjYHT&#10;pubC2liKoba1uUAm1Bi1eBFCc/4AftofQ9Er2CTQxvMXU6qkDDKxoaNTzNK9pK4p506koikAkWN/&#10;wSp+n+BHvJQZ2J4fsqurSOvaQVTI08MZjgndIUYa5EZFjdX1Apaynm4t7pPaKs2u1FbcLTSMmoBN&#10;cZ7sUNcn8+i2Tbn1m4t0c29aDtPFVLMPtOB+z16zSKwF1vb+n6uB9frf8e09kd0UElWkOOamqhiZ&#10;WpK2CjkpUendjDohmSH92mjeOC6RkWtyVIPtTt0EEwnijuEaWorRtWk5NGFcHPA56EVrsd00Si5R&#10;o3nAkRnBUMATXTUAHJpiueuMcRAdmNg4UgHjhdVz9Pxf3no5qiQRmpilWmdg6eZSumWBWZVUuAFY&#10;qjHn62J/HtbOkaVWKRfFApgg1r8ulkkMdtBWFw1yvxHiKH5DrDIRf0EE2/BB4P1Nuf6e1lSZOmjr&#10;BDUCRftkjxwNOkkeoypTywTeQIiG/lXS6vyUP9D7D1xZvJCxjCnUS+aGlKgrTND5045HQeuDKIGw&#10;QrnV3ei+WkYPqMV4+p6iNRl1vG63udXOr6/g349vU25YSrLUw1dIixlgzyCZZGp30zlGhhp1KpIl&#10;mkIsQB/S5QJtjKBKsqtQ5pUUrwrqJ/Ifb69F0Nv4kiOj1kDAH4hQEE5qcV/CPtp1wNAYyHDgkXvy&#10;fp+OPoPz7yyfuS0k1NUQUL04Z4XYqdJMCmVGOpDIZXkOjQD6fflqsc8ciF1Y8KfPH7OPXhExinid&#10;DIleFM8cVp1jV7B1Nyt+VH1vf+osRY29qGhp6epqYVaWfyTPESlQweN2SzCaXWZIxKsn6XAupHFv&#10;ZZcPJFE5ES0zwFCP2U9PPj0TXMTxLVYl0A1wAGH7BX8+uElUVUk/i/IUCwA4Fx+f8Tz7VeM+1kyF&#10;VDGImlgp6hWkJR2juyQyFUcBTI0RfQBdtQubceye88b6eOQ6ghbHEfMflWla46SyWMkkMTkEI3Di&#10;K+n2j7ajpqrK5oaYSOHMbXsoX9TW/buQA2nVa59q+PF4k0klTj6uZ6ZshHPorKdZSwQaUBeFlqGE&#10;k6XZV1KI7auCbkkl5feMI54lD6KVQnH2Dhw8/t680UomCzQqCFAJU1GPTiCafLj0jJM5kBOI6qCI&#10;kRkn7WeMgEfm73RVWMjUGF2JOn6e4cGLOOrGlkFRJERI08VFKYbzNHKkdRLUzyLGiyyi/jFtIAFr&#10;6bOyXTXEAiVlEgKgFgTjzFFyceZr1udDcx6BpEgxViPn5AAkZOf83U+DLpUQIscqeS+hDKfCTY30&#10;R091nkXn9XIJ/wBb294rZ0u5qc1eYoWEjxzT0M8lQzaYYBaMz0yKJSFQBtTMFLEcWJHtBdb4u1Sr&#10;DZXAoDRwBSpPoT/k6Ib2YWsht7eYkA0JCkV/M/ZwB+fr16r3ZT4uUx008b6JUhliKsWkldiF/eYm&#10;PUbWCoTe/wBePcHA7ASGaurMbGlfQSfcSvFIkkLLVOwp55Q0op4pqWKD91Y1srSABTbj2o3HmRpY&#10;7aG5YpcgqAcN28VFBUglqKW8lqT69I9wmaZYVlJEgwDSuP8Ajyt6HhSh6eandNLF4aetkammLxjQ&#10;NEjFZSDGI1Gtldpjoa97C549s1Zt+r261Hd4ajISGor4Kxy8mPpWiXXRIKWItNLOYoTcWZQ7jklS&#10;Qut9xh3PxmClLXtVkFNbGvcQeAoTxwaCp6LXVrsuyACAaVNPiOcmv2cSc/PpSUGYhrkd/wB1FiYx&#10;yxmNQ7yABSoALm0ZIN9VyPrb2Wmux0ecra5crksUKqaZ0Z2hnp4aR5Kh/uWko6SKYS1DWFvCIgDa&#10;6Ny3uUre5awt4Ta28/gBRwYMWAUAUckU4n4q/bjoS0/d6I1rBOE00wQxYcKBqDT/ALYH7elOkmlV&#10;ADEEDT6b6rAci3J49pPcWwaw5LHNja2mlpIIvItZrqJFk0aPGscDtJGKdWULptyG9Vz7PNr5jt/p&#10;LpbuFxMzfCaAgH+kOJpkmp/IY6UWO7R+FdLOrAsaFcCnke8UqfUk0Br1kWZSL/nnji9wSLWvcHj3&#10;kpepclPMMnFBDWU1ZTyVckmtEV5ZHZFWKIuhWqilBvCDrZgB9OfepucraKNrRpGSZCFFRwHGpPoR&#10;gNw4mvW5eaY4oDbNIyzA0Xhgeeo8KHh8/wBnXQqI+QSFI/BZf+JI9iJtXqnctI+v7amrqGnkinqI&#10;J1mhZ6fy6QsU1QU8aTh1LFmLJ/UD2GN45x2uVWVZmjuGBCkUYA04mnEj+Zyei265ls511MCjkYIU&#10;ED/Dn7fPjjqNPVxC6h7ObqtiC2orqUheb2Bv/re1jT7Wno2rJaGBKSF61YKvH08i0lND5XZo0SWs&#10;llNTTq3KuSSCQQfz7IZt2jnW3ju5A8uiquw1E0GSQtNJ+X8ui243hJzCs+khVw5XWT6khQAPs8us&#10;KuCEDM0rADUx9JJHJOlbCw9pRdq5+hy0pqMjjT5KhnK0Yp6yaSR+YhHZGV4gGAJRWMQVrj6+ztt4&#10;22eyTw7eYUT8VUAA4k5qK8cmh6MTf7dd2QeOCVSB51RVA4niCD5qDg+nWbzRlB9Bbk3vx9f8f8fa&#10;4xO089mJUqsPIoyVJUTU9RSQ0UkiJKpmT96YJKjQRrddGlUubr9b+w9e7zt9lGbe+U/TOoZW1gGn&#10;yFR3Hj5nyPRFdXVtAjQyg+EVBB1gfaaAhq0rXz9aivUeWrgpyBUusSsRZmbQbMQFtqIvckD/AGPt&#10;vxG0d1Y/KPkZBjVq8fUJkXx+PkqPv62mdjTOlDLSxxaGpDGNRjlCqGNgCQfb99vO0XFkbcNN9PJG&#10;UDuFCoaahrBqamppjOM9JrjcNumhREaRoiuhWfgnmSwODUEU86Z6kSTQvHpGoLNaMO4KgH6gE8cm&#10;/H9fbZ2vtY7upoa7CbNn220DSx5Ogr4cbT0RpqdWyE0tPWNFBlHqpXkYhXjkMjSaLmzKFnJm7pss&#10;kltf74tyDTw3QuX1Hsoy1aPSBSpBACjUfI9LeWd4fbbiWK+3IPCfgZCfErhVUitNNMswGkAV49ca&#10;ImJFjepWqIW/lVhqP05MaAxAf4hvZfd01WRptsYvb8FFVyUaZBpK/FVFDIuqupIo/uSaBooaunEZ&#10;NgAIypaxt9BI+0RW0u63e5yTKJTHRZAwPYxqoDDUpB/23UibTZ2jbne38sqLLporiQEaW+EaySuk&#10;+XEfZ1OFixNwfpY3/wB6/r7EDp/sHN4evqsBS1TU9BWUuPWKfOSvTYukH3LTU9H9hPUBap11c6Ul&#10;khMimMfq9hbnXYrDcFF61oTPCzEmNKsxbBKuEquBUksqEijE+Qa5v5fgltUvQNU4dwUjOosBp1M2&#10;kEL/AEQdINTwoAY1VS00xjlli8kkDOYXVC8sTMNLmNwC8bMBYkEXHB49mGPZ+3KbLVmMyFY+NfH1&#10;TwVTiheup5Y5GE8lSZFlqI6n1TcSxmMqP22Gtbe45HKm5y2cd1bW/jJIlVGrQa5opBVQooODagT3&#10;A0NOoyflrcTbwXscCuko1L5EAnFQR28CAG7iKHrEkLGPWt3ZuUUMF0EfUEm4Jv8Ag+3vZWJpJ4cv&#10;WUmUhyFLW0KmaVKIU9VV4ynyVTW09OtXMI50SllrpyiSW0Gcn6sble+utvd2znalh3DUqlqqcgGl&#10;afEASxA4VLFcsaot5vZpFjtWiaMxvWhJKhyqqxHl3BFDADOkBq0HWOokYNFqQiTUukFrhJGUICSp&#10;CkcD/D3B3jlMLJFLT4qSOKCCknkmTJTwTa44qemaGWlWnqUkasSU6WQpyt7BufZjslpfK6yXkZLl&#10;xTwwQASTUNqWmgjIYeY8sdB2OymMyzFGYs6jtAHnwOOB9cUpx6nQCW15Qt+NJX/EG/tFUm8MFi9q&#10;1dLJX5AzZGsSUW8UsbrSGbX9xE6+aMRlkKMhUPchgfp7O5dm3G83eCT6aIQxIRXINW4Upg1861zw&#10;p53l2C+vdyRktF8RFpgGgU8Mj4jxrWtB1m/tfmwX/YXJ9gnT72we/mq/7s5/F5ZMaJ4MlVUWYxU1&#10;HjjQR/eVX8Sr1qxDi544lLOZGRlUXYkA2EFnebNa2d1erudtLawtSRo5Q4Qkfi0E0oMlfTy6kN+W&#10;d15VFsd62e4t5ZSjRh4ZQ8gchE8KPRqkBYgDSCCSABU55e821Ny0NYBDTZPH5T+IE1ROMqMfXU32&#10;vip5KZonpayQyJUJWxSrIjeN45FPIZT7euJts3MQ3O3XkMsSoCrq4atQrHI8iGQgGpypxUEsb5s1&#10;1bDxZbCeAxdv6quhLamDAq0YpQoylWyrIw4qae9ixhslQ7YjrctkPFTHEUdVkRLK9HQiBYIo76Z6&#10;2WlxtK8vl0xvPLBFpUGWU2LEH7/KwsLmR5R9HpYuSVVdK5IZmKigAOSwVfMqMgDXtldbzLZ2VlVl&#10;uJkjwHkJ1HjRQ0jBStSqK51GirwA97qU2f8AFXt3dHyuzvcea7W25LRY7sbfe4qDCTrn8vV7lqEm&#10;q8TuCnzc/wDBdv4RKGjzG4YyIvtK77dKl6aJZkijlOLewe0HMSc+yc1XHMVqLFL24lSFDJI0yqzr&#10;Ikh0QxKqyui1IcBGeNQ0cYp0G5m9/Pb7aPYXbfbzbuQb0Xk+0WVvJODBElsGVJYDCnizzmR47d+7&#10;xIfEMazyPG8jqPe7Ltwdw43F9T1463mhyGepN0bKxk8mbnwNRlWXNb0we0TjM1RQ5nHV2Lzm6Ia1&#10;ZIag/vN91HI8ZaVXWU7jdbq5/d11sd9FI0U9tE6SsNZMlzGhV6yKFaVZOMoGkuo0lzRMNNi9vnu+&#10;cTFzraSw2c1pdSxGFZkhAgsri5aSImKRJorZloYkGlBFMivpQg4iJPKhD2j0kMmkct+G1abj/b+0&#10;RWdm7qbbGZy++cRgMFR0+LipqPE0mcnyWdyGfZ8rWxYafIGix8FJHUwxUZEQjqKgGWZp/EiKnuSr&#10;K7v7COXdr60t4FEa+HD4rO7S1YaXZoo1GpNGkCMEajqC6dROYuQ9hXf7DbOVb+4ublrlmeVoVW3j&#10;gURoZlCvJr0kyhpAyRNoj8IuXZxl9kY2rs/ZnzO3tubsamz2UGz9l4zH0/Xe24GwtBnqqrkjp62e&#10;uzME+MzcEONqaw1S000ymo/c03hVXR4SjktPe7mC/wCanvpZNmsFRbOAPDDKSF1l5FKShRJJ8BJL&#10;aG0gKRJqym37mDmX7tPLGycn3O0wHmPc5pDuNwRNJbqoLIEgZZISZEXwfESM6KKXGsspX3saK3tj&#10;OdU9HYKSiocbtqq2PQbRxe5sPU1lFmchs2hnNFQsq0xqKEZXKg1C0pedqenatM0j/sKSJb3nd7fl&#10;L2/stzS2gtmtLa1imiaVZmt43CR6e0xLLcKWCVZkTXRi2kSExpacg7Xz57p7klxdTXsG6S3M1tMI&#10;2ijvJFMkmWo4ih7DJpUSuIBGlPFoOvezN9Odo12/tsf3mxtFBNj6/HQVW3wlNXL5aelrKrC1825X&#10;yQj+3zGCrqVaGtgB8r/b/cIr+cQwa2PfLXmeK3u4Hrt89WjcK4OnURJEzOaJJHKWjKGpPhu6mhCx&#10;wf7jciWvKW/DZL+6K3UUzJPVkqCyLMgtvDqDHPGxmgc0VfFEDMphMknvawFfQuppaGXKBaPKVtNW&#10;09ZU5Jaulmnlqa2WJlzuiZsfI8+ukC/5OtLJCIL0/iIGm2RqUuHj0t3t/SIatTXJIJDAgYAUjSAt&#10;Og09pe+J491HbmSW3Qxsqx6GVQsa/wBiSusBQslayeIknifqB6+9uhq4npVpK2nlq6JqaaGanZER&#10;qlGpFWXQI3hVGc3GpAug3tb3qW1BDOjKJOFSRgVyK+VfMefnwHRekMyXP1NpOsU4cFWrhCGqtahj&#10;jBzWtBWvXvYf71TByU2bwkmQnpqHK0sWNrIcfk6LF1UVbHRS109XSVNJRUeSi3CuKMMxeWsq709N&#10;CyCFUe7cWyw7tFd2s87RrdgLRGCMGoSCrir1ZVC6RhUQaVAJ1jPll9zSTa9xis0kurd2kQyRvKrI&#10;X0KrKztH9N4mtaLDF+rJMGaRmUr72nuzsJj+zdhbowOUr6zGQZ/bFbi66toKqhjyNKmailo0qaET&#10;mUvWUTI0kd1C3sUYEFkWbhsK7nY7pyu8skcN6kkJeOoZdSkF0YggMAcFxhgARQBSc8lbrc8j817B&#10;u232STPZ30cipIHZJPBbXRyqrSNgyqwNSaENUFU697L7srrXqHpeimyOFkyH96DBRDKbo3BWwT5C&#10;upMXQPRotTIphpIYaOijA8RgEJjhVpNckYLqeT/bXaeTFubixgdy8IWa5mmLTOkaqqCRzoj0RxIo&#10;pGqr2BgNQ1LLfMvOvuH7k3S2e6pCNl1v4dpbowiR5ZAx0qalmZy51+JqDOVjKK2Pe09232RJubYO&#10;4ds4rfadfpS4oZHcG7YqXNVFbX4+GOgyeQxm3culJQYaBkophTGMeWeoqZlp4gtmkkIefJ9dpvFu&#10;3MH7otlg1tOsTSAIpRmME4pGxaMlAyuXdn8NBG+libcgclR7JzbtO933K3731z+Fb2rNCqJIS8aS&#10;XEJd5mrIokDHQkUSmWQsKLH73T1sLoqo3tu3P7y2RtmXeeEeWqpKWbec2mGorMslRDDLWVkT0OMN&#10;Vi1kepllijRY5ooz9XUviryl7XXHO+77rv3J+x/vHaNTU+tI0s8utQWkVYYy8Sq8reEgCzLFp75l&#10;MnRbmz3Th5W5e2rlvmjfV23dKIzLZLVhHFpZgqnXJplIWJUZ2qplHBSB73cP0v8AH5sNszFNvuHC&#10;bv3rRZHceSp9w18MuYqaetr6XWMbtnL5OGGvpcWJZw5ZIpY6dYmhQDSoTLjlLlVuWbCw/rElrf8A&#10;M8U7SvPIgnMfinuWKWaMTRDsFBUABtIVlCEc5/cr3cG58x3y8ry3W38tSw20T26MIlZEf+1uYYiU&#10;eXSCtGdWkLiRqjVq97BPH9W9JfE/b9f2Tu1ok3bPBO+S3ZlWnzmbkrckqCrx2GIx/mZahy6CGGE1&#10;VRCWeVmAZkZ2Hk/2x9nds3DnLcpVjuqhri9uHNxcPI1dcduoQSNrbVTwo/EkWpkLZJk+9579zvvA&#10;bxa8mcuo/wDV5WQR2keiCAJH8Ek/6gWoChg8jiNXCqgrQSe9lwye+4u3cZT7noMvnNv7JzQytCKd&#10;qdsFmMlFS1MkMc715kqDRY+Pyks9M5dwChYEWAws+a9v91tl2zfrPfL7buSLsT27RV+mnnaGSgke&#10;WrrFbgSd5UBpRVWK6aCZLHlNvby9m2O6sba75ntvCctq8aGIstWXw+3xJCFGHBVMEK1an3uNj6yn&#10;2zuGuzOPMqzyRUqx0yxxVUscdBTGGmpaaplLzQ65KqZ5bu5Zpjcm5YmdnBtXLnM+6b3t0UgSRYaQ&#10;UEh/RjMAjSRizrqLSySEF6vIXdmrq6evLa53zZ7PbbkAxqznVlBWRtTsVAAOnQioAABQaQp7eve1&#10;vuDdkuQxVFNj1lepmhkirLVEdQtO1vIVhIbSiQpYauVsPY337m6efYoJrBR9RMCJNGdBI1MtRXK6&#10;svTT58OgntHLyWl9PFdgCBCGTtKlhwBNRkk+XXvaj6nod7PuCmejp562ikw38Vikgp6qqniyUWRF&#10;AIBXaDSrJPRyy/tK4OlGY3DH2Scq3O7xX8a71JDJsdxtvjK7qzkS+LoAEpooYpr7Q2oCjEDVQFXu&#10;BccsptE0dzKsV2tyImBdVVojHrLaeJAcLR6EVIC1pXr3uxPrPemV3FtabGbh1MNu5N5seK9adZqe&#10;aOJo6j1NG07pHrNmsSpIRTY8J+YdptrXc47/AG+Bo5biIhxmhyKHjTuFOHEFicjrDnnblqy2ffFv&#10;9nw17AFkKE0YFqrTOmpIFQKVHcQK597QXaOVq6B56rHKKqjkmjkjjmgQJEKymDVGhCjFk8iSXvyr&#10;MPxY+xZylZQzrHHctpmVSCQxzpY0rQ+YIp6/PoVcjbfb3SxQXbBLlQQSGOdDdlfKtCOBNaevXvZZ&#10;cDka6oNdFRsHfHRyVwp4zcPCP3mjI8hVjKnpWwtqH9fYsuLsNb7ijIGmjNVCkHUvFa+hYqwYeXlT&#10;qbt0sreEWjXFFE3ZqOKHhWppT5+fl1xYXBH9f8Af974uPr7vY+MW7sX3B1XtvdsdXUU2cwevB5CI&#10;QxT/AGVTjVjeOq8szOskhXiJRKgju5CH1H3zC90+To7PmieTb5JEtpELwMVDAAsdXcalmjbUq0NV&#10;FTQkmrL75e7LHdbPcJHIjA6jUqxqMCiAGhB1Goq3DUoNeqMfmL1u2x+38ljaHbxfaW/oBu2m8NVV&#10;RyZDJ1FTPBn8MaTHrGftY69o5WBilEkcirrUuPZhq7GJjmj1UNFLTR008lZU09ZLHVSpBHVvS0dB&#10;DQQTO1XIZWneW6Eyk2QN+mPW2W4RG/xJXiOrUQXQ0Ak0hYwO5u9mLilWNEqStCVOYDcSMDcuJNYK&#10;KUBRWJAYvrqdIChQPh0BdVBToMtp7Y+/xc2Q+8rqGo+7pKXHUdXiHnp6Y6ce1dXzy1kkJ+0EgihR&#10;Y15iBJk0Ibo/NbYxufx1fTw66aoShWmoaiWrZKindnp5zNrmgp6pKpTKhMsbpIHQNq5MStbdsk81&#10;xcRyWxjt9IUEkY0lWBzHqr3anaoNahi3ekZkm/tt5szLOrBn1tShUmrAVozALpqAhBWh8qhnFLYU&#10;+7dubmo5Zca9ZiGyMlTk4aWjRaWSkijqYPHF9tJVUgjdwxWJ43Txvew9Ls2ZbAPOmGxz0CTzMVWo&#10;r1SjjSpZIqWommyNVUU9PP8AaSzEmaKC5Z0Af9sek4njuElgt44CoySygAfhYM7ELVKmhVASxCjh&#10;jpuy36wmG4TfVLHIgAVSGqNWpFCKgI1gYVpBVcFDXoQMTR7hw1bmc5jp5Rg60FqegeetWWhjeaal&#10;ipcZRUrSqKunomaOGonBVUPo9VlYLshtDb0lFjsnkaKjwEFB9xDi542oqWnmqoC8NNPI0rLOaWna&#10;laXSfuXkcIVjGi3squIbaexsvrtFugBFagEyLTSdRzo4nu1FzSihQdR9Zcz7pZbldDapGuHYLUCr&#10;6UOW+Dt8TuC1UIFo1WZ8gdIqrMZSjyG3xVTZj+KrTnOUuRWeeqTH1QirKugJpwKc10zyLA0i+EIh&#10;ZdRJNgard6VWNfEV8NXiMnBT18TvLGqJjZMdI7v95VpXPRSM0kwcao1kh1MTbxvIFAVzLBGsUgVT&#10;EGqcAqK0pqDBQAxrjSVOQBTHU87HPuu7w3EV3HNE5jKjjr1AUorrqCtQqPiEmnRUkhekjkvjv1wG&#10;3diKSgzePOYoKli8dTUS5ikrxH4Y8fhKqmSv8EUVLJGB5H82lYyGEiwn2KCdhVcCx05qP4bPkq2T&#10;bbUkFealaOavame1FjpgnmyKeMCKNYBLGk+kDSLBZFNegyTWIEUrIUwaKgYqSFjXi2n4Rp/EAOAo&#10;UXrR2sQivrfx7SM+OGZFDSBPEVTIeOk1q7aqNpbSdQYkrdJ8N9mZfLncFFTvk5NqYug3lQZfKUj0&#10;uVyE2EWop1izG6KdJalcRWxVYeqRJlhq6ilLvqlDEu9PNlKDK12NOQxc0VVhvuJZ4I6ygpY5F8nn&#10;gghip6fH0ysytrdpIVVg3kVi1/bFul5LPOZpVY+GfgqgAFRpXSAqZB8kqQcE16JrrcLC8sIJbW2a&#10;Pwp/gKxuR31BJMgZzp00ADNQghsCr3NsXF5LFYjcOSwWchymM3BNFTJXTY7N5WSObwGKqqMlPUy5&#10;WqiEXj8ERSVlYjwOmlU9sNT11HmKqkqMlkJqvG1eQoatUagVXp6ynoaeRIJMg9IEE0DpJUTVKrEb&#10;lQS04J9q12M3JRPHMkDMDwYAMEGpTIVABWhZiAMfDrYEdGltz7FYwvBHZhLlIXTtcjUhJXxAhc0V&#10;wAqxsDqOaLGcraPduZxVJkqTbuFo6bOUeNrqcJFlHEVXRVFfX+SrTHpVXlppaSUQJSFpYTpsEjgI&#10;UQN49UVVXPJLjG/yijnQ4uPI+aXGVqrRx09PClGBOmQoXZC/hmM2pplIALtYwfk66+ONmNNJXWxY&#10;OCAMDuqGwNLaiARg6z0h2j3OigjEczHTOp8Tw27kYs0hOvUDHQNoqFX4SmoBFAXnXu7Kujx1Idwx&#10;pFDLHUfxs0cGjK0s81TVVc8pyEngeiq4k9DyweMssZQkrGCUUnUm56HKrNuOvnnmqqmcT09FkHkS&#10;R6pIpIoI4ygpMQkMtPGgEdybvZygX2VvsVzb3MPjthj8K1pUhdKnTVV+GucniO3oQv7n7O22uLC1&#10;jCpGoBkQEihJNdNJHqpc1qaHQGBJoVl/fXbmXpfsNqY40qUtCksFZkqGOOSGnpGdJKoTF3rczUSw&#10;Vc8hExuGKkxg31PNT13ubFYgVlVlKDd7VUU0hxwdTDPQzItLR0FPX09JaGPFiDUZHn/zcxJXTz7N&#10;Nl3XmTly8trm13XV4orpGe1QVoWYaE8MqKBvJl1VHAP3HNHLG63TQx7c9kiOO4qQVIq7sR4nF60G&#10;lRQrw1fFzxfYGOqNxHG01BkdmvQVPjiq2luYqoS1E9VWTYmpkCzS5dJGQU6QMl4NQJJsQhzXWeRi&#10;irc4abGYeFKankq6Vss1JJT1QpRMzqzCBIpJdVmQ+oEFSxEZvkNyP7xFYBbczWZMtFUyppoKgZar&#10;rnidI7tPafgNKy7rZER21nOJ1LNSsYqy1I7dXEYrRSaGrZ1now22OzMdV5CmwMpy+SrZKuohSvOF&#10;ZqeamFW4R5JKZCmpKdVtIhMRI1DTqKK27bqctTyY/DVlZl6KKcpJp+/noaqlgSr8xpq2ehr6evio&#10;pZqC4Qyx643YBjGwHuXI7nZeZdrn+kuXkkxXTVGUqa0JU60FUNP1KspCk6SQcY+c7SWDdrvc47eP&#10;xAgoxClWbTQOiMDGSA4BHhgBs0DAEGMpTT1NKJAYZwDZSrrMgks2pVN2BK6z/rexV3Nt3b2ZoQ+F&#10;ptxUFYMziEnoMPjnx8EzMlLXGalkyFKYE26qlPNIo8ceiTgSJcRXutpaRNJakS61nRWCAaSKAg1c&#10;FAhBOsqxSvCkg1Al2Lft5sJYo776UyNbSMjSFnOmrCjFWVjODXRUlgpXVVHoYCH927PE8AMgkYOA&#10;VZlCsGKFbtbix/1vYO0HZVRt9NuQyvVf3tp6+OfNVs0OUKz5LI56GmTzNWUFLTMVxFDGIpFkd1jl&#10;KaUGlVjGa4SOWNkaUXC6GZmDVLagCBqWlAqsMMTRlUigQdTFHH9el6YzGbEowRKAFUjRtIUo5NGZ&#10;h4gCqNaF2JBPTFkNo02SjzVHVpC2NyVEmPpoIYaeNYIDRzx1EkZjDt5Hnm18qoDAEn3Zjh+yIpaG&#10;CuwWwJxHPAsoleppYKcSSqC50iJpFKvcEEa7ixsb+16Nv18iE2xaNjgmVFH5jyp5jiOHHowteUtj&#10;vo45ZOYFZWANNLE5FaA1ofyx1rc9m9Vd47f3DnNv9jd/0lLHRZCelp6bE4irnyM9FT1TrTeRag0l&#10;NFPVUqA+kmIhrrqFrwMtnO19zN9otditr46QFWjoEFRWvGw5daiS6xsoAFk0kfnk+2F2jdgyLM8S&#10;hviYZ8vQ1YZ8wR0JrTZ+Q9qQNHYvdXSjBaiqCOPwjNa41VPSI2viOjOtp6jcOck3l2ZuXx1MX3ua&#10;qZqbCRsZwKeniw9P5qf9poL6rWlL2II+qTbrmGqAGUzmXyrxajIKjJTvGWdyxJVptFy5YWtwLW4P&#10;t2TaLcAi5naRQvAkkcfThX58ehXt2/SWzOLTbIYVdsURagelSCenndPyjNCUbb+18DiYxEiazgsc&#10;siNCrqscX3EXriVH5Nzza4+nt1xuysNjZLwY+BXDgiV0j+mm93a2qQk/1uvsnuZrWzH+LqAPQ4pT&#10;0HCvQlS7vL0oZJWLEZA4fi4AYHAcAP59Es7i+Wm8cnS1NC26KiCmijKLDZ4kRWFnWGdD4kiQcWVv&#10;T+Le1VHiYrTR0rTUjTJpLUczQgk3XVoRlWy6vTYWU/S3sN3O5mZnhQEu5PzJJ9PP9nRhHbrC0d7d&#10;qCsQBFR5LmlTT8/Xz6I9nu9d05+Wlx1XJFuUfeUwpqLI0y1yGUVDGKNFe7F3IPpF9Vub29h3koMV&#10;jHroaJ/uqxZTFWZCSR6ppZ5LrFQ0EsgcyujqTM/AHKrdibTByRyhFtZTc7m0AvZQDQ1JQL5k1oOP&#10;pXOcdQ/zP7m33Pe8Pse1SsmwWTlZHAAV2wCiFRR0FTqYGmQOKnrYd+I3xt3L1vsLa/aPcmBixe5N&#10;z4WlyuweuaVaagk2ni44RU1e698U6U8BXIVP3MIoKJwQhHllsyqAF1X/AA3HZQZKul0VkiSqmmOO&#10;WYtaKCnJRBcCOKn+lxp1mw59zXGbq4tWtoEJgBHmaeZP8z+fr0ebQgth4aoKKKCmR6mh/lqGaedO&#10;jb5uTc2/tqz7bwUTS4xJ8Y800lVU46CSnhaor8hAKkrHraqnnUEhD5NC3Yi3spfycwOJ7P27HiKa&#10;piotw4KrStx2TSWGn8LSwSK33EWuLTTTJGutyQI3F+efcx+1G43fKG5i8mh8TbbhCrpQmoB8jT4h&#10;XC/iqfIdCsAzQaWAoc4NTiuONc+nnT5dGZ+MG0c711LWVFVJUJgNwxBVoCtRPFDU0LL4/talQxeS&#10;JpJQsYT92Nr/AIHsmG0e9N8dSrS4Dfkz1METVkeCztJM1ZStUKaalAmnhMjVcMcSFrE6wXueSfcz&#10;c18ibRzdYbjvPJyRi+8LU8MnacKWwg4EmnCg8qjpbtcnh3HgSlxaGlTShX14AYHn/Po0m7Ouds7z&#10;p5hW46nMlbGkFWzxBXlgVg+ll/SkisoIcKWFvb72bmqfvXBU2W27loJ3nTzy4yoqYzUVeQpZ4qqm&#10;lw/28E7rHWNHLcWUBVIJAIDY7+0nuVY2vNKtb3QUeDJC8LNpIYKQdAJo2akmjU0+eepE3rluWwsN&#10;MkJ0NQrIFOmjcdZwoODxplh8uoGxsJHscSYBoGFIjIaCrhimEEVKEZfDWTyE3eJYlsW+pbgfT2j9&#10;vbayOB7L2vk6qBopDRZLVjBeZZaTLbR0wzO0o80FFTpLodkYh3+iHUQ0a3/JiWvu7tfMFlAWTVdB&#10;o0KsCJLdgO5iO1KqjOpNXwqjNRHLvwvOSr3a3fS6GMAmgB8KUYNC2otTUKqSRXIFelfkHgyGLqVp&#10;qgPpq49MyOuhJqetiDoHQ2MiSRsrKT9VII495+rNtV/Yu4O08023ZamghrqtZstVzvPRUGNoS9HQ&#10;rF4aeGBJxWAF7u5MajVwGPucYeckl2m82YzCO5MxXSWJDEl6AqAtCqgVFQTTuNc9Rjvt3abHebZd&#10;XDANKQqKAtWI+Kg+YB0kcMUNOpFfXQY2KipzUiOpq5Y4aeFpIdU8ltUmjz3NzGjHi4ABP0Hscdtd&#10;W4TCYZ8jjs/jJ9uQ1NHmd35nByw/xKprXnEuO2zHTQSSS4/HVwB8s0TBiEZCLksIOt+VN73DmW02&#10;q2lEO2zy+M7rRZJNB7Y0FAY0K1Zn+ImqYA6Fltz9tl3aTxtbP+9lUJFGwqqoVHiSuWqHcEgAUAHq&#10;cABNuHcGcqc8cU2NqIcnkGmx+3aSpjlGP+1jDjKZeWZYXgrqmiR0KRsPGNVyTxZEb6+ReJyMm5sZ&#10;UDIY3CUtNLiJKmESwxGpq0lo8fDFVxmSoULUowZ445XAHJU8+8hN126z5Asdu3ncpYDESG7iGLvW&#10;gFFqQSQRUK9CKYoei3bYZNwYxRKWuDxYgUAINTkqD+2vT5tvq7H4BMfOBHVZKGpjq6iqnCFpJRIz&#10;1GhVXxospl/QDoBFwL+y9bg2LkfkZ1XU7ZyVPjqrDVdFPTYTOZakqsdmqCvoqOVqPKwvPSvNURNV&#10;ReNrtGjqSPUQPcee5PJ/JXv/AO1d+g21od7kLNaSyodUc6LRSrMiNpaXtcIuhk1HiOh9yTzpuXtn&#10;zbt5kuXktGRRKiksGVmBoEqQGFT5Vr5npezLQYqaWtQS+ZwElRJJpQVFmsImkKBlU6iQoNuSfdAG&#10;6tt5TZ+5M5tXNRrFlMBkqnF1yLqKiopn8btG7KrNG5W6n8qR74Zb1tt7su67htW4JpvLeZonHo6H&#10;Sw4AE1B4AAihA66QRXsN/aW1zbsXgkjVlOMhhUcPPNDTgen5GV0V1OpWUMp/qGAIP+2Ptrx+Prcr&#10;VRUWMoqmvrJyFhpqOCWpnkY/RUihVnckj8ey2OJnYCMFiTTGen6hR3kV65Xt9fYj13XdDtGKGbsf&#10;dWK21NKokG3sdqzu5/Gy2VZ6CkKUuOd2vYVNVE4tfTb2YGxSEI11MEJ8sauPDTjSfTVQcDw6becj&#10;tjjJbr3uD/fL4+avH/BewNPk/hXk/i2H8v8Amvuf4zo8Wn77yftfa/5rw+vyave/E2z/AH2/p8S/&#10;t+35cPnXrX+N+i+v+x173//X1t6LqTbe5Ijumr/iD1ss3mqaQSItE7oPENUfhMgVlUHhxyfeTF1y&#10;lbXRfcm1+JgkA0Wv2U/b69RSnMVzE30aqhjXFSO7/V6db/HuPV7HwFRV06VdBDDBSgSa4EEEmiE8&#10;KXAtIbgfi55v7L15etppI1eGihgenn3e6SN2jkyR17251bx06oUCinF9Mb+rUltIGg2uFYj/AGHs&#10;WvZRQoCEpFpoP8H8uiBZ5GZmc92a/aevexQpsbsjsjYTYPOyR4/ceCZpcBU08BE1bSVZd6mGWSNW&#10;BNJKBfWLPG/BBQXNruy5c5j5Sk2vdKRb3ZOWtXC01pIWZ0YjgUc6gTxVmH4Mnthva2ceiQEqOoEr&#10;1UddDoiEtHNEyTvrs9NKhJidU/3as4bSbcqQD9D7CFtpUW1VljgnaZybvKyodLgC4Dqoaw/x9x7Y&#10;7NHtQkWlZvUgU/Lqk+6ncNSEUT5Hqf7RmfpIshBMJF/4DqZhMqquplUhRe12uTz7LN4tknhaRkFV&#10;HEDox2yeVZljjPYa4/Lr3sNhjZRew41G/wDr8f8AEewCVIBY9CqpCA+fXveYY9wfUvA/pYf7z7oV&#10;atKdNM7UwOve+/C8X0JHP+HHtt9QqKY6YYmgBGR173NpqmaJgUdrgqfqxHpN/oGAH+2Pu0TkMONf&#10;t60CCCGUFevexs2J3TvrZTquKyzy0hPrxeQjjyWMmQkgxy4+u81I6FDpto+n09iHbd+3PanZrW6O&#10;huKNRo2/00bVU/mD0S3/AC5te6gNPbASCtGSqsPmGB1V/P8ALqJVUNPWIUnVjcH1xu8UyE2GqGeN&#10;lmhNv9SR9fY2Y/cXTHasskW8MMeudw1agJn9pxSTYOatkY3myGAqZJZKOIy2JaklVFW/p/Hs6jvO&#10;WN7kZN1gNjdvwkhBaIvwBeE/COBPhsFGTp8uiSS25h2IK9pci8tFx4c2JaDySQYY0wCyr5VJ4ltl&#10;hy1CFahmjyMKMgakrrRVXiAUMKeuTRHJIByPMjFj9ZF5PtHb+6K3LsingzEElFuba1Zreh3Lt2oT&#10;J42VARZaiSP92hqTe/hmVJBY8H2W7vy3f7XGLg+HcWTHtmiYPGR6EgVV+Ha4U54efRttPNG37m5t&#10;mDw3y0DRyDS2a8K4YY4jrNQZmmr3lp1SalrYGZJ6CtjanqY2UgEqCGjqoSDcSwNLCfpq49hEtM8d&#10;gy6TexBuDccG1wCef8B7IKFWppoPnx/PoSAhqlWqOnYG4B/qAeDf6/4/n25RQ+pSfxzYj/jd/duO&#10;Bx62WCANXPXft6rautrTTvLM7mlhWCBmOto4oxZEu5N1X/b+6OtKHpx7+ScjxCCAPMY697MF1Ru2&#10;HK5iBd3V1Vnc5UVdHQYwZdmrKOhoArpJVSVM7u9NHTKLiMHTb8A2ITlWlYLKxkk4Asan5CuKKPIe&#10;XRNDC+0NIuy7VbiJgZHCihLnIwtMt5kk04nqNIgjjYx6owC0reJUDO1yxBGn1M/0v+on6n3aHl+v&#10;/jrBshfJvmvz81FQ42sXGYpxPS1lZBURmsErVdOtLVx0srsobWoRVsQbexhPaNHsdGv/ABLZWU6A&#10;2KgqKFeBpX09OsbLLdvevmvnNbSTZINt22WaRWldwWijAJUgB9YJpmikZp5dADQ7t7OqtwxQrsSm&#10;paKerroTX5eojp2gpvG8tKy+CVq2AVCQ+q8bKzEAfn3VJ3bNsx9y17bbgacyVNRKa6WuepezSWMb&#10;Rn08KqgccKvsOXc1k6areydJie9i9QT9nl1kdtHL+7bCIbe83JZgi0IEek18+70HCn5+XQ+0ZqTT&#10;QmsCipKAzBBZFf8AKqf6ewt2tnJ8Fk45o55UppJI46uJXOl6cuAxUAjSyBrr/iPbFrcG2mRqAxtg&#10;g+Y8+j2VPEQEV1LkZ6kkXH++/PH+8A+7Out8pgMpsvL4ykweMirMvQS4/M5RaZPuMhQ1sMkYZ5ZG&#10;csWjP6h+fZlPbWtkJJLO3UNIvx/iofIelOpZ5Ov03ra5bC4AM0a9+Mkfb0EO7MHkW3Ji8zU5zKvj&#10;sfVQVePxEVQkNGKuBGXVUJBFHLVB9ZursVPurzs3aA21urLYIiap/h9YRT/pSNqV2+4hlYhFa3jI&#10;Bt7JGURnRxHUe7rZ/Q39xbHJQ0z5g5B6FqCZZ4klX6OLj/b2/wAP6ew7HlqWnUxxwKxaeFEvbVTl&#10;EW2pnNnP15596YZPRO6g6sY6y+7Lv5Z/YuR2h3DkcBR1fiiz2CjydPFJcxyZDbtXT5FA3qA0y4uW&#10;sibi7K/+HuU/Z/ebjaOaWiilOmeBhQ8CUIbP+01j7CeoM+8Hy1ab/wAjG7uYtT2kwNfMJIDG38yp&#10;+0Dosnyw2Ri97dT5bH5SkWppJ0qcLWcetKPdFHPgfKrWbR9rlKykqb24aAH8e9uHHYWetjjmdxFA&#10;yKxkB5dXUNdDzyVP1/x9nm8cqczc+8wX811MYdut5GTU9e4qfwD8+P7OsH5/dHlb292kWW3WP1W+&#10;TpUqGCrGpFKM38RI4Dy6+Z7luhe1O69+7jrc9k5cJt3b2dyeCqchUxyiSsraKSZPHjKaaQP+0Iiw&#10;OrSw9JBBI9lD+S3xN6p7ny1Bkcriaqi3ZT0FVBHuTE1MeOrJqWVtJp63RG1HW2HMbTRM8bH0sASC&#10;P9q9quVdysQm/wC6SJIrLEsqNpkLEcSpqrooyTQEeTA56Hntd73c6WFvuNz4Fu2xKQWhKF9DUxoN&#10;dSj+iKgn7erqv5fvz57c+BW2j11Tdg0+8usqrO0UdJsff96tMdW1MIXIZHa00dVDksLQwxIslTBD&#10;UCmZzrMRfUTXM/w63HINz9VYyqyef29nKKXHvWJJQYPdu3ZKMwyUddSV9PDTRSPBLSLJ5GfUWRNI&#10;ABBjffPavc9vu7qwsrv6vZDqHcdEgoQQRUgGuD2k8PmOp/svfLlYxQb3u5+juiQKqDJG6mmAq1bW&#10;DxqBpB+eNmit+eXVo63233NvXJU2zqnHQUmYSSBq7M7UzlNmKT7Sqo45IFkyKCRK0iMpDKVJJ5tq&#10;CLr/AJLds9SYmg6q7m6tp8vlqXKV+0Tueqya4jH7p2tQ0JRcu0mSoq6E7jrYI1E8JkhpZW1Okqqw&#10;T2D76Td9pkXbby0TD0qzaSykYI49xxUVx0NNv5N5e369Xmzl7eykMumfSq6xrGQAAU7SfIioHHh0&#10;y7U+JvSvdG607+6I7pghx+dSj3njMdgJqHOUWE3HLVnI06zxUFZjpqPGQVCHRBUxiphkLKXICqAR&#10;6e3fs3K1WfxVDm8XUV+JzpyEWMxuZw+ayeJd8hM1DiMl/Ca3IQ0uTjjgS0YlYsPQNQUO5Tte5W0z&#10;yW8boL1TXSCGIyQPMVqRTHUs3treW9pGbiOtq66dfl/Ec+TUYmh4Cmej6dg4vM1NDQyrGlXDVYio&#10;wueaYyU8Qiqqfw1VWQzqBTStJJZZAjIxv9Pphpt9dbyfODJdbbl29FlNt9ibRo6zcdTV4+rijxtL&#10;nKWaip6+SaaJVZMfMtKtkYyUw1u5SzH2cbXNCvNFpcbhBC8BVllWQVjpIpRSV4mjMrYyKE9BLfId&#10;5h9r9wtNlnP75iRWhPFpHidR4Z8srqPpWoPQTbko+xqL4tPUbKyFbR7/ANh0UGcwkeBkp6p8w+z8&#10;otRX4GJZWnpq+HcOKoqim8bFvIagAWYr7UPaFHszZ27t17X6214nbmCxcVXi48g9HWUE1RDiKaly&#10;M1BDUsGjppqKo884kSKJ6l3c2Lke1e8tY/vncY9t0w7do1xqPmKdozpBBLNXzJPHpFyjNvU/K21X&#10;HMEofc21awqkcTXz9MD8ull0PVdi7l6w2juHtqlx/wDfrPSVc+ejxEKUS46hkyFTUUFKxpJPG02P&#10;miWmjZWbRCFsSbuS/YLH5vcPYfWFdAKXHYraG7KibOVNGS1LXfxPbeRMUdPNFHBTVdBSZCYQ+sCV&#10;NcOq4IJIYIViubNUakauAxIrXUNQIIAqBmvpjoVpepBFPqrUp219ehm3OzQbezaAtU1VTjqpFh9O&#10;qViq0wCqCtpZRdgoFiwa1hx7cu1d/wC16bt7CbGyTV1bQ1WBmxuJoKWZTj7zVFRV1gp1WqijmymR&#10;qJY4iNQZYksGAcD21Ilsd3LKGZQpUDFeFcAkVNRwB6MrV57jb2rRUEgqfnwGf4RXj00bMxlZTbem&#10;yMq/bZjLz/xKrmmDCSTwU8FPSpK6qxjjjp4LBSri5JKkEg2a9TfHTK98/e1Bhyu0uua2iwWNy2Vq&#10;JVhq6tcXTQVP8DwlPFWTQrQpVsBKVlmJ0HW+r0+xFuu77ctkkUcJjt2SNSe1ncrkqorpABOan5HI&#10;6x7515wbli9Itp47rf8AU7xQfhVX7dcrCun8VBTUeCilWFM/zl/mddN/y88LjcJuurx3ZPyC+73B&#10;nNp9ebci8kVDSZjI1lGN1b2yE0FGKLJT486kTTC0upzDCYQZBZr110H1f1nDVRYnE1FTXVCIkuaq&#10;jDPkpFjhEMcaSyRutPThBYRxhUt9RckkNW3M2yWUjabCSnk5cayftp2/Yp6h/duc/djdo7K6t962&#10;6FonzEIXMRyDViGBZhSlWU09OtQj5h/zRO5PmrlEx3bma3XiOu6AmTCdfbByqbY2tBVNUyVD12Vo&#10;qailmz2RkZgDUVstQVsNAWw9iFLhMYLaWcLc6daG6qfxewHpPt6452smBUGQN5Yrn/L0q27fOeF7&#10;rqGzkmAJYJJIikk1qBXBqSR6cOq28nm9uAyLSVecpogf2zPoq6hAoAj+4kVaeKdPSNTfVj/r+4TY&#10;xoRIIGWfVyiR28lrfQA21E+y5bjbN7ntTPerHcBgDXAycfLhT8+pJ2z3I3PZLWRLna5RG6jU5Jko&#10;wHkT3UB9fLoPqjA4fc9fRM2co465qsQ1EX2z0KtE5Vy37jPEZGlJuFPP+HsJey8JOcNFUT07LGry&#10;xSRutz4pYyr6lAOkkfT+pHubuUWt1/ednC9UCo/yIqVNP2joDcyc12fMUu33EN3G0/iONS1oGahA&#10;BPEgijCmB1dJ/Kdy/wDcftzfW1BUJHLkdvYjKYwi8qy1GBylS8c8LqQjoRWWuCbX5916762O8+T8&#10;NNTyGkeXy/dAA00UKN5C0svCoQg5B+h49rJ7OSW5RUICk1JPAeeT0Kdm3BTDGXejgAEfP/N1uXdM&#10;92UTbRbI5XI0aZaKIUQw7S6clUZGRRHFFT0xXyvFVag0cigqQRc+yPdx1EdZnq5adgaGi8VDTFSC&#10;NFPCiMwtx6nUnj2Rbm6yTNoPYMD8uh3ZuKK34urEOoqGpx+z8cMgmjJZDz5KvTUS0dTWzyzCNmt6&#10;mgjkCk/QkH2UDcHKyH6A6rEWsbC3A+vsL3NSxP4OhJGQWBGR0LKfpH+x/wB7PsCM+Spk4+hW3/IR&#10;vx/iPx7T9mnB6X/Zx65e0xtnZG7+xdz43ZuxtvZHdG6M1JLHjMRjIvPWVUkUZlc6QQFiihR3lkcq&#10;kUaFmOkEh+1t7rcbmCwsbVpryRgqomXJNeApwxxqAM1IxVBf7jt2y2d1um8XsdttsC6pJHKqiL5k&#10;sxAr6KKk+Q6ZNwbiw21sXWZvcGTx+GxGPg89ZkspVR0VFToZEiXyVM1o1eSWRUROXkdwqgkgEyfQ&#10;XwO7g7l7oyvWGdw+T2Vhtj5ufHdl7pmpoKmDb4x08ceQxuFlR58bntwlZ0MMEMzBVcSOQoAc+2bk&#10;vdN55gfY5YZIEt3P1Dkf2QQrqCkErIx1ABULGpyMEgCc2e6PK/LPJ0XNYu47lLuFWtIlahuPEDaG&#10;BNGRBQl3IXQoOSaVL/3P8oevuqes6XfsGRoNx1m5aCkqdgYCGrFFVbkmytPUPjKqUzJJVYrBg08j&#10;VFbJCEiVSo1SWVtunrfadDtTZm19tz01RBJgNv0WHo463IUuQqXpMPBFQUk+QraClpKKWtqqCnSW&#10;VI1XS72ANjbKXa9q+j2uzs9DiOJFj7mEjaUAUZooqQBkLTrnRzf7pb1vW+7vun7yEkUk5cFIniUN&#10;IQ7qqu7MVVmIDaiCBXz61Hu7umcd2J2nvrfO2l+4i7G7Ay+e3Xl6nD5DFwnKbonmylUuAw24q6vq&#10;8ZiaTL5CoggkdlBCeUSCyL7EB8Uv2QrKUwIPNEWWeM2MQkXzeP0sfIYdWj8F7X49hO65U2td6tLW&#10;JbtjpLMfFrGtGUaWr3AkMSoU0qucdP2Puvvk1jcQzyRUCaFPh91SrEHjmhA1E+Rxnqvrcnxf642/&#10;2pidrVK7xq6OeHK5Golxecx9RRNV0dLO+FpaiSR4qiioq+qePyrTmR1po2CpqsTzxVNS0k0spdau&#10;oMzuaiSCkjlCNK0iQj7engYpEXIUMWP5vckke+B4MIjiUKgFMADHkMUwoooxWgFSTkxxfTXO4uJJ&#10;ZnKUAoWZgSABU6mbLUFSKdHD3Jnqqk2/hNqbfxtLs7btHiI6anwGGrskKOcGGKhmq/tpslVU8tTk&#10;GF5WABdkBcEn2oJZ5HeWYOFgsnjheJVVWAHkcNCvnkMn0s2oD8CxsSC7tpIzHKHdnB7RReOa1qwp&#10;XAxWlMDPVrGKNKRSLQ+v2n508ui67mpVlxeMSGiSTKpPKs7wVgkyMqWeOjQipqilNQ+FlBaFiS4V&#10;m1Our2wT5CBGnVEljEaszFwF1aRcyuqs5KN+LkMfyo/IW3Cxvb0LH4y0WmoAmooKcOB4fPqQtotU&#10;t/1SFIIoKcR65pQeXAnoFt24Dde5xjhU1tHMtXXLSxUEcktRIlQlQ4eKSF/sKNMhFaMSN4DFp06Z&#10;GJUOm8vkqSHDVdZNO1EtRSVEbRmnguJXpyAPMq6JJfQAGYs3NvoLeyK15T3jcOYLW2sbZpvDkVgW&#10;kPBWHAD4aH0oPXqT+TWNxuthbwRl5klBwv8AvtyRU04Gvd+3pEVHWu5arsfbW3cTiaXdUuJrcPPj&#10;ayfMZQ66D7tjWH+HUjK9DQw1BjsIYqVNADFmeRpJSA5d6Ezz5CSKoesYIjs7FljBCxNHFDJqKKZB&#10;qIU21Et9SSeidkk6pFCHURDNBxPnkjj+dfICnXTXYr1ZVhWNgAAMfOuSP8HWzh11Qbpo8Rjtp0tV&#10;h6XA08lVPDTR00EVVUAPUSUs9XX0qwtXN9igCGfW0cRCggCwYpKqIr+2yX035XTp/wAOf959mqRS&#10;ahqJp1Ku1T/DqfGP8vQnxYevDhag1aKxMbCKUFCt1OpVs6hWtxcE2+h9h1uCppCHaoZ3Uai6p+nV&#10;qFlKtct6/wClh/sPYm26KcU0Afs+XQsilI7Qcn+Y6ND11jcnEII6CnpoXm8arNNHaZoniFz5EeKM&#10;uYr8yamufrf2FtXTCtnqIqaLVBZTKQdFmF3jYeoftwhiSv5LexXC4gjR5G7gcfy/w9GccjgA0zXo&#10;y+PrlxFJRSZGpWGrEkscMRheaOZJUEciu2udmmqPF6pAy+OOMm30ugMvFX4uc3RniRleFjJGyMrH&#10;iNdU2pXdmsoAt/h7EtlJBdR0Bo5Brj/Y/wA3R3bXh1JQCn+X06Fzb9ViM1TJLGadZZI3WZV86OCv&#10;Lvo8QEygLxqIJ/r7Nd8aci0udFFM4DV1FVKVZ/LYxaXKamCgMHjNuOQPeOn3h3uds5K3TebK2Mk1&#10;kyShQ2g6VYeIagN8MZY0oa0pjiFO8BLnbpGkX4WVv+ff8vVGn89TD1eK+JW4+wMRiHyVX11uDa25&#10;Eip5ZMe/j/iMGNr6qdoYKpmgo8Rk5ZGDa0fkOgB1KP3cmwcbmdm5aesrJ6SPGgZWGrieJZ6Kpx+p&#10;1qKYyowRzqKaLEyBio+vvH72O985965r27ZJNqKbhOHTgWSQUyr8PiCk1oACleJ6AM01uwlMj00r&#10;gjjXy9Tj7Pz6pH/lL/zH92y/JfrvrODZNPVZff6VezFhihq5qHMUNfDBWVVLloqCmjWGkp6THyTv&#10;KAkdOYPI1gvsneS3jkM5tCixuSWFMvhqieHIRRf5meIjTRZOlhZlklV4APoGCPrufeZtnsltt+93&#10;NzbEm0nUMnmVONSH0of24p0KOWt7g3KzlshKv1URKleJ+RA9KefCtOtsXY/SuB6+7h3fu3CiaTb2&#10;+6DEVWPmqR5KyhqqE1Mlfg62tCNBTx+Zw0YYq0iabKdJICunokYzIxY6zJy40iOTTqXSgJ0+oj/X&#10;+v59jWWcxhZKCgpWmcD/AGOijdYQFkcmtQfn0aWtyUsPiqECw/aarJA2svBAxuski/51kVdJ+nI9&#10;vfWO7q3a23TtuqnKRYLL5ujieaRtX2FRWz5bHRRsXU6KehyMUaj+yqAfj2H995et7m+lvYyGWcB8&#10;+rfF+x9S/YK9QXeWMPi3KGImRZHGPkxp0D3cvUOD3zuuXda0pnqs9iMHXskcMfi88VNFjai6rCzJ&#10;L5qJ9diCWJJ59iOOzGnpGdZkkCDh9RYE3FgQwHP+sfZKOWFDgomOrQbVE+lnXP2D/BToLE+O1BRZ&#10;AFaSaNZmBkRIo4wgC2uG1PcC/wBCpB9smRycmdppGWvmBmuCtMfHpuxBXg6rXH+v7Mra0Xb3GqAH&#10;TTj+3owt5o7TUkagAEjgPX5dCHgNt0uzamGKPFwFY/H+9U/uyFYiCHZioAJHP49hhV4rcOMmeTHO&#10;tShYSTxvqR2jUn0kSMyyMxe3+HsVwXm2XSBblSrUoPSp6NILqKVWDHPQ54/N7XzVNHFk0SmkQFIm&#10;T9oCcgBDHIOV5HPtgzkctfQ5I1UaRxpSTySwlEAJlZY4WV+S1ppF/wAOPZlYstvNbLCxLswoQT5Z&#10;NfyHTnhLJVaYPSsw7Q4+sxyUszTPVVcMKSpM0mmKGCSonMy/pU+KBlB+pPJ9lJo8rU7J7Ioq6mJ8&#10;VbJDjp4CqmKtoqqWBKpJWH6DB5EkFyAWS/8AZ9j3dLaC/tKTgmSSMKlKVMikd1fLQDU1+JK0yOmd&#10;ujFnuaer4PoehfyuMgzWJelmW7gGankUfuQVCKTDMjWuHUG3+INvcff2KGK3pl6OOImCSolqgAAT&#10;4XN9CBgQxK/4WN/Ys5fulvNgtJpSPEWOh880p0Tc5W0NvuEkYrUqDXy6z7frPv8ADY+rJBaSkh1g&#10;G4DrGAwv9eG9nt/l41+H23vXsnbpqZaLI7p2nis/Q0cFJRVOQy/9yauvyWUxOOp5EBmyFVjaybxx&#10;pokI1OrAx394Y/eQ5Yg2e127mbarRxF4qJIVDMBp14K8NUmoAEks51U4Hrn/APex2q43Dl3l/chE&#10;skFruHhMzMyrF9QhjjldwaJGkyxsWI0ntBoG6KN8xMTVTYbYO5Y6anqKXE7lrcDWTVlTVUFBijvK&#10;mjxOOzNfVwsUpaLHZKCFpJHDKWKgizXFrWUo/t5Y60MzrHGZYyUUaZGsViZAqaAqEkLYW/pb3Adh&#10;cGSOSCmSxB/ziv7P9nrnHPICGSRCAGNQc0qa4J4j0PAjPQSbDyctfTfwXxJT1ElSIJYhPqHhRfG9&#10;RDKhZZVMyBQbkfUHkeyXZjNZuDfWfWuEzvQvUw4ugxJzFJjVwdf5IxWZpsjWDbuTzYqI/HeFFngS&#10;6AtGx9jDl6ynudwlfcO5k0CIJ42gwSYDShyImfXGW7AXUGtQHOozv9utJ9k26KJwtvKVMrM0LSCZ&#10;CQEj0AzLHoFasSpqNVH4nw25BTfwmicAtIaeFZ2cJq8qRhbRNo8ngIubEnm3tYJHDm8fNjMjFS1U&#10;dXSCDIRVgpchTVMNVqhjpnp6hp4X8920BhcLzpJ9n+4Wts8c1vcQh7SSqlWWgp5ggghh5EZB9eo+&#10;RH2/cIruAurI4ClMOpXJYaacPy1cPPp3kKwuJIwRYg+m9/6Gw/2Htt6nwlXtHaY2lk6HA4eGDI5m&#10;epo9pUcWLxKS5GvqMmWo8fDI1NDIRUhnPqMim5Je7ewvsm1S7btNkptbaK4UyFUhjEUShpXegQAU&#10;qWLH1YliSSSX+db613jen3eymuJy0MSK1yTI9I0WMDxDQsAFAGKAggdcaiVZ3E0YYn+zquL2Av8A&#10;7C/ttrI6vBZKplpMhNXLUZSWpNNkaunq6dKSVqKIQ46ZvIKKJRT3SNGAMjMeAbqMLW0R7WUh21yP&#10;roxIyQAVFchQASq/Dkggg0N4Vg3W2hjmsY45hGFLopDGQE6i/wDGxLULZOnSPLpwis6XtbSSePzw&#10;f6/6/thzJqqrbM1BhK7IwVNEs9Tia2SXG19WXWoetjoTJnMbMJI/FL9tHLP91IFGpnWYM7W+gvLK&#10;GaO3uJPqNDFW1DWTQlIy0gdSD8OplqFpqLUr07aWccW6wXFykPeQjoA6hVICO48FgamhcqPDUtXG&#10;nrNEwDWIuH0qebaRwCfYZCk31mdo7ezCtR7O3nUnC5zP7f8AujkMc2XxxE2WwsuRwWXxhNBUB/G9&#10;SssqSRD1pInp9kU9nzJuvLm1zG3j2zmAeFPNbkmSPxAA0kJkhlQtqI0F9bpRV1JICR0Ov+Q/tW57&#10;nYNDNfbKviRRyqgWQxsaJKA8coajVOgqpqWIZSxJ5F11uOdGnSD/AE1fX8fXj2Pz7hT7GVqhka9n&#10;kUosZRwp02QFlvZjdQR9bexUNsPjqYkOPOtf9X29RtLtzo+mFCfnWteoSQfuXBNrEfUci/5t7gSZ&#10;ePLSpBS1cpK2Ak0yIDdQFSMaiEFwLG3HtQbNrJJJZYR5mnRdLaz2XiTTQgj0ORT0p8+pSosatx+G&#10;va9vp7XWOoIaeUkygaC4jkEr3kaomEYM0mvVZvUT/W/Nxb2HruZniKhKVp5UppBPReqtIgCqVx6U&#10;FVBIIH5UPTXUykXCAG973/FrD2pWE08kZZ4WjphIsuhhHUylVb7dmR2KWd1UazYMTwPp7LAVjBHc&#10;GYilRjjn9g8urkpEkrMpDSaaenEFv2CvTaHUBhaQM9tJI4LAhpebfRVU29yqKrEdYIpncyPCimnd&#10;dUkbMEk/aYBVFw6kNyFF/wA+2riIyW5dVAUEmvkRWmf2cPXopugrBxGow2CfMY6yvHqjuOFuSrt+&#10;kjSP95/w9q/CRVH3c8VIqCKVVeXXKjzMqRkSFWcsdY1NpP1ux+vHsj3ExiFHmqXXAxjj1V/1Ujkm&#10;yy8PKn5dJ7LSQJErzNZlICknTGLcksPpz+PYgYeirUkSP6u8j8OXaKFJA3PpkSOxEnFvpYj+g9hy&#10;+uIiGcntCgYGSR0guWV6uePy6SGTyFI6yTatCeNEBCepmDL6QBb62t7HfbmJp5oViqm1GaO1kKmI&#10;anJMhjZ5Chc3AdubAWB9x3ut7KjF4VHa1cjP2Vx+zoO3jsAXQEL8+gD3XuSspKoyUqqsNM6yESKT&#10;Lq9Q8cbKYlbgA8Sfn6fn2u6bFw0d4KPxPTqLfczx1P2sagJ5r60eepaN0sEF9R/sr7Dct68qiWdW&#10;WQeQILnjTINF+3oOuusszmtTXpLz7onyVNDVZCPw1ptI9LFV0H3MgJLQTWiV4YA6gsWAuqggnnkP&#10;tyZSrppp46J6mGVo4qeolr8eXjhjWRFIp6FFWKJhLwCxv/Uj2JtrtYZ0RpdDKDUBW4n+k1c/On+T&#10;p5EgoKpRPSv+E+f+odDNs3EpXUkMtaKWSIH7inWiq2aZ5ZXLSiorlvJNGQb6Uso/17+0jHgafcjf&#10;xLLHK1DmM00lS7onmWHWoC0xpoKeGGJOfq3Jtf8AqdncZdqra2QhUV1aQK0J9TqJJP5fZ00bgW6l&#10;ICKenQjvlZ8LN9hQ/wAOQXWRaZIWlKNNfWZHWonkLvo/tBT/AIe03UdU7fpvuqykgo4/OHni+9pV&#10;lSFy6+FhFSxTCoBeTUb6go/UeAAYJzjuU3hW807mmCFfTxXhWo/ka+nSabfJ/wBOF7lgvDBP7ONP&#10;5dKGh3TW1PgppI3Y6VWXSnhjDtEJHQSyuALD6fk+4k3VMuV1rjHjnrpqhchJWj/JUE9TLK8gixiM&#10;tNQpEzm3oiKqB+B7UR84LaFTdhlgVNATDYUACrkamJA9Tk8eiobrB4jK2o17afIdoz9nE9Pkm5os&#10;anmyDCCKzqY9XkKiO6IocKCS6gH6fU/n2v8AG9YxY5PNk3llk8YhIpoWZaOWBFKrT08b1KmNzy7f&#10;2rXB4PsOXPNbTsy2dFWte48QeNSaZ9B0jubqXSdBGOHSaO/IK+eSLGFA6FCTPI0aFGYAnU0aXcD6&#10;AfX8ke80NHHQItPPjIpXEZalqViMvmi5WJUpzGEllmJaxILG/wBbLb3QzG5YyxXdFJyKgUPma+QH&#10;n0UMWc6jJQ+foD/xfT+ZfumLxVCkLfyguo/cUktIWDFQVt9AbG1r+4GYFJS0S2xmRhrHjKU/lpUd&#10;opmADm6DyRt4xYRjSBe9/aiz8aWejXUbxA5oaVH+rz8+noNBY+I4KmlRXjT09OuVJJVySWkqIp6c&#10;MPGYyyvcMDZvrcAj2l9t09Vj58qcrBVUz1dHK0UMlEKiAo+hWCqjwqGJNyFuSebezjdXiuEtBZyq&#10;2hhU6qGo4GuR/g+3pLvF/bCBBbZKMDXz1f4DT/S9P8sS1HjVJEZQwL+o8MPxx9fbTV1eWpJiYvK6&#10;AJJFNTsaGKmKSSSJqpoXi1GE3KkaSWP+w9rI7ezniXWBqqQQe+vkctU5/On8+iZbtZTVnII9STWn&#10;Hj6/4enE08LRkNGjgmxDjyKQSL2v/vH9Pb3k8tQ7gw1dR5qKrkzNOFnoszjTQ0UdFCja10ZGorIK&#10;mY1E6BZYzqUBidSn2XWtnNtt5BNYSRiwYkNE4dy5P9ABgKKSQ2DgDy6vZ7qLWYSmQNbkmqMCa4Iy&#10;BwIrx44HTcuNkiqI3o3ghplRleGQyfuNclfpwNBNwfr+PaGjy8W5Md9tlRSU+Qgip40ycOCTKVNR&#10;BTTB/XKZiqVcjysQUOoWB/pYQPYybZch7TW9s5J8MylFWoI4UoVGKg0BHQgN1HCZJbOSidxVNWgf&#10;CcH1A40J8upf2z0zFk1aWl1CNWKQotj6dAHqUH/H2WXceCq6TI1tVSlqzAwZUY1oMvm3qMlNPXNU&#10;ATnHx1NG1M8hi/cbxlVvGJWLaGWVNr3KCa2tYJ10bg8OvVFDSMBKYL6WqPJTq9dNBUGQdp3W2u7a&#10;2gfSt+0er9NCq6VHaNWlvEI+2g8qdOaWOngg/wC0rZB/rfX2KD7b2dleuafN4XI4Wo3xs6oYzQtD&#10;EZZsXDULLasLGenSop5o3SnVgfKjAoXDXATTdd6tOaJtvvbSdNhvo/iBwHpjSBQ0YMC1Dg8aUPV7&#10;e6vba8mtb5Jksbhm7dRIqyldQYaTQkr58ek01blYdxmjkx7yYSuoVdMhHMloMkrEPSyQEeRY5Y7s&#10;JP0gix5t7BjsPcOQ3DNQ7zzQgkr6ehSghEMtDkcnHRUwnoYGfFR0QcVk1PHIzLMiKwClSSeBpy9Z&#10;2e0w3mzWbstmWMj9rquRrOl9VSooB2VINRTHRpttlbhrjZbGT9KR9R7THHUivbLqA01oKjgTWmKh&#10;/o6aGkjMNPGscZkmm0LcL5J5WmlIBJsDI5IH4HHttxO/qCiwaV+3s1NkJZJJY2xUsKJHTI0kKK0k&#10;KzmOCn0wPqCgaZBfgNYKn2hNzuwLqOL6Y5EqtXUQGqKnOoH18gQcjos3TlO+bdpLPdLBYYlNfE1F&#10;icYXWV7zlQPWvE8epZAIsRcf4+xYWtos+Kanw0Ucm4aqp8dfSvVL4hGVuVpGlbxqpDElWH7iGwP0&#10;sF2hn21pZ79tO2qlUYLU1rSrUyfLIpSvQJnsJrR5ZLkEWILBCB+yv29cBdS1/wBAtY/697/j2n9y&#10;0mVioahIcTVhno1jKGJEklkgE87RRzU9HHU0/wBxFUi4ufIspuH08LdtltGmiY3aEByeNcHzIZtJ&#10;NRipGlgDUebe0tardRNc3QCrIKHJoGoASC1DQ0Ir5qOFeuYYH6G/uv3uDq+bd/W1BtPLVO6OrMDl&#10;qvI0ef2n1vmttnH53a3gpWyGLlTK4vDxNkq6UwUlPCkEih6x5W8qpIpjv3H5Z/rVy7tux380+z7Q&#10;A6XEG3PARJA5UiOrpFEXdgsaBF7GmrSRFcDLX2755t+W+dL7f9uisd/3e2jjeG53O3uRJBda38OU&#10;GOaYiOMBpXYyIxEfhjRVT137CPa+Y+FPwfyuE3HT0NdJu3P1s231rsZuWr3vUYHbkmTjpM3uCugz&#10;GShqaGJ5ki8gpKL7mUCeOAPTJOWh+6tfY72Fu9s3W0QNut4727vHcy3clvCGKNOwJUxqQg1mOPxA&#10;daw64xIxkHe9u+8v96Ox3XZZbyIcvWkYn0SWy2ST3Ai1QW8bxRlWIXXoM0vhR/otMyyvF4fvYBfI&#10;b+Z5l+z63Hbb2Rt/D9f7MwuTpm3Dkdv5jJff9lYGpXGRVuMr5BhsXU0FT+3ITYO88dONTGEMrwDz&#10;7777pvtzJtWzyNFsLXCu7LK+u4iNA0epY4XRQQw7ShOk1BVtJl/2g+5LtnJEEu9c07jNunM89uRA&#10;k9unh7dcI0rRzIPGlWQUIFe1VLkaQ9GX3+3+vtI/Gj5E5HZ3alBB2Ru7dOW6d2TLuze+wcaZ3rq/&#10;D7k3Dkq3Y228xlsPSfdtDhMNgc5PM9FBW0McAmaWIS1EumsLvb7nm4st6trfmHe7yTlez8ee1TXI&#10;5jmkP08btEK/pRo5bwkkgVPEd4yZW8OY696vZ6z5k5Bu5uTuXrCD3E3MWllfS6VRJraCJL65iimc&#10;JqmmngSMTyRzsWVYpDHEha297WOF+Q2V69pdvbU6j2zgcnlsp2Xt/c2dyVbjduZXG5v+4+YkTaW0&#10;8FS5Db+H3Di6T7KKnnesyfnzFRX+uKeAhQWNt56u+X/3bs/Kmywy7hPfJJIxSJkmaCakEFvqiimi&#10;QLGhMkoa7ackqVFGIf3L2fseb7nd9/8AcLe7u3sIdkuLaCKOS5ikh+uhBuru4dJ5beVxIzxiG2MV&#10;pFD2vFLmnveSPcu5u6aLD0mTy+eyG9cTtPLbloMe6U9Did0YfLUdLkd00GJoMTt5aDb+76qOOBqG&#10;eCkWX+IGKKfwt4pXHdjum98+x2ltf3E03MdtaSzrFSOOO4jeMSXCRxxw+FBclNHgukRcTMkLqriI&#10;yMvsmye2txf3FhtlrDy3cX8ds7hmea1mhZo7SSZ5Zy89nGTJ4yySlDbiRodYEkcfvZjOg+qsz0L2&#10;vS9iZfJ1VX1hnetd87z6zqqGatGQ3Hjocdgc9JtrcOJOPX+H5s4KaSuETSVcU7UcrsVlVgZA5J5S&#10;l5C5zO9yX3icqT7XeTWZGrXKgSGYQyxkKUn8GsoUgl3jJUh9QEOe6/Pu3e63t9ccm7fYxRc8Wu9W&#10;NnuSSBNFtI0s8AuYJtf6kAnVYdVI2iWVUyjL172vtp4ruSt7qpe5d87JoKClz+x6jaVP/coUG5v4&#10;224MLVV2Grkw9XlmxeTgr8RkIaaoRcrUSU8kCvUpDA0UUh1tcXN25c6jnXe+X4Yo5bH6YpblX1a9&#10;bQy+Gx0Mjoyq5E7ESR65TFCYx0FN/vvbm29sp/bPlXmeWWW03Rbs/Wl7ZYBFKkcqeOkQlhaOWN3Q&#10;m1RZFd0iaSVJXT3s5HTO587iduYCu3JtLK7bgqk3TQ7lrKnZGMwm2kzu2cp/AK2oqMVjaPG1215M&#10;9LT01TjZJ3lrch95NGI3007exhy1ulxPDtNpeWc9nI/iK4ESxK0kRKMzfC8CyaTLbrKSGEjLjSh6&#10;xy9ydj2vcd33WHZuYIbwx/SvbKt9NPceBcRfUIiyyPKt0LfVJFchAkVssUTFk1Sqfe8m/wDvbaGy&#10;dzVm2s/kZoK7L45cptKjoqJ62HPRKa6DI0OOrm+3xtPVUdViNKRVMsPnkqY0Ql2t7HR5k2nZ93s9&#10;gviF3Ge38aFeBnI8VnjDfAJAVC0ZwWMkYQMWC9J+VPajf+atjtt82m0DWltJ4V00kgRoGGgo0kYL&#10;ysjLLlo1kKpEzsqJw97fIdy1AoZK6sp1lQFpizvE7imSq8UZp6cNI6l7RyqCGA0tfi15R/dqSXKQ&#10;wMVNacKCtKkk+hyKilcevRTJskAuVt4JtLEaeDDuKVJJ7a/iQ0pxA8yOvey07q3djtlbm3xuHGbi&#10;zKjfcuOnze2s9lVmw1JncJQUO3Kev2rGBSSUwylNHTRzUocwySKjgLIwLa5Z9t7TYd53vmS73mbw&#10;79opTFI6vGkiosAMKuao0gMCFASGk0aQGbqbNg5dvuadi5X2e92S0LbUsqw3MEWmZ4ZpHuWS5Y6w&#10;3hM8jrJQMqllNUFB72GdXvTeNNhsTW7WmhqMBTYvE00GByFH5dwzU6VFDDJJW7ny24P4q9Ng8XXV&#10;VQqyLJKj61Jd5GeM5h5bv9rG27nsMaXO0iGBPpnSRJ9DyRKZHuJpQCYIi7lJE19rIdchUKO7fl3l&#10;y53LcYOYI5I95lmlYzxvS31MHbStrFAIh48iRJrVgrUQ0RQFPvZcO1Mvurss4HGbbzWToVOZjNYy&#10;Tz4PGSU9NVhK2peqpamhq83SeuEU8aTCKVTLMsjlFMZPz9tW6c7wbFtvIe53CQvdgyspe3QwRMvi&#10;SkpIks6V0C3WJ445FM7xyzMg8CZOQdu2Hkld0vd62yCX9A6BpWeQMyVVfDdZEgc92tmTUpEcTKKk&#10;N72J+28DteD+G0eV2ftWRMTW0dTjpvt2qqVshphrpMrQfd1Jq6P7avTQBUIiuYUeNEX9Ql2T2y2O&#10;azt4925UsgbZ/Fj/AEUljM2lHZ4TLqmUo4K6ZQh7EkRIyKAD73vG+Sm8urDmS9DXELiQatLBO5BE&#10;+hQrakbVVGJAZlkZjw97EHIbmjWmeGhqI4TTTvBBTUePUTULPoe0MNMgp2VpSGINySWZiBwB/bbV&#10;Ht8Eg0+ICfwL29zUVQi1YFQwNe1atqJUNUA2z2WR7lZLuEuHUMzM9VcCuW1EmumvyAoKHr3tU9fd&#10;k0O1Y48VUZOXJfZwrTzyt5KqejaBZEEkk33VNU1SU83+dbyxNJyzaiTch3DYrW/hSws5wbu3jUGr&#10;B2ZRQUd2Vs6QQzOrNWp+LPRBzdybdb9K1/b2KwCUkquFVgwGqiiNkUsPg7G04C0IBHvYJb67c2Nu&#10;XI1k1ZiMZuPHwZOqmxxz2BirRFWKhpqqWiXMRTeCl/yddH29oJQAxLn1ewtJce3N3D4W/wBul8sc&#10;tB4sPiKsihULQCZQACFGmWMUbUzI9HJ6k7lf2/5o2Szt0t76eyvHhXxBb3DJ2E61D+GV1P3UPiVd&#10;cjtHb172Ce89/YrdtM0OJxWOx9NSh4KXG4+lWgooCiN4KenQOYqSn8vLkKVS91W6ge0G8c28t7hs&#10;cWybDbVt7clVDqqd9DoAKgIkeqlTobThgCVAMmcscq3+wTo243s000h1PJI2t2FaszNQMzU8y1SA&#10;ATTr3sOM6+TNHjUnnmcU/nSkihFkhWpbysWJVHMssgW7ueQoubAWDO+S337t2fxpnJSojCjIDAEG&#10;RzRmZzTVqYMQq0LAHoY7Wth9TfNHGnfQuzEksVwAADQACtABgknj172r9h0mIwdFkDXSQ09RvIUd&#10;FkScmrPJTY6CdIJRFJJ46eonl8i+FNHlQMdJIFz3kuHZNki3I3/gxzbswimpP3eFFGyJIwppR3JY&#10;GMEeKK0DPQMQ80zbjutxZJZxmSPbjJJHSOg1SFSRqAqQoA7mrpYqMV697MJ1T2bidk1GYwlCjmCo&#10;jSU5KGNp5IGiJdQagIkQ12IFhYr6vzf2Jod35SluDy/Z3EhtbV3ZWIZ0YPk6zSiseIpQEKcdQ/z/&#10;AMkX/M1vt253TIJkqBHw1ajTI44xn1x1727UO78gubqcrRPAmKykhaWqieOGtM2uUypUsl3miiBY&#10;jXqBB0jn2MLCEX1wLu2ht5dkljUo4XvDgMKNTGNPE1INACBgl93y9attcG33cbm+twAEOUAp2lQe&#10;BJpWlM5697ET+NHI7bOKesOUmo5Emx9dOrq6UxlWQwPZ18knjlIU2A5/pay6Ha3s72O7jFNY0sOA&#10;NAaGg4cMnzx0D/3Z9HvP7wFp4EUoIdajLhePyGB+3r3t2l2HiOqd20By+Up8tgN5bcq6uKpoYdGm&#10;rnpWEEKW1KEpqwrZgx1L+Bf2HNv3IbxablJtlubfcUvu5HAqdD6iQVC4KF10kE/OvRcOatw575fu&#10;Rt1g9vu223iKQ5B7FcVbH8Sg/Z172cT4HbtXa3Y2+eqpAYaPceJod14WOSEOZZcXCkVYKSO62hqI&#10;qhmYG92j/FzfHb322wS3VtuMa/pKFIUHtUMdLEU4VZRqHqSeB6O9wnkv9js911qXSRopCMkGp0g+&#10;vbT+XRMfmjsOlz+x8NvJaU1OU2blDFCrzPFTjH58RUlYZwpAMZqoKcMTwsZb3Ytueehgppqd6ivj&#10;1SSFZkn8dcySSQSShJ3qopBCp4sOCo02/BhfbrGSfTSMFfzx+wHoPFydcyKKkBQuM8c0plh5dF06&#10;px2eyE2PqKrGYZhDRwpU0ZgEuMi8MEkcJMK4yaGetnCKTd76mvfn2Gi7sop4Ca2VP3tM6SUcgq6e&#10;RDPOQXnvFw0YFiGKOoDX/qKl2WVQJIokAHHVg1oPLzzx8/KnQd3U3Vok0r69aAkBqhscCRxqOJHH&#10;HRxcTsuCGWCPGY6jip7GOYyUyxTpElOiE+JAYonEpZbWQgD+vHtKrvDdEz7hyOXiw0W3YM1SR7Yj&#10;pnqaGrrcXDQCOaXcOTzNV4IXkzsreP7WCy07RqPJPeJYz5kSfZ7TeGupYBB4i6EAo1NNSJGemdfc&#10;mhdNKAMzMQtuWtq/rHv2zfu5bh7qhNw57kVy5H6UcalioiKlyzfFUkKq6iodyUGA2ttKsoHmaOuk&#10;xlXJDDFTJWVUs8cckz/Z0q+J6qWKBGlaJWAbRqYot29h5lIt05bNoaqqjrMTBSy1G2cQXyOOyEst&#10;BlJ45Z9GQq6yWeVkoZNXnp1aV1uEBYKYQljvL+8CvKJrZRWNauuENO1JGZiSqvQMFOBRQGHWYWz2&#10;XLnL+3iOKFk3TUBNJRGXU0YYqxRFCgFlBKMVBIBZj0VOXc+PyNDKYKeWhyNRVrQ7pyrR01djhTV2&#10;IhZaZTSxU1PDGGq4QPFMNIC2dipPsNMntHPVU2VOKkp/v6bE1MtK9XTR4imgr66L7grkIFknrWnp&#10;JKdlkqI/JJyEVNR5TLtMkkp0N3qGw3aocgkqQSTVTmtDjFK9SBa83bbawW6yj9CRwH0s0h0odIaM&#10;4TSwIOnUoIA1E5PSloMjj46bGDMpVmllzFPTS09LkGzNTVUtFMkcZpKm0dKuPqoQhSCXxKNLO7kW&#10;PsKMDUZfHV2Hy1bm6eoxeey0K0tPUYasWqpK2WKWWsyNG1RHiaieU5OB4pFCa4XWI3TWqAaWtiYI&#10;U1+H3uVAozEGgqQRoJAY4AyPzHRNzVuFpeC8RLNhLbx0qJECkAhdBUB1AEdCDUAg8DTUxj4MNRPR&#10;1mLx2M+1qocbLA8n3MJp3gRpY4KOeaGWuECPR1KlQzEsruBfTqJ0twY/G1mDk8EeumgOLrlqJGqk&#10;FRRNLS5Ay6Zaman87V8ZZkkWN0ZCr+nRYIbq4gdoYICqKRRtTZWozQuwFSCw7QRRgcEVCHKtwstz&#10;HJJIC0oYBKDtcrpzRF1aVPl2moKlqMeq78hl904TeNNRTS6Kh33DStBHHS/5DkIqatoo4BPHj0qp&#10;af8AhM3i0xNIAkqFSZAxMTbPZ24MLUtBuqjkp8XUQTT6JzUuy0sdVWRRxpNOxmoayWm8LhHBBSQj&#10;0/QrNp5r3WyuBHdqrWpwQakhV1Kukg1FUKk4AJNSDxN+beRNivLJRtNwTeAgDSwZAWVdRYLXUEYM&#10;CcEFTXNT08R7Nw+YaHI7JqqTK5inelp5Vp2pAk8lRRUdVU1DNTMVqEoZppIWCPrWSPSSwDaTLeWl&#10;qHpatGhWWqgjqIDrglaORFZ/FJHKZkRqZiusED1X4ubCedtmh3GzW6hUaSBimRWh4gA1r5cVoBUZ&#10;rjFM023Ty2MsgNXI7agMtCAfXgaH5g9PNDRNuHb1Y0dDWrDBWzU9WqLPFG5spNWlTBBFNLHVxsI0&#10;AYhWuCSQSU9Pm8fTVUdPU/auRVUzxw1lHTyQM1LLqWoZI4w3kjaIMh+twAOWubXPKd3cr9VEVdKr&#10;2lRwBHppJINWViSQRQUqamJvpIYJWVHI0kHSzA0IpQipBB4EEUIwaDIc6LqavysUWSpZJaMGCZia&#10;erlim0VEEkMsJV5hGRMjlZE4XSSSDZdKeloMHlvuEo1qFxj0s6RfwxWplniqqdJJbl6inMIkXSgE&#10;UcjxM94ypc3Ck/KMcUkqvFN4ABH6dACpQEiox5EABGpkArUjp9OabyzRmkkXxlcV1NqoQeNCpqeB&#10;7ian4q0FF7Ds3OYdqOpmFK2TialkeoyEa1qLNSVGimkMsUFTrF1DN5JVWQcOrj2h917a25mIYqWb&#10;GVyVlTSHFUEL4yqrcdiOFyWNllqacRxgtDHHL9xLUMInNhOdWkl91sId9NtFMrojKaKzRIVBKAul&#10;F01Wp7wQT/alTRn7fm25tUQteKAGFUVgGfLawFYd1KkaAhrxKVoQIu2MbuTE1azU01LLj4JGyOTr&#10;pMnElbW1koqYq2nEUsEzRRFjoRAo4P8Am1spJe8/gM5sXJnG0W1MvntuQ12Cp6TI1sssFXWZD7en&#10;xdflqmkmgo6TH6DCkkatKI6xpLLGuhfINOW94v8AZYGFvFK9hqUFnJUu/bGzlSqhRQep8TtwgoGP&#10;przb+aldtz3GK13Vo5aKq1VKvrSNW1d9dRqw1GMAgs4LeEM22cvSZOkgyCZCiWpbyyzQUcwnpIqZ&#10;HqZFhp2azVLRagjkLrUryBY+x12L9tPLjqSqf+FyY2nKiF6ikr0pJWkSLI4yWeNo4HEaI9MWBiYG&#10;2i30Ay3S5+pWGVVC3IUVAMbAHCsOwEYoVY1oCMUOesXOZLa92TdbgzOzKagNRgjrXUrAGrCooeFD&#10;WlelfJJDV0cj02mVZQJNQDKNLXIIB5vp/wBh7Cv5JbfxWLq6XOE0VXSmbE4d8dSU+PxeTStpF/iM&#10;NTJVw456vIQfbyBnh+4ljUpGxXhXjjDfzE0skjSVB7SgChgRpNahQWBrSlfQCh06ZV9t9+kmt5bV&#10;dSj9QhmLlNJqCAviBEIpUEgA5qaDS2HDNUAvTyRzRFS8qzuVdJUcj9tVPK6dP19jx8fMh/EOvad0&#10;WRIoK6oEbuZP3IaiOKrp2hldjqpfHUER/hlAJuTf2ZbAyiwCfjDtwOKGhxX7aD5dTVstwlwJIFqX&#10;RyO4Z9DUHz/y9Uh/zLcWMD25j8+xKxZ3ZFCU8aqscdRjK6soZVIiR7zk6DqZlJB5+lvY7cNE7alA&#10;Kpqk4siAnn8X1E829rry8S1XVICTToZ2ti7zeHk/b1TvuvfUGLAl0zL9sLRpJdmaqkVWVnX9LqdX&#10;44vf3Bjp9K3jZbF/XaOxtY6Tc3+vuPb/AHyYlg8nb1IVjt8VUBSpK1/mOiX9hdx5PMTViZON6aCA&#10;SRUoppyt1k0MFJknAuDFe45/2HvM58IuNKjiwAGom4+o/tXJ9xzvXMUcVayEv6dSHy/yzdbnMI4Y&#10;P0/NqYH+z0SvsDtSix0Dy1bSSVkkskdNAZEkklDDSjEJI1gxIHPHsvfyQ7lXp7ZFAlFJSf3z7Fy+&#10;P2RsKhnZjLV7i3HVQ4rHnwR/uCKOprFdzb0xKz/2PZryoXtLSPme/QG/nuEt9viY9slzM/hoxU0q&#10;qEqz0qQtcdBrnbak5g5hm9u9jlZtrsrSS83q4U6TBY28ZkkVDnvloY4wMliPIHq7T+RF8M/9mG3j&#10;k/l13Piqkdd9SZWnqetcCKd48VuDd1A9RlKnJ5JJYtFfjtrwwwSGNWAesljQ3CSAxqPDVmPxmFwz&#10;5WWZ8TFE2Ryk2hpq+rUFaismjRDGr1NXLJIIl1IAbcBV95gbTH9BZxxTSPcXAiVNbUDMQBVm+ZIq&#10;eFK0HWOOwyQXN7eLZbelvBK/6caCiovko88AKK+dKnPWxb2fuWgplz266+hnyFZmopKaGghjYmGO&#10;SNpUSORrywRRxRKryM99QsCNVjBylNRUhkmnlmatqfPTwusbPHJTys8h0IwVROxhAutyo+g/Hs+t&#10;JZ7giJEAgUhiCadwpTI8vP59TLtm2yNDrlYBVwB6f6j0VKg37m905Gkwe3sZTfwPEfYZetSqqxR1&#10;oyVNFS0kTyzwvJIuPp9UjFXKiVrA88+ylb26n21vaasky8+TioagtTygzTwxsYzApV3RIpZFQQB/&#10;1GxKm9xxJY3CSbbY9pniWSGmVBIqDmjUPrSlfMV8uhLt8hsZQyaSQft9f8/VhWB7bz+CxFBjqfG4&#10;yqq7RTMlNKrl4KjyPZFEtkcSSsAeA2rgCxuUDJdM7cw71FPvvdtOdmpRyVUkkys9V5fuEjjVJZ4G&#10;lWZUawMJ1FC2hR7Ptv5qm5B2O7vLnfZY4FTSTIxBWpJZldiz8DpUKaH+EtQgUjxt9vIvoNsL3OvT&#10;pAUV7cmuoAZznoyK7urKygd8XgqiTKrULAaCokgjQErrMwnEpXxWPB/2/sKMJ1pT9VbmxGT2VnBl&#10;9tZCJMhhqhMgEnFDLA8kwq8nDHTBI6lEVWLRxskgKtqZuIB3bl+1uubdl565duEeG5jJLpIoLBVq&#10;XdgsYXWp0uWCkMQpZnbqQot5lm2K/wCXN1t2S6R9JUovxMRwGa6fI6qdO9PUjOYyaKrpPtqlNUVT&#10;SyBXRKhBZtBAs5DfpIP19nKwmHxvZ9bjs/FSyZZziiHpPPRUMVSG5ihecSOrztJEAAzx6FuGN+Fm&#10;r942ybfa7zbwklom0DBJ1MpIcajTKnS2QucZHUK7jub7Es9pc3CwQLINTGrKtOBpjAU5pUkigz0j&#10;Kmpl2pTNj6eRVV5w9M0cc9XLZpIhM32calwjtLcyXte5/B92BdEdQbDw/VNbs+jxcdJPVs0VY0c2&#10;qvFZBJ5oSWnMomSKVvI1rxarn8ktAnMt/e7du9pLbsyWgWoxWuuutic0JzSvCtOsQvcD3K3y659t&#10;91EkjWKKBCNJC6Kd2Ae0njxqOHQP9gT7gbJ0OeiyUVNPQK1XEagE0ZjcCMq6ppCytEQBf1D6/X2F&#10;vZPT1JBR5rBbapcXHU7ihhx+dpqbH0+PCU6TPLFm6iSlCRrM8fkDIgXyB7KoGq5xyxvFxZ7/ALXu&#10;7zs6xOrZJNDTTqA1AVIUqRhT6Dici/b27j3e1S8uIJghAKSMagswqYhgNTgwJJPqeHQFR/INcJna&#10;PJ75qahcVt2trq3E1oyMlWtbO9MlFNg6WnkV5ZY5XeBkJcBfWSfp7Jju349Uu16QvicJXbnz0hRn&#10;NV/C8ZtehVPvJaJXjrKKSOvjpZDpZqdFZEINxpv7FG8c077dbhMm1cttuckj9xnkSKCMnWYmKsp1&#10;aS2lvDIZRpII49ZDbebLwo5bzcktbZDQBCzyyAAaiAvwcaUavQ6bB+R9J2HkZisuNxGCSORKWKKW&#10;pr9yV6xNTpI/gx9RJHi5ZGnHiWfVqAJ/HuTkcPh96YZsFvBdsbXycWMeiw9btapmFRi6uaIUEnpi&#10;kiirIwoAWL1C5PqX6gdcuNzdbbfHJucUMTuh/SjYtGAwYMAXIBoCBVfPINaHpDO22reeNtxmlhLd&#10;zSBQaetK4b50/LpVR/3l2vNLl9uTbn3DR1FdLU12NzzUhp5KRgZZBBOQssDgEkHkHgW90OfLrozC&#10;db9zbx3N2NuGooNk18+Nj2t/D/s6zc2+J6Tb+KWqfH0jSS0+PovKrLPWTErHIpAEjG3vkl94Ll59&#10;o91ubLrdYmt7Ka48WFQvdKrIrAxqWH6YOpQ5J+Ega2B6z+9rd3h3HkfYEtZg80VvpcVBKEE0U088&#10;1zmhGOhm2puT+8uDocmlOlNPMpFZR+RnNBMjlZaaUhAVljFjpt+llJsCD7JDuHvPIxYufbWwcTRb&#10;DwMjaZ5cW9RJuXKwBAqrl9yyyJX1Eb6btFCIKcH+xwPcEzbqUjMFnFHFEeJA72P9Jq1P5aR1Iv04&#10;JHjMSa9KoIPq3qa1rn6W/wCC/QfT2X2qqqioLSSSu0jBiWcs5Zybs7XJuxuf9a/spZ9ZGO3pYipr&#10;oq0Xrl7RP8Eqr3+7b/gZ9z/avp0af9v+P9b3rQP59O6B6+fXvf8A/9CqHfG7uh9o4hMV15s3M5Wr&#10;jIWomzuTqBTREaQn7ECxPUglbkAqp/IPvpvzJN7b7fYLYcr8tXE8xI1SXEz4+VFbv+zUijjQnBx9&#10;N3b3hZobQwNXi0hav5UGftx1vYbYx3Zn3clTu/cO3npQwEOPwGHmgMgvy01VW1lSY7H8KhYj+0v1&#10;9lOzefGcWriaho6Rmn1RmKNk+3UsW0IXa+kgAC9/p7jQWEE8Uwa2ETswIIFABnArU4+bHpO80sT1&#10;EuroRwLcfX6c3+v9f9b2mWpKWdoUqphojjIXjUDzezNwVuB+PauSwtJIUgmFUVRQgcT516TNeygs&#10;6jurw+09d+5WLztDhsjEKIRNKh0yzSgSem+kJGhsqrwQ35PHsjuLa2iuIEtBRyel3iTSoHZqClKU&#10;697VG8qjFyGOVYDeWMNOEV40ZpAjWUN9Ab8G/wBPaTdNoMA8SVaAjpPbX7+IyROAVNP2de9t+39r&#10;7e3DT1kVbWLjI9cKQB5FHkci7xhnH+H549h6blxNyhaH6jw4uPzJqOjiHmCWyMcgTW/2fl172z5j&#10;r3FYSqZpawVFCys0axlGlOsWUs8YZSfT/T6ewlc8nfRzVml8SGnQgi5nnuoQscYWWvHr3tJ5DbdL&#10;O5OKp5yVUBkJVgxKs2pSQvNh7J77Yl0l7eIhh8/Lo3ttzdhSQinXvYdZCgeF2V4yrqbFCtiLccg2&#10;/wBh7C00DKSjKQ9M16NkdZ1Lg5697akiZSeDcHge0wQLU06tT0697cIYmIBIsQQfp72RSg6stR9n&#10;Xvb1TB10gA2GnVYgWF7jliADf/eT72HVQQGA9f8AZ/1cOrtVloB172LmxOzt17FrRU4XISxwVARa&#10;/HzqtTjMjT3IekyFG5NPV0zjhlYHj+nHs127eL7bJNVrPpGAy8VZfQjgQQeGK18uifcNjsNyi03E&#10;X6oyrcGU+qtxB4fLGeoNbQU2QiMVRErgBwkg9M8LmwD00yFZYJFI/UjKwI4Psc48P1p3BTPUYd6X&#10;YW/p5GcYaaRqfZ+ZkcaVTE1VQ5OGrpZQoEM0rQXPpZeFAhEO0b8S8NLTd2b4GoIHrw8M8YmJ/CxK&#10;DybgvRF9VvOwOUuUa62pVHf/AKKtBkvT+0A8iBq8yCemryZHEFBUM+SxqRf5+OJ3yVMVtxUQwLpr&#10;4Ao4eKNJVtyrXZ/YKbl2fm9m5Wrw+48fU42vopPFPBUoFkWTQrjUVJUgqwswJVh9D7DN7Z3e3Xc1&#10;peW3hXKtRlOD/s1GajBHDoSWW4Wm62yXdnKrwsK1H+r9vT1SVdNXU8VXSTR1FPOgkilibUjqSRcH&#10;/XBH+uPbAtQqMFK6vwePp/T/AG/tGQNVQcdK1goepPt5oqBZpEmgkMTSv63a4WJWNmvbm3Nrfke2&#10;pYg9aGh6UeEJY2jEhFRnJAx9nXTC6kfW4It/W49mgXe/WmG6km23QRVFfuuqrKcTVZnyAyCrEDN5&#10;KESw/wAOp8dM4MZi0s5Xm/PsweSyXahHqP1bONQr5DzHQdG1X/8AWYbk17KdvjjOmMBQmphRtQHc&#10;zClVbHHNemU0uSOa+4++dMb9ppFCsFP42qGZbzSTEGo8kYX0j9HP+Psp1etU1RLLJFOA8khAnHrG&#10;pgwBJtqNj/T2RjzBwfTz6FkiuGNVIPzB6e/bahZWva13VRYcgkgfT/A+9nvX7Omq1AA4jr3s9fx8&#10;3YKjH0mNkkaWWFjjtJjuY4ogZYmLKOQ6sRze3s6t1luNt8SWeqx4Ap5ZPH8uhRyfuS2O8JBFbisy&#10;mueOnPSc3FR+aj8ii327Ga97cgfT+tuPYcfKDBpR7wo8oHES5TFGKolUetvtxZWF+PJoNr+yucqH&#10;ovw9GfPEUa7jHIgwyft6y7cnM2Mjv+qJ3iYf0ZW5F/yPZM7KtRTvF5Wi8niA8kWs6pByUZldg/1N&#10;h7ZI/Z0ASKnp+9m4+ELz0/yS65VdSrU1OToJrgf5qfG16yKRe1tA/wBt7F/Ih8PnDl5hXS1wFP2O&#10;Cp/kT0CPc6JW9v8AmqoJ02bt+a0K/wDGgOg17hhWbrPeOogeDDzVa3Nh5KJ46yEf65mgUD/H3ueY&#10;fd8lNtrGzSxjSmLpSWa4sRDyLX+vuf5ucdxv+fm5O2qIPcGUEgDIBGWrwoBk165twewJ3Dbm5knv&#10;WjMkjaRgioOK9fNt7c+Qma/2aDfXTe06L72JOwMtQoqR1kLshyUoq6hXVyjKmo+rTYg/X2zYGsr9&#10;w1klXOhNKjlvLpCCzqRHEpNyeTcH+vsac/x7Ly7cWiPKp3MRVEeqvxEB5GH4agAChxxp0d7pstny&#10;py9Jte2tS9mA1VPxUyTXyqRTqF27PhcJn8PLV1EaZmko5vBQUVYZpadpZ2NVV1ZlUGnlZEURKBcA&#10;cjn29ZOjx8U070tPFFV1iolZUIAskqxlgC7/AJJS1v8AH3AW9e581tdtZNCsynhSuSPhr/pejn24&#10;9o7nmONd5ubl0SJ60bKj1IU8Tw0nHn0AfYfzW3xhMTQ9YnIS7g2tgWkqMRi5p5HgoHmRWEIdfGRA&#10;lQAdJJtb2H+V2piMpDLDVUVLWQzE+WnqoI6iNw19QZJldCA5uePZVB7htJqj3KxiCNXUeOfsPz6y&#10;Gtvbzctv79n3G4mIxjtYU8u2gp68cdJfr754dmbUy+My1NmanaGQx01M9NmdsZetx9XTxU6jxeJ8&#10;dWx1UcyhALlgDfkWv7IZ3h8A9iZ/Dbx3f1Ti12Z2fkcVIfLgJaXG0m66ikU1NFjcsk9NJTs/nRUh&#10;dlIjZtXBswCm4X/Ll9ehrasNxoIQrpClgaqHFOFSc+vUx8sbnzbY2cNnv0Eb2IZRUBg6ilKngG+Y&#10;NaeprTq9r4Mf8KUt/bU7d666v+UVTjN2dEZbNUGBy/ZeaxU8m+euKaeCShTcUtdi3J3HgabQktaJ&#10;6eatSHyukjECM0g4Ou7a6y3LSbY3ntSozxxkM2D3Hnd0z4eff8GdirGVaCgqmNHUQPR01RZWm8qy&#10;wyD9NgQmV51YPPblmBAJYjVn04UqPP06G7WEN4qrYS6Sw+AVz/S4cD1u6YTKbS7A2ttveOyNwUOa&#10;2nncZQ7l23ntu161+3M/hclRLWY3IU01FIaXKYqsp50lRkexBBU39jb2R1/2L2Jndu123+j9w4ig&#10;oNv5Ogze7cjlNuYbF7gw+ax7Y77GPF4/LuFmo6SsYwVDrGATYqLAkwuY3ngt7mLbZEVEfXISO5WB&#10;FMHPGoJ8yPToNW297RtlzeWN/v0OsuAsdSzK4PcKAVox8xj59B7tne20tsVmbxeX7KxuVqKjKyLR&#10;YKL7isqcTVQpIK2CCYLNXziqmQsY3BEL8KfVb2vOm+kfkD17sql69xe0dp7exmJxs1NQ7tzmcpc9&#10;XZKjYRvTCoxOKj/YrkUrG8izBGjgQqiX0h+Bt5srCGGC1CRjt1HuLDiABkiopU0p88dB665i5N3G&#10;+SWXdZJl10EcaSDQ1SMntrkZr0Hm7O6uicrk4shk905vMmiq44osTj8Vl6CKkq4VKA1FXVw4iikj&#10;gldiVMrHU5/HsunVfxoyXZXfu1Nh0ccm99zbvz7LvD+KV8m28fh8CKtpNxZLHQwv/Ho5aWmppOEk&#10;SJ9AX1Br+yfbNrud33G2sLeEveTuFI/hr8THPBVq35dCHnXnjZ/bnk7fObN2kC7VYwE00ai5NFSM&#10;LQgmRyiV4DXWvQr94du4Dpzpre3aWbqzRY7bW3KrJY4QJ91NkK+VUp8DQ00WiRZJMrlKiCCO/pvK&#10;CxC3Pvca2v1jg9i7WwG1dtUq0uC23i6bDYqjhUIIqKjjEMNx9WkdF1MxuWJJP19jvf8AkWeBo2Qy&#10;PAqALitABQV9cCleJ8+uNy++N9v28bvue6BPr7q5aWQg6QSxwEGdKKKBBmihQc9fOj+Rm0OwO3O0&#10;N59ydk5ivzu6d/ZzMbgyddNAJENRkq6WcQQwhUWjpKRCsUUUfphjQILhQffdTiELWCMoHBFje97D&#10;6Cw9xvdbIgfwo4zq+Q8/yx1Ke0c9zR27GSRWVtOlmYDia+RGBw6JhnOu1NV4Y4JFZFlWRaeN5dQV&#10;Sq6baixJ5sOF9s7YKpeZ4ooXta5ZwyqqA8seAdNz/rc+y+Plvcrqf6eC0Y4JJYGgA8/5joeRe52y&#10;2loLq8vkLlgqqg1szEGgA9aA58vz6QD9T7jyNcuOoMXVr+28plqVFNBFTpp8kzST+ONEQkXFwf6D&#10;2x1GOWN2WOaKWRLlgA3otybFrEkf737KLnbhDI8UV4ryCuBihHHj6HqRdp5xlu7D6jcdrntbJmUB&#10;pApBVjTUadyg+RIx0GOZ2ZHQ10tLjsxQ5euQu8n2pqI28sKa/Er1Qj8pUL9BYEfQ29xqulhzWLrM&#10;HkVBiq4miWYj96lkHMU8d7j0PYkH6jj2LeS+cJti3GMTkPZuPDkrUEKfMH5Efn+XQW5y5aE7R77s&#10;07R7lG4dEFPDm/ouCMhl1BWBwT0OPxo72zHS/YGBz6xQVNNjKk09a0zSeeGiLK1XFTsr2APBIsbE&#10;A291zd/bIyO3Kmqoh5o4pQ8lO0VxT1MUsZYOoUkeNgeQTweDzx7nW4uoLy1hvLWQtbSioPr55+fr&#10;8+hVyHv53W1DzoVnQFXRvjVgchvKtDxGD5dbwn8vDvzaPc208XunDS0Vew9ExmlWapxkwnVzTMzx&#10;rJHKiyD6XJUg/Q+6tewqT7WWoVgfRI1wbE8Lze1+Qfx7Dtwe8k9TbYzJKEZTinV+O0qxaqip5F/Q&#10;YkdT6vUCQAwLAEjj2UTcgQGT6KVEjfX6gcn8fQC1/ZDcMwdo6DT9o6FtmjyeGqLVieH+rj5DGcjH&#10;S8UgKv15NhYE/n2NnVH8vH5Jd9CjyuJ2xBs/a9e7om5N41E2IDrHTwzeSlwsVPPmamNoZwRK8EVO&#10;1riQn2e7FyXzHvsJuLa0EVnWgeQ6BThgaWcmhqCEpWncDkRrzp76e2nIcr2u8774t+i1aK3UTOM0&#10;oSSsQauNLSA/Lonnc3zq+OXSVXVYvcO8JNwbioJoIK3b+y6cZ/I0clVPJHHS1FQk9NhosgjwlnpG&#10;qhVrEpYx2tfYB+Ivw42d8R9j1mMwcv8AePeGfq4sjufeWWpKOKpqamKljp4aDDiniD43A06mQpE8&#10;ksnkkdnLhl0ZEco8obdyvbSQLK897IQZJWVQT200RjOiMECikknLMamg5z+8XvbvHutu0Mk0ZteX&#10;oKiG3Rjka6+LMTRTKQq4VQqjAqas1JvyM+UuR+Uu9KM5OfIbf2bhcfOcFtHE1dW0Bi81YanKbhpq&#10;kRfxDNfbEapYY/EsaqsTWEhlNNHtjbeOStrMZgcVhJcpWSZDKDE0FHRPW5Krnerq6+sFHFGaqsra&#10;pi8kz3eY+qQsxv7FW22lrt00otII1LMzEhQKliCWJ8ySAT6njwHUayczbtuMVpa3+6T3EEEapGJX&#10;LCNEFFRASdKqDRVWiAcB0VSgrt2xZmHbU+dz27qbEQCk25/ejM5LLnG4CKmaCgoMU+Wq5GxeNoKW&#10;eRIqON1hpwoEBUOR7iRQPrVo0KUwD+R2ALMxmN1PGpfSTyB9D7PmdQtDTXig8h0U3NyoJII1GtPt&#10;pj/J0PlOlOlBUUstVT/x6SOOSnpvG0UENOtG0ziF3p9EkciIqszP6QGHHp0rE1tJNTQ0qao5ftBF&#10;KoKOAIZ3KsInYJq1uQTpQmwuPYejspobq5u3bUXYH7O0CnS61u5FXvBDg1/bnjwND6E06IZuLqbd&#10;VBvHM7jrno8hQyZMZCmqpYoYpVlnxdH5aKprqalGSqfDSxpo1ylVCjQAGPtP5mpONnhWJnl+5dbt&#10;MYyTEpdA7OSqlkZf8Cb+zayi+pRi506BU8f2Y/b0e2TPcRytqpQfzqAOpmztnU+6cVW/xvG0KJiK&#10;Os8UlMlTRtS5GHw1RMMKU+gwO6qrq7KhvqZgX0mdLLNHHFK7s6S6JFIP7ihFIsSojLxtcGzX449h&#10;OTcLWO8vdtDKk0bfw9pqNRGTXjUHJrmmDToV7ftf1YS6OXC0Pl8v29Ex3BvfCUeVzG1aGlp6CupT&#10;UjXUU1RXUWTSqIq3mlZpmaGrpp5Ll4tMLSWKgKdPuLJLSzpZ2bgelCbhNI4Fx9A39Pxb2Er663C2&#10;qSIgSW/BStf6QNR/q9Ohtt20GNgscTUxU8fs/wAvRdM9ubNYaq1WxFHqLNDNHA0UrLVzNJzIHMia&#10;HDKDcXsf6ewX7kmtgaeRRZYdUiiwATRGtjcH1EDj3J3se31e874ZIo/FAiGoVJOt5iePAVH546yS&#10;9ldpCbrNG7Eo+lcjOW/z8fl0aD4CV4zHcGVWpSm11kdFQyGKpmm8y5Jq2sMEpqTLIsUMtKLaGVQd&#10;III9liauoMjFHBVSiGeb0I1wgkbklQWsLufxfk/4+8nxDPbM0kKExKesxbHa7u0nMkERaIdwP+r5&#10;Z+3q47+7+6tjVFZXYajbJ4GivWVYZJJXxsayS6GnpqdxUVFNHG+vUdSwoCT6R7CzdMRoKx1RJo6d&#10;yB5ZGUqkhNtCshsQf9vz7GGzEXMKlmBlFcdSrscpmgjZmGoeX+f06Ob01kIt27fhqpZqKuykUGho&#10;KIPHUTU6xxyUssscsehJvA15CHl1XuGAIACvMtHKCkUgmlJaxfjSSebcjgf0+tvYvsQ6gMVoB1IO&#10;3kFXZhmgA6N7s+GelczTU5oqVGjutOBpkQAgBrhzqcfm4+vtKS5SlxqeKKogdGNm0emYqunWQS3k&#10;chydXHNzb2aRWk10dTIfUdHKRFgAeHQl02CyOZnWWppKqGbSzQidlliKuxKMYQdERMSqRz+oAkcc&#10;pXL5IZBXp0swk9UcoRBoJtdHJUWUW4vx/rfk7srT6ZlkOKcR0rt4QG1E46X+3cMcWwq5JZYpoAY5&#10;4FkkdXjHGs3AVdX0sD7XnWOYqsHl6Krhcfc0jrKQrJYmJ5G1M9wgRVALi/APNgb+wpzttlrvW07h&#10;ZXSA2k8To1RgqykMOI4gkDo6DF4HWlVYZ6AH5Sdc7e7c6x3psfcNJ9ztzeWGyG3K5ZV1l6HNUX8L&#10;qkjj0vJ9zMKl0pyBr8gUpytwMvyF7XrazGYfbMXjR696bK5JYwwZo4wPs4H1c3+4Qv8A8GjQn8+4&#10;e9j/AGX5a5Qvtz3rb4JGmCtEjSsHKg0LBSADpp5mrZIrSlIm5kgitbiWBGJPp+3/AC9VPfylP5Zf&#10;V/x9352R3NjYcxka/EPltgbRrdx1FPkKjGK9Uv8AeSpx9VDBSiJpKCFKZpLO7monRiQFPsqb7j+4&#10;0Uuq7UtUssDqpLxVkRCK5AB1wTFgsinh4yV/Nxkedr8P9XgrLQj1X0+R9D5dASGe42zcoNytjSdG&#10;B+RHofl1fFFtSKnaWrCcVVK9LUQu58dTSvwYgwt4po/1xOLmKRQwB+hUtCv3UFPkaBGZZi4rKKQh&#10;ZqeRYhrjRjY6lLK0bi4aNg309lNw3gvJZ3BqyU0uODA5B/yH0II6nqGWy5k2xdxtHqxB1DOGBofL&#10;5dJHJ1C0k9XiMpIY5KVYpKGrRgsdZSzy+OnnkRQxENUqPE62GiZSoJPsOd84ipir469JpqWjyyNj&#10;JidSw0uViimmxlXLBC6MErYQYJGJNikKgXdvbscYu45bdZR4gSo8wPOtPxDjVagmtBxPUS7xbC13&#10;AXDqRDOSpPowyD+f8+l9snNUs1O9DIUq6nHu1fBodvNPjGm8VXBHNpWIiCQiYAgG7uBcKT7DylOW&#10;wdJWPX1SSJSu8zPGWRFhUh5bS3InjRASDwFt+kezbYduuNus5v3lcLIg7q93Zg6hU5YUyK0ocBR0&#10;TTTMsb1XI6EposfkZqaTwf57kBuCLAfqGngj3KwvayNi46iKp1ME11FgW0Aq14gABY6gbEnkg2v7&#10;vYfurebVb6OYMuhWag4EjNftINAeNMdF9vF4h7uJ6acjsCgrqlzLFcF18V2AVLqoBIsCy3/HtfYX&#10;s3+KXgprzTaLqpjlXy6mdRp1KptqSw/B97l2K1ceMrHwRmtMUrSv8j+zpekSIwAPHpF5bq+hp9E0&#10;njjhSQN5IyEWIi3LK31PHFvpb3hrc5TZVMhS1UbwPDTOJ0IZNEkcsLRpa6FkLKLWPtXb2ElmbeeB&#10;w0ZPb9hB/wAnQhtbVPD8UtkDHTxjcC+JlxstBKtXG1bA6nUrBoZYZo7ngW/zhuP6eyzdg4802Xwt&#10;XDEJqd65YTdCXDTINTKS7FSL/n2LPrJYf3XII0Y+PoYEGtJVKkqeAoB0T7gPBuI3rxI6F/FyGSkk&#10;ViRIFu1yeAblbNc8EH2uO1oqKXMbdr+ErqrEUjzLwDIS0rQt9LjVGwv7W8nyzR2W525H6CTsF/lX&#10;+demucXhubSKdVo+mlfIgDpObHEsNFlqQHVBSZutgp2LE3ULE8q/4BKh3UDjge+9h1eawnZnXWT2&#10;1Xz4rMHd+36alyEEnjMKZLIU+OyEc94p45aWqoaqWOWKRHikidldShI9h33GtbHcOReZ7bcbcSxC&#10;GqrVlq9aR5QFsORWgPDIPDrFj3FtNr3DljmG23S3WWw+hmLqRWuiNnFP6QZQVIIIYAhlIDDNvfH4&#10;rLbK3VQ5mgiyWPbC5KonopY3cSSUdM9XDJF4mSaOphqIFkiljZZY5FV0ZWAIvUnrz/dsJTV1DUmh&#10;hxtIyYhw9FBUpiadGp6ZHjiZY2kRpI1IX9txYKtlGAeyRxGaJfDCqVqOGkAhWAwO0aXXSP4aHgR1&#10;yO3ZIm3K5WWGRPFdnHjEh2UyMFZixIrTSHoSNdcsasSQbJxDU25KKskx2RomqWrqhGyeg1VXDU5M&#10;1FPWThZqi8ksc6q5BI8oa5LamJYJ6WniGYydXDaprq55awOHjlyTRlaRZGWZGWo+0hjiUSkW0gIp&#10;a7Wl2wjj+oRLSIIzKKkKBlcA+vAYpgg1Ne09WvlmZ7W3gYaI0ASgA0H4yCfMs7Nq41wTTAJ1cfPE&#10;Ux9PTuviNKNKKfpcix1D8ek+0rj87k5IqyGR6eB5RXCklp3aZIoIS0dGGaajVYp/C4MgEbAMDZzc&#10;EGbbXcPmeJVdZWppYsCtewkFUGr1XIWnF6A9Ftzt1pC9vcwxMzLTUrE0JIJkIo2RqwNQIpw0+aka&#10;FTosTdfrzYHg/wBPcHde4spX7N3JjsLURy5yr27mcfh56maakWHIVdDJRUM/3FGqzRQxTyamljBl&#10;hT1KLi4Rbzy7fTbVucFjpXcZbeRYyxIUylG0FmXuRdZUtp4CtOke32VlZ8wbVcX6sLAXKNKqRo2p&#10;AwZlCuSrEgUoaV/PrPFS8xsbAK4NgTa31PFuefYYdZw5bamwtobT3RmBufce3MJQY3L7mm+9lqct&#10;W0UMFIstRUV7S11RUx08fiMkreWazSFV1Mqu8k8p7jy5yzsO0b1f/Wbnb2qI01HbWyVXVrcVJ0lR&#10;qYhnzqz0IOabux3TmPfd12yway2q5uGdIKrpj1dzKFXtUatTUWqhaDyHUpoxf0jg/j6f70be3fM7&#10;kioJqaeTMikeoNPjaOhqJ4JaF66seoip1FC1RFUNOXjaN/AVaQKdesRjxqt1ubLbZ4533IQSylY1&#10;D6NDSOWENUakjMX1KFiZWJOQdOpKbVYtfJcRpZmSNQXdlViyqgq3dpKCgoQSTprwFQW6ES8FvoOS&#10;PrwP9j/T229eJ2OafOvv6hxNLIm45hg5KAsBLgDBTtSPIENVKHhl8qx69M5YESBQoLkHJ0nOUy70&#10;Ob7a1W4F7IIfB/Fb6UKFhVs9xoWYOQaMoplZzRd8qCfb15bu5WJtV8VXHCWraqGgGRpJAJXzU5IH&#10;nEfGgf69x/rW9iDJBPUZGnpXZJoG9Ekjh5dIMchv4iQzygrcj829j9WSO1klIpKOHl0D5J444JZa&#10;sHArTAJ+WfLrrQouVNz/AKx/5EPb9h8VLhZnSVdDRyKW03JMboiqVsSsTP8AVV+ov7Lry7F/CpHm&#10;KfmOPRb9Su6QqUJaopniCPLywPXrFKR42F/qCB9f9b2LVATVRCNETxArLOzACTxqv0NyApS5Iv8A&#10;2rH8H2DrseE1SatwA8vn0S3AW2Yg/wBrwA9a8f2dM0isCQeSb2+p/wB99fbdUbg8E1RLBPBHPSsr&#10;y01LzJWRRqEWFiCYrlyCykltNzb2oh27xFiR42ZGHxHgpJrX9nDpz6Bp0jidTRkI1MMKSSR/KnWW&#10;KnBChrkm1gTwCRyR/S9/ao2PT5TceRlyKU7QoyS6gQkaK1QS/MnClY4wBwOP9T7J9/e22y1S2aTU&#10;4A+daUzT5nou3Owis9UHiBqHiMV7aVp9vTTnsrRYqlCzShG1lUQgks4A4XggX/xt7M1tzbUdPG7B&#10;kMxiH3DLGLRxFhraOaQrpUf4Lf6i5v7irdt1aRhqwgOPt6IZniRTUmvQB7l3bVVE4jSJvCrtoLSC&#10;Q6gP7UUOpuB+CL+xBxmGpY549fhjDtqM7MnkMIkHrVWYsIhfkEeon+nsM3W4SPGSjVIHADzPz6KJ&#10;bqNKswqP5dIPLZvNVVLMtGPNMsbeNY0bS0gFkUnUi3J4+v1/r9PYn0P2NFLJLSVNPUqXIVVpRDHo&#10;DodPmB49Iv6CTz/sPYTn+ouECSRFCOJrX18v8/RDeTxThgp0t68egmej3PVwUyZbF1NA8caSGpqM&#10;g5qFmtMryR09KrF1LNYBwFsPbjXZvIzx1EFHT1LRL4x5Fp3WHRq1gFi0sgChfqFv7Sw7fap4bzSL&#10;rI4Vz0UMEStXHTrt3Y2Mhekr8lNE9QXqJShq40mHkGhEusSQhSGNw3p/3j2nKfD1WYM87s0ks5aO&#10;WKL7eSIwqbK7lUiqFIKi40gf1/r7NJL6KzMcekAJQ+da8f8AB0glnCNRTXoY/wCL0eBjp6WOOGJI&#10;I1eFj9wJQSAxhQR66YI7H/XN7ji3tQY/Z1StLSNXR0k32EbQRJGngpGUFzEHp28sbGzeom4J/Hss&#10;ud5h8acQawJGqdRq2ePcPL09Oiu5mZVdwOPUKTfuNlylXQ0sldSyVk0M0gcO84AVPKv3AMTRqSp0&#10;2+g9p7IY0xyTLKtU00UxdaekaNoDGTcqkDNTI6f4Bfx7NLW6LLG0bIIyPiYEGv20J/nToJ3F47MQ&#10;SBnoe8FPTmGnlp2Q008IlEsrKJLsoAMhYSOhP5JYe2DG5+fFVtHDDjalgJo0eGtqaOjWMRel9KtI&#10;WcNqB9RP1/1/Zhd7ZHd20jvdICFJqqsx/b0xBcKhZnev2Z6dM5tmDPY6aB6pISyOVmijkmk9SEBk&#10;0kamUji31txf2J0u5cHJSyvJXQR1EcVmSCN5RC0yk6JIhABaJgp+vq5t7Cke17h4qhbcmEnzpmnm&#10;DWua9GabhA3hoX4/t6A6n693PSVpWnoZZ6IygSSyzxRGSNHQ3jm+5leJpE1BgVBFwfaHrNyYhZEr&#10;KfI0LSPp9LGCKIyjUpULIWeMaDyoHP8Ar+z+Ha7oI0U1u4Q/I8PLPA/b0Xbg5RywVqeQocj/AAfP&#10;oX8Fga4UCUGRpfBpBTV9z5ZH4PLSgfuni9/z9fcBs2uS9MVPSy6ZPIirTmSKVVXUqF5RHH43Zr8h&#10;j9Px7ULt5tcsxVaU40/wdEMl8ylhUA+h49K6lwSUgW0jsFjCXDcgC/1A/PPta0mMifEuWNXCwvM4&#10;pUpZmKCzyQp41AUOOCLXA9kU1y6XSqCrAmg1Y/1fb0j8YSKc56a6mqlpshHHAKd4tSIRM7L6mNrg&#10;KVB5+vsMcthRUOtbRVMcaRgJJK1NDIz3Vw17trsZGAsQLA8C/HsW2V+Y18K4tzqPAVIp0jaVErqN&#10;a/PpaU8radEi6GPBUXsp+uleSbD8e09U4Sgn8DVXnnokEYZaoRpHFOY2QRSpFaQpqckEAfQE8+zK&#10;G/ukLrEQs1T8OTT7TjpMl/JqZYV0zV9a46lanAsPoefr/wAaP9PaSyW28MsY+xrJFGkxNAjgCGXW&#10;JFqlmBplKgLpHlVyhNgeeTi13O8aVTcRA0zU5qOFCM588Y446sN3u9dHTPmT5j0/1enUqMlh6rH6&#10;H+v1/wBf2FG9dhw5rEVzUq+GrCvLHUQ0aBpJgVlLzchpZEIN24DKbW5v7F2xcwvZXcHi0MBoCpat&#10;BwoPIfKtc9CvYOcX2++heYKYMAqSeHp1kAsT/Tiw/p7LPkdvZqCOOafK1VFnqYmaqq6KvKjP0tND&#10;JDFS12Np4WMUzQqVURyxSSLdb6dV5PivbOYrHHCG28kAK0aUVickOwJ0k5IC4P5DqeNv5r22cvDD&#10;aI22yAIiMmYWfLMkpJ4MBSqkddkA/UX/ANf2vensps7I4vG/x/8Ai0tVPuXJ0NN46OsjyOJkp0hv&#10;mXo6l8jBQmmYnRppZIKinOvWpsyhfms7s81zJtqKkQgGpXGkOQzK0PCNnDlWIk1qa006lOd8y2m4&#10;W99eJbmIx/To7AOCsitWgRxpLk0ypOpSCGUHpvr/ALzxO1G0ayoFdRKA0cgDASRyAsnpaMtYgizW&#10;/F/eXdfx7jw+VbKUmZqEh3JEJ/uEjpKxql6iSN5IGkRDJBFLMWC63jsysjKDqQ12Dn+K6ikjfbgZ&#10;4FCsDqU0UMASGySBnGr1UniUrc+3E1nb2V1ZqfApQDWApoAvbXThgK09K8euqGvSsjdkjkTxMUdG&#10;R0ZbE/iQKWAX8jg/UXFvc6k6jr8QtfUy1ZpJTRR1VPkDkqSWYxRQ/cPMaOCsiqXg+4ZUldbrHGb3&#10;HB93n51s782yRxa4i5UoEYLWvDWVKg0qRUgkigr0EpuamneGGSAPCXK6CpAJOFUMVIDFVqoqCxBA&#10;rmk0So3HJ/2Htmw3aKTZWLHzQ1tZEkVHUSZLz1FdR1rVUU8kUWKlUy8SU7qYdR81iSWKAkbueXw1&#10;vNPAgRVWq0VACoqDkGpZWB1gqFIIK1r0bXfJyG0NwLmJLhndfCNA66MNrqAylW7WA7K8M165kcWH&#10;Htz7Qw+zM5tWejwC0lVWJkaTL1NBUy1ctTSzvJIMdXUOReYtDJHUQm08IWpWZVdDdfSg2AXkm6La&#10;8wwk2nhqqtQChDAqQVFVkQrqjZXHhkAgoaFizluTetk3e3vrt5YoPCeEN2FSCAXQpwdGRu5XqjKS&#10;GXTUdYo2c3DgC3IIJP5491+V3xA6jk3xV77/AIGuyuxp5qmaizccNNuPC43J5mRWlzH91s9DUYDJ&#10;zmnnlTxOqREzFrJKFlUOb17Fci3u8XHOHLFqLbmF1kZZQqyRiZvilNtOGiLZP4dFWZ9PiBWGTdr9&#10;4n3AXli25Tk3E7lycAokhLtazSxxcIRcwFZ0UsEYutXGhVq0dY3zeyedm/ypsrW1Nfnth75l3hlM&#10;7OMgMFQYjb+14cM0tVW1uamqKurydFjKqGkoKdUo6Wjjg1z1Kg/bQRlmxN5t+61u1s1/uW2bx9RN&#10;JdgiMxRQIgbU7tq8QKUA0JHGkUS+I5H6aJ3ZHckff02y1hg2rmvlr932FpHp8aWWe5M1EjjhTQqv&#10;LGXkYmaWV5P04wwE0rBV97BTsL4Y9zbMk2suC2hQrV4WCgoN5023N9zbuz9LRZGlP8Ozm8qD+7mL&#10;21s2fNx0/hoqWOoqKerkAvLJ4ZZ5wNvvsnzbt93tEO27PG9wI9FwsF091OqU7ZZ08FIoTLoZEClw&#10;7DUzt4bu0k8ofeP9t+Y49/O7b/N4dxI72bXNl9HbtJGx8SC0kNxLc3fhV8SaRo4niGrsXxI4Yvew&#10;42V0f8n9x7eq91VXX1Lg9h7lqYMfW57c1TBQS4yaGpzElTm0TImtym3WwlZs+f7qaQwxt/mFLCp8&#10;ZA1r7be5c21NvR5dMG0SlleWcBTCInk8R3Vu+IQvCwdnCZISp8ToZ8ye53sdsu8W2wRc2Pc82WKF&#10;0t7dGkWRWESrAdGiO4Ewu4xGih2BJlYDwdY8eOfYg5fF9uUHaG6qXrQwfIPFdcYnC4yi3fsTbO7s&#10;tjsodxmHIUmNrsW3krtubmwsm7awS0lYbQR4+WlkJWPg8srLnS/5m3Gflqwl3612yNIxNHBPIGMj&#10;s6pJGqsY5IvGescjaVSExP8AppXoLW917dScnbJJzpcf1Uvd4nlle2vbm1ikjMFY5JEcgLPbS/Sx&#10;aZIVBczxzxgM5PXQNwCPz7tU6Nzfy339R4SXM4ik6R2zSV9JVTZHcuMgz245Ex2VrsdLtzGbdze5&#10;pqqKiyVLMyLW1cNPMaaKMCeoGl5MuuVZ/dfmBFTdNtXZLVSxZpozLNJ4bsfp44ppXaON0NfEf9RR&#10;QK0n9o+Afultv3euUrnc12vc5eZt8lhZVjt5Wgg/UiSQTy3EFsqM0RWpiid0MjNWGGpVO/ZmoNyd&#10;e9NUUGIye+szlMjhoIpMjWV+LpsvveCfNVlbiMLitm7awm0Vw6jNUm2sjTCaGmimIp1mJZ286iC7&#10;u7Hl2zexv92lmmhdGUuga5PiuwhRY4bdFZZDHINMcfwKdRcN4jQvJsnNvuJdSbpZ8q29vZXLssax&#10;ymOxcQIk00l5cz3fjUie5t5SskrqBKYwulRE/vZN+3u99l/IfbWwM7nNsbQymyZcnX7UoezYKeop&#10;t67GrcrRUVXhaWWCvylNUviN2w5DJY/Ix0lTURJkKKOWF0TwTPE27NsnuGNo3eSygPLdxcvAl6gV&#10;Z7aWeJPCQoSkhWYC4gdImkUzxq6SYSRskfb72v5n9n915r2fbd6v4OZlgiun21mVrO+SGSVZWDJG&#10;RrtdFtcQNMkbNbzOkqM4lRfewg7Bm/0v9L9Wbw23lYwmx48HsF9sVVVX0mMjzuSNJjavMwZVJ6VI&#10;JsPka+ipvuKhmSWnu0jRhjFKKd22Kfm/kHkzmDY7kzNYR21i0MhaONbiVYbfX4gYFPBlaILO3xrq&#10;1AhmWSQOUY/9bv3N595f3nb5A25me+F0qpJL9PFrkEJjIbUJY45pRGgVklwgYoHT3sZeqNydnTYp&#10;tm79i29kfsaWCXbO5Ntpk62izdNhljm++lneNMmmaC1hWoQ0tJNOJL6JWZrZMe3iczQ2kUXuBDA9&#10;zDGrwXFuS63MQUKXkZ6H6jURqV0ioasusM2iNef9m5Ghv15k5Ua8gZ5GW4t7kxI8RmJXw6VMXgjS&#10;pjPiTqgWhaNFSvvYRb8wG5s7kcOmOyeZxlPtmpNJX1GUpY5JcsgpSsdVI2VGurqFnijZJkiEEiVU&#10;isHdJBHIm6cvbpzENht9h3e6tksJmEnixJSb9JlDBpAWlYFEPiIphfxnDiRldIpF5U3TZtqst0ku&#10;7G1nkvo9aLE1BFWQYAiJCrQkMnia08NSpVHXxPexE27i6pKSaneKpqpZIo1eUQU5hMNPQxQy0kSr&#10;HEiUpnJaWApGC0hsNLL7GsduLbxLW5ao0xrUhdJCpGO1VHahYOdBPaS1KBgACd5voXmhnikWOMMa&#10;DU9dTSEhiasWfTTS+omgAOR172Eu74KZaqpbLS6UwldLVY+jxTV8iSRBqiSPUgmeeaGXyNGtANaK&#10;yxxoCFVQHLi1sYbVbvmCeRRbTmSJIWmYtQylAwBDSrIp0i0UMtVhiiL/AKa9SHy9M7W0EW20ZrmI&#10;I7yrGDqbSDQ6cUChjO1Gozlqamc+9xcZmXCwVFTHVrIxHhpKgGq8R5JhWmp6iWONv2xqUO1mI5/U&#10;PYh23dGFoLy4hmS5lYKEca6aSEwkZKxNQAEKWAbTU1DdXvtrDSS28LRlQMsvbqpjUWZRUehpwGKi&#10;nXvc5K98jkJqVHgnjkkhnrGaeD79I/PGfKI6iG1IoPjaORX1S2F1sFdk3jDcL+a1thHLakI5ZXpI&#10;CCrPVHQCNVXwpEdWBkBqI/CELsnktPobOO7ZXjlAZVw2gnScBl+Ko1ClAF8jxA97Afe8FScbX4eH&#10;Mz4uSvNPS1ssEgWpkxhnDZKlheG8kDT0wZVkQ6rjTcXuMd+drJ2sL3Z4N4ltnnZEkbV3eAZAZYxp&#10;BKEpVUKVJYBcBiRKnKssIv7bcJ9tW4SJXKKQCol0/psQ1AwVssD5EnJHXvYJ0tVkayWmji8+Kw+O&#10;gFJRY1W800hEMQp5ahlnlWMLHYBNT6SLkeogRBBfXl1LbiIvabLbRlI4x/aYACs2W4fh7iwNS5qx&#10;CybcxbfbC4aRVuNwnfU8nAAajqVccTxJpT04CvvYlbYg81THSJeepM6SqqRiKP0sHYs7nT5LD+vP&#10;uQNiMX1lraJLrumkDADGPMsTxNDSnA14dAbenZbd7krpgCEVrXiKYHXva9rMRnah/tIaGaWSulVK&#10;eMqJZJhI2hKaGBAZG8zFStgdRAAvf2Ptym3OJJhOri3kcMCeGg4oFoSQf5EfPoKWt/tcKG4e5VVi&#10;SrGtACBlixwKCvXvai3D0X2RtvbpzGa2RmYGnlOQSRaaOqqsbDBBLHPVVVJRS1VfiGWnqShNRFGy&#10;LITYDn2F93hcbBdvFtzyymUOHCktEKOpePjT9MujFgAFY8KdJdr9xOWdx3ZNuseYYCKCOmoqJSxD&#10;BUZgqS5TUQjNkCuade9o2iyUlNTVNJBMkcS0VTUzEKfIAsUyNrHDlVub/Uj+lr+2rLeHstt3Gzgv&#10;VW3+naVs5qUZe4+YFeGTnA6NJ7H6iaCZ4izmRVHpxBx+zr3sa+ouu+0cntui3ucbDQ7JaWpTE5PK&#10;11NSU2XmEzwSR46jWWavqS0qNGJBCsRYEeQWPs39oOaN2T6eOYs+11YrRgFbWxDHBqSKnSSP9K3o&#10;BvcDfOU7S/utmSd5d7oPEWJSWhFK1kchY1GkhtJcuQRRfLrjqW5UG5BFwPxcXF/9gfY5UGyc48Uu&#10;NxmMylZm5zJLT0WLAyscmumk1LGKMTWAY3s/K2BIHF8jn33araFr24uxHYqKsXJFD9pJqCeGnj8w&#10;MRLNvlobiKe4njWxBCs0g0EdwArqpWvywfKvl3cf1H+39hrvjbXcO2KOmyG9tr7hxOOp2+/xb5Wl&#10;liMNGyUgSo8T/uwUMr6YwzoqlwACSQPcYS86RbjcXVxY3EbeFcOwKA1UBQ2liB8JIZe7Kk1rQ9Dr&#10;Yp+Tdwlmt9j3K3kunUJLoYHUxLGlQNJemaBiaVxjrwIP0N7ex7647foNp9zdG9kxyCDHQEYHPq5Z&#10;hTU1ZHU4zI+VEBcJFS1PlPHEkQv7CXuVBa7xskE0cqtHcSPoNRUagDwr8KspFeBoKZPQT2zle6g2&#10;vnbYJxW5WbxY69tRgjjTIKgfY1eFekZ2Dtan3rs/cG2KgcZbGzwRte2ipQpPSk/QafuoI7/TgH3a&#10;T3LvlpJsfjKQu1RkKmgetSjgpZ6j+GTvUWEaVLpEHl8yNGshCyRI3D2CtGPJmxqIZbh1LRoGALGg&#10;DYpXHlmuMHpjlTZQ0M24XCJ9Kkb6S5YKXUj0oWUEd1CM6aH8QLR1HsqPFUlWfMHkpnmgp5KwM8P3&#10;QjhYtOi6TKkNREY5gpubEf09o3ZNJVVm5Mbtp5Y8dltz1VRJRYs08k1ZHQ0Ef3NbNU0WmZ6haeJl&#10;EsxCwmV0sVaRAxrv99Z2Fkb3tYRjjq0hmzShHCtK0HAcegpzntk+7O01pAXsYNPiuBVQXoooSV4l&#10;ahalqVNCAxA2ZXc+F2VtLK7my1VSmkwdFE1TJNOtHHNUSlaeCmhmv+y1XUHQiG5ubf19mNfaNNFh&#10;48dXeXH1GOpXkFXi8nUUCSzxyrUCVvJDCYY5HjUHyhilm/LX9wXvW3vzVKk97rBU0XRIQaVBHAZy&#10;KZritKHgq5YuI+V4V/d3hOpADCRFPFSrcakUUihDDPEUGSZ7t35V7+3BFkaDzZLF5CspaOPH1GHi&#10;yPhx9TppakQxwSSyNJ46hWEkQswYEkqPbhFNj6+FIayCkmWSekqZ3o6Slp0gqo/840US0brTLyAI&#10;yya1e5INgdTcr+FEqPFqAYMTwOKmoFPKgBApipqOieTmy9N5eSxXR15T43ypoOGpakUFMNT04dKm&#10;Dp04SihNAKujdKWWnphWVVVVrKlSPJSqyzVkDSzMwLM7RWQKFA4v7mpt7E5SoeaFJg7Qy00M9OsE&#10;sVNLUxxSpPlqTIySU9dL5YwI5ESd0ZtZ5LD2FLnaYhLSND4gYqDQGhIUhnDsddKAqQr0bUSKhtJ6&#10;nOtzZWEdvM6eECCQa6iUqNKsoDIpDHWrmMmgoxOegxqNgZ6lrGaMsZ4quF6rHs0sTypj9VPVLiqu&#10;ijaopYZIKpjJAzQ61Xk8ayUTfmxdx0m6KTCYTNCkp8jVR1Wbx7ZCjgpccsNUaanq8bSzUtdkKiSo&#10;QmpAQB45btI0iKFLUNncwTfTpIqKCSwqKKS1KjUrtUqVYYqtaklKEi2Pmbb912yS9nVS6nsZVYag&#10;o1kNpdFFMq2CGUDTkkA5Wx62hhxUlfk8T91XinljpK1aSeaoq45IXqGhqZ5GNMIoqhWiBJVGVb2B&#10;JHsz9Ztujz2EoDHTwV9JkaqKsWVGljrp2oqdVo2inqIEmq6WVnPkTxMmpiSzpZQzuGxJfxtKyK4a&#10;RmPhkVNFbQNTLnVjUKfFli4AoHuXecZ9o3GkVwyARCOvawoWqwoCFFBRgQ9cdoTNCrbvwFZBXzV6&#10;VFdR5XFRTY+ChkjhFGv8RqYp8gKiKmqpI6eqhijXwt5FkKr6RG/PtPS9b7PqWSrzInrKtjSOcdka&#10;6nKUqUckdYKb7bRItVPGkEjSOqiZdKxk6QG9k/8AUm9CxXj2T1cVGplwo04GDkqKk6QVPEsasTi5&#10;9z7uOd7S0vEUIWWqAqXJ1A91aqMrQElcVIUMVEzB4rsyDHpT4nHRY7GyRVphydFBNBU1n3VKY5Ku&#10;NgIp40qJVRFHlMR5fRZrew6WPNbSyjY3MZts5l8pHLWYOjoTLUVNRGlc9FQ0dLQQSt9sKqkoUDzN&#10;EtO70zXUFgfci8kzvt17Dtu5TQmKYg6iSSoowFBWoU9rF6Be3yDAdE/NbWO/WS75YWyxCBTq+Ffw&#10;hjraihjqYnTVnAoNRI6MVsbJYzI0z47G7efG4yilpqPMzzwfZrTy/YpUzyPVVUC/fNDW1JsoLMok&#10;t/tRSG7ux6Wkhnq6gKzqBDUySalWjIMRAqo1lVmaXlRbhWX/AGo+8itv5eJGgj9EAkEfiAFTT8sj&#10;zIwOq8sbRPuxhgK1L1CAfjqCMVwRg5PAZOOlzDtIUkjR0w0RAszIpBjuw58FlUqpH1v7k4Tf0Wcx&#10;9NWUeT1LG9p5okZaWaRJKkQUa3Y1FQhZT5FWEAj0u7Bivst3DYYlkdZIwbVl4+WkV1HFKfkVxwPq&#10;i5j2C72q+Mc1o6K1SPMhSO5zVaLk4q2DRsNjpxpMRFHMVmplKaSi62WQrGeZW0GEeJgxJB1E/n8D&#10;28YzJU+YqsJUb3qKOjesqqvb22hLULHXJl5qbJ/eQYyoZqIS1NfhaQAeIGdUabTU6UVRH2/2ENq6&#10;R3IiEjlkUfC/ergiIggktGBhQJA2srJRQCAZj9KbuPbfqJI40SSQ6aoEBTQZBViqrM7HW7lHpGrJ&#10;Vqh6qKT7WlePHpHGU/emAsC6IsjrawFrStqJ+v8At/ag/u1kclvTPQ5fMVcePyDbcSplhq6ShxuW&#10;yj1kn2lCcJkAftdJjSyRkSq7RCMSaCQAY1ukvbt5rlgoWLUQcFzqFCrElTTIo9akKpagqdPu1udi&#10;2+7trUfUoJjTSS0aKFz4gIJDHtNcUU6qamolIailxePoloKOACljrYoC0Bd6enshmaOoQOZC4ka4&#10;Km4JvbkhG7vr5Os9z/f47by5HCTZupWrqafIxmKGgrYMe8s9mgo4hPHNPZIo5NCxw2S7yfuPy7vJ&#10;ZJDciNCTK9RjTpNCxr4aiuK6VGNDHgSTRLCLnrl02d3drHuCQLpLKalwXAUElqBjwYhSxkWvDpSb&#10;ckllhpTJWHU1NCDCYSpk0SMrFVYlmSS17mxseQPas7Nx1R2d1/jxicZJmMLkXkqa6bA5SCgqZIVp&#10;J0K0060dbT11TSV6vLHCbRo8Ko5QcAj3+WS/toFhXWjElir0pVCDUBXDUYYVhpZlALCmY25OeblT&#10;mG7g3isN1CwQCRDhtQYau5GVGGHdTUIxpx6fNUNPVsVl0VDBU0MLrbjgkDSvP0v+f8feToeqhpMP&#10;XYakrXX7fF4Wrb+IpKIDHHRRQ1LRSyqxUxAqLqW1BS2oq4Psusd2O22sboDJ4gjI864oT5UHnjUD&#10;gVoAessvbC2k3fdN1huEAOtmADAmgJUedamoBxWvEDPVMf8AOSyx2Nszqjfku3K/Ow1W5shsT/cE&#10;YHyqZLN038TxYamlgkglppThp76irh7qp9Z9mExldTZSnvGC6rOyFkP7D6QEDICiMQ2m/wBPpz7W&#10;75fy+B4shoGAI8sfL5Vr1OFvtE9rdrGydxA+3IrnrW977yOX25JCtYJqOavoBIuMmtHkMcSSfDMR&#10;JIIXhkulwzkn82Is6TOtPazakCgFW/3YfwwH9AfcLczcyw2iNGkqm4YcPMDP7OpV5M5Tut+uUrC6&#10;2uvuccFAHD/Y6rI7W7apMZQVcHkp5c5OyeCKNpWNNTxuVtKFaMIx/wBqNz/T3FpohUPLPUTCKGmQ&#10;zSySD9uOJB5HckEehUBv+fYD2HbrvmvfrGwSUs0rANp/CCaHPkacOpW555o2f2w5K3C7+nRYY43N&#10;WPEqMH8yR+XQHdDdTb6+UPeuw+q9pvNkt07+3JjcLRU8Cu3289bWBFedmbSlPFCGdwHPpQj3QvuL&#10;eu4Pl1/Mvw1JhqmIdXfEesrc7mZXkY09TuQGTHY2hgjcp5atstDBGukN41pZ3vY+5w2ON+cvd/Z9&#10;o2pR/VvldWqQAFeQLp1CnxOZqkHyWNvzi632qP2q+63v3M+9xv8A1+9xSjsD8UUMv6iRilaJHavQ&#10;5qXmUHr6dHXXV+zfi98ZdgdKbagCY3b2zsZsbHftx+XJTRY91zOWrZI1AabJO9RVTScapJwo+oHu&#10;2371aKeniq3RklglqjKo8hQpodjJ4yTqPkYszcCwHvL36czxSvGhUg0p/m/ZjrFrlm2WHulUmQGl&#10;eH+rh0TXtzH5XemCzEu2zUUzwTUuJOPmdA1YsrxqojeYpDGhmgChF5aV2JPA9gL3dQVmbxtLlKHf&#10;mW2fHSzSRGWkijmoqpaiN4YvuYkhFSsYF2Dq39sXsF9jDlfmDZuVTcSb3s9tc2jBQTJq1KxYcKGn&#10;dWmRT16mPbbKTdIWtLUHxKVFOP8APBz69OPxhePYmXyW2st11htzVdXTxVMklRAJMvTfbqlVX+OT&#10;IyS45pbSKAqCNj4wNTHj3Wnl+u+9cichVYrteLKU6VMxp54s9mYJ5aON1t5Kd4PQpLBVKBkJ4BvY&#10;HJrlr3R9nd2iRLTYlIVRqpDHRTwNNWk0r5npZc8v7ptkoa4EtCgwxpx4fDUD556sqx+e2gVpof7u&#10;PizIIlWGbDUcCUzkGRojJTBkjNOq6muQQBf2G+Z67+Ru4xHTYulxG8qlSIFx65WhXJVccyzU0uua&#10;aL7mOMVaFW8yhHZhe4uPcS+/VtyhuG03Nxsey3w3nVRFRYRE0bISWbUzEKrfhHZ3A0JFOh7yJfz2&#10;Mqi5voYrQtUk4OocVB05NP29O2d3nszZ1JU5HcOSp9v0FFA1RU11dHNT0cUSQmeRhPoMchjjBLBC&#10;xFj7EvrL429x46rwZqsDNgo3yiTZqlrEx9eY4DG1PPFSVCIuOSmqIY1EisLSqdR55OFHJO3878sb&#10;naNt1o0Vo0xLpLEukgroIUk6FV1prUKdYHAY6lvmrdOUty2y5luL9JJ1iIRhXjggkUqSKY6B7cHy&#10;g6WooayaLe+Nq5KamnCJSzyRh5wiyhLFIpzMqr6SpFjxcH3bx171pgtp4Pb+BwFHFJjI0C1uQEUY&#10;nrK+dYPvqmtEKqDUVNQsilhcaUVVIAt7mSbcGgSeMnQ6AUWlK8QW9CW+Img7icenJj7xfPe6pzdY&#10;wTTNHH4evSD5l+1a5woAp6dMnQuezPYGH3pvjdqGnztfuGroqOiMv+R4nb+PV/4JTUKzSO6q2PqV&#10;llJsz1LuWUE29jL/AA2p2/SfxSro0gWnpzMZNGl1Q21KWii1OhjUWANySb39kH1UG4ymzjlJ1MBT&#10;jXOMetekXK8dnvngK89WYCgJ8yK5+w56B7tLdTNka7aeMq52rMhWNSKiyxyJI1yqokRqR43IW9/p&#10;b+n09hPvTsHC4nbj5tKukhqMlSJWPUmEzlnOqCKHTDqaQq1uSATf+nJPtisI7meN5P8AcJG0/ljP&#10;8/y+3rMblPaZrDa9utrVKyNGG1H5geXkKDqu3b3R+6e2/kZuej3ZT5Gs2vsPOttHDYGkysFBCxRq&#10;WsrcvUwtcSy1LzuVa9j4UH0Hsg++83vLfFXRx4JMpTw5RWkM9ZhHPgignhZqub/cjFHTQrFGAVdU&#10;dRqW/wCDPe1Ha9p2xZ0kSOYqNOoE5ZcBqUIyTxwSv29DCzhnNxIl2wejEYIHl+EUWtcUAqSeAJ6u&#10;Y2LtjYPVuCalaHCUBxggpWjpp4CVmUEtAiCJZ5aoys1wCWYjgCxtXD2HQd0S7jqKqKLA5BKOprKK&#10;JG/vJBVNR0EtO9TE1clXFQVDr6SXDSLIyOAzFvcFb5tnN2970t/FC01uryBDE82IkIYrl0jfSCoN&#10;NVc5qKdTRtsu0W23NGAEbQKlgvErTNakU+zHQ8Y+WgemgelHjSeOOaNGARwjqzoxWQBk4U/UD229&#10;u9XQ/ITo+fZ248VX4vsPbhrM1tcSRTRtiq8UNTVU1Ak01I0NTjctAqI6mQkNJckNpHs395fYwe6H&#10;tG7fT6ea9ujee3IADigJNsxNNSsgppqe7SdXkV3tv7iPyVziiPPq5euysUgNaVJUCQGuChzgAsPK&#10;nWNoxTVz1URhWKoaJKgLYmZ29CFxc2kjtfV+RYfj3rrT08lNPPTzIyTRTSxSxkepJInaKQMOLWkQ&#10;j/Ye+KMkbKxBXA/w9dAqaxqBqOP2j5dPXvEIWP0Xjnni/Puigtw63GaEnr3vJ9uf9q/R/vN/fs+h&#10;6t4jenn173//0aIc5QUlIktRLIzyar3YlirubAKCTfUxsPfRNo7aLUS9W40p1isbmaakYwvyHW/x&#10;7CPMVyxTyq4VnYyNEpAAZQE5Zh/rj2Htwu3t20BaynhXA6NbeNpI9JPwcfz/AOK697YEzMaAx1SI&#10;pZT6VIunH0UXJOk+3rKeUKhukChh9uaeXrnqsq+cfEde9pgPUPXD7ZWfyOSoCnUwuSPSOfaeLapJ&#10;74GGrMcgfbXy9Pn9vSl71UtyXoFUZPD+fXvYvZzJ4xMTj6LmoycFNAtVKDaMXFwjIxLa4r6Sbn6e&#10;5A5jg2uLbLG0C691WMCQj4QfIAcajz6CG2Ndy309wBS3Lkjz/n6de9oaoyTKqeIhWEg4XWBZTdfr&#10;xcEX9xluVkVh1x4euR/sdCy00tUOaL/g697UcWWqJaaETElUFg9tTWF7f1va/sNXAfTRlOB0Z2wR&#10;XLI1R172446riqKpVACSWABIIDBeBe3Ct/r+yV4Wdj4fE+nRzC5jSmvH8+ve+e9dn1/2lNm2x9Ql&#10;PUk07VDKgjLwEFLhQGGtTYH6ED2EeYdnurcW92bdhA5K6iDSoHA/M+Q8+jjadyinkaBZh4o/Dx66&#10;uL6bi/1tcXt/W319hQ+GYNqCm4/Gn6H/AG3PsJNFpJUoT0fidypIUH86dd+8i4xk0u4Krb13AAAv&#10;cm54GlAWP+Cn214PY+j4hwr6g5B9KZJ9KZ6c1St2hc0r+Xr1xvcixH19Q+pI0n6f05IPu13oH4Qb&#10;U3DguuN95LIZOvyGTo8PumrwtXFSPiiIga58f4li88lPVRMqtrJII/2HvPT2s+7Hylfcscm8/wC7&#10;7vPLLcC3uZLdkTwSmssYyaamDoEDA+ppx6G9psCfQxX7O3hgKeHGteHqKgDol/cfynh69m3riZaG&#10;np4sLUw4WLLCpmWphqcpHFTQ1ngaDxlqWqmZlCsdYUfS1iWz5E/H+q6+yO5tyR0FdT0+T3nm2xWO&#10;oKLXiMZtmGotDXVtWl4qZ6uedFgiVmvHyfx7gj3o9prrkq+3fensnigu91uBbRRp+nHah/03lcCi&#10;NIXRYo6g6MkcOg7dWzWwDXBAndmwDwApQ0+df5dGA6w39Q72weIlo6uOtnj27hJ8pOZAsv8AFp6S&#10;L76nWnkInYQOpMj20h203vceyx0kktCv3ETSxiMi0kQZdLEgKdahSCTxe4PvH4jTRWBOk+fH5V/y&#10;DpC0IcDxaEEefQo8MPr/AFHFjYjg/wBRdSPYrVW+63fOIoMBuR1qKjFxePH5eSN2yphF1ioZavUZ&#10;J6eEm6B76ALfT2Io9xTdbe3sN1mIdBSOU5IHkrsckfw14etOgpc7ZNtVyb/aoiyuf1EGAfmoGK+o&#10;HHrBBSU9MZTBEsXnfySLGAitIf1SaVsA7/k/n2H0uArKWp0SIxW/pkYWV1P6SGPBNvZHcWs9rK0E&#10;oOoZrTBHqPl8+hHY30F9Es0TgqfQg5HEfaPMeXUj28U1HPSESag8IssqIyuQGINyFJIt/vHtgg5o&#10;RTpUqr3FXNSfTH7eve8NRFVUWTppKMsk0mkwkE39TqRpN7+leABxb2hlQI2ePr0/E7KyyREh1PEd&#10;e9jlW7S3rWbc8Geo6PJeWGKooyIVOXpuF8KwlYUlqY3awYB2+vswksLo2huY/DkUULCveK/IgEim&#10;a9GB3iYyx7ZudvJG0mY2ZaK3odYJGa/CaE/l1g80CknyIFUXZi4sOQOTewFz7L7nMNW4WrajyEJp&#10;axSXalkKfcRH6hJY43fxyD+h9lYJjqKgk9JZoZIXkQgVHEenWYEEAg3BFwR+QfofZgPj1DUHL1Dx&#10;C8UOQoGkIJ1DWk0bD0upsF+vs525wLO7Qkfh/wCfq9P7NqXfdpdAa+JT8iQD/KvUHKWNDUg/Qxt+&#10;bfj2vflRBHNUbKLhS5+/Z9VreNQikn/aVLHn6eyqVcgqDSvQy5zwbOSnENT7BSh+z59Mm1X10tQL&#10;gqs5K25H7g1nnm9+PZB6/G0b5emqirNKk0aKrvUPHGQ6k6IKdQIyFXUCxsT70aGlPz6j7WSTQdKr&#10;2e3+X7tz+8XyN2w8MLumHxefzcshjH7arSSUlMSWk02eqrI1H9olgB9fcje1O2PuvPeywRqSIy8h&#10;p/QUkV/PA9SQOPUY+825R7b7b8xTGQAyRrFQmgIkdQc+oWpHQFfJLcKbb6f3PVkB5Kt8VjYoydIc&#10;VWVo/urtxp0UEcr/APIPva5p6SfLUuNoIJZI6GnhhEkojI8iKukXBHAKj3ktut5yz7VXHM/N11HF&#10;Pv8AcdkAbzAFKVGePGmfLrG7YZrvcLC1sELiIIDTOnUeJ9OvnC9nZjavx37I7j7c3FQUWS7K3Bm8&#10;xS7ao555DHSipmJlMZid5RNFVgl21BbLpHNx7EWnaHG0/wBvCpWKJAtlU6m9Nv0ryWb+n1PvDW85&#10;u3rmnfpbq8mD7pcEklmICgmoArkL8vl0bbhyfBMiXd2lYVzSlSaeuK4PVY1Z2duLeO5a3I5Ktapz&#10;ucnlNRUS1C08MUhk0eMSymOKLgCxa3+PtnqDV1khZnEUVx44wP3GXm3kP0VuPxx7EH1+zbYgthbr&#10;cbiB3uRUBvPT50+fy6N9s5bvoFM31clvZvnQCVBHqP8AKOnio3fs7BwCip8JQ7p3JCsqVeayAkND&#10;TVUoT7iOALaSZU4CsQQSOOPfKKB42NjwAOGsSxPHH5Nr+wbzBdWU8CyXEX6xrpIxSnl+zHUx8kS7&#10;s9+trZ3LGOorqFaj/iuPQM7yr8VV0xqKqgp4qlw7I9JanjQkgkaItHH1HPPuS1wCtrkizDSG/tA2&#10;sQbG4H+PsJ7dZyXUyEPpU8D5/kP9jqV+ZN6tdqiNs0KtduCCaYUUGWpwyDSmegyxFHU1jCWKSSKm&#10;jbULMzFrsrKSb+R4w0akc2uOLEteqX5ZdBY3sjf9T2D1TipM1vzDUsGL3tjppKabC5elpUUxVNPi&#10;6lwa/N49CI5paY+QIqqxfQLT5Byhe3eyxVh8TdYEYyISAwjp2kpXU7gcQldAw2eELL7r7dtG403W&#10;6jt9ueQLDO6yCMvX4HYKVjUnClitfXr6Df8AIV7w7d+PnxI2R1n8vNxY/a3Uu7Gq8/8AHCqyX8Vm&#10;3Xt7b2Wyk1XU0O58nSs9Bg9p5WtkNXhxWRwsv3EpMngaJVCvAbk3ptHGrSbkoabJ1bLPRy4bI4PP&#10;4ZqKCGRVoaZaymxdZR1sdPH6RpiRrW1aj7R28cEEfhXFyv8AZ6dFJKqKemgA/bWo4non5l2qTfrt&#10;9z2Ro++USa0kTSSwqxXvJp6ZPr1dNltsdbdg1z5Pa2bqcdi5a1c3Q7u2/uvZWcx2Ur677j+Iyw0c&#10;ubiyGLeokCubyvExN0CmwZXrvjdeco6etP21BIkgRsdiaOQ0UdMt4VV6/MU+PmmkISxCxLZgfx7N&#10;LVElhWSS5kdAMhUOllH9Jgn5gVHA1zQEUPJM1tI50IRhiXfUwNa10qCaEmtSwrXh5lHr111ntCao&#10;wNRDW5fzJPW02Z3NmoTlarITTx1TLTUmAlyIipkmI0lmDaWsoubs8dVb7w3WPYtfvbaGB2PJvz7C&#10;RsxTz01LUZesxFUkdPU1OSzVGsctDrWmZIo1Zmd/WVI4Ii5U2m7srybdtr2+MTIG1KzAuEK1JLUU&#10;KxGAoGa4r1X3P5Cg90OTl5K3/eL6LbSVZZYqKFeOrIFQk+ICcHWTUD1A6QPcmw6rs7ZOL2VvzM75&#10;h2DUV9LSYnLwCSiwozkLvDiMRS7ZqR93uRfNVRn76bRHSsmhJBchb0+sew8X2Ns3A7wxIY0GapY5&#10;wr3aSCVF8UsD2VSXinQq3A59ytbT2u62UN7bODDIOGKqakMvyIIIpxx1xa595O3X285u3rlXdHC7&#10;hZTaNQNAykKyOPk6MreorQ56oR7w6bqNk7q3HtHLUyJUYKpqIJpDGoiEYqQi1MBsymnqUfXG17sr&#10;A8Eke3nM7oxuK1xiJamoJW0MSqdPP+7ZeUX/AFgCfcL84848t7DJJZbVEs98D3LEKKrVyGc1APqA&#10;Cfs6lr2y9oecuejHe3Fw1ptFP7SU5cU/BGMmhPE0HVQXyC7q6q6xrP4Dt6JNyZdUearhw0USU1HV&#10;FnVopcg0UquvkT1GMNYkg8j2gqveWYrmdIaWCKG/GhDrAv8ApaRmJI/w4+nuJb/3F33cEaJIYYoj&#10;igXP2Fjx/YK/LrJ/a/u8cicuLaz7ju91Pe6a9zhVr/EqqhNfQ68A8Ccgj+a+UXZO6WqaWgweFose&#10;CEBhpPuqgIOEhqpqqXxO5AvdUFwv9OPbDI9TNKZqiAR86g0K2AY8k8cA35+vsLSNcXEjXE0AVsk6&#10;FoBXjWmPn1J1pa7Xttmu27XuTTEClJX1GnkvdTHyp0D9bXZXKV0mVyuPp6U+Qu0tBTCnhSWUlpGZ&#10;Ka6Izkm9jzf2+0MeMy8Zikljo8kgtBKQfBUteyxSG10fUAAeL39ijaINl363ks57lLXeIwDGxB8K&#10;VjwRzxQ4wxouT1GfMd1ztyFeW+5W23y7jyVI1Z4AayWarlpLcE1kj0ljoy1R5VqBo2ZjOs+zqSpw&#10;eVzeM2Z2NRGGDbeamhmhwe75KhTHHi87LpZMblZalUSCcMsLqxLkFfaR7C62wO8sGMTu2lekanke&#10;Na2EKlVSMyECeBysoaNwbkMuk/m319ytyTtfMLSS7PLtDO8Kd8WsIx7iNcJbsbA7RWjVOajqPhz/&#10;AGu33y7zyxvkc23XABiY6nVgKVilVQrIwYGuKqR8+rBvhH2r8k/jD2PLWbC27PLuCnoo4N39f5h5&#10;osZnaSjq6aRa7HRLWU9PNUfbToySpKupXOng6fdPnyX+GvZ2Aarzm0MbNvbbMzu9PU4dIHyqQhAw&#10;NTixN5XdQp1GDzLYXNvp7Fu4cnbsDI+2wNPGMlSCs0eOEkRow9ARUHjw6n/kP7wHJm4sm28wXse2&#10;7uBkSH9BmrTsl4AEZHiGtcUPEbpPwk/mM9Kd6bfoMFuOv/0Z9kU0Ip81tLdAqKWOkr/I4EcORqRC&#10;ojmtrRZxAxVhp1gXKl+E/wAGdvVlDQ9udyYqqfLVJap23tjJRRrQ4uk8i/aZmro5Y5fPX18JPjEg&#10;b7dXDhY5RdTzlHkKK5tU3jeoX8V2rHFwAUZV2rSuoZAPA0PGnQL99fvKXez3jcn8iX0JVV03FypB&#10;LFgytHGQQUCNTW4I1EFQSoYkPfnx8093Y6pyXUfSNfRSPEhgz+extTUSZCqqQpeqxVO+PPngx9FI&#10;yGSSK33JiMbsaeRhLcPNU0cdMlLRLAKfmMHxOgA5jVVZiZDHrUADUQLf4e5hggZSplY6xSgJHl8v&#10;PrA+S6ubiRpHY6mzxHnmtBgV6pU2t1nlYMzTZHMrlWzcWuqESV9I5E1RLBXTllQSJHJLTu80eplf&#10;1ajYE+41LBIscgQsodv81IQVLXuSmq4K88f63tZK6lqkZpxHTRmNaE1bpfZ2pxy1ePqKhYHFJSqy&#10;5Wm1CSnpS6U0UVXHSqWWNpGCyrrRmlRlVRcurhOFijurhtDaZmkhC8rIAAoOkMBbhuB/h7SRsXYB&#10;lpXhnpO0sqBQYqfn0nsNQDLV7QVsNRGFjeWghpGSpiR6umpmkbVKtfJGnknQyR3OsyepvwWL7ujm&#10;aWFY4wSJVldkIazjTHosdF7/AJB9mJhmULIWJHViZeyVuIII8+Hr69DQm1s5glpMjNk2NLTrTPj4&#10;ogscQENQr1CzRLCZZoxGocKtkv6QObe0OKc4Opp8dKZXp5NAxtRLOjKmqaJZaaWdrysZDJrDyFib&#10;Ndr2Hs2QiaEmAZUHWOJ4YI/Py6P4bwXpaY4kBGoAccHgPIggYA4HoYsvQ/322nk9w42GnFdjKTI/&#10;3oxawVEUzLT4yY0uQpsZPG6AxSREPDEEZYXWyAKW9qabE/3kxrqk1bQtDPDJFUtGtLURtQV0TyMv&#10;3MZJp3andWJQrLGSV9LBvYR3fd49rhR2mZQ8lBpqrFlq2nuHB6BSKZVj0Mtnnbb7p5BGj1iYkVDL&#10;SRCoDU+FkDBv4lkFKVUjqrvfvZadN7jStqaXC50ZvHzmPG000VRRzRZfbNeKWGF8cq00eRCVMNRA&#10;8cqNBOImmYmKSI95SaClVKZAyrF+wC5SzrGPHrjsxIV9N7H1C/uNJrndrzcZ5poo/qSquUAYaBX4&#10;Wc4J0EAUAA4VNCepq5U2lLm2WRCWiPAgZJrXgOA/yZ6qo3lndy1e66yrnhpVyctPT5Kopn+/WSkp&#10;6yKOrSlqaiaVo5ZHo6hBqW0TMFZSVBJafJANUblVdQrEcBtLcgkXuB6fr7A297rvG4TwXFlGXDal&#10;0CuoaXKHT/vND8x69S1s+zwQqbeXDtQg0rg1x9o8/tz0XPeG49zZmsosjjoairEtPPRx06POCjUl&#10;VVwVZo6ZAml/IjepBe6m/wBPYfdiYmLK7byHjYGSnp6ioQ8WMYj1PcE/gKfci+y3PD7PznZbddWz&#10;AXrxRNUHtcEqpr9rU+da9THyDay7XvVlIjRm2eVFxQ+dfJjwPHHQ8/CvvdtifInY1PkaSSKl3VnM&#10;Nt+pEwlM0NbV5Wlo6SpQA2kQSzuuo3vq91v7pLVJfwySWiaOFhDIVDaJRIY/SfSwI+osb8e+mOzi&#10;MRDxIwQwrkV+w/YeI8iOs5dlt0QKStVZftFOH7Ot3HqmBcd42rKeLzVXkypepgV5KZaumMEE0DSR&#10;MWp3p5gVAJRiwI5sfahosjR7mxBxuXvS11OkMS1arI0TvD6Eao4JLAFbkc/7b2XXFtLtF79XZAPA&#10;xqQaCleNP83S5rP6R2ntlWjNUiv+D9vQW5ram4+ot5Rbn2QVy228pVV1VPt6RaeOspKStDSzDBkS&#10;wU5AYOyUzFQxACsg1H2DOSp44qyrpJZQMlSzSxeBhrKMkhUFVjPIa3F/x7HdrcF4YJkQfTuoNflT&#10;+R9fQ46PbS9hQ1Mor6f6vTo8m2sq9dh8Rl6OmkO3szQ0lXFWgiHyCopoqhI5vPpEc0Nm8gH6SeR9&#10;PYaZ3Ze68j5pKBI45OZlSRLM8lzZkAcNGLW/P1J49irb9+2e2CrO1aYqPL5fb0eJvMMYGRXoZMJ2&#10;dsPGrFTVteXkST7aWZI3kRGREuJpzZJHAe1xYWAA+ntHLiN1RQtTZmlix9TTNrepDTMGg1BS8bMq&#10;JJLyLAlFH5P59nRvdqkcS2jmWNuC4x9vn+wHpSL/AFuDGQVP8ul/DuHa1YEq8JWJl6aqYxpTwOhE&#10;c4VpGE2kO0d0jbixJP0U+xK2VW47bENVlstWrUy+JzTojJP5pBfwhpRCEkdwosq/tgHnULH2FN8t&#10;7zd2itLOCiE58seZzw/PPR2L+2srUyyy1qP8OOgd7Wwe4t8R0O3MFSLSQSVUaV9QddETTIW+6MUa&#10;yI6BV/tgCVwum66iCmctuSj3DkJchJUyvWXlb7eZHZkCgxRqs/8AmSsCngAg3I4+p9m9ltU+124t&#10;liHgfxClTXPDjnP5dRdvcouruW6Brq+XzPS425s2XaGHpsDRUNJTYqN0BnoESkjmkZ1lkcUUaIsJ&#10;nlBBABBHF/wAtq8gaTIeRGPhlHLg6SNXBsbgAkX+v+929jGG2WW1UFe5eg0bYSKFIq1eHQswUiT0&#10;QjZFLRkMPxZRx/Tkkn2Z3qGrp8rjspFVJrEVXTGFhF6njNOfQWYetVswH4ABt9PcR86wvZXdk0Df&#10;EjV+R1Y+z/L1MPt7ZKNrurZFVXMleA9OiW/I+HJYHLbdrMROsQrsdk4qoTSlolkiq4CkkMeoGOQC&#10;VdTJZmCqCSAB7et7bbxudosri6lTRUmSo3pGkjBLJ5EeNakOI30TUzOHjI/Syg/UA+yewuJVRQTr&#10;OQaHS2kihoRQgkYxQjiOlm/ctrf213bgUdkND6EZBHpnpLdabozGEXHViTSZqtpKl5yuuNQ3jKyr&#10;SpGZI3KyOullIPBJLDkeyO1u4KanXL4TMPFS5CkFVQ1kRkLR1E1OrUVcEa0qqnn1AG1mWx/PuYoX&#10;We3QSIArwassACh+I1pQaakHUMDNKHGPNZYri6sbgN48J0MDXiOJp5V8urCKKlSpjoMljw8tNVpF&#10;VxhlKFIJ0E8D25trhlAI/sspH19hzhtpzU9dFTUWTeSkybQ0WLgaWnlmqp66v8MePWELHYw1VWkc&#10;buNAJ9RAvYj2jlWXYbrcHaeb92xwFtRKsQC7SMGAVaeGKqjVY0B4VCgxtFRiqgVY0FPMVwP9j16e&#10;6vKU1NSVddVft0+Oinqa+Sx008FLE9RNJqAOopTprt7E6h2xuLq7cmLqMxkKOopqyONK6GBmJxbe&#10;QToHeSJVq4I5J9Jkjtp5Oiwv7V7as27Q3jwTPJExICsNIFAx7DqOqprQFY/sqcPXVrPad02UJyf4&#10;R8/szX7OkTSZ/FdhYCrfFwVbwprWmkqYhC1TbWBII0kaWLWIwdDqjC/09rLIGqrc9JDLAVjYyJGV&#10;Qq7nxERa7sbNLL9b8/7b2bWqxwbVE4lBkABPy4V+wDoR7eUSOOKuoZBP2A0+zrhjY4cfhI3WQeSm&#10;SJ3jLahF4iAyg/hI1Y/7Ae0Xu7FEzY+VlkULUpKASbsLgqVUI11XSOR+Pa62lWVYy3cElBNPzUH8&#10;iQT8ga46Id9eJbiKNSNX29KPEVOtJkV1cqipr1ar2VT9fobBgD74dnY+Q7kxEVi/2eLxkUxUKTHO&#10;tHB6EI9DDj6fUX9mfKd0v7qvJCQPEmc59NR9eg9zBJI1qYSCAFH5Y6g7GqI5MLU1SemOrzOZrEDH&#10;1BZslUn1E82vwP8AWt+Pag2Vk6vaW6du7nx7tHV4LJ0mUS/rZ4kHhrqZ1WSLyJVUckkZUOmoORqH&#10;1BHzbaw7vy9u9jOtY5IW89IBAqrE0OFPdwNaYz1jbz1tdtvWw7vsl/Q291C0fGmThDWh4NpINGpS&#10;tDwMnc1BT5/A5fDVIQ0+Rop6VmMiIIvILR1Id4p0VqaS0iko3qUce7Kd+b+3Ptzcu56fA43N7iyj&#10;7TTNbUwtRNRwYTcNdFTxnGYWqrUlqjgsxWVryxqyRGk+yWSaZ/HCvj59vfT2h3GG02eS43VbSR7d&#10;AQsM0iHSIS4Vmjd3U0YqVSMNI1aHrmrbcu7buNhYSXFzBBardmG4koRJCFY62AC6pIwtCQKSGQxx&#10;KpYjUX7YeHxuR2niZKqOhpkSeqgyEsLtFUUJiaST7hGaAy1McsSK0hJ8pndbDU1vaE3q++sxl8NT&#10;bCpcTnYKnN4Ss3nJk0m+2ptpZJMi9c+1q+g0U1ZksfPGCqkvGBGyyBC0fseHe9ytf3L+5o7VaXEX&#10;j+KXFbZjIJGhkQBHmDAEV1Cle3U4YorPb9kgtb/+sEs0MqwSLbqhXW06FRH4yPQpHIDWpzksppqo&#10;LmFr8djqKnmyRagWNTDStUBo5GeLx6fuI5FDReVZC6BragSRe1gHNeMlQZGTHPEyF6iaP1GRZZmR&#10;Hl1KoLgEWZAF1AEW5t7lW0u2kaHVo+mavdnhp1A1OMgH5YOcdFLw21xEsxb9QClBT4v4fQsB3Efw&#10;gnhnoQYaiCSKOVZI9MihkYso1KwuCLn839oWp3QtDVypVpJSQKjIJaqWGKCeGJmiqFGmQNK9KshL&#10;KwAYi4W68UuOZrC3uXhvkMKpkOzIFbS4V9NXJOmoqDpY5CgkHrUuwySweJH3NgigyCDQE/ImuV9K&#10;dOduPp/yLi3tPzbkVohU08+mKrkNOjHzwwSzpUhXk+rusbinYRkMqLqL+oge093zHbSwQzWU2qKV&#10;mVC1QNfiaSwFaqvYdDiQKaniCSKptJWXSyq8iAtUcdJHw4ORkVBrXFes/sOst0hTbwycW5sblty7&#10;Xz77koc1X5nHZwwZ+SmxtJX1cFDgJZqrN02OxbZCqp6eppfF++lJKmk05QmJ969p7DmDdF5jsri/&#10;s90fcUmknil/W8OJJGRYWaWVI4vFdEkiKaXELU1QtGoFsHP7bLaS7XeWlndbaLRo0jaAGFSzKHeZ&#10;U8PXIEVnSTX2llIIYEjgx4IsbEWv/rj/AFvZqqjOmgpadDM1S0LRqJiPEwJjjZI2A0wI1ybhRd5L&#10;8AtYzZFaojyyysViKUPDjmhIAABINCBQcAAKU6iSPajeXdxOkemJx8NaqBU5HHB8mqSVCg/CK4NK&#10;j6j/AHk/8V9wcVl8hkcwoeCspZWliEFNDS1LVU8jpGyiOIhppHkjZr2WxBuvF/d3kto7Ni4Ig4Vc&#10;BR+ZahFOBwR/SJ4XudrjitJFLRsoUksSNKgcKmtBmgz9nXTaYlMjEIoHLMbKLmwuSbcnj2LOF2tv&#10;rIS1P2mDymQSdArD7KeRYooFBR6SQo15hGoVhz/iPYbvt05etESSfco49Jr8S0rSmRxof+K6I59z&#10;5ZtFthPukcTr/SWtTxBH2k8em2erpUUtLPTqoLC5lUBSrWN7MTYW5/PtfYjqjubNLNTfwWmw1GZV&#10;V5MnkIKd/VIFH3NHS1FVWwIIGQqoi1swe4CgEhe9515NsZDKbxp5tFUVEYhqVrRmVV9PxGlf2kt/&#10;zfyPYkytetPdUNAqGnl8LMAv21Ppp8+meqzmJpnF5ZJZGVykcUFSRIwA0qjmIRMSP6utv8fwYXbf&#10;xhoqR5avK7knr6mEaWioMW0CQyyKAzu1UZRJpBCox0kjm349x3ufu3PMEgstrWOI8NcgJIGRhBj7&#10;KH7eo8v/AHUZyIrTa1ji/ieTUSBwoFUAH1FTT1x0i8jvupVkjgoqangkJPlqaxfKFjKm4ELOqsDY&#10;EEfU29mD2z03Q4THyO1SceVKpC1VJTM7kp6VWnEMDiVmYk6dQ5/J49xvufPNzuFyumLxQeOmpAoc&#10;nVUin8/l0Frvnm9uHBMMen5aj59BLn92jLZGOkpYanLefV5EpqapaFBHI9y9WXNPoJBAva5B+g5C&#10;tOzMXtygSvrMhWNGZFYSU6RgTSSRvKJCZ4nJjVVNithb+vsnO/3W4ztbwWyauFGrjPy8/t6KLjmu&#10;/u5jHDClT+XTVBG2eq5cfDiqWOojitorJHVxyoVP8lcEzHV+eSOTwD7k7bpcfuav0UEn3GPYy6Mg&#10;/mu5sHjQl08QkZAfopJHtjcri42y3EkwAuD+EUp9uM06LrjdLuM+HK4E3p5dZdzY+PZm3ZcxPTO1&#10;RSwCSahhNK5shKyOjCXysmr/ABuAfa+yG2YqCHyYMQ1lZBdZUeRdQfQXtElmi81h9CB9Rx7ILfdH&#10;uJCt/qjhbgQPyr9nSZ75yB4rdp8+H8+gv2luR9xzSvuWhyOHxtQS+PkaBmjewjVDLISkwickkaSf&#10;rcHn2zxVOcppR93jDUxzRJI9KUWExxkspaVm1ISLX9PPI+ouCseLb5kHg3WmRTQNxqeiqe/RW7pa&#10;D/L6dCsmz9t5CnZ8RX/bVKMUiq1kepjZ0Ca0KReASKGY3BYAEc829xsxG8ca1VNOUSVQBSRSRSIj&#10;3AuwUxB2K/QrGSP63B9uWLB28KaOrA/EwpX/AFfM9Et1vNO1WI+dCD0uNpbdRUNLW0sdS8bl2rqi&#10;leMzKeBHDI5ncIrfVCwX/Ye4eGqq15Y2u0EI485n4stwf8lZUDG/+v7U3sNuqMqKGb000/n0U3G7&#10;kqVExr6V/wAvSqrNqYxw7HHUMrt9StPH5ntwB9xGFmT/AGDD26Zdf4hGaeWpJgKh45IEgSYSMTdi&#10;8cPmAb82b2isiLdvEWPvPk1afsJp0US7mz8AKfZ1KweEo8a7zRwNHI6qrq007xBU/SBFJK8epb/0&#10;9ovJ4arqqeGAtDURxEeColjDThB6SxeNS7FeQLsD/Uj2fW13DDK8oUq54ipoPy4D16YivUR2dlNf&#10;T/Y6WUbRg30AA21LcqAOL2AIKg/Xi3tnoqaak1UUhBkA0mpaOpZIzwqHTI4iYC5ALMwIH+PtZcSx&#10;zH6hBVaYWoz65oSK44Dq894usyoagDAHGvnny6leMsNS2CflVAuw/A+hvYf7Hn31Jg3Lim/aiEjM&#10;heOgpYvuJnk1pPC3lc0xFrEm4/x/PvyX6qqv3VGaFiaDhTgK/sGPLpE+7ajqyZRwBYmnqOPp1KjC&#10;qALFjb9JuWFh9AByNPtt/upWUyGI1jxqZCFjhEEZeYrqKmSJnRCQCWAFyeSwPBVfvi3kOowA1H4q&#10;8PkD/q+XSKXdEkOYO/zJPUmN1Ymw1EDlbE2H+IA4HP59iNt3cEUdMKSephjnivF4AhmZwbIrtKiq&#10;Tq5+rH2Gd122QzGVIj4LCuqtKfZ019RcREtGBpAxj19R0w5HERVbgmPSC2rWjaGTSb+n/E+w8ztH&#10;lcLXSmkSnTHVRLNIs6PxNMJZPRIXaNwpFtP+Fr+xLt8tnewJ4rubtABSlBjFa0APnUdE5uO4Emre&#10;QB6UcHjmRSPJqUDl0ZCeLEm4Fz7j1EEJxHkLLKHqFBjnmMruhBfSnjSJ5GdVsNQWzEX49uxyyrel&#10;StCFyQKcPP0p01HfVmJGABk+n2nrMA2uxHH9QD/X+vtiyBojHDUxeOXVGHTSoAQqXRtVirROD9VN&#10;wBxc+zK1NxqeOUEKD/L/AFefShXd2cau7iK+nr9nz65oCOLEC3+P49purORFIzQRxTxqra41AAaG&#10;3r0xNqDMEPJ5B/w9mkH0zS6ZHKknB45+Z8unIpIZHAJoa+hIr8yOHWT2CGZ2XhtySS1dHU11FmI4&#10;pv3PQsUkh1FERyrBUN+SSCvFvY6st9vdoWKGeFJLAkfaAPOnn9nUgbbzLuGzRxQXMEUm3swrxJA9&#10;aVB/Lr3sDsvgsVtKGtwud2vUR5ZmnGOy9DlMxSiq8/ip3StooKiWkq4iA0SgCKaGSTUp1Hgd213N&#10;vssV/Y7wPpAP1I2VO3FSVbtYGg1VOpSF8qV6mLZuYLneY0vdv3KN7A6dcbojeHQ1qjNkEgFq0IIG&#10;TpApjZSx/slSLFWF7j/ifag6yyWNmRMTufLmkxUJFViauroZ3rCGqm+5iq3jiarWWjp1CBpYyrWJ&#10;LMOSWczWd5APqtrtDJe5WRS4IHbVSKkKdR/haoHHzPS7mGeWef6qztgbpqhwjdlQmoEdxWhPHSTQ&#10;ZIHDrBUJIAWhhWVrXCs4VQQPTb6fkezBYPCbfz1NnF2pmcdUS4WeWgo4Ivss1XUlbU0BmgpaxaiO&#10;eqopq6hqIpS0WgxxyLKiqAvuML/eJbW6thukFZFp4pqI9B7WPwNSoUjsYVZSASQ3QH3N7+2ML3dt&#10;IsU8ZbOpFdVOkkUoHVWBXVkA1Fa1HUf7lofF54vGXNmNjoU8WGv9Nzfj2AmLxeKweL3DFvKp/u3Q&#10;4fJtFkdzZzKYqgoaajR4aal+yzOUnoYoKqKRlUw+RY5bqAf7HuQd+3+3tRabsl7ALRoFIXKqGYkf&#10;q/hCsx0hjVgcedej+e4vr+925Nnt2ur+dB4dtDG7SMQrFgyRhiVIBaukkaSWwK9OGq4BWzX/AKc/&#10;717iQbxirNyVmMerl+whelinpaSCOoWSFZY4Ejm+48ZeYSKrRCAKR5bNbn2ZybM0W1xTpEPqWDEF&#10;iVOqhJK04UyDrPAelOjFuX3j2mC4EY8eTVQyEhqaa9oB7VNSGLHIGTQCnZUWNhzY2+v/ABX2qdxp&#10;svJuMl/Ecbh6+eCCWB565KT7ydKgBqmkxlQaeuloyk0CmX7Z44TKgLAyRliPbb3drKVNtkDzAl6I&#10;KFtAKqe4HRVWkXAapqBSvRDYbfvUUbxR2Ms0SFgwUEqOOC4+FiQ1BqBOlsHSacFJU6SpufqbG3+3&#10;sR7fNg53F4LNVFTn2oXwNX/kMWXihdl1Vv3njasEVOKmGGaNntIqkAKVFlUgJ+ZttvNy25YdtMn7&#10;xTvMRND26cIdVNSmhI48DxIPRXvWyvuFrbxWaS/vCOrGMkfh0k6CPiIp3V7h50PXclyjBD6uLf7A&#10;i/8AvHtYnbXTucgpc5XZvBYTdeMxeV2/BlDSj+JVuOaogzFNi6nLMtXU0+C++pUYpIWCt6lC+RwQ&#10;c1vvu3b9LusPLpnnljVDLRdSxagXVSNJf4dYQUGoMTU56RRjmfb7S426OW5faXlS58BixiE3htH4&#10;ojU6RJocqHAqwArXStIE1TWxzxRxUTzxMqGWYMiCP9zS4CuQ0jaOePaIOx8T9lUVWESkkppaXJS4&#10;6NWjycQmrZUkqo5vtKiF6kNIwaZCUWXXbWpIb2KZd0laT6W8hAuK6ZKppFHJYkq1QA5yTxJWuaHr&#10;TbzuZubYbhLLVWjDknQwVKhaEqwUqD2tQlBlVIXT05Ak/UEeywdifLn449WZNdudnZbFUWdTMCqy&#10;lFj9obiyuWwNRiqSSP8AjlZTYvb9Y9CtJHSImtdczcOrFAWQCc0e4fIPKm4PZblzP4V2S9U8KWYa&#10;lGvVIIY5DTIKylQFqp+AV6mDlD7vXvLz5Y/vzkiyuJNnNtoieS7gijuElcEQK0k6q5kDMwFdAJ0M&#10;Axo3fsv2b/mk/HTDVFXLtvb/AGdvPExHIQ0GbxW3MXjdu102DaN2SGq3RnMLXrLMJYgWmpwy3ssT&#10;ONJA+4feG5GtgywRbndQMGAlhgVYSyjIV5pIW4tQ0QAgg8SR1LO2fcW949yjgXfN52Xbb4lC8Mtx&#10;LLcIs9R3C1gljIXNAj6fMuqkHr3spHYncm5++s7gtz7Sw+2tiY/E4mHZu3aTLdw9h4mkbGPmMg0W&#10;eyb4urxNFunPyUjTmWOlqoa8Hzxu1abtHBe882XvOO8Q3my7bDaWelbe38a/u4Rp8Vh4kgt2jWV1&#10;AY6I38QO0iN45VW6yH5O9t9j9p9p3XZd/wBzvN1u55zd3DRbRt0jaxDGGgj8VZpLWAnRRpImiP6L&#10;ItsCFb3tH9b/ABn7d3Ps/I4GvyFdj0oMTQVmAyXhrV2vmcXkaykz1LBiM1joMjTZfE1Us1KamoBL&#10;LNSxvI0stIsYGvJXs7z1uuw3u1TXfgJ9PE1tIVBgmW40XCRw3EYlSSGXXD4j6qq0ccjK5tVUH/Of&#10;vb7e7FzHbbvZ20MsstxItxGCn1NvLGrQO8sEhjaGZKSeHGAAUlZIwqXBbr3s4Wyuv8Ttnr+Giyzw&#10;0Ocagpts1v8AEKOgpsZmKylzOX3HTVwoJaSkaTIZGhqDBNJkaRqyQwWEjLpd8zPbnk2DlnYdt2/m&#10;BaPMiQyAhRHPpmkmB0OihmfxaP4sXjjQF1yECaXHLmjmy93nmya6sEaXavFe5j8OR2liR4obdozI&#10;rP2ROutRbSiFdYwuVHva22Ntcbcyk24ky1RSzZuEwZOjmyeRyOEzAioaKjpsvHjpKyoo8XXMMXG7&#10;TU8MMkl3VwQxPuQIuVdutd2vN5sJrz6i5ANyDM7xSOqJEjJE0nhRMqIv9jGgIJ1VJr0GOat/fd7G&#10;PZ3sUkjtjqicRJHPDWR5GiMgjVpI6yMAjtIq0Uq2AOve5O68fTUSS5ciipo8jVSmslo6JIaaaoqW&#10;dPNXTIFWWaeKIBaiXUt1VVYlVsLtsu9v2yOWCgiQuCWIqS9ArNIyig+EIzOwoQus1Kjpnl66ub1k&#10;sEEkjwIAodtRVVAoqgnChmNUX1qRnr3tCz7lx64BVx9SL1UM8lBLDVR06VKzeSGGJZkp2qpGqHjO&#10;kKwX9RAZiLavtztL+3/eFnuCSRTQsIiCNEpNSmlieJKlQ8asSK0rp6FEGx3cm7k3UJojKHUpqZSB&#10;qZtOqg0cSSC1KCoA697KZuPB43K1FHuLITvXVlG9PU0zU1bUPj5PttMlDVx0mv7NJZ56mbUygs8Z&#10;h1EtcJEu7cs7buctjzTucglu4XhkUxTStA+g6oXjoREHZ5JamrFoWhLHxTGEyC2fdL3b7e42eyj8&#10;G2kDKVZF1jV2yKXPeVVUUaW4HxKDTlve5CV1ZOKCpWoX11CPHRrpRJA5haaNZ21MWCgng3UX4+p9&#10;n63W6XUW23kVyFZpdawk0WQDQzrqOptQQaq50qPhKioSi2t0e5ga3qQlC5yagGhI9K09Aa/Pr3tq&#10;3jn6vF6Gw8WrMbgypp8M+XkqTjamqkp5a/JSiWniepeLF4SmeVIQQsjEJ5UMhCBrnDmGawnebZ3d&#10;t33O6aO18cs0EsnhyPNTSzOVhtgWSNQEanhpKpZhCacubNDfL/uyf/dZaQapfBCiRVBVIxRmCgyz&#10;MFaQiqCr6XCZ97COSqqiIaGSabIGMSLLXzxRPO7WKFnfS0YZP1CxupHBt7hN7ueCNbea5eeTwyrO&#10;+WbUPiNKhflQ9rHB4dD0Qw+JLdxxpEG4ItQooa4Boc8MgEjj172K/VHUW5+yszR7a25i6yuzGVqx&#10;DCqRftwRRqXkq5GK6UgREJZiVVfyferHb5bjxnclYfxSN8KDyJAyfTGfXoFc5c67Zy3avf31xGlp&#10;GnDNSf4RTJbPDJzw4dcHkSNSzsqqPyxA/IH5I/J92Z4v4KbP2VR4x85n8jJuCsSKuraploKfH0Cx&#10;xmOeKNHWp+78lUQFLywALf621exzsdtYQXM89mhmEcgCMQQWJHpQ0NaGgLD59Yv3fvjvPMNxNDb2&#10;cUdilVVas7sfiBYdtAFB1UBIPlStIq1YlLGFRIg9IIPJk49BH9k2v9fbpJ1XtjrWmyW5dp5DKboy&#10;2SgbD4vK1NPRVsW3oVkMdTJRmjjkp0rXRXAdyhQKw0jUdQqm3C7u2FzNIfqQoVAKOqkYUkEEADzq&#10;Kfz6qm8bjvq21husMdtYx6pXRS6mbzyHoSBwAHxVpnrNHI7ka1EZH1Qm5JIPA+l+PYO7nxWYyOTx&#10;L4ybd+ZyVQWrJYaAV1bVLJSFKtKirxdbAlFUUktTSpE6ltStI3jU6iwJOatG3S7IbCS9uLmYliFD&#10;Fk00kV/DdfDK610HuDgYQGtOhVy/NYR2999ZDYw2SMFDFo1VtXawSQHUGCsWXitQNRULXrMSALkg&#10;D+pNh7G/G/DzG71pqDKVnXC4zM5WhomzSZLMZTaeNoprJBUU8BoxUmaWWmd5Hj+3AV4lQyKJHKlT&#10;vy2kEk13aH6maFQyRSP26gEcBVJXKVxWo4VqSeiTffdpdkX6ba+ZxLbxSsE8OKKZ30ntc6tKqKgA&#10;UkJIZmAwp6a2yEUbyCSS6gr4vERI8gt6iU502P8AW319r7tTEbK6R2jR5buzszbmL2PhKOLG7dwO&#10;OoaXFPjBSvCpgo46YUENei084QKqPMFH7a6uHJN0592PlK3ud0vLhrXbCV0eIqoVIwNAQs8jKCp0&#10;hOwKCO49xVyDYbt7ibj9JyVy9cz8wzFmnkcyShyfNixfRU1JOoIARqIBBWEmTnmmMVFQVBYLrllq&#10;PFFFpuEUBxI7M4PJBUcf4G4A/afyx+LG5K7H7a687dweAkzsz4Z0WpbC5bNV1YJftZa47v8A4Nuc&#10;01WZEp08MbLOxEaHgsEdr7pe3POSWkO3+4dlNdXE5QJIxtpS4CaQEuFjdmZiEVhVnLhQSR2m/M/s&#10;v7ucvC73TmT2+vJLW2hVy+h5oY0QnVoFr4sAKgF210KABnBp08RRyhSZXEkh0klQABybrpF+F/r+&#10;fZlexurz2bh8ZRSTbb3BgKOCpWuw8YyjV9BkKiCaoetpczRPXVtAquygKfCkQZdSECzCa4aSwu/D&#10;ksyIARQMG1g4PaQCx/0pWjDFRUUjDkzfE2S7nvLUXMO4OQRNWLw2RSx0sj6AaaWPm2DQ46wGrSA2&#10;lDRajpV3VgpYtpAAbQCzMfoD7WGyOkusOwdl4rZOZ2Tj6ZduVFPjJsjiKnHHP4GCkxlJNg8kmQgB&#10;qkr56A+tjCwnZi86FydAK3q+mkKwxzHRGBQa6tCdNUJzUF0YNw46ToUEnoWLv287bul1vNvuUji5&#10;VmIZG8OYh2WRaNQUVxga00hSFb4ekDu/cddt3XPFXRxF4kkpYqiCTwuySrFMjgssZIJ+hljPtw68&#10;abeFLTmuo2FZsrKZrbOZCyvFNHlNr1FVh6f78u2uSnqMZG7iYEibTcaCAAJtt3iSTahLKRHPJqDL&#10;WtGVyjZ9SwqfQnoZbtcHa4pYI5VMV3DG8erySVQ1ABTJbivFAa1auEvnPDjZalqO1OMrCMlTAI4g&#10;mFeY5qloY49TxstTJZgR6Q4Nzz7O71XtTF4nAT74envnsrSR01PCainqhHhpa2syOOWCVYhJSNmq&#10;Sanmm0yMh8aC7JGrPFvMm8XO6bjHtAYCyhY1p5MO1mPqccKYrxPUc7re1KWbzMLeJizEIw/U0hTU&#10;as6aEKSlaVFBqPRCu9N6bi3z2TjOoMPBSvt2iqJq+qzcsVbTAZGkoYKCtBCzotacXKZYgAjBXF7q&#10;5bSFnbe52wmDqMjWNUU00sTVggpDHUutVLHIi4+jeIpDMySsGclSllLadPsccmbV+8LyG3hQELRa&#10;kUxUd7V4eg9eHHoktJH3W8jsrVlDGoqx0imKM3oTUjhXGOjldQ7MpMWkXgMNXFTRrSJNUU5jqGjj&#10;0t94VqjO9PJIwDxokjaYyqliykAr1B3JDSTxVFJqioSlMGevSrSQx1BjSzUcVJ9ugnc+pqa9j9Gu&#10;HKSrd8l+Ik0FxmUEghNP+EtqxWhJxXiOHV7zk7cNLiJQ11U0UEAUA4hgag18n0mh+E8CYk46KZSs&#10;qK4/FyNQGkqArgawFBNueL+zDbP7q29m8Q1FR/bGaiqYoHhpKZMYlKrSJUPOiQTGamZop0OiNV9L&#10;i1lfQsU71yDdWNzI8QVkUEfEGINFYqaAAkjSSG4gjFDUxhvV7vO0OYr1H0PHUORUFc6c0oaEUFB6&#10;ipp0lanr7GS5WXKqD5p1cssn78YleEwlikoYEBP9v+feDtLaWK7Aw+HzMFPW0WWyeSwmP/iQqo5K&#10;mOCSvomrcRMplq4oPLFdmcgqrDx6oi91i++2vw5nj0lZ9S1JBICaxWtNdKdzDDCoAPaRQY8m83aY&#10;byG3u0NsiyNoYGgYKQr4AJNaKFB+dOIaDjYavbWRqqWWdP4THTTyRpHSLGjLZ9MpWmgEbMG9Oj8/&#10;qtx7GSi3ilLgaV4aatinrKCKWKaqohSzGgemhmgnlX7mqR456VAQC76l/J50iGz2aO9eGV9AgNDQ&#10;cNVKFfOhzkVJHr0EDe3NtdXVtckBkbSQX1AHU2a4yDU1oPi4UI6SuV64w+fyVO1SIGooKpapqSGp&#10;edEqw7GaFXjZBaOVjcBQUJI4+nsBz2lRDN/w+5GUdYnjhamnkErMHpYmKyfs05VeBcqByL3F/cjt&#10;yhKbBpngrEAaMDwxUkEcD9mT+XR6lxIIGmuFYxtXuqKEmpOOJzWtM4+zoQztSD7dYUjQQEaTGhC+&#10;JBI7nxsAzXLMW4+hsAOLe1rljS7ow7/wV6WonaKGt809WjSSVmNimaihRJfTUUzRwyK8RKoTJrZZ&#10;LMWjrcdils5qmE0LVBYtjSBQedVPDSTQcaZPRxs3NEUFxFZz3H6JBXTQ1o2CRqFQ/mGHdilekL/d&#10;qfC1LZWshqIo1kqo40oRJOkMNWUE1Teli1x1TsBaRvWi3CkDj3WV2VU57GdgHCvSpR4g1M5yNFUw&#10;fatPPQkwSUhgBaFsJRSJTyQyozmpDIqxELIfeQPK1/LuEOzW0ES+FAtJBSjawoVaU7RHUx+rsSdK&#10;MAR1k9yfLtsO1NdtLqmoNLgF6B1NDqX/AERgX8RdI0UGQWUkWqZo6rH088cquHp0aOZWOlywtr1k&#10;eota5B5H598utN6VNHXZnHZNK5HpKlcp9zVmqqsW9FJFXOseGq5KqrlSJHj0zCWmjkYtdoiLsV0Z&#10;nubndLGeymWe2IJcisba9RokmrUfDIoxkCSVNCnBul/Pu3WF9Z2Vzt7xFZItKgBFcN2UaQAeYLlS&#10;jUwKEVp11LSFhGw5bTpJW9ySLEta91v/ALx7OPS5SahocPX46mo3y9RXVmQ23glwFZLFms1Omuji&#10;rMnQUtdNt4JLI0tTVrTTMtPqPpXyH3D/ADpHJa6Fto1e4Rj2FC2s0I4qknh5eryaagZJADdYuXwi&#10;W63CO8vH8GNFRpPGFY0UhsRs6ePXt0x61FSrUZtAEGWGSRzEAo1ER1ErS6PFBpOoqvJkkP0C/Q/n&#10;2PWfbMjZRrGoKaTLUYeuhphFUhZcrGaOrjo8bX1EaVLVtfKskanU7BrWVtBjMYbpLpjYSxx+KQKj&#10;uFWqCvh1RT3NgEBWFa6SRo6Itnkjmulht5ZDYOdIeo1aCpUtKASKBaMQWKHFHAIcIn7ajh3DUKtQ&#10;UjMcMUkZm1SClCzU7SzQR3Wnp09HrOgHi7XN/Ya/IRdx1/XC1NGkFRkkqkrdxYA5Kako6yhNLFNU&#10;UM9cIaOrr/t6qspo2tHE4Q+QprbSoe3dIjaNdvJpK18RC5Cmi18MnDGjaV4L8TMUU8DDkbeLTbeY&#10;TYzNSM4ilCAuprRXUHWACFLY1aioAdqjpQ4HG0Yq1rIoVaBIxFTSMhZopHVQXjLaikbBD9CVv9D7&#10;DLYHdn8I6/xsVHAuHWly0FPSS1KxzU+GhyuKcy08VPlIqkPDGZixdGR0M0bKWRlYF8d9by2MYMYr&#10;4oKk0xqADEEk10mrHT3DUAPjr0d81cpT7jzBLuNrMZXli1SaDVpfDNNTFQKs1Ah9dDaxVGUu9Tho&#10;K2d4qwvUQzQiV1V5IH8sFRHJCfNC8cqqSouLgMLg3HtTdKy1m781lJnzlbWU09DT089VVJN9/XRR&#10;QUs0pEdXV1EmNhiVkVISzuYWQtbi5akkRnXx3LRBRk/ETpQgDUSR5HjkHia9Tr7XRnaN3CC0CTmJ&#10;wqimlTr41UKGYspBNNIIKihx1Wp/Ne3Hgtk/G7G7qy2Iocgdt9hYLK4tKplMNJlXp8xQUVW0Sxep&#10;QKt2U6lVGFrH2cKighoIDBAqpGHGkhQFAUAKTawHHsE828yfTB2dxoAAAzjJx/xWOstuWOXLjerm&#10;1iRy0+dRPl/q/wBjrRy+R3eeQr8tV5vO1RqRNAAYYah5JljlnHihik1FjIfOSWPCgKfcyOJqhgT+&#10;SBYi+kfU/wCsOPeO+43z395NKK8f5f5uslbeGz5X2mO1jI7RkjBYnz+fVWebzeU3Tmquea6fcSOr&#10;a5tXigWV/HEGJvJ+2ASxub29oju7eVF1n03vjeM2qMYTAZfISuyegQY6gnrJLkcsrtGE/wBc+5w9&#10;nJoNssebeaXTT+7rNmQ8dUmliBkcdQUU+Y6xE94bXdOfeffbj2zaZTZ73usauB8QgUo0uD200q5o&#10;ckY62Uv+E4fReF3x8iN6do1VLMW6e2xjYcLVh2WCDeG+clVYPG1kkcpdpHxtDJPOrKFVSoP4908f&#10;yrOtchS9Tdkd55+NKncXfO/sluP7p2jmcYHD12UpKQO41SRNNlq7ISFOCVZL8j3M33dtinsOVrrm&#10;u9lre73ePKCCD+lHI6r9lZTKSuPLo2++Pznbvz5y9yHtBMe0bDZJF4YBCiSURtShwQsKQLUYB1Lx&#10;B63K+7shBNlsNgIZTGMPQ30WIC1WQWAIi3A8hjpoIj+bBz7s53RAvhoaeijV6+eWSJgixq0McqGG&#10;VC2pHjYqQQSQBb3kftLfqTSXDnwEAPnkjh9vnw6xz2B1Ku+okH5+fRO8PV1sGT3HV7mTwbYxNEk6&#10;Vc93SqrKGcVsNVTJHHKhZJtalrBtTewS3bgMjJWyYnJR00uAWmRBDLChKVMjKheNxN6p3WSyudRV&#10;jx9PYpWPY942iSO5i1ySOQa8KAYIqO0g5Uimc8epJ2fd5tsMc9u/6+qg45FKivnk46FnZW4Npbiw&#10;ke5sLJLDuepqZm+6pZwG+0jlEaRz+aBJEpY3jAKLImu3159l63cBtKapG18bGlTBQtRw5LJwU8Ec&#10;ENLUF4P8ordNTU1c1QjPZInCtEuo8D2KeUeXNsszDFHY1cxirVBrqNQjMpJCmo4VJIWoGD0KJuYJ&#10;N1oLqfSGYdiGpYn5KWAAxxK4Ynyp0Y3Z2EbMUcA3NUy1Uk8i5Calo52vLU1SsjxgU0jRRUMMQ0qh&#10;bUQ5NueVL02VxVU1WooTXVlxWzUyS+aBSY3F6uWORCza9aL+mxJsCRY754i+ri096hFABJXy8qHN&#10;AfUZxXovtr54b4UVjCv4TSlfM041/LpE/JnatNvPZVXh6j7wUlPIslOhYSQTv9tUosUtP5o2am1P&#10;ZgDc8fX2afB9ndfzT1YXduOyFdSm09HT5DHO9FHHenDmngkvAUmTQdQJ4IBP09wbfbXfWpa3mZUw&#10;Go1FIzSp4NQnFOBOAOhzPI93FHPBZMBwqFJqSK0r8hmnkOqOt6fEf5HU0UGIw2z63BYiYmtjyldF&#10;lJJqzItVy1bwSZCsqVEp8aiaIqqLq9JsPqIWwd0bcgaPLYzJvW4DKkV1NHUKzQQo8UUSfw0fbU/g&#10;pD4mYiQOzzSFgbGwDd5YXm4RGeOZpGlUMuVA06VUaQKNQ0Boa0LeVeoS90vaTa+e0i8azWDfrddK&#10;lNPdVyxMlQST3UABWnA+XQu7X72+TnQAqtoZ7auJy+QxUtPTZqkxM8lJlauCigl0tXfcVuTpq3Mt&#10;RTQo0sDRxrBCqlWkDN7f949zdcZnHVm3KTIpXzR+GGujjcx0UNFUTpSvVSVUqwiZFdioWLyF5Bo5&#10;LcE3LuzbpJuEklrGJSjgMAASK1rxqrAEMCBUgggioPQP5X+7nzNsE1rfbvdxQbWtSCTR2K/CtM6a&#10;ilaioBr0v8R2j3jmsom8KXqbKYfPZNK+s2pFnRTV80mVpojWfYPRYV62sp5GaQPJJJ4ljUPJdVUE&#10;k/3ZvjbGMWHFZJg0MFPKtKczTVM+OSKGWIQq9S6pTRoryK1lfycgKtiCJx2bYJUjjhQURVDV+QpU&#10;lm7ahhShPADyx1kbGfB+nFomqONQq0NGIXtqRXhQcaLXjTzJj+tenew8u+Z3U1VFh8pu3Kvnss21&#10;qmgoq6GvrJ5JK5aeJkZlaNxJHeRXRW5Zz+n2Ce4e3KXH09bPLGmLaloZEoMnhqRa+kFS9ZItK0tD&#10;XUkUpSiEEcxWUOjM5UK4jPs43zlvd4be9ktrl0QQ5dijMrFgAaYDBQw+Eihc9xIwJtsurS5MEBtF&#10;llEgBQqVYgcKNXDNUjABFBw6HrEfHXJUCJTnL5HL0tTOstdSbkrjBkWQU6JVRT5HFVTwvLXpM8Sy&#10;R6bKgJKF+QTwPcU/Ye5p8RnpNj5TbFYIo8LWUkE+Az+Qr45Yo8lWiT7zIUVZDGksZWLxxr5GIBBO&#10;hY/5L5l52tt/eCS9sbnaHjEcbUdJH0EB61aRSprkDSdWCa46E3MHK+zx7abiw+sTcD3MuJIwAKBS&#10;CEZaHiatQZr0LlD1wOv8SlTtqt3FDNBEwkxlXXncGLp6SN55oaJXqKelnigpmcqXRtQQC7H6+8m/&#10;KHNYyozwix5xmMehWkxGVq3gq5pVyTU92nooHp5lnMETtEDbSVBZtI95D3m7wNy3dyPfIt62oYV2&#10;C0BUtinDXgdwB7mNCKAPa0Wa6sanxH1rqXyBXhnz48cVx8iV9tvKUmVoaT/LY6vIvKXqYafWtOJa&#10;azyGB31ExhCtjcg/j3qYb/hp59/b1mpE00su6twGlVQNAgGWq9AQhVBXQQRzbn/H38929mKTet3m&#10;t6CBrqYKPIKJDT/CafLrq5tbSfuraxKf1BbRA/b4Sf6vz6Eb2n4aBmsLH6/0H/E/4eyoDSa9L1Ui&#10;pB697n/w0/6k/S/092qPUdW8P5+Veve//9LX9y2aWsoaXISIKeSso46loUsY7yHUWUswW3NwOLf1&#10;/PvoPHI0sMd06U1LWnHrFj6ZYZ5IA50g8fPrf49hhkJaSvUhXf7vWdIt6HUkXVhquAbfX6f0v7cM&#10;e33SoJErdV7SRw+R/wCL6frcw1IasA4+v+z172maqle8MdRG6yMz6ZVU+P0Xj8YIa7av1XNrf4+7&#10;SQrTw3jAoSa/7FP8vW4naQl1bs9PX/Vx697fMHNT41p1enSpqWDCGR9X7JdDGTGdWnVzf2p2LmOH&#10;bLqaNbSORypAdiaoSCvbTFfPNem77bpLtI2WYqoORStfOnEf5eve/PjKl9VYxkkDljHqJAKjg6rl&#10;hxb2bHZ550fcnZmhY11cRwzQ19cdIJL1YGNqqhWHkP5ft697T2QV41AsSGa4BuOSfp9fx7Cu5R0W&#10;vh1Pp0cWcqmKuryz8+ve5dJkXp6bQx4RyCpN7Gyn63a3HsgnEcUT6oxVh5joxtiXkoj4697eMblo&#10;mlWVX8ToeVNze3Ja4At/rew8ywhtUa06OYqk040697O3s4R7+2RJisnT2Vv2qeaFVc61ZXSRQ6Dx&#10;sCovYi4Nr+zCe2Td9km264QaASwbzr8v+L6K4pG27cVuUfNcjhx+f+x1EmbwypLfhroy/T+ljf8A&#10;417B3/RnJNmoMR5aWmaorloBW1/7FLG7SmNJJ5VMmhGawv8A1PuFLbaZ7jc4NpSWOOaSXQHlbQgr&#10;wLtRtIBpUkUC1NcUMlwTrKsWkfFTH29cqmqWmpZ6tkd0ggknZI1LO6xqzlUABLOQvA/Pscds9NQ5&#10;ikzvRu+qWm2z2HTVK5frPL1saCkyFTUxSLV7dkyiQOk2Ky8cUU9O9yFlLWIY6DMey8iG5O8+03Ny&#10;fu3ntZxLtkxoI5nZSHtXnRWrDOqo9u9WRZUKox16XP7e1M2uzlpHcKaoSaA1FKM3kDgg5oaCndUA&#10;vufsA4qixPZ+35pNybChpZ6fetNQLNU1eLxsL/cR7gocfGDKa/CTa0raewkMEha14xe2fpbbuW2X&#10;sfrTCZ+lbG5bHYCkxNTSSul0qaHHx0tRDeNnjKJIhN1JUryOPfQv24sb3afbHlfYNzh0bpa7fCks&#10;ZIJV0+IKQSH4GhByKEnqSrBphtn7unFLjweBxTw6/wA8Zzg+vVUnyE3Vt3sbKdwvtivjzGJMmOyy&#10;VlFG8o8E9ZHV0lZF5FVzIfGUCkAqz/4WKS7H6rl7jqsThp2li2dkMtbKrReOKuyOGi0+eSOYlmp9&#10;VSnl/S2pURbWJ9x97g8n7p7rW+1JJfJFygsp16W7pYaUqh0mgdxWrUqirQUY0ADWl1um625EWq3b&#10;gdVPOnD0Pl9nQh7E7yw3Q2xt65PJVCNvnEbd/wAkpMo0747H5+ojZqDF18UDQahAKiCIorm0jyG9&#10;wNJAvkh1/uKr3xUdDdOdcLRbY2/FisnWjB0IaqzFZW0MVQ1TuDMTujtDTtUEKskgQWuPqAMRPdbl&#10;LdH5tk9r/bvk4nbbQwv+gjPLM7xBjJcSmvw6wBVgqjhw6V3VjeSX8u1W1tVYGA0qDWrAHUxpwzg1&#10;p546Ol0DvqGt6txnc/aO86c5nd0uX8kmTq4sZh8LSUOVq6CLDbcw8ZFMoMdCkkhRZKmRjZ3fTyWb&#10;eXSO6OsI6QbnXFLkapWmbHUWTpa6qojdNC1yUxtAzJKCOW+lvcNc4ch8wciXNvt/MaW8e5OhZokm&#10;ilaMDylEbsUJ8gRX7Oi65tWhd7aXT4qmhAYNT5VGKjzHl0YnaO98Dvmilye3JayrxkcoiiyE2NyF&#10;BSVp/tPQyV9LTGqiQ8FlHB9sLmr3BQRwzsz1dFGFhAA5SP8AsqxVG+n+vb+nsnFzJutqI5KNcxDH&#10;qUHEV9BxA8/XoLx2o2a9e4iFLeRu4fhB9QPKvSu9p2P/ACX0lC5F1ePVcabaWN7Hm17f4+yMihI9&#10;OhCBro/4eve+VXjK7IVWOpMcvkqamqjpqS7rGWaRo3QCR2AQBGFyePx7TzJq0CnE068o0kqrY49e&#10;9jRtDCb32tnpcXu3P12CQ0c8VR5KqbKCmpqmkkjjmpKakarMkjuyqoSxGr2YRWt7ts11DdTPCCgU&#10;8CdJXjSvrTz6D3Mdxdy+D9BA9zuEVNCBgASPwliQAPn/AC6bknpq6lE9Ii1UT6ilv2g7I1grFluF&#10;J/w/2HsIO2MTtrB7mmottbgym46ZUV6jI5jGtiquWtKFqkfayO8qBJeA0lnsbEX9lM62yShLW5aW&#10;MLUsV05pw4mvT2wXW+3dj4/MO3C0vST+mJA9BXALDBr1KpnmkiUzwpBL+Ykl8qqAbDS+iO4t/gPY&#10;wfG2KSTItGtMrh62n/eaQo6CITM5QaWEkgZgLG3tdt0KvBPcOpBAxnHQ15feR94sI1UaAxY+uPn0&#10;3Z2RYsXVOWC2jNj/ALA/T3O+UuZhO86DEGVf9wWAEsiovlP3NcusCOO2pmZWH05N/aWXLlRwA6Ne&#10;cbrxr5YVegjFKenTXs1T/B0nNv8AK555wOLrGGEMa3/tAeE88f63sksTCryUl4X1aPKFdmLxSFJA&#10;g+vplJ4sT6Tx7YAyT5noIRoRTOqvSsPAJ/p7tl/lz7SrKXc75+m/bq91V2O2rQVFPNGtTDisZU0u&#10;VzU4hkRmaCtr46KiBOkN5XN/Rb3O3sjtwtrve+abiq2sEPhK1ad5Ky8ONNSRrq8wWHWOP3ht0t/3&#10;JZbUHqysZ5E8iEBXu9QuovTzpTHHorPyxzGGxfVu6cpnljfFbT29mdyzLURaoHyZxtdjMQA7SxKJ&#10;aeKesqV4cK1OhI5HvaXfZAxtK70WSlplEaa0NLFNHdI9PAMgI9XP1PsW3W77fzjfPacw8rW24RQy&#10;sVYysjgMSaBlK1Arj16wj233au7T6aCS2VZHNAQSvyz2kZ6+cxunHYvszcORqt1bSxu8Fly2VyMA&#10;nrqzGVzR5GvnqniiraWpRQkKzgBivNr2H0AbTjNy1bU/8UdlLWIhhijj4+vrHIsPyCD/AK3sR7nZ&#10;ez/Ke1jcZPb+FZQRiR3kIJ81Bd9WfLHWSPK8+78yRJLFcPHCVJ1flwNaDPDpLb4g+M/WeFM1Z0xj&#10;WyoLwyR5jM1eXq2uNDyUaCeognCs1gG4B/UCOPb7QxvDThZJZZ3BPMrMxBBOqxZm494185X9tu28&#10;/W220wWNsy9qRIFXT5VVaDVTiaAmua9SbYQNDbrBrdyMMTUmv21pT5Dqv/snOY7cu56rLUGBxG1q&#10;aoRGhxOGoKWgpY6fhYWanpUhQTCJBqJF2J59zl59R+trj/C/+t/T3FG+zB7nwUesaj+fU9+3u2rb&#10;babsw0mdsE8aZ4emOi/btqvLWClRzJAnBKkr9CLm1jbXb3icM6lb6WIN2te45BPtZsu9Wu3zQG7t&#10;g1sun7ag8eHCnl0S808pbtuY3Cfb7ut6xJVWNMHgBny8j/Lp921uPE4iqx7ZGjSSjimh9QMxMLRM&#10;jltEYCPq4uGU3A9ke7MrsRsCpzmbrIcmkWPyukVUUdR9mK2oCTUyR1tICcc5aVS1Q5RYy12ZVBPv&#10;L5N55aex/fYaRJmIeOocxNrUMAhAbw2UEHWdC57iB1Bmybdd3Fudi3R4TI0bB4jpZyFchiyNhl+W&#10;a+VDQjes+GeV3T8othdSUG1cxtZaXdXX9FWR0Anxk25aLbtAZMNlZq/AZSeE57BkRGMUETvUyJEo&#10;iUtGB7gY7eD762rlavyboyeGrqWOSDHUr5Kp3JT1NOJqPL0RkVaatoUSWAqJVkB1k6eALk0HNlvv&#10;EV2Rc3T2LFSqRszuCCQ4OnSwTFa6s+hHEIcw8nT8r7/tSbS9rt16jHxJJfDhhZXqYhklWdtVAuk4&#10;GosDnoybdaYXoffeGpd40PU+H3vi8lWYyp3PnqfBbd66mpa6poarY+4o48lPW4muy9ZTVjqYGV1C&#10;pGzEAnSVyt2NuDcPXtJTbGNdiN5/x+ranoamasqa+rxyVMj4+iyJy5pq5USSmYVSshcQsx0sCLlq&#10;bZHcbBbXNvC8e4G4kYKwLGRCKxjvz2sDr40Ug049Stf8wx7dut5b7rfxHZhZxr4y0VUlowkIK6hV&#10;6r4Zrpqumta0sS/0u4LZvbmZruxavD5HqxNiYmsG44aWCn2/h8/HBTpl8rTHErXYiqjytPkIPtJI&#10;3cLMhjDK2lPYbYjqvA7l3bu/offnYGb2nWxYGi7D3HWbS+wimxt8lJSU2IpZoaP76qxi1lMVTyJ5&#10;bq2ojWUDXKuw7zzxzLNyFHuZs450aSkVABoJUKKkCgag7mowPlQde3bm7aeTORbXnUW77hCLhIqv&#10;VCxkVu8jOQAafb5dLjfPc2+sh15sru7oXrDB9n7l3BuFdkbHwG7tw1GAbIYGqp6ypkziVlRNDiqK&#10;tNHj5tR1WeOy3/Pu5L4ax4bY3WGb2Vh905Hcu3tr5WnTCZOt809eVy1MGq8es1RTUs0/21dSTSAC&#10;NVj+4IDNb2I+crL/AFrto3jlTcdybx45I1Wh/WrKqu8cS6l1EmrEg6UEmGNKdYBe72wSe7Huty1z&#10;XsPL6LJd2LNcLIQIk+lchJ5TmlEZFqalhEMd3brh/wA5buXdG2sfiN19vbTx3UG/uxaCoxuWwGBr&#10;aCuztfLg8tDHDV4f+DZnP0VX/F8JUR00rmrYutKXYRO/iQf66nydezzClNHSKo9LMVaRAxPlk8ir&#10;MzEcnge8btw5R5uvbW43Y8vTWuzKhYuwodIzqOohiWrk8Pt6mTlLnH2x5Qns9gn5th3fnGV9OiPv&#10;UO1BoQKAiovDuYcMnrVx3V0933vfAZXsaDq3cm0OsMZAayt3BkKM0OPSljlQJWVlbVJDUVlTUfcx&#10;+mNObgC9iTxpKCiX1rkKoMSLlYbIbf2LLcspP+9eySzsdvjUOu8Thv8AS4/y/wCrz6MuZeceZLxj&#10;BPydt62a1A1Sx61qDQ4Iox8hUjjnHSN2zs7a9PE1Su9M3FXyIA32uMmFK8mpCyj6s8SkG5YK/AsD&#10;yQpIZ6FI/t5GR2ayqTCwL6jb83sefYotL7bViFpcyJIpNAdLqcnz7CP+NAfZ1CG57RzJPdHdNvie&#10;3A7tHiRGlKVCkPqOQaClfIeXQ64jObOp6NcTlpqfJPo+3iqVoshBq82rTLUpJSLHdvICSeB/j9fb&#10;Fl8W0BFRToUjJ1ehrAWN/oCCCSRb/W9ke+bP9NKt1bx/okkg5GAfKh48CD5dSlyBzzFuMX7n3OQv&#10;eJg66ivEEeYI8jXoJux+vavFSR5vHU8lLTT654JqZ1EYVWikjZWBBJF7kED2o9v1M2Yx9Ti69PuD&#10;SiNopn1u7Ru0osxdmuYlvp54HHucfZXnDdLgXe0XTGR7WISRuSxcqW06GYk6h5jhTA8hTHv7wHJe&#10;zcqb5tHNWwt4Ee4syTQKFWIOoU+IqgYduDHzpX1qef4X9y7v3Hic1s7P1UlZlNh0FPldo7hkUyZV&#10;KefJJBLg56ho5BLirTKY0P8AmQtgdNgoV7vyNftKoqqbH11REJZxRRwyhpaN5auyU8kkEnmjB1uD&#10;qA9J95hbZHabraJdXMUYNBRwKMGJCgAihoWIFPPz6hOGD95PHKyVXLkD0UE8fmFP7Otkf4ybe2b3&#10;NtnFZjc+06Guq8LSTZOXcFDSx0e4GjxjCR6ZK2iloa6ZLMoMPk0PexBIv7yUWpaemppHmipoYo4o&#10;IoZZBKVjBC3WKOI3dLegXADcf197aKOAFUjXWKCtBwAAA6LZ43luHlGZHYk1HqSfxV8yehCzT4+h&#10;yNZWUNHQT5mrklqcjWZakgakWKVIJnp6eWorKmodo6ic6HMihzEq3Km/tV4mup5Wmhao/wAkdABC&#10;0LKyOjLGzyTOWDkSMNJUtq+twAACScM7a0+NSR0kurOSICiN4rZrVTj/AEoNf83oOi978irI46DI&#10;Lj6GDO0M3mkmjqY3pKiOSndvA9BAkTfbVFNeWbypGqF+GJJZn5KcSNrj1OxCqVHpYaR/ZYaSPr/X&#10;n2nabSpDEAfM9J0gcMPFJr8hU9BJnOwBj6WenlgxVNi4KmeWWoirVlpRJqjkU+Iz1FqytjQymN1Y&#10;rLLybgExGxz08LmGS0h8ksUXgjHkeeWR2S8ehQDZiWI1Gwvcm4chuYmcKUGkNQkHh8/9X7elMsYo&#10;msdwFP8AZ647e7WxWaytMZaSlnpY6qgp6rI0mUqJFoKKipGWN4ozHV1s7+dYWVFWFAzMEbTGpcPq&#10;/HZUVLVsAljgaVY3iiuF8qDXIq3/AAP9tz7FFtdWZj+nfL0qD07HLbKnhMKmlK9Hw23ura9fhaTG&#10;5BqeSdselVSV9crxPU09VHEiyRCVFeQSMWCsQHOm5AJ9t+RIrqcUlcTHPGq/b1FiqBldvRUNfUoP&#10;Fip/HNhz7ft9UEhlt6NHXuHn+XVoFWNzLE3ZXI6Um2lrNt5CbLbfAqsfMJf4jjpGWaeaGSHS0mOP&#10;hUMCbmRHBLC2kk3UqLF5eTH41sa0cf8AEAskcE0s7RpVIwDRH7hX9E2g8HUoZQLNf2Fd75dh3jcr&#10;LcJbt12+Fg/hhVNHFRqJI1HBoRX/AAdC7a7yOKstaoxoajNPSn5cf8/VcfyR+P67+7RxvY0WWq49&#10;mUlclfntv01JRNXYfK0lU4yFauOISslhmiml+4jjSco9/wBk6yQkq0VDJF9yqUpDeJUsREQ5IJJQ&#10;sLve5a/1N/a8bNaQ3d1d2dv45lTU2o91VyACc+gC1H29TXypzjtFlaJBe3Ij0VKmhyaUAIHAfPOP&#10;LotO/fjRlX3dnMv1ziMrv+jq8er1aVdWhyVJJQLDEfDLlZKZ3gkpY1hWnVi0IUX0JazmKeQ0UUUz&#10;FZFWwkjYNcAek6iLOP8AAg294e818y3XK3MV7dW9mCGkc+DICiqQQuunYVZqaiyijE1oT1lFypte&#10;281xC3juXEbKpV1UHUTXgO4mnoQKjzHVG/ZW9Mt13vzKZCDAxo71tbSVG38pT19HBTCJTTGsenhk&#10;p5MdlZ2ikk1KoGqRiQfqEbuKZ8ZRyirYfY/a1PnqHMagAxuHWWF3RxGIzquLggfj3IXtPzDy1zfu&#10;N1vMkD2242riTT2lFCsGVxKWUmhBJ7AwAqR0KuYNmveS7nbLN7uOWORuxo2o1QFJBUA6WFeAOfl0&#10;Yn4irgPkFviXI4HGVeK3xiMjjcgm3xDkJZoFOYhhx9bi83Twy0tUEqkjASaOmqjM6nxN63jLhkcV&#10;sHHGoeakilLRGt0BS5ngm1yGaFTojkAQauLg/wCtyc+du3Pmbc4bKa2u1+jcCjjAzTTkGtCCPTBr&#10;1kVypzDvG62NtcvIdPahArUNTAIxSvp1fTt/enzb3VVY7HYvKwYSkiyZ2+1cEKHG5KgVKemxdXrq&#10;ayoxxqKhSHTQRG9ylxYBKtV9W01KK7SKb7giZFSjRnmVSwMmkAKI7/6oi5H+Hs08Pn2e5S3gEEtu&#10;MMS7ih9ODV+3HUubbJcXEOqSWtP9R6E+LE/zG8luL+7UL7e3FQY1BR5DKVG5MhRfw55GhMcMbxwM&#10;09WqS3eOLgBgCeR7Lb2VmdlVOSo8htKaVa5hOuQhNO0AqZI9EsdQrRx6GaUO4JLXbQLH9Q9y9yjY&#10;8xQ281tvqAwY0EEsFHDSNRNADT09KDp25EkQDoDg5+VfPq3f4jbO+R2A21uLbfyBiwVTjo2oZdpV&#10;WGyT5SfF0c7NBU4qsiqrSRU0MtPA8QA0xmRlK28RVmxu4qyugLUXjeaOJC0UrsASy3W5ZhYMPzyB&#10;+bfk0uttt4JGE9QpPEDp+3m8QBSSf5fl0M2e2DhsbV3yiTR0tRUSf5VTxRKwJsV0BYn8g5uQLP8A&#10;0Dc2aM9VNk6KeCqxyU1d4yA7Rm51FUfxyhSjDQxIs17j2s2+L6SeOSG41W9fX/J5dKTeR2TeKzMF&#10;Hzr0pdkYhcDkaWqx2bnyeG8n+ZSdZEi5LReRHMcw0SqAylBZWPq9hDnKaSlo4FOp3bQ1Rdj+2z8h&#10;SCTdIiGt9P0+xpt0qyzyMBQ8B9nRe3MI3O5aMgBFFVIrn8ujE4CvgrKydgqIi6xSi2omnj0LrEhP&#10;LOXW45/r7S9JTEVckwFiKRrjQrjW0ic/4uxB4/w9nNxKPBjRv4/8nVLm6GjJz0qKyceCCN7AvVx2&#10;P9AgB+n+JJ9tI8lWZI3KNeMmNo40VxyUFtKqyfT6g+1fbEquK0B9ekVxKbcxSA8R05LohVZFLqoY&#10;enXwQfweOfYl9IbjTAVOVx9fULF5GMaGrk03klKtCdSoFZfIGS5+mv2Eeftsa/itJ4E1UoTpHAeY&#10;/wAvUqcmbubW48BXXwnXif4ugK+Rmypt3YfC1lBAZZcbVCeTw2UijeIxVC8EXJOlrW5KD2K+7d01&#10;cK6VljCqmolVIBVfxdlGrV+P6/X2E9l2iGWlUbVXqSmfx2VpKafUeY6DPrfrrGXLvSy6pJZNIll1&#10;vGxUDyaFe6An8G1/ZVt49fbZ3nXVWVhrclistl7NWzRyCqo5plgSASPSVLalZoohfxyJqYkkEn2O&#10;LOOezhkhkTVETnJBpQCgrqVRQZ0qK+ec9R3zFyDte431zuNtK0NxJk0VWQt/EVNKn8+jUYOuzO36&#10;KKjempquiokMVHFoFPNHGGJVPJGWjYKpsvouB/X2tuo+p8Ftpmy+ZyFVuXKUtTSVGOkkEtHTY+oo&#10;aoz0tTDFHVSPUF3ijursY7r+kgm5Zv8Ave6zWy7ZBKVtnBDk0ZnWlNNSMCmcZJ7q5PQdseTrXaJ1&#10;uJJDPItaYCKDWtdKnNDkAkjy6Cztne25cnStt7EsmIocpT1NNkpVaCtrKumqofDV0CtUUWiliMUj&#10;eqMCW5uHBtbD3SkOR+5qo4khZYqhZFIUo90X1fuNZGCg3bjSL34v7O+SWazRY5DqXBHlw8vzH/FH&#10;rXNFt4ljMkcY16TkCnxZ/l0sOmaWfE4VcfPVy1UbLEYJZlCyW1ElfTcEFQQP6W/2Hudt2ONpMctZ&#10;G01TTQ03nlaMRh6ikS1SUjFynk0s1ja17WHtFdC4itHRbgMKU1cK1oK0rivGnlw6CllcEFCD2kZ/&#10;Z17cMlTHT5M0kyLDUtUCKNHBESVUrJT3sL3vIotYe2LeCGohipXpHp42sySKoNSvq9Kq+oGNB9Da&#10;17ezPaVRlkkaYkniMgY49Fe8SmRokZQOP2/t6Ue07IHn+6M8yRWkj+iFwArH9TWOpbfT3A3jTKN1&#10;ywVRXz0zq5AMZYceqzMw/QoUADnj2s2OcnalaGpRh6U9egzvBcLOTUllGCfl1J2TUQz7Ux1XQ3am&#10;q6eKWnBGhmhaNZUkZCvoeSSaS4/qL/n201ULPKvg1MUVizoRqZLa9TWe/wCDcg8WuPa2MjwXE3A+&#10;X+T/ACdRBvEEUq0mwDQZGKk0AB9a0C/OnDj0p6Z2VbvYsAToZyAQADoJFibgEW/P0/Ps42a3/LW9&#10;RbS3vn8/j9lZiuw9DtSXfi4t8plMIabOUuBjrsDFkNsbgw1JlcnqIRZ6SSkkqZVb1pGoGB3P+3Wf&#10;L93fi43hbKNbpofrFgDSQiWcBTHrjmjWT8P6iGLWRTWg7ue+98srYc7cx7BtNlPe2CzNcC2D+FHJ&#10;WJ5XWQrNFI8aVo5Rg+gExqjN0EWEwK0W4NwYCiWefHQZSbIDHRSw09PI2QgSaNZvHJBUSRxMfQyy&#10;AhB+lS/pQuK76j/0mdkfHSr/ANxG7KTZ1NuNdzbcqarGS0f8Vx2Iiq8YKsUtNLFmoK+unrUqKbxx&#10;tEyaohKJLE228y2m9c97v7W3zLHdxWAlWWByoQPHDqUAhR46tI8ocKsenRRUOodBndOSGHLGwe40&#10;MnibU954JhmUPq0vKFkoSVEZSNIvDYu2pCzSNgdCJ/duiqvsK+RRV08UjR/aVI80DRJ5FWTSWVWQ&#10;KqjQwP8AW/HuvjrXvPsjZ3ZuD6i7k3Tkdz77qtxzZDC79r9y0u9slRUdLk8I1dsirx7w5xUx24cf&#10;hZwYJ3EsD1PMaG7iIfbvmvceXObLL255/wBwkbfZNx1xXwuRLLEqPC0ti0UOtlW4igkGnUkyNMaB&#10;SpPUtc4ckbJu/LN3zlyXtSW+yLbBZLVYDbpIWSULdLJqipLE8igmMUYLp15wskx9EtO0VNEtJTOn&#10;+bogaIDkepTTmIq3HFvp7ORu7s3tKPJbTpqDYOxtwUGSydXQ7pzEKYTbP8Fx75Y09DUYvHRYTLZH&#10;LV1RiZTLJF5AFqI0Gto3Yx5L7zvXMG0X/LIsbG3u7Wa5ZLuV7140gTxNKGJJFnllkaLvaMFdLBVU&#10;sju0cDbZy9yxJbbzNeb9d20yQareLQ0xdvDZmQuZolQLKK6+46WJp2UbjT0FLTW8c9Ybf8dq+sqC&#10;3+LGWoc/7a3sQMK+RrY8hPh9pvWUcEnn8VJgTNBFVSVFpA9Wad41q51aMaJHMnAZ9Ny3sVxb1tlk&#10;t+8DE266pKV+MiRtTFqZlZQppUtnuJOQC9ye3h+m+u3vTMwIDu6rUcagVB08cBQMAeQ6zsgT9U2n&#10;n8y24AJNvRyRb6eza7A6O7GzK09ZlduYvEY+opzMURaCvrkklrYlcxU1M1VEBGvlcjXqKqoAYaiA&#10;juvuRZQ64oDIHHASFkIwOJBYevyB0ip1EiIeY+duW7Zmjs9wknu1Y/CCqUUHIZuIBAUmgUZqwwGT&#10;lbuPEU7CP71jJrdPUxRQ6RlwL2OoO3puPSD9SPYwwfGuiqlNNksXjxTLNS1M2VlfIffsfEFkxjR4&#10;6WhxyLOy+rSVkBLXB5X2Ern3M3EPG8N+2jgEFBX1Jr3GhpT8J9PPoEze68kApbyE3BQjSPDp5UOp&#10;wzGmeOP4cV6aV3IrvHIlVMCVkWOmT7azk6AHkFVF5gEA9OkKGueTxYQ9tdR7HxGUjTD4KWhno6R4&#10;qqaOCKKaZpmhhqJpamP7nczzGKYF0+6SEBiWjRD6A7u3Mu9X0Tz3+4GWGRhRa1A4lTwCilCF0g4N&#10;CSc9A7cedt/vLUx310rIXoqVY0WhI7cRChoa+Hqqfi6w1VfV+BHqZIplkf8ARrfXe50DSqCmChrG&#10;/jZhb6/n2LeF25t+npzXVJoK3HzFWM1GI3glvq00cLwxIBDJI5PGk6SBcewze7luMz/TxrJHMPwv&#10;UEf0jUngPmR0Brvcr2UpEGPbT5n1LH1JOem2qrK2e8EEclNMpCutSumVRx5JXGqQIALt+ePar2xk&#10;6WmrY6DGti2NRIDPTU9OzpTwsyxyCSZ4lR6osp4F+bWsD7KN1tJpLc3F2sylRQMTQsfkAT2/PFek&#10;zNMw1Tlh6Z4/l5eX2/l0mNzYRq2japrY6mFIox4qss8Ez1AYafFDDMC8It9bj6+1vNWJFrkpoqFI&#10;KZhPlHrhKkBp4I5DKqtHpp4gJDHcTusaamsSdJIfWGYlFd3MjYQLQtU4FMlvt0qcfnSyMCjanLHG&#10;kduD/vX8yBTiaZ6DiLHSPKsNU1ess0bQUK00qa4fuWgsxEshZrorAFQ7cXYKLkI7K5OtrGZlNG4m&#10;Vn1tY0dOrojIqzPIyrCRxqAOkjgtfg8srWCIEyK/aQBT4mpg4oM1rgn0rTh07HMh8TSdSr9lf2ZF&#10;fz9M56XOI27RUMSWE6GK0WpSn3lRKt9ZcMlnmLH1G6L/ALz77xDDJUtNSSVE2RcLKqUFPBOYKd4H&#10;d7AVSos4ZQAGA0gD/bevUFnJLIkPgg0JdipYg046Saf4ei+6uSJyka6POte4j5imP2np4q6KDFyV&#10;uQ+2hoo4xFJNWTmnFRLEIT5H1RSt49B94qymroqmopZYqugamkhlSohmSkpIwNaSghzJ51JjddV9&#10;Vl4W5B93glt5EjlWWORZAQVI1MaEU+z/ACevVC7gIRKGYkggmrYFf9Xy6l0kmMq6eCojkpK6KVJY&#10;hFPaoZtTxMroSQbhmFhpI45uPa/2rndqpTw3q6WozZVoZJRHKk85Qusei5cutj+scWHPN7Bvdtu3&#10;gzSKYnjsOOmooP5V/LqrXoigIuENa8M4+XQN752Hv/MZl0oZHo9oWgeJIHptazaYzUusYWKWJZJU&#10;Y6b2BP8AsPbHu7dNJSSVNTFOprIofHBTkMfNcqqroVlvKL8WIv8AT8+zLZ9mmljhhaKsJbJrSmON&#10;fTooacyUqOzzPGnQrbM2hNjsdQ0M0C+ESPK8x0lzI5uzFb/Rv9f2EtZuaRys0klTJM6okrSQlBS1&#10;AFmgiTUxYRxrqLkjni3saQ7Uo7FiQIDjNSw9a+VT5Z6QvGh1Lq7q4rmvz6Fenoo4vQkaIi6gAFBZ&#10;uSb34IuT/sPbvj9yRtMoSqnlp10qoeO0Yut2JAN7arn2kudrdUbXCBKfnU9FU0LKRqSjenWWSkXQ&#10;2kWY3I4t/vvr7VVJuiihd4nnilkkNrElCEIPCr+qy/7Y+yebaZ20sIyoH59MSW74IWg6bnopi1wt&#10;h/T63/x+vvr+O4tXSk+6jj1tpjKMFCSyPdAFbSDrdr2BN/fv3fd6Wl8BiBx+wf7HSaSB+59BApnH&#10;p1nSlnB1lARxcX/AAB/B/wBT7clSkqpAJBHUTIA2khCrDnS3B4ZSt/aVjPGDpBVD/LopnaVT2sdP&#10;2dSk1rww0r/r/T+vFh78+RpqZJI6hYmkiLXU3f0sbL6LBCefp+Px9Pfktppyugmh4/8AF9Jgrmh/&#10;n1y8LScFm0sb3UhTx6hzyebc/wBR7S2VzFO1DVS4+l81ciEQLUqI6OHWulpFiWRPNMAOCx49m1pY&#10;SLcRx3ExS3Y5K5Y/KtMD162H+noZQNBPpU9S4oXuAWIjFrceo883e/I9grLmty0VYJqaZKSkkjCT&#10;zmAVHgQsyPJGCDFE72uebr9PY5isdquYCroXlBOla0qRwHr/ACP2dLUa2micirTAmgBpw/w/kD04&#10;+ND9Of8Abf8AFPawo5apVKvU1lYJIhcqGmvIELRvE5UwxowvqsCLfT6eyaeJD8ESIw+dP+LPQcvA&#10;srq5UKV8s0/MYP7afZ5dd6VWxHAH1sPr+Obe4NemVWeWoxUYpA8DQyrUOsikjUvlED6Igb35N7f0&#10;9vwG0aPw7ttdDUUFD9lc1Hyx/PqkBtQoW7Zmo1RTGPQnNR8uuQIP09sdVg6eKETyZXx5JgHqIGmS&#10;GCdkEh1pHIECq4P9Rb8f09r4twlL6Vta2vAGlSPlXpTDfzOWhjs62gagNCSB9oHl9n29d+07TZKF&#10;62elyRsY5WjjJkZU0ICAYmNwQVH5IB/r7M57crBFJb6cipHn/q/Lo2uLGVII5rbuLCvl/PhT9n5d&#10;e9wMl92A1RirvDGshV6UqgijQWtIFLeWQH6i/wDvNwFVmbdgqXTdxxnNT8vTpRYm37ItwH6hIqHq&#10;an5cKDr3ti+3/vHj6mHKRQ1UcUck3geOKEaGfW+iESxEMGa/4Ivyfz7XFv3XdRPZSMjlgCak/ZU0&#10;OPKnz6OVuBs17FJYyujM4UsCSacFNTX7acMDr3sqO+elTisuuewNFJnYTVUp8FUMvlFxrw1keXdp&#10;qOk+5iSalnomemkZY4xOY0V1Z/UObHmLa7vwk3S2VNyJOlsmNyCX1UJKh0060NNSsKIwNK5B8qe5&#10;DbjtibXuM62lwEfuTw4/FUp4KgO1G7xJplUVJTUxqF7fe3Sfc0mwNvSbl27Wx0WQXE5GSRDlZqTJ&#10;0NNNTJkKuCeGujqaWoloKDH1MkMEkMr+ekjWcRwiaWMu5g8G9d2vrfxIEJOptEY8MKXeVC9O4ojM&#10;qspV2NNccepkc2+1k5g3kbRdh/pGnRVCxh42OrQhUqysokeWNXZZcLK7Rq8piV+DxpIAHUMBzYi4&#10;v+D/ALD2jM/8hqvcmH2ji5dt0uQ/vPlUwmQ3FS4wVsGHWszOMxcGPxlatbRR0eWirkSSneojmph4&#10;3jZfOEAKtzgsdmurG52+O5n26S4iDUUSW5kr4ZjkYsCHEzgVZAoMMuoq+hWFG1e2h2ncuYL2fdDE&#10;1nbtPHA8jRPMFgaYO8arqeHw1KlUYMdav3Raq+VNJ4NltbTb/bc/4eyQd/1uQyHVe+8JR5HZuyt/&#10;bb2VurdNfS9f53Pwim2zQ5uhmx9Q8FblaitfLZKjgoJVqY0qZKcZDxRFoiXYg553B5fbTnWz3Tmi&#10;1tecILK4uYxbSNoW1hdHRwkbII3nRYAXZCYi5jU6JAZMkPamO0teeeWNxmstx3HlG73K2tka+hgO&#10;q5eFkkWoiVBFHI9wnhkortb63oyqq8/ZYOvt67z3f1/t3IbnwOTr1yMWVxWOqJsruqlxuY3djtvZ&#10;JRk6bK7eydVuXCZ7dtV/C/vqaJIKGeRjUhket1rAPLvOG67ry3tl3vO1SzTS60RzJdrHJdR2zLr8&#10;WB3uIpruRYDPEFWNyGlVVFygin7mvYOWtg5q3ez2bc4bdInjd1EdszQ2kk8ZKNHcqtvNFaJ44gkd&#10;3ljT9Elhbqp97WHUeR3JW5mt67wnYHb3T+aJyOP33tmkq91bux1FlNuYKkraaLES7kElRi9wlaim&#10;oYJPvaejq6GhaNp21JqryjDuF3vR5c2fe962Xew0kV3bRm4u1VoUSWMQm5SXwZi7wwArLHFJDBIG&#10;lk1KJQt7h2uz2212nNe7co8vb/tpCSWNw621m8sVxO8bPMINKywdksjKYHkimlV/DVlcr72Ls+Q7&#10;XXPtNJun5C42gpNvY+lrK/8AhuzsxH/CabM7d2vkN41mGwuBystNXSSZdKhqfGwVby1c5UXpo5Fj&#10;lHcLnmTb91S13Xe+bbPVaIhPh2krSeGYIJbpoobdmidFbx9ECSl5W1Fki1okcw7fyNJtD+HsPKE9&#10;2948iR+LdwkSNDPcR2iyzzxakpEYxJO8QWJdTHxmUv731ndmV/yE7A7I6i60757kyG6MHiqjcW69&#10;i7/mmxWwqDF1WPo4DJRUeQiw1Tt7Iw1G46Z42OEkipfDKIoopI/JHHPO2w7bzxzLzDy7y77jb4N7&#10;ggEktrelxb1lRaKFKxy2zETK+YpqVZURXYNE7tO+Q+0vKfKvPfO/tJy5Ftk9wLe2vbNRJetLE7M4&#10;kZDKsqn6eUOPrVaTWviuyvpb3ty2f/LbptwdaYsdq7o3VJ2jU5qpxm5M1t7duMzdDJgqKtz2FoIM&#10;DNXY2np6E5bAVUF0qJJn0RJBKsLCQDXLf3c9tvdjd+cuYL6LmWsgkkhlWVBHAZoowuuKqhomTxKg&#10;6ERIwuGXor5i++VJtXOt8OQtjsRySltHLbRXFtJC3iusMsjThJGaTwZ0Y6olRSWeWNmAUn3sctuf&#10;AX48dP4GJJett4b4qsTMjV1DXYzJbu3FnHiRg1S+FXcuN2RDHPVxQymN6COMQQj0tK0RjHNj7Xe2&#10;XK+yWDWvKg3EwkhvGkecznUe4w/pwVJ0kFYgjBVJjEgDdRhvP3q/eD3H3iV4+crDbI5kNGjljtba&#10;BTVtPj+BLfEqutarOXLljUIriT17/T2PvWeyhVZM5yfqOfa+Foc1i8htnHdjYva2Ny2KWroDVZbc&#10;OFoNsS53LYLOitr5I1jmniCgftNGjlEHOzy2O92hmm5bNmYJQ8CzQ2pZGdXLyRsjSGIl5GDRyaWU&#10;A6CI5ABD/PvMMtlaDZ19wFvNzmtJEuJLCW5kjko9IoJ2uVgimgKIrgrG5INWWR1Dt1cH6Ee2/sHa&#10;uJ3dU1dHnqOo82LONpaL+GyZrbtHgWSHHzvLhKjE5OCsjppUpncK01QVE7AGNkTwyRbctbXuNrZj&#10;cDK4RiQY5ZLdySmnSrQmN1AY1RlkDK1RqYCpU8p77uPL1ta3e2TgrcCR38XwLhrhayCk6yxMpILK&#10;KqkYOmpMisxk79htBFjcdk48TTVEBgH+TyzSVU9ZNVVBWH92onyMktdUM8BsnrICHxqgVVUShZW0&#10;K7fMbeNtQYNRtTaaqGADFsgAjjUgUGoCg6GM8t1dWT7hLC3ik6gulUVV1N2qI8KA3xGgJI1FyzFu&#10;ve2PPwZOmr4aiSaCWmhSWWQzGOGGnaNZV8zs6SssMrSj1CIhb308XBtFNEtnIViAGk0FaeWAWNKc&#10;Mkn7a+Zhs09lNazRRo6zsQBpqzNWnDINQKn4s8K5697Drs3Ow0mDTGYqmWkElHHLU/akJA0LwSUi&#10;U0iwTRQTwpHBGI10k+HT5FEek+wxuyrtu23gRSjNEFAFFTTpZECjUgbuIUhdYAALKIwABryTtcl1&#10;ucl/fzGRlkIXUAe4MHLglWZWJYkkH466G1EqfewZylHGuNWrqnkcwyzTwo0MtR9rJ9q0DR0TyvUT&#10;xaxWNYLKqBSVIIt7RXu0wWmzW93e3btIkpcIVaQxyCIx6IiwdtWh200dVILB9QAAkewvJHvvBhSm&#10;sAGjBdY1aquF01I0DJFa5xTr3tG160rQaCVjFQ8FPI0kCxBiFYwypFK/nasg1amPpLrEGJCtpBRd&#10;T2TRLAIzGJlSNm0BSdRJV1QkyCRODsAC4jDEgOABHamYOr6ahVYihqfmteAQ9oXBprKipWp97ZqW&#10;nQV8ap92/hiqKOIOInWKr8cYaaSI1SNJGI2PrVSv4Q6gfbdhGst5FbwLMUWJ4YzIVOmUKglqK0ZY&#10;kPxhXDa20lGQ1MLiYm0ZpPDBcoxpqBK6jgHSaGtMHJ8wB17265GClXE4XHUTD7iCFp6ipLu33Ukp&#10;COjoPOZ5dF0W4Uqbm5FgLcxRWkOxbHtdndv9RGmqRwQdZJXUjD9RpZDQooZV08Q5NR0hsp5Tf7le&#10;XIPhOaBQF7QBUEE0oK0Jx+w5697ZINltX1UUNHSEzioljkUQhdAUlfWrKsgYMWBvdvT9CeDCG9ba&#10;876baNjdLIVIppNAfxUxX8hkdGp5hEaN49yNBSq0ODioAP8Ag68f+JH+9/8AEe7lvizsePrbBYit&#10;Sjpl3LuKpSRzNi6qtqU2xR1FIMxOyY2SOqRaqCb7ZVWRHZ5bqrhHX3fedUNpb7NbMq3D97VGO3SK&#10;k1AGgsCuogBmViG0lTi3z1fWu+XF9d7hcV2i3BFS6KPHdX8NdTgg6AryNjSoQa2TWpKZzzT1Uc1F&#10;SIXlWLWo8nhVqoiRaWLyWIUCT1Nx/ZH9b+zQSYrI9kHKZHde3c7tqgknemxmNrJsckkOOpahlpKx&#10;ZcdVysktd4Wl8cjhoyxXT6bne1bom22VpHZx6bvu16jVy2RxV2UUGmhU6hgnSe3rH6836LYNx/3Q&#10;7nDcRjOtVJFdIqGEiqcE0wGVgD3DFc2Ppmx1FSU7TCoqVgT7idmcvLKBaR2JkkF1Y2/x/wAPzwoe&#10;uNm4bHJjqeGqahVXi0V+TqavzlgVf7gzO6SO+pi3qAJP0HtdFvG56VRTwFOBJpX1Ylj9pJPzPWpu&#10;et83Cf6iSWJZyfiVFWn+lC0A+0Cvz6ls0zeqwv8AX6/Xj28UGHwuDp1ptv4jFULvEyr9itHETGmk&#10;XH7odiobk6T9Tfn2zLc3NySt9dSGEeRrT9nDqrX13uU/1F7fTSEEHubVQ/7Y/wCTrBIXYDy+QAX/&#10;AEE2t/tjz7i1WeyOL1rFEJZHCFIXWVAshOl3ChzqUA/2SQf9f2pisLa60s5oorVh8h86Vr6Y6EFr&#10;tkV5QFyp9Rx/2eoJpxJ/nFKMDe6tz/gPp+fZdPkJjJ997DaLJ9Obd7NlhqMhUQ4Xcs4GLpZKcJFS&#10;ZGkkkxdfXx1+QhmtEII4ShB8lRHHZyGeaNoW822+28csWu7MTVIbkxiMEagGVtEreKR8ICgAEgyR&#10;jU3Uye01pcbLzFDdWfO93tSyRoDJAreI9e4xsNaKVRhnXqUihSKSSqHLTVFPBP8Ab+cwuSiG4ZmP&#10;kVmHOm3Nv8f94965G9fkTntp5vJJ1v1zsDrLYeK3BS7e3ju7pjrtKPOVArJvNUQwdi7mptxZLE19&#10;XjsVUPSpFLTTovqjuyMRhjNz1um17lcSct8v2O17JFdrFc3W32oWYqTqZReTpOYZDErvGsfhSaDr&#10;BBA09M7T2l27etshTm3mncd55hktnmtrXc70NB21CtJY27QxSxh5EViyyIzAJqIOp1BELAnytKGt&#10;Ytp4+v0sB9fd1vw53xuPKzUe5MttKEbC3htSiyEmTrMxv6tnR6ietgpZVo934iaizX3OCihauqUq&#10;z5Kli7LNC6TPmxscm58zbNb3i2ECbdc2ccpd5bxpW1FxFGVvIgGV7cI8sqyankZmUSRvHO3Pn3I2&#10;TZNovbzZbTeXO+bffPGYkjskAC+G71azkBjpMSIY2jGmFQCUkV1DNuGmkqsdOlPKIqqNDJASxQ+U&#10;EeO0qsrxeu3qBuB9LHn3aVtnZmLZkbY9GlGnjoamkiTI5CaarpYq2qyAklqMlVVWSmxrHIFPEkhE&#10;NJaKlWJBGqhGSG32i0nh8UliSC1Q9CXL6Sc4qSAMBUoq00qRGN3uE7Syw7i/iS91SVVSGZBHUCMK&#10;ikhVNdNS3c5diSS75/dgwVDq3VVs+urqoKieopYJ46SpfQPtIzRwJQqxdCUZyLH9bHlvcDqDES4T&#10;sbu/C5Oljgem3xgt2Yp4KQy+TEbn2VhqZJtBhiHgly23KpWQqGkl1Xu5B9o7u9MqXAhA8NzXTXz0&#10;R1pThVtZJz3VPr0dcyar7Z+UZo21KbNo3qT8cU0hpXHBZFp8qeRACH7E3Ua7Z+2crg5hLDksHW4y&#10;SSatmgaKuxVdHHVJBNTyG1UqVxIl8gWJYw3pTXY2m5KxVwsdMjLC0VLCHMNMKdiqKpQt5GVUm8Kj&#10;Tdbqp+lxb2F9pgBvmmNTVjxNf9X7eo9uyySFQxBqa5x/P/P0VDpHA0tVvPK7mqkSvNRl65YY6ise&#10;qVXNTqmjiSESa6ZaxGEjF3DMvJYG/utfvivqaimrHqautamp2qGiSPQ5RUpw7ai8cjsESkYnhhc3&#10;HqClcm+TRb7dBLdhAumPUzUqQFySMH/BX/B0IOVIiu5Rk/iKjiRxIHAEA1+ZH29Wv7XjpYqKFKeK&#10;CJhDGkiRogSNuZGCaWK6FD2AsvH4911b7qM8MZi6na9NPM+42o6+nylNUZOvgNNFGlfT1tPFLBTN&#10;PS5WJ4oDSyPSRTwoE8kbO5B3vE+7brtttPyy+oXTLL4sbu4RNKSI5AjXWJCVR4ZJIo2jQKsqFnDZ&#10;O7DY7ZdyXEV+6LHEjKU0xqakshBPiSlGQAt4qhzGRUKxABVCFb3v9P8AY/W/9PY49Y57MnFUX8Vx&#10;maxVdlGaSKJYfv62jqoEFP8Aa5Cajnqkjoqo0jOWkaeJWDqspOjUdzwySWUM08LKxWjRyOhKVofj&#10;BkBYLnDuFJxK4KdQHz3yttyXt0kN3DOsavpIAVDqqdaK2jvQP6AldDFO5/Dya1/r/vf/ABT3Yd1n&#10;kmlxIgoxUzNLTyPTK1ZTrGtRqIjpI58hM3gMSTP41iWRDEklytvG2P3OFmlpdAx2ylmLCq0zQAgH&#10;0rVjgAAL9h6xXaS72XfALq5K2taN2se0D4wAvxEBa6qCrLkjUwZsvQQ19NpdRdWXSLBr+tHcNquG&#10;RxGBb+vP1AsHWG3ti6vMZ3blJXrV5+kwuIyeVRYjAmPpqsVtJio6eqgx+Lp62F6ehK6/HEx8Gkgk&#10;F3N9gsTLs+2XDiNVRyCqPrqCMazQVJ0ngo/PHQ+3Cwvf0t0u7dk2yWeVI2PGRoyrNqWpKU1qPiIo&#10;Sesi0ojhgVQFSN29CPIyszuztIwdmJa/5JJFz/X2TTdu9KjB7wFPmGFRXwVkEP2cNQ0zymSsiErU&#10;8ME8bO0SAIPKyRofSw1OAZ82eztr/bDEimOXRWi6aEHS1csCBWgJockGh1BWmS05HTfNhW82xBok&#10;iJqQABRG4k1JGM0FQQP4cuqWKi30t7HfCb2lkXI1TZmkw2LWhkhd1o4a6poomoXjq8rigXalIjHj&#10;DK0LxSiUKyFFYSRzzby7A+2zMyfqJG/6oXUVJC04mlaFjQgg6Rwz1ENzsE1tLbTLBM86zKQKsitV&#10;vhelGGCSAGFaeVcY5UV1KmNXVlKlWAK/7FdJB9unY20tr1FJWVeZqqseekyO5sTu7+F0FHRVFS0l&#10;IPscyY8ujSJSx1c0jSpBDE2hwTcRBoy5Xu7vZd3hjdnoWOp6IqEGpJZQ3cUpqB0qtF7gCELSVydz&#10;vcXUFusR1NFphkh1yNJQA6TESmlCSpH9ozUoAa69DII66nngSjhiNLqSKZS6g08KIR51UqZZix+i&#10;luP6+yr4qmj5qoz4aqdzUxxFJmSpiQJNNRvWRuHhiZ1jqIpECEBSqi7lveRtoEk+nmJostWagYVD&#10;LipYkEVAddIUcTkM4aSdy5jhiQIJSYYQVYkgdx1UJA1H4WowLmjAVbsAD9oub/7xa3/Ir+zqdRSV&#10;0eASbISSJJC6R49EUJJFI04WKCOOpEjtUJO7JGDGxayAox1e4w5xSEzSLGQDIp1N55UZ8wf9tX7R&#10;gdY5813kNzdypEf0nJr5g4zThxOTxyxpSopBqIgD6Ry31IH9LEX/ANv7GvsXduW2vR4CvOAjn2rP&#10;XS1G4MxI8Ea4GOGlkamqoo0mWWSWrkqlgMkTOIzJ++wjLe8f93eCxuYi0Aa3V/1H7QUoTQ0wzamI&#10;HYMVqaLWgU5av4bg3+3jcwNxKUjj0sxdiBQVClRgEmuSARGHbSpY/wCAY+rrXrZI71SQ/bsy2USx&#10;OYrpOLEzKhjuoYkKfpYgewX2H2F/epdzbdqtzUi7clTJxberZZsacnNWUlOuYrxH/F0yU9SmVqGn&#10;GieGSdUid04j0KD/AN5Wkv1Vut6ogIbw21RiUhRrZlWTUBq06aMmQGK/CARXuG2zWl1ZX8e2s10i&#10;RtMuliqgsYk1aD2qhK0kWReIVzU16damjihKzwxqrmaNpB6ioRE0BUQMFQKObf19oaLb0dNBmMPm&#10;KfMUdLT1ElLXUmRp4ajKU2TxlE9fVS0jf5NjHeatxkjSvAgljZ1AAjQRAs22SAare4WVYFARg47g&#10;yLqOk9sR1FKvp7qkVwOpY2wzXy2dwnhS3jpWq10aWYKocZlHYwZa0UkMQTqr1Hr6mRGikpjFqVYg&#10;JJpzArBnVG1DwyG9m4H59r34p0qVk+QysOOraKHEY/7G1VSLAj1OSWmaUq0Dz0rTpFSKmgPqjCsP&#10;oOS3cXiELSuSkkY4UpTgCCASKigHEgUoK9ZEcjbZPb748JEbwuvxDIBWSooTQ0Iq2RmueqP/AOfd&#10;v3EYD4q7X2rPm4qTL7q7SwtUKKCpUVUuI27iM7PWv9r5xLJSJW1VOrv42QO45DWHs6KjyOvHpT6i&#10;1gW5vcX5uPeM/N2/vc3FwitUDAFeJqfljroJyNy4u07RFdXMQ+rcFi38Knh9vn6dfPn7f7Cn3DuG&#10;thglvSRS+CJA7WlaCUNyCo9WhQLgf717eaaJVC8W9QB/1vr/AF/w9hCCRxDFr/tWOfkK4/bx6R75&#10;dtcXM1HrbolAPVvP7Kfn0jcLDJDTQrYGqnn1EyW1Rx8gEyH6hx/rc+ydfzGKmSj+Hnc0kJIZdhZ4&#10;jTwXSaWippQbsAP25G+v9feRPLDfS+yvuHcQga9KAkDNGaOv+H86dQPyXZ/vX70/tpLOCwtY7iQA&#10;5oyxS/D+Q8utwj/hNxX0OLxvZ9J44lqdzdn9a44zpEI2kjxu3d4Zf7aVluWjM8Sst+Lj2V/+Vblc&#10;HmPhJ15Hj8umQnwdRuvD55JEs2JyK7nyuUFA1lWyR4uvglS1wVkHP4E6exu6Q3XtrytaWsmuS1M8&#10;TDgVf6iWTQR/pXUg+deHUf8A3xdrvtt97uYLy6tDHBcxwSxtWodBEsZYH/TxuCPKgPn1sPd7V+Sp&#10;u45MZPR1KjJ47EVeCaGXWlchp4KR2X0KIpFyNNJCVuTZQ30YAWH174fGgM8MM086loW0R+bxqQUY&#10;NpJklcj8m49y3bLf3ZIVmWFTnP8AqoOoD2C9qyoJsH/P0THfO0+w931FV9rV5HFYakqal66LzypS&#10;VEojqBWDRIzxRUMSEG3jClgP6ey/9k7nelgqpaigkqpEYmGlpaWpFZLAlP5lp4EgIkkqJZNP69EK&#10;/Vm5AaRuWtsWSSJY7hUU8WdgFBrTUS1BQedCW9B1IsbS1URr3sQDXODxIx5fn0Yf489Z4+goqSTH&#10;ZsCkWCZqzIV+TpKmmkqGqmgmleapWWOnpovCAqRuZNTAKFsxWr3tbsTsXL1EdTgNrZbbEFLkoVkf&#10;JUk7GSnq3khRddYiQO7pEGb7eFmRdRYljGRLm5/1f5ck2zbpObxqaRDL4MRdigBBCEa61YZx8Ixk&#10;9SZyvs80tqzvYLKaHSWOK5yVrU48iBxr1YltrHYbHwRY2DK0eUm8Cyf5M1KZHEYQSMzU12MYNtOp&#10;voePb71ZsbeHYFZK3YO+chVxxRSSfwra/kx8bCpkVIxPPJJ4ArQN5LonmZmsCo5BanupYbXc3Gy7&#10;LtEV3eDQwneFFAWhLADWangT3ECnwt5Hh5UXRDdyAQoPKoPAcPLicfLoPO0+yIOvcTHNicLQ1M0k&#10;4gFTklf7SP0u0hsiyTMCEsWZkVb3PHsQcb1ku3cnT4fHY9cFt41dTWzU6E0c2TNLVhftJpfK9bVz&#10;VbShpqqaYxxqNN7lVaGTbc086cyC65nkk/d0TlixFAUVyVTSFVqvWrNldGBVq6RzdXO17Lscslho&#10;k3CQBUqupVZkr4hzSq00hSO7iWHDpE4zsOi3TSVNU86ZLL09LRyVZh8U8GKTJ0TySyhTGsdNHdGE&#10;cIT7iV+TZAWDP3h25m9nUI2jFuGrxe4cxDBFjMTiKuanqKbD0s0U9dVTyoPuYqiop43WOOFoyiam&#10;1Cylh1z1t+zWHtvzHu0Z8CFIQkcgqsjSsygRw6CGCrGTrIFaVXUpOoBzke0lvOZtuDxeIniVfX3C&#10;nHVTAFD8s/l0otn9add7jkTcP92MVlIxVyVcuZyWLpjJV16+aILTG/7yUUijW00bEygAEBTeZs3e&#10;lHkel9qTPQxUUlfSZLFz06iaeSWoxuVr8THLXTpJJI0ry0zMoklJUgc/UAo9gLS23PkzZN2tLNYG&#10;IcNTLfozTRkksSWJCEmpb4iB5VWe6NxdQcz7nYm6aSjI3oBrjjeqqMA91Pn8q9ZMRsVoOzNy5KN6&#10;mSFMhT1lNPO0Ip6YVePoGloqCnJaCnRQ5U6Y7kfX2iMF21j8pQ1e0d/Y9cqsEFJXYueSsWOpeikq&#10;xGC9QZNEdVRSiJbvIrTQOupfUxMj+7ke2co2e376LRpLG4ejBSUpItGGknRqU1qFFO6oqQKFHyXZ&#10;3G6zS2sUyxXcS51DUDQVHA1z/pSPtoelHufZNbj8zT57Z1TFh6ipkcZWGKmeSnqXKvIHnpokdZEk&#10;LEgBQqSDVYkke5uz8FQb1hmm2tPS1G1cPHPSVk61VXU5bHzVmr7ikqxkZGjgnlWeKJNKqGQsVJ9R&#10;IO5b5n2nmzbDaWl2slmjCMgszSLIFAeN9WQdH8IoCaqSGapju9pdctXoS+T/ABp6umFCsoI0sCoo&#10;cmtAe3AahNOpWY3QmDipKPPEUecyLxJSRkIkFW1Oyt9wvgQs0caRSO6C+gKuojUB7Kfvjqfdu1t4&#10;4jP41RjqDF1X39ccWIo6OOgppa+rlrIaGYRrBFQmaFpIg0gcj08g6m7X2w3CDc4d122WLwFfuCMB&#10;xaRhpSRqjTQdoJqFwCA2g6i5ss7+0aO5eszArmpz5VoMhvsx8+hGoMlRZOmLxSLOkqlNL6Sr3Wxj&#10;dhqS7j6j8D6+3rvTuubEdZbsyeZhM+F2vBDFHWpNUwrmNwHHrxMGljaqgORmiVGUGGRZNB1C9kX3&#10;iNxHt/7bTb1JN4kkT+C0dGDeKY6KXoaCrsrBe5akE1rhV7ectpzJzda7VZg1kZTWooIw4LUFRSi1&#10;OTXHDqFi8FS42qlqIwFqZl0lLJ44Y9bNGkKoqqgBPP1LD3rhLTvUTzzzapZZppZ5Wa5LSzOZJGJJ&#10;v6mb3w/Ys5LE1Ykk/aSST/PrpnHEsahFXtAAH2AUH7AAOlN7dYqIcERX+n49+C9uer6c+nXvc77Q&#10;f6n+z/T8/wBPr79j08ur+H8+ve//09bzG1sEeKoMbE61kscaxo1TMzkeS7MEOhG8cZvZbfj30at4&#10;4ora1sYqSShQBUgkn7T8+HWLV8XM892QUQAtinAedOH7et/j2n8hKUqmHhamliaRWVAWRiCATe1u&#10;bcf09l1yssc7RPGUkFcfZx4dP2zB4VIkZ0Irmn7MZ/b+XXvcFquqniCRxsWA9cpBYoNOoX4uCQPr&#10;+fZDum6XUELBFNKeuaY/PpfaQxtIFwAT6de9sUv30UiynyOn6ta6iB6j6SAbgi3sJ2W6rPPUkKxb&#10;zx+fR/NaiONQqjSRXr3sWNmVi5yilxMhAKRvNT6wrEC4aaJbf2lP0/wPHvIHkneV3fa32CYhVAZ0&#10;Fc+rKPWlKgDyNAOo45isjbXC34FA5VT6A8F/bxrwHmeve5eW2+uNg++qKU28rpCjquptV1DA3JUA&#10;G/8AsPazddhG1W43C6tzoclUDDjjiP8AD0g2+8kuLj6SOanGpqSMVP2Hr3sNsjCZzqLEPqsVjQAF&#10;ebEg2JPNv9h7ibd4jcqQ3a/y8hnzHQ1s/wDF6GpJ+eeve5GOp1h5kW7SOAXXXdQ1gRyOFJ+v49hC&#10;5i8JinAEYPQhtnBDlTXt/wA3XvdoPRmApP8AR/iayACSXJJJIJm9SjwloSq2Ja7CLn/H3Iu2bNDN&#10;y/HLECZpA9DjyJB48Pz6Bu43cg3TwzWigY/IHpI5zJNT1QjuRHEqGQXst5LFTY/W9/r7GXZHRcW+&#10;NzQWrsNT/wANymLrKvH5JJL19D90PuVQhWV1/skHj1C/sj5U9pp+c94u1gvraG5tZFkZJdRaSPXV&#10;9AQNqoAAQaCpWpGOpL5bmkvWhgQHxKVBrwA+XE/l0Bvd/flF1Ns6XJT4bceT/idFlKKgyWApo6oY&#10;3LrRyNQ+eORkkUtLdwyg2CE/j2dPtPpjbe6c1t2mzO2lqduQwUE+C3Hj5UocptPK4+RTLjNSN56r&#10;F5FYEZLH0MSCoIDjKXmLku0563S12ff9hWXZ4I1NvcwOsU9o8LBjCx1JI0UqKoXTq8OriitolWWN&#10;v2q5v7m3t7+1LR6xSVSNWPJqmhHnglhTGK9VDfF/5Y7qpdnb2rKTc8Ufau39w5z+8Ox87DUV2F7I&#10;2zk2+6w+86CMypFh8xjjXyQ1CM4jkMAdtSalkdO9jkNu4XYNdhfNNkGz0WJSLyJGWqMvQy4yNJ9c&#10;gkMdNLVxyk8swiPJ+vtdzdvm4bPFtlxt8TfVfXrbxKX+L6iN4kJochHYEjJ7Camuon+/30kVzBHG&#10;vfGTGCK1bA4k5z51xWvSV+BG4cT2Xv75IYLddNT4/D47Aw55JY9VbDX4XE5pM4a2hZInipHqY6Wp&#10;hljsgUvZVvZfYy7UxYxG25sxKqyGHGrS450TTCyx3WSVQR5B5GcNe30I/p7GzzQG52/Y7IkQR6A1&#10;OACrpUfMUUCnyr5jpRYxzyXFs+gIoAAJp2jjgcePp69E4787Ij7I7z2v01h8pJSwVG7Y87v5hKoq&#10;aKeeVcjjMdNKzxxGaGjEitGdf6WZgBckBOy9r7w3Y9bhNlVM+Hy0kUdbVVuPSlietBNDBFQzVspN&#10;RTKsMjyBk50pbg29hL3a2PmzcOTZX5J3uWy3X8XheGj3ADqvhmY98YClm1Ka0GniQOjPmRNyksYr&#10;izmMbsdL6QQGA7e4imBTA4gcB1ZD0h2d1J1LtLDb17iqKXJbTpZ6jF0cObkrq18XUQS5eefKriKa&#10;CSgyD1FbSRwtHoPrn1qCOfad278T9k7Jxc+Y7Hp4d8bgrm11MmbSSpx4qbkjxxTvqqZFIBMkh9Vu&#10;F/PuJ/bv2A5fDSXfOcy7pvjoWlDMzRxk/iNSGkagyz4JrgdFmy8rxSIoeSN52FWYhiB9gP8AhOfX&#10;pPZb+ZRvT5B77bYPx6lXrzZuBeKWeppvtjuquxjGRY5aqFqUQ7egqPExggji8oQAs2ptHurbtPZF&#10;NtzO5DJbfpEWkFfURCnpoGjgjp3lcLUpEWcpGg4IHA/HHvB3fbS32jfNwG1Zto7yVUpisauyh+Jw&#10;y6WArUVpSvUc7vYs8LosgeIEmtKcGPrnq+LaGTnyeAxFRWBxXS4vHyVYklSWRaiSkheZZWTSrSiV&#10;zdgoVvx7LhW49oqx9IA1nyAXVR+4S4A5F0UG9/oLewtcRlXNAAOPlwPD7Ok0EjyQxgVppH+DpT3H&#10;0/I+o/p/r/09v+K2Fn9yUMeSxyOlDQ1yQzTRv45fI8cZjEZ+qoOLuP02+h9pCHd1jFc8Pt+X+fpT&#10;MngWk9yz0CjzNKft64NLGjIjMA0hsgN/UR+AbWv7cu1cdner2NKm5TUV+RpaQzz3nbIBCg/ZgrHi&#10;eOnotFgAJVLWvpFyPZtvm3Haphb/AFyzkqv2rQUIB9B6N3cOg7y3ucO5O15b/wBkHK1BqDSoPDzq&#10;CP2jqLQ1cddCsyRGIapFCSLpcMjaZOCFIs/5tz9fZZfvpqqctI7zSTOSXdi7vqb63LNck/4n2HyE&#10;oRq4dCt4lc4bvJ/4rqd7sa+OW1UwGDfP18kCxQ4+XKzy2IWJVSaokEhYkqYkiAJAsQfZvrSGwgWI&#10;1B+Knp/gI6FnKNkbeS93GdaRxocn5DNPP9nHpC73rP8AJqbGQN/lWQnFPGoJuXfSiR2/OvyE/wBB&#10;p59kh7W3tUbp3HuLdNPr82dyjx0LRh2NPi6FftoNJZV9DRxarmy2v7KWcuZHIoWNaenyHQX3K5N/&#10;dy3LYd3JI+WKf6vLpWY2iTHUNJRRgaaanjhuABcoPUxA/tOxJJ/JN/Ye7NxlbuHK0lLRRPWVuar4&#10;Kajp4kbXPNNMtLSIoS3+ckfXx/Uf1HvUMc88kdvDGWmdgqgUqSTQAepJNOkksq2sMsshCxRqWJJo&#10;AAKkk+XUmaaKCKWWWRY44Ynllkc2WOONS7u5/sqqqT/rD3ssfAjqbbm2N3Q1FCiVdNtvA08VdXOS&#10;Y3yGPqXgEMAWMWNZlpJqyQ6nDeQJc6PeU+9bXc8pci2nLnL+2Pcb7dRqZSCA3Epha1AVqsD+LgKl&#10;TTCXma+fnfdN4v8AdLjwLEkpGD5xkiooaHEepWxgtrHWvz/P6+R+7epvhjUbX2dTVEu+O4N2YjZe&#10;JoaKRVqsfgq+grMtnMvVKrkmOkxdKtHf/jvMGA9QU3M1G8V+1mpzfXKpiWZjIpCsP1fpAI5/PPuP&#10;eW+UOboJhKszySDLCN1UY4hmZ0rTzAB+3qF7/kDZH3S2upQI7UOCFZa8D/DxFfQ1r8utJra1L2e0&#10;ElPS0M+QkgicVsNBloaR6aaJryxSVVZURiSQggnQGsPx+PYcS18FGbyS63f0hYoy8jjkG0Sgy/n+&#10;gt7k9vazmDmuaJ7+xFvGq1EkkhYeo4MwP2AZ4dSovuJsPLdq9rZP48gagiRShrw46Qc/t9OhM238&#10;Iu7e/coamo22u36Clpkeo3RunOeDCxxyguG+5qqtIKjWJV0hF5P4v750+dDhhLjaynjTkSOl9a8+&#10;sIGkawsOLAi/sk3P7s+6MZZ9u5ztpbx60RlZVr5rqFa+lSDp+Velu3+/Fhay20N5yzPHalu5lK/m&#10;SHIJ/wBqft8upO8P5U+5ftxLtH5HdSbs3HVlKODbcVdV0TRVjhP9x/8AEpmMQl4Kq5QRnQfUAD7d&#10;aLJUlWhNPKrni6lXR15vZkdVKnj6WHvGbnX20505KvivMGyypA5IWVSHiah4h1JBrimqjZFQDjrM&#10;LkT3M5M5l2ZH2XcovqkVS0TVV1qB5MAK8a6Sw9CeqwO9vjP3R0Huj+Cdq7NyO32nlqUocotVQZDD&#10;ZEws6a6DJY6sq6Wpici6AsHA+qgggSZZAAGFr2HA4P14/pb2CYbeQ643RgRU/P7M/Z0Ppb2KXTLA&#10;48XTgLxNa8af5egSoKCYmopHDyBmaQayG0NEo9CFiVUOP9hx7KZ2RSad57u2E9VW+PsHb8m6MbT1&#10;KzmifLYWClxtfHSs4Zo3b7eBnjXRYyg/m/ueOTL5bjal22e5Ph+AzAVJWsNEUAUIDlFUsBSvzp1j&#10;bz5tUG27ynMf0gjNvMo1EAssc/dpJDA9rVNSGWhoBWnW4P8AyuexUzXw4+NHyDgxW3arcXxJ7lk+&#10;O2/MjQGnptw/6N99ZOXc+1M1uCno44IRT0ce66uOOpm8wmWgmVW1DT7rS+IffaZLvrsDoaop8zBV&#10;7Gq3qsblK+tWRcxjZMm87tUU7OlbRy0WTinpnUmSGWCNHVjq0lqzvRb3l1axwOJUZXU1orAuSwoK&#10;kEVHxYPkejDnjl76jY4N2uZka2kiOoAA6R4ZUFSwOSM8K0waHrZT/mO9ZUGb+N2X7PosdiJ8hFh6&#10;eo8dJS00kyjMbdqMTTVOIqjAiBoRURPGSiyIy6kdTYg7sPY9TQ/KvNbGyO08XBUVu0KyaHPU+Qq2&#10;/iqY/KYengegomaejxkpos/DCZVUO0iWkLKV0yVy3uz7hvO9R3EYZzZNpK1BYrNEtVD1WJvDlCAg&#10;MAFJ4MeoA3/lqO19sdm3HatznewkvwwjkVCYw6PUMQFaRVkV301HECuB1XhgOncXvf8All7A7Eo+&#10;z931eLgyR3J/A6uhxbVGGr6HG1Y3Bj83VwwYzI7qxbZ3A1tVFDUs9qapUhVfU5oZ+HXeG/O2f5nH&#10;yy2NS5XL1m3dz0ecbG5GWWrfIbbo+v8AcOJ2zio8Q0z/AORYyuiz0rSoIyJJRHJa4J9kXshu5T3x&#10;sZGkZrcykCpNdC+Wc6SKkrwyDTqaPd3ZraH2KhgmgCyRJC9AFCljxLLgHjVTUEZAOSDeZvBdtdVd&#10;F9c5HM0WMp8dsSh2o0tFNFBS4v7kYYQ1jSwRxMiTOTIwdAWDarH1H3si/EDdFfX7X7akSpkrY9v9&#10;wZzZONq6gJLUim2ltraePrJXmjteWTMtV6jcsL/095DwbfsXOnPvOfNt5AJ5IN2ltoSwDKFijhUs&#10;gIJB1awDQUBIBpx5Y/eR5x3Xkz+pHIdhdNbwTbJFdXIjOku8807qrNhtAjVBpFVJzmhPRGO4vg70&#10;l8hO9ervkJv7aeL3JXYXpzEnBbfykDZHBUdZurcW6dzSZWLG1TPSyV1JjchS06yGNf24VIBYAqeH&#10;ZGNyeWgrshkp5IoJB9rTBmZtUsp0uwsxL2SS4/xHtR7jWlvuGyX3L1jpSWeFlZqZC08vnjH2dY58&#10;nczw7JzHs/MFwdf006Oq1Iq1eNfT1+3okH80PZWLyvTGV+NnUu1cauZ3Tt6oyO56qioYUbCbXxRN&#10;cYVESMsUlXUY8RxAn6XsLe1ljMHPTELUUkqAtpBaOwPP0J+luP8AW94j8q8vLbKzbxt0iITRWIx9&#10;n+X8usqeefcO23iVZdl3yN+2pVTU0+xqedPnXrUv666prsCjx7o27W0kbTMsVTWUrpHIqyMNSeNC&#10;3MRuDYDT7fDiaNxaSBVazaWIINwxHFhpBB9ym3IPLW8Way22kSUpVaGh4CtOPUQJ7mc0bTcErfTN&#10;EWFRWgpxPn516NnQfHLYm9MQstAceK5ImlLxKjNT6QgRSh0nykREr+QfbZlMaaWBllAenZDaQJyP&#10;pa4F29N/z7jHmnZLnYomtLwCTbqEI+nIJ9eJoMdSTyJzLHve5w3u2sYd3DAshYhX+yhoG/ZWueHR&#10;bu1dh5HZOMlwucpjW4VY5oYsiaRGlpGXgmVmdZGjtIvIuQBx7bdrPHT1tTTAK33Mdo5B6QWjOq3N&#10;v1K7W/pa3untHeQ7dzJc2EjqRcQFUIFO5CGpw8wCQPy4mnQo9/bfcN55T2veyJBLZzL4icdIlUgt&#10;jA0sqglcHUTWlT1i+F2XwW2u1sjt2eaE0u7cBW0ONrIFAWSup6qnq6aD95Wk/wArjZ0sSFBTk8i4&#10;d9t4yAVlBVTeCOKaqppaiWWPytDHTF5VcRehhIzxARt6rOo4vb3ltyzv9h9U/K/1ajcI0WcRtWrR&#10;BwdWRSgcIuMhiDTqJeU7DcrvYn3eGykeyR2h8RcL4mgnwy1SPhLOQaApXupU9XhfDft/FbX3hvPp&#10;hcxPW7vXauR3XtvbckppXzWIra+gxGTeGp8c1OlNQVtcvmT9RDX9IBYJHb0lU00y18VTTUcHghgk&#10;8qH73weNaao00+mo01McatMjShbsVMY06nFckdxIJFYESKx05GRU5rWtaU+L19a9M7g23KsTWksb&#10;TtVmGktpLDKAyYorYUgA07tRqFQ4XZuFzkmIhmwEmOyOWlmkyVdSxxtbGQS+eWuijespzj4lhEj/&#10;AGkppDO3jLCQayFXlLgjVQtC8nip3kgeqmpWellLwvEzsTHFCY/PpIOklgCbMDY+yu7kAiKAESGh&#10;FMVzXiAaA0ofl0ne5S20zxqGopCq3cBgig1VrTyrioFeiUZbtmtos1GGoK2qzi0tVHg6GspPuqFo&#10;K2SWGEVX3OTrZmWiTQ7STcyBVBjtqV1s4kpoEEEZnTSln8chiZnJAVj62aZip4F/+J9kbQR3Mxa5&#10;fTimmtePmDjh+2tfl0HpdwS1DPFGNdePnnJzxxWlPUYxToKNr9dU3Ym4BJurLNj4GapifDtWJJPH&#10;AacVlS9C0bUqUlEslUviZpEs0ZNgRYRJMheMOYQGTSsikBNJJ9QieUK5AH4S/tbBYpEBEjUT7Pi+&#10;ZA/wnoOXO7ys51J3eoOP2dGo2b8WsPjpUpqXOVU2PZjPTSHRU+VJJY3dq6npDGpBklYu0hPGm7cW&#10;LNDFFNI9QraZWdnlpalZZ1ZSfQ/qeQnTewFlA9mcjSIFipVaYYYp8vLHSCXcn4aAPn0a07KNJjaD&#10;BVUKPR0VNSUlBlMUaegkXTCvlUtFTwosM7APIbvI7E3v9fbFncfSPFJPUGFDTEl1lYxwopUs7MGn&#10;Gj0KbcC1va6xvHjfSGND59att9kinWIHvPoTX+Wehc2NtbLCOlgx1DXSwzkReWmRJK1xCHIjeZ4D&#10;5hE5BkJNrEX49s/2tTSRmZo4RToT445wRIpI8qrC7xRzTuqKToGoqOSB7XePDK4UyHxSckcPzpgf&#10;b0dwb/RkCy1cniCQp+Xp+3H7R1BzvVWB3FPPRTQ5L+J1EdPHVVdABp1rE0csuSipa+algvKqosj6&#10;VuQRI45DlT1FQ3iSfExVKVNwomUhXQl1kZAAjK8TgfnUbn+hslniiJk0XjJp9K8eP2Gv7D0YnmKN&#10;i4cMHAzQmn/Fep4dF/zvxgpqc18uJ7Py2BqsewfXjqSJamlqVWlkp6So87z3o65DyFj4JHILAq0V&#10;NBPDOTHklKpIZI6dqc/byQTMwSH0SEnRxZ7AGxva3JbvOx7HzVtVxtu+bNHPazChNdLhlppdWAqp&#10;HyPA0IIJ6FnKnuJv/KW52u97BezQXcVSGDVB4ihU9rqcgg/aM06T/Zvx06Q7866yew+zepcXkody&#10;U7RVe4sfUU8G78XnaE/cLl8dlpaKmnxtfHLPoujsDF+08TRjlL7uoaerpBQ1lS9OXR4HWKOTxqxh&#10;16i7r4pEaJwAuq3qsTYn2G+Tva3Z+WrDdLPZ2kY3GkmR9NdK1AUqumuRViVzxoSOpzP3g9/5r3ja&#10;5dysYj4LGgR8DUQuqjV0t6DHACvDoqHxx/lr4j410W8t4dZ5+o3MkUSZsTbkp8cuSqKXDwZH7XGz&#10;/ZNI9FMkzyl5UhVTJoK+lTpBLd/VNJnMOlNia2nwlXi4xJiq+pnd43kqqiSoelqpa2oeV4qqaZol&#10;1sTccC3AmjlXmluSbcWzbZd3O2CXSyRLJNKI2IPiKpEkpEdSWVQxoKAHHWVvtr7uXu0boLW7Z57K&#10;4aroO3SRRRIgRQQQM/CABUk16n9ffLLcnTu/cjnt3bP3H2djd3ZR6Pe+0dp4QZHPRUeFx+Ow395c&#10;JiMPjYoaiXCY3Fo0qQonnje8jCUIzFB7Iw1dhsbDXV1NIK7H0ZjqKSK00AfymJZIlgUQzQzBdasC&#10;Vsbi/vJflHcLbcbloIHHgSPqVjVWpQGjagCrCtCDQ1FDkdZwcncyWW52+uGcGCRtSNXFGFSKGlSM&#10;V+3PVznxe7CwG9s1W43b2Xjq9u7iy612FylfC9HlZAtFFU1WOr0rYYcjQZbHVEhp6mCVBMk0ZVtO&#10;kKCzbZ8eZ3h58xUrFQYWOCqjotb3kapFUgMgD+MoVgbjTpF1Fvqfcl7uGtbJI7SJmuGHEYpU0qR5&#10;+dPWhI4dS5t9nbSgtPICp4/5P59WK74FXgNiPS7XopanL5tqilXIU9iaHxLCWnR9MjlpGcGwJe4L&#10;H8n24bg/3BZR6zEyH+GNUMIGJ/chuxIpZo1IvqYFRxyqi/PtzbSNwtEt75K3lM+h8tQ8ug/dxC0u&#10;pWRT4RbFT5f5B1E2UZt0bfpMVuumX+8EOPp46+KHV4ZWWCOOSuo2aFJYTGy6pgRZZSxX0aT7VNDn&#10;KLJY+atnqVj+xgeeppJ9Z0LFpJaBguoqPraxIP049ldxYT2VysCQkhyArDzr69FG7uWs5dOHPkOk&#10;RlNs5LAZuDGU+ONUcpVRUdFlqNhG5E8inRkIQ3EhVbaxpRgOefaPz1ImQp563HSRVhkS/hWzl0Cy&#10;yWGu3K+QG5/qf8fZ3tsr2sqwXSFKH4qUz6Y8ugXZForw+NGwSlK1/wBnHQl7XrJcXJS47KwS0Phi&#10;lUzuCiRSEQLosg5aRoyCAfzz7D/HyPha5ZaulDwVU7aYqqN2hjljhdStg1jczk2tyUH9PYju1S+t&#10;ykUtJEFSVNDkg1/lT8z8+hLfx+LF+lNVjwpjH8uhLykS5mgaCjrJYZ4Yg6S0Txfccur+RWd41DHx&#10;6frqsx/HttybJS5S8VPHTrM5MKxNI4bW7/tx3HIGoWB5/p7V2mqS1HiXDMQM1AHWlR5rbRI4aTyx&#10;n9p6ccUZHxiieqkqZKf0yzTCJCVjsqyz6ToVn1ckHT/U3t7bqtxj6tXheM1MrRBlWUFYWVjpEyXZ&#10;XZr6dNiB9D7UxA3cLIynwwD5dCXaWkg0gVqPnw6dKW1fTskqNJToHbQ5ljWTSSSNQCumoCwYfT/W&#10;9jDQ0VPuPZ+NyVLIZ4XpIxUzuW8i1yr46qOSxv5EnFrEBgLcfT2BXuZNs3q4tpRpfWSo9VJJUgfw&#10;kcDw6mOylb6CNge77f8AD0Bc+em25vrKYmtEcNR92WoaZbgSUDNro5IVs2qM0nLP9CQbm4PsOIKC&#10;WlyDU41sA2pZAG9JB/SB9Vt/X2LnuUmtldqV4Hp8TOR3cOhlmyUM9AtWHiB0k2DItyfofxf6+1Yc&#10;kMbS6i0lOVVY0jjFvIFNlX6Wtcfj6D2S/SfUS0VQwr+z16KbqVFIY0p6dIo4f+J1IARapCxmZiY5&#10;ft1YAy6VYlkUi97AXHtDVEb7vz2K2y8vjfP5CjxLa2kZW+8qohIpJ0mUmEMf1gWUgf4HUkkGybXe&#10;7pIAVgjZgMCp0kAD5kkUAzWnQK36+SOGV2FUCktmlAB6eeTwHSizOSx3Xeydxbsq44zR7XwlfmJU&#10;Q+L9qgo6mZUTQrIQ8mlbWPqYWHsyOd2T/d+VqiWMyjXPSU+pJF+3DaA80lkLFwhKKWP0Ykm/uMNt&#10;347lGIlbSAAzVNa+gBr9hNOJ6jyyn1W8VFp6nz+Qr5+nRSti9uw9gQilpHWGeGOlyuVInSc1kgLm&#10;Clp41GmGHzQmVwvKtGBYIb+wa3hRvVy4+npwpmkqdAUAsjHUrLpcCxfTza/Hsc7POscN07N2hSf8&#10;/RfutyP0pT+EmvyoKmv2Doy+y6taeDMTyvpihppptV7m63aX0i7Aa73Nre2DPddbi3DnMjkqYVHk&#10;++qZYnKkjSz6dLa/EdCRyagp/pwL+1Ftv232ljYQtc6AiZC+Z0kZ8jmn5/t6AO48z7VGzy3F8hXT&#10;kVJNP506eMHu/b+38FicZLLBGI6SmhCWJIKxC2iOKJjqOrm39Peeh68y9HIXr/DSoqiOSeZkjihB&#10;Q2LSByn1b8Xsf9j71uHNu0x2rXGseEMknHnmuP8AUaDqAub/AHi5J28GA7/b/UaTRA5d+3+goJqK&#10;YJpnNRx6V0eRORpzPQ4+qqorKVcRMmq+lkZPuDTKGsQyksLHn2d/DVexshtvB7NxNdjq3J4ahx9L&#10;QVdViFrsfS5WipY4Pv6WGuqcezOujyxMxhOo/U3PvF/dLbcd7lvd1pCT4pkVnCy6GqSraFqdShqD&#10;SwIB4jI65m87+4l+287zv0thc/S3MspYLJ4TtE7dqEjxFoF7ThwQOHSTxGx89HlarMZCrSOKvq6y&#10;sqKaCcLVNFUyPNHSOVgemUL5NBAYqQv19sdN0Lsep7Aze/aahpo9y7jemiyG6XxNM2ZeipaOgxyU&#10;Eda71VW+LeGgRSkEURIIIBctISCy2Xbto3vcuaU263HM1yRqlKjxfDWOOPwg5JCLpRa6SvfqNKGp&#10;B0vv9vLcvbZyy1oP3bbqSsQmkEesySOHIoBrAbiWZcAZqaCPDRzwUqRmbSkHEYbUsbLYm66WKhif&#10;xweT7U2C+IvVWc3rVb6rtpYubclKVpl3TkcTj6TI1ESwpHFSVObpqRcjRJHQB4wI2VhCxRlcen2R&#10;7vZ8uRbtDzFJslk/MjKQZURfGoQUrrAEhYISgIehUlW7eiDcvf3nKDY49kh3lk2yWuq3WR2Ve7Vr&#10;8Mkgkt3GlVLjVWtD1xmyUtMipcuW9N1XXa3+pRgb39j1jeuMXjpYqGNcHD5JBT0NJBQJGAWe3nEi&#10;Os80fjZfW663UAlbmwMZOYZXtvECS+Gq1Yl61Hp6KePA+eTWvUP3/Nl9dxidjcu9dTs0hqfsGrSo&#10;HkFPnwr1ibIHQ0mh7IuqVhK6hRYcurWEZ/wHsbsN142ErYaCDHUtPSO7CrqqCCGglq2cvqSSEwuB&#10;IrIbuXZrc2UXsArrmKC9gabx2M2SFY6tBpk1FOPmNOTipPEFXG9yXtbmeeRplGA7Fz+01/w9JSsz&#10;tNVU5lhqSZwrSRiUxSKmlW/cKIWN1BsP9e319qLdHY2G2VLj6E1+Ow9Xk8xRbcoamskpYxk83kEl&#10;pqLFUa1SxCorKmKKQiKzO3iJsQj3DYtLSSOG53a5VIpGGhWbSSzGqqATUsT8IGc0GadM2e03+7/W&#10;TpbzTxwwNLJoBPhxJQu7EfCi1qSaAVHTFQbc/iaST1waqjMZqhBdUaGxL+QDUGv/AGgGAte3HtS1&#10;SLl8dV4PIZp8bVZKjkT7mjqqOjqovOkcM9VjqcxSN5IpZVYu8Zj8hHDKdLMSVtZfqYISYlOmpB4m&#10;oWp9TkKM5+YqCeNngnS8jtfEgSUDS4JSoFQGI41wSvmK/PrmR/DZFrIad5oqeSNBeAytITcrC0wZ&#10;FJIQ2Gpv9h7D+twWG6c27VUmLo9zbpyM9HJXSNXZHL5/M5lKHHyfw2IZ7Jz1GQ8ExhZY11mIT1Bk&#10;CM0j63duSbcTLcQ1VUWmZGdiVQggmVnNTpAHdxPEGpBvHLuPN24o13dWltAhVR4cccMKB5KuViiR&#10;VJGoAllJKRirHSvT7QZA7gm+51U9JSRtpNjFGsLKQHsCylZFJtf639ufX9PvLOwUFZvSkio6Ovo4&#10;vFsyJKRpaGYNMk1Xkq6NnWRJF0mGKCNHj1N5XlYJovezxwBmtAEuBkyHUSK1LCusg1BUAaaJpK1y&#10;SG96ttos55ItrkMhjc/rEsA60UqqpxGk6lZnJ1AKUoGc9Qcxk6KkEy4ptMsTN5MmQWva5MUWtQrK&#10;/wBGJNufYrwbfpsdDUzYeBYajglIxpio18ckrTFmPkkcpDZlILAHUBYMQUzbnLcOiX0mpPU1q1KA&#10;A+QGcHh+dOiFl8YK00umKvHjU+Qr5cDxx0jJNzVFTNHDW6GjKShJWBBmkBj8cb3GiCMi9mNlP0v9&#10;PaAzRapWrxtfJNnKesM1BPQeFJKepR5BHUUNRQySKlXTzX0MjafIDZhzb2fW8du8XieDHHGFqSc4&#10;pk8GAxUnBp5cOlcUyWjRXEJMciUZXDCqkDUGBU1qOIIyDwz0uMdHDPpnjpIaM0+iRJmDak4OiVT4&#10;pFjYaieBxf8AH198fuYUwEmYSpSjx+0sXkK6qDyUkeKT+DQyDMFlKCCJcZ4hdIQ0UKRkaidSqwZY&#10;LWcwytGI7iQLqFQwU/CKjjwYEtpfFCoABLOm7uLtLYwlry7kUA9xlZpCAmPMscLUhify6zvGkFWI&#10;JzE8uQlVYmVJvukjqJLU8clg6SKjs2piRrZrnjn2iOne6MTuutxW5qDL43cuMzEVFlaOpxIqnx8e&#10;JylRUCjroHdhJKI4NIdQqMrxONAYaCs3LZrXcuXobrapg1pLD4kcq00Sqe5CDwqQCDViRXIGOhLz&#10;Fybd8v3NxY31jNbXNs5SRJtIk8VAodWCkAUbANDUHJNevbw26+S2/W4mAtQGakeIVDAAu1hanUk6&#10;VSUizPZio+g54HfLb3xGUTNQV9LHJEYqiKjYl4BXvBJIVjjgjNRPFLBGVVpTIsTkawFvpUMWGwbj&#10;ZmxZJiZNRZqAdgJxUk0P2Vr0FDFIjQtAtDUE+gwK8fPjgZ6DrBbByWDGJeLKF1hmSSWAsJngBREm&#10;vOwjjnjkcXRAt0C2ufyCeM3LBRNT074WoCxmellkomnEipKkohkWZEYa0aRXLH08eomxAkC92uab&#10;xpVvgQ2kgMBQmoqKeQoD8/LprcdrluGnkW87SVNDjFVrgkeQP29DcsWqMkTBmYkHzRxjWCfwLadJ&#10;/oTf2jjuulzVZVS4zctPmcZTV9TjKvN4qvTI0EeVxsvgyOO88LkJkMbNGqTxEAxuTcm5PtZtY267&#10;s2eyWN3qw0KysQVJVqkEgEGqsCahhpIBFOvX+0y7bAIbza5ILp41cRSLpcowJV6NQ6WHA0ofLpxp&#10;0XxjSuhv+OenRZfzYELxcD2vxjWUyR01a1YlTHrBeJWAvyoISSw0fgECxH9fZaLqoXxLXQyGla/P&#10;oAfVTStrMBXSflUAHqTcIBq4I/wv9T/hf20qYcXDOj1H+VLMFhULJqMbBVB0KgLoWuLAcH6/19mD&#10;a7qRCsf6WnJx5fn07NJJLcIwT9KnHrkLHn/be5JekxtHMHk/yuoHn8kisr06yfqWJwzqVQcm/IHP&#10;HtOBJczpRKQqaeVG+ZGOk/1ElzKQFAhTzBGfLI4/tHXftC5LX/EsbXw1hmnR/wDLYBMEgpo7M3nl&#10;8zIQI4tJ9NzcA/Un2fWzp9Nc20kNEpVTpy2OAxkEmnpmnlTo0jfTbzwSofDOFah7jQnSCPUgj0wa&#10;9Zk5BBHFuP8AauOQR/r+1fQbpGKjtJkGqJ9TqJoy6rHExLWYs7s7mI3XgEDkccgludrW+kOiCkem&#10;tMEnyxThn9tcV6K5bUXbARwfp0Hoa1r5fkft6wGHV9V4t/tP+N/awpd1U2So4qitnFHIZXpXVTdp&#10;1cqI5SnjGjg3P+pF/ZPPtL2szxQIWXSD9lBUjj+WOiqewaOSRIhUaR+XDhXriE0EAcj8/T0/4D/W&#10;+ntWYmmx8pKyOjQ6SRr9IkH1BbUACG9k93JOigpG2sHy8ug3exTZIB65FmFgLkf4E25/3j3Cze34&#10;slIkwiikpnQw8IfHpY6vHJDqjjLKfqw9LHkn29tu5SWqEaj44Nfn9tekUE0kHcK+J/q8+s6SkD6C&#10;/wDsB/xI94sOKSgp66l/dk8CeNZJkkpCqzLeFlZXYMv7lhpLBkA+pv73etPcvbyFcsa0WjYrn5Yz&#10;x6rOxCrKyjSwJAJH58fTj+z1HXblmKlSbXUkA2H9m/559oDM5Seagmjt9vNDG81RUJI8cixU5fgi&#10;WOGZ5nvqHJ9NiPofYitLeGG4DMxaNjgUr5V/DUAYPlxr8ulFraiK5jV8liKA5FTkYyKU/L8+s4Fi&#10;f6cW/wBtz7LRB2bQVmZrKE1tBTLiIso2Zq85Q5FZ6WHCrTyZKeKOvioitDT0tWjid0iUxSJIolSV&#10;CpgN42alwpv3iigRmkVgYgFQBnY1QUVVKsHYhSjK661YETFPyLc2u229yLSZmujH4KwPEVcy6hGp&#10;KFu8srKY1ZmDoyNoeNgeXtcYnf8At3c01XHitx4XLVGCkpaTO0OJydFXvharJ4uiy+Lp8tBRy1Em&#10;OnrcPWw1MKzMvkhlVluGDF/b7rab2S+h2zcoLiWBkEgSRXKFgHUNpJKl1ZWUGmpWDKCOgruPJ29b&#10;GIWv9kuraO6DPA0sbx+MkcrwyNEXVPECTK0bFB2urKQCpA97UVNVfdwBcfWxpUPBrlE1JNNE0Xk0&#10;O8axVUUaixsC3lAJBswBBfuYJ0kjaSMLGrZ9fmB5hvn9opXgUyQLbzFr21LQhqKQ6Chp51Vj6Gi6&#10;SaUr3Dr3tJmWTFQyZPLVtEtNjM/Di55KZSiVEOQbFtRRS0b5rL1kdZLFnqWDRPKk1XWMviiRJqZW&#10;3DuKEX9pcyp4tSFY0jGp2/TRcmrmqoKBCxysYDZEIhh3BhYbbaO0s1o0oLV7TH4oZtYhhTQDBI9Y&#10;0McMJbxZGeOYp726RZKmnaDIQOjRTPMHeNA6VqlikMplieSC7ogCkc3HJ4J9r/A1K8J0lqAjNdNM&#10;+eaA5pw9Oi5rOa3MlrMhqlDQkgpwJFGGqlakj+Q8vewh7N60w+5ctjN07eqv7s5SKVY89m8VT0Gr&#10;J47FU2W8G3M9S18FZT5LGy1dVLTw0yGOaknqXqImWRNce9va5S+s50Mwukmi1NG6K7Qxs7+HIWR/&#10;Ejq7VU6dJkMkbo4GqUeTOc7/AGfb73Yd7tzdWOktDDN4imOWVoyZ4GR0MUgSNWaRtSSrGsMgZG0t&#10;72SrcnTH8Xxr7dzGVzW0aim37U5qap2hnp8O9GieCjonpxjY4FgbJ09OwqVkeeNlqpHV/IQFHG88&#10;n2XN+yX9jPPLb28lx9RA9lK9s6FdQFCAoYlaCZGB1M8r6iWU9ZHbJ7kLtt9+99vsbXcIm2pYAt5A&#10;soY1LuGMhbUImIMZAjb9JFK6eHvY4ZLrDryfcc+/5sVt2vlyeMyO291xGhgqnyWHlr6qqj29msdn&#10;aXKUmXwkiZGV2jH24k+3ERidQnjSTbLaXt/fi72RGvbq0WGSWVVkaWIChhY0NIyx1FAw+GMNrQBF&#10;AO28882W2z2fK9vuF5GIJ1uLWjlTFMqqpuY5ImjMc36YVSddAzSEhtfi9H6G31t7QndnUPUm89qb&#10;fwmd2jks3gtvSfcU2Jx8uf2dtrDzslTUfZ02P2fU4bCpWimmXxR6kcJSxsqxIgIJn9teUebIo9j5&#10;h2pJLSBQ0NvDLcQqVFVDhIpY11Ak6QymjU00pUDzkLn/AJ+5f3nct02nexbbpddjzyLBdzS8Ks0l&#10;2ks2lihYkrpJlk1MSWDcVvcg3vx/j7T+CxvX/bEOazOSoKzblLuHFbgwVRRy0b4KpllnNZja+qqo&#10;E8WRinNGsywSOw8sE6s4uw0Cq65dst62k3cNhMLW4gmgkVke3nCkvbySOaCQOVqFOoHSxbuogU03&#10;W85s5ClsNstJI7ye2uIJw2szIAiiVUWildBOkyKisyyK2gqoqeftDV/xXwm2t4bqwmDznyA2JRZb&#10;b2zK/I7xw2Z23Ng83jccSuN21tTK0mOOZhNFDKRVo0ZLSeoOxVtUJbf7b7XebtzBZ7bu/MNo7wwq&#10;80ckUcbxQ6kFrDJ4bzIV7XYaV1VQhiar0LIfefc915e2fc922jlbc5Iru7jitpo5hJBLLQvc3UbS&#10;eEwYg+FpY4UgqCVZelYNexvY2P1+vB/P+v7EfZuyYejsdRSdG4LAV2Vr947Jn7R3Bv6rqa/cu5Np&#10;YSkrqDKM1XTUDxxZKOCtLwiKCONCzjWiH2N7L2qTle2srflURLfzSQrdz3EkplnhQ6WkEiB63ISn&#10;hKUjt8EaFalQBzLzZJ7nXtzH7l7lcQbfFtt3+7oLFFS3tr2ZkaIaNY1Rl1GruYkBTpYqAfEX/JH+&#10;t7Nn15hMzk8Bn66jxsm5N60uKy1VgXy1fiMHhcjV5bMVObjxrVeEwH+4CCmNPS0v3c1PNOIish1S&#10;PIS1v73OxvPFFIrhXmZC36bs0i6lifQrKVUlVZ1jkNFLsJWLAwhvsliN122zkvVstilljS48JJZ5&#10;EWGNYXkCzTnxHYGSURI0UYZilViCeHikkWO2v9AsCfryRxcAEm5PtM7+6Z723ljGjx/eOZ2DnUw9&#10;Gm459gbNx2Qx2QyrLGgp6Go3dJWzSUmNCr5nEVO8/hhaMQO8olBG5WW87zZ7UsXOEm1SEOD4EUDE&#10;MVJVx4yyEd5IIWhcL2rD36hPy3zX7acs3ctxc+2EO9bWsx8Fb26eJ1iFO5hZiMBySGVS0iIWdXEq&#10;LGBjFQDYBQNZbR/tQUAn8ixsfp7QW1dkd54gyJu35Cdj73xlFO60lDmNjdYUaRGgdJZaapzGJ27F&#10;XyJW0sMqu6mJSWVrLJH6hFy7ybuWxXqS3HuFcbhCwTskgtFPcUIZmjgjJACsCK1o3GpFb8z8z+2W&#10;5JE2ye0e0bbdOO94rzcWNXFKpFJOY6o2g0NT2t8cb1EgBfqP+J/4n2pa3F02VxWXjrpqWvramukj&#10;qsc9P54vt9EdUksrTPK7NPHJIjRFNCgkBmHuZIZvAuLVFt2W08P4iQK1qCpQLpIBzUkk5PE9BW3v&#10;5rHcNueyjkitUiGlwwXu+EgaVAoCAQ1dRp69cvZbt94r+Ho1T921O9Oad6WSN5C6NBK8zpGFeQoo&#10;OvUBpB44uReVNluxcJpCdhqzfOhBzwrqpQ8SQT8+pk5WvzeFYhCrowbUGAzqUAE6gKnhTj172msu&#10;lXVYeqMRkeWoip4v8okqZY5KVpaKWcNqvDqCSoefUFNje1vaiaINqhijTOOAIzVSCtRWo1AU8wCc&#10;dHm2PbW+5QFlVURy1QACGowHDOCCfTHzz72Ge5seJ0po6tJKRqgwU7yxxFVjllihSOASaGi0LTGM&#10;tqe4aQcAH2XX0cF20VhOuhJQFDgsNLudKowoVoAAQCxOo48j0NtluTE0zQMHC6mpWpIUsxNONdVe&#10;AoQo9Me9oCieOObJpXSiSB2ekMFRMJ42nWXw/cQC0aSKxHoILG/0HFgUbRcIt/vMW6XKm3LmIrI5&#10;cGTVo8RRRV76HTgkUqKAEKLLtWaK0ktYSr0D1QacUqQT3Y9Rgf4T72ma+gml3AtHN9oKaGGnrZJy&#10;EiWZ9ElOamSreOGrQrEoj8dmRDc6bnUwS3bbpl5qgtbmCKO3jiSR3FUEo7o6s8iI9VA06U1iMtU0&#10;Nej6zuohs5uYiwnZ2j0gkkCoegQEoVqdWqoNAAcYHvfOoxL43ItlX/arMhTSytS3in+1pqtGiWNC&#10;sVMIhTxxvJJYuC0hF9CgezSaCbadzm3lyyX11EW8Lsk8NJFYEDtX4VVnldmkJMgC/Cg6pDuCXlgt&#10;ggJtoHAD0Kl2XJJy9QSaAdpoKkVJPXvb5sHqffvaeWrsXsvB1uWkiMNVLPGiotNR1DCNGqKqV4qC&#10;jjlkJKmR1DG+kE+4s3TcI557wm5VbZXLoXNGCk6QqhPnqcU8lb59It/5w2DlKzgut8vBHqBGkZLM&#10;AThR+o5A9AaYrSvXFnVb6mAt9bn/AIj6+7P+ofiPjNn4z73e2Tp67IpLHJLS4imFY8TJ5G+3/iVX&#10;46RpHlJ1sVUkn6C3KKLforNHt7GySW5k0nxJeC0FDpUjWa0qSQAft6xP5197rndLuSLYrcx2q4Du&#10;xFSTkqikn8JA409SBXqO9Rewi9V/7RBsPzfm1+PZsaLemG2zAaLD4Bqd44Y4I6qSVa2vWKItoiee&#10;o1AJHc6URvGt/Ta/sum5dvdzkM95fBtWaAaU8/JTWueJFeobujf7qxnu73VUk0pgVoTQfPzPE0Ho&#10;OopoDKxZ5msxLEKLKWNrkrcAt9Of8P8AD2gtw9k5icNpqXEIH7UQeKMKXYu1pIoWmWzE8Bhcm/sR&#10;7bynYR6aw9/maE1+2vSi32m2wZAQ3ocinUuOmjS1gB9foB/a5b/bkXPtD1e/wKA/eT0z1rMyKXaq&#10;erhQSQsJDNI708msBl+hIUf1PsQRctE3X6EbiDifh0n5AU1Dq67FLJdn6fWLenGi0J9KU1Afn1I0&#10;j+g/2w9h1mN65OWqeoxFWkbRxOqAt5jMQRxBKEQqJiLaTyfzzb2I7TZLOK30XcOonNMDHzFf5/5u&#10;hXtWyrAiR3iuXJ+a8cZHnTiD17SCLEAj+lhb/beykb9+YdJ0tvbd2O3xu6t3LmcrsiOt2N1BR0OP&#10;xkGMipaYSVWTyG5KKhrMicxuHIY14qM1Q+3pofuDokDKfeL/ALne4O2e1nNm4Nue+teTyWqy221x&#10;oiLEACreJcCNnLzyIxiDkhIwxXUxAOXHtt7L3nuNytsE/L+xra2EG4eFd7o7PIZSW7Ujt2dU0Qxy&#10;B5dJLu5iAZBhcMlOkhBsFsb8Ac8Wsfpx7qP3h8q+6+wt6ncTb37ZwmCp9y01dW4bb/YtbtDauKxV&#10;TU4+h/hcuUwuDp6mOJ1nhppapUktVSFwpMqk4T7r7186cyb6L653ncINta5VzFFdNbwJHrXVErwI&#10;GAKhUEjaiHbWQWOegmz+z3JPKfLzWEPL+0XF41q8aSTWYnuHlXW5k0ST6CRR2ERZaqmmgAIHLxQD&#10;0+OK9r20JcgAi9rXPB/3n3ar058Uu5O3qTqrfPa+8sjvvbUsmSzWPwlYMrtybGQzVGYGH3DkRX7Z&#10;fK75XM0wp56WokkwcppJUUqFEivljypy3uvMy8p8x8+cxHcNts3eVIdT29STIY3fXAJLvWrRMGkN&#10;k6wvTSaaJcIue/fHk7lGbnnlnknl9bHeSqRvPVLjxAEjDQx6LgQWZhPiq6hbxfGB79VDFikqKeBG&#10;9SLp4sOBcfUC3BI/3j3dfsfbWxdk4bb+3dxy4KCprRSYDb9NljjcbVV9dR0UkyY3E0imATSw0lJJ&#10;IsMCkCNCVCr9RnzDzAwubZbO6W3iJ0ooYKGouFVe0FtP4VFQAcUBph/YHeN+vNx3GC1uZ440M8rq&#10;skiojMAZHahoCxUF3INaVNegY7Gym4npTLt6SqiFKtTUVMtIWlCQJEyBpbq7IhmIHK6V+psOfZkY&#10;MdQQPUZ2Gpgp6bD4xHq3B9FPSRRT+aJXu6hFiiBNr6Qg4vb2AL3cxDbSW92CI3YuSeFBQlyPIAZJ&#10;pwOej8QS3MlvbxZuZpAqivxPUemSakfPiRwPVfNT2BXUATYmZpHqpdy7iyAxAnXW89V91Q/bTtTp&#10;EjNFFLVugXhmDH8AewLxtZlaXuaDM10MNNRby6/nxK0Llmqsrmtq11BmcMynUqSBMFnsrMtvGkkc&#10;D6QfQPbct3Exs0iFI3jOlqjiBqApx/G4rwJWtcjody2cEvLkkKyB5LG9FacESVXRqnjmSKIFeK61&#10;BAoaC5uOHEVXVtPjsDVCRcHuyjqKnL0axlMNR5ehymOrjIskbSiJ83i6SKYL5XSWojLMAG0mMz6y&#10;S00byU8sLVVBCy00xZ4qYBABEzhSWb9N/o3Frk+6bZRZGVX1KrnuHnn04/PPUTX7fq6g1QDk/wCx&#10;0HPSUEFL/FqCHJ0delNuOqj/AIhHeKryInleR5/Eg8UUMMzMNKEjkkenkkh7F23TZmpLS4qVh/lc&#10;ql4ZAsdSH+0cFJTEQHAe7rZStwzc29zzy5fC3iAMqE0AIJBwQD8+PCn8ujTZ99k24SSmbS4IxmpB&#10;pTI/lXgc9WR7e1xUsSRTq6RRRqWUiQ8xqPqpbT9fp+P9j7LXuDa+GhkxFNVqyTRpKlEa4RQVQlQR&#10;x+OloIkqgjUmgPMioyOyM4YhV1SJYXzqhaKJAAQFCiukEfhYlVApgUOBQUB6GG38zbiVuzDIwJcF&#10;snPEnUxA41Oa1FfmQFZHq0A3+v51D+g/N/bNj0XGk4yOKcS19bIHpvVWVSwwyU8yVUtK1ekxh8qe&#10;lmREQFLqGCt7MJnE1GdtQQEipPn6Fgx9OB8z86qd4kfcQLgupijh1DiqEsApUt4dKjtwrfCppXVT&#10;qRcafqL2/r+bezRdPVTQ5oYOaa8lQkjrHKFkMojmOkVEcN2kiUPIzAjU2gs1iCixZz1DG9kLpaF0&#10;avoRxyKn9hH5epxo50sle78eEDwlcCo+ENQKwrU0OKGgAx8uuFS3jppXAuwTj/X1Nz/r++t34HKH&#10;trPZiPbLCB9oYmgbLpVCnbI5DCZLOo2NixqVk1PRLHTVSTxzRx6njks5VgASzlq+jOwW8MtxIo8d&#10;zoZiyqtRRyvAaslSDqYVEgqq9L4N1s7XZtr22Tc1ef6qRhBoNUjkii/U8UIA6sVKFCe3SCB3HqNR&#10;Or0SSEuEJuNYbWB9OSbn/Ye6/ew8fVbi7Hq8lRY6io/4S9Vj6vMyUjS5erkllhNVTU2qVBHDElEG&#10;aSVXH7hMKExsWm/ZrK7tZbW+tYIliWAK0rKzSurlKxx6SvYvhoWLawdVFFVIbLTlyaPauTLCwurm&#10;SQTqH0Kw0R0Wqs4IyXL/AAqQTTvZRwcY7AWvxxb8/qJ/pxyT7Mb19ifvKqhlaJpaaoj+5WV/t1jp&#10;x4hUGBqfX5D4mZLhnMXr0sdRIJHzFdhbedGBWQY0mpPoc5Hkfn+VOoJ5hufDhnVJwLhR5Amp/i1A&#10;AEejAAnipINB6SQKpt9f9jxb2a2p2yNxbUNE81DRtQRtuCny1fh6itpKWkxaVEMkNZ4KrG0taXSW&#10;QxrI4EAKy6QUDHHHmXcPp7k3FrJ4dwhVjXVppRwSQGSpFTQFwKkfKkW7XuDWF82sObaRvBOh1Uhi&#10;updAZX0g8GohqCU4kjprqpzTH7hInqGYohjDiNmDMovrbgeP62/w/wBb2X/A7Bx1JTY5sxT0v8Te&#10;E0eUeh8jwxV9G0o0eaKuqYjPdoZHVZ5BD5FUu767SjsHNe67lsNkZJF+rjjRXIIapAAY9panwk9x&#10;Lep4HoVbvzDerf3sVnPI1iCWRWIyjUyQY1NFIZa6RgVAAI6c/ISOBwfof63/AD9bi/sdNsYmglEk&#10;VLS/b0kBdyrrUR0ZVHQetomfXHTO4VtBKo2o6nNlJLu95NTXI2qU4piv88eX+x59BHdNwZIDM7qx&#10;JoDXI8hTtHEZNfX7eokocte5tzb1f4/6/wDT2pd3wZXJ7J3XRlYpDS4LIpjKGFJ5hHAKFjKKtqmO&#10;uDV82tjEBFdGa66iQfcU79HOy3zKSdcZooWvl+PtNa4KaQWqKcT0E9odG3/aWAOkXKl2Y0p3AaRo&#10;IAUYrVgrAEEjIbLEEhAckDyEBmtclj+CRc3DG3smfUe29v7SyGObec1PDV1qLjqSnycU1HE9XI0d&#10;PA33tbbIYGpyEkYgk1GJ5ROVNkU3iWwgsbeS3XcihZRpGsMuaClS3dG0lFUkhWYOdQpXrJjfptx3&#10;S3uv3VC3gqQ7aXDGlddNCEJOsVBIAdSgKv4h16rctGUS97i9uLD88kj8e36ppMjkN057F5ygOKxO&#10;U88ePxmOSStpooq9ZqgLSRVMlHDEcjV5B11SpKyozBxG4YLqYulzPFcQBYXWqgamXS2QaMVrrLGp&#10;OcmuT1IvKfg/Q7XPb3Ie5RaM7mhBWg4gMdK6RTyqBSi6ek/mKtKCgNfTLFM1KoMnmeWBSiBmlJdY&#10;XkbQq3taxtf8ezs9bbYi2vtOkSIKkuRjpqvxkBZIaVaSKlpIEMYKeMxU6yAFmI1E6mJJ9gTnDdv3&#10;bt5XhM4U0z+Ig08/LyJr656zF9meU/3jfQmaF5AXZnbFD3VJPAZ9KcDSnl1omfz1fmCvZfdmS21i&#10;cjG+F6soKjZVCsE8k0FXuXIVsuQ3DVIk0MM8dRTOsVLIVXTrpRp9ILFf09z9eT9Tfk/73z7xpvJv&#10;qb1mpk5/w9Z0XsH0O1PEjDw2GkEeQBwPXrV4kqjks2JdJIDSMwZgQzksTL6uNRBA/rx7eYSSL2sR&#10;/wAi/wAPz7Ww/qhpWFGrgfIfL0HUR7gnheHGGJRhx+Z4n7ehLx8hm8jyaNQfQIlQKQkVhGLW4Ug3&#10;t9Lgfm3st3zC2nVb86F3ztNIx4dw7S3ThpG0rIUeTGGrpZdAYEf5TTWsbX95Ie3FnNvftn7i7Koo&#10;xgLgDJoI2ZSBxJ1xrSmc44dQ9tm9bfyj95D2q3S4q1rLO1vIxJRVaZWAqTg4cZFRmlePW1j/AMJ1&#10;9wRfZ92wVNXTUdftHe/R2/aClMitLVYGHceX2bu2VfHeTTTY7cPlcc2WIek8e9ez+TD3lU7O7R7O&#10;+Nu4mlXH70hm3HgY5pSqUe5drJUUOboY4TqH+5fGPeRlI5oLEnUPaX7uPMr2vMG6csT6h9VWaPPC&#10;WFTqFPw6owTXiGjVadx6m/79Ht5Hu3Jmz8+WaobjbpPBlORqhnYBOGeyRQBgikzvgqD1ti/JDZct&#10;fQ7c7FxrLDkdjVjCp/bBapxOTqaIIyyg+QPjcgqSRqo+kj/kAe9hSbzU81PRzQvIKMR6ap1d3jlu&#10;WDLJZrEqp5J0kfm/vO1fDlEk8ZHf+EYxw+Xy65cbQkSyB/EoR5Z9R0Cm4nGawGYrKNkIzlFURVGP&#10;VhFHUQTIUmiaIraRn1gstg1uf9ds3Ni1qqiKumi84qTBEJqSF0kc+ptE8RKoRCiqSwUmwH4HtTtV&#10;2Yo5IYzpK17WNQM+XGlTXgepV2i78eXwywMmn/jPnx/wcei07Kyx2jt2r21j42xMeGkr618Zk6uG&#10;SjjeUIzzUtRLM0kbVM0jMI7gIz6gAT7B3dHSOA3ZVF66nhZZJaWoq3lC6ZTSzM0QaOmKOCI3IVg6&#10;kAn6391vxZXssd1OpW5UgHST3qAQA1aHAJAINVBPr1MGz8zfuuyZAusgsFHpWgqKigAzj+XTni/l&#10;JuPa0WgPNHLGlTTUkCiQyxipVlQRy5JlZz5kXUCpRyV9ShT7bG2Vgds4irXGwSY3wKb+KWX7myKG&#10;Snje3lA8RBjChy1ri1wfYm2nwbaUizsVo4zipI+ZBJNPmw+fSCffby7mSNp6g4Fa0FfPgaD7Qfs6&#10;GLE723Ju/N0P8Sijy0NZFTkfdU0X2kMcytFLUPEqzUxaIOzsGaIhSPyvstPdeQyO3tg1W78jM9Rk&#10;mlhbC4CFXEkKST08C0ghmeJplphRirkkDIHlkVdGn1EXcpTz/vSdbnbhPMxqsa0wlY6qpbSWeoJr&#10;gVagwKkRgK6RQW7EW6rQua6WIrVtVTTLBaFiNOo1rWhhup63EybvzG3cThQsOPDNk8oFpXWvdEjc&#10;VvlplYuzGf7eKIlj4omIY6SoLLtnZOe7BSr39ucVVdkckPHiFkhjnqocPDSgvVRQQioqVSsFSEhB&#10;V3ABBGiQH2X+9t0nMm0QbBse2Om0wanICBjIyU1ONBLEEMoC+pJIo1ehhyTMm0X/ANQ86NM40rk0&#10;GogAF27a1OTXzoTjoYc7m6DbypiKBKehgijsLItHTionmdgqt40gDehiWva5Nzf2PCbcz+KosNta&#10;nkocTQYzE08DY6nh800mTytXJWVdDMYaeQUtfOtfJUO4W0TSf1Gv2We2n1PL/LlvtpskghthGaCu&#10;rVIzOS1MKWbUXCqwBYV4NVDzM9hum/3O5mdpZ5XYgmlAsajSQc61XSAASCVGBTHSQ23ubD5Cmy+5&#10;aeOqr0rcxUTLXkxrB9jQRx061cDTGHyUIqKbxWYjUPUAR7Jr3hhM/szfVHjcZUUpbPTR1NLVKsk9&#10;PSVWTqVxr4+CKJY5aiSCaIcBZdIKfT02nzebHaOd/bXfLTcLR1FovirIxB0yAO0YQirhmPbSjHSf&#10;wg9ge2K7l23e4bq2uB4jkRkDt1AAVY8ONdRBK/Ec8aCzgctT5zEQ1kUc8UcmuPRUraRxH9JGGt9U&#10;c8dmBJ+ht7PT0DtCtwNO81XWxGGoo8bjK2SlQU/8R83kqUerjMKGapovKCshd2KSC1wB7x75e5at&#10;th29ZEVWvmiBZgoXVSrDUuhaMmooGqaqM06OucuYV3qWK2AOGdgeNK0FUOpqBqZApUjPReu48rSt&#10;To1JSCpyFFLW5GhE0byeFoaZYWlpgDUNTxVIsukKBcerg39iz2DsOlrqjLVL0TVUq4paelkNQIlk&#10;8lMpkpzrjURRSohVnJFvwPp7HnLvMMkENrEjhR4hLChrg4NR5jy9P29Aq2Q+GoP8VSM0p+XSD6p7&#10;YllxGFgnqfD5clWSZajajWR6RY6l43q5Xp3ChQ0gJ0iVgOSODarD5hY/D7Z+Oe59rV6VCZanxdNS&#10;tS1wppKuKpjeX7I1TU0si61ESmMlmL2BA1cCGPvc7nFeeyu8wTzB/wBWAgk6jl+wmlRUlainpXj1&#10;kZ7GGV/cTbJrcBYG8QAgGhGkeuacflx+fRtsNWS5Oqavppknx0wL01Qg/bnhBCLJEG0tpZlPNvqP&#10;dA9PQaRyLH88c++OABHAddDh21LcOlX7do6YAcD6c/S3+Itf3UrQnu/w9bDIcjr3vvwf4fn+n+H+&#10;v/T3rq/Xvf8A/9TW129teOgyGPyVbWvMtI0c0tOq64HQk+lahn0hl1fQgjn/AF/fUXb+X9u2u6sd&#10;2uL0OIaOVxoYE/xE0BB414dYjX+6SXkFxZwQKpkXTUnIzxp6V4+o9Ot/j2LHZmG2lE9JLgMlBWR5&#10;HHU2QSz05lglqVSSSinaENGZotXJ4t+R7HvuiOQ4VtLnZL6J2nt0kBFCwL5ZGIABZa0NP2DoLcsy&#10;8wzGdLq1eMJKVJzpIFaMAa4I+fXvYR+KjxdOZQ8TyyWaQEnTKq2AjvyAFB/3j3jZvj2xAmVwx9Ki&#10;hrWuAa+XUoWay6o1Y1b1697TEFYmVzNPSwJFC0zEBEJsSTbRqBHP5/p7i8QncdzSK30q5Y0p6ngB&#10;/m6GTMsFk0soJCjr3teYfAZOHLUxx0UMWQlqUpqcKwRJJJLqok8jLEFZuCTwfp7lblTbt6gntbez&#10;kA3QvpQ+WonANaijcDjPy6Bm631hPBP9QALUCpxU0HEj5jy697Hvd20c1LtnGNm6A4/MU6BK+OJU&#10;aKQKT45FjVtKsUtqCswDAn/D3k7zRsW+3HKW0Lv+0tab5FUTKKaWydJCj4CVoWAqK8KcOom2/cLC&#10;Ld7r93XHiWbjsPmOFc8P5devf6ewCbBLLMVRn162UuUuFAKi1haxsSfr7gm52uIuyCQiQHz6kWG+&#10;KxamUaaCn2muP9jj172K21enc5u3FZ7IYGCGvkwKwynGG65DJRt5JJjjYQtp5aOCMPIly2mRbAkg&#10;e1sftzvXMu073uvL9p9QbDwy0QBEsmrVXwlAbxDGBqdR3KNNAxYDoV8v2e47qk9zBbsYowdQH5cO&#10;mbJ57HYeSlXITrTR1crQrUSEJBE9v2xUSsQsKTSehWNgWIH59nF+PTbhfZNdSUu3qyppcBUuJpk9&#10;EdA9RJITTCVlEZkla5EQGsMTf6E+1vt9sW/8zbZJt+y7S88sDtqoyrpJNdNXoC3noFT51INeqDk/&#10;et8vprrbbNpIogNZGAvACvz6RW9cntyjyGJpcrnaPHVuZLRUlLJKJHq6enDSmpjhRPII0LAM5OhQ&#10;QLn2cDr3IUuOweb3HIWTKfv0OLRdH3iCJSZ5UDXdRDMset1FltY/X3JPIWzrsmzc483mxb9820cl&#10;utVzHQKZTjjQlCxGAENeOBtyZHHtdjvG4XCn66JVSMejP8fl6CmOin924vJbr3PtLZdMI324xp8x&#10;uEySyfwye9QIqOCVkEaNNNB5fHEzMXDMVFxcGepd11W7Mfga1ZZKWnpCauKnm0xSV4/zc4EJGuRP&#10;2ndVJ1BVBPuauV73b912WPeLeF0W/jIXUArihYVGSO6hPHy4U6n3lW7s76AXLxeHcuulASanhUip&#10;ocjyFfnx6rNbo/bPUO4O0aCKm+9zO8qZMDPk8bTz1dPt0LHUz0UkdWV0Ub6KxKaWQkLLJIEvcA+3&#10;vfc0O9tqtT46nSHK4DKRy4+pqE86T5ClpPJDKgYqYJRHJ49Sm6PpPPPsLcx8nXt5DIsN4v1gpcW+&#10;pFZY5I9SqpOGAbUWVgaozFsgaTfmDaZLqNBB/uShLg+WBQg/PGM9Al8cthZf4696V+X3Lm6jKbK7&#10;S2fUTZnAUqy0Uu3MTkszJTZSinqafzpW0TSxR1SJb1RO6rb8q6oosi22oJKyolpUoqGjoxTxGSKm&#10;ldvtleCRA5SVVBJNwbH/AFuT3bZLaC8it1SNrtqMxrUggEVHmBii5NR0UWktxNdW8UmpZB2jOCfO&#10;vQP7a3ZsHH965XDbc29jM3mt17k3BurKZXIw0eS3Fj6d1yM8NbHUyxyTUTSFEpKZhokWNf6Pb21Q&#10;VyYTI5LPUtK+UlxmNnmnjp5ZEimip01GkkdtUAqqiYKkZKsQbXtyPavc7Z7/AGkWPjtE8hIQihcE&#10;5BX8vX16kN9sRrNJ5q+L4bAD1AqRg1FSfOn8+hD3/sdu2OttvdSZ/cH+j2Tfe6YKHB109DFUZijz&#10;U9TLLTZ/GUYlhrKjHUVJHNLUIZ4UmiB0m9m959zQbi3pNNHjscBTQwBDSV1TJRxipqKWJplWripp&#10;o/LS6iB6SPJceyOSH9z7DNbQTQS7hOpRmLPDqUllLalSdl1A1AIYZyeiPfJpOX9kXwlQXk1QRU6l&#10;GcYqeFPl0jOjn6f+JO08c28t8xVe583k6sVm48BgKeuyFdQY7cFVRY+vfbrZT7hqPLVDDUoqGaKn&#10;/USTwSvszpSpwvgytdQwLQuzJLpqKetVHaHyxxGIxRyPrXULsoBIHHvAr3L9qtw5OMe59km1SSaQ&#10;wYMVYgtoPajHCnv0KK+XUTwm9Vit1bhUYYypr+QYkHzyAOrwvjf8yNl9uyVm2sBmqjIZujxy1sMd&#10;RiK3DfcUXmjo2q/LNLWUwaCWWMmESl1BNz/Qs/bOAxeOoI5NtbQoqCDJYyhikqf4fDHL5ZKNUmMU&#10;Tq88Szs5ZXuNX9ke4g3iIKsLWtkArQKDjuLEZIGa1rUcPXpGZUjV410ikrHPoK/ZinDo4XWWTydd&#10;FkafcG4/4rkKHOZ6NYop0lhioIspU/ZQ1NSkao0tLSrGpjBJU3uTfgDMpufO7c2zjcbsfamFjkwE&#10;yRZrI1jVCVldUi08k2WpqkRQCjjZzINUgBVVB1Dj2gns7mbY4vo9qgQwHTIxJDkmhAkBwFzwyPSn&#10;Ua3l1BebnebdebtMI7laKB8NAT8JzmoOKHHQnQY8CsqK6XJVNUKs/wCSQSeIQUSgAWpQqayb3JLM&#10;b39lt7v7s332vkKBd3ZnD14w8LU9JBgqSGmx9MGKa4xNAifdMrRgaiX+lgQAB7Cu63lzcvH9RMrs&#10;ooNK4p/pq9320P29K+RuQOXORLe7j2K1mSS5bU7Sszs1K8SxNDUk0AFSSTU9TKDGUWMjeOiiMSyO&#10;ZJLyyyl5G/U5MrvYsfraw9oPrTbFbufdOOpYoGqlSqp2mjZGMdjOojQsLnTIfrwbD2xYwGZtTDsH&#10;HqQ4UlZ0SKplYin7epkkiRRvJIyoiKzMzfRQoJJP0+gHs+neW6oOtet6XYWOeJc5uulaLJPRusbY&#10;bCxr/lkx0+sLU6jGgb6rc/jlZdvGoeOJFVWWlBwX7PQ/b0Ot0uRtm0wbWklZ5BVyeIBPCopx+dcd&#10;Bvg1O5M7Ln3jc43GuY8U5AK1VTNqimq1DA+ilVTpt+WPJt7q1rZ67O5hcLjSVpg5jrZoOGNIQVEF&#10;7a1jcKCFup+pPAt7LKVYgHAHQFKhnqvw9CXe31492h/Ejomopsf/AKTK+ngSBYpsds2mNGslZWVU&#10;jCnly9CjMFRj4mo6SQnUsrvKg/aF5u9q+TtYm5y3hFj2u2VjDq/0R8dy1p8JBCkVOruyAVMH+73N&#10;4je15K2hy253ZHilX/skpgOACe7VUg0qnbgtqAWb33ZjKSebEVFQI6OjjirtwVczJBjqOlhAqjR1&#10;tVIPEY5qO8tSl9S0+kHT5lPvY26R62g2FtClhqaKmospkI4avJRwQeEQN41enoEZhrEVFq4DEnyF&#10;jf2Yb7zbud3eiw2TS+7Xc2higJYKxOhO4sKItRgCjM/E0PQUi5Z22ysGn3SSlhapqXVSjsANTg04&#10;PQYNa0xg5+dR/Nm/mK7i+XvyYyG3+os7kNwdfbXrKzYmw/BXHInJ1VXVSUeY3jTUccn2iy7knhTw&#10;Ml/FRxRAkkWApy1VbLPalhENCkZllnZTIHsSDFBF6mcr+efc28qci8r8sQwPzHusU3MMhFI2cqiM&#10;wBNQWoCeFTQfLqAOZuad336eWLYtueHbwCNSjuk+ZNKr+XHr3UPx36L6j2/Q5HuHeeJ3l2/k6+GC&#10;g2HHnYcRhsBLVJG/n3JlJ6kQuZGezM+kKLe/PJTywF8eWhqC6NLkJqcxyLyC2lJCB6h+qxv7FW48&#10;w3Ox3xXdovGgcaYLS3IkeQgcWCrqAHGtKDjw6D2zcnfvISXRIihjFZJpD2qfTUx41wKkZ8+hM3R3&#10;LuvYe4KTb+/sfPvTAmGWh2P0tsfcFNlZMtM14KOSamwCzVEtHRogljkCTaynAP098Dk6PQWerp3V&#10;Rokm+4uTIvDftiw9R+otx7jS35X9w9y3t7j6a4sFklJjQikaRvU0qvmmBShOomtBQdShcb57c7Pt&#10;CRRXFnemFKMRoLu2BUBiO05NOIHm/kV3EfHP5ibu7EqZh172b1zNm8pNV7ex1dg8/RYjD4LKU1XX&#10;0TTZKOjgWGnx+tUR2jN5ANRC3B5U9RSzES08sfjVP3AFbUXvw0Tm44PDL9L/AE9u8w+2vMM+zTG+&#10;uJ7nfGnUxDUrAIFAIkBIBrxXhThxoemNh9w9ji3YxWscFvtITiUCmoqKKUGrHqcHiOs3bXw57zx2&#10;0Gpt5Yze+T7Crc9TnC0UtdBX0P8AD5YEFVDmI6iWSlliq5ZRLCwaN18duS9vagp3jmReQ4IBueGs&#10;eLsTcf7x7xO5r5L5k2Wa6vLjaJ4MkmsbaGpWtD5cPmKU6yZ5S9wOX7yexs/3nC8ElANMq6k+0HuP&#10;yqa9VWdgdT9jbInydTmdobgwTQySrL/EMTW0tFG8Ukqv9tKaZaUxXQ/okK3B/p7Lf8o8dUYzbe1+&#10;3cWXXJdM7rxu8a5U1lq/ZNVLHiN/0U5GpngXbFZNWAWZfLRIbcXAW5S3F7aWoJKxyLNp9QtVkA+R&#10;Ulj81H2dSRzxstjve2bht7Mpe6t2jDECgdkPhM3yVtPDNSKHq03+RP3FTHvHtv4Z7wnqItl/Ozqz&#10;O9SY2qetip6DbPcuAp63d/T25zTyAQ1EzbhpJsVHGCsjyZZAG0roalLpfaVRtf8AnRd3ZWojlnwm&#10;d2bTZbF1FMzjFS7d3NjNrV2FgjhDMGtWNVmGW+g+J14uB7GKM0HNulZGlgkQBfmjBdJ4cc1rwxw6&#10;iHmC5un9gb2R1K7rBb6X1fGjwylJFJ/irG4NPI9bsfZlZl+zv5R+FpYZ6ui3PQbL29tPNffyTxZK&#10;g3J19uRtr7gocgKhkqoqkZDb08cqsdaqT9fzbJvfZ0uP+YexdzRUEVRj8n1zvvB1zabKsstFtHL0&#10;ErMLL5PPteQqRYh1+pt7kHbRPtnOe3RtGQ0tpPUYpiLWtcVyYfXJGOseti5jh3v2O3NzL/jFruCY&#10;bNB45joBx4TVH5Hh1Wz1rm8xSfyuN7bDyeYq8fl9idsbU/hhp2FPUQ02f3tlaCqjWFAYvt6qk3Mk&#10;bxaChDEEEEWIZ/Lv+Kma6u7/AO8uz+xNtYWLf27pK+OkzVLGorY9vvuqtWjoIDDopI46uix9BUS2&#10;QSPKilvoB7JfZaee29xrreLmzrBFbyFcE95ZVX/ID8h1kl7z7ny9u3tXtFjte5xzpLcxs7+QjiQk&#10;rx/ipqr/AC6OT/OG+TOIxXxM6rTr3cVTlDubsPC4+sTEMyyTU1Js/K1kkVcPVKEiaXTIrLYvfkaR&#10;e7741dM47rvq6emqKiBHz28989g5WoWl8Xnqd37ryOYVHQs7ST/ZSwRliTcD+g4nn2+j3HZdkMUx&#10;L3l3e3MxAqCPFlYrxJyEArX7MdcI/vG80/1592d43KJHXb7S2tbJKnUQLWCNDTACgyeIwwcMfPPQ&#10;zZP5JVAoev8Abu2MLJW7syuzNnbfw2JeoCxwSYrbtDS11XVLHGzGkpKyGSQgBfQbf4+xujzsUtRB&#10;HQqKfG0A1rTobMwjLOZm02UO5/w+g9jDfGGybNue8Xv6k0cLuT/pVJCiuc8OPn1F/J2yXHNXNuw8&#10;uROQtzcLHU5pqwWI/oju6Br5QzUnxt+LXendu8JaTde+KbaddlK6evmNIKusqVix1FgMfVO1RNBR&#10;tVzkRadBZiRxe/sSsLuSky6nxuDMgGuKRBHIt7WIHPkU/wBQSPcY8v8AMu080QFbUGOdR3RP8Q4V&#10;NCKMK+a+o9epC9w/aznT21uFN7P4m3O7Kk0TM0ZAyK5JRiBqoaYrxpXqjv4/fIn4+/KDH1OCodvU&#10;23NyY+GnWba25YKJ65TLRL5qrFzB0GUpoZwYiIyZEGnWOb+39o43Vj+3yL6bcr+PTz6SxH+PPtVc&#10;2Eloyzba5jIywHAjicCn8j0Hdp3trxRDdxl2Apq/kK8a+XpjpJdu9P1OwMjLlNnVj0FF9xLO9FES&#10;ElCBZdSxFIBA0UmoEDUwb/H2mcnX07wz0stPICyMii6G5+ikE6Rz/h7j3mHmq13Czudq3DbZhcCo&#10;rQUzwbupg/bj16mLlLlm/sdwsd12/c4hCGD/AIgTnKgCtfnWnlTol/ZHZeP3Hg67Abkwtf8AxMw1&#10;FMtUJaSohjMsMYNSYConRGYcsQwGnm3sJpapsVXpNGDIIpg6hibRub6lIUg2+v59wSt3JsW7R39p&#10;3+BIHU+WpTlDQ8DkYP5nrOKy2mLnvleXa74iK4ntCHUAEvHQgMuoYkUdwBBpSnVbMm4azrDfNHmc&#10;PK1SMJm6eroKwNo8FdG8cpppFiKpLSVEsfjYgKrAnj8BKduZCoyFRsNqeCV6abciTZAwxSTOlDS4&#10;6pdpJglPUMsCVMkZLenSQpBBGoZT+3W6nmHmNd/SyCyeFHGW0gsqNrZqnQ1R4ojApQqBhkqXONsH&#10;Ln9UuXeauWZt3qsaSFFqUDTgqiEDWFDGPWK0JozCtDQbBX8szdWG7P7S7o7ZyuGoIM3T9KYvBYGs&#10;qIIA1PVbm3Tj67IYyjqGmo/JKwwCukV2Q6H9A1HV3VQQutJR0ziKVSgRmBZh6bvJMdQIJ1A2vzwf&#10;eRkMkitNO66l4EeVOoEaSVfFcijavKv8uretl1FUtZm9xZmiiyWMnFXDW00ktPT0ysJlpoqSkglh&#10;eNpQImD3IWJrp+TdV46SaBDFUzJqjAYyvZQbrydVhqv+L/W/souo0choVJqcD0+X5dVW8k0UVq5r&#10;nPHosfYWwtp53LxZjB4abH/cg4wY+jRpJfD9w1pFZJqnRElkWwRVCpYra49y6Ouy8MVZJT0UNTSz&#10;H9uqd08ilELER6xZbgC6giwNxa/tPc2tm8lsJbopMvECtPzA6QXkkbrQylX6c4eueuavKbUpqqvy&#10;eI3Hg6YRTYTGxy0dLUxyqZQtdTY5FpqqSd2ZBNPH/YAB9IPtjyMtdURxyx02hlbTIqyO6X1fgIrB&#10;XIHqNzz7MLVbdHMbSgrTj59EE88cdR4gbo7PXO19s09XJjqnKMKVaO9Mwx8aO0UiIkoeoq2jqJA6&#10;udAJtexINvbzjqRVpWqJJf3HiDSrYrobTq9BcgsQeOSB7RXM7NJ4aRdobj6joN324MrVr2jpcDDx&#10;1Ocp6Ckpl+3inRacTrCxlhDhUV0iHj0eP6hNclvaPyWV8eSpcRVUdXPU1tNW1CyQ4yvqMUIIGhRk&#10;yGWWn/hsErLN+3HPKrSkMI1fS5VVGYsBS1WUkdrGuniKhdKnIoGZS2acCQUidnimvEuF0I6qyl0D&#10;1atCqEh3UUOoqDo7dXxKCbLbmw4oMZ93QzR0UME9M0lOs8Edb9zIs6y1ENKGlnVBIylmQaj6dWjm&#10;8aHMVUuYq6Ot21moIMbT01RBu+d8GMTXip1F8XQx0eaqc9C9G73nWqoqenZgDG0n4ZjEkl28C2jR&#10;xeHXVqj0k1FVADmTUvmSgQ+Tno3triFbGGaPdoHkkd0NuomEiBaUdtUYiKsKBQsrSKAA6r0l909a&#10;RS0tRW4yvppPvZ6jVtoR1bVIsCRVzo8ApFqalkCiRJfPYi5Kg2faPJ0buw004pvuVdI1nVonljQy&#10;NJACbieI/wBAB/Za4HtTPZyqBVm8TTxpQgcKfYRk1qaZBHRsk0mlRqPiaTQ+eK9ucU9RTouW7uss&#10;rEsYQV0lR9pIkk0VD46mlp6mRlmFc4STyY6ZV9SSF3XlowCR7YZcRU4/K1+QbKVORx+RZUpaCpSn&#10;WnopYqcukdK9NTJMiTRxEuZHblQRY6iXrWZJInWpEmCc4UCimg45NCcnNeHR7Du6TwpB9Kkcka1L&#10;LWrAkZIqa0rilMVrXrqaix+c29QYVdv0mDy2IjSSvyVGZZa6vRnSlqJp1qHYmSKSaNYVCD0jT9NO&#10;lHtUfxyTy1FFWYSoo5ppI6d6qCdgkYWJJ5YabIVNFURzIgZDICUVrgIwt7OrcNar4gVmBJBBxWuO&#10;Kk48wCa9GgvG225VobtZQaAMq0zWoC6kR1IPHThvOvHoQU6/pcFt6rw4OM3Pjczjxi6t5cY6x1kF&#10;bJI1TQQLLQU9XHEsc5EsRNnvZtaMSQH3vS0ueaoxu4KDHZaCgmNRFFVzSwLK4ZlvAI5KZXJA9Vzz&#10;psTckmQdvsrV4YJIw4dqCqitPzyR86fn6dZG8n+4W97VElxt+5zJI6gFq1IxTFQQP2dQNl9Dbd2F&#10;KuV2DT5HaGWzhnp6rK7eoKaaaFJi8jR1plFQTDLUT618nINyCur2XjdHUuKzlNKu0t45nZ1TOjxN&#10;jqkvuLAMrSa1WGGsq6HIUtOqykELVSA6QADbkZbVuG5bHOXjtkliIyWBbOasdRPca/h0rQDApmfe&#10;WPvK7zss8Me97XDcW66R4kdYZAApBdiA6yMaCvaueHHA77fxm5dqSrXZ3aG2OxVhZK+DJLiqTbG7&#10;XqDEkLzVtZQRVeMyFfpiW5ajgZ2f9f1IrZ7b2f331Vkq3I5TYtfuvEQN9lFvbbFPX1OFqqR5XlCz&#10;12Gg+7wokDJJ46wRNrv472JItj9wSZbcyWy/WLppqc6mVq6kULpKhCAWJpn+zIXjmt7f+9/K3N0M&#10;Q2nm2Nb0op+nlkEcwNMqFbT4lDXuiLqADVgcdGz2lvnrLcsGOw0VfBt3OVsCTrs7cNVBQZqCdRIl&#10;QaehyNQseV8T+hpKMzxBWQ3BvZDbN7oymTeuT+4OSyjQYyb7ymTLVNU8FOWhheujxuQlaommpWUs&#10;DGGbgkglifZxa83THTeR7bcFUCs+iQsQiN3P4b1BGkUYp3Ek4yT1LVzzRdRxDVJEaigZy1K+mK1+&#10;zFK16U2c2VTOKJ4c4+CaPIU8sM8FHSI88gDXo5ZoQNNJVL6ZNRAYfm9vYypC8Wy6zPNPk8ZJk4zR&#10;U9DkaRoqhJah5DJTtSL4zHUpAgNrngj8HiXdq3j99XNgEsCtE8QgjS6gcCwJJoT8h8j0W7ZzHNuu&#10;4x2whDRAEllaq4HkfMV/4vpPfxCCt3fjcCtPQ1v2CHJ1NVSzq7R00SRrS1TgTSnwSVLOoPFytgeD&#10;7C2k3PkcVVU0UGQZkii0krLcSszNN4zGrSxkrrKMoJ5AAPHI2+is7yJmmVTr4Eevy/Z0MxBFpJZA&#10;fy6EOqweOyUEhqaOGTVKSoZFPIvaS9tWu35v7XVNuuszKinlnpKZikhWNqSaeqdgoVZDSKPLEbg2&#10;dmRTb6+yOTb7SzekDu8tPUAAEniaZFainTDKocKDRekudtUOKYzU9NU1DfQa6mGniCEkiPzEAALa&#10;9tJ+v1/pxilnMc5kMt4tCrLI1pbtGbeKNFWGNSL3H7gv/aI9qmjQNGNa5FSBw/mT0uhWtNJHU2SG&#10;APT28Wl0DFYQViT1D9uXWwaSQjnlAth/W3tOPBVO86xxcGEmMuDojIuQU/ss2rnn8+zVZIFRCGGG&#10;zSmejhWMACHDn/i+nxZUhSMu7MfIq6T49LL+NShALC34sPeTH7xyu3I55k8rwJKDX06zmKCujXTL&#10;NHLTFfsnq5IwVWoZfKmlbsQLe095sVluRUOR4pHYSBqQ0xRhRgtfwatPHA6M7bebm1Kss5KDipPa&#10;RUA4/P16asrtLB7gCNV00MlTFG/2NZIS9XQyMZHjeGrLGqFMJTzDrMZBtbn2NWfhmwzCoKWNXDHP&#10;EJI9LhJkDhT6wb6W9gnbpUvVaPVXQxBpwqMdSI91GLdpUapA/LPDoJ9pZGi3PTtEkkbrSVU9HMYZ&#10;gyyPTSNHJIE0GwV4yCL/AFPtBzyxyhqmd2LL6gJXuEYjVwCwsNIt+n9P9fqRFGugCONQK4x0Fr2+&#10;0gys4GK5NAP83QlQp4THR0sSlWvGZYV0E6eLKASx4+oJNz/QcezI/Evr/M7nzu4t9VGInp8PR4yH&#10;E7ennp105erq6kzVtZifuYE+6p8fBTxx/cQSaPJLKtyU4h33i5vsrGGz5ZguA1wsokmpqGjSDoRs&#10;AEkkNTNMVA88JvfX7z/JPtzuMOy38zXF9UmWOGRC0YGKOTgFzkA0wPPomfzixu8t9bS2d1d1/kKN&#10;Jq3dVPl951smRqqSHH4vF0bpR4vI/ZeSST7+vq2d6cxu4WCOQKPSSb/PdfmeOQZmJKWBiyqHRmIb&#10;SfK40lUjDseBqa/AsD7iHb+ZPDZPoZC0gocfyH5efWHHNH37oYImj5V2OSoSlZZQSGpxCoCGAP2i&#10;nHHQSdG/FveOHkpZcjvqFq+n8ctb/BMdLJBVxCTTBSx1OSWjqSIksB/kkCjm62uvsEq9Nm4nJwYy&#10;k2diVy8fiiSvymMpJp4Xja5mVqmFjTTBSLMGsCSefY6gXeb+1N1eb5K9nVm0IzBeHyOR8vPrEjnD&#10;7zfu7zLHdzz84XyWDEnwopDEgqGGmkdKgUGDXjw6sg231bQUFIiZLKZXLq9zKlVkaxopkclngnph&#10;N9m0GpuU8dgRxb2iJqlqqtmf7SrkkeWSP7Vah0gp4QXKs0MRSnaUvbkhgVt7PVtUiWJmue3QDX1P&#10;HGfTj1Fc/uDzZfQKk/MVwyN+Jnc6qjIy2AOBFB9vQi0mAwtEVNLicbTlQoQw0kCMukWFnEYfgD+v&#10;sQsXtSrr8VO+bpcdTLLRTJTTVNM9VUmWNY3VvCjrHCsqs3jLhhcCyDiwcv8Ad4YLqOKzeWWkgLAE&#10;BaHjUmuqh4gU+3oCzb+8d7G9ldXEpBBIVtK6SCaaviqp46SpNKMSCQZrMiHShcG5JN9ZJHJ5k1+8&#10;VJsZMbDBNSrlKqoqHPknxlF+xRLFKI7SZGshSIsy+vQoIGoi5I0nb7+LmV4pI4EjAwGYVfz+FDqx&#10;wz6cPPowm5kl3SUpLHGLRDwdz3/YqsWGfNhX5cOumnX9J0/15IB59mh2Pt+hpaaDx4+CirbRvLX1&#10;dVI2SZSqspUSSJT0dCQpuxRZXL2VijECJ9+3O5nlkLXbSW4qPDVR4f2E01M356eJIqAeo53O/dn0&#10;yTCSPiVAULjyIpU/tp8uHScyE0x9YeZkP0hjZVjB0n1AFSTYC31/PsUMnR5Pau3JcngtuZbdWXE0&#10;C/ZY+GmiWqMjqqvTRGWjpKiSp1g6mlijUajyq8AV9whup5BdzLHbohKrqXxGbyUM7KqmuO5lUebD&#10;j0WWLwbtuKW17uEdlbhQdb1OkfMqGbSPQKT6A9Jj72lqqvxVeRpaKnSMtqebTMGB0nU99KrcWPH1&#10;49pypzMewKHbOe3FtDIVW9d51dJjaLbO3qaqzC4SsqJqR8xl8ruCOBcTjcbtqlrjLUVVS8IlaLxQ&#10;iWeWCmlRXm9XF41ptcCTtAZUVvDUvVS1GZyFVViVQXZnK1FETXKyIwktNlO+vu9vt+6Ku0WSSOZp&#10;GSMyBFYxqsWsyPJOy6IkQPllaUxx+I8bVNkZs3XSYmgr44cdj2EtbkJ5FiWriYMkNHDGBqmeeRb8&#10;/wBn/XHtb0W9tsUW4sftfL75wVFu/MSUv8E2lms/j6TcEs9UZqaAU+GeeKtIeFzZUp2LRAgBTZCW&#10;bhebbbmK08SBZKUoCgZx8VUUkF+FajFflU9Eh5d3i8sLndbLZJ5NrhWsk8UMrRKKgHvClVofNmA+&#10;daAxqyJVopKmGjMlDDFUtUV9PEGhNPTESlofEi63unFgRcfgX9qzNT7V2Ztqu3NurN4bHUzVpoKP&#10;LVddTUWPxtVUJBGaeKeolR56ueWTUo0Cf1EEMoFkF1vPh3CCSYRWi6S+s6S3kC1e0UofOhwONekt&#10;jtG7b1eQbZtW1TzXXh6yqKzMVBqzUBoFVUOo4FSRWtD0lotwZPJZ6kxFBHWrFHHFV1UDQyGoqowx&#10;ZZXhe8KxMiFbhghuPqTyWV+9Nt5Kjqd39PbDr+3d1Zd12iKvC01PgKilklihyFHLu7N7ip6Wu25h&#10;KOlyC1ANdRw07lZI0ZpwkLIL3fLe4tY7jly3N7dMygRxKFZcI2mR2p4ahW1VYtShAUs6gypZe1+8&#10;W10u0c8b+mz7TAzTkSEzas6WEEcBKTSM0YRhC7SKGDECPVKi3ydJPDBDTZTLrgoYGjqxEySVbTIj&#10;oZ4KOkhkjMlRLpZWMTu0WtbowJPs0+xFqKza+NG6clDk85TUlCmUrWgpkWumpaWmR5qTwJFE8M01&#10;2V/DAF1+iOK4jjW3UN7atBCwo+kV0E01Ed1aoo4g+Q9eoy32CwtdxuP3ZEUsnJKrTIGaahU5GKUZ&#10;jXiSKnoM8/W5AZrRiaOaioZTaBfJwRI5Z/u9ayEX/AVjx+fz7lUtO2MZq+imMtU0gSkppXLSvdg4&#10;nqZh5BDCh9S2ZCWFrcg+1ssguVW2nVRCBVmAwDTgB6nz/b0F51kuGo1FSvlw48B/gHSw+/pp4koq&#10;uKMwpTF6moQoYtUaE+KKMIrXYi1yTyfbgtBm8lS1bVsxoqVYpopvsTOpMZuZIGqoWikp55SqoWik&#10;Ugm6EMCfaVptvheKKEa5iwoW40rig8wBWlR0/axrbuhU1YMKVoR+ynTFX5rAUdRSQ0sEdZV+aF4V&#10;nkiDJyQrgeEq6QqxIBBH9b8WJJ2/k+wKPKUVtybYwXVf2W4qXfZ3XTVNRPW0tTiKvEYzD4CBIkkm&#10;nkyNdFU1TS1KNUU1I8IR2l1IM5beN12qgtVsFaQ3Rk1MZEaNhHHoGhANZB16jSgQIWcMsn8t7Psc&#10;1tN/uvvbnmwyRGzFuygKyyrJJLN3Up4YKRhIyVkZGYqFK9DTg3xs1MqpFHNV6izFS3NwSGupCggi&#10;9wF5HFuPa42vNQbxjko9wUNHl9uSVQfE4Crx9Xj0qo8VFTULV2WwNbamyxyuRE0kL1EUcUFK1IY1&#10;8irN7Sbhs0d7byT3UQ0q/YCpACgEDUrY4lmT4gV0mgYEkMXMN1sEyT7ZO8O6LGTLIrrIVLlj4aTC&#10;rRhY2RCI31GQTIWCllPHKKIlV0lPmTUhkQ6DGCSwjjkS0kWg3PoZdVzqvc+11snGTY3ceTqoMRRG&#10;OedoaZzTRokEZZ0V6antHBHGqjQeFVdP09JsZb3NBJs9nbC8ZdCgkA+nBTxx8uNPPoj3e5a5tYI5&#10;bp6CparE6yc1apJJ+deGPIUhZWaCfG08clTMGVP1LI6MxAuCzX8n+vpIuPrf2o93z4PA19Hi5cpj&#10;8XuHLVCU1BRebXJVVVdE4hx3gRUFRUFV1rBFzYamP0Hsh2++d0S4ugTYE6FZyqhmFT2FiKthqnOB&#10;wwT0W2EV5dRSzQ20klpGpZm8gFIBceYArpLEUqQAM16jYuaapphVNFI1JEZElm8IhFonVfLGZJNP&#10;jVTqYm3pBPvJhaOPbqO2RraSr3BlIZXTBeWCiqkx0MixJWLTy+KoNPK8g0lVBUSA6QzcO39/DuU8&#10;VrbgR20edddVT6YNCBWhPCuK9Fu4yGdBKkTLZK1PE8icmleHCuOOCfslvVLkpvBSiZaSjksa+INL&#10;DPPYKaaNkMQvG36vr/T3Grdp42fGtDR4WPHtVzR1UdHQpAJJpZApqpgrPFG71FUSwcmNSSw9XHt6&#10;23ma2uDJ9b4ugEE14eg/IceJ4HGak827XUzostzI6oKdxJp6AYOAPIfmSenqmnZJTrqBMqgrK7fq&#10;Bve4IIWwAPvDlsfVbOxpyGSp5IoTQfffaoQ9XTR67xUbvFO1P94Q/qszIQCQ1hf27YXsG9zLFbOP&#10;EMgUlsLnJJxUAf5OB6LNEd3ci2idSxamqpUZzklagfMrgZI6kUtXDkFcwNrVZDGJACEYKfVYG/IY&#10;EfX8eyObh+ZnUdFuKuxmWytJtrHY1Kvzbp3JuLauCEmSoDN93hqDauVzVPvvNTrIYEjmx+NqqeWa&#10;Ux61ZH0o2505e2jc32/cNyt0slSjytNFGBINWqNIZZI7mVgAMwwyIGbTqJU9TfY/d8583DabW/26&#10;yku7qRlpbW9vdTkxvTRM1zFA9lCtNRdLi5hkRULaWVlPTssBAAN/9hYf737AnZn8w2n7B7gj2Bhe&#10;qt51O2qXAZDL1G9KL+IZaaFIcTNnMAZsJjaSSKOm3XSRCOKnkkEwq2jQeUuyqEdl91bTe+cP6v7f&#10;y9cybN4LyNcIrOR2eLEfDRCwMsYNFNGDMigMWISQuZfuoTcre3h5uvuctsTe2uYoltHZIwzNIIZ1&#10;EkrrX6aQhnlVDH4YZi6aatkEA/JP+wP/ABr2vpsZvvtDM7V3fX7qyuycBioDuPPbMk2ziamurxm0&#10;o6mPA5GrydHVyYefBUCvRO8EH3MrTVF5gJNEUztsu8X0XLG6fviS1twvivaNbQmRmkCsYZHlDNH4&#10;IJjLQr4p1y0lAYRKCV3Llnk+x3/YbTYodz3eVhBb3YuZVSMQkoZ4kR0DrM9JlDtpXRGfDahkfKqh&#10;VCjkC/1/xN/c+Tu/aVH2FSbAbI1W3MhFiaiswOFrVSgpt6UlLJFQVMGIK0dUs1TizDDLFHSyeYeR&#10;w6+GM+6TcxbRa7+vLt9cG13cws8SONKXGlyhEZ0sZBGNNVQrIBXWg0sCkPttzDPynd80Jax39k06&#10;pcTRkubVmXxdUpLIQkh1q7Onh0VXVi76uu7D+g/2w9mD2t2dtHe1Hja7a2YjytHuekqK3EVVQKzH&#10;NW0dFW0ePnyFBSZOkxrNA9bWwLFIptMs8UkStG8bOlsty2zcLXb7+3uozaTK7RGjAyKjhGIDd2ir&#10;LpemlwwKsQwPUab5yVzDy9d3tlvW2tHd2cgSYBlk0O6O6o7RtJRtEblgfhKOjlZEdRwIsSSvHP0+&#10;v+9+xwxlFVQUAYzzSTNWEIolmV3AsTGHkYyBQHJ9RawsPaK7uIZJ2GhQmnOBT7cY/wAHQAvPD+p0&#10;GJQpHp6fn1HZwTwo/wBiP+Kn2vMZl69Wgp8hCryWIVrsUtcKkYQsVYg8f1uf9h7ILuztiHmtpOyu&#10;ft6Dd5YwOTJbuSOBH+ocOuHFjckW+lrf8SCPefdeMydJjJsvhqCLIV1JHJUwY6kehp6eapq4jTSy&#10;tVNSzVlIKGmldpZaVJKpotaxRTSMkLh/64oulYTJIrKACSv4qVJ0t2rXUw0OWAICscFrbIbSW6Sy&#10;vr0w2khozmrUC9ygIGVXLFQiByqBiCXiq0g9HMrEJ+eQP9h/xoeydbaTt3IbCyP99Z9iZvd2Ymz9&#10;ZJS02KyeN2hS4bMT1MeFw1dhMzQpmWoaOgGic1HkqJ9C+pxK6Ie7THzC+zSQ7t9Jc7pKW00EiwaG&#10;/s0KsiSlNJ/U1EyAj4WLELKG/D29s+cLI8rw7racv2626Bmkje6MsYVpplnikMWt5CDGI6KoJOHj&#10;DPP91OfJrvHsjB7a2d1/v6bdJ3N3VsTsYRbA2PiINvZ5t4R70bA7LxEMWKlqJBtnL7J3BJDjnyCV&#10;DVEVBSuE+/0+LHH3B5w5ottr2jZNznufq90sbmlrAqxy+OblooUXQxYwyQTFUEoY/oxOAbhq9Z8+&#10;yPtZyZu+9cxc3cqLYDZuWd327/H76Uzwi0az8e9lrJoQXUV7bq9ysTReC1xMus2YbX73VvtfdPyH&#10;ocvubdOCyO+dvVeO+x2z2AIXrMZVw1eMoarG0GK3vDlnjkq6zH4nBvCVqkk+3ijHlQajI2Oe271z&#10;rt9/f3thuG4W0wURXBDOhUhWQRTVOpgkcRA8QEhhViWyc5962L2guLDY9h3ez2m8tpvEubGuiRCk&#10;kiSySWZiUmNJJp1OqJl8RiVRyFAX3u4r4c/Ouk31jH2H2luag23v7HxQ/wAIy2UkrKxt30cFTVVO&#10;UpKyikZKaDM0qU8kUgVryRykwFWXT7zG9o/eq05i248u817jHBzDDiGeTWfqVq5bXXHipQAAEBl4&#10;CoNedP3j/ur3XLF+nNfI+xTXnKUpYywxBIxZsQqxMr5Z4WZta1rR0pIGV9Q97sf2llNk733dU5HD&#10;5/amRoc9QY6qqMCuPgq58tmMQ/ipt14LLDIUb1H3GDxKwELBPpSgpZVZViIeaYfoPqm3Ta9yt5ra&#10;6jjbsCNqdW7JtSsdQCx6Rgg6I2Vhpo2GPMNjzPyxsMNjuO17hHdWU0iJcGRlWKKUFntpoTG+mk8p&#10;kozJ3TzRMpaQMvvb7unde0dn7h23tKpzG3cBldxyvU7cw2UlejqMxLSRU8NXHjaypV4snkUpFjMk&#10;Mc0lUoCsQQwYmtvvW1QXdpt24XujdLsMItTKpnKfEsdaB2QFSVQVCkEqoI6Kdh2HmLmHZ955it9v&#10;vLnbrNNNxLENSw6yxXxEjo0SM9QGKJCSWXUrAhfe1KPFUS1Hlnompvtook/cBjp3WT7iSaXxoxmg&#10;NNE8RUqmnUD9efZ1+pEsZSOUS6j5cRQigyKGpBBzw4dEsUhgWPRby+LqNMGpBwMHANSCMmtPKmfe&#10;0f2/sagydGcpjaalwlQ9LTS4mojWdMbPIztEaUztHEiCeOCOoieRANEo9TBbk55I5hubWf6S5ked&#10;VZlkBy64rq018iSjUySpOkVHUgcl75LZuYb15Jog+l65YUHEjjqqSp00roOM9Yo25Km9wWPq+v1+&#10;g4HHsptPuuspcpjtu1GGlrZchJVY6fH0tWlJBBJUQyrS1tXNO1PrrIXABljGlWXTyASZeurBTF9d&#10;BIwhDK5l0KwRVBJBBNdDAU0gM2a46mVtnt5LW53eO/RYIQkgZ1qWC0LRjTkIyk1qVNCWB4dZfb8s&#10;mX3Zg/7sU/39LVQ5Opq6mllmpqZMxUU0kdHEkeqdY2lo2ZnSE3VllJLaowpK3jtNrvF3Z2HhGJVV&#10;wP7EGpNcHEgoakGhVaLnpVY/QbPfndJzE8GhApWv6SMDJTAwp+EuamtAB31HE2B1WJv/AE+g+ntK&#10;Dba4eixstNHSp/FaqqV8KsjDL1FRixAz1MytiIaenWrqm/bVC4HiYPJZyfZrDuCSTXUXhAeHRg9A&#10;I6SBiT8fcygd5wO4GgI6Fcl0u5XdxruNbW6ghwvYoeoCAlw7FV1E1oAWwBSnXQYk/Sy/1t+Pxz9O&#10;fZg9k0sO7akUlWaPz0NF9rHishQxmQTyx1Ef2AepmjdVKsp9NgqlgSPqADv8sm0QvNAJBDK+oyIx&#10;ppFKPpUEcfX0H2GOt6gfa1EkTNolkLeIrA1GCWAUUBJqTxpU+VB1FqJREpexsL8KByBz/Q829rzJ&#10;dMpOMjk5sliqWWngWCTDY4osKyqAjUzUrI5qmPOpCWTixubWIbbnhlNvaLazOjtXxXBOD56qig/n&#10;59EY39o0ggMbMXJIkc6mArSoIC6T5iq1ByD1HiyIJRTFKqsRpd+br/iQAFI9pzr99wbXzdDh8hRZ&#10;SkoYIRG7VVM8FEsVTNJpmKtPCyxw6yv6CupVA+gBMuZP3VulhPeWtxCbgtXDVaqgCnA8aDhTBPT3&#10;MNlYXtnLfQzxmZlyKktUADNRQMSBw41JNTnqVIUlQ254vbjkgcAf1+nsccgKury9SlDlTV0EsdV5&#10;0p/4SYa6grcZXYqak80mMnqqGCnq6qKsDwyRVXmgVGl+1Y0zxnHbFIrCed3hkhlDaaYqoqA1Rked&#10;BTNP6XQHR4bbbtM9mPEoAtS4KNqVy3ayqxZFeMhwyaHNFDhXEFNWlGNwQwa1rAFWbj/AMPr7Kt2P&#10;veowslVR1tfSUdGtMAqUsU9M0tTF9ytcs7SzTpPFMyQshEYjsCNbsSfcycq7A92fqTH4tWFCRQqp&#10;oRmooRUimGyMUx0KuXOW4twkR7OzeS4EhrV9QVSwIIFFKkAuGJJNSKLpAYu6fpH+x/3s+wB2nviq&#10;11U0f3FTJJ5ZJfKQGIZYRKZRCtV5FiBk0j0hUT6+5R3fYEEcKSOq0K0oOGDwrTiQPLJP59SPzByv&#10;blbdG8ONVApTUciukCpFK0Fa1yTTBHXL2HHY+WiSpasparyRyUzXpwWEaGWomjlAZVYteZDbVrF1&#10;sOPZxtDJY7dJJMgrG4p/S8gPXPoKV6GHJdhIbdbeeCjq47vOgUU+VKH0697SNPuWrmo6dqymqKak&#10;MIRmC2vSw0yA1kzokfD6WHNy3p/A9uxXaeG961k6xs5IJ8lCGTWw/CNR0gfn69CG42W3inmS3lSS&#10;4BrT+mWJ08fLUPsz8uvewp3RU1uJy9JX5GOPIYyCvgyFJS5BXelrIo0jl8U0Edo5BMsASQfTQlrf&#10;0irmkXm37o95fzGXbvH1oGOHouFqOJFPTySuquB9sMdrf2EtpZVhvzC0bvGaMpOoagTUgrqqpHma&#10;5697C9aiqyFV5ZIkR5HU0qxERolmjkQssD+p7lrMbH6/4WAsO4T3cqzSkAhl8NV0AAYYAhAKEk4Y&#10;gHJyTQgblIbW3KCYkBDqJqSfXJ697Vf91M/ubKRDDYjJ5GvphHUVMVFTV+VdacOxqGdY2nlhhiIT&#10;SeFT6sb2JUb/AHbz3trczuIrtWUOZH1FqlndSXYkadKhBHpA+LBFeimDedv2yyl+ruI4rZtWmpRB&#10;Wi6RU0BJyDWp4Ur5cWZV/UwXgnkgcAXJ5/oB7s96I+DOS3U9Bme1KGposO/20429BJ9pnqtYzEzU&#10;ecqKSSaDGULMkgkhRjVsgA1QlRYs519y7JLGbbrFxcXbBQ0zAKdAU9gClA2lz2soCnSnxBSDjFzj&#10;70HaWms+VyJLlCw1kkxIST3xVCl3pjUewGva3Hpkr83S06MIZonl+luWH0/FmU3/AN49n4y3SMO3&#10;MHjdudc5ak63oqDK0FeqbfwWMNPV0dPZq+gqKSaIxf7lpFCzVLIZ2jb0sJf3Vhz993N6o8OQo4IJ&#10;NFeoDVK0cEANWjUodOqjIaMIKXmz94395uPM1lJusssLqBLLISrNQBlcHVSMV0R6gmakELpLXR5Z&#10;pzeWmZyQOWbk824/HtLS7U3NAssdXuOTMqyJ5ZmxuPxtPA5lnaQpDQQwlFQGONFYsRHCoLSOXkYZ&#10;bZuFtEqtPEDcH0r6k0GosdIqaaiWpTUxNSSe7vLCd1a225Yj5ASO5OBxLEKTQMTpXTqZiKAiigin&#10;jYD06OOALXW3AW/+HtlOxKVP3slk0SFgWJkbQWUXuyxgGVh/r29iAcxSvSO3tav6f5a8OrxX76dE&#10;duT1l+5J4ROfxcG1v9gR+PbVWUGx6RGslLLH6fWzQhnbSdXjEzxL4yw4PJHHB5ssguuYZ2WjOH9A&#10;Dj9letrfbg5CgMX+VesiiY/qsP8Abj/e2+nsuPau+OkdqnbeNz2Yo8Jm95ZyPb21KKaV6zIZvLTz&#10;wwLT0OPx8U0rQRyVMYkmZVp4mdVeQO6IV0nOf9Vb7ZrTmLfYYJb+4WGCNtXiSyMwUBVyaKWXW5Gl&#10;dS6tIIJkbkzlbn7mGPe77Y9rnubDbbY3N04AVIIVVmJeR2Cg6UYqo1O4BKppVmXMur+1b/Yf8Tyf&#10;ZQfkZt3edD1puWv2VmziqyGBamfJ0mQnxkgxgLGsjxVVrghhykiMv24kmpVcm3lQ2LX95t13qX27&#10;3S55Y3Y2e4KmqSRH8NvBAPiCOSmlXrQIWkjBJKCRWahnj2Z3Plq4522Wy5lsFubdyVWN0Eg8So0G&#10;RCCzRYPiaY5SAQxjYKSvL2CHxL+AnWO948d3B29mt7bryuVmocq1Dlamsx2KrYZ5aWppklqKynkz&#10;uWhqy7GRknRCaiwcugviVyV7D8vb9tlnzfzTum53m6TtrZJaojAqrAO8iGWQMSxYpIo1Myg1XEze&#10;9/3qudOX5rzkL2/2rbbDb7ZWj1xBZZVZdSMdMb+FCYxQUZNVEUkaZAOuLGw4/wBb3eZs7YvV+Oxd&#10;Ph8N11sqlxsVbTZSGjptr4WioZctQqsFBlnoqOip6Sasp/GrQzFGZbAqbAe5dvOT9js4TDDtFrDa&#10;CQNoSKNVDLwNNJ7h6k1rmurPXP7cueefry8lvL7mvcZLxo2Ri1zK7iNstH4hcyBa/EqsAcqwpUdN&#10;c8R1lyzn06SNVv2mtrQFbMA/+uD/AEPsQttbYxm0q/c9XjMXBE+6a+p3DlqmJ6iapr83UQU9HLVT&#10;STTv4rU1MkaRoFiTR6VBLam47Kwt1f6KsTSzmWSpJDMwUFs1phVwKDzIJJJaG5bjvEOzi+uzJDZ2&#10;6QRDAVYVZ2CgKAD3MxLcT5nHTJkp0eOONWLPG/AcrYI9tQsoUlhpFr/7z7z0suJjqaU1cFLkMpjZ&#10;5K+AyUyVcmNnFJPTSTUbVRZqeqkpZpIdcZUgOQTpJBVbht/1UazPbL4K5jYgfEAQCMYIqc8aEiue&#10;h/sL3WqSK2LRRyr4bAMUV11KSDSlRVQ1OFRw6QW76KeqoHUSGOmkhanJLeF5RI6t+6ygKTEwutgD&#10;Yf19jLFUY3FdTRvXK09LkKOkLpJFUSRvFLM7Q0k9NTOstbFSrIP2yxjdwv8AZCgRTc21lud0kd2g&#10;awQVK5OpQBQH1LVAI4HIpQkdSLaS3X9YI0t5wt0C1GBUUZRpqG00UkMaEDtpXPVYG4dv5/e3yWUU&#10;cz4+l27UZGQRRyUayL9tHQhqmmq5YtdJV5KoiWNJYx5Uh8ukhrkhNsnbe3x2h1VgBKcpu2DGb634&#10;Y6qaenkxmDkoaXblLSVTTtXGF0GWlp4tIF0Spbk/Rhtrj2bbLh1idlSSqSMD2lqrpoc1oyAUanac&#10;dCLft9u77b+YJSEi25xBF2UOpwTK7LQLUMyhnLV7jGMVNRb7b3ZU7a6b7VzdTHPiduU+a682njKy&#10;Ckhqqepyn3k2RyOWoYIFxqyt9w0Lai4RnCKVsCxOXnMH5wsiRJD4nFojAoBRW0r9bhYynNrce0G3&#10;bgIgEZia/Pz9eoFv5a61LHurw+fp/k6AnoDetLDRwQyZL+JNUKk0tUaou61DoJ3WURMmmdJDY2Yi&#10;/wDX2AO6dr0bza3gRWQyuXSnlN9UkQklMsK6EtJZuStyTb82kXaN2mSMIJSVIpmn7P8AJ/qr0QvJ&#10;MDMxaqt5fYOrOtlbpkqqVAlX5bww6RLVKrBdAYKscjGSQAH+zc+wJ3j1xSvLTNThPIyyoXQIHmhc&#10;PKdRqNOl1a1raW/qeWPuQtk5mlRJVkBAqDSpIxjy/nx/wdObfvU1vKyFSqEg8T5Yx+XrXoX8flUn&#10;jN2u1gQAQf8AAcXJt7C9+vTDPJV00ikfZBpWMssr6LCeKPU00dRKZHZGXSVsVLNfSoAqXmVJFSOV&#10;Qe8AY4Zp6H58Qf59CC95shitI0ZsM1BwFW8zwoCBRSaVpTI49OtPM019Q+hsLDj/AGP19vnX9LRY&#10;uqxUMlTFJURStUvToJIaus/bjlE2tqwoRLEdAYy6GGkvY20k/M1xLcW1+SjHtoKmoABIoB5ZzTGT&#10;w9Y35guri/nuJWRgjlcnSwXJIUdgGfmK+RzXpwmH7MoI+sY4I+p1N/t/Yj5XOYyTf9NSYmKT+Gzb&#10;RyGcq6qH7D+GVOTiyMGECtAs38RTJRpSyJ5GgEUkcYCySFQACtnSSTaZtUfd46rXgaUJ0kEg0xX4&#10;R5Z8umt22qazsrbcZbhZLkXcUQqZC4TwmkIoRpCGq/i1aq4ArRoxks89NUpUIYnWqeERXX0KoRlI&#10;+pBJP5/HsnW88Wa7KNU09LRSURlrBTmGGZ9clXLorJapERQ9RB4tS3ui3a19RJyA2W5+ntTHNPIJ&#10;tK6qt5Be1VBwAfPz4cOp42fmOL90fSSyt4qhK5A7VGFFflxGKkAdO0EfjZtTuWPjBBIKgJqK2ABI&#10;uH555t7ETY2LjxsbUtPTT+byI33M8Ekopn8cVPNRwlZ5JXaKWF1LOg1OXAZgPYZ328kupJZpH7Rw&#10;GpRqHEN+dfMmmPKnUO82c0XUszzVXQo09ppXz1EUABataVI9KdZ2iV7gk8/0t+f9gf6+zNbKgzJp&#10;pp1M9G4pjFTNJ5qmCY+crAr0lExydUlLT6pFEROqJ/UVLemEuZZo3kI8IVGoEmmCTWpC0ODkdw7a&#10;1oakAGznjvLvVJIDHrFSKB80Joz9g/hJNcmoDADpvr3jhVAQDc/2ioFxbTcsVF/Zc+naEZ7O9g4g&#10;ZGjlkps5NmYYIBW1T4+qjqkxOSpKikmlrZMNKfDC7U9a09SJJpCsrLqVQ7yTvclhdbvbG4EkTyFg&#10;gZhpYURlOruWoVCEclixbuanbL3uHZS2tjy3fCHR/iyxhiFGtCDIj1VVElCWBaJY4ygUFK1Y55JU&#10;jjie/wCvSPqDyQDb0m17H2N8FJUYSotQ0ElbFMvrqoHp6aniMYMTieYSyVJ0ztpb0KCeVBYWMg3V&#10;6LpUJULU8Twz8uOeIoDQceor8Nr1dMppTyNST8wK08vUU+fl1rje15Ah/oRcn6fQAj6e1jNkfPtL&#10;KZSlx9PWzTUOR8MaVdCsqrS0rw5OrQzxvTzUNFTVAJZUZk1hSUDS+40366hMyG3nDFWPwuBUE6XN&#10;e6oVSW/IY4Do+2Tl6ZbloZEeNgyn4TWrFtAKkjJZaEVH+HpP19fTx5CipGqxCPPGHCr6ZHluYk06&#10;iTJKxFv8ebcH3XxvuqhyO6nzeIzFS23chkqGDFwy4+CenhraSnx6RvVUtX4P3qmopNetk8kUq61Q&#10;W9xfud2k11NdWraoHZVUAAiqKq6u4GpOipqAeJoOAyt5M2W6t9ittt3SyA3GKNzLTVWjlq5Qngrg&#10;rRitKAs2AX8TaRpkVFkCapE1cqL2va/6bW59qvpbDVea3akuVqqiqya5mCevqlMMcMxNU8bxUpp5&#10;ZaSFDTlk8UckqojAu0RQqClbiYzTSzSNqaTNAKEE5K47QtTQVYDSCaZHUl7ftS/WbbabZCIrXSuh&#10;ANWmhHEMdWaCmtVqMd3xdFl+XnZlN1X8eu295TSR0/8AB+u92VdHI0qUypXJga80EhnkkRUkStMb&#10;L9C5XQOWHuyCsZWeNhp5jRQq2CKqRhVVQoACoq8W459wjz3uct5dKQez/MBTz+fXRH2S2VrOyulI&#10;KsFA4AGpOr/AM/aevlv/ACb3jXZ/cc9ZUTyTCorp53eaqeqqapmLPJWVMsgZ5ZJp5mbUTruTqY83&#10;xxHkfT8H3EiyapHJ418up03yACCGMLRDx6KVjpiappL+tmZYyL6f6+q/9b/1Ht2h5IIt9ALfj+v9&#10;fr7ENkPEVXOXJoT6D/VTqE94Bj1jSfDXCgeZ/nmlehjwoEnIZQ7sTK8lrql1BNgVtYkfX3Ez1A2V&#10;weSx6RJK8tPK8KMLs7olwg5HMgGm35DH3OvstzLb7FzclncSg2V0BG1Tgn8IHlQ1IoQesdvd3ZLn&#10;cdgi3u1gP7xsJVnQDjVPmMg0HGuOrcv5R3yCxnQnzC2TS7iydHR7F7JWTr3dtbXVr0VFTUmbJGPq&#10;5VaWOmaOiypikOvgi/5sRp17HxFR8Yv5new59xKcfia3tqqws9TO0tJTJRbznrduzVcjPJoipo5s&#10;utTY8eGRT/aBBbZ2je33vdapONNou4FNXAGO5JjD+mkCVXp5KSKnrOnmC/t/ef7r26322qHvZ9kW&#10;fQO5xLAqyMlOOoOhj9QW6+ij2LG24+n91NiX+6ep2dW5ChFKySmpmoqMZGGGB01o0tTJTaFYAgMw&#10;4497c1ZiaKrpZGaDS72k0OvjYIGBEcfq/wA2CB+rUbX95uQXk0UkYEgoMf7J/wBXGnXFB0mt7oxD&#10;KhqY/wAv8v29VPbY7JrY/tpVrzLSvT1HhnDvUUoZ42VpJSCSzyabLpC3cDnggpeejoq8PA33VFkI&#10;A0slD5PXFF6okuVVVMEgN0ZDcgc/09msdxNbnxKI8DEDX/l48R5g/l0P9juDbFZG0MDjVmvH7ekT&#10;vrMZ3BTtkIY8Tmtt15p4Y8oVZo5pfE0k5CPO7mupfrLHIoUOgtdRYs9ThKn7OamiWqo3jmVmlgXz&#10;xvEqu0aJLIb6ip+n9PZhDfwCeOVjG8ZBABNDXGadDg7rGscbhl0GoFTQ1/Yaj9nQbYnPYqs3PS5i&#10;tOJztFVURgWkrYhQTU1a1TTxyVIgpX8c5BXVfgrq+nPsLbfd7hFHLRmraBWKCZfSNIBSV5ZLr/nO&#10;b24bgELx7FmpYdu8aOfRq40P8sZ6UWV8J5NOsAef+bj59HNzmMi2x1XV5ymzDYdqiRZZ0pTMJBG3&#10;Lw08EcsZRJBZdKLqIb6m9/Zcu4/j3U9l7mxWZr3RqPb5Bx+AqXWooK2Z42Ms1fEgFLPDrWEqJIpg&#10;BT8LYkk72vddiiiha5gLXQqSwBpQgChrUE1Arqr5dSDY781lam0Vf02IqVqMDyGSRxNaUPoR0J3T&#10;XyE2LtLaUdDJUS1NXXNLWZLNRQPF6kWOKOL7eoknmkqxLO5IBjAlk4449r3F9aQYHEw02TFJ5y8a&#10;IaGNaVIURVigEKUqrCpgUAalRQygLyAR7tPu0F7MwtYtMCqKCnDSABx8xQU9OGFAAVwbuZZdcTGo&#10;BqSSTX1JNc1z9vSLzveB3Vnak7ZStTFUdNLPItf45XlkV61pg61ZbSkwYBYpdXjYhtIBGqJuLYtV&#10;R5eOq+7mlSoozJBUwh1nhk+2JMj1JdGSdoAUj+lrg/UD2Y7ZvdpLZvEtsobUAwxRgDQY9P8AZ6Jb&#10;rcHmYHSaKw9KYoKUpwNOH+DyXfVfbeE3BtWpx0WOpKKqocnJR12NqKrXDUH77xwNFS6Zg0KTS6mB&#10;LRkBiwNxYvPb3S0+592daVuLoVSogx2YZ5lLQ19DVQLTyUmYlP2k9LWGmqf3WjkB859Iaxb3InJ/&#10;OUW1bFzZbzXAUO8QyFYODqBQAmtdOAR8JFetQSvOJHZ2/TfGTwNKDNfPFBwqMdDx1/2jiaXGbzqc&#10;xlYWp8TlqUxuZ1lpyK2F448VQx+YzegxFAn0Q8/psobNzbr7B2hunau1cNhaXK4bJsZ8pmhRyyt5&#10;aM08Ne1TLTRrDQS+GEyhnUtIzEiy2C3tLHli+2jdt0u75494UfoxUoGJqRSgYkeRGKYFT5mtjZSS&#10;3AnmqsQNKkiigAkY40PE/t6UFFQ7N3Visll6qeopZwssdNTy1s1P9tHMJWpWjgNSBURyvKDyoBCi&#10;4/PsaclvHbtNtyTLTmaaV1kqRS0ckk80i0qLpQRTlpaaeoNOxIJIQH+ot7h1d7dpZVRQ6LqAoV4Z&#10;4miUHlWhP2HgbT2YhkSF5FVyaZBFK+vQEYTZe9pt4/wyjpY/4Xj4zE2TrYlpY3+8kkd/G9OEWeGD&#10;zG6KyuwUcgcmg758d2Y/d1bJsOgxSY/Iy5mHLZtaeS7pR0tKsVDTZBwElqqypnUSuX0+NIgAoUgD&#10;CL71PuXFuPgciWlyryLOs05Qmi6FYRI1c6mISWjDtCIKAatWZH3c+S7qKM8z3rH6VUMUTECrtqGp&#10;x/RUdtABXU2ejq7cwpweOpaI1kla0MIR55F8as2okiGLU3hgX6Ktzxzckk+61Upbf2Qf9h7wpoB5&#10;dZWh2HnXpQe+TwcfQA6gDb+lvbEqiurNevAmo+3r3uP4f8f7Vv8AePr7Y6trP9Lj173/AP/V1o8N&#10;lnq5BEW1KBZo/IxBRRfVpP1Knn30Bsrq4v2aCNmdQKULYA+zz/y9YyX1vDbx+N4Sr6EeZHl1v8e1&#10;VkaB/sY6mNi8QURubHTFIbkIeT+r8f1t7El/sUosorqpaOlCMdvpxI45/Z0TWW4qsjQOcscde9gZ&#10;nMvLBOUjaQKxb0SMynUzepQh+mm/+w9whvrzrdeHE7LDU0BwfyHmPs6kLaoUaHxK9xOOve8W2qlz&#10;l6Sf7hI5YaiKZAxsQI21lefqT+Px71sdkXvreckK6uCPtXNf59L9ycfRTIVNNPXvY/0O9aJshSir&#10;VKaSCaNlq76UaVCHUOoN1IYA/wCw9ypacwQbfuMKXQVCtHDHjUZGRw6Ac+zSS2sxiJcspFPl172Z&#10;bIb+OUxwrMuxysdVpFN9oFDoTGQkdjbX5Af9cn3P28+477jt7329H6uORQEK4apIoCKGuME/n1Gs&#10;HLfg3HgWMZjkrU+ZJr5en5dcQAt7fT+nvrpyp2Hns9W7ezNEkdPuuinoaWaZVmmx1fAr1NJXCVCB&#10;SiL9xQ3KFnXUbDgg9td65N3je7rl7e7JFtd1jMKOctDLl4pVZR2kkEeldJY6RTqZeTdqhfcZNr3l&#10;dVpcRaddMxycUI+eoafkGPSY3VLlKfHJkcQZGqcbUQ1ctGgv9/SKf8qpeRYkxHUCL8i3s6fRWxp9&#10;qUtfTZSNaaei3rLBR1llENXQV2BpG88UrEKYJv4bqt6tPPvIv2n2TcOVLHmnZN1tQk8N+0kb+UqN&#10;CgDI1MqwGvGQRQ5B6nj2s2s7Lt27w30B8WK8VdRFRQoSprwIYCtPl0AXbW6kr4JI8frqYqvaL5CW&#10;hsvmjqMfmBBNHJH+uGpiesAtwxsAPZzq3aFIqS4XCUVLRrqpsplmpYoaeOtysskKtLVpFpiElPS0&#10;rXY3JQfj6kQ7a9ntyz39vbRxSXE+ohVCsdNAzmgWrOAik0+2vU021pAI7m3s7VIo5GDsyqAXPYMr&#10;6AAUP5nqvTbXbU8bjfe58lV1ktXPktu7WjrZGqTi9uUcdXJHDj5JQ0065KvrUGlVsXkCj9N/eDb3&#10;WlM2Or9t4qoaenlky9d/Fa1FKLW1ZM329OwUFaWmn0qFB9ZBH9PYVOx2W0bFzDt0Urs24y3LnWal&#10;WuSTU6aEhKgKMdoAPQTm5B2qx2q+tIqm4uJGcueIZqkAeYVScUI6w9l/JKba1VjOyd2UklLVxDa+&#10;F/unhpZKioOMWo+xSpq6dxEkmRqYRIWYhfCgBANiSoZtq1n2GDx1NIIv4EKOmWujYwSVNcAsZWIF&#10;WDLOytcfUo1vz7M+XrS02fZts2+UCWSC3jUGnDwkCl/OmvNf9M3RhtnLQs4LCFpyzRIpqPKtCSK+&#10;dQ3+9dI/C9sbdize7M/lAchLvmny2bj29Mk9TTY7bsJlq3fKPG0BjWkgqIiDcxiRA1/SPYsPteqw&#10;G18UsoUaMnj3qqqunVXKz1UIqWnZNAuI2ZwWZhxY2HHshTmWx3TetxtrK5WS6WBiI1q1FFfhp9lB&#10;Tz6PZ4AiSG3YSA0HEcSMn7a8fn1XRjfkfsvt/wCQHZWM23WyZStHXm7IMPtza+Fqa6mjgw+EyRx0&#10;uMlkDQ6aqvEVLphicMZAAzO4b2q8jhJ8q0mNxtXPPjDIJp6pZBNDGq3KNSMBoUyxnSOTcf7D2Sxb&#10;/t+1xWd5u6R224S6Y0RsOWOKHzNK1Pp59Fmy2lvYI+4bwgW4BJjU0zwP+Gg/LoA9pd97S6rocR2J&#10;2ttjE7Q7PydPFt7C7WroWxW6q9qiqj89HuOOdkrpabFVMEcrrKieNQQrC5Bb6WDEBsjgKN0X7Wam&#10;jqad2ZamSmjZZnkkRrvIs9WugHknSfZvJNfv4F7NFWobSfIEggH8h0d2m8z3n68luqxh9IJ4UpXH&#10;546ETM57sirpNidy7ooZKmbMYTc2QwtdQwPPhoc5lITi8ZS0sqSLHSJi9tyPNrYIoeQC49qZafMT&#10;q1Nj446SFi4+6n1RszPdmcxxlJ5JL/jUg/1/Yeub6whdmmuk+qoPMMoFPMVx+Y6Cu/3NlM80twaz&#10;g4LNj/eeHRb6rdXU2ByFLuXfeXfdu7IFpk/geJqIKwY5KE/5HSz1VTI2ExiU9PGx1BZ7lT/ab2AX&#10;aOzT4SvmqZ6isKJM80r6Cyh9LR04PiTQt/qC3P1PvF333vLS8vbNFu2lkKgsNVBwIFFUADB+f29R&#10;vLeQS3fisVAVfL16te+EXyIp9yV9W1HjsHTUGIpauooaTFwRTyUsNW1Oy01Vl3hiqappptLMOI1I&#10;JVR7JR27isvlK6bGdfyUIzOFgEtohHLMEp4YIzJJBKUp18c+uQtJ6UHN7C/vFvmLe5EvEXayscsI&#10;UqRmmlQg4+YpWp4cfLoN7vNsVnt1zf8AMm6RWdpXSus0L6hUBRUFiR5Ln5dXbdDVVW20KbI7u/ic&#10;0e556uogWrikmiijr6yprI6eJ1LTGIxMkSqgLG30APsOd/LTbC6cqqrtnY20slvfcVKk6102fo62&#10;pr2dY0iyHgp8hDQ08KRxoI3WGZdQ+p4X3c77H+5p599tlm3CY1yf7U4y1Co8qYHl1jFy1GvP/P73&#10;PJ/OF5Hs1mxBi8IxKKVwGdCzkmpoHWgIx5kbMcfuczFTYPIVcGEoIytRQ/ZS0lNHLrsaZXq6DXLI&#10;TICVLo35tYj3T2aaXJZGWKgpl1T1binpoGMgu8juoHGrSt/949xqSNfcRT5mnWWsNuVcRlix9T0I&#10;3uwnrDZmG6O2dN2HuyoikrpaPz4uhZkSasr3g1R00YkHktGbAkKbLdvZ6THYwKVcFmXy6Eu1wfuw&#10;Put9FSTTpjU+Y9T/AKuHSCzlbUZ2sG2cSx0m5zVchDJRUrenxxyKNJqpASAtwR+fZHOzexMrv/N1&#10;+Vnnlq8nl6wxM1OKhqeCJzpo6ClBjUGnp72LkWJuRb6+yNpDIWJ8z0RXd1LdzyzSkmp/Z8h8h5dL&#10;KgoabG0kFFSRiKnp0EcaL9AB9T/rseT/AIn2Yb4q/GXLdjZ6NJKeojw1DJDXbpzRSRDLEJogMNjp&#10;1BWbLViuF0hrxI2pr8Kwy5H5L3DnHdVihiK7bCQ80pwqoOIHrIQe0ZIqJKECnUcc98/bbyNtsk05&#10;138lVhiByz5Kl6VKxgirE0GCK14orsHfVBsnCNX1DotZOxgoUlAMMMpjYvWVxU3ioaJTqlbi9tII&#10;vcbGvRXT2NqqvDZZsNR0O2Nn08dNgqanQy0k+Tp0jiSKAuESWjwi3VpCGMlUSL+g65X5/wCaNv22&#10;023ljZvCXbLREUFXJ1MqZAoKMsRomrIaSoBPEwryXsF0bm/5k3x5G3q8DMVdACqscsKnV+ooJUEn&#10;SgBA4DrUj/nefzP6zpjrXOfGXqzfFVP3F23oj35laCQw5fZ/WWRFS9U9aYYXXE7g7FhcJTU4Eb02&#10;GmEvBmgMZ1mbUI4n03QqzuLgkIF4dieQTc3sOT7TctbT/VnbJ+brqMndZ2K20dQX7iO8LxOkcKeZ&#10;6KeZt3fmrcU5a2wlNqiQmZxhRQEaNXCgJ4V61Xuttsf6N9sz9qZRZ5Nx5h1x2y8HDJTmqlnqnkm/&#10;jC48RSys8EMNwFYE8f19tTy1LSCKndjFaVBUAJJpMh4MTKVB0f0t7lW/3Hl4WJ3LeooX3d3idLNB&#10;INZC/wCjI8ZZWJxWtDig6DO1cuXesRQALZpq1S17QKVqrVAP2dGYz27tg/wYbo3nQ4qt3hLWbYym&#10;P6/ozmqSfMGBkXIf3jhyVPWTUklSwLOVYI5AKgDj2FfYG5lx9NT4ahrhWVtUohlpqWRfu2cOCZQi&#10;ElZLLyP6e579r+WReJd8y7jsH0dxJMZF8SrFI2UAJqIUqKeQxTqBPcvmNork7RY74ZdvjiCuEAAd&#10;lJarBcNxpnPWxF/KH+H8e5VznyC7M6Vm2HkqrdVbmdg5TdFJVTTY7b+RxUcC0dC2VpYp6WgSOolQ&#10;FY9L6tRB9hrtjZeUq46/M5nK5bHQtG9mmLIKZJirxsELaSxUqL8kFh9PctbtzBZQPaWVnaQSuPQ1&#10;rTGf29RdY3VxNKiw2pdmNP8AN+fy49XPd2947P2m+3dk7SxO0t1ZqbX9ti4q6AmukxxWCspZBC8k&#10;oljsZNICIVQkXsbKqPdPWW25KGpm7Iw2MlQSeaKtzFI1TVPGpWRfs/uGmEpZgSAlze4+nsB7jvcz&#10;R3Mc9msjq2nRGAWHcAQAM9vE/IGvUo7J7ec6b5KwsuXb3TQEERPpyCV7qaVrQgVI9ME9V79n535B&#10;7uxW68PH8YtxdlUtZW42HE023sC+Pp8DEJneOqfMVqU9Lk6BYIl9aVKKDYGwJPto3B8lOu9sUwnw&#10;Me79yz6Q889Bhnx+KDpcEyZPc8uFo0pWtcvG0i6efcbbpuL3by2W8bbYnZyCp8WaON1Ga60kKnUB&#10;Q9ofjxHUybB7Fc3TBZrrdbTbLpGAHiS65OANQkHiEkEkUNMjoru3/gn8lO+MlWYntvaXQnX+wv8A&#10;K6Ch23urexz2+4MfXORD4cL1fQb0eqyOPjCKq1b08zMCGvz7C3dPyvye5tu5LHUWwNuw7fzVDW4q&#10;rrMzvOXIwy0tbTS0lSlRS4Db9bSEPFK2pFqiTa2r3jRc+23tlte63N//AFrhe3eViqW6yTBA1QEL&#10;/pRmgJqoc+XWSttFusW12O2bjzdJPukEYXxIowrEqQ2oCV140A7lBpXHSU6S/wCE8/X/AFB3ttDt&#10;yP5F9g1G5dg9i4LsvauzdpdMUG1ajGZTbOZps7iqcZ7fG/IaiqpYKujhIlkxcDMoBAW/usPsftOp&#10;6+7Z2P21tHEx57suHr6n6lp49n7XzmSfO4Db9WmRw9TkKXOZKZsrmKSR5oopCaO0Rb0OBdQ1uLci&#10;7NdbRcWVxe7heW8QiV9MMAbwzUEgm4qdPZ3BSRQqDQno1s9m2rcNp5j2S9S5m2u/uXnkWVwgXxDV&#10;1QwIgVK1JqzEMx1UBqNmfaHQm2Ml112Vsne1FuSh2dvnsbcvaOVxmf3RhqeowtfuuqGTzeIx0u06&#10;Sggw23I8oslbDH93Vv5p5tcoFkHPMfKT59bryeOq8Z013z92kdTFhPuOttn7VcQ1NNVR1VDTTiRK&#10;1ongaUMGmkbxksLAEgxh5str29tpouSb+43FVYL4kwAoVNaeBDC1KawqluBOcjoFbbyV7MbBZ7vt&#10;9nFtsdlKyG4R7+SRSQ4K6ld5EBB06qAGqoBUmnQcUXQ38vXamB3BRySdTNgK6pxFRuaky/btbn6S&#10;erxGTx1Vj67IUtfvHIUtNVx5KkpHjZEh0zaATc6SFuM7X/mTZvdWaoML1pv2jycVPSLXVUmdye3j&#10;DHGxWOF9xVFN/diqropWsKaKoNQkalzH4xr9p9q5u3GLcLq52jkC2hvh2lw93WlalSzXLAgmh0kU&#10;xXy6E24bZyDbbNAtytn+4WBIjKQtGQ2oFqGMOwNDqKkrwFa06Xu5tn/A+PB7ah3fhOhs1hoqmbN7&#10;XpMtS7Z3KEnq6aelqMvRY4Q5CeKMwF4XqfHpVmCM3kYAmS2vQfzZs9joIpIt+0WO0Kq0FX8gMTB4&#10;Uj9QEmJfH/fU6aGGksgDfW/sX23NnuRqSe05StFYA1JlXUMnLKZgVHzpnj59QBuu4fdOtr2YXvKf&#10;L0l05qzLtDyBmPH9RbV1Jr5CUkHGOAacj2d/L82dk48nkct0rhMlj0kenyy4WMS0sUqhZPtcrBi/&#10;FEjxjSyxyen6cexOxmy/5k0AC5Bt9iWIancd5Y2Gk8YZAI4aiXEU6TOS/q0yHSv19mg5/wCdJh9J&#10;f8l2V3qPchmm0sPNTonXjjg46NNrf7r9nLa7pYco7HbXKklSNqaOQVFNVPAJBpw6BLsX5kfysd44&#10;eq25vXsrpDsHb2aaSgrtt1Ow892XjZ6in/ejjyWFx+DzVL6fCWT7iJULrw2rSCLGJj+Z2KollyEP&#10;cVNX0IjZjie2aXNK7cFpIrwsjhWfkIgHH145RvzFDEXuLj2sgtZVzqhmkYVrkDU0tPXz4cejfcLv&#10;2V3y3ENydkktpMeHcWYUEfsQ8OBpWhr59Fvgx38n/IZikr9sYX4b4uom8k1HLL8cjtetoPEkrost&#10;WtFgZqGVpIbL5vGzgXQEEN7WdJ2b81sUVqVzHcjwQBXf7zbOG3bThSwJMrx7WZXUA6r69Tc3N+SZ&#10;/wBZLSeEz/1fv4lweyTxK/k0IUD8yPXz6jK99s/uyyhoH2nleK4lY0VbqW0ZhwNNNypX5UqeBA8u&#10;hLqNq/y6ux2fGHIfHTNzWemalod+ZfZdckSRhAiU9RvFa7ypYBVYSG9vryA/Q/NL5F7VqFi3tQYa&#10;oS3Eu9Ov5cA5IYKfH/ANy0NYzKGvqFJIo+uk8+yS8HKu4BJtztry1uZKqHdY+BpWqo6a/Kh0Np8h&#10;nKU+wntbPDK3KM8xWgJWw3ATL6gMbqBsYOBKNWe7A6Aref8AKL+CXc0X3W0ZdwYOrAd3l6q7Pi3H&#10;Dpmjlu9VS7r2juLHmJUU6SZk9TEB/axpPnlmJWjfP9dYrIUc0TIMngd01WCRzGmrVBQbu29S63KX&#10;9KVF7/kew1e+1nLW5us9lzREYSmgCVSgJJqSK6auvDNAaYB6Ots9uTtMSR7ZulxHKs5kVJrbxRkU&#10;0F7Wd6AVyzR0JzTog3av/Cb3rzc8tfNsH5P7m29XNQCjGE3l1lhd3l3RneGaozey93URWUSMLv8A&#10;w9xb+wPp7Eaj+VXX26qjbb5CLdWyIMfHW/c1GcxBkoa6aeoozHSw5vCS5KjanEdIWZndbhubLqDS&#10;R7YcqScnQXNpe7j40eArqlVkA1UoVFQvcCy07iMlRq1Q17re1/M+5y7vd7Ht9juLzaP04bgGSEKp&#10;DFoJjEW7j2iOrKTXSR0I3wu/lX9v/DnBb+wub3lsPt6oztRgocQdoZGfH1WPgxcOfjjyOSxG4KPB&#10;15rZpc0E8EbyxxiH0mRpLRjXgt17e3NXvlMHubG5uFYzK0ONzFHXU0Cr9CUpnZvKPIFK31KFFxx7&#10;nVZITbiKJ1cnHaQfzxkD5kcesPd75d5i5ekWy33Y7yzk1AfrQyRk14YcCoPkfh+fR7sptiXbu0qf&#10;b2QwFbgqirnGPhqKjDVdJLWVaqzzPaqklKJJJG0mvTp1M3qNwfaxqJMxkLsIIhTPCrlWnZZragGW&#10;UICJCY2uTdSGH0t7YjFnAKa6t8vX5dBR7m0tkCFqy1Nf8g/I9JHbG0dm4ZoTGK+bJtXVkEdVJjEd&#10;JDLrYSUcni88cBnFzZXupNzbn2p6SV445EeohkQrcLOGhKuUUHSqkqEIAB/rb2WTxq7hxEdfyzXo&#10;hu75ZSSD3dNFfsCF8nSZKTFZamqhqVqinjFeKuGxVZJXmokm8pcMwXVpUsbe+cNdMV8CzQqqzEs0&#10;DsdQLElVb0O6yH8/096kt1JD6TWnn5HomuApDMeHQrwbWginp62WnrJZ5MdCsUOQDPotFAYtcbRv&#10;FCfHxoVmIJ+v19y6/JiCmcRXXXCwkAI1gaTqC+V0DMB+C3tOkBNXZS2nPDj9nQPv3Otlr5/6uAJ6&#10;HPrLZJnqosjVUaEU0l4j4zJwx1hGWJCUGpLfp9sEea+3m8YlpayHwpSpP6o5kkleQzVAkRlXSY5F&#10;MQAViSdX4Htd9A80ZPcmK09fL5jy9D0ErglnjLFll4k+R/b6Up6fb0aSm2stRQLLaehnVjVNTqFM&#10;LnSGhp2RWuwKsGazW+lrjn3zyQp8phczjYshU4ySuoqmhGUxc1MmRxs1XTsseQx0k1PXwLWUcbmW&#10;JpIXiDhdQYEr7ST288umNWkjZ1PcuGGCMEgioORg5FaEcV+zXTWe42F21vHKsUquUcEo+kg6XCsr&#10;aWpRqMDQmhBoekzksfJTVmPmlpo6h4JopTQ1ME7QVXjclqeZxJS6YptDI+liSlwBzcI2jq1xq6am&#10;aSdoC7pLO8YlmjHjAmlMaJCBLINRC2jjHCqqgKBNJbPMhVDkjJHlX0+zqQkmFwmiigMKUAFMinAn&#10;+RNOkjuXbUmXklmpFQNPEEl8MAJDESBvEJH1B40VkLXV3bksfr7Qu0NwbnxlZlcZmajHVGISrrJt&#10;vvhKDIQCTGVE0NbTUUVDJlNyVFRVURaeOeapkhLyxhoFhjfxIgh2W7hhk+rZGCO4DBWUiMKnhatc&#10;sldILIdOkFlBWNVIRRbuv7uvVtbmx8f6koPFEjo2mQ6lL1EUShXIjZFClgj0leWRPEbHuXr/AG9l&#10;KGhrqWlqkzkMUQyVTlHx8lQktPDVY+CoSpqaWgjijXUjBYQQFYag8io/sQnxlJuHEiaObG1tFV0t&#10;S9ZGsVXk4aqnnp3qKbx+C8NVBIjtrQpIJVlAUMHa7R3JYZKshaAgUIpkcMUqDX09K1pw6LYbi4tL&#10;mJTHNFIHAUEhTUNp7q/xAVFMhe5qUbSE1Xl6vaGampZaHKwSRPj2opBU4qjeKohqaGlrZZlrg6L9&#10;vCoZmMkYiEDFxwi+wT7L6yqZYy6jPUMnozUlTi6DIZNqqlFX97ITBTw5CovUyHxGmUayGYRKNIZR&#10;jtXNttHb1+oYxLIMJVnBjKnw6aSSGppIUV0+a0PUl8oc0C2ZUpA6OPCCyOq6WoVB1akXBHxmq1K8&#10;QR0IXX/a2Ey6s1HVYSr8c/8AdxqStyNNHV0dfT0y08cAad6FJZKcRX8jXjLIg1Nz7ArL1G3dt1ce&#10;PlyEENZUJEoWR6uN08qq8HnSTQYi/kNgLi9x+PY+h5lsJJEiurgQzE4RyAxrmo+X20zjiD0O7aHc&#10;93jmvLe3Y2yk1qRinGgqa/5qHz6HHFfxLL0rVb0jpTRG1v8AJ9DEXEniaF3EippFz/iPzcBV4HMV&#10;WPeWMVLU/kF2DSqsMw50ltat5gU4A4Nj9b8+1W4WMVyscojVj5HzH7D0SXQequlQ1PLiPz6Tm69m&#10;Ybc1GqZHHU1ejLJB66YvUxxyOQyxSq/osrWPpIIuCLe207C6zy2SrM7kNhbWrcvUDyV9fUYKmmkm&#10;aRPE9QkskN4qmdBpeaMrI6qNTGw0orh9xjjgt1uzoQMEOoBk1ChAxWh8xXOPTqV9k94ueNq26222&#10;DmC6FtCgVVMhOB5LUVFKYA7RUmlSagbvLYm+oaKmwW3u0d7bYwkFRIcVTYLdeUxkmPYN5IaaWmhq&#10;ftq+io7oIaaeN6aMIAI7lyxZvkl0XNU9fw1XU9K8TYGpymZzOG/iNbkp6qjajjpTWY01k+QkibER&#10;IHEaameFLrqdArizYOfd82SS5Mz+K8ihAZKhwK4Acg0NSDlSKA0BNFOTns995B7jfots5sm8KSco&#10;kMmkIniVNEelFHik010A1UBpWvS66K3Funa2/MpL2zuUblTN0GHwO28/Pg8PhJcW9FNVyigysmHo&#10;cfR1K5yrqfJ5SiKlQ7fpjdVjrNw2190V1XFTUmFyUWIFQsLV9NDUvJLEqwxtIKyd5AiVDzcNGVl0&#10;XIaw9zbtfM+47kYIVg8DZCQdUcjs7IqgMPFZj2sxpqQBylTgVpntDzBbR24nuNwUufIH9tPPGcUr&#10;606PPXZvE0Sv9xkaGObQ8oiNRAJTpDOY1jVyxYKLDix/rf2Z3ZPRnZubycf8A2ZmstA6NJPXY6gm&#10;qkgEuv8Acd4VkBLlW162uL3BPPs/3nn3lPaLdjd7vaQCpqHcKzECooDk5PrnqPua/en2/wCWrV5N&#10;75qtLV6nE0qRsaCuAzCpOe0Et56aU6B/dPcvW+IpWiye7sLj6x5LQY+trYKWvqP0KvjppHDuJNXp&#10;06ibH6fX2YDFfELt+qqEir8FSY+nn9X3NVlcZGFUWA8sLVqVNOf6XUH8fn2Ar73t5JhjZ4NxaSUc&#10;FWOQ1/0p06W/I/PqJd1+/B7IbNZzPFzC08ijKRRSMWOcK3hlCK+eofb0H7d3YGtgmfB0O4shNHpV&#10;oEwWTgDM4LLGKiWiMMgbixUsv+PsxuH+JW0MNhqqh3hnjk6+rVR93jQ1HDRBSrJGks8lQamQWtcg&#10;KfwCOfcX3vvRvl/ewz7JYCK2Q/C9WLetQKaf216w/wCdv7wnmXeN3trnk/bUstuhYHw5mEjSUBGp&#10;tAAQEUGCWAHEcA1QZHsrPZemy+JoZ8BRU8TLHRzQmqWqkYssj1SCKkKAWuugqR+fZX+4egOvesKP&#10;Dbrrtwz1+2W3Th8dmqCsoImd6OsqCw8lXRkRpGWg8chcIHEgAJawMqcme5nMfNM17s8e2xx7p9HI&#10;0TiT8YooAV8k1YEAVNQMHNMnfuy/fE3P3k53HKO+cvW9tMLRpFlS4OkshWqhJBUl68EqFAq1BQ9C&#10;dUZDtSbb2fx2Kix8W5qrbeVO38jIjxx0ebjpn+ynalm8oqCruWCauWUXsOfYZ7z3NDvjPwUW3KSX&#10;LSVbeDFUmGo56/IZMgglKGipo3qZWjUeqyWVQfzx7F+xba2wbaZd1uBDoFXeUhFSgyWZqAA+RrSp&#10;66I75z5y5ylskm6cx71a2lnCKu0sioq5AqS1AMkcf2dIrpnrrIdcbNp6fcNc9NWRRCoy9Vk6mOOH&#10;HyWGvz1EjaS0jNctcoxP6uRcf+iPiHurc9d/fbuHGzbZ25iK8NhNkVRo6mv3F6oHSpzsVNNUy4bG&#10;EyW+0mCVUrK6yrEhUSRVz/74bdYxy7ByZ+puMiMJLutFjxxgyVkJB/tMBcUBpXrl395b79e1Q2d1&#10;yx7VXS3N5NG4kvFYrHCD2/oVFJpMmjj9NSO0uaVnbr7Up5ag7T6/eWpr6ukH8V3I1NXU8VKlQZVC&#10;4WR0ijqqyMIGafWIY0ZGiMsnMZ9oMYcJHBQ4nERY3FYWGKkphHTxUVNBRQIiRpT0sEcUVPTxBTpV&#10;FVBc2A9wEJxc65Lm88W4mNeOoljWtTmrGuTXrlDv3OM+6/VXG47m9xfT1ZmdyzM/zLEkmp4k1P2g&#10;k8NtbLppJFmqpnqqmslSWbXJLUSNPJcyyy1E7ySyzSMfUzNc2H+xbY8zHuSeTE0tPTZKdl1CplnS&#10;pFJTuyBpYII4U+2liqbC7MdahrnkXUtYvtqR3k8jRxhvhyuo0Pn+IUxjhXqG953+6slE7ySJGOIy&#10;oPlg/i/L7eHQ8YjalFiY1MSLBoOopEnjvIRZndi8nkZyefoATwPaM3D1TgFkrK7I1RqsjMrxSVpV&#10;4adVRQUjijTVqZ4o9RfgAra4uPZ9tfN+4kRQ2sWm1Bwtan5kn7ekG3853l4yRRrSDBpWv2mp6Vkc&#10;7rpSNLKLcf1/xP8Ar+3bC7Y63x+2pKdYY5cpUxFSfNPH4Z4XjmHiguZJUmjiZHTX6g55Bt7R7huv&#10;Nd1uglaRltFbhStQajJ4CnGtPLp6S93e6vllSQrCDkeoIIoT+fp1AnmyH3akMRAjE2t6WurrY/i3&#10;PsIMpUTRmPGR1BnjSWKonQF3YeNXWFJKa0xeNITqYkegA3+l/Y0tEjIe6ZQrUoMj86Maef7ehlFZ&#10;qmqbQys2FNKD1OTihPD16c1kVvU3ouCf8PVe1vpx7Ffa7YmoNFiJq9pJnniiimUSiGgCeTzaofQJ&#10;iqFjytvSWJAHsHbsL2IXN0tv+kFNQaVetKAMKkemM1oOJ6JXO4Kpla2CoRg/iP2ev+UkDz6acisk&#10;cctQq3CRllFx62vwi3/tNfj2sNs1lRQbnzj5jDifEYoRSQV9SYPJk3vLCKxYZamSspKaNEiLSNGU&#10;aSpAjDAE+w1ugNzYWsFpMUnkRaEHC6tWqOgGWBUcaGnE4PVNx2tJ9s242N2TeSFlaNakJlSASoKk&#10;t3doFRoY8OmSslFXQ0yQVBp5qkCL030xXTUUfQjqZGs1k1A2Un6D2rsLvTOdhZVK9ajJbQmpy1Ka&#10;M0a02QoKRDzkXyOS88U4ekJMQSAojB9HlDRt7Dcm02e17e4+jMyNWjMMl9ZDAKOArTicgZJ8rPs8&#10;W0xJbrpuIzQ6lclTUV0hQNa1Y+pqaVC56R+aoMXtzD1GuiTM+X1R2Ek61dY7eIU0UUIZwGkYAnVY&#10;E3I9raYrlNweFjrxuGBfHtJVhlqayGRpz5H8fiammqJHNm1JZgzE8qEkZa02xnVaXk+JO2hCcBQH&#10;8QHmKH09eliMLGxND/jUlVdfQfw5JI+3B+XQZs9UmLadVeCrydo6uOKldFjppAQhRbvK80EZ+t0Y&#10;EWt+fYE0mdqqHsTLbn3Js7rbZldmJ6bau3tyCWlr94ZmSeKq8NPkq2CgpJ8dQTw08MFHA07JK8ZX&#10;yCyAVNpt9qt1PO8amqIsiudUqai4Ds0aBVMgDBS7HXqwDpDiW62z948v2+07Vvu5XtpCjz3Fuqlb&#10;WJVK98aGSRGIDHXKqAhB3A6gXE6KioI8BSUEE2TrqeCFKh6VvIKSFIpaeVl8FQ7M9gdR06xfV9Rw&#10;U1ktpY3tTPSJmO6MzN/DDAJMJ13mdzbV25R1dGoqYJoZMfn6w5HIUOYgeWqp56mojWOCnFRCFiLV&#10;BHLtMW8yyS/vG5ZowP7CWSFA6kiN20SsplSRtekNpLCFHipUOL9p3iTk/aV+k5BtQZmJWS9ihnmc&#10;GlXAkiXQrRhRG4jjJpIYyNX6UCasrcQBNjtrKJJox/leSEVVUs0UpTxzRxwR2ilgnYI62DligcE+&#10;hXxw7J23g6Pbmy8Fh8RtrbmUWaKE1UzU9fkBAiVeQrZfM+Uz2bro4lM9dVvJPKACxdmLexvy3yxH&#10;sFvHa29u0QeLCqpLAE8dTVpmpbizMSWPRJuF5ve5X1xuW73ss+6zxBTRVBAqSqLQBYol1UWJVVFG&#10;I1ABHUXAYfLff1WSzGRq67KZKlliaZ0jWoig+5aeCmhY+Wmo6KmEpCwxRjkliSSfY8bKwVXuTbk2&#10;Rpq941gdooaVaen8cFMQscksWohZlp44dCr/AKrki49h3fdxg2vc0tHt6llyxLVLUwOHmePUd3zi&#10;GcRywqOw5OOArnj/AKvPpEb43XRbVztLj5aV28sXleYzyMWkvZU5soLHi5sB7n1M1ZhKuiiOPatk&#10;ycSM0/ikEJLUmkya42ZQyAEKX1MPwB9fbUSQbhBPL9QsaxHhXJz6HyPH0p0ieyXwbmWRkj8M0oSK&#10;n0IA8j5dZcbkKLcyVX22QWkiopWgNOlQCTJHUAqHWaMOYtS2cpcEc39q6n3Ej4uRKuk+xLKSsQVy&#10;s3iVDKzGQRiSQPJzb6C39fZNNt5ju1aKYSU865FakU9BQf4fTosEDyTKluNZArggfPzIxg5HDz49&#10;JnIbdWjyS1lHXmrQaWeVpELwLJ5PCFJNlTxpwTYE8fg+y+7+TAbkrqBKWvgNZBWfZz0+MeKokWWk&#10;mMNYioJntVUsjGKYlf25AyGxJtIHLV1c2UM50B4yGKliQtQSpyBTB9KkfbTobWm2bxtsJnaF0iZA&#10;SXVlUo6qykcKg/EprRvXIqKuw8xX00NatTBUGlca6KonSWMzq6yaWY6CFgZXBRrkPxb6+5dDQY7B&#10;0hqUhj+1pKMy1SQ1ktRFQ+dCiLkGanjV4y/jBXQoa4DX596uLi43CZbdpm8VnotVK69OTpyaYJNa&#10;+R6JbhZLkLFHM/iMSMggOB5AEkAZORjp9bLVddUU9JO6LJNOqUsV0jMyw6nYKbgsQrk35vb2r9n5&#10;nbU+GTc9VuCBcJWw66Y0yQRplleRYaYUs1P9wtXTzS2iiSAFQW0rySAGt0Nw8sVrt9qssjaaOHLq&#10;oOQa1p6GtTgg8CD0Fd22rcre8uNtO3SJepxVgwZMVNQ1ChUVLVHAGlSCB3ljkzLFj8ZQCaa6LPIJ&#10;9cdNHyGeZpCiRFQbkG/HuViIdubgz53D/dOGgy2OoqhKfcWUpJKHKQ4wSxAUcsORVMhS1VfGwLLp&#10;XxAH6OyqEVzb3Fvb27m+WTxFKgIoJBfJo4AYKCASldJNKggdJLldxtrT91rujtbeKrlFcOniDOqo&#10;LRPQ4LBf9K3A9cK6SqxFFFTvk0njqmigSjpxFIJKwAMJI5IvS0NMANWkWa/PtIf3Y2NjNwbv7iyU&#10;tNRV+4KPE4ltzbiyVVWMy4xRjduYYtkakQ0WIo6mqaqjoqdoIqitqJZnAnmZnTtaW+1XkwiWJdzn&#10;VElkZiCI1JKxpqP6cZdm/TjorySuxXWzMVu5btul5tO2csQK0trbySSLBEqoS0vc7nQvfKwVEEki&#10;lxBEsayKiBenjHTZGFcfg6dQXBearCpHGI4P89K6BeC9TJIQf+Oa2C/T2jNkbgy20tsZvc+V7O3L&#10;21V7omik2/BBs/Bbfx2DxgaWogfCYzG42WuqdbziSaprayrR1iRxGq2132Xlzdrq6kfc99NxaPSR&#10;KRwxoiMOwJ4arIdQ/FK76u3Rp7qlt/t8G97vY7VtnKUG1JbgiVzcTTSSMfiLtI+hBWgRI0XT3ByS&#10;OldWUdPUPEtSIKenhW4RpBGksgsVLlWQsWFxa/5J9uud3RWbpqYanKT0tfS/YKn2MNFHTUKqtS0j&#10;O1PI82QWSqDgNqm0nSLKDcmQNs2VNoSX6d5FlLjJNT8PkQKYr0l3Ll+DaYklhbRch6CtC1CDUgjB&#10;AJ4fz66xEMNOkkcUcieq/leo+41gKouSEjQHi3A4/wATz7qj+UHxV212D2rBvX+A0hFRTeWtWnpH&#10;V5KindlWo8cdyoBUatKkm4PJHId5s9pNp5tubLfEQfVhdMgH4mAJDkcSfU08uswvYn3o3TYeTbjl&#10;ua/bsPazMBRTilTgcTT7acAOlOsihAWP/G7exf8Ajx0i/VnnymRmkwOFakw1TuGpq6hcXTV0OKpK&#10;t6SSSOoNPBDisLFVlfWUWIrcXI1MJOW+X7DkraLoR3KPcyRoXqowY46d5OF0KSFpTh3YrQM+7PNi&#10;86m2sbaPxr4SzLCI1MjRtJINWkqTV5aA0AyTQUGOok9dEAUiPkkv+lBdjY8hRa7N7WfZWeoNk4rs&#10;relflMvV0GGwddkIsLUUNE+ByENHSfY1rR4+pwseXyGCpnz9LVVldFUPA4jWNanSrQOa7vvK7Vt9&#10;5u9xdyiK2tw7xtTSvhqdRA0CQoGZWlZGJU0wApAjTlXlW93zcOWNihsoRcT3KL4qljMpd1dVLiYx&#10;LM3hOkMbR1BqWQkrIMyTeQR8i5Klh+V/qD/Rl+hH9fdXfyL+ReQ7B25sPuPp3G7Xg3ftPAzy7nwt&#10;ZNic7uHYNVityYNqKPDS5Cpo85JRV1XUvSStS4+WCtpZ0SrAXwFccuffcS53XbNg5x5Oayk3iCJn&#10;uAWikms3S4icMmoo48V2MUrJDolhnXxK/pFcx/aP2fsuVd05r9uef7y9PL19dAWsqLLBb36S28yu&#10;ZdCmFmVE8RBPMHhlibwQaNrlexOoe88RvOPoDrzcWGizne80/X/Y+D3bh6WOl21Sx7kz0uY3ZDCN&#10;t7ixzw5bC4TH1sORoYlqY6uqpP0+dUiQzn5+h5lk5G2HcrYXfPMklrdxXEYRIkEsqtMaxyo+pYUl&#10;V0pIjyIzU8QIgA117XXnKqe6HNe1X7we18YvbCa0mctcMbaARW1fqIZOySeWJ4Zj4TxRzdzeGdR9&#10;7tp2LXb3M2eyG7tx0lbis7mKqHZWNhxNNiJcRg6OqydVjJaqtVmq6yuy9C0UjQkuYljRm0PJLFFL&#10;O3Wm5ma9uL9xpaZmijCjUkddIqQzBmZcsWIIFTpjJKDBfmlOXfD2uPYdskhureFTdSGSSUSzvo1B&#10;BlFWJg3fUatZFXVEd4pVSeFP+8f70CPYt4POGtrHqahg8dKUEDhY2UKh0FlWT+2B62JHpNj9QCF2&#10;5bf4ECxxodTipHz/ANXDoDXdqYwVEZDH5fL18+uDx6VNgbnj6W/B/wAB7EWo3tTBv4TQItUIyrNU&#10;mVXUGotO6AiJUCK0hRiquqm55HPsKx8vzMhurhmQ1oAKg44N/KoHnwNM9ENztzqvjzKCCAACK+ZH&#10;+TqPDTEEu5swJsLfg2H/ABPsjub27X9Y4/aex4sFlN+bc3Zl9w03ZWactXRfwg7HzK1cuXo4KdJj&#10;JuaWkiULQrEk1fdQimcRsmFlJtNjtGyW+2TXe23ski3jEBu028hZnRV/0R1UMEC6j2qNUlDLNpuN&#10;tzle8x8zSbzb7VvO3W0DbdCO1vF+tiZBDIxp/i+pmLTajHEQ2qkRcOam4H+HH+8e6VfmP8kMVtbu&#10;Hau6er8AmM251Q25doyzy12Ro8tmhUZHE09dhtuxTY+Q4XDbRmpaqngqoaiVaaSstD4JHjf3i/7o&#10;892kPNGy32x2LR2G2LJbNI5YSSrqUFIiRW3igPiKpjYqnikqE7VHSX7unsve797db/sXPO5Gbed/&#10;FvdKojieKHTFKyT3BEg8ea6DxyPEyKZFg/V8VFZeuXutrDdkbkQw7emosVteOeu3BX7c3fTU2dlz&#10;WMG9K6kO5pY6vFZq9cmexFGKOpTIJVOlMpVUSWZmOPybleLEbcnw6s7xONavH4oCyaSjrq8SMBGE&#10;pegAIoxauae5cmbKxO6wzXF/IqQx3FmzQCGU2kbi2QpLEdBglYyxfTtFWRgS7oijr3uV0RTVGW7V&#10;2hSS4CbL5NuxsZTQ4yCvoMBFXPXzTY7IiKsNI+MxtG1Q8E0ikJFAurgozL7WcqRPcb/tlslp4z/W&#10;IBGGRQS7lWIJHhqATitBRiKZwx7pyRbfyHzBcxbqttZDZZGMrJJMyBFWSMlFfxZGorouWeQ0pRlB&#10;X3val6A2Nj9kR1c/3VHR1W3ty5fakDVeQq1r6qjmrKWqpMZLlJqpzmYa/JZiaZPvfuJFNRFFw6Dx&#10;dKuWdrj2rap7C7i1TQXEkYkJ1MqswahNe4Fn1KKk6WAFCpU8JPdjmO75qa2jEbyQXVlFdECNdCyC&#10;No2kWNVpEypCiN4PhoVheQ9jMZPHjn2YffnUGx8nuHBb0yO3cPl9y7dTybey2RpfL9nNOYIDW0qy&#10;gU9NlPHDFGsqKJwqIoYAABTtsG23u4W24XVhE17AxKOyhniYjSxXyDFRpL0LBaqDTHUR7Bz1zXtW&#10;0bnynab3cW+wXtRcRRPRZFUO+h2ABaMMWbw/gJZjTUST0CD9PYV7myVbiKqKleimqA1T5Y3g88K0&#10;n2X+VQVMU6FaO61FNGqxmZXY8hGUH3KdkkF54KqGOsN5Aii+p8q1FAeIJ/hNBZsVla7lbzTpeBSI&#10;qHUFbVr7GUqat8LE6glBjvV9IPfuZt6vymbp8niJMnXRYaLEVFblqIQYvL4uebFNWZOSrFDWUlPV&#10;UlStHQLEXp6n1RSMUvKUaNLue3pY38G6BB4+pEioSjAyEKasoLN3NWhOmoXAyel96Lax+jMdpF9W&#10;8wCGrxuoZUjABDlSSzE0ZKh1HwoCrYyoB1nkgj/bXHHstu4MXBlambKUH2r1tDIrrrge9XVRH/Nx&#10;wXEdpIEEwKuXUG5DG3uYNtu5bS3W1uCTHJxocAHINTwp8Arg9SltO4T2cCWV88gtplzRgAqHzYmp&#10;wap8IBoAKVPWT2zy5CSgqo8hjQKKSmrqCWgrJEq0ZK5qgpISjR1UFckhrjLoOkWBW2o2Kp4vEga3&#10;uW1IyMrLUZUgBfNStNI9an7OhbtiLc2rWl1Jr1RuHWoYFQo8OpADKQIyBQGppnh148gj+vsQq2oo&#10;86dtmtghwNNjMhJK+5KbFSLDMhWCVIUo0o0pJp4mpSSPKgd/J6rfQNxxS2C7mLeU3E0qLSFpBVSC&#10;xJ1FiQrVpSlQCOmrNJrEbksEnj+NEq+CXVmUDUCwLMGUH7OHkOsJRkBKlpDcWQkBeTz9f6A3/wBh&#10;7UnX60NXk66mxuboKaKrkNUgr418zz0xlTyQrTuzGW5AYFY2j1eqxIuU8xymOyt2uLNn8MFTobt0&#10;mlQwxgHHnWnSLf4rlLaE3Vg2qM6QVJ7V0jLAAgegzmmesNQSsQLR3JP6UI/w+pItfn2MNTsKDLb7&#10;xW463KZDGTUVA8JrYairgiiWOekqK6OpyJiUotXUYqJpVa4kCIxN0ULHn1VtDtrAbfDPfAMikjv0&#10;SUqqqpAIwKgKFbSAVIAoHIt9ubDY7rbYYkeKaXUyMo08Coqo05AOCNJB4YrWA1Q0UBVY9Z4Xxn9R&#10;vxxYH6X9y6vJ4arrMjPjq7ytWeV62lhGUaKSoRZolSmmnrm+5krJWjIcSXUC5U+kKst7W/hhtxdQ&#10;UKfCx0VANCSQqDSFAIpTz49FC2d5AkBePSi00nsJNQNRIC17QCOFaH8+skQksNS6AANItwL/AIH0&#10;+nvPh3alr6+gooKilr6JJUlqaqqWop0pyhqIoYzLBeJHp4goH1Z5CBcj3S+Cy20FzPIr2slKACjE&#10;1oSRXOTT7BkdF1/CJ4o7iV1aGWhAA0ngRn51qPy6yNYfqPH9Bxf/AF7n6eybd1bVyG6ZqitZ4Vqa&#10;37mWTHwRVslMwikMcVQsrzyxtGzBnVQbhWJJ+o9zZyXuNlYWy2JjDQKoGtwtdRGqlKA4NAfXy6k3&#10;kbdINmMcYV/DTT3tpB7hqK4UE0rSpPkMejghBUWP9f8Ae/YS7Vo6nGwwQSUSSzGMM0iGRTJCskaV&#10;AkcMyFDGsgHF7Eextucsc0ev6jtUAfYdOKD7SD0I99uYL15pFnYR1oOGGp20H7P59c/Yc9u4tqGe&#10;ty6VQmoYokFPFShmHjlqWVlBIUB4WnNvzfn8+yjcbpl2Ge+JZTAqhkGdZYhKkHtwGJU0JGRwPQw9&#10;vb/6qG129oCtyzNqL+oWo/I6eve2vr7GZbIR42apppnx9bTVKU8FQZL+KSlloqGKMuVMnijkVxa9&#10;mP4HHt7Z7i4l2uC5nl0QV1rGclV+FUkJ4gx5ofX5dGfNl7t1m97HDMovY2Qll4BgwdyfIEkUqfLr&#10;3udv3r7MZbIU1RVU1NBi1pytC6RTB6gn7hdckrLU6pFa4tyFCGw+vsn3fan5kmVfr4xawLXw6KX8&#10;Qr66CQO/ArjioBz0n5U5u26ytJoIZy1+ZAXBYELlcKAAQCADxzqHl172ybQ6drMnV0uOOJrZa2Sp&#10;oTDpiLAzTKjCJlkKskUKSOzlmCADVwAfZDacubVtlkLncqq0WmUsSDX8IXTWp7uNQMgU8+jfeuev&#10;DR5oLtDDobBNMZANeFSwAHmc9dEhRcmw/wASB/vJIHu1fpPrPGdXYA4+SOgr9w5eqhq8hkMfSo87&#10;yU9Uk2PpbyUc1Q1Ni1Miw2OlRI7hFf3EXNN628309zE8i2Ydj34xQ4HcFArSgp8qitesfeZ+YZ+Y&#10;L7xFEo2+CMCMMTTIIZ+Io0lQWBFaqtG4qU7kHM7kq5SKO6O11B0nUhK3IBBv/wAU9nEpt5U+PwFS&#10;Xx89XlcRBUfxHBYG+Uq6WTwLUxwQwUUaVMlRNTSxtHEYkkKyKNIJA9xLdWRkupWMwMBPxHiR9hya&#10;D0qT+GvUcXOxSyXdvCJCttKyqssp0CjNp1MzEUReDNXSKfbREfZF6sEzBYWkCJNMskaFV4sGZbN9&#10;fx7jVWVmNGs0+MkWed5ZVgaqnkkCyRpLrl81PTywySKw1RlAUYEWH5XWdtG8q+HckRhRkoE/kCT/&#10;AL1Q+o6K5rBGmaMXSNpxXTSo+VMEehr3DIqM9PlKoDFNYKq5QH8EK36h/gfYf19Tk6+6wRJQwsHU&#10;nRJUcqoLFoVMKSSRMlgXJt9ebexRBDawDU8utwcZoPz68LSCCjtpdxw8h6Zr0oEMY4Vg3+Itb/H8&#10;+wq3d94kLLUTSxAInkVG8sqqwF1dkOnVJa7KPp7GWyeC7B1hFanjj9n+fpWNCisa6T9nTlTafp9S&#10;bn/eBwfYK5uPH1MSLNUSItQ+lXkaWLU6B3tHrVF9axsV/qFJ/Hsb2c0sDsdAJUCufI0z+Xn0q28X&#10;sM0hjhLsi5oAeJGfWg+wGuKdTPdD/wA0qft/sTvrHY3rTZvYtLjuvDktu4LdWP23XUMNTl8tUJRZ&#10;vIYuucVMT0dRHOsSV6tB5FUS+hAjnAz7wXMHOHN3uJt6bFy9ucSbWktvFKsLprlkLLOUcM1FYERC&#10;XVErUrlVWTrq192d/bvlH2nvLnnfmPZpLreDFPPbPOkhSKNRJCkqDQQ4Ks3gEPpJMfcWYD3uxD4n&#10;9Y7sx3UFT17uHLtu6o2TnDtuvnWlq0oquklxOIyuQ2yTXw11BkY4JczU0FU/qV41ujowiYZA+0Fn&#10;cWXIdxyfvu7rdtt921uXodBjMMUstuRIGR49c01vLpBqpfQVOhhiP79847Lee4ic5bPta7dFudoL&#10;lU1KXWQTSxR3A8N0dGZYormME9rEVBq6jq4/qP8Abj2ebP7F3BmcFT4fAZ+bYsWRyNNV5LJQ4iPJ&#10;V1RiY6lnrcfSJWzCHHPkiqwtOIpVSmaRI4wSroN+YvqNxtzDabr4M0bpqZV1t4YYM0aFmCrqpQsw&#10;cBagKGKsuOuxc12O27q+4bzsy7kFhIjQytEqy4CStQM8mjJC6wzSaXZyAVOM6W9X+wA/N+be/ZLc&#10;tV0TsiGDA9e7w3nNTVsMVNhdn1GV3nlRU5CvcPV1uQy87VlRFSwqampmmkEcdioDMFRw7uUtns+0&#10;C7jsr65jV9Ihi1XE7h2HeWnkBCjVVmeQ6aFQzHSSJ9osbT3C5hdL3mjbdvjKEmW7WK0goiAUVYlE&#10;a1IEcaIKue7SBqK4Hi8pJkNh9GU8FlNha4+hI9l0+MPcHyn7Oz29t0dt0+/Np4b7+hgwWyMltzbu&#10;1Mft1KWjrYMpilkp1rt65msq5ZqCW9XFj0ddTRqELRgCe2Ccw7zcb9vHNO2z2VrPKBbW0kEUccKo&#10;smuhdmuWLGRHVp1hqQWXVRkE7+63LvtFyhY8t7DyLdbfuG4rE5nvIZ57iSZnaMxyV/TtIkXTKpWF&#10;52R9I0ggN1Elx1DGpcQKS1jyxb1L+lrsTwNR92CUlCsVFFLg/vJZMhU4/HU8RSeR6aaeSmonqHiN&#10;TM5KzP5HLltek62I9jfe7+eCKZZ411rTI9HNK1p+EEkYGB1FGwlZ91C3ehAimQ0wHC50k8M+VAKf&#10;PoPN210dNjK2TJQRGnoaWWulDMsYeGBHqWCuytZykVgBySePZtMjiYtsYnbNNX1kc1HhMYkmQq8g&#10;0UNI/wBtDqmyVUah3iWGNYfOdVlXRydNz7h6wk+sjv44173ZVBGWpQDyHxV4nzPl0cWc4v7yeeKM&#10;hnlougEtU5CKBlq/D8z1VHQ7wqN31vZdViMS1Nl915WJMYmPWpnr4UmQImDpZKaBDTVFZVVMcAkJ&#10;BLTWUM5VTXv0t25juyPmjnN1bYlnqsBQUmR2fgpZzzV4rG7eyNTJX01hrjoq/KrJU04K3aN1vZiQ&#10;sm7rsgT2xvWu49N8t5CWxwqAaHPpT868DgD7fNkm2zl7b9tnUeM8ZdyMgSF0OmvAlVCqacCCMjJN&#10;R3H1nLiPhTltr72EAy5qNsZXPiGKOOKPIZDeeDU0TeWWSmb7ehnSCR2YodBe34FwktXFVRN41EhW&#10;KKSRTYsgkGpPJpuocgC4/r7x9ijeN1DetAfmOPUE31hMHAdCD1U91NmI8OqqlRBT+XJ1dNF+/GTK&#10;KYIkzRXCBo4WUC455UlRfgHtw00r1ISOIzJVLISAjsIirfpksLKLfm9vY322ZBGxdwCv88dFE1o4&#10;X4D1al1hvHG1GOeSfI01LPQQwsNVXTxtKskYIEOtwZCpBXSAWC2P0vZA5/azzqJfUtPpkmMcaObg&#10;hY3WIEyIpAcm5b/bfQiDbd2WI6KgscVJ4edei1rdomaiAinmPmOjCbT39S1MZppJI2mEwVZJZ4yd&#10;GoItwVjls178KfZcN243O1Ez4vGxZHD01TBGiZONaQmmdiHpwyztNDUQQyK6OumwicC6s4YSLt09&#10;pJaPK9yv1QNRQVPGtQCCK8CK1z9nTsH0qs1xdwpKQa+GagU9QfI4XPlSvQ5Y6pheEkyI7DUWUAsj&#10;CM+tgbi4Htzx+zAMjTyU9RlI3x+JSmirKlpauStqI2jEtTIVNG89TVsZJFmdV8ZYnWxLey+Tcmis&#10;0RpFcamFNRpRqfECxyulf8OOPRBLIJtxYw2q+BJODpXiurUCoLAgLQgafMAA16kNXrFSNLM8Q1yu&#10;QVHjjC3OhWLM3rCAXt7VkeHykWUwdbkqjEaoNt53ExUtI1VPSTU5yNNWQyp94Vlp6mOmYLMtnUSs&#10;dDKEKkns752229geP9b6xXJGOAKDhg4Fft+0dKuZYbWO3+lhWRiZomDHSGBCsrLRSwIBIINQaYp6&#10;MGDy1NXrXyUnmsaxGk85jMgfTNGLiNnUK4h1Kb+oHj6ewkm2lNPWSvBHoP2zxukCRtHLCy6wZ4mV&#10;0AdgTYglbuLDVcyAu8RxRL4kmNWKk8SfI+dOHTst34MDKGqNXSpSUWXUbG/P045/xP8AT2pcTtV6&#10;RaScUlRKkUMcc9JHwZ0VRG7sqoImEkMOp7Lr1TE2X8E99uolWVPF7q4P51/y0HyA6jTdvGuZ27e2&#10;ta/t9M/sIwB1MWoQjTqF/wCtx/xU+xLxEVVWZTw0GUnjoo6CWnqaGCySJWUtQk8AtFC0zPLTNOQ7&#10;o2pG9ARmOqMdzk8W78dLiumqsARpDakIPA6WFMA1JGRjPR3su3G2t7Y3Fuo1yq4Zgcqar8q1I4gn&#10;tOSD0z5Sqgp4JHkCsV0i7C6i7AA2FzxwfZJunchJj/kHnYpkrNu0WYyPgbGTpXMKpMytdDEYopIJ&#10;o2hq80jGS0hSF2WRiFAPsB8u7h9JuVy0hKCYhyO6hL1IpRWJPimp7ifxMckjJTnbYm3Hkjb7iFxL&#10;JEhqwZWoUALBqFWULGV0qal8gAnrJkZ/BiWqFRZnhjEwIsoCxR+SSUsQbLHTqSfqSBb2erN43GYe&#10;gqoUmpXWEo5p606tEn3iiOB0EirPLC0YZAEsmkA/RmEki9adPEljXw1zU8BjDUPCp7RkGpND5GBt&#10;j2uee5T9B9ZqAQv9HUTXiBQUNCMHpPnOebxPoDJUJ445orFSAoLyhn8YCRg3J9lE3j2LlsFtfsDa&#10;FVs2pwuOzuHx9NgqKkyFHBituxT6aFMXjcRSfYVM88lBRPUTrGooo30uwUMakw9utxcRpf2jWTQW&#10;/hrpUMoRB2xhVQAMWohdtI0Aj4afqdZQ7ByfBdX2x7lDfxzPFK3iOVfVLQM+suSV0l5NEYJLmpzT&#10;9PqPT0VDkMjiK6kyNLL9n5zOYkaoarUv5rmdTJDDokZbAkHm4ItpJdzFDkMHt7Ex1f3eJxm5FpaC&#10;KlejeTJVORo67CYisyFLLIdeOpZUNU0sVPAY6gxEmRdXkDd1cxSC1tZZCbSOUgAFaMaFQzKWIoKE&#10;6lApjzPUubXZyrd3l5FDovJYKsXD9igqzorgV1FGZAjEsVDDtxpUNTUw0szzsFUilnaRyk8qiCmd&#10;J5VMojZfK2v0oTchSfp7OB8ces6rbMlRnK/VUBqWrjpp6mSsjrnmqisIE1LK3jqDX0INR5WSEBiv&#10;ov8AQnvboWtvO6YQCiGpJYnBoDmlK5p1JfKe13G47xDOkH6SEZAAQGgJpTgRwIap/pHrXN/nwfMT&#10;a2K6BHRW289S/wB5t7ZvGvmsfBDS1zLtjCrWZGrqnmcyGhIz1PT0pVFLSKJlDKFY+zUTk/tgi36r&#10;Le+lWuQLhiDYcfU3/r7hXmQqdJHEL1nL7ZR9902ptJdfsJAp/s9aJPbkivJGSxdxEQz6PHqYsQzG&#10;P6pqPNvx9PfaX/p/vre4yjDKtAcdTDvQVtUZGBTovlKxjYN/Utxb/E/8U9ucLWF/6ezm0m0RHPUJ&#10;7xbmS4oop6Dy6FzDVAjpyWOvgguSNZAKnT/SxYD3y85DAnlQblbsLgEXW45Fx70NyuLaeO4gcrJG&#10;wKkcQQcEfOvTMezWE9vLDdQI0TqQQRxqMg/b5/LrI+4clQVUFdRzzxVNFOlTTyxSeJoZadhJE6Sj&#10;mMoyghvwfr7ox/my/EWr37iqHuzYGMmXdG1I58hlWxkLfd1EdMsc1PWRiEeQyqIghe4KlE+gUkZK&#10;c52ze5nIu1c67T3b7YwhLsJQsQoqWbz7SvaaVoB0l+7xvH+txzRv3thvd5XZryVpbPxMKDITqhB4&#10;FaFaCtCa9fRE/ksfzGcJ8oeidsbE3vmaZN/7Wx2J2rULW1ELzZPJ0VClGyyNJKpb+LRwLUQkj955&#10;JAPp7H/+XH88dv8AyO2JjeuexK6LC94bLx+PxdfDmsnSJVdhQwQGD+8uGppnhlqMiy0v+X0y62jm&#10;vIPQ9xIHtb7kQc0WCbduFwicwQIFIZgGuAtR4i8Cz0H6gy3CQ9rduOn3oPu633Iu93HNnLNsX5Pv&#10;GaVvDiIWzY5ETspakRJ1Ru1NQbTxUArz5RdDbk6Q3Xmd97So5sp1NuquqshWU2Px0iUvX1S8kbtj&#10;6+SnapjpsHUTTsaWo0QRQIDEw1BXms3r8DFl4jCzVdLMrrJFU0shhqKR1GpZIpFjLWbi6NqW/wCP&#10;c0W24SWrmTtZCCCpyp/I/wAiPLrESxup7JlcHVGfJvQ+fnkeWT0Wak7FpsPI1b/uBy1FVQJBU4vJ&#10;wJXYzJ02sXpKimlmRfKoTVE4RJwT6WW5IwbgNNh9usJxqnp4nE1VUBkcsovLMSIViQspuSPQPxb8&#10;ubb413uoZSdDHCrkfIAcT/sdKRuVwJzKzViJ4eh+X29N/TmxqjsLs2Wux7U+LpZHNTRYzGWkx4iW&#10;paWKgL/dlyIjIVRSNTWueQfYN43AQ11SmbhyK1VPojaI0dUtXHKDf9mOSN2R7H6/4+xzdblJBGbB&#10;7QrIpzqBB+0gio/PoUbfvaxOFEYDfPo4nbGZrsfgKjY1Xt+qgqJzLDUvXUb0whQED7h/JDDPwAGE&#10;qhksLar+32txZnSJnpZKe6GAGMMNaXYG8YQsraj6j9SBYey+C70k6ZwxrX7Oh3Z7ikgUrPUjJB9e&#10;PREaHMSbbqcjSLlqXIxpkHrA086rHTFY4woMySiMRSgkQ3FklkJHqJ9hZm5Q2TgialMdNHJErTFp&#10;VZFQsHWIPEFJcgexhtyn6WSRJ9UhBwf8vQus5VhgdmcFiCf29Gj2Th5ajbFdV02YSqytbBUSJjoo&#10;IHgkNX4Xi+7eGqeQtC0pUtcBrf0HM+evo8lItBV0CmlgWNYvK9pptDKVZ3ADOTb62sR7TxW81rH9&#10;VFcUmetaZAr5dEUV0GaSpwSc9SKLYO5Nl0C7rwW4lbM17SVNdDFRM1DQtURsKhIVjqo2po0D+q5Y&#10;3Ugj6+4e7Mb9tRx5Cjlo45aWhlpoXnpZWkhWpaMqgmhmRo4gYwGOlibD+ntzabrxZntpUfS8gJAe&#10;gJWuaUzxPmKdCDarbxWJ1HQTwrjhWvST6u7Onr9y5TaucwuZqjkdwwVVRJR5enWkrpKXUv3MdFV4&#10;9oqmWVpJBGglVY9RJLauCJb/AM5uuhoMi1S2KfHwyKXmxH8QkKyrKKpXrfuRGA7OisFJ/wBdTaxk&#10;Pe57O12id46iYoKa+K6VJAUAgHI8yMVOadDPbIrRrpY5GbxSpweJqNPaf9KTmmadW67HxO2ZftXp&#10;Ys1HWS00UMFNmvso20eFRJHSRUZaJFhvY+k3vwfZc+wd3bvwvTqy9dda5/f+65oquOjotsUdZmf4&#10;NJkKZZadsjVwQqxakWNZJPG0koMgHpLq3vF/nnmXmLlnlZoOX+Wbq83edWoIo5JfADqrrqZASCBk&#10;Eas+nUkcj8gHnrneS/3LcUtuXYWj7pCEEuiuoIHIBD1oDX1PSzrtw7N2rm3i3Ju7b22mlip5IKbN&#10;5nHYmSqWMBDMkVZVRuKbXdAzWBZbC/NqM9x9P9/1+Yye4N4dX9lplMnVyVVbWZDZu4Ii8jhVAEjU&#10;JQRRqmlBf0qoH4986t22jmea8mu932q8F5LISzSxyAknzOpa/IfZ10b2yDbdtsIdv2t4RZRDSioV&#10;PbxGFOftHHpXUG/NjZKy4zeW1MhwAoodx4aruLE8CnrZL8D2lj1zvpS0T7M3Srxn1g4DLC3H1t9r&#10;qA/1wD7JhYbgpo9lLwPBSeAr/k6V48iP2j/Oen/+JY8rqWtpCpIVW+5hCMx+ihtfLN+B7mYvqHtL&#10;P1LU+G653vkp40MrJRbXzVTZE4ZrQUUj21EAenknj6e1FvsO+bgypYbPczvQHTHG7sPtCg0Hzr1S&#10;SeG3AM88cdf4mA6h5Dce38Snlymcw+Nj5Pkr8nR0cdl/UfJUTRr6bH/be1r/ALKj8kbX/wBCPZX/&#10;AAG+9t/dPL38GrRe32l/JfnR+u3Om3s3/wBb/nbj/U3dKUr/ALjScOFeHr+fSb99bTw/fFrWtP7V&#10;ePpx6Rv+mnp76f6Vut/874P+P52vbzWv4r/xS2u34/rx9ePf/9bWDwlLUQ1Mc0SsjCQH1K3rXTc6&#10;DazAfn/D3n7tFo1tcCUVBGftA/1U6xjv5tUJjPc5wP8AV6+nW/uSB9SB/rm3+P8AvXteV+diooVp&#10;6lHlElPqRY5NMbBuCzKPqEJvf8WPsY7nzbZbZALe5jeRXioAvE6qDIGeP+Wnn0GbTabm9LSRnSof&#10;jTy/on/DTrrUo+ptyBzxcm1rX+tyfx+fYGZZxV1dRKU4lkdxYH0q5VgFJHABv7hXcZRfzzXJAqzl&#10;h+Z4D8jXqUNsT6e2VQcKAP5U65e4eNTwVUciciN0JDX1WudQuR9OPerWT6R45FFSDWnS2cGeJk1Y&#10;PXva6SKPMVgKL4irRtxqOkLpDOCq2Vrm1zxz7VXN3Fu907GiMRp/Py6RpDLaxa1XUADX7PProkD6&#10;m3++/wCKe7LMb0vmaXpvrjujrOsqd8VOJ/h0m79sw0qVddi8zh5neulihg0yvjwkAWRChdaeZZQW&#10;Rm0T+vLu7WXLXLfOfKMsl9cW7Ibi30K+h4m1MwFNRjAVRJHpMgVtakoxKGcPJvi7bYc07MwuI1Y+&#10;NGtWkjZWY0ZRU+GQBn06L2e7sZD2lubqDetE+0Z2o1qtpbhq6oQYndGMraSljEVLWVCQwwZVKqpk&#10;RV1kNJEyWDhfIY3Y3Um085vLbXbO2KKfFJnp6Oslw0iKsEZr8ZJFU6ohMadKWuYqpQeqOoc3OkqP&#10;eS/Lft1yfNu9l7p7GDEt7Al1DEApSLxrciVGQVUsQwJ4hJAzIaU6lvlzlO0v5rXmC2jEaOA+jyFA&#10;2qnyJNF9Dx6S+8N+5HbG1t07UzNTFVVGLxVVJS5uikn1+GB4JFjMOuSr+7xsWqUNpKSwKt7tq9nF&#10;pcTjcrNQ0GFo/vKShnq55amGZ4zBmNrTtDHTqFFp1mVdMw+l/T9D7kC4nM1sbq6nppcaAKjDYoR8&#10;m1D0pUdS1t9vBd+FGkI+nY0YjhqTAr/PokGW3nltuYnKbg3ll1xNTl4cZQUFDMsU33e3uwY6V6mt&#10;d3mU0j0eQDmlYXuFv9V9q7+DtDR4sPDWzbi3RkDj3nV5ohDQNJRJVS6XJiljkqFVUYoSVBVWBuPZ&#10;O+ia4numZAllbcR6nuKj/eR+QHlno9WBFuTdKKtGuk04afl5en59AvVb/hq91b3nWp2/Q9W9LbIp&#10;d0TJJ/Davz7lSly9djqF6hYo6ygmocNCZ54/IvLwO0bLoYmBbB0GHoqbFIscM08MFLKySSJ46RZW&#10;+4qdZKsk1XKbJdhYm49gGLdn3aa5u1YvbgahTNWZQyqDwoqsOim5vBcz9gOn0/Olf29VA4vuzdHb&#10;u8Nw9iRS1+Z2xgMjU7noYJqenWfKbir8Nj6rbmBp6YLLBU0O2MafJUlVZJHIWUfuew2lWi3Du3G4&#10;vGQMuA21XwI9ppZGq8mk2h5FlUlpfCY9K8m/J/PsX23jbVsdxc3ci/X3EZp/QjpwIPA8Kk9G526F&#10;duvLgkiZkotTgUyaelPPVX5dHlxEm8OqfjTvTsLsTKQTdx9u7Py1TRK2Ogo4sDtWWjqarH44YeZA&#10;kU70mQBqvIOCQgAUWCN7fq8rvjde3+ssT979lkcjDPmis1TGafEU8yCqklZTrjerkj+3jJI4MhH6&#10;PZRYra7TYPctFGJJIi0rjGi3SpIqKENI1EWh4Fj5HoO2FqlnaslwWkY/qOV4KgBYf71kU4k9LL4W&#10;bX2D8bvj7vz5U70j2/BuGh2VVTUGXbH4+h81RJR1FbjcPQoiQXjiknjq5I1NmvCoFio9mgoqaj2F&#10;txqJKtI7y/cPJWzBVb0owSPym6qoU2A/p7hN4x7pc6/vq5gb912kJjjCg1LyZLkjGKgg8QBnonuL&#10;OfmW/iSGN44FPAZpU1qT8yDjyr1QTuPJZ7+Yd8nqbsDJbYr6rb+BwrbWwGP27i5pa2SWtnqvJncl&#10;U0MT00tQjVp069RZUBJ9F/YcYWelkmze48nko8VTCoYz1kvjhFSkpbRDRzSKdemKAadN/rcfX3LP&#10;Mu7WXL1jtlrO4EIWgZ2ASMgHMlWUZNcVqTQAHoz5q3aw5T2mwsCEN7TgX/EBxI/pUOOrUe5qXLbb&#10;wXT/AELsTriv7Hy0+IWPG4KI1mai28cNBSU8mV3pS0M7S0sDVOSkEnmAUhDYCwAUdDvDa81PGdub&#10;nxkNZPOvmOSm81bOIyQYlp6hoTqb8EH6cge4N37nzYb/AGu4G47pG0rKfAVaRIGrpHbrV3NfUFR+&#10;3qGtz307rqnNrKAYzRAughq8Scqa/tp0UzfXxy77myWVxHyA6G35ufbuGxE5wB6uxVPt3Y2Hjmpx&#10;VNUTZfEUdXVTJDUU660qo3uxIOm9/YGdibgTJblgjy+ZpsRh4pXkMjSpCQkbLEzBVJeUgSFgoBvw&#10;Pz7w+5o357zdDPuN0FoQMmhI4dBTc13S3268k2mwlvLwRVVVpk8clqAAebVFOrh/gv0ziuuukaNt&#10;obVrt0byy1BQw5OqkpWq0E9UhaWJTJampjTQRmJeEs978+yf96do7E60w1ecBjNxYqtrlFTDuGSG&#10;sxX95UNQfLSU1Tl/DTT1UghJl8yPH4yNC2K+4s3ApDMtx9O4LHiQ41rWo7jUVIySBQ5p1jJyly7z&#10;V7sbxuEnO/M1o1nASFtFKSGJhUAMIqaaeR166jLnJN4XXeEzSUGLfJz4uU0tJCkuNgko50xFYtLF&#10;544vtEljWNakuqBHUqp9RY/WpXtTu/dvaVXNDVz1KUDOiRw1FbNWy+KnlY01OJnji8NEhQFYoVSM&#10;fUC/PtBd3CXfCLTHTgTqp9lQKfZTrIvk/wBudl5PgWPb4UE5HFV0KWIGpiCzEsaULOzNQAVoAAMd&#10;PTQ00YjijSMXLEILAsWLE8351H2KPSXWuP27RN2RvgwUmHx8bNFHUao6momeM+OGjgbT9xVSswBA&#10;v4x/i3t5LaKJDNOgqVwp/wAPUobdCGd7q5NLJG8sMT5Af4fy6YszkZjfFYz1ZWqQIkltcNErGzzV&#10;IBOgLGGKg/qIsPz7Cju7uCu39k5ldpjBSJPSbbw9NDI64+EqYwZFhhaOSpkiVbhwbfp9l88xkI7c&#10;DgOk+5bk99JmugGgHoPI9S8PhqXC0php/U8j+arqJOXnnt+5Kx/F2uQPoBx7V/xn+NO5uwc81dUP&#10;kpMZTLTPuLOzwymDb9AS0goaWnghtVZyvUGKjpkQszkMfSDYQ8pcpbpzbuUdrYoRaqwMshB0xrXg&#10;TTLNwVeJPl0Aec+ctr5Q2r6u7lBuXqIogaNKw8q8VVSQWbgBxyR0nN8b+w2yqOBqqrpZMtkfLFhs&#10;Q9VDTy180fiM1TLNKwio8XjopRLVVElo4o+b6iqtsBdE9O42ipcbszZuDnweIx76d2ZqoNTOaGAy&#10;y/dYrH1bKok3TkoJW+6l4ekQkWjkKJHkNvG+2HJez3XJ/KgEJQOlzKH1MS5oYEcH+0eqh3FCgqQa&#10;jRHjlt+0bpzJuKc885kSozKLWHTpBCDEjr/vpCBpBJ8RzU6gCzUG/wAzf+YZtH4z9cZ7cWc3ht7c&#10;3ZGbwlTD0p1xTHHvVbi3FUUyLjd/bmwrTmWDq3BZJb0qNI0eWkg0I8sReWSxjHUOMwWKocRhaaOk&#10;oqKCOmoaWGMxwxRIhRCsRueb3N7sSb/X3BW37deXe73VzeqibdAhaQDICA18NCOBIFBT8WepB3G9&#10;t/3dBHaK43OaSiVbUQxB+I+dPxeRzTHWhHufdHY3dfbW+u2e4Nw5TcuWzmRq93b+3RlNEtfkZaio&#10;XXH5qWOCignnSJI4ookiijiVUVI1UKvVWJI43iMo/S7zVDDSxRF1sqoPrYXv7k7lC+TmLmAX37ou&#10;JJldEt4FZikdSAJCaY0rQ0+Z9Ogfv222vLG1LE9/HHASzSMy1aQ01UFcmp4EcOhQ6hzFR2T2PS12&#10;O2jncvXpW4rG7P2xiauoNHiaqasNIla08QNhTIno1ehi513AHsrHZfyA2zt+E4vEZ3H0dY6yxs0k&#10;uqsVgp/4DUkC1MjsR+myG9/x9feY3K3tjy5ytOd/583ON7521K0zhVoMhVViKsPMmp9KdQpf3/uP&#10;zzGu2crbLPbbQBpLEBUYHifEoOFc8fn1t1/Av+S7tLaWZbtX5P0n+lvdn3FPkcPiYZcjV7fo4fDT&#10;1Kpk0nehhq66GWQl/KxjRT6fZaYNybzzCQ7gwuBNE/3f7O6887vQzNKmjRRtNW0W10qmDEhJ8gWB&#10;K/tn6ezvmP3s5ctojY7HIbiyIIJVUCsF8lkJWMk+X6i4/CcdMbF7KcqbBuEsfP3Ni3V9XUbS1zIv&#10;zkC6p2UH4ikar5CReIvT3h2HsTHU02xKGs/h9LS44QZHau3DI2YoYIl1GeSgxGKym96aijSIfu0W&#10;JkQIrP5gBcO+7cL3vuykpqGCqymYWral/iWTz2UfauysVQSBTUGqwmEiwMuZlWMAQNFPVKTcnUP1&#10;Rzecxc7bw0cHKnKapJK6Ey3LlY44mrUeEAskrYxIjuPJUYV6H+yX3txykZ57DZ7S0tImJUCNp7l2&#10;z8Ms7SCEgmj6jGRgCvkVPa++viltbMVeYnye1MdumkNdBhtvbMwEHYHa+Sq0byxx0WazDbwGEE2l&#10;/uKeakx9R6lPp9SiThfj7JS/b/f7vSGjkAapoutMRJlMvVVKsdZp87iqakEIYEhVr6aRgCbyE3Ht&#10;NJ7f+4e/Oo5l52+ksVFWSNRb0FK9krLCSnCmuOVxw49V3D352wSq1jDJdbgTpAdlKoBQd8Q1hqgE&#10;1ikx21Wlem/dHyPy2Yx+Uqcf0rVYaOkilqqTdXyr3DB1319QQLIohmyu1d5+afIgxsCwwk5UnQBH&#10;HdV9jBhPi11TktNdltlbhzeR8imas7E3tlK+o1jhXOKw+RNIAVA1oyxXP1A/Eec3e2/t7y8H3Hdt&#10;+nvJyKqDJJI70/4ZqjjUH/mkwxgDpTtPulz/ALzLLZ7XbxwRHAKwqiKOOfFjZzx8nX8+HVU3yZ/m&#10;i9z9Ow09KvzA2Dt7AhHkotnfE/pfatTRZCikUTfZ4jf/AGRj3GKicKtpYY6qU3LabAEme2B0j1Lg&#10;GWTH7B2XFKkawtLHtzFF1dQLiOappKiuP9CWncn3Cu+zbPa3Ub7Ry+sWo66k1kVFGCSK1B44z69A&#10;/nXmfnQ2ssU2/XQYOFrFI6rqJp26NNAP9KPt6pV7W/mRfLztDIKlZ3137jcRXSy5ukxea7b3fGxw&#10;iwI1PNkqPbmT2/tfJrWujlVixlMEtypJ1Fq7m6x2jEmPqMTicJg6OWlqp4qWmxFEsdLlaJ4pmrKK&#10;EQeOjnqYGdJDGqmQOS1/a65ubO/2fbbi2hihWVWLdi/GpNSoxRqVqRTjU16DXs9zVzGl9zLtO83l&#10;7uO5wXEWh2ldi8EgZNDsWJZUYqRUkDgKcOrAvi58ye2c9S7TzeSze6t2z1GQxeEzctbvLckNTkcV&#10;XrXYWTGZ6Z8iHzFNR1clHU0gqXkSGWKygarFN7dmRcRFU10NPU42jrKZqd6eKRahjSib6pc3ZRVr&#10;a1gFHA49jzko/XRW7TuotxMoBzqouoDUSSNRrXtxQjzr0W82WYsuYLqOz8WLdJYSkuo40vpBC0Ao&#10;CQSfU1J8qGP359/WZ0bf2/lq3CZvNUGUjqRkJ6anx1MmWFLLJ9o88sFVFC0tK40Tl7uxbV6uGHC5&#10;WsxnaE1LT42mbER7woqVK2SoaKWCoq6WkjiXxeJQ4QSlVOq5P4/Ps3tvBtH3+KJwsY3eOELxJLKg&#10;rq4mlTjhn5dCbcRe3ftnHaFSa7W81RX/AEN5Cf5KRX0xXPTr2B1ds3eHx9xe8svv3KQ77h6c3HlV&#10;2fHTx1GDy+KwNdumurKyd9bJHLVPTRu5Ks17KT6z7PAlBSmpjkrIRVU8i6XdzqWMquoAlr6kANh+&#10;B/rexdd7Rt15Bo8HS6nABIrX0III9cHz6wH3TnHfNlZxb3IWIGoBFaECmog8TjB40p0W7rn4/wDX&#10;fc+ypcBQwS4bemIjTLfZY+vrqLH5ujqFcToIqSeOKlyURClyugufrc3JdanZWDycLxfYwS0/+aJj&#10;RZBE8kaSmNgi/ts8MqtbglWB+hB9kS2FjDE8KalkrnuZj+xia9FMXvFzXYXUc0t5rioaqBpr5cR0&#10;64L4m7TxtLVUuBz27dg75p6tTT1eUrKyVwkM0kLVlFHUiN6uJKqkkVZPLIAykAG3t3otl4SHQxpY&#10;mkITWXDFVIvq8asGWO55IW3tE1jKRplv5Wj8gNIH8kqMH1/Lov3H3l3e6OpIQGBr9la18x/gP2dJ&#10;xPhduPyxvl+wa3K0ECPGI6amp6aUwymY6ZataZapw/lJOk3sx59uFdSUFDHoj8cEduVjYiSTTZk0&#10;FdLKRYWI5Fhb6D2lS72rl22mNzM3dWgJqTQVoo9R6gfPougm5v59uIFhgk+mUirIpAAZqfEAB64/&#10;yZ6eNtTdE/D6k3dls5mMXuHeEmibbe3cjUy1dfSmlgkeoppaR0nCCaetZnkcaTGSB+5f2i/4Pjsl&#10;99DJSGopJ0aOaGplmqYai9wxlpqlpaeYOtw+pTqAsb+wzbcw3W+3tyqof3atANZ1aqV4VJFT50p5&#10;dS5d7Q3J9jtDW99/u81B9amjIP4dQo4b0z5Y6KzT/LXsruPsDL7lq6yj2vtLb8bvipsZjcfipait&#10;WdjTS0GQx0VLkYPtJCrpNrEqLGACGJPstnYXQnx7o5KjLT9fYmLcch1q+1xNtitqHnVoo5a2t2xL&#10;h53QySC5nkdOOFYi3sQ7Jywu43wuU2ukTCp0nwjXVQtqTSaitc/nXof8ve7/ALnKkFkvOEzWoIH+&#10;MEXGkUrQCdZARQUGgAgYqD1Zv8aPkD85ewq2iTC9qbvxvVVJEoq8t2TCN84OqjpJY/NicPQb6pc3&#10;HNM6ROhMUaOoJYSqosCw4HovbdVWV9btGv3DtTRNUR5OEZibIx1EqkpNFU0e6cZnqCaaot5bLBG6&#10;RsAL/QSNs/LsMUsr7Ld3Nr3lZB4rSdw4krPHIhr8VQoIr8XQ+3z3j5gtILSHmi3tNyWgMbmExFeN&#10;HRreWGWOmUFNZ44HVwFf2tuari29h9zRYHc01bSU1RjKz+DRY9IopUVlqIptr5PBZOmhQuIVWJ5V&#10;8ic/g+08esqTAiDLUzw1eYpWqHjzezq1tk7lpoyjF8gmPnrVxFZBoZdccNTSmQkFEClQDG32q8ht&#10;Ee+jW5lUsFkjBtpNNa10SOsUlMFqPHSoIQk06NYfdzbt/dtqnuja7e0Y1QbgovbOSlOzWAZYixNF&#10;Z45QoDa26XT1m+3FZTHDZFcBWxGM43cETbzxEzh4Ulxz5SjoDm4/LIf2nelqvGDaR/7Redr98b+w&#10;lfLj1rW3/SUFFLJUYXKYmfZu+qSJUKxrBi8ljaGbJRUxjH70sD09UeY6zSdYctp7uYXAtF+scAMI&#10;mHgXIWlaqkioZA34W0KjcRI4yQXzj7J8kcx7Wdy25RsO4SuBHNHIt7tcuc6pIncxMSQQqujIO1od&#10;WOn2k2vtAJTS5nBLtlZK56ZcjQ10e4MDJUiKMSzR5ehrqv8Ah61UrBlpg61MKkrJThrj2qNs/KDH&#10;7y3nXbNj2zuTDzUlOk1VV5lYaJzLLRY6qtSY2nmqslWY+Cavamkr1hSjWph8YYq6yFTtHNFhuO8v&#10;ssW33UU0SgM0qKDqotaRhi+irFDJp0BxpqdS9Y486ex3M3Je2w79uO4W81k0lFMLM0RWr1rNpWNX&#10;ooYQljIY2DAGjKDH4brvblPgaGrxtXh6unP7cDrIKlZZW1P4oahpEheVo0P7ZKyhSWK3X3woPnR0&#10;biN2Q7P3ZuUbXjmjmp6Hd2ZqaKDalTl6Gagp59svkppVrMZnJZaotTfe01PT1kUUktPLLFZyHdz5&#10;85Zs9yltbm/EVuQxEzUEJZStUJwyMddQHRQyoxUk6dTUXsl7gX+xjedq2p7uUULW8YLXKxsHKTeH&#10;p8N4zoYEpJIQxUOkZJoit3dE5MB8nhqOkql+51xYqljeKpjjnckVJ0laVYVWAXsXNrelfoDELvGP&#10;dGDpcrG7tgczSCtxOVw+Up8lQZDHzxuEyWEze3cg8ssNRTlZoJ18Mqgh7LpbSLtuksL+xkmLo1u6&#10;HKMGDI1aEMtRRl7qjOk1x1DPMHLlztV7cWjxSfvGFyrJJGY3SRWoUlinRVVlbsYElSQckHp42Tj8&#10;Zi53oo56aauoZBR18L0dTTVUbSjUYMpjslBHDFJHIGjZbyLza5JBPCi3EMxio6rCVFPuGiedno8l&#10;QZE15cT1NS08TaqaaQR0sxMbIzl6dVIAuniU1tDZMFuIJwYJfMmo40wQaYaqkClCCCAa1j+92yS3&#10;vzDuUTW94gVZI3TwzhRTSlTTtow04av2noYIaamh0vMEpGcqppnj8CxtoEhEalmj0u7M3oAUkkj6&#10;+2ap7Ciwc2USvoq+hpaHF0WRrc1k9GM208U9ZPHXU0G4K6rpsT/GqGkh881LNJEkMZ1XaMOUS3t1&#10;ZxS3EbuQkCeJ4hoIqZqBI3b2aSWqw7aHFej7a9gnuzZtazwyzy3BjEMbeJMDoUq3hIrSGJmNEZdW&#10;qjUViQC2ZXAwZBY4gyeTzsaaOKAvUH0kI2lI3maHxhhdEezleOfePb25oN10NFWLBkaGnymOgyVN&#10;DlYaVJBFXRUk0lPLJjqqtpkraNplikAkdC1mjeSJhIxpaXEUkFvNEhWR1qVPxD1BFSKgmhoTXNCe&#10;jy5t5dpuJ7SSSOSWGXQzITQlSRVQwR9L6SRVFPkQrdoTmUwAx/kMEaNLTzlJPA5fXpeVEeMkhmjk&#10;ViwI/Tptx9PayosPTSRxweoLF+5Tv/ahKqg1A/20aNFC24sthx73LeMrNIOLcfn0q/eTOVd31fzH&#10;zHp9o+yvl0G+YqayMO6oNNis6SKdUqFy6Jces2ck8/X3AixOK2Cv8e3VukYXD5GfNwV8WQykdDs/&#10;+I7jzVBXxzVmTlipo6OvetUigeSRJEnqp0DSSyi4D3KSxtZDeSXhhiAZaO2lAZCmQ1FoaqVUFs6+&#10;0E06EcN7Pv2jbdq2oT36CF0KRO84SKJwyrEpLMKMDNp1ArGCaIpHSAztRNvKU0mH2997VYsY/wCy&#10;rKaFKrcaU9Bj6jGOtPjVM8lTRKDGKqMXjkjEXkjaJGRA03B3JuTa1Tu7bVJX4zdlYmN3Hu7amYkr&#10;Kd8VEu33wOWGxshisdkqSvq85Pgal62OZo0pqinniDzKrKlQFmvrmK7ubdpo5pGWWWKUFQoWIREW&#10;50nxBN4ba1emk1q5NQOhztfLW0b1Ds253FvNZQiWO3uISjGSkxljN5HIYyngrKPBKKwdXVwFBQMm&#10;Wk6K21lZdv5ybEZHCJrpMLuHHUcK/fNUZKjrcd/eKjmroa6enhjyUcFOfEySQGJiY1dQ0Qfdw4aT&#10;JZTa+49sbbyWcxGQxWSyWWr9uQQboxeOy+Njhnkw+QakFRXeSaGoH2hp42+4aFk9LhdUhWW9Ml5t&#10;kUlnJLH3OzxhZUbSvwGlWLGpKsFIZkI7SR0eclbgltZbtZbjvEVrdRTRxxR3AaGR0kJHiRkjSUUo&#10;RL4hXRqqoKqQBT64yhxkGZ21uXIUVDXYqqjpcW2WnGJmyeHa8cOTpUlMYmi/YYTHxosWmxsp0Bkr&#10;cZk44V8Uc5qpoFCxvTzrI/iBLAK0YkgcJpDLYMrXFr+8g7O+tHVCsg8Djnt48K4Wla8KD0AFOllt&#10;uG3ySnxJFCK2e9SPyIOR8xjz6VkTQa2KtGaZZC5VJVN1ZiVKklXkUn8/kX/x9pKuqN8YsQaqXIJR&#10;/aRSzTxRyOsaSSssIqkKM1JE+h9MkirG5UgMGVh7MILjZbi4EGuNpa+R8/P8x508ujW2m5cupJlS&#10;7jM4aijVQ1xXQPxnNCBWlOnqDF4auvLNTRk+SUxeWOwfSESQoSAWZWPqAOof7z7cY955VEplkqYg&#10;FjZn0xwwyPqcODI6Qo83ItZnYf0Fvbz7BYyGVvCJYnFamlPSpx+QHTbbdEDK0bNUNip9OFP9XDHn&#10;001GzMFViYSUAkjqGvNC4lqFZVjkiaNFmnmjiRxaxUA/4+1XjdxdY4+hilqNsbVXOPNEXlmxNGVa&#10;KIzPJ4QsUoM7lwV9ChSDz7JLvauap7p1i3i6+goQAJHBzxqagkcfM5+eeq7nzt7oMy20HN24Db0S&#10;gUTSCgApSoYH/DjB6DyfoiXMZWpeXK7i/gcsFUgooc7Vw/uSNGYXGl43VYoVZD+stquT7HLr3e1d&#10;mKsQqksNIIVanpaSBfE8mtfCiRQNLDTxxRl3JYqoBYkgkAx/zNsVtZQrI4DXOqhY/EAcV1HJJwME&#10;nh1jvzruF7oea4uGkuHfuJYljUUJJJqxxniaD0HTqOhti7apIFxuGxSzU50NWVEXmqjH6TIZqyoH&#10;nnlZUVQNTXCj8e1HuuoqoKaOopDG8dRJBAxSoLeBwrlqhnYss07MpPLMAlrceyzZUt5JZI5SwdAW&#10;yOPDtH9EAgYxU9RAN0aSQxT3NG0+bZoKGnzBxTyNRToaNu4GkgR0EHjaLxgkoFS2lHiihVbKsMSM&#10;LAD6+wpqlrK6YGoMqx0USmVaqphifRTgtU5GeQsoFFDECzMVsqqebD2Llu7OyidjNGAwrUYC1rRf&#10;lwP59XfcJI6COpeQgCgqBUgBMD4iSABxNQOPS7ipoadLJGiXBAVUUAf6wAsPbbuDAberMdkcVuXH&#10;Y/M4nJCSgrsdlY4auhqaedgrpLGUlp5YZXiFjpe36rXThTZ392ZYLmwmeO4UAhkqGrTPz4cRwI44&#10;PRpy3zlzBy9vFlvPLW6T2e8251RywuyTIeBKshDDGD6g549cZaKOqVVcOlnV1kjJQqycqdSlWuDy&#10;Pal2PhOqtpUmXp9j7F2ftnMR0mParl2zgsHjczVR1cUdZE9XDimOSWmr8hBPb7wUmp4WcK4Gv2Gt&#10;23bmLeL82+7cwXNxAkjP4cszOoLEgvRjTUQCKgEmhHl0NN693fc/miG0Xmvnjc9w20O5jW5uJ5It&#10;YIr4ayHQSoI1aNQUMuqmoVDDc2wGzORo6uqqKytFJNK9PFXZKtrEhMr6Wnp0mkWOjkERIunJBI5v&#10;7cMvvlaCNGlkhp6eN5IRLJcfQD1liyxtJGz8FmU3NuPaqx2FZy6wKzzN3UX18sDyankKHj0ErjeJ&#10;Lo9h1sDwFCRimPMYFPLFB5jpwwnWmJxzztFS2Z5Y5wyyft60Vv7OiMMGDm4I5ufr9fc7FZWLO0k8&#10;tBkRVghY6qaVPIksD3tENAuuoo+kgN6RfULe2r20bbZ40ubUxrWqgYOoeefTFegTuG7/AE0vhyqy&#10;6iSK44cTkHh64/n0sosJDSmECCNBExZQFVfV6bng/X0j2lloKDByR5KKKTCiiyeUpa9Gm81edEjN&#10;RyK8D6Fx1VSRa0V/KysyhtLCzGKXV5uUZtrhdZdAU/hp8Jr/AEq/ZX5+SOW4n3ISQ6lmjeJTHhgo&#10;qBqWprV1NamiKQDStV6fQSQsR9YYLx9bWF+Tz9Lew8znYmQztY8cK1FLgIRJUUg+0E0mQq1MVMji&#10;rIOmN4FZl5YenSVuxsKdu5btLGESO4e9aisdVAikFsAYOdIr/m6Odp2CHbotMja74sAQWpoXzBXy&#10;z5nj1KEKoAVsGP5A5sR/r/T31PC6QU9XDWR0Pko3iaYT0sA1uVmkUGeJnKMwsWPKhSVP0VvCXulj&#10;8AykNXTRjTyGR/krX06O7ScLJJH4HiAGlKM2PXt4aeNT9nn1hJv6CL2NwbXve/5t7b42eiifNbdr&#10;Mdkaupp3o6sz08dTHSVlXUrGoamdvvxOiQ2jcgRya2UqHC6LTie5ljs76N4Y0YFRUgOooalhgChr&#10;QGvrjoUw+FelLDcI5URX1LQ6aqtTpLcOJB0jv0pQ9RZAGkEc14okBI/s6wb6Rq+nHB9iDtLb1Pgo&#10;67cDUdXJWCjnqo8Rj9U2UyJRY/ua0rVGOGDHAyKkvhcar6eBY+w/vu6yX3hbcsy+GHCmRiNCCp0q&#10;NPcXP4a/b0g3G5e6FvaRyqIwaB2FFQVIUHi1fmQfLOBRPZCuad4aLyRCGSdImqCV0R3J0RxkG0tX&#10;If0r7U9XioGoIKrclfHQRSqhzFJXiipKGnp2aCaWOoSohhiSAKVQxOQii5YM2goQteQxNKttGDBG&#10;exgSanuUGtSDg8fQ0rx6bs5Ha48Gxtw8obTGVVixqRXOaile74q44E9Npqv3mSlRZVi9CPGBJNK9&#10;yAS6kt+l2JJPtb4XAQV1KamfSJJmfIUVYgMyRU8StSwz0FXHShKeKWndVjLEMxZtBcfQovtx8FlC&#10;iqpgqf461IYE11VrWgxwIB6207RSwLEoPhsoKstR4hOQ4NahT8QFARXVxPSMzOUEEi0qq0kiGRXp&#10;meNVFT5TKY5o5qotdgh1BEHA9QHuDm8xPi6Z9mbOoIaGufE0EUO5Mu1LU4jFJWjN0VJUVH3OUpq7&#10;L1dHW4mIVixlJVWpp1DaZJHiJmTcJ5ZZvAlkcA6GArGHKuwJA7mCaFqg4+ICDgkG1jbWtw8O779P&#10;4lv45LRJqWSTSYi+miMseuNy0bMCp8OTtLCIM00WNmq5TnMlNV1KR1kktLQ0gmElQwSmllEcEUDI&#10;sJjMoS7qhGpuWRASWb+p+x85t/KYfrSuzW7ctmsHkqKt7fnrq2fD4DaFfXVmU8W1oaenoKfIZaso&#10;ZoooWoCRLKo+7WmsIST7rFu242Qs9oMgubhHpcl6IiOWP6egqkkjIqaWgHcQgmZURVE2cvXvLG3b&#10;lBuHMEMNnYW00TrYKqrLJcxhVDTDVrjQSA1WdQVr+h4gUsoo0kVEs0ArY4sbF5oJ0xawhC9ZGqhX&#10;qHjknkAhILesKo9NnYhiAs2HtL5a4Te8uE+32u3VO1sVDt/a9funcgw25NxQvXPG1WtBisblKnF4&#10;6iw1SiQ0VTBDJUOsjyyHWg9odl2Hn613JtvAtH5Lt0VITMSs0hWQOszLBHIv6QXSkclHL0qyEFuj&#10;jmbmv2YutjW/N9eNzfeSmaeO3gM0UDFQSpkmlhSZ3kGp5Y2IUGiL2sC/TDETIzPBdpnE7lIkkBl1&#10;CRZPIRzIGAIe9+OOPY89pTbrq67CY7bu2BVYvCtUVm68jlKmTE45tNPNDgaHARYWJ5MzkJqhoWqk&#10;mhWl+21/uNKCizXZNuL7xaWtvbxmwk8R5HkeVCo0EhFK6tRMlC6OPCZCQ3dpToF8kPshtb283Ld/&#10;AvZwqW6IBM4JNZjKXKiOLQGWJg+vxCraBHgteNjhpXnErgLKWFLH9ZVJJ1u5N+RddJ/HswW1cjui&#10;i2bDFXwwwx12SxtfTwSxRvVUM2GmjraOoghVfIVWseOWG6hVlQMNJFvZZzBtPL+67yniw+I0ArX8&#10;DMDVanhVaHzr0Ct0XbP3vILBiVWNkLVora8UNa4INKHNPPoNszhsJks48zpK9TT0s0MkpuIJ46vy&#10;QyU87sNMkfpYMosbe1d/fnceW3BQYSsocnjqfHUgqI9x100VNiaCV56SGmiylVUy+OSsdZwypGoW&#10;zWvq9PsNS2m07X9URlJEDEhB4bGpXw0IOrVwwQAQvxeiOTl7bo9rlvo7xZXlbT4CANK9FYsyKoJA&#10;XRpqfMhiKdJmHFYXB09ZX0MlPNJUSsho6WBJZWjETBmpKantJpjK2IY3P5+vtEbn7G7Jm3Vkev8A&#10;HbJ7PqtpUENLLk964faOQp8dX5rIV7Y+SHbW48lTRUkmIoaSBHnq6YhpY6pZKWQCGWRY5n5m2+fm&#10;Jtqg2Hc1T6dP8ZSFgup5CNAMmhD4KrWVgrf2qFGrG5Ip2PlHley2CDmfceZNkXd5Hbw7SW5SRkij&#10;j1VubeNmYSyN/ZRSagDC6zRN40I6kU+J2tk6WmycmRxEGXnp1FHiq7JxCaOBVmqBBkMbDLrWqWpd&#10;jHHNGQhU67gaS6bf652JtrLSx7YxcVCtelfUVSrW1FTkqzL5GdKrK5LMZKslqKyuyFfU/u1E80jt&#10;LIQefcm7dCNn2c2drbRxp47SOwX42karMfNmc01E1OAScChPvPOnMXMtq7bruRkZSiAaFVFijTTF&#10;FHGtI1jjXtjVBpRfhx1mmr8/Di0/iJeeaEhC0UIhh8C6TBTQ00RMcSRi1lF1UCwPHsNtx7y3Tt7c&#10;lbtyfB5HLYzMy1EdXVJX0z0M8QCyUsK087xNI0dXE0jkC5HIWy8iMqjna5rayBqDRgyqUYLUjuNa&#10;FDQCgA/izTo+sNh2fctvg3CPc447q3odJU1Q1OQVB41AFccdQyOl5Q0dFk8fT5JWEE9GjzIrwq06&#10;ysCsrxyMNSRmFlHH059iRJg8Zm9rUdPXYChpKMYumys22IKd1liy1GKWsoKeonxzUtD9xixRU1PT&#10;+ONCr0zHW6uqALWMLSIBfWQTxTBWNtLCMrpahoWV9BVBWpUFFKUULQF3QNvul2INxeWcTtEs7t2t&#10;E2tWYIVZz4gdy+tsl6hRU9NMGXnx+TnCtVOZqqKJaxpfJCtOFME0iRBZ3cyhAzlyB6gUUc+3Knz2&#10;TwMFHh4K6hixLtC2UeppWjmgoY6V2+2SQSTI9UuQYOLqsSRKVALnV7OZdti3GZ9weJzdAnQoPrgs&#10;R9g4mpJ6B+42ULSSmOGQXBJAoQysSxJfhUdvHzZjqPT7BQ0uTqf4rPAWqKaNxSKCSqGV/DKQtlUk&#10;wIGvYW1W/Ht2ze/9GKo8NiUVxU1MNN5ysbxiecTtEAUhvGyxoSb2sTa/1sntNiCXjXt8zAitBUg0&#10;x88/7HRBa8nm9vJJt1uVSOPvKnBKjJ48T/DTIzmh6dKaFIJnrDFN50Txxi3rsfrY+ZPwfpa3torq&#10;yCkpfMkBqK5aE41J4rtULKfT50aMeCnBdr6EHjIAv6vau0s2e4UEhYS+o1wNPEj1NaV9cdGsl7tm&#10;3wva2CVQuDQ8BQHFfxUNKE8OA4nqLTY3L5OqM9fULFS6xIYDwBpa4UC1x/X2zfxDH0WtJab7IzQ0&#10;73lQtK2rSo8raf0KVFz+eT7MxDLOqyLPrCniDjoBX3763e6jLIWAqAoGBQ8B9tfL/B0t4Iooo7Rn&#10;0gsOStySSSLfXm9x/h7S08v8TydPDQYuvzdRN42pZqWkhFBQqHlLzS1VfJQwOqMdTFZ3B0AWJsPa&#10;3WlpbkyXAjAOctUg0BoUDUx5EA5x8xpsey3tjaXE9zdJAprUFiWbIoAoDHAqeA+3qPWVlNBC0kk8&#10;SKgN11Av+B6SpIHtJb/PY+z9h7w3fNtqj3Nm8LH59obRwOYeCKvq5KSSCno8pmqo4KmyDVdZVEz6&#10;oDFQ2V41qJENR7DD7rdrDe3Fht5uNxSNzDbxSENJItQil5AoXxSQxDKFVRUjUNJHO0Ly1d8wbFso&#10;3drTbpnrc3UsSkRrrFXWNTKwVEz8QkkpR9CkoW6graauqESnug9ZDty8hB4448dx9LfX+q/p91D5&#10;TvLNZHd46r7+7M2TvrZfYmF3Bs3c++MXio8DU9V1G4aXA/x3A4Dd0OIbB1VFtzcGPxQn0R5CgkVk&#10;kqaqIpKI4WveZprfdhyvzvzBY3WzbgkkEt1HGYDamRY/Giil7oSIpxED2zLhJJmUowGW9lyLawbC&#10;/PHtpyduVhv+0zQ3MFpJL443GOBpfBmmtSwmj8eNpzHq8KZSXjghZnU9KnwrGNUa2IOogfkgXP1/&#10;J9iBVdG7Tb5Q4/MZrsDrOi2vXvVyYfYmDwMNNQ76yWMnxk2Mxm4dy09Tg8Vn9/VFfT4zL1uLENZT&#10;xxaT4RHPF7Ml5P2ab3Ltbi93/bYtulbss449K3DL4ciLJMrIkswKwTm2KSAAJ2aHiLA9/cjeYfaG&#10;823bOWN5uN9hAE24Szs5tFk8VJngt3jee2sTE9zbQ3GuJnYmstUlj6yoSwuf9t/T2Uv4qfH/ALZo&#10;/k/15UZram4sfRbF3VWz57cU2NrY9uY6PEYSsq6Sk/vFDFNhWTIyVdMq0sFW/n+99KgMbQ/7cchc&#10;123uFsMu47PdRw2NwzTSCN/DXTExVEnUGMeJVe1JHDA10gGvUw++3upyFP7K81RbRu9pLLutnGtv&#10;b+JEbpzNMgZjCSkpaJY3Jd4l0eF8R8+2awNiL/7D+vu0T5M5nOUG+/jRJgJ6yLMYXs6iGUymIWuf&#10;ERbXzH8N2rvbH/bNIsldHmJN0USwxS08tT4I5ZLIEmYZS86xXUG4+3tzbQTLuR3aJ5imV+kdlhuE&#10;cE6SXadaHSzKokdCoRmGDfs3tm13PLPvQl/FH+7p9kfwopSni/UReJd2bBlBCtGLecyFWSPxHjQh&#10;ta9eUCw4F/8AfW9jdgd0Z+i7BqMRE1VLhshs4ZYVEV4aagrqbNpjamWukMs4Y5CgrqY08QRFvBNZ&#10;mLsEkS9t5m3+KGUq1jJbFlAUnTLG+QX4d6Oipwp4TtnVRYs3LbNvk5Sgvexb+G/8DTqJJjeAsgA0&#10;KP0pEk8RtTFgyVoAGk7IBtcA2+l/YrnLo9IKGGf/AHIVkylpxNErU5lRikhSNgreSRSCgJIvze3u&#10;zQVlDsKRKtKeXmPPjw/l0BBYnU8ki/4up4HgTXP8j/PrxA+pt/sfYhYainyVBLSZyminhuIizpq+&#10;4gNnhE0LgpICbrc3AIP0uR7C+5Lal2/TR0KtUEahkEMKEEZU0I8x0FL4pa3CXG3yPHcBQaioKkca&#10;EZFMHB+fWNmCmwIAt/h7Jn8hvjvtPB9Vd61+H28NyZPfuNr6yDb1VR/xSf8AvlnKrHxZGs29LFRf&#10;xfHVW6jicbFLS0s8ST1NJTtH45dTmIubuUtqPLPO1zY7b41/fIzaGQSVuJXjDGGgaZHuCsKskTBW&#10;aFCAr0k6yE9qPdTmPcefvau23Dd1s7DaLhEM6uUpZwLKYo7gMywSrbeLcOkk6OVjnljfXHROuSuG&#10;Nhb6X+t/evzDh9l/YLtaXrigyG4gWpaSq3JNk9tx52PImjjoUmbH5paHHV2MkqZnpsjWMYain0I8&#10;UQa74WR2W2PFDYrs6PfklayO8IkDkKqnTIFiZCCyTMSj0AaNAT11nm3Dmb6l97/rpLBs5Gt1tkju&#10;vA8MuX0+JBrcS6V8SCLvR8iRtNF5+zxdT9U7MxO76NtqYrauUzuytkZvddN1pjO2oMTm+jsvA+T3&#10;Kardmcno6XCb0eBM1gqKok/iMaI9KHnFQlLqE78rcr7Jtu8C4t7azudxtLSWZbRLxEk22QCSYeNJ&#10;RYbjSHhjZjOQNLGRHCHrFzn/AJ95kv8Al26TfdwvoNq3Pc4bZtxk2l5Yd5iIjtgttAGaWzJ8C+nj&#10;UW7syzBIniM5U+9239b9a5PF7HNdv6qxu9dw7v3zgN65Cs25DUw4FJsfmtvnC1W1KOqyNFV0OOoq&#10;Lb1HXlp6iaV6jyO/n1+KTJHaNu3MbZcRb3eQXm6XF0t1N4KkQBwYfC8LW+rw4vCSQEvI+rWxEjHu&#10;wE5r5usb/mm3tOWLeTbdo2/bJrOJLmjTsskVwJ1unjR1d5GuZYRoiVBHpVfD+NeJIseR9D+fZ1au&#10;koMjt7E01dLTNWWnajhle09TDSS6kRFnlmqKg0sbQlpASRpBsv6Q1FdNabpchWOkmv2cCT5D1P8A&#10;qr1BN0J0u7me3jdYxQVphdYK5IUL3EMBgAmoFesEZs7G9wbf6w4H/FPYVZ3blLPM9O0SiZInpqeH&#10;SA0LwoII1SPTrYjQLWHAB9jfbtyeFRKrViJBPzFST/q+fz6X7ZuNzB36m8MkFiPxAk1z51PH5/Pq&#10;T7Qu0KCCl3XUYPJraikxtUuSid3E81BFFLNVwU7EpUxNUQRabAh9IcCwufZ7vlwZtmjvrUH6gSgR&#10;kcAzUCk+VAfM4rT5dDXcLiS5sIdxhkPjJKSp9GAwT5HP8yK9dN9Dxf2kd5dbU61tVQwRU8qVGLpc&#10;ytTAXDSffRxSRuroqiNnjJHEiXXjjkA82PmhnhjuZXYFJmiOo8NBIPH0PnTByOhHsHMVyBbTzyNq&#10;STw2BONIJH4qigxxBAIrTrirhlBuPqR/TkG359l1rdqmGOpoDU5DFZ3E5GuSCE1KGGspllo50rjF&#10;WQVLx+SeHxRMylioKqLEKR+Nyku5I7qI/wCKSRKC4zpajVXSTpanE9tRXBAYkTft26nxI7xIoZrG&#10;WKNmbIKsFIMYKFamhDYAGan5ctQ/1/8AYj/iSPcnbWRppKil27mKiGWoxL+QpSTSxMKSkSRpqkSz&#10;JSw0B11JdQjywprKa9bcJbuSZWuJolC3LpnJOqtKHTQ1BoBSpI8zjo9v7A+EdzsomMbR8XqwBYii&#10;0Go4GlQ1VrQGmT1jlJ0XH0/P0/qLexdxOFpKIUdXRRpk6Xwz1sz0ldBLNHGNUK0f7AVS5aOPVqOh&#10;1YepuQA3e381yZ4risUx0qAyGjHiWFTwOaYBBHAdBa8nuJ2uFmYxzVVRVDpOBUnVmnkPLB6iNISL&#10;H08gfjnkci5P19idi8ZV1OMqo8fl2E1REqS4+eQ0rrNp0R0kMlYYIjGPJyGVwFHIIAIC95d28F5E&#10;13Zjwk4OO4U41bRVvLiKfb5dEVx4SzR+NAPBByc0IP4jpNcdQZZ44HUuhIVuXW3pB4uefYTphmxW&#10;VygyKrDNTxIZaiGRorTxtCUEkkcSIHV0C2ViB9Re3sZncEvLO0a1zGxNAcnSa1oDn9uaY6Fkk7XF&#10;lbLbNVKmgP8AOg49TvMsqoV5Vhdb/W1if9t7FHbOXl8Kw00iS1UsDVDyStqNQv2v2iQNMxdisauP&#10;yQ+nm9r+whuljF4heVGEAbSAPI11E04Z/wAvQK3TbmEhZ1AjVqADgDx/wnrFJa4va1vzb+p9rXcG&#10;3YK/FUt6cRTfbyurMQNCyxyRtGZSskgeSpkDgWN1Yi17eyKw3WW0u5SZSY9Q4fIrmhIGAKdBaOSa&#10;G4kZpe3WMVNOI/yDrhDV2cgsOOCLW5uOObC9h7LRUdZxYnIxJkHSOjpYS0vM0EVTK7zMEhKxSFxq&#10;QL9RyeRe/uVo+a3vbRzbAmd3xwJAFOOft6FE+9XEsEqxjVcM9BwJCig/ZQHp0jkWQcc/1/31/YO9&#10;v4TD5KnbEQUlTBK6UssAgipzTMwVqgedj5NUulCxt/qRdVNz7EexJc31lcR3dwpgckGtagAihAOC&#10;Aacf59Cr29u9z265W/eRHhrICWLAkYFBSmM0/Pj1k9pHZGAbECgpq2SsnankX7Xy6fDGh8SyWRQx&#10;OsIV4029nd63gWBt4ZQyogUt5mnAYpw6P+Z72TcvrJ4IVUMvdTiafD9v5/n172OMeyclvKuOAoIW&#10;qY46cwwBofHBjiJpGMjTFEEdOHqH1u5bVq0rzYewfPv1rstq9/cyadVdVDVpMDAHrQCgH2noKbWx&#10;27VfMKTF6t56wQB3DzI0ilPQdRKusgooWmncIguP8SbXso/tG/H+v7HTB4vC9ZTqnhgr8mv2z12V&#10;mTwR1c0cJjm+wjMiLDTFUsVJNxyefce3099zVFreRo7XIVASdIJDDV86561dx3W5wkltMfkq1NBX&#10;UK/nkDy6Z2nfKIGQ+OM3CIDdrH+2xFidXHH4t7W2N3FD4quHH4WbExiT7iNooaSCKoTJMtXUVKiC&#10;SVk11Erh2f7d3kUm7h1LBuXaWEgW4mEmSDqzkev5/wCmNeIFK9FU9hRIpbq88WQKQQas66e0AggC&#10;lB2gM9KjtTyjyU7ehDLqMaiOzHiyqUINiD9OPbtt4S4qtyeYgz85x9UiMuPnpI5ZYa3y1pyNZJXV&#10;EtVLUR1lNLTQ09P4o4KVKRURdB0ISXu3yu4svC1RMFopJYL3Ekhj5HhpB7fiGTlPuNxDcR2tsloi&#10;XcWPEWqgooURqqimlhSQs/42l1E1WnWCeBpgkToAFNl0+lAPpfSCFuf9v7cKzek1pPt5GhVpY0M0&#10;0cWhS6sQkMbroK/qtdlCAm4J9rodjUhQyksAcCtTSma9Eps4ggRj8PADqRDjY0HqDHkBQv8Ah/sT&#10;/X2zVu5ZHWo8mUiAiQhUAIeRyCAVWSCFBGDxq0nj/H2YQbSlYwts2eNeA/mekr26pQrHg+vU+KlU&#10;EBV0g8kcX/ryb/X2jJN74mGhy0+7WxuOo6GGpyT5qashgoaOgolM1ZPkJ6gQUsFPFEpYyPwOeePZ&#10;hfWK7ZB+8IrwR2kaFpNZ0qqgEsxc4VVAqxJCqBUkdPjaZbye1tdrt5ZruV1RY1BZnkc0VVAqSWJA&#10;UDieHU3xsnqja1gRpAH1+t/9jf2iMnsHZ+9NwbONDRZammyGVpd+vu7GUOSgxL4RMVXbfhqJc41N&#10;LhsnHuGinfGQ0ztJOKOpNbRlHgiqISG73ud5rIWF2fqbeVJkZQ5UhQyOpcL4Dl4pGjKOxYLJ4qRh&#10;kSRFMO9b7y9tvMZubqF44oGsltnkQyrMZYpwEi1iaM20irO0gCRmWL6eXUkzxPI8hH5BvwP9f/Ye&#10;xB27jsJSYmCn25JFhmxH29B9tLQy6RSwRoVp1inlgknpooiljcfkW4shncvdp4EDrqtdA0ChAUCg&#10;GBwp8NBhSKVwegTvFzevfG53W5EzPV9aMKhmLNWoPadVTQ5zjiCe9TNx/X8cf8T7ADvX5UdV9C4u&#10;QV1Y2W3GUhr12lt+TDR7gq4K6qNMmTho8vksT93EauBlm8PmnBIbQFufYS5v5z2nke3jl3vU9y6r&#10;4cEbxiZ1ZmUMkcjoXQPx8MswqSVpU9Sr7W+y/O3ujeA2cHg7UHaM3cwmMEbouoo7RxS6e1qjX4a1&#10;FA9TTrwQ354H+w91Y79/m6bj3PV1GP6p6eyUs8MVUuQfdGRqqyupKSmEs9ZWx0O3KOmmhSipEaV/&#10;8otCiGRpTpI9wtN946a6P0HKXIzy3QqXM0jHSirqdjHES2lFDF5PECqoqCKVGbvLH3Btt2aOHcOf&#10;vcWIRsV8MW0aoju1AkZe5kYEu9FVSjFi2kKWI65hVH0AHsv3Tvyo+bPYG9azbOxd07+q8RmsvWxV&#10;zy/w/d/9y6PMV0DZjK42u3U0kiPR0VTPHBT1dWiSFY3jEskJuR8mb17wc2cx3NpsH1jba9wBKdKT&#10;JZoZQGbxLllA0I0ghjmlFDocBwhAmTnr2R+7jyfy7a75zDtO2RX0FsCip4loLx44z4cbx21QRJIk&#10;ZlkijLfErsiSAr5lVvqoPu/Dq/Hba632/HQ1FPlpJKhshlq6ryMpymVqspXNJVV1Zka2mokjyWSn&#10;r5WeaZYU1kiyqLKMzf3FJb24sdvceBG9WepLSSMxaSV2NHZ3NSzFV1Vrklqc3OYLvceaN6ubp2ia&#10;Q0jXw9UcSRIFVY41YlwiqtApYgA0qxBYwKlZJkAiKjS4uDYgg8G31PFufZpOmJxW5JclUiGLHYug&#10;nejpmZpqmpklCPFNWOAoimK1NxDYeMyeoXUWBXO8fg2n08WprqWQBm4BVAOFHmMfF50p59Krq1e2&#10;DyjuuHY6iOGMkL6/M9AF3d5Kjbn8FpPOajL1tJTVFQmpBDRRlpJiqornSjIGvaxQG5sfYY/zAO7I&#10;NtbAXYWPy5TeW/4aSmbF04ppaqj2hBWMcjV1yPE701HkGpTSL9HqEMwU2jl9gnk3bojuMaRR6nic&#10;OBmrEn0ODkk5FBT9kq+02xXG4Xcm8zRadqtCwDnAM500Ctj+zVqtTgzJ5lagl8bOn8ZTbkqNxNj4&#10;pKPblYs9LUTiZZZs1V0kqRz00iSNT1EdPTz+VtRJjlMZAuqlSafCJJKHuzZ81LE0f8TzGbNW0rBj&#10;NCmy90SzRiVnQHTNVRFGOpdPJ+o9zBz+ttb8m3EMakSS3EbEkZwrE0GTgkZHEDHUj8w2TXdhcFmB&#10;8CNQteAYzIB+WlSPsp0JvzbqIKb4x9oSTytDEtHtz9yF2inilO8ttrBJG6RTuoV/rpRjyPp7vyxe&#10;WZZI1EFPFTzmOGrtOpbTDTsUnUq328QBKKFdw2lyVHos2Kl1anWzVbUD8X2ngRpz5eY8+oa3LaUm&#10;jkdmYSrQjtwakYJDVwPl1rUU+VqYhWUoy2cyNVQS12RwzuNNPBNW5amgqMbPSmqlrq5kIqZGrYoB&#10;EGASSRmOpcKS/cU1RPVyiklSXI+JpDqIpY66VIKhkiMMbL9ssZ4ewDjWQ1wHVdo+0Ka+f+rPQZvt&#10;mKN+lGWQqpwDglRUZ86gno1+1O0Fo8jiKKgp5shFPFt1a37drlMjUYqCbI4o1LJVxxStWiW37Ysw&#10;QIjAK78JqBJC1Ktak5jmkDSygTF4HlJliVYgANK3UayxB/J+vtQlwwAfwitf9Xn0Q3G26I2d49LU&#10;88f6uPRi9v8Adk1RW0tb9lJjqJ6bTSwRSEymphpV8VSXIldkM1i7KI1P50ewyz2Io0q3x8WNXxxR&#10;4mdFFOv2qFfXTMHUBRU07R678BLR3N2FhHtl8zRLL4pA7hXOfKnz/wBXpXokl2eZ4w4cCpINBqNB&#10;xBA+zo7PX/bFPX4anydRlIoKkS1sBaWZJS7xyO8qim9DPA6qUAUayRcXVXJTZoKavx1ZFUj7t8jQ&#10;1tdNh8tkKZ8itBHFBSL4ggnNdQfcSRmxc+I1BGtR4ojaW90TG1Ygs1aJgYyGppOBqxUk5PHyDdns&#10;T218JreJ1MUqqZAjEMdVa6mpnTrxReAIXzIp5Tf8VO0K1VYsdPLV0uNpK6kptdFJUt9zNJBPLIXj&#10;pqsxLqVW1+QcBLBnSDQYTGNBooUxs743B1GMoxi1IipwjrpoG9eqmczw6WFtRIuwFgPZlb34jghh&#10;ik/RWdSwBBFUAU0A8lyCPI4Oa9IuaYLht2iaWOSjurkuDU1/ECeIII4eden7bu5HXEyVlRJLA1Rk&#10;oqiWWtkpx9zHIbrLA6hWNGlOwALEi54+vtPZLbcmKlo6pQ6Q0q/uUrnltCRimLW1SvJFKum1yylr&#10;Cx9iO23WO7juIW+NmBDfma0rjIz0gTbHul8NUNWpwFaE+dPP1/l0sqLddDWeRFkWTUqCOSNwyt9Z&#10;HZSpNrRcn6e1btdP4zTyXpqRoYhDqWKtm4nFMoliiSKIlIYZESPyK4Ler02UMwbv7v6eSMJIakcc&#10;cQSDw9Dx/b0WXvLE9rMiEP4wUnuXSKClKglfjrj18uo+W3VRYoQM1RYyzJEw9EmlXF9ZLN6dI5P9&#10;ByfZd937+i2ttes3JhtvVNDVDck2XePJfbQfxiXC5Z6KaqydVHWy0+PjyLUsUMUc7vXRAIsdKDGE&#10;jBG4brGkS3cVoyoZy9K08YxaqsZKMqh27F165FNV8Gi1Etcv8lS3W5Ltd1exyRG0EZYA0iMsWrSq&#10;kIz6DViUKxSGtZa16do5osvP9rJVI8b05WZ4HGt0mp1np3px4VNvUhLBSv41eydYKt/jHYsualWN&#10;Kqo3MN0RxChz1IkdPU1yNDT0dTQ66r7+Ojo4lSVpq8QTKrhfRFCgZt7eKS9jmJorziWp1r5ihBQ4&#10;KqgoWMgQmpFdIE+S2T2mxLbrGFiS2EFPEjYk0ILFXGko0mrUirCWB095DOygrY2psO8fm/zdMkfn&#10;9DkFY9Jlk16InXy8kNYEcHj2dPfedrMxT1ki0uKqMVTY2ko8zifLRfdRLkoaKtpnaurmkqxPjquo&#10;DtI8apEYpXYKzCaEVX+4xzQTQQpHJCkYSVG0E1dVK0Jq/acGqCndWmGUIcr8oQbaIlMksV3JOXRz&#10;qK0VqFVRKLR6Girlh4ek0DK4AYnckCVi0k1fWiSSWolxleKaaWkkNDVT0cqEU0fgHnKkrYsG8iAX&#10;NlYou6qKCor6yGlxmIqcteekoq6SaaahpKYQ08UVV9usoqqqmVTNDExZ6aeUFolVdbSAO5lsYhcg&#10;2sEknhkKdTUjXt7hpw2kalGSjZKqAAzTZtG1yfS2sk09wluaO6qqhnepPh1C6Ubu1MPiVTSRiwC9&#10;CZj8ysVFHM07RQ3L1EDxQQyagFvTMI7mErrVtBvKgI13Pseeu9g4dGJz0NHFBJGgpsjJRSRCWasy&#10;StSRFY4mpw5miEbQRsrakaWZQzF2T7fs19uk0qx20jQquoyBcAayQagUFCdOmtKip4DpbabffXtz&#10;Fb7UGecaqoCSFCoFZm86FTqDMPhIVcUAJF8o/ks+xNsVdZgpJKqppJcolTjEq6RZXo6LB1E9cyKf&#10;JMIGpg03mZbHyKq8g+zc0aU0SQxUYeSKOP8AzjyPM8tjcu0kssk9wSeDYAfT2Dt+IW4ljVCFXgTx&#10;Pzr1kDyhsI2ewjhahuDlj51+3060Tvlr3PvDvDs/dm8t3H7etra+LH46jkCxU+MxlO0iY+ipIY4Y&#10;KZlWmVmeRVu7uxNyfcydruB+R6ef6C4A/wAfcU8wrrXUM4z+3rIXkFzbAIOBbV/Lj+da/l1Wn2VE&#10;Jw0qlTpBVlUAKGLFtKgcAAcgf4e8iWBt/jz/ALb3GXBnU+vUwbmwdQ9a6h/PovsS2Nvry3+w5I+n&#10;+v7mISRbkAf8a9rbYqyuNOKdRXukYinWTVU14dCNiJTLSupS1kYg/T6FR/t+ffYv/j/j7ayprTI6&#10;aUhSpU1J/l1zddSyCxAsytbUCwYWIuCDYqfx7Tu5sJRbixFbjK6njq6eppZ6aamlUMlTBPG0M1M+&#10;oEBJYWZf9j7k32r56l5S3s2l2a7HeUjlU8KHgfsydXy6DnOfK0m7bfFf7c2jerejxOOIZaFeGaAj&#10;o43wQ+Wu4vix3lgNxUuZqMZtfMZbG0u5+WbxCCoMmPy0KsrFanFVT+UWIugZfyPeu98qfhJlOpt+&#10;Y3uro9stiFos3HlpZsfLMmU2xnoa16ykkhMReQRgQG8jXSQ3uLlwB97h8gPy9c7fzZybcsdoZtVU&#10;y0Mq9wowwo7aq54kU8h1K3tZ7qWfPu233JHPEMf758No3ikUBLmKhVjQUDYJDJ5AVHn19ID4pfLL&#10;Z3yO2VS7e3dXbdyuU3BgWNHVJJTVO29/4CroKaGvenLKaRquRallqqPUx0szAaGUezS/G759d24v&#10;JYzEd4yYfdG13jSkq82MbT4bclGWdgtTPLRBKDIJCLFkMCuyj/OAk+1vK3uzvUN1bWnMLRz7exAL&#10;hBHIlSO4lP02ABNRpDGmaceof9z/ALp/IG57ZuN9yTFNYb5QsiF3kt5KA9mlizRliAA/ikAGug8O&#10;gw78/lv9YbgweSzfSsuR2NvWEyZDHYZMnW5faGVkWOV5qBqDIyVVdi5K2RrRTwThYnsTGVAHu42C&#10;XBbypY6+kqaTM7fy1DHNSzQyQy0tXR1MaXMMiFvIksLEkEm17fUH3lJY35jt7a+2+ZSxIZHU1BXi&#10;rA8KUIoRx65kbzte47FeT7fuFq8G428xRkYGqspINQc+WK/PqvnZOf3R1pEKGVK3be9tvVtTSZGl&#10;aJqeux9fRzzAxywSFVBSXStyCjpZlJDGwNNsWq2HJ5tn08lXg2KiXDtOPPRFbyeVXllMTQrbSAF1&#10;C/8AT3Iy8wR8wAJvkmi8AxIAe75GmST88dPxTmZtMpo48/Xo8WK7t2x3Ri1wnactPgt008bpRZ+C&#10;KWGjr0Zvt2pWtHUMksyuXIY+FiDYA+xNirfJizkZ41pm8I9E0kUwVzxpLJeO/N9J59haSJY7nwEl&#10;qgbiKj/D/h4dCDb7llmjhUEmoI6rs331itT2AdtYWVqqFpQJchBSVFLHaPXMHmE9RKGEBU3YIEP1&#10;H09hrQ46nytVJVzNTxRLK0kSSPH4ZZE1FQ9yAzsW4H49iFdwdLVRCCScCnpwJFOhje701rD9Opq2&#10;gVPmK+Q6MHNRZDZ+JoMZQRZCsqpaeOkqXooqh60RSqY6meCwaRKaIKASSCDpt6bWw1mJpVaSugpg&#10;tYCT5hIXjCxrYxiA+hbNytvx7WQXk3ZBLL+j6ef21/w9EdpvExkVGI8Ov5/L8+hLhNY1BTYLJ1zt&#10;jpYBpgCtBOTMwk8s1QoeWRzGCpUg/W3sGt45rM0+GySZCOijxswFM3kro6ViPIrGWeok9FOhDD0g&#10;3uvH19iqyhs45oriAnx0oRU0FKivH0Fa4OOpC2ndYgyoEZ6jOkEkD5AZrxr0Mey+l9hSbw21m8HJ&#10;kpM5h2OSgdYXqaeJHplimiFIURJ5Qx9JZfSW+vsie9qrAU+RyEEmXwT7eaOmXI0WZzdVRY8wudRj&#10;eqpKcVlXrkgRSIVRniuPJYsUFUgG7vIb6Ufu9UjWRNXhdpJJGtlZa4BK1AahGSCFmnkDlu83hrS/&#10;u7eRIVkrqKg6jkKAKgKApNdWfXo89RXZGmwkIpqDOHOVaTJS5HFYqjrclRyqFWKZ6euJoIJXQenz&#10;6ogfqjGw9hHmvkz1t8Z9u5PdFZHU7w2lXVohXBbFzaV1TjMtXVTTVGYds7XR5ilpJ3iVJAWaNpGV&#10;go/AB96ud9g9ueU7DmuOyuLqOS4MTxxuNSFtTByzMCms0DUU1NPh88p+WeULzeZm2uzuo4FhTX+o&#10;gIYA00r4eKiurj5dF/7X6H3X3nR4l6avO0t3YmqRK3cu7NuQzz5fBJTVMUWOnixJGIncVVX5o2jZ&#10;JIwrof1n2mMH/Ns6GzUjUtfs7szHU0kYMGRapxVTJGSqnx6IMh5Cq3P9k8+8UV+9ZyzPKUm5e3NI&#10;idQZJ1ZhXyCkquPnnodS+0W8Ki3MG722thWnhuB/h49F4qf5ce/KetTJ4XsLrv7gsDV0FdsmtgoK&#10;wjUrStLT1lTUpPIpsWFuLekfUjLhv5g3xizcStUb23Bhpj6CmXwsrO0TEAp5YaKcLdfqNQ9i7b/v&#10;I+2t3Fqu7vc4SRQh0Rj+1B/k/PonufbfmiBq28cDx/JyP+fR015D4Qd44pkGPo+us1HFIsiLis1l&#10;8WnkS7o602RWipwVYWuebn+l/a9g+WvxYq6Oy9zYFFikFTHRVpraZvuIgTTtIRTqwRBYW1Djm49r&#10;x73+0c8XhpzHMqA1UPE9Kj+IhQ1K+hC04+Z6ZTkrmyORTLtyulRWjKwp501GvD5dBzU/HP5U02Tn&#10;0dQhfvI5aKoy1DunaVdH9nURyRTtHSVeTKJMA91cqSGt7l/7OT0tr1f6TNgWtq/4vZt4PB4/Nbz/&#10;AObv/Y/Vfn2c/wCv77dV1fv2P+y9fx001400/wBH8/iz1JX9Vdh/6Nk/9hTg3x+nH4f8vlTpL/7I&#10;N2h4NH8I3rf7H7i3321NXl/iHn+01fbf8XLTz5bePT6f8ff/16sOpPifS7bSLJdn0n8bzUsX3GP2&#10;JgMheGJVjR3n3PmTLSY3GJEsgcIZxYKT6r299ZeX+RBsfh3HOFq9xuMikx2VvIF0ECtby7r4Nsud&#10;VC/AMatpK9Q9PyjHaqbm+cPOvwoMKnzeo7iOIAI9M9bv24O1pK8zUu1pYcfQwSx09VvHJ0+umaWY&#10;ukcG2sMDNkdw1UkoC3SIQqTYvcj2g/kXufZWcxqbU27sjY8GQxUIxlXn9t4KKmSjp6eZSmMxuSjZ&#10;6nLTq1Oqz1r3VwWWHRGza4y5kt7O7DpDYWguEJHiwoO2jV0RyGpelKNKRV69lBlgKjwWF21vZzSM&#10;pck6zUV9FwNKjyUUAr0tdj4DIUAqslWZ/dWRjyTrWJS7hr1qZA80ep5jR/axph4xceKkhKLEP84C&#10;1tJA8niZI5nDaAq8W9WsgNa/Mai/uL5bY28jBnGkEgDz6EUEwkBrk+Y8q/l8+hFHHH+9++8Tg6aq&#10;qdNXM9NAUcpLEiu3kVdSB9ZVQrEc/n2bbXabXcSsNxu2hh0MQQKksBVRSnA+Z6Zu5rqKMGzh1vWp&#10;GR2jiQa8fQde9mI+M9Ridu9s4eDdGNoMntfcgrdpZZ6+OKWlho88v2cFaxkRjF9tWeIyMtiIi1rG&#10;xAl9vbnaNm53287xbW8+xXDPby+IoZRFOhj11OEKsykuCCF1UxXoX8rXtoNy2+DdIP8AFJ/031eQ&#10;k7T5jpE9iRZiTZ2blwFRUU+ZoKVcpQNSM4nlmxU8WRalRIzec1cVK0XjIKuXAPs7o29vH4v74nyG&#10;CGRyHWOZyr/b0C5CWWahJi9dHK/7irlMaQRBMwKVcIXUwYm0729vzN7Hcxz3u2xNecg3sjI0LvqI&#10;AI1xsT8NygGqOSgSdBVm+LQb7pa7p7eb8t3YLr2hyVFD2MCOB4ZC1+3oLsbkNsd47TmxWUjxsu4q&#10;SiVZnejSanLzXWKtoGmVzJjaueJWkjR/JEwC8MEc2KbNyWN3ztyg3HhKd4RkYKaennlpY6BnhjId&#10;5ZKWB5Vhlin1RnSCpYXBYHU2TOyb3a7ntW37rZ6hts6M6qy6WFSyFWUk0IIONR+RI6nvk6+tuYrL&#10;xbOExVWpJAAp8qcc1z/l4kE3wuT6y3PVbe3BkRWUCjIwy0MWUlyLx1M9O9PHQpkK9EqZoZ6QrNpk&#10;dWjRygVdIAEPa1Hkdv5HJ05hpWoquqzNbQTxcP5a+SKSoMmk+Mr6zYCxBU/j21ePBd2kLF28ZCgY&#10;eRXuYfmCSPmKeeSfWwfbLR5JdK2xdyD5/F/snot/cFZtrsXaG1quPJZahzOMHXmP3NjZICFNJiWq&#10;5aSnBsk0FRT1s8kckxXQUfUB6dJfMLi8hTVu3a+uzNTItJNK1CswgKss4nyNHTlnjRzFD4tShDe6&#10;m9+LF95dW8kG5W0UClpWIY5rw0ngfQ0OOFKefSuKcXFgYoZSSwY/bmtPsx9tfPoNey947Vy+1O3d&#10;r7c2PjqZ9zUlDR7u/h4q1kaOFMVtLM5iaekY0kOQmxzBXklAjEZjAIHqZ43NuDJ5b+KhIIlqZJYB&#10;BUyPalpqSloqePyTOqsyEVbTPoJJJtzz7J+W9mg2MEXM4+gRuwDLlaD4ifOoIrQADFOklrZQbfbz&#10;3N7MqJq1LXz4EV+VTmnQYfHnojZXTuP2TDU5yoqsHjMbnkrMZBC5zOcyedzta0sNHDVFaepmk27R&#10;4+jZ0VEtDJcabEoKLZ+Zq1QbTqqvbdLUl3zeeonmjrK2RljEkmLWaQAVErwpaokBMcYARbksDu73&#10;SGZXWUxsrNUfAWCioABoQMHiwIpkKaqym015+87SOKBKWzhqtw1aqV0jJ0/M0PDjXozu6O9uvKGO&#10;fG9s0G2+w8yCItqdfZOHEVePxNMhqTDBu1YYhBBj6WlqZS1DE0hlkBLkgaSutobfyuDrdw5yp/yj&#10;I17BIc3kpCxoqKlZkpYlgIVmYRytI8llV5nduL8B+8isJoltppjIkh7olGGUfBHU1GgAnVWtWZ2r&#10;mgQ3NrapGqXNzSPUDpBpqCigFeOhRxzWoOeit/IHsDrXs7CdW9YUeRen2jjp45cv1VtKKGKLdWQy&#10;Gky0uRyck4x9FjxVQGIUjFtNGkYGvSUKrx+Pwe5aKHLvnDn6+rknpYnq6jwxRVUEr0s8NPQsyhJE&#10;kBALavpxf2ggvrrbri6sLLaVs9rhNAYwO8qSpIOQAGUr5VI63abrbpC0O1RCOMmmBxI86mpP7ei1&#10;5zsTtPonc2U6y290xT9J9cbRxmIzcke2MNBkZ8vicvjoctHkq3cdPFPTvSz066JFjamfzT6JFQq7&#10;Fr3ltzbH8LaszArafHYtmcRpXtHT1aQo2kNTxSlZSb2/suW4vY+wlzXZbHuts26c1O7WFoPFKl3E&#10;ZxWhjDBWYk0ApqPwVoadAveds2e4nm5h5gMmqGQKoBFXZcgAA1IIPAAEjj0JHx57q7nyW+hg9jVW&#10;085uje9Cgq5321TpktuPlJPuqirlys9DTSQUyPKzJARPFDGyEXIB919733iarc8lfQUr4TCpLDSY&#10;+nRYqWUpGNcbhihEtVIUJ9NyuqwDHk4Xe5HN9vzRv9xdWtutnskUaxQxaRGO0YZtOCxNTRcLhe4g&#10;s0Y8y7/aVuNyNsILGgoq4oKfbQ18z/m62Lumer5Nv7Ax+Gz2Qp91bsq6Wors5l5tdVFU1uStHVRK&#10;uo1CY6CJtAWQHWAb6eApMu4Pk7u2rqcxS5na2VH3VC8OGqcrHV440q8w/c/aaIZ5ogh9LHSzut72&#10;uohLdt/t7ya7N1tOq4ZdKu+qMjFKop01HoTXPl0HdsvNw3i1XwNyj+g1ZVCpB/olgWyRxX+fQ8de&#10;dT7P64w9HiNnQRY6kp5Hqar7NITFVVUjAzO7MkvjFxYIrLZfZFcvnt0bvrhU5vNZbMVLvaNsjWVl&#10;ZItwFCq80sjkAD6fS/4HFgWzO8niSuWIB4kmnrStadHVjtW37YojsLJIlHkgC1PqQAAT5VpU+ZPQ&#10;qJHHGoWNEjX8CNQi/T/UrYezEbE6qxO2MH/pC7InNJiopb4/BhiuUyE4TTARDKEWQPI6gCwCgEn6&#10;2BjaLbJELqd/iwq+Z+f+r06OY7bUyNctogGaedfXpmq8nI9S+Nx8Rmq1j8ktQ6MaKmXURoldWDPO&#10;1uIwQT/X2GvaXcee3pWJjcQRFSQMtNtrCQKopMdBECsNXMYw6zzxRC5d7+rgXNz7SXNxNKWLPVCf&#10;2dau7mSYqqt+gBQDqbQ42ChWQxhmnncyVFRIQ888jW1PLIVuSdP0FlH4AHsevi18ONy9m1Cbw3FR&#10;Tx4GgnSWsrgsy5DcThZKqqwmzoa9YqasylTHCUeoZ1pqNm1SP/Z9jHknkPc+bpzMuqHao275CKFv&#10;6EQJ73I4kUVOLso4xTz77i7PyZbSW+rxd5dDojGQpI+KX0QGmMM+UQE5ANdud6bX6xT+Ey1tE+5q&#10;2mllhSpkdcRt2ndooYc7vCpgEk+MwyyzjQER6msdGjgRnBK3sdQ9cUdbjKHYHWGMp9r7awNWo3hn&#10;4H+/jo6ma5r8ZtjMhG/vDuioQstXlGLw0jm1MzEazJnNPOe2cl7O3LXJUShIy3iyoQw1AUIgkDHX&#10;LWuubKqMRACjtFPLHIu6c6bvHzh7j3LG3LJ4MD6ojIqsGHiRUIjgWg0w6tRqPFqO3rXw/mM/zFNq&#10;fC3beS372zW1fYvcfY+2cpH0L0/DB/CqrNx0v2k+I3p3Bt2aoil2B1ViczVLJS4YEV2XIf7qNZFk&#10;EB8tvbb2/sbCUO39v0UGMw2MhlipaVWYlNZaeonqKh9bu8r63kkcku7E3JI9wjti7hvMEVUIUnV2&#10;k6V7hUAEkkk0JJJJPcx4noccw7hCL2QI6+GoCqoAAApgeigAUFBQeY4nrR/7W7l7q+XXaW4u3u4c&#10;7l969j75ylDPlcwYIYKdYaSCLGYfA4TC0MUVHjcbh6ZIqalpKWNEiQC39oknHye+e3R3xlw09fuX&#10;MU2XzmoU2JxGNqjUyVtbKjiCCj/h0VbXV+iRB5WpqeWGAkLNLBqVjLsPJc+z7ZFu3Mu+x7VsMyjt&#10;lDG5uTqbEUCq0jDtIDELGlVMkigjon2na7vfLjVZWxa5RsN26U8tRLOq1zipAalVrQjq6j4HfyD/&#10;AJT/ACxpMRuHfuUqPj10rnRBV5iq3XgMnU9lbkx1PXX1Y/YNf/Df4DHkIY2SCXMVlLKqMtQlHVQf&#10;WoHJfM/5w/LfM0e2Ontt1vXO3KyaoFXkcnSYjH5qGiKqDLVYVppKHalMaecGP+O5N0rCSIGDA+3t&#10;u90X2Cw/cvtZs5tdbkPd3Ch7h66QCELSQ26jSTpd5hmquKiosn5O2MStunMQW6vIxjJKAn4qFv7R&#10;jQYhj14ySKdbbPR38tf+XR/Lh2fUbrpdlUSV1IYq2Td2/a/Mdjb2ydZRRL4WwuGhpKqWpzIcXWLA&#10;4inkP0KEDV7Oj0n8DM3jMjjd29p9jbg3FlRRUz3xeVq8yslTE0kzap6yCn2nQ4gSBtFDHhqtoXu6&#10;1zkhVWw7DvfMd9FvnOXNclxePEMGYYAYnSHdRGgrUiFYmoe4MK16Jdz5nWS2lsto2rTCWKmqGNdN&#10;OAVR432sZEPrGOPRGPlP/PV2rgKDcmxegevqKgzFNXTY6ryPcsjbUrKbSpjrlpOtcNXwbprK16d1&#10;8FXW5jFspRTPQshKGxak63xdFmodyF6isy/2sdGc9k6qp3VutsasYAxUe5N1SZaro8UwvakgSOAE&#10;8IPY+2XmbZdu3CR7GwC7thPHnkMmlDUOWlYvKEoRQRlMk8Qeorn5JkTaJ7KAJFtLMZPAgiEKeKQa&#10;SGOJEUyHgZmRpT5uTnqjOu/mn7s3Nh6jrurxhhpfvlEOAapper+k8bkpshFFVZt+t+mlwr5/L0NM&#10;pdchXZWrnllTyPYizOuU2ptvMrTvkcFPkauPmmqMhU1lctAiyhl8EFVK9NAgK/oSMAnn8e532zmy&#10;LYDLetzjZR2hX4YwgYll7u5WMvoMEVHFeob3jk7ed2t2srLZp2mc5c1AoGODq0hq501YUzg16Mf0&#10;r81d19H5PJ5lfkf1jgdl01BLL/dfZe1Nq4mp3ZWTYxaaY1+YwME27KmrNQxK1NTVTzOg9bhyxKyW&#10;WVYaanSkCx0aLHTqI4dEaiyjSA6qo0i3AHH49xBzVzdt17d3cMPNMos5ql6CRQamvALVs+Z1HzJP&#10;HqRuSPa1tphS4bluMXmhSdQX+GlSS5zWtaUHoB1Wj398jD2Tufdc0vfOdrcPunM1uSylMtbuaOl8&#10;LV09VS0kVG1Mn3IoEmZY2nmmJ1H1Em/vLT1FVGzyTeKNYiQA58hZSfRawQJ+41tI4HsI3sWyb1BD&#10;ZWAlnlP4sgdoGrDLWtM1pTPQpvku9oM1xceGsYHwLSvn5gkdF8r8LsTedPhtv7Tp9y7lzFZHADkI&#10;qYxKZoxTffxRU1Y1bUCRcbILuApHkXm2oFU4zJNCY6nhI9YaMMbKVDeu/I+r3559x1u1m+338dtZ&#10;t4ssJAZuIPrHw9O37fPoObrtm277sm4vuI8OOaJiuhjqGO1hT8Vc+Y+XQP5nC5fae8MZtzARLnq7&#10;A1lPDkZYqd56KpmmkjqKnGCWQTP9lDTSNEj3IUvf8e2XuXcFFUbUpJ9KGopsrTMHFTCQYauFqWoR&#10;FB1N6dJ+nptz7tv0NnHsMMkDKjiftUcV1KwZQPIZJJNanhTqKPY7aNz2/wBx7uKWRjbyWcilirLU&#10;xESIT20Brjjmv2dXEfCDZU+e3XNi6eF6akyu3snk4sKPPMcZkMPWUOUxwIMNLoaKqpBGNJYuGuAo&#10;BPsJ+qsilft6WGUwsaSsYN5JLqHSo+3kvwbkgf7wPZ/7fbnDNtKQTMlVn820k0NP8nRl73WD7Rzr&#10;AwRwbiFDWvmELYxgEjPViPyb2NVY7emUr6Za54Knb1JX0iRwH7lqesxZrYI0lZ5ZRJHrAPptcfX2&#10;h2z0EfYeSpjVBKhd/wCyagyKgliVJa2KGR1V3WK0jR2F7G359pLnfhDue8RSTDxju9m4Uf6cqSan&#10;zHHqSf3IZvaf6lISCNiv0AY8T4TvmlDQZIpTPGvQl4DrbL5LqvqmuhwctTiK/wCPPeePkpqqrnpK&#10;iWrp6M19JTVHhoDVqrx1bBgLJHq9QvYiwSrrKlX8VOmp4HCMJF5BjPqcRgr+2x+h+l/8PeSFvBH4&#10;dXY0YV/b8+uPu7XJ3DS7yEowHnmlKDjXy6Xnx86w27srHCvlipojko1rKWaGeapbXWU6S/ZSPUPP&#10;Frp0choj6tJsVP19iFtx3FK3IWOQK7xvykhKpHrZmJIfSgF73sAPYW3YRRSGTNR5+f8Am6CH0r3N&#10;0YoTU54/Mk+Q6Q3yN3RhMBJHl8ulWtbiYHjoMrg4FGUpEgkknjgMIkhp6ulE9TI7Iw1szsS1yT7c&#10;qupjSOVEYxaSLKhDPydNwzqwAF/rY/8AE+yPb9zhvbj6dVcSUPxALqzxXuz/AIfl0eDk+9jCzOQ8&#10;OK6RWg+ZrQU+zopW3PljtzL5w0D4yvrKrWaeSTOwRY+keUgmOZYlrZ6ySPShLWTSCQCw9lR7d772&#10;T1Rh48lu/KVv8QycuUpMLh6WKSXI5SpxoSWWkgRkpaSkTxzRap5mRAkgIBsNVN3s9oAR7qEGaQ6a&#10;Z1MynzBoAoUAd4pkMAwycgPbvkfmXmFm2/ZVVbSBYyZGY6IhLUB+0Fm4NVVWhYULqeA+bT+E+f8A&#10;lt2TX1GzNi7ap8SkG3MlvbdFbPHTYmmp8pLURUtVkNElRWZqJzSP/uPoQzsyAyMqEn2QzZHzi7Mz&#10;Pab0c0m3E2BuHM01HRUVZR0lE2xtvS1EkX8QbckUkP39RQQ2Z5KlTFLYoqxA3Us2m2tpN1gq0TWI&#10;kU0+FUjqasz+ZUA/0R6dT7zJ7QcvbXyi1zbmccxwW7F5AzlrmYCoUQklU1Gi1XS6A1NRjq0Ldn8n&#10;b4t0XWeBmjwG5qnsDZtC2WyNXhs3ko6HsbcVJC8smOrtqzyVlHjsbW1I0QxY56SSIPaR5QPZrd41&#10;E9TJi/FWyyRVdXDl8pK5M8+ZjjMKx08LSTJDEZbrKXUMqxxgaQWQicbm0e3WzhtKLbCWrqBqaQVA&#10;KKQQBx1M3oKgeRgblDRPPuMkyfqonhoDVfC1E1LAgnyKgEV1Eg+gSuBxFDtba0uNo8JS4qLG4mTb&#10;+38fSxPjKbb+iPzF6yiEc766SaJ4mhLNK8kramHja6RmyX8MJghSKmnyWueSoEcPin8kYSMu0ktH&#10;TpPKlEP93S249BOo+zCKWa3vRFDFGock6uINdQyTpUHsFDqYZxq49HG82cNxalpGLLEAqqDoppoe&#10;0BZGK1c1oBkcR0I/WOFnzVUtXPJ9xT4id6SJXCnwPRiKcSU6UrV8/gilnYX8cGo/Q249pKvxdZ/F&#10;oZoZYYXikpsgkH3MqzZeqiVooIZ6mDHzRUdLHFUyjx01MfJJJ63FyjiKTa7mRknMg1qQ5UuS0hjo&#10;o1EqAEVS3bGlNRDFtIIYLwT2i200UkTGMhlPYCqK2SyAsA8mpVoZJCQNQC1YEG1pM1AMZJB4iT4J&#10;6WZxDDFDTiRC/kp4qqpRpJ2mWNr1ErEgEKoYqQzbpwe1Y/Ai4iekyEscuRoqPCx1bPLVQReeafFN&#10;TiH7aoDLqLU8lPLL41UmUAKyTcdjsEtxNFA0V/VmUQ1JDBdR0BdADcGLI0bkqMkDT0JOWOcd922W&#10;Twd3ElkrhJGkdGQoSKrKG8QMhFANaSrHXUKaQwx0mFzNdTzTZCso8rSvFFR1NZk3ooyKKZ1dKavZ&#10;vuPNAn3DeOKo88Uas10jck+wPzNJUNRUO5TW1ONyFJUW2p2bR0yU+c2pXMZqOow256JqGkeWm1QS&#10;QVQqKa7FmSojbS8yxRfl5vpLiWQpuCt+heICjQt8MkU6FQKE1VtSEglgysayjIDZLzZ+YTNy/Nts&#10;Fxbyx/41tLktBeICCslrIZHETgESQ0dWFA0LoGEXXLHyVu18tNS4tHrqFVZ85sySRqmmzdJd3p8r&#10;gaz7iq0zrFUB40jm0SWHiKErB7SmB646U+Qs+R2duraGz9ofIXb9dPm67I5LalBuja2+azL5KgTc&#10;G5odvyzRU9dHuGHG065B6doK6iVlnhqU0q6BOO02DnCW/wBm3babW35wgdpH1QLLHOWZBPKI6jV4&#10;wHeF0SIHMkbkAsob525f549n/oubeXt2vdw9o7oGJAszw3ViEV/At3lIZgYGJ8EnxI5CBFNGzNRl&#10;tm+xNzbHosduSGabc3WuajVKWaKeLGZbbuinapp8dWVDUsrfc041qjyGRJ3QxONbBScbD9Vf3Cer&#10;2NWbypmwMuCZet8RJJUJJidvUbUuJrsNkNvVEH8N3Xj9o1VTjjRV1VUzZmSOZknmIVHYebNt42tr&#10;rbRf/wCIIgFtGThFGlCjIx0OkJ8JUZjJNUhZGIKE4mcyczf1ot49+g5fkG5pMBfSlQ3iSurSLKkw&#10;KyQm4Xx1kjRRbiVVKIGJRUvtTsyHcxgzNHiasVCVkcW4ay9PVwy5VomlgqIqqllNXiGy1NDMkkKQ&#10;ChE6KUszlChk6u7mot2ZamyWF2PujD72WNKHtPr5aTYO+tg7kmpnwVf2BkJty0u+sg+aO2ft6ShF&#10;JI9PHJjI1kXxVgFGV3cXMke5yRXVtbTW1x2G4tlW3nhkcCKW5YSm4JkMARF8Msv6ag9jgIHL3fuQ&#10;rnbbO4t7y+tLyykZjYXha8tLqFWMyWamBrZFh8cytI03hu/1DSRs7R6rkeY904upo47SVePejiMj&#10;4auhFVS1lNqhEdHEKdqemna7kkSprKFj9FPtG7z3N2N15h9udUd1dE9ld+dcZjF5DFbq7WxEmI3R&#10;W5J4qWPdsQyuyYcvX7np8rFk6aCkWpOTjWaop0mokV2jpo00l5uW22dry5v3Lt1u22On6lxEVk1m&#10;MF0129XYMp7VIcapRrhVS6RB7atp5a3+93fnLkTn/auXOZreSOSDb5fEt0jGr6c+HclEt5I2Rml8&#10;IRFow7LcMyrJKzvQQ0GRqJa3D5Gmx01/ItHEj0xBUSwM4qH0RywP6nCLTald21Eg29t3XeCwWzdh&#10;zn4j5mbJ4OnzWIza9Kb+FRtienwDYDIJuLB7Yl3RhcfunE5GsxtZjq+KTIJWBqvHNHUSkzzGM15e&#10;tl2Xa4hyPMXsfqI3+kn1xaYzHR4ozJGssblXR0M2o64zrYeJI3SjmXdN43rmMf68tgsO6eBPAN0s&#10;9EwMolXRLMLeaSKWLWJ4WWARp4U36a/pqOptV5Gmi/vFToqlQi5WlXUocyq0PmEXkUDygq/pjBDD&#10;0+2zoL5j5HceU7K232Nh58dBsjdu6sfi91YvG5iCnyuCwOdkxGUkrMRW0ck1HX7TqmhTIGOedzHM&#10;sqwimC1Uq3ljnO73u85jtd5tBGLOeVVmWOQK8cUpRgUIoJIdSLIEdznWUCDWy/3A9pbfZLHlnd+W&#10;9yEov7OCR7d3jLxySwiSNUkDgOtwA7Q6kXuUw6jJSNcOd2FS11pKJIY5pFAkil9SSSLZgFmS2kuh&#10;NrqPp7GDKfJuGLeUvWe/6HL4nA5zak25sD2XtOhnyW1KqiwUyVmVqf4rUUGZ26HiidHlxeSEoCRA&#10;6KiKQH21vO4i33FdtvreWG3ktzLFdRVaI+Ee8iTQ8eRQ6GBAXUH8SMiQke2clrPsw5l5ekin3WG7&#10;FtLZXLhLlGlXQqNGrRzBWZaLPG0a91NaMCCh63qWjEa5jCKyZanlnX7OtMsKsHSMNGtTTtTT005c&#10;yFKinlhc+S6EEAe0V2XmKpaiT+6uVxlPQTbY2/uqLEbSjwFPPunb9DTDArunr6nrKcYrd+2cbDV0&#10;9VksfmajxYbHllkjqaaooXiDdzeMkgktZAkBhhkCJ4atJEE0q8KU0TQIGjZo5WCRwgF1k8SARirl&#10;aSGUKdyt5HuPqprfxJxOwgnLGQw3jDU9tO4EsUMtvGWupz2vG8cwkdtuUNPFF4K+imkmaqqo1nrm&#10;qImoaipkNctHkQJknociitoFTTxs1dOgkLJJrVxz2n27ncrsegyWRpqDK1DYTByZ/C4Z8klXBmi6&#10;x5StjQMuTlpDRDzQYz7WDI6ECSeN5tMMnWHi3Wz2u8RvrvViiLiNS2kkky0WjSHVhkRo1kAqrhXp&#10;QFbxslrZcwXllFcyJF40oglcpp8EAtEhauksrlkeXxGh1SVQ6Yl1ofL9VYpcoaijkmoJklrXoqma&#10;CnqAaJ49JokR4pIoJamtkN53VoxrDLGyoNS9yOG27uGhp8w0Oa23BTwzS5Caiq/G7wST4mppJDg6&#10;CozuMrlrDOJrJRuzqJAZYw8nktcXN/ZIjSzzxmMUSjIwXST29vaWBACkVK5CkAAErt9yvrO8ltY5&#10;re5cuKK6igJDKdM7CIqyhKMTKFBaPs0x6lTdFUblwFVVUn3aZSrklC4nywxyLBUQipWeF8lXjHVS&#10;zCSm0Iz1KnUyMIXEdhwy+FrU2TX5TFZGmr0zcGKzMFTV0S0+IkoqmFsWtBSzJeCrpahqZqmECqqp&#10;miqUZn+3ljUKOXt6a8v4BNdMblaaGNNFa5MemoZGozqS7HU1QaaKoXuIod1to5rdkNu8iEByZA6s&#10;X1NrOoOjPpZvDRNUb9gdHcT9r56nyW7JcNVwSY+sxclXiJ6b72OoqXnjFHXCYtD4mES/cojM8EUI&#10;lgdbeaJ2Wt/snsvbmK3fn9pUedwybnwlLS12U229THFmMTR1NDSVwrGx84gqpce0NYjCZAY1HB5P&#10;E+bdzlsCTXO1/ve2beLWMvJAXHjaKK3iCMVZkCMGZgKDPzpkfyvZ7puHL+2bzPYXH7quZGSObR2S&#10;MHdKB6sNYKaSpFSTUHgCY7FYaMU8TsGe9rOSpVuTwAFBtf2FWz94w70gwm5sRXfeYjPUlPkMZUtT&#10;1dEamlms0cppq6GOpgjkWxs8aNpPNvYu2PfNv5l2+y3rbnEm1XMQeF9DqSpxq0uFZVPHKg6ckU6W&#10;b9aybK97t24xkXduxSRapggZAILqDX+k3pU9KJYVQeNVVRa1gAPpzbkX/Hs9PX24KZ8dl8dJ9pkI&#10;6jFyQ1OJlNNUpWOqiYY2oi8wieOqKKuiQCOUEaiF9Qj/AJv22K/0loBIqyUIFKgEUOoMKAlTQgnz&#10;pTNDi7znDPFNY38UhhkSQjxQWWikhWdGKhmXJDBAzKAGAY4DXUUCtJEwU6vKPUCQVIH1X8A/42v7&#10;Vvbtb2Zjtt5fK9f4qPdGWlqaHI5XbVXk546KhwuOxcf8Zp9u0dRMaClztQmOaSkjciGSsqZZXWRm&#10;dWiy7WbZrGe72C1Wa98ZXo7kO8dQHEFFYayopGh0oHOtqgFWjXlK65V3Dd7Kx3/cjZWQheNJ1jUs&#10;00jt4bTMNLmIGTS7KRIIkSNGWmoSKGmhiVUI9K6rNxqYl7gMbAFQvH0BsB7ArZNJvaq6Wwe0t6UV&#10;BUbmba9FDlaKpycZ/vHGTG+Vxu6qKSlFBPHu2nEq1olSVA9XKJKdvG6SmexbNu13yft9rv1jG030&#10;saPGwJWZlXS6zK69pmSomjKOp1uCnaqkVcxbry3Hz9um+ct3MqbMLx/CdUNITQ+G9swkL6oKR+DS&#10;jARRaZAW1K6lE1E6QQbcEccAD/D+nsJu8sp3PtHbNfJ1RDTU238nS5XI7pzONjyFHndr5Ovyi12b&#10;3VD9nSgZrJV1VOksZaop6dKaKaOSBvNEyhj3Gg5n5b2/cP6s2tum1ShnkKkiSB6lpJggFZn8Rg5I&#10;aJAqOjowNUFntmOQOZN3toOdbhm3SGWKK3icxeDdIiaYbdvFekKBVkVzpkczSxuJUMTq/JIksePz&#10;/h/xT2FtFvruKKr2TsjcHYqUGyt61mJ3/gquGuze09xb5y22N4YykrG2zkqLcEuPpMJuWoqoa+aJ&#10;qqmko4KtBTJJVwyRxAjZbze9533btt3rdY2srkrKpQvFc3GidFaO3kR2QQzljI8epXjjmHhBnRkU&#10;ZXGy8pNbcx79tXLMj7/YrJYzJojuILVJ7eRk+qV4Fkae2CPbxt4ckcskJeZkikR5e2SEtdlBI/Fv&#10;+NfX2ffavX8+f27NLX5+p3PTfeVj0L5DKjLJjsdQ5T7WPEQVEcUdTU1FNNi4YJ5JW11ElOZnPllm&#10;d582q/j2cRGO5ma5DEai1Sraj2a8kiNP0ixLFwGLElmJxs3fdXhv1MW2xWlyEXUEj8Mu8kQ1y6K0&#10;UMruygABVcIvYkYSO9RFGwUCxBH0B+n4/wB4Pt9gzcm0qPKYTG01ZHDV0DY6plpag46bGVGh/HLS&#10;zoBLImmMqR5YpF8hlR9SIhO7vbhvklrd3cqnvLAGra1IAIxSjehzUihFKnooO0fX3VpezSgyodQD&#10;LrVxjUpB9cYowbgyMteumbyWYgEEm35+tvbDna7eO64J6vIZCCrpmgNH6I6GMVzhFgqZXhjpxSxi&#10;oRbsyRIHYcBBYAxstv5f2xUsltSxI7g9T2mpAIJoeJBBqKE1r0IrC02zanh+mgZLlZPEBLPWNviU&#10;fESCrUpk0bzPXlZIvSLgub2+ouSW4P49hxSY2k23RQYfEQR0S4Zqalx9JSxRQY7EUVLEgp6KgoKV&#10;IaZIY0RVEYARFUBeBb2IrS1tI4Ire3tYodsWMKqIoVQqiiqBTtVRhQtABjy6FcnjbzdXF7f1d5mL&#10;O7Es8jsSSzuxZmNTxrX1r1IuDYn9NgAR/tj/AIfX2Me0sLPuykMOShjkeZJ42nrJ/saDFU/mp1WS&#10;WKFoaqpSJVDWIIfTewIFwjvV8mzTLJauQq5Coup3we0E1Ck+v5Don3K2i22RfpwFoB+HWW9VzXJ6&#10;ZK/JLj1aQJJKw/RDEF80xVXbxx6gRrNh/sPY0Yfr/AY6CKWDzZWrdVkyRWrHkeZkWVGWd1cR0kZj&#10;LhBZmABLf2fYEveY9xupXWQrHEDRDpxprQilalzhSa0HEDz6K33O6U+EeyJahcUA8gaeRIx+fSRq&#10;s7kaiSQMpiiMjRwuIS97vYwshJBkVTZiLW+vtb0WAZ5GykU5eiEUbyVDtL5/2rIgp4xIYHhjniiY&#10;IFUFo+LNYghur8BRZSRkT6sL209ak0rXJzWorx6Qi8FPCmqJRUH0Pz/w0z0yV+QMQSiiiDVcktoI&#10;wEan8iC/qsAadwHNn5cE8H25ZKbCY+nBkR6mOVUnhiqHaNBGqoGmqqmCQJTsWuW0aV0DluL+0MKX&#10;87V8QRsoILCmPkARkfbXP7OmlmRZl8PUJf6OW/Lia1+3ptx1HnMjJL5TBRhZJFqJYEZZnLG6iiea&#10;mYGKNHUF3N3Y3VQPogMdvBMpT5urwFTQZ544sjRiWlrUWCLJ0sSiHFCTHzomPNBVeMShRK8KW1IH&#10;GpTW4tozDC0DI0qPQAtRajLGR9Mjd1KGq1rXyUgm7a7Oa1j3GB7YHQ2VYEIxqZKMBXWoqASvdwI6&#10;UFVtSJv4fHqEPiqkaRGkj8ksLAioaeapSXVJMjsSSbE2/Fx7Q1JtGGizuRzeQzbffZy886TRyVK4&#10;7wSSRT00Ff5aqV8QYKakWhp5IUFIwlC+moZFV2MclvJctDbs0LsraNRPeRU1Pbq4kgEUXJWlRQ5v&#10;+amvrOx26OzX6W2JRCGA1DFNSUoJizSNK+oM6mMf6GrF+ij8VKkdNT+SFEAChReQuDKXCj0+ZBMf&#10;KxuW1cWAFpe48i9Vttdp0MOTSFa7HVwegy38FkarhyUUtR55aWppKr9QVwGWaELA+qJyVHtTLsiX&#10;k7X9ySXoANBKsgUAqQeAAyCBltQHCoLO031vFeS7pdGNmMbqRIiyhQykHtYE1zRiulqsKMtWURUw&#10;a/xP+LyrAKgQvHBpg80kUZjJgVI31pEuhGBZQH5+vPtxymMkp/4jkaWekmjra2aaFKeU1UsAkWCK&#10;pD10rzq9PI0LuEHiCAhQAB7WWFykht7eVHBRTWoK1ySO3FGFc1rmvHoo+vgkmhhKOJFB1EgANk5o&#10;PxHzzxrWvTjRsfFFFLG6uir+40YjR9XKqqfUaVIHPJtf20pQLNAsBgV6ipqoknWVjJqUxeIME/ej&#10;p29ClQt41N7/AK/Zi87I+sykRqpp/h+VfOtckfZ0f2d86sELaYgCQQAP2mlT/wAX1DqtKM8rFgI1&#10;Y8W4/T/h+fbjLhctJl8PHSZHDYzbNBiq2TOCtoZJs5U5aGajGOho5NdPjsbjKaFqyWd/3pZWaARi&#10;EK7OGJr3cRdxSoqfRHVrC1LsWK+EFYEqFA1iUFCxOnSwo1T+0v8Ab12+/wDGt2k3WSRVjKOqQhNL&#10;tJqXLvIzGOKMDAIdv1SVRUS8/wC1JMaeonqTMzQorTLB9tIZIihVSjSzOY+NelbseG4HsT+ud/7J&#10;yW9K7B7crDlq2mxuPyNflqSmzWR2zFFNIWho4c3RF9rS5mpd/uJqVZvuVpjDLKnieC8c7huMG5GS&#10;ys3kk8OIOzRoxgUsSFQz6fB8VRloQ5mClGZVUoWLOZeXOZLDY7a+3OFILeSZ0SJmhS4LafjaI/4z&#10;9OE/TR2RYnkDqtGDDoN924LMQYOSesH2yXlEVKDj4qsyOhiieV/RVrBH6QviswdAQRz7E/f9dT1d&#10;DUR0oDONER0sFgTWYixsitcsoW5F7cG1ip9qOWrY21wrSHt404k8f9X+o9AvbrOWKRXuCSKGpOT5&#10;Yrx8hwIpQU4dMXX7inrtNQQ0DDyAFQ0sqpFJEql2/WYvoCefySTySmbnXMY2WqxwVoUFWlSlXBO0&#10;crO8Y8xWI2Mt1NwWXyA/m3HuZ9qFhdLDdMdR8MgqfkcVp5j7aegr0NtuMMgW5eXWaaSDn8/Wvrml&#10;PLoyFBJj6+CKYxmQaPH4pFTQnp4KhVB1KABck/T2isluaoosXV5StxtduOqw0b5SDG4uShXMVkuO&#10;TzJj6Fck0VLPJXKpUI00KNKQGeMEv7U7lZpBbXEtqr0EZOhACz07tKBmQa2KhVqwFSK44GkG3TTX&#10;SW1pex2sVzSNnkZ/DUOQpZtCs1Fwxork0qI3K06d46Om0mIKI1kiMQc8RhHPP00+sH+v49tmK7T3&#10;RuXA0mZye0s7tKLMwmrx+Ly7pFl6ZJJNbJk6SBGp4ZAgUgLUutmtxY3Y5e2633K2juJrV7eYfFHL&#10;TWP9MATpNaimeFeBHRnNy5YbfuL7dBvNvfNFh5IxWNq4BjcmrVIOSiUpQiuOsRweLRv2nildP889&#10;yVDf0Xnj/effLbb7uy24qiDMvFPt+ugkNDBHHMk6VDPGrS1E+phJEsKlVjAKjUSBcAhde2/0Mk1x&#10;DcQLAi4RR31Hma+vqKH506f3/ZdsXbYrjbI2j3ZD3tQUZeAC9vGtCTWpFR59cpsjicbTspkjWSFV&#10;MlpF/RqAv4wNQPqH549jHiMZTYuKsSYwQLTCT7utqahqSKnpxIXM1ZPMAkcKkluQAQbEgH2G9x3A&#10;z+Hcl+0gEDHGnl/s16hnc9q5i3CeNdRd5AQFCFi1caRpqQfQEUPlqOB0m4MU8NPJFIxFQbRpEFaS&#10;RuVKLHbUXuPre3tJ1E+/d7UlZB1vteaCT7qqp6TK7ySv2nihHBK8T5SnxX2tVvDJwSqAYVelx1PV&#10;qSUqgLFg83MiJb/UW9p3gkB7gMinyqECmQ0JqBpQOlSsgUgkZ7PyLs2xzW83N27hkA1tHaabiQjB&#10;CGQstsjDzImldW4wVBHTNmt/7awIWTI1i30+sUZSsYOQbQvPC/8ADo5HPOkTMwAJIt7j0+wqfrPD&#10;ZLdXdO691dvZulH3VHt/bG15BQUstBS1uQiodvbLwByFZkZZngmEDZOryEkk4iVHjk8auT/vTfkt&#10;ri4NzLcyaWciKIKKKrMUhijBc6lUUV2kcuAAzVUKJLmfa9zv7Xa+StktNptXFDNPcK0jF3AZ5bqU&#10;KAADVkt44QgJ1Bq9JWHeW4t5uINr0lPiKPUDUVeQqIo2aISFCFknhQtJKqi3iQ6QQbsDf2w9qd/b&#10;V2Zmsbh8DCmS3pm4KOn2ntmqzeB2su7K2phqayoxWMyuXro6F8vjKWDXU06pJUIs0J0FZAQtO9JZ&#10;rDYXMSy7tdMBBC0iRNMxUtpjaVwhYAHtqD3JQFW1dI9g5J3DerO83G5maHYYCWubgQ3E4tgCB4sq&#10;RrI4idmAVqBSVcF1IA6WWBwFZLSlcmyXE0yuDJK7NpcrqWNo42YPa9wSD+LeyO717U7n7tzHYGws&#10;7i+uMl1nV4HL7X/uXs7sHESdoYDtHB4fG7jOGl3ZkKrGYSWtxeRjkaSoWCnpKKJDLO942i9gufdd&#10;53Hdd02jcrCwbluWAxGG2ulF7HdrCsxRZWKprjcFqqo8AKDIysCOpd27lTkTlDbuXOY9r3HcoecF&#10;njna6u7KT93T2EsskPii3jWS48OSOiiMvI8znw0XSVcralx9HQBTGhDLaxNvyAPwARx7I38mMhhN&#10;r7Gk2PvzalVVbhGxNqt09DVU0ORxmxcrnq1Z914vGbv23R4zr3P0GL2ph8bMJKGmm8U2QMBlkAMi&#10;gv3D33b7Xlc7Fu2yyG5FnEbBWjqttJKaXEaXEWi0eKOCK3KGOKodjFqMZDLMntFs+57nzUeZeV97&#10;Rdp/eVx+9nVyj3aQJS1eW1neW9SWW4uLiOkkiArAJAisukuqkMCR9Ln6/wC8/wC8+0J8bdkruLrH&#10;Tuzcea2lugb/ANoUnWWQrqGop8eDlMJuibduQ2/bFpj4tx0u2tquKfLCZjRyUdKkZgkhi1Bf255e&#10;O7cuq+67hNabgL+AWcjKVXVKkzztDRQDN9PE5juHZ2jMcSqItMZ6OveXmZNl53B2HZ7e92c7RdSb&#10;giMpkBjltltEnPiMxge4uYzLaqqiVZpy3iq8oXlYD6C3u5zpzIbiqljp0phsvYGF2Zg9v7E2DkKM&#10;S7vloqHF7dylXunJ5w1kwq1jpc9S0ElHArRR1NPLK8krm0WWPLUN5bSRQiD6bl6KCCO2t3Wk1FiQ&#10;mSRgzq+HWIhamJ0YPK7PQc8+f7bZ4xPMji/5pnvpri+vYmpbAvJNEtskAUBT4kLziRiJCkkaBFRa&#10;vhYWb6nnm3H5J/wv7RXY+mq3TtyDHwJkK8bm2xX7jjXB5avZ9ozy7voaWrxky1MNPj6zFpUVZqKm&#10;P92muskgVWjSQTbvFLPuW2R2cSG8WaAylo3b/F3+phBVg6orI7uS6HUgYNIhUorGPKoNttG9S3kn&#10;hWpsrpID4kaAXSi0dhKCGaSOQLH4cTrR+5ENWd48o+g/1h/vXsV7RR481tJNXxCtEdRG7vMaiOWq&#10;ip2+6ip8kxOPSOdAY4nBREK8M2oexVFbqWmi1aWcklqk0JxQaq0xTAAGquB5x3JAZLuOOaKEyxMy&#10;tgAUQnBMYHi6tRBfLlgwL0Ap37VmxcEIqyXLLDSVq1NREXFHUAMlZUR0sU4qJVpHImp6eMAqSdSx&#10;oH03Gki3TwIZr1IVEcxOoluLYGo4p/CoFPJR6V6Q73dNJbw2zl0jRKDUKdoJYALUkipJwRQk+XWG&#10;SQAWvb+v+wI/rx7MAk4pMdmJHDtXxU4ix8sUkg8U8cOlSwKiSR4pgxC2ZRYckXHsGuklxPZ+G4Fu&#10;zEtUcR/mPn69R5LH4l1YkNS2LVcMKV+zzocD8uoxIbkG/wDtv+I98UQ7khFEZ6iKtqKFlNo4708i&#10;QyslR53jmg1rLGo/zcgDuoKMt/bV4X29WMYYIXoGUgHOMVBGB9vD06djthYS+L4YaHUKk1oakAr2&#10;0NCCQcg6a0YGnXmYxG4/B5v/AEtc/wBPZDsp/L26ryG9ZM/l8/lq2gOZmyeU2vRZ2l23R01RNnJs&#10;rSUsf8D2nDPU0FU0ojAEtDPTlGaGdgFjMEP7ObFd77+8rqSU2ckjStGrxw6SXkZR+nGCy/hwyOor&#10;4br1k/D96HnOy5aTbbDZ7dLxYhHHcS27zsyiJYmNZ7kqrqoFTpuFYnRJHQ16zrUBreh7H+1b0/7f&#10;+nsXOtvh51p1E+94NpU27Mu/be7cTuje9RlNx0uWjFRgMtVbhpo6ytqZMW64WPIVE7lQJ6tpapQT&#10;LCpVRhsXI3LPK0O7LY29xKL+4ikl8WTXmNmkTSGo2hZCSQCzuCQTThHnN/vpzn7g/wBWG365sIP6&#10;v2E0FksUBhIE8SwswC+KPGaFUAaqRIIqgI57/ea9+bWNvp/rf4ezQ1mLgxtFBTxqAw8TRySMXSKI&#10;6dSKrF9Ai08AWAJt+Pci2k7Tys2KU4AAZGBwp69QVWeed5i9Sx1H7c+n2nrGJPTcWuePofpf8f7b&#10;2/Y2emyVMI5WiTGXanmirQPt/DU6RVwpHIfHJFUeQN+QbEEkgKpZfW3hSylo9c9CMfMYr+WOmpLN&#10;lZJ1YrIG1Ag+Y4fLHljrh5Ag45J/H+3sB/r+2Pf1FUY+sq6uleSTVXQp5ZHaa4aFXkl8zySHngX4&#10;PIA44Bry3OlxFFDMAD4ZNAACDWlD/k6R29vbxSLCw/Ca+pI8z+3rPTStLGCyFD6vr+bH8cn+vsKq&#10;2omkzmMymNpq6SsM8MFZPZWClY5omKBvDEtMlEiWHPrW5Zx9RXAirtt1ZXDoIOKDPCoOfOta/wCb&#10;oS2gSKwurWaVFjCVQZpUkfnU19afZ1na1jf6e3rI/e/wiooshPPS5I4umphWMkUUVAlLAIqfwqqq&#10;GhpqWQmxPPH0PtFbLCbtZrRUeATM2nJLsx7q1PEn7B0a7dLbrPHKqo1v4ldJr3d3cDQjjUD7D1GI&#10;uQVsFB+g/wAD/sfYK5VsfTh66reFVyGTxVK1UAhq5pIlnqvPI5pKpHEMlMNCqVcG9m9j6zW4lYW0&#10;Ck+GjtSvaK6V0galIJBNTkY4dSXsstzLOtvBG/YjNQ1KgMAppR0ILAtmpXGRgdcrEgkG1v8Aff09&#10;tVFs6LOpUV23kgpKxw8PinP2wjlrGl1VcqSSxOGddbsVAJYWIYkgqZd6O2GC23DW8GrVVKeRqR5g&#10;1PrX1rXPQ6bcjaG3gvm8S3qp7dJJVSKBT8NAwABpkevWEztH6XC2J4+v+82P9Le3PYqz4aF8NkIp&#10;46SolmmNXFE8tIDNq1o/lSONTVz6LMLMyKAbMLe0m/CK9YXtkyeMuNJND6ilPQH9pPTm8iDcHW6g&#10;aMyKKaaZP4hpoRkA5Oc16jVR16WjPIAuObcEn/Xv/sfYybbqYYKxEemjkjgZY8e0sUUehJJJkdmm&#10;jjl5lhK3IuqpqBBuPYI3aKWWEsszAkVf8R4DABI4H1qeHRFe2zyQBlmYGlTkHHoKkf5emWs1NGXL&#10;WUcuv5YAfRf9q49uO4MXUUqZKKSOjIrGEy1COaoEytIjwuKuCJJfCsti31Yi6ke0+2XqStbaXkBj&#10;FKHtP20U4yK+lOm7N45GharVUcK0/wAB4/YadYKStWVkMbOgiWxSS3PpYcWA/Jv7a9t7NpYZI5Ee&#10;npqmSnZQrReeEJquXVjUSBHcRehfSh5Ppsbq923uaTUrKXjVvUKfLHDyrk5PAdW3aVpNSNTw1b86&#10;0/n/AIfn1knyhW6qhcCwJAtZvyPr/Q/7z7We2oMii5GKQLMkDu9IUP75ZeEEkAb7bxFjcG3NrgXt&#10;7JN0e1Y2jRnS7Aa/T50860+fQZ3a3t1EMgxX4q+n28a1p59dzVcQ8B5V2tqtwp/2Bvz+PYZdr1NS&#10;4poTG7ho1jljuGkEsEkkaRmRAWZUVSBqs1vrz7FfJ0ESePIrgZwc0oQDU1+37OlGwbVGZJGOlVPn&#10;mhH+rB+fT5QSKbkFiDfk2v8A8QPr7BGLAY+SrijzEf2c1YVnmqgBNOvgDxRBkQQlRJFHpPIBubn3&#10;IDbjcRwvJZNrRMBa0Brnjngc9DJxcqniWA1RqNIUcMkE04eg8+pzTGxK24P9P8CR7WdDsL+KTJDi&#10;seKgHTDRygG0j/uO9Qf2n0BEkW5Bsv4v7D9xzILWPXeXJQnLjHb6D0NT6jpgXbwo8lzIRJxPy+XT&#10;fVZKGnRzLMIgqltZ1WFrf0Yc3P8ArexrymBrNnYjMy7V2zVVlZDjKzInHnLfatkKiippJIKRsvU0&#10;1Qac1kq+NWMemEOZSgUt7jC+3ya/t57q6njmuYkYxIaRgtQkKThUDGgLngOJNOm9sWDcr6zhvr9Y&#10;reSULrC6tCO9C2gU1aVNaAgmnEE16SBytNXMv32Qp3HnEVOWVUVFmYJqcBo0NlI5J9zFw2WmxuGz&#10;Wa25BSwZCgkqNyYLI1aS53AZaWDHvj8VkZsPW1+LEtPHLUR1LJPUQPURr4ZWXUQXWG8z3jxCItau&#10;Y9SqxQsCSpopXVG+kVDlJGWtCpdaMzO4SWEEl3Babi0o8QCKWMfpSRguHekgjmAaiNGWiUhW/URT&#10;QdR6DJLVVc1JTTPTSxtHJSuAHgqaU61eogmIUSKxjuvpDKCNS/QlpxlJX5meePG0P8OpKXVTiCoo&#10;paYwJA7xftO6lWhkjsYySSQw4+thPPcW1pHE9zJ4kzEnUJFYtXNaL68Twp59EU8iQojTTAu4B7WB&#10;pXND8/X59Kp3SBFaRpJiyqxfgu5JvquFVfUeTx7f121U45JamomEsTJZrt4oY9J1q0ssslnZGFwq&#10;AE/19ojukd0yxxR0cHHm37B6+p6L7i9icAIO4ft6wR1Uc7gKGUi3DfX6/n6fU+w1ylbS/dfaRTGV&#10;mR53qIo5GhjXyRxGJWii8UdSfJdVZyWUE825E9qkqosjxEHyHn+fy6abX4fisVCcKVo3A041HEen&#10;T9HG2kG1/wA/Q29h9uypgrWoMTj8rR0cuQqUSH7j/JDkHijaplo6GF56SqqXjoIZGFiGTRqaM2K+&#10;zrbphZE3FyihyaKpIY4Goin8RUMfMKKnIU1pZfVwLd3sto7wQrqYoQwjDdql20soq5UUIBNaChII&#10;loARyBccH6/0/ofZDPkB24+J2puTae1MbuHN53K5vObEk2rLitwnI7kxlFDCmdkwkmIgqq5IazF5&#10;EVNLMxgE9NHI6Mj6LgP3J56tpeW73arPYpp95uZZbQ2vhTeLKqhROIRbrI66oJXeOQiMMgYrIrhA&#10;2S3tDyJNfb5s2+7/ALla22zwWsN79UJLcxW8kjN9OJxMY49UckeiRTrMcrRgqV1U52H9B/th7Ph8&#10;VNs4HY/TePbCTV8Es2GxGVqandOTrqoUskG3MXRUdPVVFRPVY6lx2IxtNT0zy0aRRTwwLLK1RN5Z&#10;2D+37Bt3Lu1bXbbbFMLWaFJCsk4kIZlA0ijFFKKAg0VDFSxZncu8Ee8m+7pzVz1dtuiwNHHczRot&#10;tEqah48sjFVVRKWlkd5FWXWVZzFEqKViSJL6ZOPzbj8fQn/iPcfc25qBsdkpdt7zx0u54MZJWUqZ&#10;mvp8fjtv5HNnO0+JyOTxGOnxb5PFx1SySCgmqkmqEplliaSW3mP2u3uopYrO4ii3BQApkDaAzrIs&#10;JkGuMslQxKlqFI2KaJQrkPbbs1xNe2se98uzDY2mCN4SM8k8cJheaOKVxKI5SjFfFijIQylJAq1C&#10;SlAsDYXsP969ll3T1Hid+/3Yrd+Yfbu4d20uGXE5XJUmOaKiyi1hZq00iz1NfUY+lqKnVPGwmaZA&#10;DH5WiLIw7/qTy5zDHtm5c6bbb3u7Wtv4ZfRRO5CJURXLvEjM2rSrhwCELsrSB5f2D3AveUv3zbcq&#10;7le2ewS3PjRxtJqkjKU0BtKxh2VAqtVAjYcpr0svL2HW/wD4V0cuwsnjurcfhes6/duXxNHu2p29&#10;BTGv3Dtpq6CGuxCV9TksfLQ01LqNXPEiaqxoFjeORFs0f83+3/L13bz7ZyKke0SXUkSXbQw6Xltt&#10;YEkZkrRUCnxSqkiTQEYMG0NIXKP3iriLmuxvueru53i12+OVrJLhjoguQDok0oj62b+zSQkeEHdg&#10;wNCOrg/Qj2J3xt+LGN6gimpcMFqa2vnglz+5a5FfK5We8iRrXSCkjF41kdIowgZUdj6mdmYb7Fsf&#10;KXt9y9NteyRyyXsx1zzPo8S4ZQaMxQKNCajpUfDXuLMWZg/7pe8197j3EdzdEpZwqVghQnwolrWq&#10;gkmrUBc4BoAAAABillWMNc8gf7bj2ezI7PrZViSRKSnrKnxfuJJopaejVRHGiI+l4JnDn0m7F2Fr&#10;k+yi33u3QyPG7m3WvHLM32+YH7B1Fmx3Ed/eKkZPgqCT6/P/AGOk5W5Snx9NLUTO2iNWIUfqZ25U&#10;C1hYW59jDgNurs3atTX1Bhlq6kziSdAVpFplWeUokZVQ0MQnkd5Dp1B7s3AIA26bn+/N1WBAy28a&#10;/ipqr9vCuFAxwGATxG0ssV7cw2tnG6RLQAHJJJANPUmtK+VanA6LTnNxS7n3ItKCYKejCaYjq1o8&#10;zx6XkmjcKA4WOwtay6f0lg1AveHaWc7F7Hze+szU2fP1kdPiIJPEKjHbYw7mDEUawoo8fhoW1Tn6&#10;tUTO55Yj2utCdkYtEoR5CWBpnSpquTkdpfVTBPDFOs5uUuU7La9i2varWFGit0bxPMPK+ZG+xnyO&#10;B0qla06NBtzb9DtvFU2MoIUgjiaWeYR8iaqqG8k8zki7MzGw+gCgAcAD2ar4XZees786yxFIoWlx&#10;uA3NlqqyKDGRhK2hqH12LMJompY1ve1v8Tdz3D5jtv3Va2UZrFBt4OeIfxQGNeJ7NAzWmfXpHuPK&#10;0a7XuE00dZJrlU44oArqAOA4SE+vRG/5ou7abZHwZ763DUSQpJFiNq0OPEzNGjZXI782rS49i6MC&#10;FgnfyNwRpQk8Ag3lx5NqKeHRRmsUSs7iOKF2VJ2DSBBK8DSOGpdbKqyEK6BQRwIQ8RLuKOWGpD0P&#10;4cAhzUkstOA8sZ4jIijceWUZZVeZYyCVHE5FOIUMQMihbT1qzbJ7EqN2UVNXHcqYuprcLTQo7VtZ&#10;Q/dVFPAghlq5MWKyAUKx5FqaF5GgjldXA0EXaVWbkqWYyDF0zMRHQ1ElUk4SNKowyJT0xSlkjroS&#10;0iWMbGOOUuCwKtdjwHBA8M9rANViDkgCnZR/iWpBpWq4oSAunLqatP1shOXCrgnw9RJI1jRgGmru&#10;PEI9QOjA7RqaWmipaGXdeUpaSWaDJUGPw9RHUpPV4ejqJZK6t1Viy4yQtCWZNEUssSp+2+sH2kaL&#10;JzY/L1EEdbUUrVsmRqK5jifJVUsE9pbUle7ijnlp62YjVIru8mhLOzi7UlyutrUlyfDJ0hDWuAKP&#10;2qNJOll0tqZhQDJ63dctm6sYGEKvGmhU0yURjilVI1IGpUAsAoDVKmpBtouw6XIbZxlRUUNHWnCU&#10;u3cZh5UzssdFnauKXwMtViIKKWbG0FRjKdWAhlWniVZ5HaPxuPbNvbcf3VdiMjipYKqlalpJp46p&#10;aH9+OIrOFmMWPraqjpap6hA9QI/ErKwXSWN1+33iCzSETHSW1DiAQVrnHauMyHUlQI6htJ6K7HlG&#10;SGC+t7yGkyySLVSxoxOlioLhXAoSqlqgHUdYI6M90vuSVcBuPG7lirsXXU9dloKSOmq6giBJaxqK&#10;NaRfuqSHI1lEIHtCrl3jYSyelPaFpMvlcRlNx0tVGglo5MdQYvDu1SRkIZa6eeVa+rjhmLUFLRM0&#10;kTIsAhik0Nqi0IW729L3s8fhaqvRUNBqBZi2pgGKih1qQpCCuoGtSuPK9pNa7fKJFSNw7STKinQU&#10;QL2orr3uaLRiSKF1IIIAx5bduK3LjNm1mFraispchJX5LKbgp1p52xkkVJFEi01PM8EEtZXZCQwS&#10;FmqQ8ivKqBgXMjK74XaGw1q6rzpuBlKVK1QMAarOUoMfULh6WOafLS42qrJz9lLF5zNIdTyKze1N&#10;jcusJ+qkOvSCwOO6qo2lQXYqzV0fEACATwZgld8mHeOZ2ACNYg1UhwaIqO4MkpURLIFVQ6EqwoFV&#10;SANIx7Eranc+46ykiqaefCUssZhhpilRLFDNjautpfvK2NUoY8tSwJ/limONYiQoVgmtoGe3lkcn&#10;Q1dbhfNjKinqsMtHiMhVU8dfWR1WapUyFRU/w6vrJWgSgEqtFrYRD1Ncada67luYLdJISfFLx0Q6&#10;TgyAE9j6gAKjJXIYlCezoq2zlKzgniiv4xIpSTVKgICFY2ZAPFQaauoKvpJovawB1heY4rj6uioK&#10;sx18M8OU8lbSRvHj6OeixpWIQvLDS0jzmdFdZD/nXUqn9phJ2DPGP4ZFQLkhDHufNyV82Hjy9HT1&#10;FRmTDJQpXQVNfj5dNNJkf8ojeFwn6lSLStyi9uI5ZdSFjGsrA01qKswI1BnXVXUWJ0Mp0kjQNPT2&#10;87YxN3I3hJIbOJYw+higiqHZCFZQ2lDSjKx89WaNG9c99nT10uQnokMWIoKilpK+poJaiKmoJqla&#10;6KCSmpqqOSorJKO0ILKzykIRIwuoFdrVFVW4uuyUWXpq5qfN4qU4OSCq/h1HLXZqauhavp6hGp4K&#10;+kgoYxG8sTM0ZIupNiQy3izx65t0DoGQmLSSqsX1AMGLIXTQNJYaiKtgsykZ8sbLELi3tW2xkdre&#10;UCWqhmSOPwzpAo2hnZqqJAeGmoz0K21chFTTU0EtIsQnoKkpXipopqiqpaGjpoZCksEn+UU0s+og&#10;h1Eb2FmHJDjqfrinz+emmpqBHhp8hDLSpUtLi5aWY4mgl80E1TSQxVkTV1IHMghlaNlRSpZCAQ2k&#10;f7zvVtog3hahUVAP9nqrqIIrUChIOkacZFZQkWWysrea4kHivHltIINZJOMYbtADHBcKw1cADRC9&#10;/dz0XX22ZhUZEQz1lNIDFR0sdUtXTtXrTPSvTxVjTM/28pGgtFdLtrABJGjP4qaDK1FHlJttZiZx&#10;V5fAIsOQos5QRVMUeJirKnMNk56SqrY6itqJDJGlMZo3sVJj1H1yLw3U0FxJE7/HGCJFkUsQobWz&#10;lD3E1NEBrxFBQw23brc2UNzDa3MMOpYpSXjkhelZNPhrEJNIVQpDeLp4YqV6Kltrs+DKYamy+Enz&#10;2DhpnpaHLTKMfXYaqlgqXys1DT4sY6KupYKmioV/W07xuliwWRvbKdpYOGoTJwRzQ0EVTWS1tbR1&#10;QnoMfDj6J58iZhRRVQatkyiOIryyfvswRzoIZY21S3929vtsUhpK2oqQ6ppXuZtIbUWcHQNTCpBV&#10;m01IgsNu3S+khsVtw1yyqqowYO4diEUVbCLGwLaVXtXuUaqdQ9x/IWtwuFq8fl87Sx5tqSkho8Vl&#10;6ZKbK5ipydXHT4+OGiraijlSCWinWR/2owYgpPqdSBYpqHY8MO2KqXL5KepMkddSeSSodHMxkqWq&#10;KqhMdQtK7JIsdyAYQulPGCwJXcc6cz8vpvnLW2W2kuZIWkYOJCxarH+0AU1BFKUoKEEU6nfk3lPc&#10;eWrW8guorbxXGmai/Dp/AhUAsuoajkhj3mpz1rdfJf5U/MHujdnf21NmdbYnDbC2x/Etr1MktZRY&#10;yqrqSOKjwslTgNxtV4o181TJSyVSRUzMHiqLTCdkSRVrNW0FI33NFkoVh8hkkp5JZJNSEepURY2l&#10;j5/otvcYG+3Rj9PutkwYfjqhr+QYn+XUhWex21zCr2l6puj+DS4FPtKgD8z1Ty9R2jnqaPam+Oqs&#10;/OIKeGlxe4aOgoKWohqFZZFlraw1EVHklUyMpcuH8fNzY+3CkrRXRGdQygOUBKsgJX8qWN2B/rYf&#10;63sj3jbEaMvHLVWFQPPP5A/y6EG0Xy7fdfTyxlXAAqKUxj8+gF7Q68nwkwpjXUs/mpY6+T92CVqc&#10;SqVWGVaWaZI3Gq1tbMCLW/Pt2j+t/rex+v8AsPcQXUYinkSnn1MRnN1bRlANKHP2UHROqiA0lU8Z&#10;Ck3ax5sRqYcfT8j3LjJ/3r8+/QsQmind0At1hInJOcdLPE1A+2C2VRcngWJ+nBuxFufeUAm9h/xF&#10;+fz78ysScY6KNSoVBz05urspZdKi1wQDf/XJN1v78Y+DYc/7D220QIq4yDjpSl8UKxg0T0Hn+fH9&#10;hHUNqRGUyOokZbhdaoyqxHD6Sli6/j6+w631tClz1HVOaKGsWSGaPKY+YtLBkafyJKYmjCsfNG6h&#10;h9H1WKkMAfc1e3PubLsrHl/faz7FP2aGXUtD5+uoCtMgeWCQegDzLypLNdR8ybFqg3y3YPG6mjhl&#10;FSceoBrg1qQaAki4L+Wv/MWynx6zuO6l7FzuVh6+r8jRwbVzyTxpPsDMSFo1rqWrdEMOJaGdUk0l&#10;1hAJK+MFRVP3z8ZoaJqzc+y6WRtsSzKarFwvJUZHCvoJExiI0yUJkWwYW03sQCNJE3OnIscMEnMP&#10;LLePsTtlA2qSLtqdfrGSGo4bz0nuXumD2390pd8ih5e5jfw+a4F7qqqpMQcFQKgMFB1DIY8MHrdu&#10;+K/zfotzHC9d9oZeji3jkqN6rbW8JDTU+2N90a1IaOno6lKkx0+4xSTK0sOrQ4BkiMi3PtS/Gn5I&#10;Zbpqipdibq+7zmzYtZxcapH9/iJpanzMaGpqNImpmkaQtBKwAZjpZfp7U8h+4c3LsMWz7mkk21iv&#10;hkUqgOaITSqg1JVmFCewj4TH/vb7B7V7jSnmDZwltzQD3sQxilXTpAkVSCCAABJmgAqG6ePll8TK&#10;Luuau7G62yNPtDsaYQwZirqpKufC7lpqaljgihzOPpQ5iq4oo41Wspwz6FQOrAAiwzFfJ7pjcUqU&#10;tFuGrpa8x6vs8ljZKad24stvDJFdfobH6kW9zbt3PvK15IkQ3VUkJwGjkU/8d6w2uPuw+7lo+qHY&#10;45retFMcqN/NmQ0/2vVbe6Pj98iNj0TZXcezKKvxETQ/c5nAZKPK0lOisqNJHTRzx1lh9SSLj829&#10;hZ2d8g9vY6kWKjoM1kIHeL7ytpMWtTT0dK8zK0hgeopZpnGnmwJUfQEke1+9887TYbfctbrLJCcS&#10;Oq5VT2misVYk+VAB8+hvyr92P3CeWW73JLe2lQVRHchnIHCqq68cVrjzHRjOithY3OS6octhoq5E&#10;YxU2SyZpKvI18ED/AOSq8iyFVaNrlG0hiLMwF/bXTd59ay0FBT43LwpSGONpnrHixkoqdYVkqaSt&#10;kiZWFzZhZfY22fnHlR7eF4t4jUHABopFAMEOQa+tKj0PQA3/ANnfcratwu4d12SYTqxxGrTIy/hK&#10;NGpHDiCa/IdGYwfV27Wqq7I5KIx1pdqaniigapSOjCKiNTVVPZJVl03PHH+N7BLbn+SPVeChePJ9&#10;j7Ow1wyiGq3FjZJ9TWjCmnhmeeQswFgAL/1P19m7898kWLhtw5jso8/ikUHj6KWPn6fs6rs/tD7g&#10;7g9LDlLcJDTj4DBQafxtoUfYaEcMnpY4/qLLVtR9xNtuvyMqEWZaGSm0mMswcSVDxQMbsT/RrWA5&#10;HtRU+Ubce2GzW1arCZ7J5XCPWbZpKusnxuIypYK1N9xlqagr5qGhmMilnEUkzaSqAE39iy73S5k2&#10;uPceWoo7mN0DRsZCkZ1YVqqrvpGSxWNqKM8epM5Q9oZbfcxPzzM9vtsE2l44l1zN8RIpqUDgBknz&#10;+XRLO+/k/TdZ7xTYmP2rvLE4bBZ+nx/afYNFhqTKVGzYpoIneTb21JMpSzbmzLUWpUaQpQ0fkWaU&#10;VAUwMSjcuM7T2rPU5fuvsjrLaMcVb95jaFqBMNgYKel8s5p6OOWR89uyVTpJSeo+3kI9dK2qwEvJ&#10;1tvFxGb/AJq5qa+kdgyW1ihgt4aA1EkjyePM2QBV0Sgo0L16y4tpuXrK0tLLlLamiswgGt6tKVOK&#10;8Ska+RoC3zHRgusuy+j+zsEJultvdwdyz5ajqMZl8xitwVVRl6SatjEdR/Hc3WZij2717kGS+qan&#10;ghrUH+YaLQNRN+yVxnffVfa0uP3ZtHdEGEx24Xo6bM4jbuE3LWUdLQzz1ebwuJxVLDk6HGw1cKrT&#10;mpfXUKjEoqaWYu9wmg5z9sfcWC85Tu4Ej2+5aCW8UGRvAikYyKg0yQRErSKSQs0xRyURWVupA5fm&#10;isd72l7feEeUsoZUBPxEAgyEkEjjTSBT8XRwtqVlN1tuHaG2Z9h74wrbkoIaeqyUW4c5vPamLrTK&#10;1PjMZms3lsnLrzlQI2eWVISpNh5JCx00X0m02o6lVWWNqVyzJ6mQIzcl4yxaz/8ANs2B/De+Nslt&#10;GpLQntJqKfPPn6V/wdZEW94rFVl+Kmaft6M8p1KGHIIuP9Y8j/ePY2YTYVfWQRlQsq2FpAx0uthd&#10;gSp9X+H9n8+3dJrnh0pkVaEgdvXftQr1+8VzKdDLptaSwX1kXJ0fgC/vQjP4ekwIULRRx/y9e9+/&#10;uRTf8dk/X/qh9bfT9H0t/sfdfDl9Bx/n6/6sdO6266sP6D/bD3//0E1uHqzY8dM8+1d+1OMkGSrM&#10;YtHk658vtlcpRyGGoxtbT5yWStxqVESIl5LwMCCHCkW7KXxtJNEdvfTx2pmZDHMTJAsqnS0bpOWK&#10;lqEaiCh4hiCK47T81fXXd/bTyhZo60Q/jxTNK4pgfzA62gevu+e9DVUP+kPpKDL0tRhMPumTKYSS&#10;kod+UOAzVKk8OYxjbWopsNu0Y+qnkaWKjnoshApOqmZ1YEsO9dv9bUFNPTRUlBR7qpYpaXP4ut2l&#10;RNjGqoKhRLLSgU07RVKEDUkbiJwNak3PsIXezK8dyQkCNVg0Zt4yoaooy0BZTggjUBSlMU6CdrzO&#10;kO5XlruUKpAJCEcAl6YNKUpT8+j8bJrN7ZbxV2lMhsvIwxZHbeaptxzHJpRVVOksNPWwzPSJPTC4&#10;Kl1M0fKOgK8k87S2L1Pk9u5iWgwhx28QDJiJ8NT5CmxUk5cKTXU1dUilpqaNCwK08ZYE+iw+sccz&#10;7by4LG41WTQ7s2IxGsqxEhhqL620jFaaQRWlPLoULu9m5U2gDBuJ8xXOB/npjoV6CHcEFZSo8sVT&#10;jTFMauWplhNUstm8Hg+2hHmVvTdpG1W5Nz7JVLh5KGoNKUk/WUvqcLZTYAA6zYEcf4f7cxY0U2tI&#10;wtSSa+nEn/AejVZUKhvOnSo9rfbFMGr6SmlnFLFJNFHJUsrMkEbyoskrhAZGWOMkkLckD6H2a2u2&#10;x3ctpa3E6wxNKgZ2BIQE6SxoCe0EnCscYFadMm5XVmgBIyfLPHrg9wNQVmKgnSpILWtcCxALEfQH&#10;gn+nu6nrLE5TcWxI9t74zO2c0Ex1LBh92UifxMZPFQmN6TE56jrscdagRaPuYZFnWMD1BwXOfvLH&#10;KfMkPLC7Xvl9tu6WBjCQ3EJMomhFCqSiRFVgKLRkYSUHaUdBIZ52BZ7/AGGWw3y5s59qkC6HVi5D&#10;cAGWi6aE4OCDQk06r67Nq/7ib2j3ZsTEbk01OSmn3Hs4tJjUgyVXGaep3JtqsgyIiSpVJTI9NURS&#10;0lQ72PpOj2Z3auFpNpbIkpaGh8dJgcfVvR0sVdDXxNDj4p6uKngrgnmkiYNoiMg8yLYPci5Xxxpy&#10;/tC2dtbMsFqkmmNmLkKAxVAzUZloAoLAMVpqqakyJytHFy7s95DaustvCrle8Pq0jVRiKimorQcc&#10;H5VIb2Xuqp3j2xj/AOI5SWKp3XlKCjyE8+Oq8RVQtlJcdghUVWGadoknhkhU1AhY00puYrLZVYdm&#10;Z/J9q9VUW5q7C1GJmzpysZwdPBPBW4+RqmelaMrBIJ54mngWYPdLxsLgX9hXlje7fnbk1L3c7CW3&#10;a6hYSwMWqjCRlTuBQk0USAgqSGFfMdEviXfMWx29xcGkiyNUIoHGlPOtPPPTturEbX6G7+qtoUW4&#10;Za47ZxOy6qo3HuPJ4yaPIU8dFIQk0uQSWkp6qSgX7IRKjDzRBh6j7HXGZCihymOwOZi8VcaaVcXK&#10;kiClleKFjVj7lnJp56hATc31g2Dcn2JrmG4Fsbq1bVFUaycmvl28TT7TTz6OtqF9ZNR1oPI8QKeY&#10;P+rPRDOwMBu59jbo7U6wrFrNvNuGOp3lBU01dU56FKzMMmHanwcFDTvlKDG1LIGjiKFJVDSRsoUh&#10;xfFzZmrnw+HGLglpfFXNTVhYh0u2mc6gFqSHjNgDdWHPst3PfrDl+x/eO7tMYMJqRGehY4qFB0gn&#10;zOPUjp+/3nbFo25LO7rjC/5ytR9nSFy3bm2elNkYrt7t2TsLNUGVSo2xHn8NQx1EuLqZi8pxJpYX&#10;TIbfgnYRmzRRIyyBTISVuraDaW73nphW7khipKRlL0tLjqd45o9QLRSeeEjRIoIPpuAfrcewFv3u&#10;lyZtG2x3ibXNNLPUDvowIqCSuqq0IpSlfQEVI9FzVZXKtFbWk+hOJc6aj0FK/b+XRJu1vnB8Qdu7&#10;ayed210NunL7n3XBVR0uczG88pQZmkyGmaBcxLFSZs5CCSldEOmSQxu+kHUuoe1LPsygqBJLWZCr&#10;qFbUZaVpDDSyXXTZ4IkBZLi+kkgE/n2BIfeXc5by0tbblI/SyEL4iuHZQQCHIpjJ0kEcB0UXW9Lu&#10;cghfbwkUZFDWtR8z0VfEfzEuwaStw2K2X1HtzG0rzww0m56CP+8G5cZBUWkjyFLkcpUMlM0hmCyM&#10;sYJRWH54443b2BjkkmhxFLSzUjMKeWRzNNJ6dPmDFrRsTwB+b8ezfmfmXmzbp7FW3OWfbrpgz+FD&#10;oEYVqMhIqX14FSAaAkZPWrrcG21VljcDSK0xQf5Tivl09dz/ACJ+RdIuFw+R7a3Tu/a2+IYK7ctH&#10;hNvvQUGJoqetSOrw9ZVwRO+TlqQqmQ8uY9YCEklihfKPvzZPU2O/gVTQruncy6paHbWHigyRoGli&#10;klgqsx/n6akjaRgVEis7arhbc+wf7ie8HKvLe0NbmxG6cxONawSLqSB9JAkmVloCATpShJrqNBkg&#10;3dd8sN1Eawhg8ZOlmOAeBNP9VOr0f5XPxa7W7xjPeEuT3Zs/Ye4Eigrt25+erxmW3acfUpHJRbcp&#10;aWmxeRakpI4FjNSJYKcOlgHdXtTl3N2r2Pumgx+/ZN74Tbv2eThjpdmUv2+NyeKqYwq0lVSY+NQ4&#10;iWMqzysERXFhe494L80cyb1zNdfv69vYY53kxHHGkSx0FBojUAAUA+0+vUaM1pdbvc8uXmzyzWss&#10;bSGQoPCYCgIeQigapwtakcOtmDYPW+1OusUcBt6gqjC8ZFbkcjV1uWyOSkmZpJZK/K1081RUOzue&#10;CbAWH49l53V2N2Z2xUUkO587XbhqERIKZWip1aTQLRqRT08bSMRxqJN/6+w9d325bvLH9XK0s4FB&#10;jyHQg2PYds5dtDt+y2KQWpYsVWoFT8s/4elnjsTjMLDJFjaKnoYZJGmlWBSFaRjdnYk3JN/9h7Ez&#10;B7a2909HTZve9LT5bdNRTiqwm2o2lMlMCNMNbkfUsUEGleSwbkWS1+VawwbaqPdxiS5IqFPlUYJ+&#10;Xp5/LoRxxrCFlkw/kPP7fs6wvPJkklhx0zwRrK0U1YFHB1apRT6jd2/GqwAJuCfYUbr35uvtPPim&#10;KtlKpk+zx1PFFImIxAk004SOkQBXIhbTqIMsh/OkWJXPM8zM8hJb5A0HoK0pnyHE5p0zPM0itJKw&#10;AXH2D1PyFcny8+pNNTUmJpmjhTxRRh5pHOo6iVZpJZZD9XYR3P8AsB/T2dvoD4Y0uFrKTcXZkNJW&#10;5UYr+NVO2KiuyGIosJSukZpKzsfckFPLFsvHEshpcVAsmXr2CpFAqB3WYeVPayaWKLeeap0ttsRf&#10;EaJ3aNlRvxTsFrba+CxgmdwaIo1axBPOfu0llK2yco273G8Sv4ayIisGYAgiFHJ8Z04NJUW8eS5q&#10;AOizdg96+Wmmxewpq+JZcpBg6beNHjqbMVucrC8Utdjurdt1BMW98hBCrJPk5TDgsZ65JZ5jBJAb&#10;j+pOrsxvSjoDT/d7Z62ixyYueWOCPE5Tc2JkEMUmE2libCbZGw5Yk0nRI1fXxEGeVjyppzd7hJPt&#10;0W0cuQ/SbMkTR8KO6kaaRKQTbwMB3LqaSUUMrE9Bjlv2/wDpryXfecgLrmAuLiNGq0cLglleeQEG&#10;WcNQkn9NMrHEOPWuF/M4/mq9VfDqTcnXexEwXbXywqMhLksXQU9dDuDZPRu6PDJFj949tZh9VP2j&#10;3DjNTTJQNTjF4mZWEcVMARKcPI5PZXUe1adfBR4TDY+OKixWHoIolqKuZ9HioMfQo6y1ddK8pLG1&#10;lUGSRlRWcRhs2w3/ADZuAtEnVY2dEUBQcthVVB6UJLUUBasxorECDeN9FrJaQQ20k164pmp0gVox&#10;JAKpSmT50UVYqDqmdWdOfLH+aH8itwVL5vNdk9jbkrv492B2Ju5axMHgMUkQD7g3TlaWhag29t/H&#10;UkS09NBHGPI6R0dDDNO0dOa/+8u7uxN+bd3dh9k5EbQgy8dTtjatQaSTLVOb3FU0ogp8TisZDTVV&#10;bv7MSVDgz0FFH/DqSFilXUJpMvuY0fauQ9uvbGwt4bnmdAUSdv1oI31ZW2UgxzzEEhiUeEBipOUq&#10;XQRW0m8QDc5Jbi+CeNNbowRY4wxJkuZSVSGML3AOwd6ViSU0rt5/BL+Vv8V/hNTbA3x2djcR2v27&#10;tGgO+t1793GRidq9Z47GtJkBuw0W4MpSbf6l2bhoDelzWXlXcmVmjaopYxdqKIt/Sn8uOgyu507E&#10;7xyz5/c86IKjIZHKGq3dVZTHSJBO1Vm6HJvjMCuM0fb09Dg2QUfhdRkKhA0aRhdWG58wbrLvXNm6&#10;y3N7NXW1SWLIdIUtVwqqRpCoSoXCnSD1Is/MkdrEbXaEohVmCr2oqMO0kkIzFidRMn9opAEahtbD&#10;D8zf54u2OpNsVu2PirsjL7q3JDTYerx+XyO2cvRYjH4Tc+KrM5hs+NsTYyHcEVPmaLwV0UuTpIJz&#10;DURGopYRVwTS2i7P602R1rjKPAbHwu3cBiaUyCkp8ZTQQwxGZjJMWggiUCadzqd2u0j3JJNz7kDZ&#10;ptrs7RltrLw9NMUz55Br3V860pj16Be9fvPdJka9uga+jAqB+VdNfnStMcD1rOdr/ODv35L1mTzn&#10;cuc7Xzrfar97hamgqsViDEE+2lOOGpKdKWNTpCLHdI5ApBALERafGyrI9RFNFG7OC11AUHRZSq/V&#10;ef6XHtfe8z7WzJBf7ZNJDg1U1IGK1qaE5x6dUs9p3GBQbHcI0rgApg6gafZ86Vr0Szdvc+18hTYz&#10;be5ts7iyWPpIKVjJDlJoJWNNPNHWFmZPBVySRyKsTkGUDVqZlfjnNFXtouIJFh0a9UvjRpLkh1XQ&#10;b8jm9vY75bf2uayb/djPb3dwaAspZkQ8VbGhSfUVPz6CW+yc9xykSWQlhh7lCEKGYDBpUE8MCmeH&#10;Qm9Xz/FGXGVkc26dw7WzG5sjWY6gaTbsubymKwbxAVFBWyO8mPo/LIhKSo4I/VdSPbdU1uZgUOmM&#10;FWrExKaKpgYqPxqLn0kg/wCvx7Gm3+0PJ148V3ZczHw666uoYGufIinDoA7v74bpYJNs+67RpZgA&#10;QurVVceS09OJ9ejkdYfy9vj/ANhvFmdt/IdMVNjzBllqN27bljonp7KsscI+4SEnyG58hVCVWzfX&#10;2x1mb3NBFGKXAO6teEGWsjLR6fr5AtwPUPr+fYog9q/bQ3M91f7yplC1cKyorfaBmvnSv5nosj91&#10;+bpLT6Hb9ufwz8BKMzivDTwwRg54Vr0Y/bP8uv4QTbgytdv/AOTFD/EaCnWszNDiIIMPh6sSSMsg&#10;o3qZTLPIGjH7MTyNFqcabH2oaT72bHLWbgMNO0YjkaGKQlGCi5R9TnVcW/pa309xLznvnKHL891Y&#10;clKyxCqvI1SGpX4TnH5Dz6X2v793RoG3+YPcEApGAoIqeDBQAD61JPz4dE97Fn6R2Z2Vkti/DfH5&#10;jIUmS+9wNZunKU0skn+XmmpJavCCqOqKGdIirPpQsVI5AHsNN29lU9E708TEemyeM2IH6VJIPIt7&#10;xs3jmTxJZFtpFUev28afn1Jez8syyRxyzLoT+HPR7vil/Lbqs9Q0G5t2U0ctXUy080qyB1BkEjSy&#10;CTQB40AaykEXvz7ALc2/nyVFVUzzOWmTVGzkWWSnLSgm5uVCKfYYjvJ7h3MkjOpFOAzn7eh5texW&#10;dreQXEUSq4YA5PwnBp889XWdQfFnB9cZfD1+Jx9BTLj5JFqIoPI8stLXK9M/7qx6DZ5wdNwOPqT7&#10;n9P7wgxtXujH1cyEPDX1NPeVEKyedHU2Yg3tMP8AX59jHlncl29rgPHlkJU/0loR1G3vfyx++ouV&#10;bu2r4kd4qt/pCCPKuf8AVXqT8qup6/P4rZOdxNE0iF8Ng6+maF5f2Gilp/Jdda2iSm0v9LW/PsDu&#10;xO0qTB9j5yqaZ2Wth27mImiUFmqcJm4JHZtJKtrhZjc/gG/49lG87nId0mvlwrujkDgNEmv9vy6k&#10;rlnlUn2+fZLiEEiOaMCp+GSIj7a0an2+fRnegPj/ADZTo3rXHVcFNHWbYh3pgZ0qWl8X2G79n1mO&#10;lCXRXRBUxQXFr6rW93YUHZ+w6+OHItkER/tkqJY5KdGlRZ1EqE1EbJTaXWQaQWufzz7yfg522mWz&#10;At53Y0BoNWB86AjHmAa+fXDu99s+aLO/m2+5sCUV2XVXiQSDQGjEV4Gn+bqnDI7Q7l25hZsLtilq&#10;/wCL19fGtO0Wdho8WsiMTO1Ti8jia1jMj6kLRSEHni/vBku6Nu4alepqoqzG0R0/b/cSYynmrI5D&#10;ZaqnpoqnI1stMebSLCUNjY3HsIblfX81yz7hzCbXbXPaqpGJHXyKirzFT5MEFaHHQv5f9uTIBbbP&#10;y0L7dVLBn1zmKMj4lZv04Qw81ZyR5jovuT+Jvyo7a3C1DuDvLb+Hwkhnpcli9qbeqaqroWZDqoqv&#10;JVOCwFBDVxuAJVNWpW9z7B7P9/0NYjvhsjTUlEDKJ6mSiyVTNYKwEyvWUuJhhHNgzWH+H59irlba&#10;Ntga4uNpS5ur2TjLIrs4PlpV1V6fbQfI4pIZ9sedtw+it7zboYEShVEaMLQ4r2OwJH2Vzx6G7pv+&#10;Xv071DUZHI7tj3l2pvTLU0b0a5HI4fC4mSq+5m8lIwxWY3Rl6kVRT9wK0raV9Itce6yPklvduwtx&#10;Y9481JlMHQ0ogWOslofHjMhLXTPUV5SjnnK+eFlAXVc+PgX5J/c2O8SkvvFqVUaVXVRKdzEtSuCV&#10;IFOsjORuRByBt9wqxgbnctrYjUTIAg0rRgvwtX9p49X7fELb021dk1dNktmYXaOVGUk+yo9v0VXH&#10;DPt2KhjOEx/lydNTVU1XjfuZUkkIGt3NyuqyqnYnQtbFDi3ikxTUj00P8Rqvu4gKp3o45FpKdKSc&#10;VFJTyyhWcMqSaG02a1yNNv5IlBjmjaEJoJLfGSKV0Bl7lqQC1CK0GGpiEecvdENJd28iSCZT+nHo&#10;NI1qVZyGBViF1KB3ClKkV6F/IdjUMkdYjtVJLDKVipBSTiGEI6iWrIcLTzyJGp0KdQLC3AJPs8GM&#10;wHip8LS1E8tTFTUFHS08dQ8VRNDTU0VJEkaVLxtPKBNAAdTcg8njkXxWUUCwIjEwxoFAIGBRflWp&#10;IzU/t6ivbNyqLu7hIQyuzlgCNRZiQSuFUUOAFAHAADqt/trc0VTNuKKhghpZFzFZUyT0qGKH7isa&#10;qnqHanVIwksgqA/6eGY3AuSEv2Vg9oZnbuRpt3U1PNgKiGGnyNNPMKZKqmWOZRBNVTVVDTQQSVEx&#10;FjJGWPp1+u3tndLDabqyvU3y0WTbaLrDGgYeS1JGP9KR8welu37jvsO62j7Fcn96gkxkAswY41Ko&#10;BY0HmBQeZHSv+P1ZuHEV1NFhVqDlBUVpjqohIHjqa14w7mOCGoeZ1oogGHjdV/qPr7b6CXEz/wAI&#10;FHNDW4vI0yTYzKT1srjRNF56NImctNLDPBoCDVeJUCtZVFhZZOjW9tPZ0ktCpIIYGgILVUkgtUA4&#10;HAA9B67e7ilvY5leK6jbS6BTTUtFdjTHxHuwRUilePRhqmnzH2tbVSrUR11DVNHksbFF4nqWhnWm&#10;lqEaUxUyVFM97/tkSE2VifarbH0OZFNBVRNFWUk3hpZdUOqRZYg0ukxySxVCOG0st/8AORtqtyA2&#10;JmVnuESiA1NfkTnjUUIrkA8MdFIhktVeSPSbeRQTUEgVPmKChPFRjFDShHSQfdOQ22tfVKZKjGS0&#10;rT1UOmyrImsap1nEEscwCjTqC2hbi/I9ofsPA0eQxmUgy8E6LSUgaGtpqhaenkrVgkghcU80skaT&#10;PLKoLogeRVEbnQFABnM1nBc2V5dTrJ2Rh1YGgMgBCkglhVQcUAPEEkdDXkfdLzaL7bpbGVGdpakE&#10;d4jLksoYAEKQPhqVByBU16l7UzRqqnF1+FkieKvcPUUmRhE1RFTvMsk1NG8LwmOBmiPo1WQnUoVy&#10;xNbHbGN3N1tuXbm7MRkpqDcW0sjS/wAJylLNPC74manoqd8RNNSVFMzxwxVXhIuT9tPoHCgNjtzl&#10;Dd7Jd2O7pqXc7SRBrVitY2CVFRnAYLQDOa449EvbHcNp9zuW915X3ixSXar+JxPG6qwMpZmEqA1A&#10;MnhltRFRLGrUFAejM7NiwG8MRnsBPSQVG3txwTPkKSaOKqhhykU89QtelPVLLH5pKmBpRdWQVUIl&#10;03ZvdtmEnpOy+pqGr3jHjNz9ab92ZPWZ2r3TJh6dMNt+sxSVFVhc+tHjqKjyGMxjioX7iR4qgBiz&#10;yOU1SSlZXFnuO1Jc3hW42a8t/Ek8cgUjkVaoxoqEIS1WalATWjpqflfz1tc3JHP297Rsoey5r2vc&#10;WhjFr4hE0yTEJNEHdnR5FMbGNdS47aISIyp4Knxm096VmPx0VTiN47fzjY/+GYtK1o89Viunj/iu&#10;Ieorqirpa3JQywiogj1U5K6I0RWtHg68+N2z+kDS0nTklTsfBz5g5Tcm3Xmrd0YTcHkkyEiRRS57&#10;J1dftyppYa8wxTUsgH2kUELwvDDCiW2blqx2JBHy4/0tgznxIqs4cLr7AXY6CrtTUlAqqqBSFFI0&#10;5v8AcDeOe/qZOdIkv79YRHbzqFt3gIEYbUsMaLOrBWqjhSJHeQOGdwR4pO0DuSCpbLJFXPpaKhqY&#10;9FJWUGuOO+qA0US16sUVijLFf/VD2gu3+1+9Ni5aWo2v0A3fnUuSxVXV5OtwG9MHhd+UklXSVNRW&#10;Yeh2LncVT0WZpKWhpnAM1ZTT1T1CU4XyqWmpum6b/ZMZNu5ZO4bUyliVniSQClSggkULLp0sBSVS&#10;5dV0MV7n+U+QeR9/sQm7+4f9XebopEWNZ7eZ7Y0IHiNco7sjEsmEjkWMJLIxKMBEvMBVYWvp4IZM&#10;ydt56nqJVZJUaajnZVgjR2nEiR+eUsDxI0elT6Tp9K/y2U2FvDbGxt6bypD1zX1xxmZ25Q75r6Lb&#10;m49tZ3cGKho2wL1UOQWgpt1VceUloPtYqqpNYvnjTzxeWwhtt1tjHtN5ukDwO9DD436cqO6geGak&#10;hZDrKsgYlgSB6dAiLbOZNj3TmTZtlkO5wRmSO4ktUNxBNHDJq8YVjLvApRZ1laJPDPhsTHIEIecf&#10;XZSjrqukjY5NYyWqqigp3nWWNppoVmKKGlNNCw1syEaA4JKhgSBm99g75oc/gc1suno6nIncOTp9&#10;00c2Wz1FtnNbXyEUNRWZyppoYspg4d0JV49D5oscBN9zJCGiFiwikTdbG922/wBilRkaZknhkldI&#10;2SQankYJrVZiy6lPgau4xFzXUTza+YNgudt3Xb+YWkSDwEMDLHE80dxH2+FVgsjWzK5BVpaR+Esp&#10;10pGJuLyFM8RF38bRrpRgPuIH1ECIagkhRNRIDm4H04PtA9j/FzZ/Y2y8hj67G5XaEnmnromxE1n&#10;xebqqhsxLkIaCkyk9NT0VTkDT1M0dJUw1E+gI0oZV0oN/wCS+XuZ9ouLDw2s5cupiamltbSHsVzG&#10;FkkOp0jKMw7S4HB7lf3j5i5V32C9t7uG/RgEPjf6JEqCII7vGr6xDqRTKjxqxqqnILxHV6XEWpXJ&#10;4BbhbW/JAJubf098cR0V2tt3Hzbcy+987vE4Tdez9x9ebnk3DW4LP4POVUg25na45THY7NisxW2N&#10;mVQWgTKwV1TEkApamSahNRCwETkveLS2liO4yXUcdxDLC4dopVkLGKQGQLIrRxwECIzJMQVWNtcJ&#10;bUIovdflbcrmK/tNlgso5bWeK8hEaSQyoP1Yk0vJCEee5r9QYGijGtpoxHOquGmqix07fcGkVjVU&#10;08FUpp45nmpUWSQQR20zeV5wAoVwCGJ/VpKiFt+ifO9m1NGmJ3PX5jb2dgSqzmOjoqr/ACqu2f8A&#10;xeWk3CBhtm0G0aDIY3ER09ViIGz9HFWT05WSiqzTSynW1bnKm6ss/jyPDKitKuqis8GorIXRERXV&#10;aNEPHjRvCLGOZo3Ld3epacpJOLu1SxvbclYHdxqCXHhK0S+NcPdGOR2KSt9JI0ayAiaAyqEnkpXx&#10;+LUzzwGJqa0Ucr1iuqLO0RkhdmrWrHWWdnjmIgd49RYSKzaTS5jYeZrcJksniYKNc9gGy2d2PHXD&#10;JjD4/dq4LK4OjnydDg8rTVmdxFTFm2E9MVUskj+gv4WiWb9IZ01W0qncIx4kLPqospjZNUmnQWUK&#10;zDTqrStGDUIBu1b7ZrcW1vdE/RXISK5K+GXaEzRy1jaZWWORPCWjeekCqoWUgPX7kpaTMQ0M1XJK&#10;atKaizNR+2auox81fHVtqkraOaGCeA48FGJcCVQQ49aNKPW2TwkEtTUOuYTN1GXmy8OVjw9dj8VD&#10;XU2P+zkxERrEqsJTx1O3MRPNDFH4DJCStMsjeWMrsGY7ms41yTrISNfcoUU0qpbKKfDWqxllDgyB&#10;FL0XV3zRa3cbWcC+BFHEqJ4ZlDyFSVOs6dMpCTXCqzgNoNGkZRoMLF7pxuczNKIqWWgfHHHNjZom&#10;ycdVXSUDZCQ/xWZ6ZKKqm+3ytfTxyKzTMZNXlKsY2qw7/wDjFsTcHbtf2TkYPu81kcXg5P4omZye&#10;LnxW5dvwR45f4RQYx4nq8TncZWFauKoqWK/Ywall1OUkWH272vcOYG5xv4h9e8cWmRZpIpElgYqm&#10;hUorrLGx8QO2kPFEdDivU48ie7nM228lWvK1q5TbYZ5tKeGjo8NwdZ1s5NJYZF/SKIO2WQ6kKgMb&#10;jb1Y0uPi1avTdYwQC6xi9hIxY63/AKkWH+A9sWL2vV0lfAlGsNVB5Z5llgDM6JrKJGpa4ItZdFwi&#10;/wCBsfeQmz7kiRLBHDGqU7mHkASKA+VadqrpC8QTShJt33vXaTNLMYnKAAeRIoa4IIGKjPoM9KPU&#10;rKAb8gX4H+v/AI+x72lt2owdXlKzEUEGOqMvkhmMl4IBGKvJrjqDHyVVRLCrNNWPR4uBDKSCwhQH&#10;kEkvnt9pg+rKRorTy+I5Xi7aVTU9TltKKtf4VHnxgTmbfLvdILW3vr15o7ePw49RJKpreTSK8Brk&#10;dqV4seuBSM/n/eD/AMRb2KVLu37GKSnyFJPU1dfLGzqFSJIootLpNJJFrmnnknb08jn9QP09kV1s&#10;wuJEMEqLDGuCc5+w4Ap/seZ6jC92iadvFt5VECJxqa1GfT0qfy68I1I44Qc/43/2H14958vt8HNC&#10;noaCWmnaCimhDeZpGhnUx+OezTNJWeONVIJYllIU6bAt2F94NkLi4lDIGcMRT8PCg/y/nx61YX9x&#10;9GHupdbEtkevxEjhg1r5fZ12HRI734Gr8HixJJIFzb2JmN65oa/B/wB2dwYGiymDzVJV0uXgq4le&#10;nrTJNGsNLJBqKmnlVmRjouQbqVdfYF3/AHC13Q3aO1UKFPDIoPDdaSZwa0oftFOB6Lzum4Wu4xbp&#10;tl5JDuELq0TIdLIVIJINDwOa8agDuUkdNslah8nje7xglhpYW/NiGC3JBHsJc90dsra24aPftLhs&#10;5XZp5s42Lz02ebOT42k3Jm6rKTw4ukq8hRpj6apTOSQxxQwyj7ShWEjUq+VLy9YWC70dweNpd3Ac&#10;a5WakXiu7yoqlyFXU2dIACBQMAUkW2565h3DZrjl+S9hh2qNYtaCLw1kNvAsS62SKrOoi1E6gTK7&#10;yA9wSPuGteouoNrBNWpWFi/ksL6fqPHzz+R7EU1NLhMTFTSZCSHIyzawqvJLUSU8NS8kkbJKaInz&#10;UwUOWRwkjXUFhf2JRFPud20qW4+nA+wAkfn58KH86dE8Eb3Fw8ot1e2QAVIoAxBoQKtlCTpzmpOO&#10;o8uqaQabaI9a88c8i/FwfVf2gtzLjc9VNUP93KgaKekjiDvrsqrWQly8XicpHr/S+o+ni/sT7V9Z&#10;t0YRNAJqGqaEfw0HoTg1IoDXo0smu7JaxjSjVqT8sr6+fUmFnjAQEDVYMf8AWv8ATj/H3xTEZV6Z&#10;KiFZaVoTJE4kjhWmpTDEKtIwL+SeoEWlhcFWuAP8NPd2YkaGQB1OeNS1TQkgcATWtMjjTpSk1sB4&#10;RKEHIoanJoWp6V/P5deuA4uLjWAbf0LAX/H0v7eMltrbOEwGF3DlponmydQ1LPQiSKOWmyMsopYK&#10;qWaQqoSViqRgMjan0rq9lsW8X97f7jYQqEhjoQzfCw/hAP4vXBqB6kdOWO43c11NZ2wzGpOqmCo4&#10;j8hk/Lz8um6OqrKmurqIUxSCnWJ6escB4X8jWMarcEMluTb24025cNgcxhMA1DOse4aWuaOpowtX&#10;QpT4daGasfJVUjaYpzNXwiECNlJJP45Jdwaae5ggd2a8YSMtaigSgNKYAOoAVNW/Lp+5hvb3bb/c&#10;UuFItpIlK6u4tKWVdEQDE4DVOAMVOesMlA0/rkk1MjcKVfV9balEasSP9f2zbp7Zk2dgMpmZ9m1K&#10;5KLcWzNrUGKxeSTIZCvr945TGRRJBUrj2iqY6aiyvllkoxUR+eCaDyr4vMwM3PdJLGxWe9glYfUx&#10;p4algziSRELoqirBQ4LBSe9ZVBIXV0ZbDyw3MO52ljb8wp4T211cPJIpQIlnFIWDq0goCyFR4ugl&#10;Gjl0t4hXrgMdHKYo3cGM+eSVZF/bOgtHbll/t2K3I4F/8Pa5ze4t/wBNtxsHDl9qTb1qsPWQ0WRj&#10;p604vHZWenZcJXT7Zhr8lka+gSvpy1Q8lTReeKnd49C3COptvj2tw9o0abokZUF0YxpI4Oiq6lYx&#10;hgmqNJCSNQZlNNBDZ2uxXG6LfyWl2uw+OmpGdPEaFGAlVbhljQSaKBCqyaGZe11RaYIMdQazIkMi&#10;pyjp6mE1rGzatNk5/F+faVq63G7j+16f3bNDu5J9o0abtevqqWYZLD06T0ddUZaFK2inhizcmOXz&#10;poEBBCSvokSILBY2Js5dqnVpnaBQwYL+prrHUpVywJEmrtZKtQkk1ZRbxX23TS85bXH9CVvZPACK&#10;y6HIDqFIDK/ghyVowYgDQKoHDi0PhikqoCY7vqhFgVVip5F+S2kkfS3tZ5fK7f2hReKU0GHxVGYY&#10;xHHUUtOqUqJGlKv3FZPDThUMqCxddRIVSzEKTGEtIqzXEtSB8bkaVqe4seIFaCpHmK0qOiiDb913&#10;idZlWWW4lBI7SSWFaigBauCTjtHc1Fz1GpxLMxclizcmSRTzwbkhNZ9ofevYuxNlY183u/c+3MTh&#10;YzJNDmMpnMZjsfNGKb75VpK+eZROfCurShLOVsgYj2ta6tbWzF/eXsdraUy8rKiA54sxC5APnwya&#10;dK9n5U5j325+i2babq4vzxiiid5Pj0VKKpYDUMkgAChagIq4Uy+QKyK4vcHUrLYi4/tD6H2VaTuD&#10;e+/Mts+LY024Mb13vWn+5x26sZsPJbgzLY1qKmrYczNXT09TgNsruGaWSBYsvQSPTQxagrvUp4GW&#10;vm3BtnuNtDLtl9lJ0t5GZYwupDrcGKEOTQGZa6UZqfqx+FLtvyDs3LljvknMMttNzLYUDQPepDF4&#10;okZHi8NXSadogFf9CYa5GFCqwnxJ7RxKNTBWY3Wxvxfm/wDvHsy0vYkFJgxVySVsuIo/vIkyCYua&#10;m85xU01DVy09AKKnklpphTEwSJCPMhEsXokU+xBZ7bbbgs95b/FV9QOontY14irVYEgioZSCpYEE&#10;xo/L1wm5C2IjS/cpRTIr0EgDBWdWZQ1GGoF+xqqxBU0hClhYkgKGHNhewP4PPPtA9cdyZTdeY3xl&#10;MlsfeOx9ubGWoyFTujdmOosdiM7R0K4uX7nG12PyNc0lJTHLqUhZi7kuqkSiWGEjk3O30bjZX2yX&#10;9o0EhRWmUESKIxI8kaq7GhHElFAC0ajRyIg43jk632Ww5ZW25jsL/ddx0BYbZnaWFm8QeHIrxp3f&#10;pNUgKFXQSqoyO8PJUcASOAFTPUypTjSSWBlVmsBbgFYySTwLc+0b2Dlu0t69m4DbtTHiI+rtx7Om&#10;3DW7GwFNnl3nW5ClixSwU+5t5Cc7G27U0VdXtXiGDJ0VW7U8Sos5V/ECpLfeJ+Y7Kxu5I35Qezkf&#10;wPAnS7kbSiBDPqWBEiZy4pLDJqQeGJRV1kPlR+UNh5V3LeYjcSc62l+sa3UrxG1SNjIWa3tirXku&#10;pFMTE20kYEj18PAeLSUtBQU8jtxNHKyRVEw03OkgeJGJdgb6blQPr7M503g069w0mMbM5XKRVeQy&#10;FdVUte2GSCE51pK7L0dLLidv4aapp5cjNPJJJUQTTM8jFmvZAbTcvxWVtPa2ryNbeI8q6whZGd/E&#10;IURRxihYswFNRLGtcdAHnTfZOYtxjvJbKONo4ooxo8RtSwAJGSJZp9JESpGqodKgAEMQaovc1FHm&#10;ib0cIBCAyPqZ5DAAlOWQo8ZXxooI5Fh9D7MjtXcOyJKWm27S08NB52qK+RFmUxvW1stRVzytJDVr&#10;rrqiqq3dpQjBrqL+hSoXu9k3ezZ7+B9VsKCgqcEmtKj4Sc0qDUkkCvUfbod6uWk3G8nM0iBY9RDA&#10;hI1EagBhhVVQAoNA2ogCuQpy+29x0U7ZWKoFR4hT0qr4mjdKWkjSkEaAiTRBFBGulQ+kEsQBqPtL&#10;bg2799PJUmNpGWskhhgPgfWYyU1SxxnXFGYgdBUElgAfryJNr3MWqpCKKGUEn8q+eK1454V+zq9j&#10;eJBFHGpChgDUceFeldiMo8CiFJCgMMEsj24JdAwCM36m1HkXuPaNp9o4oI7mgQyM8sLjxI0yKPSg&#10;jWQiSNndtL3AIUXU/wBT2Xebs6dNwdIAIzQV+dB6dGbX08hVA9Vp59P9VnKxFDGdfEiBtbW5ILEg&#10;fW5AAP8Asfb23XmNq7LVB1jFo0hM0zv43csGVUlMakBhcjlfzYey8c0XMDFoSNfmaDj0Y2N7cRuW&#10;UVf+XSEzHY89Kki0RWeTRIZZT4lGrRYgqzhhcE/j3kzOMr8XTU0e2MUuUqIZIUp4jNDTAlnMUks+&#10;Sn8jLTxICX8KTzBeVjb2g/eRliuXuKl3BwWoPzFDQfOh+zo/glt7mVhulx4UbhgaAu2RSgVfM8AW&#10;Kqf4h0isTnaSrlqqnN1QoI5I3WoaVZJ41jbRpRaNAtnmWQFXLoCOQw4PtXY/YkLGmz25alGyaSNW&#10;QQSNaDF1KJObUEKQRaqqGB5NFRKJKhTIxVkB8YD8+6hpzbWcLSRVABrUUIpxoMVBrip4edeimfcj&#10;Eslrt8bCAoVLg9zilWqwY6Q2C0YOnyZWID9Jep7Fra2tnwe2qKpnpldldqeGVjPBFGpMs1Q8kixx&#10;D+yka+O/pCkhiWDMb4ggxNRJiYJtkYimgzwzu7dwyU2JrsZT0EZpUyUFDkaSsp0heoOpRkEhVIkF&#10;0kV1U0FrJLC9zus6i2IIFSFEfaSH7wyU01OosqgHIBx0jkie3vreBm+tvpPpzFBCGljkL92hpImW&#10;gAFKKzMCfjRhUL7bnXlXkKha7dtZT5vW9CKLFUInlo2fyAjy1JdYpGRFYqYmYKfVqGm/sr3bu2d8&#10;7qpKaPZmWxVFtLci/wAXztPX18h3b2dWVeJRI8DTruHFZDbmDwNViqVVaJ6etpj5DK1NGlNJHVbv&#10;LHcbtdFjcxC0eM6wcvOxhZRCPEUxIpRXDIUYMWLMFCOs57yxvvL+2XU0vMdvcybzaOYYmCKttYhJ&#10;avcP4TpPPNHJ3CRXjeqBFncyK8Rg8DFR0aLC4AkoF8EHhhCU9FErGFwiI2p5XlRryMWLWDFmJ1FB&#10;Y/q/Y3aGwpNkdjLTb0qhPXYSWfaG5snuOm66zeUWGmzW3cPuYZiXNbdmp6PIvSTwRaTHQ08iy6ad&#10;zB7XSbbtu87YINxEM8CBhKI52LQvo0OsbeJ40bKrsnaP7IsraUZUCm+5m5g5U5g/f3LMj2UBRJlW&#10;5t4oWvoYyXhnkg0eFMpkRZVqCzXDIyEzKrhRSVEyzeSmRURSXKS6YppwuoFooSEDXtYWAJJ9lced&#10;to0G8OmfjB1ljt357DZafaEu2NxdO5jbOwBPNX1sEu+e2Owa6DJt2FU5ykw9Q9PUwZPE0NdJqeoj&#10;mVkhACvHhsbS/wCW+Ttlin3ESiIQyWUsdsCGdJpb24ZSLlpVDBH8REmUyLIZAQhlQWg3yfY+dvdv&#10;mmax2qWIXQni3OGe6KqqMLTbbNRGlmkRmjV1kiuZYhQR6dLyCczxkJJUv4w/qF5m4Nr20qkaq1z9&#10;bEj+vt/wvxI7J3VhTlPl/vTDb4fE1EeQ2xsLZ1DiNtbJwcOMoq+gpKGno32vttXp46KaBFOoqNBW&#10;WVkja4i2Tkrct7too/cneIr+2t5Q0VtAFWzhADjQdMcRICMK1wWAyRQkM7j7zcobDuTwex/LtxYL&#10;MpS6vLySSa7n8V4mZyxuLhSdQOApyS6RaidOWOrjICU4ZgpsXsCnqN7k6ixI/Jtz7W2S6In3lvTZ&#10;q7uoKDafV/VuTr5dh9e4V5Uny038LrMJQ5LduSialgx8UFBUVEkGOpk1oJg087SHxrIFzyiN7k2g&#10;bg0CbBtUjNb2sANJGAMInlkqoULqcxRRgkBizSsdSpGsnuX+5Nh5iPL9zcXvOm+26Le39wP7ICZb&#10;h4raJgXcl1UPPKBqKAQwhQrPMDegseSRzb/W/wAbcezeUm1cTroMpDD4avGbfqNu0ZiaRkpcZWrj&#10;Z5oFoyz08hEmIpvG8olaERFUsskmo6lUrPFU9yBgDVuDFS1e6jElFIJUnjnuoITtZr0Je2bFWinu&#10;hM4YAapEWRVYsSW4SuCA9GBo2uiaIkk+ni315HH9D+efYdbn25R0xm3FLTQRbgrafEUOTq8Rh6jI&#10;NJJBW1emGk8VJVZb7EVeTmUrNI0VPFK0rCK8sns+2y4hiuFlngDylEQsFXWVVqqjMFJ0K7FxU0Xu&#10;YFe5uhFazXErfu2G4dtrR5niWWURgBlQAszSKmsiKMtTLGNQpbsCZ4pL/wBLG3+9/Xj3z2liqeux&#10;f2VXFlvuKGiNNLVZGqjaStlgWmo562LwVbUFPDVynyqzRxVMiXJiV10LaSW7tJBM4YOWC01Ak0qN&#10;bFaBw2WFVXuZmKIWp0h3qo3GSZHiNvJIHARCNClmYJWRS+pA2kgF0FMSUPWRpCOb8f4D/e7j2JO1&#10;qCroqOmqKSFUpaeop6OMeRTUaJBrZfsxCyrRLpAUsRIGubEcuXblNBNcyRSghtBoaADHpQ4P5UoP&#10;LoP7iYjI1tLMTK6sxwNOoEk0p+KrE0ppAIoesDyKeGDeo/4f1B/r/X33ld1vjcxT46BCkWtvuauV&#10;1S7Su0caqFWwX9X1tYEE/X3qy2mO5sXmYhu3C54f8X0Xx7UstqXDliBRVHCvGprT1p58Oskcetbt&#10;/Ww+v0H9fpzf2NfXOOpqiRa9UmjrJEkNQWceMUwsFWHWdWiQ6WIUBePYK5mupYw1sWBi1dv+m/4q&#10;vRLeJIYzbuR4R/w+XTVlKgwKSCCA3AHJvpP1BIBt7E+p2ft6upSlVi6OugeWCepEkMbpJUUmQ/ic&#10;NRUJKVM0lNWAyIpB0zEuCL29gaS8uGIjlNQKEKwBA8hSoanlkDH5DpD9XfWjsIbl0k0EKQ5UAMKM&#10;AcEBhg5x0yw5CZ2BGkEH6MOTYfQD2k59vYuSvpKdZIFTHw1dRRUCU1RA9DJS/bY6jaKopav7P7Ba&#10;eWRPt5ULSs6urJ4mUroru4DQrGoEa8QD61+yhHd5Zx/Dljx7tIr5/DfxZSA7k1DA9zagyljID4dH&#10;VwFCstD4mpXtJ3KgsLE8n6D/AHjn3lqsfQtb+ItDJLIpEcIsDe4YGMKbxqAL88f7x7NIbufSGt9Q&#10;QH4qY9OkKLMgXw6iOvH/ACdc1nZrW/J5v/Qc/gew0ynm8cNMraKeOQUiQxp+0qgTiSpiURN+w6uq&#10;kFvQ1iLEX9iezRdTOwq5GomoGcUBzxByPX7OjeFUUksxL0rX7PLqUNPJsbkC3+2/PP49qGviStxt&#10;Ks0iSRLDDrglfW7B42jkkYt6gpWmKjXqbSx5/Hstt2aC6lCp3ljkDH2AfnnogdTrLg0JY9comKu3&#10;+On/AHr6ewy3BkWw9RPClPIG8dAKZ2sXklqgsIqPGf2hGrIdRLFtP9n2LNttfrY4neU4LavSinh9&#10;vT9ham6jjLSHOrVX0XPl9lB8+pnDj6cX/Nv+N+0tkdyPlZqeGSnLS5OLyPHqKwjyzBpG/KwqrzO4&#10;UcDQfZtZbYlpE8sc3ZEeIoSaA0+2tKV86ivQgt7aWBZCkv6cZwPnkj/B/MdcfGo5A5HI+n45/p7T&#10;PY+26hMMlVRmh8SVUU0btShvDVQNN9m6y64nW6TMrXdQdQJBsPZryxuaG+aKfxA5Wh7qalquoEZr&#10;wGn8+hryXfeFeNHNr1OpBoaKQeIPqeFOHnnrpZbkgixFv+J/xPtFbP3TBTxK1VHJ9wZvDXRzrGRO&#10;lMzRNLGsUZeNKgqVDMVLluQQT7P962qSRqRkCLTVaE4r5GpoaelMUx5dStNt0lw36fAKGWlfxUNO&#10;odXFqubfkn6Wvz/X/E+xUhpMXlYZ6iSNovt1UxIAFuJn8kMitGI0WSnqNBOnizG5sCQEZJLyyeKF&#10;CGDYP5DINfIj+YwK9Uja4gkCIdTHDcMEca+dKft4DPTI808EkaKAfIxW9iQoFiS35AIP4v8An3Kw&#10;MGdxOUp4Kh0bGZSanp5IUqFpGQSVhmiqhoAWRENmeNW4Yc21cp9xfbry1dojS8hRm+HUDReFScH5&#10;kdPXDWc8D+GAt3GCR6Ggz/qp1GrHhnp6iSL1T0scsgBQXuiX9LXupIHHHsS914qFaWcULqaSkeCE&#10;PGZArTKvoinFUS7ApUMvpY8WP09hbZrt2mRpwRO/rTh8tP2edOiWwl03CCRTranH04in+oY6TmJq&#10;3mQGpDw1M7O2mS7l4dLFX1Lq4uo/VpPvHjJ3longcGDyKxRowkutbrGiJeNjGGMR088C3u1ysYmi&#10;lU1AOR5faf29eniTxFkQeQ49c6hkWdJg6+mQAnkAD68kgf19vU+MqMdSxmiow1dWPGFLyFBTxlfG&#10;kccEv7OoqGdj+pHsPz7QR3Ud3NItxKfpEB8q1PGpPyNBT0qek2j6pmE7sY1GPs/z9Q4cxTTTSiad&#10;BBCdLShWIkAN/I1gSCLf63PtE7uwwoJY6fKVEaVESjwRGWLQEcCdi7qVszGMFiBdibG9vYh2W+W5&#10;UzWkWpTxPmaYwP8AVjpTYwSyE/Tx6j5j5D/Y6f8ADZmHJwmopF1IzvEJHUozeJjFdVuTYaPza/tP&#10;4LY8GbqXrakVTJdI6ZldDAgUsRI7EHQI9RIte5Psy3LfnsEECBNXFgeP5dLLncHtUW3Ea1rUivp1&#10;Prcw1NEVRlJF9arYsDf6c2H59jvgsJFgcYIKBomlMK+aaR/2YghLRiy6XAX/AA/U3J9x3uF8+43Q&#10;luhgHAHE/Z0Gbu98ebVIDTpA11TJk6xTOrMkTgLGo/eZT/qCvAb/ABvce+dRvSHHUUlNTSxNVHyR&#10;PXJ+5MZGClmjLN6ApvYKF+gtb3qPYWuZ0nnX9HiEPl8seo49JTPGGqFNPn10uxzX10dbXySPAjRS&#10;x0DyyLGpQOY2cBDd7EE8+o39hVV1qRZETSztPWVTtJUtNLJMXL6QSdMsn7+m3LXAHAA59jCOAm2K&#10;ogWBAKAeX8uHSgXYmjeN1AQenr5dCJFQrFAkMSKkUaKqIL8cWP1F+Le3UbhixUJjg1/vaFRGKLqk&#10;ACkkILommS36h+f6H2j/AHa16wkkFQOJFeiqcoW72Feua48zlS9jpAC/q+ijj8fW3tH5rd9JTvC2&#10;4Gq4qWZmNFNU09X/AAaVxFFMohqZhHTVJKTr+lmtqF/Z3t+zyTK424oZV+IK6eIBwyASw4eYHWo1&#10;8aOSS37ivEAgt+QBr05RUbRgCG0ZFtTWNyL8ra309pCmy+ydypP45qaGSKremq6miq3ooJJE8Lxq&#10;rmo8zvK0tkkQSreN1JWwBMnt992yQK1SlKgMoZs/6s1p5edem7qLeduaLxpW0smpVYamANc0IAWl&#10;M6iDSmD1NVJEtaw+l73/AKf63uBkKLYy5CTGxVLYnLzCihWkpMi+UTxZT7+nx09bHElT/DI8pPjZ&#10;445p1ihMkZj8gewLB5hvYDHDcTrM2pe0pSRNWuhK8QjaHCucOVIXUcdI7eXenhF48Hibcus+IU0B&#10;jHo8VUYka2XxU1pGWcK2vTo7usxZlAJ54BsB/X/be+O6vj7sfsXa1Hg99053FQ0OTgyMUipSU1W8&#10;tPBLTmoop1SevxD1dFO8Er0zQVBgd1iliBNgrzXHt3N8J23ddtjazDhwHFSj0KnS7Cqs0bsviIVd&#10;VYrXJo5sXuRv/KG6Xe78rXa2t1JAYyRqaPSTq0uNYjkCOFfRKsqCVRqjqpBxmZ78KQLXuV4/P+Pt&#10;H9vZHBdfdP70qNr0VFhqOh2hnNvYeKuqZyp+/oqiKuVXqnNVTwU2Moi8ESOtoaUCPxqsarbd0O28&#10;tbok1yBHDbSuAzlEQJGzqFP8KdzaVoAKKKgEhX7fHeua/cLl213a8lnmlv4JpWRVUgJIpVu0aXZp&#10;SA8jA/qykvqYtXOUDWLAEg3/AD/rf717rf8Aln8Qct2X1jvHtDBbuqabN4ijx258xhKito6vC5+P&#10;C7PosXjIKGaGM5KiqMdFUV8FNNPGkk9RLKHhADTtGHuf7Yycw2W97nZ71Km8sBctCRqiuRBblVQM&#10;qrIpSkwiZozrLHXHXQ/WZfsF7+7fyXzfy7ybuvLSPt1y8lvDOBomgEt60spkQjw3VyIGkjR2CRpE&#10;yvpURdc/ZQegvm51J0TgMLtHJ1XfWXrqekD1lHmstgMptKhzNTHoyNLgkaqpchDjTVanDSLG/kOt&#10;vIAB7C3IHvZyDyLtO3bPcf1inuY4QZRM0DwRyspLJb1dH8HxCXyA1WatTUmfPdj7tHuF7pbxufMN&#10;jb8rQW8kn6bxRXEd48SuGjknOkxmQrghWIHBWU6uve7R+rvkht75K0E1R1vT7rSPaAoqjKw5Sggo&#10;EpoctHUpjy1RQ1eUgkjkejkGkyJLx+nSb+8o/bL3I5L56j3qfaPEVo9AYTIAe/UVoUd0OoKxw5NB&#10;UjIrhZzt7L797QyLFzfJZSS3pcRGORpKmMLrGmRUcU1rnK5ockddFgLA/U/76/8ArezOJk637TH0&#10;kElYlZVTJVVv2VM00rGjtUU/h+3KukkjWjW9zzc/Q+xXJawrJcTsE+nRaLXA7sNWvlxJ6jLbbALL&#10;czmNDABoVcAAvgjTXzBr+fWGUKoaRrWW1yxCqAAOWYkWUfn2NO2qDP0NDUZbdv3Beqqqeipb1CVX&#10;ijfyVJpkURinaeULrd1YAxprJN0BAO6XW2TXMFltKgaVLNgirEUr58CSKUrU+WehntlgIHK2KqH0&#10;sSaUpxDO3H+VfL50Cbc+aoMnUwYrFusn2qSZCcqD47gCIMrc+SSnZzcWPLC178Fl+R/f+Vnxo682&#10;/lamnrswV/jiIgjko9pV0NRHUULueBUbh9AKAFvtgxNhUg+9WPLdqdxjt1hiM40mQEg4NT9mrBAF&#10;agkcMHqb/bzkiKK7PMF3a1iiBEZqe6ZaAtT0Q1Nchman+hdSNp7Hx1HWR5OWipVenXyLLCjhpa3y&#10;XErSHQZBENRNwNTuT+Beobe2cx827hgEpXlmSJJRLoBigpJqhIJIlZiSsjsy/wDBUF/YQ5n3rbod&#10;/fZbazDSgA1pSgZwjjj+I0P+lNeOOsyeV9nlfZzuDzCmK18yFqTw4f6qdCuosoH5A5/xP5P4+vu0&#10;H+XbtPK1e8Nxb7qVpnxeIwC4GnmYTrVxZOvkp9UFORphaAY6BzI1iwIUL/atDf3gOZ25Y5FtJLi9&#10;rebhNFHEn4vDQ+LJSpwq6FB41YgepA55B5G3Dn7mhdusoHZLOKSaT+HC6VBpnUxY6MgUDavIda13&#10;/CnP5S7Z6Y+Em0Opv4w9PvruvtbbkmNwtO9KK2XaGwkqtxZ7NPFK3nFJRZ5cVACli0tQouFuwuAh&#10;qlK/VbMjl7yiGS5YyWA0sXPFiPqfoPrf3CfLfuGk1pZyMJSmoA+GhzUUqacM58+gZzr7WX203l9b&#10;PEY7pWYr4nAaRSg9aVp5YzTy61GuoPku9TQ4itMdfkYsdFQQ1VPQYj7+NmSGopcc9Q5likpo6dHG&#10;hURgstvUNIR4tfWPKtMsQS8dU7hVkedqqOmkZ6eIy6f25KnVGGd2UKL31Ege5ai5kW4jszGx0uSa&#10;MRqIGole7AqMGvAevDqG5eUHt5LgsAfDQAmgUBnoC1K1IWrFSOJIFB1ZH1d3dQN9zU1NVWQRZXF4&#10;9aepnRaNMHPWpGlZVCgnqDJkExk8DWgpVeQeO9oxG12GoNTNVBGqFpkE4n8EAMiUcvlgkSraYRTV&#10;TSB4g7S6lOtAqPYkF6e4N3IvjTdvEAZCMG7WNVYlloSGwQwFMV6Ko9hWJXkjiHiMCjMw0tIhUgJQ&#10;sBpGBwIK1qtdLA5m3u7tt0WFepgoZ8o9VSPSJXTPDTPkgIWWtxsUaSU2PijaCoA8Ij0OjkvGrqpV&#10;jqcUTUV7UtkoQjCnqI6qWgqKoROxjpJEqZZAsMKVuhdEEzH9yZh6l9vWsTrJdSQnRYtXSe4M1NXY&#10;xFSlTIKNocsBI3F6m8e2QyxRQ3UJa4IRmUhJAlQvctAQcrrC+Ih1aFLEJQjXt/5NSQ4/EVdXWCCu&#10;j0vW0c1FHk6TDFixnyhekpoklaY44u8r1cEWto6QSF1AOOXFwVEEkGWiEyPWzvU0wqonjELLSxGv&#10;qMnSYz7rXNLTMyWjGsjRqAU+011e2clIruMO7O5ZQaLRtIZyREvdUsV0qrMSATjHn5fuAsb2q10x&#10;AK7IcuCxVFjaUpQfpk9xCEFlVmIKzMd8sabGbgSow2b80aUNDBTTR0yGvmnpQ9V/CMXh67OLSt4q&#10;SuhEz62WmiIZkcSKfab7WSmwsGy6RcsqO2Db76NUoqyjpaXJOseUnyOPqKZ5KKGE1Jsr+lyTDoPC&#10;kubcDC1jC0pVvDJI0p4dJFo5ZSp0CtDRmIYgJSrDoL7PsDX03MMosaxGeq1MiuSv9npcMNbYNCoB&#10;rWTtowB4viL3TkOxR2Rkhh6hoKfci0NBMEq6Gur1oKRnw8WOyNNWSR5JxHAp0oPRoM5K3YhBQZev&#10;w1TnK7E5wU9GmZmllR8nT1bV33UaVtFonpqWtmkoo6yeXxxrHTxleB4uWQ1fcLqE3UgvVCRuzEFh&#10;LqEiggoVSQ6AarQCOmohtFDpL5uWba6Tb1u9tLTNbEdqUC0qjF1JXv0hNWtn0MGrrNATvQ5+nzFP&#10;iqLOYT7yolxdMqz/AGviWheKpmpp/uYa+piVJ3WKKRiZZ2WQAjyFl1qfDZrIU9cMpjIsrUzRyVlT&#10;R49TUQI89ZQ4ynXINTMPCtT4aCRElfyrG1giIA5cvupLyW4G4RCV5SWKrp1NoOnU+k5UsFIXVqpT&#10;SBpqGLn5atJ4ktLhIVPasjH0BkLITUHLOKgMKipLE6aI3d+cx5pnos1XUFJSPBRU1dXVFTA1V9nj&#10;qqtqFxsVQ0jSNTxz1sbkLpYqPV5OFRhyWFymQqa7FTU5rxWpNPLIscNHUSM85eqq6muR0rhFVBJE&#10;VSg1rYrxa5ELW/kmnh0vKXGqpFcHLFmPcqkVBqAT5A46E+17dZxxQzoiqVIXiSOFAqpSg0jNdVK4&#10;J6TVd3Pt3A4Sj3FJnkwNPiNFKkUlRV1UdOTGY6ejoaKNjj3lpdYZtMior2BP1sJm19qY3BUtZVT0&#10;1HDJNDP9q0VRJPVxU9QsNv22plhpnqJJpDIgeQBQvqOpvYw2jbbTbpZDdlPqZBqB1UKrghaEVUnV&#10;IWUavi9W0qMIuXt03OC1SztJJIiwJARQruK1IALFiNMYU0BrXHalacPkr88cZuDflLsuh3PIJsNk&#10;R/eKHI0+NocZW1VN9zehkqpspBWtWwUVLEVl8cDOOCgAhV23dMuGxbNmsq1JFSU9LJIwYeQXImlm&#10;VVeVEkj0sDoZH+hP9LH+w7Zt2/79FY7ev1NwCKiJWdUqSv6j1MY+LgwqKNjqYuSvYznbma0e2gQ2&#10;8GoA+KzRsy1rqppLAilOK/I8aAtsz56x7p3Vj+rOlqTP783vk6+joJKrD0sFdgKGoqamlioZMrlK&#10;eoSix8sddIZJJI5kdYrgXZbsXjOb33BncbhMDtPaeblwu84tO3jjMYWpGpsk7LJk8jlI0FJRQy/c&#10;fcTSMAEjLcsTb3O2z7LyhyTt1xLNudoJbFiHi8VQxcEPoWOq1Oc/toOsmOWORuTORLHct13m+hl3&#10;6AMssryB5QYwo0pUs50atKCpqVIoo6M/HszZGM35vHuDvjvvr/8Avl0PnTV9g4Cv3PLBNi8ttuAV&#10;tBtbaWzKitOaydTA9OaGl1tPLVTp6BCro4OVi8QlPQUVJUuKuopqWCCepMUa+eaKNUlkHoFtbqf6&#10;W+nB94ac0b8m4bnul9aoEgnnd1X0VjUA/MDB48OPWONzcm43C8mhi0QtK2lf4Vr2rivwrQfl1rpd&#10;l9iSZndG7M9g0kwmK3LnsrlMdg1yFTUpjqGrraiakokqGnkkd6SnKISzG9rhmBBM9KaJWIRQugmw&#10;ZVbWf6WYH3Hl6zPHRsqej6zuJYyvdX/V8+i6bmramupg1fJJVvI8a6hVVDGGMkgO5fX9LWNv9598&#10;5EtzpHIBK8AAnm3FgLH+nsLSV7og9Bwr9nQ026Yuyy17x/m6B7IrT/5TReYCEeZYypLPrR5ypJYL&#10;dWuLn8++kP8AUk/7bgf0HuPd7s9DmRFGBUU/iqcn8qdS9sF6HC28h7nwPT8/kPs6ATdeOtL94iAA&#10;AGULqLagdGq1goJt/X3JiPrH15sP95HsjgI1g9JeYLcwx1Xic/lnpvwMxkl0Ej0hgT+C2pPofr7m&#10;6SCD9QVA4/rf/Ye1joxkVvKlOgOlxSJ1U5rU9LeaEtLG7gnSNCWuSPzqINhpP+uf9b3y0cc8fT/f&#10;Xt7rRSaEHpsTU7Y/hHXL7dD+oH62vYAC4Y/k/wC0+4rA+r8cC3+uDfkcXBt7RuoBwcno/tXaqilV&#10;rn7Ok9VIAS1l8i2MZIJAZWUgkgqwva1wbi/sOtybaqC82UwUcDVsyyrkcbUMRQZGnkiKyoEIZI6m&#10;RVC3N43Bsw/IlXkb3LuuXXW0vtM1mwoVkoUdK5Ugg6WHENlTwZcBgUbxyTY71KLu1lFvcL8LqDrV&#10;gag4+NAclDQ6q6WAJBs4+HPz5o9jY3D9LfIaqzOW6xpZ6ePZu8cdCtXuPrvKx1X3OPqJ2WWnyWQ2&#10;5SyqWLLMaqitqgb6xsSfsn4+4nfK1uT2BSfwTP0U0kud2dV1Bp6mnnSMFqnGq72iLMpJQHQyn0m1&#10;h7krcOXtk5otH3vk5dDg1mtGKq8ZwNYoScqBQ1KmlFIACg32HnfduVr2HYufmElswAt71NXhyA/C&#10;sjitGFfOhB+MA9zbYHx6/mK5npmk2xiu+M+Oxept1UtAevvkJtmJMzi66hrKmRaei3jJRi9RTxRj&#10;Q1SF+4ppEYVCA6nBKqqsqtmVxi3JQ+CuppTC1YU8cilRdYqnQEaCVSOC3Fvr7B6tFayCO/h0SVoW&#10;Na/LV6H09T1L7QiWPxLKbVDx4ghvnUE1/wAHV0WNXC9mYGnyOzMzTZLAZSnFXBT01TDXULpINJq6&#10;J4/NFV08urgq3P4+nsUdvd6baqmShzEvhYqIY55UiuYyvLcAGYavyPUPZtJvJMXgGQmJeGKY/OmP&#10;sqejbbismkXQNK+WP5+XROexPhPuqknm3B19UJT1L1a5Kox6PNCKmrVnAEEzSaqSVgw4b0D82HtI&#10;dm9f0G8KL+J4Vqavo5YmZhFNrgJZg14kj1+N7NyP6jn2lnht9xgoJqSeXoa8fs4efR7FYTW/iXMU&#10;ZaE04ZPnxJpXoW+ju4clsypOyuw4azF5eGoSFIMhRMlVLFDCYlmlrisMNbEWU6XABtxc8e66d89H&#10;4yhr2yFVj3khgqVerpI5ZaSaRFYlkSdVJS/+rXVb/X9hW92CWFfGaIOoPrxp58KfMfPpb9bNJFJD&#10;BKEnIIBK6qEf0Tg/ZXo/eI3DQ5mBJKeVJBLGjq4KNGfIgZCNLltJvxxf2f8A6O7LxNf13t/a+wqr&#10;NYTHbHesp8xjNxlMvWUtGIpmxtFQ5SVY1WhWrLtF6DNpTxiwYk9Gvu2X20cz8obftu1Xc0ce0vou&#10;YZQrFhN4jRJHIAAkKsCxOlpB4VDpVg3UAc2bXuG1Xsk27JFNe3WVkhHhJqrSpSlGcAgemePRJuzO&#10;k8fP2Xufd+88Th8jDuiDDQYF8SKmg8+Qpn8dbUZ2lErmsrhSwxqH1CEIqNZnQAB92/2VnMzLh6/K&#10;Zup3O+EnlG2qV6HFZLHpMrRQVhpYR46/cNVI6KrRPNU49QNDBCwHuaeXNm23dObtxvduv7+bb430&#10;r4PhQ2KEEFwpUpNfTaqatDyQBlYSeGTRWJoG2vZ0giihgnnI1iheY0+EMigiNQK6SdDMDUVA6Ezp&#10;LorrLrQ7xGwtoUmw5d5S0su6jt2qy2ImrZIFnalZaSnq46PBzxxVTsksCUdWWcyMXOlgUfsKGVMR&#10;lpcth8JUZfcWQrxNk8Nt40ucmoXxckE2KpsbgMjjsdiqGNWvJJ4DJJLI7SM5NlHfNXItkeUufNqv&#10;d4kvoNwt7pdEqajQQt2xCJ4vBoSpLFmaRpHd2bX3NWl/efvTaLlLOONoyKsqkfjB7mIqWI+eeGkA&#10;V6Mbi8XFjpYhS5PL1NHTUSUkVJkMhJk41Jnec1kmQyP3OXra59XjLSVLAR6Rp+h91S5DJTUtRPE6&#10;SXWaVZoJ7k31tdJFb1BlPBvz74GTq0c0sbppdWII4Upimf8AV+fWV6vriRjxIr+3PSjHP9f9j7z4&#10;rsHcmClLYLIyGA3EuMrHSVX+hPglKhgfTxq/H5/q1gfDx6VRSkDr3t9l7pylYGWUSLIvpMcpVHQk&#10;clQR6lW/B+nvWvzIz1dWYg0PXvbN/pQyl/1P/ndX6l+mm3+9+9eI3Xqt6jr3v//RA/5HbSo9iYCj&#10;3hRbhqS61CYBqSphcfcy0TeFchBOjNTOkNLoRvKVZkW+pvUPfYHnLdbX6Ga/RJI9FLfSwyRGAocH&#10;IYBSoqzam017mJJw8WUb5f3F5BaLFIjgD0Oa1P28M462/vil3Jnewsjk9mZzadNSwLhKXfNPW0eQ&#10;jqYcXBuNy6YLJ0NWlLM1aKlJXbxp40dirADTcl+f7gos/t2lFXO53DhzHS058S6chiHikPhlkWRW&#10;EuNl9MOq7iOUre0akxsOdq7fFWYi+QqApBo6EZUsCAvhsNK1zoIA7VUA23PaYb7w5fBcXH4iuATi&#10;p9P2cOjj4PbK7fymRfHAJicxJNkqqld5CKXLO8avPRo4PjXIxsXnF7GeMyWBla5fNx7rqco7BSOG&#10;YWKnSLugJGkkA6UAuPcd7/ud9vjJJKWULWgBPn608/t8+l227fHZY8h6mp6WIUD6X+oPJP106fp9&#10;Bx7SkmOgq6aCcsJJgWMp06SGcj6r+NAH1/x902+wS1tkZ2Dyk6uNaEgCn8uHSi4vVSZk0kIOB/zd&#10;cvfOlxfim1kIukawFPLopDH/ABsbcj6f19uXEalg2mrn9n5jh65p5n1PV45klVSmok+o697PZ8a9&#10;j70oajHb4oaLb2YwdStUhxuTrXSGeFpXgqGeFaWeOGZPCbMt2UgEizG+R3tLyJzbDZ7bzVZTWJ22&#10;6R1CtK+oxhij1CRuEcsGIauo17lYdvUkcocr7+81lv8AtyWbwI9CsrrRhQg1VjTz9KjiM9F0743L&#10;tOq2/l9k5XObj29kqlKSSly226XVkKCs9NTRzwyNIkc8JcASxkqGQMCy/qFiOL31t6hyFVtX+EPj&#10;1yw+4RKMU5xr1WSjgWqgovH4X8MZc8iJAXYqDce5P32+27lySHbruCVFmdQpRQVkaRiDpqwouoju&#10;4H8+pouN0t9pW422CBVjmbuEeVDPlgn9GvDAr6etWO9eid95fG4vspd0rmJ9qqaOWqzPkp8/Ljds&#10;SZSpxtdmZJYqwR1cpgIZfNIxiEb8qyn2PP8AAtp5Ganw2RefGynHNQ05xtSlEPLFSLCEWaErad6d&#10;BZlsxYDnVb3q4ut92rbvH2G1jniSVNauSKRE0LCmajFD5CtDjoygilFm7WLqXiAEiihpUYJFRpwa&#10;1xUVOePVXOd7N+TXX+2Mj2L1lidv9iUT74pc/m8fv/HVObliwGXz2QasmgpHZnahoMzV+J3mcx00&#10;WplSSLSnuZk+tqarC0kdeYAkCyE/dVEMqxhdKvJLG5ZWP0vq4P8AT21Z85o8MkrWkjRmbwxpABLC&#10;uVIZSVFDUj0ODQ9GlvzcIEe2aNHZAoOQSMMKnJ4lcZ8sdJnYP8wmrxNJJuLJbGytfHU7mXAxfbYr&#10;D5HH1uRQSVmRkoKGQ061VLTwo0igR3QEI1gfeKn6s2+iK+RyWRlHjjWSCGWVVfxArpaVHdhe51Eg&#10;FjyfdZeb98Mxh27ZEa3PCSWUjyP+hshJI9CKVyK8eqXfNMjRFF26Jiw83z+whqflTqPm/wCYr3fl&#10;q5sT131NsykjinqEps9uSsopZoDJCsshjxs+Ho5jLTvEwEbyMNUg0g2DETcHrqj4sfmnFPjRDSSQ&#10;MheSOJV1RRStOjMZGjHDcEg/4+4g9x7nYNqtLWHeOU0uLy916HUL+m5XMmrioDEE0B+Y49Azx0M1&#10;4q7b4V1SoOodxP4QBWtMnh9vVYnyqrNpbIxEb9n9A43I7m7XgzufwGeo6w01FT5jJ/dGtzlFLhmi&#10;ipoKTK1rFo04WRAjrYWD/l6/GY6iq8jk6unx+NoqdqqursjUR0lLSU0Sgy1FRUuyRxRxgckmw9wV&#10;stzuuxQXF+l2sSxsSpBQKOIAZmGkAimWoBXVQdGUl9b2llE982kMuAtCSfyySfQZ8uiJ9ObS7fy+&#10;4MZt7rXG5Lcm78zk48ftTbW08I2ayuZrax3psXRRUwEkkzyFVLs4VEiDSNoAYisbvP5d47dMOa2n&#10;8b56aSvxaTwZ/sPJVDrS0aOmlV23joXlrayV3a4qpYliTiw5DAK7h7/c+X237ps9rfW7tKTE0vhq&#10;vhKQQfCooZyRxcooHlWmoxdv/NQjmiW9hlS3ZiojAFXGKEkkD/a5P2dbl38tD+VH35s2k/v5/MJ3&#10;NtLdVZWQ46q2j0RtWix1fjsBLE8lVVnsrccWOGNytR42jiXF0U0tLYkTVU4Lx+6q8r2FW7EGYibc&#10;ku694Zuolny2TqH+9eGV1FjHWNLKRNwNRD6+PUAfcDHcLzbpLtHvfEuJidZFWPGp7mr5+Y459T16&#10;NItySEwWzR24GKgqTXzHqD9pHp1sWU2GxkFHRUNFQ02Px+PihhoqGghFBR00MCGOGGmpqVaeKKni&#10;Q2RAoVR9APYYbY693X2nnamvPhp4mV56/OZSUU2PpYFt5n87LIjBQQSBZm/B49lVvA+4XIUTEMwN&#10;SxOlRxz5dCC3sZRGAiMsYFK5p+31+da/PrLk8nS4mnE04dwSiQwU8ElXVTMeAsUEf7j/AOv9B+fa&#10;5ym+NidMYmSLZDx5vdollo592VtIKjH0/BEq4KilH3FdKJVHjlbTED9Nf19mQvLXaiUsQZbg4Mhp&#10;T/ar5/bTp4GK3JBo0lPI46ajS5LOG2UQ47HXR0x0U8q1spB1Ka2qgKxL/jFGzr+Ga/HtGdb9Tdr9&#10;/ZWsmipWwu3Gk+73JufclRJS08IQyTfcZXPywzRUDzGQCGlTVUSkhYo73Hv2xcu75zVfGDboNRr3&#10;uTRUBqau5BVB6A8TRVBJAIZ5l5q2fleybcd9vQiFRpRaNJJkAKifExqRXSO0VLUUHpu3RvXAbJgo&#10;4qx2qcjVt9thNs4WnFduDMyGSIGLEYiKYSPFBG+qaZ/HTUyfuSyJGCwth6P6M2N0jSbdgwlBW5zf&#10;edDpS1VJQTQb3yEE0JjKbJwtaHj2bi5DNaXOZNo8hJH5PBBC2llnnbeXOVvbCO1vN1uWveamaqKi&#10;sJADx8JMiJOIFxKRI3GOJSGBxs3nmrnH3YubnadlT6DlRVOppMx6hkGaRdOvFD9Oh0+Ushpgm3cH&#10;Y9TuHG7ny27s9tjZ/XGzYabI5io3Fl8evVm3paVxOs3aG6kal/vllULr49s4yRscJxGKuoqVYAWM&#10;9ddFV1TUYvP9k/YmHFMZ9tde4v8Ad29gTJqcVedqKhDLuncrGQtUVlQJHmmYtfgWBnMnMO679Okm&#10;4z6IYyfBtkGiGIVqA1GIlkH45Xy+aVUnoY8s8t7JydE8e2WyzbnItJbtypd6ihWIZ8JBSixoyqoA&#10;0BqlutTj+Yf/ADuYcliN4dM/Cd9w4iDPRy4fsj5J5+mGP39vCmppIEOP6qgpalG6+2NKYmWFIFgl&#10;+3ddEUBWQuYre+9MH1xtp87lPGq6qejxuMjlp6aqyeQqtMdJjqJGCqZJL6n1ArDEju9kT2BNusH3&#10;rc/potRQyAE8e4/M1AGDX0UE+XRndS3SsqAvJck1AYsUVRSrGh8q5NPiNCc9UNfD74l9ofPLv3H9&#10;UbBar8M0lduPsjsDIUtbkcRsraOPlabcG685VqZH16m8dMhlE2Qr56enjJklUivTKZ/d3au6pfvP&#10;Nmclm3rqDFYaGPIUm34aWiRF+2+50moxmyMRWVg/i2SC/dZKqX7Wn1Tx3ppst7FNpg/q7y/WW6ug&#10;RNIoYB9HFKmjparUmaQAGUhUTUwUoQzqPCu7yMqtzBGkk07aNUSsaqQgJV7qRf7GE9saN4knZQTb&#10;yPWvVHxy/l3fHWDB7Phxmwti7Cgx2U3LurLPt+v7J3lu7NK8/wDFshSeOnpd5d27ux9LKu2cE5TG&#10;7dxUi1VUsdARHXmm6u6m23tOTJZPJSQ5zsO1NT5zc0WPjw0a0wo4PtsNtzC08k9LtnZtJFIY6bH0&#10;zFFsZZTLM7yewzf2UVrc3cE6ibdUqJH00qaUARF7Eh0k6UUkGgLVIWgKsd9Z7W1toh4O2GrJGJGk&#10;Mjq5V5JZmCvNOaAu0ndkBcAgUQfzCfmD3x2rTbVxG3Y6navxs3TiMlkdpbEqK1c9PLWHLmhyG5d/&#10;7gqIGym++z56zExV89fXVDLDK/ipzFBITI61PWmGxVNURbf3R2Pg8c009RHgsRu+r/hFDJVSSTTL&#10;i4ammrpqOiE5/wCA8DxRRq2lFRQR7jq520aCiSyKmrgrsFGf6PAeWPU+p6lyx5hs9ymE257XaPOw&#10;FZTGVdsBSHZGRcUxUdvHjUkAsT81+5t8btoH7j6j+GO/txT09FS5XtPsb4s9fbi31uWagpIKOgqt&#10;3VkUOOgyebydDFFG1dXU8spRFEzMbMQ7l2tUUTPIm++xqmMkjx1G6HrtAuCZPFlqXJUz6WtcGIcH&#10;3qHxrZzILt/EoKUevD5PUfs/PoXPBt0tFO3W8bY4Bg2eAqGrU+WanNOrINtdi0u5aemxsfxn+Jm0&#10;cmlOjxZXG9EbMwVLWT6X/wAnFTsGg2RkcR5kjcDx1rsblT9DdVbch3BTVZ+033PNHp1TUufw2Gnk&#10;J1BVaGrwFHtpo0A+vkSYn+vsVWm+q0cn1s4dABVWSNqjFQCixZwPMn7eiK82WyVW8GyZJeIeOZtP&#10;yrG/jMxpxKsPs6LH8i6Dq+ow0U2+Ph1T5eseaSDH5/qHs/emASjqCvnZ8htPtmp7lo55ZJIi0Ypa&#10;rGxm4GgaiFFO+bjlikqa/BVCxKwZkrKymdtQHqUF5Yh9B9SbW49iGx3rkkxy60ngdqthIStaYNGk&#10;Ln8hq9BXoP3FrzEukQATKfIFy1P9LoFKfMfaeq0qHCfHnK4nJ4vb/WnyR2xkq2WAU/n2JsPdlDT+&#10;AtdWrft8RkXjdSdQQJqB5BHttrdxY+i1PW1dHB4iC/hyNRUNc8eiJIxGGP8AVrX9nn9ZrOztGntd&#10;9R7WgGnGsDy7FOr/ADefQVutlmu5mWXYD9VUEsylRUVoasM+fD8/Lod+u/j321uijpsdsbFdg5Sh&#10;zFLU4/H0uS66wmz6dIFmRvDW5LJVVRUvSI0d2WnFUCukF9R9p2r7T2vSIqQmoqHXUxlaoBU25AdE&#10;mFyf6fg+w1d80QDTLFK7g5UCh+dWrUCvE+vDr0HKt5UjQiuDQcWA+zTj7Kjoye3f5XvyR3bkaqp3&#10;FkdvbZx5MUT0NDiYBMyO7eQpLVY0tVOGNwUQkn1H+vsF949vS5FDFTStFC2sAKxCWDMBqs34t9fc&#10;f7xvs1+wUHtyCEJGMnJrSueAp0Ktq5TitHNxKS0h9c/s9P8AD/Lq4X4q/wAtjaXUghrsjjaGuzWn&#10;G1FRVPQ0a1Es6F3klcR0sGn98sbFblbE8EewDrd2U9dVuj1sQeM6ZGnnWJSxIICMzc2JtYfn2GEj&#10;DnWaBfQ8ehWLF4kVvCah8qHHVseG65qNv4yKOhw7N9DTimoY3N1Fr6IoYwi6fzcf7f2nsxuHE0uI&#10;yxo50q8n9hVmJfF5SpSNiwilRVW7D6kt9L+zKJoY4npXXTGMdWtrO6e8tnaMi18QVx3HOceS+del&#10;Fhtp7mqtwYA5GkfH4CLMUTTn7iRJJmMyMFqaWWeSWSMPxYxxqrEG9wLgRhe2qqTNz1yxTUsTUSQS&#10;s11LVTUFLLMqqraDoeIkg+rn+nvf1D9mr4R+WSor/g4fLoQbjy9b3tqlvgjVqFa1Gn/PwHRhsh1J&#10;jo9vU+JaRaposhO0QkVrCE1tYqkMDrOiOrBJJuAL39oXc/Z2Gqs/TU+YqmMs9GyxU1NEK3IzLKso&#10;8cdNG4dkeJpDq4ta9+PddSMdEynSx9PMj/KOjG3sGhipAveD5k04DBzjgD/sHpYYDZ8mAxRpMS0C&#10;S+ZZEjmJSJWiKqZLtdg0a2Fvpz7N/g9z5GvwWOqqinqo6N6WCWFK6lJkPiF0b7aZYiAoFwztGl/0&#10;k39z7yF7Hc/c8JDcbftckW3tIAHmDRAitSyghQympGqtKg0NRTqBNx5J24blcx2kiPeuxJpQqA2S&#10;Cwzx8q0+XRRtyw4nFbgylBQvT1+TWeQVD42dDDCKiMfsvW2mJ1a7MIllKk+pVtc8sh2Rmlqknpag&#10;SUkUEIiiq4RVTGRbhpDM7mGKIWGiNY9Sf8dG95y+333Vdm29Nrv+aLjx72IVKKKoWp5hgB+xKn+I&#10;8el23e0myxW5kurc+OzEnQSimvkdI4fLh8umLG9W46uoqijy0MdLU1dbNJIcPJ/DKeGhHjkpoA8M&#10;E2QqagsW8shmWGcenwoB7QO4sxk9zyCozFfUVC8O1OamRKcIW9MawqwiJLW1FubfXm1sjT7c8sMY&#10;0FmwTFVVtKmg4FQFB/Z0dR8r7ftAC2NuEAoOHpwycmnQo7O2ng9l07Ue3MVRUzsQjVSUsX3U8gdm&#10;eaSd086l5JeAoCn6/ge0rtnb9duzISfwaekhhoMhSSQRVdUaOmkmWWWKCRoQjCriidibFWX9IY8+&#10;8f8A3F5Vtb+6RNrgaMxyUiDOVTFKVVRQ5FdNe4fb1FHunvmzctbUku52lw7yK6hokLacVOs5Ckgg&#10;KD8uhgjq1xIjjyAkZ6ulm+4kEEdVOscgCypThkaWmDiys4K6W/I9n96v/jG3KVosjU0tZLU1VN9x&#10;G61JjpaqFtNRLBTzwP8Apif0kWVwosCbew1tOyX1jZXS3Fwslw7knSrpRgMjS1TThSmkYr1zw50/&#10;du7X0EtnE8MSBip1q+pWyoYrQDI+3PHoJd809HkoJUp4qmiWnpKgJ9vUJG00fgdoYZJqaSNgJZWB&#10;awYj+0QPZocjVIfFHfRJJVwwUlmCsiswmeN3p45CjBIGYO5CFmC8XA9oH/TaNGc+I7DyxXiafkD0&#10;QbXbyCCFnhC0jq/HiTjBPEenVbs9HKmXyc0+t4BTVlZkS8kMiyTJCsLMpZjJMZHqVRFRA+lL2DX9&#10;ondb5OjxFeaanpJsg8TtDSZCeeOglmkXxwxySrTVE7QAEagFs59J031ezNQ1xbu1tHG8+kAK5ota&#10;fj7H/Ki1+Y8lVt4D38P1LyLaBxUxga9NK4BKqK+ZzTFRTHQ59Ty4nPtjnpaiX7KED7iopVR66mVC&#10;rmIU8k8DwVDi9tUjaojqKsCR7Cyizc1BSZuo3rX0UG3JxiqGjgpMPkY6zH5OodcdWyr/AA6prqp6&#10;bJ1wR4BDGJKUFi7uupltciTaY7m73K5RbH9IIscTI6sQUerxtJrDOdSAAGNfiYihFrjaob6bbBsV&#10;sG3IeK0jM6MsiKNaDSyxgGNQVbWaSSGiqrMB0aGallY4+LbVNJUZRaid6iWWtoilbQx+aphjjFbF&#10;BEi0dMGSXytomd7KoY6WEzbdVBT0mPx2ArKWpix0QoRNVVc+QmlpaGNqBBJXS1FXVVFfC1MEkkmk&#10;LyNENXq97fb0ito4rfutgNJq7O3b201MSWIK0Ykk1Bqa16D1+rmS5u9yj0zTNqIRAoqxLVVFAVFb&#10;WWCqAvdUDgegq3PhGyDVs+apMhEMhI9QI6QfbOHqpWmWNYkWnpoqJ3qCyJGhVfJqHJ1e0/2hkhJF&#10;iMFBLGs+Rlhq52mm0RKlOrNLLJfyCKPRG9zewZV5ufYQ5lElytptcL/qzPU+mlRUE+gFD/l6GHIl&#10;vG9xc7lcAmFF0igzVgAKUHlUdRdlYx6JMvlp0kMGOaeKnSJDrMDWjp4YBEFSRvCYilrlgxIv7JV8&#10;g56F+vJcjNMkjVlfTZSlmkkWWRaJ8xQUlIhaUKA70tMx+vqAF724gL3QkiXYy7MCXcNk5CeKqoPy&#10;Ve48a+fWbnsBt7W/OdlxWONCjcQKmJmavlgmlD8JOKEnoV+nq3JSdjzYqKIrTY6h/g1eukrE2Rgx&#10;VdWVEgAWw0T1SqPpcn/Hk/PwWijk+OewMg09XV1Qx2QpHjlV4oFpI87kqmkhhPiigraSKKaVo5Fk&#10;m8btLGJBd4lPvbyRJuT9kJdzOsbgs2NP6rMqr/EoDAhjqPcyg0UBcH/vjRaPffna0iWJLcvAw0kV&#10;Lm0iDlqVIbUBqU6QAsclNRDEuXyXzslD3BubFosFJEMhBV0U8EsbO1S2CxSVTzyR1EtRTVhnVb07&#10;rGJrRShNeiRzV09XSZWsrfsGqllpJIKaopchS1lGbSxCrikpVroIo6iBxVNpmQNG8oeNnEkbog9S&#10;URBo3HeOJ9f9XDHWLlztT28cIkVTEalSGVvPzK8DTThiTSlMU6Qzbqr9tY/F0+ZSmMMyS1FPkcJW&#10;Y6upx4dcFQlXNjaqeWOVa6O8yu/ms6yhdEqMyLbZ+Upt4VW6IM5ljha7CrQZzZ9bLUVWKNfDJRLi&#10;s3t5JZ5Itv1NNRQVMVZBTqsFa1QksoWSINK3BbldyluhfymKSLSY2bWgZWBSRdWUOksrhe2TtYgM&#10;p1XmmtX2ZdrO3QG7jmDxXIBWbwyH8SKYlQZ6uUdHc6o9LKKrIKC1trtzCVOPoMJKtI1cMgZcTmqf&#10;xfdsjU9QZsdmpzF48jT+VYzTySyM8QDIBY8QM67YzIw1ZqKWhxVHD45Y6mtWix9bSV6QQ1gr4Ptp&#10;YpUx9JE8lOC6qHZ1ksh4OUgaWPxo2NIlyKnSACak9tFooqCDTgDpABBHb7THJbyxmIvdSOKaY9Tq&#10;Vro8MlqqXZv1CqlSoBKs69DntTcsOfxsUccclRlneZiI40lqKeoowaiFoql3V6LyzMEa1w6mwIJI&#10;9gBtndeHloMXVderR5/rfdmQkk2rXbCqKbdWPqK2qyefrNwyU+bWevpnpK7JwVVTUVslTDFQa4Ka&#10;Om8+tlZ2ma2hSCSxkim2eV28JoHjdCWaRnLFS6suosZJPFUVpGoBLVN+ZuV7rxL0cwM0HM1nGBML&#10;tWt2VFjhjt18Mqrh0jeKMRCJnmpLO8iR0HQ/Y+rnExjyc6xZKjp0krFr3WjKeSGlaj106BAjQUdQ&#10;kXjQM0sgJLKoHsbaWinieaKpZXp6vwyRxO1NFMWjSRni8yxsfA8yq5aNpLrewCm7CRp9QjkWokFR&#10;wrmlDRTwNK8a+vHqFbmxFAYox2V/DmhPaSDWlBjIFSQcnPTxFmKeWNZIyUkhYqXVtZYX0gBW44HF&#10;7A+1ZHjYofK3jhEzsksbhImVV8EcZWSZlvNKV/tkmwbTb0CxV4jF9ep9AxTI9PIceGKj7OPQflE4&#10;kSrOUGCBWnEEUpwoQDima+p69/Eo5YxcF4Y7gxsgJkJPPpN9YH5H0I+vvliMJHTPWVkVFTLWvCEq&#10;6uPRLVVNPAXaGneoAaaaODyOY0ZiFDvbgtdq5ktlmVgKa9OaU+HURXhwLNSvCvRum53OmCGSdzEh&#10;JVSagE0qQDjNBXGaCvDphzc1JPdJJZFik0sihjGscikEt6WUK7NYk/VmUE8j2saB4JYPFMGiYBGJ&#10;i1aYrgKGgjUhTx+oL+Lk+yy4jZH1R0K+dfP5V4/7PRzbzyMUFRoI9B6GnlgipoRkHh5dAdufDzQz&#10;y1dJpnDl9ULzMvmTUCFlmZiVQrYqCdIYC30HvDuLG1uSwM2NvUEVME0S1NFVVMFWo/sSU7Qus0H2&#10;7XKWIW/PBAPulg9rHd+MXI+R4VaoPHjg/Onl0f2gSO5iuKDtzSgofUcMVpT7PtNURgdyY/FZ+Ood&#10;oaYxzoj09XHEIUeXyKyyTIvhtOvqeRtBjkOoNqJuUXeXVlfkqqBGq3nqGKJHUVCwu8xhRYZqidEh&#10;gSnkqJmckKfHcgx6R6RKe27zbG2CyMSE9QD+zHGnnx6kOw3CNIJikWla4AJ0jiaKK0oBitK+p6M5&#10;tzsjFinlaUrama1QUlh8MYYa1EbaiZURD/UNb6j3gwHVNJjmV5KRBVh5ln9CM6liymQF0ka2lzb8&#10;qSOQOfZtc8xR6NNtQRYpwANB50/1evQU3y8u7sU1/wCL1xw/kf8AZ6Wab3o6iINTzQyRsAVcsiCw&#10;sTf1XWw9iHS7GjEcjmMSJq1BjqhnlKkowcBHUyRo4K3uOePqSCOffnaRVqA/7RT/AFV6j+5tmY6A&#10;T/Prr++NPqjQmO8jW1LKrKFH+7GOuwS/F/px7T2Z2DVQQRVtMkMkR8jJKrmOSFoSzswdUbRINWoD&#10;hj7MrDmSCV3t5qh60pgj+fHpPCWZzHwFOH5/6v8AB0+Uu5KKaQwF3SW1yllKgEgDkkHUb3H9fbns&#10;IRUuVpocrTJJLrqGWqmYm6U6CTwyz+Nppz5ixVHDs9/ofVdFzIvjWU0lnKQlANK+rHJABABp5inS&#10;LeLECGSWIUUEYHmT8Rp6U40wOsmTkd6SVKd3vIpQaRaQo62NgGVgWubEEH/H2KzSUtdUtj1pHhFL&#10;PJK04WCGmEyVNTMXQrRwoscTzovpu6xtqP4PsHrFNbQ/UeNqZgBQmrEEDjknND9rCnr0Tx23hReK&#10;CCWoAOJ88+tP5dMUrzUkDTSSmZnKoEOlpGvFGmkKskjE/tH+h4P+PtOVFDPn6jcOFq6lPGlXRR4w&#10;RslC9HFR1kqyfaxKsapEzwgyafUpfWRzf2Zx3MW2xbXfwR5KMZMFw9VJGrjU0J018xTy6Mo1WzFr&#10;cRoGbSdWNRzXjWvGp+3rKlTFRwUVYkZTyRtLVPEmoyyS0t18sn6pDdf2tROphYfn2iN27XSkymKG&#10;QopIgKGCnp51dZY5nokhi8lXLKWkmld2Ku9l9JX6Dj2fbHuzzWV6Le4VgZCSKEEBiTRacMfCOHH0&#10;6OLS4le1mETLXNRwpWpOBxOcV+zqdicklZBM8M/3DLK+oN41aNXlkIUiMX1ACwuObe0GMaIqus+2&#10;iGinmtEYUkTxj8KVHqeNiTc/Q29ib6kyQx+K/cR506MAxeEF2qxGf+K6dTKNPLBf63IH+9/Q+3at&#10;wMaT01R4I3EiU7sBNDp1a0uqxMRpkRCVu3qC+0UF+5jmiDkKC3ka+YGfTA4YPTUdwfDmgBoM/wAv&#10;t8vlw/PrgkxJOk3C3WwAOocre/Jt/j7kZXIUtRS1lH9kvhoZXmLHwRRtTTohnplm8XkHmCKV8Ytq&#10;IYG/tu0tpY54bgTEvIKcScjg1PlwNfz6S29nNFNFOkrBnxgkZFSDjyFSD5HzrjruNWWQMXJLWAUE&#10;g2Uk3sLXsT/T2yYPcMe36FqymxULxRNLDSRTUQmhE88vjjvRoQ8coa9yY9Kk6uLCyvcNsG4yrayX&#10;TAFQWKtpNBn4qY8uBHyz0bSbfJfXCwy3J1lQSxYVoPIFq0rU0pT1641lIK60ck8sdirFoJxTNZDd&#10;VLqUbST/AEPP59xKKvyML/e1kFLVLBUyZOjRVgZfuR5I9cUMcLS07RPLIo9UhVGf8OFX01jZyl4A&#10;SDQLU1wpX1NB8q0+QpmpibOAFooHaLXEyGtQNBBrWrEE0VTjSQwBXSaHrqVo2XQSQpHN9LHg35Fi&#10;pNx+Bx9ffPfOPqM3hMjndrpFQbtnocpjsTFWn+G4Z89X4tExLZWWCKWIUsj4iOB6gJ93DSyTRwOp&#10;njSQOPBe2L3MdhJGbwRloy+po2cadJlVQxKggK2K6WIWlG6UbNItrdwbfudZNkV1aQqFeXwkfu8L&#10;UygMuovoYiJ3VC60DFYtM5hlEExumgul2NtF7XuTdbH/AGHPso/WlVunqzHR7SXC1e+u1zPV7Qrd&#10;55FcHT43Gx13j3lg6bM1VPHSbo/gGNpMvUT07SpNK1TDVO7QPU00PsP8vWV3Y2ENhcxG+3NHERuC&#10;sSBQQJ4o5GFJzEBLK6llkIdJKtG0qqZk5oTZea7s70L5Ns5PUC4jtlMxMhUm2nkSJibZppJIYo2O&#10;tFWNkVdaJNIjvURLVAny6YkOrSun9QXSAR9fofYi7thjot0mpzOKoshQbV24c7UQVskORydfkcvl&#10;cy2KxNbLkaHNV2SoabLQA0sUkxC1IgeEO8egjOazt55RKscTW8EIbvI1yMS4iCjw2cIWTUFUV8XR&#10;oDaKEJ7TN9Ts7iyvHinvLjwVKIyCOOKGJXmURvGEcxazKyJqZNYJVW1H0Sp4dMbadT6NRNjpt/rg&#10;g/63uu/OUO5+2uwouw98bs6nouqMfuWgwSdfblyWMy2dShGPxGQpsbmIsM7bdG+twVEskk6GqqKm&#10;lxmmFFihWqjYFW1huXNe9w7zzHvW0xcoLcLF9JKySSIjIrIkgRjBHdyDUxJeQpD4QjRC86Pkpb3W&#10;zck8szcscubJvb87y2bTNewIYoTJ4siPJC0qrO9nAqhUbQsb3GqZnctblHFPQoUayx/LFmH+vck2&#10;9nF6U+UvWO7Mft+fAYfK7om3ZVVENFVbX2slRRY/GUU2ToVr6+GGRq/bm24KillhpkrGSF3a1EJF&#10;8r+xWnMfL2/R7VNyvczz28wKAxxSsVEJILTAK308QfUFebQjPqSIyFdIgnnv2h5z2e53RdwvY7GO&#10;zAZ0uZ/7R3ERWOOhCTzhXR5DGjkaVM5ibQqQ6qmLNqDhQeLE2/qfyR7VvcbdhdybXw+N6UzE+w1l&#10;y2CyNbvXdG2ctQyU2DMstVU4miwGboqfIVuaqTRok8VQIYIYpHV5VZjH7rcDmC6sYoeWd0+iuZSj&#10;vNJCxKRCpZUhkEbNI1UAVkj0qGAYPpVSXkNOXOSd3vrjn7bxuFIZUS0tp46tLQBZJLiKR0WMaqqY&#10;wzO64R0q3WOER05ZpHDFgLWbm/4H6vz7NLtXAvUbGw+2N95fG5xMdFR1lUVx0FJT1mYjaCoM8VPN&#10;LWTx0IyESzwU7SulNJpN/IA3v1+NV2119KJLt0VJGK9rMnGQRnUqMxFagkrSiuRxji/u2t9+vt12&#10;K3kgik1ovczMsZ1LQvRSXKMVZ9CswJIajFVYaqp/yt5aWI+V1KGVy7ppFhYKxeMEgkXAvbj6E+3T&#10;c29dtYCjoqOCpx+JrK6WWgxlJVVERaprlgYVFTTRhqYyFipkZFDW4UEnTfVjtk8t2v1slQ2RkDHF&#10;UAYklhXFM0PkOt7dt24XjSXbWzvAlC5VagCopqIJ0gmmSMeXTdR46ukqn+8kFUjBpDJFA6iKFJQY&#10;adh5Z49apJYsLM2kkcX9pCspd0UkOHoZKunyWZy0tPUGfBY+JKXG4RpFqZa1vv56XH1NYsatBHAZ&#10;tTSsJD+2tiafWRNHc3EFtS2jfS2tj3NnFAXkVCKVZVYqfhRuAPbfcdqna+lWKSLb40NfFZhJJLwV&#10;ax63RKsHLCPUVSidzZnmOm/el0iOKHUirJ5naSWxsvii11AjP4ZQSW4AP09vexevqrbW5M1lEggo&#10;cbXNiJYqSLJ1FfXzT09PVUkhq/uIxR0LDwalSmlkaRiTI4BjQB+a4th9Z4EdBNQk8AWCqDRAAAoF&#10;ADmufSgN7vmePetu2+zuZDLexeINfhiNNLlXUAg1Y0NCXGCNKqpDVS26snqxwiR1kkUMXnMf28IQ&#10;mOQFbtqYOHsdQB4HAv7HvGM8amUuxqJ38NOZpR5KiV2Z1IWTyOSFLDk+lQFHFh7Dl14XZDjSMmnl&#10;ivHy+z7egtd7estAi9qgV/ojFKkcOIFT6j16CipzAjYxNEZEVBPIsacQxx2WxZLNFrex1cE/159v&#10;GLpIqiqdxEgqK6RoIWkkQLaItMGj5VWLAlrXUaRe/wBfaa8uGiiA1/pxippx9KflT9vV4bcxBoy1&#10;QoqaeQPCv+SvSO3huOSlpQWmb7Wjh+7nWK2tllsAP21MgVF0i45ufyT7ibyzOxcJU4HH7w3NhaPJ&#10;1NXHTYXb1ZmaakrMxXwx61gocZLVQjKT051SJEkculhqtqUEE9rextcC0SaNHuDRdbKGcnICgmpJ&#10;Ar2+nQl2qw32a2vbratsnktI46ySLEzCNa0LM4UhFzQklQa0JzToO9p/3p3BNkjt3G1ho6qFmqcs&#10;1HJJFR05Dah95KPNTGXTpJJjLC4ta49oKi7n2nuDfmd2ttKn3Tk9w7epJDlZqLaG5INtYtkUI9NN&#10;uzJYuj2zW1wYEyUdDV1FWG1nx3R7MwbjaTXs3LqyM91CQZWMUoiXUaKPHIWEsSKBQ7Ng1WgNBHNy&#10;Lu1hy1tvMO7NaQbVdSL4Sm4h8eTNAVto3a4CCtdckSRkY1ioPSgOzMvjMZBj89Ph46OtqBoL5CgW&#10;unqKiRTC8OPo5Kmqhpk1IrNLFGgvywDL7aNy56rzkmSr9h1VPvve2OxuQxuHxc24YcbsfbWcq6da&#10;qCpz1djRWV9VURgUsTCIVNeE1JAKOOqnb2/cQbhDHcXe1iKSTSY1BasKHBOsAgkmikjTrCkGmlwe&#10;g8stjDJFb794u37DK6vI6xlrmeKtCIUfTEASJCMJCWA1tK8UYAw7S2hLgsbTQ1VFSY3HzSIamsNH&#10;HLkchQxmFQjQPD9vTxzO0kqqyqsbspLTNCvtEb8zEXUewN4drdybtr83iNq0tVuCl22Fxc1FgIsh&#10;i4sG+AoqbD7bwtXuCqyuUqZaOmmyS1GgThtaHXOlb/cbHZrPcd93J5fpIR4hBCHSdOnRGURdYYs4&#10;GssSGUEilDvYdvPOfMW0cpci7Slve3pWJpzrDSNHIZDK5kmkWBUSNXkFuI2bTpIYqsRXlDJHXVkN&#10;HhqEUyzBKeasfUZGaORj+y7PKIUjjVWIjKgsLG449g9uXM4TtLr3aedlZcvj+xMt1xmKrrfO5DGV&#10;uLmyI2i/ZW3uvqvIS4XIwYqHOS0VAa60FWaullaHTKK6EK/uL2vMmz7SexoLt4H8GRkVWZYBcLBI&#10;41pFrbSXLBhKCkY0o5JOrLbLzlPmPfrFU8KfbLe9jS9iRlkWM3P0U12IzLG0phBlEelovCkRZT4b&#10;QuSt6dGglamAeP7eGpZaxFdZJbyRRVE7+N7uqmQkBtOlgbcKfan2xl+ytyx7eytT0hLsja1UKvD4&#10;mjqt70c+PoMRUQSx0W4Ml11i48BiVx1bTO7CkqZxWUdIEhKJUTrD7vtN9fTyWrScvPawLGRGBcJq&#10;jQaFR3hIVcq2orq8RNNGjSQSRqT3+1ct7U+6W8fP8d/vChJHcWjBmmVqtAl5J40hKMq98cYjeXW7&#10;N4SiTrBPNjoDJCla09VAgKDTH9w0sb3OipqFklDa1+npHFr+xJ3X2PsXYYhx+4MrhsPVfbBKHFxZ&#10;GgXPZGOSY46lo9tYCOWLNZKepk/bgSliPqHJWwIE1zuFht8aS3N+iSPQrG2XY/hUR11OzEFVUBmY&#10;9qgkaegxtHKm+8xa5Np26eaIP+pJobwYyBVjLMRojAWpZmYeuSQDGp6WorvGyCqkP6V1q5jDMOfJ&#10;KAUH15Y/n2AnY2ztpdt4vr7s/dO2t477n281Bm9hjrLcybPzNLhtz0cEseVq4a3N7NyMuFp6ONKy&#10;WOCtrqulMszxK0ahlDu77PtW8jlvdzY3FzIJkeNreYRt+otC9RPD2BQpoJGkUu+kGrFhLs+8b7yN&#10;c81crbPu9pt1vcq8V79bB9VG0kLH9NCkF0gkMn6KhoY45tKLJoJKqoaSSOFjTRfskkrUmeRHjeVP&#10;SRG8bWBVgR+P8eb+3HbdT13vbNTb6wcORyG6aPbdDPTjcWOyONz22tv71ENTQ4Y4zM0GKlwZyUeB&#10;Exp5o/v1ZHknIMn7g/2u92ndri13KMiS7NsrqWjaKVYbg6tLxSIjxszRdySIrqoAICkDoIbxY8zc&#10;u7VHy/uPhR7HLcsG8KSOaG4mtA0byrLHI4lMZlKa1bwhjQ3bqDnqlWysU0sRYodQf+vJv9Afx7Wl&#10;LuiKgzVPhK2uENTuCrix+HpYQ1T5qmnx9TX1UjPCtRHDRRU9PM7SSLHFGqqGe7Kvs/3H6OCOxeUA&#10;SOzKBXLaRq7VwexRRj864x0G4Nqa5spry2gLfTR+JMzEBVBcRoNLDLFioADMSWOAENOM8fp12LAA&#10;Hi/5IAHH+PsQ6vC08EtS1VLS1eGWKoiVKNqWshaoDVHndpChrJZvNaKUySshYXVL3LFFvdSTBDF4&#10;i3NeDVXAODSlMjPz8+PQefcKiJYFdL9TksGHbVRQZAzlhitDUY6xQlitgCrA83B5F/6H2HtalXKa&#10;WLB1GMxhM9JJVVtfjp6yOegjnWasoYoY6mjkWvq6a6CeWXTA7KypKqlSb3Ue5PCiwS94kUnWDJ2g&#10;9wC60oWFQGrRfiKtw6OIpbWIO97HJKxRlUI4Uq5Xtckg9qsdTACrjtJHxLJUNzfn/WH/ABr37J7j&#10;iocfOtHL9w4qaOqhpZJGEy1KxJEZDKiylaWJEB0gRq8gN1uxPtdbbbJJOJpIqa1IJzSnHgeBP2Y6&#10;Q29k97eRySIoTQwLU8l7lFOAJNRxqeBJA6yLHqZdSkDmxII/F/8AD3ExsNblMtPkchCY5EdaaJKg&#10;qjMkYMRji0+lhJJFruCSgIJ+vtXcPDaWkdvAe1vTNBxqf9WenZBFBBFbW7Blqa0Hrn5n/iuubssY&#10;sDf/ABHNufp9fr7NJtPL0MeLSVXijZqYoYo3BcSBkS72Crr8ttN+SL+4m3qyna7KlWKhq1pjz6BF&#10;/aukwVkOivHNOB6T1bC80wUBtOok8GxAU8cD+vPsYcPMtR91ANDkxx1I9SOAXGqRi4uFBvcAewTf&#10;RlfBkOADTzHA/t6KLmN18Gao1DhgfspSh/n0nZz4ZIwQVDuV1cgcDgX9t9eMTjIqmukhVFpoWnmW&#10;IsC8cAlkt4wGDITKxHFgTc+3IfEchVIFcVpx/Pz6LkhuruSG3SpLNQVqFHAEnyrwBP2D06dKd5ZA&#10;qxuSGFw1tYNgL2JuPaFyGfoc1TU0uKpgYJnjkeSSLxzPTLI97zi+giWIJYEA8n+ns/2+1aJWeW4L&#10;VQlRWorgcPsP29K/3fcWbvHcHNPL18qjy889O8MTQtokcMwW9uFIueTaw/r7Rc0sT7galZpNAlFR&#10;VQGNxTw+ZJYtF20oxkZ14Fk+nOr0kRqki7d49FrQhSDUkjTn8hWv2dOm3eOwa5kVQS2KGpJBXNPQ&#10;CtfKgJPU8N6A178G1rc2uAB/U3HsQlxry5BpII0dDTzRxxeWFIpZIkiIUJGz6T5ZB/ZOkE3Fr+w0&#10;9yIrUK7MCHqTQk0Nc/y+XRKsTPFVlNdefs6jvOkd2kLqfpcKOPxz+B7ALemMqqzJrOpiWalrVBdE&#10;WaORKbygsoKhV9RKg8Xt7kbYLqCKzaKhMbpgEnBJrnzzQHj0b2UaWsTqy9r+eaft6copkZAb3vY/&#10;Ufkf7x7zZGlgxzrBURq1bWwz1plQJOEMs0NQyRogkGiQuAfpouwA9Vi1bzSXQaVCfAiYJSpFQBTh&#10;5kUxWpPTcauziRa+ChVaepFKf8dH20Pz65BtRDf4/wC8A+4suLD7YyizRwyv4KvWY52kLRLRlDGl&#10;PID6ih4YXu6AGxHL6XZXd7TQWVapxFM6vXz+zoRbZctFfW3kNYz5cR/kJ/1DqNJJ+8ADb9X+xNx7&#10;KLUUApclUNFJ43HmrDwaKNYyqCKnXxLKzVjLIwGsAg8XAFhM8dwZLRNSllwooNRrkE/ZgV40Gesk&#10;dpmSS1hbQxWiqNIJJYAkkjThcAVrSmcjPUhnBUjSTpFuAxta3PA9udXueuhpYKelmm8EAXQVjs6u&#10;ohll8zLo1+Xxi99QsbE/Ue0ke125keWaNTLwP+xX7f258uhLZ7RBJPLJLGnjPx/1fLj9v2dQxTqx&#10;1ta5/Tc/2RyPxzzfn2MOwasbpeniyVZHTQYNEn0ySSJLNIJkkJhcA+RvSVIuOf8AW9gvmKL90JI1&#10;tbkyXFRgAgDga+la1/wdBnfLX9z/AFBjgJaYkCi10jga1BpUnB/YemDK6qRHaCHW84ZSQGICuoDE&#10;gcaSOP8AD2MFZPDkqBqOOoiUIZkSovGtQ0oMiyFjqCMXV7Bh+BxYewVbxS2lwty8WTSozSmKdBiG&#10;ymimR2iOaeRI9ek3HLJRzLMQliRqWw06AvrBYj6Klyf6Wv7Xez8LDNS0s0ssxnWWWRDMCqiNFUft&#10;LqKo1ltr/JBsfYd3q+lSWVFjUIQK0/y9KZ7MayF+DoId878mxtTU00EULK1NCvpIJinmeVQ72DXC&#10;6QSos3N/oR7Uk9IjTmugLIyaFWaYRsoABMa2OlTpN/8AHn2WRTHQLeQVqcjh/s9U+lWIGMjpNUm4&#10;TUU9LjqpxrliMkyUqyo7hSoN3B16fVc2I9pOr2bkt01Ms7tGDDPd56qKd6a4hjcoHhikjZtJBVAR&#10;yf6+zmHfbTaYkioTqGFUjVxIqamoz5+nTL7hBtaLHTDA4BAP7TnoS8TubH4umipY/IzOjPHToymb&#10;SXYBxrLPpJB5PHtW0G2JKWlipo2ZIY4g00jAhWZVvLZWjVY0bTwOSP6+yW43hZp3llA8RjQD0rwz&#10;5/PoI3V6k0zygZ/PH+Q9Smz0UsodwjSynSkSMSUJ5BvqPkYfm3A9gbvvc+erck2BxKCkpKVmp5ay&#10;okWGn0p61lZ1id9B08cMSfp7kLl3adugtV3G8rJM2VUZOfLj/wAV01cvFa25uJ6uzCoVMn+XQpbe&#10;xFNBTR1kio88wEhuzFoy1iLoWsp/2HtFYytkpodJkaskuA7eFRGXYkXTyaZNLA/UoP6+zu4gWZtQ&#10;QJGcjJr+fp0XrM0tWEQCUrnjw4U9elJJGG5BFif97v8An+n+9e3aU1kUP3crRxRmN11MCoGmzMy/&#10;tnRcEDnn2lQRPJ4Ma1cHy/zV6TPdEkxwqQ37f8/XSqt9FuB9Tc88cc/4W9g/unftPQR1MFMiw1BY&#10;utcrN9ypGlIxHLKNUEYUt+kqXYgknj2Mto5ckuJIppe6I/hIx65FKHh51p5efSjb9rn3CXxH7ohT&#10;FPPqWkYAFvpb6f7D+t/ZaNy5ietllc1tRUM7MY46iod40fg3EQcFlP8Aqf0k/Ue5W23booYwkVuq&#10;H1C9Sjs1hFbAL9KqLTJCgE/nTH28esgAH09hNXdjZfYuKz1Zj8bTTz0OMyuWooavKGgw8kuMhjeS&#10;kqakU1U9HVVLAlEjp3EzroYrfWoV5v3B9k2vdbq12yCW5ihmmXXMI4m8JVrG8ulykh1HQulsih0C&#10;rCRrTk3b+ab3ara9vnjgkuIoZGWPXMFlJAZU1JrUVyzyLpUlhqppPfsjvRPYXyKxFV2t3bUbq2Sm&#10;yd9Z1sfu/am4K+l3dTbioq4ST12F2njc1QbiyiZVmaGioYptFMrSKreVIn0c5eX7f3DkHNfuRfbl&#10;Yf1XvLzVNG8hkEhOtjDbRyCaUHUwhhRysZBCMHjXUMqfc/lr2ju7bkf22t9k3NuZ9stQbW7hia2a&#10;BloqS3ckTQRGMAPNM6nxqISulmWvRAJuR7M7D89891R/Baneuy94QRbpO4qjdeGjx2PGR2YuEgoN&#10;qbU2FtKnlzUc1LjYs5t3MGrlqn809VFJJ4wrCP2O9t93bjaGtb/mvYLsxTSTPNEkaB7eZQlvFbxR&#10;GUAKZLa6D+J3mWOVhoUqiwc33WNt58G5WnLPM22n6E24tZS7+HeCZnurq9unEDAuYbi0ESRAxpE6&#10;KWLKXPrC1rcf7b2Vz5K/NvJZDPdFd/4/FVMWex1FvgUOxN7UuZpdjQU2Vy2SxmLxlTh8VTUNPmKv&#10;F7aalatq3q1atlmHkjenZKeIE88c9S20/InPkNlcLP4d2BBcm5iipKzxhCqqiylEcapBIQdYUp4T&#10;mPqcvZf7s9ta7b7p+091uER2iSWy131k8D3paKGOSSVZZHkMSyXIl8GJISIFWqMk1ZpO/bR8fflL&#10;21nt70+/sJj0qN8bt3hTxdl5XJy5Kv2bWYrdzUdFttcztrHy0ox2C2hV4yZ8dVJNHDTeZKew12mb&#10;9r+bubt65is9ws7ZjulxfpDfzHW8AjvHSOEvGoBjjgKP4dyHOgN4DMqEq5v7q+yPIeycstyrf3TL&#10;y7t9gzbbFGI1u0ktAzz+FPIG8Se58RRcROjNLp8enaDH728j+XDnd79h1ec7DytO+ElrmqsPidg0&#10;hw71ONjyFQIDkHrcOtDjpZaMxmUQGqkaZ3vO2kytLG3fdRh3PmDdN25+5jtk2fxCY4rCiOQGJCy6&#10;oWSLsAqqeI5LUErECRkSfe/2jlzlKHbeUtvf94pAFmlviZdLmNR+mFkEktHDAF/BQKFOlAxRfXB/&#10;P0+v+Hu7vpPp+j2X1jjettrbfotu4bCioh8VOohNYZ0i01ORq6iJqyuyGuNnkqJ3knJPLW9PubLf&#10;buUuRlsrPlm0WHaoolVEFWI0k1JLMzMWLVJYkseJOD1gTzXzhunPfNl9zJu19Lc3szA6npRQMAIt&#10;AI0XgsYAUVJVRU9NddWU1HaaZxY8KAwueLggXta62v8A19mS6/2FBiKefcGeVGhWHxxvIjM9QIze&#10;KCmim0FKd/7Z9LFRpK8keyXmPmNr+SLb9vJ1sdRH8NcEkjOrOAft+fRfI0VlLEsVHumNQKCig8ST&#10;SurzWvypinQbbk3HPlXXD4V/HM0sflqCwAp1PD+S2oIWvYXH449p/uvtfBbM2xNVLITTU4AosaP+&#10;BGRr5ado6DEKzs7QmrqtTzuQWjhheQAlNJRbPts0LfWTx6rlu1eOWJGTQGpA+EZBJzjIGfJGx7lz&#10;BuCrGoBJ1Mx1URASXcgfEFBwvBnZAcEEQtvbTtVJLUq71soaOacROkelrSGcyRhFJSNCEvwWYH62&#10;IrMp8VHWUeV3Zl6eCry0oWqq6iOQmSfJzyT1zpF+55NEUsmoAcWAW1uPc1bbttpYWf1M9isu4pEp&#10;LerrU4NaYwKefz6yqhYwvabdbzOlkrlVBWulFAHpXhwrj9g6Fp5QrLEg0aQAVA+gHH6f8fZWNx7Y&#10;hx24xCoiyWYn8b5OoQBYqVpwZBQIz3kdYWhjcNxcc/X3DO+cs+DvmkUm3SVQZSNVE1HXor5EaFI4&#10;HHzNZy5d3Iz7eXVGSyVmCKaVagGfsYVH+z1N1AoWIOmxuCpNxbkaQCTf+lrn3df8NMCdodK46qnj&#10;CS7gyddlFJQxu1LH4sfCGEgBs09HM6kellk1DhveHv3lNpuObucdn5dtVdl2+wWOuk0EjO7ucDAo&#10;VofMHz6y+9hLiLl7b9x3Y5e6uGqQc0QKpB/2w4eWR69fPX/4U9bxrO8/n/t7qnb/AJ6mn6R6Y2vt&#10;esidWmp4dy7xq8xv3KyQtArEBsLmMVFKW5EtOV+iKSad92YmNQ1SXUx2HkMauur6CxAZiQeeOfz7&#10;iDb/ALvXunH4M+xGA+IdWgyBP6XcKCh+3zxx6m/e965N5htnj3/Y3LlaCQIHZeGQOPl/n8+qK9n/&#10;AA6+SMtVRJsKKjlqsr5Vgx1NnY6OWSJ6eRpUq45DTpDTtAza45nVFvpIubFhyvbG08VDHLVV8skU&#10;wIHii86yLGQGURMb6VJ5BBHPP1Pse7H93b32u/F8ODb4WAoFe4oBWvd2o4q1aVJ1Y4YHUfPyB7e7&#10;mvh21pcOzCpJQLqBwB+WngMD8zU23Uv8uf8AmE73ydVS7b2vh8NX4KppWK53d9NQJRTT04lpa6le&#10;MViTGrhYsJVZxKCCC1vbIve/XbODLkquMO6MzS0bFHZXDLrEMcjFVcA2tbgf0Fh/Zew33hdvheNY&#10;NrctmqT1YGpNQzxgDJPnTy6A+++xPLlzLJJa2s2oDFWAp9gFDX7M9G1wX8tv+aftTDPRYzbmyMhD&#10;Tw1SwnG76oXrqVjA8dTLStkExUfmqY5dIMjFVFyLfX2503cPXORrUpKfdm3UqhKwSOtqI6CaNZ1j&#10;uIzVywOrOVA+g4Fvpx7Mtz5B97tu2pru55Hu5THExYwtHOxOVNArguSBqooYkUFCKDqL5fZK3tpK&#10;pKFt/EGKMe1T+IccHI9TUmvTpun43/zKdi7OyOUz3xq7arcW+BabLSbPjw2/YajI481sUUrUeCqc&#10;gzUDLIZ/HDTSmxALcyH2tKrIUlbi56wZGlmois0jV0E0M1MwDeQyJOpYGwWwAbQdVrcn3jpHzXvx&#10;5rs+Xbzl+9XdJLiFRA0bxStXCh0IDDNSCV0UFWBA6lOH7vi3u0NNt7weE8VF4HicgUBySc17lBHA&#10;EdVi7U7+7V2P3RgtvV+w9xwb6gzuPx8uz8xgsngty1EdfE1J/CqrCZCCnaleupchdHaIlmSKQelR&#10;7KJW9pwSb0rcNkxVihqKFqvGTQiimqaRaGUQ1CpFW0ssNRLMZxIzEM41Egg299GLj2V2y85YtZ7V&#10;3j3KNlVmoGBPecawVoauAW7gSrAg0PRXzl91IW+w7VHszo+8ONch7xG71BZaKVIVTQACikdpWhp1&#10;ukdPbI3ttLpbam/8bPjHzVDlVwW78XUnLYzEZKbM01RPRSCTHVyT0dPjZaQ08Ya8U4+sQWYqorU+&#10;zoMzi4ZoaiOfGZGgSFTBWM5ko/G0wqgdGmnrw7L6kGuMIwv7gK+2iz2ndLra7q6WKSAeFIhYB6Al&#10;gwOlNLse7sFfDJJ1agTh5vPt/wA0bXuL2kuzuLiGdpFPh6hqNVIZgSCg4gVIOC1WFek1H/Mz6s2Z&#10;mty4fdNZUYHeO1tx1VDksVuCipqasx2XogxOMjxs9S2QyOIahhMsEimWnqFkjkUMtrift/CjEYwY&#10;+lrahD5XmadpaiqeRBp1IVnQlUbxWChgAvA9J9o73mXlTl+weK85iWAg6jqYMWxwCkA9wxRRQ1rx&#10;PRLbey/PHM26o1ly287MKDSvZU4rqQgCh46uim9w/wA27oCmc5PJ7ghljhppgMWKRcRVrVUyzTzi&#10;KF5ohMdFVaIh5dZFjyoAy1k+HwsBk/agUt5nQS6pZJCkcYaQPIxiQLEoA4CjgWubgKLnneed5JeX&#10;vavl6ZJZPivJU0onzWtQaAUXUwKg0CnrMj2u+5/cQT2O4e4d7FPLHSlpBUqR6TSAADOSFDajxPn1&#10;UJ2//Mw7w+T2SruuvjXtzP0y5h5aCLeWaozB/DqSaeZ55aCkolqac5DxMtqmZldXGtV1jUAc3b2x&#10;DRRyiCeKnCqy6rxRhbyCxMlxxwBdSGtxf3N/t392y2ieO+5tka/3J6OysWdC5+LUD8VeBU4bNa9Z&#10;17B7SbRAkYXa0itIgAsYACAAaQAPMACjZIOTU1qRC+Kn8qTeG/sjBnu16jMbny2Vmjr6mnrZ8nXv&#10;W1lRrqKh6ioJDVEvkbUS8kqhiT+T7KnvzeNTuRIaGGseSqz9ZR4mgFQ+lPu8xXQY2m8txIUiWWpB&#10;a6t6efeXuw7Bt/K9k0sFlFBaWcTSEKoVQsaluAAzgAfn0J+b7TbuWeU7+68BUENs4GhRUgKaAfIE&#10;6iRkAcadbLfxo+Oe0fjvhK/MwbTxOIw/XG3snubPS4XHwGqNDs/C1ecrPsXCQy1NfJDQ2j0SIdWo&#10;ah+LMttYakwm38Nh6f1UmLx1JQ0+pQ7LBS0sdOnrdBJdokt+D75b8081XG/8yb1vDMyyXFw8meI1&#10;tjjnAoK8acTx65M76kl9fbhcSgmSSV3JAzqJJqaDjXNfz49aanaPb+U7R7Z352VkQiZne+789ueu&#10;pnWGCKGpz2XqslIkccckkaKXqtJUMw08XI5KgLC+pEPIv/gLC1rfQAAfj2DZt1tiTbeJSReNaBf2&#10;/wCTopttmuPCjmKBlOKCtf5eZ/aegtyO7qYyTYirrkjmpPTI6hkikKfV46r7Z4WjJb6hgbcG3Hvg&#10;QgN2IDE3tcWv/gfqffvqzPCY4nDH5UP+DpSsJilAcFFHrj/D1i+/qaqkMFI8VVaIlZ4XScrG31Rx&#10;HqX6fki/vi/0NyQBxawLfXiwI9hyZ6E1HDoWWPh9hUgg+h+XDoOsjLNIJGkRls5Lft6QXEgJ0kAE&#10;gH/ePcRlZT+AzcLyOB/U/Uc+yW9PiIVp29DnbZdCxTnOkGv54p9vD59ITKxmoSWEoT91+2SVYAFT&#10;e/8AtPH9PeVGKsDb+g/H++/HsEyxNbXAQ10f5ft6G154W7bbqBH1Crmhwfs/b5dBmivh8mQ6uYg9&#10;/wBLWa5t+oi/+P1/Ht0gYOPULj6D/b/7f2axyLLSvEfz6iK/t5LcmlaAn8vt6FihqIqsIz2uFVFY&#10;kDgrq0ixsSP9v7kmLUv+AH0uP+R+3JLcEE8a9E0e5+DKAyGlftP5Dy+046dXxfmjLIwP9pReycBh&#10;qZvqwGr9K8+40lPxa4H+uR9efaWSzKjU2ej203gyYAOoHphrcII7M+oK3C2D2J+tyfwv+PuK8JWw&#10;+psRb6kX54/IPP8Ar+y+WFgKAcf9WOhRY7yCS7itAc0FCDinpjif59JfIYcrZRxqcFY1eRgrFVbU&#10;yliG1rYC9xf6e0DuvZlJuLRUwzy4fO0haShzNBphqo2Cn9mpKqPuaRyfUhJP+p9nuwcz3mw3MDLN&#10;LHHHwaPtdflgd6GtGVzSnpnoUeBbbnYvatbxSrJxikyjep4EIwHwtUGvCvkbT4jfOLsD4oZyrweS&#10;oYuy+k9zN9rvPqjcMks2ImSWT15jbLv5E21uSmEjFamJQGvaRSLFSy9rde7f37jo9sdo0a7b3GyS&#10;x4fsHGRq2Ir5WjZUhrpmVdLPe5hmHFuG9zpt/M/LnOdjHY7062u7kHTcDSImPAK3cNP2PRf4ZDgd&#10;BiC05k5Mu3v+XW+v5bUjxLN9RniHHVEQKnSBpOkZr3A+Wyf8EvllUbIfJdqfB/eFR2z1RHURZHsT&#10;4pbzq/tu09lU8uiSryOFxUMtc0tJCWCpX4wzxS/plRmUn3SR8lehO5vjrVNllpvv9rVgZ4M3ihUV&#10;m3zHK5EaVM0a6sTNIp9KyBRf9LH6ewlzLyxv/KTxS3lv/iL/AAyIPEiP2sFIUny1BfKppnqaeV+b&#10;OWuc7eV9tuwbqJtLxPpjlRhQkmMmrDNCyagPt62h/i180+j/AJaYJ6rYmXqMTuqgZEzuwN1LT4jd&#10;mPqooFapmgolqJFy+Pj1W+5pWkjB4cI3pBZtjfLzcm0MgkQqpICkojmilhleiqgqsLVUTpEsiWY2&#10;e+q1iCfYYt90kjmDrIany8j9o4dDeIPZ9yaqCmMnB+R6MRvXrnZm/cc2O3NhqWtjLJ4akIqV1LKG&#10;V0elqgrTRPqUE24YDm49mvpu6dndzUMGPqZDtvO1MAWOSdoo8VVVenWDTZEP/k6S3sIpACf8T7E0&#10;G7rdobe5IAPzCivHB4Ur+Xljo4SLbL7SYm8K5HCvwk+fz9aUx+XQdbf2JmurpKmfGzPuDb6EyeN/&#10;up81SwBgsa/bjyRVhiUjUUOogFgv49qLq3A5Dq3L7jo9xLDksHuumgkjjSIZKmqJqda2MpXBY/C8&#10;NTTzlFHkaPm7D6e8mPuxc4bTyxzNunJ+9SarTmBoIUAj1p4gaRNMor8EizFCRrj83GBSPPcTlXdL&#10;izsd3hSktjrcMGFCpowNOGGSufsrTqVueux2/qCiq8BVz0+SxVYokmmnmxVZQx1D0wqGp42RqiOo&#10;QxD+wj2B5t7CbfnY2ztu11Tkt7dn0NFtmqgkpYuves8HOu6jSUaRxw4P+NypT0W3oIwoRWWJYlXU&#10;q3v7mD3X909q268udgj90o9u5JtNcC7ds1s63kgSimKS60pHANYpXtRUDRjjqBHyxy5NLbCdtgef&#10;cpTqM9w4CJqGWWMMzNxxQ/Z0/fa7kioZMRtrBCnrqQFaTce6az7jGSzzOxny746grpMllJnIvoke&#10;nLtpJcC9w63H8gpK3qLdGcxVCuwutjtrN7G602UrUJyuSymYkhhzO6spk1qpMvm5ohDJF9zMqw/c&#10;TyCJmaF9MZbNzzusXtpz3za6SbT7cttlxt20WocrNc3lwVjlunkDeJN4SqweRhoWWR1Ry6v0IJ9k&#10;s4t12XaoKXG8NMJLhylFihSlEHHRq4KDQlcg1z1F2z1vR4rLy5PKZLJbm3bkaqiy+5tzVzTQI8lA&#10;kkWIxeHx6SCgwWOhD38FONTxxnzl2l1Gp6SiyeUqKgUFHVZKbU8sgpIJqqTSSxeRlgRyE1E+r6W9&#10;4HNFNOdSoxkPHBJrwqeJJPHPUlv8Oo0X7cfZ/LHQx+0bUtLFIRIjxPqsQ6FCGHFtLAENf8e07UXD&#10;DPV0VSp9B173w+58igTqJQP0vx5VF7+lvrx+AePe3ZXRc56cCla6TTr3v37P1801rav82t9F7af0&#10;/wCc1f7x7aqP8nVdT+n8uve//9KgLP8AYG4akx46bN5Cso6YMiw1dVU1EacWLKJZWi1agTqUAH6+&#10;82Li/wBzAa0kunMSEihJI4+VScdQEYLWUpMIVU0rjHHjXrfugpKWFpJYaeGKWZgZnjhiR5CnpAd0&#10;RWk0241En2jhmKgzBzLr13B1WPP4te/1v7SxzTOwBbPl1Z449NBwHUr2Y3YfQvYvY20Yt27Rm27m&#10;YTNUU9VioMkI8vjZoJWjEeRiaBoaRqhELxeR08ikab82lvlj2q5o5u2OPethu7GcFmV4TOscyFXZ&#10;KEPRKnTrAZ17DWuF1nmz8l7nzFZvdbPLFLIpIKFwrY/0xA8vz8ug23J2ts7aGdiwG46+XE1VRDFU&#10;U1RWUk0dDVRSu0dqOr5SrlhksJVS5iBu1rrdDZraW+tk1E0G4dp57GiNnMs8uPnmo5FiYI5SrgEl&#10;JoXSTfXyPx7Ity5d5h5Zlmh3zZru30NQs0TmP0qswBicY4xu4pmvRFf8s7zYs6X+1TxsuCWRguPR&#10;iKEfZ+3pZY7P4TLqHxeWxteGClRS1tPOx1KGF0jkeRGs36WAYf09zsPX4/IaIpikU7sEDOohGlh9&#10;GZ7aLX5v9B7csW2y8jaGSZdYr3Ain+H/AAE9BmW3u45UMUZ0VAPqPtx066vzzaw40nVz/gTf/ePZ&#10;8uuPjdtLFbHr+w90b/apxVDR1mTyNPtuup/4VTJTQJVz09ZWASCrkhpFu6xhJA3oHqNxNvLPs/yj&#10;t9meYd55pa4sIommlW3ZBEiIrOwZ1Ls5UZIASjfxUoZ65P5I2zcNik3rcN4cRpG1Ui7dLUIozOpq&#10;xJAOnyJp0Trf3yM3LQ9k4vrDamxZf4vlamGKnr9wRyRzT0dQzQGvo8ZC6TLSGZXQTSsF9JYqV9rj&#10;4d72p+2uxN8bpfyU+0OvcbINv0FYpDwtWS+LHSSC4R3p6KGViWJ0s6f4+2+V+drr3D5u3K88BouW&#10;9rh0WkPaqxxk6Y6qBTWIkZmyStUH4ejGwurPaYN13zcIS9rbWoCjNBg6KUXJ7TUA1qQaZ6AL+YLW&#10;5navTuxuvNqxebefb2+sZtzJZOnVoPPjqSlWuzKrKoLx09ZMtOmmxYxswJuSfZ5t55qiw+18U9X9&#10;s+byTnJ0hIRZ4ZJyJ4WQxsGWOhiChQbkM97/AFHscbrzFuGx7Y0v1Ja9uqqinIRSCzEDyVQQnzJF&#10;OHUWXfNt5tfK6mC5LbnumqRyCaokh0kEA4IUYBwM9ET6A6/zu9e9t/xYybO0fWGyqSLYOSoGIOKy&#10;cWAxjUlaZqeqpGhkn3LlKmfylLXhiB4Ok+1F05kK2r23uKtkkeeWWvhpo5ah5HZikCjx6pXZilpf&#10;p9Pp7DXI4+siluLmVnjFxTU1SaqmctU4DU48DjHRn7WGW3s99v52LKfCqSajtDMy5wQuoDy4Zz0X&#10;r+Y5tPaFN3T0LtyKkpcbi8ZgtwZuegw9JDSLTCrqYgKtVggSGKpc4wgPYnSbEk3JXW2MlX5aqrJZ&#10;4JBSLVzQpGEbTIiPoR4TpK6VIuLEkC/FvZlte6X19NuM7xtHZxyOsZIyQrFQacc01V4Up0Cr33Yv&#10;9j5oeWUmazZyvhBqBVqaEEHBpQ0oegr7f6K21t/r/D0uGyRpdz0m3MZmJ8xUvCViyQp9VTTV7SAC&#10;p+8v45P02YAk8W9o7s/5F9e9TTHHGtizW5EhkUYbGzxSCjmVl8a5OrR/FSSGQFSh1yi9tI4PuCvc&#10;/wB0OW9utN22S7uDdbsoBSOEj4wSCsvxBQaj9NQzHDaKAN1PWycxbfzVHb7nCwt4VHf42pACRxBq&#10;NXnmmn1HDoI/j5/Ki+SHzJpMjXb9Sq6x6mrs1jaim33mVngzm5MdT/dLVT7S2zIlRJWY2dJ4VjqZ&#10;TT46oZXZTIV4qZ+RHyO3FvnLU9Jv3LYY4OcvLQ7UxsNXWUuJpZXL/dT0IFFHLkVi0gGeWpk+ulEB&#10;I94ucy77vG5+Gu9Sxiy/DbgYjB4VQhSWoa6nBY1/hoBU7ht19cmGzdp4EYK0vFcY7cU8qVUClMmt&#10;T1s/fDj4G/Hv4WbMbbfS2zpqPO1NPTU+5uwM/JR1+8t2VFNGyu9blVh/yGgedmZaSjjpaZb3CavV&#10;7JTn8k268lFgtg0eQhxA/YFNT00dI9bNKdPmmpaKOJAjBv7Yso/2N49m1zzGCzjbS2AqgD86gCg9&#10;a9KbyysjLWAFgQKV8iP83R3UJhjDVDxLYFnYkiNFW1gGdrIFH1JPJ5/1lIdpbO6wov412BNHl9xB&#10;PNTbMoJYZWjkZDLG2ZqSJIqGAcDQAZSPohBuFbWdrtcSS7iyyXNTpjHdw4aiOmDGikal/Zwr8+mp&#10;shV5FhFi4SlNrZJcrMVWCy2B+wQMXqzq4EhURf0Le0RWby7R7sq8dtPZWCkjoPKIqLDYGgnkpELO&#10;R+xTKKiqyEyIba3BUcmy+y/6vcN0m8KC2rIw7Y41r9vaBX8+756eqXW6LbQ+JeXkUNqtal2CKPSp&#10;YgdYpf4NtmlrctlcjT0UEMZnr8xmq6KlpoIlHqllrKqWKmo4bm3BVR+fZ7Okvgh1ftLKvVd/9i4S&#10;XesdC+Sm69pNzYiozmKoo40qjXbvenesl25jJSvjiVAk08rrDHMJDoM0bD7NiwX948930dlHSoh8&#10;RRJpK6tUzGvgIVrlSzMaKGRiFON/N/vrPJJNZ+2e3HcHQgG6KP4JLY0QLp/VkWtXJIWOncjKSQUn&#10;enyT3xudYoOh+vdwZjA/fLQZDsncG3MjS4yqeokhpqWDr/b9caDI7tqJ3mLmtdFoKSJPM6zREkWH&#10;7Q2rWb5rqKk6xwFJtDYtBSRY2n3fkcSmOehARmnOwNqE/ZwTTqRqy1XHLWyqVYurqB7EW585QSx/&#10;uPkXa0s9nWLQLh4tByKuIFqAjkCrPJrmbidLZAQ23kq7ldeYPcDdHu90L6vpdYYkV0r9QxFWQav7&#10;NSkQIoA6mpIJ8oPlz1T8P9pZeHtzcEvYvc2WmmykfUm39yS5OvzTVcwNE/cW/B5GxuCppImKYaiN&#10;PQ06jxwQOkjkHO6v6x2j1pRVC4enmq8pXTtPk8/l3+/zmSnZbNJU1c0atoJJIRR4/wCtzf2BDELd&#10;59MjM0jVaRiWkc/02Na8P8vEk9C27v3vFgCqscEaDTGgIVBxoAajhUcOFAOHWpR88Pm58jfmruKJ&#10;N/52k2913t+kFNtrq3ZP3GA6/wAFTrM7xzLiYK2qSvy8QAX7ud2mWxVBGhMfsbaQrMVKkEAXK2HL&#10;XACg/wBTq9hTfbiO0SNQT4khAr6Vqf8AJ0Z7Db3Fw9y+klYQx4+nD9o6qD7BjbAwRwuf8ryDiCM6&#10;+VXyASMSeAAU+v8Aj7q37s37ku0+18rh6GIT4TaWSm2htykp6kQmurpauDHZSs+5Usy1ObzjR0UD&#10;oG8EYSaxAfUN+VLOT93SyFQJIxoFCAdRoHIJ4MS4RaUI+I4rUQaYtp22S6a7Vbi6IdmYagiioSqn&#10;yRF8VvJq6T1vxfyoPiPtj4N/AzZ28twMMT2R3fsjB96dw53I4+CukwWGmweR3LtXbMVHDjlkbD7A&#10;2XJVZHIUtXKzVNe1ZCGTzRxxj7tGLA9cU1VCqxV+4MkY23BX42lSmpBNSxino8diIFHjodv4WmJh&#10;ooAW8cZLE6mY+x3Fve2cvQ3VtAvj7jIui4ZAAjEAqFTOIk4RgcAFqTQdBf8Adc27bZDHGzJZBT4Y&#10;kYl216meSYk1kmkL1lZj3E08ieiUd4YLuH5nbt27uesdNk9YbRfX0/trclWa/PjEZSpky+c3HvhH&#10;d6vJ9m7rrKZarL1EhUSDxRovijVQp6TftEmRWuRJ4ZUjeKoMq+UzUzMJFjdmdtRW2pebi5/r7jq8&#10;3wPcvcLGwk0niOIpWnz4ceglByfJZwrbPKHUtrAoV0twqPKlKClPIZxnDvT4f7j3H1pXbJrJMNlM&#10;bW1NNlcTLS1Hi/g+bgENK+Sx6FFSP7wqYKgoo80bKW+gPtWLvbHzxo+u0TpqDi2g3/s6Qbhj/vfs&#10;JXG5q88gKEHV0Mts2a5QAawSOiT5L4Bb1oMiY1lgXIUTrRzgNJ5rKqxxxioki8U1OSAtxqGkew73&#10;RnIJYmnxhQVcLPIYraFq47AyI9jYy2W4P59l08quKrjqTtts3EAhnlBQ0p5lTnPzH+Do+fxk6R3R&#10;tWppcB2AjVWAq4YKSGpLfcS4LJI2iKpik0eZqOXUBIpJ8a3YEKpHsLIt/nX5qW4jZX1RMQHgc3Yx&#10;lCQVIYe0IudIZfXo++mii/SmFW9R5j5nz+XVhdd8YKOto4qXMmCeWN6ERzkQzLWUlIQkUhYROjOx&#10;e9/rb3wyvY2SeM6ZSoKKdP0Iut7li1iOfbZbxNKhFLYFSKn9vVXihUFYV/U8j/xXXth/ELr/ABMy&#10;FcTHJJDOx1qlOiuVLIPQlMl2J/rcf4ewrzG9qyraQPUlg3FgOR9dVyCAbe3itNOquodIXskLAunc&#10;ft/yk9HE2b1Dt/ARQrQ4uCLwlDGDT07f2bMDqhP62ueLcn2H9VuWsLaFmMiamW4dFlCoxI0kWZOB&#10;zze3tgsh1Ek1B9enBZ260/TFR0ONDs6h0rKaVY2cBvCiIsDFl4DRFCjBWPAPHH+w9stVuWprPIrM&#10;VqIgkkTLf/KACyMkgvZpLKLkf4e/LWTz4dUMEUR1aSU88cPTpQUG0KLGLF4Y0FM8jLOklh9qeH/a&#10;a2rxlnJs17G9uLD2jKzKB2MinS2s+YfpZWWx0nkk2P5+ntqQnCkUPVRMvwFDpHr0vqHDJCioQJEY&#10;BoWXlSDeyggc8e+VBPUyw1cxneGMU86Cc6T6qgeNQnrBJBY344Av7fto5GYMxKxcARxr0YW2SrBR&#10;TqNl46OGSho2pvuJ5KqKUxJf0xwHzvLIXAjBUx+m5XU1hcXuE7mdmV9Bmdv0kUFXvCqrWV3o6Wlx&#10;ktQ8VTjauBRKVpZWjjgkyKsZLBVRbsQuu4p2/l3ct13Gw27arKe7u55QqogLuTpOaAYUaqsxIVVq&#10;7EKpqpe6i8GeSSQIsY4+fyA9c+Qz1hx/YOLqcDn8vV1tLs/G4meth+/ydTUwU4ko8gsethUSKpaq&#10;FHoVFdnkkYpHr9OoWKTpzY+ByO2M3kqGfNbs2pCXpaiXI1C4PH10y1v79PhKKWkwdVXQw1jRrO1O&#10;xBiVlsyqffST2e+61yry5bbRvPNVuLzmWHuCksYY2qceHRUkK6vjeMBiFdVGkHoLyPuu9PLbxr4O&#10;1tioFHcY4txC44YNaZoMl3qe1N578TPQwVgwu083USJjaGCmalzdVjIFpYHeuqXY1dJT1bJqaAMr&#10;hJmRyQzD2ra/J1dX5A8jWYgnnkkXJJNzfUSb+8yrWxggVKRio/1f6vPoW2HK9hZxJ4dvkfZ/qz/q&#10;9eusRgsfQLHopUjZQLqoVVFrWCqqqFUA8D8D+v19peaWNL+Q6ibJb6AL+OOfZxHG/aVFB0dR7WhF&#10;NOOl7TwTnS8Q0LazMBqPHA+ot+faby8ddWo9NQC7vHLYqw0oFjcqxZWOqzAXHFh9faDe99seX9su&#10;Lq6cfUlWEYpUl/n6AA1J8vz6jj3B5k2DkmwS+3KXQHB0Cg1MRxAWtQDXBPGh6W23aKNpQJFE0ha1&#10;l5YBWjPlZRyiOfpf68+3rqGPH4fJUNZX1EgqaLJQelIxMD4Z5EJd1YoPMQL/AJUccc+8ZZea59/+&#10;mS9jWNEuD2rRjQD8Rr51r8uHWCvvD7k7vzXt1ztm22CRbe8L1qQGddXaWrk6aagBwPCvS6zmBM6V&#10;DFNTTUrxnR+lVlVZCebhnX6An6ez402QpcqfNBkKegM5piYyyreOWpLmSNHYqQyjQFIuASfz7U39&#10;nKEPgXGCuCaE/mf5D8+sOYbhrVljltzIVLfZgAU+wcegdyOAqqKEqKP7kQa50YjTIDFCqqpZEFlP&#10;1/N7ezDYVKb7ekqpZIjrWFTpYApHHqkQftkJKf37BQLMRc8kkx5ewFbuRypMtePkKauH7aelBw6v&#10;bz3DQKiLpQIx/wB6IBrX7CfIipoeq1uy6OrXcWWoYIZo5acVtQZHAd2qaiCCKR18odYo4vtSwsos&#10;WNj7w7qq6v7zFUAx8tRHXQ1PgMMNvDLSRSVUwq3E8jRQfZQlv8wR5GRTINQX2XW27nb96sLFtXg3&#10;Ada0FFZVLgltQ4gUA00rWhJx1cbXbzbTe7h4yrLbhSylm1FSwVSq6SWo7Vaj1CBsYr1j6GkosdVb&#10;hlfIwRBZKZK1pahozURVNTS0VFJQv4E89X9/U2VRUEoEa0Vz5PYW5Slkq5snSvlFxtHU0SUEcdL5&#10;I61q6aaJo6g5ESSNBKwKIlPD43kLPrLDRoFlxDduhVrtlhMRC6TpYSE11BgQeAoOIFcV4dI7W7hi&#10;jimG3ie6icudVNBQCmnS2D3E8QaUGkDo8mNX7NMdM9OmVrPuHqmeeRWpVpFimHgSAxJJOS6kmQgq&#10;txpAv7a6xqzCGZmlaTGyUfjMqUtJG1AEUxXpbUpZTP5C0jyO2rTdVFyxXS26NDIRNpt6ZVaUBplh&#10;x4k1NagVNADUmsM0F+0KIv8AjKSagG199DXuBNGFBgUGc1zTpYUsVNllSUeJaxJDMS/3BFWgaUgT&#10;oxWOSCN41GkILqLH+nsB8tls3uDI1GVXLS0lFksRT0FH94YJamkatQGohmhZmg+5o6W6t5NRZwS1&#10;1ce4x3KFrhpdwSTS0sf6QNKrVaBcUoVWgPnUGpPUvctWEFi0O3zWpYxXAZ9I7WKHBr5hpPPzU16V&#10;dVQ4HB4uGmhx0dZU0VbJXSQ0MJhhnegmDK4UBiVmnOm2izcn2UjujdMW8amk2Zg6pc8i5KWmpqam&#10;gMSyVlJVzYHG0giQfbrBDUiWUqAVErXHCsTiR7h7ym8bkdq2658eNZtNAoBqGdIwAAOFCSPVges/&#10;PavYf6tbHccybpb/AEzNbDJI1BXRXkJPAljpGqoooPkD08dZbUXba1+7cxTnE1EtFLNUy1NR53po&#10;quGnzOTqWczSavTCkbMeQkRA938dHbOXrnqzYOyY7JLtra2JoKlFWPx/xBaZZckUCoi6XyU8zgEG&#10;+rm/ue9r2pNp2bbNspQwwoDT+IDu+2pr1x09097bnv3A5u5qc1F5fSupHlHqIjx5ERhAfmOqIu8+&#10;4X3P2VvjcsYV8fuLcFfNR2cJO9CCY8U08fkVGMVBSxA2ZWjJuVJN/a8yWAgrq6lyUN6WuoPIIZIT&#10;cPBOnjelqoBZ6ijLAOyKy3kVWvcD2YKaEF2Jwc+tQePyrQ0qKlVPFR0DbYvaQXFqRqt5QKg+RU1V&#10;lrUBhwrQ9pZfPCa253hX47EnE18TVeKyRhWemnaqkkjnomLU89JWFJo6SqSJmRGMb+lyt7H2p4ZY&#10;Cq00i6D+hr2dLEg3jZ7utiP6n2w0bg60aoGfToNz2jg1XI6k0+5K202UxtUJV0LUB4w0U8k0ZTTq&#10;Sn8kH0J5BHtJ7h2M2UR5aCcMVkFRHTSIskLShWTUoVo5A5b+jqAf9v7N9t376M6LhCKihYeh/b5f&#10;I9MLN4RKOhr5/Z9v2dGZ6u+TtNgp6Oh3LRCHzQNTS5dDLBVxR6o5o0qUdKmjf9wfqIZtAHpP09g5&#10;Hg63bGLTFrPUOtJLVaTXCqmnb7uqkr5Q9RVzPUvGs07IoY8QgICQOBLtce3aVjtncxliwJcs1SxY&#10;1JyRU4FaDgBSg6vfLHuVy144HjHTgABaIoRRpGCNIAPmcknPR9du78we56uCtx7QT0ldTwu81JXU&#10;0zBaZEgVGSGM06mZIgX0cswJYAn2nsJWTjORY+qpFqYZmyNXR19fHG1XBUVUhqqmnx8spaqWmmWO&#10;QJHGeFjQH0gaTa8263htlu0lrKhp5E9xPGgHqPyB4noj3LaYvo2kil0SAIrxrWjAEKHbyBoVLE1B&#10;JqAD0NM9cP4ca6mqdU0LIssaykIpVdMRnSNCGZAyl2IbUxBHq4Ilx5eGJYaemkijqKqP7j+HV5g+&#10;9SOJolndNFQxqoIPIPXFqHI1aCbew0Iw8hWcFXNeHn5V+Xrn8q8egLcbAGMkoBMIagcKSpNMD+ia&#10;/wAVK+VSR1Gpq93kmaqSdUQmNqtEfwNUkXVJQQBTSknUUcg6eV1CxKpx2QodXlklaCSQWdRrtfQy&#10;EqGJ0g6v9j7R3VtMy6EFVHD16JZtukiYgJkdRcjU1dShjR0mjBvGy3un0/Ivq1ED/Wt7eo46JyZ4&#10;qi5a+mNzYS/W540qTY359oJGuFKoyDq0TTRkKRTpJV7VbERyx6lJClgHdgAwAsCGYAkfi3HvnHnW&#10;xxmiifR5laNCFU/tk+m4JKpcfkWP+I96k25brSzLw+3j0JLKklC9T0EO7ev6bOtHUS0zOUbyr4i8&#10;RDyIrEMSLm1+Ljj3Br4sZm44nqo1apjkSQTuyOymMMVCu+vStwBY8XP1Bt7vELqxBSOvhnyqfl6D&#10;oV2NzLAe2uihwASfyA4/mR9vQXvR7k2VV1P8Nkqfs5IGM1N+4VKN4w0rCnVA00YAKsSnPF+bFjpq&#10;Cojg8lZTUkNSaiq0pS1T1YjgDSRUxaV6aGPVLEEJClgGYgM1tRWrdNJ2EsF8/Tj+R/aBx6XXtrBI&#10;ziF3aKgpqGk+VaipofLien+Hf8cNbJBS5CuqKKMKXlqaEUiO7Mj1LGnSplmjKMTYMq88kD6e/NP4&#10;YzTuPG0mq8l11BkB0lG5CMNZH+Pt9YNbCRSTjogudpf4wvQmYDcsOQlSqpKgyGAxXRA63idiBdDz&#10;bm9/8faCzUlRJJHHF5l+3iSZAI7K6h3lkMkbloZiVc3GnlWsePYgso4Qjs4w2Dn9gH5joraxSMk6&#10;O4inRhtvVqyUskjSxm8rK5LG4Y2aNdRJNl02/wBj7ThqqqnrRUY2sNPI7AqYF8U0S+RYToPo5kQl&#10;tOqxIAP6vZkbeCaDwrmENGKcfOmc/nitOHSeTbYp0VLmOqj8vPpYU06NGsckbNGlgzeXUrEG7Ai4&#10;bSrcf7D2I+3pBuWCSKtnelyEUsVZYQRvNVCnjSJpqKSNJjI8LJGHj+vje5GmMn2F9zQ7TOr28Ktb&#10;MNPGgWpJo2QBUaqH1AHn0H5NiFo5aKMmEk4J8j5en8uknundLbdMRjghnpZg9MzBvHFBLM1wKyWR&#10;zFTiSJn0Oym7rpHJ9yd04majqIKyiiEE1REkix1hpolqbN+6ZXimLt9wsal1fS62CkaSrOxs9+lx&#10;HJbzNrRGNdNe30AqPw5ApUefy6fSyDoTIhKH09emjZu96bKxV2P+6Sp/h0rxPPTiYPDOVdIolSSJ&#10;AGp9baJR6CVFhwfcBxBuKBIcrU0s9cPuPHI4hWKNCIomj0qkniaLw/S34+lvV7V6pNscvZoVtaiv&#10;qTkg+Va6snpHLay2xbwFIQkHPSogrBiwXo0eOkR4EkVi7zO1mswAsZGYykt/j7RU2HkoKhGpxqVh&#10;xHGFk+hIe5IYElTwOBc+xBFerdQ6nNG9Tjj04P1Eo5OrpYR5NJolYyRgaQx1PaQah/bj+qfTi/19&#10;yJcUlRPRK0cayMJKeUM8ZHhREeLyKxRVc6jyCTcfT20t20KTUclRkfM5r1oJoRiCajrgMisaSFXJ&#10;S90Zb3Y6vV/sBz7iZDbdJRzMaqlWxqaiZ4YbPBJqQiLUInZDFHMSwW91v9bce37XcppkXwZTwFCe&#10;I9aelfP16fimd1AjrUf5P8/XODKCYHQ7Br8XvqXSR9Bxe/tJnGUFBN5aeScx1FN9o8bBtNMZkVmq&#10;1cPHGsyPHf1X+vA49nH1dxcIsc1NatqB8zT8J44PS1WdgvifGrAg+tPL7OpwqnkVr+kqBYgm5ubf&#10;7C3vjW4pJKy60vjimVYJRFLHHIUeNPHpd4JrOoJCuF/Avx71BdyJb08YaxkVzQ+f2/Z0ut5zHGDr&#10;q4ApXyPUYVTKGHkCyc6S17A8ennjn6f7H2sjR0tDSSQT0q1MVxVQzKTC0EhWNCHlIlV4vI+pkGm5&#10;HAAPsjMs1zPE8Uul8Aj1ANf8Ap/nPSJ9MjgrUNQjjxBxT+XTGtRVNVwzU83ilikHljbnyxq4eRYw&#10;Tc3W3tpnekqapZ5MeiLSxpTieKKEsoj4jBZkY28l1/qFsPx7WRQywx0W6Yu51EEmnzwCBwyfnX16&#10;Tsk8UaoJmbVQ5JoPXtBCn1OMkD0FHylMiagsh1O12DsdIBtcD/EH6ew9za0JXIJiaPHS5KrpTLVz&#10;yUEkEtbKq/bUsU8tBR1FbUyRRRiJnWOeZIEVUQgAezixgkt1kuvhJJIowRagCjMzdqigABPbWpPn&#10;0ebd41IDPJJ9OnaihsINRYlVZlRdWo0FVBOTUgdOqMwZWZyFtzpvpva2oH6+y85aj21WVRp63G0b&#10;LVNMtYn2MDUsvlZYJEk9BGQicIFYyLp8YKgAG5km2sZHtroGNDG47gR8eKd4wDjyqRwrlVpINvdb&#10;rZx67SdgY07DWpArWvEhWyalDmpPmavMTS6AdR/2liSDa3+H59rra2xMJikg/gWFxuLonqImkgxW&#10;OoqCMursUmaGhhjid5NZVnJLC4AFrD2HXktduimgtLeGFSCaIqqCaAAYA4AYx/l6Idw5l3G+8ZNw&#10;3C4nlUEBpZHdsilNTMTStG0jtJFaDPUOoncE6nNgAb+xWk27RpQx0dMJ4aiSZmFPK8DyPB5Aiq0n&#10;lfS0csfrNyfTxweSFdznM5lnUNCqjIrStOHz448vXoniurj6nx5lUx6QCaU8h6dMpr7u7EO6rYgq&#10;Db0gXt/rEH3xzFLWUdFHNG6Ry6GZUMfnhDhYR+49HMweN0UEgcr/AIX9+sp4Z5ZAVOmvE8fP16dS&#10;SB20E9tan1z/AC4049Y6KZZZXUqwW4ILCxOom/49hTnOs9nbvzu39w7txFLnsrhzF/AxkovLBiAK&#10;tK2Ooo6OWpmhirzLQQyfctGZlkBVGRWKl6exsLmVbiWxhklgBKM6h9LEglgCKB6igYZUAUzWp/t/&#10;Mm97dte57RtF9JbWU4PjaGKtKNBj0uykMV0EjTXSa1IJz09/dSQppjZQtyGOnkn6Af7D2OtDl0o6&#10;b7KipaenaIIVaL9sRNAIjAyBbKJFUWJXTYk2sfZRNYGaXxppWYGuPLu4gjz/AD6BLbb48yytIdbV&#10;wKAEsTWoHEmtSeJNT0xzet/JOFmgIIliZNUcw/tI6fRlYcEfke1Ph9xSVFZR000TPVagsU/jkk80&#10;sagzVE8jxzjyBZGZiWUMT9D+Cm/2tYIpJI5P08YrwHoOFPQDoxj2s2UTXCyjBFQT/g6ROdoFmpKi&#10;KneGnpDHHEyFUjZQAioq6Atl/b4B+nt2zW383nMv1nV0qVhwuA3Bl87kjSZhsY8c77TzOFxv8UoT&#10;IjZrCM+anZ4fIdNYlLIImC60AO5wrLudgXeQRxyOx0sQC3hyIocDDJRiQDwkCNXt6FG1btZ2e0c0&#10;wyFBf3VnHEmtA50G5jklMbH+zkHhooOf0mlQkE06B1jjKKv3HBVOUnqcZTUVKppvvPKqZalnrPtj&#10;c+CYxRHS9jxe/wBPYgHK4jalMM7lJI6aKtIpzXVCwRxB6WKWSNKiqfwyihSaVkiF/S8pYhFBIbvW&#10;Mz+GzKqAAMSQKBmNBQmhPxEkBu0VNAK9EcC325a7W1WRyhDBVJxqwzAZIY0JLYAACipp0jMxgshu&#10;SoiwcUaa4nE8kcbmZlp5mKvMkbCogWsljQK7FOVRVGpgqkquwdodT0e8jv7ZdLjdzS7jpJ8Vk98f&#10;x2beWWy1PS+OvoNubcy1Xn66KioZpWnqq6Z5o4pZdBkaom1TRrdu2q0tg+6bNHGTLageMJWlJRSQ&#10;gWRy7HJJcAAswV3DGjdSJzHzTzXfbQmx8yePa29vKJktDAbaON5CVkmnjWKN3FCsUQCFowZEVIo1&#10;Acd8wu5Tt2WlqZI6KWOOBqOgigjoIKVGVIjXTwUtBTTO0ChRDDCvqa9hGoCAY8tiMxuf7zGZzAYW&#10;nwdLMRiFOVmylPV0VTiJJapM/tqpocbQ1UlJXTGlWP7itilBNSViYCAbgDR3Ti8RZYmagILEv2kE&#10;yKQQAMhVDSaxnUlaAgk3ez2ixtbmx3Gf97Mn6g0AFZFkVSIpg7v3AazJ4cThgqUbT4gDPatFT4rM&#10;LkIK2tyNVX08IyVWtMVcyw1EcCPFVxTTz0Ec1OhlGqKCYgCJgwGpQc3T8jeiOmcr/o7qq+mfO0tb&#10;iqLL7N2ntWP7zHRbix000eRzNMmMx+LpMImPVqmrqPKFgpgJnIiXUCHcebOX9tuY9tkuSl9qQeCo&#10;Y+GH7gWpUJGoBdmagVAzNQfFrZPaf3H51sv60WdkxsHhleO4uLgaWELaWSIs0kryhmCKmli7VCgv&#10;XodqTGZvNQCuSOWFJEJhqKutadm0MUYQtLNU1AcOrDlQLFv6+2fHddU1V25ufuug39lf4PnNi/3b&#10;3Z1eNyVuf2fiMp9lQZ59wSbbStlxGOylTjnpJY4lpcdUTU1ZNUSoZqh19nO37TCOYbreo92nldra&#10;O3aAuzW+rtdZCjyMqytGUAoiDQwLF/Fx7cuZL2PlDZeRbvl2L6q33EzW24CFIbmSJWeEQiXw1kZA&#10;ysshaSZEkiSJJGWJSHeGqggooqCWJGqIWiNNVCBY6manjlZVRZBZ2KmJ1d0LKGBH9LlX2HRd87S+&#10;RFZsPdFftus69rMPjJYN4ZlXr937kg/g8eJxGPxlNnKR6SGuxj0L+aKimq0Wojasli1TOjprE8zW&#10;XNp2SdoTsJiUrcsXEsjJFpjA8Ts1gIdYR2HiAyslJXJlPmi59u9x9r4uZ9qtrmPmaOZ9VtFVYYD4&#10;olcnwnMjpLrUrJIIyV0woS6IEUcgx9VSrUQxygjUgSHWkMTGRZZTKqM13flQ5Ba/0t7HHsTunYeK&#10;kpsZl/kdTTZy8SUPX3WGH2nn6+noj93Xo1RivLu3KpHjIqZHq8lNNDBGlM2qKCn107Mbjvu3bVdt&#10;ctzIqsZhWK38BptA1lSYn8SRQEVmkfSsJMYL01BWjjl3kzf71JLqz9rnXbY1YNeXsl1BG0lEUhZQ&#10;kETs5OlI1V5QZB3O6hkiUWMInkaHGRpE+nVJUTVSOzhSC6ofGqFib6VAvckm9iKPsN2DvzaW6Vze&#10;zOv+vu+d/ZvZlPuLaE2Wpo94bwxlRSV+PwtZJuPbWPy9Huaqz+c2lQU2Qq6cziPHTy+aOKWSSpma&#10;D9p3jmDb9xtb/aeX7He94nshNb6tNxcoFotZ4UcTiZoUWWRX1PEzI6d0klc97jY9g3vbRt2/cz7l&#10;y5y/BuDw3ISlpbygqzx/TXDx/TeDFcySQwnDXATw2kRUjRVlJCrQ6NTQLpAYw6VNiLWF1b8/4X9n&#10;W2Fsrey4+p3nndy7y6w/iOQ27uDsrqzpXfVPiJetsJVRUGMwuAxO38XsXdO8K6o+2pZppcRRyUq1&#10;c1ZoSOSUTSGaYuWtzTazu+539zYvM0ctzZ2UyKbIHSIY0SO3muWHY7m2iaBXkfSiuwZmgTmvmDli&#10;e5XZbHZ9v3d4YpobDcdztXm+ulqxkneaS7gtVBLxAXMgfQkbMxRCgEKTSqKoIlK2Ec08SteRbnUz&#10;B0VSv1LBf8eT7tcqOuaqfb9OuCzWQxcVRHUzT1uSh/iFdU1GQNa7/wARp881RXSUlFUzpUxQR1FM&#10;0elKdfHThk9yZHuwh1wwTuLlWkdKsXGp9TANrBNNTk6O3ToUAKoCdYLNv9sN0ujuO3RSFCFVYyI1&#10;VY2jA8MxFIwzopQl0cMA7uGk0ydQkqQsh16WkBF9LXQ/X9IP09hftjr3BdO4uahwlZl87k5ZqzMZ&#10;bdW7a85jdmfyWTaNs1NWVU81NFD9/Lj4GNHTimoo/DEsUUSxqAa7BssMFqkAlmlkBfVJI5kkdnoW&#10;dnIwWKriMIi0CoqooUHW/wDMm6c73jXW4wW9rYaEjjtrVPCtoY4wyRiNFDudAdv1ZGkmcszySOzu&#10;TMErTEXXSv8AQE8ixt/sbj2rabKz644KlYkjqS/2sUhp4tetPJHThqSWopUeF3KusbPGSLfpsxPp&#10;LRWjaVNWtaauJI9Sa0P7c9BHc9v0PJLE9SGNTnNPxDUFOePDHDqQlj+LEfn/AFjb6ew9C5/78o8N&#10;O7CeUR06uUihiBZuEMfqYKB/h+fYoJ20WysrMqhBUn16N3Sze3jkQMq6BUnzPr6f5es11sTf6W/N&#10;/wDeh7ccxVDBuZ6zF087zyllWWlWd45QskcLR2MLMBJJcW/tHVzwPaKzt03HSY7hgUxUGn2+v2fy&#10;6Lrd3l1QRXDLGBmhoCfmPt/n1yAEgUq54HNrccfT6fj2Ep7AlXdzxTz1MTtJpSONpkpIpTqfwujS&#10;aZLISdWkG/14t7PfoLQRxWSQHWR8VPipxz68OhmmyJ+6FZYY2pkk8f29c9CkWIv7MFtqvmqIqevZ&#10;f9x9I8VmdDEwDurK07s1mbULarfn2Dt1t0jeWBSfqW/1HoEbiyK5hXM5OOokiJ6geGYWH+HINx/t&#10;vY+ddbjrZK/JSGKOWmgihUKui5cqxjUK8kQb02uAx+vuOuZ9ugS3tkJpMxr/AJzXovuttjuLWEMM&#10;hv8AZ6S2fgg0QxP6Hdi/1twB+q/FuffHOYzPZDO08j06w00TRVNRNWyFDUS+CZY5mhBm1+KdyiIW&#10;9IF7j2R24jTQUI8NT+Bs/njpTHJt1nZzKGHjSKwFADQEg4PrjrlSVUCU0diWZF0IsZuEA/q1r3J9&#10;uc2HxuEgEcSuz0yy2kMtrJLKszRmOFfERx+FHFxfn2utpZpyiKAsRPCnD/L0HJpJ76bVKPibP7D1&#10;ljqp6nTrsqX1aQCTcC3LHn+vtNS04aCqqWPMwjZS13kkRWlk1T8Kxuy3H0OleP6+zhZCpihXgrH7&#10;M0GP2/t6Lr9qKkanAJx9oof8/TtA1wq2v9AP8L+xC21RmOhmZFspWWrWZboY43keaOGMq11VRHYg&#10;/X/bew3u0we4VGOcLT14Cp+fSRY2ZaAY6aMlUxq6xsxDO9go/I4v/tv+J9pFcVXZ3ITTQRqFkkaV&#10;6aVoy6UwPiE7OIyyGQqbqLEAk+zk3kFjbRxSuaheI/i9Py6UzaI4ljLYA6chURwoo1caV5/P+sOL&#10;X9z917UixPhMMMDS18CR6ANSwnzugWNiFaN4ZFVTckMyX9ptl3l73XrchYmJHlXHn9vRbZ+KrhJD&#10;2Bq/bgj/AC9cKDKR1iTMgZWgkZNLXF9J+p4tY+wq3H9xh742lCMZqCYSICZNQIdncaSoPiab6G9w&#10;f8PYx20Q3oF1KT2yL/hH+GnQo2pI5ZEmkwiyKPl58enBWV7tbn/euT9P9f2TrdGUjTNYakSJzUUE&#10;0zV6v4j5mq6mYRQP6NKxwyWvGQbFhb6DTMW328whmkDnw5NJHyXTpqM4NSCT59ZR8qbbI+33s8pU&#10;xSkeGK/DpHcw9K04+des/wBI2+vqXn/Y2ufbxJjKSjeqy1VCheUzTx0AnA9VU8PjWSJQNEccMy3U&#10;fpI/x9tpczS6bOCQ0U0ZqenofywejIXVzcNb2tq1FBAZiPLOR+zqIrh7Rg2CeksPr9DwR9Papwte&#10;u3MRPWSRzUTVxKCGmlDPIJFYWi8jSGOaax0n6kn2T7lEt5cxrqDiPzbjX5+vSy0287zfCJu9UpQn&#10;5EVJ/PphyoknkiSDSzRH6sxFhblrD8+19sCsytaYMx/DXp6KMhYmnX7h5jcNqd7KgksLk2+vsN76&#10;tokZtmnBnYVIHl0u3XarK3m+nSVWmA8qcBjoOt4ZKlio5sYa1TVzRl9KkRtGosw0nlmva3H4Pszm&#10;NzFNoh0HxlUaJE9S+QmzFXOsFgLn688+4uuLCSr1ytak/wCXoMz7aFDAJ2k1r0UvLUde805fyyCS&#10;oE8r6mfQFkYqoP5svH+t7nWyWSqDHBOY8dwkhKAxqv6nhhjYeqSy/j6e0w+ktY6slbny6D+8Xe37&#10;XaqZaPeMKqtfl+LpU7Mwf3X7kkNQtQJAzSCVkaRg1wzsRckEDj8+1VPk4KWNIImiWCnRTpVlGhtI&#10;BOlbIXdbauL/AI/Hsphs5ZnMsgPiMTn8+opubl3maR3DSkfln0+zh+XQzYnbszhpJFm1StIWFgwm&#10;IbSNcmnXoXTwAQv+HsPc72AtGHjWWOOONGZgq/tFQVv+2WKMzf1+vsTbfy2ZTrZSSemEjqQzH8uh&#10;Dxm0oFTW0bNKRxK1jKh4/TKAJFA/ABHsu269+YyqrHWlxwknqJygEURkeTWwWyrHqYk3uALn/D3J&#10;e0cv3Vvbq009I1H7B08w1wmtKIK5NBTzqTw6ELG46SkiCSTFxYWvyRxxe/59wMTUPRwyz5xqaidL&#10;a6SaZFmh0HmIDV5tekD0lVJPH+PtVeR/UMkdgjup4MBg18+i5rq3lIW3DMDwIGDXh/xfA8enB0sA&#10;q3Yg8/4D+v0/x946/e2OlWJKSSKYRxlBFK3kCJcqoUFyLAFrf092tuXrhW1Sxsp9eH+o9UkgeNC4&#10;jbUQfLruOI3u1xb6f43v/Uey/wC+pMfVtJKjKztrjjpyutyz6SqxhH1sElF724W/49yNy+t1bIqV&#10;wKZ+XnWuK0/aaDoRcqrco6xvURcS3y+daCtPnx6kDjj2XST7TJVdfBTyaarH1clHkUUrJHT10UMM&#10;ktNHVw+SkrVgadUkeFpIklSWIt5YpEUcbTvtruKXgs21iCTw3qjLkqrY1AagA2lipYLIGQkMrATQ&#10;IZrKC1luAPClQulaBiupgCVJVkDAAgOEdlZZFUoyM3vac2x1jgaKrXI4fIZ7HVENatTNDHkWlxdR&#10;Tl8kk2OqcFUo+K+2mgy7oSkSTL4oWD6oyWBw5F2rZr2K+2q7vICZvEKJMwgcFp2MTW/9iI6TlaLG&#10;rlY4auWjDdGm+c+btdW7Wd/Z208LRaQSlJVb9IiRZ1Il1BogQCzIQ8qlSrgL73k3/wBO7AzmJTDb&#10;gwrV+FqMglZLRQVmVxD45oaWpWlngqsXk6J4TRPUuYFImT906Y0VeCTf/bflXnfb22HdtkEu3NN4&#10;hCu6aGVWClWSSMgIXcogV0QsFUKArLvlP3I5s2y/fdNn3MQ7mkWkMyRTCSrKXVlkjdTrCKJANBqA&#10;CzMR172E+RGzer5E2nt3Hy1oEGIyL5HL1n8Sgjq6OevmxkglZIfFkPus7PMpihVYdRZdLgn2W7Ly&#10;ryT7bpZ7Lt21SSS0jkVpvDZEdZn8EamYMshllkkHYUUamqMED6wbmLntf39vNysTl5YhFChiZkdY&#10;0lFASSjLAinU5L/C2pTTr3tKZTqXY3e+4NvTb/xVVnDiqpvFSCurY8fOssUax01TFFKs4oovBrEa&#10;SIrSEs2rUbq+Y/bf2/8AdKew3fm7bZJrmy1MESV0if4AA4U61UFQ1EkjBepbXqJ6OrL3E5p9q9p3&#10;eLlG+jtVuI6F9CGRTU1ZWII1GumrKaKAFoB172f7rPqLaW1aWhx23tqYbFRYuAQUJp8RjqP7eB2M&#10;Jp46inp4phE0TlTdiXB9Zb3Ztt5f2KC3h2fa7W1iijKIIYo49C+QXQooaCmr4jxJLEnrFPnDn/mj&#10;mS6mutz3y5uHmar6ppJFYg11MrsyVrkdtB+EAde92J7O23IaOhhy0aPT0mPjjxlCWjdzJK5d0gOn&#10;xwo1RJqIFh6i34J9wrve5Ks9zJaOyyySVketBjFTTidIABNeAHCgEZWtmbmb6hW0h5SXINK1+X+D&#10;06R24c2tBC70+syLraSUElIERbszovqcn8Ack8exKbDUmLpquTJvj4aOniTS9BDJT6iC/wB0TPLJ&#10;KpVAukE3AN2BBQH2FDfTXc8QtEma5ZqnW1Rw7aKPWpPpwHn0MI5bOzW2ezidWrU6iCQQDSlOP59B&#10;FPk8tna2KKkpsh9y0xeT7tzYAFoY3EK3C3DE/X6j2TbsTu+mzu+W692mHqo8LT47+O18Qm/hlBDO&#10;kz46iFc7LHNkaiCmkleFR5IomjmlZRPF5JE5Y21IL2e2mt2e9RFkmcqdEZk1siaqFWlZY2ZkBrEr&#10;RmTSJIvEkbl/l2m1w8wbswRbksIY2ILyaSoZggBYRh3VFdqLI+pELGKXwxT29tePDULtKF+7kJke&#10;RiHYyykNJ6j9dZC2H49kj7p3ON976psfjsi0+1dvGWjxs0UcVsi7SOa7KykiQz1NfUyskRNwkCqB&#10;yXPsdbftlypguroaWcV0+S8Bj7QAft+3rJXkHaF2famluYQt7MNTAcFpTSqjyoKE+rcfh6UeNgan&#10;pWmnQJVTkySoL2juFREW/OkLGD/W598t+1abN2bTUdJLDJWsjMfMulGleEowiTXrcQoqpqvyR/j7&#10;FF7fPZ2MzKsXiMhCqKAny414mvQm2e1O87xI8sbfTo1cfbj8iK9cKMPPVSs4sEAH5N7EW+o9lJwY&#10;rKmaretTXksnW01JSrrLItVUnxR3JLFWCKS3NuF9gDb1kMd3cXcR+tuZI0QA17ySMn1ChifSi+nW&#10;QO0WkMYhREP0USlm9dKgk/twPz6c6g2Rr/pCEkXsLfnkfTj3fTtDHUu29k7RwVMP2MZgMZCoB4kk&#10;FLE0s3H4kndj7xx3DbZrznDmGd1rKJRDr08AihQo9TQVZvMmvWXPtdsjPybstxBEBHNEJuIY/rVk&#10;zTgRqpTjjPXznPmvuDcvanzq+Um9s+7nM1fbO59sU8z0sdKlJgNpVE+z8BjqendXUyUmAw9P5JOR&#10;NI7SEEtwF/c2+xs3b7ywKs9ZUqWVHaw0Cwf1AHQAt7cH+nvIH2t5YG7zlGqtsjkA+eKgdSvt+wrd&#10;S+HcUouaDjTy/wAlej/fyvfjOvdG/KjI5epqKfa21qn7OKVUaSSqqkXREl5P+BMI8Y12ZQDf6/T3&#10;Xliu1shuXeUu23rjRLXRfemGKGGaVJw8qmSD7uOaJFEK2a8bXNrfT3k9fcsWm3WpooaaKIMCTnTq&#10;AqfsNKfbx6pvrzbPfJZWMSshUZK5FRwr8utpqv6R2ls7Z0ecixqV9bhaX7NppXenSpobKVSvWjeG&#10;WdUqLFRrUr5HF7NwtazYmGyE5mrK/O1FbPNH/lj5NjWRMzWUQP47UaITwkCxL/UH2V2263NmhEVv&#10;D4YHAoKH7c8P9Xmel1ptTXaxCUmrD16Q1H2Tm8TTNFj8Rtakx0dPLooY8PopaiFIy7iaOOdZKl5F&#10;HqaV2Y3+vtL7u+N+NylNXZih3ruL+LUtGzUz11RHPG9TpYQQzVIgjqPGHABIbUB/X6ezrZ/dC7tG&#10;isJtjtTaM/dpUjtrmgqR+VKdHK8gxXjukLMraSRTTxp60rT8+m3aHy/zq5fD7czPXmDpcVkq6anY&#10;4eWopzT0MLBKmsSjklkpI7xtqChlB/r7Q/VXcfYvU+Yfr/eNXkZdv5CWH7qKeeetoUqJ3fw5TF1X&#10;+Zt5T+9GVRmUBpE1KpC/m3295M52EHOW1bXAOZbaJgkgjQShGFHiZtIbSdOKGgwBQEgouWpdw5L3&#10;iGC/gAglYjNSoyF1Z/F3HHoK+XT38hPhx0H8lMjhO9KDZm2n7s2Zi8hQ7a37BiqKi3PNiKmNRXbX&#10;ylYlOKiqpJYo2FM0pZqZmbwsqSSahj3D2bisZvbbVXXQASLm8dh5ayVQVjizTR4rUjBwFZJKtSTz&#10;wPp7Bn7gEPLW6XM8mmBU1D1Dhhp/Ik6fz6m/mNtsitbJWALxyVr6BsGn2VqPs6QuK6IyCdG75xWN&#10;yAp4KvbuQ3FS0VLbyNkcFIMxBTzq6MJIalqDQUtcFgR9PZq037v/AGNSmhx2awNJtymeWpjjrcHH&#10;XV6vWSyTSU8NRNVxQ+F5WJQm7Jfgfj3jbzF7Ke2XuLu7cw77s96/MUkaRM0V3PBGVjJClo4mUFwC&#10;QW8/yHQSj5Z2w3El3JADKeJKqWFONGIqBUE/acHqkbeX8v34a/Mzev8ApI7A2D2nkO4s/Q4rB5Cr&#10;252jltm7VrqXbeLp8Xj8pXYXH0NTUfxKnxsMcUjBAJhEja1v7EbF9wVg2Piq58ymbyGWiat81MI3&#10;VDUyORRqaaNIYkoo7JpAFivuLrv7rnJE/uFe3x2Q2ezWmmOOAE6XKIKzOW1O7OxNWLVNBUmnRztW&#10;w2ckxgBpERQj51qftHyOPl1XLuv+Tt13uP5jdhYjHdeZDqrp3risw238Ptyvr8ganNwbfwFEmQ3T&#10;VZDN1mXy2QO7cu71qzGaTzRTKpsVKgMM/vzIZCGVwZWkI0so4Vbt+Rq/w95G7ByXtGyRQ21jZww2&#10;6jAVQPLzxk/b1K+0bLt0EGkQgAeeOre+j/hL1h1ZJjcXQ4nEY/GU6zlKuGip2rarxsQuiaKlUjUw&#10;HLKbj2CWbr5XM09fIhLMdAuLoq2CqS+vW7uONNvr7kixtwqqsCcOlVzNb2MbMSAigkZHlnhx6sv2&#10;Pt6ioIaTGbfo6hGSOFZtX7fmndbL9GhEUKQuAS7aABfhePa6+Lex5uxd/T71yIafanX9U4ol1A01&#10;duqZUEURDIwqYcRRS+aQCxSZ4jqDKyiAvvV+5dvyTyMnKe1XKDmTdg8ciqx8SG3CgyOwVgQW1aF9&#10;WOBRSesPPffn0XdrLy5a3QYljq08KAgUqD55AHAg5B6rS/np/MCj+Mnxrx3x32PX0lN3B8lsfUUG&#10;4Qk1RTZbb3TFMWjzmWVMdX0zUtXuvKrDjqczM6TUv3tkvHqW0+AM5sTdi31Gm39TfTZR/sLD3yoS&#10;+8R5ILIEgY1mrE5odOquPStTTzr1hVuG3w2MK3N5kuKlPMKorU/mPTrSgo8zLWyzU2JOpIwI1r5l&#10;vMZWYqBTDiMaVNxfUR/W/PtTUOMjmBLsAQOAR/XhfwRybj2PNg5dtJo3lc95HdXJb9vD8usfucue&#10;723n8O2r4FaKMilOBqtCf29Ge6y6zxtfRGprah0maISZKV3Ekk0b+l2YTa1RgSOVAJ9u8uCjeEqk&#10;ahuT5Li/+xW4X/bD2IJ+XNoktzGnbL/ESf5aaU/n0BrT3E5ht9x+pkumeAihjqSv7GP+DoTsh1Ts&#10;CrxhoaXwUteguuVK1MM1OWJssE1I0RTyqQW1Brnk+05UYuWOQxp+8QNV0HF7GykngMD7CVxsggm+&#10;ltZZpXVanAdafI0DflWtPXqU9p58hurVbu9gjgGqiHVo+3UAWBFOBC1JpnoEdwdaSY6sGPxMlRlJ&#10;grCoSfwZRJIqdFdpYJIqalq0YyD/ADf7oUfn8+22ShqlYCamkC25Co0jX5+gQHi3siu9muIYmm/d&#10;9xx+JIyQf9qaGv5U+fQ/2jnHa5CEi3y21n8Lvp/mRT88fZ0Fmf6/y1LEJpNu5IPrPhq8VRVNZRte&#10;xC1CxxNLSSAHnUpHI942o5gt1ppw1xwyG/P/AAXUfZTfcpbrJCHTa7hqj/fbcfyr0JNv9w9jtrl7&#10;effLYaQa/rJQgZ9ePSfzHS+8q3Hitg2nn6qmmKCGqgw2QZWu1vIrrFawH9n6395o6erVtP28xNgb&#10;eJ+R/a02Vibf63sFSbZudlMba4spUk8qqw/bqC/yJ6PbzmDlncIPq4N4typGQJEOSPWo/lXoP4dr&#10;bsw9SaCtwOWgZHYxvPRVVP8ApJXQweNmV/8AA29vFPHIFHlidG/KlD/X+lgb/wCv7N7W2kKqJkIl&#10;Hliv+Gv8uoz3u+tfE1Wt3GYGJGvWMZHoCPL1HQkYegq1VVqqOojZdIeF424NvqCFPBv+bH33PCTe&#10;wNhf6Kf+J49p7qzZGrFE9OrbTu8S+EGnjNMAA+X2/i+3y4efWHLYdm8rxQyWYXkuT5NQH1MRUeG1&#10;/pc3v7gaLk8WN+dQHP8Arf4+y7S2rK/t6FrXMKJrDE+faa9JP7aZ2VCovcKNa8g8KCSb+4s9K1iy&#10;35v/AGb2/wBa3tLcWpILKpP2dCLaeYQngo0y8aZIB/wnh0ncztt5FkkhikeRhqZVhDIoUDUVMUan&#10;1aub+2euxsFfTzUlfSRVlNUKyTQVESTQyKy6SGjkDRt6f8OPaK3a6sm8SGoI+VePrXj+daeXUhx7&#10;vayELLc0KEFWXBU+tQc/njph2luTfXW24sRvLYOfzm0dzYaqjqsbmdv5KtxORpJaeTyoY6ukEc99&#10;Y5uSSODxx7A3N9b5rb+OrqbZi0W4MFW+Vq7YO7gK7G1CSqEkhxNbMks9ATGotG5aE2/T+fcs8k+6&#10;G9cvxSbRRZtrlrW2uBrgYUoVQk6468Auox1NdI49FO/8q7BzJPbbt9VNbbxGVC3lqwinRgagug7Z&#10;DkkPp1gYBGa34/GL+bZs7sjd+2aT5m46v6131hxDTYP5U9K498Zl4Jkjm+1qezNi0hXH7mc1TP5a&#10;+iFPWqkg9JVbmqfv3+Xd0h3nU5aTruqreie4Z4ld9kZoRRbTzFSkqP5MZIVjUGpYEFqSYEW5h5J9&#10;j48t8j+4MTXHLkx2rmUiptpmHgSOSNRikGo6eNNIYk0BRKGqGL3M599uXtU55tF3zk7gNwtFAmjQ&#10;EqBNCMEjtJZgmruOt6Dra56F+dnYu2Nq4bcO8Mrtr5K9C1kkcWJ786jqFzGQosc0C+Eb2xsVRNVU&#10;OXglliWWOqRAC7Fqt2AUUg9vdI/Jr4obhmxu/wDZlfj8PFUNHBuKCkmyW3MhTxvpSamzdEHppldf&#10;pHMySX/s+4y33lrmPlK8NpvO2uiV7ZAC0bAfwuKqccKGvqBnqeuVOcuTue9vTcuV94huBSrIr0lS&#10;oJo8TBXRvIhhSpABNR1a/wBeds9f9r4Wkz2w9z4rPUFXHrZKeqVchRsGt4q7HsVq6RwQR61Ck20l&#10;gQfbDsv56b52PV1GO/h/8UwpHibG5GqqWpWiV2jIoggD49pAl7REAXFwfbe1c2bhs95b3to8iTwy&#10;o6Z4FCGVhTINRx446HcUjC2ksLuVXhZdLAgnBBFK/Yc/Pp6zuytv7hkjqa2kSLI0z66fJ0qRw1sE&#10;hAa/lCETIGN7SBxyf6+xioO5+hO5MjS5HN7fTau8aMLU02P3NkoarbFdWIrTRqauaiKrFJLbUlXr&#10;U/T8+8iP9eDkvnXcbXfOd+Q9ufmuIK3iytJ4Fw6VI8dYyq92NQlVgwqCDU9Flty6LS0lt9v3i5iV&#10;z8NVKgHyWoOkU9CPt6yUFNuHH+OGqyNHmaIHQZ48caTICO2lA4irGpJSF4JREP5t7Kt3XP2BlcxL&#10;XZSShyGNBP8AD48NUU82PpKRY1ig+1gppXjCsi6EsCFWwAUAAQ37i8977z/uovNwvbdrOAaYoIBo&#10;ggUAKFiTFAAABTyAHAAdGlly7BsUKpEhMrZLsdbPX5+g+fSmjjVAukEWDcc/ViCSRc3bj6+wY2/u&#10;rcG3a6KfGZKoxsnkIcxhQ+saG/cDrYlQLW+lifcaq80TEpM6t6qaH9vSsxhvjaq+fyHWT2d2i2tj&#10;u9Np4nDRYzb+OzT1ryRZ3C0WThr8hUtC2sV1NPX0+N89TVIA88gVAxACi/s3trN92nihlthEzfiV&#10;WyfLVnR+dK9BfdVh5ZabdG5vMm2qNTW87RAR/NWCCU0r8JZqgk+WODERqXYnSBc3ueP8ABcn2Hm8&#10;/gt8gtnYvK5+faUmQwuNnKJU42UZGprIAiymrp6Ch+6qXpkjJDyD0RlWvwPaW+5e3Sw8TXDrVTTU&#10;pBHDPD0OPy6DfL/vR7X8wzrZWPOVoL4gnw3bQ5NSNNH0ipPChJyKKcdQY8nSSyrCkhLOpZSY5UW4&#10;YroLMgRXJHAJBNxYEH2UT+HV3/KpVf537f8A4Dt/n7X0X1W1f7R+v/D2H/GXjobjT8+pO+oh9fOn&#10;Ff28eHTj7//T1walpWaRyDquVZCLXX8/7FQeP6+87byKNi0lO49Y6xTsgCDPW/x7jRModGaNgoYN&#10;cfX0mxAJFr2b2htki8WN/DLd1P8AP1eWaQxsFYBjj8vP/J172K3W/bM3T++sVvDDxVGRpKWMw5LH&#10;ff1OOetpn1eVBVUp9E0d9SFldNfDKVJBH+x83R8kcw2O/wC22YuViU6oncoJAUKlargUrVdQYBgC&#10;ysKgmHKu83mzbnb7iaa45K0BwRmox8iacR8jwKV3rtWg3ptrKbcyC03hyEHjWaqoKXJJTSq6vHMK&#10;SrHjcqVtwUcAnSytZhdp173Pge7tt0mW6ypsRu7IQtSJuHbeeabbu4sOk8MrPTVFWtG8Na6yCwlh&#10;Esci83JuPeYHLnPO3c2bXNuXLF0FliZVmjlLr4JdahXAWQioBoy6kNDpJp1lpsvN78y2EMm2R28l&#10;1GtZIpKgrVaA1ypqcAhBkcOql93dbN0nlsjUdkbp3X1ltQGtG393bfeTeOw6yvhmpmgkq9v1lVJN&#10;gI5qK5aGqmSONxYPYj2x7y3d/dUVFRl/jTu/KTx6pKmpwNTtrN4yN4vUTJJPPDlqaNQW5ko47aeL&#10;+w3zDznv2wx3F1e+273QVCfGg+nmiIA7WL9syinEvbg+leijd+Y9w29zHdci25IPxAo9ft/SHl51&#10;PS92NicrumbHQbb+W+1ajE14h/hMlXtiXFZap+9CSU60dOc6uOrnkRUK+GqdLOD9T7lbygxXaPSG&#10;3YKOnoNpba3OlPkNx0+Vq4qNNuUMbS1NTHWCURxNUQ1KIikjTrAciw9o9/3mDmnkiyuDHbWm2bg0&#10;azNKyhYEqGbiE1OXVAvbQEqxGnoo3zmCwm2CxhSJLVJZtToOCkcBQAD7cYHUTr2ozXWfyE7Dk3RH&#10;nd57n2/RjG7WfH46prKzdjVdBSR0f2ix+YUcSULyySAPIobyISDrb2FnV1d0xRVe6/j9tDdLYOqq&#10;YKHKUu8MPX0wXcGWqZJZ8phRVNAaeoTGxeBY4rjzL5dLak9hPar/AJLQbh7W7JvAggOl0uYZEHjS&#10;t/bIHKlToBRAlP1FLqrI66gDpdx2Pe4rjlm9n8OxYqyzKAwLqVNCDjR8Q9ehP7Nfuilk2P39V7Do&#10;s9Ht6ozVPkOu8xjZpqza+Ilp46Wg3BTpDLPPDkq2Jqo1jmN/EJYjoKggLOfpvt6nqkJy1NvGmpY0&#10;goslJXvBVR0cfEMSpWakiIW5ssmnnj3669vudI53SXc4r5FUKrOxRwq4VdL1CgDiquVqRSvQM3H2&#10;n5hLM9msM1uaEFHRPlwbT68K/l044P5X/HyXHMk+KrNhVVdN9xkcf/dwJHJkpdImklkxUTNUT1LM&#10;NMjQq76fa/Hf21eguuchit85CsXesldW1tJt+jo5K2qaKSnposbVNXrJLRwwvUQn1PJYgMANQIAW&#10;5i592n2j2y523mHxDzLMrSwwR0kqGCxqzOKxKpKtxfV2kUxTo02TaL3bNg3Pl+S1UXcsjK1WFAGC&#10;hsqaVpXgeihdsfFDcvyu+TmzeydoUOJfpTE7UwOHr925LIrTRy5Oiz+UqtwYmn2/In8VrqlsVWNE&#10;bxRIsxQM+kEgm+5P5he9M9i6rHUNJ/CqaOBqWkx2PiiQZL9vQ1Rma6ZXcK5YkwwRqpYC5IJ94v8A&#10;MHvrzNzDavaT/pWugKEiAUuR+KWTLEeehNIJGTToK7b7O7BY36X88fj3OuutjlBQAKg+wUq1eNej&#10;6bP+DfSG1M0Nxy4afcmcWvkraWr3DUS1lNidbl4xi8eX+2SopybJNMJ5h9QwNrFQzfZPZnaC0e38&#10;dj5RBJIHOOw6TPJPVy6XDvIxawaV2ISMIgubLxf3C8017fEpHU1NdKjNf8p+X+bqVo9psIV8O1tU&#10;WooSQSSPQ+vl0a6lxeMw5nrBpj/atNVVDr6Io1Fy8h0hUCr6iebD629zajrXa+1KebKdw7tfG10E&#10;a1K7dxzpk87KkC+RlrTAalMWCG0nzeNiTx73aRbfA00+83hSVGA8MdzknhqOQp4UBPSg2y7aFSiC&#10;NhgJQfb9mfXz6bpc7V1xgXbuP/iFPNy2XqWalxcMYJCzU1wKnLHUCwEA0Mo/WL39sFJvrcO8I5Ni&#10;dA7SqcXNmgKSnqaaiq6vNV5mKpHCK9o6aWpeWNi1qZUUA2IIN/d/3hd37jbNi26RJZDpUIGeV64A&#10;4VbV/CoP5dMXd/DaW091d6ILOJCzuxACqMlnatAB6/5+vVqY/GUkud3RlKX7LGQtV1NZkZYKHC4q&#10;nhQyS17ma8cIgVSTJNLIVH9oe1dh+j9h9bbiTH/KPsTIVXYVXi466n6L61oaTenatXTMgrYa3Kba&#10;xQrMJsnG1NKwkORztTTU5D8sLhvcibB7P3kNzFcc736bXCY/F8FNMl28VaBzCtRFGchZLhkjqMkn&#10;jC29e7QubWc+3+1Dc0Vihu5D4Nisg4qJpArTsDhkt1lkGaKSOg0q+zNybtp6ZemNtw7gpqt1Ub63&#10;ca7CbFpqUBkkrKJnjGd3aUZSqx0UKU7sCTVL+TK7G273T2nhMjtDq3ag+N/WdbJLTudn5qnqe389&#10;iXm0s2++5ozUY/FCrZfXjdtU4enVikeRIDBxbb80cucn2l1tvINhRpSVNwx13LLRlJe5BCoTXhax&#10;KyUGm48wBp+X9z5l3CHdeddz+tlQB1tyhj29HwaJakaptPlJdlg4+O2BpQO9/ZbrDqtBvPvben98&#10;9wRRGXGYquxglxNBLCAdW0evqdskMdUxoea2slqav8Gotp02J/H74Y9XdTYzHolBBkp6YmpSgSHx&#10;YVK0ohfJ1MLs1VmMxM7MZayskmqJmGqRmJ9h4xSbtMtxuc2srQhFAWJW82VQBVj+KRhrf4nJPR3d&#10;bgbQaLRQjlNLSElnNOA4AKgGFRRpUYAAx1Qh82/5tPcO7Istsbpmm/0XbYrJ5sfPuKLXLvytxo8s&#10;c8RyEVR9thIauNBqSli8wsAsw59nhgCwokcIEaLZVCIERVA0hERQqqoHAsBx7USJGhCKO0V8vzx+&#10;eeiMSNIM9wPzyacP2dUA56XI5aqnrMzVtU1lVI089RPK9RJPJUSl3klleSSdpdcjEliSDyT9T7f8&#10;dBPUsUhBkI9RIBAUW/JNh7Dm43ttbLI0syqB6/YR/m6X2FnfbhOsMFqzYzTNB8z5Dou3Z+e2xs7G&#10;SV2brqOiEkUZp6fTqlqmeVpCsFONT1BDt/ZvYe3DeeZfZuwd35+AF6rCbZzeWhK2JNRQY2pqYQo/&#10;P7sYJ/qB7jK4u5t13SKdB/iqGqjyxw6lq05ei2vZ7i0BP1d0wRmrw1EA0Plg4Pr0Wb4ubMx3yp+c&#10;Hxl6u3LSgbJ7D716y2ZmKQM0Ym2rmd54en3AkrkkpU1mKaUBhwpb6e6nvj3T0dTna3NVkr1UmMjn&#10;rY3dwYxm615cfDUAgXdUxxlbSefMFYGy+5l5dEUe0PKWq+tmznuqI/8Ajmft6AHPniokNpDHTUQj&#10;H1jUByB+ehT8ievpC/Oaor268oNi4unp6el3bV0eDqRDHokG0cPHTZ+ppVAOgefKw0lMwt/wEnlS&#10;3N/Zqq+eOo8mlwkrnUkg+muwX/WP6fp73MsU3caBjkjyBPp+wdJdsvXAjaTK0/Z1WBt7buQ2+UWS&#10;GSrx8BSCop5AuhaUtI9lsur9sFirWJX8e0U2W+0q44a0LCahvBIVU+FGZD42QC5UksVsb/j2RXcb&#10;EEupCHH7cdGl5aGWH6iPJQ6vnXzH2dGZxm00y2HafAv92tBC+QoI3dGqxHAQ1TE5bSs+iGNf0i50&#10;k25PtsrqmvospDW45/NSAyRZCj8htJj2VXFTElwFqaaRVdLcsjutjcWCN7Yu1biB2NM08qefS3ar&#10;ikQ8QaXoeI8/9nh8hnoQcTicDmtoz4Pc1KtDk2MdZhM4abWIMzFrpxjq6UI7DGZBJmikuAiTRRvc&#10;tGV9uFXXyu2kCyOPRIjldfFzrHIIUjj2ga3ljolB4fkft41/Z0JbG71yFWoCP8vTBh9t0UNIsrhv&#10;udUhraeoiDCEmSMJ4JEI8iSH6gqNNh+foH+dgkST7+ByQ5X7pCos9iAs5/IkUHSf6j2ifgMZ6EyT&#10;q6eE2acD/k6HzY9ZFJAMLXKF0NehmDEsjEAGkW/1EltS/wBPp7SdZVSNTpcqwBItcnkMeP6+1cY0&#10;IZUUhhxNK46sgQNiurz+zoScZjoVrWQn1FC8a8LawPq1Acm4/wBv7Slb5PGz28YFzYKTquR9LC4/&#10;1/8Ab+0ss8hYkGo+zrzAA1HQkYlKdXSPyguB6gXAtYH/AFR54/pc+09U4zJzReQU4hiYallqZIYI&#10;mAOosnmljMnH9AT70ITTxHOkHOeqlqMABVj0qKfO4SKoNN96KioRtLwUsNRVSxHlVE3hidYbsLeo&#10;jn3O2zs+pylQ9bItRLT0iMA0cfhiZpFIVknmkiBUEfVVIP8Aj7NLK2Lr4wJVaeYwfs6L7u+ijIhM&#10;n6h8hU/tp0nN99h0O3IabGs9DTVeUYiOGadpah1Ww1mmp4ne4t9HkH0/T+S4jqeszGRytUatqD7W&#10;jkrY4IJ4xHLFEqxv969RI0FRI+rSI0EekNq/s+1Me2rczOW1AKpbBAwOPEZxwHRZNvVtZ+AJBr8S&#10;QR1zgsaDGaZPHpNZH5AYPbGM27TywTZIZfLUuDLrRTvVR1lQssyGlpqRDU0cESUzyNPMoj0x6Sbs&#10;qlofpnuCTd9OlBvmWXZ9DWY+en27gsHgabHR4zIUlHlVXceUydJlM5U1OPgqJNLwSUqsbWCsG1DP&#10;l72w5l5nukt+X7ea5gDJntCxB1DjW1F/CwzqqCRgnB9BzpYraKZrdY2YugADBmMbtHVa+ZKkEAcM&#10;/PpKD5J9Ixbaym5c9EcbuiqXdlGIMu9Q9dlcltvNZTbEi4SKnnekNPkMjgz6UMbWYa1KMx9j/lXi&#10;wdEtDTyQTV60+nJZaGGnhaZpEVmo6eWlgpj9vBIT6rJrIvpHAHT32Q9oNu5F2a3luolm36WNfFkZ&#10;UNCDUopCqSobgTUniTmgXbRs9xutx9fuURjirVI6/DwGo5NWoK9F12lS1m+sxLuHJwVtPinrxNt/&#10;adbV1slLSQU8pSPK1dFNVV0aZSsSJSAGZYoyFFyGZgiqqxIBd3ZgxfWxMj3LK2mzu7MBx9Le8nII&#10;GemkYp1JVnYRxiijo2ONxz1FyiRxFEiCaY4VD6BZi/jiQ6rt+fafnycjm6+lABZF+vpWxt9CSx59&#10;msVoir69G6RL2LTJPSxpMHBCgLDySfVpGPGom/It+lfp/sPbvtXDU24sxBS5Kqlo8bGpmrqqPQZY&#10;0aRYYooVkuDUVErgKSCAAT7KuYN1Ox2DXMcYaUkKoOFqfNvMgeg6h73t9zY/azk6fd7a2E29TOI4&#10;IzUAtkuWowbSqqSafIefUmuFfHG0GFp4KjJ1DiKiiqELUiiKzz1FR4isv28amxAsWZlHuZ2XncTj&#10;KOPa+2UDUGPWUGZwklXXVE2hpqmokAVtUiv9AALG1vr7xo5t3653V7qW5ZWfIAA7R/pfQUxmteub&#10;W58ycw8+b3c8zcyTk3c/wIKhEQH4UBJoFwCakk0Nel/13tafGipyeVnafK5N4ZaxgTHDGkSnw01L&#10;TC4SmpwxC6iXP1PLGxbaHM11PkKWClnEdVLVIQuh+GVH0JZWYEarf2T/AKxPuJ0vJLV42iFJdZJr&#10;wpSgP2eR6NPokmjczqTGE/lw6FeWKIo7t+ixuLG9iv4t/Uexz25mewa2O9DT5TK1FCsL5ObE4+oq&#10;KenmZ2KGURCqjgiYjjU92HPHtr+sm6CIxyMdYproCVBNcLSpC0GKknj0HLrYNhi1eOixrTGo6DpG&#10;SSCAfPpG5it25jwI8pkMbjfuhJ4RkMhS0Mk6xgeR6daqaFp0DNY6QfVx9fdifTldnsltKtpNxSLB&#10;l8ZkGxFUtNIWWOGTGY+p8ExSWUQZCAVpjmChXilUhuR7NNvmfdLa4MzgkSaCR5qERqeVCdZU+Yz6&#10;dRXvlrY7fdxPYDXbOGkWv8WspX5p2hl8mFT59VufI2lw9PvfH1+Gg10eVxUWR11dMsTGeny2Qo2n&#10;iaSO9RQ1a0SSwEqUmi5UkHkcsplcljNu1c1AivUwY7KyQyyQyVaTVVNTF6WA00cclVULUTqC2iKR&#10;wqsApZkVi/dkuEivXtV/WSJ2Xt1UKgae1dTmpOdKmg/b0FIIbC63SGK5fTBJLECmoDSpY631MQih&#10;F/ExXPmFDdFPwuzsNl95UDZEmOjGYxUEdPBVQUJippJtAY1ErUdOnjVitpHQM8iMSEVj7T2GbJ5a&#10;kNbksHjsRaniVpaCOtpVbJRRGPMwkV9LRzZCkWq9VLUaVaWJiXKkguq2O9v5F/xynwr20caXAAfD&#10;hTp118NtIqnHPRXzDZWVncmOzuvGySCShqhNY/7PUitoI8RQ50vgUHRjsfk1wdYuFg3PmtwRtUyt&#10;HBl6qDINDRGdTiJoWopJ6PGyvjVVKmmjkYQzKUHFwgYb/GOxGIlp2hjSLI1ZgSaOJoYvuqpC6LI8&#10;MaNG0kMNjIGABYE6v0kUXV6kNqBJ2rKdABFak1xTyDcKnGeB4db5dgvL/cVkWRgYU1HzoFxqzxIN&#10;DQZxgjj0ajZlXU5KpWR20GkhRgjuZGMSMskhSRitwKmVm550pb2RbevY2H2VDlaSaSlyO5HqPtcT&#10;jmjKiggrVNRJN4Q58r0fkVYuAHY2KhODBPuJzvY8s2dxZWj+Nv7NSNCCPC8TUzMwDmugmi5qfkAA&#10;M0Par24v+bJ7Xcr7XbctxwhppFoplK0GlGZVC6qAntIHEEsOhfbb1duGbH/bSNRYvQKvITB9Rkmp&#10;5IvDDBJyVNRIrF2IPjsCoLe0N8bcDTU3a2Fz2bgqavK0tRJuNcZRQrNLSR0VLUVsDSxNIizZKf7f&#10;SoDqFjQr+puYR9uuXnuOabS+u4zJfeL4xjAJ0lVMgJABqzkD0FCRkkKR97+c7yXHIu6bDy86RbKU&#10;EBkZmQS1kER00GoRgMc6eIBNFBIc+2VqazYGbw9DJTxQ5CGLDmaqqGpYmWrlWmmVZ0VpI6ZI3NyL&#10;FTbkLc+729lbxp8thKIpk462sakpvuJ0oZMY71RhXW0uLqya7GfcG7COUa0Btc2BOTM+3OEjJqwA&#10;FSVKmtAcqalTQglTkVAPXL3d9uksr24U27JGXagDpIAoYgASINDgDGoAahkceqHe3em63F7myFQu&#10;Cq6bDLWVISneqbIQSYj9dKabLUanH5XwRSaWeNgUYggIW0gRabKBrxVLxLMhIWdPSuk8opBaQiQR&#10;kaizckm1vZQbc1LqKp0QyrHrAUsV89VOPyp5enn69ALmevKqhhp6nCwVs9LJToJaGo8byieMss7C&#10;UpC9XCZrlJJAZApCsWIv7dDXIeDodT6SwHICsCp4+l/z7a+mIpQGvRZPEFUj8Q69tzbmSSVJC9RR&#10;/uFBTOGMYIulondyzML+oNdwbcsORHBRD5oJnVxM1Qy+SRAx0ldF1kjBht9Va6k/g+/PEZNKyJ2j&#10;oqdyVZXQaaft6HWGlmqEpYsvSx1CR0Jx8cy0VM0kEUZScSapYpZBM5LfuKBKo/Sw498KzImrDU+S&#10;o46qJdQVWBSQHSusK1rupVhcWsSB7ehtvBYSWtwUkP7OkBtEB1xOUPQhbaxCbfljqdvZatxlXdPK&#10;sE3mi0+Rgpmg8sJQ+T6Hg8n2hqnZu2a2pStiasoZoT5Ep1kV6dJACvEEkUnjun5TT/j7Ok3ndoYm&#10;gkWKVD5le79oP+EdUluLuNHgBBRhQ+Xp/mHEEfI9GawPcPYWIijoslT4vLwTkxTVj0hSqENjcxyU&#10;80CzaLfplTkn6+8Ro0o/Ks1TUSvLNJNE8kEUZjR9ICRPBTQ3SNQ1nk1yG51M3vcTSFDVi32kY+X5&#10;eXRPcQAkNHGqgLTFc0zXuZuPyovoo6FzF7umrjTy08dOlOkSJVlpZCiSE67qZtbKzs19AKQhvoqi&#10;/uTLEFUvoZVGlAZVB1N+WXQbWNxzx7skmaMc9EFzbkklhQ9LrEZh3MSCVGklLSALIzDRfhSx9PHP&#10;AuB+Pr7ap62spUaKK7pI+po9N9KtwzK1+OVFvaxLaGZ1ZuNOi17AMVYV6EGhamqnE1QAjpGqrKra&#10;QjCOzCwPNxcX9ofMZXN000H2mhxJctFNrSwuVADA6SNI/Ps+srOwkSQTYPkR0f7ZYQBZBOxFeFM9&#10;PcdLja0FZxcL6Q0drgD6H6H1c+4uL3pVAlKqkdGVtEniYSRq6llJUs1uVHNj7cutihOYpdYpUVHR&#10;8NtChDE5avDy6TmZ2PR1ayNAI5fJHw06HyhSOPUAq/7b2s6XeWOqAqtONQLECWNo9PBUEvwOCfwb&#10;+yabY7mMMfCx0YQ2k1Amnu/b/kP+D/P0AG5ur6uleappqcCIIFkeDUWUswQlbMNHJH+9e5zyxVRV&#10;1neRZXZ0jYEiNVjTUIXEaEhmubvqNyRewHtKkT2+pWXPRqtksqBGB1eZ9T68TT0pjhwz0G4yWT2m&#10;zGOhZBToqNVOyvLPZ2aN5Y2mJvclTYBQoHF7+8sdIrqzKvlUmyveNzYraynVqUFffmmKEAgg9Fl3&#10;siGpUHHTtj+5Up5YYslVigmUqJ4ahZo09XKyC0QQsGW173F/cWbCwhbGNlUDVrUjyAEkm7FA3Baw&#10;sRx7dS+cmgPd59EUu3qr0biehWxHaLVQDrU05lZiAjTXUgn9toQtQANUdibr9Sfc/HeGm0NTyMs5&#10;4WEBtHldlRtSFyWGiMEWI9XtFdK82sSqDH5nzx1U7WrgK1dPTdnNzV1R50qYIpKVLTySHX5REA19&#10;Oq4GoPb1CxH4Pt4yVTW5ePxVElNeC3ghjjcAk8MscZLx07aV5CldVvz7R2kVvYPqjR+7iTn9vn/h&#10;6SybMI66K6emba+58LtyR3pIa4CslZJauWMSMSvrRpamONWluX+pMtr/AFHuBRY77YCpWNFkkivA&#10;YpByUcjySqhcspuRyLEG31BAfnu/HYRAkqDQ1HlTyr/qr0TXdlVglTUHPHz9DShx6fZ5dCk2+Yqw&#10;JCagvCdLTMVkjl0DVqEbuio5QRkG17EW9ur0KFBUAwtVWZ2iSNrpKRYL/m47kfX1XuTx9PaRbvu8&#10;ImkXAE9FT2eliKYHUim3pI8n2bB4qW6r5ppY2IVr2YlGOkWH+J/w9wZqakaGpMqNDJMNDpJGVBKF&#10;WiAfTZHUqLEm1hb2pWeVHjCkeGvA/aM46aNuwZcYp0ooM1Ks8AgnSanhdGWRJC91veQaWZSwK3t/&#10;X2layOBpmpRTytKSUZA6sC1lOsSLqRtQ+tjb2cwtIIxMGGmla8P5dbNuQCwHSzo6upCpO0qrdbrZ&#10;TyGY6i1hYcH2w023j5PC9O0Mc8zsFZ2D6QrXkidl0EagFIF+D7MJdy4FZNTBfTz687jsp5Dp8fNR&#10;6daTrKFT6qCBdTzzxqNj9Pb9Qwfw1ZY3d5JmZUiUweRvGWEgjEWgk2UNyfoov9PZbNJ9WUdU0oBk&#10;18/U5xU9JJhI7qy49eoctQa4oyIUjXTJJIHJDSggc/6kOCTb+vtuy8rzUx+yh8kC0sUnkSNVK1bM&#10;bLVqYnWdAkNgvNzwLfX2/ZqiyqZXo+qlPPTTivoak9KLOPu7z3eg6507xxzCSWRVdJHZdROoxaEB&#10;cX+igjn+ntixUk4gajmp4o/Iw1ThSNRQ2V9TH0qVUE/m5/r7NLtYdf1CSHHl0quLaIyCVHNa9T6m&#10;ojDiSKS4BvbUf6HgL+Tx7TeVxlbRj+N46Knmq6fJIvjqFE0bRlYpj5IyGWSORdYIsTwD9ePZlaXl&#10;vcMdvu3ZYWjwVwa/I+RHS62aKaT6admEZTy418vl050mSSWVKWctGHh1D631LYsP8DYj2ANXhoRk&#10;mr668E8jzVHhI8tGHZ3dF0K8ZWAWIIIJC254BWRYLxxZrbWygxAAV/FSnn8/s6GUU0jWscENNIVV&#10;rmtODV9TTh0qY5/20WO7KqgX5/3m35t7Sa7u7efd2Z2xt/Y9NQbWx2NhzVL2HkslSZ+DNVGUyFRN&#10;W7ZgwMmY27kcQMNTNLFFNqrgQkEbQojiRAFS9/rEm2T2DrtQSMm6kcNrLatUaxIyuhSmZDqORVSW&#10;1MZnYOUItosd23PmBn3iSQxPZIjwvCI4l0TfUeHKsnjHQzr+g4LSN4pIKnxWk0/5ROXLMUKMCCLX&#10;5uAbi30/Ht8xW6N01VZ91klQTQQvUZEwxMIYUpaYzTzBI0DMVjiZnAUAgEKPp7kO+27Z7Lb5Cj0h&#10;FdJ4kiv7Tk/b+fSHcrGwSPwLRyatRB66iNIBOKdwAJIAHoB1zFLRKloyPGb2ANzySWuNN/r7GnH1&#10;9DHHTT5DKQUAkSIRSV0gjU/csFhXRVNEIDJIoQBrXcgfUW9gC8kCrLJHCTEDQmmmh9D881px+Weg&#10;VCkt3K9vaJ4hFahAWJA86KCSK8CKg8eGemmriaIPJBA0mm2nTcW/rew/Pt/UYzKTMVLEUFOI1mSO&#10;IzMkPidvUNUaFUDNcXuRc+05N3ZxqSmZTmtfnT5/t6t4VxZhWAqG+eM9NUktSiepbPIQWTUbL/QA&#10;8e+e4v7u4Xbe5N0ZfKLgdv7ewGUzuYzLU1RMmOx+Ko5a/IVppqdXmnMFLES0aqZHbhASQPZPd76N&#10;nt5bvcCv00IZ3rwCKCzHzNAoJNAcDh5FRtUN9uW8bZtllZme6uJ0hWMHSXeRgqrq1Lp1HGqopk1F&#10;KiE1VUhoYBGs8k8oijpw7IXZio4kNwo9X1+g9xuvcdval2vDNk5MLmd1iOrkoKpI8jt+jyuNeeor&#10;MHNmaJ4s5V7fr5Yaox1ccX3YgcHSzqEAK1ubqSKQ7qYzc1IJUFFNMD9Mk6CBTUuphWtCRno35mud&#10;iuN3lhskmg26oDqxD6H0hZVjZTEJVDKDGxVAytq7TXUzZ2SkkNVYulHIG1+RldUlsI5zEyqNSLLC&#10;NJ/1/ZhquokipsdCI/LXmmRqSiDpCss0d/LJPIsZvFDG93GhtK2JIsT7D0cYaSck0i1ULHPHgB+d&#10;AKcTwqegvUSrcSNQWwbuPln58BjArwJ6ByhxkL1mTqlH+Siokjq66Z5pIYxKyvBFArq4jmlBP0ZQ&#10;bmw/BSG7ayiaXHx19TPJJBSGnyGHpWkXB5ioyBWhjgy1JLVVNLXz1FZPaKOWRkgaRdfr0MPWu3i4&#10;AuJmbwl1AA9uoONLLSgDKADUGvnXtqejKzkdIL2KxVVDt2yEfqRqjLLhgdSAafEdgKsqUAIVgVHt&#10;TE1JkrapEjMPmdaGpqjTvk6Wnp/HdqeSOkgemEsUCtKWGqQggeksCiKnsDE4oYTJ5nH5Snp8sMUm&#10;Kx9XTQQ1sE2QkMUaZahyNXSrj5oanIxxzCT9BdEkHo4NpmRLWNkVgJ2VWxShYhVBBoyk9ooRUE04&#10;46Mtp5evZbi9it7qFriBXdipJ1qi1YoyhywojOg4sFY0YFQVfmMNV5OmqKHGSxuZGkWrqzUSRMsU&#10;KiWQ0rxxTPIpETaNLBhcnn3jliynYeJhXau7ztXBO+YxtdLtWlxtJmpqeikq6WnwG36bJUssW3aa&#10;eho5mavgNPVxRwCSlaMMtTAUXltG8EUEE8osyTWRMMwU6CA2lhQuwV2Ug+QKltQdMkWybpc3O8bV&#10;9XuahWUXGp4g5XUZplRhqOp10xN4kdXPjLK0XhvhpKei29GlLVUMlfkGUVHlrp5ZY2DNrmrKuoAm&#10;M6iqms6KhUFyrEuPGxW96dp9PdBZJt47n6Gz0W4svXV0W4d8VGV693dvfaebpKTadDhtu7gzH99M&#10;lV7YXL7XxNDPClNWChFPSrzLI9yBdy33lrle5O97htMo3CZiZJAtvK8btHEqI7/UFo1eJUKpVYgF&#10;DYZsypsfKPOnuLYxbFtXuDa/uyCPVDZhL63tbiNnuGeaGH6eNLjTctOrO0ImDk69OkAKiixWTzCo&#10;YM8n2SxRyR0cVBLTY6eCo87PLHHUxK9QRPKQHZLva40c2fPjpvTae6loO2MTubfuK6l37hsvV4zb&#10;+/8AsHJ7io8JvDZubzm1Kn+FUu5K+qy0tDuumr4a/wAGPqpKY1lA6Exlo/Izy1crdGTmLb767XaL&#10;xKIlxcF/DkgmeM9szMQJQylRG7LqU6u5RqJvdDZd12iS95KvNp26XnTbJ08WW0skhaS2uoYblWka&#10;CNYw1u6SRM0qo6QyK5LjVpz5OjrKdJaSmhpanLRVNN5ailx1LSmXHVhgnuxipplgMcsMsJkkWyrJ&#10;rNrmyom3gNqU27t0LNRbO25nd81mMzee7UztdhYKB6Su21tynOPV6rcGGyEm4pvM2Jgoq/F0w/U0&#10;JmapCyBBeRRzxzTw+BHJcsHa5ldMgxQgIzuyaJFV/A8NokWq6IyzyHoFSbMd1O07aviXm5W1grxx&#10;WCI5kWRJpnMrosUsQgAH1LyRzuvcqyCNYSXxIIZ1oIJgZZYKaE3pEVkZtEgbVIskTDSLCQuhu36b&#10;e61u+fjjuDe0OK7J6xi6/wABuvMdiVR3OnW9NUdsUm5cvV4LJY2dRuf+H4bMYT+E4uatgrqGGGOC&#10;d4Y5RGKmOAEF82ckNzBtCbty+LG232S+czfShrsTAqyF/qCkckKxKzh0VVVmAKqrBFXI7kD3Y27l&#10;6S/5U5vk3K52aPbVW3+uKba1uiypIq+AXkhlMsnhNHI5LKrGNmaOSRiqqaUIgRtQCKbCQWbSPwCe&#10;W9iP1f8ACLI7E3XuLfsOGwGydv4zHik27X4XaOJm7GapaLGjKtT7r7B++xNJNk6ipqqeBqdZoo8d&#10;anljSpL+1Ht/yzFsPMF1NY20Vs0aqkBFuj3OqQIzFZbkThWY64wqjSYnYUDaXIS5y9/E5g2DbNjn&#10;3S53HdJZy06SXMwsqAv4Ya3s/DclEVHlRyNU5WVS0WojF/EYpG8QBa5YBm9FioJ+n5tb2cTE4ubb&#10;33WQwuInTfU9Icdlfvq7BZ7cVfR46WsocL5hLlMNh6SSRXkq/JJ5qaCLyJHGzSFRPM4e7tnuniYM&#10;wGshFEjgEqCzIwVjkPGgIUapMAk6oAv9/jvvDstyv1OwpIfCKRzRQIXAkmAPhSyMPhiIokjtpDFV&#10;QE8WiE6KHk/a/WoCWJDi5H+HBt7MVidwVVHQNTV83lmlULM6xEpBJxJ4tKkgrpZb6VC3fgeyq62y&#10;Ga6L28dEUgipqxHr/hpnyPUSbgIL24SeziUQhQRSmorwqQpK0qDShzQkk9RTQqGBQWC/S9x9R/sP&#10;YQbhZ3mlY0ssKJWyGFFindZk40+R4o3RHaQg2cg3Nvrx7Gu3iKOJVjkBYx0Jx2mv2jAGK1+zoV7d&#10;cQodMcooEUtU04EBvnxrmhx6jpwjiCqtyLgC9j/t+B7LltLY266bc2c3rvTcm4MhnMnTNRUW3Ia6&#10;SPY+zcKtVFNTY/AY9YadqnP1C0Ua5DJVM1U9TMXWLwU/7RY2fZLiLcrvf9z3qSe6uEKpbqwFtbx6&#10;gQqRAAM50o0kslXZgwQRxERiRd+5n2W82va+Xdm2S1h223bxHuAgN5dzaGBeeViT9PrcmG3TSI1z&#10;I08vf1LVgFAUAi31I5PPPswe3ZaUywR18hp62BI44ZIXikKxwA3E7yQq8zyrwWd9ZvwPZhucU6q7&#10;QRl7duII8z6ZwB8uoz3RZ0hf6WEfTMc0BGfsJ6jMrHURwOLXuPz7T3YmTgneafH1JnnjaSGYxKZZ&#10;0DNLogU1MbGGOUkklAqqvB49Qe2KCW2hX6mJlGKfPhTh86V6W8vbe7eGl5FSNgDU9tRwriuojgK5&#10;PHj1Ip1ZVFxwRccj6GxHsv239uzZN1zVfDURTU9WkslHB4nWVPUvlQxqIAXZQHZSQxP9D7E1pcSv&#10;FE85InqxFGBStT+ZNADg0wB69D3cXisybKykBiMdFJ9TwB+z16zkgED+t7f7AX9mT2xS5qvxtLQ4&#10;3HV0iCJWYpHG0QjBBiMkwN20x86fzb2Gt1ns4Lh7i6mRX8gTkn09eo9uNm13zSzziOrVrxI/Lpvq&#10;q2kpyGnniiLBtCOwDvawuqX1WNuD7Mv15t/HYLHF6nJTyzSTfcVUaakhpZVWRSojMZJZibNckcce&#10;4p5kvri/vFWC0AjAoprWor9vTG5sWC29tCBTFa8fn0HmcydbWVgjigQQqCInJW86n+gJ1C9v6e1B&#10;T7rxOUkr1op/u3pvJEJCjsgnDSBuAn1Rh+Pr7QSbPdWq27XEZQNQ/l0Fb6xmtipkQBj04Q4+aKOA&#10;yjx3KvJpb8aeeB9fbXj6dc7PHLU1FTPTQyVBkipYo6VpJ3ppqeMOHBfxRz+phbkqf6j2qupfoInS&#10;BEWU0y1WAAYE0oeNBg9JpLuC0V49FGK48/Tp0nFRBHppDBrdokbzozr4WlXz6QhUrIsOoob/AKgP&#10;c+qxNSwjoaJIohI9PHVcl5VZC0EypwV8cdMzaCb+prn+ntNDdRgtPOxLAEigxijD/jXH5dEUa/UG&#10;rfFXqT90lOrSyMVsga782Ki93I4vxzb2J9LiZYMMkUOmMz/sg6A0gpoogJSSEQa9f0Jv9fYWlu1l&#10;vmaQVCmv51x0IIrFVgViMnj0EVbueOo3FNTllY0iltBYrZpF/a+lwQ5Q+03lE+wdYqJkSvkipoqV&#10;HYFHkfWaiesI8Q/bWIECwuXPPHsxtW+qUmfMIZix+VMBft4fKnRLepGWOg1Ucel/iJ3yERnnjbS0&#10;9Q5FyAFYoYdJ5vYf7b3mx0dVk4IKepyKVEULzT+aNR608kLxRyMSeNcTHj8f6/vVxJFayNNFa6S4&#10;Ap6YP+Q9NWsaSOdMZVSOHXLJ1S4wPUQ05JkQoQGNiLEfTi5I9g52Rt6vo4JcpS2n+2TxpKUDNaoU&#10;LNoJKhVMcZH/AAax9jflfcred4rSRKajWn2cOhVs9sjTrbSRkxMQfzFadOmHy9PWxRxgqlQwZmjL&#10;XICgHn62+v8AsfZJ90Yv+A1VdVxx+Wpy0lNWFahGqAhRC6SxhbNCyottK3JuL8E+5t2+9Wa2TtpH&#10;FqBIPoDXHnw6ym5Jj+vsbS2discCsmMGh8ifPNDX0BHTs1T5WUXssYGmxIJYizauQLAexH2RtqXP&#10;0xymXgnNKkFOkAdSNYVLuQkgA9RUE/8AGvZDvO7R2RWCxceI+T8q9W3a2O3vJbWsq6y54fl59I/O&#10;7jhxzfbRSxmZj6l/I1MYwbj8Ej2uxs+nzmdx8ctKv2NNUJUTRIoRRZVWRSFupADkC/sOPuxtLC5k&#10;rqueCk549KtruXsbS4kR9NwRpHzr0hM/vH+GYmqqEljSrkiZYC/q9ZBNwSdS/X6j2u9xZ/F4aGjw&#10;GOj8lU7BhAgUeN2NyFWPmyI3HsLWYea6NxeTfqNgDzIGano72Xl26uopt1u6i3A48OHr0X7FTZTP&#10;ZGuydbONAAjEgZipWOIAltY1frHH+PsXtl7Anrqejyuehlo6VklnhjLxxyz6ypjV1DCVEt+NSkab&#10;WsT7C+/cxx28txZ7c4aWoBPkKDy6i3nPnRLGe5sdrdGYEAt5DFafbw6ywyLLNUUlK7VzytEPGqn9&#10;vQ51yajbUSLen8+5u5q6lxlNMKZiERntFDwQLgkKoAhRLgcBF4v+be0+1W0t1IniqamnHqEbjc3u&#10;59TSVJ+3oxW0NttHGsk9O0d0iXkAesD1XH9T/vPsueS3jHkSyrX/AGxjkkBi1AEkE8qAHJ+puSLK&#10;LcH3J1rsptiv+K66jB4jpSB4YBKVBFR6ft6Fqnx6U/oVAV/1hpF+T/vPsPcvkYAPHHXTVskiiRWq&#10;2IjRmuzhFVQX/oNVz9P9YCeytZaqz2yog/h/2eqy3rhQBFQdOUUIHP0F/wAf63+t7DDNZyoxUUlR&#10;HOkM7AlZEZ/L/UrexX8C/A49i2x29Lx1ieItF6Y6esoDuMiK8ZKE9SvYAZzeOVrZJovvZP3Gk1uB&#10;qLMSVux8i3J/rb3JO27FZ2yIwt+AGOpN23l6xtwkngZAGOvew/8A7w5zFztPBLUVUZPMSMsRAFyS&#10;bxSXH+29mF3YRmElbQSVPCunSPM449C1do2q+i8KWNI2pxYav2cM9e9oHsrsHtfPbf3Zjdk7emod&#10;0Y7B0FZtTM0+SwTDKZmXJQUs+KnpMxEyUkdNQr5mldIjIzGOJwxDmJueLP3Ag2TmuDkzY5Y7yK1S&#10;W1uDPbESzGT9SERTqQqxwguS5AeoVSrDUw05J5Q5B2rdeX7/AJn3hZNinunS6iMU/wCnAIiwkV4m&#10;GqrnQEUtpopkUioX3ssHX+5PmJg92LJktmU248FNh5MjmBWbWr9oV1bkMTPDi6uim89Q1RlNzyRU&#10;EUkbRxVsMySDQ5hAMUA8j7r94Sx3aN9x5ZtrrYvpnklLwGylZo/0qOzZa7KwoYWRbmN42/RYr8M6&#10;c4bH93Td+X3Ww5kks93W5CRFLlbyNI5h4kbqVULFbBpGUqTA6Fe5dZAf3swsPyMxsdXjINxbP33t&#10;169a2gemrNqVmOrTmIKWatgx3+Uww4evrK9YJVjWOr+4kIjfSVNxPcnuZtcUe3ePy1vNpLcSOix3&#10;NrNGVlVC8cKtp8F3mCP4ccczliUAXRIXjh9/Zq+e3v5tn5j2q9EeiQMt0joYXIQyHSxljRdQLEx6&#10;ANXmAevey37r+XW89/PunBdaYgVdfj6lcOmTrMLWY6LC45jWQpU5BMnWhYs/PDTsBHOiRrMrCNpd&#10;AMsQp72cx8wPzLtHt7spkv4LgRiaSNo0gV2lBaXxjHpnbQVCSIqeIkip4gQeJM+xfd65b5Sj2Tdu&#10;d9zKWkqiUxxzJL40gCtpTwk7oEJqGRmZkIMgi1EJ72xac02Uw1TuMU1fuZ8TRwVc+NerXHxyQ+SS&#10;eTGwyAClqa24E0mkFtA/sWUCHf4d2t9w2ebmForjmL6GNZZIi/hrSrO0AZVo8h0rMaLr0FahQOjE&#10;PtkdjuNvszyRbOLhmRZAhcg6aB2BOsJT9Na0HnVqnr3s53WNIlaaPIpBUUTRvTq3j588iNMkcEdr&#10;NJ5IWu50KFIGom4JHvLaXkmm/aCSO0pUmhIZhUKoHmCMt6Y9eseuck8IT2JkEtQagZop+Ik/bhfX&#10;NOB697sh64pFahpp61kjp6pYHpPPD5pZgngClRwUjkZ3HqsWIFiPZNzRckzMlsCWWtfKlfX58Osb&#10;d1s0imPgjIU6vT9vUOplZeEvfkH/AG34Hsctw9hTYSiRcTTJVzQKuPjm8U07Qq0qUo0weSTxu9VI&#10;PIdTrGpLMdKkiPNv5eivJWlvpGVGYEgCtST5kDgP8leg9aRo3Yzqo7iamgAAJyeGado4scLU46YR&#10;hIaqVpKi5V2uYxzfm4N7cWJ49pOXI5zcmAlmzFTVfcT60VIfPIFhazSHUJTBEoI4N72Fh7PY7Ww2&#10;nco47GBRGpHGnHyHz+zpM19El5pt3UgYzxJqKD9nTpTUFHQFUpYI4AxsQqqOQDY3Cg8X/wB59kf7&#10;jzybG29/BMW/22V3ZNVVWQqYjeZsJHOIphKYmkm15Wa4Y3KtFGw+jGx/vO5rqjRGVUySAPxAAsSP&#10;lUDVxNCDhR1lj7P8sXHMM7bzuqlrC3CLGh+HxSRRs/hj4gcPEZD5GswNHNMQpVhCQHAtw5sy/wCv&#10;YeyLdq9hbw2VtKhzG09v12Zy+QyX2Cfb4WtzaYqj8E33eXNDSz0bSywyCKKO86aZZVblQbg33G51&#10;5m2blGzl2DaZ7i7mmCao4XmMcVD4smhGUlkOhVqaBmGCAaZgck8sbHu27yW+7bpFBZohYapFjMjg&#10;qVQM4K0bJYlT2gjBPWdgr3U/Qfq/3m3+9H2DeJ7F7D7T3MafNUG58Jt+gxNBLQz56inxT5DKvMEr&#10;YaLGtHK9PHTyFi5MzLISCi2uQCeS9w5t523lv3xBeW+1R28bqZ42iEsqkLIIkYEDSWJY6zqFDp1G&#10;vUlNy9sWwWcY2+4tJtweUhhC6yBI6dpdxTVWigDTgk9dBFiViqj6XP0/1/Z0Orthy5jdmDoWpXkp&#10;aeYVbl1TyPUwgXZU8fp13Cqb3595A2VtbWbmV4yIIlaRSf4xVa/POfmOPAVJt/vH27Z7pbcj6iWi&#10;U+TYpjy9ekfurcVFhMFlMpVTpElHSySOZGKosZjdmZ30sI1CIxvYgAHjj3cvUxx01NHAFKJTQRxL&#10;wD6YVVBY/wBPT/rW94mWW63W98zXkyDtlnIArjA0n86gmvz6z+9pOVIuT+QOXdra8ae6Fqhdj5sR&#10;WgHkBWgBqRwJ6+bn2X2rku9/kl2pv6joI8Wm9+w9yZDH4ygmf7RqSfJS0dFUzzSMyGWWDRJIwVVa&#10;V20jSFAr1+Sm78hNV1eOp3p/sYisU8xjLTQqNayFSrA+JW5IAvx7zq9qditbOwtpnBEqqSM4+0/P&#10;if8AB1MfLPL6TXBvpSdRpj5dbfX8rnpXB7J6i2vkqlKmHNZGiWuERrl/h0zVS645WgWIaaly5Zrm&#10;w18DgeyR9f0MFL8gsTR1b6SNt1mThlXVasvBPNDc/RR4yD/Ui/uQ+Z9xV5JfCIEklgEp6/4yob1A&#10;K0qMVYHjjoK8x2fhb3cRg1pp/wAA/wAnVp3auTnn6f3BV46HXNI1FRODrUwa8rRUNQ6I4XX4wzCw&#10;9N/Z3qKjlqKjzqdV3XRYAWN+B+Pofz7A00yRRaCfI9H21WolCt5Cn+Gn7c9EU3FmqXG480rpp/bm&#10;8wZuEi+3b1OSdITUtv8AX9mLweBoMXgI5cnTxyVlQXnqPLGj+MD/ADKEEMv+bsT/AI+4u3DcLq83&#10;B1tJSsKmgp5+v8+pf2myt7K0RpYj47ipNc0PAUxT9vVMnbPce+OxO6KrFdb5/IUG1cLURYXEtiau&#10;XFJlagSD7/ItUxLFUTFq28cXGnxRK3JJ9k7+QGCwWTo6nK0FBEs3mihqIqaIJG0emSKOpSNVUQzw&#10;Saf3F+gPPHubPbjcNwtZYrG5umMRUlWbJrXI+YoOHQE9wYrGXbRc+EPFSQDj64B4cQT86+uOru/h&#10;Hnd84mgx+zt3Zqsysf2M1XRVeUqfucoJjJ5J6V65mZJoZUMugMAdQ/1vZz8Z8curZsJhq/I0FfU5&#10;sNhc22bnqia77mn8GS8ENJNFJjqKkaWFY2jSPXpvdyxuedG9/eb9425233YbOawj2APc26Q+ANCr&#10;q8NJGcN4ksqKa6mcJ4jYjGhendssxum1W0tyiySOQSTxFKegA8uHWn/2t/PX/mJJ8je3Nh7VzXW2&#10;O6spsj2N1bhuuqHZ8FXtyLG1NXkdpQ7mn3LHkMfvrLbpxlMDURTtkkoWqv3BSrGBCC39895ptysy&#10;VJFgcRN9rULAJJzVxaoxrBSdYKmGKQAKfrcEf7b2o273f5i5Utba2iMUyqApefXIxPFiW1oa1r6e&#10;lfPpPd3k9pPOiyiisRQV8jT7f9nrYY/lrfCCsg6l2Bn8x252RXyZbb8OXrI64YDISRVtVT0lRogr&#10;8hjKnIrH5yQzCc6raiCSfZHIPkh1Pg51gmzec2nWS1SVr4fD18EuOmlqIljkalpq2mq2iaSKIXQv&#10;473NiT7mHY/va8pTW/hc1WMTbloAJ0M5NAPhowIFa4LV+Zr0Tpu85mMzBkkGao5Br+Yp1clk+pt3&#10;VoMGQOw93xnHR4+DK7pwNV/Hligd2p0rKvGV1HBUJA51BliSU6iLi3sGt/fzB8fhlyEW0m3BkGMk&#10;lMlPVtgvCGhmmhVhIMB5omZeTpe1/YP3374fJVjIG23lCa5mjrjxhFX8vDkx5/FWmK9Hw5v3mNPC&#10;t75lBGahK8PUKD/PPUrFfHDZvjppNx4vCVddCRKZsVFnqBDMw1Sqy1G4qxJIgw9N0HH+PuwT4k4S&#10;o7r6w617U7KwL5Cl7D3NU0q0s+drnpxTUe4xhUpnxtB/CaFaaoMjEkrK7tHc8WAMLj7xe+797SDm&#10;fbLcbduzyMlIUjZFHitEkiySI0jcBUOCupWoCuOsRuevdXf09wt05YXfpJEt7cOwIpQtH4hFc400&#10;4AZxWueiGfPTtrOdQdc/IPHdIbtm693x1V0luTeGOqqDa+2ZjS5M7G3JuTHVtPls/jcpJVVtI2IR&#10;yq6FiWT9Ls3Fz2EwOE2xi6TD7cxeOwmHo4zHSYzG0dLjaGmVnd3WGlpljgTyM5ZiBdnYlrkknnVv&#10;e7b1zJut5uW+X00+4vWsjEua0LGg8uJNFAGeA6B13uX1dLiVDJO1C3E19K+nXzl+xewOy+4d9bk3&#10;92zvvdG/t658zTZTd27s1ks9n8gKamigjWWryUtRVyRU9NCqRRRlo4o1CxgIAqqMVdLQUU1dW1dL&#10;QUlMoeWrq5oqenUAr9ZZHVDybWvyTYXYge68r8p8x7/dfRbLYXM9wGoNMbUqM5NKKMZ1EDqKfc7n&#10;XlPlOM7hzJudtbwshDBpF1ABa0AJ7iPICpr5dCH8bfjd3v8AIjc8Oyejut98djbkSSKoWl2vtzI5&#10;eCCCSqFM+Uy9fTQtj8LjRKxDVdXNBTp9TIBz7QOS+RexcD9xT416zdGVjsppMTDPBSRErqDVVTUR&#10;F4kP9lkjYN9QfeV3JnsNzi7a+YL6KzUrlQfEkB8tSJha+VWz1z99yvfnkiWZm5Vs7i6iDkiWRfCR&#10;gVAGksVLAHyCnrZg+If/AAn9+W25lo8h8kN1bQ6Mw0mPZqjHYyuo+xt7NUmUGGmfGYauTa8EUlNy&#10;zvl3MVx+yzXsFuY+VG95lcYvF7dwELEqklRC+TrwLekiSWR4Xb8cwJf3Oe0+xHK8CRveT3dxcjjl&#10;Y1b8gCT+bHrHncPeDmfcJmWzhgiTiAFZyP8AbMVX8gnVzfWX8iT4dbNgo5N65Ts/tHKRA/etmNx0&#10;m3MLVvqVv2sdtXG43KwRAC1pMjMQOAQOPYO53vbd2SkZsnvfKJa5aDHS/wAEpgxYkiSHFtTpLZjx&#10;5ATx/Ue5C2j2s5X20+JZcvQCQmpLDWaniTrwT+XQZveZufN7Ktc7tcgAUUI+kU9KIE8vt6P71t8G&#10;fiF1HRLRbD+OXUmL9fkevr9n4zcuceU6C0j7h3RFmc5Ldox6WqNN7n63uHVf2sG1efL19Wf1Ez1c&#10;1TruT6tUzuT7GEPKdrGDpsYV+xFX/AOixdn5huW1TX1wxPrI9f8AD0Y7GbS2rhRbD7Z2/ih/TG4b&#10;HUI/Sq/SlpogLhbce05L2jALGOItYAc3JJv/AE1c+1qco2YFGjjAp/Av+bpSvKu4uSZL+Wv+mP8A&#10;n6fwiAWCqAPwFAH+2A98Y+0sirXpopEH6gY2ZH/1uOOfdX5O2g5ktImb/SLX/AP8I6VJy7dxKE/e&#10;0oA8tbgf8ZIP7Oo1Tj6CsXTWUNHVLz6ammhnXn68Sow59vdF3NvCHS1LlM9REhVUU2ZylJpKvcWS&#10;nrEisPrxb2gueQuWrhGW42q3kQ8Q0MTf4VP+E9K44N6sAFteZ7yNBw0yv/lNeg8z/SnTe6kkj3N1&#10;L1nuNJtQlXO7D2rl1cPfUXXIYqoVyb83vf2v8X8mu1MWixLmqmshCoqfxSkocq7aCfrNX009QNQJ&#10;uddz+fYM3L2L9tNxJ+p5dh1EU7F0/wCA4/LPQjsud+fduNbfnG4J40YhvzyOip9kfyu/gF2raTdX&#10;xY6spqgK4Wo2diqjrycGVCrmSXYdXt5alh/ZMiPpPI9vT/Kzsq41pi1XSBqGAxgd3JLAg+GRWIva&#10;2lR/vfsKJ91r2j8Rpf3FIz1rmaan7PEp9o4dCb/Xm92BCYo+ciK+YjQGnDDUqD86kjy6L2n8iL+W&#10;Cs/3E3x4qqo6gwin7R7V8S3YFhph3nCSp/1/p7hVPyj7FmQo+YNJqPCU2FwcBNr3/dioPMNP/Bvz&#10;7EFt93v2ztdCRcpWpUD8SBv8P+c9B249w/dS6kMv9errV8m4ftBp+XQz7Y/lKfy49o6P4V8Sur6p&#10;kjSENuKDNbsLRoTYuN0ZfMLI3q5LAlrC/wBB7Y5fkDvGrP7u59wrfn9itqKa/wDWy0giQgX/AKez&#10;Aex3t3EumLlKwUV/DEF/mCD/ADp0Xyc5e6RJkbne9L+viU/ydC7QfAL4OYxAlH8PfjHGANI8nR3W&#10;9T6fpz9xt2UlrD63v77h7p3G7Kzbv3MoJKkPnMrb6XP7fk0G39Pz7Ym9keQnRo25Ss2jI/g4+oJr&#10;/l6b/r97twf2XO+4UGcSf6v8HUqf4G/CCqj8dT8Ofi1MhvdW6A6rF9XBuf7rEkEcG/499ZrsKbd+&#10;OlxW4MtLlqObxqyZCKmqZVCEujxVckJrYpFdQQVlX/Y+yq99iuQJ7Oex/qpbCCShYI0iGqnFGVqr&#10;86cfy6N9q98/fXl+9gv7Hnq8M8QOnxNMgoRQgq6MrAj1BpTHTrsb4ZfFbqzMvuDqvoXrTqzLS6vu&#10;arrPbdHsBay6iO2QpNorh6LJII7qBURyBQSFsCbuGF3a9Bt6o2nUS0O6tt1MRhfCb1pRuShjpmUp&#10;9tB95I060xU38ZdowRwv0Puln7Rct7datYJbXLWNAPDeYzIAKdtJg9VHAKaimTnq1394L3SuN5Xm&#10;Ce5t4t7Uk+PbxfTSkkUJJtzECTU5oCDkEEDqVm/ip1BldxJu7G4jIbM3MpdnzGyMpUbcqKl3Ylpa&#10;uCkvj6ioIP8AnTB5v9rte9a/yE/lydHduTZPcW0MEetty1hlqym06sjbEtbLI8g1beyUdf8AaRh7&#10;f8BqmnUA2Kmw9xBzZ91HkveDeXOy3c+3371IC0aEsampj0igPksRiC5pUccw/a/+8s572EWO0e4m&#10;xQ7ptKhUaZSY7oKABqLYSRuJOsEniXJNehpwWFzGFiSln3JX5+mQJGkmcp6KTJrHEiRp5Mjj4cdH&#10;O5RAWaSnd2a5ZiSWNP3af8un5HdcmsqcNtifeOEplkl++25U0tbUGmidmDTY1alsnr0ckBHtb6+8&#10;WOafu1e6vLMks1nsTbjYgEiS2YSNQZzED4ur7EP29dBOQvvw/d552S1jfnL917nJQeFfRSQKD6Cb&#10;SYD9pkHSo9lEgyu6dj5Y0ldS1uKyFDqSpocpRN5IWDXs1NWKJImJ/LaB7x+vbV7eZoby3eG5VqMG&#10;VlZWHEEUqCDxB4efWXW18w299aW+5bNew3G3SiqyRusiOP6JUkEHypx8uve1cN94HOUgotxYnHGd&#10;6gzvm6aGOKqgRzZxqpYGCqjXIB8gufbclzdLGbfVEaHzQEj5E1H20Pr0dw3FjcOyXCUY8afZ5/PP&#10;Dr3t+xWNnLVM3X3YFQjUcZl8LVlTi2EK2LIkscltZNrAheeb8e92V9PFF4cl80J/hFaH5VHRdu3L&#10;O0X7yH6CK5hIz4iIzfb3Cny9c+leve1/hPkJ3JtB9vLkshmqrB4SvjqZKRsrk5aHKVCyHytPI1fU&#10;0jyzxOUOkAFTYqfa60up4ZopGDNCrhiBUqQDU+ozmtfnXqMLr2j5JlnvLltlt47qVAA/hKCtPwrp&#10;VaAn4skk1+zrgyBgwtyykXH15FvqCDcf649rr/Zmtla9X8C3Db+Mf3lt4toaf439v4/0f3Zt9tq9&#10;Xi/zGv16L+zr988r0r9Pdf2nicYfj/h/s/g+XQg/dE//ACjWv+43g/j+H148esXiP+qk+lv85L/t&#10;/wDP/X3/AP/U140oZK2NZHjMcoUaFsulwwva36tVjx/X3nu8UlxEtY6ORgeteFPt6xs8ZIGIHr1v&#10;8e1btnrvI52mmLmGDwmaoQyv4zJTxRSyyFSY3BKrHextcX/obDbkv2/3XfrS4lGhNCO4DHTUKCzU&#10;NDkKCaelT5GgW3zmq12iZNWUYgHzpWg/Lj172FFLislmM7S4HEUMuQr6uvSkpKaCPyzVElRIEVES&#10;8fkLMw5Nhzzx7BUVnd3+7rtO3Wvi3ksgRFXLOzGigA/x1FMcDXoQ/WW8VjLf3UwS3jTWzVwoADEn&#10;y4Zz5Z64tpIKsbC3Nm0kfm4IIKkfW/49jXsDe2/ehNxSVm36tsRkGMVFlaFqeKqo6wRuWVK+LUqG&#10;SCZmCSRPHLGxYK3JvJOz7tv/ALf390lufp7tf051cBkcaqhZVyp0MSEIoy8FYamBf5e5q3C1uBue&#10;yXjJGcjOHHlUf5PTPn0lN5bI2xv3Cz4LdONiyWNmBbxuzRvE+ll8sUilSG0sbg3U/kH3b/0X2Bl+&#10;2dpzbszNRWYqc6Ya5oIshjsTNVxp4Zoca9VNUrkaV44w5JYyx+TRIAyl3ye5W3Vebtrhv5xLHORR&#10;vDDRxFhXUY9TOrx41Ekh1DBHFVqcluS94vebtln3C6RkaLUJXz4fbx0k8acCPLz6rg7u2LtbqzKY&#10;DbG3dv4vIpNAxx9K8OPq8lRxI71cVXWNT09DPijE7MsTMnjZIrp+kqpOPlL2DjzUVHV/XqvOtZXx&#10;1O6a+gEiwVVTT6/BhKWBZmEwjm/cq3swaVEj48bq2Ovu2+yWl3Js+3CJIBKsk0mpvDZ1BASldNFJ&#10;7jQlpAB2hKGIebd+tLu8lsdvlElrGxq/CrH0HoMivr0bno3aW5JqLHbu31CYMnBRT0O38VPT00lT&#10;jaGqWIy19VWCmgqRPVRxhYIiFWKF2Ni0pKl3wnUW84ocfmKqikwtFU1McdPkJZAr+dynhSJYp2lg&#10;ksbKXERUuDxdScat43yxs9EVq+ucsDqWoGDXD+RqK4HnXz6b5f2WfdpW03Ecca4OpqEUA8qGgzx9&#10;a9D3JlMX9xUUjVCSVEMAmqKa3rEDa4vIyyaUeM2IsL/6x9nE278kN4dNbarNt7qkyOYyciiDGVld&#10;l8TnsjjadkCaXpo6xZNQ0EoZTKVv6r/T2Yx+9fuRyraS2Mu7N40ihYzI6ztEAMBQzHScfb8uhULa&#10;7mvrGO25juv3XGRrUgjWR5ayaU+wV+fHosO/Pix1J2puHDbrbEw4mOiqZZK+jxGNOGjzz6jd62WO&#10;FXdZNXq0xo7gX1jT7KJuncu/O4cz5KmpymZYj9uWvaiTxxRrrWOWogpKGip0jR7gCwN+b/UxDzDz&#10;BzRztubblzFuFxebgEC6pSDRVqQAAAigVJFAKVqc16GE1xFLIzhW1k/iOpvTJzXAx8qDoyG3Ns7d&#10;2VhosRt7F0OFxlMZHSkoKdlj1nSHfRrlnmlZUAJLMxsP9b2zy4frbZdL/EN+7ujqai2ulwG1tGTm&#10;rHF08M2YSCbFQHy8HxNO9wRpv7IUG3WwMtzeq7AYSOpJ/wBMx7QPU16TGWQkhYq0/LqTLkMlUSpF&#10;jaDRC59eRyN4Yol5u0WPDx11UxtYK3gU/XUbW9qLZuV7v7PP9z/j115WYOhq1jWryuPxz1Gcq45D&#10;4YampyrKrwJpJCyAQIWNtKn2qs25h354tr5f2eVpStR4IrIVJwS1D2nyaqj+l5Es3vmHbuXrRr/e&#10;9wt7SyWtXlcKMcQM1qK5p8vUdJfd2W2XtKiXcXYW4MbQUMJ8cEubrKekxrTsA4hoscW1VdU5UaEC&#10;zzEfT8+8VL1N0tsjcGYpe6+w9xdt9r4F/Nk+nOjiu+c/jMnExE1Bv/dhmbr3r5hWxCOQZXINIvrY&#10;JqSxkLa/aFLE3dz7gb6tm0AUvbQabi5XVkLcNqFvbOwNR48oqaDBJ6h7dPdS73GK3m5J2sSWk4bw&#10;72+LW1qRw128ZBuL5Aa1MEdAVpqYMOktNvbfe53oIetdmigwtS6mr3x2DBWYHHQ0bIgjqMFs0NS7&#10;pzkzw2Ma1S4mArpAlNzpG3ZtN8jd+beye3dlbY278U9iZphj6uHrit/vN27mcRUDRUw7j7u3LRkY&#10;WVYuFTbOOp2AY6apTb2cw85bDyvaSW/Ju2x2kr1XxQfFuStCtXu3iXwyQTi1gR1JqlyKK3QXutku&#10;OZry3uuYrufeZIiG0S/oWKtx7LNJCZQCFp9RM9aVMFKgs+X2rs/FZGDcfae58jv/ADNDE7YzFZha&#10;SPbOJk4YzYfYmNiTGipBI0VWQ++rI7DTUD2aXo34i9X9bUhn/h75KscvV5WtrpJqvI56vkn87VOe&#10;zNY9Vn9wVrSm+utqptH0QKth7A99vd/vhL3l0wthkoCwDkfjcsWeSQ+byu7kYLGgoMU2g6Inuam4&#10;I0qowkS/wqqBURRTGhFHmBk9F/7i+Sm5Yo3wWwoafDyVjGkhybgSZCGlRCslWB6aGijRb6bayTZb&#10;g+zqbbx7JKsdBSpSQBFEdNTrphiVT6VEPKKQAL8Xvz9ST7SqryykQfFXNOH8uldw8Vsg8YBiBTOf&#10;2f7GOq/+2dyUEeKnqtxZFsjV6tcmRyTiatnlkiJYzSzEysJF/stdVP0At7Mhg7wU8Im4OgAker8D&#10;6/09jrb7VlhXxDTH2dR3uf608jpw9OqEO8po8tn8k2EWCWk88rRM+iO0hLl411kGThuOT7EPC41c&#10;hLI9yYIVXVa2p2C30gH/AFX4PsPcy74mzW0D+GDLI2kaqgD5k+XRlyty5ccwPPpVxDFliuWIHkB6&#10;kinVY/yN7iq+pqPD0kccTbjzk0v2cde9VHR0cFojJVVCwkuYYBUjSADqtcD2uYI4YogkcJp0P6gw&#10;XWWtb1afrew/w9xJfzT3crSzSLIa4Va6afb59Tdsdpa2Gi3iiKPTJamv7GA/Lqsbemaze4c1U1+f&#10;z6bjnjqHWmmoGq3xZjViUOPWqhhnji9RNikbc3IF/bPurD0me2xnsDWuY6TNYfJYmea4DRRZGkmo&#10;5JFDKw1Rxykjj6j2/tFtczXcSRqcn4QK4qK0p8urbxudhHbSM86h0IbiMFaH/n3/AFV6FH4udlZ3&#10;qH5H9J9v4HFT5is6p7S2R2EMNTHw/wARj2duTHZ6pxrzFlSnWtpqJ4izcLr5490j9PZKt2Zunde0&#10;cy0cFetdW0BhHpeLI4OWpgmo5lMps/j1MCQNRB03H0HNjfyWPiWrcDI32D1B+ZxQdB3mLbLXcre0&#10;vo3Jh0VrTiZNJUg+faoI+WfPr6nPctBgO4OuOvey9rVCZTb+UxmE3Pjq6KNlSfa+78XQVeOyUOpF&#10;YpU00sDkW9KOCf0+zLjdSp4o5mAJ1IG0ltUqhmaNdNtMw0m1yAbEfX2ukvxxU56AxsUt5UKt2g5r&#10;jHRTW6mWpjq6iBdDQlQhOlCnmDxKsyyBTJCfIpYAal1KfofcbI5AVkBljlSRowzxsAR5gvJBZuNa&#10;Ef64Pur3YeGQq1WpX14dHyRKY20MRqWnHqVtrbDbfyL0VRRvTo9R9vV05KMKJpY3id4hGdQgdJOb&#10;enn6+26h3CnlSNi37iP6WC2UqhEWgtyxU6gfwPTb2RCWhIYnSBn/AIrpClrJU1rqDD9mOl3l9iO9&#10;I0sSorwSjTIoYF4pIpfIGdPokitG4cENctckC3twGVQwhdUZYfp03tYqNFg5DWVCP8NNvaORo3je&#10;NWOn54I6N4Kx1A+LpNHadQlY0oiMfmRGYSG7yFdJlaWRY2X1zo5W5uSx9tFfmIoQ8UqB1SnMoYep&#10;JQOHjsf7SkeyiSIMRpYHPQksdUsNTg16V2H2rUTKKyBpIzJWeF1dD5KNmCvA4ZFsQ31/1Vvp7S4N&#10;JPTSNTyBkDkRSFGchnXWqSKgJWTU1h+Pbg8ZiYdVFNK9G+lgRQd3zwKdL2QVtFWRtUxJFUokiyIZ&#10;hEoMQJZw8pVTFpXUfqQL+2ej2dnMrorKuskjpZZpCtFEIrmOKoeJTrI87IzoDwRc+1UFg2gO9KEn&#10;9nSe4vYommhqKqBX7enTK9p7Tw88+IoaMVeUp6OPyVDl2cfc0sM8sZiPoDaZLEEEgAHi/sR6XbGG&#10;p51myzzZGrZUAhZRPItvSAqtdVuxt+D7Nbe2tYwqysHkb4Qfn6fl0G7m9vJwxgTTGK93DA+f2DoC&#10;cv2Ru/IUU67WpKPC4inNRNPkmmFLDGgGt55SHjaZIkIJ9T21Xsv1C5yFPi8XTI1fB4UhT9qgjkm0&#10;EFEOmdFezEAj6ekfT+vsxuPp7VEV/wC0Awvp9o/z9FtsZrl38Gc0PE/P5Hovu18xureWVqU2rkFy&#10;gqZfJkt0VUVOksaPUSQeXDGcSNHC7wuASTJwWPFgUt/eilyFRDjY6Wnhpaz/AHHW8BCywVxFNNH6&#10;BqYmNzYEHU1geCfaWG6kkYJ4IEbYOeFfU1wP29Km2kFHZGkaQMHoKYKdwOfmAPzHr0MD9YV+2sXk&#10;twVWYyeUymNhTckTVNbBUikyWEJy1FWI0plkSIS0oR/HYiJ2I9QUFyzu4/B9hRY+TxUiUMd1hdjr&#10;Lx6Y0qJBpaaeGm0ob3AH04t76qfd25XWx9sdguLy0Vbu5TxanLaCaRVJFcIq+lOHQg5X5etXbcr+&#10;+iJvTPpFR6A6tI4BWarVXjXj0hOuOtqqsG6c3uqmNbnchubIEVNZFAiRxQt4chPjaZJammhoslml&#10;qalWj0GXyK8gEgIAWZzI6lKs4sTyDb0qL8Hn0+8lNvtAp7UPUm7daQV8MABOA+R+fRrdo4FYZPMs&#10;JDBDYqD6n9Nyth9OPx7DPK16gHki5UWXgEm4AUf6on+nsWWluQM9LZW8BRpHcTSnQ64fGugbhf0M&#10;ebD0gqSf9gPbHNVF5YUX/OSNEqX4uxKhP9he1/a9Yx4Mjg1UAn9nSVr06fQj+VOlPDTCKCWVl1Rx&#10;Ru7cEgrpLfgcalNx/r+1VDLVxRR4+nFpJXSqndCq6Y0gpmXW9wbRGcN9bAgn3AHu9uU0a7VbwyEI&#10;3is38P6bKBXyHE/6h1g195+R7zmHZhLNqt1tXCrXGt3IYgeZCgfYD8+pmzxR1LZCtYt5IamSih0+&#10;pkjikqIyi25BkniF/wAkgD2y1+283lZXkgEiquhGLakiEoMoVnLSCPyqgb+h5PvHbdJriRmmWT9I&#10;enDzpw9c/b1jrZPCBClA0gHlxHD04DpcjN4+iUrIyalFzoYMyjSTZlW5Vbe1v0j8Ysv2J2DjVrqx&#10;qHb+LnWszmRjqXV/tqsOkNEEJihM9ZJLaIObq7akDEAGPri4WK8Q3ExVakgktkuCAp8u78ArxyOv&#10;c2c1R7Fy/cTRQ+JdyVVE0nOkaieBB0fEwwKDNBnou3yN+VG0eithVmamLV258p9xRbTwQhkkfIZS&#10;FY1kmlCg6cfjVlWSodrItwrsgYN7tipdpdZbPxMYigWOjhp6umjo443pdE+Olmo3WhGqmhXS0Dgy&#10;tqaplUspIa5Xtc20k3jrpDFqLnjStNJqMEqwUCmriK0zi/ccw817tdpaxNoBkXKtqFJApCtpBJNG&#10;jOmo06qHiOqxKbdPc3ZFdWZWsZIa2rfG1kFbW1lNlfPRZmOLJRz1/wBkks8BkgqkZYI2BpInChLq&#10;EKJ6lo2zGysfm0p0oZdw1mZ3HPDThZmdczm8jVh3JIU+NJI4w3AAQAf09iXZbrwtuheQATSs0jce&#10;MjMy8anK0pXJA6EXOM6bbv8AdWErs0luiRVYFaaIkUgA/wBJXNPn0JHdOZGJ3zkMUapsnT7eo8Jt&#10;mCqqJHpIzTYrC0dOGRk16i00EshTUwVpGufYpTRPAgiCO7omuO4UAlbXKMG1oTos30+l/ZgrK7M9&#10;RU4/lT/B6dASW4Dprr+KvlxFKcQfQcaj5ZPSBwEcVXWQVytGtPI4hrHjnYDxMokSNlfRBKhVwQdJ&#10;ch/zce0dW7v23Vx7josfnMXV1e1WNDuYU1VCxwVWuPiyJo8q8d46Ssix9THO6SaHVHu4W3KGx3jb&#10;5578295C7Wp0y91Qj0D6WIwDpIbTUmhBAoejO35b3kjap322UQXoZrc6czKr6axgvqKk4DUINCQf&#10;LoU8JtvN43L4iuyeKqqOHNxefCLPHJI+TH3kglqKOMs0r0czp44iBpuQAWFvdZncnyywuazv9wen&#10;ayh3Rl2pzPU50wVkuKoG9CyVIlahaFoqZaUsKhtULPcQrNYlYV5695Vvbhdl5ICXE5X9Sbu0LU/h&#10;qoqQBUGozTSGGeswvbT7vq7ZZDmf3U12VsrHRaIy+K4r2l2D9gY/FHTUK9xCjuP3151rkaWjOb3X&#10;FJiEAWJMUGiNTNH5JHjaqlEzJT+SWUKY7eQng6QPUVnc1FU7ZlhyWdyNRm935hoPHNXK4jikqCqB&#10;oKWPVNFTp5lCAu7l2BJLWPuHN5trrbde4brNJPu05w8mSDUkinkBmgOep3s93t+YxLsmy2y2nLlt&#10;2siYJUDAcg58j0OeKeOpj8NNDFS4+AlXSAE+pQLqTY3YcXI9md+I+HzjZ7MbjgNBXTUVEriqdZmm&#10;r8hWzxqKN6cSoKZkjjmX9tJ/Gi6TrJJ9zD7G7RuF3ebpuZZDGkY1SPU0aQFVjOllKjSHIbIFKUyC&#10;Me/vBbraQbftWwuzKjzCiKwHhrGPj1aWr3lCfUNUmnEK+5ZsXNhKbE10k0ENZLLHMVfwpTU8ED/5&#10;dqaMo4FSyEElBchtXFiZXL9x7+253BhcFkOvlk2JXUwWXftBm4cLX4PM08axvRZnA1la9TnqKsmq&#10;QYp4QPEjhvFJ6mWd/q97j5li2YctmblueI0ulkjrDIoIYPG7a5FLadJShAJJDhSRj2nJ3L24cl3u&#10;42fMBj5giBb6No9ayLXtMUiLpiYKCWVgRwA08CE+G61wmT2lVilzj5PzJVM+IrIKfJQrSSSBoTRV&#10;P2gWjmZUs66vS62uD7NXjO4/DXTYrKQ1ElOjQRxZeOhrDTyyzMIYkjkjp3glkurayjOieJgzKTdV&#10;d9y3CgaS38QTLSqlG09x8mAzSoJNKAGpwOojfl0ywrOko8UqSU1x1GkNUnuwCQNNRU1wp49Fz3X8&#10;YcdIsGb21IkNUJWnqcTLPE7PELtKzQzzRPFF9xIqlbqfUT+Pa1g31GjBo6pp6clSjU6+SR1JBunq&#10;cMpAP4t7SvsJkXUUAanngfz6DtztkqllmjKODQk+XyORT/Vjpph6ZppKa7UccFb9vd3qwkFMbx31&#10;2j8RUvLa5Fwf6H2ocVv7G5MyIZ5YmTXE6tEUmEqopI0s8YKoWANufZZd8vXlqoYRalPChqKfaOii&#10;+2t7SNWpqBBI88Dz4DHqf59Mtf0ruHECGUUFPURzSB4UjmjeGWnlPgbxzDxWlZlOjkDkXP1PtT0G&#10;XdZqmqkyn8Rxs9PTx09E9PQw0+Penes+5mgnp6SKvqJavyxiTzzygeJdCx3bUHztc63ErMzqxpRa&#10;gqKcdPaDnzqWGMUzUln0SRxxpbhZFZ6uCxLg6dINSV7aGmkA93dXFGnI9dtogpqfEyYStjmfz1Ed&#10;RUO2SjlaJ4zMlVO1HA1LIjkeBIyRKdeqy2w/xrETMDNJLCv0LKjkH+gLW5HswFheolFQE09R0meK&#10;4A/TSvSwpNlbkpIm8CpVy2UuxljVgBY+rkD02/2I9uMkNLkvBNR1kbRXEYjaQFn0mzgNrUKbfVbj&#10;2kV7i0DxzW51ceivVLESs0J1/YadTaapyWAE1PlKGaJ9JnMuiTwgOLxiT06P1G4v/Z9uK4uopo4y&#10;6FlcNYOjlnWwtpFyWWx+tiLfk+031kcpbS2eiyVUnZz6dZ4N8wJO4SoSmmcgmQsAiA8GyNYLqA45&#10;X/Y/iBLi5HZysMmn0RrBHCrFGGpncziUfskaVVTGCrKeTqAV+K90EAuNI6StHGmnIBp59CHit80/&#10;28K/ep5PHeR5ZHEcgD6YwiC7LJo5PqIa/Frcstdg0nieOUICRZdKhnVufrcelv8AWsfZjb37Bgyt&#10;jrcQcNkHpW0W94UdJIqrygMUkCl4lDAK1gZLHV6h7Rw2bQNM0TxalfU+sI6CQOCxLlQURSwtc2uP&#10;p7Om3yZo1ZX7h5V/ycejY3DsoKsQyjy6VM3YFYaYTgakQ6CjP6xb6qqXBZxfke2zJbPpGMz0dTLG&#10;0GpFVZD4nIX9uSKRZI3AJujAgeoD+y9w/a79Pjx4QUP2f5cf6vllZa7rcQBWkj1faMfn1Kp92vPG&#10;DULphm0ayCsboNaqwdZCw9V1Nzp+p/p7ROUfKYBlAzAZNQ0iSDVFZ41ZQGcJIW1XH5BtwSLH2e2w&#10;t9yU6LWj/kf8Hl0Otp3KG90BrUlvkT1gk29g9weZhQKzvHIC6MVnN3YXujCErptb83/wt7dcL2I1&#10;MY4paikqXIuG8bwk2Khgq3GoA/kXv/h7RXXLUsmpgDWnR41hBJVlUqvQH786GhziTGniyVKQjLCl&#10;LNFJHIGLG8g8HjBv/ZOk+xcx+8sPkUC1N0LW1GK4AIUC6uyn+ywvf+vsJXOx31qxZGyPXonutrhZ&#10;iI1BPr59FgyXU3cOzGNXgK9liUkpFkUpyrKvBiam8k5COzA6oyh4P0N/btKuFqYpFxuZpYahtGiG&#10;shWaPX+oajGNanj/AFJ9oSdxib9axZkHmDT/AA9Fw2U6++KQr8qV/KuOodB2h25hJ4E3j1hUZShh&#10;kMdXktr18tLUpTjjXFBXysk9yLlDPHf8Ee0nlcJmTF541askDqNWPlYo+lUYNHHE7VAXUx4khNrW&#10;Jt7VpucEYGqNlf0Kn8xWhH58OlEW3gOFZdMf9ICo/bTPQxYHv7rgyCLI11dtoxtf7fduNqKN4TKo&#10;WQPUGCTHOiNwPDWszfUgDn2EUm7t17Mzz1EmNq4qCWZ0qIshLVeI00rgpkNNRVxUcVTTGQvKkq0y&#10;ygKFnawMZDebm7TMZbdfpq01VAIFcGpNAQASwZUw1FbAPR23Ke27tt8seuNboDUDGoLYrVWIBbSe&#10;GpDLTgU6MVj63ZW/cIoxmbw2VvF5UrMVLRyvMIVkUhXp4ZaqYVEr6LwyTmMA6l1Ar7FzC9p4nIxU&#10;8LnIY2aaogihaop51x1dUThpIxTZNYnhH3CxkCOR/qCCbKfdqLJIpZCFagUlTn0AIqCf2f0a9R3u&#10;PJV7bhzCFmQKWOl1qoFKkoQHIyMgVyNQUkL0nanaWVpKiR0loMhFBTmZlpZWlyVFBHojlimpmEH3&#10;H25mQ+VIxckXQEiP2vJKmEyPIzJE7SOyRPEWjlLhgrTorEIzE3KgCx5/HtQsbBEjU1UjjX0409eg&#10;fJtzGmgVWnHhT8v5dYKDIVKxrBEDNGJEhkqROIpoAArMtPEQLyCNJCqEm4U8kA+2XI0McpMpVCWR&#10;HFQq8+RnAJeONggRgBYqfp+D7XWtwwAQGqrUU+zoua3Ck1+Hh0Je29yzkNB9w7GnaWOSJ5P22VQA&#10;oRmHlD3+oYEXuOPc+Chq6ykd6iMU9QkWhHVI5PISgKMz3E2oj+tyB7ZeeGGYLE5aMnNainRPKsUc&#10;uhHJH2dPQyyUtRGkLLLBJUoZFmbwNG2plkGolY2RSLcfUi3tnmjMsS8xRSurRCSWKWTRLGojldSj&#10;rJoeRbKSAUv9T9CqEoRq1JWtaA0BB8vtH+TrXhLqBJwTjpRw1ojclHeWJAjskbhfIsjKVUqTbXEh&#10;9XJ5H0B9sqU9bQR/e1BmijCsrQswliAimCO0kbqk0hDXtf1Lf+nBMPEhnbwIyC/r+VaA9OBO3QlQ&#10;fX/Z6eRX0le/2utGZRYyQqSbfrKeQCxFmAa1wbe+Sz0wkZPuI/M0eoQeB1WQN6JH1K4Dabkek3B/&#10;1venSUoC6fo1oTXI8+Hlw6qcRlieuL085FyjrDqCtL5WDIwu41L9V5X/AIj3LrsXDlYI6eOeOn8t&#10;OBN5ZfDFDUKPIgt5JfMJL/6ksLnjg+2YbyW0Z5TCzkN24JqP2Y/wdUjuTC6yUqadY6aqqaQyySxV&#10;FQyTP42WKSdnSawUjSv7QS3P6rD2HVZteGGoiNTSL9rebxTN4VYQqZfAHn8CiSQMyhhZA2r6j2J4&#10;d2lkhYQznxe2oFePnQVOOjWPcmkX9KSjeg/zdK2PJSPEyxSEzRmFSi3LFmt5D4gWYen/AF/6+5Y2&#10;1ja1qrz06hnbRLI3jRJpfWUiihVDJ4WGoHS19JANwOU370uLbQIpTxqBUkrwzk8eHlnPr0x+8JIi&#10;vhykUyorUgUpQg1r6ZFaY6wSZOrpraG1u+gC5OsIoYWY/wBSf9vb21ZjZuFp5JH8KwS29U8TszRN&#10;4gsPjmUqATxcCxYcki59rbPer2VQvilqVoCPImpqv2+fW13mbSsckpMdCKN6E1PzHypwHDpzoMnX&#10;yoSyKXDD0lvVpv8AlSQef6+yU74+Lk2/K7KPlO0uy4q/N5iKowObwlbHTT7JxVNURVM2Px74BMA4&#10;w70GNkiRat3j+5qPNIss+n2SczctQ8wW9811vt3HcvOrxureEYaeHWGNoVUMhVCP1fEGp2ZtchVl&#10;mvlb3ai5fhsWs+UdoaCCD9aOUFlunYEa38bxSJNT6i0agmJPBBSKtFQ+TtEbwRARxh38jSWkb6aI&#10;tF7tc/T6+zfbF2MmKxiY6etyFWIVFO9VLIZ6qodU0NOLvIHDlTyCVIPs/v8AdCiW6RLUqopqx5eZ&#10;Oa+ec9RHzHzCLy9a4SFY0Y1oOFCcAAmv7c9MFXWmUiURAWA1agVUBiAeWt9CeOb+5G9uq9t9m7dz&#10;ext1VucpaXcWHyWAniwOarsbPPisotJDkmqKRZ5sVkXWKnSxmpZmhYkx6NbkgzmPb7ffLGeC4jf6&#10;V0KtRiAA3HHwk+Slw1KkLSprblfm3cuVt32/mLaYYWubW4jnUyRI4DxmqhXI8SM1OqiOochQ4IAA&#10;bp66WiZKmniQtCwkY1MVgsseoogP+cjuTb6afoTx7Fjb+NijqWo3r6eMCKSqBlnRKr7WmYtNVzpK&#10;TNNHC8saa7aLTKb/AKQb7hdaY0dYWY4FKdtTwVaYBPGnHB6Jrm61qJHt8igwOwVAoBTtBwRjJINa&#10;kdIfN1Mn2yyQ0kk7zSCOOli1vFPNKxEUKOoOkyMHYf10m359p7enYuOwlPXw4aogasOuJauooZ8t&#10;NFIkKzSeaKmETwUdRS65JLlAqkeq5jVVO28tXt74Ul0jDGFAOnORwNS2qirQgk0AzWq3bbd7uWEX&#10;URFrmqhxGSnqpbBkDZ0kEgCpGOs2C2JLVyU1ZmGfSil0pYZWhpdU+gqKhWMiTSQBgqGwtyoFnYkh&#10;m+ewdy7JytH2LU7ip5upqzbWbxWZnl3nFXYfHtV4vLQbXykmOo5IslmqCsZPu2q6CuWu/wAll8Zd&#10;khDh3nLcRs0+37tbXiry59GwkPiqVU6X8BxH2swcfqF4pWlZQwoRoDTzy1t21b7aS8rRWVOdFvIn&#10;iBtykjaTHJPGrkeHFIurR4csfh6ZFZtPiSlRWGHoamH7Q0yR1VNLSVMbRQiOSOSBYC4AJ8as8ctt&#10;NlUq305v7V/U2+Ye56BdhdnUtFX9j7fx+1+2tuZzC4bL0G1MnFuuTIRbSzGy9xZyXFV8tHuKnqWp&#10;BRz+NwjSQzyOGeCAI7PzCnMUS2+92kTbpaQRXSvGsggZJTWCeEvpK6lfwwrk9hZZGbW6IU807K/I&#10;99Hv/J80sXLFzPcbdNFLOjXCmBU+oju7aIMoeHtk8RNQLeG8Sq1JHa6+jGKKV9ApakWnahrobtMy&#10;QxhDJJNFEGiWeG1y6n0i5/PsHdy5PdO/tz0Wd7F7M3FtyCinNBsygxu1Xymy9v1WFyu38RVZ/Nxw&#10;5iHZmXoaefOzQZmuxApanHNIJBJPSz0TRR9dS7hue6RbjuXMFzbsz/phI3eJSjxKZZP1fBmWkjpP&#10;JH4UkYZqu0LJSVNut9o5d2Obb+WuVLW7lkQtcs85S7lWWKaVYYS0P1KSMIY2tY7kMZR20SaOZTLo&#10;qKiw8DR4ugWWWoMk1aamXTW1OpJnMa1NQk1W9QhhUos1gAPqCGtJm2p1V3D1+3x+znfO3dy9lbgh&#10;z1ZtWsx/9zpY6aCTcG3N9w/YrtmY1ceK3Tk8XRSQx1ck1S1FC1PA0Usc0Xs1Njy9zFtf9UrnmeG4&#10;3maSUxsjRHwwssU4okVF0uwjcI7GojMalDGFUmPMPOHIfMy+5W2e3N1bcpWawrcK3j1LfTy2lT9Q&#10;NLtAskqs0axpVhJJrSQdZ9VVTVb5CPHSR0mimediagTMwgNM+qGezKKZLrZQsaj16m1WEV984vr3&#10;efVnROQ7qwexd17A2pHt5dl7I6QyG4r1Mu3IHjqH3NVbiaqkr9yy1cUsceJo6fLZGtZIQjLIgJtP&#10;f2fL1zsPKv8AWO0hvrS2FYo7NpGLNApP6z6xUkBo440WcyEilXHST9yX/NGxc2+5FpyJc32z7re+&#10;N9Xd7osCUE5J/QjhFUjUFCbiV7WOIeIdKrJ1llo0lhq6iLHmujq3NXLJUZCKmaTRIJIov80wjWAp&#10;YBmVVF+fYh9zdO575B7X6y6l7I2n2DvPOZmCoztdvo7dyvXexuqMekeuozucoYK+Xa+c3hJV0gp8&#10;RgqqCoqhTzE1MdLE0rm287fHzJYbPse8WU9xeTVZptDWyW6mgMlFdopJCVHhQurtoc+L4dXLBPlD&#10;nHb/AG03Pm/nblveNusNthIiWz8aO7u9wdmqkUMgjSeK3KOXubtDHErInhNMwRVgUORoKOepnp5a&#10;eKnDuojM0U1VVFWKR6eZJmgVCAz3N2W5JNyFT8WPjlD8YOua7ZuRytDm8pVbiyWVrKnF0+Qp8ZPR&#10;qww+FqKLG5KqyVVQ1lRt+jozVU7VD0tPKpjgbxQ+R5C9tuT5eUNmm2xboTPLcvIWRWRDWixnSWfS&#10;TFHGGAYhWBC47iCfe33ST3b5rt+YI7WWC1SziiCOyFwf7WZWeJUjZUmaYxyqgkcPVzrY9PM1Wa2S&#10;NoriPSCptx/U+r6ezV43cuKnooMZkaWJ4po4Y5YKqGKpdW1B4j5ALPNHKgYMptqUFTcA+xpebHPr&#10;e4jJDA6sGmR6U4U+Wa5456ge6tLtJZLiGY66nuWoxngVoQDU1pStSDhiD0aRjIJuQykng+nkWPA/&#10;Nj7TmeijZqmalESUzzzRz1GMpoKuWWWnk8hiqJKYNOs0DuFdAdaXsb/g229yUiVyTIFwrGgHFagH&#10;H4TQ8Kg9NQJcqga4aQMKEBiUGluBHCqkAFeIqNQznqdDKAFR7ArZbfQ2FgL/AONrew8raWvQhKuQ&#10;RRo0hT7mVaYVEhlSQhoiWllMmjm6gjhRf6+xRbS271MMZL0zpFSopSleA8+PzPRhbEdwhhZ2pnSF&#10;NMU4gaeH5Dy6mgp+FP8Avf8AxPtULuHBiOix+ex8WVnlqoBRtjsUZoKeuuPs6r/KJJ3x8NP4Qry6&#10;9K63kaNRf2GLqxv4G8az8TR4lDWpIU1ywUGuTxAxjuAqAWrsu4tLc3O3z+DHHEah5AGKg9woukMz&#10;Ami/Ex7RWlWwt+q6mw/IN/8AevYQbtFXFNWh0eWeGukj8aTCNEYSq+pmZ3RzdSy8nWLW4YEyHs7w&#10;vFC4pQoPT0+QHDhw49DTZLJZnt0jUCEJk0ySfyB4+oB/w9Z43QgAFTb6gEE/74++tlbKz1XmYp8n&#10;TVDxV0l1nUSxGNfJG7MpWSVTIiKQAbXva349sbvvdpbWc6LdxmRTgD+QNehtfW9nJapCjINIFcit&#10;embK5yjoqaodJ6fywj/Ns5ck88Wjuwtbm/sxcPXOFyctRDjaSpRgWgnXxRyzT2hMBlYtEQrG3JAs&#10;PqB7juTmi9tI0e8kQ1owzQDzA4/y6LGl+iS3ScLpAqDUYyDT9vl0G8m+Kqgi81bU0f7lnjQNKioH&#10;I/bZgbakBt/W/uZT9U4bDQ5B6ynnqyIaaNUjUBYfG7OI3KxWOlWF/wC0bD/WDD833189slrJGlGJ&#10;z5n8v+K61JuUU5jCBdWo8f8AVw6wDfGSyU9HHRtFCrO7MZy58i2A1RMpsYyRa/J4PtVw0px2Eho8&#10;fjBR0sJiKmnVYy7MrEyySCS7G/FrD6+yiSRbrcGubm7MkpB45HEcBw6JLmTxJi8jAt69YqeVKvKS&#10;1lVWGomkjIHlOrxhWS0ap9Ebi9vrx7dsThKmbHymSWeGKdgUSKIuzKeXLE6j9Ppxz7SXd/ClynhK&#10;rMoycCh/wdEl5dpHL2kVAr+fTlLW0/3SrCscksYF5GOkx/7SpLD1/wCH1/w986Ta+JxyCSDzxKsx&#10;qF0hElmkYku1QFjCsl2uAtyfepd2vbolXAYEU9QB8vMdBbcdyuJzICikkU49KWnrKqo0I0YIIHJb&#10;8WtwSePfOF6eImLGmdYkqXSSV0UNKoHlMquBxomYgfUksTbg+6SCVwzXQXUVwB5fKnQYupHEjNMB&#10;WlRkfLBHT4ilwGf6/wBPp/X8fX2+7bpmlqS0x8Pjd5bvIHJgRvK95HEVldZgB9b6Ta/sv3KXRENK&#10;1BAGB50p/k6WWLJI6PUZI/b0mt0VDU2PmaNTI7xvFFGgLMXeNgpIW50hjz7FyeWmGPQRFRpp0kYm&#10;3ojmV3kJP9kaIrk/gH2DY1le7bVXSxx86f8AF9C+RkWLSpBGn+fRXMTR5Sq3BI9VrU1NbOkRu3kY&#10;QhTChJ5PLHSPzY/09l0rKeprd3PXz1VQtCKBpZU0ho4JZJ30OAAdTmnX/jXuToJIYNlFukKmcyD7&#10;SNOf59BuWk0TRhQGJ/Po3VGUo8TBAqKGX/VEKSRYElj9SPYi4GGkhgYxN5EPkbWYfEXmAXyAiygL&#10;DwLWANr/AJ9hjcGleRRJh8eflXHRlttiaqdPAenQbb2zNRTiFFUJfk2e4+p06Rf6n/WuT7S2+6ii&#10;bA1NJWMqhh6IwSOEkSQM/wCSzfQW4F+fqPZty/DOt/HNGDQcT5efQ82vZpWuoZEQ6MeWOk7tnMSn&#10;KrLG5IEaqxHILP5Vtxxe6Hj+oP8AT2U+DZEW5tzU5q/MaSmeaZ9LIyAvZFRgbm6QxAC3Fr+5duN3&#10;Ww2zUg/VIoBwr5En14nqetouBtW0uqqvitp8s1BOfz1H7cdK3cu8xhsTPNHpNToIjF+depVFhcXI&#10;1c/63sfpMVRYrG0WPp1RYoFjYhUsDqBurEj8gfT3H0d1PdXVzcSE6nNONf2enSa1s57yeWWVidZ/&#10;l0VmfftTXZLJ1cmu9njRS76g0TodSJfUQKiRl/1xb2xSP4oKo00ZSrnEpVlsAx0lI7m4tYfgc+17&#10;q7kBj2gf6j0Ndv2MaoJZqeAhFfsr0jstvuOrroYKqpd4YWiieIhlcEwLJI7D66VcEE/QXsfaO2hs&#10;Kqmzp3DuaR/HExemjDgySzoQY2AY3SGNkF/oSf8AD2Qqs1pNPO84e7caRQ1VVPE/6YjGOkfuX7l7&#10;Xs+3Hl7ZWUzEUcgYUEfsLZpTiK1pjodtk4moz+Kiekg8dLUAMrhShdQCSDcepibf48H2Me7e06fG&#10;UbwDJRJIFusQC2XTqMgUl1Or25s3KEt1OZRakp5k/wCXrECVJ72RsEs2Sc5P/FUHQ3bW68ocfIlU&#10;1HaSxBZgfUeCW5Xn6+yn7h7cWsEkC18itK0ihhJa13XiRQSVjIBs35NvcxbZyb4GmRosLk1HRta7&#10;DpIbQKDPQrQ0axgWAAv9LcfW97W9h9ilqczXo7DwRsSzySuixlAolbVcjVy1/wDWPsSXrQWNqQtG&#10;emAB5/b1vdrq32+2ZRRnPAAf5R1OAsLe1xMmKxcTVE4arlVgUCQqIUBGlDrbQl+TY39kCy3d06os&#10;ixxn1Of8/QH8a53CXwYyF1eQ4/5+vewj3TlcBWuIJ2OO+5qaPHLUGFpokrcnX0+MoY5FisS9RW1k&#10;aXvxqvY29ii2afZrVLyeWsOtFp5kuwRQppxLEAVxnJHEDbl/btytv1ghmEaPIVrQlIkaSQgn+FEY&#10;086U4nr3sNsxsKhmmq4aCskqa0JHKv20ZMcUjqxCyuyqjRPo9LqSTYmx5AGW38zTrFazTwqkDGnd&#10;xYV/CASeHr5edOhpYcz3cUVvLdWmm29WOSAdJIpXgcZAoSAT5n3tEttWtx4WOveVAVjaYCPSY1eR&#10;gSZDG4D6RwjKusH68ez5t4guwGtiNYJIz5/ZXIrx9KdCJN+tbrU1qqltRC540HDiMepzTHr17224&#10;3bOO2u/hG6cnuSkWRZKSqzlJQxZLGIoUNTtUUUFKMh4ynpeVDNpLeR5LLoINhtd5srGSxvbye4UH&#10;SjSspkEfkheOOMPSg7mDTMTqeVqjo0vd9vN8RLg7HbWV1wZbd3MchJrr0OW8M5+GMhCaaAoBr73C&#10;3LkqvIRvRU+Rnx9TUQtDR11CmOFVHIVqFWYSy088KS08IjljLcq0IudN1Y1n2sS2jRW1zLBJKXUP&#10;HQlS0bAFA6OpKuxfgK0JYldSlTsVpBaOt1JZrNEj6nRi+nSKGlFZWoxDKwU0Ibhq0ke9htuCisur&#10;NiizdYpjqalJsbRLSwVNPVJUUuQc1a1ZFfHLFC8UkMiaH5FyFK1ntYntbdt4ihvI4GVl1xxKmpHD&#10;xzBXMhEkbAMgUoNQBoSEKjParvS2navEtbfIWkkhYoylWSg0/pkFgyurVBocE197T9Pt3EZRa+HK&#10;JBg2gp5MiJYMdqqazISIrRR1c8IBjNW8YHmkkawHNvSvtm6+hvIL55NoWKcurOUBjbUwAZ5CBpJo&#10;i9zHVj8Oo1OZd23KzNpJYPJdo7CM637VRa1Khq1CCtEUKCM04nr3ty291DPX5GOaqmm1axHC2hRM&#10;wkUtcLJCJGZQeeDYD6m1/YYvOV0uplvt0udKBCKipIBB4lscf8PSfdOe47W2kS3hA05ahoozSpoS&#10;BWlaY8sCvXvZqcB1vi9sri4sdSVE9TJQLTGetaVpAzPpcFi5NnEhsx9QUAEcADcMtpDD4MSqEhXS&#10;CaMzIM1ZmqSxPE17sA1CrSFrvmrcd6lvJbq7VYhJqCJw8hwA4UHDhk04nromwJ9mX22abA05qKqo&#10;USwwLS0cP+ciBJCoI5A1zqjFyxA444B9gfcVkvnWKGAhNVWI4/mKdArcpri9IjihIj1EsaUJ+3qL&#10;IPIQLAn8/wCHHH9SPbOm5/va1Inhkengnk0OinwGMubjVdZJIiRcrcKbD2uO0CK2Zw662UV4Ypkf&#10;YeiW/sJEQFZKOw4A59MDhXPn1IRAo/x9qqPcUn7ePpIZJKYUrPkp3UtPDQi6uqEu/wC9UO6pwOAf&#10;629k77XG2u5mkpLqGgDILUNK/IDu/Ide2DZkllF3cgfGCtMgkcc+dPP7R1HqAAOP1G+nn+0QfZQu&#10;79v/AN6t60W4ad5Z8a+Lgw6U0KUbR08VKZKulqYahZXK0U71rxM8gVlaE6A4KAu23LU9xewzzxyO&#10;Qnh6QMMdRZnLZC/F3BlBqAPMVzS9tOYYbDl242orGsqzF61b8WNJBCgkFVYBHPac00mkehiaCKRW&#10;BMpk1M3N21Nf/XsFNvZN+5uuuw84amn6c3Jh6LLLBjaBF3JWVE2NkgpWzNTlnxVN/dzIUsObnq5Y&#10;7yuJEaFijRI6xt7K+duRueru1vpOQd0tra/8OIAXDnRoRrgyiNDDMkczkxqXq4EburBGCMZ05N5r&#10;5YjeE837dNPZVkf9FQrVPhIokbxkJjVEairRlchtVK1mI+mNpJPSeS2r0gBbm/P0AFz/AK3sd9u9&#10;S47B0u333hlKupq4KKmpXyFVFjIavI1VNGjTM1NjaamxplhCkM9PCsbBLgEvxKu17RGdts49T3u6&#10;wwKksjqilqGtZFiCxBiaCoUVpXPHrJL2H9r+YPd2bcLuxtxactLI7awGIJ1ABIjIzSUoa99f29Ab&#10;2V2rW4OCuxGzMdBuTdFOkUtVRPJOlJjaedA0f380JXTPNrUxx64yUbUxQWucjqjFbSwudhya1Eao&#10;qxSI9RBp0PrEzxDSAsoZ1UK4Ki31H19gznRd6bZby22qwAv9LhAtNNSMFq8ACasBUkYGepa5y+6x&#10;vm2cy8umO6a52DxUebGl10ktpI/FWgFVGdWOHVTnzD+RHemS+O/Z+z9tbGkfsfPYPM7bwVPgMgJo&#10;ZmzMEuJhyWqpngnoarGUVZNVSwkyaCllZrrYd9x7+w1HGgk+7kFWuhJ44kMChv0lyZlZfKGGk/mx&#10;9wvyT7Zbttlwk81xCRGCzLVixcngMCtDx+0dT/cb/Y7DFHbNAxkHAKBUCvAqSCPl8utdP4t/y6O5&#10;M/mnylRkdn0lNt2Rpq+kkymTOWkqpBIPtaIS4UU2ulf/ADyyvZCFIJBv7KPvmswM2USprq3DolTM&#10;sUMWSEMfmMjNZCKhCGOoEXOq5H195Q7Db7itlJDBb3DEA1KVxihppyMdD7l3njYTBCqSt9S9BppU&#10;iuKUFfmOtmDova+/9vbIiwUeF3TDVY6hZK2bb9VNpgemp1hEkb42WIxkiA6lRlAa5ItceyodeYOb&#10;PfIXeVRBT3ots0tTTROI41gSL7WnxiwU7KqnTLUpIVt+AbexRf72sezSQzV8UiMIzD+IiRgCcmnh&#10;tXyGRxB6IdxY3+/zSxGoYj9lMfZjo7Hae9Y9rfHHblRk53Su3MMUkayieSZppZ2zdVJUMNbK8EVO&#10;dRc/rIBNz7PPtzGU1LK8tegSOhKSOjJw8pbVGn0+hA/2PuO90u5ZkWOA98lQD8vM9DnYoUtXWSSO&#10;qIK045GRX8x1VP3Pu7M5zGriNpSs+T3EKigjq1nIFBj/AAI1VXRz6vEtSyVaJGGDWuzBTa3tn3z2&#10;jBQxzUzzpAQkgjiDM8zOVuq+FFLqtiLX/HtbsPKksrRyqhZa1JOBQHOTjo1v+YIbKIeI9MeZrX/N&#10;08fHD4dUkNTR5tKWur6hnpzPWMYVpo44pFea0s3j9CIpuygEWuQPp7LkmTn7AyEGDFZDi6OaVXyO&#10;Sq2/zdLDNHLPBS0otJPUygC39gAHWQALk/Pvuryh7ZTjabjdoG5iZSDGSaQK6kB5CBTXQjTGCGqQ&#10;WKjTqj3eZ7/flhit7WT6dnFaA1YDI0A4GeLGoIwoqD1YpuCGm6P2vk9yUGCyO687TUNTDgtt41bx&#10;zZKtpp4aaTI5CQkUdJDrGordyWUqDzawiDs2GtoB4V0EUrPdyHIRAVjYiMkEMAOPx75/X24ct3m7&#10;326bbbaHfVJSoK/M4HEsQTnjnqb+VeXJ4Np8TcOwngOJp/h4dafu5f5YsOD7Sqdw11TJprc9AoWl&#10;g+3Mk00vknTxTUpm8iVEzBmLEswYn+p1wfkX2tubdmc3/W1GQqKbBHdFXj6Wel1ExR0yTiRVRnFy&#10;/wByPV/ZPNvePe8b3uG4z3b+KfAMwpmgqoANPtH7TnqKt4MTbhc6GqNTH86mn8/29b1/T/X+G626&#10;32PtHEUiU8e39rYXGMbL5Xlgx1LHUPIyqt2eaMn6e67d11NTmdy4Wczus889NGwhnZ9MKOpRVkAT&#10;WfGDqIA/P09hO6nYzWpRsl6EgmvEV8/Sv+odETSUR+3z/n0J/trrwj1LgB281Q0jC4YeuRmYqLnk&#10;hjb/AB9l97eMNQaQ0BqT8vPP+qpx59UVvEZVOAcen2fzx8uuj/rX5/P+2J/2x97f/wAatv0Oyfjt&#10;8KdjsWiys0Gy87LSqgLmbMYzNdhV/wB1oFkSGHk3sbhR9be8qrqObafZv2+2RGK3F9cQ0B4kMk1y&#10;QRxOWr1zbl3R9997PeXedSjb7WC6VmLABfBeG0WlTTLg19BVuHVBHzkpa+r64/mFdgzR66DIddb5&#10;2TTVE0RVYzDhcB1dRpj3Kt5mq67ITafqttRta/s5nZPbuG2VE2Oxviy25AXV6MESU2OlS4AqyunX&#10;MXsPHrVUN9b8W9jv2w+79c7zGdz5pt3Xa3AKRgUeQEEHONKgUzxz5dYve8P3n5Nlu5Nh5Hljl3iI&#10;mOWeriOHSKA0/wBEkzXQMDzpitQv8sL+QxnO98VB298tqTLbK6gy9FQZLZ2zMfJDT7w7DocgpnNf&#10;V1D66vaO3npvG8Mzwirq45Q8CxLon9k03R2Dltyztkt4Z+odm1SjD0cjRY2mj0lUpIhHFG7gLpDG&#10;MQq/IZW/UcuuWORLLl+xt9r2qxS2s48BE0gnH+iSU1yHjmorg0ocYNcw71zNzju11um53Et5fyPX&#10;xZiWox4skdTHECOC0Y0yXrgbhfRnx76Z+NuwMN1l0h1/gevdmYWiio6bGYWndKir0ameuzWUqXmy&#10;+ey9S7lpqytmnqpT+pzYAF+378hNmbCoaitzGe29tbEwSMhrMtXU2HoxJ49YBeokjWaZgpsLajb6&#10;E+zfcd45N5Xt1n5g360tIQSB4sioK+g1EAn5ZNehJyn7Qcyc2XcVrYbTeX24MK6IUaV6V40AJAzm&#10;lB0M4AHAFh/Qceyh5r58dK5Congot8ZDcBjlBZdvbf3DNTSlQP8ANZCfH0mMqEDN+pJ2Qj8+463L&#10;7zHstt0y21vvk11IppSC2mNTworSRxxtkg1D0IBoeshtu+6b7k2UcU1xyxDZrT/iTPAr/wC2iWSS&#10;RfsZAeve191r3Xiu1SZ9t7f3k2JjkamqNwZOjxlFg4540DmmFQcvNPUVAjIJSON2Um7WX1Ae+3nu&#10;xtPuNKx5X5V3c7YhZXupYoEtxIoygIuGdjwwisyFlEgAqwCnO3thf8hKF3rddtF8QCIInkecg4Da&#10;fCVQhzQsVqBipoD72O0RxisQaoPZWuASbgfptZW4DAm449yjKbkGnhKDThXP7Mf6vPqJn+uKAiCg&#10;697nxVOJVlEcbTFhZiqXtyDYC3P0+vupiuWHxCnSJ4L5gTI4UD59e9uS1MjEGloyVXgXTk/Tkj/Y&#10;+6CEAtrkGr7ekjQxgHxrruPz697yJU5JOUx5crzYJ/r/AFuxNvemhj4M/wDMdNmCxbDXlK/Pr3uL&#10;n925Xb2Jqcidu5nICCMtFRYXD1uZyVU+lm8EFFQQzSszFbBm0R3PLD8kG/7lbbHYy3xtrm5K8Et4&#10;3mkY8aBI1Y5pxICg0BIqOlmzcvbbu9/HaDe7eEtSrzTRwxrkAlnkYCgrWihmxhSASPeyq1nyz7Mo&#10;a6rWX4rdxnFwyyCOtbA1UdTPDGTpmNKtFUIjPGL6VdwP6n3j3e++nOFrcTU9keYTt6udL+HIGKA/&#10;EVEJAxmmo/aePU8Qfd/5HuoIPB9+eXPrWAqguEZQx8g2tSaHFSB9lOve25/n9s/E6l3h0v3btoR/&#10;56efZKVNNGRfUJJGraOVbAj+xzf/AG7H/BQcu2S6uYOSuZLADizWqsg+0mVGH5oOli/dK5ivwP6u&#10;e5PLN6W4KL3Sx9KARuP+Nde9q/a/z0+L+5Zlp5t05XAVDnR9vn9qbgoRG5W4DywY+upY2b/GWx9m&#10;u2/eh9o90ZUj5jlt3PlPbTj+cccij8z+fRBvv3T/AHz2ZGkTYYbqIedvdwPj/SvIjH8h172aLa2+&#10;erd+gLtPdWBzjDW/hoK+nlqY1+gd6YSfcKArA8xr9fco7Fz7y1zIabDzJZXkn8MUqM35pUOPzH5d&#10;QRv/ACrz1ynVt/2G6tU4VdGCk+gamk/kx697XyYCkkFoZPoLjSQCT+P9f2JjfsrAyR/yp0EDu06E&#10;+IlAfz/4rr3vNFhqqIgRStcADlhYBRyDf6HSP9v789/C/wAScempNxgcHWgoeve5gjyMALBZAtgL&#10;oSvH9WH09XtKzW7kii1PTBezlIBIr1735qptVqiAFSRqVhY3FxqsVdLm/tsWoofDOSPWvW1hWhMM&#10;vd172DXaXx16Y7roKii3ttLG1k86HRlRRw02bpJPH40kpM3HEtUpjHKoXaK45Uj3HXPPtdyXz/bz&#10;Q8z7FFLctSkyKEuFKii0lUBqDjoYsh/Ep6l/2z9//dv2e3CC85O5onigTjbufFtnHEh7Z6x1Pm6q&#10;snGjg9e91cds/wApqgpTV1vXO+pqBHcmmXc6xvjzGfSsFdXYyn+4pWDEWnMEkBAYyNGFucJ+ePui&#10;bnthuLnlLfvqLIZAuFKuoPAO8akEg1q3hhdOmpQnrqP7K/3jfLvM72u0e5uwrYbqQQZrWphdqVB8&#10;ORqxgniNZpxFa6RBrqqejiaeKjmrURdUkNLoaqsGFzFFI0ay6UuSobW1gFVibeyK9ofBb5W9PRfx&#10;TPdY5SrxEKh0zu2ZaLcGM8CrrWaNsHNVhYWUX1NHELc2943cye2XO/Kys+88vyrAMF1CyxnjXviZ&#10;1HD8Wk/LrP8A5O93fb/nUqnLnNdrPdVP6RLRSgg0I8OVUYkHBoG6TeB39tLcdQ1His7STV6tIjY6&#10;dZqDIRvC5jlQ0VdFT1JeNwVYBTYg+ww2z3vvHY9LLt7Lbe25n8cWaOood1bfhrZ4+QkscVYslHkK&#10;ZrIQQswFjfj8BDbdxbbtSxQxmNjSjKCKnyFeBP29Sku5zuGjlYMoxkevqftx0qp4VlC6pJIyrXXx&#10;ymO7D1ANbhgNN7f09y/9MGybeT/RFgfJ5PvdP8QyOj+JavtvtbefV/DftvX4b+Tyc+S3HtR9dD/0&#10;bk46uH8/s/l8/Lpz6yx/5QvKvHz9fs8/Xz4dc9Bt/nG/zdv1H+t9X+v/AI+//9WgbD1sGXoxWRRg&#10;PC0SSovGn6C4NhdV4FwPfTKyistztDc26gNGQOFMDz6xFuvGs52hkYlGBNf9Vet/j2+0u9qvb0FZ&#10;TpDDIKqGaniklV2aneRHBkisRYFRpI+hBPtVac3X/LqXtraQo6yRlRqr2V4sKeZFQR5g9Fk2wW+6&#10;PDIxeqsCRXj50NR8uvexJ+N+8+vtg/3r3VuGhxNVvpimN2q+YkiNNR/epLLVZ2mV4wIshSOEjjFw&#10;rDUbgrcmHtfvvLHL8u57zu8kP9YFmRYNZ4AqWaQdhowIUHNTqIBGnJP7gbFve/x7ZtFtcTJsy98/&#10;hijOQKLESCOxviY0PdQUoOmjKUlZWmnghqGpqXyq9W8RtPIkbLIsKMf0pIyBX+t0Yj2rMX13it+b&#10;opp901MeK2g00tfmsxWNFSCog85maio66vlhp4ajIc/vO6xohLXvpDIOYebOS596h/fe8Im2MXkn&#10;YVL/ABaiiElVVn4BnkGnjnodcl7NND4N3uttMm2Q6dQjUtIwx2oinU3+1FRXpp3VlMnjMPWNt2ih&#10;yedFMY8bQyPKsPndlhjqKtIEmq3oqUMXcRK8hC2VSeQO+f8AkFt/HUVXsHapw20dl0FImHxuQxOR&#10;ir8lHSK0f3ElCmOR6WlNUVdTUJNUuusstnsQR82fenjWwvOWOS9j+g2UARR3GtjN4YydCrWOMtkF&#10;tcrdzMH10dcqv33c7vsI2vaLE7dsxBCjKyaTxLBqMHbzBzToFdudFasjTb03llajcm7J5v4lkIGg&#10;FPjKiqRXSlpagVcAq5aSjUqVj0wozRpqQquk4+vvkR0hsBjhqTrDE7rz0tOPtd0VmG+4qqyVPG8k&#10;K/xKkk0MJJDZgXYqLlhfT7xzHuAm4X0se4pJJCE7WyxYj8IWlExxpinl1jv7me0m5b89oOXOcbqz&#10;hIo8KAxITQ1cvG4kYk5yaV8ulTnuvd3bhy0eSn7DzOFx3kdpNt4+RoaSJChWJzV09VA0rA8aCmjm&#10;9rgH2CPZ3YvZO9c7W5XIUOL6/wBnz1bSUmPrWoE8VPBCsTvSY2GhnnEgjuxaOFWIb68X9gPdpry6&#10;uri6EiwW5ParFSy/OhUmh/L7PMizkr29s+Wdutra5vJ7m9CnXI7yEtU182qftNft6EvCYuhw9HBS&#10;07Gqnp4RFLXSK8lRUNdmYzVcrEOx1fQsbewUi3zsPE1xixeMff2YeNGkeWOasoknd/TG1BEzCy+P&#10;61Bg0lv0/n2U2t+sH9pCkrnFWwf8lfsJp+dOpNa0tW021urEA1qFPkPQV6dZ4pJFQLM1JrcKxhWI&#10;TMtmOhJJAwBJF/pew9icnUXf+6tsVm9N4T4bovqbHxxS1m8d/wCYxGzNuYukmcRwVLCvlp6QNVM6&#10;xwssdTI72Ed249jPauR+eOarOXcrDafD2ddVZpdMFsoWmstJIUQAFsmp7j8x1Hu8+5nJPL14mzz7&#10;n9VzBIey1tlN1cP/AM2460/2xAHmRw6DfIds7GxuZqNu46um3TuiAMZ9u7RpavcmahaNlV1yBolk&#10;oMQY1N3NbUUyjgEjUB7ybUj+Nm16GHMdb7f3N8xuxPI1PRZTLJlNgdJwVqkR1Lybt3JRx7s3VS0J&#10;JdVwWNrIJ2OktENRUcWXJHIvK1tHuHNG8Hcb0IXFvEZIrcgUw9y0byugJ7TbRTI7UXUFJYADfOe+&#10;ed7nex22wi2Ha/xTy6Lm+A8gtureDEzcALiSIrWoDGgKZmPdO95KyltiunNtMx01qT0W6uyJ4kkW&#10;R5EiQS7P26amAgOzHJyRg+mz2YDxj+p/kF224l37uttj7DqaVFh6h6qSp6q6toI5dKPQ19Nt6tpd&#10;8dlGOCJbzZ2tEEjA3o1VggXX/uPLB4lryxtkVltwGlUhQW68CpdhG3jTMQTqM0nhmv8AYCpHQbte&#10;WhceHLerPf7oH1G5vmW5mJrgorr9PbjNAIIUcDBlY0bpinyPTXXVXDW1FQ+8t40i6Rnc1PLuvdBq&#10;dLM7tmsk0yYYSuBeKi+3iWwCxBRYGI2H0D1p1ljafH4nA4smnKyrFHjKOgoIKgXLTQ46lgipTKxa&#10;5dlMjHlmJ59xzue5Xt6P8cu3kWpIQnsWoyET4UzntAFfnnoa2myeJMJ7hi8xpUt3cOHcxLfkWPSC&#10;zHcu690O9Pib7fxxZlvRzO9ZNF/mxrqmIaO1jcJb2KdKvkqIqSniCgsiIkaWDHVYAAW0KB/sB7Ii&#10;/D5mg6GFvZxxR0EQUAVqB0iMrUGloKrJ1tQ0hihkkqaipnd3sIyS7NIZGmJP0Fxb2M2Nx329NDT6&#10;bgDXJxy0pAvdr/pX6D/b+zWKJl0pxXz6LbgsSWV+iW7r3VFV1mUyglCzENBRgk6BRKRpKoVGiSWU&#10;aifqL25+vsV9s46GLTIVGoqT+m3+sL39ija4IUfVTJHQN3S6kYlK91eq7vkVvnLZAtjFqZIY1nUz&#10;vGxsB4+BxpDcfi/sR6ew06fp+Bb6Hi49iVGAoK46Ccskmolxpz+0evVeufihAqWvIXckuzpc259Y&#10;s50kn2IO28klAHjnuIpWVtaDUwOgjSV/Iv8A4i3sP82crtzHbQCxI8eKlK4BOKj8s0OcjoScqc8W&#10;3Kl1cNPCGt5MswHculW+HyINcj8xU46rJ+WHRGa7cnxOW2vVB9wYhZMbDi6qdIqTI0c1ZZdMzFlj&#10;qonjub2JAC/jlTT5unHMJLHTf1LZeBf/AB+t/YZ2/kC5t2Vt0kUADgp1f5R0dbr7q2+4W7S7JDJ4&#10;bNUsaqoPngEHhTjQ/Loq+J+IO+cdk2od/L/A5qSVEeio3p6qsIm5jYM1gqsOfp7T9buCFVYyMWvx&#10;oBJVr34IAuBYez4pYbbEyRhVK8CF7v2+XUcMd13eWSa4lZpHNasTT8xUAj9nRv8AYXxyr5P4bSYT&#10;H0VDGhRRUeOmp5GjQKxlNY5kkSUMOCLNcXv7q8+X+wo8dmoe2dq0T49a6pT+9S0jGNDlYkjNNmjY&#10;FoZauFtMrAMDNEjFdUjH2GL+4huXa6jATu4ep9fLqXuS55ZLOXZL+askYrF8kJNVrU1C4A4EDHW5&#10;p/Jr7kzcvU0nxX7K3HT7kyPX+Kik60qK5nlrDsp5p/udpVNQXaKupNrTTp9kukBKOo8C6Y6ZPYG7&#10;a7IizwhUVCQZAusSxG4hrahImZjDoVuaqOEkqtyCOLDj2wJQygrlujfcdtW2UyvHWLzI8h1arnOu&#10;kw4lMMDVGO0yNJLJ4B9lADdDJIzorR0QcKpbT6fqRxYQINxzQyqCWFNUKrRq5/TIR++htfQfrb+v&#10;umtkYgHHRfAilPDU1ZMV9ekJW7MpayIhoo3rKRvFNPGirJMrgyQTs2ol9SIbi50ni/PvFLWlmMiv&#10;YO0jwuAQw0aSq3DjSLtY8cW9tSHzUZPTyJQhtP29TKbGxRRQiWFmEZjjliZdYaxADsx4YaLcW+nH&#10;vNjc9PPSLFWgx1EHochjqZbBY3FlH1CW+v49pipBYnzBHSuOFC3b59Rsttimp6ozUASWjnVTGrIC&#10;VZQPIl9RIGtyfp+fcHI1UjyRMs7mMMTeVm8hRxZ4wB+pQwDf63tEYzEABlq/Z0e2mmND21p044ui&#10;gKSwtTKpYfuFFVQsym8bsOLFY103v9faxpsV/C4g8C3lip1nnmYvrDjTNKvhXyakjk06WBvZSf8A&#10;D2uaFkUtQV01P7OtRTNM/hlqsx0gEYJOAK14evQU5LcTZ+RmknjFJVVUlBT02gvC19SQu1QIQ0bP&#10;61dSpuSB7eZc2mPqcNTQcu1IxZ0NSyqZg5ipplvFTrIjQhwULX8tyb8e9yzFTCFFNIrx41pxH21/&#10;b1TwEma5kc/ps2B6UwafL/D0lqLaD5+j3fU10btSx5FVp4J6XHxO4pJNFTlaSeKeqris9NX/AG7C&#10;Xx6WpPSmkhjMi3bS4rMwZOqCPcRTRwSswVxoZgq6gWYCUG5F/p7SvfTRXEdwAA4rTzGR6f4OnEtI&#10;XhaHw6R5B+YOPy6ZM11BVbw2Bk9j4+tqaBa2GqxlVkKeOP7qEVDPDPJdWaMO0IQgEqRew5t7aM7v&#10;Obc1XLkJJwpmlZlhW/jjjDG0YUn1AADnj/W9+e+lumaRjWQ8emksLa1SOK2hoij1z+ZpnpS9a9I4&#10;rqTa2G2fiaeR6PEY+Ol+5llV6itqQCHq6yco0jSO3Om+kX/1/ajhhkfExZanow9NQLDUSSRxHUrU&#10;z+SRmKOrBSgYt/h7GW1cvb5uO3tvm27VPNtduuqR1Sqrpy2rIoKAknNKcOm1dFuEQ4lZqAV+IYJ8&#10;vMeXQb5rNYmi3fWbGym4zBldyDKUdJQTysI6yPKUr01JAqvFLDHqkZDD6hYi/wCbe0LmKyOlzv2n&#10;0jSJHie4GsTQqXkKp6A7yoTYfQ399h/Ydpdx9nuTLyXSZfpjG1PWGR4sf7zn7flkf7Qpntpmljx4&#10;rGlNJFDTPH16FzYmOmyWxafJtGGqJ5qlZQ3MqNDXTOIQzs0hjp4JUVWNy4IJta3tO5eriYuoe5c2&#10;AI5At9bc/n3NNjE+lW09HqKAe09o4dCTtnHzLDG/isFjLH/X1sNN7ccW/wBv7RNRZpAlwXLhVUjU&#10;GYg6bG/6rjj2eo2lC34Rx6RXzsKs2FGehKpSREz2CBVZmYtbSqjUWPHqUaeR+R7bsi4ny0brGUEU&#10;lMqgL41PjUKoAB4uIhc/1N/ai1TRZurtkhv5k/5+klnbaLOXVUgq1K8c18+nTGQmlwkmt2kMqzO/&#10;kPlKmod5GXV/aWMyWUcWAA/Hs0vWTYh03QuUpYJI59s4FAWjjkMa0uWxT1hQMA/lqKKklViCtwbX&#10;PvFD3F3SC+vNnu9R+ng3C8tpB8QLRyw1U8OIJxmnWC33pbO5k3HlW4gUgB3Fa0yY5SB/vRU/l0We&#10;tnzor9tfwvJ1tPHj9/7tethileMVlJWYjOQUCVA1KGgpq7JQzD9VjEBYXurf2G1DQ09NVYySCCha&#10;CTUopVjeCGlYySEfuooZiwAbS4vyA5FvcZc7LGlva3to6GzIymmgQRkV4GvcTxoaeh6x35WRpLlo&#10;rmImUaaZydVeGM8OFc8fLoaNpS1FeJYMus8tYjBDJHLrV5ZEZlKgqFdAoPF7f4+zNfHTCTDbM8tL&#10;kqjDtPJhs1I7wDXlqHGirNTRuxkE8cFTDkAqlSNGkabm4EP3fL77pcWDfUGOGOeOQgAHWi8YzXIV&#10;waHNQOFPII+4O8C0uhD9CJzJFLCPIxNIQQ6jILKY6muTlSAtHJFflkcblN9bUky+CpNwUWOGcw8a&#10;PVSomEyeebH/AMPy8MajxST0dXikWRXBDa21fpUlD7g2/XT4rdeWz+7azL0dLkqXNbNpYY4opKDH&#10;4Pb2XYUc01pXhgrcjPrZGYzM1NYysoAV3bOX4YJLi73DczNBFcRTWygL8KRtqRqglFYlmoDUmPJO&#10;KLeWtzhl5j5dsNt2RLeSdxDdHiGaa4irRBRTpRSgIoiBzpVSWLDrQZChxS4DE7f21SYZq7C12J3P&#10;KzGbz1uSymICV0PiMMVRWU9JRiLyFAipKdKqfZkOj9wUNF1PtuWvrsXj8ViMLQxNVVVUkbU0QTQ0&#10;uUnmkipaVJBCHRvTqVjwx0XFl5utmPGv5bmOO1qOLAae3UdRIXJrVRSmkVr5AC+82z3B9zeaIrS1&#10;lkvZr5yAFJDjSlBHpBLspLKwC0rQqACaE57h2xX5XfdYaHHZjL5vcWYyzrQ4ylNZLWyJNHJqxUFN&#10;GaisaE1BhlQM/qS3osQAC7h+bfVXXuqgwdRNvvdOSp5JMPgsDS5Gupq6KB5xNU089LSfd12PUuB5&#10;4YGptf6pUUavceb97tbLs6tFtiyXm5sF0Igbw+JqfEK91eHYGH9Lo89v/YHmrm+f6m/C7ftMBrLI&#10;+nWPRSD2K3orurfLy6Mv1n8Yd6ZGnx8u5KaHZ+LVkmepyJiizoHii0wHExSzRUsweJtSTzIypYAE&#10;i3usbeGY7x7VgzuNrKaLqnrikqp87lMBicjh4atzNVnIZlM20NRVbX2tJVtVSO89ZXZXLzBw0bQO&#10;AvuCdxvubOYYri2uyLXZ9Rl8GNljiGtiW8Q/2QqTUvI0kxNaHhTMbZbP275GO3z20/7y5j0rClzK&#10;rPNVUKx6CEEjBAulVhihgXi1aFujwbdwuzdtzUVfEr5nMSQx4+mzVZSTV+XqVpYUpoYccPt4magp&#10;44wlqSOCmQAarklvbTjaHF7XocRT9dUWOqM1nctBjkWFqmjX7hJqJKysikyEi5HJZErVhGrK5Fk0&#10;H0RxAhiMtt2C223bbO82xo2u7mQqqjGRp1HubW5Fe13TVTyUMKhrduaZt3vr6DdpJUsbeMszEgmh&#10;DaQdIKotVb9JG0g0JZ6UVex0lRVgyZXVDBToZfG7xl5ATILztHqjiSMJfxJ6dX1LAXODumtSkz+3&#10;qfIVjIkcsVdXM4jaWkRaKrUHQfJO6NVR30/r49Vjz7DnuXeQjdLC2aTGgMaZAotP8P7Pnx6P/Z+2&#10;nk2PdL6KOryOyR1NNRrwIpQUqorShrw6y4YR/ZzCBQEHkVLAIHJdnBAHpF1I+gt7sR+L9DT47YmQ&#10;ySQmaky+TVKCNjK8sGBo8SHp2nqJneodaSR3j8l9beIN+H0ZM+yO2eDytNMGJt7iYBOAIVEUKuSN&#10;XczgfM5wesRfvEb80vOVlaSSKhtbdi7VIBkkkaugAaRqAU5FFGNXQFdg4yfLV8EYmEM+OoPI9UjK&#10;iy5M1K+RjCsYi01QUMdR0KDbnj2LDbtwe+YsdkVo6gCGFoJ8PkkpIM3Q1SVuVxUiVJoZJ6nH1UVd&#10;ip4iPL4/JTuPw3uZtge03C1LIxS5/geniRlXdWDgMRWsbg6WPwNk0PURXUW47DJLbySr4LEESIS0&#10;TBokkBXWiqwKyxkEd2mRW86Bh2/smt2xT1tKlXFT133Yda2kermo5laOCpEjQVbijkVoKoASomoB&#10;lFySSGw7Tro6mqnwW5q9hNMklfgKueKSlSl0IpohQSSSUzBgpvKgaVixNwSLmQtYBM5u5JFDCla6&#10;lIoBQKcLWnGhbyBp0lbmaP6eP6qzj1Be2ReOoYqHpqH2cOlgs9JIsUWYxRRz6KXMUwus0p06pTUi&#10;80ADKv6iE49rZspV4CQQCCajx9MkY88rtTPH4KeaXJyGGVHjdKeaKONIVeUuPpYWUJJItURk8OJ4&#10;q+TVIFOPAUFKnVwHnQVICE24Wd22uW5rdyMBQadBJICgnVUFl1H4TQgKcNqWNFtmHMwNPLLSVUtQ&#10;rSxQRFHgqAZvBS/vgU8i601EuqDx/QjSSyseU3UJMhNkcHLFJ55EjM1DMzxO+tYK1vtJoi9NVRtC&#10;S0bBdDqVAU8g52ywiuLDwpwWKsah8MpB4VOccCCK+RzXp02bGJRcagaVpjGKrRlb4T6rxHcDnp/w&#10;e3Yf4elDkY5n8ZaVoqoQxyohd5II/NGrGSFVYFbkhlt7e8Z2bm8GlFT1VBlM197KKF6qloalYIZY&#10;qZ555qmanVqKJVKrqAK8yAAauCWblsVi0sEUYpIzHgK0FCdTHAUdtBUipwK56Qfui2v5rl1liiWN&#10;NRDOCxyBRVJEjE1JyoApk0NQ3ZrrrD5NzJTvTUMqMCtxGfIbLYAm30cMP9h/j7W2I7O2zulAcXXU&#10;c4MTzoaathncQ09XV0E1QTHNI4jjyGNqIG/1MsLo1mVlAdt7CORTJbXcM6esbB/xMudPDKkf6YMu&#10;Sp6Kb3ZL/by5uLV0AfRkEUbSHAPkCUIYCpNPKmekmNg5bGyvKJWnjkZoZSYwis2niO7JYhVP1v8A&#10;63sTcRuygip4VSvldWQM0kd3XW6+VfC4IvdDa9gfZVebRcO7M1tk/wCDoO3FnMdTNCdWKfMeefL5&#10;evSIyuyqyqqWmqMYl00p6bGJVGpF1oSQ5Oj+otf2KuJ3c8sQK1KyQxxpFqNgT6LLIvBDBrfUKCSO&#10;fYPu9lWJyDCVNScdBeW3MMlGU0qSegk3D1bQaZzFSSw1MkxmaRSLelgWQ206V9XHPHtwgypqpHge&#10;tSnfUoVmJRpPINYZCA3kVlN72Fr+072ohRWWAsgGfl5dKfDgor+DqFP8Py6RlZtyuxEay01HPUQI&#10;WEohdQsTJ4giSXMaOdcgW5v/AF+vvLW1E1OiLVx64SumKVow12JIWRmDLYGx5PP+HukEUczHw6hw&#10;eFf+L6aSCBw3hVD18/8AP1lwiyVksxgqJ1lWQ2ippQrkhFLo6tGwuhJFx7bZq0GPQYllAB0SamJ4&#10;+ulLhEJ/J9qxAVbUZKE+VOqGJFLEvQ/Z0rqaglZldZJItYtJD4gOVV3DGZVDsBpNgb2v+fcLI1Eo&#10;iiKUyKGDjXoZjHpX9QPjb1r9bCw49v28S1f9Qlq8K0B6To0epqNXOM4PS0w2EkLyGWqkdwxA16yj&#10;G9gLNLpFwOOPr7BvdlNTZMJBN59RkcrIEYLoAPAZtGq5JINuCT7HOzTTWpLqFoRw6Em27kbEeIpU&#10;LX7T5dDPtugraRCwVT+zzHYNzf8A1dz9QB+PYLZSno8SXWMrrVFCSQhmkRQQbWZit2C2I5ve/wBf&#10;Y2tBJcrrK6R5/Z0KIN1u7wqqsAK+XQm01Galf3II4x9SugODYj8i39f6ew9yW9KyjvHBVTwxhA+k&#10;GqBcIpULdQVdBbi7ek8fi3ss3draJ1j0jhU9pP8AOlP59DLbdva4K617z5dv+ev8upLYHGSkeXH0&#10;0lvoXiUlTb6qdI0n2hD3JnaWqMMdbOviYGwkZSQQCNKqqAkk/wCv+fcXble6p3QHsHlSnUi2HK9u&#10;0Ss0YLnyoOmrIdfbfyUbLU42jkVv7L06vb88am9rLD/IvNRMkIyz6gbFTNMxUKPqeBxfj2F7i7aN&#10;jRtXy6NDyAkn6jQDTT0B/wAvQR7j+P2yMks2vbeOcurAsaWIXBsSDcn6+xOpu/GroqeLNmCthkKo&#10;Iq9RURSK4BJSOVJIx9bfQX+vB59lE29lGMcltGYqZBFa/bj+XVY/b4gl7UOHXIK9tKZ4g+vninQD&#10;ZH4+0WFqJ59qwvgqpSGb+ESPj5CY0BjDSUjQuwNvoWI5+n49uT5vrbdiR4anT+7VbUyvMlRgPNSx&#10;JMwk0TSQRHxRNTTSBlKGIv6tRYFgUkl9tN6EtiDbljXsGlajFaABgc8Q4/ZUGj8o7/YRy3kw+qiC&#10;0Jmo7Be3GSdVQpHdWlarRqENEdf3ZsCZ8xLMN1YqljVami3DUM9RPTowdoKSrUPUO1VGpRldZQAA&#10;V0sAwE/E7v3Xt+pFPlDi93bcjQpHV4Ro48lSRpMCx+yjk8jiCHUighdYsdRIHs2hv7+FvEuWWe3L&#10;N+pGoU4rlo1NAB9g+RPnEe+e3u33cUsu2eJb3pbUVlY6SKUADEVNTmtWb+IcT0743euzd3RQTvT5&#10;TYG55k1TY/PCuOMqat4Aqxw5SUNTzLKyB2kJjYXJZC1gBuwuew+cow+LqY542jllgNcs8U0TJy1P&#10;LHIplgZdR1Ky3S30I59m4Yyxx3iVaJuJTh9tMZ6hLedmvrCR4bm2pKppj4aeoPn09+HIYeeGryMN&#10;RES0EMpozBPBLFKhK1cc3njEylQCCB6wQeCbB9ijkmpEnVtMSHxyworszvHcaS6MeSDe/wBB+C31&#10;90d0E2gLUnNegdPbosrAJUeTevrj/Z6VcOVX7oU+lyzqZlqCvpVJNJuNSED9IBH6geCAePeBY/HN&#10;+/GYoZoo1kFzHLGzqo86s4gU6WkVnIudX9fbpfsIjasikkfP5eflXpHJHVSgPepJHSjhrtcHodJp&#10;Yi7rwWSQKCVp0DtqRSRpBDC39Lce2LKYgRh6VhJIz6iGVNQkkdiXBjs0gMjC5P5+v5sF9neEhJKK&#10;vr8utRyqQjFaGnDpS4rItKUqU8cauTZWKnxItrEFVUMhb/Y+03RUBlrP3NUQjVnjiW40KCyyK5Ia&#10;Szjn9IvYf7E2uLgJB2ZB418/PrU8ojhIRQScf6v2dLSWr0Qqq2byLq/qsnF1cG3BLWH+x9uH2bUa&#10;kSSiX1M0TksDNTl/JGCWta1wBfkDj2l8b6juVKHz+XRc8xkoQKf5Oskb/cKCqBCV/csbhG02ItZb&#10;8j/D2w7hycMX20BjWaGaoWOMKV1QsvjLrIvlJYq9gRx/r+zPbLV38dgdLqhP28fPy6U2kZfxGU0k&#10;UV+38/LpzxdC5DSsPFJZndrai1rgH6rbj24eero0ikEbCCoQyG6kqxXS7RvaQahpF7fng/ke0uiC&#10;41Cvcp/1HorLrLrq5qD5dSftoJ2cFSSjLYqbE8Hk8X9t1TUrUF/MWjhJdjDKgWnEoBV1FvHeQGf0&#10;gNqbi3PtRDEYqCNu+vHzp/s/s6ZZ2QAKT9vTlT0ohtoBN7D6i55v/sfabkpo5Hnr0dkqpXjjcrI4&#10;MN0jK+MMwgQBYmPp8bA/Tlmb2YoWjVIGWqZOc5/1HpdBezRxRQmlBXJFSamufsJx6Cg8uprqbKjJ&#10;cG/1P+I/wP8AX3PpashyKKmHhpaYipaNjHGlowD+55Cuo+IaueSTxzb21NCCiGaSsjt21HH5fL5d&#10;UmIJrcP3EgLjjXrC9KGUjjUSNKkah+oHkX5+ntm21kYt37uMiStPDC0dMBT0kfDMjoaeOJglMqOT&#10;Y21Ajgj8e1e7WrbHshV0COat3N/OvHHHy+0cehDd2h27bVRkozVYg0BzSmKnhT8/l025cJiMPO7C&#10;LSole9U9gqgiQl5CULKNf0utgPqPr7FntTP4TZO1soKr/Imo8WcrmJ/uY4oaajppY6ithqaoykUd&#10;GkLeeV1s5DEc6VsAOX0a6uW3a6uFXbYtR1vWiBVJZyDxoBipIAFcVoSvaLS83HcbO2gJLySBFBqR&#10;qbhjzavw1oMklh5hpsSkyOeybZupn8uNSoqoca0issrKQqrXSBiAsqyIUTlrKt7jVzXBltpbv7Oy&#10;+UrR2BlNpbRpsLuKapejpYnz2Hrs5FPiKF4aGGWLNbfNBhIzX07QyUs0mR0VEskcailkEXMA3K9e&#10;OGx3aSzszaSPIwRUlDOGhVgX1SxKkX66MugtNpkNI1MLTPYcw7Rypa29u/Li3e9Ge3Cgk+BKsOmZ&#10;wxIMUyvPWGUusqJDrVYy36sRg7JTKsUcGua6LZiArkABmJ0EadfBsL/0/p7Lr8s6PrqXq7H7S2wu&#10;Lx+G2/tfH1WxIqvKNlsrFVdpZ0YuKtkyGA3LlqWer3FNPPWY+ollkx8OLqdREc8kQSCfcN9ku+WP&#10;3ajwAww+JbL4jSBfqZDGjqUmepkXUVdw0axuxNG8MxzN7I3HMyc13297g88t5cXTi8ZYxFGBt8Xi&#10;GNUmgjKpBWOOVAqTPPGuXjDmTjjjM71UkrxvI05RzEW0oqKskKhWCtGyxyDUrC/09hJ0M/yV2t0l&#10;u3f1JtfGbq3XsDdPX4xTYapoKCri2R1VtremDqpajLqlBPnaPHt42FAZauaUQPPJB43SOWP+XrHn&#10;ay5Uvt1Fh4u6W09vp0aVYxWsc8bFidAlKdumNizNoUyJ4ZXVIvuE3thuXPuz8s3G7zWWyblZ3Xie&#10;OHYG73Ge1kUJH3JDI5LL4gCRjUoVwwZk45COiaZI60L9tPBURPF+iKc1LwqVksANTabXLC+r2PWY&#10;7S3F2J8fMNSbBxiz7r3Z3Dkavcb5rK1OEygiwebwO881iqdEp49uUU+aoniNbJV1lKsyVzmPya0j&#10;jNptwvN/5Rgudkh8Xc7nciHVnK08GVbimsBYw0i9sjOYsSMIw5akYOseWdt5X9xL08zXPh7NZ7Kh&#10;gMcaSJWWOS1hZqt4ulJA3hGKOSjQ6WcUqGpcOKbcD5SWrlWlXHwUsNElOogjmbywCUMryVE0xEhU&#10;XuApsB9WIcbB+DG+N6Z3PGu29j6DbFBsaR+rNyYXdlZTZnHdqTZ5czgqnIZKCSpnGD2PR5uSiqvP&#10;JWTyT0cj0sbys4BZtntVeXFxudxdwolgtm7WrLKystz4viQfCSwiiDGKTU8lWR9GvvIO+ZvvA8vb&#10;Ltm3ra7m0u6vfAX8MltG8T2Kw+HIoVgB4t48XixNGsKaJVDsEUdSshnqakVBMTC3kJmhlidnMCtK&#10;soEZVTod47KxspBJvwfdrG3dg1e3MDidy9t4nb28u08PjKCbLZ7B7P8A4nXtkMFg0xkVTtlq3Ez7&#10;kqshUwwmVpAFnaeoaOFY4hHGMhdo28Jt1rd71Hb3G6xIHaVI9R1KqqWQCjgkClFAYscgigXCreOZ&#10;YL/c9x2jk69vLLli5lYRwTXBRCkkpcxz6ZEhWJS1BgqqqCxZtbSJozJVKkdAwp6J3ldR90qiTzO0&#10;jLMYzOgQE8J/h9fY94/ccFTjqKvpvucPRSUcUl8nRvRVlOtVSvrlylFkoPPRS0SJqkSVQVa4IUAr&#10;7VtaGWMzOCxYawPhPqMUBBIOQRUcDU56j+6sJluprWTTJMsmj9Mq6swOmsbBmVg7CqUahqKU6YXo&#10;NMshkMbThrqYHvCABcIpJ5uPr/tRPtB7sw+WkqJKqH7oQ+KJ/IgCo5lBMMqqVJusb3UaATzwBYAY&#10;bLfWYjjik0agft4ceqwmPSgoQwHAimf83oaCooRgjpX4qupvDFCzaZQCCjgBgw/UpHP6fYaR4+rW&#10;t+4dEEMRDhZ0CLMiQsGqJWGoEBhyf0+xXJdQ/TaENXNOHEEmgA9SfIfl8+lulWRVjQuxNCBxzggU&#10;IJqKjB+2oqOn8TxlSqkEm9v94t+ObH2Je29x7Vr6THYtKeialWgi+xqIYoamnkeVjLCtPVRpIUjI&#10;qJG8iuAwmYhtNrAu72ncYBLf28jaGetASKrQd1AaEGgwRxAPrUivts3CKS6ncuZRKwIemug7SXAA&#10;qcUK0HcoODUFrqYKtG8yS+m4Zl4BCqLtfnm4HsHN4rAaqsovt6pq6OvLBWkM0SGR38XmYTM0L3UA&#10;gDi3P9m8gbHIfDhm8RRCY+HAmnH7fz/4oVbVYzEJcKFEOjPkajjjp2pZNccZZlNlZn1Nb9IBAuQf&#10;rz/re4ONwmdrD4Y6XUafS4lVnjaQP4/G13jvEIl1Nqvfm/FuVd3f7fAHdpqK9QRTh/PPR/aWlqr6&#10;2poYCtR8uolZlaOmiLyzRoDq413II/SosOSzWH+F/Y37f64pcpRrV5gisqwwd1Ys7ynTZLyvLrBU&#10;C1/qfYC3Dmia1mEW39lvSgPp64p0kuLxrOdltUUR1weGOg4yu+HpXRaU+NH9LS3LBW/AFkuxP+w9&#10;quOjgoa2mpKfTBBTRa1RYl4dFCxLdfUxZnAIsQv49kr3EtxBLPL3SM3Gp6eiMj28kr1NSDXpI1ld&#10;LVU08jmSaSfUC2sxKPIGXhSrXsW/r7cMduDH4FbnyrKxkuwWxLvfXqcqjIq3NxYG3ti42y63DTpA&#10;KCn+xT16Yv1M4w1QP5dN0m18pnWjL6Vp0ChUk0EaV5BIc2diot9Prz7xTbhnyVWkSwB4Sy6iQzB1&#10;YGxKhj6eOASf6/n24m2JbQs5cCUcPl0W1SJdRfuHSnotr0+PhLByGQkKToTwmy3C6BYj/H2qExVT&#10;WvTjUkMQZGdWsrFVYHSw9TWcf4nn+vsne8SAMaVkp/qNei2S4ChmBqadNYrIcaZWku0pLFSvIDEc&#10;AsARax+vtUVlHHRRwxKGJ0rYFQpT6C6gNp02P1v7KbeZpmdm9egzcu5bPAnqTt+tetapd/HZGuDq&#10;Bc3vx9AQfaFy1VpjOmnMsisSgLAKxLHQNKk/gfS49iGziDEVkoPs4dFEy6mproOhPxsXCtrvfTxb&#10;6cf69/bVT10QnRWdI4frKoGlSAQXZmsbKw/wPtZNBJ4JYLWQ8OiS4ikYkkVb/D0/BCY7g/8AIrX/&#10;AOJ9qClyInrZ4KcQU8XiliWZP1ABXIYAkXCpHcH8n2VT2pSBHkqzagafnw8+l9gioiA4bUD9hB6Z&#10;cnATEHePy6PUosPqpJ/xuePYh0klNVzJSTOklNVQeRlmt4iYwyKkasQDwynTex9hm4WSANKgpIrA&#10;D8/+K6EiEyLQGvQIZhKvHwSZOng8VVBVFkMKoXjWRiWZwSpKssf04P8AiPbTlsHRQa44QFeQOrkr&#10;FJ5GClELqrHSCGHAFhb2us9wnkXVI1QOHy6su2O1CMGvp044Xfs1XpepfV40V2jA0BYw1nsrAhmG&#10;m9vrf3HpqWHE0FRI4jklYmZmYIryGT0vHqAGlGCgX+lgfd5ZWu546fCMev5/l0MNq21ndFRK5HQY&#10;743acvWiYSSR08GtI0UlXWNibzMoHqZRyBwf8fYYbri+4ljDrDpVXeou4cOHAk1KQWKDUtrD6cfX&#10;2LtmYRqxBNceVPXqXdj2qiBSndj/AC9JrE7vip/uzDVFEugp5CSHR/Kwe4IudBmv+L39te28fSRC&#10;WZUCzy63b03LBmKCzE3F2Y/64HtZud1M5VCf0xT8j0Krnbp0SNVj7CBX+XSC3x2TPO3imqo3p4dK&#10;aDMVBCEuS9luSfEt/wDg9/xYu9XTrUzxxOz3sQkaC5L8Bbix1A82HtHG7RozqBT1r0JtvsVtbZri&#10;4osaipJwAKdFWyPYdbNO9Fg1jqK2rqnp2SJ3keRb6wqXZRGzTS6r3/4r7zvgKehhNTVBEGm6xyxx&#10;oQV5u1mufdF3CW4fwoiSflnqOecfc2G1tbjbton/AFKEFx2kf6XB/bXoz3THTO4NzZemzO9ULU9M&#10;qS/wiCXyRvqQSoaqRW0CQAcgFv8AH2Fe+N3fwmgkFLOq6tSeVbqyr42ZrACyn0/W/P09izYNla9n&#10;Xx4q+dP8HWNlxulzud0ylmkkOc1P8z1ZTgcBSY+ngjjp4oY4UXxxxxKgHoKC5Xg2U/0F/ZcancO3&#10;66QitrDLITw87S2DkeuQqGlctc+mwFv6n6e5Pj23crZQYIAq+gA4enT2jeoUHgQ/n0qlUKAqiwH0&#10;HuAW2vEQWKSEj0yz08E5iVrGNYYpwyxgAEAixAPN/aoLu0nwFgPQMR+0jj9nWhc8wy1UMwHyZl/m&#10;rCo+Rx50wOu/aaz28YMbGYcDGYlMQHmZVEjav1FjqJRTe9hyL/X2bbbsUt06ybgakHh6fzz0a7Zs&#10;U184fdZNRrgf6uP+r7evey/bv7C3ToCJK84YhAheUrfUBfQG1MArX+th/T2K5dutdrhSe2sVd68c&#10;/wCAcepW5d5R2LUS8aqRmpA/w+XXvYTZTfGUlxEsWdyOR2xRzvBJJuGlJth5KU/dRVEtZNBW0tPJ&#10;DUwpqEogDRayjo6j2DuZtxjfajDvana7SVVZrpB226qS2su0csQAZNLeMEFPEIoUDdSVtfKu3JuM&#10;U212cN9cR1UW7EAThwVK0DoxBFcoWFaagVJB97CbEds9x4XM5nLY6kj/ALtUqHLYj+6OEbL/AN8q&#10;amzVBNl56xM/B/Gsa2cmyKJItNIiUcfnIWSbwGWBdw5x9xkvLi4ezDcuJG81r9LA0n1ipMjTu/1C&#10;+LG8rTBCYiEt6uoVpBEXH99yF7c7ptm3bfdS13t6RTfVzeD9GzQssQQwN4UngiM6fEUtMTHlIjIs&#10;fvZ39r977Y3rVR4aj2/m6PPT02VngoN5bRzG3TkIsXk3xuUTHzZaBY6+bGVUTo8SlKiFYn8kamMk&#10;yPy5zZtO/wB5JaWr7hZzAvRZree2LLE/hOy+JHpJElVdNQdGDawoGMXuYPajfuWoH3C43e1fa0eJ&#10;Gks7uK40GSLxIzIIjqQSKQQ1DHIzppc6wOve0n2Dv7auEhqJ8x9hhkFNXZCtgp4ZZCKLCU5rsrUJ&#10;9rBPUMlHRQmcEJaSM3T1KQJRbdNv5dtmu913N1gjgkmDsGY+HFG0sjaVBJ0RqzEUr2kAEkdH/KHK&#10;G+7lLHHt5luZxIsalmUAPKRHCpLOFBeRvDIJoG8zUde9k3yHycx+a7G25t/CbA3NTbO3bJXYjEb6&#10;hxNTGM/mMVG9RXRYfbjpV5aLA47HqPuquV9cckbFoYEQI0N2Hv1Jf85cvcv2/Lm4ty5uEk0dtfiE&#10;1uJIqMwit2XxPBjWnizmhRgpkjTSVbI+29jrra+T953fdubLCTmXbRHLNY+MrC3hlOlGluFKRGd5&#10;D+lEooylAskzOXHvZucDDtnJYaeCrp6WmmjkqWlq54IqiaKZHZZYIHqVlQvcIwYksAbBR7ni4Et6&#10;peGhiqQyChCvjUSGBzXhgD59Y+bi+92e5RyxSySRFRRAxVWFOJCZ+WBTzJ697RWZwGKx9ZNBLlZo&#10;1ySfcLAPLJFBVO4PrdolEqqLlUYBfSAqAX9lNxFZ2iypuG4yqszE6TVhWta4FCABTSewADTpyehr&#10;s15fX0Piptw1QimquWA+Xz4kipOcnj172O3W+99tY7DNRxYuknqoH+yNfWwisemhp1hQJEC0hE1X&#10;K4NwvpD2X8XJ9J35Y5rO/kS1jITQHC1YHSKkAVqKHBp8+PQO5s5T3e5vJLmS5lWKSjBI6KGJ41ya&#10;ACnka/LriQT9GI/33+v7e6DeMtZJkMtVc0qTFaKMjx08pM/j9FrPGsaqS1vpcAHm4NDtsTQwQwCg&#10;pRmrnAyf24p8q9F83LMVqLPb4FHile81yCAKivmc/Lh12w1C30595KnMZjcVYJ1p3+wp4TJT/ZqY&#10;kAkZVikSPWLWEBTR/h9R7ctrOz22Mx6h4x4ls1+VfzrXpLdWe37TbrAZALlmzq40+3PXSrpv+T/t&#10;v+K+xE2fs+ripKrJZaZgzUiLR06yIZ5GkZiDK7hhAbMLkKxUfQE8ewzvu+IZYbOwiDNqOo8BgfZk&#10;dBW4/wB2l3a2lrERbrIC76a9vnp4V/b1hmnWMWvZrH/YW/2Ht9zUUVPtyqp5IcNNQZWBQ1IImqYK&#10;mgKtHGs8tdE7ZBq5ZGDhlIA/zYH09kFpGm5XMK3IZ0TUDUBgQa40iiqABmnGlDx6FFrYfu+6iMUs&#10;63UdDqJCssleK6cChofPIHA5DdHO1RMw/sowF73uTyD9Bbgeyoo2dzGY3bHueTCU+Aqq1E2/Dhae&#10;rlyNHUwQfb1edzdbVvHFVZSaeNYEp44gkVPDp8rM5Cjbadt3u2vry/kltPoNQFvHGneyhdLvcSEU&#10;1MQAERaRBRrkkBKrMEE212NrtMO0tdtuip+s0pVYypbUsMKBmYIAxYs7l9bFgO0VdChX1KeRyRa2&#10;q34v+L+5XXfXmQrd542jVqatiqWIFXFUSqrBXDNUtSSVAjIWlMha8UbJq41fUnu+brb7dtt5egGO&#10;FYzVaMO41NCAxTJNAQteJ8+pB5Zsr3mbddq2izH+OTzKtCFICmurJUE+RyfLy6CjvLtjb3SXU2/O&#10;1N01ApsNsnbmSzdTYNJLUS09M60VBTxJHI0tTka144Ixbl5B7cPl7jcXsaj2Tu0T1whyFZUYaSkj&#10;LzJSyQ0c0lPUmNAZKelYLokK3AZuALn3X2d3uTdrretkmhLsgQ6lQn4snURU4oeP5nrvn7FpHyzs&#10;UnL81rHDHbBWGhQAwYkKSQM10n7Oqmv5XHyZzXyF3P33sPO0sVVW7RO29zDcaUqJLXRbsEz1dFl5&#10;XqZmqsjDV0ztGbKREWUk6AWKv132HuutppKHKZupek+5ZvtVeOYLEdUkcPkCt5YyCARc+njj3NW+&#10;cu7UVS8g2yNbkg+dfsNRShpQ8MfPqStyv5bhZhPL2kHGDp9PIHHVou9OsdkSzLm4NsY4ZeOMqKuN&#10;JInSRf8Ad6xiTxCdfw+m9+efZk03blJcaryVcyU6QQwoJGJd1j4RYwQDEEDcWuP8Pcbtslql3pSJ&#10;fEJJNBgE/wCGv+TqCObNotJZHuOLfLHGnRbaPrHatBuBoqfG0TVdTVVdXUNBBDD669leplqnpxGl&#10;TPM8ILMw1k8km/tW9VUG38pt/eG8t/4jF5PE1tU2Nwzbhx9NkoBjMWZ4snU00VVDOVNZk38P7YV2&#10;+2AUHj2GOdnvINy2XZNiupI7iNA8ojYpWSTKAlSAaJ3NqNAWqxHQy9uuV4LXbr/dLuGPRIVCMwzR&#10;AQdI41J8/M/b0Tr5r53tes7W6a6d+P29N5bXzG2aR9y7yoevs1V4Lz5/cDU/8BpNx1tDVUKzQ4HB&#10;U7VYgqpftfHktco0qLsvRe2aPF0/Ym4paRqCkrtz10dHWVcLQyfwvFzSRQwu0haoP28k8kbFtRaS&#10;Ej6iwLt+up57iC2RklmLY0UAJooPAUJVw4rU1U1rQ9LobK1SS9u4U0kOaauOnyH5DFcV9OhC+Xe9&#10;MpXZbpTYUFT/ABjPR7UoJ6zG4uTUazcGYhollrDHTwJQp5qemLizRhaecOos4Pt9z2683uGtTbmy&#10;45fXf7mopwsdRU31DyPK2haKmjjBu5Km3s3sdp2/bIP3lvsgDKAQpNQvnSn4qn5dPCW+3F7bb9pg&#10;YhhRiDQ19amg/aw/PrhsbqvY3WOFn7N7uyGOElJBGuLxlb5J8ZhZBI0klBS0kPkkzGVrKio1CKKO&#10;XU4VFW/Jn0fWOM25j6/cG7qumzVRSUE9alKYpZaGhamhnqJZZvI0wyMy3GlmARSvCm9/ZduPOktw&#10;HTbUNtZA1dx8bKONKBSgoDgVJ9ehtt3I9vtcU13uk3j3PhGqn4VIBPr3faQOkDmflnuLtLceD2N1&#10;DjMrs3bVdn6TDVWZkejo8znIZquljooqBaWNf7uY+UsxdUkepbyX8kYGj2QzYe7Vyu9snmsjJVyQ&#10;zx5CvhhDXIaadVpVfxqllUTaeIwPRYADgcp983iPnznXf973OWV7SeeSZATUiNnXwUJoPhSi5Hlw&#10;AoAAry9msXt3skUSF8egFK8KdWy712tPQ7Dp9vYJaOnmT+HY8zy+RYljSO9VNEkkrs87iAG7Saub&#10;lmNyT+TZiDbvX+az9VN4YcftupqNcgMSo6ULuNVy5Uq5Fvrc+3z4Vjt+4XIGi2VCAOAqfKmT5ca/&#10;l1kUka2HLcU00p1eBWp4klQRj+Va9Us5PbFRvjv7ZuzqKnSplr99QyVehhU+SkgyAnqaiWUCGN4l&#10;pS5JsBx/j716+1MolNs2laqfTNk6jKZyd9LskkmSqW8YlcL+sRotrjj/AA9wlNIiWsVTnU7H51Jp&#10;+wU6xnupfFvbh0yMfLhk09ckjrYPjUIoVbWUKgA+gCKFsP8AW9k8x1PVx1lG0qTGopKGor7P65Y6&#10;jKn7fHQFQ11mbyo6J/tQH19kEYd5UqpLqpNBk6jinzpWuM/LPRfcTxIj1bA7vIYUVatSMKMk5+wD&#10;PWT2bTrL4Wd+9iZjbss+zaram3cjVUsj5ndk9PhJv4ebTS1tFg6h33FkIxSnWjRUhRiRdlW7CWeX&#10;fYD3N5qksSNgaysbjhLdkQL4ZBJcRsfHYhaNRYSuR+p59Yr+4n3xPYnkG13q1l5uTct4t1Km3sAb&#10;k+JWnhtOn+KxNqotZLhSCT2lqKeiLgjnkEcGx/2B/B97LuWzuLpa3atfhonw8eycZHidtStUOZqK&#10;lixFJg6eVIoAogqUxdKY1IOqNZnAvxbpLtPtVs3hcum/tvHO2RkRChCBiugsyH4ioqo1AAAkFfLr&#10;ifu/vvzzukfNW3bGzWcW8Ss1wyf2rBpTMVVySI9Uhq5FS3DVSnQMYrpDaQwOTwG7KSi3pQZvIjKZ&#10;mgzeNhmxOSrUzbbiDVmLqJayCrp/4zpqPFMZI9aKSDb2V3t/v3ZXVWJOc3lmpcfT5GonjpXdKisz&#10;GaqI11yx0cEDu00kYW7H9uGMNdmVSD7E3OPPPJ/thtMO4cx3ywwspWNEBZpGQGqRooPDGonTGoNS&#10;wAyXe3/tTzV7j7nJY7DZG5u0o8jEhY4tZHdM7kBS3HJd3IoAfIYoIIqaNIYUSKKNEjiijRY4oo41&#10;CpHFGgCpGiiyqOFHA491jbu+WfenyCrsps/419f5WloUH+UbvrBG2RgpnRAs9RkK2em29t5JWlHj&#10;LyySsDdJA3vErePfz3U93L675Z9luVJ4LfUFNwdPj6WGruk1fTWxNCaO7FVBKShwAM2uXfu++1vt&#10;JZ2PMXvPzbbyXJpS1SvhlgcqscatcTkHjRFXNHWlQc3srj/Cv5Lb03dPNvtmztVKwqJs9mN4U+Zo&#10;1Z4/3AvjqKvJRvFr0sPtyoK2DWsTHI+7N747/vUq8xxQz3UlGNzNfLMlSAfiV5JWahodcZoQaGlD&#10;1Op+8v7J8r8upFyoptLdaqIIrNoHIBPGqpE1aVy9aHIrUde9nd6l/l80OMloKzeVS+cMLB5cFj45&#10;aTEzTKpKLV133EOQqqdbXZFEGsixOm6nIjkb7pOx7LcWd9zxuoutChmtoQyQMfIPJr8SQebBRFqx&#10;mlQcX+f/AL311epd2/LVstsrigmkOqRR5lYwDGrejEvTjSvXvdiG3unBiqOmoKGkpsZj6OJIIKCi&#10;hhpKSGJE0hY6alEUUYJsTZfqP9e+WO3Jy5sdlDt2226x2Ea0WONRFGv+lSMKg+yhoKAcB1h3vPuV&#10;+8Lqa6u7h57yQktJIzOxJNcs1Sf2/Pr3sU8P1fSRNG8y+YjQp1hSpVr3TVJZh/tj7bn5gjUEW8YW&#10;n2k9APcOeLiQMsbU+z/iuve17jNk4lGCNDEzoeQqROrcsLBgx44+vsjuN9u+KMRGfn/kp0Erzmfc&#10;SNSykIfmf8HXvani2lj1jKxx+Nm/SUAuhub2BOnkf4ey5t4uiwLNUD+fRG/MN2zfqSFh6GvXvfqf&#10;Z0IIZpakgnUxDIhuNQHAU3HPur71LwWNAfzP+Xr0vMcujtjQH8z/AJeve3WPZ9CLhnnKqdI1lGDX&#10;/Nio/p7RvvN0aBVUZ8qj/P0hbmO6pVVUfZUde9yDtLHqVLUUcgB/UwRTqvdfSrKxuPbTbtO5FZj/&#10;AJumV5hu21UumHyr173wfaOPmDiTHoVJBsPUCLHUCGJ/w49+/ek9SWuKg+RH+alfzr1ZeYryPSUu&#10;jqH+ry697S2R6s2LXahkdtYqrRtRZchgsbUoSwsRaajf0kfXm59obi3sb5St3tVnMD/HGjfyZTX8&#10;8fLo+tee+abTT9JvFxGwpTw55UP8n/yde94sX1ttLERNDhsThsQhbVpx2Iosev0AA/yRaf6aRa9w&#10;Le11l9NtdBYbZBAoHCJFQfM0RQPyHV77nbmHcJBJuW4XNy1P9EmeT/j+r+VOve5z7PmS7Urax9AQ&#10;xW3+3Ok/7An2bLvSZEoz8xXpIvMUZp46gH7Ove27+DZijPpiMljzcjn8f6o39qxe2M6CrUr0sG5b&#10;bcChehI697mQ1ssd4qyhYerTcKxBA/Wxta9v6e00kMch1289fz/2ek0ltG4L21zXH+ode9uAosRW&#10;EL6VdhcB10/4fUn2w099DmlVHoekhudwthqNSvyNeve+m2U06PJT3KkFgAPT/gOJP9t79+/hGQs1&#10;B/q+zry8zCJlSalRx9f8HXvacrMLlKNJ4qujaamIZHSoQSPoZSANTF9Q5+huf8fa1Ljb7saQ4IYZ&#10;HEfZTo7ttzsZ5IpIbjRPxqppn+XXvYX7fwm7cXu04nGb1kwu1cnFIlA+ZkkqcHh8qFjeLH5OCQyD&#10;HYfIQBoVmUCGGdIgwVJGZMWPd7krn/YJpOZOQtymO3kHxbZSXjjAGoERAMdFBQ6RpBp2d1R0P+7t&#10;7x8k7pb2/KXuhbxi5oBbXXeshOoIsfjIwoRVWDMCQtakhQOiufJ/zbO67yvYuB6i3J2/X4Ganq89&#10;tHr5MaOwa/b93OTym1aCtnoqfcOZxCATnHhxUVkCyLTrLUCKGWb2X8YqXciz/wCl74xbA35EsIhm&#10;3HhMFi1y6INa+SGuxBoMpFpbUQXdtdhbi3vE8c78ub3PLDzdyDZTTrVXmiTwJ0Iww0oYmDA1qGY0&#10;bBFcddI9rt+a9ptop+UPcW9l28lXVLk+PCwoCB4kvi4IppEa8DqyxPVTvU/8z34P9q164zqn5r5T&#10;qPeck/gXYnbLZLac9Nko6lYJaN9v9g4+q23LUFxokSmLAkWDavUCe/7IN8JPN5P9GHZdv49/EPtP&#10;uNxf8Cfsft/7mX0a/stX+Xfq8/48+j0eyr93+zlNX0u618OtOzjXT4P9lwp36uPlrr0Mf9cL3mpT&#10;9y7Jq06K1enr4v8Aa/Dp7dP8efDp1YV/pb71tf8Av30d4/4P5vuL0uj+A+TT/pG0f3ov/wACf8l0&#10;/wDAPX6vDb3/AP/W179kUGRxsJgraerWeoBanpXhfVURMi6W0WMjR6gbWFvecdt7kbJyvbSxXc7z&#10;3LA0SMHIoOLE6QBmnmPIdY/3PKG6b9MhtYQiqPibyP2EivW/x7VFZi8HChqM/kpInRnMWHxhgqMl&#10;VEiwDSuZaSjVCw1FryAG2kn3Hm9e7FxuDynbdr8Fc0ZiXbPDAGkU+dOOOhts/tnb2Ucc+6bqzMRm&#10;NFA1H5tXtA+VK1+XXRJ/Av8A7G3tNYqklNaq4WneOoMn7AjQVNeulwI2DsNTNcjlVAvyAPxGu48x&#10;b5eyap76epNQAdI9RgH9gH5dCu22Da7ZCkVgrGnGtTjPDz9T+3rrUALt6QPqW4A/2JsPYl5LbO6Z&#10;KWEbz3FJisfdJYxuPKyKiiQsZGix2qaqMihLnTFfke7LZ35jW53WZooX7g0hqT86E6v8vShLi1iI&#10;gggzwovr6GmAfkesCS0zswi0SG5DGNdQvblWYC17Hn/A+0RNvDrTb860iPkN7ZJGCJR4kfaU1RIG&#10;IiVHKVVZYgWN40P44PtobhsttJ4Kh55vyVG+XFn/AGL1p2mckgBfIk0x8q+R66cyEHSVha9tWkMS&#10;WOkeklQxLHi5t7HLY3W/yg7tSk/0VdOUewdvszRR7nrqOOkDgqVdnzeT0tOyq5JSObV9bIfwc7ft&#10;vNHNZQcu8uGOzD6dUa0TWQeM8jUJ/o1Df0Tw6DO+c4crcoh237mOKG6CFjHqLylf4hEmqTT/AEiu&#10;gGlSB0Eu+u5OrOrPKm++wMdj8n4DUHFPUyZHMfb/AK0kTbmIpqmrSBuAJXpwgvy9ufZr8J/LTw23&#10;qZt3fJbvqpqleNDkqDEVH2uO8wdtNEctmamKiLARFQr073JOk/U+5Ks/Za22q0/efuFzglonAogD&#10;Fm/h8Z2SMOB/kqD1DV594Nt0nTb+QuVJL6ctTxJjpqvHWI4w7sDUAfAceXElYl+a2e3vlJ8F0f1J&#10;ndy1ZtJDktwCoSNKUcfxBtt4BarINQS61tI9ZEQOWVDx7XFXHsjatBJtT4m9dbaxUvi+3/0lSbGg&#10;3XnKWpfVHNVYrN7yanx1BWooBRzjcjS6jqCWsBaPnD285UAtOVeUre+u0GLl0Ez19dVwNKSA0NFg&#10;ePjRhXoN3Vtz/wA0zC45n5qngt2z9LDI0MdAfgZbcqzKakf2yyU4t0s9ubJ3rl6ZdzfJXsXOAVU1&#10;S8XX9Hm6bZ+1aekazQU9Zh9qVZqs4lOLlVqa5pSp0y+Tke0NB8NxvnJUO5O9N47o7JzVFIJoJd+5&#10;2v3vU00jm/8AuOpcrMm2NviFibJjcbRRjUbKbggObzzrzRzF9P8AV3bxxqSQNZehHBu4UQmgp4CQ&#10;io7gBQAQ7Ty9HtOsbWUt1c9ywoIi3HLuoEkgyB+tJMSAASKVL5P3hsPZFI2D6z2fjhRJdlfG0dJg&#10;sOZlNi4goqaKeomYi5ZgLn6te/s1W2+vtk7MijTC4GijmhXQtZPEk9W40qvEj+pOBwBYD2G5W1s7&#10;zuXlauosdRavGtanPQmtNpjRACAB/qP+HPQQZ7sffW8ZJFrcvNS0VQ/OMo2kpKNYwb6W8Dh3P9Sx&#10;cn/D6e1PPWgIVUgXC2AuBcH6cCw4v7SS3TUATgOjtLdRpoPl0m6HAl5jI2pn1EhzZmvf8Mx1n/Y8&#10;+0tV1bTyFV4sx088WB/of8faN5GY6mP5dHFpbBCnqSMfn0IuPxqUsOtluQpudIJJNyBq5uT/AF9i&#10;DsrBH15GoBbn9gEf1+um5uNI+nvduyNLrmjwpFOlV3JpTw04Gtei495b4WGnO28bKoMrOazS51mJ&#10;fGVQEAC5P+P0/wBf2LtFQmaTSgsAb/S9h+L/ANb+xBFWQgxjBz0GLuZYVNT5dEn3RuaHHwST1jK0&#10;pJFmkaKLklnCxqPSqt9OAvsRsbTfaxi9ySLD0tx9PpwbexHYQFGrWpp0CLpxLIzY6IX2buSTcNdO&#10;sMcngExcyLZlYhbXunD3/ryfanphaxJAH1+tvxyefzz7N2IBFeg/dyGVqae7h+Xr0W7N+aUNEsMr&#10;M+gavG+oqxOkAlQSCPxf3OmztFjaGurZyvio6eWZ/Va4jRtZAtYEhTa/F/Yj5V0bjvdhtiupaWaO&#10;MDjTU1CfyDA/8V1EPvJul1yzyTvm4qCfDs5HxUHC1UBvtoOhS+KPx2qu2/kP1XtXL0jJisnuzGLk&#10;HeJzbHpK9XV6tYK+mONjwLavp/X2HuxO1qXeuEqquljSKSmrqmlkQSCwMZVk0iy3Dwst/wDarj2J&#10;ve3ZYOU99tk25P8AFZ7cMMUocqftJI1Y4auoq+6hzLufM+x7lZ79cM24W11TJJJjkXWpPHAI0D1o&#10;fLqwH+ar8Htp7Y7V2jvvZ+Ohwu3NxbWpaWtocfRQRBc3g6h4ZGLJaF56mkmRybAkj8nkqWbI6yST&#10;c/4k/wDE+8dJbkyPKz8ScfZ1mnDaaAAOHp1X7hOr/wCH0sVPTr44lhCt6QjkqVYqWhOtuATY8X/x&#10;t7Q298TSbw2xnttZAK1Nl8dU0eoC5ieWJ1hmUEH1wTFXU/hgD7LJELVFVofKnR5ZObSeG5T41I/M&#10;eY/Po2XQFbk+ouytlb9w7uKjbOVpaqeEeRTVURnX+J0IkUl/FWUZlia91Ic3BF/dQ+3dpCky+49h&#10;7hmej3HtrImDF5aKNcfNUU5apFC9fUKGpxOVhYF2/WpF3S4Y720RSs9rMpWcNx8h9p4fnXoT7/ue&#10;4bTFBu9jH422SCrx/Ew9VUYOPlX5KetpEbohy+38Bu/Ayw5Lbucx1PkJeDVrLSVUUUweGF0SWVoo&#10;5Dq0EScN6Hb0+2XM9o7o6sgqKTf+CgyWFodDw7kknqf4U0MLJF+7uOgOQpsSslSXR5KtWBljZV8a&#10;lW9t3hnsnCTQ1j4BxlW/POftNeOOndvn2Pfgtztt81tdO1DCVoxwe1Y3ALVpXsOr0xXr0u2sPuGR&#10;a7A5OoxVQkeiqpoqbRHIHUMv3WPrY4pqdiGVgB4m0kH6MCRQ252P1pvSmhrcPuuCkmmFxQVNTYJL&#10;LYrHHVafFNGzEaXU6WH0Y/X3SOSOUDRIC4yR6f6hnqr2+6WxAktS0Oo92KEA5qPIgcQc/bx6SdVh&#10;N14d5I58RT5WkRg38To9K+SMN6RLRs/nEpXglVJuL3NwSuXmogUkkqJoZNZU1K+OSExoZWCPGhZ9&#10;WpjZ2FrD6+7ugbSzNQdXiaRHDU7CAafb6H/D/PpjhgrS8scFNDKixs5oZWcVAl0IHlSaVrLHqHKA&#10;g/4e88uZxFCsbrBUZLxOjSuGChVchZL6wNQKnkC9x7QTyxwtrSEsFpXP7OPRza+PKCQyonpxP7em&#10;9dvZ7JrUwtVUmKFZEyR2jeR/IP0NqU6UdWAsxIKn3Py+5DSZ3D5ynaRsdXx0sslOHGhPGWgqqWW3&#10;6EZSPwP1m1zf2406zTQTKf0iKlTnhxFelkaGNGhBBZa0bgT6H1r8+mDbuzRPtbce1qkqMniKvIQU&#10;td40V3NaFyNBk41Q+WR4qmYqATf9n8Ai7rk6pThXnVlY0DUFRDOrNqNNFUVVRM0ca3Rz9rrWRj/a&#10;jVRcD2P+WeU4uYuUuct3VT9btUUNwTXjAJvDkwSAMSLqJ4ADpqV2F9YRH+wdWBPzAGkU+ZJ+Q6TW&#10;Mo6mm3fT0K3WmzFNmoK+ikhTxGuqYMVRU6mZh9wkkVeYmhj5TxTys1mIug9xVlTLQxuLGSAOtr/W&#10;NJZWSzPZSSQ6jn8e41uo/FQSJkDA4fz8ulUbhXZCfwjHz6GLatBBSV1TbSi1vjqVGkAgmJYpbD9V&#10;wyIWJtcuD+faIxm6ZI7wX8TJKISJOSpPEbkKCh1WJNrg/n2lgLRGtM9KjHTgagjpcZPbcFUodmHK&#10;+ptI1fljcg3vY/X6+zSx1NRHtLEUih6WSsxkslUilrs+UglnjikKGxeKGXx3vpNuD761ezXIQX2F&#10;XaWs0j3Dc9puWOoVo9ysgUtXyCvGQpyAGBAr0XmETzXEpXOoBR6AADHpXj1XxLjaCu7P3huGSKKs&#10;iot1QQY3UI3NJTbZqKeg8iFgT4p6qi8oI5v6ufr7DKunkrZcZXEBvJABMCL6SHTx3Y/6gzKP+Qv9&#10;f2Ovumbl9d7M7daTOfGtbu5jNTUgtIZtJ+wSD5fn0KNn3COJjYO2mZtJFTWtU7h+eg/ma9GP2/S0&#10;+Opc5i0UxtBXyGMIQI9D0+tpEVPSBKYW5H10/wCt77y1I5nEgRR5EB/Sp9S3Der/AFgPeSllOBHp&#10;ZjUHoWRLVdIWi0r6kD0JH7fz6n7fyMf2jKJmJSR9QJe+n8XBAJ/SePbHS0kk9UERGuHR0ZR69QJ0&#10;6L25Njz9B7WzzJHCSeBHTV6iGFy4Gg4z9vn/ALPSmyVdDQ49ppCqB4njZGBCAMUWQtcaQwR/zyQe&#10;L+2isxsjZLWLjxDzMA3AAZjyS34N+PayK8i+m8NqaiQOH2fLqz2wjhRCxCfDX58Kftx6fl09UWVg&#10;GMRBpYSSeCPSjMXYWVrKFJ5ve/A9jz1y0klZu+njYIsezs82sgtp/hcdJWAogR31L67EfSxt7wk3&#10;u48bbedx4ihYea9xJ8ytYIJAQOIrpY4HrXJ6wp+8vDH9JypMCGb62BRXzL60Na+pZeODQemAKyOi&#10;lnwE0moNUbzx8v6whEeVlmpLPcghSsAPNhzz7ae0nNFSVaJK1TLRQ00xihNwy1RRkjQkoq2WE+oC&#10;3q5IB4j3m3cIbC0ujNMXeAKxKnB1EYyKas5bHHiaaTjjypt0s99bmRNGt6AkgVKq1fI/Yq8Qc9C/&#10;sKugrGpyE8RrHmWFncepqWRY53VGKt4SDYG2kN/r+1v0t8jNg7M2vSHeO4oKvLrE0MmOpv8AgeCk&#10;cjQCWijmqJaYfeEFl0OxVOVvx7hiD3F22O1uirST7lroEVQtCT5jW1K+Qz9g4A55n9lOat+3VG23&#10;b/C20gHU44kkBhqKhSQKkHV+YPRdfkb0V2L2FXVtJ19QDFyTy0TnNVhZIYwcnTNkTTuhjSevGLga&#10;OEu6x65AdQIv7Zc53jkM1j8jR7Z2pmKvCVEMiVeSzkUmBxMcFVHLRI5myESVMzNFUsUKw8n6Akge&#10;0d5zhu7QMsMTw2RqmqSijvDgUJpmjNQcTwGTToz2f2asuXdwsdx3jfoY93iIkRIv1HDKyvQKhYCh&#10;UEluzybjkRcP13TU8lCc9uPEx5mFAVxuDlbN5aWSlmhkljNPTf5NTr9xTRPM3k0hSVZl5Ptqxmz+&#10;yezaWmxNTnKvCbQFMkhjw5q9vYqKmptccbJuDJHI7jnldTY/ZUoFjYaQLgtTa953+dDPK7WwUPqb&#10;9NFUA6SrkeITSvag/ioadKuY999vuULi/wB1ayiv+YJZCtZAs8khIB74o/DgXhqHjOPM1JbLnNnd&#10;pdfzyvQ4+nm3EamSD7irC5LLeacs0vnw+LegxdPApa4E9WkgZbtqJsRIxHxi2RtJ4sg9Jj6msryi&#10;VVXjqOop5K1pBFMHzOZq5Jc/uGZEi9BqJEp1Jt4yGPszt+SLHxGmlYM8gBOlCqZ0/EzVlkwCcmgJ&#10;NB1Cu+e/G/3sk1htMRhsq0CtoIVRVaxRKFihBLVoodqipNaHrHjOyc5uT78JLU0ggp5ZC9ZLHM3l&#10;g8qp9tFBHT4+gjlLKSEieaxAMvB9gZ2Vja3JUbT7bweI3XJt3fWfxNPtjILFT4Gio6GmeZszJSwx&#10;rHNJteGTzSAKWkaL6atJ9tjlmbfdpK7dBA00G5lQjBdAEeqtVGf0loxZVLE5FSDQfb1uEOx3ezru&#10;O43FrFebHBM8iEmR5JaHTrOV+oqE+JSnHgCCInWjTyQVQr/vKKpq8Pt3INmqlhUVtW1dGVnVZHLm&#10;COtlo3cKSNAkAUcH2y9fdcU9NT43fuappKzIYzHYOmWOplDxRZLMVmTyOYyPnkIZHjUNFK1kWJIE&#10;EcZVEPsVT7RDtNptd/eR1uFijAzXQ5LSSMGoKlq0P8IjVVoigsFJt5m3SXdNhsplWB3YkBTrKIgj&#10;WMDjlqU4ly1SRUqVnufcaU9TBgYHHmyK5CTWqszfa4+OkjMSqim7Goq1uP7RJIBF/ZZezc9T1/aM&#10;9VT4gZqjgx9W1Ni2kBhyT5V48XTwNcRNHNWrWzapGt4mufre2OfNF8l9zM8kEIaMKwVTwauBjiPl&#10;inn1ldyXss208jWtrcXXhXOoFmCkMKEOfkeCgmvcSSKjpXYamljxFNFLKVkVl1yIwUrpazJrU8gK&#10;LfW3u5PpjFfwPrXb8qR4+jrpqGGsalEcq03kqZJZzTzy+V2SUxXWN7EAgH6AD3nlyLZraco8t2f0&#10;xXXBrbSApBkOuuONAwHrTyp1ys92t9i3Xnrfop7iSaGOV4w54hU7cL8PcQSR61rnoCs/5anNyIIp&#10;aqllkOqdJQtTDHGkcEXjjcqhQsAzKPxfj29Zo1VPVVBxdDBJU1dbRQTwNNGksXnljozNS0zwTxuy&#10;GZWMbNEsgjJDu3oaQIvFEduBRoRxJYqFQ1zgHVShOmqmhIFOgFZXVvIqx3b6IERqVqTQVYElWU1e&#10;oRSdemlCgXIUOPo0aCP7meRxBFIySASJqBAZEkfzK+i34K2B49t9Njdw/wAPrHXKPDl6nb8dDQZG&#10;uoPuMXBlKT7k/wATqsdTjHyzPUmoHliWpiWyRBSlpCzV4kxjk+hvFE+mncBIiNnvC60Y1PFS/cBT&#10;t49Kbjdtr+qgdLZfoY7ku6I5VijcYg7GShQAUbTxYijDuGeaOlkYRtD5oIqx5JkjlALQBIQFSVpH&#10;CHg2sp95dubgrXWsxu56NAKKnpUirqcSxJWTpR00dZLFT1M87wh6gvpQ+UiLSLkDWVMm23aRxTCd&#10;WuCwqVXStNINaamp3hsVFF01zXpBvVvZTTi62yehlLVU6Tp72Kio40Uquo0qaAVJHUmrxElOIqjE&#10;1CxyT1EgMEpUhKd5JZY4xLchWRQoJUgluQeT7fkOPrIqmSjpYFnjTVE06xaX1qQFldld4ldQDqQE&#10;BWFwwItWT6i2MSvIwjOMEgegpT9lKfmOHQeiMsdxbrJMfpzxYVK0BzwNMZ8uNe4HhmneoiEKSSOW&#10;kALMrqTZLq+mzuCfSbKQS1vqCfeXJ00sdLLWR49ryHx/aU6/c08yxp440sYI2FTULHoCAMQRpBNj&#10;7btbiJp1ie4qFqdWainH7KeuOl1osF5NDbFxqKg14ZJPmWOAVweHoeHTVBVeCpSknqzK7WlE0oEH&#10;oZ2KhAbMNJJuT9PaBwcOLyi4vcFHTQNRZKgSTHZKGINFXYnIRwVsUlDOJIzNQVQkiksp0SCxK3F/&#10;Zkt5Z3tpFd7fIkyNGpRxQ9jAEUalQrAA0+QB4U6E98k9jJcbfcF/FjY60JI71qveM5BFK8fnTp8q&#10;ayTTNT+ZXlieRzDyJPLE/hd2vxrDC2o/X/W9vSw19LURBaelZ46tEWGKZ5Ejp3kkgFTR1UtGHsYy&#10;t42SPUW0XI/U0kyzQJ40JWbu4n088ccGppw6J7iWzaF1E5ChOL4JIFe4BsUONWo4AIXy64Uwimp2&#10;8zSFyrsxmRUCsoLFJFhuGAP6WFyt7+1tkN5ybXxcuWOGymYhxNDV5CejwlRSrVvS0OLqqkRQJkZ6&#10;OOSurK6KOnVDNDFqlDs6KhuEN3DQ2lzewReNGoYkKNTsApbsHwtUCgqQakVxUgj27a13m9WxW9ih&#10;lllRA0moUJkVGLFA5REVi7Hw3cqO1SxHSXrMDDVPIjTQRCaTxgzxBlP7yRyXKAqiRqzG/wCo245s&#10;PYkYLdNFncZR11THNR1U9HDVV+HystFT12NaSGlqXpK2fGV9RRPJTpNplelnmhDXKOy2JJms7mNI&#10;XNq8XiacEBmUn8DU1rqB7aamBPAnBJRc2ctjdXdusgkjidwsqKSsgBKhlWRUajYKCRENCNSqcdIT&#10;KbaqsfLIsNOhjiDpBNAs8nlIbTKyxuPKl2GkGQKQCDxYkOtDVbs/j8c9Tl9vwbOVJEko2osvkc5U&#10;iUGOllTLJl8fjcdFFKja4ZaKvaRCumWMoWYhmt7s3LkJGsQB7QjB2OKMWJAQDJIVSGxRlFaqLl9n&#10;O2OkdldHeCQQ2qJIlp8R8PTI8gOCrCWNRmiOCD0jqzD440cq02IqZM35LrKjUuOhSoaxu9PLDUyT&#10;I1it0lhAYEspuCBFhGPEE/kyscUscsYijZftVH3Hihp6Qy6wJZ5aosBq0s2oKobSWKNpZ0kBeAmF&#10;iRWlaU+I+dAB58B5mpHQOu5ZpZViS2YOVNaGtdIqxpUkAAEmvACpoAemqgirYagCXB1FYBCstROQ&#10;J0ijvUySSmnu3hjp4OGslja5Y+2TJZe0JiWZI540BkQkPLplEgQ+TWwQTrG2m9rgX+nPsytoIy3i&#10;EVjLEDyyKCg+YLDHGpp0UoC6rNWtuxIB4ioAJ8x6jz4mmTjoVMVh6UP5DAZEcobaF06pFDJZD9CG&#10;cX49LfWx9gnu3PtHLJCzqb6GR9GgIBE6Op8c0ji8iH1aACePqD7H2yWAZEbw2GMg/l644EdHu12s&#10;k7Aop8qU864H88HjTzPQt4bGRpDEVVrlSJEcA3YOVN/wbAAeyj787CfEpVM7NWzx0ktYkNGYJDFT&#10;Q2WYHVLEsDM0gKsWCD+pNgRbuW4Wez2tYbeSS4CMdKipooqS1WUYHkWB/Yepy5X5YFx4beCyR6wN&#10;TBgKngB61AJxUU/LpYw0qOAqxvGb3JuLf0twfze/soUXfuG3BVZGlpMolBV01Q8IocrVVNNWySIy&#10;PIEoxS6IoyWZbSujEjSiSXX3j7c+41lf3VxGlwI5lNAkpKvw4U8ganJYHHaG7SMi7X2+nso7dpIN&#10;cbAHWigpQ6uJJqaUUUUEUNSwzRwGPCgegv8A1Hpv+foSfYZ/6QJ8lnnpaLc9JlIKN6uHJRv98lXS&#10;5OAUskSNUtj0oI6VIzLr1sNQVVQEMZEC0fMEVxuTQJuMU0Qqr1161cladxULRQWJB40AFcdDeHl+&#10;K0sknurFoaqGDAJpKVKkkBiwJwAcaeJ6k+BDHbxeO39bMWuPrxf2sqDKZdvFPCqVADugWFJleysG&#10;ULN9JHCyD6MTY+6Sm6uKyREODwCr/l4fzz0siFqgUOQq04kg59Pn9vUKenp5AUa4BsTdlZbj8abn&#10;6/7x7fjuCpVYlrKuqgqZjJJHGJJgaRkQ6SXYEgaQLAKgv+PZRNCwDfURsJTXj+Ejh9nlX+fRrbSQ&#10;V0xQoY+FQB3A8SfWnTQ+Iidm8cKaL6WJSMrPG/8AnOPwVBK8++WD7Dr6at0pk0WoDAkrVFpmF7BH&#10;9BIWxvb6eyQzRFyNamnRnJtsFzFQouk/IdNmU2liqymKTUIkXk+MJEy3sLXW2nj8ezObH7cixrU1&#10;RWZKqqpoihZIqvSsThgb1DtcgMGvb9Vj9B+G13I20qkOx0tgVIH7aEf5+gdvHKcd3HLFDBGKjjSp&#10;/LyFf5dF9331K2biqaaioqGGGdCo8lIsjr9LMqXS8gUWBHAPP09m/wBu9h4LPwwV1NLHjcg7qpyG&#10;LKRBlUjUlZE37dYGktqbSJdKkBwDYiq25o0jWIwrOyiq1GK9xZe4NwAOkBz5HqA+Y+QdTSRTLrhX&#10;OlgCSfRWwQPOhany6LOmK7D6unnptdZuXBxo9sNnJfJTUwR7B8VUCNpaC4nYga3jUrcpe3sbcbui&#10;WmR3r5vuafwRxS5CBpGp63yLZHmVVdaKrpnQgyEKl2K3ZQrAa215tm4tot5e5NOR3ICxOK0FAaGq&#10;n4aVJ9cdN+5Fu7RiLa1J7jSgB0ig4gE1Fa08+JPGvQj7b3ntfejQUWOIw2bjQz/wSu/4HUkkDaJo&#10;Me8xEFfQ1JbUvrd/yQn6fb/TbigqKbVHVxSxP5xC0k3lDh1McyLct/m9Cqy29N7E8H2Ztt3crCLy&#10;BNBT5g/n1HVztcltIVkiKuOOPyOf8PQnDGFZEMcZhkVw0qRqsbLJGys6sq/kstj6j/wUe3mnzSyU&#10;iqumSrRQY5y2rTNHwuv+2wZLcre30P09pJLErNUVWEnI4Cn+ry6D1xaFJHIqErj/AIrpxTHhJySS&#10;tKraPGloy8TgE+DlY0aJybB7D+n19wIaaYzfd1Kw08sgaKogpZ5S0rsoCPAWCSB0YG3+De1EjxiI&#10;QRuzr5MwAP50x0iuGCkop1R+v/F9KxKmJadYIJHnSKzRCoiRZLJay3A8YQKb2v8AUD3iiqIa5ojN&#10;GY44G8YrGYeOR0JVNSu16cgqL6S3+v7u0b26sysCxFdPp+fA9I5Y2hDFRU+nTsqPS6mR1YyIshhI&#10;AtqANkMd1Y83s3sPK6H7rNQhoWkjpaplbmOLXEkvmlcu8Mv6BHbj1EfUE/QSQs0dg+iSkjpjFc+m&#10;P+K+fRnHSOwlq1HZelRTSOKZrSqskkQsz/uKDb9Itfjn8e+8xmpqrMvjqW8mkTJEZg/k0qQS7xl9&#10;MZYqT+RpNiT73Y2CRWK3Uy0BNTSmPz8/8Py6L4bMJaiaSgLH7fXzHU2kgjjp0ncHVM1yFt6SL8ah&#10;cH6fj2w1GQycFW0MwDolFPNNJIzLHHTOoVKyVdNhLMUAQ6SSwF+fa+O2tXhDx/HrAA8yR5V/mc8O&#10;k7W6SJWN+7XQcR5V6eI1hZAykgm9lNzyCQORxyfcLHVs9VFkUp2jqHcxSxW1qsCASgQSRn1SyTAq&#10;XZlAFl08Xs/cwLG1u0gKgVrwOrgeJ4UpjOa9KLmFI/p2CsBkEniTjgBgUoc+fn12VUFS/HJAvzza&#10;5/rbge052JUZLHYeTGY2mqxaPz5GqokmEk0s1MahMdSNCBI9TLFyqBgWcgXF7hfsf0cssu4XdXUA&#10;6EyWKrgsAMk1xjo15eijub2O5ndQVYBA5GkLqoHavBa1DYqQDxAPWWjWKaVpWIsGVUXTq1Af2tNi&#10;bf7wT7EbZYqNobeFTLHJT5eranipzTUjLKYYIYpJavzrFZJXVVjDyMJHLOwLAFvYZ3ox7xfrbRsW&#10;s4wSdTE8TQKdRJPmT9gFAcdJ9xae+vZckwhiwq1RmtAKn4dNGUUwCAQDjpM5mngzVYKWRfu6KAu0&#10;quUMBkJZVieNjeTQFJKsCpuB+PcKu3RhslUx7MqlORzWbpaxqpGs9TR4c0hWrq6svJTRNSxS1dOn&#10;7OqXXPG4RomkdS8qkN7brC9SqltKkCgQrVjmoBJVMZJdeABZdpZ3kMP77QBdvt5EyWoGkzSMaQSr&#10;FdTFzpUBHGrXpHUmkxwp18sQ0QQmyollQleLeNSP0C1uOL+66PmdtTdG2arqTE9exZ7BbBn3Fn89&#10;2JWbc2Vj903JmwsVPlKyasw+S1Vc+QP2MSyaqueXJMkYlSKQCHfdibc4V5di22KWLZVkke58K28Y&#10;CpRlaTWrDUxpCtKNL4tATRqZMewt/s+8Q88blzTLbXXMaWsMdilxdPbcFlDRjw5E7AgM7t/ZRi3o&#10;QhMbOpaOp8yzGSRQdA8YZguhDdmsD/qdFybfi/t17IxePwoxu+s/SdSbd2bvSu2zH17iuxMZvLJ4&#10;3asuHx2XxuPzlYuBiw+O29j83UZSmhnimX7GnMEBqhBNOGDO7CxWS2vr+PbbfbJpYFgS4E7KjRo4&#10;WR/D8MQI6mMvp/TjQxM9JHYr7lf6u+EuxbXNvF1v1lHO13JZNbo9wHeJ2hXxhK9xJF4bujA+JLqk&#10;EQdI1Q8IZ/PJPAjVOqkK/ctEUGpp1EmjyO5JeOOzcLyrCx+tpvx82vtvrreHYO/944zae69y9X7b&#10;qdq5an2NR703Zu05Le+SxW4IccdsZ2fKZPbeSxmMlNPJLTQ09HPQVjQyLDDRNb3LfLosNx3bcLmG&#10;CW6sIjE5thPNKWnKyhWhkBeORVJT9NYw4l7gkUNQk9yd+3LmTZ+XuV9ku7qz23d7pZ0N5Ja20IS1&#10;SSF3+oiEazq8qlis7SyRyQmRRJJNXrDloaithgp4XmiNRMhdm0J4oYkc3LqVV1aTS2m97i9uPZ3N&#10;tZDaXau0Zd34zZWHVM3TtFWYHJxVMGGy8cNNQU8tNXvkNqfa132UlIlFJJDTzhXpBEzq0JSKQdtW&#10;1vtuJjiiktplANYzQtpVWRlcKKqFSMkqwAjVKto0iFNzXeuT99Xarvf5VkgNVkRgZYgZJKFAk4ZE&#10;YP4i6pEJEpcAlwXTUqVVDUCmmrXbVrK1USMZIi+sAArWQuNRa1+ANV7H8jPR4iOvFNmp8lHDS0oE&#10;kWIpshmaWT+L0FX5qOaalp6yhxZpXiqJRLE9NKtS5hZz+yqxVv4ZnvxDJDJp7SWqaEUHEhjWhqNJ&#10;ANB8RFOghc3yW1tJZINdw1QXaKEjw2BHaWjaQOCEIIdRGoYISzMxSLvURV8uO+zqi4ZGfJTR0Dia&#10;mkiZZIw/kkmaRXA0EmMoGe36iS6T4/7h4ZZWiNOG8iNGF1PMLAKEkILBfpe3A+n09rluFiSRI0YS&#10;8KHojWcqroB3kdOa1CwRmOJHWQtdmLfUWIJJ/PJ9t0v2VGW8s4VnIRoqiNWj0coINJVw0YV7A2IA&#10;P0PI9qaS3EZVY6KRxFOjKIyOQ4WgFKfl/s9YgHnXxKJFW7B3ikWOSzMWYq9wyuL8H6g/09yYKrAy&#10;42PHYvHUOCgijkipcbjYBTUEYuWmqIomGiGSd9RNltqPFr+0cO3XFhKPiZB50UEfKi+X+o9O7g93&#10;eXDXtyXeZgKsxLNgADNSeAA+wDpoxGNymJmSOry1blwZZ5XyWSMDVQEkrNHCxhWMaII9KKbFjpuz&#10;Em/sN6mkqcjWzCFHijicxDyxeMJGki/uJoMyEF2FjwGP+x9jCGeK3t4/EoWIz51x51+XSmC1Cr3j&#10;Joc/6v8AD0vf4lBSRiSVlLEXXmxI4ub2On264ratDQ0bTSRxtVTK761X0vMplJdXcRpHUeJeeGU/&#10;Ugi90V5vFxNKsSyaYFFPyx6eXRj9J4pBY4Pnx/1Z6SOT3nIasU8PpgBUySs/6B+2nIH6omZ7Et9P&#10;oPbvtzZeMypd6oaZYyDG07jVKqM7JJKQjK8gYfqLXIA/p7R7lvl3ZqqwU8MjIHAV8h8ut3MrWxQR&#10;hdBFTpFNJ8xQf5OmjPbyyFAiPEyMsyXcRnUsbOAFQePUNLf4cf19qCsoMZimmSKFWmUaRLZVVtIu&#10;LNGuqZSg/tfUey+3ubq88Nml/TOafb/g6U2WudVJ+GnqOH2fZ0jXyeUyRjlmlbwu1/EA40k3PH4G&#10;lvz9Db20ocjWRTPBO0FPTjyM4cRtKOANCkaVA+nq5t7WyC2hZBJFrlbh506VypaqVVoQzn7OnGLw&#10;UksXlDyy1HCsQX03Nj5FsxYf0v7yYXEy5GvMklTLNUFQzMSsgjWBR6FY8AyEhmAZrkc+2766S2t9&#10;KoFjr9n8uk91deDB4aooj8hT/D1nyVdFQ03lkA8SOgUalQXY25Tj6Afn215vANSvI5ljSEyav3Lo&#10;5mZFJ+pABLAn+l/a7b9xEoUBKtTyzjokN+KFa99BjPn0u8FWCqp4rKGAjQKR+5xoXTci/t+6/SCs&#10;rQ1S0bQQaATckWsWBfxgoTz9Rf2W8xmSCAiNT4rfkeincZWRdAHeT9nWPdImp6H/ACc2lZraCuk6&#10;vqbMQBb/AGP19ig1GizST0dQZIzqSOwZlRgCojIP1sPoR9D7CS3DGJUmhow49I4ZNYCsuegzlrJR&#10;AtPWQGOQ/uOQVBaMLyukXIuSPc98fU/aK1RVCZk0lCI/GseocIzSWZ2F+fqePaVbmISkRxlAT61r&#10;+Q4dJr6IUqtPl1gwWdphkJIYKdoVf0txqBI4uAiHkn2hclj5JPuXUXXQ0YdYybX1aitxpAUAkf09&#10;iK2uQnhoTQ1B6DU2KqePQ6Y2sCrCGKBnC6RqXkkcX/pe/wCfYZZQU+JppJPMxZfTJNNIptFGbBdS&#10;kDU5tc2ubcn2K7My3siq0dF4inqeP7PLpghnfUFNf8Hz6VtOfLYC4H144/wt/vPti29uX7/J+McC&#10;aRIY3Z3KFW44sNSkiUHSPrfnm/tfum1pb2hlYYUEnA6cWIIVz59ZayBFp2ci5jjaQCw40hm4+vPH&#10;s1eJhpUpxThFJi0iOpkYoSjBLuFH0jSNSbfUk/1HuH7152kL+RJqvpTh+3oUWEPapC16KR2Bka0V&#10;JnFU0YnqZ4mooQhOmMSCEkE6Tr8gP+H5+nvHU1EK1KAAOdQZirWDiRbxqPofVb25DGxgY0wR0J7S&#10;3DihPn0Hs8lXFQyzKJYwqyAmxIBRC5Fl/wBQWvccA+0zm3LM8bqrSAablmACs9tCp9ALC3+Ps1sU&#10;FAynHUjbHtIUpIBk9Anld6aI5J4JisMamQswFnaGJ3mDyOokUE2vf/Ye0bPiWrpCeEjtpFkPOoWc&#10;Na1xYD2fRXqwKAMnqVdrsQgQgVfouu6e+MftSKeN52qJ5JJnkBqaf9lImjEMkV7yXnJLH6H0i/ub&#10;R4SOlsLFj6bnTe+m/Nhc2HP+t7Zmvmm446F8dorqDIMinlUf5uidb7+SuTytZMMfVGkikLxxWdDq&#10;LMqCWTTGxGlQGYlf08/0Ptty2ZodumWtm0CQRvHDrVlZZ2sVlQfRnVA3JBVRc8kcPWthcboVhQkL&#10;XNDgj0/2P8/UNe5vNaLD+5NtvG1iolC4HppqaCuM0JFD1Zl8Gug9wZvFyb63/hYo4cmaGv29JkzL&#10;NXyU0iRVEtUtLLAVp4aohTHIwDsPoNBuxZ+we1DVxyqlZJHoEgZ/MWZghP1RWURC3+vf62HuVuW+&#10;TjE0VbfiR+Ef4fPrH97a4vZo1ZCQceoHVvOCwNBh6ZYqWCOK310xxpqBWxB0D8/n2VHN79qMw5g8&#10;skiiwPkmeXXptcsCLE29zJt/LsVkNYiAb7AOhLZ8uR2g8UrRj8h0ofcPFQfdVfkaEFNOpR6bNz+s&#10;oTe31H0/HtReSiKIoH7ur7jL9PB4avR60/1Hr3sVZduw1SSFYkhjUDVKC4d/7EKoZHBSNtXIsPx7&#10;Bqbk8LLrJLHy4j+WOgIm7ywlSWZ3rwNKAfOnE8M/z697TlTsOtq01wxiOkJtLW1jiOngRXAlkezi&#10;aWPVfSqgk2sPZjHzJbW7aXcfUVwqipJIqAPIGmckAedOjy15lt4XAkq09MIgqzGmAMaQf9NQevXv&#10;YO1+0a45mcYysV/s5laOKSmcqf210TVBaSSOEO0LlRIYU8QYsS5t7FdpvyG2BvUAR/nlQQPzrX+H&#10;14U6kmz5gtV21Gurdg7oakMK8akIAKmistSAxrw7R173ll61lyM1FU4KXF4LcdC8zwmuxMuVxNR5&#10;jKtauQppKmlqZYKlpI2AgqIljakhsNAdZAlv73bp9Rtk8cd0hbQzoGVlcKHjYLpcKwRCWDBtSJUO&#10;i6DROeYrKK5t92iuLvZplAOiVYpVC0KeG2l0BWjdzxuWEslRq8No/exj2x0kTjZajJUFOmUydExz&#10;dBicpJW4/M0qrNSzS0MGRrB/C6Otj9Zpo5IJRoAYuQHcG/v8rayQ7lEpmlGlwpl8JDp06I1aoRSu&#10;TpBWrE6mORG+++56rfRxWd4xsIJP0JJYgjwthlDtGtZnVsCR1dc9oVToT3tnrepj0rtHJ4npjamO&#10;nrJafMVOL27W5KqpMXS5NMPU1FHDSGsyFRFhKHJ11PDBJHRRRqz1DSyLw7Aj2m32zaNpvIOWtoWJ&#10;41kaCESMsHi6aqoEjMIYndVDeEKayHZCxaQGdr7hp7m8w2F/7l8wSpbK0SyXCRI0zRmZFcv4caGZ&#10;442dlaZmKrGI0J7Afewv2jmU3jRNWZDDUGNzkNbX4vdm3pGfK4/HZrH10lFkMe9S9Ji2rqJ0ZZYm&#10;NPGXhkRiAWBMmcvb3Nu+zl72DwrxJHgmjSTxPDkjOl0Dso1qaBkfSA8bqQoDAdDjmCwbl66ENluk&#10;sm1mGOW1nAETyQSKrxuFDy6GBqrjxGoyMKmmlfe5m59vbTx+LpWjwOCxvhldqaXG0VNRpTVEytE0&#10;9PEsdoZZIpShIsxUkf19nmzWltBKqpDEsEJLKCiAISCpKkKFUkEiooSCRXJ6Q7HvfMF5ezo263cw&#10;YAMJJHcsoIIBJPcAQCBSgoD5de9oOjxNFW1E1PSV8Zf7i84VI43hLxs8BrorM3gcpY/RyPx7PYby&#10;1TxlhZHuFdWcIRqAyAHAoaYYCopUEVwehnJd3VvEs09s1SlFzWuaNpPCoOQRwIrXI697YanZUWTg&#10;algqKjIVsVc4FVK7ymyyGWRSLrM0aRsrIGbgFf6gEs3XZrPcLEQG5YSh9Wpm1MCSCQTUYoaBe4Cv&#10;5gYbbzBc7fcpO0Cx2rw/CKKKUIrwOScHGfsz1728f6PJ8dJDW1mbngpRU01QuFoYwavITQqn+fmE&#10;iGOFZFDlU5JHLA+wxa8tvFfVh3CQWaMHIQadTL8NW48acBxFa+i6Xm43yGC226M3BRlMrnCDy0rk&#10;MeOcClMDr3tRzZDGFIsbEY45leKN4owrpG8YZpEdbWAbkhTqBIJv/UZK9qjPGZExgj0LdwB8gSM5&#10;pXj0HIdr3F5JbtgTG1TXhg+fGvXvY79YYxcrTVJnY6WMccYWaNgtzIUbRYKAgYvp9Wm5NvYQ5qu/&#10;pWgMYGrjw+wf7HQA3uy07hC0jVYfxef5ny9fl1Fqp/Al/wDXvb6jjj6c+xYq6KjWoixRyE8qUkkF&#10;ZlRGJUushgamxUBRVfRGEJla5a7MNWv0pHkUs9ytyyoV1fDXiKE1IOMNwPrw4EnoQbVYSW9k1+LJ&#10;ULDREGAIrnVKfKpqNAagAAPr0mXr5JRNaM6jqWN25XUpIPpte9/zb3PzJoqymZIKNiBGYIljplEU&#10;UaoUCoAw0RoCB9OBwB7VWAlt5VLyCgYVzmv+qvRI8MqS1LGpNSa5J+ef5nrLQPInDXNyCTqDMSB+&#10;bEt+fZZt24k0skgUU6JLLF5XsA8V2ZReQhA7oELLH+piLAE+5Q27dYVijkc5rQZwScYHr5Yz0MeX&#10;1eSTKkqoOB/Ef5CvmTgeZ6UyOCgJJuR/Qk/7wPr7EvonZDy5I7xcSfZUtI9PQS1YVWlqqhEjlmKh&#10;uDHSBfoOddxzf2BPdTnS12/Zv3YFElxK47F4nzVeFKEmtcUA+Y6zl+7JyFfb9zIu63sEke32moKa&#10;H+1PbQH4TpUkn0Onz6on/ng/LvbXU3RNP0TjqiXKb77TrsTXZLAYxonr6XaGIyCVsJr0cg00ObzV&#10;HHGCefBTVAOljGHEXu3pjAd17LfbeQVIq2jklyGBqyBIsGRELRq0i3DNFPezk8r9ebe4C5K94r72&#10;t5xG571ol2q40rdIx+AK3xrUHuQVWi0DZKmoPXYTlZxYRxpIS0ckYjY18gahselTgepA49axnwa/&#10;mQ7y+AfyFn3vukHP9db/AKamwXa+DnmFLNQ4+HJrUw5bb7QwTg5XBLKQkKrpqIZSjOp0yxVYbc2F&#10;WbOyVRhs7g6vF1+LnNPVwSUc6iORV8esMCNUUrLdGHDAgj6++kl3zNYb/tlvuWx7lDPtlxGHjZGB&#10;VlI1ClMcOI8uB6a3zmmKyZ4pE8zw4kfkKn1/lx63wqPtPana+yNvb76t3jt7d20d44umy23dxYTM&#10;UtdislQV1Ok8clPOjSaWjjkHmjKtJTvdHXULex4xOzMruOWijq6XJUmNlkjhocdDHMdw59xaaWLG&#10;Uaoj01LEg/dqX9SoHKJb91Y33Tmaw2SO7mF1AHiFZJnZRDCD5yMWAPyQHJoK1orF20WUvM12oncp&#10;ZasACrMRnT50HCtV88EUPRTuy/kFsTqbCbkzQ3Ns+Obb1JU128t+7gzGLo+uuuqZGSkFfurMz1UG&#10;PmyUlROqw4yKZbVDIs0iyMkEhjJdrwbYwH8Zz6NRTYbEVUeI2tC0UuMwMZiVI6vIOplhr8rTwRXT&#10;1iOBnZiZJArLE9rvrcz38cOyyeJY3E4L3OddzUHEYOkpEzNStKyBAMJhpn26yNkY4WiVIYlwmKJQ&#10;edAanGQSaHNSfhqT2/37WfIrtTGbK6Y/3K9d7p3xRZDfXeNelXQbq7pipnilqMbtKiqGx2Q2713X&#10;5WZoJXkjSpy6UZhRKagcrUBBsmhye6sfi6Gn8ktNLSx19WzEvSUUVcxq3naIGOPyStUay1mdnfjm&#10;/uR9+lstmubu5cKJQ5VRTuYqNIFfQaaDyFPSnQQtNhuty3R1jmrHK7F8UVasaE0zwH2dWO967z2N&#10;0rWZ/duZFFDlPu6nB4OCnjSHNbir8bSeDH4enrf+BKQRQ0ZQgE08MSmSTSq8D5R4Kk25SwU+OWOn&#10;dpYRWVs8avPVxRli8V7egyA8DhEH0/PuO57+43SSWS5JYaToUGgQngaedP2nqZbDluPbbS3j2/Qr&#10;6l1sVGpx+Kh4jHD59Vm5XsfO9z5vK5jeM1blKWPH18m19q4qvkjxO36urRaSjr21CnkqooAWlmmF&#10;5J3AGmMFU9gr8jd80+2etNyVEFRDSV9ZQT4ugk1ESGsyKrTReH9tiZhrJW4t+TYc+wrzvuZ5Z5E5&#10;s3o3IjuUs5EiJ855FMcekebBm1Af0SWoqsQl5muRYbayGmt6rWny+Xy6N78Gunsvmu08HWZL7yqx&#10;eFnhylXE6M0EZx154oXaZzGgklCLb6XFh9LCvTo/FfxDIU1p/F9xUmKNtDSSGnonimn1R6VVldxo&#10;LG2k3JBGj3z52OzCQ3d61A0hIABqMGoAPEhTgE8aA8eoh2vb13nmTb9vdK2ympoPLtbP5ClPmfn1&#10;c33Hmlw+1MlVLS/dNBSMoi9MQNRVxGCkAaQBQ8ZZ3Avc24+nsY/mt2SNodS4/Z9FMyZbemSp6GSF&#10;JdE4xkS66uRVHrcStpQAnn6c/T2k52vPp9nt7GM1mnI1euKVr+f7epc9wNwS22+CySTvYgUzhEBz&#10;6emOiE/CzraXPdu7p7RrYFfFbaxlThsKXpkaIZjKuiVJjlfkSUlHA99I4aT63B9ka6x+KW6/kZWS&#10;birsom1OtKZYqOLI1dE+Qmy8kTMskGGxxqKRKwUnitNVNKtFG7aUFQVeL2e+2nsRv3uWH3KacWHL&#10;CMV8Z4yzSFeIgSqhlFKGRiEBppEml165gfeU+95yX7DLHsFvZndufpYxItpE4RYlIIWS4m0P4Ydl&#10;OmIK8jmrfpr3i1tWU3C82JuQQRcGx5vzz7sR6V+NfVmyVml2Htmmoo6WdoKnsHMQU+Y7D3JUQl4J&#10;56TN11PIm3aC7FFWhgp0IHoVTdhmJyN7U8ncuRluXNoRNDaWvZVD3s7qtGdJGAECFsUiVFIGpERj&#10;q65A+8n3mPdLn6eReb+ZJfDnQMNstneHboIyKoksUb1u5PPVcPJ3Hu7QFHP2ZDJVeM29EYqCkhhq&#10;GBElQjSyVVQ3pBmqKuXy1M8npAJdyxsPc87btMa1kZBT1OWPD4mOWOBk1OBnHWNtpDfb0/i3VwzR&#10;DgpChFHoqCiqM+QA697Q7GqykpaR3m44RAfoVBA9fo1Bfpf2dSSrACFA008q5/3mhz8iD6dCiMQ2&#10;SosagVx8/wCWeveyv9mfHPb/AGf2Ljt1b5ytbmsRhqWChweyaVBDihGs7zVklbWMstTOlfV6fMlO&#10;tNIUiVDIwFhCvNXsftHuLzpBzVzruM8+y2saR29mvbENNWfxGLEnxGoXESxthAZGow6nnkn3m3Xk&#10;bk272HlewjtdxuWZ57x8yliNKCJB2qY0qEaQuoqxCA5697MJs7qdcfjYMTh8Tjtrbfp7+DEYjHwY&#10;2lhRjrbTT0qRwpLIwu7G7MxJJY8mXtvg5f5V2+LaNh2u2ttviwscEaxoKnJCoqirHLGlWNScnqG+&#10;ZvcB7zcJ9w3LcLi/3dvilmkaRyRj4mLGgBNBWgGBjr3sXMbs3EYhAqU8UrLyTIqvZv8AVMLMGb/H&#10;21LuE01QgCL8hT/BTqPb3mTctxdi0zKD6E8Ove1NBFApAjSIWvbSqIL/AE+tgPp7RyO3Fif59EMs&#10;kzCrux+0nr3tQ02Lq5dJFJJpbSdYTQo1DUOTpDXv/j7Kpr63jDFrgY+f5dFE17bx6tVwoP29dFgP&#10;qbf4m4H1t9Tx9fa5oNo1U+lfsmkFgxBjRrf7A+yG53uFNRM1P29Be535AWCT5+Vf8nXf19rnF9c5&#10;qoC/Z4iqmJPCQUcjKRxexhVgOT7Dt3zTt8dTLexj5lv8/Ra+5XU7HRDK5/0rH/J1Cqcjj6JDJWV1&#10;JSxr9XqKiKFQeeNUjqL8Hj2sqXpzdcoGnA1iEAHTIFiIufoVlKEeyKbnvZkNDuMZ+wk/4Aa9NMN5&#10;k+Cxk/PH+GnTG+99oobHcOLc8i0NUk5Nv6CHyE/7D29x9IbsazfwlFAA4kqKRSL/AFAH3Qtz7Qtz&#10;9s9T/jhP5OP+femzBvZFGszT/TL/ANBdRz2Bs9TY5uG/+FPWt/vK0xHuU3SO6PoaSgUfXmritf8A&#10;2E3tj+vu1Uqs0n5Bj/z700Idy1FTGQafxj/IvUld5bdZNYyACXtqemrUF/6eulXmw94p+kt3SJaO&#10;GmBF7GGrpmP0NuJJiP8AeD/re7x8+bMprJI1Pmrf5B05Hb7grEi1Df7Yf9C/5P8AL1Hffu1IjaTL&#10;Rpzbmnrf94tS8+2ifpTfcaHTBK9rcKKCb6EXtoRdJPtUnPnL7HM4B+YYf4elHh34y2zE/Y6/z7+v&#10;Lv7Z7MFOdpEJ+nmSogB/rZpoEXj/AF/bXUdabwowfNg6t05u/wBlID/t0uhv/vPtfFzTskxDR36B&#10;vTV0xJ9Unx2cqH7CR+0Y6dafcu3qtglNnMVM5FwiV9MXI/4L5NXtK5HZ0oRkqKKopixAuYnjdT/Q&#10;MQH5P9PZva75GzVjnVx9op03DvM1vIA2Pk3+yOndJY5BeN1cf1Qhv+hb+0iu0MnSVPlhycxp7/8A&#10;AeWKQtxfi9yhBv8AU8+zOPdYnL+JHWv8ujk8w2M8Ijksl8X+IEDrncf48/4E/wC3sOPbgKOpDaZI&#10;QxXjgAFrcXXm4/r/AF9+8eEiqtSv29JTcRkF0kIH5/4eHXrg/T/W/wCR/wBPfF8ZTTf56mU2B5MZ&#10;1An62fTYX/1/e/qZI/7NzX7evLfTRiqSn9vXftnqtqQ1Oo0zmORuFWVb6bn6h0YEEfj6+1kW7yRq&#10;BKlV8+jK35geEBZgGj86f8Vnr3twxb5HAjRWwyShB6RKS2pRz6G5Dce0t2ltuJ1wOoY+g4fb0jv0&#10;tN4cvauFJ9Bw+3r3tXUzYfc1OQsMaSgEleOGXg/qVeefZPKL7apP7Q6T0Hpl3HZZgTKSvl/qz172&#10;GW6tiNEsr00a6jwNKmx4ZvUAeRx7FG1b6kyiOamk+v7P8GPs6HGwc1a2jSaQ6fz+XXrX+vPthwO9&#10;d7bOlp0xmaqY6WmABwmQVslh510tCIfs6iSOajRgQT9pNTsbX1X+oK549j/br3BDT3uyxQ31KCaF&#10;VifhQElFBNKcKitKVFdQyc9u/vBe5Pty8Z5b5nuWsNVTDI7PEc6jRWqBX1ArX5E9EF+V38sT4QfM&#10;+kyr95dB7Lye7MnSSwJ2dtrHw7Q7PoKhopEpa+PeOBSkyGVlx80nligyX31EXHrgdSykRv8AZgsh&#10;9f7iYLyeC3/FxqNP8Vto+/1fwvX9t9t/un/Oa+PPp945f8BOtf8AlfbnR9R/AK/T04caeLr8/h0e&#10;WrrLj/k4Lv3h1/qLa+L9N/Hj6jXTxPgro8P8Pxa/OmOqQf8AoFh6t8+j/Z2fkN/DP7wfafZfw3E+&#10;T/RJ/DvP/o/838c8X8f/AL3f5f8AxfxfY+L9r+F+T/KPf//XoSh1fcmt3lvfAY2FY3aaCHJDL14i&#10;UG8IpqKqSmiseLSSooH5A5Ep3NvFKWfc92RZQMmut6egWooPSpA+Y6LY9EMUkdnFooRhRSp639GZ&#10;rEolzbjUwUX/AADYMwF/6A++hmdslwNp7B3Z2XX1UogpKSJJTDUPqFpvtceJpZIiTfR9ywt9R/Vm&#10;G4s42VLaykuTwAJHcf8ASpXB9NRP2dekklCEz0jUCrMxoAPnWnUSrqFp6aWarqqaihjXVNO8scaQ&#10;IOWZp6h4o4xb+0wtb8ezG9f/ABx+YPaMSybb6w/0RYyskQx1GSo4ds09PQygDyVELU9JmK5VCX9D&#10;zG59jPa+QfcfmVo3sOVZbe0ahDFBAgXybU9GkHmCpLUydfAx9vXul7e8s+Km5c32xlBNUifxZcGl&#10;NMYNCTjuIAzXAPQE7x+SXRmxaeVs12HhsjVU6SsKLB1Q3PWzVER0mkVcYtZTU1XI3p0zNAgY8lbc&#10;GPw/8tHZ+C8Wf+RvyIpGQlZKmiGSpMJQ1TgiSpgparOZD7yvsbCy0Zk0n6cj2LU9m7Hay1zzzzza&#10;WiHJq66m9Qusln8wB4IqajqMm99r3cmmh5G5HvL12NA7g0X0LLCrDIplpkp0VfPfPfc2eqpML0f0&#10;FvnfWTL+NJ5MXlayKjJBMTZGlwNHNjqaKVbHyPlYkTm5ABPsc9vn4gdQtDjOlujW7WzFKqKm4U2+&#10;q456pLaaiTcm5aaapOp/q9JTCNT+m/tQOYPaTlOZIOXuVp97ukUUmdQkJbjq1yBpFAOKRwquMYz0&#10;VS2XvHzXG0+98zx7Tasx/ShI1hCKFSsRB/N5HY+ZHSaGw/mf25BPmO2e2cZ0DgMi8RTbVHlIpMxQ&#10;0jqTLTjEbYrqGhkhdONFblaqcj9f9Av8x2V3vviGKjx0+B6YwpNhT7dgXMbi8PpvBNla6NaaBTqs&#10;DDTQOAPrfn2g3z3Z5z3mGO32xLfaLEcBbAaz8jI9SKcaIF6R7d7UcsbdIZ9x8fdb/B1SkCMZBIEY&#10;LD7dTP50oaETds9AfHbriSfI5xtwd5bklmjkkq9wyxY7BQyhpB9xT46kSDzpxyal6/lhpK/UJmk6&#10;2w01SmQ3XksxvzLp+qv3ZXVGUfWrEh44KuWeGEBTYKtkC/RRzcA3JnvpRdbpezXF1WpaWR3J+0sT&#10;j7OpAgsILSLwrKzit4P4Y0VQPlgVP5nhToSajszI4+ifEbI2/hNg4cFvHTbZx1FQLZhZm8lLDCrs&#10;TyWCqS31Jt7ESEUVCnhoqanpIVA0x08aQRoAoUBVjCqALf7c+9BoYlBUANwqABX7QAB/LpaLWMKj&#10;FasBT7fmQMV+YHQZzHNZSYzZPJV9fI7MfJVTGd+XZ1HkfVIRGHKi5JK/W5sfceevUCwIFv8AEi/9&#10;fz7aa8XNSa9KoYieI/PpxpcA5YEgsSebqtv9gAB/vj7YKvJr9A35APqP/Ee0kjs+dRp0aRWzUFRg&#10;9LOgwGgKxT1fj0i3H+w9tM1aXUhSRfgAE/1+v1+vvSrxz5dLI4AuKVFOlBDjkiBZlAC/4KOR+PoR&#10;9Pb9trDyZStijKalXQZWsSVBN+b3B9PNvz7Y0vLLQHAI4dKx+igb1r0hux95Um0Nv1FbNURxtMsq&#10;0kRmCF5EiIChQmoXcfW/H19mGpKGKmVKdAEijAW+jSLn8mxPB/1vZimlQKj/ADn8+iq4uK1829Oq&#10;1c9uCsytVUZGoEjVk7u7MXPiW7HQsJYsxVF0jk8WHtTUMkdMSFAc2sXH04t9OPz7Mob9IdKlKUH+&#10;qvQXvoZZ2YNVc9AjuvB124LtO84j1EhFYSCQNf6qCPQf9h7ev4ysQ+n44u1h9PwOPZiN5jCBkoD9&#10;tD/g6ITtDMx724/L/N0E79Py1s4RzOiOxJSKAgBQbAH91hpPuDPn3cFQ9h/tLMCOP9fj2in32Vzp&#10;Mp6XxbPEjAlSW+dP83Stw/ROKoWSY0aPLpVFMsChboDY+suGb+vsIO597DAdcbmqxLoZ6JaUOJCr&#10;A1UhS6m/6yrn8e5L9k4Jt09w9khjprMhPrTtCg/kxB6x8+9DaL/rcz2iyUmuJ4YQvqGkQkfZpVqj&#10;0B6sJ+BnU1PRd84TNtSRqMFhc3XA+OMHySY56RJbabBkqcgLEAWFvz7K58UOzUkzOY27NOh+/wDN&#10;V0o8pP8AlFPcsiAgjXKtjf8AGn3l997jkuXZ9r2TcTbnVHGtGpTiwrQ048PyPDrGz2FE/L3uXYWM&#10;dVtr6DSRwDPCNaV8iSNVPnXqwL52da0u++lZ8h9tHLkNpZbHZSCYx3eOknqYqKtJaPTN41EqOwVl&#10;uFPs+BzasvIKn8kt+P8AePfOEkEyEuMGmTT/ACHrpP8ASHy4dUiQdXTQSamiDKukBfGhAbUGCkaf&#10;owB/2HtvmywAvqBX6G7Hkfn9LLew91jlRCS2T5eY/b04thrFATq6WGO6/OqNAqBxp9PiUHUPpqJU&#10;j/X4F/dfnydwEWG3htnsClnjoafLeTbm5JfI9LTyJUPD4J6meHxNG6MVkQh1OmAi/wBSWLohZ47i&#10;NiFb4h5EfP5fn0JtpmWS1uLCUAsF1RkipquSB5VI+XVvHw33PWVmwcrsjIh5J9qSpXYVJCzTrjq0&#10;GX7KHztM7Gkr3ZPUWuJwAbC3sC4Kyro9x123K6rrJKTOTl8fVmrjeGGR/vYsj5Vqbpkh90FM0Tny&#10;+pShJZgTG1lDNJbrq8Rj293l6HVUEV8gK9RV7k7NfWVgvMWzARm2Ri8VCVYKQcle5a8NQNBxIpXo&#10;49IlNVU9NUR00SBI40a0fqSEKHjWF2LOioXPAJ59wKbpHE5Krrlh2zh6TLffzQyVGDbJ7L3BFI90&#10;tBm9sVEMVdG0yusn31HkWLKfwLe/W1qbi5NrNZrrJw6gqy5pTsAJU8SWR/2Y6gWT7z6bFIf35Lcw&#10;WUasGYH6qEhc6milUSpoGR4cqYGRnqbJTzBllpaiRCqk+KULUU01wNLP5CJQ6cWVZYgTe/8AX207&#10;p6j7S2DWw0Ndm+0Nl0ZpYaikysm0MX2LtOthZTJTALses25uCKqCrpeR8Eit6tR1G/s23LlTcNud&#10;Fuopo1IDA6RKtGApUoyuCc8Y/LNKdSlyX95v215+VW5f5o5f3G4Y6TEl39Jd6uGnwboOrEcdImqN&#10;QpWvTa33hDmXFUdWyg3Z2mpZ3ux9Mb1Uc8JLf08+kf1N+HilbsdKZpafsXonKXCxrBnMtuPr2vld&#10;ksIzSbhpnaCRr/VuA3HPsmfZJWSQ/WWwJxpd/DbGMKw/y9SxHzzYQsTe7FusKLxaOAXUZpx7oHYq&#10;R81Pzp0np66jieNarbe5YAp4ejx8GSpwCeQzUEs8ukc3OgWH59u1Jnu96KJIqvpebc2KD6l/ubvD&#10;bW5qOsD+FfusZXzT4v7OcLHq5EqOCAyE6GRJDte5Wmqtg7xkYYEMPyINOhFDzVytuiJ9LzBGkh/D&#10;KskTj5MrLUfy6YMpVbHjlNc+5KfC5JVsk1dDUY5XgVZClFXxVEUJmpUlkZlIKurXs1iQV3Qdkbhv&#10;T43J9QdpUdLTLUxPLLhcZVQCllqoJzQzGly7MZrNJHcKUtITwL3lj2i50sOTd/3QcxbBdXPLV9td&#10;1a3EaBask6AKCGwSHUMMGhAPS2XcLE22iHcbRrkMrI5lpTTWoC6anVUeYpTNekZV7TxVZVTZTHbz&#10;22tXWxU1THImQVfHXUtDVUhrqZ0+7camSGUjQbvAov8A0w4zPUM1NX1tbW0eCoy04qqTem4Nsbdq&#10;1kCzziaGmyWdiskMMRDtq0jQ1voxEUXEENtNdiJ28DUQNWjUBXt7Q4KmnEZofPpr95IWiVldpTkF&#10;UkcZFe5lUj7OFT0rsmyUL46KWkrZ6sQxtDNgNubkzdMkN41kjq6rF4qdIXeQEx6go8difot2OaXb&#10;IloshJvTYtJjaypgaSq/v9sXxrAzKwliI3C4qUKX5j1f0/HJbb2ay31uZbxY7QuuokqMahXBPp8+&#10;jpL+PRp8OYvT/fUv/WvqdNuoQ0VekGJ3TU1sVPK1NC2yt5QxTTeFhHGtVNg0gCawLsCeD9Bbke8x&#10;8hejIJUgp+z9k1QpUji8NFnsdXSItOCEJjoqiYnR4SABfj+vvrBtP3k/Z2x2m1jXmMhFiACLHqYB&#10;QFFQpIoQPLH2dP210zIGeykDUp8DAf8AGgv+HokOzOqezljnkrNo5uCatqHmn+7heAssuoyXaoSN&#10;iJGa7FgvqJP+sEdN351AY5Kal3dTZTx19W0SYzHZ2saSJzB401wYiSLTAaZWtcBibXX3CfsV94Tk&#10;32323nLZ79riaCfdnuLYJDKW8NwFYEKrAURQygce4kgUAK95hv5Wt7jb0CXMZQ5YKT3OKGpFKqxH&#10;zpitKdGPg2RvON4KifGRU6z4bD0tXJPk8VGkWSpIatap3X78ylZxVFQLFrpckj3zy/yB24KVnxmz&#10;+xdwQovliqsXtKplimAVnEcKvMtZKZNQ06YSGF7ke50X72PLtxIW5d5B5l3FTw8O00g48gWJ/aPM&#10;dDWHeb8QhRbRJKVAYeNQg+dapSvnWvWTHdZ5inqppanP7ZpY7FZoDlneWFgXBEkaUojRgXIPr/A9&#10;p6o723ZRwUMuz+hd5bqrXrqWnqIo3G3WpKSuSaSTJV1Ruulw2P0Y42jlSCeWUu4KoVBIK90+87zl&#10;Mzx7Z7K7k4YpT6m7jtqFuNQ0RAA/01f8PRFNPeSTyvNu0At3NdJatacQKNkV4Gg6nZPY+HkWpTOd&#10;iUEcE/hEdFGYa16cLHpeOFYqpJJIZ2QMLpqBH1N/apl3RmVgnyObrdm7QYw2kpqurbNVgAjjYBVp&#10;K2mjlk8pZGCrJZluAwPsk3f7x3uVPGLPwdj2XRUl2mF8xI8l0Oq18iNBPEmgI6c3Xe7+5h7Ip5I1&#10;av6SmhNa0ByD9lR6V6kDGYtUpqHFwbl3HHFUBlmpqOXEU2p+X81RWUjiOGGIBvqpYEBSfebbTZ3O&#10;T11Tt/fHZeZrKnXSR0GwNm5ejWda+BZainTMLQYCleklhfRKHq3UKf7Y9XuDbq83febvdZ2513q+&#10;nurt5nt7CyeKFpZFBakjeEoBU6KirBaYfj1FnNd/sl1Ywx8y7LZ/QRaTrvZI6KVPaQoDsXDEEUQ5&#10;A4dNucrMJt56eHKbT2DhaVPDVtlN87yoY3jekd0hqabEK2brnqYXYFCqKpc3uv09qHE9LZHdtTLX&#10;ZjbeayNTTiFWpd47sp6msovGpKTS0eHTJzR/QhgckvAIIvf2W7v7Xc16Ydy3Dla8VJAGH1tyjvQZ&#10;BKRB2Ujz1SAkGhGT0GN15usuXra1W2s7eytTWjw2xCyA/wALP4YH+8HNPs6a8t3Vt3bsMNOu6cVi&#10;4Ktql4X29tOujjqTrYOlJlMy8GPmSMyiwSkcAkEn8Ey3WPQu32gleqjxlJUQTwwsMPh4qedDpLKs&#10;ddWPWV7iNiF8hHOngi+r21snK2qPTJfRoVkA0QoI6UFRQ0LjPEgjz06cUh7nL3R3iCSGC0SQwSqT&#10;V5e1scSqBUH2Akn0JPRa+2/kblsUVGMp62tpXo5p45c3mJp6WpRVgEkk+PoYafHxxt5CdBuCtvTY&#10;lfax3Jt/B7c3ZjcFSYynraer2luXJU9dV+Wvr3yVLjK16OqhqPPNVOIp6chY0lUGYAj1AMBQthty&#10;b1tVlDF4kUlldur5kZ3jiOl1Y6iFBBIAIqcktQAAXc7jdL3kDe9+udymjuY7lUZUpGoUsKjAoDn4&#10;tOoDz6b+nt/Z/sLD5HOVdVJRTY7sbYmDkw1J4aHGDD1WXof4njJcckcFFK81LU6ZHaMlYiy20kqT&#10;DZnHQxyTV8kUVFjayGjNKwhjhg8RpYjICsMPEVM6FVU303NrC9xxuFrALu8Vk02tVCHgBihFMHAy&#10;wNaHgFyOsX9ovZ57O1jacz34DFiSWYkscajxOfjIqeNaHrLT5COTMT4ekKy12OrsilTTRTJJURn+&#10;ITJGojbUweaAqblibAXLG5LPV1BzGLhmoqyJ6WPImSCdJIwpxuM861bNImpFURKCpIUEg3sOQTFk&#10;+lZEudS+KQhqB+mozX+Wny+3pCthNFulos1kRL4YDinB3Ktwpmlel/iJ1wP8Spq4TU9ZLh2QUtYj&#10;q/8AEK1YWpFKon0d2YFQ1xYcj2W3Z2IoTsTO7wlVJRJluxcjK08Q1xLXVc8E5NUltca2KqEYemIC&#10;xP1LuQpYLTZrjcyhMsst7Jj4h4kjLX5jJ8vgHHz6nP3sku/687Ny0jEpb7btkVAe3UEDjt+EUDiu&#10;PTh0NeIy0lJmqHb8qTCaWk2ZSLErswkjocRDLHGImOpRH5WLkmw1Djn2FXb+8INmbaztJDTZLL4/&#10;AYKmyIocXFPPkMzkMfh6+d44Igs0ks+ZmqSsaWP7S6bm59lHuPvSw2l46W7NZw24YAZLnQ1SABjX&#10;rxjA+yvRv7U8vSbzuO3z6YluLm68PVJQqitIlAcjCKhJzWvAg06XOKxdRl8hT5mqKQV7tkYUkmZW&#10;FJTTV8ASNCxQa6eGjRrj9TEcfj2R/DCnl7DwuSoaXJ5Ay0izTQZKoIqYsgj1tXklFRES1TTRSUpS&#10;FgFDrGGUBCre8a9jCz7naXbxys7proxAYVqQOBFBQDgPPrMHmZTa8uX9k0sUSLhWQEDSaAHy7myx&#10;45NBigArnyjF1CTtDSnW8cbQOXQIZP2rXC2kdSLjnk2/w93k7ZqIsftvbVBUG70e3sQlQnlV5KmS&#10;mokhni1Tam1gMwsw1XKn8++l+0WEkO1bbGDhLeNPliNaHFPTjw49cPub7qW55o3y5iWiS307ACtK&#10;NLrA/wCNUGfM+ooGcNCKmWedAQWqKko1hdI55PIhU2PrVVsPwB+PceasiMUuRgr4fKF0xRSBnq0a&#10;KNTDMdEcTxyXjAZ1ZlLcMLWsJI4ZGZLZ4CUrkjC0NajzHngGhpwPQfYXhZIHtXKMTUg40n/IOlFB&#10;SwcRyRqqAkONNk9XJB+txz/X28RbtyVakkE1HEJZqeyzyqYmpEIQIaYObPHUFbEi5Y3PJ9pW2W1g&#10;IaK4bSreWdXyP2dej2qHx/GWY9r6iPI/KnHFPXprqMTRUSRNHO4VHsQNJMi8kmT0+o82/H09g5mM&#10;Lkcpknp8nUTY9KWsrVqKd2grMTmsfVBI6emyNLkceyVIqIZx5ImUrFUFwjuqgsbIltd2sTzr2KXV&#10;kU1SQEsv6gKhWBWjUABU4qaVI7g3EWNqskMZlZlSjEFJI5FyxV42BGkhiGBGtKYViQFDSTUgpYZY&#10;VV3CNoKjTLE1z+4rc6SALXFjz7Ena+Gmoq9JsVmpKSXHU8VB/d2ox9JJhnjV5atpaU/YQZF/FSMt&#10;PCqVK08ccYGhirBw5ukZCgBpBZUwAV0g1ArQDWCcrQMEwOz4iQXu+6CS0aK9sdcbvq+oDnxe4BKP&#10;3lKFgWOqPxGJZg2R021oE4Ky0o8c5JM8LxNNGwOks3qUxglSSbEn6/n2r6zblXmK2gjpN3ZLGU8G&#10;XTNVNJR0+IlrJ4DBTocRLNmsZkKSHANI8hPjgFW14tFQkaqrBu+hmaOFor2WAI2osgSjgVGk60ca&#10;W+JxTVqoVdKEFPt3MqWEEnjbHDNK8PghnaRVU4LTARyRFpaBcNJ4WW/QfBVN1dPTw0s7yUcTSPTm&#10;l8gerSMKbiOV/FUx+SUAm13Ccm6n8QN6ZDbu1aaLOZlqikpJkp8aIqLG5zLwPUSeeSCo+ywdBXyQ&#10;sFH7lQYAkaINbiNQS627W+0RNd3kzjUyrqAdyBU40rWgqxLECtBVydIoe7CL/eTLt1qY5ZlLSF3e&#10;KOgUKCpeVkpUthASWYiis5yx4+DJSTGCAvIJJPuCzyQq66gF8YaWWPyNI3OkN9T9D7JnvP5L9IZX&#10;dtf1dV7mymCqYcbLWplp9uboqXhkfFLV024sVi6jZuR2/ndlU1NJKK2sramKiIUJ4p4JzIoX3j3I&#10;5amvbrl27vjFdmEsJDb3JZVMYaOeNTAYpYNDPqkZvDNACrxsWEq7V7a89W+2WnNVntKT25l0+GJ4&#10;IxUPoaGSRbqO4humagijiVnVsh0kUdCZjsVlaanM7pE05PpRXU+OMEBmNQsymOrUXIGggEfqJ49h&#10;ClN1N3j27s/+7vdG6t541cRl8Js/Cbap8vsZ9stPFSVNbksPlcdtRZq2sqsziFFTM8tFRUNHI9Lq&#10;CRDHsE2k5c5u5i224Tmqea0WJlhjhEkCwg90jwyJCzs5kRVc6ookUtErhAYpBd9bzdyJyZu0m48j&#10;Wlhd+LE88s3hXfj5YJHKjXA0BI5SqUEs8sqLIQTItz06p9zS0crz0UNNNqDTFmNUk8IN2jcNd2KI&#10;yoljIWcWuL6iJ3SHc21+89sbu6ipsxJ1/v7G7fkxdBPmM/QZbdla8Zy8NTVYiDCvtTI1MGzsvQN4&#10;oVMRbHCnndlWolua8t877dzVZ7nyqtwbTflgMa65l8SpDqzgQmEssLrIQU0s0Phu2guFUNc88j71&#10;yDvGz87yWP7z5dkuhKyxxPFBGAIdCOZBcx1uUkwzBlExljKs0UZLXloJcXPFkisVTAZRI4VVggU2&#10;CJHP5BUFRMXvq4APuTi979u7IrJ+pe31r8Bs98ltldqdv7Dr66noanEbfpaA5fC7orqSmpqzbWQ3&#10;zU06UVLBT0WOFPLXSR45vJT07+6LJv8AtklvsHN1sYNmZo1g3C2YaHSMKZI52BUwT3DfoKI0hH6r&#10;ratWOJyqm2blHf4P638niC53tYp/H268RGdZJ2YxyQI2pZ0tQXmeQyymRIVe7AEkqdQJsRiqx0y1&#10;ElNPPHBUF6KqjilWV5JDKswSRo4ZGpNbXJLGRFBPJJIj0m49+5ncW1MB2bWbN6ypM/i9542LOZ3f&#10;ee21Jj32XlNjZjAxbSotznM4/c+7Nx50RfZzZimx+T+0xdfJJCsbGmqCzedy3iWbabPetvhtrK58&#10;VPqI5WUgo8DL4UbsyTFmKlTcQQuqRyN4Y1+G4cuNs5e23b98veU/rd0e1lt5DDDbRTiRbqO5SXx3&#10;hWN4beGNSXW2mli8Wa2USVGtWeuWhoKcT4uhrMv4KqkaWPEQUVT5TkYq+jqVqlx6JImIgpWZ5BCW&#10;VdakM2k+wqk+U2F35HU7PrNz5/rnObr6lxuG2YJEqcPlcvltwfx/C12/8QMTWZfAVMslXRRTY2TH&#10;1Ekq0itUtM1NLCym/LPMFlzJG+z7nuElluN9tgFtJIriaZ5vFQ3EOgvCVDossOkGigy6mjZTGa/6&#10;017sE0O9QbXbblZWW8PNPQiSJIofCmSzdpFjmBK6lkWZVBkKoFWVJAVhS4A05WZVjqia6omYSWka&#10;OnMgenhWQhCwVW1NqHLc8Em5YNzfIbtHqLrzZexOw9t5zP5CJY9t/wB/dqZY5mkqKmgqlekqDFk8&#10;fj6v7vJUjqjh1kPjRzCGdHj9qbznDfva7l/Z9k5m2a4nviPBN5by+IHbtKkCWNH1H4SpJyH0FmjZ&#10;OpF2z2o5V5y5m37mHlrcLa2tixmNpPEYmCPUOpZWZdKMCy0VCKqZNAkUhTR00Gt3iC2ZtWkBQFJA&#10;1CwH9f8AYc+2Tc+Art3Z2nbF7p3zhXqsOKSrrcZkcsKKGBqWqmergyFLJSYmevkkkIknVZ53IVQ4&#10;jCsyXfdvuN83y3Fjvu42yy2+hnR5mjCgamfXVFZm1msgD/gFVVgzDLYbiDZNvkkvdmsbqOObUodI&#10;w5YgIE0ENKEXRTRUAd5Kk0pID2X/ADYJv+lQAbc883P49lh3jsHa2HqpzQNu/uPLUtOkumu3PNLg&#10;kq4JaiFKZlxrQKVx7pJeJml8COqMSW9wvzJtOw7bcS21pNd8wbiimpM/6aEBlA0AA9jA1UkiM0Vh&#10;QjqXNi3PdbqGGV1tNmsWbFIaSUOeMmoqWUjSwALqC/acnKjFhcqV/oD9fqfz9PbJs6LtCo3LhGqu&#10;v96UG38XTilbH0ck1Ntoo2PWJa98VRY8mb7Z3+4WZ5oSgQLcBgnsH7TNzGd0sVudnvY7GMUMYqIt&#10;JBAYxxrRwpOodwoFJ+XR3vj8rRbTuHgb9YPfyEnxCAZhwqgLOKa6UNFdiTkeY7Z1X9R+v+t/xJ9m&#10;wodv72qYzRfcZTFwxyERGQVU8cPjWzxJVL9xJEgKDSHZSdXHLG8wW9ruc6xxCWaNEpQHUwApUHUC&#10;Tw4E0/ydQxNu23eIG8aIuTwHH/eTp/wdYD9ueSqf7Zf96v7ZK3a+Tmq9FXmJqhtUcbrJVGOphMul&#10;4RPA06VMBqYWBQOoMgPpvb2WXezu8oP1Wqpqe8Agk9pZS4YBhwqo1H4ainRpa7vEqKY0BBBI7fiA&#10;waEGmGwaVp5565o0ViEWyqCeFFvyTb27JtSip42WGVpqh2CiVpdTRyEKjRxhj5begXF739kFztkE&#10;WqOIsXqeJHH+XRpb79RlaSMKn+r59Y2lPOkAL/rfX/X/AB7c4aWsgSCgo6iohAnjNUpRpGngEToY&#10;lQSrJDdnV/JySVtYg3Utlt5dCQIza/xA+QHCn/FnozTdrYiWeQgJpqtCOJ9a1qPsp1HZUZlkYKWQ&#10;+liF9IHGn6fS3HsWdr7g3BteWL7WvrRA0rHQ7SBI49TNruWJDSWuf6E2vx7ZjiltiNRJSvn/AKuH&#10;QZ3G7sdyicNGvijzHn0n8xt7D5tZErsfSTF0ZNToPoxuD9bEgj2bjZnes8ASOrqSrhdI8tSRqVrl&#10;muqg86j7uJLm20PaTsEApQE5FAMkEHIGaEcT1Gu68tRT66xDQfkP+K/aOi3bw6AxORE8mPjemeQ3&#10;1Usas6gG6lC4LR6SOLG3+Hsw+3eyMHlCkrVf8PPiRTFTMXonsyFGMAdLk/QCN0sOSPY02Pny9sNM&#10;e41a3VAFGSNR86Vrwx/CK1pinUW7/wC2dvfKxt4AkpZiWzXzPz48Pz/PoPpn7K2BpgFMd20EbkwQ&#10;1xq4shTUyehlgybs7P4oRpCTrKC36WLWPsVcJuaNpYY3gcwlpHTKUspqqFEIMifcMQJ6VSl7h0AV&#10;jxxb3JVhzJtu9aIomCzNwQ5qeJoceXmaDy4jqD+Z/b+/20TyxgPHHTGkhs/5angAT0sMRvjDZkQw&#10;y1KY7IzjS2AzEkVFlDKtxOKeMu0VWkTKTeN2uOOCD7ETG5emqjA5qIDLFKBIis0i3DlUJKsshDqQ&#10;eDzf2Y3FsyalUEqRjhWnGvp1E+47NNAQrIQrLUGn8vt6V5d4GYLG0kLxt4pRwXVgFYC4trj+h/qf&#10;cp6SISXh0yBmdDECyorFyXN5Cxdz+VFx7bSQkHXj7c1/zdFBt3JAYDqfDmNEQMvotpKljqdlChbA&#10;/QKQP6e0Jl5KqB4YChaOorVSeZlZZHVpYwshKABHBbUT9GuePYhshFIjOWNUjwMUr/mx0tjsQ6Ss&#10;zkFUqB5E9LPFVccyiRC3oj1pGD+0OP8AU21WJ/x9vFHs205yMksUsxETs8rI9RJFDGyuiOBGuk6W&#10;4sTzx+faCbe1EQtgpCUIFKgVPyz/AIeiaW4IiSArRRwA4dY5txwoFhQelAIwI7rGXfhSsdy9/wDY&#10;/T2GvYDfuR01IsvmqSNK6GQU9LAHaMHkXi8gvxbgH66l9inloAIZZQPDQYPEksACftpj/iujfZLJ&#10;VZp5mHhrXFPMj/N0rcPMXgLSHUselW/1Wt/UbcngE+27bkM9IlXmZXkWnp4S8LVCMorK9oQkKR6y&#10;gZAj3021XX/XAVbrNHMYrKNazM2afhWoqf8AVjPW91iSbw7aNP1C4qRSir5nz4f5epNTUC6wD/Os&#10;1yQbBY7qSRySHHHP9L8e1pgMbSRwQZzdKRVGSjlmjx+HqFIleSfwtUZDITM6PCksMMOmIhA606N/&#10;Z0kOblM5ney2rtg0gPKM4BxGnzrXWc5ag9eiy9GiSa3spq2gA1fYGJFPQqWavGhbpor6yrlqBRYw&#10;PHTqoepyCOGDITb7GnCqpDIRdyf0k2/x9pfM7p/h+Rp5J5v4pMyENDTmn+4qZIpKWnE58gWlWOiS&#10;eRyglUiFvSDyoMLbbDJC3hW/hgsB54B4nHd8/M1B8+lMFqlzG4/soQa5Hao0titS9XoqrhhUDUwB&#10;qHeioSIgsSCIWRizgFjcyksxGnUT+b8+wv3Thd6Z2u2huZcJUYGgO5DBumH+KUEzU+3MBlHyGGyU&#10;M1FQS19bXZpaaeJaSnnU/Y5QieBprNShK9G5XE+2mKsMa3AWeMOpfw43dkkGhS1Co0FA2Y7hlcEr&#10;2ijab7ZLC23jaxfLeX30f+LdjrqnmQRyR6HYKqQqVbxGiqZINSOqsVmnU7Qw+WMSLIV1IqMv6pZP&#10;1ajewUBOP6X/AD7G3bKPufE5qm3BDDBNjqmppBVUQqJaKvqIo6aqhyVN/EXWelqMTWUzI0MbOsM4&#10;P7jNq8adjJM5hmgjYMVyK6DpbBUaQahqYaoUjBPmDdxmXYr2yudqb9ORFdQ2HRCW1BtBUMJFNAzA&#10;Exn4QGqzRXWieIwrrZwgUsSWT0zkgGIxqxW3OoEH8i3sjnyw+Lm+e791bNq+ut/ZvZVHhskcxUwR&#10;b3yOO27j8nLNLT1ecw+IoqXI1WL3D9lXtIhojTU5EToWikmMwAvO/tzunMd1t021b1PZxREOR4ri&#10;LVUgsihXIlAY6SugEFwWBfUuQnsv7zcvcgbVzDBzRy5b7hPPHoD/AEqPNJGqKUilk1RCSGqAESmV&#10;h26RpjRA50NQtNC33BaQjSQTFHrYWVRG0pVQRcfQksL/ANLD2Ded+KG3Nh0eA6q2Zks9uHfO7N9Y&#10;ff3Zncta1fT7rxO28HViqxryRtRZrC5yhymdxUkBoZ6g2eUyyr442eFq39qre1hh2TbpXbcbq5S4&#10;uLx3KyxRoxZTTS6SlpQIxE1VapkKGNS6DGD3v3TmOTc+b+YbW3tdhstsls9v2tVXwJp5gFajBo3i&#10;aKGUOZlTQQCi1l0pJPp6hp2eaVdMK+hISVtf/VBTzrANr/Tn2b3bG5uy6TsNYMXW9eR9G4zATY2D&#10;F46HJxb2pt4UuSSiro6iWHzYAYxZYKo1C3SoWoIRvUrFpuTZNy/erRwR7eeWfCOgoJTcifV3KWDC&#10;AxrRgezxNVMYZjAt/Z8szct679N1l9wpJ1cySmP6V7YrVGCUE4lK+HpJrGUrpIGhRhqKGneHlA0z&#10;SXLNYngkqCbAgJYW/wBb2Yqi3DT0lHFUQlqhXfTcS63D3NwRpXVoS7A/i3+HLlxtsk0rxuwWnlTy&#10;6Av0T3UrROQD9hqB0xTUjs2k/QW4IFzb/H6ke1fjszLWtHSQTx6lP7C+VHlVrfvarnShX8cXHsku&#10;bFLfXLIuDxx/g6TzbeIW1uuemSpjSJXeRRwpvb0cX/s+lrsLfT27ZLHyzmOUXeZoYxaBo2S5jRms&#10;DMockC5uDZr+0VtdRxhlI7Af8v8Aq/Lq0TxrgDs6ZqWuERdZFIsSV1KUazeoEgsw+h/ryPbcmLEL&#10;NFGsrTrpJkUafGrqNWnyOhANiOfqb6fatrsyUckaD/PpdHKAK17OuFRWl+RZoje6/UNc/Xg8+1fR&#10;UMBoojAykMNMpMMazF45mYjUy2dWJ/wIAHsjuLmX6hhJUZxnHD06SPNRxU5+XSXqqipaplMqyKtx&#10;4wT+0EIsgUXLFv8AY/7D3CQVNRXCkUSRRo5YVjFj9vBGzRSTxqp0h3uY782t7fbw0h8ViGenw+p/&#10;hP8Ah+w9GWsiGM6uP+frDJ9rDBLPKsdTK6hBTBSCw1q6wuxZuA8YkvxwbfX3jBngmURTSawroNDs&#10;qEpIw13vqYOgA9RP04/N7qInQl4x65zx8vTp9aOgLqD1gcQyxt+xGqlVPiezBTY8LyPp7nrJ/EzF&#10;DUKzRpoEr8F7KIwbm3qCpe9vyP8AYe2Cv0oZ4/iNSB9vl/PpRGVt0Zo4gXP+X/Y6TkkX2LTVAnWM&#10;yMTAjtJbWRKWK2bSqkjjj8+5k21fuA5pJlNG6hbxl7qpYhibEaPp6iPadN3WLQLiP/GB0WtuBRl1&#10;x/qA8Os9HuKnVEiqkP3o1lHJVSQoDAJcsSpPA/r7bKvMU+yoVekJyNbKPGI0ZYkijtZyHKMSwtx/&#10;U8fn2shs5N+fTNSKAZqc9NNFNfksw0R+vT7SYqXdciw1SCkpAwlMjgs8pU8Jf9A/qeOfaKzm8qbN&#10;Y5vNTmGsZnOioJDOEBLSELoK8uqgEj0k/Uez3b9kksbkFJQ0NBwGP8vRdJt09vdVVtUZAyPt/n0K&#10;eDwgxrGOKUGEKGAjTQF+mlBq1XC8e+tn1mQxdKtNBShBNMkU0qrIaeJEZVJVlDaLqxYfW9jYe9b3&#10;DbXUrSPLhFqBip4/8V5fb03fRQzzanmIA4V/4rqTlooKlw1TLp0LcA6bcc3Nx+CfYu4qoFM3heRz&#10;FrDIuvltQL6gDZxa35X6ewbdxeJV1UA0/wBX+qvSNYTQmlD0F+fRagNLHEiyopAfSQGS1mBNx+T+&#10;Pa+q6mmSgpyXDnxLJNGHuVeQroDsvqVVW9w1x7DcMUrTygL+LHRbdJJpkqMDpD7bp5Wyzpos2olJ&#10;FX06RfW35udR0j/H2HuQzH3VTUwY9CkTQzQuGUGNGdAjvGdP1Njb/D6A+xLb2PhJDJcmpU1Hz+R/&#10;1DoMSowZi/RgsdQCnghaqAZ1MMgItc+NvIoa5J9R4P049gdvOnjjp2MssijVI7KQyxehm0ggNe4V&#10;eQb8/j3IOxSs0gCKvp8+rW82mWRfyFOPS5pLsALKD9fpb8jj6/1PtH7Lr6JtxUlJTwytJTjz/uG6&#10;GSdUjQKALl5Sbn8j6fQezjf4Jhts08zjS2P2V6re+KqJNT4mAH+DqXVLeCTUVAET3LGygBGvqPNh&#10;b6+ztUjeHDwSMrJKxdpGkXT+0I1CJGxUl0u3uB5qvfSgEFOpC222Y2tuNPl+fRCd55COTfGThEyS&#10;wpIkdOIpPII59JMmvgKOF/FuR7aYPF52qXAcLo0Jf6GEEIQP8b+1sgKxrCtK/wCfoY7PtrzzMmk6&#10;egu7h3t/d7ar00FYtLUzCS0wcLIYpYx5LEMt/pYW49wjSPXVet7hNWtmb1NYBiBfgcX/ANv7UGdL&#10;a3qTSg6m7ZNmCiEU4U6q77Y+Q2P2ntfIeKq81dUM1JRQxyMDqdlWWokTWXdYlW7aQAQbEj3OelSI&#10;qiWBtybWFha5P0uTf2wlx4lWLY6Hq21vZwNJOwREBJJwB1WnD2TvLsDOPDRJlc3VZKq8NDS0cc1b&#10;U1Us2kx0dJTQJPPKRe6oqO2m55tYoTdGbWgSSlpT++VOuQAu6urAmJFUH1MoP4PH+39iDarFrkiW&#10;Y/p14fL59Qzzx7jRojbdsVz2Ff1JAaDiO1f6Xk3yrTq8H4EfAavkmh7Z7623pq1qI32rsLMwrMtO&#10;YwsiZncVNJIYZJi8d6eldC0V2Z1BsIigdk9hV2Mnij0fcVjyvdJkgqFpQp0iI0kkUscsmo6irgoR&#10;wwIupmblnlq3uopH1aYQvAVBY08mGfzGR1Biltzmf9Xh88+uSf8ALXq+TC4elxlFDS0sS08MUSxI&#10;kQChUW5VQCCFChrACwAH+x9hDlYMXuCN66prB5pEMk8UJjgiZ2I1II4NEagE/QKAPxYcexxZNdba&#10;308NvRAaAmpP7SSf59JYNyvbFzELMU1UBINftr/sdPqqFFhf/Y+wpydPhsdO5p44k0nSxqH1A82a&#10;RVEQIA/xYk/4exhazXs6frv2/L/LnoX2cl/fIokYgEcB8s04n09B137n4ve0GHjaWmpaOrQIUEzi&#10;RIyCQT4goHIJt9T7TXWyfvBtDXTITQ0BFfP/AGekd7yxNuLBJ5pYmrWgpX0zg9e986ns+tryqUKU&#10;lPKkl5by+EoukMY5WJkP6WDWF+PqOfdIuVrSPxPFlMqjBAznB8vOhGPQ16rb8jWtorNdu7oVNO2t&#10;TWmKafmOPXvYK7i7c3hS98df7UzlZuyu2/umDIR0/wDdynxx2FDiaXFUn3lTuTOzw0lcM3ha+hd4&#10;aWEAyCtp4xUQmXS0MbxPuGy+5ex7Jt+3X7QXschj/SUWioIquZpmDNHOjxt4aIrK4ljDOrEI8q7L&#10;yBy5P7Uc18w7ZabfHuu3tGXFw8ovmlMrCMW0AZ08CeOQI8pPb4EzmF9Ace9iDmO1qLY2/wDb2Ao9&#10;v00m285BV1FXu6u3NtqlWkqKWCGQwZjDbiyuO3DmiAUYPQLUmGO5ZUChfYm3K/u7Pcts2m62tniu&#10;w+uYT20awtHU/wBnLMkr1WhHhrIQCSwAALBHauQbjmjlTdt4n3l13q1ZVS0S1uX1hmIrDLbwyW8P&#10;nUT+GGYjRqJr172ZLa+9+sc1T/xGKvxEsVMtVrmxdfSVNO9RSM5qIJJqSokH3EMwCOhfVGbg2+oS&#10;S228XSU2y5+pheQoGU6gCMEKQadpqpNeOMcOoj37lXmjbZRZy2Vys0hHbIjqyq2UYKyqSpWpDUIJ&#10;zgY64nV+LfX8g/T/AG/tDZHuk05y67YpYZ6kRZGLC0MtVHjRLXwx6YIJK5IHlpY56lSBUMtQE1ag&#10;HUCx/LyVe/u2S7lh8W8VNehmKK5AOlWYq2kEjSW0mi5ofM4s/bYSGxbeZmS2LRmWTR4hEZILMELA&#10;MyqcqChamklTU9cvbftPsfN7rwZXdGIn29lhLPBV0OTyVLXS08kMukGjyGJqJqDI0dVEVYSKwbkq&#10;6q4Ye2Nv2yd7eG9n2mWxuASGt2Mb0pgHWhZWUjuUgg0IDAMCoVcx8m7VsG6g7Dua3m3aVZXjiZFY&#10;EcHjkVXjdTWqkU4FWZSD172IezdnYKu3KcklBRQJm66mqsxNRQU1LNkq5IYqRshVOsbS1lZ4KaKD&#10;W/q8QFyVUKCvcZv3PZ3jWUCJdszO7aQGdtOhS5UDUQoVanNFUVpjoNbzv+6rtabfPeSsbeMpCrsz&#10;CONn1aEFQEXUxYqKrqLEAMSeuibAn+nt97b6hwFXQrHQSR1z2SpihSOOpWnsQwDsI9CSv4z9C5+n&#10;pX6+0/K/NU88jw7pbAQ1oS+dRHmA1eFeIoRxr09yLzTf2dxG8s2k0oT3CufPPD7KV6xJLqNiLf8A&#10;I/8AX9kbyoOCSTE0xaSsaWKKpqY5NbBgfAiSzM/lkmgsFZC36jxYliRtd7um3wCC1l1XD6dclSaY&#10;0rWpJOAK5qSTwJ6yt2yxG7fT7jKmmBUJVTwydRK+QGcf4es3ufhs02CNVTQURra8rPLUVlGsX2yF&#10;UYU8YqmmkJqJgqIw+t/xZfalNxLzyWP0jSyoGZjGD4VQgNGYk9xIUUGQx/Y9fbPHeGO5nvBFb6Qq&#10;pJlqaqntGkhRXtalDQceve3dsrUZWImipZayrEnicWciFiqPZKiyQrHKXNzrBvfgfkRRXMCK7xNU&#10;J+EClTSpBrxoAR9v7OimK2hs5C91MqWwBI+eSMjj5de9qHC9R5Ksq6CepnpqZJbVDmnRGmEkkRdo&#10;ixCanXVZgSfqLWsbh693TaoSzxwkyo5JpglsgkmtaZPzHAUFQaXHPECRTR28TMwGhaigA40Gfl1h&#10;adFUnngX54H+39mNp9pLh6bE4bHiWKJ081VNE01NVZKXQoghM9NNHPHTR3DHxgazIEvxcxpuu4T7&#10;tNLJNJptENKKSKimACCCKnj50FRTj0S7DdRXr3243bI91UBAyh1iGanS4YFj+GtQBkg8Ok/XVxOs&#10;mwVAx44sCtgbkkcn2LGF2JSUqqn26ytkGjMshRgIUF1CyM7gRU0IJWJEuqrzcsSfYcbcI7YS+B2K&#10;B68aYFK1NAPLAGaAVNd3+93V2WHilUjB00OPtoa1J4sTVifOgACAqc8qRyOJGXwRsAuoAzut7JGF&#10;Hqla3+F/a1qdt49KGSFYzOiQyIvkbQGZAXSRxHI5ZWYAfpYf7STb2Xru1yZ1cvpZm/1UrXoit4rq&#10;6uqRxM7SOBRQcfID/ITk0FR0zybuFGj1VZUU1FFAjzT6qiRCkEKGWZ7yQrEAkaE3ZkUfk/1DmLra&#10;LMSy5XddLjcTgqIvLJUQPUffZCKCEeVkaukeOioZLm5CpMQnCgEN7vc857nYa7ezdmuHYBBg54kk&#10;jgB5tQBeJNOOVPtr7O3u93VnWWZFYVKOo+Rp2V0k8DqZgOB4dVqfMj+antfpOkfr3oqhftvuvcE3&#10;8EwlJRSiqwGByNZ5oIKmsWmD1GZrqV9LimiAg1C000YFjEye6MZhsUYcBTUtJRx+U00DRPDGQ8js&#10;i08UJDPM5Y21C7Hnkk+1o2jxnfd96KyThAwJOrOkE5PqeFKmma5oOoHJG2WvKu3WOx7LapCsdQxW&#10;pyTxOcn58eNa4pSkPj/vvv3tOs7C+Se68hu7dNVHjXyVechTlKP+GUMUVYtTUPRQ4qixYkpTpho0&#10;SGn1Wj0IbBd7RgzNBiWn3A9shV2l+38SwrQwyDUtICoVnkUD1m/JP+v7xT9ztysOfd72fbuX50nt&#10;bd5PF8MEh3OkULaRURsGofMl2BClR1kdy+ZdusJ3vHJZvhU/h9SPt6oz+fG7One8u6sDtj444+jq&#10;OvtknJYbIZfFVGRyTb5y9I8EcuRdqx5guHp5EdKJoWIkhVnDFHCoH3YlZHHDPUpR09TNELQs4j8q&#10;zKGaNld14eMn0G/pP095T+1WxS7Rse32Et66ggM2cKpAGmhrRQBkDjnqP+aL8Xt9bEMEoQNQ8s8T&#10;9nHq5H+WF1rkMJtzFbfr9yZvH0mQnM+RxtNkch9hVY6tYQS0aUAqUg8M3gSGYIqgqxvfU1wL6d7i&#10;2dTPuyPelZQ4Dc/8VY4mXNFaKOqwa0MEcdNQ5OpKU4MNfDUPLEWBbyhhc8K573+3+/b/AL5yZY7P&#10;ePLyj4QadY3GgSCQlmdFYMzGIBUIViorUjVQS5yJvtvYWxtJpUaZ2B1nHlTBoeFM9wP2+Riv5uH8&#10;vf5Pd173+N+P6Fod37w+NtNtf7DsHDbFqmr6LB9hx7pytdkN5bi2hja1a7JVOR2xk6SkxdVDTzil&#10;WjqUYx+UeWPvLORdq01bsXY1RU5mv3Awpcnn8RTyT4PbuPlkvW5DJZkj7O4gVhFHG8kk8h0qv1Ik&#10;7YZNs5GjsN+3iSKDbbQARRFl1yMuEREGag6SagaVzTiOpIW9hvBNDZXGuQk1K1IzXifL+eejAdNb&#10;bw/wSwuD7z+QC0HWmzOvcWYNi7D3FX4+i37vzcFJivs8FtvaOy0MWUd4DND5nqxGtJDeWR0RCQJO&#10;J2zTbLwi4mgUqY4ollqlgMTVJhjWOGWZluv7SqVRFsEX8n9RL7nd35gvjezkaSSUFagAmp0/Jick&#10;8eNBw6NuXFktLqOJ6hWOfmPn+fQA57uub5JdlU29c/LQNRVEs/8AAsIc7DkKXEUk4WWugxMEBgk8&#10;dXFKPuKl4SaueEm5iRI1YKvL3VogTNKL/kkFh9AdRa3+8H2cwWYFG4J1KYcRxgefl0Z3b3WtNTvF&#10;kVp4MVRSnyymKNYy8T6BKInTxhgEFxqVgL/n2QL5YTvno9u4T714qxs1E4pI5YfIIJoGWWfxO6+R&#10;4k9S8XWwvxyY3+8FsQn9pWv0R2MO5QNpUVaQBJ1ZVU01FQ+o0rgk+VRFvOd0st9YWTyqjMSST8Io&#10;Kg/5+rgPh5t+Db+38zkaSlVKOqiWIZB+Gk8MjMsYc2sNRJY2N/cnqjb2H21QR5RZmpaKmxYBFYtM&#10;jQ01IPLPVzSxsADWNeV72SwHHPvB+Gey8C2SG2lt7aOIVD0BHmSQBxJyT8+HR9yRysNlhu9/vNwj&#10;Zpa6aZUIprUeYJHnWlKdZu8M7mdwp/dilgWqrJ8pGlOlA1ZKtVU1jLDDShdCeSKnjYoSDcMWsR+A&#10;I6y2fkfmH3PuntfdVNXQdIdeVMW28BFqnWm3bmoqgF8NRzgCGOiNGpmyrwfurBKkSFHmEiHntLyC&#10;/uvzbLuu7QOnKdmSKUIE7LQ+GD6UI8UqVNCoBUSVHN379/3rT7Tcv/R8uyRPzxuoaO3TX/uLDRgb&#10;pgDliQfBVqKzAk18MgmD6w2TjOtNq4TYeHljNekEuVzdSqq0slVVSL95WzEkyfv1KGCAsTdYzwQl&#10;gezcObx+Dw9WmGgp0oKQptbG4+gVaejppFgDVksdNSFKeMUkRSnRFCiIqy2ANvedG7bnbbNt0q2K&#10;R/TJS2jjjoEjIFWARewqFKoAV1xsjBSCzDrgbaRbrzLvS3vMN3LPuk7NdTSzMXlckkIC7VZqkFyT&#10;XUCpGQSRbRFRQqgAXJ4Fr3JJP+ub8/4+xSoKuCl23SVFOhhjWih/aMQh0MIUBQxLbRpBHF/qL39i&#10;bbI1nFuqKFTQtAMAdoPD7a9RrfQzT73PHM+pzIc1rUajmvXP2HUUUmYqJ6uZmMKOwUckXufqCbm3&#10;9Bb/AIn2LJXFvH4aAeJQf6qf8UOhezJt0MUCKNZH2f5qde9pmPLz7lyM2E2ii1EFM80ORzXrfG01&#10;THIad6OjeGPxZSsiZHEqpJ4oXGl21/tEPW+6JdyTLYOGhU0eYqTGrA6SkZoVncEMGZT4cbAo5LqY&#10;yfybbb7FZR7pzGSsrgNHDgSMpGrVICdUSGqlSRrcEFV09497GzbmyKLDRJUVharrZEDSyzDXOzj8&#10;n6JEL/RUCqBxbge259yZ/wBGFmxgsTlj5n/YFAPIAY6jHeeabncpHgt0EVoCQAvAA/4ftOeve1hH&#10;S1ta3hoaZz5G0qI1JuSRpsq2HJ/p7QSTQ26GS4fIFSSeg001tb99xMCw/b10SAL/AOI+gJ+pH9P9&#10;f6/QfX2Nez/jjvXdLwzVGPfHUUvr+5yUctNHp4uQjos8pNuCqMD7AO9+6WwbUHjimE06+UZBNf8A&#10;APzPSYbne3DeHt9k+nyZjpWn206DzdPaeyNoR1H8VztG1VTkhsdRSJV5DXpuIzBHIFhf/lq0a/43&#10;9mT278VtvY1Ijms01Q6nU60lHFABY3CrUVBnZrj6nxr7i3c/eDdbssLCw0qf42av7FFP+NdNvtd9&#10;cEtebsYweKp5/YxJ/wAHQGV3ygNZrTauz6utUnTFU10sp1n6XaloIZlT1ccz/wCx9jBj+s+s8JGq&#10;rhqOZ1XmWtL1bMSLFirnw6j/AFCC/sFXPNPNe4sWN9InpoNKfZUE/tPW02nZYgfGAlPnrZzX9jAf&#10;sAHy6RVT2L3luaRmow2Chc8QYylpYwg1axqnqFrqktpOk2lK/wBPbsK3ZuJXRR0WKpCoA/YoqaBv&#10;6fWOG/NvaP6bfLxtc9xM9f4nY/5emppduthS3giH2KP8oPTrjto9oZsh83n83IrXvDVZCpmRhYMG&#10;CPKY0UseAAALe4NZvvFU9yHRbAfoIN/r/ZC2t/j7UQ8uXUpoEJPRXPvSKSsQCr6DHS7xvUFW6h62&#10;rMstyCspd3AuPVqL2uP9a/tJ1fa+Kiuombi4AFx+f6gX9nUHJt2wFQBXovk3e5kI0Kafaf8AP0tq&#10;DqnHwgCUoxNtQKqdXBvquCTz/j7SlT3NjRcGbT9fU9+LH/kE+ziLkacrXQD0hkvdwOoIDUn16VNL&#10;sHC0xW1HA1vr6F5Nvqb35v7T0/c2Nl1FclCLAmxmZeb/AF/UPpf2YJyXNEO6Afy6QyneT3fTyE/K&#10;v+Y9PsG3cXTrpiooF55YIoYj/Ukgj0k8+5NH2vSkArkYLMDe1SPofqLFyT7am5Qc1pb1b7P8o6aW&#10;63aJjrhlAHrX/N16fbuMqRpmo4HH4BjQ24tcE3N/appO06ExgtkYyD+kiVbf42IAv7K5uT7oNQWx&#10;H+r7OlsO5X6k6o3r8+mCq2HiJ+PBFEp/pFE1/p+ShIsfc5O0sYxt/E4P9bz6v+TSLe0x5Oux/wAR&#10;DT7P8w6M4t1u6Ve3J/af8Nf8HTPL1lijykUWn+hiQX5+oKIDf3Pj39h6z0yT0FSDx+945Qfr6bSK&#10;wP8AvXth+W76DIikUfIsOlC7tWomtMH/AFZHUCbrZolU0NfW0djqBpqmZCCpvxdm02/wAP8Aj7yG&#10;p2Zk+KvD4OdnIAkWCCKRb/WzQpGefdBb71akmC9nVfSpI/nXrxk2qYAT2UZ/ID/BTrC23d548aqH&#10;c+V4/Sk8xqk/wukyup+v9PbNXbA2PlCTTLNjJJT9IZFmgFySCI5QrFf8A3tXBzFv9nQSlZlHk1Qf&#10;21oP2dMSbPtFyCYJ2ib+iaj9h49Zotx79xLaa6hoMzEqD91klop2cABrvDE8Qdz/ALTa59o3LdLz&#10;hDNh66kyKaWYQW+2qTY8ERyOys3+AP49n1nz2hJS9tmjoeI7h+3FOi242HcIEMlrOsq+h7W/mSD+&#10;3p6xnZuNqJftsxj67AzWA11KGopC/wBCPPTozIoI+rqot+frYOajZGTxdRpraOoh0sbeaB1Vrf6l&#10;itmNv6exVDzDZ3sZMMyn7D0HLq5urdStzayRv8waft6X9FkaHIx+Whq6erjH1enlWVR/r6SSPcqT&#10;EU88HgqYY5VsR60BYX4vdgbce2VvJI5NcUpU18j0SLuM8UniwzFTXyOOpvtI1u0pcdJ91ir6EOpo&#10;1uPrclRoAuPZzDvSXQaG7PecV/4voRW/MEd6hhvwNTYDen7a9e9uVNV0tfT+GpVBMBp0kc3Nhc3N&#10;+AT7SyQzW8okhc6B1VbaSKQGNjpHCnXvYO7y26nkaSnT6X0kDm6kkEEAXJb2Nth3MlAsrd3+z0P9&#10;h3OWIaJjUfn172Fv2sv09V9fi/zf+7P1f6r9Wn2L/GXjU8K/lw6G3jx+uKV4+X/F9e9//9AnO2/i&#10;n8FOppI6ze/Y47WzVETJHhMfPJnFnq1XT5Exm2TLKKhCOFkrRGP6H3l6nKPs9ysTNvvPA3G/TIgt&#10;6vrP8OqGhH/OZK9YzT8+e8XMy+DyzyQNrtWwZ7gZSuCQZgFIIz/Ylv4c9bddZ238xeyb47YvUEHW&#10;dDVk33Rux4aeWggP+7xJuHh4NJ50YmaQ86VX6gw22u7sDtiE47of4zVGPp/TFBm82lHtelZUV1Wa&#10;pp6GjrMjUoUY8TVAbnn6n3a192OVdg1jk322AkWoE1w6oT6ErGpcjj8clTXJOeiS89s+buY2R+eP&#10;ceSS3bLQQhmBPGgZnEa0x8MOfyHSNz/xq3du5on75+TSSRhWmm23hmkyZjlLwylqMZSqjpqeUOAA&#10;0GNVCLWXgWg53LfIjsGJV3D2HT7Ew8h1Ngti0SUw0G2mOasmZp5ygAKnVwRf2Dd79y+feYVeG630&#10;2dmfhht1EaAVrTFSaf0q/Khz0Idm9uOQeXTrg2UXl9/vy4JkNaEEgUVVrU8AR5Up0tdsbK+NvWkw&#10;n2zsNt5Z+NTE2493VElbVzNdldkWtiengjlZ2JWKnjFja1uPbZj+l9oUFSuUzUlZurMyaJJMluKr&#10;krqiSUHWTaaR2Iu35Jt+B7A5t7dXaWVnluGzqclsnjUE/wCDoYx3LqqwwQJFAooFRQoAHAAKFH8h&#10;0p6vufdeRhFDhaXHbXxlP5KenpMTCoaGFSBGIpWjVIGiIJBjjT6+xHgp6Khj8NNTwQJF+lIEEShe&#10;LLpBINv6/X3fxiqmJFAUenTZ8aTjgHpF1M2Qykoqq6apnkmJM8tRPJUO7gcMzyc6if6ED/D3kNXZ&#10;iAQv5JvcD/Dj2z4jCgPTXgshK9cBjiyepSSABp082J9Q/p+oA/7D3ikyKxDhk/2JN7/7D8e7NK7i&#10;jHA6cjt3kqCvb1JgwZdhqiY/0svAH9Dxf6+2apy4IddQH05J+oBBv70dR4npelquCen+j28ALiMn&#10;m30+nIN/9hb2w1WXZybOLEEfX/En/be/AZ6XJbqD8ulPSYFEAvGQTz9Ppz7a/vGkawP+8/n3Y0By&#10;elyQtQAcOnf7BYk/TwB/S9/959vdIjOF0oZJCVEcagku54AH+t9f9b22zhQNJz1uNCCxOMdJzItF&#10;GspkkEEKKXlkYhVRFZS7FibABL/X6nj8+x+2tSwYPGrdi9XKI3qpA2rS7A3jtY2UXte/0Ht+LTCo&#10;YnubpJcapKgjt8uiEdtV+S3/ALnEQTwYuikmjxFE0bRmoii1J9xH6l8tSzC7qR6QTfj2rFyEX18q&#10;qdF+T9G5srH+yTb8+3FapJY9IxCTqBXoHJtrVxS32Jbxu8bjRJKFULB5GiMMbiUKsw1Ac24+puO1&#10;ySumoMWOoofUVVXC6ioI4YW+h/PurVZuOOmJbIuy6j2/5qf5+sp2c0MwilSzMvlDhAxaFpGUSGKR&#10;Y3RiRypAZfz74NXt6bk3Gq49TKt/6tb6+25pAoGcHj/k6utjEFK0yaZHH866hT7FB+fUmk2/FIpI&#10;iW30D+LTI9mKn0j02X3GetNzyLsDfnjj/ePZe8hcmmerzpBGEqeB6U2P2+um6ouhGCqXjDnVqP6Q&#10;f0keyc/M/ef93On5Zlk0/fZ/GUA1EqpYwV9QBc8H/MEj/W95j/ch2SXfvfTlK3aDXCrOzAiooimS&#10;jD0Ogg/KvWLv3hLdN1Xl3Z1/0W78WnmVjSWp/JmX/eh0fH4dbb+03VuDKvANVNt56JJwmn/gbkKG&#10;dVP9C8dKeP8AaD7r4+OfaK4btHZ7VNQsUVflo6OZvJpHirlkpZD/AE0jyj/Y299WPvu+3i7r7Nbh&#10;uyw1u7QqwovBSwHl8wpr8usf7bazsO/bPv8AEtDaXcROOCMdDkn5KxJ+zo7m/wDBDc+zNzYDxiVs&#10;nha+CJCpa9SIGkpOBz/wIjX/AB93Svly1/3HAR/qTYMBwLH86rmw/wAD7+fO6/QllXRUFv5+Y+0c&#10;Ouhe2abmxsJPxNECfnUA1H7eqkoNlJBLIgp0Z5XMbDlmTglWKoyMvjVbEni59xXzV/rM2m36NHFx&#10;+b/W/tC0zfwcehDFZx6agUY/4PTpxg2YgOpaVWkvYyEFlZQfw12J4/xv7CjtLE0e+NlZ/A1sazip&#10;oKh6ZD6v8ohRmjOngkn6cEH1fX27E4kIhnPa+Ps+Z6R7jFJaxfV22JYiJB89Hdo/24qp+0dDx08J&#10;9n7xxNfSjxU1S64/LJp0RvSVLCNS5It+zM4kH4ug9kArJvLhMfkqqpaer2+vky0vjT7qmqaCaakr&#10;Ja6hFMzSU1RDAtQZFIATSy3S9lCf6G+qksf+f/Nnowuba23rbJoIe63ni7T5HUoof2Ej5EU6PzTt&#10;4aqWG3iEkriJB+h0eOKRCo+kYQlk44JB/p7ETb3ZH8A3DTVmTkJocjj1qcZXu4k+7jhFPNCpkLMD&#10;VLGNQQku4qWJJYEeztbuW3vFuEFF0VBHAgDNPtocdYA+6fsvDvm37vY7bERcRyHUpFAQQ6PX0FWy&#10;f6IPTrCylAACCt7rxdWDG6m35B927Yqpw+7ti4bNw/bZCD7aCOoZDHUQ/ZV/lqac3BIeONy4BtYD&#10;j63AyNkhttw5f2/cHpI0ZAcHIAcsynHmDqHpSnXCfmLZt75J5y3Ta5xNA4mbwzlGEkZpx4h6aDj5&#10;dZeDxx/rceyf746525juza3bGTw9J/djP0y1WOjYSJSqcosrw6YlKxkK8Wi1zqLgAewDv+yJLc3K&#10;xRKQo1jGCripHEelD11B9uvdb3K3v7qsfuDytzZcn3D5duyl1RUlea0jKhllDhqgQyLLrADaInJN&#10;anpilkipcpHC10WqTWrXCKsga2lbEct9T7CKXp3EddR5fK7RipsTWUlXJRViUGMoMar0UzCpo6gD&#10;FxUNY8cshWMlpX1adQIPsFbzy7DtlhHf7bIyFh3UAqp9QRQihoBXzPy6zg+7t78ye8uw7a2+QQm8&#10;kgqwBLAutfEVge1akMSoGBipqOkTuitVczBgcrQR1mNyMXnppZWlZZKiJ3WSCaOZ5qOQJCS6gx3F&#10;vb1sLcO4Nx7x2xt3J5A0cebqPsP4okuYqkpKkuYfLUUdbm54pVjCElVMZYA2PABLuXtznfc7G0uJ&#10;P7Rwmtmao1GlSCSD6+XDqSfe/crX289subue7HaRc/uy0M7W4KxiRFILKriNyjadTKSrL20KmtQn&#10;v9F+1Kw1MUNNHTxSVIj8K4zBRQrHIV/ciNBi8fKFMknJZmY25P8AUYlxWYiiypfLa63CZXJ4mupx&#10;TYmCTVi66rx7vG8mJqpxEYYFe7gOFkA/reYb7k/dpeXdx5g2/dEBtkJKFU1uEco+miv8NAx1U7WB&#10;xnpv215i2nnPlflTmiz29ksN42+3uYCXkYqJY0kVCQyIWFWQ0oKoaAYHRWt9VmG2n2ANjZLCFKZ2&#10;ianrzNuGqp5Hq/DonNEm5aCCM1lSyqojBCNHwACbRMdtR9ymWSvp8e8VHJFCv332tczM6FhIirgk&#10;IV3/AKyWufwPb/tN7e8w+58e5XabhaLb2kqoxl0lwWFQAiRkEYPEiuR5dSsllJNMkFtdEMzVBCst&#10;ASAM+Ianz9c9J/ePZVD13JRUmK/jMlXkKCSulTGS5fHw0sUMjxmOSaTeEsjswX+zGdI/N+BnHT2z&#10;8bM9atJh0mmVnqIqXbG3acTuDYGWaHFJUyHUzHUW1G/195PbP93SC2RY15pliJHd4NtAgLE1PdQs&#10;RXhlcdDK15S3a5CRtuUpRjSmf2/F0hKP5C73zPmo6aiqqUefxxZKo3lvGqniLINMiU0+4paK4Q2I&#10;0W49ueV2hXx4HEtiqybD7eqslVY9KagH21KamKCKsmhkp4Xis9SkkjWJ0nx3BNmQAfcva3eLXn25&#10;5Xj5juwn0hnSeuXVAjNFpr8RVSvxFaAEAE4xsvedNot/fPmH2uvNtEvMVjsUW5C4dgdcJnaHQoYM&#10;wKHSAVONbYUkHoWcJUVFPsio7JzlHRbmy7bhl27UGvierqaTxY4SU1WldVyVySQxxVICjxK0ZJUM&#10;LBilN47dpY8g+Gqchk6tKZKKWCqSuqaZ2VIV8KRwvNUU8ccQFiFFj9OPp7mrln2Q2rm3lmN955k3&#10;Jl8YgCOZl0iFtI7WMiAOBUjRWhHU0e30dvzNtSbo0axmR3V0GdLaiSSRprWtciuRUnj111xn66bG&#10;f3losNhMdJXHIwz0bYukrFSSpnMrSS1UMVDWTS+vyBib+rm/1La+3cDVRrJWUUlfIhFo69qadVAu&#10;dYJpA+ofT9X0J9jjbPYD2326iXGyJejyNxRqH1ogjSvHivmepGXlW1U6nYuB5UA/PHSg/vHuuknl&#10;hos02GjkBcyYmOupZWcsF8YZ8hNGFa9z6fqo9was47HUsjY6npaCOLxvalhS6M1QVbSzKwGq/ICj&#10;n/b+5F2/2+5U2q0mtdr2K1tNQPdFFGjCo41Cj/iui3dbG3+lurYxLo0k1yDULjIIOPtHDp4oafIZ&#10;Cuply1XXZSWSV31VVRLIzKaZV1htRZiAw/VccfgWAN519gMfid3YyhoaeGAV+08fmbBY0V5aqhg+&#10;4nZY1QO8gjYXJv8A4k+4GsdnsrHZ769SP/GI92uF1eZqqeeTQeWeuVPKvN+6c0e1nPF3u15JNPY8&#10;97tZBmZnbw4btmjjJYmiIjoqjFFArXoGvl/TfwylxlcA3jkwe2I2VVAF5klabSo48kslNqb+vtDb&#10;VH8N7NzGGFQkayZDO4oo4JSVYRWJDqXSzfpTWP8AH8+x77jzP/rZybvHGxMVormlakSIVZQRwyVN&#10;eGB1nLzRtq8ze1/K17bw98sFtcECp01VZGFRmhJoRwz0CXcO4xj/AI74fsX7A5AYbCba3I5hlSB/&#10;DWSYl650keSMFtFVYi5uFPH09mAwOCptv0ebZ50qK2vv9qtOgtBJPSmOIsrFxKVeS5BAB+nvBe33&#10;ezja8eEVlkWgAIOWB0ioArSoBxkj16xy3jYpZ7ixjJrDCwqeGFIr6eh6ILuf5DZXtTNbLhxuEqcT&#10;trHJrztTlKl4ZKijoMnDLWfaPCqM/nhpigJZxpItwLe0BTiOu7kweKjOugwe067GFVSNSWWkmlij&#10;hGgKjyRV4e441ezvk6RZuadvggUPFZ7ZIkZ4EU0ppCjgaScfP8ukfuXFLZeye93NWFxc3mtznILE&#10;VyTjtHR8/j5VVUfWNRu+dpBlt/dxY7ctPFLNM/jiqK+lpf8AK3Z5JZliqMG5XyEuE/J4AGTsQpLt&#10;SrdKp3honyNGkMa3XxxVVUomJQkq8ZurD6kgcXJ9je8ZtwuNxRnpJHrJX0qa6vtzpPzHWJ/Kga3t&#10;NpYRfqyxoSx4klQaf7bQOlbsOrln783djaiihiqZHxWTqXLMbLX0eElaCMEBStQ03kH9NJ/qfZFa&#10;DcGSxqin+7kp6VKSqNXT+SS0UKzTz1cswZkCsaNW1D8Ndf6ewFeRQW9pLcyyaTopQ/I1B+ygA6n/&#10;AGzbYdy3SDwrZXneYd1KngvD7KV6P1unDY2rpK2d6KF6thFDRSCBZC9XOEpaJVlHIIqCv+tb3jj3&#10;eNvbPxOFRHkoWoo4JpBPEwhaqjrHrJjTPG0dR5Zql5uT+QL8A+z7kizFttdgJEHhCD8XEFtQYU+W&#10;osfkR0Wc+W0u/c27xvJBE/1TlVFTqWPQiUfitVSmARUHp223tpKnN1eSmMUVWznxRrB6CpljSIpO&#10;0jyLItPFGGP9qw+lvYbbxp/4vVbriath8CV1PSLNSyPHORFjY0go4GheFIQlG/Nyx1jTfgkhLn61&#10;S5tt3Q3IWBZVowwTojwg8tOk5Hr0NfbmWTaZOXKWrtcGNiUIrQs4DOcfEW4H0z0r6eeOBcbPFG8j&#10;SU/6TpKt5Zy0kxAv+5NPELEcaT7LPsHFx5fuTF42mnLPlMZQ0kc8biQpUZnH0VClLTwmISGVYcqs&#10;isFRUnkYKTYWhnkuxt9w5q2uwY9krxRMR5CUpGR61AbUDwr1PPujurbZyVfXgFWtgZWBxXwSZV1f&#10;0WK0I40PStrJZExNTLLEIxT1csv6goZKeqaQSgnhVPj4v7t+zuLFatdiJqWH7QRNR+OYJNFU42oV&#10;IJA0UoaJkcxMpRldLAagRwemdlHD9L4TAGFk00pWg00p8xQnjxr1yDjuI4pLe+Zz9STrJVipDkkn&#10;IyPL9nSHxM6/bQOjBxLGrPpPIkGs8/7B/bK2UkjvDWUi3gaR0qELQGWJ2DSFZFV9P2+okE3FgT9P&#10;Z2tqmnVFNRTQU8gR094VtLGriUa2wfWvn+09PH2j62minlKzHyPE3Ko5A/Ta/psPcKsyVQ9JJJj6&#10;14ZRaphk0x1MbaJFdr0s0ZLIUU/pIvqJVkPuwslclSAK4rQkjIPqMGmf8uKIVtoLa6jNzEGiqQRU&#10;jiKcR1Pip0ksssaut+Sw/J4/4n2z1+8YMHh6fNZyrgxyVFVR0YjpKbJZHRNUIriD7Klo0qowoWXT&#10;6JFXgOfoGLL26stshQ3gKIx0iiu+pqMaKFQscLU1VaDNOnobJtzvJtu2y2L/AKTvlolGlTSpLvpz&#10;5UJ9OODmjx0aFkijZxoP00An6cDUV9per7l6ymzmP3HU900VGMbkmw8WBl3PgMFt/M7gqaeqjp8V&#10;uo5HCVOZoJjFBKSweN4TH5TGfGrGPd23nluWO0vrbm2C2EMpjMLTRIrSujhY5lZWkUrRiaaSFBah&#10;7T0YRcm80RWd3tS8itKZYfEab6eaSaKNXVvFhKSxRsf4aKwcEI5o+kdHHVCwMkNKqFiSXeISyxC5&#10;u6BZNDyAcqLW+nsBO0e/+wKqfcmzOvNxZqLc9ZBtTOVNBtLJ7Fw+S2HVUOWxmNy20Jdy53PUmN3i&#10;2cytMY61KFqmojileOH7xUnEMV8487XM9zccvbWXbdnW3lAjNtG9qwbvgaWWQxTyNIr6xEGCMXSJ&#10;pURikicqe2vKTrtvMfMO12/7uR54PEuY7p471WiZop/BigaS2ECMfCExjQmjv4LNHrlx0ESpD9zA&#10;kyB9IBp3lM6OZRFLJDBHL4QEbi4ABBuRx7TnWe/Nz/IXJyR7GyfyP6/yMUuVze4htrf+Pj6xrN10&#10;dDiGzFFTU25qDf1NtzA7gqIKhtvQOZop5FAIpY5FlQPbRu91zx4l7sw3+zv4gzO0d1G1r4mlUkRD&#10;OLsRxsTK1stWiqGOhEJZBFzDsO1+29pp5ltuVdwsiqww+PaO16tszyeG7G3e0a4lhUp9YVoQpLEy&#10;EAGNW0NHQRJNURY6YhkgE1VRI1UKfUF/3U0OvRrN2FiFH5+ntq7L+Lu6Kz+9u5ew6rrjM7nh23Jn&#10;5d1na1bQS75ioakUke2shi8Zv/bFZiNyzR1cT12SxWHpvuqqEOpWV2hnc3v2/ubqDddx3uDbbncT&#10;GJDcCBiblULr4Uii7gMcj1jLyw26At4bB1YvG9+V/dra4f3Zs/LkW4x7ObkwiDx0ZLPWpImR3tJh&#10;JCArCKC4uWMaO2sGMLJFNo8nAVgSOOVVaV4wHE7hYY1J8wdw9oGC+kFiVB/p7QXww65y2yOzp6nN&#10;4XeklVsDbmczeGrshkWxfSy5CCenpaSrotwwO7VjVNFJPFVCGmyMAHlkczW0OQ+1PK0u371dJfW+&#10;4GWyt52V2lCbesrEqGilzlgzLKVSUAl3djToX+9W+bZzBylC1ve2Wjc7iGKTTEJNzEfxOjQNpCnU&#10;qOiyNESqoEKMarxzdSJKTwRyk/czQ07+Bo/NEsxYMw1usYeKwYajf/D2dDK7U6o7kymT3dmtw47q&#10;bs7Ye58vgsTuyDc0eCzm08vTJGkghmzVZFjtzYrKwSzyoHpo4o1lceJ9QllkjeLblzmW5nvdyvG2&#10;/mDbbh445VfRLEVY5DM4WQN3ECREjGr4WOmUwpt+7c2ci29rs1ttr71ypuFrHI9uYTPBcIdQJpGu&#10;q3kSoRgJXZwijtBdVT1VWZDHJT00VJJlKSenQNF4mqYZVldhq0RLeFodGlw1hqN7gAkC7mcr3T1Z&#10;Rwp2DsLFdybd3HiMLT5LcWxJ8rNlcNW4DEYV9z1mT2dlaSGDccWby2UqZ6M4qlpL01MTOVWOLwpL&#10;3mLm3azaJueyfX7elsiStamjoVQeIZI2OlvEkMunwolPhqqyRqStCHb7LkLnKeRuWeZX2HdLeeRo&#10;4brw1jkjklk8BI7lHJhZEREkE7PR5C6DUTJIjI3octXFcdkJsDNjpKgLjshFSpFVx1pqKejhpsnS&#10;1Uj0ItSMJBNrYeS6oCQWzdx9P9Ud41HbWxDuKpr904rb+263cW5MJT5Hce1lyWHqa6rhxcm36ebK&#10;UmI7A285qVqsbUCLKz46rQQySCQaGrt+Xub03/ZLnbykvgxJJMn6iRtEzFBpWQwiRAO9dCTCG4RQ&#10;5BYRscqc1c1cg23KG/jbkXbJriZYoJCIpyJQtZfEYK8lrOKMk6O9ss0bFlUhfEb9q7vzUdJiMnVY&#10;s0GNyNTWU1Jja94hkEj/AG2FfDUv4Isniq6CaKVamHVHckPpZfUT2XEU2A2Xjeut85zpnEYnaPY2&#10;26XrXcm3Mvk5clkaDb2Wg8ex6jG783Dn/IuJnpWgj+0yDVdLTx+JTKIkcjTl6ye12/bNh5g5i2iL&#10;l603G3j2+OJyM286fpMl5IzYZTFpiuWkRYwqxO1Gkkp5J77f5+Y+X7DeZ7u+2yc31vPGgRPFjJW6&#10;DWkEOnUp1pqjMDs2uQRtqXoaKd2eYVMYqwJorywOpMSSAi0hYqnqkUXB0i49r9YspWY98HuTAYyv&#10;apaWnrf4ZLNlcRJBDNSLBXqmdocekZmiZZHgVaqOIxEJLIVCe5gnj3S9sXs972uKWORyGCkSRKoK&#10;aWCTKhXDklB4yppOl3ctQihuEtZY9y22+ljCUdA6rHIGIIZdUcrE00qquxSRgVLL5tkdAp8iysjW&#10;Fwth/X+v59pCPq/bGIoa6gwVDR4SSepWtkxtOVqKSpyVXFFMZmx8UivC/wB/VCNbMg1IrjSSF9x9&#10;c8j7Zt1lfWu0wJayuRJ4SsW1u6o1RGoQqfEkCUXSpojDBCkWxc57tc3drd3rNJGiaQ5AVtKlhhnr&#10;+FS4JrSrrqYivXYnlJ5GoDnUxGv/AFib2t7CXd3RdZmKGNqXL1zYnJjHTGi22y0NBWLSyJNF9q1N&#10;JReaBl/cPmnYxuAwkFlvB3NnJM9tZppv2e1udBKw6Qj6SXVhpMerNTSRmKZyGBJkTY/cC3t7h/qL&#10;GNbyDWA89TIpK5BrqKUAC0VAGpkEZOVMlGupZLrpvquV9HAIJt/qiePYW4vY0+3N5DD0WxqOXJzx&#10;1H8Xqtx5d6vIRQ+MSU9JUrJTHLfaNIoTyFaxCzcOYyzGJ1s5LDdmsotpja6Kkt4r9yjNBpYGbSAK&#10;6tMq0YHXpyBld8wxbjsq38u9MlrqXQIYqqxPxNVT4WrJGn9NsfCDjqUZVkiEiyAr9f0K39P9Vbn2&#10;aDbIxmSn25jp8tjtsz4SVKHL4bELDNjsjTCFKdaLIS5PHOUp6ZK0MrUjwyo/iRWMZkjcfbFvluLq&#10;wsptxSAwvoKJTSwIyp1IDjUWqjRkGgBIqOoi322uIYdyvbS2lujcIXjdyyyqAdQZVViCpIyHVwRU&#10;ldVG6bJWki8rgF0azFivqFvr9Lix9iluPq6hkx5mMMX3kvgtLRileQS09WJqSZHrUh8iwNICtwVi&#10;1NZNRa4w3CxWSzqkAaVitKAHSFIZaFtNSGqdRpTUaYp0DNp5muHuQpuG8FQwFdQqHUgqdOrjUgrW&#10;hoATWvTbDly8jLqCxg2JP9Bw3A54N/aTo9u4uFI6msjkp6yUPLVwV0EFHp0woQ3+SeSJSFIC6hq5&#10;Nyw+gZjtC6rNcJIsxJ1K6rxFM1RmAHlmnDo+l3K5ctFBODAPhKM3D0AZVPzNCeI6lfdTsToBZG/Q&#10;1wb/AOw+v59x5KCGSrXwUUX3Vj45ERJfMhJeFjUoZEChLAsxB1cWv7s1kJ5QscGl+FR3A4/iWoBp&#10;6kenHptr4rG3iXDeGOK6iKGuRT5HqQpbxnUeeC1/wSeR/t/bfmcbV0uszUlNIXR441qIyTG0qKoY&#10;n02MfJFh9efeptiuFVpJLWNxwo49fMUIP8z9nW7bd01AQ3JoDXjXrPEqOBf+v+B/P+39htlpK7Fx&#10;+ZpojOWAjSN5CBFYqwJRDYm3sN3ew3FsDJjT6DIH7OhhY7vBcuqOSI/mKdSVhja624NgeLf8SfcX&#10;BdnZ2Ko0RytDFGyqE8j2YKtg48mkBbgeywbf4lTJkfLB/b0JWksgvBK049NtftzGViky06O3F/SL&#10;n1Ak/wCv7N91j3ZkqHxx1NZplD3QmVeUeMrYXWRLaibggg/09vW1pLYsZrORlf1rU/t6AnMVjt1z&#10;AzJGh+XzHA9ALvvo7EbiZpYEkp2FjG0SgOkmtizK6ssiPpNrg/S3s5W1997SzCU8n3T4XKPxLV01&#10;pKWVjKkzGpoJfqwdB6oXjta/1sfcibXzZPZwpBcAtDXuqcEni1MkEitaGhrWg4dQbv3KFvdmZ1iU&#10;LQ0WnA0IqPma1PRf8hje7OvZp46cx762pE6s2NygMGUJIMUf22agWWVnSN2UGqjqdQYi4Bt7GLE5&#10;l6KsaprQldRVLKYqmmkeaAzf6pnJbwLVxtf1NqVuDc+x0zW252yfQTBWpwqKkeXD0+dOoX3fky4t&#10;o1EMJ1AVODw9a9KKn31hN3UIoaGSbBZmFF82GrQlLXRIiIDBAsxhNaY2GgPChQgXOgED3grKOmze&#10;QQxxVCQvUtKjsVZANUbBWU6pF8bAqo0/UX9mcFxLYQOrKpcLToONYy2sb1XupToR6DcRwePZp6mC&#10;Sc0/iOnXZLAqCGKhTdbE2v8AX2psrO+PxslPSSB55Q5MZAZtC8NGn+pLkj6c+y2zjFzch5h2A8eg&#10;+dr1S1dOyh/wU66wGYGYyAqZ49FPFKkXkRdUeokfuEWuqgA3J4F/YTUG3MrubJJU1bPR08USRySV&#10;IKRRLC7CaQeTST59R4+moC305Fs+5We02zxxPrkJwB5mmP2dL7h4bOArboTJqJx51Wn8uhQrNw47&#10;B0zCOVJ52ZDDFCyyGZ2JIQab2/F/6e1BnExGDq6cyJTVFJjIw9NRySBqd6jShFQ9mUkiZtPB4Ong&#10;8+y2wN9uMMuhmWWY0LAZAzgHyx/qHQfR52jmVMOxyfMDPWXFfe5inaRjLCakgygggrHd9Kq1tQNi&#10;b/1t7Cnde9ZslFPk4aun+wjYQPUVky0tLHPPMUOtpJ6RYiykrGRI/P8AZawVxTZbZa7TEiXbiN8H&#10;u8x6VPr+3p+x24tItsI3eQmtFXU1FGrUBQ+nEDyNCDnpa4/GwUMfjsTx/sfoBck/X2mYqPIw1VDN&#10;PlMbTYKkix1Mca2Jl+8UpVUtJFBR1VLWRxxxCJ5AsQpJZJpSNDcBConmdKm0KiIhsHUSWPDuLqo4&#10;aQKGhoeAKl97m2lt5oYrSdtzdGKuJUEdKFj4gKM1K0YuJVRVB1ajU9TyQAyoLHS31Isb/S9/p7Fj&#10;IZfbGKpMFldw7lxWJb71cdtyGZGrauqyOSohRSQMr4iqbG2NTAkbmWmE01QlO2tmVWjTeN82/bdy&#10;tLS7kVGnlFCTRdRqqg5r3F9IZaZIXUusK6Xbdn3a/Tc4dsspZm0hpQDoCRIfEbuVgGIozMtHKojO&#10;NOksExU1FUuQkpIcfVyxNTtNVV14IqSLQf24z5Zkkndix/QjqgUliotdOw7GppdxVe8ZOx97ZnFV&#10;NHjqKu2xPuKkOxqeuxVRFJS5JMLTUMMuJycn3CNLHCwjqXEbSxMQAW7W18TcH3SO+uD4iIBFqUxL&#10;pBIZF0agxr3ESANglTQMDC43h49ri2ROXLK2vVnd/qRC/wBTIsi6ZInkkqJI9KijMDIuVVwrNXPH&#10;WlUSnamjjPJSRtBlCkekKIi6KSFINiRwbH2vJ4l1skQMRa4mZydP1NollV5YlmHJIU2H555Ilhei&#10;anoacAOI/Lj0E4FdmOoll/mCcn7cmtaefDrtpRovI62LGw/JNh+Dz7SWex1dNQZaGlyMuO++aOVX&#10;iWlnFOsUBgBxtNkIKymiCNaVmKPcixuvp9r7URs6As3ilSoYUBUmndwIPDgwI86VHRxZiBHtkexj&#10;lVQRQ6hqqQasUZCSPhHoCSM06z01QmtL/UG45HH+J9grjaPF4KkpMPiMRS43GY8mnx2MxiGmxdHB&#10;Gx1Rx0ca6UEkrNIXJLEsf9USRrY7Zb2NrDbWISK1RKBVVVpknFMAZ+ED8z0JryS63C4kvby7eS8k&#10;y7vVnZsAd5NaaQBSlBwAA4Pvpf1lhyL8f63/ABX2IFP9o9NEAtQIiYpZ4bAxxM2h3SJmQsWc+kr+&#10;AL+yyQTiaUkgNSg/nk9IoYnWZyGFStP5+fTRUFi5swv9AbcW/wBb+vtU43Lilm8lOVEsetybt5WJ&#10;cspMaSDWQSvpbUjA+oEceyi7smnjKOp0/wCDH+rhn0PVLiEyIyutAem2ekaWJkYGx/JsLW/P159i&#10;ltzLwtSvA0a/dorzKNakDXKXMa6bBSFkP9TzySbkhPcrGRJRIp/RqB58aAVzX/V8sdB67tpEkwP0&#10;KgV+dBnpM5LH6WMsfqS6KW02/sKCf949yK+uqXEL6IlNNH4/84sKSBhrtOE/tqZNJP19Pti1toE1&#10;xlzpY/aR9n29K7aKILodiQfPzHTRFRojsq63VzqANrIfyB/gfbrhck1REYJ55HYj9rxG0MTBVLFI&#10;0Xger6lvaO+tFSQPEtE+eSfTPTNxboJNUXAdN2QpRBIsqRRsFP0EbXLH/avI3J/1vanpoIZmRUYy&#10;6THfkxhidLsCPq5/x4UfXn2WSySRqXYUFOmTLoU1Pl0l6t50WZmRkkOu0SqSQCOCLDng39tWWiNI&#10;ZtUgEpZ/7AKLo5ijVbgBWFzqvx/j7WWT+MECodH+fj0ttpgwQeRIH7epFLE1QFOljGESwIsSxB12&#10;v9LED227bmXImsqKvUkcTKI2QkpKB6irH06GDgXP5J9qd0U2wgWIVL8fUdGl9pt1jETjURkfl1Ez&#10;dPNCKSOCMs0pcHWgcxkq1ha1vU3A/p7V9VnBTUceOo4rSq4FTadpi6unkjXQiL41CyG5va/1Pskg&#10;sPFne4nYaKYxShHHj0VpEkkhll+Ly6TuP2/UGteuq5XlhaJDBGYI6c6hII2/cJZjY/jSPp9fZe9z&#10;ZiZaiRJaeWQCQGOawBjSMsLHWUUpf8Xtb6Ae5J2qyjMMbK32j16EdrawmFaOAD5ep6HDBUUaQR6W&#10;CgW4I+vP09s20oVyuRepnp5atFlEUhlV1icgkvrHK/tn6EfX2Yb2xs7URIwRyKihzmnRfvkYhhji&#10;RghORT06VNZJ9tCFEgTUim4I1Aen8Xv+PZg8fClHC88MMUIaSJlVgZFMkdwFQH/VHn/Y+41uGMsg&#10;V5GJPH5DoLLbmU91SfXoMctkvJN4jPIbpKpIYekSEAMf8PSfeeCY09TO/gB1yGOOc3IEYUhmjZrA&#10;Wb9JHNxfkX90kjWWKL9Smlcj5+h6VCMCtBj06ZaxTV0cQ+6KmFXaWPWl/wB1gyIRcfVTf/C3udWN&#10;Wywr4w6IyMustZm0gAEubqWP1v7Yt/BVu6hNf2dFt7EGXQeHUjbkmNpp3JlR5goUBCCUUfUsPxz7&#10;Z6VKiFkVCxlaOQPdS5DKvDAhf9ST7WSsjqdfwDoN3FpQE0x0Ji18Eo1F7Rr4l9Vhw5C8c/UH2jdy&#10;Y2Wvx+Rp2gnllkidICYmSSOoYP8A5QBb1B1dgR/j7PNruUhubeQTKqAiv2enRWsJjlWTSdVfTj0q&#10;qOrjLIRNFYsA2p1AA+tyb/4e2vrLYFXRV7ZCuaT72V1Bsix6IksioV0sRaIKQeOefa3mvmSKe2+l&#10;t9PggHzzU1J/n0tis572aFdBESnFfma/4T0zbz3ljMLiaqZqqJj4Z1VFkRizeGSwsCSb/S319mmq&#10;oolohGER2Ahgi5ZTpRHuzG/q9ZB+g+nuIYSxuNXlknqXdqsHmaFVjNKk/wCD/N1VbujsCPHZjIV0&#10;tUscMVRXVk9RMwj1h3kmI9R5EakAe2ZoEiARVUWFyQfyB9SzD6A+13jCheRgPt6mvlnlqiBzCaV9&#10;PXqq75JfKSoyNTUUlFk40WNpQiySqI1plUMIlb6rJIOSPqAb+8aSIpESG5ckELwWLXBFyQLH/X9g&#10;rd+Y43ka0hbU5FKDNfLqbdt5Z+nt/qGj7VznFflnqm3tHvGbd+WqaZqhaiSph+zgp1KzU0MRnVJZ&#10;JUEUjzEhiHABJT8ci4W9h9p4bZ9HUebxVM8a65Fjl1rEANASVgdIkBNxY8Ec+5T5H5M3Le47aSRX&#10;UyUJBH+AfZ1j17ocyT3O4ycv7Vdq9iFoxU8Wr5kea8KD8+tk7+Un8GXh6+wne/Ze0s7gN9ZuoqP4&#10;RBunGx0FfQ4Glaojx+QwlLL/AJbjKTN00yO0kyrNUKtlVYtOomOc+SxylTKaUJSoJHTy+UC7kMVi&#10;aRoreRgNVlJ/rcfT3kLYe1ZtI4/FLM9Aaevr1DF3yvfzIa/Cflk+df29bA+I21Q4injp4NXjjA0p&#10;xpU6NJH1a9vYW128Y9wvIJkErzNqsAwdnYgFg9mZtVrs3HJ9i6DY5NrTsJVVH8vTon/cU1gxl1EU&#10;/wAnSiACgAcAe2aOhDT1NFFJIknkA8CtcozlQFJcr9S4/wAfa97gIkM7oCmnj0qeRykM7R1TTxPX&#10;ftAdo0u49obfrcpjcBVbxzMQWSg25i1+4yGS0y6WYRq3ngpQ6GNp9DiN2B0OAV9ku9c5Hbdl3C72&#10;vZ5r29jA0wRgkuSRVagGlVJzRqcSpGCNuRods3ze7Ox3Hd49u25mo9xKdMcdcDJFGbIYJVS61o6k&#10;6h73V1jt8fNTsXdW+Npw4Km2Xh4KeeKamqMLk8JTYJkrUb+FY3dww+Sqmy82Pq4tXmnVpadQ8Kh7&#10;lsW9p5w+8b7gb9zDsdo6bXEIiDrgkgjh7xRIrtoJCZXR1OrVqMYZ4VjcEtnLecrfdn5Q2DlfmGbd&#10;X3PcXYEOJo5Wn/TNJpbQSovhCRTTRGVSSiyuynt97Nb8fOtpOv8ACZMbuabIb63JWU9Tn85Fk8pk&#10;aKphpGrfsIZIslUTNLXQRVhElSkcAkjVEAIi1tkh7Se2+8cg7Te3G9XST8y3oV7qUTTSeIVaQxA+&#10;IxXVEsjIzJHHqBAOrSG6gL3i54HOG5WB5fVYuV7FGEEBjiRlZ1jEjAxqCEbw1Kxl5ArF2BGvSPez&#10;LnGR1YgWirjSU8YOlamXRcOAZGSOMKQXZE+oPA/BFzJv1BgkMtxbq8vqBU09KngOGB868cQklzPA&#10;souLTU70JoK5FdPqcBmpTzPXvbRlKCpoKuGOetimVyJoXV0QxlrMZ4JnAMTnQAwF1ccOCLgrIJLe&#10;+i8SO3KkMPtqK4wcggkH5E0pno722RJ4XlhtmWShxQio8wfX+ic6TkUOeve51Hia/L0T0aNV0dFL&#10;TSCmmg0RxS0onvK0bqD5GaSOT1IAvqPOrkJbieCzlJ7TPqUkVNVbT6Y0Y/OuQRw6Q3d1Bt06XMyp&#10;LMZKkNxVgtBX0AFAFPlw697SQ2idtTxVdIKmRIJbU8Ds1RpCxxoiSTM3llYBdV3ZmVjwQBYGFndx&#10;z27WysQukjLFuOmvcxLGmmlSSTU56OG5jO9QzW8yqGdAGYUXNak0ACitaUA4ca8eve1Vt4VeVyBc&#10;6oHJLqpJXWwIGlmFmIF/pcj+vtPughtbfSCGx5dE1/bwWluVoHULn/Y697MthKisxa4WneaJpIy8&#10;w8UkaCN4mSQlAodhK4bVZUDEA/X6e4p3KKC7+ucJ2EUNQfPHUT7hYJeyXtwkZEeQARx8sfZ142tz&#10;9PZkIMrt/G7XqpMkIXy8lPTsiia8UMdUnnE0kiAJFO2sahyA1+b8CL3tdzut3RLYMtkrnJBqSMUA&#10;ySMdBO12ncJ763ghRvpwTUgEtg+g8um1yxkIS2kW+oH/ABX+nslP+j3H5HKZLdFU0MmCp6meUeGn&#10;Ko1QCxp41nVm+5aJndvSCSQCeR7lSWSFbi2jcK12yghCB5DLN8gSxFeBIPEV6ynh5iuLPa7DZoYi&#10;t/pAqSa6acKcAepBnVSsfOski1hf/Y/ge0riaZJ69qWhxbRY5Z/LPI1Osau8a62a4cSFSzE2/F/Y&#10;kivrYRuLdACB8QwK+hHmfn0svI7wW0dzf3dLkAADjj0/LrM76F/2rj+n+F/a8/u88HiFLD4nYo32&#10;8aavUy3Qpy7BwPrwRb2lXcgxbxGGn1Jp0TJMJAWlIaJTlj5flxPWDzkfW3+3H/FPY17WxlReP7mn&#10;FPFj4QLSkxkyABnmB/shSwv+eD7Ae83kbCUQy1kkbFPn5dBDcriNNYt2rIXx/PpundWUhGDNJ6AA&#10;RxwTc8jgafYwbW2//GcjUbkytHJGkMQpcDQ1AIENLEGT751VR4mqxcKptdVJst+Y93O8NqfpIJu/&#10;8bD1OSB/n4+XR1FObLbYNutWUtIS8jjjmlF/LoIt5Z77R0x1PVBQGZquaEh2d1HFLCo9TGIfr/C3&#10;Fz7UNbWUGLroYZZ4pKh1kaWip5AH8KsQFdwNUanT9ORb6i3sqe8DKkKU8U4Wtak+uAf2noZ8t8n7&#10;lvtubhYNMAYgMRxp0CO7ewaTDUVQIiG+3hWpjmqEDKahkuYtJBHkS3JBVr/Q+8MEdFla+CukhW+s&#10;tojDSLAgKsIwJQzRqSPquhz/AIfl95DHaA6qlBWp4k9ZE8lcixWBSyFoZtLDuZQCc8SRkfl1VR8u&#10;/lBuTbuyM2lHn6fDIuNmpsXD93LBJVS1MTq1JDBSkNWVhAsC3oS+q/FwGHcW8I5aaXERmpix2MEd&#10;dlZaUTuoSNC8EFQ6FmWLWAXubaf1EDn29y/scUS3G67kWE8/mBTsXggqQCDSrg0BU0Yhesv+Xbzl&#10;T27srG/5j3e2tLq7lEEJmYJVmOESp7mpn1H59Ec/l/fGjsHsjcOc7sG3n3LuDKwVUeDvQqUxNAHF&#10;PlM1Su6NKolgH28LMBLJx4lJB9pXrXbT7hqKbeWXZpsdSyzphqKUAo9VCViOQcCSSPTAVIjHN39R&#10;/SLxR7zc53i2w2Tb7l0u5lIIFAUSoGpdBdauAQpBwpY4YqRlzyZt1lMiTsylaamNeNQSoHyNan8u&#10;iqfzavlzW9ObdzHxJ6sZ8bv/AHfQ4+XtDeGLEcVTidpZSOqml2XR+SkSsXJZ+jkUV8r6PBQz+JQZ&#10;JmMI81dTDUL459BSzahqINiObN9Qf8fcA8ubVv8AtN/HuezvLHdhgagGhPzBBDD1BFD59SeWtXRl&#10;noUPoada6Wwdub72xmKbcG1Z6+hylHMJ4amnRJBHMAwW8c0c8bqWNmV0cFSQR7Cndmwo89TmHHbl&#10;lxjS28iy0P30ZB4Ki1XTO914tf3kZZe6PO0G13NtuvK+iRAAJoCAzKONYXXSKnjpkUZwB0Hn5WsL&#10;ubVFJpJ8jkfb69XS/Gn+ZT2h0rSxv2Z8bcf2CuNikgo87tfdD7Hyk0blZDJUY2o2/n8ZF+4Ll43h&#10;RBzoNrEvW6esdrdcUcuezjybxyNWPscbDVUYx+LpqiUILCl81XLM9tTWeUiwJUKefcve0U15zlc3&#10;ZuYRDNGyswch3CNqJOmgClqDNXrTypkY8uctQQMoASQk07gSo+YAINfTPVy3xQ+eHdPz/wBx1Ww9&#10;k4Sl+NG19oJj9w7qbHbrTe/YGSxIXIeCCPJfwDbuPxOIqJaONGEFFNIzlfJMFYq8rrXsbb+DxkeC&#10;x+MixxVjJVzpThDXVbXMtVKViS8rH+z9EX0L6QB7k/m727G6zpf3jLKq/AKkaB5BRWg+eKk5xQDq&#10;Y9n2VbG2RIDqp5aQCa+dePzz0+/NT+X7u/vDeEnZ+595127jBEKfbGFyFZPNT7OwoZfHhsRAax6S&#10;OA/bo00qxpPUTKZZXd7ELvMb1oK6MwiKQgA3dZEjBJ+vpcgnj2i2rl2awVQjVXy86DhSo6ENvt8i&#10;yxSt2kGvQHdMfD3eXW071/8AGaNfuXgEdMlLPXSxQRPD+0Z4ZGWlkKq1zKfoLaiCQAR3hu/F7fo6&#10;uvY08SRRvI7zzpBxoZ2aO5DTS6VNgoJ9yBtG03F/JFDQmrCunNPt8gPt6O7ncEtLeWabSAoJqSAK&#10;D7f2Z6tJ6i6m3JuuqxeJyVRXSfvLCTDT1E8SxiUr455NSxxxsEuSTyPdaWR3jku1d/1Ffio1loKx&#10;qXHieYqkmOxNPOq19RRSOiyxVORZTGjLclL2PPvHH7wPuRaX8ltyZyzcw3OyWZOqRThpyzCWRAaF&#10;gFpGrqSrDUy4bqDke7555ujSOIi2Vlr6aPMmlRw+fVtWJ21jOt9k47GioJTECrmVUF1rMhURzFBO&#10;iBtYjL3UElQR74fJDetVtvaeJ6l2bMG3nveaHHT01FIWlxmCnKRNLKifuWmLBVDMGdb2JOkHCHme&#10;7fTDtdoSd0uHyvotQqj/AG5Jr8gPXqSvcXf9t5f2GPZ7a6VHjUmShA8OJBUaj6P3E/0VY+XSH62w&#10;/wDePclbvvIqjYrGipjxk0sax08ledUdXWwMbK0dDD5QG/Dtf+yPdom0encf0H0tsLqvb6yvi9sY&#10;+R81kSsomy+68iHrM/npvWwMlVkal9CXZY4giA2Qe+gPtByttnKGxWWx2YAmiiXUxNWdydTknjRn&#10;1EDgqkIMKOvkr+8x7q3nut7tb7vl9KulpykCArpSGOiRRrQDAiUEtXvYliAeha2FNPlsfPuitVUq&#10;dxTmtgjVCopcSY4VxVENXrPhpFV3JtqnlkYABrALMh1/WQ7eqsdiJjkI5Mkc1DDKDHUxzyG86xyJ&#10;KsVRDKXLMrBDcc359iDc+Wrq22y9sbGUSQNcGZVZe4SE1JDDjUknPmx8uo8sub7aTdre7vo/BkWD&#10;wSwypXguDlSOFRUU4dL32u4KiSfZ8RAjadYmhqRFqNqhBpcMGAKsLfTg/wBfYr5fkaS3gLmkqrke&#10;hHEdBKe3SDmJ1DHwi9Vr/CeFPXr3tA5iiyOU2/T7fw1ZPjJ8vURU9XXUEkkdelI07GsioKuOSN6G&#10;trUhWEzi7wI7GO0gRlNd426bdLSSJNxe3hYgSOmJPDBOpY3r+mzAFRIAWQElQGowGG2XVjt+7S7v&#10;uNqJ0gQlEenh66DSzqQQ6ISHEZ7XYAPVKqfexp2jtDF7PxGNxtDSQU6UdHT0dPBFGVSCCngWKKFE&#10;uzokUYCheSALeyUyQw2sG3WcSRbbbRqkSKKKqIoVVUeQAFB1GHMfMN9zHuN7eXdw7vJIzkk1LMTU&#10;knFST9nHr3swuwups3vaoiqZwMVhwdUmTrY38MqAkOmPhA8mQl03FkGgfRmF7ewJzHzpt+yRvFFW&#10;a9oR4a0qD5Fz+AfI0Y+nQLuL9ImMMMg1eZ9D0y5bMxYyFmWCetqBwtJTJre7/oaaQ2jp4vySxuRe&#10;wNj7OxsXrLZ2z4KV6SggrsnTnWMxXxRGqV2vzSwWeGi0g2BGp7E3Y+4F5g5o33enlWado7Q/6GjE&#10;L89R4t65oPl0njkgBMkziSX+lw/L5enQIbqyW7M47U7VE+NoDG8TUGHZofuEcENHWVpAqZoyPqEM&#10;aH8qRe4urXrEmnzJxc/qAAB5sAAAB/reweLUmlI6dKW3lEAAlFOgoj6yWpkJOLIF9QDRMQSSb6tR&#10;N9R+p/PtqrMzCA37q3/Nmv8Aj+ntdBZSdtUPSKXegSQZAelzhuuJYVjU0KxKguFSFYwOf8LfX2jM&#10;jmoDw0i8j6FrD/YkfTj2eWtjL5J0WTbuCaauhOxe0UpQLREW/V6fp+Pr+efaEyGQpXuQyE/0V7/n&#10;/H8+xDbW060qOi+XcQcCQV6W1Jj/ABEKyEC31I/2B/3r2l6yojl4OgekC4N7n2bQxSIQadFbXo1G&#10;rdOaQleAOf6/8iv7TVTSJLxZT6idX5/H+t7NYpmQg060L1B+LqSqsLfggfW3H0/1vafq8BTzKR4w&#10;xP1v/r+zOLcZV88dWG4BSCHFOswv+Tc+0tW7LpJCwMEbj6BWjUi5B9X54H/E+10e6a1pJGpHn9nS&#10;2PfLiP4bhq/b137AvvfP4rp3r3I7jkMEFRJIKGh1sqH7iqia5jFj/mo4y1x9PY25F2S7505gi2ay&#10;iNWWrEAnSoIGo/ZX9o6k32u2W+9wub7PYlVnjC+I5AJ7VI4/acde9unxn3NF2T1njs88wqalZqin&#10;nYEPdklZkBIUWYo4909x9lm5O5jn2h+CqM8K4Gf59e929gPJ/PW4bSsRSEqrLXGKUP8AMddMbAkf&#10;77n2Yf8Au9C31Rgbf4j8fgjm/sAfvJ6fF0AIrw+uOo3mb/fW/wCKe+xtqwOh5FBF9Ku4tcc/kH3Q&#10;7n6oD9vT4vVxqjBPXvMfz9P9h/xT3yiwlXTOJIayqS1/SJJCP6A8seR7qb2GQUe3Q/6vs6211G1K&#10;wr11rWxBBN/949z46zcVCoaDIznQV9LsxJCnjkm4v7Tvb7Zcf2lsor5jp2NoGZa4r6eXWJ0gkFnh&#10;Vja1zbn6ckW+vHtyx/ZO6sa+menSqjHBs7q2kNe6sFI1H2kueVdoukJik0t0dRpAqKY7k16Zazbu&#10;LrgfJBGrc82F/wAkEE/Qgn2JuM7XxWTRKTN0YUOAjCqHkjUMbX1FVZT/AIg8ewlecnXlq3jWNwcZ&#10;7fPpq4gSRWSWJXjI889I+XY81FK1Thq+po5Q/l1U5KuXAuAzfpZD+QV59u9VtrCZuI1WCrIUbSWN&#10;N5UdGv8AhZr6ix/px7RwbtuO3sItxgNK8c/5ugRuPKtvP4klmNEg4L5H5Dp1oty5XHtHS5yjJX0r&#10;/EIUK3H5EsZBHH9Qb+0bV4WekV4ZoJEkQFWVkIst2s9+VOr/AAJ49nsG4RztrSQFT0EZbC4s5Css&#10;ZFOl1DWQTxpLDKs0b8hkINgQP1KORYmx9hPuLbruZKiiHjmiBYxpqPmAUllurAqxH59jLbNyUBIZ&#10;mqh8/ToS7RdsjiKUAxn18upVx/Uf7ce2OmpIsvhqgMCapSyodBDaokJWOzE6TyAfzf2vlnNlfRFT&#10;+kf556FOoRzqwoIyKft6xsxUjm4LD/bEm/sJP4M+u320tv4hrvcf577fX9r/AMtL8X+nsYfX9vEf&#10;2Nfy1dH/AIzU+McNH8+PWW4/r/j/ALD+vv8A/9FHYHr7Ze2ggwm28bQBLaSkKtIBbSSXdpXJYfX1&#10;c/09yRA8cDdgAYVoaCtPSvHqMrq6u7rSZ5i7DP2U8/t626cv2DvbcEDQ5DPVzRNcNHHKlLEwN7Xh&#10;o1hi5BtYgm319qklUYlQFt+FGkWJJtwBcc+1JuQc07jx6RiIAEgUbpLJBJIml7+pi5bizubEubfV&#10;rjknn3AnqVU8aFH5LgXW40kxki4sDa49+WWoNBjpvQxJqenykxrOAWTXJdSmlADIFsRrbktcf1/P&#10;vHXVd4aaRmUAjUG+psPSAAR+ri9/d2clahc9WjiGo565YjGFaquh0NK0UxEcdtCxlvW5d78r6rAf&#10;1HtMzZFVdj5Llb83+t7XH091GQGIyelqQCgBHS5gw5ZEBjsG4I0/Tn63/FvcB8u12VfSCvDX44IY&#10;/wC3t7qaE/Prf0qs1T07xYFVTWw1Nr5FrnTyo/P4J9tdRlbg6ybgkek2BH+P+PvY06Q1cdPrCEGD&#10;08UuGAI44Iv9P9v+f8PbHPk2JtqNl9H1+v5+nvQlUgmuOn4YRJwGB0oafEqirZQGB54/1uSfcQVY&#10;YcseDbk/k8/09sm5Pp0rFsBQ1z1MNCR+kAkj8jgH6X9z8Us1TUxoqsXdwFRVJuAL+oAH3QzFyPXp&#10;+gRRnHTZl/BR0Uk0jLH4l1SSOwVLiw0gkiwPtbU2YgxFQPJE/jWRYJnmikiYksoYU4ksGeN7Xt9P&#10;r7qrAMdXTLIXyeg7y23J9yY5xFUQh5qdquGGkqVnVVCsVFYyMWjWVSbX+tre3dN3xx1dRLSVM0S1&#10;BjURyNHJCW9SlhqFyYBYMB9be3UkKuxD+g/aOqNCZFRSKMp4+uekpVdapV4yipMhjaaolpDUGSeJ&#10;ZYqyza5mbVGQIXqHYsv+BF+Pb9R7pmlmYSmOUMyh3VgmtiSCAq3F7/T/AAt7f1GhYnA6ZeIqa06R&#10;mS61x9NQxij8lMixs0FPLCG+3Q6dKa3bU5sg1c/qHtUw5iBo20krIFkXSziyugsgZSb3VrD6e6Gc&#10;kgD4fXpPJQlVI6Dit2VXpOpnjWWJJI5Gl8BWVoZ3Vpgjkem4k+g4F/bvBkfKXXWoJ5JU2Dc8aL2H&#10;/Ffdm0PnVw6rOxiQFRnpHVe2TRBJo4ZgsbIkSSLr0XkbymYRHyKw/Grj3xmqiL6X1EXuOEH+PqH5&#10;/wAPdQJJDgcOix31HWenSiwsUKo7p/nbMvpOprN+oICWIv8An6e6wf5mu6HxHVmw8YkpH8a7ASdg&#10;LC6Y3B5IlR/gWyH+8e+j3927ty3HvTFO1f0reVhTjmF4/wDDJ/PrHznyMbr7h7JblOy22m8evza4&#10;tVB/YcfLo9/xcpPDR7smvfU2DhFx9DGuVZhf63s63/1/dSy70qsJLiMpFI0b0NTTVOoNpYeN1a4P&#10;44v77ce/fKkHM/tXzTssYq1xYuF9dSrqQj5hgAPm3QKPLkO5LuNkwGmVGH8jT+fRr/r/ALx/vHI/&#10;3n3shbb3HJmNs4TMRyxzU+Xw2JyivEWMZWux9PUqyF9TWLTNY3/r7+T7maJrLeNyslwUuZB9mTjr&#10;JTkaea85Z2K4uCPENunDjXSoofzDA/l0QbcG26Wn3PmYRG0ckGTrqeO62BWKocBzbgqyEf7x74VO&#10;XlibUrHxm9uQzgm9rD8g+yMtjUTnqR4o9SjUw1Dj8+nKh23TVAMbIgkWwIJEcbki/wCD9CT7ZJc0&#10;zrbUw55ZvTY82v8A0FmPtMs1XkJHAfz6de3jdCJFBQgih9DSv+AdKWn23FTeMGOM2YMUhkDDQLXY&#10;kkE+pfx7LBuDAY/F7wzkfhV6bd1AtRDTEItQ2ToAIsjHQOwGqdsVONUQ4dizD9PszVWWpJrI8Yr/&#10;AKYYP7Qa/l0RbHcKgu9pEZT6aYlPTwpW8VK+oWTxE+Q0jowmMr5a3C4+peW0tKoiqXuCjKyNGk0x&#10;BPpSoQOx+gB/x9oLHYiWfb9RhMm1LVV23q6apgmBmXVj46iUU4LsIvHVLj6nzLZIgSmsACyKILGW&#10;CexNq1PHjKsvzXzH2jiOgRz7thtt3bdoFpbToUcAVGumTTgRqqCPPI6VizBZI5UuEqlHBt6SfUrN&#10;yfUwNvZzfjl2RlduYvK4XHqK7DT0LpV4OcEvQVAkklkFMi2lhaKpppYyVBGuTlTcEZCe308d1Y3W&#10;3qg8HwxqH8JYn/ART8+uV33l/ZjZ973K2utwj8K5E2pJo8FtKgdw8wewmucN1mZ7Mrah+SRcc2IP&#10;++/1/az7O3Um7oMTmKamnp8vi8Y0awO7MSKeudpliVNRMb+eORZL3jSBj+blNv1lLZ3lrHTVDJCE&#10;A9ACW/4yrFftA6a+6btMvt5vW/8AIG4TJccrb0WV6gU1GPtDFiv4PGiIHxGReNOmfP04lp4qpTpk&#10;o3Dqyg6rSFUdlI9IKqdQvwCPfLB1NTuCvlpMuY5oMzS09MlZHFoWWNYpWimLAafMGa7c3BA/p7Kd&#10;ys4ztNxalB3KAD8iKqR+0fn1KPtjsEHtPzhJtG2Ryw20dzI4UsaAkVAyT21GAT8Izx6DXtCvkk2V&#10;UbmoF15PAvFXRQC2oGnnRaqmkQm5keFmVrC3HsCVx2X2rvfGvJBLHU4ncsU8SNE8YaBKiSJpAHUX&#10;HlgNj/Q+4UgsLxN5t7eGI+IstRUZND5flXroVzXb7Rzn7fcx7VO6PY7hts0LUNQDLGVAI89OoE+d&#10;R054HcuLyeBhy9JOjxzYyKo8iTIwWTTT1sUJa5USNE4Uj/VA/wBPZ2tzYylxu+M5WRBWpN7UGH3Z&#10;TM5Hi+6ytI2NyiOwtrWStxOs86v3VP0PvMbkG9t4rJ7jcoq24nIlDYUrPE0Uqn0B0t+Zr1hj9zvm&#10;e7v/AGasuVZ3ePcuV9xudtcEmuiJxLCdP4dCzGMVGPCenDoqXyzxtQ+Y2vn6ct9rU4+QtJTLepVa&#10;WpSrSeKQEkSxGvZ0P4t7Uh21R0WzcPujF66eKvp6eiyULNI8UmRoxPTLMuq4haUwTRSA/pkp9R5c&#10;e5m9oeXds5S33mLZNvtUQSRxMSjakYRFvDdSMVKy0Yeqk+desr+RedrufnzcuVN2ofDkaWI4xGzg&#10;hK/iCiRCp+dPLqvuXe+Wz3au7NibhJyU2Frq7KYGoQU0c0W38ktJVz0Z8KhKqOlhrKeeBzdnirSA&#10;SIfYcZPK/qD+iSx/NuADwP8AXPPvJq0s+BQ1XrMTaRGvgSLSla1+XQ9bT2pGvjMILwj7cyB11N5W&#10;kQszuoERKxkrx9B7flrVr+p6po7tU4fcj5Vn/EcZooaBmYr6mKNXXF+Bcn+vuJ+bYIrX3W5OaVdK&#10;TWlwlfUlAo/YWGOuZHuZbDaPv58g3syrHYbvypuFmT5vJFNHdKvyqsR+2tPPoy2FogOut7YEi60u&#10;59oZTw2/TBlaebHM2m/CSyUJQ/1I9hv2HT6tt7V3TC15K2GKjqXvrJ8lL54HYL6DfxzKCPqwt9R7&#10;GftLfxJuHM/LU0ih4LlpFBNCwr4WBxNNC1p69ZN+zm4Hb+ZOcOUp9Qihn8VPLBYKwH5aCfkw6Q/U&#10;Feg3jvXZNSrCHGNNkqBeALUtZHQ1kaqfqFjrKR2H4Q/4+w2gzUMUbJMxDAk62ksoXSbm5Nr+5lls&#10;SzhlBp1kxrSKJw1NVOhwq9tTyy+SLT42sqRon7motcf1uLe8FaBU7cr6yM6VJAW1yw0vqRgOLlns&#10;R7Tz1jmeAglvDY8K+R6BG9o72Vy8QBkMbU+2hHXCjl+03bjMewBtDKWI03BEQJQG9iSVI9mrrM1U&#10;7c3Ng5POEraXrLGFXKCNGkhqJi0YiZ2uv20mm3+qH+HvD2x3lrn2/wB+von1yxbzMa0x3AnS32ql&#10;AfXrlR7G8vC79qvdQSgfSz+4e43H9IeP9PmvzZdX+lbpIfIfC027J9oUDUrTUk1RtfFVDanUIk+P&#10;zjRSAr/aWZVA/PFvyPbBJKKTvOSpjLJHkclTZen13GqLL41J3YC3qTVVEXHHB9ydzHcC99i91uYi&#10;NS7dIF8x2NRPyoFYV8iD1njywVv/AGi2eMINUFsIqf8ANJjH/ILToke8Mf8Axz4Nbiw+RWKqqMHt&#10;vPbVrwimQ09VtLcFRho1YIR4qjRjAfV+WW45HsxOQnlm0NCeZP3LLdjqp4oy1gBwGkZQP9j75s2c&#10;1xNdSQGmlmNKcRpAFajyL4H2jqFN6hihu5FCgRMKemWJ8v8AS1P2dVq9O4mCgwy01eStTgV+wWon&#10;EZaWly1bX/aBIzoWZ4KAM5BB+vq+q2LfsTdD13cG95YZFnGPyAo6USf5xh/FcXi3eyEBS1PCEI+l&#10;7/k+5Y9sCsvNe+FRWOG1jAI8vFnt6ivyGoZ6LffTbYofZqVAQq/TKzfLs1iv21r1dbsjZCYDrT40&#10;0ktP9vJlHoq6u0hjFKv8Cz+bpy624Zauokk/wAX8ezM56rgg2Hk5Khg05yW7KWoiveeALlpmjYA3&#10;eMtHJIVP+0D2K765jtOYt1jiXU0/ip+VVZSflWo/b1htynYy39py8kZ7BFbFT5ElSpA+YGk/7YdB&#10;xPJW0Py23RTw07R0VRidkVdPVOBHTVsv8CtUwwTcL+zNS0/kt+kSf0PuvzL7qjq58Jh6alWXJ57J&#10;JSSIwDCGgehnyWRd2IsxTD0byzlgWQtbglfYa5ksJ4Nr2O3vohJu24zxqF+EJFoMzn7fBFT6Er51&#10;HWYGx8pWvLWz7jzNcyskcEBMdf8AfuYkA/0zsqj5gdHygo8jXV1Y0tWseHxKT1iEEq1dk6SWCKnC&#10;6SXSL+KSIsOn0sUN+NV2vsOuoP4HkKmCkVVoqygeCREKoUSuhimQiw1xpTAKQPwT7mG65Vig2+5v&#10;oj4NtAhfUO5WFdJwfKlK0Ix07/U6wMu2a2fUUAcerEGhB8gzZB9T1n67yOfkzVNTVtTamrqSqHj8&#10;YaanlWlR42IFihMzAhj+fYX7kzP3eGnWWdFbKvU1+SnVXpftVejx8UjeFCJE+5eY+O3rFzYfpHvG&#10;b3BuvG2uK3BIE8rSSMQV0dgAamcHFM+fRryzaw2fMM94IwYbYLHElQdWlmp9pCjJ+VehYxlGaeWn&#10;RUIgoYIqeKPV9x5BHPLIEMrc6kVSD/re8vReAil7/wBuYrFwRR5VMusCV1WklbARhfs1hhVI6mkM&#10;xpIYvJYvHqZVGpCC3sj5A2mO05924U/Ujl4mtB4egjh5qQD0GfenmFn9qOaN6vXC2RgB010sVkVw&#10;CKqRQ4qfTjTqTumoVdpV0lUT4ZaBjIFusgE6TMTrEM4CkFf7HFiTx7th3cs+29mVO792UwpUwsNV&#10;JnJ8RjMxV0S09LVTQVWQpqWjpchlVo5IohMyWm+3jfmR1QyNmftvMEdrBM+63IjhjQs7KC1Av4wg&#10;DMAVqxBroAodQq3XKbx13XfU2XYyS07IIVkkiV2dwCq62KRqV1eHlhrcagq6wioLaclO9R/D4qgT&#10;IxSSBZpqdqorURrJHDJGkkAWSMEgWBL2uQv0Jb8v27S7kmweN6r2Pubd1Xlol825M/isx1psfBY6&#10;R0p0r5stvTEY/M7gp5JaoIiYjH5OSZwVLRh0Y6t+ep7xoYuXtsubrxXw8itbwomP1neZUMiNWiC1&#10;WZieOgEEim15RuNq+tn5w5ltbCKA/wBhDJFfXUj01FfDtpJUhKqKsbiSELx0yAEASqWlaMyfcuFj&#10;DehYbSPIo+gYqziMn/X9lS7W783HtXc2Op8Tk9WI27Vim3VVYvb8U9Jlq+jo4chV4ijy+46vC7To&#10;cTVoZIoJEza5KauEFPFA3l1Oj5n9w9wsJ9uk2+5P0EEgW5aOAOryCNZPD8S4e3s0hlAcIwvfqTOY&#10;oEiOotJLfK/t/Y79tMk13ZH94XUYeJZZqPCrFo1eSO3V7jxEcRswa0MHgu8hbtUq+RU0Rj1tGyh7&#10;EKPqotb1c/k+xX2vLk+69pVG9sxT5XrvE7h2PmsHtKgymRqBW0E+edKcbjzWEo6PEzYjICaggCRU&#10;2ZrPLSsLPCzFlElo17zptTbw9g9h9TYywW6SuWkjSXDSywrHC0cy6Rp8O5IZDh0Nax9u7Re3m9ps&#10;FpPBul7a7lFNcvGtVdYgf8XWaRpRKoDVMr2sI8Urq8QLXrpwsbBFRZGVgxNlPAvf6/4n3C2N8Ptl&#10;4TZS4/s/JZbtTE4Pcm4ty0e3dsbeqMZSSHdUFNFUUmPwmKnrc1PTSpC8khkrSjvUPcBWXSBbf282&#10;7aOXLbauZJf3nFDPcTIqwtFDG86gMqRRGWUgnUSGldWeRmYBA3TnMnv1v26b+93ybawbPeXFpDbt&#10;NcTiVwtsxIZpZFjgQ5CoRFqQRoSX0kHjLWMBaJTGWIUsw9IvxdR+CL+1VuLq/wCIW1twYfbGTptq&#10;9f5qvzeNzGLok3pmsNma+vxctIdt5OuWHc0M1NTRZDDqlClbHJTLVRft3cPdJe8p+1u0XNvZbhHa&#10;W24yvE6Ily8Lu+pDCaK6a6SIPDD9jOlFBYiof2DnX3v3jbtw3i3mvtysIoJIpX+khkijWbULmEH6&#10;d+/TL+sYmDtGe4qtD1hJqypa8cyryQVDgWvY2P5H4/p7DvqfpfsL479g5wNu1N60+arMZmZNoYnY&#10;9TtXC732vuPc9BgM1PV7irpKDrzGdibLNPDPR0MLUc1elXpMk3k0QAzl3YN65F3/AHCC03IXQnbx&#10;VijQQRzo8yIzysSbYXEII8NE8KSTU6ksHjCSNzhz9y77ncsWbptX0M9sksf1Et21xLbT20Ek0Kxw&#10;oj3xs7qpjeVhIkBh1hYwmowaqqhrYY1McYZQ2mWSohLU86qrxxmIXd45tVjc+m3PsEfnJ1Lujbu+&#10;5sn1xuXcOY6z3ZgcNmNw7Hp8rnqvDUdRsOnjwlVPmMOkGTStSLGZShr6WDV5IZKSsZqab6gFe7W1&#10;79FuK31ndXMuz3VvG0tsjStEv0Yjj7lKurkpJE8KH8UMshiYaeh393/m7bd35dFtzdt1tBzNaXEs&#10;cN28cSSutyWlURuWRgFeOSF3AGoSQIksda9SsRUtPAy1SRJPC4iSbxgK5kvbxX0llVuOP6ezffFH&#10;esPYfVHW+D25V0uYm21ito7K3rQffs1Pids0uMylVSZGor6bBYnLTZ+k/hRo6Wipgq0H8RSctMIi&#10;TLPIW+xblyjy8NhkSSS2tYoJiJa+CqqQrMfAhkMoSLTHEjaY/GDOWpqEYe7G0XXL/OvM+57xG1tH&#10;PcXFxbOYyC8+qJdATxXQRHVreV661hWPSlWBTudEWNmqKoIY3aOeqp6jRrYVIaCFoliN4vG2sSFz&#10;zIsRU+xi3z038e5t8R5XK7gn2X2VDS02M2znYt1S4Tdj7jrMSiZfLbMpM6KnHbk3bnMdVY+krKqn&#10;SStqbpHNPdwshbuezcoJuUN5fOLbdzqWJxIVk1HQrNEJAVkndAqu6RXEjqFjZPIBzlnnH3Ki2GO2&#10;tNqS+5W1GWaM26yxLBHLVUnaELLBDE6zyQRtSJclUZQQqLgzubiokL0iV2OMkktWi0q1NHFQtL4v&#10;DWfbLJLSU1OaeeWzIUswCg2Ogr/anfPY3VuXxmzc5LhvlpiqStyklKm1Nv7y2b3Htymw0QoNwZqj&#10;3FitsxbUw4wlXLBQ1M9JlZ8msswL1KSypFFGl9zvfbVdtbXlvBvyKXCmBJYLyM6SJJ1eOMwxLE5E&#10;VVkjkDMrCQ1ostcq+3XL3MFrdb1t0N1yhcvHFqE09tc7bMZQGjiaCWbxpfG0tIqvELfSpXQ6IzO/&#10;Yamo8tRzV9Nj67adVLSxh42qsbX46q+9kldAYVqGadeOBIkEZGmwZLgg1U/Oj5KZ/pztjZ9J1nt/&#10;qjO7lxFXvmv3Pm8lkMH2Pj9rb3r62k2rFt7ANhG3Lu3NU+ETG0dFmHkp4pw8MxBC+ck1vz7zBue2&#10;79dWuyJY7qYzcrJLI8cwinZ44hDbpFWW4jXwhHcFo0+HT5Docf6x/t3Yczcobrd82ybpaQ3AtRbx&#10;wiSya5t1Rpmkm1+DbRGQyPNbguyaZFqn9mcQ6x2tU7mwW55ZshkazAQ1OPoKZaqZsHTTxp9rXTPi&#10;o3/htJU+SJhwg0SawukekFc2lN3Pv3Kba3H3cmN7L23hIhkMrQHqnbe5Nw4NqjKwrM2OrsSmN3Ka&#10;qszjxSZOaKmqaGmklmeoMlWtRSqbctXvMe9TbVe85WcW7bNAPEmQbdBNPGpdQxVoglyS0oDSuqPB&#10;ETIZvEmEsYkvcbPkzl623LbeSZH2u9uTojJvZYIZRoJ70dpIAEiBSFNSTSgIsYEJjm6EdUpKSNYa&#10;Vkp2sFjW5WFhHwUAYlBpj/SoPAt+PdnO18/RTUFBX0dfFkkqir0CiKoLTUslCBNTtLMGnKQyqbTS&#10;CIDUVIDE6s29r3qzutvtpbS88VnIKfHrKaOB1d1UYOSxCLU8FY06xb3rZpo7u5t5YFjCM1aU0h9X&#10;x0xhho0r3NilcECHMpe9kK2UM7cEHk+pbH9PHtc4eHG06VWQnoRAplpRHHEtM4k0tTwudE7wNVPR&#10;RIrIsatPpiCxBn0oym4ljggd0gKwal1BfxaQAo8tR0igxWgCiuFIbvPqJJFtkuSXcHNTWhBFKg1A&#10;1EavICpPn1BqZJOI4wkjahcF9Ngbi91ueCR7S27uwNnrmNvbXrM9W43d1clVX7e07dq4Ps6efGTz&#10;Uksj1NFXbf8AvYYqDilyciM/pZI9OgmP9zm5b3C+2/Z933B4d+lRpLX9N00Fo2pXWjW4fA0xzkVK&#10;NVNJye7HsvMUFjuu72e3LLscehZiJVbUVkUSAHxFko2snxIlKgaqvqqOuVNRyN5nlhhMf7Sn95m8&#10;hViSOR+2ACOeb+05hNkwUVV/Fspj6HOZiKTJSVGay0c8lbMMkmQp8iRPjq2jhoKSqedJYoQ7xw6Q&#10;CGYB0DV37N2jSi8m0yXYLq8soq7Bi4LARlQkdCGRMlQ1NNVPR/cc2NLbtt9pcTW1iyRDw4ynhgqF&#10;Y1RkYyyAr8ZAJPEk56y1fkaIQxVMkFjHpEZiTSFkDMl3hlLB14/HHubQ9OddZnItlsvVbtydNTVL&#10;VlHgRPWV2Kx1QHFRKIDMaqasjm/hUUMMcC06szMpiIk9MY7l7EwM7XrT3c0ayO4jAZhGRVqorMxa&#10;vhkDw9QJxQVJJza+4292dt9BZQ2kM7hUMrBVeQHtAYLpCkGQkvJWgWqsCB0n81kdzwUxhx8dArOp&#10;X7ipPkfQ7qkeqFfFTxSIG1MSzAqv1H09jtmcDkIIFhpMqkVDTULmNKumD1NVRJSqY/NOKvVCYPET&#10;IRTiViAQFQFWPzBebYIdvv7gR+HHRfESlVAoGJBLAcNXaG9BUdAWN7WQy3X0oaaSTJQjD1yCNNG8&#10;9Peq8MMMlHYrcSyPGmRppkqnlSFgqkRipd2QWBhWNkZ1uAjt/gT7Ciswi19XJNFlnlppZRLJE70r&#10;wrD4hFbHvCsU1PJO1mZpjIltRWNSeHjZQ3RR4rgaGHcAVKAivwUANGwe8sAa14jq73clnAU+kppq&#10;FbuqaEDvqACBRqadLUIrwPQl0tQAEGjQxA4IIJBB55PtkyMaYmNY4EWOaJi6ySoBGdOtQJI/GkyH&#10;XYAjSPpcWuPbJhghCrH/AGkZw3kSePHPD0/wdFMVxPeSO0hPhNSin4hX5r2k+oPDNOnaMLKpJsPy&#10;RwCef+K+0hWbleuhC1FVAJYWKRF6ewd+b25/SPxf2ILW4W6heKfSHxTHH+XRlFZtbvWINpbj8vXq&#10;SkCrawAsf6m/1/w49pCoRq+KZKhIK0qSxQoFChSGuGAJFwT7SXFmsgk1IjR+dAOlouWtpEKF09Kn&#10;HUgcfTj2g6rARRzeWFHjOkkW1R6UN2C3AFh+PYFvtntVlZoFIVhX5ZNehHHvUrJpkapGCes4IIHI&#10;vb3niyNfj2ieNW8aEmRrmVl9KhAAQfp9f9j7Kptrmi8N46aK56finWY6C/HrG8aN+qw4tb/b/wCI&#10;9rvDdhZOhqqYLLMHcnxhnZbaTYgXseCLf7H2jW2k1iFozVvKnl0+dujlVpCopTprrMXTVMbxuqaG&#10;+vpW5/H4+v1/Psw23PkRmcLPD9xUr4yBBLDOwMLpcApIH1B0I/wP+39rES925vGtZCjj+Lgfl0zF&#10;y1tm4xvDKhLNio4ivp/m4dARvTonbe5FWeKKSkrINclJVUg8VVTz2usqSoyOjq3INx7PD1z2ftrf&#10;NDG9FkqalzayJK9Kk8DU8xl8ZlREnCOGEmrSS1hyP6exptXMMe4oIbnSJaUIJpn1Hr9nUU82+2p2&#10;6eSVYH+nY4JB8v8AP0TfeL9o9VV7UuZw67s2dJBUQfxUpUU2Wx01KkZp6yeWjSohqqZ4Yyjp41fU&#10;Qwccj2K1QytUQmp4YuzP5C6yKhYWYxWHhuBwT6eD7E0JAjfwjx/w/wCXqId02X6VZkEVAB/PpVbD&#10;33Fm6KafGZBJY/HEJY6Z4ZqYuQ2uGCriZvuHLaSUB1/Ti3vhns5SQ0dRBRI/jpVvJVodUDzAFzFd&#10;9QaSEEki+km1xb3uwsZ3nR5mAZuAPECtK9RZdyrFLp4S1pT0r0Y7Y+18pVyRZfMuhSe329MYyk0S&#10;qwRHkUgadaqv1503v7LHu7JVeWrWngeqgpYPIUYFpUlfQjKCUilbUtze5sSbAWFzK+yWsNlbrHKF&#10;aVv2jjn/AFf5emrN0iDO66pXNM/yP8+jB0NKlLAkaqosPwB+CfaVSV6jEVWOSapoYqupgmEvginM&#10;8EPElLU0lbBkaOtpKxIngkvGHEQPjaKTSyqtxsDdSIUmKyLTuXRUUIY/GuNQwcVoxoa0PS1P0L+G&#10;5EIldBQAll04wwZXjZWTUHWpIqMq61UzCNTAkA2B54/w9jVgJaBYXq62N4qKkhnqyyTvHUtVyRVL&#10;N9qxEci1B5INwY/pexFgduUd0CIrWrXLELSgpQEYbitPSvb6jj0Fbu2uWeOK2XVOxUUNStSa0Yim&#10;CxyAeGKsasWudpLhYgrO7abNwnJ0gORyF/r/AIe2Celod0ZjGQZCjrazL08M9Rgd9YSppsZlsTLC&#10;lPA9PLURyQ12Iyc0MrIPGk8M0UZk8ySaYlB26ctxTyRfvHbKTQKWjlFaVwNKkEMjNXI+BlHxBqAD&#10;Cwu7vY7G5msruNLJyqTWcyl43U6zrHFXjQivxRyVb+xb4jEnVkhmDcRNpjmgmGuKRma/puSGS44v&#10;9L/0PsRNo133tDloJabPJS4uhx0WMra5IRBXpNHJKi4qjaafPzVVEtSIax6yKB7xIAt1k9tqrW1z&#10;CkMUqwjSKua6ge8tWuofwkMBkYqTXpBvw0yWdx40H1srTa1U1dCHArI2lIVVwCY1haRTqZmK4HSb&#10;qx9nNAyKHEjyholF/F41LBmuY1WJjcR6df6ze17iDn99YTB5TA7JymfwVBk8/JkBt3E1+Ro6bM53&#10;+Gp9zXyYmgnlSsyC0dK4ebwqwQct7Mom2tLuITXaJuE4bw42cK0mhQz+GpIL6AdT6QdK9zUXPSbb&#10;OXNwu7W/3y1225ls7YJ40qRu0MPiGkYlcAohdqhQxBYigyCBNSLzxvUqknpUF9A9Md72VuePfPJz&#10;vNCFZ42jUOgKlVuoFrKp9YIvYi9jf2c2qCOUHRRj0rsbYM1SMj5dRY5GjkViCbkC/wDvP+w9pXF0&#10;GNjnlqKvHpkNetVSSWaIRLdFJiMTwrIVBJudViv+Ps3vLi9dI4obnwgPMCtfPPp0vv4JWVPBl0NT&#10;7dX2+nTq9dMyIscnjIX82sRze/5+nt0zWET7RZqAvTxpeVwZFeTxNo4j9boSF/J5+v8AT2lsNwdp&#10;ilwAWOB9vz+XyHSKxnYTaJwC1afb1jp61mcrLpkN/QV+gbjmTnlCPaHpX+0MoteTl5mGlpXGkCNg&#10;SNSAMAGFh+PZ/MqzMtPhrgeXR3LCZTQjt6dZAJSNNiNXCgi17Hn6/wCHtT4CWSF4Z3d4bsXZ5JAS&#10;rOdRXRwrKf6f0/xt7KNyiSRHj0hh0V7kiLE0SgGg6g1cazBkADBvqLD6gWP9P6exipgmYnaEowZo&#10;RwkVw8nDs6aRdtQa/wBOPYIkY2SeIG8+ggbh7ZdT1r6dJypiSkTygpy1geAAb/p5Pt1ixEFLVSvU&#10;PLGlNJqVU8JjqAtkC+saCl7Aj68e0j3rzxRrGoLt9uOtncCVCqKlvP06a5GknjRIogzSXDErqC3/&#10;ALX9L/63uJmswlLEsGPqlgJRJ5o0ZTJMpqI2dYlf/NRRxsQSgsBySPbllZNK+u5iLLUgY4GlBX7T&#10;69egDTs/iD1Ar+z/AGepNDh7s8tVEs1hpisoQRtYi5b/AHYC3Nj/AK3vhHmqLIEUs8yI8zokUkky&#10;jzusZZobltRtGL8D9PP09uvZS2pM0akgA1AHD59WkFxbBnTuA8h5fP8ALro4hIXMkSj9VhGo/SW+&#10;r2/BFvbXkMzPh1mpqemeJqiVBTIsUjQ1UcjsBURSorxP4VYHki+rn2ptrFL4rNJMCErXIGkinaQc&#10;1rUY8+noLpbgrM9wCQMkkVwPTj1Kj27HUus0jayoOon+z6CNP+H9Pc3A5CqL1MdSqRrTCSoqjGwk&#10;qGYQiNFaV7pGLuo4AIF/bG4QQlYZITUuaL/D86fsPSnxkYppyG4Aefz6ac7hoVRZVLGcvHBAp/zC&#10;rcyO5WMiQP6fqTa/tM5uimlFT4Q48pMZ84kClvKhDRoIppWhlTURcxtyNItz7NLCdRoUkHTX5+Xn&#10;kf5ejKC6WPSJDwrkYH5/Pp1xehURNSMY1LEal4/3n8e1ntvbtXi45Y6mM/vsWjCqAEUxK45tGwBc&#10;c6tbf1N+fZLum5w3JR42JKjP/FVPRXeSpeyLp/P59J/N5un/AM6JU/ZUiQhrG4Ol/rY3N/Ynw4qP&#10;RDG0qhYzG7PIbR+RdTFxf+wq8D/Eewm14wMjBSScfl0rhh0KABnou+X3rUvPWVEEJUSMYqaNNLMs&#10;asECMAT6yxLf8hD3nWPGLMgqaiaSGEjT9lEE4TUqoZZJJAQC/wCBf/H2yXvSjGNQHb+L/N08dtkA&#10;Mowfn0wNu7Pz080ePoYFqrESyV88xkDsw1ulNHHGdILfk294Nw5OhdlWhfTSw8LEXUzv9dZbUCCS&#10;1rf4e39ttLgajcr+ofPNOii8t2A7hRul31Xj83Gk5zrpPkKkM8s8cci08cbWeKNFJDrpW4b86vcf&#10;C08bxyVtQHbi8aBpI21FSJLAG3jfjSOSB9WJ593v5ZFZYYyOGeiprapCngel3uTOVEE8OOo5VUEh&#10;JGBSy6SLP9NQsf8AVEn3KjjLlBPDCs0zKfCWskUSn8OxBUt/T+yPbTPpqEkbwhgHzJ/zdOfRRjv0&#10;dNdRnanxtFT5GXwQRlPuRGplllNipVb3lbTey2/3r24UUqpVlxLS+LU6BYSCo0gawXFwxEXAN/r7&#10;SzoWiAo1fn8+jnbrIzSL2UNcY+fQW9j5uSk23MgSq8/jaXz1IK+QPFJ41RSbh2mPIHOn261NUsjM&#10;eCoJ0AH+woFj+PyT7RBRAjSOaADNep45S5Z8bwWZDU06oo+S/e8u3f4pi4q3weFw2QrgY542Hhj8&#10;lOeTpa8pBItpP1/wZamoL6gp9HpHFyL2/J+vuP8AfeYSFk8JyEpRQP8ACf8AIesluXOWktkgVkow&#10;NT1RZ2b2vX52qr6uCaRmmkemjAcvpI8ahrA31WJ/B4H1sLuG++95QbWxrwh5BkapfHCsR/dhRyoJ&#10;0/qjlfmx+qjn8+xL7Tck3G+3a79fL/i8ZqgYEAmtST6j0+fQE94+eotttX5c2eRTeSL+q4IpHGcF&#10;RT8TDz4gHq3L+TB/LmqO/dz0nyT7nwLT9WbRy039zcDmMbMKPfu4adI2bLTeYwx1+2cLUsitHpmh&#10;rKoFHskLpJWj27u3+I1v8Op6oRVdezs8c5eWSYqs0r3AN2KJGWP9ACfwfee/J+3W9klvLdFR5IKg&#10;EkAmgHnQZ/I9YwbdZmYTX8kZeOM1LaqAVPmeFSfXPW57jaSKjpYYIoo4o4YkhjWNFRVRL8KFAsCT&#10;/t/9j7CzEbGy1fNRJPNTRJUS+RZp2amp44g/qepkcBIkt+Pyefr7GV7zBa20Uzojs6jguST8h59M&#10;7hzJZWwnCI7MFoAO7NeA9c9OPtRJEtDDpiqFmqotSF4rMLqjEMgQyAqQAb/Qn8ey3xTcuzSQ0iOc&#10;n9tfT0/nw6K5ALtwZYtMTUpU8agHz4HNKeXXvYnbQ2pMGjzWbyVNRpIVenpa2V4KirLtfXLodPGV&#10;aMER8O9voPYS3ve4wJLGwgZyKguoBC0oKAUNeNK9ADmHfaeJt+0WU0hANXRQwUDjTBqPVuA697VA&#10;gwsc1VU0KtlYpp0qayLF1ENImUkpXaWKCnneenoo0l9SMWnWNw76zZmBDU31H0jkR6JaFlBPdqIA&#10;qKUyQqjyB88V6KIrrdaW1vet4GkEKZF1mMSUVmpodgaAEaULdqhaFVI97ATcNRvLN733VsOtzmzN&#10;nUVVkcRuPZ2Txcn3mUG1Jq+khy+3slis9SXny9UsEiQ5GCSZJGqJFSKFqdZXDu3brzSl3uG13d/b&#10;xbgJI3t5o6mRrZZFDJJBKrKruocCVHcNr0lI3hDSTVtdryvtPL2xcz2FjuW43UUE1vdo6mOEXXhs&#10;Yp4ZIWUpEhYGSGREYLErF5fF0D3sW8zsHYuN2lkM81QBmaMxyyVDZCGmoqWlaERQx1YmZIxHLKGd&#10;5Cyj0hVI1E+x3BzXvI3BLa5McW2aTWo40NS2o8KLSg+0nh0Hdl3XeN33S024QaoH7dCqXc5OVIqS&#10;3AAfOvl1FMsyy6WVSh/K/W5P+JNuPYT7JrNvZeWnjjqqCrqapqySnaGvjqDPTBTLJNBPSSzU8yQS&#10;uVYpqK6luE4uJLvc1urVLyzmrbMtRQg1odJ4E1rg4OAwrx6GvNu2X2xW9zcaJUMZRSpjI0sxNA1Q&#10;GGpR21Gc9SvaG7M/jVFUTU2KbH11KJ5aY1MVUBJR3oZZk82mSZHkpqsJBIEIZi4ccBrmuzXG5u9q&#10;9pbo0bFtQY6dFFcqx9ULhVYDuAfUAStAfcmJY3Nl9RfNLBOFDBWU0fuAIoaEYzU449e9i1sU1tHQ&#10;4HA1MEFaqY6pebJg10lNPDKIcgiJUPZKT7c1jI8a6VMv9bEkn3sxSXF9eCR1nMigIMEFRoLEeZYr&#10;qXJOk8eoy5ue1uJ903KGTQvijTFUBlodJBGS2qhYGtAvXvYrxNt2lp6eiz8+Jjx8dTIulRD92y+O&#10;MSxQeGCSSqLCQD06mVgTazX9hFv3hJM0u3JN9Syg5PbUDBoSAB5mtAegZt+3bjuNwbiyjm8bSGNT&#10;RaUFCc0H+Xjnrg5cD0Dn/H6X/F+b2/r7UM2F6uzNJS0+y9OOrAsv338VeehMjNDZUhjrisiSu7Ar&#10;Z9LW402Ni2PcObrGSeffKyxUGjw1Bpnz0jhSoNRX7ehY1rvVmpfcRrFFwjK5pn+AUA9a5P5dM8VR&#10;k4pXNYImgL+gRKdYUX1av8fpb/Y++tsdR5qPOUUpzFLj6aokHmralWkp6SKOJ3eoEqFIkRQ59Wsg&#10;Fhq0+97rzft/0d0Y7KSSemEGCxrwpx/Kn2dNXt9C9pT6JzLGeABBNTSmM0/w9cp8zSxxSELI7pwI&#10;1/WzagAoB5+v1/w9o7uHNwpPjNi4ypXNqDStkIKRGaCWnXxRKRHRxyyI0zrI/pcAIhb1agWJtv3I&#10;WJ+pksT9TMxJXU2tAWBz2mlR9nA9SX7a8nqsN9zHfoID3CLUaFSctl+0mnADIJ66p6hniWd4zDrX&#10;VZvqp5+v4BA+vt1wOCzctElCtKKOiZ3WiovD4YKZoAFiqVdVOqJ9Z9ZN/wDD2bQ7lCWku5SBSq0/&#10;FQfOua8fhHSfmWTbbaZXgq0406mr3E+ePI166WeMl5CVLWHIIYnk8cD6+1vsnqqllkyVRXNpVmlm&#10;WWJHgpI2lGhokqHBjmkk0ABE59R/Frl+8c1m2SGK0GGbgeP5jy+09Fl/vs88NtFbW/cop8VTSlas&#10;vljGeB6ZMvuEUQhVdLTSPoMVizKLBlkdACyoykENYDke1HLt40kLrQ4qaEJMrI2jVkKhEK+aVIql&#10;z41JCxoHeI6mPpsAGQLuxmes9xqxwrRR6Co/b5inn6IxLBqR5pqvjzooJ8iRXPy0+nUWnybyyXeZ&#10;CLEEIQyKfrpJHAIBH+39rTGY9moopZmijaoqImigugqTFfUSykMs1RKEvyDouDYjgkd3c6bhkiyg&#10;Bqc0r8v6PQeW28a98KIEqvE5Oa0x6D/Y6i5LJ/aByB6I4CXk4AQkXDMSfyt/b5X7sXCuaONUq6ma&#10;OJKSmT9mNUFozLPIFfRDTKl3JGuQFVBJufYemth+mdFZGbIrQn51yBXyPU3cpe3Tbrax3d5WG1Wu&#10;o17j6UU+fp5eZx0UTeu7qda2qFK8UX28sqT1LukjuzFvJHErNZ2kICqvI/tH3CxuNq8m9RnMiI/N&#10;MqGRY4zBqhUsvjjjebVd5WXTqLab3uT6i+AlqdAP6zLpPGgHz9eBNfTHEHqaEO18qbSkcs3h7fbi&#10;pb4ia+lfX04g/KnRCuy9/wCa3nvPHdXdeKMluXMVwoYV809XjqSrqYPVWZSWlp6kU2Pxa6pKhWsw&#10;VGUEMAC3ZfJ18dPS4rAY2rpsnVmohHkVJUoQijyVclXAKijlhTUCHcqC1gbcXX7bZQkyzbncRmzX&#10;OlcavkAaNU/Z1JXKHvL7X2/L298x3O6LGbJa+E5CyysATRQzdyt5BQSWoOB6LPkf5bPyJ3J3rT0v&#10;c1dQ7468r6qirqHM7cjrFwFfTSVAd8RWQKtDX4mupzCQ6KSoju6S2KgJPdOGpsLt/Kzzs1ZVVdFk&#10;I5q5kVkqZUppJHVo9KfcLE8gLLYouqwFzcmf1ZvVuEVQsSRHt4kJQ4/MeXmOOOudnuh7tcw+6PO9&#10;nvl/M8ezi4UW8B+GKIEcG85DQVbiGNK462HuiOo9o9K7FxGw9q4/H0X8No4P4iKSBYjU1LRRpHK6&#10;rqeGmjjQrCpN7An6sbvWAiwG2Np4TGYFxFgoMVSnFXZWWSklpUqoZhe3rmikLkD6D/W9403m0PuW&#10;/XV/fRJHbo2lO3SCillSmBXtXV+dTx6+hnkDerZeSOXNwio0hs42c/Moqk/YKD+fXz2flNsLtfvr&#10;5xfIfMdiUD128v8ATJvnb+RioqKoiSGPbW5K7bNHQwwRxfuLS0WIijWQXaVU1fT2isnvEJI6q4BA&#10;YfqAJFvx/Qn2J13mw21RHZRR1HmwbiP2/wCCnUnLI0iRSWrakNMnOSP5j7OjVdZfEqCmoo5Hw129&#10;DeTxuy6wNRP63DWsSeP9f2543ctHTR0ktZV+eStmWGngoYxIxYgaV8xJjWXUwFubX59mG5t+/rSx&#10;tibWSaZtIqX0nUPhYRlQ1T291AK9xAz0zLvd3ZW15qSRSgJLsAAPLNRXQOOKE8Aa06Q3ZPxb3R2L&#10;kshhdo7fxeLptv0iZDNZveWVy+KoIKcTSmWSLBY0A1sISMsWnQ6kU6QfYT9111LuDZlfiEkXGZwv&#10;Fk8LFkZ0jMVTRS60SrkVHEArodcWrQdAfVbgET17T29ry1u1jLMqKzIY5l0ojSKwIBREJFEOV7iT&#10;wPxdLeS+etzfeqRxrLswejsoahOnGknhQ1rnzHVkf8tjoPJ/H/uLa+/aeZd0bdlxFRs/sSuwGEfH&#10;43M4zNwMhixNAxjSWPbeSSjnDLqmlWCRRIrNoYgNLvfJ4ypaOtwW4oK2IhHiTEZGeBiv+7Y6qlo5&#10;qOePWLB0fQf9b3lg9jtt3Giw3qFCeJrj5eX2VP7a9ZN2fNlh4Ku7UIUUyBXy62Uq7Zu3twUmqi3J&#10;g6mmmXUkn3sEUyhjrWOanqZFqInGqzI6hxyPr7RW+fk2NoLVRVBpoqmKGfT5snQyTvIsYaOKmxtJ&#10;LVVssxc6T5Y4EvwWWxvHHNXOPtdyPHJPzHzRAPDUt4UciPM5X/Q1iQtJqbgCyrGKEmQEU6auOetC&#10;lbe3Dn1rj9nr1zwfx22nWyQVNU5lpderww0dTE8g02djVSFVjRi5A0jlfZMMp2V2F3pnIaapqqmL&#10;b8EhjlhhpfAamGoc+OnAjaZopa6xSM+R2I1HUqgj3hJ7g/eQ5g5sN5sXKjnbuVSCJPCDeJOHNQsr&#10;amCAgCiE/FVh5UA287xd7rLGkrGW5ZtKJooAT6Dz+3owGB2ttrZdG8GIo4KNApkmlZ1MmmNWZpGJ&#10;uSEBP4Hs2NFi9r9L9c12587TUlBVwY8rDB5V+6rKtRKuOxVCqFElmLqqjwoL2Lkn3Ca7vbWNvd7h&#10;eJWML25+NlHatfxH14/PqYNj22x5F5W+t3WBRvEoepDVYk/2ePID8VOgJzO4sx2Dvml23t6Solw9&#10;PNBLWyLG6w4+kQRiqqap4wU1zG/jV7AsQPzyX34bYOq+QHzR2LNuuKatljyk288ygZzTUdPtSnOT&#10;29i5NEieOCHK09EHQi8jH1XUEewz7eKeZfcK1vdzRnghV7lguKeEv6QP9ES+ECPMVB49YK/ey9xL&#10;3lj2e9wuYhPTcprfwFNAR+uRASv9IRvJT0x8+hR7CEO0+tctQYWFaeL7KPEUsS3HhhydUtJWzK17&#10;+daKonkDfXUt/r72Zt+7UiqKTxp+6qi+jSbXKte3J1cE8+84uW94aKcucE0/Z18rnM+7TPuclyCR&#10;KHP7K1H+XpVbQIXE0qaQmmlpgVtpsRGLC3AHpI+nsqFTt+TD1UkZGqiaRpNEhKvGxFm0MLkE24vc&#10;f6w59zDFuEd7CpDETU4jo1g3iPcYkcGlyFpX148elZ7RLY6kxEslFT1SR0eeqnkpKcuh0ZAXaRaZ&#10;W0jTNAh/aP8AbHF/p7ZsUh22QgzFfGf4Wao1EEsErmmCaEnhjoVLfz7h4d1NATPaKA7KP9DGATTj&#10;QnDehz173h2Ni1XM0ArlVTQyyTyllKxsfs50LAWAs9YjMP8Agw9mV/c3C7XcQk0ZlQD1zpqfzbX+&#10;RHTnM16Tt9z4BOmUKARkgF1/58ND/pevezAbZGDSb+M5lRVmaVmxeNSbQs767ipqSP3FpluAqLZp&#10;W+pCjkEbjLfzxLbbadMQA1SUOFIGF8iTxLHAGB3dRPucl8oFjZpRUX9RyPKnwjyLHzPADrogkEA2&#10;vxcfj+p/23syWB363hiBlVEjghhihW0KRRxAIkUMC2jhgRR6UUBFFgPcYbhy2oeQ6SzkkseJYniS&#10;fM/M56CM0zQAq1SRXpvkx8TXKAB2JLSfR+fr676jf8+1uOxIYYyDOo49KqV4HFgf6kD2SHll3IIU&#10;/wA+i59ymaoVDjHUQYOm1B2VGN7m6n6n63Or2y1vZ4UHROo9LAXKXJvx+f6e10HKepu5DT7D0lH1&#10;kpOlG6mJjqdALIgt/Rf+Jv7SNZ2RNIT/AJSq/wDJIP0/1xf2dwcqotDo/wAPTq2m4yHrOKWIfRVH&#10;+w/437YZN9vIeJ7k/wC18E/k/wBPZknLqoAfD6dO13Z+Mt1nVFUWAH+29xv736ms03J5/WP9b8/6&#10;3t47LTgvVP3RPXVqbrlYH6i/vnHuVTcmQn8WCi9x+eR+fdDtZGdJ6afbJ61B66sB9APedc8shvc8&#10;fS5Avz/T8e6HbyBw6Ttt8i5Jz137mx5VXI9Q/wBbVf2xJZEA4PSZrWRScGnXvcr7yNiQSL2vqDfX&#10;/C59smAqB02Y5FyK9e90OfzbvkDBidw7Q6ox1eiyUOPg3Dl4o3jZxLkWqFpUkAJdb00IYX4KuPef&#10;f3Lvb6TdP6y8z3Fu3gqVgjehoW+JhXh20Wv+nA66s/3fXtJPuW0cwe4F5ZMySytbxE1oRGFLEeVA&#10;xofmM9e9mf8A5Sm+Ru3qPdtI0wmOFzlMy/QkCrp6oafTfj/Jr+4o++NtI2nn+wWNCvjWavT7TQf8&#10;dPUOffx5bHLPuNsFysej6m1fz46GT/oLrphcED/fc+7eUhhbSSBYJ+P6gjn/AG3vD1pHXz6wfjum&#10;pWvULS30sfeZKSEnVY3Nvz/rWJ/HuhnfpULmpGeuiCPr75mhUhjq/wBYcm/+tx70JyCMdPiYfn11&#10;7gtQeokixP1PPtQLgU6e8egqOPXvcWXEowN7H/WH+8fT26l4wx0+l0fyp1721z4ZLcKOQbAD2rjv&#10;TXJx0tt751wWIHXv8Px74UM+SxEnkoZ5ImQ30g+hgT9NJ9JIt+ffriO2vlCzICvRitwswoaDrDNT&#10;wVCFJo1dTfggXuR9R9OfYpYTeVHmo1x+cURVCrpSclIl1X9IuAo5ufYPvtjn29muNvJMX8OT0j3D&#10;bkuIxqyP9WOk/wDw+fFSCfGlhEzfvwn1AofqE5sG49wsjhTFVOgF4mF1cDgnjSVIH1v/ALx7U2t8&#10;skINe8HI6DK2HgvQGqnp+p65Z4tfCtf9P0NuebN+PYXx0BxWUy9PAAEmjjqghHAaWK0xF+OZIm/2&#10;B9itrkXlrYyO2VLL9tDUfsr0IKBoYC7cK/yNf8HUkOJEUg35I/H9f+N+wt+7Tz6tEVv474/zbz/w&#10;7x6fr/m9f4/r7FvhHw6aj/uL/LX0caXpw/DX86/4epVuP+QL/wDJ1/8Aevf/0mJ8npfSrW4LWuGt&#10;YE/Ucfj3JEhVyFKgMPTqOxZtp1Ctf9Xy625Y8IWjVmjZEJsS54PPIWyj6g8e4EuU1Ny/01Er/X/W&#10;/H19sEEtRTjptrSRRU8On2kwKKB+0bNaz/2VsOdVx9Df8e09WZJSTdm9XJGoOQdVwNIAYAH6i/A9&#10;uq5QFcU60Lc6FkpxJ6VtFiF0qQiEqoAYA2Potf6f6/uJNlGqKfTqOqAELpYaSLf4cgf4fX3bxVAB&#10;RiVHxV/ydejhVXpTJ6nQYRaerDiMAVAAla3qLgkkjj62P+PtLz5EamGo/kX/ADq4v+femuZQew0X&#10;pc1u60ovH+X29K6lxKhV9P8AT8f4/wCA/PuBJkQL+o8X5uOfbBmkdsnPW1t3J0kgj5dOyYuxB0IQ&#10;ebEH+n+FvbXUZG4IDG9/6/X/AHn3oMygAMSOlEduFP6ldPThBjVVgSovb+nA/wB4/r7hCqZ2uLsb&#10;WJ/JHHJ/HtppdHY56eVVXgKdTxTKotpAH+x/4p7n0aS1Eq6VLAsF0WJJc/T0ixP192R1c06eRK5P&#10;DqDWtHToxZo4xoYs8jBEUDknWf08f7z7GjamLhxaffVxc1YJ8aoLhVt6ASOTwfwD7MVCKBUZ6TXD&#10;j4FGT0WnsDOVm4GbEYuwx7MyTTOT+7of1n9tgUC2sP6+1XVS4uuaP7ump6kxsZ4xJGp0SMpVnF/o&#10;3r5/xA97GkV7R0mVZfI56QVDR7gxSM2NyFVSB1SnkME8kYliiOqON1WySKtiLkE2J59t38E27NL5&#10;jTBJCAoKO4b/ADnk9KliisW/IANvbR0BgKf6j/qx0nmuLqJgmoaTj14+oGR9p+3pRxbn3tS04pxW&#10;mWAOZGjanpyrsIhH6pBEszgD1G7H1f4ce5ke3sObaJJ0RBqKCe92HIZwysNQ/Fre7FqaQfh/y+XV&#10;BesCY2j1MfT/AIvppn3duUGTyUtFOZHjAL0tjCDe4i8bKLH/ABB5Ht7pMfjo1JHle6qbyS6vUQpJ&#10;FgtySPe1RdQVgddeA8/kOmHuLjU1XVVzxHD/AGeknls1n53YMtPHZmB8UOlgLrw2osCE0AcAe3YQ&#10;09uI9H1F9R1EccrclRb/AFvZiIEYomhkqDx/wcOP5dF8l/b6WeW7Tw1GSzAH7aU6SPnzHnZ9clYH&#10;a/hSm1KGZiSGaMIXAJ+jXsPfGQwwpb7mDTY3UnWxsPyVQhf9e3s0suWt9vSosdquZK+Yidh/vVAP&#10;8HUab57te33L4kG7c1WERXya4iU/kuot/wAZ6WGJ2TvPOzo9JtLPlpGBjq4aSq8EatYaVeSFYo4z&#10;9bFyL/T3Tn/NMyP3kXSGFiYP5s9u2uMcTs11iosRGhs0af5vzWFrgAnn31J/u2uUd72j3WuLndNt&#10;eB12+4I1UAPdDQ+dMfM8TnqKdl5/5S5/5t5o3flfdYrq2sdqhjd0yitNM7ABqipKxKWoOOeHR5+j&#10;9nZnaGEyMOapmpKmrqKciKQxtKy08JQSs0VROpVi5+tifdaO+MFLSbY+7EVQDHCjX0j8abX5S/19&#10;9rt9gfd9suLJSC/hH0b8JbAqp49b5W3SK43z6dpEyx9ehv8Ad+/xizcO5Pj51BkGq6kSN1/tymqG&#10;aKlCeago/wCGNHZqjXKfJRm7BeObjkW+YT3h9lOZbbnzmc7ZbQvbfW3GkeKqt2zMvBqD06DcX3ov&#10;b3213jfuSOa5LmK+sb+aMMkMkiaNZePToU4KPSteK9AHvHrzceRz1blMRT4iSCpkSRRVV0sE5dlL&#10;1DFFpJI7lhx6/wCnsX6qngXWUrJiDo1Wpldk03djYCwVkHpKkC/uIbv2l52iGv8AczHGQjxyH8gr&#10;A9SRsn3vPZDc9Ma83xxO1ABMksOfmzoAPz6T8eyN6whjPtyinKghJIcrTBbn0h9Im8r6AbldANh9&#10;feOlx+Kqo2qTWmeJlJlijmWLQQSD5EClgR+QTb2Db3lfddqkU7lt9xEC1O5Cor8yRT9lepl2b3J5&#10;Y5lTVse9WdwumtEmRyR9ikn/AIz0m8jU7sxDpQSYOSlkSTRBUS0spSp45EM8y+EozfS5HsIO2MDh&#10;8hh6WrxbVKZfbmRTO0skckyipNADJPQyshMpjrqYNEVUgOWAYMOCyiRRwOrAiSlQfP8A4qlen7vd&#10;5rPdNt3JHja2dlglrjTHKwEZGaUWQqTWp0lqeVBG63qs81XUU2Y8Zoayljjp4hCipEwjcqsdhchy&#10;LkNr+nsr+4svPiN2YuvpsrQQ47dlclJHT1Zo3kr/AD0gnb7ESyCWqmp8eYWdEZeAz3u491hl8K6j&#10;kVqISP8AeTQ5/LoTbzDa7lt0tnJAXeJajSRhqkVJpnIJPz6GWjVPtFQgaoFYf4B4y4a1yTbWDb8W&#10;9mK6Znmot2rBT1Pjq56CpV0kIXVk8VUUdo5HYFWNbSQxlr3BYk30tf3M/t9uLW28CJZq+JC1R5ao&#10;28/yAHWIHvby7b33KT3dxZd0M/EAkiN1YVPyVqE/aflRsyVS0VMZSQF+4hUMoOoQTsyhvrbXqH+t&#10;/h7Hjs/D32rXZvblMKav27LBnEHMy1+KgeOfMYp6ZpY40NRi0nRZCRodxYgC3uRub/qLjbZ7u1jP&#10;1Ns3jLX8QUgvH/tkBC8O48esSOQ4YLLmraIbqY/TzOIjTBSUEmOQHiND6S1agqCKdY6Suee1JUvq&#10;SZWhI0i93Uop/wBcNb2ldl7jr4cZTw0NSk9TiquKZIalpRHJjaiyxSU86Qzuksc7uVIimBRwGFhc&#10;BSVmu7ClvIlAqgBq0ETEFaUNdVCCpONPGvHrJX3F2WJNysOYktSIJ0Acrj9Rc0f/AEydpyDUGgOO&#10;krVY2jrZMjj6+ImlylPUOHCllFUQ0NdE8epQ5l1IyqCDw3PIsOvZWIocvhcbut40/i8WKgrI5ElY&#10;BpI1JliYnSZYvuEHqZVJJB/tG+ti2u3ueYNoluFWS5Gmh9K6qj+Qp+fQl9s+YLq6hudpjLfQSScD&#10;mlQpqDxHYxOPOlcY6J9sWvy2ztz53YilnwI3HUUawzRM2ihlZmo3j8l2jmVHN7MymPULAhSOs32H&#10;h8vQ7GpYFnp8vtjBwJlGnjR6aWhyYw/8KrIpfI2uCAiWNkdRplkIu3uXOVLI3G4c48rkFgYmcDz1&#10;AArQjz0sV4ef59Rt7B8nXvKPvP737C9yj7Zu16t5BGOOuN7hpFoaZYTLRgTqVMgdCt2vh33T1rt6&#10;WeAVMsM2QwdRHGWjmc0VHkIqqBmQErJOcXIwKaeCtrexm60qE3btvfWz521VDxVu49vRDxIjPTz1&#10;EWWpow5dw618PlQDl42upBb3NfJ3Mdve7HyhzPCvhSWc7WN2DpBqhZULChJGjga1JQE8DWZ+fLd+&#10;XOYuSOa7YgaXFvMwrr0sV8JzQUKgMytXiwrQUUip3vSI9V7+6S7WCRPhYanG9eb/AKh+Jo1rqGhq&#10;9q5KbT4Fngmw1TJTzk20zAr9YrEtO5a16apKSFkljRkdLiyugUMD+SQfeW+zwrPErxkNGcgj0OR/&#10;LrN3la+dtuidJBIlO0+oNf59WHdf4qCsxhlp1jejnlimpnAOp45i0msNyNAUgDjj29bH3HVT7W3h&#10;hoIoquGrhjpayKQzsYBkZ6dqSpgET6RKHxbr6vSoZiQwsBAnvrKNq5o5Iu4Yg1zGJB8wsjxAFcju&#10;qrDNRTyr1hJ95/ZYrb3f9k+eS+m8stxk0EEDseIRyI1QaqyuSRUHUFoQKgiwmIpaT+9VBM0lL/Ft&#10;t4/JRVA8Z8z7RyLZMR2fQpeKbIIxAsWQhQQTcumPov72dTCkguchi9uZCqhiKPoM+1s7UVExBOm0&#10;rYuolQqoJFwTwfZRtW42+wfeCuZrn9OwuLNULN8FZ445TpPkVd6HidIIrXPUkDdYuWvdaO/lkUWl&#10;3LGrVGaTQqo8wKeIoIPyb8ig5jLy9cfIA5Oo1SYTI9l7exmQnpwJ3p8b2VtDFY2mWaGCXikTdeGi&#10;naRnEaoJGN9OhiY1O4w1R4wupVPqjZg6alGocXBIFvz7zsj2usRLDrJ6aYOPiPHqy2DBItM5LKSw&#10;KgobOCRcENb02t9RY3/wv7FSir5p9qUMhdVXLbmxmKGv0qDNNTmTUQCVQI31H0HuNuaA1n++Gjrr&#10;hsHeo4gtVBTyxWvDj0DeYb8wW+6RA/DZSy/7wpP+Q9AvlqKCHfFbGkRapwuzclmEHN/KkFSsMjAa&#10;dRMrAn6Em/sVsflcxu3eNZRZh4YaqgwO78VQtTtoBoI67+J4R0eMKC0eNzSKzEXOj6+8J+Tbu1f2&#10;59wrIr4gbdIi2n/Q2kjLrq/0wcAU+fWA3tZbQ7Z7N85HbomFvNu8NwfMgkRpIR9rR/Pifyj9tzxb&#10;b/uTlNDSqm4OvYqnUA40zLmaWZ3QhUaY1VCrg2tdfpYkexB3gktBuzprKGRS9ZgaTEVTqS+qpw9a&#10;KU6nN2IME6fUkk+x3tNwl77H+4u2tMGeCyZhTyXwyppx/wB8k/YR69T37Pbwt/yNzPYlyTbzFlrx&#10;AkQGn5GpHzPRFMJSw1GyPmls43MWJ3hmt8Y6mn4j/hu+cGc2sNLDYXjNVjpXIIKh72+osLtfvGHA&#10;zYrE1EM0tZmJKKnov29ccFMsFNU1VRLJqUIkklVcXvcgD3htyXyjebrPuFtbhRHHGhL+a9oOTwBZ&#10;2U0pnyp0HL7YTzDLuO5i5VYYDK1DgsysyKnpgJj5Hok+0+op920m4tx4iamocZtyDOZXOStP/lWV&#10;yTZHIY/BYyCBVUqlJjcW6tp9OlifxwRH4hSZvcfb3ceWzFZU1GPrdw02Rw1NVwwwGiopd2YOkESy&#10;QCOSpTyq0zNIA4d2U8KPav2NmYb/AO4Es0muF2gUegH1K4Hyqo9eq/egjgsPaB4o4woMTIf+cTlf&#10;2aQPs/b1d/2uke0aL494SngjikpMzV4fQqahHS4rrTdDpGnI9TChCXIPJ9nx7R3RTbZ2ruaOWQSV&#10;OTzmXgp0MatLHT0mWzU87zOZSAJnqkQAItwpI4HvJ7kLkQ77zPPu9xGptBFRgfxUaU8Kfi1g1BHw&#10;jrFf2K5Xn5hseWrmWIG0t7dGY1wzskQRaU/AI2YkE5ahAPRUa7a1duj5HQNRPposHgMVNkZxUyES&#10;1OSxWGp6WJIjCVBWClnJsw08XuT7rw2fU/xnsvb1ZNUELSY3e2UrFfSqxx5HGx7fSoewCxxua4C4&#10;sFCte4IAjP3YjQe53KllApEcVtcTFB/w1TCG/bWnp8xjrLv3Rgng9t7nb7e3LXMtxbpGBxYpKspA&#10;H4vhNfy6PfVUsWJwteNCsqVWCpIZDq9Ro5JszLECCp1EQnk8mw/1/czvGeJaRsDSqBhpKNnWRR5B&#10;UfxSR4zLNqs6KVpyqoQUNz9Ta0uvf293yFvO2vMwuHRo1rTtEurVXHojIvprNamlI25P3DcU5ffc&#10;d5n138MsmpW4qIhQKaU+EEMfPB6n9eYqiFdUZZQPvKhoaV0LyvHHFBTJMwRHZtFQwqPWb2OkcDm4&#10;fZWhkzWIraKtyNZTs0cdZV1uNWBZ9OD8ZdYxUG0a1q4xEP6nRZyUBkUA46e5OyobzYtlbttbmZAz&#10;qOIidQ1CQaIyxHJB01LHAp0Uwb1Ps+7TXiQCR7fbncIWK1kmCotSP4fEegoKmgJFa9CPAywmOSJU&#10;VJa6mhSKUPrtVLKXCmMN642kbTcWso1EC7exc+DuEh3V37j2NZVSNRDfdVXVVFVNDU0FZNR09FTR&#10;RtIbFDXzqFYCSOeSnZZEkV5CAXyUpl5o3G4j0sqSXLMeOg6wKH5CpHrgGvQY+81efub2auP0Fjkk&#10;NlGA4qrqDrfChvwIamuoK1Vo2npAd0ZuXA7EydbTwQSSRz4hIo6iHz0xhFa8lUk0baD4ftoT5ACC&#10;E/SwIDC5bdlJjKPA0+KydBUVtLViWgy8c1LRTUFbT1kz0cq1mMqBZKFlqTJPpUoETklQUbIW1jfc&#10;Z7gSOkloVClCA2oFaEMaaWBGCtM14Ur1yliE8l/JNaTojodSEEqysp11SUGuugIXPz4ivQT7LyFd&#10;k696tKqmjp9EUlBS+QPPEkUQb010aGKeRGUKnk0t6r/j2SAdDxbX7g3N3DisjMMLuXZke2H21LVV&#10;EVLQ1EVXR1VNVY+M1yU1OzTTV0paKOl+2lnYojPJJKDnatggTmy/3wX85murMwNGrvpQK6urL3ED&#10;OvA05ZtOGYNIt7z9c7lyTtPJV9Zr9ZZ373Cz9jEqVdXEjaWOnKgV1NIuHYAZMRQ5aKqgFHOwFXHP&#10;bWhFiqE21MHbyLYWFyTb/H2D2zPiZsvritxmdoKne+5c1T/ctFVbmyuPzXhqsrXl6zIYymgp6Slw&#10;kDvGJpY6UwK7BpahqmcKVXcn8icucpXsV9az3NzcxeJpa4kEhQykFyg8NUTJLP4SJ4zEO4eRQ3Qo&#10;5k95uY+arK62ya2sLWzeissCSRArCh0xuasZAa6FEuujUjh8NaqXtcjdiryQKosCERxbi1gC7fj2&#10;ZLb+zsnWRxUQxk0lJjw4xzSy09NTQSU7I8UEskZqK1YqiV00v9vIAFZjqsR7HO573a2AkFr4aytH&#10;n+FqYAoBRSucAAAMKDqI765lWWS6S4USO3fQF3oficliFPbVaVALUyOoNbmcfRE+SrTX9PGFLShb&#10;Fma1xqAVTx/W3tdVe2OwsRiKCpTZG38lnZqmnV6P/SJkqPH02OElStROubHXtbJOaeCBHEBoEDjU&#10;iuSg1R5PzJulxBos4rRrjxAGRpHRACQDIG8MtUA106ONRXz6I4bTYby8nhff7mHb0BIf6JGYuoUq&#10;vhfXR6dVaa/GOimplYkqrNFuvFVTukNaxiUqLPRyrIGkClVCaiSGDX1XsPaGpNkbm3jS5JexMXFt&#10;v7uTKRTYfC5JcxSTbYq6CN4qHL1uTw5pjlXEk6zmiiiT9AjlOpwTFL64udqkF5IsIlGnSkmstG4o&#10;Y5dUa0J1GumpUUVJCF1ET224bTsFzaryxdNdxIqfqywmFxMHJcxCNwfDI0BBLUk1ZlI0MZtTmY4F&#10;LUMom1KsQ8sTrpk1yLN/bW49K2/pz/UWXe4uo6bsvamN2fWbj3HSUFBvba286Q0v20Vbj5Np5uk3&#10;BhcVRVlNRmppce2Sw8GuclqsDV+4rMCgY5o2y03IRDcZpFVLmCdWjKKwNvKkyLXT8OtFJ/FTAcdI&#10;9n5pk5Y3q53uDa7V7mWwuLY6gaFbhGSWQgtQt3Fgg0xlgD4dR0m58zHjp3yLxQKy07x6ljYalb0T&#10;O41hS7Fr/wBLj6WuPYPfK34fdn/IDNdY0VJ2PLtvYG16nK1G8duioyRqM87V23arHGgpoQ+NFdR0&#10;GPqYoKmqBakacsscgLJ7j3nvl489X2xx2+8NabLC5NyqswMtWjKFV/s/EUK4R3DaNZIU1NZF9oPd&#10;rlj2223my6m5XW55nvY0W3m0pSIBJlJkb+1Ca5I2eNT+oEALoe4N2G7CwlItUEjvU1LB0ZXjWJAp&#10;aNGnLP5Iy8h4Cgq3+Hs1XXvx96+62x+Vqtk7VoNvpkaiKry8BmyNVW11XFLOaSU19dUTTTQULV86&#10;xqrCOFXAiVFCgCXbU2rY5ZrPabZYfGYFitTXTqpqLEsaA0QE9qjSMAARtv8AzzzRzjNbJzFvEly0&#10;YYRgqihVNNRoiqCzBULMaliKk9B/uHscTZNMXPkPPDIHSKoi8LwUyso8kdRpVX8rkDT+Lg+1VQ9L&#10;7L7Hz2Mz289mbZ3FkdsxwfwSrz+3sbmpsNUrUGrgmoayqp62ahqElHGgJZrFrkIUQ8zR7Rrsrqbb&#10;4J7qJ2aNpFRmQkgkx6lLKfPUjA17jUqtFdtzfzHy/t93tuzb5eW1rc/GsU0iB6ilGVXCsKeRBoKg&#10;UBNQx7H7Wk2Ni4xQ5KSlFdLWPNHDkEhlrKcKqSsKRXp2LaQWLFyWAsLfT2NuGx6ZGfw7r2/QVdam&#10;IqMXMiRrXUMVLW09LDksZHU5GhhrZsfWmnjimidNFSsCtJGrKFUhvY4TaCS3fSGrWpBwTqK+SlfM&#10;HSvlX1ITvFkhk17bfTpbCUMpLMjVUtokCq5VGAYsuk9jM1CaliCuY3hQ47DVM+0s1UU8NTkYakyN&#10;emqZ5VY1cFYRQ1dRSzT08cmqOReY5i41m1/ZAvlD0d1H2Jl8vt37HCbPq8nLttclV7SiwmKzuZqO&#10;voZ6ja+NzE9NBBkJ8JtuFtdKjMBDNTxqimP0E0s+W+W9726LargrHul20dXi8NJmEQLRJIVUuwQq&#10;HRagJRclaqZz9teZObtgtrXe7h5r2xgE2hZzLJDGlySJigZigeYnS5KsG1Oa62LdGq6f3hmodqYu&#10;sqWr8s8yz1wnyENckaRZeoZ3nXXJUHzzVCkvaQ2LMTdnJ9g7XYrZ2yNu1GPweezmIwEOGptt4fAp&#10;Jjo8Ft+HGQTwQzbcpxiEmpsnVvM0zzzy1aPOFITTdTLq7ZByrZ3C297PBt62ywwwoE0Q6V01iCx6&#10;tbVqzuX7vi7Bp6H9tdbpvW4xXF3ZwNfGd5p5qyiSXWQ0kcuqQJo0qyBERCVYp3doAs0ozNTXLJPS&#10;0TsztMfFHOKh9cl3+7Ly6HiiZ9MYCKRfm559kh3LiKitosU0+Zn3DuDCVlWse+a9sft3P0eOq0iq&#10;aU0392cVipXMdXQ06ukM9JDI0SSTNMdIES7td315FZvPuTXO6W8xZLpgkM0auFZTWCNTUGOPVokU&#10;VQGRnBoJl2/cbO2lvILewS22qeOhtEJmiMi1BJ8aRzpKs5GuJ2JUhCo4iXBDodjJEItaKHQaioIA&#10;5TUzFf8AW+ntdS7wzWVwMOL/AIiixY96FsjjKkU0stX9vEk0OXbJReWtqzGILvFHCshnYMADwRCv&#10;OG5S2kVpd3BZUVNSNQsaAusviKWZgukFlARmIFKdBk7DtNrfNOlsdUquUkUlQpbDRhCAinNAxY0W&#10;tQeI9HSRRTPKYvTITdgDdCfqBquoQre/1P8Aj7Uub2tvygyFLuKk21uDI4AUtHS1m0pNxY+J6YVh&#10;asrtx47Hbgeiw09VLTMKcUi5ameF3kaXzaQkYiI5jm3O03Wx2yaXZgI45LU3CRkKau9wiTskRLL2&#10;U+pTQ7O0hdjpBbtW6csz2T7febxAl6GlIuEhfPhgIkLPCHlVUKl9RtpPFURiNYwC5b/vqdnFMKiM&#10;S2cpoDE+JGK+N9GsqvFrlb/4+1ZS74w9BkKbby5OjoM1NTVE0tBkMniDUeCWenMaNSCseunlP3DM&#10;v26Sqgjs5VtGsYx8z7Ul1a7clysF4I3kKvLFgGjgEGSrsQ+CiOqiNg5DMg6I7rly9aG53RrcvZh1&#10;0ukcmnAIZtYUIqr2hgzRtXKhkOpe2gkZdbJIyg3BXTY3+lvqSP8AXAPsScNuLGYy33UFXJNJLTyx&#10;vR+ExmlaSIPE6TyRAG3J1NyBqFvdNz5usIIX8didIBIFKGlBmvEZqa1oKny6Ds/Lu4XbGODw44Dg&#10;6zpp8yw4U9c59emiujM4Y+SIoAbh20EMPxqNwbe1pn6/B5Wiikglq5K+qhfG5KiNDVQuKSekFXap&#10;ZUAhliRreNrxyBnUG6PaHued52Tc0jkt7hWudJiZMqdLLqIytARUgk4+L+E9P8tbfvG33MsMqCO1&#10;RhJG+oEFgxFVFO4VFQxyppkBgAi6hmhqIzpplRTFUU07zx6PPDOyKQGTQoWQ88jkfX2DGTpcRjMr&#10;FQYCsEdVTUyGmikkZo49RkEVCmtCKesjRSI4SfJMCSit6wkebVulvBK8NrKDMq4GoFakA0FAakAH&#10;tqGb8AajDqQzHd3do11utuTE9atT4jQHX8WEJYDVTStO4glav+JyVTWQCWqWzCQi5XkqLepXW0bK&#10;xHFr+wmz+Yzk070rGZ/85ZQuqQW0hrq4lMQNyb62ufqWF7nX1m5PL4btqfUfhFCaV8qtpGK/EwI4&#10;Hz6020bRBGHWJVApQkkjy+QOfsH2eXS3orNEri/Krb/WIuP9j7DOpbI1s7x+dx47lUCxpoQAfrIQ&#10;apL35FgfZray3sx0LKQ448OHTUy2tuusIPDJ/n/m6eVA0jgfn8f4+1dt2mnqJ5oYru8lO6rrkkKu&#10;4VS0TBVIBKA/Q/UexFDHcSLpjP6tPPgfU/b9jdBHd5Y44menBusZN/wB/rD237pxWSoZlW7tHIru&#10;hEhUFQf0etfVdDxwObf63sP31ldRyU8NiPL7OjLY72yuopKirj/D1yj5uf6E/wC9ke2jEJ9y0nkI&#10;0BBdWYMCwFr3AH0tb/XHtRZWMkwfXH2KPPjX/N0cuFi70Ar11LwL/n/jY/4r7n6IhWQ1k8cR0sbj&#10;UCDCgIVFUFCpJsSR9bc39szRA3Edw6AuuP8AVTpQZx4EkSueGPt6xkEi1/8Ab2/4ge8e4oKjIiKf&#10;Hvo1JGTC7qQhkAFxGLOVH4BBPtncNse+jVreisR5sKfkKV/n0l2vczaOY7hGoDxHHrkgC8GxB+pI&#10;v+Px/h757TffO3twYz+DNWVFdLUwCmpqBJJpp5dY0xJDAkkjytfhAjM5Nhb2F32PcrS8VEi1kniv&#10;l0NX5h2y9sJG3SZVs1XJkIAUD8VWZQB+fTRm8Vi8xj62iyMMMlLPTyxSrIq6SkiFXuQAQbfn3b3s&#10;7KbwpNn4073IXNU9LPL4ImiX7aGaIyRUdZ9shhWViwVlXVEGIsdWpfcu7Ft1wI4kvCrXLNkj7fn5&#10;r5kcfLHWEvuNz3tV1f3dlysa2T0XxCBR/JmjBJIUkjSWAIzx6LZtroTZOE3XXZrC0fgpMjUUslVR&#10;B6gQVNfSaVSsEUpkUeJQV1Ah2uASQAAkn3k2WjlppjNFRkTOIKMtSjyOojJiMUkUgkKyFiwYGwuD&#10;fj3JB2NbRRJEoMpGSTU0+3qI5LJopBIVDShuLd1aHFQcHywRTypToyMdAkCjQDq4A1f4GwPAH9Pa&#10;MytdT1cVZj8Tkp6V62GaOnrKukSeeFZ4/GlbJqjliEyJIJNDsUcrYq1xrMlsrnwhJKmmQLSqEVVv&#10;OmqowaEVByPSo6UwRSQyxXF5ArxxuCyqNIYgjUuKUDUK14gGoIIB6nqrAAtawH4/xN/z7lUyzQyQ&#10;zGqNTDTYeKOWikpKeembNLPVvM9Hnv4hBqf7dvFJDUUqprEbLIrNIvsqL7g19ds+lbFkWi4Daqld&#10;RzUggLUY8tINCOtMYJUdEtgJXnJBBIbwmChapoIwzaw6OzEeIpjKhWXGS/P+p/4Lbi/HPsP87uPc&#10;CVdDSV8RWSumjlp8bRJLNBHNVxzU7wz5CmjlSpoqOaSLXP46eJVLM4sD7NLeVLUWuuL/ABuUAAKr&#10;sEIFDrKq+PEIqxCBVIP4TUd7Ls20TRzzWzBvC1I0jMikqrDuRGJCs4DhVV5CwAIoSB1yVUsGIF+T&#10;f/WPtVYOuyVBXEvG0klPAWIgLs11RamsaOqR3ieMtEChVENkBPJsqy8hiuoHMsiiIkUWmQeA1cKm&#10;taYGD0kvLKzubbX2+E7VFaHFSE7c0xUmtQScDHUeoSJ1IbkH8W/ItYi4+oPsUcHu+SnhaRZiI1Gu&#10;oLSWPkMqj9pW0mVkYclVJAuTf2Gr/ZEkdUZKueH5Zz6f4OiK72MPMY2jDSH4RpIXGR+WPKnyp0zV&#10;VKstjpGofpNubf4/i5HtXwV9PkUWaKWUuyNOamuqXdZNY9KIHb9qJ2VQFVFQO2qwJZiQvay2pZXX&#10;sqBRfKnn9vz40xwx0UyW81tIqSQjtAUhQBSmK/LB4ihoSOGOoBjlhuCW0NZWjiZlva41MuqxHP8A&#10;vHtLU+UpqyMTaK1Aqv5EqqSox8wdJ2jYPT10aVCIxFwWRCy2YDSQSbJAxUMFGluHrToRpFLBWLWh&#10;JpShBxSvkCPsIJ8+sUlOVW/9kngn6/T6/wBPfGryBcNpKxxw/o8LXjtIQGOpCCCzg35sTxbj2ogt&#10;qNQ5J9ejO2syTSTLkH/B1g0lTpBJJ/1XNuL8fT+nt6xeTM7wJJO7iRFpjGF/a0llF3I4QCNn5/qf&#10;Zfe2piViiCoatfn/AKh0SbjtwiDNDGAwbUT5+n+Troh0GoBQB+QDe/8AtyLc+3uvxeNkleOkVamm&#10;gCmMRhSSz+klzpDP6wb3PA9oILq5EcZnqsjcR6dEMd3cxppmUhussNTN4kaRXiZk1aW/UvI+nt1o&#10;dtqIfK7aFBHLFBDcAghF0qlo2Yi/5Iv7STbrqbSoqeGOI6TzXWrtIq3UabLAymKMa2NgVQG6+kG5&#10;u1ufr7WVHUVeLASBWV5FQffMqhiNAI8bX0RxrpsfqSD9D7Ip0ivMzGq/wjh+fz6I3RLkgsePkPL/&#10;AA9QKlEqmBqDeIG5hX0qCP8AV/Vj/tx7kVdXRVC+SqrIxK0V5qQOyIZ9V7fW8ms8pzcXHtqCGeMt&#10;HDD2AgBqcB0TzLcwyyJDGxQH4vTpzoobAeFFC/gkHUBb6A/0A/wPsB925YRVU5p5AzKft0jKOVg1&#10;MPHDqJlCNcg6iUFuAOSTIOz2QkiUTjtOag5NOJ8uhNtgLoniLgca8eP7OlTDTKyqGUMApDA/2r3v&#10;qsByPxa1vaP/AL4ZuWWipJXpad/LrlNOixeYCNhGJBTwxRk/tD+t/wA/Qezv9w2CR3UyqzVTAY1A&#10;NR6/b0bSxWQinnjLE6MVpSuK+Xz6kRUFKNZWIam0/Xkcavx9fz7V9PvMDweSqMtE9QNaTy+WaKNn&#10;dLwpUModiPpawFyT6b3Jp9iqWKxBbkA0IAFSB50FaeRzkcOgzNYxu8nhqPFFacBnPGgHHz65tRkI&#10;dKhTb6KpAv8An639qSrzkT+VaNpIYKoapJqdfA1TNGBqEiIz+FHYE2ub8G/49ldvt0qqguKNMopn&#10;gPs6MdsSSDwnnUGZRSh4D/Af59MdRQhyAyhmW4FwdI1G4f8AB1D/AHr3Fo90ZKKrhWqogtPZY40V&#10;XMkgFlgk0yWiILEFSQTa9/b820W0kMhhnrLk5OB6jGejOe2tLlGFuWLGvEilRxpQcOsBxMCxu3lL&#10;sqNdb2NgP7NlH1/N/Zi8NUiaIfezgRqNURZkKGNU+oTSf1fQfgX9xjfwqh/xdKt/l6IYoyraY/i+&#10;f2dAluqDSXkoYtLKHEiHVqEsjHSosQLaG5/x9yMlVxJWyKsq/ZhYXjMhiBJbyKVtYl3W9wNCgX+r&#10;cgM2sBaAF4/1qmo/1eX+z0LtujDwIzqNZ6B2bFTTUrslOzV+srxyIQGjk8jK+lNDEW/Xf6/4e26W&#10;rkMQSPygltIKoQGFzJIYwSQzMiEK301EXB9q1iAJJpjo2eNWVq8AOmjHUka1WuoMDLHMWaORtMgZ&#10;laOIs7q5ZfM6gj83/wAPeGWEJ44zFJJI7RmTyeQAgcKkdgApZuTe/wBPwOfd1lLFiHAUfZ/Polms&#10;zcau3hw6ELFbm+1SeY1cMVMh8OhdJQKoPBYAXsP6W9qyKpajobERL41JLeZVVVHC6mOpNSjk24t+&#10;fZRJGZ5yVBqemo9ldmrpB+Xn0gMjumnyWclSComkEjFYkWFi0r3P1AbUij6Dnn2j8luCMyMjl5yb&#10;kSxWCkFTpReTy4uPZ5bba6rUUFPI8elsGyyMRoIU+h4/4Ol9jI3SAVREUXjUKBIpL+VXAlYo5LAq&#10;DwbD6+3jbweqRXsYlKFjHwqIhNlRgPo9/wDb+yzd5orNGaT4fXzwOh7yzyrLcXkUdFdzQ/IAGlT9&#10;nRAPm58kcR1Rs7LStVSxOkkVNTyIyS1M9XURyreBJGsADZLAXuOLe1HUTKNKRN+QpIPPAsfqbW9w&#10;jzTzZ9SrWe3vRK93qaU+fz6yx5P5PNpCtxPAtFXC+fnn/N1qU99fICt3tX1NJBWVCw1mQnqq2RzZ&#10;G/cLCC8cgvTweYlyP1vq5soASO5N4YXbeoV1bRxOsCym8q1NUZbkAPE5VYEA+n59j3k/22g3ays7&#10;q52l5rtyGqS2gA5UCpIY+ZxTqDOfPdDmmDe77auXZ2gsYnMZIVasynJDEEhfLBBr59X4fy7f5RvU&#10;nZnTOy+1u9NlVu8d07ukpt0YvFZDMZWg2rh9s5OhgqcJD/DcfVUwy2UqaGRKiV5WaKDzLEqkqzEn&#10;m/dwU1UWyQrqjIVOVjjSllVmkQrWVEkMKCJDJEK2aV/GQ4YjWosdS3yi2CxNsgtXhSCCEioJC5FK&#10;AE0NOFAprX9nWPb31/dXcq3LMXB1OTkkoKlm1fEAAT28Kd2MdbRWxtoYTZe3sRtjb2GocBgsDj6X&#10;G47E4ymio6GhocfHHHTUdJTQJHFBRwJEAkagIP6e6tO5vkT1501vvLYLdFRUVW8cbjkrqimpIhN9&#10;qlQsdXT4ityVQKWhxWWq4yjR0snidhod2VDGSzzZ758hcm30u23pefcktldhEAQAO4I0jdiythlj&#10;DFmBFRUoeshuR/Z/nL3C5Ytty2WCOHZJ5iiu5CgspKtIIhV5Y1IbVKAUUii1Nar9baRp+n49gpgf&#10;5gdN2JunEbFr+r9yYrZOewmbq6usxm763G74qKvAVFVNSQ7VbAHENLPUy4rwtTR1cZkZ3Uy6EZZI&#10;Hj+8zt/Me9w7TLyxcWuyzQykyLdSR3XiRMzL4RhMRcnQFMaTKX1n9XQrK403L7plzydsl1zRZc7W&#10;c3MtpdwoiS2iSWSpPpDG4FwJQFTxQ4kaJwukME1MPD792aVVTt3YGx8DvzM4PdtfSV8sVPtXbeK2&#10;tnd27q3RXrt2tzUGOpKfHNWwYWSKOnBkrcrUCKSZHQrd0mebeYfchrG0t4ra3upIpI1oI43nkcNE&#10;ZNIVCx1Mikgysg7W1sDSuGtpZ7lzVzHu3L1luFhDNCGN1cSXMFtawL4wh8RmkVGlUMwHg2seoIVI&#10;YAeGnBmIIVbX4+t/oT/h/rH2CmZ+R26kmyWU3Dntm7LetC1FRs3CUlfn977dAomnqcDvSlx+G3Fn&#10;5Mhjo82jSikfGmmfRp8asyuh27e9sgsRuHMO5W0XhxI306SNLdQVSrJcWsCyu5VpI2cRrEykRhiN&#10;ZDD609mdhP01hs+zbhfpG5VLqVoreznDOFE1ozzQQIkvhMq+KtwJVDijhQy8gLfkn/XN/b1tHcSN&#10;QrnMZX7hytHm6ZKyGpy394JYPTIyREwbuqKzNQ5GJzLqQpCkcbAaASNUt7DbbVucUM+2yTttki64&#10;2kadTRhQjROwljNVJIKDjRs5JBzLssy3Em2bha2cFzbPpdYvADEkZFbRUhMdKUoXdiCQSoqvfvJR&#10;1lbQ1cVVT0/gMNTNPS1NU8lU0c01PUUz1ET5FqmUMsddKpNyD5pD+pifYtOy7Y9uIGrJoOsVOqjZ&#10;4E5XHHTTGOBatmtIru2lgmbWrIAypRAQGVgCECimqOPAA/s0HBQOve3fF7t3FSTeejy6PWy1aFC7&#10;RLekNVFLUxSRhAWZoFbx/UeUIXDKCra3HZbGeFUFpSJONa+mc/Z5+X8+tttG2qCGsituqEGnk1O3&#10;j5FgAfkTShoR0VB+v+3/AD7dM/msIT9xRYGnx1XOrtlaijjjihykszutfVzQxRxxVFXICv7zK0pt&#10;6iFtqLdo2WaDxozdVhZtSgnKmgAzxpQUpWlKUHW7S2uJ0VLrcvFt1C+GrHV4dB8AJYlU1EkKBTgc&#10;tUnpV0/kn/Xt/wAQB7DynxdTnM2kEEtPT0M7GQQzShVi8jGSRika6UD31cW9RP449jBriHbLGSRo&#10;y0qr5efRzue8fu7a3eRJGuUFMZqPIZz/AD65exqkpYsPSfwzGzOZPFaSVPuDTrHIQZBSSMHDI5/U&#10;5UBbkDnn2AY5mvp2u7pOytQDSvDFaeg4flWvUTQ3R3K7bcL6DsBqAdOr07/T5Cuanr3uOMLNV6ai&#10;tr4gaeGSSmjRDEYkmm8kjLI0euTzOjBibk/61vbwvYo6xW9sxqQCcZoKD7KCn+boWWG+xQHwrXbH&#10;CNQE4IIAoOGCB5Yx/Lro/wDEj/eTb3FlxkeSmogrVqVNPVai661pXUsJG1MqRmzCM6je1vbouWgS&#10;csV8Nl4eeOHn88dCe3vZojOQsZSQDBHcOOABStPL0/PrHJZFZr8H9X5/r9PYz02dqcJRLip5zJSm&#10;MxzQUoas/TUyv4UaaNYoBP5NMguQ4ANzYewLNtsV/cfWxALLqqNWDUgZw1SRxFQaHyHTRsBdOkqg&#10;LKBjUKGtKA4occQCcEfLpkkpoqiZZVRWYN6SwP1YW5C2H59rzZ+1EqJKrclXj6MLkf3DIRpmk8cK&#10;QJE0S+OJooVjsDYhPYZ3jcI7d2sraUi4UUY+tPU5Pn69LXu5ooIbD6hh4Q8ifPjxrX7TU9JLcGbW&#10;Jlx1JNItQraZY1C2U2+v0vp5/wBt747yz1bVbmw+2dt4OslpKiOVKuCiSN5pSi0ojWWRmWGho6dp&#10;X1kpMj3Urd7WD0LXO3NDc3bK8bAmtaBcgVNSKcfPPp0p23Zdrk2u73fdLxI50PaZGog+KmOJJ0gD&#10;IFT1jwwqMfjqiryFdCrgsQ7klEVr6SENmcg/gH2YaPGbe2ntiirJsND9/Ksbt55tTY931VGiSpqW&#10;L0Rkme7mIAu49Z1MfYXa73Ddd0niW9b6Ra8BTUOFaCmrAFNVacaY6A0001/ePBDMTGK+VdVM1Gml&#10;RQVFagcegjhn3LuLctbF/FX/AIPReV0IiEP3g8nikaGEKxntoGgtfSvPJF/Yf1MFbI8mQqKpaQRt&#10;JEoiYiOcuuommiZ2efQwuGayhAb8WYiWB4kRLaKMs1OJyF/01KU9Kca+fl1cIH/TTIqDUmvD7KU+&#10;zoUYJ6WmjjoqaKR38YYNKyyNDyVJqCoS3qQ2A559sy5NcRF9/WGarmkLRYugU+OZ41d2SaoqJYyI&#10;VZZELWDEm9lPA903a6S3jVIowZDSp4CvpWuOH+TqTuS+UW3d45NGiHi7nIrUdqjFSTgAmlckgCoC&#10;rs3eLQiXCYlrzJAWytSIy6IWkjH2USiRCZCp+hN+RzYG6gwWGqKinOWrBEpq/wB2rqJFcRsmnyLS&#10;4+OVrCK5/NgbgAk8+ykTNGMsGuJKEgVFAMAGtaU/zk9Tq9zY7ZbyK2pLO3VQPM186+p/ZTqsftLf&#10;8+Q3bRdfbQvmt35FZ48XgaGeHy0jT1q485jcVaqO+JpEncFndLhEdwthb2qXydNURKKaF6eKkhJc&#10;yujvM7FGMssYQeEAxgKlzpA+rfX36OzlRi0soZ5H8sADNACePH4uB4gDh1jz7k88nfYYrW1jaKxj&#10;LYPxMeALZ/YOjQ/En4m5npPJ7q3Xv3dmP3xvbfeQoZ6cYvGPj8Ts7F0aVhgwWHNVJLXZCpM+Rnaq&#10;r5VgFWWXTTwqmn2na7JTz/awUjxrJlqyWggViEBaJaQPJUs0n6C9Wv8AUqPr/UGsNokRmknBKQxh&#10;29fx4XyrRRTGeHmOoGuLO4umsY4T3TOUBPkQV/kCVJp5DqwRaygwcWYyFYk2nBYSPOV8qAM70jLk&#10;ZHp47aCahUxxOkWDHj83AZ7rmeqmrGLSNh8XA1LG8qMqmmpVZ6qqKh5dC1k/kl0Es13Ckmw9iCyW&#10;2tdvMl0AJpFLycMY4E4wi9uKA0PkTUH77fJJvUW22jlkgpFHwqWqASKAVLvU19D0oNvUM8ONNXko&#10;EgyuTkOQykcbCYxzNpWno3cArK+Oo4o6fUtgzRlhYm/sMMFlhmNoRYvKwUk0dHtmrhfG+EmCKihp&#10;nhxVPVU8jFjNHjBAsmokeZSbfj3Alnc2+8bo8Sokm1xxyMAgIjAWOkdanUThVNe2p86nrsD7x82c&#10;1e1f3VeTLC63iW25q3N9vs9aEB9EhDz5oKAQxuCQNQ1VBrQimjpf42bPzv8AMZ7S7Wx22YZdr0W5&#10;91b6iq6tJZ0qN4SLTwVuSgcqgbTvPJVVXSkWBjC2JXj2iMLuHF5CteGGneupKdERZGrhSxxK4RIX&#10;aZkDyM6/6kHVe4+nuKYt72iPcJ/rdva5tyMAP4ag+uohtRHoB1015e2ncbzZNvtba7VL6NFarUJK&#10;KvzxWua9AF2v1rurbGPnzs+Vi2/lctmK+t+2o9vDO5LIy1LzPUUlJj46laSlhLm7SyOqxkBWsT7a&#10;uy++Nj9d4qnlfLCI46dqeKuw1HT1sUFQgHkpXlqWSRJ7sbnlmAtb2I7jnu22Wwi3DbpFWFG0iRE1&#10;acVKVcalDHBoO/7OkA2qbdZjYX9w/imIsyuxAJJoGUIwwONO6hFaqc9JD47fBzuHszPbi3ZurblJ&#10;SYjd8a1Vbjd9V+Rw2Uqccn3lNhstFjcJHUUDUTUrXWIsp/e5IOk+wD7F+XPxj3Ls3J1+33zeK3Wu&#10;jXUZSrjDs+iKaU0+OinSkmjndyA7aTHyNBvcGdt7v7M1hPultctHuUbnsk1B2YgEuqKVQhvy4fsK&#10;uQeWvcfZOY4Y+aN1tJ+VdTkRQQ0alWCapZAGUqAtcNq/iFOj29MfDr5Mdcb9xMG5927Dz3XNKhLY&#10;vERPH44kSWCKGTK5LEjLCopwEZRpk1n6vx7qH3/8id4Z+srqXGZ+upcPJPeGOKOClmljuVVpTDLI&#10;wfSQDYkgXF7ewHvXv3z3uSTQW/MM0Ni+NCgJwNaNQk4pw1HPWQMiWWoG1Ulvn/mqR+VT9p49WqYf&#10;amDxEUJpsbTpUrFGHnKmSXWECtplkHkAve309hjtbC5Tembio49VVUzOJameonkMcMAZpJ6mcu/E&#10;arclr3vb/Ae4rN9vXMN54KzvJK5LOxyAvEs5pgD1869W+qigAlnmAQY4D/IB6/b0oJZEhTU5YrbS&#10;F+pY/wBASbkn/E+7Q+tNlbb2Nso53cRxsWJwVMc5VV0sDRsHpYnMlVeUKXrZbBYlUFhwFBLWIo22&#10;e423bntb+eE2aSawVWhJHAljRmPkKjAwOpg5S2DarGFObtzjcFU1oHrVacHocUJ+H7RWvRXuy94Z&#10;bKZ+Hau1PuWy2QY4cJHNG0DCcDWZSiPGuPov85MxJDBSPxyRjvTt6q7OzS5CV6mj23SOp2dt6YiB&#10;qOniYKMzkooeWrq4wMyKzt40t+ANQN3fd5NzcPIzCAE6FP4a8ccKn149AHmvmmbfL57jWy2y1VVP&#10;4QeIOaVPn/KnQydc7AoNiYOKkQpVZerCVGaygLM1bWHWxETMiMlHCZGESBVFiSRcn2cz+UZRY6n+&#10;TdfXzNfx7RzNPA8xkjAr8pIlQHbVI7eVo8c1izM2hSCSLBZD9mpSOYNwCMavZuvlX4kkP/GYz1zt&#10;+/8A3V2PYuaG3egbcIGb5opIcf8AGlI+fTZ3BSzVu1Y6eBXkYZbHzSxx2DPCkjxkXseDJMt/8Pew&#10;3lciJ9dlJCKVN2Um92H6OSOF+vvMe0t2jA8j18226ySTXUxY51f5+l9jadKemiVRpJiRSBwLRqEH&#10;+N7D2mxtOgzVLXZCqiRaWhgeaZm1gARxs5UlePUEP0twfZm+83FjLBaxOfGkYAfmaft/1U6W8u2M&#10;lzO1XPhKRX7cfLh6/wCHrHk8xHQSUdMT/lFfN4oARdLjSGvyGv6vZGczlaT76jiqKOeUNk6iTHqo&#10;LvAqs5hnJF9LoptcW+vuZp1hjbb0mj1yuV/2jhDVvlgkV49S3ZWThb97K6VYRGA1Se4fwYpUH59P&#10;YvYX+thf/X/Pvka+TG1KZFBIIWp6qkqGS00iQ1kbRNK1PdQWp5CsgUldWki4ufay9tnubOSKGQLd&#10;ChUtwqKEfaKjzxStSOIZS3W7gaykYeLqVlqaCqMG014gMAVPpWuadd+5mzcfuGmqTX5vLNl5akRy&#10;RVMIC0rRfWOSjQIojgeHSVvZrckA+wVtNnultHdndr0SSk0oO1QRiiqKADgPP59JOZ7vaZU+k2yx&#10;8BI6qVbL14EOamrA1rTHp172M1Pm2p4wNZJQC5BQf7C7Akke3pbBZW1acHqM5dsWVixTB697x1G6&#10;5TceX6/gslx+bcD/AA97i2dKV8PpyHYY8N4fXvbHPuGaS/7vH/B0vf8A23sxTbI0p+mOjSLaIUH9&#10;lnr3tukzcxJJlb/W+v8AvZ+vtUu3oBQIKdKk2yLhox173h/j8i3/AHSB/Uf8j9ufu5TQBB07+6VI&#10;po697zxbhk4IcsdSi9geDcHk/Q+232xa/D5dNNs68CgA697cU3DKbfusbWvb6nj6nn+vtK+2JT4e&#10;kj7OoJGjHXvbpT7gY2HkNz+Pz/vftHJtymo09IJtoUD4Ove32nzr3B8n4HHPH+v6vaCXb1oe3oql&#10;2pBUFOve3kZ91RjqJNj9GVv9e97gXHAP9SPZa+3AjSBknpAu1L4idgpqGP8AV+3r3vTy+c/YNZ25&#10;8te7Nw0k0lXisZur+6eKdV9CUOz6Kk24EjIZ10PVY2Vx/wAH5/p77EfdT2Ucu+zeyxXASOW4nnla&#10;nEuX01J/0qKPy6+jT7rXKNn7c/d79sNmuYxFuU9h9XKKmpe7d7g14Z0yKpHyp173dR/JKFZSdQdq&#10;5OpLLFV77oMVAbrpP8PwoqZQAAOQcoL/AI5/2+EP35YkufdOz0SAom3xrQeWS/8AMOP2dczv7zl7&#10;Z/cbkWxtaF49rklP2STaV/lEf5/l73ehT5T0rdiSbg3/ANtxz7wcltM54dcxFcoc9cStwbAX/r7f&#10;qatVgNXPFrf1Fv8AX9l80BFSOHSiOYGnrXrC8THn+g/4r7doZlcgC9rcD+lh/sT7ROhWnz6XJICV&#10;PWEqV+v598g6m9yp5+nN/wDW+v4968sHpSDU9cfeTShFyLD8W+v+8396qw4Hq4cAU8+uJYhgP62/&#10;3v3HmgXg2+l7c/737cSQ+vV1kpxPXL20T0oIJC/1vz+PayKUigr0pjmoFAbr3tlqKMI2tRZuSDx+&#10;eP6WuPa+ObUNJOOjaK5NAhNR8+uiob68j+n49qbBbvFlxmWfWFOinqLqdJ40q5Fi2oi1zzf2Tbhs&#10;hBe7sl0jzHl07NZmQ6418+m+ak0t5Irqo+qi2n+vIsD+PaT3nkKbD02SzM8hBMa0tJGli80o1FtA&#10;1hiFacL/AMGHs32OCW9mtrGMAgHU3yBxn5YJ+zryQNK0NsoGrLH5A9v+EHqXSEyAWtw3q/2DWNv9&#10;h7JX/fbjy/df5P8AxP762tPN9nq+z/i3j/V/D/4lz5baft/XfTz7k/xrPT4lV8Pw6cD/AGerRrpW&#10;ujX+LhTu1ac9SP8A1ckr4fgDxtOnz0+N8fhV/j8Ly/352/Lp10j/AB/Tp/2H/Fff/9MFjmmubWu1&#10;xckX+n1/1/6e5Ik0Culu6nQYaJSe3h1ujw4JbKrrex1XUGw5uPqB9D7hVGXIA9dr3+v+w/1INvr7&#10;LnnkJp5jpsqAaDp8pcHFcFkPFvoD/jcfX6+2SoyLN+pwbggENb68A3tcD/Ye2/FcNUcet0BFD0oI&#10;MZGiFQpCm17g/wCB+nHPttOVdJNZdWVTbgACwAF/pct7fUjj02sKBixHTh/Clkj0qpFjq1HgK1hz&#10;+TcWHvFUzrJ+5C6rrBbQTa7ccjg8n3p5CDqXHTnWWkgMX7ckZcgDVKouPr9WvosB/rH20ySygabX&#10;YsSeVt9P8SPevELrqA7iadbHHp2ijiLCxDW/ABuePxwPp/r+4MkwVj5HVii6gEYMb/7wPe1OO456&#10;8cmlOpKxn6opQ3td1Kg2t+Rq/wCK+3LGU09ZLpgXTG0gFgT/AE5ubf8AE+25D4rR6VOB05QjPTdk&#10;ainx8MklRIsYQfWw4P4Fr3/3j2KmFx1NRKKh1DSxlyt9dzeyNawIPHswtIiEL6TQ9bPcunz6BzdG&#10;Xqsg/wBpHpWCVbvzGpNk1oZfVdFZQAP6+3ybPUlOoEsqRk20p5AjlWBYAfUhWA/1/bkrKFIqK9Jp&#10;IQpGgZPHpMUm1qyrlUx0pk9LMWFO0y2Fvow4BPtL1m9MXTEu81zZm/bNyrLci7W9RtfgXJP+x9sm&#10;UKBQ9eCN5dLii2NXThFFOkZOgEStosCVW5FmAAYj3ho97CdiaekydSNcba/t3RebEFWk0avr7vA3&#10;iMwCkjzx/qqfsr6dJb0xQW73E0iqEWtSR8JNGoOOM8QPlXrPU7BC6VnqMdDq1aC1WpYMpKknQj2I&#10;b6c/7b2JuCkydfEs01LUUUJKHVVWjMkcr6SyJcuwjIBNgePci8se2/MXMymW0tDBakDvl1IOFeAG&#10;o/tH29Yse6f3qva32u1291vP1m6UYeBa6ZXDAAhZM6UrXgxDY4dNcfUGUy5b7Y0wp3bS81YZVi0n&#10;jyRxtFrmK/UWFv8AHn2oxVyRg/b09RVsSbFV8cbuRclb3ZgpP9oA+5s2P2U2e1hik3m4mubkAdqH&#10;QgPnQ5cg/M5869YI8/8A38eed2mntuTLK32zb9eHmAnlK0pTS36af0QAdPCvSwwvx72tToj5+WfM&#10;zqqq0UUs1BRsFHCsIX+4kVfpYuF/ooHAgzwbwyREdNGkSHkRKHaYW+msiN34/wBpIv7krb+TNk2r&#10;Q22cv26SD8TIHb7dRBNesWuZffTnLmgyNzRz3uFzGT8HieHEB5gKjIv7QehVwmxtpbb0tgtu4jGy&#10;gafNDSI1QRe5BqZNU7f4Xb3Pj6t7EzgDIa4XHBSMwi5AH6pPp/tvYjG271Jq8G4kRT6YH7SOokm5&#10;+5Ws3Z5mR3rUktqb+XHpVk2/1v63H/Eke66/md8dd15btHpTFZVZZrUG6q+QS1DO4DT4yEMNAFgT&#10;T24495W/dWtrzY9w5y3q+vSDHZKhbUQ9JJgTT4a6hHTiK58j1mF92/3i2Hb+R/cu+sQIy0tpGO2g&#10;OJSeP29d/X2Hu9/iRXVOy6uNqazGkkKt5ZyRdbgEm3AS3+x95K8se4LPvUP1G5yCSXxF1FuFSeNS&#10;ccfzPDz6F3LP3g7aLmW3lE4xIv8AD8x6+o697PB8Gfjtms58b9jCSOnlfFy7hwkkUtTUI6rjNy5a&#10;FUZVQ2KxlTz/AFHvBz3p5cjj9y+byrxGF72VlqxqFZ2ZBw4KGIHWMv3ofdyz2/3m5qWEORcC3mBV&#10;QR320RPEjiT/AC66LKLXYC/IuRz/AK3s5R+Ou46KNVhpNKgcLDVsylRwAFkKk8f4e4yi22SHEUkd&#10;AfJs/lXrHJ/dexnYmbUK/wAS0/wVHXQdT9Df/WBPtjr+o8xjmaSfHOhW9jJTMUAXk/uKAx/2B9qp&#10;tt+rDCYhoz5MAR+yvRvtXuckcqybburwy14xyGNv9X7evEBxYi4/xuPYUbj66q5Hlq/sKJ1iR3qV&#10;uyeQDWSZQCJom0Nc3MiAL9Qtx7jDmP2m5U3QT3cG2rBeKMtGCox/Eta8M9oPDrKrkf733uVstmdl&#10;vOa7i+26UKoS5VZSqKBQRyHuwRUVYeQ0k8Gg4LHBkkggWmeNw6CC6RBlBAPiFo78/W1/dcXZXWVF&#10;U7YzM1fSHJR9fbsNfUUH3U8tRSwUakYHKYAwN5JnONrNZIsH8CyX1R6hhXvG2SbffXtkVIkt5WQg&#10;8aJwOK4pSh8/s67we13OdjzxylyfzIspddxsI5anB8RkBkDCpKsJNQYZ0sCDw6iy5OOmzdLjaiIr&#10;97TM1DUgBvK8LB6lagg/tCJvHo/1RcD+vsReus+KGp2lvKnqGqIK6nhhyqywyRPLU1WOggosg8LA&#10;yxVUsMghmFg50C5ul/Yp5Xv57G4tL6KQE5Vh64ov7AAv5DoNe4vKcW+7Ru2zBAtQGWma9wLfnjB8&#10;uomUpTNFXUZVE0pHPSSc/tiOTyNEOOVDhWB5+rfSwue7E1MeZxNKKhnRMnRVFHWKgKATrGhkjYWF&#10;oilUupbfpuwuPeQe2Xf7wsLaS4GXTS3pg8DTyIJAP+Drm/zdtL8s8xXkEMTDwZleMNWpXUQH9DR1&#10;1cf4a8TRL01R6JAHV/C4NOB+p1EqoWAIF9LfX8eyu4eOo21ubAUmQ0wo5q9vyzDlUZAsdNVLpspj&#10;dooWY6hpKMpsbAx3Ay2jW1pM/doaI+pZKEf8ZoB9mQOswmtouaeS92tElYl1juEwMg/qKpp5g618&#10;8Hj075GoMtLX1ePCz1VI1PkCpJjDKElWphVyCAy07SX+tmIPs4YgOS2VXUDt55YKSRIJQbCRAEkO&#10;gFQwNoyjgkkX9nuzXa7Xv21XT18JZc0+TAedPn1EfthuQt+Y4rRpB4KyH8q4Ff2g9FS7OgXGbwwm&#10;56eLwJWVlJ98ZBzFMB9sqsxJL+iZTf6WB9h9t3BUe48dRt9vfIzYfKbWWQNJ5JFoqudqNAiyFdcF&#10;TXwsLAElfyPrOqPFtXOm2XluSssoEYbjWrFF/wB5LoR9hrToy54vpeRvfXY99tpCtvcGBnAwrqwK&#10;OD6k6aVwM1JHQiffyUux98JLIkiYLJ0W56YFVYxRSU+PzFYkiuNBjqFgq05upWQ3t+En1r2Rm9v9&#10;n5BaysmmixmU29mo3KqD/djctGaPNY+Qh2ZXoszS1LIT+mCkC3uACTctbhLsHPXuh7cy27NYbnb+&#10;PaDGJFiaVKHUCNUiumKkgmoqF6y33rYrLfeUZLWSNDOQ0QJJI8SORjE5FCD2haEHiegD7/6Yw3ZH&#10;Ref25T42ljqc3tXceEp3IlmK7q2xKa7ZOWLSLp0zimWBihJlkrRcNdmC874x8OOzVTlKJTHj8kv3&#10;VINQsqyxxN4jYtcJfg3N+febP3f+bhzdynbLcAjcrZzDKrYOpPhbBPxKRngSDStD0OPafdy+xRbX&#10;O4N1B2E+oBIFPPFKGoGf29Iz4MbsyO6us8Tic9MKjc+13qMLnpQBqqpMfUTQw1zPZNclXCokYaVt&#10;qBHDX94PjnUQ1tZu+KReHocNMqHTpeSCrr/Cr3KkAmQg/wCv7Af3s4VsIeTdwSSkollp5Ds8J1HE&#10;GpJNPU0HWPH3yYybDkm9i/tEvJFBP4aoGqOPAio6Mv2tHJRZDbni0/vUW5KWYjWSIJFwckkiALct&#10;F4Qwvb9PsVeuDFjMfuDGkBjtrsrcWNCSFSIsTnxQqw5TyCKoip5jfVa9iPp7jrnBbiKDkPmssyeP&#10;t8DZrVXXTExpVshIaEcDgeZIIue7n6225B5hEhD3Wy28jH+KSIM32agWVafLojPcmIqstu+4hUf3&#10;26M2hk6eoAldJN17BzOWhhqhDLF4/ucfNX0KrdTq1eqwX3WtvvG1O2N3ZnDkGOTG5iqpkD6gWpoa&#10;mSOJvweaYIRfghh9fr76Icn71BzDynsm8WcqutxaxMxAoCxTu8uOvUCPl1mjs18u57PY36uG8WGN&#10;zT+JlqfzBLV/Lq1zr7cNNvLY+1ty07RyR7h25hsq7wkPGs9ZRR1MkbMpKLNFNPIjqCdLLb8exhwr&#10;tVbe6/oi3jFdv6nUP6bKIf4E4JsFsQJyeB+D7gv3F3FrfmPnG3lcCBOWyR9ryuGr9qrQdAnnK4MG&#10;3c0XbCvh7XIafYkx/wAnQT5ZhDv/ALEmQProeqqCWPSdN2qavdERAYXsS1GPYx7E3BSbl7UnnoIa&#10;ilpqXPdh7RdKtWhDTbcw2Kpp3ptV9dPJUUrMGH1YMCARb3gr7dS7jtXL3vULmcta3252k8Y/hCW8&#10;cRH2dxA+da06xC9vLHwPZvftrMVLme2t7oGo7xPcOyMaHGBQD0p516QnyYmXE7Fpq6dEYY3IdXZE&#10;OoH7bf3vqIqx5GYrdPFWKATxc829jJuSAZrE7Fr4leSo27vSCmcWIKUebpqd9UduHArsdcni3Nr/&#10;AE9ivlzmiHb+SeftpvVeU3m2Sount0EorAcCaF9fp3Y4Z6FPsxPJaXHMVg8gRJ7UMPkysSdXy0un&#10;Cua/mTrOZCLam9+46AukVD2L0jk6yEj1Rz5HYlVV0McdTIWtGRi9zIV4UHSeL6W95e08sMe/3lQ6&#10;68ZTVNPTxwyB5JfsFqJ4Ui8klmkeOCPgsPX6eDa4t5TtNt5V9teY7+8dEuprOSUtq80R/DoWIqQF&#10;XHE1FBXHQ45OsRJbXKqDWc66nhVyGav+2r0HXxc2+mU24MfRxzSDdNTjchPLPCY4VOZFLHUmTww2&#10;iijq6moudHEShzxf2Wf4S0eSw2Ty9JmEilzNfBsaJq2i8L0sr1uXrsvWVKyJJVQOrPgowwRj45Hs&#10;LaecVPYW4jjn3xZ7fVLcTWi186Bp5i3GlO0D7fKmegp966M3Pt/L4L0hHjOwPmAgQcK5GvUPkOPl&#10;1ZB8h5I67cvV8kbhaHAPv/MSpMkkMqZKhwuL2/RQxq/jeOU0+5pXF7I0dwb34Fv5QZh8bm81jVOl&#10;KeuulOxWwkqqQzoSQWPMtifr/sffTD25tlTYRfpTxDC5r5ElnVR/vRz8v2dBj7tm3Ivtzy7cOlJH&#10;iatK0qJGGK0wBjh5HpO9N4qmzGer9xLGzmrhEBmK6dFHQtFSpTqi2Uaoi5FgPUpB4C2JZtzJV9Pl&#10;t5V8C6Wg2XicIJInb7kTbizdPV1KlbNZTSUBACAWYg3ufeF+7Tybj94Xm2W/ceBZ2kSGhaisxR3U&#10;Zp3MhFdINM9T1zDawXE3LNpOOxbl5v8AnHGR/JpBX5V+wmKzlHDPT4CimdQh3LVZRiQdLRYagq41&#10;Gq3Ma2Vm+n6f9a6tnymd3vmKmiz1RQUFLTZSvpsbV07NY4PD0zRxpUROJKZpFpoHiQk31sWvcKFM&#10;9gvN53rd7+03lxFbvfSeEwIIaCFSoLIV0N2kopY8BUUelMcPdnbrXlDYtstth8TxtyvIUlUUJLTz&#10;Aytk8GZ6+vy6cNo46hxFI70RkmZsHTV0kMg1aKyoR3mCMTfVIwHpIAC29onIS0+Qx1FXJVRRZCKO&#10;nyENFKqRNPT5Womx8ss/iqHhFGlDGZQlmZ38dxdfca8/8yjcOYNkktjRobSa47gPxI6aWCsaAdzA&#10;asgkH06LrHbZ5N85imDM+3rdW9kNPDUjwTOq6tJLa8enHNOlormkengWEOJFqpHlW5CJSouhFJAu&#10;WdgBe11B/wBiY3+X3HiaLu/e9ZTO2PlqNuO7ZurmeneCtp66hqaCmSJJpNMEy5R5UC+M3kDOddj7&#10;CPtDGJeZd5eNDOHgoa1LaWZTipOCrauOA1KHzIPvcwXM3tzy/azoWjF7UxjgwMblmPn+EA/Lh0Bv&#10;yMnyVP1/Qmlx8uXeTNUNPW4yljM0lTQz0daKlgt1OmIRgnkf4e7vBhqXdOMb7l3r5VmhlNRQVqwy&#10;qsTxSOXMbio0s8HkYB9TICAG1Ffc8zXku03AKgxwU+Ej/UPl1y2urSXbroIVMcbKwoeFCCD5HJUk&#10;Cop9mCCYUXacmzshG60746ggo5RPRZDHzFzMsU8tOKZmT7c6o30GylA36mUIW99z9cYsUSLkJ4oo&#10;oyjPA8krTiP+yscFMsCRSWHHAC/T8e3E5pujKTaqWJHGgpWvqa/4OikRUleRULE1bGfyzXP7R06Q&#10;fJnM1+QWiwODqauWoREgqo6aiWjeoYKLtPO8oWJNWllC6gfobe+OFpdjUUAhwmHXIRyxVogrZZI1&#10;jqGWR4ZNPgTymGVywLOxb6+nn3W9n368dp769ZNJFVA4eny4cKDpLfRyCZUmkCuhBIK1ORXzIH7M&#10;dKqrm7mzP+WZzdceGiNRTAYrHUkqz0lLMFsDLUzRxfdIUU2RNAtyfeStp3rKeePFGjw0hfUauko8&#10;QJ4lVkk8CrmaXJ0kguAGSojcgG/pYAhhhRQJ55mZsAgmoPmRQYNKitKZPSVbuC3kpLAZf6LGWmfO&#10;qNGwI4jupXBBBPSjoKOvWop5ctWZjKPZotFVW1/im8p8TTwy4+bG1MMjar6vILWtY3uIVbUZWvEC&#10;yU1MgjZZBHCYDSx3LftqgjgZB4l+gVWN+ADx7XWsVlbq6xyNwIFQa4xw+38vtGeiqZYFklKMck8c&#10;EHzrU8QcHNMdLzD0GOxMMy05qLem5mM7SsPqxaaVpXJDE+pmZvySfr7empMZUSrNUUERgClZF/aO&#10;prJwwkDRqEcC4U3FxwPygFxMqtFDcHxAAeHka0/wH9nRRGGg1KJQXrX1/wAFf9Qx1nqa7LLA9NSV&#10;citqDrqPkj8ZLakRtGoObj8WP9feDxYzFVE1VBTIlTVwwQT1ESqHZI1qDSxTWT9xI2qJCASwTyNa&#10;+pr3Vbi6ChyKLw/y9PmSadEhmlrGlSBmg+zJ40HkOuBXJZCkQSMRDT/7rJX1PcauF1Nquf6W9vP8&#10;Q+4hjnWVU0/tRvYAGYPMTrGmML4mFubE2+t+SkFusUjqFJqan7Ol1tbr2j8J6DjIUjU1XJEYGnS5&#10;mlVFYxtEXCspLIf1L/tJ+vtvn3FgaMrFl8nFQyIVvqqYmhmPh9QjCN9wjuCCVB1fQ2II9vCxv3Uy&#10;W9vVTgVxTPqcU6PbWxuJUH01qXWtOB/w8BX5npMVu2d41sNVW4HGLXqf+A6fbeN4BeyrM73pnj9X&#10;FwpIB+ntu2/8gevVzb7ewNVlMtVD79clHII44qOloUp0+5eomlMX2kfmVHdrAPIigFgVIP3NFkvW&#10;srq6hWdDUhBUAjuYseFB6ipJ4cRUTy8kbpHYC/3BEhtyVCdxqWfgowzaiAzALwAqQF6CbsX409u7&#10;txJyGTrNt4OsjWlkw608MtXLNWTu6TJPBEsUkTRekqI5ZF4YXVWJBd9/d6UO1c3uKu29PUjJVSST&#10;wNmd47mymEooA3nlmptu124avB45GiACJSUMJP8AZXkkl7XEFlJO1r4jSkDUzyyMnn3CNmNFpSgS&#10;nnx4KP8AauXW3jbtst75E+jj7f07a3SVzQUQzLEJDpZat4sjYHDGpzF7B+OUk+BwlBuhqWaCFYnr&#10;hQbb25i8jXaKSSmSGszlHh4NwVwiaRh5J6uSQg2YsAdRTs92nSmTJ9j7pfHIa2jqKfFZB6VqWrH3&#10;VlmrJI61oqeipWgRgslRpmVTf0hhaQeTNsi264j593/w44PDIiqCjnI7iCV8NKDhKNVCDmoqNGs5&#10;5IIOS9nM5RJlaZNR06lqQO0M7MPMJ21xnPRrMHsvH4elo8VRieOhoTTaaJ5neHTSi0Gq6ktYi9vd&#10;ckHzK2H23vfKbKwUuYoKygoskwkzuNFPjWhwqlK6OGeOqE8NQtOjtEHSNJAnpLAqGpY+8PLHOu/3&#10;GxWZmjuUhkasqURhFUyAOpqG0qxUEAvQKKswUznc+03MnJ3Lltvd5FFLbSPGpEThpAZaBSyacirA&#10;Eiuni1ACQvKagjphZQvNydKhRySbBeQBz7COr+S21F3vndoZmKr2/VYDIVGNqJq6aifDVRgnpIYa&#10;inydFV1Qginkr08fmWNTYkkfT2DLnnfl2PmLctluoXhmgkMb6ypjahADBwe0MGFNdMDJr2gQQ+3u&#10;+nZNu3u0dJ7S4RXRYlcOpauGQoKlQuSmocKVGepoRRwAP9sP+Ke+Vf2/jtsZGLMUe4GkpJXilmSW&#10;pjqad4hJPRtT0ZpZ4o4FppwiSyskirHEFYKdbgg3zmDa7G5+osdwrExD0Y6lI1U0owdRlqKxaoBU&#10;VUHVVZY8r7juVsbWe11OquAQNLDSq5IFTppwBpWqle2inzoHUqf98fZ68F3D1X2311l6fETy5Y7p&#10;qKDK5Opw2dyOPzb5dEo2SudqPJU+fwlUr0NOkZjMAaONAmpS7GTrPm3lrmLlu+gs3ci8mjldhNIJ&#10;C4CkM1JUkR9KJpClVIBCgAdRGOWuZOSuY9u/ekIiexDxxiSBTH4ZLVWrq0UgJZjJlqmpJUmgS1Ri&#10;KsZGOrhlg0opQLLEXCRsrho1H0dXdyTe3JPsMN2UsOcOLpa3JT1eDw9JSRDEZuSfK5ObcFDMj0m4&#10;MhlK6pkhNQKZWWRxTR1JZ2LzMGYAh3Zzu628cl8823xKKpKWmkMyvqEjuzN3KFCNoRJDQBpNLFQM&#10;NtvxY/US21jHFezBm8SPREngvGw8JFVRQ54O7IRhY1oG6eqeJolYkIJW4JVdCaTydKc259i/s/dz&#10;5iqxb09VC9bSVRoqulcEQGqjtDHXUYd45YIhLB6gUvp9QupBNLiY7hLC0VyPqEYrIlO12Wo1xmgN&#10;BTuA1AYFQcdBfdoTYQ3iSgi1kTUGGCFNDoYcGycGuCCDnpqq8YjpMhTyK4bUSCCVP1jNrmxH19jv&#10;kN718cdar00NOKyDQ1VeDIJVmRCrTPQTxRyRvKp02Ja/9oEal9kcweTxGljUoQSCe4UPnpNAMeX7&#10;adBKyVB9PJFK76WBA+Agg4GsVJP2cPLpGjZeNlKMUZ/HKZEjLumhvIWAjdG1Ag/Q8H6e0OmSoI6Y&#10;1OOxuJfcMmOWDK5XEY+mxdZk44zINFVBFDRn7ZJIg2gu6qAQlrD3u0jtLBNVlZQ/XNGEdo0CM4Jr&#10;30IwaUpU0GAcVJ7eTX90ZY7q9n/dKyt4ccrFwnA4Yli1DktpUnA8unynxjQTMsk1S9M0rGKnnlkl&#10;WNdKhghkkkK6rc2/w9pasE081dJUtHClRCjx09PTOaylmMbPUCqqkqjT1EbkroSOniEek/quCoqs&#10;biJ3lkuAiAgUVVAKt+IE1NV4hQApGKls1KbqS5ZIVWRzoJqSwKsKihUaAw4fidulFAsaABV0hbKo&#10;H0AHAHP4A9hvMtJQVshZpGcIWvdgsmrg6gwADL+R7PbS2txOk6sCFBp+fHq7fVXNvRqcR/L8unEG&#10;4v7mYvKVFP8AbwUsBSpFWpjeJtXkV7sQrLqU+n6/09iC1J0xRpEAxkBr5efSa72uOcs08lUK5+0d&#10;dMLiw/r7bc7nzWV0lOKvRURARrEwEgBJZrairAfusfoD+PaWU6pngWUCYcafzH+HpTtm0x2sSSCM&#10;eE3nmpxx4dcgpsOPoPr+OB74Y3GPJFpKOJpdAWRJgG1SMw0yyliFAZSb8cH6e1CWgCuUTTKRSow3&#10;7fT5U6MZrhkJUMBHQg/MDOP29cS6gEn8Ej/be3CLZWbJWRYL6WKpoqmaF1AI03jeGRllH00sLjm/&#10;snbZrgOXeJWiBoQDVG44qM/y6Sy7jbuW/VKsfkaj5+ny4+fXAVMa3Or8f778gX9iNsrozd2dq4jR&#10;IX0RF5KmeQrTRKx/W0xURRLYGw1DV9B/T23Fs24JJqSUoCeJ/wCKOflx+XRNvXO3LOyWzTX8w1DF&#10;Ae4keY/2Om2rzVNAQrm5YqFjAUliw/oHI9P1N7ezl9Z9V4PrtpsrkKinyW5IEkP3ieRIMaJC0dTF&#10;SQSmOWxT0M5CSOt7ALw4zs9s0xwsYg1zJTUx8/8AS+h+f+oY4c+e4t5zR/utsY2h2XVUqeMtOBfj&#10;550g0r59M080uSWNVi8cJfWUNwxH6QDYMA1h/W3PtZ1W8IMhNU00iStD5dA8k5jjWNQWUukZWN0k&#10;1kjhbgg259im32V4VSVCNQHlnP8Aq/4vqKLi3mi0yRtR6Bh+dcfyr/LjUB3p6COnQBebG403PP8A&#10;rnm3sJc3UifKzpDBJSUmlRcEaGJCsSQAAt73/AP+tz7GljGEs4/EdXmrWhNKUPQj29K2SVcPIasR&#10;w4Ek8aeh4V8hxIBcVHpFyB/gfrx/hb22ZGSwLUhWA08Bih1RmRJVWDSjSRxzJKPNNbyNxrRdP0Pt&#10;+2jkaqvRnJqT8/8AYxTpZbQAilyusu2okGhr6ZU+VKcPOvXILf6Ef7z/AMU9uGOyNT9l43CSF0RR&#10;GHHrjKhmYmTWx1KDqS5A+l/bNxap46sK1Hn88j/D59Onbo3l8RUIUev8uuMiqfpwRxz/AIH/AGPt&#10;S47E4OtxyP4ngrvuS06FFp6NtQLCcss6KtU6rpDFDpIvq9k09zfWtzJ4YX6ciuMuTQccZ+Zrn06a&#10;kfc4J2BfXBpFPWv+r59QnmkjNl0sv0VRy+q/NxwOf9f3FzWHq6WSEYzTNSsSWkVpHdi2pmUF4gzI&#10;qp9VP5/2yqxvoZg5uarMPX/i/Po72i7hnWRryq3NQPyzTrGs0bE+RtLD6g3FuTzx+PbeKP0wpOsy&#10;ap7BVYyRxXRmsSC1iXBHJ/HtUZwH1RsD/l6EcLqC5RgagAdYJZ2B9JUqL6fryv1BFx/T2vsXL/DI&#10;RIsx/cvTqqlixWNRIo0q6/Rm59h29X6pzG6/P/V+zokvLI3bPHTtArn5k/5umWad5mKlW0rc3IAB&#10;/H9b/T29SU8+S/zERMkxjWR1sy2HpVpNXrP9PqefaASRWoOphgfn0UiBLPWZKaVFfxHh6AAn+XUb&#10;7yGIESSAAj0KAzMzXHpAVWNzf/W9smZWSgjdHSZSi2MciqHYgrdBr9TEEjgji/sxsWFy6sCKH9n8&#10;ujewuFmYMCAp/Z1JpYlqWV1ZWQ3KyerQQA3IuAbG39PbbjZ64wo6GSNC5kREKpIrBCFW4UDgm5+v&#10;tTdQW2sqQpI8/LpRdrFIMsK9Z5Y6dWAdFchQNXIH1PH1+nsWdrVihUFarrJTsX8jOrXCKSsTRlAx&#10;d3C+rVx7Bm8QHUfAAMZxT0Pr+Qr0C93sgfEaGhqKf5emLIMxLiA6RMtmUD0iQ3Osfk2APsYqpKer&#10;WBPEY4FVGkVXLR/qXRrvpslr2Ivqb6j2B4WlhaU66vXFeI+z/Vw6CbApG2oZ4U8+kVSPNSyyOZPL&#10;IWZYzICGCixcAAEalJv/AK3+2956mtoY4Fp4I31RFeHJKs1tCsCLqmj+nA/w90jtp2l8SQ6gfTiP&#10;8HRfbWU5udRpoP2/5unBqqV1aaqZWcLqshudA+g5C8+0XWY376pMZtdiPNZdIYhgwVWaysCR7PYL&#10;kQxE6a06EQsU8M049ZKfcgooWeThF/JUEIPoCeb3B9pvMbfxFR5vGaenyE89PDJDM6x09VPU1a01&#10;NBAxkKComqJEULa7O40hr+zC13e5tBGZ3pag4bFRXOR/l6TPaXqCsUReMBiNNWICjUzMBwUZJJ4D&#10;PDpU4vcDuiS1YVqUhnE4KAxoqGYvKuoEIqfQi4AHNvYeZDbn8KifcuTWIrTUDSQYqLzNKfUQFemh&#10;LkI0ZBAYAnUGItb2I7Xdxeldrsw1XcanxTPzr/gr0QTXF3IP3baMQrtUnyAPH8+lvT1MU2lImDq6&#10;qxZeVKvcrZvofofp7COqr4q7Iy/dlaSNZEq5I4EWnRSLlCixFVSOOnhDaGCsQpIBNgRtHB9FaJ4I&#10;10GmpI/OtfOp4io+fQhsLK4to41twHk+EZyaUqKcdWrhQU+fU3Wq3UG2kAXN9JHAIB/tEXsbXsfY&#10;sQtJPioY4Fggejp54o6qSeRzVOGD6JVMjPdHJt6rkc+oc+wbKVhu5DIzsJGyAvw/Zjz/AGD5dI5h&#10;NbXbw3KvV8spUmmaDIqOPz9Dw6bj4/Ibh+QuoCNzZWfRq1AeMgf4E+8Ue5FmpKeepcyVwllQeNBE&#10;gRGGgaAhkb94sb3Btzwfook2po5ZYo1AtyAfzP8AsdLobNoZWWOghIr51r+zrHJTK90HEbfUG4P+&#10;8H/H+vtdYHeFVLKKeQyAyMiM/wBYpNSqyU9xf0uGAv8AQLc39h7c9lhjTxEFaD/LSvSlrbwyHpk1&#10;P86dJPMYSnKORqW6MNQVmI+o4UXJv/sfYpLVJWKBUwLLGyI7DUpWZbao2fSzaWJPIIuPYSaEwlmh&#10;koQT0IrKCTSGEtB8ui95tPsNQpZ5Fl8jIrOhUxPfmRA3LXBtz/T2rY6jx00bkrCQVU3I0otmLANc&#10;gpZfr/X2TtHrmK6CadLFtg0oDKadAZVySNkJoacTTiVnlZjGNbNcLwoLX5b8e4VXuiNv2obPrbiU&#10;KuvRHZfUwJsL/Qn6e3bfaGHczUPp0rtdqSJvEYeXz65R7Yr5kZpJGQRLrMDelIyebktpLSWP0W49&#10;ts2UqJksrGzG1iSxPPB4XjTe4/x9rEtYY2o3RpHZIagA9Y4cbS0Esjyy65fE5B1AW0Asw5K8n8e5&#10;WL2/PWy+aXUItV38g+q/Q203F+fbF7uaWyFVbo4stpDSKAtf+LHQE94fKHAdcbcyCJWr9zDCwiWI&#10;LdWj/cZ7ltWlQpP0tYf63tfosVBClNAQvp8TFf0sGHI5+g5594/c983xzE20E4KK3d51I40pWvp/&#10;gx1kd7e8jOtbi6tzrajKDilCKenHB/PrVJ+cvy6ru2tyVAhyr1WKo62XxFZIpI6id0lUTIUdkaGm&#10;8h8ZFrOWYX4uG3Z2912Htioy2kffVBlpcYkuhoxUCN/JUOrMEdaZF1AE2JIH9R7c9l+RDz/zIPro&#10;WO0WxDyjhqYtRI6ivE1LUrQCh+LoRe53NQ5V2q3sdruT+9LnC6D3Imk6n4EjFVGM1+XQifyc/gjB&#10;85/kZUVvZWPq6jpHq2ih3TvtLPSw7kyVS3222NkxzwrKIo83WQSzVpRkkNDSSKrxPLG4pm7E7P3P&#10;uHchhbN1qRjQ9RKsyQpJHNIVnhDv65p3JuoQn08++jFpt0FpdwbdYUgtlIq1FCmmCuplwafDpY9Y&#10;52+3Wa2r3NzD40rHGsF2qc6jTNB5g0zjr6DGGwuOwOPpcXiqOlx9BRRJBS0dFAlNTQQxosccMUKH&#10;QkcUaBVAsABYeyT/ACvzne+d2zjcV1zjMplcK9Zja6tGGU5bdEOTxVe1XQV+PWmo8lLj5cZPj6Wo&#10;jqaeSGbyqF1NqAEIfeOt/cDcts2+x5N2Azba/huwhiWa6EkUheOUaEkKeHRWDI0bhqnUQdIl32Ls&#10;vbLbt7vN05wvYbbc1SVI2kbwYDG8YWRH1OokEgYoY3Vkp88h2916777A+SWX3RSZPtHbWaot6VLY&#10;8027c11k8eZy9RhkeipckbYCSgyO44I2iiNalJJWvEIRI7OsTe8K9+m9y4Nys/6x8v3MG6MYhHLJ&#10;YmJ5GjGhXzDoacakTxgjSBNClq6CuVnLvK/tBZ7HcW3JW82svLqrIHtotxVoohMdbxf2wkS3Yq7i&#10;FpBAhDBECF1PQAH092e9DdYbhwu2etOzOwdz5Xa+9tm7G3rv/IbI/wBEuzt173g6qxmVo6GVdo5r&#10;sqjym09jZvM/ctLWRVirkSHeQqWkOiSNp5b5l2yy2Hfd+3WW03O0sLi4a3FnE13FaJIi/oSXOpIJ&#10;HLRvIpKynVI5o1dOFvujzrs267pzlyZyvs6bhy5uW4WlhHdfvS7t7NtylR3AuIbBo7q8hj0aYng1&#10;QKwVQaKVPFrfRhwf9j9Ofpb2cLLdi/J/sTCt2L1/urrCkoDt/E7/ANsfHelxD5jfOU63yVRjsEUr&#10;t70lTLg8fv3P1OUf/ce1BU0lKlTC7xRzRx6hJb82853U8W8bTf2zM4S5i28Rnx3thpY67nUyLK4N&#10;VVo5FjLIzCqN1AFhyX7J8qXrcpc17Lu0l4bqSyuN9eZIrKPcIzJKStnJGJnsoPDzOs8MrmOXS5hk&#10;enC0YZQATc/UAWFufV9CL+0x0V8bd0b5ytb3F3fs/YG3Mv8AxeTK7G2tt/D5LBVmEMVTMWzm5oZK&#10;qibN5OsmHkpvv6WSqRQsymLX4wPORtrvt23E83c98t7dHufjCW1hht5YmhYsxMs2t1EspY9rTxGV&#10;NOo6C5QGXuV7ubHy9t8Ht77ZcxbrebaYFiu7m4ljnEysihYrbSrNFEi1SQQSrGxLx9/hljkdtIBs&#10;Tc/j2azM7Vho3d6WTH1ilQZFvF5Fkka8playnVPKx4FuRY/195GbbuhkTRIro9ScYr/q49QxtU5u&#10;iC4kRwKU1HAHACoJx8804knrH5gPqrD/AH3+w9hnuOoo8YTFUUH78cWjxq4kRI31MqGMuFijuSfq&#10;eT7GG1xT3VWjn/SJwaUr/hr9vUi7Rs11cUaOYeH86DP+X7esqsGFxf8A2PsF4K9Hq/JChpyb+kiz&#10;hTYEBTx+fY8e3bwG1uWHQg3OzeGBlZyw/wAueu/YowVslXHBRwCOpWRNOh4UljLLGXcnyKeYxc8C&#10;9z9fYQmt0QvNLih/y0HUdvSAyXDyBdJHr54Hl172jqyV6DIppVoHQW1IVQlF/ICKQg549ncCLcWm&#10;KMny/wBnoRBI7mwUv+oD172vKPMZLImlo6KZ5jKPFZlV4ykcZ1Eo+ppCLHjT7Ds9ha2wnnuIQADX&#10;jQ/7H7egRc2FparNdTIFCmoAJ1VrQU8hx41697EfF0axNAc4tUZJgAn7iLGlMkDkM7ao2hRXisEQ&#10;O9yONN29hK/vNJZLCmkE14YPrnj8zj/D1u1rIkrWMgohFfWrZxjJzUt8PzrjrE5N7C3BB/33+Pvl&#10;kM3g8Jio8vj6jVTL93JXVNA0lfMaah1T1kECQiaonlkEGhUjGtpLKByPYb3HePBtmuZ5BLbqa1Uq&#10;woqs7Uoe5qIQqLUkmlPSReWdi3K7vJLW6hYXR0aFfs7mJAY1oVA41NBTNaA0gTanOlgbEgcfi/1Y&#10;/wCA9r/B4aTdVIufrStDRzQCeJ3qX81TKHQJi/tpodasnjE3lWQi1uPqvtm63OOxaK0tNTkkGhWl&#10;AylvENcg0IXSRXUKGnHpBc3zbdeT2ETO8qPppQUXH9oWrkEdlPI8KjPTfVVQo9NPEGd1Ys2gAqiO&#10;eCxJBGpTYW/J9iJUTvHQ08DVdbRRQpGi0+N8cLpCrHVGjvFIQZ+CxZbgcj2HJbYTyTOp7y1dR4k/&#10;6vTq1lLWeQi3RmIOXrSpFBSla0OQPPpJzU1O00tQIKZpHuweeLWwP1APNiAf9h7EzbdPSUdTrxsB&#10;83jCzTSStPMsrKpZXmc+l3+puNR+pv7De5vNND4dzLgGgHy/4roN7xcTTxkTzDQThaaRjBoBXpL5&#10;DzzxaaqVTHrukSReJQRe7Ki6hyP8fbpn8jTwQU6zySVMi1QYxJIDCz2kkRnJRbxREi7kEhVsvJN0&#10;e3W7vLKYl0qV4+eaf4R/h6LLKIyvIIowqEDJrXiM8D1zx9JKxd1vFG6BI2awYA2Cm39T+P8AH2n6&#10;Z6jJp/GsguiP/NYyhsqukIBckrGoXVNJy35B4PPswlWGzrY2ooeLsM1J9K/L7OpF2Hlr66ZQ0dbN&#10;ctxoxpw+zh0G/YXYFDs+J9v4qfVmahY5p6yyFKfyS+NaiVme8ckfjNgVA4PtY0ez4ayhiqclGtTV&#10;fdRVpVkISlLFTElLpKvEtOFAPIDEc3BIIcuNxKTrFX9MHH2jh0fbzvl5ZyrFszeHBEug+etfOvHj&#10;T9vRc8Ru/GvnamlyTEQ5GmqoWnkq3NTLO7mWcyySuyr94Ln03Ia34B9vmTihjo44/JG8MCKIYkSw&#10;jCKAOFNrrqYDiw/1zcNWXifUNKQwdq1qcVPy/wBnop3nnK/3jb7PbXgSOGIsag5YmgBJpwxkcOkr&#10;0l8b9qda9p787Gx1RmcjuHfUkbVU2XrTW0mOpUnMslHh0SOJY4Kh443Z5BLO5VAZAiJGA7ySzmiq&#10;PtEAIglqJFc6SkUYu8rXFtKgi9rnn2KLV4hPCJzgmgp5k+X29Rnu1tc3EU3gJqZUZz8gKV6sCweU&#10;xlDUUcmSqBF9xXUOLpbRyu0tbXSCCmplEaNeSWS9vwAL+2zF0qx0FNWZuT7Mr/GIqWCMRvWVKV8N&#10;JTR1QhYgingWKYgyWVpAmn0liL3kxluZ4Nvj1oTHqJrpGglitfUkjhWgrU1ABDM257ftO0RS3Z/x&#10;tfEEQ86vGAGORgZ/bgdPOQp6/J7ircfhoS9G/wDdeqyFfLJPHSUceGyNZWS4iKJVAkrqu0IdAF0R&#10;M5lYP4lZg3Xj4cztbOYjBSRYxJaUUtNLVTWQNVOYkEkkYLyvJGJCUsbBT+LEtXUF1PDNBNIDdXCO&#10;pamBqU1JGMCoA9aitKk9RFy/uMW1837TzFe2r3Nja3SSSIKAuqksUqcDUBpr8/Ph0JqsRGlO7iOo&#10;kik/zd2CMoXW6a+SsZlFr/1HsLdpbWTbOKyNSsiV1S0sOPnriS6SvGrzTQ+AgB6OSE6UjQLfx+q9&#10;rMQbLslvsVtcW0QVn8Spfv1SFRkNkgqC1AMefy6mf3q9++dffHfLBuZtwkj2iCsltZoAsVuCNCEU&#10;oWlFO6WTU1GohC9oTe1Njbb2ZBLBgcbDSNUkNW1V3eqrZb3aWolckuZGJJAsBfj/AASuC2Z1vVVi&#10;QUeBpodbhftBVZQIJqWb9id4hX+AyR6CYyqDSCL8j2GbXlPke/vYoW5btvFLUKlWoP6ZqaBiAQKc&#10;PUdCyb7033nNn2/wofeHeY4BQ1WRB2kYQHw9RGMgk14cOslfsfaOUcyZDbeFrJHR43kqMfTSO0ci&#10;lZEJaO+mRWIPPINvde3yq6f7fw+Yz2Y63pMJuTYlayTVW3ZaOfJZakqdccLzyY14K2orHWcgo8DO&#10;4SwYALqMP878k8zcq329PyrHbz8szSljbNG0xTUKtVHDNIakkOhIph0Ar100+7j9+XkDnnlPlLlv&#10;3oub219yLSMxtuC+FFBdAOzoWkQxpE5QqHMqBZHDEPqanU3HbaxGKWJMfSLTrTr4qcKzHwU4AApY&#10;gT6adFFlX+yAAOAPdQG8MfnYKmery8WNoZ2n+3ehpDRUVRDITKSsmGQQ1tDGmi15Yk5YcknjHe+i&#10;u4ZXkuo4431mqIqppNaUMS0KHzoyqSKUrmnTnlXmTY99som2O7lntKVWRqsrAjBWWmhxg5RmHqRj&#10;p9AAFh7RmIwuQymTWkpKd5qiSbRDGPSXkI1n1sUiUIjXZiwCgfUEe7QRyXM0dvCuqdsAfP1J4ADi&#10;SeA49Cp5kjQszUoP9XDrzEKCxvYAk2BJ4/oACSfdi/R3SVBt3FPu/dxaio8bHFkZ5p5DGlQtIHqG&#10;kUTK0q46ABTGBpMrAOxZSoI/2zbEs42aeUiRMyP5CnkD6DND219SKdDzlDYLa4R+YOYU/wB10Q1R&#10;ocayM1PDHCmeNegY7C7Bakmp9rbbaOtz2ZEtCiJpkEMs6Ksa6lY+q0hLD+yqk/g+w37x7qqewGjw&#10;2KimotjY+WaSixhjkSTc9dC+mHI5BFN/skdf24mYhxclefYZ3jdGvnCqv+I1JAP4z/EaV/LpFzdz&#10;rNvMsdpDRduQEKo8h/n/AD6dOvOuKfaUbZTISff7oyEK/wARrmB8VMhLt9ljlCosMA1es8sxF7/T&#10;2WN8fXZbJtUViBnmdJKemP6orWby1QAtDHGLaYzzbi1vYcdpZWJLVY/6s9APxKhvToUxwAP6f7H/&#10;AFuT7tV/lzYhMZu3OZmmdWyGOyO15QxjJEqS1OSx1YEABAkj/iMZX/af6W5mP2eRYN4luajxBJCv&#10;2q7NG4/3mTrBv77l0lxyJBtVw4FvPBdVHnqVEdK/IslPt8ukLvSUxviY3RDTVctTDUSPeyGFI6uF&#10;DYEjy+B1X/aiAbDkX81mLeBamey6ZVAiZVtcyBmH1t9Ff3mLbXKuYYwcrx6+cy+t3WeUOODdKCkq&#10;45oECtcIvJ455+otf+vubmKOfHbDlpE5myY805vpYxFHESfT1G0JuPwCP6j2msZ0uuY0mPwRCg+2&#10;or+Wf5HoYbT4e1bX9TICJWPDz+XHy6REdUuW3yyrJ5KfBwJFEoHoFTKR55yw+p9YjX/E/j3XpVrV&#10;R5Soo3Uq0cjNGW4Xxtw/J5vx/T3kxB4L2cE6sPhH29CCAwSWENwrVqtD9vQojgAf4e8seDinq/ux&#10;XVCPKI0lpT4mppljQraaJ4mYEc2Ia41H2UvHJHcrcxTyCnFQRoP5UrX8+tPuzpb/AEwtUYL8LUOo&#10;fYa/ypTrv2/0mrDRiCMSz0KljFEXu9IZGMjeASWUQM0jMY9VtRLXBLXpJCLl2lACzE59Din7aAdF&#10;UwTdGLtRLo0BJoFagC1alO7A7qV0ihqACPe8hrYqmISwzCVGubhgChNvQ8Z9cUg+pUjVax+nv0Ua&#10;htBHcOmRaSQSeHJGQ/8Ah+YPmD5Hr3tlqqiQFmXUwubaXBVje1gPob/6/s0hRTTHRlDCD2tjr3uE&#10;aqT9TelrE6eLqAbafyPz7UCNQKdKPpx+Hh173heplIIDWuSf9gfflRBXp0W6Kanr3uP5pb2LMw/x&#10;tb/C/wCfbgVPPp0xpTHXvcyAzMReyi9gWYAWt9f6290l8MAgcek0ojApXr3tzVoozqd1AH41C/8A&#10;vftIQxFFQ9ImUuKICfy697z/AMax9OB5KhB/gGU/n888e2msriQikZp9h6ZG2Xc3wxGn5/5uve8y&#10;7ywsA9VXGv04EgH+9E+6HZL16lYTT7D/AJuqHlzcpT22rH8j172x7w7Rw+I2puPJUtSr1dBhsjVU&#10;iFkcPWQ0sr0iEavq9SFA+vNvava+Utyvdz260aLSkk8ak+gLAHy4U4/KvRry7yPuG4b/ALPZSwlb&#10;ea5jRznCM4DHh5LU/l173QZtz460i0VRVZVhU5fKVFZksnUOzlpq6ummqaiRuFAJllPAHvoTBz0+&#10;zWO27NttfoLOFYkNBU6QAWOTl2qx+Z66zbz7yXBu4IrDssIESKJaCgRFVVHHyA697uQ/l77bxXV3&#10;SM2GPjhqMtvjcmYl9X6g32WOiB1EN6YseLcfn3hH94m/vOZ/cfcNwpWNba3UflEteA/1Hrm/973e&#10;r/nr3Oi3GhaG32u2iXH+nkPCo4yevXvdjVBl6ecDRMpH+uo5t+OfeONzaOmGQg/n1hpd7fNESGQ9&#10;e9q6kqibWk4sLgFfpbn2STQih7eiOQPHWimnXvagpq6QFTrtxb025H4/oLj2WzW6VI0nq8U/A9cC&#10;ikEW/wB79uEdZYXZib/61/8Ae7e0/wBPQAU6MI7oUp59YWjABsDf+pBt/t7/APEe5kdYWtcn/ePp&#10;/j7ZaECpp0pWQN59YyhAvxb/AJF/h/j7kPUpoOo8D/WsLkD+o9tiMg1p06mc+XXD3HIU8gG5/wB7&#10;9uAevShBxPXjxz7h1EAcXsb8/n/A+34n0V6WA0A64ax/j/vH/FfbO9BQQf5ZlZFp8dTaZqybVciJ&#10;LFo41HMk7/pUD8n2p+qnlAt7VNV29Qo+ZFMnyGejy1ncABTk9Y5nkKOsAvKyMqX/AM3rIIXWRdgg&#10;YgmwP09la7S7Gq997gqsPgoZsfiqIRpU1Eej7fHUszySSwl2ZTVZnIwkn06hTq4djfxqwy2LZHsI&#10;hYRHxL8lDPKwwoxREGCWoDpK/BhmoSoYdbRtsVlDFvV/p1NXw4iSGkZcB8fDGjHJP9oQUAprIz46&#10;kajpVjeQyzMdc0rf2nNi1uP0ryF4+lvYb/b4/Xf7OD/gN/D/ANAv9h4NP2VtVvD/ALT9Lf4+x/8A&#10;uq30/wC4sdfB8Ph/oer4OHw08uFfKmOlv1F7o0/UPTV4v/NzVXX+3pw9/wD/1CutVSsV0q35v6eB&#10;f8niwHPsYMSxqTnoPH0r1vKJSRRmxZPpe2rk3/A5v7wSvIym7on9Szf8UItY+9cOmWHoD1LijjH6&#10;UJv9NNz/AMT7bZKmCP8AzkmpgLAxFWA50n+v9fz71UA91dPXhGT59TUp55CAsSoPyWLA/Q8kNYAn&#10;22PkoYwQkf8AUanNifr6gCbW59vGaMUCAkdaYaTTqYlBJJzK4AB+in8fUn0nk8/n3CfKSkhbqFHA&#10;06D/ALzpv7Tu2o5GB17HU1aOFVFrsbjhtS/7f8Hn3geqeU2uSObjg8fT8D6D24spUAKKH16uErw4&#10;9cxEq8AIP97/AK/0v7esPgqivkUhWSFmVNRQ2IJuRcrY3/r7ci7ydRqerqoFcitemfMZumx8J5Vp&#10;VAbQWULpF7sTqvxb/Wt7XDY7cOPqZKTHfw9aRghRpCTMGBAd2JU8N+QPx9PaqksLMtEqRTj/AJyB&#10;/Mfb1sUyDk+vSFTJbcytJ95XLkpKlHF4UBETjSeL6tBa5+n1t7eZaSrkgVarIKHBY/sp4kaPQVUW&#10;YAhvIA1vr+D7T+I9QGJCj0J/w4/1evVBx6boanHpUSzUeMkcGKNFM+h2V0eQlx+pmsjhbX4t7YP4&#10;TiIpElmjMs8YJeSRrqS6lRfyMVWx/oBb3uR9NF1aj8qUP2kZr+fVwaVpw6fUyWWlhKRuYoHUqAnD&#10;KOLiOwuB/re3jHUBriIKCkidA0ZkfxBo01MIruVViFs5+n+v+PYq5V5e3Pmi/Nlttv8AqVFSwOhQ&#10;f4moaV8jQnBoOPUUe6Pu/wAne0uztuvM18UZlISNdJkkYfwKSCQMajUKoyx8jzo8NlspUhElmLJp&#10;LyOZo0iAKkFymlS39A178m3sc9vbBqaargoKanGUyuiOWqlEemDGAuQQzGJoTItwQFJkBFjpYFVy&#10;25P9mrPYriKS+X6vdhpPGsUXmcCgPrVhX0pw64z+/P3yOb/ckbnZ7TdvtPJ5eSNY48T3CcB4ro2q&#10;hFVIAEZrmoyRJw21sfjD5poYairuG8rxBhGw5LRlha5bm/1B+nsw23uncjlJEi8LVE2lF8cbSNHG&#10;oYFFaQoWblyOTx/h9BOCbRaWUSyXs6hR5E4GScA8ePDgMdYCbjzXdSSPHbqSCSR9p40Hl+XSlklh&#10;hRpZHjRUUlnZlUKo/qzEAKPZj9t/GeJIYqrNtT0sJUaYVY2VOGK2C3+n+AH9D7KbrmHZ7dzFaQtK&#10;3DhQfy8uiMy73fyN3lCxJzj9lR0gMr2Xt7HSNBA8uTqQ+jxUKxypqBIZTP5REukj6+1zLiOodhRO&#10;KqSjkliQh0jMTPdCCVKoomL2Nzc+wzuHOn0qnxLqKFAeC0Zx9oyR0d7dyDue6yGSaOWao4sxVftA&#10;wMetM9J+Tdu8szdcNj4sYhYFZKqOWpkMf5GlYljub8Mtx7SWY782Bho3jxGFhmMNQkGorSIZIngD&#10;fcI+mdyqykAi35P9PYPl9wYZWbw/qZ3r5kqv5UB/wD7ehlD7a2ttQXc1vFGVrkamHrn+fUijwO7q&#10;52lyWZqVAjZhHC1RD6+LDT6Px/QC/utz5Adg1PYndu0c1FQU9NDgtl1FHTKlJMwWSty1RNK5BgUy&#10;28Sj8Ej8C/uUPb33L3PbNr3uGKMwxStGSK6qkAnuJ40/h4gmpHUicv7LtWx8m7/Z2d8ZBcXsZYhg&#10;AdEZxxoKa6flQ56ErE0LY6kFO8rzN5HkLyO8jnXbhmkJYnjn3yy1fkshhZ6Wcgo0JiVUxpQ2Mf0Z&#10;78Ak2B4P4+vsRw+6G5q6yLfLqHkEU5/Mg9AmwsrG03OOaGtQ1amQeR+3py9iL8QOxMr1515mMDPC&#10;jUsG/Nxy0sTUbqRFWS0lVIGOhdPrlbn+t/YI585x3veN4udxmCSzOVrXUGpoXFRTNSeNa0Pp0KPc&#10;WLlndOZrW8vbjRdS7db1aop2KUHcK8QBjzAqc8WDM4l8kYzHI8TxoQGV5FFr/pshCkm9+f6ez3Yn&#10;vnbVT446+n8ZOgMWgUWJPquWQKYx/Ut/sfYWHMEShWlsp0emSvcOoxl5S2i/LmHcYXA4VOfz4D+X&#10;SJrNubhpzroaya4JItLM4455B1BfYg0G7dgbhADGliZ9VnKxRqVY6dXkBKWW/J9q7fmWMVaDcgCO&#10;IfiP8359B7cfbWql4rbVXzTj+QpnqAuU3jiVZp1+5jU+pJI0ZjYc6S5jcD/W9p3dvTm3tx08lbiz&#10;AsmjVBPSupu6qQNXgVUmX83W9iAfr7FllzEpjWO7SqsKaxk8QcHz4edaioOCR0CpNp3/AJZaZree&#10;SSClWQ1JAqDTTTGQMdKPCdgY3IzNR1scuMrAQEhqQI1luQB4pXZEkc3/AEqCbf63um/5M9N1O0ux&#10;MjBLM9FB2fg4NtQywqn2lDkaKKH7Wrnhmjio5aCX+HQRTWZpY4pZAoTXqOMHvRsiWvNUm7wOTb38&#10;SKAq8HVQtaAUoaDVkUrhT592v7tv3UTmz2nn5TncndNgu5ZCGYazBM7TKBU68vJOoHA+GBnI65bw&#10;qmo4qbLxQ/cxbcf+PyQlS/3lOkFTRVtLAUvIKyOjqXmgSxDzRrc8CxHsEXhocq+Oqqc0OKqmo1eO&#10;pirZKXJY2sCiCcAK0VII42jfUUeKSZl0oUJ9xBs8n09zLEpXhQVP4gwp/gIPpXro7vxaVoe063Uk&#10;+VVZaVBHGhOPUUPn0oJpIqtoPVfyoWQkMplppFdHKEAJJJexRVvf/EEEmm2tv+PBZMYeoWKLHbki&#10;xmQxjq6yxUOfSCeSSgnZY0hiWujhdbXDpVJMjA6ywl3b94jsnMesiCZUIofhk7gQTwoafD8QYEHG&#10;OsYefPbuPmjamumYHdrPxB/CHiqtDX1XGD8QOtcGvQdTUFcr0+WomlP8Peqx2Xo540jaqxcTSJDX&#10;wMkjFngYq6MSweB9QsRw2d54Wrlopq3H+KlLfZ1EFfq88aJAaHKzmVlA8v8AE4snVFnDMdVNa5IB&#10;CLenL7tuEcUgVtCyoaD8GkyYp+JWYg+ZSg8+lHs5WLY9tgu6GZJZYGGRUISEBrwppjofMNXIOcu1&#10;8xS1GbqKMTM5EFNNJA0Sqrio+6xtQqRuCzGmnxFOTb6rU3P1Hsauj96LubafmjkSaX7VqXIAoHMW&#10;VoZHp6vyhgxgkm8B1fpFyLi/sxMi3tlDcwODIqaqEFe4NkZzXFaeXUV88bMfb33DOu0b91XMwdGr&#10;xSVtYyKYVsA1yF48eg87h2XHnsfT05m8OQx1SzUbI8pWehnDyiMqSRJLESAeCyBLgi5u9bSoJ6Cq&#10;rjC6QDHbnarR6ieGKKKHKUsKaWkkaNFdJ6NCoLDUTx+PcyTbxHv9hyrfWRK3kJKSZAo4RKEHhQMp&#10;YE/ECOII6UfeEjF+3Im4WsTSyy20gBQEkiJ45A1F/oyE1HkCfKvTPsyvx9dT53H5BnSHI7Sx2Lr1&#10;AYySy01ZmqGV4wpMl5KTKKpZRdSjG119l77fw1fts7prsPX0eL3Fht17Lzc7TATVO6et6HO5+TcW&#10;1sXR1cqwx1EG19yfxF5KLRUBoWVror3jD3k3bc9m9x+UOb9skZYhHbyBlX8VtI7yKSTQjS4JIHA0&#10;8hTMD2n3q35u5M2fc4XrHPCA4YCquY4kdiRnUssRABPCnqeoWDGQfNbRoZFyVfgJsJuXa9ZTUdJS&#10;VNFhd5y0u2qnEbsydbGv8Qpo5q3bFdQwmd2QyVMBsokDAyuftvXoqiyLNDJnNrz1OMyhQgmSKCSa&#10;OCbQEEkaTaC0bEAOpuvHvLj2Z5ri2H3YjVZNW0b6iuhX4QZlaaMKOACPrirkAtTj0Ucv3M/LfuZc&#10;7XLX9330QkhIH40AEi58gTqNK8c9Ex6+hk6h+Y+48LTwy0u0u0KSDcGGpS5WCmyVbHSS1FOv0gWW&#10;KSVojHGbL49NvTYIP4wM75nd4CBmp0wanUHdvGMjViT9vxkH0j0km+oC1/cl/fJOjZuRnAapuJSa&#10;ZIFI6jHpgH/ZyCvvcSpNy9yyjsAv1Erfsib/ACDo6/ehSOp2eA66Z6LdZvrsrkQ4krZgQeY7/T6j&#10;2JrFsX2Z2BhUnSCLI4Pbm76f7hggnEVOlFkC7SHSj6q+UhR9GT8e4r5skMv3feQt1sgZZbS5mtne&#10;oAAYSOFJ8qKxPkcfM9E+xwJzH7Le3lyRrmtbq4t3YCpA8QlKAYIPhLxHAqR8RqWreFbHLtfr7c0l&#10;DUVEmP3jv/rTJLSQyyvQnOTSZjEMoj+lJGu34EZ+XVZ729YJKl8rqWKj7FmycYBU4fGDLiMoZaXJ&#10;JArhpYzcvHUUUkGlhpu4Zf1e5u+6v7s7TPy9e8j7pcNHu1vNNNGCexoBGjsFOSWQhyRQGjEUGOsg&#10;faa8ZOVbOxmJIVnKseBSvmfXVq/IDocPgvlZKzpekppWZKJN0brfbbOXEVRiJstP5kj1BVEkGYiq&#10;1VPUPAEaM6D7g7SzGJlpOnoxMgR+wHr5JZeac08lNtxKEsx/b8LPqY3blQbng2FfvELF9m5t5lW5&#10;T6e62aJEetNQMoZaV4EB8ile4V8umPciKcctc9tqOdokSgBqD4dwW4CtSpCj5kUya9Cpl8Pkju3s&#10;jIiNWpqvr3beNoyA5lNTT5Xdc9YhQCxV4q2K31PH4v7MFtDc22ch2rtui2+GJgraytrJEpzSR1E2&#10;fwG60cyLIkcoq1mwgMpkiRirofUGOjBPkW8TdOVfciCIkiCK0qNQDfqXBwAcmix9x8gR69Yjey+z&#10;bptvLPPcG5GglSDwwWLaFimjNKkkBKSgrQ0ABwKdAx8yMZk6nojdctWIY5RiNvWmikNqRqLfey44&#10;ZGjDprtDVMRaxLLYsL8mH81HhZMq2Ta2NOIx25KX1xpJNPSVk1LTwU5ZmKVMEsrNKqrbSSeLe1/L&#10;Gyb7zVJHabZZSCwuPCRn0tpFXCgMwFAQTqcVFACSOhnyltO5fv23itYu+W5e3Y0OkBxqZq0pTtWh&#10;PlSlK9VwbzTK9qYHZtNtl2n3RS7q3F1xmdAknpsVQ5vDY3KVs9akbET4yopadfHK7ktIyc3Oj2UX&#10;s7NZPNYyoqqMQ1lS9c1TKmRqBDTtDFXU9dVQ+aOOcRlqCllKXuGdVB/o2Q3vVyFLee0u57Bs0cSz&#10;29urVclR4cJWSTNCSxVSVOTXFaEjrKSLYoNthhjKCiqoJXNTwJ9BVq06sb6b2didlVGNxiRGghoM&#10;bj6GnNBHIJTI9DLjEm8apC/NTWxlzoBVGP0sPb90XuXHbY3Puec4mkoWxtRsupalhaFI0p6nI7jq&#10;pZpJ4W+zDa6ozoEOkxsBpUDQMc/u2cmXgn5u2m5g03kUMJUYYmon0kEVAFHBUk1IP2dQz7wcr/1s&#10;5dWxjkJi8G5oc5PhqqgAfFkEHjkevUfvDEZrda7Cagy1TMtTi+wIpp2gkVpaqCDakNPS0lG1Ok0U&#10;DimkhY6dayr+pjZvaZ+R24KXMb2ylRTFpKOatgSGQTRSBzT0dJTBtSySs+t3455vb9XvoPydAnLv&#10;JkMt8mkqpGk1FCzuFXINTU0HqSKeXRd7NbHccu8hbLtt4D40UTVBFCGaV3NRQUoDwPDoV+iMdWU+&#10;0aKrq1cVsyz1MgeDwOFyFXVVUgeBYoFQxxR8+hdIa4A9l26+zr0OP3lvFFWqSu3vS7ex0siwTUs/&#10;926CpoHqaNIdPmgVsssoe9yVBBsAffL6w5hnbmXnnnOZfEF9vDRRtghlj7QVCmjAeIrMcgKuo4Jq&#10;I+cpbW+5g2jYjKUdLJ5JM07XkXiagr/YuKinE+mBVy2LGWfG41nmiNHiKnIVSxh0lT+KV8M6QyFr&#10;6Cxx8sbDhiCV/r7c/wCNUE8Yx9FLIlbNRZFIdJLVEjSVOTTJSrDEGHolr9EZtcNb8gWE1vzHbJcC&#10;3RnFykEqgAksdXiB6A1yDIx8qGnDStIb9145Y5tlvbjutreeMny06dTpWlMHwgak8BWtK9KXB0M9&#10;KamSdbrLJGBGEK6YqamoKaHSQASWjhLEfT2Ee8cxm8HRVWflxNVk6toIUocfjycVU1dPjqutpbyV&#10;FX4scsstfOjoGLKYnJtIwCiEOY94uLu85s32S1esKCNdAP8AFpDBV7SpZia5FDg4HR5yxsSbfb8g&#10;7G9wiX26391fvrJ7UFu74DHVpVWiGocHIBOcvqvBUST08cqPFTMKeoRXBfW6xyWdkOuNgrtcccez&#10;k/Hp5KLL7ozOGFSa+lxNDFkyftoaKjq8rXV9UwUusFVJG1NjIo+PQrAWKBxqmL2o2R2ud53axLHT&#10;ANZwBGZGkIAUAuwCxqpoO06RWrGsWfeAmg+i5a2y+uhpZnZQFYsRCoVcVwQZCaH+0GM06Djd1LJX&#10;RUtFkft/t/vnkpk1iSR44aWGCJmDkiORZaqS4b0FRyD7O11x3duLFTmUy1SyhaqCo+38Mh8aS2Yx&#10;SGGCLyDSNLaI5FNwzO3PucI4G3VRHu0JeJA1QBXur2VZQhwKimgV8+sReaeRbC6gWJdIQ6SpOpPT&#10;NCzY41q7AnyFMA3vXp/bO5tMGRoKKsgiqIKukjnSURrOsZLMSJR5YXbh0bVG5A1A2Hsxu2N/Rbir&#10;qesFfLNISDWU08iiadZqaRnQ62kDuZAAdJazccfQr7zZ1t7GkcX6ekaSBheHpTh514dQNzDsku1r&#10;LA8X6VTQiop88ccdMh2PS4fG/YRY6KniiSMUJoKZVjpXp3heKQEIUXQ1/rf+n4Fl3Nk44aY1Mwlp&#10;JHjllbHtWUxE8kEetw9Qpq4KOBlfSzyEaNS8kFD7D8cLO3hseFO8jgK5ov4j+R/w9R7dWzGYx1aV&#10;jQa6NQcaUHxFqK2DX4T6Hp9xNG0s8VPIsMyrVUyLVGldvDGzuzN4jZ5iHQkA6l4Nrc+wl7GqKGrk&#10;osFWY6veLN/xEyVWJ3JU4bJRR01PUvKaunjyEMeRpZ0CaUkF0H7vohSR1URWzXMkFu8gZCDqAooH&#10;YSNLVQuWIZaITpxqGaqq2Nr63El1b3MYmtygpJAsyFmIoK6TpZaNV8qW0xqCWows7dpZY0WoWan0&#10;Q6RIstHDLT+UtGiOs4hLxhZOBZlB4v8AX2stoS7oqMRRYQbeyG28SMctQ2dyG7aPK5pnkqJwuGNJ&#10;DLlqymeITXmnlqoyoCLCSCZEJpJGe/mE1q6QJSi9tSQFwSC6vgNVlalT2hqggj3ZtsW8ub07rHc3&#10;BlNY47doowAKhw50BtRFAqxsGyzEFlBaspT41cjUVkumsqg6x/afw8w07XCiSoWUr46hwRdEFw4u&#10;CCSCCQfwL507B7Mrc02U2zurrHPZqWmnxMuRr8k23KPI480VNmqao3RTPuR5sNklgqZ6KDJ1NLUw&#10;Gp8NNFIY1UP2lhzvFv6PY7jYT7BcSn9HxH1QKyf2n66610uASizurdwCR1QGbTu/sNv3K0dt4F1a&#10;c1wwa1kEaIJnVw7wnwWNvpkVnjV2toZIz4IaR0V2C3RdqZWCKCOOmjljLyBUhho5pFhazJJ9vEAq&#10;hbaSwuT9Pz7cd/Zv5h0uwNzLuneXXvWrwDbWN2puvYuDpdztlMvkqusoGjy+G33V0woXmqZ6JQmO&#10;PlimkJglqWCRe63sPOw27enuN2sbTcYhELeW3j8USO76GEkdwyAF9UcaIpLiRyU8fSIi3yzZ+yd/&#10;zHtCbPs+5bm0nitcW93MbdY0jRZP0XtAzGgWQgzNQgd/hU19dUeMwH3IalpZp5XDsI6h/t0VQRdV&#10;MMQRmZCbF3+tr25s9U3eVXLQbO29W7+yVflJsBD/ABnN1O1Z9u09dlsdTy0eczNVJJjcc+Lp8hO4&#10;WgRPtFZdBAIcCMYWd1aW0e0xX11IdxltxrZraRUbwsSzHUkax+KwJiUlQa9gYGocbkgPPvW4w8up&#10;FZrPVI1uhK6JJmKJNMh8QovdIwMpGQ2gipxptOgieprGx0YkayxRCcyqqo2uMNrN5LGxa2oE3AJH&#10;sOexOysQ1dUGnodwbly9NCjy09DSwwwzfcxzBHpsnVmlxFEks0ZLJ5XkUsv7ZZgnum/b9aW7y2kV&#10;tJLOqUICrnFAVkLRxqDQsw8TVQrRT0LOV+Xr9LeJpp7W2sHfDEliAvENGFeVmzj9MLxz0/UOO0Kq&#10;GOnhi0sNKIi8PpLhiBcH0i309knwPfG7MXkTi8xQPis40NTT4uatpKuuwVFkanTLSnJTSSUMORQV&#10;C2CpKsjMAi6hycbH5iv1vzFLAUu2LBdeto1LZAk1FQ+QuMfnw6yDvPb7ar+wW6tL0z2CuPECMEkZ&#10;FHcY10vSgJAXSQME0Y6C9S0UMihWVGFv1EXtw3Km50sdZ5HNz7GfatZtzP1Lbk3hBXbhnmqE3HHV&#10;Y+pjp8TTvQ1tXkRUbiy1ZU0uOxO2qqCkamWorJEoomZEYu4CSSdyTsu03Vm27bxA9zNqEykE+GrR&#10;yOf1XBVI4nCMitIfAFKajJwirmw7rsyW207BLFaxqvgsrAtI6uoTTCiJJJJOuoPpjUyECpAJoOLL&#10;40tHdALKQBckAWuAb/Ue6xvlTB2HX4WfcW7d2YjL7Zy2+o8nhW2fuCp3Xtqjp5qGrbH4zC1uJq6r&#10;xTY/G46nqiJqcRysreLQ+iMRX7iW3Ncm2pdbxu0M+1yXmuEQTC4hjqtBGjxu4DKioxJSlVLBhUjr&#10;J32iTl2C+Tb9o2ueLdodvKSC4ijtpncOpklkRwCVZpGRtLkggayQrEy4WTSANQNvo4Kt/vIBPPsm&#10;VD0Z2vJi03hUKdgYZXq3mz1RJk3zlHSS1Msuuu29t2lyG68RT1MNKxiknpKSD7e8hcxuLxnbcncx&#10;fRw7wymz2+uvWxkMiUqU1Rw6pl1AHTriVSF1mqnqcW555Tju/wB0uU3C/ZQPBVYViYlaEJNO6wOy&#10;k0Kq7ur0jQCQCma/sUIvihufN0kW4cJuzB1lDlLVNPlK+Z5J8vDKKZ/uQMZNnaFsTUy3lpJFqp5/&#10;C6szXawF6e2m43sX1Vvutt4cgDanYnWMEsNHiL4ZYVQF2OmhajFlAYHupt9nP9BdbPPHLHVCiKoE&#10;dKgBg3hFXCEBwEVQ9dNQAevexL6d+OudqO3ttdQUtBj8vmd2MaiegfMUktPjf4fS001Zuenao29j&#10;axqWljy0VWTBTzeAUbo7SM0sYttXJ17DzJZ8tiON7uYan/VUqmhKtKC0avTvDHSGBETBy5BVSfnD&#10;3GsYOT955tmllis7XSAREasrEqkXZM6BiEYVJT+0DIq0DtDr62DHUc9dUtogpozJIeLkDhUUEjVJ&#10;I5CqByWIA92fbj/l/v1Jhs1jupszuTP7zz9CxrKXd/8AdOPbOQ3LXUYMj0SLS0FRt2mm/h3kKSNW&#10;a2VBaJwzpOs3sda2nL97e8r7nLLvcylTHP4T27lhRnFEQxCgqaGU6tAqf7TrHy194bbnWTb7jmCC&#10;1i2u3NFMHjmYRqSaGjSCYjWdJpECWLLqAAYLMH2d9zBV5DOx0uOoUllMS0q1tXNBSRzCMTSTil8d&#10;dZmUOYo1RVNwXtf2WXHY7cm18rjsB2XnHq917fppaTcaffVFFTQyUSw5WoTKQfxGbFyfZzRBYn8K&#10;StTv+tIiVWGLe53zYb8WW830ku4wowkWoFCpDOG7iG0k4OnUy0pRQB0JLlbO7TcLnlzbxFtkzDwg&#10;VDOxY6FKSEI7AjLjUwRiVKmnQqUlbTV9JDW0U8VTS1MUc9PUQsHilikGpHRrC4Zefc2i3XBRbmwl&#10;VsiGgkpqhIa2mr8bl4Mji8vR1tV9vUZiGuoaY04raOULCrVkkJRSSZEpmOp0c43Npf2v0VojqaMW&#10;Rw6yK1FZgygUcMAoaR10D4gqVPSv+rovdvvYd5ndHWq6DFpkjKioVlJBKnUznw1Z2JFAShHWf9SN&#10;q/N/rxcW9mupN05ytoaaqqMhj6F4HhhnhmqIqoVQrmTyYyNqZNUx8kN4Xpp3CGLSvokJAqurue/X&#10;6qKdI40calJU6icaMfGSCCGjIDEHTqXjGh5agtJnt4oZHjZSagMdGgCjmp/TzgiRVNMkVoXa3EER&#10;k9EmoXPpDlVNrhiQeAL3v+Pa2/idNhEVq56WImOOLyTVMMZSEmMRxSO8hfgXuXYk8fm9xPHqjDnS&#10;pA/ESANJoB5g8cVJOTjoqaykmdorcOw11oQTVgOI4g8MhcUGeoekzH6MQPobMb3+oBv+PbSJoKyo&#10;qjH+lVZmYShydZREZo7tcgt+fz/re1tlbh5CaHtJqBmn+H+f29VulcRkuRqA86DI/Z+z8upccbJp&#10;HNha4IP4sOSeePaOy+NraambIVIDU03m038ussLKBb0IrEr/AGSf9b2O7DbboQpczQf4ueFK1PTM&#10;O4Wk1y1tA58QDhinDyPn1PT6Afn+n5+vtG5OsmpYUioZmphNpLo+pZo7glvCyEBF5+o5/r7ObmCR&#10;Y1SLsQgGhrUH1r59LbWAM/iSCtD/AC/wdZlW97g/i31HufsrZFfuCoaopZQDE6K81dKI4mfx3Co7&#10;D9xytyFF2P4BPsz5Z5WuL/xJ4pB4aUBZqip4UBCnIrU/z6T77zBbbVEqTpxJoFAJA9SPKvD09OuM&#10;kqxgA/kcf76/9PZpdmdVZCpycVLFDLM4/cmlSIRxReNQ+upqDGYool13sx5BH0N/Ywl2Hb9sQXF/&#10;fDTTypX7AK5/w/LqLd856sbOzlmklRI1GK5Yg4I0g1PTRVVUcSl3IUf0Yhf9c8kH8+zb0WyNl7Ah&#10;fK58RZbNUOQpKZqNJGqaWF3pKarkqKqGCMxVUgeYrEnmj1sjl/0X9kIM++3SDbLPw4JYmbxCoDN3&#10;lRQsKrwBLaMBgc1xDMvNu/8AMUy2W3yNFaTIWBIKsQGotC/kw7mIrQEU49I2SXKZWX7akjMFFLSm&#10;VKpgqyyuZXhSJHeWYJ+gOzGIKEcEEm49rig33HmHp6iSlgosBRpBHT0sEMUVe8lMdFPqqi7wuhj0&#10;gJoDG7WbQPH7STcuTWfiLHcM92/EmtAa5oMY/L/P0C90sXstcXiu+4O2WL1Wg40r3E/M4I66pNtC&#10;g8wWaWrqZNbvJLL6FDkK6ojEuFsOD9bcg+wf3Bl50mkam/bgkmJp4S33BeS8qoXkY3UoSCVUFSVN&#10;/wA+x5t1lGUUSmrhRXyp9nl+fWrW3SQ1kJL0zUmg+zyA+wDpcU8SqFvcsAmo2sobSFOk8Aiw9pzN&#10;5GrzTLNXlPuHZpGmhjWnMzAxprHiKmKNUjCqV0ghQPoAPZnt1pa2Pba18M+RJNPtrXPSiztIbNJB&#10;bMWjpRQe6gFcVapOTXJPEnqQiqoIHAsSOT9f9cm/t8aukODaiCUtRTB3nMzhKiVGWFNRV2ZnjmAj&#10;9TLay3BuLgoPpYv3itySyy1oBkDJxj0z0UrEEv455HZH4UOBUnGOHoeHofIdcNNzcn8/0/of+Ke2&#10;aKCCrQPH42ViZXHjiuqBSLWGnxXK3cC3NieT7MmkeJqGoI+3z/1Y6P45HR6ODq+Y66JYE2vbj/H/&#10;AHk39vSUcU9LCTDAgaJUDRNENIj1fXQP25Dfkfn6m/sv8d455KMTnga+fHj0vtmIkIr3en+x1Dkk&#10;ZW+v1ubW/F/ra1/bhRmSOkVaXTN9ujvIGVJHKqUQAFtES2LXBb+h5+o9op9LzkyVGrFKkf6vTHn0&#10;YfRpcSjxe0EeerHzovcfyBPpnpvmnVJAkh0mQBEBJUkt6eASDe/9PcSlmjyYbRKaOYRSTt+iORHL&#10;P5oCIDJS/cIfTw/iIBKuVYD3YO8aRvJbsQwXtwSMA5IzgkjiT/M9XuLWSzmUi3LqJNHBhVVLDUKh&#10;TpYUYEjgRnPWZZRGnqXWpuCoUMxJPBv+rj/X9uGPV6xXiaNZW1ELUAqsTAeNBwBdGUerj/evdZ/8&#10;X0OHpjh5/wA+nu+Eq6sAeNPt/wCL6b6q0RDBuSeF+pOrgAD6m5P+x9q/FbZlk9MNPLKeG+kpZdXp&#10;JjJB1KwH1PFvZNd7tGuXmUeXl5dKWv1jUszilKHh0jspmIoyXeVYlT0sxdUAIZr3uwGrn2KuM2ua&#10;GGlqqhFaeCpStpCQDFFPBqCOWAS8kes/2gOfofp7Bt9uaXjywJmMqVPqa8fsr0H7m/8AGaVYca1K&#10;n5g8R/sjPQd5DcUVZNUUokZadkMFQqyaZXVyrE2Vg6Gy3UixH49pzO7UoaoyNT0fhrZD9x5zKwp/&#10;MukvZQul1aNLAEKNX5uPZnt28XEGlZJqwqKUAFaUoPnj/B0iie7gkAevhZ8s8McQP5V6W+E3arR6&#10;Za1ZoYVVGQxoKi1tC6yoFmQkE/1A9ti4eOhiFRUiKMBLojTD0SDUWZmVFRj6TcWtYfQe1gvjNWKN&#10;y1Dxp+z/AA/t62bl5HaKPVqpXhn9lOGOP29PaZBqwssLM6jktoHP05uAfTYj/Y++cfhqaiBYAzDT&#10;qdyRErMNLAlhZfUPx+QffmMkSSawAK48z1YFo46E49Osbh4Y5X1XZWAjFrkA35Atdhb/AF/axxUN&#10;UKkyVLKLBdKySERlFYMi6o0+qFAACR+m3shu3h8ILGhrU1pk9FN2qOnhxKM/nnpmrKiGKELELtb1&#10;CMCV7l9RsPUQbt/hx/h7U4qqGaJ9Tfuh5DdGkaGRlK6Qto1II/oRz+L+ynw7kMCo7aeeCPt6QxRy&#10;RtRh2/Z0nqsVxcNCA0b2Ui1yFPLBhY2594JGuSIJbtGPJGGcqoFiTrawKD+lyPbyrUUkXjj/AFU6&#10;ULICwB69FAwC+eAeN2K3Osqb/Q2Y6SPfGhqV8FRUU7MtVIqa5wFZgysGBjYi4YuikBQTqAJIAFtX&#10;EAZ0jlFYhwHlSg/b+fSiaBJowNNKVPpWop+ePWvUWbzU9ZBHNZ6KJmAgZysbLMBqdo7qsgRXsCbg&#10;Ae0LvGRsqKmiaJzXPHr82gtG5hSP0ngrJwFaxB1MSxuSSRDsUaWhjlL/AKAJqteFTx9R/qHQbXa/&#10;DnDoaKGApU+fn/LoXtuVCQUkUkbg0qkaY9evTcWNixLBV4/Nhf2jBj8DtTaj1uSjWJjDJkMlWzSR&#10;QyxRF1ZVhkqJIvsfApv6TGWk9RvYe1+5bpNc3c9zLOq2EIwSaKAOLMcAg/MmgNBQnrNf2p5Iit9m&#10;2u9htI5t1nQtXTqchvhAwSx00ouQPLqrnu3uHffZXyEyHXW2svX0eA2/mRtzEY6kNQuPrMnS05jy&#10;VXkIqJSmTeor1njPk8iLTaI7KWkDBrjd6UeS7AbadBtwPQ5XBfx5d4RSwxrW5N6mGlpqZaUQL9z9&#10;rjjqeR5b+N1VFIDMqeS9v13G3gjtq7ZJaiXxtXa2aeGoGTijFiwpVaKy62SvOG1cuc1WN3avdKu/&#10;2s0iaCtCoUVYlxQgl8acAkEMwOCa7bOA3x1HtKj3nmNy1kmNpqmno6jaBlqslQ0+JlmeSVqebzPF&#10;STy1A1A+NYxzdhqA9iViMHBNUzpLRzCBY1lZpXDhSykRaYUkEQdCramWwuR9fZrdbhIqKyTjxCfI&#10;U4cePWJF54sNNBrIHK4AOFNOFPz6NRJlgKZKiOUP5G0xBBG2oozCVXtcKbWIt+Df28Y3blJQzmFV&#10;mLKI53kkZXUKYrgmR1s7tGhsLDgC5JPKO73SeeMyNp0nFAM4Pp/q86dOJ4s3c2nwx880Jr/hz/sd&#10;NeSyzGFzcoQhGlbXuSBYEcnn/b+xOxj6wI4gjLqQBSyJrXSLDn1EkcsR9PYVuhpYsagkdHls4iAU&#10;L0X7c9K0l6iV9EnJvKs5IOp/9SwQfXgHn3jyFQYZWo3kHkmHk+3WTUiMOAZSDbyMrXsf9h73aRK4&#10;EwQ0Hn0I7VGkAm00X1pjpG0dAghaoiV2WGTQ1QyGNpC6l1+3ZQqtEoWxZfz+efcGgScM2pYFRXdV&#10;0MzMynxaXkLBNDm7XUalFvr7fnbLEjo1ESS6NDEt51FAPs9emzcVfHSxaGErySI0sYKhRGQoACmO&#10;aRm5H9pV9iRgsNNXMrMAka6CWI+q39RQkDUbewtu26Q2MLyuwFPn0c7ftrzypEikk/I8eq5Pk/8A&#10;JravUOCydTkKqSauWnqI4KZJSHkq2g4j0xNrsW4t9b/j2u5pIKONaeD9KA3a99R+tuSb8e8bOdPc&#10;KYs9rZuFtm7SRQlgRwBFSKnFR9lc9ZD+3/tusstveXSkzqa0IYBQOBPAcaUrg9at/wAp/mPursLJ&#10;5OKCuMGOqGmp28DK02iVBTMlMupz4pI5LNyXJYoGCnWU3l81S4eheuqfGFDHxq8kSjhS3qRiHYH6&#10;3+lj7U+23JH9c9G5X6MLDxCqRrUMxU9zMwwFBwApBOa5HSP3b9yZ/b2aLl7ZlDb08IeSR1JRFaoA&#10;QDBcjOQVWgxQno1H8rD+WXH86amr7P7LymUxvU+FzNRgcRg8FUNTZzcOZxH2NTXSVmVlpJlocFFB&#10;VIh0qtTLMSEKKLgindu7qveFZHQwMj0UTFHjdZo0htqEbRHwzQS2BJdS0ZYWOrixzy9uOWbDlOxg&#10;is7fw4wMaW1HjU+rEk0ySaZJ6w73Hm2+3e7ud23W8lN+5AqAD5cNKldK5Pl9lOt374v/ABm6u+Lf&#10;WmL6z6o2rQbW25j2qZmgpWmnqqysqpnaprclkKmSWtydfNYXqZpHlZeAQoA91ndlUWNxGSqcyaqs&#10;ocXiKeWprZh9yBHCuqaeeSONJJdEMSF3VYze1z7F/Nc1rtTx7tcSy29hb25klaJnoBlmY6dROBqY&#10;KKtQmnn1KfKF9fbpZ21k0ImvLl9KLUamNKBakinoCSQBgdGW9hV0D8t+ru2d2NsfH4LcFDmmyM8F&#10;BVZKTbxp61YJYopKi8uSVkgSmbzFdEjuqFQGfSrxbyl95nlTnrfl5dsNnu4ZfEKxvKYACqmjMaSA&#10;jtBk4saAAB30q4s91fYLnzkLYI+Z7rdrKbbvCUusYudSkqSFoIm7i1ELVVBUElVLMvvakzHzB6v2&#10;Ru3O7S7Moc9sDcGByM1MMdmMBmMvHmYNEUMWUoqvH0Eiy0dSkj+LyrH5qZll1WdkVu5+8ZyXte77&#10;rs/Odvc7VulrI0ZVoZJhIgoBIhiQ0VidSlgNUdHUlWICCz+79zzzVy5tnMHJN3Bum03cSt4sNzFB&#10;4LVJ8ORJHqXjpRyGI8RSpFUDN72EWe/mD9Y4PtTr6u2zhaHffW/8SnxvYu0d3bExtbqpqHFx0+08&#10;zsGTcIq4dvS01RUzU86RQU2pYSzRnUpkx09x/e3krcd+2C55Zt5LzZPFZLuKe3YsVSNRBJb+I9Y8&#10;symOi9yBjGWYnqQ9l+6fzpfck822m87hLtvNphEljcW18yGskhN1BemDSZdSKrxuWlCM4o1FYR8X&#10;UMCPz+D7ugy3ZGFhxmG3PtjrjMbIr9z7azuQ3L/EoMZt2ply9TlqSOL+PYnF1s0OeyVZTUDVUFdU&#10;oZqWlmCRSA1c8aTxyLy8u4zz79NtL21tIDI2qisSSgAeJWCtJRNQkIJVagFTI6Hnq/LG5Xctzsu5&#10;c3Q7jbWd1DHF4XiTfpqjN+nK6q0aKzIjxR1jkddTRlYY26wRRsC+prjVa304AuPpY/U+wExPaW4q&#10;mWSGlpI6ZfumaZ5fK33Ubuymyx+IxTiVlYMWZdCstrlSsv28tpu1wqRWZWNaAlmFQvnpA4N6Dzz6&#10;YGt1yBt0SLNdXsjF1oApwpxTVUVIoKEaR6k0qDJtf6+1LiKqtRKhniqZ4pVdb5KqmrWbyuW/cqZW&#10;eRpBqsLn0/4exPNZ2sEVvDE1GQ+WSPPzqSPma9K7ZYI5U+BFBp2IooBjChQPLPaBxPWKVbgf73/T&#10;6ewX3iaqOvnMMrwRAAFFR5hCTzq1BwgGk8H+n59jja9P0sZotT5+v5VHUxbOLWS0hbShrwJAz/q+&#10;XXJBZQL3/wCRD2i4RWNVMqxTOyqgEknj/VIOPo/JUjkexG0kRBQgqvHrW4wW7QgvIA1M5yflTrn7&#10;V2NyGcp6qBoPEGDvDqbUFIaEpKwXQyoT9BY8n2S3dtaSpIGFQQK5zg1H8+gLdW+0PbyCTVrpWlPQ&#10;4697X0eHqq5ZZqlIxMkSrcqyqFJA0hiLyOL3JFxb2H2v4bd1ihY6a+vQMudwghdEhNUrwByR9lev&#10;e1Ftijakr4ZfuKXzpP4FVAfIVqIGViPII0jZh9DcDn2V7tOLi1ljMb+EwrXPl/Poj3eQ3cD2/wBN&#10;IUNDXiMGoyM/z+3r3syGS673D2DiNu47F7hh23jJq6KPdAnwMWbkzGIWN45YMTPHXUaYHLH06K6V&#10;auNED3jb0Wx/5gvb+0uiLC8jiRZA0gKM7vHnXGreKmhmNKMFcriiGp0kPLW923LO4X15e7U15drG&#10;TbgTGIRSkihlUh/GjFCfDXw2JYEEUJLdPVrCTcoXsSqki5IFxcAg2uPYdp8W8TtutxdJW5ur3Vh9&#10;vZLHbg2xUT56uR5cxi6aQSVWQxuEelpZaeSeok10rL9jMrsHib06WrBNjvNu2qO4tr03NpKrqJJW&#10;ULItVD1QxqdSklkYMrFyGXQFRZws/eDdd5sr57SxSz3G9ikiuEEIIEUjVEavIrFWCqtHBEiEVVgS&#10;SW6TLxFGKqY5FBWS4Gk6hwEJPP0PsTVo/DULUvKI6GhLpGsMyrFLNGEjcRwRtIU0SRsxdja4VQCQ&#10;xUUiZ5R4KLVm4s2SR6FqZoOI9embcIbUwrDS4lNTUDFcnupQimFC0pjHTJVVJ0RKoJd2Ykm/pDXP&#10;qP14B4B/Pt1oav7uoM1U609O8oWCMOqzyiICN2JVtIVv8ORf23PEYYtEQLOONeAr/h/Ppu7hWxhE&#10;cAJk9fL9vy6gPG7oY4w8sltZJBVADfgMoFyvteHKxxtDjcLHKJauRW0KHdwBzMZfQbMbfj+t/YdF&#10;rI4e6vmXQtR6f5ugnLC88gadgSooPL/Y6gxU2hJa7KNGlPTqxLsRGthYIovoS+r6fkk+4s+irqq1&#10;qyeObE4lo/4iwUf5TkZo4qilpaaRSpSKigddRS48pYkhkA9pGuDaxmQIUkZe0H0H4jXGfKuPy6HH&#10;LHLU25S24VO+VqUHkoGS1cCuTnyC049B3vPfkO1sbA0EVRBmcwk5xcTEIIaeJvHLXVJmOhDIb6UA&#10;4JtwbexD2njZcq0ObySzJAyxmhx8iNTsKcSAAmOwkhisvF0BNr/Q39xY/uLy/d8wvyfs12Zt48J5&#10;JDTUsemgOpwSuosQCooRXgMdZIb77Z79yx7dpzVPaCDaHnWGNmajyO2ahSANIQFw1QppxNCOqJN3&#10;fzC+qt1/KqT4i9aZqm3bv6mxucznYm7sY1Jl9sbZkw0DmqwtRloJfBkM0Kyphp6mFPItDI5jciVH&#10;VRAmNRHTzSq8axWQMzcwIJDIzJMyRyNG6CE+m2pnsFBB9nA8NnSMxktx+Zp6Zzxr9leHUDPt2q1m&#10;kUgJxJJ4ft8/l0YjC78wMO8tt7Ur0razP5xstJiMMKZIsjmGw1JTRLUYmGqqaenqaBZsmjy1DzpB&#10;FFGzOVIICKqagz1arHKIWlJRw0aiJmJPKhUkMIckW/UATz+dJ/DGYoNUiFqDyrjoHrt4kuPD8Uam&#10;bFcdWDx5b+7W0arK1mGrchDiMb99VQYxoZMilNSwh6iKOn88KVU8ChiQjBm0nSCSFKRqayto6bL5&#10;NkUU2Mp3FT53MayRp55Vp4xrb7iapyFHDAVUH0SO1hp4NkigmksbMSEzzkaSorSpA1H0AR3YHzZV&#10;HA9eh2yRYt3vJWAhtIHZtR06jQ0QcKlqcOPD1y/bl3VthMh1ntIVFZWZzfuZMm0hh6Wvq5ITQ09E&#10;mU3BWSUkNRFS47CYXOTVCyztFC0qRJq8rqrBvkd0LuMy5EPUGvmET5KEUwpqdJlTQ1RA8DKscUjj&#10;/NlEVNVkBQAAVWe0NtRFoygWwB8MlqmlfhPqQPMEkj4qnrHrm27j3e5O4J2zPRWWg0gAGmnywBmn&#10;59Ga2Vtel2VgcbtbGrMuDw1KabEvVV1VWVwpWkadIq+qrf8AK6yqiaVwZpWeWUDVIdZJLhKzQ4HH&#10;nmKTIebITxz201FRSVkuHxlHEiU80lPaOaomeWXTCVYci2oICxfc7ogB44aINNajWgdycgEMwjUB&#10;dRFCeFR0RTWtpb7NZRLcHxZy8jigoNBIXPHI1ECuTQdT6eapqc5kGeBTT41qbHUkiu4kC1lJTZGv&#10;qZQ7RRSRSyeCJAnkZGiY/RioQIYijoKSKoRTOilSZooU+5yUn3BeWxVfEBUopY+gBCRb2G7gSRJF&#10;bLPVmJrQ5JZtROM51ACmKjHXo4PHv5n8OgMgSp/hQBB9lNJPqa5J6ULsERmP9lSbf1I+gH9STwB+&#10;fbBtyamg3DGQsjRSrPHTS6rTSI8nkR5QpkW5WK4B5F/x9CTWMUVputo1QVLNRiclf6VCRxwKkVGe&#10;PRrzBbyna5okkBKEVPljGPTj+fl15W1AH6EgEqfqtx9CPqCPbP2Ll8TtDbuW3LurL/wfEUVNPkK9&#10;ovM9V9hHq1RhaeneY1NSZPHGiqzszgKpJALXMlym2bffbnud4kNigaSUL8ZQZpWjEFhhRQ9xFFJI&#10;HR17ecu75zzzJsnKnKG0G83u7mSGFSVCGRiKEliFEaULSSMwRACzsqgkcvdF3c26txfJvsekiwO3&#10;48TgMeJKDbeJbwyV/gljgNXlc7k0hDVVfWLAC+ppUp0QRIWIZpMMecuZ5+ft/tYbW2S3sIv04ENN&#10;VManlcdzM2lSSa6RRatTUfpA+7H7C2f3f+Qn2yXc5b/mm8cTXs1WEJkGoLFbQE0jgj1PoJVWl1GR&#10;gKhVg5HIUmLo6iurZ1p6WliaaaVmRQqpbi7kLdr2H+v7H7qn4xUOzYKjcO8qikpsfjYfu8lX1BC0&#10;skVOplVjK7O0VHET6VCJNM36tPpX2sj22x2JZo5p1adR+pKCCpoQNKH4KVxTLMPLSSOsuuW9rhuf&#10;D3jepRHt6mqpgFvSowQK04dFY7C+SOMSSi2lsKGrz+7dwzLQUFBQIslfHUyOweOOFgkfkp1F5ZC/&#10;jgRWLMSDpB/vPtCp7Cmp9v7aSbHbGxjl1WSXwVO450l8SZavgj8gpscACaeJxpQHW9/wG903Gfch&#10;FHEClgtfkZPm4/hpSn4eNOneZ+b23NksrZdNklVCrSlBwrTz/PoSepus59o08+f3HUR5Hd+ZUGrM&#10;CiSjw1I7PKuJx0jojSnWweoqWVHqHUcBFVfZV6h6ZqpqbHmorKy7JNVTFftoVJszDxIhqkiA9OrU&#10;v9ABx7D8jRliImLMfPyFOHDHQK8RmrXHy6GuwBuOPqLAkDk3PH0vf2qtr7byGbyeP25t+gqMrm8r&#10;WwUdLTUtOZ6qqraqVIYlXQjSlSzAckKo/Ki5CjbbG7vryDb7C2ea8lcKqqCSxJpQDPHh8umZrqCy&#10;tbi7uphFaRoSztQKoAqSSacBmlc8B1AyuVx2Extdl8tX0mNxmNpKiur6+tnjpqSjo6SJpqmpqJ5S&#10;I4oYIULMSbAD3dZ8c/jvuj487v2fg95GIZrd2G/j1ZDTMWpsdUT1GSpqfHioYKlXPSijhMpF1WSZ&#10;bXFi0/8AJ3KcnLnMWz7be3UT3M0avKUasYesmlEf8VPDU1HFn0qWXSzc3fvUe4W2c7cpbtd7RX6W&#10;xdo1JpVwPD1PpyVDeIaA/hWvz6Kl1J8k+uPlJg947j6wrWym2dl9gVuxocs+gR52pxuLxNbU5XHR&#10;Kxf+GVUmVkjpZDfzxxeVbBgFt9q2+/p6GK4TR4xLcKugrpF/p9NIIJPvICP/ABSS5ehJb7c1/wBX&#10;l1xE3CMybjICuCcfsx9vQ80C/Y0st2JKxsQQSbhSCVW5I1MBb/Y+2bLVkmYpIkSMjVSrNDGeCIpx&#10;GtKoFv1GlhRm/oWv7V2EK2UplY+dPzzX9hJH5fLp/mpvDJtUHdFUfb8vtHA+dfn11tXHrjzVu5Vn&#10;nqmMkvN5HhqJDKdRNrNPMxt9BpsLAWBa957NSOeWsSH1cAXUllIPIuBzyeQb8e5a2LfS6JAXx+XQ&#10;Z2veZrZxZSsAnHyp+3oQ1YMur8f7x7B+sopFYI5aCdL6JVUKq3J59Q0MLccg+xlFKsidhx+3obW1&#10;0hUsAGj9K8f2Z65e8UNU0R0VMCzqNK6o5FJa1hqaOUpGOP6H3toXIqnHpxoEYhoJSrHyYUA/PJP5&#10;gde94Jzj5pkAaWCZwQNemMEk+kONcgljv/ZcG34I92QSx08Qj8s9Ox/WRRsSA8fnTP7PQ/ZT8+ve&#10;4dVR1cbBinnVC9nicM7WuS6QXBbUv9Ge/wBRb2qjniIoz0J9cAdKoLi2kQqG0ufXgPlX+XXvbM76&#10;5GBDhgpurgpIAPyyFVZef6+1QFRVcj16MFQqoAFV9eI/b173nhgM3qJNlvewBsRzzYce6ltJFR0z&#10;NIEOmlK9e98KiupaBCzsPSvqBKXvb+hP4+vt2CF7g0VSM+h63BbT3baUU5PXvYWbi7SoMUHHmA+g&#10;IDx/kkW9Lgf8Tz7Fu3cqS3J8SU0UeZqAPz4dD3ZeRLy+Zapx+RPXvYC5nu2vrak0eLiqamofhEp1&#10;RzqANwTFzwDz7OY7HZ7Nvp0rcXXogJH5tUgeX7R1K+2+2NvbxfU3rLHEOJNR/h697iU0HbG5Drp8&#10;fJRxsAyvPIwLIf7ZRULWP+x9uy38dtHmG2typ4O+tiPkEDCv+mp0quG5E2PtnuBIR5AemONQOPn1&#10;72pqTp7tDIBWqMxBAHGo+NZJjzyf91rbT+B+T7K5+Z7cdp3UBh5LCv8AItj9o6Ibj3F5GtCyw7ez&#10;kepCj/D173Iynx933V0wpWzryCdlWVfG1iouwD6VFkLKP8L+2rXm2wV4pTub+JGwYHw46VBwMMvn&#10;8/y6asPd3lW3uBcLtYDqMEEE1+VTx69f6f48D/H88f7Ae2I/GneVJCTHXwOVFwpWbhbXUE6G+tvy&#10;fYlT3MsHoRcg+nYtK/OkpNDxPHo0/wBerly5k77NgK/L/P8Ay66uPrcWNrG/9fp/t/ao23sPtvaO&#10;LpoaUU1UkZkl0RGRTeaWSVywMYClmY/j2Fb3fI9xuZZbi6tZZTjIKVA4cKjzp5cPPoj3rmv295iv&#10;ppbgvG7UGaUooAGa9d+xCxfZ2+dsui5vF1kUYYB5GhdoubciQKq8W9llxtO1X0ZMsQR/VCHH50yO&#10;gjf8jcq70Gba79CacKiv7K9e9mK2V33j67xRTyMjmykOIh6iBxyRz7A+8chOUae0kR4vkST+wdQ1&#10;zN7T3dsHkijBT5auvezNbf3tj8nEjLIhUkfRkHBUEm+rn6e4v3LY7izdwQcfI/5uoU3Xlq726Vw8&#10;ZB+w/wCXr3sRKWaCoW6HkgEcgjnn8H+nsNypJGcg0+zoO0dDQggjrxF+D7cljkFtIvdbXPAH+xt7&#10;SM6nOoUr0Y27nAPHrC4H0/H/ABJP/GveYRyEgEav63Nh/tha590ZhxXo3ijJHDqKePrx/r+58Klb&#10;+kg35PJA/wBifaWR1wNQ6UpGQB1jckcfgj2j907+29tOeloa+oSpy1bNHDS4yCRDUM8sckiSVAW7&#10;QQaFL30lmVCQNIZgYWG03m4Ks0bBLUmmph8R46UHF2oCcYUAljTo4stovb2K4uIYT9PEpZmIIAAI&#10;BoeFasBQniQOJHXKOFpP6qPwSDY/T/W/r7ROfwOb31RrJT7hkjWByY6OmgiWnS6NfyOHkaRk+hNy&#10;Rf8AP09iXbdy2/l+crJt9aihZmzxHkQo6X7Ve20DZs9YHEsSKD7KjrOClOygKbNxcXPBtzyT9PZR&#10;snuFcdJX0tQdVTjpBDO4KLE0wMquqaW0LoUXZQNKlxzz7mG1skuJIpEBELIrAkfxcMnz9Plwx1KF&#10;ns0lwtvNCAsMqtT1pjj61LYJyQMYHUv2Gv8AfI6tegW+9899Yt4/F4L3v+m/F/6+xD4Vrp/tcaKe&#10;X8XH7K4+3HHoXf1cemnNfC08DxrX9tM/Znh173//1STyZud2trFjbgC3H+3/AKexlToqe2ABqTg4&#10;63wFxsKrYJxzybk/7e3uLLkHcHVIbfn/AGP+x/w9sljUj06SFCCQepEdJGoICD8WIPI/3r23SVt/&#10;0ngC3/Ec8k+/cR1plIp6dSkhCn6f4/4/T/Ae4TVJa5vf/iB/sP8AD3oinVdINPXrOsQPPIsfp/yP&#10;3mpY5amREhDMzkAXWw+oHJH097CsfLq/hsKdvWOoZIlLObKvqNzyQB/ZFvrz7X+Kw8VPIr1QWeoY&#10;emADUo45va4Jt/vPt1EGK9OCMAgA56SOUy000brTssNOgVTK/DXDC9/xYfn/AA9iPDVx4iDWxH3B&#10;TTFDwUhDgH0x/iS35/Ht8fo0JXu8+m30k9vQZzUbbgnAjWdaRZgZJNRDVbwk+lj9GpQxuAP1e2Z8&#10;4AG13MrHUDqX0rb6G5+t/bJdmNSanqtPTpQLgHPjESEQouk2BszXBDEW+un2yV24SCVXQrFQWNgz&#10;fi2nmx491LUpXgevU6fqHBKnq0XAubfg/UH/AFvcLE1H8Zy9LQtKY4p3U1MwJPijRl+kYuZHkJ0q&#10;o5Lso/PsScpbFNzJvtltcANGarHyVQCWJ/Lh8z1GPu77hWntnyRu3MkvddImmJKga5WIVFFeOTqY&#10;jgiselDSYZD400n/ADljx9FPJP8AyCfdhHUvVNPNR00ECATVFHBNkJdIaWmSYsDTxONUcE+gjUQd&#10;Yv6SOffRLlDlba+WtmtrS1jWMmFQ7AASVqanV5MaZb0x188HvN7tcy+4nNe477vd40hNw/hrnSFx&#10;gD/fee1QQDxNTSiujSnx0SxRqFVRbUfqb8lmNv8AD2ePYHTdP4k8n+T4+BVeR9JUuoLFzJK3Mh02&#10;N7/U39mO5cyW+0R+FYxjxaUFB/M/n1j3LDe7tPJqqc19B9ij+QHQcb77Qw+z6VRJKKrJVLeOkx9M&#10;3lmnJUDVoW7RIrML6v8AX+ntabo7B2P1fQyLj1jrKtABqRVcq4PpvpYMQWBvb3Fe9c2qZWW8uTJc&#10;f77TNK8NRGP83Qs2rk4hRNchY4KVJY5oP8uegvoYN6dozRT5WU4nG6g0NFTxzU0bRHlfPYt5SwTn&#10;n2U/dfcu995S1EGMcU2OmZmVhG8JNORpQGz38q8X9g+43LeL0OhuRFak4VcHT5VPGtOPSu433l3Y&#10;VVLG3DzDBLf6vPoZ9v8AX2Fw0Ud4FmnCL5HblTJYFygIvo1fT/D2HI2tlMk2vK1NZLLO2vWEIMvO&#10;kgHSLKVA+vtCtnBBIrG3JegyRX869Bfc/czcLhWiiuEWFeAXFP2Z6XccEMIAjiRAAALKAbD/AB+v&#10;tW4/rymZQy05VGVEDSXZyykEkatduR9R7X0lkYFQgQfLqPb/AJ1u31CW6LN8zXrL74ydXUE26oau&#10;SmSTw4mOnuI11gNV1bkaihFzwb2/PsWWO6x7fts0KFau9T8yB/qPVV56uotgeCOemq4LcTTCqOFe&#10;HXva7k6+xzxiBIXCWGoPpZQP9hGPaWPeZVPikIAfI4/nSnQUTm+8EhleRa145/z9e98tmdYYXGUu&#10;ST7VI/Nlp6pRpjsTMqazZUB5Kj2zu27w391HOQNRQaqHGoY6rzLzxuV9PZP9QSVgVeJ8uA/n172r&#10;ajr7ETKbRW1LpIGkr9fwGU6fp+Le0AurOSquG6D8XN+4Rsv6gwfn/nz172k8p1kYYpJcTV1NJUMP&#10;VokVUkjAP7ZVU02J/wAB7fdLW5hMcTAKMmuCR6D59DXYPdPc9uuEZpBoH2kf4esckUco0yIrg/hg&#10;D7TuK3lvfr+rJkacQxVEahGQtRyRh11iRGJFnQm5JJ/x9oA15t9ZrDUIQf7M/AR5inU+bFzny9zR&#10;Gltufhi5fGsYIPAH7c9JbM7RxuWVg1PGrEakZQEZHCsqsjDlWF/r7SnzKkwHYXReK7KinhxFbsPc&#10;cFXmZTJTxwUeLydK9BM7+UECnkyAo2kN1/Y1kG63Bdz0v9Y+W7W68TQ9pMGNfwB1ZTXzprEZr5LX&#10;rNf7iF/DyH7+XnLoK/Scw7a8akCqvNAVmiHGgcIs6gfjZ0UZPSEoWz2MqJttVUbZCklhkFC0mppi&#10;rTJ5oZJbgemnlkaP6XYAfT3TPDRRUvYe7tuzfbf3f31gYK+lnoonhniztVDV5CUyK4DLVVEtJMOb&#10;nyM8dgNCiBzBHbbm8HiK6TKHUrX8Qx+ddVaedeu3W4s8u22N9GKzQS6WHl4Yopz66SPsKg+fSjgn&#10;qDg8VXpG8E2DyDQzwMUdlpoDPjZgxhCROgpqiN1soIRbsSRf33i2qRQEzfZLXUMNLVQwO5lhr3K1&#10;FNFLXQJUxsfXT+G8bq0iVDD0s3sUwO3gugNJtIK/OnbU/LVg+oY9EO52iCYSUJjkOk0xQDgB8tJr&#10;9or071Kw+RYIzIsMxlAlhOmeHyCGctE5DKJVSpRlJuE8Z/ANzB4WpqN27WyeMyRCV+MdaWZ/G8kH&#10;+QJItNWeEykvFWY3KvIdRF3jYcWsFK3LSbjby3BoyVRj6ijAN8wwerH1UnqP/obfY90uvp1/xaVx&#10;KvmSSQsueGAiV88/PoJM5GmA3JhcpT6paepE0LRCzPNHkHp5lpD4wLyw5fGJGQP0iXT/AE9hn8Zt&#10;9x4buSv63qaKOjpNzUuSoKV4WT7eGtw0UEyRVMcbs1FkKqjvKhKxmZaduASbFcm53lrdX1lbYZJK&#10;CvAgMFpX/Sn8z0Y+5fKm383ctQSuP8atwGB/EFkqaj1Akp9ik9Z++GmxvX39+aOSWSXa1Xj87MYB&#10;C71OMlqYoK2mKzTUy+KSmqnFxIDHqJAawHs8Ffh8gcbPVUyyLWR1lRRZKjWVmknh80tPT1KCDQ5l&#10;WOcho7AhZNR9Kn3Iey3UlrMsyyMFJBOK4oQpp9hNft+XWH9/zW7WNty5uKt9dtsqm3kIxqSniISf&#10;I0oK4JVR59Bxt1sYdw0mXianGA3PiKXJ0dYEslLJX0tLkpUYvcjU8MUkbk2JjI4LH2W7cW80yOAw&#10;e6fBjqvJ9abrymwty0uWjlmxNbBSV+NqaODJSQx+eljlEjzmqiVSklO0QWWAujiPdP8Akc+2/Mtw&#10;kmnedklkKAIHDxgqZgTSqgRjxlJ4GNlHxHrLP292q25cvporadhtW7xxX0SeamVWEir5HSyqcYow&#10;9epeQwElTu3eOxlymUwtNvvZeO3JhMrh5YI8nRzyx5jE5KroTUhkrJ6JhSxvEwJVamOZSsgVkkfH&#10;XepNPvzr2uUS5LLYeslp8JRVD5loM/SU02TpqCjlhepmq40hMQgcBnKzItvULM8n823Fpyry1JaN&#10;o33ar5kGKuEaX6pCAM0jfWooaASFAM9Dbm+xtp7/AJf5pjk0JYbgjSOzqmi1mbwptRaikkMKgkZC&#10;sOHSC+VGwzUZDqztbHtT0UO0t042nzeQqKiiw8Me3s1W0tBX1lZJM1PTwfbvVNPIHaNbKzXFvYs/&#10;HbDVrZLfj4+aJGkyGOhExPjRqRYsjkrxxyNDIBNDAyJexV3BtcEe8xvvXcx2PMPLXthdbPcB7S4h&#10;lmWTgNBWMjUDkE6HUg5DAA9Rp96K6sp9l5QW5HfJNM3Go7dMZz5kmQMPJgCeHUruvdFFBVdePXUd&#10;XWQptbclZLFSpJ5Umnn29iYfPJTCpjSSGpqQ8mksrBWsbEH3M7RxtHVdt4Kkqa+AY3O9d56hnmq0&#10;DroiTJyljBKJRLJR1VVTyLYaleO7EekgAcpbd/W/7u3OfKltIj3n73ikRD3HQ1udTKCGqO1xhT8y&#10;tR097ISzH2zvooFY3kG5RsoXGGaIGh9SFYkV/wAPQZYDceXo+pd55PGYuqfcO3+49o5aixsJiFZV&#10;+SXb9BVQu48iQx5nG0lRG5kuhjlcEANf2U/tupyO6aXAJjzU7ir94Y7IYreEdcrzZaizdHVU88FF&#10;j6swJFJhqStnU0DxLIqYzXqutmLHsPys2173LZb/AG1wZ45BIGchZEkYMkscZZG1RktE1UjbVBqI&#10;JQBjkJsG3R2bTw+EIBFIjxAkKpV1NTo41NAH+dDTPRhulaE7WXcWIy2HxezcFtDLw1+zGwENPjMB&#10;kdqZWkq4aasyOIgrZ6oboq4lkizP3qq7ZRBOpMkjqiT2J1pksfDsOh3Pgaig2RiaPcmOqKLP19DW&#10;aqnIUUVNgZZ4Q0DkxSo5jjKowYqrJ+BIv3lL5do9ptpsreCSCxjDwGOVxIzLIYni1Mi6RQRt2sFK&#10;4U99VBN7hm9GwbxHtbF94eNKaakmMNWQjGkkjUtK1z0J+Y3rhqmor6fb2aiqsyXxshGOgqZNVJRV&#10;CSypJVpHJBZ41KNqcWDHnj2M+2cNjdp702rndp7fdctufcNNBIkFP4JpqUbO3LPjquOgEMdXMqNW&#10;aWGgXllAUHUze8efuvW20y3XMwu7fRY3KweLq7VCqXbV3fFRgoAGTqPoSIV9r7e9WTmSHmGc/uuG&#10;I97igBWdS6sxwQQq0zhaevQed4TYbduxN04LPZLHU2FpsHNW5WteqgShp2x26ttyzQVlY0xhpSXo&#10;pBd2A03ccL7GzH4fdW583PixIlJFRYSqq62oq5NQoYxNTRKKnTIEplkeThZWX9LNpspIzj3PnrlH&#10;lPa45rEJcxqgkCxUVQimMVZwCoNHqKAmgq2lQ7rJO98+cr8n2cF2Y/Gae4CJoShckk1Q0o2lMkqS&#10;DwqCQCXd8zsbaWCx+VoaOLITZfddFRY6mx0MdMmRY01VUvLSNKsRyK01MrM80OpSpWMNqKBkXk9q&#10;UY2HvGTF5hdyVVFDvOhylFJBHT09PmcHipKbJ0tHNN9utWKOqlZTLHZAQ5BYer3H26e8XL/uDy3z&#10;ttlrZsrx2V5CvikDVIsboVSlNShioLCtO4qaAHpfD7hSb1udnZy7R9PazRQSROZFfXFM5EbMF/s2&#10;oFor5NfXpXQb9yx7D2XSbh23DtWiyL7Rn2/WUmSXIVNZiM5n9GOqMmlJFNHjkygp1UQzP5TdNWi1&#10;gDW1KiloJ+xcnSVNXNV7qTaVdkvu5FkgWXGYzKbfpjSHRFFaWLHCVwHcsZA1wLD3KntpyPsGw7nc&#10;bjtk0r3d/b2jzaypVWjjaIKmlRQFo3c1qSWqKCgB5bbKLm1KTsNcYkPyGo6zXz8/Q8Oh1zO3YWzW&#10;znaJdGLjz8EIRiBEtdWY7JuEvfQFlKgfW4Xkkkn2HG/c9X11FWSYuojWeWkSmoLxNWRDIV7/AGeJ&#10;k0RtzA9bJC7/AKlKXJuPZZ94Pns8me2G9X21XiPJLCqJQA6pJ3Co2DUaXIb7K9F+22ENuqa5QU1s&#10;1ADQqKs+fyYCoB4dCnhsfT0xSL06S0kgdTZTGiTM6nSACwQkN/Q+41NLRYHYOytv0Gs08Nbl8mtQ&#10;qeF5vva3GbawPk8QMrnKJh1YIF0eNgdTKxZeakV/BtvL/LNnCv6DCSUEgA/qOIomBAGZBGGJ81Ne&#10;seOaLa93r3C3a5ilKi1jtoWAOaoplmX7B4wH5NXh09UsfkqclVuBrmjpqNSB+lKeGRnTn6mKqmcE&#10;f19tP94cJhMfkcpkYxTZvF7ckzdNQCeC0WLjysVLQVr0waOZ0nra+F3ceQlFKj9wsGDXMPMsNtfv&#10;cxTUvFtWIXh2F6AkepJP+Hoc7lyXNzZe2aSZ2s3cKO1aVZY9RAPoVLA/aeuX78M0VNF/mauoMbux&#10;YlZTTrPKQQpC2p6ZtN7ct7VENSnZBjpMrjpMc2G2nCaelJppJRPjYaTC1JihWrqmMSblgIEXpY/b&#10;uh5Q3Vw368x8tbjOlmYY9NuuaDU0EZjbSB+Fpm1ZzpQdIN329Y/dezubeUtbWO0vHSv+i3k7Nn+l&#10;4Fv8sSA+nSPpKVtlUKijMdXVbh3pWVNTNdmSOmydbkcuZWZ3YkRYzTHwSglfjgj2Yv4u7YyT4TdD&#10;vWHJVG4q1K+vkkZ6f7Q1Uk1bR0VNBTwCMikpnCEsV1ag1zqHvIb7vVrKmwbxLezIZLqbuP8ACNTa&#10;QPlQCvpXrHj7x+42p5o2aJIytvZW6oFoDqPbqZiSKavWlOom+MxTY58e9SwhSEShAVFmjU04kkZj&#10;xGNQNm/J9mWn23l8RFTrkxHLHCokCxeLzM+mSOFhMY2OrxyEaidfP19znHF4fhxzyoyBsadQYcfM&#10;k/t49Y8SS2t0ZjZJpaTj8h8s+tMcOkhj904rIu7UcmhzMEdJmN3Y29aA/SP/AFvcra2Yg+4iVaqa&#10;gcSQyHVLI6xpFNFKrpIVVijsjXBcizG9rCwzjht5LNhDAK6DVT5gimrP/F9AbmXa7hlasAliKkfD&#10;6inAdLeRAIHEkUdQGi/SyXVgyi4Fj/j7PNszNvkMdJUVstJWxmIuZURPKmnxgGpJZ2eZUjtqIXWG&#10;uVHHuG9729YbkLAGRqnHAZJ4fLP+rPWOfMG1fSXQhigkQ6jQHJqSTgngM9AdnIoKetihpEqqYpUC&#10;JVeSVdZkeR9KMjRuF1SD88W/x997rx/3gpa6ioaA5nGLT0FQ8Xip6tNvvXiKongqnFEs8dCjNO1m&#10;Ylo7hQxR/ZHHJJEZUgNZZSoq2T3MK5J1AD4yK1IXQMtUElhEIXltJbhl26SpKnUyFwp0ArRxRmon&#10;xADGrsDVUe188KYy0stRUiCtMlZBNJ5JYWyMkdxS1EUnnanSoqVMaK3jcgf8GUADnME21KD73N7/&#10;AN7YvBYaryEUEkGSxmKxWPpabOePFS5GPamKw1U009PFFaCrlnhBldNIB0eze2s4Zrf6m/3CsUfd&#10;prHEooKghlRfEC0AYElGNS6t5mgv2v5Ta7byzYS7hIqVBieSUlowXCeK8q0B1DXEquCva1SHIu4q&#10;siyUMcq02OeaelpGkvHLL5JZIInqPCKlmBSMsfUEUta5+vuLtjEdg0cEaUPcmbz2JafJZoTbjxO2&#10;6x6ileZ56zHs9LBgVjpoYxopkiaBKfU1hJwGpBsUu3NJJLvcs7yT6gJokJCOSaaoxHWMVGkppoAC&#10;aqwUI933jYLud/G5EhtrpY1ipDLMlGXUEfRI0tWY5ZSCZKjSF05cZKbHLKz/AMOijmYqn7GtUD3b&#10;SWA4A+tgAL839zewDit37Ize3lroHpsvRq1I9fQ0ecxur01NNO9LLPRivXWI5QqyIz8G4sCRamzt&#10;uMZiNvCyyxkVdNadw7WKVFQpoy5FGANekPLM97sHMO2bqLeUywTd/hOUamQV1BW0+hJUilQQRjqV&#10;S07RSiQooIup+trn/G3uuPf0uH2vXyV4z602QC1lTVfYQU+NoZlpZjW1grMTNNkMe1SIIZC0+h6h&#10;Yg6ReIjgLc62W07M63Um4CG5kDFvCVI0YV1MXgOpC5C/GO8KG0aWJPWX/KYv97s4rX6CR4iAE8SR&#10;pCpYaQVmGghQSoVdQBoustQ1f0TXwV4Itxf8/n+ptf2EGb7TotyR5CuSCPMzLRyJTxVIjhwtQJtc&#10;MNMmSqI6iOJqj7dhKpEUKxMGYsv0i/dL/ZN2juJRCLuTw9S6zSJzkIvisWUElaEUUKDU1AwOLPla&#10;626SKzBMCeJQ6QPGoCCzaFKnGqqmrl2AoQRmQsSqLC/++/2Ht5TAZrcEdLJSbehd3h+w+zXFvBDP&#10;5ZaV6ejlpIaxYEkEkTRWkgkeOWQxK6o+s6bkybcYoJ7GwCoAUI0GNW1aT4ZXUBWpK0ZWIcqgYCvT&#10;K73Z7c8qS7s658QuHrpI1an1FTwFGrqRSFDEUoB5mVRpJ4+nH14/2HsQ9s5nsvbm28jBR7Gnr6LG&#10;ZzZePraHGQZbIVELUGYpTBizhY8dLU0uMmFU9LMDCoSCrWo1HxMpFmxbjzJsGzXtueXw1tDNBDoi&#10;1PJpEkbNH4Phs6IcxldA0xOstGRSGAfMe08p7zvFlcz8wpFcXFtdyI8jRKGDxsDIJfFVGcFSy5aj&#10;xlVGqRXEeRojpBk031DkgHhb3A9oHvjcm6di5g5rcPTW+oTkp6TFybp2dvnIQ7eptrUWQrqirr8v&#10;hcfU12HGbjhjlqTBVx1jyQGAGrvH4/aLn3dbzZLz967jyHfrJK0SG5tLt1gFvG0js0kUZaDxBRpN&#10;EyHXGwLTAho+jr2423aeYLN7LaefbJreMSN4FzbL4xmdU0iN5FWUxNqWMSRyRprVmVPhDcoihF0f&#10;UBY3bi/++t7rc+SHYuN3vtX+A4TPYTLYmgbbuTpanES56irqWor8ZuLHT0ZjzGPU1lLSUgaCslp4&#10;sReQRGqppXnjeLGn3E5lt9328WG37nBNbRNA6tGZ0bvjmULpuFr2iscnhrA2EM8TsyOmVPtly1f7&#10;Huv7zvNsnivZRPEySCBkbw5IpNVY2OgsW1w6zcVGrwJkCMHkKLXP5PJ/p/sPZQtp7r7HxUdHQbH3&#10;HuGmlilhhrqGlyRmp6r+Hxw4l2WhneSgqCZZ6aOECMvJrjjUFlGmK9v3Pf7Zkj2ncLhKsKohY1oE&#10;Q9gwc6Vrp4lR9k6btt/LN5NNc75ZQSUqyMyBWXVqdQWNG4azRmIIDNTrl7vz/ly1NB2X3Fufc2SX&#10;cWOrepuvsZtqpwmelqcTU4/dm7ZKuhnrRTfeGtlrZcPQVlOZJFJMUtkaIvIj5Re3E533mKea6SaM&#10;7XaRwFJiyNHPI2muliG8V1SRasCeBUrVtWL/ADnyrdJt1nDHNbPbXd7JMHi0yJJbRRl1UkIUCRSN&#10;E4VTTUveHoCCHfzBe0cp130vQUeCgaXN7p3Xj6aOVC5OPxmCY52uyJiWGcTeOSlpogrLoDThifT7&#10;tq311Lid57N3VjZM7l8c+4cbuLC5CthywXMUOJ3JBWyVORw2Tr5ftqeswNXUM9LFUEU6QARRFAgj&#10;edNzd5duudlkaRbCeGRTIrEMhcsSfsoaADCgaaaeGHcux8/cje5MW68v7JBe7FC8M0UYzUx0/RaK&#10;gLFgoFV1Ozdxq5PQTdJ/NjqjcPX2yqHeGVXEb7x8+Kw9T5cFkJMfV52Gf7SgqicVFWVElJlEp0as&#10;mRS0UoJaEqdfuubfHQ+e6rxnWGO3z2HUdp5qXG5zEDd2Rw1FTVlRjaWSRcRGJMxJmlrWl2/udKGq&#10;eVqinq4SkRVlVmljTeNvjtbTlePc90W63NRNF4pVKvECTG2p/FUMVm+mfWG1oY1AVVI6kPb+aTzd&#10;zDzfdbNy1Pte2K9u30zswKXD/wBslB4XassCyxAqjRuWddJI02G7L3VidxUdSuIixcMVNLG6wYrI&#10;UdfA0FTqBrNdEqRxLPk6eqjVWHkYRa2CklEIk/XeUO4amro9q7WWlocvj6iGoxUGITF5ShTHQ08I&#10;pq2mwzy4wII0eHxK87iCH1LCHgWGE2G4utyL2222ukSKQVCeGwAFAHCsYxgMAV1MAoBEQ8Mz1b8w&#10;rBYxW8u73ZkkiYESOzOrk1qQ8ul66itKeGhLERmU+IF0GWwB/oOCL/8AEW9jLhsnUbUpKWg8/mlg&#10;DaTTwyPF5I5JZkV5Fkknkk8k8jKzaVCIAzBmCsMbCzXbokhmZmdKAChYV4mhPcaZoSDgdzKSmoou&#10;4RujT3BoIy2M/hooxQACtK4rQ8K504XiVybDhuDwbEWsffOg3guSy05AmqUpDFJUnzxNTx1UzyyN&#10;j5Y1kM611PGqyOjhGWOWJh+r2Zba6TXrDS7kEauGkGp7DQmrKVqcAUZaVqaF+5WH0lkuqNUJrpWh&#10;1YFCwai6lYkhWBINGqMZ78KqoUKP9cH/AIjj2IMGYK3nLAPIQsguAvCj/dgsDeL6GwBPuZtl2a3m&#10;pdyKasKtgYqMfb8+ozvidItwOAP+DrmIlsLjm3+H/FPbbuHdsMjLReaWolJX1m7GEKgvpP6Rf/D6&#10;+xZe3tpbQQ7fANTkYPktPXpJtWzzs5uZAAgyPnXrmqKvIH+9e3PZ+Boc/V03mnm1QlZnLQl+Aocl&#10;gJEcC+pRcWuB7XbFtNpul0hnmYtx+Gtflj4ftqOlG87jLtdnLJEo1cBU0/w9Y5HK8D/W/wB4v7NV&#10;g4cTgKSenoIIqWCkiVlNZFFG0kyQKssiveWeQK9rlSfrbhuPclxW1tZxGOOFI40PGhr/AISSSMEk&#10;1r69Qrulzd30qSTSu0jufhc4BJxSumg86g44ZoeobB5CLkG3A/rb/itvYr7dwu68o65PE0tfBSJL&#10;Twy1yiUeBpg704WVCiRyPGCxuyFQbG4sSX7jum0wItvevF4jqSEYjUQOJpn/AFDoAb3vOzWii1u5&#10;FaY6jpA46Tk1wTjzrTrBI8KgxuUZjykTWLsb2Nhb9PH+8H2tqCgWtkq8Y0a1VPIsEVXlJ45dUlYw&#10;p2lu9S4l8ksykltRLBbj9RPsimufCEd0zBJRUogphM8aYxjH+boDXG5GBorlWCSq1UjzVUoaVIx5&#10;io/l1idVBD2Cui6QF4AX66bfjkD2uKrCY3H4cQfblzTmIuwbQVRVDQ3KyFwxlUq1/wCq2vq4JIdw&#10;urq9LmSik0H21z/sfn0SR7ld3l2ZDKO40qR5/wCTqNFM7ym5FipUgD8WB+v+x9hG8FdVywJHq8VN&#10;IGMkl1RGildlDqQUGnUbkixt7Givb26yNIw1utKDiehEPAt4mZ2HiMvAcSenQOgUC/q+oH+8/wBP&#10;eSrpaIVBUh6pplsWVi8aq7BwqtyIlVgP8OPxz7rHNcGHNFA8vPq9s8txB3qU8+Gf+K6x6mFzc/T/&#10;AH319qWixK07Ry0QqPuXVOW1xx2c6HjkQOupXCm4J0kD6cj2V3F4ZVKTkeEp8uOPn0mkieQ6ZR2D&#10;zHH/AIvqM9VYsDf6c8/1H9LW9rukwGMqnqCAtMqSJfVDBEY5mALxXjYALMwAuxNvYck3S6hEOoFm&#10;INKVIp5fmP59FEjXVusOlGdmUnGfP1+Q4+fTa1e1kJVjrLgBbkHSVHN/9f2g8ngJIHlhWSFYxqkJ&#10;ExI+pDIwcqPUBccaT/UexJabkJliZkJbHl0KtrvRKqM6k+XDj6V+zqX9wnpZlJvYfUkjV/Tj8e3v&#10;CRRQUU0bsHWZQqQARGIAgLz6Dew/qWUf4+0F8zyTq6igU8ehOylmjIAIUVx5j06R+YnkklVkRtMT&#10;FQt9LOdX0H4BPuJj8ctbWVKzawsc+lf2Wp0SEi8aoHJ1ggG5FlP4Htya5aGEHUCxHRvdeEYYfDWp&#10;KcSc186/y6jVmSkx0KOtwHQtp1iSRnW2tSqmyhdQt/W/tcQYeOiFoP3VlA1Lp1Rxo+gcAC1yBY3N&#10;j7Ipb1pqmRiGHD7Rw6DM6sQ5aoIrw+XTPFuIVjWd/Eyva0hKtcG/0/wt9PYpRU+PxriemZ6gvTo0&#10;U11iZZFgU28LhlkYOp5AXm9vYOkkurkPHMAoDHHGorXoOp9TcA+JGVWv+o9IKrqpq1WhmYRaZp1l&#10;ja5Ml5HswJF7FLe31q6praWGCRo9KIG9KhWMam9nANi9ibm1z7RC2itpGlWtT69LrWyjhfxKZPQd&#10;ZDwUNRU1EOpWklRGBdmFlGkfX/b+0bWvUsyRQIFkRpiJNT6hGRqPDL47hUFr3t+P6ezyCOGjPIx0&#10;noxnSAIWkBI6Wm3VQGSoaTyRvGiFHRChkLLdj6QxP5HP19yKmhqcxBTU80FPJH5IHlLpG8cIjlE/&#10;3KjwysauN1VoyCpZ7Etxf2jLRWzvJH8VfX0/1eePQceg03hpK5hLBq1FSfmCMEUVge4moNKUx0rI&#10;KyDEyTThnLOPGnkll0amCmNFVWQBSb8ewu3Pn9u7SnWnmq6qtytXPDR0mCoaKtyuUqayq8kiPTUd&#10;HTyFbU0MjyuzKkSRuXZVRj7Xy7xHHFC1xE5LkBQilixIwAAC1PxMxGlEBdiFBIO9s2jcd0R5UhVb&#10;VFLPLI6xxqqnS1XcgFixUIvxOWAUEldS3oZK3LU8btEsULDyNUSDx0wtZdJmJ9JOri4tx7fWzCxG&#10;GOpcwtrIRpSCjag0jImh7/2W/OpbXYD6ezJbQSVeMBq+nl9vRWiRyKWiz6/lg0wKj0PAjIJGeuD4&#10;pm1PGhlFzYoPrY2J+h4uOD+Rz7cYctTK8RM669bPCodiFV1sblmZ1DD/ABAv7Yeyko1Ux59Mz2rO&#10;naMdRhS1CK4EegA861JP0/F/xb261NQ88KPE+qOOxuCscsikgaWuLylfx/X2jjjWNyrjuPpkf7HR&#10;asZVqNxHXKFUGrUovzpBHAItewt+SPcCqyqUFOixgFpHkDtKrxaDGzMyROWsbRlSeOb+34bUzzSa&#10;jgf5ujGLuNG8usH8MFfUl5B6kFlCjg+kADn/AIL7wQ1kmbFUIniRIw0sisYzUMgdEjWJWUkysri1&#10;vp7dkiSx8IuCWJoKDHzr0xK0UMsZdT3MKU4Y9f29TY6FcYihRK7M+n9TBV41/pH+KD237owdPmMM&#10;mKrI/PTVlFCkiMFIlWPQPWsgYMhkX1Ajke6ReDdG6guUVoC51A8CK1p/qx9vWfHtdei25e2C/hlA&#10;dLeOhGaHTpP2EAfkeqI94byy+y/kj2dkKJngq8Xv7cFZFI3lDIMpXVM8Tp43SZW+1qbqyEFTZr2H&#10;tO4nEQYmmpYIaeCE0cLwRhIIVMMd/TGjrGHCIFFhe3s20RBY44f7FQAvHCgUpnpRf7ZtwnvZobWP&#10;xZnZmbSpLFiWJJIJqSeNehfyfb26d51zGu3DmKqilWkVaJslVijeKKKNdAo4p1o11knUCjENf6e1&#10;w+Wjo6M/bU8M1XUBzJrCRKYmYOGPpA/ZS1v9f2UrZtPODPKwgXH5/wCz1hNzJtUdtv25WgJEcc7i&#10;v51/y9WedcVVVuXam2c1XP4EqMRjnKxWv5ftYopNVmJJaaFiSfz7SC1FTU1YKXGtWMi2LKxDs8mm&#10;1hd1tzbkn2d+DBBCQ44cOmILNQrDR0JVVNTUtPrkYLpYLqf6DSwAJ/qTb/b+1gjzpDHGiiNkC+ZU&#10;JuxI5jYj9RT2SmOJmYtkeXR1YWCKdTjUa/5ugjy+Shnnld5LwlvQCg5ANrr+LE+3NPPWmMBGTSPU&#10;xH1BI1Fb/RnYgn2lYJbanLgj5dCCKzodVP8AN0EuRzWOwvnmedHlLejyyNpUta6yOqufGFBP0+oH&#10;PteYLbBqSrSArEujgmxNzfVz+PYZ3Xe4bNHkeQKADk+XR7YbXJcSrHHHU08uNeq9fkj8v8R1nhcv&#10;WRvSmvgirVp5GeNkZkib6qbyhR/wW/sSnkjpIlpKayxoqo+n6uyjSbsOSh94lc888TbndmCGQ+CJ&#10;CAQfiFcft6ya5F5AS2t03C9g/X0jSKCgPz9B1qJfKL5Qbm7f3flaipryaM5Cp0uGm8P2gmZfFTR6&#10;mLMwWzHUxI445BYMlW0+Pp5shkpVp6SmVpX1EpKyopYrGrqp1tYgewxytyfzHztutmttZS/SSOtX&#10;oQsYDLUknzHGmG+VAT0PeZueOWORtruIZtxhbcEB0qpBMjEEqumupRjzBHzBpVEfGL4h98/MTsza&#10;m0eudiblyNFnstQ0M+558RlItq7ax71fjrstnMzLBHjYY6OkVnkhL+UtZFjZyo91o9/d8ZrNV9Vj&#10;8JIsFHReT7eEAqViUFHMz2KGol16QfopufoPfUP239sdv5E5bgWGIy3Cpq1OQdVGUnupitaDHAfL&#10;rB7fd3k5032Xe92jUaqKqqKUAwuM4HE/OvX0X/gV8HeuPgv0Xg+pNk1WSztd5ZczuvdeYZBkNwbi&#10;rkgWtqo6eFI4MZj1jp0ihpkB0xIvkaR9TsQDOd6ZrCZKbHT1s9TWQB5vDA0cRngMWsL5ZmihkN20&#10;gOSCb8fT2bbjze2zXx26+tFlvEY1EYFAASCQTRcMKAkjVXHQhtvbzbd4txfRRaYCKagMg18qVPCh&#10;NAejxABRYCwH0HtLY7flb2JkJts1pzWAosvRVhq6yi2/WVL/AGzUcgq6U5mXTTYGorKbUYWaKRZX&#10;RliYsUYkVrznd87TXHLVwbuwsbq3Id47adzpKkNH49VW2Z1I06o21dwU8D1a85StOVoV3m2W0vLq&#10;3mGhGuEjBYMrK5iwZwjAalDA1pUUqOu/bpWb9+P3Qe3cXiNyZyFRIz4+jpJIKrfG8M4s1TKuipx+&#10;OpK6vrBHVO4vJGkKaVRSCQpLt45g9rPafZrHaNy3COQ62VFH+O3U5LGupFSR3AYkVcBEasaDXxRW&#10;fKHup7sbzuG47XtrhNPiSOpFlaQFVA7XkaOOM0UMQr6mqTShr172oKPYHxH+W27YsXBmZ8/vTC4l&#10;6ubD0Um9NrVeJoDU01RprInxtDQ0CTTTR+JQBOPKxjAJd/cd7nt/sj7rbzSKWafdraIOyxfVQMil&#10;qsGSQJoYkk6QQ3Fkpk9L7fePfn2Q2KSdtvhteX7mcr4kv0lykkoRlojhndkVak6ax9qq3woOsMsw&#10;iBJVjb+gv/t/6ez57H+P3XGxaekpNpdd7TwMFEl6SpweBxNNKp1TTeVq6lpY6uaZmlP7jOzkGxNr&#10;e5DsNo5W2SG3i2TZLSzEZBGiGNWB9QdJII9a9Y68x85c6c0T3U3MHNO4XZlYFllnd1xpAUIxZFWi&#10;gFVUK3mCc9QWyEQ4MnjY2Ivew/Jv+R7U+4dm1+XlMjyT6Cl3EqC7SSSEOF1qVAIsf8Wv7FVluVnD&#10;bm2GkA47fSgpX1/PPQd2iaLbgD4VGB8uH+r+fz6zJWwfQOrE88H/AG4/3j2jF2AmMikES+F/UZJD&#10;BHrLNexUhQgF/wCg9mdnfWcGnwoq8M+Z+Z6F0O4G7YMzVTGPLj68f59cxVKeBpJJ45P/ABT2Ce4q&#10;h6Wtlx1LXSxywsDK4kCyJrXUNZPHqJ4Fvp7krbViuLcNKoJPlitPWnGnQ0hghtbdbhrMmM8DTFep&#10;KnUoP9fbtjsNG1OZK6rLxzQgvIv7jSOfUAQoGpQpA/2HtNdXrI+m2jpobh0ENx5huzOI7RCpD0A/&#10;CB1y9tOUxePEcsaGRQiRlCRqQAF15IHAvb2stry5DqTQnpbtd/fvcqHRWjODinmOvewipv4lDl38&#10;OUV0SpMEsMscLkymD7iEU6iQyyloiPUqlRZhcFSPZNaX24T7s8Ml4kkAwymgyVLAIKio0gksK0II&#10;pg9SNfWe0tt4E1kRKVqpFTQatJJx/EaAepHr172JMe9Kg00umWnqoqJPDWmNEukqN4n/AHG8K28o&#10;sDq5uPbsk+zxQT3SXGpUrXSQaGpAqCRxYFcfaaDoGJyVC1wsbxyRmQ1Qk0BBznjmla9e9uOE3jiK&#10;qogUzLFVWMk9NGoaYyxakii0s0aM0hsoCuSSbC/sK33Nm0xxBBKWmcHtIPafRjQ/ZgZPDj0tl9vL&#10;5AxKo9uPhqeC1ySQrVoKk1HlxHXFjZSf8P8Aff7b3Yd1ruCSi2vHS5NJIWlgaKMPBdXUwIioJDbS&#10;wkNlXlnGogWVrRBzNZLd7oZ7UDDA8eGQcjA+37PmOob3rYoRuciWekosgB/KleH+bpF5pJJpkeOR&#10;SsTX0306RZSSbfq5559uFFVrWjIzZCSako6eNUijlH2sSxBGcCGNyQH1Em1xpYkc+2poDEbaKCIP&#10;MaEmle6vn/n6N4bJ4UtVggV5s545xn/UDw6ZK/0mCJAJmkNzZPIVb06b88Lzz7DTK14rcg8WLlAV&#10;qmNmkMccjumm4jMrKwVdRuxB4550+xVaWzQW0cl0QH8wP2cOh/titbQLJeVDaKEAUFSa8Pzp5dSU&#10;hREvUR2kGkFVYhfqAdI/A/p7i4mkanq75SZ5K5XLrAkiJG3qX0iVhICCFBOkgEkj6j29czNJBSAA&#10;RHiaZH+D+fWtyuTcwqsK0irk0z1Ka3hHgXSG9JYMSefr/T6e1TPmFiBp6eAl54qhAtMsi1M8zL/w&#10;DgWIrJDTmSwZiS5HN7A+w/PCsMbzXEg0KCaVHACpNPM4x8+i7a9mmvJY41AZy4HHHHA9anhT16ZM&#10;hU0lFRVOWyNTBT0OMp5aqokq3hSjp4aWNpKitnM7LEPBTB2DHhDz7Gnb20IMZRUkVbIaipsKypDt&#10;DoXJT2mqpByEZhLdF54QWU3N/eDnPX3htwup7uw5Rs447WhT6h9fiNXGqJAVUAeRcMGrqUU66k+0&#10;/wB2jbtm2223Xm+dmvyysYYwvhhM0WWQqWapFQFIBGDx60Gv5iv8+7sfvHem9tkfGzDY3aPWQfI7&#10;bxnYVdJnTuvN4qnasoKDI4SiarxNLt6mqKaq+4cVMdTK1Q3kbxhUQLaDJ42lyEFDVVtLDXVySmio&#10;5XWOpq/AjTTNDAbSPHHEjliAbaT9fYH9jdvu7bm25vJR/bWkqAse4sWjfFckkKST9p6NPvZ39vuH&#10;tnDtlmRS3u4pW0r2qoDxZpgd0iKPtA6Kl/JZ637Cn+S+Y7Ij2nnchs7HbA3LiNx7xakrFw2HrspX&#10;YKpoYcnkKmNYJa2vlp1TwB/Ppl8ugoGf3GzUgiiqwhaQNBFUOLooGmoKWYlnDv8AvXta1xf8W95p&#10;WCl3grhgxUH17Tn7Mdc4hbH92XKsxq1D+VQK9bfnXtZJkOxOvKybxUcWPye59uUbmneulrp6vZdV&#10;l3keSOrgSgpQ+GeOR2jnkMq6OEcuoW5Jvu6ulosdO0tTXyRwx0pQallnkkVoFmMlnWniUM0hUDm3&#10;+PsWW5NvBJLdIBFH+L1AAINPmcU6Dv0MUrRsoPiY+yuPPqwvB53I7c27uDMb4xtFQbf2xHXT1Odp&#10;sisrZHB4/GQ1C5JccKNWpamrrfLT+AO4VowQ7F1X3i3fVxVORl2xQoWp4opsjU166VMtdpabzVGp&#10;WUxiF9CoNLICOfU3veyQtHaru85pKWCBPRBQUX/CT5mo8ugpzhvdvIu4bKr6bVaF6cS4zUH+if2+&#10;fXXxf2DlkwOM7j3fePeG4cRRYHG4OKWWWg2jsoVcP2e26RWEbT1k0tKlRVztdZZU0i8axBWHaO3Y&#10;PvzWyDzyUEQrK52mSnolaFiUpUmkkiWQzt6bkcKGfQVU2MN93SQWqwq2nUwVBkua8SR6AVP20zWn&#10;WPltYXG4XVzdING3QCrMfTyNKHSW4BTmlSSMVN1uHPwY9aKhE8cWUzFUaLGwhWnkMoXXPUmCP1mC&#10;gh/ddjZdXjW95F9gz2NuGvy+4qLF4OqElXVV8YP2ANLTwUwuHlEeiYU+KoYQ/rdgqIhctYK3shvr&#10;q5Rbfb7JnR0caiTUmpBLGg7uNSagV49GnK/Lz7jc7lcGyMx0tpGjUMeQoT5eYr6U49O0lXSYuijm&#10;rJ46WAeNddVKmszzuqxxszMgeommdUUC7PK4VRcgF9yqvi8dFksxHkJcbAZaShp8c3+5CunNOaSm&#10;cSKJFxGPqJNLLPP6JLAQxTBvb986h5HYElWIA04PbSteGrUcICTgV9OnNp5PuIYl3vc7REsZHIZC&#10;wD51NVlHcAPUgVxxz0xLuyhyeZrdtYirX+L0dDDWT1ElHLPjqfzyvEsaVBampchWRGFtcMEzNFx5&#10;dBI9sGOgp8dI80mOoJKiGpIgl+7zcksSBwgXXDkMZRSzM62LLTRXUEBbH2XpNHYSyq1tGJMHCLId&#10;WBRWbVpb/SkDz6SXW7QTRmK32yMwMpqZAXY0AbPdQLT5fn0pWpZnZX+/qEsBdYYqLxv/ANTqWeQA&#10;/wCD+yf/ACax2e7X3fR7LooKunwlElLW5hUpHWKryMztL+7DTxlJKWkgEfgiClpJLn+yCsE+57X3&#10;Mm8xcuWVrL9ClGlrG4Z5FNaEipMagqyhQS0i1UVA66l/3e3JXLnKvKG7+728SwNvFzPNb2+VC21u&#10;lNdGamh5GJ1tqAWJQvAsCmt0buxm1YGatlUymNft6Y1UME9XLIJAkcJldFTlCWckIo+tuLlRquwO&#10;n+pc7kdibSy+Iq98YqinzNZWZXa25d749ocRFWS5uhnh2TPFWUuUoqSnaZKeNJgpidZG1BNRDF7Y&#10;cs3n1Fjb7t4PMUKO6L4Etysnhq7OjmBk8KTSlQdEwUgo5DkDroHZe83NML219YbEJ9jeVI2YyJA2&#10;pyAjxrMKSRGtPELJrqrqPDqQGGW2ruzsHDNNubOZzbePq4JoHwe00x9BlEglRHhArcuMgJZ5ZT4x&#10;q0s4YMqxsxVZu8K/5MdgbSqM9vDrva+O6/o69X25XbW3Un8MzeBZEnxe/MttvcUVBlaCkyVPOssN&#10;JVTzZCFyEak1BmCfdvaLnyx2q63++26CTbIiSjRzKdcJpouBC1GCOCKhiJgWFYaVYDO793tn37cI&#10;dqj3KbxljFU8IpplqQ0NVLBnBBqQPDFDRyM9IPpjY/TfU+4qjEYnJ5nK9g595Y67KbpNLXbgpj5C&#10;rbXp6vEU8GLx8GMZP3hSKKeRkDNIx0+yT7josnXVZp6nyCNVLvII0ahVGYm9MqKPLPY21Sl5FA0X&#10;CjSITvEkmuGhD9qmhqO1TU4Xhq7aGpAyaaRSpF1ncqI0lBPcOGa14Hj8xSvy6N1H+gc3/wBsf9b9&#10;IA+n9PbnsTrTP73z9DtDZOJqsnkslOlOWhp5ZbedlVamqeJH8Uak2BIveyqCxCldy9y1unNO6W2w&#10;7DaM927EM5B8ONRkySNSiRotWd2IAoAMsOt7jv23bPt8+57ndpFaxozEsaHAJoB58P8AL0nt2bt2&#10;7sfAZTc+6svQYPBYWiqcjk8nkqmGkpKSkpIXnnmlmneOJFSNCSSQAoJJAHvYT+NXxL6y+Iu0oezu&#10;zXiyPYHj/XNLT1k0VZKrrTY3b9GNL1uUIYAWIERJdiNAlXIf6TlH2t2G6NnKJrxows91p0vcMRmG&#10;BWI8OFmJSgXxJ1AklIQhE59+5nvPzR7u8wN7f8gQ1spPidVbSiUo0s7jCIATWuSaBQWYIKA/kB8g&#10;e4Pn/uCu6j6ap8ht3461FREldlvt6vE5XsnHUj08uSrdxVdZTGXb3XiMrERmKOfJpFpN45vCw77Y&#10;7G278icRls/QHFHcHWe+5KMRY2T7lcZTwQYiTKYWorgAtbkKWjyavWKmlY528ZUNEw969v8AmG35&#10;vJMcaJNa3q6AvBFGhipatGwSH06VqEAA09Yoe+fKG7e0l0NiurqaSw3LbA7PJjxJXeUCUIP7NGZC&#10;VUknTSrEUPRxfjB0m/xr3Bg9n4gzx7Z3bgolq5JlFPT1mVpZqs0mXp6JP+AFHUPRNBBqLvNEqSl2&#10;MmoiZlZVgoK2ellYutDVSQ6W4MqwOYkZCbkeSxP+A9zhSTQxCAOPOnWDmzWv1W9WkcqDQZVU/NSQ&#10;G/lXqxaYtFTFXAXWQrMSRpBa5I4+pC2H+J9utSY8PJSQU8agR0VDALnVdYYI6Zfr/tMQ9p7KHxba&#10;laIpIH2Vxn8+gLzRevNudxKx73YsftJ6cduxtNj/ACv9WkmcfXgTTPNz/tQD8/4+8eSxNNlscdQR&#10;JAyAF1+uoN6f9cW+vtRa3s1ndABiV6B8oDgspo3SihcxvpuSOeD/AIfnj2XncezmMkpj+ik+WO6M&#10;pFzbSQzuLX49yXte9gImpul22701uBHMcjz6chyAf6+wOy+yMnHOz08kwVyT4iQUQBg3pUrqGofX&#10;n2P7HfbQoA4UnqSdu5qs3jVZlQkDj173AixmXoIjFPCJkWxYMvkBHNieRqI/x+ntS1zZXJqsgBPS&#10;mS92+6cyRyaXPzp+zr3turMiKPWz0so+jMFD6fSQ3CX0ixH+t7Uw2Yk7lmXpbbWjXNNM6/nT+Z69&#10;7g/3mxFeojrI7jUQPSlxYfRnRkdf+IPt0bbcxAyW8oI/b/Lh0r/cl/atqhkHrx697lQyYdw5pp51&#10;SS3oM6ShDaxF5YmYH/C9vbLrdY1ohp6CnTEh3FABNChcH+Gn+Dr3tLbp2JW5qlkOF3BHT1DIpjgr&#10;6dvtyxFrNU00jMgOq19B5/HsysOYhto/W2kSUOO4iv20Vj8+B/ZkCDYeabXbplG47SXhByUYauHk&#10;rUr+359e9loPx57Dy2ZUbjegOI1HyS4yuSpWQDVa0UwpKwc/82gP8fZ7LznbbiHF4jRBBVYl+Fz6&#10;GQUpT5gHqaR7vcn2G3f7p0lG4EYEqFSPzGpP+Nde9jngujqmjSmo9sZTFbXhpqmlepq6nb8Wdr8j&#10;CIZDW08SVVbiqWil1GNRIy1Gq8npFkdo/wCauZt3uLeCHZrqKzt9QL6Y2Pb3AhSrqEY0FJG1UrgB&#10;iCIz3X3StZxPcbzZ3N/O6NpRbhoI4jUFGYpHIzgZJUGOjaO6lVPvZgNm9Ybc2vEzxyVeTyMqTCfL&#10;5erir8nN91XVuRqFadaeKKCF6vISsIYUihjuqoqoigR/LuF1Boo0hlLOdTEsza3aQ1J4KGdtCoER&#10;FIULQDqIeZefN532QK0MUFmCpWKFTHEpWNY1IUsSSERRqYs5oWZmZmJ97EynxeOiVQqXsPqtj/xH&#10;/G/ZVPuN9JqMjmv29ASe/vXY6n697WWzNs4vP7rwmKqqaslpKqolmrpIVCxwY+jpp6yqkeqKSLTm&#10;SOAxRsVbVNIi/Vr+wtzXza/K/Le579eXQSKBDpqC3ecIGWoquoioqPLoYe3PK+78/c37PyxZJ4hu&#10;JgpUMVYrxahoQKAcTQfPy6K980/kFQ/Ff4t90d+VtRQ00nXmzqquw7ZGleuopdz5WoptvbTp6mji&#10;qqKeppp9y5elWVI5UdoiwUg8+8/Y2G2btrc1Vhsc+QWhho6Gbz19K1SIZq2jirXgNdHT0yHTHOrh&#10;TGGiDkFmNj737fcz7zzfyptvMlIg1xrKhaoGVWIDKrEmlAfOmMU6NfdDlCfkvnbd+W9qkDrbaAyt&#10;MpcOUBK08yK48zjoPP5dXyL358tPiR1l8gOxMTgMPn9/Tbpngh23j8jjcTV4XC7yzW38VkIsfmKy&#10;vyFJLUw4py2qTS7AyKFRkAS1Pi8HkUEdDWUdUSC3iinh84A/HhLB7A/n2LTum42r1mVxX8x+VOow&#10;lvdzs31T28yfMqaftGOjye4FfsOiqAweljcEWsyIfx+fSfr+fZnac0TRkaZXXpTbc1XMLLouCPzP&#10;XvYPbk6MxVWWqaFTja4BvHJT6UjJ5/XCFIa97H6XHscbVz5PGyicmSOvnU/5epH2T3U3C3Kw3b+N&#10;a+YbJp50P+Dr3sMaN917AycVFVs01Mz/ALUigsJBq0gWuGFh9bA/X2MJV2rmO1eaILrpnhjocXC7&#10;Bzbt8tzbgLMFyMYJ/wCK697N9sTeqzU8UlbKsCFUu07eJRdPrd7ekk8ce4Z5h2Qo7Lbxl2qcAfPq&#10;AN/5eW3uWjgj1Gp4Z8/l14/4C/8Ah7Fv/SlsvHppqauoq5FFtFDSs6k/SxnqWpYVuf8AFvYK/qpv&#10;l0WMcCRr/Tan7AKk/s6KbXl2/ZgywAL8zT+VK9R5Udzxxxb+vNzz9PaWrPkBtyinULtypmhufW+U&#10;p4pmUNYt4kpZ0QAf1Y+za29uN0uIqnclWQ+WhqftLKf+MjoTWnK19IobWn7G6jPRyt9JQPx+eP8A&#10;ePaG3D8ga7IxTx4mKmwdJMjwh0dqiuKMCrgVb2jiIH0MUSSL+G9n+2+21vbMkl5I9xICDQ4SvqFG&#10;f2sR8ujyLlSVmRZ4gwHyx/OlfzPXKnoEhszs0j/Ukn03P9B7Amq3lj0qPuppPJMjO+sL9xVNrADn&#10;zVLLJqkC2Yg3b8k/gfJsRK6AqjGK4A8sAcOJ4evQpt+XrySLwI4wFPqQB8sCoxWopShz1OAAFgLD&#10;2H/YvzRxHUe06x85uTbux4JY5IpMlXVH3uckjeKRvt8HjEMtRUVTK3DxU00lzqBTSCI65xm9u+Tq&#10;7xzvzDDHFHRljLUMh4gCJA8sgxgIpU8G0DPUhchewG+c57oLbYdludylZgdKrpjUgjMshIVFBydT&#10;L5A1BPWKSCOUoXBPjN1FyOfoCbWJ491OS/LjuP5E78j6/wDjDsupGPFmye+dzYyRFoh/npcpWNVm&#10;owmJpwoJjapFRWVTACNPIfF7x93P7xHuB7l8yw8s+yPLvh7eq913PENSU+J2DFoIIl4gNrlcDsVm&#10;ohzti+737c+0HKsnN3vjzRGbzIjsreYd+aLEgUCeVifiEeiGKtXfR39ZvZ4v9lz3/wDb/b/6dd7f&#10;cf3Q+y83iwXm/v1/FP4n/G7fb+L+F/wz/J/4Vo0eDnyeT9z3NH9RuavC8P8A10d18X6XRq1QV+s8&#10;TX41NFPD8P8AS+kp4Xh93iV7usXv9ePlPx/E/wBa7bfB+v8AE0/rafoPC8Pwq6/7bxf1Pqq6/Exp&#10;p2de9//WrjXJFpL6gLD8Di/Nj/sPYzIoM9JiOGrrfh8It/jz/vvrb3ybINZgWvf/AAsPbRUEivTb&#10;RKWr5deEP1vf/e/96I9445Z6htMKl7kAkA2vf+v9Lj25QUx1sxgilMfLj12wRB+r6D/ev9hf2pqL&#10;DO37tW5CgAaRYcXBtx9fr7qKE06YqKldNCPl031FZ4xpiBZvrex0g8j8fX6e1pjonYeDHwAqsbCS&#10;ZlOiNeCzSSelECj8k+7gZovA8fTppJGRJAy1evH/AFcOk5kpEjQz10zAWVkhFw7sxtGiIt2vK3A4&#10;5Pt0fNY/EEx00qVVcU9ctmaOMWuREALAqRyeePey6xBlU1+fSYFmbV59Na4mszBVq6F6OjU3SlBC&#10;tJwQrOwJuW/I9pep3MzMZZJtcrsxJUem45P6h+B7YMhckmvWqgcSB0oqbCwwRxpHGY0jXSoX+n+F&#10;hx9fbC+aeSSUhgo/JK3LlfSpt/ZJB911P6dWU0rX06do6JEjCgc3vYXtb/bf19s9Vm5P8bhltZWZ&#10;jyo0oFuzMb8Ae/Ag1J+Kn+TraitVIrUGn7OpUVMqA3uLAn/DgXP+P49mx6F25FLjIdw1RjaKr3LR&#10;UlbJLCX8dNTLTPCIioPiK5OpuxYWIiI95W/d+2CBbC83spWRrlY8jGiiMM+R1Mceekjy65Nff757&#10;upua9j5MDA28W1NcUUmviyvIhNOFfBiKj/mpXqRSLYytflBoXn6llVx/vDD3dB0Xs6nbAUszQxx/&#10;eyPJUTIsd3p4ZngifWEDMGjjBJJuPeQ27bo9qgUZkBIFPM1NPyoa9cqt2tTd3sUYJ0BBSvnUV/1D&#10;ovvc/aUWxqKun/bnrYB4KShZ2U1FbIimGLhhe6Pq+vIHuP3V2x/CaZ9r7aZI5IxLSvKigNN42RFC&#10;P6dJWVWBv+q/uGd03e7v7i4tbCTSuqksn4vsjPlQ8fWlOjm3g2zluz/eG4ANPpqqnOeIqB+XSJ6a&#10;63yG5pxvneBklnyX2+QSmaQhIxI0ziNEIcaBGU4Btb2VSi27ldw14rMwdZmVpAOOQt2F11aQCfz9&#10;b+09ltTA6TQ1zq/Eaev2/wDF9RLzTz/NeCXTLRA1AoqFA+X2/Po4dLSw0cCU9OmiKMaUX+gH0HsU&#10;MPshUCXVo0CAiwV/3Lgm2q1jfnV9fZym3LRWceVfz6iTcuZ2JcggsSePUj2I8G3YTFGHV2dBYmQh&#10;iwX6WJHAH9PfrmSgC0yOgTLvMqysQQAfTr3t3jxsUaKoX9P+0jj/AFuP6+yaaRyx0rjoue9eRmYn&#10;J697xjHRmqabTa6Imo24CG5JH+AB9pHmkYhdOP5dOC8cwpF8z8uI/wAvXFjZTyR9PoLn6jgfi5+n&#10;9PYvZGCKi2rPE9Fjom+wx9NNHT0ylDl6z/K3lOt2m+5hp4pCbNpSYEAaQB7Jrffdy3Dm/freG9c7&#10;Jt9qEZFoIxMwCsugChKvrOsnVWNgfI9Z3e4nLfK3t790nkKTc+VrSLnzmKdJI5Hj1TLACJDIJSag&#10;tGE1AAr+otAO4da0/wAa+4e4flB/PP8AkU+ye6+y8/8AGj4w7eze28pgBuKPHbJbclNjKfZlbs2X&#10;adLjBicvTp2HUZR6SsMaVs8OJ8rzTMiyMGMNN4gwUcM2o8cj/W9nEcUhHwmvWAss+sip62WvecR2&#10;5I/1vb4VlAHTOsevXvfYTUTxxfj6e3ULBhjrRenA9e9tmbw2PrcfXmuEKU6U8slTPMyqkEKDU8z3&#10;/QFUXJPFvYt2pJb4i0ERYtj5ipoT+QJPRntW4XkN7aLZ6mmLqFCgksxNAABkkngPM4Geveyj7h2X&#10;T9hQZHZdFUzSbTylHU/d6klhjrFraSoo4JOXQmkRKtvSUBe/0I+o0uPbyC6trmOabsmt2D8OLKQB&#10;/paHPnxp10E9nebOYeTrrYeYrtQm9WNzHKmRqj8OZX9D3ELT4sdMuVmpaOOSrdEM/jZYiSV1HS1r&#10;MoJDXFuOfdJPYO2d0NhMcktUm29wYTIvT47JUBWSvbLbUyGPz611TTPJ4HoK6WP7URmRyzV8oYh9&#10;JbCDc9tvrdIyysl3bsyCuSxQ6iSRilTSg4Vzx6+kvlzmzY+YIoLvb5jLZXKJJQ1AAlBUKARXgTJU&#10;8QAR030xgNZkKNVkaOpiiq6hTGqx6Mh5qMIs1yXZVpWLAj08f19rLckNHVmnzNBB5nyjZnH4+qgV&#10;BJQx5mklzbTTRCPyTY7H57bKI1v7Dk3s4JFU0lnJHaTxvqSSqKR6MAzH/ayQ0p8z6iqyWG5Amipg&#10;aWKnGFCpx8iyPUDzIp5dM+KkmjeejqDpmoYoKaZv1QzPSkQRhp7+NJ6nH5KLi92Yf1Bs9db9kU53&#10;Pj5pKml/h2cggwWRjkIWjgmk10eLE99TLIuVtTOSTda08aUuCu7Yuup3qGVU9KihC/ZShB/5qfLo&#10;l3TZqwxxuhDRys9aCtKgMaeYIaoH9AdNO/dstWbfqDSQzffY6o/idGaY/wCUs0csdRW/b6blZDHI&#10;ZVVb3kgT8/UCe5FzXUPamR33gBNU5NPtN+7PxcsxpYs3lcdPDR1+2amvKS0dI2TNUIPM4IjauBD2&#10;BATXf6yXu4I/6rRFlHAM60H5H8X5/LpTstvFuNqLV11ao2ien++2JCuP9LRj8zGep+DTH722PPgs&#10;oI5oK3GzYTKQw6RqhnpWhZlVtTRpLC4kj1C4UrcX92gbP7Sx25aGh7DgE9HtLdWzqTdFRlZ4/H/B&#10;vvsak9CKqnqVaopKwwveVGjWWNoWvypvSy3yQRSPOrNAyA+fbQVCn7CAOoa372isZN6FxGqm8YlK&#10;VoWdXBb5GoBqTju9D0TbJYHPbZ2Ti+uMLP8Adbm29u2Og29hqoyU024sLHkAaym8zJHHJSxmoKpI&#10;8hjbyIgK30qXHpzdXXG5e3u9tpZnLwYvq/tfbNPuJc7uuHKbdirpc9RYiCCShbMtRJRpTxbgyJKv&#10;DHKtXQEEgxMvsfcgcx/TbjfeIRHt95EqyB8a0dF1r/vMjn5aamor0V+50nMXIfInJfMm1QNJuGy3&#10;nhuEAIaFGIJYKaaG8KOPtPBqjJFBo3ltXcOX2p1xuKHDzyb82DUymjpcW6V70NZTLIHjmlil01tN&#10;UvhYKeZQ1jHO9rBgQTbrfe/c/TPzV672Dkcjs/P7e2VvTGQx1WzMdUS5Gv2Fl6CKh2z2RlMuK5MX&#10;umLJti4kr58fA1PH65KllnFPAwR5ZfduU/cT9xmZ7na3nIQRsGpG9WilDcNIKITQmgBJB4dTZvu5&#10;7Jz77Ob9ve2WDSw7js9yQjPoJlWF28HTSqMGxqNCpyPXpY9h7a273D0vvTbeUpshSY3d+3cpjcrT&#10;5GKeky2KqZZJPuKWSCoDzU9bjqxyIYCyoSAAQpDe7gOwM7V7U31urd1HWxNT5fPYTK5Q0GJhyElT&#10;jszg5ZqaSCiSso2pI4myyoVp4Z5gePFIT6ckg3OXufBc8sbfPBJHsixvBCAvjtHOHdu9mRnBkk+B&#10;S5LsgVamgxv5I5c/16fZj27mjjZWspZoQhkbSJLeVoJEEhVwx1JWp0jgagZ6LDtbaNJ1zBtvpmGh&#10;qK+LBbDz+D2++ZytdSz09NQZLETuk1TLBWfdVRpqBKiGapqEFklXyx3JkB7f+Zpd0HA7/wAVQ5nL&#10;PT4Wvx+PqqbJ0gFelXSTMf4dBQwVQqDVVEbRVLPM0lM62MTMwPscexFrzLb3HNWxSRzx3FtALjQF&#10;TXJp4LCAXQ11FTUMwJFUqqsuQntptP7mi3PlNG8Fo5PHcGjEHsA1ayKYoyEBVbNH49O2yMNkcJWb&#10;i2ZlMhtilo6/O0+SqKH+EZhWxMlDWUCouZyOTyFK8ckUFVA9MkdJFHUpZlm8amJkvj8LT42HEVuI&#10;hEkqYyKpyFNQS1tBiMdNSZbDQS0lPTTVFXZqHHMyPYlWZZFURh5AT+6vt63PmK5ltWk/eO3tHGkd&#10;TGdEUyVBoSAsahgpr8L9tKsOhS25XMk95Hd1V/H0R6stJ2ONdF0qCCRSqitePl0pcllqzJSZzG5g&#10;NTwnMmgwlfV0+Iqs1ko6nAZmZZ6mejSkp5BXZOGLxFkR4rISXOjxqePcOw92YyuoajMzJLTReRMl&#10;Qbf3DTUNPNBULJB9xUZHEmmSSTQyusjAOyEgaSPcvXW+WW+cqLt+/W8e4FqLMsCSAqlSUYFqhHAT&#10;NSf1FqR5dX3yPera2tkj28TRHSHBZNaqVFQO4HhwNPn0iI8J2XsrL43IUG2jJDUzlqnE5bc22KnK&#10;T09VDNHWijjxmYWd4xIVkiaFT41cKWB9XsO+v6jcdTld30uD3QMpjsdPQV1BiI5Wrf4dPVQ5jF5S&#10;qpamqiU0lDImRikplaQT00zskZVUDtDntB7TbVt3uFvbXkrzckNEHhVnJYTUIKuNIBjUHCkqwahW&#10;o1dMWmyWTi0tLuydY5Y3qe0asoyBgpJLHTpatFIFehR7Gh2bo2fkt4bf8FVl6WbEy5Spggp6+WGl&#10;qsTuVMDVrS+efJTTVOBAniVGpqpIf3FYukQMV1lU7Tw1PlYp9w1CT1WGnNZWpR5OoiyuTy1Vi6Ax&#10;x08lFE1bRYinrpZld9Xk1n0kngy51PMXPfMdxHBs1xDtdvbvDbwxqUTwmZEBZcBiolJJpU+QVQo6&#10;ir3Q2XmffBZW20bEjRx3S4rHWNY1kkBLM2HkMcSgLgVIJrli57/l3rmMvt3MSbXoFpaXcMbY3FLk&#10;8Wr7c29haTcWViqKuqhrKhaHI7ilxECusZKReALqAj1OnO/N07XrqGk2zs7IQ0uer8JnjG9DTjEw&#10;z5iqwVbD58xTy0slRJV5fJ15l8hhZnkANiA3sHc3Qrsot+V5r9bffZ7SQRxqQj+IYmp4gBZiZXlD&#10;glRUqq0IBJa9udj5x2y23DceaoNKRtCiqXV2REkqq6kZlCxoDjVU6sUIoHr49bC3LjK7cW5M9R1m&#10;QwVLuLHNC2eyCZtsTixnsZVQ0WCqROlHj8ZtnE4xaeOJZSI4WYgMx9gHsDJbwyW0ESPDYiiqqrcO&#10;cRskduR1f8Nw1HuHKU0ZyGQ+1EMUVHhz5YPJVRapZm0Ix0L7G3szzZvtzyVf3W/7lPDc+NKFeMyH&#10;/RnXRIygKFWMOYi8yqWJ0qaUMnuNsuLG9El7dshiWqrKyNI/hiioqFvifSrUqRQ8PMxu8Kfa+K35&#10;Dkq7PZsTxYylSmwS7mno8fk66aCmFK+OwaZAR5CfIyJCKh/tmCpGvIDElz+Qe3M3Jhev6LYlM1fu&#10;bc+/MNtVshHgMZVtFj6rYWd3JX1JxM9PDQVEECMplaV5VpKZY5SNY1mEPebcOZd/k23Ytr8X6Ofd&#10;YgEBLBB9OZW0VIQomoyMGrpVUcnJJxe9sea7ra+a/ci33ud7TlyysZrjwZJJG0FLlIQupy0gaTuX&#10;AGttQQHTQLnaNfTVlJDVZWUU4TH1EtUkdbVRQJVHPijpoXeSRZmm10iwoTHG8xZ10g3jUG+zjgaf&#10;IbXw+NphSbZgo9vTYKBolEWPxmHyWL25gHenx4WFpKiCgkqXaLTGukkhRYiJOct1tpd2trTbonXb&#10;IoYVhVqalSBo4IQdPaTpUuxWoqT1I/tbY3m4bXvO/wC6uZN3uLiZnYVqzSq8r5bPZqVB8hToRcVI&#10;3grItQlqKWeaCoZZHkQVlRAmQqULTMzRCNqkABjcfT639hHu/ZdXuCqppYc6cbSfd7XqctBT4z7w&#10;Jtej3RS53K089RJVIHDUeHqEijVGkWYeQtpC+4y39Gk3maVnAZ1RT6BAxPHhUYx1OvL7xxbYtvIS&#10;CspYU8mKaA3A1pWv7PXrPUVZFJViLx+YxVf2cpMYDVSQxxQaSFRTcyWJBNvp7Mjhtgx7H2u2AxVa&#10;+Sqlo8TQz5YyxK1Rkd7VG7dz0a/btLLIrMu4BLZALCNSBewGTe08kS2fIzhVMxjWMs+AWkuBPJCu&#10;njlJI2/ZXrF3lLnuw5p5k9w+adQFod5nhiQ1BMW1wWtnI1fP9aGep9a06SubqBJlcDBUwmkK4iry&#10;c9Pw8UMdNU42SQPIp0XpY4TGbfqEhP0Hsxe1IKvb9X2Titm1NJhUxu5cXjcUuQOqNJhszbldC9bF&#10;5qKSoMM1cVmSNxextz7lLkDkvme823frXlxwkcE6x1qR3NbRS0OkrUL4gXDA4r0Wb5sFxzxPsPMV&#10;5Ym4imgq0gxwldW0ppYVoooTxHkOi/Vu6I4sbss75FXk8g+GyOQrZMVQSS0xA3Fk6ZGKlZfDGIaV&#10;VUMedPsa8XuWtpmH8Zy1I0U8K+aNZJqkGoUsfTHIhCheSD9CtgeR7mjZeSee0k/3YTQNCVqRVnfV&#10;q9Sq4oT+I5pjzAJufZXf5VH7u2pBQ4NdIK/afOtOkLWbiwlRdsJiM75qaRRHI1JBAoiAILB46lLN&#10;qIsDx7bKmLb9bVGenq1TzMXkWNhTok+uJtcCkAxq9mDC9ibH2Podi3S2VVkj7dOaU4jhTHA+eeiS&#10;79k+cIw2uFFankSfy9D9vSvxvcE+PpPDWYuvZoFtHNLSK7shSzpLJHVsbqbWYKfZguvYIInWkxGU&#10;eFGhjWVXdAviRxfxLJ51ljVV1aXDDUTwfp7B/MUDpA/1NqSQcGlaf6vl1BnPPtVzFt8Zudw2tZLd&#10;TUkKaihB8qHy9R0Fu6/kTt2np3bL0NZFWvI0dL4aKZomqJFbxI9SWhNNJ9xINJ1AsoKjkj2bvEVl&#10;LTULzfdw1kfkq6yYiaOQKkrM0axpEkyNGJpNC+pRHGAAPqBDV5b3DXJhEDA4GRQggg5rQ8Knhk9Y&#10;17xypciVIzZyJrRQmoaasozStCSVXiAa56L1SdxVOSylJRVWnFThKOipIxp/cansXmlYz07U0slK&#10;jl1CFJ5XJax5YK91YiKd6kRN93PNA0dUEk8kTLGkz6mjMssJd/uGDMyk8fQkcDLaLl4zGXBWMEaT&#10;kHJp8jQUHp5dEcm03Vq4dVK6e5QVz6HBWtAB5kfl0ePrPtCmy9JS1byw08KTqEeXXERJMREYjrWO&#10;RNYGsAqAVNwSOfbViMNQLFDj6j7hpKSijpaVp0bRFB9kYJ4IKp1WaWWpiVDL6w05QGQsRf2puJ54&#10;3E8OnQT8iTkGpHoCMVJp5U6Ct9t12jmeLUiPNqahPEkkELwGmlBQDHoAAow1G7QLzpNC8SnVKquG&#10;NiwEbsVJC2JNj7S25dhY8xGlqMZWVhkpokhV6hYp2gCiVFE83jlLGRASQ5Lgeo8ezWx3maVSROgS&#10;pBqKjgQeFf8AY4jp+Ce8tpFe3uVSUHGMV4GtB6E0NDQ04cQ9YjdUVfH5I6iFk1SJrRg9mQ2Yab6/&#10;T/W3svvZfRu2sw9Hn5MAsWQoU8NS09aap6ymr8hPUOlW1W9dFNBTT1k/gHp8FMxgi0wnwey+flzZ&#10;N9vY57lPGuAzdxZiHDPrZH8TWKLqbQNLFK6I9MdVMg8m+4u+7G97tf7wVrGY9q6R2uqgAoVCFddF&#10;DChDMFdqsAwVdFlInb0zrJ/UkkA/Q2/px7ILktxUnXTyUdLt3K1uMwdRWos+Lw88cFMlJJoRKqYf&#10;w+ihVoGWoI1hQJEW5ZSFi6XeTyjLcWx2yWWztXdarEQqgVWhJVFBKd+BQFqdZOQba3N6RXbbjCk9&#10;zGraGkBJ1KGIC5Zhq7QR5CvBh0/KrNyx5YAj1G1iPxb3j2p3fk8pUz1eGoafERQvFVUiT1lNJW5J&#10;lqAlRiZaT+CyQukyQNKpgq3nRkGooGAdNtnujud9PdzbZbJbrDR1BkFJasQ8cieBwIBIZJ3c0HdF&#10;xF939tLLb7eBNwvZJ1YMr4dURjXS6t42o0JClXjCqMInBh4xKeGPH+DEn/ifz7NJ1L3Xufd+4sHi&#10;Jo8dhnlpHrtxYytxU0p/h9UtSxlhyOJnr40njjhlWMsHiaW0YYGzkd7Jznu3NN/bWb7cIriJFkmT&#10;QzEBiSjK6yMEB0gd/a9NGWqeof569u9j5d2PctzheWcIwSGRHRe5WSmtW0VAJUnOpQBihHTbWUsQ&#10;RnCs7GyoytcqwJIFuPpf2P26dvdfZbKRZR6e+5IKKCmOUSLL0btRUdRWTxNI6rDHUU9M9W1haTSW&#10;INyAPY7i5cNxerut3Yq04CqG1UI0hioAV6Ghdqah51r1COz8y75t1uLKOf8A3T+IXC1RlDvoVqAl&#10;ssqgAArlaggmvWGGOsjUiTSVt9DYMP6kj/W9hPuvrbYG4mrpqvZG1twZfMU80FVkMvt/HZcLEtRS&#10;PG0NXkaBjQVySBZ45kXyeVLXJRR7a3jk3Ydxlna62K2kvZiatLGrCgoxGpgQHIIdDirIKk6QwkXY&#10;ucuYLBYgN/ubXbrahUR3Dxd5VqalDAMlAVZcghiMVoZCSOvp1XtbjVza/wBf9bn3Tzm/hD2B1Jv2&#10;r3t8fc62Qr6eprKcbV3Lj4amupMXkqWmpaulrM/QZHNVOdrGqY2nZ3hpwutikuqyjEm79jeb+Tt9&#10;k3327mM08bspiljUssbqAUZkkkLOCWZqKoow0OBQDOay9/eU+a+XINo9yIfpbUhW+ohkaNGKMWBW&#10;CWOJYowCqadTk/jXFS5xyhgL3Bt/Tj/b/wBfdlP8ujZOd69627I7J71xFJsXcvY3Z+3cXS4HJwVQ&#10;Sj/uqgw+28lJX5Otqsjk8jn8/uGsIneQKI40ZWRCQBDyNs+4bHa75vfPe1rtt/eX0CCOVWFXjNIZ&#10;KsWdnknkc6mbGMBcIt5ovJd7Xats9s9wbcLG2sbljND4bF1mBeaPTGirGkcSRhgi6uJBaQKTVN84&#10;shlt69v7I63wKZGpTa/W+89y7jgw87iqkxO5gf4jBUwqrrJBTY7ZikLocr90fTqEdzcU+M7pXZGJ&#10;zHe2SxUm5aPc26cXV0fRmN3PW7VzGzc/lkw+y6jKbWzdJk8zNlo8ZUQNXqJpaCkIeTytGCfa2XYO&#10;e97tLBeZN18CcTTpMm3M+iSCWqxl4ZFYuy6iH7qIh18QQDvkDd+Wdx5/3DY+U7O1aGSyjkjl3doI&#10;ZI5raJ5ZljutccaK2ntJIlmdVUCpqSueTqXDUmdxnTuMxtXj8w+DzGArO4clisFk8duvaKfxzLvh&#10;d2Y/K4fH4KCeOj8ImUR1dRVSeGML6Ll8+SuQyNX271JtWihycG0KXC1VPLnKOvmxYoJ5MrPSUFBH&#10;VRtTQ1BqqrCU1OaUyKpjSIPrFwpJzebtuY+X9vW2kXZ4YiPFRzGwPiGNaOpUdxiCUr5Akn8IA3yP&#10;b7aDmPc5ktm3iR1kaJolkL6qGSQJpegRHdlcrUmuagFj3/y8MdlU6a3HubP+f+Obh3hNXVC1KyOV&#10;ibAYOtiZHq5Kl5BJUZSaZnUqryyOQqhrewrmTbu3p/tMZU1eXLZKPDxY3xjLQ4+phxtfJUTVstWK&#10;qXITVXoVpZmeR6mUu2l1Y+3NpuLOwv3t7Z5ZXaZY9PxBDoZmZ/iy4OSSTrqzCg6j8Dc9yt1urgxw&#10;gIZC5ahl7xTTRVoqVB0qdITSAST0feB5plGoHjSSw4uB+bAcX/p9B7r93XTd2dfbn3ManKHKbe3p&#10;nGpNqVeTqaStfCQY+aqyFasVDS4mmgopchhA5hM0c0EctEoewt5APfrzjsl5uGsiTb76UrA0h1+H&#10;pJY6VWIKpeNWpVW0suVNBWddtueTd+22wVYBDfWMdbhUGjxdSqo1MZCzBJCqmjKSJMEae12jKsBp&#10;LccW5tx9fr/j7MnsDbeWo8Di6nc9Q+Yz1fBT1EuRgohR0i10tDT00sVLRvHHJj6WARlCJIlnudbA&#10;6tIm7lDabyDb7CfeJPqL6bQVkChUDaFHaoAoozU6QWYlj5ARZzPuFtcXlzFttuIbGMMoUsWYqGY1&#10;LGpZq4rqPbQYIJPGSUAgLfj6/Uf0t7XsmOhpnlpdRWYjSjOH8BR3DL5vLzIHcg6Y2vxb8+5k262t&#10;4I2goFagqSe0VIHdXJNaHyyPQ9RlPPI7LcUpHnAOfsFf2V9OuaOTYf1H+x+nuZHsWgmgJq4oHleO&#10;R0dZUhVpGAs06+QskbMxsOCB7P15S2yeKRpVWSV0I7WAFaihOcdF8nMksDBYnIj9CKkeoqBQ0671&#10;8gD6cezD9Q7VoaCokNZSJSLV6IBLSxQyNOdS8maRyVFkLtwCttP6rj2JF26PZbF5bO2jW6Y5oTgK&#10;KfZnyH59Qv7gc2XV3Gosrov4YJIaoFRnhQLwI8+sU5Gm4+qm/szx67222Rx9BRRI8bUOQyNRVyyy&#10;TVTSwBlpjomjmaKMMT6iiFOB6eT7CZ5h3CS1uLm4VDSVUUUACiuSCKd9P6VK5Feoaj5w3c2t3dT3&#10;TUMixqAAoANdQxShAPr+fTa07KrHSrNqHpbVpsXGq+nngfT2Im0sZDWUEu2UpIMPU5qsxFXJkKOq&#10;eFqhdvxZIVUtdT6KikdpqN4on0mMOkIDE6RYI7sttZ7jPv8AHK7sqMrqy1rUoq0yKkaWGoqzlWAL&#10;UVaFW736pdJeyytcrCsmhXUMqiXSxUas6QwNAGNKk+Z6aa6NoaoZJJZHjipamN4WUtqeZ6fwaCsk&#10;ZRYTG5H1PP19pKtmfB5b7N5Uqkp6l6Q/w+b/ACKlgWJyJRNVR0PngjIVFSONdY5ABJX2IYWlvdvh&#10;lW20zSKCwahIOK4r6n1rkYpnrUaR3dtJKo04qNdTqppovmQSNQrqIA9caXWICaBZGieOWaIzFWJ1&#10;ITpGkrf0/q/2/sSquvxuXpIocaGnIjZZKhomVSzNf7eCTmSRWbUVLchWA/HsP21vc2MhN2ApBqFr&#10;U4xqP+X1PRPAk9rNqmAB1V01z/pv9jqAIpI5CzcC/wBL8/T8/wCuPae8L08MlBAdKTFy8YTmRGNy&#10;qzIDIt3JFgPZoJElZbiQVI+fD8uj2PTJpkI1fnw64mWzeS/6Ta3IFjz7jUGya6fzvBQMBCXlm0KI&#10;zHGtip0vHGdF7e37jf7eMxiSYd2B8+jn94xqBrlGT1Cqs1DCVBlX1gEW1WIN/wDW945dvVkbRw2K&#10;Ql9f7d/Kxb9CqyBgWZ1/IsGtf347paMjSkigBJJpQUySa+VOPR3tMMm5XMFta2xluJXCqBksxyAB&#10;5k8AOJNMZ6Zc1uzB4LE5PO5vJ0OLxeIxtXk8nka+pjpaHH4qjhlnrcjXVEssSU1HRwRO7yuyKqqf&#10;Vx7R8m4qyXKZ/CbYxUu4M3hpaGjzSV33eKxVJLWwx1MSSZ/IY2ooMlV08UsbSw0YmeJXs5VhpINv&#10;+cI31pslkbvwJUViS0EaiQVLCVkKvoFGKoHOk5zjrqJ7J/3YPP3uVy7Z7/zfvi7FEyrJGhjWZijA&#10;lSVSTSO01KlgTWhGOq2Oyv5nXUOx6TaO85aihg6d3njs3kNmb6eqfJZPey4B6r76qwXX1DJT7mxu&#10;362Wglgo8rlFoIKmUJoRoSJPeLaeT3Bk3q8duTbVTgM/iUphlMb54chiIv4pBNLR1eGzMJpv4hQV&#10;X2sojYxRzRGMrNHG1tS3lrmmPfYXhuLN7bdIQPEUHxEIqwDJKoCurFXXydWUq6q1B1jv95b7oPOX&#10;3cN5C7jcJecsSlVgvUoniVaml4dRMbqSK1BFKUdhgGg6W+YvQfyExOAy3VnYWK3Im56Xc1Rh6aOn&#10;ydDmHGyq7FUG7KTJY2upomxeVwFbnKRKmnkYSH7hHi8kV3C5x1G8U7ppkZJZeVjClgCx4UM0lmIP&#10;9dPsTXUoeIEMA1OsZHhKRAliGp9nQ45HJLPAW1IoChvVcH1AEagCGI/rzf2tIsXS09XFLC1XPSHQ&#10;19EKxsdALjSyhmMRYA/j2QG8llicEKJeFPzx9lemhcyPGVeniD09OkHVZSSWGcTfZRVKliVCyXCl&#10;zHERpcn9wJcfX2/hqUrLFHrMa0wV7syLqJJIZIxYNpNxe1j7LSs4KMaV1fb1RBIAH8yadJGdqtJV&#10;kklsRKQvjP0IJvYkH02H+xHtyx3ijhVISbzISiXiJOpnAkc8E2Xj/Ye01zraRmfgDk9NzQByNXl0&#10;15GtqmmWSTxiKNv3JLMoKLp0j6/uOxP4sCPb5iKENI801cP3VCrE4VUSRAylopGiWd2muNepmFwN&#10;Nhf2W3lxQaY4TQH7empNNBGkdCOkdufPmOmjSjxk1WKdmaaSnZDNIjSK0mtLMvoH6CpUheCfbQ1H&#10;VVNbMixu7RO1pEXgoycAX4YcG/swE8UUKMTg+XTEyUQE56EDH5ighxtJOjrClSI9MMkivMjACRgy&#10;h3a9l5vz7fqOjSli0iNiWV1Z9LGTUV/PpsdJJAI4A9l0sniuSaAdB6YOZKsOBx1LkykVfKWUqUTS&#10;0bfRC4+gb/EX9tWRxOMyC0lJUpKCJoagRhxGYm8bp9yJYmiqUaC40aXDWYg3BPt+G5uYy8i5Gkiv&#10;rwNKcM9ajnuIzIynitCfzB4faAfy6f8AHZWuojVToITaNo0mCuzOqsmiNgW8WiRQb8fUD2nNybLo&#10;MrNStFVVMMCrGJVQXDshKmSRrq5LNe3IPP8Ar+zfa98uLSKVWhVpCcHh01a3ckAlYirHpW4PdtXT&#10;0siVEEckrsWRNRjKKTdVsP8AUr9P6+5VBgsPiWMcrySjSuk8ajyF/dt4wVVGYqLnkD21dX9/eVZQ&#10;FH+rh1r6mWUs3DrFkspk8iv7GmG7XKqxFhf+v54PuVXVNCjs0a+SMC41DQVY8EIqgqIwP8b+2rWK&#10;4egZqN02VWuTnrhj4clIIlkl0MrG55P+P549oWoo5q7VUR6hTSOEliduIwfKRIhU6lLra/8AsPYg&#10;jmS3IRlrJTj/AKvTpx5lh0xj46V/4s9LmnmWECKUB5UA/eA06iQGW6gc6bgf7D3xpqUxs0srfbwp&#10;zqI0ux1OFNrlpTpNrH6D3aaYOAFOpz+zy4+nWvFMuhQQT13UzApaP1M17/U2IHBv/jc+1NWyRy0F&#10;JJGbJoliRiq3FndQACGABKcfj2URxuJrmMj9TB/PiP8AV+3rL32oupP6r2MA4hGHn5SMaVGcg0xT&#10;7Rx6o0+UG3Ps/kR2BXyRr/lNVgK5QjhdZn23ig9zHFG4F2II1c83JubhRiq7LRbo3LisxuTAVxkq&#10;I8nt3DY/HyUmWxW3pIilPPmnkyVSKiesrKaojVlhijc0zuCwLQQFW0ybpa71u2375v8AZTvIwltL&#10;eOLwpobfSEbxSZX8UGUOVYolaNp+Gkc27vBDNy/tW62GxzxRQkwzzFtUck2D2URSoVGjoCzAFwDp&#10;di8zxQYfba7W2VV4Tbudx1SKOaj3Jm8hWR1eGzW46WVWqV24qY2neCKlpaunkkWSeQoJY1eMMv3N&#10;ULdPQJX0ERfQt4EVpW/suIkiK2HN7RC/+Ps0luGt5mC8K/5f9nrCnnbbyOZLqQKdD5/OvR9eoN2n&#10;F7No8Zd5aijqq2OGniN3ajllFfTF9XpAC1hFuNNrfj26UO24YwHgLytGWYyMqg2kOp9P09JHABub&#10;e0lxubtQSYr0SW9szNQA9OG6+1Fp/TkhFTJMJlhj1vJI5GooNEdyzggc2tf290uFg9OsqpYsyqCC&#10;0hYniwBt7QS38gB0qadH0MJUBqGvQBbo7bqVaVaNtcUaIkkrxTRrSaSV1erSGDEe11iNvwMEeVAo&#10;+pAW3H+x/wBb2GN33lbOGWaWVVhQVJPp0KNr2+4u5YIUU1Zqeteqyfk78ro9mYrNPDkxLJSr4XK1&#10;DqomDkmJ9Lw8poJNiRx7Uks8UKmGnjCj9NwBcqOPrx7xS5t9wNw3i4uLSCTRbBsUrmla/l1lFyZ7&#10;d2+3wxbhfLWYgYJAA61fPkB8n94dr53KQ1WUlNDJUzinETel4zJGQzqzOv6U/USWI9p7MZah2/i6&#10;zNZiZaagpYnkLMD5JHVHKRxBQH1sSLWNgfr7r7X8m7jzhzJZxxbeJoRMjtXyUEkaqgjSxAxgkV6W&#10;+6XOVhytyzd21pfsm5SwPGir8WogCuKHtBap1ChPy6Eb+XP8ROwvl38ldi7Xw2zBuLbmI3Vt/cW+&#10;shVSrRY7FbVx+UR8ocvPUrLTtFkE/aFP4Xkq7lYmUgkkd7R7W2/uDzTYzO1FIyhglJOkkKvEEIUB&#10;YjLES39b++mPKPJe5bYI47nbUZP4kpUZHXOy9uN4ubyZmtzIjcWHp9nX0gOmupsZ1btbG7bo6HG0&#10;4x0DIslBTwU6DW+pooYoKaGOGBLkBVAH+HuuPt/cYxIkyFIJK6apn8xjVS/idYHUygkoiuVVdJZh&#10;a9/Y65r3tuXNnipDWYuKAkHTpGoNTtoa8Drp606HvI9pcbtdi3uAIlRSKnzqcAgAk8eFOhtHHHsG&#10;OvZ+ru3snX0iZva+X3nSRyyVdHQ5XEnK0sSlOGgheYVMsLamuI5lhKAOV1jUB+XN29t/cCeYvfWd&#10;1zahBkSN4vFjAJOsqhYOFYnuAdVPxEFhUe84vz37f7dZTvtl9b8tyMNLNC6wtWn4yBpqMZKEg1XV&#10;Q6fexB3Ps/cuGbJVG1q3BfxbwMaCfO0VetCsctLI/wDuapqSaSWX7Z6SzGnlh1JqOlQpHtbv208z&#10;WUlxcbDc2H7wcERvKsiKVZe7xVjqxZdINYnj1ajRUyGD2xcw7Lu8dom/W93+7qqZBAyF9QaoMTOC&#10;gLKMiRWp5E8eve6eO7dm98bv7ixCb42vt2DcG4xT7X2++3a+ipcXnBB+1Qph3q87UztVSvUrGzza&#10;J1eWNGAOgDnv7l8t+4+/c627cy7Lbjeb4rb24t3QR3BCuq+EXmZmZtYXU7atRRDRiq9dDPbfmP2q&#10;2D2/vv6v7/dts9mzXFwLhGMsOav42iFQqKFYgCqlVZlBAanvZ0/5eW+K7rXsDM9USYqoxAybZrLb&#10;lqaajqd3ZzMZjZwnhgxVBh8RTx5CgipqIV2vxrXSSPHYRi4ZJD9it3l5a3zduTZ9t8LxDNJM2kyy&#10;PJBhYlSMAxn46g+JUqAAAzdQJ96TZ4OauVNs56gvo7gR+BHAHK20EUV0QTI0srGJ9UphKhjEulmJ&#10;ZiAjcJF1IR/gfd9mA7choA+OmoI5I4XMKsovMJLlGMpZogqsf9T6VPH+HvLrcOTvHCXKXJ1sK/Kh&#10;4U6wKtuV7jcFFxFIWYrU0+EilcHz6S2RwwnPlSR0flvqbXP1BH9efa6m7IxlbPS0qwgU7+OGojdU&#10;5U8tpbQuvSX4JuT/AF9kKcq3cEVxKSTIMrnpuTleW2Vmk1F+NPl00QYurjSdlnKTIT4GuSGOn6MP&#10;9f2ld+QpJRyTYb6SRsFULch2sBp1aQrXPs45dZknWO7Pw9GGxWcKzxmdOBH2dOGKqKgnRWENIrAF&#10;h9L/AJ/3v2QndOza6XcFTX1QqgaeWHUwljppHZleR4ZAJlkeIaFuQjatQFxYn3INjYmfcBciWTwt&#10;NQysVp65B8qDipFMYyephn3i2t9qhtopI1qG7WWoFGA4/wBIE/YadK6IgqLMDwOAb2/5H76GQrqK&#10;nqHkaeKmxnkAmldDFO6IjyoAl2RHaSyg/QJ/j7Pb3do7eG+kaEL4NRrcghyoBpQZBNcHiTXoOW+z&#10;W11NbrHoZ5hWiDK5IxXFMcfy6y+3KiytbVwRUtWsDNJJJyGKMVdA8ZdJC0iXDfTUSD+PZRtW53d6&#10;8fjRIqPUEqDnFa0Jxx9Ot3217Ztck1zak6lUV8xUcaeVOvexT2j17X1zhZIYKemBE8zOU8aqiCTy&#10;rpSV9Wgi31Yt+Pbm679a7fEqQLV8AAClTw8qefUX7rzVCZ1MUtZCQBTjXhT5Z64u4QEn8An2sq7q&#10;Has2HWimEk9PXTgy+OpqKanMbS/cK1TVRSRyRKHguYgwDcBhyfYLud3+uS4tLq3H0hPctStTUEga&#10;TWlQPkc9CDauZd9Fz9RayDxYgSCwUkELQ0rg1DUFRg1PTe1cVY8LpW4N7j/ifas2x1jh8FUJVy0N&#10;HYxR1MMjwxysql/NSBjIdMRnYLoUAtb1WA59otw3a3uo/CtbZA1aGiqCSKHB49pzXgCBmo6Jb/mP&#10;db4y231Uhp2lQcEnGKeX+frFNW61IX82tYkcEc/737fsjuHLtXKaKoqZKOkSRzAlNTRU765Yoooq&#10;d/EspUCIi4bWqx2BIYD2XLYxIFT6dQXpUmtQftrQ8any+WOj/Zth28Wvi3kCLcSYHcxb5kgVAPpX&#10;B8+mioRHQpqQFhpLtYEXvckt9LX/ADx7xPNWbiMOQz1dHBSJICaSnlYUyTGMOkKSKS9RK8aowVS1&#10;lIv9RdyBYLUfTwRj6zNfU0/wUrnhx6EC2sG3R+HY2po3B2HHJBNDkUIIFaV8sdNJljo38FCvnqpB&#10;w7A+RU5VnKsAUS4IF7Xsbcc+1tStFNT2pIyAbhVKMJNTepVMcYLag5so/Iva/wCEUpZH1Stnj8vt&#10;r9leie4jfUVZiTXprlmkildqmZD4/U4LBY9Jvyz3Kqqg3J/SB/h7UGL2fUTVvidamozEqCSSjR44&#10;FpqcAAvU1CRyeNBx6Neu/wBbWt7Id35lsrDb57y5uEh2qP4pGwCfQAkV+2lPn17b9p3rmC+j2jY9&#10;vaa6YjSFWrHNK0rTSD5nA8+gu7a+QXVnSXX+W7J7P3vt7YPX+DH+W7kzlb9lDJUMjPHR0MMqrV11&#10;dWFCKeKFHkqD/mw3sVsTsvD4R1rJ7VVdShp/LUOGhpS2nVJEz2uYgTYn0Kfp7w+9zfd/cub0fl3l&#10;eArtUlA0wqry6cFUBoET1Jyes+/Zr2Ns+RY7Tmrn10O4FD4duBrjRzQgtSupxStAABk160w/5nn8&#10;7Hsr5hfxv41fFHF5fa/UW4chRYLL7nghrMVv3s6KoL0f8Bo6SmkkbBbYy9QUhlhOqtyYAilEUZeF&#10;yn93fMra2wkmw+ympM9l0WQT5GbyDC0dhISsboaeTJS2YfoJjI5u9rGGl2fbtrmLzzrLfAZx2Lq4&#10;gVFD5jFfWvWXtlPue9W4bwnt9vaoBJXxW/KtEVvRgHoSDQ9CR/Lx/wCE4G8ux/sOzfmfW5/rzbxk&#10;pKnC9b4OXFT7tztEYllWfcNc8mWg2zQGQKvh8b17Jq4p2RCxSvjn29l+1Pklsk7jz1fJJX1+QqYp&#10;xDU1AeelxdbUwUk+mvpzR0lQsTx3UuiBtPjdNSgV8o38MfMu2ysW0R6m7SQRRTUdpX4hgVIBpp4M&#10;egd7v7AIvbDmS2trYUa3CsCSBRpF7qMGUsrAMpalSuGUivWyt8meuOvvhf8AB/sGfpbrPa+L2117&#10;hMQ8m3KOOjw0MOJOVx9DlctFJBisjLkMtR005q3M1qirKM7zpNaT3chl6iYUldT1XlanWinZWVIy&#10;yClWSojAlYEHVNGq2Bub295c2awTNaXNuASXUjJAbX2+XyY/Z1zI222vkvbrbLu11oqSKy0zVRUA&#10;H7Rj16rhxa9YZqLp7uzrfM4jF7lyu/tl5HH10eSqqVcyd619FtLODPYSiqaRKrxYHNzTO1QXFJIF&#10;kNwtigtu0UONrsxXMBUyGku0MimSehirFd6ehjVhLqr66O9tIGmLi12YgQ7hNLeRWdvXTHr4jg+i&#10;gLkn8K/PiT01vNpbcvWMcSIJN3nGE4+ECPQcWJx8qdGyzm891d/x7WipsrLtPrDZu46fKjddBNHB&#10;j+z6zaOVijyO6q8RysaTrzbtZErRqzquRrGV0lkggjE7Ji8VNA1Rn97PNTRZGN4cfh6GBKjJTzZG&#10;B54QYI2R4JZ6UPYvY6bt9bj2YX+4RMsNhshUvGw1SOaRjQaMK/iofSo6gw8oTxQbnzBvscrW4c9q&#10;AsxJPA0rpr5agOB9OjnZf5A4zMZ3GdNfH58JnNxYyOlqq/PZysq8TsjDbc25kMZisxU0mWlUJuif&#10;HSTxI9NjnqBHK0Qn8aSrIA77E7Xp6bGQY3B7dpoqWnCxRrUJU10ByM7LAPPTRVFHQ15p4rKfNAy6&#10;r25uxLLzapdvV7m9vJJbt2CBqAp50xQvk5NCKUrWoHQXbmfaruSDbtm2WCKyjjrJ441uzDLNRaIC&#10;PI8ehQ666Q3pgs3undPYXb+4d6Z/cNTHBTLisTidr4jBYGBSy4rCoVze4MctXVySTTyRZFGcsi2/&#10;bUgEod5b5zsFFj8dLLQGA1NRlZMPR0OOhqf8rBASXGRUQp6WBIkiI1K7OZSzX0qK28t7dmFbKFne&#10;upyAG1UJFFZm4eRzqyeDKOjy69yLzaNn/d1rNBaQsCoaNVWR9VCFIZSR5kacmieVelyOlNhSbkfd&#10;eUxD7hygjoYqNdzV+R3LS437FakLU0VPnaytijrp/u5Nc2nVbSF06dRVeF+7hzDZWvnlXLyUVOtV&#10;JNoqachcfSwTQ1TTzVELyVqRKsrSENKsjfUsw9mS2W7CYNLZy+C0YGmh01UUNO4hWJyrEfialadQ&#10;/uW87jra8t5GdNZJZlNW1MxAYaQWWhOB6DhjoTDjKP7RKGKnggpY1VIoqeJKdIFQN4zTpCqLA0TN&#10;dSoUqeQbj3GqZ6qtrnpMdj2nneRPFR0csskNHEzuAoq6yod1hi1EjyTE/Uj6ew7vMj7PElzuC+Es&#10;j6QHwWZQdQUUzSvEYHyNB0K+RfbDnH3IvJIuU9hlnUAs7BQsSgcSzN2qBx8zQdILsjtjrzprbL7n&#10;7O3jjNs4SnMkbZDLN+9WTRwyTmCkoaKN6usqRFHqKQwuSOQLc+xXwOxKbFw5SfJxUcmRr43pqGsp&#10;GaWposdNRJFNFKWjiH3pl1AkOV0AC97n2t2iCH6i13aKBCqKvhkr3FPioeIySQcZAB41HWZfJPKv&#10;NfKXt5e8g7hfJJIbl5HijaqeI2ldGumAujJAIJOK06q/358q9n9n9s9eb52e25qbYeDTFyTVGexg&#10;wr5ufHZiurYMrT4tp5aiTGyUsymE1EcMzEf5tbqwrW2h8MtkdB7kyHZbJuLeWcNdkcPNU5+XHPjd&#10;s4rccFUJs7jIMbHT1krwSslOtZLOjiB5C8NOkhKG/Int9su0b/8AvCOWWXcZg4Vn0sEElWfSVUMM&#10;Dw2ZqDubSijJnTePc7m+bb9jg3P932GyR+EWRNZklZCAiszMRwqfCVHLHOtyNBsDxfa22+2ln2zt&#10;vI5CknrccmXoKujpSzMaCqgmqsdUyVEL08FQmkCaNwUZZAI5HIfSNEtE0u6sDJt7LRbgxmVgwmSl&#10;ws85Ta2GQUFREYts1aYqlotxZaqIGiGori0UUi1LIqRICNRFOJo42Y+CvhnSxPheFpYVTTHpcyfG&#10;qSy6gwEqggKOpIs922+8tJJZbpIpFR1BFPGYkgjUokMkcak5KxgAjw07n6Atn3Fj9m7tTdW3qvBV&#10;mHrM5h8fuWho/Hls3Rw1j1cOVy8tJkMlVYvGNrJkkSAG0TQrIGc6iXn4xdgd+/ILfeA2biYKXauG&#10;3PFSbs3HRk/wHFZaaClk3JSUMkqUwnqafLzVCCNELJISG03S+DfMHJTc1+4nMhspEteW1vFE81O3&#10;xGTVMlshKmR9YchEr4dCzPEO/rIu29x9l5I9vtn3rmC9UXMlsZIY3Pe0IdhCxVeAMQUAtQNQniT0&#10;td8/KTqz469P7Mzm/c/XTZbcWFgh2LtRKWWr3nvCTxeHCRUGJhlq52krKVYiZXYR2Yu7gLI4tr2d&#10;170V8HNl1IpBBmN/VGHmyzNkTSvVOaOmZ5Mlk64olPt3A0pSRpZndQYo5GReGUCXeuY+W/bzZl2L&#10;ZLPRrBbQatcXDLUCW5kC6dACkgBUjShESs2qQ4c7nzb7lfeL3x7DYoDa8mR3BgmuAGFAzZjiDEGW&#10;dgKIoWoYr4jINOqt/J4rvL5zbkxW5u3Keo2N1jt/PQ1G3uscRJI9DDM1VJHjhvOSnqKxN5btfVCa&#10;bHwL9rSVLpq1yJHP7oK+a/8AMS3J2fuHMYHYeUiq6HIYlsdX7vo3rKaGGmeCSnqcRsOhrfGcVilj&#10;VVmyh8tRWPI7oY0jE02I/NvOF5zNfT3U05ZjgEBlRRwKxo2VH8Tt3NxoBjroD7K+w+we3ex2tu1o&#10;Q6yFwp0GRySD4lxIuHdqnsUBUWi51FY7XenuhttdeYCgx9NjFpKWlmNVFRy/bSVdfNrEsNfuCrp1&#10;Va2rjk9UUIHhgQ6bEkhTr/yRNx5irwXa22gYWw1PXtmUp1ZZPDXtFicc5jdVQL97jHQOLEE08RH0&#10;a8v/AHerqUXe+2bmtsY1f5hwyKCD9jVI+Q6ws/vMNqtYbDkze/D/AN2bB4DnBjozgH5o1WB9Hcca&#10;dP8A2rj8ctftbIzPJDVy15oTUg6m8UV8hTnT9B4K2AEWsAsri1z7vAraCgiWo0U0gkqEngQs7+IF&#10;KSqrX0AyOS/hoX/H0v7y++rcGFJphpZh+ZJCj+bDrj3srzC9e5LdsUZbhTzVAf2sOpGTrWNFRJLV&#10;ppNbTRtIOS/lmipQpX/UmSqXn+vuNklFTU0k6hnUxRI1uQkgRSbn6Ec6v9Y+1to4hhliagatf9Xz&#10;6i3mJT9TKxoCXJ/aa06XuDX7ei+34UpcHk86T6+QLE3v/sfed5pIqcqByLAj/EW4P+I90VFkl1EY&#10;6DRYqMcOnVQrPe/+8f63/E+0PW1SqZGkCljIbEj+yfx/vHs/t4e1dPw9FswqTTj1PS/1vx9Lf7b2&#10;wTQY2sJZk0yAfUAkN+PyLfj2Yxy3EOEPb0nSa5gNF+Gvr1k9p+rwcYV20GSM6v20t5Cv+0n6cfn8&#10;n2Yw7g1UFaSfPo3t9xkOkVow/Z+fXvZQ+1/h3L2pnK7cVH3t3lsKGujhvhNlb1XEYqleFBE70VLU&#10;Y2tko5JfHqkVSArklTY6fcfcy8n3nMO7S3sXuJzNtqMB+lZ3rRwAgaSVTNNXGgxXNBw6yN9v/vEL&#10;yHs9ptM3tXyvu0kTH9e8szLKwJr3sJEDBakAkVOAa/EPewpx38uLBQvCav5H/KSqrlTUtTJ2yqIG&#10;VjpcwDbumUre9n+p9ly+20kcKs3unzo8wHH96MMjI7RF68fXoe3P3xt4nEi23s1yJHbNxX91kk/L&#10;V45I/Lr3s3Gwvj9Q7I2dTYGTdm597SULVDw5rdlVRZDOtDKzPBDU11HRY9qxYkSyvKhkJBN7EIkl&#10;cs7tumwWcG1XO9Xd+qEgS3To8xByAzrGmun8T6npQatICrBPN/udfc2cwT7zFsdhtkUioGgtEeOD&#10;UFALLGzPor5hWpWtQSSzdXF7X59wcjtiuxzFoVNl/BUAhW4HN/oQfciWu629zTWBnz6S2m9W912T&#10;EBj8z9vDrv2mWqZKVyJozGw/I+tufp9Vte/s28KOQVUginRwIVnUGI6h173lGX1WDSR/6zQhSB/w&#10;ZY0H1/Htv6ELwB60dvIBIjIH29e9zYsxIgOiwT6MYmIOm/1PqFzf2xJt8bZZKt8x0kfblc5Br8+v&#10;e5kG4JY2JSWaMAaizepf9szyC/8AyCfaOXZ7eQd8Cmny/wA1OmJdnjde6IEenD+dOve1jt3tLcW2&#10;Kuasw9dTpUT0k2PkebHUFagpp5IpXTRV0cikl4FINuCP9gQxvvt9y7zHt77bu22iSzLKxUFhUqai&#10;pDDFfLhWn2gw5am3HlHd4N/5fuZLfdogdLqTXuFD+I/4PLoHO9+gupvkv1zkupu7NpQb46+zFbja&#10;/J7bqsjl8XT1tViKlazHPNVYPIYyv001WiyBRKEZlGoEce8WY7J3RmsnV5jIZUfeV7RvUGLE4NIy&#10;8UUdPGqQLiUijRYYlsAPx+T7pt3t7se12Nnt+3QPFaW6aI1DvRVzUfF8z0k32BuZN2vt63tTcbpc&#10;NqkdnlBY0AqdLgDAAxTh0oOp+qth9I9dbT6p6x2/DtbYWyMZ/CNsbfgq8hXxYrH/AHE9WadKzLVl&#10;fkagGoqXYtLNIxLfW1h7SOSylPkAj5CQTSrJqFQtPQUU/Fvq2OpaBj/sSSLfj2cW/LFsv6axl1/p&#10;M5p9nceqWNjNaq6WgKIR8OqSRfz8V3A/IeeehD9yF7EXFUop4clMsaX0rNMamT6fTz1DyzW/oL2H&#10;tZFyijEUswR+f+U9MNycNwm8Z7RTKeNF0j9g0j+XXvYT77+RmC2ji5cruDctDh8dE/ieuyVWtHS+&#10;QgkQq7FDNKw+kYBZvoAfbO5DlPla0l3HmHc4LSyRgup2CgueCLX4nY4CrqJPl1IPK3szu+/30dht&#10;OySz3jLUJGjM1B+KmaD+kaKPXr3sGto/KGn7aydTjuuYc1uhKGWOHIZeDC5OgweOmdWliiqclloK&#10;CBp5I1LIia2ZTqUEXIJeV/cPkjmvcZbLlKC7v4oj+rMsMkUEdRUa5JkQVIoVUAuwIKqQa9SVv/sR&#10;c8g2MFzzlNbWMkw1RwtcQvNIowWEcTyEKDgs2lVOGINK+9jbTU3YFQBLURtEG5uG1cEE8WYqR/S3&#10;HuSxNsqAKNNKcK/7HUWzzcpQkpDKGp5Hr3t5p8HuOUANOwcjVbxj9Rt/W39PaeS+24A0XA6LZN12&#10;eLuSIaft697w1OzNxTW1QtfS2uyXWxNwCA1yR9b/AF59+j3izXInUHp2DmTaIqaZBT7eve4A65zN&#10;TbV9xc8C4RQtj9PWSLG/5v7tJvloAdcox6dKjznt0JxoI697ZdxdAZHc1HJRT7n3Xt+CpXxzNtiu&#10;xWPrXX1iRVyUuIq66nLKRzDLERYc/wBQbzKsPMsE1r/WPcLS3alfpmijJABH9oYnlU1OTG6cBmte&#10;jfZvdux2W5W4TYtvu5ENV+pjklQNilY1mjRh8nVx8uvey/4/+Wh0VT5v+N5yPd+6appGmqafcGbp&#10;ayKpYsrsaqppcbjsnMpcm5NRc8XFrj3BUP3dvbQXzbjeSbjeO7amE04Oo/0nSNJTX/mp/sS7dffa&#10;91n23927X+77GELRWghZGUEEdqvJLECPI6KjyIIB697Ovtnrra+zsPFidsYPFYDE0xcxY7CY6hw9&#10;BEzroaRaSijhgWWRgS721O12Ykk+5u2632/aLVdv2rboLWzFaJEiogr/AEUAFfXH7esYt95y33mX&#10;cn3HfNznu9welZJpHlc0pQFnJag8hwAwOve5n9zcXq8v25838U/jHl1HyfdeH7L9dr2+w/Z8VvF4&#10;vT9Ofdfp7XxNf0/d4/i189ejR+zT2U9M9M/1mvtPheKPD8DwaeWnV4laevid2r4q5697/9erWkFZ&#10;O4VEABK8n6/42BPJ9jcgEZ60yauI63730IPopP1JH0t7VlJiwAstTIBa1wxAH5vcG3trFTQ9MtpG&#10;qmadQ5KiwYKot+SB/wATxb2oYJ4YTHDTIZZWKgIigh7NYaDazG/1t78K1p0yHNSzYX9nUCVHKM8j&#10;hIwFdmZgqqrEFdRNgAxNh/U+3mSSlogJs9WrSoQHio4GElVJcXs6oHSEf8G9R/p9PdaAHjnpOxJe&#10;sdT8+PTfqnqSI8TEZiHKzVVQCkMBsD+2CLzuAb2BAH+x9pzJ76do2pcesVJR6iAkRZZXX6EyXPrM&#10;n1OoWH9Pfi/aF1Y614chJVl/PqXSYCKOQ1VUXrKxjdpJPUFP9kopGldH4t9PaVm3AWdlSQjgFiLe&#10;QBnW9zwgB+n+t7oTTrXhtH6U/wBX29PS01rCxtxYEk2t/S/HuCcvJI50yEEawot9Wb/A/qJRfx/U&#10;e7AgDh16IAk60rn7f50HWURaRaxP+tf/AIg++/4oxBMmhBpLSFdVgwU2IY+kLf8AB590NKHPTRQV&#10;YBTWmB51/wAPXvCwt/ibf77k+/U9U8KtkapJFaFRJBSryz6VLLIQt5Q0hcaRa7W496AZopGpUAHH&#10;z8vy607IECjLD0P+r8+umW58Srz9Gax+jD8H/WPs9/xuzSZ3rLJUiMj1FFnclFMBqDJLOtPWUkYC&#10;jWXK1BUk3swH5BBzF+79fQXPK93Yh/1hcuCK5yoZSPU5ah+RHl1xj+//ALVd2XuxtnMJVRb3G2wa&#10;W8gI5JUkHpVKKSPRwTxHXCBRDUSR3/UFkAuSbaFiv/rXUC/092mfHztikhwuV23lJVx1fLSlsZ57&#10;sEqGuJ4l0M/ihkdQ6FiAOQbEi0w8x7beXERniTSAG1ZyCRgn0zQ9YDxLaT3NusT6mFB9oFQKfsFa&#10;ceOK0BWvkP1TlN25HaG48XRNX0mFys9TnqJPGZHphTxfbVqRsR5vtyrxuvLWKlRbUfabzmGqchm5&#10;pKhWkYyEHymOysZdRYG+q5B4B+p9xpYbHNFaRF4yJJP5mvH51OeoZ9y99kG5yxaiEQGlK8cDIHCn&#10;Doxu0aanpNvYiCmGmKOhgCqBp4KkgMv4tf2vdv7X0aH8ZZtKcEAgLqJ4030pcexTabM8SK9CWAz1&#10;j1vO+mTUC+M9Kb2I1PiBCgXTpCqoFwSBa30tzwBx73LYyYVVp9tafn0C5dx8RyxatfTr3vLBDNM7&#10;OIDHTcLCZAyTyFXZXkaIqBFGQONVmP14FrksVhc3LlmgZYPIsCrGh46TkD0qK0z59ameGKNFM4a5&#10;4kA1UV8gfM+v7Ove5q42STlVNj+SvH+8+3V2CaViQOzpEbxUwWz17294DbcVflqOlq41lhklJlhd&#10;giTLHG8phZiQESUppLXGkG/tq82Kfb7O5voI0e5jQlFbgX/BX/bUPQu9v4du33nfljad1lZNpmu0&#10;EzL8QiXuk01xUopA+Z6A/wCS+9d6ddfH7uLe/XGNjy/YG3Ovty5DZGOmgaqgqd2DHTQ7f+4pUVmq&#10;aaLKyxPJHb1opU8H2/bgxVTTJBRVsqvPJNU5CURMDETKVhpwR/tPhkK/6lH/AMfYN9qOSr7b9u3q&#10;45hYfvK6vtb6TqDBVrVj5lmZif8ATdZe/fx92+WeeObfbzYeR0Ccr7LsqoqU06ZJHIIC4wscUa8P&#10;LjSnVK3/AAnp+Kfa/QvSXyJ7H72xlXQdo9591fe1s+Qn+5yWR2/tjCipo8jWTi0yz1e4t3ZdnLMJ&#10;PJctcm5TDYqIL+oL/Q2A/wBhzb3Kn9XrTSVRmr9nWBP1shNSOthn23VGNdLEE6b/AKvoCPqeefx7&#10;JbvlyVWAiBb0oK9LYbxWoGGevew1zvY+zdvmogkyiZLJU5kQ43GOlTIKhR+3BUTq7UtOWPBBkLj/&#10;AFJ9m208i7jcFWulEaA91cGnoBxDegNB8+h5snIfMu/G3eOxMFlJ/osvaun1VT3t/vND69e9hjXZ&#10;zcG9pTFXeLHYeORpI6GnWQeYoVMZq2ZleqmWW1gyiO/9i9vcw7Vy9ZbMkmmINqyWPGvH7QPP8h1k&#10;ByvyBtHLwW4jLz7ixoZHUAiv++wMx1ApQFiM9+eodTVpAjNcHSCSQbgC3JNvoB7X2z9puZkRUaKF&#10;XLSzSjVK78N+skGQm/8AQ2/2Hv26blDbwkxnU5B8+PHPU47NtUkq+JIlIqUA9T5Y8h5enRbu4+3M&#10;Ps/EyMsqVuWmjtS0gvLDGzN40dzGygLfm2oH/W902/MDpefZnb+eydJLNR43B5Gv3xhkmqnp8TVY&#10;TdtNRZLcGLnjAEVbVRZbGxw0iyaPCxBN9aj3g1z/ALXPY8zX8wc/SqzTgE6VIl7pAK4+KiD508+u&#10;3v3XeZId/wCQtna4I+tjgFo54lXtSywtQZGqAK7HiQWHl1M6W7Spt9bH29mHYSZepjOCzFPRq0sk&#10;FdSTslPWzRFnaClkpKl6iQ3JCcj9PstG3MlPgsjkNvOkaR7S2PknpquNXqAI8dhcxJism9PNHI70&#10;2d24yzyMqSJJLjJLEcj2DdvAtb252tjVYkdoyfMBX009AyFGP2L65yd3W4EtlbXJT+3miVv6IZ1B&#10;BI4lGFP9KfToT6+OGSjpKyWVEir8riZJo3kWNoC+Tob0xMZVZGo65TCpa5/eKckj2Cp+wkgzs0eU&#10;hqdt5OHFNTVsEpjnNNueeOmwlZRRwrTaJocoyRsfGrCRYhYEkknuJloyiYmNx2tw8xQgeqkAetcd&#10;LzBKyRJLDovkGVbyIB+KvkVGrOKZ6V/lU/brIrxSgSX8YZwjR2JXXyLzxgleblQbfQ+xo7ojyHcX&#10;xtbc+0KSmzfaPXf29VNi6xo6dMjX47xU+5MdWSSx6kpcvgZ5J4xGAryAKGBNvZjdXLXmzzLZRA3d&#10;AacO5PiFfRgQdRxUcegZtrf1d5rMN1No2yZm0n0R8g/7RmYFfLXnj0DeBSs2Tv8Aq8LUeNMJuSTy&#10;45wGuHkGmmKsosJFqP8AJmB+gaH6Dn2Wf4y9vdwd87B7E2jT5Cr64wWy6rLYyEZmlo6ptxVOcWqK&#10;bYyNfjYKFYMBhq7HZFLwozeKpUK0kqmQhDZbS+3y3v4muPp1gjLjUQodyxGksaALj4uAJArUjoi9&#10;4/cjlz2vveUUu7Rry63V3CKpo0aQ6PEdRQl5CJYTpGW40016EuXaO3pc4m5J8VSVGWDReOplijlN&#10;LPDqvXU3kRvFWOkUSM62fREgJsvsyvRmYqdqy7F3JvSlxjVOyNldfUkU9dRxrQ1dTktmS12Z8lXG&#10;cg9ZQ4/Pb2yFMrMUAip7r6ArNJHKd5Zptm5SbhMEubdINBAr30YNQj0ZgONCpPoOl2/7c3NvJPOd&#10;httuJpL0SPHECO+rjSq6qKviJArAAEjUwOagJPdu2/7wYjJ7eSoymMfclfVPW1OPq5lq6CGLJUXh&#10;rKI/cwtTeenwynTGbeaSxXS73MT23juqt59rdFdw4qox2A3ft+ZdvdgY/B060kea6+mpMrlNvTY/&#10;HRk06UtFkqv7oRamJZ76zEySSKZd6sn5h2jdoLqJLyEMjLhahkchgFBJGpsgtXqPPYO25zPKfNvL&#10;XNvKktptkiEW+t1cLIQIpIi6nIKkAMqjBIYBtQUAMJsztXrXb3cGztuZk71xNZi4s11fntyZCrGQ&#10;o91RwJQ5rbO58zNJU1L0wnoIJIZlXWVEykGQFVkdhd6bdqsXuSv2PFV5KjgosbqyO44npIq6mSWN&#10;KZlEwpaSneL9pzJO0FOiyHVLZgXFfKHuRtvLG/bjzEs91JeLCoCoRFG6rpChyxbtWi4ZVqaMHBp1&#10;LHtz7ebfyHy3tXLe2IsNrHNLIAj6tBld2fGoVLFnUACrU+Hies+2Os+y9x5jbW4O8Mlhod1aa0vj&#10;tkTJDR0M/wBlEtXHTtU666ehmg0xlgZp3LRsyJpOkH6Dd+4aXarb43VjDjNpbiG4WxGOWsiArYcR&#10;g8jlMpmFpKKWrWkpa+LHTo9SX8szxSFQRZ3y29qPvDTb1b8+b9zBy3ZxW8W1S3COgpJK8as7a2qe&#10;1wDVqAswqK01GSoLvb23S7tbWVW3NVRXcpQaXYhVJKgllDiiVYICv2dCetJtKrzNftXAOancG2Ew&#10;YymVnxazrT/xCaM4vHvlZowK6THpkIqlKaNnip4pU5syqJGL3buWWnwdbgFpmo5vFWY/72OcUKRZ&#10;+irGEc8Ek0emSiahmMbeR/Ew/wAyWKlons/cXnHeOd7662jbLM395JFLG8iHTFHJE3h0UsQNBUsH&#10;OojQTpYmnRc9lD9VObmv1GrSVIp8NP8ADUGnnVT6dOWU2ntapOWXKPVCaWmpoa5qXxrUP/DZaVyi&#10;ukbHVUJkKZSQqOVcASL+WfH7ajwNBk1xu5sxRNnKrHUGXqo61qCro5WrIJI0pazHVOKqwa+SKdYl&#10;cvIzU37nkOsMDb3kW/5Svkhtd7u4U3MrG84kIKy+MCUWRZIjQlX0qxrimSp1O3W4yyFBJbB40Ttq&#10;Kqx4AAGqimPtPqepuQnps1WUkOXwGMyEmNircphUloIqgT04painnjghqYKoiSmiqafyMmlWSoUi&#10;zWAjda1eb2DvLcWNlyNVn0yjTZNcvU5jJ5KeWkba0NdjxVPlqutNHPNW0s7PFE/iSLxk+on3PP3S&#10;4ruw51545b3LcpLoB01SySNJpjVCwarMwjZ9VTQ1KgVwB0rsZ0vngKxgKFNBSmAxU0+VPMcOom7s&#10;LjN24KjElHBjoKaoo0oqJqeCB4ZEyn2FbLCgjAeERD0lfTpY/wCHtmfHVmBo8plF3NmZ6nKbcqVa&#10;OvqqDK5OVv7yUUlMqNVxQy1v8SmjamEctSFmfShliXUQAfeT2wX2/wCZ9xs9g3rcnF7tupvFnEkt&#10;Xul8Ma9K6w5GlakszCjSKofr19MiXEEPgABHGKUqNDVrwr5HP29KQx0ktTSUH8Io1hxGVozAgoRH&#10;ShBi60XF5YwkkCSs4cq4QAnSTb2scXtenxkmWrIY66Sq2/Niq2hydW8dRT/dyR01U9PUMlPFEiCe&#10;vqY0SRiUhiiUMI1jVW919roOTd33CCW5ll3SxhtJknd1cGVoY2ZXJVS0QlMqjWzlVRQGwOiDdbqQ&#10;eHBc6Qk+sFVpUpkVFM/DStMEnNSemWTMGqGOxbyUUUeZOYpaihgjVaiOkjerjkqKeJPKzSCnEBLR&#10;6VLSNdSSR7d8oYt34XMmF8pisVi6GhzFFT46oq6alizOKwlQtJLk8ZFUChy+Mq6R3+6ppwYZZBex&#10;lEbIebByTtvuJ7be4N1HfXMEG1W31UQikMaGaOCZlDJ3CRJIxRy5XSwBBMiqVCHIM30G338PimS4&#10;i3G6RifJfqGZRX8JCfCeNMDB6wV2MSgz23a+oSkrMw7R0T1dRBT1FS+OyddTfeLT1LinngqoKssI&#10;WjYlL82j1KXul3bv3G7vHX2bghoqrF1m6cBg5qRop6GjG6cRi6HRSKkiSUuSqKKphjBaQsPK+pY7&#10;soguXmbnS23qTYd+g0tbpJBHIq0YGWONW4VAkaIhCoapEh7QSKRZzfYcn828mT837Fahp9zW2lkN&#10;CrPFBOzjUuDoUhqDSAQoarBQes1LgdrU9NLuA1cr0sEdLma5KuRzNbA1FdViepWSeVZIIKu8iDRd&#10;zCp1vYXS3bOMosV2fvHa23gJ8V1/jtibFeSolTzRy4zFO1X6SVjaWSvu76byOVkZiV5IM3w29pzD&#10;c2cIU2cJgtFNcF1ietD/ABVRnIBoc1yOjr23uAeUdreYmO/uVuLxoxxWN5QF1ea1DqpJ4Up111Fm&#10;KrP7DwO58mr0lfvGqzG5jBGGVYIcnk6k45GJGrSuJamAL8kkfn3Lw9VRZfIHZniFZTZenw2GmjCL&#10;GuOr8/NUt/Fo5ZWEKzPQssGkeQafIGj+rezm52qO6tIohGrSTTJEtMkFy/cBTyGkDLZ8q9V333M2&#10;jl223ez+u8Lc9u26e/df444gIzGBTuYuBQAg6io8+lC236ioraLMJMaV6esnmtEhC1NLHSPDS0M6&#10;oA5pXrppKi/116SOCfbptzs7BVPeu5Zc1TJjtlDsOqqaKOPHV00+SperevcUMlJC9H+xUpRxA08M&#10;SIrTyoArnxiNp/tPczZod85l2e6hjg2I3cL6wjggWNrGJCWB0kJGNKr4fc3f4mFQ42+2vJ++7d93&#10;rljb0Lzc5XtpLIxwpEm637zprqTXxC+vUWoIgxIFeu96Y16uhrpKC75U41cLTo86oiLmK2miAdzG&#10;2kvMqhmLHSgP0vf2PceTx9bkdy5OjE0cOR3NkapXmZj5gsppoZY1YKEUU9PGoAH9n6kW951e3WxW&#10;+2bHI9qrUubmaYkimrWVVGGMqYkj0nzWhGD1mX7NbPLFyXtdvOgNzCFjbFSpVVJXPnUkn7T8+i2b&#10;lxtdDLh6V7SyU+DpIdEZI8Vy00sTqrOHD1TyPyADr+n594a3MRKQiatSr6pRcrbmwuDpuB7kaHb3&#10;cBmp9nUwnZSi6mjUL6UH+DqHi9uVUml3AKyP6aY+hi5HF14YAC/tkXNqxYLVOAQdNwfrf6Xtz7Xt&#10;tzAL+nkdMvtdvJQNCCB8ulU+2ZYtDNQrdba0B1AcXsRyfz75f3sy9CyPjck8UiNcnVNqCg86Tr9K&#10;/wBfx70dlspwVuLVWU/IdEV9yftt8pimsY5IzxDAEddDY2DyCyJlsFTVMMiEBGgp3i1sCNUqSrpL&#10;gfpJ5H1Fjz7fqPtHNxB4jNHUtMhWqklpaeR511IdMzGFpHAC8XJsbeya55H2WV3k+kRWbjTjX59A&#10;7cva7l90Dvt6q6VKkV40IzxqKE4+H1Bx0mKzpvbcziWnp5aAwsstPBRVtdRQU0oPjElPFS1EMMdg&#10;5uqrpIJuD7GLaPf+4saZF80dRTa1keDJ6qxdOpHaFZaktXU0IsVVI5kiS5upHHsB757W7ZcjVA0k&#10;c5atUxU/NQQCOFQBn9vWPfOH3eeRt8dw9iIbylQYR4YOOLIo8Nm/pFC1eB6DfcvSLFIP4VkshQVP&#10;27U6zYaZKN45YhIy1gpqREoKqpjLFnaogleQWtIpN/ZjMX39Q5Oru2JoEoZhAIqehNGmVjqFSNJE&#10;DZSppMZVoXLXDVNOypa2o39xPu/IG87TE0tt4tyFJBUUU/JgSwBB+wUzTV5Y085fdQvLfbnk2S78&#10;S+RzUOD4bLjNY42kVgK0HhkE0BKA16Cna+P3fsRIk3Pn9wZeanFcs2fqRlarHPStPqiaroMPHWZO&#10;gAiiVQ8dJWDWCWCI4KrWp3tityQ1a4ipeGXERQw5CjloDRVdCJRVRxTt5UDyUk7UsoSoid6aQowR&#10;2sbBvaIaXM1pMpWdGo6NqqKgFeIUEEVo66kNDoZhVhiJzN7ZbzyrdJDvG3iNHY+GwZXWTThgpX8Q&#10;PFSAwFNSIcE0nWWfiqaKjqlqUyEGZLmCtpq6SqhlqYWiFVR6ZJjJDVUpf92nlijqICwEiLcew5rc&#10;pUT1NBDT1mTmmjqIxLLEKSZKaCLy2bx1ckTaBI6ltB1FV+htZhyLTwo5Wa1TwTQADBJPGtfKgzTO&#10;RQcSA0diiihuZXSLScDVqrrJBp2qxrgChp0Y+hmKqw8cVmRzEoSQSOSvBUqNJufz7BTe3VGQ3Zm4&#10;3x2PC4dZCchLW+Hyz1VqhTDBQyyUIsjGICpIkjIZ10WtJ7K972213wWpv7tI0VaGiM7MKNUlQVQM&#10;QFoxZyeBjFB0TQe9uyckWl3afWCfeFoqKurQhWn9pIBJhe8MikNqINasQq6o1mkgjeUaDoAVbm+m&#10;39r834/1/bnTdM9UbekwUWWxVLUZOuyaY3DQV0s1RC2ZFNW5FqYQUUUNJCftqOeRRKulFQ6WGkEB&#10;7908q7PfbYqWCGWWQ+B4il9bqjudIYMhKoGbuAHaSBUDog2v3h95edU3682bUm02Vv49w8CJHptz&#10;IsauGlYyOC7qgWJqnOoEagZEhWO2ttIYgavra5A59vNZsPAU8ArqDF4zG0kMFVW1QxbQ0/n8YdRS&#10;TT1lQYJWp0QgzSCBRxb0rq9idls7Mn9NIwjseyJY6qEyWK6BmpNNTNwIZGU0lDkvmXed+H06bgbu&#10;9Z1i0z6iyljXUiICTqcEgR1Cjsap11SGYyi4yYLUiqWKR1KzQU9RUQrE0ipeV4EcRs+rj88e0Pun&#10;bWR2x9ruTbE+SUQMsub0VArqKnxyQK7ipw1MkCTU0UqXmljkLBQbMttYHe0XFneRXkF8YY38OkIf&#10;9NagVGqQkhSa/iHDo3g3DZeZ2/cnM1pHDMzaQyLplYgkaonNCXwNCmlTxxgzcfWztFI7VFPNC8Je&#10;ijMbwmVidMQkrZpXS8jEC2hbH2rqHLR7k21SNk6fJ42aUrWxxTw1FGlRSSuZIcjjszQ18k8S1MkL&#10;WgZ/IgWzArdmLZrB4765s5ACQAr+G7VDpQ6eC1oaVZaV4GtadBPddmveVbgz2lwZ7IPRGZVY91AB&#10;JEVpqoKVAC1rTj16nrEnyM8UXiZ6eNYKkCbVLDWJ45Jqfw6IyyRxSL+5pAJPsDGx24ts78x+LwzP&#10;uKmytYKRHNZR1+XaiqIzU01ZlYBPHkKcY5IneeomiWLxRyG7fX2K9uHLNlyzO1zM0N7bookdwzOS&#10;SVXv01ctgAVJHE4DdC+PbW582SAQ27JdE9oUsqK4YqyqwIB1NQaVJYtQenUnLZ/FYLE1+YzFXHjc&#10;ZjKU1NVWVCukKgOI0RJNJM088xWOOJLySSOqqrM6j2bzdtRtMU2C6g+0TcGQyq0tTk8XReCRqWlg&#10;qEyFZnqxniliozHVxrNGjGOWRQTGw8er3ijzjuO07xdNy5d2hvJryYM0Aahji1hxI7UYKEIDBSVL&#10;DhjrNj2r5U3bY9iPNUN0LSDbbY6ZSHAlnaOhjVUIDVFVZ9LojU1jPVDX95uwN17/AOzvlDU5GTZu&#10;DxdXk4Nv5XMNWBp2FLLjcNtTFQU1ZDUVYqcYTTVL6ZqRJ2VJo3EjL7eqekOdwud6k2puvKben202&#10;Joq7c2CqqWr3Dj6qqqKTMtRacu2YFJkK2ilkjEhhdIlmLRKGAjBdtFnYWtvfcqbdLNFDaKg8ZZAz&#10;AyETMoMhaRWZW8gUCHs8PSFCbarm3tueYfcPebKG+lmB/wAVkrHGdMZVCfBVWK9wZasGk0nWZA2o&#10;ovtLfDbU25s3uTduxtvbjTeVZksvj9kbsxhoNp5ylp6SXB0eXqaPBx4s1+EoMhLFUNT3SeWVEjqH&#10;by+VgM7o2fW7p7FrsFtnHxrU0e38cGq6bCaYIammjra6gmyNdTz4+WCP/ctUFPCxdpnVEUu11P77&#10;kabc7U7kPChtpV0ICgKs61oCquh0rqfIoRqb7Vh3mTmSC3vLjcb65AUPTT4nedQVZBHVX1GiIW1D&#10;TpVWbAo1mHwErpsH8XNo5ncuWqaufcGXz2REmVyFRVVbwSZEYymhpvPPX1fip6XHLZWdhGoNrD6E&#10;+yvTnYeF3HLktw4GryU0Dz5CPK0NfIaCurpXkq6ugr5aOtmq8bh6KZ6T7SJ4g5ajcGPTI8k0e2/t&#10;tzBDuhu77bJJ2oWEkcg0SsauyvR9SRqSPC7GIKMCAHZ3NrfnjYbzbUs9v3JIo/g8N07kUEKrqGQK&#10;7sFkaUq5Wkw7u0ID2UWaxtbEpoqmKQObKpDxyPbm6K4UOLc8fX2zPtqOonw0OUhyAhlhpKOmqKmc&#10;SOlTTSrUGhqfFRvFDPTmRireZA1Q6mNSV0+z2LareOba4b4TeE5VVZmBKkA4I8PTqDZHeqtJiMa1&#10;p04+4S+BfT2MkRlR3YhAQCrAKSKNqwTw0miHuIHCetQqk6Svq/Tc/ViBwPoDz7EWg21CzeGCirAH&#10;QJTpEUEM9PGhANMDIkCszCy+R4rn9RXkCTtj2zxptD28gOAoGkAqv8NW0g0zkqK8WFaEBblvXhRP&#10;KbmMxiuo1IIJPmCCaZxQHPWMOWaxZQfzcgf8T/h7n4zr7NVi6liEcMo+4kuqTySRaLiMs1TF4TEd&#10;JJjLjk2uB7HVrstyoLvIv08hBrShOf8AT1AHGn/Gm4kHbrzhtlpqjlqHQlR3UNa0yNI+w8BX9nUo&#10;SKgH0uAOeeePxcgc+xKTrnF0mFyaVWR+yy9dja2mxNVJJKq09cVK0LRxFKhyI5Lu3kRrhD6WBA9m&#10;E9osFvcwWcp+pl7RI1O06SVprJGDQ4DVHUe3PO15PuVm1jba7GCZDKoxVCe/zGWGBkZ4ddBySCou&#10;Ljm1/wA/4exH2LgMzUU9BM8RanpKeCjSTzK0bSxys88v3EvgiV2EiHSpYAtay2F3Lq9isbdIbmXT&#10;cmNagEGoAADYVTVuLYpWlK9R9zPuFjbzXKRyHU7lhUAHPlpBbAFB8Rrx64yyLYji5P05BP8At/8A&#10;H2O+XWupqrGVNFSVNVUUlOlf54YqicmORiRUyKsHhnhoWiZija0jUCRwPSxBdo9tcfWWtzIqRM9K&#10;HtyOAB9WHoQSaKAa4j20jE8c8ZcLAzACpC1cBcfECCRwNKuSV8j1CBRgwcgKGCtc6bE20gkngk+8&#10;uPyNBUy00yQimaSOSlQNWGSeoKr9xPUVMZndRGisW9CXIHJ0k+93dtPEJY2lLcGrpAA8gBileHxY&#10;z69Jp7SZKwMxLg1BC1p5cRxI4GvnjrtorBo5AGDD6fkD+n+vf28RV+Cp8jDNXP8AemGVZlhipgsZ&#10;imLMheXxIx8UsepAoYEiw+vtG9vuUtq8cSiMkUqWqceg9SP8GenoLe/uITFo0K2K6uB44+eOodQk&#10;xhl0Oy61CamYgqoZXNibX4X6e0rmcpLg66qBWfGUusOfIyeCkkkl8OiWSyhJSziMXt6uPrx7N7KG&#10;G8tIGkmSSSgz5sPl6g/z6P8Ab9t+shjYfqTDgeLMPKnmR9nWRNMiC76yAo1Xtdgtufcqgz9M9X9v&#10;JKGkjlVIWk1EQ6pG+rJzCxC31MD7rdbbKsHiomCMgDj0rO3SBFdQKCoYDjX/AAD8+ok9M2lit7A8&#10;gXve3H05tb2KuIr3njmeNfKyQh5o4pZGSOJWZY5pCbMQ8YPLHTf2D7y0WMxI/b3UFRxPoOi2S0pL&#10;GjClWAGOJ8h0jchDEni8logjIFDCzPcEFQDySF9XH0Ck+8FRNNLoaMNEzBhC4UNKaZreSQqRYatO&#10;kf0UH8kew1ul7ZvcS7MJasIS8gGOA7U4ZDAktxoKAqQT12d/uyfunrzTu8vvHzpsrybRbqyWC0UK&#10;8yuoadg1SVjAohUA66kHFetav+cz82tvZTJN8Mdl5uqqYqKJNzd4z4upqKZFUUVPV7I2SKujqo2q&#10;qWoqKyPJZOnQqzxpBE+pHmUMNOksVHHkp4YqCsaATz00RhljjmeNWenaqSCOSeKOZGHkvqYEnn2S&#10;2c81zJDyrKJPHkj/AFm1/AAulipVV00OsZAqaaqUHXfSBorKJdvhokAWh4AADh/hPHqh3KZrH5jc&#10;0/RW3MnuLde0462rpaPdteMpS1VVt7GVclBTZujw1dX1FPgq+ow8fkkgkj0LHHHEIo2JZ2TD0Obr&#10;KmKsyqEPUQhK3VCia5oX0xNRtTVU0C0WkFlje8ya/VyzEiLZYLeyf6WyI0wYdiQSzNVqqQxGgkkg&#10;UpQ8Qcdcm/7znm/liPkLY+WVuIH3+S7UQowId4RqaSYMdQ0I4jX4wdTGgp1eJ/LFwGwD39maPpuK&#10;qqNhdQYPOwPmMfk6itpEqd1whVxW7RmsbRZes3hUVsbieoplhxszUz/bpHDTxwoJ9NjKWmikalh8&#10;s5K+oqRpBA1DVY2DD2bzXMsrfrSUTrhQP1PjbtP+fh1fHkdxV7VcZqZ0pVs7hVYFWsb8Lf1ICbf6&#10;/tQHGGpx6RySBZIoXjWKOM3Rpykh0S6FXUpHA5J59lf1XhXTuikhiMk+mOHSP6URzF1rQ/5Okw29&#10;npcmxWm8sbSKVq3csfFFri0ummRtGkX4H9r2jag1NBUyxTRNKyppRmA1OF4u5XSocgaefwb+zyLw&#10;7mBHDUzkfb6dKWjpGtT5noSqCWhzlLFU0kqSKrAyKjWVDIAAiarMVJay3595qKGop6mGb7lZTUqo&#10;8cEdhAsiB/GBKVbyA3A408E+2ppY5IJIzHpC8K8TTz6TtMJIguggKaVP+rPXOvehalnp5okhSmOo&#10;CeWF2lEV7urRsQUB4IPq45/HsQo51p0QVEkrGHiE2A9NlcksLeS35IuPYcdPFJ8PAPHphVZm1Vwe&#10;gayNI1dKRjaZI0lM3meRJAhDMFBVbEIpUf63uHUZiisFZApDszTKXE1mBKi99Nr8H/D29HYTtVla&#10;opSnl15odVdLVP2dOeI2xl4gzLKjQtGpjgXSadHRgsjILArIQSfrci/vCmUilR/EzM3IUWlNkHNw&#10;VNi2onge3DZvG4LnFOi26s2PljpY0dHLSSQibSqmxddQKHmxf+guRb/Ye8dIHZpPLCzzS6V8rq5v&#10;pYkMDayuukWHu8wwulgEB4Y6L5LegqPg6UVRUxkKUdVgQj9tHszW+n05Y+5VZQvHThy1SrFmZvVJ&#10;d7sttcYIRVDXPA5HPtmCdXm09tBw6QMhZqLQ+vy/z9TcZlRNVvC/jN0GhgBquqg8sCbnSQP9f2j6&#10;13Jcga4+Arf2mIvdWH9n2eQaagYr1oqMDgehAoWhZlQFPIfqpYcf19N7/Qe22PyySqlTMUpyG8jL&#10;psFdSFQluSVBsfzf2pYosdYwDJ6dJZlemqNCz18ulBH4VQMq2a/B/BsfVYW55P49zYqSMQxpCGdS&#10;SyFb2cOV0lr/AFNgLfge07znWXlIGKf6vXpiMTSS1kXvpSn2+XUOrq4ouZHEdv7Z4t6QbqD+qw/H&#10;tuyGPnknWFklDGXUrghxCrJF6SFBDXJ5BII49qra5iVGkUgrT0pXjw6NbWLTroorjy+3rFHlqPwt&#10;UxzI8KKS5ZwCQgJdrE+lV/PtyqKV6WgpKWQh2gMrsSrC4MpZLqbBSVcm1/aaOUTXU0yiisAP2dZX&#10;e08bx8vWsnEnX+XeSP5dU7fKjM0uU7s3nLT6dMdHt+FApuzGTCYsLP6Q7PHIHGkjhrix9hlUVWHb&#10;cGTJSlTLY2mginqtFGK2Kild5oo/LHUSVMVOXZyocqly1uSfZjFa2cs63SRwtuSIFLUUyKjEkKTT&#10;WFYgkA4JBNDTqd5474bJa25Mp2yeUsFGoKZQACRXtrSgIHyqDjpt2njM/T4DCV1LNUTYXLTVpo6Q&#10;jINRS1cMAiq5Ck1PBTTVEcSBm0K7DRGzk+OMopuod0127cC1XuLbuT2RX02SzlPUYLNTUlRVCmoM&#10;nVUVJkEnpGanlpslTUYq4zxphnS9xZiDrTcNz3KyN9e7BNY3Jlkj8KRlZv05GRZAULDRKgSRAaMN&#10;RUjALQX7qcqW+27og23co7+1KJ+tErBSzIrslGyGjL6GBrXSGFNXRga7O0+wJzQ7ezFFu+kr8fh2&#10;x+cokkpEXITUyyVmPqoGmn8L08lSkSEOTMVPAa6ILy5bCpG0P8WxsKIwOh8hSRsWYKVveUfrDA/6&#10;x97a1uyQ7Wsmr/Sn/N1HEG0zxPo+lkqPIqf83SHzA3rlKqGqfbe4q+uYlitPgspVRwQG7CyLTMFK&#10;sdCKeTcGx9r3A4qnmMVSGSYsvkQR6XjCH0hlddSspJ+t7X9hfdtz+mikZ20RJ8RPGvClPXo1s9ua&#10;aXwjHQ1PlTIFT/LPVc3yj+SFfs/GZHFY95cY2ORYaz7qknp66SpjOl6epT/J/FKjxsD5ET9JH1U+&#10;1JU1EcSeOFfyOVBIsVYDkcc24/1veM/PnPcd7FdbXZsXbVxFdNBWuo8K/IY/Z1kf7ee3d2s1puN7&#10;FogAqA3GppSg40+3NaDrXA+R3yWqt6Gsw0VbJk6lqsmaopqiZaKEBtbxMzkLPLJJdeCQvK/X2nKr&#10;KYzEwmty9dS0UAYiM1Moj8rn1BVBIJ0j2U+23t/uPNW7QTSbfLJYoauFpTgSoNc92KgcB9vR97q+&#10;4NnynsdzZbdcr+82GlAAS1agN8hpFSDwrjy6Vf8AL2+C/Z3y/wC4cPTUfX+4s71zhMtSzb5ydGBT&#10;YyjoHp6yrpsfU105gYTZGppVgMUDNUrGzSAAAMChdydgUe5aStxVNkEmoQ0whqIHkJiUgrqQX0Mh&#10;0/gG9vfRTkPlJdiNvILEQuFUaaKoIAwDT08qnrnZu3MO6Xt+txdyySkyE1csTk1PH18/l19DD4sf&#10;GTYnx92jR4/bGzdv7Tr5sVi6bLU+BxtDSQ1Bx9J4KaCR6SmhEi0fkkWPUWazFiSzuTXtmcwkc1Ul&#10;HCmWp6KBWqFgjklrTTIFMk9PTXlMrwxvrKJ62QG30uZdu99trTxVhRZTGpMiLq1qBQsUC11kKcAd&#10;xJHl0IYLbxEDSzNA8h0qWIWMN5K7HK1I0ktQCpJ4dG59oStwGK7AwNFuvaORizeAniaWny2KqKWv&#10;xVQYwTJFSVcEjUdRJqBVlZ1kjPDBSCAG5/3LzpaLuGw7wlzaV7GjZXVwGIOk5UnUCtNVQ3a1CCAr&#10;G57hyfvN1y/zDZNa7xG2lopVeN1rwLKVDgZqDpKkZr172T3c/wAOq/e25jnKTcr7Vq6aqmnSi2xs&#10;bE4pTHJVeaOpyeQpsrHX5KrjQsod/GyubqVAN8et89g7zmTeF3Ft4axvkkZgltZQw6dbakaWRJw8&#10;rKdQ7uFO0AHrITZPvGW3LOz/ALqudmW/geMAtdXskqkhArLDE0HhxqaDtUGuNVcde9q3sX4+/J7d&#10;PVu2ti0Oc29k6jbldiqql3LSZzeO3d3VzY810MNNV5OozWWgyH7MrVMksjw/uQIEjARSXudOSPeP&#10;cuSdj5Ut90sZJrJlZbhZ7qC5fTVAkkrySiQZEhY6NJULGgABJLyV7teyWx8771zRc7ZdQW14kqPb&#10;mC0ubWPxNLF0jWGEx8PDVQG7SSzktQe9rzoj+X/kd7YSlpPkdlt5ZDI4rKzNjqFN8tl8LX0E+Pok&#10;kaWWSgevx2iqomeNYHjkMcqNdWEqew5sPsxLLtCr7m3l9dXVvM/hoL7xYpEYIMkKGjBZS9UdWYMt&#10;aMp6Jfcv709vse7XE/s7abbBaTwqskjWIiljlVmoANeiQFHC/qqyghgFbUnXFmCi/wBebcf8Tb3a&#10;7tL4ybK2vBlMps7au38fX1sFNTyVuLgpIquaXF0kOMWGnKRRaFipKRYajQQJKgN5tUvkJlXbbvln&#10;ZdweTbdsit2kChyqcVRPDWpOqlFx5V+I1J6w/v8A3E5q5jawtt53y5uLSN2KrIxYLrdpHrXJqztT&#10;V8K0VaKqgNk+Up4JAsr+MDVzYkG1gf6fS/sN8p05lJq6SYR12tmUMoNiJl+gMYJBbj6fk8+5Dud2&#10;sb5YnW+KoB64A8iCeNeGepz5Z5qs7SxiD+GxAzw9PX7eo02Zo2HomX/XtcAf6/8AT2vMB1pmKOaE&#10;1f3VQkaR+KGUJGf6NpWymQi3+x+n49pZd9soYXSK7qTivRbzNzNDexhbeNUdiakenUEZnH3IEy3v&#10;zYC1/wDHnj2KcuErK2mShpsW48SKjSFW1qQbqwvJ47XX8+w8l9BBKbiS8FDmnQCtbzwZdc1xRfTz&#10;6iSz0sOqoebSjeu44H9b3P4PsO9ydc1E9UlU9C/l4MxdQSfFdi3hcsoHP1A/rz7E21czQxxNEt3V&#10;fKnz+fRxcb6YbdlW7qoBAofUivDh04YrKU0wkVJdY40ixt9ebn/D2nK/Y0lVDFFTjQ+q+iSmRm5B&#10;1aVctdGvbgAezO05gjiYszll/wBMT+0+vQFbmxrSaTuDRg1OR+3/AGelDG4I+osebg3+v4uOPaNw&#10;nU1Ac8y1VakWQlc3hZVbUSy3YIkfjDHjm3AHtVc77Fbo1/Ba6gfxV+VMD8ujG559uruxEEMX+LV/&#10;PgeJOesjuEXUfp7NHQbShxVFHSkyh9DLLI4jFyq/TR4o3YleBbi1vcbz7xJdTtMBVa1AH+foCfVB&#10;7jxSgpUHH+r16a2qfIT+RyOB/hb+v+HvA+HjTx2mhcgxaQPDI1SVDr6o1VrpTxuxIABZl5Hvxu2Y&#10;9wYH8xSv2+vUk2G6N4L6rXuK5JBH88cemGqaQyG9wpJta4/P598v4cuQ+4qInldhImorC80aSxy2&#10;aQ2kQmNSh4utyttQ+vvRujAyINOqlPKtPTp23eOKVGNK/Lj9lfX50PWF6wU37blQTbh+G+gI+vPP&#10;sN8rWUONp5aWKWOGSPyT1UgBllYQKkTWNRLIlPeRkCRh/ofzqNzdSsUc9zcSOBpzin2emT5VNCcd&#10;SZsVlcXVzby6Wc4VQApFSainmaHBr+wDHWNg8zFrF9dtCgkXOkALwCbMw/ofcvaOPyOZqaiojC5K&#10;ILFFRNCESDDrFDG+hzUKtMs1VNUBnZXn1sC7vqIj9kg3CGPU5YBWBoT8VB5HJNTXyBGM+XRlzNPH&#10;bOluVMEgFXDVLSavMAEYFKAsF9AooSWCarpMbCxmlSCR5GklDzM09SLBQbjXLIiKukKAgt9Ob+xs&#10;wOy56SlWTI1YnqnqBHBDAwihjRZRIWlnMWuaqlCMxuIokUaeBc+w/fb3IxlCxgwKg4jJxTOaenlk&#10;+Q6DEc8d9eWtlaaUBotXr3Ej5V0gcfWg9egl352PTYHEZ3NLTSvjMHiKrIVz09LJPPKKNFk+1p6Z&#10;p1KStG6LHGS0kruoFgwb2JUeSpMVVGhCQ/aLGrvkIaeWKWoL+uRplUVDI8agtYJp08GzBvcIb5y4&#10;Ob7/AOp3trn6dADFF4gEUfkx0Bal9NauxNahRpAbrJDljmH/AFv9uez2D6NtxenizeGWdjSgCuWB&#10;CCuEppLDUQxp1rs/IX4pbl+ftTS9sdu1/cOMGMrKqi2X0TUbt2xj9lbaoKEmGGtoqGkgegrctlQZ&#10;RVV81cKqRXKRssCpGjllNtYndtJJHUTLWYutVDNTJUTGjlhCunrpEiSns2o6rqQSOeQLKhyfyvax&#10;G0/c8aFgCfJm9DUksa+pPSGX3Q5y+u+pfmCQzIcEGmn5UoBQUwKY4Cg6g9V9NdY/GQUsW0+gcdsn&#10;sTDJV/wTL5Wm2+dwTV8/jvFTbwfcGdziwzPSgh1mPju9gNb3BXLfFD4452J1yux6CSSTXeoo8hnc&#10;ZMWka7OBjshTJraQ8Nptzx7ST+33LNwDTYlB4Eq8gNSamoD0r61GPl0d2f3hPc6wnAg5ukeNmVdL&#10;xRODXtXLxlq5HA1J9a9Hyl+R3zJx8EVVhM1PSQJBFW1EM39ycq5jpogxUvm4ZI/FGi8kyxLa5J9o&#10;XCfCroPaW7MVvbaB3tgsjhazzUUeO3dXLSSvGGjmWd5oJsxAJUZkkFPUQMVJUkXNyL/W85Q2ae23&#10;We5ms2QqSDMdOoZpqarDyB0uoPDqQJ/eX3i5j26+2OCwsb6CVCrE248TIoSFEioGHlqjahz9gU7k&#10;/mY7jh69r9l/JjcnVeDXeGHanytFu7aOOy+PjirbIitW0r1+yaiFax0aJ6mnmib0kqQAAbivmOSo&#10;p3givXKlRBTelE9b6tM0ilpIkdT6lDccf05BknMu2W25WW22+5GTb2mVnKKaqFYMUR6gMpA01UHB&#10;weg9Bylv9pbTbxuG1G33RbZgBIVozMpTUwrUGhrmjaqY49Uf0ndfUG1Ox9s9PUPaSb0+POX3vtfc&#10;e8avb0O5jlNt47E5qHMV+zMFnoKbH/xDGVsYFJLVUKyxmBz4j5QSQU3tu47BxWMShp4a/dBlEVdW&#10;1KiaKizMlNNJL9oFWNMjkaWG/wC4dSQeS4ubET5y5tKcy3TyXUnhbSwrGgwzJqFA1SSit/CKFqU4&#10;A9Yq+4fMlxsUvh2/6u8CQ6pPKMjFFByxr9o62i/jH1G3yTw258/nKSq2T8Yd0UdLj+t+ucU0eGy+&#10;/uuBOZKSq3KIaioyO0dp5NYI44qGmamq66BbvJCgaOcG8BuTOpUz5jcdRJTYevinjzFXlJpKWkNE&#10;6uKmV5GjqJpZ0jmOiVo28bldRCk+xvu20bbJDHabdF4l5Ef01jCkhvKoJVaY4cTnHULct80b7Zbz&#10;fJ401xFuAKXKdzmSN61KgEUZQToKgmuAD1YxvnpjZO49tbYxOJwOHwuR63mx+T6yqMTjYKVNpZfB&#10;fbPiqekhoZcaI8DJ9nFDWUKywx1VMNFwwRlCDsrtjo3albAlTms7mqWSpdKOBsXU4mkqHjZGFHUN&#10;kZqGHIS+ViQsRnikGliPUFVzbeTd9324tF3i1jtZ2kVAruwiZmNFFMq1cDQxyxwDSvR7Ye0G+XT3&#10;Nxy7eBrSgY69LTIhyCGj8TSacHpG2DQ8el9s6u3jXYOhfeuFxmC3EISMpT4fJPlMQ1SJGAfG1M0F&#10;NVtTSxaX0zRpJExKfuBfIwO1fyl2bPUHHY+OTb2PWSKGhpZ6GCFqh3SMv9nUpJDhaOOnLs1pJryX&#10;J9PHuWLf2p3PaYED2iytGOKUEajiAO0E4FaAKRkCtKkT2vtDudtGk8lslyzVd3LliuT8agGZ60oC&#10;oAU6QQQD0qvHfkk6v8CQP8OPaW37/fTdYM1HvHdW1MRSyR1vlwOQxFRkqhGkLVAr6mv2tPJSPFAF&#10;m8MJdCGKMx0hmrDtCyulkbtra50kfoiKjnUQvbPFMwQgU1DSWOpcBasKuW7Xl3a9MjbBa7hOwZAJ&#10;1mVFOkHs8O4VTVjpOonTp1A0brtRpvcjn6f7D3O6tzXfG5+512Tt7OV8PXW3dsDK70zlThsdVzZA&#10;Vb1b0OMo5UkGPj3bnmxHjp3hNMYFM00kLJE8bR77scvct323WFrKP92MkSU0khlUsQ5aoTt7aLTS&#10;oqdLUoDLfKfNsHtvyw+77LCib/f3iwwWys7Jr0IxkZW7xCmvU2oupqqhjrB6AXvfp3pbtPCUUnbe&#10;1sFnIts1UOdxtdk5ZqSTFtQOzNLNNRz09RWYaPzlqmik8lPUcBo2fQRaDZIEjpog6rHEsUOppJCs&#10;KLoRNUzyM4VAACSeB+PoIytLeOGCKKMARoAAPQDA8h5f6jx6kaxjnnRbiepmkIZyRljgkmmKk5NP&#10;n59UPZvIQDI19ZT+FYYayf7Wli06IoTVPPTBIhHGEYRSqxAXSoNl9NvbHV4Giy5i+/paadaerhqn&#10;L0lHKjqjM+iQVEMkaiQg+pQJA1ipBA9ma3ktqrfT3DozKRUE1p8qZ/2K+R6LuY+R7HmeKxtb1JBG&#10;rVBVtJFCPmK1BPnjjSoBAndbfJzPdRrm5NsVtPUDK4upx5xGQjr66nhys15aKugpaaZCzwSxG6sd&#10;JQkfQt7DjsvsDpzorEYit3TDj9sjK5M0uDoNrYDGNlEllijjyecoqCSMJfGUlT5JpnSRBrVdLNIq&#10;yJrTbOYN/eTbNgSSe7kqaF0FKVBb9RglFJyc5ABBJp0ZbVsO38sv9ZBc3N04Rf8AcmZpQaatCeZC&#10;kgrxBxX4lqHbbe6/lr80pc3t7an92YsNt+Ey53M5yo3DtvbedqaWWfKYjau46zDzVeTnpMjkqcRt&#10;BQ2YUwZiygEhi3Z8tOlemOpaKs6jyuHXbq00s2R3vlqSoMdDXVyPLL4qPIw02X3NvTIzSyyNCIy/&#10;mBLKQWVcVfcjnS45Kmm2aK1aC7gJWQuCqR1yCq5MrtXVUllJOqRnapIl5P8AaznX325jk3Lm/VHs&#10;yyARWlu41yorMtJGVtNvAlKCtDQ0Hk7Ch138L9313ZOR313/AFOQ3f2dlI6ZqejRaZsVTUdKv24o&#10;Nq0NDNLith7Dx7SrTLJqM9QiqjSGXSTrv/KL5X7x7pq8rh8RW5fE7NyGQlmr8hX1DS7n3vJ4mVZN&#10;xuk8kMNGrMWjx1NI9Mo062lMaCPELe+YbreJpC7toLEksxZ2rWtSScGvw/5uun3t17W7NyLYWCR2&#10;sH1cUQVEjRRDAvmsS0+I/jlwzkmmkM2q1fYnWmP2vT0M9XTY45GkpRDR0eNphDhsErkPPDh4mijd&#10;3d+GqZFSWRQbLGruhIVW4Wph1yGL0UsB8lPqqEmjTQ1NqlLSFT6nvyvJXm9vYfzq7ia9SmrAV6FP&#10;3sGfyJ5KYVHeWNjl1zUlLtyp8bC6olZUV0LpGT+6yiTHqLkKpINgB7yI+764/ePMSH4lgQj83Ff+&#10;Ojrlv/eZwSNy17fXFOx7m5X5ahGlP5MadF378qjTvscFtKPlMhq5tcrHRcg3+qqT/sPewJV0DVU+&#10;OWMBXGSqHAC+lwMDm4zGRYizrMQfwRx7youJQj2cjHtU5/Zj9hoR86dcdtrhrBu4Iz9OP5Twn/J0&#10;iMtnoaGPHPUFjCXVXBLXRxXYxkk08kvHJHe35sfaXfb1ZSSyGiNW8Z5NJVwiWnVl/MMySJNEPx9H&#10;4/B+nsR/vKOdVE4So4MpAP8AtgeNDx6Ae/2SXDMPAqSMEcakVzX0Pp5fPocMHualqaaHz1VKR+lZ&#10;o2bVMdZCsypdFeQckH8nn22V3np1/ejuBYMFF5VJ41NyAUB5J0qbe11uVkPY+Pn1HF3A8BZdJoPl&#10;0u6Z4pQskTFlP5tYf14/r7DvKITKbMHjPqDcWNyWFrcEAG3+v7E9m40CvHomcEHVQ9OKfT/Y/wDE&#10;D2xtrWRUVyA1wQLG3NuRz7Me3Tq68CCmphw65+89X5RAiqC1rENY3uOb3/w9txiNnJalemoGXxWJ&#10;agPXvaXlqqpayEkuR5J1lYf4nWmoXANjb2bJDGYWFBwFOhFHHE0MmRWikfyr173gknrpqglLExK7&#10;zAqUbxn68M45t7uI4IkFfM46UxLDEgLLX/P172JGG0pjWlkQeepeLyakKelIBGFuWNgi349hW9BN&#10;2VQ9or/h6QytWURpwX/L1hcer/ff0HuLksVRzoHki50cWQXbWNQvcW5+o9qLW7mjbSrHj0oD0+Gg&#10;I6xhmDfTi55sf8fYTZXasE7sviCyNyqAKXK3JvpW5HsZWW7ugB1Y6OLTdp4KFXJH7epXsPMnsmc6&#10;3p0f0Lq9Olr2vwLG2o3/ADYexHbb9GAquaVNOHQqsOZYAQl01K8fl+XXvZVOyu89n9R174/fNBvv&#10;CyBZWgqDtCuyOPq0TRaSjrsLNkIKhG544Zf7QHsC8ye93KXJ9z9PzTa39qpJ0uLZ3jYDzDoHU1Pk&#10;GqPxUPU+cme1XMHuDbG65Uu9ruo8VX6uOORSeIdJgjLT5agfIkZ697B+n+fHxqmq0o/9IGRpKr0o&#10;Y67ZO9IrOwB8RIwbWc/4Bh/j7D0P3nvZWd1RuZpYwf4rS5/59iP8q9SJL9073pSD6j+qMUkFK1S9&#10;s2NPUDxxUfbQ9e9jX1r3hsruF8xF1pual3JLhDA+Sp0ocxjqmlhqUcU8xp8pQULyxNLGV1xa0BIB&#10;IJA9yRyd7l+3vPct7ByxzAl1cWwBlXw5YmUNwYLNHGXU8NSgqDQE1I6jXnj2s5l9t49vl5y2SWzg&#10;uiwicvC6uVyy1illCsAQdLENg01AEj3sS5KLdzs2my2vpFm5/K6bnm3uQEn2xRQyDV0BEueXkpqz&#10;69e9w/7u7tqlYzyOPVySOAD9bfuWvx9Pz7c/eO2xCiyLq+Q6Ufvjl6HSIwOve0vuDrjd2ZjSmxO5&#10;ht+VtYlqWwkWUroxpNpaM1WQjx6SaremalqFt9QfYc5gm3LcoVg2ffEsQficW/iyD5prkEan5vHI&#10;PkOhDs/OXLe2P9RfbN9YoIonjGJDng+iJnI/0siH59e9hntL4NddyZ6Pce/chu/tDMRTeeOXfGYj&#10;yGNSSzMI4sNSUdDRmlWWRmFPL5ILj9B9wansnycm5pvfMt/uG+bgshat7MHjBJ/33GkY0efhMTCP&#10;4D0NuYvvS83R7S2y8p2W3bFt7LpIsYfDkp6+M8kkgalP1F0P6nr3s6uy9mbW2fHDhMLgsThqJXc0&#10;9DjcdR0FICVUMFo6SKOmvbg+nkfX3JCWdnt1gLfZrOG1sUGI4UWNB9ioFAPzABwM46xo5n5o37mS&#10;SXddy3W4urw5Z5ZHkbHAanJNMk/Ly697H44WkjxUdQ0ekG6kCBtKKo9JDBWA/H1I9hUX8jXRjDYH&#10;nXPUXpPczTFtfmc1yfy66uBwSAf6XHtPxY1ZZF0J/m2/K/i/0H+PH+v7M3u9K0L5I6XmWZRRm4jr&#10;1x/Uf7ce1BBikGnUl9Tf6ksRweBa4B/1/ZZLdCvac9IXEhBOo9euP6j/AG49uoxVIIyxUh3K2JCB&#10;iwt9L+i/tG11NqHdUenSYhwMucdd3B+hv7a5aCKLWAA+okgkLdVvY2twDqB9rUnZ6GtB02ZZAR3d&#10;e9p6aiHqJUljYDUhBsf6X+vs0jnr59vRmlwcAHHXvba2OjkV4ZVJ8gs6kEHRYgjj6XB9qPHoO3h0&#10;tW8dCroRUcPt697k/wAMX+h+uv6n6f6n/W/4j3r6s+vy6Y+sP8Q4U/2eve//0KwMdWVFbMIsZSST&#10;/rs8cTFdNj6mdgix/wCxNv8AH2OGPbXj06SoqCet+qUrGuuaRUH09XAt/QWBJP8AsPbm9dQ0LH+N&#10;5VEkj5/h1AWqKxz+Ud4700diBe7E/wCt7ZLKPkekTMpJ8uo15JrfaRG3/KxINMYv9CiEAyg83+lv&#10;9j7aarf1RHrgwdMuHiIsJwCa2VL8GSpJL+sckKQouQOPbTSYNB1RiGxTHXMYuKVg9axrHUgqrgrD&#10;Gbc+OIMRYn+pNvaWnzE0rtJUSvNI5LlpZHksSzGwBN+Bx7b1E5PTRAU9ox05KioAFUADgAAAAWtY&#10;WA9wmyDuxJCoD9CNV/8AWI+vHvePTPWw7fl1ysB9Bb3hetcWs0lwT61Xk8fQm5uPeq4OanrT0b7O&#10;ve4s2UVfW8hYljGVcmxYIzqsZW13a3+Fvfqk8D15aVoB173NxQqq+aOdtYxkd3mebkySLq0p4jcs&#10;Gt/W3vfmOmpSACQaS9cWNh/r8e8e7s89IaGCm0RJMjyLCjWBeOxA0JquVJv9bAce9yNrKACi/L/L&#10;69Jol1tXT2jrjGOCSbtc8/77/Dj2a34Rb5Rd57g2RPUMwzONp8tSSsZdIrMWY0q4yFBQu8FUGP0O&#10;mP8AP4mb2P3yTbt+uts8Siyxlwa0yla48zRvUdYJffs5Dj37kLa+Y1gjNzZXDRE0ofDuNTCp9EdQ&#10;taGuryplpy0j0rU1YpsqyCGYfS0cgYq1+f0yAcW592NZvb9VRMKygE0FU7h2klkBpi+sSUslGSI1&#10;jfxLpK6y63JBFhpzrsn+qtdbsuh8Guag5Bp86cP59cSNytJ9qujG6sEpgqSKD8uI+3Hy6l09VDWw&#10;6lkU3ABVlBsSObqRYjkj+ntzxXc26dsAQ5iGPMtGyhKfJJMs7RRKBNHBkqVTOWIRdJeOosRpuB9G&#10;JrO3hDIYKt5KVp9mnSC1T5GjgV/LoE71yhtnNlA0jRyUp4qEalNeLIxCn7NSE8eJr1KjhSIBYlWN&#10;Bf0KAF5JJsB9OSfZi9n/ACV64raaM5aLI7fnjjTzQT08ddHFcLrMb46WrqZUVzYXiVv6ge0DLrAS&#10;FVB811DUPyBqf2A/LqAuYfZPm+CWUbbLDdQ6jQgmMkeVfECqD/tqejHyy+xipe2+sqkUxTd2IpWq&#10;IRPCtfLLjXkhZnjuEyUNK4IZCGBAKn2kmt5YCFmjCs2RUgf4aZ+XHqObj2355tRKzcvTyIj6SYws&#10;o1UrxiZx+YqPn172qsfufaFVHqpt0bcnhNysi5rFuSCfpYVYI9pfBaFQDC51HGDn5jHDos/qnzM0&#10;rCXZbuPSBWsT4/kOuDSKn1vf/WP+92t7m1G49s0ajybiwMQtqHkzGOjBW19Q11NyCPyL+7LqWgMT&#10;KPsPTD8r76SfD2m6c/KJz/gB65A3F/bE/avXuLmSSfeeASRSQEgyUVTLcgo2kUZmb8n3uWLxF8Ig&#10;VbyJH86n/iuj3YeTedIr223Cz2K7V4jXUUKAY9WpQUPGnWCqp4qummppo45op42jkilQSRujcFXR&#10;vSwt+D7RW4fk/wBQUkK1M24ZayeKlhMlNSwNJUxIEBKO88sFNI6s5uUkZD/ZYjn3S1s3hjd2aNId&#10;RzUUr8wM/wAuFOh9uPtP7gcz3guJLAGcqF1uxoQteFFZqVrxVSOBA6jYzG0uKpzSUVPHT0/kkm0R&#10;KqL5JWux0IAoJtyeLn2BmW+X9LJNPDtvAxMv/KNUVhqakzRk8StDGmPRVZfx5ZbG3J9mEUdoWKPO&#10;Gan4an9vy6FW1/d4lSKKTeN2bWPiVAiAH01ku3rxVfsHTj7Cus7N7C3vO8UuXyT0tQzEY+h1QIyS&#10;SKPE1JQpDE6aTpGrW9v6n2c2VsNTIkWSOJFf2FeH+26k/aPbzlHl9Ymg2uE3Kgd5q7VHnqYk/Pt0&#10;j5dcWbT+V4+uptNh/X6H2LG0OqNwTRQVlVBDi4pLytUZKWISs5JuVp1eWckKDYMAwsL/AF9nse5W&#10;NmnhmNmugMhBWn2E9tPtPR8yvNOKIGUYxg/t/wBjpJ5beOGxpkgaSaoqEBAhpYWlZmH0TWSkak/4&#10;sPYs4fbn24nkOmugiLrBIqGMyOnreXxzeJ4jcBRyT6r/AI9sXm6yPCwRaS0ytf5Vp/qp0PNq2uxh&#10;K+Ko8UeuRx/w9A7vTftX4/t6aebHvNYSlXhJVGVkMepHYtcsG+g+nsSMFjagVNNUq8kNLFTTU8tG&#10;tzEspkBErsNSSyaH+v0B+vsIXlWcOznVThXGeh9DJCkJtoo1qWBDU8vMU+frX8uiGdtZ6GbHVyVF&#10;qqpkmiqkq5pGknlVIvEILAL40WRPrc8fj2RL+YHgqNT1fmZo1ePPZjLbTnikIWKeoixs26KKnVNL&#10;Gabw4aqmRbpxTW1i49xVzty2+93FrFCENxLBKgDHTqMaiULXOSEIHz9es/vuTbuq7lzhs80zjw4Y&#10;bmMVLADxBDKwXH8aA54N8sz/AIW7tnDdj4LyfbyYWmw+dopYmYyok08mHq3iV9UcC662CORzr/bl&#10;JCm3ujzcUmKj3Lmo6LcVNiIdu11Vs3K7iytI9HNQYvGRnL4SLJtUR0lY+DnwtXNRyS67aKONYyzS&#10;Opxd3a1CTs8dxqkt5DBI1DXSuUNK1oUIQkkZApUY66U2DBz4Lw0En6yrWmSe8jHEONYX/hjfLq0f&#10;GyTvhYauooVaWtoqPKzY+GSCVTXzUyT1lJSuFWnMj1a60N11ySE+k8htFBX477PHbixW3pIotu4q&#10;glptu0TLizuAJiczBL4auoq6hK85qognd4kWJXQSxrFfSmprSU2tuXgXQioRpNOKq9CM8Watf6PD&#10;OHJRGt3K0crMjszFmpWnmMAfhqv5+fU+EmqTXT1EwePIOyNUaHvGlZPDIFWMIPt9EMqRXN9PJJ/L&#10;dsrf9T1N2FR7Sz9ZkJMHvrNxYKeCGX7JZKqrqMfS46aOVY2M0eQy2RhEkGggx5ZmNo4m0lIuxaNo&#10;di0RbNMYrj1wRQ/n0Xb3tI3OylnhoLiONiCc8VoRSoNR3UNcMowa4hZzF0eeo4aww0UlXjnFXQz1&#10;NEtaaSoi8UraELwO8kbLcFXXTIo+pHta4inwvxs7C7izOHxlLndjdhYjbO6tpY2jMNRV7ZyMeU3F&#10;BmcNX/f1cGKxFJSZXLrVRPPNFGyyRq4EUKsi2CWDbL2+ngCmG5hBCBQKEs2oE07QDkHzoFoK16xv&#10;9yfZ259+rP29h3bf57F9knuY53Q0eaOVICpRiD3Uh0tQNp7iOJB9gMjlKvGLHkoTDlKaSShqHlQw&#10;wVcqJ5YqujUK/lhqYCCCuoAhv9Tzw26+W3VmM+tVhqyPbArMLmaOCfGJDRVGFn2ZiZnp6SrpnrsX&#10;kaIZLKsZJImGmrWwDlWdV/K0FxuN+9rJ/uO5LMvqFWgHH1ataeQx1PmybVHyptG22KXDO9vZfTay&#10;xYsYnCqxqB3sEPAUoxP4j1Lr5oqeLyioMMzyTQxHT9J5JQ/qWQR6rWtpuB9efz7MhsPA7bzfYr0W&#10;4ajJZqaGjEOCyeTSsqf4Ji964io22ZKbJV8r09THjN1PTiKli8UFJGySeJWDzClhZR2vMBtri2LA&#10;PpU8aK6si1J4AMyk+n8wm3/fJtv5dN1ZlEuA5ZlUU8QwPFLKNKgn9SBZKmhJYUrUjov/AGbV7hwO&#10;wq7JbaWjwtXSVcmerqbGwGFs3VbX3NjNyV9CDSxk69xbYoa2OomCmWe6oWkDKrKfbOP2/Q7G3jsr&#10;+B4+j3/tSpyuO3nWLTU1Rl8k1Lh6jIfbTV9RHNlnhqK7abPTUrTSKsWQFhpAKC3abKCwvLe6hUiS&#10;NpY5VYDOqFqA8Mu0YoATp1Uqw4l+7b7/ALttl3Mbo7bFuEcYtlDMFDiVaeGtaanScKzFQT4VKAkg&#10;IzKjcFf2FtvtCm3HlNwdbbhwGFqtuUtNPkBiMUKvOR0QysWPSreghlmwG+L1FVJGszfwtf7ZF4PZ&#10;FHt7PdQ9Z7ezdfiNvVlflc9iKkTVkMMAx9ZRZ/GVbLNRtJLNVQYusmtCv7gm0prXVrWeuTdhtt0t&#10;OdbJbiG22i429YmfCIutlSUsyk1OgTDSKlimmoqSr3LMt3HzlzNLFbTywpFGwJBpr/TIAr54XV/C&#10;p1ZGOvbObPYfuDuHNUtPW7mwsuK2xPiKYPWHJHLrHjGEE1LV08NNQ0tfWQRSx1CyNCQ80lrREuy7&#10;Q2ptrI7UwOM2Ln6XK4rGZaTH0tcI4oGnw2DWrWCljVGmdv4bHl6mJXFyZrEAElfe+W9p2i037adv&#10;2HdlubNY5Ckq0GuFNRRQRw0Asq6RpY1GCBV3cd93Cz5gvP3hbutYVIAJbvYEZouD2AnyABJOOlpl&#10;d0ZXE1mRyu6cAtBOMXRPNTwTSZGClyGUkipJFE6iKlYTzYaGQKSTHHDbVZSWYN771x+zdz4Trhet&#10;Kfc+WrPsJ48ys9DS09XkYrVDwtO0JyEFRDjaepWYQuIjBOdRLBdCrn7njZdn3XbNg3PaJJ5IVR9a&#10;aNLSsAVJZu5X+IHw6VU0bUdJBtt21yb9afvj96yW6BZKJQ00EaTWj0ajFCKKCNAPr1l2xg8juigq&#10;t7jeeTwWNljyq0tDHHULFjqJKaqhcxCTIJQ1MReWGpjkmpXeOWlQIQjyI2Db+c27mt45ugnx9Phm&#10;pY8nLu3xU+Taq/iGNWCjShxwnw9PR5N4UyUsbNCjErLCkalGVfcpe0PP3K9tuvM+7bAEj5qG3s8s&#10;bJLV2gpp0hIm8UnxGVgtXYFQqNTo+22wmsrFHjvRJIV0r6EEAaiK18q0r5nPTnloMxh9r4yrxdc+&#10;ddlx1Pt41ixLQyw1DrVQ11Y4r1l8ESU0JOuYLpUkuGZj7lZPt3YmVx1Sm0Nn5TccVNQV2KuMBWR1&#10;CPtRMfu6pooo8tS0phy8M4SQTaGlNS4HpKyKkURe7Fhdb7uG777Dd7luYLt4RiZMwMJzFWcBl70I&#10;oqHIofDGsqWpsF49/wDXbrvLoscxcKjAFi40CtKVUAmkeF9akAhP4PYe7aSaGu3RuqGlIzEWXnSD&#10;IL4aquzEMuAgE0iuplx70tSkEVOpSKNYxyzAP7asJvzIz41MRufDQ4SLd1BWUWAxUNXW1lRJlchO&#10;tRj6vI1El1iU4qgaeFnjBLkLrIJ1F28+7O/86bjYjd9ujtbZ4njiQM8jMzsNHiMzV7V7lwoBqCuT&#10;0k5h2xZkgvttuNUlnKZJZKLUxqjgrw7u/SpAPaBXNOlpU7VpxlaPOYvICsqcPlIf4hWSU9IEpsTj&#10;YcmlbR0r+NJCzV83hlUO1gSSpZQQqNqbextWmcoJa/LiPKx1EqQ0lQYaSJ6ulyMKiYMVZMbDOEZV&#10;jRRCsgjA0Lcm/t5d7hbbfzps2zbq8UO5x0eNWGkh0cFc+QIOkKVNCVBoTWF7LmfmCX963GxW0BEN&#10;TIGUksAQzMlKASGMvVmP4a5rTp53lX/wx9tTypQGQVAp1qKmBZai6VFNKqUMbXU1LImsjUDZC349&#10;jNizS5DtrBZTKUktIq5lt11tJL5B4pqXrXYOUkieGdPQuOr6eXgCxkikN7k+wpzTFHLzFY3NzEsf&#10;iTJOwrTT/iVm5FKV7W1cBTt6i3ZZLvbeRhtUdwH8Oza2DAjP+7G+jwVBy0XhsprkOF8qkN+y4qwd&#10;Wb2psXPJHVZTDz7RoJoFMQjTL7ozOFSZG1RlHnhrY9LKLqXW309lTbJ026MA+7vsKIZXsXfvYG/3&#10;rKqvZK37TVjdpbbFLQa5JpKeSLb2RnVnWwjq0NxrHsDbLt1lcbPt+4zSR/vS9vLqcq7qXASkMZVS&#10;a6l0XBHCoYDFcynYQX21b3vEazSR7dY2llaKiKzRghDcTkyaaMGa4hWgWgMRJJyFGDBUkWFeHA0X&#10;3MOL27t/BYekp46fTTRTUkL+S8oUqjvTyUmoWPKk/wBbLTr/AD+1sB3N2NtOjzEeb3Zgtt0GZO3Z&#10;K2mkbE4Rqk6NxrQRRR1CQfw6vkZizWKxoulY4l8koT3OxbTt1xsNpI8vMNv4MpjqpCrI/wDahKll&#10;ASRiHLfDowvhivP3n693bne45f8AcLdXNhyjfblc2SyqJAZ5ootEdo7ABNM88UZRKGjaw1STRaRR&#10;utHBHa8gjhLLf6EKmoX/AMPaF6329QVvatbuKur6yupNj4WSH7WvlpKKgoczu2Ktz2dtW1k6LUCn&#10;p3po2kdx6JioVgkRMLz2bvJuV2sjCOKiGtSFM2qWStCdQ8MgGtKAhc6c5/cpsbHadoszaRRyCh7Q&#10;SWitUSFDQatPcNVADVhqGkMaIPsGvq4MFU01Mft6zJVNPDBNT09bXTiNamkVGSCgpJ6gy+MyPewW&#10;LRdmC3ZTF09aZcXiqmNI6aOvx9HkkRGudFYpqUEpFgajRKBIBwkgK/2ffZT2glO4+3HJl49uqF9u&#10;gOlSSAPCTScgHUy0ZwfhdmWppU5BezUMTbJuzfEw3ObHoYwIyB8qg0NM8aZ6DbIUMf8AE6lXWaV6&#10;V/s/3YijkUqiEkjU5C6lOk/2ls1hewTtflXiZ0BLvpukbXUsLgcjmwsf6+5egtVcKaU6mSS3DmlK&#10;9KGgw0ciglVRFfSzqQWWS30sLEXF+b+0nU5OpYoY41iYh2aNX4SzC2n03a45P9PZvDaR/iao9ekr&#10;2CqTQfl0qYMbToCrkyr9NTj1cAG5Nzc+2t8pkC8YVlQHWXMjEmyi4QAWuHP5/HtSLODSxVQT6dI5&#10;LR1PYvU8Y+jCCyA8/o4F7/7Vb6e3amykjX1ySWdwps3+8ghRf6e0k1ogJAXy6SXtiZIpVVdTUPy6&#10;b6jGRepVRSdN+bC9vx+fazgzsEdMISkUkgbVqdW1qpQKdTAi9l5/4j2RS7c7y6wSF4U6jhOXbye9&#10;d5ogIhjjXHr0kanCSyTmZZZ4eLGJGSVFAswMKONMbsfqRYn6XH1956TN1AkSaGtd+B5QkkkeiQXu&#10;y+pjce2pdviZCj2y/mK/t9eje42KGO30LGjepKg49OPn1CrcBTyJJDUUIU2/b88MJV1bgI/oIZWt&#10;9D/X2NWyOza2irqB5a2TJwU1qfwtpm1PIXTyxySIZI6giTS9iFcDkFiSY75g5MtJ4ppTAqS1LBiA&#10;CuKUBFAFp5Ur8+Ncevc72s5a37adzO4WkUblGbWAAwIBoa5IwMk+lcdA9nuvZ6FKmo2/EuBylXMK&#10;j7qmLJHOkLBhRVdMjimrKZmUhNcTSoGIVgPoeuGvoqOhFdLhqdKiVKaaOOaILOkehmqpKoLIWDyE&#10;6Rp0f6qy/QY/va3M80lqbxjBVgSMg5oAM5/1DPXAf33582iTeNx5O5I3f6m0VmSa5jrprqpoialG&#10;J/Ey1XiATxAydLbS3jBh6TLb9qKmPJ3n04sVKT0LxyOWp6pV5kjURkaEb1Lbkn6+wZ3Ru2eorTSZ&#10;LJUCHKLPPjaCSQmSpio4Nc4jppXMDwwrKRwnD25BJ9jTaNqggjiMEDeKtAWwKVIAoQAa/Z5ceoi5&#10;b2WK2t/rIbCU+CymWUAGjO1AWNCc0NM+R8hXowIAAAAsBwAPoB7Q6TYmoGQlpcLTtkKOjpDFS1DV&#10;WJoJ5qiYs8sGTx9DWVTyCGZkYmKReACgLk+zu5/eEZt4/G1/qEgnuIoNOdRIFBXhQ5NSB1OWyb8i&#10;RWtpc7gYrZ2IkYBXfw1yQyOwXLaeLAtU6aU0mLPHIzBlN+eARcfT+n+HvnHixV0tRkdr5vdlNUY+&#10;tjpUoKo1lZRSVHm+yeF6fRJBLQBpLOfBOjRDUOBf2xfXypCttvO327RzR/EigOK17sipPmKlRXJF&#10;OMkcqi3uh9ZLt1j4agfqqY43UsGbUo1BvFKrVVBUhiVNCKdJnN5WlpJafG5IU0n38M7hZgYiYYB6&#10;xHI0bRNINXCllJPuYmCze3doUFNW5WqzNRHnstnoJ85PDW5MGWtM2Fxu2qiGagxmVhwdTKpjC1ol&#10;WOERMoVSGxpuuW+cOWtrm2DZhdczWS3Dzs91pa7RWkMsUIUPCqrAxTRrZVKKQAUITrI/aG9tOcOa&#10;Nw3rcoYtruHsoYAtqrxRa1i0y3FwKTOklwF1sBCRqbxA71r0C24s/uxs2mF29hnmxbQ0lMrodWMH&#10;j0y1a5mFYqrM0NLU05aMP9kyO7gozE39rPZfS20pa6k3bmcTka+qyjvmIKFw9BjsYslTRyJVl4Mw&#10;4UotQZkp3mldI3FvIwYpIlt7pc47hsm2bXe7StpLJGVbtQuoQ6QpBDhGYAsyiQsKAZo1IV9zLXbN&#10;rj3SHlrnKAWVvIsTM7FtZEbkpGfCUsBp06vCWpBaqgoz8tu9rb1rcw+28vs77aWKnmjFVia16ysl&#10;niMsLebG1VLQSU9FEdKmYhWBhY6bFAw4Y7am2qfOVeUXbdOMnPRGmfKvS0tjQ1rFqigisyuoLQCS&#10;T0IGWS17ekF19uW5XsLbdPcO23xiqqT2FiKGoySR5VVgBWhqT0KPYqwS65Nt+YnmLSzSsoViagRy&#10;aRIopQVIIxntBJqB1XX8/wDtrekW7MR1thd0wUOHxE2Kr6zEYarqYstPmhR0+RhqcrMyTKKSkgrY&#10;5KdNa6Zbv4w2lghf4bgKDfm4t4/wKh2nl1oI49z7hpKKjH95trbairY9tncWVgpqiWWXD09XUS08&#10;ayiSmiZgSASihGytLWy3Dct6vbNbS7CMJZVKkT28asIWmOkDWmpnQcUQgFmVivWQFlvt9Na7btEG&#10;5veWTuvhwVY+BczUM/hR6h2MQupitGapYAgsUFX7RrKjpfE7OpKtd61WaqKGTbtHXVlQmVxG6s/V&#10;ibcP8Dx0jwsBVVOimeWSNoppV5LNaeR+ws+ExOV3Lu4VDQbd3Bh8RnJsycrjkxT/AG8M8ctZT42G&#10;Km+2kNH4nnqauUyOSsfAXj0VysdxuG6C2ji2OS2hn+qMiaHJD50UDr+kVZpGqHDKqAaKEWS3O5XF&#10;ht2zHaoTultJNGq6GErl2BZGYVMioRpjCotO451YLDv/AGnubeG1+vusIKypr9+7b3Zuva8WzJMH&#10;nZM/SR1LUDY+Kv3BI1bS1tFDXPUU1FRY+AR08N5G1tJcgz2F8iNjbXye6sRtvIfxDedPLQDNw0+3&#10;czl3pchkKV6+hpKyebHU+K0VODpTLTRtWKgQ60uLMw45Yns+Zd4/q/BPJKbYorKiyHw2kjMyBiNK&#10;L4kYZw2vuUDgCOscdz5R3HcJTvF8oWyaRxpaREHhhtBZMs/xmhAQkAUNDqUXKfHvqfc8exNj4Hc+&#10;KqqDbO3sDSQ4poMvT4+cfaRA62psbWpVUs9TVanmMkYLhtMqg3UJHP8Adu2szFUYisw+/KSoCJTT&#10;082FOGrKeeIxytY0udbJ0RaFTpKPGqodB1cn3K1lyBuzwwzB7b6d6Pqjm/DX4S1F4kUYcSCaEdRK&#10;+w7xZ3hmhntWKmoVj4qkZHcrwlCAftONQKngbXCbeWkSnlp/4cY0d2ikpKlnWZRqQg+OOOBnX+0e&#10;efag2pUbe3e7Y+WjqKKKqkCUslZjKymEzyGTx08j1UFNTTRl5CoIaWG9rkhvUU8xbQYLZzMqPpXv&#10;0MPhB0k9prXj2tXB4EdEdzuG5bLKJbicNKc1R1agFCTxJoKDHEUpXp1r1qKSmepjKN4rNKgkViIk&#10;UGR0W19SqCbfUkexTi6wTH4+r+9p2pHijmjikRo5GjsmuJHeIxCSMkgkEELbg3sQFbPeIIJIodrd&#10;DQgE0PCuR5dE9/zHNdyrH4rMpoaZ/M/L7RQ/PjVP02445qlFpZVmsyiQkMp5te4dFIKf7zf2z7X2&#10;4kUqGPXKKdnM0KhahVSRkUl5pyXs+rg/XSbfT2INy3AtCik6dWQa0r50HQd366dk1Ofj4HhTNRgD&#10;+WOlLJWBrXdRqVWRtVg5tdgOPTYX95t44PDT0tNVPCPv6Iyl4HgjFOYGWZJZJydf0Rw1lZNPOrUP&#10;aPbZZ5JiLgqbQVNTQ5pQcR9o6K9hvdxgkmVW/SkpU17qjhp9M/bX5dSKSZtRDuNFvTY3BJP1+g9r&#10;XrGrwz0VXhk0Usf2xanK0irB97E8SxBEjAZi1LGbHTpIsWDWB9k/M1pdQyW11FENAbSQD+Dz+QFa&#10;HA+VegrzbBem4F3JVptdGqxLBT6gk8PsFeuFb5V0yp6rPyP02B+nPP5/w9wKvJ46WaeQPM0mOiko&#10;KGpbTNVLDUy+OTFjQr1H2tQYBqCMoKxLfgXD8W3yAW0jQprcljjINPjBrSv2g+vSWCynhMMVNKSH&#10;UQACD+MMQaip1NTGCdXEtqzKhI9QJ1As4sRqe91b/kAce2JqCmOPlrKCefH0SVrCekFZV1kyfcRk&#10;yP4ahy0kcbSlVvIp8JCrY8+10UktvILa4JmnMRIdwBWjVoXArXHAY8+jtTK10qz26STFKgsulTpo&#10;aFhw4fwnj+XXi7F1jteTRe7ekEXbm5vz74UeiOFJ6SpJneNxKtyG9AkhfyRBGC2IYFJCwItcWv7U&#10;za3cpJGBECM086g4P+UeY6MhC0crxTx0jY1oB/gP+x1wlYEkEWS/6b/4f73b26tVl1lertUg0rQ1&#10;IeAI5Ezuwd5oo4vuJl+5uXfUWuD9BykEFCiW50kPUZJFR5UJoFxwFOl9rtwbSqLQaq/In7PIfLpv&#10;aUR2ELBSH1gfXnT+m3AIPtJHFqs0k2IjqnjAWQoJDK2oOiqQwCs8khOlQFF2IUc29m7XwSFRfuuB&#10;SoH+ToULau1vGlyQStAWAoAD508v8vXI5GMgLPJGtvrchb/64t7EPbFTUSZb7COpd/BBFJlIjqja&#10;KzHTBK2srK8hK6OWuXI/SrN7AnNm5WOz7VcX9yI1fuMWaliQaYoNOR5+X7OpQ9jPZbdveDn3l/ly&#10;x2+RrGS7USyqAVSEEa3YkimNSgVrWhr5dEU/mEfK7aHxB+Mu/O0s1k6Gn3ZVYmvwXVWJlkL1O5d+&#10;VlLLFjYKWCGKeZqTGqzVdRJpssMJHDOl1Tu3OUe3sPJmsxU1OMoaXJUKVMi0k1dI8ctZFTRwLT0W&#10;uUpVeRF1WIRGuw4K+4L2IX7y3m4zXirI0eqWUrIwj8TgBUZYP2jShC8dRAz9Xft/ynt3tfyXtvL+&#10;y7XDt+3WMKQqkMdEIJRBpCk6i3Esc1NTXrR/+Omx+3PkN3ZuSDHvB2n2p2VtfemdnyW5dxRYb7Xc&#10;eR2zX56vzNXk9108NLXZTbTyzmyKIWqKcfbTf5qYpUbmNPQ5zc+4KiqpxBjP4vQ7bi0PWYzEqJYa&#10;R2QPC1Tms3UwkhSRIHdYEFw2ozmQcu2c24SKVVNTzKxImaNAzlGStSz4UKHNXITgutjzmQS2e2Sl&#10;pCsrqzMaZC5p5jPywB5kYqYzL/Hqop9wdU9H9MYnFZKTNdgVWyd/d4ZSXL4/D9hdh0UVNuXceKWo&#10;ENVU4jrjrPAVyvKIHMNSsc9dUoVEdhEwUc1RQ09dBHUQrU01NKIaoH7mHzQRv4aoLZBKgWxHNm49&#10;jrbbqO42+yupIyHnjWQgqFYFhXI1GlMAipz59fMf96TnbnD3n9294vEsprjadtraWyxpqVY42J1B&#10;lWjGQszE4JGkGtOtiT4fbU6h+J3R1Jj94b62FSbp3fk63cu79x0WUpcPhspVGR4cZT4dsrUGf+A4&#10;nHjRSxgol2llK65WPtaQVLUcL+hZFYFnQt6mIQqtmsbW/wBb3WSJLh6ayG/1eXWN03Ke/Wihr7Z7&#10;mGOo7mjKipOBU06H+Ht/qXf2Qhotpdj7SztbLG60dPiM/i8lUyiG1RM6U1JWSSuqRkEkXFjf3hkn&#10;qZJVkjZoUYrIY9d76RYD+zb/AG3t5YolUqyhj6/6q9IXt1QMrJWmK+nr0vqEYyNSsxhqpgF1akkW&#10;wlLBWBtbnSfyfp+PeGKimyErSyWdYyPLrbllDc+pddv9j9fdnnS2QIi0J9P83SWRBTSV7enmfcNH&#10;t6mSKllKTSxlYliRo1V0QhSUY6pdJ/Ivb63t7e0ghTVZ0TRco0bkMojJGsoQvq08fXn/AGHsueR3&#10;OQcjhT/L0meChHYdP7Ok5/Gq6rN7TyGYsro9/wDOTaP0sVsYm0kk24J9pjJ5OqWRlgk8xEbqGlbk&#10;cfqU/QEezi0s4iil0oK9PpaqVqqdCFgMZRlEeohWnZpVa0WoBySBeZiWvwfrx/re0NJU5Keo8tQZ&#10;wCQlPqayOEtqOkKLWItyeR7PEitY00x0r59aNuFHata/y6F2CPE01GYYWgk0KTOIlVnRm/QpP1Qs&#10;Dfi/9P8AWfKWWYygvLpdSfSjkBn0iyAAc6h/vPtFOqqpog0nzIr0nnhASjJj16YZ2pfENKJYDUzu&#10;gusepgNAIGs3/At7XdGQsAkYlpCWXRpJKgW9WoSkXv8Aj2H5gS+nT2+vQekUtKEEfZ0magKrlSAI&#10;wL6r/m/HFuePcyKpaRTDIDJGW1kMo8igcaTqOqxIv+r6e2GhAcSIKECnV3sEALKtOmZ6hoZtcEvj&#10;upRZVBbm/LFRyLHj/H20ZXJ4PGU0s+ZydDhqGBS8s1XW0tNTxqCLvJJMUT8j6sPbqidQZERiB50w&#10;Pz6bi2me+kWC0geS5PBFUsT9gWp/l0q8XPnpZFehx9ZlXa3MFHPJpIH6dQIXkc829grv7tbB7bhx&#10;s+GSkr6SueSN8/V5WDH4ymU07S0goFkUJlqmpIPAliVEDPd9IUiPbtsuppbd9xeOKwbLEsAaUqOF&#10;RnjQle2pBxQnu18iXe5G4E8cyTqaLGIyzH11kHVHT00OT8uhX2tj8pXyS/xmZaV6ci+LjAqKmNCo&#10;LfcESRinZRzpAf8A1x7SL9u7oxqQ160+QpqKshjnpHo9tTbhoqqE2VmFTiMfkrRysCSDIGsT9AL+&#10;xI3L2wzKUcO0grwdgfl2gnypTGR5VNOhDZe3kcsYRYA70z+roIr6iRowpHzGPMdTazGbWyElRSTV&#10;1NJVUs8kE6rlDQVdNMWIjjeKSqTRIBbTaNgbA2N+Uf2R2R3jnaNaba+GoanHTQ1CVGU27DJjshTy&#10;ySx0yRTRVeTdKYMXBjaNlsSyvb0gnPK3L3I+z3cSb9NObiQkrrUeCukVAcgtIWfhURkDSK6ScmcX&#10;IcEQ+usGrLGQDFIQanOUKoAfnqOcaK5o14ODrzbk8kdfkv8AKWcSxplqmGanUpG8pMLrCizOA35D&#10;P+VH6vYodRUefwnWW2KLdZrJc8jZ2ryByNV9xVoclncnWwGWRTMikUM6AWbSqkLfi3sO80ja5eZ9&#10;2k2Mg7dVAgUGhoiV01o1NdaA4HkAB1NvJlpd/QOLmKOJlA7RQCijh8iaZP8ALy6qY+X2Swe4u7t1&#10;5DbswrqcNgccKqhhUwy1OLwmMp6oI48QaKnqZHhLH6yxkC9r+wo7flqsR2HsjI0ORnx0W+cBvrr+&#10;SCg+3p2n3OcHLuPatbJVTwya8hSPt6rpqbyIY43qTrHqFo73Ka6tOYtje3uzGl7DcW1FCAmTwvqY&#10;ZNZySqwyLGGOkeI2juchp42Qwz8sbxbXlsjyWFzbXI1AuRF4gjnSlaBf1InJWhJHnTpc/GKemzmx&#10;dzbfq6KOvOydwbP3vj5quaWq8eFlyoxm4qZaRJClPQ+GojmlaGRZJwBf9Kn2pNtb2p96bR2/uilp&#10;qiWgzeFp6urpIhIk9JKGT+I0LLDHHItdh8mrRyqy8SJYqbkexhte4bfu2xWu6hwsMqFyMsY9IOtS&#10;KA1iYGJwQpDKwyQAYx5lsBt263u0zlDOlwIkYgEPrAMbL3cJUKyJSvxjuIIoM1D19U7IzmSxpq/t&#10;arH5aT7CurAjQVAqFk/h7SMX0z0OVxswBKsXCvYWIDMGW4zm+66XcjdW7vwSbS2nuPIbQzldtvPR&#10;PnId2beFIc1ja0U9RRpjqzDitVnoXmp9HLPcssas7JzdsM0N+1n4l48M7xP4bqRHIrKroWZ6KVqT&#10;TtwBgFgvRA3L820tZJudh/jVxEkyGWN9HgSV8J1oja9ZBXWIyCwPcfi6Gnb3YmzesmwmG33Dnm3T&#10;nsbS5OEPgqqXFUtHUK6Uvhli+9iqUnnppITNF5ZXYqAt2LKjNrZGt+OuSh3BtbtzsvsmZPJU1206&#10;DMRZLaWQkcFHhy2KravLUsWtpNLS03hqEFmSRfqacybBs/Nmy3trb7GpldQKoau2anuGpK5rTSRW&#10;lcVq5BEZLlZL23gtlHwu0VCvzBVYyaUBAcEZNRw6Zu5fjr1380dhZ/ZPcnTWAxWOy8H2dBuPLU7U&#10;XYmJidllpsntncGPpMXkMVWUrhZEi80lPIAFmjkQvGyz3L/MjyWEnZqjqjeUcIMReSjoMNXwwoio&#10;akRUstfDWShZWOhGYnTckAi3sgtfuu8pxWFvud1ypcvC0epijlyK8DRZKk/LTwqejNN/3iUyWlpz&#10;bbKAaIGUpnyHdUf5cdV77b/4TvfBXGQ0y5/Dbj3VPTxSq9ZX7o3VR1dbJLrtLVSYnM46kUjWSRFT&#10;oCQOLEj2HFf85eu+4CkFduSTbNdSLNHW4jdNFktvFIpH89PJT1SLUUKl9BidPLdQNQFuDInLdjsn&#10;L6/SbbFoiWi0kGjSAukCtCK482rx6ifmX255lLvfTarlpGZleN1lBYmpBWmumcEDPDq3Lon49dff&#10;HXatHsrrTa2LwWBoqLHUkUdFGkUki4yjFDTtWSqkcmQqPELmWUGQsxJJvf3hkNNPAMnQ7jpFpa+q&#10;pKTGRtXxqJa3KsTjaOmnFTJHU1NbpHhCysZSwCi5t7GjX1vaGIXd99MZ3EcQYhULtXQFYkhmenaq&#10;1JzTIp1D+4WkqSNby7dJLcRI8jvorVIyA7HAYKle46e3FcVIH9CeAVCk/wBOBwP6ewj3xtrc1Rj6&#10;2XFtNR5/GSTZGioZp6nH4ncdVTxl0wObrcXPRZXG4+urIo3EtFVUk0EiRvrZA8UgK5t2PeLrbbi4&#10;225aHcY1MiLqKRXDKrUgmeNhLEjkhg8cqPHIiOWMYeNlWwcw7JDfW0V8iSbbPRHcIrT26MwrPDHI&#10;rwvIiBl8OaORGjZ0oJCkiZPaQxLdD7ETBb8zW0KjpveWd+9x24tnVeT3hn9tZXcGSgko6jHO1NPk&#10;9m7p+7aZpaeVoTPK6o/pkjlVQBtFp7dcqRW+/wDM2zTbDvlxrSWFpLp4ZJWQqykxPJZ3AcEtG6qz&#10;v2t2uujo53A+6fNrbtyxtO/rzJy5aeHJBdpFaRTxQRtrR6OqXtrpKhZFEhRAZAWkRo6+9ond/wA1&#10;uguozTbEfbOayxrRkMM8eDqshDLRUM8IjSrgyeWr6OpcO9aEieKpjkVgzEra5C3MXv5yByjEOXLS&#10;zu54jridYZXqqEAnTLI0ZIJJoVk1pkgJ2giTlj7tfuvz8snNSbzbQrGqyAzIjCR6kUMUKsuAverR&#10;ulKLock9e9jVsjr7obsbHLtfbW4O+sHX7mTJbixe4sJ2v2XPfA0mWyGKOaxNdmN15ygnwGXrtvT0&#10;8fmpZTMUOjQVV1tbWnI3NSXG0ctbzvtrJKHlE8V/fSExLI0TOpnnmhMMjRvGuqNqjuAU0IjXmjm/&#10;3W5Lu23vfdn5WubSyMUD28217cmmV445vDkSK1gkS5iSeNm0yUXUKlgaH3uy7pXbm0doVO0qY1e8&#10;chUbY2tDtWNs5ubLZClyJUU01Xns5jnY0WV3PVVEWr7yeJ2p1d0h0ozahNuXKl5YbZYrBu11L9Jb&#10;CIFppGZx21eWr6ZJG01Z2BPc2nT5Y2b7v25b6++y3FlZQreXzXJENtDG0VPECQROq6ooFDU8JNIc&#10;qrSamFemfLrUGlkFO5ViC1x9br6rAgixb+vs5DUUcsa1FLH54ktcxwnSgBDhbnSEDfSwFgB9L8kH&#10;pK8TmKV6OfU5PSDZ7cagWBrjjn16B3PZmSi101RUpDK6kkTzEMwB9JjYI1rG9/YObr25mcjWiWjy&#10;E+JpqaZZBHSUqP8AdEkRhJFk1SAkngj8/j2Ndn3OxtYdE1uk0pHFmPbjy8upW2wWsVv+qviNQU1H&#10;h8hTy8uoGK3Xj6dBBJBR1szixlqKlgYFCG7q3jtpIF/p9ParwOGlp6aKDIFis7RCWSoUmo1kG+gn&#10;9HH1AsBf2T7hfK8ryW4AbNApxT/Kem7qVWNIowB8v9R6S+azcMlU1TRTfvU4doIKZz9vUEXZRb/d&#10;mvkXIH0+ntW0W3cLjnuqpUMxJYXJZdMjqp5Ugk/U/wBPZRPud/c0BJVQP29Fv08kralrT7Okpkt/&#10;ZyrpDC8S45VQKxu6u17ACzBbH2mt7JRQUjALGdRNimppNIs2lgguPpz7NNhe4eWuo0FePSLcklSK&#10;gPpjpd9UV9XWVEv3Jcsisyu7O2vUCvpJbSfr+B7ALKbkpKZXiihXyRiyNFETMFVQWLO6kgAm9re5&#10;HtNqnlo7yUjP5D9nQNm2K6u5dZJCHjnj8uP8+jHQlljUXv8An6D2lMXkqCqrTUQU0hq9N5DKuljq&#10;AOpSAvAI+lze/s4u7a5hh8KSUeDXHn+XQii2G8giCSafDJ9Rx65zNpWzNwbfi1zzx/vHudmM9k8j&#10;OYIWSjgvplldhTCGMRsxlCrqkYa15sNTC9geAUdpt1tbxaymuYnA41NfMGo/b0INv2Sxt1SSdNU2&#10;cU+2nUFdKAkC554+nJ/xtb37D5nGMWxNLXyPIadDUH7SZFQyFWBFVJGoFhybkkswHAIb2xeRXBmM&#10;jwAMhB0g1+zFKf4KDJ6EY2DdZ0W9exZYSO3IoQPUD0Hy6a64PEn3CrqcMEVdQP1N76bHVa/+Hvg+&#10;+B4RhMBTyVwSRzJkXZ1jjDTPLpvIqrKiElVKk2QAWJufd49mZpheX7UDZC/Z+eftFfn0JLbleg+v&#10;vpFU4oozX08x/g6ampZJJHq6yQRAi4p1sUJ40kgm9wf9bn2n67Fa6eaoyD/deVSmhIBIUdnV0McW&#10;kmSTUPSWGm45BB4XyyQyxyW5h/RpkcagD7PXNPy6EVld+A6LB+moIqQeI+fy/Zjz8+sYqWqG8UKh&#10;dLBT+4VDA24ZlUNGD/UXI9rDaNPuSamxdNHS1ePxMyU1HjKeImKGRlCNUTAUyrTz10pCl2i9Cg25&#10;OokNTjbrX6ltUXiKK6e2oGeNAKV8hnh0QbxdwG5eKF/EvHNW1Vr8qVJ0rxp5HOem3Jjb9BFkK7IV&#10;GPjqKSBquuqKh0iNNFFqXX++7SpCrIwuQbkekHkezFYSeXaLOa2HH1VO1EZKlqpzDXUipCPIKVpd&#10;MCwXT1NqUtqIsPoY+3ESbxMqwVSIP2kVoxJ8wBX7ONMdG+1w7faWZuZJP1wKnA7a8SGLD1Ocf5Oq&#10;y+/8ZW/JAUGCwuT3ZtSHF7gpxipcRUCpwGeqHqguLo9zY6jIrpauQnXFE0ZjiJJU3bUqSye4dt5X&#10;KmmxVQDV1bGJYaWOtqZ9Bb1h4qCN4ZlZRa7O6oG5t+VJ2q7t0IvIVDAeeKimTQgHHz49GltvschU&#10;21+kkQ4UKk/tya/YRXoR9ndNb52rthYt4YCaR8JBHLNla58PjsZVsgLeSifJ5H+IQrFG4BcwwtrH&#10;Gq9w7UedTbKH7eWZ6q5jq8bRLPVUtOigIHhpRpkWUi14/THc+koOPba7Ub1CHCiKgoxJr9gAGB9g&#10;x0xue8wiaJYrWUyEVYAefTLN0DVdrQ1zbwqcWu2fGldsfduVqqGDc0jVKyymKoydPUTLV4eJ3i+1&#10;qmElQENmDtGrsw5ztLEYmmoazMVj4BstWPS4uifFQLlsnNrEUlPjaWeeSunnLzIS4/yeNZFLFSQh&#10;sdvgjb6YoZSwpl2PyPaQMDjQjh9o6Ntut7+K1O9XbSWViGqCFOtvNdNa5IpVsBeI4dJPKdD4DN5G&#10;u6s2vgKXvTc+NxGPo9xrmuytyjYu1zVUgipavfEeIiiwD08zwTTRY6RZsnVmHQkfhMjxzqjcVZT0&#10;657LZCuxeEipVBx0dFU1uQik0MxFVPFTVUjSOoLXuqgCxRLH3Rtl2xLWTbk2eO4Y+RVShHyjqMV+&#10;ZHz6cvfc/co5Ytx23eZ7anAI58SvA6nU91aV+2uekjtH+XH0Ni8Jl+sct0jsTtHdmUycuYq91ZnG&#10;YfHbOkxscqGkg25s1Kqigw2MxCzLT/bmKoMjfuyVFSxJ9sed7t2rt7AV24MrSZXE0FFRvU+fKUdR&#10;TSSwLGyfcSQRHIZCjMocGFGSN5mIEaOTb2hg9t7feXt5ktEhKGuoIgOkfhCtpWgNKgqGBFcCvXuX&#10;/ejmH6iTbFee/juSYxHJJRvEb4SHD4pQkhqKBUswAr0jN/fyTOp9/V+2cvhZdodb57BZejyMs20d&#10;q4quwK4+mqFqJtsSbdlo8HhclQS6VVZpFaqRYwNZBYEv27O081vGnjyGHqJMZSz0T1eNl/hwp8kD&#10;VKJoIpafIQGojnkDBys62WUXdPqPc7bHyjYbXEq3IdpDQMCSMDHDBFPSgIGMcOoh3S+jvt4nO4wq&#10;XWRgyhg4rU1IZcMtcVB7hkHq5LqrqHbvVG1cdtHB/cyUdHQ0VCzyv4I/DRUkdLFFS0VOy0tDTpGl&#10;kRFuq2W9lFi/5mu3blpJJsrXkxeWVJpJqhFMxZnkV5IYIWBcvxp4XkfgW9yfYW+yWQKWluNQUEAL&#10;w9RUkU/n0YWlvts8zmCAiUqDSnnXuAJaoIFaEYoAKefQrRQxUsccUS6Y40WOJBwscaCyIgt9FB+p&#10;uT+T7ROd2nR11BVbfnSvgOVqkp6mfG09JLUUlWxk1V08H2lZTxzAQNqknjKEghuR7ca5jELyxssI&#10;kqQyg1LMAQQSCKjtetKBgtaqaMN9oEttPFuQWN1gj1DxSy60qQFVvEjx56I6edAQK9clnQhTqQE8&#10;Gzal1AXYIToL6f8AAeym736AqKbJ5Ci2kN85qpjoqWsNHFQ4lcWZnaSCpnOdqp8fHLUMad5XpKaK&#10;FVIcAkAQsY7fzXvVldW1n+9JW2ltBuPECVbIVnDkxLqahkeJKR1HaqJSPqa9i5otZNv+p3n6CFsh&#10;DrcvSmoBogCVUDCyMZCaeueulqFNrtHySPSSw+tvrYc2+vHB9rT4+0Hd1VuOg2RU7L3TmsBJJ9vW&#10;02Upa2gh2ukqLGubpq2qpabGmil1FZqUm7BSYIxLezvNm9bLZ2VvvUlxbwXMrkuNRZzRKrpogTSc&#10;ArVHTuYKxLJ0Scx7DyzvKvf7PuFsm4VEitGyMs3cCUejO4IpVZFNTUq7kGnSc3fvXbOxsLU57c2W&#10;o8Vj6aOZhLVTRxNPLFDJP9tTI7BpqiWOJrKoP0ubAX92+bT6/wADsrHYKDHQq1VjKGrhrMj9J8nk&#10;KinxNC2XrFUgTTPR4lYoyeIIyyJYO18a9y3S63jcLu8umP6jdoJJCrk6R5VqctTUcAmgp0ZbDy/c&#10;RX8d1OAbZdRCEAjUzs5K1rp7mJPEk0qx0rSoDvT5IVe/8ZvHBx1NXTnNZrbrUcMHkWioNs42DKSS&#10;4wSgi9ZVV1VFLOb2laxIKooVYAmVgxJIBtzx6fpb/Dj2lKhAQB1KVnbVKDSFoPIYP8+iGZvKUuPp&#10;Klg/JiRUCRgaXCBNZCj1s2lb/wBT+f6S1KxrUSER+KFCWdiFZQELltdiyBQP9iPadwWaFAO9jgfm&#10;P9X209ag2vLiGxsWmMih1zmgpTGKn59BZTYrKbszuDwUFJkquozGUihpKTH0rVL1jSGyxiBHV5pD&#10;fSAt2Ac29RBFJ3cNB2h352nuvPYHAZXOU+Lzua2/tLITTQ023qbbeOqZIKFUlrZko3ppzSNVFo1N&#10;RLUVDONSMEGT3Jb8rckcsWN6yP8Av+cFmNE4sppjUS0ajQBqUsGUaVCszGMr64SwlkTcdwUWcwVy&#10;CCZWOalAtWrQhQpJVUVQACCTtC9JbG251F1htHbFHjMXt+sTBYus3BTUdLTUstXuCooKX+KVNSac&#10;A1Eq1H7YZ9TCONVvZQPaI3t8eKBdqYyg7Q3liNnNVVc0WDamoqirxkGaYQ3jlzk8+OxFLPUQwLH4&#10;50UShSY2YoG9wl94L295C96LHbGvdG13sXbHdLEhKs5GlJW/SDq+kKFfSwY6EbxKHob+03vBzX7c&#10;73fXfKuz3G57bKB40LuFYxCtHSFVmcMrVbtBb+JaU6FqOqp6iQSU/idwqq0hOlxHqJVVOnUylj9L&#10;2B/r7LbvP4ddgYGletwood74+XyNFPgPLLkYWckQzTYieMVFS9Q4WzQSVKjj9Pp987Oevune6fJy&#10;zXlhYRbxtg4NaFjKF9WgdVepGaReMONWAFTnhyF97/2u5tlh2rfJptl3kUGm6CiNvIlZwQgAOB4o&#10;iLH4akECSKhdWiQaD/W5Zf8AkqwHsuFR1RmpJpWejlMyySqYpVeJo31FgZacRReKZpm0WYRnQNJA&#10;+nvGaWJ0eSKSJlmQkMCMqwNNLVpQ14jiPTrKCG8tbuBJ7eQPC4qrChVgeBUgkEHyNesusf6pP+Sx&#10;/wAU93J/yc9u5TZ/bnZlBX0/gTP9f0ssUSFikr4ncVConGpFdzFDk5SQFNjq9R/E3ewlwI+Zd4t3&#10;ehexJHzKyx0H7CT+Xz657f3i+0NuPtZylfxJq+m3nSf6Iltpsn0GqNfzoOip/K/JU+K2ttDKPUrC&#10;8G7oaNGBvqNZjq6Xxs4P7ayNRqL2P+8c7B8MOmqpSw4jriwa30DUVXFqtfi4kt/sfeWc5DxpUfh6&#10;4tWVmUi3IfCWQDh6Orf5Oi4bo3VDLS4x0qGKz0dQyfulg061FFMhA0AagL+5MkQ1srryf7P1BFrG&#10;5Fuf8Pr71G58P9v+HoBX8TeO60yDTocNt5HVi6ciW6snlBDWt6idP0/sgWv/AIfT2y5fD01QvlaI&#10;GRANMyqBMtx9FcWYBhwbWuOD7X2V5LG2jX2+nQT3WwV43Onu6F7a25GEggaoZ01DhpGIHBsB6fYG&#10;53E/ZzVJH6Hl1j06R6j9At2sABwB7kDbrwTRxgilOo3v4pIpKaSB0M9LMk0QZDf6E/7ED2j44S1Q&#10;ZPWg1XC3HHI/Bv8Akezx27AB0jdwI9PH59SfcidT4zdLHm39WHHJP091jI1ccdMRAasN172kp4Vk&#10;aoDHSyvIyn8kqB6Qbi319myOQi0GKdCCJyqxemkde98dF20jTqlUJYn1E+m/oa4/2PvbMNJqD68O&#10;lygtH8uvexJSI02MjeRODK3ANyAQwAAH9Nf+8ews7GW7ZQ2adFqM0lwwHxU49YX/AFH/AGH+9D3h&#10;qAHFyBZEUg6WLFibAfq4KqRf/X93jJB48T04WKgnzPXH2hspG/mIuVdyUQqCZEU/R05Fiefz7EFs&#10;ylQvl59LYJOFF6ke+MSg0yTvGl+Q7MjgMAxX0gqBrJUf7D3p2HjFAzUp69baniaEPbT8/wBvXvbj&#10;T0eNrIEaopYJQQ37c0cbAWa9yEWNgxH9ST7STPcRSUVyDXiCa9MvLdQM2iZh6EUH+Q9dG9iQR9P6&#10;f8b98G2PtCe7/wADxckr31PLQwagxUAEDQBZR9AfaFpJdepo0JBrXStT9pIJ6VLvO9hUVdzuAgxR&#10;XYVHoc/z/l1j1t/gf99/h7jQ7N2zQBnp8djaZiqhmhpIIA4S+kMIlUN9f9jYfke1kF1PCaQRhAT+&#10;Gi+fDA4Dy9PLj1afdN3u6tcX87jUSA0jNQnj8RJ65q2o2tb/AGPuPLi8IqBvtqa5YgaVU2FyCL24&#10;ufZkl3uJJAmb8/8Ai+k5lvhWly4P2/7PXL22S4ehYMYYYgDwQEBAHPP45HtYl9cDSJHOrra7hdx0&#10;Ekhr172w1eBjCP41Ck8giMC1ub3vc/61/ZhDuEhYEt8uPRpb7s+oamqPt697i0kESA6VCsrqtgAD&#10;YW9RuQB+f9t7cmkd657en7mV3pmqkde98K2C1TSVcaksjKWKheAXVf7Ln/H/AF/d7eQGOWJuBGOr&#10;20mqGeBmwV697HvFqa3byF1vH44r+n1AH/eLnTz/AK/uOrwi33J1Bpx6DUEYV5B5gnqNKdLqfryf&#10;+hfbVFFFyisdfkLMBYEDUSLtb/G1v8PatmkIDN8NOlL1oCwp/q49cv6f4/8AFSP+I9z1MQCggIee&#10;f8QbX/H19sHUzVGR0nZgFNM9dquq/Nre8Us6L+hef6jgkfkG/Fv9t7usTHJPSN2rxwOsirpvze/t&#10;hnqY9b6fofT9fpa3+HsxihbT0yULZAx1y9s8rLoEhJFmGofXSLixvxe/+w9rAKdnl0qjU10Dj173&#10;JpqYytrEetme9zxZL2JIN+OPdJJdCkE0p03JIRVQ3Dy697UH8Jit9D/wHv8A7HXf/Vf74eyv6k14&#10;/ip0xWTj+fXHV/h/a0/8b9//0aZq7fWYyJaIVbUNGzW+woFFHThR6lBSFlDKfpzdrexc7kDjTqrl&#10;g2et/FKeJW16NT/6uQmR+Pp631MPp9L2Htn/AIkFOtQXc3YsxZje/wBeeWJJ/wBf21TiSSa9MGNS&#10;SxbJ6z+5IrmlGom50liCSBcf2efoLc+/EjqpBHDr3vIKh2RGD2utz+o+q5Fh/Ue69N5697xmrflX&#10;V9RY6ZdTBBb8H+oP+8e909TTrXXvceSueMa31oWLKmglmZrWIXTqvf8A3r34DTX063p8jgde95kE&#10;NOEqMwFWn0GRKYyEz1JN0jZQrxtFoZiCStrsOf6ePy6TmQVPhGrD8v8AD172m8xuvJExT410oUx3&#10;iqVooxUeKqQBD4anSYy7yxmRb3AVnVtJK297PrXHV9ClTqNWp161/r7nZzIHJY+kzVNIzw05ZZnC&#10;+uNJwgQaUlmHJIu17v8AWw+gbLEgAD7Ok8RK6lH5detb6e1R0JvN9m9ybH3BM5pcamcp6PITyWjp&#10;3osxFLi6p5yBZo4VqxI1wQNHPsR8p7h+6eY9nvnbSizAMc/C4KGtP9NWnqB8uo495eWf63e2XN2y&#10;JD4lxJZuyKANTSRUlRQTQDUU0kkgZyadNuWg+5oKmEC7NEzIBa5eK0qcmwHKe9lPAywVmDWWaKKs&#10;p3oFbTInkeZjKrE6L6JJHiVuCCL2IF/fRXlO8eSw1M2oiMYrXJyvlkUrngPz6+ebm3bHjvbi3lTT&#10;IHoRTK8a19BUfLy9R0gqCtdHSzupYEgBiBYFQRcelbf09oPee0aSfGxVGJajDvI6VEdQZp4lD8xK&#10;Az6o5PIbc6jyAFAtYYXBWS1hlSRCCQDq4AnFPXBySOIx1Htvt1s1zLFLE6UyChIrTzbyp51AJIzk&#10;9LulrXkJWRfwtrDkcC5J/N/r7ClOrTlIHZxHSVlO3iqY5YGpUSUJCzTIUnmWRHWQEEA8k2459o4N&#10;rF+GY0UqdJBqpBAFSCqkMD5Eehz1u9uptrnMdtdCSGgpnUa5qK0Gk44Gnl8up/mT83/3v/iB7Ycp&#10;0vuSJitHVSSj1RKKetESHjWPH52g1h/r6bE/7f21ccu3BYG2kYkYw3p9oU+nn1605mioGubaOhzU&#10;iv7aAnrkJEP0P+8H/intA1XU/Y6zpKkufjkjEiRqJqeQKn1ZUkNchVCQDa5uf6+yi45b3rWhW6mD&#10;0oO5T9oqWrT5dCOHmTZDE0b7fbGE8aA0P2jT5dd6l/r/ALwfeOTqPt+rVZP4rm0Gqw81eYtJA4vr&#10;yYVh/gL+0bcnc1SmsV5NX8x/z916Lmjk2KgO2Wv+8qf+fOvF0UckAf4c/wC9e3Gl6C7HqSJ8jk4m&#10;Y2ZRNkRUTKCLraN6mSI6Cb2DhRbi/wBDuLkPfnY/U3TFjx1MCPnUaify6dk5z2CIUtLBQP6K6Qfz&#10;C+fXHyx/6r/eG/4p7XGC+O04ij/jO4bEPp8FNTCWRlVXUB5jVBIr8H06uLf7A4teTTF4hvL3WaeV&#10;eIGMmuR5eXrXosuObTcljb2YRvUmv58B1jeoVTYWItf8/wCP+HsftqdN7NxksMj0NTkpYjFzW1Up&#10;p7KLMrQQui6QP6gn/H2JINmsrZWKknHAk/6q9B273S9lDB5hUniFFa/MkDqDNXOLhLKf6kXt+Pp/&#10;W/seMLicZjUjTHY+holUAf5NTxQ6SCLkuBrNj/Ukk+3ZQiLoXApT8vTosjDNUzSEn5/6qdJjIVM0&#10;gYPI7D1Dl202t+FPsSKeoNVGkbFWEaslvw1x6dV+CWI9kDwrEzMoweltsmhwVHQY5aFKQyTq51SN&#10;rYgG4YA2Nxzqt7d6WJYyANNtWpgR6SbjlBbgke0UlaEkVboX2ddChuPQF7onkllmkIbUykXvzbS5&#10;B/rcWHtQK/jVmUcym4Qn6GwBI08ksVvz9fZYULE1rjoS2ZZmUEkFein7oozXvVRzajFHE66yAzkm&#10;V3ZVDqRcK3Fzb2WH5obEqt+9G1/8Mo2q8xtLcm1t6Y0RN454BhsrDT5iSnkLoiSf3dyFZcNdXW6m&#10;4NiG+YYp1sjeWqM9zbSJMAKaqIw101Y/sy9RXIqoBrTrKv7sfNicqe5llNc3Hh2N5bTWsnGh8VC0&#10;SmgJo06RLUDFamgz0G/xg3xjNm/IbDUdfVw0uJ3hjdzbOrXkmMkM75TGTVWJhqokDKUly+HpkAuA&#10;HlF/pxrUpjqZ+4t1YDceUggzm4tjYvbeTpXge2YMKwxbc3nDj5ykMVfgdxS1NPVRxXglGV0FwsAV&#10;cOJIZTuW5Wl7dhLiSiSGnBqVWTTwoG7dJxRwOC47DC7S62ra94to9IUmRM1oqgao6nJ1RnBPnHXi&#10;R1ee+lMdTVGMkRoadxVq7yFoXpfIHqIGkj1SqZIWbx8MLxrrH59j/m+rM/s7HSrPHU57BQfb1n96&#10;X0aHqaXGYRCCZ5oq2aqpcRWVBaW62s1tQTWDv9wbrY2jXt1bynatWkzUqmsIh0A5Y6YyzcOC/wBA&#10;0KU5k2/cGisoXRNxIJ8NzVj3lA1P4ZG8uOQKZFUJtzsvB7lmo6cSjDZ+qd4pNvVkqrlKWk+9yWNg&#10;q6hIllgalyOQpIzEVZmMcseoKZAnss3dmLmWs2NWU+IlztfTYySrcVMdJV09dkth6vtoshLSyCro&#10;ajPberzRiPVHqemDMVdYyQju1oLO4jjiUMdGRUGrIaV4mgYUNDwp8x0INrmS5WaOSVREzUDAPgSU&#10;ahqM6WFcVoKjHQg4Lz+TLRuytSmuNRQaYp0MEdZGs1XTNLMAtVbIeWRZIz4/HKqD9BJFTr+HDdnY&#10;HfW88lXyUS4mi6jyjfxt5qunyeIyFFuPCZ5jFj5knp2raiqp/PcqZKqnZSOUUobOMTTurSaRrj45&#10;xQhh9h+KnqCeJ6Lt2nn2Jdttbe2120jXCvSi6CCHUn1qdQFK0D1GAekpmczX4Pd2zMBDSipx2dpN&#10;6glZEhWnr6BsTk8SGMhsIhTfdw6VFwrArwrWFHJ5TB4rsigw8dTR/wC/3we4K6hkstLNkshQrQms&#10;pJKWO0LpE1XLKVGgDQri7Fj7F2yD9zcw2BILqSFrwA1CncOLDUP29IdukffNknvAhX6eRdWajNSG&#10;B4nBGcniPLqFT/fVG0YZpkaCbF1NIHjuahhR0s0QRqSoZfJqamjA1Es31BNjb2oNtGHdW6977WSk&#10;XzZTJ4asxppKYtLhMbjqnMRT5/HVSsj/AGMqVTUFbSiWBoqVZdcwMqutec4mv+d79NtpHtokJ8NB&#10;Wo4akoCVIGqtTwrXIHRXullBtO1PezylrnwyAWcgamoTGwrVy2hSpo3c4oCajpP5yql21trbW4a+&#10;qYPh8XWwTU1XNKseYqq6moHTGVsKTFJq6pFH/k76Z3+5KERMNQ9qWHf264KPdub21t6jrY5OzG2F&#10;vLdWUwprFy9ZtnAVtNT74wENPFW1eRonoYzSJ51Ey0lJ5X06n02t973EWxu9uiUPFc01ULk1UhHK&#10;lSGIUNxrRBViCT0j2flqwc7Rtu/3QF6kBvIEAp4QaVCYiCe1kcihVq63ZAWAUkOavaGzc7n9uYzK&#10;y5/a0tHsmv3bt3aOG3RWbfkosXn8ngWzG1s3NSTofCmcp6JvEsyQNNUGIeWNEBDTsjrvelXsrMby&#10;zW6azdGQ31uzbu3ds4ekp3x+JxO3a9ZKrOT0sdWc3UJLuAvJLWLJLWU8dNEqIhQupE8/OXM8u1b3&#10;a7nvEj2t4salFpHGyo6u5IpViwqSTrBXtUFdNRnt97ZJdttNhZrF9Op8U6jUyKwXioFQmRSgy4oo&#10;6UWx94Yal39J1zg9v0WDxm1dlT5XOVCBJauTJ4ysgwcFGJYqaheZMTDDJHqljEkzlSqx6bsnNpUE&#10;GzdlbU2Ph8z5BmqLK19FurENR1+HEuClmy+ahgyOPqYcdj66SkpqdIViQxcER+EI+sMbJvd3t89r&#10;ZbZuD200hcq6kVBXu7ckoMKox54FK0UXW3tdbq253EQ0woAY3rQ60ZUrSpIJZsCtcj16EWsnp8rk&#10;slWTULzpjmpcfJQSwVFLN4cxTrQUz1EFTT+SenM1fUPIpVdMVmKv6D7c8PjFzVbmFzNBkey91YbP&#10;1BhqqJYaKppGxVJRZimqooYcxicfUS42jq4Y0fxy1K1MTBIDrJ9ju7a/kuY7/f41v90a7KamCxnS&#10;vh6Aqq0UROgotaEsUYmpY9HUbW5RDb1htFXgtTpBDYppOPKoOQATx6T2aycOAx2NkgykOzNtpDSC&#10;VaqOKZJZs5WTwU1JUu+KyBpYUrYHWRw0SOkok+49NzhyuFyM43NvLHtTri5dutgq/C1SxUVdJk81&#10;QLuSjniMMklNWwrT4UxLq9FK7P4/VJK5GWz7vabf7r2j7daJZQ31sImgOkAM+h3cEEowJRAATVQ1&#10;RkHpkIFaN2Ym2DABqEgAEgivlTiBivkOnClydHBktubdqpnqcs9RV5ygnpGrZqJqPC5CjwdVDLJO&#10;yJT1i1OfRFJDNKqlmPGlVz01k8Fit9YmuqKipM22Oqc9vSHFRxQHDRzbhymN29jcvWWjDzZgtFXJ&#10;C8rE+Jqj+o9zHv2x8s7b7ncv3FtZpDBNtL3DmOiBWlkEYYkAAv2OKnuZSS34uinmSC4urO22+zcl&#10;7i8hjJBzpUM7UNR5Aft6Cj5C0Fbujaq7KpJDEd4dhbf2tV1EdVLHVS4rExVm7cjDAz3lgpVkxEF0&#10;iGj1XPF/cze9TT5rP7j3j/AoY4cUNg1MVW1TSyS1UdPgcXUpLSsah2gSmWqeDSUDFlJuEIIibmy4&#10;tYOZ57+K1jWOO6g0tqyyLFGaqB8IXUAQME1xTpH4DQbc+3GUkn6ha0NAxZ/L5giv7D099ZY87X2t&#10;t7Y9TX1E9TVy9gDQI/EjSvu7OGRqhdKpJK7uzlrrZibarE+0FujHVdXFtiLE/fPUV2SWrFRS11Rj&#10;n+7pf4lkMdXTvBJC80NHVxxF4JDoqI1COP6EVltl3uu5bJZ7WrfViUlD4mgl11mF60IOlipKuQCg&#10;KsQCeok9tbprXe92DtiaNgUAFCFCa1ocVIVhUYqc9DpkXpnpMg2RSFaenC+czwtUxrSu0UNQqJG4&#10;ZXmVSoZblb3AJsCKO1d05Os647E7Qz2LfHZPHYOWmipkmhrJaWt3PRYzbM0UdREHLRwU9BkJSSFJ&#10;UCRrC6hjf+YLi/2zc+Zb6ILc3MbEKGroLrHA/c2c/qGr0bSuc06Be5ctvZe4Vty3YSt+73mSSlNN&#10;REzXAXyX45IlJ4AtXyNA03PRY+LK9ZdewSeSkyOdGSnUiyPQbNp5dyKxX/MSRvmBQRkXNg1gDf2U&#10;7q+jr8rviky1TU11FhK2ixUzYKrcpDj5A8wnLUsd4IAY6oySeMlyw5JZnAjvkuA/ve3upLg+FoqR&#10;U0VSanHlxr6kZOSepz5rf6Dla+itVBvgJQPVnCEVr9vb646GWvmWOhmcfqUSAPwhKtqMjA2JUnSQ&#10;R9bj6e3+n2mmS7Q3DuLbW0K+g3PvnJZKSu7GZpBR5bCzv/CYtm00dJVS+KPAYOaCYKVeD92WMByj&#10;r7kK42+feN+Eu0WU45ovXOq4qSkluxSD6YIhI0xxmJqjLhnFC4IEFcrcs8sWvs3yvylzHJBNZ7LB&#10;bXhjZULLdUN0s76qkmWUSAMami6q8D1DlrmoqyrkqaxEpoKRGal0avHoM0stZ5ifuHEqnQV0BECK&#10;Rxf27fKHN7J2Pmdw7ckev21VV23JqzAUBw1RU4HN5nb9DQ4WgO6KfCVNLWzY6rShpa54DZ5nn0h4&#10;5fX7PPvC7Da8t7ntG12L/SQ3VsH8MoERngjWFS/hNXuRVlfGZZDXur0CPulc6cyc77fzFc7/ALf4&#10;l3t05jZvEPiR/Uyyz6YxIooYO6NaNQiLFVYDrKKeUnGT0QgqqZ5TPPNJMsnjpqmGWVqijZ45nkkk&#10;klsoWREEbsebKvtX9FUGWp+n9jJmMi+SyhwNH93UuSVSSBBSfbKpJIWD7bSF+q/Tki/vo191CG8t&#10;/Yvkh9wmeSaWOVgH4ogleNEGT2hUBHDjkA166BclmK3gvlgh0IbiSgIpXu4nFKnz8q1p0H24KmNc&#10;7VL4lh8YjUkIAJXaJZWlAQfVjJY/Ukg+1zkKxI9RdYzpH6yAXA/oBYv+Px7yftoWYqFrU+X+rHUh&#10;JICKcD1IoKNjxG8iqxLlUNo3b6XJUhC1j+faPlr6dmMwKkrqjVv3QyluCVRV4uPrf2ci1cALTP5d&#10;Oijg1PSnSldVAKm4HPqQ/wC8gm/uO9SCCynjSQCyOUDX/Nl1A+3RCVxTPXtC51gAf4esqwsvHIPN&#10;vof95Bt79Ty1UjRiFY2TgBom4FgSwCkgR2PJPF7e/SLEqsztmnSKaNJKhQKdemSJA3ka5C/lS3+x&#10;4De3hjUqwZpF/buD9SCw+oBBtyf9t7RKIyNOg58/9jouNqqvoAz1AC05TQ0ZbULEjSLh/wDbW4Pt&#10;9x1NVy2eNQQzKqRXbUWlvcjSreQtp/2Hstu5YoyVJ8uP2dF1/JBZwTXFyR4CKSakAY+fp8+FaDiR&#10;VmyE8CHxTfus7BTKgIU2PoBFvToufUbAX9ny6P6bodu0B3XuOhD5nJUP3mNV1jeixkcizvTVUcEy&#10;yeXLtEEcPInii1Jpu5crjb7hc93F/cSbTt05FjG+l6E65CPiBYfDGB5VBahqQKA/PN9+P76u6c/8&#10;xbt7ae1e6fTcqW03g3k8LuJLp0YrJEjoF0WooUbSxaY6jVVA8RSYfCiRIazIqJnX1UsMirdE4Kl9&#10;VwzWHF/p7SPeXflbsbI0eKx8dDkcpVUNUazC08s01fQmWaP+GVldWxyyU1LFWQQyt4/BJMxdfoLX&#10;ryPyWd5trm6aKTw0lUCgoGOl2xVSQo00qQamgycHEf2t9pLXmu1ur288SCyE0fhzsoETfF4ixoR4&#10;j6WZRXUFoDxIwrwCBza/+Ata/wCPdZe6d5fLXtDM1uN2Vgc/R0lVLVVFFuNK6DDUqUq1AkWlmqKB&#10;JszHK8d1RvHrjiNndXNy1zQeexc3OxbByyljtgFVvLmeGNHVGABIGueNpKHSEiFFbIMoDrm3sHLX&#10;3fOR9vtL3mfd7R50VQ8DRvM2rTQvpakRCmhcBiGYHSpAA679iHheovkXFQJLubsbd5yAiRIyN4ZG&#10;kiid6YRMlzkg80fIYyFUOsarXJBHHLez7NY2SQ8x8xy39+woxgRo0UhNNEOmr+ba2TUXAfQrV6CG&#10;4e4ns5LeAbDydty2pc1P0kZLUbVWujsIqFCqT2mhYceve1Vh8Z8gcWz02A7U3BLU46qmSqerqvuF&#10;qROIJlSOfcHgxmUo/thYsgqLFmDOSToOrjZ+TbqNUmmmVg2oMYlZiWoaAIoVQBpUDRgljqLE0WR7&#10;1yEWFyeWrS3imjDKqHQFHeKlYtTxtWjUbRjSwHEGPUU8FQtp4kmVeQrIHIP5K3uQbf059mHyu/e3&#10;KXAYPHb0xgpZNu5fE7hqKjZUSUGPyYxkpyDU+flxH95tuVuIza1JiyMHiiEv61aKXRIoHHKPKV88&#10;s1nutxGZZDo1LIkiUkJYBSS/ciFO9iAjORRghUQ8tbjtWy7pu8ttt9nfpd2MttpvD4ng+MoUS258&#10;WCZLiOgMD6mAYBWWmOkU+18NlUNTRy1UMshqoZJ6hslDUqnkKExrO9JVQT0kiDwSHhQLqCvsdNp/&#10;IXcO+GocTtzEbKx8gmjjjqXObrsPTUNNKEq2hxGLSlfIVkNJGzQwfdUMd/VJKgTxyRtz5yNuGzbH&#10;JufKu6LeXxnRWeYh6RsSHk/TKmRw2NGpFqSdR0gEAN7Z7N+9km3q8u34sqMFDSSgFlAaUkDUT3OY&#10;5CDgKynUjNnMINvberqmCqylU60rxzT009LHX+Eu0sxWpnRzTKCAxkRZGBF9NxcGcrtyVkWe2/R0&#10;WByWUw+cTJefO4qKnkxe24KDD1dZRzZiSWojqA9dU0S00RSIqaipQFQNXuHtx3Xc9n33l/Yzslxc&#10;R3k8iSXAoqW2lTIrXHAhZdJRCKDUwRdRGZ95X37lLZPbA3u9cx21rcWiojQs2l5pnkYSLCqig8Nq&#10;u4YvoQE684pc7C+N++Oye0+yKvBUzQ5/G5bb+Sw+D3BNkZMvufA11Th6KTIYipakekmhxuInSQh5&#10;ZCGhYMSD7LVvZd6dnvja3BZOlwvXGIar3BubFwx7rg7Nzm49tZiCpwuDpqHHZLb9D/A8vjqCeKam&#10;nklSadoQYqmJmi9mG6WfMu4S2RtvDtdmVS8qvFMbp/DdaxqjNHGEmQMNTaqEq2lkORx7cc58tcgb&#10;7YTXUlneTbmFtUnlaBrO3S8TT9QzsJNDxOwHiKAUUsyspFejqxdeT7UpM7ishtmtyW/cfh6TCbcq&#10;qgY6k2fR0OeoqWOryMdZU0eUWXJYeeukkZjHFMU1rEYj+77DfZne2OzdO3aXYW9NtbV67o6PKJuz&#10;ZGWyFMsGLegojhaPE5DHVb1VV9xBWNG7yUQamlqg6A3VQ0QWPOdtuJv+ZN9320g5RjE0U9uzF1Ux&#10;/popgYM769YZqIVLV/hzP3ufyrt+y7sntt7fbZd7pzbI0TWd5HG0fjfUN4ryLKrIlDRgiyOSI2Rg&#10;9DTpkq/jNBtzASbR2dtzJVm84q6hqML2rIiw5msORyw3DlK6izGHko6Y00UMj0SCsP3EVMqFiWdz&#10;7TXYXcOHrq/Gbu6updvbzxeXw+394pj4aJ/t8nTZajmraWvkpKrIUksk38CyNNIqvDHqWVg6RC9s&#10;5vbXYrPduTI98a6jttqv7WOW2uVUx6oGjR0ZmZEARkHbqaMgChYUxgnzJt13tXMu7bFvIuLPebW7&#10;lt5EZhqilRmVl1Rq+fFR6lZTnNGwCeHq7a2axGxqLBblnnbI0ST40VInBqJKeBYohIZUCsD50cD1&#10;P6ALG1vYaYrvvc2Xmp0/uvhaPN07ZJM5JNDWZGmppqOJEppsbi6LE1dZQUGQlLKxlrCKWWNmkif/&#10;ADqoufNl515U2u0ueU+WId3spKDxYroQ5JQRsEIYSJIXbuHcmijBkq3Qq2Hkzkve4NzPM/Odzb3a&#10;sgigSA63RqHvmdkjDx1GPCUyLwda6Olg2KNCsdNjqaqeAJEoaOpQSJrqU8szGqm8U0gQ6rMPUoIB&#10;v6Tk378/Ns9QZPr7bVXja6oqd7b921sdoq/H5Zo6BszBKEyy1mNoK6kyFNFL4I2gM1KhmkjAZVMr&#10;JEnudzhZ8jb77Z7XebYZr7mPc47NogZY5rVXdI5JxWJ0uER5YkHhgVJarsxKoS7L92Kbnm0573SP&#10;cjCuzbZcXavEEdZSoLJBpeSMw6grMJFWUjz18C4R45pTG8gRQY7M0QsGYizao5SSq3/pc/4/n2Nk&#10;/fmUylQ02DrKvHpFkNBw00cM2EzFNU0kqypWRHKGrx1KrTqIqikkgrIqiNW0yxiRHnLdfbC4+mVB&#10;cmK7jUt4tOPlpYrHqKgEth1oyg6igZGx627bbHbF8Hc4xKDHXXrcSxMrfhpGUc6QaxyJJG4wdDaX&#10;GSfB0M9naFBUAcVSKqVAItYFwLun+0ng/wCHs3HVW48JvDGPUYpIqfKwwR/xWgpaqStanBHjaemr&#10;poqV8jTrKhVZJIo3JH7iBr+4s5n27dNiNpBuyFY3NEJyuqlStSOI8q01DuAp0Dt1jNyzBA7ovAsm&#10;g09StSFJGdKsQOAJAr0gtxzvgpIf4jMq0lTKKeiqXAjjaqaMv4AqM/hfSDa5ANuCfb7UU7PkGaSF&#10;akJVMriaNGBRkZWUiQFbhvUx+hvb2xE6/SadWkEeX+x0VNAUhcVKnTUU9a18uB6daarD00OmTS2g&#10;MCr2JPJ+txe/+PtklxLUNStXjEswEpFPGRGJ5EBKrE7NHGtRL+CWRf6sFJPtcb3xbdorhS1B860/&#10;1eXSd1W7hMNySFPEmp/4vp4grdcWmZiBxcm783/qLjj2ma+lmnlkj8Jpp5JPIYAoDzSqJBqM6kxg&#10;BT6lDH/gxH1N7WZRHHLq1R6Rk+QPkR/sdUWHwl1s5IAArnIwB+XDHl+XThHMCoKHWpUG/JNrX/T+&#10;u5t/r+2uGllE9RTEtMg8VRcEJHFPERqcqQJHEaa25NvSbg8XfmdJPBmGHBpjjQ/Z6nH59HsEIaNr&#10;gHhRSRxo329v5ceuE7iy34ZmEa2BPqYqqgkXCjXKoueASB9faZzW9Np7UpJ6vcuZr6WenOuHCYKh&#10;SvzGZieOqp/DCJlZKONXnSY1D6APEFsdVvZXvl7LaG0S3aLxGNaOcYBGRxoGIrQUPCuaGVeTvbzc&#10;+aLuLw7Nv3atA8rVVVNVNB/EzLqAFDxJ4gdJrcU+5mgjp9o4/HVWQqdA+5zlVLBi6JGjaT7mo+2S&#10;SsqVV1VBHCLs7gMyrqPvHsX5WfHrMeTE5k1+xsnD4IFl7GFHSU+RdNFOZf4rQ11bjKaXUq6vP9uD&#10;caQRa0f3d1zSIhceGUySVY6QFHFtSAjSK0q8gr5VyeswOSPZj2se4t4uYGjMSjuZS7ANgd2oKRn0&#10;oBw6pY+Y+0f5v21zV7r6d3ZtXf2CyFTUMNtdUJFjNxbYpXJZDTYHcWLgyOcSFWCr9tVV8403aPm/&#10;tZfIDcWQ2F0X2Fvzr8UyZnA7ek3Ji62NnyKCCnqaWqnqaWKWDJ0lVC1ErBF0pHoa+uMDWpBuHNO8&#10;LZ3c6QeLdQqKrgAAkVNdDVNMgNTUARqXj1OHOH3UvbBNmstz2S3jmhlIwjMp0kV4o1aYNcimPnUl&#10;38vv+YL8n+yPmRsLpH5HbuzktHlKvcOzs3tjLbSxWJqafcuKweZEVBmESPBZDDV0WUoLSzktMtRH&#10;4mp2aT04/jHuzcu4egdh727Aqmj3Fu6hrd15WaumKBKXM5WsODKmXxrBSvgYaRoo1AUaybAk+w3f&#10;tccyTbc8yf4rIoYKSdGntCkL6EaW4UBc1zXrLL7lntJtXKV7uFxte1Q6A6quhBr7fiLYqe4kEnzH&#10;RL/5zW5M93p8/s91ptR63cW3uvKDbu08RgKBZ6+gTJY/B4zLbllix9PHIrz0m4MlNFUzNqYGn0vp&#10;VY7rPszeGyNu4fHvvfc2H2xh8hmYKMVedQpS182mSb+H0szPFHHVKYzOWcuyomvxlLuDeS0O16/r&#10;3SOGQoGEjMVbLPoQ/hcFFOru0oreWB0W5g532XkW0tju8iDxTpoQTnjQKA3wgfYKZI6Bn4c9Rd+J&#10;v7eOQ6b6f3V2XvXbmyXvQ7cz+Lxse3Fy7TeDIZCCpjrKvLQfZj7YUkUUBZ5NK1IkZaeR6mSj3Hms&#10;EmlJ6Ggpk3AiokFRFViVDSUDq08aSo5kneSKdbOqKwR1WQkg2SKXdr2M3Idp0JcI2s6Q2F0oahaK&#10;DUqdWaMoODht94j3K3Te7+22DbZ5otreEs7BioIkqApVaVA4itR5jgek515BvDqLrLt3dOWpJqPf&#10;+7d4jpyloc2M7jq7ZYophuDd6UEGLyMlJLi1paGKCtxUitDUVk8f3sbTUKwQh/298nOueisJVZLf&#10;GRkx2T008mP2ZjslR1eYrYZHaGimgx8tZTY7H0lR4XbySPBEQjXYtx7PLi0FnbxXe4lkVSAE1ZIH&#10;wgamESD7GX59YQ22w8tWUsiWcsFxcP3FggU+mSqkk/I1P2dG66b+AfyS+YeW27SbZzkeS6/xKTtk&#10;u7d44TJbdoTlDGuTyWLORnxsu7N1Zaiq3ipV1xzLGZCB4YCzmpnfX84Tf9RNAvWvTNCfFVxhxl8v&#10;ktwSyQLLLBeZMVT7egpKhyAni11IZ7kSFgD7Nju1ysMd1t+xFlFCxLO6qmk6i7KyIpWoqB4gHozD&#10;p19o5avUfb948D6aUEaCtC9R8NGEhJ/2lfTq7DqX+Sx09sOrly25+2Oxs7m9SS01XtE0Wx/4ZUha&#10;aRKmhnkfdGRSaGaJ9DrNDw7AKAbEyXU38yPsHedbihur4pduU+KqIwa3M7QxW7tzmJFjXzzU+JbZ&#10;GNirohKQU0ZCNgjW9TABlFvzAlzEzpYv4gPwxpM7sf6AMQUgeZ8Q0HlnqFubPu78r7rbXh2RobG9&#10;YF0LDQjYNEbvIXUaaiIiVNCHA+Ecaj42ZTqVXjHyf23WUdJCHpcF2/FjMVMYzIixeXdybhavQeMW&#10;Dy0FSGkU2sGIFq+Gz9Jufb9BndtvWPj6+BZNGQxmTxORpySqtDk8Rk6SiymOq4HIDw1EMbqxAIFx&#10;c4t5Ek0NMrKxFRqVlJ/JgCPsIBHnw6w33/krdeV9wubHebDwZoj5UZCDUqVkUsrKQKqQxqPn0GOD&#10;3xhK7clbt7NZjE1OboESVIcbm6DK0sqSwgxzUNdj56igq6KqikVvJC7IQ34bj23VlZUQeJE8zB5/&#10;WQAHVz9TIj2DaiR/sPZ3DCkiyFiKhRT7OgtcWwckMMjH5cf8vRhdtLj6hGeRoXKQRiNdcZSKNtTa&#10;I2JLNEPqxHIuL2uPc5MfPLGryqwF762BBu3JBH0IF+Le2muY0Yqh8uHRZgM6KML041WfoKGU0/3F&#10;OGkQMkasvjYc2sxF78Hhre5pp6dESKULps59ShjqP+16yOR9P6e04llZiyDNevaKqGFaV6Y/41X1&#10;Ejz0Rm5cL+zMUUBfSrghlDAXsQPqt/bVSpRR1ckVO7wu2ssZnMikWAVAyliLHkD6Ak/n2qlaYxBp&#10;ACv+ry6duLaSWFSVUj5AD9o8z8+lK+VyK0Ub16q2iwVokEcjfkOqOBGL3tf6m3tx01VLETCDIVdp&#10;X0lFsAdRJMrsxUKpv9BwbkW9pCYJGUOwBPAU/wAw6KXsECl5FC/l1hj3BjMnMKaSUUsso8aRKpcm&#10;V7CJNKodJd3UX/AYfg+wl3fvjJSiqoKWeLDoKWGWjyldV1FHNVzpUEiKOjomfKJSiNLyuwj8iEqp&#10;sdaiPbuX/GIrbPJnOmlB+eRX5fkRxHXrFYHl1sviRqxUqFr5DNSAuDXFWoc08uhz23sKix5paqso&#10;vu6lr+enMKyU0BMagI8kspDzlhcWUgX9lI3t2BQYKkas3t25Q4ypjmnqIHoDXtJWRshjjoYcdRwy&#10;VfjieJmYnzOW/taALSNCm27KwnuNsPhsFGmQqqpQUwoLMa8a0JrWlBQAebRsbbuNGy7Aami1ahzX&#10;JLa6cOFBHjGkdCkkEcLolJhEeIqFKsYY1jH9URtK/wC2F/aX2z3ptx6b+KQVnb2folvVLWUP8Ihx&#10;VQkJkiZ4YNy7oFRLdAxC/axX/K8+2dwS6nVm2zlGNrSQEiU6QCBxK6zGUFfkK8RXoYx8oX0Ritpr&#10;2whnJ+HS2sUyP7OFvTjrb7embP7eq8gpgpMNtRxPDJFIcl92akrItivloaaGSNR+SsgP+v8AQnD6&#10;9786w3pFQ4/H0G4KPIaYVjoKzELNUTLINImc4c1VIkbGzudZVAfrx7jK+2bdLZXm8aMRtntJNK5p&#10;5jFeJweNaZ6MF5ev7eQm5W3kQ+YYqPnQnSxpwwK1GK46rs7f6I7u2+mZ3PS7x2yMcI6+qaaXMV1I&#10;1IqeSeKijbKeqomWBRGgGhpbD8n2PcuIxNJFkciIpqtIHnrYqXxQSIphiEggxYhooKurpywJVXeZ&#10;mktZrewk+53VtHdPLNNIugnSBVu0VKoBxY08hx4efSxLTx3sbWNIoi+hC1WUVZiKyMzOq0xUqAAM&#10;gNnSQuLuff8APl8VtyuyuPpDWmHEnJwPmUr40mrGg1ZYVOTlxdBlNJUM0dhFDywuQPZYO2cdurtb&#10;bmC6+wWE31gNs9jVGXxe6eytjbzw+zN0dTYzbUqZXGZWMSmuyNbVbkyGNONWHHxsYEmfXLFdXAF3&#10;/c955u23a9k2zar6C03OSRbi7iuUinsVhkBDYRy7yyRNGQpUU1qZAxB6mPk6523273a6325u9vur&#10;/bFieC0lgkuYb5poyjxEsI1RYQ6SeJIFJYHQCQV6H/bzbT2fuHPbkyWa23ntzbZgxWWw+2904LL7&#10;iwm/K7ccNXRVtJHVPU41YKXF0lXHWeerMgdmjMcTBZFE/vzqfdO/MZ11UbGzuLxma2D2ltffPkyP&#10;3QpcjicV93SZrGvJDFNUQz5TGV0qhmDBtRQ6A4kQYcx7Vfb3Jy/Nt9xHb3lhuUFz+pVldEDLLFip&#10;1MrlVNAMAGlaqS7FzjbbZJzem7WcrwbjtdxbII6KEkcAxSUIoEDKoCj4R+Gi0eX8X+yNp7G3Zuij&#10;3ZBWRYzc+1sjt2epghpWRKioraWaJqenupaCFqVxYgsmtSVGkgAl1b072Um5O3ti7+ocRN1Zm9wZ&#10;XO7RrDkKSaryOE3hG53dhqnb0flqYKOXKVNQTJO6pMZiwiB9TF0W0bpJe82bJucSNy1cXMkkLeIN&#10;RW4r4iGNTValmNWYAk10nrV5uW3C15P5nsr5/wCtEFvElwpSQASW7AQt4pXQx0KANNdIFKjh0cHt&#10;bv8A2BidtYzJ7RByG6YGx+PFHT0s8RoqnHKJaOaoyaRfYzmlhiLEReRrJbiwHsbMdh+uOsKTcW28&#10;DX7Z2vl901ybnqqzN7Mhpzkcm+JosLUZLNZeufF4zcG4amhwFNGtRVTtOYaWNSGVY9Jny1s2z7LO&#10;9tFYCS0lkMrKFKSOxCqXeYg627E1MQWYIK0ABBdv9zzFzG1heT+MGhhMf6czOqrqLoFiGt4kGtu1&#10;AqBnJFQSSAGNquw+yszgt85vZGf3ZtrCSyYirp9i9g1UeRllNZ9zRPSYzCCqzmNxdGlc6SQ00ZDh&#10;1bUiqy+0uNk9jZwz1u0+7sSqTFp/Jh6RaOluBZJWlxM4hNkTSGKMeALDgCbYt45RtLdIbv2/kkjb&#10;8RndqmnlqQ/8ZNP59RxfWc0bVuPiAoAY9Rp/tjwJrjT0PM/Z2xtvwU8O6Pjpu2gWONADuDVlqmmB&#10;HEUMu4wZ2Ae/AKgNex9hnunYfyIwEs2Sg7J2v2ElKz69vZ3DYqqkqlZQxSOqymJo51eG2oXmux5u&#10;30Ky2u+UrxwLbbb20tnqdNfEVDQgaSjK/n2lnp6gitH7GW2SNUlsNJYE6gWQ44sQruKeVdJFSPI9&#10;Cbs/eHUu5EpaWLaG59gvVQGopZYnqcdAsauqKyNt/LVaRanNgXiCW+p5FwN3jkuvNxw1WI7a6X2t&#10;tLchhj8WXOMkxUFbI8saTVdDncM+PEtYPUwM/gjANleVrr7OjytJNA00F091sxetAdaipyCZGheM&#10;gCusiNgDgEinRtY3UaMTt+7TIfMMVPANQU0MpBqKZYnzCUPQx4XbmVoKgVGI3jmslinl1tTZCtXL&#10;OgaM6EByUckkEKn/AFL6vyf8AewO2t5dd74bc+094tunrTIYvEx020csKirzGDqsfk5lOVosg1d9&#10;rl8O2FmjgkpIaSlmJhSZWaQv5Alt3IHOGycz7luh31tx5OvIowls6v49pKjZmiJYrJD4QKtCgRyz&#10;I6gsCSRc+DlTmLli2sW2b6Tm+CWV2uIyEhmiZKCJ0Clll8TuSZ5GGhjGaALpEyAyNGDMoWTnVpNw&#10;D/hy1r/6/s0v95MVuDEf3i+xpmq6aMrX00RKVNqdDHGfIJIkrYGjRWi1llS4AZdJIFU8NtaC6uGt&#10;2aWKobSR3Dg3npbBr3HSQCQagdYpfuy+tr47Y8xWBiGQn4ACaCoNWQqT3lTnOD1n9gHhezts7gr8&#10;hgdwdbdvUdNEKgyVOS60z+bo3Y6U8cVfs+DM0050atLq7ghrhjyfcKQ82bVul1d2N/yZzDFaqWJM&#10;m3SzIDXgXtBKCoGNSE4HGvCSdy5C3zabOz3ba+ceXpXIWix7lBC4FK6il0YSuc0bA8xTr3syfX+w&#10;l3JTZBMb1tSwPR1tDT7Nym8cdWx02fwzUWNMtRPCcWu68FLQSvPC8OUpEmDoZRJPASF9EwWyu1g2&#10;FE8EottJdL/bxKqVcqVSeN8MpW4jD6qEPIp7Ys5m3aewubT6nm+WRJEc3kVm6loJPEk0qCZDbTK6&#10;6JVkgl06aqUSQd3FmVBdjYe7F9s9fQxYijp223i8NJD9xSfZYmhr54RFPV+emngr6igwCzpXLkTU&#10;1BSlNPHLK6K7COSeYLxb01pLM5RIiJHGlCpWmttJGlAakUYjFGY11Gp6x+vZJb25kkF7c3AcIwaY&#10;orYUK1UWSUCmlVUmTUVTUQAwRGGsy8NIGMtQkaC51NJa1jwLfW5/p7V9L1nS09bFPGABGb+PQ6qo&#10;Fri6O9rgcC1j/Ue1U3NUs0LxnNfn0rhkuigj+nr+zPSfrN2UYiYPVRgOjAaW9ZuCBpFhY3/rb2M2&#10;DxJp6dIo3jWLUGbTJNa4U3/UramPFwfp7At/diWUuy1b7B0KNtsnCgtUef8Asfl0V/sXfWNmrpH1&#10;FpYo2iW4judLC+po0Myjnj+vvBXK8DzIIlqJnWyNIUCR2W1kCxAlg31uQL8+3LarhGLlYxx6GNrb&#10;a0U6iMDoKafOU9ZPBUzTPTUwkUzBWkcSKtidZUl9A+vqFyPafn88lLLGkaszhllDAro0qhe9rCyX&#10;uSfqPa+NoI51LOAGNV9W+zzP5Z6MGstOkBhrNAMgEkmgAz5np8xWcoGyomaqkSnglV4o6fQ8k5Z5&#10;fDosfIGcIQoCueDwLH2n56xsNjamopaaTJ5GCF5qegpF0/fSi8wpknihnSCWptZXcBSzW1AsD7vu&#10;MspjlkhiLAIxC5DEgYpw/wAo9RTo+2/bo5GjgupljjLgFmI7K4qRqBIWtSKj5jrBlMjJufPU8X3C&#10;Y7DNUGGoqauWNnptSMFqJoWmhaRaexdlUE6ULMNKkiKYF3biGaWKTGTTGqSWlnpcrQ1aTwTSwVKU&#10;8mTxGCqamOlkUJ5Y4RE40uhZXVjvad18F4ZyjBqkaWqB24J0t3ZPA00kZUkdBDmKBbS5MUMgkRaH&#10;WGjkVgwqpbwpJVQsCCErqHBgDUAZ9k1km3KlYTUCsghigjjnE9G4eKSOHxTTU9FWZQUzVKtqCPIj&#10;88qDcAIJeuloZa+oezFlYaqypLlVY8qNczFgRweCbfT3JaczfUJbRgU+QBz/AC6DwuzLIsbacDyF&#10;B/gHRh0z0UqoFBV2VW0CN0sLfi6KPr7DvINQ42WSjplp45omEcjUcMruqEcnUFHktbhQDc29ia3F&#10;zcxJcyhmQioDH/P0LbTb55kWcxkoeHDJ+xjThWtfLhmnUzyvKNTMxF+AWJA+v4v/AK/tJ7i3U+Gx&#10;0q4/DS1eQq2RIGcM60sauqo8siRyIJLEu176iQOFBPv1zFNEqzg+KwIAQV7ieJNK0VR6f4T0IuXu&#10;W03bdolubxY7BMmuSTWulRXUfkQOHHNesyLrW5ci1ze/Jt/vPHsLYquDI1TLX1DCWsUyNSSHwrJL&#10;T08MYopJRMzpFfXISGKglW+gA9o2u7Ni9xcv+q2nsJFOABWlWGGBYfPOD1NkG0m2gWOzhHhpgECp&#10;pUkstRWpwCGP8um2uqDDBLLoVmgNl5u5/wCChh4y3+ub+xhxirPS+bG+GlpvXDHWsgL1QimaNXpa&#10;QmOWnp1K3Rm1l1YMdOrSqiK88aPx7nMWSAAe0fM0oegleWzRXLQSIzTDiCKfPj8OPlpp8+k61SSy&#10;SVshlaXSyUcXJgUjWfNUagJ5mv6lVQkZ9K6h6vblg3xOYyjUWQy9LHHSiJpauqycNHjPJNr8kbST&#10;SU/70MaEAESqGk1AGw0hTd+bdttGmTx441RtOosB3U+HyqR5rxp0tuOWt2/d4msttdpXQuAEdm01&#10;pq7QRpr5/D6nB6Tm4N0QbbphXy0NW0UkhVaeioKmtrb3OkCClhkmkMn1W9lsRcgezMYOuxX21HQ4&#10;3J7eq54vHTQNT52gnFNAqhEjpYo3lCXRACU9T6bcCw9gJ932u7mZ4b2Mox+FTUufyJrxwDwr1E+4&#10;8tc0beJLlrGeMmpJaNhj7SBgfs6Cap3NtrO1BGWotyUeOmdKmbHTbSy0EVY8DvO0uSkeExyIjlpQ&#10;pvHHe45v7Z8pi58gZjkpKuipSxSvippkaWOLStRMHqEkloxDEqAE+RNDf61vYhs72JIU+mjUyEdt&#10;QRQ8PLuBr6dR7cXW4JNJDJO4LcVXiw44HAj+VOOOh3xP8IOHoKjBUOPeVIpZsLUZCikgigqVgqKS&#10;nqCjUrVkFgzJqRS2liASrElNvurYu1aYY3E/wjFVkzBIMhU1CVFXU+Il5jVVnjlp4oyrjksSHIHp&#10;uT78Y5rm4hmvrrWjY01KrU+le5vz48c46MLDekaGWz22IpcAgVYgtqPkfwqD5UP8+k/Vdf7jzmah&#10;zW8dxV+aw6Cdm2jjKT+GYCm8qotPNTwrM+WyFTTgWk81T4nQkqmrgI1N7VGfo62pWDOZaOXXHFhE&#10;xVbJnMosVdTU04o6TKxQL9nBVSoJakB4YAfVf9JXXTWFtDSNFR1bT3KY8105DBSRXHD51xXqQeVO&#10;WOYxLc7xvu6iO0RAxV5NTvUgoFqdSggGhpRhw6T29p9m7LbC7W2ltzbWArTPUQruQJBt7aGxi2Ir&#10;qtJ83U4uFRLVz0hdqSgIjeqmdf3YQfMoIb5fN7VyVfkN3pV1VRFItVTUSl8TgdqxUtOKqCmxNFLG&#10;1RUy0UFYddQqB5hMSxZX1MSvuybfA13LG8kLAmtQiArUVBGpmNQRilVBoNPRTzFzRvW+bpc7NC72&#10;qhkVYzU1VsotB2opwVrpyPl0J/We2tl4TblDNtKWkzSZCJKnI7t+4gyeU3PWzQRR1eazGX1SS1tT&#10;kJKVSwDeOMKkcaJEiKojYnE7jwNHV5bfNBU02cBj+yo8uZI58TSrStIamqo5ml8FfWpP6BKgePSS&#10;VUaQp5y4X3mOKeUIWY4MdcjywWAxmuATUehHQKDTWGtFRiXrk5NRQkr58KcPKh4GvT7R5TD7nhgn&#10;2/kaWtxh1uKvHMHpasxyyRlYqqIKrRQyxXLISHJ4v7KP2d30FqJ8Js3G1e8Ms8rCprKZxFjUutQL&#10;JXv5456iOo0ln8Jh/Cv9T7yG2flC+hiiu57Fkip2g0WpFDQk/CCARwP2GlBJXK3t5NfmPceYtxSz&#10;tSO1CNcz1I4R4oCK1XXqrSqkaiFRFCkSAIoQDnSgVV/2w45HsCd2UXfNVFQCi3lmI6MYjGSVa4bC&#10;DHxvWvDFHNTpkKonJZmWI3NRUKiQNKzaEC6SBJs+3bPM7ncL9beVJSqqFRwyAnvLVJU+dOwUyUGR&#10;1Ku2Wvt9t8kpGxwNcu7UMsldK5aoUVRAD2ha6hgcOuYf6s3pANgNQIK8er68c/7H2FeX2P3a2HNH&#10;HVZSaOKUV9fmpt+ZiPM0K0glEdPSwU1emMoKWFruywr5HZEUsVB9uz2u3vdxSWt7J9C8bq5M86O7&#10;E1DhY08NdINOwtXgQTU9DvZt15LknAS0tlmqAiLZxGMhgBlmj8Vy5OmpNBUnAz12XT0liPVwLj/D&#10;Vzf9PA/PuBtUdzYrDpktpPuxaXdEq5CSpxgodxS5qTS1PDPU1OUpcxWTxlYdASoCBkAsLhfZwlh7&#10;eb5abfuJd7e6jqweKbUH10q2qYuHooUapaAYHzB/eLbrPdbVdfTNDENBVl8MRgUJUCPwihFeCDVU&#10;nt49N1VT4+aopZKpoDNSP/k3klkVo3ZQSVAmRWchRyQTYezudD4btze8qHsHH1NDh6CiMtJnXxB2&#10;9WVE0Y+3linoIVDZUV0NQRcCKni8WoLdifcf857xyjy/PPtuxX0lxuoEetSpaOjEkETf2YkBUEqt&#10;W7vwjAAe58pwMBLt12qWjykFfEWY4ZTWOqh14BRWpox7gK9Bj2L2ltzYVIwM8Vfnql1Shw4qY4TU&#10;yyiWQGWol1Q0sMCLrkOpWKWtckez0bW2xQbWoRFjYFeoq21VtfJoFQYTTmSL91kkkdiygCPhAZLm&#10;1j7hjed1vN5uQ9x/YrwQcAa8acPTPHH2dDrYti2+1jDxIBVc1B1E+pxTPlTh59VMd99wbh7NzlVT&#10;5nJTU2Ew0UUeLw9JLUChq8lHWETmeGIx04WEMC85u8ixKF1A+1iZA9lMSAar+myj/X/rz7LAlADX&#10;PQst0SIgVzTh0UzJx1EgeQVNRI7qx8jFmcsvNh5FYXNrXK6efcOsp8gEd6KajUNwYa5JdNj6bxTU&#10;58qlifoQRf8Ap72kkLHRIj19Qf8ACpx1uJtzguzNDfp9MaVWRWOR6Ed1PUefTrj8h1pl8fT4Dc+y&#10;92T5allIizezMpjoKupgeIVCmvxOdpZ6Opkp5opA0kcqPoYWjOm/tPVxrGSaorqx2ZNBFFj6daKg&#10;tDpKGqVpa6uqiW5s06o4WxQA29rYoo2kjjhhIH8TNqav9HCKo/2pp69Fu6cvbjeQXV/fbszqEJWJ&#10;aiPJWhoTmhpTV8PlSp6MB1bvbZm3tzbd2h1/15RYgVVSqvvzd+QO4d7RzywSiqGOmFJhMLhIWQor&#10;Gmo3lUE6ZSwB9l67L3nier9rT5akw9BU0uEytHip8XBUQY2kpfup44lkedIJBCIRMlo1QsWJuAOQ&#10;OdmsDut3bwXN4Io5UH6jkAKuBU1Ix5eWOGOgva7b+9Z5LeWWUOYjIDpLs+nBIFRUE5bPrXPVm+wq&#10;PK7oraWasyFbCmWoPv4q1xJK0hbTNaNpuJFePVZhxcNblSAR2b5E5zembrcNgOvIczXTxm+Mg3JT&#10;xho4FVUmMdRg0E1UUJWNDL6gCAtyAR1zS2z+3m2x7ru25qbGGUI7qGLIHCnUygNpjq2agHGojTQ9&#10;H22coSXCiGO9KyUJqYyDX+BSsoFccApNTx9DDpQUOCpBUVNZL4aYRh6p45Hb1lYw58IlcBnax+gH&#10;5459hzQ/IPb+TraJMlQZnaC61NPWQTaqCT0TQCmrZKelMtLErOHWZIkZHRSZEUMCN4No+usrG8t1&#10;lNlOgdHUDTLGw4VALadJrnRpoe5SOg9uXKe6QfVPt0kU0wNWU5kWhBZgrt3NSoKlm1AkaTUEKKNI&#10;2j4PkR1BBPIKkfUE3uCD7XO7dw0GUymyK2Pb2Kz+I3Jk2wWYzVCsb1tBLVxN/AcvJXJE8FVjZ8nT&#10;NTT+UkoZlZXQrofGj3x+7xy57hwwTwbRHb788hX62NKOgMZaMzBMSwa1WN9QZ1MyvGxCBXG3s/74&#10;cy+2Mu7xy7lObCziEzWMrOsUqKQJliUkmGdYj9RGVUBwKOtHARsyOLeopZUpKl6Kp0OYp1JMcb6T&#10;pZ4gyhkU/Uez0fFnAUezezNq5uClloUyME+HqIWVENNHk4hGaWoMEjxmWGsMSkglSVuDbn3zR2Pl&#10;zePbD3STZeYrXwLlJGgYVqHEqMI2V6kOjM0TKRgYJoTXrLb3u5t5c98/u8b3u/LF5HPaGOK5UDLK&#10;0DguhUioYASKw4mppUdVV/MXeu4qfaud2vmyseV2zlMdn4tMpVZ4qJo3StiAH7lJPjqiZuApsxFj&#10;Y2tz+15PFjGFlBtwxR0Ok/1DC4P+B95RPNUCnr/kPXGNICs8yEcTSnQAS77SqwmDqWmVh4JVQB2K&#10;BpqF1iK3AsxmUWNhYi/HvDOgGg6FNyp5F+ePV/sTz7diNQRXqOt3gMd9Kg41r/Lo6fXeXbI7Xx86&#10;uSWiAPLA3X1Ne9jyDck/W/vjUx6owbC+kEgD3aN9LEU6D1zCZFYU7uhTwle1PVBje17lr/T0/wCA&#10;v7CPdNKuttXpLub8Eixvp02vYH2MtnlNFp1HO9Wh8VjTPRmNt1pnpFIIPpUk35/SP62J9hPJTGOZ&#10;zp4HrsQOfXbj+gV+LexkkyuoXV8ugTIpVijdK1WDD3yniLQh+LkEEEarD+vPAt78jhZNPl1SMgOF&#10;HXL2m56PVIFty0jszAXJUpfhRyDf6+zOOYhangOjuJgVWhJwOve8CY8/fQsYTdGADyFmLBjp5Fyb&#10;KBcX92a6/QlFadHINLdwME8OutQ/qP8Ab+xPan10FIGFtRckgG3BLA3F73KgewmshFxORxr0WQqV&#10;diD3dQ3J1Hk/j8/4e2qpTw3uDdlaQ3BsPwbE8XuB7WxMHp6jpx06yKbgf7z/AK/tK1dP55FsiOQo&#10;ve59RJP1W4vb2cQyFF4063GSpycdZVYW5PN/8T7zw48SU0iAq0YdiEKn+2dQtfghbfT6c+2XuCk3&#10;9KnShomZi6PRuvGQA2IAP+v7iwUzUjSBkKRi/qdNIux5e4FrL7feUTKtDVutMsklA3HrsupH1+o/&#10;x/p7lSM5Fg41OEZfqCwBB1c2PC/19tKBXuGB1tIyD3E9YvcKdXclUBFwNRJuAuoAmxP+PtTHpFC3&#10;TytQDFT1l1IPpb/bf8a9tEuPZo5YrsWaUsG0re/IUc+uw/HH+t7VLPR0enbTpxiGIanXepf6/wC8&#10;H3BWnqaQyIWa50CxJ4B559KgXF/9t7UtJHMFYKK9MzpG4XAr9nXL3OmhMsRYK17EMF4seLKOeRb+&#10;ntMsnhsATjouU+FJTy697Ts1GYnkdYyLgsARwLA2PP059miTq6hS3n0ax3PiKiF/P1697iVkd6UN&#10;/uwW02/sgEM3I4+nt+JgJvlQ9Krd6TUrVOvex02ayybe0FgQYFvwTYqWB0j6359x7vYK7oTTNeiw&#10;iksgpQ6j/h6g1N/In1sT/X/C3tKRyWq6pQpUiRrDkAaWNgRwC3F7+zhk/wAXi9KDp+bMa+vUrSTp&#10;NuLC/wBP9j7lyOSjCysSLm7XK8/RRfn/AHr2yiAMB5dFbkg4PWSwH0FvbVNJKyqF13Bk1XI1MB/r&#10;m3HtYiqKkmg6ZOePDr3trF3Yq1xZjwebDg2NiQFufqOfawdoFOFOnj2qNORTr3uJIw8sdKG1FSKi&#10;UAc+McRRtqsGVnP+P6SPdwtVaUj5dKowRG05FBlVPqfM+o+359e9rShpAPVrHlbTpHC6lIH6bHT9&#10;Ta1/ZJcS/CDwrx/PouVS2CueuLMFH+wNv9h7VX2jab6T/wABNX+x8lvZT4614/j/AMnRh9Jjj+Gv&#10;8+o2t724v5LfVf1adVv9t+ff/9KhGnyCsxZhHpQDUNRDfT6W/HsTyuwpio6ZZiTnrf49uKVDuVP6&#10;Ap5seNX10r/QG44596V2atUoOvde9z4qmwTktqvrLfiwJOr6Ek/n6e7YNCetaQePXvcsVI40kDj0&#10;Lz6T/tHPAP8Asfe6enTRWoJr59e95o5JGkKSQBVMZdpWLFSq2J4vY2AP0tz72agGvTbMqjjnyHr1&#10;73yORoqZ2SmiWZwyyJVSQhgLxkoIgQx9LkG45uPbTOe3HHpltbquqq9e9pvIZeWplaWsUOzHxmxZ&#10;iukhzdpBqBkjH0+lj/UC1EkBYhh1tQKaKY9fPr3tNVshmEbKXvICv7b8AKwKyyDR6iLW/A5+nu3i&#10;A1U8erK2K4697fdr5Knpozt/Jwytj6yGoFLlPHLItFpRJPtaowwSQokshLwlygb1LbgFthSKeo6Y&#10;liYsJE8uve1U+A+2WFRG0iykyB0ikMEqBUZGiMrRhCyIQbm+kkD+zazFjTJA/wBWftHl0neRpA6M&#10;ABQj8jSoz9n8z14gHgi4/wAf9t72BfitvaPsDqnbdSajzV9NjaPGZJjIXYVtBDFBK0qtc6JfEsy3&#10;5/cH9Oc2/aPmIbpsFsDKRdBFjbOapQGvyNPt4Z9eHP3o+QJ+SvcrmCOOHw7C5uJJoSAKGOU6lpji&#10;h1IfLUDgVAAM5dmxOZng9QiMwlj/AAgjlLNGRbj9PB/F/wCnsY6/CVVAcgIkqZTUxtNAYYXkfzaU&#10;EJdtDRnT4y12Vw5IU3IFp1s7aSJZhFrDSUKlRrNadtakhc0/Dn1HWJV1cxSPCJiNKmhDdqkVzkZN&#10;eJz8hjpeY2sSphiZdIJUXsbk2uP6/Ww/3n3E27T5IUj1VXjhjGlNvCXkZhGDcs0WspGglB0qBYBu&#10;L/gS7TFdGOWS5tBC7EYqSeArg8BWpA+fQa36a0W5EEF4ZxxrRQAc0AIAqdNKmnEDp3uG/JH+xtf2&#10;u4mp62BBMiebTI4LBbxyKWUMC1lI5Nv9f2cFMA4oMZ/1fLoHSq9sy6WIT5Glft669akm/H0/2F+P&#10;z7TdakcCxhyyHUVPCsjnUxAk8Vimr+pB9tTtp0AHSv2Chr5cK/z6VQHxfw4p8z+dTU9ZUJYgEnkA&#10;8E/m/wDxT3CIhRHVdTksVViXOhwQFKsqljbn6i3uqqqAgqSf2/5Cets9CNMo/LH+Ejr1yfqT74eV&#10;dTKqygWHNvyCNRsNGpSD9SL+6azkqxB/1fIdPKwqNYBB/wBXz66sTwPr/vv9b26USwzsAosym5Ft&#10;QJsOW/Tbj3RAsuKnp9W0nFOscoZeT9bH/jX5Pta0dPFCEd5AdEZVQxAcDgg6WVrMSLWHHP093lJV&#10;cdaaVpGwox/q/wAvTVMxN+P6/wBfweP95Pt1xdRLG8g1tLG8iEggBU5PCehfybnj6+yg1ZnPR79G&#10;jRR/xU8uk9kpTYD6EX+n54B59ruCVAyhWNiR/QfX/EAAm/tFIpoa061bxkU1DPQf5YvIjfQ2uLEf&#10;4fX6/Ue1BFIqxB9QbkA3vcA39Q5FvZcwyR5U6EVouAPn0B+bJeumRoiiIt15B1DTb/ifb9j0edBY&#10;aiNR1kk6RqNjf6BgPZVdMsefPoX7ZZvcSooxkdEt7s3vi9l0dfV1MwUGNvFTR+MyO/jbUojN/IpK&#10;ci31PuZnMXT5LEZDGO0LpXUFZQzCRRIAtZTvSszJ9HCrM1x7LJCzq4OAQfz+R+R8x6dSrtFsLGa0&#10;uYyRNE6vUcQUYMCPmCKj5gdVDY3v/cU/ZWP3jNTT4yix2boavHxRvpikpcZk6eqp/Ijq8VPUTPAp&#10;LRqupQwt9Pel/Nl979od0bpTN7dy+FyGxexs511tffTU0ZoN3R/eVuPyOPeegUU8YwO5NvNFUDnx&#10;vXanCvTyD3gdvm/Xe9b5cTXkCrdQymMSAU1hDjUScsrDNDQAZXHXc3kzZ7HauUrNYLgmyuLdZvDZ&#10;tRUMmrGWPcvw4ANaYqKbjlBkcQmCp8jQtA2Omw1PlI6aGzXoJaUViShdXqQ00lz/AKrgfm3uzrB9&#10;uU+5c5g9n1W1LbY3Vtijpd+Bo5XqdvburUyGMhx9dFPMIEpMrJjngQKhaT+IKdShinvInbObNs32&#10;12/lSSwjO3XsIeaRe5ornUSkY1AKNdPDBCltM3xAEDqG915bvdpTcN9a/wD92VrMTBwAkhCh9S0B&#10;YsgbxKFgA0RFD0VPLdWZrB4bIbnp9yyy7h2zn5qnadRLJRpRZPa8Mkdek80tMhrJpcfFViWW8jQh&#10;scgCWAYEM7Sgy21t8UUAo2qMXBVHH58JHrqaqaOuTBzRxJFSvVz11dri8ECOFZ4ZY44nlmQiCuYr&#10;GXbd2njkSrREo/rVDpYkUopJoMnJU9S7sNxHfbdbzxMf1AGQDgNY1AH1xVuI4/Lo3uCrY8li6LIR&#10;28dbS09TCFZWQU80SywiMqFDRhH4Nhf21/Hmlrahu6urocscdU7t2zPV7Py0yw1EdKlelbVYH7Rd&#10;MkNUuJ3Q7lluU88T6vS6kBqKwa5kmQTMkit4goRTAIAPqM+XnmtOjTfZzHZ2dy0YcAqGBFRQFNTe&#10;tdIIPqK48+k/vGOOEYbOCETtgsvDUysLf5NRzqabIVOoAsopqCWR2H0K3uDce0rmJd4bh3j8SOxK&#10;utqaWkbfe/MLmVy0f2dc1NWbYxmHnotEKotQMVuinrlJdlCuPTcgqFE024tc7FcyOyx/ULxrqYfp&#10;0A9QGLYwRXiet8u2aW1lzZZ2zRvbLaBsDADPKwKivxAUArXtp9vU5J4S2boIvC7UWPgqZYoyCjvV&#10;PlGp0kHOlpKekjYgfhv8fZwptvZLNbI3DNgcu+3t2UNbuWXA7gxkcsdVBWxPWxw09K8DrNJFORIX&#10;jAN6eU+lmYAjnetva4287laJonaaUVAOKBu0kEELx1CtaEgU6KfrbY30VtdQpLt7rGHRvxDBGKEA&#10;1AIJPEDpFV1ZTjLUmPrYBX4nI0OHWrx+SjpqmH0S07CtqYZEWJZYw8JDgX8sZAtpJ9jt1Jsxa/ob&#10;cXWOcp8ZuOoxO2cfujGUzSaKfObp2LHS1yy0E0dBA0cWe280Bi8VMDHJSzSLE2tlJZZbdJaWF7Yi&#10;RZyVEiFMKXj0/CCSfg1cSalW9cAXmrcxtvOfKPMcDOttNeNaS8OyC5Gka6dpCXACmlMSIK4UgrXb&#10;WbbaHc/VfZNNPkKNa7dEvWu4Kqemj8mO25v5ZKbHSZSNaoUkkW295wkzl+FSrpo7hlVSH/yM7R2r&#10;sHojaO9svHLkqXbeTzcbbe+9fJR7r3Vt/G7jakwstQVDZKLcNT9rDHTD9SuI5SU1BiLfN2ZLGyMU&#10;AlIkdEQknuqwGa1JoAFHpQDFOhxyxYRw828wxNKfpyiSh9IQrFIqHSBkggh6mpBJLEVyFr1jtivl&#10;7X7hpKpzRvX43HyY+vpKRMVX43be4qfCVGPoqKnWSRqSsxtVR1x85K66n90IpsBM+P259o949ZUm&#10;/wDKYPB4vcVNuPsPbNNia6lx65BsthF3Xjs2l6SGJYa2vo9oz1M36XJTUxLAe77VuscW82dlf2zG&#10;5+paMkLq8MoDUORTTXRk5H+Qy3V2W6uv3azLZyR28tdQoFLxhSKkkhGlIBqKVyOm7szIZzr/AHVF&#10;hcJUZWLa1eu16mpqVq6iX+HefeG3MPQIjS+Qy06ZfPRU6RqxKxShANK+krHyp7QXp7Zm689tKhrE&#10;ymAebLNW4yY42RsnVbewdAJGmijlhfIrJuuGoVJI5QZaIixBI9zL7v7lHabY0u3RUjRopVcVWjNF&#10;DXIyKeLUGuWjJ4GgNOUbsJu6w3B1DwgdBPxLqcZHoNAXFKBuNc9D7sehqs3RxVuZeKthnpXoamhn&#10;SKpT/J8pk41aYyqyNEVpQsY0hSs7iwK39k+2p8wcDuXesPY2Vw1TQbQ3JU0O0qyQtFWx4nN4A4fK&#10;zR46tjalpBQ7i2/VPClFJZn9AUmWmLe4p2vnqSbmTZuapYC3gXKRsC2olRQChIwdJ7RT4UFSTnoT&#10;blaBofpLR2CV1KQTTyrhqio/1Dpcjb8lPhkx1LWSLUU6VTxVSJEpmqJEqAklQjI0TTvJIHkkUK7P&#10;qNwGZTYU2fr9wbCzGA2Ji6mszHZ9D1B13synNdUbfqKmPI47eG/s3USZE0uQWggosMlNLUSpBM1M&#10;qszL6VByc9weZf3/AGs37lRUFzbbbYwmRtNNcVxdzSGmVUBkLBadr1NcHoC7ruljsMUm9bjOY7Gz&#10;SeVmABKkmOJSBUZrqVR5kgV6A7K4inl7Q2bl81URjGbTp+0N718pZ5YYctPVbX2NgYXjawv/AA+f&#10;JFb3IIKgkgn3m2L4M919mKrK1D/e43Ym2RkqNqp2mo/u9kYdKiHxTOj1UlOmEXWSitG0i/RnPuO9&#10;lnsd4QW+53AN1HZBuJNAtqgYgnh8KkVqanJNetbmbkX1qEU+BLI5qccZK5+b1NB6Kw8uljmagYjO&#10;bZpKGl0fxTPZSoeXxE0/lkzlZUMstSqMInrJMm7xqf1okhBAQAiFiPslqsJM1QIxJlaCimSeWQik&#10;oY8hSkVY8t6eAigyRLEW9KMTwOBTyxuFvtvNdgPFXw2vEBLDtijEgBccACI+NfNiRQY6gfl2GWz3&#10;mCZSTpkmX510ujE09ZI/2t0571kq325uVaeGdnh2/U18LwReRaqojoqqWGm0h1eRRNRKSq2Zmbi3&#10;td1M2Moen8vkIMYGp90/JDO46CipIpqyPIYfbZzdZAniiWVpqeb+JROy2aLx2JGlyPYQ52mhnut+&#10;+jtn+jl3iVUiAqvhK8jlQMGtJQDQ+Qx0IdzaKHnOtzdJFNa7IJGkYgaGnMaVLMQB/ZN868M06LRt&#10;Spz2W+Ru39tZGoqI22X8TqPN10sv66Xc3Ye5sbjGJDajDWU9PsmoBe4ceQ8+wE2Tixhtz5mbdlTS&#10;wMdm5fNZT7FEBocmYd0ZSqo0QP8AcFfumiRS0YqFj0hgtiPZFy7tb7a10d3doAbUscEMCI3KgAni&#10;SFXy/Ko6S7nzHFzfsV03KUouIo7wW8clSRL3RxmUGi+RY1yCVLVIr0bXcEtbT43Hw0EP3EjZ3C0k&#10;ayuSppXyVDFVzzvq1SItK8jfUsxW5LXPsRKXCBOo9sdtYbKbsaWHPx4vD7Uomgx2MzdNPV5bB0lU&#10;sDeH/czuHN5OVoZdZMVGB5HijMhEwbZJYcsctbV7m21/cS38M7JbpiOEqzywEMQp73ZmkRhUiMKX&#10;GksegRtO6x2fudu3tRc7PbSW52rx3uWOthKEQ+CyjVpjhgijoagNKw0qXahYK2qSqy2TxlVDjIom&#10;pqpamplppamtpmTHY/KmoSpdjTrjY4oIw8bpb7iO4LDSpAfs7F5P5FbgxuWweUz+yqd5aSmFfRUo&#10;yFRj8JLjYB93TrlcY+OrMdL9o1LS1FZBJ4qhmXVJpBJO1zP95T3M5S2Rr47fDLK0byqDKyDwmmdl&#10;D0DMRFRC9FVmGrsqvSr7vvt3F7U3/NthLM17dbjeNMXKqqMweZhGaSFhKC7u6qAGQBtK0PS1r8rF&#10;g8WhqGiaSKBaeNAwi880YCiKIG58jQqX0gE6QTa3sx1BiaHa2DocJiixo8XRU9HTvMVaaVadBEKi&#10;peNIhLWTMpeR9KlpGJI599feSuWdr5T5c2jljZrTwdqsoRFGv4qDJZsULuxLyMBRnYsOPWYex2k0&#10;UKrpoSSTSuK5PEnoJYZanJ1kk9d/nJGMjlH16TKPPojZh6Y0MllBuQB9T9faLyjCV2YxkP8AUWNr&#10;f7Ag/wBfcmWo0aQCCOhwqFV0nh0IFDGYkVBwl+B/Tj6g/wBR7SEkUY8jBjHLcEKD9b3uPoePZ0HO&#10;BQU9empHNSuMdPiuRpBUEWF2I5PF/r9L+4V6hEYmU+M8kX4Fj+R9fageGxXHcB04olMZLt2+Xy6z&#10;ek2sCG5I4AX6fn8+3/GLHO6a0ZGgJIeMlBM36dLD6H0k/wCHHssu6xhxghhTP+TpDISvA9N1YXjV&#10;lGltY0trBJAP9ORzx/jb2taemhqXALIEb1kH9KsvBX8kglgb/wCv7IZZmiBpWo6TNclmII4kcOP5&#10;Z6TdTUSwRswiZyrKqlTZbWA5HP0P+PsyfS3V8O8svJNXLK2Gw0UNRUMkR0VVRJKipj45A8VnNOJH&#10;c3NgAdJ+hinn/mx9msVht3H1tyWUZ+FaGr/k2kD7T+XOn+8Q+8nJ7N+3O28r8t7nDFzXvsrQq+pg&#10;9vEsbGScqoYlVbw0WlD4jr3AA0g7cikzGXczI32lIhlnVrPHOWbSkDagQCSC/wDiEI+puDN9h5zc&#10;uVyK7H2LBHDljRGTLZwB/tNp0kgRY6dUjjgjbNTRSMYYmbxxrGGZWDIGhjl7atvghffN8lK2bOfD&#10;TGuduJYVr2A0BbzNfQ9fPVydtmzWFo/NHNlwxsDJ+lCWq12+asT3nwQ1NTAamLldQKsQLgA+tubC&#10;w49PH0H+HtGbU6P2Pt2qFXnEbdGVqTFUT5DMwCaSrugYMsFWssnlk5BaZS/JAA/J/u3P+7z25h26&#10;lnbqtNERoaAU7mBFQPLIA4Vp0It+90eZt5gFrtdLHblqoSFyojoaHuQgaRxGmo9S3XL2K/V+6lym&#10;a3fjs31ptvbe3dsVf8IwdZNlaXK5PcSotZI+Z0UeNFDt6iFPTDxRzVEkjcAhfzDF5vG8XN5Ot1ey&#10;RKZP0yJtTOBTLxqe1WJOkEliQxYDtqBed+Xfodr5fvNt52vLzeL5PFmjETxRwVKgRAu+u4cM3cyo&#10;gFR8Vaj3sMPkLntgbfx9NlcZFSZLK14mppaDA1kM8FNVAGdfuJ2SCGAskzamEJZ2XkDSB7mr2wse&#10;ZN1uGtLuUw2sWlg8oI1AjgAAGIqBQEgU8uPQz9otq5t3W9uLC+klhsYSGEk6FS6/CdIqXYYFBqGD&#10;Tz697q8ocZv1cvmczsnE0u0Fy4bHmahoPvZZZdc89RUU2Tzg/hCT5JiHdI1S3hUaUIYnIAcpck2E&#10;ktxJev8AWSIHcR6Qak1cgUdhq7UJZeCrpK56zyn3fl6Hbds2vmHdJL7wKSUdygAAChGjhHilYyGo&#10;WLVLHuOAvvrcX/w4/H/G/bwuyPkKq4uopN65L+L5ap+1pPstwV+FqJDGi1EcVS+AxceGh8dQoEaI&#10;8liSIweQCSC25Dsrq/vZ7C6ubqlS1xM5iCKMaogjQq1AQzCBsnBz0dWfOnJm4W7WEe1Ku1WvcKwR&#10;yaS7KGKmaT6llYGpLHSKVIUZ6wPFBYtKiOABcygP9Bb6NdV/2FvaWxfdW/Nr5w0O2O4sTvjIwUrP&#10;XZra2823nh4amGompqjDVWeraac5DK009PLDLHEiRQS2vI8gMQL9kn5Q9zttmblbabJ7C3Mg8aKe&#10;OWLUupWQmMENKrBiwIUxhaO610EQb1yRt8dss288tT2YYikc1u1rLoZQwkWNSmiOhDK2pmccECkP&#10;1jEFPPCYnp0MJJHjZBoI55UcAW/3j2drb+699dibdxW4K3Nb169kxWQpqmqqRFSjH56KljiY01VU&#10;12KqKaLFVayPBVNAlLJUg3SVSnjSJebeR7bcdwh2+PdprRLS/SWM2U0XiXCLobRJrjf9KUM8bpHR&#10;wK6ZVNGEKzQWnJcnMO37TsVhvdnuVq8LrOrSNAzE0kjQShvGQisbtrCVJMTHvaPLT46Soh8giFRC&#10;S1OQdDKGXx2shUSAaTw+oD2Rv5iZP5EYnA01F11vemO8p8lt6rq8viNxUmw69Nrz1Uj5ippGqzlM&#10;TUyu+JSOWO8DMZ2dI2RHjMZ/eB5S90989rLEe2t6P3vDfxpcSQyJYTR29GYsWnn0MHeNA9HXUuuk&#10;YRWU5F/dN3P2o2jmBpuf+TjLy3FayrFBcxNeR/UERrGCBH4lAskjo2ltPhgCQOVPU14IpAwdQysC&#10;GBVWuGuGuWBY6lOk8/T6eyX9xfG3uT5F7i2Bviqqsd03tTObMmzGQzm387T5Tdddk971ijcu0924&#10;/C544qnhxlRQgtXCc0zR1CaoUdpKWkw45p+7LzzzJfLvNhy2mz7YbP6uVvGWe4luriRfqI3ijnkj&#10;V0qX1oyQaCqqizO9vBmLyL788o8mWm47PuO9T7zvcF8YIhPG8UENvbIwt5oJJItbRuCNKn9cYLFl&#10;0yycNKRoyIrAQR6UVb30hBpRNI1DgWFuePdjfSO2ds7Z29s7bWLrJEq+tIsPsygzfY+Vg3PtnsSL&#10;E0cVJ9llXpKGlEOR+xpUhiFKtxSQxIiiRdXvox7Y7G/JXtrs/tZvk19uNkNvWksgYXUQdmaNC5Ph&#10;/pNWNYDVFRAuplrqwn93d23bfOcOY+ebW2iRLyZ3MVspWWJqaC6Ak61koZHd+MkkjEBSqiHOjVcM&#10;lK00i/cxajJTftT0qsv7Uqa/KSySIPr/AGvqCOAvI+yN87Rj3fPWbCpKrD02UeKGuGKyFNT4PHLN&#10;9vDQYvcMoLNjUomCJJPHWPPojWSVCxf3J+3clcqyDY7blvmMxhECTRyyufFZQAZNLDSXjzqWOiki&#10;gKsGqB5dyj3xLNLrctN5LGGShjEhamoq8YIJoSzNpKlCxIDqFAixbfp4ZoZ46zIakQ/cRSTQyQ19&#10;Q2hvvaxHp2/ypWBYeIxRhmPp+lmrfPYfQdRisbuvtSuwWPqs/Pj8HTST06R7ors7X08afwnCY3+K&#10;Ys7jyZpqRh9vCz+QJqAsqBo7583DlrkW5t9w5g2+Jtz2+Ux2ImhDSTPcdxhsHeNmkklX40ttTiml&#10;wprQ05O5e9x7/cZto5Zv5pbOUSzTgSk28EUNP1LtgCLaLVQ+JJoBLgAnLLOVHpoHhooEvALQxyyG&#10;np5HYa7eVIp2UPI3qIjNiTYH6ew7q+sM1gsqm8+ot4VNZjaSOkycGAnGQhbIUkHhmWafHZClpWos&#10;rHKJdUBi0gOUK67BDq2Xed2srfd7Oee2jaJRDBIXRLpNIbTcwyRQtaSiQuvaCArEvHGQE6Q7pzJy&#10;/J4nLXN+1obvW0bXAETeA1SKpLE8iSQsCp1aiR8Q7TmdGzsoLpobSuoBtQDf2gpsLqD9DYE/0Hsa&#10;vjz3XubD74x1ZmcDWYXI0EppSZcs70FSlbMKrL4Gf9miSdqjG46JpIikror3Glg5Yrn2u/512ENz&#10;ryvFtHMS27J4aXP1EaySdxSOTRGskqiGK4wH0xsQraQaxn7ics2OyWU1xyrzCt5tfieLQxBGdE7E&#10;koXkZVZpXQFWAbSNVRQKybjwFFuTDV+Hr1ZoKyFlV0t5aeoQ+Wlq6VjYxVdHUqssTAgiRRzbj3dP&#10;jsRRbnw9FunBItZR5KmWq+2RfJPA6EQVFI/jZFaSCpDI9gPUpI9JA9463F7cbTe3Oz7jJpnhYrq4&#10;BvMNT0K0I+3qK0kh3K0inhXSWFaDyPCn7eiez9jNsnclVsfd9fHSZCgqXp4MjUu0MddSMGqaSu0f&#10;SKOoo2Vl5JBNmJYElMZuhEFQ0poZKIR6VKQh1jZQLSNp1EgugIJBBH49nNhN4kYQXIfVXjxHp1WH&#10;brhjQgtUdC/t/clHWUsa02UgyHmLSqVmDvpI4Atp0/X839ozcuX2rtnDS7g3DlKLEYqmlTy5TN1V&#10;Hj6NLRO0ieaplQz1s0q2hiiLSSH+yoNw5LuD2oIuJVRAPXjxK8cAUHn+VeHQx5M9t+Y+ddzTbtus&#10;ZGj0kuyqXCivoKVoKkjFKE1oOmPdPakW25osPjcdXbt3dkKdTiNl7eSSuzlUZZ46U5CpCwNBisLQ&#10;a/JPWT6YY1ACs8gCMV6q+R1NXbvlx+x+r957m2NFSQtHvupxWTwuBqM6tU8tYsmeqqPIinw0lPSx&#10;08UcePknmaolJdVC+w1LzHuF9cSLZs304TD0pEDUkFmDMxXt0sQnE4rQ9Z5+3fspyfyPYR3nMu1W&#10;99f1B8KQRsdKgHTpK01kk/iCj1biSldubT7v7U28+Gyvyc2T0V2RkKzN+bYO28zSZ1sbsT+BZHGw&#10;kYOh3Hs3ceR3XSZLMQ5Getkya0VNJQ06GBxJIPaJz3zNz+1J6jGbj+L25sZjayokp1SorUpUrvPr&#10;hKmgymz6CKdqtXIZPUXvYgXPtDJYyNCHnugICTVfFUamJByoCufPDt9oJp1kra3fK1jHGU9uLQRA&#10;AAtbkdoGCriPTQUrgtkVrQHohNB/Kl3R2gYcvsv+bBuff2dxqNPPmMNPU7hNPW0brLLPJWYPvWtr&#10;6VKSpRXUJIgiZQ3BUH2Be98/8dO7sTX0kG190dF7yonqq1qyLamMy1LX1kkgV6HK02NqpMqZFqNQ&#10;jdRTv6yCJFTxg02yW9jvLSwjlmEjqxB0uRVcHWU1BGAwldFRX4s0DPNN7yddwW8+37WtnOgqfDI0&#10;sTwyUUeuWJHR9vjt0/8AzDvjvmIqLeHc3Xny262y/wDC8dI27s3uTZW+tr0mPpzTLuDb+RfB7oxN&#10;d91SspqaOonZZ3iRo5YWeZ2Ff4WYfsGimyWHz248rmuvVx7Y+n2/kUauw0klU7RqKejyccgx9C1N&#10;HK8y05jicWVtXpUiPmPZlsbW0upyBO5zGqhdYZW7mBGFFdWANTUBqK9Fft9zDvD7qbO1Msti4owr&#10;VRQ4rTtJPAHIHECuega/nAbE6VxnU0HZVPtvaG2+/cdnMdntvdgYgybZ7Dgx+EmppchJDltuz0Ff&#10;navUYKakSsNSkc06vGsRUzxGg7031iuvNoYWFMzt7YmOyWboMBTZbLZKHbuF2/j5Q0PliqoKV6Wn&#10;ENJG3ghsiCSwUhFJAGliuLPb42imggmd1g8ZmCRxqSXNH7lGmJAsag8aAtSrr0u9h73buUNq3Pmb&#10;mLcoLC0kYoniYozDVUGhq1AWFAMkmtMdU2/y+uk5+3O6+0N+b8x25u6slsnY1fuDLUpxKbn3Jvzd&#10;0lbR1c+PZMvXipq/vayopllqJGmqWh1CQKZVIc9o0HTHYex9s0NHkNpdm7exTJksZXZLO0++2mro&#10;GenqMmcrlJq+trJlqWkVpJCHuxVgP0hxrJI7SCKyjN5aBFCF2NzRkJpKXdmZpC+GZmPcvpgzbLzD&#10;7e8/Jb2o3SxvIoTrUO8ZOpV0s1JO+pBOoUp6CnEIu9t3/NrpLu/tHfWJ2z210Xmt8TttSaLZWyqr&#10;rbE/3YZVqduY+hx2BkOPuMSY2EcVVVmOWIt5S7F2Uu7N3bf2OqSS7g25gTXyGWlhq6iioHyDUtFJ&#10;LVwA1chFXJNRQek6TIgjBvYcGq2iCKKS5cLuLsW/U0KJnHcQvaO7QpFFAAoBipJgv7xvLfLE/Kz3&#10;n73tY9zjrojRkEhQKxoACuBWowRj59SvjB03vvvLcFKc7sbs3sJcL/uOzOQNPubceK2/BmdwpDh5&#10;aFoqaI4iLB1U0ks0KVEkEorHlKM54pB7l3Hl8vW5XJVVPSjFbpr5q+myeWpMZlstDQ082uMQZ2up&#10;anJiWmMqI8kKLJMhIZiQQJFm2a3tLHbIH8NZqgtVEEiD4tRkMbGuAaAFiGpxz1ycFy4ujIZnZdRo&#10;NTUPpgNT7OPW7Nsjb+N2zt3b+2KBMdT/AN18LjsVPT4KigweJiqY6KnjmeHCUBWio4qiSNpEiGtY&#10;tXBvyQn6p3HvSjr44tn91fHzqmc1C+DLb1wO2aHcYWy+SVMnX7OzmSkpXB0A/dD0izAXYtHu6Axv&#10;D4vMFtDcUVl/TjR6ADOrwZeJ/iehGGHHqQNqkLr4sO3ylgKVDuQf9r4gSvpVekT3Hh9r5HDyDc2x&#10;uwOwaM08iS4DZuQzgWpisbrPjKTc23sZUuPqDIS97WN7e7L+vKf5zVtNS5fb/wAhPjN2dhSVlRhi&#10;MhVUNSqAQlI8js/E0YS8gIsr6lIv/h7ctYd6Z0ujusN1b0plV0/bqjSIkjz7vLh5dSNte1c0bo0D&#10;7ds5ZqGgDAE09QzkV+yvVMPc9Z/LbwrZDDdm/GH5JdZ5aojkp2ylZjc9gMiJXYSrPAmZ7KqaGvkH&#10;m1I701REyggX5AGGp7Z+Xu0snTLuH4+7N7AwY1/eV/VHYvhzMYCR6Xgwu90w7TPdmst1JDBS62DO&#10;1eS7jZt3be0lvxLx00D/AHqkmDk9hyMMent55R3G5jWXmTknxICKHVC7jhQliqMlTihUjNPIkEre&#10;I6U+AWcw2Sqeovm92Z1FuWSWlbGRdl7SR8bj6hDNKaKqrcZtzGY4pUK9hLBkGdZAB+4Lxla9U/KW&#10;g3DuLMYDtHBU/WWRjylJDtPEb0GT25l89Q1j1SGlkxu5MZQKM9iXiVJ/sKvI0M2tJIptJKhhrqAo&#10;I5NwhjeZSYwWaOSgJBWSOVUo60qfCaaNlZWRyNWmGeb/AGM5R5lsNwk2axbbt4WM6NKfps49Rq00&#10;8iaK+DUUAHQ/bv2D3x0ftXr/AHZ0h2tmvlT11k8PW1HZdXtmtxu5Ztpy0dPjqmOuxGa2S0z5DDZh&#10;Kqb+HxVFDFUIlOUmLkhgd6WalydKk2LeJvIhLRRamEbFRb6FuNIuPbUYktZNN0pp6nz6wU3/AJQ3&#10;Plbcrrbd5s2jmRzQ07WHCqt+IHiDjpadUdxUOfpospNXTVKeP95a12SvpKmB3SbHVtLVKr09RDIG&#10;DXsboRYe0uNv5GeeTzOyq6lSzAlQBYiytxfj2aHcrVFQqlT0HrlQigRqBQ16Nrje1tqU+Ppnimik&#10;l9UoW8ep7FQL6Dp8bK+rj/Dn25RYmloItCBWkjBaSQoq8/h3YJyyfjj2nN287ZFFPAdIZZTBFJPc&#10;GkCKSWPDHH9gyfl1hG8a/dWRhhpPIRXyrDQU0MokmqZCFWOCCIfoGsklje9+APZbO+txZJdsVJxe&#10;/hsKngymIapy64yiyrfw6iyNLV5akgpclUwUQyGYx8UtHTzyJULSSzrMsE0iKvsVbTy7uO5qlrtr&#10;CLcWdSZCniHw9QLooxpLpVdZqErqIIGkxDsnufa7vzxBZpyhJvWypDMogE8tuJZCjrFIzxKzFIZC&#10;kzRjQJNGhpEUk9Hn646rxu0cXHU5COnrNx1KF5q2eFH+zaWzrS0eoF0jQsA5DXZlP0T0+67t97r7&#10;M7xqZ6XY2Oze28UKhoKjKxSVAyVRC7sRDNXpUxUmIgqUtoCkygIQ0oRmQzDPyj+6o7RbndUt7lAA&#10;SO1itTqAUODQnNQrPULmhfqdeUNt2TkuKefmC8huS7GRVNGjj1cEWq1mZMoSQq8SF1BW6F+KNYkV&#10;fSWRADYBQSoGqy/gFhf/AA9uG3vivtyhnhzPZ++YlldY5Z4FZK6tniYlYkSreok9Xk9IZUnDabEX&#10;J9hm7urKTcZLHbZPqNzWMMQ4VH0EkBiCTIRimdIJzQ9DOPn9p7cHZdrIs9VA5rGoP2do4cBVT69M&#10;2QylcqtHiaH7ypBC2klEUUfPLOdLEgD8C3sTqLO/H3Yrtitt7FXd+VpQsc9fX1MjUUA4WWetl0U9&#10;DEQunVH4w5LldI5HtZDy3vm5Sxql2Im1UKpGSVouQz0I+0Fya5Cnh0outx3PwUubq+aGF1wiirE/&#10;JWNTXyI/b0hKzbvYudkvU7xTbtGxJelxGOjWo086VWplmMoP9WDAn2pch2zvHF4fNby2lszbG1dv&#10;YDCVGUqsvkqSbDYmspqZAIaLHVYgifN1EjBIoWSBFZ3UCWw9ppuVuWoruO1vt4d7xnVGcnCVIXuw&#10;UoOLCpoKgNqx0Y7fe7jdRQ26ozO3wqCS5B4sVqdNM6qnGSAR0iMh1LsLINFt3eG4dzb0q8jWhEpK&#10;7LPVPRzFWkM2inXzUVPGFN/JI4ta/HHsKtm/MPuff2bpcNh6aKhsqfcvQ0kUjwyOU8KiPJUWTeRf&#10;HYgrIDIHGlgOSYbn7P2EBubqLmeOa0RAWHheEFqAyipaQMWGRpOkqa6uNDO7vU2+P9S11Sue3IIK&#10;nHw6lwTXDVyOHTU/w9+P0ZrKvI7Qhqy6vJJUVFfW0zQDSDI4bH1FEgLkBjcWJH0N/Z9tm5jN0GHp&#10;6rc+To5chVRx1TY6ipIqQ0MfjW0NRJM1XUzSzWVzGxQCw+rai0U/1chgupksEb6INRagqKjB0itd&#10;PkBXyrTVUkQbXcLuFtqvpkIC4LEZqScKoVaitKjFAKDHRD+9ur8Hk9312P612hlaGgxLClkys9XX&#10;VNFmaoGZiaOBKulgo6SgYvGrlnkcObDSEtz3Dv8AzMGP3BFtn+G02RWmnmxdTWvPLFU18TO9bTzY&#10;5oaCngExhCwzF50/cVwtgyh+x2Dw74SbpaAbKGUsysS5B+KoK9lPIh2rmoXrW7x2Bt7ZLaZpbsnQ&#10;VVBgfhodRZjU57R5AHrrq741UlTltuZLs2HJ5XBLNCmVxEUgpUageOMYmWLPY+qny9QKZqv/ACqH&#10;/JGUxuhYnS7Vq5j5Oby3QlDT4je2OyFRmhLnaOKarpq6I4ygqo6WbIU2Ox832VVjqGur44pZBG6p&#10;IwRj9fclT8v+1nNW37HFy/vtk1xeKZ4NEolaWKE0lkRUMhZUYhWNSqk9xXSelO37bznypdblc75y&#10;xcwW1jKtvO8sBi8GaVC8cbsyB0aRFYqGIqKEfOzLE9A9O4SJBidjYehPhli89N91HVyw1CgMprRU&#10;/eAMvBIcMfyTzcz/AFb2yu9sVuHbXYL7ertzbZNMs80EMq47N4+sgu2SpsfUR/YmooqhlSSZdQke&#10;dWAsOAzecnLZ7r9NGC4XTWmtVDFFcFVJINVchiK9ympBIXon3feBZRWd5aqY7e4UnuNJAQfhLVDU&#10;oCQpJAOM9BFm/j7HtrctNkdhz5Kgw9cC8mOgqJXfFV1OL07RV8nmyH8NkDX8WoIjRAA+r2ktyYrr&#10;4VlLmdv0sm3Nw0IlqEqcNTO2JrHiAkYVmHilghkjLoNHgkjfn1CTSF9iOflW+u7Sa2nc+C4HANqH&#10;+lIB/YQSeA6DS803CzpI8sckDE9rkL/xqlR+YoOJoCD0OmDwO5YKObHZuv8A45j5UcNDknZq1Q7a&#10;lC18sZeSRb2OsWv9DbgBrhe2t4bcyVftzc+4ZplNVPLiqvJsldSV0Iq5ZDSmsKU9bEKmCoEdPK0k&#10;ixcB1Zh4yt2blVNutLPbLmYzXVQBNLqLkFzVZNOhVY1olaqQFA7qoF91uG070pura2WCo71jYqFJ&#10;AFaNqGkEAlRStTQjyeZNi7cBhlpsVT00oCh5KceAEkIDLJChWndl03Po5ufpf28bj3zgN2Y6GGs8&#10;eWiq48jUGlXH11ZQUkdC1HFM82VWlkxmOrpXrFEMMk8VTOEkMaOsbuBJYONq36DaILa4DTW7uZ1j&#10;kMAEbqrxSS6RGHOvtiYhnAchKI4WN9yvDYK8omjV0mVAokQSksrsJFjLCSSPsIMkaFFJUPpJFX+g&#10;xkdC+mO/j8YA+gBIP1IH6ifryTb2WXO0eR28lVW4CfJVdEkDzpQCQt/CYo3SWFFadKhdLo5SKwBZ&#10;VZRpJOtFz9Y7o23zXOw71JbS2i/USIiBxLHEyvImko5VmWoUJooNSoU+Fz3l3mTbNzkNpu9hE1xK&#10;pjVndlJdgVDEq6VEZANCaAkVGcO9rfT2KHXe9cRmKujNZUNStLopcssDxxiqVnnMqVSEyRxzJEw0&#10;6DpLoGOqx1BraNzsecdsi3vbr7VM8RqtAK6hIAHVqEHSQxTSRrWvDUGivnTl3ctlkni+hrNCxKkk&#10;lgQVKkaeIxT7DT0A8eOfZxKXqakop2yeOqvPSz+KopDGikSwTIZUkEiPIXSoCfUMQQfZBA1pHLIw&#10;jCuWOATpUg5p5nPkSfnXqLr/AH66uoFhlqdOG+0YNfPt4UBHDOeo4qYybeq97Wtfn2MOw03Bgl85&#10;x1NJURPppcfRVEjxSqZriWSvraajEcjraSW0JEatpTyEEkO73PPdbddPNAnj9xVEeoI4Aa2VBU58&#10;gBwJIFSAd3260uZhGt3KbZqapXQKwwTiKMNULSh7tRBB9dOOqdWiINx/j+k/7An2dTD1m5KijilR&#10;aGZJJD41okqoI6SmKa0inM8rvPNG9wzjQJCocJGdSiHJra0hmmW8kGok+X7PM5+f+cdFUVptkFpH&#10;Hb2TC4BJZmIJJFMcFweIADUowLHtLAbuNsauYnGRylVTwFUQRK2pWkBJ9IXQdJU/61/r7cq7cFTD&#10;U09JFCksvjQS2k0IdKsGJuPpdNX+v/hx79Bt0LxSTM+kA4+fT8lzbx26Axjxz6fPh0ncXsmKvarr&#10;qivngovIPtlkARnQnliI7Gx/BFj/AI+1XjqmR4gxV45XAdgSPooNrKnAXn6/U+yqeNFkK1BXy6W2&#10;FxK2gMKr8+gm33t/GrLOiSU7iEBI5RqLEsw1m8ksjarAe05uur+woGydS1RFFG4CJGrr53d1KDWV&#10;a0am+o2P9PZhtEX1VytnEqszevAYNa/P0+fQ0sJKkDSKfs8s+vl0kdo4KLIZc4Kkjpa+apgkdjKv&#10;7VMkIUN5vUFdpbkC2nkj8ewEk3RLn83Qn7KpqqKCrqo6vIxCGJMc0UPiaOrqCY5tdTDWK8awrLG6&#10;KdbaLlhNc2dvbxfTxxlno3cGAEbBVYGjEE6q6cA5oD1Ilhb/AENjO806K7ohWNgG8YE17OIFCg1E&#10;mq4PngWKzZtBhcNXw00tNTV/2sM0FFKxQGTVHUo9PCSoKhqYKzFgV/oHtoW2zarPV1VFQbhwGZnp&#10;qbJDHQZLKLtqKLNY2Fonm3PT/wALyTx0uMnKxqlPLFBVPIsrGAwiIkE/V3bC8SSBgUcqj1U+KM/q&#10;DQzaUODpaknmARU9JOYlsILXx9s3KNZHh1NEgkrCzCnguZUUPImWZo2lioyr4jMrKoZZejxVBBLW&#10;4jI0kNa8b1FTS0cVaainyxgSOPGzpPCstRUos0yySeSdIjpCsCSFGPNLj5ER08SS00vlEwpYLoBF&#10;IhWKerp6hCCjspMagqGK3HB9s2cdxTS2qn+mNAcZIrx+ZJrWvUL3BuC7nWSDUU4ChINKCmBQUHDz&#10;IJAIVuxDkI40jkAliqIpvGhqqhQFVksGip5oiULqrkFvURqa/sFt41ckUtRMs1GYFWQCKpkkGmIJ&#10;fylI4pJJpASdJuB/hx7kHZIFkWNWVy1a1UDj6ZNPy49asollmEQRqnzC1/Ktf5dGM29FG1FAANJC&#10;+spYfuBtLW+oA44/w9lwhlTJVymjoJ6xpFLMlJBLeZrsLztquYo7XYKwZvoPr7lCUPawATXSovqx&#10;oB9nzPl9tT1JUe237QCEOdYxpFSfypxb5YxXpVZHKYvBUT1uZydDiKGHS01fkqiOlo4V1eoy1Ezx&#10;xRrpJOpmAAF/8DHyWMy+ZiajpYGwdDTPJTVORnjeWvqakavMaeDQsNo6hgXOpUDLpCnkey1LuMu/&#10;gXniMwPcv4ailF+Y9fXoa8t8lXNtXct7UrcVosJ+WQxrXJHEehP29IDJdu7Ro3posPkaXcc1XTx1&#10;cbYysppqBaedFkhkerheeNkmh9SaSdYYEDm3tHNiNtbcBmmrYa+qooY42qZpnjSNUaRp42MJSU+S&#10;R7uAypqY+km5NBtqGM3U8zLFGnxMxwBxJII4mpOaE+XUnh72cC0to2USNhUAHceAAoR9lQT16ky+&#10;Zz+iRqb7GmnJIj1O0t/qsoBNkNvpcG49lN7T+QDUCtT7PzMNVUpUzUVTg6ennjp0rVadVqCYXFJV&#10;UPN/TYPLYNcHUMcfcv3i2vbLdrXlnckub5XMTRgOAjDixNQJU+ammrBr1kb7Y+wt3utxFdc37M8F&#10;mUWUSsQXZT+DB1RyfsAU6gAaUX+Kw0ZVVqoidVpFkkILGO39rgEOzD68f63tFdR9IdufIncePq99&#10;57cuN2TidU9TNDFJ9zJR1UyyPRYanjMVNFUVjelpyjtGqXdXVVHuAOX9j5s9yN1gfmberhNqgGon&#10;JNCfhjX4VLEVYgY4mowZH91efeS/YflPcTyJyxZ3XNdwNEcQONaKVDzs2p2SNa0UOlWbSGWpJacx&#10;v3Ym06xMVNmMNj6+uZwBU1SBEkhVeaslmdBpI0Akajxx9fdsmzun+vutsfMu3NobF2xNAFWkzW5s&#10;rDmdwyRwxB/uEr8i+QqoJmLsfUxII9IQcDITbdi5K5cljhh2eFHVgAzMpZ6fj8RyZASTwVgKUNM0&#10;HKXnX3K99edBcSbpvU7GYksiKI44w3FVhhCREAUFW1EkEMWpXpJvn9obmrooznty56kRj5KHD0lf&#10;SYWWSYoiCZooKSWRV50aWKML6tXFi/ntfK7z3DW4WJ8156OvrYTJiPs8nCkFLLLH92atK6lp4sM9&#10;PEZVqTIVjhYMQoDEiyLeZLi9+hhR4rVGJBUKylRhdb1BCt5OVapoSQKkRYeUtwtXhvt33QyrIqs9&#10;WdTqIqwWOgXUpJUooCqVOmoovQzU9BQ4ujWPHUVNSxIsQjgC/aoAXAVG8UTtr9Z/sszN9bk39ihh&#10;emcvl6qTcFU2HxeHFOI1j3yzSY6XJ/axRVeQxeAeGSoqYPIrPG9QaaIykaPJGFb2/Pu8cd7PJDG0&#10;oqvEEx1oCSKlWC1qK1Q8SqlKN0Zi4jtZbafYbKSMqKEOqSOSARUkURc5CkOfMjiOkBX7wWF6nA16&#10;VmYysk1QyptSKupo6bHy1H+SRz5MyxiCsgh0rOYprkqzBVuECX3dsXH4yb7qH5EbdwuSjRqSaaaq&#10;nxsq05upJrocvk60pDclIyqRFrKSq+yi/wB5VtZm35Ya/hEqpxFMAvpFK1ACihAHAABbZScx3V14&#10;t3sN5eseDEu5UfwqDoAU/bjjQ8On3HmmahFNHtA0lI8r1LUIpaOOI1MjiR6h4vHFGZmlGov+vXzf&#10;3G6zx2xaLd9BNL2xS9w7nx6z5PB4eKnFNT09dS6a185lJZslnpa8Yswj7UloI4pZtZSSRoWiSWB2&#10;veb9LSTmATsTUqp1kADJkILYwAoJoC1BTUukx3K03aztrnc5eUZNvichXlY6jg6FWP8ATiFX+JjQ&#10;uQg+E6ies5RVGWxE2KlgTG4urV6WsQSKJJ6SoDRS0aJThBGsqyESgEgrcfQm7X2OMx2dPl2ra+sx&#10;u0qapliqYYYpzkt0SERyVE9F94ng/han0iZrJNJqcllAT3k3yyLHl1bZIbaOa/KD46eFHUY1sMk0&#10;p2qCRgfMqto+n2UW91O4m3xxqTWf04akgFqVo/E0pVYwApBNQ74nH47B0VPjMVS09LT0tPHBTwU8&#10;SRU8NPGulI44owqxooHCrYD+nsJJKWhxe48bits43G4zCw0cpLPippamSqAW9VUZyoq1pqJkZ10x&#10;CCaWYoXLogtIKlm3S6WWXcbpnLoSQNQyGUAKV7aUJqGXhw4V6HVhcz7jtstzuE0r3xcAUcKuk1LA&#10;QhG1VpRnLIEqAEJbsdTqCXZm1X/Spso+puAb+w93rvWq2xW7co6XZ+b3Um481LQ1VRiqd0ixIDx+&#10;bLVreGeFKZpJiV1eNJFR31+m5dvryawFqlrt80zuwUiMA6FOdbNwUD1Zhn7OpB5Y5MXfW3Ca53e3&#10;szFAGGujl68EGdQcACgq1DQEEdYixEbkOQyxsVF/UbKTYAEG9vaxSmk279gkaYyqx33WVrtwbhrM&#10;/kYqihgrpfuaCkggrIa/H1a0flWmRIf4fEkYGlXcsSgtJLtY7q5uTJH47lykshPh5wEwy6GPxd4C&#10;jIDHDDGTbrCSQ2luQJYkjWNYIVpK1AWLlCsmolWclzKTmrGgHSOo66rrlrayobJ0xn0xUuJrI6Vx&#10;Tmm/baRPttLgVZszF5JCfwVHHt/oqfrzAZXr3a27N0ypuDOZ6qg2Gma3BHQZvc2dxlJW52vhoFia&#10;gTKnGYuKYvTiKSMU6sHVtQJDu87xb2UtpZXV4gu7iV/DV2AaRljkdwgBWumFWZjwCKKCor0cWVhu&#10;17Z75ue37QH2+3gU3PhRfpRo5WMF6sXj1P3CrV1UJJGOkFuXcO4zT5CXFUcSwx0UzZALB9zHHTyR&#10;PEvnjEk9RFqlViHHjIKj8Xub/b9NUUUbJUVMFQJamGGB4YZoZpIEjpo5nrwVSmM0tQJSvhHi8ekc&#10;n6x9LLdzXF2s0caRI9YwtTSMqMGpJ1Bg4qfKg4gnpdy/aWT2UtxawMrlTUHQVQgt2o1cLRlqG7zT&#10;Hl1VN8nN11mRzWOo5PNRHHY6py0xkqKaaJ5qpjNQR0McBlK/bQxIG83rila62+vt3Y6DoQAhWsqD&#10;/U3N2/pZfp/tvb60IDE9CSG3OvQTgLXov0+QWrphWTVJnqHkkSSMEsyMixkcuXkZSrAC5NgvH595&#10;kBc2K8C/+3H5/wBb3omgx0ZxWjFdQ49IHMZ2KnPhdmd1F/ESCpD/AKDpFmNvfVRInhkDgOoAU6gJ&#10;LWIYkx8XUD/Xv7rGupxT16dk20zqkbMRU+X2/YesG189Li87T5GlAM6Rs0KOsyxNJLDOmmOoVtKT&#10;OG0g3BUH/Y+0tPJHNGwKppZDqBHj5uRqZVY6ygA/SBa/s1iVo3Qj1r0Z3MHhbfJGckLTP2g/5OhY&#10;2etZDvPH1sdRJPOlUrRujeZAvgRliAlHkiJeH1OXYC7en1DSAvZVdjaEt99Q0lXj8qmjJQSAFKsS&#10;BaSpFWrqsfiRILu59YjW5ItcD3lmzluI2EMxSeNgVI4jNRSmfMfKtPXMOXVvKu4LDbyASAGjDBWn&#10;p5Y4AU0k01A9XI9Hwz5Pa4JqKyGfGVDQ0zSKVH2speupmjbXqRXSRlIX0n9IA5HsmOQ2r0sIqjBU&#10;O2sf91j6WtelFJlamHKLSM9iZswtUsxidqoIPNPJFEjIrWRgHHabfPPZR7NczJcWTQFWgkJcMoNS&#10;hRiSwBoprQipoR0frLzKHG5C5aMSstToXTVh5LjIIJoo7iTXCkgylM2SKo88wkQoqlfHpGoAgnST&#10;ybW+tx/h7B3d/wAeMQjTVG1dyVtPkND1SYbNCmytN5lVzHTSV8cNHW0lPJImlpWllCBw12/T7G21&#10;cxb7Yqn08qm3jIEauilVC0ARCtJQqiooWZhQ0HEFJBzHMQ53O0DoSup49aGjaQXo2pS2SQCErShN&#10;eniGRiPWLWsL2I+gHJH6R/sLewu/ur2B1nkI6yjhkrcXA/3FQmNqpqjF1EZANWxpgjS4+ZCQDMyA&#10;AqP3GHBEVxu1hfoHSwWGQKKmvY2HNBXVpNTksSADpDMC1S+/u+XeZrdoL2RY7x10q7ACRafD3Y8Q&#10;CoJUMcn4Qc9SPqPr/tv+K/4+z/fGjtegzMNItNUNSzQSpMMfVtAKnE5SOZZoY5FNiDIyFlYemQWY&#10;W5HvCb70ntx/WflpOedg21RzNtrrJq8OsxhrV0YKdRERpKC1QEWQjUrAde9qN+m9uefbjk7mq6Y8&#10;kb3E0NQx8HxHGlJFLkquoExNSjByiknJJO/mZ0y3ZvV9dk8JQLUbp2zFNWA08EZyGWwEtPUU+ZxY&#10;ZRG0rwwzfdQoS2ponjUXlN73tvZqmz2ExeZp5YpYq/HwVP7b3CyOiGeJhybxTXX68W944bbex7lt&#10;9nfRkeHKgbHzAqPyNeoN5x5Ym5c5l3XaZYNLQXLpWlDpUkKT5UYUYUFKEdUH4LcVZjcNU7Zy8p++&#10;wjNRoxLa5paeXxI8amQlSyurfm6v/sfbrPB+2v8Agt1t+bi49mUco1Ur59QfzHalL2R6Go/zDqyX&#10;497xTI7UxSM7HWmly7hirrEiNcj0gAj/AGHtt16onDLZhwRfnSPyB9fakDvB6Bsi6Tno2dG5Ohx+&#10;VNrfn/bHn2Gu4l81ZTQquoeS0lvqIz9GPFrj2Kdtbw4HkJ8sdBXd7dZWYgY6MPsubx48GRmJOm34&#10;/A/H9Bf2i8liXEhKKG5YCy3ut7i9rX+t/wDX9ntpeLpBY9R9e7e6szEYJ6EaCqRlFvz9L2v+bfn2&#10;lcjHPTx6PG6sxC2K6QR/VeTf2bW7xu4fVj7ein6Uo9TWvU5WDDj21rTEMskoYqFY/pZjcHSQ1rH6&#10;f61j/h7XNN2lFIz0b2kbY66ZvqOQffdK1PLVxkeMGOZQCj6i17lVZbn1XP090l1LFJx4dHpjYQjt&#10;FOorXB+rW/1/z7EmeFYKejuAS0b6b/QXJ4ZRYX/1rewvC5eacg+fSa2g1u5UZA6jeUljbn6fXn2l&#10;8kvp0k6lRUIIBIYj0qpPFlY/7z7N7Q5Gc9J5gVdsefUqPlb/AO++g9sUNK7MFAcCThnVGKg3LWXg&#10;2YA2/PtfJKFGWz1qDMmRjrISAtze/wDsLe1BBQVIRSqxuun/ADbKb6uPoyCwe39R9PZdJcoGyx6O&#10;Y44ylKHqG8qhrMzA2v8Ai1v9j7iVtGGTRURlNTeMEqSjXP6Vc2UNp45H19uQXOk1Vq0694VGqB1y&#10;SYH6Em30H9eP6fn2icrOcO1P5IddIZBTmdW9VOGDeou1lcEi2nggj8j2d2wF1UIf1D+z/P0qisjc&#10;awo/UpUdSVOr6f7b3399QTrqSoiK88OxiZ/qAo5sxsb2uPp7caC4SgaI6ukJs7mFiskVDTz65WP9&#10;D/tj7yJJSBQDMkpAHCN5GszlFDgBwLf48W91YT8PDIHVTazk10GnXhf62PHP0449546H7hQ4W6M1&#10;vJdiHZf1CxJCgFr8AXJPtsziOoLZHTckDADjXrvy2+tv95/437x1eIqzC7wTlCCHCCMi5H+69Woj&#10;8f092gvodYWWLt9SetJaocOlQfXrwmBNrew6qqjIQTOk1pQCQUYsG/JKW/r7FEUds6Bkx+zpYtnb&#10;BcLRvXrN7aMpmngomIpE1KQbFmFrqy2sP1C7D6EWt7dW2EbGQS1A6V2G2pLcCtx2nr3sdevpRV7f&#10;gli+j066yDyrEEsv5/It7AXMOL8sfPI6Kbi3aO7uQ3lKQPmMnqFVMNSf1H+2/B9t8lM5rqgC1jIy&#10;owsxfm+vTb9Nzbn8g+1iSDwEJ/hHXpo/0xg9ZxKAFB+pA+l/fbLJ9JCAkd1XR6FJPCkryv1+trce&#10;9KyitOJ6LJIxxz1kDA/T3DkjbXqAFhqH0JN2H5A/sX+h9vq4CgVz0y0dQaHrl7T2RqEonkVVaaYs&#10;y6FIuSUYoCQDYa15HB9mVskk4WtFSnE9L7axlnKhu2L+Lr3uNgaeWp+4r6lQJZ5TFoNyFjp2IUIb&#10;n06yx/2Pu15JGhSGP4VH7ft6tujJGY7OH+zjFfmS3HhQYp172ImJhYyoukA8E3BJtq/H9Bb+nsO3&#10;jrpJJz0XW6apFXNCOsM36f8Ab/7zYexQ+xGj9P8Ay7r/APIXn/1vYU+o7uP+i/yp0Mf3f21/4RX/&#10;AI10lf4p+7b/AKbNP9r9f2eu31/Tb/Y+/wD/09eyCYFgiX1FtLyHSAGABVmDH9P/ABA9iecHBBx0&#10;3IK0Net/j2oqczSEcNIzsGJVCUYgqbjT6b+nj2wNQbSBj/D1Sqr+Ide9u60iX81W/h0xhQtiHHGn&#10;TpDm8jk2Nx9T7dplSx4dU1Z7eve3BailpYY/Apnqrqx8o/bVCNJViTw6EC492104HHTGl3anl172&#10;3vLNM/klkMkl7XDshJ+mkRD08L9bfW3tvUSzA9eVSCQcde98JIpShWIhJLjSzC5ABDH0X/oOb/j2&#10;2wYYAz8/L7OtyeQp1735aJEDSKkZvdJbBgCq6WU+N2YLZuLgk2J9ueEFUE5J6bIxU/D173wbHxqr&#10;+FlYOQzSMfQrAIQoYnjVo+g4sfdqKuKV+fn1ZVQV9ade94UpkZ1jDS0y+WWIRFGRW9RRQfoXQR2+&#10;n9n6e6orBtRkNT+wdUFV1O3Xvc3Hx5GhURUGUyVElSxfw08wZZn0rqaSmRWpXCQgrcj1qRr1Ffbj&#10;NUUbpPN4fdQ5/wBkj/J16wP1F/Z9PiZ8jqzq7cy0O8Hp6rbW4HoBk8rFSfaT4nI08X27ZWqp6dJF&#10;rIapCBMI1ikjQXUtpC+5E9uOdzynucou3/3XTspYn8DA/FTiQRXVTOAeAPWK/wB5P2R/11eW1v8A&#10;ZkVOZbBHaMH/AEYEqxTWWGh6rRC1UyagaiQht57amzFKlVQM331HHKFhUqDVREBhCpYqvkQr6Lm3&#10;qIJ93x4XKYjdWGocriqmlr6Gspaepo62lmSqpJ4aiJJUejmjlcSIyn9QZxwTci1+h/Lu92W8WVvd&#10;2cwkjKIdS5UggUKnzFOPocHPXDLnblbdOXNyvdq3Swmt7yKR1dJFZWUqxBDalXNfQfZXj0H23MtL&#10;HNJSzP45qQ+KognZUqIHQXZJY+Skgf02Nrn6XFj7j1eP0610khgRxfj/AB/2H59jOKYHB6jKWDQ1&#10;SuR0J1NWJKiMHBP5+n9OPp+faWgxs1NXmUTMnrYBNBZJIw5bT6m41f4fX3ZYzV38TFeHXrkpJbhf&#10;CUmg6dFlV1sPrYf7x+f8PbzlKNJ40ZolddWq4Uhgw59QH0Pu8fhyHRIeHQfQywuxV2+zruORbkXs&#10;ePrb2isis6SGGnjkZmAOqzlALc3ZmYLb/D2qfXQiIVf16NLaISmsrUp5dSOLXBvza3++PtvSGqjQ&#10;qY9bSzEs8jIoRDDZdLayzogW1gLn6n2iCtCwQgFzxPlT06MHt0fQdNABgDzPmT/h669ucYcEMrgk&#10;BQqqkWmQhQCC5uw93ZR8S0B+XT0UaA5U9Y3IPA/1/wDe/a3xsnmtqkNwSDpQu3BA/T/iOf8AW9sT&#10;VKHp0pQYHH/V/k6Zqm6gkf1P+8i//Ee1JQQFLarlC6lmdStrm4VRaxP+xsPZSTpNOB6OFYhVIGad&#10;JHIym7nUBybXIH4/2ogfX2q6VJnMdPBTVEzTTokRhikkCJ6pZJJHRXWKNFT8/ViAPr7Lbm4hi7i4&#10;rTPS20sprqX9FSTSpwegw3RuTB7fx9dks5l8biqWiiMs8tfWwUyfURqiySusYd3cD1Motck2B9r/&#10;AB22qmTxPXN9nSlEvTm/l4NxqBsy/T6H2Hbnc07ltu9uFfToXWe1tHXxlypp1X72r8q9uwiTHdeQ&#10;/wB68hXCSNslFHIMTSCMW1x1Oi1YrSMtljNuDdhblYCKngiWCnVQLEsy/wBu35P+v7JfEdpD4pNf&#10;n0MdoQCeJVB06h/h6rR7dzWfzdDntx7qrak1MdJWyxBmZIaRjTukXijJjUhXK2VSWJP9fcZYRZgh&#10;RWLk3YXuGBJA/wBq9P8Asfd3nAKq7Ch+fUlRRaY+xT+zqubKbuM9fQRZKSWd0hm0cGjfVE8sMZq/&#10;NSynxkqWQhm45496unyh2bkeiPm/2BsrARV+E233xX0nYcGSoIK6OlSXN1Ulbk6edKeRaLzDc1Vl&#10;Xpn/AOBZeonSBGZRrw/502iDZeeNz2xTpju2a5QUIULJVmYNUDDlhTjTrqt7H82NzN7UbDuV3KlN&#10;tj+kdGPczQ4jyQcvH4XqKONWgdbh/wAHuz6HuT4odYbsrY6Wvzmy9vPsbMJT1CTTLk9lwLi08084&#10;0JUZnDQUdbJ5bJIahXIVSPbBvPHbog7Go6nHbKzWXpcftLKbs3RHDXTZDK7ey1RQYJ8bvLEUFBU1&#10;VZnJ6HEU9QZ4y/lenyVSoRJWjVC+98fb7nb2tonOmLxSUY1UgKoNM1ZULEAkUWRjQkAgUw31ouxP&#10;LJukDI9wsMYkACSd8ivE7sAELSFUGmoYondprUw0GSxj4qhqJNyYqjx8W5/7v0bS08MePy8a1Ndi&#10;JNuyQ1tNTtDHLkZpIoGjYapqaIK8qMVlSXetLiu06abKQVNTTUfYG1sNuikmw7R0+WocloipcquJ&#10;qGWNqCsoN3YtMjBLJpXzGPXqUXB3z2lpzLP+9onXxL6CK5opIYSHSJ1oBQVniMtCeDAA0Y9G/IDX&#10;O0RNtt3bkyWVxJEQ34kPdE1eBIicIT5MrDyy87Ax1Rt/Bx7Zn80o29kMjh6eaokQNPixVT1eGqA4&#10;a8gixNZDA1rnXG1wLD2HW6sSmxd6dcbrxlRJFtvcOEoJ6iqS8P2eO3miw1wL+VYGXCZ6GGVEjZVS&#10;OpHCBr+yHetkPL0+z3CktZ3VukqnPwOCGUk47WxSteBPQ0NLmC5Qj9YGoByNSEMuP6agg/mOp23s&#10;22co83RV1OgrsDmK3E1sLGImtSik8lJXJEA14cjSBR9ANauoPpNhc7MmxG9H6trcvPgopthVNPnt&#10;uHGiaCGuy1JTw12VeeI1MIhr8nPka5pCQkYlAUIx+qa+kidLN2YEoAF+WnS2ofMt/IdBPYLC5sFv&#10;0illpNOzyV/gyiJ/pUQIB65Pn1H27t+HCT7jeAV0757KrV5Cor6gVE0Y+2/hdHDTOUUijx1HRQxR&#10;qdTBbliTc+xkOXocbBvCsrKqjoKHHZGpydLTid4RkaOspqKtneJPC2p/PU1IjIUgiJASObSXbPA3&#10;LO9NcyqrW7u6KWALhgpqM1qanhXojma4F9tsccbFZVRGp+ErqAr9hp0kGx9ZIdvwpStU1T0MWOqK&#10;zRqkpTTmSFfuA1kK3pIi4JHqkY+xN607dwOO3hFi6NjWU+K25ic9W18tZGaLL7LzdBWbcyeTo5UI&#10;aGn2zTTzVcupbfuCxsXKxJHuF3De7g0bs1oo1Rk4oCukp+Wpj+XSjmnlyPdNgtPGZI7wMVooOrxl&#10;dZImOTXxJI40xQ1HDPQC909VVe7dm5+GaX7DK5arvhWSGBnx288Lmqfd+AhqGJkMjbhy+GpKKzHS&#10;Y3GlSWANbXYorOytqdc9TYbAVWTqeoPnYdxbkFRTVEcdNsLBbd3rkYpMyK6ed0pqOl2iZphK7BpZ&#10;IwoZ3VHDsJmu22i1tV1TJfI3+9Yqf9KEJH+m6Gu22qR8zHfbicLa3uxxxlK9viQy+XzkEwUn5gdG&#10;Fp8LBRb2ym+3yUEcG7uu9uYOLHU00TU/3uKytc8FVR1MSAVBrf710tNG/AbSluCB7N38DNoZQdb9&#10;pUeTpoqOu2z3329uCvoamCGRoaDcNb20caUlLNFD91Q5GGVXRuYqjxkWc+9z3+4bLvlw303iGTcJ&#10;AzHy1eKDX/ak9Jd0ltFuYY55fDdrFEj9NQlgJoDxoVpT518ui7/JTceExe+tp0ORqxC+5NmQwYqU&#10;+ZklylL2p1nX0aGkhB+4DDHFwDZV06yQFv7KJ8qt3L2L178meusRBj8ju3adD15uPDvjaSN2ylXi&#10;9y5DCPRY1I5Zp5EkbM4GmiidjKp0I7SXV2lfmLfLjmbljfrOOFWuYbe2cFe7tjlaJsf7aKvzUDz6&#10;vHtIs+aOVN3gnKQSpcQOpPEyRpOrV4YaOVf9vjAPRjtpYc7bbZ8sH3UNLmaHI01fTV1QHq1yeRoo&#10;dyierMaxwzVSVGOr2kZVVS1SSFUXArI6i+Om7N+dL9o9e7SrpMru/L0W1O2uvNutTRUNTXVm2KmU&#10;5WjxdZPXiJKqt2ruvGvG11DzTxIxACt7ijaeXZtz2vc49vunN2VjlSPSF1uH0tpzWoV1b7COh5Pf&#10;rFcQeM48BGKnzI1A0J+WpCtfXoQ8znKHBU6VuSlFPQiWOGpqWt4qUSiULLMQCREHj0k/1Pu+7qPF&#10;ydP5ur3B2RXUmPwgp5ZNhUtJUo74X+O7F6n62x0iAhDTzUlfj82FDNLJDDNLOW8aSEZA8y29/wAn&#10;w2k+8wFlm0NBGjBytbOzty9Bw0BZqV4AOTgHrHv3hg3XmLlmy5X2FUF1c3aGZmwpit3nuXBPo5WF&#10;a+bMiDLDoFXq6LelZULgo2q5IK/HUGajmo5WWamxuT3Jn5KUygBUWoq5qSdnPoY6E5MgsXTrKbOd&#10;ZVfyAg31Q11Lj9/dgbI2/tGpr6uh+yxseW2PtKTHimoGqXnNHmsjHkYohCt5RRykkW1EKcs7ja7H&#10;zLu+3btcBbncEi8BHK6tJiiaoUnKHWAfsHUgPJebhLy3JHA3gQxzeIafwltI+00Br8+lrlaWHceY&#10;2vlKDKRRrga/N1smPjQytkqegeswtTDG6LZDSV8yH+oIsLkG1gHWnRlV2rtjfUG4s1LisvtihTGw&#10;JJF9rhstkaqNfFAsmhY4qqSkxrSBgrmBagahZmHsUkz3cl208rHclFKgaVrQAEj4MoC2anUQDSvU&#10;G7fudrrt942KOMWktw0isxLle5i9BxZdb9yiuoKdOR0S75cfNel+J2/OgNsR7Br9+4zt3N5Sn3M2&#10;3qpq7cWx9n4l6RK3dkmBiieoylFS5HOwxrGpQTpFIEYyKqES8DUYDphNubNy+GwW6qPZ+0NyZOSm&#10;3pkqBIqvcW6J8fia6shegjFBmtyVuLxNWaaCPwxLLI0kd4kj8gj2CCymvtvtd5u0trS3Q3DtcFFL&#10;SOyIy4JEjyJEaKgoP1CrFQCYq92JOa902S4u9rglm5hvLiNXFlFMwWCHxJVTS4MkUSSOFdqBwQI+&#10;1yQOtu7bqfkdW7n7T2Z2TvHran3JvnrnG0+49q4iog3BndjdWRVe6IsBUU2coKLK7VxOdz+6lFeS&#10;gqPtYvt5UhkaZIiVZfAyVG/KuehlyVc27drQy5fEw0scwjy2TyMdfk4kRaipkenrK/J0dFLGWQxw&#10;odahSR7Q883e277zfPbbIzTWjWUanwxqXXGgyF81aRljo1NKoSSfMc/d3sdz2D23k3DnGJbOb95z&#10;ziNwUMMS9kYIYBq6FeWpGdQNTno9mTrKWCjp5hU0j01FWU0NLJWVAiiDRxHy1aVKI/kelo/LKo9R&#10;klisPqPcrPbCzXXm7K3bGY7LxO7cRsrak9XtWnw61lLt6nzEuJr6uj8VGKuvyE82MCwQS1LSLS/f&#10;MS0D+FmIa3vlvcbD63aLzmSGeysog0SI36ZloxCojFjVSF1EUXWSMaWIF/LXuBsXNnJdlz/sHJ09&#10;nd7jfLFKk6KLrwWn8GSWU9iooUNLGO5mjUNnUAYFJUz5KFI6nb7Y2fJz/wC5ZTLT15+1d4FeKoqI&#10;oYoJJ5IBIhCBzHHGCSbg+3RKPM7K65w/Z8GRhodv78io9lQ7YqKASZKqotuVclZteopZ5KGSuxFL&#10;mn2KKimeKrgirHqUDwD0r7IuReYbzkjmXl7mXbpA0lvdxSupX+1EUokCk01KkgiCnSy61alChPR3&#10;ssdhc719IQ739jI1wsqOoRJJVo0bhHAd40uWQBkOgFvMAqGjbl21vXtDI9Z1GEz1Lmtgxvuuk3CZ&#10;XpcDV1GSxwxWWamenqxBm62lpN3SwTQSQv8AZ63AkR3Wy/qTFPTh4yHV9LjSVZbONYCsoAKKGsL3&#10;Nh9fffjbrlbiKC5hP6MkaspyCQyggkHgSPLrLOxRGjjkRNKsNVPSuT+XkPl1OojPHUGJ9Xp1KGcq&#10;xKoSiaioAuyID/sfaMqfU0v7atYFSfzquP8AYWsPYmhbCgNTo0Aog6XNKSET9xm5Fw1rfQ8/7D2k&#10;qiFdbM0JZyCtgTb/AFvz7OI2JUd2Om1RaudAr6+fSgjb0izj0jnn/b8fS/uAtJLqX0Eox0lHUqOT&#10;fSP6i359v+MoUgsNXr1UjUTnrL5lNrn6f63/ABX2o6CjkWQBB6NVwLG6ra3+8k/7b2WXE4IOvj0X&#10;XAUVPTXVzJpLE8rz9RzweP8AXI9rGhoHjdXcroQegaWVQ7fUagOV5tz9PZHczppKjieiG7mSCG4n&#10;YEIgP+CuKV/nTpK1tarQtFGDqkNjZ01D6rwL8G3PuzTp/GNtfqalqFo1bIZEVGTEbCz1U1fKiUCS&#10;cavGaRY2uPpGT/T3iZzteru3OMytcEWkQCGmVUKKuR89Rb8+vlu+/wCc9f64v3peZrVb1l2bbEgt&#10;FFSyxmKIPcMoOAzSsQfUgDy6WGx6ZYsItT49MlbUVM7MV0syLPJHH/07IUsv+De3TGigwtPW4+jn&#10;jqcuaiSt3BVDQtXUZOpGoSVERJkSOqUM8IvYJwBYD2Rbnd3lzJbzSIRZBAkQ4qFUmtDXiMVx59Yq&#10;7gbvcpLW7uYTHt2gJbqMoI0/hbgWUmj448elj7LJ3B2ZUbXoq6oxxRayKNUgqGkRik8sjatEbxOw&#10;dVi03U3YkAAEXJutrLBt0lxHbma9NDGgWpJ4ZGar50OGNFHnSb/bfkmHerm1juiTASSVAIwoqKkE&#10;cfyoM1p172W3ZmR7P3xW1AjyudxuJrnijlpTkpqKlENPUpUUtfm56eOjeeqqJYjKIpXaJGkNlMiK&#10;QKOWfbDYuX3Tm3m6WWbd6q0Nsz0Eehqo7qlGkcsobRJqSP8AhLAaJu5js+ROV7SLVY2U+4xVIfww&#10;7VZNLJArFlCKraCwCsQoBKx6tXRNvoLn+n0/31vYkZeTYOxcWuNy8q7nyk45kzGUgw2Lnq1lj1x0&#10;tZlA8U1QyanYtreOEGRYwdDE65t5hvbm0n8feV2NLgiG3kFFk8SQEKFkwsZGcqQ6gF6mleiHlBuZ&#10;t/5itt5i2hRslqfEeBVLM8SjUVkEZDLHWgAQAux0FyCw6wVSySU8qRS+GR10xzBBIYmJAWUIwZSU&#10;PIuCLjnj3iqqGor8nGmFq2y2NrGqa2CKjWZVlmiakjx9LQU8s8rLQeJJZPDH4orAKUIZwNbPc7pt&#10;NjBebzc2tvtVrHL9TJJI9xPKIwqx3BnVljj1qrySrolYdgUq2qgm3NOXJJ72z263kk364eBY1jh8&#10;FInmLmaNomBaRwzIiSg66EEGgPTXDVTUWPjqMq0dJFRxTGqmnrY5wKWmjZjXVdWwpYUvGmqTiysf&#10;qRz7LHv3sXeGX7Bj6Q2bBVR1k0lt8Z+iSimy+xaeujuKfa9bLUY5Yt0Vk7GN5HSGSlhllYAgX9l2&#10;9cyblzJ/us9uoIrmQQCa8u1lIt4bdlPhoG1LWaYgaVOopTXoZl7Jc5H5S23Y9km525yZoIkk0Wtv&#10;IpH1EkbkO1wjVYRIK51sJCMkYo6JLHVQxywtHNFLGksbhkkhkRwrowZC6urKQQQSPYz9G/GnYPVu&#10;MlrJcbi23C+Rqaikxj0UP2seQqalauszeYqqKCtiqstLVKJS4JPnfUNbAspt9bYcm8tRbByLyrDZ&#10;bGsRnuPpV/VnnZQ0pRSFdzJICXYmr8acAQ1zB7rT+5W7tBe80tGQ6Qo0hYB4wCE0M0gCRqP00Xzw&#10;CSCAWzI1tbSSK0GPmqaOKmqqiqemkp/umlhETQUtLDNNEryzgvwxANrA3Pted147dG59uV+16Olw&#10;2Pkghhko8bUV1XQU2RrocZF9stbkJ6Goio2aqeVNE0s1NOUjEojMgCBSKGXmLl+S/wBotoblpdbR&#10;/UM9aaSQHSIaUaOSpMTRTLRdLGrMFFWzXXL/ACzvFpt5ublZgKTgQxHSTIdQCmTXKDEVOqNI5BqL&#10;BX8MAt+CNPV04zUUsleKszGGrd1mdYVmdFREVEAMLIVItcFSLm1yUDOTebA7Rmy21sts3cVJmq7b&#10;eUx1a9TV7goMXBQ4+pFThMjHVz4mShSJpI6OOMsrFnAACsSJtr5Wn5vtttlu47napbSCSsDPK9u5&#10;VKg1jZxLFHo/TUAuAxCv2vqHdlu9tYX+5x2O5QbhbShJUmQRgljJpZGGlZFdu3xGooNMjPSjkBKl&#10;oyAfGzx6i4TyAejX4yGKXPI9jJ0VR4enwIwtRDl6WTBblzCD+L5GkrsgyVtR/EYJC9AsNJRtPHXe&#10;oSyES1Gshk/StuVLjcm5VeWK/huRrl0ERsiZLEhlbuJ1MS2AxBclamoDPuRLaJzTDBHblBNaxawt&#10;NPaCho2KU0gVDYWmMHqLqqxTyzI9NMxAeNDHPHGjKlphJIZZJJEMoZl9C2Wwsfr7be3+rNvbroMn&#10;uXaNTFBkMTUnHZLDjHVuLrZmiqvVlKbE11LSyyzwtZWERaKZhqjDM2oq9l90dl3bborTdLBr2w+t&#10;+llnMbs1lKaVEqyIJfCrQtQGoYFS4oym+2bJunLtylm94ro9qLiLxHSrxlWJjSRJJEJAFDUg5AbO&#10;OotLlKgtDHWULpJM5jM1G33VHGwPpEstkaK6m/0IF/aH2R2NvKt2P/d6kydHs7N4TNVGM/iUVLgq&#10;7cGa2tBJo/vVQwR11VjMRX1lVUxr5KyOfU0BM9OzShljjky6itbPm3bt25Y/qLtFpvEohub82pgv&#10;rd3cR3NtSbwkkmfuUSrKQAQyFpKoZb5scV3e2+6SW829s1n2WsLOpt5VWpimKweM8MYBDBHjbuxI&#10;Qq1cViiilZuQ0rI7NJK7q0n0CoruURgPpp/HuBuujwOT2317vDYtHs7semxbYPIVGGxuMxbplMph&#10;qqWCr3xilqpWixmd2/kUkiP24L0zBmgMKhh7F28e4fgcoJzLJy7d86ct/vS3aOaE21z4CxMUl3G2&#10;1FwRbSgtLHVXSRCEZAGbpFtW3TXu7bzy9dX0+ybvNBLFUyMhCzKrCymbsZkuV0kBsOoUuGqD16LV&#10;EZPJ5W8krEF9LBVH6fUoAAJ4At/T2FPbfyFoendoYHeeOwkmT2IuR21t+sxmNKU0WAx9bk5aOV8i&#10;1NEcbSUePmmQcrHAxkRUIZiC570+8W0+w2w8v73dcttfcuXc0ESyW1Y44oXVwZkZhhUVYlSNwCS4&#10;QlBUrTkD2Y3D3P5k3fluXcBbcy+Dc3CyPVvGZVDALrbW2s1AI1EUZnDKurqX7OLsamo+yKPFbhpK&#10;zHQZUSrk6WshVqtawGKpix1UYDUPHJk6OjlJQm8c4UqQv7dhtLue33+0bdullcC72a4jE9vIAAIy&#10;6FVdSMdySeHJkhTWnE9Yy81T3fJN1uWy3FtM9kB4TIe0r3KZE1BQfCd1UHtBSoPHVX3u5r41ZGrl&#10;2vLiA4nozDNlKCVCdKETfb1IpyfV4qoSxuF4Kn8Xv7xK90oIf3vHuAAWct4bj8qqW+Ypp+zqIuR7&#10;tm3veNmuVZFjKSKG4iuGB+YxU+eoHz6rm+f2Hx+BwuzOzY4EjqYs3FtTL1SkL5aesiqchh5ZrsEJ&#10;oaiknVfywnsbhVHtcbvghSErKyqzFtHJ8pP+rVfyV/p+fYc26+WBfFL0UDicf4espPbX2s5k9yN7&#10;h2Xlzb3dywDNQhUBIUFiDj4uB4+XRGNwfNXYfQOy5Nz7wycUsn27xYvEU9VClfmKsRCZ4KJJL64x&#10;BfU5FkDKxtx7APL7L2jl85jc7uTbdPm67G0tWMLU5WmhydHgYVNIJYsfS10jRUVZXSXlZ4o/PIAV&#10;ZmVY1Qqe6Xcr6U2EMF1uANAJWBCiilggK6RwWrUZgRpLgKi9dofaT7ldztmyWFhum6vZx3EfiOsN&#10;VZyoKDxXDFixUgAOCi0IoAzHqnDsX+aF8juyZd4Yvpve2P2uMvuPE47K46HKVGD3lvRspFlXklhz&#10;OIoUoqvA7VxdHBilNRVU0CR1FP40vLUuwa977y63pdpZjDb13Z17i45Kegro6TemJod6JXijqlqQ&#10;RseerpK7LloU8UIgdZ0L6owHUH2JYdju7m1Zd0ijeVjXQ8ZlQEUwEVgznJ05xUkUIFZL539uPbL2&#10;s5el2iPme2t9wjRSVBV5jU/woRpZqUY6UUgChOelD8E+tfltne4NpdnYzrbvDfc1TkNx4DN5DYm8&#10;9wdSYGghr8XFSLGe48GlVjcWtPlH+8q6WdHppjFEsnl1BUL5uX5ZRb2w1Ts7pvrzsHtmslxK4yu3&#10;JtXatdtrbkFcIQkklBPmqDPyU9LEyk+OWjkjVG0+Q2DgjmFzNNPbbZuRiADK03chif4WWNZVkJBJ&#10;qUWFqrUBwaHqDOavcGPd9ps9l23Y4iqqKSGPvZlJYMNBqvoaSK1PPyJ9ei/5ZVB8cu2Mf8jvkv37&#10;130hTYffWW3ftfYW/uycbunJz4PIVFR/uG3jukVPW1JldwMtQoNXi5jHLKEaSJxeAl23psjfrRUG&#10;+t99W7N6ex9FA65LJZPdm1Nv0WbdfHVx1lZFPWiV8/O0TB/t6WlEzu2iniJA9jvlcRbdLbw3pN1C&#10;hUGQIiKxLKS7EnBqCGKxRmrPpUVUdQPzJYbncQKzxqkxAAUq5fGKqBgD0LMeGST1cT8fvkH0FLV5&#10;Prrr3v7evfWXqc3NWKaXA7w37FtSlyFU8UeOpdyYbaNZSY7ZuHe0NLJka+qkjRAJamQgsVNgPmen&#10;9wsnRddYHauAk25jQ71Uy1VfV52dw1O+SppFgXGVNVBxJaoc69YVFZvSacxTCe7vLq0laNZVIUuW&#10;K8TTwqKYywx/accULUbSj5Z3Pd+VoLexCmQzNQuqqGUjuGos1aHh2g04npB9t/y1+pu9O3sj2f3V&#10;vvtjsGly1VSJj9iVW5osfs/BYuhc1B27R0lFTjJUuIrZAGm+1lglk8YMspUD3XB8svkB2V8iE662&#10;Fu/FNT4fBV2XzE25sVUw4qCqqZoRSQJmcRMhheV4kdIHp0jOuVrrbUfcI8xbjzJu+/cqcm3PKk42&#10;SUvJJfrLGgRgDRJYmipVgKAx6RpZ9IADdTpce495uXLsdtuElZrNCsaAEu5JPcadpKigrx0ileh5&#10;+OHwz6M+KWc39lemcFV7fpuw2w/3mIqshPk6bDw4f751pcRVZDzZZaSrnrWkkSoqJzrVQpCKqqkO&#10;s/8ASD1e9NufZ2ZzuBfE+OAZWKKcU6w1HlEFNXSR0klHMuQSnYeGVmin02ACg6ZC2jZrOOTwNn5o&#10;i/eMFCwWQM4AOC6KHUMwArrwwwQvHqLG5m3/AGyb97R2VxDJUFX0umcElW4ENShx+2nRgN57T2Xv&#10;7EVGzt84bB7mwmaTXNt7OQ01bT1v2MsbfdxUkwLrPj53idJoyskEmhlZX0n2Im3uvOyPlF2lmN5V&#10;24arem6tv4emzR25Pk6TC09XSYiqhjpUxmLghhonlpamVCIrxq7MNbW1H3U8pPf8zpzBvF/LcSxF&#10;T4at4asASQdK0rp7SQtC2RXyJk2+8488R31vbt4+6yAkySLrlKmilV8hjgAMUx59BruDc/SnxQ2D&#10;tumyZpevOv3zsG2sZNS47KVuMx+UzArsjryNRTRZCopIan7WV5KqoOkafU97e1nW7i3/ANWU1Ym9&#10;fj1jq3Bmuaep/wBI2zt6Y1DGxF4cbnKavxcFNSsQwTSZLs3qLAL7G97v8EA+mhvEhu2JALrOjvWp&#10;0qyssdPRTqoeLHoDLyjuVixXctvm0AZ7Ux/plkjY1+0UPTlHubYfcNE1P153XSzVVLDIBX9a7v2b&#10;nZ4fKh8FTWUXg3FQyKrfpEsAPFj7Mz023wq72Kw726JwnX8nghpUrc/vTd8WMyeUq5iv2GGyc1bR&#10;4+Qx3Bb/AClXjZlHjYEsADuPNO3Sbxt3LXMRZZLtWWIyyTyq8ijUydqNCvbkCWRKtQKrdS5yDyjt&#10;e9XBiPMAtURRqOiJNGrC6hVQFJwx0gUqcDPRA/lPSfzCekdlVu8um+4c53e9FlIWqNsQdQ9aRZvG&#10;bfSESVOTqpaWkety04kXxLDQ4uQMpaR5IQLEw0fwV6p27Tw57ZNVv/YW46bJNHi8p0bvXcOB8WNm&#10;mcwyVGO3zuHd1HXTJBKxqSuhZY2P7QOos++2bjs8Pjub171ZCAtmSnY7BjqSaSUYLM70ILAYV2y2&#10;TG5fdv5y2Takvdt3x79mZXRRGpJAyro0Ihqi5OVZh5tShJBY/wCat2pubctVsLeeyut6fY8u0Grd&#10;wxfJPA1GeR8/j4R95gIputdt7YxONiy9UY4qWDI4moAqkcNWWMSexr2hgO1du4tanFdk4XujF088&#10;lJRjdmPhwOfRqSXxSUq722pj3w1ZL67MajBwL5B650Ulif7Rut/ebcLq03CzvYKHCMB8JKGsqIVY&#10;1GaQA8e7TwGHJ997o8q7FcTbrtUe+8uu2mW3erMorpJjahIahqQ3iAUyOgI7T3n8bdxbpXaG/wDp&#10;XevxKz8mLps/k6vbeQoM/hJqbJUf3VHm9xdObmrsfXY+DG0+s00e38zPVvS1JVaSWQhFfq/e20t1&#10;4fMbR3zs9zka7E1b13Wu96DH/eZuOOKYSpjYK81m3tzUMj/sGqx8lTTIW1My8eza3Njv0ItJV8Oe&#10;RaSQTLpbTkFSK6ZKaSQ6MykDBGOjnZdl9ofce8lMOna+Yw3fbzlFl1spI8FtUZYg6hkrJw7AlD0m&#10;cL8ee0NpZ/Yu+ehu8I4NlT5eDDL3b1PnspkNo7coK+vpJmxm8v4cmN3Xs/IxUrxzS4rPLRy1CyRx&#10;x39ZZg6j2zuXq7elNX9b76lz3UOYqPFlup9119Tk5+vIIFNFHUdW5sz1mQgxlBNHasw2RkniWASt&#10;SyQMsdOwSu+Xr3ar4RbVuXj7KzFWgZxJ4IHbrt3A7UD01Qs2lKnw6ECM4ufeU+7JAm13IunSVQsn&#10;01ytAVJ0lVk7ih1VI1KQagkilWBkd5/ICq+0ymB7n2FXbX7uxNLS0OI7w2tiqbG4DubIwYlsiKTt&#10;rER4fCLSVe76emYY/K0EHkpq2SFJ70sdRKbF6WSHIUcNVTetJVSQsGVw5csvpdSwYq682P49lzMY&#10;5Cjn4TT9nXH7feXrzYN0vNn3CJluYWIyDkDgwrmjDPSc2p2zj9xU8GUWvZIpD9u1BWp9pUUVSkhj&#10;rqesjZUqIZYZ0+kiJc2A/oExuy2PoGlqDHDG7apZ5pTCmpbR08Afj9yeWf0r9XZQo+vs42om4ulW&#10;MFmFKAZPzP5Afl1AfvNf3lrypdWG03Gm7lBLUIBWIZcr6lhRaeYr1Zf8Good5bryW6JoNWM29RJR&#10;45PEauFstkmZo6osR+2aakppLH6BnUn6e64t2Y894ZypxklfNjNqbUmM8j+GSZMtkFm8WsOJpEUm&#10;KM+EAMSGuFAb0ZLbTN/Uaytrv6VJ91uvIn+zWmD+34vQjPzCvIdptPt1sd7v26SL+9Z4lEafiJZN&#10;QQDByaNIaj08s2rVM80UlNHDTNP5ZSJGDBVgjCk+Vr/W7WA9xM9XYjZOKVKOE0eMpE10NFFIYpKy&#10;uS+kyadSGVSgGrTqWMjkXPtTaRXm9XbSTnxb08SfwqfwrWg/LHSW1v8Afebtxo9w/jM3cR8MaUGB&#10;SlQAcVrUr59SdI1arc3/ACB/rf09l2os/unfOSqJqx6wRyasfQUdK09qGCS7GiooqeZHq/uGIMhk&#10;JEthrDJqHsVWWzbfYRNuN3brHe0GTpDAIa1LippXOfsAzmcrGK25XsoYbeUMi97PI1QzDizaqqgA&#10;4UFR+Eipr0I4wSQigsbtYWuf6m319jTtrZO3drUhqc9SUeRrk8M9Ni6hIzj6SrW08dRVGaSSPK5A&#10;TqpDMEjjYWQXAZg5fbhdXwWz2qsW3k0LrXW+c8BUDzr8Tefp03DzX9XKZxdE2+e6tS48wunggAxT&#10;8wBkNtdHV1KtDBLJTI3paRFGu39oBrgrf+o5Hsu3bXftNumnXbFFTDJ4XMVE1NW09XBNTSwvSVqQ&#10;6KrF1tBGCsM9FrgP0JKuGsoJLdnm5XuvBFqYb15JzCyKQWRo2IkDrIvHUKUbL0qoIC6p02S1v9mk&#10;ElzbtbzpCkqNUKpWRS6GNkJLAggs38ROTx6iY7buPoKha5YlesETR+c3ZzrJLyEm5MjXsT/T2KPx&#10;z2Zkdro+5Zsg08u4oVoaYTUsAyFBFSWrM3ljXSTSLOJYquClQmOJYmc2LEmzfNVvuSX8233W/NPY&#10;rFG5j8IKxmLsxeWWrGQvhdCqqKEqBU1UDc3847elpGWtwk8bkmj4bUKRoqqBpCsGmJqxLChND17M&#10;0sOWT+HzKzwqiVE0R1+GZ21/axy6GUyRrLEWZb+qwB4PsW90di0m18fnN1bkyB2nh8THWLXZfddd&#10;RU9DBQQVKFMjJWTZCpWmxtVKVeN6xo21EKURrKpLs8lhPZ3kt9bvaWtrcSIzXGiJdKGhmDltHgsM&#10;oxZSU7mC8OmLPdd33De9o5X5aWPd91vEjKQ2WuWQF4xJ4IAjDNNGMOiaqUJqQK9MUGy8FJGkX8Oj&#10;jh1aGhFL4I0MJsBeZhNIgRLKy6gfrcjn2HOV7UpRlaGhrMxRCuzGIyWYxeN88MlVlMdjjQx5Kup6&#10;f9xZ6OmbJ06uyMVtOCOAxAtK8uRX9jy9NeQru91DLLHA5Ad4YTEszBDkrH40evBpqzipCheYN1gj&#10;vblLSeIWd2sEz5HhTMz6Edv9DlYRSMqkg/pkV1FQXqLauEiQxLQwCP02AWxGj9Nj+LeyWV2MwmM7&#10;GzFXiZq/HUn8LnxGP2/QZGek2p/DMjlRuJ5E2xCwxy5KlyMzxfcqiu0bEDgkAEckewfKOze8lzz9&#10;Y7vdW97DtbWcdjG8KbeYpWEzSJbgalkQvpYIwjaofQHyBte8/c18wctLJvV81xcT3guJppg0l0ZY&#10;o/AQtcOWkKOg1lC7aWwABjp/VAqoD/YAAt/QcD/bD2MOwKjIDPR5CbI1aGPE5DHS0kkpFJUeZ4qk&#10;zJACUV4IaaG7cmw+p1C017lsfg3drdT3sniRIyaKKEkDEGoX+JQq9y57ipJqeo05w5lK7M1hbWy1&#10;aaN1kU9y40lTilHYk4Iz5eXXIqCQSPp/vv8AX9qjM5SKBJpf4iscgiZjBr1SGNXMTzNFGXd6ZWS2&#10;oWFyOebBxN22q2nSyubiIT+F4mgsuvQDQvorq0A4L00g1BIp0BNvO5XkkYcSMmoDVkLUgHTXgCBn&#10;OaAny67AA+nsv25uzcFl85idlSLUZPN1U8cEyUUTVdThqGpFStLm66nRo6x8A1XFHBPPEkyQSTxm&#10;YRxkyLFl77r8r3nN9tyRYr4u5yTaWCAOY43rpndAwc2+oLHI6I3hmRDIEU+IsvbLyjzBZbRe80yS&#10;BNojVirStRJXUqWt1fKePoLSrG7KZFjbw9bAKe/aCfsmTZuVr9t1FNL+5eCsIpTUxQIbLDWVLRkr&#10;DA6yFRI6hGAIPq49g7mn3nPJ/M1ryguxzyT3CShpFhMkMXhgFXuXDDSGB7TTvoQ9Gx0MIvbdOadh&#10;k5qg3O2QQNHojeUJNIZK1SFeEhSn6ihtUeMZ697QfW+8+yNwdlYyl3JXLtHD0+4t1UWU28lTQ7qo&#10;t8bUq8fLS7crYsjqxk+0K8VlSs6oUnkYRMpAUgrAHtvz37kc2e5+0zcxbjLtW2Q3s6PaEpdQ3luw&#10;KwMGYobc6iNOSXIZgEJwIucdh5H2Pkm/uNlsDuO5yWlrJFcsslpJYXaOr3CeGDILtNIKFiUWpVg1&#10;QQfezK1G1m2fumcK0kmCz0EoaQjiGXxGdZlYupSR4mddZYnyDSfqb5ibxtsXLW8Rb/t9sv7qvEMc&#10;8VQRDIuS0ZGihZQQDVcVzTqDId//AKx7JGzGm7WrDHmQDpocGo1BTT0NfLr3u1/4m42b/R5QdbZ6&#10;rbLV+zIJlxGanDNWZPbcldMcfHPE1iajEQVEMVw2nxFLKApBhnmnam5YFrc2N+0tlISn+lIUFQTV&#10;w1VrkEAlTSgIAx65u3a03/mzcNys7YW8d3od4lNVWVQBJp4YdwWPzDfLpCburJcFEmTRmMEsggkQ&#10;myJIY/22uB6QwQ/7Ef4+zm4bZOPgnedyRAgkItC0kahIl9KiNXYvZWNrfi39Pcd7nzHOsDHJYCtB&#10;xp/L/P6Dovl2eSeE0DcPKlPIZJIAyRk4Hn0XvcnetPj1NJBTioriYv8AJ/uRG37pKoTJMY4UTUBc&#10;swHI9iZh3hqMTQZBaPI4iGsSZoaLIq1PWmGOV4aaerp0mnWnNdTBaiKJ9E0cUirKkcoeNANb7g9+&#10;DI0TD/T6dX5AE4/P8h0XblsM+3zTWUUscrKQC0ZLLWmaNQBqcKiqmhoTx6Dg7/o8rma6mmq6DIT4&#10;14/LJRyI9O7uqvKkM7QxCdKeVmiLglZHRihdBq95paOnicTgeZ2sVsFYgryU0AEkkcn/AA9rxcTF&#10;THWg6LLTlltZaeZj55HTnVdyPLBNRQrHTCBWhDIdIAN1BLkAC31P+t7eKHJUQh0usMLgsNLXDHSB&#10;9b8hTf6e0c9rceICpLAjoTR7EYNISrLSvQCbx3PlKmqvFLUOj2e6KzKzMw1FWAs3+w9pPN5bHsJK&#10;aeGKoTWGTy6X5DN6kDF0bUWv+n6ezaxsbg6JEJVwPKo4+vDo8h24qiDINB047Vos7VSxZKirq7Hy&#10;hZVeWnZoncvpY+RgyNpAQjg359ooVXlq7U+KDwRQF2mRZ5PEIJkMiRUlHTS1ErvBIWjWNGBKkGx0&#10;gm0yyW0ffPg/tr+ZPQqtLKNraQvcFZFoAGA0tUEDuPatM11EVBxU9KDN1s2OhAyW4bT1tSUIeWGO&#10;WRpUURF6mtlqFiDTR6W1FAA1x/aPubDm6PHfeyVskNDDFWCGSWZzCjVNTUrRUkQNRIoV6ipkhhjU&#10;WBkkUC7G3tNcQRqkcmoUemSQBU0HH18/nTHRLuEBmpFApeXQTpXLUC6mNBkhVBLegBPShosFkZ48&#10;LJT01RkHqxGyhI3mCIIlnnm/ahLTLBGrM0p/Up/IAPvGmclrmmU2EEV2tIwBVlYWRgNYEuoWsL+r&#10;gX9qzYrbIjFe9h/h6DlvtL3MqxxJWpGfKnGv2Uz8+hIysFBtaiiq6md4GlsojSMOzDTqZkiZTqUx&#10;3PI4HPFr+0PuWeEUuQqM3zFNVeGnjiEsrNKKZJJF1OZIRSQmR42YD1yqSAF9oty5pg5Xht7jwJGI&#10;fTgYI41/P59TjyB7JLzPdw3Iv/ARVqwGk1OsgHjWpFD9hHRVO0PnBk+vs1i9m7B2SN05l6H7+srK&#10;uvXGY3G4yWuqqSiI+1jeqrcpVsizvB6EhpiCza20grGf37JtdKyLbwGNkqvEklWrBqoIqlDDT1DQ&#10;+SCOf+2qnk/n3CfOnuzzNv8Apijn+mtFI7UPp6nBoes7/b72T5T2DTePZi5uCT/aj1zX50p59JzI&#10;vu/5Mz4g9q1ZrtuYxoqyn2hjoaim2+9bLJrirMjSvUynKz470pGajyRxICVQEsSVzePbW5DRChps&#10;zU01G1zLUxzhaqZXq2qJvtJ1dXVKtme7usuqNrqBw3t+390dz5b2mwhkNbxQKKHJbTqJqz0OkniA&#10;c0I6FEftZsW7bldyvZITWoJjGmunTTSCBwoBnyqc9H26769xuHSnmkxdL54aamhhpUgRYII4aWKm&#10;hilRRZDBFGv7YGlXve3ssG/O5ch9lk6JMgKaCuiWOaMVNQXKCZ2BBaYASMnokNjrW44vcAjnL3z5&#10;j3rbLza0aK3gnUBtGosQG1U1VFNXAkDoecr+zWwbbf7fud1b/UXMDll1KAKkUUEAUIU5Fc9GFx2K&#10;AWFpQPQ2oWjVAF+oQWBuB7KhJ2qmIyK1UMcU7RSawrSBixBP1XkAX+vuCBf3HiCYLU1wPn+fU2vt&#10;kckBinNAwodOAPzHD7OlA9PG6lDdQQQdJsbEWsDa49mk2D8997UcdDgaTF05iPio44qFmWZxpEa+&#10;mNLyOS3CgFm/AIPsYWXuFvFpGttFUKKjtOk0qfMceoM5p9guW98llupSzXNWIr3Ur86/Zx6B3JdG&#10;bHrcjNmZo6kVkkrzySyzmRAxsxIEhtHbT9fx7M5uf5TYTH7KppNzvRQbnrvJKaI1sa12PpWXxEZJ&#10;fLIIpT6mEZswVubE8Hr85yy3ME88wLIta6qkE/M5HDyI6hTdvu+wbdb3cUdsX1/BQela4U/Mcfy8&#10;+k9gNlZ6HsOGvw2VqqLZGKx0VM1LPS04o8nkDNO3lxpZVmKrDpVpASrEcf4g/Q/PvrHakEEi7Ww1&#10;dlKCKKCnqRVyJHI9JVx5ChmrIIpBRVr0dWmuEzRMYzfSQGZSOLT3sSwsTZSWyTMVALF37qMHFVqV&#10;bSwGmoNMnj1jtun3Ud83PdJ7i1uZreF5C+lVX8a6WFTR6Op7+4EnjXFB9kozJG8bzyEOpVjxzcWP&#10;5uP9vf8Ax9ln7u/mYdj74NRTYnLHHQPIAsOPqWllt49BAMbAWJF7tY8259x7zH7u73uodIboQwE8&#10;FIFB8qAAfOoP29TByD90jY9kEUt/aeNLTNVqK140qf8ACeuNLjKKiAFNTQRWsBpiXUo+pUObta9z&#10;ySefZOEzfyE7PrmaObcIglQzRz1Jqz5TKWaEQ0aqtbIJ1U6ZPH4B9WdVBPsGpJv+7Qm7nnMdsaEM&#10;8nc1QSNKg1I+Y+3hkT5Ze1vKWy6Ei2NHnBpTwhippWvD/P1LeSOJSzMiAfUsyoP9ubD3d98Celdz&#10;dNbU3Tv7smOWfcu96Omx2Jmr5xJV4naMMNLVzQU1J4ni07oyki63MjAx42NlJWRSMzvYHkK4srC6&#10;5gvFf6y5ZVi8QEERKoZnBOVV3Oa/GIo3B09c8/vbc17Bd79tvKGwXMJtduQvcRwBSpujqUB2Bw1v&#10;DVWXyklcMAyU6T0865mQRUUzeGmlvI6KypJIG5ALBSxjAIPFrk8n2YLOb3/vFWOtHlG+wpsoYa6o&#10;oJ0kkabGTgyY9mACQxgwhHSxlQObGMEWzO2zZ4ba2YhA04AAyCATx1edakg8OHDrGWys57CWOW4s&#10;naRo9UauvbRlIDaTQsTxXOmmenoQoi/oGoqT6eCSABz+bn+v0HsNnz+Qqc5W46HACGghoUmgzz18&#10;L/f1ryzCpovs1j+4p44UZTrZiNTlQPyRLDauorJJWLSpFDgkltQpxqukEngdYpwPUo7ZZWSbbb3T&#10;biWvC7KYPDIWNQRR/EIFdVcD0qfLrp4yguSDzb/e/wDintMUW3cxm6beWGOTz1Ec9V/a4vJVE1PJ&#10;LjRUU8Hm/u8lO5qFx0zSuNMjxTpNcxejgg/mHad3vuYrK9g5gurPY7dHcxxyKpeYBACNIZjGU8So&#10;kIZHBaMKNLCc9s5m2TaNktok2W1ud2kKgnSxAUEnu1UAmqBTw1KMo7yaDpKZeklfM4jKPkpqbGYe&#10;GtqK2giEaU1XLJGiwTVlQzK6CnUEhf0t+fcfbGazfX+4snt7M52Dc+PpYMPEktUuRoMdtGkxsEmO&#10;afM5eWhyE0mQq6uaFKoozo86BlkQlIie3u3XP7pbeHdxCf7NRQySLRsqCWaViKFmJDUq9ACwNrez&#10;h314ES3FnctIxZqq5cs+s6UUrQKKqowVUgDrFm44MhhzlKGnqKgGnkqIaWhWKaryaHQ6JRwmop45&#10;PKqEqWkUaefp7Uce8d1Y/FUG4Ist/ejE7UyUWQr8yu2FpY5sfXVRaEYvK5OlFZO9azrQpJSUsGhF&#10;Rm1DUxCm2X+xXsl7FuKmGaVf0pAzOFqCCJFQKq9xHa2kvWlMswGF5yvGsdzDaROjXCd0XiNoBRar&#10;SOoLBKGXurjUOAHQexjamUy7YfK46m25nM7T11Ji6CXOQ1+TSqo6dnrFr6HBVb0VM9LAyzFJ6qfW&#10;wYDTb1HF6537Sby2/i82lP8Aw6SoWeeOhllabSIauaj1wTvBSippA0GtXCLdWXi5A9hfe9tj2y+k&#10;sY7oTIagOMBwAKkCpJyQKgkZU1oR01y7sVztFpcW0pJU6e4ilKgNRqCiuQdOknNKceqwvl3sWqxW&#10;7JscJRVU0VFBjqjK08Ap5Kl6unhaYTRwNVpDIYiUCcNa/wBCQCK0aisHki+3WRlcrCpLXJAv4yAd&#10;Skgj/Agj2H9RhOh6lPXo/MUJkLaiuBjqvmWvyW2FbH18NbUU9OX15Mxt5Io9TeH7pSipHpRiCxNg&#10;hVjx78IJY1tYa/8AUDUD9Ofxcc+9+Krnh2dXeRkFEQhPWo/yE9QoarGZOrkaoro4bgL5vLGXRA3o&#10;RNPlR3U8mxPHuBMdSTK2lX02YsNOlQDb6fU6vz7URlVZTXAPSiyuC8qRkVNR0rZ8DNQvR5CkqIp6&#10;OV00r5lI8pcIGWMKCFCn6Ee0dJDIJBAjtqMZlI0udIY3LEKpLDkDgH6/4+zlJkVFdh2cPzxj/V6E&#10;+XR1L4UltIZsJWh+WCa/Zj9pHQr4bMRwackUUPBV6YVimp/LNJGGQsiySx6gvkP9eePz7r33L2E+&#10;4W7eykGRdsNgMnDSYut9UqRV+LrpMe9ZRyU1JUTS0tTTxyED1KoEcmkgyWf9rOZZt333ma8qZOXr&#10;d2iCYoxVXGpCocsrlAa6Tig0nUOknNfKtrtsXLsMar+8rhSzBSRIVcKVRgxVVZGIBqQCQQcV6vW6&#10;zxVThdude0tVCIK6twMU2UpiW8kaT45q4RTqX/4EU9U0YN19N2A491F995jtrbeeky+y9wZDNYgT&#10;VFbm8DWZRiHkhjM8skeMyeQyRyVNQ0dU6mrWSRYlB1BQoeVHz9vfPW3bisnL9zNJDErmWKSUBStQ&#10;2I5JZvEjjj1UmV5I0KlZV7VZx3ydBypdwJb7wiwTOgjimWPto5KgB1VPDaQqKppQE10Fq6UHIKth&#10;weBYX/p/sD7CPYvzT3pX70qFydQkGKqpHirKJy9W2LlMVNTQz42qnjgqJv36abWJpZJZoptSOCFu&#10;Atm+8nzLFzVc225pTaJW0mGi1h+Gnhs4UyKGDu6ySuZAWdZdSprEvMnsps8OzfUQRl71BqRhQaxm&#10;uoBiFwwIKBUUqVdHDE9e0L/T/eT/AMV9mepe+t4ncH8c2fvCiyGPjxtDksptrMYylSgyklJTajBh&#10;ssPJPgZMrEBHLTlvHBURtKzBH1tNK+5j7vuLz7RzDC8Edp4r288QVZnVQdUEoetu86duiWsaSRu7&#10;N4bmRoG3T275fm247dvmxzRXbSlEmikIaIEjMsYp4yx0JDhV1IwVV1KAOXs6e06PE1mWxHZfX329&#10;BkqiigmyeGiqYmxe5cZViCprIaaogT7eDMRldcMqN9vNKoUhAxPuWtztoty2xbyJlu9ruoaqQwKu&#10;kgBRtSlg4A06WqSAKK+S/WJG+3u6WEF/ylzS8jQRXFYZyKy2s0bHw2bUSWhNe8P3qpr3aRTHLEsy&#10;NG4DRurJIjC4dGUqyN9fSwNj/UH3dJ8dOw0q8dXbNnmWNzTNkMTK0ukBalFMtONZujRykEC/Fz75&#10;Q7JeHlnmbmX283Gat9ZXNwsbNiiqzCmeIYBWFDnJHHrJz3a5aTnDlbkf3m2+FXg3Czt1uEXJ8QRj&#10;UWoAP7TUj4wyCvHrWm+XHVk/VW/snkaeMtj3zk+Mm0RhPDJTNDLQVMvo/birsd42VifUQf6cnHxV&#10;R/E8PjMgCCKvH0VQLXsGnpo5GA/wDNb2O9uuvqLO0uf9+xq35MAR/I9YTc77QLPedztCppFPImf6&#10;LEfsxj5U6m9Cb0OIWqxBq9Ap8vXRIhdVUL5bqhBsfo3+29t1chhDuOL8H/Ec/wC9+z63bWQOolur&#10;UrIwpQdWjbLz8eVp6O7BtUYW4dW+i/ix49oQQGprJJmX0hygJvc2/pf2fiTw4EjByOgzfW+SOjNY&#10;2sSmoKdI2t6ATyv+pHtw/hYcaeLEE/ouBe5A5/J9pzeMueiV7BZB3DqWu5PAwFyDcC+pRcn/AB+t&#10;+fadzGAR4y2nTpuQdOo6ha5BP0v/AE+nszstwcMATx6IL3alB1BcZ6V+JziVVlLrrK35INiAf979&#10;oyWiigAVxYsT6muAzMfrxaxJP9fZ4J3cgq2B5dJ4bYqBQcOn01Rcg3vx9Lgn6e4EOJh+9gk0oCJf&#10;JqMfpUrYA21XZiD9b+1El7L4Ei1ORTo0Acpppj069JP+3bm/PA49qzP0Ej0FG9OSHWYtcA8oySav&#10;pzYeybb7lFu5UkGNPSnbYBHM2ofh6Z461TNJGbkJYXuP1XsR/r+2HIY144IdWoM8MZJI9NrkgfX8&#10;huP9b2Y2l0rO1OAJ6Kb2LTJqA4k9O1JOJQ6qeAxH1/of+Ne26GHRIGMbMqqLD6qX5vxwb2t7WSSY&#10;Irnpi2iwSeNepEjAKb+1XQxLZVC8HgAnSyjjnT+fp9T7JZ3YZr0bIuCGHTRO/wBTe/8AsP6/8b95&#10;aqkhkVkYFg6FCjx6la559X9m/wDUc+6QzyKQwPD59OhQO4ceo8NQ4PB+n0PH459hRuzblSaaVEhl&#10;qaNQxaJFLywL/YMaC7SrD9f6gf19iratxg1qssgEp4V4HpdZOscoeul/Xp9pJ1YjUbG4+p+p4v8A&#10;717CwYGeGpimp62RKcOFaKeEO+m+opHMjQvpIW/q1njg+xObh+AcaacK1/YeI+Yz/Lo3Lo8MqNAN&#10;RX8JAH7DX/D04K5J+oP+FwPYh4rC/dkSgv4G+kvqIIBCiwYAkhwfZPd33hAqD3/4OiGUn4WHcOo0&#10;sojuCR9P6i/0v9b+1vS4yPhUsFUcKbgOw+rH8Dk/7G/sglumOpjknpvw6gHy6gNUAG9/r/QgfT/k&#10;fuZJjR4ibBdQ5vwot+Bf+p9tLdVIqeteCPz6xio9X1H145H9fYW7oxEUczVSJ+CkxB9Icm6vf6cn&#10;j/AexbtV6SnhlsVBH5dNkEAgYHTxTvqFuPz/ALf2FO4KMpC91JAPpIvYk3Wy/hvYphmDo4r5dK7F&#10;iJMHqT7HPqTGscYsgZjAKflbnQ0khI1BfoLLf2AObLnTNEgA1Yz546vdoHkZjGNVTnz6ZMtOIdA+&#10;ha3+9i3+9e3WqxDU+SmeNmZWZzbn03J4H+I9sxXhktkU8R0jni1RhQOucNQGRWbggC30+lgfzb8n&#10;3Elp3+vibg2YaNWq3INjax9vpKD+MdFMtvilOpSSqRct/rX/AONe2TJLW+JhFAY0JYySkEH08qQB&#10;ewW3tdamHUC0gLdXs7SDxQ0hBalKU6zKy3Bvf/W/1vaYkpofEXlvPOCGsrngvx5ZGXlbEcezRZZN&#10;YVTRB0drZsTpB7Osmos1gSOP6D/H/inuRhqhYohQulpG9cTEWM6udZKn8sNVrf4H21eR6m8VWBWm&#10;fl0VbntrtJ46L28OuTHi4P8Asfr/AE4/3n2JODpGNShIBFgCWc6gbE6QBxzp/wBv7DG4TDQacekd&#10;lAfFUU/EOoNVMBCzE2Ohzc/4BufYwfbej6f8oOv/AGHm/wB79gzxTq4/6L/k6kT6Ps4f8R/+fugZ&#10;/jg+6/zi/wDHy/Z/qH1/g/8Arf8AG/f/1KBqIYSKqUnXVCJtTORoVSLq3AVtYXUfwfr7FEjAcRUd&#10;MNqKgdb/AB7cBmKq0kMShafgaEiVCI0ZufKOdYBHNl/4oyZCRQCnTbQqRWuR173yUSshcyM7k6xc&#10;a1KhUICuL3Ia9z/X/H3pSWBVmz1dBoxxqOve3SOhMiguR+2HPPBZGkLem45IJ593UUxXPTesgmnX&#10;vc6OkjtqteT6D63uP8CP6D6+76KnUeI6bJNak9e98/EFDcDU1rqQfpa5YEi4ufezgVr1YtXHl173&#10;0YkMOmw5Lj8j6qukf7f34Urnh00WAahHb173iFOgtqusekKhGlwqlCH9JOhpFZlPP0/2I90X4adU&#10;ZgME5697yw0NPI0UhkkjlDfQt6rzka20GWo/SLA8gc8ce6tUV9D000jVKuKg9e9v9EsULqC8g1KG&#10;fVJdjYQxco0cmj0xm1uD9P6e22NaVPSOQgkkCg697V+MNDEUv6nLo+oyFHEetTpSx1alZNQH4tf8&#10;e3QVxSlf9XDqhkYUoP8AV8/X8/Oh9OuLgkWAvf6jixFjcEHgg+zpfFzurdXW+7sFg/45PUbKy2Ui&#10;oa/C1DK9BTx10iww10C1Mcn8Pnpp5iztA0Qe58gOkEyd7d8+cw8pbnBFabkf3ZM6h4yNSgM1Kiud&#10;QNT20FGyOsY/vD+yXJ/uVyzvW6XuyRvzRbW7vDOgKStpUOUdkYeKCFoNauRWgYCg6C3snbslXt7M&#10;ZXCaaPc2Po5K3H1aLpFRJRLHI1LVxx2Wtinp0dFEgZkaxUiw930UGApNwY6KsxmRhdnjBaGa0T62&#10;VW8asDpvzY3/AMPefO18ztLa29xLHrRkB1L65rUeVD/l64ecwcmx2u4XFskhQhyAGBpTyIOk1/lT&#10;omWO+UeT2m/2u+tmZaenjfxvnNvU75KmVV+stRQBxWwizDlA9+bWty1VuwM6jEx0EkyWHqhDTAG3&#10;JDxqwuP6+xDbcx7ewo0wVj/Eaf4egXd8tX8Jbw11rX8P+Th/g6GHb/yz6MyUERqewsHgKplGui3D&#10;McFLGvHBXNJRhWH5BYsPz7ZpcBuCmWSEYqr0qOTLDJZuLmxeLVf2tTc9tkfV9WufPUP2ceiWXY7w&#10;Gv0slfkpP+DoUsb3D1dmNLYzf+0MkXUMGotx4ae6fhh9vWupQX+o49pOrwWd0sBRTi5v4/FLcX/S&#10;ASgJH9RccfkG3tW+5W4UabhP96HSmHaboEVs5D/tW/zdKiPfOzimo7owDL/qo8zjyo+v1YVJFvfl&#10;2fn6tUUY6rZwuseGhq5VNlINtIdNS/10j/WHtltztMM99Eop5uv+fpbHtt4rUS0kNf6J/wA3TRkO&#10;2utcSkkuS37sugiiIDvW7pwlKFDEBdTT1yAEkj/Y+3Ci6y3fV6VGFqVjYkq0lPPEfp+dUS2b2jk3&#10;7bIVbXfxMa/xA/4A3+Hoxh2K+mIIgK/6YU/w9BruD5cfHTbat992/wBfzzoATR47dGKytUQxsCIc&#10;XUVkhJ/oBcfX6exCxPU+UhOqvraKjXTdhJOj+oFQBphMrE6b/wBP9f2VXHNloQVto5ZP9rT8+jFe&#10;W37TPcKtDnov+5v5gfWgElNsTaPYfYtaZUWnTb+18jHSVK3s0i5XKQYrGpGvFzrvY8Ai/tdUGz9t&#10;40iatqjXzDkJEixRXvduWEkjaj+RpPsjuN33S8oIIRGleJ49G8W3bPbDvcyN5Zx+fRedyfI75T9j&#10;TGm2LsLHdY4t3lEtduEPuDNujNaPwxRJT0FDKqn+0s6hh9T7f0rMfTa1oaaGCKwBVF9ahTcXdwWf&#10;nn2iNtPMP15CX6WruEMKlLZKClOg7rOld770kSu7T3RuDdVSX8r09dNNBj1eRQXMOPooqOiUcWB8&#10;Vx9L++LV4mYorFy3oLAk2tyLn8ji3+x92FsE+XV4bySRtbFdJ406ly9S47C0zeKkWlm0toOosX0K&#10;SCQfqZPrc/09wa6uNLEpdpozKxjD07QrIikWLKZ45YvQObFSfYd5gne2tw0LUkaoHDBAJ88Z4Zx1&#10;JvI9km471boygxKA1DWmGHGmafZn06Ir8qkqcP1puOTGQ0UldKI6ONK5Ks0kzNJA7RVIx1TRVzLJ&#10;FE6r45o2VgCWAsQH26e2MZt2mJpg9VU3VFM7RKinxqCzKio7aiTyAAD9PcQXvPcm2wglFlugSPiI&#10;A+eeP+DrLXlr2euuY7hWeXwLLSSaDVX0pQY8/n68OqzekuhOze08y38ZQUNMscyGrpUrJagUzlDD&#10;TQPWVVWEZQdJJkcgc3ve5bO9evfjX8pNk0b9sY+np9xbeEz7Y3Nj5jQb32lWSyUc9R/d3ORQT/5B&#10;kKumjkmpKpZ6KcwxmankZEIpuG9cjc3bJ4/MJEW4QIwQqW8VXpXUjAFWVmC1V1KkjuA+ICHlnlz3&#10;i9qubTDyTHJPs00ivIjAG2mUk/2iMQyyoGYB00vmgcAnqyj497g+W/xH3zR4brChqs3gMg9GmSw0&#10;sDVW0dw0Qq4IHbI4wz0T0WSSmLXngeGqEl9FRo/bkpf2vs/t7buGqOwZ5Itz72wO4aHbVVt2kzke&#10;PrJMRWMibdqcDkYq3EzR5D+L4urhq6WrqRCIXiiBCoVMN8pJvvNN1bbdabdJPuEr+CsSHvZiaqU+&#10;CtaVoXNA1O0YGevMewbBugi5ZudDWtzGZ1IFe9W7w40ggBZAdQUVYFqVr1ssZnsHbjblodmVgGOw&#10;G5tm5vdONzq0EU+NjlwUlI+5cfl6etp5qKOnbGZ2jrImVSsjrMzFCF1hBuvbVViVze5anHZujj8t&#10;ZWY6iqJ3p6iikz2QqoctttsOJKqjpYcVU0lPHC6F1pmgWwAqdCPbnaTWF5fQXlpNFIsjKFkXT4ZO&#10;JImi1EDQyqAMEFSCO7o3tU0S29pHRiEAY5qwWmhi5ANSCQ/Ekkk/COhVwmTo6uGgSkr6Wv0UMGqe&#10;nqhW/cQCFJKOqOQEcUb+akn8vC2cSFkJAv7X+U6zyvYWz92U2Rw8tJPtfEVOXwWLx1CImyVFkjUZ&#10;ir+xpKNSks1VhdFFB9vEry1tDAOP3GkU7vYXUUl9bPNILYaXRNR0BHXV2jhw0qKD4hXpJb7ysY20&#10;h9ckhKSEcVZWCfkAxLEejH+EdI7I7xw+2MlgA1elbDm80mCraiedJZaV6ZoMXFAryKJojT5CpNRI&#10;srkpDLUMfSFsRTKbw3LkhtgjCZOGDYVXSjfFdRU1dX4ezNBjwZp5702Lo65heIGSJLm6qWPsHyvJ&#10;LHHogk0QjvNCRn1NMClONM16F8cMFs8w8VK3GIwSKmgBIA4mhxiuAOhREkUbhJp0D1DyGniaySOF&#10;QlkUA6pygJNxzpI/p7MD3lnMNPjOvMZHFmcpR5jNZKlqs7toRVGRw2OGzjkaaqiY646uHH1qmRFS&#10;SJpCqLG6uF9nW7X+3QwQre3TrtpA8WUAfpJoC6vQhK1I9B0Dbfbd0urm6Fi8CXlA0YlJWNpBJXQx&#10;XuUMAVqAaV1Yp0yYeOrjq8p5wkaPM7QKUssherrJZKo6TdEkgeKPQ3KyRNzz7UvV9e/VuxNvbX7Q&#10;3Fic/uuh29TbfeoalEOZqttVtdnhuHCVwbxVcBztLkpsfAQmmOrSIsAFaxNBPptVt45VkjfSwfiS&#10;hLGv5g9PXVkdxknniJUFmfB7dQC6GXJpR1Vq14FvXph3BgZcx9waQLHFLLLXB5RohTK00GJbA1lg&#10;XIONrMZHNq9I8ZcAXPsQtr9aZvBbKx392tzY3d2U3fndsbp3D2RBViux27sLRbW3T1DVbgx1fr8N&#10;Rlt3YB6LIyhDoefJrO3pcN7e2LTaSWpaRDSWORnHmi+IrBfm1QR/pgeANE80j3LRXC2bkxLJGIiQ&#10;hUv4F2pYcQFdDGPIEEeXSDg3JQZXcENRXU9ZSRbfGUxX8GqFMdbT1NRDtHf+NeqoobiOPGnBTUSE&#10;Aq0lLKilmVh7Er4q73pus6fe/Vna+bo/9N3c9dV5zbOzcHR1VfX1GGknFFNl2NJHPSyUeCh3HBIx&#10;fiOGCZ4lkCykFl9u8Vput9Z3Vk089w0jq6CqqxqVrVkyRSnaeJ6L+Y9o3Tel2vc4THBZWQrKzNQk&#10;LpZQhOKkqVb11DoBvkz1hnN+bx6i7K27lsHitldUtXZbdVdkqxKSd4sTXY/I02Lx7V9NHDepfFTU&#10;jh6in1SSoDImkXKH0B8Y95bdy25RJvPF19fmsp8g8TulsphsktZg931ud2HuDYlNRVgq6l6qh29u&#10;LZtHWzuWBmZ0ijU6QfeRHsd7ebhutpf3g3SLwbuyvbdo2UhhOngSWzA5DDxlWQjtrRlznoWb3PZX&#10;1vspslBlhlglV60HhkOjVUeRUsK+Yz0YDenYFDBS4/LQ008lPQVezNw0s8csMjVWDzq1sFdURx/Q&#10;XwtVVKCfTpVmJGk+zI4/48023t20fYEWQ/gGT2/HUpjcDg0SlxmPpN4db7f2tlqIVU0YaWgxu4Ot&#10;cHNTOYUEckZVgqynSV8x8vWHLO8yXc07JPEjuI0OlQJYwAvwnCSRoQfPh59FkN9dtuQihUfTzW7I&#10;S2cwz66V9WWZ6fIfLpN0fY8W4mpsZFSS5Gjyq1VLJWVEZfyz7d3HjZZKEU62hLZjb+cqJI9bK+mn&#10;YgHTf2qe3/4LJBSUuX/h2Rx8tTQbRoo6wPJJnKuv/icMtBjKanBnrK2pj3JDAqKCHiFQCUj8jrrn&#10;7mWLefpruWeJrO0hFurnCsNcrHC0JJMgAIzQEcK9Jkt5Lm6t5ooSLw6zSnADSwqDjTVa+lQPl1P6&#10;ognoIK+edZ6Coy4l3HXJLEI/sWlWhxePjqzNrihBkwE9RJbhfMqnm3uVkOvdtZrDUuP3HiMPUU2S&#10;pcJvybI1eqKrGf2htaXb2DlxEU9Q8lE+HTHIVkpvEQG0tqV21BNNs2beN3TdZbaJ9wt7eisxYNpj&#10;gCjQCeBZFoTwxXz6Mory8jhkjieiaimB/GwZiO0gdpNKnhjHXCLPVGPyuRq8V/FKiTHbjm2yuOp7&#10;SUKNmN143O1dbXTJTjVLU02aZI0VmUaXIdCp0inL3lT7jgxuxer83kqejGRzUu5t/JRNQU+585TR&#10;UdbJWYfHNIjtSpWUENNGI5EssJjChg8cgj/rWJWjsdunIPe8lwVCamqG1KNRIOpQtOwBFUE1LAx/&#10;snt/ZbBZN9TbQrbrGiQ24YsYowWFGkaldQfUafOvl0X7G/HuorN47v797827t/c+5MpjNu4DZGwK&#10;iq/icXXGz0lyVI2Dr87FjpErqt4s9UVNaYqeaBauRyJpYo4JKcsO5dw5OrrqrIZ/IZwZRxHRVVbk&#10;Pu3rpUp8nj1raKipmGUL51Ke6KkADoHVJXssqsBb2+u9zkN1POXvmp3Zrgr5cKhfhVQCASPM1G72&#10;FlHCvgwx+CKkgFaBW1EZBAC/0mNDggcOjn4TDYHb+JxmM2vS4nE4ijiM2Mx2LWKLGCnlo6ualkP2&#10;rU1MKGSdXdWYsjlSyf19rnbW5KfGrLuGDbX8TtFnZKij33VVscUW3YcTO0UlS9RK1LS1GFq6ajkr&#10;IqmWCGQ644gpj0rJvtxPtO0SXG9b3Ym5uI4nULIxUmqkqwJ7KRyaHdZGTUhZVJbrEL7xI573mPbe&#10;UuQ+YLra4Lp4i01iFLhS2h4mIAbTIhkVTGHbWVYYB6fKCCCBacV7UMk0PjYrTwQpEci6SGWZI1DF&#10;beRvGSWcRtcsSSS01FVuzNRU0SbdhzG88jLDmjS5hqXa5i241RRjH/w2nyVPT0EOMp6d4qxIZ5IY&#10;KmRSzTtLGkJNJrfe/cKC8ueVYbW43ZCZWgXw4RHFGwUaVchSqqQ5Usqs1GMhYFAc+3nKG5cszz7T&#10;v1zcjlTboYhDJJK073E7h2lLsGZ2lVxoVRXSHoFWtQ15XN7dpaSTKR14lx0FVV4yeTCI+RNPXRid&#10;qxFixy1EiVvkhMMnjjeZCwDBVJYDZlYsVk/ibh3qq45DJ7E7Rrtt42koI4EzFTj5t6vh8PRw1DRE&#10;Ru228mslIk2kGRVdBqiUA05S5R2jcF5Vm3JJZL399RW0sMOkStFJdJGVFRpVmikrHUgFgSCGHQY2&#10;jnTebD71r8k25C8u7jt0UzLRex/pkMkqmhyZ43SQg1BZVYtUko/HbOocVvjcO/6KCSgrN0beoxl5&#10;KqqyBxvno8eamCqfHNUnHQSwypIJmhhWZ1Y3JBa8CpgVY9C3ZdRH5sCCdbLf9KF72H0A99n7TTGi&#10;RoNKKoAHoABQfkKDrqHbRKLeJUfKqB+wDpP0FQXkuLWNyDcFm+l2c35fVe/tL1dPEAToe97AC49P&#10;J9X9T7OoJmbTnHS0iNUo5P2DpXUc7nSLk/1/pxYf6/BPtIVksCtpKSKblbqpcCx+rcWU/wCH19m0&#10;b8VLjy8/Xh88+Xr5dJxNHq0aGqelHEx03uACBwSB9frwTf3ijmjSS06TLENHjkkiZY31DUArO8a3&#10;IP0F/dZZ0+EOAa04+fCgPmfUcfUdNvLEhIav5dcm1lSIimq/55P/ABS3sQ8dQU8iJNH/AKxTnnkc&#10;Wt/h7I7m5kBKNXpieMEmnDpE5LJSxFkbVYC97cDj63/wHtZ43GCoqqej1eN6p1p4y99CPKwVb8X0&#10;kvz/AIeyG9uzFDLOASEUsafIV6AXOm6W+x8v7juM8TSRwxu5AI/ChagqQATT1GfPpEVmQmKPPGUk&#10;KOHZiQG8acvcmygC3+292cYdRWzS4mhbTjNrwwYejmiWN5XraOCNZ6eVbSA/aUyLEw0HSzNYgjnE&#10;jcJPp41vZ6/U3dZG44Vjg/KpLN8wB18b/Pl1dT73u3Me6nXuu63Utw4YnCyyM4bNPiZ2YZOAvlTo&#10;zePiWGipYk4SKmhiWwsNMaBFYf4MBf8A2PsHdvbJye1chu3KZrMpmchuXdGTy8rwCoaOixsaQ0mE&#10;xzySrEqyUVDAI5PGrDU2hLhdTeut6t90FutraiIRwqlDTLUoWHzOBXiaDiehJvXM+379acu2O2bW&#10;bazsdvihAYpWSQ90zigqQ8jFhU10ip49TPZaY9rt3Tvyv+0rp6XYm0q+phqcjL4aXHzTUcUldksi&#10;1VUMlPLIDH46UO4jKRGU8EAS1Du1hyTsi7zu0gXcAlERzpAoVHiPUV0qaUb4RQsNRKlJ4sL685G2&#10;HbLGxsTcc7blAGjiWplFR2xqq1IXSC8hpqzpFDUdYJqmCnTyTyCNNcMd2B/XPNHTxCwBNnmlVb/Q&#10;X549jBnaHE7dxEmL2zjj9tjfH5aWBgZ6l5DEJ5akLBJNWzLSzGdmKtIdJRP6ewff8ybz4F9vE1lJ&#10;fXdO2GNqOwLCgQk6Y6CvaeIII+KpjTl+S937e7a45g3NIDcPp8aQEpEoJoQq5VQy6KKKVozD1ykB&#10;1P5DKR/rhh/xPukP5G/Ljq3cva2O61pXy2M3titx0e35uyMxt7A13XXVGTnNJlDNkcduZIMBmRko&#10;oamF5YmikjNI2gnxrqxV9zvvS8gqLXkjZLOax3WCWOOTcJ44bmHbZFaPxWWK41JcaArRPLWJqLWN&#10;2ATrqv7K/dt9x7Dkjcfcm9s4r7lKa3a4bb7ea4ivd2QiUIiTWYM9se0TRRsr+IGoYxUnryKERUAs&#10;FVVA/oFAAH+wt7FzfO/O+enJqyvx2PftLae9s9srbOyJuvcfS46TrnE5PEGfce7dw1Pmz0lRTU9f&#10;T/eLKwjgArAvnRCiqMYt+509ur3Zto5dCc1e3+7TWtrFDYsGisxdKrzTyV+rceOZWlpIfBYTDvCe&#10;GOgRy1sXtt7vCCbeNwHL3O20w3l7eS3zOZNylikWK0tbfT9LHHoVPCYqGmMkROh3Lnroxq19QBVl&#10;KspF1YNq1BgeCDqNx7HX45YtcDlKWfIQ0eZzu4pJq+rnrqill3L/AA+SsrXrNyxUZcVLYyiy1qRq&#10;vweNZJlh8is5BzK3EcrcubfZcg7bv9u3MMELSzRK8SylS1TrijCuI0eYpGpGlVpQZzBvvJfX9/tV&#10;xJBHNbbLGoSNljkFuzqqgWyzEaPFkj1SGMPrIR20kA9esosq+mw+i8C1gtjbjgfT/W9q7Ibs3TSd&#10;27y2nDhMlj9rQ/wF6HdNRn6zJU+dZ6CTIZ6jxW1liq1wlJQV9SkFRXTmKGWWSRItRVdUf8j+4lzz&#10;XzjzZybc8nXVpbbSsRW7laiXDyLXTHGIV0oqBGWQzOsuojtKBXT7n7dbNtPtPyNzXJzNt99u99DO&#10;xt7aONfBAZY4jNclo3klKh/0FTUgQFuL0wU0wnQkpLEyyMvjluHAVmCsSCbiQDV9fofYpS7jpMHR&#10;z5CsmkWKFZQELLUyMxRrRRJPSziWZ9YVI9KpqPPJJ9ydd7W24CS1WqhkNWQsrKDjUNORTJqNRFOG&#10;B0AOX7rcE3ax+mjEjLKjnVgEKwbuAYCgKnJY8TjPXKop0qIpYXZ1WVNBaN2Rxyx4YG4+vskvZ+/Y&#10;a2XP4WfADHUWP3Rt98RuyrGHaPckefw1dPPT4+PGutTTHDVyinqEqKal1MyNAXRtYIOQuaOaOWL/&#10;AHXY+cx4s1pcQwW92zQmPcEuIXZD4aMHSeFlWF3lVdepXGsPq6y0/dmzXt7t+98u3BS3vLSd5bFD&#10;L/ikkUsYd5PEGhllqZYtDyFV1K9CoBx0kU0FPDDLIJXjXQZFWQagt9JtK8ramH6iW+v+v7XuC2LP&#10;R9ZZOHb+7VZ4qzKZ2kzMGXyu0MLJW0fineDLVZo6ioi2+1VQGGsldJGNFrMceoqygTmezj5j5ctu&#10;at/3ffOXN6Ev6cNrf3NvB4qzt4K3K26yxmGZkCyymAkRsWrUAkhu+cprL3Ah2O32yz3DbI44/EWS&#10;2gml0NEDMYhM8ZaREYmGMOuqYDJBK9eWYrCr1Mb07SSmLQWWRlPlaOI6obr+6AG/oAefbljOy9xS&#10;7J2ZNuDF4SHdu5c5jqPOYfaW86aeLG7VyWSzdLUdhYmTcNDTQ7jxeKoqJGemWKGeaQyiKNirKQry&#10;R7hc93m8X2zXdtte67pPvAiBs9yt0NtbNUSTwxXqQSTRwiPxgFRmdWIRXdT1IvOvJOwW9pb7zZx3&#10;lvs8Fizh7mykInkQKyQyNAZlgad2CVZ2jQadYUHUG/HSieryISU1UUFZJFqYR/5NKkcJejUqiuAp&#10;bXze+v6/0LTuyg37s7fOy9y7Xy+BwmzqykzEu68LXatzZiSKeljSDG4ndTyIZqfG5Yx1yCo+2NVR&#10;VK+VlcGMHu8cnb77h8xe3W3bxvFgOUOXp5pL60uWN1OXMemFBc6Ss8UT0uVF0IDNbltS+Irxqd8u&#10;c27VZcuc7QR2dw3Nd+qRWl1ERBCsbSFpWeDIjeSKkJMZlMckZKhgS3TvJDFMoWVA4DrIAfw6/RuD&#10;9R7WGX7Tl29TVO0MVmsdnd75XDZjfWB22AuIrc81M9VFB4cq1IkOOikr5hGxNWs8jyvO6EoX9yzz&#10;hz1ydyluJ2hb+yuvdKXZLqaysDN9ML6jPLHGgZmgDNMoUlpNYTxJNR8NyIy2flPet62+53y62u6g&#10;5Btdyt7e8vAn1AtncBS0jA+IxKEkKyeFURxqQzgdcGp4zOlQfJ5ERo1s7hNDWLBowfG/I+rAkfj2&#10;mVw20d9pUU+5dv0v92t6TUeM3Xhc7HS5Kmx2eyJaejr4jOUgqp1q65tZSIeVkKsumdyxNv1lyZ7p&#10;ck3e2cy8vItvfLB4tvN4b+DfsodHiJbQXrKU8RI9LsrDSyXDv0ttd55k5VvLf+r+/wAv7624Svaz&#10;Q642lt1Gl1YAkoCqAirHSDWoMIpI9nE+MXVe+9jZjMYTcVI1Tj33NJLterpZTUU0GJQY6hhqKl2g&#10;E1PNXv5Kgws9ryFlsGCmFfZfbfcflHYufdk9wZYV2lN1m/doSRHJs1RUBoMosroHWPipL6kQFawB&#10;94fnvkfmyDl+/wCW5mj3FdsjS/EoKs92Xlkk0hnIZVBRdVNRpRhVSV6b9LWFzY8D88fT3eZs58Rs&#10;PY1TvDJmjxUGJx2TkyFTVzLQ0FJ9uKirmqqqVykcNMnMrtcaVRv6e495ou5Nx3Wexknrb4kLHyQD&#10;Jr8lFPkKHqJfaLlq53zmayW2iaaW7UoQo1GhKCtPlRP2j16q8/mAZxt5YPG9NUUlXJlK7d2zctQ0&#10;2LiFXmciVnZFosRRiNjJXzSzaEuQC0iA2HsCttdk4Xd2xMVv/wDvJishhqzFnL1uao6mYYRWgW+Y&#10;mhqq9IJYqKkqoJkJmSMxqpuvpJ9oLjbpN7msFtirWLRDS6NUduGIqQD3ca50imD19NX3b+R/b/29&#10;9v8A+sTQQW6xiRZTJpDu8bmmp+FSojIAxqJK+fWqB82+n+7dxfMXdfTFZtvc1RX0G5KXb/XO16ii&#10;oqjNwbVycv3G1YaXE4CrOGnrcti8lSTSFHqpJmAZrH0+6/t7fIrubvrcj7I+MmNrcXtWGo+1zHYk&#10;9DA09RaYxvNRHIq9Jh8Y66mWZ4zVTC7RrGVCtJtjyeOXNtt76/ItzKlAaVlcKTwRz2K6g0PqQdaO&#10;hHUZ8/8A3o+a+at1l2P2/Z7KxSsZYaTI41GjGQDswAwVCDTLEvhbyfjP/K/+LPwk6yh7k+ced2nl&#10;96PSiug2tPkpo9s4mNqGCZ8JHiY3TJ783ZJOStUiGXHCZwiJIqipcxeyPib1viqOOv7GoY+0N7So&#10;J83ubdtblswldWMEZylBkKw07U9PpCpqQCyjji/sDXu/7paG8sdvmuHkuaAhKhaZIrilaDtrk0qR&#10;no59t/Y3cueBFu/Mrvca5fhZmqfNmBapyTmua9V9/LH+cZ3tmtwPsX4oy1XSfVNDQ0+E2rt3aW2d&#10;rx5elpgZIEnmygxVXDivvYV9FDRoYqYgFnc+0N8qvmX1b8RNlxUFFJh8pvg0vg2j1nhZoKN0RGSm&#10;jrcilBHULhMPQWNtCgzujoljd1Lbq5h262jm3ZXlvmRRDbllz/F2BBRdQxqqcUpQNQRe5Wycscgy&#10;jZuXYYl33SBLTSVjFBUM3EM2SFPnkjHUT4N/ALvv5579k7P+Q9V2FF1xU1ONy24uzN511Z/H92ys&#10;rzVGK2rHmqVWzVZk5ZAPvp4Z6XH0+kusz+OGSm/ZWQ+Q/wA5ewDkuxYc/ubCRKDDjMbTV+M2ptLF&#10;ZGtppKkQUWMx+Sq6ChkggWMyJHJXVIUASSlbg4nu9x2nZZ913e2lR3gAjijhaWQISuo+AqSPoIAU&#10;tQFgNIJAHWKN1Num63/0fLkTXN+Go5A1D5rggV9RXHn1tF4TA/FL4D9WijoqjYHTm1pgkb1+4txb&#10;ewOV3vmcfQuY1rtxbryeKXOZcx6jeoqEhgDsf2Yr6bder/g50n1TjMZkKvHHc26KSj+9pX3DU1L4&#10;Whryonp5Y9uS+J6lMY5C6KuSQuUuAhK6TPa7Sbctttj4f6ioDRoyqa2oylo8MQoI7XodQJKqaUlD&#10;afbG8t4YN03qWOG4CazGx7wCM6Sx01IqKjh69Uh9l/zYe5u8N65jZ/VGHqthdWpuaDbc2V2tTfxX&#10;eGfpIqmWnnq6fsCkNZjcHBlKeENT1FBTJJCkgtLIqktStBn8x3R8o5aeJoWxu4ew2oJagY+rhVoB&#10;nY6WrSpgp1ngiEa6pmipVtHwApYAkG7bue/zy3V3vm5mcLVfECMTqJVGWpB06SaKsYI40DcQH720&#10;skvLWCCELWVRp4Ag1HCvn/Sqc9bFdYKfq3qmteCOWSm2HsKpaljlyDVlTJHtrASzJB/E87VRNUSv&#10;9poWWsqFLk6pZRckbDG7+ptub3w2W2NufbdPV7RzdLjlapoxDjliqoZKZaKeFoIocjHk8YYYjEZm&#10;K6kAIKgxk+ubkPvF+U22OG1uI0f6gCONmaoCgqqiZ2UlSodvDIrqAAA6nG25PPN9hBt8W3VtWWNV&#10;ahovAMcVqCDwOK14dao+2Pmbnuu8jhu0tn9mVE3a+3s1uxa/rvcuQyecnyWCY12SyNJEJzNtiHbe&#10;4JopZWNDGkovHLCusrNHSl2Xjt3fCP5DmfbNQ1JiPJT1m2q+rjaqpdw7anSEZPHVNZUozkSvqp6i&#10;FGZo3s93UxFlx+vtFllVle5WhjOj4wRTDYIz8dACtK1Ippgzddr3v2u54SElo2tpkZHCnTQGrMRS&#10;jih4Fhw62IOnewerP5i3xPpcluPEwy4ne+MkxG9NrrVmSs2hu7GzC02PrKfwVdNWUOQjhyOMqSsc&#10;nhaIsquJEFtnWPyO232rsTHZDJYimrVqds0mR3dWRYXP/wCjmOfI10lHNtOHJ1OLq6rIbhgRk10D&#10;Uju4PkUFHjDJ5913Gw2T62/tFZvCDvVpVhq7FDAn6c8rzVYKU8MAmlCEdGbKC83PYfcqwurnlzl5&#10;nVHVXmmiVKcNVPAcipJqAX1f0T1Rd2b/AC/N9fHTtjJ/6OOyNxY2krdwOvT+Nxu8dv5zvtZcZtoV&#10;0m9qnDTZrYm18HsPKZ+CpUZJcnBPRxxRw1CI5d/aT7p+FGyty7V3DU9NiPrvduUw9bRU9Nj6yrj2&#10;fl6HKiEZXF1mDeOrosRDlqaBEaehjhkjIDESqrIX49ms521iwjS4Jx3P4ZAA7afhUgfGiVyAVYCh&#10;Vc7fdTuZ9kXd+WH/AMfRFZVo4LMAWABIGMGmqvdwPWb4g/zdO7dlbvw+0/lTVTb/ANhffLRV+flw&#10;1FFvLakocfbZJMjQR0Q3KmPcyCSOZZ6ie7FZEkULJW7058r+x/jvv7Ddc9+UOZfA7aiq8RSNl6eq&#10;O7NjQZGOKihrKCWaeOmzmCWGMMgcTBqVlamkZdMbKltLWXctr3C7tHk+lVlVWLh4vEVVZdIYK4ZQ&#10;AGOr9OnhMVIJhv2y93OZvajnHbNt53hubjarCV42gck6Y5Kqxjr6GjU4GlPM9XN96/FTqn5Rdabp&#10;3j0zX7RgynZ8u1tw5jN4Z4ZNqdnx7VyQr6bF7pmxX+W0lVVOZFkqaaWmq4apEFQGKuBZV2X81Ome&#10;puqqreeS3THkMfHjMVPipcDTU2SbLVOfNZHjJJKHHvjoG8tXjpZJzqhVBdrqWX2YcxbjsXLuzXe9&#10;G/gEEaUVVapUuWEYUAggFlbUNSkBWBI66d+4HPvthZe2tjzDy04uba7WFVih8N6tKp7GGoBWGhjI&#10;DQjzHl1Vni/5X2/uwe1MTkTio9q4ybMVVNu1s7msrPXbfw+BrMbPUUW3MrmYt31kzNjsjFBjBN96&#10;ska/u2CvIqU25v3ob52bKpdw7H3T9xufZFVU1eDyO38nJiN5bCz2Vgp6qmM1P93T/ZTSyxBilVG0&#10;E7Uz6dWnyAE2G97Nz1a/W8vXRa7tJH7Y2aORQQrIcMFDVIIZzp1KwAqC45+882dlve5xbxy8Bb3Y&#10;i8TVpZHjdOJNDgJ3hdBppIqaGnTjQ7Z7m/lqb+qcRmqak3X0t2RS7e23uiHJ04zO1M/iaEz4+tFX&#10;GcRNkWNFjZpkMNJTNIkVenkXTqjJFnfvjZXbOcxpyktH3Bs5qrL4+XB0WUkw/c2zMzkCtVnsbi6E&#10;HEySwwPAuRidY6eKGCGRCJICqQbzBtnNFrzJcbjt0jjfkeVx4Xius8bltTgJRANJPiLp0laPiRW0&#10;j/kHmq358tG5P5qZZtyVNAZmzIOHAnDj4h5ggcOre8fkOgO3+i9uJncPSN0vuyhoqN4921uJoX6z&#10;z+KpoIMdtrMzZapjqcPmcbk6d4aaRZZ3GQcIWeOoj1bHHSuej3DgaaI0sFFA8UVfQxxPINX3UCTV&#10;gkWaKnlDJXvIqqUBI9RuWss1b0hiEG5QoFtp0BpXgWANeAyWJFeBpqHxdcv/AL1PtoeSudL0yEyR&#10;MKKaU7AP0x6VCUGP4T1qVdvVGZ6q33k8PQZ3N12RpspX4XdAzz0lRaXCZSuxu2KqiqaOuq6OV8ht&#10;GhofLJE6o0gMYVhDEXR/yhr6/HbZfF0Cu1Vk/BR0klJErVv3FWHjgKIULRyRTOpjP1DkMOR7G/tR&#10;aW19uRurqTSkSMXqaDSOOeHka/IdcdOc7h9996xtjP8A4hYQozRuaKdIDvX7QzVHyPW1F/LFw60v&#10;xE693NVfbtk94SZrP1tVHpPkiXJ1OKoP3yqGSFaDHIynSq+okXBuQYp9qUex8BSYKNFapSJZsnUK&#10;U8ldkjEPuamV30/saoiIxf0i9vqfY6uN7m3u+uNykJERNIxXCxg9oHzPE+teow3vmi45n3y8uFel&#10;jFKyRLpwEDaRgVqfXqwZCrWcD1Mo5sRdfqPr9QL+yU9qSNnNzRYuB3lNJpT0F6hI4i4WZoo4GdTU&#10;zTgoqj1ACw5PuduU4YrXaxdTrRia57TjANccOPWRPt/bjb9ne9nAWN+Ne0k0xUnIVVNT6k08usns&#10;UNrbFbbWIXI1kf2+RmgEsekK8mNp54kjED+YaXqJ0DGQAF7HSLWJ9hfd+YRvF39JC7NbhqHyDkH4&#10;h/RrSh4dA/mHnQ71fnbrAlttRtJHDxCMVFM6a00+R49euL2vz9bfm39bewt7K3P/AHUpa3Mzw1eT&#10;qElx0MdDq0+SavrYMZBHE8cSrBAZJwz6i4VBcEHSPZlBILbbmuEiZk1ogC8dUjrGuc4DOCx/CtWO&#10;AehpyZtEvMM1rtq3EcMJSQl/ILGrO2oYqdKkACnGnr172VCvwU2e7bln+2ijx1NUwVAWEkQqskaB&#10;4Li6Iq1KuNK2ABtYfT2n2jlOx2jmi4k2vbIbW0UC4YogXxpGA1MwHFi4PGtCcY6yNteY7kcm7bFu&#10;O5y3N6sIhUyNqZY4q6AuqpACUpXgOPXgAPpx/wAb592C7IoY56aqminQRU+KpMVTxRRuFE0rmorN&#10;KNdDEY4Kcg8Sgi5NyfZVucl4jWovtLXDM0jEeRGAPs+Kg4cfl1ip7h8xE3VlYWKulqspkOsrU0Gk&#10;ZGRQvJSuKU9OsaLZbEfQ8f6wJI/23tJ9kYwV+Ir8TV0mNrKRquBJKbK0FNlKLKUAOPqpPvqKqQQS&#10;AtJNEI3LBTEslj9Cs2+NL8NE7II5AKh11oKPUrpJUEsq4NarUN5U6c5C3q62rdbLd9t3G6t79Y2Y&#10;PBM8MkTkOn6cidwJoragAaMUqBkZPYaVlPVVFDPHF5Qi04EQgKqi05jjaRIwjKqoYqeMcLZvGLgg&#10;D2NClmk4uiitMEdQx7mo1Ce5q11MASTWuK1p0Lra7SO+SaaQlpJKuWJqzVOWY/E1Wc5JPcfMmvvd&#10;WHcfYNH1hv2bIU9bnZ5Wp6J8jjajJSVW38bLQtLTxQ4igqNbYQ1dL4/PHAyxPM2srqJb3hRzT7jS&#10;e2/Pc11abneMoKFoWkL20PhgoUgRv7ESKqFkjourJBJHWd3t3ypc898owWMlrZoitJ4cqxBbiUPR&#10;iZ5QaTeGQ3hsy61XtrSg697OlsvsTaTT4eSpy0ccedxGOyGNSnhqq+pr5Mo1JSUS0cVBT1EhDNV/&#10;uXsixxszsApIyu5n92OVbeHlyaS+GrcraOSIrqkP67qkYAUMQ3c9SaadB1UoesaeY+Tt/FvuSQ7e&#10;SbW4ljk1FEVPBEjuWMhA/DRQKsWYBQSQOve1nW7C2TvTetNuKjygqq/H4+bH0Apsljp8c8H7cpqz&#10;Dj56uSIHyOEhmZZGki1PCoILRXtnJntbzJ7pSe7VtHLLzjbbebAMlyzRfT0DApHG5RWLMaiQA6hV&#10;krklMXP3N/LXJU3KVxbhNoku/qHDQskokZdBHiOiM4oqdyaowD2OakD3spWdpc11d2Yc7LTGSgqq&#10;l6acvTQkihlaEygTPF5I0kmRWOnxklFJBIBEL7lFf+3vudd7+1oGtJ5tD9i0ETkAmpHwvg9lMope&#10;rKCJx2q42znrkobXDPpu40DLRj8YBpgGhKioBNSNRoRUg+9y/kPsHKSrt3svZ2p5FpdeVp0QyCu2&#10;9k44DUxuXQq7UMzrUKyglQG+nuTfe7k683bato9w+VaG4hjpOACTJbSoA1a8aEo2f6ZPHpr2d5ts&#10;kG88j8xt+kWpGxNPDmjY6aemsAqR54697f6HqvI5Oi2tuiETRTLBjp45NHhkTxPECusKbql7qAGB&#10;B4HJ9hlPbm+vv3FvsIpIsULKalWUYJGPKp7RwFcDonu+fLOxut62SXS6O0gIwQSa8AfP1ODXr3s8&#10;UWGp8vtLH1YhBq8FPSVjPK2qVYIpIiTIGF29TMHB/BN/eUKFZRbWk7ELIqFSfiEiUbVXyOGU+tSP&#10;PrF07lPt/MN/D4lILpGVQMDUa8Py4fOh697PB09XfY7z2/XxuTRZqeChaRmNmjy8S0kZEiMFsKmo&#10;iZrkj9s/j3CvOEAl2rdLZjV4FaQf82zrqPtXUPnUdQ5bzi33W3hmYCVJSh/M0qa/af29IvsGnWbZ&#10;u5JCjSGixdTlEVV1M0mMjau0oo5LyJTaAB9dX+Ps/jVEGBpZZKwySgOirHS0tVWVF5pkjDx01LBU&#10;Ssis48raSES7GyqSMfpC10yFB9vp8v8AY6mWKzknEcUEqpIF4k0AH4qkca8KcCaenVUWVrJ99Z9R&#10;jFVFVXaeWSrpaOjWCKOKyVFXNU06JrIfQpPqbj8gNHmziMQkrgmIiGP1i8ccaG0Ya5ART+CbX/x5&#10;9qY9uC0cLxz+Z4/t6aNmAztGKBmqccT8/wDVQdK/FbcmgRHiV4zNGjy/gPKHdkeVFPLBXP0FufaZ&#10;k3JMXEFPI7yaXdpAAhLn0ERcWsuoc+zZNrSmuUDT0sj21Ka3pT06W8e2ITClRMI0pXkC+Jl/dJBV&#10;9bm5uz/T/W9yKRqqoUvK7qjWLFiL3YX5KgfW/ukoijZVQAnrU08VsCMY6izYykMqx0sXlcuFRQoI&#10;9BuQFNuAG/A98fsKUyappLpZi8hYehRcHUSD9Dx/r+9meRIyqCjdFx3XJCJVq4AFfP06VkGMyUNN&#10;IsSxUwPOkRkSM5tYx8qCdR+lxf8Ap+PcvD5eirKaWWjCfbU6PE8zhbuEF3WK6IWHjYNcX4P+HCK5&#10;gKmEyPUyUI4+fCvzJ4A8fLo4vLXdIbVJZloxyMZFK/mCM9BNn8Hgabe1BjMpXGrzlRVU9dSUyWY0&#10;7VFQlMszuJJCjPNTupW/AU3FifbQ0tNUw1EdHTuixWlm8AkBYC5Zpy3MkjKq8sb8Dn2YCIwvEZ2r&#10;XAr/AC6CcNveXdxGvczHGfQ0FPTPDPl0ZN5KHbVPTy5SspoI2IjT7qWNEFhFFGoEjBQr67WtZv8A&#10;H2Hmfyb4TaO4a2lGqvrMZXDEQhijCp8hiWdlDFiKcozGxVrqbc29mwSTcLmGK1YEx5J45odI9cnA&#10;9eA6mLlTl6O1u7J9w4lwWqDwyf8AJ9g88dBHnM/L2j2Ntra2KkY4LbWex1XubJJEs9NPTtQzVkGO&#10;Q6WDrUyzQq5s6qjAi9jYpuD7ZkyuLytFnsnG2Xo8jVUlfSxVMkMMdqSolpcjFBM8wFOKaPRMQASX&#10;UE2W6g33C2tNx5d1RUO620gDAVGsEHTpFcnFTTPWTPJijYuardzAV2a6iARiB2MGFA7YWpauPn9v&#10;Sm7y+NuI3JisJkts4ijpchg3jr4KhKVJ62voZnm+6wglhgjqy0UsySw6i0YIdgL6vZfN/b7ogam1&#10;VDKYwhZIpEd4w6sy+QA3UlfeHu7yzWssqzRmOSJqMGFCpzg14H5H/N1nDy7bw3kEZhkVg4xpINf2&#10;dOvVnVddikgjnpailkU3H3FPJGWs6BgFcAn8/i3B/ofZGOxuz4l8kUFTo0rGiprUKqhiqjTqCgBf&#10;oP6ewVuO5vM5JY6qD/B1IW2bMtqjRJHTNeHE8ejk4LApjov3Ars2tm/xd3LsTck3LMSf8fZfduSr&#10;v3ekGCrZ6r7b9yeuaOKYlKSKJ5nPkjBWNSFAF+Tfjn2TxRzXUjCNGaQCuATj1+zoXbdHYRS24vpF&#10;SBnAqTT1xnz+XHp8rJ/taaSRVDMoAjS4GtybBRci5H195t65za+wGqajE7RqJqpYZaejkqsfPNRN&#10;61WStrHrAqTTeJf2kV+NR1MxuoE+2brYcvW08zWqXG8uhC1AZIq4qwNQzEcFAopycV6KOZeXr3f9&#10;whS1uJ7PY0buOVklpw0kUKCvEmtR16l87RK07guQDZRwLgEg/i4+nsncncWcw1VUS7d04qd/KrVc&#10;QUVY8oIcwVFnWm1FjcRhLfS/HsHGXS8hFAxJOMDOfsHH8uHR5HbIiRpoqVUCpJY4FMk8eHn1JZVc&#10;WZQw/IIuCDwQQeCCPaNqd4733PM0Yq8jXTTXLLEJZWe5VTfxKWYGwFz9OPdAJZm0ICWPkM16Ty2N&#10;odTtEurroCOwChLJwoFrLpFgAB+nSDb/AA9rza3RvZW5vHkarHZShxcipUS5GqH2uPp6YN+5UVGR&#10;rHpsbBTrEpOtpzYC5Q/lWdteMRy3ThExVOLUHzwEJ9G4HB6Dl/FHDKFit1DvgVGmv2VyacaDPWGS&#10;rpojpeeIOf0x+RTI5P0CRgl2J/wHsbZl+PHUdLDXZSpoew9wAaf4dtfI1LY+nlQEStkt51tT/C5V&#10;VhytAryX48fBI3ets0sKxwWAVvmWLH/TtrC/7yv7emrHbtwiuVkDGvnVTQD5IO4/a3UIz5Gq1LTw&#10;GiQNpNRVaXkbj6wUqsCbH6mRk/wB9qD489hdjfKbvrYvTO0Kqk2XsDJZaXIbuk2dDNj1ptj7eimy&#10;e4kfc8qTZ+prq7GxGkhkhemT7upiuoYhQI/bflqfnTm3ZuX7d9Flr1SGhosMY1SAMM1dAYlPANIC&#10;cV6BHvxzzbe1PtVzdzzcqjbpBbmO1UhWL3cv6dvVPh0JIwlkDAt4Ub09euJoYYA9RN5aucqA01Q2&#10;pdbEA6KdbQRgHkWUn/H3sc7prI5aSGhp4/sFpaUxU+ORSRDQY6c0lKsSQzxtj4pKSnLUz69SLYgX&#10;FvfXDl2xgsoUihQCBAF4UFKUpSmQMLThTr515rue43Se7upWkkeRnLNTvlk7zWooxLMNVK1LV4kd&#10;TKSnWCNVsNSi2qw1c8sCfqbn2BmUFFFR5DF0FMsCVuQpqqtXHTvSyU9QlUcmrSLTtET97UhXmV2Y&#10;zoukgqxJGMezQXO42G5tPKjwaioV3VGLEFyyoy6yakkmoqasG4dSlsPM+7W21zWTCF0mUKHkj1to&#10;VTEAkjVK6QSKoaAtq8usVRjYajIUeRaSZZqKKpijjWRlhdapVSQyxggSMoX03+ntA5ffuK25TzQl&#10;4shmIqga6VZ1H28sjOfLka1nlSmCRohaM3lb+zGWJPsaLs99fDxrWA+GVxU6VI4ChI+HzLKGIAwG&#10;wpGPLW0z3+h538G1kr+oVOVFPgQUzUrQntHn5jqbIhcAA2sb/wCv+AP959pmCp7D7LxeBpMHS4yH&#10;J4nK5eunzFM1bTbbpKVa6lnwFRUNJ4pszmqSNGLxxr+w6rqZAS/uM+Sdx5qtrLmO99wtlsrfcbm9&#10;dLS2WXxzDaKWMbTMB3SOCCYwVAYV7MDqebu05X2e/to9r3CZrYWy5x4zvpOsDI8KME4LYYk0qAOk&#10;/UyxYqSuq6yb9isFMsVPKFfRJH5I38aqAPE+pWbVf2Kqda4yk2ZkKHcITN5o4+rnXcclPUNl6jNV&#10;SVrzCPGRzCKsp6F445qaP7gM0rku5Iufcw/vHfybeHdZYFKqo0UCBVxRUGkKDgHz04LEZJlsu9pZ&#10;7jDPFYoYPFrpdjQVAGozMQ3EnV20FaCtQQH+SymUq83jp8ZlamgolqKOnrMdGIDQmkjeKQmGZoJm&#10;p5pvM8bsq3MYstiPfe2+3RvvEY6o23n6bEx7SzdHiNyw7moqCCjrsH4kDiGbGT1GLoJshEqLE8Tx&#10;IrgowiQhGK4rO1gVjtcQSBJe8VWoIBqAYzowaGpqB5gjoepZtDcSfvW2MpniLRmNiSr0BFFkTxKK&#10;CAympKnUWYaqBnmOssVtuqzMn8AmrP45DX5SgqMLWzz1tFmGleWFpjKtPPXwR1MwuDr1JyQbt7FH&#10;ZnaeD3BX5mWrxWX2nPt7cuT23jazeNNBhoM9G2MpKyTPbSqZJTFm9u11PWCGKqURklJRpCaWcOWV&#10;qOY7q+uINkvFuNsuJLdXkicK40xM0kOklXikWmh6lWKkrUDrW7Ne8vbdbW0O5QPb3kMcxSJhKRRy&#10;AswApHIKElQdVSpPmUBHc3TGTyrLLGtNuH7+ipKnI02Mhq66WJaarMqwZbUTHSVFNYSlGErtLGSF&#10;JFgKMmX3HT5LIwbczlKuRQ0VYFzdJI21ZVdiP4fC1NPRZWKsq6MBnngeaKIhGaJnvG5Zuu0XssEl&#10;zt/ZMwAo/elY66gVVgYy+oAPmhAJDAFSErbmm21wnc7JmsGqP0mC3AOoAu1VaMqtDRG0sa4NKkIz&#10;L/HrrbcW18U249pTpRI1dQMtBUeLc8aE6JZ6g1VLU4+SjjkVhHFVwK/JGu3td4jszILTRneeNwWD&#10;aKn8lbUU+fOVx0TgP5tNfXYPbdQsCLHcGSG9iQeQfaC05d3WWFZJokW5J+CF5JRX1BeKOo+xVz5U&#10;oTt9wshOV265uJoTwLwrHIT81jklUfartX0HRRt2/ATFxrV1fXecy9VUNKktHisbjJsRJIjSzNA7&#10;0Eea3BjpJhGyiSQeJTcG3Ole8p3HsDGo0MrU1XWOCEo6c1ErzuoJ0xAMEe/49QF+PZ1Z8lcxXX6k&#10;SyLCPMgD9pIx+fQa3Lmm8tY2ntLOaRBSpXSBnhUkEivr0rti/wAuXtLMzxncO+ajAYtJEaV70stb&#10;FfQxSOOGDxeX8EspVT9Qfp7KF238nc3kctTbHxGDzu2duZ+iqYavdeJpAJoKjGedqqhqq5ahp8NS&#10;5CjiYwyRyLOG9IIJBQ7h9tb97u1sblp2hnR2M6NVY9OSjlaaPEU9kgzggUY06OOTNzkdH3q6l8S6&#10;gmGmF3qO6oVwukCTQxowaooQTjo+nWHwY6q69qcflq2Ko3tl8XK9TQVO4Knz00VUVjK1X8Ojjio6&#10;idZdRVZY3jP5H091hdo7/o9r4UYabNZujk3HUZabHfwaprJYHmGOocaMjk6PyKtaMV5qWWBokmkW&#10;WMleWY+zHaOUrDkzYLzb0vJhvN54zReB4mD4CRanQFTJ4am2ZDEA2tSysoYsZfimn5g3MXjbbG0E&#10;SxiQSHPxuwUM3wCUCQMSaaCAa0I6O7DSonikdY2mSMIH0LqRbcxxsbssYJNgDb2VrIZlcbuPAbp2&#10;zT/3goMf/D6CqjxeQxIyWHygCYWryMMiZGSpiqainqUBiangNwFUiNFHuKbhRsu+7Pv9hEZFhVRW&#10;OSEywTqPpnkOiZ5A0iMo0GOGmApSFYj0K1UX+33+07pdeBcOWdS6SaJ1FZEUAJporgsG1NULWmvu&#10;Mv3g3V8cNj9kY/L5XYWIqMPuGiFbUrE8082C3VJPpqWkxKUdfM+Pjjj1L4ClM0moyQQQ8IRhd+0X&#10;J/uLabje8vbc9tewq7As0j21yWdmGgqxaKPh2lLcsJVlihh4Akt/drmLku/2+15hu459mlKKxCqJ&#10;LUABQH8RRqqSDrJcLQLLI6kE+9g7sfAf3YwcWz6eFMZXY6ur6qoNXNVTVFHW1ksZSkrIJchBDFTL&#10;EGjgcaoalJmvZrN7AVj7e3Wz7Zb7LtlqsdxBO8shLu5SSTIEiGYKqIhMMbqWjlWYg8FkYXcybwd6&#10;3V+YpZzNbyxIECBFVkVTV0Ko1XJ0lhh4yg/CKD3uy74109RSdTpVtkKSsrMfLW1kP8Oq4BQySxhS&#10;IaeelmSjqKMTwrCrmSzRICwF+MpfbSG9s/bzaLeR47iZjIQYpFaM6WxHHIjyK0aUKqwPclBQdYT+&#10;9s0Vx7gvbtZvDDMqI3iISwBr3FWGoSFWL0C4Y4PXvZ8vjL3ku98nVLj6iKhyG0MhU43PSVVUHSPJ&#10;w0+KdKWmmkYR1FDXvknSnmubtTOmgOyq2FP3mORrPc5Lv3I5STwN4266+n3DIZWZYoihUr8SrUwt&#10;KAAwUMBUMxkz2n3SflLwfafnadrnlXd4PH2z8JjBkk1IeAQ6ULmM5UyAjB6IH85+lcZvHrfL7opM&#10;FV5HJU6x02Wgxsc7zNSTFYos2YqdJZnmxEujUVCq0XqkYRx3W6TpnODO7MgV5w82Prq6hOlbAQRT&#10;vUUoIJJW9NKq888e4c5F3GW+2GETf20DmMjh21DISPLtNPyxjqIffnlT9yc8XaRgNaXEEcysOBZk&#10;Cvnz/UDHHVCVVl6rZO7o4aiUQNX4/GZSpWRFiY1FXTRx1U8XOkiGrVv0+iRQCOCPYhZGj8iMQC3F&#10;za/9fcg20+lhU0HWMe5bfQP2dWD9F9vxzNT0z1sMg0xqjFol9TFRYWY8ke0WaXwufra7Nfng3/Ps&#10;9EolUEdR/uERRzUdWU4DOjJ0VMQRzFquCLWIFmuDbk+5sTgKSfo3Fv62H+8ce07qCaeXRNilOneo&#10;RiymxazBrjm3AN7j+nvDWIk0Mi2s1iALfUn6/Ufj27AxjkQ1x0luY1dPs6eMPUS01TGxuAWFzxaw&#10;J/4g+w8ydGDG8aoRJ+6QzAkK1yb/APBT7ElrMahtWOipY6MFpjoUaWq8qoxcadI44H9nj2wU0Mn3&#10;MMZJ0g+q19Jvb+v49mUki+DI1M06ViEAgjqVNOqxM1wAg+vH+JH5/r7EfIU6faUicqujnTfgWsb8&#10;Hgj2FraUmecniD0ujtgASD3U6D6jypaprV1atMxN+Dz/ALce2bJUKyQC4FikZFh/QAC5te4X2vtZ&#10;tEh+09FV5aip1L0psTk7yNH/AGrsbXH0Nze1/wA/7H2llgELNddRUhlBFyS1wALg/wBPZu0uoA1x&#10;TpELYKag06UpmZgPTcW/w/2P5Ht0p1VdBHF1vpvyTx/yFwPaOUknjjp/PUNuQSf6H3LYoF9R+g9K&#10;qP08j6n/AF/bSg8Bw61XrEFP4Fr/AOsPrx7izRRyC7DVe35P1B4/3n28jMDQGgHWwBxp1yR2Vhza&#10;1x+P6f19tj4ylJT/ACaFx+boODf0sOOCD/vF/an6qUVIlI6fGoVoSOs/3Lngm1v68fTj+v8Aj7xN&#10;TrEwAUKbm5W1hz9F4Asfx7uspcVJPWxH51678rNa5BF/99zf3Mgiit6gpAsw+twefr9OfbMjMeHD&#10;qw7SPTrBKZD9L/T8W/rz/vHuRME8QAufqoD86yRfUP8AC/HtqOocV6q7AHtPXCMPcFgb3P8AvX+9&#10;39hvn4vNT1SBdTFCQoBJ1odQAA+pJHsT7e4V4zwzx6YbJUeZNOlDStwtiLkqPxyb/wC9+wdzEP3i&#10;uReOOIFjKFJWP1BjweNckd9P5v7GUTiNGUnuPD8v+L6W2sBRqmpU+Q41/wA3r06A2A1Gx/2HswfV&#10;ePSHAeWOVpI3UJHqQxumgeoOP9Vr9xxzVclr6ONloQelpgdySwoekHumuEVVBHYH6X5/B5H+8/73&#10;7c54hLWSr4yWVj/W/wBTz7ZjcLAp1Y6SvbsBnh1MjqLU8T3sCin/AHj6cH8e+ZokVSAmtm5bXwR/&#10;gODz70J2rxx0le2BBJXrIlXq+j8fi1hf/YX9wpcXFMJI34VkN47m5DCx/AJ4Pt1Lpk0lfi6aWIqQ&#10;QOpQqigBtyOb3BP+2v7SOQwdBRLrbySggtBB9NTp9TKRyQqgCx9nVrf3Ux0gqKcT0cWomuAFUBQP&#10;M9SUq3cXHpP0LccEA/8AFfaMloJquqjkWIrJGyrGIUK6FBLWXSOASbf7H2drKkUTB2FDx6NDaoIy&#10;j5XqWKhUj5IA/HI+v1/4j2OmCxhJhbxm7LGxFuQ9rH8XuL+wBuN2AXXV69Em3bW7TKFQldf+XpF7&#10;jz9Nj6OoaWeNSscjepgDoEZJtc2+nsUP4e+n9Lf8AtP0/wCbt7f7b2FPqVr8X+if5OpL/dTafP8A&#10;sP8An7omP+lPE/df5+H/AI+/x38qf5z+DX8n1/Vfj3//1a1Z/wCXT8qaB1ePrmGr0rZ2pN1bYkjY&#10;gllLeTMU5VGJPNjYH8+xfJZzgEaVwK/Gv+ClT1VRHKKLeRfmdJ/Y1D/k+fW0zt3+eF/K23KqNSfL&#10;Ha+O8hGn+8WzezdtIL2tqlzey6KAfX66re03kfhV8nMPIhq+n9zyRRgmVsccblTdfppbHV1SzI9/&#10;qqH6e0fgyAFqYHVdCqf9yIiPQOK/yJ6MBtr+ZV/L/wB3pC+C+Znxtf7gKYYcn2xtDAVbagSB9pn8&#10;ti6kNYcgoCv5+vtGVvQ/cmFkEeV6u7DowoaRjJtDcKhPFoZtLpjmjLOzg2JIIDfnn3XwpmFY4mP5&#10;V/YB1U1J7VJX7P8ALXP206GzB/Jz44bnCnbXyC6P3H5CBF/A+19h5PyFvSiqaHcFRqLv9CLgj6X9&#10;p2t2lubFG9dgsrjmt6kyGPrISl1VpBeWNSoUkEArcm/9QBRXdD3qQfmCP5dNNDKK1jI6FzGZ7C5u&#10;NZsPmMVloSt/NjMhSZCJgRf0S0k0qG3tkkjmZ3juosHDKys8iFAD/m9McgL/AIAtcH3YyGh0ntPS&#10;ejD4unf30QVCxuFgBY3VnuToIb6E6h+2bqL8W5v78GNACcdbqeHXvceVyNLNJYKGZyptz411f2WA&#10;DXt/rD3fXjt4dNaq1qB173Dnqg0cgRowUS9h6RqDsCmsLpLShRYC30+rC2mjNwJPTcmpdIPCvXvb&#10;a2YIcaVFyUjYIpkll9ACiJRqvFIzi76TYD3Yur9ac1OPLr3t9xUlZUzLQUkdXVzTS+KOGKcSSTs7&#10;STwtZAqsA4azagvHNtQ91oDgHu6SykAEt8PXRIAJP0HsWNvbM3dVIasUsVDoeyQ5GpEEptN5UkXy&#10;+SVYY5IfS49JZQosOVeS2lahJA+3otmv7aKq+JUgeQJPUSathh+vkc6dVo42k4/114/2HscNvbH3&#10;FQySyTV+JikQFqUU7VVRKnh8Ihkv9sqtqaQG1kBsbE3uTCK1mDD9dQw4U/l0S3O6WMgCNE7xtgjC&#10;1B1VGa04U/n0w1ucpQgJpqmSNidV0iUMh8wcFWl1/wC6/wCh/wBj7vB+OO+KvP7OoKeoq4qjJ46O&#10;CirZY0WMyzQRALIYdTGLXDpNuP6W4N80fZ/f23faLeCRj4qAI4PqoOR8jx+2vXGb7yvIw5S5zvZL&#10;OJk225LTQgmoVHaulT56TUH5/l0SndWBoaXcNZC9EiUc9SaiGCRQSIKl5GGvgAspBU/j0+zPpnMh&#10;S6XjnkBtyq2DknkqCLcn/be5rfbrWcVkjBI6xPuLmSJ2USGtcV6wN1XsrcUXiyOAx1RAWLBZ4I2Q&#10;lj+plKFdRv7ztvfLRrpWpk/P1uQDz9QWtcH+n9PdBy9Ztkwj+X+bpL+/L+M08bA6TVX8LeiM45lr&#10;uv8AbsjSkFmWljj1G/1OmNbfXm1veKHsfKOgYmpRgzKVmhRWJBtf/VMh+qteze6Jy5ayKaKFANOJ&#10;6bk5nvoz/b4/P/P1Cb+X78eXDEbCwqIQbCOerRfqf7CyBD9f6e+cvYeUe9pKgMpA5/RxwfTp0kH6&#10;/X6+7pyzarx00/n023NV8Qaz/wCH/P1KovgB8eaR42HXu220+oGSJmLXFwzsV1Fvx9Rce22be2Tn&#10;teeckG+m0ekf7Ag+1UfL9omV01/PpG2+bhI2Z6/PNf8AD0J2E+KvT+30VMdsvb1MUvZqamjiLAgA&#10;a2jRWdgBbk/QD3B/jddI4dp7C/0sSefyOSBp+hvfk+1f7vtwKBK9U/ety475TXpfw9X7Ux8QiosT&#10;RxrCLQpCgjEYHAUCNYwUC/1v+PcoZN3Ate62uWII5+pQqQP9uPbH0SA9wp9nV1uZSR3nUf2dRztK&#10;giV0NKkUZ1Dxx+lSLfQ3BP159zo6x5Cq6jf6/jnn8/1HtmSAKCQOlMVy+rubHSbyG34IImWNI4xc&#10;8sCXb62JJ/A/w9vdGWD3P0D3b/WA5t9fz7L5wKGnQktGJFAew46Lx2DFCBojgMVo3JZvwB5kNvxe&#10;yj/D6+0R2bl5cViYpoWcNJUFAVsQA6svP04AHuIPcfcfobQUcq1Bpp6knPWVH3e9kTeuZngfSUWA&#10;kg8aAj/COq2u5cFS7kMeIq4vPSSVkMrxfQMsLnUT6TyST7JjuPMNUNI8rlvqGJ5uP6+oke8YtyJk&#10;BZskk58+uoPLW0pZW0MUS6QKen+bpc9T7HhxbQ09DAtIUUyBYAFADhFtfQCQQg+t/YK5rMELUor+&#10;OIo9wAGvdT6AhcBtVrW+vsjMiEiNR/h6kCCAqDTifz/w9Hr2ftEMlJPURrNUDRoklUOy+EaodJst&#10;mDEG/shm8+1sX1Zujdmz6itppKrdu4cJvygp8pmDS0rUoGODUOPWdZXhl/jeGrZTFFJDGwqi13lc&#10;qJU5F5p2jk+32/eoLNm5qtr0yo7OPB8JQhCsgo2qqyZBHaTksAAbzQmSXatyhtma6jJjDqNRQEMC&#10;zLUdtWWpoxqBhQC3Rz8Lsc7zi2znK+tamO38FlNtRpFCBVRtWUVXjHnf9z7KeKbETUpYTwysZaaM&#10;iy6lZw3rvjrHsWsxO5sJjs4mKykcpy+3lx01RSVcs9GIs7i8ZU0lTPDoiqE+4pTUPHLGCNIZmjhY&#10;Se5XNPLnPsthzJZRSx7zPqN1G8dBJJUAlHVypYAFjrKMa1ozdvRNZruVj48G43CvPXtkLBaITqTX&#10;gkNporUUgtwCjqL1JtHsvYu1Zto7szmI3DXYqeugwe54JhFWT4Wlrqx9u1e5aSoocYn8QbGPFDWP&#10;TRmGeUEAD1yOEOa/0hrNiqiPeGVmSnxu36nG43GGXC1tfthsVTVSU5jqJIJKjI09AFhWmqojTLUQ&#10;sjIzkXhrdbjcpoYi143ixwoItVMKFqgIwcAKB8XBqk8ehFsabaUmdLUeGzuXpnS+oqxJ7hQsGZaE&#10;GhSoGQRZx8OArKKcRYinWmlyOVFWs8Ecyrkp8jU0tfMAVmWVayqd31qwvE4JsAQrlsrqfdW89p70&#10;3FQbNXce2YZMrBuCCmw+Uze8KapqMXiqfGVOUx+DBzGM/i+362AfdY6GuJWkaF5IYEkaNBbz3HhM&#10;J1+GhfjksBXCnAOclSDkeo6d3G92uyv7K2k3JY55Avh65ViTw6moBcBHZCtSpYEF0PoCGvYPefVf&#10;W+8tk7N33vnB7G3Buj7f+7UW4tw0e18PuO8tfT5Gkw+Qyjx4rLZHEzUaeajmljmRKqJohJM8SMz4&#10;XbybAyUPXWcj3BR5za2S3nW/YzUEVfB/B8fNilioI82pxdb/ABbDz4qvkjnSKohqIkXUomg0F+AR&#10;RyrFPV9MjaoyAVaMUqKEVJ+IDUKUFCDmqeeGPeLG5uYtLWd1Aq6klZWPiKSCNKkUZaDVghm7cd3S&#10;9xO5aTdOLxu7tuZfBZraG5cDt+vwWax88xWu/i162lyEbI1TTzYzJUeRopIY7pKoZy7kEaXHtXq3&#10;B0cOP3KtVXw1LZPN5uhrq2Onrdx0lPnc1l9wVGIpYMNQT10kEVXko6dFjVdSU+ltYBKm/NdtZSbt&#10;9RZlVicA9uKFqtQDgAupRSlKCnDov5Mjkt9msNtSIBbeFYSQ2oMsSouou9KFgKljxOQAepG3dwzZ&#10;B66jqfDJU0FUlJWPSRymhMiJTxBklaMeIzKpkKXayutyLEMNm2uyevcPhMVgcNU7m/v3tTBUb5XE&#10;TYujoMXknkp6UY8RzV4w8WGqHhijjgJhppI6umpQ5V0c1BLJEjsDBm5/EuACagcaUAoVIAHFVP2m&#10;CRbl411PdLCdrkkLIwY6gTUkMuk1+E8SQVckUqukFa3ZPYGW3Nn48pFtqfr7LZh6rFZKlrK6DdOM&#10;pqqLJDIQ/ZRUdXSZKmnqqqRZP8pZDTVlYTGUmjSlV2DXqfcO8cbuTFbqG3++8FRtTYDetJtWSqqs&#10;Jgc0nnyG1oxWUi4rMQSVdUY6sx1UzLEBG7MA8h01jbmQCY0ulGDjtH8JqOPD8h0WXLblBDMqbSjb&#10;FItHjcoRKa1ZtWrVHrEepRpGSufIh/vzC9jR0mYxWY63xO7umsjjnp85tLLZqkpa3K5mCspDj9yp&#10;mKSSur8WiU2OieOFaSArWHz3icKgV+5slmcHBmaqpFPV58ZSsmM7Ub0lHlavMpR0slXSU8ckRoMR&#10;PWAVZRdcgX9vyX1N7k/lT3G3flCymsbDS0lWZSVBFWUChNQQuK0UjuqfOnXraGIQWYtAY7QKqla1&#10;oq69KmtcrwJ+XAdc9p7Z2/uZNrUmP+9pNvf3dwlDHQU+TkrK7CRbeatcUlZPN558xuRaCqFAZ2Yx&#10;/tNNpJKD2H9Dv2aqxNS8NB/eSrx1DjMfV1GQip6BcfSVTJmYqmnpsb9vVTIxiUwvABJF5FBBLlPZ&#10;dfXe47/JLeXshu5Yo0QmQgAKKvp7dJI8lIOK91ajpTOqwqI3cQh31GnA1BGa1PAn9teNCBKqut8d&#10;jsnRxw5STalJV5jKZdIcNNNVzZarmxkuJkhqJMrHk6FClLO8lTDLFKk5iDHRo1oFeU3ZmqfP5Pa+&#10;a/j1VXbbrUoKGkoxj6ZPt5aCnzmPiqpUpKWKOgqIqhVeSpMzNVwSKGkfS7BveJ5rCSfa7gMyxMEV&#10;QVwKK66qKDpIOc1qOPRxa2VrfQwXKafDkqNTFjwbSwySQQQeHy+fQhbdodv1eLTPYOnpY4s/JU5C&#10;ryEwqqnz1KeWhnq2MstQ7+AU4ijQGGNIVRFCiyxmC3TQVGV2+cZSUuOmjGAio6jOpkpk8G7VpXoK&#10;6lpWNI4kpqagrPEYy5Cy1LysAY1UmW1QtcQXa20yGQwaicagcqQhNTkVBH4csajHQbjnih3Kd3lZ&#10;WV20rU4jNSGKjBL0YjHwigz0Bm3cm2Lz9TnMtUZWE1e48hkKTbyYhWnl2ZJUSV9DX5VKetcxVlVm&#10;cYKiKpqI4qh4aSKDR62ZkZQddVPS8WIx2Uz1PTVmIpdy0E/8FzWMp6ljWZOeqoZZaCRnoqKGarqB&#10;qWrmR57IYZAzEe1Nts8FuYI7t3TscYYVJrRO4rpFSe4MRq/CRQ9J597td/mu324iRHdMGKSgUABh&#10;nSfLiCQPxA1HTxt3tHD94YSXJbVxT5bDVVRtuupshuLa2fpMFMj07SV0WOrqyChfM1aUJcLLQJIl&#10;HIzrUAqLOHMLZDCRf3u21BvWiyv3uQx1Vi8BFmabJZtsqtCuQbJYvBVkozkwhpoJzJVgUVGiNO8o&#10;RHk96i26GNYL+K3kM8bVGgHVkdzUQle1ckliAT59avEG4a9pvEgbbSq4kEelQuVAZwNPoNJY+grg&#10;ifmDtWV4KbeC7Wlx9BNispRz500M2Nx2RhNTDQ/ZTZenSjx9QJZ5YoWjLVALEBFDD2o+s9r7W7Gp&#10;KOj3kcrX7QXZG9+w8xSUf2Q3I238HtWprcvBDnFmqosbV1VZBTpBDFMtIZ9LM8v24YGWwbZFzLfC&#10;03C4drSKKWaRVFJPDjiLuFkLEqWaoUU08K6uor94eYNw5L2bb7zYbaFeYLzdLHbrVXDtF9RdXccc&#10;RlSqFo0TU7OaOqq2jQW6dc3JlKX7urw7QRZDXQY/zVckgxiPV11K1L5MXFPClRJAkt2Yt5wvCaA5&#10;sitzY7e+O6xx2U27/GsbuyTIbXwGKx8e5Mxu3c+OpanceJ3BDgMvuPJvV1WSxVXjqiqgk1SLGKeK&#10;SFk8aKWHA5Z5p9sLK9NJ7Xfbu2gaNFkLSKkktvMiPIoACsgq8da0VlZQCKiffJ7e15iHLO9pEIRb&#10;vc61UJG5EbRsyKhHhyo+ggUrWVHqSaLAxH9356vJwCOIUMVRNkK2aakoKDHHIrHNiqqtoYU0xxzu&#10;9JHpdvIwBBD6mJVt3Huvd9FtLeGT2rnMZmMFsTP12aw2Cy2RqMdtrD70THYnMLW5+DDsKsw1FBJo&#10;hr6pmjo5/NwviJYH3POu48u852G8bY8csdheLdCORfEg8ZXBGoVUtQCrFnoD3DSAKI+S+T+XbHeX&#10;51vNhgi52vrWGGS4K1nlhhdgiK7VoiHu0IB26SxaoIUdVPS1wi2vVTVVNU1uNR2k8SiOppqgVNDM&#10;tNUT3iNVHMolkRCZBG6m2lvYw9Zb/wAd2tsHB77xlBkcZBmEqUqMXmKd6bIYzJY+rmx+VoKiN1TX&#10;9rkaaVUlUeOZAsielh77M+1nuFtHubyZsvOOyo8drdIwaNxR4pY2McsbeR0OpAYdsi0kXDDrLPa7&#10;sTW4qwLA0NPUAH/AegjyWNkweWqMU0is0PrSRBYSRTfuRMVJfQ+hrEXIuL/n3LzSmOJ5HkZEUjW6&#10;8hI+b6LMhvcfkn3LFrKiLrYjSMmuP2ny6VzXB1MK8B0pcTP5XjRQzsTxp+v4BJ+tx7LFujtdMZVz&#10;0eGjmq54BNFLJLGn2qsFLeMSLKHV6m2n6tb6hT9DDfNfvVDt19PYbFameVKgllAjDKK6QwIILHBJ&#10;DfIA8Sqbc5YY20vkfy+X2dCbS4VZFWSpCrqAIVNQccfRtV1v/sPYX0/be4q2pn/iFE8Tq4Q+CKKN&#10;BEGaYJVCZEFTEJSS1/GQ7EWuDeNoPevmS9uZRewLHIHAHhDUgUGumTVRXArQn9Mg8B0XpuE8zhpG&#10;r6dOi4ymjXTGpH5JJufpb629nV2FnP41h6HIKdPlijldfJHIVEp1RqTHqTyMo1fXhbXHI95I7XvM&#10;XMO02O6xKFE0SsR6NQEg0JpxqFJLBSK/M4F3oQjoJt0Uop55IbD1reH+p4/tfT+v+Hsw+xoFqNy7&#10;cZwQ38Zx9mNr2NZAAF+guR7IOYXMe17kAceBJ/xw9Qj76XCv7Yc5SJiUbddHzGRbvT19egZyk/2x&#10;ZY5UC/R0ZQxtb1ix9LXJNgQR/X3YRh8RDhVwVN/CspXDKVe6ZabLNCZIqOCeSXIz1mRfzzGBMglN&#10;SxR3Mjys0dgBcjEnfb8X0ryuFFzGkSYwAU0UA+x0DD5jPn18onvBNG3MG8Q2W8QJ4NtaeJbfiGmg&#10;hRGKjUyIzM+kigU6qkqOjZ7erKqux6TViJHMpWJhGmiN2jjQSyohJKhqguP9dePYH9472pdsZba+&#10;2KWlyK7p7CSvwm3K5Ki1EYUlpqvPw+KSSaNcsMVTrNTO0B1xido3CxyD2h2WRJ9wtNtadF3G5Ext&#10;9ZaNS0AMj1eho6Qh5VUA+J4ZK4p0aezfK9tvS7rv28OrcqbK8dzdxogM1KMtvTUE1RGd9Eo8QUGj&#10;WvdGenxr2Omwa3F/pf8Ax9ub7U2lt7r8bapKXIpi/FBPmaipjWNsjkV/h8k9fSPIiQtHHk4GRWPo&#10;RqYggsG97vDFJtN9te93l3c2lshiMjmSWQxxxh1OvSXkbTpoyAKZdQ4AjoR3fOe9bt7kcuc18v28&#10;NrvWpvp41MQiALyKA2e0OtQyuRRaAUrUt0EdQwnjqJ0nVmAvFcFQw+hDjxroFiNPP1vc29kP737M&#10;3F19varos1vHARbB3Ts5INkYShxudot5tlqCOKbN1OUzFTJNhREaSXVTtamYhggQujPISbzvHMvK&#10;e5y3G57rtsftnNsrx20CpIL/AMdQPEkachkVViNBrkTWaUQSAu05e2HJex868rxXu38r3bc7We6t&#10;JfztLbHb1hmJ8GOG3RRMra1PiZkVaGvaUCuKjSAo+gAAv/gLe6tfii3xO7txs3TUVVS5PNz7g3vS&#10;7Hou8sZBuiuyeWxGPXcOcyuO+8nCy0GNx80crU01TRvNDC8aSKzTMuNvs/s3snzjy9uPK1ny8Lzm&#10;svciz/eK90jhVkklXwCGKpFHHriZ0YgfpuNUhGf3vpc/eA9ud4t/cPebi9tOWza7edyfYJXgENsz&#10;m1t4njBRTIXDKjgSRxu4OnSEHXCUyLE5iCtIFJQPq0lvwG0KzW/1h7Mtmewsbju6MN0vRbOyMVH2&#10;Dlodp7Qy2CqJH2rl5qaGPI7nqpcDHVZCq2liqDJSwwJDM0aM8zzKqxoztnDs977b+x3MHLfJu4+1&#10;0lle80SRhbmMCa1na2gU3DLDrka0EUjRxpGyxklnldVUFp4PseWN73H2s3b3Gl5vEi7HZm4uoJwF&#10;uoYmk020bS0WO7aREaQlS+kpHES8jqi9oWIOsKDcW06v9SpP6lU/qJ/2HuxbAde7b6+ioc1BgKGX&#10;dP8ABK3bOT3bLGo3DU46LPvlY8Ytd4Q9Rt5stLJJSxtIiU8YBUMWJAjPKvLW688X3Osdh/yI5TID&#10;ck0nMUkjSCCR1oZIkLUSJqogChAKdYbbt7k80c2Wt/y5NvT/ANVnninjsyqtbxuIdPixhqmG58IK&#10;szRgNMWIY0I66aJXdHOoNGSV0u6gki3qCkBxb8G49hRmMrt+kztdX4+lxceeyaIK2Rqh5auaGKCO&#10;OGIzOyzeWSyqCEUsCLhyLiTrIbXt928XjxLuk1KrhZH0jSmrtJAUFFWtcfCASaivbNu3e52u2tLu&#10;5nba4K+H2gKvElqVppoTjVihAI4dc/8AYn8/0/J/1vx7Zs/S53L7fz8VBV4TILUhKiCDRVS1EGGm&#10;pccy00sf3lMfJVtHVS+RSpVfGFRzey27uL24iuYbKSAu6/plgxUoVUUIjkRmZqyaJVkVRgeE4Dkm&#10;ezzbXtu77Sbu3uYSlVLAqqmYNICytpYAKDGpU1qQ+ootD137rh3x15NtvK5DfDy1U+dL4igWekr6&#10;lMdNhaCvqspRxS4mKZaBsjQVkNWJKoQtI8chuzKVJx3TkKflTd9557E7PuqyW8SujP4TRpK0igwh&#10;tGuKWK4Bm0PVWYBtJVmzL5Z5xTd9utOV0CJtREshDRr4izyRiJyJSNfhyI0WiPXpXTUBWLAe9mQp&#10;dybZyHWlDtzK0c+Q/jM2ZoKLHx1lTTU+Uajq3qMlHWVcdI2NovszDGF87lJ2VkbSCFK/n73327lL&#10;at627fuUWvoJID9HHHIFF4IZT48bSRwult4VAGL6lmZHBAJEbR9sfIe87t7irf7duUVlBA1v9RcS&#10;xxt9L4o0QOqtIJZvFOvUIkUxalbuGeuiL/74fT+nI+ntxx/X0VRjqLN7YpMfjcB/A4Gpqanlqchu&#10;B8yVlqZIIp55ZKeso54yYgqxAMqCxCAgm+2e3Pt/zRvHJXvLbFdukfbldYo9JeaeVHWNXeYaHZVc&#10;xhFiHjghSGj0AP3Pu9zHsm18ye2u73kl2zXzB3YBYY4o3QOyaKFAXjDmrEqDUFWZieIQKbi4uST9&#10;LEn6k8fXj2FOycv/AKSdtdnbZpsfuzN5brbLZuSsh3BTrjoMLV0VdStX7ZDzUNCgpKukrglM8KSL&#10;URoebx3KX285yfdk5qspL69nay3KeOSC9gSJRPIwRLEzaIdEbIxjiCqRJFr1OAgBPuZbCTle85P3&#10;WcWUVnutnA0L2ztJqh0NquzGHcE60DTa2Tw5GwKOwHUkixhdTqmt1RS/ILt+lQLjk+5fTXW+L74g&#10;7A2TvzDbj2NuLrTFV9JsHtDC1+Nq6vJR7uipFWPbFVFJLV7XykdLjb1MlbBUxepGSMBnb3BnMPJf&#10;M3u37rcwWHOfKE1vYcv6YrHdom+nuIPqO5bq2nUhppDGvitG4nMZ0lPDMlehTzn7hbR7Pcpct77y&#10;nzNHdXW+XBl3HapUeS1uBZtWKO8hAVXjV5H0lJULZqzURA11c+WgrKb7Skp6yjnnp4KvXN9tNQRa&#10;ahqiuVj5RWKNMSLCFRruWL6foNnRfwhyeA3Qdrbl3Zn+ytu5bPPvSKr7Cxcefhw2ep1jTCS4HOy4&#10;98Zicxt3Jwx1ccccklUIysmlUK6hTyh7Y3ftxe/u3d/cK45i2MSi/eC+tmlfxlxDLbySNJHDNHMK&#10;ko5kIy4ROoJ9zvvR7fu3L1zzls3JNrse7RIlkh22U28ZjZi9zFPBqEk0dxbl4lLAJHhas4ZhPFRG&#10;ZvtxLH5xGJTF/b8QkaIyAav0mUaRf8j3eB1F1NJR7Z20ctTfa5ejiiSsCzMQwp6iWnszSJ5JNBpz&#10;pPDMFUH6Cwm5x5wjm3LdPorgvYuTornioPGvnXJ8+PWFXu3Cl/uknMm3UG2Xn6gNKGrAHUBwBbjj&#10;+l69IGg7Cw9fns/t6nqo5a7ByRidEVudcEVR6TrN7CZf9h/t/bx8sNiZnfvSu6eqdq5iLBZDd2La&#10;iXJzipNJFCZkqZUrftIpqpKasp4JadyqMSJAtjc2iUWs2+Wm4wQ3aRX00YRGbguQZNX9FkGnHqeH&#10;EZ6fcS5PO4xXHN19CrWlsDDFVST4jr3EVOnFUNaVBAOaLSlT5TfLTYfx9+cfWeZ3rBV7gi2vg67O&#10;5zb2KfHfxU0mbxeR2nhHw9Playjo5q+kyWTWs8cksR8FPI6uui/unns98zFD178IOsIpIaDb8OHo&#10;93ZqnrvNT7kr62mospkDU00MbVFDQw5Spqaqpjkl9TKgZQsZDDPYobTZn2zavCBt7Uhm4jxXqJCT&#10;Q1AaQlyNSk4oAvXSHnXme6k5dj5QsZTHt6OzUWvdI9KsakgnGMU6MJ8Ytj7Ryee7Q/me9wP49wb8&#10;xGdrdjYrL4J8NWdZdb7bGQ23jYKRquqFJmc7uTaWGooVrKaNEqY5GMTyCqb3ab1t1vtfqza9Ltra&#10;+OSmpIVEtVMpaapyNbKiCpraiSR7vJUMosOFjWwUAC3t7nvmTed6v4pJ70teTOAdVAqjgijtOlFw&#10;KUIAA9BSSvu2e1O330U+5XVmrQRtpAcMavirBvMA4NSan7etZ7+YZ8tO0vkN2lR1GT3IaGOWtFJh&#10;MfT1MFFidsYaeqrJcBjQ9PTpUI1PE4mrJZbtISRISdLAvvyx+XnW/wAYNnPkNxVUFbnsjJJj9t7W&#10;oqun/imbr0I8qIX1CioqQEPUVMmpYlYABpHRCWW8208l7fDu3MF4WvLlqolaPI4UVVakhVSpDNpI&#10;UUqC1A+d3NPOnLfs9yk0FpElxzHJCxghVSQpH45KFSIxkUDB3IolaOVMT/LZ/lyb079zVH2BuuXJ&#10;0eHWtTLZ7dFfTVSRwGphqRFS42mrHpXr56llmWKKCSSGIDSzqAszUD9b9YdgfMvvap3NPR0slfuv&#10;IvlsjkqqKo/hWCx6LGGp1cmZkx9DSxxQQ6CrS+NUFnYsV9hFI12vMFzZRyT3A1xBiwGuhGo1JBEY&#10;NCygHChaMzE8vdw3TmP3K5rvbC1k1bte3TGQJRRVqkUFSFAHDgAMnA62vux+wOrPh70PPufcdTU4&#10;zYvXWCo8XQUsHgqs1lpoojDQYzHxytSRV+Zyc4aRiTGCTJIxVQxGxvtDrfb/AMbuqJ8d1zs+s3Hl&#10;oIKETUuNaNMtvLcbrT46mqausrJmpqaF55bl2P29JAGIXSjBk8sl5ut9LLdFpJSwLHIMrfCA2SI0&#10;B4CQlYxknBPWevIns1Y+1PJMu9R8vvufMEkEZ0JVmLOy0VSFGhAzF2cg1wSPLrTw7N7433/Mk+VG&#10;Jp+4Oy6Dp7qXH5HctXgP44Hjw/XWx8XS12ZrzHi4jjqrce56mgxCrDGF+8yFcYFUKdIFBH8y3CfL&#10;Hdff1FNSUm7aXAZTbmFp9i4jZsmaraSgp56OjlzGMnq8PS0lNUZFNxT1AleVUfxeN+I/H7AnP/t/&#10;zrzHudvJsl9FFaUWKNEZyy0GQNApVn1AGgJ7aLRkLQTz7bb1a85bod25du6XIWSNQPFjVCF1IHQZ&#10;K1KthaHyPWzx/Lfp/j7sf40YvbfU26du1sGD3DuOk3xmagUuEy2ez8GWraGl3Hl8fNlKk0dPmMFS&#10;UktCPLLCtIFRWLo9gC+BEOWp/kF1XjcjOkq0vYe3YauSokYrFURZujmlmMxk8Qv4RfUGux4F7Wty&#10;Vt1/tlo1jdTLIsEq661Y69aMxqMY01HzJ8uEJbiVuea9ptLWIxzyyotfLuYL/hIP5dGe+WNT9n8X&#10;vkXUiGaoMPRnbDeCnWZ55f8AfhZ8eOJKcGZ2e9vTyASfx7243oKmojozUz1UU1PUzVHkx80tBDLG&#10;sxFNBVIJxLIiwafIuoLI4JIsQpGFvZx7jffWJc6LNJVZVBOo4NFkyaiujsaqkqGAGKdYuRvbWNNk&#10;2YXkoWWEBmVGYB9RqVAqfsHz4160KNo5HbzZfdGT2/Qbbm2/uDEYOkXHbywVHuvdEFZV0NFLncnh&#10;a2LESYzb2ROYoz9uzJJU0lFPGiM8iyVAI1/MH6KHcHRGXkxA8m7dhtPvHbUjs7NKcXj53zGKAjBs&#10;MviomjUBQGqEhJ/SD7E95FPLt10tm6x3ES+InoQpq0fme9dQUcNRFcdRr96H2R2/d+RpubNqtQu4&#10;WLaqajqaIgiRaEgGgoRWtKcfW53+Uv3dP1H3TFtjICmw+xux6KHadXjKQ0zR0WWfJQ/3VybSCTyz&#10;JR5LIzRO7M5jp6uZvWYmtUx8K4979xdddo9Abf7Druupt0RY3dm0t14/IRNXbc3NhayjTJ1UOHo9&#10;w4LO19Hl8TTlNKFqYT0amS4Ro2Aq317vdjufLO2Xws95uLeOaGUd/htFKveUjdHb4GUVJCSRA5yG&#10;xN+7lt8m/b3f+3txeSw7RfrqUrIYwtzEFZdTDJqmNIBqPnnq9j5bVW0eosjsb5N5PZMG78ts2ao2&#10;DuGnFNTvWVmxt5xVdLTxiprKOpooJsLueemljkkKaaaqq4wf39S3M4Tdm6vj51xt3bm46Ptnu6qX&#10;cbYWPcxTAZrcKbfCxxx5rKGkfHvJSUcsmjxuZq0oXLEgAgXWy39laSJe2t3dG2k0M4EcjyRkf29E&#10;oFQYVg1XFGdu0Npz72ePmj2l2ja+XNz2Ddd4ifcHjVw0UvhQELpYtqBCrwUOQVBLNQcKRd5fHrZ/&#10;zB73z28uuM90t0HjcZsPCZjcuxquTM4eifsGrqa1JsWkFZR4igqK2agpI2qK2jpo6IFYRGkjvJMa&#10;0/nDF193oYcti6nGP27sXH5CtzdRiGkqcLkdhYnM5KGpilmkc5Fctg1mevTy0qCakhrREJFiXSDt&#10;x5+5Ru90azsJGkv7QGRxjw5Ei1qwVjpbxVOqVSVVTCsrUfSp6xU+8X7fWm82h5isvATfoA4mMWpl&#10;ZPFOmlc9q4Y0Go5XFOrc/hL1fvn404ebZlRDkx0ruSowU+2aLdcivvLam8s3jKOSq89PhMa+2Y9t&#10;blqpBCiQ10slNWLAsqrNUTeyFdRbq25v2Vvjj2vVVc2wtz1VDhcDmHr6VU2XW1OUasjrsdV1qrCM&#10;VNXyCWJ9S/bT/oAjmqFkTPbbNzS52O+WZNmuljDa2CtCJG1B4tfaF16jUCgarCivKHgT2s5qk2uV&#10;OSeZrtH5avJhEWOBBICdEysWHh6TTUTWqFhQkjo828aetw1Dld47Zx332aosfVV0+Jp4Zmm3J9pR&#10;BIKQrQr9zLXJFEI4gVl1egFHaOHxv/xV6F+SvxN+Zu3tlQVGMgxO7WjGbFBkMVUU2e2XG8jNmIIZ&#10;1ec1WFmKTNEyxToWVSrRO59x7yr7Qc78j85rcW+5Wp2oTRggSRrI8cjOC0aMxZjEAfFFQw1K3hiO&#10;Sqyolvd8uc77dylewj95u+nUv60TRNUeJqBNFZTqWteDV6L93Lujp7u34zb73XkI4c9tHH4PMVIi&#10;yEGRxtTS5nGxyUq49/H4K2KWtq5BTF4S6MkhKlrD3eH8luv67K7W2T2JsXbsi9gdPpmdzYnN4mCl&#10;lpIYqCmaXcWBr6KPWrUeaijrEsjSFJkMB9NWWWZ932m10Wd3Y28a3turFXjRFRJELdpU1oEJm7QT&#10;QlotJEjN1EnuHDuPIvNFpvG2XRS58YyN8S0OpQppQg4AR1AXDKwICEGqn4OdmYUb87v6l7f7Bgm2&#10;T2xVYDCYHZ+56x6fOVtbuCf+DYDKYPKV8dFkXyFFhpcWFZ41lrKeojq1dTRqkpsviZ2Fnd27em3g&#10;2Bw2E2pksjjRsCGjrRW5Gqx1bQ42nykO5KeJFpMPk6LeD1dEqQyPF4IVkBsSPYV3rdbm5aKx3LaY&#10;rfbZ5GSEo51kKili6aaIyTCSoBYNg9oBrHH3j93i90+Q7bfnGjfLeImUhDR2VCtEUdwUipqSfLPV&#10;Zvz86z2J1d8oNn9QtuTdu893bg25uKLul881Hh8dgo9vUB3PtPdG1sxkXaPKUk3XsZqqmncPUJWR&#10;OUnllneOE4vbm38VX53b2Wq4PLQYqlkzUKGcOZKmOKNaISIGQTPBXmF7kCwjbTe/tzkfcLq32i/s&#10;LeSk0zeESQD2gnVnPFdXAniK9fPJz/eNsW+858yyw0vJSkKAr3anNMg5Aovr69bFP8tvJU7/ABM6&#10;s2LS5egzDYKhyOBqcjiZaeeikpsdka4GSmnpneJofGoCkBSdSmwB0gle8N4Q5HHZ/OQrIggqclRI&#10;lfSSUunI0tW9IIxTMqSfbGpFo2/SV54HuZ+W9vFxd7fao1YlJB08aIWDkk8aaR+EDOC3EAW15dv7&#10;be7K03FoTc3iR3LeA6OnhzJ4woUqqsFNGTBUnSQSK9WOU1MlLBBTo0jrBDHAjzyNNMyxoqapZpCZ&#10;JZH0gszEljyfZe+ktvUOf3Lkd3VtII6CgrRPAHmYIZpS0WLi1m4lfWrOOeWW9zcH3L/Pe5T7Ztlp&#10;ssFwWnlj7uGBgv8AZ6Y8uOepT9z94utj5es+XbeYG+uEoxAzpWjSkeQGVHD16ke1x2dl5MDtzK1l&#10;NVRUExmg8VVUUdfXpA82QgpJNNJRrNKzNTSskfoKiVlLWBLCLd1l3G02a5uNomiTcI0QRmVWeMHU&#10;BRlRWckgkKQCA5Beqg9EXt1Hb7vu+zbRvME0uzRtI7rCYY5T+iSP1ZNOAyIxUuAED6BqPWMxJrMq&#10;qPLpKhiT9CbkWvb2RDcG9cRu7sbDbVxG4qfJ5CeKtfcdK1NPBDjkWMTwTfeGpVIoxLKIRFIgeXxG&#10;RQVIb2dbB7sxNzfsHKm130M8yQyvdJGpNPDjrqVw2lRqBUI4LHtdS0ZqcnNp5YvuX+Tt23692dre&#10;yVkFsxZS0lWKspXRk6RqZkOldYQ0YFesnsEs/R0uI7k2PuCShqXzL71y2x8ZVR11RBSR0OTw+eyO&#10;RlqcdHMlDWVDrj40jkkjeSIklWBNwc8521inP/ttzhc28jbq24Nt8La3EaxS21xJMWjVgjN+mqh2&#10;BIINa4pKfL15PuPt9zLtgul+gTbI72VSqly8csKRhZCDIoBkcsqsFYUDAjB97tb2tjP4Nsemq6yO&#10;SWrqo/vJ2jV/2/2YoGZgigEhKY3PABIP049+3i8+q5gmijkAgQ6RX0qTnPqflj9vXP8A5j3A7tzb&#10;dQxOBGjlBXz7i3/P1KeYA697Jl2zvDdOLz+Rno6GhbD0DUcscdblCktalTJI9TTQNTU1VVT1TxRM&#10;YyEhjRSCPqCALzX7gcy8rbhPBZQWzbbEkJ7mC+LqoHUBVkcsVqBXSqilWLGnWSPt9y1sV/tNlFcX&#10;Uv7wlLqSkVRHpA0sxZkVUBPdUua1+zr3sTNg7o29unE1dZj6Suo2NOzhK5LVkPkhl8katEgfSJD9&#10;CqMAbONV/cg8uc1wc27dDulmHRS4DqwA0k5AoPMAZrRq8QpqoBPNux7vsm5QQX08ci6zlCdDZwc4&#10;yPPI81xTr3uob5vbUwtTkKjKUcT4+tqJaNJBWiSP7pXqERZEkkCLckKf6hQbKQD7xO+8XtO3T73c&#10;TQReDPL4VQ4KhzUAla0OSK5p6AEAk9DPuxb9uSWsdlcv41tGrUKdwXSnwkDPy4+fHr3sOdi5fO4z&#10;anx43w0MlXJtDeP93MpSxwmVqihoMhDlKBHS4iXxUGtRrFwbAm3shvhfxe33sxzbOPFl2vcXtHAJ&#10;OpYpI7qEGmMl5FFcY0nFT0Meadu2q95g94OWARGm47d9RExIAWWSNo3oeOX0k0xkkA4HXvdoPTOI&#10;rKfNZSuxGMqsNt9s3Uph6WroqimqPsqeOKNZWWpSknnjWpSyMFBCpbU4AYzl7Q2N1Bfb9dWthJbc&#10;vtPIkaSKwcoqkKSGALUK0GKqBp1MoXrB/wBy9zt5dtsLa+3BLnePpkMro4ZNZZmwQWCHSQWqaFiT&#10;RSSOvexf7T6epd4Yx53XVVSxeRULQ6pFaRQwgcgJDKYjxqPFjyfoJM5p2iz5ps5LOVR9YlFVqDgD&#10;WjVIBGPVft8jG/IfuJccuXqQxyabcEjzoMcWzkVoDT5de9oiq2dUUmzKOLIUvmXb8lNhaiTxmQSU&#10;lfGKaSKaJwpKSFI9TK3pDgBuSFHPKjxW+3Qcv7i0bKtuISANSugEYIYHhqQ1PoOBBFehRDzFBc8y&#10;XEtnMVa8Vp1BwdaMWBBHCg1eoJU4697GrrXr7ybMpaDxo8dK/io2kdwI6dRIAGCMWZYjEvNvoOPZ&#10;Xus8HLkttY2UzC1iULStaDNB86ClK+g6jDnXm4pzHNdCUq0g1PQcWJFf21J9a9e9iZQ7RpqLH10A&#10;BRaynkilpm1WImTh7MCulvMpI4IA/wAfZMd/mub22keQMAwOoCgoMkDPy6BN3zDNc3dpIX1eHIGD&#10;f6U/L5A9e9iDsVng2vt2ZFCVNBOQulfTBPQVzvFZQeWjMINvpbi3sm5hijk3zcY9P+LSRrQeodc/&#10;y6DW/wBwIear+cGsRdHofMMAflg/589Yamnjq6eopZhqhqYJaeUf1jmjaNxzccqx9n03DmRXClrY&#10;iPDX00NUhCXPhqY0qIlDRlQto5B9OR/X8+8fds2/6dZ7dvjjkZT9qkhvnxB6yHlhmisLaVBp1UOP&#10;QgHqr3qfbVBjK7cOBn+4ap2vm8th5VaokZxWYuqkxk8yF7qsrSUTAkACx4AubpupmR6a6P8AcSkH&#10;TDFGq+r66pdbqCw/1/ZvHGVkCsmlPU/5OlNnHMxqwKj1PDoTJI6aLIGMU7Uq6dInlHAD2BRQiMoZ&#10;/wAem3uJSxyVD+byyQuqSalUxXfyR2sVfSkXqAIZeRb+hILlwVQLRqqCOjfw444mVkUgmtRWuPIZ&#10;p/LqBk8h4JIabRrpPIjM7x2CCN7mVCkmmV1UtxwSCRYG1n6omzVNTQU9NT081NombJVD1UsdZDIi&#10;BqVKKmjo546xXfUspMkZjGm2ssB7KGMb3kTUAiJySaUH2EUNfmy0p5+QWmi+qFzVZBOPgAUFTTjq&#10;OoMKYppVq+ZWmXGgn2pT5FclW5OGmmggDU1DM8MYkLukc802pzMiqpUoFR9RvcrYXjyzx02NV6+M&#10;ulVMsMkMg8iv5Ud2gmQ6Q8LiNw4PBH14v7dkjFzMYQyhQuc0FKZzny4dCXlzlKeSQXUtAkbVrw4e&#10;fnn0yc049B5vztmln3I21trZANVrQPUyzUlRDGVi89PC0izBJHoqrRUDxgXdXsynge2CnoIKynpU&#10;hqxR4wVUNdWu8lRjKmtyVFLThJJ5aCem8sLT0qiWD1wSQIYmTxnT7auXtLCIyXcw+oqtXEmmujhX&#10;TpBxQEUowwQQepMubdrm1e0gsiZhGV4K4o9QaCQP3U+F/jU5Rg2egNXds+zNzZvcO7Zf49uJYpab&#10;BRwVMdXRYfBSrO0VBQUtZFankjiqyxlsJ/MTJr1nV7eM7LSYnHU1Lh5jWyV0sqTyU5lmECKjSSz1&#10;EwAkihiUF2PqJQFRa9wQXm+fURmSMFyWCjSCaedSATgU/PhWpHSDlzlZbe5ubjcIfAES6l1jJyKB&#10;QxAZj/xn4uAPTbH23mu1czK2SC0FFimpWpoa0rTNVO7CCmVUUhKqYTMqxIBqNybGxIJL2DmcnJLj&#10;6Kgq87kKdsrkNxSVGbkqqOWiiyslKkVEcVUChqqLDQ4Sh0fbsqI0kpnkjd7qZN9tuWEuOXhuM9/c&#10;vJcTmVDKWXTGxkCI0TFe3RQaARlixTUSehfut8I72Y+HbW8CRJbhYtEmpossTIpYNI8jD9TUOwaB&#10;RVAFknTGy6Cgwb11bjsNSZSeloKJ1w6Rz00q0MRJnkro5J0q66WumfVKHk/bQRhiqL7IAcnuvr3s&#10;bcFXV1k9QK05KGaStpaearXGVuPo67HPXwtRxUKfeJMI5GWMQ/uypD4yV9xZ7p3G88mx7jew7gjM&#10;9xJFGSVaRYwqkFhoANRUMQCtS2mgoFyc9urTl7nax2mBrKtvEqswTUVMis8bhSJCahwWWrVpoLVH&#10;Ebs9jYcviYoBqR45qeWPxSTU+l0do5RBJBNDMskS3dfXYOiEggEFHZ3v/rjauNqXqMJTZjdlTMvm&#10;ydfLS1VLEtJGIaVIMbjnqvLJSwiyNM66QLLpXj3iFLzRYrHM15ELncHars7VHA6f0wCCRnLMaDAo&#10;MdZebNsF1FJDLt1pFFbKtFFSGNCNWrWimnDgo6DDJ9bb2z+4KWWXsCt25sqjpwG27t+lEGYyNfNI&#10;k1VNVbjqlWalpJhoHhp401MCzMTwC3x9ifHTcZyef7K3FvGkyIneVMdhcFS1clfCFfRHR0plfGQS&#10;tIoQvPUQGx1BGsSQut1y7deLdXnjrcFvJAF4YoO4HGOI6Y5mX3YiuooeVtr2+WJwKvNMYwhqAxJW&#10;rGgNaIjf6YHAGGOGuoKeCjxcFO8ECGJPu56gMCpJaSadvLO7liSbI2om+oX4KPvvtrzZqupesclv&#10;DEbWZ4YqGjramjp8pIsY0aKv+AQUtLMPNcoPXoSw1Mbt7Ir/AHEN40NnLKtg34WIqftK0DA+lMef&#10;Ugcr7HuMNnZT72ls2+gEu8XiFK1P9mZasB8/Pp1jVpYk+5SJn+rBVJj1ci6iUF+P6m3tNUPV/a3Y&#10;SpkTTV9QtW7CKXJVFTU1M7maKO8NMq1FcqWnUkmLSRdgxHtiy2qa5he5jmjW38+4H+QJP7Afs6GF&#10;zLdyNHbMJXl4iqse08CS2n9tfy67lnhp0LSyRwoo5dyEjQAfV2JVVH+JIHtZVnRez+uIaPI9rb8w&#10;WJqJJTMNu4+Spze6poo1jLUkeAxBNUJ3DgCSeWBFP9k/T24/0NqFaWbxWr8NCKZ8lyzV9SF+zqw2&#10;mRFWS7mVB5qCGYjjX0UU7eLHV/vPTSmZNW0seNpair8Rsat4vt8ex/AjqJXD1Cki2uBJgP8AX4PL&#10;O9ydc7Nx9HTdW9W+KqVkqYdwb+FPkaqNhqC1kG2KHIfwuOrRiSv3dRrQjmMgke7SblLo8OGJUjPy&#10;AJ+1QSMfMnjwHmnpYxM308dW8y2T8vP+YU/l59xUmTnkk+/rxEnpIo8YphjVW1A+StkjFTKzaf7B&#10;iK/m9xYv/ZHfG+d8tSUOa3FX5uVWLyUpdf4ckr6THDj9sYWngwsJXSAWdJHBa2snn2Uz3Ejsqsxb&#10;HDgP2Cgx00to0rSXErlAcAgMKjzqxzw4UpX0pjpwpqCkpA328Koz38krEyTykkkmWeUvNLcn+0x9&#10;oRdibw3c6VeYqFo4pV9IyrNLOI/SsUVNhaUBVAC8LI1v8PdFhllbJIHz/wCK4dbW5s7RWW3jJcDJ&#10;XB+Z1GtT8upYAAAA4A4H++497AP8qj4rDrNN49z7ix+Wpc/msWdl7aXP0Vbja0YMvjs3mslSUE0U&#10;VMtFl6iKkjgkRC2mkYGQq12zU+7LyHdbfDuvOW5W7pcSgW8AdGjfQSJJH0tQBW/TRCFqSkncQ2nr&#10;kL/eK+88G82vLvtvse4QvZwT/WXXhMjDxQJYYotSEkvGDKzhjSkiArUEmE8yTOER0kVXs2nkBgf0&#10;sbn1C3uyDeldhp8JVbmj+4+2p3jrJK3GtURzVEWFqZ6eGlrA4Vqij+4mZSj6IpCQCQvJzj20y2js&#10;HJ0LCx0mlaBC5KZUBtIJGeNOuaGxJur70NkXQZGBQCQArH46oGZTQlSAF7gCygVHd1KBC6Vvy3PP&#10;+tz/AE9kw3BuWepyeWperMrht0tvbIpUw57bNRT5RhFj5psFURQZKhrK6hrtVfj5CJgR9tGNBVHE&#10;gAr5J3/aebtrbmGwkVtnRzpkVoyrqCYnkR1Z1kq8TJqrSIgCQY0jKOLlKLZYttXntZI/3fbMrRSk&#10;otTplUsjorK3hMBobMjUORx7Ri4JKslmIswtewHI/wADf3ixGC66wW5KrF7prk352DhooWGycRJL&#10;KkFdWVNOKmSrrqhqakyFZSiuQ1AaXxxIksjKyrcG24c7NuE6WOyTmJ4VFACPE0lgFdFJxhu5i9Qt&#10;agAk9K5Z+aN02q0vdmtDt3LdwxreSgAMipIV0BfEKq2g6aKTqIUEA9d8n6W0m4P1v9DyL8fX2beb&#10;K0WKpoIaGmhiqEhVGhLUyw0yRjTGkLosYjCB1VFvxz/gPYfWyub15Jrlyyaqg5qSTmvHJFc49T0u&#10;5T22RY/qbnUSyg1JqdZGTQigr+LAbyrjpC5elkyjtDISYY5G02NiRY/UkH6W/FvZIfkR2F2/R7qp&#10;sZi6zG1PUu69k121c7S46hC7vxO68xlWon3LS5eqyeFoaTFQ7frz4oZZXElRCQwVW1IFecLLf7Fi&#10;tvCp5durOS2bQlZ4Z5HWMTGSSSKFESNnKVarSqPI1GTPtxtfLjm0vbuCQ77a7lHMut1+mktUVqwm&#10;MI7mUzINTqAFjrwpQzMXgaBadJFiJqoXSVJGYkF4ixQOhHjYXJBuL8/X2XDZ8GI6p2luvbOf7E7D&#10;3rtndlTW7okyG69xUGRG2aQzxE0m2KKiRFw1JBk6FpHonevh+4sXEd5fNFfKFlbe2W375tHMPN+5&#10;b1Z7i4uBNNMjfTqHYfpKrTFD4mvxF1Txiiq618RZZw523C25tvttvdo5Xsdrls4zCEhTT4rNqNHq&#10;NTAh6LQpIAz8e0q8rSPJUisaOJKldKFlXV+hSrKGkLlwAxAcCMgEjm/Az7e3jiMht7D7ixsmaq9r&#10;nL0m0NuJj9v5zck1H91WOKDzUeExVdWU0NTNUk1FS9PHSQksTKiAFJzufdDZeT+Sts36w2S93Fby&#10;4EUYgjkLDOnXJVNQUVOpiNOrsJUCnUDDl+43zmW/2rcNyt7SeG3aaRppljU0GVXWaM2KAVJA7QtR&#10;Xr08qY9JnipTLM5aqqFg8cHmYKoMjyy+ONpdCAAXubD3YrQCp2/haHG1GVp8k+EpIsfFLeKFIpKW&#10;khp5IYKqOSPyRrLC0i2IeRZNIHp0+6dt9dT3H0rRtO2sgADLZ+DuC4IqNThTXuIz1G1vFbXF07QR&#10;aVclgKkggs2lj+EErQFQDTTWprUgTXxQZXIzTRY2Sjir71jI7+QF3lkZJJYpEeGBykgVgNRRgTwD&#10;b2E+9ex8zR47K/w6uP31NR1z4+pkWDShjXIJRUsiidPSdKgyFFdgrjxm9lF228swMI2khQio7GqA&#10;TRSGJoaCpzmgwagZ6F8e12crW6TqjRMUqKeXYxPyIBPbxAFeHSo25sqkjnSqaCJElKNJSkt5DKUg&#10;LVDllDhJj/YuUBsRY+yFdefI7svBZimTsgvmoYMg8Ocp58NQU+4cFHNNFFOtDLDHRQXp4VaTRIZF&#10;kiQpqUHUppY7BeXGxTX0zsZQhaSPTp0SAoQh0AB1CGSUMiuSqroL0dhXfOX9nnZl2xBGCoKEO2iT&#10;txqDFqlu0KfInhw6FGfGwNC4p1EUixusSqzrDr0lU8iKRdQx5tbj2ZzsTOw5N8jDiq6h/i9HTS1s&#10;VM86VuRFDEmQ1Vk+LpqqOdKapqyI9V9Ae6Age3rEXFnFLbW11ANxWItpZQSAaaKKWDUJAGqtGAwp&#10;JBVPyttscENrJcQubeXBIDKpJIIAZozlVBJHrpPA06w0aNC0erhB6ZWFypk+g0AkkKD7pw753TmY&#10;p5JKg/xLIYavir4IqGhSCCKnjaiOUhjkijQZH7sUSKSrsWSFgoOkMcPOced952bmZDdSCSe1lDUR&#10;FVECshdVYIPEVhGoLFmLqjMhJ09ZUcubBtzwxQIPBjuIyranYhj3BGauFILEhaDST/SoHr2odhZ8&#10;Z3b1VTRT1EG3t6Y3IVcH7SlaDcdXQUFNSVMhIWndJaWOCCTUAzuy/R1jKzfuFtb838oTbhYPJ+6t&#10;3tZpGoABHNIkSozA6UKgLGjFqMzuhoCEYR7uUJ2Dd/DmVG3GwkVG7mGuBXZ2UUNVOoOwzpCjIpWv&#10;vbt1vubI9X5uhxGdkSCjkyS07gQLlIVqkYSyQUNbEjy0xqS2kRl1ikcNpDFV0wv7ecy7l7Zb/a7R&#10;vxRbJrgRuAonySDSKVAzJUn8TFHb4SSAI7867Pbc7bPe322xhrhbckAkx6QwwZFxqA/GdOpRxoMt&#10;72Y/sXrjb3YNHUb4w8VJJmmopX3JSUyrSTZiGLV5qgxqzSq4ZnMqsXDuSyhZCwbM632XlzfETc57&#10;QSxzQaWcRBHl000pIQAzIpL0iYsUZuyjVL48cuc4bzyhuB5Y3GaUbW0o+nkd/FWMsRoBYhQfKhCr&#10;pACt2BW69798e8visZQ1+w8Xj1oqWjhrmjp4SgWtoHqGna7ISstdRVMgZ2uwlFrEab+13L1ry/tV&#10;qOX9i21LSxtZGeALpIIZtRqydrOtSr0qPhoTQ9I/d7b72+vLXmy8uTLdSFAWJP6cgWigV4Rsi9o8&#10;vTy697HbpHauY2bvvdteZ1mxG6I4ChMDQqJqKZcnQU8qTFxKtLUwl0IueQCFI5BO+e322XKc3Hdh&#10;Dd7duUiExFCWVAroUNXIOkSEI44k18gOo55850F1sXLFxtc8lvv+1yalcNU1qAWGmhFTpBU1UsMg&#10;ivUaspoKylqKWpjWWnqIJoJ4m/TLDNE8UsbWINnjcg2IP+Pu774w70WiqajEVkix02YEdXCHc+ip&#10;ihEcsYu5IdzIp/PA98nNvsp/bfnrmbknc5BoFywQ0NCoY+G61IoroVbzwRSnWR/uc1r7ue2/J3uZ&#10;s0ABS3EU9M0Yt3K1K00MkicaDGD1qxfzFurMj1xvKavpFYrg6msxMjhWeWbG5KY5jAV1lEaSRfaz&#10;P5HsFWXSNNjb2fMKroSGWzcD1KwK/g8Dj3JUc3idy/D5fPrC/etqKFlKCvRROje461aiAVEsgkhm&#10;VXMaFBZXCRgaZPy/19pPI0TLJ6dJB5tzzyfr/hb2eWs5Kip6iPe9sKl3UY6vk6C7bgz2EpYZqpxU&#10;RUtOjrKDa6gfT6G3+x9p2VWjYspID8cf0uLEcHm3Hs0jOsdAia3KFgo7ejrYnIw10a3KsdAOpRYH&#10;6kDksTx7xCYuGDm+rUb/AECkWB/2B930BSCvSF4qig6e0KRvrW973t+B+P8AA/n2x1sJLFgzG5Fg&#10;NNiGIHHpvax9mEEoChfPplLY6wSMdKSmyI8IBNiAlyAeCLcDk/63tgho3+/BAOlSSdVvzYD6KOB+&#10;PZlJMPAyc9GSW1SO0U6l12UjGPkYsQ9gOAbcait7k+1xXRf5NSr9So/qLkW+trc+w9A7GSY/PpR4&#10;NGpQdBniK/y1NZqP1kb6Cw4+gF7+8EkStAFIv/r3Fja5P9R7dDlZNVfPpNPbhiQwx090WRZajyK3&#10;6SUYW4/I45HN/aJroGiculyBpJMVr2Bb9OoMLX9n0EoZBXoka3MbHWOzoTaGtiqIVtIob6WYH+gN&#10;+DyOfcdXQsr/AKHA0kEMp0mxvfVwbj8W9uMrVIBqKdJXiINOp2osCR+mx/172/1/ediX+ljcWB/t&#10;Wv8A7bR/sL+21FKdNlaYPHroPYW/Nv8AYf4fn3yPIVfyvP8Ar/6/vfmT1dULVp1iLAcn839+JWLg&#10;tYj0m5H1/AH+296UlhU06VLESOsTSH6njk/S/wCf9v8A09wqlSxLFbXKi9+baRe9uP8AW9vxECor&#10;nrbLpA6zwyAgC97fS9+efz7by8iFv3Axve31sfyW+nJ4/p9PalVU0qOmGxTqWlnYAgf7Dj8j3191&#10;KQ6nUbAWvawNvqOPfvBWoz0w9W4ceuelQTYfQ/n/AF/bFNE00xBXRdQSxPpH6+TbkfTn2YrII48H&#10;rQRiA3mOpay6UB+hB4t/gePaGzuKQOlLS07+Bm1vGh4aRBKiOxN2ZEA9Nzxz7O7C57GkmarDh8h5&#10;/t/zdCTbIuwvIMn/AGepEdR6SzMbC1+P9f6cH2OWw8e1JgYYWFmKF/1XsL6jyeSdP9fYD5huBNuL&#10;ODgH/L0eizDKXI6BTfGbC56OJCNCiMNcG9yVX8ED8++awf5ZM/1JY6QPrbVweR/W/vzSVhQA4p0X&#10;SW/cRTpQjJL9rFZjYIotb/aR/sOb+5jxRxq0rj12NueCfxcf6/8Are2FkLMEU9vTbWtRRl6ixZFn&#10;lCq50gjVxyB/Uc29t2lgltKhmF2I5Y6jYgFixAt/tvb/AOM0JoOkhsqNUDp7jrfVp1EgW5/rx/tv&#10;r7SVZTPWVAgCOFjGpTq4Gq91JYMTe/s6t5BBEz1ycdG1raiJQQMnp0NcsMAfyoo/o4N78fSzDi3t&#10;T4fbsdP+5KqF24P0PNweOPqbeyq93N5DRHOnoxitWkoGHSCz+8lp1kWGYoF9WoLzazcctax9iXhc&#10;dErKwj0kEWFxxz9Rx9f6ewtfXLlTnPQs2jZ0jKu0fn/l6JL3z3BWUOKqoaarqAywnW66RcTo8aKG&#10;Jsqk/W4Ptd/bxWtoH/AfR/yfq/29/Ye8R6/F+Kv8uhl9CKfAPg/y9VW/6S8p9xq+4n/4+7y3+6X/&#10;AJ1fi1/8H/H9P8Pf/9Y/a0deyIKfNZCP1hz5FpmRja2kDwg+k/T6e5mn2y0mkjFCzDHBR9nBa9Y7&#10;pzHvsLEPcDRTFSW/aWJp+Qr0XCo3p1dS1NVJn/j/ANcTSGlijpXxdRuiGSkQfcf5XJkH3O1F5ZY4&#10;lQBVU6lcqg5AcYotxEIqZpmEeqy1NNT6G/2IOoDj8e0J2ezq2lDqJofPh1aLmveENEnAQ8Keg9cf&#10;P59BdmMv8Va5qh8z8eKNKaqeGLy7X3VnKKtjYyvUnQa9aymlnbUHICciIqGOq4ka92BQ61VE/wDQ&#10;eB0uv00sEY3VR9Dfn3791pA0Yw0fECrcfOuafy6XQc136mSNp2qRU4ByfQ1FM/LpLVGK+EGQeSKX&#10;r/s3AS6THPVU+6cdkkj1Secz0kdZiqOZ5WARQksgVHAvcW8fmqM06FK7G4mrj/tI4f1XsCbSwTqN&#10;Q9sttAkkeQzdxOBilPTKMf2Hp9ucr9Db+HHQpwYV4n/bAVGCO3jTNOGHG7M+PmKq/wCJ9d9r94bC&#10;yIqI56fIULUyy08cCSyRTpU4XdeEnirIiFbSPpbj1gKUVm+t+uNyM0+4eoNiZZpFK1E1Xt/AVdS/&#10;HFp5qWKVjcD6c+0R2ttOibQ5JJFRWg4UGBjo3t/cCRYpI7qWXxuABZeP7G/ydDrgPkZ8m9jTRYjr&#10;f+ZX8j8JSUwpRQ02a3f2rU4EpIW0RvSPkNxY6mSOO+sOXjJYAar+wuyvxY+MOYidch0diaBSWYy4&#10;qPJYY8nX6TgsnRsAspJsAt/z9T70dmTRQW8RPyA/z1/l+zj1pOc2EmqWMMCP4VNPt4f4ejCbY/mK&#10;fzWdsVMEe0f5he1926zFHDj927b6/wAhKoeV4BDVT9gdYK8Un7oYkyoQtjq+lwszPwA+JmcLmLb+&#10;7dtsCX8lBuvONpdGe10zf8XjKtfkcD1EgA+212mFIyWtf1QeIYjHoFINB8qnNejeDmmDWrtolqOB&#10;GmnyqGP2/n0YDBfzo/5vWzI0+8l+OPc0jLTvHFPtHA1stRrjeVjOnWW8tpzRyvHGdNoD610kcr7B&#10;HdH8q3rrJ/cSbG7fz+ImnQNo3Fi8VuCJXDtd5Y8fPt6coIpGH05L8txyk/cp01RyB6EAj/Dx6VR8&#10;zbbLpV46ajTtata/6ZdX+T8+jU7S/wCFKfde1qWmpu+PgJk6nIgyirzHXO/s/haFliRS8tLtzc2x&#10;c+pMjHWFbLs0SqQNQuwDuk/lO7npRI9TvrZ+6VeIRFQcpgQ6MD5g0LUmZjlEhlkGkuBZzfk3DX7t&#10;ZXBKj1rSn+r9vSqXdEnUNBUEjFaN/IZ/aB/l6Hjb3/CpH4WTzpRb66X+S3X9WNHklba2ydxY2JCF&#10;BkkmpN+Y3IaWYjSBSM9iPT9fc+q+CnZWxsfI+O2jFlYaUCZf4DkqLIVs/iaWUR2qJIshWi8remzm&#10;/P1JHu6wKj0b4qeWa9B64u5HKvJKSK0zXH5AY6ON1D/Pv/lndy5OgwtB8iMf1/l8hIYoqXtfbW4t&#10;gUUbgXP3W48vQf3UpQPpd68Akcfj2GdRtjObYmip85szeGIMIWH/AHKYCtoReIACHy1KRwsY9LEE&#10;NYhifaoMqDU8Emn7KZ/MjpNNb3o0ltIVhUZPD9nVk+yu5upe26MV/V/cXVvYdLJGk0dVsXfW3t2R&#10;PDMG8b6sFXV9le3F7fT3ng3JhDHLF9jM7qt3SSeKJ1KjWmlEaRhMjfRb3uP6+7C6iIJI/IkZ/Kte&#10;i19vugAweiscYNP8HCvHpWyYbLMyOtdTCORxd40klWRDa2uXyJEqSLcC4+g+luSZ34pdjJit71mD&#10;nllhoM9JTrSeWWMnzU6EaCVjhjQvEzj8khVuf6Sn7TcyHauYHtvEpDcsDTHxVz+3rFL72Xt82/cm&#10;W3MFpEv1e3Fy5UEExPlzQVr392aUqc9Bp2xt2o/g+PzCNG9RjmkjrnhXSskNW/7rsoJcL53DepV/&#10;U1vp7tci/fiDKR6k/DqbXQH9RIVvrbi/vOO3ulnRJV+E0NPMdch9ys5IzpKkP519fPoLdu5lv21L&#10;BlJVUaOxXRewJ1aWtb20zQi+lze17h/SpIva7W9mqvUY6C1wrJxHQ042rDKpjdblQCSPrb66QL+4&#10;Uihfogsf1AaiTb6WsP6+1C4A6KpY2rWmelVDIGQDUP6/8U/2J9xQx1/2AGLXDrp+l/7TWXhrD/E+&#10;3CRTpkhqZGenBdGldXJCgC17f7f/AFvfYaXhizAK9tGjx3Fhyr8kj/H6e/evWgKDroiM/g/77/X5&#10;9yFZgR6ieR+QB+f6kD3ogU4dPKDg+XUaT6t/rf8AEe5sb24P5sLCx/PthhUY6Ux6Q1fPpkrFJJ+n&#10;++W3/Ee3mn9LKFVgvAW9uST9RYnj2gk4GvSyNu7PHpG5WPVC4YelVLH/ABsLC3H+HtYY+J5GTSp/&#10;Vc/1t+f6/wBfZJdOFBqehVZGkYoRU9FL7Oq6ekRvJIFVIWINidTmN1Cr/tRB/Nhx7CTvJ1o8LRxs&#10;SP8AKZXA4JLaDpt/W5e3uCfdp9NhZ0I7m/z9Zq/dTtnueb72ZRwtVX8tYr0QLcN8nnccsYIE1ROf&#10;XYDRdIzfTqtw4P8Are6+N1ZySnR7myq7t9ALkLxbUR/X3jLf3EhnPh+ePy8/8nXUjbIFRYVpno7P&#10;U2xKaoiil0hmGiU6WZhaR1QLxezXN/8AWHsueb3U0snjUuSAwcWUaSRfklrW59lYfw30ScPl0J4o&#10;aHHHo7u3tlR08Kkqt45B9C/IWwuLoPrb2XHfuw9lby3RtjeG5qKCSs2pT5SGjyEwkqYomr6Cthx6&#10;1ePE6wVkFLm5qedSULRFCyhiQpGnLt/s8d/Ed2hDxrHJoJXWiyFCIzIhIV0V9LMCeAIoeBVz3E9t&#10;YzLaxlqslRw1DUNaqfIslQB5sQDTj0JlFDlKDHVVLiY1kqKiuxriF5PAXphX0pyUcMzABamXEx1A&#10;juQPLp1MgOr2l1wOC2Dis7RUG3Z904PG064XI7awWQXb2QpKLIb92jgqLLbUSrxHgz2ZwFNmI46R&#10;KyarV46qSSefTGIS7vd5G+4XdrZwAWqO1I4k0kqsuhOEZMsiBho1s7MGJrpDRkPfvO8uvCJk8KVp&#10;AQ76XFPBkdtQ1ArGxQ+IaghtGkE0IiZfKV08G0ZKXNVOFyWQykRaeXG02Tg1x7I3HmXoM6GnU4bE&#10;VE+NSSd4BTys0awxmNpfKiWw/dGRyO5cdV9f7ZqN4ZVsaMNDjd17aTN5aro8NFKazEpSU1bUzU88&#10;OHSSm0UVTUxTmAsDN60Umvr22ma3aBDqAoS4q5IotP8Aag0FNQK1NcHozt7A2lrNHdTeDbFtRCNp&#10;VdVW1E4FGYVJcAhiMCoPTjltuY6o2xNDnspUbUgaqfIVOSwGZXDw0FdXVHnmyEeQkghpv8tyEhmB&#10;qIvRLLYWIUkxPUnzAoqTcddltz7ApNoSY/F0dPlKbEZCTbeXiyGKllFFkIKTJ5FMlTJgcdkpadUq&#10;IaWRhJIVLgeMH/JO/wCy7LuNzNzDshu7NkZMMUdS2nuQ4qRT1Az59BznHlO83vaBaWG7tG7OaeIi&#10;zxyLjUhFDQOwQ17gdIACmpJduzPipB2JsmowFLvmq3LSV8tc5XsHH4fduMrcJnYsfPnMLK1PQUb1&#10;FBnMxiqWunLiYeSnQIsbr5QEvYXfW0snuHdO6stVVeWqK7JVdbiaza+Ok/iOLpchuCs3GHr1q8XB&#10;j62Sskz8/wB14jRlqWCPROqK0cpTuF9YNeXt1asv6sxdAoNUDMW4nSCSW8hQZoTXo52bZtwtrDa9&#10;uFQsUKRFWY6X0RLHgK1VUBQQrlxqqSlW7Rj656qi612Js7Yu1aakoMHtHDbdwQwtfPWVtBLjtubR&#10;w20aGnxMv3VZWYkUlFt+nkiaQ1IkZpi8PlkE0Yv1NHV7g2Ttmo3JloabObdyAR6Ci8C5ihp6OWvo&#10;44J4al3jy2PkpKseJJ0iEyELKeSQIU5eN5yzabpbTr9araWQlS1RUHsrUjNa+gJ8ulAmt9tuZIAi&#10;/TTIajuoSUUNQjKmlVFMLSo4ULbQ1S4zf26KDDYTJrQZeiOTGVZ6uo2/XZWeODysK+JVkoqsVcbJ&#10;LoaSSFy0igAaS69e0XXu15t6Vm8km7Dz26cRlaDcCUeF3VRfZ0VTPh8ti6eXDY3F5GbDHFyUKiGr&#10;SR3EMVO0bAL6w3boImvI5oRPdyLpIFVAoQQaKD3LxHChIPl1XepdxvYtrg2i5ks7aCdXUtoZpNOo&#10;EFnZVfWr9ysCagnzwiO0sP2NupNmf3XzLdc0u1t44TL46qhrNtZCWrlpKbcWHyyLWZDOpHXxZChy&#10;SxtTzUsOnTMsmsyegNdy0u3qDfVbl8BV1mByeVyeHzGExVftDcVLtzb+09ovS4mBjuKamxmBRp8R&#10;SFCKvIRVFQJdYjYnX7YktEtHV/EcSvlFKONFOAqygYFa561Z7reSWQsLxVdY0KyS+JH4hlapIVFZ&#10;pMk4CpT1YHBFXa65RNsUO3s558464h4M5uClytFXSZTO5CmmfLvNRUbV9XFIctLI0YijaOnC6VOh&#10;AhE/emRyNbh5s/Q5nJblh/jOBoKuqzEmFioptuu+RX7zGClSGljx9VWVdPCrQys86yDSgcqoFOz7&#10;fHfWt/XTJuI0ZkIoseTqHEU1MnrWuaGoHgPDtkgtv01MjmnczVqpzWpBoDxGD6jpD7PpaTA5bEYK&#10;TDYPbgqsbm8gkODlyU0g3FULSH7XI5CoYSVVacbSVcrxyQtp8K8usWpg2O36bauRyG9qbIbgqq7N&#10;YhKHMbTpcpR1FB96aDEwVE9DSI2Oq8dBqw1OsUc0iuEjKl9Q1stl2l7CS4uTeyMjDKK4oSVUGgYr&#10;X4RRgDQUHl1u0u77ciduu7OIwRmokYHUVUkqDUAagDSqgKfReHQiU07ZdI6GoSCaTHZSSvo8s1FU&#10;UkJBlqlhT/KYKyGvrfsqqRJpIf2y93CKGsrJU5zeu4E/iOK2lRbckbK+KLNdjDNYDI5WXHSWpzjM&#10;dJpzNRiQKeMNXCoammQHxaoiCCC6uLm6M00ljGpLDS8zuzsAfJQSQtAKkgCtB59HkaQxCC2aZmi0&#10;5WIqQOHE0YA/Lj88dSKBcLF9zj6TKy10NFTSxVmOxEFNPQUbThUmWteno4qFZ2ZrpC0aykG+j6H2&#10;I2Jzc+QwdYMvSZHLrQLHh6vFRNncbt+qravIUmmooazJV+YZZcZFQvoNNUD9uodnW7KUN9k5m2zZ&#10;I52l2bxpHi0AeIVQOz4cCrNUBWHayijkspOOkP7sRbl5UmEbsKgkI0hUahRqKpIOB3VHaBkdJPK4&#10;J0zEK4jK0eJyFSsuSfKNjsLXVv2dLTVCSxVVPR0OOWajqpnidjUrIPKkYDAtygtyZilw9TkcfBm3&#10;w+eSkq6GCpghjFPRZXLTQSSvS1065CWgoKJWpI31U1ZNUBm1hWVboZr+TcZfGlvDFhioUKiqzN5e&#10;SqO2oCsxya+tY7BYoI0S2j8PUGoABUBaCoAUFviOWoozmpotaSiqK2mWU42nr8c7JK9RUuHqauOh&#10;gpoaZ6iiEEMFfWVGqUsQ8MNOERELjVYf+st0x9dbYpYO0YW3HkNw1+C62zlbRiJcX5cnjauXO5kx&#10;rHSrUUGYr00zQyqYJKdEEkJAKAfctXsWw2Nyd7tDcNNNHbPkaaSK7SMRTuDMAKPqVhXWpqag3f8A&#10;bZ9z3Oxt9olWOKJJJxqFWJQoqBfJdKgEEBXVsqwIB6KX3717mu2qjFf3EzcW26jaWEr+zMes9GKy&#10;TI5nCz0EG3MTNCVmGKix6PO8VRR+Ktpqiod6app2JlIjSbQkxOO7P23tKix+Iql663Vtuko8Y+Pw&#10;zDG1lPk6nP0+L1tQ0ePgpcdNUBI1McUTEIoUWss5atHabcmtrdFvWspo2CkLVZAwfTrIACqZCBUE&#10;YArjqJPdzeNpt/6gbvzDM/7psOarG5kYBpSrgP4LaVq7/qmMNQVNagU4Krqbd9XunH7Wy00mUysO&#10;6Io87RS1kkrR0hoZtsU+JjyE4aR5qmpRYpGdtRZFeQ2H1KO+4azEUuaxqbhFRl90V9bn6zNR+bBt&#10;RYidc5hMJJk5qGrkSChgw2bnoFUtJNk1SELGqMre3PdT3Ni3bdd0lhnaaa4dnaYqEc5kEakI7KPD&#10;STwxxZlVBTAJF6bPu/uLzJs3MHgvBslhEbdFkUB5HkeGR30MC1dcMVDTso5PeWQGTgxePp8bSU9X&#10;jKaZaIUkC0kccVVSJVU1RR1cKwLJCRJUw1NGkxkKaYGViXGk+yz9fMo3TFR4TJSUi0mxsjiJYo69&#10;ad965TO7sklFTVvnp6CKfI4+PJFqJJRMytDUNJMYngvC9mY7mI+BPRwoU8AZNTFuAoKxg1FfPVnA&#10;JlncrN/HgiMBkiM6HUeEQEYHl/GVocYoMeigrgKeMz1TO8K1q1d2idkoIqejDTyXKvKItcT8rbiU&#10;gA/k+HUuzcrt3rXC02Y8S1+Q+7y0lKscCCipsnWTVeNxka05aInH4uSGJje5ZCTyT77D/dj2C/5T&#10;9oOU7HdUK7hOsl061B0i4dpYlwcEQmOoOVaoOR1Iuxl47WVYmZUMrHhxIAUn8yK9Fq3du6kye9si&#10;aSRpaelaPHRzBLBno4hHUNdiDo+61gEfUAH8+4u7UX7CqhnVNMqtEFa0ZLlHWPnVY+km4vyPeQu7&#10;yxps94GcDVGyipAqSDjJA/nwBPTs9w4FMaelntlyauGWFjrRWdyljZBYHgkX5t7LnU7Agr6pKg06&#10;RxD0Fir63uoUrGXXS0cv1A+lvcFHlFr+6SY24VGHxN5k6aAeRJ1CmaGhzwqi8dz2k46FZc4salDJ&#10;rlUlWso4ZeDquRxcfi/tg3ttnGYDBs0UEI8jxwQsscjSyTPIq6AyJ44lS51E3A/ofaPmzYrTY9lJ&#10;WOI6mULRatq1edPSjVz5ilc0rMyABliCsPTz6mYvIPWzspBsnN7AD+p+hP59mc62x8MWzsCyN5Uk&#10;p43DxEmFkcIiFbgf5uOALq/tAX+hF5w5XKxcvbOkZTQLVDjh8PAYBIAIAP29KgWePUxFegm3dkGb&#10;NVsUaojRa+b8lo1VeL8aSW4/3r2ZzZtPHTZDFVUcpX7SrglKMUZXMcscoIV2GmxHsm32Rp7W9hcV&#10;V0YfkQR1H/udtke68icwWUtRrsrhfMfFGw8s/s+XRYN2Zeqiln80SOZZIwkwIiMIiclkd/o6uovy&#10;B/T3azgNsZWsGUnydZSUe3cNhqEwQeBvvKZ6eGSBKaokScwyiqHhVFAAUI5b+gwv3Pc4EkiijRpL&#10;u5mIFDQEk6mNeOCCeH+Hr47ue7i35k37eNztFZbm2DGeaupJG7dCotARIzO2qv2jgejww18O3Kfb&#10;+Ijgkqq3PZKZKSlhaOMxRyrNkcjVhplOqkx1OSzEC5LKo5YAlJz+ws1k+3Id05fFxVu1tlYOOt2p&#10;QeFpoVytMtQsU9HGj+nMU7zyGBkVHSP0g6GNpVhvdkj5PhsmpJuj3RdiVVimGAYaw1D4REZYEEBp&#10;CKFuhVs/Nm3WXt5NsO2Xzx73ul2RduGo3hOQCrmhHhNgPqrUkkgECq2UiwH04HH+Frjg829zN6zN&#10;kVaCjztRh9x12MyuNwmMmkpYpZqulhnmnrsZj69lp6yfH+WNvIC8Crq13VhYGSCZLw3NrezJEI2H&#10;bRk1mlJCp+J46VWpAK0Qhq9a5dMNtBF4mxJcbTFPFJcz9zAAuQsbPHmKORRp008UsBpcfD14KQxP&#10;9b/737qB+fXx3/v/AEXUWN3hj9zdq1MO5dv7Xw+y9u9i4XrrcO6Z821FDubc1fTV8dLS5WlwC0UN&#10;cYabS9JoZzLFCalxAXvtsG4cwH2+23cLqXdYI5Ut0gS5jtrmeV6+NcONARwgCPhf0anU6p4jDo79&#10;0v3p23lOD3JvuWzZ7BeSRXF3LfXFhPuFlZwQKxtbOIo7zJJcNK8HiTsRIoRQk8piReXtS92/FDYv&#10;XG0+pNvdd7IpMPPSZbKRwZChx9HXZRBl4IIJlyO5aoSbjppMpMzBvBK0VU6KsguqD3k1yZyX7cbW&#10;LXa9j2y026S1DmEosf1FfBCSymeRvHWgZFZu5WqiyKUZdIf9r/fjnnnvf/cbmbm/mC5vrdoIPEEj&#10;yiEtEzGICFP8XYJooiyBXQAmJstXGZUVgpYBjq0qSAW06b2uQP7Q9jbsX4/z7J37tOixeUp8hl9p&#10;4pa/OV6JM8coniEk2HmqJaWWjasqp6NC7Ivk8ADJp1B/Yvt+bEbk/Z+VorzdHm23Wi3d5Gkj3luW&#10;PiBZ1BVRK7RsulQyRwlARWpBnux7sWPM22807ncbdZ2u17s8YitbYPGtu1KBlidxL+iCdYLNH4rE&#10;EkYGGkneojeR4JYAJ5o4xKYSZY4nKLUR+CaYeGe2pNRDlSCVH09j72/iakbV3HWtPJTxY6hrJ6x4&#10;aqqiJpqakZpTeDVLSwU0bGUmNRzHqINrFZtG6R2yMzkj9NiDWlCFJGRVuIp2DVUgjh1j37dbjF+/&#10;9mtWhDmWVFQFFPezDSKPQMWbtANahiKitRK91k9WRQ7uzkJoNxLWCupKp6bJ0BahqKnHRRTxwVUl&#10;RHUvOs8NPKYpJGImLJbUp4WOeSLv9+82LfQb0dTRO4kjXQ8kIBUOzoT3+EfDbUPFByWU6us3+fZJ&#10;OX9rmW82nwmjkUNHINarISCy6Cukh271A/TBOKoKn3s6218iMju7NbOkw/3IxWMp1rpKuWQVxjqo&#10;m/h2QWsVKmKvx9hLFJpInhnjN1CsbZAT3UMcUfgXhju48sCAQwJFCtTRjVW1MzAmmQTk4z8wWslt&#10;y9tfMx3PSbi4bQFFYxpYeKmgsrRyZRhVSjoQA1Vz72FnyA61goNs0lNTYkzYzI1RhqsnUV0X3FHX&#10;JBOKKBIC6PU09XTvMS6kFVUGwLek72q5TnH6var5A6tC3wkihChQxIoaEEq1CGAbBxkb+0fO0l5v&#10;c8025ab2COqRKh0vGWQuxalFdCEFCKE4rRan3ssCbc7cpOkuzc5tPGw5vIYaszlDtPakVe2Pqq/I&#10;VGUkqFH8akDvAtfh1pkSMSRIsqMp0k6hAvuftXuNY7NzxLsdtBK0a3f0lgp/UlU3kuqQzkioNuEA&#10;jDADSVJBrWeTvft3c+5XI208wXT2tvdJBJd3ejxESIQhP7EV1MkxmYtpYlXB0sBo697Gf48pWb/6&#10;7otu9o4NttdrbZWDM7o2Rj8rBJkqF56VxRZCnjxc8yZLEZKlq49DESRvUKVk11C6lCvJO67b7p8o&#10;bJyP7qbbHae4ewXcV3c2CTeDNDNGzNZ3giilJeKWKXVR/EXxGrLViGYE+6t9ce3fOW48we2m8Nc+&#10;3u8Qy2dtuEsBEM0JKrc2zNcRqEmjI7ypUrGQyaIXFfe0L130/Nu7pnqzMbS3x2tsij3BvAbv3VuH&#10;duEaDsTcC0tZuuKak7S25DKYJ9vZCo8NLVwHTFUUkUMoZSFb2jueTd03j215YTk/nPebOSLcXv7i&#10;a4St7dSoZ3jS5VWWKXU5jjZCNEirFIdRpUYbv7mWXL3uxz3tnNHLHL19cw7YLC0itLim12hmFmDL&#10;YTlS2tImeYMD4iSvJHUDUBwlcxxySCN5SiO4iiCmSQqpYRxh2RC72sLkC/1I9jHtPYHYlFu3IUXX&#10;FXgcDVLn9v1O6jujH1WRjyWzsHnmpM3Q0VNDGKkZuahmKRFmXS99Ui2sZx96X9wr7lnkTePa+far&#10;fdbncrI7mdw8XVJY+B+oqGMPW6AIADuFKLQOGIIineOavbqXZJZfcJb+8tPoLtdvawZEC7hNb6rW&#10;SQzFR9H4iVl0qX0FdMTU67DXQMVZbqGKtbUtxfSbErqH0+tvZ6uo+tt5ZLuKp33S75qYtvZTZ+K2&#10;9iOtsltekpKTbm4KXITVNVu6rywkfNVeSqYah6ZqY+OLw6eWKhvYA5me6tb29v7vdHfZjarEbZAo&#10;DFZHk8XxSWZmKvoFKIoCsAX1E4r8582cv/1K27kiXlRTv67tJNNuS3Lu9xBIixrarDpWJI42USCQ&#10;amLVwtSOsc0ojjmcg/tRPL+OQi67gXvYkW5t9PdrNRQx0NOhVZvLGs0FqdHY3nNFpl8YZnKI8l2N&#10;zpAJPA94/JcPO8pYjQSDn5avOnHGPX5dCffIEk5C2+D8KRR8eFFVqD7cft6qc6l3jW1vyj7AiWqj&#10;jpK/KS1M0dTpVxCjz00YSQH0ORAdKg2a1iRf2W7tnOtt/DZ3cNQshTBYGuypgu8UrLj8c9UUAdSy&#10;MGplFm/J5t7Z5Y3ET85bvH8SxqFU40rRQXyM9zVpjhxpw67O/dO5di5Y+7Ryq5tQbma3aeSWvGSe&#10;RjHX5Kjqpp6Yrx61q/kFnz8mP5yPZuwVyFRUYzKdz7R6QxEbeGemxVHgX29s3LmnEU8KLE+bjqqo&#10;iPx6T6h67j3Wp8IeoK2mj3F3buplqM5uqsyNLifMJmqEgqZTNmMnM0pXyy19SBCjCxREccE8yXt8&#10;ItGnmenjMSSfPNct5DgeBOSfLiOtkt5uat6j2+2YmUsKehKkGn7AfLq7T+cD8pMPsXCYT4wbSJo6&#10;bEYPE7r3ZDQNCsMOOp4pKTZe2Y/G5eGGF6U1Uytp0rHT6A2kgmV7/wC8cL0f1Xu7sSpAyk2AP8Oo&#10;8dQSRyzVWfqjHFjsVUaJFNI8j1CNKf1xQ3cA2F62tpNc3U159PJcMifpIFqTJTtUZApkGta6alQx&#10;GnroJJzby97Re3fj2cafvdJVjKVOZSA0mvyHxVI8yQPM0pB+F3w23X8sPkzs7aW5IcvgNrZrCtv+&#10;szGdwdXjnm2Pj6mcVGW28J4dOSpMlk4ZKajqbeKonkWRwq3HvVF3Vm+0Pmb31T767IqkrKfHeDAY&#10;bF0NOaWnoqdJ50pqDC06FxNIalyWMjM7ufU/I9hXbeTN2555tn5i50lEew7arIERSnwF+yKmoNU6&#10;m7jpJqcE9Ycc/wDujut/DKz3Hj80XxFCABpWoIUj8Kipppyfn1u89VdWbD6N2Pj9h7DxSYPbWK81&#10;ToeeSZpamVEFTX1lXOQDPOsK3A0xxqoVFVFUC6rtfelB/Ld+OW2MfsXCUOX7a7CU0i5KtjqKnE0T&#10;42kgbJVlZCTDPU02OOQWOnp18XlM7O7EhlK/3A5kTliwhNnaLJeSNoiVqsqRxha1NQW0l1FKHU7F&#10;zTQARtyZtt/7a7dY7oIYl5ovotYldA/hxSKdRQNjU+k1NPhVF4LmlXE4Gi/m3/I7sCDe+WyWP+K3&#10;xqylHjMVsbG1v8KzO9935g5Jcfl6qrpVqTTUPiw8ks8ocyqFjghChpJANfw9+VO6/kp01nP43UYD&#10;BdtYlq3F0jvWri8dka2spKibE5iPGKldUIaNZGWaMxTRs0OtAA2lRJy1dX277Ha325WSx3jqwYCg&#10;GmhpVX1UAp3ClDxPE0y/9nPdXcvcflrmTlI7taw83W6FIJWIQyKUOlwqj/QmwwQEsCDSop0Wr5kf&#10;A7qr4r95da7025sjcmb+O2Zehr9/4agw6bnzGGpNvVlGcxgqHMZGox5pqfN48QrBUGsp6tDJOHqG&#10;GhGT3TO49zdb7O7n697C752/3H3Ls+Dcm9cvTNk63IHaG3/4XUHHYp4qo0+SiZqmmM00QQLTiZUs&#10;LxmU22Bbqytrq3vN8iu99tyZWAcERo/9nVSC4FBqepahYDhQsLOQjDyTyR7p7HvXN9vuPNVjaXFz&#10;4YeRvp1ERLBWkVdTM1HdQO2q186Gc7I2Dsjtfe/x77Z2H0XluoOpN11+zds4pqHAbY2pld05PL5f&#10;FVVPlKnG4M5GjhxdPiZFipZ5ZFqK8oWQMiMI6s/5f23TX/IHr2prVesrKreOSzuTaoHmEk1JS5PM&#10;pK8siLdjXU4YEpxYfn6BzYduNvt0KSMXubiVizfM6nOeJNFoCQM4+fXOT21s5Oavejk+0Ka7dr6D&#10;BxVYyGYH5Gn7K9WXfzAszPg/hf8AI6qpquroZq3rHPbeSqoiwqoxupI9sv4tFmLOmWK2BXVexIB9&#10;7E3aPaUPXM20Y22tuXO1O+95Y3aNHU7YxUmYhxVTXRTiPK56NqqnlpcRRxRuXcFvRfiwJAhhEO3W&#10;1jDMJCjOsYCioDPU1OQQlRlvKq/l2X3jmu35Fn5WsJ9mvbtNxvUt0aBA/hmSp1yVbCCqZGcGtKVO&#10;qt8VvjK3auP3PBkN7bewG2eotgV+7Mtgdy52kwVdmaOLIVOUqMZtavhxGT8dXWzPEwllgbxTyaGX&#10;1gCD2durybM3bPDi8jDU7fq5KISVq4yKgyKUdDTZTKV1JWy1sdNJQ09GlRTN5pae9SjwkXFz7cJL&#10;qy2+9vNvUPIsZYEaSdK0LVDsopp1BgxFQrDAz0IObLS05g5Y5kt7vbpRZxSmLXIi6XCoHaSM6jVO&#10;4LVgr6gRQAVI6/E/pOtwfcmw5ctuHDVuJ3xgo8/k4sa+5qvcm2qjK5ObB4bB53Dfwt6qjymSzuRo&#10;K5UipK7TjZYazyJCJL6v2xO0KPqH5SCs2VVKuC2zvHE12CyqQQR4zNbK3Yy5SlWiqizGthqMQ8tL&#10;MqnRFWqykakFoQ5N91dr37f7uztdraBNvmVFcxBNcc4Ylw7amInQOWrpqSaClD1xl/cG8e2vOuxc&#10;ybXvMWuK78ZGVixCwyLRWQ1C/pUGNVaGpHHrai3lsde0eps5sXeVJTfd7t2W+JzEd/2qTN1mMW1V&#10;S1MRkscZmf3YSP0tGDyODsaPv7F7iq8xiGpiaOmyuGp6mvny0VLjocZlKFKyNKkLNT1aVdfQ19Qo&#10;OlooU/dLMsDBZ6vdzjN7d2MnhGCNkSSTWPDKSoDkaw5Z0LKQo0jSHNQDTs7ac0Qb/tWm8iZ2kETe&#10;IW0qqOoYFlBJJZWZOGFzxx1R3R9G7h2VitsZ6DK0Umertr7sro8Rj9nxV25crujHZI0dTU0ZrKbI&#10;0CY7CZXBY119SvUtamaJJKqASEcwGA2R152di+oa7E79yW4t0b8XcmB31msSmHw1FtGEZny7fSrS&#10;ikasoYxV1GNEU6ysKd9TyABQ2P8At+3bNy9zftPK8W3bg25XO4LKl1JH4aJbozhoxUEutCY6ONOg&#10;66gCphPc9k23aLuXlneLaWUXUjNHLMNA8Fjla14aqqf6IJ4A0P5u7efZW+ur6zuDB7t2pHgdpdU5&#10;aLcGzNvZRd4Zep3/ADU2HyuPyYyOKqsfSQ12JkpoKuCOEpVedBAqeSQtHT58r+mMr0X3bk8JiAYt&#10;uVWndey5aYtJSV2zM46tBS00tQZY46jDZCN4QussggRmc69ZPN2sNx2HeFgsJmSzjiDQhSWV7OQi&#10;lARgoymgrjwwQcnVzb9y+VY+Vua982aQarQyM0b5whZvDbitV0MY2ofPz6N50j2VS9rde4bcg1U2&#10;WheswG6MZI8bVmJ3PgpWoctQ1fiSLxu0kYqI/RHqimjbSurSDb/CbpvM/IfuzB9u7n7ShXcnXWU2&#10;3NksRWRmXMZzC0WLGMoqGneLI0Tywz4vGz01W0kMmiJdXrMjWH+3bFY8wqm87nOJNxt5IiwUMK6Y&#10;0VC7B11F44zE2tNKgcHLUUaexXKm5c+c3Q3p5ohgisGjkdZSZJp4ogSY4gxppVEpk4GjFa9F6+bH&#10;b9F8fuidy02N2LmcxBujB7qxlDV4GnSmw21cvl1ZafNZSqFHJTU1R/HMuk9JG2lqqtsgZb6lPjlP&#10;lNv7G/zDtrfHzD18VL1nDFj9i7pwOVoqWSly8+fwo3JPlYTDS0sqVVOs9LSUpjZY18b3Rg8gIJ3j&#10;mm+t+e7PlqCYDaUVIipCgHUpeuFBqMKtKALihBJaN/fK9uL7mDmaS3nfRBIwWgFcHI40oSAc1OMA&#10;GhBAtnfGPrLcX8vTK99ZLbi1nceQ29uHuTAb0xddmKfM7fz+Cr62fbcdHW1tbWVTUyLjEnro6kye&#10;SrkdnCyRQeKzH447WXrXdnYvVNLBKu28bk13Hst5Z5p2pMRnBSVtXivuJiXnNDPXR3ZrszszMbk+&#10;wb70xPBylZy20xVLe4C0A+EMrUArxAKoOJIBFSePWP3LPNM0u5SbRcykR6WYrjiDpJ48GrXHzoAK&#10;Dqmb+d1QJ338Rvid844oqKm35nZajpzt40UNPSfd7pwX94FoctHRQK8NL/lW2coujWqiGenVbqin&#10;2czfMLVe10YsWljp/tncOI2MUEr1TKzAXACulvySbD2ae1l9cTbds1zdgmR4619a9g/Ptz8qcTjr&#10;jZ99GOx2fnCS2sE020m6VoASNQiYGhzjWQc0wfLq17/hPduTc+e+NcEW5S0iUuIGSxUsiBJJqHNZ&#10;ytooXkCgL5jPgp9SgnSunkkkAiPcdUtLtGvlqEM6PT1ipEzaU+4XHyCLyKt5ikUtZG40gEMo5Gk+&#10;8ouR7ae73iBopAsopQ5ppLCoP2hSD9vnWnUE+3G1zNuu2XaTosby0BDAuNEilqqDUVUEKW7Wr5iv&#10;WwwkyvLJEFkBiWNizIQjCQMQEY/UjTz/AE9wunMBDjOuqGPxWlyEr5R4wllWHS9PSEERgWjana4B&#10;+oFuD7X887m0nMU/hj9KBRGtOApkj9hFOjX3Ymup+aXvKg2sMaQ6qiviOC7CldXdUkEj7TXrJq9R&#10;Wx4/P4+l/bB2lt/+L7YzEMfIlopqd4lkeGaVZI28jIzIBr0pcC/4+hF/ZEt2bm3vbCVTolhZdQ9S&#10;KAD59a5C3UWG+bdI2CkisDxGCB/l65e6kajbG7OtY95bw219ln6vF12KlibMmYVFPQ1GUo6auoZY&#10;qOOkVlpKWWUIY2jTRp1epLmLOS+W975d3vcNz2a4+oukmjzIzGRIy4EkfhoqjCagvAEZYllJ66Ex&#10;b9sHPEnLPLu9rJaW9xFKD4QXS7rG7RyBpNXxsqlq6jWoWimnXvbznci28dzdQbhWkNI9X2KM3kY1&#10;AAiqRtDdEc/GonxtU1IUE2JUAkXNveT3O+ua49lSsBUHewafwhbG6GSf2edSc08k3LtkmwbT7jbU&#10;bpXEWymCJv4lN3bFT9pRSSBgHAx173b/ALSp/wCLdfbb+5jZkqsBCs4s2rRLEykJYoFd1lCg6gRc&#10;2/qI+5jn+n5k3KKNu3x24GnnnP2gHh1zk3+4bbebt7S3koYrttOcVD1z6gEVoQRwqPLr3uuT5BdV&#10;bgxOfpazblDFT4GPHrTY+Knkl+5aDBUUjx48TtDNV15ip1QRxzSakIZgXLMDCvuJy9evNtd3ssSi&#10;zjtlRUSmtVt4j21EZZgNNELtilQM06zM9oOfNn3Dapod4u3fdTJrkLaQuqZ6F6VVU1GpYxoaqVUg&#10;BQeve53QuLraConw7tIaRGqCs0sMcCPLVVHncRxJFFpaSadjYBiSSCbi3seezzXW3JuVhLqa0i1E&#10;alCZLEkLpVdLVJJFDXzNagIfdm8truG33BQBclVqoYtQKtBxJ/Co9BwIFD173i+Q/Q+O3ZjJqtKK&#10;aaaGJpYYTrKiVEeWK8mhjHCahFJK8jjke5O5p5aseeLdHm0fvRFOkltAagquvyqKDIyQD9nV/Z33&#10;WvdivoLVrhRCxAJxUAmjYxU6Sevey8bG6nw1ftz+EPQ/b42asxG5IoJSG8NXDHBBM8agySEStB6R&#10;duD9fqfYw2r215ZueQ7PaJrAi0mlhuFU6SyyiKIOVIwFfSa0YnTTLVPUwc0c/wC4229NuEdxrvFi&#10;mtyRiqsSQPLhq9AcU697PvuHb+58LtOLMdcbNo9z5KCLGzLg6nLRbYirqapeIVlRBk6+krqb7iCB&#10;gzKUUutxqJCqQ08sez3bW22WyLH4qq6CQxjTqAZtWhqsgFUUgA91XTzxk5R3Dk3e+a32j3K5zn2j&#10;Z38at3FatfMjorGKNrdJoHKSSALr1/pk6tJFT172MVHjc7Vbdw81VhoqXNz4/GS5HC1NfHLTYuau&#10;p6abIUslbRxLDWDEtKyXhUiZ1AUBT7LG3KJp5JUfTGzGmoipINM0JFfL/LTjFV5ebTbb7u9vabs8&#10;u0JcTLFOiFWmSNnSN9DtVfGAVqOexSamvXvaO37tl6rZ2446aOQp4UqQnjEZDw1MFQhJlUKnI+hA&#10;A9iHZL1JtysIJz2McjGaggUrjiRx6PeVN58DmXZ/GkUSB9HqDVWXy45PXva76sFDPgPCS7CSjjnu&#10;FWIgyxQkq39pmN2HPNhcC1vaLnH6hLxpDQMrEfsJ4f6h0FOezcw7trbDCQrk1+En9nl172q8lRoV&#10;qWhMNKq07aWjVZlDIurWFY+oKRfm309hKwlcSWySSFnL0qceRHQfsLlla3WbW+phWppUVGDT/Vw6&#10;97bthNGaHO0ZJAx2ergqhQhWKqgSSNVVSwCgWB54BNr29iLmEfr7fIvxSWy/8ZIr/sdL+bo3N1tN&#10;0B/b2UZ41yjFTx/l9nXR5BANjb6/0/x9m1oKupTbGFlrKmGHy42lWkZ54yzqtNDHrCNpCyNFpA5v&#10;wfcI3MkC73uUJVV/WbzFSdRrgn14Ur86Y6zE5Z2MbryXyzNDEzXBsoGb7fDA+zyx9h6qYz2+sZgu&#10;/ey8VRx1bpDubIy10P2UzQpUz1TvLaZQykyS6m+oGm3+sOWKochWtJBRRGSJ21FhewBXT6m02uLe&#10;1d3dWtuokuJArAfL/P0YJsUyuqywEPwA4n+XTl2L3h15suhOa3Nm8diRFF5EjqZ4Y5pAoLFY4mmD&#10;NYDk/wBn82PHsQ8bt2nxyq9adThwSA/qJ0fTnTYA8X9xjzJ7hbVtkbn6nWw8l0k/4QP59SFy77Yb&#10;1vz0+nZIj5kGlPWgB/Z59Uv/ACi/m4bO2l93TbCq5MvWwRFAqmmqqfUs7tczK0pQWS5+mkfke3ap&#10;yNAlLLAqeGNVsTfyEFuA51IeLjm309xnt3uPf7nfvGtoYwfhcgUIzxycj/L1KV/7H2XLtlaX8pWS&#10;RhUrkHAqcfOuK06rD2H/ADHO++3ewnoWqayMNLUSUaTRpBRzQQxiono0e0QarkZi8Cn9ZLBSSLew&#10;ayEtecksNQ8VbiZJSslKyNqCh0Vhb6FGROGAt+R7NF5032C9YmdWgY0I+XzxjpfFy5sP7vlS3txD&#10;dIMHPH/P/Lq0jZPc2V/hUmaMlZj93T0kLT18rJMksKRu5ihlldU8scswBQ86T+Rf24Vdfg8a9HTQ&#10;eOolqdKxwyeQmNIi2iGJyhuUMlmVmvpbkH0kI9w5hhluiXAkZzQLRiRTIQUBBAJJzQ0amadBobFu&#10;TRTTIDHFGupj295Ne9qsCAQABilRnpbbZ3FvrsZZspm2qlgxkhvWwvArOZ43Imkp0IIZrAqUVQSt&#10;lK+olL7s7AxtN4Nu09PV0tU2KqMnLU0dJVNRTJTVFBD4qrIfbNQQVXlnUxUszpJOiuVRljkCjvlG&#10;1k5kvoLDwnhsowHdgraWINAuuhUEV1BSakA1UqGICU+2S2SvuMrrI8kmhQxAcFgRqVKhip4FgNIr&#10;8SkqejvfG3pbJZyp/vbWVkNXiqPJpSRU9RUxxTxSujMXp6RnWqEdSjmNp9OmPUQGDFT7Kdn6qnjg&#10;x/201Zk0q6RqWXN1leMjPkYYjPHNA9S1TDOasStI5k0fb6pVESCKPxrk5yrZeHYw2NhN4lhEqgPI&#10;VkVwpZXzUVwKVoBkEAqCAWT2zzSyPdKkdwHLCMB00klCuKGgJNCKl8MHJr3W5bUXwpLBGsNLBS6V&#10;joKeFo4oYwRFC0caGWMRxUwSNLFpCouzHkmuX5JZLAYXC133FBj6TIVbUox701XUtkZpyJEqJJ6V&#10;4hHHT0lKpjaR5TGxeJFRGUh8evvQwcuRbKwuXiO7SzjwdDhpGah8TUiqQEAopZ2KsNCRhGwcp/u7&#10;vzQ2/wAaws37mSM+NqipEi48MKTQliThUAdDV/hYUFKju6K6TSP6bG6AAfQ6QGINhf8A3n3WLPht&#10;47prZKTFYyunlYhlVqd49Ymto8asnkluProVrW5t7wBawu2YAR0PzNMddDINUyRLFGzFsigr/gqO&#10;przxRI0kjpGi/qaRljVeCfUXKhfp+fajk6EXbn+5LtPduA2xR+FZDj6jJl89MrC4NHhaGmr8vV/W&#10;x0UyjSP1ger3prS3tmZrtzIvkq4p9pIP28B/l6Nv3bKYg88ixV4auP8AvP8AkNOmVdwUVU5hxsVX&#10;lmsxMlFTlqJdJIZXyFQ9NQBwVPoEpf8Aop9wZe1OgevKWRdqbFym9MxHEDHls75Nv4Hzt6FqBTfc&#10;5rcMiAKLqyUur8Ffae6vrKSFoo9ri1+rajX7SXZv2ED5dLbWW2smVlaSWYf0qL/vPw/zHXTRZ6tk&#10;XXNS4emBu6UztX17rY+kTTRRUlKxPJPjnFuP8QEe4/lT2XXUdRj49wNtLC1MTImB2PRUO2lWFnuF&#10;kycZrdy1CMvF2qAzHkjm3soSVYk0qCF/hQ6R+zPSibcr251iJQFHmP8Aiusg2/jWmhqqmJq+qhOp&#10;KmvkaqdGH0MaS6oISL/2ET2DOMXd+fnmnwGFWjSqMskuZyqyxzytK7M001ZU+Nq2aRiWYmN2c/T6&#10;+7hrhzVEYClanJ40rXzz6dE8wtqL9XcFzqwozn4vLh65oOnocXFySCf9fnkD8DgH2MWw/jpv3sOo&#10;JmOa3HSRsBWT0WrCbVx6Ny82Z3PlBSYrF0CKBreZ4UABu4t7P9j5Q5h5onW32rbJrliaFlA0J85J&#10;CRHEvmWkZBTNaZ6CfMfPPKvJ1ubjedwt7T+EO36znyWKFdUkrnyWNWJPWCarp6dWaWTTpQuUALSs&#10;AbARwoGlmZ24UIrFjwLn3YF0J/Lq3LvHKQ0uFxdVk8RTSRpkMpsLGiTbYUMrTUy9r7tbF7ZyDWBD&#10;yYI7jeIn/MOQFaaNi9grkSxyb/u1tHbjSXW20yyFSPh8disINaAmL6gx1JZDpI6xr51+9TtG22U0&#10;+17YxmNfDa9PgipBIb6RC9zT0E62odioV1LAgJd/d3de9fxSx7g3BQ0+VCqKfbtNLJld1VMkyaqf&#10;xbWxC1eWaKRiFLyrDEh/W6AEizTaHw56N+Nkse7O0t2bN2pV0wQYzb+1mffG/wB6zTrWd9ybnw1Z&#10;lBIYW/zmI25gHib9NWAReR/ofbD24Md54EEV5HTQWH1d0XJw6FwwWqmmq3toSh7vEIbR1jHce5vu&#10;370G42rY7PcL+zaviMo+h21Y6dyMyunid3lPeXAYYMRoCAXqO5+yuzI4sd1TsLIUEU7hqrce9ogk&#10;EVCmuKqEOGx2RgwyT1Uw/b+6ys+hP1U0huFMPtbOUzT5HGYelzSUNIYqlMhna/L5mvepy5mrTQ1F&#10;Xm67LZGSXG0SRAtJUy6TIFuoQXys5RpdbPbzSxy1KqSZC5bUxYmMl2ZqxjRUFiBqGkAYHN33tjZN&#10;08d5YBJJLIipFpCiKLSoKhFRdLOX0kIuoZNTno1m3KSrpMRjqfI1MdZXQUNLDWVEUVPAs1VHEPPI&#10;qUkNNTLG07OVEcaIAeB7xdq56opNk5OghpoHOZxbYNqWngp2Wpo9flqaiqgaJ3qjTSTo2o8atAPB&#10;9yFyttEF7vUPjkmJJPEYsSeK6QgJNBqGoUpTTX7Oo/8Ab36l+YYHgumjSJldyKqTSrKmoU010kAg&#10;g0BI9enY0sLyxTSRrI8Ery07P6mp3eFqdmhJF1LxSMCP6MfYedd9S4jqLbcc1Vj8LQZH+DUENDTY&#10;+hpqej23SpC5NKYoIoaWN5DIocRqoYqSTd29q2vdvuIrTl7lSyS05dtyUWOJVjRglQmhVwqrQkA4&#10;rU06kLmbnzceed60R3lxLbGZ2d2erTPVSH1EsSFINCTWtD+EdZW9akD/AHn/AFv8L/19o2i2FtXI&#10;70G8v4DiBnZZZ6iPKywrS5WeVqaSlqpPuHCSylaeRwfwsbEn+oOLmDbrZYbprGIbki08UImsLQim&#10;sd2VOQWpX5jqWNp3be7TYk2R90nO2GgMQZmRVFSNShiqnIAwDxAOD1hqJtET+luB/Qfn/Y/X3h3/&#10;AJOhiilpqSonNRJQ1NNLJApTxyGMp5qV4nE6hI+BYgtYGwPsQbHZTSwuZu2HivdRgP8ATUIB8waG&#10;nz6lLlFm8O1FxHGFVlND2rSowdVABmprjjXHTdT0ztIXa1y2pTY8A/14491fduZHsffYxGI2+00e&#10;Bw6mira/PVFU2Wz9WIY5lenrVVJp62N9DvIPGrSofJqBuuPvuncc3cw2217TsVo8OwW6hGkmf9S4&#10;lGgBlcKpLqw7sIPEVy4pQJlpyfPsGyC7uruT/HpchYgDHEms6loWppYVoFPA1ySWLwiBBx9Ta5/q&#10;bey0V2B7E7A3vhOpaZ8rBjJqtZdzZeSaomFLSWkq8urVkwTxmnllqEIVE11LCNySTeAtr5T5x505&#10;w2nkYTTLbvKDcS6mZURVLyOCWJ7AZPJP1SqFqvpcb7pzXy9sHLN3zbrU3AjItojgySNQIAMcVCE1&#10;zo1GmMc/d0nVPQ9PjOuJaLE4agr8d/DoMNtzDZbNZXF0poaesgkyOZqq2BHqFqXjV3j9RMjKxJGo&#10;ac297l2nYNp2zkrl+18PabOMIVJOVJB0FgC2qpZ3oorJQDQKkYX/ANYLvcN9O77vfypcSuZZXRVN&#10;WCnRGFJAC5UaTwUU8qdIjcG6KbH1kNH5qiJIyHq5aenWo9UgAp4LMbEOxu4/px7XGY3JWUeUz+Cl&#10;paWSh29S0k2MKyzl1xyY6CQQTZDIrHFWZCOuifSY3bWPEXBZ3tfZ4w8syPqaTtIbS41KQAAxI0mT&#10;WJSQrEIhSulqt0MttsENjYXgnZbm5dw9SKF2LZCxmqgqR8QFSDThUt1Pj4aiGnr4mljnqpZHlkcI&#10;A7yFdLCKFbRLZfze3+H5ADdWTotzYSTMbQy9Oky09bjsfBkaepp6AZHwI/2uSjmgjEjU6RM0YLER&#10;RyK6q8ZjuN9jv13e0k/d0oaSjgaq6Q/wgSR6QykGh+AlkIkAZXBJlfJd7PdpZ7hA6qDrYowLadRr&#10;pII01JAI/GKioGelhjoZoVaKZCtiLGw0vz9VN7m/siGQzdHkc9jqeRYE3Ju7MmugoKh2qaKVpswP&#10;IlQsFO1RPEYmMZKqGkCsQCRpBtvm8bTsW27PsmmJOYtzZZVjJJhcvMA5cGpAarrTzGo0NKKusrG9&#10;nW6vkVm2u1XSzKtGH6eAorQEVFBWg4V8+ne3Fhx/rfj2dDaeB2A1JuCXbeIx2Bzc7VkVVNS1ORra&#10;6lWsqampkSPJNkDRRfbySRy+GNRoZdKlVVVYg2qDaUnuHsPhXWkzI4JHiEuy+IAx8QstZFDnwe1X&#10;WgVgiku9/t5LKW+u5JrOqqAwCg6VC5T4ipUSKGIGquRSo6gyGRZUGounrvcC4tpH+tzf3WF3JUrj&#10;N40mKrCrxJNJRVclYFbK0suPkqKaRxWU4akalyFVTVDqqag9rkIQQMFPdFvoOare0uACNWlg61lQ&#10;wExvVgPD0SSLIVFMqK6QaHrIzZy91stxeQmjCMFdIGlkcAjjQ6kDKCPIeZPU8G4B/rz7j9bYzK7e&#10;TNYHyzRw0tTDm9s+e3oxOQkhqJ6cVAUAx0uTgitYkIyMrE2v7yS9g13KDlrfuWLqeQLCwltAwIH0&#10;0qxtLGZMhdE6QnUCQGR0YCmpQLztf2W5z7dvCoPHdWhuNJyZY1Kq1PLVGzV4VDKVqT172YjuHZmD&#10;3D17sjdrZ6j2dXT0FS1fUVAkgqcjnGl1x1SwMk1MmXoslTljLIUBYyKXcFGVz3Z9vbDmDZ7De/3h&#10;Htd/AG8SRxpeVyviRlsENcpcBmEpNH1UJ0lSAVyZzXf7Tv8Au+xjam3C3DqFjVQwEdKMDQghHj7Q&#10;oU6VCEAMG697X3T2NrI6DAZCrq55pKKlTD7gkkay5OspJKar+9gpoYoIYhFPGzfVotEjJoUA65D9&#10;qdpnfZtv3RrotfpaG3uSSVM86sriQKoXSqsxCrqK6ZJF0KVDPFPuPuNq027WNtaqokkaW3AGYkdW&#10;QRsSSWx5nNQHBrjr3uT2ltWu6+3JQ7/2kDTYrL1qSRJAWkipMiyPNXUkiAsBR5VFaQi2nWrqQLL7&#10;F8pW1mMgY/Ul+7txUggggA0EjPqOD3qualNKHkTmC25u2S55V38h9wt4irVwXjqFRh/Sj+H7NJrk&#10;097NbsrcsO69tYvObdPllrWkioTkIpokhyFNqjaKYtH5TDFUxsC6gsV5W/19szXEN9BNcWj/AKBR&#10;6EgrkFkyCK4YEHHl1AXM+zS7DvN7tW8ArFHpMnhkNqjOQQAaaipqATSpo1Ovez5deZqppHpKiKOe&#10;nko5USF3RPtpiqRm9O6+gwvGTEx+hdG5/PvkZ96mFbL3cluY2YE2lrLTyJ71Pz/BnrNz7pUNnvXs&#10;nf7JM4fTudwjAV1jUFkFR5afEDjP4hwHCmr+ZFsqjz+6JYchTQTQZzZNDH5oXaOrhjStr6dWZFgP&#10;lmgqqRJUcNdVUD+nu0vaG66DcOHoK+klNp4lV4HdWmgljUK8T83LKy/Xm4I9l/L/ADAtxb2kok7X&#10;UFgaVB8wOoV555Judm3S+227g0yIcHNGU5DA04GtOAyDjrVUyE+5uot+12CyokSTG1rF2RitLV0l&#10;RqeKupjoGqnkiAsOCvC2uD7V80KVSK1/Uo+t+Qf8LX5HuQba5VlVozVD+38+sfN92EwvIjJj/Vnq&#10;zj42/I6NFoQJWDNDCJdTpKtwDYWUkXt/re01V0em4Kt9SP8AX4vq/wCQv979nUM5pjqLNw2nSzFV&#10;4nq6LrHuChzlDSzLPEjCGBi9o1di54DKW4twD7bBQAEkA3IB5Jt9T/X+ntYLkkAE9EMlkFJAU46H&#10;+HejzRI0dWmg/q0aCT9LfU29wqyhuD9DYAkc3upBNuLfUe1EFwK0+fVEtlqMdPmP3SxIjaXTdVYM&#10;+j1qwupGljyQb+2RaVxUKwUgMTb+vP8Atx9fa0yrooTnpSsIUUp08T5aOakmVpV+gPFvz/sb/n2/&#10;18LCmpWZSLWa5PJ03BvY29lts4MkwB8+m2gzw6SmDyiPVVUEbhrNptxcWN7/AF+ntumJ8QU3H0Nx&#10;b6ED2rTL1+fSZo6Fqca9K6jn/wAoMqkWVdGk/qFv6gcW9tc1OKhSfSCLD9QF/wA/n6nn2sSXwzQ8&#10;OmRbgVoOPSnpsn4Coa/qJHA5+g+vIte3+PtmmobOCUYEc2Nr/Q8/0/3n2vS47aV6TSWOMDpRUmdR&#10;gqtKoPB5tclh+P6Ffz7gmnZfy1vyB/r+3fErwI6SGzYEmmOnlckjD9Yv+Rb8/wCBB99iIgk6msBc&#10;ji/197LVGePV0tag149cWrgwsGH+x595RHcxv9dZuxB+hB/P0tx7aD0FAM9W+l9B1H++OkgEBhzY&#10;gfS3I498ngLWsSdJJVTwL3uPp/X3tXI1E+fTMtsTimOvU+RAHquS3p4AP9oj/VX9t7UpBZbte5Nx&#10;9eebHj8fj2oWQBRToukhdScdvShiqkKJ6+Txbjj/AF/9v74Gl0ITwfxa9z/vQHtzxiSBTppYatw6&#10;yfcLe2rn/WH++59wZIBpLFTrBsCXI/bJ+ukAj9ft1JCGyR0YW9nViSOsbVgB4P8AsSOP9uPx7gjF&#10;iWTyMlxcKGJNgXVlvwDxf2oa60oVByR/g6EVragBcceoVRlljVkDgF0cahbTwpIvcg24/p7FjGwL&#10;TY+IBb35H+psVYD68/Q+wdcyePcu34f9noSraslvUDt0gn/D0VbPbhSv3VOi6LI5hvca7xOgvZSR&#10;Y3/3v20pCPPM4OuzElT/AK/JW31Hta0h0KPl0TmFWJboUWyEi0dPEzDV4kAItaxXgk8Hg/Xj31On&#10;mKp9Vv8AT88c/wBD72h0Anzp14xAdc6Otkp7y6l8iqbsP02I5seD/vHvBUQXB0oP6Xub/gfS3tyK&#10;Q4z1sW2o10nPUmkygW5LqFBvc25+v0ubn3josYPIXZTyTxzf8fiwHu1xeUXSOjO221pKUXpm3Jvi&#10;noIWjaoVAmkFzo8dzc2BL6v949qqCkZQvJJBuL/S/wDyI+yiSatehTY7SRQkdFY3h2fCoqfHMis7&#10;cNHpPGl+Gs3HNv8AD2oaJRE6Kqi7sBck/Xgn/e+PZXcPqVixwBXoYWdoFFQMDojXa+6XylHWyu+t&#10;o42CkaCBG8enkqzAnUD+eB7efvY76dQv/mP1L/nNPk0/q/1P5+n+Pss/FppnV/z7X/B0c/QTUr4Z&#10;pp1flWnROP4eNf8Amzb7m/4/44fr/V+nX/sff//XO4u5cOGZRXZ2nKoLfc4QSL+m9tUZQXF/eSL2&#10;O8SJpkSNfQY/lVaV9Pn1iX9byskZYGc6j5EUB9SDIWp60HDh15/i18hvEZ5+rPjpuNpahNEe3e6q&#10;3BVLiJzB5EkyVBlW0tpYgu0dj9PpcOse6sKTpG4IQfSP8pxdRCFAA/zhR5PyfrwB+b/gpbb76HUW&#10;t2ND6j/MOqQXW2yPSG9KRKPND+VKkk8Pn0Fe4fiB3s0ck8/xrybRVnoMOze7dt5kVThnlR46Oro8&#10;Ool8VPYI6s7rJcGzC7rDnqXWvgz+BkQNqIkqnpyFZDcamiljUX49Vv6fX2y8E+nW1owrn4lP24Gf&#10;83S6KSyf/lrK0jAf6G4p9teP2ig+wdAZl/jvvOninTcfxr+RuPmpWlhgTG7Xw+7KSQQTjxztJDui&#10;gkrJHvrJUTI99QGlbq7isnlb/JqnF1JYFhHT5SkndgTbSmtIeRb6cn2w/hqQDaS+JTyDGlPM8BTy&#10;z6deS0lkJb96WpUHzJX/AC0r+ZHz6CN9m7bwsOnde0e79peNyklTuPqjc0VJFoFOZHmGGqM7Og1S&#10;nUFTSXIABLG/F6jJxFfLia2SIsof7aSklBFwT/wHqGkDW/BQD3Yi10KzEB/mNNK59fXp6K0uZEld&#10;QHi1ZZe8/lxr1wx+3Oosr5I8f3PtLCZGSKaKipd1Ynd+1U+8qIjBGZqncu1KWgpYw8YL3qjZAdDn&#10;+3iqc5CWCy0uSoQoZbT0UwFtJ4ZtCK11+hHu1uviEiO47a0NaUr8j0lnjurVcwMwb5gH9mSPz09K&#10;rbfx7rKmKapw27+pt6zVYcSRbc7G29lWgnkaihpQlJS1jvT09LKreRXQKpezMbgvhjzNDVPJ/lUI&#10;9KAuwEZHqIIPIINh7XNZNpBjYO5zjOPy6QBriFWYwSIePEnyHpjp4z3Re/8AAQw6trZNUaZjFDjz&#10;FVIdJYqyQrEQ6sdYksTGiMbuAzL7zOcRWEKYaWYyC76/GdX44coulhe/1/HtJ9K7kkxnHyP+TpyH&#10;d2h8GNploGqKKFIIByCwNfSnzr5dNuNxHcOyZnqMbld1YdqM1LRwUTZSnEeqndal56SFnNSZtAEc&#10;mhXYfp5594v4FjWLvEz00pKqppauphayBRq0o+hSwtz9L+/fTMwUPbKFBwGqMj5Y/Z0wN0uFkQhq&#10;0qTha1qcagASBwUk1KgdKKL5AdqxQUeMzlPi910RilWWPeeztt7mp3BjkhjBbIY2aqc02lhYmM60&#10;AXV9BKSDL0oKUWaqoyBfTXNDWXJ/HkmVGN/wNfHtiXaYLrEwogPkNIr9q0/w9KbbmO6tCxXxM8O4&#10;sP2MxH7OknkMh0ju+aOfenQmzKqSST/Ka7ZMWa2RV+EKsMrwUmGrKjHIEmYNIzUrcO30Ci2aPJ7g&#10;hOiop8ZkDKoQmN5KRxosOSqVcCGRfzdV496/q7blex+48BkU/wBN+mTT17h3Yr0dR883DRpDMi0j&#10;P4lDfmCCgx6dx+R49IvMdA/F/KyPktobj7X60eF43DV9Pjt300YeoMQ+1qFr9pZmJIkUWVElktIb&#10;EWsUfuPa3W+745Id5dZYytkfWXrHxWNqqlWK6XkXJUBXIR6lAOu6n8+yqfly6hdirRuh/iUY9eFT&#10;60NQSM46MoeddulJeUv4hGCKmpGKBWWNV9PiI8yejBdS7l+dHx3qKHJ/GH+YXlEoaSOKai2XnN6b&#10;4pcLOVIWDHx7F7CxWb2DVzaJk1waGUEkaj42b2FFN8aeiHylDmNq1md2pk8fX01bSxJlzNTxz0sh&#10;lSM0+ejrJ1gYggqsqXBsPbENje7dcwXUcQJRwwCsPwnzrVhxxU5/Lqu6z7dzLtG5bVcXOiK5geMi&#10;RMUkUoSCraagGuSfUcOj/UH85b+cN09DHjO9OnuqfkNtGroPscjmNvbXWgy+QppKUvUz4/dfV2Si&#10;2zTVSRyBvLJh6qNGUgi/0Ndh8R4KYKuQjrPT6XOmJRe7OCoNSS9yLm4595Ecse+W2bXAltvu23ay&#10;kcVVWH2/ED5H9nXO/n37nvNk95dXHKe9bfdWqOfjZ1ahGCWCmOhPpw9ehZ6w/wCFGPS9DUU+N7z6&#10;C7b63yFQFNVJglxG6KGnaaUlWEGTl2flYqZYhcXgZiRYXPuRLjqqNXkZWdWOlRHKZF/wIiV5m/2O&#10;ke5k5e9z+TN9QyWe8xJLWmiVtD8f4Tn/AA9Yo87+xPubyjK8e68o3RVfikiUyxjFah1FKEcK56uA&#10;+Nn82T4LfIRIKXZ3fu0sHmJBGibc7FqR17m9cjOohSLdD4+irWuvIpaioYG3tinjXUynXqjPrUoC&#10;Fv8AQci4J9yXBcxTjVFIrJ6gg/4OoVuLG4t2KzRMslaUIINfShHVoWC3HisxTxVWKr6LJUs6JJDV&#10;UFXBW08qSAMskc1PLLG6MpuCCQR7hu0YBI0r+kFlA1jSQNPosyk/Q/4/W/tUCpxq/n0WvC1QDivy&#10;6WMUwYhSQfrYf1CgEkW5NgQffCOOSS5BaRdQ40AeNSBZSykl3vc82NiOP67DAcSKHh9nSd4gh9Op&#10;HlVQOQAeR9efxcX9yYohdSy8X51Dj/eeBf3VpKqQGz02K8AadcHkDAkcn82BPFvbpTU/kbkqqg2v&#10;ZRYf4G39PaWSXSvA16uJNIp+Lpkr5tCElGOocWVj9P6Wtf2+UlCyut+UB9JuTzf/AHv/AA9l09wN&#10;J9elUD63Cjj0iM7kUShna4LmNkUcBlJH6tN+QL/nj2u8dEQy/g3+n0Nrj8WuPYeunBqPToT2kmkq&#10;K9teiVdqSq1HWsELeONVRiCyozHSCT9Pzbn2V35SZeDEUNOZXbiGWYxpG0r+OMIbooDM5L3GkAsb&#10;2HvH/wB4blYoNvQMNZzTz8xWnpx66GfcysXuL/ebwJ2aAoNMatVaV4VAGoj0yRTotuxdsPunsXF4&#10;imKOlPCtU7s/ghjaqqUWC9U5MYLFVYXIHH9L+6jN378esrGpY1lKSsAh+3dDK7uYkjiVYz5JpnVT&#10;Eqs7Pc2VgPeNcl0vjr614etcU+0mgHXTa2hit4PFkZRpFSSaU+fHFOJxwBPDq3zZXW9HgMWk1U6R&#10;GOO5cVYeOFI4o6l3mld5IzFFEzBifGo0nUQeFMB2P8F+5cDh0zO18njN9Fqdamsw1JG2HzVKZkWR&#10;o4YKmepoq8xBinoqBIW4Ef59yjvPs1zTa2q3m3XEd25QMUA0SLipAVqB/sDBv4VPWN/K33s/bne9&#10;zuNq3m3udrk8UrHNIUeBhWgq6iqA0rlSADlh0Ufqr+Zb0VuzLzYTd+LynWsL1RpcXuCvr4M9t+vU&#10;yFYZKiqoYKXKYx5Il16p6JadUILSKfT7qP8AmLPu7qHrivqewtibloaGPzx5DH5nE19DNUUFbjsv&#10;j454Kc/YFpaXIPE8dT5kSFk8hZdIb3Ft5Zbjs4aHd9rlhkKatMqGItnTUFtJChiKnVQeZ6yX2Hd9&#10;h5ppLy9zFbzoJF77eWOUK+pCEJVnGRxDZANadWJbM3nsPftBLl9ibt23u/HJI1LJW7YzWLztLTzW&#10;SbwT1OPqqyKKYoygrIVJBFxb2GHxN+eO0ewaj/R5kMFuJaeGXB1tJNX5mCprMZR4Calqs/j6VmWB&#10;KWm3Ri8UJEVGcnLPYyiN444BX7e81bRZc2bFud1YtLDBJEZEdtWtFNZFyQaugINaHVQBhxBruWw3&#10;ltaTiHwmLa2qQPiIYR5PkrEClaaQSdRBJT+9th5PLStl8Lk4aTKLi8nRPTy4yJqKtyFRjK2lwmWq&#10;3RJKx3w1fVs2ktMv2kjoEMlixls7RUPV/dtL2Dg8pj6/bue3zR7ow1dQzzo1ZNQNg5qgVXmq6yM5&#10;KrosrF9w8cdMqtVVBcFldpjvne3tYua913CwZTtNzdNJCIyqjTUMFNa0Yq9W4Uo5UUDEhXbrw71s&#10;0m2XkDwX/wBKUkjK/wBkz+In6dKakBRtCE1KhfwgUg4zHPv3qur2RubHNisrkdnTYDP46VJkioJ6&#10;6nyOHqJKNw0Ego0raKV6Z0awiWMg6votPkfuDbndOaxGUqM3g9xbeh3BlIdr4eh2tkqPIYfZu46u&#10;q2hHuzMbsrnlOZqK7cWEqjNQIiChppaQRxKWeRw5erBKImEqOQwJUa66CTHqJJNdTr8IA0oVJNT0&#10;k5Kt9w2mSewnsJRcGBA8jSr4ZlQCVoo41FBpjdRr11kOtRlBQKfjR11m+rsLWYXL7fylHmp9u4Kf&#10;P5CbcVJWYL+9GPpJ6sYHBYChjjx1DBjcXmoRNWiTXkqkTGUsYVkYHMjtRdp4ChyG1K9c9utKFDlM&#10;fSJk6rCbLrPFNW0+OqqTO42fbO5KuXF46eprKKl0Sw0MizExv40kRiwvBavOqPoUhKkEgMQTSpGC&#10;ANWn+EE0oK9DWS/sW3NLKb9MFwBlR4nwHUmhqhFZxGWfi6kV8uh6x25a/N5fcuMyW367b2IxWTXG&#10;YnL1tXjWj3jTPS0gq8jiFxuQky2OoaLJVn2ayVEEDvUR3jLIwYjzmdu5nK5fO5XM0qYyfNrtKtlx&#10;i1lbRZXHVORwWMoTHJW0UtNRCjp6rEzuB5CkjMv4dGZRFLex64opXRnPcA2kkigOfQHgOBx69aR7&#10;S2ijjMZcxtIASUIJBbzo3AMOFeI+R6ZNsZHEUGKocfi5/wCI0dHXbnWPIRy0lbSy/Z5ieesRZYxU&#10;NLLUpXJ60W6BWJsqlfa12dtSuj2bhd8DaW5Nq4qrqtz4pM6+51oKjNviY9wRxfxTB43M5mepo8jN&#10;QT/b1dY7EyJGND+UMvgrxSpcxrIo1aCa9xIJBZlGMkEVIr208sFs9xaSXtxtf1sL3SrG5jaNnCiQ&#10;p8EhVBqAYEgNUVDfDXoI8t21tvKdpbi6dptzYjM7z27j8Dl8jtmfa0lUNuQ5ebb6Rz4/NVtHT0dZ&#10;WwUWZgnkooC8q0lRrBhMTK8ybZXZWUzORNDUYvCbJxWOpcgu7MhtSgoaDI5P7SOtnwOObBbsnz+X&#10;yCIpleofHxwJG6SEukqMW2S7mumjcsq6CdVAAaZpVSSa/wAI49WZ9ntvBEluJL6QmiROBpSukO4Y&#10;UUVFR5tR1QF1FMbdx7PxU+N29LQZfO79zNfTxnZmB3FLnMph8DJmGw0W6c5JuNcNhdsYzzwuI6eS&#10;QTyyQ1NPTid6WpVFHmcJiaHCUdJiKYQ4nMTYutQNkqqroYMpEjtNTKKqplmpIFFSasCN2WOaPTJH&#10;qeVC4k/0zosTlIXUFjWpBWpIGRjvqQCKEUOVwtt3ka3eOY0uI5CKqvFDgNgVOFIrkGtQSKHqZtjK&#10;5LK7hytbmamSpy+BGWovE2No6GskwTVEbUFctFFS09PWzx1GMWiZ5IoHljcyRSBFR1BsR7xw+era&#10;fO5zEU+Gy2XWXblLRxUByWEwqYdK6Sg3D/FMaJZZpo6SWSCui1pIlWFIVowJDKOZrmGWWSdTJrKj&#10;SVJUL5MrAtU/InNRxHT5YNA4kjkDIASxqFYM1AVP7NWcDPQnUrYjMUb+HH1VXPSRQ0prQKmGhydc&#10;ah6CV6BKOvakc0uQuJ6aYoy6FN3QLN7Zd37UpO1KakzlJUVENCtLiqmgWgnho/tMXmaQGleOSAxS&#10;VsclXPBHJH4DCkcSguDL6Uf7v+th+sWQiLGDjtYcB8JFGqWAWlApJyKrILpLOWe2kjAkqVIqxGtT&#10;WlCKZTgeJ7up+MyDbaeHBzrGzyJkG+9qDJLNka+lmlkqzNK3kpolmoVM4MtQJZnd/TaNmJqG2HjN&#10;v9QihwkeOxlfNk8buWDKVkyojtKi4meOqhIhqHocQ1eysUugZR5P3H1Pa7s5HjhEWigIahPr2ivp&#10;orn7M9FSbgZt3j72fTG0bRUJGKuSCO1CR3AGhNQRg9E8xXZOTz/yUFVkZc5XYaHaG49hf3boaCep&#10;goK6jr493UdeKuOOWibIbkxWDQww1BhnkjksgkVdEaZx2werYM9W5vNUmJpcRT9V5Cujpcm0NUmR&#10;y+5c1PBHU4+hyJkieelwVDCKZqdlmp5mDxL5Vv7G+17DYzAXk0caxCxZgHNfEaRtOA+P7NqqV7u0&#10;soYihx59+OaucNtfkLlvlgXhe+3kapbdXCpFaoGWOWWIUCS3DKx19jorxyERk0MV1/uHemfwm8jP&#10;VrX1+I3/ABYLG06CGibH4zGYbBDIU1XJBDDJNPSZ2asnYOHaQFIyyxFdCI2RlaTeG2ajCV+Mqa3I&#10;0K4PMZlcjUUOC2xh6/D4mqFY2f3Rlo5aSjxH3bUzNJHonqAk0cZ+sntZtE4Xbbi2uIyzHQ7amChW&#10;VSGZmYNRRqDECjEh0UggUkzmKQRXlruEd4UjqdJVS8jB2WgjiBqz0DrpNQoKuytShaux45dpZ+i3&#10;R/EaHEUtRjtx7dhgo6TJbj3PmaTM5PC5GGHbG2MGpmyGYipkr4YdYlp6cvDK4cAxBE7h37Bn+u92&#10;bx2dvLHdkbohqd+ZWvrHbGS7DqaXY22svuTIjbGQzMFHDWw1U+GkVKmURQmshWMrJDIHYlud/WSx&#10;u57C+Et88jFzppDQLWsZYqa1FMKKsBUGOQgGt3t9lDa2cG52LQ2FIR8LNOXldYI9aRasDWCwZjoQ&#10;saLIpPXeDpq/BZzD0mS2LT9f9d4/F7bxGz6XG5U1O8ZdwZ3N0u2I8fn6LbdRJiMPjaGjrYx44qit&#10;j+0qGlE0T07xxER+OnZ9ZubcuJ7djz53v1PDuSsymX2v2NTnZ+Woa6lllposphtyYkZbF5SCkqZl&#10;FVTVjYyKv+38ThoRI4i+F4bi6jvDIZQDUqxyT6lh24z2Gh0/KvQxu13DbNqudsFsYFuIiqSw6JKY&#10;1UZWVZE1BcaNWkVzxPQzb5wWV3HtTO7dxWVk2vkMti58VQ53HJHLNQidQk8axyIstO89PqRJ4QZa&#10;XWZI5Ayg+z/bQ25t/trtLfm9cPg6zGbdz+ZxObpta0dNDBjxU0cmYraSaharpxX7vzO2ac2hlPjp&#10;/K2r1KDkH7G+0s3ubz/Dut5ZP/Vm2kWS6apVCCSwjQqctM6lWUZSPUwdaLqe5dtp02+x2eR9QjWj&#10;NxqQDpUkgGiqSASATUE5p0CeZzmQ6U6s2VtvLZ6ky+5sRgWw0JSWpqJairpKVqTGyMJxBVz47B46&#10;pOqeVBPNNFCWAdifZscpSSQoFWLRpCKioo02UBUFlBCDxgf7Ec88e+we1+GiKg0hVrQAUAHkKfIY&#10;/wAGKdSMw0QxKqjQq0oB8yf8vReNsZOGokBlnLSzBmleacPIWcmQsZS5LMxa7Ef2iR+PYaZXBrka&#10;eWCpuuvSVcIrSJIrBo3RTG41IwuLj6+xDcCC6t3t3FY24YBoRkMNVRUEVFfOnRVLBrWjjobMVuH+&#10;HSwtAFZUY61YyNG6FTdWaNw6i9je/wCP8faXXaVPRIFBqHDRrd5GkkJCDSHcm0ayEckAA39vbZbW&#10;dmhSGNixAqWYkkgDJzSuPwgefr0ytkVo2qo6V0W7XrXJtGoD3sAqOSTfhW9Z+v5ufYT7560yW7J6&#10;GKjqRBS08pJBJADlkWOR1YKjpa7N6gxIAuoNwCeduS5uYjt4tb3RDESxGAQfLH4hQmo+ImgBFaiv&#10;0xY19Ol3ht3Y7GQyvVCTyyJqRY7EsoFm4JuW1WsB9Rf+nswm2NvyYXDY3FSzCoemgRJZLqU1qxGm&#10;ILJMI41vZQGI0gWJt7Etoq2dpb2qtqWKMIDSmBSgoAMAf6s9KjCsaBGGQegP3JuNMnk66vWN4klY&#10;yQoSUKkqNX59QJHsZNsUviqaOR1CxrPGGDoB6DKoYgstz6P8fYe3eXXDcAHu0mn206CvOltPd8t7&#10;xBbCszW8oX/TGNgP59F43pmoNFQQWZ4y1SDG7s4eGK4VVQs2sleAAST+D7tt3JLPjcRt/CUOOymV&#10;x+erI4a2fHpj5cXhEjxeQyyZbKyVdbDUfYl6OOAeGGY+eaNSFW+nA1t0lt96sJG2uaVpZWiLRhP0&#10;e1n1yBmUhCV0VUOQzrVaGvXxlbnynciw5q3D9/2sNxZXTPJZSOY7iUrIsR8EKhDsAzMQWTSiORqY&#10;aerE8NuCkzGTx8q4aqalqMAtfidzeKOailSpqqKGbGxzRB3pqjiKW0ljJEC3KqfYEy0+68fWTV+5&#10;cbQY2lpcRkoayopq5cjDVeM46fD5CiK04qBDLQz1fl1ojmSOxBa3uVGuNslSKHbbhpI2YMQ66GBo&#10;danPkQCMnGRQdJ7/AHPat4eODb5WlvZ5bfQohFuQoR43RwDpLa1hYnIapNVoeltQ0tPRw+CAyFfL&#10;NKfNLLNIJJ5Xnl9czySafJOSBchQbDi3sKc1jdlzVWH3rnxRjM4Gh8mLy8tWaKgo6TIsKOGXRU1N&#10;JjKRssuRKQtUhJJCzKpYXARTXoglaK1aNLIDOviC2kfGWAAbtFSDUGlQD1IVtvXNa2e9cg8sxXEX&#10;Lt/dI81oUWed54Fav6qxGd1iILskTMijSXqQG6lgEC7Ne1zf6AD682sOB7S8UvW25dwZF6rHYepq&#10;ur8rS1b5vO4WjeHBV2RoBmxk8JuDKwiCMilq9bzQyIFl9BcW9t/S7bvV6ssljBc7jZyKVOhGkid4&#10;lkUxtpOhmQldStQNqr8RqIJNi9wOW9q5flvrq92/ZuaFeFVjkkrNFBJHBItxawsJHWM6dCOneO5R&#10;xpFqKl1hqHo4hXVEEEkqUsU8CSTShC8FNrldYoTUkWDuQq/U8eyX7p3X2Hn8VuuqbN9bbi7W2HW5&#10;2k2zUnDbll6mkodw5ONdt1tVV4qf+M0dbQ4hVV6gSxFqyQ/bBQGeQRn2s565k2OKO9ttng3uRZDA&#10;4aVaJIUcxyHUZtXg0MhiBDaQF0xlic6eXpvZH25m20cjw80xctbpDAblLp7YX01xbIRLLDCdMar4&#10;hkeKOVdSxPSUN2gMojy+TSJa6l/h9LU0tJNMtPWKuSoatRHLWUUrJG1NPFJKoj1RsVZFbkqwuJ/x&#10;93B/Ctlb839vfIUwnmrMSmWloY8jUUlM0dNFRCKjpZErcnVUX3lYUjaZYj4Agk5jZ/Z/vOwbxyjY&#10;bVy1vE1mPB1tGtqrhY4iEAVjIdcn6iSMrUqYitSck4z++Ntccw84ctbLsVtLJLJHM6mVow0jNI0j&#10;MzApEH0oCyxlqMWKEBwvSiijWJBGiJHGgCoiAKFUKABpACjn+nHsc8rHBn9u5ow+SjqaqirJBBNT&#10;QwVdKKkzRUjNSo9RpkbwgrdQJNP+pNvafZ9x8ZtuuVjlhiY4DqQ6lSQagjtzQgNmhB8+odtTNsW+&#10;bfHI0c0MUkYLq2uN9Ol3o5AGKgHSTThX1yey7bP6Uo8PlJsli8clLl8jI3nMFLj8dG8Ek2uQimQv&#10;TQVDzz+SRh41Zjrs7EN7F+3jZtmlvtxWCNJrknXRFGePwoAq1JNQlAWywJFeph5i9zbjcbBLK7uy&#10;+3QrRdTSSEHSQAS1GZQo0rxKjtUhRQe9jLlNubtwP8IfB4OkyuLkkyM+ej/ippq5FpqQSY+mxcMV&#10;6bz1VWCJGc+MAE2YkD2nXfLHcZmWa4KyUNCU9Sc0IOrOkU7dK1IYdRrt29cubsNxG7brJb7gFRbc&#10;+CHSrMRI0taNpVCKBasOIoB172BXydy9PRUeyaELVWyGTjyNPAKdYHiWkopKZjXzmfWs7GuRwnjD&#10;hY3bVpjPsY+2+/bVa8wjab++gXeLhHWKIOjPIASWkWMqS0cYXU7oaIo1N2hupi9jeXd4voua9+Sw&#10;J220iEEs9GeIPK4KKpCeGCRGQO+rVWiksD1j8sXl8Hlj82jyeHWvl8d9Pk8d9ejVxe1r+wt2DBvS&#10;l6z3/iNi4ifcO6pc/RV+CjyEUgpZHrKqM5CWbJSVMNPIKCmyJdKUyU7eOJTyqllW88w3Ox3kYsrl&#10;Xu2W4kQzntBmnMzAtWmhWcoqUjwoUHOvoX82zct3HOnKV/zXuCWmwraNHOUpqHhoRGqppLgOy6Xk&#10;CuAzeRIHXO4PIII+l/8AY2/3v2bHBbRi2xt/EZvM7Wxku/8ALYvBYLO1m1sPQVNbJkKuKOmpqefJ&#10;GJqh8Ljq2Vyv3M32sAvIzRprf3Du47hY2u5Sb9DtoXc7kwwSXEMS+Kw1AK0jsC3gxOSaP4hiWjOt&#10;BpEFXO/nmDd9z2y25kkTkyymubmCK9nmSJkjq7LHGoZVuJ0VUAjRZJDQGpCquGSXTbSHe9g3j0HQ&#10;Neln5I5F/pyTY2B9qCg2qqVlLiHz6UmYr6eSehSaanGTnp4R5KqSmpXnR5VpnfQ7IZvFEbMx16iq&#10;s+Ytt2WDZeW7reRNu3h1TxpkNxc+EVMjhHrI40MRKyiqlqtRgKIb7mR7ht25lTlISbAszh1jSVbW&#10;J5g6wprAYoVoWiV2Bd0wDpNO1WRUjUylyoAeVwqvIRYXIRUS7H+gA/p7lYnaclL2Nn1SKiRJYyhI&#10;ZI3Y1MGFr6yTUWR41WRrgEEqCPT9QRBu+/XT8q7GbKBpgZlD1fRojrKuoEKdRUadIGnVQguOPTQ3&#10;LaLzki3ud43O6i0wM8OmMyiSZGnjhiarrpRgCGkzShOaYi1kmQj8H2dPT1KNVwpU+aoenMNCy/5R&#10;PGVgqzU1Ebfojsgf6Fh9fYwfFvK4reGa3Funa2Sjz2zJ8/BBissq56I1eQxscOOyqUNJlsDQw/wi&#10;yQvTVFFPV0daH8iOLm2OEO52m6WXM272W/XF6lzeOn6gZEjMKhSsSOEHh5FJEJSb+0WgIqZe+e+W&#10;1zL7V8mScg2uwb7tFgRLHGYZZZvHkWXxLq4jleWWbUHBjuUSa3zEagCibGMrsRjtxVuRzlZmKiqp&#10;6pleoihpaajponyFRTwUtLDeJBElYI2f9UgjQtyPdiWZjWnkxodSEqTUQlApfWktLK1jZGtqeJfx&#10;cWt7BtmfEiuc96UPp5ivn8z0K0UNyPVqCVVWmeFGAH5UJyfI16pO2LkXqfl1v2ClkBo8ZT0s1Rpd&#10;Y2h8MkSSgLpklmtPKoJsTcG3JN69flTlszBtLceEpaN4czvLdlJ19h1ldJzWJuLIJT/dhY5fJGtR&#10;jPMHQhXjcH6gBixyjbW9rzBvFxbXKyS+GC+RRGkLI0ZDEDVpDkENQKwo2oKT249sN6ab7u/IqyW3&#10;hhrCMqdQykcQdX0cSKqACaqc8c9U2/BXpnrug/m79w7/AIN+Dd+0Oi8H2n8jOy6vIY7KUVbs/c2A&#10;qczR7h2nlP4jHDDkq7bu7681MVTCXp56ARHV5TJGiooMdjNu4zGbZxApYqDb+Nx+KpoYGjVlipYm&#10;haplhS2k1kiNI0ll8khf6kE+5jtoWWCZLh1LGMk0OaMKAH7aGnnx6lL2P2a6fd7bcLaBjKhMgGkk&#10;g+nDia4HRfu+t8bp7U3BvLs/fEmTqMt2RuTcudyFXU08iUUQfQ2PwtJVvojnptu42pgpViiMjQ06&#10;Q/o1ge6e/wCZ/wBrRYn+5vTlDTUca52am31uqSOmjSoqEhqajFYpHlW0ZmkFLUu7t+4ywRr+m49i&#10;nlzebXYeZOXZbyAvtkciSSrXuKGqKFqaDSokLGoNVQ1oTUf/AHpd5DJb8pWkSxzLGLiUgDMrJqAP&#10;E00qoLfxVqajq/r+R1048uyN3d/bgqszV1cM7dS7BpcnlavIUuB2vQQ0O4M5S40V0ssyY+oyGQpV&#10;hRSIYpI6gquqRyAQ+I3xn3VuCbO7n2LNSYeuxlDLmNs5zNUx+xodx18LTbdWnjFNKZYo542m1lJQ&#10;qgFr6k9y97kWHKfLSXM3J24QzfvEtcxrgrB45LAaFNKBnOgOCVppaq0Aw25F2/fucuZLeO4s2jMC&#10;0FQw8TwhqOeNWAGBSg4ADqzj5ifK7qD4ybLxk/aUMmeod55NNv1W1sXDSZDKVW3J70+5MjLj6mso&#10;IZ8fR01QsZRpovLJMEBtrK2pZzoaj+QnVOx8H8hI8BltwYKtTKy5DYlUyUsdfSz1VDKtBWVNPVO6&#10;zRQhK5fGyGZCUCKiWx9e2ivxancI45byObxe1dKiReFC9VPae5QQrMajCADrPy57OQc/ci7Hb82b&#10;jGbtIiFkt2bUqErRGYVQkEANRRQV0kUeusrS/MNPhl8j+5sz8N8Rn8Nsje1BQRzbK76xE1OlVUyU&#10;kOeo8tLi4cxgq+kpqRstJLgpJpBPJRVrCZmWW/usn5HdZ9S/HXsXrfM9F5asxW/9iZSnqs3jslPL&#10;nKXO09PKru8j1FVi2pqsyGVJ/Cwp1jGjTGbFo59wuerbYrza22ueu8JJ3owpRK5BJkjUsRUNnSoq&#10;KD4gg/4H/lb285p5a3nY92lW9spkleJqsrMpBB19h7qUYV1U4GvV/Xwt3x8gPln0fvPKfKPb+26f&#10;ZHaeHng2tBt/Fy7ayMeCytPV0WUo/s1yWWlGOekkhqKKepk+8Sd3JMyCMxvPyq7F6x6YoMtuubZO&#10;Mk7o+SXW24Nrbm3PtarrauOgpKHGUtBCKmPIlYqZqo5SFJfHClQrQKJfJpUCSTve3bfYLvN/t8X7&#10;93S1aOWS3LsAsahYwS3DuKjCq2sam1CNGB195DmzYdq2XcBY8txJzlzFt5S6uElbtRWUaxGzCjOo&#10;0SEU1BM1IY9cfj3s3dPYuUgwEec3Viunfj/2JiavZGE3XhMPQ1+6Kqiepro28mHeOVsBhqqSSShm&#10;meohqYpovCkUacBh/Klw025uy8/uWoomWm2pgs9TxSKWfVW5DJUmOgmBHoD/AG7VA/GkK1vobIeU&#10;N1O8yXlzLbsiQNKsdXqKh1QNTzqolU+jYrXrGz7q/LSye8W1Xn9pHZwrO1RgagFHlx1MtRjtr5V6&#10;j/zZewoto/F6nwAqIoqjsHsLaWFEE8hiWoosFJV71rYJVtyJH21DGFayvJIEuGZb3P7v3g2IwW7s&#10;hmFbGUmIhyCUvkqHgqMhSQeRPLDNHE8lPLX6HAiZJNEWl7Wf2Jdy3C1tLG9luSUCQuSDRQxAKijM&#10;GXJA8mbSVZRQivXu4v54bHcZby2WK3hFEGoVcfCGDLhCw1dpBAGk1Feqk+nuoaLPbn6gi2yaXceY&#10;3NWY/KZtqHG4+owmDrMlS01V4auiqWvUwYGmyERFQtVGZKuOanRVaGSNSQbh3p2b8n9rzU+wI67Z&#10;WxtuV+Ypuw6bfuHhFTvSgqqGmyGGptl1uFpKyDM49XaalYxCB3Zks0xGliJJ5OdOVRPYyz2sE2sS&#10;qyamde1ykRSMqyaS6axodhpapIpJCb797l+5E5g5Uhbb+UttmeO8W7ixdahqja2EYOoGrDBTJBcu&#10;MCzLYHWfUfw67Cxv97YKfdW7t0jH47r7+5tVWNBtNMYkcGcyu58Zn84z4OWpppI6tqmaorIUjhn0&#10;RwxxvrpW+VXVWc21ufrCqihqMfFmerMhRRxVNJWUdSKvD7w3DUYyRYKilpUYwt9vb0GUQaAwBf3A&#10;0XK+5QJt7RTGMT2MqjUG1s6zOYyfhNEkjj493hvViQTXAb7w22W/LPN0YazMepYJdISikEPG4qRU&#10;VQtj1oeIB6s72fuvFbnq93jE11JXJgtw0+Ld6CvoMjEkk229vZKRCaGsqUEgmrHU6rEMG+tifdtP&#10;wqfsPcn92d6S56OHbmc21s/7uroKijr8ccxj6uDDV1Bkqeu+xy6ZjIYvHTRRBPuUomlaZG0jxNJv&#10;t5YcxXV426PdqbJ4UJYFXXXG1CkitpcloUCihYIzowYgaGzt+7Tf3fNewbFdG4MdvFHHA5FHUmMJ&#10;HoKg6i7hcFQNNakihPRG/mzWdcw7Bz+2sntynzO56OLcuRxuMqqSqimfHJhJc7UZfFz0lBk6I4PH&#10;ZjJUz1Ucopvvp6YUg/dljlQ0/ZWH27kO8etcHnanL1W5MG2Y7N2fBKk0sWmLb+W27lcSMw9DJRU8&#10;Na1fFKtK86xvPCxZOQnse3dna3XMO0pMGlnSXx4j21jAieKSMEppVXIjoupVJDFmq41DT3QsuX7v&#10;3D5W2XcZbk7xBHLfQIobw5AEeN0aTwzGpY6ToLgmhHr0S7qzcQb4zdkZrbNDgKDDZapwnUu+a3AJ&#10;JjjSZI5zFTUe45KLG5CCsP8ABaPJ1cU09PDLUR0zxGJjBT+yUfOnbO2u6djx9ibHpKpMx8dt75LZ&#10;+86DLUbxVZp6p8NSVUFJFpeKupKLI/atGS5jMMsxAuCCzvpj3RbXdLQVn2260MpFDllp2gfqIGqA&#10;AApVmemlRXnr94y72Tfk3PctrjmR9vlktJlkFODClGrVsq2TnB9MGV+D0u+un97rsXtLObdylL8g&#10;tt0fZvWmS22zfw2tnhp8llMhSziZ4niytfh5jVSJ4m8awxp5GP1Dj+WrNSYTvDP01XVU1DSbq2NX&#10;086TTRQQV2Qp8xhWooTHIbTFlnkURAMX1aeRwDDbrZI77c7hQoaS3LMACFZxJFpoCaGgZwKY+MDI&#10;PUSfdf5sh2j3Et7e7ukS2uoJLc6mVa61JVTq4VZUp5ngPiIK0/ms4DK5b4o5XObexVZls5svdu29&#10;zUYx1LkayrpKSF6ygytdCcWktRQGkoK15PuyAtOUDk3C+zw7i+CueynzHx3yawO8qKkxlXUNl8vj&#10;MhStLk8PnoNqVG3MdWYWL7eqxtdRxTw0spiqDEEbWiswKD3HO68pRtzhDzRDuSKaAvGysWDCHSrR&#10;mjKaMQ2l+NKfLoXe7HtduMG+7rNYsr7bcO0h1agyj4mQ/aMKQc1xmnVUXVP82HpTY/w6pfj52B13&#10;ujLbzwW2l2pR0FDXUkG1974aTIJWVc2Uyz1lJlNsSVeGqJY5hHDWyyzp5tYM4tZDtTMVGT3ViN2R&#10;bar8TAm59xdZNNXRaZ8tR4IQLFnYkVdaUk+VaVI2csssECuCb2Uu5yW23Tljm6ymjzGrSKSpNTEp&#10;cFT5IWjALeamvoeuZu4tPsHudbWLTHU4Ff4SX1KVqfMDup5VB9Ogt7b6t2pu3+Wd350w2/8AC7t3&#10;Lg+rdn/MihxuLNLPS7LrsyKjcM209bM6Q1J2xgh9wv7MkVRkpgEFgSP+78e+TwwgkYDHpXPWI8bS&#10;x1MddAuKqMdIkkRUhI3x8qSrfSyOVcFSR7Dntu22Xux7MxDSMgQqAxABjketdJHFiCAcMoFRQ9c5&#10;vvqS3XLfNDyNDWa4uHjWq1HhyoRIRqBAJBorDIPwkHo63/Cf7dG1tzfGPGJgpw+RwOxtq7czKLLA&#10;rwV+G3X2T9xFV0yHzB6g5BJ0Zh+5G6tze5rz+V9RubE7HqKram24d25wV2OgpsFLnKDbK10c+SxU&#10;dbJHl8jDLQQz0uOMs6o6/vmPQCrsHGSvKW7b5tdtd7hsWxHc9ziZQIPGWAshYq7eIyOKxoS4UgFi&#10;NIYE9Qt7ARbHuXNVtb8w7y237X4UjNOIJLkqwikZQ0cZErK8oWMsGpFq1EFVKnYDAA/r/sWJ/wB7&#10;J9jztjGyU2yNtICdDYsOzoinSs08s5kZoLAltVvoSbk8/X2i3m4Eu87saUfxqAE+gAp/L7eo05x3&#10;EXXO3MBLAlZworj4VUUp6inEVB9SD14f1/qT/vdh/vA9orduDqs7trK47C1wpcrW4ypp8VlKqm+8&#10;paCvqsfUQ4+vnoWMT5CKmq51k8avqZQQP6gonuJ2iulWdYrgwuFbSW0sFIViKgdpodLDupStTQnf&#10;Lm7QbTve3Xm6WxeximRpYlOlpI1dGdFfIRmQFQxFASM+R79l82L1duzDdc4jZnbGS27uzfM+31ot&#10;5Z/D4AYzbW5cvOJYzkBjqcY+Wk8llR1vCx0EDTYN7OOT7zdrblza4t2vYrnfFAE0qKqI71YMywga&#10;QrIV+WBTgD1L/NfPPL99zjuPMnINjd2HLKXhezt5p/GuLeJSD4ZkOtXpkhv1FOoChoR172WWl2vt&#10;7G7iqcfRUVdRUOBz1bT0dNXsktfRNSRvQzpN+kNIjyOOWtb+2TycnLWFL/ZNluZkRp4AJImApRip&#10;StBjKsRWhqDqoCa9TvFvm6Xu3RXN3cxPc3drGXaPCPr7gVB8qZwBwNAB173ZXsa0/X21HijZim3a&#10;Zo4YgdcgECqi3C3WTUf6MQfoD7xt5tCx8zbsrPSk7+lKliPMivDzIHzHHrCLmdVbnbfEmmRInv2B&#10;djRUBc1YgVJAGTQVp1xYkfQE2VmsBcm1uBxa5vwLj3AzUdDWfeYStieWoliSaqoA0ksiw1bP4jIA&#10;sLq+mn0rIND6lJAUkANwE+HG7PhRngK1wcgt+zUR6EinSq1NxYyRXtpdI0MTsqTKKK5Q0LLqFSp1&#10;agrjAIBrTrqNi6I5VlLIrFWGllLAEqy3azC/IufaWxu0MTRtK1BRwU7S65GEMKKvDKHk1i48jOgP&#10;1+tz9SfZku4mBCsMSgM2o0oKnzPz/wAvRre8w7lchFurhn047jQ/IUxihx/mp1z9u+R29DLRP92k&#10;Bh8Zdmm9YuulnZxIdBHiVravSGsbi3vVpvMiXOqFyH4Y/wAH2/z/AJ9IbDeJorpTbE+NUAAU88DH&#10;HifLP8uve6zKOvhoN55DDU01S9HQzS0lGJWSW6RSEQny2iSZWa8kdtQMTKb+8mdquFudrjt1kZnR&#10;aNq4jtqFqaNWlMjUSCCzAmnWb9xZy3nLdtuM6IJ5kDMRUGpHcKVJHDS1dJDA1AqOvez89WOuT2zH&#10;SwsZqulmRZRLoBWOepeQJHoZ2UQ+MA3W2kg/09wtzuv0e5PcyrS2ZTw44WlOAyakDzrwz1iVz4Dt&#10;+/SXLrpt5FJFK8Qo4g4Oqv55HXvYz01Iq+IOshVIzCZXCvqF2Yxm4IVmYnjjn/WFownudX1DK3cz&#10;6gMV4BagelAK0xXPE16jSa6Y+KVk/ULVAHCnr8/5+fqeve0D2LTVJ2jlWgip2keN1USSqIWVZU4m&#10;URyD0KBqVlOr/Wv7FHKMijfbNTUrXIqfQU+Yz/qx0LeS7mBOY9uMzNpDAkAV/DXH5+lKde9pTr2t&#10;lilx9GuPnnEsy085p1QpTRrBFIrush0lIY6gKzJxq4v6T7FfM8SvFeT/AFKqQhYaqmpqf544dCDm&#10;60EkV5dG7RVRNQ1Vq3cQafMldVM4zwPXvYiVtLPTTTxLBHFTvFIQ0jrNKZWu6IREr69KGwZmP0sf&#10;qfYEs7iOd4XMtZgwNNJHmK54HH+fy6BdrcxTJDJ4tZQwwBQAetT8/L5+nXvcPYmOLYTd+QZSscuf&#10;l0ykRXZqemiBQDyA2dUZRc/n8ezXfdwDXm3xKaBYB+w0/wBX+Xoy5wuPDv8AlOzA7xZZXNcyNkji&#10;Kf5Pt66P0NiL2/P0H9L/AOHs3Gzds4r+7W26+pppaioq8Hiat1mqD4k+7x9POF8SGKN41WUCx45+&#10;pv75q+4nvLzDt3OvMke1Rxwqs7p3BXcmvc41ggCuMKKcKnrtj7D+0uzX/tdyLebjcOzybdCWXKgD&#10;QtBUYamclmI86Vz88/8Amm/zVfkptb5qfJ3qvrHLYPZe1uv+0947Do6vFYXHZHceTm23l6rD5DKV&#10;WVzCVi009XXwyqgp4o/EE4Yk8LCryS4mBIIIY4jbRHHAEVSebA2K/p+v1NgPYcseZecOZrcXe5bv&#10;K1vWhGulR6UWg/Z1J11yNyHtNzIsFozSLwJNQPU4NSPl1V9tjffyH+QNQtdvLfmbzFJPVk19XlM9&#10;kaqu8UaJJUQRqFqJ5pJo7KFhUrqYcXsfaUyeVipMVWZqs3Zt2lMcTBKWslCrG6lSfLL9wjFiQdNo&#10;yt/z7XlTARLdRhLMVOpq+XlQ0LH0oft6KLTmNbbdIdt2zli9lmJA1LG5qKnKRqmRTiWYU6OH118U&#10;8v2Nuba+2qfq/s3J0s9f4shksJCr19c/imUIkDUdTDBC7WZ2NQjKpuGB49kxzfyw29t3K1EJoMjm&#10;KqKVkaWCShWkdB5U/wAnFRG9MYm03F21N/T3W1502+xqv0Ly0PHVpH+1ABP21PpTqcW9q9y5gtYb&#10;m+voo1ZB26W1VoaluFDngAAPU+V/nW/8lfNZPZuIpcfuHamzMV4UqaejbHZ2ozSVbmOVWy1Uamnn&#10;erh188SIHF1sVsOGI+S/VO4MmKjJVeX207RtHKvnpnpkqHOmGVY7QpHodhrtdHP00gWJ5t/PHL9z&#10;MDe2s0CFzUg6qV8wCVbB86MD5A9BPf8A2a3q0s3G1S29xSp0kMp48K0qajFajoXpf5fHyz6t2c+3&#10;cFVdfdq09FX0NTQ1eQospT544mKcHJ46WcyvNkqmpomMVNMxSWEqS/lJUquKjs3BS1MdXR1eI3Kt&#10;JFG0U1G0cjRuyqymVLK3mlblHs4H9l2HPuSNsh2vcp2nsfCnEXFyuc+lQPKhqtRUkBjSvUK7tyZu&#10;1nam0mjuLUznKmtKDB4FscQAaGlDTIqset+it20tLLT5fFbh67arqU+7os48zvNGHljmhgeDy64L&#10;IVaMiMvEFMkY1Eewck3vSbwrt5I+TrduZDExGmWtq6c0WPpqqSmkZJ6Ksy1L/DsvTUsfM0kKTxI9&#10;9RDn3LfJe87Rapu23G7Nu8Y+NqRrrIJBVpe2RfJloy1NCeHQS3f2+3Xb4NrvIrM3NvIdRoSzFQaU&#10;dFqyFmpprQsBwoNS2W7TjoevsRsvGRUy5qjrpfM9JRSR1FfPTl4Um+4hiZnppXEoUI7RvIByhUNc&#10;oHfvy86J2RlkoM7vWmyrCjVzj8FT0O8ESWeIg0bHE1WRw33NC9haUiMOg0ymyuBFzP728i8sQ2tr&#10;d36u7IrFI0E1SRqArGzxakwCDwIywpXpbyl7H86buJWt7ExyCWhaR3j1AGrMoZVdQ4rVlPcDlKE0&#10;NHs2gyxwqytjnpZJJ6hDFW/eUM7eKQqtVoqkaeNKoDULLyD/AEN/dYHYHzh2nnKx8/D13ja3OQ0Q&#10;x6ZPceYlfARU8Es7wGKgoKClrckySSF9LVahi2gIqopOF/uF7nxc37pLuxtUS5CCMsX1KFUsRoAR&#10;Ca6iQNZ06mVQASOs2fbz27/qbtyWFvIZUEjMcZJNB3LrpgAL5hlAJJqeliMRXMZIVzFTTUhbyhaa&#10;ng+68p9LK1XWpVo0ACcKsKn86jf2U/efyu7F3tTtQtuCvoaGThMdtGih2LiHX9zSk0eHkkzuTAT6&#10;tU1YVvyo9wzdX7XX6jXDlfl2D+VD+3HyrTqcV/eCCIhUTSv4T5/7Wi8K4Fft6zY/b2MoNREM1TK7&#10;a2nyFXU5KXUPzG1W8i0w5/TEEX/D2FdNRbl3JIlS1LkJKWQj/Ozrj8dJKvqaSYT6EmKHkt63Yj88&#10;e0LFFAKqafnj5/LpMKoHSRhrJzUFm9cMa0x6GnT2AAAATbm12J+p/qST9fp/T2J+yeit8b7yppsP&#10;SZ7co8kZqcftXEVFTDCq8r97k5KRKPH0kdrvLJZI1F2IXn2ZbXsO771OsO2WFzdTE/DEhcjFasQp&#10;CrTJJpjoi33m7lvlm2+r3rdLWziVahriQRhq47VJHiE+WD8usUtRT04Bmmji1nSvklVdbDjSmthd&#10;v8B7PB158BN01tbHNImHpZJ0asyU224BvytxMUK3qGy28WrMb1bgXphy8dTuOjkXkaCdIaZ9q+73&#10;zLdC1k3G6tbUPGHIVvqHAzUEIY4VYUNVe4RhTAYAnrHvffvR8nWyzwbRaXl28Z0qzqLOJ2/4X4lb&#10;mdT5GG2lB48M9JTNb2w2CjZ6+rp4HZDLBT1EoirZ4xfilxUArM5XSPb0LDSOz/UC3PuxLqX4SdYU&#10;6025BvvrvFYLA/bjPb4ztdRdn1k8oSSavTAVVauD6ewmXjjjOlYju6Sik0hmZtKmU9p5A9t+UdG4&#10;XDW1xNBRpJbx1kStACI46JbqwxQN9U0ZZSa1B6x15q99vcbmeaTZrOzvBdXBKx2m3xSQyhdVFE7D&#10;xL0qSw1sfoVdQxKqh19Afuru3dFNHBTbc66z2cr8iKhKBMmYtuQkSMI6OaXA0r5/f4jVpFLmpx+M&#10;WaMho2QElTCYPdfxk68zDybD2XvLvnd0Eix47O7yll3LSYueIslPJhJNxUNLhtofuyAtJhcJThh9&#10;SABZPu/vhyft0b2mz2c+4XSfAVHhwIR8OnWaqKklvDQBuLM5APSbbfY/3W5piS63u+s9hsnIaQUE&#10;l01eOtYjIZQR+Ce7YA8QeADnL7R7o3jh3ftffuD6+25Mkk2Rxm2ahNo0fi0sz6zj8pX5nJ0nguHh&#10;qcqqFwG0m3AjVTfLPuinaCty9B1Xs+vlERxuDSbH5BqT8Qy5hlmzcwEf1MUqRG5GkXK+4e333D58&#10;5m8QG9Wx26QmqRih0nh+pQzEnGplKh/4QpoJV5a9i/aXk2ax3C6sH3nfYgf1busq6iO4pbgC3iFc&#10;qsiuU/iLDUSP9m/zAP5eXxEeTBUuZHaO+cfTO0mI2dTUm4JDkEOpRkK6Csg25iakyk3NfMKjSPS5&#10;9IIjdc/FLYe2ar+J5yNt1Z46ppavJVLaXmJMrO7Mr1Ejs/Ou8Z/BW3si5e5fhm3W0SRmmmMseWNN&#10;RMnDuJZuNKEmuABw6EPuDzRJZcpbkbVDDZpBIAqhe0KpIzUaaZyAQRgYHVY2/v51ff8A312Xszrv&#10;pjCY/qDZuc3ftbAtWyw0ea3JWU+Xy1DQGNfS+GxKkVJ1xiOqcfVZxe3tVbhxzU1ZL4I6aOOJZEen&#10;cQKpqY5JRJcIXVncE/W445IsB76ibRLG1ugJbWxJqK8KcfkOHCnkOvnm5kuzebvPJJKWYECta1qt&#10;ajyx5/s628cYb0VNb6eCNrgCzFhzYjglQBf/AHn2Am1qWLd3Z9Xm5phPtvbSGCGnYPLA8heGSNCX&#10;iUMHrqdZTcENHGpP4IH+7SLtPLMVolRutyKk8KKRUn1B0MoH8JJpmvQ1uP8AdDyRHamHTud3QFh8&#10;WVfy9RHrAplWYgU6nMSBx9bjj6m1xfj/AFvav3tlpnnqvKyPJKI5PFF45XhvRxgIszrqmVJkLFyo&#10;uWta1vZdsFkiwxaKhRUVyK54+g48P9noP7EIoxCsRYRJUVPaSanPyxQU+VfPrtRYD/ef9f2XKowN&#10;LlczRZisgiqMht16ytoamSRopYPuqWWKsgjqVKOY6mnJBjYGOTTcglRYZ3sm3W77MJbJmmebRG6I&#10;W8N2jZSzEcE0gqxPbUpXOmmTHJV7dnb9zittwEdk8al4yQWkCSYKq1TVSeKUOSK0JBjVUiRrGrpI&#10;33Eq04MaFxGXDMJJLcJGpTljxe3sJap6rM5TemLo64x19BkI1o4q+eiqIKFKvGxvSP4aGipqkUcs&#10;iGR0laSUM5QOukD29y9vO9y3HM9pe2/gm2lRbdiySB0aJNDqsao4VmOs62kNS6K40UWZdyl2nbdu&#10;5XvoZhPDdQM0ulXUhlcgrqZ9LkFQtU0rQZFSeucakaL8nSLtbgnSASPxYn3Hx+2JNqbJiGYhw6Zv&#10;JwPjaVsZj49LyXkDZCOoqyZXK06RyOWUXkNhdW9mdhZPe6LKS2i8RUpK8ahQCdQ1iqY7chWB0kAV&#10;NQvSaTmj977s89jLcGxFJG8RyDQ50UWgAPwhQaBaleFOudyXsSfzx9OPx9PffT/WOMqMrJSFKRKf&#10;Fx09ZuabWgkpMVzJFSXAMpbIR0swErWaVklf1FDZLL+4uTrK7s9tCDdniRVQFWk0tqWN3oFJBEeo&#10;vp/UlVmJJoqX5k5gv7mNbtg5hZjHACuGcEEkYpqUsoxkK2jgwHUWuqxTRHQQ1Q4YQR8Elwp9RX66&#10;FJFzYgEj+vsy3aO/12dg66rp6vH0MGLxlT4Edo6Wgh+0gZojbwpNBFDDAVKxSkhXOmOQ6LgaOO12&#10;/btw3a+kASFGdmkwpopY6mqTkgk0QtQGgPDpXyJsTbpdQW/gvJK0igmhYkE0elTpJNS2oig0juAJ&#10;6RdLhkq6kzzrI7OyGRmeZASsovZUZV9MkgIIsbIf8fZL+sO1sfu2WSRqiTLVBnq5JDLU1KBZ6mY/&#10;co2vH08WilpaZTTT+IyeNGQqrhkC/wBvebtr5wt5YbKZ/rI9R1Nq15dm0ODHDUDRSM6QSlVKo6yr&#10;1NfOXL82yoZIwsUQVe0KKkKAK8WJLMaMoIAooNdQ6V70KCNETTHoC8p6dVvp9LE/7V/X8399dp5L&#10;K7fxdRnMRtRMu1VOcZuXKQZTC0ORw+HlxeYjp86q5CTG/wAVXEZaWlj+2hkepEFTLJCrSJ45JJla&#10;62+Syl2rZhNNO6pK6mONokWKYpKxkP6qRyEK0YbXpmd41kdDG4M5eOz789xZbvzF9H4cTSW6+DKy&#10;yTI0TeCQgOgSrrbxKaSy6GNaES4kMaqgDWBB51Hm/Ju1zb/evdT/AGjk3i7v2rCK+DHU1HsItTa5&#10;0hqFrGrsnTUxpZJkmlkrHdRYAXcBSARa2LX3lt8lT3f2KCyvTDbpy+gQa1Rg5uLkAq+kkSMcqQPg&#10;0mpIHWQ/txZRt7ebvObZpZn3bOAVKhIydWdAWvEtQLkVAHUj3YB05v1Ny5rEmpr44sjDiKeSGHH0&#10;cD4sLBDIqy19FeKJJvta0UqGYTyrMjCRWAhl9yB7X8wtzHeQRTXGu9+mU6IjSNRGGUOV7StI2WKu&#10;osWV1ckiGTqM+ddvaw2u8CQ/4r4jKzOx1CtfgdhlQV8QU0KVzGQmsDE6g/QE3vf6/wCHsoPyB2Ju&#10;Ko37V1+Yyn3VRuOvq58dl8JhK2Ggo8TFMtHAk6GOOnSqX7eRtQYJJH+4zE62aHPdvkHe77mdbjc7&#10;lmk3CYtHLBC4iSJax/qEDww6qjUNV8RaT1YlneROS+aNtXZIYLW2C29ui1jllQszmpNfxEDgykVr&#10;SgUUUZF4AH9AP969jNNtuVttbf3CuNqGkxmQqMbVLPJTVEwxFXFFRYydXop5o5aCpkoLxM+ksJj6&#10;Qbe8vOQNlj2a05evJdtdrnW8ZUmN38ByIYm1ISZYZPDOjUSdEuVUIoEC/vlP35vW0/WoY7iISqRq&#10;UeMhZ5VIdVIdRIdQWoGlTX079rLZWx8Pntm74weTwtZm48LUruSkx8FRUNXVbtQT+GmxxeTxw65c&#10;SEVYjGrGYgnU5JPt62Dadvh33aL3ari4sZJ/HEZLM7EIojEJLDwiyxFQEKJrL1zqqHeYuady2rmL&#10;lbcrHc47V7lPp2kZVEaUcFnloKmgkJqdRATGFPXvas2zXbkp9wUmIyW2n23jcriajceL8sUUxyit&#10;R0CyUVbNC7DD5THS+ctAQ6yxuDq9ALpNj3vcJ9+Flc7Idv22SBpowAn6pK29UkKvSKe3JYPH+osi&#10;EMjKYX1B3fLTZJNmuNwtN6F7e29wttKVYr4Z1SFXRSP1oZF0jxAQQQfJhT3sVsbhaveqbj2lVVsV&#10;Rh/4T9jR0ckc339Fu5XpMpjq0VhUJNSNSVMauP6hl+rG5hvTSG/N3A6raxaUfDBxJ2uXU4BCxsjL&#10;SveAakKQABebnBy02zb9b2zLuHj+Izgr4clqQYpE08VYOrMCfLNRQde9if8AFvFTZOmr8DVwU8UG&#10;IyEFXB6ZBop6+L92JpZAW8gqqR29JCjyfU3HsP8AOk0m2Rxz+H4YmU6FWpXTRSKngXJJZwOGpRxB&#10;6AvvvuCWM1ru1vMxnuImRqUpWM4IA8tLquak6evez+VFMlHXQUNOojWloqSIhUWGOMG8oUm2mQaJ&#10;7C9zcEDke+Rn3obprznu2YtSQbdEKnzHizGn88efp1mb9wRnf2c3XcLmjibfp2BPcx/St0p6qaxg&#10;j5UPA9VX/O90bfGGRwWCbLRbxgyOh++zEoDhSrINOprXFwL34uDBdZ5ufFyimaTRT1BVhIeSk9ls&#10;2qwIR1Wx5sLD3D+wXrW6rECQCa9Tj7l7Hb7nFJdRxarhfIkDtqTTOa1OB1rafLLaFLnS2booj/Es&#10;ZTGIxK4d58dHVzSTu0EKhnFI8pPovdTyePZt8FnknVI5XAcmw1AIZAAfUNVrkAX49y9sG+UYROe9&#10;vLFD1h5zRysGE5ijrGc5rVfkeiRbS3PlNoZRK2illQRyqJo49TRHlgF0J6dXDWt9efr7VbhZ1LWF&#10;wP1cEEajo+nH19yNBKGVXQ1Q/wCo9Y/b1szQs4I8+FOra/j/AN7O9NRqZ5JFeKn1D0nSTIwN7ky2&#10;B4+v+t7aJYmRv9Ym3H/FQT7MVIYA9AO5sCGagp1aBsjsyPIUkH7okiMEbMq+l1YqfpqYlybf7D/Y&#10;+48kauv0JN2DDSB/vIAI9uKxU8cdFpsjnHQqY/e1MjO6yzKCsZ9a67XtcWuTcf0Fre2iWDQ4NgbE&#10;Wtbj2uWSq9bWyrSg6WNNvaOanIE11ZSzO1owVXi9nPAU/n6e3Gpp/LSRH9Wm9gLmw+p+n19o45NE&#10;z04Hpw2JII056RmK3/FR7jnh86qHNyxIYOCQdQ0MDb2wVNMxQgDkgW/wA5/p/QezSKUVrXHRPNam&#10;NzVcV6MFtzdFPVIs2tHWwPDgX1KOR6r/AJv7aRTsDY2BuWDEC39PqwII49qfEBrjpjwwPw9LhsjG&#10;yrIsim3KkMhC3/HBtf8A1/edoWYEmxB+psP97t70JAMCvV1t3/D00HN0ySLYzg3Yjj6FzdjYkg3I&#10;/wAbfj3EeijZDYMpB+vJuD/S9+PbizlTUda+lBOVz06w7pmjlH7qPHpBBJjDg821KLEN/h7hPjgt&#10;7aTrH4Yk/wCxH4PtSt1q4+XVDaDHb09Rbp1gXkVL/wBpwgH0v9W/p7wrS6SQV+oP0v8A1B/AFvdm&#10;uFxnpvwK8R1OOaEoDiQKb/koLj88cfke+ZpjbTpN7EX5544/HvXiqSDr8+qG2Brjrtc0AQxmS1xZ&#10;bx6gRxyPryRf3hNKwH05P5tz/t7c+3fGHr0kew1Ejy6c4dwpxc3/ANZh/wAQfz7xNQkqTpKqASWZ&#10;gQvH197FyQeqLtucdSjuWMgWMjsWCqNCi/PNrWJt7g/bmaVTpsgFwpFjdjYE8f05t9Pb/iaFJr0Z&#10;wWFCMdcKnOLDExd7MQxJJUDm/H1AuPctaOzRqFU/uLcaiD9f7Kg2PtozcT5UPRtbWZaRFIx5dJPI&#10;7lhipqiYyJaON2Ll1AUhHsT6rAc+1lUjwUKADgKvFh+QAf8Ae/ZHCQ8zH5noSTQBLcr/AEf2Y6Kf&#10;tjMR5nd1XJ5SrrVVBs0t9bamuVTVb1aeLD/W9peMt6wFuHYkXNiBxZTb8A/737NnC0WpxToPC0B0&#10;mmadGVqskojjAUr440Vr35KKSSb8gEH3LjhIe+m8lv8AEgc/7z7ZZwQc46fSwLmlMdMFZuhKeGQy&#10;MscIX+wyNqNvpdiT/re5a0pLeq315/2/9fbPi0Xo3ttpLUDUp0Gmc7Ep6SIyReT0g6W1cX/IILlb&#10;/wCw9u9PSolrmw/AFiP959opZWzSvQptNqVFVjQ06K5v/tqvqpahKa3jBUF5IywLC97GP0EaSP8A&#10;H24JGPog+nPqsB/sD/X2nZj5no2WBI6ADoAK/c9XXEgu4D8KVYm/1vwDZlt/sPeGSdYmVnJAAJuu&#10;mwIFuG45tb8+0lxIscTktQUP/FZ8/l0c2Vv4xpGO7oM90V7HGZFraA8IjWNwVCugdmlYDkIwPJ+n&#10;sN/41g9Vvv6rx/f2+40N/mfFf+IaL6f4Z9z/AJN+q9/VbV6PcTfvraNej6uSn1HxVPw6NXi8fg/0&#10;PTx/PqY/6rb14er6CL/cTVSp/jp4Ff8Afn49Xp28egR/iz/c+L7RvuP4h9j9n/EKfV/Ff4T97/BN&#10;evX/ABP+G/5f4rfp9P6fV7//0D1NMhnYy/bCLnW9MKYSM5A8fjMelrKQLta/voJJy5zS0vhf1bvB&#10;FnVpt5VqR8J1af59cj295PZ7wy0Xuvy5r8q7pZ/9b/2dHapviz8lqShhWg6K7+lrV+3NNTZDrPs0&#10;0cKSxLUVpm+5w0sKSyNwsYcRoTZuboOCJTANfw/536+eEXjIJ1HVd2N/rc3PvY5a5lUMBy5fYan9&#10;hIcCmQfDqa1PmeHWm96faQaP+Ys8tkU/6Odmf+s/U2T45/J9niX/AEB96ljQWnaPqrtOACqaJYo4&#10;YWj2+KUxKgDAlY/GxYW+pMKalx7WlIjmdozqSSMPFdnH6kfyP+b2A4/wHtNPyjzBIms7BuBcjKm3&#10;mIFcH8J+ZOM/LpVb+93tKVZH91+XFXyP71sQccOE4I+wkHyzw6UydC/LNoZ6Kn6L7ypqdK1UhKde&#10;79oal4EWFIwlTRYKmBaYPpMkjlU5Yk2bTEqsHgqkuHpqNwRqX/J4ItLMC37XjWPR6zb9Wq31H096&#10;HI+9sEB5bvK0ND9M2OJotV7RXH58OlKe/ftZFp/5i5y5RTgfvS0IPCuoGc1xwGmlfxGtA9YDrf5s&#10;4hIkXp35CUrpJFGynYXYlerxxyQxyCpkqMbWR1KGJdYXT4wwsGNyfcGLbONDaoquso5QvE1Jkpab&#10;x2NwEQVAUm3Fwrf63tg+3e43IkSfl2/E3mwgkA+wGgB/n0uX7xvtfAjRw+63LOitafvGx/ySn/J0&#10;oMrsb5V5DjLfFneW6aKSXU1DuX455rKy1ACGLXPM2xHkjcOSy3njte/J9vtBDXUVvtN2ZWFLOCtT&#10;UwVh1DlP+BUEg08e0svtVezsNfL168ZoO6Bg3nWp0cMYoRkj89r95f21i/8ABp8t4pTTudqPtpS4&#10;HA8KjoC+wPh7ufsGKo/vd/LdqsrVPZo5sL0Rv/bDhGctMqz4DFURSbVMzmT1O2myi9rSJM1u9HKP&#10;kcBlk1SaUyFBSsjRg6T5JIpolDOqi3p9lFz7PbwTWDZb6JC1Aqxy4HrhCP256N7f70PtPAvize5/&#10;LkzlaHXuNi5/MNNU/tp0HFJ/Kr2PkIzU4f4p/NHqLIhEmqKzrxe48Y1FPIEJbGw5raualqQsoOtP&#10;JJwqkHhbRzk5ZNRyG0tvyHWLPgcmcRIY9LFn0g06eYNwBrsb/Xj2Xt7S84w08HbL8ivDwnP8ygP/&#10;ABrpb/wUfstdEPL7i8sk6Kd1/aqK1H4Rclaep08K9KFP5a3yNxKRjr/tn5xUEAhiEuL7l+O2Q7dx&#10;6TQp4IoaeTLbdnqYKaQPZ2hjQhQSF+mmZDmNvkeOdd24ossWkLDBmYF1hXKmSKGqqAyng+o2P5H0&#10;9pLzkL3JgcJHy5eyqKcbeQ1x/RDj9hHz8+jK09/fu83Co8/uny1HMSa6d1sAuPQPNGaH5g18q9BB&#10;uP8Al5/zN8fVNUYTofqXt6kRpXhrazrTt3q3cM0aTVKSM1FK+3dv0ch8jSKv28/kDAKjCy+1Ahpp&#10;I/LjtxUZ/SUp8pFUY5ifoPKweQc3/MXH59pzyj7hoAbrkDcCoGNEMj/mV0gj+Z+XTf8Ar3/d7uZS&#10;sHvVy0p/p7naIP8AevGI/YadF8yHxj+Z+DrZMf2r/La+VNOsklRTz7i6P2LlO1KcJHpJehwke0sd&#10;NAjxBdDLkFvyFYt6B5svW0aMZ4sZJxpE2Oy+PqdRvyfD54qlRx/qef8AD6hRa8o82XJZJOS93Vh6&#10;2lwo865aIA5Pka/Lj0jv/dz2Wt2Qj3y5QkjJHwbxt7H5/wDEr0rxpmlaV6lYn4Gdu74yApNv/H/5&#10;pbeeqnhlTHdm/ED5DbTihkuo8VTuCPYGXwIRdTc/xBUVUW5JNzKpM/iqgK0jNAzA6DUq7mP1EaSj&#10;JpQ/43H+F/r7dfkfm5z+jyluoUetrMPOh4rX1PDI4Y6Sf6+XsvCiAe73K7HzP7227H2AXJP7QK/L&#10;pn3p/LN+du2ZKiDHfHHuPN0aGNpV2r17uwCrpBotaXH4t6qrnSViyoxEn9pgOR7lvUYeUMJK6ikV&#10;rFkDQqD6uAwnaRXuD+Rx9fp7qnI/OK1Dcp7mf+oSb/oDpK/vt7NOW0e73LIp67tZCv7Lgf5fy6S9&#10;J8Nfnxh6unWk+JXylpKmhcrHXwdLdsT6ToIZ0rsXtijqJGhZNWtZPVddDFgfbYqYlZFmp8hHQlHL&#10;t9rVx00jO1mvGsTpGNVudS6QeLe9y+3XMtwviHk/cdWMG2lGc1/0PzrkmvAdKIfvEe0sS+APd3lg&#10;xcM7nYEfzm1Y8iD0JVV8XvnbV0MmOz3xF7930J8S1HTDenxr7Nz1FSQqGaSivkNk1dfQrE0SiJ6e&#10;WOXSxVCB9XaLM1VEV+1z1DVwi9o8jLSPJZjezTwtG6m/9VI/1/ZVL7Wb/cggcmbmrev01wtR6VCf&#10;yoejdPvI+zsdZJPd/lpnalf92tk2BSnxXDEUFcAgYHr0A2Z/lu9z73kq6fcf8vT5Q7OrtQC5jrXo&#10;3ufHY6FpAxmeLDZ3Z2UhrEQqHULOpLNYMCW0ONJvyKPXHlqalQEnU1HNTZGmuRpUrACmq4/Oj0+0&#10;9l7fe6XLoFxsNnvkUgb4VguCpHoV0mtPKsfRTzL7rfdd58lC8y838kTQGMKxO5bekjfMP4ylG/pB&#10;6+nSi2z/AC3P5l/SlRTZ74mP80dr5ATJoxOR6o7r6rngF6I1BnjTF1m16+jV5rFaiRTUJG37fDKH&#10;GKu2rXDyNkaenN7aZauCE8/X9uomCaFvxwTx9fchbVzn7/bOoG5cjXl/Evn9FPHIQMUDRx0+eYdR&#10;4MfMQHzp7X/c131zJyl777DtszphG3rbnhRuORJNrP8ACaTAelOj69U/Pv8A4UG9F1FLhe1vgb2x&#10;8gcVRsXqa0fGDtuPcFZAkjxQQU+4+ssHRbfjJ06y02MqpSWOrjSTijXCAOYdwYnW0lkWatpILKnq&#10;GpvL4zcXF/629y9y7z9vG7rGm8e3++2N0f4rC7aMY/jEIIzX8Pp1if7i+2PKvLNxI/LnvRyVvO2I&#10;qkmDeduWWhOaRG5YuwrwDsSPPFOrqfjL/Mp7O7OpqDG97/y8fnz8fdz1FUYKiorfi73tvvYsIexj&#10;nXcOD63p85HC8hZWEuJhSEWOt+T7x00mIlkElTnMYoU/oNbRqGsbN/ykEgf0/r7kNnvnUeDtc9GW&#10;oJjkBp8wUBU/I0Py6x8vN12m3naCPerJ9JIJE8ZFRT4SrMrLk9wby4caWt01dkq/G0tbSbd3FGld&#10;TRVEEVdgMxjq2OOZA6rV0GQoqWuoKiMMNUVRFDKpuGVWFi6x5TAoHCZPGgA3GqupObfT/dv9PbZt&#10;NxalbOb/AHhv83TK71tH4t3ta/KVP+guoc2Kz0i/8W3KMCPxj60EarX4MVxz7eaLPYNRdsziE/Fm&#10;yFGCOfqLzA+0Fxt+4k9tjOfsRv8AN08m/bOrVG72v/OVP+gukVnNr5+oui4DOz3Bs0eNrSv+sSIC&#10;L+1HR7m21EoLZ7DaySFvlKAWBZQCxM40kfU/4eyq52vd2rp22elD/obny+S9H1pzHsTMoO+WasSA&#10;KzxAZI4ksAB51OOi19gdb76qoqyNNmbvqaWno2eZsdtzcFZLUtGnlZKWKgoJ6ieQsoCqiuzH6An2&#10;pa6s62zdE2Oz2Z2Zk6fxEiGvyWCrqdZJV0ylI6qeWNJCOLjkge42k5c33crybcrrly8ltZHCCGa2&#10;cqqICFkCNGWVmq2rUBhtJpTqadi9y9h5ZtbFNk54srW+UFnmhvI43LEkhWKSgMqg0FQSDkHrX43V&#10;1N83st3nuXujZfQ3ys27R5HKHA4HBnqrtrA+HamIoIqbEZCSlo8E01HW5STyzzeQehpFVgCnId0+&#10;y+icRko8tiMf1vSZCAjw1VK+3o5oW/46wOsl45bXDMpBYH+oBBzZ8jxwSpdRcmLHcDIItMg14/AK&#10;EeR4jyPQ4ufvC3u47fJt24e7kc1m60KPuCFWBBGQZqH1ocV8uhErsL/Mg3XiJ9r7o62+WkuGqaaN&#10;6mhk697YqaGrRtYno6o/wmGKpE8TKpjf0W1cIQCVlJufawCJ/eLAPpIZnOVoGDEEH8VIN+Pr+PYl&#10;G0bvX/kl3Ix/vt/+gegcnPPJaqSeb9rLf89Vv/0H0jJfix8o6qvqnHx57/o6SHVjaelHXHZMcVRT&#10;lPFFI0aYCvhaBGjDG508/j6ksvyc6J6W+UHWeb6+3xktvp91jaynwudp6/D1eYwldURBI6um+9qH&#10;p6qESIplpZSIaiMGOT0sbBvmz26POW2yWW57TcC40MI5RC2qMkcQKLqFclSQG4Ejj1J3td943a/a&#10;zfk3fZ+dttNqzoZ4DdwCKVEJwVViA+ksFkVC61/F8PRv/jLX/NL42b1oMrgehu/MziMjVQ/3ywdX&#10;032BQ4HJ4yjV1enTxbaeSOvUSSCmqVSV4/ISoIZlbSZ67+A3yb+P/wAlN2UtD0n2FvfbG1zurB0m&#10;bi2Fuut21uPHLLUUayY/cONxFViMguRo4o56eWkmlWSKYWZaqMwphnH7R+4W3bvKByZuzxxMy6lt&#10;Lgg0xVWEZVgfIqzA8a5669Wf3rfu57zy9b7gnvlyjbzTRxMYpt326OVCyglGje5DhlJKtVRQipFC&#10;OtmjbuZXceBxGcWgy2KXLY2iyH8MzmLrsLmMe1XTx1DUOTxeSgp62irqQv45Y5EDK6kez1bR6471&#10;m2RBSbm6L7pNNkM/ufa+NxmT6q3BW53aGOqsfStj9wUVTTYGGugwNVFW2eKUlKeSB0hYtqgI7TkL&#10;nF9ltri45Q3k3JlkiEf0U+tAFRllP6VdEmsqGNQpjI8+0tu/f37uiyLcWvv1yOJjEruRv22DWQ7E&#10;IV+rI1Dj+EkHrzxSHIVKU8M8TfbUtR9yS4pp5fuJY2gAkjlp0mSKH1Mq62WQX+in2MO3unu3MPtv&#10;fOwoOst8bjx2brttbrpajOdc72x2R2jmaCrqKuQ7WzE8NHgg838Qq4KmCjatVoZwSkbA3SR8ic+2&#10;9neWJ5I3OWOQoQTZXOqNkrXQwSjBlYqxoQdRoKjoLXvvr93y83/YeZU+8FypbS2cc0TRx75tfh3M&#10;cwQETx+M7VUxxujKyFWUgsQSBEkxr1WTx+Yk+9oKqhSspZIac01RSZKmrFpyUrE8DzaY5aWNkcNE&#10;6GPng29nM+NfVuSq6LPYzfG1d20FNS5/F57Aybk21m9vTzTR0dNDUU9R/EMTTwyp9zTNUG2pNdQ1&#10;zfWDkB7R8kXd7s28bFzXsd/bRNOsqmW3li1EY01kjQHtHGoFTnB6iX3W9/PaiHe9u3rln3p5TnH0&#10;8kL+Hu+3SFdWruCpdMQSSuaYpUcOi6fImfsjH0VDU7D29l8zNk6HJYvNQ4rBVmbMNKzCaGqjWgjn&#10;rYKrU9lKjXZQFN+ffHcnX+69v71xePrdpbp3dgP4dlcFjdwYHbeZqZ9u0tNk6Q4CaYUlKy6abbtV&#10;TQO6VH79SlXLoTx6fcU717Zcy7BzJuG3W3LO43u1xOywzRW0zDRRSlWRHViAwUlSQWVzXt6kLbfv&#10;Ieye+8t2163vXyfZ7y0iSSxSbzt0dSQRIAHuK4k1sKioRk9QesWzMZvHPbQydXSbYyey9zVGZh3J&#10;lsNmsTX01FnJctR18e4aWGpyMEJVqncMc9RGrQ6oYBSq1lkR0UfUe2t/7r+OnYPWu/Nq5rbe99oU&#10;OJ3ZtVZcJncXjsrXXi3blMXhcrX0MEOVrZt1R5GlWOHVVLSzw6l1OusPwcic7PYy255N3cXKnVU2&#10;dzRjq1UBMQqctX7evbt94n2L2/nLbN5h96uUJdtlYwsI9526QqHUR63pddqrRSWNFAWvRQPkJ1/2&#10;l1j87/jH3r1p11vPeHXnZeZzXWnf52xt7N7ofb5yu2aXZG2d5ZyjxWOr3wm2sNSUdDLPWzOtKopG&#10;eRkBB999Qbd3lgN2S1eR2XuWlwwxNe9TFVbcrIzW5sVFXPTtHUVdJHOZaqn8sMhYmn/ciYNr+i5+&#10;QudEvI0XlDdPpaV/3FnNDQ4qIz9maeXS3efvD+xFzsaInvjycb4SRmq7xt2A1PE7Rc17SQRT0atR&#10;UdGC+UHV27N8dfVGL29QZ+XOVmTxEWLrMZQZieTFYaKGnpa3zUuO1NHFjMgaetRVRJ5AkyxIy619&#10;5u3uud3jcI/udtvLVNC2CzG5MTVU2LqaqKh3FUZPbFIlLXpSCNjVVGMrawrEXDiOByRrJYFdz7a8&#10;5Tz3DJyXuZBhwGtbgCpK14RnNCcccfb0v5f+8r7AxwQQ3vvdygHEiqxO8beAV0ua0M4FNQFcgDUO&#10;GB0z/GGXsiq67x8PZ3X+8sTuil3BTbJ3RHmNs7ipoclgMTjN0VmPyuLjy+GEtXi5MrFTvJUiLwCa&#10;YIhCeMED9sdc9kYnE5Sg3ltfd9c2eymOFbU4zY+58vMGgq8fkDWSRR0M7yXixDU+uR2SON0XUvpV&#10;jeL265vh27w35Sv1cgAhbO4J+NW1GkYNTQqfQEn5dH+5/eS+79cSI9p77cm6Yw1FO97YFNVK0qbr&#10;hmowcgdGd3HhMnX5HC5Lbm3a5JsBT5GWgWaSHDxVMtdjcljJcbOJfVDTGXIx1SOVv5IbEWZmVobY&#10;/YcO4aRsT1xvutqKHCZTHU5rdj7nxOEggqczS1MYevqMMyvV2w4CCIMP3S7FUK+Rgchc6M8Ij5T3&#10;QBUYaTZ3Sqc1+LwTQ0wKjPlU0BpB95L2Ditwp99OSi8kiuxO+baStAVII+q7ga5FR69KJ9v1VVQS&#10;fxCmrqQPVUtXU/bOtbWSSijejlMMMUjL4SKlixtr4I8dufa0joe1vPT7ZzfXucpsU9JjKbL1GM67&#10;7AyxnQVgrKNqWtiaowdXJT1DVDVEcsMUd3Ut4xoBMofbnm1L60il5c3AKoUOTZ3DKKsrClIir/EQ&#10;w1AChLFcgUH3jfu9yo98vvrygxUMY1/fu1RN6NqDTiRa8EC6iAKhqUPQbz9YxiSTdeJg3Tks1DUZ&#10;rIYmhr5aHBwQ1VTj/wCFTQVbSYODO0lI0EMUcEkUlRUqiK6+UF9QcdiYTsHH46qXanTfcO86va9L&#10;SbWhrNybJ3C2MqKZEFLDW7a2nTtWLXUVHSu5atkeomdvR9vz5Qo3XlfnHbxLa7byVu108emPXJZz&#10;+HQLQtFEqulAR2vVhmukVHTNn79fd23ExS3/AL7cjW7S1koN825nHA0eV7gFGJpVdK1AoGNT097H&#10;2lvCV6ut3PSYHZsWZrp87UYDZsdTU5GtrqmY1FZUbj3lUUGJmkqaqeoH7FPSU0iBOKh1XQtbPevT&#10;Pyo7Ow+ZizXUvfWUnrKSt/uptbA9Xb9xOz8Y+OlopKjIZano8Pqq67MUMkscXn+2l8rsRBO2po4w&#10;uuRfcbcZZHvOQt6J8gLG5C1GBgRCuPX7ehDF7/8A3aduiT6P395KD0p/yXdrNAfwj/GqAA+YHDHD&#10;oaKehghf7iCNEkmQ/cTSI71MqlmlRGeUh1ETudKkaVHpCqAAPf6CvkJtf4qbE2jS9Ed8VeXzNJj8&#10;PmsJiurt51mYw1PnewK6qyFRXY3+ErVQGnwmMjNQs6xReORRLZZr+2ZOQPcW3sqJyBvTOyEUWyus&#10;FiwrQRYoFX9vSmy+8p93CfcEluPfjkoKkgFW3va8r4ZrxugDlyAfUYyOulQyTEyRyaopw8bNHZNI&#10;pI420OUA/wB3OBb63YDm9hs3B8Su39vdW9WUe2+s+wKjNZDdVBurcdDDs7LebZWMwEWRwu08FRY3&#10;C0TU/wBzmXzZyOSeYU/2iY+FWjSSxO9u9tOf4QJZuRd5WSSoQCyuaKQCCZOwaQWIpXitT5dGF995&#10;37uV3u1xFH798kjbYo17jvm2FmLENpT/ABgKRGF0kqT8R6TWPrc3kd1ZyOqx8tFt3DxQYzFySU9S&#10;Wz9dURU1Xk650q6KnENJi5I46eneN5IqhmlfUdKhbXunOoNzdfbEocJlaPMV+drKiqz+eqXo5Wgh&#10;y2UdKhsRQCOnT/cTt+l8OPogbkUtIl2LFiesHtBypt/tvyVs3L8u5RybjpMlw2pKGaWjSAUJ7Uos&#10;ampLKiliTSm9u+8p92+GNl/1/eR1HlXfdsrk1Nf8b8ySeGK08uq9O1qPsreu+q/M0PW+/afFQGTG&#10;YqJdm7lJfGU7ywwVMrfw7T5Kz9ydlNtLz3ILckQqja+dcazg8o0l7m2PqiCPp9PEbce5ah3ewB0/&#10;XxAf6df8/Run3nvu3agG+8FyPop/0fdr/wC2rpPY3ZPY0MiwJsDfUNOATeTae4VIY3vZzjxwfaQr&#10;9m7llYhdvZsqSDePD5A/Q3+v29vx7O4N82tFBO6QV/5qJ/0F1dvvM/dqYU/4ITkb/ufbX/21dDDh&#10;Nsb2poUebaG6hIAQVmweWF7gcFRSXHI9w36/3BNGA23s8pJuf9xVaD/rG0Ht8cx7apNNzt/+cif5&#10;+rj7y33ZytD94fkev/S92r/tq6npQb9pZJAuzt0Oob0gbbzMiEH/AKo/UBf32NgZ2NSv93dwFVHB&#10;XE1xZuf0sPtvUD703Me3sa/vO3/5yJ/0F06v3lfuzkY+8PyKPt37av8Atr64Njd/ySIybQ3RGXY6&#10;/wDfvZhFUWGkn/JTb1cH/D3Oh2PuE8/wDNIoKj14iuDen8hfB7Tvv+21P+7KD8pF/wA/TU/3lfu0&#10;S5X7w/IwP/S+2r/tq6aqnB77VrNsnds7GMsfDt/MtHf6W1mjtfn6fX2rMXt3PU00atgswRqW7Nja&#10;xUA1D8tDZePqfZNebpt0qPpv4a0P419Pt6Dm6/eP+7lcW01tF94XkoMwIqu+7X5imD9Vj7fI9Bdu&#10;jrzsTJ0k0kOxd4rIBI0UabXzcko9DeuyUDh3DfpTSdXA92S7P3fisjszCRZKrp8bksbRLRy0tbWp&#10;STOaSnEAkYSzROwmHI9LEn9NmAvipvmxX1tvl+1rbvLZyyawUUsO4k07QaU4HP29fM195faLLkf3&#10;i535p9see9m3bar+4aQNaXNreKUuX1sgETSqfDYDUVoVXJ49Gh+P1Vmd39c4TZ/YvX28dvZPboWh&#10;WbcG389hKapiwgjhx9XBVZCGklVqujmdSAdL2ZTwQC1ivxU1DM1ZuGkrq1pnddUsNOscV5vLQiGR&#10;zHJGJD6XHodTdQASAra03BZVSPbJI4AgrQE1Pk1QMY4g5HA9Y+e4i7dc3G03+2xeNuE9ukkpiHYj&#10;mupWC5V1bNMY6MVtQZKOOqoKnBSYHHYetqsXiYpq5Mg2QxtMtOuPydPNHM7xU9TBf9udRNG4KngK&#10;zgpk9m47Jbgy0uSy2GyW1cnhsbSTbQrMJt+rxr5OkyeSyTZabJlBWVUky1QialkD08ZjSRQHJuzc&#10;2V9N2XFrPNblQCjx61wWz3IQ1QwBVgy9qkAHVqU7bzjuG17RtJ2uzurXme1uZXW+iuLiOURPDFEI&#10;hEpCJp0M3jKRK+pkclaALAi4I5FwRcGxF/6H8H2ht+9MYPeHWmX69wOVo9qQV0NB4JqR6eSEyYyQ&#10;tBSzUNZXQwjGyn9USSRfQG5tpY55Xml5a3mGePYtCGuvw4SFoQBq7V0kgKqhTSi6gPiJ6kDln3c5&#10;vuefeXd/5muZt1mtfFjT6ucRiNJgSx8eTSofVQmRy3CnGhDYy0uLSurUpJFMsn3FWaOknrJ52VFj&#10;EiU1HHNVTyECwRVZvqf6n2Rjrno3f238xvDYVdiJUgU0YqdxR09eu2cmKeWOYJh8pU0iUWU1eQ3f&#10;SRGytY3/AFZRnnTl7917VuMDsJkZv0iqrIGYU1FB3LQKPOhqAT1kt7je4XKh/dO+W++2VzcIzhYo&#10;ZoZnTUvFtDEoARSqkavM0PXeJyX8Xx9Jkkoq+girIlmjpcrRz47JQxst9Fbj6pIqmjqFfgo4uB/r&#10;+zG9WbKyvX0dRjocOKrHbiz24Ypa+ro62HLUmLwopEwZrYo6N4ZIMjUmqYNO8QaIqUDEqPcN+4G8&#10;R7xzJYX9vt/+Nz20SSywpUK6IzAPIKmi1ZQfJmC0PEwvzpzHY862824Tb9FBc7ZY27pB4qFJprmS&#10;lwIKk1ljXwS2kVCxtqailenEkgqAL3vzY2HHF7fS59ivt3Az4imr8b9qi4lahjhqUvPLPSUrMrNB&#10;JNOHaSN2kZxrkkdTddRUKqBCN94bcb2WdwbElDFRCJAdIEmuqBfiFVIoxBNcAdAHmPeNm3G32W+s&#10;5pv3+UcXbnw1ikcN+m8aJlCEorYVWI1KKli3S+TU2oJo40EX1Hj1ageOD9PcwYtIaoVtPQTQzR05&#10;p9CvP4ZY3lgqCXp1QwNNC8Fo2tqQO4Bs5BOC9xKoWVmIrXI6Jf3g0lubWW5Ro2cNU6dQIDDDV1AN&#10;q7hwYhSRVQeufvJVDLyx0qUcSU/+V0vnkqaWpnVaMS+WrWOGKopWWpmWNUDm6oTchgLe9Lbxr4hl&#10;BZdNQBUEmvCtKU4efr1q0fbYzKbuUsAjlArqv6lAFJJVu0cT5mlBQ5697Ab5C4Dde4Zdp4nDY/OZ&#10;HGfZ5Koy1NjsdUZCh89JUY58QamoggkFPUI/lcLe7CNRYgLaQvbKy5YtLq+5h3fwE3mEqkLyuA4S&#10;QSGQKshyB2gEfBrbSVr1Nvs5zvBsmw80bXf79FBYy3UUiRyTrHqfQ6yOEY93aI1rSlPMHi3nF481&#10;0eUNHSNkoqY0kde1LAayOlZnkMCVGgSpC0sjMVBCkseOfYSbO6O7LqNx7X7A/vrvjaWN2rU7khyH&#10;VlBS01Dg9+1OZxFBQ0+W3M+TxqZTx4ZgzUscQMZnCygo0RaRB7jrHvPPfKm7WXNVwmy2FrMJLaHQ&#10;be4kmqiGVlqSYgS6jVRWow0kmou5j91uSINk3vlL+rW1bje3y2rR7nI7yT2KwyyO0Nt4UugeNgSE&#10;nV4ZMbag6hJxFlIW/wCbG5JBJve7HmxP9fZqtt4ieegqaSpxK7ZMlTUSiPC4ysx8TJWyGeqqGEkR&#10;15KsqqiSSaoDqxlJewYk+4oba7i82fmXZIpbzbme7uEEsTr4xSV1kM0EqpoUSEtTSrSR5qQ/Ud8z&#10;c1bZtvMfLu/2cm2bzEu3xK8MgHg60iaERTL4gdvDUR0HwMQAOxQoZKPHyx0tXS/eZaNnr6qaOrqZ&#10;4J6pUlqPuFSkcxPBFRIrGKJGQskQA+vPtYbF64w1LLisvuJqWp3BQNkkxWUy1bS12Xw2OrKpGloU&#10;yMaRgU8i04YRWN0cWAYEADbB7Y8vcvWfJc7WF7f8zbBZSWlvuF5I9xfPFKzF/FmGkS69WnuTtXUF&#10;0B2qHucPdPmDZtu5l5P5X3RX5I3uO3murK38X6J51jbw5Xt9ekXVsZGEbnUY81OdPU5v8uup+9pP&#10;s61GLAGEVBgIYBSyMKiklvY2te3txzuDWl39gsvSTJPTVOaypq3pHWopoqX+7tDjYXqZYiRTRTVV&#10;IXUuRyFsST7mvb715uW72zniIlSBNIYEMT4ruaA01MFYA0Hma9IhPYT+21vtv19v+9Ft4qK0sYcO&#10;9y8hBBI+BZO6o7RXVwPXCKqlM1UrQTiOAalZoZlElxKSIQVbyH0Dhb8t/rD2YPZGS2/tCOuyWSzr&#10;ZHy1sE/gQ46apooaqSnoY6HHUePammloqV2Ez3MsiAyOzFFssT79b7peoY4LGcgVHwPmlDWpQcR8&#10;qaqgHqN9u269uec9ps51sraJFIMwuE+nbTqcySTNIUVmACBR4YNEUJWtU/uOabL7Sywo6LINJWY6&#10;sjhp2o6umrNX27nQaSpgiqxIzKVUaPUSLX9j/md37Rkr9vom5tuyxxVM8spizOMeOEmCpus061Bi&#10;iQmTSC1he1vYJstj3xbfdCdpuQxQBaxSAtkcAVqfy6ybk3zYE5Wa3G+2RuNABQTx1ORwGqp9Tjh1&#10;SV091d3BF3p3DvDJdV9l4TFZCjplwtbldibppkrGlq6Nmjo2qMZAla0KwBm8ZNuSeB7Kv2lQ43cf&#10;Z20siuSxVRiNvVu59zPJTZGhq6U5hsXFhsNEKiGR4S0Zzc8q/k+IsD6T7IeXts5i27duZAeXr/w5&#10;GiKsbeUK6le8Ale4jPDKkClSSOuontZ75e09t7Me2GzX/ubsEG6W1sIJoptxs4pECEAF0eZWWqp5&#10;gCjGnVNL/H/5VdZbv/mo5HZ/xd+S+Qru+98dc7S2Pmcd0V2tJFuHr7dO6N3dh9iVWEqKXak4y1BJ&#10;/dWixde0DSLGMkiOV8qak1PHjhW1NbCKJKupjhgnqolp1mmhp3laCKSRLM8cBqJNAJsuo2+pvKFi&#10;dzaRPqNmmUOi6z4MiklQxUFtJqASaDyLN69dGfZ733+69y3YRzXf3i+R4rsqK+JzBtKNkg0oboUo&#10;K8fTorrfHj585ylwO2twfFH5cVO1MdVZPK0GBquk+6JMfjcrmqaNK6spIpNnVeLoKisOPpTVO0aS&#10;T/bxqxuqaaC/lt1F25258hd6bkoOtew6rDUFZjNvYGupdmbmqsfWY/D0sVO9fS10OOlppqWesSSV&#10;JI3KlX/2r3M9hytt248v7nv13vUUF8jqEtmceI+kFSyJhwDpJHb+MEEdpbCr3e+877Wcye5m83lt&#10;7ncvT2Dzsqyrudk8fhg6Fo6zlSClDUGmKjj1uu/BHqOs6S+JXSexMtja7FbgGzaPcm6sdkKSposn&#10;jdy7vZtzZXEZCirYIK2lrcHNlvsmimjEkRptD2Kn3eJs3btJtXaOD2wklOsOJ29hcOrQMqOwxeJp&#10;8e7O0b67LHGFTkMQun6AD2DZhfW6wCCBmEWgYHxUIH7AF8sDhwp1Nftl72fdwveZbBN/97+TrPbn&#10;RlkeTe9uQKChAo0lyKHPDh/PrV9+T3VXzJ3z2NuvfuD+M3ySys9V2PuLdtLRT9NdmZvFvFV7srcx&#10;hqWioV2y8YpLTu04Eejk2YrLymNobN2/11FsraeCrN2vjtv4rOU1LCZVq8JWCsqYquebclYaYQyZ&#10;ETO7Ul2iUGR+Obgtj1wz7btiWV0kRicq2hygClCDNItQkmr4BWpUyEKaUXOX2++8V9zrk2fYtsg+&#10;9PyQEtobmhPM2y+A/iHVWYm6p4n8ArxoOAACs7E6v+dXyQpO8e1t+/ETO4fMb/3f1xkcrVVvTnaN&#10;H2Zhf7vUEuFpIOrcNPjazL0+2vsIozlVjSpkcQRMXD2DVFfKH419/bm7k3Jv7aW2f43js1XrX4BW&#10;oazKNicpRU070MGQqKWrgr8filqpvJUfbQzxVP7aK+qIkwBzt7e81Tcz3+6JtMlxYT3IkiaIl5I2&#10;ALaWFaxr3EsAskTMFUEkNQr5++8593a63W83DYfvSe20oMbaFPMuylSxAIDf46unSSQAK14Dgetl&#10;r4iSSbY6I6563y+19/4HObD2TgsHlRm+vN1bYpck8EUVG2Tx8lZiqeCd3lp2/ZYpXxoPJNDGJAWK&#10;P3x0r8ut2bh2bBu7pXdGRyGA2g9FVVuyNu7s3rgKmqr8jPV1dTU5KPDSocnI0UI8Kyy+JUU6zewl&#10;KXZuZrJ9nt7uzEk0FoQxQ+PEXkYklmCd8lApyzFW/YMKvc371ntLzXdk7l7w8mtPBGIq2+8be6OF&#10;qSwZbpwwatKhiKdGF2HjsTS4+urcRQ5HHU+TyMsq0eUw1XgKikSjjjoI6WHGV1HQ1MGPiNOzQExq&#10;HR9QuGubK/5YfTm5Optk7yl3vtXdO2NxZnIBjBuXbeS27O+LpauvrKVYEydPD5Z5KnJya1Uk6VUi&#10;/Njjkm0udstNy22ezuVuklrqeJ1R1d5H7HIAbSz0b5UPqOpa+6t95z7uGwc0bzuHMHvzyVYePCio&#10;1xve3QqAmntrLcIMlQeNfl1T5/OP647w7QxPSGH6u6231vnGYvNbhky0mydp5/eLUVdm4KSjpqjM&#10;0u3cfkavGUlHBjiVqTGUU1LAsmlfJI+a+3+29w1S4/aey95bmw1TRUYo6LD4rMbhxk1UrwSz0mYT&#10;BQVEmOgKzhFkYyKzI5kQAWMd+8W381bjLbQ2Gz3dxZmIUWONpoy4bSwcRhmStQVLLQ6dfw9Zk+4P&#10;3y/ur33hLZ/ef9vp0oKKvMezutRUgkC9NBXj0Zr+Xj1VU7F6vP8AeTY+b2xvOmy2WgrazcnX2Y2N&#10;lKujWoq8RRV8EeZxtJLUzZKloxPKFQrGsynyOr8Dp8KNv762d0JiMdvXA5HDbhp8lkTRYrPwVdHX&#10;0uHramCSnjekrcbT1VBCs0TTfbGNNLEakVruR17S7butryhYWu+WstvcpJJRHV1ZUOkgaWoUBOoa&#10;aYoTU6upU9pPvkfc9seWbK03z72HtrBMJHA8TmfZEkC9pGr/AB5SASWwAooKACmSn/P/AKS3t2n8&#10;jcJFt3rvtjKbIyG1KaXcmd2f1/u3IYdty4MV1QjyV+KpjRVORqca8FLFUyBJQoMUcjlEj9gt/MB6&#10;uzW8etNr5TaXV2U33uvGZ80lH/B8NncvmMPi8xClTma6ix2BqamqptU2Ip0AqkkhRXC6Qwt7GvMd&#10;s81pa3EFoJ7mGVRQhqhXBLsiqRUjwkFDqClhjPWIP31vvGfdE5qt9svOT/vD8g7jfwB01W3MO1Ts&#10;A3CgjvHOkmprQ0xnPQ2/APafauze0O0Nv7u292Ltjbkm29vVVtxbE3FhNv5LLYieeloY6DdOZ2jg&#10;8Pl64Y7NSSVLY2bXUTozyRwiMIz9/L32PvHZfVTbf3Ps3NbLmxu9snUU1PubbtdtyumxVdjKGeNi&#10;mVoKatqYRkKuddY9IKkMSNQO+WLYbfsdxZyQNGFmJRdNCVYKe6orWuolqlsAVHDpf9zD75X3buXO&#10;Vd22bm/7wvIm3vHeO6Nc7/tNszh4lXAmul1KpQZAOSfXpK/zKOvewtxbiao2b152f2HTZ3rijoFo&#10;tjbS3luamoM3jNxZCtmlkq8FTVONxFRU0VPSIVI+5lUXQX59n+yMmTqNxUWJOCxVZtatx+QOW3C2&#10;Yp4qygrFho/sKUYdqa1cMgHkV51mBpzD6h6h7UhpYlTw1fXk0Ktp7SKD4CKGpOSDgUVwTpyy3r79&#10;P3VZ96sNuX7yXthLsMsUjS3H9bNi1RyKw8JREL2pEgJLGo00+fVPOH+Pvf8AievKrd0PUnymx3a+&#10;JzGGqtr7Ag+Nfa02Fy1HLlq2pytTLuukwksOHOKDxzmmqaWMVLSaVjkKOQmd7dcbZ3HsLemzYaOk&#10;gp9ybezlC8aus8bVuSoZI46iNZfSs0FT43jIJKuoI0/X2llm3K5Se1nhIWUFQQlABp0KSVOCKk5A&#10;oAK+VMKvvEfeR+6vvW2b0mwfeD9vriWaRpCIN/2mUu2DXsu2JJpSoJ88mvWPpuL+YJt/5PdRb+3p&#10;8fPktX4rbPYuzoa7KS9EdjUhpdiUOXiiqqaozNFtiQLSvhq6sWojLeExuBIWa+iirrLpjsHanaGw&#10;Ny7k6Z7lymBwe5sdkshDRbI3LBV+WiqIJ0qZGlxTRGCKtCyW1gOiMNaXLBGykQ2M7WVw1R3BUOuu&#10;kVqpppBY04g0ByBXrnNyt73ey+281Wd5ee6/LH0cNxEWI3SxqUDd2ljPSo0g/KtcVr1tk9x7Z3Tv&#10;LqjsfaWysnj8JurdGy9y7fwmTzVDLksZRZHMY6ox0NTWUkP7skCrM36Q2ksGKOBoOxRSzQyQgLPT&#10;wymK6fcsESOVgDF5QrqxVXuG8cgYD888gDmGy3m2vbqSHa7qa2LEAxxmRqCgJAFaUFAp4tkgUB66&#10;B8//AHqvu0bny69xtv3hOSZJ/CULH+/NsMuVGCi3dcHj6daAG7PhR8zsXvSo8nxA+VWe24ucmpsh&#10;U7Z6O7HaqyGLoqumhrHw0p2bVU1Kz0xkNHNPBJDNqDeOQK2kTKGuwtRQ0VNV12LhbH5inqY5BkaS&#10;MSqIQ5nWJpgyKGVoyDyAF559haaDmOKz5iMGybjJ4u1TmNWt5SwkCyKsYovdI1RpVakk4FOuUPuP&#10;7h+0e5877VuNr7pctzRG/i1Mm52TIE1ISxYTmiihqSaYyejFdEdNfNfrPYnyDoKX4qfKqSDsX4p9&#10;i4RMNnPjr3HJWx5ytrMzQYnaNBG+1KNMjuCenyMdVFHDExIqZNEamKU+1VnNybZptm5CVspR1tRR&#10;1EEsOPx1ZSVeQnR5Ep5Hp6RanzVBjSQuypc2BsPYC9hOW+crLdN1td32C+s7ecxsrXME0S6kR1ar&#10;OigFtEfpXB8+sT/v57/yZ7hWHKVvyXzlsW4XUMza2t721lCKNTKD4UjFQakVPbqoK1JHRyf+E2/R&#10;Pya6L7T74oe8vj38gun8PuzZOCqcTke0uqey+v8AAV2TxOQaGppYKndODw+GqMlUQz61TmoVU9Po&#10;+hSe7tvQ7uwEdPRO1TPSTUtXTrRzpLKvhkheZFjjDl2ddVlte/H495q+3t/Nse6zyXAZIX1KSwIG&#10;QTxPlWmesCfareG2De0kvD4Vs6ujFxQCuqmTQDNM/Prb89izhloItl4CFsjRRVtPiI6ealeeCKoS&#10;WmDR6JYWdGjLKgK3A1X/ADfgIX5un3zcpfo5WgacsGCsQQSGwRgipIr8ugnzarHnbep7ZWlspZ9Y&#10;kQa07gpoGWoNCSDThT1HWKFmZLspQhmFiCOAxsRe3BHtA09XT1j1NLFFUmXHzpBLNX0U+PjqHCJU&#10;LNR1VSFhrIvHKEeSLUpdWH1uBe7gnSQyx20miQVoo1fbUDI+w9G1xC0CxXDumidSwVHWQrkqQ4Ul&#10;kaoqFcA6SDwPWX2yV23aSvyFBk6qatWrxjVv2y0dbLBTSR5BVjlSpp0k+2qvEqKYmdbxuuq/Ju7b&#10;S3UBAS0fQRQ1Rv8ABgVwPl6AdGtlvc9pa3dlbpH9POI9RdVLgxkEFGI1LXOoA9w697I/ktgbkbfe&#10;8XXbO5I6KbK5CoSuo8Bl62jrZZBPURvSTyU8MdRFU1DKryo+nksFFtHvJnZuYdsTl7bl+vt1uQqB&#10;keRIyuF1GhYmoq2CFyKdZQWHNuxDlblwtvtl9QluilHuIlkQDStGUMWUqtSFYD0r+Lr3s4nVklYm&#10;w6HG52gyGOrMTT1lM9PVUlTTSvTCprPt3p1dFlmZoowAiBn5U8BlJhLnqJZuZJ7vbZFmglKsGQhg&#10;G0rqBIJHEn+fWOXPyW0nNl7e7ZeQywXEisCjo6hiqagxUkLn8R7TkeR697EmHGUMiwstRTU6QJE0&#10;YeYCaVAsaxwzGQ/cExNckObjn/G4TklvUMsf00jMWNaKdPGpoRgj06Bk9/cq9whidnZmBplRnJWn&#10;aa8Kg0OCOve+loqSJjYUjBRKAY54xcP+u+otqN+ePr+PaGU7hICq28wPzVgP206qbq4l4lw3zB8u&#10;vew9yG15W3bJuMZeuqIDjXx9Jg0VYsNSiXR56uaCFf8AK8g7J6XdgsYJ0gHkHltdyrYrbtYyI4Iz&#10;pJP7adDG05hhTl5dmG3xLJ42t5m7pmoCFVWb4FUHgAScEnr3smPb2wd3N2YlRt/aWcr8VNj4K2TJ&#10;0OFr6+k+6bzQVFMZKWlkMU+qjjYIxsqyXFgecguRuYLKPZFgvtxhikEjV8SSNCRQle1nDGlaVpTj&#10;51rkr7d838upyQ8e6cxWkN+spjEUk0aPooGDaWfK9zDUB8QFfPr3swPSu3czjqiePK4+uxcU5jcD&#10;IUNRSBUeEq6fcT+DSRIt9P4v/j7CPuDfWN9Cv0dzHMwB+Bg3A4wpPGvUUe6e77TeR28thfQT0/31&#10;IkhqCOKqSeFc9e9maSlo4kINRTTNyVAlKqp1aweZLt6hb6/Q/T3C7xXZdNMDgAUPaeH+odQQ1zcO&#10;wpEyilDjiP2f4Ove0fuOneqxOQgCGdqkBWSKMTGysLGOFVbV/tvYh2JnttwglIZFXzNQPPzNP8PQ&#10;h2S5WDcbSUvoRfMmnl5kn/L172jNlQ1mMmpWlxdZDKtbJQzSVFFMEjx4qjEageaMEs8VnDK1+PqR&#10;9RRvxhukk03MbII9SgNU69NaYJ8xTNPLoZcwmx3GxuiN0gNI9aqJF1GTQCFoCfMFaU4/Prom39f9&#10;gCf95At7E/K09LGK545BVMaaUxLGDNc6PSAqD/O6gbBSx/2/sC7dFcCaLxEKJrHH04VPl/Ph1Hm3&#10;zSsYFcFBroakDzrXjgU8zTPXftk2/Tw03UdJSvHLDmMlPl6yeglgkGQpnrMnUQ0n3VEyrNG6xhXI&#10;axEZ1GwsfbO6z3pvL66jtpXjjswFoCdTiIkqoFSTrOnAORwqOhbvBi3L3G2tRew/u5RDEZfEQRAa&#10;ULHxCQiqCzAsSACD1Gmm8MVTMYppVhheXxwRtLPKI4y5jgiUapZntZVHLHj2KG6+6INuQx0e1Nu5&#10;XOw0AjoICMLltElBSU8cFGyukSFyY4/V6BY8e8CebuQd7vt33W9s+Rt2kea6eUt9JdEFmocVhHbU&#10;mlKg+vXbj2p579toNl2jbuZPfDlWyt4bREVV3rbgQBWispuAAV4UbPp59aZG5/5HvY3yc7h7Q7c7&#10;Nwe/OvMh2xvncXaeTSo29Q1k1FuTeGer81kceVTGCdKaKauayfduqFVLC/JKXvzv7urISTnCbM3j&#10;TwMpIip9sZaUKbEftgYyNwbf0JJ9k1py37mWcbpDyPucYJxosZ6/tMQ/PPU92vuF9163SNZPejlO&#10;WUGpZ98sGZj8/wDG6U+VKdWb/Hb+Rb8a+sabFy7q2c27M1R1SyrlMxHkIiXEcUZkqaUVMsElymog&#10;gJf/AA9kn3fn/kXuR5JI+u+w6hGk8bPWba3HG6anLMUhlovIYSCPUoYC/wBOPaW45L9x9wP6/KO8&#10;kD+O0uB/gjP+Xoc7d73fdttgBH708kxgEUpvG1j+f1I/2fM9XG9f/HnrPralp8ftnbGLxcMA/aWg&#10;xlPTp6RpGt4KdFPoNvU4/wBY+wpyXVfyGmx8uXyu1s7QU8c2swUe2dy53ItAoYsUx2CxWTzbysTY&#10;ItG5/r/Qopfb7n2FVLclbw5P8NlcGlPX9Ov/ABnoS2/3gvu9O3h/6/XJSIPXe9tH/azT/jXQmQz4&#10;2nnegocJmZpY/qVw9VR0g+ttFbkVx9BKCAf0St/vI9hFuKHsXEY6eTD9B/KTf2RhfyKYupN37Owo&#10;IGi0ZyO2a3cFajSC4/3GE25IF/bP9See10kcg72T/wA8N1/1qr/g6VH7wX3b4w6v7/8AJrPX8O9b&#10;b/h+pI/mR1IjTcFS8tqXFYmkBAhWZqrJ1ktm9TVEcH8NipGUC48c04Y8XA59hJnOzfnVjIZaXZ/x&#10;q7fwMk6OmrGdGdkZuthjkUcS5jObfnwjTgE+qHGqoP0P1ULY9m93rVGis+Td5iQj8NhcE0+1oSPy&#10;IPRdN75/dmu1UTe+PJhUNUV3zbBnH8NyG/1ZPUSs2Phsu4fNxyZAo4dY9S0kFwFJIFGsFW0Ze/ol&#10;mlv+SfZRt27A+de+aqes3n058p84ZXutBV9Y9pZGnZS5YBIpdvfwjGC55+3gT6D6WFiOfkn3QuZD&#10;LdcncwSN/StLphX5AxUX/agDpUvv792yKrQe+PJCuSSab1tiip4mguc+XEmnSjosTjMYoTHUFHQJ&#10;a2ijpoaZTYWF1hRAbf73z9faXHxc+XeSjW/x37hxdPzokrerd81Nat1INoodvO6Mb21lVcA3ufoW&#10;/wCoHuTNpU8jb0EHCtlc4/6pdNJ94T7t8faffflBn8/93W2gevxG6z+Zp6CvU+1hYAf6wFh9eePa&#10;42P/AC9/kpvrMJjD1J2jBXTI0s9XuzCVnX+GhiQKG/3PbzixlPM1j/m0mWVwLKhPtftvtD7i7xeG&#10;zi5N3JZKE1mhe3joAOMs4jjB9AGYnyBNQC7ePvW/d42Kze9k96uVWgVRRYNxtbqU5NR4VtLI9cV4&#10;Z+WCYlZWJQwvUSxVMkSaQVo6Orr6gsx0gJS0EFTUyC55ISyjkm30sF6m/lVbydXbdVVRYx4mEEdH&#10;t2lpqOSMoB5Hrd0b9/gc1Mig+lsdjsojn6Hj3LvLv3bd+lEs3MN+bdFegS3jaRiKkEl5RGFNBUaI&#10;5l8iwqOoI5q+/wAe08PhDlreLC6YpVnuL21RBg00xRTyO+aVV2gYCuCaDpL57dkuFpxUHCbgmRgC&#10;goNvZrP1Ul73CUG36TIyIRb6TyU1v6n6Ez+2/jR0t0zuA41Ome1e3N/UEUlVqoetc7vXAUi+oQGm&#10;7A7QxfXnQ2QnGjW8K4rJzKf06zpBlHaPZjlHl6+KNy/f316ilj4iGdVBpRlkkW3spGIOU8OSVQNI&#10;GodQ1vv3qdz5x25ZpPeTlnadnkOjRDuNrbyM1fxJby3W6RLTHieLBGeNEyekjUz9i7jKRY7Dy7ex&#10;U6apa7cOQFBWrHINTCHCbfrMhmGdr/V8pQype2hbe2Spy/yLyGWq2p+g59rUbTD+GQ12x959u5rH&#10;RRMPBUbf/vFtrYnRvWdZa5ZMbtHKICP85J6Sr13zHuWy2lym1+3u7XEwYCOKOwuWQAEAMs01tBHb&#10;tSoZYrC5Ug0LkUdXtll9mr14J9w9+uWApGqV59+2yBmYitGSG9ur27QHAM25WjCpJjrVWdl2H91S&#10;fb5bN5WRHCNUU+BWbbMFWEI1R1FbRTz7oqEk/trLkXEv9sG5uvNm/Hjujfe4v7170jr8jmZ0RIM/&#10;3XnqreU23IvSde0NgZhqPqXY9dGU/bnwe1sXPADZHUe4o3bd/ereprkQ8l7jAsqBSz2lxIVACgFA&#10;8Yt4n7cyW9vC7k6ixYA9SbZcx/dc2yyitrr3o5VkgU1MNrum3W0UpOCJ5oZ/3hcx+kV5fXEXkykE&#10;ghD2v2jtHpLDSCi6k7t3nNJ+nCdNdL9gbtlyEsJBCVmU2pt6oAExF5JKip0TG+stc+zi7d+KOzfu&#10;Isv2FvDN76zd4pZpcnl1qYFkULeNXrGqJTChQBUAVRbj+pAc/t7zzdXBud35c3u4n46vpbliSak1&#10;LRsx4AHOceVOhdae/nsTtlotjsnuXyXZWIwscO5bdEgHD4I51Wh4kcKk8D1Tl3d/MP8A5jmVnyWD&#10;+O/8vbu3YuCkNRHTbh3h0L2zX5uRS48VUmIxW3qHG0E5Ds4f7ipY8BowdS+zObc25sfaVOlNt/GY&#10;bHKot5IY6c1Gkf8ATQ5eZS35sR/hb3eDkvm+HUo5B3cH1+iuDX/qn0jm99fZm4bVN70crken73sA&#10;B9n+MV/aSPl1Tr3VsL+a78ia2Ws7b6l+XW4KFvOo2/F052Xi9uJDKAHT+A4nbOMo6uQghVkqIppg&#10;oPr+t1Qc3TKxAqIdNyQFlUjjkX9fIv8Ag3A/Hu78nc8ujNHyTu2mvnZ3APHyHh5/zZ6Yb3n9jidQ&#10;95OVdf8A0t9v/n/jHRe6b+Xr8wGMb1Pxa+R8bJHGzRw9KdkpTlmAMkfhXaT6oludK8Wex9yKHPUy&#10;V9HJJVQhPuVV2MkShI2sJGLM2lF0t9TwbW49nnK/KfO0PMOztccm7olv9REWZ7S4VVAkBJLGMAAU&#10;ySRQdAD3N92vZ6/5F5lttv8Advlia8ezmCJHuli7s2g0Cqs5ZiTgAAk+XRjvjd8D/lJt7uTrPM5r&#10;44d7YrG4ze+1MrXZHLdQ9hUNFTUtDnqCrd6meswEcVMY4oGLSOyxxgAtpHtL9lmhbHZSsxssNfXT&#10;0r/b09BLHWO1dIoSPin8zoo0KzMeBp+ov7zy5VW7W6s4bpDHCrVYuCo0jiKmg/LifTHXDeFrW93+&#10;2WXcIUtfEDM7OoUKCtck0OKinE+XW87hBNHj6WKeGWN44Y1IkjdGBI9WoMoII0/7z7A7bG0Dt3Z0&#10;NZpkbL1c2TYUccZapjNeYoC9bSsDOgVaP9ssPQspJvxYc7ru37x3x4R/uDGi9x+E6STRW4H4s046&#10;R0NeaOZLC+3NrWC+gayAhWodStIqk0YEjixqRxoB59OiszTEaGCqvDFWAY3tYXAH59pNMJuWSmxL&#10;5SiqJ8r/AAuiTJPFSyNAK0U6LVKHjTSV8wYg/wBD7Ore+slWQLOipqNBqHy+fRc+67DHdbgNtuUT&#10;bvqJPCDMNXhljoqCeOmles3sGO2+rspuXBY+q21FvDCbgxtZMky02OzctFViWrjipphHjadq8+HS&#10;W1aJUCEliFOoHNhuSyTyW13vEUdswUo6SKHXFSCC6KSDgAsAPPORNvI3uNy1sphtr2W0uPEDFi80&#10;CBVClqAvIF1Mcaag1wtWopjx/cmdzIIxT6E8dr+QuQNer6gBTf8A2/v22esN0SPBJmKDJVGQjgEd&#10;RkKnCPQGovIZQqxSUxij0E244IAJ5AIOLnmHb4LRY03CF3pSoZa8fMKRxH2eZ8yOk+5e4uxg3A2/&#10;c7eKzZtSxrcK2k6aVqW7j5itNJJ6ke0vufbO9chnK/w7S3nPSExUGOY4CvNLTU1HHHToYTHjoyFq&#10;5g0zSSNIwLk6gBZW+WNr2DZN23rmd+cvEu9wigDwSXMbwwiIN2wRChXXqLSAlizE5AIAliw9zeVE&#10;5X2PZp9+2RJ7bxHeRZ4PFdpW1MHbxKtoHauPXrDHAkTvIuq8nLXJIv8A1H9PY27L2rNsvFVuPp8N&#10;mZc7VKk+56ilw1fHjsnlKiKmKzwVceMp1y70VDSx06TJK/iQFOGAX3H15b7ZuXNd/wA0QyxwzTIq&#10;FdSoHChArSVNWdVUKrEtRew0pQEl37s7VuG3Ltr7/tw2oSHwNVxCZUQE4YeIPDDMxcjStWFR59J6&#10;swq1mUiyMnl1wKIovUSBEWVygWwCAst2/JPshnyx2f3VvTH0mO231lvfKR/f1WTqKHHbazNaKsQ0&#10;DStHJX02PqKOlUvCkcSErNK9S4WwSRXCnvKl1um1bTtOwFbmJZmZghHcURmDM1WVAKqilgDJ4jqj&#10;fpur5G+z3uL7T7EZrjcfcXY4SYwFaS9tVZTqNCEMgkLUqTSqjQpIJaMqoIYljBstvp/xJNr/AOPt&#10;T9MdIbi211zhJYustw4HcNXjVpsvispiM69aKmDIVssAmnq6UJB9klTIqSpBEahGQnhVHuSPbTb+&#10;VuUdi223haG2vTCvi6pY2cOhkwzAhWoZGoQMrSh0laBL3G98uV9632/gPP23XO1pJriaO4twhDxo&#10;K6VfJYqGdSxKMtPM9c9JLG5Nvx/Qf63uF3Fs7s3I4Om23jetd95OTKzUTVFZQbOzNZTUcNDVRVLx&#10;1VRT0RkiM0yxlbqQQGuRb3KQ33YPEtrdd4th40mnX4selFDIasS/bUHDHGGJpToJco888j/vK53i&#10;6532iGGBWCo95AruXBAKK0mQATWnA0HWT2Rve/xI7N3zvzObhyXUXZ0lHh8VhaDHGn2puKjavp1a&#10;+Uan8uNCVM0E0o8Sxq8hCMeFYn3i575cv2PO/uXuu/rEJ9sgt7aNXidNTJHRZmjyyyNrfsRcsqs5&#10;AQVOR/JPv9yDy1yrtm0W/uXsUdzPLNI+u8tSEetYw36hKgiuonGQOIp172Ku0eku6Nq0u18HN1n2&#10;RNTZRoqzKVtLs7dOqlxtMTmJcZlJocf5KauzFfh6anLGRZYY6iUkhzGfa/lW2k5ai5Y2W9vCbe8C&#10;vcyI3i+FBm4eGQVZRJLJbxRqPERkSSRXCO0J6J9z94Parc5N2vYef9kEsJKxq99aKWLnwy8ZMhFE&#10;jkeRRQqWjj7gVIPvZhN0dP8AYO4sVPjcnsjedXAci1bSCTaVbVNSxR1EUj0tK4woqoIJKiGS3kd5&#10;tD6kkVSmnJvxuTt5sryw3bmG2ltJ5AzCSW27NOk6I9SjsJDDWy+LR20utE0wu/uzyjZ7hb3u3837&#10;SGWDw3pdxDUSGIZv1aMQGX0GsUZaAqfe8LdP73XbWZxybC3wGrMYaZTNtbP1Evngp9FIUQY2SUmK&#10;fxvqUE3UkWsbnL7/AMtWaxxWfMFmdNACbiNjUAKhLFzwApWtAc4qSA0PcflWXettvW5r2oGOfUaX&#10;UCijMS+TJTK6gakVqPUde9p3qXYXbeA3BiWrusOwKamyuIrMfWT1uztxIlGEV6ukaqmOOjWknFSm&#10;kM5H1/x9sb7zPyvfW2zzJu8Hjvbmo8eJmRlZXCSaXIHaXAJyWFAKno39wubPbzdtp3H6PnjaHmhu&#10;EkjVL22Jap0OABISw05oB/Lr3sx+U6+3rLBPMm09wyzOgCoMJkvJJIkIN/TR2h9baVINvrf6X9k1&#10;rzHsqEL+9rZRWv8Aaxjj5fF+3+VOobsecuWVnjRt+skirk+PEABXy7+JGT1722bM6639i8tDNNtf&#10;ckcEdX5hFVbfyrCngNKIZaOGoaniiMS1P7qOPzcBbEH37eN92W6tZwu/WzGRqkCWPhRe34ieK1+x&#10;tPl0v5n5z5SvrGeOLfbEzmMrVLiIajrqGIDHJTsb1rU5HXvZp+l+vhtbd2+8jWY6qoMLLS4msxsM&#10;1LPFeokgapqKTHRTJH9x9tNVSghNRDKgP09xLztv37y2PYbW2uRJeK8gahqFVdIUtQmmoKCK+pp1&#10;B/uHzOvMXLnKdnDu8DX4klWRhIpIAIAeWhJXWqrQmmoEkdcWJA4F/p/U/kX+gP4PsVKrHynJfeU9&#10;PVItZFS1tRDO5qWhramlp5aiBZELQqlGHMChbgaCP1XPvmj71cs85cw+4V/e7fypudxt0aJGjx2s&#10;7owSNRUMEIILVNQaV66j/dU9wvaTkL2T2Dl/evdDly33kTTuySbhZwsFeR6F0eZHDlQlNY4E+VOq&#10;kflntzsze/aGenwfWe/83i6Ohx+IxuQx+zt01tHLDFBA1T9tUUuHmpZoWq3lYsshDfS49iVtuoih&#10;khSodIBcamkYRqPTblmICgH2B9u5F52VVMnJW7KfnaXA/wCsfUm8xe8Xs/cRS+B7r8suacBulian&#10;8p+qgO6fjP8AJLIrP/Buh+6smSkRjFH1dviuUN5J9VhBgmOkLNyovf8A2HsccVuTExCCnqMxQoI1&#10;1U9QtfSFo3judEzSTggawD9QGXj2KLfk3nFXBblXdABQg/Sz/wA+zqDN69xvbFop5bL3D5fYt8SH&#10;cLXNT5UlJ+fDogc/wz+Wc09dkaH4qfJOFxM8FfRTdH9mQLUJNJpNTjw22NNSssRZ+C7RuxHAClhZ&#10;xO+9ttCq1e48DFJ6S2vLY5Lv+lmt90VsRz9fcmbJtfM/h+Bd8u7irYybaYAftTz8+oK5l5i9v52k&#10;NpzntDjUeF5bn7P9E6EbYHxr+YO08orxfFv5IQ0dRIt0bpLs51gBkJIZjthNKHWbnggcXtx7dX3h&#10;s9/+Yq23/wCfzF//AFV7FSbJvYH/ACR7v/nDJ/0D1FN7vHKut9HMm3H7LmE/8/8AVhnWmw/kxRxU&#10;613x67vo7IiuKvqPsCkKkA3/AOBOCT+vvH/e3Zx/5irbdxwGOcxQH0/p91zx7t+5d8/6NF1/zik/&#10;6B6J23jlv/o/2J/5vxf9BdDxTbQ7/Ng3S/cMIta3+jXe4twR9Dhbe4U+5dnsSV3RtsswsG/jmLI4&#10;H5/yri/t+Pad6HHaLr/nFJ/0D15N55bGf39Y/wDOeL/oPpXUO2u9VSGnbpjtfg+uWbrreKjRz6bt&#10;iAbn6+5cG69nmmEMm6ttgAHg5zFjk/Xk1QJ9sybLvfi6l2e6p/zSk/6B6uu9ctFjXf7Ef834v+gu&#10;kdufYXf1NmYK/GdN9s1KCWNNUPWu9KnSptdyI8ObAfk/T201G5tp2tHufbzKosP9zWMJtyB9Kn2t&#10;i2nefxbVcg/80n/6B6Ldw3Llxjqj32yJ+U8R/wCfujGdXY3uXxhc51T2bjWJOo1exd00iA6RYqs+&#10;LRgp/p+Dx7gjce1GAVtx4AcfX+L4239f+Vn2+21b0AdO2XP/ADif/oHombdNkHDdrQ/83o/+guh4&#10;/gvYaL6Nmb2PPCna+cA+g5N6G/vmdw7TC2G5tvnn/ncY3/H/AKafp78Ns3ktU7Vc/wDOJ/8AoHq4&#10;3fY1AA3a1/5yx/8AQXWBsB2JMx1bG3kAFJBO3M4vN/x/kRuSPfR3BtUgAbl27b6c5rGj/e6m3v37&#10;t3gVP7qua/8ANKT/AKB62d32I6v929r/AM5Y/wDoLrEu3OwUYs2yN7agb+nbedYX/qP8h59wpNwb&#10;X507hwAI4v8AxnGm/wDtqn28u2bvQ12y5/5xP/0D02d22Q/8te1/5yx/9BdKShw3YEZTybQ3cFYX&#10;KvtvMm3H9u9HwfcVtwbcVvTuTCH+pbL48i1/pxP9fbw2zdSudsuK/wDNN/8AN1T957If+Wtaf85o&#10;/wDoLp8iw28WQeTZ25QSQABtvMC3B5N6W4Ufn3224tuG/wDv4sHc/j+L48L9Lf8AHf34bXun/Rtu&#10;P+cb/wCbrR3PZP8Ao7Wv/OaP/oLrMMNvFDY7T3OAOQI9v5cr+Dx/kv8At/8AH3xGc2y/69w4Hj+u&#10;Xx4+v9P8o5+nvZ23dR/yzbg/823/AOget/X7ER/yWLQH/mtH/wBBdY5affUBAh2du5vrfTtvNMD9&#10;B/yp8WB9xKvcO3HUQxZ3D2HDP/E6GxB/APnsbe3Yds3QHU+33H/ON/8AN0piv9gXjvVnX/mtH/0F&#10;1losdvpHNVWbV3SzL/m4o8BlyVuf9R9pcm31v7xw5vbak687hQfqG/ilAR9OFsJ7i39T7vJY7qcD&#10;bbin/NN/83SxNy5dAr+/LOv/ADWi/wCgumvLRb/qeabZO7nOq/r2vnA6WP6gxogrAfUAc+8sWc24&#10;1RC394MGiK/JfKUI+lrk/wCUWA/p7o+37t4TgbbcV/5pv/m6M7XeOWlZS2+2I/5vxf8AQXSF3VR9&#10;mrt/JCn2Bv2vrHh8cNLR7Szzu5Y2YgpQsfTxxY39vmQ3LtZ4VVNx4FyLCy5fHn/C9hUX9l9ttW8K&#10;5J2u4H2xv/0D0/e8wcuEFY99siPlPF/0F0DnVmxe2afKTVmV633/AI/yvK2qt2fuSm06oyVs0+Oj&#10;udZI9s0ec2yisxz+D4+g/itBqJ/1vuPp7XNt+7Ginbbj/nG/+boqXeeXyc73Z/8AOaP/AKC6MDX4&#10;nsNmihj2ZvJyVAlkG2c4Yv6cutERe3+w9zotw7Z/Wdw4FXA4vl8ePr/gajn2y+2bqSB+7Lin/NN/&#10;83S2DeuXRSu/2Q/5vxf9BdB7ntudlyl4V6931UxAk3TZ+4pQeP7BSgIuf9f3mj3JthAb7hwJa54/&#10;i+PtyRzf7j2021buR/yTLj/nG/8Am6OYOYOWEILcxWH/AGURf9B9BPubY3bmQjKU/WPYwijXVCsW&#10;ydzlrhTZGQYwm1/ckbn2uCf9/JgePp/uXx39B/00+2/3Tu9M7Xc/843/AOgejIc18sKtBzFYf9lE&#10;X/QfQRVXTXcdcS03VHZ3q+o/uLuofQmxIOKvfn3mO7Nr6ONxYAG4FhmMffmw/wCVjj6/X23+5t3B&#10;/wCSZc0/5pP/ANA9eXmjll5Bq5l28DPG4ioKCv8AH50oPmemiXpHuOIPIOoez5XAOhE2HurSLm2m&#10;yYk2B/qASB/h7Qef3XjMpVHFUObxdPQqFauyBrqWIzKpJNLSSPMBIrkjUQCGIHNl5jHniHnTTJa7&#10;RyvuckGijslrcMxJ4KhVD2+TnzGMdTb7bbh7avNBeb57hbBAagqsu4Wa6Qad7BpRVvILxUAEjPRV&#10;vkRt/wCTHWux6zPbQ+KvyI7K3ZMXp9sbY2n0r2duUCukUk5LcP8ABNp5COkoaFP3EDuru1kQFzdc&#10;H3+1fp/FcNb7b7C38Qo/+AV9fjt59OrXzqtr/N78+4Q/qr7k1r/Uzea6tX+4NxxpT/ffCmKfn1lb&#10;/riewenR/rm8t6fp/C/5Kllwrqr/AG/Gv4vy6oE/0FfzZfufvP8AZT/mP9x/pP8A9Lfm/wBlo7p8&#10;/wDfb+FfwLy+T+5+r+Ffwz9jx/o+39FtPv8A/9E6PvuR18SHW/x797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697/AP/Svz/0T9c/88jif+pc&#10;v/X33mJ/rn8//wDTU3X7R/0D1wS/1ivaH/pgbD/eW/6C63+Pfv8ARP1z/wA8jif+pcv/AF99+/1z&#10;+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr&#10;3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMD&#10;Yf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE&#10;/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/&#10;9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A&#10;/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV&#10;7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y&#10;3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/&#10;ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fff&#10;v9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqb&#10;r9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9&#10;MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QX&#10;Xvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyO&#10;J/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/&#10;n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/&#10;6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf&#10;7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv&#10;9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6l&#10;y/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A&#10;6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69&#10;/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/&#10;AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/X&#10;P/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8A&#10;X337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6&#10;/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe&#10;0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1&#10;737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI&#10;4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337&#10;/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+&#10;gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A&#10;0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/&#10;AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/q&#10;XL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5&#10;/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf&#10;6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh&#10;/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9&#10;c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/1&#10;99+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+&#10;mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXt&#10;D/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf&#10;9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8A&#10;PI4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/&#10;1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv&#10;2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0w&#10;Nh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde&#10;9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n&#10;/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f&#10;/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/o&#10;Hr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/v&#10;Lf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0&#10;T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL&#10;/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDp&#10;qbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+&#10;sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8A&#10;QXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/&#10;88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBf&#10;ffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9&#10;o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q&#10;/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXv&#10;fv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88ji&#10;f+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9&#10;c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B&#10;69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDT&#10;A2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8A&#10;RP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pc&#10;v/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/&#10;AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/r&#10;Fe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+&#10;8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z&#10;/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X3&#10;37/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6a&#10;m6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P&#10;/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0&#10;F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8&#10;jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/X&#10;P5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/a&#10;P+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2&#10;H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F173&#10;7/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+&#10;pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//&#10;AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+ge&#10;vf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t&#10;/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP&#10;1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/&#10;AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmp&#10;uv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6x&#10;XtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBB&#10;de9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/z&#10;yOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99&#10;+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j&#10;/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/&#10;ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+&#10;/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/&#10;6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z&#10;+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr&#10;3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMD&#10;Yf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE&#10;/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/&#10;9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A&#10;/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV&#10;7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y&#10;3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/&#10;ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fff&#10;v9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqb&#10;r9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9&#10;MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QX&#10;Xvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyO&#10;J/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/&#10;n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/&#10;6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf&#10;7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv&#10;9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6l&#10;y/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A&#10;6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69&#10;/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/&#10;AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/X&#10;P/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8A&#10;X337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6&#10;/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe&#10;0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1&#10;737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI&#10;4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337&#10;/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+&#10;gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A&#10;0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/&#10;AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/q&#10;XL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5&#10;/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf&#10;6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh&#10;/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9&#10;c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvf/09jb3kR1xr63+Pfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvffv3XqHr3v1vfut0PXveWCF6iaKCPSJJ&#10;pEiTWwRNbsFUM7kIgLH6kgD8m3vYFSAOPTkUTzSxwpTWxAFcCpwMnAz5mgHmQOumIVSxvZQSdKsz&#10;WAubKoLMf8ACT79NBLTyvDPG8MsbFZI5FZHUj8MrAEH34ggkEZ69JDJC7RzIVkHEEUP7D15WDAMp&#10;DKwDKykEMCLggjggj34QytE86xuYI5I4nlCkokkqytFGzWsHkWFyB+Qp/p711oRuUaUKfCBAJ8gT&#10;UgfaQDT7D1jaogWeOlaaFamaGaohp2kQTywUz08dRNHCW8jw08lXErsAQhkQEgsL4vfum+svvr37&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917337917r3v3v3Xvl17363v3WyCOve/EEWu&#10;CLi4/wAR9Lj+o49+68QRSo69769+61173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvf/1Njb3kR1xr63+Pfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173yA966uBw9ev&#10;e8gS/v3V6de98vGf99f/AIp79UefVtPy6974lCPx73jrRX5de9mQNHj6+mpo8nRUdbKlHTo7VESv&#10;OsmhFk0zBRLH6wSbMPrf2ZmHUoZhmvH+fn0O9x3e3B8G8hgmIRVo4q6v8JINMCucN8yOi41cG8KO&#10;uy9RhspmsYs24NwGF4FoqjFw49amrq0kTH5J6mkklmjKBH+31enQpGpfcbI7cxE+MqcXRU0FLHUq&#10;dLRoQqVaLeCpYq2pvG4/JuVuPz7oIqxshWnn0SS3FjMngxBBDISvbw1eTihA404mp4dR9p7l37HU&#10;nKbvM1TPQRfeeKOjpaeb+C18n+UYw00dLSiSviSKOQmLxp5I4jJIVBBCptkZjHmuqclSAUNBR1NX&#10;50lRoapo42FMkZVhLoeYguCFYID9CR7QEULCuR0mttlmAuLmdVa1iid6hgQxA7Rg6qFqE1AOkEYN&#10;OhR2/wBsdfborafFYPc+Nq81PWT0L4JpGizVJVUlLNW1cdbi5FWspUip6d7SsvhkZbI7e0Qfr/vh&#10;710Qnj0Ivv1r+/dboTw697csbh8jmKgUuOpZKmYrrKpYKiAhS8kjlY40BYC5IFz72BXz6XWG1325&#10;zfT2Vu0ktK0HkPUk0AH29NuWzOKwVG1fmMhSY2kUlfNVzJEryeN5RBCrHXUVDpExWNA0j2Ngfa1z&#10;myqjA7ZWrkVaqteuiaumhVmjpKTxSqkSswDFDUFdb6Vu2kfQXLhVQhAy1f5Z6F+68rHaeWRc6RLe&#10;m4UyMAaJHpYaRXNNdNTUFSVAwKlKbY7G23u3JVeOxNVreniEtOZrRPXRq8izS08LHyCONQjAOFkK&#10;tcqLGwb+2ugD0vffvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3XvajpNuVu&#10;RwsuWoIpalqWselqqaNC8nj8UUqVEKr6pAvk0uoBYcNyL2cCEqCONeH7OhDa8v3V/ssm7WSl3jmK&#10;OgyaaVYOvrTVRlFSMMKitINTkqCjqKWlq6unpp64utIk0qxmodGjQxxayA0haZQqg3Ynge06QRcE&#10;EEfUH8f1v/re6dB8gjiOp3vr3rrXXvfY/wAfp7914fPh1724TY2qjqKenijkqGq4KeppBFG7PPFU&#10;xiRNEYDMXQ3RgLgOrC5tf3sAmmM9LJ7KaGWKNVLiRFdSBxVhXh6jIbiAwIqaV6wvUQxRTTzSxww0&#10;6yPUSzOsccCRKXkkmdyFjjWMaiWIAXn6exOw+wVmxMtNk3WmrqmeGoEqLHLJRrCkiRwlri/lM7GR&#10;QwUkLySo9qhABHqcHX5dG0FjCtu9tcOockMzCh0UqFWv5nUOBNP4Qegd3f2VFg6uLLYugr89DR0t&#10;bQRUNJVVVPBlpaqSjqaiqghFPLTVAxsWOBhqNMhMcswjAjYuzlQdd4WmdDXT1eRfyEFdP2lMAD9H&#10;SJnmY/4iQDj6e/C3xqOaD9vRvt+1bIHiE5mmlLkNUaUUD105+w6wPXHTBUdvbgr8fLW47D4nGRjH&#10;LWQpNkxk62sirIwaWejBhx0MDU7A6keOfyFlAAIKkIstK1Rkq2RlWO1RJGkSKFSGKE+GGFFAAVIY&#10;kCgf0HtO+Xbyz0F9wkae9uXYADWQAOAC9qgU8lAAH2dGFRdCKmpm0qAXexdyBy7kBQXY8ngc+4Gj&#10;/D/ePdD9vSPSOuXvrT/h71Wnn17SOve+Nvfq9UK9e98fe+q9e9+9+69173737r3Xvfvfuvde9+9+&#10;69173//V2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3XvfIe9Hq6nr3uSnIH++&#10;/HuvTy8eve5scWv6fX3QnpfFCHHXvak23SY98xRxZKnFTDNIkcaF2VFqWdTAZVUHzRNINDKeCGv+&#10;LG8TKXAYYPRpt9rAblUlhDuwooJIGv8ADWnEE4p88+hSu+JcvBtPPVGDrlx2QpsbVVC1n2qVlRBT&#10;wRNLVyUEUsiU4ya0ysaZpllhWcL5I3S6kbZogXLqLMSBbgcWI45JAT8cW9nMbkDSTjol30x3U0hU&#10;ATFgO4j04KTXAOMYP5noEevclkKXG0lLWyyVdDT0FRO1REssspkjnVVlq1jiWNp66EPK6vJJKpJu&#10;B6b4UjN9JNlJ1hvppJuSpt/T24WFKjjw6DcayqTE50LUZ4EEn8X5Z/w9CVVV9OUeqhj+6ljjePwK&#10;Y5FqkjS6tSByLrI4Mf0F2UgXsT7kzIlZRzUc4ZoquCWlkIsT4pojGwBH0YA8H8fn2klQd3p/qz0P&#10;9quGe3ji0kh1Kaf40IoQD601Uzxxx4lxzGHhwO9l3JRSQebC1lLn5aaF3oB94KmpeaObVK2mlrqe&#10;qAlj0B3UDxhywALPk8dJi8lV46Ylnppmj1lCnkQ2aKUISSoliYNa5tf2iOK9B65tvpbqW3YnBwSK&#10;EgiqmnlUEGnl0crD5SlzeKx+XonV6XJUcFZCVlhm0rPGrmNpKeSaBpIWJR9LMAykX9iPsbatFnaO&#10;vhyNMZEgqKWSlqISYplaqSZZk1r/AJxP8nT0tcLckWJN6LIh1g46G3Luwx7hZ3C3FrrRZUCsuGBk&#10;DDiKVAKrg1ArXFegD+Qvcdb0zRYHNU0uJEFfHmlrKfMx1UlNIuPGMkhkiemqKY080RrHW+oCTWAQ&#10;bKVHXbu2qHCxNTUVHHCGs0rm7zyuAeZZHLuxFzYXCjkAD2lnnQKNBoOpn5S2Jdv12sdlGqkVOO4s&#10;P4iS3zAzTiAAajqr3sn5cZPflfRZCvzJTHT1ElHiKXHJ9vg47zyoWpxI5aSWXwsC7tJOpCl28YRV&#10;fqjGxSxOskcZjdWDqyh1IYEMmk3BBX6g+2UuWDCjGvQwudlt5IGMkSiMqSaivEZA9fs6jbT7hFJW&#10;UeRosrWQTU6xzU9RDameIUwp5AxkV19UMspCOulnYgspN1JTOw8OmI3FOlNRCjoZ44ZaURpohe0a&#10;rOYwPQhEoN1FrXBtYj2ZV1KrYyOsWOetri2zf50tLTwrFwpSgoDQAMR5A14gUpUGlCK3HdRbzp9+&#10;7Bwe4osjHkpp454K2VTH5YqmCokUQ1KR28c4pTG3IDMrK3Oq5QnvXQN6Ev3737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173DyORx+IoKzK5auo8XjMdTTVuQyWRqoKKgoaOmj&#10;aWoq6ysqXip6WmgiUs8jsqqoJJA93jjkmkSKGNnlYgAAEkk8AAMknyA6vHG8rpHEhaRjQACpJPAA&#10;DJJ9Ovewa2N8nvjX2hu2q2B1p8hujexN90CV8ldsrY3bOwt27to48VL4cpJVbcwGfyGYp0xs3oqC&#10;8IELcPY+zq/5X5m2uzTcNz5dvrawalJZbeWOM6srR3QKdQ4Zz5dG15y7zBt1qt9uGxXkFk1KSSQy&#10;Ih1fDR2UKa+Wc+XXvY4+yLom69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3sIOzfkJ0H0q9JH3J3h1B1LJkPH9gnZvZey9hvW+YVLQ/aLurN&#10;YpqnyrRTFdGrUInt+lrHO18u8wb2HOy7HeXgXj4EMktKUrXw1anEcfUevRrt2xb3u4c7Ts91dBeP&#10;gxSSU4cdCtTiP2j1697ELbO6Ns71wGK3Xs3cWC3btbO0iV+E3JtnL4/PYDM0MhZY63FZjFVFXjsh&#10;SOykCSGR0JBsfZddWt1Y3Etpe20kN1GaMjqUdT6MrAEH5EdILi2uLOeW2u4HiuUNGR1Ksp9GVgCD&#10;8iOve332n6Z69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3sDOwflB&#10;8aepc3BtntX5D9GdZbjqW0023+we2tg7MzdQ2ilk0wYrce4MbXyt466FrLGeJkP0dbn23crczbvA&#10;11tPLt/dWw4vDbyyKOPFkRh5Hz8j6dHNjy5zDukLXG2bFeXFuOLRQSyKOPFkUjyPn5H0697Gqira&#10;PJUdJkcdV01fj6+mgraGuop4qqjraOqiSemq6SpgeSCppqmCRXjkRirqQQSD7JHR4neORCsikggi&#10;hBGCCDkEHBB6KHR43aORSrqSCCKEEYIIPAjzHXvcn3TqvXvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69172ptpYGPcmZixks8lPG8&#10;UsrPGoZyI7egFrqmq/6iCB/T3YaQGZuAHQi5W2NOYd2i215jGGUmo86UxU1ArXiQaenSa3huOPaW&#10;2sruKWBamPGQxStA060wkEtTBTW8zI6qwM1wLeojTcXv7NTh9sUOHoYqCkiMUEZ1tf1PI54eaST6&#10;vJIRyfoBYCwAHtK13nt4dZJ7ZyhabfYx2UaFbdckevqxI4ljx8vIAAUFX+/++c1uXKz5GsqaZI46&#10;Z46ejp5YaeCGJDJUaEjlkMrinKsQCxllIF1DcBF7w69oMvIaujIocjpYyOIh9vV2F186gqySA/7s&#10;AJI4INhZyOQyCpOegNzlyft1zMZbYNHfaSSQo0vTgGqRQ+jCpPAg0FBC6n+X8OG8eD3esmXw4kii&#10;pK+mroqrMYzyedFpGjlCR1dOGhDLHLNHLBE4IJQxxAGdxbQl27S0hqZ1qKysmmCpTX+3hgp0Qyan&#10;kjSSSV2mSxsoUAjm9w6aACpz1FG67Adst4Wkk13LuRRfhUKASKkVJ7l9AMjPkdvr3s/Bdlrk6jb9&#10;NkYqLFrQh58jFBC9RLXNW2EMcFTUqIokowbs128g4AALJKGmmqJ4qaBDJPPIkUUa21PJIwVFF7C5&#10;Y2549++fQfjhkllSGIVkYgAfM4/1V6EOeeClgmqamaKnpqeKSeoqJ5EigggiQySzTSyFY4ooo1LM&#10;zEBQLn2ZzHUkWNxtBTmOBqqix8VGZzGhkB8a+bxylfIsTyKDYEA8X9q44qlajP8Aqx0L9xuzb2Mc&#10;UTKPDiEat/ERxP8ApWIxw/l0SGuoMlvzsWvrqrKbgl21U7gXKw4rHZLLU+CqaDFPjKCgeuwQroKG&#10;qyLQ0QaZp6aUxtGNNmAA6JkF7cO1lFuOAT9bg8f8T7XAKaV+EdAKa9uV16ywlbBoM+ua1ovnXyPo&#10;OjEU2Iw0yU4VIaiipHkq1aU+SINIpp0MZhaMPUmL9sX1M0Zsbk++0RpZAxJ4YE3PLMwI55U3IUfT&#10;j3pmCKQB0a7JLcy3Immnb4xWpw1RTjg1oOIJFOIND0n92VeK25ijR0dBAgkoapYVpqc+OipqN0kc&#10;6Y4amnEEE1YQkciKdb6VILgewZ3dgocblpmgqUmWteWsEGh1lphM5YiQ6REUaTVosSdI5t+Sibtc&#10;1OTmnR1uNjH4xuIJtQlJahBBGcnIAILV008vyJX3XG58turbdPXZrDS4jIQM1HUuKykrqDISQEqa&#10;ygqKeTy2dNP3EckaGmqvJAGl8RkZLNEV+ot7Yr0WNBp4jpe+47cX/wB9/vufduI6SuKde9xT7sOm&#10;ieve+HvfTfXvfvfuvde9+9+69173737r3Xvfvfuvde9//9bY295Edca+t/j3737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde99j37rYweve8qsR/vvx79Ty6dU9e9uFPLZh/wAU/HttlwejC2lIYD16&#10;97XWIxVVPV0j6NMSzQyvUI8bxqiOshIkR2VmAH0BuD9fdoLeZnjcRnRWtf8AV59HDzxWz/qzxiYU&#10;YDUvDiKUOfy/Ppsy9etBja2pERqZYqaZoaRVd3qptDCKARoruRLJZSQpABv9PYxC7aQACNVweCLE&#10;+k34tb6n2acKnzp0QPLNLEuor4WuoJGePEfy8xQUPGnRXY6OgxlXkJB94tcmIENRTxVMqh5hTsam&#10;nqEEsrTJKzemRFbW7suoBWvmEJcEAhgQRdSv1+gII9t6wuadJngEjFzJrNSDnz+RPn8+I6b03gmO&#10;jVXx9Th9C09XTw1NHXqTRqiyTx1GPhIlVV8h/aAYFmAHqUBucVOF0lrhgRwQOPyP6Hjj3V5K1A4d&#10;HW327R6Xlqsxpgih9cCop5cOP55CfsDsZa+HIUeGTHZnb8lBkZ1rqKuq5qbRaPGzxCqp6Svp5/L5&#10;Ki5dtUd1TTp9Sh/2FtSbIU4zePgknrqbRFUwwRPJLVUpbSkixxhneWmJF+OYyST6R7SMVB+3o5v9&#10;ruNzsRfwRl7uI0IUEsy1pwGSy4PD4Samijp4+M3fm2cfmKbqPK1dLhaSupZMltc5OtMSU2XqWgnr&#10;dt0k7hsfLSZCpnqZaMJKqiaGWNdZljSNW9RUz/3cnklheOU5SeI+RWRrU0UIK6WANg7FT/Qgj8ey&#10;65cK2kHH+en+bqV/bO1Z+X3kkhKzfUsKmoNI1U0p9uD8xTy6KR/Ng7Gkw+5dlbSXJzUiUuxazPNT&#10;QpFpvnM7VUgyMkovVLNQf3UHiUWiYSSB1f0tELZAiLk/RvUNIH4u1rj68H/Ye0ddYUDiOpQ1izaZ&#10;5B2MNQoPSp/yn7M06pqwXYLVlJR1UL1n3UtJMn20nMwq2kMBaKnkR5kZK176CmqRiDbi54SyJpQM&#10;H1OgJQDm5Xi4sLEk/wCB97RWq1CKA8enbu+hCW0cqvrZMqBnI/z8fP59GDx27KxqhsbUS00dNja4&#10;0SSyVMZqXjhnnCaZFepklpwtDGQXMo0ppudRJRubwlFmIfDlaKCeIP6FkVg4NioaOSMrLC1rglWB&#10;t9fZpDIoGlTUU6AO57JHuoP74tIzGGoAQanyGQdSmhIJDA4yfPqyf40b9ze1slIu29w1emso6Jcl&#10;QoYnx8rJUSrAn2NbHNFUMY5NMUwPkRXazXDIxSc6aD+J1aYukFJQxTPFTr5ZpndIzo8rPNLI37hU&#10;sAPoDbn6+1T0rQDA6xu3trE7jcrttoIbJXIUamYkDFSWZjmlQBwBpnj1c9RCqWjpRXNG9aKeEVbQ&#10;i0LVPjXzmK6qfH5L6eBx+B7Z/dOinqT797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697CvsPvXpHqGKaftjuPqvrCCnipJqibsPsLaO&#10;yooIa+c0tDLNJuTL4xIoq2pBjiZiBJJ6VuePZtt2w75vBVdp2a7umJIAhhkkqQKmmhW4DJ9Bx6Mr&#10;DZt43Qhds2m5uWNaeFE8laCp+BTwGT6Dr3sL8L85PhRuTKUeD278wfi3n81kZTDj8PhfkD1NlMpX&#10;TBHlMVHj6Hds9XVSiONmKojHSpP0Hs0n5F53tonnueTt1jgUVLNaXCqB8yYwB+fRlNybzfbxvNPy&#10;ruSQqMs1tMAPtJQAde9mG25uva+8KB8rtHcmA3TjI6mSikyW3Mxjs3QR1kUcUstI9ZjKiqp1qYop&#10;0Zoy2pVdSRYj2Hbm0urOQRXltJFKRWjqVNPWjAGmDn5dEVxbXNq4jurd45CK0dSpp60IBpg5697e&#10;5JI4Y5JppEiiiRpJZZGVI440Us8kjsQqIigkkkAAe2ACxCqKk9MgEkACpPXvepL8EP543fUO2fmJ&#10;3J81Mpid9dUdcUeDk6yh2ZtXbu2mPa26M7laXavSWycvhMZRx5vG7hwtFWV33eWkyVfQ47DyVck8&#10;qaw+XXPvsZsDXPJuzckxPBu1yzeP4kjv+giKZLmVWY6WRiq6YwiM8gQKDSmT/Ons5shuOVNp5Rja&#10;Hc7gt43iOz/ooql7iRWJ0lWKrpQIrO4UAGlPe1flv5e/zy/nC9P7f+SvyK+W9D0jtfsbHf316U+L&#10;+D2DnM913t3aFcstRs7IbheDfO10iy+co/FVrkamiz2R+zqkcyRjTRQo4fcPkH2c3i45Z5c5Qa+u&#10;rZvCub5pVSZ5BiQJWJ+1TVdAaJNSkUPxlJFz1yV7VbrPy9sPK5vLm3bw7i8aVVlZxiQL+m/apqug&#10;NGuoEUPxn3tn+EP/AAn3+RXxv+YXVXeW/u9epKnrzqPeEO8sd/o9qN8y783XNi1cUGDyOHzW1MHg&#10;9v4vM+VosgyZXIn7UvEqSeXWj/PP3heXOZeTt22Lb9hvBuN5CYz4wi8KMNxYMsjM7LxSsad1CSKU&#10;L3OHvjsO/wDKu5bNY7NdC/uovDPiiPw0rxYMrszFeK9i5oailD73tje8SesZOve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve9fH5lfPHv75K/K//AIbK&#10;/l17kodm7/x7ZVfkP8kanWydXYzANTDduH2fJFHPLS5HbzVCUNfXxRmr/i9THQ0j0sySVaZDcl8h&#10;cv8ALPKX+uf7jWzTbe2n6SzH+js9fDaThUPQsqE6fDUyOHBCGcuU+S9k5f5Z/wBcPny3Mti2n6W1&#10;H+jFq6Gk4VDULKpOnQC7BgQp97rp7k/4TNfJDKZXIbh2P8vuu+2dxZephrctme5Nub82FlcnWVBm&#10;/iNXkMtiK/uquralAkZSSUs85ZtRj0AvI+zfec5aiijt77k+5tLZAQq27xSqoHABWFsAONQOHlWu&#10;B7tP3heX44kgvOVp7W3QUVYHjkUAcAFYW4A44HDyrXHvew5/LD+G27Pgn8TNrdDb63zjd+btp9xb&#10;l3fna7b4yX91MLkN0VFPPPtzacuYgosnV4OgemMgqJqWiepqZ5pTTxa9Ix290ec7Tnzm663+wsGt&#10;7QxpGofT4jBAQHk0kqGNaUDMFUAajSvUFe4vNlrznzPc71ZWTQWpjRFDU1sEBAd9NQGNaUBagAGo&#10;0697sI9x30Beve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697oq6w/no9&#10;U9tfPij+Fu1Ok94y7cyu99xda4juep3PQwVFbvDbaZSOqmk60lwKVFHtGqrsPMsVc+Z+9EBSWSgQ&#10;lo0njdPYjdto5AfnW73uEXKQJM1sEJAjfTQeNroZAGFVEemtQJDgmZtx9mtz2vkl+brnd4hcLCsr&#10;W4QkBHpT9XVQuAwqvh6a1Ac4J97vV9wP1DPXvfvfuvde9+9+69173737r3Xvfvfuvde916fzHv5h&#10;uxP5dPTmE7L3RsrOdkbk3nuU7T2JsfD5KHb1Pl8rBQTZXI1Wd3XU47MQ7dw2PoIPVKlFXVMk8saR&#10;07IZZIpE9tvbu/8AcfeZ9stb1La2hi8SWVhrKqSFAWMFS7EngWVQASWBoCOuQeRb3n3dptvtrtLe&#10;3hj1ySMNRVa6QFQFdTEnhqUAAktWgPvYg/An5i4T52fGraXyHwmyMt10M/ktwYHLbQyuVps//Cc3&#10;trJSY7IR43cFNRYpc5iZWVWhqXoqKRrlWgQryX8/8mz8h8zXfLs98lz4ao6yKpTUrrUakJbS3qoZ&#10;h6Ma9IeduVJuTOYLrYprxbjQqsrqpXUrioqpLaW9RqYehPXvZyvYL6CfXvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173rSdp/LL5JfzZPklv&#10;/wCG3wH7Tbob419UUkyd8fKPG09XV7n3Ys9XWYNcbshcdkcRkE2/mchTzx42CkrsbUZiCjqKmauh&#10;pLU8mTW1cpcte0nLW3858/7V+8OZbsj6WxYgJHQBtUtQw1qCC5ZXEZZVEbP3DIPbeWOX/bLl+x5s&#10;522363mC6P8Ai1mSAiYDVkqGGpQQXLK4QsqhC3cPeyIdmf8ACYv5NQZSao6y+TXSu/4qquqJqvJ9&#10;mYvsDrfKTrMkcz1s1Pt/FdvrPXVFbJKJFaq/SA/kZnKKPds+9Byw0SrufLF9bkKAFhaKZR5UBdre&#10;gApTt+VMVI02/wC8Ty6Ywu48vXkBCigiMUoHyqzQUAFKY+VMVPve1r8Oug674ufGHpX4/ZPd0u+8&#10;j1Zsmh2zXbqemmo4snVRz1VbOtBSVFTVz0uIx8lYaWijeRmjo4Y1NiLDE7nLmCPmrmje+YYrMW8d&#10;3OXEdQdIoAKkAAsaamNMsT1jRzXvacycxbvvkdqIY7mYuErWgoBkgAFjSrGmWJ697Mr7DPQf6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de697pH/mMfzsetvgD3TtjowdMbm7h3ZU4XDbp31VUm7KTY2K2htzPVFQmOGInrNub&#10;kk3duOSko5KhqTTj6NEeJTW+RpUhnH249kdz9wdkut9/fUVnaB2SIGMytI6AatQDp4aVIGrvatTo&#10;oAWmDkL2h3DnfaLnef3tHaWodkjBQyM7qBXUA6aEqQNXc3HsoAT73c3tbcNFu3bO3d142Krgx25s&#10;FiNw0ENfEkFdDRZrH0+SpYq2COWeOGrjgqVEiK7hXBAYjn3C11bvZ3VzaSkGSKRkJGRVSVNDioqM&#10;YHUS3MD2txcW0hBkjdlNOFVJBpwxUY697ffafpnr3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve3XD4+LKV9PQSViUJqZFijmljaSPyObIjaWUq0jEAX4ueSPdlUMaV6M9osIdyvoLKa8EHiGg&#10;YgkVPAYIoScCuK8SOo9XUCkpqiqaOaZaeGSdooE8k7rEhdlijuvkkKjhRyTwOfZkdl7Ko9rtJUSy&#10;msrpx4hVGHwqkB0sY4ozJIVDMt2Ym5AHAA9sytVSsZ+3qceV+V7Xlidprh2lnftD6aChpgCpoMEk&#10;1zThjqr35V975/dOO/uvt2llx22IkeryemWGatyrx1CQUj1BRGWGGnlv4oI2fVONTliiqouxACNg&#10;SpVFvqBH9LkfS4+nsneuoYNT1NltKq28iM6sqLxB+VacKj5jy6qnzG+7q+PrKiVshVsmOo/PJLHA&#10;XkEscUoliCeWSmNeulbEFke6lGHvHJEkjoSNX1LEWta9luvN/SPdldlVs9Fl5DBc3EJK6iQSxHCl&#10;cVHyHQLVvZElFDXypXCGGoghqpp/N46oytIMjNTU0+mlrY7yRKHUAowAZVBJb2DfbVHDBhKWtCgN&#10;HXPAosbgVUbPwTx6/twSPxb2uhcyEBuIp/s/5Ooj9xdvgtNkiuo0C0uGFPMeICQa/wBLTX5U6ub/&#10;AJYna0+7W3ztiud5alNvbfzUMslXBUSqcfkcnQV1FJHrNUv2MeWo9MjAJKJDa2nkOuuttyVVUufq&#10;oz9rTu6UMbKf8qqNJjaUE2BhpyxFx9ZOByp9rlyeOB/q/wBnqJ9mstKNudzEWiOpUWnxE9pb/Sip&#10;Ff4q5BU9HY+RXalLtfb9btDFZlcXubMY81FXlFmp0XbmDR/LVVE3miqddflqWnmgpohGTp1yErpj&#10;WUXpYWGs2suon6rfk3+tyQBf+v49ro3UAAceke6mUmSV6aPMYGQRTTxpQUHpQdBl1zurFZEYnHLV&#10;VFXl46GkgWqNPkPD4P4fKhjqY5KWgiqPuZaR9KpEfGXTSqxhVHBYSoGpSWAJ45sL6iQSbgkN+T9D&#10;7sZK1ocdB5LR1ckoWPE5/PjxoR6nIPDoU6reOPqoWalr4qelMyUEDmBhI1ShajZGgP7ReirKc28c&#10;foeLhwbD30AqFwQeNPB+n4AB/JPvdSwWh6Mo2iiM7yRNrxQZ0igFB6/IV4dMk712Vhwooa+gkppp&#10;K4SVkXj/AIhUCeWpknmjbSsUMAK3k8bgORwSx9hDuiORs1WvMCCTFov9DEsEaIR9BYhf9vf2UXNR&#10;M2KDH+DoSO5uNMrZ7VH7AB+31xx6H/YcNBT7QwUWN0ClFGWIj16BVSTSy5AJ5HlbSK95bephb6Ei&#10;x9oqpdbkD3RQadFd1Ioqo6V3trd739vAUFeipmqSeve45976Ybr3vr37qvXvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9//9fY295Edca+t/j3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73yBPv3VwSPs697cKdZfHJULEZIoGRZWXkxiS+guo9QRtBF7WvweSL7MbMrMBj/B0pimEZBIHHhX&#10;Prw8+ve1XgsyKeZPG4UMQJIWYCOVbWsSbhWt9D9R/vHukUsts+pSdPmPI/6vXowIs9wQRyoA/kTS&#10;or6HrDUQieJoydJI9Djko39lrAjUAfqL2I49jZjyk0KTxnVAR+rUAyni6kD6spt7M2nSVQyHJ6Lz&#10;amynWKRiYlGCT8snAz5U/wAnRcN/VtTHJV4wxLBuB2p1WGOkkmpcjA07S0empmDolLNaQEAKwa6f&#10;q49u6xtpJQX/AClxcgkf0P59pywqAx+3p1oHCu0YqhNVrxqfQH9n59AHX7yw8eQoaHO1T0FVHRJS&#10;50Yt70sdJROypHUZGlDmJJIneTUXRl0KyixW85VZ1JdfWNNybi9rA/j6/wCH/G/bBIUgKcdHduZp&#10;g1tdA+N26WPoOK/P5fy6KHu7I7W2fkMdn9iZHHvtitTMtWYHHfYTQUdVV01VUUNfLBTVInpcc3lc&#10;zzKDpkZvNGDLCDlCcCxIvybG3H0+l/1fj3Qtx6PLJToSESkZq3EHj9tP2fLovG7t01MOQytRU0FD&#10;LQ6KWkwzTUlNJQFvBJpqGqloQ9RQRVESTxoyiNo2MJIVSPahpCI40QKU1ElZBYqzEnUWH11Nfk/n&#10;6+yuZaszDh5jqb9muSlnaQOrKaURzQq3lnzqa09Dxx0QTsfcOa3ll6fIZjK1GSbb9LDhqHD1j64x&#10;hcdT06UODpFKl6ahw9LD/ksKEFIpZImGvR7cZI28TL+skWUA8qXspuR9U9V/8PadWGsHgP8AN0K5&#10;bOU27RjvlNAAOKliAf8Aa0Nfl0i9pYuPJbuwMlJUT0xp6+mrK+iVIWo5YsfUx1VQYmnKimmlgg0D&#10;hBK1gtnZjJkngVrMeCouzgcfiwX/AGr3WOQioHA+XS692+OVlndiCgqzAYqOAX59CliFqlrXyddW&#10;Tfw6sr3liptKjJV9RTpMpkLGNtNArnS1WraCfQgZyxjDLsDJ1mPw9Q2Po6ysqKrVSxmlhkkalEit&#10;qnkMYYqEUEKf9WR7NrQaRq8x1FHPW5z21lN9BBLLLKSg0g6kwak09BUV9aV6uH+Ae3tv7m3mMhUZ&#10;ako2wUdPlIsVkqqGnzGcrFR/4fHQYyWZZGpKBIRNOyLJ4VQRWCSagXeh2NufKDzjHtRQsxAkryaX&#10;/YiFlNTo/o2jSfwT7VqNRpUDqDrflPf75fH+haKI+b9v/Gfip86UPlXq2zI9obCxlc+Lm3JQVGTj&#10;SVpKHGmTJzxPFrDwVBoI6iGjqbxm0czxt/hb3BzeGoMEFpXr/v8AKMAZoqdBHS0akcrJIzNLLMf7&#10;K2Sw5ItYFx0SMUJq/wDg6R7jt9htsSxG6abcG4gCiIPmaks3oO2nE4pqVmKyJytKlatLPS086q9M&#10;KrSlRLEQCJWhQyJHG97odbal54BHtM+2eiPpy9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9pnem89q9dbQ3Nv7fOex219m7MwWU3NuncWWnFNjMJgcLRzZDKZOt&#10;mIJSnpKOB3awLG1lBJAKqysrvcry12+wt2lvZpFREUVZnY0VQPUk9KLS0ub+6t7KzhaS7mcIirks&#10;zGgA+ZJ6971yc52d/Mp/m+ZPOt8TtyVPwn+B8dZX4bD9ybijymE7W7rp6OWbHZDKbfXBltzNjXqo&#10;2UUtBV4bGpF5oanJVlVG1LFkhBtftn7PRQf1tthvfPukM1smloLYmhCvq7NVPxOsjk0KxIp1mfId&#10;u9vvayOH+s9uN350oGaBaNDbk5AbV2Vp5ssj1oVjRTqPveLaf/CZL46yTT5HuH5N9/8AYGdyEUtX&#10;mMvtOk2NsWbJ7iq6n7mvzM53Rhe1qySKtd5GeKWomnMr62qG5Btd/ee5jAWPZuV9vt7dTRVkMsul&#10;AKBRoaAYxkACmAo63dfeH34BY9q5dsYIFwquZJKKBQKNDQjHqABTGnr3uo7+cr/LL+Kv8uvaPR/+&#10;hzfPdu6Owe2Nx7u+5oOzN07CzWJodnbMxmK/iVZTUO0+s9mV0GRqc3uagSGWaqeExJOoidvXHL3s&#10;x7nc1+415vn75sbGLb7SOOhhSVWMkjNpBMk0gICo5IC1qVyBgyh7T+4fMvPl1vH71s7OOxtY0oYU&#10;kVjJIWoCXmkFAqNUAVqRkcD72eH+WF/I46Y73+K3UXyf7M7d+SvWnaXYcW6c3iE6Y33svZtNh9pH&#10;O5nbeCkiqMp1pubOx12ewlC1VM8df4pKasRNC2cEDe6PvpvWw817xyttmz7ZdbVbGNW+pikkLSaV&#10;dsLMi0RjpFUqGUmpx0DvcX3j3bZeZd05c27a9vuNtg0K3jxySFn0q7YEqLRWNBVagqTXh173cZgf&#10;5QvVtPhajZ+//lz/ADE+6+uKvHY3DVXVvaPy63dL17U4PGTU7x4OowGxMTsUzYiWnpUgMDSlI4lH&#10;hETqriGrj3g3Vp1vNv5Q5csdyDMwng2+PxgzA9weVpe6pJrSpPxVFR1FM/uluTTLdWPK+w2d+GLC&#10;aGxTxQxr3BpGk7qmtaZPGox173ri/wA4XA7IyfzB+Of8sb4tbQwfXHWXWtfsTb0eydo0rpSVfd3y&#10;ByGASbcGeMjvXblz8Gyq3AoK7IVNVWWmnVpQHYe8kfZy4vouTuZPdDmq8kudzuVlfxZDkW1oH7E8&#10;kQyiU6UCrhcYHU+e1U95Hyrv/uJzJdPcbjcLI3iOci3tg3avkimQSdqgLgYx173vA7U2ziNl7X23&#10;s7b9N9ngNp4DD7ZwlJq1fa4jA46nxeNptVl1eCipUW9he3vBq7upr26ub24bVcTSM7H1ZyWY/mSe&#10;sPLm4lu7m4u52rPK7Ox9WYkk/mT172/e0/THXvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3XvZZPmf3x/ssfxT7875i+3bJdbdabjze3IqsxClqt4z0v8A&#10;CtlUVT5leM09du3IUULgq5KuQFY2UijkrYf60c2cv7Aa+Fc3SK9OIjB1SkfMRhiPs4joRcpbL/WL&#10;mXZNlNfDuLhFenER11SEfMIGP5de966n/CZDqrI5dvll8oNyy1eVy2fzW2eqsZnq9paqurcixqew&#10;ux5a3I1Hkmq6vIVOV2/NIdeouC0lyykZG/ef3aOH+qXK1sAkMaPOyDAAxDDQDAACygfsHA9Tz94j&#10;c44v6scuW4CxIjzFRgAYiioBwACygfy8+ve9sb3iV1jJ173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69172T7rL4BfDvpvvHdXyR606H2jtXureVTmK3Mb1&#10;pajP1r01ZuHzjP1e2MDlczX7X2RU5tKuZKyTC0OPapjmkSQssjhhlunuBzlvWxWnLW57/NLskIUL&#10;EQgqEpoDuqh5QtBpEjPpIBFCB0Ktx535r3bZ7bYNw3qWXaIgoWMhRULTSHZVDyBaDSJGahAIyB17&#10;2cH2Degr173737r3Xvfvfuvde9+9+69173737r3XvZd/kp8Tvjz8v9k0HXnyN6zxfZe1MVmoNxYm&#10;kq8nuLb2SxGZp4ZacVuJ3JtDMbf3Li2npp2inSCsjjqYjolV1AHsR8s828xcnX0m48t7m9rduhRi&#10;FR1ZTmjJIro1CKglSQcih6PuX+Z995VvHv8AYNxa3uWQqxAVgynNGR1ZDQ5FVJByKde9ih1p1psH&#10;pzYm2esertp4XY2wNnY4YrbW1dvUi0WKxNF5pqqVYYlLPLUVdZUS1FRPIzz1NTLJNK7yO7Er3Pc9&#10;w3m/ut03W7efcJm1PI5qzGlM/IAAACgUAAAAAdFu4bhfbre3G47ldPNfStqd2NWY8P2AAAAYAAAA&#10;AA697XHtB0j69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de697An5HfJXpj4m9W5buTvjeEWy9h4mrpMYch/Dcrma3I5rJCb+F4PEYnC0VfkchlMi1O4jRI&#10;9CKjSSNHEjup9y3yzvXNu6xbNsFmZ79wWpVVAUU1MzMQAoqKkn0ABJA6Otg5f3bmfcotp2W0M16w&#10;JpVVAUcWZmIAArnPyAJIHXvYO/Bz5tbV+eOwN69u9b7B3htDq7Bb/r9g7Pzu+nxtHnd+T4TGY2uz&#10;ufp9u4ybIwYbBU9Tloqamd66eaeWOYSRwPEUJ1z1yRd8hbhY7PuW4QzbrJbiWRYtRWIMxCoXahZi&#10;FJNFAAK0LA16NecuULnku+s9r3C9il3J4BLIsdSseokKpY01MQpJ7QACKFga9e9nY9gfoIde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173V1/OT+RWR+NX8vjvHc+3q58dv&#10;Df1BQdNbQq4aj7Sqpsj2VM+GzddQVK/vwZLE7IXLVlK8X7sdRToylLa1lP2Y5cj5m9w9itbiPVZ2&#10;7G5kFKgiEalBHAq0vhqwOCCRngZH9p9hj5g552a3nTVaQMZ3FKgiLuUEcCGk0KQcEE8eHXvZKP8A&#10;hNp0v/cX4Tbx7crKbx5PvTtzN1dBVeLx/cbO65pYdm4mPyMoaf7fdqZ/kMUGuwAYPcb/AHld7+v5&#10;3s9oRv0rCzUEekkx8RvsrH4Xzx9nQu+8Bu/1vN9rtaN+nZWqgj0klPiN+1PC/wBVOve9hz3jr1BX&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173Vjs/+bd8bu4flptL4ffHmh3X3PvfK5jc1JvLfGMoX231lsPEbLxWRym6clPnc3AuW&#10;3HU0kmONJSpRUDUFZVyRotcqujtK157Rcy7Nyjec48xSRWViiIY4mOueVpGCooRTpQGuptT61UEl&#10;DQjqSbv2v5g2rli65q314rSzVEMcZOuaRpGAQaVOlAa6jqbUqgnRgjr3u073FPUbde9+9+69172T&#10;7uf4BfDv5DdtbR7z7o6H2j2B2hsimoqLB7jzFRn4qeejxtTLV46k3PtvHZmh2rvimx88zmCPN0OQ&#10;WFW0oFXj2Mtl9wOcuXdovNi2Xf5rfapySyKEqCRQlHKmSIkDJiZK8TnoVbTzvzXsW13WzbRvUsG2&#10;zElkULUEihKOVLxkjiY2Wvn172cH2Degr173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvb&#10;rT4XI1lK1ZRQGtijbRMlKRLUQMRdfJTL+/oYAkMFKcHng+3BGxUMuejGHar24tGvLWLxYlNGCmrK&#10;fmnxUPqARg5wesMtTBAUE80cPkIVDKwjV3Y2VFd7I0jH6KDqP9PcSIyUlQhdXhkidWs6sjxupDKb&#10;MAQQR7rlT6EdJ4me2nUupV1IORQgjPWb2cTaGYgzuLpayJ4pGkQCpRCLQ1KqBNE9+Us3PNrqQRwf&#10;aK7FO5agdZSco7sm9WcEwaNmYd4oKK/mDXh6+XGoweqOfmZtPLbJ3rVU0B+zxUrTVWKlmDBJcRXo&#10;7JJR1M5VJanHSHxlbqTJE45WxC1gpyDIzDixBSwN734sBza/B9l0kgIUA59ehtt+3SJNcPKnYRlc&#10;EEH5AZA+zh1U9kMrk6bM4+mIc6K2OuFYaqaXGtC4o5YJ42mCyRhZowpTyJKGV1k8TKyjqI6YlZRc&#10;lRc/UIFGkrz+bgj358uQeFek1qHitUaJRUqK+ihcUz54Ip0C25cbVVOf3DjKqJKPBUuXqokiMif5&#10;dT01bWfZLTxCQIlKyshLmNtYXQL31xsG48Rjs9QfZZKFZoVqIapIPI0Z8sN9F2jZHCsjMDYjg/4+&#10;37equCK09egzzXBZ7ltU1texoxLKyIWodS4UkAg0oTX5Y8+jQfFX5B7z+Pm7s7m9qyJLTZba+Q2P&#10;TZStgSfxUuTqKeqbN0dBUCthbK4StxtHLTrLFUQVM5eF/wBvWGZ4KWGkp46Wlhhp6anGiKGGMJGq&#10;3P6QLDlrk35J5+vs0FAft6ha8mna1W3WNFjiPBVAFPKmaepz0dEb+j3bvh9xboy+ezu493xyTT5f&#10;I1dIkiyRRxoIBR0GPiiopMdC8NFGKRYqWGQaVUREj3xKIg1uNQubKQeSL/jgfn26CzHSpp0Hrhkh&#10;hDTqHnbV2mtB5A0x+XlUCta06MDtrJZreGebB7SyNRgMXi6TBPWbmpZKOnyEUVUYqqOiFSBkZVZ5&#10;4mWcSnWY3lKafEH9xWJddS3BP0B+o+tze359vAaTQ9EGZUIjqCxFM0zX1qPn0bGkjhwmUijzRpZ4&#10;8dFNJU1VNSy1VPPTJTpEtKtO8VYSaeRomTQo1L6SCBb3AqNafpN3Itzcn6/ljqvwOfaiPS3H4evT&#10;CWKQwpQlxQgnga8STWuBn7el7s2TE5qhirpY3paDHzmWmkjjjp4JKdYhaOKhpI6EUyxzzjxBRoYI&#10;rWP09hnuLLjWYo/EWiur1TxozhhcFIWKnSsf+qH5+n0uUt3dKW8OBFPzIqfyr/h/Z0usLW5tVjmu&#10;btw68FDdoP2ef+r06MthaOOnptcUDUkVQ5qI6f1xMPIFPmqIiQVnmsCykal+jc3AC+qdWdm1lySS&#10;T9bljySTe5J9pFBpw6ZunVnZg9Senr23k+79IWI6974e/dNde99e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v//Q2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3Xvc6gWlebx1&#10;iv4JBpM0XMlO1xplC/SRRb1KfqPpzb3saa0Y0Hr6dOxitQVrXro3sbWJ/AJsCf6EgG1/9Y+19jNg&#10;ffhZhlad6RyTHJBE7ySKDa1mZI0f8EXax/r7f+namrxBp+Wf83V1aLUVZWx5HH+r+f59JXPbrgwM&#10;bGWiqJZRb06o0hAsxLySxmeSOIKt9RjtyL29iZjtq4nEUbU1NCzvOFNRU1IEktRbUArLYIIhqICq&#10;ov8Am5+rkB8MtmoIoet3UcEix6AVpkVrWv2/5gP55A3Hdm7pyWdrKmsNCmOp3mp4sPiayGoSjUMr&#10;LNVVZhjklrPEQXlaQU6AHSikSmMP9y7I0LNkMKmjxL5ZqJCzB7cs1IOXVl+vjPB/s/6n3qWBQupP&#10;2f5uk9sXm8TI1jh8+Naf6vMcc9Dbjt007PR0dc0qz1jvHDM8OhNdg8cU7oFhEkqk6SgsdJ1BbAsn&#10;ds7qyuJrIYVSXIUsjqktEFMkzAkC9PYFxMovYfQ/Q/W/tKOwkr0vjuJZSkEqmRK4FKsPs8/yrQ/z&#10;673jtPH7pxc0NROcdWwU9R9hmYwDJj5HjJ1zRs8cdXRBlDSQyEKwW4KOFdTMoVKRSJqRXjSVQytG&#10;2krdQ8bKsiEA8gi4/PPvVSa1z0YqDGzQlqopqONDTA8q0/n+fVQOfknyEuVqWgoMlXpkMrsrK1UU&#10;9Bknhmqa2M5BsZkpKuowGSrqsxuoKCOFhILBodZPZvIjgSXPBBAH1vcA/wCAPH1HvY7WU6elqD6m&#10;KZTIxfiD8/2flxB6DRGi6x3nsvIrsfHY2gnpqiiz1PO+Qmmp8a9JBS1b0lFR1SxnIVtNDLUKRRzw&#10;N4ze1gPcjHaJ5TTSnTMLWDEaWUKASp4LfTn6W9tXOqNPFT+z6FPJ8Vvud4233j0v61GqgBUAVK8K&#10;kUzw9c56AD5rbe3Rs/C4Ps7qym8/U2Yo6mmra7CvX1WZwmcrcnmMuKfMR1M80OIjYZC9KoEodE0j&#10;xlUT2+iDQTcNYW5BNiRex9X04HsvMmrhSvUq2+2m2lfXr8MEcCaGnA54UAp1WDjN2NW5SMPLLVVE&#10;cxCxRUNI1cySt5qqaaRnWJojPd5A7+aORiFUAFBxneQmmiM94pp11WJXQqWJu4IdQbAfW3vcYWkr&#10;+H3qv7a/y6X3kl4ZdltFvwbae6GqmNKoK/EO4cAMGh6Nx1Zh/DNujcGOxFNUZ7A4WulxkCtDK2dy&#10;GSiNOYZsbWw1NFVVMS5Ceos0RkKxkABEuXOaQiDxxhWtYA3t9f8AU3559pEWsmpq9C3cLl1sBbWy&#10;oxrSpNP2V/l0hauGrXJUjZUzfeTzymoSa1UuOMChURJabRTPTwzkJ6FuLhV9OgBoaCZzey6bam51&#10;H+o+hvwRzf2tEiL616BrbVuE7Fm0iJRU1qfmOBzwz/n6FfaANBI80n3/AJKSWSKkr66jnoqGGSAl&#10;JI4RYx1hrImA0U7G3kRpNI0lkBvfca4THzOjD7qbVBTINIHkZGPlZSTdIhyf6kgfn2YW6BV8Rh9n&#10;29Ajm3mVbCK4ghNJ8rQDAJHEgngP516uA+GnXse75lyc9PP/AALGJHVVk0zvIlQwlVIMUJVhpV0z&#10;yQuV8YAWCIhvWAWKrPK00skrku8jtJI7Elnd2LMzE/Usxv7sSSSSc9QJK5kkd2JLE1JPmT1bAAAA&#10;ALAcADgAD6AD3h966b69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de697oO/nt9h5HK7e+GXw0ps3X7cwXzN+S21tn9hZTGy+Gpm682tujYmOyuJLlgnhk3F2Dia8g&#10;qQz45VPpLK0/+w23RxXPOnOjQLJPsu2PJCrZAmkSUq326IZF/wBufOnU2ezFhHFPzbzY0KyTbTt7&#10;vEDw8V0kKt/vMTr/ALY+fXvd6G0dpba2FtXbmyNmYWg23tLaGDxe29s7fxUApsbhcFhaKHH4vGUM&#10;Av46aioqdI0FybLySefcE3l5dbhd3N9eztLeTSM7uxqzMxJZifUk16hq6uri+ubi8u5mkupXLuzZ&#10;LMxqSfmSa9e9qH2m6Y6970Wv+FEHZuT7m/mDbM6I2v8A7k5ep+u9j7GpMPA4eSTsLtGvO76lAx0p&#10;HNkMJnsBDo/smK5Pqsud33dNri2X28vd+uu0XdzLKWP++YB4Y/IMsp/PrMv2I26PaeRrverntF1P&#10;JIWP++oRoH7GWU/n173urdI9ZYzpXprqjp/C+H+FdW9cbK6+oZKdDHFPBtDbmOwK1QVv3C9WaAyu&#10;z3d3csxLEn3hNvm6S73vW7bzNXxbq5klNfIyOXp+Vaenp1iLvG4ybvu257rNXxbm4klPyLuWp+Va&#10;de9if7Kui7r3vRc+DMkPza/n1Z7uCaBq/amG7e7h7rpTHEtQINsde02UwvVNRPKS0UbUmUO3tUoB&#10;DSCyaSylc7ueweSPYK32dW03b2dvbHyq8xVpwPtXxsenGtOsy+cgeT/ZSHag2m5e1gtz83lIaYD7&#10;R4uPTj173tS/OD+ZX8XfgRgYJu391TZjsDL0clXtfp/ZIosz2HnIbOsGRqsdLWUlJtjbss6FBkcn&#10;NTQSmORaf7iWNoveKXI3tnzTz/cMuz2gTb0aj3EtVhX1ANCXen4EDEVBbSDXrGvk72+5j52nYbVb&#10;BLFDR55KrEvyBoS7U/CgJFQW0g1697Kv/LT/AJzGx/5iXa+/+nY+lc707uza20q7f23Hqt60e+sZ&#10;unaGLzuFwGTlramHa+05du7gpqvclE4oljr4ZInlIqbxWcV+5nsvfe3O07fvJ3uO8tJZhE9IjE0c&#10;jKzrQF5NaEIw1VQg07c4EvuD7TXnIe2WO6nd0u7WWURPSMxlHKswoNb6lIRu6qkGnbnHvd03uE+o&#10;j69797917r3shfdn80D4BfHnMV+3e1flF1vi9xYqoipMvt3bEub7L3Dh6yWWph+yzGD6yw+8Mria&#10;6B6VjNDUQxS06NG0qossZcf7J7W+4PMUMdztPK1y9s4qrvphRhg1Vp2jVga4IJByBUg0Guz+3PO+&#10;+xJPtvLlw0DCqu+mJWGMq0zRqwNcEEg5pWhp72AGyf5zHxW72+Q/R3xy+Kcmf+Qe5u28rnotxbgp&#10;MFvLrPbvV+3tr4wbhzOdzjdj7LweRzsx25RZCelpqCB0mnpEp5J4XqIm9iC+9l+a9h5d33mTmwR7&#10;da2aJoQtHM87u2hVXwZGCjWUDFjUBiwVgp6PLz2m5l2XYt53/mUJY29qq6VLRzNMznSqr4UjBe8q&#10;CWOAxYKQp697tH33vzZfWGz9wdgdi7pwWydk7Ux0uW3Hunc2SpcRg8Nj4SqNU12QrJIoIVeWRY41&#10;vrlldUQM7KpiywsL3dLy32/brWSe+lbSkaKWZj6ADJ9T6CpOB1HFlZXe43UFjYWzzXkraURAWZj6&#10;ADPz+Qycde9663dn/Clj4+7V37Ds349dD7/+QuNGXpMQ28K/ccfU2KzklTM0IqNlYfIbT3huvMRS&#10;O8SQpk6HCTzSs66EVUeXI3ZPuzcw3e3m95i3+326XQW8MJ9Qy0FaSsJI4186lGlAFMkkgTxs/wB3&#10;zfLmyN3vu9QWEmkt4YTxitPKRg8aL510NIAKZOQPe79e6u/OpPjj1pk+2+9t84LrHY+HihFfldwV&#10;d2fIzwSzwYHD0NClXkdx7gqlp5BT0OPhqaup8beKNgDbH/ZOX935k3OLaNhsZLq+c4VB5A0LsTQI&#10;gqKs5VVqKkdQltGybpv+4R7Xstm9xePwVR5A01MTQIoqKsxCiuSOve6EMB/wpP6G3d8itk9Vbb6A&#10;3+epd3bwwWzpu49w7vw+Fz2KnzuY/gsOf/0W0eDzcdXtynmnp6iR33BT1wpXkb7XyxrDLP1x92jf&#10;7Ply+3a55gt/3vDC0n06RsyMFXUU8cstHIBA/SK6qd9DqE2T/d+3q12G83O43yD96RRNJ4CozKwV&#10;dWnxiy0c0IH6RXVTuoaj3vZP940dY/de968f/Ckvuj+4vwm2d1HR1PjyfenbmEpK+l8vj+42d1zS&#10;zbyy0njVg0/2+7UwHBUoNdyQwS+RX3atk+v53vN3df0rCzYg+kkx8NfsrH4vzx9vU6/d/wBo+t5v&#10;ut0df07K1Yg+kkp8Nf2p4v8Aqr172sf5WG9emfgJ/KY6a7O743ritk0PZdfuzs1oGharz26czvTc&#10;FXSbR29s/b2Mgmz+8dy5PZ+HxZWmpoJ5lu2orTxa1R+61lvXuB7ub1tewWLzyWqxwVrREWNAZHkd&#10;iEjRZGfLED7WNCl9ybTdud/c7dtu2W0aZ7dUhrwVFjUF2didMaCRnySB/tjQ+9hB3B/wojo+l+zN&#10;s7c3x8BvkbsXrvc9HBm8duztyrbqvsDL7Wmr62lXc21er81sytxm5MTJBBE8Uq7lgikleSLWvjDy&#10;HGzfd0fe9surmx5/22fcYmKmO3HjxK4AOiSdZAyNUmo8EkChpmgNdq9iH3fbri4s+drCa/jJUpAP&#10;GiV6A6HmWQFGyajwiQKGmaD3vYZ6839tTtTYWzOzNi5WHO7M3/tfBbx2rmKe4jyOA3HjabLYur0N&#10;Z4Xlo6pC8bAPG91YBgR7x23Hb7vadwvdsv4jHe28rRyKfJ0Yqw/aOPA8R1BV/ZXO23t3t97EUu4J&#10;GjdT5MhKkftHHz697wdl9l7C6c2FurtDtDdWI2TsDZOIqM5ujdGcqPt8disdT6U1voWSoqquqqJE&#10;gpqaBJamrqZY4II5JpERrbZtm4bzuFptW1Wjz7hO4VEUVLE/yAAqWYkKqgsxABPW9v2+93a9ttu2&#10;62ea+mcKiKKlif5AAZJNAoBJIAJ6971+OzP+FCMtDgc32b0J8AvkN3J8ftvZfI4bJd+bmqsv1j17&#10;9zQSUdMksWYxPWnaOFpIqyrmk0xZCuoKyOLwGWCOWV4IMhNs+7wJLiDa9/8AcHbrLmGRAwtECzzU&#10;NT8LTQMaCmUV1J1UYgBmnHbvYwPPDt29872FpvkihhbIFmloan4WlhY0FMqrKTWjEAE+9nk/lw/z&#10;bOj/AOYpNuPaG3dr7i6r7i2ft2k3VnuuNyV9FnqWu2+89Bjcrm9n7qx0FAuexWCzmSp6SoNVQ42q&#10;H3UEgg0yN4wL7k+0W+e3C215c3Ud3s00hjSZAUIehZVkjJOhmVSw0s69rDVUCoN5+9sN45DFvdT3&#10;MdztUshRZUBUhqEqroSdLMoLCjOMMNWM+92t+4m6jTr3upL5tfzoPh18KNwV/Xmay2f7e7fxkzUu&#10;Z646rhxuRl2lVBEkWDfG58rkMbt7AVJViGo4Za3KQtp8tJGjK/uXeR/ZXnLne3j3GCGOz2dhVZpy&#10;w8QesSKGdx/SIVD5OSKdSfyh7S8183wJfwxJa7Uwqss1RrH/AAtFBZh/SIVD5MSKde903dg/8Kic&#10;9k9ubxxHWvxAp9r7irsXm8fsje+4+7o9ww4LJVEFRT4LcuY2PT9QY6DKtQStHUy41cukUjKYvuSv&#10;rMz7d91q3iubKbc+cDLbK6mWJLbQWAILIspuCVrkB/DqOOmuOpYsfu5Qxz2ku4c0mSBWUyRpb6dQ&#10;BBZFkM5K1yA+io46fLr3vZx+LGe7Qr/jB05vP5C56jqu0tw9a4bf3ZWQkx+I21jcDlN1UJ3dW4AU&#10;eOgosbj8bsajya4tZH1yNDQiWeaeVpJ5MX+a7fao+aN5suXYGG1R3LRQirOzrGfDD1JLFpSuunCr&#10;UVVFFGO/MkO2pzFu1psUJG2x3DRxCrOWVDoDVJJJkI104VaigCgHvdPfyw/4UV/FHovceT2X0ftD&#10;O/KPcOHqBTV+f25uTH7J6pedJ4I6mDEb/qcRurIbhNPEZWFRQ4afHTsiCGqkRzJHMfKX3cebd9to&#10;r3fbyPardxUI6GWelDQtEGjCVxhpA4qaoCKGVOWfYbmbeYI7veLpNtgcVCuhkm86FogyBa4w0gYZ&#10;qoIofe7ZfhV8pMf8xvi51f8AJmn2Xkus6PsXG5+sqNpZzKQZaTBVG2N057aeUMOejocTFl8NPW7f&#10;lnpKxqWkaekdHeGJiUWJOduVZOTeat05Ya9W6e2ZAJFUrqDoki9lW0sA4DLqajAgE8eox5u5bk5U&#10;5j3Ll5rtbh7dlAdRp1B0Vx21bS1GAZatRgQCePXvZbuyP5v/AMItjboy2xdpb03n8hN8YKnq5svt&#10;j419dbo7ikoZKeVqWCkk3HgKNNkvV5DIoaWNUyjLHPYTmFWViJdt9nueL61hv7yyh26xkI0vezJb&#10;1rknQ58WgHcapkfDUgjoQbf7Wc4XltFe3VpFY2bkaXu5UgrXJOlj4lAMnsyOFTUde9lD7n/n9da9&#10;UV1FsZ/g/wDOjE917lioRsHqzufq3AdN128arLVr4vDwUTnde992SRZXLgUsD0WByDSzXREdxoIw&#10;2X7v257sj3w552F9kiJ8We2ne4EYUamJ/Tij7V7jqlSgySBnoU7T7I7huaPeDnHZm2iMnxZoJmnE&#10;YUVavZGnauTqkWgySBnr3u67pre+5uyeqOvd/wC8+uc71FuveG08LuDcHWO56unrs/sbKZOjjqav&#10;buVq6eCkWarx8j6CXgppwLCaCCUPCkI71Y2u2btuO32W5R3lpDMyJOgISVVNA6gk0B+RYejMKExD&#10;u1nb7fud9Y2l+l1bRSsqzICFkANA6g1wftI9GIoT73Wl8X/5ufXvyV+c3d3wlh6n3NsTL9X5Hf2J&#10;2lvnMbhpMgu/sn1bnXwG96LI7TiwtDU7JqI5oJ6nHKa3JfdUdPIaj7OfTTtJvNPtBuPLPImx88Hd&#10;4riG6WJpIlQjwlnXXEVk1ESihCv2ppYjTrWrCQuY/a6+5f5N2fm87nHNFcrGzxqpHhiZdUZD6iJB&#10;QgN2pRiNOsVYe9m1+YPzv+NPwa2bT7t7933Fia7LRVD7T2BgYoc32Nvd6V40qV2xtcVVK8tJSvKq&#10;z11XLSY2nd0Wapjd41YI8nchczc9XrWnL9gXjQjxJX7YYq8Nb0OT5KoZzkhSAaBflXkvmHnK7a12&#10;Sy1ItNcrdsUdeGt6HJ8lUM5yQpAPXvdYfwq/nzbR+aPy42p8ZdufGfeGzcJvqk3XNtvsbIdg4zOZ&#10;Knm2rs/J7wnO6tjUO0qWkweOqqfCVVOtRT52vKTtTgxkTOYZR529g7zkrlC75nueZ4Zp4DGHhELK&#10;p8SRYx4cpkJYgspoYkxqzgapF5u9lbrlHle55iuOYYpZoSmuIRFQdcgj7JC5LEFgaGNcas4Ffe70&#10;99782X1hs/cHYHYu6cFsnZO1MdLltx7p3NkqXEYPDY+EqjVNdkKySKCFXlkWONb65ZXVEDOyqYIs&#10;LC93S8t9v261knvpW0pGilmY+gAyfU+gqTgdQ1ZWV3uN1BY2Fs815K2lEQFmY+gAz8/kMnHXveut&#10;3Z/wpY+Pu1d+w7N+PXQ+/wD5C40ZekxDbwr9xx9TYrOSVMzQio2Vh8htPeG68xFI7xJCmTocJPNK&#10;zroRVR5cjdk+7NzDd7eb3mLf7fbpdBbwwn1DLQVpKwkjjXzqUaUAUySSBPGz/d83y5sjd77vUFhJ&#10;pLeGE8YrTykYPGi+ddDSACmTkD3u/XurvzqT449aZPtvvbfOC6x2Ph4oRX5XcFXdnyM8Es8GBw9D&#10;QpV5Hce4KpaeQU9Dj4amrqfG3ijYA2x/2Tl/d+ZNzi2jYbGS6vnOFQeQNC7E0CIKirOVVaipHUJb&#10;Rsm6b/uEe17LZvcXj8FUeQNNTE0CKKirMQorkjr3uhDAf8KT+ht3fIrZPVW2+gN/nqXd28MFs6bu&#10;PcO78Phc9ip87mP4LDn/APRbR4PNx1e3KeaenqJHfcFPXCleRvtfLGsMs/XH3aN/s+XL7drnmC3/&#10;AHvDC0n06RsyMFXUU8cstHIBA/SK6qd9DqE2T/d+3q12G83O43yD96RRNJ4CozKwVdWnxiy0c0IH&#10;6RXVTuoaj3vZP940dY/de9w8jkcfh8fXZbLV1Hi8Vi6OqyOTyeRqoKLH47H0UD1NbXV1bUvFTUlH&#10;SU0TSSyyMqRopZiACfd445JpI4YY2eV2AVQCSSTQAAZJJwAMk9XjjklkSKJC0rEAACpJOAABkknA&#10;A49e96/fyY/4UZ/D7pvcGX2j03tPenyUzGISoifcW26zHbK6wq8lEjKlBj945qnyedycKVSlJa2k&#10;wdRQmO0lNLVKfeQnLH3cOcd5t4bzebuDbIXp2ODJOF9TGpVVNMhWlDVwwXqcOXvYXmrdoIrrdrqH&#10;b4np2ODJMB6mNSFGOCtIGrhgvXvZO9p/z+PkJ8z+4OhvjZ8ceicT8et2dpdv7V2zuTsLIb8xvdFZ&#10;j9h5H7ul3XV4Xbua6s2jhsdktvYyV8wtXUrkYwMd4mpZEkYexld/d/5d5K2bf+ZeZN+fcbS1s5HS&#10;ERNbAyihjDOs8jFXb9PSNB766wQOhXdeyOxcpbVvXMG/7019a21q7pEIzbgyChQM6zOxDH9PSNJ7&#10;66gR173tqe8RusYeve/e/de697An5F/JjpD4m9cS9t/IHfMXX3X0Oaxe3Wz0mA3TuZmzWaM4xtBD&#10;h9m4PcOdqJagUsjEx0rJGkbM5VQT7PuXOWN85t3IbRy9Ym43Aoz6NaJ2rTUS0jIgpUcWyTQVPR1s&#10;PL28cz342vY7Mz3xQtp1InatKnVIyqKVHE5rQde96jH8+H+Zn8b/AJh9ZdDdSfF7s6o7I2/h987m&#10;7C7In/ub2DsumxmWxOBp9u7Ep/Dv7am1qjKy1NLujNuzU6yxwCNdZ1SLbL72E9seZeTdz3/d+adr&#10;FtcPAkMI8SKQsrMXlNYpHC0KRcaE1NOHWUPst7eb/wAqbjvW6cx7cLed4UiiHiRSEqzF5D+m7gUK&#10;R8aE1xw697sE/lp/zR/5YvxN+EPQPSO7PkfDg99bf2pUZvsPGRdPd+ZV6Hfe9Mzk94bmxtTlsR1V&#10;XYrKzYTIZtqAT009RTNHSqIZZIgjGPfcz2s90ObeeeYN8tOWzJYSTBYW+otFrFGqxowVpwyhguuj&#10;ANVjqANR0B/cH249xOZ+cN83i12AvZSShYj49sKxxqI0IVpgV1BdVCAasagGo6972RKnOYihwc+5&#10;clkKbE4CjxUucr8rmpP4NR4zEU9G1fVZDLS5QUn8KpqKiRpJ2qfF4FVjJp0m2NawTPOttHGXuC+k&#10;KvcWYmgC6a6iTgUrXyr1AKwyvMtvGhactpCr3EsTQBaV1EnApWvl173r0/KL/hR98XOnN2zbN6J6&#10;83L8m58VXmjzu7sfuWm63670xSvDVDau4cht7dWa3ZNTSRNaVMVTY2oUq9PWTI2oZEcrfdt5q3mz&#10;W937cYtrV1qkZQzTeo8RA8axg+niM4yGRSKdTpy57Bcybtai73q/j25WWqoUMsvy1qGRUr6ay4yG&#10;QHHXvd+3Wm+cd2f1zsDsrEUtXQ4nsPZO1d84uir/ABCupMdu3BUGfoqWtELyQirp6bIKkmhmXWDY&#10;kc+8f9zsZNr3LcNsmcNNbTyRMRwJjYoSK5oSMdQluFnJt1/fbfKwMsEzxkjgSjFSR8iRjr3siPz1&#10;/mlfHP8Al3ZTrbB90YHtPdmZ7QoNy5XD4vqrCbPzlZiMZtmow9HLX7ij3ZvvZC0dNlqrLmOiMBqT&#10;K1HUBxHoXWPeQPavmT3Gi3OfZLi0hhtWRWadpFDM4Y0Tw4palQtWrppqWla4GfJXtvv3Pce4TbRN&#10;bRRWzIrGZpFDFwxouiOSpULVq0pqWla497PD1L2Lj+3+reuu18Rg9x7axHZeydsb8w+B3hS42h3T&#10;isRuzD0edxdJuGhw+WzmNocvHQV0fngiq5xDIShbUCABd322TZ913LaZp45ZrWd4meMsY2aNirFC&#10;yqxWoNCVFRmnQO3Swk2rcr/bJZo5JbeZ42ZCSjMjFSVLKpK1BoSoqM0697I583P5rHxF+CXkwHZu&#10;7a7d/a0lJHV0XTfW1PSbg3ukNREJKSs3G9TXY/b+zMdMJI3U5Osp6qogcyUtPUhWAHXI/tPzfz7S&#10;42uzWHaQaG4mJSKo4hKAvIRkdilQcOy1HQy5P9tOaOdKT7darFtlaGeUlY8cQlAWkPEdilQcMy16&#10;97Db+X9/Nj2R82+t/kd3BurrUfHTrT485HGfxLd+7uw8fuTF5TbmQxuey9RmcpNHtnbUe2q7D4/D&#10;xvVUitXx6quNYqiVrj2Z+4PtJfcj7ny3s9puf7y3PcVbTHHCUZXDIoVRrfWGLHS3Ye0kqOjDnj2y&#10;vOT9w2DarbcPr9wv1NESIoQ4KqFHe+sMWNG7T2mqjr3ukbvf+ed83/k38jsd1n/LT2NlodmYTPpH&#10;hKKj6vx/Y2/u3MfS10VNVZneVDnMRl6br/YVbqQ2phjq2gpnM1VkoWbx004bD7E8jcr8tybn7mX6&#10;G9ePuJnMMVuSKhYyrKZZR/S1q7dqRGlWmDZfZrk7l3YJNx9wb1TduncTMYooCRULGVZTLKPnqVjh&#10;Yzxb3tef8KYu7szLtH4hfH/LJSY/cOQpM93d2JhKCtNTQ47M0+Mo9lbZSibWxqqSKuyO5YY5nFyk&#10;Y0k6nsg+7HscIvOcOYYSWt1KW0LEUJUsZXr6GiwkgeufLpF93rZ4Rdc075ES0ClbeJiKEqSZHr6G&#10;ghJHz+zr3u4bp3uro3+Wj8AviZsXt7OV0u836h2bT7e6p2HhG3V2t2Pv7cWLj3VurD7B2HifFkMy&#10;0e5s3Uo9ZN9tRxlkapqI3kGqG952Tffc33A5uv8AZ4FFl9ZIXnlbw4IYkbw42llbC9iqdIqxzpUg&#10;dRVuu0bz7hc78z3u1wr9J9VIWmkbRDFEp0I0kjYXsUdoqxzpUgde9kgl/wCFEu2dl/Iag6c7++F/&#10;dHx42tVV+Cpchuns3NzYTsTa2P3BDQPR7i3V03mNh4Wpx+Aj+7ed5YM3VyvQxiaKOVn8Kjkfdzur&#10;3l2TeeX+dbLcboKxCQLqhcpWqR3CysC+KUMSjUdJIAr0MB7D3F3sT7tsnNtpf3IViEhXVE5WtUSd&#10;ZGBbFKGNRqNCQBXr3vZAhmhqYYqinliqKeoijmgnhkSWGaGVA8UsUqFkkikRgVYEgg3HvG1lZWKs&#10;CGBoQeIPUBEFSVYUYcR1723Z3PYPa+Fyu5NzZnFbd27gqCqyubz2dyNHiMLh8XQwvUVuSyuUyE1P&#10;Q4+go6eNnlmmkSONFLMQBf25Bbz3U8VtawvJcyMFVFBZmY4CqoBJJOAAKnpyGCa5mit7eFpJ3YKq&#10;qCzMTgBQKkkngAKnr3uhTvX+fbtHaeG3XvP4z/EPv75RdS7Dyv8ACd29+02L3D1v0TRTRSSQVclH&#10;v87C32+iGqkpo0/iNFjBOZiUOgRNNPuw+wN5dzWllzPzht+1bvcJqjtCyTXR8xWLxYvKpOhnpTOa&#10;6Zr2X2Uurqa2tOYeabHbd0mXUlsSstyfMVi8SPyqe1npTOa097NJ/LR/mxdUfzHYN6bfxOxs11J2&#10;xsDHUOez3X+Xz1Huugr9s5Cr/hy5/a26aTG4GbL0mNyTRU9clRjaGSnkqqfSJVkJQK+5vtLu3ts1&#10;lcTX6Xm03DFElVTGQ4FdDxln0llqVo7AhWrSmQ37he2W58gm0nlvEutsnYqsqqUIcCul0JbSSKla&#10;OwIDcKZ97Y/n7/OY+L3wWqKzY6SS94960zPFU9S7EzdBSJtaf7dqiFeyd5SU2VoNltP6AKRKXIZd&#10;VlSU0QhYS+3/AG/9l+aee1S+IFjsJ4XEqk+IK0Pgx1UyUz3FkjwRr1CnT3JHtNzHzmqXhH0eynhP&#10;IpOsVp+lHVTJT+KqpgjXXHXvZqPgb83etPnx0Fhe7OvqZ9vZFKyfb3YPX1bkosrmOvd50UUM9Zgq&#10;yvipMeuVoKmkqYqqgr1p4FrKOZGMUMwmgiCvP3I+58gcwT7HuLeJHpDwzBdKzRmoDgVOkggq6VOl&#10;gRUijENc68n7hyTvc2z3zeJHTVFKBRZYzgMBU6SCCrLU6WByRRj72svmb8nMH8NvjL2t8lNw7Yym&#10;9Mb1li8LUrtXD1kGOrc5lNy7qwOy8DQHJ1FPVxYuhkzu46Y1VV4KhqalEkqwysgjZFyXyvPznzPt&#10;PLNtdJBLdOw8RgSFVI3kc6QRqOlDpWo1NQVFahJyly7NzZzDtnL8FwsMlwzDWwqFCI0jGgIqdKGg&#10;qKmgqK1HvYR/y5fnvtP+Yh0JWdz7d2Tket8rt/e2V2BvDZGRzkG5v4Nnsbi8JnYpcbuGHFYH+NYi&#10;vw+4aZ453oaRxMJYjH+3qY39yOQLv2639Nlub5bmKSBZY5QpTUjMydyFn0sGRgRqbFDXNAac+8k3&#10;XIm9ptE94txG8KypIF0alLMuV1NpYMpqNTYoa5697P17j/oE9e9+9+69173Sn8if55P8v7aHWnd+&#10;I66+QrZzuvbmzOxMRsjbND1d3TSjIdnYzD5eg27i4dy5Drem2rBTvuiGFDWvW/ZiO8gkZLEzdy57&#10;F+4V5uexzbly74eySTwtK5ntjSBmUuxQTGQnRXt06q4oD1Luw+znPF1uGzy3+xaNokmiaRzNbmkJ&#10;ZSx0CUvXRXt06q4pXr3vW1/kV/Jj4jfErvfuHur5T9pRdd5B+tKLYnXAn2T2RvaXLT7p3HT5nd+R&#10;gGwdnbsGMqMVS7TooDJVtTPLHkXWHyDzaMlfffljm/m7Ydm2TlTajcx/VGWaksMWkRoVjB8WSPUG&#10;MjGi1oUBNO2uQHvNy9zRzRsu1bRy3tpnT6gyS/qRR6dCFUB8SRKhi7Gi1oUFaYr73uy/GP5dfHr5&#10;kbNznYPxv39L2Ls7be5ptm5nNnZ2/Nnw0u5afFYvN1GKjpt+7X2tXVksGLzVLM7wRSxKJ1BbVcDC&#10;HmjlDmLky9g27mXbxbXksQkVfEikJQsyhqxO4FWVhQkHBx1iFzFytvvKd3DY7/Yi3u5I/EVfEjkq&#10;hYqGrG7gZVhkg44de9kv+c384/4j/BzLVOw8/lct213JS6Fr+resXxdfXbXeRIZol37uCurafDbS&#10;mmpZhIlIWqcmUZHNIIZFlI15F9meb+eoVv7eJLTZjwnn1APxH6SAFpACKau1K1GuoI6FvJvtRzRz&#10;jEt7BGtrtJ4TTVAf/mmoBZ841YTiNVQR1737+Vv/ADR6P+ZXi+5KlOjct0vkOn6/ZUFTHJvmLsLB&#10;5+j3vT7lkoXo84Nn7ImpMtj5tq1AqaRqORVhlgkWZjIyR+91Pax/bOXZVO+pex3iykfpeCyGIpWq&#10;+JKCpEg0tqGQw0igJ97j+3D+30m0qd5W7S6WQj9PwmUxlK1XxJKqdYo2oZDCmKn3sxXzI/mD/Fv4&#10;Kbcpcv33v37LcOYo5a3anWe1qRdxdl7vgiklhafD7cjqKWGhxpmp5YxkcpU47F+aMxGpEulCHOTP&#10;bzmrny5eHYNv1WyNSSeQ6IYzxoz0JLUIOhFd6GummeiHlPkbmTnO4aLZLKsCGjzOdMSfJnoanIOh&#10;Az0NdNM9e910fBj+ettP5wfLDEfGvb/xu3RsPDbmwG6sxt3sLKdiY3O5A1G1dvPuKppdxbKoto0N&#10;LhKOrgoqqGOpgzdewnFODFadzBI/PfsPd8jcpTczXHMsVxNFJGrwrCyikj6AUkMhLEEqSDEmNWe0&#10;ah7zl7M3XJ3LMvME+/xzSxuitEIioo7aQVkLksQSCQY1xqzgavezT/O3+bn8UfgbXf3M3tlcv2N3&#10;DJSU1aOpeuFx+QzuHpKwRS0lXvTLV1ZS4XZ8VVSSieGColfITwMksdK8LrJ7CvIftDzZz9H9bYxJ&#10;bbMCR9RNUKxHERqAWkocEgaAagsCKdBrkv2u5m51T6uzjS32qpHjy1CsRxEagFnocEgaQagsCKde&#10;9l1/ly/zxutfnn3NUdC53pvKdGdg5TEZfNdfxSb9g7Fwm9Ytu0MmWzuK/iMeztk1eF3BSYWnqK6O&#10;BqWop5aWknP3CSKkcgj9yPYvc+QdlXf7feVv9uV1WX9IwtFrOlWp4koZCxCk6gQzL2kEkH3Pvs5u&#10;HJW0rvcG7Le2Kuqy/pmJo9R0q1PEkDKWIUmoIZl7SCSPe70fcEdQ1173UH8rv5wnU3RHbeQ+N/Rv&#10;UPa3zL+SeIhybZ3rDozFVWWo9r12LoWqajDbk3BisVubJjM0s8kKVsGLxGV/hi+YVhhqIRTSzDyn&#10;7Obvv20R8y77vFpsvLTldE90wUuGNAyIzIukiukvJHr7dGpTqEp8s+1e571tce/7zutttPL7kaZr&#10;hgpcE0DIrFBpOdJd0140VU6h72Sbp7/hSF1jl+24+q/k78YN+fGEncFDtjJbgq96nfK7MydRPNS1&#10;83Ym3Mt1/wBZ7i2zjsRP4fuGggyFSkbyM0C+ICQcbz92zdIdoO68r802+6fplwgi8LxFABAhdZZk&#10;csK0qUBNBqzgX7r7A7jFtZ3Ll3mODcf0y4UR+H4gAqPCZZZlctmlSorQVzj3vZUVldVdGV0dQysp&#10;DKysLqysLgqQeD7xnIpg8esfeGDx69779669173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9u+EylTh8hDWUzkFSFliJISohJGuGS1+HA4NjpNiOR7cjco1R0u268lsblJ4&#10;j55Hkw8wf9WOPUHJY6ly1FUUFYmuCoQoSAuuNrHRLEWVlWWNuVJBF/qCLj2aGip8BurHU81TRU1d&#10;TTJqj8saPJG9rSKrfqikRiQ2kgj21cF1NVao6n7b02PmCzhE9lG8bAeQJr+KleBqc6adVed1bz7Y&#10;6SztdHt3dVXg5IP3o/2o63FVtHOHhhyMuOrafI4uSWaCFVVpIXKSXW8ZU2fsPh8bgYmpsbRLRQs4&#10;lZUDXkY2Gt2dndyAALkngW9pJGMgGQejDa7G32UvBa2ZijqG+EitSMnJJNKA5+XVane3efavcM9E&#10;N6Z+m3PFQpUQ47GPQYvE/wAJhnRHkZ6PGRUsIq8gYUfUULyBYyrWQArOCVZIQUJMgBC3W5sDyB+W&#10;X/Y+yuRCrnV8PUqbdfRXNgrwsTcAUFVzjiB5kfnwp0UV6qaM5CDKRRyYqkmjq8gJGEEmPq5IVCVd&#10;JUspSGvip4lNysit4wJIiike4UNVNpkQxAPFNLHIUBWMG5sQhLEcEE3Pt94Uqja8FQR69B+03q7k&#10;+rhFl+rFcOjlRRa8a6TU8CCST1y7H25g6ncFHncbkKhcXuTGYjIYencJJkaxVgpYq2GrengpaZPH&#10;UxSwxMsPle6sbAlREkWRiw9JMhuW5LEH6WPJAHt9Sopxx0FtxS7keWMBGMpy3xEjyA8wBg9BVLuC&#10;PE18ShX8NJNGlDBHJRS0oeIWkhaR2Rj9zE2kpDpZGdXa7WHtlq1NMCW5N7BRYNwDb0/W1/rb8e10&#10;J8Xh1FXMNq+1EG4IYaiumoBNAcaeJANKkV+0dH++LFXP3dnJ8Hh6OfEzYyliylbuCoxtXW4ymnOR&#10;xArXObjqUp6Gu/hbzx0azFQ8wBCyMpVsK3ZELxg3P0BsACf9twD7cNAzBW6DZDUjuJ41aRs/YPSn&#10;y9OjEZKSios9u/aext9ZXbmLwhp4KgzUJrqqvzMNLNTz1/3NTUU9Zqr6ym0rURwlESMlL2YvxaJW&#10;uukKDaw5/wAbi3Nj72HIzXPSFgIldSgYHgOH8jWh/wAvQt4HcFbPU0OVTM5I12Jpqxs5WTVVHWyA&#10;S+IUYTJUyUX3uPicTQmMsDKqWZS1vYSbt3tTY2SfE48Goq4naKpm/RFCeNUSsPU8gPDWsB9L3uBd&#10;3ZxRTSvH/V/l6SB47KU6xrnXAHAD7acT8vL8qdWSdUbTmzVDiN7Z2kpIKbJ0FBl8Ti4qg10chnj8&#10;1FkqgungVftTFNCFvIzuXkIcEMHGPx+X3PUEoQkIcLLUOGEEZPOhFUfuSW5Cj/YkDn3qK3L1CDA4&#10;npJc3c0gMszHRWmOHyH+rgOh6qqyno0LzOAdDusYK+R0TSHZVZl9KFwCSQASB9SLr+o68STEmloJ&#10;1jrVkWUzVKgfeWDDxu6BmhS7XUAMAQL3PPtTKkaRBIxVq1J/yfIf6vn01bRyzM7vJpjYYHAfL5nP&#10;+wMdBXmu3cRgK6COspKqqoWZ466pxcclfJinjOmSSrgijuKeA2MjEqVW7AG1iHVdtLO0DaZcfNJz&#10;bXTL9yn1tyYdZW5/1QHtKUcAEoaft/wdOPGFYqGBNfL/AGQOhFxm4cLmKeOqx2RgnhlUPGW108jo&#10;yllcQ1KQz6GUEg6bGx/p7aK/Hy45lhqWRakgM0CMJDEhF18rqSgdvwoJNvr+PfirLTUKH06aZFUf&#10;FU/y/b08KwYalNwb2PPNiRxf8cf7H23+69N9d+/e/de69797917r3v3v3Xuve/e/de697//R2Nve&#10;RHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3XvbzQrGbXtfj2y9ejSzCefHr3tf4Otq&#10;6H00pjMTsGaORSUJFgSCpVluB+D79FcyQ1AyD5dL5bCK706q1HAg9QK/G02Ri8c4YEBhHLGQJIyR&#10;bUpZWQkf0YEf4exJocm9QulwkLkX0m7oQATdSbEFf6H6/wBfZhDLHMMqQ/28ei99suopFjSRWt2O&#10;ajgB+3PpTj59AzvDZ+MxifxlKPIZGpp1lSCaglSnrQ9ZJBFNT1BXQjUtQLanP+aUEqoaxLmlyCQv&#10;kJJYgkLx9RYHXfj/ABF/8Pb7eQJp0ktKa5GgUEVOCfL+dSfyrnh0H267RxY6ny+QmxbeGnpoqyjo&#10;qiqBqJGSJx54PtFo0illJCNDN4zZv3ALe+o54EfiFUYi2oRAajwSCy3B5H9fdTCTVgRXowa8Zuxq&#10;lKYBr/npxH8uk/ktk7jyFBCBuTI1a09XJUPTybhlkjpoZBLFEyUtbDFNDG1LPZQIQxZ72Fx7kvVo&#10;AFDi9rCzC1+PSQWNiSf9Ye6CFuOnrTzRhGpINdOH2fn5nz6Q+H62zDVsVTUYqoFLT1NRKZa6kE1Q&#10;VqBOPukkgxtM4Sio41VYg7TSuVW9jq9+88ZF+AbC9jbg/ngj8j6+/eG1aeXTkciBRKCASKGn+r/B&#10;1iqtl5r7tcQ81XX00VW9Tj5K1DUSI+iYTRVE1RBU641paoxCCVzoYjTyEHuLUVLRIZSNDIwWOWNt&#10;LAgg3a7WYA/g+3oog7aK1BGQenZLvwEWWui4U1VlbSykedf8HSm2v1xQZnIVGG+7ny+28zRCr3Jt&#10;XcuMhyeHroJo5qcR0qGjjnoahlVCJVkDllBZLhrqfF59ahFpa4rHOqrob6LKLcW/tFv6g88/7H2U&#10;Xe2mJjNbgmPz+XUtcr8/C9t123f3VLhR2yYo48g3nqPqfir5HPVN3zC/l013XGare1ekaTPbp2TX&#10;5TI1+ew9P5MlmtoytO8tZFOikpNgo42kKVHqSARWl/UhZwncfe04EgQJDJI4FiLWW3Av9Qx9p4wf&#10;AkOmtWA6F1xWTmHbEjuVTw7aWRgKEaToA4VpxNT0lekdg5ev6j3zUDBy1WWyWfwdFhsnNHOZMZTG&#10;DJtkIYaiogEmjzY+Fn0SarEWW3PuG1cGkKW9KvcygEk/QWSwKk8/63t4W5ChvMjh/n6I7jfQ128B&#10;jYxK9fEAJr6haAiv7QPT0X79CZTDY9M5kJocpWZTHPRUWzppaWjjiqoY6ioWqyk0lfDkaeil+3Zl&#10;KKZpChBKqOeGTzVLhKGaur61aalRR6Sul5HKnTHGpAeWR7cBbk/63tkRK7AaMjzr0uud7uNqtprm&#10;63Mx2BA7dGkkn0qAzH5CvSG6z6k7U7w7BxGw9q7YZ3E1QmT3LLVit2/tvEwzmnqq2oq6anmoMdR0&#10;RibTGdMs0jJHCkkrCIlL3PuSp3HkpquS8dPqKUtOT/mYATpDWJUyv9XI+p/wA9rq4AHAdY+bzusm&#10;63s9yQRGWNB8vn8z5/P5AdbMPV3XWH6r2Rg9lYaSSphxVLGtXkZkWOpy2RZEFZkqhFZxG1Q62RNT&#10;eKJVQMQoPtM+9dFHQg+/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69719v+FA3w47r+SPTfR3a3QO1t0b5398d947qqZ9qbFpsnkN8Tbb7BptrGsz21MRh&#10;1kyuYyu38/sbGN4KNJKxYpnmiFon95C/d75z2Tlret92nmC6ig2/cYYwJJSoi1xF6JIzdqq6Svli&#10;FqADxHU5ex3Ne0cv7tvO2b5cxw2V/Eg1yECPXEXors3aqssj5ai1AB4jr3uzP+Xbuz5Lb3+HHSm4&#10;vl1tjJbT75qsBW0+7cfnsYcDuatosfmsjQbXz27dvMkUm3t17g2xTUlXkaN44JIqqVy8FM7NTxRj&#10;7jWnLNjznvdtyfdLNsAkBjKNrQEqC6Rv+ONHLKjAkFQKMw7jHnPlry9Z817vBytcLLsocFCp1ICV&#10;BdUb8SK5ZVapBUCjMO4+9nVZlRWd2VERSzMxCqqqLszMbAKAOT7BIFcDj0EOOBx6970GPhxRSfzA&#10;f54sfZ0xhyW02+QO+PkFJNIrVFPDsTqrJ1Wb63pJEOgVULy4nAY4lgEZZdTKVuhz+5yce3vsYdrF&#10;Vu/3fFaU4HxZ1CzH5Hulf1xg+fWbXNbjkf2cO3Cq3X0Mdt6EyTALKfl8Ur/l+fXve/R7wA6wl697&#10;K383e4H6C+IPyS7gpqpaPKbG6b33lNuTtJJCBu6fBVeN2dF5YgZIjUbprqOMMvIL3HsVcj7MOYOc&#10;OWtmZNUU97Erj/hYYNJ+yMMehJyftQ3vmnl/amWsU13GHH9AMDJ+xAx6970tP5GeY71ou0u7tt/F&#10;rZ+NyHf3ZGyNubGxva27caazrn4+dY1GdnzPYfZm7VIIzuY/iWJwlPgMCiyLlsgGeo0wUrRz5r++&#10;sOwvtWx3PNV4y8v207ytBG1JrucKFhhj/hXS0pllx4aUC9zArlv7yRbM+27PccyXTLsdvM8hhQ0l&#10;uZgoWKFP4Vo0hlkxoXC9zVX3u/b5V/AT4e/D/wCCPy17t7N2fQ/I/vvKdS7vk3F8hfkFBQ767E3F&#10;23vfHwbQ2tuDBTZ9a6h2I1HvPL0Rx0WIWGspKeNIvuZpFMz4/wDKfuBzjzjz7yjse13jbbsCXkei&#10;0tCYoUt4iZHRtFDLWNW1mSqsSTpUYEJctc781c1c6csbPt10237It0mm1tiY4lgjOt1bTQyVjVtR&#10;eqsSTpAwPe66P+EwPSVTV79+S3yNrKdUosDtLb3S236liSaqt3Tl6Xe+7Y4lB0ocbTbSw2pmGois&#10;AU21+5H+9Hvipt/LPLaN3yTPcuPQIpij/wB6Mkn+858uh794veFWy5e2BG73la4YegRTGn7S8n+8&#10;/Z173uGySRwxyTTSJFFEjSSyyMqRxxopZ5JHYhURFBJJIAA94cAFiFUVJ6xVAJIAFSeve9e7ePeX&#10;b383/u3sH41/FHs/cfSPwe6cqHwvyE+SWzSIN6d17gqXmhg646pyF1+x2zkEpZWlqw4jqqAPPUiW&#10;mmpaGuyHs9i2f2e2Pb+ZubNrivueb0arSzkzHbIKEzTjzcVFFpVXoq0ZXkjnO02bavazZ7HmDmbb&#10;o7znG7Gq1tJP7O3UcZZh5uKii0qGoq0YM6e94vkv/J1/lafFz4g94drZjpLP7gzHVvUe9s/jN47i&#10;7i7bj3Dld2Q4eti2fHNRYDeOC2Ua+u3RU0dLCgxKUjO6+WJl133yz7ye6vNXOGx7TDvkccN3eRI0&#10;aW9voWPUPEoXjeSgQMx/ULUBoQadb5e91vcjmPmnZ9si3hEiubqNTGkEGlU1DxMtG0lAgZj3lsGh&#10;4de915f8Jjvj4ub7O7/+TmXoVal2HtnD9S7MqZbMj5/etT/eHd1TSqsl4qvDYHb9BAzOtmiy7BCf&#10;XaRfvP8AMPgbXy/yvDJ33ErXEg/oRjRGD8md3P2x58uh194jffB27Y+XYn7p5GnkH9GMaUB+TMzH&#10;7Uz5de97CndfwRl+Tnyk292X8iOw5ew/jD1ntzAV/WXxSkx32uxa7t5Z8tHnt9dr0+pqXf8AQ42i&#10;+1bF0dUJIjLNLFIkdNHNHksd9k59HK/KtxtnLm3C25oupXE9/Wsot6LoigPGIsdWtloaAEEsVMUG&#10;bRzoOXeW59v2Gx8DmK4kYTXtayCCi6Y4TxiJOrWwoaAEEsQY/e9N35f9vbP3h/Ok3rv+o2dlN2bP&#10;68+TGyto4rrrrjF082X32/x//u11/g9ibYo8erpJUb/z+wosfDJGJGjWuDxoQiR+8zOTtnvbP2Us&#10;dvW9SG8udslkaaZiFi+r1ytK5PlEkpcg0rpoTknrK7lXarq19o7OxW7WK6n26RzLKx0x/U65Wkcn&#10;yiWQsQaV05OSeve9qjq3+XXnfkpvTG/KX+Z0uN7c7QmRqzrb4urVS13x2+OG369Y5odsHbIqJcV2&#10;dvfxHTmclkRU0FVOAgiqBTU1QuKW6+40HLNlLyr7X6rPaxia+pS8vHGC+umqCL/faJpZRmq6mU41&#10;7lz5Dy/aSct+3eq124YlvKUurph+PXSsMf8AvtEowGarqZeve9XfafUHX/yW/nlDrTpTZ23dmdR4&#10;/wCWVdU023tiYil25tOg6/6IyEmW3bWYGgw0MGOwNBuah2DVy0phSKJZ8hGERSyp7ymu943Dln2K&#10;/ee93sk+8NtABeVi8hluhpjDlqlyhlUNUk0Q1Jyesjbrdb7l72b/AHhu93JNujbYAWkYu5luRpQM&#10;WqWKGVQ1amimp8+ve/oKe+enWDnXvekb/wAKSOycp2b80+k+gttLUZqXrjqvFrTYakDyVR7C7g3R&#10;UzVGMpqbUUeoyG3cDt4oRZnaUKeFU+84fu1bZFtfJO+cwXRCC5u2qx4eDboAGJ9A7zfZT59ZgewG&#10;3x7dyjvG93FEFxcmrHh4UCChJ9AzS/s6972IvhF8DKzY2N6s7p+U9Jhd4d+bF692tsbp/YamDM9c&#10;/ETrnb+AxuFwnX/V1NKstBVdhHG46L+827kX7rJV2uGldKKNWqMdOeOfkvpN12TlR3h5fnuHluJc&#10;rNuEzuzNLOeIh1E+DbntRaFwXNFgjnDnVLyTcto5aZ4tkmneSeT4Zb6VmLNLMeIiqT4UHBFoWBc9&#10;vvdOv/CiLsLbvyJ7Z+Kvws6Rx8PaPyGxO69yZHLYTa4psrldsVW+aXAYjb+zKupp5JFxmSzi458n&#10;kaedofsaGjpaqo0wyI4mX7um3XPLm0c187b5IbXl14UCs9VVxEXZ5AD8SrUIhFdTM6LUgjqVvYiw&#10;n2HbOZebt4kNtsTRIFZ6gOIyzNIAeIWuhSK6mZlWpBHXveyr8S+lZvjn8ZOiOi6uuiymR6t6u2fs&#10;/MZKAsaavzuLw9NHnqyj1hXFDUZlp3gDAFYioPI94zc3b2OZOZ9+35Iysd1dSSKDxCMx0A/MLSvz&#10;r1j7zPu43/mLet5VNMdzcu6g8QpY6QfmFpX59e90Kf8ACnfdu9sV8dvjptHEVeRpdi7u7X3JV70S&#10;kkmhosjlts7Zpp9nY3KtEypU0/8AuTyNVHBJqjaekSXTrhRln77r1pYy8x8x3kyKb+G0QR1oSFdy&#10;JGX0PaikjNGI4Mepr+7ta2cu/b9dSqpvYrVBHXiFdyJCPQ4VSRmjEcCeve7cv5bG7+nO5P5e/wAa&#10;l68oNtV+w06Q2r1zuvaKUdBV46g3NgNtUu2eydq7kxUkTRVNTUZ+Ksar+7i1ZKKpFU4dKkO8Qe5d&#10;nvOze4fM37xklW/+ukmjkqQSjuXhkRvIBNOnSewrpFCtBF/uBa7ttPPXMH17yLe/WPKj1IJRnLxO&#10;h8gF06dJ7CNIoVoPe0r8Sf5UfxJ+FXdfYPe3SeK3tT7s35i8lgKTFbm3NTZra/X+3MxlaHMZPAbD&#10;oIcNj8jS0NXV4umHkydXlKyOGERRzIjyK6vm73Z5u522Tbth3yWA2lu6uWRCryuqlVeU6iCQGbCK&#10;ikmpUkCijmj3M5o5u2ix2XeJYTawMGLIhV5XVSoaQ6iCQCcIqKSakEgU97Lv/Mp+Z/ZdR251X/LZ&#10;+Hef/hPyj+RFZR0u+exaOCWtboLqbIUlZWZvc0RpJY5qPd0u2qOqySSIfuMfiaV54glTVUE6CP2z&#10;5K2xdo3X3L5yt9fKu3KTFCSB9XcAgKmcGPWVQg4eRgpqqyKT72+5S29dr3L3A5rg1cuWAJjiJp9T&#10;MCAqZ4prISnBnIU1VXU+9n3+J/we+Ofw12XjtsdPbBxFPuIUirurtTN0NFle1ewMtL5Jclmt372n&#10;pzma6WvrKiaVaRJI6Ck8zJTQRRnT7AHNvPXMnOd7JdbzuDm2r+nApKwRL+FY4gdIoABqILtQFmJz&#10;0CeZucd/5su5Ljdb5jBXshUlYYl8lSMHSKAAaiCzUBZic9e96fnzWoaP54fz4ounoaeKv2jB3V1r&#10;0fmIYF8sr7S6ro8ce3zO1PfyVFLNi9wkX0+ONERyuhmGYnJMj8hewh3ksVvDYzXSk/78nJ+npXyI&#10;aH7SSRx6yo5RduS/ZY7qW03Rs5bha/xzE+Bx8jWL7SSRx69727fml8Qqr5mbH2n1LlO7N/8AU/Ua&#10;7j+/7f2h1zTYyjyXcW04qMpR7Fr90VOqt21hUyCrLOsUNVBVxXjlgLCGWHEDkrnBOS7673eLY7e7&#10;3fw6W8kxYrbyVzKEGHamBUqVOQ3EHFzlHmleU7y53SPZ4LrdPDpA8pJED1zIEGHamBUgqcg8Qfe9&#10;Pb+ej1f8dunPkB8f/iL8Vel9mbHk6160p59yT7QwER3rvLd/aGZpINvYPee66mKfdm/cvjcFtuiq&#10;aSbI1la8bZuVY2VnlU5jexO6cx7zy9zDzhzXvU04ubohBI/6cccCku0cYpHErM7KwRVr4QqDQdZU&#10;+zW479uux75zTzLu80wuLg6A7fpxpCp1NGg7I1LOwYIq18MV4Dr3u87+Z7sbsv4k/wAlHA9JdQRZ&#10;wf3P2j051N2vm9s+V6mk2S1JHD2TnK6poo2enw27N0QJR5F0McT02WkjciF2UwT7XX22c3e91xvm&#10;8FP1pri4gV+Blr+ioB4tGhLIDU1jBGQD1Dft1ebfzR7vTbxupT9WWeeFX4GSv6SgHiyIdS8TVARk&#10;Dr3sfqD5GdQfAH+UT118g9kdUYrrim/0D9a5bZvVz4l8HUZ/t3sTbOIGNp9xNGn8UytTkdwVsmQy&#10;eQnd6yqoIZqhnLkew/Jy3vHuD7v7ly9fbs9y318yyT6tQS3hdtRT8KgIAiIAFVyq0p0RvsO687+6&#10;V/sd5ubXDfWyrJNq1BYInapXyUBQFRR2hiFpTr3ulb+Q70lvL5mfMXuP+YB8icrXdgZfrHIxTYbM&#10;7iRKlM33NvalrBBkaOG32FJQ9abPpiKOiihigxz1+OakEa0qKs2+/e+WXJfJuze33LkS28N0tGVM&#10;abaIioPmTNIe5iSXCSa66zWXfeneLTlPlTaeR9hiWCK4XuVcaYIyMHzJmkPcxJL6ZNVdR6973Nfe&#10;FvWJnXvet30x1PtnLf8ACi35Jbz67pYYMP1v0PQbn7MmoljGLh7N35szYG3paCLwaI1yWaos02Qq&#10;v1lqyGrMhEtwMlN63a6h+7jy1Zbi5M1zflIQfi8CKSV6mv4VK6F/olKY6n7d9zuIvYbl+0v2JluL&#10;0pFXj4MckrV+xSukf0SlMde9jl3d8CPjn8b9j/K759fLfJTfNburD7L7A3XhMt35t3DZbYG3qWOC&#10;tHW3W21epWjyux6SmjytTQYyKepgqIopZGlpo6GOSWMkWx8/8ycy33Kft/yhENk2R54o2W1dllc1&#10;HjTSXHbKTpDuQpBIFGLkA9E2z87b9v8Aecs8k8rxjaNoeaJGW2ZllY48WV5+2QnSGcgEEgUYuQD1&#10;73UJ/wAJlOhpdy9/d5fInI0crYrq3r2g692/USrpp33Z2Vk1r66opXtqlq8TtnaM0Mqg6Ujyqlhd&#10;kImH7z2/i25f2LlyNx411cGZx5+HCtAD8meQEepjPoepT+8PvQt9k2bYY3/VuZzKw89EQoAfkzuC&#10;PmnyPXvex33X8EZfk58pNvdl/IjsOXsP4w9Z7cwFf1l8UpMd9rsWu7eWfLR57fXa9Pqal3/Q42i+&#10;1bF0dUJIjLNLFIkdNHNHksbdk59HK/KtxtnLm3C25oupXE9/Wsot6LoigPGIsdWtloaAEEsVMUB7&#10;RzoOXeW59v2Gx8DmK4kYTXtayCCi6Y4TxiJOrWwoaAEEsQY/e9N35f8Ab2z94fzpN67/AKjZ2U3Z&#10;s/rz5MbK2jiuuuuMXTzZffb/AB//ALtdf4PYm2KPHq6SVG/8/sKLHwyRiRo1rg8aEIkfvMzk7Z72&#10;z9lLHb1vUhvLnbJZGmmYhYvq9crSuT5RJKXINK6aE5J6yu5V2q6tfaOzsVu1iup9ukcyysdMf1Ou&#10;VpHJ8olkLEGldOTknr3vao6t/l1535Kb0xvyl/mdLje3O0Jkas62+Lq1Utd8dvjht+vWOaHbB2yK&#10;iXFdnb38R05nJZEVNBVTgIIqgU1NULiluvuNByzZS8q+1+qz2sYmvqUvLxxgvrpqgi/32iaWUZqu&#10;plONe5c+Q8v2knLft3qtduGJbylLq6Yfj10rDH/vtEowGarqZeve9XfafUHX/wAlv55Q606U2dt3&#10;ZnUeP+WVdU023tiYil25tOg6/wCiMhJlt21mBoMNDBjsDQbmodg1ctKYUiiWfIRhEUsqe8prveNw&#10;5Z9iv3nvd7JPvDbQAXlYvIZboaYw5apcoZVDVJNENScnrI263W+5e9m/3hu93JNujbYAWkYu5luR&#10;pQMWqWKGVQ1amimp8+ve/oKe+enWDnXveu1vbsvJfzifmNvP4l7F3LnMT/L4+MT0mQ+SO4tp1tZi&#10;av5GdhQ5Wso8J1vT7nxsqVNL1/LlcZUNGIGT72DE1lYspkfFy0+RljtkXs3ybZc3X9tG/uHulRZp&#10;IAws4SoLTFDgy6WFa10mREIoJQ08We3R+1PKlpzPe26NzzuNRaq4DC1i0gtKUODLpIrWukuiEUEo&#10;b3u6yDbfSfxD6R3hlNh9fbM6w6x6r2NuXeuUwWycDh9r41MPs7BZDP5SqqBQU1PHUV0lJRTSS1VQ&#10;ZJpZXaSV2ZmYwk1zvnOG+WcV/uM11ul3OkStK7OdUjBFAqTQVIAUUAFAAAB1ELXG8c07xax3t9Nc&#10;7jczJGGkZnOqRgoAqTQVIAAoAKACnXvenf8A8J6Otavvb+YP2j8j900cMsnV+y9675FRTwMtLSdj&#10;9x5io27SLCnMUEMu2MnuPxgksNC6QbFlzI+8RuabD7ebVy3auQLqeKKhOTDbqHP2nWsNft6yr99N&#10;wTZeRtt2C2cgXM0cdDxMUChz/wAbEVeve94n3gx1h1173737r3XvYedmdQ9T904Cm2p3H1h132zt&#10;eiytPnqPbfZmyttb8wFJnKSlrqClzNNh904zK46DK01Dk6mGOoWMTJFUSoGCyMCZbZvG77JcNd7N&#10;ulzaXTIULwyvE5UkEqWRlJUlVJFaEgGmB0v27dNz2idrnadxntbkqVLwyPGxUkEqWQqSpIBIrSoB&#10;8h173oXfzE+q+t+7v5vR+Lvx26x2L1ps9OweoegKTBdUbI21sXC/xerGG/0gblrMNtPEY7HCsw2a&#10;3DkUqq2WKSQUmNVpG8caqmfPtzuu5bH7P/1p5j3Se5vPp7i7LTyvK2kavCQNIxNGVEKqCBqcgCpq&#10;c1OQ9y3DZ/a3+se/bjNcXfgT3JaaR5G0jV4SBnYmjKq6VBHc+BU5973W6T+X98EKFaZab4V/E9Gp&#10;FhFPM3x36jmqkanCiKVqybaMlVLUKUBMju0jN6iSefeEj+4PPsmrVztu1GrUfWXFM/ISUp8qU6xE&#10;bnjnR9Wrm7c88f8AGp6Z+WulPlw697bvlB8Pcf8ALTc3WmP7O7O3jH8ftnTV2Y338dcAkGH2v3Zu&#10;WGrx9TtSTsfc9FUQbhr9nbcanmeTApakyFQ8Msrr4NMjnK3OMnKNrucm17XCeYZgFivHqz2yUIk8&#10;FCCgkeoAlPcgBAHdUOcuc1ScsW+4Sbdt0X78lAWO6bue3ShD+EhGkSPUUk+JRUAd2Pe9Q3+djjsT&#10;3l/NL6y+LnU+GwuCh2Vs/ob417fwe1sRj6DEYvN773FW7upKLHY3GU9HR01PQJ2rSxfbx2ihaJl9&#10;DawMwPZGSXYvavdOat2neQzzXV67OxLMsSCMksxJJPgManJqOIp1lJ7QyS7N7b7jzJuczuZpbm7Z&#10;nYlisahCSSSST4JNTk1HHHXve9Dtnb2M2jtvb208JE8GG2xg8Tt7EQSSGaSHGYWgp8bQRSStZpXj&#10;paZAWPLEX94JXVzLeXNxdzms0sjOx/pMSx/mesNbieS6uJ7mY1mkdmb7WJJ/meve9G/+aZX13zs/&#10;nR7Y+OuEeapwm290dS/GqlkSqMccFFFkF3L2ZlQqRj7R8Jlt25iOVx5JHjx6tf8ARGmdPtVGnIfs&#10;pdcxzgCeWK4vTjiaaIV+epY4yOAq5HqTmN7bonJftJc79MAJpI57s486aIV+epUQjgKt9pPve6B3&#10;TsXsTN9D7466+Pe88V052JVbIm2z1lvKfCxZXE7GroqWGixlRHiTFNGIaOiiMMLCKX7UlZVjkMYR&#10;sK9kv9ug3+x3LmKye924T654w2lpRUlhqxknJyNWRUVr1iVtF7YQ71Z3++2jXdgJtc0YbS0grUjV&#10;8zk5FeFRWvXveuR/OA6K6a+Bv8rqm6Z2bG26Oyu/O6tgU/ZXbW7v9y3avbu6MCmY7E3X2Hu3ceQm&#10;rsvUk5fAxRR05qZIaGPJCKO5klkkyQ9nd+3rn73Tber0+Ftm32Upht4+2C3R9MMcMaCijtcknSCx&#10;Sp4ACfPaved2519x23a7Ph7fY2cpigTthgRtMSRIgoo7WJJoC2ip4AD3siv8pb4wb3+d/SlH8ZC+&#10;f2F8OtpdrV3c3yx3di2kx2d7u7QdcTi+uOjNv5VdSrtra20ttUWbrXGv7SryTTNGlR/DpWHnu5zR&#10;Y8hb2/NFI7jnKa0FtYRtlLaDuaa6df43kdo1/iVAASviDoZ+5/MVnyXvD8xUSfmuW2EFkhytvD3G&#10;W4Zf43d2jX+JUoCV8Qde97mfTPRHTfx42ZRdfdIdbbR6x2fQpGqYfaeIp8ctXLEpUV2YrVV8lnsr&#10;KGJlrK6aoq5mJZ5GYk+8Lt637euYr19x3zc5rq8b8UjE0+Sj4UX0VQFHkB1iZu29btvt299vG4S3&#10;F034nYmnyUcFX0VQFHkOve9Hf+bHnN1/LH+cjlOrtgbXXtGv2nuPqforZuyZMimLp9xybeoMfn93&#10;bbrcnVOKXCY7++e4c5DU1LERU9Orztb1e85vaWC05S9mYt13C6+ljminupJaaimslI3CjLHw0iKr&#10;xJoo8usxfbKG15Y9qI9yvrn6ZJY5rmSSlSmolUcAZY+GsZA4k0Ude97gHxc+HFH1LnMp3x3Zm8d3&#10;T8wuwKFY+wO5avHaMftTFy63g6n6OxdcjTdfdQ7ZSX7enpoBFVZV1NXXEyyLFDh5zVzm+7wRbBsc&#10;DWXJtu36VsDmRvOe6Yf21w/EsarH8EeBVsWOY+a33SGPZdnha05VgP6UAOXP+/rgj+1nfiSahPhT&#10;Aqfe9Zr+cDS4/wDmRfzOek/i98X0oN87t2Ls6m657I33gRBk8Jt2ql3Xk9w7rOXzVC81LLgOqcNX&#10;GWtfyfs5OqqKFVNWPG+Tns60ntr7X75zTzSWgtJ5jNDE9VZx4apHpU51zsKLjKKsh7MjIX2raTkD&#10;273fmPmMtDazSmWKNqhmGgKmlTnVMwouMoFf4cj3vcs23gqPa+3cBtnHmVqDbuFxWCoWmbXM1HiK&#10;GDH0xlfjVKYaddR/J94YXM73VzcXUlPEkdmNOFWJJ/mesT7iZ7mee4kprkcsftYkn/D173q6/wA1&#10;H5J7r+cHzh6d/lIdL7jq8V15X9hbVp/kjuHAVEiV2ayNDE+8dzbcSRFamrsL1bsWhmys9M5eGpz8&#10;axzKj45WOU3tTyzacjcjbz7vb3bB9xW3kNmjjCg/po/qGnlIjDYKxElSRIesjfbbl+25O5O3X3Q3&#10;e3DX6wObRWGFB/TR/UNNIQgPERGoJEh697uf+X+8/jr8GvgF2TicvittbV6n2z07n+pdhdcxxUUc&#10;O7Mnn9rZPb23th4vGTc5mv3FPUO9c7LK5g+6raklEnkEK8nWXMfPXuDtk0Mssu7S3qXEs2f01SRX&#10;eVm/CEA7eGdCLkqOol5WtN+5y532+WKSSXc5LtZ5Jc9gVwzSE/hCgdvDOlFyVHXvevd/Ic/l8dvb&#10;s6k+S/e+W3h2F8faDvXqSp6Q6T7C2kRit5fa5DcON3HubsnbhnanrI8XjMrtbH0NJURPAa4SVogn&#10;heJJxkP79+4ez2m78s7DDZ2+4yWF4Lm5hk7o6hCiQvSo1MruzAg6aJqVgSvU5+9PPO1W26cvbLFa&#10;wXz2V0Li4ifujqFKpE/EVKuzMCDpompSCV697u7qf5LvwCl+P24Oi06aw1Rl9w4qtWp75ztPT7h7&#10;9XeFXC7jff8ApJr4f4ymSGWYVkmOganws7Xiaj8DNGYOX3r9wBzDb78d6cQxuKWqkpaeGP8AQvBB&#10;06dPaHNZBxD6hXqHl92+dxvkG8ndnEUbClspK22gf6H4Q7aae0MayDjrrnr3vXR/k/8AYW/v5ef8&#10;0ffnws7UrvtcL2buLLdI7mj1yQ4ar39tySuy3T++cbBK6yPDuqKd6PH6hqel3IjOt1GnI73i27b/&#10;AHE9rLDnbakrPaxrcp5sInotxEx9Y6an/pQkDqevdSxsuevbiy5u21KzW8a3CfxCJ6LPGT/Q+Jvn&#10;Eade97YH8w/r/Edn/Bb5a7Nzciw0dX0H2XmYahlV0pMvtHbNfu/AVsiOVDx0WdwVNKwupKobMpsR&#10;iX7dbhNtfPfKN7AKuNwhUj1WRxG4/NGYfn1jNyJfS7dznyxdwiri+iWnqruEYfmrEde91k/8Ju9g&#10;VO0/5f8Am911Sm/aHfm/90Y9yhQHEYTBbN2FGisQPKEzG0q46gSLsV+qn3KH3lNwW79wYLRP+Iu3&#10;xIf9MzSS/wDHZF6kP3+vlueeIbZf+I1jEh/0zNJJ/wAddeve7/8A3j51CHXvfvfuvde96t3/AAoH&#10;6o+JXxz+IO0cT1V8Z/jx112b2725hcNRbp2L0r1ptDdlBtTa2NyW6d01WO3HgdsUOZo/Pk4MVRzr&#10;DNGZoK10clCyPlR93vdubuZOcLybduZ9xudrs7NmKS3M0kZkkZUjBR3KmimRhUGhUEZoRkf7Hbnz&#10;Pv8AzTdS7nzDf3G3WtqzFJLiV0LuQiAozlTQF2FQaFQRnI97FP8AkafAD495z4F7X7Q76+OfTXaW&#10;8O399b23rhsx2z1RsjfWdxeyqGrptk7fxeOqt3bfydZjsHVzbTqcnBFGyxzDImcXWRT7KvfX3B5i&#10;g5+utr2DmS9tbOzgijZbeeWJWlIMrsRG6gsBIqEnI0afI9FvvJzxvsPOtzt2yb9d21rawxxssM0k&#10;amQgyMSEYAsNYQk5Gmnl173dbn/jdtvb3RPYfTHxb/ul8QaretDlTid2dMdZbNwkG0tzZimocfXb&#10;wo9oYil2/ha7cE2Lx8dOaotDVokcbRzxyQxOkI2/Mtzcb9t29c1eNvCwMuqO5nkYyIpJEZkYuwQM&#10;SdOVyQVIYgxFBv8AcT71YbtzJ4u6rCV1JPNIxdFJIjLsWYLUk0yuSCCCQfe9Z3+bx8PfiB/L2+Al&#10;DsnY2w6DffyB+QHa23sfku+O0aak3n3RkBt6Q7739vDF7vylHLJs9MlW4qhx1XTYc0IqoMxIJ/uC&#10;9RI+Tns/zlzj7ie4El9f37QcvbfaOVtYCY7Ya/0oo2jU/qUDM6tJq0mMadNFAyE9reauaueud3vL&#10;y9aHY7G2Yi2hJjtxq/TiQoD30DM6l9VDGKaaKB73Yh/wnq6Dq+q/5fsW/qyGXG7l+Q+/N17/AKeq&#10;qIEeopds4cRbC2gPtX0rJSNJtyrycAf/ADseQDX0Mto6+8RzAm6+4R29CGttut44iAcF2/Vkz696&#10;oacCnrXoCe+m9ruXPBskOq3sIEiIHAu36j59e9UPoV9eve15QfAnpX4gdb/Jn5r/ACizdN8vPkvR&#10;7F7O7I3N3J3DtrEZOgxdDhNtZWowm0euOvsqcztzaVGMdSQ46FIlmqGWZqSB4aJko0L5Oft75w3L&#10;ljkjlaA7Pyy08EKW1u7KWLOoaSaVdLyGpLmtBjWwLguUT867vzTf8vcocuQna+XjNDEkEDsCSzgM&#10;8sq6Xc1JY1oMa2BcFz73qofyeJu/pfkJvbbnxQ2nSZH5E7+6xyGwtpdmbljjfYHx62dnc3iKnsXu&#10;vcamnrJanNYLF4unx2GpjFJDUVWUZTHUSCGkqcr/AHjHL45dsbnm27K8uW90JZIE/tbuRVYQ2yZF&#10;FZmLyGoIVBlRqdclvdUbGNis7jma6K7DBciR4U/tbqRVYRW6ZFFYkvIaghUGVFXX3vcT6I/lCfCz&#10;qjZ2Vx/Y/V23Pk92dvQ1uS7P7r+QeBx3Ym+t57nzIaTOZ2gn3IuYGy2qqyWSSH+HSJWxag8tXUVA&#10;aofDffveHnbdr2KTbd1l2va4KCC2tHMMUaL8KkJp8SgoDrBU8AirRRinvXunzdud3FJYblJt23Q0&#10;ENvasYo40X4VITT4lBQHWNJ4BVXtHveqf8Ouo8L0x/Pq21031eMjJtTrT5Sdx7W2zD95NWZCi2dt&#10;jDdhI9BXV7TPPXNh9t0kkFXLI2uZIZGkF2ZfeV/OW8Tb17BXO9bppF3dbVbu5pQGR2hyBwGpyCoH&#10;Cop69ZLc17pLu/srcbtuOkXNxtsDvigMjtFkDgNTkFQOFRTr3vef71zm5tsdI9x7l2VHLLvLb3Vf&#10;YWc2lFDEJ5pNzYnaOXr8DHFAQwmlfK08QVLHUTb3gnsMFrdb5s1tfECyku4VkrgaGkUPny7SesNd&#10;mht7jeNpt7w0tJLmJX8uxnUNn/Sk9e96o3/CZPtPr49o/K3Zm7q+kl7z7GxeyN47czueqRV7l3dt&#10;7AV+75ewKKkyuQZ66procvn8fka2JJHmrlY1EisKMumWP3ntq3H91cp3tnGRsVs8sbqgokbuI/CJ&#10;UYAKo6KaUX4RTXQ5MfeH22+/dvLN3aoRs1u0kbqooiMwTwiQMAaVZVNKL8I+Oh97vf8AmL/Ka+IH&#10;zg7N2Z273Hgd243e21YqKgy+Q6/z2P2wvY+AxswloNu9h+bBZWpylDRIXhiqqKXH5VKZ/CKsRRwr&#10;HAvJvu3zjyNtd7s+zXELWMpJUSoX8FyMvD3KFJ4lWDoSK6Kkkwvyp7nc1cnbdd7XtM8TWcpJUSqX&#10;8JjxaLuUAniQwZCc6akk+92T0lLTUNLTUVHBFTUdHTw0tLTQoI4aemp41hggijWypFFEgVQOAB7j&#10;R3aR2d2JdiSSeJJ4nqP2ZnZncksTUn1J49e95/deq9e9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvffv3XuvexO6/3gMRWw4+ukCUFTKLSvYLTTvpVZGYkBYXsA9+B+rjm9&#10;idSMhHQv5W3z6C/tkmcLBq4ngCcZNRQHzJ4ccZ6LT8nOlR23sHKHC08Lb1xOPllwTSSSRDIrAXqG&#10;xDyRsoWScs/25b0CZtLFUdmU0RqyVQJFYW/zilWUiw/H4v8A717KxDQtqf8ALrIqXfnbwII9uYED&#10;LjSwxxrXI+fy61pK+pxkWUyeE3UIINwYes+0/h2U+6GWxVdBI4qDGkNODKKKZLmBrqH03ClveNMg&#10;b6C4Dh/0WsQPpw44N/wfdmth8QHbTj/sdJ7XmOQSeB4w8bX8NKY+TDH+qnT+Osq+gkhzeHxsmXws&#10;9C1Sdwx+B45qmCSKYw1OJqIzVK0SThJoneNwFVyqx6Q3oJHNTWRtqUXjkJ1XZ2ZP1c2JuB79IqiK&#10;Bhk5H8+qWt3cPvG/20qtGhMTk1FWLJx8ia6aefDrD3Jjqug2F1tuiKb7lsiubxkmKjoxBR7bp8ZL&#10;HamTwSvDGr1NWXCMx8byX9StZOdbkabHU5eYXlIPjQWLs1iRYfqvx71BbS3UmlD2eZ6Y33mPa+W7&#10;Ey3Ueu+I7EFKsfU+YHCp/Z0AvQvxX7H+TfY0WL2hRUlJt3H5CjbdWYqpGpMHicRJUJHVTT1FHD9s&#10;tZVQl/BGgZ3KkgEi3tHvXGrl+7mkUyPxGiozLFyxK3+gNhz/AL37O1txCngovaOJ9eoL3LdJt4vX&#10;3e/lDXDcFUHSg9Bxp+Zz5nq+7aHx+xvT2zajpnrvbFRi9tRsZN27qyeYoaDM70JpaRErR4R53okk&#10;leOAsHKIhCxDUWkymZiLtIAFBvYcgm5uP6D8e6CMA0C56LriZ5O5jpUDyArX/J1g2v1ngsBUPS43&#10;b89bXZWqh0CtytYMeaOl+1gMVZCwWmyNSZleZYmZoI3ksNRJvzjqDx6lJN7c6iQfzbkmxP8AsPdW&#10;i+XTKEyaW4sM4zg+f5efp9nUjcWwaSkiyNDFQ1kFFMsKyIaOkxEEORx8ySRUSVMEdHBHJWU8BWHU&#10;vjqASFHkUh0JX7F2zWVDVDwTwSzSNJJ9vUyKJHYlmJR/Mqkm5Om3uwiJ4YA60wtpHLSx6nZiSRUf&#10;tzT1rgdGgxfb3aUNFNG1LgK77GCKSWvytPJPJKljrkDY2swlMImDx+IlXMnLF/UoDxRY+ix1LHSU&#10;EaxwwX0oCWIZiSxkYltTs17kk29qUGgBaUXotvNDqsaN2Kc+g+0edM+f+XpVY/N7lyeTkyO4acU7&#10;1tPpo4kVmheEWKpjfOI6yKnPmjJvTr5D+tmJUmbJWRU0ZaQFAOC0guLcjhQxLFgSQb391YAAu7gL&#10;/q+X8uqKsiyfTRws84+VRSmCM8Dxr6dQ6XalfuupjrIMjAlBMJnSkxcrRV71sVVTyN91WSUkUUC0&#10;Bplgkp/C6h1X1lQxdDZ7ceuF4KDyCQ2X7howiqp5YopOrV/iV49p5LxUVlgJ1+v/ABeelkO2zMwN&#10;2KRjy86/linGuehs2xtFMOWnnUCVyS0ZqXrCxBIVpJZk1Cyn9KnT/vQCCup7s0jsWdiSzMSzEnm5&#10;J5JP59pFkZjUmp6tdWyKCR0ufbN7d6Kzg069769+69173737r3Xvfvfuvde9+9+69173/9LY295E&#10;dca+t/j3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9yoJCv0P0/3r6+6kV6ejcrkHr3tS4/J&#10;eIrdv9ce2ynp0ZwXemlW697XNFmadwAXANh9bD/Y/wBfe0JQ56MBcRSfiz1DqKVZlI45BBB+hvwf&#10;68H8+1ZSZJWADOGFgAVIBsPpcC1+P9j7Mop1fDN0WzWIQNLap31qQDSv2dB9ndqfcr6TpUOzjyx/&#10;cqjEh1MZm1iIq6AjgKLn6Xv7eI5kkJ8ZI9JIJFz/AE+v04/2Ht9kIAJoR0njkPi+E6lXp+L/AD9B&#10;Rmdu1OOooqitWmqkFVEsyUoeKKZl0gtJChaUK4sxUa1Rv62v7b5VgqGYOpEgHpKgobm2hzYW1Fh9&#10;Lfj8e1SGSMAqe39v29NuqXJZRFQ04j+RPzr5cel7jRmsDTUxirI5qF3MtUldK1WYVVpGqaWlaabV&#10;4YYLgSmTSLnhxysaThHAkdCTo8Ze6OVBGoWKtYj/AG/t1csCVBHGtMjoyWxt2iGGElOA4E04+v8A&#10;n6fKOaSeshkkpaOqiMLVSV60rQ1lHDOyOtMySJUo0quLkBo9C2BXj1Q5Z50jsJImjju1j5SRdj9f&#10;ozXJtzf2+kcbNXSQx+zp0bWkkIcvWNRnJqM+lKnPSgo8ZRNVT1a01TT1NWUEzXpipMUMcSNGFMsU&#10;No4xwgXV9SOfcRamqmXzSPTlUJ1C1SZFP1GhfK2qwW17DTe39PbxihQ6FVqn/S0/PH8vPpv9zXTh&#10;ZVdDEvqWqPPA8+GTTHA9TVxtLSsaeCCRFnU6vFFRRxMpBWTzuIE5Z5yxU6i5uQD6vc3I5ySTDyJR&#10;1SjMC0ESzztAvj+rqrygRSztYBVZgGvfki3sjvYXtZQqBFV6kVpmnp6HP+bo9F54e2SGO7kbcY/0&#10;8swGhjUrnJyB2k0Nc4BAA3C9USbX7PmqsZtzb1H1nX0dblK2mo8NjpKxt6TS0kGPkgp4AXoMV9nU&#10;1rztFCD52QemIzPKDlVuHdUDvDU5TMUzHhoWqamAgf0C6kOn+n49lhBBo1dXz6Dj73vaDT+8p1X0&#10;Dso/KhHQzrsnZJqIK9No7WNXA8s1NWrgcSaiGSoIaeWCpFJ5Y3nIBdlYFvzf2yVFdXVgRausqqpY&#10;9RjFRUTTiMsbtoErsE1H62+vvQAHAdIJ7y7ugoubqSQLWmpi1K8aVJpXzp0pUiijaRo4o42lKtKy&#10;IqtIyosatIVALlY0Cgn6AAfQe4nv3SbrJ797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3sjn8yrvOP45fBT5N9qJU/a5bH9&#10;X5ra+1ZlZfLHvPsMwdf7RqIoyVaf7DcO5qepkVefDC54AJA69s9iPMnPnLG0lawtdK8n/NOGssg+&#10;VUQqPmR0Mfb7Zjv/ADny7tpWsTXKu/8AzTi/VcfmqED5kde968H/AAl+6W+53X8n/kPXUiBcPgNo&#10;9N7ZrWTU8km4a+Xeu9YEckCL7aPbmBJ4JcT/AIC+rIv70e96bTlfl2N/jkkuXH+kHhxH89cv2U6n&#10;f7xe76bblzYkb43edx/pR4cZ/PXJ+zr3vcC94ddYr9e90Ef8KN+3o9hfAal65grJosn3h25sva8l&#10;HBIsZqdubQ+97Dy1RU6kJko6XM7axcbKpVjLURnlQwOQP3b9nN/7gPuTIDFY2cj1Pk8lIVA+ZV3P&#10;2A+dOpu9hNrN7zs1+yAx2drI9fR3pEoHzKu5+wH5de9qD/hPX8eMZ1D8CcP2hUYkUm9PkbuzP76z&#10;NfOoGQl2ntnKZLZewsWxCIBi4aXF1uUpVOtr5mV9VnCIm+8RzFLvHP8ANtay1stthSJQOHiOqySt&#10;/pqsqN/zTApipY99N9k3XnaXbVlraWESxqPLW4EkjfbUqh/5pgeVT72W/wD4Uzd+/wB0/jt0r8d8&#10;XXLFlO4Owq7e+46eIxSSNs3q6ghSCjrUbU9NT5Td266GogcBTI+JkVWssikS/di5f+r5j3vmOWOs&#10;VnbiJD/wycmpHqVjjYEeQkHqOj/7vOyfVb9u+/SJWO1gEaH/AIZMckepCIwPoHHqOve7Cf5J/QJ+&#10;P/8ALq6Ooa6geg3N2tTZPvHdSywvTyzVfY0sNVtiSaCT9yOaDrqgwkD6rEtCTYX0iPPe7mD+sPuP&#10;vskcmq1tCtrHmtBDh6H0MxlP59AX3e3v9+c+by6Pqt7Yi3TzoIsP/wBVTIfz697LH/woK+a2S+Of&#10;xcxnRmwsy+M7K+TU2Y23kKuiqHhyOE6ixFNCu/aqGSG70826JslSYZNWkS0dVWlG1xcCj7vXJMXM&#10;nNMu+7hDr2zawrgEVDXDE+EPno0tIfRlSuD0IvY3lGPfuY5N5vYtW37cFcAjDTsT4Y+eijSfJglc&#10;Hr3s+38rf4zYj4pfBzonrmloEo9z57aOL7O7LqDHoqq/sbsPGUGe3AtawYid9vwS02Ggey6qPGQ3&#10;AN/YA90+Z5ubOet+3J5K2sczQQjyEMLFEp6azWQj+J26BXuPzDLzNzjvV+z1t0lMMQ8hFESq0/02&#10;ZD/Sc9e91w/8KR+/4uvPhrtDo3HZJIdwfILsrGJkscJo1mqevesjBu7NzmLV5ykW9TtxQQughmBa&#10;4CtJP3auXjuPOd5vskdbfbrZtJpwmnrGo9P7Lxvnw6H3sBsZv+bLreZI6wWNuaH0lmqij0/s/F/l&#10;172Zz+RL0vS9P/y3una40yQZzuLJbt7k3E6xGM1E25cu+F21KzsqSTX2HtnE8kWvcKStmIX9+d7b&#10;efcreY9VYLJY7ZPloXU//VV5P8ueg77z7u268/7qmqsNoqQL8tC6n/6qO/Xvdnvc3YtD0/1B2p2z&#10;klhkx/WHXG9+wa2OolEEEtLs3bWT3FNDLMWURpNHjipNxa/uLtl21943jadoiJ8S6uYoRTJrI6oD&#10;T8+o62mwfdd123bIyfEubiOIU9ZHC/5eve9Kb/hPP0qvfnzv353/AL9iTOv0ttHNb/jqquGSXzdr&#10;dlZibC4fKzoITQ64cXPnquPWwkjrIoZIkJjLx5t/eJ3v+r/IVhy/YHwxezLFQHhBCuplGa5YRKaY&#10;KlgTmhy799d3/cnJdlsdkdAvJVioP98xLqZR5/EI1PkVJBOaH3vcE+afeY+NPxP+QHeaTLBkeu+s&#10;dzZbbrt9vpfeFVRnEbLgYVSyU7LU7tyVFGQyuDrtpY+k4dck7F/Wbm3l7YitY7m6RX4/2YOqQ4zi&#10;MMfL7R1ityjs39YeZtj2Yisc9yivx/swdUhxnCBj/lHXverz/wAJlOhZdydsfIX5Q56leqj2TtrF&#10;dW7VyVa8sz1O5t+Vp3JvCtgdmYtX4vCbfo4pZJDqMeXIF9TkZSfee38W208u8rW70M8rTyKMUSIa&#10;IwfkzOxAHnH9nWRv3h97FvtmxcuQNQzSGZwPJIxoQH5FmYgDzT7Ove9yT3hl1ih1738+fcmN7c/m&#10;B/zquxJ+kd3YvaXYs3e2+NwdWb63TiINxbd23D8Z8NkanrXK5/E1WNzGOmxdXB1djKcxVFHW0olq&#10;kSWGoUtHJ0Mtpdo9vfZLbl3yzebbhYRJPFGxR3N6wEyowZTqBnc1DK1FJDKcjOS3k2vkf2isF3i1&#10;aWwFlGs0aNpd/q2AlVWBU1Bmc1DKaAkFTke92efHTsH5G/L3ufeHw5+bf8z75K/Hv5Gbfrpdp5fo&#10;nZXVPUvQ396mx1ZBl8jR7C7p64rPsd4y5jCeOamWXF46pyOOqPLTJkKBpl9xdzHt/LfJ+y2fOfI/&#10;tdtm48tyL4i3Uk9xdeHUFQZbaYVj0tUNR3VHFGMcmk9R1v1jsHK202nNfJ/t1t99sMg1rcyTT3Oi&#10;oKgyW8orHpaoNHYK4oxjeh697vr+IX8tr4nfCeWtznT+xavJdk5ikkpNw9ydiZRt59qZ5Krwvk/N&#10;uKpp6WjwsWaqoRPXQYikx1LVT2aSJtKaYC5w9y+bedwkG834XbENUt4V8OBKV00QEltINFMjOyjA&#10;OTWFOafcDmfm8JDut6F29DVYIl8OFacO0EltIwpdnIGAePXvZ8fYB6BfXvZOfnf8N9i/Or44bx6G&#10;3pMuIra9oNw9f7xSmFVVbF7Cw0VSNvblhp9cf3VJoq5qOvgDI1TjauoiR45HSVBnyFznf8h8y2W/&#10;2S60WqSx1oJYWprQnyOAynydVJBAIIr5L5sveTN/tN6tBrRarLHWgkiampK+RwGU+TqpIIBB970t&#10;vhl8ofkV/Jc+Ze5eme88PlKHrfIbjxeC706+L1GQxNZhJpEjwvcnXMyRWr66hxE/3dHPAirl8eWp&#10;J1SYRNS5rc6crcue9fJdtvWxTI25LGzWsuAwb8VvMPIFhpYH+zejqSKh8t+beXNh92+U7fdtmlVt&#10;wWMtby4DBvxQS+gLDSwPwN3qSKhve97bs/ufZHVnSW9+/czk6at2BsnrjNdnT5OhqY5IMtt7FYCb&#10;cNO2LqFEiVD5mljRKXSG8rzIFBLAHA3a9lvt13yx5fhiK7hPcrAFIyrs4Q6h5aTXV6AHrDDbtpvN&#10;y3iz2SKMi+muFhAIyrM2k1HlpPH0oeve9Yr/AIT84TdXyc+U/wAy/n/27VJm99ZCal2njaubzSx0&#10;ma7KyNRuTckWIjldkx1BtfbW2MZiqCJb+DHVJgTRGtmyg+8JPacr8qcl+32zposFBkYDzWEBE1ep&#10;d3eRz5uuo1J6yJ98Zrbl3lvlPkfa10WaguR6rEAiavUu7u7HzYajU9e97P8A3Z2tt3ovp/s7uXds&#10;qRbc6w2LuffGWDyrC1TT7cxFXkxQU7Pw1ZkpadaeBBdpJpVVQSQPeLux7Tc79vG17LZitzdTpEvy&#10;LsFqfktan0AJ6x02fbLjed127abUVuLmZI1+RdgKn5CtT6AE9e96ZP8Awnh6/wAz3j/MD7X+SG8G&#10;OSruudh713nX5doS7SdldzZt8Es7O4cQHIbfrtxuTr8h06RdS5GaP3itwh2L292nlqz7Y7m4ijC/&#10;8Jtl1U+dHEI9P5dZZ++19Ds3I+2bBa9qXE8cYX/hUC6v5MIvl/Lr3veF94M9Yd9e96GPxrVv5i/8&#10;9h+xqiniy2yYO89y9uyGqqDX0kfW3R0ejrqKc30VNPkP7t4GjMagw3qvoYwfefPMxHtx7DjbVYpf&#10;GwS3wKHxrr+2p6Ea5Wrx7fXrNTmD/kBezA29TpvDZJBjB8W4/taehGuRq8cevXve+d7wG6wr6971&#10;lv8AhT1l8rT/ABk+OeCgqZkw2U71yOTyNKtxBUZHC7BztNiZZrcF6aDN1gQH/jox/HvJ77rsMTcz&#10;8yTso8ZbBVB8wGlUt+0qtfs6yG+7rFG3MW/TFR4q2QAPoGlUt+0qv7OvezI/8J1tt4rCfy5MTlaC&#10;nSKt3j3L2juDNzKoD1WRo58NtSCR2HL+PEbapoxf6BfYa+8bcyz+5EsUjVSGygRfkCGkP/GnY9EH&#10;vzcSTc/Sxu1UitIVX5A6nP8Axpyeve7M/mX8sOvfhd8f9696dgSpVLhKYY3Zu0oaqGnzHYO/spHL&#10;FtfZWCjkJmnrMpWIXnaKOVqSghqKpkZIHHuMeS+Utx515hsth28U1nVJIRVYol+ORvQKMCpGpyq1&#10;qw6jzlPlm+5t3y02axFNZrI9KrFEPjkb5KOFSNTFVrUjr3spv8p34udi9KdQ7+7z+Q1O/wDs1PzD&#10;31V9291NVQrDXbegyc1fV7L6/eBWf+HQ7ZosxVVLUN/9x1TkpaMeinQAW+7XNO273vG37Fy63/IU&#10;2aAW1tTIcrQSS18y5VRq/GED8WPQn9zeY7Dd90sdm2Jv+Q1tUIt7enBqUEktfPWVA1fjCB+LHr3s&#10;l/8AwpM71br/AOG+xelqCdosp392dSLXxrUmEzbM6uipd05lfAhD1KjdddgLg/tqDz6ivsa/dp2H&#10;94c53+9yLWLb7U0x/ok9Y1z5fpiX5/z6Fv3f9l+u5rvd3dax2NuaY/0SaqL9nYJf9VevezAfyDOh&#10;/wDQz/Lv2DuOvoYaTcXe25dz9v5Rwt6p8TkKmLbOzUnmudUM21Ns0tbEi+mP71uA5e4e9/8Af/31&#10;7i7hbRyE21hEluvpqA1yUHqJHZSfPT6U6I/e3ev3tz3fW6OTBZRpAPTUBrk/425U+un0p173a93N&#10;2LQ9P9Qdqds5JYZMf1h1xvfsGtjqJRBBLS7N21k9xTQyzFlEaTR44qTcWv7ibZdtfeN42naIifEu&#10;rmKEUyayOqA0/PqM9psH3Xddt2yMnxLm4jiFPWRwv+Xr3vSm/wCE8/Sq9+fO/fnf+/Ykzr9LbRzW&#10;/wCOqq4ZJfN2t2VmJsLh8rOghNDrhxc+eq49bCSOsihkiQmMvHm394ne/wCr/IVhy/YHwxezLFQH&#10;hBCuplGa5YRKaYKlgTmhy799d3/cnJdlsdkdAvJVioP98xLqZR5/EI1PkVJBOaH3vcE+afeY+NPx&#10;P+QHeaTLBkeu+sdzZbbrt9vpfeFVRnEbLgYVSyU7LU7tyVFGQyuDrtpY+k4dck7F/Wbm3l7YitY7&#10;m6RX4/2YOqQ4ziMMfL7R1ityjs39YeZtj2Yisc9yivx/swdUhxnCBj/lHXverz/wmU6Fl3J2x8hf&#10;lDnqV6qPZO2sV1btXJVryzPU7m35Wncm8K2B2Zi1fi8Jt+jilkkOox5cgX1ORlJ957fxbbTy7ytb&#10;vQzytPIoxRIhojB+TM7EAecf2dZG/eH3sW+2bFy5A1DNIZnA8kjGhAfkWZiAPNPs697u9/nUfLTJ&#10;fEz4Lb/ym0cw+F7M7erKTprr+vpZniyOLqN10tbPuzP0EkNqilrMNsfHZFqWqRkalyEtM4YNpBg7&#10;2T5Ri5u572+K8h17ZZqbmUHgwjIEaHyIaUpqU11IGFKV6h72j5Yj5n5zsY7qLXt1qDPKDwIQgIp8&#10;iGkK1HmoYcK9e9hr/IF6Doumv5emx93y00Kbn7+3LuXtfOVCqxqBjDXNtHZ9A0z8vTR7b21FWIig&#10;JHLXy2uSzMZ/eB5gfevcS+swx+l2+JIFHlqp4khp663K18wg6MPe7e33bnq8tQx+nsY0hUeVaa5D&#10;9utyvzCjr3tx/n19+03Sv8vDsbbdLkFpN1d85rbvT+3okkAqJMdkq5dw74lMAZZJKGTZO366ilce&#10;lJK6IN+oAtewXL7b37i7bctHW0sEe4f0qo0RZ9fFdWA8wp9OqeymyNu/PdhcMlbayR529KgaY8+v&#10;iMrD5KfTr3stX/Cafpf+5fw97L7krKbw5Pu7tyqpKCfxafu9ndXYxMFiZPMyq0vi3bmc/HYFkTTw&#10;dRcAT/eZ3v63nHbNlRqxWNmCR6STtqbH/NNYj6/y6EH3g93+r5q27aUasdnagkekkx1N/wAYWI/6&#10;h173sa+8buoE69797917r3tMb33dhuv9l7v37uKb7bb+yNr5/d2dqLov2+G23iavM5ObVIyRr4qK&#10;idrswUW5IHtVY2c24XtnYWy1uJ5UjUerOwVR+0jpTZ2st9d2tlbis80ioo9Wdgo/mR173o5/yK9o&#10;Zv5QfzS90/IjeNM1dU7JxHbnfOeq53kqaX+/HYuRm2vj6d5Jg7T1YqN/1tZTa7EGgMgIZFBzn997&#10;yDlb2rtOXLNtKzvb2qAYPhQqHJ+QpEqtT+OnA9Zi+811Dy57b22w2jUWZ4LZQMHw4hrJ+ykSqf8A&#10;TU4Hr3vez94HdYY9e9wMrlMdg8Xks3l6uHH4nD0FZlMnX1LaKeix2Pp5Kutq53sdMNNTQs7H8Kp9&#10;uRRSTyxQQoWmdgqgcSSaAD5k46vFHJNJHDEpaV2AAHEkmgA+09e96MP8qrH1Xzq/nO7q+ROfirqv&#10;D7e3N258mZo540jWip/4v/AOtcRMzGRYVwGR3fivBEGaQx4+1yFdhnZ7ryLyH7LWnLluVE0kVvZY&#10;8zp1zMPXWI5KnhV/mB1mV7lOvJntLbbDAQJZI4LTHmdOqVv9sEep4Vb7B173uw9z9t7J6F6p7A7k&#10;7GysOG2V1xtfKbqz9dM4U/a42BnioqRTdqjJZWrMdLSQqGknqpo40BZwDhHsu0X2/wC7bfsu2xF7&#10;65lWNAPUnifRVFWY8AoJOB1iHtO13m97nY7TYRF7y4kCKPmTxPoFFSx4AAk4HXvemT/IQ2PnPk9/&#10;Mo7b+VW+KZcjU7DwvYna2UyFS89b4+0O6s7XYbHr5Z7+SWXD5rcM0cshLq1MCq6rMmaPv9fQcr+2&#10;e0cqWLaVuHhgUCg/QtkDHh/SWEED+L0wcsvey8h5d9v9r5as20rM8UIAx+jbqGP/ABpYgQPX8j73&#10;vBe8GusPOve9M/8A4U59vHcfdvxo+PuJleqm2PsLcvYuWoaJXnebL9nZ+k25g6OeOIuXr6Wh69lk&#10;iiCiQR5AHkSL7zQ+6/s/02x8z8wzCiz3CQqTiiwIXYj5EzAE8Kp8j1ll93ba/p9n5h3yUUE06RKT&#10;/DCpdj9hMoBPCq/Lr3vZ6+Cfxsw3xK+JvSXReMxdPjcntXZOKqd8SRLTmbKdj52nTNb9ytZU07Sr&#10;WS1G5q2oSJjJKI6WOGFGMcSAYvc+cyzc3c275vsspaKWdhFxosKnTEoB4UQAnAqxJIqT1jrznzBL&#10;zPzPvG8ySFo5ZmEfHESnTGoB4UQCuBViSRUnr3szm5M/jNp7dz+6c1K1Ph9tYXK5/LTqodocZhqG&#10;fI18qqWUM0dLTOQLi9vr7C9tby3dzb2kArNK6oo9WYgD+Z6DtvBJdTwW0IrLI4VR82IA/meve/nh&#10;fA3ZnzA+X3zW7v8AkD8V93YbZnyT2dg+4fkxhszufD7e3Fj8puTem4l29ktmUx3jhc5tCm3FuWi7&#10;Jrkx9RkaRqaKWAyaqcoKmDorz9e8ncn8k7Hy9zXZvPy1NJb2TKjOhVI01rIfDZZCiGFS4RtRBpRq&#10;6Wzs51u+VeVuUNn2PmW1ebl+V4LRlRmUhI01CQ+GyuVQxLqCNUg0o1dJ97uX+IH95/5ok+8On/kh&#10;/NM+W+C7b2xV1VL2j8XdudddcfFPcSUu3Y6/b+4MfSPtKbc+A31iMXmJHjyMbUMU0MkSNkMZC5pp&#10;/cL84/S+1i2e88te1W0SbRKAYL55pr9KvR0J8QI8TMtCh1EEE+HKRqXqJuafp/bgWm67B7b7W+1y&#10;AGG8eWW8WrUZSdeho2K5U6iCCfDkI1Dr3vYN+KPwd+MXwq21X7c+PPWOL2fNm1gG5t11c9Vnt87q&#10;+2kllpo9wbty8tVl6uhpJZnaCjSSKhpmdjFChdiceebOeuaOdrmO55i3RpgldEYASKOvHRGtFBNB&#10;ViCxoKsaDqDeZuceYubrhLjfdxaUJXQgAWNK8dKLRQT5tQsaCpNOvexA+Tnc9B8dvjx3V3nkIlqY&#10;eq+tN370p6FlLjJ5TC4arqcLidIki9WXzCwUwJdFBluWUXIL+V9lk5j5i2TYozQ3d1HGT/CrMAzf&#10;7VatwPDh0h5d2l9+33aNmQ0NzcJGT6BmAZv9qtT+XXvejj/Ji3X8g8t80e0e+OuOhNy/KPuWq2Rv&#10;KRchXbmxWyNj7S3/ANs7noJ8n2V2x2HmvLDjMZJh6fOFaGlgqMpmJZZI6RNaMfedHvTacvRclbVs&#10;G5b/ABbVsonjwEaWWSK3QhYYIVyzajF3MQkYALmh6zG92rbYouUdt2XcN7j23aRNHgI0kjxQoQIo&#10;Yl4nUY+4kJGACxoeve9m7CfytdxfIjszCd9/zNu2KH5Jby2+zzbK+POwaTK7U+KfVwmeKaSixmCy&#10;Dx7q7FlFRAjPW5U0RyEQEGQpqyOOILjBP7qW/Lm2T8v+2G0ttllJ/aXcpWS/n+bMP04cHCx6tB7o&#10;2Qk1x4m9yINh26bZPbvbG2+0f+0upSr3s3zLDsiwfhTVpOY2Qk197uJoKChxVDRYvF0VJjcbjaSn&#10;oMdjqCnho6GgoaOFKekoqKkp0jp6WkpaeNUjjRVREUKoAAHuG5JJJZHllctKxJJJqSTkkk5JJySe&#10;PUUu7yO8kjlpGJJJNSSckknJJPE9e9yvdOq9e96S3/ChvZGS6F+f3RXyg2SIsZl977M2hu6nr4kM&#10;FQ/ZnRm56ekiycs9N4Znan26duRI2ryqKewYKEC5v/d1vot/9v8AfuVr6rQwTyRkcR4N0hOmhqMv&#10;4x9M8OPWX3sVeR71yRvXLl5VooZnQjy8G4QmmfV/FPpn7eve78/5sPyaxu0/5X/YG8ttipmznyb2&#10;LtLqzrPC0kkk2TzVX3zjqaKsx1CtGDU1lZB19WZSpWOFGM7wCO1nuIA9peWJbv3S2+yuaCDa55J5&#10;mPwqLUmhNcAGYIKk4rXy6hL2y5dkufcaxtLigh26Z5pmPBRbE0JrgAyhBU8K18uvezo/CPoOP4vf&#10;Er4/9DGGGDJdeda4Gg3OKYq1PNvjKxPuHf8AWQFWdTDX72y9fOvqb0yDk/X2CueOYDzTzdzDv+om&#10;K5uXKV4+EvZED8xEqD8uglzhvZ5j5n3zetRMc9wxSvHw17YgfsjVR+XXvZpfYU6DfXvfvfuvde96&#10;Qn/CkLtbJ9ofNTqP4+7bFRlf9FfWmIgTD00plmk7E7ezZyM9DDSq5jWoq9tY7b+gkK7mWx9IUnOP&#10;7tm0xbXyTvHMNzRPq7pjqPDwbdaAk+gczV8seteswvYHbI9u5R3TfLii/U3Ddx/31AtAa+gcy/s6&#10;973HPj71TjuiuiunemMUsIourOstkbCjkg5Sql2tt3H4err2cojTTZGrpXnkkYBpJJGZuSfeGnMO&#10;7Sb9v2871KTru7qWXPlrcsB9gBAA8gKdYpb5ucm87zuu7SV13NxJJny1uWA/IGgHkBTr3sX/AGT9&#10;FXXvekL/AMKJe0c13f8AO3qT4xbQjfI1XV2zts7do8UlWD9z2X3dksdlzTCEkQ0r1W3jt5Qzes6i&#10;T6dPvOP7ue1QbFyHu/NF4dKXUzuWpwhtlZa186P43/F16zC9iNth2fkvdOYro6VuZXctThDbgrX5&#10;0bxeve9ybozqzD9HdMdU9OYCOnTEdX9e7R2JRNTRtHFULtnBUOJlrtL/ALhlyE9K08jPd3kkLMSx&#10;J94Zb7us2+71u283BPjXVxJKa+Wti1PyBoPKgx1ifvO5S7zu257tOT4tzO8hr5a2LU/KtB8h173V&#10;F/woC7iTq7+XFv7bcFZ9pmO7d77A6qxjRSlKo0xzP9/9xCONbl6ar23sWqo5yw0COr0khmS8s/d8&#10;2Y7r7k7fcslYbGCWdvSunwk/MPKrDzqvoD1JnsftR3Ln6yuGWsVnDLMfSunwl/MPIGHzX5Hr3sBv&#10;+E3PxzouvPiBu35A5LGxLun5B7/ykOKybwp5v9G/WdRU7VxVHDK8XniWbfC5+SbS/jmVYCRqjB9n&#10;/wB5TmN9x5xtOXo5T9Jt1upZa48aYCRifL+y8IDzHd69Hfv/AL89/wA1WuxxyH6axgGof8NmAdj/&#10;AM4/CA8x3evXvewZuvc+C2Rtfcm890ZGHEbZ2jgMxufcWWqNX2+MwWAx1RlcvkZ9Cs/hosfSSSNY&#10;E6VNh7x5tLWe+uraytYy91NIqIo4szkKoHzJIHUG21tNeXNvaW0Ze4ldUVRxLMQqgfaSB173pz/y&#10;GuttyfJ3+YZ8jfnZuTF1MOC2zX9lbmpa+rhWQHtHv3O5iYY2lq3PjlmxWysjmPuvDqMIqacNpSZd&#10;WZXv5udtyv7d8t8h20oNxKsKED/fFoqjUR6NII9NeOlqVKmmVnvVuFvy7yLsHJlvIDNIsSED/fNs&#10;q5I/pSCPTXjRqZB6973NWVXVkdVdHUqysAysrCzKym4KkHke8LgaZHHrEzhkceve9D7+a7/L77S/&#10;lr/I7EfLb4w1Oa2z0vnt+Rbr2Bufa5KVnRfY89TPkzsTIDRNCNs1UiynCvUI9NVUBfHVKyNEWqs9&#10;fab3C2r3L5bm5R5oVJd7jt/DlR+F1CAF8UcO8Y8QCjK9JFIBomaXtnzztvuDsEvK/MSpJu6QaJUf&#10;hcRAAeIP6Yx4lMhqSLSvb73tRfyuPnpjf5gHxkxfZddSUGE7U2dkjsbuHbWO8iUFHu6jo6esp89h&#10;oZ2aePbu7sXUx1lMpaQU8xnpPJK1M0jYp+6fIMvt9zPLtkbs+1TL4tu54mMkgoxGNcbAq3Co0vQa&#10;gOsbPcfkqTkfmKTb0Zn22VfEgc8ShJBVqY1IQVPCo0tQaqde92Qe416AHXvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69172IeC7JzuDoBjtFPk&#10;aeKwpvvTOZKeP8wq8UsbPGP7Ia+n6DgACrIGOr8XQu2vnHcNus/oXhSeAfDrLVUeYqpFR6VyOHAA&#10;Aq/bXw56Y7g3bT76zdBlcButfEMlmdpy4ihqc+lMY/tVzIymFzMUr0wjsJYVgmdTpd3UKFf17ZlO&#10;gvhIldb/ALqVkpIJ/KqYrWB/Bvf3erZFaqfLpYnOFuskcqbOEuFNQ4lYkH5VHD5GvUKm+HuxKT+J&#10;08W6d6PiMpLTS1GFqJduPRMaeNI7M8e3oasFtF1eOSOWEk+N0BIIn43dMlTjEzoVVWqiMIjIYsHi&#10;YoxKgMz+r6EXuPwOQHo7SG6KQoGABrn/ACHhT59Ckc1buscu/wAUUZeeBYaZOUZquUqSSa48sny4&#10;lu7I+JnX2/d2Y/pdRl6WnwUibyrq8ihlkmw2dKU4pcdUxyKKd5Z8DIHWdIWib1LqXwu6emzMkszz&#10;1Xml4sC9LUKsYckWTUGCLpsb/U8X+l/Z8liqIscOkf7Zc09eo1uLncL6eaW78SSYjiyt2/5hw/wd&#10;HO2F0jsbrTbGP2h15h6DauLo5IZahcVJRrWZmspViZ8hnaiGmhlydfUTLIJS7FTrZrDVpXLBkmSE&#10;xxRlmVgysySLwWBuQyG91JP+v7pJahn1O1BT1H+fqsdtfQxulK0pXj+RpQ/8X09Z/YOMzGVjymRl&#10;khRqWekqYknRdccsIjZIpoamCWNlaJADydBYWBsVzrW1DxrYIvDWZiAGf6gLGHMtyR/Qe2zBErGp&#10;J/1etKdeNvd+BVnULxr6+gArX+XTW20NrUWVqZTDV1E0v2/kSOCV/DAiyRyyVNcadaLxLC4XTJI1&#10;wvB5IPKE1anXLOiISWIRixW5BI5UclvepPBI0pGS3z6QQJKukTXGla1x86ceH+qnXPNxbZrEmpqT&#10;bH8RrY4EpoPu6KOOnnSnhmWFkmJbVFFA7aSObFtIvyJ5SMkOwOo8etri9/qvJVSfzb6e0wZqEA4+&#10;XT8gRSCct8z/ADHz6Q9HX5YpPR000K0kDxyJ/D6ApIKfxMwpqryxpUVMEQAVCQNZY3JH1xz1iRKE&#10;LKdPFkC8/m5vYW90OlO9q56oySX6+HE4Ea0z5f4M+XTvtbZ709fU5ZqauasyDtUEZOaa8BkWKNo4&#10;Ss9SIWC67BF02Fvzf2ma2tV7mRxZRZVJuFFz/X8n2XXEviH5enR/AoiSME8FAr9nQz4LBwYtJTTw&#10;pHJVTPUVMwRFaaWQgksVAuEAAA/oPaFyldFyEtz/ALf2kCknqtxdDgOlSPaKq6kyav8Afc8/8V9v&#10;qtOiOe4L1Hl1722e3OkXXvfXv3Xuve/e/de69797917r3v3v3Xuve//T2NveRHXGvrf49+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3XvfNWt791YMOve8qyf42P8Atvfuvaj173mWokX9LH/effut&#10;aj69e9zYsrWxW0TSLb6WPv3b6dPJNOKaXPXva5wlduVZIqk1qx0isC6t9vUmZAVuhQB2RCPq1wR+&#10;PZlZ2ks5FZAIftrX5Chwfngj59PSXckJjM9DnFQCPLzocf6vsTuf2zgtyUUuOy1D5oZQr6oJamhq&#10;UddWh4a2ilpqiORTfhX5BsQQfYjxZqEBCyL9wRpbUmoM30CgaRZSxtxyPax7BzqAY+H9vRxtN1Yx&#10;PCZZlWckVBBoTXApwIPA4JHQIbj6WrM81Xj33FlaTbsjI9HDjK+poK2gGsNJUffLPNLU1MekOobT&#10;C2kBkYar4lRZmuDHe9mLMkasBexICHk340i3u9TGtDU/zPQys9vsHfQkq5PdqIAIHyIP5Ux9nACt&#10;DHFioRE81bLCNUsSaamrmiPo1xpPJKX0R6bnylpPryb85ZaAQgI5TS+pptLCRLCwAViijkfTgfn3&#10;VLkvVlBqOHkf8PRzDt1laxtGzJ4LE6tJqppTzKilfLy49Y9ubuxm4aeetx7SOkVQaaATxvTVbuih&#10;5PLRSHyxAFrgNqJUg/n22S1VNSRTsCAkIb6jSG5UNJdtKtpt+rnTYXsPanQ7lWkYAHiScD/N/q8+&#10;imTdbLb0nKKdIGBStTXjmgNBwbNPOg6VEavJLC8sdnnUM7iziPSkjCE/qKLb8cLyedRFwSy2Xlr6&#10;6omQlYWcrGgJAMSkhSR/Vhz/AIE+yK9n+omqPgXA+wef58eo0vr57q6nmU6UZuHy8q/6vPp3HHH+&#10;9+8EWUq44hT+QT0wNxSVaLU04/r40lDeEkflCrf4+04cgAE1UeR/1f4OknisBSvb/q/1enXHQmov&#10;pAc6QXAszBblQzCxZQSeDxz77b+GVdyofGTm1gzPU0LH8gHS1XTL/S/m5/IHvYEbVzpP7R/nH8+r&#10;ARPQatLepyP5Co/n14BhwSGHFjazWCgeq3pZma54Cgf09w6mknpWCyqNLC8cqMskMq/6qKVC0cg/&#10;1jweDz7qyMh7h/mP59VkjaM0bh5HyP2Hrl9fcb3Xpvr3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3vVF/wCFK/y82wNkdYfDXZ24&#10;6HJbpr91U/anbdDiqymq5NvYbBY+vx2yNs57wTSmjrs/k8vNkzSSKlRHFjqWZgI54zJll92bk+6+&#10;u3TnO8tmW1WIwW5YEa2cgyulRkIqhNQwS7LxU0yY+77ytcfWbjzZd27LbLEYYCwI1MxBkda8QoUJ&#10;qGCWYcVNPe7Hf5BvUK9Wfy2+rsvPRLQ5juPdO/e2supUCWZcjnpNobcqpXF9YrNnbMxsyf0jkA4N&#10;/cb+/wDvH719yt1hV9UNlFFbr8qJ4jj8pJHB+Y6APvZun7y9wNyiV9UVpFHAv5LrYflJI4PzHXvd&#10;zvuFeol6970tf+FM/cg3l8i/j38e8LM1c/WPXuX3hlaOmibUu6O2s3RUFHjJWIUz1cOC2LRzxhbq&#10;iZAWOpnC5r/di2b6LlvmLmKddIurhY1J/gt1JLfIF5WB+afIdZcfd52n6TYd932YUFzOqKT/AAQK&#10;ST8hqkYH/S/Z173tv/GzqmLor49dHdMRLCG6s6m6/wBhVUkHiKVWR2ttbF4fKV7PCiRzTZHI0ss8&#10;kgA8kkjN9T7xE5m3Y79zFvu9Eml3dzSivkHkZlGfIAgAeQFOsXuYNzO877vO7Gv+M3Usgr5B3LAf&#10;kCAB5AU6970tP57O5arvf+a7t/o+qyctFi9lYLorpqmkRUEeMl7Fei33kMoscsggkqzH2ZFrkbTq&#10;SnjRvSgPvNf2Htk2H2muN8SINLPJdXJ/peDWIL60/ROPUk+fWXHsxbrsvtnPvCxgyTPcTn5+FWMD&#10;7P0Tj5k+fXvezj3F88cJ1j3h1H8GviP1zD8gO8o8lszGb+2zhMutLsf4+dN4atxVFuXNdj7qgNRT&#10;4TP0O0onFDj5CZ45ZIHmjkeWko6/F/ZuQZ902Ld+eub9yO37EVkaJ2Wst3cMGKLDGaFkMlNTjBAY&#10;AgB3jx32rkqbcdn3TnLmi/Njs2mQxOy1kup2BKLEhoWUv8TDBAYAgBnT3vWA/wCFIW6c3mv5gOH2&#10;/kJJhiNm9Cdf47b9M2pafw5fNbwz+RrYk0KjTVOQyLQySDUWWmRSfQFXKP7tlrBB7ezXEYHjTbhK&#10;XPnVVjQD8gKgf0ifPrIv2BtoYeR5Z0A8WW9lLHz7VjUD8gKgfM+vXvez0v8AN6/l77S+O+0u38l8&#10;jOvaxavZODr4erNpZyg3R3HHl5cZTxjaEvWGLm/vVic1HkQaQvkaagoYmHllniprzDF4+z/uHecx&#10;3mzxct3CkTsDPIpS306j+p47fpstO7sLseAUt29Y6/61vPV1v11tUewTikzDxnUpBpqe/wAY9jLT&#10;u7CzHgFLY6970+v5xnb/AH53l8hNldk9+4Or6wq93db0u4uqvj3kJ55s9070xkM3lKbZcm/o2MUG&#10;N7O7EqcbW5nK0LQrVUlLLQpMVHipaXMX2a2fYNi5dvds5fnF0kNyUnuwAEuLkKpk8LzaCEFY42rp&#10;Zg5Fcu+VHtTtWybNsV3t+yTC5WK4KzXQ+GecKDJ4XrDECsaNXSzByK5Zve9oGX+Zd1X1ftH49/C3&#10;+X/gsL80vkTj+vetdk4TbfW+Ygk6h2VtLae28JiMpuXfHZtBJJtyipMdi6I6oaapk+0lIFbLTHxp&#10;Ni2PbLdd0vOYudfcGd9k5ca4mlZ5lP1EkkjsypFAe8kseJUah8AbJXHQe3u5bjdb7zdzxM+0bC08&#10;sjPKv68ju7MEjhPeSSeJA1D4A2SPe1x/Pf7rl6i/ls9oUCTRY7cPdGa2V07jI/P5SDuHIncm7aOI&#10;hENUJtkbUysGqyACTX+ApQ+wuyDePcvapCpa2skkuGx/ANEZ+VJZIz+VPn0i9l9oG6e4G2uRqgtE&#10;knP+1GhD8qSOh/KnXvZWv+E0XT0e0PiB2p3BU0/iyvcncVRjaabxKv3O0usMJS4vEP5rB5PHujcW&#10;dTTyq245ZvYq+81vJvOcdq2ZWrFZWYYj0knYs3/GEiP+odCT7wm6m65p23alasVpaAn5PMxLf8YW&#10;Pr3t/wD+FKHadXs/4P7J64oJamKXt/u/bdBlxGzJS1G2dk4TO7uqaapKsPI53PS4eWNGBU+Fm4ZF&#10;9p/u0bUl5zzfblIARZ2LlfUPKyRgj/aGQE/Onn0z937bVuucby/cAi1s3K+oeRlQEf7QuCfnTz69&#10;7C/+V38k/j9/L1/lH9bdp77y8OZ3x3p2H2nufafVGzpIcv2Z2n2Cm8azrDB7W23gaYzVssxxuw8d&#10;HU1bxiloBKiyEzSRRSmnuny1zD7ie7257VYQlLGwtoEknkqsMEPhidndzQU1SuVUHU1DTAJBj7j8&#10;v75z17obhttlEUs7KCFHmk7YoYvDEzO7HHGRiFGWoaYBI97t4zvyX7Z2F/L03v8AKXv3rmh6X7d2&#10;70l2H2JkusaPKnOLtfOQQZ+brjblVX1MKFs7k6dsQlZFLGn2uQqZIXVfGQIfg5Z2jcPcSx5V5f3J&#10;r3Z5L6GFZyunWpKCZwB+BT4hUg9yKGBNeoth5e2y956s+W9kv2u9rkvIohMV061JXxXAH4Qdekg5&#10;UAjj173rQ/8ACZXqWo3V8lfkF3vlKZ66DrnqzHbOpMjWh5XTdPau5kyTV0FVK+qWvXB7Br4pT6yI&#10;606iNa6sm/vPbutpyzy9sETaWuboyED/AH3AmmhHpqlQj5rjgeshPvD7otty/seyxtpa4uTIQP4I&#10;UpQj01SqR81xw697Nl/wo8+JtbTYbqn589YR1mE3l1tmcHsHs7OYOeoocnTYybKJXdUb5iq6SSBq&#10;Cv2pu15caatSamR8nQKrKtMtgl923m1Gm3b2/wB0KvZXKNLArAFS2mk8VDWokjo+n4RokPFugx7B&#10;czo0u58k7iQ9pcI0sKsAQTSk0dDWodKPp4DQ/m3XvduX8qD5vp86viRtTsDP1dI3bex6j/R13LR0&#10;6R0xk3jhaOllp90RUaaVhod64Wop8gPGq08dXJU08fFOQIg92uRjyHzfd7fbof3ROPGtic/psTVK&#10;+sTApnJUKx+LqL/czk88mc0XVjAp/dcw8WAnP6bE1SvrGwK5yVCsfi697CD+dx8y++vhT8Udrb8+&#10;PVTQ7f3lvbt7BdfVe+6/AYnc42dianbG7tzSTY7Dbgosnt+XL5ao20lNHJXUtVTxwGYCLzNFJGc+&#10;x/Jewc782XVhzErSWUFm0oiDsniMHjShZCr6VDkkKyknTmgIJr7P8p7JzfzNc2W+qXtIbVpRGGZP&#10;EYOiZZSG0qHJIUgk0zSoPvZjP5W/yW3v8ufgv0f3n2bkcHkuydx029MNviowNNRY+mkzWzOwt17Q&#10;pqyrxNBopcPks1gsLR5CanjjhiVqzVFGkLxr7DfupyzY8oc977sW1xyLtkZjaIOSTpkhjkIDHLKr&#10;MyAkk9tCSwPRB7j8vWfK/OW8bNt0brt8ZjaMMSTpkiRyAxywVmZQSSe2hJIPXvevl/wpkyXWe8u3&#10;/il1zsijptzfI2mxW7MfuPGbchbJbnj2nunK7YTrLa2TpKEy1M9fmdxS5WfFUfjacCeV1ULVRmTI&#10;b7scW52Wz82blfOYuWy8ZRnOlPEjV/GkUnACpoDtWmAOKGk5fd6j3C02rma/vHMewFkKF8JrRX8Z&#10;wTgBV0B2rTAH4TT3uxz+ZXg9+fH3+RGers7WVFTvXavSvxa6g3rk4pnqDHVY7cPV23d2KauKZxLS&#10;Vb4+ah8jM4ljnsSxa/uN/bOew5h9+f3rAgFlLe31xEvDBSd48eoqGpihHy6AXt9NZb570fvKFALS&#10;W7vJ4xwwVmZMeoqGp5EfLr3uvX/hO781vjD0X05330/3d2xsLp3dVV2PT9n4XL9kbjxWz8LurbtZ&#10;tHC7dqsZic7m6mkxlTmdvV+3DIaEyrVzpkVanjmCTeKQ/vF8kc0b9vOwbxse03F5ai2MDLCjSNG4&#10;kZwzKoLBXD01U0jQdRFVqOffflDmLed12Tddn2ye7thbmFliRnZGDswLKoJCsHpqppGnuIqK+9qn&#10;+cN87t9/Lz4qdmUHxL25nZvhlsDcG1KTu35J52jyO1sB29umTfGHwe3uqen6PKU1Lkd1YXDbhqoM&#10;pmK4RJG5o0S8UQi/iSX2c5CsOT+bNsk5uuYxzpcRyG2slId7dPCZnnuCpIjZkBSNa1GonJr4Sb2q&#10;5LsuVuZduk5nuEHNs8bm3tFIdoE8NmaacgkIzKCka1r3E5NfD97Hr/hMf1qMF8WO+e1ZqZIKvsTu&#10;6m2rBMVTzVmF622biKuimLqmo00eY39kYkDMbSJIQoBuxB95/c/H5r2DaVaqW1iZCPINNIwP56Yk&#10;J+RH5Ev3iNw8bmTZdsDVSCzL/Y0sjA/npiU/ZT8ve7pvnl2rU9I/C/5QdpY+dqbMbT6S7AqNvVCu&#10;YzBujI7frMNtabWrI4WLcWSpWOlgxA9JBt7hPkHaV3znXlbapFrDNfRBx6oHDOP94DdRHyVtq7xz&#10;by5tsi1ilvIgw9UDBn/4yD173qg/8J19w9OdK5j5n/Kjune+1Ng7Z6n6y672ZLn9x5CGnnhoOw9w&#10;7i3BkqbGUatJX5Csr6vrKhggpaeGWqramSOGnSRyye8s/vG2+873DyVypsljNcXV3dTSaEFRWFEQ&#10;FjwAAmYliQqgEsQM9ZM+/EG67vFyly1tFnLPcXVxLJpQVzEqqCTwAAmYkkgKASxAz173tB/BT5Y9&#10;kfMfbfZHbWY6KzXT/R9Zu2ii+NW4d2VjU+8e2euTiwtXvbN7WeM/wOkrsnAKmgmikkpaqkrViiab&#10;7Vqyqxb585S23ky523aId+S831YT9akYrHbzasRK/wCIhTpcEBlZSSF16Exz5z5Y2/lS42/a4t5S&#10;63kRH6tUFY4Za4jV/wARAwwIqGWppq0L73X9/wAKN+t23l/L3i3hDTs83UfdvXm76mpRSxp8Vn6f&#10;cHXFRHI2oBKeoym9aG5sbyIg9yF927cvovcM2bN23ljNGB6shSYfmFjb8iehx7B7h9Jz0bQti6s5&#10;UA9WUrKPzCxt+VeveyU/yXP5hHQ/xT/lp9mZDvbdsOIl63773Tj9m7PxifxDe3YTbv2rtDO4jAbM&#10;2+GjnzOWqNwSV6TOpWloIdE1XLBCfJ7G3vX7eb9zZ7mbZHsNoXFzt6GSRsRQ+HJIrPI/BVCaKfiY&#10;1VAxx0LvdvkbeuZfcHbo9ltSwuLJDJIcRxaHdWaRuCqF0082NQoJx172f340fGnvT5x94bT+fHz7&#10;2tUbH21sWoOT+Hfw6yWubHdX0VQ1NV0faPZ2PrIYXreyMg9NT1UcVVBFVQ1MMMssVMlNRUdPH/M/&#10;M2w8i7Fd8ge390J7qcadx3FcGcioMEBBxCKlSVJUqSAWLO7AjmHmHZuTtnuuSeSLkTXEwpfXw4zE&#10;VBhhI4RCpBIJBBIBYs7t73eR7grqHOve9G7/AIUqdo1e8Pmp1n1TTzqcV1T0rhpPBNOkcUO6uxNx&#10;ZnL5ednllSnp4p9vY3Cgs2m3jJZtOm2dP3Z9qSz5J3PdmX9W7vmzTjHCiqo9TRzJ+3HWY/3fdtW1&#10;5R3Hc2X9W5vGzT8ESqqj1NGMn7eve9hDf/zWwfxjqfjr8Afh/sCh+UHyU2/tzq7ZeV6+2nl/s9l9&#10;S9U7LoNuYPcW7Oyt30sdZS7RkfAQqlDFU+qneqhqqoFTTUtfjzt/JE/NC8x+4POO4NtfLMkk8iyy&#10;LWS4nkLskcMZoZO/4iOIUqmdTRwZY8oTcxLv3O/NV8228vySTSCV1rJNNIXZUiQ0L93xEcaFV/Ey&#10;e9t38+bun/Q//Lf7WxtLVpSZvubP7O6bwzM9nkj3Bk23HumBIwLy/dbG2nlITyAol1c2Clz2D2T9&#10;8e5O0yOlYLKOS5b/AGi6EP5SyRn8ur+yu0fvXn/bJGWsNokk7f7UaEP5SOh/Lr3sq3/CaLp6PaHx&#10;A7U7gqafxZXuTuKoxtNN4lX7naXWGEpcXiH81g8nj3RuLOpp5Vbccs3sV/ea3k3nOO1bMrVisrMM&#10;R6STsWb/AIwkR/1DoS/eE3U3XNO27UrVitLQE/J5mJb/AIwsfXvb/wD8KUO06vZ/wf2T1xQS1MUv&#10;b/d+26DLiNmSlqNs7Jwmd3dU01SVYeRzuelw8saMCp8LNwyL7T/do2pLznm+3KQAizsXK+oeVkjB&#10;H+0MgJ+dPPpn7v22rdc43l+4BFrZuV9Q8jKgI/2hcE/Onn172F/8rv5J/H7+Xr/KP627T33l4czv&#10;jvTsPtPc+0+qNnSQ5fsztPsFN41nWGD2ttvA0xmrZZjjdh46Opq3jFLQCVFkJmkiilNPdPlrmH3E&#10;93tz2qwhKWNhbQJJPJVYYIfDE7O7mgpqlcqoOpqGmASDH3H5f3znr3Q3DbbKIpZ2UEKPNJ2xQxeG&#10;Jmd2OOMjEKMtQ0wCR72RP+f7233p2J0t/LxqO9utYemN87twffG/939YUOWqMzS7cyMub2HjdpYy&#10;vyEwi82fxmy5oJa2Fo0lo6zITwsFtpA9+77tGw7dvfuKuw7mb2whktYo5yoUuNMrSMAPwNICFNSG&#10;VFboZ+yG17NYbvz2uy7gbuzie2iSYqFLjTIXIH8JkqFNaMqqeve7df5e/wDNF+CfX/8ALp6GfsHv&#10;3r3rzcXTnVeA6+3t1vlsrH/pKG4Nk48YeqqsF1/RrVbq3VSbmFEtfTVONpaqnYVYSR45kmjjiD3D&#10;9rOfNw9x9/G3cv3FxbXt28sUyr+jolOoBpTSOMpXSwdlPbUAqQTF3PXtxznfc+b0LHZJ54Lu5aWO&#10;VV/S0yHUA0poiFK6SHKntqAQQT73r7/zvu//AJEfJPeXR3avYnW24ulvj1uPG7+j+MHXW9m/h/Ye&#10;a2xiqnan94u3997YBkO3azsOTKUIx9O7kxUFCqoJI7VtbkJ7G8v8ucs2W+7Vt25x3vMUbRfXTRZh&#10;V2Emi3if8Yh0trI4u2aHsScvZ7Y9h5ftN52yw3CO732No/rJY8xK7B9MEb/iEVG1HzZs0PYnve4F&#10;/LI61HUn8v34jbKNMlFUp0js3dWTpEVFNNmuxKI9iZ2GURoiGpjzO6ZxKRfVLqOpr6jh37n7n+9/&#10;cLm+91al+ukjU+qwnwV/LTGKfL04dYr+4m4fvTnjmi71VX6yRAfVYj4S/lpQU+Xp172en2A+gZ17&#10;3737r3XvdXn85/smp6v/AJaHyky9DLLFX7l2lgutqcRSmFpqbszee3Nj5yIyBW/aO2s5Ws6kWkRS&#10;lxqv7lP2V2xd19zeVYZADHFM0x+2CN5V/wCNqtPTj5dSN7S7eu5e4XLcTiqRytKfthjeRf8Ajar9&#10;nHr3ugf/AIT2fI34kfF7rj5c9gd9909e9XbtyGU62pqeg3fmYaTceW2VgaDdVUG2Rt5Fn3BvColz&#10;WZlFZSYemrKpPDTtLGFMROQH3h+W+b+ady5Q2/YNkuLq0VJiTGpKLI5jH6r4SMaVGlpGVTVqHj1N&#10;3vpsHNHMe4cr2OybRPc2qrKSUWqLIxQfqNhUGlRpZyoy1Dx697tq6++RnzP/AJmHamzN1fGAbj+J&#10;HwQ673ti9wZPuzeW3qSTtL5PSbYy7zzbe2JtfKR1NBQdb5aSlWnqpZbxMnk8888qzYiOI9x5b5K9&#10;stpvbTmjwt359uYGRbaNz4FlrWmuV1oTMtaqBnhpVQRMYwvtg5S9vdsu7bmLw9050nhKi3jY+DZ6&#10;1+KRxQmVa1AGeGkAUlPvZwv5snauQ6Z/lzfLPe+KklgyMvWL7DpKmDV56SbtvcGD6nWtp3Qh4aij&#10;/vr5UkBBjdA45HsHe0m1R717kco2MoBjF14pB4H6dGnofkfCoR58Ogr7Y7am7c+8sWcgrGLnxCPI&#10;+ArTUPyPh0I8+HXveqZ/It+c3xG+DdT8od1/I7cm4Nu7r3ht/rui69/g+ztwbqbOYzAVe76zc+3c&#10;fJgaOrgxuXyNdX42UNknoqJkphaoVgVbLD335E5v56Xla05bto5LSGSYzapEj0s4jCOdZBZQA47N&#10;TVb4SM9ZLe8vJvNHOS8uW2wW6SW0TymXVIqaSwQI51EEqAHHZqbPwnr3sy380DuT5XfN74e71+Ue&#10;99sbm+Mvws2vndl0PQHTuZAj7K+QW8dx7qxmJpex+0YkIgxOycHt3+I1uLgVXp5KowCmNYjjJoGP&#10;a3ZuU+RucbLlWxuot052ljkN3cL/AGNpGkbMYYPNpWfQrniF1atBHhEP+3O08s8n81WfLdncx7jz&#10;dIkhuZ1/srWNELGKHzaRn0q54hdWrQR4Z97GH+Qh2p8ffiP8BvlB8pO5t+4DaNNW93JtjOJJU00+&#10;4MjjtibA29lNm7ewuFjcZbNbizWW35lhR0cSNrW8l1QTMhP7/bVzDzfz/wArcq7Lt8kzLY61wQgM&#10;srrI7N8KoqxR6mP2cdIJV72bbvvNHO3LnLe02TystnrXB0gySsJGZvhVVWNNTH7ONAfe9h74a93d&#10;vfIjpqPtrt/pGu6BqN1bpz9Z11sjN5QV+6azqWX7Oo2NufeFAYopNt7mzNJPL9zj3F4xEsoCpMqL&#10;jrzpsez8ub0do2ffF3BYokE0qrRBcZEqRn8aKQKP51I4gnqCebNn2vYd2O17VvAvlijUSyKKIJ8i&#10;REP40UgUbzqRxFeve9OTe+Xb59fz/cVRUYbN7Qofk9t3bVLSgGehqutfjOkMu55KUpICmL3Li+uM&#10;lXB9QP8Al7PYE6PeZVjD/rf/AHfZXfsvG2t3J4ETXtdFf6SNMi0/oU+fWVtnF/Un2Qld+y6bbncn&#10;gRLd/BX5o0qL/tafPr3vfI94EdYWde91k/ziu6f9Bv8ALl+S+4KarelzW8tnR9R4EQv46mas7WyN&#10;JsnJ/bS2/amodsZbIVeoEOq0xKEPp9yf7N7J+/fcjli3ZKwQzfUP6AQAyrX5F1RfzzjqQ/anaP3z&#10;z7y9Ay1hil8dvQCEGQV+RdVX884697qX/wCEwHTzYzqz5Od81tCNW8N87Q6rwFdLEVljpdh4Sr3R&#10;uRKSQtd6Svqt+44SELpMtEAGJRgJc+9HvPi7ryvsCSYhgkncfOVgiV+YET0+TfMdSf8AeL3XxNy5&#10;d2VH/soXmYfORgiV+YETU+TfPr3su38+bonefxA+XnTH8xL4/wBTU7Nr995ygXP5rFBlhw/eGyaQ&#10;y0lfVw3SlkoOx9iU3iqaIo0VccXkGqNYqnUiP2D36y5x5P3r255hQTR26HQrfitZTkDzrDKaq3Fd&#10;cYWmgdH3srvVpzVytu3Ie+KJUgQ6Vb8VvIcgedYpDUNxXXHpppHXve0B8KvlHtb5lfGfqz5B7XWn&#10;o/764JU3PgYJGkO1t84eV8VvHbTiRmqBFjM7SzCmeSzVFE8M49Mqk4uc7cq3XJnM+68vXRJ8CTsY&#10;/wCiRN3Rv6dykaqcG1LxHWOfN3LlzynzDuWxXNT4L9jfxxt3Rv6ZUitODVXy697Kn/O2fKR/yuvl&#10;c2IjlkqzguuUlWLXqGLl7n64izch8as3iiwr1DP/AGdAOogXPsWex4iPunyn4xoniTf719NNp/41&#10;ToTe0AjPuPyz4pouuX9v08un/jVOve9eT/hOT8rfj/8AHnfPyh2Z3l2fsjqabtPAdT5jaG5Oxdx4&#10;vZ21qpuuKrsiLPYeXc+fmocDQ5Kpi31SzU8M9VC9SIJBEsjLYZE/eQ5T5h5isOVr3YtrnuxaSTrI&#10;kKNJIPGEOhtCVcqPCYEhTSorQdTr798s75vtny5d7Nt010LZ5ldIkMjjxRFpbQtWIHhkEgGlRWnX&#10;vdzPyf8A5zW16/ddJ8af5cG20+Yfyk3k9VicLkdqQz5LqHYs0QVqrP5XciyUGN3nTY2jY1LTUNYm&#10;CpolaasyUaxNBJC/K3stdR2j8ze5Nz+5uVYaMwkIW4lHkiployxxRl8VjhIjUMIm5c9prlLZuYef&#10;rj91ctxUZg+J5PRQmTGScUZfEJwkZqGHvdmfw2627+6p+P2z9p/J7uJ+8e62qc/uDem9RRU1HRU9&#10;fujN1ufbauHenpaFq7B7VbINR0czwU6+CNUhgpqZIKaGMec9z5f3bmG8u+V9m+h2SiJHHUkkIoTx&#10;GqTRpKamAJySWZmLMY85s3DZNz3y6uuXdq+j2iirHHUkkIoXW1SaM9NTCpyalmYlj72aL2Feg517&#10;3q//APCoHZ9PW9A/GHf7Qq1VtnuHdez4ai7aoqffOyzmqmEC2krPJ15Exub/ALYt+bZSfdcvGTmD&#10;mjbw3ZLZxyEfOKTSD+XjH9vWRf3c7tk3vmOxr2yWqSU+ccmkfs8U/t697RfxEyld/Mh78/l59aEt&#10;lvj9/LY+LHQHZ3a9deaXE7v+SOZ622iNm7erAZDBWVe3anCU8rCVZEEmNzMBCrOAVvOEUftry/7i&#10;bn8HMPM263cEA/FHZrNJ4jjzAcMRimHhb8PSzmmNOQNk563D4d85g3K5hhH4ktFlfxGHoGDEYp8c&#10;LeXXve1p7xO6xo69797917r3v3v3Xuve/nxbw7U677I/ntZXsnuzcuJ251nhfnBHSZfcu6q+Kl29&#10;Rbd6b3dDtXZs+4MjWeGjxu3Zodj46OpepKU1LSO3mcRI7++htntO47b7DRbZsds8m5vsVVSMVcvc&#10;xmSQIBUs9ZXKgdzN8IqQOs5bXbb/AG/2Yi2/Z7dpNwfZ6qiCrF501yaQMlv1HIpktwFSB173s898&#10;/wA1uHsDeT/GT+WZtyg+WnyRzcLw1m/cI7V/x56WxpqYaWq3rvbfcDw4XctHRRy6qcUFS+NkmZEN&#10;VLUaKCpxe2D2nO32Q5o9zrlto5aQ4ibF3ctSojiiPchPnrUOBU6QtZFx22X20NjaDmL3DuG2vl9D&#10;iNsXVwaVEccZ7kJ89Q1gVOkLV197sW+J/WfdXUnR209mfIXuur7/AO3IJctlt3dh1GJo8PTTZDP5&#10;OpzE2Bw0FLSUUtRt/bs1Y1LQzVEUUz00aAQ08QjpoY45t3PZN3327veXdkG37QQqxwhixoihQ7Ek&#10;0dwNTAEgMTljVmAXM247Rum83V3sW0Cx2s6VSIMWNFAXUxJNGampgCRUnLGrH3vSs6Cz2K+VX8/m&#10;HfG7cji4dun5T9o9g0NdnK2GCip9udCYrd+5+v1mnqp0jaWjxfXGMRbExqyarCJTbNnmC3l5U+78&#10;1jZxubn91QREKCSXumjSXAHm0zn1zTiesud7hk5a9kTZ2sbGf92wxEKKktclElwB5mVz/s9e97WH&#10;Sn8wp/lJ8tsr1H8ZutpezfjN1lhdyY/uj5VjIyUGyaTs+OCjqts7O6wnML0O/IolvHXvC5MqVqVc&#10;JSkp45cjifvft2OVeUYt35n3IWvM906G2sKVlMFSHknFaxeqAjGko1XYiPGrd+RRy3yxHunMO4fT&#10;8xXDobezpWQw1IeSbzj9VB4aSpqzER+90Rf8Kgu3fvN9/Fvoejr0C7f2pvXtncGNTl3k3ZlqHaG0&#10;6uoOohft49nZhYgADaZybjTaevut7PosOat/eP8AtJYrdG/5pqZJAPt8SOv2DqZ/u57XosuZN6dP&#10;jljhU/6RS7gfb4kdfsHXvex3/Ll2ts7ZPwV+K21di7nwG8cFh+l9lxz7j2xlaLM4PJ7lrMZHkt5y&#10;0Nfj5Z6dkj3fW1yNHqMkLKY5LOrD3jb7kXd7fc+c13d/ayQzveyUR1KsqBqR1Bof7MLngeIwR1Af&#10;Ptzd3nOfMtze27xTPdyUR1KsEBpHUHP9mFzwPEYPXvdZv8635ZZ7cG3sH/LV+MMR3/8AJz5P1eN2&#10;9u/b225o6qt2N1pVypX1tHnagBqLC129aWkK1AqXT7Lbi1dZUCGKWlmeTvZLlK3t7if3M5oP0/K+&#10;1hnjdxQSzDAKjiwjJxpHdNoRdRDqJD9oeWIIJ5vcHmI+By7twLIz4EkwwCo4sIycU+KXSi1IYD3u&#10;yX4J/EDbfwH+KO1ulNpww7p3Ph6DJbu7BzuPjajl7E7PytJHPnK+n86eSGjJo6fF4wSJ5IsbR0yy&#10;BpA7NGnPnONzz/zZdb3dsYrV2WOFTnwYFNFBpxOS70wXZqYoBH/OfNVxztzNc7vckx27sEiU58KF&#10;TRQaeeS70wXZqYp173S9/Jc/mr/Kn5m/LruLqT5Fbn2jW7XrOr90dlbD27QbV29tOp2ZnNv742Xh&#10;/wC5W3KjH0dHm9wY0YDdNXNIuVnyWRVccJPMFE15r96/ajlTkvlDZt35ctZluhdJDK5keQSK8Uje&#10;K4JKodaKB4YRO+mmtOpb92/bTlrlLlbat02G2lFyLlIpGLs4kVo5G8RwSVU6kUDQETvpTh173cV/&#10;NB3T09tX4C/KOfu+XEHZ+Y6k3Zt7F43KyRLNnewMniqkdcYrBQvJFLPuP++0NFUUZiOunlp/uCVj&#10;hd1hr2ttd5u/cDlVdjD/AFiXkbsy/hiVh4zMfJPC1Bq8QdOSwBin25tt1ueduWxs4b6pLpGYr+GI&#10;MPFLeieHqDV4g6eJA697pi/4TC9Tb7271R8mu48zBX0Owuzd19ebU2TFVRzQ0uZyPW1LvWbdmdx6&#10;ykLUUcM+9KWhFREPG9TS1ERYvAypNX3ot3sLnduWNmhZW3C1imklpkqJjH4an0JEbNQ5oymlGqZa&#10;+8VullPufLu0wsrXtvFK8lOKiUx6FPoaRlqHNCp4Nn3vaU94rdY39e9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3XvbnDjXKrLWSx0FOyh1kqP&#10;89Kh+jU9Kt6iYN+CAE/qw9ueGRQv2qfX/IP9Q6d8JgNT4H8/yB64lvwAWP8Ah9BYgG7fQW1Xt9bf&#10;QH3nSpxtKT9rRGqcfpqckQyA2+sdDCREDf8AEjzKf6e/VRT2rq+3/N/nJ62rovBKt88+Xp1xKux5&#10;cqvB0xgAnhgys7XOkkggqEYEfX2ocTuKWprKemr5iYnZY1cEIqte0aBECxpEvICgBRq/1/Zhtdx4&#10;U0que6QAD5EcAPQZpjzp0bWN6ks9pb3RpbBvWnHzP+bhknzPXCKngg1mGGKNpGMkjKgDyyskaNLN&#10;IBrlkdYkDMxLEKLngexOalimiiSIsFsGQ6mKliWB5ta114tb9N+fZqJnR3ZwK+f+r/Vx6kOSwtJo&#10;4Y7d6KVqM8ckH8q8KUrSueoRqPBNI8jJ9GMqnRrESBCGWzghU8lzcN+oC4HvKtJKqaELKIAFkblw&#10;QeQQANQJP0/w/wBj7oZkLVYCrcPLql3sTeCkSOQEwx4gjiPz6h1k9GssKzPC0laW+1iZkSSVkRnd&#10;YzJIFk0KpLAWt9frb3njXS1yx0q99PDMX4HCEekAX+tuPbbGowuafy+3onm2SSpEa4BzwJP2Dyp/&#10;g8+k9laCaSCRaalQ1k0DU5mMjwRw0rCVyZaiGQSOTJawTUwc3AsD7dZYaInUryBVHkHkZl1D/AWJ&#10;Vb+0aSTgUKipxjon3TaYomPhROFXIJrUr+zA+RHHov8AtncfbtGgpt0YTDzV9fVfw1/7txJPBjCr&#10;BYpqyetqKMZOV4z62iAKqb6CS1kPnN4RUUy00OPm0ItkqZXCxyHSLiMKG4UNzcg8/S31anae2Yqy&#10;Zbz8j9nrToiY2xMblWkAUYNAAfsz/P8AmOh12lszKY6Ouqc5kqWaqyVXLVSwY2maGKO87vGHnnkk&#10;eWbSV1lUjXWDb8H2j6neFRLfSipf6c3P9fr7QOzSGrNnq/7w0rpjhCr/AKvToQYKKmpwPGnIt6mJ&#10;ZjbgEk/U+2CfNVMxJZzz/S4/3319t6R0w15K5yepftskqXkvqJ5+vPvdOmjKx8zXr3uK7Bh73w6q&#10;aHieve8Pv3TfXvfvfuvde9+9+69173737r3Xvfvfuvde9//U2NveRHXGvrf49+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173yVrHn6e/dbwePXvclJljINg1v6/7370Vr59Ox&#10;yiM101PXvblBmJonR0ABUgixI+n+29uRfpEMDnp830pIJQU697fl3gwFpqVZL2DEOVc86v1WNjfn&#10;88+zOPc5I6AioHWpLiCU6pLUE+oNDxr5fPrH4lBBUlbfQA+kcBf0m4/SLe+E286gtqp4mFtJ0zSB&#10;lLJfSzBFQsVB/r7cbdl0US1XV6knz6qbuZWBildQBQZH+b/L1j+1p+D4Y9QSWNX0AOqTlWmRH/Ui&#10;yMikgHkqP6e2vI7sz2TBSornWK/EMCpAgH006o1ErAA/2mPss+omGrS2mvpj+fHqrXdywYNcOQeN&#10;WOftz5dNmJ23gcF5DiMVRUDTMzSvTwqruXbW935YB39TAWBbk8+2cV9aIZKf7mbwy/5yPyNpb/XF&#10;/wA+6CWQKVDnSePVTPMUKGVtB8q46e7f7x9P8PcP230z173737r3Xvfvfuvde9zqSsMF4pkFTRyG&#10;81K5sGNtPkiezGCoUfpdefwbqSC4j6e1hWPzH+b0Pz6fhm8OquuqI8R/lB8j6EfnUY66Iv8AQ2I5&#10;B/4gji4P9P8AiffdXRiBY6iCQT0c9xFMAQyOAC1PUKQPHURgi45VgbqSPfnQLQqaoeB/z+h/1cOv&#10;TQhAsiNqibgfQ+h+Y/YfI9eBvfgggng2va5APBPDW49wPbfTHXfv3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3XuveymfLb4k435dbU2/s3Nd8/JXpDDYWuyV&#10;ZkR8cuy6Hrap3nDkaSGk/hW9pq3a25hnsLQiIyQUpWOITSM7hyE0C7lHm6Xk+7uL2DYNsvpnVQPr&#10;ITMI6EnVEA6aGPAtk0FBTNRPyvzPJyvcz3cOy7feSuAB9VEZRHQ11R0dNLHgTk0FBTNfe6iMn/wm&#10;d+EFeuQqE7n+W7ZisWrmXI5PfHUeTU5KoEjrW5CIdI0dVkFNU/klX7iKSXkeRSdQmCL7znPMfhqd&#10;l2jwVoKLFcL2jyH+MkDGBggeh4dSlH94XnBPDU7TtfhCmBHOMDyH+MEDGBggenXvZrMB8Afnd1xt&#10;bZHWPTX81jc2wuoNg7P25sbb2zsh8MfjhufN43bu3aCPD0tHQb0hTbtakq4enijjqaimqq0Tq08s&#10;88jn2E7j3B5C3K7vt03r2niuN4uJnleQbjeIpdzqJMZ1j4iSVBVadoVQOgzPzvyXuFzebju3tpHP&#10;us8ryNIL+6RSznUSY+4fESSAVWnaAoHXvdkvR/WeX6g6y25sLcHaHYPc+fxP8Tqc32X2fkqbJbw3&#10;Pk8xlq7L1M1V9hS0OMxuNoGrvtMfRU0KQ0dBBDFeR1eWSNN93SHeN0udwt9qt7K3fSFhgUrGiqoU&#10;AVJZmNNTsxJZyTgUAj/eNxi3Xcbi9g26C0gagWKEEIgVQopUkkmmpmJqzEnAoB73XL3R/Jh+L/fn&#10;y2b5kdj7+7+yXYkm9Ovt5y7Rp91dewdayHram23RYLbJw0vVtTuOPa9VQ7Ygiq4kyy1UolmZaiOR&#10;9ayRsvvTzTy/yh/Uzbdv29du8CaPxDHMZv1i5d9XjhNYLkqTHpFACpAp0Pto92uY9k5X/qnYWVit&#10;h4MsespL4v6pcs+rxgmsFyVOigoO0gU697tz9xB1F3XvdDvzp/kS9X/Nv5T1HyVru8t19YpuzFba&#10;oe0Nn4bZ2O3HWbpyG1MFR7UxWX23unJ7ioqXZ0x2zh8fTTRS4nLRO1KZQFaVgJ75E9+d05H5UXlm&#10;PYobowu5gkaQoEEjmRldFQmTvZ2BEkZGqmQB1NPJnvPuPJ/La8vJs0VwYmcwyNIUCB2LsroEJk72&#10;Ygh0PdTNOve7Pfib8Mvj18KOvB1x0Bsam21Q1bwVO5dy18gy29975KBZFjye8NzzRJW5WaHzSeCB&#10;RFQ0QkdKWCBGK+4v5t505i533H95cwX5lkFQiDtiiU/hjQYUGgqcs1AWZiK9R1zPzbvvN9/9fvl4&#10;ZHGEQdscYPkicF8qnLNQFmJz172Sz+Zp/KI6x/mN5DZO9pew8j0z25sjEPtWDfdBtOm3vj8/s1sl&#10;Nl6fb+4tszbg2pPVHDZGurJcfUQZGnMD18/kSdWRUGvth7v7p7bx31iNuW92id/EMRkMRSTTpLo4&#10;SQDUAocFDXQtCpqSLvbz3R3HkFLyzFgt3tcz6zGXMZWSmksr6XA1AKGBQ10rQjNfe0v8FP5HvxT+&#10;GOexfZGcnyPyC7mxKwy4ne2/8RjqDbO1cjHHD5MrsnryCbK0GHyn3MZkgq66sytdRcfbzxNqZ1XP&#10;nvnzZzrby7bAq7dsr11RRMS7j+GWYhSy0wVVY1b8SnACnnP3i5l5thk2+ELY7S3xRxMS7j+GSXtL&#10;CmCqqit+JTgD3sLvmn/Ij2d81/l5uf5Nbz+Sm9Nqbc3jjdn0GZ6zwexMRX5OhO0tp4racY2xvzJ7&#10;leiw9BkI8PHVvBPgK0rVz1DCQrIqxmvJPvze8kcn2vLFlyzBLcwtIVmaVgp8SRpO+JUqxGoqCJV7&#10;QopjJjyj70XfKHK1ty9acvwy3ETOVmaRgDrdn74wlWI1FaiVe0KKYz73Z98SfhD8bvhJsl9ldAbA&#10;pNvHILE25t45SQZnf286iEs0dRundVRElZWxQu7NDSQiDH0pZvBTxamvF3N3PPMvPF8L7mDcDJp+&#10;CNe2KMeiRjA+bGrt+JjTqOuaOcOYOcLwXm+Xxk0/BGO2KMeiIMD5sasfxMevew9+eX8vDp7+Ybtf&#10;r/Z3c+9u3NqYDrrP5fc2LpOrM5s3CfxXL5XHQYtanOtu3Ye9/uP4XRRyrSinFNp+6m1+S6aDHkH3&#10;F3n26utwvdlsbOW4uY1RjOsjaVUlqL4csVNRpqrq+EUpmq7krnvdeRLm+u9ps7WWedFQmZZG0qpJ&#10;ouiSOlTSta8BSma+9jz8X/jj198SOiev/jz1ZJnajY/XNDlKPEVu6KrG1248jLms/ldzZbJZutxG&#10;JwWNqcjX5nNVEsjQ0dPH6rBAB7IOaeZNx5v37cOYt1EYvrllLBAwQaUVFVQzMwAVQBVifn0S8x7/&#10;AH3NG9X2+7kEF5cMCwQEINKqihQzMQAqgCrE/Pr3ssP8y3+XZtb+Y507tbrbL9h5Lqrcext6Rby2&#10;pvah28m8KamebGVmGzOHy+1Zs9tqPK0GUoqtXV0rqWop6mniZXMZmhmFHtl7jXftvvN1ucO3Ld20&#10;8HhyRF/DJowZWWTQ+kqR5qwIJBFdLKIvb7ny55B3W53CKwW5t5ofDeMtoJyGVlfS+kgj+EggkUrQ&#10;j3sKfgT/ACafir8F66h37SQV/dHedKjGDtjsGgx6DbE0sJpqk9b7PpfuMZsv7iAkGqlnyWYUSyxr&#10;XCnlaD2bc/8AvPzXz3HJYOy2WxHjBCT3itR40ho0lD+EBI8AmPUNXRnzt7scy85o9kzLabMeMMRP&#10;f5jxXNDJQ+QCJgHRqFevezzfK/40bL+YPQm+fjt2JuLe+19k9hf3dTcGU67yODxO6/ttt7pwu7qW&#10;josjuLbm6sbT01bksDBHUhqN2lpi8YKhyfYF5S5nveTt/sOY9utoJb6316FmDNHV0aMkhHjYkK5K&#10;9woaHy6BvLPMN3yrvdnv1hBDJeQatIlDMlXRkJIV0JIDEjuwaHy697Bv4H/y8ujf5eWzd9bL6UzP&#10;Yu46bsPc1DujcOa7NzG2c1njPjMUmKxuLpKjau0Nl4+LEUMZmljR6aSbzVUpMpUoiHPPvuLvvuJe&#10;2F7vcNtG1tEURYFdUozamYiSSQ6jgEhgKKMVqSbc6c97zz1d2V3u8UEbQRlFWFXVctqJId5DqOAc&#10;gUAxxJ97Mr3v03tD5DdNdmdIb8gefaXaGzs3s/MNDb7qijy1I8NLlqAkqEyWFrvFWUrE2WogQn6e&#10;wzsO9XnLu9bZvlg1Lu1mWRa8DpNSp/osKq3yJ6D2y7tdbFu237xZGl1bSq6+h0nKn5MKqfkT173p&#10;YfyiO6d2fy3/AOZNvz4l941E23Nudl7ln6N3omQkahxFB2JhcrO/Uu+kWaYU74rPyV70dLU6mheg&#10;3ClSHaJQxzY94NktPcn20sObtiUSXNrELqOmWMLKPqIuFdSU1MvHXCVpU9Zc+6W0WvP/ALf2XM+z&#10;KJLi3j+ojpljEy/rx+upaamHHVEVpXr3vc++Qvx86p+UnUe7eke6NtRbp2FvGkihr6QTSUWRx1fR&#10;zpV4nPYLJwEVOKzuFr4knpp0JAZdEiyRPJG+FfLvMW7cq7vab5sl0YtwhODSoIIoyMpwysKgg/aK&#10;EAjErYt93PlvdLXeNouPDvYjg8QQcMrA4ZWGCPzFCAR73rqZj+SovxSzEGC6k/nH9l/D3aXbm46f&#10;FbX2RmMmNm5jsLdUarSUmMgrds9/dM4zsDccdLXRQxxU+HNSBIAq2kCjI6H3t/rZC0+7+zNrvN3Z&#10;xFnlVfEWGPiWIe0uWiSoJJMmnHHFep5i93f6zRNNuntRb7rdWsZZ5FHiLEnEkh7acxJUEkl6Y+XX&#10;vdkfww/k1fGH4h79XuvJZXe3yB78Soqayk7S7drqbIvt/IVWuOfKbW27TRCkos1NTlVORr5snkYm&#10;1mnqIEkdDGvOvvPzRzht52SOKDb+X6AGC3BGsDgruclQfwIEQ41KxAPUf82+7HMfNNkdojihsdko&#10;AYYARqA4K7HJWv4VCKcalJAPXva//mWfJ/4YdcdO7k6C+Tn3/Z+V7xwy7WwHxx62pZtzdyb+rMhV&#10;wvt6TbuCxUy1e3amPcFLBNjcpWSUsIyFOgpmmqEWFi/2z5W513LebbmDlfTaxWL+I95MdFvEADr1&#10;s2HGgkOihjoJ1BVJPSL2+5c5t3Ddbfe+XdNtFZvra6lOiCMAd2pjhhpJDooJ0k6qKa9e91B/CT/h&#10;Pv1/mdyY/uL5Q7O3RszYMdTHldj/ABn3F2FS737BraGRVnope++w9nbe6/23DMpOr+A4DF0rxroS&#10;srnZZ6Zph54+8LuENtJs3K17FPuBGmW9SExQg8D9LDI8rkf8NldgclIwNLCU+cPfG+it32rly7jm&#10;vqaZLtYjHED5/TRSNK//ADclc1yUQYYe9nE/n94janXn8ryq2RtLC4PaG2KTs3qHa+19sbdxlBhc&#10;FjKDG11fkKXEYfE0ENNRY+jpKLEuyRQRqqrHYC1/YN+79Nd7j7pJfXc8k10bW4d3dizMWABZmJJJ&#10;JbJJ8+gp7Iy3N/7jLeXUzy3Bt53d2JZiSACzMakklsknz697VX/Ceehak/lr7KnaERDJ9o9sVyOI&#10;yhqVj3GuNMzMUXzFXx5j1AtYRhb+mwSfeJcP7l3q6q6bWAfZ2Vp8uNfz6Te+r6vcG8WtdNtCPs7K&#10;/wCWv59e92j/ACi+P22PlT8fu1Pj3vHJZLC7f7R2vNt+qzWHED5LDVcdVS5TD5ikhqVanqnxeax9&#10;POYXss6xmMsobUIs5W5huuVOYdq5isole4tZQ4Vq6WFCrKSMjUpIqOFa5p1HHLm+XPLW+bbvtpGr&#10;z20moK3BhQhlNMiqkivlWvXvdM3xB/4TtfGD4/bxod/93b4yvykz+DqY6vb23c/tCh2L1fTVcMzT&#10;Q12d2RHuDeVbuupptMYjgrMo2Mb1+ajm1J4po5w+8ZzRzDZSbfsdim1W8go7pIZZyCKELLojEYOa&#10;lU18NLrQ1lnmn335j3y0ex2ezXbYHFGZXMkxFOCyaYwgOalU18KOM1972D4YYaaGKnp4oqenp4o4&#10;YIIY0ihhhiQJFFFEgVI4o0UBVAAAFh7x5ZmZizEliakniT1BhJYlmNWPE9e9lf8Amx8e6r5WfFPv&#10;H494/I4vD5bs7ZNThcFls2Ks4fGbjo62ize3K/J/YQ1NaKGkzmLp5JTFHJIEUlUY+kijkjmJOU+b&#10;Ni5ikjd4bWcMyrTUyEFXC1IFSrECpA+Y6EfKG+ry1zNs2+vGzxW8wZlWmooQVcCtBUqSBUgfPr3s&#10;hX8v7+Sf8ZfhNWYXsbcd++O/sY0FZRdibvxVPS7e2Xko9EgqOuNkmevo8JXU8yKYsnWTV2UjdS1P&#10;NSq7xex/7g+93M/O6Tbbbf4hy+1QYY2JeRfSaWgLAjiihUPBlYgHoa88e73MXN6zWFv/AIlsjVBi&#10;RiWkHpLJQFgfNFCofxBqA9e93M+4W6ibr3v3v3Xuve6J/n//ACNdgfOv5KU/yJqO+dy9Vz5XbuBw&#10;O/8Aa1BsXHbtO4321RjF4nJ7fztXufBLtWp/g8MME6T0OVjkMIdRGSwM8+33vruHIfLLcuLsEV2q&#10;SO8TmUx6NZ1MrqEbxBqqRRoyK0NcdTPyR7yX3JnL7bCuyx3IWRmicyFNGs6mDKEbWNVSKMhFaZ69&#10;7sf+H/wc+OXwc2C2w+g9lriXyC0z7s3xnZoMz2FvutpVZYa7du5RSUZqVhLu0NHSw0mNpWkc09NF&#10;rfVG3OPPXMnPW4fX8wXusLXw4lqsMQPlGlTT5sxZ2oNTGg6AHNXOO/8AOV99bvd3qC10Rr2xRg+S&#10;JU0+bEs7UGpjQde9oP55fy8Onv5hu1+v9ndz727c2pgOus/l9zYuk6szmzcJ/FcvlcdBi1qc627d&#10;h73+4/hdFHKtKKcU2n7qbX5LpoX8g+4u8+3V1uF7stjZy3FzGqMZ1kbSqktRfDlipqNNVdXwilM1&#10;W8lc97ryJc313tNnayzzoqEzLI2lVJNF0SR0qaVrXgKUzX3sefi/8cevviR0T1/8eerJM7UbH65o&#10;cpR4it3RVY2u3HkZc1n8rubLZLN1uIxOCxtTka/M5qolkaGjp4/VYIAPZBzTzJuPN+/bhzFuojF9&#10;cspYIGCDSioqqGZmACqAKsT8+iXmPf77mjer7fdyCC8uGBYICEGlVRQoZmIAVQBVifn172WH+Zb/&#10;AC7NrfzHOndrdbZfsPJdVbj2NvSLeW1N7UO3k3hTUzzYysw2Zw+X2rNnttR5WgylFVq6uldS1FPU&#10;08TK5jM0Mwo9svca79t95utzh25bu2ng8OSIv4ZNGDKyyaH0lSPNWBBIIrpZRF7fc+XPIO63O4RW&#10;C3NvND4bxltBOQysr6X0kEfwkEEilaEe9hT8Cf5NPxV+C9dQ79pIK/ujvOlRjB2x2DQY9BtiaWE0&#10;1Set9n0v3GM2X9xASDVSz5LMKJZY1rhTytB7Nuf/AHn5r57jksHZbLYjxghJ7xWo8aQ0aSh/CAke&#10;ATHqGroz5292OZec0eyZltNmPGGInv8AMeK5oZKHyARMA6NQr172VH+a1vr4gfN7N7Y+Euy9g9hf&#10;LD5X7Wztbl9r0Px53Tt/bEHSs9QlNQ7nqOzO5tx7e3lsHau2akUtPDmqGWgyU0M0ECzLRVQpZPYt&#10;9p7DnHkeC654vdwttp5SljCubtHc3IFSghtkeOWRxUmNg6AgsRrTUOhN7aWXNXJ8Nxzhd30G2csy&#10;IFc3SM5uBkoIYEaOR3FSY2DICCxGtdQ697Xn8vH+Rp0V8Wa7Edv954zbXb/fFO9Jk8PizFX5bqrq&#10;nIwETQHalBuIGq3huWgnAdc7k6eDxzRpLRUNDImti/3F99d+5qjm2fYpZbPYDVWbCzzg8fEKYjQj&#10;/QkJqCQ7uDQIue/eTeeZEl2rZpJLXZTUMcLNMDx1lcRoR/oaE1BId3BoPe6o/wDhUFkYZe+vi9iV&#10;mVqih6h3dkZYPTqjhym80poJjb16Z3w8ii/H7Zt+fcs/dbjYbBzTNTta8jFfmsdT+zUP29SZ93OM&#10;jZOY5adpukFfsjqf+PD9vXve3b0dQtjOlen8a8Ipnx/V3X9C1OsZhWnak2niYGhWEpGYhEY9IUqu&#10;m1rD3iBvriXe95kDVDXUprxrWRjXrFzeX8Td91kBqGuZTX1q7Hr3sUfZV0W9e9+9+69172WD5l/F&#10;raPzQ+N/ZHxy3rl6/bmJ39R4lqTc2KpYK3Jbaz23c9jNzbfzVLR1MkMVYlLlsREKinMkP3NK8sPk&#10;j8mtRTyXzVeclcy7bzJZQrJLbs1UYkK6OjI6kitKqxoaHS1DQ0p0I+U+ZLrlLf8Ab9/tIlklgLVR&#10;iQHVlKMpI4VVjQ0NGoaGlOve6i/ib/wnU+KfRe48fvTvHeGc+Um4MPU/dY3Abi2zQbH6qMqSyvTT&#10;ZnYNPmd2ZDcj06GMGCuzE2NmKt5qSRXCJL/Nv3jubN+tpLLYrOPardxQujmWf56ZSsYSucrGHGKO&#10;CKmUeZ/fnmbebeS02a1TbYHFCyuZJvnpkKoErnKxhx5MCKn3vYKoqKjxtHSY7HUlNQY+gpoKKhoa&#10;KCKlo6KjpYkgpqSkpoEjgpqamgjVI40UKigAAAe8end5XeSRy0jEkkmpJOSSTkknJJ6g13eR2kkY&#10;s7EkkmpJOSSTxJ8z172EXyG6E67+T/S+/wDoXtehrshsHsfEQ4nPQ4ut/h2UpzRZKhzeJyeKrjDU&#10;JS5TDZvF01ZTO8UsYngXXG6akJxy7v8AuPK297fv+0yKu4Wzlk1CqmqlWVhiqsrMpoQaE0IOejTY&#10;t7v+XN3sd72x1W+t21LUVBqCrAjFQykqcg0JoQc9e911fGL+R38AfjBuSk3pj9h7j7n3li6tK3A7&#10;g77zOI3vHgKmNxLBUY3amH25tTYUldSToklPV1OJqKylljV4Jo3uxkbmj3z9weabZ7KS/jsrJxR0&#10;tFaLWPMNIzyS0IqCqyBWBIYEdDzmL3i535jt2tJL2O0tGFGW2Vo9Q9C7O8lDwKhwrA0II697N786&#10;fh/tX5z/ABt3p8eN17ny2yYtxVOFzWC3hh6OHKVO29zbbyMWTw+RnwtTVUNPnca0kbQ1dG09O01N&#10;M4jmgm8c0YP5D5xu+ROZbLmK0tUnMYZWjYlQ6ONLAMASreatQ0IFVYVUhbkzmq55N5gtN9trZZjG&#10;GVo2NA6OKMAwBKnzVqGhAqGFQfe6+fgv/If+LXxC3Jjey9+Zeu+SvbeEqxWbcz29dt47AbC2pWQO&#10;slDmNu9apkdyQ/3jpJPXHW5LJZP7eVY5qSOmmjEpkPnv365q5wtpdssIV2zaHFHSJy8sgPFXmonY&#10;fNURKiocspp0OucvenmTmm3k2+yiXb9rcUdY3LSODxV5aJ2HzVESoqGLA0697vAmjeWGWJJpaZ5I&#10;pI0qIRC01O7oVWaJaiKop2liJ1KJI3QkepSLgwapAYEqCAeBrQ/LFD+wg9Q6CAQSKj09f2UP7D17&#10;3Uj8P/5MXxe+FvfK/Ivrrfnfm9ewUwu58Mg7T3V1/nsOr7uWOPMZjxbc6v2jlWzUkIkjWU1hTRUS&#10;akYsCJd5x96eaeddgPLm5WG3wbdrRv0I5Ub9P4V755F01oaaa4FCOpQ5q92uY+btlOw39lZQ2OtG&#10;/RSVW7PhXvmddPA00+QoR173bl7iDqLuveyYfOX4NdW/P7qjAdOdv7u7O2ntHAb8xvYcb9W5na2D&#10;y2SzeIwW4sBQ0uVqd07N3pS1GIipdz1EvhjgiY1CxOX/AGwPY15F563X2+3a43nZ7O1mvJLdof11&#10;dlVWZHJURyRkNVAKknFRTPQt5N5y3Lkjc5922q1tpbp4DF+srsoVmViVCSRkNVAKknFRTPXvam+G&#10;3w/6r+DnSGL6F6grt3ZbamOz+4dzS5nfeRw2U3XlsvuStFVWVOVrdv7f2viJftqeKGlgEVDDppqe&#10;MNrcM7Jec+cd1563yXf94jhS7aNE0xBljVUFAFDu7ZNWNWOSaUFAE/NnNW5c47xJve6pEtyyKmmM&#10;MEVUFAFDM7ZNSasck0oMde9pn+YL8U8X8z/iV250RUxxLuHN4J8713kJGjj/AIT2VtjVl9mVRmll&#10;gihpKzKQChrGZlBoaucXF7hV7ec2S8lc3bPvyk/TpJpmH8UL9sgpmpCnUv8ASVelHI3MsnKXM+17&#10;0p/QR9Mo/iiftkHnkA6l/pKOve9Zz/hOp8sMj053f2n8FO1pa7bidhZTJ7h2LhdwGXHzbd7l2TTy&#10;4vfOz5qCsaJqLL7m25igXjZVcVWBWGxklA95OfeO5Sj3nY9q582kLIbdFSVkyHtpTqikqOKo7YPD&#10;TLXgOshffnlmPddn23nPbAshgULIy51wSGsb1HFUduPpJXgOve9vDtnq7ZfdvWW/OouxMUua2P2P&#10;tbM7P3PjdfilmxObopaKoko6nSz0WRpfKJqaoQeSnqI0kSzID7w/2jdb3Y90sN426XRfW0qyIfRl&#10;NRUeYPBhwIJBwesW9s3K72fcbLdLCTReW8qyIf6SmoqPMHgRwIJBweve9V6t/wCE53xb2t3jtzYG&#10;9P5gyYr++71eQ2P0hW7d67213jurB0nl8525lst2FV/3jej+0n8tXR7QaFdDXiXQ18rE+8fzVdbF&#10;c7hZe3mvwKCW5DzPaxseGtVhGitRRWuK54mvWSae/XMlzs1xfWnI2rwaCS4DSvbox4a1WIaK1FFa&#10;eueOeve9if4kfBX4yfCLac+2Pj/11Q7ercpT08G6N9ZZxnOxN5fbO0sJ3LuyqjWtqKSKd2kioacU&#10;2Np3Zmhp4yzXxz5v585o54u1uuYdyaREJKRL2wx1/gjGAaYLHU5HxMeoH5o5z5i5wuVuN8vzIik6&#10;I17Yo6/wIMA+RY1cjix697N57B3QW69797917r3vV7/4UydgUmY63+K3xr2/TzZ7sjfnblZ2BjNu&#10;YuCWtzElJhMDX7CwtPFSQM0rTbmz2/Xgo4xGzVEtHKFIKENlL92Pb3h3Lmvma4YR7bb2YiZ2NFqz&#10;iVjU+SJFVjXAYV49ZGfd6sWi3DmXmCdgm3wWoiLE0WrMJGNf6Cx1Y1wGFePXvdtX8rb4P4/4IfFD&#10;aPWdfBRy9qbsdN/90Zim8E/3O/MzQ0kcmApK+OJJKnB7Mx1PDjaXkxyPFNUqqNUuPcRe6nPMnPvN&#10;t5ucbMNqh/StlNRSJSe8jyaQku3mAVU10jqMPcjnF+dOZrrcUJG2xfpW6mopGpPcR5NISXPmKhc6&#10;R173Y17jfoBde9+9+69173737r3XveuN23/wnI6R7g+T/Y3eOY+QG/MB112XvbPb/wAx1NtnZmCp&#10;c5j87urNSZ/cFLh+yMlmcpQ0uCnyFZU/bU7bceWlikRBM4ju2SO0feQ3zZ+V9t2KHl+3k3K1gSJb&#10;h5GKlY10IWhCqS4AWp8YBiCdIrifNr9+942rlyw2aLY4Hv7eFYlneRipVF0qWiCglqAVPi0JBNBX&#10;Hvd2/wAbPiz0N8R+u6TrDoHrzC7C21G0NRlJqKNqncG6srFAtO2e3fuOrM2Y3LmpY10+aqlfxR2i&#10;hWOFUjWEOZea9/5v3F905g3F7i5NQoOEjWtdEaDtRfkoFTk1YkmH+YOZN65ov23HfL957jgK4VFr&#10;XSiDtRfkBk5NSSevezBew70R9e961tJ/wmo+PVd3zujsfevfHYW4eps1vDJbpxvT2H2xi9sZejpM&#10;hX1GTO2cz2cM5majLYhaiYQtLR4fFVrUgKpPHMRULkw/3meYk2C122y2C3j3dIVRrhnZ1JAC61g0&#10;qFagrRpJF1ZKle3rIFvvBb6my21hZ7LBHuaRBDOzl1JAA1rDpUK1M0Z3XVxBHb173sJdW9U9cdJb&#10;E291j1LszAbA2FtWjWhwW2Nt0MdDjqKK5eWZguqetr6yZmlqaqd5amqndpZpHkZmOPG67tuW+X9x&#10;um73slxuErVZ3NSf8gAGFUAKooAAAB1Bm5bnf7xez7jud2897Kas7mpP+YDgFFAooAABTr3vRv8A&#10;m3iH/mAfz0q3pGeoqZdpS90bF6Dq/wCFThq7FbF6xoaKDteWhqI0mWOvpZ8ZuKsTUtoJW0v+hj7z&#10;o5HmHt97EJviqBdiyluxqGGlnJMFR6ENCvzGRx6zG5PlHI/s0m8BQLoWklyKjDSTEmGo9CDEvzHD&#10;j173cPtX/hP1vrp7cuTT43fzNPkx0V1fmcvFW5bZW1cfmMXuXKUPmhjq4cnvHYfa3XW3q/Lz4qmi&#10;gSsl22yI8au0DoBCIbu/vCWG82sR5l9sdsv90RKLJIVZFNMFY5YJnChiTpE1SDTUDnqKrn3wst1t&#10;4zzB7ebde7iiUWRypQHypHJDKwUMSdIlzWmoHPXvdp/wq/lvfHD4NU+dy/W2Nzu8e1t5rK2/O7+y&#10;8jFuXszdL1dQuQyNN/FRS0lLhMRX5W9TNTUcMTVUojerkqpYo5Firnb3K5l56aCHc5Y4dph/sraE&#10;aIUoKA6akswXtBYnSKhAoJHUbc3c/wC/85NDFuEiRbZD/Z28Q0QpQUB01JZgMAsTpFQoUEjr3s/X&#10;uP8AoE9e90I/J3+Qp1H2t3dXfIz43d79h/D7tnK7ik3fV1+xMW2d2/jt2VdRLU5Tc+0KLGbo2Bun&#10;Z2Zy09TLJL9nmhSRyyEwQRLqRp+5X9/d32nY4+W+Zdhtt52hI/DAlbS5jAoqSFklSRVAAGqPUQO5&#10;ic9TZy7717ptmzpsPMGywbrtix6AJDpYoBQI5KSpIqgADVHqIGWPHr3tLbc/kD4rfW6sNuX5vfOH&#10;5JfMun27Ua8Rt3c2W3FtjGPRAwsuJyWT3J2D2ruuPHSu1QZf4VkcRO3lXRJGUYyq7n7wMthaTW3I&#10;3Iu2bK0g7nRUdq57gqQwR14U8RJBg1BqKKbj3ulsraW35P5O2/aWkHcyKrmv8QCRQpXhTWrjBqDU&#10;U97vs2NsXZ3WWz9udf8AX22sNs7ZW0cVS4PbW2Nv0MOOw+GxVEnjp6OipIFWONFF2Zjd5HZncszE&#10;mAb+/vd0vLncNxuXmvpnLO7klmY8SSf9QGBjqE729u9xuri+vrh5byVizuxqzMeJJP8AqHAY697V&#10;ftJ0m69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697zQQS1M&#10;qQwrqkc8C4UAAXZnZiFREUEsxICgXJt7sql2CqMnq8cbSMEQVPXibC//ABv/AHgck+3B56egPjot&#10;E9Qtw9e66lDfQ/ZROCqKv4kYGQ/VdH09ualjqEoX/i/zf5+PpTp92jhIWE6nHFvn/R+XzOTxFOuv&#10;qBe4/Nr/AONxcj/efx7bJJJJXaSR3kdyWZ3ZndifqWZiST7aJJNSanpOzMxLMxJPXfvjc+9dV697&#10;8CQQQSCDcEcEEfQg/wBfewSCCDkde4de9rCLeNbBTU0UcMbSwAXmdmsxBvqEcZjXW35Juf8AYcez&#10;I7nKVoVBYjJPE/6vl0b2+8T20caRL3KeNTj7AKD9tf2U6w+CItKxW5mAEmos1wFCBV1ElEAH6Vst&#10;yTa5JKsxXZUESj+IUU6zWt5qR1ZfzZikjI4sT/qifbL3McmkFCB5+f8Am6Oo+dt1jVAAoYeY1KTx&#10;8wagiuOPAdB/vDYtVuWnipqTOPi6dJ453pzRJUpMyOrMrSGWN0iIUWVRYN6jc2tNTd9HWP8A8CEX&#10;9RDSMsR+o0Bi6rcpa/1P+Hs2jew0VWceWCD+fTMvM9/dyElgrUwSRg/M0Ff5/LpVQYOCmUrE1gyQ&#10;qUOto1KljMyRmQognDfRQtjyb3PuK+cxwLaq0SEm+mIuYxYAKEJ+gUi/+Pu7X9smEzTokYvNI7XO&#10;4kgmtAWI/KvCh9P83TmIbWAReBbU9i559V9IAJYH2nq/cEMxkiQRGJmJs8SSX/of3Q4Fh9LAW9lV&#10;3fTSqEAXR8wD/hqP5dURbJJXcFjU+Zx+wY6zqlgBckgAXva9v6gWBufaQm8RYtGbg3PP9SfZZ3ef&#10;Tc3gsSyN1y9xGa3+v7t0mpmp4de94ySffut169769+61173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9//V2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde99+916917317117r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve59DVpTu0VQhmoajSlVCDZioN1mhN7JUwE3Rv9cG6lgbq1Kg/Cf8AVX7R0ot5VjbT&#10;KCYG+IfL1HzHEf5q9cHUsBpYo6m6ta4v+Qy3GpG/I4/wIIBGOtpGo6h4S4lSyyQzKCEnp5VEkMyA&#10;8hZI2BseQeDyPfnUoxX/AFEdVnhMEhQmq8QfUHII+0ddq2pQ1ipP1VralP0KnSWW4PHBI/ofcT3T&#10;pnrl797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3vXm/nYfymsx8tcbT&#10;fJv44YmF/kfsnFU9DuradLLBjqjuDaOJS+NbHVUjwU47E2lEuiiMrxnIUAFL5PJT0cZyJ9kfduHl&#10;GRuV+ZJj/VqdyY5DUi3kb4qjJ8GT8VAdD99KM56nX2h9zouWJG5d3+U/uCZiUc5EDtxqMnwn/FSu&#10;lu6lGc9e9gx8Fv5+uyNpbTo+if5j1Bv/AKn7p61i/uxmezslsbdOVh3IuIg8UMnY20MTi6zf+1uw&#10;vGscVYI8XV01bOGqXakMhhU657+7/fXd2+/e20lvd7JcnWsCyopTUc+DIzCJ4eJWrqVFFGumro25&#10;z9kry6un3rkF4LraLg61hEiLo1H/AEJ2IieLiVq6lR2jVSvXvZPv5nvanUP84z5LfFrqD4D02+e0&#10;9/7YXcmI3p2i+1N07V682/sbcVbtiuTL5Gk3ZQYXP0FDsqqpq6ora2ooaBXMiU9O1bNNTogy9rtq&#10;3j2a5Z5q3jn9oLTb5dDRweIkkzyoHGkGMshMoKhVDPShZtADEir2623dfanl/mTdedmhtrGTQ0cO&#10;tHlaRA40goWUmQFQqhmpQs2gBife9tjuDfNR0N8de0eygku5qvpjpXe2+fHVpUSzbgqOutjZPP6K&#10;mOCZquSXLS4ezqkhkJkIDX594i7PYrv/ADHtW2VESXt7FFinYJpVTFRTt1YqKY4dYw7VZrvW/bbt&#10;9RGl3eRx4p2iWQLiuO3V6Ux173rif8J6dk4P5E70+U/zq7ryI7M+Stb2RSbZpNw7lMGTr9oUObwK&#10;5rKZvAw1CythZc7HVLiaRodCUOLxZoqURU7Sxtkl94i+n5csuVOQ9kj+l5ZW2LlEqokKvpVXI+LT&#10;TxGrXU763q1D1PnvpeTbDact8mbRH9Py+LcuVSoDlW0hWp8Wmmtq11O+tqtQ9e97UnvFLrGzr3vT&#10;x/4Ug/L/AG32Tufqb4S9ZZL+9ma2Lus9gdp02AlbJpRb+rsZVbY2JsVaeiSWSq3RQ4rPZCoqqddT&#10;QnIU0dvMZEjzI+7Zyfc7Za7vzvukXgwTxeFAX7axBg8stTwQsiBT56GPChOVXsDytcbfb7nzhuMf&#10;hQzReFCWxWIEPJJU8ELKoB89LHhQn3vYw/lu/HfK/FT4QfHfo7cUC0269r7JfL7zpQQ7UO8t95vL&#10;b+3VipJv+UhsJnNzz0Qf6FKddPpCgY4e5XMcXNnPPMe+2zVtJZ9MZ9Y4lWKNqeWpUDU9T69QLz/v&#10;0XMvOO/bxAa20k2mM+scarEjfLUqBvz697O97A3QP69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve6dv55/yZ7A+MfwJ3Ll+scpX7&#10;d3f2xvrbfStNuvEyVVPl9r4vdOH3RuDcOUxOQpJIpcTkqrAbRqaCGrVlkppKwSQsk4idZk9ieWNv&#10;5o5/tYd0iWSztIHuTG1CrsjIiKwPxKHkVyvBgtDVajqVvZrl6x5i52t4txjWS1tYXuCjUKuUZFUM&#10;D8QDOGK8DpoarUde9u38kz48dUdLfAXpTd+w8Zjajd/d21KLsfsreqw0subzueys9W0OAqsjFGJh&#10;idkQk42mo9XjhkimkK+ead3a97+Yt23v3A3uzv5WFnYzGGGOp0qigd4HDVL8bNxIIHwqoDXu/vu5&#10;7vztu9reyMLWzlMUUedKqtO4D+KT4y3EggfCFA97tpr6+hxVDW5TKVtJjcbjaSor8jka+oho6Ggo&#10;aOF6irra2rqHjp6WkpaeNnkkdlREUsxABPuI445JZEiiQtKxAAAqSTgAAZJJwAOPUYIjyOkcaFpG&#10;IAAFSScAADJJPAde96FXy43ZJ/OC/m8bb2J0+1ZuDrFcztXp3bu5KT7mSjTqHYGRyOb7F7GjdIUN&#10;Hg6mfJZvI0LPoeaGWmQlZpQgz65QtB7O+z9zf7zpj3TRJcOhpX6iUBYYeOWAWJG9CGPAV6zW5Xth&#10;7V+1txe7rRNx0POyGlfHlAWKL5sAI0b0IY8BXr3vfcjjjhjjhhjSKKJFjiijVUjjjRQqRxooCoiK&#10;AAAAAB7wDJLEsxqT1hQSSSSak9e98/eutde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3XverJ/OO/lV&#10;9rRdq0v8wf4MYrNHtLC53F737N2JsSB23im8tuVUGSxfcXXOKpY5JsznWqaKNsxjqaOSqqalFrIo&#10;Z3mrLZV+zXuvtLbS/t5z3Kn7qeNooJZT+n4bgq1vMxwq0J8NyQoBKEqAnWSPtR7lbYdsbkbnKVP3&#10;a6GOGST+z8NwQYJWPwrQnQ5NAKoSoCde9jh8Rv8AhQ/8YN3bEoMF8yZc/wDH7ujbNGuM3jXwbF3j&#10;uzYW6MzjylFV1+CpdlYfcu7NtV9bURyS1GMyGPSKge8SVdRa/si5v+7rzTZ38k/Jgj3DZJW1Rgyx&#10;xyopyA5kZI3AFAHR6vxKL0T80exPMdrevNymEvtokNUBkjSRFOQGMjIjgCgDq1W4lF697IJ2NU7P&#10;/mvfzh+hO2fhNjd/13X3TMvVWc7t7vzOCzO3dpQwdV77yG6KPM4Sky5osziqjO4SClxeNpqqOhrq&#10;2svJ9nHFBU1JkDbVvPab2b3/AGjneW3XcL0TrbWyuryEzxBCrFaqwVizuyllVcayWVehtYLde2ft&#10;Vve2c3yQLfXfjLb26srOfGjCFWK1UhW1O5BZVXGsllXr3vcm94Y9Yode9gRtT5TfGPfe5KvZux/k&#10;b0PvLd9BXpiq7au1O3uvtxbkospJX/wqPG1eDxG4azKU9fJlP8mWF4hIZ/2wNfHs/u+VeaLC2S9v&#10;uW7+GzZdQkkt5kQrTVqDMgUjT3VrSmeHR1c8t8xWVut3ebBew2rLqDvBKqEU1VDMoBFM1rSmeHXv&#10;YLfNH+YR8avgzsTK7m7d3xiqjeS0E020uoMDk6Cs7J3rkTCHo6TH4BJnqsVipXkTz5StSGgpY2Ba&#10;RpGjikOuSvbzmbnu/itdnsXFlqAkuHUiGIeZL8GbjRFq7HyoCQb8o8jcwc5XsVvtdmwtNXfOwIij&#10;HmS3At6ItWJ8qVI97qh/lp/GLuD5k/I3JfzafmxgExeXzcMEHxT6iraOf+G7N2jSRSRbc3tT0OSA&#10;mp8biaCplOBaWNZa+uq6nNlUeSkleWvczmjZ+TOW4vaPki4LwoSb+4BGqSQ/HESuCWIHi0NFVVgq&#10;QHAkz3B5i2rlPYI/bDlCfVEhJvJwcyOfjjJHEsQPEoaKqrDkBgPe9j73jZ1AXXvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9ovsjfWG6v67372XuJtG3+u9l7p31nX8iQ6M&#10;NtLB12fybeWT9uLTRY9zqb0r9Tx7XbZYTbpuW37ZbD/GLmeOJf8ATSMEX+ZHSvb7KXcb+y2+3H68&#10;8yRr/pnYKP5kde96Xn/Cerr7N9+fzBe5PlFu4JWVXXm0d6bzyGQIaWT/AEmd55yuxUMitN5HRKzb&#10;s25WZ9fkuAvIZiM1fvEbjBy/7e7NytZ9q3M0cYH/AAm1UMeHo4hxSn7B1lt76X0OycjbTy5a4WeW&#10;OMD/AITbqG/k3hfL9g6973d/eDnWH3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173zjjeV0ijRpJJGVERAWd&#10;3Y2VVUXJJJ97AJIAGerKrOyqoqxOB10SACSQABck8AAfUk/gD261ciUEb46ldXlb05GrjJImdSCa&#10;OFuAaSFxyR/nXF+VC+3CdClF+I8T/k/z+p+XSqYrbhraNqt+Nh5n+Ef0R/M54U64KBJpkIbjmNXW&#10;xS4Ya9JGpHZWtzyBxYG49s/trpH1k9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfve+vde9&#10;8gxH0Pv1evde9+LE+/V68Mfb1731c+/de69797117r3vr37r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvf8A/9bY295Edca+t/j3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173yUaja9r/T/AF/furKAxpXr3tXVuNqKramMyscLuMXVVuLrpApJ&#10;iikeOsoWf+kV6l1DfQEge9lwwUVyOhHdWM8/L9juCxEi3keKQ04AkOlfl3EV+YHSNXdWLpd9y7Jq&#10;qulpcpk9u0+58NSTzlavLxUlbU4vcBoYnOmaLCouOMwj5T7xWYWa/tH+9dBrpZe/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3sIOzfj30H3U9JJ3J0f1B21Jj/H&#10;9g/ZvWmy9+PReEVKw/aNurC5VqbxLWzBdGnSJXt+prnO18xcwbIHGy75eWYbj4E0kVa0rXw2WvAc&#10;fQenRrt2+73tAcbTvF1ahuPgyyR14cdDLXgP2D0697fOuOoep+nMPJt7qLrDrvqvASv5JcH1xsrb&#10;Wx8PJIJ6qpEkmM2xjMXRO/3NdPJcpfXM7fV2JY3LeN33mYXG8bpc3dwPxTSvK3AD4nZjwAHHgB6d&#10;M7hum57tKJ903Ge5nH4pZHkbyHFyTwAH5D0697WmVxWNzuLyWEzNDTZPEZigrMVlcbWxJPR5DG5C&#10;nkpK6hq4JAUmpqulmaORGBDKxB9oYpZYJYp4XKzIwZSMEMDUEHyIOR0jilkhkjmicrKjBlIwQQag&#10;g+oOR173q01/8pr+YF/L3703h3R/Ky7J2zu7r7d0U61/SfYeZoMflKjFwvUVeL2fno92zUOzd6Um&#10;DqaqUYvMSZTEZamWVo2YCSomqMqY/dv299w9hs9l91dslh3GEilzCpKhsBpE8MGSMsANcYSSNqVA&#10;wqrkgnudyPz1s1rtHuRt8kV9FSlxEpIBwC66KyRlgBrjCOhpXyUL72IW+cn/AMKSvkVj5uv5eseg&#10;fiLisjRyQZLsDY289lUuQlgqaqkpZKaHN0fbnfm88DWRQVDzrVYmio6iOKCTROJjEkhdYxfdq5ck&#10;XcBum4bxKrVWKWOUioBNSpt7WNxUAaZGYEkVXTUhDZx/d/2FxfDcb7dJVNRFJHIRgE10mC2jYVFK&#10;OzAkiq0qR72Ov8ub+Rr158UN64/5BfIfeVN8gvkZR18mfwlQKauPX2wNzz1BqpdzYo5wnO753pHV&#10;F54Mzk4qQU0svliokq4o6v2Q+5HvruPNtjJy9y7ZHbuW2XQwqPGlQCmhtPbFHTBjQtqAoXKEp0Tc&#10;++8l/wAzWcmx7FaGx2ErpYVHiypSmhtPbHHTBjQtUChcqSnXvd93uAeoT69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;LV8uvix1t8zeg98fH7tNK6Hbu76eknoc3iHijzm1Ny4eqjyG3t0YWWZHi++xOQhUtE4MVVTtLTyg&#10;xSuCJuUOa9z5L5gseYdqKm5hJBVvhkRhR0b5MPMZU0YZA6EHK3Mm4cpb3Z75tpUzxEgq3wujCjI3&#10;yYefEGjDIHXvevX0r8Uf55f8s+DJ9Y/FgdKfLPouTOV9ftra2789h8VjMIckKyprMrT4Pee/uqs/&#10;s6bIVkvnq8djNwZCgNcxmAlaSolfIje+bPYr3NaLdOa/rto34RgO8aMzNpoApaOKdJABhXeJH04x&#10;RQJ03fmb2b9wjHuPMn1m17zoAd0VmLUoApaOKZZKDCu8Stpxiige95O3Pi//AD7/AOYbj6jYPyF3&#10;D038TenMrVtS7n2DtbdmKixOcxkK4+R5Kyn62z/be593UNU0reLGZXcUNE89KzSxwjwSPraOafYH&#10;27kXcOXbe93feUFUleNtStngZkt0jI83jhLAMKE9wGtr5j9k+RHW+2KC73PdlFUldDqU54GVYEQj&#10;zdIi1CKE5A97uD/l4/yxehv5eG0cjBsZ6vffbW66GCh3/wBzbkoKeiz2cooZIKkbe29iIKitptnb&#10;MTIU61AoIp6meeZY3q6qqaCnMUOe4vuhv/uLeRtfgW+0QsTFbISUUmo1uxAMklDTWQoAqERNTViv&#10;nv3E3rnu6ja8Ag2uJiYoEJKqcjUzEAySUNNRAAFQqrqavvdkXuNegB173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3XvYE9i/Fv4y9wZdNwdt/HTontLPRh1jzfYvUXX+98vGrxU0LqmS&#10;3Nt7J1ih4aOFCA/KxIPoq2Ptt5q5n2aE2+0cx39rbn8MNxLEvmfhR1HEny8z69HVhzJzFtURg2vf&#10;r22gP4Yp5Y18/JGA8z+0+vXvYlbJ2DsXrXb9JtPrnZe0tgbWoFjWh21snbmH2rt+iWKnp6OJaTDY&#10;KjoMdTLHSUsUShI1tHGij0qAC2+3C/3O4e73K9muLtuLyu0jnJOWYknJJ48ST59F95e3u4TtdX93&#10;LPctxeR2djknLMSTkk8eJPXvaF+RnWGY7r6B7p6f2/uio2TnO0Ort87CxG7aby+Tb+Q3XtvI4Wky&#10;bCnK1Jp6aasBlETJMYtQjZX0sF/Le6Q7JzBsm83FqJ4LW6ilaM/jEbhiucVIGK4rSoI6WbBuMW0b&#10;5tG6z2wmhtrmORkP4gjhiM4qaYrivGo6970RH/kA/wAztd4TbZXpvZ8mFiq6inTsNO4usBs+phhp&#10;5J46+Gik3Mm/1pKuRBDGJMHHOJHBeNI9TjPMfeC9rzZrdfvmbxyAfB+nn8QVNKE6PCqOJpKRTgSc&#10;dZoD3v8Abv6UXH72l8YgHwvAm1jPCujwqjiaSEU4EnHXvd6PwD/4TxdadE7lwvavy43Tt3vffWBq&#10;afIYLrLb1BVt0xiMnTlZYq/PybioKHN9kPTVCK8FPVUWNxwsRUUlUGXxwR7gfeK3PfrWfaeULWSw&#10;sJAQ07kfUsp8k0ErDUcSrO/8Lp5w1zv77bhvVvNtnK9tJZWTghpmI8dgfJdJKxVHEqzv/Cy+fvey&#10;eqqiqiKqIihVVQFVVUWVVUWAUAcD3jSTXJ49Y/ccnj17337117r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve9d3+Z8384X5P7e7U+M3x9+GeG2j0JnczkNsZLtF++ukKze&#10;/bWycXmHakq8djsv2LteTr3bW8qelilqsdUUdTk2pW8Es8SyVEDZGe1w9nOV7nauZ+YedHm3+NA6&#10;wfS3Iit5WXIJWF/GeMkhXDBNXcFNFbqd/br/AFquXJ9t5h3zm15d7RA4h+muBHBIVyCVifxXjJID&#10;Bgle4A0Vuve6z/gF8Q/55f8ALu3lu3cfUHxL2duTAdjQ7bo+w9kb47c6Aq8TuGl2tU5aXDVVHkMP&#10;3hicxhM5ioNw5BKWoSaSnU1bGemqFVUEm+4HOHsV7jWVnbbxzdNFcWxcwyxW92GQyBdQIa1ZWVii&#10;FgQD29rLx6kLnfmn2b57tLWDdeZ5Y57cuYpI4LkMpcLqBDW7KynStRQHtwy8eve9qD4jdm/K7s3Z&#10;Wcrvlt8ZMN8Zt7YnMx0GIw+E7d2l2tRbwxclOaqTPwf3RlyNPtaGkkkSkFNUV9XUTyRyS/tRlFOK&#10;nN+18p7XfQR8o8zvudi6VZmt5IDG1aaD4lC5PxagigAgZNT1jbzRt3LO3XkKcr8xPuNmyVZmgeEo&#10;a0099C9fiqFUAEDJqevezZewj0GOve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697UWKhkpsZlM2t1emMGOpGsfTU14kEs&#10;qH8PDSROB+Qzg/j24jaNTfipj/P+zo3srcpYX+58GjKon+metSP9KoP5kHptnyFOmUocOxYVVbRZ&#10;HKRAD0NS4ioxVPUguJFZXFRmILCzKy6gbcXTxBH19t9FJBHHpy99e/da69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve//X2NveRHXGvrf49+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917290u4cvR46txNPWMlBkFCVUJVG1qLg&#10;qrspdAwNjYi4908NNWund0b2++7pbbfdbZFckWUwoy0Bx6AkVFfOh6TOV2btfObg2xuvLYWir9w7&#10;LbLvtbK1Cu1ThXztGmPyz0dnEQetooxGxZWIX9Nrn2ye79FHSm9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69172tq/cGJfbGIwmOoJIKinlerykkmkx1Ndo&#10;MKTrIG8kgMTGysFCXCi4W5bpIWNW/T/1f6vn0LbvetrPL+27VZWbLcqxeUmlGemkMDWrYJNCAFqA&#10;K6QSFu2NnbsouyOxN7bp3NTZrGZmPb+F68wVJSy0kO0Nr46gFTmYqhXZkqMzuDctTJJUzhpDLBSU&#10;wBRVWCJFkliSfqfbnQTJqST0KXvj791rr3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de697//Q2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9/wD/2VBLAQItABQABgAIAAAAIQArENvACgEAABQCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOe15Cko&#10;AwAAzwYAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADed&#10;wRi6AAAAIQEAABkAAAAAAAAAAAAAAAAAjgUAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAfvGDo9sAAAAGAQAADwAAAAAAAAAAAAAAAAB/BgAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAi0ACgAAAAAAAAAhAMx1pSL+ARkA/gEZABQAAAAAAAAAAAAAAAAAhwcAAGRycy9tZWRpYS9p&#10;bWFnZTEuanBnUEsFBgAAAAAGAAYAfAEAALcJGQAAAA==&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId11" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="70D0F555" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:0;width:612pt;height:282.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAJmf+8ugIAAPQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0&#10;/2D5fSTtwgoRKapATEgIEDDx7Do2seTbbLdp9+t3bCcpArRJ0/rgHvvcv3znnJ3vlERb5rwwusGz&#10;oxIjpqlphX5p8I+nqy8nGPlAdEuk0azBe+bx+fLzp7Pe1mxuOiNb5hAE0b7ubYO7EGxdFJ52TBF/&#10;ZCzToOTGKRLg6l6K1pEeoitZzMvyW9Eb11pnKPMeXi+zEi9TfM4ZDXecexaQbDDUFtLp0rmOZ7E8&#10;I/WLI7YTdCiD/EMViggNSadQlyQQtHHiXSglqDPe8HBEjSoM54Ky1AN0MyvfdPPYEctSLwCOtxNM&#10;/v+FpbfbR3vvAIbe+tqDGLvYcafiP9SHdgms/QQW2wVE4XGxWMyrEjCloPt6fFJV1UmEszi4W+fD&#10;d2YUikKDHXyNBBLZ3viQTUeTmG0thb0SUqLWAnAQ2ZnwLEKXYAByJd9oNAABn/HvdMkQXxq6UUyH&#10;zBnHJAlAWN8J6yFNzdSatVDgdTvLjPCOPkC1iR0+OBZoFyvkUN3wDm1OCpDH2qOV1PHUJvaSu4wv&#10;xQHgJIW9ZNn6gXEkWoB0njpM3GcX0qEtAdYSSqHw3LzvSMvy83EJvwHvySOhLzUEPFQ7xB4CxLl6&#10;HztXmbtLriyNzlRY+afCsvPkkTIbHSZnJbRxHwWQ0NWQOduPIGVoIkpr0+7vXSRCIoS39EoAl26I&#10;D/fEwaQCS2D7hDs4uDR9g80gYdQZ9+uj92gPzAEtRj1MfoP9zw1xDCN5rWG0TmdVFVdFulTHi3lk&#10;4mvN+rVGb9SFgc80gz1naRKjfZCjyJ1Rz7CkVjErqIimkLvBNLjxchHyRoI1R9lqlcxgPVgSbvSj&#10;pSP146w87Z6Js8NABZjFWzNuCVK/matsm7m42gTDRRq6A64D3rBaEnGGNRh31+t7sjos6+VvAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAzHWlIv4BGQD+ARkAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/&#10;4RdKRXhpZgAATU0AKgAAAAgABwESAAMAAAABAAEAAAEaAAUAAAABAAAAYgEbAAUAAAABAAAAagEo&#10;AAMAAAABAAIAAAExAAIAAAAiAAAAcgEyAAIAAAAUAAAAlIdpAAQAAAABAAAAqAAAANQAFuNgAAAn&#10;EAAW42AAACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpADIwMTU6MDg6MjYgMTU6&#10;MDg6MTkAAAOgAQADAAAAAf//AACgAgAEAAAAAQAABPugAwAEAAAAAQAAAkwAAAAAAAAABgEDAAMA&#10;AAABAAYAAAEaAAUAAAABAAABIgEbAAUAAAABAAABKgEoAAMAAAABAAIAAAIBAAQAAAABAAABMgIC&#10;AAQAAAABAAAWEAAAAAAAAABIAAAAAQAAAEgAAAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBk&#10;gAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAEoAoAMBIgACEQEDEQH/3QAEAAr/xAE/AAAB&#10;BQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAA&#10;AQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh&#10;8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW&#10;5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPB&#10;UtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk&#10;9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AOEmOdSeAOSfJdBX9UOo&#10;Mb62ZbXjYoaHm4B9h2xud+j21bNn/Cu/z1VqzLeidPbfXSMbqF731tynAPc1jYdvr3bmV79/ps2f&#10;T/nU2H0bqPW8ix1mSbbKy11tnutixwD3Veo81U+q1uz1fTf+ieqm44r4YjS/mdEy4TwgcUqB34av&#10;+83en4nTMfbl4uLZ1gtLmi5r3CplwHq1/ofRZd/o9n6P8/f6li7qpmO/HZebbKXW1tc6p79zhIk1&#10;2se5/vY72vWH0Po1PQ630szJz8sBz6padaw73srYH+i5rH7N1lqt2ZedSxwrx3zssIc97GSWe5tu&#10;+x7d2536H+umTIlVWfFETIXdeTifXDFxrbQ6A70MZ7hpDyS7ZQRp+jZ6jt3/AAi57FqyMen1rWOZ&#10;VWT6j3cQ6Pdp/LXZXdLZ1X9DlO9HJymepc9kOLdvp/oxq5r2eo36Sx+s9Hf0+xnSnZBtGbSHNsAI&#10;Ih7mbdv5zv0aRuMREjTqfBaCDMyB16DxSY9gsxr2cttqeBHgQdip4j3PDbsiykutqa2tlzW/ozLv&#10;Vse8Ne5r9rmf8Lb6f9RaHQugV1Y11eZkP9UnZW5jgGtrdHpl/wCc+zf7LPzEDOqGHd6O0C6rSWnS&#10;D9Bzf635igjKInKMdb6tvDKOYkcVSiPkHqv+v/W9th0OvEw82u7qbaziQ42BkPfbE+j+r62U2+p7&#10;2WOd/wAHYiZNgyb6jhm+qrHsbdTW6yWttadzLaN2/wCzfy62IeNjtLwbgGT8/wC0f5TlpNx2OAgb&#10;m+A5AnwSyZ6lfU9tm3h5DHGPqJkO0ixfb121pDs62kHWKnbXan3e9vvVZ/TzkR61t2Q4A7TkvNkT&#10;qQxrw5zf5a1a7GNG0naDpryk9roDhq0fcZVb7xkutmYYsQ09uIcV/wBWce9gJa2uwH6dPsJ/rsLf&#10;Scp9K6aektsc4utYHeo0lsOgQTXpub7tv0lqHIc0wyHDdqTpqPl+aj4xsyXNpazc90tDRE+Ov5u3&#10;b796Pv5yOE+qJ6fpI9nHCXuCEYmiDIen0n5rbVuK1rg6tlYAdq4iXGC59biXN9n0/oKrfuNQpENL&#10;7GVtjTV7i/j+Xt9iHTnX4l/2TMpL6pbtc7TZJ2g+pDnuq/NfV/g/8D+jVO7q778raK2hlDi2rQEN&#10;c07PU/ddZtb7VblKMomURUpCq/daccWYTEDL0xIlHIdpfu0kuwyA4UzNIm2t2pbBLHe8e121w+h9&#10;NSwchwaWnVrhH9yaoZb91mXlshx32vDXDdrus3NfsZ/b3p+i4uTn/wBFrc4PcYfBLGt/NL7Po/QV&#10;YxJFD1SsfL+86HHWOQyyBoCXFtXnJH1P6p9T65TTk4l1VXpmxoqsJaXTtl7bPTtY33MWBl/Uf604&#10;0l3T7L2j86ixt3/gdLt//gS9QN/Tel0spycqnH9Ju0eq9rXnu5/pa2e538hU7/rh9W6GknKdb4en&#10;VY4f5xaxi1IQEIRjdUHn82eWTLOYFxJ0/u/o/wDNf//Q6vIwT6bm+y0RpXcwAEj3Nb+krtr/AOiq&#10;x6fS3G2nHqpr1ltAFQBdq/Zbg+n9P89/2ZW3urx6xZa51bQCHWEn8395c3f9cWV5w3VtOPAYbGGH&#10;F0gG3+r7v5h6qjJGWhH0OrOfRWteINF0/sGPi1vez1GMpG+2pxiBBiz9DtryKW/v/wBt6pZVdbba&#10;nvYLHvYXg6OLmEbm2e17fUZt/SV2bldyM/D6fhv6laRVi47LbDIjcbRtrpj/AEmVd72V/wAhcH0J&#10;/WsG+pri5uHdSfTZZGxrwPWq2ep/M73fzT/5aUccYSkQfn14SbHEP3OL95eZymBepj6br9E/vPVM&#10;yq8e7GdZY1tmS4+m2RuIY39LDW79lTPz9/76s9ZdifasZ2W5tBsqfXTY4gOs2ubddTW/6Nez1Gbv&#10;9J/UXEZ1WbV193UcZ4yHetuYQ5jnFpPuq9Jth9mz/BsVrPu6l1O15zXueGT6DToxgOn6KqNjd30f&#10;5f8AhUzNwmNWRfZkjglPQfhq7Fl1TaDmYtjTZWS6ttZDxYGf0ip23ft3Nb/24ienhZ1rbd7GZFjH&#10;V1WExLgN7WOY/wDdc70/+D/SrM6JjOpo2WOrkHZOoncT9I/RZ9L89aLfsePXtqDH11saytgMubt9&#10;u2t/5zrPaqcwAaBJI2l4fusMceXHM1GY6aA36vT+itHoX2NGO0nawtDxIAexr/Uq/wCub2rRx+os&#10;eBVnsrrqaJD6GbXmBt9PTa3Y+fcqluTQHi57S9zmhkN0kgkiZ/r7VUyMu+x/p7G0GJdIc6PLX89N&#10;iZGqGnW3ZxccscBkBEwALkfXokx2vedhfuJ1D+40iQiWsvaDseLXtAIaeHbJOjf3/d9BZ+PhWXEl&#10;lkOcdQTEz7drfz37f5P0Fbwem5lmb9kbDL2zo8w0lvLWuO7wSOPXQ3/V4erbGxMpRFDiNsK99s7j&#10;AYYAnmfox/KV3HsOLay5k6a7hwYMuY37lPDv2Pc8Oeyxuns2EAjTixtjX7Xf5n+kRmZQynmWgwB7&#10;n7QYidzKWBlTP8z+2ozIUTdcPQfxVOZJMTH01rq38l2Hm1l7WkOdXDnAfnv9zKGB30ts7nLm8+q7&#10;GIftArJHrE+0boBqPu/0q1r+p01v9DGDbMkQ0WOEsbJ92xx2t3/1foKn1fLtGNteBfZYSSQwCqK2&#10;+t7D9PIsrfXvfaz9CnxlMzEqAseofvRaoiYwqjw7w4vmjwuQ2+03SGhzQPdXcwEPa76Xt+i5qsdQ&#10;zc7bW+mMPHLfS9HGBoYBEtZYWH1MhtkO9P1Lf0aes4VtTHCxzm7C9zXEEGwAfm/mssVXr99eL0q8&#10;sbsNr21UVk8GW2Pd/Kazb7v+tqzDITIRiCL30Y82H0meSiIgyCDGwX5WQ6nHcGAuG+4yWNLud3pt&#10;da7n9z/q10vS/qV0V7fVvuuz7a43MH6u1sj2b6Wb7f7dmRSsTpeTj42HjGpxZXfjMDb2AHa4e3O3&#10;b2v32/aHW+o3/i/8H6S6L6s5WJiXm114bTseTbkOYyXkia/f+5/O/o/YnxnIZeAi43w6/N/e/dae&#10;X5DOJ4dpVH5fL95//9HV6pjXvxG9Pr3PrA3NyXu1Dh9JljXt2fpXfQ/S7P8Ai1jUYWD0dzs7Ov8A&#10;tmRUD6ONX/NMJHfd/OWO/wCE/Rf8GrdlNtnvyrHP8ASTr/JaqWXjVPOx8BzRIrAJ2g8F49tbd38t&#10;6qiIhrItqOM5Z1CJlLsGkczqX1gLs20+n9mtLaKS2W1AhrvWDLfp5GR79mXZ/Nej+g9NPV0fCZYL&#10;sj1sy3cSDYQQHOM62O+k9bLLsBvUD9lJ231sqcWx9JrRV+Y9zm++tDyjfuLtxAYNzmwNTG1jnf8A&#10;XN1Sb7wMOIA6i9R8suxZMnLzx6SHCegPWEvll6Wld0/CpqtfTUPtNpAaGtNhAH6Tawu/mf8ArfvU&#10;surPpqpNP84S5763OHtadrWsEe1HsofdltrFhNe1p2yNplzd25o/dY125EzH/Z7WtNQe1tbWgl23&#10;a8lxdvH0vcqxJ4b+aVfpf1ujPy0jLhF67/g5zsrJruZY4Cl9ckBzAWmex9P6SL62fs3ek41RJ2j2&#10;E8y2P635yv0MyrXVAVY9OMHw5znkAkn+Szd7Y9yuWjJbZZj13iw4r9trG6Fsjdt4b7U2gaJALbOU&#10;xNCgf4OJVlUvtD7Gb/EmZ4+KkWPutY3HEWGYdxDfzp3/ANn6SuZ1GI7QtLcg/ReyBqf9L+aqzw2p&#10;gIeWubB3DkkJlxsVr4MwlxRsiv8Aos8e0Yzi71ScgCWlhDoJ/ee4fo2N/P8AT/SIORezZ/OuFrY2&#10;Ob2J+k3eEOwNseCBIcdS3Qk/1UHI9FlPqNsaKWy57n6RH7xKdQJG4SJRjrfn9EtOUymwiz2sbq49&#10;428/2kfHoyL7NzJZU8aA6OLTq793a1C6X005m7q2fuZjVtnGpe2N0AMqyL9W7Gud7aWP/wCrWsda&#10;iTBaAYlokj6Qd/K/kqPNIR23OhO/q/qqGTjkZdNo+P8AWXoxMWqol+6wxqAXDd29P879G5U8999u&#10;FlWNLftl9VlONTX9Gusltd9tZsd7a6m2+/8A8DQMrqBoIa10G8nY0AgmBtkN/wAFWz896BT0qrMy&#10;aLb8hzAzdvO0PBaR+kb6ZP0XM/R7G/v/AOkRxQlYMjubFj5j/wCjMHMmRx5Bj9UgNdfkh+lp/dWw&#10;ejWXZIxMDIO125gycjZ6TQxrbH3WVsbXYzduZW3/AF31sr6r9V6g59t2QyrGYSyp9zg62zX35IpZ&#10;s213P91f+jYtu4YeAasbHPtLnG9riXlodsdX6130H5H+EvYz+a/Q/wBdDswG5T/Utse5rjDRuisf&#10;dDFNkzHHLh2ofzlcXq/u/Kw8pyhy4xkzTJjK6gTLhr5XJ6d0DNwLCGZ2NkY5cH2YtrXgOcNPUYGv&#10;3VXbf8LU/euu6bmdJwmWue70DZBsZYP0cN8LKW/9VTUsV+Hhih1Vbq3ZQe0tECBXDwW7trffZb/1&#10;CFj4mWbQGMczafcdQ0AfSPu9vtTY8zMkSMgeHpKPBxNmXw7l5QkAZQ8b/wC5n+i//9Laqt6ZY79D&#10;kUWk922scfweVl9YoqpyS62rdVcQ5rm7p3ABrmv9I/5i512J0530sRh89zkzG4NJcGMdUGe47brG&#10;tEd/pbfbKp5f1ka4ZA7g+n/vnV5bHPl8gmMkNqNe4NP/AAtt5lraaj9iqLHct2ggl07v5y0+p9Jd&#10;HY9mRS1zSK9x3ta8bSBz9H6TnMZ9LYuZGQyxjHAF0Q5lgeZkcOlWm9Yym0tp+k1g2h7iS8id22y7&#10;6dn9tNxgwBBiSSe8f++Zeaic0oyGSOgr1e5/3jsF1cMLZO6N8jY1sOO6HuPu2s/6b01ldbnWvfV9&#10;FoLtJEEaO/quWQ3q17Y/RsfE6PlwM/vNd9JMOpZGRa4MZ6ttx9zGFxJJ/NbXWm5oGcajEjW/0f8A&#10;vmseVnw0Jw3v/Kf+q3XxMaqyhzg3bVuE7SdCf5trGn9G7d/VRMfptdFb3uusZvaLLrnvETB19vt9&#10;v5ywq+o21t21sAGhBkkiNRtd9JPbn5FtEWVk0mat0uDTPuczfH09rv66rfd8tnsd9Y26EvZJFToR&#10;+XSfy0lxrbsyz0mgV2Pcyuu18Oa6y3+j1nn+drHr7P5z0P036H9H6gcTBYcRv2F78xxDsi290Vs9&#10;EudU6303n1tzbantyfd6m/8AmqfR/SqGNlnF2ehWAKt5a0uc5s2bd9jmO9rrP0VOx7v5r0afT/m0&#10;m5j2srYxu1lLH11ta9wAba3Zaz+19P8A479N/OKwMdAgQP8Azf8AvmnOPMSmJe7DS6/nPSJcO0fb&#10;4G703Fqysf1ZLLHbuNQxrDD3bfovcrNXQMZzKbM0VPZuLgHtMBzTvbw7d9B/7vpLKx81+MwMpZDW&#10;7vpOLid53P3bvpblMdTuDQ3aIB3CSZkDbyoThz2eHYnTWLcPsyEeKeoAvSdcX6VNrqnUcn1fQqeW&#10;U1ke8GN+m7x93td9BE6Xh5ObW3f/ADXLLXEwZP5v8pZm+o2HMsw67XO/R+raHPaNo/m69/6Jj9v+&#10;j/SK4PrD1BtfpVBlFYBG2lor577mDf8A9JSQwgCIlEmt/l38+NZkyTNjHOEe0vXfD5e22snoDaLA&#10;cxzbLbxNrGuc07GQ/wDSfzbvT9TZ6bHMQOoY3UL7acarHDMcbbABDeT/ADlhd79nu9qo0Zj6C5zG&#10;lznu3OdY9z5I0/wkq0zr2awuLWsl4hxIkkGB+cP5PsTJ4svHcY+kfIJS+X979JBowAM48R+fhjKP&#10;F2/Qbf1nouw8fDc1zW4+K51b2MaGis2lvu2taz/Ct96z25IO0xtMn70szquRnVOpymiyt/0xJE/5&#10;qp1tx2ABtRgaAGxx/KnDFMxHGLkL6iXp/R9XEzYMwxDh4omO+0vmPzacDqMz7pb73Twe0D4hCdkV&#10;tbY5zvoAwTxoVRGVj7Q5rZbMAh7jqEn+g8bXVEgf8I5D7sb+Uj/F/wC+ZfvUK9Jj9kv+8f/TxlVu&#10;wjcSHuMH84QP84K0kqwvo7EqrXZhRSKKhWHFwHBKml3SQKRVCtui4IBBIDgCCWngx+af6y1K8+ja&#10;xmRb6tZp2PZNgbustdl3VH0wx+yqunGw2bP399aykk2daXfhSJV1/B0aR0at1TbXNvAj1Hxc0n30&#10;e57W7P8AAMyv5r/Tfn+n6ilVVjZFePsaLRTV6Vg9+71nAOY1tLSzfU/KyH+nudT6/p3V+r7GepmK&#10;LvpDj58/2U3/ABvqt/xnXLOlY9ldVoDmO9Lc/wDTNL6XWXvfbYBt/wABXhex1Vf856lFSDjWdL2V&#10;DIaHSf0rf0wk78dgsc2t23+YbmPbs/Sfp/TVF303/S+kfp/T/wCuf8ImPB/il/jq/wAZ0LsbEx7c&#10;Kq4ANdaXZVhFgPph1VVlb2fT212szG/oWf8AbyZj+lEMtua0vLy66hgtYNpfkWGus/m+xuJRXt/m&#10;/W/kKi76Z+lw36f0uO/8n/R/yEyXTXi+ien6TqNbhX1VWbA8Y1Qa6tvqAG6anfZ/Tr3Wehc/JyvQ&#10;s/nb8in0fUQWjDqy8P1621hoFmZU8PIa4D+j2Ml9vvdV6z2fmfa/Tf8AzexUP8Iz49vp/wDW/wCW&#10;n8fieeefzv5f76Q6/N1UPr1dFrcEYNdtjWndFQcfXEWll1mS6tm7Z+ityMDf/Ip/w382qeV6Hru+&#10;zgCoBobG7naN+tnuf+k3N9TbX6v856VSh+YPp8/2P7P8tRTo7nf6/Kkb9frspM4bmlslsiJHITpH&#10;kfNOS0qunmk+1xfrOujf81XGhwEOMnxTpIm+q2HDXp2f/9n/7R8KUGhvdG9zaG9wIDMuMAA4QklN&#10;BCUAAAAAABAAAAAAAAAAAAAAAAAAAAAAOEJJTQQ6AAAAAADlAAAAEAAAAAEAAAAAAAtwcmludE91&#10;dHB1dAAAAAUAAAAAUHN0U2Jvb2wBAAAAAEludGVlbnVtAAAAAEludGUAAAAAQ2xybQAAAA9wcmlu&#10;dFNpeHRlZW5CaXRib29sAAAAAAtwcmludGVyTmFtZVRFWFQAAAABAAAAAAAPcHJpbnRQcm9vZlNl&#10;dHVwT2JqYwAAAAwAUAByAG8AbwBmACAAUwBlAHQAdQBwAAAAAAAKcHJvb2ZTZXR1cAAAAAEAAAAA&#10;Qmx0bmVudW0AAAAMYnVpbHRpblByb29mAAAACXByb29mQ01ZSwA4QklNBDsAAAAAAi0AAAAQAAAA&#10;AQAAAAAAEnByaW50T3V0cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAA&#10;AABSZ3NNYm9vbAAAAAAAQ3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0&#10;dmJvb2wAAAAAAEVtbERib29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdC&#10;QwAAAAMAAAAAUmQgIGRvdWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3Vi&#10;QG/gAAAAAAAAAAAAQnJkVFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAA&#10;AAAAUnNsdFVudEYjUHhsQGLAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAA&#10;AFBnUHMAAAAAUGdQQwAAAABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAA&#10;AAAAAAAAAABTY2wgVW50RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAO&#10;Y3JvcFJlY3RCb3R0b21sb25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVj&#10;dFJpZ2h0bG9uZwAAAAAAAAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABAAlgAAAAEA&#10;AQCWAAAAAQABOEJJTQQmAAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAABaOEJJTQQZ&#10;AAAAAAAEAAAAHjhCSU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJ&#10;TQP1AAAAAABIAC9mZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAG&#10;AAAAAAABADUAAAABAC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////&#10;////A+gAAAAA/////////////////////////////wPoAAAAAP//////////////////////////&#10;//8D6AAAAAD/////////////////////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAAC&#10;QAAAAAA4QklNBB4AAAAAAAQAAAAAOEJJTQQaAAAAAANJAAAABgAAAAAAAAAAAAACTAAABPsAAAAK&#10;AFUAbgB0AGkAdABsAGUAZAAtADEAAAABAAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAABPsA&#10;AAJMAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAEAAAAAAABudWxsAAAA&#10;AgAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0&#10;bG9uZwAAAAAAAAAAQnRvbWxvbmcAAAJMAAAAAFJnaHRsb25nAAAE+wAAAAZzbGljZXNWbExzAAAA&#10;AU9iamMAAAABAAAAAAAFc2xpY2UAAAASAAAAB3NsaWNlSURsb25nAAAAAAAAAAdncm91cElEbG9u&#10;ZwAAAAAAAAAGb3JpZ2luZW51bQAAAAxFU2xpY2VPcmlnaW4AAAANYXV0b0dlbmVyYXRlZAAAAABU&#10;eXBlZW51bQAAAApFU2xpY2VUeXBlAAAAAEltZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3Qx&#10;AAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAACTAAAAABS&#10;Z2h0bG9uZwAABPsAAAADdXJsVEVYVAAAAAEAAAAAAABudWxsVEVYVAAAAAEAAAAAAABNc2dlVEVY&#10;VAAAAAEAAAAAAAZhbHRUYWdURVhUAAAAAQAAAAAADmNlbGxUZXh0SXNIVE1MYm9vbAEAAAAIY2Vs&#10;bFRleHRURVhUAAAAAQAAAAAACWhvcnpBbGlnbmVudW0AAAAPRVNsaWNlSG9yekFsaWduAAAAB2Rl&#10;ZmF1bHQAAAAJdmVydEFsaWduZW51bQAAAA9FU2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAti&#10;Z0NvbG9yVHlwZWVudW0AAAARRVNsaWNlQkdDb2xvclR5cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRs&#10;b25nAAAAAAAAAApsZWZ0T3V0c2V0bG9uZwAAAAAAAAAMYm90dG9tT3V0c2V0bG9uZwAAAAAAAAAL&#10;cmlnaHRPdXRzZXRsb25nAAAAAAA4QklNBCgAAAAAAAwAAAACP/AAAAAAAAA4QklNBBQAAAAAAAQA&#10;AAAEOEJJTQQMAAAAABYsAAAAAQAAAKAAAABKAAAB4AAAisAAABYQABgAAf/Y/+0ADEFkb2JlX0NN&#10;AAL/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwM&#10;DBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwM&#10;DBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCABKAKADASIAAhEBAxEB&#10;/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAAB&#10;AAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLB&#10;YjM0coLRQwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1&#10;xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFh&#10;cSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD&#10;03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwDh&#10;JjnUngDknyXQV/VDqDG+tmW142KGh5uAfYdsbnfo9tWzZ/wrv89Vasy3onT2310jG6he99bcpwD3&#10;NY2Hb6925le/f6bNn0/51Nh9G6j1vIsdZkm2ystdbZ7rYscA91XqPNVPqtbs9X03/onqpuOK+GI0&#10;v5nRMuE8IHFKgd+Gr/vN3p+J0zH25eLi2dYLS5oua9wqZcB6tf6H0WXf6PZ+j/P3+pYu6qZjvx2X&#10;m2yl1tbXOqe/c4SJNdrHuf72O9r1h9D6NT0Ot9LMyc/LAc+qWnWsO97K2B/ouax+zdZardmXnUsc&#10;K8d87LCHPexklnubbvse3dud+h/rpkyJVVnxREyF3Xk4n1wxca20OgO9DGe4aQ8ku2UEafo2eo7d&#10;/wAIuexasjHp9a1jmVVk+o93EOj3afy12V3S2dV/Q5TvRycpnqXPZDi3b6f6Maua9nqN+ksfrPR3&#10;9PsZ0p2QbRm0hzbACCIe5m3b+c79GkbjERI06nwWggzMgdeg8UmPYLMa9nLbangR4EHYqeI9zw27&#10;IspLramtrZc1v6My71bHvDXua/a5n/C2+n/UWh0LoFdWNdXmZD/VJ2VuY4Bra3R6Zf8AnPs3+yz8&#10;xAzqhh3ejtAuq0lp0g/Qc3+t+YoIyiJyjHW+rbwyjmJHFUoj5B6r/r/1vbYdDrxMPNru6m2s4kON&#10;gZD32xPo/q+tlNvqe9ljnf8AB2ImTYMm+o4Zvqqx7G3U1uslrbWncy2jdv8As38utiHjY7S8G4Bk&#10;/P8AtH+U5aTcdjgIG5vgOQJ8EsmepX1PbZt4eQxxj6iZDtIsX29dtaQ7OtpB1ip212p93vb71Wf0&#10;85EetbdkOAO05LzZE6kMa8Oc3+WtWuxjRtJ2g6a8pPa6A4atH3GVW+8ZLrZmGLENPbiHFf8AVnHv&#10;YCWtrsB+nT7Cf67C30nKfSumnpLbHOLrWB3qNJbDoEE16bm+7b9JahyHNMMhw3ak6aj5fmo+MbMl&#10;zaWs3PdLQ0RPjr+bt2+/ej7+cjhPqien6SPZxwl7ghGJogyHp9J+a21bita4OrZWAHauIlxgufW4&#10;lzfZ9P6Cq37jUKRDS+xlbY01e4v4/l7fYh051+Jf9kzKS+qW7XO02SdoPqQ57qvzX1f4P/A/o1Tu&#10;6u+/K2itoZQ4tq0BDXNOz1P3XWbW+1W5SjKJlEVKQqv3WnHFmExAy9MSJRyHaX7tJLsMgOFMzSJt&#10;rdqWwSx3vHtdtcPofTUsHIcGlp1a4R/cmqGW/dZl5bIcd9rw1w3a7rNzX7Gf296fouLk5/8ARa3O&#10;D3GHwSxrfzS+z6P0FWMSRQ9UrHy/vOhx1jkMsgaAlxbV5yR9T+qfU+uU05OJdVV6ZsaKrCWl07Ze&#10;2z07WN9zFgZf1H+tONJd0+y9o/Oosbd/4HS7f/4EvUDf03pdLKcnKpx/SbtHqva157uf6Wtnud/I&#10;VO/64fVuhpJynW+Hp1WOH+cWsYtSEBCEY3VB5/NnlkyzmBcSdP7v6P8AzX//0OryME+m5vstEaV3&#10;MABI9zW/pK7a/wDoqsen0txtpx6qa9ZbQBUAXav2W4Pp/T/Pf9mVt7q8esWWudW0Ah1hJ/N/eXN3&#10;/XFlecN1bTjwGGxhhxdIBt/q+7+YeqoyRloR9Dqzn0VrXiDRdP7Bj4tb3s9RjKRvtqcYgQYs/Q7a&#10;8ilv7/8AbeqWVXW22p72Cx72F4Oji5hG5tnte31Gbf0ldm5XcjPw+n4b+pWkVYuOy2wyI3G0ba6Y&#10;/wBJlXe9lf8AIXB9Cf1rBvqa4ubh3Un02WRsa8D1qtnqfzO9380/+WlHHGEpEH59eEmxxD9zi/eX&#10;mcpgXqY+m6/RP7z1TMqvHuxnWWNbZkuPptkbiGN/Sw1u/ZUz8/f++rPWXYn2rGdlubQbKn102OID&#10;rNrm3XU1v+jXs9Rm7/Sf1FxGdVm1dfd1HGeMh3rbmEOY5xaT7qvSbYfZs/wbFaz7updTtec17nhk&#10;+g06MYDp+iqjY3d9H+X/AIVMzcJjVkX2ZI4JT0H4auxZdU2g5mLY02VkurbWQ8WBn9Iqdt37dzW/&#10;9uInp4Wda23exmRYx1dVhMS4De1jmP8A3XO9P/g/0qzOiYzqaNljq5B2TqJ3E/SP0WfS/PWi37Hj&#10;17agx9dbGsrYDLm7fbtrf+c6z2qnMAGgSSNpeH7rDHHlxzNRmOmgN+r0/orR6F9jRjtJ2sLQ8SAH&#10;sa/1Kv8Arm9q0cfqLHgVZ7K66miQ+hm15gbfT02t2Pn3Kpbk0B4ue0vc5oZDdJIJImf6+1VMjLvs&#10;f6extBiXSHOjy1/PTYmRqhp1t2cXHLHAZARMAC5H16JMdr3nYX7idQ/uNIkIlrL2g7Hi17QCGnh2&#10;yTo39/3fQWfj4VlxJZZDnHUExM+3a389+3+T9BW8HpuZZm/ZGwy9s6PMNJby1rju8Ejj10N/1eHq&#10;2xsTKURQ4jbCvfbO4wGGAJ5n6Mfyldx7Di2suZOmu4cGDLmN+5Tw79j3PDnssbp7NhAI04sbY1+1&#10;3+Z/pEZmUMp5loMAe5+0GIncylgZUz/M/tqMyFE3XD0H8VTmSTEx9Na6t/Jdh5tZe1pDnVw5wH57&#10;/cyhgd9LbO5y5vPquxiH7QKyR6xPtG6Aaj7v9Kta/qdNb/Qxg2zJENFjhLGyfdscdrd/9X6Cp9Xy&#10;7RjbXgX2WEkkMAqitvrew/TyLK31732s/Qp8ZTMxKgLHqH70WqImMKo8O8OL5o8LkNvtN0hoc0D3&#10;V3MBD2u+l7fouarHUM3O21vpjDxy30vRxgaGARLWWFh9TIbZDvT9S39GnrOFbUxwsc5uwvc1xBBs&#10;AH5v5rLFV6/fXi9KvLG7Da9tVFZPBltj3fyms2+7/raswyEyEYgi99GPNh9JnkoiIMggxsF+VkOp&#10;x3BgLhvuMljS7nd6bXWu5/c/6tdL0v6ldFe31b7rs+2uNzB+rtbI9m+lm+3+3ZkUrE6Xk4+Nh4xq&#10;cWV34zA29gB2uHtzt29r99v2h1vqN/4v/B+kui+rOViYl5tdeG07Hk25DmMl5Imv3/ufzv6P2J8Z&#10;yGXgIuN8Ovzf3v3Wnl+QzieHaVR+Xy/ef//R1eqY178RvT69z6wNzcl7tQ4fSZY17dn6V30P0uz/&#10;AItY1GFg9Hc7Ozr/ALZkVA+jjV/zTCR33fzljv8AhP0X/Bq3ZTbZ78qxz/AEk6/yWqll41TzsfAc&#10;0SKwCdoPBePbW3d/LeqoiIayLajjOWdQiZS7BpHM6l9YC7NtPp/ZrS2iktltQIa71gy36eRke/Zl&#10;2fzXo/oPTT1dHwmWC7I9bMt3Eg2EEBzjOtjvpPWyy7Ab1A/ZSdt9bKnFsfSa0VfmPc5vvrQ8o37i&#10;7cQGDc5sDUxtY53/AFzdUm+8DDiAOovUfLLsWTJy88ekhwnoD1hL5ZelpXdPwqarX01D7TaQGhrT&#10;YQB+k2sLv5n/AK371LLqz6aqTT/OEue+tzh7Wna1rBHtR7KH3ZbaxYTXtadsjaZc3duaP3WNduRM&#10;x/2e1rTUHtbW1oJdt2vJcXbx9L3KsSeG/mlX6X9boz8tIy4Reu/4Oc7Kya7mWOApfXJAcwFpnsfT&#10;+ki+tn7N3pONUSdo9hPMtj+t+cr9DMq11QFWPTjB8Oc55AJJ/ks3e2PcrloyW2WY9d4sOK/baxuh&#10;bI3beG+1NoGiQC2zlMTQoH+DiVZVL7Q+xm/xJmePipFj7rWNxxFhmHcQ386d/wDZ+krmdRiO0LS3&#10;IP0Xsgan/S/mqs8NqYCHlrmwdw5JCZcbFa+DMJcUbIr/AKLPHtGM4u9UnIAlpYQ6Cf3nuH6Njfz/&#10;AE/0iDkXs2fzrha2Njm9ifpN3hDsDbHggSHHUt0JP9VByPRZT6jbGilsue5+kR+8SnUCRuEiUY63&#10;5/RLTlMpsIs9rG6uPeNvP9pHx6Mi+zcyWVPGgOji06u/d2tQul9NOZu6tn7mY1bZxqXtjdADKsi/&#10;Vuxrne2lj/8Aq1rHWokwWgGJaJI+kHfyv5KjzSEdtzoTv6v6qhk45GXTaPj/AFl6MTFqqJfusMag&#10;Fw3dvT/O/RuVPPffbhZVjS37ZfVZTjU1/RrrJbXfbWbHe2uptvv/APA0DK6gaCGtdBvJ2NAIJgbZ&#10;Df8ABVs/PegU9KqzMmi2/IcwM3bztDwWkfpG+mT9FzP0exv7/wDpEcUJWDI7mxY+Y/8AozBzJkce&#10;QY/VIDXX5Ifpaf3VsHo1l2SMTAyDtduYMnI2ek0Ma2x91lbG12M3bmVt/wBd9bK+q/VeoOfbdkMq&#10;xmEsqfc4Ots19+SKWbNtdz/dX/o2LbuGHgGrGxz7S5xva4l5aHbHV+td9B+R/hL2M/mv0P8AXQ7M&#10;BuU/1LbHua4w0borH3QxTZMxxy4dqH85XF6v7vysPKcocuMZM0yYyuoEy4a+VyendAzcCwhmdjZG&#10;OXB9mLa14DnDT1GBr91V23/C1P3rrum5nScJlrnu9A2QbGWD9HDfCylv/VU1LFfh4YodVW6t2UHt&#10;LRAgVw8Fu7a332W/9QhY+Jlm0BjHM2n3HUNAH0j7vb7U2PMzJEjIHh6SjwcTZl8O5eUJAGUPG/8A&#10;uZ/ov//S2qremWO/Q5FFpPdtrHH8HlZfWKKqckutq3VXEOa5u6dwAa5r/SP+YuddidOd9LEYfPc5&#10;MxuDSXBjHVBnuO26xrRHf6W32yqeX9ZGuGQO4Pp/751eWxz5fIJjJDajXuDT/wALbeZa2mo/Yqix&#10;3LdoIJdO7+ctPqfSXR2PZkUtc0ivcd7WvG0gc/R+k5zGfS2LmRkMsYxwBdEOZYHmZHDpVpvWMptL&#10;afpNYNoe4kvIndtsu+nZ/bTcYMAQYkknvH/vmXmonNKMhkjoK9Xuf947BdXDC2TujfI2NbDjuh7j&#10;7trP+m9NZXW51r31fRaC7SRBGjv6rlkN6te2P0bHxOj5cDP7zXfSTDqWRkWuDGerbcfcxhcSSfzW&#10;11puaBnGoxI1v9H/AL5rHlZ8NCcN7/yn/qt18TGqsoc4N21bhO0nQn+baxp/Ru3f1UTH6bXRW97r&#10;rGb2iy657xEwdfb7fb+csKvqNtbdtbABoQZJIjUbXfST25+RbRFlZNJmrdLg0z7nM3x9Pa7+uq33&#10;fLZ7HfWNuhL2SRU6Efl0n8tJca27Ms9JoFdj3MrrtfDmust/o9Z5/nax6+z+c9D9N+h/R+oHEwWH&#10;Eb9he/McQ7ItvdFbPRLnVOt9N59bc22p7cn3epv/AJqn0f0qhjZZxdnoVgCreWtLnObNm3fY5jva&#10;6z9FTse7+a9Gn0/5tJuY9rK2MbtZSx9dbWvcAG2t2Ws/tfT/AOO/TfzisDHQIED/AM3/AL5pzjzE&#10;piXuw0uv5z0iXDtH2+Bu9NxasrH9WSyx27jUMaww9236L3KzV0DGcymzNFT2bi4B7TAc0728O3fQ&#10;f+76SysfNfjMDKWQ1u76Ti4nedz9276W5THU7g0N2iAdwkmZA28qE4c9nh2J01i3D7MhHinqAL0n&#10;XF+lTa6p1HJ9X0KnllNZHvBjfpu8fd7XfQROl4eTm1t3/wA1yy1xMGT+b/KWZvqNhzLMOu1zv0fq&#10;2hz2jaP5uvf+iY/b/o/0iuD6w9QbX6VQZRWARtpaK+e+5g3/APSUkMIAiJRJrf5d/PjWZMkzYxzh&#10;HtL13w+XttrJ6A2iwHMc2y28TaxrnNOxkP8A0n8270/U2emxzEDqGN1C+2nGqxwzHG2wAQ3k/wA5&#10;YXe/Z7vaqNGY+gucxpc57tznWPc+SNP8JKtM69msLi1rJeIcSJJBgfnD+T7EyeLLx3GPpHyCUvl/&#10;e/SQaMADOPEfn4Yyjxdv0G39Z6LsPHw3Nc1uPiudW9jGhorNpb7trWs/wrfes9uSDtMbTJ+9LM6r&#10;kZ1Tqcposrf9MSRP+aqdbcdgAbUYGgBscfypwxTMRxi5C+ol6f0fVxM2DMMQ4eKJjvtL5j82nA6j&#10;M+6W+908HtA+IQnZFbW2Oc76AME8aFURlY+0Oa2WzAIe46hJ/oPG11RIH/COQ+7G/lI/xf8AvmX7&#10;1CvSY/ZL/vH/08ZVbsI3Eh7jB/OED/OCtJKsL6OxKq12YUUiioVhxcBwSppd0kCkVQrbouCAQSA4&#10;Aglp4Mfmn+stSvPo2sZkW+rWadj2TYG7rLXZd1R9MMfsqrpxsNmz9/fWspJNnWl34UiVdfwdGkdG&#10;rdU21zbwI9R8XNJ99Hue1uz/AADMr+a/035/p+opVVY2RXj7Gi0U1elYPfu9ZwDmNbS0s31Pysh/&#10;p7nU+v6d1fq+xnqZii76Q4+fP9lN/wAb6rf8Z1yzpWPZXVaA5jvS3P8A0zS+l1l7322Abf8AAV4X&#10;sdVX/OepRUg41nS9lQyGh0n9K39MJO/HYLHNrdt/mG5j27P0n6f01Rd9N/0vpH6f0/8Arn/CJjwf&#10;4pf46v8AGdC7GxMe3CquADXWl2VYRYD6YdVVZW9n09tdrMxv6Fn/AG8mY/pRDLbmtLy8uuoYLWDa&#10;X5FhrrP5vsbiUV7f5v1v5Cou+mfpcN+n9Ljv/J/0f8hMl014vonp+k6jW4V9VVmwPGNUGurb6gBu&#10;mp32f0691noXPycr0LP52/Ip9H1EFow6svD9ettYaBZmVPDyGuA/o9jJfb73Ves9n5n2v03/AM3s&#10;VD/CM+Pb6f8A1v8Alp/H4nnnn87+X++kOvzdVD69XRa3BGDXbY1p3RUHH1xFpZdZkurZu2forcjA&#10;3/yKf8N/Nqnleh67vs4AqAaGxu52jfrZ7n/pNzfU21+r/OelUofmD6fP9j+z/LUU6O53+vypG/X6&#10;7KTOG5pbJbIiRyE6R5HzTktKrp5pPtcX6zro3/NVxocBDjJ8U6SJvqthw16dn//ZOEJJTQQhAAAA&#10;AABdAAAAAQEAAAAPAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBwAAAAFwBBAGQAbwBiAGUA&#10;IABQAGgAbwB0AG8AcwBoAG8AcAAgAEMAQwAgADIAMAAxADUAAAABADhCSU0EBgAAAAAABwAIAAAA&#10;AQEA/+ENLmh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8APD94cGFja2V0IGJlZ2luPSLvu78i&#10;IGlkPSJXNU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9i&#10;ZTpuczptZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMwNjcgNzkuMTU3NzQ3LCAy&#10;MDE1LzAzLzMwLTIzOjQwOjQyICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93&#10;d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9uIHJk&#10;ZjphYm91dD0iIiB4bWxuczp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHhtbG5z&#10;OmRjPSJodHRwOi8vcHVybC5vcmcvZGMvZWxlbWVudHMvMS4xLyIgeG1sbnM6eG1wTU09Imh0dHA6&#10;Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9tbS8iIHhtbG5zOnN0RXZ0PSJodHRwOi8vbnMuYWRvYmUu&#10;Y29tL3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VFdmVudCMiIHhtbG5zOnBob3Rvc2hvcD0iaHR0cDov&#10;L25zLmFkb2JlLmNvbS9waG90b3Nob3AvMS4wLyIgeG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQaG90&#10;b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRlPSIyMDE1LTA4LTI2VDE1OjA4&#10;OjE5LTA3OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE1LTA4LTI2VDE1OjA4OjE5LTA3OjAwIiB4&#10;bXA6TW9kaWZ5RGF0ZT0iMjAxNS0wOC0yNlQxNTowODoxOS0wNzowMCIgZGM6Zm9ybWF0PSJpbWFn&#10;ZS9qcGVnIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOmYyOGNiNDlmLWI2OTctMzg0OC04ZDBl&#10;LTBjNmFlYWU0YjhlYyIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDpmMjhjYjQ5Zi1iNjk3LTM4&#10;NDgtOGQwZS0wYzZhZWFlNGI4ZWMiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0ieG1wLmRpZDpm&#10;MjhjYjQ5Zi1iNjk3LTM4NDgtOGQwZS0wYzZhZWFlNGI4ZWMiIHBob3Rvc2hvcDpDb2xvck1vZGU9&#10;IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxlPSJVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyIj4gPHht&#10;cE1NOkhpc3Rvcnk+IDxyZGY6U2VxPiA8cmRmOmxpIHN0RXZ0OmFjdGlvbj0iY3JlYXRlZCIgc3RF&#10;dnQ6aW5zdGFuY2VJRD0ieG1wLmlpZDpmMjhjYjQ5Zi1iNjk3LTM4NDgtOGQwZS0wYzZhZWFlNGI4&#10;ZWMiIHN0RXZ0OndoZW49IjIwMTUtMDgtMjZUMTU6MDg6MTktMDc6MDAiIHN0RXZ0OnNvZnR3YXJl&#10;QWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIvPiA8L3JkZjpTZXE+IDwv&#10;eG1wTU06SGlzdG9yeT4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94OnhtcG1ldGE+&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgPD94&#10;cGFja2V0IGVuZD0idyI/Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJFAhAAAHBydHJDTVlLTGFi&#10;IAfQAAcAGgAFACkANWFjc3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAAAAABAAD21gABAAAAANMt&#10;QURCRQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACmRlc2MA&#10;AAD8AAAAdGNwcnQAAAFwAAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACiBkEyQjIAAAGwAACiBkEy&#10;QjEAAKO4AACiBkIyQTAAAUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbcoAAI4tGdhbXQAB+/cAACQ&#10;kWRlc2MAAAAAAAAAGlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAdGV4dAAAAABDb3B5cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJbmMuAABYWVogAAAAAAAA&#10;tVoAALxnAACSMG1mdDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEA&#10;AAEAAAIAAAIkBB0F2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCH&#10;IbIi2iP/JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hB&#10;EUIpQ0JEXEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+b&#10;YK1hvmLPY+Bk8WYCZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59&#10;zX7Mf8uAyYHHgsWDwoS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/&#10;mfKa5JvWnMidu56tn5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0&#10;ErUAte222rfIuLW5o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4B&#10;zuvP1dC+0afSkNN51GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n&#10;6OjB6ZrqcetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60&#10;/1r//wAAAegDpwUsBoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec&#10;4R3fHtsf1iDRIcsixCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziA&#10;OYI6fzt+PHw9fD58P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV&#10;11bZV9tY3lngWuNb51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHe&#10;ctpz1nTNdcN2uXeveKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjION&#10;cY5gj06QPZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaem&#10;qJupkaqHq3+sd61vrmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vE&#10;hMWKxpDHlsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi&#10;4qjjreSy5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//&#10;F///AAACBQPYBWgGxggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/&#10;HjofNCAsISMiGSMPJAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5&#10;CzoAOvY77TzjPds+0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSI&#10;VYhWiVeKWItZjVqPW5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlx&#10;qHKlc6N0oHWddpl3lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7Yzi&#10;jdiOzY/DkLmRr5Klk5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6p&#10;eKqCq46snK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOche&#10;yYLKpsvKzO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDn&#10;zOjE6brqrOub7Iftb+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x&#10;//8AAAHZA40FCQZUB38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2Yc&#10;VR1BHiwfFyAAIOoh0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYi&#10;NxE4ATjxOeI60zvEPLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1R&#10;oVKVU4hUelVtVl9XUVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+Gvl&#10;bNJtvm6qb5ZwgnFsclZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeG&#10;O4cgiAWI6onPirOLmIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+D&#10;oHGhX6JPoz+kMKUiphWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO7&#10;7bz4vgS/EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE&#10;2+/dGt5G33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv/&#10;//8AgACAAOW0f81/VMw/f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+kkRhgH9/BR9kgf6AHPy4&#10;fnSLeeQPfleJssrbfk+IFLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMAf5aDeB2igOSD3/qjfSWX&#10;COJIfRyUMclYfSWReq/OfUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCILRwEf8+IEfi/fBeisOCC&#10;fBeeyceyfCubFK5FfFuXo5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqMfsSLyfcJe0eudd7ae0Sp&#10;esYbe12kxKzSe5agZpMQe+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO8PWFeqq6Xd1Zep+0SMSn&#10;erOui6t8evCpPZHie0ykTneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4ei/GctwNehu/O8Nieie4&#10;c6pNemSyNpDfesmscXbSe0SnEFuue8CiMD4MfDufDxccfAePoPMdedHSyNrxebTKYcJJebjCjak/&#10;efC7YY/nelm0znYGet2uxlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9eWbV08FVeWDM7qhWeZTE&#10;4o8Tef69knVLeoa3B1ppewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9sb7NhwV9V6a1hjB9M44a&#10;hYR9SHTQhPx9jFprhJt96D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2NhbmGIaV+hPiFA4zQhGSE&#10;KnN9g/SDiFkPg6iDBzw5g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyPGaQUg/WNE4uJg3WLVnJV&#10;gxeJ1Vf/gtiIfDssguuHlBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Khgw6VOoo4gqCSoXEpglCQ&#10;Q1b3ghuOHDo0gi6MlhQ4g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWdpIjugeOaEnALgaOW51YC&#10;gXWT/zlTgYaSDBMVgpqM5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofVgU6hxm79gQmdvFUfgOOa&#10;MziJgPOYOBIfgbyMQeQvg4vA2s2sgpy6graSgc60ep70gTau34bogNOpsG4xgJOk7VRcgGWg2Dfd&#10;gHSeWBFUgQOLt+MpgyTMlcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13gDOsjVPGgAioVjdNgAqj&#10;XBCugGyLR+JOgtDYu8vagebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0zVM8f7qwSDbRf7ylEBAq&#10;f/SK7t08kmF8mMdrkHp8Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1iYh9MjaOiSd+AREyi9Z/&#10;3ttGkS2Gy8YFj0KFhLAqjYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOCQDV6iEmCYBAEipiDhtmz&#10;kACRJMSdjiKO7a79jGOM35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2h3mHBQ76iVaGu9hHjwib&#10;ksMujTKYe62Bi4aVl5ceihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKMHQ4UiCiJhNbpjkqmFcHR&#10;jHiiJqwkitSec5XSiWibCn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1OhyWI/9WnjbGwx8Cbi+Ks&#10;AKr2ij6nd5S0iNajQX3ih6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuIj9SQjTO7pb+Si2e2Bany&#10;icKwppO+iFurpH0KhzCnCGWehjai500MhV+frzGdhQudPwwehZeIMdOjjMvGx76ziwPASakWiV66&#10;FJLnh/S0SXxChsyvBGT2hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLSV737irDK8ahdiQ3D4ZIx&#10;h6O9U3udhnq3fGRphYuyx0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iTmUd7IaP2lrh7CY7elGB7&#10;JnkVkkV7eGJpkGV7+Upyjtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD56MBlZmC/I36k02CS3gr&#10;kUOB2GF8j3WBmkl+jfeBgS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHllJiK+IzhkluJiXchkF6I&#10;VGCDjp6HXkiYjSqGoC2njIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72TNIu7kXKQ7XYDj4aO/19/&#10;jdKNUkexjGaL+yzei8yLzQivjB+F38d8mCyihrPGlYSe+p97kwubrIqEkNKYqnTsjtmV9F6PjTGT&#10;oEbui8WRxCw7iyeRvgg8iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqgjXQBjlOdI124jJ2aJ0ZB&#10;izSX9yuuipSXOwfbikyFUMVmlya27LHJlICx3p2JkgitDoiqj9WomnNAjeWkj10TjDChE0WxirSe&#10;0ys6ihKbyAeLiZuFGsSSlsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWsVVx9i9qomUU+ilymQSrZ&#10;iaic+QdKiQuE7sPilm7MebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwDi42xE0TVihqsQip8iWmc&#10;ugcWiJmEy70/pdB6eqocomh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7ZEJTlKJ8Cifzk/N8/QSq&#10;k39/pruzpOKDlKkqoVqCnJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGCk7yA2yc0kwuBdQRokgOC&#10;mrqIo+uMwqgXoGiLAZUknRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F6CaOkjiGWwQvkLSC1Ll8&#10;oxuV9ab9n6OTepP/nFmROYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5kXeL2QP9j5KCsriWolWf&#10;aKYKnumcM5L+m6qZP39WmKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+RVgPTjpmClrejocipAqU1&#10;nlWlFZIumxGha36CmBGeGWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOvjciCfbbLoVeyvaRtneGu&#10;HpFsmp2pxn3Kl6Cl0WmWlOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqCabYPoP68tqPGnYK3YZDK&#10;mj2yXH0slz+tzGkBlI6p4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVxoK/HLKM8nS3BF5BBmeq7&#10;X3yllvC2P2iIlECyElOzkeCvRz2bj9KpqCQfjvSYbANljB2CTK4er/555Jwpq955tooQp955sneK&#10;pBd55mRHoJh6UE/5nXN65jofmvZ7jSApmph8cQAAldN/yqzOryiCg5toquSBmYl+ptqA4Hb7oxOA&#10;Y2Oon5uAJk9TnH+AIzl0mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6JjYi9pe2IGnYxojCG+2Lk&#10;nryGIE6fm6aFjjjVmSyFSx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofMpTCPhHVQoWiNvWISnfyM&#10;UU3omuiLODhBmGqKoh7Kl9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSXF3R1oM+UwGFNnUuSsE1C&#10;mj2RKDe/l7iQax51lxSQYQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPKoDWb72CqnLKZXEyvmY+X&#10;azdNlwqW5R4oll+UWAAbkMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yjQ2ApnDagT0xBmRyeOzb2&#10;loCdfR3zlciUQAAokBmAG6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7m9anqUvhmMWl4zawliOi&#10;6x3MlU+UJgAzj4+AIqe5qxXCXpampsS8q4TWora3cXJinvay+l9jm4avukucmHWtHzZ7ld2k1h2n&#10;lQmUDQA8jyCAKJ+wuoR5dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51EbvpK56ajHroeZ7BxfwonJ7&#10;vgAAkSiAAJ6mubaBpI5CtMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/gzFsoN5/wRewoTuAugAA&#10;kG6AAJ33uMuJ1Y2as96ISXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6n+yExBeBoByGBAAAj8uA&#10;AJ1ot/OSEIz4sw+P53warlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOKLBdcnxyKsAAAjz6AAJzV&#10;t0aaaYxismGXpnt7raaVNGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+njaOuAAAjsSAAJw7tr+i&#10;7ovZsdGfknr6rQ+cj2mLqI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWePqAAAjl6AAJvItjaroItw&#10;sUSnpXqYrIKkE2kvqAShBVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAAjgqAAJtKtde0jIsisNSv&#10;23pXrAOrq2jpp3moMVbfo0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWAAJrZtYa964rLsHS4g3oO&#10;q6Gztmispxuv41ayou+toEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHzxWN5GIIfv9J4y3IWunx4&#10;uWGjtWl46lBxsKd5Uz4LrHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA5oG2vvN/+HHCuZB/SmFK&#10;tG1+4lANr55+xD2tq19+5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFHvgiHJ3FeuJ6F3GDbs3WE&#10;80+hrp+EWT1SqlqEGSkjp0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOOX3Dpt7yMlWBrsoaLJk86&#10;rbKKJT0AqWqJkyj2pkiJ4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCStvCTdGALsbuRlU7orNaQ&#10;JjzDqJKPaSjXpWOQGxAEpeGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCac1/PsQmYLE6urCaWcTyV&#10;p9CVsijCpJaVvBArpOOK7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+isG+e306Jq5OdBzx9pzqc&#10;rCi4o+CabhBOpAaLBgAAjBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol2E53qwmkGjxvpryi/yiz&#10;o1ObhRBso0SLGwAAi/+AAI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57qnCrXDyApiCn9Sjcosib&#10;oBCworiLSAAAi+uAAIS00J9483XXyll4g2auxG94W1cRvtZ4fUazuZN42jUHtQh5WCD2snd5rgfr&#10;stl7RQAAifmAAIRiz5+AbnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZs8x+UCD2sP5+nwhnsOp/&#10;5wAAihaAAIRKzoWHxXVvyHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGDgSELr5WD+AjmryiD/gAA&#10;ii+AAIRGzXyPFnVfx2yNGWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEsrkmJ5AldrZuGVQAAikWA&#10;AIQ5zJiWhXVYxniUB2YdwHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCPewnMrEKGoAAAiliAAIQd&#10;y9SeIXVQxaSbGmYov46YkFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0qxuG5gAAimiAAIP+yyyl&#10;z3VKxO+iOWY3vsyfO1ahuOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+HJQAAinWAAIPcypqtpnVF&#10;xFSpdmZKviimAVbCuD2jjkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAAioCAAIO+yhK1xXVFw8Ww&#10;6mZkvZOs8lbyt6OqZkbCsiWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiAAPKGe0Z5itr3e5x5pcL9&#10;e/Z50ap9fFh6HJFwfMN6ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/BceZCE79k6egeD6MFxeoCD&#10;BKkVev6CTpAde4WByHZ5fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQdNdoeKyOUb/XeTeMUaeS&#10;ecyKn468emmJJXU3exGH1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWfd4WY074geBqV0aYBeLyT&#10;DY1SeW+QpnP1eieOa1l1etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOjbLyKdy2fb6SFd9ebuYvv&#10;eJGYRnK+eVqVLFhneheSOTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrspdmypKKM1dxmkfoq9d9qg&#10;InGYeKecE1dseWuYZjqWegKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y/6ITdnqtZIm5d0OoLHCz&#10;eBajTlaReNie6znWeWacKhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZdfm2dojMdsSwaG/od56q&#10;4VXneGSmHDkzeOOh0RK5eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/yIf/dly4928vdziy6FVG&#10;eACuLTimeHemTRIld4uMROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIdagot5nW7wgl16S1Vggk97&#10;Ajkmgpl70xPfhJ18juAfgqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOAdG2zgSmAQFQegTCAHjfu&#10;gYOALBJ4gyCApt6EgUqNq8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyGgC6GgVMMgECFjjbngI2E&#10;4hE8gbKEc9zngCqYl8ekf8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM3lIIf2SLJDX6f6yJ4RAr&#10;gHWHwdtgfz2jksYkftif6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEVfqOQ8zUhfuKPSg9Af2WK&#10;UNoNfoWurcTafiCqJK7tfdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmXCzRefjKVXw57foCJytjz&#10;ffO56sPIfY60ga3afT6vMZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4fZmbZg3YfcOJXNgQfYXF&#10;WcLrfR+/DqzyfMi415ZQfJmy439EfKCtbWedfMuolU7afPek2TMsfRugWA1TfSiJAtdkfTXRF8I8&#10;fNDJ56wwfG7CxpWCfDS7936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzofK2IutHBjVF2kr21i+t3&#10;BqkDiql3fpN+iY54CX0xiJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8edA8i/GAx7x8ipmAPqfa&#10;iWN/zpJoiFV/fnwfh25/V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7iiqmLG7shiV+JnKasiCuI&#10;N5EvhzCHDXryhliGE2PihamFRkuPhSaEljBEhSGERAsehiSDws1+iY+VdbmxiEmTF6UmhyWQ2o/N&#10;hi6Oz3mxhWyNC2LHhMyLdkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhXh2ycq6POhk6Zno6BhV2W&#10;wniEhJiUHmHChAiR0UnAg5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2maqKqhZ6iiI1ohLCe2neC&#10;g++bb2DTg1iYXkj7guqV4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGxhQ+rl4x1hCCnGnang2ai&#10;92AXgtKfR0hVglicdS17gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+03ouhg6mvknXegu+qwl9n&#10;gmampEfHge2j+S0EgbqecAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorqg0u4aHU1go6zAF7Vggau&#10;tUdKgZOq1iyXgV6eJghKgTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53NnL4jwd3810GjZR4y0W5&#10;jHJ5pisDjE56jAapjP98nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJje1+T1wcjIh+bUTOi29+&#10;mSoni0N++gYsi2yAF7+OlFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqExlsoi5KEL0PxioGDuilj&#10;ik2DuQW+igqDJr5vk0GSp6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlowiqiKHEMZiZ6JESiqiWWI&#10;5wVfiNeDob1HkmecharPkE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQUkJTiOSOxygIiKCOygUN&#10;h9CDarw8kb+mhqnFj6mi+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0GniDyU3yd8h/CUOwTIhvOD&#10;PLtbkTmwp6jpjyWsX5W0jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mblScLh1WYvgSPhjyDFbqk&#10;kM+7Aag2jr22AJT5jMqxD4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3CaqhtaaJARghaaC9roakHzF&#10;uqenjm3AA5RbjHi6UoBgira08mviiTewTlanh/utEkAthuyoxCZIhoGZ4gQ7hS+C3bLDoHp0w6FI&#10;nYh1To88msd14nxomD12jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFKkFl8urGwn2B95qB9nGt9&#10;mI58max9Y3uqlyR9UWfslNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/3bC7nkaHDp95m1yF9I2P&#10;mJuE+Xq2liCEM2cFk92DnFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8nVOQMZ5omm2OYIxul7SM&#10;tnm3lTCLM2YTkvqJ+lF+kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZip12mZOXBItyluKUp3iz&#10;lGWSc2UxkhuQglC2kDOO7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJysmO6f0Yqpljicvnfgk7yZ&#10;5WRjkX2XV0//j4qVPTo4jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+owYnolbek/nclkzqhfmO6&#10;kP+eZk9ujwqb8TnCjWqbAiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lIlVGtdXaFks6pVmMgkJOl&#10;y07mjqejSjlZjQChWyAMjJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2VnX3knixomKfkDmtzU56&#10;jkyrXTj8jK6mZR++jD6VdgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EFoEV1/F5znUp2xUq8mqh3&#10;ojVXmL54axtAmWt47AAAjZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8cF3anDl8l0oimZt83jS/&#10;l619LRrQmDV9mAAAjGyAAKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0fmzyCiEl5mKOCRDQslrKC&#10;KxptlxmCxgAAi2CAAKGwp5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmIq0jLl8WH4TOhldGHeBoT&#10;lhqIOAAAineAAKDjptSW5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgslv2NvzMmlQKNLxnIlS2M&#10;7QAAia+AAKA6piKf3o/toomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT5TK7lDuTiRmElFaQ6gAA&#10;iQeAAJ+dpaGo8o9nogWlZ353noqiBmzIm0ae81pumE6cW0cqlbKakzJik52aEBlQk6KRHQAAiHyA&#10;AJ8WpUOyNI7moaSuEH30niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6fdBkmkxCRAQAAiAuAAJ6q&#10;pPm73o59oVS3IX2EndCyi2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3krWQ4QAAh7CAAJXxtQhz&#10;xIZ9sLh0N3aQrKJ0wmXvqMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3rAAAiX6AAJVVtCJ8AYYf&#10;r8V7tHY0q557kGWOp7J7llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAAiMSAAJTVsxmELIWMrsOD&#10;NHWwqpOCZWT8pqmB2FNvoweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGAAJROsh+MU4Tsrc+KwnT7&#10;qaSJYGRZpbGIP1LWohiHaEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7sVOUkoRUrQSScHRZqNyQ&#10;iGOypOmO31JKoUCNhD/Inh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec+YPLrGaaS3PUqDiX1WMv&#10;pEGVrVHOoJST5T9mnVmSwytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNgq9WiS3Nop6WfSmLGo62c&#10;p1FuoAGajj8bnL+ZeisQmkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yqeHMmpyym42J4ox+jyVEd&#10;n22hjT7OnD2guiramcqc+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLVptCu8WIqor+rfFDcnwmp&#10;cz6em9SmzSq8mWSc5RIGmeaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0K1snscp0zEqKrZ51hziT&#10;qhR2RiRSqCt2twpYqgd3FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0sKt6tkpPrG567jhfqNV7&#10;QyQ0psd7gQqfqC58YgAAhbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+AtUn2q0yAdDgap6yAbCQT&#10;pYGAlArfpoOBJgAAhWuAAIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mUqkGGLTfPpp2F1SPypFuG&#10;GAsXpQeFUQAAhSmAAIc+vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6MHDePpayLliPXo1aMPgtK&#10;o7mHogAAhPGAAIbfu2KaU3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTddpNORxiPDomuR6At0opSH&#10;vwAAhMKAAIaHut6iX3gJtdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyYqiO6oZiWowucoZSH2QAA&#10;hJqAAIZNumKqlXfVtVqnHmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOqoPyYHQvAoLSH8gAAhHuA&#10;AIYNuhGzPnfAtPivOWi3r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCYLQvxoB2IEwAAhGGAAHtu&#10;yzFy/W2ZxbZzN19YwH9zmlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNvsE13iQAAgySAAHtoykB6&#10;iG2rxMJ6EV9ev2t52VBwukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98RgAAgyKAAHtyyRKB2W2X&#10;w56A2F9Hvj2AD1BOuQt/oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAAgyGAAHtwx+iJFG19wnOH&#10;nl8XvRGGZ1Alt9SFhUBeswGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+AAHtbxuyQZW1lwXCOgF7+&#10;vASM6FACtsKLpUBPsd+Kzy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5xiWX5G1UwJqVkF73ux+T&#10;jlADtdWR9kBPsO6Q7C9hrNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSfdW1Hv+qcs173umCaR1AK&#10;tQyYZkBbsCWXXS95rACXeRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/v1uj/V78ucGhLFAWtGGf&#10;FEBnr3WeWS+Nq1ac0xx4qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGrk18JuTioW1Aqs8ymM0CF&#10;rtekzi+5qrCgRRyzqDGTZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmAeB90zKIqeOp1r4okebJ2&#10;oXFjen93o1eGe094nzsvfDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx95aDLd2V9yojdeEt9zXAu&#10;eTN95FZbehV9+ToHeu9+EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9GdgqF/Yd+dwiFEW7zeAaE&#10;QlU+ePaDeTj5ecSCxBPEedWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGOTIYRdeaMdm2ydvaKwlQq&#10;d/KJITf+eLKHtxKUeIuF7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSudOWT+Gx8dgeRaVMjdwuO&#10;+jcVd7uM/hGPd3GJP91sb5isDcfZcLSnurGqccujf5rbcuifeoN3dA+btGtYdTWYM1IudkGVDzZC&#10;duGSxRC0doSLS9xObuu3jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpydIqfTFFadZSbdTWPdiWZ&#10;JQ/+db+K0Ntvbm3DHsXlb4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2mtlCvdQmiezT0dYWetQ9q&#10;dR+KbNrLbhvOxsVEbynH5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAKdI6qSTRjdP2jKA70dJ+K&#10;HNYVfw5xtsHlfxByyqz0fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894CDSagFl5Bw9YgfJ5PNSM&#10;fVF8f8CyfXN8eqvOfZd8fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQfxJ9cg5BgEh9g9MAe9KH&#10;UL8HfAKGQqpBfDOFRJSBfHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2CJQ1MftKBg9FueoaSGL1l&#10;eryQGaiheveOMJMNe0CMaXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4fY2E/M/zeXKc6bvveaqa&#10;C6ctee2XQZGkej+UmHtmeqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH886zeJun0rqzeNSkH6Xy&#10;eRWgcZByeWqc5npKedaZkWNWelOWhEs+esyT5jAhexWSggspe42Hi82ud/Gy07mweCquTqTqeGWp&#10;v49seLmlVHlaeSyhNGKFea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O98bjjd6q4oKQQd9yzNY6L&#10;eCet63iBeJupCWHEeSekt0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhKd1HDI6Nfd3e84I3Ld7W2&#10;wnfIeCSxL2EgeLCse0lUeSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNxvqCShnJy2owbhdFz7na3&#10;hUd1C2BchNx2NUi0hJ53VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9zhQx7G4sHhHV7V3Wqg/l7&#10;p19bg5x8CUe6g2h8aSzYg7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7ODconZgyyC0nSHgrqCVF5R&#10;gmuB80bHgkSBnyv7goWBbgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hxggCKfHNCgaiJNl01gWuI&#10;EkXVgUqHEyssgXiGfgcUgfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWSUXIbgLCQLVw1gISOVEUA&#10;gGiMvCp4gISMCQajgOaEfcAwge2jvq24gUCglppXgKudZIYUgDiaRXEcf+eXWltRf7aUwkREf6GS&#10;tCnXf7CSEwZEf/6EPb9EgUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0SeuFqSfxibgkOmfvaZIilR&#10;fviXQgX2fz+ECL6QgM642qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnYfpWiqUMMfnegcCjffl6b&#10;ggW2fqOD3L4UgHjDwauCf9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCqc0KTfgenMCh5feabXgWD&#10;fiaDurdckVdvsaY1j55w7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDvieB2pCaBijt3gQMqiiR5&#10;vbZYj+F5U6VDjkd5npMejNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7mCWyiPp79ALbiIR9abVJ&#10;jouC6qQMjQKCXZIDi5KB037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6h86AuAKVhxaAorQsjU2M&#10;laLUi8uLPpC2imqJ6H25iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF5gJZhdmBlrMFjEuWSaHC&#10;isuUOI+ciW+SLXyLiDqQN2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIlhMqBc7IGi4WgH6C+igmd&#10;WY6YiKyaj3uSh3mX2mfKhnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WBVrE1iumqDp/riXGmlo3A&#10;iA+jDXq8htmfnWcFhdWce1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCSinK0J59AiP6wAo0Jh5ar&#10;vnoChlanl2ZRhVCj4VHGhIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+i568iKq5woxuhzu0xnld&#10;he+v7mW5hOKrwFFEhBOo5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiOmHNwQYelljxxaXWwlDxy&#10;jGK1kmhzt06SkNV05zjUj8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14gIbXlQ543XTkkw15R2Hr&#10;kTt5xU3Qj6x6UDgZjpV6zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXpk9uAZXPtkeWAHGEFkB1/&#10;8U0Bjph/3zdjjYF/1h13jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseIDXL2kM2HD2AbjxOGQUw5&#10;jZaFlTbAjH6FGxz8jN2FZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2j9yOM19GjhaMs0t+jKWL&#10;fTYqi4yKrhyPi9CK4wAAhTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqVhl53jVqTaErKi9+RrjWY&#10;isWQxxwjivKPkQAAhE+AAKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3JjMOaU0o2i0aYPzUlihaX&#10;lBvRiiySzwAAg5WAAKLxlGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjEShikmmis+fZDS0iZid2RuL&#10;iYeSnwAAgv2AAKKKlBa5mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3imCnSDRSiTCi1xs3iRiS&#10;ZwAAgoSAAJpSpNtuhIs8obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690PzBylmV1KBX/mE11KAAA&#10;hiB+aZmyo7t3Loq0oKR3hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/qlSp57RWmltR53AAAhQCA&#10;AJkLooZ/wYnqn31/XnoKnJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+6BVUlXh/CAAAhASAAJhK&#10;oWWISokNnmOHRHkYm4aGU2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUHlD6EgAAAgyiAAJd+oHyQ&#10;3YhDnXyPQnhHmqGNvWd0l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJQAAAgmyAAJbXn7CZq4eX&#10;nLmXeneXmd+VV2bJly+TU1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAAgc6AAJZGnxyij4cYnCif&#10;z3cVmUSdDWY5loqadFSdlBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuAAJXOnrGrl4adm72oTnaS&#10;mNKk+WW2lg6h11Qek5WfUUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1nmK08IY7m2uxKXYimHit&#10;RmVBlaqprlO0kyqnDkEvkRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRuAH5Xq3tvF29dqANwL195&#10;pMBxS06MobtyaDxBnzdzdyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4Gqnp2jm8Apu128l8ao5V3&#10;bE4roIN3+zvonfR4jCeEnJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9/258pcJ9u16Loml9ok2n&#10;n1Z9qDt5nMd9xiczm1d93g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23DpKuEol3roU2D+U0RnkOD&#10;gTsAm7SDNibgmjWDLQ0/m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GLtF1BoGKKgUyJnUyJiTqN&#10;msGI7CaUmTGI/w0/mlyHPQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6n6GROUwJnIWP0Toymd2O&#10;9CZbmD+PWw1CmSeI9wAAgACAAImoqZ6fIHtApficq2wmomSaRlxInv2YGEuhm96WXDnjmS6VhiY2&#10;l16U3A1KmBGI/AAAgACAAIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tKmzmdOTmKmJmcrCXzlsuZ&#10;cg1KlzmI/AAAgACAAIkDqOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk+jlOmB+ixCXIllGZjA1D&#10;lqCI9wAAgACAAH9yuf9tbHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMBp5NyeB67ptFywQW9pz9z&#10;bQAAgACAAH8zuR91UHHHtMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3dR7EpTB3kgYgpSF4xQAA&#10;gACAAH75t/F8/nFvs598nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65o7V8oQZyozZ9owAAgACA&#10;AH6qtr+EknEFsnGDsGLGrj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKCFga2oX+B5AAAgACAAH5M&#10;tb+MOHCksXKK4WJbrT6JsFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbxn/qEsQAAgACAAH3wtP6U&#10;BnBPsK2SQGIIrHGQl1MCqGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE0gAAgACAAH2ftGmb5nAL&#10;sBKZtmHGq8mXmVK+p6+VxELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAAgACAAH1qs+mj5W/Yr46h&#10;UGGQqz2ezVKGpxucqUKso1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACAAH02s5usR2/QryupVmGE&#10;qsGmXVJkpoKj60KQoq2iwzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKvxUhs3mWlwKxttFgdvDlu&#10;n0nTt+xvlTp1tAFwgSlTsTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0cGXDv7F0i1g6uwR01Unx&#10;toZ1QDqWsnZ1vymNr392IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWqvnJ7RVgmubV6/UnWtSR6&#10;9zqIsQN7EimerfJ7OBVurd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB+FfnuGqBQkmos9KAzDpm&#10;r62AlimcrIqAkBWvrDCAzAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfAt0WHtkl1sqiG2jpRrnOG&#10;USmeq0eGSRXtqq+GkAGRpFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6OVElnsaiNIjpBrWyMXimo&#10;qiGMhRYnqViLgwHxouqBUAAAgACAAHIwv1CY02U/umKW4FeutX+VCkljsM+TjTo/rJCSwim2qTiT&#10;BxZgqC2PIQJHobSBigAAgACAAHITvtOgYGU9ucyeGlextNWb7klksBaaOjo6q9KZtim3qH2YeRaF&#10;p02POgKNoLOBugAAgACAAHH+vnaoNmVDuVClole7tEOjKElrr3ehazpFqymgUSnQp8qcRRaopo+P&#10;UgK6n/OB2AAAgACAANm1cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmtyo2rrd4p0G1IFeKB1gjZ6&#10;eaB2wBICenl2rde3b1d33sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnHdg56UVDrdzR61jVoeCF7&#10;PhDOeMJ6rdXibYSDHcGkbxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKAnE/ZdeWASjRsdrx/7w/A&#10;d0F/ItQZa+qOSr/VbY6MkKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7MdLSF4jOAdXKE2w7WdfOD&#10;MNJ6apSZb747bECWzKlUbdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SLqDKldEeKGA4OdNSGqNEm&#10;aYqknbzrazihI6gCbM+dqpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHgcz+Pzg1lc+OJDtAVaLmv&#10;1Lvdameriqbra/mnK5FJbYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqWFAzZcxuIsM9HaB+7FbsQ&#10;acu2AaYMa1Oww5BebNarmHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxncnmIYs65Z7zGYLqAaWHA&#10;faVhatq6Y4+cbE20YHltbdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeIJcpaeeRri7d9emRtS6PB&#10;euZu648Ce2hwdHlVe+5x+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jpd+h2PLZXeJF25KKkeS13&#10;g43secR4InhCel14ymGvev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA5LSuduaAh6Ecd5WALIxz&#10;eEN/6HbyePV/uWCFea1/mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerMLdWuKM594dieI8osDduSH&#10;xHWid66Gv19feHiF0EfVeS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT9p4EdPCR2YmXdbePzXRl&#10;domN4V5Id2aMLUbteCCKnSxseHKJigiTecyFk8MkclugwrBicyyd15zOc/Ka3ohodL6X9HNKdZeV&#10;M11LdnSSrkYbdzSQiyu9d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj+Ydoc+6gM3JddM+crFx9&#10;dbGZdkVqdmmW0SssdoeVVwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaOc0Sok3GHdCakTVu9dRGg&#10;jETOdcmdwCqudceaIwd4d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6xHnDVc5msK1sedISoCEQ7&#10;dTulECoqdSOcggc7dvaE5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8gblxTVpwgbhy2UOAgd10&#10;RykEgoF1UwU8g7t2jbpMgL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ33VlwgFB4pkKTgHh5Wigu&#10;gPx5yATIggx60rkcfw5+zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5fvh+jUG6fyd+kiduf45+&#10;fARigJF+kre8fZSI1aZcfYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyEmEDMff+D9iaofkSDhAQJ&#10;f0iB1LZtfFmS4aULfFCROJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+fPSJkCX/fRiJBgO+fi+C&#10;iLVVe2KdDKPze16ao5Goe16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmPdSVofA+PAAN+fUGCXLR1&#10;ep6nSaMNep2kJpC8epmg1X2KeqediGmgetSadVTOexKXvz6sez6VxiTseyqUIANJfH2CObPMegux&#10;oKJYegytxo/4ef+pr3zCegSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqYUgMee92CHLNceae8IKHS&#10;eae3mI9WeY2yvnwUeYOt6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8e16CBKzYi71p2pz5ioBr&#10;u4v9iX5tcHnAiKlvCGZph/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3JKvzigJzZZwHiPh0VYru&#10;iAx1Mni5hz92CGVxho124lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7FarwiGp825rVh3t8+YnZhph9&#10;C3edhdp9IWRxhTR9RlAphLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaGWpmkhg+Ft4iQhT6FAHaL&#10;hIaEU2N5g+2Dw09cg3mDSTmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iYhOCOioeDhBeNInVig2eL&#10;tmJvgtaKZE5rgnWJSjjhgjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qXfoaBgzCVXHRvgoCTM2GM&#10;gfGRME2qgYaPeDhFgUWOUh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWtgnadrHOZgcKaymDEgTeY&#10;Jk0AgM2V8jfHgHaUuh5RgGySVwAAgACAAKZKg4+tCJYjgr6puoT4geemJnLhgSaijGASgJefVkxT&#10;gDmc2Tc3f9+btR34f6eURAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8gKmqoF98gBCm70vXf6+k&#10;ejbNf1iheR2efw2UBwAAgACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANualyNjrBv9kkPjZ1xdDPW&#10;jRByshmHjqJy9gAAgxZ6vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvEjVh1+UhVjEV22TMoi613&#10;ihj9jQB3gwAAgaF+H50YkhN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18GEeOiwF8XzJ+imN8kRh+&#10;i3x8bAAAgFqAAJwZkLeEK4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbOidOCCTHliTCBzRgRihKB&#10;2QAAgACAAJsmj4SNLIwAjeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H3DFZiBeHUBewiMaHWAAA&#10;gACAAJpSjqCWUYs/jQaUmHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDLhymNTRdJh6yMBQAAgACA&#10;AJmkje+fgoqHjFqdMHp5is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT9Bb/hrKPjQAAgACAAJkc&#10;jWiozIn1i9il6XncikSizWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+heGPYQAAgACAAJi9jQiy&#10;VomEi3uu8XlWidyrOWhOiFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiPKAAAgACAAJDYnuFozILX&#10;nExqjXPfmgJsNGPEl+9txVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAAgAB90JBAnY1xY4JImxBy&#10;UXM8mMNzOmMmlqN0IlHwlLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACAAI+YnCF52YF1mbp6EnJ9&#10;l216TWJglVN6lVE9k2p66T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7PmsyCPYCSmG6B23GEli2B&#10;eWGQlBOBJlB7kjeA6j4qkLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSKqH/Gl1mJuXC0lR2Ix2C0&#10;kweH3k/WkRyHDD2bj6CGeil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38XlniRy3ABlDyQQGAKkh+O&#10;uk8zkDONYD0ljp+MaikijbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z+G+Ck4mX1F96kWCVuU6e&#10;j3WT8TyljeKSzSjPjNiSxQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28AkwOfk172kM2c8U4djtya&#10;1DwmjU+Z3ChrjDiYGg9LjKyKVwAAgACAAIwBlz2txH3DlPSq3G6RkpqnqF6CkFakkU20jluiUTvP&#10;jMag9Sgfi6+bIQ8ci/mKNwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFjioHhs/kiLng5ucjaynDVv&#10;tyJem+NwWghYna9wIAAAgACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydzFkgwnKtz/jZnmsN0yyIr&#10;mkd1HgiAm3R1MQAAgACAAIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUewm1R5oDYAmWd5/iHrmMx6&#10;FQidmWd6pwAAgACAAIIApUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/aTWLmCl/XyGhl3V/WAiu&#10;l4t/kwAAgACAAIFkpCWIR3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUblw+FAiFalkKFFAi8ld+D&#10;0QAAgACAAIDYo0uQX3NooE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK8SErlSSLYgjMlGCF8wAA&#10;gACAAIBtopCYh3L3n5mWzmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEVlB6Q6Ajikw6GAgAAgACA&#10;AIAUohSg03LDnxueuWR+nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+VfwjokgCGBgAAgACAAH/R&#10;obypXHJ9nrem7GQum6akMlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjjkTuGAgAAgACAAHa0s8Fn&#10;f2n1sDhpCFyArOVqjE4YqbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpwAgAAgACAAHZastBvUmnK&#10;ryhwHVxXq6Zw+U35qFRx3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAAgACAAHYMsXx26Glgrdh3&#10;G1wCqkd3YE2gput3wz4oo+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACAAHWssB1+XWjprH1+Flt3&#10;qPN93U00pZR9wz3Hopl9xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVErvSF4Wh/q1iFLlsFp8+E&#10;h0y3pG2D8z1yoWSDjyyQnzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhONimgoqnWMclqvpuOLWExf&#10;o3mKWD0eoGiJmixfnhiJaBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfmqcGTylpupiOSQ0wYoq2Q&#10;3jzUn5qP7iwwnTuQBxjanJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2bO1oypYaZVkvYogaXozyU&#10;nuyWtSvrnJOWdhi7m8aQuQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVoupPyg0Eu4oV2eyTx7nimd&#10;8yvrm76bkxjRmvKQyAOslYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5ZpcEMjtAVqxjQqsOhr9CMf&#10;rz5sog4hsUhr4wAAnwRzsAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENFsndwbjRbry5xMSNzrUpx&#10;nA61ruhw5gAAncB4KQAAgACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12GTRRrZB2fCORq4h2rg8c&#10;rMh2JgAAnIl8IgAAgACAAGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQtrBR78COTqfJ7+A9nquJ7&#10;2AAAm2h/oQAAgACAAGl6ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreBmiOUqIWBng+pqTCBrgAA&#10;mmyAAAAAgACAAGlOuTyKu10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOdpzqHwA/mp6uGuAAAmZCA&#10;AAAAgACAAGkpuH+R/l0UtEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKORRAiplmK6QAAmN+AAAAA&#10;gACAAGkNt/OZWV0Xs56X5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/pVmK/AAAmEiAAAAAgACA&#10;AGj6t4+g610jsxOfSVBRrrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOLDAAAl7KAAAAAgACAAM1Q&#10;bG1mRLnnbjBodaXTb9hqkJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGtdqlz1g3HeDFztstcae5x&#10;VLhYa+dyZ6RtbbZzd4+fb2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4VQzmdnR35cmIZ8l8YLaR&#10;adx8XKLha8t8X44mbZl8fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwhdO58g8e7ZeKHULTCaAqG&#10;UKEbaguFYIyaa/KEh3cqbc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uAuMYYZEaSNLMpZnyQVJ+D&#10;aI2OfosPaoOMu3XXbG6LF1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTFYwCdIbHdZT+acJ44Z1WX&#10;tYnKaVOVCnSma0eShV6lbSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2oE7DUZECkl50qZlWg+oi7&#10;aFSda3OpalKaE13IbDOW/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbANY3+uxJxTZY2qTIfbZ4Wl&#10;23LKaYShuFz/a22eBUYkbOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq455uyZPizk4clZuKuTnIX&#10;aNqpc1xdasKlPkWLbDeiPivGbACcqAltcBKGX76vdI5lYK0EdYJnvppsdnFp74a+d1pr/XIPeEJt&#10;+1xaeSxv7kVTeg9xuysDet9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVycIW2dXZzmHEOdnN0vVtq&#10;d3F130R2eF125Co4eQV3kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/c7Z7Qm/BdM97lVpEdeR7&#10;7ENzdtZ8MilYd058PwZ6edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC/m54c0+CgFkndHiCDkKF&#10;dW6BnyiRdbeBLgYPeIWAMbiubNGPKacnbjKNw5S/b3yMUIFscLiK321GcfeJhFgaczSIUkGodC2H&#10;OyfedESGeQW0d2SDbLd4a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQr1cpchaOt0DicxONEic+&#10;cvuMVgVndt6Dp7aCapukFKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZgcS6VVkA+ch+TOCa8cd6S&#10;IwUnd0qDfLXLad+ul6Q+a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6cNz+mcV2Z8yZJcOqW4gT0&#10;d6GDWbVWaWK5JKO4asm0t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8YcK6hDSXHcBWZiwTKd+eD&#10;PbBwfP9krKBNfR1nHY8RfVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVxDyQAf6tyJgH3gWd0Aa9T&#10;etFuoJ8zeydwE43fe3pxaHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSNDfcl2nwG2f654ca4deNV4&#10;kZ3geU15GYy+ebZ5kXpLeiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7VAF9fit8V6y4dxCCZ5xz&#10;d5iCJYs3eBaBz3j6eJaBcmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFLfdF/uqtmdZeMQJsgdiqL&#10;QInldrSKJXexdz+JAGScd9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiAw6pPdGmWMpoJdQOUeIjR&#10;dZGSlnakdiOQqWOhdsGO1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lwc3igL5kldBedvofqdKOb&#10;FnXBdTWYZWLMddqV4k7bdoCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGqOZhzc2KnFocrc+ijrHT/&#10;dHKgOWIOdRidE04rdceaeDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfwcuKwioaPc1usYnRac9eo&#10;OGFzdHakgU2ldSKhsDh8dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZmiYOXhJxownI/hEdq0V+4&#10;hAtsykvxg/JurDaBhCBwSBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKAguhwbXE1gp9xvl7Dgmtz&#10;BEsXglp0OzXAgn11OBvIg291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4K3ASgQN4wF3AgN55VUo4&#10;gNd55DUFgPN6Txs3gZp6LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28Tf3l/3lzbf2R/wkmAf2Z/&#10;rTR4f35/lBrKf+F/VwAAgACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuHHVvWfh6GSkiRfjKFmTOy&#10;fkKFDRo5flmFDAAAgACAAJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1fQ6M+EfXfRmLsTMcfSSK&#10;3RnHfPuKZgAAgACAAJx9fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6TyUc0fDiSCjKlfCuRJhlx&#10;e8eO2QAAgACAAJvle/ul84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaPe4OYwzIfe22X+RkgesSQ&#10;/QAAgACAAJt9e3+vn4w5e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCgGjGvesadnxi4efKQtwAA&#10;gACAAJTRjwxjkobyjZ1l8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52iilvRxPIjJtvFAAAgAB6&#10;QJQQjS1seoYri/dt/ncOiuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10HhNiin1zrAAAgAB9tpMx&#10;i191R4Ucik12DnYYiUh2xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMDiH94mgAAgACAAJIsibh9&#10;+4QLiLJ+JHTyh8F+NWTqhuJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+BgAAgACAAJEwiEyGzIMP&#10;h1OGV3P8hmuFw2P1hZKFHVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAAgACAAJBXhzuPvoJUhkqO&#10;snNDhWCNd2MihIWMJ1Ikg8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACAAI+ohmKYtYGahXiXF3KF&#10;hImVOWJng6mTRlFtgvKRij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8ghbyhvoEJhNmflnHpg+Gd&#10;G2HMgvSai1DVgjeYWj65gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq94CXhGWoV3Fjg2KlRWE/&#10;gmKiIVBYgZefmD5WgQqeZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpplphlWWxElONneFzhk2Rp&#10;ckxJkg9rTTo2kSBs9SXZkThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9tAmuZk2luZ1xFkdtvv0u8&#10;kHtxBjm+j4FyJyV4j3ZyyAsukRhyRQAAgACAAIYglUhz23juk4h0pWrSkdl1ZFt7kFF2HksMjvV2&#10;1Dkujfp3dCUOjdR3uwscjsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18c1qmjtp8l0pLjYx8wDiR&#10;jJR85SScjFh85gsBjLx9DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnGjZqDMUmojEGCyTgFi1GC&#10;hyQ4iv6CZwrtivGB7gAAgACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ60kGiy6I/TeciiWIWyPr&#10;icCIawrZiWeGFAAAgACAAIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhrik2PaDcUiUKOmCOeiLKO&#10;xgrGiB2HSQAAgACAAIKxj9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOWGjaPiIyVayM0h+mUFQq2&#10;hxCHPgAAgACAAIJaj2SmhHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8h+WccCLuhzmXngqVhkaH&#10;KAAAgACAAHqQoqVicG4ToCZklWCrne5moFIgm+doikJYmh5qTjDimP5rwxyBmcFsPwPfmKFsvgAA&#10;gAB/0Hn8oUFqe22gnsxr4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxml89xBwQglhBx0gAAgACA&#10;AHlrn6JyWGzunUJzIV+dmvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1+wRSk8V3TQAAgACAAHjE&#10;nhB6HWwym7t6YV7NmXh6nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0kcB8TAAAgACAAHgbnL+B&#10;72uImnKBuV4emDWBdk/IlhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2AnQAAgACAAHeGm7qJ32r6&#10;mXOJOF2TlzCIdU86lQmHrT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAAgACAAHcRmt2R12qAmJ6Q&#10;xF0VlliPhk66lCuOSD9tkkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACAAHazmkWZ62pLmAaYg1zd&#10;la6Wy05zk2GVDD8ekWWT1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZrmdaiK2oCl42ge1yLlSee&#10;XE4cksycRD7SkMSbGS4nj0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlhk2IDql1jklU6p7dlg0dp&#10;pTtnVzhNox1o9yc2ohdqGxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6qRtqj1T9pkZr4UdAo6Bt&#10;Kjg3oWBuUyc/oDFvGxJxoi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nxc1SYpLRyN0beogNzATft&#10;n7lzuicbnnJ0LhKSoBNzmAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9oyx4nEZqoHp47zeJnjN5&#10;QSbdnNx5bBKXnjJ49QAAlDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/K0XjnyZ/BDcxnNB+9Cad&#10;m3B+8hKSnIZ+4wAAkuiAAAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWFnguFUDbYm6uE5SZvmiiE&#10;1RKSmwOEuAAAkcaAAAAAgACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6LuzaGmryLGyY7mSWLShKl&#10;maiJoQAAkNuAAAAAgACAAGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZAmfSRsyXpmGGRvBKCmK2M&#10;gwAAkCeAAAAAgACAAGrwpKGd419WoaScqFKZnpia90TYm6KZVjYzmReYzyX8l2qW5xKql6mMngAL&#10;j4qACAAAgACAAGGzuHxgiVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRySrURnuAhcrqRnawAAk1hy&#10;2AAAgACAAGEwt5Fn21XHtE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwpsugjxrAlsaQAAkhd3bgAA&#10;gACAAGDqtgtu7FV3sr9vkkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlcqaVxnQAAkOF7gAAAgACA&#10;AGCqtGR12FUlsRp2GUj9rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3OAAAj79/FgAAgACAAGBo&#10;svV80lTpr6x8v0i+rF18rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAAjsGAAAAAgACAAGAusdqD&#10;8VTHroGDl0ijqySDKjubp/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOAAAAAgACAAF/9sPyLFFS1&#10;rY2KfUiYqh+JvDuLpuGJCC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAAgACAAF/ZsFeSRlSyrMuR&#10;fkiYqUiQdjuFpfmPiS1Lo0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACAAF/Br92ZoFS7rCyYvUij&#10;qJGXgTuHpTSWhC1Som2WLR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMETZxVf7a7TaTlitJvtaz5l&#10;YIgibSRn7nNpbvhqaV23cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq0a1LZopshZqOaL9uLIbo&#10;atJvy3JGbM9xYFyobrFy60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uGZCB2TpkHZn1284VzaLN3&#10;pXD4atJ4XFuBbNB5EUTKbnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWAD5dDZGx/yIPuZsF/jW+X&#10;aQF/aVpSaxh/TUPPbL5/KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWyYqaItYJpZQyHl25SZ2KG&#10;jlk1aZCFp0LnazmEzSmJaxmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2RtYExY6KPtm0tZgON1Fg8&#10;aDeMHUIaaeOKoCjlaX6JsQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAxYnCX3mw9ZN6VMVdqZxqS&#10;wEFxaLuQryhgaBePygd8c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXagCGtuY+ecmVatZiyZj0DW&#10;Z8mXJyfsZuKVIgdEc7iE6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrPYx2kA1YfZWCgfkBNZvCe&#10;HyduZciZXwcYdAOEzLM3buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p7VXpdYFsTT+8dqRudyYC&#10;d1pv/AQyewlxErHCbCxpq6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UOc3hyMj74dKBzmiVXdQ90&#10;eAPheXJ1ybAxabVz9J/Na3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4Lj3+csl43CSHcuZ5JgOZ&#10;eet6Rq6SZ4J+H54maWZ+LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0ccRd+PCPScOF+EANbelN+&#10;K60QZZ+IR5yzZ5iHi4tsaWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KDxyMwbwaDUwMmeq2BgqvW&#10;ZBiSfZuAZh+Q/IpBZ/qPWXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKgbV2JHwL6evmCA6rcYtyc&#10;tZqJZOyacolLZsuX/ncfaJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO3ALVezeB6qojYeym7ZnM&#10;Y/6j6YiEZdmgqHZWZ5+dYmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3e2qB1qmtYUWxH5lGY1St&#10;W4foZSKpTXWxZtylRWLFaKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OBxaWkdxVew5Z6d69huoY0&#10;eFxkdHSneRRm+2HwedNpZ04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4dHlojZVadVRqjoUBdiVs&#10;aXOLdvZuJ2Dud8tv1U0ieKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdyUJQCcx9zboPkdA50dHJo&#10;dPh1Zl/sdeB2U0xGdsd3NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KNcRd8T4JYch98jHEZcx58&#10;uV64dCV86Us8dR59GDY1ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qFO4EIcHWEt2/UcYOEH120&#10;cpSDkEpVc5+DFzV8dE2CrRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4bxOM927NcCyLnVy9cUWK&#10;VUmNckyJNjTbcvKIYxvvccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6VP23wbwuTJ1vucC6RNEjc&#10;cTePiDRZccWOcRuQcF2NWAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01bh2avFs2b0KYK0gwcFKW&#10;GTPRcNSVHxs6bzWRegAAgACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+ia1qlbn2fTUe1b4qdAzNW&#10;b/+beBrEbkeSGQAAgACAAJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljYf9do1UXGgC5rDTDlgL5s&#10;3ha1gj1tNAAAgAB2XJdTfRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu/kT7fkFwjzA5fr1xyRY2&#10;f7NxuwAAgAB6Z5Y5etdwvogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQvfHB2KS+XfNt22BXFfUh2&#10;hQAAgAB985UFeMR554a8eSp6cneXeYV622d5eeF7OVYQek57jkNxesB73C8Jext8ChVmex17pgAA&#10;gACAAJPTdweDDoWud3+C83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5XeZKBdhTpeU2BUwAAgACA&#10;AJLUdaSMS4SpdiaLh3WEdpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCHLRSBd8aGpgAAgACAAJIH&#10;dIKViYPbdQyUI3S3dX2SfGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5dn6LFgAAgACAAJFqc6Ce&#10;zIM3dDCcynQLdJ6aeGPndQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeNfgAAgACAAJD9cv2oHIK6&#10;c4+linN9c/Sik2NVdFGfj1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAAgACAAIssiH5d8H4Rh61g&#10;x2/Thx1jamBHhrhl2090hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB504pRhjRmrX06haRotW7s&#10;hS1qml9zhM5sYk66hIpuDzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIlehAdvU3wdg6Rwo23tg0Jx&#10;2153gvNy+k3fgrt0CzvYgrF0+iezgvd1hw2eg+d07wAAgACAAIhPghR36Hr6gcV4l2y4gXh5Kl2E&#10;gTJ5qE0AgQ16HjsjgQd6gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9gBuAo2vCf9+AllyLf6aA&#10;bkxnf3uASTqof32ALSbcf46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI02sCfpuII1vCfl6HVkuN&#10;fjeGlzn9fiyGCSZRfiSF2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpHfY2Pt1sNfU6OUErcfSmN&#10;DzlmfRaMLCX1fOOMOgzqfTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeXX1p5fG+VYkpJfEaTsjjT&#10;fDSSsSWCe+aSSgzLfCeIpgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2e7ycsUnWe4earDh2e2uZ&#10;4CUmewyXIwyKe1+IegAAgACAAH5DkfldZnHakJFgGmRpj3FiplW6joNlB0W+jcNnOTQfjXJpGx/S&#10;jlZqFwZOjplqFAAAgAB8y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2i9xs5TO1i31uRR+OjCdu&#10;4AZqi/Zu8AAAgAB/3nyujddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1yozMuialzhh82iiNzzAZ3&#10;iZ90KwAAgACAAHvJi+116W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKjh/Z45x7diEZ47QZ8h5J5&#10;vwAAgACAAHrpikp+BW54iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+dx6dhox+YwaMhcZ+rwAA&#10;gACAAHoiiPqGRG25iBaF+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5uhPmEOwaRhDyC2wAAgACA&#10;AHmDh/SOjG06hxqNzl/jhieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OKiQaLgvOEbAAAgACAAHkE&#10;hyqW3Wy5hlSVsV9dhVmUJ1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJgeWEawAAgACAAHiihpKf&#10;TWxShb6dy17qhLibxlCCg6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSEYwAAgACAAHGvm9hcsmXx&#10;mfdfQlk7mGBhtEtOlvxj+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAAgAB/SnD3mg5kjGVnmEdm&#10;b1i0lqJoQErhlSNp+Du2k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACAAHBPmBNsQmSilmptjlgO&#10;lMtuzEo/k01v+zs0khFxCSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+TljFz42PRlJZ0rVcrkwd1&#10;ZUmNkY92EjqZkFt2qCnlj8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7kGMXkwx74lZxkYJ8HUjQ&#10;kAl8QzoSjs98Zyl1jjF8fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8kdaDPlXckEiC+0g7jsqC&#10;oTmEjYaCVikwjL6CNxV2jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWKoVVUj0WJ5Eezjb+JFTkG&#10;jHaIdijPi52IURV1i+OIBAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUSjnmRAUdpjNOPsTi8i3SO&#10;0yhwip6PBBUZiseMoAEahtGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSYX0cQjCCWsThyirGV0Sg5&#10;icWVJxT8icmOMAEnhgOAyAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCroFtijTHynwVkaCDnnxNl&#10;igv7obtlGgAAjZRt0gAAgACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnntoVjHSnP9pvyDznNVqigxP&#10;nvpp/QAAi/tyzAAAgACAAGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/mxFvGiDQmsFvlQx9nGxv&#10;BgAAint3ogAAgACAAGOdoQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0jSCQmN50wwyOmhl0VQAA&#10;iRR75QAAgACAAGMOn2548FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBNly16MQyOmAF6KgAAh9F/&#10;nAAAgACAAGKQniyAVldxnBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/+AyVlh6AEQAAhrSAAAAA&#10;gACAAGImnS2Hv1cZmxiHeUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAyslHSFDQAAhc6AAAAAgACA&#10;AGHVnF6PK1bMmkqOm0rTmByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWIegAAhSGAAAAAgACAAGGV&#10;m8uWzVa/ma6WJErFl2yU7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAAhJyAAAAAgACAAFkjsa1a&#10;ZE4ar1JcjUJkrRleqjWcqxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx/QAAgACAAFhwsGdhfU26&#10;reJjG0Ijq2pkuTV/qS5mOic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAAgACAAFgIrpJoaE1KrAtp&#10;kEHQqYlqtDU4pzhrzicYpaxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACAAFeurKdvOkzfqiZv/UFX&#10;p6hwuTTnpVVxbSbfo7xx7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdSqv12HEyKqIJ2ikEEpf92&#10;6jSKo6Z3Mya6ofV3bRYJol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19I0xQpyp9SkDVpJ19TjRe&#10;ojd9PyaSoHR9MxYboJd9FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwpphKEFkC5o3WDxzRBoQKD&#10;bCZ0nzSDRxYdny2DhwU+myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK/UCqooOKZzQyn/6JzyZd&#10;niGJyhX/nhGJNgVNmauDlgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCnobqRVTQunyOQpCZnnS+Q&#10;mRYmnPaN5AVqmHCDqQAAgYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9gN3+GaHFjTGveap9mRlco&#10;bK5pJUEqbmJrzyfrbtpt3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5LZa5rEGq6aA1tKFYeakBv&#10;LkA1a/xxBicYbBJyXgZjdTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZyzmluZax0DVT7Z/51Qz8+&#10;abt2ViZRaWV3CgYXdbV4Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gUY397AVPUZep7az5OZ6h7&#10;xCWXZt176wXVdiR8mq2+VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyCCFLIZBGBrz12ZcqBWCTy&#10;ZISBEQWddoOAbaxSU3aOZpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHnYnCICjy+ZCWHGSRiYnWG&#10;nQVudtODpqstUc+Y1ZrqVViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSOhTwpYriNDCPwYMiMogVG&#10;dxaDkapQUISjNpoeVBugQ4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjucYYqTViOOX2yR7AUmd0yD&#10;e6nBT5itdZmSUzSpoIh4VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+aBSMiXkWWHgUNd3eDaqgX&#10;aNtZSZhjaqlcr4fPbGtf5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDocvFszAFMfc9u86aBZYhj&#10;d5c0Z6Vl5Ia9aZpoMXUta3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJxTAEufgFzx6TeYohtjpV/&#10;ZNlvDoU3ZvtweHO4aP9x1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEUfi14ZaM0X9d3iJPVYlB4&#10;MIOWZJR4x3JfZrh5UV/+aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8ZqGoXX+BfZJgYBmBXYIt&#10;YnyBJnD+ZLiA4l7oZuGApEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBjW5CLe5ErXkKKloEJYLiJ&#10;km/pYwmIg13mZUCHgkrJZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmVdJAyXLyTzIAaXz6R+28G&#10;YZuQJF0RY+KOb0oTZdyM8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9zW4ic939ZXg2aW25KYGyX&#10;v1xaYriVYUloZLmTaTU3ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWmDH7DXSOip22yX3ufTlvQ&#10;YcScWEj1Y8KaBzTDZKKY5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1ncvFfkGy8dBtijFrhdURl&#10;ZEfBdmdoEzLyd2hqYBled81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFnaWujcYxpoVnlctFrvkbm&#10;dAdtujI4dPVvYBjSdMlv3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqFbyZwxljucINyKEYYcclz&#10;dDGZcqV0fBhjciZ0kwAAgAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3+Ve+bmx4o0UWb8J5QTDH&#10;cIl5txfKb+x5jAAAgAB+cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbGbIh/LEQ5be1/KDAabp5/&#10;HhdSbgZ+8AAAgACAAJR7Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2FzEN/bE6FKy+IbOeEvxbp&#10;bHKEwAAAgACAAJOPYmKSEoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULWavSLVi8Va2qKrBadayOJ&#10;xwAAgACAAJLeYS6biYSyYzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKRsi6Tai6RJRZWahWN5QAA&#10;gACAAJJmYE2k84QuYl2iZ3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4iaRiXYBXlaUyOzgAAgACA&#10;AI58eOdYsYEneVJcCXK3eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVpWxDeflBpYAAAgAB2CY1S&#10;deFhuoAQdplkQHGcd1Jmm2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCIe4Vt9gAAgAB6H4wdcxtq&#10;tX69dAlseXB7dONuHWDldbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRByywAAgAB9tYrVcJNzsn1r&#10;cah0wG8pcqF1rV/oc412h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAAgACAAImTbmt8rnxQb5l9&#10;Fm4LcKl9V164caV9ek5dcp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACAAIiJbKSFtntHbeOFem0O&#10;bv+FDF3HcAmEgk1/cQeD/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIeyayyOunp1bHmN3mxBbZyM&#10;w10CbquLkUzGb7CKeztIcH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKXuXnNa1iWRGuVbHyUgVxd&#10;bYmSqUwjbo6RDzqqb1uP9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lPan+etGsKa56cUVvQbKGZ&#10;3kunbZ2X0jpFbl+WricVbgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhbl2fGgVpeoVjsgX1hd0jB&#10;gbhkGzcDgidmcSLRgx1n+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bUfu1ltVgXfx5n50gLf2Bp&#10;8jZwf8pruSJngIRsyQjfgelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds2FcZfNxuZkcyfS1v2DW+&#10;fZZxEyHmfhhxtgjFf4ZxmwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYuert090ZbeyB10zUXe4d2&#10;iCF0e9R20AiyfXB3CwAAgACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7mUW0eT974TSLeal8GyEZ&#10;ecB8IAiqe6F8lgAAgACAAHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETld6yCEDPyeAKB3yCfd+OB&#10;1QiDeh+BXAAAgACAAHvLdHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliIXTNcdqCH2SBKdjuIDwhy&#10;eNiFVQAAgACAAHsxc1KT8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLLdXqOKx/cdOCODQhjd86F&#10;qwAAgACAAHq+cnicfG5Xcyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqVEh+Bc7aS1ggsdwqFhgAA&#10;gACAAHVOirdX2mmAifta8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/ivll8wH1ihRnGAAAgAB8&#10;X3RYiBtf52izh5liU1vohy5knk34htlmxT6phqtouS2OhuJqSxlPiDBquwIsh2xr+gAAgAB/g3Nq&#10;hZFn52eshT5ps1sLhOlrZk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJOhRNxNgAAgACAAHJwgz9v&#10;32ahgwhxGVn2gsdyOExKgoxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2zQAAgACAAHF9gUJ34GW5&#10;gR14kVkOgOp5IktdgLd5mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAAgACAAHCmf5B/8mTvf3+A&#10;I1hSf1WAJ0q1fyGADDwHfvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACAAG/2fjmIC2RhfjqHxlfP&#10;fg2HPUorfcqGlDtyfZuGCyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9pfSaQJGPXfS+PcldFfQCO&#10;Z0mqfLWNPDr1fHyMYCqkfFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOYS2NqfGCXQlbTfCyVv0k7&#10;e9aUIjqXe42TEipbe0mS/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Qk0hZ91GuklVcxURRkZVf&#10;YjV5kSVhsCRykaJjVQ9PlIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg/VEJkCFjOEPMj1FlTjUX&#10;jsxnHyQ+jxxoWw9pkW1n+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQjedprUMcjRtrPTSNjJFs&#10;lSPijMJtbg9ejoJs6QAAhF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lwKkJliwVxPDPsioByICNv&#10;iphynQ83i89yDgAAgrx4mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGeiS53UDNmiJ93yCMDiKJ3&#10;/Q8MiVN3lAAAgU585QAAgACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599jTLehwR9mSLZhsx9ow8L&#10;hxJ9tQAAgBuAAAAAgACAAGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJahbCDiiKAhViDiQ8zhSGD&#10;RwAAgACAAAAAgACAAGPeh4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJsCI2hAaKAQ7lg6CH8gAA&#10;gACAAAAAgACAAGN8hrGUGVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiICgu2QKg7bgl2KCwAAgACA&#10;AAAAgACAAFzgnvFV31JCnVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81guAaEnEphBAAAg6NtSQAA&#10;gACAAFwGnN1dHVGsm1lfVUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbfmN1l4wAAghByMQAAgACA&#10;AFtfmoVkQ1D1mRtl/EWfl71nojkFloRpJirqlcVqVhomlodqtQcXlZxq5AAAgJd3FAAAgACAAFq2&#10;mEBrWlA4ludsnkTRlZdtzjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAAgAB7ZQAAgACAAFoMlkxy&#10;gU+SlQRzW0Qwk7d0HDfGknx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/LgAAgACAAFlzlLd5yE8G&#10;k316Q0Oxki56lTdRkOl6wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAAgACAAFjwk2uBE06Wkj6B&#10;O0NMkOqBIzbtj5eA7CkujqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACAAFiIklyIYE4vkTqIO0Ln&#10;j+aHxDaQjoaHNijcjX6HBhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3kY6P5U4JkHKPo0LDjxWO&#10;zjZvjZCN2yjijFeNwhj5jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFUTUZiqJhW0jtNpw1ZPS7s&#10;peRbaSCGpdlc9w6XqKNdCAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXEpsxdNzq/pR5fMi6Fo8Fg&#10;9yBbo21iKw7HpbJiBwAAnWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZjjjpBoutlGC4RoX5meSAT&#10;oQdnVg7RouFnCgAAmt5p7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmkoLZrAS2hn0lsAB/Anr9s&#10;kQ7GoD9sKAAAmHdvKwAAgAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVxES0rnUxxpB+MnKVx9g7A&#10;ndlxjgA1lgB1CQAAgACAAAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzrm553kR9Ymtd3nA7Ym6l3&#10;XgBxk9p6VAAAgACAAAAAgACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9nh8mmV19jA7RmeV9tQCw&#10;kgl+zgAAgACAAAAAgACAAE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8KmBKD5A6qmHeDewC1kJmA&#10;ewAAgACAAAAAgACAAEzxnSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOKrw7Zlx6IRADdj2eAlgAA&#10;gACAAAAAgACAAKnOWupTqZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1DhaBVllTvCad1ooyMlaXBq&#10;6QPneWdsy6fCVqNeIJgUWeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJrjTrTZudt0CJlZdhvbAPI&#10;eZxxZ6XcUsxojZZHVlVqc4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnlZBhzFSGxYrF0GQOtecp2&#10;YqP5T1Ny3ZR6UyBz2oQ8VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4eCEKYAR4+QOVefJ69aIy&#10;TEB9HZLgUEh9RIK+U/x9aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6Xcl+HQOBehR+36CwSaSH&#10;WZGLTd2GsIGRUbmF/3CdVU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SDoANwejCCK592R3GRipB4&#10;S9OQDYCeT8+Oh2/EU3+NCl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNiekiCSZ6ERaybpI+jSi6Z&#10;TH/gTj+W8G8aUf+Uq11XVX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyCQp3iRF+lho8PSPCiSX9V&#10;TQmfFW6bUM6cFlzrVFOZcko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2HYiZTgI6kZGVXWH72ZpVb&#10;Bm46aLdeiFxhasVh5klRbKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBddI1eYLFgZH3aYydjNW1C&#10;ZX5l5luEZ7dod0iSabZq5DQXawNtARtnak1uIAAAgABy05oLWlpnWYueXUNpZnxPX/VrXGvMYn5t&#10;PFo8ZOJvCUd3ZvtwvDMraC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJyX3quXQNzh2p4X7Z0nVkI&#10;YkV1p0Z1ZHF2pDJhZYV3dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJWmp7vWkeXT58ClgCX+p8&#10;VkWOYih8pDGtYxt85RmwY0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD+mgVWyWDglcMXeODEkTV&#10;YCSCuTEaYPSCgRlIYaWCoQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/WVqK8lZCXCuJ1EQrXm6I&#10;5jCpXxSIUhj8YE2ISQAAgACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uSUlWdWreQk0OMXPqPLTAs&#10;XXiOfBi5XzmM7QAAgACAAJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUlWYiXSUMsW8aVjS/JXBOU&#10;+xhZXmaQdgAAgACAAJFYaaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNheEGscZhkgC11cqVnCRPR&#10;c8ZnxwAAgABx5I/KZcNcvoJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDYbq5qGizHb5JsAhNhcOds&#10;UgAAgAB2lY5LYipmIIDdZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tvxSw5bKVxFRMSbl1xDwAA&#10;gAB6s4y3Xuhvbn9TYWhw13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtxaet2RRKSbEd2DAAAgAB+&#10;R4tFXAx4uH3yXrV5aW+tYSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7nRI0anp7bwAAgACAAIoR&#10;WaCCCHzSXGqCB26iXvKB319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHmaPeBOwAAgACAAIkZV5mL&#10;T3vnWn2Knm3FXRiJvF6WX3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CGQwAAgACAAIhcVfaUgnsx&#10;WO2TJ20RW5WRjl3sXgKP6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAAgACAAIfZVLqdmXqqV72b&#10;n2yCWmeZVl1eXNKXCE1FXwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACAAIUwcZJTQHhqcpZW82ql&#10;c7NaeFuldNhdyUtedfdg5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPHbdJcDnc3bzBfA2mBcIRh&#10;zlqlcc1kc0qCcwZm7TjhdCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k3XXSbAFnF2hYbYNpMlmN&#10;bu5rKUmYcEBs/zgjcV5uniSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRwaQxvN2cAarZwoViVbEBx&#10;8ki9ba5zIjd9bsx0KyQXbuF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3Y2XcaD54Ildgad14wUfP&#10;a1p5VDakbHh50yNtbDl6FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTcZht/rVZwZ9B/o0b0aVR/&#10;mDYGal9/mCL3acp/owrfcBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyHNFWuZg2GhkY9Z5iF6zVw&#10;aJOFgiKkZ6SFigrLbs+EQwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UMZJSNa0WfZh6MUDTUZwqL&#10;pSIuZdiL6QqzbeqHPAAAgACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SUYUUpZOWS1jR4Zb6SGyHJ&#10;ZGKRUQprbmSHCwAAgACAAHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJHfGhgHzD/fUFirhzifmxk&#10;IwSEgOlk7QAAgAB5IHezdmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l5jB0ekdn6hyIewVo8QSb&#10;filpsgAAgAB8wHZ9cw1jl2qwdBdl1F38dQln80/8depp60C5dr9ruC/Fd31tNRwQd8tt1gSce8Vu&#10;uQAAgAB/73VEcAVr32lzcTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9ylhumdLpy4gSfebF0KAAA&#10;gACAAHQTbVd0N2hLbrB1Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtYce54IgSteBl5swAAgACA&#10;AHMOaxh8nmdvbI99E1rabc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9wgSYeDx+ggAAgACAAHI6&#10;aTOE+Wahar6E5FoWbAqEkUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSaeDiCgwAAgACAAHGSZ6eN&#10;RmYAaUOMsVl4apaLzUvka7CKzj0obJOKBizcbN+Juhora/aJzASZeDqDHAAAgACAAHEVZnGVjWWE&#10;aBqUjlj3aXCTIktlaoORnjy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAAgACAAGzFgtlSe2GCgs1V&#10;51VIgvRZLEfLgzlcPTjWg6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8A2uWf4RaTmCQf8FdIVRm&#10;gAdf0EcQgFViUzhDgLlkkCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqEfFNiI19vfMtkXlN2fTJm&#10;fEYufZBobjeLffhqJybqfoprZxKUf4lrPwAAgABvegAAgACAAGlteWZp+F5OegRroVJReoVtLUVL&#10;evdumDa/e2hvziZMe9twoRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011Ud5By9VFdeCVz9URReKJ0&#10;0TYjeQt1jSXIeWB2AxH1efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6YlCIdh561UOadp17JTV/&#10;dv97ZCV9dx97khHXd7l7YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2dGuBxUMLdOOBjDTpdTmB&#10;YyT3dS+BZBGpddqBiQAAgACAAAAAgACAAGYScUmJmls0ck2JVU9icwGIvUKCc3SIBTRnc7uHiyRy&#10;c4mHmxFLdGqGwQAAgACAAAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20ITckuOszQLcn6OAiQvciGO&#10;NhERcz+K8AAAgACAAAAAgACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va5C8ai9ddZR4IjSle+gmA&#10;jmpfKQAAgABpaQAAgAB+cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6hiO5ixh3Jiflj+Amkiqhj&#10;/QAAgABuKQAAgACAAF6fhkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRoKR1ihvVo/Qmjh1Fo6wAA&#10;gABzZAAAgACAAF2wg2hnyVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzjhCRuGAmGhGduDAAAgAB4&#10;WwAAgACAAFzGgOhvPVJOgRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5zYwlhgeNzigAAgAB8rAAA&#10;gACAAFv0fsd2xFGIfwp3hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qlaf7R5mQAAgACAAAAAgACA&#10;AFs8fPB+PVDXfU9+kkWZfW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/MwAAgACAAAAAgACAAFqs&#10;e3mFy1B0e/mFzkVGfBuFeDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAAgACAAAAAgACAAFo7ekqN&#10;bFAFeteNK0TZev+MbTines2LkisnenWLSBtiedmLMglMeyqGSQAAgACAAAAAgACAAFSlltxQPUqM&#10;lfFTVT+JlU9WSjMmlQJY+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAAgACAAFOek/1XP0m8k0RZ&#10;4D7FkqdcXTKIkkRemyRnkohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACAAFLLkQxeP0jckHlgZz4K&#10;j+xibTHYj4dkOSPkj69lhxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIAjkJlQEgGjchm8T0ojUto&#10;gTEvjOlp4SNUjQFq0BJKjpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hsVUdEi2ltljxrivdutTB0&#10;io9vniLjiopwPRH+i75v5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZiWd0XDvSiP11DS/qiIx1&#10;jyJpiGh11xHiiR91iAJFhlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7LTtYh1R7dS+AhtV7lyIE&#10;hpN7phGohuV7iwJwhIJ9VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrYhfaB1y8MhXCBpyGbhRGB&#10;phEvhRiBwwJhgxGBdQAAgACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOIvS8QhDiIFCHtg4OIGhHk&#10;gx2HJALXgbSB7AAAgACAAAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZoChWThnDoXNXvwijoxtY&#10;ZQAAkZRf5AAAgABwegAAgACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9bvBlFnqFc2Ainn3NdWQAA&#10;jtxkfgAAgAB1UQAAgACAAEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjDm71h6giXm85iUAAAjENp&#10;UQAAgAB5qQAAgACAAEYHmjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1nBgiAmExnXwAAid5ufAAA&#10;gAB9gAAAgACAAEVkl7ho6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1lQ9srwAAh8Z0LwAAgACA&#10;AAAAgACAAETFlZNvvjtKlQpwpzDklFtxXyVMk75x0xe4lABx0AiSkilyZAAAhhB5ZwAAgACAAAAA&#10;gACAAEQ7k8J2nDrPk1p3OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAAhLJ9ygAAgACAAAAAgACA&#10;AEPJkkF9kDptkfZ97TAykU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WAAAAAgACAAAAAgACAAEOA&#10;kQSExjolkM6E9C/xkDKEsySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAAgACAAAAAgACAAJ77U9VN&#10;1Y/IVwhSHYAEWiJWUG9cXSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn9AF7fYBrGZzRToVYCI4U&#10;Ui5bb36EVbJevm4IWRFh8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGLfWRvz5raSaxiPow7TcBk&#10;uXzvUZxnImyKVUFpe1sgWKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt04pjoRTxsZIprSbNt+Xsy&#10;TdRviGsfUblxDVnaVVZyhUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cKQTZ2eIjLRgp3OHm+Snl3&#10;9Wm9To94qljYUlx5XkacVWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamAfodrQtSAbHibR4uAXGjD&#10;S9yAS1fvT8aAPkX3Ut6AQzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZKQA+JiHexRQaIp2gBSYmH&#10;1Fc7TZOHFUVcUK2GezIuUTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCSdnb5Qu2QxGduR5iPNVa5&#10;S7uN1kTcTtSMtjHDTxiMGxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3ZxQUKYhmcERgmWS1ZsSj+U&#10;Y0SlTVmS4zGJTV6SUBr3U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1WOWZ9YopaL1WBZPld+0M9&#10;Zxdhjy9PaEBksRaqaXVmVAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/Xo1hdlSjYTFkeEKAY2pn&#10;Si65ZF1ptxZOZmBq2gAAgABysI+aUORhSYICVG1j13OZV7lmUGQCWs9or1NWXaVq8kFjX/FtEC3R&#10;YJ1u2hWxY+BvigAAgAB3Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIpWllxeEBqXK9y5y0TXQp0&#10;GBU4Ybh0cwAAgAB7dowcSK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4DT+UWbt41CxxWbp5exTV&#10;X+d5rAAAgAB+84qxRUh+G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70Vx1+1Cv1VsB/CRSHXmR/&#10;WAAAgACAAImIQluHnnx+RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE3yubVEyExBRVXaKE+gAA&#10;gACAAIihP/CQ/3uyRMqPrW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+SstUkeKxhQqXeuJmwAAgACA&#10;AIf/PhGaHnscQwyYFm1WR4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2RExPfXmmNQAAAgACAAIgd&#10;YexODHrDZAdSHWyxZiZWF12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6TcOtkaAAAgABxtIYnXPlX&#10;G3lIX4tad2tjYf5dtlx7ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo/wAAgAB2aIRuWGJgRne0&#10;W1ti32otXhxlY1tcYKNnxUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAAgAB6i4K7VDBpaXYXV3lr&#10;QmiVWnRtC1oUXTBuuko/X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+I4EyUGtyiHSqU/RzqmdB&#10;Vyl0uVjUWg91sklcXJ92nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/rTSF7p3OAUOF8F2Y2VEd8&#10;b1ffV1Z8tUh7WfZ8+TeyW5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2EtHKOTjyEeGVbUcqEGVcY&#10;VPiDsEfAV6WDWTcZWSaDKSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHSTAqMw2SqT7aLslZ3UviK&#10;nEcnVaqJuDaEVwqJKyQ3VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU8mQfThGTNlXzUVuReka6&#10;VAuQFzYxVU+PUSPfVVCPZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6bLdV0lRhblhZg0TGb91c&#10;+zOPcStgEx/UcaxiOQczd7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKldC1NYan1gFUPibCFi6jLS&#10;bWVlaB9EbU9nCgcfdOpnvwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3Ztpmr0LxaJlo5DIQacpq&#10;zh66aU1r9wcNdBVspQAAgAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3JtWEIXZUtu6zFtZmVwRR5Y&#10;Zd5xAQcOdBNxzgAAgACAAHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEtYkF1ADCaYzt11h24Yvt2&#10;PQbndFV3hAAAgACAAHTzVVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7IjAHYFh7gx1PYIl7uwbW&#10;dHJ86gAAgACAAHP9UpGBuWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91XcSBSx0MXn6BiAbYdG+B&#10;aQAAgACAAHM9UEOKOWevU6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yHQRydXOSHxQbTdHiEnQAA&#10;gACAAHKzTnCSmmctUe2RolqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxAW56NGQaddNOEeQAAgACA&#10;AHDRcXNN4mUGcpNRpFh4c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBgFgCnfuZiWgAAgAB42m8P&#10;bOtV3GO7bmpZE1dfb9xcLknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDOfqRnIQAAgAB8hG2WaKdd&#10;92JSanhgkVY2bCNjEUjYbZ1laTombt1niCmab59pNxXHcH1prQDgfoZsKgAAgAB/vGw1ZLRmF2D4&#10;ZsRoElTiaJxp90feajZrvTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAAgACAAGrjYSNuRl+4Y2Zv&#10;pFO7ZWRw7UbKZxdyFjijaG5zIihtaMNz5xUbaslz2gETfi53HgAAgACAAGnFXgN2gF7IYHZ3UFLn&#10;YpZ3/0X0ZFx4kDfNZaN5ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjcW0t+q13tXeN+9FIbYB9/&#10;DEU2YfJ/CzcbYyt/EydHYt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOGwF1EW7uGj1F5XguGF0Sg&#10;X+OFiTaJYQiFKSa0YGGFJhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzFWgCOM1D3XF6NNkQiXjKM&#10;IjYgXz+LaiZnXmGLiROwZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ+E4He4hUgkEDfGRX3TJ0&#10;fUxa2yGUfoBdDQzMgKBdeAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9d7pbBUAqeKRd2DHIeYJg&#10;UyEcemdiEQy0fKxiPQAAgABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJhkD8vdQ9j1zD6deZl0CCB&#10;dnhnHgx8eUFnGgAAgABvVgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43caxp3zAecn5rWR/VcrNs&#10;PwwwdlhsIAAAgAB00QAAgACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv8y94b09w+R9Lbx1xiAv+&#10;c9BxbgAAgAB5sgAAgACAAF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7PbHR2sB8Da9t2/Qv0cZl3&#10;HwAAgAB90wAAgACAAF2YZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8ix56aR18rAvXb8J9PQAA&#10;gACAAAAAgACAAFznYkqDMlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3sZuqCtwuKblyCewAAgACA&#10;AAAAgACAAFxiYG2K7FImYqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJKgtZbT6GqgAAgACAAAAA&#10;gACAAFjzg1xMYE6rg5ZP3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARxh9VbogAAgABpNQAAgAB+&#10;Gld4f05TfE2Ef9VWikJ5gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhgbgAAgABt8QAAgACAAFZI&#10;e1pas0xUfB9dQEF7fMlfqjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAAgABzJAAAgACAAFUrd6Jh&#10;9UsxeJJj/UBWeVVl5DRYefdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4IAAAgACAAFQadDlpR0op&#10;dVJqzj9Vdi9sNjNidtBtbCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAAgACAAFMmcSxwq0lDcm9x&#10;uz6Ec2RypjKhdAZzZyU3dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACAAFJRbnd4Ckhzb+d4qT3E&#10;cPZ5GjH1cZZ5ayShcZt5nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGmbCd/dEfvbcx/uD1Ybvd/&#10;sTGob4l/jSRlb1J/iRRCcDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G8kdvbAGG6TzcbUGGeDE5&#10;bc6F8yQRbWSF2xQQbqSFuARReLWC6wAAgACAAAAAgACAAEzvjaBK10NgjWpONjjVjYNRaSy9jf9U&#10;RB5Vj19WVwyAkd1W9gAAiYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZUize1ihdXUCvFin9Zvh2Z&#10;i5hbbAw5jRVb1gAAhk5g3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8hpRdPCrXhvNfOxzch9Rg&#10;hAvkiJ5gvwAAg1RlugAAgAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNjKyoBg4FkvxwghDFlqwuI&#10;hLdlwgAAgKpq3gAAgAB66wAAgACAAEibfvFmPD8nf49nzjTCf/5pNykegE9qVxuVgMFq+As7gWBq&#10;/QAAgABweQAAgAB+vgAAgACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1wIhr7faZwbAsTfoZwhwAA&#10;gAB2VQAAgACAAAAAgACAAEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpyeud2EwrUfDZ2bAAAgAB7&#10;RwAAgACAAAAAgACAAEZPdtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7+wptem98rQAAgAB/eAAA&#10;gACAAAAAgACAAEXTdNuCvDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrOeLWCBgAAgACAAAAAgACA&#10;AAAAgACAAECZmUVIqzeymK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5UYAAAhLJfigAAgABwDQAA&#10;gACAAD83lbxPBDZUlY5R2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAAga5kQAAAgAB1AQAAgACA&#10;AD5BkhZVeDU6khlX4Ssekj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABpIwAAgAB5dAAAgACAAD1v&#10;jn1b/TRQjp9d9ioYjtVfqR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAAgAB9WAAAgACAADyaixRi&#10;mjN0i2lkJilEi61ldB2ZjCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACAAAAAgACAADvLh/JpXTKm&#10;iIdqgSiQiOVrax0GiUJr8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAAgACAADsVhSlwKTH0hf5w&#10;7yf4hndxeRyNhr9xtA7nhq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACAADp8grt3CjFdg893fCd2&#10;hGV3rhwuhJd3qA6jhEl3kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoNgKp+JzDngfZ+TycLgqx+&#10;MRvjgsx+AQ6Rglx+LgKJgYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8AAP//AAD//wAAbWZ0MgAA&#10;AAAEAwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQEHQXaB2kI&#10;2Qo2C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZEJ2Yohimn&#10;Kscr6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVGj0epSMNJ&#10;3Ur3TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTxZgJnEmgj&#10;aTNqQmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceCxYPChL+F&#10;u4a3h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27nq2fn6CO&#10;oXyiaqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4tbmjupC7&#10;frxrvVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ03nUYdVJ&#10;1jHXGNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60jsHezw7cPu&#10;lu928FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOnBSwGhAe/&#10;COcKBAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEhyyLEI74k&#10;uCWzJq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18Pnw/fUB/&#10;QYJChUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa41vnXOpd&#10;7V7xX/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5d694pXmb&#10;epB7hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSySG5MKk/qU&#10;6ZXZlsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3rW+uZ69g&#10;sFqxVLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3Jpcqty7bM&#10;v83IztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6573owOnD&#10;6tTr5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gFaAbGCAYJ&#10;MgpSC2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZIw8kBCT5&#10;Je4m4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM92z7TP8tA&#10;xEG9QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mNWo9bkVyT&#10;XZZemF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12mXeVeJF5&#10;jHqHe4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGvkqWTnJSS&#10;lYmWgJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauuu6/MsN+x&#10;87MJtCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4QzzLQVNF0&#10;0pTTstTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vsh+1v7ljv&#10;XPBb8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJBlQHfwiW&#10;CaEKpAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg6iHTIr0j&#10;piSQJXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrTO8Q8tT2m&#10;Ppg/ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1WX1dRWENZ&#10;NVomWxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCCcWxyVnNA&#10;dCl1EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+Ks4uYjH2N&#10;Yo5Hjy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6QwpSKmFacI&#10;p/2o86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDBMMJAw1LE&#10;ZsV6xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch4c/jAuRN&#10;5Znm5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5k9/zn9YzZl/&#10;qH7NtNp/mX55nBR/o35lg0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+fIs05LV+Y4lszEB+XYfM&#10;s5p+boZmmth+mIVDghh+2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx4vt9MJOSyst9PpDPsjp9&#10;aY5emZN9rIwsgO9+B4oiaE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8M52/yTN8TZnwsMJ8hZZX&#10;mEV835Maf8t9T4/zZ1Z90Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfrx6p7h6MKr2B7yZ5plvh8&#10;K5n4frJ8r5W3Zm59Q5FBTi59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN65KwUrhl7LKZhldx7maDa&#10;faR8JJtZZZV8yJWoTYJ9kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUKrPl6p647lOl7H6ebfNl7&#10;tqDoZNh8YJndTO19NZJQNOh+PYmn82N5988B29h548ZAw/p58r3kq/d6OrXslAJ6uK4kfCB7W6ZA&#10;ZEh8EJ3lTG986pTjNIl994rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471qkzt6ZLRqe3d7DatAY8J7&#10;zKGWTAl8r5czND19vou27lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKFKn11eweEhn3GY8SD8X41&#10;TI+DeH7pNZKDKIAA7D2HfYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4PfedSDlIMtYpyDHYKNS5KC&#10;w4IWNNiCkIHB6nqGR5Nl1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqCyoi9YbaCaYcDSs2CJoVM&#10;NDOCB4Nv6NuFT53+0uCEX5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5BYNaBx4tkShiBl4hoM6KB&#10;i4UE51yEi6ig0WyDnaQVuxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiBOY+ySXWBGotlMySBH4Z7&#10;5gCD8bNL0BuDBK26uc2COqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPbSOSAr446MrmAwYfP5NWD&#10;c734zvqCh7dWuLWBvLDioi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmAU5DZMmCAcoj749aDDsil&#10;zgWCJMDit8aBV7lToUqAv7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7MheAMIn+4wCCvdNUzTeB&#10;1spZtvqBB8GaoIiAbrkTiiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/+4rX3hKR4nywyO6P8Xxj&#10;s7GOGHw6njuMaHxHiI2K3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x3CqQtIaXx5SOwYVSspKM&#10;9IQ8nTaLV4Nbh46J5IK2cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOPjpCVxjmNqI5XsXKL3Yw+&#10;nBWKV4pwhniI+IjZcNCHtYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qXxNiMv5dssAeLB5RrmsiJ&#10;gpGkhVKIOY8db9mHBYyoWoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eMCaCBrrqKW5ybmY+I3pjk&#10;hDqHjZVPbvCGa5HVWc6FSo40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6mdrZmJyqTEmIKIUqAXg0yH&#10;CJt+bhqF4ZbiWSuEzpIdRHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJUazal5uH3acqgoaGm6GK&#10;bXeFepvQWKGEYpXQRBKDc49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTUltGHe64Sgc6GPadbbOOF&#10;KaCCWDaEFplOQ8GDJ5GcL9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieHLbS+gTeF8azebGeE4KTV&#10;V9SD2ZxtQ3iC9JOFL6eCG4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tzfuiQxnvaaqiOdXx3VoiM&#10;In05QpaJwn5QL0KHQn/izJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP04GtadqNmIFjVcaLWYEx&#10;QfyJEYE3Lu+GpoF6y0KZEY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9aQKM0YZKVQ6KpYUfQXSI&#10;cIQKLqWGG4L6yiGYHpeOtxiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCMFIspVFiJ+Yj5QPKH24bB&#10;LmWFn4ReyP+XZqD2tgeUrZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5ARU76JbYzNQIqHXYlhLi6F&#10;NIWhx+yW2KpgtP6UIqXXoa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI8JB0QDCG74vTLf+E2IbB&#10;xvuWZLO/tCCTrq5WoNeRH6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPiP+eGj44NLdiEjIe7xi6W&#10;A70Zs2WTTrbEoCGQwLB8jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qGQZALLbiETIiQxYWVr8Zx&#10;ss2S/L8cn4mQcrfGi/6OHbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHCLZ+EGolAvyCkh3qtrMmg&#10;+nqNmn+dfHqWiBSaH3rYdXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJO3/TvaKjnINwq+Kf8oJ8&#10;mc6cc4G1h26ZH4EldMWV74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZvIOiqYw2qtyfBopumOyb&#10;hYjPhoyYQYd1c/OVHIZQYVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh3ZTsqdCeRJJbl9mazI/5&#10;hZWXfo3CcxOUZIvNYJiRVInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3DqOmdjppllueaIZc0hKGW&#10;2pQmcjyTqZE/X+aQqY5rTeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c/aJpliSZjJ5gg9+WSZp/&#10;cYiTK5avX02QIpLaTXaNFY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpYlW6ZGqVxgzWV26CqcPeS&#10;xJvrXtePv5cVTR6Mp5ILO/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaYvKxYgqWVfqaccHOSa6Dk&#10;Xm2PcJsMTNeMWZTzO8eJS46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMOgimVMKxKcAiSIKWJXhqP&#10;Kp6kTJmMIJeBO5+JHJAUK8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYChSHpqbEqdIXr4WwWY8HvA&#10;SgmUoHyxOWqQEX3/KdCLHH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBaa7+cMoAiWn2YD4AdSY2T&#10;yoA2OSGPS4CTKeCKa4E5rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxObXYVIWemXRYRzSRqTC4Ou&#10;OOSOm4MQKe6Jz4KRrbSrm5LPnS6nNJBqjHOi444ye3uesYw1alyao4pwWVSWkojBSLCSYIcSOK+N&#10;/oVuKfqJR4PJrO2q/Zr1nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V8oz4SFSRxYpWOIKNcYel&#10;KgSI0YTgrESqYqM3m8ml/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEFSAKRMI1rOFqM8ImvKg2I&#10;boXUq56p76tem0SlgKaoio6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQu5BNOD6MiIuHKhSIHIal&#10;qwapl7NomsOlH63aihmgyqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLsOCqMNY0lKhmH2IdUqoOp&#10;TLtkmlekybToibSgda6FeNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeMA46CKh6Ho4fjouG3/HnH&#10;kwGyzHmjgzytqnm4c3WolnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3nJ3+M2X+2oeS3LYGNknex&#10;6ICwgtasvIAMcxGno3+oYyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yMGYEcoT+2RolCkduxCYew&#10;gk+r2IZNcoSmwoU5YqihroRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJioLe1cpDmkUSwPo6lgamr&#10;EoyVceyl8orEYiCg54ktUoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0x5iHkLevkpWUgRmqaZLZ&#10;cVulTJBPYaagM43pUiObHIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAlkDevBJx5gKOp1pkCcO6k&#10;upW8YUSfpJKJUdWafo9VQvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9aueqNAgEmpTJ8DcJykNZry&#10;YP2fJZbuUaGaApLbQtaUq46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnNgA6o0qS0cF6jsZ/NYMKe&#10;pZr6UXGZmpYRQryUVJEFNOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uoc6owcCijV6RkYJyeUJ60&#10;UVuZSJjvQrSUEJMNNOqOto0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hliafyv/3nCW2ep63poTOyj&#10;oXtPPuudDnxiMYWWBX3TJXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6vD38HWxWo8378TKaip38s&#10;Pr2cE3+AMZOVFoAfJdyNnYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRBWryoA4OETGKhvIL6Ppqb&#10;LYKJMaWUQIJLJjaM5oI4lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWminJYgCTCWg5Ya1Pn6aX4V0&#10;MbiThIRTJoSMSINOlEK+k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxlS/igJ4pUPmuZrIg8McuS&#10;4oYzJseLwoRCk+S9/Z1dhXu38JncdvWx4ZabaGar0pOSWfaltZClS9affY3BPl+ZDYrTMd2SVYfm&#10;Jv6LUoUVk4m9g6ROhTq3aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDxPliYg40tMeyR3IllJyyK&#10;9YXGk029AasThQ625aYKdqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWYGY9EMfqRcYqvJ1GKqYZa&#10;kwC8orG1hPK2dKu/dp+wUaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupERMhiRMIvGJ2+KbobRiZXM&#10;JHlwe/XFNnkobma+aHkvYOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY1H3JI6SP4X+ciUnLKoBl&#10;e7/EYn92bi+9jn7VYLS2nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0JDOO/IDpiTPKGocie5fD&#10;aoWgbgi8k4RXYIe1lYNwUzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCONoITiS/JHY2+e4nCZ4un&#10;bei7kInPYGq0iIhAUx+tXIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMaiSPIQpRQe4LBgJGabea6&#10;n48uYF+zmo0CUx2saosFRjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnHhJrYe3vAtpd3bfC5zZRk&#10;YHWyyZGVUy+rpI7nRlCkTYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEve3bACp0Ybf25GplUYI6y&#10;GJXaU0urAJJ/Rm6jtY8nOlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/d6J2bg24gp34YKqxgJnK&#10;U2uqcJXCRo+jOZG2OnKbqo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeHbiW3+qI9YNKw+Z1XU5up&#10;8JijRsOixZPuOqSbS483L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8HHoHrSV8g3pelXF893rd&#10;fa19fHuCZfB+FXw+TkR+2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Loq897O4IylDR70IGqfIh8&#10;doFCZOF9LoDjTVV+EICfNgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56GYoQkup6yYh9e2R7i4cF&#10;Y+R8X4WGTH19W4P+NUx+m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHykZh54Y9UekF6u4zDYvJ7&#10;p4oaS7h8uYdHNK1+DIP962l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15FpYdeSh6BpJyYg17Bo6W&#10;SwJ8LIpvNCR9jYWd6gR1k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzmeB95aZf9YTl6fJLrSl97&#10;so1tM699H4cX6Np1Bbx70p11lbYOu/92N6+6pSR2+6mUjj135KONd1F46p1zYIF6BpcMSdR7S5Az&#10;M018woho5+d0nMdx0bB1J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6KuX/J5qpr8SV569pK7Mvx8&#10;dImM5yd0VdJB0PZ02cmbukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5W56OSPl6sZT6Mrx8NoqB&#10;4pmEEXgbzY2DhXh4uByDDnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvDSVWB4nzsM3yCBH514OGC&#10;joKpzFyCF4HmtxKBs4E/oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWBFYAfMuCBWoBJ31GBQY1B&#10;ysGA2YtutZaAgom4n8WATYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINYMlaAv4IH3b+AKJfFySV/&#10;x5T0tAF/fJJCnlx/UI+5iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2ANIOs3ER/QqJBx7N+4p57&#10;spp+oJrSnQd+gJdKh0F+gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw2vp+kKy+xnR+MagEsWN9&#10;7qNYm+N9057Fhj1935pIcJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+ArcyxWx9pLF+sFx9XqvH&#10;muR9Q6YhhV59WqCRb+Z9kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GYxJZ9Orrir3987bQWmgZ8&#10;za1NhJF856abbzl9LZ/XWhp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+587sQnrsV8mLw1mUR8b7Q7&#10;g+B8iKxYbqZ81aRgWax9O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdXq72KLXfdl1+I/nh8gqmH&#10;5nlDbdGG3no0WRiF3ntGRHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI9H/RllqH1X+Gga+G0n9l&#10;bOiF439nWECE/X97Q8yELH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfKlTSGv4aTgJuF0IWDa/GE&#10;+YSRV22ELIOiQyuDd4K/L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mFy42zf3aE9Yu0avqEM4nC&#10;VqqDfIfDQp2C24WvLzmCS4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZfmSEMZHOahaDhY7aVfqC&#10;3ovEQh+CUIh5LvGB04TGzFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmDlZffaUeC6ZPOVV2CVI+c&#10;QbKB2IsXLrOBbIYLy2aHM7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53KaKSCc5igVNmB3ZM9QVeB&#10;co1+LoCBFocnyqCGx7wPt5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuCFJ0yVGmBh5alQQuBHo+n&#10;LlaAzogaygqGdcXNtwOFPL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFoVAaBP5mwQMWA4ZGILjSA&#10;lYjkw7uV+HXescqTsnZyn2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ63rqP8SIDXxrLWmGJH5g&#10;wnyUwX80sNCSg37YnoSQbX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37nPzuHR39bLSuFdIAMwVmT&#10;ooh/r6KRb4dAnXuPWoYSiq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGGlII2LPSE14GdwEWSk5HY&#10;rnyQbI+6nEuOZY2qiaeMfYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74TyLMWES4MQvyeRvpsmrXSP&#10;mJgxmzyNl5VRiIuLwJKJdaiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD0oRivieRG6RzrHaO+KCr&#10;mkKM+Jzoh6GLJZk1dNeJeJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WOvU6QmK2uq6WOeKkNmXOM&#10;dqRghtqKpJ+2dCiI/psSYYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+QMbbZqvqOE7FXmMOMEKu1&#10;hi2KOaYHc4iIlqBaYP+HF5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3qnKNxrmGmC6LwLLbhZaJ&#10;5awXcwGIQaVTYJOGxp50ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOcKHXOk2KZN3Z6gfGWZXdF&#10;cCyTo3g6XkaQ4XleTJ2OEXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23kq6YJ32OgUSVW32Kb36S&#10;pH2yXaOP8n4BTAqNMn5qOtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGXIISggGSUYoPRbrKRuYMp&#10;XPOPGYKfS36MaYIfOn2JqYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8f3uTfooUbd2Q5IicXEWO&#10;UYctSv2LsYW8OjGJBIRKKoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+Su5BibReQFI37W6CNlIul&#10;SoWLA4k4OeyIbIayKnmFtIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZahbGKPgJNSWwqM/I//ShuK&#10;d4yRObCH74jyKnCFSoUYr7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86PCZh1WpOMiZQmScWJ/Y+s&#10;OYKHhIr5KmmE8oYIryGZzrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1UWiOMLpgHSXqJpZKHOVuH&#10;K4zEKmOEqobSrqqZgbp2nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL3ZuOSTaJYZUKOTCG8o5J&#10;Kl6EcId4pwGounTBl36k3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkcRqGSRXp4NuCORHwqKC+J&#10;/n5IpjKnxH0KlvOj4HzPhzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeRXn4BNqiNbX7IKEuJOH/R&#10;pX+mv4U9ljOi5IQ6ho2fHoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6NniMq4FMKGSIioE7pMal&#10;z41blWah/IuehbGePooAdaqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL/4OvKHqH8oKFpASlEZVq&#10;lKahP5L4hO6dhZCldOeZ445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXqKI2HcIOro2OkY52PlAeg&#10;mJpghE+c3pdDdE6ZPJQ5ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyHAYSsos+j5aWWk4qgF6Gk&#10;g9ScVp20c8+Yr5nOY8aVIpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJok6jiK16kxGft6jAg12b&#10;8qP1c12YRp8rY1+UuppnU5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeijP7VIkq6faq+4gvaboan/&#10;cviX8qQ+YwmUZZ6HU1eQ7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRpizytx3T6fJ2pOnWtbb6k&#10;s3aMXrCgGnedT6KbYHjiQP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs3HwBfEqoQnv0bWmjsXwY&#10;XlafF3xyT1GaY3z7QL+VgH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2e9KnQoIqbOiitIGdXeGe&#10;IIE+TvOZd4EGQIKUn4DiMsePioDnJnqKKYEQmCKvlot7icmq9Inbey6mWohibFmhx4cbXWKdP4YD&#10;TpKYoYUBQEeT1IQGMr+O0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46Xa8ehBoyWXO2cdYqxTjqX&#10;5IjhQBOTIYcHMriOLoUvJtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1WgZZH0XIeb1I9CTfCXNYyR&#10;P+qSfYnYMrONnocQJwKIioRLlqutpaHwiFqpBp5FecKkapqoavmf2JcdXDibSpOZTbiWrpALP82R&#10;5oxqMrCNHIi6JyGIKoUXlketRqk3iBqooKTMeYaj9aBZarWfUZvxW/WawpeZTX6WOpM4P6uRg47B&#10;Mq+Mu4oyJzuH3IXClfSs/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtRTVqV3pYUP5iRNJDHMq+M&#10;eYtsJ0+HnYZMjRG8UnQcf6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOugrnirO7yamHoqLzCUI3wC&#10;JAGNSX4wjL+7eHuCf322AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyFO6uZi31ML1KTI35XJG6M&#10;ZH+ejIS6boKyfy60/4HHcamvhIEMY+mqAoCaViakY4BdSJSenIBNO5iYlYBUL3CSP4CMJM2LnYDp&#10;jEG5bIm+ftW0AYg1cT+uiobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/L4qRdYKcJR+K8YIRi++4&#10;lZC+foKzKo6YcOetsoygYzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQxoSDJWSKX4MVi5e38Ze4&#10;fjSyf5TwcKGtAZJLYvOneI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8JZ+J5IP2i0W3cJ6MffOx&#10;95sbcGmsb5e+Yr+m4JR/VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6Jf4S0ixC29qUyfcWxfKEP&#10;cD+r8Zz2YpumX5jzVRCgzZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVSitS2pqu9fbGxHqbTcDGr&#10;gaHaYoWl25z6VQKgP5hDR9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3GZHP2dIrANHRkZ/66BXUL&#10;W2mzrHXzTtytB3caQoKmC3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5dJm/T3qnaAS5BnqeW2ey&#10;kXrbTtir3HteQouk3HwdNuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+O4DBZ/C37IANW0qxbX+x&#10;TsOqtn+QQomjvn+lNv6cdH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6Z8a20oV0WymwUIR0Tqyp&#10;ooO0QoWit4MVNxabfYKKLJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C114rPWwyvVoktTqCopoe5&#10;QomhzYZlNy+apIUYLNaTMIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJWw2ugY3CTqCn1ouYQpSg&#10;/ImDN0qZ5od1LQeSjIV7JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOtzpIQTqmnK481QqSgWoxk&#10;N2WZQ4mXLTOSAYbdJKeKrIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYOTrOml5KBQrKf1476N3yY&#10;yot5LViRkIgOJNqKVYTvgIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0TsmmFZVyQs+fXZE9N5qYY40T&#10;LXiRPYkIJQKKEYVl5rd2sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5d+97D3hlYU98D3mqSs99&#10;PXsoNK9+u3z/5LV0135zz7N14X4rug924H36o+13233njXB42330dtp56n4aYFN7Dn5KSfd8X36W&#10;NAZ9+3784uVzTYmKzfF0aYgauIV1f4bEon12lYWojCt3s4Svdb944oPLX2R6JoLiSTR7lYH1M3B9&#10;TIDk4Shx/JSNzDNzI5IIttR0Ro+loP11cY1rith2rItqdKB394lzXn15V4dpSIB64YU8Mux8r4Ky&#10;35Rw6J96yqZyE5vztUtzQZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovVR9t6Q4hfMnp8JIRe3kFw&#10;E6pVyVlxP6XXtAJybqFhnk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5vItWMhl7rYXj3StvbbUZ&#10;yEpwmK+lsu9xwqognUFzAqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4VMcl7R4c73FJu87+6x3Zw&#10;G7lNshFxPrK2nFxyeawZhqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ684hm27NupcojxtpvxsKy&#10;sWFw3bsCm5xyDrM7hepzdat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh1yB/FXIaw5p/GXM5r4B/&#10;KHROmsl/QHVohap/ZHaXcGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9ZnyZwnJ9i3yarmh9s3yj&#10;mbh94nzBhJ5+Hnz7b2l+bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cUwNd8KIYErO18YIUCmFJ8&#10;qYQog2V9AYNrblx9cILCWXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6749pq2B7NY1ulvV7jIuM&#10;gi58AYnUbVV8iYglWJ99JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjNqf56OZXdlaJ6nZL8gQV7&#10;HZAtbFt7wI10V918c4qXQ5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5bZ5ClIN52JpagAJ6ZJZ9&#10;a3d7EJKcVy172Y6eQxN8yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aMk455NKGUfyd5y5ymasF6&#10;hJelVph7VpJtQqt8V4zZL1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4r6ibfmF5S6KOahl6E5xt&#10;Vhh68ZYEQlJ7+o8pLyZ9MIexza93asReulx3rL2mpl936LaUkgh4Ra9afbl44KgkaYl5r6DWVaR6&#10;mpk8Qf97sJEuLv9874iVyAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGEznXwaN+EO3dcVSWDsXjq&#10;QYeDQ3q8LnuC+Xz5xtyGR3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wKaAGDIXyLVF+CtH0gQO6C&#10;Zn3cLieCOn7LxbOE4YTKtACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuCF4GsU5+ByoFEQGGBnYDm&#10;Ld6BjoCDxFqDpY6OspmC9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbOUuKBA4VeP96A7oPYLZ2A&#10;9oIeww6CpJhAsU6B9pW+nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuAUYlSP22AU4agLWaAcYOV&#10;wfWB26H1sDuBMp6bndKAopskituANJekd7B/6ZQpZIh/wJCuUal/t40bPwl/zok6LTd//4TkwRKB&#10;Paubr1mAmKdinO2ABKL2ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/XoudLRB/oIYJwGSAxrUq&#10;rqaAJbANnC1/i6qhiTZ/FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3CLPB/UYcEv+2AdL6hrh5/&#10;1biYm4p/MbIaiIl+r6tfdZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/EofVuXeQrnBGqRKO5nGS&#10;l/iNTHLQhh6L1HQRc9GKaXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zzuH6PRHmVqCyNnHnqlwWM&#10;FHpDhTeKp3qucveJSns2YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN+YLLpwSMY4I/lfuK4YG2&#10;hCyJhYFLcguIO4D5X82HBIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwApduLOYqdlMOJyIk2gyaI&#10;cIfpcRqHPYa2XwaGGoWPTTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeKQ5L2k7uI2ZDBghKHj46P&#10;cCyGZIxoXj6FW4pPTKCEUogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtNksiIIJg5gS2G25Ucb2CF&#10;tpIBXZSErY7hTCSDt4upOxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+HjJ+MgGqGRpt8brKFKZdq&#10;XQmEKZNGS7+DMo76OtiCZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5f8CFzKGmbhSEsZyRXICD&#10;wJdnS12C0pILOqKCCIxeKueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymFbKePbY6ETqFqXBaDYZsw&#10;SwmCgZTEOmuBxI4LKtqBE4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOiauuQQ3URWd+OAnapSRqL&#10;tnhmOJqJZHpzKQaHA3zsqpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqPL3qEWUGM/ntLSJSKwnws&#10;OEiIhH1CKQeGNX6ZqcOXQ4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/zWJmMC3/lSBKJ43/iN/6H&#10;un/5KQiFf4AnqNWWK4m0mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eLKoRrR56JFoN9N7+HA4KO&#10;KQmE34GTp/aVK5JLmJuS0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjVRzWIWIbyN4iGXYT5KQqE&#10;VYLcpyqUcprfl+WSGpgxiAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+HvIpBN1GF1Ic4KQqD4IP+&#10;pn+T4aNTlzaRj5/jh1qPSZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1SNyiFXok+KQuDf4T3pfeT&#10;dKullqqRJadshseO26Lydn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE/YsIKQuDL4XKpZWTI7Pe&#10;ljyQ167WhkmOh6lqdfyMTqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyLKQuC74Z3nc2jC29bj6Wf&#10;tXCjgPmci3HuccKZc3NKYjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI4XzknTah9HejjyeeqngO&#10;gHCbfXiNcTyYYHknYbOVQnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6AnJmgyX/Ejmqdjn9pf8ea&#10;YH8icI6XTH8AYRmUOn7/UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+KfsofGjZ2cfoa3fuqZW4W4&#10;b9WWSYTUYHOTSIQOUSCQQ4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0jOGbno35fiyYgIxIbxSV&#10;c4qjX9+Sa4kEUKuPeId4QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa4pVEfY2XxpLObn6Ut5BU&#10;X1eRso3dUEiOuItoQbWLuojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxufRaXMpkpbf+UHJXUXt2R&#10;HpKDT+mOLo8pQXyLLIu4M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+WxZ9QbYuTppsZXnOQqJbk&#10;T46NwpKiQUGKxY5HM6KH1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVAbSSTSKAZXhqQRpr1T0qN&#10;YZXGQRCKcZCCM4uHjoshJ26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBugmnL0WdqcinR/S5iYV3Y5&#10;PcqT+XgaMIOPZXpOJIGKmXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4WYqbcXlQS1eXRHpSPZ2S&#10;73tyMIiOanzQJNCJsX5okBuqeX55guamcn4pdVWia332Z02ebH3zWR+aYH4VSwWWQX5aPW2R+n6y&#10;MIuNiH8zJRWI5n/Tj5qpYIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLPSqyVVIJNPTuRHYHVMIqM&#10;v4FxJVGINoEbjw+odo1YgcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmUg4YlPQ6QWYTUMIqMDoOG&#10;JYSHn4I9jo6nw5S5gUejyZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonMPOyPpoejMIyLcoVsJa6H&#10;IYM6ji2nJJv7gOKjMJkecz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNePBIozMI+K54ccJdKGuIQR&#10;jdemvaMZgK2ix5+RcwaeuJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyGMJCKfIiYJe6GY4TFjZOm&#10;cqoSgGqicqXVcr6eWaE/ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyKMYnUJgWGH4VXhLu2Rm6q&#10;eGGxg2/aa8asyHEmXumn73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9IqKMJ3zShIG1bnYWeEqw&#10;mXZ4a6urvncIXs2mzXfHUdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWLMH5ThEy0TX07d/qvfXzx&#10;a2iqmnzOXoWlpXzoUZSgkH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+vhAOzKIQud5uuXINNavmp&#10;foKNXi2ki4H8UUqfg4GYRKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62yMIsRd0OtaImeapyojYhG&#10;XcyjmocGUQiekIXnRHaZdITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHsdvesq4/malOnyo3lXYai&#10;1IvzUMudy4oTRFOYqYhAOIiTZIZvLaSN+IShJFKIeoLogw+w5ZiedrqsFpYAahqnK5NQXU6iL5Ci&#10;UJedKo4DRDaYDYtoOIeSv4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvhaeump5h8XSChppUNUG6c&#10;oJGqRBGXkI5GOHqSQormLc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCmNZ1pXQOhG5kZUFicCZTr&#10;RAyW/ZDKOIORz4y1LeKMm4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDHVgqvgHI9SkepXHPmPrii&#10;4XXJM8qcF3fUKaiU7XoxIPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKuR3ceSl+oFHgnPtuhm3ln&#10;NAGa2HrLKgaTwnxxIY2MiH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvpSlWm2HxSPuaganzsNCiZ&#10;tX2jKlWSuX6LIgyLo3+OeQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjylsYBtPuWfUoBYNEWYsIBZ&#10;KpiRz4B+InmK34C5eOe79YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRrPuaeWYOmNGCXyYLqKtKR&#10;AoJIItaKOIG/eMa7Jo9EbS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuydeYbDNHqW/YVLKwWQUoPl&#10;IyOJrIKgeKi6hZVsbSS06ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyommNJOWTodxKzKPvYVRI2KJ&#10;OoNdeI66DZthbSK0XZhqYXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSVyYlZK1aPQoaJI5WI3YP6&#10;eHu5tKEmbSez6p2RYXyt/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3K22O6IeJI76Ik4R52qVx&#10;8G0qxqZzUW7Esit0pHBXnSB16nHph7R3MHOJciZ4hXVCXLV583cVR217lHkjMq19inuT2LZv23gZ&#10;xRdxa3iJsMZy43kFm+R0T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyUMiV8uX2k1u9uGIMFw1tv&#10;v4JRr0RxVIGumnty3oE1hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17+3+d1TRsj43PwZ1uRYwN&#10;rZJv7IpjmQBxkYjWhAlzQ4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF606JrR5h9wBJtCJXFrApu&#10;vZMbl4xwcpCFgshyO44Fbe10IYucWT92HokURMV4SoZYMOl6vIMy0lhqSaMYvs9sD592qshtyZvI&#10;llRviJgjgatxX5SMbPRzVpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2XvctrSakNqb9tAqRYlU1u&#10;xZ+dgL5wqprubC1yspYyV9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZqtrJ3qOtsaKy5lHFuJ6be&#10;f+lwFKENa3hyK5stV1V0ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uUqEhr97TEk7ttra3Hfzhv&#10;mKbNat5xuJ+/VtJz/ZhnQw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17KG+okyx7tnFUfyJ8THMM&#10;aup88XTfVtZ9q3bQQul+j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfpkid6MHidfih64nlkagZ7&#10;qXpCVg58iXsyQk59l3xJLzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4zH/qfPZ5n3+/aQN6i3+m&#10;VTp7jX+QQbJ8vH+DLuN+K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcwe8V4fYYQaAR5h4T2VHR6&#10;qYPTQSZ7+YKdLph9hIE1xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3e4xPZxR4pIoxU7154Yf3&#10;QKl7TYWQLlh88oLSxM5y3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+Zjp33Y9DUxh5NYvwQDp6&#10;uohVLiF8dYRGw91yGqkysddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3PpQwUo54oo+uP956Porg&#10;LfR8C4WNwydxibMFsR1yb64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZjaUhR4MZMxP4952I0qLc57&#10;tIamwq5xKrylsJZyDLbZnc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3zpZTPz15hY8kLbF7boeQ&#10;vWCCe2tSrN2CHm0/m4mB3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaLPoeBjXjdLLOB2HubvEmA&#10;tnUbq8mAh3YAmmOAX3baiEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSAmnwELHmBBn2AuyZ/F37Z&#10;qox/Bn7GmVh+8X6whzZ+736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8ULEaASX9JudN9rYh0qTZ9&#10;pYeFl+Z9pIaKhfd9tIWRc5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/ooDyuJJ8f5H8p/Z8f5A5&#10;lqt8i45ghMx8qox7cqJ85IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2t4Z7k5uBpux7mpjqlaZ7&#10;qZYng9J70JNPccF8FpBzX6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq962KTuphJ65KF/lMl68p3N&#10;gvt7G5n3cQB7bpYdXwZ75pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644pWZ6WqntlBF6ZKVEgkN6&#10;iKBmcFN64ZuCXnB7a5aKTPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5/LIqk3p5+qx9gaR6FKaM&#10;b8J6a6CUXfl6+5qITJZ7qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9GyokFmI4G5+f4OH7nBHbimH&#10;B3IjXKCGKXQjS1eFUXZJOkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12HhHXcfpSGn3bUbU+FyHfh&#10;W+OFAHkJSrmEQXpKOdmDnXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+fZGFVn1ibG+ElH2ZWyyD&#10;5n3lSi2DRH47OYKCv36kKdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiEHoPna5aDcYNEWoSC24Kp&#10;SbGCWIINOTWB9oFpKcaBqICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopxaq2CeojcWb+CA4dVSSOB&#10;loW8OOaBSoQEKbmBFoIcqnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiBsY5YWSKBPovTSLOA6Yk9&#10;OKSAtoZvKa6AmINfqbaD6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOjWJiAp5AiSFmAVIyDOG+A&#10;OIiiKaWAMIR3qSWDZKmAmduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyALpQoR/N/6Y+GOEF/0oqX&#10;KZ5/24VlqMSDBrIXmWSCPK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfdR6h/iZI0OBJ/g4xDKZh/&#10;loYpoeWUFGpOk++SAmw/hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJTHYeNgmHl3imJ3aF6Xub&#10;oTWSmnMBkz6QtXQIhGWO7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnmNceGn3t+J4iFCH1ZoGyR&#10;KXuNkkmPYHvFg4aNo3v+dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyFwH48J5eEQH73n3qP24Pv&#10;kUiOGYNygnSMboLucySK0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DVJ6SDkYBynpWOtIxYkFyM&#10;/4sjgYuLX4nbckCJz4iFYrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC+oHInc2N2pS/j6iMLpLT&#10;gNqKjpC9cYWJAI6OYgWHi4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1nSmNL50CjvyLippbgC2J&#10;6JdycN6IWZRiYXCG7JFMUhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmMr6UcjnWLEKG2f52JaJ30&#10;cFKH0Zn5YO2GZpX1UaaFIpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60TjgyKt6jsfyOJB6RBb9WH&#10;ZZ9MYIGF9JpRUVOEtJVJQq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9uaXWvkei2XyG2/a9eVQ2+e&#10;XSCSsnGWTlWQEHO4P/GNW3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9eZmWnHROa02UEnVwXKSR&#10;g3avTe+O7XgSP6aMRnmSMeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6VW3rTaqCS3Hs7XBCQW3u+&#10;TXyN2XxcP1qLR30MMcyIr33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFTaeuRtYD/W3CPSoDATQOM&#10;3YCRPw2KYYBoMbWH4IBMJbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQvYa2WuiOUIWmTJiL+YSm&#10;Ps2JkYOeMaSHKIKPJduEt4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQWmONgYprTEGLJ4iKPpmI&#10;1IaiMZWGhoSiJfmEM4KTkRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM2Y79S+KKi4w9PmeIOIlv&#10;MYaF/oaAJhGDxoOEkKuWJ6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNKS4SKEI+nPimHxIv2MXmF&#10;kIgiJiSDbIRPkF2Vzqg/gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJoZLBPfuHY44tMWOFQImA&#10;JjSDJYT0iICmbGmnfFGi+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOFOqGRZnXiLjuNf3iQIyGJ&#10;gHuTiBKlV3Fse/yh6HJzb0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQQ3k+Lk+Mb3scI3mIhH0x&#10;h6CkCnjye2ugqnlFbsydRHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyALlyLen2HI8aHqH6shxai&#10;xIBKes2fbIAAbiCcEn+/YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWKoH/LJAiG6YAChoWhs4eR&#10;ejyeY4avbYubEIXLYIyXs4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHmJECGRoEyhgWg4Y7OecKd&#10;l41UbRWaQYvDYBiW5IooUxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+FvII7haKgLZXmeVyc65PP&#10;bKyZlJGJX7OWNo8qUryS2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4MchVCftpzXeSycdJopbHqZ&#10;DpcgX3SVmJPlUnqSNpCwRcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKfYaOceO6cFaBLbDSYo5x3&#10;XyuVJJhiUj2RvpRXRZiOc5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/cUur12sLZYunwmzoWXyj&#10;gm7fTUifBHD8QS+aTHNJNaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq2HGdZWimnXLBWWKiQnQL&#10;TTedu3WBQS2ZCnclNbuULHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgFZR+lWHh8WRqg/HkkTQKc&#10;fXnyQRKX3HroNcCTD3v5Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKikGX4qWMKfxH4sTLmbVX5T&#10;QOmWxn6TNb2SDX7lK2aNMn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPTWF2etoMnTHqaSoKYQMCV&#10;z4IfNbeRKYGsK4eMZ4FJItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad2IgJTDuZb4a7QKGU8oV9&#10;NbOQXoRFK6OLtoMRIxqHFoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4ytTASYu4qjQIOURYiiNbeP&#10;rIalK72LHYSmI06GoYLBep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WYJI5CQFeTvIt8NaiPJYjA&#10;K9eKnIYFI3iGQYNxenSo+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGCQFaTH44ANbOOqIqRK+mK&#10;QIcpI5qF9YQAcYG5o2jcZqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2fgXMLMPKZWHWcJ6OS6Xh6&#10;H8KMcnuHcUS45G/XZqu0EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXasMTWYBniZKAqRrnrEIFeL&#10;V30NcSi3onZzZoCyynbJW7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW0nt2KF+QlXzoINeKYn5t&#10;cQe2Q3zPZkyxb3yiW3msW3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4vKKaPnX7kIUWJkH+ncN61&#10;FIMUZiawQoJwW1GrL4HgUHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOOxIC3IaOI3oC6cLi0LIlS&#10;ZhOvT4g2W0KqNYcRUGOk4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJeIfCISIGncJezeY9gZguu&#10;i43IWz6pZowJUFukEIpBRamel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCHzoJvcH6y9ZU3Zg2t8JMh&#10;W0KovJDAUFmjX45FRZ+d6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMVcG2ylprZZhetcpg9W02o&#10;LJUxUFyix5H8RaOdU47cO2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFtGGb6u+hu7Gk9qLVwrWtx&#10;lOpyXm2cgLV0Em/ObFZ12nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHFumpswXLkp2BurXQGk75w&#10;i3Uwf6RybnZna2J0Z3ezV0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq0nyBpehs5HyNkl5u5ny2&#10;fnBw8nzzalxzF31BVnR1W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YKpDlrRIUWkOttaIQ1fSlv&#10;nIN2aU5x6oK/VaV0WIIDQkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp5Y2ej3xsHou7e/Vub4no&#10;aExw44goVOJzdYZTQcF2QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYajk1rEJMveuFtdJBMZ2Rv&#10;/o1qVDNysop4QUt1nIdJLzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFqLpp4ef1spZaGZqVvRJKI&#10;U59yDI5kQOp1Eon+Lwh4XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GEeTNr+Jx5ZfhurJdiUx9x&#10;iZITQJd0oIxvLuB3/YZVxBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFra6IHZW1uKZvQUqdxFZVc&#10;QD90QI6MLsB3sIdawIJ0/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9zZWt6LnHQUnx7aXRQP8R8&#10;1ncULdN+kHpLvydyyHB7roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14vncqUc96JXiuP0V7xHpi&#10;LY59r3xYva9w0XqfrOpyJ3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/UQd5Cn0EPrp6032cLVJ8&#10;5H5IvChvF4SZq1lwgoP+melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4C4E8PkF5+4C2LR18MIAY&#10;urttn457qfhvG40EmI1wi4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VUPdR5PoOoLO97k4HCuZJs&#10;dZhTqNRt/JYAl29vdZOGhXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4nYZqLMl7DYNAuKZriKIL&#10;p+htFp7cloJukptshJZwH5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjxLKl6nYSPt/dq16uYpzRs&#10;Z6eIlcFt4aMcg9RvbZ6Ccb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96QIWvt4ZqYbToprNr7a/t&#10;lSltXKp8gzJu4KTPcSlwpZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59YaestV9IWWko3V9RGgskzl9&#10;gWqJghx90GzPcHB+Lm8fXpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7DG9Lomp7aXDPkht7x3I+&#10;gRN8MnOnb4R8rXUdXcp9QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjhoSp5q3lykQ16JHn5gAJ6&#10;q3p+bpV7RHsUXQV7+nu8S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4EYIHj6F4pYGufs95RIFR&#10;bYV6A4ECXCd63YC8SxV70oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqOjmZ3YIlcfaR4EogXbJV4&#10;5IbVW1554YWcSoN69YRWOgd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2VpD4fLB3Fo7Ga7h3+IyO&#10;WrB5BYpSSgR6N4gHObx7m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhse+F2RJVFav53N5IWWhp4&#10;VY7YSZ15lIt8OYB7E4fnKnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1mZuFall2lpdWWYt3yZMV&#10;STd5GY6uOUt6pIoBKmh8ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1adJ2D5w+WR53S5b2SNt4&#10;rZGCOQt6TIvMKl58HIXspYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGDg27YV72DM3FXR3KC8HP+&#10;N3KCzHb0KGqC1HpcpK+DiG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSIVw2B5XY0RuqBwXf8NyOB&#10;wHn5KGuB6Hw+o7CBwHdFlWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqArXsDRmiAqnvmNtuAzXzk&#10;KGuBFn4BopuAGIAjlEh/34AghVN/roADddx/h3/iZdp/en/LVcd/hn++RgV/pn+1NqZ/8X+sKGuA&#10;Xn+goX9+wojvk0t+logvhFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+z4NZNl9/NYJHKGt/v4EY&#10;oJZ9spGzklx9kZAxg3F9dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bRNih+k4SxKGt/OIJln9l8&#10;2ZpSkZ58wpgMgrV8p5V2cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+CYbiKGt+x4OGn0p8NKLI&#10;kQZ8JJ+7ghR8BpxDcqJ7/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjUKGt+a4R7nuh7wKsMkJF7&#10;s6c0gY57jaLRchp7eZ4eYo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+IYVFmJ2OMWTpi6mMrmds&#10;fd2LaGnQbzqKQWwoYB2JHG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xphl+iMam15ivCLIW8afRCJ&#10;8nCubn+I03JFX3qHvHPvUFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeKtHXfifWJkna5fDGIdHeK&#10;baaHa3hfXsOGa3lGT8uFenpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34aiPmIEH5HeyaHDH5fbNmG&#10;EH5xXhKFLn6PT0qEW364QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCGyIXSekeF0oUrbAKE5YRu&#10;XXyEDIOxTtuDVoMDQJ6Cq4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1aeaCE3ovsa0mD9opWXM+D&#10;KYi8TlqCfIcpQEeB6oWOMrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWEGZJ6aqaDM5AKXDeCcY2T&#10;TeOB0IsYQAiBQ4iQMqCA7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjTah+Ck5V+W7mB1JIhTW6B&#10;Ro68P7iAxotKMoqAeIepJpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWCE5qvW1OBT5ZkTSOAx5IU&#10;P4OAWY21Mm2AHoktJqaAAISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6GvjWASO625XShmM4XD2PKCK&#10;zXPAL5yIvHbfI8yGt3pji46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KNj3NnScKLl3VMPGeJmHdT&#10;L5WHoXmZJA6FtXwhiuaT2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhrSVqKYXmQPCmIfXrNL42G&#10;o3wyJEiE0327ih6SV3xdfemQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJRn28O+eHfn4mL4CFwn6l&#10;JHmEDn8xiVWRFoQCfSmPR4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHHO62Gm4FYL3eE+oDsJKSD&#10;ZYB+iK2QD4uqfIKOToqpb8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GFzoRaL22ETYMDJMiC1oGi&#10;iCWPR5MtfAyNkpGMb1SLx4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cjL2SDuoTkJOWCYIKdh7mO&#10;s5p+e56NAZg4buGLMZWFYbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12DQoaJJP2CAINvh2iORqGe&#10;e0aMlZ6ybn+KvJsyYVmI35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fqJRCBs4QbgEKgDGRbdPad&#10;OGa/aSSagmkhXMuXwmuNUC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiIbnpkf7qeumv9dJCb9G2Z&#10;aL2ZMm9BXHaWZHD/T+uTf3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wSfzadMnNjc/Gag3RTaDqX&#10;x3VOW/iVAnZhT4mSLHeRQyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6btXqbc0mZE3rzZ4eWaHtM&#10;W3CTsHu1TxeQ8nw0QuCOK3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHBcrGX4IGIZu+VPYFCWtyS&#10;jYD2TrOP2YC7QpaNKoCQNxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW8YgSZniUT4ciWmiRoIYf&#10;Tk2O8IUeQmWMQIQoNweJl4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5sZguTiYzNWgCQ24sMTfWO&#10;MolIQi2LjIeGNwKI34XHLHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS75JOWcaQKo+1TbqNfY0i&#10;Qe6K7YqYNtiIVYgVLICF24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eMWX+PppQhTYGM9pC+QceK&#10;ao1lNsOH4ooXLIGFfYbDI66DNYOddOupUGPoak+l42Y9X2CicmihVB+e0GseSLma7m2+PW+W2XCQ&#10;Mr6Sn3OMKMCOSHbZICKJ+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBESKmZg3JCPXSVeXRuMt2R&#10;T3a9KQeNDnlMIJ6I23wDdBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSYI3atPV+ULngwMuuQGnnO&#10;KUKL9nubIQqH4n1+c6ylPHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsFPTqS/nvWMu6PBHy8KXCK&#10;/X3BIWeHC37Tc0Cj9n98aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR739eMuyODn+FKZaKJH++&#10;IbWGVX//cuGi+4YeaG6foIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4MuyNM4IgKbSJaIGOIfeF&#10;vIEEcpKiN4yPaC+e24t1XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSMdoSDKdKIxoMqIi2FPYHh&#10;clmhmZLFZ/uePJEiXTKar48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5IahKfCIP4SQIlmE14KZciuh&#10;MJjVZ/2dyJa9XS+aJpQEUhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH2oW5InyEhYMvagmy12Nq&#10;X/yu6GWpVeGquWgNS7CmJGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbTHqCLXHpgaZix8mpAX9et&#10;0mvLVdapaW2JS7qksW94QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJPRklMRQACCXZwJiiPjXko&#10;HzaKMHv1aVuwhHDCX5OsYHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6LriTx3lRJoKOY3tWH7eJ&#10;K31kaSSu+XcIX0+q23eDVV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2Sn3wOJsyNXH1bICeIS36q&#10;aOqton05Xxypi31BVS2lKX1USzSggX13QWSbqH3EN86WsH4uLvyRl36nJwuMdn82IIWHjX/KaLes&#10;mYNjXwCoeoL5VRekFYJ7Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GLsIDmINOG7oDCaI6ryolb&#10;XvGnnoh+VQ6jMIdqSxKei4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJiIRSGa4GTaG6rL48bXu+m&#10;8I3JVQ+idYwbSw2dyopFQTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiGAYJBaFqqvpShXvamYpLZ&#10;VReh2JCISw+dJ439QTyYZ4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLNws9oDmDgsUpqTmO/n1Fs&#10;eWaMjMJumWlNecNww2wTZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5lRWt/r9NnyG1FngZqKm8H&#10;i59sgHDMeLxu43KaZa5xZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYEriJlhna3nJVoGHdsikVq&#10;m3g2d49tMHkQZLFv5nn8UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpjg4AOmupmNn/MiN1o43+W&#10;dlJrqX95Y65ukH9nUU5xoX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZmXFkm4glh3ZnZob0dS9q&#10;T4XOYrxtZoS7UJtwpYOdPtl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENjSJBshlZmK447dClpMIwP&#10;YehsZInnT/5vzIe1PnRzd4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJhWtlI5VTc1NoQZIhYTdr&#10;kY7nT3xvFIuSPiNy4YgLLdB29oQwuLFbRKhup/BeYaSMlothU6BohKpkTJwlcptne5fnYJhq5ZOf&#10;Twdugo8tPdxyZop2LbV2koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKNcg1m2J1DYCBqUpfrTp9u&#10;ApJiPZFx/oyOLZ92QoZ3tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1o2vaX/R3SW7FTjF5EXHY&#10;PLh7FnU4LC19cHkXtBhtE2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IVXzt1qHQUTZ53p3YyPFR5&#10;6XiJLAR8fns2splqv3RuovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0OHlaTOJ2a3p/O9t44HvF&#10;K+B7pn02sQxor340oWxqtn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6GTDp1TX6tO3N39H7fK8B6&#10;5n8Ur5tm6ofhoA1pDIcaj9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0VYK6Oxd3JoHPK6V6QIDJ&#10;rm9lfpF/nupnso/gjrxp0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZOsZ2d4SPK455soJRrYFk&#10;WJr5ngFmmph/jddowpXHfR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ144cTK3t5O4OorNBjeKRA&#10;nU9lwKDnjR1n7J05fGhqKJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlUK2t42YTOrF9i3q0/nNBl&#10;Jqj+jI1nSqRSe9Jpg59yavhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194ioXDqId3iGAGmi54MGMb&#10;ivh472YDeuJ5wmjRaj96pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkpp2p1EWmEmR91/mueidx2&#10;6G2eeeF332+UaV547HGVWLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy03Ltl9tz8XQciNR1AnU7&#10;eNt2HXZTaH93Tnd5WAF4pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wqln1yEXyIh2ZzQ3zOd610&#10;fn0KZ3R1331RVyt3Y32kRz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1weITihjFxxYRTdolzG4Ou&#10;ZpR0loMLVnJ2RYJyRrt4FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0vhTZwiYvDdZ1x9Yo2ZcBz&#10;iIilVdJ1TYcTRkt3QIV8Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVvhZMFdNdw/pCMZQ5yqI4L&#10;VUV0hYuBRfB2jIjkNwh43oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oLdDBwNJacZHFx7ZMlVLxz&#10;5I+jRZJ2AowGNt14ZIg1KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6NvlZxXY/VxU5fmVFtzV5No&#10;RT51io7LNqN4BIn8KUd6s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWifYm1/3mt+UtaAJG6BQ5eA&#10;f3GxNLmBBnU3JviBxHk3mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+OHEeUjd+pXNUQyN/KnWr&#10;NIB/3nhBJwyAxnsqmfB7JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0UZh9QXgWQrh98XmPNE5+&#10;0nsuJx1/5Xz7mM95Nno/i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7/HzAQlp81X1SNCV94331&#10;Jyx/H36ml693mILdinx4JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFMQeZ75YDxM+59F4CSJzl+&#10;dYAplr92TotviYt26oqNe6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7EYReM8F8ZoL8J0N95IGA&#10;lf91QZPYiMx16pI1evF2ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeNM6N70IUrJ0x9bIKplWx0&#10;cZwPiDV1I5mpelV1xZbea/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7VYcbJ1N9CYOllQZz2qQG&#10;h8F0kqDeedR1MJ0xa3Z14pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9J1l8uoR1j5eH71+pg3eH&#10;EWKvdoiGaWWWaM2F22hvWpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWDy3lCjsuFyWgQgrKFLmpA&#10;dbiEpmxeaBaELG57Wf+DunCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3shjemDwHBRgayDVnHAdNWC&#10;63MhZzyCjXSBWU2CO3XxS0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B73hwgKKBnnkuc8GBUHnY&#10;ZmqBCHp5WJiA2nslSsaAwXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICBf7uAGYCUcuV/4oCFZZV/&#10;s4BeWBx/lIA7Sm1/oIAhPTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+8of1cjp+w4cjZOl+m4Yr&#10;V2x+kYUuSfB+roQ4POZ+6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48lcZR91I2LZE59tYvBVt19&#10;u4nuSYN96YgXPLB+MYY5MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59GJO4Y9B8+JESVmh9CI5i&#10;SRl9TIuqPG19pIjqMFV+NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJmlY2B8Y5YcVgx8c5KISNZ8&#10;wY7uPDd9LYtIMDd91IeKJZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uMWmgpUtCK/WshRciJmm5E&#10;OTuIN3GULTyG5XU+IomFr3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3fUmWJa3AnRX+IJHKUOReG&#10;33UmLUqFsHf9ItaEm3sXgjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH73UeRSKGyHbPOOiFpnid&#10;LVCEm3qaIxqDqHy/gWCK9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oCRMSFinrxOLmEjHvyLVOD&#10;pn0QI1WC1X5BgJOJcX4wdVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqEa37yOJeDjn8iLVqCzH9c&#10;I4eCIH+Zf96IOYWtdKaHQ4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1OH+CrIIYLV2CD4FyI7CB&#10;iIDHf0yHRo0FdDWGXowKaHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB74TfLVqBcYNXI9OBCoHK&#10;ftiGjJQnc8GFq5KQaAKEpZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXodeLVmA7oUBI++Ao4Kjfn+G&#10;AZsUc2WFIpjkZ5+EF5YSW3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOAiIZmJAWAUYNVeDOZZl8p&#10;bb+XMmIIYsGVIWTpVzqTBWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9IKqHaHlQd46XuGafbUaV&#10;pWjFYk6TkGr3VuKRbW08SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKGRnsNdveV4W3hbJmT729l&#10;YcKR63DwVmCP1nKRStONs3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHykdk6UIHT5a+KSQXXpYQKQ&#10;VHbYVdKOVnfTSmGMUXjgPxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaSp3wAa0CQ2XxhYGWO+Xyz&#10;VTuNB3z9Sf+LFH1XPs2JL33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8armPvoLPX+mN44J7VMWL&#10;9oIQSZmKDoGqPqKIL4FVNCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO1IkLX3eM/YgMVFmLFIbn&#10;ST2JNoXDPmeHZ4SqNCuFn4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8oXz+MSo10VB6KT4t9SQmI&#10;b4mSPi2Gt4e2NAOFBoXpKpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWLuZKaU9mJuY/XSNOH2I0i&#10;PguGJYp/M/aEhofsKpuDGYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRjTuaZ2mdiREyWomqHOdGT&#10;QW3iL/WPyXFpJs+MS3VCHweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraYRGyDRDaVDG8KOdiRvHHB&#10;MByOW3SeJx+K+3e+H4iHwnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJQ/6ThXNwOcWQT3WBMDGN&#10;DHexJ2GJz3oUH/eGuXyKa7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SSGXe+OaKPAXkjMDmL3nqg&#10;J5WIxXxBIFeF1X3qazicAHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vuOX6N2nylMDmK1X1qJ72H&#10;3n5FIKmFE38iasqa1oBLYT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM03/8MDyJ64AIJ96HFoAb&#10;IO2EcIAwam2Z6YakYPOXZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZMEeJIYJuJ/6Ga4G/ISWD&#10;6YEVaieZKoy/YLKWrIvDVtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeIhISOKB6F3YMrIVKDfIHU&#10;ae+YopKyYKeWIpFJVsuTWY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZnKDaFb4RaIXaDJYJwYqyr&#10;yl4aWX2oc2DXUDek42O9RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qOx3VFHZWKVHlVYhWqkGTB&#10;WS+nImbhUASjZ2kwRr2fXGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHejHi2JFnr4Yb2o3mskWNSl&#10;dGy8T8WhwG54RouduHBqPV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCIAnxzYXCnGnFWWH2jvHJz&#10;T2mgFXOpRlOcI3UJPTuX+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3FYSOlknd4WDiiQXghTyme&#10;onjTRhOauXmUPSWWpXp+NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2kXX2SWAqhDn3KTwadcX3t&#10;RfSZjX4QPQ2VhH5KNHWRaX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6V+qgFYNBTvCcdYLRReCY&#10;lIJPPPuUloHhNHWQi4GJLLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9ifT4iATuWbqId4RdaXxIZK&#10;PO6TzIUvNGiP14QqLLyL24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42HTuKa/4vhRdOXF4oAPPOT&#10;IYg0NHmPN4aDLMqLUITtJfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn9mG5hM5qjWUNcv5tOmhn&#10;YQBwDWvbT0ZzDW95Pdx2W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oXg6xoHmx1cftrEW7bYB9u&#10;LXFbToxxeHP7PV11E3bgLUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl63PFcNNpG3U8XytsenbI&#10;TdJwCnhsPOdz7XpALSF4K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sHb6JnWnuNXjZq9nwjTR5u&#10;xnzFPHly6X2CLQB3Y35bsEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRlzIHJXVZppIFkTH1trYD+&#10;PBlyCICdLOR2tIA3ruVV042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfoXJxof4Z7S/RsvYULO8Vx&#10;SYOHLMx2H4Hjrc5UT5dmnl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tnkItfS4Zr8YjaO4RwqIY0&#10;LLl1ooNbrPtTIaDnnZxXC52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2Sx5rUIxjO0xwI4ibLKl1&#10;O4SerHNSSaoMnRhWPKXYjRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspqw4+GOw9vtYqtLJx06IWs&#10;qtxqDFqsm/pr/V41jHZt8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90OdJ5U3N1Kq58WngAqVpm&#10;8GSTmt1pNGcci3drZGmTe1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4CnbHKp97Wnowp8xkJW5W&#10;mUFmpm/rig1pDXF1egprenL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoFKpF6dnw/pjdhqHftl7Fk&#10;WXihiI1m7nlJeNJpinntaI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5rH4ppL9fgYFpllNiWoFH&#10;hz9lGYEPd5Vn3YDLZ55qz4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/po4pdvIrRlTFgs4nYhjJj&#10;kIi7dpxmd4eLZr9pjYZbVs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRcSZQPlEhfWJI7hVZiSZA0&#10;ddBlSo4TZghogovyVj1r+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0Rk5VeRZpfhKRhQpdodShk&#10;UpRQZWtno5E5VbRrO44cRotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVdfKIohBpgep47dKBjjpop&#10;ZPVm7JYcVVhqmZIHRjpug43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4fgtt0GGGKc8R1d2TfZCh2&#10;7mg9VGR4h2u/RPl6Rm9yNfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9xr2kKcslzQWuMY1J07m4a&#10;U7h2w3DHRHt4wHOZNbN7BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCKccxxM3I0YoBzEnPsUxZ1&#10;IXW9RA93W3epNX954HnIKCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZvU3jOYX9xbXmsUkxztHqc&#10;Q4J2KHudNTh45Hy7KDN73X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9QYK1v9X9NUaBycX9YQw91&#10;GH9pNQF4Bn+BKDp7LH+dmExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+NuvITKURFxWYPmQq50LYME&#10;NNF3SIIVKEB6lYEVl29kbJC9ijlmtI9VfFpo642sbeprNovfXzttuIoOUI5wdYg7QmJzZYZhNK92&#10;p4RtKEV6GIJblsljVZk8iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5vvYxEQg1yyol1NI92JIaB&#10;KEl5sYNxllliiqFuiRlk6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/wQcNyRowsNF11vYhFKE15&#10;X4RYkq55YVqIhk153F4QeSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9/W92Mix/QHOSJamAwngv&#10;kZd2lGNEhU13YWXzeCN4OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3NrMgZ9/HafJc9/s3owkHh0&#10;BmvjhBV1EG3Hdx52FG+baVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV82XmPJfB+w3wPj0VxtHRy&#10;gt5y7XWVde90G3ahaHt1VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxVJgx98X3GjhpvvXzngdtx&#10;GH1TdPByaH2dZ3RzxH3QWbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9PX9UjSJuIYVIgOlvk4T6&#10;dA1w/IR5ZqRydYPYWP90F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4CzjFpszo18gCluVIxyc1Zv&#10;zYshZftxWomnWGlzGYgoSuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8FrwpV2f5BtV5Ovcr1u2pGK&#10;ZW1wco8vV+VyRozPSm50WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0mfx1smZqmckFuH5eoZPRv&#10;u5RnV4Fxl5EiSiRzvI3aPVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KBOF38b1yBMmFcYn6BRGS1&#10;VS+BXmggR86BiGu2OuGBx29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVpbod/DmgLYcl/QWquVJ9/&#10;gm1jR2Z/2nA9OqaASnNALnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9Am60YPN9XHCdU/N9yHKZ&#10;Rul+UXSxOl5+9HboLnB/xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVNYC57mHZ+U0t8NHe6RnR8&#10;7HkKOh99v3puLmd+wXv1JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6D3xFUsh6x3y6RhN7rn07&#10;Oe18rX3ILmN93X5mJDx/Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1UiZ5nIGYRal6nYFGOap7&#10;w4D5LlB9G4CqJF9+jYBYgWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4o4Y8RUJ5voUSOXx6+YPq&#10;Lkh8dYKzJHt+C4F0gNV0eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqWRN95CoiUOUB6XIaSLkF7&#10;7YR8JJJ9oYJkgGxzt5jvdTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4bovFORB52ojnLiZ7hoX8&#10;JKR9TIMpe3mJwVppcOSI5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWupNgWFlG+CKweFEnO5IWSE&#10;t3hPepuHXGIecC6GwWTOZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6EFnMSKyODwnZ8Ib2DkXop&#10;ecSFC2m3b0aEpWu8ZEyENm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaFKzWClnkcIgqCj3vdeOGC&#10;73E0bluCrHKYY2CCX3PyWASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2Bj3uVIk2Brn1qeAeBInid&#10;bY6A+nlkYpuAx3oWV0WAk3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33hIoaA7n7Md0Z/m3/0bN1/&#10;j4AeYft/cIAhVr5/TYAKS21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWATYADdqd+aIcibGF+c4a0&#10;YY1+W4YAVlB+PIUiSwB+QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4ENdil9co4Xa+h9i40PYRh9&#10;eouiVel9Yon6SqV9dIhXP4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8tpTLa4h815MvYLh8ypEE&#10;VZB8tI6NSmB8y4wbP1t9HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloeZqyQ2l1wXG2Pc2DKUbOO&#10;BGQ2RrmMemfEO8+K42uGMXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO4GQNW+SNiWbGUUyMJGmS&#10;RnSKrmx9O7GJOW+XMYaHyHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qSW0yLnGysUMSKUW7YRhSI&#10;/XEfO3yHr3OMMYGGZ3YbKEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJyXJ/UDeInXQKRaWHb3Wp&#10;OzqGSndkMW+FLXk5KGKEK3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhBT5+HH3kgRUmGDXoSOv2F&#10;D3sZMVyEGHwwKH2DPX1fIQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F4X4eROyE4X5VOuaD8X6i&#10;MVyDH378KJeCbn9aIUCB2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLWRJKD7IJYOrODEIHmMW6C&#10;RoGDKLKBvYEcIXGBUYCwa+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWDBoYTOoqCSYTnMUuBnoPS&#10;KMOBKoKrIZmA4IGCa5iF4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mYOm2BpoetMUaBD4XXKNGA&#10;uIP2IbiAh4ItZd6bMVmhXOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaPiWtMLVeM529fJQOKV3PH&#10;HgeH/HhiZSKZR2B9XGuXP2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8rLYSLV3KXJVuI7nZKHoyG&#10;u3odZJSXJ2csW9SVP2lMUreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J6XWsJaSHrHimHwCFo3uw&#10;ZASVGm23WziTS29QUhaRWXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHiaJdyGkXrYH2OEsn0bY3OT&#10;V3QzWrCRonVJUZqPwHZgSFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeFnHziH7eD5H5bYvCR6nql&#10;Wj2QS3s6UTeOdXu4SAWMd3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/H/2DOH9yYoKQwYDpWeKP&#10;NYEAUOmNZ4DfR76LbYCmPqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeCqYBfYiqPz4bwWY6OU4aE&#10;UJuMjoXBR32KmITXPm6IqIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEkYeWPGIzTWW+Np4v4UH+L&#10;44qER2aJ3YjLPnKH5Ic4NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5OkXFj5U1ChlFwxSuWepl+R&#10;QkibaWMmOZyX4Gb4MSeULGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9wUtSf9GIeSn2c9mT6QgSZ&#10;q2gGOYWWIGtHMT2SfG7AKaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d/WfmSiGbFGo4QbiX1my+&#10;OV6UZG9tMUGQ4HJNKdeNWnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2LSa+ZMW9bQXCWE3FSOTGS&#10;wnNxMTyPY3W0KfyMB3gOI3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6XjnRyQSOUf3XNORaRTHdU&#10;MTqOEnj6KhuK3XqtI7uH0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8QPqTM3o8OPqQD3sYMUWM&#10;6HwXKjqJ2H0jI/GG9342HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmSIX5xON+PDH6pMUKL+n77&#10;KlyI+H9gJCKGPn/CHyaD2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJlONCOMYH1MTCLOIGeKl+I&#10;S4FfJEqFpYEaH1uDY4DRWIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaNeoT8MUWKjYP9KnSHtoMV&#10;JGOFLII0H4WDBIFprH9c41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTnW8Rs6mjvSztwlW0oOxB0&#10;mXG7LAd4+nblqotY7V9hm7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhqxm5hSoxu0HGiOqVzNHU0&#10;K/d38nk+qL1VZ2mAmf1ZPmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPBSd5tN3YMOkBx9XiWK+p3&#10;B3t2pvJSPXNzmEtWY3SCiSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTprznpdOeVw3nvZK952N32I&#10;pUJPd31ClstT4H1uh8VYIn2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6OOZZv7H70K9N1g39uo9RN&#10;IIbxlYtRwoY9hq9WOIV/dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRvIIHdK8p06YEioqlLKZBz&#10;lIlP+47Xhc9Um40qdnpZQIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISHK8N0aYKhocRJl5mwk8JO&#10;jpckhSFTTZSCdeJYEJHaZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710AIPpoStIcKKBkzdNe573&#10;hKBSS5tcdXBXIZfFZedcO5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7oNVj81U1ktRmaVk6hElo&#10;510ndRlreGEGZXFuLGTuVaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytgMF7lkaNjD2H7g0Vl4GUC&#10;dDxovGgCZLRrvWsKVQpu9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5kAFgAGqlgdtjG2zHcu5m&#10;QW7nY5tpj3ETVCptGXNaRSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9dPXM0gF1gl3R6ccBj/XW7&#10;YpZnmHcHU19rbXhoRJdvfnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0HuvfxdeZ3wZcI1iBXx5Ybhl&#10;23zfUqpp+H1YRB1uTn3cNh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNci4Oab6NgXoMVYOhkZoKR&#10;UhlotoIYQ7ptSYGmNetyK4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ribuVe94l0YD5jMIgIUZVn&#10;roadQ25sbIUwNcdxgIOzKXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d0I+DX7NiLI0sURpm1orT&#10;QxtrvYhwNadw84XuKX92TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55UqX09hWpHqUNBmIY6mQtlr&#10;KYtPNXpwg4fUKYF1+YRSlVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdzA2T7T6l1TGkHQVN3xG1J&#10;M3Z6jXHxJtl9oncrk+Zno15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJTwhzSW4EQON2E3FrM0Z5&#10;L3UnJvh8jXlRkoFkYWd4hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVxcHLuQIh0iHV0MyN38ng8&#10;JxN7mHtTkQdhdHBhhJ9kQHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/QAlzNHliMut243sxJyp6&#10;wX0uj61e6Xkug1th6nnrdmZk1XqQaONnzHslWxhq93vATRluZ3xsP6RyCX0mMsN19X34Jz56CH7e&#10;jo9cxoHkglJf8oHbdXdjCYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5MqB1KYCLJ095a4Bdjala&#10;/oppgXteTYmYdLFhhoiRZ1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0fYLiJ1146IGrjPlZkJKs&#10;gNRc+pESdBBgTI8vZsRjtY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1J2l4fYLGjH9YfJqVgFlb&#10;+Zg3c5BfWZV2Zkpi0pKGWNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4J4OxigdytlWAfkxz3llx&#10;ced1KV1PZNB2jmEjV0Z4C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdHiLlvT14FfTVw2WEvcOVy&#10;bGRKY/V0DmdiVpZ1zWqKSSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31sNGZ7e/BuDmjjb95v3ms/&#10;Ywdxvm2XVdpzvm/9SJt17nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7jerBrfXCNbq5tiHInYjRv&#10;nnO+VSxx33VaSCV0UXcOO5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRpQnglba1rf3j/YS9txnnJ&#10;VHBwPHqZR4ty8Ht8Ozl1zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+kbMxpwn+3YGRsN3+yU8Nu&#10;2X+uRxxxt3+3OvZ0yn/LL3B4G3/lJU97fYAAgyljNodpd+tlyobvbBloTYY4X8Jq5IVfUzNtr4SH&#10;RrJwt4O0Oshz7YLoL2d3bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2XzppzYrEUrdsuIkTRkZv&#10;54dmOoZzQIW9L1t23IQBJXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho74/XUltr7Y1KRgZvNorC&#10;Ok5ysIg4Lzl2b4WgJYt6M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2ElUCB9Q2UQQ6h+LGkqN7F/&#10;NG17LFeAdXI0IliB53dffaZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7FmpHQ0t8QG2pN4R9i3E6&#10;LGJ/EXUfIqSAvXlYfIx0UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9tQtZ6hHITN0d8EXTeLGN9&#10;1XfpIud/t3sse3BxpG1ncNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp48XZfNxJ6vnheLGR8vnqK&#10;IyF+03zXelxvTHU1b9Jw4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqDNut5knuxLGx7yXz7I1N+&#10;D35XeXFtWXzvbxBvF31oZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4kH7dLGF6+n9CI3x9an+o&#10;eLFrt4R0blptk4RFY3xvWoPZWCpxLINLTK9zKYLAQU91XIJANo13soHILGJ6SIFMI5584YDLeBpq&#10;ZIu1bc1sWorhYvVuNom1V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5tYMWI7p8coHBd6lpXJKu&#10;bWBrZpE7YodtUY9NV0xvRY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SVI898GYKKc8yCjFWaad+C&#10;cVlnX2yCe100VGyCj2ENSRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD1Hdzcr5/kl0caQx/ymBG&#10;Xq+ABmNvU9mAQ2alSLKAhGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZccp8vmSQaBJ9PGcWXed9&#10;rGmdUyd+GWwsSC5+kG7SPUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6LWvuZxl63m3VXPR7fW+3&#10;UnV8G3GeR558y3OWPON9l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4ZkF4zXSDXCp5lHXAUbN6&#10;W3b2RzB7M3g5PJZ8N3mUMqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13DnshW3t393uwUSZ43nws&#10;Rr1523ywPGl7AH1LMpp8SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGVWwJ2ooFyULd3nYEvRlR4&#10;uoD1PBx6A4DMMoZ7aICvKZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1iobxUE52l4XsRfp3zITx&#10;O895NoQDMlx6toMiKZl8bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIwwT/h1xopjRbp3CYihO6h4&#10;h4btMkN6JYVFKZN7+4ObIkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI0GDNQmWID2TaOEmHTWkg&#10;LsmGlm2bJgmF/3JvHqiFkXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2YeQhaGAWmOOCmFb20vLtuE&#10;63D9Jk2EinUVHx+ETXlYZ1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGEEm4mN/ODtnEgLtqDaXQ9&#10;JoGDP3eVH4aDMnsEZpGC8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3KjN7KCKXTwLsyCEndZJqeC&#10;HHnsH9+CPXyIZceAx3EsXPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OAy3ieLruA5npOJsWBIHwZ&#10;ICqBbH3hZRN+9XfyXE1/NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwfLrd/3H0VJuGARX4WIGmA&#10;vH8NZHZ9ZH59W7t9y37SUrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+9H+fJwR/iX/cIJ2AK4AO&#10;Y/t8KITfW2p8tISvUnF8+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHqJxd+74FrIMd/tYDlY5p7&#10;KosFWw97yopPUh18I4kaSPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+eIK3IOh/V4GUXuOTiFTZ&#10;Vp6SFViTTgqQqlxmRR2PJWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KFHSaHHHeQXgiQ+1uDVfeP&#10;xl63TXeOdmIDRLGNBmVwO8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+Fy3lVXViOZ2IVVUWNZGTD&#10;TOuMPWeDRDqK72piO32JjW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXryXLGL+2iSVJuLIGq4TEOK&#10;HmzrQ8iI+282OyuHyHGhMsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J2m8DVAKJJnCiS7eIRXJF&#10;Q0uHQXPxOuuGNXW+MquFOHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3VhU3uHfnZ8S0eGuneIQu+F&#10;0HiVOqaE4Hm2Mp+D/3r2KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2GH3wnSu2Fc3yYQqmEm3z+&#10;Om6Dw313MoWC/n4IK0eCTX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGBSo+EaIFUQlyDooESOjSC&#10;3YDlMlCCN4DKKz+Bk4DEJNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmDpoYJQl+Cz4T0OmKB+4QO&#10;MqCBWoNNK3yA34KlJP2AsoHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuvPh+Vrl/ANiaS/mQWLmCQ&#10;NWixJ0WNbW18IO+KzHKKG9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaSTuWSeNemRD2hoLmGOXWxs&#10;J4WLtXCVIWGJP3T3HG2HIHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lSNayPIWyNLlqMmW/7J7eK&#10;H3OFIcKH3Hc7HPKF73rhUwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKNUHCLLk6K+nNfJ9uIs3ZK&#10;IhCGpnlVHWSE6XxGUomTKWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3RkLkmJi3aiJ/eHd3jrIlCF&#10;mntGHcWECn2BUg2RVHKjSuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleISXm9KBiGYXtkIoWEtH0N&#10;HhaDUH6SUaGPynh1SoiOrHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyhKDuFc32mIrWD8n6gHliC&#10;t395UUqOh34ZSkGNjX56Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiEun+qIt2DUH//Ho6COoA5&#10;URGNf4ObSg2MoIN9QvSLPYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4FpIv2C0YEgHrmB14DVojVW&#10;m0+qk+RaKVQjhUJdv1iYdh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy2nAtKsd3+3YEoChRylmf&#10;kk1V2l0wg+FZ7GC6dOxeGGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOnKs926nhsnk1NcWOLkJNR&#10;+WYogm1Wd2jDc5dbC2tiZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1+HqxnHdJg21VjuJOfG8F&#10;gNZTWHC6clRYSHJyY0hdeXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzOmrRF/nb7jWBLYHfJf4JQ&#10;nHibcRpV4HltYm1bZnpLU31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC7oB2jBlIr4BlfnhOQIBU&#10;cDxT14BCYahZp4A0UvxfyYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9iw1GYYjCfaRMPofJb5FS&#10;G4bRYQ9YMYXcUoNelYTqRHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlEepDGfP1Klo7gbw9Qq40D&#10;YKJW+osrUh9dmYlMRCxkfYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7fIFJR5VqbrJPhpKyYGFV&#10;/pADUfRcx41DRARj14prNrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1jc1jRbjtmqV03X5xqEGGr&#10;UN1ttmZFQolxmWsYNLR13HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCPbVtja2QeXuJnO2e1UExr&#10;TmtuQiZvoW9YNIt0WHOoKEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1gfWrqXcxks22qT3JpMXCK&#10;QY9t8HOSNEZzDXbsKGV4V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGkXNJia3OKTrVnS3WLQRRs&#10;bXerNBBx5noIKHt3fXymkHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhgaHlNThNlpHpsQKxrHnuf&#10;M+Zw6Hz5KI52wX55jyNKjn48gvVPl35xdjhUg36aaOhZfn69W0petX7lTZpkOH8dQF1p/39iM8Rw&#10;EH+3KJ52IYAZjg9IFIcLggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZjCoONQCRpDILjM65vWYI1&#10;KKt1nYGEjTlGDI+LgUtLk44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIerP99oSoYWM5xuw4RuKLV1&#10;MIK7jKJEepeWgMFKK5VIdE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69nqojpM3xuToZRKL502YO8&#10;jL5kXVBjgHBmyVS3c7ppVFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/MSV413CAJcB8vXZYiuxf&#10;+Fkyfxdi5VzIcpFl22BaZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3X3O2JfF7m3iLiVRb8WIN&#10;fadfU2TYcX1iqWegZJFmEWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bKJhx6nHqZh8JYUWrOfC9c&#10;FGzPcBNfwG7PY3pjfXDNVmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5vHx+hlhVGnN0euRZLXSw&#10;buddK3XjYmphOncRVaplg3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42hSpSU3v8eddWrXx0bfxa&#10;8nzYYZpfSn0yVPhj2n2SSEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP94RNeP1UjIQCbTxZDYOT&#10;YPJdpIMUVGRidIKdR91niIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxUeFRSzYtGbKBXf4oCYGtc&#10;RYinU+thSYdXR3RmloYQO61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dRcpIwbCdWRpAWX/xbL43d&#10;U5VgV4uyRzply4mQO3prcodwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+au5vcFlDXqtxj12UUg5z&#10;zmH+RWV2PmaXOTx432tqLa170nCvI3t++HZ7gGJnYVkAdXFpuFySad9sG2AlXc5uk2O/UV1xL2du&#10;ROR0AmtHOO93B29TLaN6WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+XN5r12ncUKNuzGzORGBx&#10;/W/jOKZ1YHMjLZp5CXaxI/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5pVm/qT/tspHIWQ/JwK3Rg&#10;OHNz5HbMLZt333l2JDF73XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXWT0lqwHc/Q2RunXjAOB9y&#10;pHpYLYh25HwZJF17Fn31eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRpIXw8QwJtPHztN+pxiX2v&#10;LX92CH6FJIJ6b39jekhYDoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7QqJsFoDYN8dwlYDELYB1&#10;TIC0JKF55ICgeZtWLokZb0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5rJ4R5N49v1IOQLX10soKg&#10;JLp5c4GteR5UtJBKbtZY7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfBN2BvN4YCLWN0QIQ+JM55&#10;GIKKd2xzBlEFbPF0V1UrYhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98mGuYKld+xHDgIWSBE3aZ&#10;ddhvGFi9a89w1VxMYS5ynl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9PKmx9RHPLIb1/2niddIdr&#10;cWCCapRtkmNqYDRvrWZWVUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV78naWIgp+yHp7c0xoHmg5&#10;aWdqkmp1Xxds+Wy1VHxvZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4Ik192Xwvch9lKW/jaFJn&#10;5XFzXiBqkHMAU6JtQnSLSPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9DH23cSFinHd2Z4Jll3hh&#10;XXBof3k3UvprcHoESF5uiXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8PcFNga37SZsVjnH8ZXMdm&#10;uX81UmVp4H9AR99tMX9XPXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7BemYXlZjRh94WNXEFlQYTv&#10;UfBok4QzR3hsEYOEPSFvyYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyqZcdgqou/W9ZkFoplUY5n&#10;iIjbRy5rJYdgPPNvAIX5M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7h1UuWW18YllgTyl9RV2v&#10;RKR+LWIlOjB/LWbVMFWASmu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvlWJV5Xl+DToR6gmM1RC97&#10;s2cJOe59BGsPMEp+cm9HJ2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2i2WYTcZ39GioQ6V5cGvW&#10;OZp7Em8vMDB80HKyJ4p+uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuXTQ11nm4EQxF3aHCJOT15&#10;V3MxMA17YXX6J6F9jXj4IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZzjHNDQqR1lXUYOPN3zncO&#10;L/Z6G3kZJ7p8hntIIN5+1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhhQjV0B3l9OM12cnq5L/J4&#10;+nwGJ9R7oH1mIRd+JX7BZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5ytX2wOIR1VH4uL+R4BX6+&#10;J+d63n9PIUZ9kn/XZeRnPYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGcODp0aoFcL8B3QoEuJ/V6&#10;P4D7IWx9GoDBZXJly4kcXNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdzpYQ7L6l2pYNMJ/F5yIJf&#10;IYt8uoGAYoSC3FDhWfSC8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bWLE2D22vYJGKEQ3E1HdWE&#10;xHbHYUN/ale3WQN/3VtPUEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuCAm84JKqCsXPeHlKDcXil&#10;YEN8HV6QWAx84WGeT4R9kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2JOKBT3ZhHr6CSXpbX1R5&#10;DmVeVyJ6F2fZTqV7A2pfRfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2AHHi7HxyBSXvnXnB2T2wf&#10;Vk53mG4GTeN4wW/zRUZ53HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrqH2uAbn1HXaVz5HLLVZd1&#10;bHQhTUd2znVuRMJ4IXbBPEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/t356XPRxyXlEVPJzj3oI&#10;TLd1KHqyRE52q3tZO+p4NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+AXGZwAn+MVIhyB3/HTGdz&#10;0X/GRBl1c3+yO8d3HH+7M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xukIWaVCRwv4VMTAtytISe&#10;Q890eIPRO5d2PIMjM5F4KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBhUPiKlFSBSRqKAFi+QN2J&#10;Xl0rOHGIp2HTMDKH7mbBKJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWHuFqBSEyHWl5FQD6G4mIu&#10;OBCGWGZIMBKF12qeKL+FZm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1R5yEuGOzP6iEdmcTN6+E&#10;KGqcL+qD6G5YKNWDuXI2IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyCN2kHPyOCNGvYN1CCKG7P&#10;L7+CLHHsKOCCP3UlIr6CcniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5MPpeAMXCCNwqAYXLhL5uA&#10;pHVfKOiA9HfuIvGBYHqRHimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+fHUVNr5+3HbNL4h/TXin&#10;KPN/0nqLIxyAdHx0HnOBF347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHluNnt9l3qDL2t+MnuyKQh+&#10;1nzuI0R/qn4hHrCAe38zU0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8jH3yLzp9Un54KQN+D38O&#10;I29+/3+WHuF//YADUuB3cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4EaL2h8fID4KSd9Y4DoI4p+&#10;foDOHwh/mICsTtiT/U+jSEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uMI2aTJUGKemvkH5SI9nFv&#10;GxmHtHbnTcyQ+lW5R1KP7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpPJWyIn28DIACHUnPlG7WG&#10;R3inTRSN+FvLRoyNLF8cP9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG7XH3IFuF3XYvHDuFCXo+&#10;THiLEWHQReqKfGSkPzGJr2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTAIKiEl3hNHK+D+HuqS9qI&#10;XmfORVOIEGohPq6He2yIOBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyDfXpBHRCDEHzsS0GF723H&#10;RMaF8W+VPkCFmXFuN8SE9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJHWGCTn4DSryD0HOTREyE&#10;IHTcPeSEAnYiN4aDi3d7MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSBrn7vSkyCAHkvQ+eCl3ny&#10;PZWCr3qfN1aCXntYMS2B6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0SfuAfH6lQ5eBUn7bPVWB&#10;nX7mNzGBbH75MSSBD38wK1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD//wAA//8AAP//AABtZnQx&#10;AAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsM&#10;DQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RF&#10;RkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+&#10;f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3&#10;uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w&#10;8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcX&#10;GBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVG&#10;SElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2&#10;t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm&#10;5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcH&#10;CAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSor&#10;LC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+&#10;gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT&#10;1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3&#10;+Pj5+fr7+/z8/f3+/v//pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbP&#10;plmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JG&#10;Sv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovd&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLql&#10;h8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSn&#10;b7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy&#10;5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH&#10;0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bB&#10;p3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdM&#10;hNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JFSv2hTGDypUtx5qlKg9qq&#10;TZXPqValyKhhsMWqa7XCrHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknoncmpqP4Zqaj+Gamo/hmpqP&#10;4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+H/pjgy&#10;/6NFSv2iS2Dypklx5qpIgtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbivgcSyqofLrKaG0KWjhtWd&#10;n4bak52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOd&#10;i96TnYvek52L3pOdi97/pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6hyrFXrci2YrDFumy1urN4&#10;vrKugcWtqofLp6eFz6CkhNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja&#10;j5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6jSV/zqUZv6K5EgN2zQ5DT&#10;tkifzLdRqsrAXKy9uGy3s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH14yhh9eMoYfXjKGH14yh&#10;h9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9f/pzcy/6NE&#10;S/6lR17zqkRu6bFBf9+4Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcalq4XJnqmEzJing8+RpYTS&#10;iqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSK&#10;o4bUiqOG1IqjhtT/qDcy/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZIpLm8XLKvtm27qbF5waWu&#10;gsWhrITIm6qDy5Wpg82Pp4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG&#10;0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131rz9s7Lg6euTDN4fd0zWQ&#10;wcRJp7G6XrWptW68pLF6wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoiohs6IqIbOiKiGzoiohs6I&#10;qIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs7/qTYy/6VCS/+q&#10;QVz2sjtq7r02d+jLM4DQ0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTFla2Ex5CshMmLq4XKh6qG&#10;zIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobM&#10;h6qGzIeqhsz/qTUy/6VCS/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4Y7eftXK8nbN8v5uxg8GX&#10;r4TDkq6ExY6thcaKrIbIh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYes&#10;h8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi584tadDgJH+5zzeXp8JS&#10;qZ66ZrWatXO7mLN9vpeyg8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG&#10;hq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8b/qzMy/6o7Sf+2MlPw&#10;xypa2N4hZsLfJIKtzjyYn8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKGwIuxhsGIsIfChrCIw4aw&#10;iMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCI&#10;w4awiMP/rTEy/7AzRfjAKUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQvHWyj7l9to+3g7iMtoS6&#10;irWFvIi0hr2Gs4e+hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+E&#10;s4i/hLOIv4SziL+Es4i/hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4hbaXeLIOX0kWSkMtbnYzF&#10;a6WLwnWqir98rYe+f7CEvICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqG&#10;tX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/sioy8cYcM9HiFDq88xtW&#10;qO4mbZjhNX+O2EqMiNBdlYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nDgKh4woKpd8KDqnfCg6p3&#10;woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfC&#10;g6r6vhwo1t0OI8DwFD+s/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCUd890l3XOd5hzzXmacs17&#10;m3HMfZtwy3+cb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cd&#10;b8uAnW/LgJ1vy4Cdb8uAnW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfrRnB/5VR5e+Fhf3bdaIRy&#10;226Hb9lxiW3YdItr2HeMatZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fV&#10;fo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq/59GQP+dUFX6oFBl76NR&#10;deSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/&#10;ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiM&#10;j8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1&#10;wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSk&#10;U4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4ba&#10;oluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59G&#10;QP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLM&#10;s4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+a&#10;ib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW&#10;0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+d&#10;UFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SX&#10;z7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68&#10;lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBl&#10;pMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+eT1T6&#10;oU5k76RPdeWmUYXapViV0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSLx7aPjcuzipDPsYaW1K6D&#10;oNengaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh&#10;1aeBodX/ozkq/6BGQP+eTlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3FonS0wqF9ub+ghb67nYjD&#10;uJiJyLWTi82xjo7TromW2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNah&#10;haDWoYWg1qGFoNahhaDWoYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdMdOapToPcqlOS0qlboMum&#10;ZqvGpXCzw6V6uL+kgr27oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Ym4mf2JuJn9ibiZ/Ym4mf&#10;2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/ozgq/6BFQP+gTFT7pEtj&#10;8ahLc+arTIPdrVCR1KxYnsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOhiM+snI3Vo5aU2pqRnNyW&#10;jp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaO&#10;ntj/pDgq/6BFQP+gS1P7pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGivxrJzs8OyfLi9sIDBtqyC&#10;ya6nhc+loYrVnJyR2pWZnNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7Z&#10;kZSe2ZGUntmRlJ7ZkZSe2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceivSIDfs0qO1rVRmtC2WqTM&#10;uGWryr1xrsG5e7a3soDArqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue2YybntmMm57ZjJue2Yyb&#10;ntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq/6FFQP+iSVP8p0dh8q1G&#10;cOmyRn/gt0eM2btOl9O/V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2XpYXSjqGJ14egktmHoZzY&#10;h6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNj/&#10;pDcq/6FEQP+jSFL8qUVh865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1usLK2eLmqsYDBpK2Fx5up&#10;hMyTpoTQiqOH1IOijtaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW&#10;1oKiltaCopbWgqKW1oKiltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvkwUKG38xGjdPPUpfBxGGn&#10;s7tts6u1eLulsYDBn66ExpirhMqQqITOiKaG0YKkjNOApJLTgKSS04CkktOApJLTgKSS04CkktOA&#10;pJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktP/pTcq/6FEQf+lRVH+rEJf9bQ/bO28&#10;Pnjnx0CB4NZGh8nNUZq4wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTLh6iGzoKni89/po/Qf6aP&#10;0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9D/pTYq&#10;/6JDQf+nQ1D/rj9d97c8afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1ebycsoHAmK+Ew5KuhMaM&#10;rIXIh6qHyoKpisx/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+p&#10;js1/qY7Nf6mOzX+pjs3/pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4x9Y+jrPJUqCnwGOtn7lw&#10;tpq1eryYsoG/lLGFwo+vhcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J&#10;f6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+sPE3/tzZX8sUzX+HWNmPN&#10;4zF8utM/kanIVKGfwGWtmbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+IxIKuisWArozFgK6MxYCu&#10;jMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMX/qDQq/6Y+&#10;P/+xN0r5vjBS588vVdHiLGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQtoK6jrSFvIuzhr6IsofA&#10;hbGJwYOxisGBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKB&#10;sIzCgbCMwoGwjML/qTIq/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJFkpfKWp+Rw2mnjr90rY28&#10;fLGLuoG0iLmDtoW4hLiDt4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWL&#10;vH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc2h87xusjV7PsKm+j3zWC&#10;ltRKkI/NXZqLyGuhicR1pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7h7N5u4izebuIs3m7iLN5&#10;u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLP/rS4q/rslMOPS&#10;Gi3J6BtBtvcjWqXsLm+W4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3ujecZ9pHjFf6V2xIGmdcOD&#10;p3TDhKhzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoap&#10;c8KGqXPChqn/tCQl7MoWI83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZYop81WyPeNJxk3XQdZVz&#10;z3iXcc56mHDNfJlvzX6absyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzL&#10;hJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5HmvwsWY7yPGeE6ktyfeVY&#10;enngY4B03mqEcNtvh23ac4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l1YGPZdWBj2XVgY9l1YGP&#10;ZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY/S0goJv+gNHa3/FTOd&#10;/yNFkP8zVIX3Q19+8VFod+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2fWLheH5i4Xl/YeF7f2Dg&#10;fYBf4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/&#10;gV/gf4H/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6&#10;wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZ&#10;cKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ&#10;959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6&#10;fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuS&#10;vL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHM&#10;lnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959U&#10;ae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbG&#10;t3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/&#10;oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6H&#10;lb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnur&#10;xpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2g&#10;V3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh&#10;/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9&#10;g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMb/oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG255klNKbbqDMmHiqxpWB&#10;ssSVibbBkY66v4yQvb2Ik8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI&#10;sHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+bT0r/n09Z+KJQaO6jU3fl&#10;pFeF3KJgk9Oeap/Nm3Spx5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKayLd/oMu0fKfMrHypyqp9&#10;qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcr/oDgi/51F&#10;N/+cTkr/oE5Y+KNPZ++lUXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbBmIq6vpKMv7uNj8S4iJPI&#10;toOZzLSAoc+sfaXPpn6nzKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMuk&#10;f6jLpH+oy6R/qMv/oTgi/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qhakNWmYpzPo2ymyaB2rsWe&#10;f7XBnIe6vpeKwLqQjca2i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4Gn&#10;zJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/oktX+aZMZvCpTnTnq1GC&#10;36tXjteqX5rQqGmky6VzrMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qKodKghKPTm4SmzpqEp82a&#10;hKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp83/oTgi/55FN/+e&#10;S0n/o0pX+qdLZfCrTHPorU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3vqGEwLWbicaulY/MqJGV&#10;z6KOntKaiaLTloelz5WHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bO&#10;lYemzpWHps7/oTci/55EN/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qzWpXUs2Oez7NupcuzeKvD&#10;rHy3uKWBv6+ehsaomYzLoZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGL&#10;ps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW+6pIZPKuSXHqskx94rZP&#10;idy4V5LWumGa071toMm4dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQlaLUjZCl0IyQps+MkKbP&#10;jJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps//oTci/55EN/+gSUj/&#10;pkdV+6tHY/OwSHDrtUp85LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19v6WngsWdoojLlp+Oz4+c&#10;ltKLnKLTiJWk0ImUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSl&#10;z4mUpc//ojci/59EN/+hSEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rczWKOzshsm8C/caq0t3e1&#10;qbF8vp+sgcWXp4bKkKSMzoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+F&#10;mqXPhZqlz4Wapc+FmqXPhZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5DYfW1RGzuvEZ36cRLf+PP&#10;VITZ1GWIyMtrmrrCcKmuune0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQgKOlz4Chps6AoabOgKGm&#10;zoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps7/ojYi/59DN/+jRUf/qkJT&#10;/rFBX/a4QWrxwURz6sxLeeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5exg8KOrYXGh6uIyoGpjc18&#10;qJbOe6iizXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXup&#10;ps3/ozYi/59DN/+lQ0b/rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mRtclmn6nBcaugu3mzmbaA&#10;upSyhcCMr4bEhq2Ix4CrjMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/K&#10;eaufynmrn8p5q5/Keaufynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPEPGHm0UNk2d9Dc8jcSoW3&#10;0FeVqsdloqDAcKyZunm0lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2XxnqtmsZ6rZrGeq2axnqt&#10;msZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi/6FBN/+pPUP/szlN+b43&#10;VerMOlnb3Ttiy+U/d7vZSImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuIs4a+hbKJwIGxi8F+sI/C&#10;e7CUw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsP/&#10;pDQi/6M+Nv+tOUH/uDRI8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8ZnpJLBcquOvXuwjLqBtIi4&#10;g7eEt4W5grWIu3+0ir18s42+erORv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOT&#10;v3qzk796s5O/erOTv3qzk7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/7zNrr+E7fqDWSo2WzluZ&#10;kMhpoYzDc6iJwHushr5/r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3kLl3t5C5d7eQuXe3kLl3&#10;t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wzMf+5KzbqzCY20uEmQcHv&#10;LFqw7TNuoeE9f5XXTYyN0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKseb+ErXe+hq91vomwc72M&#10;sXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbH/qS4h&#10;/7MqK/LFIizW3hwtw+0jR7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7Mc5t7yneeeMl7oHbIfqJ0&#10;x4Cjc8aCpHHFhKVwxIembsSKp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27D&#10;i6duw4unbsOLp27Di6f/rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxtiuVJeYPfVoJ+2mSJetZs&#10;jnbTcZFz0nWUcdB5lW/Pe5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxozIicaMyInGjMiJxozIic&#10;aMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jpESC1+Rs3pf8mS5f6NFyL&#10;8UJogupPcnzlW3p34WR/ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+jGXWgI1k1oKOY9WFj2LV&#10;hY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY/pxw0MytoL&#10;D7f3EiSn/x05mP8rSYz+OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll5HJ7Y+N1fGLid31h4nl+&#10;YOF7f1/hfX9f4H+AXuCCgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd&#10;34OBXd+DgV3fg4HL0AkDuuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhXX230XWRn8mJnY/BoamHu&#10;bGxf7XBtXe1yb1zsdW9b7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9zWOp/c1jqf3NY6n9zWOp/&#10;c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm196&#10;5Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+X&#10;UUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+e&#10;usF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvI&#10;ipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jln&#10;h9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/&#10;mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9&#10;orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCw&#10;xYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yW&#10;cZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP&#10;/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvA&#10;e6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s73/nTga/5pFLv+XUEH/m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic0JKBpMuPiavHjY+xxYmT&#10;tcOFl7jCgpq6wX+eu8B9or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+&#10;tnmyvrZ5sr62ebK+tnmyvrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPagVWrtoFp45Z9ghd2capHW&#10;mHOb0JV9pMuShavHj42xxIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmvwbR5sMGwerDAsHqwwLB6&#10;sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca/5tFLv+ZTkD/nk5O/6FQ&#10;W/eiU2nuo1d35qJdg96fZo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/hJi9vYCdwLx9o8K7e6rE&#10;tHqtxK17rsOqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8H/&#10;njca/5tELv+aTUD/n01N/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1ocyZfqnIlYawxJKNtsGM&#10;kbu+hpa/vIGcw7p+pMW3fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2u&#10;w6R9rsOkfa7DpH2uw6R9rsP/njca/5tELv+bTED/oExN/6RNWvimT2fwqFN06KhXgOCnXozapGiW&#10;06Fxn86deqfJmYOvxZWKtcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+rMWff67Dn3+uw59/rsOf&#10;f67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsP/njca/5tELv+cSz//oUpM/6VLWfmo&#10;TmbxqlFz6atVf+KrW4rbqWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPBsomZxa6GociqhKnJoYCp&#10;ypyBrMabga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcT/njYa&#10;/5xELv+cSj//oklM/6ZKWfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGqdaLLpX2rwZ2DtLmWibyy&#10;kZDBrIyWxqeJncijh6bKm4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaE&#10;rcWWhK3FloStxZaErcX/njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w67FSe+SzV4XftGCO2bNq&#10;ltGxdZ7GqHurvKCBtLOah7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iSh6zFkoesxZKHrMWSh6zF&#10;koesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+eSD//o0dL/6hIV/utSWPz&#10;sExv7LRQeea4VoPhu16L2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSRxpqRmMmWj6HLkYyozI+K&#10;qsiOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMb/nzYa/5xD&#10;Lv+eRz7/pEZK/6pGVvyuSGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29rneqsqd9tKmhgruhnIjB&#10;mpiPxpSWlsmQlJ/LjJKozIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaK&#10;jqzGio6sxoqOrMb/nzYa/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxOdOfCVXvfyGGA0cNqjcS6&#10;cJ24snWprat7s6OlgLuboYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvGhpKrxoaSq8aGkqvGhpKr&#10;xoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/p0RJ/61DVP6zRF/3ukdo&#10;78FNcOXJVnXczmR6zMZpjb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIihkseEn5rJgJ+nyoGaqsiC&#10;mKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8b/oDUa/51CLv+h&#10;RD3/qEJI/69BU/+2Ql33vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKnobZ3sZixfbmPrYK+iKqJ&#10;w4KokMZ9p5nIeqelyXuiq8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzG&#10;fZ6sxn2erMb/oDUa/51CLv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/cWWfP2GB5wM9mirLIa5qm&#10;wnCmm7x2r5G4e7eJtYG8grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6atxXemrcV3pq3Fd6atxXem&#10;rcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F/7U7Tve/PlXsy0RZ4dpP&#10;WtTfUWzG2lp9uNNii6vOaZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95sZPBdrCbwnSwpsJysK3C&#10;crCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcL/oTMa/55BL/+nPTr/&#10;sDpD/bo4SvDGO0/j1UVO1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4q4q8f7GEuYO1gLeHuHy2&#10;i7t5tJC8d7SXvXa0ob10s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOl&#10;vnSzpb7/ojMa/6A+Lv+qOTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas3E6Fn9NakpXMZ5yOxnGk&#10;isJ5qoW/fq6AvIKyfbqGtHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlz&#10;t6C5c7eguXO3oLlzt6C5c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cowO9rdMj/K5zhVvOw9aa3l&#10;RHmf206HlNNcko3MaJuIyHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuycruQs3C7lbRvupq0b7qa&#10;tG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/pDAa/6c1Kv+0LzD0wyox&#10;3tgrLczmLkW98jVare47bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrGfKR3xICmdcODqHPChqlx&#10;wYmrb8CNrG3Akq1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/&#10;la3/pS8a/60tJfy8Jyjl0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSFg9dhjH/SbJJ7z3KXd813&#10;mnTLe5xyyn6ecMmBoG7IhKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGl&#10;aMWRpWjFkaVoxZGlaMWRpWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9K02g+DVek+5BbInmTXeB&#10;4FiAfdxkhnjYa4tz1XGOcNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6ImWXNjJpkzY6aZM2OmmTN&#10;jppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW9cEXFNTfDhDA7xgmsP0j&#10;PKH/LU6U+TpdifFHaIHrUnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm2nuJZdl9imTYgIti2IOM&#10;YdaFjWDWiY5f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi47+&#10;uRYN1NILBsLuDhax/Bkqov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlkc2jnanZm5W95ZORzemLj&#10;dnxh43l9YOJ7fl/hfn5e4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+I&#10;gVvfiIFb34iBW9+IgVvfiIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB/0VSevxSWnL3WWBr9F5k&#10;ZvJkaGLwaWpg7m1sXu1xbVztdG5b7HZvWux5cFnre3FY631xWOp/clfqgnNW6YRzVumEc1bphHNW&#10;6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0IC6T/EhqX/x8qi/8uNoH/&#10;PUF5/0pJcf9SUGn/WFVj/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRhVfZ2YlT1d2NT9XljU/R8&#10;ZFL0fmRR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGX/ljMU&#10;/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnL&#10;e56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyF&#10;ltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1&#10;mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdz&#10;s7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VD&#10;Jf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56r&#10;ynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWH&#10;i5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt&#10;7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LG&#10;c7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+T&#10;UTf/l1NF/5lWUv2ZW2D1mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCiz4CVpsx9manLe52syXmh&#10;rsh3pa/Idqqxx3SussdztLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqy&#10;v3W6sr91urL/ljMU/5ZDJf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaWbIPfk3aN2o+AltSMiJ3R&#10;h46jzYOTqMuAmKvJfZyuyHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4tbh3uLW4d7i1uHe4tbh3&#10;uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E/51SUf6eVV72nlpq7pxg&#10;dueaZ4LglnKM2pJ7ldSOhJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXEd6y2w3azt753t7e3eLa4&#10;snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5trj/mDMU/5dDJf+XTTf/&#10;m01D/59QUP+gU133oFhp759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImPqcmEla7HgJqyxX2gtcN6&#10;p7fCeK65wHe1ubh4tbmxebW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1&#10;uax6tbn/mDMU/5hDJf+YTDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/inmqJ3Jpzk9aVfJvRkYWj&#10;zIyMqcmHk6/Ggpmzw36gt8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7tbqne7W6p3u1uqd7tbqn&#10;e7W6p3u1uqd7tbqne7W6p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FMTv+kT1v5pVNm8aVYcuqk&#10;Xn3jomaH3Z5wkdeZeJnSlYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9snqyvqt7sr2mfLO8o320&#10;uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/mTMU/5hDJv+ZSjb/n0pC&#10;/6NLTv+mTln6qFFl8qhWcOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWNja+/h5S1uYOcubV/o7yx&#10;fay+rHyxv6V8sb+hfrO9nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+&#10;tLv/mTMU/5lDJv+aSTX/oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC4Kppi9qmc5TPn3ydxpeD&#10;qL6QirC4i5G2soaYuq2DoL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7uagbO7moGzu5qBs7uagbO7&#10;moGzu5qBs7uagbO7moGzu5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+pSlf7rE5i9a9SbO6wWHbo&#10;sV5/37BoiNWsdJDKo3qdwJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZmBr8GXgrK+lYOzvJWD&#10;s7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU/5lDJv+cRzX/okZA/6dH&#10;S/+rSVb9r0xg9rJRau60V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCrk4u2pY6Tu5+Lmr6biaLB&#10;mIiswpOFr8KShrG/kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7z/&#10;mjMU/5lCJv+cRjT/o0VA/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btqgMuycJDAqXadtqJ8p62c&#10;gq+ll4m2npOQu5mPmL6UjaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmy&#10;vY2Jsr2NibK9jYmyvY2Jsr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8tEld8rlPZem+Vmzhw2By&#10;075pgMa1bo+7rXScsKZ6p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQrsKIjrDAiI2yvYiNsr2I&#10;jbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pCJv+eRDP/pUI+/6tCSP+x&#10;RFL6t0ha8L1OYebEVmfeyWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJek&#10;woKWr8KDk7DAhJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr7/mzMU&#10;/5pBJv+fQjP/pkA9/61AR/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9a42wtXGapa92pZyqfK2T&#10;poK0jKKJuYagkL2Bnpm/fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+W&#10;sr5/lrK+f5ayvn+Wsr7/nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT6slOVuLVWlfS0V5rxMlk&#10;fbbBaoyqu2+Zn7V0pJaweqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93obG/ep2yvnqdsr56nbK+&#10;ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+iPzH/qjw6/7M8Qvu7Pknw&#10;xkRN5tJPTdzcV1bM1V1qvs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KFtXmwjLh0r5W7ca6fvG6v&#10;q71xqrO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7z/nTMU/5tA&#10;Jv+kPDD/rTk4/7Y5P/XBPEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomcyGuVkcRxn4jAdqd/vX2t&#10;eLuEsXO6i7RvuJS3bLeduGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtblt&#10;r7W5ba+1uW2vtbn/njIU/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJHTMfiTV653lRurNlbfJ/U&#10;YoiU0GiTisxvm4LHd6J8w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62yZ7q2tGe6trRnura0Z7q2&#10;tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/tTIx88MyM+PUODDT4Tw/&#10;xuhCUrnlSGOs4k1yn99Uf5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DCiKluwY6rbMCUrGq/m61p&#10;v6WtaL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq3/oDAU/6M2Iv+v&#10;MCj7vC0r6M0sKNXgMDDH6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiRfNBxlnjMd5t0yn2ecMiC&#10;oW7Hh6NrxYulacSQpmjElqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6Wo&#10;ZcOlqGXDpaj/oS8U/6gvH/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7wQ2mS6Ex1iOFVf4HbYYd7&#10;12qNdtNxkXLRd5Vvz3yXbM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsieoWLInqFiyJ6hYsieoWLI&#10;nqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgTyegiJbr0Kzqs+DRNnvc8&#10;XJLxRmmI6VBzf+NZe3rfZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk0YeUY9GKlWHQj5Zgz5SX&#10;Xs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZj/pygS/7cfEubOEQ3L&#10;5hUWu/QhKqz+Kz6e/zROkvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9wgWjedYRl3HmFY9t9h2La&#10;gYhg2oSJX9mHil3Yi4tc15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aU&#10;jVvWlI3/sB4L7cYOCM3bCwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F48Vloce1fbWrrZHFn6Gp0&#10;ZOdvd2LldHlg5Hh6X+N7e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjgj4FY4I+BWOCPgVjgj4FY&#10;4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8kL5L/Lz2H/z1Jf/9JUnj8&#10;VFpw+FpfafRfZGTyZWdh8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635wVuuBcVXqhHJU6ohzU+mL&#10;dFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TMxggAvdQIA631Dg+f/xof&#10;k/8nLYj/NDl+/0JDd/9NSm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3cGBW93NhVfZ2YlT1eGJT&#10;9XtjUvR9ZFH0gGRQ84NlT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/z&#10;hma9ywYArtsGBJ//EBCT/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJW/9dTFj/Yk5V/2ZQU/9q&#10;UVL/bVJQ/3BTT/9yVE7/dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFX&#10;Sv2BV0r9gVdK/YFXSv2BV0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++Ncnbp&#10;iXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8hu&#10;xqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RX&#10;SP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g&#10;0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/&#10;jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2&#10;nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/&#10;5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+V&#10;XFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2z&#10;odFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O&#10;/40+Hf+MTC7/lFM7/5VWR/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+Cio3cfpCS2XqWl9Z3m5rV&#10;dKCd03Kln9JwqaHRbq6i0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRv&#10;xKTEb8SkxG/EpMRvxKT/ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f9pVkau+SbHXpjnZ+5IqA&#10;h9+Fh47bgI6U2HyUmNV5mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafKbsKnw3DCp71xwqe9ccKn&#10;vXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+QSi3/l086/5lRRv+bVlL+&#10;mlte95hhafCVaHTqkXF+5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSkpM5yqqbNcLGozW+5qctv&#10;wanDccGpvHLAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKr/jy0O/48+&#10;Hv+SSi3/mE05/5tPRf+dU1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7bh4mV1oGQmtN9lp/QeZ2j&#10;znWjps1yq6nMcLOqy2+9q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2x&#10;db6tsXW+rbF1vq3/kC0O/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5cZvKcYnHrmGl75ZRzhOCP&#10;fY3bioaU1oSNm9J/laDPepylzXajqMtzq6vKcbWtxnG+rb50va62db2usHa9rqx3va6sd72urHe9&#10;rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/m0o4/55MQ/+hT0//olRa&#10;+qFZZfOgX2/snWZ55phvg+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1q63Dc7Svv3O8sLd1vLCw&#10;d7uwqni7sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLD/kS0O/5E+Hv+W&#10;SCz/nEg3/6BKQv+jTU3/pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S04yHmsyGj6HGgJenwXye&#10;rL15pq+5dq+xt3a6sq93urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7ux&#10;onu7saJ7u7H/kS0O/5E+Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWoW2vtp2F05aRpft6fc4fU&#10;mH2Qy5GEmsSKjKK+hJOouICarbR8orCwequzrXm1tKh6ubSke7m0oH25s519urOdfbqznX26s519&#10;urOdfbqznX26s519urOdfbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2/6NHQf+nSUv/qk5V+qtT&#10;XvKsWWjprGBx4qloetmlc4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Gofqe0pX2xtaF9uLadfri1&#10;mn+5tJmAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurP/ki0O/5I+Hv+ZRSv/&#10;n0Q1/6RFQP+pSEn/rExT+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+mreShaKwjIypqoiUrqSF&#10;nLKggqS1nYGutpqAt7eXgbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5&#10;s5SCubP/ky0O/5I9Hv+aRCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hkt15p2rRpc82sb4LCpHaP&#10;uZx8mbGWg6KqkYqpo4yRrp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCFubSQhbm0kIW5tJCFubSQ&#10;hbm0kIW5tJCFubSQhbm0kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hCPf+tRUb8sUpP8rVPVum6&#10;Vl3hvWBk1LhncsivbYG9p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qot4yKs7iLibe3i4i4&#10;tYuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/ky0O/5M9Hv+cQSr/o0Az&#10;/6lBPP+vREX6tEhM8LpOU+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWefqGemoSol5aMrpGTlLKM&#10;kZy1iI+mt4WPsbiFjra3ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeM&#10;uLX/lCwO/5Q9Hv+dQCn/pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5fy75kcb62aoCzr3CNqal2&#10;mKCjfKGYn4KokZuJrYqZkrKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWCkLi1gpC4tYKQuLWCkLi1&#10;gpC4tYKQuLWCkLi1gpC4tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0QUD0vEZF68RNSeLOWEvT&#10;ylxexsJjcLm6aH+utG6Mo650l5qpep+SpYCniqGHrISfj7F/nZe0e5yhtnibrLd3m7e2epe4tXyV&#10;ubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO/5U9Hv+gPSf/qDsw/7A8&#10;N/24PzzxwURA6MtOQt7TVUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6Lq36lhKiFqn2mjK94pJWy&#10;dKOftHGjqrVwo7i1c565tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubP/&#10;liwO/5c8Hv+iOib/qjku/7M6NPm9PDjuyEM549VQN9faUkjI0llcustfba3FZXyhwGuJl7pwk422&#10;dpyEs3yifbCDqHeuiqxyrZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7&#10;sW+ju7Fvo7uxb6O7sW+ju7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm0EMw3N9KNc/fUkfB2Fha&#10;s9Fea6bLY3qax2mGj8JukIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3p65kt7SuZbO9rmitva5o&#10;rb2uaK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva7/mCwO/505HP+nNCP/sTMo+b0yKurL&#10;Nync3T4p0ONGOsXiTUu43lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3macMWBn2rEiaJmw5KlYsOc&#10;p2DDpqhfw7SoX8HCqGG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6wan/mSwO&#10;/6A1Gv+qMSD/ti4j8MUtIt/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLbXHeH2GOBftVqiXbUcY9v&#10;0XmUa86AmGfMiJtkypCdYsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzI&#10;w6JcyMOiXMjDolzIw6L/mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zczt+s+RarpRVSe50xikuVS&#10;bobjWHh94GB/dtxphnDYcYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ldzaOaXM2tmlvNt5pbzbea&#10;W823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3JBXryhwR0+AeE8TrKya3&#10;8TQ4qvA8SZ3vRFeR7ktjhu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+i2LXhI1f1YqOXtSQkFzT&#10;lZFa05ySWdKkk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJP/oSsN/68j&#10;D/TCFwzW3RAHxeseGLf2KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu52R2auRrembicn1k4HeA&#10;Yd99gl/egoRd3YeFW9yMhlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW&#10;2aOKVtmjilbZo4r/qCMJ/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+S4b+R1Z9+FFedvNZZW7w&#10;X2po7WVuZOprcmHpcXRf53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+VOGXf1PhnH9T4Zx/U+Gc&#10;f1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO29xIPqP8fIJv/KzCQ/zY9&#10;hf9ASH3/S1F1/VRYbflaXWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFftfG5V7IBvVOyEcFPriHFS&#10;64xxUeqRclDplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXPWvgcAxcsIALfb&#10;CQWo/xQSm/8iIZD/Li6F/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2VaWvpqXFf5bl5V+HJfVPd2&#10;YFL2eWFR9n1iUPWAY0/0hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85Bm&#10;TPOQZkzzkGbEwgYAttEHAKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/TEFj/1NGXv9ZSVr/XkxW&#10;/2NOVP9oUFL/bFFQ/29ST/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2GWEf9ilhH/YpYR/2KWEf9&#10;ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoRhf8nG3v/MyRx/zwsaP9D&#10;MmH/Sjdb/1A7Vv9WPVP/XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH/3RHRv92SEX/eUhE/3xJ&#10;Q/+ASUL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0r/gigJ/4I5Fv+BSCX/&#10;ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9p&#10;rI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jS&#10;ks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC&#10;5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLP&#10;aNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviF&#10;cWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXN&#10;ktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x&#10;/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7e&#10;aLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o&#10;0pL/gigJ/4M5Fv+DRyX/jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw7X6CeOl6in7mdpGD5HOX&#10;h+JwnYrgbqKM32unjt1qrJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPLadCUy2nQlMtp0JTLadCU&#10;y2nQlMtp0JTLadCUy2nQlMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+UWEf/kl5T/5BlXfiMbWfy&#10;hnVw7YF/eOl9h37leY+E4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6ltlnw5bZZs2X0GnOlshq&#10;zpfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ/4Q5F/+IRST/kUww/5VR&#10;O/+WVkf/lVxS/5NiXPmPambzinJw7YV7eOmAhH/le4yF4neTit9zmo7dcKCR222mlNprrZbZabSX&#10;2Gi9mNhnyJnRacyZyWvMmcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5r/&#10;hSgJ/4U5F/+KRCT/k0sv/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4d+mDgX/kfoqF4XmRi951&#10;mI/ccZ+T2m6mlthsrpjXaraa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qduG/Knbhvyp24b8qduG/K&#10;nbhvyp24b8qduG/Knbhvyp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/mlZP/5ldWvqWZGT0kmtu&#10;7o10dumHfn7kgYeF4HyPi913l5Dbc56V2G+mmNZsr5rVarmc1GnGnctsyZ3DbcmevG/In7VwyJ+y&#10;ccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5F/+OQyP/l0ku/5pLOf+c&#10;T0P/nVRO/5xaWPuaYGL1lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W1HClmtBurp3NbLefy2vD&#10;oMNux6C7b8ehtXHGoa9yxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqH/hycJ&#10;/4c5F/+QQiP/mEct/5xJOP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQdnzhioCE24SJi9N+kZLO&#10;eJmYyXShnMZxqZ/CcLKiwG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1&#10;xaOmdcWjpnXFo6Z1xaP/hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK/qNVVPaiXF3voGJn6Jxp&#10;cOGWdHnakH2C0YmGi8qCjZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6asdMOmp3bDpqN3xKWheMSl&#10;oXjEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+TQSL/m0Qs/6BFNf+jST//&#10;pU5I+6dUUfOmWlvrpWBk46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Zn7J6oaOvd6mmq3azp6l2&#10;wKikd8KooXnCp516w6ebesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6b/iCcJ/4k4&#10;F/+VQCH/nUIr/6JENP+lSD3/qExG+KpST++rWFfnq19g4KhpadShcHXLmXiBwpJ/i7uLhpS1ho6a&#10;r4KVoKp+naSme6ano3qwqaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeW&#10;fcKnln3Cp5Z9wqf/iScJ/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5RTOywV1TksV5c261oZs+l&#10;bnXFnXWBvJZ8i7WQg5SuioubqIaSoKOCmqWegKKom36sqph+uKuWfsCrlH/AqpOAwaiSgMKokoDC&#10;qJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/nz8p/6VBMv+qRTr8rklB&#10;8rFPSem1VlDht19X1bFlZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyHl6WXhKColIKpqpGCtauP&#10;gr+rjoPAqo2DwamNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2Dwaj/iicJ/4s4F/+Z&#10;PiD/oT4o/6ZAMP+sQzj5sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGAsZ54iqmYfpOik4Wam4+N&#10;oJaMlaWRiZ2ojYenq4qHsqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGo&#10;iIbBqIiGwaj/iicJ/4w3F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTAVkbZv1xTy7djZMCvaXO2&#10;qG9/rKJ1iqScfJOcmIOalZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/q4OKwKmDisGpg4rBqYOK&#10;wamDisGpg4rBqYOKwamDisGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm/6o9Lf+xQDP0uEU46r9M&#10;POLHVUDTwlpSx7phY7uzZ3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSElJiof5OiqnySrat6krqs&#10;e5HAq32Pwal+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owaj/jCcJ/482Fv+dOh7/&#10;pTol/607K/y0PjDxvEM058VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxyiJineJGQo36YiaCFnoKd&#10;jaN9m5aneJmfqXWYqqpzmberdJjAqneUwal4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPC&#10;qHiTwqj/jCcJ/5E1Fv+fOB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3JyVdQvMNeYLC8ZG+lt2p8&#10;m7JwhpKtdo+KqXyWgqaDnHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCbwqdymcKncpnCp3KZwqdy&#10;mcKncpnCp3KZwqdymcKncpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2JfW+OSfqyUAm4NZJKNHV&#10;TjzDzlZOtshcX6rCY22fvWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gia6mbpGippqZmqbOmZqrD&#10;pWmkxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/jiYJ/5czFP+jNBr/rTMe&#10;/rgyIPDFNSDj0z8c2N5FJsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9col8uniQdbh/lm+2h5pq&#10;tZCdZbSaoGKzpaFhtLGiYLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSr&#10;xqL/kCYJ/5sxEv+mMRf/sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NKqNVZWpzQX2iQzGVzhslr&#10;fX3GcYV1xHeLbsN+kGnBhpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxdt8qdXbfKnV23yp1dt8qd&#10;XbfKnV23yp1dt8qdXbfKnV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrcKQ7M5DYdweZALrbjSD6q&#10;4E5Mnt1WWZLaXWWI1mNvftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82aklnNpZNXzrKTVs/Ck1bL&#10;0JRXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ/6MsDv+wJg/1wB8N39Ub&#10;B83kJxPB6zQjteo9M6nnRUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm3nV/Yd19gl3choVa24+I&#10;WNmYilbYoYtU2KyLVNi3jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1ov/&#10;lyQJ/6kmCv64HAnmzhEFzuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxSXHzrWWRz615raupkcGXo&#10;bHVh5nR4XuR8e1vig31Z4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+EUd2/hFHdv4RR3b+EUd2/&#10;hFHdv4RR3b+EUd2/hFHdv4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn9TEsm/U7OpD1REeF9UxR&#10;fPVTWnP1WWBr819mZfBmamHtbW1d63RwWup6c1jogXRW54d2VOaNeFPllHlR5Jt6UOShe0/jqnxO&#10;47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wMAc3MCQDB4AwEsvoZEKX8&#10;JyCa/TIuj/09O4X+RUV7/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJnV/F4aVXwfmpT74NsUe6J&#10;bVDtj25O7JRvTeuacEzroXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnL3sw0A&#10;zMMIAL/RCACx7w4GpP8bE5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/WlJe/mBWWvxmWFf7bFpV&#10;+nFcU/l2XlH4el9P939gTvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOeZkjznmZI855mSPOeZkjz&#10;nmZI855mSPOeZkjznmbNuwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcrev9BNHD/Rzto/01BYf9U&#10;RVz/WklY/19LVf9lTVL/ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH/ohXRv2NV0T9k1hE/JZZ&#10;RPyWWUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLgBgKX/xMIjP8iE4P/Lh15&#10;/zglbv8+LWb/RTJf/0w3Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9uRUf/ckZG/3ZHRf96SEP/&#10;fkhC/4JJQf+GSkD/i0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0uvxgIAotYC&#10;AJb3CgKL/xYHgv8kD3f/LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL/1ozSP9eNUb/YjZE/2Y3&#10;Q/9pOEH/bDhA/3A5P/9zOj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06&#10;/4Y9Ov+GPTr/hj3/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRv&#10;jG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPf&#10;gdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI&#10;/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4Dn&#10;X8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93&#10;Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662Sq&#10;fOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B&#10;1GPfgdRj34H/diQG/3c1EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+blr7eXdi93WCafRxim7x&#10;bZJz7muZduxon3nrZqR76mSqfeljr3/oYrWA52G8gedgxILmX86C41/Xg9xh24PSY92Dz2Tdg89k&#10;3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn/4pPMv+MVj3/i11H/4dk&#10;Uf+CbFr7fHRi93h/afN0iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILmYraD5WG+hOVgx4XlYNOF&#10;3WLZhdNk3IXMZduGyWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24b/eCQG/3g1EP9+QBv/&#10;iEcm/41OMf+PVTz/jltG/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6VeeprnH3oaaOA52apguVl&#10;sITkY7eF5GLAh+Nhy4ffYtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfY&#10;icRn2In/eSMG/3k0EP+APxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8hG5h9354afJ5gnDvdIt2&#10;63CTe+ltm3/naqKC5WephORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn14vAaNaMvmnWjL5p1oy+&#10;adaMvmnWjL5p1oy+adaMvmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NML/+VUTr/lFdE/5JdTv+O&#10;ZVj8iGth94J0afJ8f3Dud4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL4GPHjNxj1IzPZtaMx2jV&#10;jcBp1I66atSOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/eiMG/3s0EP+FPRr/j0Qk&#10;/5ZKLv+XTjj/l1RC/5VaTP+SYVb8jmlf9odwaPKBenDte4V36naOfOZxl4HjbZ+G4Gqoid1nsIza&#10;ZruN1mXHjtFm1I/HaNOPv2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt&#10;0pH/eyMG/3w0Ef+IPBr/kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd8I1uZuuHd2/mgIF24XuL&#10;fdx1k4PXcZyH0m6ki89rrI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JStb9CTq2/Rk6tv0ZOrb9GT&#10;q2/Rk6tv0ZOrb9GTq2/Rk6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+cSzX/nVA//51WSPibXVHx&#10;mGNb65NrZOSNdW3ehn512ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7lbtryJa2bc+WsG/Olqtw&#10;z5amcc+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG/300Ef+MOhn/l0Ai/5xF&#10;K/+fSTT/oE48+6FURfSgWk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TCepOKvnabj7pzo5O2cauW&#10;s2+2mLFvwpitcM2YqHLNmKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpf/&#10;fSMG/38zEf+OORj/mT8h/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9oXdeYcGjOkXh0xoqAfcCE&#10;iIW6f4+LtXuXkLF3n5StdaeXqnOxmadzvZulc8uboHXLmp12zJqad82ZmXfNmJl3zZiZd82YmXfN&#10;mJl3zZiZd82YmXfNmJl3zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+pks49KhQQOypV0fkqV1Q&#10;3KVmWtCdbmjHlXVzv459fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553uZycd8icmXjKnJd5y5uV&#10;esyalHrMmZR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4IyEP+SNxf/nD0f/6FAJ/+m&#10;RC77qUk18axPPOmuVUPhr11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImMpoSQkaGAmJadfaCamXyq&#10;nJZ7tp2Ue8SeknzKnZF9ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJr/fyIG&#10;/4QxEP+TNhf/njwe/6M/Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcakama8nXFytJd3fKyRfoWm&#10;jIaMoIiNkZqFlZaWgp6akoCnnY9/sp6NgMGejIDJnouAyp2KgMubioDLm4qAy5uKgMubioDLm4qA&#10;y5uKgMubioDLm4qAy5v/fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv7LVMNOO6VDnYt1lIy69h&#10;WMGoaGa3oW9yr5t1fKeVfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+GhL6fhYXJnoWEyZ2FhMqc&#10;hYTLm4WEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+XNRb/oDoc/6c8Iv6tPyfz&#10;s0Qs6bpLMOG/UjXTulhHx7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqinYGK&#10;rZ9/irufforInn+JyZ2AiMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5v/gSIG/4ku&#10;D/+ZNRX/ojgb/6k6IPuwPSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWStqWtwpKRxepyfeIOUm36K&#10;jpeGkIiVjpWCkpaZfpCgnHqPq554j7ifd5DJnnmOyp16jMube4zLm3uMy5t7jMube4zLm3uMy5t7&#10;jMube4zLm3uMy5v/gSIG/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJI9fHTDPJwVVFvbpcVbK0&#10;Y2Oormlvn6lveZaldoKOoXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWecJbGnXKUypx0ksubdZHL&#10;mnWRy5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/pjQY/681G/S4Nxzpwz4c&#10;4M1FH9HLSzLExVRDuL9bU625YWGitGhtma9ud5CrdICIp3qHgaSBjXuiiZJ1oJGWcJ6bmW2dpptq&#10;nbOcaZ7DnGucy5tumMyab5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJn/gyEG/5ArDf+g&#10;MxH/qTIV/bMxF/C+NBflyzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZrkrZsdYmycn6Br3iFeqx/&#10;i3Sqh5BvqI+TaqeZlmempJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82X&#10;aJ/Nl2ifzZf/hCEG/5MpC/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXUSC64z1BArMpYT6DFXl2V&#10;wWRoi71qcoO6cHp7t3aBdLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/lV2x0JRgqtCUYajQlGGo&#10;0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO8sAmDOPQKAfU3zILyd8+&#10;Gb3bRyyx1k89pNFWTJnNXFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZjvY2JX7yXjFu8oo5ZvK+P&#10;WL2+jle+1I5ZttOPWrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkFq005D/iCEG/5wnCP+qJwr8&#10;uCEJ6cobBdXeIATJ5TAPvuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBnaXTObnBtzXV2Z8t8e2LL&#10;hH5eyo2CWsqXhFfKo4ZVyq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZ&#10;iVXB2Yn/jR0F/6IlBv+wHwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb40o+kOFQSobfV1R83l5d&#10;dN1lZGzbbGpm23RvYdp8c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc03xQ1OB+UdDgf1HQ4H9R&#10;0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYPArztIAuw7S4Zpew5J5rr&#10;QjWP6klBhelQS3voV1Ny6F1aaudjYGTnamVf53JpW+d6bFfngm5T54txUOeVck7on3RM6Kp1S+i1&#10;dkrnw3ZK6N12S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/nRYB/7ESAdPDCQDH0QoA&#10;u/IRBK/zIQ+j8y4dmfM5Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3zaV5Z83BhVfN3Y1Lzf2ZP&#10;8odnTfCPaUvvmGtK76BsSe6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbt&#10;x27/pw8A07oHAMXHBwC61gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+cf1RRWj9Vkth/ltPXP5i&#10;U1f+aFZU/W9YUft1Wk76fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE9LFkQ/S1ZEP0tWRD9LVk&#10;Q/S1ZEP0tWRD9LVkQ/S1ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/JRSL/zIfgv88KXn/RTJv&#10;/0o5Z/9PP1//VUNa/1tHVf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+EU0X/i1RD/5FVQv6YVkH9&#10;nldA/aZYQPypWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQAtsQEAKrTBQCe8g0ClP8a&#10;CYr/KBOB/zQdd/88JW3/Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK/2lDSP9uREb/c0VE/3lG&#10;Qv9+R0H/hEg//4pJPv+QSj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0y3&#10;vAMAqcsCAJzbAwCS/xACif8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9KLFD/US9M/1cySf9cM0b/&#10;YDVE/2U2Qv9pN0H/bjg//3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+Nv+VPjb/lT42/5U+Nv+V&#10;Pjb/lT42/5U+Nv+VPjb/lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto/ysRX/8yF1f/ORtR/z8e&#10;TP9GIUj/TSNF/1IlQv9XJ0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/dC01/3guNP99LjL/gi8x&#10;/4gwMf+KMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2kyCv9sPhT/dkYe/3tNKf98&#10;VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nB&#10;bvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HD/aiQE&#10;/2kyCv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3&#10;Xqhq9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd&#10;6HDcXehw3F3ocNxd6HD/aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8/3lkRf9zbU7/b3hV/2uC&#10;Wv1oi1/7ZZRj+WKbZvdgoWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHxWNhx7FnhceZa5HHgXOdx&#10;2F3ocdhe6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9xPBT/ekMd/4BLKP+BUzL/&#10;gFo8/3xiRf93ak7/cXRV/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816tb/Jcs3DyW7px8VrDcvBZ&#10;zXPuWd1z6FridOFc5XPZXuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53T/bCME/2sx&#10;Cv9zOxT/fUId/4JKJ/+EUTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5aJBm92WYafVjn2zzYaZv&#10;8l+scfFds3LwXLt071vFde9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph5XfKYeV3ymHld8ph5XfK&#10;YeV3ymHld8ph5Xf/bSIE/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4ReRP9/Zk3/eG5V/3N5XPxu&#10;hGL5ao1n9meWa/Rknm7yYqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB43F/jeNJg5HjLYeR5xGPj&#10;esRj43rEY+N6xGPjesRj43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/gz8c/4lHJv+LTjD/i1U5&#10;/4hcQ/+DY0z/fWtU/3Z1XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5ftHftXb557FzLeuhc3Hre&#10;X+F60mHje8pi4nzEY+J9vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X3/biIE/24wC/97&#10;NxP/hj4c/4xFJf+PTC7/j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo8G2Qbe1pmXHqZqF16GOp&#10;eOZhsnrkYLt74l/HfOBf2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+A&#10;t2ffgLdn34D/byEE/28wC/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+OYEn5iGZS9IJuWu98eWHr&#10;d4No53KMbuRtlXPgap133WemetplrnzWY7h+02LDgNFi04HKZN+BwWXegrtn3YK1aN2DsGndg7Bp&#10;3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa/5NDIv+XSyv/l1E0/5ZX&#10;PfqTXUbzjmRP7ohrWOiCdWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJZrKCx2W9g8Vly4TBZtyE&#10;uWjbhbNp24Wua9uFqWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24X/cSEE/3QuCv+EMxH/&#10;jzoZ/5ZDIf+aSSn/mk4y/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yFb813jXXJcpV6xW+df8Fs&#10;pYK+aq2Fu2m4h7lpxIi3adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/a&#10;h6Nv2of/cSAE/3YsCv+GMhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDpml9J4pVnUtqPcFzRh3hm&#10;yoGBb8V8iXbAd5B8u3SYgLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv2IqgcNiKnXHZiZ1x2Ymd&#10;cdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tBHv+fRSX9oUot9KJQNOyi&#10;VjzkoFxF3JtlT9KTbVzKjHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJp3Gui6Vwuo2jcMmNoHHV&#10;jZxz1oyadNaLl3TYipd02IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/cyAE/3oqCf+LLw//ljkW&#10;/50/HP+hQyP6pEgq8aZOMeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aFgnewgYl9q32RgqZ5mYai&#10;d6GKn3WrjZx0to6adMWPmHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi5J3&#10;1ov/cyAE/3wpCf+NLw//mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/0KNhTcacaVq+lXBlto93&#10;b6+Kf3aphYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+OetWNjHvWjIx71oyMe9aM&#10;jHvWjIx71oyMe9aMjHvWjIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+nPx/0q0Qk6q9KKeKzUS7W&#10;rlc+y6dfTcGgZ1q5mW5lsZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6ljo19sJCKfb2RiX7QkYh+&#10;04+IftSOh37VjYd+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E/4AnCP+QLg7/nTcT/6M6&#10;GPypPRzxr0Ig57RIJN+3TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenaejoF8mIuIgpKHkIeOhZmL&#10;iYOijoaCrZCDgruRgoLMkYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y3/&#10;dR8E/4ImCP+SLQ3/nzYS/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5cS7inY1ivoWpjppxxbZ+X&#10;d3WYk358kpCGgoyNjoeHipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSPfYXVjX2F1Y19hdWNfYXV&#10;jX2F1Y19hdWNfYXVjX2F1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfrtz0Y4r9FGdW+SSrIuFM7&#10;vbFbSrOrYleqpmhioaFvbJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmNqJB2jLWRdI3GkXWN05B2&#10;i9SPeInVjXiJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4YkB/+XLAv/ojIP/6szEfKz&#10;NRPovDoT3sU/F9DBSCnEu1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6hpuBgICYiYV7lpKJdpSb&#10;jXKTpo9vk7OQbpPDkG6T049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y3/dx4D&#10;/4kiB/+ZLAr/pTAN/K4vDu+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1X1SfsGVflqxraY6ocnGG&#10;pXh4gKJ/fnqfh4N0nY+Ib5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTWjGyU1oxslNaMbJTWjGyU&#10;1oxslNaMbJTWjGyU1oz/eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG0c45FcXJRSW5xE42rr9W&#10;RaO7XVKZtmNdkLJpZ4evcG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopjo66MYaO+jGCk0otjoNeL&#10;ZZzYimWc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+gKQf/rCcH8rgkBuXHJATZ&#10;1ScFy9M3E7/OQyOzykw0p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7eG2wg31or4uBY66VhF+t&#10;oIZdra2HW628h1qu0IdcqtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2of/fhoD/5Qf&#10;BP+lJgX9sSAE7MEaA9/TFwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyLxWBXgsNmYHrAbGdzvnNt&#10;bLx6c2e7gndiuop7XrmUflq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv3YJYr92CWK/dgliv3YJY&#10;r92CWK/dgliv3YL/hBcC/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982DrDdQB2k2UktmNVRO43R&#10;WEiDz15Se8xlWnPLa2FsyXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5Usa7elHHz3lRxON6U7zi&#10;fFO84nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHYwwoAztEKAMTlFAG55CYI&#10;ruQ0E6TiPyCZ4Ectj95POYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzUgmdY1ItqVdSVbVLUoG5Q&#10;1K1vTtW8cE3W0G9N1ehwTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XL/khEB/6cRANi5&#10;CQDLxggAwtUKALfqFgOs6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpKaeRhUGTjaFVf43BZWuN4&#10;XFbjgF9T44liUOOTZE3knWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK3+xnSt/sZ0rf7GdK3+xn&#10;St/sZ0rf7Gf/nA0A27EGAMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zwPyaC8EcxefBOOXDvVEBo&#10;71pGYe9gS13vZ09Y725SVO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKvX0Pyu19C88xgQfPnYEHz&#10;6GBB8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcAp+oNAZ33HAeU+CsSivg2&#10;HIH5QCZ4+kgvb/pNNmf6Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I/IFPRf2KUUP9k1JB/pxT&#10;P/6mVD3/sVU9/rxWPP7NVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlbOsAIAvboEALHHBACl&#10;1gcAm/0QApH/IAmI/y0SgP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9dO0//Yz5M/2hASf9uQUb/&#10;dUND/3xEQP+ERj3/jEc8/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5&#10;Szj/uUu+tQIAsMACAKTOAwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i/0IkW/9IKFX/TixQ/1Qv&#10;TP9aMUj/XzNF/2Q1Qv9qNj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/mj40/6E+M/+qPzP/qj8z&#10;/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8WAnn/IAZv/ygMZ/8wEl//&#10;NxdY/z4bUv9EH0z/SiJI/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24sNv90LTT/ei4z/4EvMf+I&#10;MDD/jzAu/5YxLf+eMi3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKkwgAAls8AAIjfAACA/wwB&#10;df8SAmr/GANi/yEHWv8pC1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/Uxs3/1gcNf9cHTP/YR4x&#10;/2UfMP9qIC7/cCAt/3YhK/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/&#10;kCT/YCUE/1swBv9hOg3/akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH/2CETP9djlD/WpZT/1ie&#10;Vv9XpVj/Vata/1SxW/9Tt1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/uU/Bf6FTxX+RW8l/kVvJf&#10;5FbyX+RW8l/kVvJf5FbyX+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9yUSn/cVoy/21jOv9obUH/&#10;ZXhH/2GDTf9ejVH/W5ZU/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLHX/xR02D6UOJg9lHpYPFS&#10;7mDrVO9g5VbxYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE/1wwBv9lOA3/bj8V/3RH&#10;H/91UCj/dFgx/3BhOv9rakH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/V6pc/lawXv1Ut1/9U79g&#10;/FPJYfpS1mL4UeRi81LqYu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY8WPbWPFj21jxY9tY8WP/&#10;YiUE/10vBv9nNg3/cT4V/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+Tv9iiVP/X5JW/1ybWv9a&#10;olz+WKle/VewYPxVt2H7VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k2VnwZdNa8GbTWvBm01rw&#10;ZtNa8GbTWvBm01rwZtNa8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/e1Qw/3dcOf9yZUH/bG9I&#10;/2h7Tv9khlP/YJBY/12ZW/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT3mbyVOdm6lbrZuJZ7mba&#10;Wu5n0VvvaMxc8GjMXPBozFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18uBv9tMwz/dzoU/31CHf+A&#10;Sib/f1Iw/3xbOP93Y0H/cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di+FmuZPdYtmb1V8Bn9FbL&#10;aPFV3WjtVulp41nsaNpb7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mv/ZCME&#10;/2EtBv9wMgz/ezgU/4FAHP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/tsf1X4aIla9mSSXvNhm2Hx&#10;X6Nk8F2rZu5bs2jsWrxq6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/sbr5g7G++YOxvvmDsb75g&#10;7G++YOxvvmDsb75g7G//ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t/4ZXNv+CXj78fGZG+HZw&#10;TvRxe1XwbYVa7WmOX+pll2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027ZXeZuzl7rb8Zf6nG/Yepx&#10;umLpcrZj6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93Lgv/gjUS/4k+Gv+NRyL/&#10;jU4r/4xVM/yIXDz2g2RF8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSja9ZirG7TYLVw0F+/cc5f&#10;zXLLX+JzxGHoc71i6HS3ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0r2bndK9m53T/ZyIE/2on&#10;Bf96LAr/hjQR/409Gf+RRSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPgeH1a2nOGYNRuj2bQa5dq&#10;zGifbslmp3HHZK9zxGO5dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho5neoaOZ3qGjmd6ho5neo&#10;aOZ3qGjmd6ho5nf/ZyIE/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZSLvGUWDbqkF4/5IpnSN2E&#10;cVDVfXlaz3iCYcpzimfGb5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6sWfjeqto43qnauN6o2vk&#10;eaFr5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/jDMP/5Q7Fv+ZQxz9m0kj&#10;9JtPKuyZVTPlllw73pFlRdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVunXWxbKZ4rmuve6xqu3yq&#10;acp9qGrhfaNs4nyfbeJ8nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7je5pu43v/aSED/3EjBf+C&#10;KAn/jzIO/5c7FP+cQhr5nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZv4J6Yrl9gmi0eYpusHaS&#10;c6xzmneocKJ6pW+rfaJutn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyUceJ8lHHifJRx4nyUceJ8&#10;lHHifJRx4nz/aSED/3QiBP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+SkUCnboVc1z5pfQ8eTaE+/&#10;jHBZuId3YbKCf2itfoZuqXqOc6R3lnigdZ57nXOofppys4CXccCBlnLTgZNz34CRdOB/kHTgfo90&#10;4X2PdOF9j3ThfY904X2PdOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM/505Ef2iPRXypUEa6ahH&#10;H+CqTSXUpFQ0yp1dQsGXZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZeZt8lXelf5J2r4GQdr2C&#10;jnbOgo133oGLd9+Ainjgf4p44H6KeOB+injgfop44H6KeOB+injgfop44H7/aiAD/3gfBP+JJgf/&#10;ljAL/583D/qkOhPvqT8X5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9yYKeLeWihh4Fum4OIdJeA&#10;kHiSfpl8jnyif4t6rYKIerqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/hXvgf4V74H+Fe+B/hXvg&#10;f4V74H//ayAD/3oeBP+LJgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPLq1IywaVaQLifYkywmWlX&#10;qJRwYKGPd2ebi35uloiGc5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A3YN/f96Bf3/fgIB+4H+A&#10;fuB/gH7gf4B+4H+AfuB/gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6MzC/SqNA3psTkP37c/EtK0&#10;RiLHrlAxvahZP7OiYEurnWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8gYadgH6EqIJ7hLWDeYTF&#10;hHiF3YN5hN6BeoPfgHqC4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//bR8D/34bA/+PJAX/nSwH&#10;/qYwCfCuMQvltjUL27w5Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZc2aQlXpsipKBcoWQiXeA&#10;jZF8e4ubf3eKpYJ0ibKDconCg3KK2oNzid6BdIffgHWG4H91huB/dYbgf3WG4H91huB/dYbgf3WG&#10;4H//bx4D/4AbA/+SIwT/oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0utLBWPKqrXUmhpmRUmaJq&#10;XZGecWWKm3hrhJh/cX+WhnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJtj96Bb43fgHCL4H9wi+B/&#10;cIvgf3CL4H9wi+B/cIvgf3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3JgTewyoD0MM1DsS/QR25&#10;ukwtrrVUO6WwW0ebrGJSk6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mWfGuXoX9ol62AZpe8gWWY&#10;0YBmlt9/aJPgfmqR4X5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC/4cYAv+YIAP/piUD8rIg&#10;A+S+HgLXySICysczDb7DQByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+qXRneKZ6bXKkgnJtoop2&#10;aKGUeWSgn3xhn6t+X6C6fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nz/&#10;eBgC/4sXAf+dHQL9qx4C7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FRNpi9WEKPuV9NhrZlVn+z&#10;a114sXJkcq95aWytgG5nrIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6W6Tkel2h5HldoeR5XaHk&#10;eV2h5HldoeR5XaHkeV2h5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI0hwBvNEuCbHOOxemy0Yl&#10;nMhPM5HEVj+IwV1JgL9jUni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1nHJWtKl0VLS4dFO1y3RT&#10;teR0VLDndVas53VWrOd1VqzndVas53VWrOd1VqzndVas53X/gxIB/5YRAP+oEQDZuAoAzsQJAMfS&#10;CgC/2RkBtNgrB6nWORSf00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9ZZcR2XmDDfmJcwodmWMGR&#10;aFXBnGtSwahsUMG3bU/Cym1PwuRsT73sblC57G9QuexvULnsb1C57G9QuexvULnsb1C57G//iRAB&#10;/50OANqvCADNuwgAxMcHALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLYUzV51Vo/cdNhRmrSaExl&#10;0W9SYNB2VlvQflpXz4ddU8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7yZUvI8mZLyPJmS8jyZkvI&#10;8mZLyPJmS8jyZkvI8mb/kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0DnuUtC5TlORaK5EIggeNK&#10;KnfiUDNv4Vg7aeBfQWPgZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL4KdYSeC1WUjhxllI4d9Z&#10;R9/wWUbc9VtG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4BQC3wwUArdEIAKTtEAGb&#10;7SAFku0uDonsOhiA7EMhduxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+tyRlDreklN7INLSuyMTUjs&#10;lk5F7aFQQ+2uUULuvFFB78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VHUpQAAxLID&#10;ALa8AwCryQUAoNgIAJf0EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e91UxWfdbNVX3YjhR92g7&#10;TfhvPUr4dj9H+H5BRPmHQ0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn840k5/ONJOfzjSTn840k5&#10;/ONJOfzjSTn840nHrQAAt7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8xD3L/OBZp/0AcYv9GIlz/&#10;TSZW/1MqUv9ZLU7/XzBK/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7OP+dPDb/pz01/7E+NP++&#10;PjP/yj8z/8o/M//KPzP/yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR2AIAiPsNAX//GQJ2/yQG&#10;bv8tDGb/NRJf/zwXWP9DG1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/ayo7/3IrOf95LTb/gS40&#10;/4ovMf+UMDD/nDEu/6UyLf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzOruAAAnsUAAJDS&#10;AACD4AAAff8PAXL/FgJo/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oYQf9PGT7/VRs7/1kcOf9f&#10;HTb/ZB40/2kfMv9wIC//dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl/6cmJf+nJiX/pyYl/6cm&#10;Jf+nJiX/pyafwAAAkc0AAIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/JwZI/y8IQ/82Cj//PAw8&#10;/0IOOP9HDzX/TBAz/1ERMP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95FyL/gRgg/4kYHv+RGR3/&#10;lxkd/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O/2RFFv9mTh//ZFgn/2Fi&#10;L/9ebjX/Wnk7/1eEP/9Uj0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/SsRO/0nOT/9J3k//SOlQ&#10;/0jyUPxJ9lD3S/lQ8Uz6T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP+1D/VicE/1EyBf9YNAf/&#10;YjsO/2dEFv9pTR//Z1Yn/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1CfSf9Ppkv/Tq1N/020Tv9M&#10;vE//S8VQ/0rPUf9J4FH/SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6&#10;UuVQ+lL/VycD/1IxBf9aMgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/XnQ8/1qAQf9Xi0X/VJVI&#10;/1KdSv9QpUz/T61O/060T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM91PuT/hT6FD5U+FS+lTg&#10;UvpV4FL6VeBS+lXgUvpV4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21AFv9vSR7/blIn/2pcL/9l&#10;Zjb/YXE8/119Qf9ZiEb/VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT/03PVP5M4FX7TOtV+Ez0&#10;VfBP91XpUfhV4lL4VttU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/WSYD/1cuBf9gLwf/ajYN&#10;/3E+Ff9zSB7/clEm/29aLv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9VoFD/VKhS/lKvU/1Rt1X8&#10;UMBW+k/LVvhP3Ff1T+lX8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W&#10;+Fr/WSYD/1osBf9kLQf/bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8/2Z2Qv9igUf+XotL+1uU&#10;T/lZnVL4V6RU9lasVvVUtFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvXVvZcz1f3XchZ+F3HWfhd&#10;x1n4XcdZ+F3HWfhdx1n4XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98RRz/fE0k/3pVLP91XjT/&#10;b2c8/GpyQvlmfUj2Y4dM81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbDXOZW0VzjVuRc31bwXdVX&#10;9V/MWfZgxlr2YMBb9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD/2AoBf9rKAb/dzAL/346&#10;E/+BQxr/gksi/39TKv97WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXlX51Y412lWuFbrVzeWrZe&#10;3FnAX9pZzmDVWeJg0VnvYcpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf82S2X/Nktl/zZLZf82T/&#10;XCQD/2MmBP9vJgX/ey8L/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47XdqQOhydUfkbn9N4WmIUt1m&#10;kVfZY5la1WChXdJfqGDPXbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fns2DxZ69h8WeuYvFnrmLx&#10;Z65i8WeuYvFnrmLxZ65i8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/jEcd+YtPJfKIVi3sg102&#10;5n5nPuB4cUbbc3tN1W6DU9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79fwWi9X9BpumDmabVh72qv&#10;Yu9qq2Pvaqdk72mmZfBppmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2kiBP92IwT/giwJ/4s2Dv+P&#10;PhT9kUUb9JFMIu2OUyrmiloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9ev2mXYrtnn2W4ZadotmSw&#10;arNju2uxY8psr2PhbKtk7W2mZu1so2ftbKBo7mufaO5rn2jua59o7mufaO5rn2jua59o7mv/XyMD&#10;/2sgA/95IgT/hSsI/440DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6EakXIfnNNwnl7Vb51g1u5&#10;cYtgtW6SZLJsmmevaqNqrGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rsbplr7W2Ya+1tmGvtbZhr&#10;7W2Ya+1tmGvtbZhr7W3/XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV65tHGuObTSHallUtz49e&#10;OciJZ0TBg29Nu353VbZ5f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCda8BxnGvScpps6XGXbepw&#10;lG3rcJJu7G+Sbuxukm7sbpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+IAP/iykG/5UxCfubOA3w&#10;nj4R56BEFt+gSh3TmlIrypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneLZaJ0k2mecpttmnCkcJdv&#10;r3KVb7xzk2/Nc5Jw5nOQcOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetwjHHrcIxx63D/YyAD/3Ib&#10;A/+AHwP/jicF/5cvCPieNgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1jGpMr4dyVKmCeVukf4Bg&#10;n3yIZZt5kGqXd5htk3WhcJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod16nGHdepwh3XqcId16nCH&#10;depwh3XqcId16nD/ZR8D/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9DtSnRBvJoU8pwJtYNriV&#10;YEKwkGhLqYtvU6OHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1hHfFdoN433WDeOh0gnjp&#10;c4J46nGCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/kyQD/50rBfGkMAbmqjMI&#10;3K43DM+qQxrFpU4ovJ9XNbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6Ci2qKgJNuhn6ccYJ9p3R/&#10;fLN1fXzDdnx923Z8feh0fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzqcX186nH/aRwC/3kYAv+H&#10;GwL/lSMD+6ApBO6oLATjry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJn5RrUpmQclmTjXlfjoqA&#10;ZImHiGmEhZFtgIOacXyCpHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4f+pxeH/qcXh/6nF4f+px&#10;eH/qcXh/6nH/axsC/3sXAv+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsewQBi8rEsms6dTM6qiWz6i&#10;nWNImplpUZSVcFiOkndeiI9+ZIONhml+io5teomYcXaHonNzhq51cYa9dm+H0nZwh+h0cYXoc3KE&#10;6XJzhOpxc4TqcXOE6nFzhOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B9KciAuawIAHauiEBzbgx&#10;CcK0Phe4sEkkrqtSMaWmWj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4kIxsdI+VcHCNoHJtjKx0&#10;aoy7dWmNznVpjeh0a4vpc22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I6nH/cBcC/4EVAf+QFgH/&#10;nhoB8KsbAeK2FgDTvR0ByLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRmTomhbFWCnnNbfZx6YXeZ&#10;gWZyl4pqbpaTbmqUnnFmlKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupwZ47qcGeO6nBnjupwZ47q&#10;cGeO6nD/cxUC/4UTAf+UFAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOuuUYhpLVPLZqxVjmSrl5D&#10;iqtkTIOoalN8pXFZdqN4X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2cyXFdnORwXprrcGCW629h&#10;lexvYZXsb2GV7G9hlexvYZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UKAM/BCgDGxRgAvMQqBbLC&#10;OBGnv0QenrtNK5S4VTaLtVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZkYqePZ16mmmpbpaZsWKW1&#10;bVemx21XpuJsV6TtbFqf7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/fBAB/44QAPaeDQDYrQkA&#10;zbgJAMfECAC+yhQAtconBKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4Z0twt21RarV0VmW0fFtg&#10;soRfXLGOYlixmWVVsKVmU7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnwaFSp8GhUqfBoVKnwaFSp&#10;8Gj/gg4A/5QMANulBgDOsQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Yj8pIJP/i/+JJQ0NfUFJP&#10;RklMRQADCYbIUS59xlg4dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72NW1S9mF1RvKRfT7yzYE29&#10;xWBNveBfTLzwYU239WJNtvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA4ZwDANCqBQDFtQUAu78E&#10;ALLLCACr2A0Ao9kgAprYLwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9jzGtEXsxzSVrLekxWyoNP&#10;UsqNUk/KmFRNyqVWS8qzV0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF+1pIxftaSMX7WkjF+1r3&#10;kQQA1KICAMevBAC6uQMAsMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9EG3XeTSRu3VUrZ9xcMmLb&#10;ZDdd22s7WdpyP1XaekNS2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5MRtrtTETY+U9D2PtPQ9j7&#10;T0PY+09D2PtPQ9j7T0PY+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU6BQBjOklBIToMwt76DwU&#10;c+hEG2voSyJk51IoXudZLVnnYDJV52g1UudvOE/ndztM54A9SeeJP0folEFE6J9CQumsQ0HpukRA&#10;6s1EQOrkREDo9URA5/hDQOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4BALC4AQCkxAIAmdAFAI/h&#10;CgCJ8RoBgfEoBXjyMgxw8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82UtTPRsMEn0czJG9Hs0Q/SE&#10;NkH1jjc+9Zk5PfakOjv2sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw49+w8OPfsPDj37Dy/qgAA&#10;sbMAAKS/AACYygEAjNgEAIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+RxlT/k0dT/9UIEv/WiJI&#10;/2ElRf9nJkL/bShA/3UqPf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++MjH/0DIx/9YyMf/WMjH/&#10;1jIx/9YyMf/WMjH/1jKyrwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkCZ/8iBGD/LAda/zQMVP88&#10;D0//QxNK/0kVR/9PF0P/VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx/4YjL/+RJC3/myUs/6Um&#10;K/+vJir/uycp/74nKf++Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvOAAB+2wAAdfkHAGv/DwFi&#10;/xYCW/8eA1T/JgVO/y4GSf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9YEjP/XhMx/2QULv9qFSz/&#10;chYq/3oXJ/+DGCX/jhkk/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60bIf+tGyH/rRuavgAAi8oA&#10;AH7XAABw4wAAZ/8EAF7/DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3/zoHM/8/BzD/RAgu/0kJ&#10;LP9OCSn/Uwon/1gKJf9eCyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/mQ8Y/5sQGP+bEBj/mxAY&#10;/5sQGP+bEBj/mxD/TCoD/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dgJP9Uayr/UHgv/02EM/9K&#10;jzb/R5k5/0ahO/9FqTz/RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C/0H2Qv9B/UL/Qv9B+UT/&#10;QfRG/0LvR/9C70f/Qu9H/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/VzYI/1w/Dv9eSRb/XVMd&#10;/1peJP9XaSr/U3Uv/1CBNP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9EvUH/RMZC/0PRQv9D4kP/&#10;Q+xD/0P1Q/9D/EP8RP9D9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/ROtJ/0T/TSkD/0wwBP9U&#10;MQX/WTQI/189Dv9hRxb/YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7/0udPf9KpD//SKxA/0iz&#10;Qf9Hu0L/RsND/0bORP9F30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0blS/9H5Uv/R+VL/0flS/9H&#10;5Uv/R+VL/0f/TikD/08uBP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9dZCv/WnAw/1Z8Nf9Thzn/&#10;UJE8/06aP/9NokD/S6lC/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+EjyR/VI+kbxSf9H6kv/SONM&#10;/0neTf9K3k3/St5N/0reTf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H/2c6Dv9qRBX/ak4c/2dX&#10;JP9iYSv/Xm0x/1t4Nv9Xgzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6TLxI+UzHSPZL1EnzS+VJ&#10;8EvwSe1M+UjpTP9K4U7/S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ/03/UCgD/1UqBP9dKQX/&#10;ZS0H/2w4Df9vQhT/b0sc/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaSQvdUmkT1U6JG9FKpSPJR&#10;sUnxULlK70/DS+5Pz0vrT+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9QyVP/UMlT/1DJU/9QyVP/&#10;UMlT/1D/UScD/1gnBP9hJwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9aGQw+WVwNvZhezvzXoVA&#10;8FuOQ+5ZlkbsV55I6lWmSuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS91HRU/1SylT+U8RW/1O/&#10;V/9Tv1f/U79X/1O/V/9Tv1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0C/96PRH/ekYY/3hPIPt0&#10;WCj2b2Ev8WtsNu1ndjzpY4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ2Fa8UdVVyFLSVdtTzlbr&#10;U8tW9lXGVv1Wv1j9VrpZ/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/UyYD/18iA/9pIQP/cygF&#10;/3syCv9/OxD/gEQW+35MHvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthijkrUX5ZN0V2dUM5cpVLM&#10;Wq1UyVm2VsdZwlfGWdBXwlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37Wa1d+1mtXftZrV37Wa1d&#10;+1n/ViQD/2IgA/9tIAP/dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq4XhkMtxzbjrUbndB0GqA&#10;R8xmiUzIZJFQxWKYU8NgoFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71ywXvldq1/5Xahg+VylYflc&#10;pWH5XKVh+VylYflcpWH5XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+JNgv4iz4R74tGF+iITh7h&#10;hFcm2X5hMdF4ajrLc3NCxm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2GsXLBgt16uYMRfrGDYX6lh&#10;61+nYfdfomP3X59k91+dZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC/2gcAv90HQL/fiMD/4gr&#10;Bf2NNAnzkDsO6pBDFOKPShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61bohSsmuPVq9pl1qsZ59c&#10;qWWoX6ZksmGkZL9iomTQYqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo9mCWaPZglmj2YJZo9mD/&#10;XR8C/2oaAv93HAL/giEC/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohbL8KDZDm8fmxBt3l0SLJ1&#10;fE6ucoRTqm+LV6Ztk1uja5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNkk2r0Y5Fr9WKQa/VhkGv1&#10;YZBr9WGQa/VhkGv1YZBr9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXrmTUI4Zw7DNaYQxbMk08i&#10;xI1YLr2HYTi2gmlBsH5xSKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVtq2SSbLdmkGzGZo9s32aO&#10;bfFljG7zZItu9GOKbvRiim70Yopu9GKKbvRiim70Yopu9GL/YRwC/28WAv98GgH/iB4B/5EkAvKZ&#10;KwTnnjEF3aA2CdGcQRXHl00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31TnHiFWJh2jVyUdJVfkXKe&#10;Yo5xqGWLcLRniXDDaIdw22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GP/YxoC&#10;/3EVAf9/GAH/ihwB/JQhAu6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQXTesi2U/pYdsR6CDc02b&#10;gHtTln2CV5J6ilyOeJJginabY4d1pWaEdLFngnTAaIB01WiAdexnf3byZn9182V/dfNkf3XzZH91&#10;82R/dfNkf3XzZH9182T/ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC0qcwB8ijPhO/nkkftplT&#10;K66UWzanj2M/oItqRpuHcU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+ea9oe3m9aXp50Wl5eupo&#10;enryZnp58mV6efNkennzZHp582R6efNkennzZHp582T/ZxcC/3YUAf+EFgH/kBcB9ZsaAeekHQHb&#10;qx8BzqovBsSmPRK6oUgesp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo1ffoCXY3p/&#10;oWZ3fqxodX27aXN+zmlzfuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNkdXzzZHV882T/aRYB/3gT&#10;Af+HFAD/kxUA8Z4VAOOoFgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOemF88l5RmRJCRbUuLjnRR&#10;hox7VoGJg1t8h4tfeIaUYnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C8mVwgfNkcIHzZHCB82Rw&#10;gfNkcIHzZHCB82T/axQB/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbArBbutOQ+yqUQbqaVOJ6Ch&#10;VjKZnV47kppkQ4uXa0qGlHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahnaYm2aGeJyGhnieNnaIny&#10;ZmmH82VqhvNkaobzZGqG82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3mg4A26cKANOwCwDKtBYA&#10;wLQpBLaxNw6trkMapKpMJZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aWflhxlIZcbJKQYGiRmmNl&#10;kKZlY5C0ZmGQxmZhkOFmYZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0Y2SM9GP/cRAB/4IPAP+R&#10;DQDenwkA06oJAMyzCQDEuBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3h6ZhP4CkZ0Z6oW5MdZ91&#10;UXCdfFVrnIRaZpqOXWOZmGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJek/ViXpP1Yl6T9WJek/Vi&#10;XpP1Yl6T9WL/dQ4A/4YNAOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7MgqhuT8VmLZIIJCzUSuI&#10;sFg0gK5fPHqrZkN0qWxIb6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6GwYFahwWBVotxgVaHvYFaf&#10;919XnPdfV5z3X1ec919XnPdfV5z3X1ec91//egwA/YsJANqbBADOpwYAxLAGALy5BAC1wQ4ArMIg&#10;AaTBMAiavzwTkb1GHYm6TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1froFRW62KVFitlVdUrKFZ&#10;UqyvW1CswFtQrNpaT6vuW0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm+lv/gAkA4ZIBANGgBADG&#10;qwUAvLQEALO9AwCrxwsApMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79bM22+YjlnvGk+YrtwQ166&#10;d0dauYBLVrmJTlO4lFBQuKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5WSrP+Vkqz/lZKs/5WSrP+&#10;Vkqz/lb6hwIA1pgAAMmlAwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASKzzYMgc5BFXnMSh5yy1Im&#10;bMpaLWbJYTJhyGg3XMdvPFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jFv0tHxthLR8XtS0bD+U1F&#10;wv9ORcL/TkXC/05Fwv9ORcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0CAJ/HBQCW0gkAjtoSAIjb&#10;JAKA2jIIeNk+EHHYSBhq11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385TNOIO0rTlD5H06A/RdSu&#10;QETUv0FD1dhARNPsQELS9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTRmAAAw6UAALWuAACpuAAA&#10;nsMCAJTNBgCK2QoAhOMYAX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfjXSRU42QnUOJrKk3icy1K&#10;43wwSOOGMkXjkDRD45w1QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7OD3i+zg94vs4PeL7OD3i&#10;+zjGoQAAt6sAAKq0AACevgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jIIZO47DV7uQxNY7ksXU+5S&#10;GlDvWR5M72AgSe9nI0fvbyVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri448r4vN/PQLzfz5y828fMv&#10;NvHzLzbx8y828fMvNvHzLzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvdBQB09xEAbfccAWb4JgNf&#10;+C8GWvk4ClT5QA5Q+kcRTPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14Hzj9giA2/Y0iNP6YIzL+&#10;pCQx/7ElMP+/Ji//zyYu/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAAn7cAAJLCAACGzQAAedoA&#10;AHDyCABo/xEAYf8aAVr/IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49/1UQOv9bETj/YRM1/2gU&#10;M/9vFTD/eBYu/4IXLP+NGSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/xxwm/8ccJv/HHCb/xxyh&#10;tAAAk78AAIbKAAB41gAAbOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8uBED/NAU8/zsGOf9BBzb/&#10;Rggz/0wIMf9RCS7/Vwos/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQHv+gEB7/qBEd/7ERHf+x&#10;ER3/sREd/7ERHf+xER3/sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP/wwASf8SAUP/GQE+/yAC&#10;Of8nAzX/LQMy/zMELv84BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/Xgcb/2UHGf9uCBf/eAgV&#10;/4MIE/+NCRP/lgkS/54JEv+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0IyBP9IMgT/TDYG/048CP9Q&#10;Rw7/UFIV/05fGv9Lax//SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w/z21Mf89vDL/PMUy/zzO&#10;M/873zP/O+o0/zvzNP87+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1P/819T//NfU//zX/QywD&#10;/0QwBP9KMAT/TjQG/1E6CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9Fiyv/Q5Ut/0KdL/9BpTD/&#10;QKwx/z+zMv8/ujP/PsI0/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//NPg//zbyQf838EH/N/BB&#10;/zfwQf838EH/N/BB/zf/RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V/1RaG/9RZiD/TnIl/0t9&#10;Kf9IiCz/RpIu/0WbMP9EojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/QOU3/UDwN/pA+Df3Qf82&#10;9kH/N/JB/zjsQ/856kT/OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9QLAT/VS8F/1k3CP9cQg7/&#10;W00V/1hXG/9WYyD/Um8l/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0WtNv9FtDf/RLw4/kTGOPxE&#10;0jn5Q+I59kTuOfNE9znxRP8570T/OutF/zvkRv8840b/PONG/zzjRv8840b/PONG/zz/RisD/00p&#10;A/9UKQT/WSwF/141B/9hQA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/Tosx/kyUNPxLnDX7SqM3&#10;+kmqOPhIsTn3SLk69kfCO/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI/z/aSv9A2Er/QNhK/0DY&#10;Sv9A2Er/QNhK/0D/RyoD/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RRGv9gWyD/XGcm/VlyK/pW&#10;fS/4U4cz9lGQNfRQmDfyTp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+5UzqPeJL9T/fS/5B3Er/&#10;QtRM/0PNTf9Dy07/Q8tO/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/YygE/2gwBv9sOwv/bEQS&#10;/2pOGf5mWB/5YWIl9V5tK/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVRqj7jULI/4U+7QOBPx0De&#10;T9hB2U/oQdRP9EPQTv5Fzk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/R8BR/0f/TSUC/1chAv9g&#10;IAP/aCYD/24uBf9yOAr/ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn404luHOOBZjzvdV5c+21Wf&#10;QNhUpkLVU65D0lK3RNBSwkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3Vf9KtlX/SrZV/0q2Vf9K&#10;tlX/SrZV/0r/UCMC/1seAv9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0UBvqb1oi5GtlKeBnby/b&#10;Y3k11mCCOtJdij7PW5JBzFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1XfS7xW7ky5VvpNt1b/TbJY&#10;/02uWf9NrFn/TaxZ/02sWf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC/3goA/98MQf4fjoL8H1D&#10;Eel6TBjidlcf3HJhKNRtay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8W6RLulqtTLhZt062WcNP&#10;tFnVT7Fa6lCuWvdQrFr/UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd/0//Vh4C/2EZAv9sGgL/&#10;dSAC/3wlA/2BLgXzhDcJ6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4PL5ngEG6ZYhFt2OQSLRh&#10;mEuyX59Nr16oT61dslGrXb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9Sm2D/Uptg/1KbYP9Sm2D/&#10;Uptg/1L/WBwC/2QXAf9wGQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLRglAcyn1aJsR4Yy++c2w3&#10;uW90PbVsfEKyaoRGrmeMSqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h4VabYvFVmWL9VZdj/1SV&#10;ZP9UlGT/U5Rk/1OUZP9TlGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4QgAfOKJgLoji4E35A2B9SM&#10;QRHLh00bxIJXJr19YC+3eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhRnWegU5pmqlWYZbVXlWXE&#10;WJRl21iSZu9XkWb8V49n/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/XBgB/2kTAf92FgH/gBkB&#10;/YgdAe+OIgHkkykC2pQxBs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2dUKjc31Hn3CES5xujE6Y&#10;bJRSlWudVJJqp1eQabJZjWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+Vodr/laHa/5Wh2v+Vodr&#10;/lb/XhcB/2wSAf94FAH/gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZuYpTJLKGWy2sgWQ1pn5r&#10;PKF6ckKdd3pHmXWBS5VziU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuDbulag274WYJv/FiCb/1X&#10;gm/9V4Jv/VeCb/1Xgm/9V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeWGADbnBwAz5stBMWXOw28&#10;k0cYtI5RI62KWSynhmE0oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOXVYRyoViCcaxaf3G6XH5x&#10;zFx9cudbfXL2Wnxy/Fl8cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB/3ERAf99EQD/iBIA8pIS&#10;AOOaEgDVnxkAyp4rBMGbOQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCSgHVFjX58Sol8hE6FeoxS&#10;gniVVn53n1h7dqpbeXW4XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2/Fd3dvxXd3b8V3d2/Ff/&#10;ZBIB/3MQAP+AEAD/ixAA75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZNIKSSViqdjl4yl4tlOZKI&#10;bECNhXNFiIN6SoSAgU6Af4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJccXvzWnF7+1lyevxYcnr8&#10;WHJ6/FhyevxYcnr8WHJ6/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDMpBUAwqQnA7iiNgqwnkIV&#10;p5pMH6CXVCmZk1wxk5BjOI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOBm1hvgKZabX+0XGt/xVxr&#10;gN9ca4DyWmuA+1lsfvxYbX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gOAP+FDADikggA1ZsJAM6j&#10;CQDHqBIAvaglArSmNAmrokATo59KHpubUieUmFowjpVhN4iSaD2CkG9Dfo52SHmMfUx1ioVQcYiO&#10;VG2HmVdqhqRZZ4WxW2WFwltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdng/xXZ4P8V2eD/Ff/bA4A&#10;/3sMAPKJCQDZlQYAz54IAMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJahUSWPnlguiJtfNYKZZjx9&#10;lm1BeJR0RnOSe0tvkINPa4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zuWV+M+1hhiv1XYYn9V2GJ&#10;/Vdhif1XYYn9V2GJ/Vf/bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4AsrAgAamuLwahrDwQmKlG&#10;GpGnTyOJpFYsg6JdM32fZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNelaBVW5StV1qUvVhZlNRX&#10;WZTsV1mT+VZbkf5VW5D+VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiRAwDMnAUAw6UFALutBACz&#10;swwAq7UcAaO0LAWbsjkOkrBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRvQWiid0VkoX9JX5+ITFye&#10;kk9Ynp5SVp2rU1SdvFRTndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9TVJn/U1SZ/1P/eAYA4YkA&#10;ANCWAgDGoQMAvKkDALOwAQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18s1IldrFaLHCvYDJrrmc4&#10;Zq1uPGKrdUBeqn1EWqmGSFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m909Npf9PTqT/T06k/09O&#10;pP9PTqT/T06k/0/6fwAA2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EUAJTBJQKMwDMIhL8+EXy9&#10;SBl1vFAhb7pYJ2q5Xy1luGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xGTLOpSEqzuUhJtM5ISbPp&#10;SEix9klIsP9KSLD/Skiw/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2qQAAq7EAAKG6AQCYwwUA&#10;kMkQAIrJIAGDyS8Fe8g7DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bBcjNTwXs2T8CEOUzAjzxK&#10;wJs+R8CoP0bAuEBFwM1ARcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/Q0O8/0PWjQAAxpsAALil&#10;AACtrgAAorYAAJi/AgCNyAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsVYdBTGlzPWx9Yz2IjVM5p&#10;J1HOcSpNznotSs6DMEjOjjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/y/45Psv/OT7L/zk+y/85&#10;Psv/OT7L/znKlgAAvKIAAK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPeGABu3iYCaN4zBWLePgpd&#10;3kgPWd5QFFXeWBdR3mAbTt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96mKj7ftSo94MgqPd/jKjzd&#10;8Ss73PstOtz9Ljrc/S463P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAAjcMAAIHNAgB21wcAbugP&#10;AGnoGwFj6CcCXukyBVjpOwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB63IbP+t7HTzrhh467JEg&#10;OOyeITftrCI27bsjNe7PIzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr+COzpQAApq0AAJm3AACN&#10;wQAAgMsAAHXVAQBp4QYAZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZHCkT2TgxB91UOP/dcDzz3&#10;YxE6+GoTN/hzFDX4fRYz+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cbK/vrGyv76xsr++sbK/vr&#10;Gyv76xuoqgAAmrQAAI2/AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO/yMCSf8rA0X/MwRB/zoF&#10;Pv9BBjv/Rwc4/04INf9UCTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/lQ8l/6EQJP+uESP/uhIi&#10;/8oSIv/QEiL/0BIi/9ASIv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90AAFnjAABT/QYATf8OAEj/&#10;FgBD/x4BP/8mAjr/LQI3/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YGJP9dBiL/ZQcg/24HHf95&#10;CBv/hQga/5IJGf+eCRj/qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQugAAgsUAAHTQAABn3AAA&#10;WOMAAE3wAABH/wIAQv8MADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/NQIj/zoCIP8/Ax7/RAMc&#10;/0kDGf9PAxf/VgQV/14EEv9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+iBQ3/ogUN/6IFDf+iBQ3/&#10;ogX/OS8C/zwwA/9BMQP/RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ/zyBHP86jB7/OZYg/zie&#10;If83pSP/N6sj/zayJP82uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/Nv8m/jb/Jvw2/yb8Nv8n&#10;+jb/KPo2/yj6Nv8o+jb/KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9IQwj/SE8N/0dbEv9EZxb/&#10;QnMa/z9/Hf89ih//PJMh/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjHJ/840yj/OOMo/zjtKP44&#10;9yj7OP4n+Tn/J/g4/yn4OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C/0EsA/9GLAP/Si8E/0w3&#10;Bf9NQQj/TEwN/0tYEv9IZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/PaYm/zytJ/88tCj/O7sp&#10;/zvEKf87zyn+O+Aq+zvrKvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87/y3vO/8t7zv/Le87/y3/&#10;PC0C/0QpAv9KKQP/TiwE/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4H/9FgyL/Q40k/0KVJv9B&#10;nSf/QKMo/0CqKf4/sSr9P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s7T//Lew+/y/rPv8w5z//&#10;MOc//zDnP/8w5z//MOc//zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/V0cM/1VREv9SXRf/UGkc&#10;/010IP9KfyP9SIkm+0eRKPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJDyC7wQ9cu7EPnLulE8y3m&#10;Q/ww5EL/MeNC/zLhQv8z3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sjAv9SIgL/WCcD/1wvBP9d&#10;OQf/XkMM/1tOEf9YWBf+VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt7UmjLuxIqi/qR7Ev6Ue6&#10;MOdHxTDmR9Iw4kjlMN9H8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfNSP83zUj/N81I/zf/RiQC&#10;/08gAv9WHwL/XSQD/2EsBP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5VdSXrU38o6FGIK+ZPkS3k&#10;Tpgv4k2gMOFMpzHfTK4y3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/OshK/zrGS/87wUz/O8FM&#10;/zvBTP87wUz/O8FM/zv/SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ+WhGD/JlUBXtYVsa6F5m&#10;IORbcSXhWHsp3laELNtUjC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnKTsk6yE7dOsRP7TvBTvk9&#10;vk7/PbxO/z66T/8+tlD/PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9fGgH/ZyAC/2wmAv9vLgT5&#10;cDgH8m9CDOtsSxLlaVcZ32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaWN8ZUnTnEU6U7wVOtPL9S&#10;tz69UsM/vFLTP7lS6D+1UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9BrFT/QaxU/0H/UBwB/1oX&#10;Af9kGAH/bB0B/3EjAv11KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybKY3ErxmB5MMJegTS/XIk3&#10;vVqROrpZmDy4WKA+tleoQLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX/0SlWP9Eolj/RKJY/0Si&#10;WP9Eolj/RKJY/0T/UxkB/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4B9x6RA3SdU8Wy3BaHsZs&#10;YybBaGwsvWZ1MbljfTW2YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhGpVnHR6Na3kehWu9Hn1v8&#10;R51b/0ebXP9Gmlz/Rppc/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/dBcA/3ocAfJ/IgHngSkC&#10;3oIzBNN/QAzLekwVxHZWHr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadij0ClYJdDol+gRZ9eqUed&#10;XrRJm13CSpld1kqXXuxKll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/R5Jg/0f/WBUB/2MRAf9u&#10;EgD/dxUA+34YAO2DHQDihyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2UsrW9tMqltdTemanw7omiE&#10;Pp9mjEGcZZREmWOcR5dipkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qMZP9Ji2T/SYtk/0mLZP9J&#10;i2T/SYtk/0n/WhMB/2YQAP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eIOwq/hEcTuH9RHLF7WiSs&#10;d2Irp3RqMaNxcjafb3k7m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6TYhlzE6HZuZOhmf2TIZn&#10;/0uFaP9LhGj/SoRo/0qEaP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA84UQAOSLEQDWjxcAy44q&#10;AsKMOAm6iEQSs4RPG6x/WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKObY1Fi2yWSIhroEuFaqpN&#10;g2m3ToFpyE+AauNPgGv0Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r/0v/XhAB/2sOAP92DgD7&#10;gA0A6ogNANuPDADQkhUAx5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1lMJd6bDWTd3M6j3V7Poxz&#10;gkKIcotGhXCTSYJvnUx/bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9MeW//S3lv/0t5b/9LeW//&#10;S3lv/0v/YA8A/20NAP95DADugwsA24sJANSRCgDMlRMAwpUlArmTNAexj0EQqoxLGaOIVCGdhFwp&#10;l4FjL5J+ajWOfHE5inp4PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVyw1Bzct1QdHPwT3Rz/U10&#10;c/9MdHP/THRz/0x0c/9MdHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4IAM+UCQDHmBEAvpgjAbWW&#10;Mgatkz8PppBJGJ+MUiCYiVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFenmPSXZ4mUxzd6ROcXex&#10;UG92wVBud9lQbnfvT253/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/ZA0A/3IKAPB+BgDaiAUA&#10;0JAHAMqXCADCmxAAuZshAbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmIZjOEhm04gIR0PXuCe0F4&#10;gIRFdH+NSHF9l0ttfKJOa3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/TGp7/0xqe/9Manv/TGp7&#10;/0z/ZgoA/3UIAOGBAgDUiwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsMnZhFFZaVTh6Pk1YliZBd&#10;LISOZDJ/i2s3eopyPHaIeUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9igdFPYoHrTmOB+U1jgf9M&#10;ZID/S2SA/0tkgP9LZID/S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+dBQC3oQwAr6McAKeiLASf&#10;oDkLmJ5DFJGbTByKmFQjhJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuIRmWKkkliiZ5LX4iqTV6I&#10;uk5ciM5OXYjpTV2H+Exdh/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA6nwAANWIAADKkgMAwZoD&#10;ALmgAwCxpgkAqacZAKKnKQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50mWczb5duOGuWdTxnlH1A&#10;Y5OGQ2CRkEZckZxJWpCpS1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO/0lYjv9JWI7/SViO/0n/&#10;cQEA4IAAAM+MAADElgIAu54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/D4WoSBd+plAeeKRYJXOi&#10;XituoWUwap9sNGWeczlhnXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpIUZjmSFGX9UhRl/9HUZb/&#10;R1GW/0dRlv9HUZb/R1GW/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAAChsAAAmrIRAJSzIgGNsjAF&#10;hbE8DH6vRhR4rk4bcqxWIW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1WkjD5Ro5hAT6OlQk2jtENM&#10;o8hDTKPkQ0uh9ENLoP9ES6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sAAMKWAAC3nwAAraYAAKOt&#10;AACZtQAAkLkOAIu6HgGEui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2EmXrJoK1qxby5WsHcyU7CB&#10;NU+vizhMr5c6Sq6kPEiusz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9Fq/8/Rav/P0Wr/z/agwAA&#10;x5EAALucAACvpAAApasAAJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/BQAxpwEkSZL9RF1++WBxb&#10;vl8gV71mJFS8bidRvHYqTbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7viNEK58zVBuP03QLf/N0C3&#10;/zdAt/83QLf/N0C3/zfOiwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIAe8gHAHTLEgBwzCIBa8sw&#10;A2bLPAdhy0UMXMpOEVjKVhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdDyJUoQciiKj/IsSs+ycQr&#10;PsnhKj7H8is9xvwtPMX/LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmmAACdrgAAkrcAAIa/AAB7&#10;xwMAcM8HAGfWDQBk1xoAYNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdiE0fXaRZF13IYQtd8GkDY&#10;hxw92JMePNihHzrZsCA52cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8jN9T/IzfU/yO5nAAAq6QA&#10;AJ+sAACTtQAAh74AAHvGAABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO5DwESuREBkflTQhF5VUK&#10;QuVcDEDlZA4+5mwQO+Z2EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo5Rgx5vQYMeX8GDHl/Bgx&#10;5fwYMeX8GDHl/BiuogAAoaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4FAFTuEABR7xsATe8mAUnw&#10;LwJF8DgDQfE/BD7xRwU88k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IINLfSPDiv1nQ8q9qsQKfa8&#10;ECj2zhEn9+YRJ/XxESf18REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7xQAAb84AAGLXAABW3gAA&#10;TvAHAEr6EABG+xkAQvsiAT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/UwUr/1oFKf9iBif/awYk&#10;/3YHI/+CCCH/kAgg/50JH/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/dCRz/3QmYsAAAiroAAHzE&#10;AABvzQAAYtgAAFXeAABJ5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysBLf8xASr/NgIn/zwCJf9C&#10;AiP/SAIg/04DHv9VAxz/XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR/7IFEf+8BRH/vAUR/7wF&#10;Ef+8BRH/vAWMuAAAfcIAAG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/CwAw/xAALP8WACn/HAAm&#10;/yIAIv8nAR//LAEc/zEBGv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9hAgz/bAIK/3kCCf+GAwj/&#10;kgMH/50DBv+lAwb/pQMG/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID/zs5BP87QwX/OU8H/zhc&#10;Cv82aA3/NHQQ/zKAEv8xixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/LrwZ/y7FGv8uzxr/LuAa&#10;/y7rGv8u9Br/Lvwa/C//Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou/xz/My8C/zksAv89LQL/&#10;PjAD/z82BP8/QQX/PU0H/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZGP8zoBn/MqYZ/zKsGv8x&#10;sxr/Mbob/zHCG/8xzBv/Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d9TH/HvUx/x71Mf8e9TH/&#10;HvUx/x7/NSwC/zwqAv9AKgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/PW4R/zt6FP85hBb/OI4Y&#10;/zeWGf82nRr/NqQb/zWqHP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc18R30Nfod8jX/HvE1/x/w&#10;Nf8g7zT/Ie80/yHvNP8h7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0kyA/9JPAX/SEcH/0ZTC/9E&#10;Xw//QmoS/0B2Ff8+gBj/PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf+Tm8H/g5xh/2OdMf8jnk&#10;H+858B/sOvof6jn/Iek5/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/PCcC/0MjAv9IIgL/TCYC&#10;/08vA/9QOQX/TkMH/0xPC/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZAlh71P50f8z+jIPI+qiDx&#10;PrEh8D65Ie4+wyHtPs8h6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/KNw9/yjcPf8o3D3/KNw9&#10;/yj/PyMB/0cgAf9MHgH/USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT9kttF/NJdxrwR4Ec7kaK&#10;HuxFkiDrRJkh6UOgIuhDpyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXWQvgo00L/KtFC/yvPQf8r&#10;zkH/LM5B/yzOQf8szkH/LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9cMgP/WzsG/FlGCfZWUQ7x&#10;VF0T7VFoF+lPchrmTXwd5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2EazKNVGvCjTRsgp0UbcKs1H&#10;7CrJRvcsx0b/LsRG/y/DRv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B/04YAf9WGAH/XB4B/2Al&#10;Av9iLQP8YjcF9GBBCO5dTA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTRTZAnz0yXKM1MnirLS6Yr&#10;yUqtLMdKty3GSsIuxErRL8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL/zO2S/8ztkv/M7ZL/zP/&#10;ShoB/1IVAf9aFgH/YRsB/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5eF9JbaRzOWHIgy1Z7JMhU&#10;gyfFUosqw1GSLMFQmS6/T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1r0/9Nq1P/zasT/82q0//&#10;NqtP/zarT/82q0//NqtP/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHtbiwC5W02BN1rQwjUZ08Q&#10;zWRaF8hgZB3EXW0iwVt2Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBSrTatUrc3rFLFOKpS2jin&#10;Uu05pVP6OaNT/zmiU/85oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQAP9jEgD/ahQA/28ZAPJy&#10;HwDmdCYB3XQxAtNxPwjLbUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAurluIMaxZjzOqWJc1p1ef&#10;N6VXqDmjVrM6oVbAO59W0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqYWP86mFj/OphY/zr/UhIB&#10;/1wOAP9mEAD/bREA+nMUAOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhrXB2zaGUir2VtJ6xjdSup&#10;YXwvpl+EMqNeizWhXZM3nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1PpFb/z6QXP89kFz/PI9c&#10;/zyPXP88j1z/PI9c/zz/VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgAzn0qAsV7OQa+d0UOt3RQ&#10;FbFwWRytbWIiqGppJ6VocSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2RXqs/j164QI1eyEGLXuFB&#10;il/zQIlf/z+JYP8+iGD/Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9sDAD4dAwA6XoMAN5+DADS&#10;gRUAyIEnAcB/Nga4fEINsnhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8M5RnhDaRZYw5jmSVPIxj&#10;nj6JYqhAh2K1QoVixUKEYt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/gmT/P4Jk/z//WQ4A/2QL&#10;AP9uCgDqdwgA230IANSCCgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuhdlwhnHNkJphxayuUb3Iv&#10;kW15M45rgTaLaok5iGiSPIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn/EF8aP9AfGj/QHxo/z98&#10;aP8/fGj/P3xo/z//WwwA/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogiAbaHMQSvhD4LqIFJE6J9&#10;Uhqcelogl3dhJpN1aCuPc28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NCeWqwQ3hqv0R2atRFdmvt&#10;Q3Zr+0J2a/9Bdmz/QHZs/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDafAQA0IMGAMmIBwDDig8A&#10;uosgAbKKLwSriDwKpIVHEp2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwlkB2&#10;b6FCdG6uRHJuvUVwbtFFcG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/QHFw/0D/XwgA/2sEAOF2&#10;AADUfwMAy4YFAMWLBgC+jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1YejoBdJIl+ZCmFfGstgXpy&#10;Mn14eTV6d4I5d3aLPHN1lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENrc/9CbHP/QWxz/0Bsc/9A&#10;bHP/QGxz/0D/YQUA+m4BAN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmSKwOikDgIm41DD5SKTBeO&#10;iFQdiYVbI4SDYiiAgWktfH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiqQ2Z4uERleMxFZXjnRGV4&#10;90NmeP9CZnj/QWZ4/0BmeP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIAw4wDALuRAwCzlAkArJYY&#10;AKWWKAKdlDYHlpJBDpCPShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRvgn03bIGGO2l/kD5mfptB&#10;Y36oQ2F9tkRgfclEX33lQ2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9/0D/ZwAA43QAANJ/AADH&#10;iAEAvo8CALaVAQCumAYAppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FYIHqPXyV2jWUqcotsLm6K&#10;czJqiHs2ZoeEOWOGjjxghZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9AW4P/QFuD/z9bg/8/W4P/&#10;P1uD/z//agAA3ngAAM2DAADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGTnjEFjJ08C4WbRhJ/mU4Y&#10;epdWHnWWXSNwlGMobJJqLGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aLskBUi8VAVIvhQFSK8z9V&#10;iv4/VYn/PlWJ/z5Vif8+VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgAAKqcAACgogAAmaQQAJOl&#10;IAGMpC4DhaM5CX+iQw95oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcwW5eANFiWijdVlZU5UpWi&#10;O1CUsD1PlMM9T5TfPE+T8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzkdAAAz4EAAMKMAAC4lgAA&#10;rZwAAKOhAACYqAAAkKoNAIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmmWBxkpF8hYKNmJV2ibSlZ&#10;oXUsVqF+L1OgiDJPn5M1TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/OUmb/zlJm/85SZv/OUmb&#10;/znbegAAyIcAALySAACxmgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYBdrIzBHGyPQlrsUcOZrBP&#10;E2KvVhherl0cWq1kIFesayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJFqb8yRKraMkSo7zJDp/sz&#10;Q6b/M0Ol/zRDpf80Q6X/NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOsAACIsgAAfLkCAHa6EQBy&#10;uyEAbrsuAmi7OgZkukMKX7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6Iki2hCVFtpAnQ7WdKUG1&#10;rCpAtr4qP7bYKj+07io+s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAAuZUAAKydAAChpAAAlqsA&#10;AIqyAAB/uAAAc78DAGrEDABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQxFgPTcRfEkrDZhVIw24X&#10;RcN4GkLDghxAw44ePsOcHzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi//yQ4v/8kOL//JDi//yS9&#10;kQAAsJsAAKSiAACYqgAAjLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9AhAFXQLgFR0DkCTtBDBEvQ&#10;TAZJ0FMIRtBbC0PQYw1B0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsXNNLSFzXQ7BY0z/cYM87/&#10;GjPO/xozzv8aM87/GjPO/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABqxwAAXs0DAFTUCABM3Q0A&#10;St0YAEjeJgBG3jIBRN88AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXhegoz4YYMMeGUDTDiow4u&#10;4rMOLuPHDi3j4w4t4PIOLN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcAAI+wAACDuAAAdsEAAGrJ&#10;AABezwAAU9UBAEncBgBF6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYCM+1NAzHtVQMv7l0ELe5l&#10;BSvucAUp73sGKO+JBybwlwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi7/UIIu/1CCLv9QiepgAA&#10;ka8AAIS4AAB3wQAAaskAAF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3IAAz9ygAMfgwAC75NgEr&#10;+T0BKfpEASf6SgIl+1ICI/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+oBBf/twQW/8gEFv/gBBb/&#10;5AQW/+QEFv/kBBb/5ASTrgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAAOuQAADX3AwAy/wwALv8S&#10;ACv/GgAo/yEAJv8nACP/LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET/18BEf9qAhD/eAIO/4cC&#10;Dv+WAg3/pAIM/7ACDP++Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJAABe0wAAUNsAAEPgAAA4&#10;5QAAL/AAACv/AAAn/wgAJP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8tABH/MgAQ/zgADv8/AAz/&#10;RgEK/08BB/9ZAQT/ZQEB/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kBAP+pAQD/qQH/LC8B/zAs&#10;Af8yLAL/MzAC/zE2A/8wQQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/J5EM/yeZDf8mnw3/JqUO&#10;/yarDv8msQ//JrgP/ybAD/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn/w/5Jv8R+Cb/Efgm/xL4&#10;Jv8S+Cb/Evgm/xL/LiwB/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJXBv8wZAf/LnAJ/yx7Cv8s&#10;hQz/K44N/yuWDv8qnQ//KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR/injEfsq7xH4KvgQ9iv/&#10;EPQq/xL0Kv8T8yr/FPMp/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/OikC/zsyAv87PQP/OUgF&#10;/zdUBv81YAf/M2wJ/zJ3DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8urBL/LrMS/i66Ev0uxBL7&#10;Ls8T+C7hEvUu7RLxL/cS7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/F+wu/xf/NCYB/zkjAf89&#10;IwH/PiYC/0EvAv9BOQP/P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ/TSPEfw0lhL6M50T+TOj&#10;E/gzqRT3M7AU9jO3FPQzwBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjkMv8Z5DP/GuMy/xrjMv8a&#10;4zL/GuMy/xr/OCMB/z0gAf9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9BWAj/P2QL+z5vDvk8eRD2&#10;O4MR9DqLE/M5kxTxOZkU8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjbFuM56hbgOPUY3Tj/Gts3&#10;/xzZN/8d1zf/HdY3/x7WN/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB/00oAf9OMgL/TTwE/0pH&#10;BvpIUwj2Rl8L8kRqDu9CdBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxjiPaoY4D2yGN89uxndPcYZ&#10;2z3YGtY96RrSPfUdzj3+H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8/yH/PxwB/0UXAf9LFwH/&#10;UB0B/1MkAf9ULQL/UzcD91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WCFt1EihfaQ5EZ2EKZGtVC&#10;nxvTQaYc0UGuHc9Btx7OQcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8kvUH/Jb1B/yW9Qf8lvUH/&#10;Jb1B/yX/QhgB/0kTAP9QFAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfjU1UK3lFgDtlOahLUTHQW&#10;0Et8GM5JhBvMSIwcykeTHshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G3yW5Ru8mtkb7J7RG/yiz&#10;Rv8oskb/KLFG/yixRv8osUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14bAPlgIwHvYCwB5l42A99c&#10;RAXYWVAK0VdbD8xUZRTIUm4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wkuEqkJrZKrCe0SrYos0nD&#10;KbFJ1imuSuoqq0r4K6lK/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/SRIA/1AOAP9ZEAD/XxIA&#10;/2MWAPJlHQDnZSUA3mQxAdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhUeR+2U4Eis1KIJLFQkCav&#10;UJcorU+fKatOqCupTrIsp06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//Lp1Q/y6dUP8unVD/Lp1Q&#10;/y7/TBAA/1QNAP9dDgD/Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJv2JSD7pgXBW2XWUZsltt&#10;Ha9ZdSGsWHwjqlaDJqdViyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZUuIxl1PyMZZT/zGVVP8x&#10;lFT/MJRU/zCUVP8wlFT/MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORtDgDWbhYAzG8oAcRtNwS9&#10;a0QJt2hPD7JlWBWuYmEaqmBpHqdecCGkXXgloVt/J59ahyqcWY4smliXLphXoDCVVqoyk1a1M5FW&#10;xTSQVt00jlfwNI1X/TOMWP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA/1sJAP9jCADragcA3W4I&#10;ANhxCgDPchMAxnMlAb5yNAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKcYXQlmmB7KJdegyuUXYst&#10;klyTMI9bnDKNWqY0i1qyNYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc/zOEXP8zhFz/M4Rc/zP/&#10;UwoA/10GAPVmBADfbQMA1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJDqZuUhShbFsZnWliHZln&#10;aiKWZnElk2R4KJBjfyuNYYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4f1/qN35f+jZ+YP81fmD/&#10;NH5g/zR+YP80fmD/NH5g/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDDeg8Au3sfALN6LwKseDwH&#10;pnVGDaFzUBOccFgYl25gHZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFjljR/Y6E2fGKtN3piuzl5&#10;Ys45eGPoOHhj+Dd4ZP82eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IBAOFsAADUcwIAy3gEAMV7&#10;BQC+fQ0Atn4dAK9+LAKofDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmK&#10;MXtolDR4Z582dmaqOHRmuTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVyaP81cmj/NXJo/zX/WQIA&#10;9mUAAN1uAADPdgEAx3sDAMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7SxGSeFQXjXZbG4l0YiCF&#10;cmkkgXFwJ35vdyt7bn8ueG2IMXZskjRza5w2cGqoOG5qtzptask6bGrkOm1r9Thta/83bWv/Nm1r&#10;/zZta/82bWv/Nm1r/zb/WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkArYUYAKaFKAGfhDUFmYJA&#10;CpN/SRCNfVIWiXtZG4R5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJs2a2+nOGlvtTpob8c6&#10;Z2/iOmdv9Dhob/83aG//Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0AADIfAAAv4EBALeFAQCv&#10;hwcAqIkVAKGJJQGbiDMElIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHpsJnR5cypxeHstbneEMGt2&#10;jjNodZk2ZnSlOGRzszlic8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82Y3P/NmNz/zb/YQAA4G0A&#10;AM93AADEfwAAu4UAALOJAACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6Eh04Tf4VVGHuDXB13gmMh&#10;c4BqJW9/cSlsfXksaXyCL2Z7izJjepc1YHmjN155sThdecI5XHndOV158ThdeP43Xnj/Nl54/zVe&#10;eP81Xnj/NV54/zX1ZAAA3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQAJeSIACRkS4DipA5B4SO&#10;Qwx/jUwSeotTF3WJWhtxiGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQzW4ChNll/rzdXf8A4V3/a&#10;N1d/8DdYfv02WH7/NVh+/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7hwAAso0AAKiRAACelAAA&#10;lpYOAJGXHACLlysChZY3BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWMbSVhi3QoXop9LFuJhy9Y&#10;iJIxVYefM1OHrTVSh741UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/M1KF/zPjbAAAznkAAMGD&#10;AAC2iwAArJEAAKKVAACXmQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcNb5lPEmqYVhdml10bY5Vj&#10;Hl+UaiJck3IlWZJ7KFWRhStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJMjvoyTI3/MUyM/zFMjP8x&#10;TIz/MUyM/zHccQAAyH4AALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGjFAB8pCMBd6QwA3KjOwZt&#10;okQLaKFMD2SgVBNgn1oXXZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqbLEiaqS1HmbotRprQLUaY&#10;6y1Gl/kuRpb/LkaW/y5Glv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAAoJsAAJWfAACKpAAAfakA&#10;AHerEABzqx4Ab6wsAWqrNwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQp24cTaZ2H0qlgSFIpYwk&#10;RaWZJkOkqCdCpLgoQaTOJ0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg/ynJfgAAuosAAK+UAACj&#10;mgAAmKAAAI2lAACCqgAAdbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRGB1azTgpTs1UNULNcEE2y&#10;YxNKsmsWR7F0GEWxfhpCsIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvchOq3/Ijqs/yM6rP8jOqz/&#10;Izqs/yPAhgAAs5IAAKeZAACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBdvRIAWr4gAFi+LQFUvjgC&#10;Ub5CBE6+SgZMvlIISb5ZCka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9pBc3vbUYNr3KGDe85xc1&#10;u/YZNbr/GjS5/xs0uf8bNLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wAAHuzAABvuQAAY74AAFjE&#10;BABQyAwATcgXAEzJJQBKyjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQHOstuCTjLeAo2y4UMNMuS&#10;DTLLog4xy7IPMMzHDzDL5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKulwAAoZ4AAJWlAACJrQAA&#10;fLQAAHC7AABkwQAAWcYAAE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnYOwA42UUBNtlNATXZVgIz&#10;2l4CMdpoAzDbcwQu238FLNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5CCbY/gkm2P4JJtj+CSbY&#10;/gmknQAAmKUAAIutAAB+tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYANeQNADPkFgAx5CAAMOUq&#10;AC7mMwAt5jwAK+dEACrnTAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf66EDHeuyAxzsxwMc7OED&#10;G+rxAxvp+QMb6fkDG+n5Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnLAABM0AAAQdUAADjcAAAv&#10;4QIALfENACvxEwAo8hwAJvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZRABn3WgEX92UBFfhyART5&#10;gQET+ZIBEvqiAhH6swIQ+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAAgbQAAHO9AABmxgAAWc0A&#10;AEvTAABA2QAANd4AACzjAAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX/ygAFf8uABP/NQAS/zwA&#10;EP9DAA7/TAAN/1YAC/9iAAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/xwED/8cBA//HAQP/xwGD&#10;tAAAdb0AAGfGAABazwAAS9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8FABf/DAAV/xAAEv8UABD/&#10;GQAO/x4ADf8jAAv/KAAI/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sAAP97AAD/iwAA/5kAAP+l&#10;AAD/rAAA/6wAAP+sAAD/rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/I0sD/yFYA/8gZAT/HnAE&#10;/x17BP8dhQX/HY4F/x2WBf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8cwwf/HM4H/x3fB/8d6wf8&#10;HfUH+R3+Bvce/wf3Hf8I9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywnAf8uJwH/LSoB/ywyAf8r&#10;PQL/KUkD/ydVA/8lYQT/I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH/yGlB/8hqwj/IbEI/yG4&#10;CP8hwQj/IcsI/CHcCPkh6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvwIf8L8CH/C/Ah/wv/LCYB&#10;/zAkAf8xIwH/MSYB/zIvAf8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8nfwb/J4gH/yaQB/8mlgj/&#10;Jp0I/iajCf0mqQn8Jq8J+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9Cusm/wvqJv8N6Sb/Degm&#10;/w7oJv8O6Cb/Dugm/w7/LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC/zROA/8yWgT/MGUF/y5w&#10;Bv4tewf8LYQI+iyMCfgskwn3LJkK9iugCvQrpgrzK6wL8iuzC/EruwvvK8YL7izUC+os5gvmLPIL&#10;5Cz8DeIs/w/hLP8Q4Cz/EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86GgH/PSAB/z8oAf8/MgH/&#10;PT4C/ztJA/85VQT7N2EG9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGcDOoxogzpMakM6DGwDeYx&#10;uQ3lMcMN4zLRDd8y5QzcMvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U0DH/FNAx/xT/NxsB/zsX&#10;AP8/FgD/QxwA/0YkAf9GLgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQnoOnoK5TmDC+M4iwziOJIN&#10;4DeZDd83nw7dN6YO2zetD9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3/xbGN/8XxTf/GMQ3/xjE&#10;N/8YxDf/GMQ3/xj/OxcA/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+AuxGSgTnRFYG40NiCN9B&#10;bArcQHUM2T9+DdU+hg/TPY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sVxzvIFsU83BbBPO0Xvjz5&#10;Gbs8/xq6PP8buTz/G7g8/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/TxQA/1EbAPtSIwDxUS0B&#10;6U84AeJNRQPcS1EF1klcCNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNClRbBQZwXv0GkGL1ArBm8&#10;QLYaukDCGrhA0hu1QegbskH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/HqxB/x7/QhEA/0cNAP9P&#10;DgD/UxEA/1YVAPNXHADoViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQwEpyEr1JehW7SIIWuUeJ&#10;GLdHkBm1Rpcbs0afHLFFpx2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGjRv8iokb/IaJG/yGiRv8h&#10;okb/IaJG/yH/RQ4A/0sKAP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxaOwLGWEgFwVZTCbxUXA25&#10;UmURtVBtFLNPdRewTnwZrk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4I6FJxiSfSt4knUrwJJtK&#10;/SWZS/8kmUv/JJhL/ySYS/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA6V4KAOReDQDVXxUAy2An&#10;AMRfNgK+XkMFuFtOCbRZWA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6gUI4gnk+WIpxOnyOaTqgl&#10;mE6zJpdOwieVTtYnk07sJ5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q/yb/SgkA/1MFAPhaBADi&#10;XwMA2mIGANRjCQDNYxIAxGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtlFqFZbBifWHMbnFZ6HppV&#10;giCYVIoilVSSJJNTmyaRUqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8ph1T/KIdU/yiHVP8oh1T/&#10;KIdU/yj/TAUA/1YBAOldAADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGwaDwEqmVHCaVjUQ2hYVoS&#10;nV9hFppeaRmXXHAclVt3HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VWuiyDVswsglfmLIFX9yuA&#10;WP8qgFj/KoBY/ymAWP8pgFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoDAMZsBQDAbA4At20dALBu&#10;LAGqbDkEpWpECKBoTg2bZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIkhlyLJoRblCiBW54qf1qq&#10;LH1aty18WskuelrjLnpb9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/UQAA8lsAAN5kAADPagAA&#10;x24CAMBwBAC6cAwAsnEaAKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5mYxiLZWkbiGNwHoVieCGC&#10;YX8kgGCIJn1fkSl7X5wreF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/K3Rg/yt0YP8rdGD/K3Rg&#10;/yv/UwAA6F4AANlnAADLbQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQDm3I/B5VwSQuRblIQjGxZ&#10;FIlqYBiFaWcbgmhuHn9mdSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9vYsQvbmLeL25j8i5uY/4t&#10;bmP/LG5j/ytuY/8rbmP/K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3AQCwdwcAqHgVAKJ5JACc&#10;eDIClnY9BpF0RwuMck8PiHBXE4RvXheAbWQafWxrHXprcyB3anojdGmDJnJojSlvZ5csbWejLmtm&#10;sS9pZsEwaWbbMGln8C9pZ/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA4WMAAM9sAADEcwAAu3gA&#10;ALN6AACregQApHsSAJ58IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7cmIaeHBpHXVvcCBybngj&#10;b22BJm1siylqbJYraGuhLmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr/yxla/8sZWv/LGVr/yz0&#10;WwAA3WYAAMtvAADAdgAAt3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85BYh9QwmDe0sNfnpTEnp4&#10;WhZ2d2EZc3VnHHB0bh9tc3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70vXm/UL15v7S9fb/stX2//&#10;LGBv/yxgb/8sYG//LGBv/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAAChggAAmYMOAJSEHQCOhCsB&#10;iIM2BIOCQAh+gEkMeX9REHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3hydgdpIqXXWeLFt1qy5a&#10;dLsvWXXRL1l07C5ZdPotWnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0AAMN2AAC5fQAAr4MAAKaG&#10;AACchgAAlIgMAI6JGQCJiSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0XaYFjGmaAah1jf3IgYH56&#10;I119hCZafI8pWHucK1Z7qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypVef8qVXn/KlV5/yrhZQAA&#10;zHEAAL96AAC0ggAAq4cAAKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniOOwVzjUQJb4xMDWuKVBFn&#10;iVoVZIhhGGGHaBtehnAeW4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLMK06C6CtOgfgqT4D/Kk+A&#10;/ylPgP8pT4D/KU+A/ynbagAAx3UAALp/AACwhwAApowAAJyPAACPkQAAhpMFAICUEgB7lSEAd5Ut&#10;AXKVOARtlEIHaZNKC2WSUQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFPjIsjTYuYJUuLpSdJi7Uo&#10;SIvKKEiK5ydJifcoSYj/J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWEAACrjAAAoJAAAJWUAACJ&#10;lwAAfpoAAHebDgBznBwAb50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlcElWYYxVTmGsXUJdzGk2W&#10;fR1KlYkfR5WVIUWVpCNElLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8kQ5D/JEOQ/yTKdQAAu4EA&#10;ALCLAACkkQAAmpUAAI+ZAACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFfpDsDW6REBVikSwhVo1ML&#10;UqNaDU+iYRBNomgTSqFxFUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f4x09nfQePZz/Hzyb/x88&#10;m/8gPJv/IDyb/yDCfAAAtYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gAAGOsBABfrREAXK0fAFqu&#10;KwBXrjYBVK5AA1GtSAVOrU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QTPKuRFTqroBY5q7AXOKvD&#10;Fziq4Rc3qfMYN6f+GTam/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACXmwAAi6EAAH+mAABzqwAA&#10;Z68AAFq0AABTtgwAUbcXAE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4WgY/uGIHPbhrCTq4dQs4&#10;t4EMNreODjS3nQ8zt60PMrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/EzCz/xOyjgAApZUAAJqb&#10;AACOogAAgqgAAHWtAABpswAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycAP8MyAD7EPAA8xEQBOsRN&#10;ATjEVQI2xF0DNcRmBDPFcAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggqxPAIKcL7CSjB/woowf8L&#10;KMH/CyjB/wuolQAAnZsAAJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnDAAA/yAQANs0JADPOEQAy&#10;zxwAMc8nADDQMQAv0DoALtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOEAiTUlAIi1KYCIdW5AiHV&#10;0gIg0+sCINL2Ax/R/wQf0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAAbbgAAGC+AABUwwAASccA&#10;AD7LAAA10AEALdUGACXbCwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe4UoAHeJTABzjXgAb42oA&#10;GuR4ABjkiAEX5ZoBFuasARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj+gGWogAAiakAAHuxAABu&#10;uQAAYcAAAFTGAABIygAAPc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0XABntHwAX7iYAFe4tABTv&#10;NQAT8D0AEfBGABDxUAAP8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIACfbZAAj17QAI9e0ACPXt&#10;AAj17QCLqQAAfbIAAG+6AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf4QAAGegAABb4BgAU+g0A&#10;EvsSABD8FwAO/B0ADf0jAAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/ZgAA/3cAAP+JAAD/mwAA&#10;/6sAAP+7AAD/zgAA/88AAP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEAADrWAAAv3QAAJeEAABzl&#10;AAAU6QAAEfcAAA//AQAN/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMAAP8qAAD/MgAA/zwAAP9H&#10;AAD/VAAA/2MAAP9zAAD/hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/IikB/yMnAf8jKAH/ICsB&#10;/xwxAf8aPQH/GEkB/xZWAv8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8SmQL/Ep4C/xKkAv8SqQL/&#10;Eq8C/xK2Av8SvQL/EscC/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/A/QT/wP0E/8D9BP/A/QT&#10;/wP/JCcB/yYkAf8mJAH/JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC/xd1Av8XfwL/F4gC/xeP&#10;Av8XlgL/F5wC/xehAv8XpwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0F+8C8Rj6Au8Y/wPuGP8E&#10;7hj/BO0Y/wXtGP8F7Rj/Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8nNwH/JUMB/yNPAv8hWwL/&#10;H2YC/x1xAv8dewP/HYQD/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyxA/YcuQP1HcID8x3OA/Ad&#10;4QPsHe4D6R75BOge/wXmHv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A/y0cAP8tGwD/LiAA/y8p&#10;AP8vNAH/LD8B/ypLAv8oVwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPzI5UE8iObBPEjoQTvI6gE&#10;7iOuBO0jtgTrI78E6iPMBOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok/wnaJP8J2iT/Cdok/wn/&#10;LhsA/zEXAP8yFgD/NRwA/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxoA/ArcgPuKnsE7CqEBOoq&#10;iwToKpIF5ymYBeYpngXkKaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H0ir4Cc8r/wrNKv8LzCr/&#10;DMsq/wzLKv8Myyr/DMsq/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+OzUB9zlBAfE2TQLsNFgC&#10;6DNjA+UybQTjMnYE4DF/Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIvsQjQL7oJzzDGCc0w2AnJ&#10;MeoKxjH3DMMx/w7BMf8PwDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkPAP8+EAD/QRQA/0MaAP9C&#10;IwD1QS4A7T46Aec9RgHhPFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJyzaPCso2lgrINp0LxjWk&#10;DMU1rAzDNbUNwTXADcA2zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOzNv8Tszb/E7M2/xP/ORAA&#10;/z0LAP9DDQD/RxAA/0gUAPVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtAYgbIP2sIxT50CcM9ewvB&#10;PYMMvzyKDb08kA67PJcPujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzxFKs8/RWpPP8WqDz/Fqg8&#10;/xanPP8Wpzz/Fqc8/xb/PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A1kosAM5LOwHJSkgCxEhT&#10;BMBHXQe8RmYJukRuC7dDdg21Q30Os0KEELFBixGwQZISrkCaE6xAohSqQKsVqUC2FqdAxBemQNkX&#10;o0HtGKBB+xifQf8ZnkH/GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9MBQDxTwcA5lAJAONPDQDV&#10;TxUAzFEnAMVRNgG/UEMCuk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/EqdHhhSlRo0Vo0aVFqFF&#10;nhifRacZnkWyGpxFvxqaRdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8bk0f/G5NH/xv/QgUA/0oB&#10;APJQAADhVAEA2VYFANNVCQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiqUV0Lp1BkDqRObBCiTXMS&#10;n0x6FJ1MgRabS4kXmUqRGZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K9h6LS/8ei0v/HYpL/x2K&#10;S/8dikv/HYpL/x3/RQAA/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1seALVcLgGvWzsCqlpGBaZY&#10;UAiiVlkLn1VgDpxTaBGZUm8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8eik6qH4hOtyCHTsghhU7i&#10;IYRP8yCDT/8gg0//H4JQ/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADRXQAAyWACAMNgBAC9Xg0A&#10;tWAaAK5hKgCpYDcCpF5DBJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1VeRiLVIEaiFOJHIZTkh6E&#10;UpwfglKnIYBStCJ/UsQjfVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/IHtU/yD/SgAA6VQAANpc&#10;AADMYQAAw2QAALxkAgC2YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1ILkV5aDo5dYRGLW2gTiVpv&#10;FoZZdhiEWH0agViGHH9Xjx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1V/0jdVj/InVY/yF1WP8h&#10;dVj/IXVY/yH/TQAA5VcAANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNpJACeaDIBmWc9BJRlRweQ&#10;ZE8KjGJXDYhhXhCFX2UTg15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqiI3JaryRxWr8lcFrVJW9b&#10;7SVvW/wjb1v/Im9b/yJvW/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAAu2sAALNsAACsagQApGsS&#10;AJ5sIQCZbC8BlGs6A49pRAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4YXgadWCAHXNfih9wX5Qh&#10;bl6gI2xerSVrXrwmal7RJmle7CVqX/skal//I2pf/yJqX/8ial//Impf/yLwUgAA3V0AAMtlAADA&#10;awAAt24AAK9vAACnbgEAoG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpSDH5pWQ97aGASd2ZmFHVm&#10;bhdyZXUacGR+HW1jiB9rY5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvokZWP/I2Vj/yJlY/8iZWP/&#10;ImVj/yLrVQAA2GAAAMhoAAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQdCoBinM2AoVyQAWBcEgI&#10;fW9QC3ltVw52bF4Rc2tkFHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2JmqSVgZrkmX2bNJl9m6CZg&#10;ZvkkYGb/I2Bm/yNhZv8iYWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUAAKd3AACedQAAlnYNAJB3&#10;GQCLeCcAhnczAoF2PQR8dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZZm56HGNtgx5hbI4hX2ua&#10;I11rpyVba7cmWmvKJlpr5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLjWwAAzmYAAMBuAAC2dAAA&#10;rHkAAKN7AACYeQAAkHoLAIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4Uw1sd1oQaXZhE2d1aBZk&#10;dG8YYXN4G15ygR1ccYwgWnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//I1Zv/yJXb/8iV2//Ildv&#10;/yLfXwAAymkAALxyAACyeAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEAe4EuAXeAOQNygEIFbn9K&#10;CGt+UQtofVgOZHxfEWJ7ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJRdrMjUHbGJFB24yNQdfUj&#10;UXX/IlF0/yFRdP8hUXT/IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqDAACNgwAAhIQDAH2FEAB5&#10;hh4AdYcrAXGHNgJthj8EaYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4BzGFR/fRpRf4gcT36UH01+&#10;oiBLfbEhSn3EIkp94SFLfPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAAwHIAALR7AACqggAAoIYA&#10;AJWIAACHiAAAfIoAAHaMDgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhci1MKWotaDVeKYRBUiWgS&#10;UYhxFU+IehdMh4UaSoaSHEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC/x5Fgv8eRYL/HkWC/x7K&#10;bQAAungAAK+BAAClhwAAmosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUiAGOVLgFglTgCXJVBBFmU&#10;SQZWlFAIVJNXClGTXgxOkmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60aP4/AGj+P3Bo/jfEaP4z9&#10;Gz+L/xs/i/8bP4v/Gz+L/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7lQAAbJkAAGWbBABgnBAA&#10;XZ0dAFueKQBYnjQBVZ49AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUObdQ9Bm4ARPpqNEzyamxQ6&#10;mqsVOZq9FTma2RU5mO8WOZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UAAKSMAACYkQAAjZUAAIGa&#10;AAB1nQAAaKAAAFukAABWpQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kCRqdQBEOnWAVBp18GP6Zo&#10;CD2mcgo6pn0LOKaKDTalmQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEyof8RMqH/ETKh/xG0ggAA&#10;qIwAAJ2SAACSlwAAhpwAAHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWwHABEsScAQrEyAEGyOwA/&#10;skMBPbJLATuyUwI5slsDN7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4CSyy0AgssOwJK6/5Ciuu&#10;/wsqrf8LKq3/Cyqt/wutiwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAAWbEAAE20AABCuAAAO7oK&#10;ADi7EwA3vB4ANbwpADS9MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEqvnQCKb6CAie/kQMmv6ID&#10;JL+0AyO/ywMjvugDI7z3BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIyeAACApQAAc6sAAGewAABb&#10;tQAAT7kAAES8AAA6wAAAMMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5ACPKQgAiy0sAIctVACDM&#10;XwAfzGwAHc16ABzNigAbzZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8CGMr/AhjK/wKbmQAAj58A&#10;AIKmAAB1rQAAaLMAAFy5AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ1QsAFtcQABXYGQAV2SIA&#10;FNkrABPaNAAT2j0AEttIABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3guAAM4NIAC9/tAAze9wAM&#10;3fsADN37AAzd+wCSnwAAhacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkAAC7NAAAl0QAAHtUAABba&#10;AQAR3gYAEOcNAA7nEgAN6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EABOteAAPrbgAB64AAAOqU&#10;AADqpwAA67wAAOvSAADr6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABevgAAUcUAAEPJAAA3zQAA&#10;LdEAACPWAAAb2wAAE98AAA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1HgAA9SUAAPUuAAD1NwAA&#10;9kIAAPZOAAD2XQAA9m4AAPaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQAAD40AB7rwAAbbgAAGDA&#10;AABSyAAARM0AADfRAAAr1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAAAf8DAAD/CAAA/w0AAP4Q&#10;AAD+FAAA/xoAAP8hAAD/KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA/5IAAP+hAAD/rQAA/7MA&#10;AP+zAAD/swD/HCYA/xwkAP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8LXwH/CmsB/wp1Af8KfwH/&#10;CocB/wqOAf8KlQH/CpsB/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnMAPwJ3gD5CesA9Qn2APMJ&#10;/wDyCv8A8Qr/AfEL/wHxC/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA/xcsAP8VNwD/E0QA/xFQ&#10;Af8QXAH/DmcB/w5yAf8OewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+DqgB/A6uAfsOtQD6Dr4A&#10;+A7JAPUO2wDyDuoA7g71AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ/wH/Ih8A/yIcAP8hHAD/&#10;HyAA/x8pAP8cNAD/GkAA/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOIAfoSjgH5EpUB+BKaAfYS&#10;oAH1EqYB9BKsAfMSswHxErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C4RX/AuEV/wLgFf8C4BX/&#10;AuAV/wL/JRsA/yYXAP8kFgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9G18B+RppAfcacwH0GXwB&#10;8hmEAfEZiwHvGZEB7hmXAewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ1QHfGugB3Bv1Atgb/wLV&#10;HP8D1Bz/A9Mc/wTSHP8E0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywhAP8sKwD/KTcA/SdDAPcl&#10;TwHzI1oB7yJkAewhbgHpIXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB3iCnAdwhrwHaIbgC2CHD&#10;AtUh0wLRIucCzSL0A8oj/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/LBIA/y4PAP8wEAD/MxQA&#10;/zMbAP8yJQD6MDAA8i48AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6AdcoggLVKIkC0yiQAtEolgPP&#10;KJwDziijA8woqwPKKLMDySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/CLoq/wi5Kv8JuSr/Cbkq&#10;/wn/MA8A/zILAP82DQD/OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A1TFaAdAxZALNMG0CyzB1&#10;A8kwfAPHL4MExS+KBMQvkQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4MN0HtTDuCbIw+wqwMP8L&#10;rjD/C64w/wutMP8LrTD/C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88FQDkOR8A2zktANI6PADN&#10;OkkByDlUAcQ5XgLBOGcDvzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWaCbM1oQmxNaoKrzW0C641&#10;wQusNdQLqTbqDKY2+A2lNv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA/zsCAP9AAwDyQgUA6UIJ&#10;AOU/DgDYPhYAzkAnAMdBNgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQevPXgIrjx/Caw8hgqqO40L&#10;qTuVDKc7nQ2lO6YNozqwDqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8/xGYPP8RmDz/EZg8/xH/&#10;OgEA/0AAAO9FAADhSAAA2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dKArBGVASsRV0FqkRkB6dD&#10;bAilQnMKo0J6C6FBgQygQYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgTk0DhE5FB8xSQQf8Uj0H/&#10;FI5C/xOOQv8TjkL/E45C/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDDSw8Au00dALVOLQCvTjoB&#10;q01GAqdMTwSkS1gGoUpgCJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJFlBKQRZ0TjkWoFIxFtBWL&#10;RcQWikXcFohG8BaGRv0Whkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgAAN1PAADPUwAAxlUAAMBT&#10;AwC7UQwAs1IZAK1TKQCoUzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoMkUxxDo9LeA+NS38Ri0qH&#10;EolKkBSHSZoVhUmlF4NJsRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9S/8WfUv/Fn1L/xb/QwAA&#10;5kwAANZTAADJWAAAwFkAALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphWSASVVVEGklRYCI9SXwqM&#10;UmYMilFtDohQdBCFT3sSg0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7RGndO6xp3T/oZdk//GXZP&#10;/xh2T/8Xdk//F3ZP/xf4RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYAplsTAKBcIgCbXC8Al1s7&#10;ApJaRQOPWU0Gi1hVCIhXXAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4UpQYdlKfGXRSqxpyUrob&#10;cVLNHHBS6BtwU/kacFP/GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMtaAADAXwAAt2IAAK9hAACo&#10;XgIAoV8QAJtgHgCWYCwAkWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVlnDntYbhB4WHUSdld9FHRX&#10;hxZyVpEYb1acGm5WqRtsVrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Za1f/GWtX/xnrTAAA2FYA&#10;AMheAAC8YgAAs2UAAKtlAACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOEYUgFgGBQB31fVwl6Xl0L&#10;d11kDXVcaxBzXHIScFt7FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa5B1lWvYcZVr/G2Va/xpl&#10;Wv8ZZVr/GWVa/xnoTwAA01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YNAJFnGQCMaCcAh2cyAYNm&#10;PQJ/ZUYEe2RNBnhjVAl1YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0ZZV6YGmNepRxhXrQdYF7H&#10;HWBe4x1gXvUcYF7/G2Be/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2aQAArGwAAKNsAACZaQAA&#10;kmoLAIxqFgCHayQAgmswAX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtlZg9oZG4RZmR2FGRjgBZi&#10;Y4sYYGKXGl5ipBxcYrIdW2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/Glxi/xrgVQAAy18AAL1n&#10;AACybAAAqXAAAJ9vAACUbAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkEDcm1JBW5sUAdra1cKaWte&#10;DGZqZQ5kaWwRYWl0E19ofhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1WZvMcV2b/G1dm/xpXZv8a&#10;V2b/Gldm/xrbWQAAx2IAALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFyEQB8cx4AeHMqAHRzNQFw&#10;cz8DbXJHBWpxTgdncVUJZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyTGVRsoBtSa68cUWvBHFFr&#10;3BxRa/EbUmv+GlJq/xpSav8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAAoncAAJZ2AACJdQAAgXYB&#10;AHp3DwB2eBsAcnknAG95MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxadWgPWHRwEVVzeRNTc4QW&#10;UXKQGE9ynhlNca0aTHG/G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v/xnOYAAAvmoAALJyAACo&#10;eAAAnXsAAJB6AACEegAAensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9CA19+SQVdfVAHWn1XCVd8&#10;XgtVfGUNUntuD1B6dxJOeoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8YR3b8GEd2/xhHdf8XR3X/&#10;F0d1/xfJZQAAum8AAK53AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBohBMAZYUgAGKGLABfhjYB&#10;XIY/AlmFRgNXhU4FVIVVB1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SBmhVCgKkWQYC6FkCA0hZB&#10;f+0WQX77FkF9/xZBff8WQX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMAAIWEAAB5hQAAaokAAGSK&#10;AwBgjBAAXY0bAFuOJwBYjjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAIR4xoCkWLcgxCi30OQIqJ&#10;Dz6KmBE8iqcSO4q4EjqKzxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8cQAAr3sAAKWDAACZhwAA&#10;jIgAAH+JAABzjAAAZZAAAFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuXPwFJl0cCR5dOA0WWVQRD&#10;ll0FQZZlBj6Vbwg8lXoJOpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4DjSQ/w80kP8PNJD/DzSQ&#10;/w+1eAAAqoIAAJ6IAACTjQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYASZ8QAEefGwBGoCYARKAw&#10;AEOhOgBBoUIBP6FJAT2hUQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcwoKIILqCzCC6gyQgun+cI&#10;LZ33CS2c/wotm/8KLZv/Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKYAABmnAAAW6AAAE+kAABF&#10;pwAAPqkMADyqFAA6qh8AOaopADirMgA3qzsANatDADSsSwAyrFMBMaxcAS+sZgItrHECK6x/Ayqs&#10;jgMorJ4EJ6ywBCasxQQmq+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAAm48AAJGUAACEmQAAeJ4A&#10;AGuiAABfpgAAU6oAAEitAAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAqtjIAKbc6ACi3QwAnt0wA&#10;JrhVACS4XwAjuGsAIrh4ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1/AIbtP8CG7T/Ahu0/wKf&#10;jwAAlJUAAIibAAB7oQAAbqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwAACS/BgAfwg0AHcIUABzC&#10;HgAbwyYAGsMvABnEOAAYxEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEAEcekABDHuQAPx9QAEMbu&#10;ABDE+gAQw/8AEMP/ABDD/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABLuAAAQLsAADW+AAArwQAA&#10;I8UAABvJAQAUzAYAENALAA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArSSQAJ01UACdNiAAjTcgAG&#10;1IQABdSYAATUqwAD1cAAAdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQAAHOrAABmsQAAWbgAAEy9&#10;AAA/wAAANMMAACrHAAAhygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEAA90YAAHeIAAA3igAAN8x&#10;AADgPAAA4UcAAOJUAADjYwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA5ucAAObnAADm5wCDpAAA&#10;dawAAGizAABauwAATcEAAEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvdAAAF4QAAAOQAAADlBwAA&#10;5g0AAOcRAADoFgAA6R0AAOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2AADyigAA85wAAPOtAAD0&#10;uwAA9MgAAPTIAAD0yAB3rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAAHdYAABTcAAAO4AAACOMA&#10;AAHmAAAA6gAAAO4AAADuAAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA+CoAAPo1AAD9QwAA/lIA&#10;AP9jAAD/dgAA/4kAAP+aAAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8RIQD/DSQA/wkrAP8GNwD/&#10;A0QA/wBRAP8AXQD/AGgA/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCcAP8AoQD9AKYA+wCsAPkA&#10;swD3ALsA9QDFAPMA0QDyAOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A7QD/AO0A/wD/GSAA/xgd&#10;AP8VHQD/EB8A/w4pAP8MNAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/A4AA/wOHAP8DjQD9ApMA&#10;+wKZAPkCngD3AqQA9QKqAPMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC+wDnBP8A5gX/AOYG/wDm&#10;Bv8A5gb/AOYG/wD/HBsA/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5JAP8MVQD/C2AA/wtqAP0L&#10;cwD7C3wA+QqDAPcKigD1CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA6AnAAOYJzQDkCeIA4grw&#10;AN8L+wDeDP8A3A3/ANwN/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/HBkA/xsiAP8YLAD/FTgA&#10;/xNEAP4SUAD5EVsA9RBmAPMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQmADmD54A5Q+lAOMPrADh&#10;D7QA4A++AN4PzADaEOEA1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/AcwT/wH/IhIA/yIPAP8h&#10;DwD/IhQA/yIcAP8gJwD/HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA4hZ6AOAWggDeFogA3BaP&#10;ANsWlQDZFpsA1haiANQWqQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHDGv8CwRv/AsAb/wLAG/8C&#10;wBv/AsAb/wL/Jg4A/yULAP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYgRADhH1AA3R9bANkeZQDV&#10;Hm0A0h91ANAffQDOH4MAzB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3AcEgxAHAIdYBvCLqArki&#10;+AO2Iv8DtSP/A7Qj/wSzI/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA/y0QAPMrFwDoKCIA4CYv&#10;ANkmPQDSJ0oAzSdVAMooXwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8J5ICuyeZArknoAK3J6kD&#10;tiizA7QovwOzKM8DsCnmBK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq/wb/LQUA/zAAAP8zAgD2&#10;NAYA7zIKAOguEADcLBgA0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBqArYvcQK1L3gCsy9/A7Ev&#10;hgOwL40Dri6UBK0unASrLqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8InjH/CJ0x/wicMf8InDH/&#10;CJwx/wj/MAAA/zUAAO84AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6OD8AtjhKAbM4VAGwN10C&#10;rTdkAqs2bAOpNnMEqDZ5BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1tgibNcUJmTXdCZY27wqU&#10;Nv0Kkzf/CpI3/wqSN/8Kkjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIBAMk+BgDEOw8Auz4dALU/&#10;LACxPzoArT9FAak/TwGmPlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IHmDuKCJY7kwmVOpwKkzqm&#10;C5E6sguQO8AMjjvVDIw87A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/NwAA6j8AANxFAADOSQAA&#10;xUkAAL9GAgC6QwwAs0QZAK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hDYgWWQmkGlEFwB5JBdgiQ&#10;QH4JjkCGCo1AjguLQJgMiUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/D4BC/w6AQv8OgEL/DoBC&#10;/w76OwAA5UQAANNLAADHTgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEAnEs9AZhKRwKVSU8DkklX&#10;BJBIXgWOR2UGi0drB4lGcgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8RbkRe0XLEXpF5hF5RvcR&#10;eEb/EHhG/xB4Rv8PeEb/D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFSAACrTgUApE4RAJ5PIACZ&#10;UC0AlVA5AZJPQwGOTkwDi01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+DHxJhw56SZEPeEmcEHZJ&#10;qBJ0SbYSc0nIE3JK4xNxSvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA2UwAAMhTAAC9VwAAtFgA&#10;AKxXAAClUgEAnlMPAJhUHACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/UF4GfVBkCHtPawl5T3IL&#10;d057DXVOhA5zTY4QcU2ZEW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO/xJrTv8Ra07/EWtO/xHo&#10;RgAA01AAAMRWAAC5WgAAsFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgyAIZYPQGCV0UCf1ZNA3xV&#10;VAV5VFsGd1RhCHVTaAlzU3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEUZlHDFWVS3hVlUvIUZVL/&#10;E2VS/xJlUv8SZVL/EmVS/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACaWQAAkloLAI1bFgCIXCMA&#10;hFwvAIBbOgF9W0MCeVpLA3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlWfg9nVokRZVWVEmNVoRRi&#10;Va8VYVXBFmBV2xZgVvEVYFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YAAL1dAACyYQAAqGMAAJ1h&#10;AACVXQAAjV4JAIdeEwCDXyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpz&#10;DWRafA9iWocRYFmTEl5ZoBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNcWf8SXFn/ElxZ/xLcUAAA&#10;x1kAALpgAACvZAAApGUAAJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZjNAFzYj0Bb2JGAmxhTQRq&#10;YVQFZ2BaB2VgYQhjX2kKYV9xDF9eeg5dXoUQW16RElldnhRYXawVV129FlZd1RZWXe4VV138FFdd&#10;/xNXXf8SV13/Eldd/xLWUwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAAg2UCAH1mDwB4ZhoAdGcn&#10;AHFnMgBuZzsBa2ZDAmhmSwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5YY4MQVmKPElRinBNTYqoV&#10;UmK7FVFi0hVRYe0VUmH7FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNmAACpawAAnGsAAJBqAACF&#10;ZwAAfWkAAHdqDQBzaxcAb2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpXBlxqXQdaaWUJWGltC1Vo&#10;dg1TaIEPUWeNEU9nmhJOZ6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8STmX/Ek5l/xLMWgAAvGMA&#10;ALBqAAClbwAAmG4AAIxtAACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABkcTYBYXE+AV5xRgJccE0D&#10;WXBUBVdwWwZVb2IIU29qClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0dszRNHbOoTSGv6Ekhr/xJI&#10;av8RSGr/EUhq/xHHXgAAuGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIAAGt0BwBmdREAY3YdAGB3&#10;KABedzMAW3g8AVl3QwJWd0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwMR3SIDkVzlg9Dc6UQQnO2&#10;EUFzyxFCcugRQnL4EUJx/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACbdgAAjnUAAIF2AAB1dgAA&#10;aXgAAGN6AgBefA4AXH0ZAFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+VgRKfl0FSH1lBkZ9bghD&#10;fHkKQXyGCz97lA0+e6MOPHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/Dj13/w68aAAAr3IAAKR5&#10;AACWegAAiHoAAHx6AABwfAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioAToc0AEyHPAFKh0QBSIdL&#10;AkaHUwJEhloDQoZiBECGbAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2g+QLNoL2CzaB/ww2gP8M&#10;NoD/DDaA/wy2bwAAqngAAJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWKAABOjAYASo4QAEiPGgBH&#10;jyUARZAvAESQOABCkEAAQJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+ABTOPjgYxj54HMI6vBy+O&#10;wwcvjuEHL4z0CC+L/wgviv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAAfYUAAHCHAABligAAWo4A&#10;AE+SAABGlQAAQZgMAD6YFAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1mlIBM5paATGaZAEvmm8C&#10;LZp7AiyaigMqmpoDKZqsBCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV/wWpfgAAnoUAAJKJAACE&#10;igAAdowAAGqPAABekwAAVJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQhAC6kKgAtpDIALKU6ACul&#10;QwAqpUsAKaVUACilXgAmpWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcBHqTvAR6i+wIeof8CHqH/&#10;Ah6h/wKihgAAl4wAAIuPAAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4qAAAMKsAACiuBwAkrxAA&#10;I68XACGvIQAgsCkAH7AxAB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiyfgAWspAAFbKiABSytgAT&#10;ss4AE7HrABOv+QATrv8BE67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8AAFujAABQqAAARawAADuw&#10;AAAxsgAAJ7UAACC4AAAYugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcAEL5BAA6+TAAOvlcADb5l&#10;AAy/dAALv4YACr6ZAAi+rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACTlAAAh5kAAHqfAABspQAA&#10;YKoAAFOvAABHswAAPLYAADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJDgAHyRQABskcAAXJJAAE&#10;yiwAA8o2AALKQAAAy0wAAMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvIAADM4gAAzO8AAMzxAADM&#10;8QCKmgAAfKEAAG+nAABirQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAAFcgAAA/LAAAKzgAABNIC&#10;AADTCgAA0w8AANQUAADVGgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA3WoAAN19AADdkQAA3aQA&#10;AN62AADeyAAA3t4AAN7iAADe4gB/ogAAcakAAGSwAABWtwAASbwAADzAAAAvxAAAJMcAABvLAAAT&#10;zwAADdIAAAfWAAAA2wAAAN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUeAADmJwAA6DEAAOo9AADs&#10;SwAA7FoAAO1sAADugAAA7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAAZrIAAFi5AABLwAAAPcUA&#10;AC/JAAAkzQAAGdEAABHWAAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA6gAAAOsGAADtCwAA7w8A&#10;APATAADyGgAA9CMAAPcuAAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+ogAA/q0AAP6vAAD+rwD/&#10;EB8A/w4dAP8KHQD/ASAA/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBuAP8AdwD/AH8A/gCGAPwA&#10;jAD7AJIA+QCXAPgAnAD3AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA7gDrAO0A9wDsAP8A6wD/&#10;AOoA/wDqAP8A6gD/AOoA/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/AD4A/wBKAP8AVgD/AGEA&#10;/wBrAP0AcwD6AHsA9wCDAPUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0AqwDsALIA6gC6AOgAxgDn&#10;ANYA5QDoAOQA9QDjAP4A4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMUAP8PFAD/DRkA/wsiAP8I&#10;LQD/BDkA/wFGAP8AUQD+AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA6gCRAOgAlgDnAJwA5gCh&#10;AOQAqADjAK8A4QC4AN8AwwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDUA/8A1AP/ANQD/wD/GBMA&#10;/xUQAP8SDwD/EhUA/xEdAP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0GagDpBXIA5gV6AOQFgQDi&#10;BYcA4AaNAN8GkgDdBpgA2waeANkGpQDXBq0A1Aa1ANIGwADQB88AzgjlAMwJ9ADKC/8AyAz/AMcM&#10;/wDHDP8Axgz/AMYM/wD/Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A8xA6AO0ORgDoDVIA5Q1c&#10;AOENZQDeDW0A2w11ANgNfADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDLDqsAyQ60AMgOwADGDs8A&#10;wxDmAMAR9QC9Ev8AvBL/ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8fCAD/Hw0A/x0SAPgaGwDu&#10;FiYA5hQzAOATPwDaE0sA1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWEAMQVigDDFZEAwRaYAMAW&#10;nwC+FqcAvBewALsXvAC5F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8BrRv/Aa0b/wH/IgQA/yIA&#10;AP8lAgD8JAcA9yEMAOwdEgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDAHmIAvh5qALwfcQC6H3gA&#10;uR9+ALcfhQC2H4wAtB+TALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci7wKlIv0CoyP/AqIj/wKi&#10;I/8CoSP/AqEj/wL/JQAA/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQkAMMlMgC+Jj8AuidKALcn&#10;VAC0J10AsidkALAnbACuJ3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54CoyioAqIoswKgKMECnyjV&#10;Apwp7AOaKvoDmCr/BJcq/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADaNQAA0DMBAMwtBgDGKhAA&#10;vi0eALguLACzLzoAry9FAKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAuegKeLoECnS6JApsukQOZ&#10;LpoDmC6kBJYvrwSVL70Eky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/BYwx/wX/LQAA6jUAANw6&#10;AADOPQAAxjwAAMA3AgC7Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MBnTZaAZs2YQGZNmgClzVv&#10;ApU1dQOUNXwDkjWEBJA1jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeFNvYHhDf/B4M3/weDN/8H&#10;gjf/B4I3/wf0MgAA4zsAANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8IgCgPTAAnT07AJk9RQCW&#10;PU4BlDxWAZI8XQKQPGMCjjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqcB4E6qAiAOrUJfjvGCX07&#10;4Ql7PPMJezz/CXo8/wh6PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAAtkkAAK5GAACpQQQAo0ER&#10;AJ1CHgCYQysAlUM3AJFDQQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSBQHQFgEB7Bn4/hAd8P44I&#10;ej+ZCXg/pQp3QLIKdUDDC3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB/wnpPAAA1UUAAMVLAAC6&#10;TgAAsE4AAKdLAACiRgAAm0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdOAYJGVQKARlwDfkViBHxF&#10;aQR6RXAFeER4BnZEgQh0RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8Ma0X9C2tG/wtrRv8Ka0b/&#10;CmtG/wrlQAAAz0kAAMFPAAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCLTCQAh0wvAIRMOgCBTEMB&#10;fktLAXtLUgJ5SlgDd0pfBHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pInwxoSK0NZ0m9DWZJ1A5l&#10;Se0NZUr8DGVK/wtlSv8LZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUAAJxSAACVTgAAjk4JAIlP&#10;FACFUCAAgVAsAH5QNwB7UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoGa01yB2lNewhnTYUKZU2R&#10;C2RMnQxiTasNYU27DmBN0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvcRwAAx1AAALlWAACuWQAA&#10;olgAAJhWAACQUQAAiVIGAINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBTTAJtUlMCa1JZA2lSYARn&#10;UWcGZVFvB2NReAhiUYMKYFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6DVtR/wxbUf8MW1H/C1tR&#10;/wvWSgAAw1MAALZZAACrXAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoAdlcmAHNYMQBwVzoAbVdC&#10;AWpXSQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1YVKcOVlW4D1ZVzA9WVekO&#10;VlX5DVZV/w1XVP8MV1T/DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9cAACGWAAAf1kAAHlaDQB0&#10;WxcAcVsjAG5bLgBrWzcAaFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFprBlpZdAhYWX8KVlmLC1RZ&#10;mA1TWKYOUlm2DlFZyg9RWecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAAvFkAALBfAACjYQAAlmAA&#10;AItfAACBWwAAeV0AAHNeDABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFfX0wCXV9TA1tfWgRZXmEF&#10;V15pBlVecghTXn0JUV2JC1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c/wxNXP8MTlz/DE5c/wzJ&#10;VAAAuVwAAK1jAACfYwAAkmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMdAGNkKABhZDIAXmQ7AFxk&#10;QwFaZEoCWGRRAlZkWANUZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIMSGKyDUdixw1HYuQNSGH2&#10;DEhh/wxIYP8LSWD/C0lg/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2ZAAAbmUAAGhmBQBjZxAA&#10;YGgaAF1pJQBbai8AWWo4AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtpbQZJaHgHR2iECUZokgpE&#10;Z6ELQ2exDEJnxQxCZ+IMQmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQAAKZqAACWaQAAiWkAAH1p&#10;AABxaQAAZ2oAAGJsAQBdbQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUBTnBMAUxwUwJKcFoDSHBi&#10;BEZvawVEb3UGQm+CB0Bujwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9a/8KPmv/Cj5r/wq6YAAA&#10;rWkAAKBuAACRbQAAhG0AAHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2HQBOdycATHcxAEt4OQBJ&#10;eEEASHhJAUZ4UAFEd1cCQndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3WtCDd1wAg2dd4IN3TyCDdz&#10;/gg3cv8IN3L/CDdy/wi1ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAAXHYAAFR5AABOewUASn0P&#10;AEh+GABGfyMARX8sAEOANQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4f28DNn98BDR/igQyf5oF&#10;MX6qBjB+vQYwftoGMH3wBjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1AACGdQAAeXYAAG53AABj&#10;eQAAV30AAE+BAABHhAAAQoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlAADeJSAA2iU8ANIlYATOJ&#10;YQExiWwBL4l4Ai2JhwIsiZcDKoinAymIugMpiNQDKYbuAymF/AQphP8EKYT/BCmE/wSqdAAAnnsA&#10;AI56AACAegAAdHsAAGh+AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAzkhcAMpIhADGSKQAwkzIA&#10;LpM6AC2TQQAsk0oAK5RSACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGTtwEgk88BIZLsASCQ+gIg&#10;j/8CII//AiCP/wKkfAAAl4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4AAEKSAAA6lgAAMpkAACqc&#10;CQAonREAJp0ZACWdIgAknioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AAHJ9tABuffAAan40AGJ+f&#10;ABefsgAWn8kAFp7oABac9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0hwAAZ4sAAFuPAABQkwAA&#10;RpgAADycAAAzoAAAK6MAACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWqMQAUqjkAE6pDABOrTQAS&#10;q1gAEatlABCrdAAOq4YADquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/AA2o/wCWigAAiYwAAHqN&#10;AABskQAAYJUAAFSaAABJnwAAP6MAADWnAAArqgAAI64AABuwAAAUswEAD7UKAA22EAAMthYAC7Yf&#10;AAq2JwAJti8ACLY5AAe3QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAAtrQAALbLAAC25QAAtfEA&#10;ALX3AAC19wCPkQAAgZQAAHKXAABlnAAAWKEAAEymAABBqwAAN68AACyyAAAjtQAAGrgAABO7AAAO&#10;vQAACcAFAAPBDQAAwREAAMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQAADEXgAAxW8AAMWBAADF&#10;lQAAxagAAMW8AADE0QAAxOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAAUK4AAESzAAA3tgAALLkA&#10;ACK8AAAZvwAAEcIAAAzFAAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAAzh0AAM8kAADQLQAA0jgA&#10;ANREAADUUgAA1WEAANVzAADWhwAA1psAANatAADXvwAA2M4AANjdAADY3QB7oAAAbqYAAGCtAABT&#10;swAARbgAADi8AAArvwAAIcIAABfGAAAQyQAACswAAALQAAAA1AAAANcAAADYAAAA2gUAANsLAADc&#10;DgAA3hMAAN8ZAADhIQAA4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwAAOqfAADqrgAA6roAAOrD&#10;AADqwwBwqAAAYq8AAFW2AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH1AAAANkAAADdAAAA4QAA&#10;AOMAAADkAAAA5gAAAOcBAADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2MwAA90MAAPhUAAD5ZgAA&#10;+XoAAPqOAAD6ngAA+6kAAPuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAlAP8AMgD/AD8A/wBLAP8A&#10;VwD/AGIA/wBrAP8AcwD9AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A9ACiAPMAqQDxALAA7wC4&#10;AO4AwwDsANEA6wDmAOkA8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/DhgA/woVAP8BFAD/ABgA&#10;/wAiAP8ALgD/ADsA/wBHAP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIAhADwAIkA7wCPAO4AlADs&#10;AJoA6wCfAOkApQDoAKwA5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/AN0A/wDdAP8A3AD/ANwA&#10;/wD/EBMA/w0RAP8GEAD/AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA8QBiAO4AawDsAHIA6gB5&#10;AOgAfwDnAIUA5QCLAOQAkADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDVAMgA0gDdANEA7QDQAPkA&#10;zwD/AM4A/wDNAP8AzQD/AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8CJAD/ADAA9gA8AO8ASQDq&#10;AFMA5wBdAOQAZgDhAG0A3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCYANAAngDOAKYAzACuAMoA&#10;uADIAMQAxgDXAMUA6gDDAPcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA/xAGAP8QCQD/EA4A/w4U&#10;AP8KHgD1BikA6wQ2AOMDQgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDMBXwAygWCAMkFiADHBY4A&#10;xgWUAMQFmwDCBaMAwAarAL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM/wC0DP8AtAz/ALQM/wD/&#10;FwQA/xQAAP8WAwD/FAkA/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxRAMkMWgDGDWIAxA1qAMIN&#10;cQDADXcAvw19AL0OgwC8DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EAsRDUAK4R6wCrEvoAqRL/&#10;AKgT/wCnE/8ApxP/AKcT/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZDhcAzxEmAMgSNADEE0AA&#10;vxRLALwUVAC5FV0AtxVkALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwWlACrF5wAqRemAKcYsACm&#10;GL0ApBjPAKIa5wCfGvcAnRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEAAOgkAADdJQAA1CEBAM8b&#10;CADKFxEAwhogALwcLQC3HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wAph9zAKUfeQCjH4AAoh+H&#10;AKAgjwCfIJgAnSCiAJsgrAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQI/8BkCP/AZAj/wH/IgAA&#10;6ykAAN0uAADPLwAAxy0AAMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUnSQCiJ1IAoCdaAJ4nYQCc&#10;J2cAmydtAJkndACYJ3sBlieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnGAosp3wKJKvIChyr/AoYq&#10;/wKGKv8Chir/AoYq/wL0KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkAqywUAKYtIgCiLi8Ani46&#10;AJsuRACYL00Ali9VAJQuXACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKILo8Chy6aAoUvpQODL7ID&#10;gi/CA4Ew2gN/MO8DfTH+A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9AAC+PgAAszwAAKw4AACn&#10;MwQAojIRAJ00HQCZNSoAlTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVkAYU0awGENHICgjR5AoA0&#10;ggJ+NIsDfTSWA3s1oQR5Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8EdDf/BHQ3/wTnNQAA0j0A&#10;AMNCAAC4RAAArEIAAKQ+AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCHO0QAhDtMAII7UwGAOloB&#10;fjpgAX06ZwJ7Om4CeTp1Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47zwZtO+oGbTz6Bmw8/wVs&#10;PP8FbDz/BWw8/wXiOQAAzEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4LAI0/FQCJPyEAhUAtAIJA&#10;NwB/QEAAfUBIAHtATwF5QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QEbD+QBWs/nAZpP6kGaD+4&#10;B2dAzAdmQOgHZkD5BmVA/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACsTAAAoEoAAJdHAACRQwAA&#10;i0MIAIZDEgCCRB4AfkQpAHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5EYAJsQ2cCa0NvA2lDdwRn&#10;Q4EFZkONBmRDmQZiQ6cHYUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/BmBE/wbWQQAAw0kAALZO&#10;AACnTwAAm00AAJJLAACMRwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToAcElCAG5JSQFsSFABakhW&#10;AWhIXQJmSGQCZUhsA2NIdQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwlaSOQIWkn2CFpJ/wdaSP8G&#10;Wkj/BlpI/wbRRQAAv0wAALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpLDgB2TBcAckwjAG9MLQBt&#10;TTYAakw/AGhMRgBmTE0BZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyIBllMlQdXTKMIVkyyCFVM&#10;xglVTOIJVUz1CFVM/wdVTP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAAk1MAAIlRAACBTQAAek4A&#10;AHVPDABwTxUAbVAgAGpQKgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1lQcARXUHoF&#10;VVCGBlRQkwdSUKEIUVCxCVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP/wbJSwAAuVMAAKtXAACc&#10;VgAAj1UAAIVUAAB8UAAAdVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5AF5UQQBcVEgBWlRPAVlU&#10;VgFXVF0CVlRlA1RUbgRSVHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8JTFTzCExT/wdMU/8HTVP/&#10;Bk1T/wbFTgAAtlYAAKdaAACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBmVxAAYlcaAGBYJABdWC4A&#10;W1k3AFlZPwBXWUYAVllNAVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpYjwZJWJ4HSFiuCEdYwAhH&#10;WN0IR1jyCEdX/wdIV/8HSFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sAAH1aAAByWAAAa1kAAGVa&#10;AwBgWw4AXVwXAFpcIQBYXSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkCTF5hAktdagNJXXQER12A&#10;BUVdjQZEXZwHQ12sB0JdvghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9VQAAr10AAJ9fAACQXgAA&#10;g14AAHhdAABtXAAAZV0AAF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9jOQBOY0EATGNIAEtjTwFJ&#10;Y1YBR2NeAkVjZwJEY3EDQmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHvBj1h/QY+YP8GPmD/Bj5g&#10;/wa5WQAAq2EAAJphAACLYQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkAUWcRAE5nGgBMaCQAS2kt&#10;AElpNgBIaT4ARmpFAEVqTABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5aZgFOGioBTdougU3adMF&#10;N2juBTdn/AU4Zv8FOGb/BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9lAABkZgAAWWgAAFJqAABN&#10;bAQASW4OAEduFgBFbyAARHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZATpxYgE4cWwCNnB4AjVw&#10;hgMzcJUDMnCmBDFwuAQwcNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAAoWkAAI9oAACBaAAAdWkA&#10;AGtpAABgawAAVW4AAE1xAABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5eDUAOHk9ADd5RQA2eU0A&#10;NXlVADN5XgAxeWgBMHl0AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2+QMqdf8DKnT/Ayp0/wOq&#10;agAAmm0AAIlsAAB8bQAAcG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4FADZ/DgA0gBYAM4EgADKB&#10;KAAwgTAAL4I4AC6CQAAtgkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8BJIKgASOCsgEigskBIoHn&#10;ASJ/9wEifv8CIn3/AiJ9/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABWeAAATHwAAEOAAAA7gwAA&#10;M4YAAC2JCgAqihEAKYsZACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGNVAAgjV4AH41rAB2NeQAc&#10;jYoAG42cABmNrgAYjMQAGIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYAAH12AABydwAAZXkAAFp8&#10;AABQgAAARoQAADyJAAA0jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIAGpcqABmXMgAYmDoAF5hD&#10;ABaYTQAVmFgAFJhkABOYcwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQlfwAEJT/ABCU/wCVfQAA&#10;hXwAAHh8AABrfgAAX4EAAFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6dAAAXoAMAEqIMABCjEgAQ&#10;oxkAD6MhAA6kKQAOpDEADaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOOAASjoQACo7QAA6LLAAOi&#10;5gADofMAA6H7AAOh+wCNgwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAAOJoAAC+eAAAmogAAHqUA&#10;ABeoAAARqwAADK4HAAevDQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAAsEcAALBTAACwYQAAsHEA&#10;ALCDAACvlwAAr6oAAK+/AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqOAABdkwAAUZgAAEWdAAA7&#10;ogAAMKYAACeqAAAergAAFrEAABC0AAALtgAABbkDAAC6CgAAug4AALoTAAC7GQAAuyEAALwoAAC8&#10;MQAAvTwAAL5IAAC+VgAAvmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4AAL3rAAC96wB/kgAAcJUA&#10;AGKaAABVnwAASaUAAD2rAAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAACwgAAAMQAAADFBAAAxgoA&#10;AMYOAADHEgAAyBgAAMkfAADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADPfgAAz5MAAM+mAADPuAAA&#10;z8gAAM/bAADP2wB3nAAAaKEAAFunAABOrgAAQbQAADS3AAAougAAHb0AABPAAAANxAAABscAAADK&#10;AAAAzgAAANAAAADRAAAA0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQAAOAvAADiPAAA40sAAORc&#10;AADkbwAA5YMAAOWYAADlqQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABEuQAANbwAACjAAAAcxAAA&#10;EsgAAAzLAAADzwAAANMAAADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADkAwAA5ggAAOgNAADpEQAA&#10;7BgAAO4iAADxLgAA8zwAAPRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiwAAD4sAD/AxcA/wAVAP8A&#10;FQD/ABgA/wAjAP8ALwD/ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA+QB9APgAgwD2AIgA9QCO&#10;APQAkwDyAJgA8QCeAPAApADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDmAP0A5QD/AOQA/wDkAP8A&#10;5AD/AOQA/wD/BxMA/wARAP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4ATwD6AFoA9wBjAPQAawDy&#10;AHIA8AB5AO8AfwDtAIQA6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCvAOAAuQDeAMYA3ADaANoA&#10;7ADYAPkA1gD/ANYA/wDXAP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA/wAaAP8AJgD8ADIA9wA/&#10;APQASgDxAFUA7QBeAOoAZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDcAJAA2wCWANgAnADVAKMA&#10;0wCrANEAtQDOAMEAzADRAMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA/wD/DAwA/wYIAP8CCgD/&#10;AA8A/wAVAPwAIADxACwA7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBvANQAdQDSAHsA0ACAAM4A&#10;hgDMAIwAywCSAMkAmADHAKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIAuwD9ALsA/wC6AP8AugD/&#10;ALoA/wD/DgUA/wkAAP8JBQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDWAEkA0QBTAM4AWwDLAGMA&#10;yABqAMYAcADFAHYAwwB7AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcArgC1ALkAswDIALEA3wCw&#10;Ae8ArwH7AK4C/wCtA/8ArQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcKAOIBEQDbAh0A0gMrAMwD&#10;NwDIBEMAxARNAMEEVgC+BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMAsgaJALAGkQCvB5kArQeh&#10;AKsHqwCpCLcAqAnGAKYK3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/EQAA/BIAAOwTAADiEwAA&#10;2w8DANYJCwDOCBQAxgoiAMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4OZQCtDmsAqw5xAKoOeACo&#10;Dn4Apw+FAKUPjQCkD5YAohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/AJYU/wCVFP8AlRT/AJQU&#10;/wD/FQAA7RsAAOAfAADSHwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUArBVAAKkVSQCmFVIApBZZ&#10;AKIWYAChFmYAnxZsAJ4WcgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCTGbIAkRnBAJAa2ACNG+4A&#10;ixz9AIoc/wCKHP8AiRz/AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYgAAC0GQsArhoVAKgcIwCk&#10;HS8AoR46AJ4eRACbHkwAmR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8AI4ghACMII0AiiCXAIkh&#10;ogCHIa4AhiK9AIUi0QGCI+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA2y0AAMkxAAC8MQAAsS4A&#10;AKspAACnJAUAoyMRAJ4kHQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCLJ1wAiSdiAIgnaQCGJ28A&#10;hSd3AIMnfwCBJ4kBgCiTAX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr/wF2K/8BdSv/AXUq/wHl&#10;LAAA0DQAAME4AACzOAAAqDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0wAIotOgCHLUMAhS1KAIMt&#10;UQCBLlgAgC5eAH4uZAB9LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gCcS+2AnAwyQJvMOUCbjH3&#10;Am0x/wJtMf8CbTH/Am0x/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACVMwAAkDEKAIwxFACHMiAA&#10;hDMrAIEzNQB/Mz4AfTNGAHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0dwFvNIEBbjSMAmw0mAJq&#10;NaUCaTWzA2g1xgNnNuIDZjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4AALVCAACmQQAAmz8AAJM8&#10;AACNOAAAiDYHAIQ3EQCANxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAAcDlXAG45XQBsOWQBazlr&#10;AWk5dAFoOX4CZjmJAmQ5lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNfO/8DXzv/Al87/wLROwAA&#10;wEIAALBFAAChRAAAlUMAAI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9LQBwPTYAbj0/AGw9RgBr&#10;PU0AaT1TAGc9WgBmPWEBZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+vBFo/wQRaP90EWT/yBFk/&#10;/wNZP/8DWT//A1k//wPMPwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAAfD8AAHdADABzQBUAb0Eg&#10;AGxBKgBqQTMAaEE7AGZCQwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJbQngCWkKEA1hCkANXQp4E&#10;VkOtBFVDvwRUQ9oEVEPxBFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdLAACYSgAAjUkAAINHAAB9&#10;QwAAdkMAAHFECgBtRBIAakUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVNAFtFVABaRlsBWUZjAVdG&#10;bAFWRnYCVEaBA1NGjgNSR5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8DT0f/A1BH/wPERQAAtU0A&#10;AKNNAACVTAAAiUsAAH9KAAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABfSS0AXUk1AFtJPQBZSUQA&#10;V0lKAFZJUQBVSlkBVEphAVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtLvARKS9MFSkvuBEtL/QRL&#10;Sv8DS0r/A0tK/wPBSAAAslAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoAAGdLBABiTA4AX0wXAFxN&#10;IQBaTSoAWE0yAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnICS059AklOiwNITpkER0+o&#10;BEZPugRGT9EERk/tBEZO/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACNUQAAgVEAAHdQAABuTAAA&#10;Z04AAGJPAABdUA0AWlAUAFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1STQBMU1UASlNdAUlTZQFI&#10;U28CRlN7AkVTiQNDU5cDQlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/A0JR/wO6TwAAqlQAAJhU&#10;AACJVAAAfVMAAHNTAABpUQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQATlYtAExXNQBLVzwASldE&#10;AEhXSwBHWFIARlhaAURYYwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8WM0EPFfqAzxX+gM9Vv8D&#10;PVb/Az1W/wO2UwAApVcAAJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdYAABSWQcATloQAExaGABK&#10;WyEASFwqAEdcMgBFXDoARF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12AjpdhAI5XZMCOF2jAzdd&#10;tQM2XcsDNlzoAzdc+QM3W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAAdVkAAGtZAABgWgAAVlsA&#10;AFFdAABMXgIASGANAEVgFABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8Y00AO2NVADljXgA4Y2gB&#10;NmN0ATVjgQEzY5ECMmOhAjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg/wKuXAAAm10AAIpdAAB8&#10;XQAAcF0AAGZdAABcXgAAUmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2giADlpKwA4aTIAN2o6ADZq&#10;QQA1akkANGpSADNqWwAxamUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYBKmnlASpo9gIrZ/8CK2f/&#10;Aitn/wKpYQAAlWAAAIRgAAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABAawAAOm4FADZvDgA0cBUA&#10;M3AeADJxJgAwcS4AL3E1AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdyewAmcosAJHKcASNyrgEj&#10;csMBI3HiASNw9AEjb/8BI27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUAAF5mAABUaQAASWwAAEJv&#10;AAA7cgAANHUAAC54CgAreREAKnkYACl6IQAneigAJnowACV7OAAke0AAI3tIACJ7UgAhe1wAIHto&#10;AB98dgAdfIYAHHuYABt7qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZaQAAiGkAAHlpAABtaQAA&#10;Y2oAAFlsAABPbwAARXMAAD13AAA1egAALn0AACeBAwAigw0AIIQSAB+EGgAdhCIAHIUqABuFMQAa&#10;hTkAGYVCABiGTAAXhlYAFoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXWABGD7wARgvsAEoL/ABKB&#10;/wCRbgAAgW0AAHRuAABpbgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAAJ4cAACGKAAAajQYAFY8N&#10;ABOQEwASkBoAEpAiABGQKgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagALkXoACpGNAAiQnwAHkLMA&#10;B4/JAAeP5gAHjvQACI38AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19AABDgQAAOYYAADCKAAAo&#10;jgAAIZEAABqVAAATlwAADpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwzAAOcPQACnUgAAJ1UAACd&#10;YgAAnHIAAJyEAACclwAAm6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAAdnkAAGh6AABcfgAAUYIA&#10;AEaHAAA8jAAAMpEAACmVAAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAApxAAAKcVAACoHAAAqCMA&#10;AKgrAACpNAAAqT8AAKlLAACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACoywAAp+QAAKfvAACn8wB9&#10;gAAAb4EAAGGEAABViQAASY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkAAA2sAAAHrwAAALIAAACz&#10;BwAAswwAALMQAAC0FQAAtBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0AALhuAAC4ggAAuJcAALiq&#10;AAC3vgAAt9IAALfmAAC36gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAspwAAIqsAABmvAAARswAA&#10;C7YAAAS5AAAAvAAAAL4AAAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADEIAAAxSkAAMc0AADIQgAA&#10;yVEAAMliAADJdQAAyYoAAMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgAAFOeAABGpAAAOqsAAC+w&#10;AAAktQAAGbgAABC8AAAKvwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAAAM0DAADOCAAA0A0AANEQ&#10;AADTFgAA1h4AANooAADdNAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA4LIAAOC+AADgwwBmnwAA&#10;WaYAAEytAAA/tAAAMrgAACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADRAAAA1QAAANgAAADZAAAA&#10;2wAAAN0AAADfAAAA4QQAAOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFGAADyWAAA82sAAPOAAAD0&#10;lAAA9KMAAPSuAAD0sgD/ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFoA/gBj&#10;APsAawD5AHIA9wB4APUAfgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDsAKYA6gCuAOgAuADmAMUA&#10;5QDbAOMA7QDiAPsA4gD/AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8ADQD/ABIA/wAbAP8AKAD/&#10;ADQA/gBBAPsATAD3AFYA9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCFAOYAigDlAI8A4wCVAOEA&#10;mwDgAKIA3gCqANsAtADZAMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A0AD/ANAA/wD/AA0A/wAJ&#10;AP8ACgD/AA8A/wAWAPsAIgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDiAGkA4ABvAN4AdQDcAHoA&#10;2gCAANgAhQDVAIsA0wCRANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA4gDEAPIAwwD+AMIA/wDB&#10;AP8AwgD/AMIA/wD/AwYA/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2AOMAQQDfAEsA2wBUANUA&#10;XADSAGMAzwBqAM0AcADLAHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoAvwCiAL0AqwC7ALYAuQDE&#10;ALcA2gC2AO0AtAD6ALQA/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/AAYA7AANAOUAFgDeACIA&#10;1wAvANEAOwDNAEUAygBOAMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoAewC5AIEAtwCHALUAjgCz&#10;AJUAsgCeALAApwCuALIArAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/AKYA/wD/BgAA/wUAAPED&#10;AADoAAAA4QAHANUAEADNABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgAtABfALIAZQCwAGoArwBw&#10;AK0AdgCsAHwAqgCCAKkAiQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCdAuYAnAT0AJsE/wCaBf8A&#10;mgX/AJkF/wD/CgAA8Q4AAOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcDLACzBDcAsAVCAK0GSgCq&#10;BlIAqAdZAKYHXwClB2UAowdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmXAJgKoQCWCqwAlQu6AJML&#10;zACSDOUAkA32AI8O/wCODv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAAvhUAALkQAAC3Cg0AsQsX&#10;AKwNJACoDjAApQ47AKIORACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACVEHIAkxB5AJIQgQCQEIoA&#10;jxGUAI0RnwCLEaoAihK4AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV/wDtGgAA3CEAAMolAAC7&#10;IgAAsR8AAKsaAACpFAYApRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZOAJAWVQCOF1sAjBdhAIsX&#10;ZwCJF20AiBd0AIYYfACFGIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIAeh31AHkd/wB4Hf8AeB3/&#10;AHgd/wDlIgAA0CkAAL8sAACwKgAApycAAKAjAACdHwAAmhoOAJUcGACRHSQAjh4vAIweOQCJHkEA&#10;hx9JAIUfUACDH1YAgh9cAIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHchlwB1IqQAdCKyAHMjwwBy&#10;I98AcCTzAG8k/wBvJP8AbiT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4AAJcqAACTJwAAkCMKAIwj&#10;EwCIJB8AhCUqAIIlNACAJj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUAdCdsAHIndABxJ30AbyiI&#10;AG4olABsKKEAaymvAWopwAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHULwAAwjYAAK82AAChNQAA&#10;ljQAAJAwAACKLQAAhyoGAIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMsRwBxLE0AcCxUAG4sWgBt&#10;LGEAay1oAGotcABoLXoAZy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDvAV8w/QFfMP8BXzD/AV8w&#10;/wHNNAAAvDsAAKk6AACbOgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYAdDAhAHExKwBvMTQAbTE8&#10;AGsxQwBqMUoAaDJQAGcyVwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFdNJwBWzSqAVo1uwFaNdIB&#10;WTXtAVk1/AFYNf8BWDX/AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6AAB9NwAAeDQAAHQ0CwBw&#10;NRMAbTUdAGo1JwBoNjAAZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdiAFw3agBaOHQBWTh/AVc4&#10;jAFWOZkBVTmoAlQ5uQJTOs8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAAskEAAKBAAACSQAAAhj8A&#10;AH49AAB4OgAAczgAAG45CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABdO0MAWztKAFo7UABYO1cA&#10;VztfAFY8ZwBUPHEBUzx8AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0++gJOPv8BTj3/AU49/wHA&#10;PwAArkMAAJxDAACOQwAAgkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4XAF4+IQBcPikAWj4xAFg+&#10;OQBXPkAAVT9GAFQ/TQBTP1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYBSkGlAklCtQJJQssCSULo&#10;AklC+QJJQf8CSUH/AUlB/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABvQAAAaEAAAGNBAQBfQQ0A&#10;XEEUAFlCHQBXQiYAVUIuAFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExEYwBKRG0BSUV4AUhFhQFH&#10;RZQBRUWjAkVGtAJERskCREbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgAAJRIAACGSAAAe0cAAHJG&#10;AABqQgAAY0MAAF5EAABaRQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhY&#10;AEdIYQBGSWsAREl2AUNJgwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJASf8CQEj/AkBI/wG2SQAA&#10;okoAAJFKAACDSgAAd0oAAG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9KGABMSiEASkspAElLMQBH&#10;SzgARkw/AEVMRgBETE4AQ01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2gATtOsQI6TsYCOk7kAjtN&#10;9gI7Tf8BO0z/ATxM/wGzTQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAAWUsAAFRMAABQTQUATE4O&#10;AElPFQBHTx4ARU8mAERQLgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8UmYAOlJyADlSfwE4Uo4B&#10;N1KeATZSrwE1UsQBNVLiATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlPAAB7TwAAcE8AAGZPAABc&#10;TgAAVE8AAE9RAABKUgEARlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6ADtWQQA6VkkAOVdRADhX&#10;WgA2V2MANVdvADRXfAEzV4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8BMVX/ATFV/wGoUgAAlVIA&#10;AIRSAAB3UgAAbFIAAGJSAABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7WhcAOVsgADhbJwA3XC8A&#10;Nlw2ADVcPgA0XEYAM11OADFdVwAwXWEAL11sAC5degAsXYkAK12aASpdqwEqXb8BKV3eASpc8gEq&#10;W/4BK1v/ASta/wGjVQAAj1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkAAEVbAAA/XQAAOl8EADZg&#10;DQA0YRMAMmIcADFiIwAwYisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0AKGRpACdkdgAmZIYAJWSX&#10;ACRkqQAjZL0AImTaACNj8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABuWQAAY1kAAFpaAABQXAAA&#10;SF4AAEFgAAA6YwAANGYAAC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZrNQAlaz0AJGtGACNrTwAi&#10;bFkAIGxlAB9scgAebIIAHWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/ABxo/wCVXAAAg1wAAHVc&#10;AABpXQAAX10AAFZeAABMYQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0AIXISACBzGgAfcyEAHnMo&#10;AB10MAAcdDgAG3RAABp0SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogASdLYAEXTPABJz7AAScvoA&#10;E3H/ABNx/wCOYAAAfWAAAG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADduAAAwcQAAKXUAACJ4AAAc&#10;ewcAF30OABZ9EwAVfRsAFH4iABN+KgASfjEAEX46ABF+RAAQf04AD39aAA5/aAANf3gADH+KAAt+&#10;nQAKfrAACX3GAAp95AAKfPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAAVmgAAExrAABCbwAAOXMA&#10;ADF3AAAqegAAI34AAByBAAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAKiSsACYkzAAiJPQAGiUgA&#10;BYlUAASJYQACiXEAAYmDAACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG+gB+agAAcWoAAGdrAABb&#10;bAAAUHAAAEZ0AAA8eAAAM30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIGAAaTDAACkxEAAJQWAACU&#10;HQAAlCQAAJUsAACVNQAAlUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEAAJS1AACTzAAAkuYAAJLy&#10;AACS9wB4cAAAbXAAAGByAABUdQAASXkAAD9+AAA1gwAALIgAACONAAAbkQAAFJQAAA+XAAAKmgAA&#10;BJ0DAACeCQAAnw4AAJ8SAACgFwAAoB0AAKElAACiLQAAojcAAKNDAACjUAAAo18AAKNxAACjhAAA&#10;opkAAKKtAAChwgAAodwAAKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUAADiLAAAukAAAJJUAABua&#10;AAAUngAADqEAAAmkAAACpwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYAAK4cAACvJAAAsC0AALE5&#10;AACxRgAAslUAALJmAACyeQAAso4AALGjAACytwAAscoAALHgAACx6QBsfgAAX4IAAFKHAABGjQAA&#10;O5MAADCZAAAmngAAHKMAABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4AAAAuQIAALkIAAC6DAAA&#10;uxAAALwUAAC9GwAAvyMAAMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSXAADEqwAAxLwAAMTLAADE&#10;2gBliQAAWI4AAEuVAAA/mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAAALwAAAC/AAAAwwAAAMQA&#10;AADFAAAAxgAAAMcAAADJBAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA1jwAANhNAADZXwAA2nMA&#10;ANqKAADbngAA264AANu6AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3AAAVuwAADb4AAATCAAAA&#10;xQAAAMkAAADNAAAA0AAAANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4FAADgCgAA4g8AAOUWAADo&#10;IAAA7C0AAO0+AADtUQAA7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA/wAOAP8ADgD/ABIA/wAd&#10;AP8AKQD/ADUA/wBBAP8ATQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDxAH8A8ACEAO4AiQDtAI8A&#10;6wCVAOoAmwDoAKIA5gCqAOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A/wDdAP8A3gD/AN4A/wD/&#10;AA0A/wAKAP8ACQD/AA8A/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABaAO0AYgDrAGkA6QBvAOcA&#10;dQDlAHoA4wB/AOIAhQDgAIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA0ADKAM4A4wDNAPQAywD/&#10;AMsA/wDLAP8AywD/AMsA/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDyACsA7wA3AOsAQgDnAEwA&#10;5ABVAOAAXQDdAGQA2gBqANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsAkgDJAJkAxwChAMUAqgDD&#10;ALUAwQDDAL8A2gC+AO4AvQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAAAP8AAAD5AAcA8QAQAOoA&#10;GgDkACUA3wAxANsAPADXAEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAAwwB1AMEAegDAAIAAvgCG&#10;ALwAjQC6AJQAuQCcALcApQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCtAP8ArQD/AK0A/wD/AAAA&#10;/wAAAP0AAADuAAEA4wAMANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8AUgC8AFkAugBfALgAZQC2&#10;AGoAtABvALMAdQCxAHoAsACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4AKMAyACiAOIAoQDzAKAA&#10;/gCgAP8AoAD/AKAA/wD/AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgAvQAkALkALwC2ADoAtABD&#10;ALEATACuAFMArABZAKoAXwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCgAIoAngCTAJwAnQCaAKcA&#10;mAC0AJYAwwCVANwAlADvAJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwNAADLCgAAwgUAALwACgC2&#10;ABEAsQAcAK4AKACqADMApwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBkAJoAagCYAHAAlwB2AJUA&#10;fgCTAIYAkgGPAJABmQCOAqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8Ahgj/AIYI/wDvDwAA3hQA&#10;AMoVAAC8EgAAsxAAAK4MAACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCXCUcAlQlOAJMJVACRCloA&#10;kApfAI4KZQCNCmsAiwpyAIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIANwAB/DdgAfQ7vAHwP/QB7&#10;D/8AexD/AHsQ/wDmFwAA0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0PAJgOGQCUDiUAkQ8vAI8Q&#10;OQCMEEEAihBIAIgQTwCHEFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4AfBKIAHoSlAB4EqAAdxOu&#10;AHUTvgB0FNUAcxXuAHEW/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAAClIwAAnCEAAJYeAACSGQAA&#10;kRQLAI0UFACJFR8AhhYpAIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkYXAB3GGIAdhhpAHQYcQBz&#10;GXoAcRmEAG8akABuGp0AbBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/AGce/wDRJgAAvSoAAKsq&#10;AACdKgAAkygAAI0lAACIIgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYAdh4+AHQeRQByH0sAcR9R&#10;AG8fWABuH14AbB9lAGsgbQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABhI80AYCTpAGAk+gBfJP8A&#10;XyT/AF8k/wDKLAAAti8AAKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoiDQB2IxUAcyMgAHEkKQBv&#10;JDIAbSQ6AGslQQBqJUcAaCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9AF4nigBdKJcAWymlAFop&#10;tQBaKsoAWSrnAFgq+ABYKv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAAhjIAAH8vAAB5LQAAdSoA&#10;AHIoCgBvKBIAaykbAGkpJQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABeK1cAXCteAFssZgBZLG8A&#10;WC16AFcthwBWLpUAVC6jAFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv/wDBNgAAqjYAAJk2AACL&#10;NgAAgTUAAHkzAABzMQAAby8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8xAFwvOQBbL0AAWS9GAFgv&#10;TQBXMFMAVjBbAFQxYwBTMWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUBTDTjAUw09gBMNP8ATDT/&#10;AEwz/wC7OQAApjkAAJU5AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBhMg0AXjIUAFwzHgBaMyYA&#10;WDMuAFYzNQBVNDwAUzRDAFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3ggBKN5AASTifAEg4sAFH&#10;OMMBRzjhAUc49QFHOP8BRzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwAAHA6AABqNwAAZDYAAGA2&#10;AABcNgsAWTcSAFY3GgBUNyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4ASjlVAEk5XgBIOmgARzpz&#10;AEY7gABFO44ARDyeAEM8rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGzPQAAnj4AAI0+AAB/PgAA&#10;dT4AAGw9AABmOgAAYDkAAFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7LwBJPDYARzw9AEc8RABG&#10;PUsART1TAEQ+XABDPmYAQj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDdAT1A8gE9QP8BPj//AT4/&#10;/wGuQAAAmkAAAIlBAAB8QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUATj8OAEw/FQBJPx0AR0Al&#10;AEZALABEQDMAQ0A6AEJBQgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7Q4sAOkSbADlEqwE5RL4B&#10;OETbATlE8QE5Q/4BOUP/ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVDAABdQAAAVkAAAFFCAABN&#10;QgIASUMMAEZDEgBERBoAQkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZPADpGVwA5R2EAOEdsADdH&#10;egA2SIkANUiZADRIqgA0SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAAkkUAAIJGAAB1RgAAakYA&#10;AGFFAABZRAAAUUQAAExGAABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6Si4AOUo2ADhKPQA3S0QA&#10;NktMADVLVQA0TF8AM0xqADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M7wAvTP0AL0v/ADBL/wCh&#10;RwAAjkgAAH5IAABxSAAAZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wGADtNDgA5ThUAN04dADZP&#10;JAA1TysAM08zADJQOgAxUEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQAKlKVAClSpgApUrkAKFLS&#10;AClR7gApUPwAKlD/ACpP/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABRTAAASE0AAENPAAA9UAAA&#10;OVICADVTDAAzVBIAMVQZADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClWTwAoV1kAJ1dkACZXcgAl&#10;V4EAJFeSACNXpAAiV7cAIlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4AAHVOAABpTgAAX08AAFZP&#10;AABNUAAARVIAAD9TAAA5VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQAJlwrACVcMwAkXToAI11D&#10;ACJdTAAhXVYAIF5hAB9ebgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAbXPkAHFv/ABxb/wCQUQAA&#10;flEAAHBRAABkUgAAW1IAAFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChgAwAkYgwAImMRACFjGAAf&#10;ZCAAHmQnAB1kLgAcZDYAG2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWLABRlngATZbEAEmXIABJk&#10;5wATY/cAFGL/ABRi/wCJVAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAAPVwAADZfAAAwYgAAKWQA&#10;ACNnAAAdagcAGWwOABhsEwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgARbkwAEG5YAA9uZQAObnUA&#10;DW6HAA1umgAMba0AC23CAAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZAABcWgAAVFoAAEpcAABB&#10;XwAAOWMAADFmAAAqaQAAJGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncbAA13IwAMdyoAC3czAAp3&#10;PAAJd0cACHdSAAd3XwAFd28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsAAnT2AAJ0/AB7XQAAbV0A&#10;AGJeAABZXgAATmAAAEVjAAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAASfAAADX8GAAmBDAAFgREA&#10;A4EWAAKBHQABgSQAAIEtAACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACCjQAAgaAAAIC0AACAywAA&#10;f+cAAH7yAAB++QB0YgAAaGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQAACV4AAAefAAAF4AAABGD&#10;AAANhgAACIkEAAKLCgAAiw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkAAI5EAACOUQAAjmAAAI5x&#10;AACOhQAAjpkAAI2tAACMwwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABNbAAAQnEAADh2AAAvewAA&#10;Jn8AAB6EAAAWiAAAEIwAAAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACYEwAAmRgAAJofAACbJgAA&#10;mzAAAJw7AACcSAAAnFcAAJxoAACcewAAnJAAAJulAACbugAAmtAAAJrnAACa8QBqbQAAXm8AAFFy&#10;AABGdwAAO3wAADGCAAAnhwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAAAKIAAACjAQAAowYAAKQL&#10;AAClDgAAphIAAKcXAACoHgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAArIUAAKybAACrrwAAq8MA&#10;AKvZAACq6ABkdQAAV3kAAEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCfAAAJowAAAacAAACqAAAA&#10;rgAAALAAAACwAAAAsQAAALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsmAAC8MwAAvUEAAL1SAAC9&#10;ZAAAvnkAAL6QAAC9pAAAvbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAALJkAACGfAAAXpAAAEKkA&#10;AAmuAAAAsgAAALYAAAC5AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAAxAUAAMYKAADHDgAAyRMA&#10;AMscAADOJgAA0DUAANFFAADSVwAA0msAANOCAADTlwAA06kAANK4AADSxABVjAAASZMAAD2aAAAw&#10;ogAAJagAABquAAARtAAACbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0AAADNAAAAzwAAANAAAADS&#10;AAAA1AAAANgAAADaBgAA3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0AAOpyAADriAAA65sAAOyo&#10;AADssgD/AA0A/wALAP8ACwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7AFIA+ABaAPYAYgDzAGkA&#10;8QBvAPAAdQDuAHoA7AB/AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEArwDfALsA3QDLANsA5gDZ&#10;APcA2AD/ANgA/wDXAP8A1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAVAP4AIQD6ACwA9wA4APQA&#10;QwDwAE0A7QBVAOoAXQDnAGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA2QCLANUAkQDTAJkA0QCg&#10;AM8AqgDNALUAywDEAMkA3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/AAAA/wAAAP8AAAD/AAoA&#10;+AARAPEAHADsACcA6QAyAOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAAagDOAHAAzAB1AMoAegDJ&#10;AH8AxwCFAMUAjADDAJQAwQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7ALYA/wC2AP8AtgD/ALYA&#10;/wD/AAAA/wAAAP0AAADzAAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEAygBKAMcAUgDEAFkAwgBf&#10;AMAAZQC+AGoAvABvALsAdAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACuAKoArQC3AKsAyACpAOMA&#10;qAD1AKcA/wCnAP8ApwD/AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0AEQDHABwAwgAmAL8AMQC8&#10;ADsAugBEALcATAC0AFMAsgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6AKcAgQCmAIkApACRAKIA&#10;mwCgAKUAngCyAJ0AwQCbANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA8AAAAOEAAADRAAAAxgAE&#10;AL0ADQC3ABUAswAgALAAKwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQChAF8AoABkAJ4AaQCdAG4A&#10;mwB1AJoAewCYAIMAlgCMAJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA+ACMAP8AjAD/AIwA/wDz&#10;AgAA4gcAAMwHAAC/BAAAtwAAALEACACrABAApwAZAKQAJACgAC4AngA3AJwAQACaAEcAmABOAJYA&#10;VACVAFkAkwBeAJIAZACQAGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0AhQCpAIMAuACBAMoAgADl&#10;AIAA9QB/AP8AfwD/AH8A/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACgAgwAnAATAJgAHQCVACcA&#10;kgAxAJAAOQCOAUEAjAFIAIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIEDcgCABHoAfgSEAH0FjgB7&#10;BZoAeQanAHgGtQB2B8gAdQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcAALEXAAClFgAAnBMAAJYR&#10;AACUDQQAkwgNAI4HFQCLCSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08AfQxUAHsMWgB6DGAAeAxn&#10;AHcMbgB1DXYAdA2AAHINjABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBpEP8AaRD/AGkQ/wDQHQAA&#10;uR4AAKgeAACbHQAAkhsAAIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQLQB5EDYAdxE9AHYRRAB0&#10;EUoAcxFQAHERVgBwEVwAbhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSjAGMVswBiFcYAYhbjAGEW&#10;9gBgF/8AYBf/AGAX/wDHIgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAAfBkAAHoVDQB3FRUAdBYf&#10;AHEWKABvFzAAbhc4AGwXPwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBiGW8AYBl5AF8ahQBdG5IA&#10;XBuhAFscsABaHMMAWR3gAFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJkoAACLKAAAgicAAHslAAB2&#10;IwAAcyAAAHEcCQBuHBEAaxwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5HAF8eTQBeHlQAXB9bAFsf&#10;YgBZIGsAWCB2AFYhggBVIZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8AUST/AFEj/wC5KwAAoywA&#10;AJMsAACGLQAAfCwAAHQqAABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBfIycAXSMvAFwjNgBaIz0A&#10;WSRDAFckSgBWJFAAVSRXAFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEworABLKb4ASynaAEop8QBK&#10;Kf8ASyn/AEsp/wCzLgAAni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoAAGMnAQBfJwwAXCcTAFon&#10;GwBYKCQAVigrAFUoMgBTKDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUASitwAEkrfABILIsARy2a&#10;AEYtqgBFLrwARS7WAEUu7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8MwAAcjMAAGsxAABlLwAA&#10;YC0AAF0sAABZLAkAViwQAFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEotQwBJLUoASC5RAEcuWQBG&#10;L2MARTBtAEMwegBCMYkAQTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/AEAy/wCqMwAAljUAAIY1&#10;AAB5NgAAbjUAAGY1AABhMgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0ASjElAEgxLABHMTIARjE5&#10;AEQxQABDMkcAQjJPAEEzVwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7NrkAOjbRADo27QA7NvwA&#10;Ozb/ADs2/wCmNgAAkjcAAII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0AABPNAMASzQMAEk0EgBG&#10;NRoARTUiAEM1KQBBNS8AQDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhpADk5dgA4OYUANzqVADc6&#10;pQA2OrgANTrPADY67AA2OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAAaDsAAF86AABZOQAAUzYA&#10;AE43AABKOAAARjgKAEQ5EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc7UwA2PFwA&#10;NTxnADQ9dAAzPYMAMz6TADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9/wCeOwAAizwAAHs8AABu&#10;PQAAZD0AAFw9AABVPAAATjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4cADk+IwA3PioANj8xADU/&#10;OAA0P0AAM0BIADJAUAAxQFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUAK0LLACxC6QAsQvkALUH/&#10;AC1B/wCZPQAAhz4AAHc/AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABAQAAAPEEEADlCDQA3QhIA&#10;NUMZADNDIQAyQygAMUQvADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpGbwApRn4AKEaPACdHoQAm&#10;R7MAJkfJACZG5wAnRvgAKEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIAAFVCAABOQgAARUIAAD9E&#10;AAA7RQAAN0YAADRHCgAxSBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoAKEpCACdKSwAmS1UAJUtg&#10;ACRLbQAjS3wAIkuNACFMnwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQQwAAfkQAAG9EAABkRQAA&#10;WkUAAFJFAABKRgAAQUcAADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdPGgAmTyEAJU8oACRPMAAj&#10;UDcAIlA/ACFQSAAgUFIAH1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHFABlR5AAaUPYAG0//ABxP&#10;/wCKRgAAeUcAAGtHAABgSAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAALlAAAChTAgAkVAsAIlUQ&#10;ACBVFgAfVh4AHlYkAB1WLAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAVWHUAFFiHABRYmgATV6wA&#10;ElfCABJX4QATVvQAFFX/ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtMAABETQAAPE8AADVRAAAv&#10;VAAAKVYAACRZAAAeWwcAGl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143ABJeQAARX0oAEV9VABBf&#10;YgAPX3EADl+DAA1flgANX6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAAbk4AAGJOAABYTwAAT08A&#10;AEhQAABAUgAAOFQAADBXAAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQZhQAD2YbAA5nIgANZykA&#10;DWcyAAxnOwALZ0UACmdQAAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANlzwAEZekABGT1AARk/AB3&#10;UQAAaVIAAF1SAABUUgAATFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QAABlnAAATagAAD20GAAtw&#10;DAAIcP/i/+JJQ0NfUFJPRklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJwNQAAcD8AAHBKAABwVwAA&#10;cGUAAHB2AABwigAAb54AAG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YAAFlWAABRVwAAR1gAAD5b&#10;AAA2XwAALmIAACZmAAAfagAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8AAHkTAAB5GQAAeR8AAHom&#10;AAB6LwAAejkAAHpEAAB6UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAAeN8AAHjvAAB39wBqWwAA&#10;X1sAAFZbAABMXAAAQmAAADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57AAAJfgAABIECAACCCAAA&#10;gw0AAIMQAACEFAAAhRkAAIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdoAACHewAAh5AAAIalAACF&#10;ugAAhdMAAITqAACE9ABlYAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAAIXcAABl7AAASgAAADYMA&#10;AAiHAAACigAAAI0AAACOBAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAAlCkAAJUzAACVQAAAlk4A&#10;AJZfAACVcgAAlYgAAJWdAACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpqAAA/bgAANXQAACt5AAAh&#10;fwAAGYQAABGJAAAMjQAABpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0HAACeCwAAnw4AAKESAACi&#10;GAAAoyAAAKUpAACmNgAApkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0AAKTRAACk5ABbbAAAT3AA&#10;AEN1AAA4ewAALYEAACOHAAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAApgAAAKgAAACpAAAAqgAA&#10;AKwAAACtBAAArgkAALANAACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4XAAAuHEAALiIAAC4nQAA&#10;uLEAALfCAAC30ABUdgAASHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIAAAOnAAAAqwAAAK4AAACy&#10;AAAAtgAAALgAAAC4AAAAugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAAAMYWAADJIAAAyi4AAMs+&#10;AADMUAAAzGQAAM16AADNkQAAzaQAAM20AADNwABNgwAAQYoAADWRAAApmQAAHqAAABOmAAAMrAAA&#10;A7EAAAC2AAAAugAAAL4AAADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzgAAANAAAADSAQAA&#10;1QgAANkOAADdFQAA4SEAAOIxAADkQwAA5VYAAOZrAADmggAA55YAAOelAADmsAD/AAkA/wAFAP8A&#10;BgD/AA4A/wAWAP8AIQD/AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA7gBpAOwAbwDqAHQA6QB6&#10;AOcAfwDmAIUA5ACLAOMAkQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDTAPQA0gD/ANEA/wDRAP8A&#10;zwD/AMoA/wD/AAEA/wAAAP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAAPgDsAEgA6ABQAOUAWADi&#10;AF4A3wBkAN0AagDbAG8A2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACcAMkApQDHALAAxgC+AMQA&#10;1ADCAO4AwQD+AMAA/wDAAP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA8QAPAOsAGADmACMA4gAu&#10;AOAAOADbAEIA1QBLANEAUgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADCAHoAwQCAAL8AhgC9AI4A&#10;uwCWALkAoAC3AKoAtgC3ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA/wD/AAAA/wAAAPcAAADq&#10;AAIA4QAMANcAEwDQAB0AzAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZALgAXwC3AGQAtQBpALQA&#10;bgCyAHQAsQB6AK8AgACtAIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwAoQDyAKEA/wCgAP8AoAD/&#10;AKEA/wD/AAAA9wAAAOgAAADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0ADYAsgA/AK8ARwCsAE0A&#10;qwBUAKkAWQCnAF4ApgBjAKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsAlQCZAJ8AmACsAJYAugCU&#10;AM8AkwDrAJIA+wCSAP8AkgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwACALMADACtABIAqgAcAKcA&#10;JgCkADAAowA4AKAAQACeAEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgAkwBuAJIAdACQAHwAjwCF&#10;AI0AjwCLAJoAigCnAIgAtQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDsAAAA0wAAAMEBAAC0AAAA&#10;rAAAAKYABwCgAA4AnQAWAJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0ATQCMAFMAiwBYAIkAXQCI&#10;AGMAhwBpAIUAbwCDAHcAggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDdAHgA8QB3AP0AeAD/AHgA&#10;/wDeCgAAxAsAALIMAACmCwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMAiQAsAIcANACFADsAgwBC&#10;AIIASACAAE4AfwBTAH0AWAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBzAJIAcQCfAHAArQBuAL4A&#10;bQHWAG0C7QBsA/oAbAP/AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsOAACJCwMAhwUMAIQBEwCB&#10;ARwAfgIlAHwDLgB6AzYAeAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZfAG4GZgBtBm4Aawd4AGoH&#10;gwBoCJAAZwmdAGUJrABkCbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAArRcAAJ0YAACQGAAAhxYA&#10;AIEUAAB9EQAAfA4GAHwKDgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBsDEQAaw1KAGkNTwBoDVUA&#10;Zw1cAGUNYwBjDmsAYg51AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR8ABZEf0AWRH/AFkR/wC5&#10;GwAApR0AAJQeAACIHgAAfh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZAGkQIgBnESoAZhEyAGQR&#10;OQBjET8AYhFFAGASSwBfElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsAVBWZAFMVqQBSFroAURbS&#10;AFEX7QBRF/0AURf/AFEX/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABsHgAAaRsAAGcYBABmFQ4A&#10;YxYVAGEWHgBfFiYAXRYtAFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMYXABSGWQAURluAE8aegBO&#10;G4gATRuXAEscpgBKHLgASh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUAAIgmAAB7JwAAcSYAAGol&#10;AABmIwAAYiEAAGAeAABeHAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcAUR09AFAdQwBPHUoATR5R&#10;AEweWABLH2EASR9rAEggdwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBDI/oAQyP/AEMi/wCmJwAA&#10;kykAAIMqAAB2KgAAbSoAAGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIhFgBQIR4ATiElAE0iLABM&#10;IjMASiI5AEkiQABIIkYARyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaSAD4nowA+J7QAPSfKAD0o&#10;6AA9KPkAPSf/AD4n/wCiKgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAAWCgAAFQmAABRJgQATiUN&#10;AEwlEwBKJhoASCYiAEcmKQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+KVwAPSlmADwqcgA7KoEA&#10;OiuQADkroQA4LLIANyzIADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsvAABvMAAAZTAAAF0vAABY&#10;LgAAUysAAFAqAABMKgAASSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPiszAD0rOQA8K0AAOyxIADos&#10;UAA5LVkAOC5kADcucAA2L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcAMzD/ADQv/wCZLwAAhzEA&#10;AHcyAABrMgAAYjIAAFoyAABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/LhQAPS4cADsuIgA5LykA&#10;OC8vADcvNgA2MD4ANTBGADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80ngAuNLAALTTFAC004wAu&#10;NPYALzP/AC8z/wCVMQAAgzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIAAEYxAABCMgAAPzIFADwy&#10;DQA5MxIAODMZADYzIAA0MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUALjZgAC03bAAsN3sAKzeL&#10;ACo4nAApOK4AKDjDACg44gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABlNwAAWzcAAFQ3AABNNgAA&#10;RzYAAEI1AAA9NgAAOjYCADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05MgAsOTkAKzlBACo6SQAq&#10;OlMAKTteACg7agAnO3kAJjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/ACU7/wCNNgAAfDgAAG05&#10;AABiOQAAWDoAAFE5AABKOQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4ALT0UACw9GgAqPSEAKT0o&#10;ACg+LwAnPjYAJj4+ACU/RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAfQasAHkHAAB5B3gAfQPMA&#10;H0D+ACA//wCJOQAAeDoAAGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9AAA0PgAAMEAAAC1BBQAq&#10;QgwAJ0IRACZDGAAkQx4AI0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZABxFZQAbRXQAGkWFABlG&#10;lwAZRqkAGEa+ABdF3AAYRfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAAUj8AAEo/AABEPwAAPUAA&#10;ADZBAAAxQwAALEQAACdGAQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAbSjAAGko4ABlKQQAYSksA&#10;F0tVABZLYgAVS3EAFEuCABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ/wB/PwAAb0AAAGFBAABX&#10;QgAATkIAAEdCAABBQgAAOkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08NABhQEQAXUBcAFlAeABVQ&#10;JQAUUCwAE1E0ABJRPQARUUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQADFG4AAxR0QANUOwADVD6&#10;AA5P/wB5QwAAakQAAF1EAABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAApTAAAJE8AAB9RAAAaUwAA&#10;FFYJABFXDgAQWBMAEFgZAA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApYWgAIWGgAB1h5AAZYjAAF&#10;WJ8ABFizAARXygAFV+YABVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgAAEFJAAA6SgAAMk0AACtQ&#10;AAAlUgAAIFUAABpYAAAVWgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMABWArAARgNAADYD0AAWBJ&#10;AABgVQAAYGMAAGBzAABghgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABsSgAAX0sAAFVLAABMTAAA&#10;RUwAAD1OAAA1UAAALlMAACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhnCwADZw4AAGgTAABoGAAA&#10;aB8AAGkmAABpLgAAaTgAAGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGipAABovwAAZ9wAAGbuAABm&#10;9wBmTwAAWk8AAFFPAABKTwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAAFGUAABBoAAAMawAAB24D&#10;AAFwCQAAcA0AAHEQAABxFAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAAc1YAAHNmAABzeQAAc44A&#10;AHOjAAByuQAAcdIAAHHrAABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJcAAAqYAAAImQAABtoAAAU&#10;bAAAD28AAAtyAAAGdgAAAHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4bAAB/IgAAgCoAAIA1AACA&#10;QQAAgE8AAIBfAACAcQAAgIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAAVFgAAElaAAA/XQAANWEA&#10;ACxlAAAjagAAG28AABRzAAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAAhgYAAIgKAACJDQAAihAA&#10;AIsVAACMGwAAjiIAAI8sAACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACOqwAAjcEAAI3cAACM6wBZ&#10;XQAATl8AAENiAAA4ZgAALmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkAAACNAAAAkAAAAJIAAACT&#10;AAAAlAAAAJYDAACXCAAAmAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwAAKBMAACgXgAAoHQAAJ+M&#10;AACfogAAn7cAAJ7LAACe4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAUhQAADYsAAAaQAAAAlAAA&#10;AJgAAACcAAAAnwAAAKEAAACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACsDQAArRIAALAZAACyIwAA&#10;sjEAALJCAACyVAAAsmkAALKAAACymAAAsawAALK/AACxzgBMbgAAQHMAADV6AAAqgQAAH4gAABWO&#10;AAAOlQAABpoAAACfAAAApAAAAKgAAACsAAAArwAAALEAAACxAAAAswAAALUAAAC2AAAAuAAAALoA&#10;AAC8BgAAvgwAAMARAADDGQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAAyJ8AAMivAADIvABGegAA&#10;OYEAAC6JAAAikAAAF5gAAA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8AAAAvwAAAMEAAADCAAAA&#10;xAAAAMUAAADHAAAAyQAAAMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0qAADePAAA31AAAOBlAADh&#10;ewAA4ZEAAOKiAADirQD/AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA/gAzAPsAPgD3AEgA8wBQ&#10;APAAVwDtAF4A6wBkAOgAaQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADcAJMA2QCcANYApgDTALEA&#10;0QDAAM8A2gDOAPEAzAD/AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8AAAD/AAgA+wAQAPYAGQDy&#10;ACQA7wAuAO0AOQDoAEIA4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBuAM8AdADOAHkAzAB/AMoA&#10;hgDIAI4AxgCWAMQAoADCAKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8AugD/ALYA/wD/AAAA/wAA&#10;AP4AAAD0AAQA6wANAOQAFADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDHAFMAxQBZAMMAXwDBAGQA&#10;vwBpAL0AbgC7AHMAugB5ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0AxACsAOEAqwD2AKoA/wCq&#10;AP8AqgD/AKoA/wD/AAAA/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAjAMEALQC/ADcAuwA/ALcA&#10;RwC1AE4AsgBTALAAWQCvAF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEApACKAKMAlAChAJ8AnwCs&#10;AJ4AuwCcANIAmwDuAJoA/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADLAAAAwQAFALkADQC0ABQA&#10;sQAeAK4AJwCrADAAqgA5AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0AYgCbAGcAmgBtAJgAcwCX&#10;AHsAlQCEAJQAjgCSAJkAkACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/AIsA/wDwAAAA2wAAAMcA&#10;AAC6AAAAsAAAAKgACgCkABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEAlABIAJIATQCRAFIAjwBX&#10;AI4AXACMAGEAiwBnAIoAbgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/AMAAfgDdAH0A8gB9AP8A&#10;fQD/AH0A/wDgAAAAxgAAALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAAHACNACQAiwAtAIoANACI&#10;ADsAhgBCAIUARwCDAE0AggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5AHgAgwB2AI8AdQCcAHQA&#10;qgByALoAcQDRAHAA7ABwAPsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAAkwQAAI4AAACKAAgAhgAP&#10;AIQAFgCBAB4AfwAnAH0ALgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBzAFcAcgBdAHEAYwBvAGsA&#10;bgB0AGwAfgBrAIoAaQCYAGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA/wDADAAAqw0AAJsOAACP&#10;DgAAhg0AAIELAAB+BwEAfAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2AG4APABsAEIAawBHAGoA&#10;TQBpAFIAaABYAGYAXwBlAGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MAXAPHAFsE5ABbBfQAWwb+&#10;AFsG/wC1EAAAoRIAAJETAACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBuBBIAbAQbAGkFIwBnBSoA&#10;ZgYxAGQGNwBjBj0AYgdDAGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgKeABXCoUAVguTAFQLogBT&#10;C7MAUgzHAFIM5ABRDfUAUQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgAAG0XAABqFAAAZxEAAGcO&#10;BwBmDA4AYwwVAGEMHQBfDCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsAVg5RAFUOWQBTDmEAUg5r&#10;AFAPdgBOEIMATRCSAEwQogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wClGQAAkhwAAIMdAAB2HgAA&#10;bR0AAGYcAABiGgAAXxcAAF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQRLgBTETQAURE7AFASQQBP&#10;EkcAThJOAEwSVQBLE14ASRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbFAEIX4wBCF/YAQhf/AEIX&#10;/wCfHQAAjCAAAH0hAABxIgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYAVBUOAFEVFABPFhwAThYj&#10;AEwWKgBLFjAAShY3AEkXPQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/Gn0APhuNAD0bnQA8HK4A&#10;OxzDADsc4QA7HfUAOxz/ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwkAABXIwAAUyAAAFEeAABP&#10;HAIATRsMAEsaEQBIGxgARxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1HAD4dTwA9HlgAPB5iADof&#10;bQA5H3sAOCCLADchmwA2Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAAgyYAAHQnAABoKAAAXygA&#10;AFgnAABTJgAATyQAAEwiAABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+ICkAPCAvADshNgA6IT0A&#10;OSFEADgiTAA3IlUANiNfADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m3AAwJvIAMCb/ADEl/wCR&#10;JgAAfygAAHEqAABlKgAAXCoAAFUqAABPKQAASygAAEglAABEJAAAQSQFAD8kDQA9JBIAOyQZADkk&#10;HwA3JCYANiQsADUlMwA0JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcALSmHACwpmAArKqoAKiq9&#10;ACoq2gArKvEAKyr+ACwp/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABMLAAARysAAEMoAAA/KAAA&#10;PCgCADkoCwA3KBAANSgWADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rRwAsK1EAKyxbACosZwAp&#10;LXUAKC2FACctlwAmLqgAJS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0AAGouAABfLwAAVi8AAE4v&#10;AABILgAAQy0AAD8sAAA7LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAAKy0nACouLQAqLjUAKS89&#10;ACgvRQAnME4AJjBZACUxZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAhMu8AIjH8ACIx/wCGLQAA&#10;dS8AAGcwAABcMQAAUzEAAEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAxBgAtMQ0AKzERACkyFwAo&#10;Mh4AJzIkACUzKwAlMzIAJDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaBAB02kwAcNqUAGza5ABs2&#10;0gAcNu0AHTb7AB01/wCCMAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAAPTMAADczAAAxNAAALjUA&#10;ACs1AgAoNgsAJTcQACQ3FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAcOUkAGzpUABo6YAAZOm4A&#10;GDp/ABc7kQAXO6QAFju3ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1AABVNgAATTYAAEY2AABA&#10;NgAAOjYAADQ2AAAuOAAAKjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0fABs+JQAaPi0AGT40ABc+&#10;PQAWP0cAFT9RABQ/XgAUP2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sAEj/5ABI+/wB5NQAAaTcA&#10;AFw4AABSOQAASjkAAEM5AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAeQQQAGkILABhDEAAXQxUA&#10;FUQbABREIgATRCkAE0QxABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1FjAANRZ8ADEWyAAtFyQAM&#10;ReUADUT2AA1E/wB0OQAAZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwAAC4+AAAoQAAAI0IAAB9E&#10;AAAaRgAAFUgIABJKDQARShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AAC0tKAApLVgAJS2QACEt0&#10;AAdLhwAFS5oABEuuAARKxAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABLPgAARD4AAD0+AAA3PwAA&#10;MUAAACpCAAAkRQAAH0cAABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlRGwAIUSIAB1EpAAVRMgAE&#10;UjsAA1JGAAFSUgAAUl8AAFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDuAABQ9wBoQAAAW0EAAFBB&#10;AABIQQAAQUEAADtCAAA0QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAADlUEAApYCgAGWA4AAlgS&#10;AABZFwAAWR0AAFklAABZLQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAAWZAAAFmlAABYugAAWNUA&#10;AFfsAABX9gBjRAAAVkUAAE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJPAAAbUgAAFlUAABFYAAAN&#10;WgAACV0DAARfCQAAYA0AAGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7AABiRwAAYlUAAGNkAABi&#10;dgAAYosAAGKgAABhtgAAYc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAAOkoAADJNAAAqUAAAI1MA&#10;ABxXAAAWWgAAEV0AAA1gAAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAAaxUAAGwbAABtIgAAbSoA&#10;AG00AABtQAAAbU4AAG1dAABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq8wBYTQAATk0AAEhMAAA+&#10;TgAANVEAACxUAAAkWAAAHVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAAAAByAwAAcgcAAHMLAAB1&#10;DgAAdhEAAHcWAAB4HAAAeSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwAAHmUAAB4qgAAeMEAAHff&#10;AAB37wBUUQAATFEAAEJSAAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAALbwAABXMAAAB3AAAAegAA&#10;AHwAAAB+AAAAfwIAAIAGAACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACKMAAAij4AAIlNAACJXwAA&#10;iXMAAIiLAACIogAAh7kAAIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQAAB9pAAAWbwAAEHQAAAp5&#10;AAACfQAAAIEAAACFAAAAiAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggAAJMMAACVEAAAlxUAAJkd&#10;AACbJwAAmzQAAJtEAACaVgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBLXAAAQGAAADVlAAAragAA&#10;IXEAABd3AAAQfQAACYMAAAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACbAAAAnQAAAJ8AAACgAAAA&#10;ogAAAKQFAACmCgAAqA4AAKoUAACtHQAArSoAAK05AACtSwAArV8AAK13AACskAAAq6cAAKu6AACr&#10;ywBFZgAAOWsAAC5xAAAjeAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAAAKEAAAClAAAAqAAAAKsA&#10;AACrAAAArgAAAK8AAACxAAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAAwh8AAMIuAADCQAAAwlQA&#10;AMFrAADBgwAAwJsAAMGtAADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqXAAAAnQAAAKMAAACoAAAA&#10;rQAAALIAAAC2AAAAuQAAALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYAAADIAAAAywAAAM4FAADR&#10;DQAA1hQAANcjAADYNQAA2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA/wAAAP8AAAD/AAkA/wAQ&#10;AP8AGQD+ACQA/AAvAPkAOQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADiAGkA4ABuAN4AcwDcAHkA&#10;2gB/ANcAhgDUAI4A0QCWAM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA/wDFAP8AvwD/ALoA/wD/&#10;AAAA/wAAAP8AAAD+AAUA9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBFANkATQDUAFMA0QBZAM4A&#10;XgDMAGMAygBoAMkAbQDHAHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYAuQC0ALcAyAC2AOYAtQD7&#10;ALQA/wC0AP8AswD/AK4A/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDXABoA0gAkAM8ALgDLADcA&#10;xwBAAMMARwDAAE4AvgBTALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEAeQCvAIEArQCKAKsAlACp&#10;AKAAqACtAKYAvgClANsApAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAAAOYAAADXAAAAywAGAMQA&#10;DgC+ABUAuwAfALkAKAC3ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgApgBcAKQAYQCjAGcAoQBs&#10;AKAAcwCeAHoAnQCDAJsAjgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCTAP8AkwD/AJMA/wD3AAAA&#10;5AAAANAAAADBAAAAtwACAK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8AOwCcAEIAmwBIAJkATQCX&#10;AFIAlgBXAJUAWwCTAGEAkgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACgAIcArwCFAMIAhQDiAIQA&#10;9wCEAP8AhAD/AIQA/wDlAAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4AlgAUAJQAHQCSACUAkQAt&#10;AJAANQCNADwAjABCAIoARwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCAAG4AfgB3AH0AgQB7AI0A&#10;egCaAHgAqQB3ALoAdgDTAHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsAAACfAAAAlwAAAJAAAgCL&#10;AAsAiAAQAIYAFwCEACAAggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBLAHgAUAB3AFUAdgBbAHQA&#10;YQBzAGkAcQBxAHAAewBuAIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkAaQD/AGkA/wDAAAAArAAA&#10;AJwCAACQAgAAiAAAAIMAAAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBzADAAcQA2AHAAPABvAEEA&#10;bQBGAGwASwBrAFAAagBWAGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAAnwBfAK8AXgDDAF4A4QBe&#10;APQAXQD/AF0A/wC0BwAAoAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJAG8ADwBtABUAawAcAGkA&#10;IwBoACoAZwAxAGUANgBkADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8AWwBoAFoAcgBYAH4AVwCM&#10;AFYAmwBVAKsAVAC+AFQA2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6EAAAchAAAGwOAABpDAAA&#10;ZwkDAGYECwBkABAAYgAXAGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgAQgBXAUcAVgFOAFUCVABT&#10;AlwAUgNlAFEDbwBPBHsATgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5AEoH/wChEAAAjhIAAH4U&#10;AABzFAAAahQAAGQTAABgEQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAAVQcnAFMHLQBSCDMAUQg4&#10;AFAIPgBPCUQATglKAEwJUQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABDDKkAQg28AEIN1QBCDe4A&#10;Qg37AEIN/wCaFAAAhxYAAHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQRAABUDggAUw0OAFENFABP&#10;DRsATQ0iAEwNKABLDS4ASg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9hAEEQbAA/EHkAPhCIAD0R&#10;mAA7EakAOxG8ADoR1gA6EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAAXh0AAFgcAABTGwAAUBgA&#10;AE4WAABMEwMATBELAEoQEABIERcARhEeAEURJABEESoAQhEwAEERNwBAEj0APxJEAD0STAA8E1QA&#10;OxNeADkUaQA4FHYANxWFADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW/wCOGwAAfB0AAG4fAABj&#10;IAAAWiAAAFMgAABOHgAASh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUaAD4VIAA9FScAOxUtADoW&#10;MwA5FjoAOBZBADcXSQA1F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UALRu4AC0b0AAtG+wALhv7&#10;AC4b/wCKHgAAeCAAAGoiAABfIwAAViMAAE8iAABKIQAARiAAAEMeAABBGwAAPxoDAD0aDAA7GREA&#10;ORkWADcaHQA2GiMANRopADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0dZAAsHnEAKx+BACofkgAp&#10;H6QAKCC3ACcgzgAnIOsAKCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUAAEwlAABHJAAAQiMAAD8h&#10;AAA9HwAAOh4AADceCQA1Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMALCA7ACsgQwAqIUwAKSFW&#10;ACgiYgAmIm8AJSN/ACQjkAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCCIwAAcSUAAGMmAABZJwAA&#10;UCgAAEknAABDJwAAPyYAADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwiFwAqIh0AKSIjACgjKgAn&#10;IzEAJiQ4ACUlQQAkJUoAIyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0AB0oygAdKOgAHij4AB8n&#10;/wB+JQAAbicAAGApAABWKQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAAMCYAAC0mAwArJwsAKCcQ&#10;ACcnFAAlJxoAJCchACMoJwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAcK2sAGyt7ABosjQAZLJ8A&#10;GCyyABgsyQAYLOcAGSv3ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMsAAA+KwAAOSsAADQqAAAw&#10;KgAAKyoAACkrAAAmKwgAIywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0zABsuPAAaLkUAGS9QABgv&#10;XAAXL2kAFjB5ABUwiwAUMJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAAZywAAFotAABQLgAASC4A&#10;AEEuAAA7LgAANi0AADEtAAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAbMhUAGjIcABkyIgAYMikA&#10;FzMxABYzOQAVM0MAFDRNABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41xgAPNOQAEDT1ABA0/wBy&#10;LAAAYy4AAFcwAABNMAAARTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIAACEzAAAdNQIAGjYJABc3&#10;DgAVNxMAFDgZABM4HwASOCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQADTp0AAw6hgAMOpkACzms&#10;AAo5wQAKOd4ACznxAAw4/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2MwAAMTIAACwzAAAnNAAA&#10;ITYAAB04AAAZOQAAFTsGABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+MwAMPjwACz9HAAo/UgAI&#10;P2AABz9vAAY/gQAFP5QABD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQAAFA1AABHNQAAPzUAADk1&#10;AAA0NQAALjUAACk3AAAjOAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4ACkQTAAlEGQAIRCAAB0Qn&#10;AAZELwAFRDgAA0VCAAJFTgAARVsAAEVqAABFfAAARZAAAESkAABEuQAARNEAAETqAABD9QBkNgAA&#10;VzcAAEw4AABDOAAAPDgAADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZCAAASRAAADkcEAAtJCQAH&#10;Sg0ABEsRAAFLFgAASxwAAEsjAABLKwAASzQAAEs+AABMSQAATFcAAExmAABMdwAAS4wAAEuhAABL&#10;tQAASs4AAErpAABK9QBfOgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAAJz4AACJBAAAcQwAAFkYA&#10;ABJJAAAOSwAAC04DAAdQCAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAAUy8AAFM5AABTRQAAU1IA&#10;AFNhAABTcgAAU4cAAFKcAABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+AAA+PgAAOD4AADBAAAAp&#10;QgAAI0QAAB1HAAAXSgAAEk0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkOAABaEQAAWhUAAFsaAABc&#10;IQAAXCoAAFw0AABcPwAAXE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUAAFrkAABZ8wBUQgAASkIA&#10;AEJCAAA8QgAANEMAACxGAAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAFWwAAAF4AAABgBAAAYQgA&#10;AGIMAABjDgAAZBEAAGUWAABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABnZgAAZ3oAAGaRAABlqAAA&#10;ZcAAAGTeAABk8ABPRgAAR0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUAABJZAAANXAAACGAAAAJj&#10;AAAAZgAAAGgAAABqAAAAawQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0AAHQmAAB0MgAAdD8AAHRO&#10;AABzXwAAdHIAAHOKAAByoQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAyTgAAKVIAACBWAAAYWwAA&#10;El8AAA1kAAAHaAAAAGsAAABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6BgAAfAoAAH4OAACAEQAA&#10;ghYAAIQeAACEKQAAhDYAAIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJAACA5QBKTgAAP1AAADVT&#10;AAArVwAAIlwAABliAAASZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAAAIMAAACFAAAAhgAAAIgA&#10;AACJAAAAiwQAAI0IAACPDQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAAlWAAAJV2AACUkAAAk6cA&#10;AJK9AACS1QBEVQAAOVkAAC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACAAAAAhQAAAIkAAACNAAAA&#10;kQAAAJMAAACUAAAAlgAAAJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQAACoFwAAqSMAAKkxAACp&#10;QwAAqVYAAKhtAACmhwAAp54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAAE3gAAAx/AAADhQAAAIsA&#10;AACRAAAAlgAAAJsAAACfAAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQIA&#10;ALcJAAC7EAAAvhgAAL4mAAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6uQA3agAAK3AAACB4AAAW&#10;gAAADYgAAAWPAAAAlgAAAJwAAACiAAAApwAAAKwAAACwAAAAswAAALYAAAC3AAAAuQAAALsAAAC9&#10;AAAAvwAAAMIAAADFAAAAyAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAAANRXAADTbgAA1IYAANSb&#10;AADTqwD/AAAA/wAAAP8AAAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADxAD0A7QBGAOkATQDmAFMA&#10;5ABZAOEAXgDeAGMA3ABoANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkAnADGAKcAxAC3AMIAzADA&#10;AOwAvwD/AL4A/wC9AP8AtwD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wALAO0AEgDoABsA5QAlAOQA&#10;LgDfADgA2ABAANIARwDOAE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0AvwBzAL0AegC7AIEAuQCL&#10;ALYAlQC0AKEAsgCvALAAwgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/AAAA/wAAAPIAAADmAAAA&#10;3QAHANIADgDNABYAygAgAMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUAUwCzAFgAsQBdALAAYgCu&#10;AGcArABsAKoAcwCpAHsApwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDyAJwA/wCdAP8AnAD/AJkA&#10;/wD8AAAA7gAAAN0AAADMAAAAwQACALoADAC2ABIAsgAaALAAIwCvACwArQA0AKkAPACmAEIApABI&#10;AKIATQCgAFIAngBXAJ0AWwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCRAJMAkAChAI4AsQCNAMYA&#10;jADoAIsA/QCMAP8AjAD/AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYACAChAA4AnwAVAJ0AHgCb&#10;ACYAmgAuAJcANQCVADwAkwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBgAIkAZgCHAG0AhQB2AIQA&#10;gACCAIwAgACaAH8AqQB9ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAAwQAAALEAAACkAAAAnAAA&#10;AJQAAwCQAAwAjQARAIsAGACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCAAEYAfwBLAH0ATwB8AFQA&#10;ewBaAHkAYAB4AGcAdgBwAHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A7QBuAP4AbgD/AG4A/wDE&#10;AAAArwAAAKAAAACUAAAAjAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAiAHgAKQB3ADAAdQA2AHQA&#10;OwByAEAAcQBFAHAASgBvAE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAAZQCOAGMAnQBiAK0AYQDC&#10;AGEA5ABhAPgAYQD/AGEA/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1AAMAcQALAG8AEABtABYA&#10;bAAdAGsAJABrACoAaQAwAGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAAVgBfAF0AXQBlAFwAbwBa&#10;AHoAWQCIAFgAmABXAKgAVgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUAAIUHAAB6BwAAcgYAAGwE&#10;AABpAQAAZwAHAGQADQBjABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYAWgA7AFkAQABYAEUAVwBL&#10;AFYAUQBVAFgAUwBhAFIAagBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBMAOsATAD6AEwA/wCdCQAA&#10;iwsAAHwNAABwDQAAaA0AAGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcAGQBWACAAVQAmAFMAKwBS&#10;ADEAUQA2AFAAOwBPAEEATgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCAAEUAkABEAKEAQwCyAEMA&#10;yABDAOYAQwD1AEMA/wCVDQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAAVA0AAFMKBABTBgsAUQMQ&#10;AE8BFQBOARsATAEhAEsBJwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBDBFEAQgRaAEAFZAA/BXAA&#10;PgZ+AD0GjgA8B58AOwexADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4UAABiFQAAWhUAAFQUAABQ&#10;EwAATREAAEsOAABLDQYASgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQkuAEAJMwA/CTkAPgpAAD0K&#10;RwA8Ck8AOgtYADkLYwA4DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMAMg30ADIN/gCIEwAAdxUA&#10;AGkXAABeGAAAVRgAAE8YAABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBADRIAPw0YAD0NHwA8DSQA&#10;Ow0qADkNMAA4DjcANw49ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4QjgAtEaAALBGyACsRyAAr&#10;EeYAKxH2ACwR/wCDFgAAchkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgAAD8XAAA+FAAAPBIEADsR&#10;CgA6EBAAOBAVADcQGwA1ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksALRNUACsTXwAqFGwAKRR7&#10;ACgUjAAnFZ4AJhWwACUVxgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABWHgAATR4AAEceAABCHQAA&#10;PhwAADoaAAA4GAAANxYAADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwVKgArFTAAKhU3ACkWPwAo&#10;FkgAJxdSACYYXQAkGGoAIxl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0ACAZ/wB6GwAAah4AAF0f&#10;AABTIAAASiAAAEQgAAA+HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsALBgQACoYFAApGBoAJxgg&#10;ACYZJgAlGS0AJBo1ACMaPQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAcHpsAGx6tABoewwAaHuAA&#10;Gh3zABsd/wB3HQAAZyAAAFohAABQIgAASCIAAEEiAAA7IgAANyEAADMgAAAwHwAALR0AACsdAAAo&#10;HQgAJh0OACUdEgAjHRcAIR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBNABshWQAaIWYAGSF1ABgi&#10;hwAXIpkAFiKsABUiwQAVIt8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAARSUAAD4kAAA5JAAANCMA&#10;ADAiAAAsIgAAKSEAACYhAAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAbIigAGiMvABkjOAAYJEEA&#10;FyRLABYlVwAVJWQAFCZzABMmhQASJpgAESarABEmwAAQJt0AESXxABIl/QBwIgAAYSQAAFQmAABK&#10;JgAAQicAADwmAAA2JgAAMSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYKABsmDgAZJxIAGCcYABcn&#10;HwAWJyUAFSgtABQoNQATKT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYADiqpAA0qvQANKtcADSru&#10;AA4p+wBsJAAAXSYAAFEoAABIKAAAQCkAADkoAAA0KAAALygAACsnAAAnJwAAIigAAB4pAAAbKgAA&#10;GCsHABYrDQAULBEAEywWABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0uUgANLl8ADC9uAAsvfwAK&#10;L5IACS+lAAkuuQAILtAACS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsAADcrAAAxKgAALSoAACkq&#10;AAAkKgAAICsAABstAAAYLgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAADTInAAwyLwALMzgACjNC&#10;AAkzTgAIM1sABjRqAAU0ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBkKgAAViwAAEstAABCLQAA&#10;Oi0AADQtAAAvLAAAKywAACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82CQAMOA0ACjgRAAk4FgAI&#10;OB0ABzgkAAY4LAAEODQAAzg+AAI5SgAAOVcAADllAAA5dwAAOYsAADifAAA4swAAOMoAADjmAAA3&#10;8gBfLQAAUi4AAEgvAAA/MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAAGjMAABU1AAASNwAADzkD&#10;AAw7CAAIPQ0ABT4QAAM+FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAAP1MAAD9hAAA/cwAAP4cA&#10;AD6cAAA+sAAAPccAAD3kAAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAxAAArMQAAJjIAACA0AAAb&#10;NgAAFjgAABI7AAAPPQAADD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUdAABFJAAARS0AAEY2AABG&#10;QgAARk4AAEZdAABGbgAARYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAASjUAAEE1AAA5NQAAMzQA&#10;AC40AAAoNQAAIjcAAB06AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAASQoAAEoNAABLEAAATBQA&#10;AE0ZAABOIAAATigAAE4yAABNPQAATkoAAE5YAABNaQAATX0AAEyUAABMqgAAS8EAAEvhAABK8gBQ&#10;OAAARjgAAD04AAA3OAAAMTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YAAAtJAAAHSwAAAk4AAABQ&#10;BAAAUQgAAFILAABTDgAAVBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QAAFdSAABWYwAAVncAAFaO&#10;AABVpQAAVL0AAFPdAABT8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAfQgAAGUUAABNIAAAOSwAA&#10;C08AAAVRAAAAVAAAAFcAAABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABgFgAAYh0AAGImAABiMQAA&#10;Yj4AAGFMAABhXQAAYXAAAGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8AADo/AAAxQAAAKUMAACFG&#10;AAAaSgAAE04AAA5RAAAKVQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEAAGUEAABnCAAAaAsAAGoO&#10;AABsEgAAbhcAAG8gAABvKgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAAbLAAAGvKAABq6ABERAAA&#10;PkMAADVEAAArRwAAI0sAABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABnAAAAawAAAG0AAABvAAAA&#10;cAAAAHIAAAB0AgAAdQYAAHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89AAB+TQAAfWEAAH13AAB8&#10;kAAAe6gAAHrAAAB53wBDRwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAAB2UAAABqAAAAbgAAAHIA&#10;AAB2AAAAeQAAAHwAAAB+AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAAjA0AAI8RAACSGQAAkiUA&#10;AJIzAACSRAAAkVcAAJBtAACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChWAAAeXAAAFWIAAA5oAAAH&#10;bgAAAHQAAAB5AAAAfgAAAIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIAAACUAAAAlgAAAJgAAACb&#10;AAAAngYAAKEMAACkEQAAphsAAKYpAACmOgAApU0AAKViAACkewAAo5QAAKGrAAChvwA2VwAALFwA&#10;ACFiAAAXaQAAD3AAAAd3AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAAmwAAAJ4AAACfAAAAogAA&#10;AKQAAACmAAAAqAAAAKsAAACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7MAAAu0MAALpYAAC5cAAA&#10;t4sAALehAAC3swAwYgAAJWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYAAACbAAAAoQAAAKYAAACq&#10;AAAArgAAALAAAACxAAAAtAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAAAMcAAADLAwAAzwwAANMV&#10;AADSJQAA0jgAANFOAADQZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/AAMA/wALAPwAEQD5ABsA&#10;9wAlAPMALwDuADgA6QBAAOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMAaADQAG0AzgBzAMsAegDI&#10;AIIAxgCMAMMAlwDAAKMAvgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/AKcA/wD/AAAA/wAAAPsA&#10;AAD2AAAA7QAHAOcADwDiABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgAxQBOAMIAUwDAAFgAvgBd&#10;ALwAYgC6AGcAuQBtALcAdAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCnAN4ApgD5AKUA/wCjAP8A&#10;nQD/AJsA/wD9AAAA9gAAAOsAAADfAAAA0QADAMoADADFABIAwwAbAMAAJAC+ACwAuQA1ALYAPACz&#10;AEMAsABIAK4ATgCsAFIAqwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9AJ4AiACcAJUAmgCjAJgA&#10;tACWAM0AlQDxAJQA/wCVAP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAAuAAAALEACACtAA8AqgAW&#10;AKgAHgCoACcApgAvAKIANgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCUAFoAkwBgAJEAZgCQAG4A&#10;jgB2AIwAgQCKAI0AiACbAIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA/wDkAAAAywAAALoAAACs&#10;AAAAogAAAJwABACYAAwAlgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8AIkAQQCIAEYAhgBLAIUA&#10;TwCEAFQAggBaAIEAYAB/AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcAdADUAHMA9AB0AP8AdAD/&#10;AHQA/wDLAAAAtgAAAKYAAACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACBABsAgAAjAH8AKgB9ADAA&#10;ewA2AHoAOwB4AEAAdwBFAHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0AcwBrAH8AaQCNAGgAnQBn&#10;AK4AZgDHAGUA6gBmAP8AZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAAAHwAAAB2AAQAdAAMAHIA&#10;EABxABYAcAAdAHAAJABuACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkAZQBOAGQAVABjAFsAYQBj&#10;AGAAbQBeAHkAXQCHAFsAlgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCoAAAAlQAAAIcAAAB7AAAA&#10;cwAAAG4AAABqAAEAZwAIAGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8AMABeADUAXQA6AFwAPgBb&#10;AEQAWQBJAFgATwBXAFYAVgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1AE4A0ABOAPAATgD/AE8A&#10;/wCcAAAAiQAAAHsDAABwAwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8AWAAUAFcAGQBXACAAVgAl&#10;AFUAKgBTADAAUgA0AFEAOQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJAG8ARwB8AEYAjABFAJ0A&#10;RQCwAEQAxwBEAOgARAD6AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJAABVBwAAVAQAAFIABwBQ&#10;AAwATwAQAE4AFQBNABsATAAgAEsAJgBKACsASQAwAEgANQBHADoARgBAAEUARgBDAE4AQgBWAEEA&#10;XwBAAGsAPgB4AD0AiAA8AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAAeAwAAGoOAABfDgAAVw4A&#10;AFEOAABNDAAASwsAAEoIAgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBCACYAQQArAD8AMQA+ADYA&#10;PQA8ADwAQwA7AEoAOgBSADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMAvAAzANgAMwDvADMA+wCC&#10;DQAAcQ8AAGQQAABZEQAAUREAAEsRAABHEAAARA4AAEINAABBCwUAQQcLAD8FDgA+AxIAPAIYADsC&#10;HQA6AyIAOQMoADgDLQA3AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYALwdzAC4HgwAtB5UALAen&#10;ACsHugArB9IAKwfrACsH9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABCEwAAPhIAADwQAAA6DgEA&#10;Og0GADoKDAA4CRAANggUADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4KPQAtCkUALAtOACsLWQAp&#10;DGUAKAxzACcMgwAmDZUAJQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQAAFsWAABRFwAASBcAAEIW&#10;AAA9FgAAORUAADcTAAA1EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsALA0hACsNJwAqDS0AKQ40&#10;ACgOOwAnDkQAJQ5OACQPWQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAcENgAHRDuAB0Q+QBzFAAA&#10;ZBYAAFcYAABNGQAARRkAAD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0RBAAsEAoAKxAOACkQEgAo&#10;EBgAJhAeACUQJAAkECoAIxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNxABoTggAZFJUAGBSnABcU&#10;uwAXE9QAFxPuABgT+gBwFgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAAMhoAAC8ZAAAsGAAAKhYA&#10;ACgUAQAmEwcAJRMMACMTEAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAbFT8AGhZJABkWVAAYF2EA&#10;FhdwABUYgQAUGJMAEximABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEdAABHHQAAPx4AADkdAAA0&#10;HQAALxwAACsbAAAoGgAAJhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZ&#10;NAAWGj0AFRpHABQbUgATG18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAADhvqAA8b+ABpGwAAWh0A&#10;AE4fAABFHwAAPSAAADYfAAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAdGwEAGxsHABkcDQAXHBAA&#10;FhwVABUcGwAUHSIAEx0pABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0gfAANII8ADCCiAAsgtQAL&#10;IMoACyDlAAwf9ABlHQAAVx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAAACYfAAAjHwAAIB4AAB0e&#10;AAAZIAAAFiAEABQgCwASIQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcADSNBAAwkTQALJFkACiRn&#10;AAkkeAAIJIsABySeAAcksQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABAIwAAOCMAADIjAAAsIwAA&#10;KCIAACQhAAAhIQAAHiEAABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0nFgAMJx0ACycjAAonKwAJ&#10;KDQACCg+AAcoSQAGKFUABSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjhAAEn8ABeIgAAUSQAAEYl&#10;AAA9JQAANSUAAC8lAAAqJAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAAESgDAA8pCAAMLAwACiwQ&#10;AAgsFAAHLBoABiwhAAUsKAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAALYQAAC2ZAAAtrQAALMIA&#10;ACzgAAAs8ABaJAAATSYAAEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEmAAAdJgAAGScAABUpAAAR&#10;KwAADywDAA0uBwAJMAwABjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2AAAzQgAAM04AADNdAAAz&#10;bQAAM4EAADKWAAAyqwAAMcEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAAMCoAACspAAAnKAAAIygA&#10;AB4pAAAaKgAAFiwAABIuAAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAAOBQAADgaAAA4IgAAOCoA&#10;ADkzAAA5PgAAOUoAADlZAAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA28ABRKwAARiwAADwsAAA0&#10;LAAALiwAACorAAAlKwAAICwAABstAAAXLwAAEzEAABAzAAANNQAACTcCAAU6BgABOwoAADwNAAA9&#10;DwAAPhIAAD8XAABAHgAAQCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gAAD+PAAA+pgAAPr0AAD3c&#10;AAA98ABNLgAAQi8AADkvAAAyLwAALS4AACguAAAiLwAAHTAAABgyAAATNQAAEDcAAAw6AAAJPAAA&#10;BT4AAABBBAAAQggAAEMLAABEDQAARhAAAEcUAABIGQAASCEAAEgqAABINQAASEEAAEhPAABIYAAA&#10;R3MAAEeKAABGogAARbkAAEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEAACUyAAAfNAAAGTYAABM5&#10;AAAQPAAADD8AAAhCAAADRAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4AAE8RAABRFQAAUhwAAFIl&#10;AABSMAAAUjwAAFFKAABRWgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBDNgAAOzYAADQ1AAAvNAAA&#10;JzUAACE4AAAaOwAAFD4AABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABRAAAAUwIAAFQFAABVCAAA&#10;VwsAAFkOAABbEQAAXRcAAF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+AABalwAAWa8AAFjLAABX&#10;6gA/OQAAODkAADM4AAArOQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAAAFEAAABUAAAAVwAAAFoA&#10;AABcAAAAXQAAAF8AAABgBAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAAai4AAGo8AABqTQAAaV8A&#10;AGh1AABnjwAAZqgAAGXCAABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJAAAQTQAAClEAAARVAAAA&#10;WgAAAF0AAABgAAAAYwAAAGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEGAAB0CgAAdg4AAHkTAAB7&#10;GwAAeycAAHo1AAB5RQAAeFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAAMkIAAChFAAAgSgAAF04A&#10;ABBUAAAKWQAAAl4AAABjAAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9AAAAfwAA&#10;AIIAAACEAwAAhwkAAIoOAACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACKfAAAipUAAIitAACHxQA2&#10;RwAALEsAACJPAAAZVQAAEFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsAAAB/AAAAgwAAAIYAAACI&#10;AAAAigAAAI0AAACPAAAAkQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQAAKQhAACkMQAAo0QAAKJZ&#10;AACgcAAAn4sAAJ2iAACdtwAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAAdwAAAH0AAACDAAAAiAAA&#10;AI0AAACRAAAAlQAAAJgAAACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACpAAAArAAAALAAAAC0BwAA&#10;uA4AALoYAAC6JwAAuTkAALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIAABRpAAAMcQAAAnkAAACB&#10;AAAAiQAAAI8AAACWAAAAmwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAAALIAAAC0AAAAtgAAALkA&#10;AAC8AAAAwAAAAMQAAADIAAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAAzXMAAMuNAADKoQD/AAAA&#10;/wAAAPsAAAD6AAAA/AAIAPgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIAQwDeAEkA2gBPANYAVADT&#10;AFkA0ABeAM4AYwDLAGgAyQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCuALYAwwC0AOgAswD/AK8A&#10;/wClAP8AngD/AJsA/wD9AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA2AAbANYAJADSAC0AzAA2&#10;AMYAPQDCAEMAvwBJALwATgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCvAHYArAB/AKoAigCoAJcA&#10;pQCmAKMAuQChANkAoAD5AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMAAADTAAAAyAAAAMEACQC9&#10;AA8AuwAWALkAHwC3ACcAswAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABSAKMAVgChAFsAnwBhAJ4A&#10;ZwCcAG8AmgB4AJcAgwCVAJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8AhQD/AIIA/wDnAAAA3QAA&#10;AMYAAAC4AAAArgAAAKgABAClAAwAoQASAKEAGQCgACIAnwApAJsAMACYADcAlgA9AJMAQgCSAEcA&#10;kABLAI8AUACNAFUAjABaAIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8ApwB9ALwAfADjAHwA/QB8&#10;AP8AeAD/AHYA/wDWAAAAwAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAOAIsAFACKABwAigAjAIgA&#10;KgCFADAAgwA2AIIAOwCAAEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEAdgBpAHUAcwBzAIAAcQCO&#10;AG8AnwBuALIAbQDPAGwA9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACPAAAAhwAAAIAAAAB8AAQA&#10;egAMAHgAEQB4ABcAeAAeAHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0ARABsAEkAawBOAGoAVABo&#10;AFsAZwBjAGUAbQBkAHgAYgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/AF0A/wCsAAAAmQAAAIoA&#10;AAB/AAAAdwAAAHEAAABtAAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUAZQAqAGMALwBiADQAYQA5&#10;AGAAPgBfAEMAXgBIAF0ATgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBTAKMAUgC4AFEA3ABRAPkA&#10;UgD/AFIA/wCdAAAAiwAAAHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwACwBbAA8AWwAUAFoAGQBa&#10;AB8AWQAlAFcAKgBWAC8AVQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBYAE0AYgBLAG0ASgB6AEkA&#10;iwBIAJ0ARwCxAEcAzABGAPAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAAXgAAAFkAAABWAAAAUwAB&#10;AFIACABQAA0ATwAQAE8AFQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBIADgARwA+AEYARABFAEsA&#10;RABTAEMAXQBBAGgAQAB1AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A/wCHAAAAdQMAAGgGAABd&#10;BwAAVQYAAFAGAABMBAAASgEAAEkABABHAAoARgAOAEUAEQBFABYARAAbAEMAIABCACUAQQAqAEAA&#10;LwA/ADQAPgA6AD0AQAA7AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMANACmADQAuwA0AN0ANAD1&#10;ADUA/wB+BgAAbQkAAGALAABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/AQcAPgALAD0ADgA8ABIA&#10;OwAXADsAHAA6ACEAOQAlADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEAVQAwAGAALwBtAC4AfQAt&#10;AI8ALACiACwAtgAsANAALADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4AAEMOAAA+DQAAOwwAADkL&#10;AAA4CQMANwUIADYCDQA1ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwALgAyAC0AOAAsAEAAKwBJ&#10;ACoAUgApAF0AKABrACcBegAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wByDQAAYg4AAFYQAABMEQAA&#10;RBEAAD4RAAA5EAAANg8AADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwEFAArAxkAKgMeACkDIwAo&#10;BCkAJwQvACYFNQAlBT0AJAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHgedAB4HsAAdBsYAHQbjAB0F&#10;8wBtDgAAXhEAAFISAABIEwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAAKg4DACoNBwApCwsAKAkO&#10;ACcJEQAlCBYAJAgbACMJIAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAcDFsAGwxpABoMeQAYDIsA&#10;GAyeABcMsAAWDMUAFgzhABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcVAAAxFAAALRMAACoSAAAo&#10;EQAAJhABACQQBAAjDggAIw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0qABsNMgAaDjoAGA5EABcO&#10;UAAWD1wAFQ9qABMQewASEI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAAVxQAAEsWAABCFwAAOhcA&#10;ADQXAAAvFgAAKhUAACcUAAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAbDxAAGRAVABgQGwAXECEA&#10;FhAoABURMAAUETkAExFDABISTgAREloAEBJpABATeQAOE4wADhOeAA0TsQANEsUADBLhAA0S8QBi&#10;FAAAVBYAAEkYAAA/GQAANxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUAABwUAgAaEwQAGRIGABcS&#10;CwAVEg4AFBISABMTGAASEx8AERMmABEULQAQFDYADxVBAA4VTAAOFlcADRZlAAwXdQALF4cAChea&#10;AAkWrQAIFsEACBbdAAkV7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAqGgAAJRkAACIYAAAfGAAA&#10;HBcAABkWAQAXFgMAFRYEABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0YKgAMGTMADBk8AAsaRwAK&#10;GlMACRphAAcbcQAGG4MABRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoAAEMcAAA6HAAAMxwAACwc&#10;AAAnHAAAIxsAACAaAAAdGQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwADRwQAAwcEwALHBkAChwf&#10;AAkdJwAIHS8ABx45AAYeQwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAAHr0AAB3YAAAd7ABYGgAA&#10;SxwAAEEeAAA4HgAAMB4AACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYbAQATGwIAERwEAA4eBwAM&#10;HwsACiAOAAggEgAGIRcABSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNaAAAjawAAI34AACOTAAAi&#10;pwAAIrwAACHXAAAh7QBVHQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAAIB4AAB0dAAAaHQAAFh0A&#10;ABMeAAARHwIADiAEAA0iBwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAAJykAACcyAAAnPQAAJ0kA&#10;AChXAAAoZwAAJ3sAACeQAAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsiAAAyIgAALCIAACYhAAAi&#10;IQAAHiAAABsfAAAYIAAAFCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykNAAArDwAALBIAACwXAAAs&#10;HgAALCYAAC0vAAAtOQAALUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oAACvWAAAq7gBNIgAAQSQA&#10;ADgkAAAwJAAAKSQAACQjAAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAANKAAACioCAAYsBQACLgkA&#10;AC8LAAAwDgAAMhAAADMVAAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAzYAAAM3MAADKKAAAyoQAA&#10;MbgAADDWAAAw7wBJJQAAPiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUAABYmAAASKAAAECoAAA0s&#10;AAAKLgAABjABAAIyBAAANAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8AADonAAA6MgAAOj4AADpM&#10;AAA6XAAAOm8AADmGAAA4ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAArKQAAJigAACInAAAdKAAA&#10;GCkAABMrAAAQLgAADTAAAAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+CwAAPw0AAEEQAABDFAAA&#10;QxsAAEMjAABDLgAAQzkAAENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7PAAA+7wA/LAAANiwAAC8s&#10;AAAqKwAAJSoAAB8rAAAZLQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAAAD8AAABBAAAAQwIAAEUF&#10;AABGCAAASAsAAEoOAABMEQAATRYAAE0eAABNKAAATTQAAExCAABMUQAAS2QAAEt7AABKlAAASa0A&#10;AEjKAABH7AA7MAAAMy8AAC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06AAAIPQAAAkAAAABDAAAA&#10;RgAAAEgAAABKAAAATAAAAE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZAABYIgAAWC4AAFc8AABX&#10;SwAAVl4AAFZzAABVjQAAVKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAAHTUAABY4AAARPAAADEAA&#10;AAdEAAAARwAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAAXAMAAF4HAABhCwAAZA4A&#10;AGYTAABnHAAAZicAAGY0AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe3AA1NwAAMDUAACg3AAAg&#10;OgAAGD0AABFCAAAMRgAABkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAZAAAAGUAAABn&#10;AAAAaQAAAGwBAABuBgAAcQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8AAHRjAABzewAAcpUAAHCv&#10;AABvyQA1OgAAKzsAACI/AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAAYAAAAGQAAABoAAAAawAA&#10;AG4AAABxAAAAcwAAAHUAAAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACKDwAAjBcAAIskAACKMwAA&#10;iUUAAIdbAACGcgAAhYsAAIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQAAARaAAAAYQAAAGYAAABr&#10;AAAAbwAAAHQAAAB5AAAAfQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAAAI8AAACSAAAAlgAAAJkC&#10;AACeCQAAohAAAKIaAAChKQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwApSQAAH04AABVUAAAOWwAA&#10;BWIAAABpAAAAcAAAAHcAAAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACVAAAAlwAAAJoAAACdAAAA&#10;oAAAAKMAAACmAAAAqgAAAK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdFAAC1XAAAtHQAALGOAACv&#10;pAAiVAAAGFsAABBiAAAHagAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAAAJoAAACfAAAAowAAAKYA&#10;AACoAAAAqwAAAK4AAACwAAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAAzAEAANMLAADUFQAA0yYA&#10;ANE6AADQUQAAzWgAAMuBAADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQADADyABMA8AAcAO0AJQDo&#10;AC4A4gA2AN4APgDZAEQA1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABpAMEAcAC+AHgAvACBALkA&#10;jQC2AJoAswCrALEAwACvAOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA7AAAAOgAAADnAAAA3wAA&#10;ANkACQDSABAAzwAXAM8AIADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1AE4AswBTALEAVwCvAF0A&#10;rQBiAKsAaQCpAHEApwB6AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA/wCNAP8AiAD/AIQA/wDo&#10;AAAA3wAAANkAAADJAAAAvwAAALgABAC1AA0AswASALEAGgCwACIArQAqAKkAMQCmADgApAA9AKIA&#10;QwCgAEgAngBMAJwAUQCbAFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsAjQCaAIsArACJAMUAiADu&#10;AIYA/wB/AP8AegD/AHgA/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACcAAkAmQAPAJkAFQCZAB0A&#10;mAAkAJQAKwCRADEAjgA3AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMAWwCCAGIAgABrAH4AdQB8&#10;AIIAegCSAHgAowB3ALkAdgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAAAKUAAACZAAAAjwAAAIkA&#10;AACFAAQAhAAMAIIAEQCCABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsAdwBAAHYARAB1AEkAcwBP&#10;AHIAVQBwAFwAbwBkAG0AbgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBkAP8AYQD/AGAA/wC0AAAA&#10;oAAAAJAAAACFAAAAfQAAAHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8AHwBtACUAawAqAGkAMABo&#10;ADQAZwA5AGYAPgBlAEMAYwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCCAFkAkwBYAKYAVwC/AFcA&#10;6gBXAP8AVgD/AFQA/wChAAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAAYQAEAGAACwBfAA8AXwAT&#10;AF8AGQBfAB8AXQAlAFwAKgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBQAG0A&#10;TgB7AE0AjABMAJ8ASwC1AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIAAABnAAAAXwAAAFoAAABX&#10;AAAAVQABAFMABwBSAAwAUgAQAFIAFABSABoAUQAfAE8AJABOACkATQAuAEwAMwBLADgASgA9AEkA&#10;QwBIAEoARgBSAEUAXABEAGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIAQAD/AEAA/wCFAAAAdAAA&#10;AGcAAABdAAAAVQAAAE8AAABMAAAASgAAAEgABABHAAoARwANAEYAEQBGABUARgAaAEUAHwBEACQA&#10;QwApAEIALQBBADMAPwA4AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgAgAA3AJMANgCnADYAwAA2&#10;AOgANgD+ADYA/wB8AAAAawAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAAAD8AAQA+AAcAPQALAD0A&#10;DgA8ABEAPAAWADwAGgA6AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEAMwBJADIAUwAxAF4AMABr&#10;AC8AewAuAI4ALQCiAC0AuAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABNCAAARggAAEAIAAA7BwAA&#10;OAUAADcDAAA2AAQANQAIADQADAA0AA8ANAASADMAFgAyABsAMQAgADAAJAAvACkALgAvAC0ANgAs&#10;AD0AKwBFACoATwApAFoAKABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDwACYA/wBtBgAAXgkAAFIL&#10;AABIDAAAQAwAADoLAAA2CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0ALAAQACsAEwAqABcAKQAc&#10;ACgAIAAnACUAJgArACUAMgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAfAIUAHwCZAB4ArgAeAMcA&#10;HgDpAB8A+gBoCQAAWQwAAE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoMAAAoCwAAJwkEACYGCAAm&#10;BAsAJQMOACQBEAAkARQAIgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/ABwBSQAbAVQAGgFhABoB&#10;cAAZAYIAGACWABgAqgAYAMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAAOBAAADIQAAAtDwAAKQ4A&#10;ACYOAAAjDQAAIgwDACALBgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAaBR8AGgUlABkFKwAYBTMA&#10;FwY8ABYGRgAWBlIAFQdfABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID7wBfDgAAUQ8AAEYQAAA8&#10;EQAANREAAC8RAAAqEQAAJhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsKABkKDQAYCRAAFwkSABYJ&#10;FwAVCRwAFAkiABQKKQATCjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAADgyUAA0LpwANC7oADQrS&#10;AA0K6gBcDwAAThEAAEMSAAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAcEAAAGhACABgPBAAWDgcA&#10;FQ4JABQNCwATDA0AEgwQABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0ORgANDlEADA9eAAsPbQAK&#10;D38ACQ+TAAkPpgAIDrkACA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQAACkUAAAlFAAAIRMAAB0S&#10;AAAaEgAAFxECABURBQATEAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgADRAeAAwQJQAMEC0ACxE2&#10;AAoRQQAJEU0ACBJaAAcSagAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABVEgAASRQAAD4VAAA1FgAA&#10;LRYAACcWAAAiFQAAHhQAABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8RCgANEQsADBIOAAsSEQAK&#10;EhUACRMbAAkTIgAIEyoABxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWOAAAVowAAFLcAABTPAAAT&#10;6QBSFAAARhYAADsXAAAyFwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEAFBMEABITBgAREggADxII&#10;AA4TCQAMFAoAChUNAAgWEAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAAGUcAABlVAAAZZAAAGXcA&#10;ABmMAAAYogAAGLcAABfPAAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZAAAfGAAAGxcAABgWAAAV&#10;FQIAExUFABEUBgAQFAYADhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsWAAAbHQAAHCQAABwtAAAc&#10;OAAAHUQAAB1SAAAdYgAAHXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAAQBoAADYbAAAtGwAAJhsA&#10;ACEaAAAdGQAAGRkAABcYAAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAHHAkAAx0LAAAfDQAAIBAA&#10;ACAUAAAhGgAAISIAACEqAAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAhnwAAILYAAB/RAAAf7QBI&#10;GgAAPRwAADMdAAArHQAAJB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkBAA4aAQAMHAIACh0DAAcf&#10;BQADIQgAACIKAAAkDAAAJg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4AACdLAAAnXAAAJ24AACaF&#10;AAAmnQAAJbQAACTRAAAj7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAbHAAAGBsAABQcAAARHAAA&#10;Dh0AAA0fAAAKIQAABiIBAAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAtFQAALRwAAC0kAAAuLgAA&#10;LjoAAC5IAAAtWAAALWoAAC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEAAC0hAAAmIQAAISAAAB0f&#10;AAAaHgAAFh4AABIfAAAPIQAADSIAAAokAAAGJgAAAigAAAArAgAALQQAAC8GAAAwCQAAMgwAADQO&#10;AAA1EgAANRgAADUgAAA1KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAAMq8AADHNAAAw7wA8IwAA&#10;MiQAACokAAAkIwAAICIAABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUrAAABLgAAADAAAAAyAAAA&#10;NAEAADYEAAA4BgAAOgkAADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/AAA9TgAAPWEAADx3AAA7&#10;kQAAOqsAADnJAAA47QA3JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAAECgAAA0rAAAJLgAABTAA&#10;AAAzAAAANQAAADgAAAA6AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAASREAAEkXAABIIQAASCwA&#10;AEc6AABHSQAARlsAAEVxAABEiwAAQ6UAAELDAABB6AA0KgAALCoAACcoAAAiJwAAHCgAABYqAAAR&#10;LQAADTAAAAkzAAADNgAAADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgAAABKAAAATAMAAE4GAABQ&#10;CgAAUw4AAFQTAABUHAAAUycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54AAE25AABM4AAwLQAAKywA&#10;ACYrAAAfLAAAGC4AABIyAAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAASQAAAEwAAABOAAAAUQAA&#10;AFMAAABVAAAAVwAAAFkBAABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABhPAAAYE4AAF9iAABeewAA&#10;XJYAAFuwAABZzwAvMAAAKi8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQAAABIAAAATAAAAE8AAABS&#10;AAAAVQAAAFgAAABbAAAAXQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUAAHALAAB0EAAAdBgAAHMl&#10;AAByNAAAckUAAHBZAABvcQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAUPAAADkEAAAdHAAAATAAA&#10;AFEAAABVAAAAWQAAAF0AAABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAAByAAAAdAAAAHcAAAB6AAAA&#10;fgAAAIIEAACGCwAAihEAAIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+bAAB+sgApOgAAID0AABZC&#10;AAAPSAAACE4AAABUAAAAWgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAAAHoAAAB9AAAAgAAAAIIA&#10;AACFAAAAiAAAAIsAAACOAAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAAnzMAAJ1HAACaXgAAmHcA&#10;AJePAACVpwAjQwAAGUgAABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2AAAAewAAAIAAAACGAAAA&#10;igAAAI4AAACRAAAAkwAAAJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsAAACwAAAAtgQAALwNAAC6&#10;FwAAuSgAALc8AAC0UgAAsmoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAAAGwAAAB0AAAAfAAAAIMA&#10;AACJAAAAjwAAAJQAAACaAAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAAsQAAALQAAAC4AAAAvAAA&#10;AMEAAADHAAAAzQAAANQFAADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADIjgAAAAAAAAAAAAAAAAAA&#10;AAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRF&#10;RkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yO&#10;j5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW&#10;19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////&#10;////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAh&#10;IiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lq&#10;a2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGz&#10;tLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7&#10;/P7//////////////////////////////////////////////////////wAAAAAAAAAAAAAAAAAA&#10;AAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVG&#10;R0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6P&#10;kJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX&#10;2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////&#10;//////////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkq&#10;KywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJj&#10;ZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpuc&#10;nZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV&#10;1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADBCEAAAEA&#10;AAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUW&#10;FxgZGhobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xN&#10;Tk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWG&#10;h4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/A&#10;wcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7&#10;/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4e&#10;HyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VX&#10;WFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLD&#10;xMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt&#10;7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0N&#10;Dg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0&#10;NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZ&#10;m52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb&#10;3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39&#10;/v7/2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjL&#10;s6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6&#10;MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96o&#10;mo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wt&#10;n4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNo&#10;vLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrp&#10;zBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZ&#10;q52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuu&#10;e8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7MKvGuE+0wLNnvbuue8S1&#10;qYjLsqaH0a+jh9WtoIjZq56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGY&#10;kOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk2csJGuTODTnnzg5g2soM&#10;ksu8LqvFuU20wLRmvbquesW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6lm4vgopqN4p6Zj+OemY/j&#10;npmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+Oe&#10;mY/j2MsJGuHPDDnlzw5g2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH0a2jh9WroIjZqJ6I26Wd&#10;id2jnIrfn5qL4ZuZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO&#10;4puZjuKbmY7im5mO4puZjuKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vEuky1vbNnvriue8W0qYfM&#10;sKaH0ayjh9WpoIfYpp+I26OdiN2gnInenZuK4JiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGY&#10;mo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJGtrRCzje0Qxf1ssLkcvA&#10;KazCuU22vLNovreue8azqYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjdmpyJ3pWbjOCVm4zglZuM&#10;4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zg&#10;1swJGdnRCzja0wxf1MwLkcnAKa3AuU62urNpv7WufMayqYfMraaG0amjhtSloYbXoqCG2Z+fhtqb&#10;nofcl52I3ZOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOc&#10;i96TnIvek5yL3pOci96TnIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3ubJqv7StfMawqYfMq6aG&#10;0KekhdSjooXWn6GF2JyghdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd&#10;kJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbSCzfW1Ate0MsKlcS+La68&#10;uFG4t7JqwLOtfMauqYfMqaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H2o6eiduOnonbjp6J246e&#10;iduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonb080K&#10;GNXTCzbU1AtfzssJl8G+MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGepITTmqOE1ZaihNaToYXX&#10;j6CG2IugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmL&#10;oInZi6CJ2YugidmLoInZ0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFtwa2tfcaqqobLpKiEzp+n&#10;hNCbpYPSl6SD05OjhNSQo4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI&#10;14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO0wplxsoLnbm8OLK0tli6&#10;rbFuwaqufcanq4XJoamEzJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ejiNSHo4jUh6OI1IejiNSH&#10;o4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUztAKFc7U&#10;CjrK0wpowMgPobW7PrSttVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPNkKiEzo2nhM+Kp4XPh6aH&#10;0IWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojR&#10;haaI0YWmiNGFpojRzNAJGMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGwfcOfroTFma2Dx5SshMmQ&#10;q4TKjaqFy4qqhcuIqYbMhamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOo&#10;ic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpyscQep6W5SbahtmC7nrNw&#10;vp2xfcGbsITDla+ExJGuhMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismCq4rJgquKyYKrismCq4rJ&#10;gquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJxNIIIMDWCUi4&#10;1Ap4qc8XmJ6+R66atmK6mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+HxIaviMWEronFg66KxYGu&#10;i8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6L&#10;xYGui8WBrovFv9QHJbrXCU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermStIO9jrOGv4uyh8CIsYfA&#10;hrGIwYSxicGDsYrBgrGLwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKA&#10;sIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6i&#10;f7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT&#10;6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9it&#10;hpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK&#10;0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8&#10;oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGP&#10;i9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjD&#10;uZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyo&#10;RKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9Kw&#10;jI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuI&#10;xreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrG&#10;pV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQ&#10;FfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3U&#10;r4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3a98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRwur6if7+8oIjDuZuIx7eY&#10;iMq1lYnOs5KK0LGPi9OwjY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad&#10;2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4vh9T6rgmfMupQ6vGply0&#10;wqRvur6ifr+7oIjDuZ2HyLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayKktyriZndp4ic26eInNun&#10;iJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb9sEOFPfB&#10;FTD4vx5T6rklfMupQqvGp1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfRsJaI1K6Uidetkovaq5CN&#10;3KmNkt+ojZrfo4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zc&#10;o4uc3KOLnNyji5zc9sEOFPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6jfb+7o4jEt6CHybSdh86x&#10;m4fTr5mI1q2XidqrlYrcqZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCO&#10;nNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T6rojfMuqQazGqFmzwqZt&#10;ur6kfb+6pIfFt6GHyrOfh8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuaglpngnJOb3ZyTm92ck5vd&#10;nJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd9MINFPXDFDD2&#10;wBxT6rsifMqqQKzGqFizwqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I2qqdit2nm4zgpJqO4p+Y&#10;j+OdmpjhmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb&#10;3ZmXm92Zl5vd8sMNFPTDEzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6poTFtqWHy7Kjh9GvoYfW&#10;q5+I2qedid2knIrfoJuL4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96X&#10;nJvel5yb3pecm96XnJvel5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0gfMqrPqzGqlazwqhrur6n&#10;eb+6qIPFtqeHzLKlh9GsoofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/gkp2X3pKdl96SnZfekp2X&#10;3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfe7cQME/PFEi/0whlS&#10;6r0ffMqsPKzGq1Wzwqhqub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGfhtqdnofbmZ2H3ZSdid6Q&#10;nI3ejp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6d&#10;k92OnZPd6sUME/LFES/zwxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7FsqmHzKylhtGno4bVoqGF&#10;156ghdiaoIXalp+G25GeiNyNnovci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c&#10;i56P3Iuej9yLno/ci56P3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuvOKzGrVKywqtmub+wb763&#10;rX7GsKmHzaqmhtGkpIXTn6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N2oifjdqIn43aiJ+N2oif&#10;jdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a4cYKE/DHEC7wxhZR6sEZ&#10;fMuwNavHr0+yw7BguLyybL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSUo4TVkKKF1o2hhteJoYjY&#10;h6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iH&#10;oYvY28cJEu7JDy7uyBRR68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqGy6OohM6ep4PPmaaD0ZWl&#10;g9KRpITTjqSF1IujhtSIo4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK&#10;1YWjitWFo4rVhaOK1YWjitWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrIt0SwurZZuq+xcMKqrX/H&#10;pquFyqCqhMyaqIPNlqiDzpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWlidKFpYnShaWJ0oWlidKF&#10;pYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJEd/NCyznzQ9P6MsOe828&#10;IqjCvDyxsbVevKmxcsKmrn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTNi6iFzYiohs6Gp4fOhKeJ&#10;z4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nP&#10;1ckJENjPCiva0wtO2NALes3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmthMeUrITIkKuEyY6rhMqL&#10;qoXLiaqGy4eph8yFqYjMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOp&#10;icyDqYnMg6mJzIOpicyDqYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4obRmvJ6ydb+dsX/Bm7CE&#10;w5auhMWRroTGjq2Fx4ushceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqCq4rKgquKyoKrisqCq4rK&#10;gquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDSCijO1ApSxdEKg6rDLaie&#10;t1e4m7Vou5q0db6Zsn+/l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6IxoStiMaDrYrGga2Lx4Gt&#10;i8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHzM0J&#10;DMvTCi3H1ApZstgLgJ7NK5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCMsYbBirGHwoiwh8KGsIjC&#10;hbCJw4OwisOCr4vDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOB&#10;r4zDga+Mw4GvjMOBr4zDx88IEMXUCTS42QpboucSdpfaJYmQz0WYjsddo43BbquNvXmxjLqBtIm4&#10;g7eGt4W5hLaGuoO1h7uCtYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOM&#10;vn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn8Q5Vm/EbaJHmLXiJ3UCF&#10;hdVWj4PPZ5eCy3Odfsh4oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LBiKtywIqsccCLrHHAi6xx&#10;wIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus/7gUDv+4&#10;Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWT&#10;zbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6&#10;kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJty&#10;tsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/&#10;tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSD&#10;ls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvG&#10;uI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKb&#10;f7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG&#10;9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+z&#10;gZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2N&#10;yLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nA&#10;m4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682&#10;ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQ&#10;s4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTR/7gUDv+4HSf/tSlG97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJwbuXicS5k4rHt4+MyrWM&#10;jsy0iZDOs4eS0LKEldKxgpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj&#10;0qyAo9KsgKPSrICj0qyAo9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDHnWCxxJxxtsKcfLq/noW+&#10;vJyIwrqZiMW4lYnJtpGKzLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qCodWngqLTp4Ki06eCotOn&#10;gqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kTDv+5HCf/tihG97Ezat2p&#10;P5HHnWCxxJ1wtsKee7q/n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3Tr4qQ1q6Ik9ithpnZqoWe&#10;2aWEodWkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLU&#10;/7oSDv+6Gyf/tydG97Eyat2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ich8i2mYjMs5aI0LGSitOv&#10;j4zWroyO2KyKk9uriZncpoed2qKGoNaghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCG&#10;otSghqLUoIai1KCGotSghqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6xxJ1vtsGgeLq+oYG/u6GI&#10;xLieh8m1m4fNspiI0bCVidWukovYrI+N26qNkt6ojJrfooqd2p6JoNaciaHUnImh1JyJodSciaHU&#10;nImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7Gib/uCZG9rIwat2qPJHH&#10;nl2xxJ5utsGhdrq+on+/u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON3qiRkuKkkJngno2d25qM&#10;oNeZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HV/rsR&#10;Dv67Gib/uCVG9rMwatyrO5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qzn4fQsJyH1a2aiNmqmYre&#10;qJiO4qWXk+aflZngmpGc25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWW&#10;jqHVlo6h1ZaOodWWjqHV/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBqtsGjc7q+pXzAuqWFxbaj&#10;h8uzoYfRr5+H1qyeiduonIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDWk5Kg1pOSoNaTkqDWk5Kg&#10;1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+uSRG9rQuatyrOpLHoFyx&#10;xKFotsGlcbq+p3rAuqeExbamh8yypIfRrqKH16mfiNuknYneoJuK4JqajOGWm5PhlZub3ZKXntiR&#10;laDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX/LwQDf28&#10;GSb+uiNG9rQtatysOZLHoFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfSqqKH16afh9qhnofcm52I&#10;3pacit+Rm5DfkZ2Z3Y+bntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/X&#10;j5mf14+Zn9ePmZ/X/LwQDfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKpa7q+rHW/uq1/xbOph8yt&#10;pYbSp6KG1qKhhtidn4bamJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f14yen9eMnp/XjJ6f14ye&#10;n9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF9rYratutNpPHolmxxadf&#10;tcKtZrm/sXC+t61+xrCph82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qLn4vbiJ+Q24igmNiIoZ3X&#10;iKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X+r0ODfq+FiX8&#10;vCBF9rcqatuvNJTIpFWxxqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE0pukhNSWo4TVkaKF1o2h&#10;hteJoYnYhqGN2IShk9eEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX&#10;1oSil9aEopfW+b4ODPm/FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0sXDBra1/x6mqhcuiqITO&#10;naeD0Jemg9GSpYTSjqSF04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WB&#10;o5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rolatqyLpXKr0CtyL09r7e2&#10;XbqusXLCqa1/xqWrhcmfqoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfShKWK0oGljdKApY/SgKWP&#10;0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/S7MELDPXCEiT2wRpE&#10;970hatq0KZbNvCipu7tDs661YbyosXPBpa5/xaGthMebrIPJlquDypGqhMuOqYTMi6mFzYiohs6G&#10;qIfOg6iJzoGnjM+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cn&#10;jc+Ap43P38QJC/LFECPzxBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXAoLCAw52uhMWXrYTGk62E&#10;x4+shMiMq4XJiauGyoerhsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL&#10;gKqMy4CqjMuAqozLgKqMy4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDSCoexvi+upbhUuJ+1aLyd&#10;s3a/m7F/wZmwhMKUr4TDkK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62Jx4Gti8eArIvHgKyLx4Cs&#10;i8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH1cYICdnMCiDlzw1A2NUL&#10;X73WC4ilxDSmnLdauJm1a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJsIfCiLCHw4awiMOFr4nD&#10;g6+KxIKvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SB&#10;r4vE0sgIB9PPCh3V1As9wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9uZG1hLyOs4a+jLKGv4qy&#10;h8CIsojAhrGIwYWxicGEsYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGM&#10;woCxjMKAsYzCgLGMwoCxjMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ2jKIi9JMlInLX5yIxm6j&#10;iMN4qIXAfKuDv3+ugL2BsH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5i7V4uYy2eLmMtni5jLZ4&#10;uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsIBsjSCSKz3wlCoPwVWpPw&#10;KGqL5jl3hN9JgoHYW4uA02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGhcMeDom/HhaNuxoajbcaI&#10;pGzFiqVsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYul&#10;xM4HCrfZByaj+w49lv8eTo36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7acohr2XeLadd6jWfWfo5m&#10;1YCPZdSCkGTUhJFj04aRYtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HS&#10;jJNh0oyTYdKMk2HSjJNh0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeL&#10;u7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZ&#10;mlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9&#10;osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EY&#10;Cf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTF&#10;uYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+T&#10;jL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyX&#10;yJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3&#10;fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+x&#10;Ix7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOW&#10;xrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+&#10;j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVy&#10;sMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EXCf+yIh7/&#10;rjA6/6k9WeyjSnnYm1uYx5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46Ow7qKkMW5h5LHuISVybeC&#10;mMq2gJvLtn6ezLV9o8yzfKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yo&#10;y698qMuvfKjL/7IXCf+yIR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXCmYG5wJuIvL6Xir+8lIvC&#10;upCNxbmMjse3iJHJtoWUy7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9qMyrfajMq32ozKt9qMyr&#10;fajMq32ozKt9qMyrfajMq32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7WeykSHrXnFmaxpdvssSZ&#10;drbCm3+5wJyHvb2aicC7lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrRsoCf0q5/o9Kqf6XPpn+n&#10;zaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fN/7MWCf+zIB7/sC06&#10;/6s6WeylR3rWnFmaxphtssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQi8u0jI7Os4iR0bGFldOw&#10;g5rUsIKg1aqBotOmgaXQo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOB&#10;p82jgafN/7MVCP+0IB7/sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5v5+DvryeiMK6mojGt5aJ&#10;yrWSis2zjozQsYqP06+HlNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN&#10;n4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5WeumRXvVnVibx5ppssSdcLbC&#10;n3m6v6CCvryfiMK5nIjHtpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae2aKFodWehaTRnIWmzpyF&#10;ps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabO/7QUCP+0Hx3/sSw6/604&#10;WeumRXvVnVecx5tnssSebrbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGwk4rVrY+N2auMk92oipve&#10;ooie2Z6IodWbh6TRmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Z&#10;h6bO/7QUCP+1Hh3/sis6/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+v7ujh8S4oIfJtJ2HzrGZ&#10;iNOulonYq5OM3KiQkuGjjprfnoye2pqLodWXiqTRlommzpaJps6WiabOlommzpaJps6WiabOlomm&#10;zpaJps6WiabOlommzpaJps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zVnlWdx51jssSgarXCo3O6&#10;vqR8v7ukhcS3oofKs5+H0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paPoNaUjaPSk4ylz5OMpc+T&#10;jKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UTCP+1Hh3/syo6/642Wuun&#10;Q3zVn1Odx55gssWiaLXCpXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnoncpJuL4J2ZjuOam5nglZac&#10;25OToNeRkaPTkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XP&#10;/7UTCP+2HR3/syk6/642WuuoQnzVoFGdx59escWkZLXCp225vql3v7upgcS2qIjLsaWH0auih9el&#10;n4jbnp2I3Zebi+CSm5Pfkpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2T&#10;pNCNk6TQjZOk0I2TpNCNk6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6cx6FascWmYLTCqmm5v61z&#10;vruufcS0qofLraWG0aeihtWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iLmqLUipek0YqXpNGKl6TR&#10;ipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3HB3/tCg5/7A0WuqpQH3V&#10;pEmcyKRVsMaqW7PDr2O3wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF2I+fh9qKn4vbh5+S2oih&#10;nNeIn6HUh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTR/7YS&#10;CP+3Gx3/tSc5/7AzWuqqPn3WqESbyahPr8ewU7LFuFm1ubNtv7GtfcasqobLpaeFz5+mhNGYpITT&#10;kqOE1YyihteIoYrXhaGO14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GE&#10;oqPRhKKj0YSio9GEoqPR/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1Ercm5Ra69uFm4srJvwKyu&#10;fsaoq4XKoamEzZung8+VpoPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnTgKah0YCmodGApqHRgKah&#10;0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/tyQ5/7MvWumtOX7ZtC+W&#10;zLgyqcK9QLCztl26rLFxwaeufsWkrIXInauDypepg8ySqITOjaeEz4mnhtCFpojQgqaL0YCmjtF+&#10;ppTQfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP/7kPB/+6&#10;Fxz/uSI5/7UtWuyzMHrdwB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTGmayDyJSrhMmPqoTKi6qF&#10;y4iphsyFqYjNgqiKzYCojc5+qJHNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbN&#10;fKmWzXypls18qZbN/LsOB/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5T7aktWW8oLJ0v56xf8Kb&#10;r4TDlq6ExZGthMaNrYXHiqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuSynyrksp8q5LKfKuSynyr&#10;ksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3/LolWufOE2jI2QuJrcMy&#10;p6G4VridtWi7m7N1vpmyf8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WErojGg62KxoGti8Z/rY7H&#10;fa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH38AIBfXCDxn2&#10;whY27sgVUM3cDGa12g+Iosk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKFwI2xhsGKsYbBiLGHwoaw&#10;iMKEsInCg7CKw4Gwi8OAr43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+P&#10;w36vj8N+r4/D2cIHBeTHCxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GPwmWpjr5yro28e7KMuoG1&#10;ibiCt4e4hLiFt4W5g7aGuoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0jb18tI29fLSNvXy0jb18&#10;tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIMSan0FGWZ5iV4jtw5hojU&#10;T5CGz2CXhMxtnIPJdaB/x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSqdMGGq3PBh6tywImscb+L&#10;rXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utz8YHAtDNCRLA2Qks&#10;rPcPSJv6HlyP7zFrhudCdoDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQepZuz32Xbc5/mWzNgZlr&#10;zYOaasyFm2nMh5xoy4mdZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfK&#10;jJ1nyoydysgIAcLSBxOu5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51ceRlem3ha35q33CBaN51&#10;hGbceIVl23uHY9p+iGLagYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2N&#10;XtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/LkOC/z1OfP1LV3f4Vl9v&#10;811laPBiamTtaW5h629xX+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWFeljkiHpX5It7VuOOfFbj&#10;jnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458/6ocBf+qJxf/pzYv/6JE&#10;SvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7B&#10;vH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+H&#10;lL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0&#10;xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqd&#10;UmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2h&#10;wrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+&#10;hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJ&#10;tsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+qJxf/pzUv/6NESvqdUWXp&#10;l15+25RtlM+Sd6bFkoG0xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKYwbyAm8K8fp7CvH2hw7t7&#10;pMS7eqnEunmtxLV5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7D/6sb&#10;Bf+rJhf/qDQv/6RDSvmeUGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnBkY67v42Qvb6Jkr+9hpTB&#10;vIOXw7uBmsS6fp3Fun2hxrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSx&#10;eq3EsXqtxLF6rcSxeq3E/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZmlsyVcanFlXy0xJaDt8KX&#10;i7rAk4y8vo+Ov72LkMG8h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJsHurx6x7rcWse63FrHut&#10;xax7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/qTMv/6VBSvmfT2bomVuB&#10;2ZhjlsyWb6rFlnm0w5eBt8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iCmMm3f53Ktn2iy7Z8qMuw&#10;e6nKrHyqyKh9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF/6wZBf+s&#10;JBb/qjIv/6VBS/mgTmfnmlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+vZOMwbuOjsS5ipDHuIaT&#10;ybaCmMu1f53NtH6jzrF8ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzG&#10;pX6sxqV+rMalfqzG/6wZBf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uYaqzFmXS0w5p9t8Gbhbu+&#10;mYm/vJWKwrqQjMW4jI/ItoeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+pyaGArMahgKzGoYCsxqGA&#10;rMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv/6Y/S/igTWfnnVWB2Zxc&#10;l8qZaKzFmnK0w5x6uMCcg7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGxgZ3TrICi06eApdCkgKfN&#10;oIGpyp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG/60YBf+tIhb/&#10;qzEv/6c/S/ihTGfnnlOB2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qIxLiVicm1kIvNsouP0bCG&#10;ldWuhJ7Xp4Kh1KOCpNGfgqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOr&#10;x5qDq8eag6vH/60XBf+uIhb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzFnWy0w591uMCgfry9oIfB&#10;up2IxreYiMuzk4nPsI6N1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeFq8eXhavHl4Wrx5eFq8eX&#10;havHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+S/iiS2jooU+B2aBTl8qe&#10;X6zGn2m0w6FyuMCifLy9ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zcnImg1pmIo9KXiKbOlYip&#10;ypSIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvH/64XBP+uIRb/rC8v&#10;/6g9S/iiSmjook2A2aJQl8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSgh86wnYjVq5mK3aWXk+ab&#10;kZvdlo+g15SNo9OSjKbPkYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCK&#10;q8iQiqvI/64WBP+vIRb/rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGzxKdqt8CpdLy8qX7CuKiH&#10;yLOmh8+soofXpJ2J3ZqajeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmNjqrJjY6qyY2OqsmNjqrJ&#10;jY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ejSWnopkh/2qdIlcylU6rH&#10;qFyyxKxktsGubru9r3jAtqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f2IuZodSLlqTQipOnzYqR&#10;qcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ/68VBP+wIBb/ri4v/6k7&#10;S/ekR2npqER+26tDlM2pTKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+hpITTl6KE1o6gh9mIn4/a&#10;h6Ga2IegodSHm6TRh5imzoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqH&#10;lanK/7AVBP+wIBX/ri0v/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxSsbm1Z7uwsHjDq6yEyaSp&#10;hM2cpoPQk6SE04ujhtWFoozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjLhJqoy4SaqMuEmqjLhJqo&#10;y4SaqMuEmqjLhJqoy4SaqMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfrrzt73rYzj9K6NKHMwjmq&#10;u7pVtbC0ar2qsHnDp62Ex5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+ll9J/pqDQf6WmzoCgqMuA&#10;oKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ETBP+yHhX/sCsu/6w3TPqs&#10;O2XttTR44r8pidjMIJi+vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTKjqmEzIiohs6Dp4nPgKeN&#10;z36nk898qJrOfKmizXynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jL&#10;/7ISBP+zHRX/sSku/602TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOzb76gsXvBnq+Ew5euhMaR&#10;rITHjKuFyYeqh8qDqonLgKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmr&#10;pMp5q6TKeaukynmrpMp5q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p0t8Rf7nMJ5ynvUyxoLdi&#10;uZ20cb2bsny/mrGEwZSwhMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8rJLIe6yXyHmtnsd5rZ7H&#10;ea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2GRT/tSQt/7QsSfLFH1TW&#10;3RJiwd8TgazNLpqfwE+rmrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCHw4aviMODr4nEga+LxH+u&#10;jcV9rpDFe66UxXqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nE/7cO&#10;A/+4FhP/tyAt+b8fQdzZEUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbORuHu4kLaCu460hb2Ls4a/&#10;iLKHwIayicCEsYrBgrGLwYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7&#10;sZXBe7GVwXuxlcF7sZXB9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIifZbWN42Pzk+YjMhhoIrE&#10;bqaKwXiqh799rYS+gLCBvIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22driPt3S4k7d0uJO3dLiT&#10;t3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHuyA4iy9sLLrb4EUyl9R1j&#10;l+gsdY3fPYGH2FCLg9NgkoLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PGgqRyxYSlcMWGpW/EiKZu&#10;xIqnbcONp2vDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co18AGAdvG&#10;CA7L0woVuOgMMqb/FUqY+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2JcNhxi27WdY1s1XiPatR7&#10;kGnTfpFn04CSZtKDk2XShZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6W&#10;YtCOlmLQjpZi0I6W0cIGAc3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70TWR58Fhqc+xfb23qY3Np&#10;52l2Z+VueWXkcntj43Z9YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92JhFrdjYVa3Y2FWt2NhVrd&#10;jYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYamv8TK47/JDmF/zZEfv9E&#10;TXn/UVVx+1dba/ddYGX0YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY635xV+qBclbqhHJV6Ydz&#10;VOmKdFPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51vMkFAKvbAQia&#10;/wsWj/8ZI4X/Ky1+/zk3eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtrW1X5cF1U+HReUvd4X1H3&#10;e2BQ9n5hT/WBYk/1hGNO9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQ&#10;ZkzzkGZM85Bm/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGx&#10;xIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKP&#10;dYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiu&#10;vMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl&#10;/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrB&#10;faG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4&#10;tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiU&#10;tsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZ&#10;jn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6EYA/+jKxD/oDol/5xI&#10;PP+XVlP4k2No7JJpeuGRc4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjChJi5wYGbusF/nbvAfaC8&#10;wHukvMB6p73Aeay9wHiwvb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4&#10;eLO8/6EYA/+jKhD/oTkl/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCCpsiPibDEj4+2w4uRt8KI&#10;lLnBhJe6wIKavMB/nb2/faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9tHmzvbR5s720ebO9tHmz&#10;vbR5s720ebO9tHmzvbR5s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3ll5p65Vje+CUbI3VknWc&#10;zZF/qMeRh7LEkY62w42QuMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15qsC9eLDAuHmwwLR5sb+v&#10;erK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9/6MYA/+kKRD/ojgl/55GPf+Z&#10;VFX3l1xp65dgfN+WaY3Vk3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9voOYv72AnMC9faDBvHul&#10;wrx5q8K5ea/CtHmvwbB6sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+&#10;/6MYAv+lKBD/ojcl/59GPf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WTgrTElIq3wpGOucCMkLy/&#10;iJO+vYSXwLyAm8K7faDDu3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyxv6h8sb+ofLG/qHyxv6h8&#10;sb+ofLG/qHyxv6h8sb+ofLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp65tbfN+ZYo7Ul2uey5V2&#10;rMWUgLTDlYi3wZONusCOj72+iZLAvIWVwruBmsS5faDGuXuox7R6q8eve63Fq3uuw6d8r8GkfbG/&#10;pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+mJxD/ozYl/6BEPf+bUlb3&#10;nFVp65xYfN+bXo7UmWeeypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aUxLmBmce3fqDJtnypyq57&#10;qsiqfKzGpn2txKN+r8GgfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG//6UY&#10;Av+mJg//pDUl/6BEPf+cUVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTDmYK4wZmKu76UjL+8jo7D&#10;uYiSx7eCmMu1fqHNr3ynzal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52Asb+dgLG/nYCxv52Asb+d&#10;gLG/nYCxv52Asb+dgLG//6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BTe+CgV43Unl+eyptrrMWb&#10;dbTDm364wJuHvL2XisC6kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvHnYGtxZuBr8KZgrG/mYKx&#10;v5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//pTQl/6FDPv+eTlX4oU5o&#10;7KJQeuCjUozVoVudy55mrMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCGltSpgqDWoYKk0J2CqMua&#10;g6rImYOtxZeEr8KWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA/6YYAv+n&#10;JQ//pTQl/6FCPv+fTFX4okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3wKKAvbygh8O3mojKspOK&#10;0qyLlNugh5/Ymoak0ZeGp8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DA&#10;koewwJKHsMCSh7DA/6cYAv+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKpS4rWqFGazaZbqcelZbLE&#10;p3C2wKd6vLymg8O2oofLr52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqsxo+KrsOPibDBj4mwwY+J&#10;sMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl/6JBPv+iSFT5pkdm7qpH&#10;d+OtR4jZrUuYz6xUpsisXq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96Pmp3ajZWi04ySps6LkKnK&#10;i46rx4uNrcSMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/B/6gYAv+pJA//&#10;pzIl/6NBPv+kRlP6qURk761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbduuLKwfMKpqobLnKWE0o2g&#10;h9iGoJfZh56i04eYpc+HlajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCv&#10;woiQr8KIkK/C/6gYAv+pIw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLevjuP1sQ/mszFSqa8vF2y&#10;sbVvu6qwfcOjq4TJlqeDzoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSWrMaFlK7DhZSuw4WUrsOF&#10;lK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/Pv+oQFH8rzxh87Y5cOq/&#10;N33jyjWH1NE3lb7CS6mwuWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3QfaeY0H2opM5+pKjLf5+q&#10;yYCbq8aBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3E/6oXAv+qIg//qDAl&#10;/6U+Pv+rO0//tDdd9r0zauvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6xf8GYr4TEj6yEyIeqh8qA&#10;qYzMfKmTzHqqnMt5q6bKeqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2e&#10;rcR9nq3E/6oWAv+rIQ7/qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaGtsw8m6jBVKufuWa2m7V0&#10;vJmyf7+VsITCja+FxIath8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5pa3EeaWtxHmlrcR5pa3E&#10;eaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2L0jzxChR4NYmVszkInG7&#10;2iiIqsxBm5/DV6mZvGmylrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6PxXuulMV6r5rEeK+gxHWv&#10;p8R0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D/6wUAv+tHw7/rCsk/7Av&#10;N/q/JUHk0SBFzuQdW73pInSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eNtoS7ibSGvYWyiL+CsYvB&#10;f7GOwXyxksJ6sZbBebGbwXiyocB0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0&#10;safB/64SAf+vHQ3/rigk/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFIlJDKXJ6NxWqli8F2qom+&#10;fa+FvICygrqDtH65hrZ8uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5c7ekuXO3pLlzt6S5c7ek&#10;uXO3pLlzt6S5c7ekuXO3pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB7xdIsPcgYKHqK3OV3zmC&#10;jddMjYjRXZWGzGqbhMl0oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/ja5vvpCvbr6Ur2y+ma9r&#10;vqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MOAf+0Fgz8vBca1tYLFsPt&#10;EDCy/BlKovklXpbtM26M5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZccx9m2/LgJ1tyoSea8mH&#10;n2nJiqBoyI6hZ8eSomXHlqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yj&#10;9LYKAf+4EgvVzAoLxNsKGbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrjYHx132eBcd1thG3bcodq&#10;2XaJaNh6i2bXfY1k1oGOY9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZk1zSmZNc0pmTXNKZk1zS&#10;mZNc0pmTXNKZk1zSmZNc0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRDjP80UIT7Qlp99k9iePFa&#10;aHHuX21r62RxZ+lpdGTnbnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a4Yh/WeCLgFfgkIBW35WB&#10;Vt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTIBwC02QUKo/4NHJb/GiyL&#10;/ys6g/86RHz/SE11/1JTbv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJzZ1fxd2hW8XppVfB9alTv&#10;gGtT74RrUu6HbFDui21P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuxsAF&#10;ALTQBAGj4wIKlv8QGIv/ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb/19PWP9kUlX/aVRT/21V&#10;Uv5xV1D9dFhP/HhZTvt7Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I&#10;+JBfSPiQX0j4kF9I+JBftccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87Kmj/QjFh/0o2XP9RO1f/&#10;Vz9T/11CUP9iRE7/Z0ZM/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NOQ/+HTkL/i09B/5FQQf+R&#10;UEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU&#10;+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarM&#10;cLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+V&#10;Jwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0Hef&#10;pM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq&#10;xHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/a&#10;f4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRx&#10;wKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xr&#10;Y/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKr&#10;y3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ISAf+WJwr/&#10;ljsc/5RLMP+QWUP/j2NU+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+TntF9l6LPe5umzXmeqMx3&#10;oqrLdqWsynSprclzra7JcrKvyXG3r8hxvK/Cc72uvnS9r750va++dL2vvnS9r750va++dL2vvnS9&#10;r750va++dL2v/5MSAf+XJwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPojXeA4YyAi9uIh5TVhY2c&#10;0oKRoc9/lqbMfZmpy3udrMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1urO8dbqzuHa6s7h2urO4&#10;drqzuHa6s7h2urO4drqzuHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZLMP+SWUT/kl5V+pJkZfCR&#10;anTnj3OB4I59jNmLhZbUiIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0xXiotcR2rrbEdbS2wXa3&#10;trx3t7a3d7e2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2/5URAf+ZJwr/mTsc&#10;/5dKMP+TWET/lFxV+pRhZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uEk6zIgZewxn+bs8R9n7XD&#10;e6S3wnmpucJ3r7nCdrW5vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5&#10;t7ewebe3/5YRAf+aJwr/mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC3pF2jtiPf5nRjYiizYqO&#10;qcmHkq7GhJazxIGatsJ+n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmveba4rHq2t6x6tresera3&#10;rHq2t6x6tresera3rHq2t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+WU0T/mFdV+phbZfCXYXTn&#10;lmiC3pNyj9aRe5rQj4Sjy42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmrvL93s7y4eLO7snm0u655&#10;tbqrerW5qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4/5cRAf+bJgr/nDoc/5hJ&#10;Mf+YUUT/mlRU+ptYZPCaXXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PDiZS3woSYusB/nry/e6W+&#10;v3muvrl4sr6yebK9rXqzvKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trik&#10;fLa4/5gRAf+cJgr/nDkc/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plpj9aWcprPk3ylypGFrcWQ&#10;jbTDi5K4wYWWu7+Anb69e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5oH22uKB9trigfba4oH22&#10;uKB9trigfba4oH22uKB9trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/nk9T+59SY/GgVnLon1uA&#10;351kjteabZrQl3ekypSBrcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7r8KmfLG/o32yvaB+tLue&#10;f7W5nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kRAf+eJgr/nTgc/5pHMf+c&#10;S0L/oE1S/KJQYvKjU3Hpo1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26voqSv7qBm8W3fKnJq3yr&#10;x6R9rsOgfrDAnX+yvZuAs7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4&#10;/5oRAf+eJgr/njgc/5pGMv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqkYpbSoWuhy511q8aagLPC&#10;mIq6vI6PwraDmcusfabOon+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2uJSDtriUg7a4lIO2uJSD&#10;triUg7a4lIO2uJSDtriUg7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ/qdKX/SpTG3rq1B746xU&#10;h9yrXJPUqWWdzqZvp8ijerDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWUha/Bk4WxvpKFs7yRhbS6&#10;kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+fJgr/nzcc/5tFMv+hRUD/&#10;pkZP/6pHXfatSWvtsEx45rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+FxKGVks6UjqPSkIuoy4+K&#10;rMaOiq/Cjomxv46Jsr2OiLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5/5sR&#10;Af+gJgr/nzYc/5xEMf+jQz//qENO/61EW/ixRWjwtkh06btMfuPAUYffxluO1shrlMa9caa1s3i1&#10;paiBw5Sfjc2JnKLSh5SnzIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqLtLqKi7S6iou0uoqLtLqK&#10;i7S6iou0uoqLtLqKi7S6/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FAWfq3QWTzvURv7sVJd+XO&#10;Unzd1mJ/zM5okrzFbqSru3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3EhJOvwYWRsb+Gj7O9h460&#10;u4eOtLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/oDUc/6A/MP+nPT3/rjxK&#10;/7U8Vfq9PWDwxkJn5tFKbN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYatiMZ7qpTKeKuoyXuiq8d+&#10;nK3EgJmvwoGWsMCClLK+g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8/54QAf+i&#10;Jgr/oTQc/6I8Lv+qOjv/sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GMrsxfm6HDbaiYvHmykbWE&#10;u4WxicJ8rpHFeK6fxXWtrMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9&#10;f5ayvX+Wsr1/lrK9/54QAf+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQOE7Z3jlay+Y9br7gQoCu&#10;1FCQoctfnZjDbaiRvXmxi7iDuIO0iL19sZDBebGawXWxpcFyr6/CdaivwXejsMB5n7G/e5yyvXuc&#10;sr17nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc/6g0K/+zLzT5vy086c0v&#10;QNneL0rK5zRfveo6c6/eQYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6to27d7WVvHW1n7xytKi9&#10;brOyvnGssr50p7K+dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9/6EQAf+lIwn/&#10;pDEc/60uJ/+5KS/uyCYz2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81imorHcKKGw3qogL+ArXu9&#10;hbF2u4u0c7mStXG5mrZwuaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2&#10;uG6strhurLa4/6MQAf+nIgn/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv8zJmoec7dpXeRoON1laN&#10;h9BkloTLcZx/yHihesV+pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/rq5lvbiwZbm7sGW5u7Bl&#10;ubuwZbm7sGW5u7BlubuwZbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/LsdGuPRExnM5RkpvfIiQa/9&#10;KlWh8zRmluk/dIzhS3+F21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIehaseMo2jGkqRmxZmlZMWg&#10;pWTFqKVjxrKkYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLum/6gQAP+qHgj/sx0R&#10;7MkOD87jDhW+8hgtr/4iQ6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZbopw1nSObNN5kWnSf5Nn&#10;0ISVZM+Kl2LOj5hgzZWZX82cml7NoptdzaubXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzN&#10;tJpczbSa/6sPAP+tGgfywA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9eg/FLaH3sVnB36F92ceRl&#10;emzhbH5p33KBZt14hGPcfYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X1qWOVtWsjlbVrI5W1ayO&#10;VtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79EByh/xwvlf8pP4v/N0yC&#10;/kVWfPlQXnX0WWRu8V9paO5kbWTranBh6nBzX+h1dV3nendb5n94WeWEeVjkiXtW4458VeKTfVTi&#10;mH5S4Z5+UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/8bQIAM7ABgC9zgcBruAH&#10;C6D/EhyU/yAriv8vOIH/PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb9W1iWPRyZFbzd2ZV8ntn&#10;U/GAaFHwhGlQ8IlqT++Oa07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L&#10;7Z9u0bkDALzFBQCt1gMBn/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9PQ2L/VUdd/1pLWf9gTVb/&#10;ZVBT/2pRUf9uU0//clRO/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5NbRfqYXEX6mFxF+phcRfqY&#10;XEX6mFxF+phcRfqYXEX6mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+/ykbdf81I2z/PCpk/0Mv&#10;Xv9KNFj/UDdU/1Y6Uf9bPE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/eEVC/31GQf+BR0D/hkg/&#10;/4xJPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUAAJ7XAACP9QABhv8PBHz/&#10;Gwtx/yQRZ/8sF1//NRxZ/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2EyQv9mM0D/ajU//242Pf9z&#10;Nzz/dzg7/3w5Ov+BOjj/hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8&#10;/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXj&#10;bp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o&#10;0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qA&#10;b+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS&#10;0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/&#10;gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1n&#10;tJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4QT&#10;Af+FIgb/hjUU/4RGJP+AVTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnnod41/5XWTheJymIngcJ2M&#10;326ijt1sppDca6uS22mvlNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchqz5bIas+WyGrPlshqz5bI&#10;as+WyGrPlshqz5bIas+W/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hkUf6Ha173g3Jp8YB8c+t9&#10;hXvneoyC43eSh+B0l4zecpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z12jGmtNozJrMasyZxmvM&#10;msJszJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/iDUU/4ZGJf+HUzX/i1tD&#10;/4xiUf6Kal72h3Fq8IR6dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhvpZjWbaua1Wuwm9Vqt5zU&#10;ab+d1GnJncxryp3GbMmdwG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd/4cSAf+J&#10;IQb/ijUU/4hGJf+KUjX/jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG4HyPjN15lJHadpqV2HOf&#10;mdVwpZvUbqqe022xn9JruKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4cMehuHDHobhwx6G4cMeh&#10;uHDHobhwx6G4cMeh/4gRAf+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6QZV72jmxr74t1duiHfoDj&#10;hIaI3n+Nj9t7k5TYeJmZ1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/EpL9wxKW6ccSltXHEpbJy&#10;xKSycsSksnLEpLJyxKSycsSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU/4pGJf+QTzT/lFZD/5Rb&#10;Uf6TYV72kWhr7o5wduiLe4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPPcaqmzm+zp81uvajHcMKo&#10;vnHBqbhywam0c8Gpr3TCqK10wqetdMKnrXTCp610wqetdMKnrXTCp610wqetdMKn/4oRAf+MIQb/&#10;jTQU/4tGJv+TTjT/llNC/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeIktiCj5nTfZWf0Hmco851&#10;o6fMcquqy3C0q8hwv6y/c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8CqqHfAqqh3wKqod8CqqHfA&#10;qqh3wKqod8Cq/4sRAf+NIAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33mGBp75VodeiScIDhj3uK&#10;3IuEk9aGjJrSgJOhznuapsx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3vK+oeL2vpXm+raN5vq2j&#10;eb6to3m+raN5vq2jeb6to3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49EJf+YSjP/m01A/51RTv+d&#10;V1v4nFxo8JpjdOiXan/ik3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2xxHS6s7d2ubOveLmzqnm6&#10;s6Z6urKje7uxoHu8sJ98va6ffL2un3y9rp98va6ffL2un3y9rp98va6ffL2u/4wQAf+PIAb/kDQU&#10;/5JDJf+aSDL/nUo//59OTf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaPhJvQiI2jy4GWq8d7obHF&#10;drC1une3tq95t7aoeri2o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOefbqynH67sZt+vLCbfryw&#10;m368sJt+vLCbfrywm368sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+bRjH/oEg+/6JLS/+kUFj6&#10;pFVk86RacOuiYXvkn2mF3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1uaZ7trihfbe2nX64tZt/&#10;ubSZf7qzmIC6speAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux/40QAf+QIAb/kTQU/5dC&#10;JP+dQzD/okU9/6VISf+oTFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbLlYOiwIuOrbaDmraufqq7&#10;pHyzvJ5+tbqagLe3mIG4tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GT&#10;grux/44QAf+RIAb/kjQU/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBTaOyyWnLks2F7269uhMym&#10;dpTAnH6itJKIrqmKlLeghaS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmzkIS6spCEurKQhLqykIS6&#10;spCEurKQhLqykIS6spCEurKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/p0A6/6xCRf+wRlD5s0ta&#10;8LdSY+i7WWvfvWRy0bZsgsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJs7yMibW5jIi3toyIuLWM&#10;h7m0jIe6s4yHurKMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qy/48PAf+SHwb/lDQU/5w9If+j&#10;PC3/qj04/69AQv+0REz1uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqnegoKGArZObi7eJlpu9g5Wv&#10;v4SRs7yGjrW5h422t4eMt7aIi7i1iYq5tImKurKJirqyiYq6somKurKJirqyiYq6somKurKJirqy&#10;/5APAf+THwb/lTQV/547IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/RW1nPymBtwcJngLK5bZCk&#10;sXSfl6p9q4qkiLV/oJe7eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25s4WNurKFjbqyhY26soWN&#10;urKFjbqyhY26soWNurKFjbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy/7g6O/bAP0HsykdF49ZU&#10;RdbZV1jH0F5ruMhkfqrBa46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3nbW5epm2t32Wt7Z+k7m0&#10;f5G6soCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+VHwb/lzMV/6I1Hv+rMyf/&#10;tDQv+b42Ne3JPTji1kg42eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53pHi6g61uuJOzaLiotmmy&#10;uLZvp7e2c6G4tXacubR4mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbyw/5MO&#10;Af+WHwX/mTMU/6UwHP+vMCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz3VZspdhdepjSZYiKzm2U&#10;fcl2n3PEg6dswJGsZ76hr2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sava50mr2udJq9rnSava50&#10;mr2udJq9rnSava50mr2u/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEtIdXgMyzJ6Dw/vuhDUbHl&#10;SWGk4k9wl99WfYraYIiA02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2qY7i/q2awv6xpqr+sbKW/&#10;q22iwKptosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/oiwQ/60oFfu7IxjozSAX&#10;1d8lHcjoMDG87zlEsOxAVaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzNgZpnyoueZMiWoGHIo6Fg&#10;yLOhXcfDo1++xKVhtsOlZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl/5cNAP+c&#10;HgX/piYN/7QgD+/GFw/W3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609wgeVYenrfZIJz2m2IbdZ2&#10;jWjTf5Jk0IiVYM+SmF7OnZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5euMmeXrjJnl64yZ5euMme&#10;XrjJnl64yZ5euMme/5oMAP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676LTmi+jZKlvo/WIv1SGOC&#10;7lJteuhcdXLkZHtt4G2AaN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9SukVbUvJBW1M2QVs3RklfI&#10;0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID1MkKAsjaCwa59BYXrP8j&#10;KqH/LjuV/zhJi/9CVYL4TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c4YN/Wt+Lglfek4NV3ZyF&#10;VNylhlLcr4ZS3LuGUdzMhVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqF/6AKAP+tEwHU&#10;wAgAxs4IALnjCwir/xcZn/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/VeY2XyZWhg72xrXe1yblrr&#10;eXBX6oByVemHdFPnj3ZR5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6TOTFekzkxXpM5MV6TOTF&#10;ekzkxXpM5MV6/6QHANi4BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA/z8/ef9KR3D/UU5p/1dT&#10;Yv1dV177ZFta+WpeV/dwYFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrwn2pJ76drSO+wbEfut2xH&#10;7rdsR+63bEfut2xH7rdsR+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsFApz/EAuR/x0Xh/8qI37/&#10;Ni12/0E2bf9IPGb/T0Jg/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hUSv9+VUj+hFZH/YtYRfyS&#10;WUT7mFpD+59bQvqnXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcyLYBALXBAwCn0QEA&#10;mesFAo//EgmF/yASfP8sG3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//Xj1M/2M/Sv9oQEf/bUJF&#10;/3JDRP93REL/fUVA/4NGP/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/&#10;o0s7/6NLtroCAKbKAACY3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zceV/8/IlL/RiZN/0woSv9S&#10;K0b/WC1E/10uQv9hL0D/ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1/4w4M/+UODP/mDkz/5g5&#10;M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/DgJn/xMFX/8dCVf/Jg1R&#10;/y8RTP83FUf/PhdD/0UZQP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9nIzL/bCQx/3IlL/93Ji7/&#10;fSct/4QoK/+LKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep/3YVAv9zIAT/cjEM/3FD&#10;Gf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB2&#10;7l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDjedVg43nV&#10;YON5/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/Rl&#10;nG7yY6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDj&#10;edVg43nVYON51WDjedVg43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/eFgz/3lgP/93aUr/c3FU&#10;/3F8XPtuhmP3a45p9GmUbfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tfvHzqXsR96l3Nfedd2X3h&#10;X9592mDgfNFi4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cVAv90HwT/dTEN/3NCGv93&#10;TSf/e1Y0/3xfQP96Z0v/d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ5937GWleetkqnvqYq996WG1&#10;fuhgvX/oX8WA6F7QgeJf2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HKZN+BymTfgcpk34HKZN+B&#10;/3gUAv91HwT/djEN/3RCGv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0gWb1cIpt8W2Rcu5rmHbs&#10;aZ5562ekfOllqX7oY6+A52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTchMZl3ITFZdyExWXchMVl&#10;3ITFZdyExWXchMVl3ITFZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0/4NcQP+CZEz/f2xW/Xp0&#10;YPh3f2jzc4hv8HCPdO1tlnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fjYcmH4GHVh9Vk2ofNZdqI&#10;x2bZiMFn2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94HgP/eTAN/3hBGv+BSSf/&#10;hlIz/4haQP+HYkz/g2lX/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqig+RoqIbjZq+I4mS3iuFj&#10;wYvhYs6L2GTWi81m1ovGZ9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaM/3sT&#10;Af95HQP/ejAN/3w/Gv+FSCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrxe4Jy7XeKeelzkn7mb5mD&#10;5Gyhh+JqqIrgZ6+M32W4jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs05C0bNOPtGzTj7Rs04+0&#10;bNOPtGzTj7Rs04+0bNOP/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FWP/+QXUv/jmRW/IlrYfaE&#10;c2vwf35z7HuHeuh2kIHkcpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGTxmrQlL5r0JS4bNCUs23Q&#10;lK9u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/fC8N/4M8Gf+NRSX/k00x&#10;/5VTPv+UWUr/kmBV/Y9oYPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1tp5HbabGU2We/ltRnzpfH&#10;a82YvWzNmLZuzZiwb82YrHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W/34SAf98&#10;HAP/fi8N/4Y7Gf+RQyT/lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz64R/fOZ+iYTheJKL3XOc&#10;kNpuppXYarOZ1mjFm8lry5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmidM2YonTNmKJ0zZiidM2Y&#10;onTNmKJ0zZiidM2Y/38SAf99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+cUkb/m1hS/5lfXfiVZmjx&#10;kG5y64p5e+WDhITgfI+M3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLHoKd0yJ+jdcmeoHbKnZ52&#10;y5uddsuanXbLmp12y5qddsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N/4w4GP+XQCL/nEQt/59J&#10;Of+gTkT/oFVP/J5bWvWcYmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzDcK6hvm+/o7NyxaOqdMWj&#10;pHbFo6B3xqGdeMegm3jInpl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5ypyYecqc/4ARAf9/GwP/&#10;gS8N/483F/+aPyH/n0Is/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4JpxddWTfIHLioWNw4KPlrt7&#10;mp61dqeksHS4p6h2wqeheMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmdlHzJnZR8yZ2UfMmdlHzJ&#10;nZR8yZ2UfMmd/4ERAf+AGwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6qVBJ8qpWUuqqXVziqWZm&#10;16JvcsuZeIHBkIGNuIiKl6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+xKSSfsWjkX7HoZB+yJ+Q&#10;fsmekH7JnpB+yZ6QfsmekH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1Fv+eOh7/pD4o/6hCMv+s&#10;Rzv2r01E7bFUTeWzW1XcsGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52nl4Ctq5OAv6uRgcGpj4HC&#10;p46Bw6WNgcWjjYHGooyByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+Mgcif/4IRAf+BGgP/hi0N&#10;/5Y0Ff+gOR3/pjwm/6tAL/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLulcX+wnXmMpZWCl5uPjaGT&#10;ipmnjIepq4iHv6yIh8CqiIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITIn4iEyJ+IhMifiITIn4iE&#10;yJ+IhMif/4MQAf+CGgP/iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k55cJSPtrCWEzMumBfv7Jn&#10;b7Orbn6oo3aLnZx+l5KXiaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aDicWkg4jGooSHyKCEh8if&#10;hIfIn4SHyJ+Eh8ifhIfIn4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+lNBr/rDYh/rM6KPO7QC3p&#10;w0gx4ctRN9LHVkvFwF5duLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZiiqnSYt6t3lcGpepHCp3yP&#10;w6V9jcWjfozGoX+KyJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif/4UQAf+EGgP/jigL/58x&#10;Ef+nMhf/sDMd+bk2Iu7CPSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqYsnGHjKx5k4Gogpx3pI+j&#10;cKKfp2yitKhun8KncpnDpnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ56&#10;jsme/4YQAf+FGQP/kSYK/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpKM8TSUke3y1pZqcZhaZzA&#10;Z3iQum6EhLZ2j3mygJhvr42faK2do2StsqRlqsWkaqLFo22dxqJwmcehcpbIn3STyZ11k8qddZPK&#10;nXWTyp11k8qddZPKnXWTyp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6uykT7MgsE97YNxDT4UEe&#10;yd9JMLzaUUSv01hWoc1fZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66sZ5duMmeYq7In2amyJ9p&#10;ocmea53KnW6ay5tumcubbpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gPAf+JGQP/miMH/6gnCv+1&#10;IgzxxCAM4NUkCdHhMBTH5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6dMxzhGvKfotiyIyRXMic&#10;lVnIsZZXyM6WW7vNmF6yzJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2X&#10;/4oOAf+LGAP/nyEF/64gBvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTkSkiY4lBWjOBXYoDdX2x2&#10;22h1bNpyfWPYfoNc2IyIV9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLRk1+s0ZNgqtGTYKrRk2Cq&#10;0ZNgqtGTYKrRk2Cq0ZNgqtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4CxOseDbjvLB2t7jcuouxA&#10;PZfrSEqM6U9WgehWYHbnXmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR3LiFUd3UhFPQ2odUxtiJ&#10;Vr/Xili41otZttaLWbbWi1m21otZttaLWbbWi1m21otZttaL/44NAP+XEgH/rRUB2b8JAMzOCQDD&#10;6w4EtvUeEav1LCGh9DcwlvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1wblrqenJW54V2U+WReVHk&#10;nntP46x8TeO9fE3j2XxQ2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6B/5IM&#10;AP+gDQDbtwYAysMHAMDSCQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4/VFQbv1XV2X6Xlxg9mZh&#10;W/RvZVbxeGhT74JrUO6MbU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y5nNO1ed0TtXndE7V53RO&#10;1ed0TtXndE7V53RO1ed0/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8hFpL/LiOJ/zkvgP9COXf/&#10;SkJt/1BJZf9WTl//XlNa/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9JxkRvOmZUXys2ZE8sFnQ/LU&#10;Z0Xu52dG6+hnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8vgQAr80EAKTeBwGa/xUJ&#10;kP8kFYf/MCB+/zsqdP9CMmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/ck9K/3lRR/+CU0X/i1RD&#10;/pRWQf2eV0D9qFg//LNZPvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvbWj3721o9+9ta0q0AAL24&#10;AgCuxQIAodUCAJb3CwKN/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wzVP9TN1D/WjpM/2A8Sf9m&#10;Pkb/bUBE/3RCQf97Qz//g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3/8JLN//CSzf/wks3/8JL&#10;N//CSzf/wks3/8JLv7MAAK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/KhNk/zEZXP84HlX/QCJQ&#10;/0gmTP9PKUj/VStE/1stQv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+LNzP/lDgy/5w5Mf+kOjD/&#10;rzsw/7I7MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAAhO8AAHz/DQFv/xEDZv8Z&#10;Bl7/IQpW/ykPUP8yE0v/OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1/2QiM/9pIzH/cCQv/3cl&#10;Lf9+Jiz/hycq/48oKf+XKSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqocIAAJHRAACC&#10;4QAAeP8AAGz/CAFg/w0CV/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+DjX/RA8y/0kQMP9OES7/&#10;UxIs/1gTKv9dFCn/YxUn/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5EaH/+RGh//kRof/5EaH/+R&#10;Gh//kRof/5Ea/2gZAv9kIwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/ZHJB/2J9SP9gh07/XZBS&#10;/1uYVv9anln/WKRb/1eqXf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS5mPxU+pj7FTtY+ZW72Lg&#10;V/Bj4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19AEP9mSRr/alMl/2tcMP9p&#10;ZTr/Z3BC/2R7Sf9ihU//X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi+lW8ZPpVxGX5VM5l91Pd&#10;ZvNT5mbuVepm51btZeFY7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bbWe9m/2oYAv9mIgT/YS4H&#10;/2A/EP9pSBv/bVEm/25bMP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9dnF39W6Jg+1qpYvpZr2T5&#10;WLVl+Ve8Z/hWxWj3Vc9o9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vuadNb7mnTW+5p01vuadNb&#10;7mnTW+5p/2oYAv9nIgT/Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE/2l2TP9ngVL/ZItY/2GT&#10;XP1fm2D7XaFi+luoZflarmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zkWelr3Fvra9Rc7GzNXe1s&#10;zV3tbM1d7WzNXe1szV3tbM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9wRRv/dE4m/3ZXMf90YDv/&#10;cGlF/21zTf9qflT/Zoha/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9bfRYx27yV9Rv7lfib+ZZ&#10;5m/dXOlu013qb81e63DHX+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw/2wXAv9pIQP/ZS0H/2s6&#10;EP90Qxv/eUwm/3pVMf95XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3YZ9o9l+ma/RdrW3zXLRv&#10;8lq9cfFZyXLvWNpz6Frjc95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HTB&#10;Yeh0/20WAv9qIAP/Zi0H/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3ZsT/9xd1f+bYJe+2qMY/hm&#10;lWj1ZJ1s82Gkb/JfrHHwXbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4xGLleL5j5Xi6ZOV4umTl&#10;eLpk5Xi6ZOV4umTleLpk5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/gkcl/4RQMP+EWDv/gWBF&#10;/3xpT/92clf+cX1f+W2IZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc0HrjXd971GHie8pi4nzC&#10;ZOF9vGXhfbdm4nyzZ+J8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AVAf9sHwP/aSwH/3c0D/+B&#10;PBn/h0Uk/4pNL/+JVTr/h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy72ahduxjq3nrYLZ86V7E&#10;fude2H/YYd9+ymPfgMFl3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+sad9/rGnff6xp33+sad9/&#10;/3EVAf9tHwP/aysH/3syD/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+DaVf9fHJg+HZ/Z/Rxim7w&#10;bJV07Wifeepkqn3oYbeA5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvchKls3YOmbN2CpmzdgqZs&#10;3YKmbN2CpmzdgqZs3YKmbN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh/5RKLP+VUTb/k1hB/5Bg&#10;S/uLZ1X1hG9f8H16Z+t3hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofBZ9mIt2nYia9r2ImqbdmI&#10;pm7ah6Nu2oagb9uFoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9wHgP/cigH/4IuDf+ONhb/&#10;lUAf/5lIKf+ZTzT/mFU++pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KWfs1toYTJaq2JxWi7i8Fo&#10;0Iy2a9WNrm3Vjadv1oyjcNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqHm3Lah5ty2oebctqH/3MU&#10;Af9wHQP/dSYG/4YsDf+RNhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/mlGhZ345zY9WGfW7Nf4d4&#10;xniRgMBzm4e7b6eMtm20j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd02IqWddmJlnXZiZZ12YmW&#10;ddmJlnXZiZZ12YmWddmJ/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BDJP+iSS73o1A376JWQeeh&#10;XUrfnWdU1JVvYsuNeG7DhYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CUnHTRkph20pGWd9OPlHfV&#10;jZJ31oyReNiKkXjYipF42IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/eyMG/4wpC/+YNBL/nzwZ&#10;/6NBIvumRiryqE0z6qlUPOKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/kYqke5yQnniqlJp2u5aX&#10;d8+WlHnQlJF60ZKPetOQjnrUj4161Y2MeteLjHrXi4x614uMeteLjHrXi4x614uMeteL/3UTAf9z&#10;HAP/fSEF/44pCv+bNBD/ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFSxaBpYbuYcm6xkXp5qYuD&#10;g6GFjYuagZiRlH6llpB8tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2IfdaLiH3Wi4h91ouIfdaL&#10;iH3Wi4h91ouIfdaL/3YSAf90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/OvQSLqtEgo4rlQLtS0VkDJ&#10;rV9RvqVnYLSeb22ql3d4oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPOloSD0JSEgtKShIHTkISB&#10;1I6EgNaMhIDWjISA1oyEgNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E/5QnCP+gMg3/pzQT+q44&#10;GO+1PRzmvEYh3L9MLM65VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJj5KRgoyfln2Kr5h6i8eY&#10;fInOln2I0JR+htKSf4XTkH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD1oyAg9aM/3gSAf91GwP/&#10;hRwE/5cmB/+jLwv/qzAQ9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBjXaaqamqcpHF2kp96gIma&#10;g4mBlo6QeZOclXSSrJdxksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aMe4fWjHuH1ox7h9aMe4fW&#10;jHuH1ox7h9aM/3gSAf92GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/dzTwWzshHKcLCUTu2vFlM&#10;qrZhW5+waGiVq290i6Z3foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U0ZJxkdKRc4/Uj3WN1Y12&#10;i9aLdovWi3aL1ot2i9aLdovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54jBP+qJgb4tCUI68AoCOHN&#10;MAfU0jcUyM1FJ7vITzmvwldKo71fWJi4ZmWNs21xg691e3qrfoNxqImKaqaWj2Wlp5Jipr2SY6PS&#10;kWed05BqmNSPbZXVjW6S1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiK/3sRAf98FwL/kBcC&#10;/6IhA/+uIATyux0E5coeA9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHAZGKGvGtte7hzdnK1fH5q&#10;s4eFY7GVil6wpYxbsbyNW6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZiGqW2YhqltmIapbZiGqW&#10;2YhqltmI/3wQAf+BFAL/lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYPuNtBIazVSzOg0VNDlM1a&#10;UYnJYl1+xmlndMNxcGvBe3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odcq9qHX6bah2Gh24ZjnduF&#10;Y53bhWOd24VjnduFY53bhWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+CgDRzQoAy+QQAcHkJQe3&#10;4zUTreFAIaPeSS+X21I+i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyVeVTMpntRzbx8UMzifFPB&#10;4H9Vt9+AWLHegVqr3oFcpt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B/4APAf+ODgH/og0A27UI&#10;AM7BCADG0AkAvukSArTpJQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt3mZbZd1vYV7demdY3IZr&#10;U9yVb1DdpnFN3rtyTd/hcU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy43pVsuN6VbLjelWy43pV&#10;suN6/4MOAf+WCwDdqwQAzbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09J4rsRjOA604+dutVR2zq&#10;W05k6mNVXeptWljqd15T6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etqTM/sbU7H629PwOpwT8Dq&#10;cE/A6nBPwOpwT8DqcE/A6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu2gkApPUXBZv1JxCS9TQc&#10;iPY+J3/2RzJ29k47bPZUQmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4m1xC+KteQfe+X0D332BD&#10;7uxgR+PxX0jb8WFJ0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUAANSpAADCtQMAtcEDAKrP&#10;BQCg5wsBmP0aBo/+KRCG/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BDUP9oR0z/cUpH/3tMQ/+H&#10;TkD/lFA+/6FSPf+wVDv/w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dU&#10;26EAAMWwAAC1ugIAqMcCAJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/QiZg/0ksWf9PMVP/VjVO&#10;/104Sf9lO0X/bT1B/3Y/Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/dSTT/8Ek3/vhJN/74STf+&#10;+Ek3/vhJN/74STf++Ek3/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEBfv8dBHX/Jwts/y8SZP83&#10;GFz/Ph1W/0UiUP9LJUv/UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz/402Mf+ZNzD/pTgv/7I6&#10;Lv/AOy7/0zst/+s8Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8AACayQAAjNkAAIH1AwB5&#10;/xABbv8WA2X/HwZe/ycLV/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9YHzb/XyE0/2YiMf9uJC//&#10;dyUt/4AmK/+MKCn/lyko/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktqrcA&#10;AJrFAACL0wAAfeIAAHX/BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk//zYLO/89DTf/Qw8z/0kR&#10;MP9PEi7/VRMs/1sUKv9iFSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/pRwd/7AdHf+wHR3/sB0d&#10;/7AdHf+wHR3/sB0d/7AdnMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8NAUn/EQJD/xcDPf8fBDj/&#10;JgU0/y0GMP8zBy3/OQcq/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EKG/9pCxn/cgwX/3wNFv+G&#10;DRT/jw4U/5oPFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/UTIG/048CP9XRRD/W04Z&#10;/1xYIv9bYyv/WW8y/1d6OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9MtEz/S7tN/0rDTv9JzU//&#10;Sd1Q/0jpUP9I8lD7SfZQ9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8UOdP/FDnT/xQ/1wcAv9Y&#10;JgP/UjIG/1E6CP9aQxD/X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D/1KXR/9Qn0n/T6ZL/06t&#10;Tf9NtE//TLtQ/0vDUf9LzlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLlUPpT4lH6U+JR+lPiUfpT&#10;4lH6U+JR+lPiUfpT/10bAv9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9gXyz/X2s0/1x3O/9ZgkD/&#10;VoxF/1SVSP9Snkv/UaVO/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vrVfpM8lX0TfZV7FD4VOZR&#10;+FXfUvlW3FP5VtxT+VbcU/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG/1g3CP9hQBH/ZUka/2ZT&#10;I/9kXS3/Ymg1/190PP9cf0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/T7pV/07EVv9N0Ff/TeJY&#10;/EztWPZO8ljuUPVY5lP2WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ/18aAv9bJQP/&#10;VTAG/1w0CP9lPRH/akca/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mRTf9XmlD/VaJT/1OqVf9S&#10;slf/UbpZ/1DFWv9P0lv8TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPddy1j3XctY913LWPddy1j3&#10;XctY913LWPdd/2AaAv9cJAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/a2E2/2dsPv9jeEX/YINL&#10;/1yOT/9amFP/V6BW/1apWf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV8V/dV/Jg0ljzYctZ9WLF&#10;W/Viw1v1YsNb9WLDW/Viw1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2UvCP9vOBD/dEEZ/3ZLI/91&#10;VC3/cV02/2xnP/9oc0b/ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg/FPHYvlS3GPzU+hj6VXu&#10;Y95Y8GTQWvFlyFzyZsJd8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7XvJm/2IZAv9eIwP/XioF&#10;/2ktCP90NQ//ej4Y/3xIIv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9gkVj/XZxc/VqlYPtYsGL6&#10;Vrtl+FXKZvVU4GfsVupn31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2HvarNh72qzYe9qs2HvarNh&#10;72qzYe9q/2MYAv9gIgP/YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1/3tgPv91aUf/b3RO+2qB&#10;VfhmjFv1Ypdf81+hY/Bcq2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68YetvtmLsb7Fj7G6tZOxu&#10;q2Ttbatk7W2rZO1tq2Ttbatk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+MA3/hTsW/4hFH/+ITSn/&#10;hlUz/4JePft9Zkb2dnBO8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/b9pd03DSXupwxGDpcrpi&#10;6HOzZOhzrWXpc6lm6XKmZ+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw/2UXAv9iIQP/aSME/3cl&#10;Bv+CLwz/ijkU/45DHf+PTCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3ebo1j2WmXadNmoW7PY6xx&#10;y2G5dMhhynXFYeV2uWTmd7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r6XOea+lznmvpc55r6XOe&#10;a+lz/2YXAf9jIQP/bSAE/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZN+yNYEHlh2lK34F0U9Z6&#10;fl3PdIhlym+RbMVrm3HBaKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6nmzleJtt5XeZbed2mG7n&#10;dZhu53WYbud1mG7ndZhu53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/kzcQ/5hAGP2aSCD0mk4p&#10;7JhVM+WVXTzdj2ZH04hvU8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1qu36qatJ/pGzgfp5t4X2a&#10;b+J8l3DjepVw5HmTcOV3k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gWAf9kIAP/cxwD/4EgBP+O&#10;Kwj/lzUO/50+FfifRBzvoEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5ntXuIb693kXWqc5x6pXCo&#10;fqFvtoGeb8qCm3DegZZx34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiOc+V4jnPleI5z5XiOc+V4&#10;/2kWAf9mHgP/dhoD/4QfA/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9iiVjbMmmBFw5NpUruNcl6z&#10;hnpnrIGEb6Z9jXageZh8m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fhfYp34nuJduR6iXbkeYl2&#10;5HmJduR5iXbkeYl25HmJduR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK+qQ3D++oPRTmrEQa3a1L&#10;JNCmVDXGn15EvJlmUrSSb12sjHdnpIeAb56CineYfpR9knuggY16rYSKecCFiHrchId63YKGet+A&#10;hnrgfoV64nyFeeN6hXnkeYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9rGwL/excC/4ocAv+YJgX/&#10;ojAI9agzDOuuORDis0EU1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19b5aIhnaPhZF9ioKcgoWA&#10;qoWBf7yGgIDbhYCA3YOAf96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6gHzkeoB85HqAfOR6/2sV&#10;Af9tGQL/fhUC/40bAv+bJAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6qVpCsKNiT6edaluemHJl&#10;lpN6bo+Pg3aIi458goiZgXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB4X18gON7fH/jenx/43p8&#10;f+N6fH/jenx/43p8f+N6/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEpBeK6LwbWvzYPyrpEIL+0&#10;TzG0rlhAqqhgTqGjZ1qYnm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaFb47RhXGL3YNzid+BdYfg&#10;fnaF4X13hON7d4PkeneD5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/hRMB/5QWAf+iHgH1rSAC&#10;57ghAt3DJgLQwzQNxL5CHrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4CdfnJ5moh5cpeUfm2WooJp&#10;lbOEZ5bNg2mT3oJsj9+Ab4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofkeXKH5Hlyh+R5/20TAf92&#10;EwH/iBIB/5gTAP+nGQHvsxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8nrVcSZSwY1WKrGtfgaly&#10;aHmle29yo4V2a6CRe2afn39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43tsjeR5bYzleG2M5XhtjOV4&#10;bYzleG2M5XhtjOV4/24TAf97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3OGwHCzC8Kt8k9GazFSSmh&#10;wFI4l7xaRo24YVGDtWhberJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJfFqn4nteoON7YZvjemOX&#10;5HlmlOV3ZpLmd2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A8qMLANmzCQDPvgkAy8wJ&#10;AMTTFwC60iwHsM87FqXMRiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2VkuIJrXraOcFm1nXNVta51&#10;VLbIdVOz53ZXq+Z2WqTmdlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa6HRgmuh0/3ISAf+GDAD7&#10;mAkA2akGAM61BwDGwQcAwM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85VPH3LXUd0yWVQbMdtV2XF&#10;dl5exIFjWcOOaFTDnWtRw65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputwWaPrcFmj63BZo+twWaPr&#10;cFmj63BZo+tw/3cPAf+NCADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm4SkGneA3EZPeQh2J3Ewp&#10;f9pUNXXXXD9t1WRIZdNsT1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS7WJLyPJmTb/xaE+48GlR&#10;svBpUq/vaVKv72lSr+9pUq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLIDALm8AwCwyQYAqdgKAKHn&#10;GQKZ5yoJkOc3FIfmQh995UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBPT+KNU0vim1VJ46xXR+TE&#10;V0bj6VdG3fZZR9D3XEnI915KwfZgS732YEu99mBLvfZgS732YEu99mBLvfZg/4kAANmeAADHrAEA&#10;ubYCAK7BAwClzgYAnOQMAJXvHQON7ywLhe85FXzvQR5z70knau5QL2LuVzVc7l86Vu5oP1LucUJN&#10;73xGSe+JSUbwlktD8KZNQPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8VEXP/FRFz/xURc/8VEXP&#10;/FRFz/xU4ZUAAMumAAC7sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4Lefk3E3D5Pxto+UYiYPpN&#10;KFr6VC1U+lwxT/tlNUv7bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3/+pFNvz9RTvy/0Q+6v9E&#10;Pub/Rj7m/0Y+5v9GPub/Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXPAACK3QMAhP8SAXv/HgN0&#10;/yoJbP8zD2T/OxZd/0MbV/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97MTn/iDI1/5Y0M/+kNjH/&#10;tjcv/9A4Lv/vOS3//zkx//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85wagAAK+xAACivQAAlMoA&#10;AIfYAAB98wcAdv8SAW3/GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD/1MbP/9aHjz/YSA4/2kh&#10;Nf9yIzH/fSUu/4omK/+ZKCn/pykn/7krJv/SLCX/7ywk//8tJP//LST//y0k//8tJP//LST//y0k&#10;//8tsa4AAKO5AACUxgAAhtMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8mBUv/LgdG/zYKQf89DD3/&#10;RA45/0sQNv9REjL/WBMv/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6YcHf+3HRz/yh4c/+YfG//w&#10;Hxv/8B8b//AfG//wHxv/8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi/wMAWf8LAVH/EQFK/xcC&#10;RP8fAz//JgQ6/y0FNv80BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/Ygsd/2sMGv92DRf/hA4V&#10;/5IPFP+gEBP/rRET/7oRE//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74AAIbMAAB32wAAaecAAFz9&#10;AABU/wAAS/8FAEP/DAE9/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUFH/86BR3/PwUa/0UGGP9L&#10;Bhb/UgYU/1oHEv9iBxD/bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM/6IIDP+iCAz/oggM/6II&#10;/1AgAv9LKgP/RDYF/0c6Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9IhS7/RpAy/0SaNP9Dojf/&#10;Qqo4/0GxOv9AuTv/QME8/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/PvpD/z30RP8+7kb/P+5G&#10;/z/uRv8/7kb/P+5G/z/uRv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP/1JSF/9RXh7/T2ol/013&#10;K/9Kgy//SI4z/0aYNv9EoTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/P+lA/z/0QP8+/UH/QP9A&#10;/UL/QPZF/0DwRv9B6Uj/QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9MKQP/RzQF/002Bv9ROwj/&#10;VUYQ/1ZQGP9VXB//Umgm/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0SwPv9DuD//Q8FB/0LMQf9B&#10;3kL/QetD/0D1Q/9A/UP/Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F40r/ReNK/0XjSv9F/1If&#10;Av9NKQP/SjIE/1AzBv9VOQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/TYk3/0uUOv9Jnj3/R6Y/&#10;/0auQf9Ft0L/RMFE/0TMRf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL/0fiTP9I203/SNtN/0jb&#10;Tf9I203/SNtN/0jbTf9I/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BKGP9eVSD/W2Ao/1htL/9U&#10;eTT/UYU5/06RPf9Mm0D/SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K/0X4SvtH/UrxSv9J6E3/&#10;S99O/0zXT/9Mz1H/TM9R/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/UiwE/1ktBf9fMgj/ZDwQ&#10;/2ZHGP9kUiD/YVwo/11oMP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9KtUn/Sb9L/0jMTP9I4U3/&#10;SO5N/Ej5TvJL/E3nTv1P3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/UcZU/1HGVP9R/1UdAv9R&#10;JwP/VikE/14qBf9kLwj/ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9/1iIQv9Vk0b/U51J/1Gm&#10;S/9PsE3/TrpP/U3GUPpN2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXBV/5VvFj+VbxY/lW8WP5V&#10;vFj+VbxY/lW8WP5V/1ccAv9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9zTB//cFYo/2tgMP9mazj/&#10;Y3c+/l+DRPtbjkj5WJhM91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2VtpU+VjMVvpZw1j7Wrxa&#10;+1q3W/tZs1z7WbNc+1mzXPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD/2cjBP9wKgb/dzUN/3pA&#10;Ff96Sh3/eFMm/3NcL/xuZjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXmWLBX5Fe8WOJWzFneVuRZ&#10;2Fb0W8pY913AWvheuFz4XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf+VyrX/lc/1kbAv9WIwP/&#10;YiAD/2wgA/91KAX/fTML/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5ReZohEviZI5R3mGYVdte&#10;olnWXKxb01u4XtBaxl/NWt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZho2P3X6Nj91+jY/dfo2P3&#10;X6Nj91+jY/df/1oaAv9ZIQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5hk0h8oNWK+t+XjTleWk9&#10;4HR0Rdpvf0zTaolTz2aSWMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg8marYvJmpWTyZaFl82Sf&#10;ZfRjnGb1Ypxm9WKcZvVinGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3UcAv9+JAP/hy4I/4w4DvuO&#10;Qhbyjkoe64tSJ+SHWzDdgWY603pwRc11ek7IcINVw2yNW75plmC6ZqBkt2SrZ7RjuGmxYspqrmPm&#10;aqhk72qiZu9pnWfwaJpo8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SWafNk/1sZAv9fHAL/bBgC&#10;/3kbAv+DIQP/jCwG/5E2C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7dU6+dn9WuHKIXbRukWKv&#10;a5tmq2mmaqhns2ylZ8Nuomfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzyZpBs8maQbPJmkGzyZpBs&#10;8maQbPJm/1wZAf9iGgL/cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV35pLHdOUVSzKjV85wodp&#10;RbuBcU+1fHtXr3iEXqp0jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+Rbuxuj2/tbI1v72qMb/Bp&#10;i2/xZ4tv8WeLb/Fni2/xZ4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+KHQH/lCYD9pswBuufOAri&#10;oj8Q2J9HHM2ZUivEkl05u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOebZRxqnGQcbpyjnHRc4xy&#10;6nGKc+tviHPtbYdz7muHc+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo/14YAf9nFwH/dRMB/4MW&#10;Af+OGgH+mCMC8Z8sBOelMwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6mh3RXoIN8Xpp/hmSVfI9q&#10;kHmabot3pnKIdrZ0hXbMdIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF28GmBdvBpgXbwaYF28GmB&#10;dvBp/14YAf9pFQH/eBIB/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dDGsGiTim4nFg2r5dhQ6eR&#10;aU2gjXFWmYh5XpOFgmSNgYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpxfHvsb3167W19ee5rfXnw&#10;aX158Gl9efBpfXnwaX158Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1oBoB6KkgAd2wJAHQsDIK&#10;xqxBGLymTCezoVY1qpxfQaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyDoXJ3grB0dYLFdXSD53N1&#10;gepxdn/rb3d+7W14fe5reHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AXAf9uEgH/fhAA/4wRAP+Z&#10;EQDxpBMA464WANa2HAHLtDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxTjJV0W4aRfWJ/jodoeYyS&#10;bXSKnnFwiK10bYjBdG2J5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0gPBpdIDwaXSA8Gl0gPBp&#10;/2EXAf9xEAH/gg4A/5AOAPWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGwSSOnq1IxnqdbPpajY0iO&#10;n2pRhptyWX+YemB4lYRmcpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaorsbmyI7Wxthu9rboTwaW6E&#10;8GluhPBpboTwaW6E8GluhPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkAz7gKAMm9FwC/vCsGtbk7&#10;E6u2RyGhsVAvmK1ZO4+qYUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1imahvX5m8cF6Z329gluxu&#10;Y5HtbWaO7mtni+9qaYnwaGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95DAD/igoA35oEANOmBwDM&#10;sQgAx7sIAMHCEwC4wigErr84EKW8RB6buE4skbVXOIixXkKArmZLeKttU3Gpdlprp39gZaWKZGCj&#10;l2hbo6ZrWaO6bFij3GtZoO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/FmY4/xZmOP8WZjj/Fm/2sQ&#10;Af9+CQDxkAQA1p4DAMyqBgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuTwEwoir1UM4G6XD55t2RG&#10;cbVrTmuzdFRksX5aX7CJX1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif8mZam/NlXJfzZFyX82Rc&#10;l/NkXJfzZFyX82Rcl/Nk/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIFAK7NDACnziACns0xCpXL&#10;PhaLyEkjgsZSLnrDWjhywWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6VdTru5Xk28211LufdfTrH2&#10;YFGq9mBTpfZgVaH2YFWh9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADTmwAAxqgCALuxAgCyuwIA&#10;qscGAKLTCgCd1hoBldYsBozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17KckVYynxJVMmITU/JlVFM&#10;yaVTSsm5VEnK3FNHyPdVSMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36Wk6t+lpOrfpa/38AANyT&#10;AADKogAAvKwBALG1AACowAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMXcd1NIGrcVihj218vXdpn&#10;NVjZcTpT2Xs+T9mIQkvZlkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09Fwv9QR7v/Uke7/1JHu/9S&#10;R7v/Uke7/1JHu/9S5ooAAM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvqDgCF6B8CfugtBnboOA5u&#10;6EEWZudKHV/nUiNZ51spVedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmyPj/qyz4+6O8+Peb/Pz3g&#10;/0I/1/9EQM7/RkDO/0ZAzv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAAp7YAAJvBAACQzAIAhtkG&#10;AIDyEgB58h8CcfIrBmryNgxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG9HMqQvV+LT/1iy889pkx&#10;OvapMzj3vjQ2+OE1NvX5NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl/zg55f84yJ4AALapAACo&#10;sgAAm70AAI/IAACD1AAAeegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9DEU3/SxVJ/1MYRf9aGkH/&#10;Yx0+/2wfO/92ITf/giM0/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8qL/n/Ki/5/yov+f8qL/n/&#10;Ki/5/yov+f8quaYAAKquAACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe/xoCV/8jA1L/LAVM/zQH&#10;SP88CkP/RAw//0wOPP9TEDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/ohwl/7QdJP/MHiP/7R4i&#10;//0fIv//HyL//x8i//8fIv//HyL//x8i//8frKsAAJ22AACPwgAAgM4AAHPcAABn6QAAX/8GAFj/&#10;DgBR/xUBS/8dAkb/JgNB/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cKKP9fCiX/aQwj/3QNIP+C&#10;Dh3/kg8b/6IQGv+yERn/yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX//oUn7MAAJC/AACAzAAA&#10;ctoAAGTkAABY9QAAUf8BAEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/MgQo/zgEJf8+BSL/RAUf&#10;/0oFHP9RBhr/WQYX/2MHFP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/TCQ3/0wkN/9MJDf/TCQ3/&#10;0wkN/9MJkbwAAIHJAABy1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwAMf8QASz/FgEo/xwBJP8i&#10;AiD/JwIc/ywCGf8xAxb/NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG/3MFA/+BBQL/kAUB/5wF&#10;Af+rBQH/qwUB/6sFAf+rBQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9BPQb/QUUI/0FRDf9AXRP/&#10;P2oY/zx3HP86hCD/N5Ej/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLVLP8x5S3/MfEt/zH7Lf8w&#10;/y3/MP8t/zP/Lf82/yz+OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u/0UjAv8/LgP/PjQD/0I2&#10;BP9EOwb/REMI/0VPDf9EWxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/Nqwq/za0LP81vS3/NMgu&#10;/zTWLv8z5i//M/Iv/zL8MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9/zHxPf8x8T3/MfE9/zHx&#10;Pf8x/0YjAv9ALQP/QTID/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0JyH/9AfyP/PYwm/zuYKf86&#10;oSv/Oaot/zizLv83vS//Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y/zr/Mfo9/zPzPv807UD/&#10;NOpB/zTqQf806kH/NOpB/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/TT0I/05IDv9NVBX/S2Eb&#10;/0huIP9FeyX/Qogo/z+UK/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP864TX/Ou41/zr4Nf86/zX/&#10;Ov81+z7/NfJB/zfrQv845UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0giAv9DLAP/SCwD/04tBP9R&#10;MQX/UzkI/1VFDv9TURX/UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz/0GrNP9BtDb/QL03/z/J&#10;OP8/2zj/P+o5/z/1Of8//zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3VSf891Un/PdVJ/z3VSf89&#10;/0khAv9EKgP/TSgD/1MpBP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9Scij/T34t/0yKMP9KlDP/&#10;SJ42/0emOP9Grzn/Rbg7/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/QNxK/0HSS/9BzE3/QclN&#10;/0HJTf9ByU3/QclN/0HJTf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH/2M/Dv9iShX/YFUc/1xh&#10;I/9ZbSn/VXku/1KEM/9Qjzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDxSeFB7UrwQepK/ELkSv9E&#10;2Ez/RcxP/0bGUP9GwFH/Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9MJAL/VSEC/10hA/9jJwT/&#10;ZzEG/2o8DP9qRxT/Z1Ib/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKdP+5RpkHsUK9D6k+6ROhO&#10;x0TmT91F4U/uRd1O+0jUT/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9KtFb/SrRW/0q0Vv9K/00f&#10;Av9QIQL/Wh4C/2IeAv9pJQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynxY28w7WB6NulchTvmWo8/&#10;5FiYQuFWokTfVatG3FO2SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX/0+wWP9OrFn/Tapa/02q&#10;Wv9Nqlr/Tapa/02qWv9N/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1Cf94QBD5d0oY8nNUIOxv&#10;Xijna2ow4md1Nt5jgDzZX4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1Rw1fmUb5X91K4WP9TsFr/&#10;U6tc/1KnXf9So13/UaJd/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/YhcB/2wZAv90IAL/eScD&#10;/34yB/mAPA3xf0YV6ntQHeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRgl03AXqBQvV2qU7tbtlW4&#10;W8VWtVvfVrJc81esXf1Xpl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/U5ph/1OaYf9T/1AdAv9a&#10;GQH/ZRUB/3AXAf94HQH/fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIvy3RsOMVvdkDAbH9GvGiI&#10;S7hmkVC1Y5tTsWGlVq5gsFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiWZP1XlWX+VZRl/lWUZf5V&#10;lGX+VZRl/lWUZf5V/1AdAv9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2NNAfkjT0N3ItIFtGFVCPJ&#10;f14uwnpoOLx1cUC3cXpHsm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTNXptk6l6YZvhdlGf5XJJo&#10;+1qQaPxZjmj9V45o/VaOaP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB/3gTAf+BFwH/iB0B8o8l&#10;AueTLwTelTgJ05BFFcqLUSLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOhbpJXnWucW5lqp16WabVg&#10;lGjIYZJp5mCPavdfjWv4XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr/FiIa/xY/1QaAf9iEwH/&#10;bxAB/3sSAP+FFAD6jRkA7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIViN66Ba0CofHNIonl8Tp12&#10;hVSZc45YlXGYXJFvpGCNbrFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pbg2/7WYNv/FiDb/xYg2/8&#10;WINv/FiDb/xY/1YYAf9kEQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHRnjEHx5pAE76VTCC2kFYs&#10;rotgN6eGaEChgnBInH55TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz3mSAdPVif3T2YH9z+F5+&#10;c/lcfnL6Wn5y+1l+cvtZfnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EOAP+MDgDxlRAA450RANaj&#10;GwDLoS8Gwp4+ErmZSh6wlFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZhnuSXYF5nmF9eKtkeni8&#10;ZXl42WV4efRieXj2YHl3+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5dfta/1oVAf9pDgD/eAwA&#10;/4QMAO+QCwDdmgoA2aILANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyRYz6VjWtGj4lzTYmGfFOE&#10;hIVYf4GQXXp/m2F2fqhkc325ZXF+02VxfvJjcn32YHN79150evlcdHn6W3V5+1p1eftadXn7WnV5&#10;+1p1efta/10TAf9sDQD/ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoEt6Y6D66iRhumnlAonppZ&#10;M5aWYTyPk2lEiY9xTIONeVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2RqhPBibIL2YG2A915vf/lc&#10;b336W3B8+1pwfPtacHz7WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaXBQDPoAcAyqgIAMSuEwC7&#10;rScDsqs3DamnRBmgpE4mmKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+KWm2Nll5oi6NhZYu0Y2OL&#10;zGNji+5hZYn3X2eG+F5phPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta/2IQAP9yBwD4ggMA248C&#10;AM+aBQDJowYAw6wGAL2yEAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiDoGVAfZ1sR3abdE1wmX1T&#10;a5aIWGaVlFxilKFfX5OyYF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG+1llhvtZZYb7WWWG+1ll&#10;hvtZ/2YNAP93AwDjhwAA05MBAMqeBADCpwQAu68EALW2DQCutyECpbYyCZ2zPxWUsEogjK1TK4Sq&#10;WzR9qGM8dqVqQ3CjckpqoXtPZaCGVGCekVhbnZ9bWJ2wXVadx11WnetcV5r6W1qV+lpckftZXo78&#10;WF+N/FdfjfxXX438V1+N/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6qgIAs7MBAKy8CgCmvR0B&#10;nrwvBpa6PBGNuEcchbVQJ32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qpkFJVqJ5VUqevV1GoxldQ&#10;p+pXUKX8V1Of/VdVmv1WV5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28EAOaCAADSkQAAxp0AALum&#10;AQCyrgAAqrcBAKLCBQCcxBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4yaLlmOGK3bj5dtnhDWLWC&#10;R1S0j0tQtJ1OTbOuUEu0xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FRnv9RUZ7/UVGe/1FRnv9R&#10;/3YAAN2JAADKlwAAvqIAALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTLNAl8yUASdchKG23HUyNn&#10;xVwqYcRkMFzDbTZXwnY6U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/SUW5/0pHs/9LSa3/TEqr&#10;/0xKq/9MSqv/TEqr/0xKq/9M6X8AANGQAADCngAAtacAAKqvAACguAAAlsECAIzLBwCE1Q0AgNUe&#10;AXnVLgVy1DwMbNNHFGXSUBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdGz505RNCuO0LQxjtD0Oo6&#10;QM39Pj7L/0BAw/9CQb3/Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeYAAC4owAAq6sAAKC0AACV&#10;vgAAi8gDAIDRBwB44Q0AdOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+BfHU/gaSJL4HMlR+B+KETg&#10;iytC4JotP+GrLz7iwS8+4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85O8z/OTvM/zk7zP85zZIA&#10;ALygAACtqAAAobEAAJW7AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd7DUGV+w/C1LsSA9N7FET&#10;Su1aFkbtYxlD7W0cQO14Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs/yYy6/8oMuf/KzPk/ywz&#10;5P8sM+T/LDPk/ywz5P8swZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgAAGfmBgBi9hEAXPcdAVf3&#10;JwJS9zEETfg6Bkj5QglE+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkYMP2YGS79qhss/r8cK//j&#10;HSr8+h0q+v8dKvf/HCr3/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACXtgAAicEAAHvLAABv1gAA&#10;Y98AAFv1BgBV/xAAUP8ZAUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/Uwgx/1sJLv9kCiv/bwwo&#10;/3wNJv+LDiT/nBAi/64RIf/FEiD/6RMf//wTHv//Ex7//xMe//8THv//Ex7//xMe//8TpqkAAJiz&#10;AACKvwAAe8oAAG7VAABg3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUCNv8sAjL/MwMv/zoDK/9B&#10;BCj/SAQl/08FIv9XBSD/YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT/+MJE//4CRP//woT//8K&#10;E///ChP//woT//8KmrEAAIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/AAA8/wkAN/8QADL/FQEu&#10;/x0BKv8jASb/KQEi/y8CH/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9mBA3/dAQL/4UECv+WBQn/&#10;qAUI/7kFB//QBQf/4wUH/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAAX+AAAFDnAABC7QAAOv8A&#10;ADX/AAAv/wIAKv8KACb/DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO/zMBDP85Agr/QQIH/0kC&#10;A/9TAgD/XgIA/2wCAP98AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/tQMA/7UD/zknAv8zMgL/&#10;NTQD/zg2A/84OwT/NkMF/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymbGP8opBn/KK0a/yi1G/8n&#10;vhz/J8gc/yfUHf8n5B3/J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e/y3/H/wv/x/8L/8f/C//&#10;H/wv/x/8L/8f/zonAv80MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/M2UO/zFzEv8vgRX/LY4X&#10;/y2YGf8soRv/LKoc/yuyHf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q/yD/K/8g/yv/H/8s/x//&#10;L/8h/DH/Ivcz/yL3M/8i9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4xA/8/NgT/Pj0F/zxIB/87&#10;VQv/OWIP/zdvE/81fRf/M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah/y/LIv8v3CL/L+oj/y/1&#10;I/8v/iP/L/8i/zD/Iv8w/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybwN/8m/zwmAv85LQL/PywC&#10;/0MtA/9EMgT/QzkF/0NFB/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83miD/NqMh/zWrIv81syP/&#10;NLwk/zTGJf801CX/NOYm/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/KeY8/yrmPP8q5jz/KuY8&#10;/yrmPP8q/z0lAv89KgL/QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR/0VnFv9CdBr/QIAd/z6M&#10;IP89lSL/PJ4k/zumJv87rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3O/8p9jr/K/A7/y3oPf8u&#10;4T//LttB/y7bQf8u20H/LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9PKQP/UjMF/1E+B/9RSQz/&#10;T1YS/0xiF/9Kbxz/R3sg/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8LPs/yC34P9st9EDrLfBA&#10;9y3tQP8v6z//MeRB/zLbQ/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z/0AkAv9FIwL/TCAC/1Ih&#10;Av9WJgP/WS8E/1k6B/9ZRgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3SZUr9UedLPNHpi7yRq4v&#10;8EW4MO9FxDHtRdMx6EboMeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L/ze/S/83v0v/N79L/ze/&#10;S/83/0EjAf9JHwH/URwB/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtYGPhYZB30VXAj8VN8J+5Q&#10;hivrT5Au6U2ZMOdMoTLlTKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86zkr/PMRM/zy9Tf88uE//&#10;PLRP/zu0T/87tE//O7RP/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/ZigD/2gyBf9oPQn6ZkgQ&#10;9GNTF+5gXx3qXWsj5lp2KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBPuzvOTsk8y0/hPcdP8j7D&#10;T/9AwE//QbdR/0GxUv9ArVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0YfAf9QGQH/WRUB/2IXAf9o&#10;HQH/bCQC/28uA/lvOAfxbkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0zFiOOMlXlzvHVaA9xFSp&#10;P8JTtEG/U8JCvVPWQ7lT7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0KhWP9CoVj/QqFY/0KhWP9C&#10;/0gdAf9TFgH/XRIB/2YUAf9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttvVxrSa2IjzWdsK8hkdjHE&#10;YX83wF6JO71ckj66W5pBt1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/SKFa/0idW/9Hm1z/Rplc&#10;/0WZXP9FmVz/RZlc/0WZXP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB9XskAet9LQPifjkH2XtG&#10;ENB2UxrJcV4kw21oLL5qcTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqmXLZLpFzHTKJc4k2fXfdM&#10;nF7/TJhf/0qVYP9Jk2D/SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9aEQH/ZA4A/28QAP92EwD8&#10;fRcA74EeAeSEJwLbhDQF0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/P6lniEOlZZFHomObSp9i&#10;pU2cYbFPmWDBUJdg3FCVYfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9Ii2T/SItk/0iLZP9I/1AW&#10;Af9cEAD/aA0A/3IOAP96EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6fVcjtHlhLK51ajSpcnI6&#10;pG97QKBshESdao1ImWiXTJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn/06HaP9Mhmj/S4Vn/0mF&#10;Z/9JhWf/SYVn/0mFZ/9J/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQANaPGgDMji4Ew4s9DbuH&#10;Shi0g1UirX5eK6d7ZzOid286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpTh2q5VIVqz1SEa+5Tg2z/&#10;UYJs/0+Ba/9NgGv/TIBr/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/bgoA/XgJAOiCCADciQkA&#10;2I8LANCTFwDGkysDvpA7DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3fUWOdYZKinKQToZxm1GC&#10;b6dUf2+2VX1vy1Z8b+tUfHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/S3tu/0t7bv9L/1cRAP9j&#10;CgD/cAcA8HwFANyFBQDUjAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAgoolaKpyFYjKWgmo5kX9y&#10;P4x8ekWHeoNKg3iNTn92mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1c/9PdnL/TXZx/0x2cf9M&#10;dnH/THZx/0x2cf9M/1kQAP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSaEgC8myYCtJg3CayVRBSk&#10;kU4fnY5XKJaKYDGQh2g4i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmxVm95xVZueuZVbnr8U295&#10;/1Fwd/9PcXb/TXF1/0xxdf9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA3YIAANCLAwDJkwUAxJkG&#10;AL6eEAC2nyQCrp00CKaaQROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7hX5IdoOITHKCk1BugKBT&#10;a3+uVWh/wlZnf+NVaID6U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5/0xsef9M/14MAP9sAQDm&#10;egAA1oYAAMuPAgDElwQAvp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplTJYuWXC2Fk2M1f5FrO3qO&#10;c0F1jHxGcIqFS2uIkU9nh51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9PZn//TWd+/0xnfv9MZ37/&#10;TGd+/0xnfv9M/2EKAP9vAADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCqqB4Bo6cvBZulPQ+UokgZ&#10;jJ9RIoWcWSt/mmEyeZhpOXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluOvVJajt5SW434UFyL/09e&#10;iP9OYIX/TGGD/0thg/9LYYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44AAMGXAAC4ngEAsaUAAKmr&#10;BwCjrRoAnKwsBJWrOgyNqEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdAY5qBRV+ZjElbmJlMV5eo&#10;TlWXu09Ul9xOVJb2TlWU/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pbiv9K/2gAAOV5AADRhwAA&#10;xZIAALucAACxogAAqakAAKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3isVCNyqlwqbKhkMWenbDZi&#10;pXU7XaR/QFmjikNVopdHUaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/SFSS/0dUkv9HVJL/R1SS&#10;/0dUkv9H/24AAN5/AADKjQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAAjLojAYW5MgZ+uD4Od7ZJ&#10;F3G1Uh5rs1olZbJiK2CxajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJrthCSKv1Q0eq/0RJpf9E&#10;S6D/RE2c/0RNnP9ETZz/RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKykAACiqwAAmLMAAI67AQCF&#10;wQwAgcIdAHvCLQN1wToJb8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7ME26hzRKupU3R7qlOUW6&#10;uDpEutc5Q7j1O0K2/z1Cs/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+4H0AAMmNAAC7mgAArqIA&#10;AKOpAACYsQAAjrkAAITBAgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBbylQWV8ldGlLJZR9OyG8j&#10;S8h6JkfIhilEyJQsQsikLkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24/zc9uP83Pbj/Nz24/zc9&#10;uP830YYAAMCVAACynwAApacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcNAGPYHQBg2C0CW9g6BFfY&#10;RglT2FANT9hZEUvXYhVH12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUiOtbyIzfU/yc20v8pNNH/&#10;KzbK/y02yv8tNsr/LTbK/y02yv8txZAAALadAACopQAAnK0AAI+2AACDvgAAd8cAAGzPAgBi1gcA&#10;WuQOAFjkHABU5CkBUOQ1A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrnfhQ354wWNeecFzPorhky&#10;6cYZMujqGTHl/hkv5P8cLuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoAAKqjAACdqwAAkLQAAIO9&#10;AAB3xgAAa88AAF/WAABU3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kMEO/NLBTjzVAc29F0IM/Ro&#10;CTD1dAsu9YEMLPaRDir2og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl8f8TJfH/EyXx/xMl8f8T&#10;raEAAKCpAACSswAAhLwAAHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9FwA+/iEAO/4qATf/MwI0&#10;/zoCMP9CAy3/SgMr/1MEKP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8CBv/4gka//kJGv//CRn/&#10;/wkZ//8JGf//CRn//wkZ//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAATuAAAEPlAAA++wEAOv8M&#10;ADb/EwAy/xsAL/8jACv/KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW/2MDE/9wAxL/gQQR/5ME&#10;EP+nBA//vQUO/+AFDv/2BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6AAB3xQAAaNAAAFrbAABM&#10;4QAAQOcAADfzAAAy/wAALv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8rARX/MgES/zgBEP9AAQ7/&#10;SAEM/1IBCf9dAgb/awIE/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wDAP/sAwD/7AMA/+wDiLkA&#10;AHjEAABp0AAAW90AAEvjAAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa/w0AFv8RABP/FgAQ/xoA&#10;Dv8fAAv/JAAJ/yoABv8wAAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/iAEA/5oBAP+qAQD/uwEA&#10;/7sBAP+7AQD/uwEA/7sB/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydMBP8jWAX/IWYG/yB0B/8e&#10;ggn/Ho4L/x6YDP8eoQ3/HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR/x3yEf8d/BH/Hv8R/x7/&#10;EP8e/xD/H/8R/x//Ev8h/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/Mi8C/zMxAv8yNgP/Lz4D&#10;/ytJBf8pVgb/J2MH/yVxCP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8itRH/Ir0S/yLHEv8i1BP/&#10;IuUT/yLwE/8i+hP/Iv8T/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/Fvwn/xb8J/8W/zAqAf8x&#10;LQL/NSsC/zctAv82MgP/NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO/yiREP8omhH/KKIS/yeq&#10;E/8nsRT/J7kU/yfDFf8nzxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/J/8X/Cn/GPYr/xn0LP8Z&#10;9Cz/GfQs/xn0LP8Z/zEpAf80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83Twb/NVwI/zNpC/8xdg7/&#10;MIIQ/y+NEv8ulhT/Lp4V/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3qGP8t9Rj9Lv8Y+i7/GPkt&#10;/xr5Lf8c8y//HO0x/x3qMv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB/0AlAv9BKQL/QjMD/0E+&#10;Bf8/Sgb/PVcJ/ztkDP85cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/M7Ea/zO6G/8zxRv9M9Mb&#10;+jPmG/c08xvzNf4b8TT/HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44/yHeOP8h/zUnAf89IgH/&#10;QiAB/0YgAf9IJQL/Si8D/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2CF/48jBn8PJUa+zudHPk7&#10;pR34Oq0e9jq2HvU6wB/zOs4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l2Dz/JtA9/ybNPv8mzT7/&#10;Js0+/ybNPv8m/zkkAf9BHgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/TE0J/0taDvxJZhL4R3IW&#10;9UV9GfNDhxvxQpEd70KZH+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB7yTcQPwn2ED/KdQ//yrP&#10;QP8qx0L/KsJD/yrAQ/8qwEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EXAf9WHwH/WCcC/1gxA/9X&#10;PAX8VUgJ9lJUDvJQYRPuTm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul3EauJtpFuSfYRcYo1EXc&#10;Kc9G7irLRfstyEX/LsVF/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60Sf8u/0AdAf9JFgH/UBMB&#10;/1YUAP9cGwH/XyMB/2AsAvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpRfSDWT4Yk0k6PJ9BNmCnN&#10;TKAry0upLclKsy7HSr8vxUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/M6pO/zKpTv8yqU7/MqlO&#10;/zKpTv8y/0MaAf9MEwD/VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G42NKC9xgVxLVXWIZ0Fpt&#10;H8xXdyPIVYAnxVSJK8JSki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jaxT/Q3rlD/OKxQ/zinUf83&#10;o1L/NqBT/zWfU/81n1P/NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9mEwD/ahkA9GwhAeptKwLh&#10;bDcE2WpFCtBnUhLKY14axWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWeNq9UqDitVLM6qlPCO6hT&#10;2julVPA8olX/PKFV/zudVv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83/0kUAP9TDgD/XAwA/2UN&#10;AP9rDwD6bxMA7HIZAOJ0IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSezYnYsr19/MKxehzSpXJA3&#10;p1uZOqRZozyhWa4+n1i9P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b/zqPW/86j1v/Oo9b/zqP&#10;W/86/0wSAP9WDQD/YAkA/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+Cb90SxG5cFYas21gIa9q&#10;aSiqZ3Itp2V6MqNjgzagYYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehDj178QY5f/0CLX/8+il//&#10;PYhf/zyIX/87iF//O4hf/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDdeAgA2nsLANF+FwDIfisC&#10;wHw7CLl5SBGydlMZrHJdIadvZiijbW4un2p3M5tofzeYZog7lWWRPpFjm0GOYqdDjGG0RYlhx0WI&#10;YuVFhmL6Q4Zj/0KEY/9Ag2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1APAP9bBwD/ZgMA7G8CANx2&#10;AwDUfAcA0YAJAMqCFADCgygCuoE5B7N+RhCse1EZpndaIaF0YyiccmsumG9zM5RtfDeRa4Q7jWqO&#10;P4pomEKGZ6NEhGaxRoFmw0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58Z/89fGf/PXxn/z18Z/89&#10;/1IOAP9dAwD9aQAA4XIAANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6DQw+ngE4YoXxYIJt5YCeW&#10;d2ktknRwM45yeTeKcIE8hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2Rnhs/0R3bP9Cd2v/QHdq&#10;/z93av8+d2r/Pndq/z53av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQAxIcGAL+KEAC3jCMBsIo0&#10;BamIQQ6ihUwXnIFVH5Z/XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4cZ5GdXCsSHNvvUlxcNlJ&#10;cXD0R3Fx/0RycP9Ccm//QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9iAADmbwAA13kAAMyBAQDF&#10;hwMAv4sEALmODgCykCABq48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9rMYJ9czZ+e3w7enmGP3Z3&#10;kEJydpxFb3WpSGx1uklrddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/bXL/P21y/z9tcv8//1kH&#10;AP9lAADicgAA0XwAAMeEAADAigIAuY8CALOSDACslB0AppMvBJ6RPAuYj0gUkYxRHIuJWiSGh2Iq&#10;gYVpMHyCcTV4gXo6dH+DPnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7/0Rmev9DZ3j/QWh2/z9o&#10;dv8/aHb/P2h2/z9odv8//1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMBAK2XCQCnmBoAoJgsA5mW&#10;OgqSlEUSjJJPGoaPVyKAjV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdDYoGlRmCBtkdegc1HXoHv&#10;Rl+B/0Rgf/9CYX3/QWJ7/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADWeQAAyIQAAL6MAAC2kwAA&#10;rpcAAKabBACgnRcAmp0pApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQbDFsjnU2Z41+OmOLiT5f&#10;ipVBXImjRFqJtEVYictFWIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/Pl2A/z5dgP8+/2IAAORx&#10;AADPfgAAw4gAALmRAACwlwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUANgJ9KFXmdUxx0m1ojb5li&#10;KGqYai5mlnIyYZV8N12UhjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BSj/8/VYv/PlaI/z1Xh/89&#10;V4f/PVeH/z1Xh/89+WcAAN12AADJgwAAvY0AALOVAACpmwAAoKAAAJanAACPqQ8Ai6ohAYWpMAR/&#10;qDwKeKdHEnOlUBhto1geaKJgJGShZylfoHAuW555MledhDZTnJE5UJyfO06bsD1MnMc9TJvqPEyZ&#10;/zxMmP88TZX/PE+R/ztQj/87UI//O1CP/ztQj/87620AANN8AADDiQAAt5MAAKyaAACinwAAmaUA&#10;AI6rAACFsAsAgbEbAHyxKwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZqm4nVal3K1Gogi9Np48y&#10;SqeeNUinrzZHp8Y2RqbpNkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma/zdJmv834nQAAMqDAAC8&#10;jwAAsJgAAKWeAACbpAAAkKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/CGO4SQ5et1ITWrZaGFa2&#10;YhxStWsgTrR1JEu0gCdIs44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8xPq3/MkCo/zJBpv8yQab/&#10;MkGm/zJBpv8y1XwAAMKKAAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABwvgMAaMIOAGbDHQBjwy0B&#10;XsM5BFrDRAhWwk4MUsJXEE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3ArSM8wcQjPMDpIzq+/iY4&#10;vP8oN7v/KTi4/yo4tv8rOLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIAAJSqAACIsQAAfLgAAHG+&#10;AABmxQMAW8sIAFfNEwBWziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UOQM9vED7PexM7z4kVOc+Z&#10;FzfPqxg20MMYNs/oGDTN+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEvyP8hvo8AAK+aAACioQAA&#10;lqkAAIqwAAB9uAAAcb8AAGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETdNQFB3UACP95LAz3eVQQ6&#10;318GON9pBzXfdgkz4IQLMeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/FCna/xYo2v8WKNr/Fija&#10;/xYo2v8Ws5gAAKWgAACZpwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAARNsEAD/pDQA96RcAO+oj&#10;ADnqLgA26zgBNOtCATHsSwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj8K4HIvHIByLw7Qch7P8H&#10;Iev/CCDr/wof6v8LH+r/Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHBAABkygAAWNAAAEzWAABB&#10;3QAAOOQAADX2DAAz9xQAMPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftSAR78XQIc/WkCGv15Axj+&#10;iwMX/54DFf+zBBT/0wQU/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8DnaUAAI+uAACAuAAAcsIA&#10;AGTLAABW0wAASdoAAD7fAAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf/yYAHP8tABn/NAAX/zwA&#10;FP9EARL/TgEQ/1kBDv9nAQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf//wIH//8CB///Agf//wIH&#10;//8Cka0AAIK4AABzwgAAZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8AACD/BAAc/wwAGf8RABb/&#10;FgAT/xsAEf8hAA7/JwAN/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MBAP+HAQD/nQEA/7IBAP/K&#10;AQD/6gEA//MBAP/zAQD/8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA55QAALeoAACPuAAAc/QAA&#10;GP8AABX/AAAR/wQAD/8LAA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/LgAA/zcAAP9BAAD/TQAA&#10;/1wAAP9tAAD/ggAA/5YAAP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQvAf8lLwH/KC8B/ycxAf8k&#10;NgL/ID4C/xpJA/8XVgP/FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF/xKsBv8Sswb/EroG/xLD&#10;Bv8Tzgf/E98H/xPrB/8T9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/Ff8J/xX/Cf8V/wn/Ff8J&#10;/yUuAf8pLQH/KywB/ysuAf8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8XewT/F4cF/xeRBf8Xmgb/&#10;F6EG/xepB/8XsAf/F7cI/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/CP8Z/wj/Gf8J/xn/Cv8Y&#10;/wv/Gv8L/xr/C/8a/wv/Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC/ydDA/8kUAP/Il0E/yBq&#10;Bf8edwX/HoMG/x6NB/8elgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/HtMK/x7lCv8e8Qr/H/wK&#10;/h//Cv0f/wv8H/8M/B7/Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8vJgH/MiQB/zMlAf8yKgH/&#10;MTQC/y8/A/8tTAP/KlkE/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWhC/8lqAv/JLAM/yS4DP8l&#10;wQz/Jc4N/yXhDfwl7w35JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S7Sf/Eu0n/xLtJ/8S/y4m&#10;Af80IgH/NyAB/zkhAf84JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/LnkJ/y2ECv8tjQz/LJYN&#10;/yydDf8spQ79LKwP/Cy0D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss/xTqLP8V6Sz/FuUt/xbg&#10;Lv8W4C7/FuAu/xbgLv8W/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2Av8+QgP/PE8F/zlcBv84&#10;aAj9NnML+zV+DPg1iA73NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT6zTXE+c06hLjNPcU4TT/&#10;F94z/xncM/8a2zP/GtQ0/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/QRYA/0QWAP9HHgH/SScB&#10;/0gyAv9GPQP/REkF+kJWB/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7nBTlO6QV4zqtFeI6thbg&#10;O8IW3zvSFto76BfUOvYa0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/HsA8/x7APP8e/zkbAf9A&#10;FQD/RREA/0oTAP9OGQD/UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN40V0EOBEfhPdQ4cV20KQ&#10;F9hBmBjVQKAZ00CpG9FAshzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9QP8ju0D/I7ZB/yOzQv8i&#10;s0L/IrNC/yKzQv8i/z0XAP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNVMQHrUz0D5VJLBt9QWAra&#10;TmMO1ExuE9BKeBbNSYEZy0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXFJLxF3CS4RvAltUb/J7JG&#10;/yewRv8nrkb/J6pH/yanSP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA/1UOAP9ZEQD/XBYA9F0f&#10;AOpcKgHiWzcC2lpGBdJXUwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5TZUkt0ydJrVLpyezS7Ep&#10;sUq/Kq9K0SqsS+srqUv8LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N/ymdTf8p/0MRAP9LDAD/&#10;UwgA/1oLAP9eDQD5YBAA62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpkF7lYbRu2VnYfs1V+IrBT&#10;hyWuUo8oq1GYKqlQoiynUKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8umFH/LZZS/yyUUv8rlFL/&#10;K5RS/yuUUv8r/0YQAP9OCQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDNaC0BxWc9Bb9lSgu5Y1US&#10;tGBfF7BeaRysXHEhqVp6JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hUxTOWVOE0k1X2M5JV/zKR&#10;Vv8xj1b/MI1W/y6MV/8tjFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIAAN9nAwDYagYA1WsKAM1t&#10;FQDFbikBvm05BLdrRwuxaFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYtmFyPL5VamTKTWaQ0kFmw&#10;No5ZwDaMWds3ilnzNola/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+FW/8v/0sMAP9UAAD7XgAA&#10;4mUAANhrAQDPbgUAzHAIAMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFpYR2dZ2oimWVyJ5ZjeiqT&#10;YoMukGCMMY1flTSKXqA2h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//M39f/zF+X/8wfl//MH5f&#10;/zB+X/8w/00JAP9WAADuYQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMAsXgzA6t2QQmlc0wQn3BW&#10;F5tuXx2WbGcik2pvJ49odyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7Ys87emLuOXpj/zh6Y/82&#10;eWP/NHlj/zJ5Yv8xeWL/MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxzAADEdwIAv3kEALl6DgCy&#10;fCAArHwxA6V6PgmfeEoQmnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqFMn9pjzV8aJs4eWenOnZm&#10;tjt0Zsw8c2frO3Nn/zhzaP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y/1EEAP9cAADiZwAA0nAA&#10;AMd2AADAegAAun0CALR/DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyLdmIhh3RpJoNycSt/cXov&#10;fG+DMnhujTV1bZg4cmylO3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r/zRuav8ybmr/Mm5q/zJu&#10;av8y/1MAAPRfAADeagAAzXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUrApuEOgeVgkUOkH9PFYp9&#10;WBuGe18ggXlnJX13byp6dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8Z3DnO2dx/Dlocf83aHD/&#10;NWlv/zRpbv8zaW7/M2lu/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3ggAAsIUAAKiHBgCiiRcA&#10;nIopAZaJNwaQh0MMi4VNE4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15iDRpd5Q3ZnahOmN2sDth&#10;dsQ8YXblO2F2+zlidv83Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gAAOZmAADScQAAxXoAALuB&#10;AACyhwAAq4oAAKKMAgCcjhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsddoVjInKDaidugnIraoB7&#10;L2d/hjNjfpE2YH2eOV18rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRfd/8zX3f/M193/zNfd/8z&#10;/lwAAOFqAADNdQAAwH4AALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuTMQOFkj0Jf5FID3qPURZ1&#10;jVkbcYxgIGyKaCVoiXApZId5LWGGgzFdhY80WoScNleDrDhVg785VYPhOFWC+TdWgv81VoH/NFh/&#10;/zNZff8yWX3/Mll9/zJZff8y72AAANtuAADHegAAu4MAALKLAACokAAAn5MAAJSWAACNmQ4AiZoe&#10;AISaLgJ+mToHeZdFDXSWThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1XjY0wVIyaM1GMqjVPjL01&#10;T4zeNU+L9zRPiv8zUIn/MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJzAADCfwAAtogAAKyQAACi&#10;lAAAmJgAAIycAACEnwoAgKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxbGWCbYx1cmmshWJl0JVWY&#10;filRl4osTpaYLkuWqDBKlrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8vS43/L0uN/y9Ljf8v4msA&#10;AMp5AAC8hQAAsY8AAKaUAACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABuqDIDaqg9BmWnRwthplAP&#10;XaVYFFmkYBhVo2gcUqNxH06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf9StCnf8rQpz/LEKb/yxE&#10;l/8rRJf/K0SX/ytEl/8r13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMAAH6oAABwrgAAarAOAGix&#10;HQBlsSwBYbE4A12wQwZZsEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYeQqyVID+spSI+rbkjPa3Y&#10;Ij2r9SM8qf8lO6f/Jjum/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACukgAAopkAAJeeAACMpAAA&#10;gKoAAHWvAABptAAAXrkGAFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6WQpHumINRLpsEEG6dxM+&#10;uYQVPLmTFzm5oxg4ubcZN7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/IDOy/yAzsv8gwYMAALSR&#10;AACmmAAAm54AAI+lAACCqwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkAScYoAEjGNQBFx0ABQ8dK&#10;A0DHUwQ+x10GO8dnCDnHcwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAuxP8TLcL/FSzB/xYrwP8X&#10;K8D/FyvA/xcrwP8XuI0AAKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/AABUwwAASsgCAEDNBwA6&#10;0g4AOdIbADjTKAA30zUANtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iLBSrYnQUo2bEGJ9rNBifX&#10;7wYm1P8JJdL/CyTR/wwj0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAAhqwAAHm0AABsuwAAYMIA&#10;AFTGAABIywAAPtAAADXVBAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm5UoAJOZVACPmYQEh524B&#10;IOd+Ah7okAId6aQCG+m8Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj/wUY4/8Fo50AAJakAACI&#10;rAAAerUAAGy9AABfxAAAU8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/ARACHxGQAf8SIAHfIrABvz&#10;NAAZ9D4AF/RIABX1UgAT9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0BDfb/AQ30/wEN8/8BDfP/&#10;AQ3z/wEN8/8BmaMAAIusAAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv3gAAJuIAAB/qAAAc+wYA&#10;Gf8OABf/EwAU/xoAEv8hABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/bAAC/4AAAf+WAAD/rQAA&#10;/8oAAP/wAAD//wAA//8AAP//AAD//wAA//8AjasAAH21AABuvwAAYMgAAFLQAABD1wAAN90AACvi&#10;AAAi5gAAGeoAABX5AAAS/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIAAP8qAAD/MwAA/z0AAP9J&#10;AAD/VwAA/2kAAP9+AAD/lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA//oAgLUAAHC/AABhyQAA&#10;UtMAAEPbAAA14QAAKeYAAB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/BgAA/woAAP8OAAD/EQAA&#10;/xUAAP8bAAD/IwAA/ysAAP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+mAAD/uAAA/88AAP/PAAD/&#10;zwAA/88A/xwvAf8gLAH/ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC/wlvAv8JewL/CYYC/wmQ&#10;Av8JmQL/CaAC/wmnAv8JrQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/CfkB/wr/Af8K/wH/Cv8C&#10;/wr/Av8K/wL/C/8D/wv/A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8eMAH/GDgB/xRDAf8RUAL/&#10;EF4C/w5rAv8OdwL/DoMC/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65Av8OwQL/Ds0C/w7fAv8O&#10;7AL/DvgC/w7/Av8O/wL/D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E/yMqAf8mJgH/KCUB/ycn&#10;Af8jKwH/HjMB/xtAAf8ZTQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/E5kD/xOgAv8TpwP/E64D&#10;/xO1A/8TvgP/E8kD/xPaA/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV/wb4Ff8G+BX/BvgV/wb4&#10;Ff8G/yYmAf8qIgH/LCAA/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1iAv8bbgP/G3oD/xqEA/8a&#10;jQP/GpUD/xqcBP8aowT/G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE8hz/BfEc/wbwHP8H7x3/&#10;CO8d/wnvHP8J7hz/Ce4c/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/MCwB/y43Af8rRAL/KFEC&#10;/yZdA/8kaQP/I3UE/yN/BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUjtwb0I8EG8iTPBu4k5Abq&#10;JfIG6CX+COYk/wrkJf8L4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4eAP8zGAD/NRYA/zUVAP84&#10;HQD/OCcB/zczAf80PwH/MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG7yyUB+0snAjsLKMI6iyr&#10;COksswjnLL4J5izMCeIt4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDPLP8Qzi3/EM4t/xDOLf8Q&#10;/zIZAP83FAD/OhEA/zwSAP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3XgTsNmoF6TV0BuY1fgjk&#10;NIcI4jSQCeA0mAreNJ8K3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9Esc0/xPFNP8UwzT/FcMz&#10;/xXANP8VvzT/FL80/xS/NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA/0YmAPZEMgHvQj8B6UBM&#10;A+Q/WQTfPmQG2z1vCNg8eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLIOrUTxjrCE8Q61RTAO+sV&#10;vDr7F7k6/xi3Ov8Ztjr/GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/DQD/QwkA/0gMAP9LEAD/&#10;TBUA9UwfAOtKKgDkSTcB3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KEEsFCjBO/QZUVvUGdFrtA&#10;phe6QLAYuEC8GbZAzBqzQeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8bpUH/G6VB/xulQf8b/z0Q&#10;AP9CCQD/SAUA/00IAP9QCwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXETloJwExkDb1LbRC6SnYT&#10;t0l+FbVIhxezR48ZsUeXG69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG/yGfR/8gnkf/IJ5H/x+b&#10;R/8emkf/HppH/x6aR/8e/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUNANVVGQDMVywAxVc8Ar9W&#10;Sga6VVUKtlNfDrJSaBKvUHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yin0uxI51LwCSbS9glmUvw&#10;JZZM/ySVTP8klEz/I5NM/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/UQAA5lcAAN1bAQDVXAUA&#10;0lsJAMtcFADDXigAvF44ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBUfR2eU4Ufm1KOIplRlySX&#10;UKEmlVCtJ5JQvCiRUNAojlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/I4hS/yOIUv8j/0UHAP9L&#10;AADwVQAA31sAANNgAADMYQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4KpV9XD6FdYBSeXGgYm1tw&#10;G5hZeB6VWIEhk1eKJJBWkyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqDVv8og1b/J4JW/yWBVv8k&#10;gVb/JIFW/ySBVv8k/0cDAP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtmDgC0aSAArmkxAqhoPwWj&#10;ZkoKn2VUD5pjXRSXYWUYk2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mmLIBZtC1/WccufVnmLXxa&#10;+ix7Wv8qe1v/KHtb/yd7Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA0mMAAMdoAADAawAAumsC&#10;ALVrDQCubR0AqG4uAaNtPAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCHYnojhGGDJoFgjCl+X5cr&#10;e16jLXlesS93XcQvdV7iL3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe/yZ1Xv8m/0sAAPBVAADe&#10;XwAAzWcAAMNsAAC7bwAAtXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25PDo9tWBSLa2AYh2lnHIRo&#10;byCBZ3cjfWaAJnpkiil3Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8sb2P/Km9j/yhvYv8nb2L/&#10;J29i/ydvYv8n/00AAOtYAADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCjdhcAnncoAZh2NwSTdUII&#10;jnNMDolxVROFcF0YgW5lHH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxnrDBqZ74xaWfcMGln9S5p&#10;Z/8saWf/Kmpn/ylqZv8oamb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4AALtzAACzdwAAq3kAAKR4&#10;AwCdehQAmHslAZN7NAOOekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIicm97Jm9uhSlsbZAsaWyc&#10;LmZsqjBkbLwxY2zZMGNs9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhlav8o/VMAAONfAADOaQAA&#10;wXEAALd3AACvewAAp30AAJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98URF7elkWd3lgGnN3aB5v&#10;dnAhbHV4JWl0gihmc44rY3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/K19w/ylgb/8oYG7/KGBu&#10;/yhgbv8o8VUAAN5iAADKbQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8AjYUfAIiFLgKDhDsFfoNF&#10;CnqBTg91gFYUcX9eGG59ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Yd7gvV3fRL1d38S5Ydv8s&#10;WHb/Kll1/yladP8oWnT/J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+AAACmhAAAnYYAAJGHAACK&#10;iQwAhoobAIKLKwF9ijgEeIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0IV2BfSRagIkoV3+WKlV+&#10;pCxSfrYtUX7OLVF97yxSff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n6F4AANBrAADAdgAAtH4A&#10;AKuFAAChiQAAl4sAAImNAACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtpjlEPZY1ZE2KMYBdei2gb&#10;W4pxHleJeyFUiIYkUYeUJ0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD/ydNgf8mToH/Jk6B/yZO&#10;gf8m4WMAAMlwAAC7ewAAsIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcSAHKYIgBvmDACapc7BGaX&#10;RQhilk4MX5VWD1uUXRNYk2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLImRZDKJkWP7SVFjf8lRYz/&#10;JUaL/yRGiv8kRor/JEaK/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACVkwAAipYAAH6aAABwnQAA&#10;a58OAGifHABmoCoBYqA3Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUucdRhIm4EaRZuPHUKanx9A&#10;mrAgP5rIID+Z6x8/mP8gPpb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAAALx9AACwiAAApI8AAJmU&#10;AACOmAAAg50AAHegAABppAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUEUKhOBk2oVwlKqF8MR6do&#10;DkSncxFBpn8UPqaNFjymnRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3n/8cN5//HDef/xw3n/8c&#10;xHgAALWFAACpjwAAnZUAAJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCyDgBOshsATbMoAEuzNQBJ&#10;sz8BRrNJAkSzUgRBs1sGP7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPFEDKy6RAxsP4SMK7/FC+t&#10;/xUvrP8WL6z/Fi+s/xYvrP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAAcasAAGWvAABZtAAATrcA&#10;AEO8BQBAvREAP70eAD6+KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQxwHcFL8CGBi3AlwcrwKoI&#10;KsHCCCrA5wcpvf0KKLz/DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWUAACZmgAAjaEAAH+nAABy&#10;rQAAZrMAAFq4AABPuwAARL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1ACvMQAAqzUoAKM1WACfO&#10;YQAmzm8BJM5/ASPPkQIhz6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8GHcn/Bh3J/wYdyf8GqJQA&#10;AJyaAACQoQAAgqgAAHSvAABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn0AQAH9YKABvaEAAb2xoA&#10;GtsmABrcMQAZ3TwAGN1IABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLjzwAS4PQAEt7/ARHd/wER&#10;2/8CEdv/AhHb/wIR2/8CnpoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQAAELIAAA3zAAALdAAACTV&#10;AAAc2wAAFd8FABTpDgAS6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMACu9iAAnwdAAI8YkAB/Kg&#10;AAXyugAE8eQAAvH9AALv/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4sgAAaboAAFvCAABNyAAA&#10;QMwAADTRAAAq1gAAIdsAABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7HAAE/CQAAfwsAAD8NwAA&#10;/EIAAPxQAAD8YQAA/XUAAPyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/AAD9/wAA/f8AiakAAHmy&#10;AABquwAAXMQAAE7MAAA/0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAACP0AAAX/AwAB/wkAAP8O&#10;AAD/EgAA/xcAAP8fAAD/JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA/6YAAP/CAAD/5wAA//wA&#10;AP//AAD//wAA//8AfLMAAGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrmAAAR6gAADO4AAAXyAAAA&#10;/wAAAP8AAAD/AAAA/wAAAP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/OQAA/0oAAP9dAAD/&#10;cwAA/4wAAP+kAAD/uQAA/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA/xUrAP8QMAD/CzgB/wNE&#10;Af8AUQH/AF4B/wBsAf8AeAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/AK8A/wC2AP8AvgD/AMgA&#10;/wDXAP8A5wD/APMA/wD9AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xspAP8dJgD/&#10;HCUA/xknAP8TLAD/DjQA/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKIAf8CkQH/ApgB/wKfAf8B&#10;pQD/AawA/wGyAP8BugD/AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A/AP/APwE/wH8Bf8B/AX/&#10;AfwF/wH8Bf8B/x8mAP8hIgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/DVcB/wtjAf8KbwH/CnoB&#10;/wqEAf8KjQH/CpQB/wqbAf8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K4AD7Cu8A9wr6APUL/wH1&#10;DP8B9A3/AfQN/wL0Df8C9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yIdAP8eIgD/HCwA/xk4AP8W&#10;RQH/E1IB/xJeAf8QagH/EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB/RCsAfwQswH6EL0B+RHJ&#10;AfUR3QHxEe0B7hH5AewS/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPpE/8D/yYdAP8oGAD/KBYA&#10;/yYWAP8mHQD/JigA/yM0AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkYgwH3GIwB9hiTAfQYmgHz&#10;GKEB8RmoAfAZsALuGboC7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/Bdwc/wXcHP8F2xz/Bdsc&#10;/wXbHP8F/yoZAP8tEwD/LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB+iRUAfYjYAHyImsB7yJ1&#10;Au0ifgLrIocC6SKPAucilgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLYJOoD0iT5Bc8l/wbNJf8H&#10;yyX/CMol/wjKJP8IyiT/CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81FAD/NRwA/zMnAPoxNADz&#10;L0EA7i1OAeksWgHlLGUC4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yuiBNErqgXPK7MFzSu/Bsws&#10;zwbILecHxC33CcEt/wq/Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M/zERAP81DAD/NgcA/zoL&#10;AP88EAD/OxUA+DkfAO83KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTMNHwFyjSFBsg0jQfGM5QI&#10;xDOcCcIzpQnBM64KvzO5C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80/xCuNP8PrjT/D640/w+u&#10;NP8P/zUOAP84BwD/PAIA/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5BAMw+TwLIPloDxD1kBcE9&#10;bge/PHYIvDx+Cro7hwu4O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkRqjvvEqc7/xOlO/8UpDv/&#10;E6M7/xOiO/8Tojv/EqI7/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDhRQcA40INANVDGQDMRSwA&#10;xkc8AcFHSQK8RlUEuUVfBrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhBmhOnQKQUpUCvFaNAvBah&#10;QNAWnkHqF5xB/BeaQf8XmEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsGAP8/AAD5RgAA5UsAANxO&#10;AADTTQQA0UoJAMpKFADCTScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwNpkl0D6RJfBGhSIQTn0eM&#10;FZ1HlRebRp8YmUaqGZdGuBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiNR/8YjUf/F41H/xeNR/8X&#10;/z4CAP9DAADrSwAA3VEAANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5UQQKqVEwFplNWCKJRXwyf&#10;UGcPnU9vEZpOdxSYTn8Wlk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUviHodM9x6GTP8dhUz/HIVN&#10;/xqFTP8ZhUz/GYVM/xmFTP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAAvVgDALhXDgCxWR4ArFov&#10;AadaPQKiWUkFnlhTCZtXWwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyIUZcehlCjH4RQsCCCUMEh&#10;gFDdIX5R9CB9Uf8ffVH/HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBKAADfVAAAzloAAMReAAC8&#10;XwAAtl4AALFcCwCrXhoApWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpoE4tZcBaIWHcYhVeAG4NW&#10;iR2AVpQfflWfIXtVrSJ5VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8cdlb/G3ZW/xt2Vv8b/0UA&#10;AOxOAADaWAAAyV4AAL9iAAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKWZEMFkWNNCI5hVQyKYF0Q&#10;h19lE4RebBaBXXQZflx9HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa8CNvWv8ib1r/IHBa/x5w&#10;Wv8dcFr/HHBa/xxwWv8c/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgAAKVmBQCfZxQAmmklAJVp&#10;NAKQaEAEjGdKCIhmUwyEZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44hcF6aI25eqCVsXbglal7O&#10;Jmle7iRpXv8ial7/IGpe/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADPXwAAwWUAALdqAACvbAAA&#10;p2wAAJ9qAQCZaxEAlG0iAJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hnZxZ2Z28Zc2Z4HHBlgR5t&#10;ZIwhamOYI2hipiVmYrYmZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/HWVi/x1lYv8d8kwAAN9Y&#10;AADKYgAAvWkAALNuAACrcAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsDgnFFB31wTgt6blYOdm1e&#10;EnNsZRVwa20YbWp1G2ppfx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVeZ/4jX2f/IV9m/x9gZv8e&#10;YGb/HmBm/x5gZv8e708AANpcAADGZQAAum0AALByAACndQAAnXQAAJRzAACNdA0AiXYcAIV3KwGB&#10;dzgDfHZDBnh1TAl0dFQNcXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22UIl1soiRabLIlWWzHJVhs&#10;6CVZbP0jWWv/IVpr/x9ba/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAAtnEAAKx2AACjeQAAmXkA&#10;AI13AACHeQsAg3sYAH98KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNldmgWYnVwGV90ehxcdIUf&#10;WnORIVdyoCNVcrAkU3LFJFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv/x1Vb/8d5VcAAM1kAAC+&#10;bQAAsnUAAKh7AACffgAAk30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9BG2ARgdpgE8KZn9WDWN+&#10;XhFgfWYUXXxuF1p7dxpXeoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/shTnf/H052/x5Pdf8dT3X/&#10;HU91/x1Pdf8d31wAAMhoAAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5hQIAdIYRAHGIIABuiC4B&#10;aog5AmeHQwVjh0wIYIZTC12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuBmx5JgawfSIDBIEeA4x9H&#10;f/oeSH7/Hkh9/x1JfP8cSXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAAAJ+FAACUhwAAiIcAAHuJ&#10;AABwjAAAa44NAGiPGgBmjykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAOUIxoEE2MchNKi30WSIqK&#10;GEWKmRpDiqobQoq/G0GK4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpChP8azWcAALx0AACvfgAA&#10;pYYAAJqKAACOjAAAgo0AAHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeYOgFUmEQDUpdMBU+XVAdM&#10;l1wJSZZlDEeWbw5ElXoRQZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/FzqP/xc6jv8XOo7/FzqO&#10;/xc6jv8XxW4AALZ7AACqhQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAAV54AAFKgDgBRoBsAT6Eo&#10;AE2hNABLoT4BSaFHAkehUANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42oKYPNaC7EDSg3Q80nfcQ&#10;M5z/EjOa/xIzmf8TM5n/EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2VAACBmQAAc5wAAGefAABb&#10;ogAAT6YAAEepCABEqhIAQ6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxcAzesZwQ1rHMFMqyBBjCs&#10;kQcurKMILay4CSys2QgsqvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8NtYAAAKiLAACckQAAkZYA&#10;AIWcAAB4oAAAa6UAAF+oAABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAytiwAMbc3ADC3QQAvuEsA&#10;LrhVACy4YAEquG0BKbl7Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0/wYhs/8HIbL/ByGy/wch&#10;sv8HrYoAAKCRAACVlwAAiJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cAADS7AAArvgMAJMIMACLC&#10;FAAiwx8AIcMqACDENAAfxD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kAGMiuABfIywAXxvEBF8T/&#10;ARbD/wIWwf8DFsH/AxbB/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABisQAAVrYAAEq5AAA+vQAA&#10;NMAAACrEAAAiyAAAGcwEABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7USAAN1VYADdVlAAzWeAAM&#10;1o0AC9ikAArYvgAJ2eYACtb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgAAI6fAACApgAAcq0AAGS0&#10;AABXugAASb8AAD3CAAAyxgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsABt8RAAXfGgAE4CQAAuEu&#10;AAHiOgAA40cAAORWAADkZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA6P8AAOj/AADo/wAA6P8A&#10;kZ8AAIKnAAB0rwAAZbcAAFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZAAAO3QAACeEAAALlAAAA&#10;6QYAAOkNAADpEQAA6hgAAOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+AAD0lwAA9bAAAPbQAAD3&#10;8wAA9/8AAPf/AAD3/wAA9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAALtEAACPWAAAZ3AAAEeAA&#10;AAzjAAAE5wAAAOoAAAD1AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA+icAAPw0AAD/QwAA/1UA&#10;AP9pAAD/gQAA/5oAAP+yAAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6AABZwwAAS8sAADvRAAAt&#10;2AAAId0AABbiAAAO5gAACOoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8AAAD/AAAA/wYAAP8MAAD/&#10;EAAA/xgAAP8iAAD/MAAA/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MAAP/VAAD/1QAA/9UA/xMo&#10;AP8TJQD/ESUA/w0nAP8GLQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/AH4A/wCIAP8AkAD/AJcA&#10;/wCdAP8ApAD/AKoA/wCwAP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A/wD/AP8A/wD/AP8A/wD/&#10;AP8A/wD/AP8A/wD/AP8A/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9AP8ASwD/AFgA/wBkAP8A&#10;cAD/AHoA/wCEAP8AjAD/AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA/gDIAP0A2QD7AOkA+gD2&#10;APkA/wD4AP8A+AD/APgA/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/GB0A/xMeAP8OIgD/CiwA&#10;/wc5AP8DRgD/AFMA/wBgAP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8AnQD/AKMA/gCpAPwAsAD6&#10;ALkA9wDEAPUA0gDzAOYA8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/APAA/wDwAP8A/x4dAP8e&#10;GQD/HBcA/xcYAP8THgD/ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA/wZ6AP8GgwD+BosA/AaS&#10;APoGmQD4Bp8A9gamAPQGrQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDlCv8A5Av/AOQL/wHkC/8B&#10;5Av/AeQL/wHkC/8B/yEYAP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8TPAD/EUkA/xBVAPwOYQD5&#10;DmsA9g51APQOfgDyDoYA8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9AOUPzADhD+MA3RDzANkR&#10;/wHWEv8B1BP/AdMT/wLSE/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A/yMOAP8jFAD/Ih4A/x8p&#10;AP8cNQD5GUMA9BhPAO8XWwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDfF5gA3RefANsXpwDZGLEA&#10;1hi7ANQZygDQGuEBzBvzAckc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc/wPDHP8D/ygQAP8pCwD/&#10;KAYA/ysLAP8rEAD/KRcA/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFqANYhdADTIXwB0CGEAc8i&#10;jAHNIpMByyKbAckiowHII6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8FtiX/BbUl/wa1Jf8GtSX/&#10;BbUl/wW1Jf8F/ywNAP8tBQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDfKDMA2ChCANEqTwDNK1oA&#10;yStlAccrbgHELHYCwix+AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYsvwW1LdEFsS3qBq4u+wer&#10;Lv8IqS7/CKgu/wioLf8IqC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcAAOo2AgDnMwgA5C8PANku&#10;GwDPMSwAyTM8AMQ0SQDANVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgGsDSQBq40mQesNKIIqzSs&#10;Cak0uQmnNMoKpTXlCqE1+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wucNf8L/zMCAP81AAD2OgAA&#10;5T4AANxAAADUPQQA0jcJAMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649YwSsPWsFqTxzBqc8ewim&#10;PIMJpDuLCqI7lAugO50MnjuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/D5I8/w6RPP8NkTz/DZE8&#10;/w2RPP8N/zUAAP85AADqQQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEAs0QyAK9FQAGrRUsCp0VV&#10;A6REXgWhRGYHn0NuCJ1DdgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQQcASjkHZEotB8RKJQv8S&#10;iEL/EYhC/xCHQv8Qh0L/D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhOAADATQAAu0oCALZHDgCw&#10;SR0Aq0stAKZMOwGiTEcCnktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iCD41HixGLR5USiUagFIdG&#10;rBWFRrsWhEbRFoJH7haAR/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R/zsAAO5DAADcTAAAzFEA&#10;AMFUAAC5VAAAtFEAAK5NCwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaRUF4Jjk9mC4xObQ2JTnUP&#10;h01+EYVNhxOCTJEVgEycFn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM/xR3TP8Td0z/EndM/xJ3&#10;TP8S/z4AAOhHAADVUAAAxlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYlAJhXNAGUV0ACkFdKBI1W&#10;UwaKVVsJh1RjC4RUag6CU3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUac1DJGnFQ6BpwUfwYcFH/&#10;F3BR/xVwUf8UcVD/E3FQ/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACvXgAAp1sAAKFYAwCbWRIA&#10;llsiAJJcMQGOXD0CilxHBIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZWgBV0VosXclWWGW9Voxpt&#10;VLIbbFTGG2pV5htqVfsZalX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMAAN9PAADLWAAAvV0AALNh&#10;AACrYgAAomAAAJtcAACVXhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJe15dC3hdZQ52XGwQc1x0&#10;E3BbfRVuWogXa1qUGWlZoRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdlWf8VZVn/FGVZ/xRlWf8U&#10;70YAANpSAADGWwAAumEAALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdlKwCDZTcBf2VCA3xkSwZ4&#10;Y1MIdWNbC3NiYg5wYWoQbWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3BHF9d4RxfXfgaX13/GF9d&#10;/xdgXf8WYF3/FWBd/xVgXf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAAmGcAAI9lAACJZgwAhWgZ&#10;AIFpKAB+ajUBemk/A3ZpSQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVjZIMXYGOPGV5inRtcYqwc&#10;WmK/HFli3xxZYvcaWmL/GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9ZAAC/YgAAs2gAAKltAACe&#10;bQAAk2sAAIlpAACDawkAf20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xWCWhsXgxla2UPY2ptEWBp&#10;dhRdaYEWW2iNGFhnmxpWZ6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8WVmX/FVZl/xVWZf8V4lEA&#10;AMpdAAC7ZgAAr2wAAKZxAACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBycy8Bb3M6AmxzRARpckwG&#10;ZnJUCGNxWwtgcGMNXXBrEFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t2RpObPQZT2v/GE9r/xdQ&#10;av8WUGr/FVBq/xVQav8V3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQAAHxzAAB2dQAAcXcQAG94&#10;HQBseSsAaXk3AWZ5QANjeUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwTUHSIFk10lxdLc6YYSXO5&#10;GUhz1RlJcvMYSXH/F0px/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACzbwAAqHYAAJ15AACPeAAA&#10;hHgAAHd5AABvfAAAan0NAGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/VQdUfl0JUn1lDE99bw5M&#10;fHkRSnyGE0d7lBVFe6QWRHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/E0R2/xNEdv8TzV8AALtr&#10;AACudAAApHwAAJd+AACKfQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEAWocuAFiHOAFVh0ICU4dK&#10;A1CHUgVOhloHS4ZiCUmFbAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8gvASPIH/Ej2A/xI9f/8S&#10;PX7/ET1+/xE9fv8RxWYAALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2GAABfigAAWI0BAFSODwBS&#10;jxsAUI8nAE+QMwBNkD0BS5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6ACzqOjww4jqANN46zDjaO&#10;zA42je8ONYv/DjWJ/w81iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAAmYcAAIyIAAB/iAAAcooA&#10;AGaNAABakQAAUJUAAEmXCQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+mlECPJpaAjqaZAM3mm8F&#10;NZl9BjOZjAcxmZ0IL5mwCC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S/wstkv8LtnUAAKqBAACe&#10;iAAAk40AAIaOAAB4jwAAa5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMXADejIgA2pC0ANaQ3ADSk&#10;QQAzpUsAMaVUATClXgEupWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsEJaL/BSWg/wYkn/8GJJ7/&#10;BySe/wcknv8Hr34AAKOIAACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABMogAAQqYAADipAAAvrAMA&#10;Kq4OACmuGAAoryMAJ68tACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+xggAespQBHLKpARuywQEb&#10;secBG6/+Ahqt/wIarP8DGqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoAAHafAABoogAAW6UAAE+p&#10;AABErQAAObAAAC+zAAAmtgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUAFL1AABO+SwASvlgAEr5n&#10;ABG/eAAQv4wAEMCiAA7AugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQuv8Bn48AAJSVAACHmwAA&#10;eaEAAGunAABerAAAUrEAAEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/GBQALyg0ACcoUAAjKHQAH&#10;yicAB8oyAAbLPgAFy0sABMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMztAADM/wAAy/8AAcr/AAHK&#10;/wAByv8Al5YAAIqcAAB8owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAAI8MAABvGAAATygAADc0A&#10;AAjRAAAB1AkAANQOAADVFQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA3m4AAN6EAADfmwAA37QA&#10;AN7ZAADf9wAA3/8AAN//AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6AABFvwAAOMIAACzGAAAh&#10;yQAAGM0AABDRAAAL1QAABNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUbAADnJAAA6S8AAOs8AADt&#10;SwAA7l0AAO5xAADviQAA8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8AgaUAAHKtAABjtQAAVL0A&#10;AEbEAAA3yAAAKswAAB/QAAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADuBQAA7wwA&#10;APEQAADzFwAA9SAAAPgrAAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/wAAA/+EAAP/1AAD/9QAA&#10;//UAdK4AAGW3AABWwAAAR8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YAAADpAAAA7AAAAPAAAADz&#10;AAAA9AAAAPYAAAD4AAAA+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcAAP9KAAD/XgAA/3YAAP+P&#10;AAD/pgAA/7oAAP/RAAD/0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/ADIA/wA+AP8ATAD/AFkA&#10;/wBlAP8AcAD/AHoA/wCEAP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8AsgD/ALoA/wDFAP8A0wD/&#10;AOcA/wD0AP8A/wD+AP8A/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEhAP8QHgD/DR0A/wcfAP8A&#10;IwD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCVAP8AmwD/AKEA/wCn&#10;AP4ArgD9ALYA/ADAAPsAzQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1AP8A9QD/APUA/wD1AP8A&#10;/xUdAP8TGgD/EBkA/wsZAP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6AP4AgwD8&#10;AIoA+gCRAPkAlwD4AJ0A9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDsAO0A+gDrAP8A6gD/AOoA&#10;/wDqAP8A6gD/AOoA/wDqAP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA/wIwAP8APgD/AEsA/wBX&#10;AP8AYgD8AGwA+AB1APUAfgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDpAK4A5wC3AOYAwwDkANQA&#10;4gDpAOEA9wDfAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8aEAD/Fg4A/xIOAP8SFQD/&#10;Dx8A/wwrAP8JOAD/BkUA+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOHAOQDjgDiA5UA4QOcAN8E&#10;owDdBKsA2wS0ANgFwADWBdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8Aywv/AMsL/wDLC/8A/x8Q&#10;AP8eCwD/GgcA/xkLAP8YEQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDlDGEA4gxqAN4NcwDbDXsA&#10;2Q2DANYNigDUDZEA0g2ZANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS+QC/E/8AvRP/AbwT/wG8&#10;E/8BvBP/AbsT/wG7E/8B/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgcAOwVKADlEzYA3xJDANkT&#10;TwDTFFoA0BVkAM0WbQDLFnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUAvhmvAL0auwC7GssAuBvl&#10;AbQc9gGyHf8CsB3/Aq8d/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/JgAA+ycAAPElAwDwIQsA&#10;6BwSAN4ZHQDUGy0AzR08AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkjfwG3I4cBtSOPAbQklwGy&#10;JKABsSSqAq8ktgKtJcYCqyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/A6Em/wOhJv8D/ykAAP8o&#10;AAD2LQAA5zAAAN8vAADZKwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08AtSxZALIsYgGwLGoBri1y&#10;AawtegKqLYECqS2KAqctkgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZLv8Gly//BpYv/waVLv8F&#10;lS7/BZUu/wWVLv8F/ywAAP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEtEQC6MCEAtDIxALA0PgCs&#10;NUoAqTVUAac1XQGkNWUCojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDShBpY0rQeUNbsIkzXQCJA1&#10;7AiONv4IjDb/CIs2/wiLNv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA0kEAAMdCAADAQAAAuzoB&#10;ALY2DgCwORwAqjssAKY8OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWUPHcGkjyAB5E8iAePO5II&#10;jTudCYs7qQqJO7cLiDvKC4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8/wiBPP8I/zMAAOw6AADa&#10;QwAAykcAAL9JAAC3RwAAsUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RMAZREVQKRQ10Dj0NkBY1D&#10;awaLQnMHiUJ7CIdChAqFQY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkNeUL/DHhC/wt4Qv8LeEL/&#10;CnhB/wp4Qf8K9jYAAOZAAADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCfRhMAmkgjAJZJMgCSSj4B&#10;j0pIAoxKUQOKSVkEh0lgBYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhGog92RrAQdUbCEHNG4BBy&#10;R/cPcUf/DnFH/w1xR/8McUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEAALRTAACqUgAAok4AAJ1K&#10;AQCXSxEAk00gAI9PLgCMTzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJeU10C3dMfQx1TIcOc0yS&#10;D3FLnxFvS60SbUu/EmxL3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxqS/8M8D0AANtIAADHUAAA&#10;ulUAALBYAAClVgAAnFMAAJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9USwN8VFMEelNaBnhTYgh1&#10;UmkJc1JxC3FReg1uUYQPbFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/EGRQ/w9kUP8OZU//DWVP&#10;/wxlT/8M7EEAANRMAADDVAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwAhlcZAINYJwCAWTQAfVk/&#10;AXpZSAN3WFAEdFhYBnJXXwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJiVKkTYFS6FF9U0xReVPIT&#10;XlT/EV9U/w9fVP8OX1P/DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhfAACcXQAAklsAAItYAACF&#10;WgoAgVsWAH1cJAB6XTEAd108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFtsC2VadQ1jWn8PYVmLEV5Z&#10;mBJcWKcUW1i4FFlZ0BRZWPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N40gAAMtTAAC7WwAAsGEA&#10;AKRiAACXYQAAjl8AAIVcAAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJsYUsDamFTBWdhWgdlYGIJ&#10;Y2BqC2Bfcw1eXn0PW16JEVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc/xBVXP8OVVv/DlZb/w1W&#10;W/8N3kwAAMdWAAC4XwAArWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQRAHJlHgBvZisAbGc3AWpn&#10;QAJnZkkDZWZRBGJlWAZgZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMTUGK0E09izBNPYu0ST2H/&#10;EU9h/xBQYP8OUGD/DlBg/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACPZwAAhGcAAHllAABzZwAA&#10;b2kOAGxqGwBpaygAZ2w0AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZpbgtTaXgNUWiED05okhBM&#10;Z6ESS2eyEklnyRJJZ+sSSWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQAAL5eAACxZwAApm0AAJds&#10;AACKawAAf2sAAHNrAABtbQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMCWXFLA1dxUwRVcFoGUnBi&#10;B1BwawlOb3ULS2+CDUlujw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5Fa/8NRWr/DUVq/w1Fav8N&#10;y1gAALpjAACtbAAAoXEAAJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12EgBbdx8AWXgrAFd4NgBV&#10;eD8BU3hIAlF4TwNPd1cETHdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3WuDj51xQ49degOPnP9DT5y&#10;/w0+cf8MP3H/DD9w/ww/cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAAdXQAAGl2AABeeQAAWHwB&#10;AFR9DgBSfhoAUX8mAE9/MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVBf3AGP358CDx+igk6fpoK&#10;OX6sCzd+wws3feYLN3v8Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBvAACleAAAlnkAAId5AAB7&#10;eQAAcHoAAGR8AABYgAAAUIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+AEGJRwFAiU8BPohYAjyI&#10;YQM6iGwEN4h4BTWIhwYziJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8IMIH/CDCB/wgwgf8It2sA&#10;AKp2AACgfwAAkH4AAIJ+AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9kA4AO5AYADqRIwA5kS0A&#10;OJI3ADeSQAA2kkkANJNSADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiSvQQokuEDJ5D6BCeO/wUn&#10;jf8FJ4z/BSeM/wUnjP8FsXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gAAFiLAABNjwAAQ5MAADqX&#10;AAAymgcALpsQAC2bGgAsnCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEAJZ5uACOefgEinpABIJ6j&#10;AR+euQEent0BHpz4Ah6a/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACTiwAAhYoAAHWLAABojgAA&#10;W5EAAFCVAABGmQAAO50AADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByoLQAbqDcAGqlBABmpTAAY&#10;qVgAF6pmABaqdgAVqokAFKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/AROk/wETpP8Bo4YAAJeM&#10;AACNkQAAfZIAAG2VAABgmAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAAGbEAABKzBwAPtRAADrUX&#10;AA61IQANtSsADbU2AAy2QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAFtsUABrbqAAe1/wAItP8A&#10;CLP/AAmy/wAJsv8Amo0AAJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECsAAA1sAAAKrMAACG1AAAY&#10;uAAAEbsAAAy+AgAGwAsAAsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQAADEXwAAxHEAAMSHAADE&#10;nQAAxLUAAMTaAADE9gAAw/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAAaqYAAFysAABPsQAAQbUA&#10;ADW3AAApugAAH70AABbAAAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAAzhgAAM4hAADQKgAA0TUA&#10;ANNDAADUUgAA1GMAANV4AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW/wAA1v8AipsAAHuiAABs&#10;qQAAXrAAAFC2AABCugAANL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIAAADXAAAA2QAAANoFAADc&#10;CwAA3RAAAN8VAADhHQAA4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcAAOqvAADqzgAA6+8AAOv+&#10;AADr/wAA6/8AfaMAAG6rAABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAASzwAAC9MAAALYAAAA3QAA&#10;AOEAAADkAAAA5QAAAOcAAADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3MQAA+UEAAPpVAAD6agAA&#10;+4QAAPudAAD8tgAA/NIAAP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQAADTJAAAmzQAAGtIAABDY&#10;AAAI3QAAAOEAAADlAAAA6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAAAPkBAAD7CAAA/g4AAP8V&#10;AAD/IQAA/y8AAP9BAAD/VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA/9QA/wsgAP8HHgD/AB0A&#10;/wAgAP8AJQD/AC4A/wA7AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8AhwD/AI4A/wCUAP8AmgD/&#10;AKAA/wCmAP8ArQD/ALUA/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/AP0A/wD9AP8A/AD/APkA&#10;/wD5AP8A/w0dAP8LGgD/BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA/wBeAP8AaAD/AHIA/wB6&#10;AP8AggD/AIkA/wCQAP8AlgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2ANkA9QDrAPQA+QDzAP8A&#10;8gD/APMA/wDzAP8A8wD/APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8AGQD/ACUA/wAyAP8AQAD/&#10;AEwA/wBZAP8AYwD+AG0A/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCeAPIApADwAKwA7gC0AO0A&#10;wADrAM8A6QDmAOgA9QDmAP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A/xIUAP8QEAD/DA8A/wMQ&#10;AP8AFQD/ACAA/wAsAP8AOgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADtAH8A6wCGAOoAjADoAJMA&#10;5wCZAOUAoADjAKcA4QCwAN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA/wDTAP8A0wD/ANMA/wDT&#10;AP8A/xUQAP8SDAD/DgkA/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBNAOsAWADoAGEA5QBqAOIA&#10;cgDgAHoA3gCAANwAhwDaAI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQAygDZAMgA7QDHAPsAxQD/&#10;AMQB/wDDAf8AxAH/AMQB/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/DBQA/AcfAPEDKwDnADkA&#10;4gBGAN4BUQDaAlsA1QJkANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYFmADEBaAAwgapAMEGtAC/&#10;BsEAvQjVALsJ7AC4C/0Atgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsFAP8YAAD/FwAA/xYAAPsT&#10;BgD6EA4A7gwWAOMJIgDaCTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8AwQ52AL8OfgC9D4UAvA+N&#10;ALoQlQC4EJ0AtxCnALURsgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCnFf8AphT/AaYU/wGmFP8B&#10;/x8AAP8cAAD6HgAA6x4AAOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAURAC8Fk8AuRdZALcXYQC0&#10;GGkAsxlxALEZeACvGoAArhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3PAKEe6gGeHvwBnB//AZsf&#10;/wGaH/8Bmh7/AZke/wGZHv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAAyhwIAMQZEgC9HCIAtx4x&#10;ALMgPgCvIUkArSJTAKojXACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGeJZQBnSWeAZsmqgGZJrcB&#10;mCbJApUn5gKSJ/kCkCj/Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIpAADjMQAA0jQAAMg0AADA&#10;MAAAuykCALgjDgCxJhwArCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1nAZktbgGYLnUBli59ApQu&#10;hgKTLpACkS6aA48upgONLrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8Dgy//A4Mv/wODL/8D+ykA&#10;AOsxAADZOAAAyTwAAL88AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACaNEAAmDVKAJU1UwCTNVsB&#10;kTViAY81aQKNNXECjDV5A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn823AZ9NvQGezb/BXs2/wV6&#10;Nv8Eejb/BHo1/wR6Nf8E9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoAAKM2BgCdNxMAmTkiAJU6&#10;LwCSPDsAjzxGAIw8TwGKPFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcFfTySBns7ngd5O6wHdzu8&#10;CHY81Qh0PPEIczz/B3I8/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJRAAAvEgAALBJAACmRgAA&#10;n0EAAJs9AQCVPRAAkT8dAI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5CYgN8QmkEekJxBXhCegZ2&#10;QYQHdEGPCHJBmwhwQakJb0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/BmpB/wVqQf8F7TcAANZC&#10;AADESQAAt00AAKtNAACgSgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQAgEg/AH5ISAF7SFACeUhX&#10;AndIXwN1SGYEc0duBXFHdgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtlRuwLZEf/CWRG/whkRv8H&#10;ZEb/BmRF/wZkRf8G6DsAANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1HAACHSAsAg0oWAH9LJAB9&#10;TDEAek08AHdNRQF1TU0Cc01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJCWRLlgpiS6QLYUu0DF9L&#10;ygxeS+oLXkv+Cl5L/wleSv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAAsFUAAKFUAACWUgAAjVAA&#10;AIdMAACBTQgAfU8TAHpQIQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNpUWEEZ1FoBmVQcQdjUHsI&#10;YVCGCl9PkwtdT6EMW0+yDVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO/wdZTv8H30MAAMdNAAC4&#10;VAAArFkAAJ1XAACRVQAAiFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2AGxWQAFqVkgBaFZQAmZW&#10;VwNkVl4EYlVmBWBVbwddVXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YMU1P8C1NT/wlUUv8IVFL/&#10;CFRS/wdUUv8H2kYAAMNQAAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2VgEAcVcPAG5ZGwBsWigA&#10;aVozAGdbPQFlW0UBY1tNAmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRYjwtSWJ4MUFiuDU9Yww1O&#10;WOQMTlj7C09X/wlPV/8IT1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14AAJVdAACJXAAAf1sAAHZZ&#10;AABwWgAAa1wNAGhdGABmXiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oDWF9hBVVeagZTXnQHUV1/&#10;CU9djQpNXZwLS12sDEpdwQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdKWv8Hzk4AALxYAACuYAAA&#10;n2EAAJFgAACFXwAAe18AAHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxkNwBaZEABWGRIAVZkUAJU&#10;ZFcDUmRfBFBkZwVOY3EGTGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5CkRg/wlEYP8IRV//B0Vf&#10;/wdFX/8HyFIAALhcAACrZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAAX2YGAFtnEQBZaB0AV2kp&#10;AFZqMwBUajwAUmpFAVBqTAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhCaJgJQGipCj9ovQo+aN4J&#10;Pmf3CT5m/wg/Zf8HP2X/Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdnAAB7ZwAAcWcAAGVoAABc&#10;agAAWGwBAFRuDgBSbxgAUG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZAkRwYgNCcGwEQHB4BT5w&#10;hgY8b5UHOm+mCDhvuwg4b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8GvVwAAK9mAACibQAAkWwA&#10;AIJrAAB3awAAbGwAAGFuAABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBFeDMAQ3g8AEJ4RABBeE0B&#10;P3hVAT14XgI7eGgCOXh0Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0/wUxc/8FMXL/BTJy/wUy&#10;cv8Ft2MAAKptAACccQAAi3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoAAEJ9AwA/fg4APX8YADx/&#10;IwA7gC0AOoA2ADmBPwA4gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8DLIGhAyqBtgMpgdIDKX/z&#10;Ayl9/wMpfP8DKXv/Ayl7/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABtdQAAYXcAAFd6AABMfgAA&#10;Q4EAADuFAAA1iAkAMokRADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqLVAApi18AKItrACaLegEk&#10;i4sBI4ueASKLswEhjM4BIYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IAAKF8AACPewAAgHoAAHN6&#10;AABmfAAAW38AAFCCAABGhgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwAIpUmACGVLwAglTgAH5ZC&#10;AB6WTAAdllgAHJZkABqXdAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEWkv8BFpH/ARaQ/wEWkP8B&#10;pXsAAJmDAACJgQAAe4AAAGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2XAAAlmgAAHZ4BABagDAAU&#10;oRIAFKEbABOhJQASoS4AEaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOSAAyjpwAKosAAC6LmAAyg&#10;/gANn/8ADZ7/AA2d/wANnf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAATJIAAEGXAAA3mwAALp4A&#10;ACSiAAAcpQAAFagAAA+rBAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQABrkUAAK5SAACuYQAArnMA&#10;AK6HAACunQAArrQAAK7VAACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQAAB7kAAAa5IAAF2WAABQ&#10;mgAARJ8AADmjAAAvpwAAJasAAByuAAAUsQAADrQAAAm3AAABuAkAALgOAAC5FAAAuRwAALolAAC6&#10;LwAAuzoAALxHAAC8VgAAvGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4AALv/AAC7/wAAu/8AkJIA&#10;AIOYAABzmwAAY58AAFWjAABHqAAAO60AADCxAAAltAAAG7cAABK6AAAMvQAABb8AAADDAAAAxAIA&#10;AMUKAADFDgAAxhQAAMcbAADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADOgwAAzpsAAM21AADO2gAA&#10;zvYAAM3/AADN/wAAzf8AhpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkAACS8AAAZvwAAEcIAAArF&#10;AAACyQAAAMwAAADQAAAA0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEAAN8sAADhOgAA4koAAONd&#10;AADkcgAA5IsAAOWlAADlwAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABcrwAATbYAAD+8AAAwvwAA&#10;I8MAABfHAAAPygAAB84AAADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADkAAAA5gMAAOgJAADpDgAA&#10;7BUAAO4eAADxKwAA9DoAAPVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnkAAD58wAA+fMAbaoAAF6y&#10;AABPugAAQMEAADHFAAAiyQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAAAOgAAADrAAAA7QAAAO8A&#10;AADxAAAA8wAAAPYAAAD4AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA/2YAAP9/AAD/mQAA/68A&#10;AP/DAAD/1gAA/9YA/wQcAP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8ARgD/AFMA/wBeAP8AaQD/&#10;AHIA/wB6AP8AggD/AIkA/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5AP8AxQD/ANkA/gDsAP0A&#10;+wD7AP8A+wD/APsA/wD6AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA/wAWAP8AGwD/ACYA/wA0&#10;AP8AQgD/AE4A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8AJYA+gCdAPkAowD4AKsA&#10;9wC0APUAvwD0AM4A8wDmAPEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA/wDqAP8A/wsUAP8GEQD/&#10;ABAA/wAQAP8AFgD/ACIA/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBwAPcAeAD1AH8A8wCFAPIA&#10;iwDwAJIA7wCYAO0AnwDsAKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A4AD/AOAA/wDhAP8A4QD/&#10;AOEA/wDhAP8A/w0QAP8JDQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5AEMA9gBOAPIAWQDvAGIA&#10;7ABrAOoAcgDoAHkA5gCAAOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgAtADVAMAA0gDTANAA6gDO&#10;APoAzQD/AM0A/wDNAP8AzAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAIAP8ADgD/ABYA9gAiAPAA&#10;LwDsADwA6QBIAOUAUwDhAFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcAzgCOAMwAlQDKAJ0AyACl&#10;AMYArwDEALsAwgDLAMAA5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8AP8A/xEFAP8OAAD/CgAA&#10;/wgBAP8ECgD4ABAA6QAaAOMAKADeADUA2QBBANMATADPAFYAywBfAMkAZgDGAG4AxAB0AMIAewDB&#10;AIIAvwCJAL0AkAC8AJgAugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/AK4D/wCtBP8ArQT/AK0E&#10;/wCtBP8A/xQAAP8QAAD/DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0AyAI6AMQDRQDAA1AAvQRZ&#10;ALsFYQC5BWgAtwZvALUGdgC0B30AsgeEALEIjACvCJUArQmeAKsJqACqCrUAqArFAKYL3wCkDfQA&#10;og7/AKAO/wCfDv8Anw7/AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsWAADSEAIAzwkLAMgIFgDB&#10;CiQAvAwyALcNPgC0DkkAsQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGAAKURiACjEpEAoRKbAKAT&#10;pgCeE7MAnBPDAJsU3gCXFvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A/xoAAPQdAADlIwAA1SUA&#10;AMokAADCHQAAvhYEALsQEAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCgGl0AnhtlAJ0bbACbHHMA&#10;mhx7AJgcgwCXHY0AlR2XAJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg/wGHIP8BhyD/AYYg/wGG&#10;IP8B+h4AAOsmAADaLQAAyjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8mAJ8hMwCcIj4AmSNIAJck&#10;UQCVJFkAkyVgAJIlZwCQJm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sBhCe7AYMo0QGAKO4Bfin/&#10;AX0p/wF8KP8BfCj/AXwo/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACrMQAApSwAAKImBgCeJhMA&#10;mSghAJUqLgCSKzkAjyxEAI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIuegGBL4QBfy+PAn0vmgJ7&#10;L6cCei+3AngvzAJ2MOoCdTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoAANw1AADHOwAAuj8AAKw8&#10;AACiOAAAnDMAAJgvAACVLhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEAgDVYAH41XwF9NWYBezZu&#10;AXk1dgJ4NYACdjWLA3Q1lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNrNv8Cajb/Amo1/wJqNf8C&#10;6jAAANM6AADCQQAAs0MAAKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4JQCBOjEAfzs8AHw7RQB6&#10;PE0AeDxVAXc8XAF1PGMBczxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDuxBWc8xQVlPOUFZDz6BGQ8&#10;/wNjO/8DYzv/A2M7/wJjO/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAAjkAAAIk8AACEPAoAgD0U&#10;AH0+IgB6Py4AeEA4AHVBQgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANoQXkDZ0GEBGVBkQVjQZ8F&#10;YUGuBmBBwgZeQeIGXkH5BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhDAAC5SgAAqUsAAJtJAACQ&#10;RwAAiEQAAINBAAB+QQYAekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZPAWpGVgFoRl0CZkZlAmRG&#10;bQNiRnYEYEaCBF5GjgVcRZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8EV0T/A1hE/wNYRP8D2j0A&#10;AMRHAAC1TgAApE4AAJZMAACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBuSScAa0oyAGpLPABoS0QA&#10;ZktMAWRLUwFiS1oCYEtiAl9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RKvQdTStwHUkr2BlJK/wVS&#10;Sf8EUkn/A1JI/wNTSP8D1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwAAHhIAABySgAAbksNAGtN&#10;GABoTiQAZk4vAGRPOQBiT0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IEVU99BVNPigVSTpgGUE6o&#10;B05OuwdNTtkHTU71Bk1O/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACuVAAAnFMAAI5SAACDUQAA&#10;elAAAHJNAABsTwAAaFALAGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpUTgFYVFYBVlRdAlRUZgNS&#10;U28DUFN7BE5TiAVMU5cGS1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/BElQ/wNJUP8DykgAALlS&#10;AACqVwAAmFYAAIpVAAB/VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4AW1cpAFlYMwBYWDwAVllE&#10;AFVZTAFTWVMBUVlbAk9YZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZDWNIGQ1fyBkNW/wVDVf8E&#10;RFX/BERU/wNEVP8DxkwAALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZWAABhWAAAXVkEAFlaEABX&#10;WxsAVVwmAFNdMABSXTkAUV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12A0RdgwRCXZIFQF2jBj9d&#10;tgY+XdAGPVzxBT5b/wQ+Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAAkFwAAIJbAAB2WwAAbVsA&#10;AGFbAABbXQAAVl4AAFJgDQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBHY04ARmNWAURjXgFCY2gC&#10;QGNzAz5jgQM8Y5AEOmKhBDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle/wM5Xv8DvFUAAK1fAACc&#10;YAAAi18AAH1fAAByXwAAaF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gdAEVoJwBEaTEAQ2k5AEJq&#10;QgBAakoAP2pSAD1qWwE8amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsDMWjtAzFn/wMxZv8DMmX/&#10;AzJk/wMyZP8Dt1sAAKlkAACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQaAAASWsAAENtBABAbg4A&#10;Pm8YAD1vIgA8cCsAOnA0ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFxegEvcYoCLXGcAitxrwIq&#10;ccgCKnDrAipv/wIqbf8CKmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcAAHRnAABpZwAAX2gAAFVr&#10;AABLbgAAQ3EAADx0AAA3dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8ALnlIACx6UgArelwAKnpo&#10;ACh6dgAmeocBJXqZASN6rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIjdP8CrGgAAJ1uAACKbQAA&#10;e2wAAG9sAABlbAAAWm4AAFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeCFAAmgh4AJYInACSCLwAj&#10;gzgAIoNCACGDSwAghFYAH4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPmABiB/QAZgP8BGX//ARl+&#10;/wEZfv8BpnAAAJVzAACEcgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAAN4EAAC+EAAAniAAAIIsF&#10;ABuNDgAajRUAGY0eABiOJwAXjjAAFo45ABWOQwAUj08AE49bABKPagARj3sAEI+PAA+PpAAOj7sA&#10;DY/gAA6N+gAPi/8AEIr/ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4AABYewAATX4AAEKCAAA5&#10;hgAAL4oAACeOAAAgkQAAGJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5owAAqaOwAJmkYACJpTAAab&#10;YQAFmnIABJqGAAKamwAAmrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8AmYEAAId/AAB6fgAAa34A&#10;AF2BAABQhQAARYkAADuNAAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAGpQoAAaUQAAClFgAAph8A&#10;AKYoAACmMgAApz0AAKdKAACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl6QAApfwAAKX/AACk/wAA&#10;pP8AkYcAAIKGAAByhgAAY4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IAABemAAAQqQAAC6wAAASv&#10;AAAAsQYAALEMAACyEQAAshcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0AALVwAAC1hgAAtZ0AALW2&#10;AAC13AAAtPcAALT/AAC0/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABAnwAANaQAACqoAAAgrAAA&#10;FrAAAA+0AAAJtwAAAbkAAAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADCHQAAwycAAMUyAADGQAAA&#10;xlEAAMdjAADHeAAAx5EAAMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cAAHGaAABhngAAUqMAAEWp&#10;AAA4rgAALLMAACC3AAAWugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAAAMwAAADNAwAAzgkAANAO&#10;AADSEwAA1BsAANglAADbMgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA39kAAN/zAADf/wAA3/8A&#10;d58AAGimAABZrQAASrMAADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADMAAAA0AAAANUAAADZAAAA&#10;2gAAANwAAADeAAAA4AAAAOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFEAADyWAAA828AAPSKAAD0&#10;pAAA9L8AAPTfAAD08wAA9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAAE8oAAAvOAAAA0gAAANcA&#10;AADcAAAA4AAAAOUAAADnAAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gcAAPkOAAD8FgAA/yIA&#10;AP8zAAD/RwAA/10AAP92AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8AFgD/ABUA/wAYAP8AHgD/&#10;ACcA/wA2AP8AQwD/AE8A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP8AkAD/AJYA/wCcAP8A&#10;owD/AKsA/wC0AP4AvwD9AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A7gD/AOkA/wDnAP8A/wAU&#10;AP8AEQD/ABEA/wASAP8AFwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/AGgA/wBwAP8AeAD9AH4A&#10;/ACFAPoAiwD5AJEA+ACYAPcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A8gDsAP8A7AD/AOwA/wDr&#10;AP8A5QD/AOAA/wDeAP8A/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wArAP8AOAD/AEUA/gBQAPsA&#10;WgD4AGMA9QBrAPMAcgDxAHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA5gCpAOQAswDhAMAA4ADT&#10;AN4A6wDcAPsA2wD/ANoA/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/AAYA/wAJAP8ADwD/ABgA&#10;+wAlAPgAMgD1AD8A8gBKAO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4AgADcAIYA2gCNANcAlADU&#10;AJsA0gCkAM8ArQDNALkAywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/AMcA/wDHAP8A/woGAP8B&#10;AAD/AAAA/wAEAP8ACwD0ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA1ABfANEAZwDOAG0AzAB0&#10;AMoAegDIAIAAxgCHAMUAjgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3APAAtQD/ALYA/wC1AP8A&#10;tQD/ALUA/wC1AP8A/wwAAP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkAJADRADEAzQA8AMoARwDG&#10;AFEAwwBZAMAAYAC+AGcAvABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCaALAApACuAK8ArAC9AKoA&#10;0ACoAOsApwD7AKYA/wCmAP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA6gkAAOIEAADaAAcAzwAR&#10;AMgAHADCACkAvgA1ALsAQAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCrAHUAqQB9AKgAhACmAI0A&#10;pACWAKMAoAChAKsAnwG5AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI/wCXCP8A/xAAAPcQAADo&#10;FAAA3BUAAM4RAADGDQAAwgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhNAKYIVQCkCVwAogpjAKAK&#10;agCfC3EAnQt4AJwLgACaDIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoAjhD8AIwQ/wCLEP8AixD/&#10;AIsQ/wCKEP8A+xMAAO0aAADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCrDRkApw4mAKMPMwCfED4A&#10;nRFHAJoRUACYElcAlhJeAJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsVmgCKFacAiBa1AIYWyQCE&#10;F+cAghj7AIAZ/wB/Gf8Afxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoAALMmAACqIgAApRwAAKQV&#10;CACgFBMAmxYhAJcYLQCUGTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcAhh5vAIUedwCDH4AAgh+L&#10;AIAflwB+IKMAfSCyAHsgxQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0If8A7yEAANsrAADHMQAA&#10;tjEAAKkuAACgKgAAmyYAAJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUkRgCDJU4AgSZVAH8mXAB+&#10;JmMAfCdrAHsncwB5J3wAeCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3AWwp/wFrKf8Bayn/AWso&#10;/wFrKP8B6CgAANAyAADAOAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwAhygXAIMqIwCAKy8Afiw5&#10;AHwsQgB6LUoAeC5RAHcuWAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFrL50BaS+sAWgwvgFnMNsB&#10;ZTD1AWQw/wFjMP8BYy//AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6AACRNwAAijMAAIYwAACD&#10;LgkAfy8TAHswHwB4MisAdjM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVkAGo1bAFoNXUBZzWAAWU1&#10;jAFjNZoCYTapAmA2uwJfNtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B3DMAAMU8AAC0QQAAokAA&#10;AJU+AACLPAAAhDkAAH82AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBrOkMAajpLAGg7UgBnO1kA&#10;ZTthAWM7aQFiO3IBYDt9AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0NfUFJPRklMRQAGCdIDVzvx&#10;AlY7/wJWO/8CVjr/AVY6/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACFQAAAfj4AAHk7AAB0OgAA&#10;cToOAG08GABrPSQAaT4vAGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1AZgFcQG8BWkB6AlhAhwJW&#10;QJUCVECkA1NAtgNSQM8DUUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsAAL1FAACqRwAAmUYAAItF&#10;AACBRAAAeUIAAHQ+AABvPwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4AXkRFAF1FTQBbRVQAWUVc&#10;AVhFZAFWRW0BVEV4AlJFhQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJLRP8CS0P/AkxC/wJMQv8C&#10;yj8AALlIAACmSgAAlUkAAIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJFEwBfRh4AXUcoAFxIMgBa&#10;SDsAWUlDAFdJSgBWSVIAVElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmhA0hJswNHScoDRknsA0ZI&#10;/wJGSP8CR0f/AkdG/wJHRv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAAcEkAAGlGAABkRwAAX0kG&#10;AFxKEABaSxsAWEwlAFZMLwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFMTmkBSk5zAkhNgAJGTY8D&#10;RU2fA0NNsQNCTcgDQU3qA0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNPAACeTwAAjU4AAIBOAAB1&#10;TQAAbEwAAGNKAABeTAAAWk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9AE1SRQBMUk0ASlJUAElS&#10;XQFHUmYBRVJxAUNSfgJBUo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8CPU//Aj1P/wI9Tv8CvksA&#10;AK5TAACaUgAAiVEAAHxRAABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABOVBQATFUfAEtWKQBJVjIA&#10;SFY6AEdXQgBGV0oARFdSAENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhXrQI3V8QCN1fnAjdW/QI3&#10;Vf8CN1T/AjdT/wI4U/8Cuk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQAAFhUAABSVgAATlcAAEpZ&#10;CQBHWhEARlobAERbJQBDWy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEAOl1sAThdeQE2XYgBNF2Z&#10;AjNdqwIxXcICMVzlAjFb/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQWAAAgFgAAHNXAABpVwAA&#10;YFgAAFRZAABOWwAASF0AAENfBABAYA4APmEXAD1hIAA7YikAOmIyADliOgA4Y0IAN2NLADZjVAA0&#10;Y10AM2NoADFjdgEvY4UBLmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//AStf/wErXv8BsVkAAJ5c&#10;AACLXAAAe1sAAG9bAABlWwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoANWgSADRoGwAzaSQAMmkt&#10;ADFpNQAvaj0ALmpGAC1qTwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAja70AImrgACNp+QEjZ/8B&#10;I2b/ASNm/wEkZf8BrGAAAJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1jAABEZgAAPWgAADZrAAAw&#10;bgQALHAOACpxFQApcR4AKHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNgACBzbQAec30AHXOQABtz&#10;owAac7kAGXPcABpx9wAacP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAAcWQAAGZkAABdZAAAUmYA&#10;AEhpAAA/bAAAN28AADBzAAApdgAAInkIAB97EAAeexcAHHsfABt7KAAaezAAGXw5ABh8QwAXfE4A&#10;FnxaABV8ZwAUfXgAEn2LABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3/wASd/8AnmsAAIpqAAB6&#10;aQAAbWkAAGJpAABXagAATG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IAABSFCQARhhAAEYYXABCH&#10;HwAQhygADocxAA6HOwANh0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4ABYbJAAaF7AAHhP8ACIP/&#10;AAmC/wAJgv8AlXEAAINvAAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAyfQAAKoEAACKFAAAbiQAA&#10;FIwAAA+PAwAKkgsABpIRAASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACTWQAAk2kAAJN7AACSkAAA&#10;kqYAAJG/AACR5QAAkPoAAI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUAAFV4AABJfAAAP4AAADSE&#10;AAAriQAAIo0AABqRAAATlAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoAAJ4iAACfKwAAnzUAAKBC&#10;AACgUAAAoF8AAKBxAACghwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAAnP8Ahn0AAHh8AABpfAAA&#10;W38AAE6DAABBiAAANowAACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACnAAAAqQMAAKkKAACqDgAA&#10;qxMAAKwZAACtIgAArisAAK83AACvRQAAr1QAAK9mAACvewAArpQAAK6rAACuyQAAru8AAK3/AACt&#10;/wAArf8AgYQAAHGEAABhhwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAAEqgAAAysAAAErwAAALIA&#10;AAC2AAAAtwAAALcCAAC4CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAAwEgAAMBaAADBbgAAwYYA&#10;AMGgAADBugAAweMAAMD5AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2gAAAxpQAAJasAABqvAAAR&#10;swAAC7gAAAK7AAAAvgAAAMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoLAADMDwAAzhUAANAfAADT&#10;KwAA1ToAANVMAADWYAAA2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8AcJkAAGCeAABRpAAAQ6oA&#10;ADWwAAAotgAAHLoAABG+AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA0wAAANYAAADYAAAA2wAA&#10;AN0AAADfBwAA4g0AAOUTAADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADvnAAA8LcAAPDTAADw7AAA&#10;8PQAZ6YAAFitAABJtAAAOroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIAAADWAAAA3AAAAOAAAADj&#10;AAAA5AAAAOYAAADoAAAA6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwAAP8sAAD/PwAA/1UAAP9u&#10;AAD/igAA/6QAAP+6AAD/0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/ACUA/wAyAP8APwD/AEsA&#10;/wBWAP8AYAD/AGgA/wBwAP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8AngD+AKYA/QCuAPwAuQD6&#10;AMgA+QDiAPgA9AD3AP8A9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wARAP8ADgD/AA4A/wAPAP8A&#10;FAD/ACAA/wAtAP8AOgD/AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA+QCAAPcAhgD2AIwA9QCS&#10;APMAmQDyAKAA8ACpAO4AswDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDlAP8A3QD/ANUA/wDRAP8A&#10;/wANAP8ACgD/AAgA/wAJAP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYAVQDzAF4A8QBmAO4AbQDs&#10;AHQA6wB6AOkAgADnAIYA5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDKANcA5gDUAPgA0gD/ANIA&#10;/wDSAP8AzgD/AMkA/wDGAP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA9wAiAPMALgDvADoA7ABF&#10;AOgATwDkAFgA4QBgAN4AZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDNAJUAywCeAMkApwDHALMA&#10;xQDCAMMA3ADBAPEAvwD/AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8AAAD/AAAA/wAAAPYACADu&#10;ABEA5wAbAOEAJwDdADMA2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABtAMIAcwDAAHoAvwCAAL0A&#10;iAC7AJAAuQCYALgAogC1AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8ArgD/AK4A/wCuAP8A/wIA&#10;AP8AAAD9AAAA8gAAAOgAAADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9AEsAugBTALgAWgC2AGEA&#10;tABnALIAbQCwAHQArwB6AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIAxgChAOMAnwD2AJ4A/wCe&#10;AP8AngD/AJ4A/wCeAP8A/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAPAL0AGQC4ACUAtAAxALEA&#10;OwCuAEUArABNAKkAVQCnAFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUAnACOAJoAmACYAKQAlgCw&#10;AJUAwQCTANwAkgDyAJEA/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADhEQAAzhAAAMINAAC7BwAA&#10;twAKALEAEgCsAB4AqAApAKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcBYwCWAmkAlAJwAJMDeACR&#10;A4AAkASKAI4ElQCMBaEAigWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/AIML/wCDC/8A9hAAAOYX&#10;AADSHAAAwBoAALMWAACsEgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgAlAtBAJIMSgCQDFEAjg1Y&#10;AIwNXgCLDWUAiQ1sAIgOdACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9ENsAehH0AHgS/wB3Ev8A&#10;dxL/AHcS/wB3Ev8A7xcAANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkRBACYDhAAkxAbAI8RJwCM&#10;EjIAiRM8AIcTRACFFEwAgxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReDAHgXjwB2GJwAdBiqAHMZ&#10;uwByGdQAbxrxAG4b/wBtG/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAAqyoAAJ4oAACWJAAAkCAA&#10;AI0cAACMFwwAiBgWAIQaIgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2H1wAdB9jAHMfawBxIHQA&#10;cCB/AG4hiwBsIZgAayGnAGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi/wBkIf8A4CYAAMgvAAC0&#10;MQAAozAAAJYuAACNKwAAhygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQzAHMlPABxJUMAcCZLAG4m&#10;UgBtJ1kAaydgAGonaABpKHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsAXirsAFwq/wBcKf8AXCn/&#10;AFwp/wBcKP8A2CwAAMM1AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5KAMAdicQAHIpGgBwKiUA&#10;bSsvAGssOABqLEAAaC1HAGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4vhABcL5IAWi+hAVkvsgFY&#10;MMgBVjDpAVUw/gFVL/8AVS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgAAIo3AACANgAAejIAAHUw&#10;AAByLgAAbi4NAGsvFgBpMCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIAXTRaAFw0YgBaNGsAWTV1&#10;AFc1ggBVNZABVDWfAVI1sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFPM/8ByzYAALg9AACjPAAA&#10;kjwAAIU7AAB7OgAAdDcAAG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43MQBdODoAWzhBAFo5SABZ&#10;OVAAVzlXAFY6XwBUOmgAUzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrlAUk6/AFJOf8BSTn/AUk4&#10;/wFKOP8BxzoAALNAAACePwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAAYjkHAF86EQBcOxsAWjsl&#10;AFk8LgBXPTcAVj0+AFQ+RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFKP4sBSD+bAUc/rAFFP8EB&#10;RD/jAUQ++wFEPv8BRD3/AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1BAABzQAAAaz8AAGU8AABg&#10;PAAAXD4EAFk+DwBXPxgAVUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNSAEtDWgBKQ2QASENuAEdD&#10;ewFFQ4kBQ0OZAUJDqwFAQ8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8Bv0EAAKpFAACWRQAAhkUA&#10;AHlEAABvRAAAZ0IAAGA/AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABMRjEAS0Y5AEpHQQBJR0gA&#10;SEdQAEZHWABFR2EAQ0hsAEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH+AE6Rv8BOkX/ATtF/wE7&#10;RP8Bu0UAAKZIAACSRwAAgkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcAAE5ICgBMSRIASkkcAEhK&#10;JQBHSi4ARks2AEVLPgBDS0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUBOUyVATdMpwE2TLwBNUzd&#10;ATVL9wE1S/8BNUr/ATZJ/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABoSgAAX0kAAFVIAABQSgAA&#10;TEsAAElMBwBGTRAARE4ZAEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtRUwA6UVwAOFFnADdRcwA1&#10;UYIAM1GTATJRpQEwUboBL1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0AAJ1NAACKTQAAek0AAG5N&#10;AABkTQAAW00AAFFNAABLTwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScAOVUvADhVNwA3Vj8ANlZH&#10;ADVWUAAzVlkAMldkADBXcQAvV4AALVeRACtXowAqV7gAKVfWAClW9QApVf8AKlT/ASpT/wEqUv8B&#10;r1EAAJhRAACFUQAAdlAAAGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtYAAA4WQoANVoRADRaGgAz&#10;WyIAMlsrADFbMwAvXDsALlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2OACRdoQAjXbUAIl3SACJc&#10;8wAiW/8AI1r/ACNZ/wAkWP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAAVFUAAEpWAABDWAAAPFsA&#10;ADZdAAAwYAUALWEOACthFQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAjY1EAImRcACFkaQAfZHkA&#10;HmSKABxkngAbZLMAGWTOABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxYAAB7WAAAbVgAAGJYAABZ&#10;WAAAUFkAAEdbAAA+XgAAN2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2ogAB5rKAAdazAAHGs5ABtr&#10;QgAabEwAGWxYABdsZQAWbHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8AE2j/ABNo/wATZ/8AmV0A&#10;AIVdAAB1XAAAaFwAAF5cAABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAkbQAAHnABABdzCwAVdBEA&#10;FHQYABN0IQASdSkAEXUyABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1lQAKdaoACHTDAAl05wAK&#10;c/0AC3H/AAxx/wAMcP8AkWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUAADxoAAAzbAAAK28AACRy&#10;AAAddgAAF3kAABF8BAANfwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8ABH9LAAJ/WAABf2cAAH95&#10;AAB/jgAAf6MAAH67AAB94AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABrZgAAYWYAAFRnAABJaQAA&#10;P20AADVxAAAsdQAAJHkAAB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJFAAAihsAAIojAACLLAAA&#10;izcAAItDAACLUAAAi18AAItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/AACH/wAAh/8Agm0AAHNs&#10;AABobAAAWm0AAE5vAABCcwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAAC48AAASSAAAAlAYAAJUM&#10;AACVEAAAlhUAAJccAACYJAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAAmZQAAJirAACXyAAAlu4A&#10;AJb/AACV/wAAlf8Ae3QAAG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaIAAAdjQAAFJIAAA6WAAAJ&#10;mQAAAZwAAACgAAAAoQAAAKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgvAACoPQAAqUwAAKleAACp&#10;cgAAqIkAAKiiAACovAAAp+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAAS4IAAD6HAAAyjQAAJ5IA&#10;AB2XAAAUnAAADqAAAAekAAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAAswoAALQOAAC1EwAAthsA&#10;ALgkAAC6MQAAukAAALpSAAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5/wAAuf8Ab4MAAF+GAABR&#10;iwAAQ5AAADaXAAAqnQAAH6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsAAAC+AAAAvwAAAMAAAADB&#10;AAAAwwEAAMQHAADFDQAAxxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4AANGIAADQpAAA0MEAANHm&#10;AADR+AAA0f8AZ48AAFeUAABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAGvAAAAMAAAADDAAAAxgAA&#10;AMsAAADNAAAAzgAAANAAAADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADjFwAA5iQAAOc2AADoSQAA&#10;6V8AAOp4AADrlAAA668AAOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIAACa5AAAZvgAADsIAAATF&#10;AAAAygAAAM0AAADRAAAA2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAAAOkAAADrAAAA7gAAAPEF&#10;AAD1DQAA+RYAAPwlAAD9OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA/+QA/wARAP8ADwD/AA8A&#10;/wARAP8AFgD/ACIA/wAvAP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8AcwD/AHoA/wCAAP8AhgD/&#10;AIwA/gCTAP0AmQD7AKEA+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/APMA/wDpAP8A4AD/ANgA&#10;/wDTAP8A/wAOAP8ACwD/AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA/wBMAP8AVgD+AF8A+wBm&#10;APkAbQD3AHQA9QB6APQAgADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDpALoA5wDNAOUA6QDkAPsA&#10;4wD/AOIA/wDeAP8A0QD/AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8ADgD/ABgA/wAkAP0AMAD7&#10;ADsA9wBGAPMAUADvAFkA7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACHAN4AjgDcAJUA2gCeANYA&#10;qADUALMA0QDDAM8A3wDOAPQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A/wACAP8AAAD/AAAA/wAA&#10;AP0ACwD3ABMA8QAeAO0AKgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDSAGcA0ABtAM4AcwDMAHoA&#10;ygCAAMgAhwDGAI8AxACYAMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA/wC4AP8AtwD/ALMA/wCw&#10;AP8A/wAAAP8AAAD/AAAA+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5AMsAQwDHAEwAxABUAMEA&#10;WwC/AGEAvABnALsAbQC5AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcArAC0AKsAxgCpAOQApwD4&#10;AKYA/wCmAP8ApQD/AKUA/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQAAoAyAASAMIAHQC+ACgA&#10;uwAzALkAPQC1AEYAsgBNALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUAegCkAIIAogCMAKAAlgCf&#10;AKEAnQCuAJsAvgCZANgAlwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAAAPUAAADnAQAA1AAAAMkA&#10;AADAAAQAuAAOALMAFgCvACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUAnQBbAJsAYQCaAGcAmABu&#10;AJcAdQCVAH0AlACGAJIAkQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCIAP8AiAD/AIgA/wCIAP8A&#10;+QYAAOkMAADUDgAAwwwAALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsAMACYADkAlgBBAJQASQCS&#10;AFAAkABWAI4AXACNAGIAiwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggClAIAAtAB+AMgAfQHnAHwC&#10;+QB7A/8AewT/AHsE/wB7BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAAngoAAJsDDACXABMAkwAe&#10;AJABKQCNAjMAigM8AIgEQwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9CHQAfAh+AHoJiQB4CZYA&#10;dwqjAHUKswBzC8cAcgzmAHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAeAAC5HQAAqRwAAJ0aAACV&#10;FgAAkBMAAI8OAwCOCg4AiQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5NAHkPUwB4EFoAdhBhAHUQ&#10;aABzEHEAcRF7AHARhwBuEZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8AZRT/AGUT/wBlE/8A3x4A&#10;AMYkAACwJAAAoCMAAJQhAACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5FCgAdhQxAHQVOgByFkEA&#10;cRZIAG8XTwBuF1YAbBddAGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEarwBgGsQAXhvkAF0c+wBc&#10;HP8AXBv/AFwb/wBcG/8A1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIAAHkfAAB4GwMAdhkPAHIa&#10;GABvHCMAbR0tAGsdNQBpHj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkAXyFzAF0hfwBcIY0AWiKc&#10;AFkirABXIsAAViPhAFUj+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACiLgAAki4AAIUtAAB8KwAA&#10;digAAHImAABvIwAAbSEMAGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8mSABdJk8AXCdWAFsnXQBZ&#10;J2YAWChwAFYofABUKIoAUymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/AE0o/wBOKP8AyDAAALAy&#10;AACcMgAAjDIAAIAxAAB2MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwAXiolAFwrLgBbKzYAWSw9&#10;AFgsRABXLUwAVS1TAFQtWwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJL7sASC/bAEgv9gBHL/8A&#10;Ry7/AEct/wBILf8AxDQAAKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYvAABiLgAAXy0FAFwuEABa&#10;LxgAWDAiAFYwKwBVMTMAUzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNrAEozdwBINIUARzSVAEU0&#10;pgBDNLkAQjTWAEI09ABCNP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAAgzgAAHc4AABtNwAAZjYA&#10;AGEzAABdMgAAWTICAFczDQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBLN0YASjdOAEk4VgBHOF8A&#10;RjhpAEQ4dQBDOIMAQTmTAEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03/wA9Nv8AuzsAAKI7AACP&#10;OwAAfzsAAHM7AABqOgAAYjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkcAEs6JQBKOi0ASDs1AEc7&#10;PABGPEQARTxLAEQ8UwBCPFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYAOD3RADc98gA3PP8AODv/&#10;ADg7/wA4Ov8Atj0AAJ4+AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABTOgAATzsAAEw8CABJPREA&#10;Rz4ZAEY/IgBEPyoAQz8yAEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpBcAA4QX8AN0GPADVCoQA0&#10;QrQAMkLOADJB8AAyQP8AM0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEAAGxBAABiQAAAW0AAAFQ/&#10;AABOPwAASkAAAEZBBQBEQg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4AOkVGADlFTgA4RlgANkZi&#10;ADVGbgAzRnwAMUaNADBGnwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAuQ/8ArEMAAJZDAACDQwAA&#10;dEMAAGhDAABfQwAAV0MAAFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpIHAA5SSQAOEksADZJNAA1&#10;SjsANEpDADNKTAAySlUAMEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vKACdL7QAnSv8AKEn/AChI&#10;/wApR/8Ap0YAAJFGAAB/RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAAP0oAADtLAAA3TAkANU0Q&#10;ADNOGAAyTiAAMU8oADBPMAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAnUHcAJVCIACRQmwAiUK8A&#10;IVDIACBQ6wAhT/8AIk7/ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFKAABYSgAAUEoAAElLAABA&#10;TAAAO04AADVQAAAxUgQALVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8ACVWRQAkVk4AIlZZACFW&#10;ZQAfVnQAHlaFABxWmAAbVqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8Am00AAIZNAAB1TQAAaE0A&#10;AF1NAABUTQAATU4AAEVPAAA8UQAANlMAADFVAAArWAAAJloJACNbEAAiWxcAIVwfACBcJwAfXC4A&#10;HVw3ABxdQAAbXUoAGl1VABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd5wASW/4AE1r/ABNa/wAU&#10;Wf8AlFEAAIBRAABwUQAAZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkAACtbAAAlXgAAH2EDABpj&#10;DAAYZBEAF2QZABZkIQAVZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsADmV9AA1lkQAMZaUACmS8&#10;AApk4AALY/kADGL/AA1h/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABOVQAARFcAADxZAAA0XAAA&#10;LF8AACZiAAAfZQAAGWgAABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtuNAAKbj4ACG5KAAduVwAG&#10;bmUABG52AAJuigAAbZ8AAG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoAAHRaAABmWgAAXFkAAFNZ&#10;AABIWgAAP10AADZgAAAuYwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoABXcQAAF3FQAAdxwAAHck&#10;AAB4LQAAeDcAAHhDAAB4UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAAdfAAAHX/AAB0/wAAdP8A&#10;fl8AAG5fAABiXgAAWV4AAE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0AAASdwAADXsAAAh+AAAC&#10;gAgAAIENAACBEQAAghcAAIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRoAACEfAAAhJMAAIOqAACC&#10;xQAAgesAAIH+AACA/wAAgP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAAMW8AAChzAAAgdwAAGHwA&#10;ABF/AAAMgwAABocAAACKAAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAAkScAAJIyAACSPwAAkk4A&#10;AJJfAACScwAAkosAAJGiAACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZqAABYawAAS20AAD9xAAA0&#10;dgAAKnsAACCAAAAXhQAAEIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoDAACbCAAAnA0AAJ4RAACf&#10;FgAAoB4AAKIoAACiNQAAo0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgAAKD2AACf/wAAn/8AbnEA&#10;AF9yAABRdQAARHkAADd+AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAAoAAAAKQAAACnAAAAqAAA&#10;AKkAAACqAAAArAYAAK0LAACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1XQAAtXMAALWOAAC1qAAA&#10;tMYAALPtAACy/wAAsv8AZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoAABCfAAAJpAAAAKkAAACt&#10;AAAAsAAAALQAAAC3AAAAuAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4AAMQUAADHHgAAyCwAAMk9&#10;AADKUAAAymYAAMp/AADKmwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABBkQAAM5gAACefAAAbpQAA&#10;EasAAAmwAAAAtQAAALkAAAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAAAADSAAAA&#10;1AUAANkMAADdEgAA4R4AAOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXFAADl5wAA5vYAVpQAAEib&#10;AAA6ogAALKkAAB+wAAATtgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAAANYAAADaAAAA2wAAAN4A&#10;AADgAAAA4gAAAOQAAADnAAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA+kgAAPtfAAD8egAA/ZcA&#10;AP2vAAD9xwAA/eQA/wAOAP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8ANgD/AEIA/wBNAP8AVwD/&#10;AF8A/wBnAP8AbgD/AHQA/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wClAPUArwD0ALwA8wDPAPEA&#10;7ADwAP4A7wD/AO8A/wDjAP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA/wAIAP8AEAD/ABkA/wAl&#10;AP8AMQD/AD0A/wBHAP4AUQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDvAIEA7gCHAOwAjgDqAJYA&#10;6ACfAOYAqQDjALUA4gDGAOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA/wC+AP8A/wADAP8AAAD/&#10;AAAA/wABAP8ADQD/ABQA/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABbAOYAYgDjAGgA4QBuAN8A&#10;dADcAHoA2gCBANgAiADUAJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAAxgD/AMQA/wDEAP8AuwD/&#10;ALYA/wCzAP8A/wAAAP8AAAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDkADAA4QA7ANwARQDVAE0A&#10;0QBVAM4AWwDLAGIAyQBnAMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsAnAC5AKcAtwC1ALUAyACz&#10;AOYAsgD7ALEA/wCwAP8ArgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAAAOUAAgDcAA0A0wAUAM0A&#10;HwDKACoAxwA0AMQAPgDAAEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0AsABzAK4AegCsAIIAqgCL&#10;AKgAlQCnAKAApQCtAKMAvgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCbAP8A/wAAAPwAAADuAAAA&#10;4AAAANAAAADFAAgAvgAQALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgATwClAFUAowBbAKIAYACg&#10;AGYAnwBsAJ0AcwCbAHsAmgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADsAI8A/wCOAP8AjgD/AI4A&#10;/wCPAP8A/AAAAO8AAADbAAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0AogAnAKAAMQCdADoAmgBC&#10;AJgASQCWAE8AlABVAJMAWwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCIAJUAhgCiAIUAsQCDAMQA&#10;gQDkAIAA+QB/AP8AgAD/AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwDAACmAAAAoAAHAJsADwCY&#10;ABcAlQAhAJIAKgCPADMAjQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBhAIEAaACAAHAAfgB5AHwA&#10;hAB7AJAAeQCdAHgArAB2AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A6Q0AAM8QAAC5EAAAqRAA&#10;AJ4OAACXCwAAkwYAAJAACwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9AEQAfABLAHoAUQB5AFcA&#10;dwBdAHYAZAB0AGwAcwF1AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG8QBoB/8AZwf/AGcH/wBn&#10;B/8A3xQAAMMXAACuFwAAnhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMUAHwFHgB5BygAdwgwAHUI&#10;OABzCUAAcglGAHAKTABvClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsAZA2ZAGINqQBhDbsAYA3Y&#10;AF4O8wBdDv8AXQ7/AF0O/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACBGgAAexcAAHgTAAB4EAYA&#10;dw0PAHMOGABwDiIAbg8rAGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMSXQBhEmYAYBJvAF4SewBc&#10;E4gAWxOXAFkTpwBXFLoAVhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIAALAiAACdIwAAjSMAAIEi&#10;AAB5IQAAcx4AAG8bAABuFwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcAYBc+AF4YRQBdGEsAXBlS&#10;AFoZWgBZGWIAVxpsAFYadwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBMHP8ATBz/AE0c/wBNG/8A&#10;wyYAAKonAACWJwAAhygAAHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIbEQBfHBoAXR0jAFseKwBa&#10;HjMAWB86AFcfQQBWIEgAVCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKRAEkiogBIIrQARyLNAEYj&#10;7wBFI/8ARSL/AEYi/wBGIf8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAAZikAAGImAABfJAAAXSIE&#10;AFshDgBYIhYAViMfAFQkKABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABLJ1wASSdmAEgncQBGJ38A&#10;RSiPAEMooABBKLIAQCjLAD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8uAACMLwAAfS8AAHEvAABo&#10;LgAAYS0AAF0rAABaKAAAVycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0AEorOwBJK0IASCxJAEYs&#10;UQBFLFoARCxkAEItbwBALX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8AOi3/ADos/wA6LP8AsjAA&#10;AJsxAACIMgAAeTIAAG0yAABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBMLREASi4ZAEkvIgBHLyoA&#10;RjAxAEUwOABDMD8AQjFHAEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgynAA2Mq8ANTLHADQy6QA0&#10;Mv8ANTH/ADUx/wA1MP8ArTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQAAFQzAABQMAAATDEAAEkx&#10;BgBHMg8ARTMWAEMzHwBCNCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUAOTZfADc2awA2NngANDeJ&#10;ADI3mgAxN60ALzfFAC836AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACANwAAcjgAAGY4AABdNwAA&#10;VjcAAFA2AABLNAAARzUAAEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5MwA5OjoAODpCADY6SgA1&#10;OlMANDtdADI7aAAwO3YALzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/ACs5/wAsOP8ApDgAAI45&#10;AAB8OgAAbjoAAGM6AABaOgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsAOjwRADg9GQA3PSEANj4p&#10;ADQ+MAAzPjcAMj8/ADE/RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAmQKoAJUDBACRA5QAkP/wA&#10;JT7/ACY9/wAmPf8AnzsAAIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9AABCPQAAPD4AADk/AAA2&#10;QQgANEEPADJCFgAxQh4AL0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERYACdFYwAlRXEAI0WCACJF&#10;lQAgRagAH0W/AB5E4wAfRPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAAZ0AAAFxAAABTQAAATEAA&#10;AEZAAAA+QQAAOEMAADRFAAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAnSTEAJUk5ACRJQQAjSkoA&#10;IkpVACBKYQAfSm8AHUp/ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH/wAaR/8AlUIAAIBCAABw&#10;QwAAY0MAAFhDAABQQwAASUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0JACROEAAiThYAIU8dACBP&#10;JQAfTywAHk81AB1PPQAcUEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQAEVC6ABFQ3gART/gAEk7/&#10;ABNN/wAUTf8Aj0UAAHtGAABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3SgAAMUwAACtOAAAmUAAA&#10;IFMDABxVDAAaVhEAGVYYABdWIAAWVicAFVYwABRWOQATV0IAEldNABFXWQAQV2gAD1d5AA5XjAAN&#10;V6AAC1e2AAtW1AALVvQADFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oAAFFKAABKSgAAQ0oAADtM&#10;AAAzTgAALFEAACZUAAAhVgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIADl4qAA1eMwAMXj0AC15I&#10;AApeVAAIXmIAB15zAAVehgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAFW/8AgU4AAHBOAABiTgAA&#10;V04AAE5OAABHTgAAPk8AADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBjAwAMZgsACGcQAAZnFQAF&#10;ZxwABGckAAJnLQABZzcAAGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGasAABlxwAAZesAAGT8AABk&#10;/wAAY/8AelIAAGpTAABdUgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAAIV8AABpiAAAUZQAAEGgA&#10;AAxrAQAGbgkAAG8OAABvEgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAAcVYAAHFmAABxeQAAcY8A&#10;AHCnAABvwQAAb+cAAG78AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZXAAA8WgAAMl0AACphAAAi&#10;ZAAAGmgAABRsAAAObwAACnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZAAB8IAAAfSkAAH0zAAB9&#10;QAAAfU4AAH1eAAB9cgAAfYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8AbV0AAGBcAABXXAAAS10A&#10;AEBfAAA1YwAAK2cAACNrAAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAAgwEAAIQGAACFCwAAhg8A&#10;AIgTAACJGQAAiiEAAIsrAACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACKswAAidgAAIj3AACI/wAA&#10;h/8AaGMAAF5iAABRYgAARGUAADhpAAAubgAAJHMAABp4AAATfQAADYEAAAaFAAAAiQAAAI0AAACQ&#10;AAAAkgAAAJIAAACUBQAAlQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwAAJ1MAACcXwAAnHYAAJuR&#10;AACbqwAAmskAAJrwAACZ/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAlfAAAG4EAABKHAAAMjAAA&#10;BJEAAACVAAAAmQAAAJ0AAACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACpDAAAqhEAAK0YAACvIgAA&#10;rzAAAK9BAACvVAAAr2sAAK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEAAE90AABCeQAANX8AACiF&#10;AAAdjAAAE5IAAAyYAAADnQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAAALMAAAC0AAAAtgAAALgA&#10;AAC6BAAAvAoAAL4QAADBFwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAAxa8AAMXRAADD8gAAw/8A&#10;VnwAAEeCAAA6iAAALI8AACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3AAAAuwAAAL8AAADCAAAA&#10;wgAAAMUAAADGAAAAyAAAAMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0nAADeOgAA31AAAOBoAADg&#10;hAAA4aEAAOG9AADh4gAA4PQATosAAECSAAAymQAAJaEAABioAAAOrwAABbUAAAC6AAAAvwAAAMQA&#10;AADIAAAAzgAAANEAAADUAAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA5AAAAOcAAADrBQAA7w4A&#10;APQZAAD1KwAA9kEAAPdYAAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8ACAD/AAkA/wAMAP8AEgD/&#10;ABoA/wAmAP8AMgD/AD4A/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1AP4AewD8AIEA+wCIAPkA&#10;jwD3AJcA9QCgAPMAqgDyALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8AzgD/AMYA/wDCAP8A/wAE&#10;AP8AAAD/AAAA/wAFAP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5AFQA9wBcAPQAYwDyAGkA&#10;8ABvAO4AdQDsAHsA6gCCAOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA3ADYAPQA1QD/ANMA/wDL&#10;AP8AwQD/ALsA/wC3AP8A/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAbAPYAJwD0ADIA8AA8AOwA&#10;RgDoAE4A5ABWAOEAXADeAGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoAywCTAMgAnQDGAKgAxAC3&#10;AMEAzADAAOsAvgD/AL0A/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/AAAA+gAAAPIABQDqAA4A&#10;5QAWAOAAIQDdACsA2wA2ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAAZwC+AG0AvABzALoAegC4&#10;AIIAtgCLALQAlgCyAKEAsACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/AKEA/wCfAP8A/wAAAP8A&#10;AAD3AAAA6AAAANwAAADQAAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEAtQBIALIATwCwAFUArgBb&#10;AKwAYQCqAGYAqABsAKcAcwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACaANAAmQDvAJgA/wCXAP8A&#10;lgD/AJQA/wCSAP8A/wAAAPYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAAFQCsAB8AqgApAKgAMgCl&#10;ADoAogBCAKAASQCeAE8AnABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9AJAAhwCOAJMAjAChAIsA&#10;sACKAMUAiADmAIcA+wCGAP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAAvQAAALMAAACqAAAAowAK&#10;AJ8AEQCbABkAmQAjAJcALACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJAFoAhwBgAIYAZgCEAG4A&#10;gwB3AIEAgQB/AI0AfgCbAHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA/wB4AP8A7QAAANECAAC7&#10;AgAArAEAAKIAAACbAAAAlgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2AIIAPQCAAEMAfgBJAH0A&#10;TwB8AFUAegBbAHkAYQB3AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYAbQDOAGwA7gBrAP8AawD/&#10;AGsA/wBrAP8A3wsAAMIMAACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCBABAAfwAXAHwAIAB6ACgA&#10;eAAwAHYAOAB0AD4AcwBEAHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgAdwBnAIQAZQCSAGQAoQBj&#10;ALIAYQDJAGAA6QBgAPwAYAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIAAIgRAACADwAAfA0AAHkJ&#10;AQB4AwsAdQARAHMAGgBwACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwAZQRSAGMFWQBiBWEAYAVq&#10;AF8GdABdBoEAXAePAFoHnwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBWCv8AxhUAAK0XAACZGAAA&#10;ihgAAH8XAAB2FgAAcRMAAG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGMLLgBiDDUAYAw8AF8MQgBe&#10;DUgAXA1PAFsNVgBZDV4AWA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7IAE0Q6gBNEP0ATRD/AE0Q&#10;/wBNEP8AvBsAAKUcAACSHQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAAZBAIAGIPEABfEBgAXRAh&#10;AFsRKQBaETEAWBI4AFcSPgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABMFH0ASxSMAEkUnABHFa4A&#10;RhXFAEUV6ABFFv4ARRb/AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEiAABoIQAAYh8AAF8dAABc&#10;GgAAWxcCAFoVDQBXFhQAVRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlIAEsaUABKGlgASBpiAEca&#10;bQBFG3oAQxuJAEIbmgBAG6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8AryMAAJgkAACGJQAAdyYA&#10;AGwmAABjJQAAXSQAAFkiAABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBLHikASh4xAEkfNwBHHz4A&#10;RiBFAEUgTQBDIFUAQiBfAEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci4wA3IvsANyL/ADgh/wA4&#10;If8AqiYAAJQnAACBKQAAcykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIAAEwiBwBKIhAASCIXAEcj&#10;HwBFJCYARCQuAEIkNABBJTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUANyeEADUnlgA0J6gAMie+&#10;ADEn4QAxJ/kAMib/ADIm/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABbLAAAVSsAAFAqAABMKAAA&#10;SiYAAEcnBABEJw0AQigUAEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkqSAA4K1AANitaADUrZQAz&#10;K3IAMSuCADAslAAuLKcALCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwAAIstAAB5LgAAay8AAGAv&#10;AABYLwAAUS4AAEwuAABILAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEAOS4oADcuLwA2LzYANS8+&#10;ADQvRQAzL04AMTBYADAwYwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAmMPcAJy//ACgv/wAoLv8A&#10;nC4AAIcwAAB2MQAAaDIAAF0yAABVMgAATjEAAEgxAABEMAAAQC8AADwwAAA6MQkANzEQADYyFgA1&#10;Mh4AMzMlADIzLAAxMzMAMDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+ACU1kAAjNaMAIjW5ACE1&#10;2QAhNPYAIjT/ACMz/wAjMv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAASzQAAEU0AABANAAAOjMA&#10;ADc0AAA0NQYAMjYOADA3EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAoOUkAJjlTACU5XwAjOWwA&#10;ITp8ACA6jgAeOqIAHDq3ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82AABuNwAAYTcAAFc3AABO&#10;NwAASDcAAEI3AAA8NwAANTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0fACY9JgAlPS4AJD01ACM+&#10;PQAiPkYAID5QAB8+XAAdP2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMAFz3/ABg8/wAYPP8AjjcA&#10;AHo4AABqOQAAXjoAAFM6AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAApQAAAJkEIACRCDgAiQhQA&#10;IUIbACBDIwAfQyoAHkMyABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNEigASRJ4AEUSzABBE0AAQ&#10;Q/IAEUL/ABJC/wATQf8AiTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0AADw9AAA2PgAAL0AAACpC&#10;AAAlRAAAIUYDAB1IDAAbSREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAAE0pKABFKVgAQSmQAD0p0&#10;AA5KhwANSpsADEqwAApKygALSewADEj/AA1H/wANR/8Agz4AAHE/AABiQAAAVkAAAE1AAABFQAAA&#10;P0AAADlBAAAyQgAAK0UAACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQGQAQUCEAD1ApAA5QMQAN&#10;UDsADVFGAAtRUQAKUV8ACVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7AAVO/wAGTf8AfUIAAGtD&#10;AABdRAAAUkQAAEpEAABDQwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAAF1EAABJUAwAOVwoAC1gQ&#10;AApYFQAIWBwAB1gkAAZYLAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAAWJEAAFenAABXwAAAVuUA&#10;AFb5AABV/wAAVf8AdkcAAGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBKAAApTQAAIlAAABxTAAAW&#10;VQAAEVgAAA1bAgAJXgkABF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7AABgRwAAYFQAAGBjAABg&#10;dgAAYIsAAF+iAABfuwAAX+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAATEsAAERLAAA7TAAAMk4A&#10;ACtRAAAjVAAAHFcAABZbAAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAAaBMAAGkZAABqIQAAaikA&#10;AGo0AABqQAAAak0AAGpdAABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn/wAAZv8AaVEAAFxQAABS&#10;UAAASk8AAD9QAAA1UwAALVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoAAABuAAAAbwMAAHAIAABx&#10;DQAAchAAAHQUAAB1GwAAdiMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4AAHaXAAB1sQAAdNMAAHP1&#10;AABz/wAAcv8AY1YAAFhVAABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAVZwAAEGwAAApwAAAEcwAA&#10;AHYAAAB6AAAAfAAAAHwDAAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACGLwAAhj0AAIZNAACFXwAA&#10;hXUAAIWPAACEqQAAg8kAAILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4AADJhAAAnZgAAHmsAABVw&#10;AAAOdQAACXkAAAF+AAAAgQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYAAJALAACRDwAAkxQAAJUb&#10;AACXJgAAlzQAAJdEAACXVgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAAkv8AXWEAAE9hAABCZAAA&#10;NmkAACpuAAAfdAAAFXkAAA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACYAAAAmgAAAJsAAACdAAAA&#10;nwAAAKEDAACjCAAApQ0AAKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6AAComQAAqLUAAKfdAACn&#10;+AAApv8AVmgAAEhsAAA6cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAAAJoAAACfAAAAowAAAKcA&#10;AACqAAAAqwAAAK0AAACvAAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAAwBwAAMAtAADAQAAAv1UA&#10;AL9uAAC+iwAAvqgAAL7JAAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmOAAAQlQAAB5wAAACiAAAA&#10;pwAAAKwAAACwAAAAtQAAALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYAAADIAAAAygAAAM0CAADQ&#10;CwAA1RIAANYhAADXNAAA2EkAANlgAADafAAA2poAANu1AADb2QAA2/IARoIAADiJAAArkAAAHZgA&#10;ABKgAAAKpwAAAK4AAAC0AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAAzwAAANIAAADUAAAA1gAA&#10;ANoAAADdAAAA3wAAAOIAAADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0awAA9IkAAPWlAAD1vwAA&#10;9d0A/wAGAP8AAwD/AAUA/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBEAP8ATQD/AFUA/wBdAP8A&#10;ZAD/AGoA/wBwAP0AdgD7AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA6wDEAOkA5ADnAPkA5gD/&#10;AOUA/wDTAP8AxwD/AL8A/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/ABIA/wAdAP8AKAD/ADMA&#10;/wA+APwARwD4AE8A9ABXAPEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQAgwDiAIsA3wCVANwAnwDZ&#10;AKsA1QC7ANIA1ADPAPIAzQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAAAP8AAAD/AAAA/wAAAP8A&#10;BgD5AA8A9QAXAPMAIgDxAC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A1ABjANEAaADPAG4AzAB1&#10;AMoAfADIAIQAxQCNAMIAmADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2AP8ArQD/AKcA/wCjAP8A&#10;/wAAAP8AAAD/AAAA9QAAAOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwAOgDIAEIAxABKAMAAUAC9&#10;AFYAuwBcALkAYQC3AGcAtQBtALMAdACxAHwArwCFAK0AkACqAJwAqACqAKYAuwClANoAowD1AKMA&#10;/wCiAP8AngD/AJoA/wCXAP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcAwQAPALwAFwC5ACAAtwAq&#10;ALUAMwCwADsArQBDAKsASQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCdAHQAnAB9AJoAiACYAJQA&#10;lgCiAJQAsgCSAMkAkQDrAJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwAAADZAAAAxwAAALoAAACx&#10;AAIAqwAMAKcAEgCkABsAoQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABPAJIAVACQAFoAjwBfAI0A&#10;ZgCLAG0AiQB2AIgAgACGAIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8AfwD/AH8A/wB+AP8A8QAA&#10;ANgAAADCAAAAswAAAKgAAACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCNAC4AigA2AIcAPQCFAEMA&#10;hABJAIIATgCBAFQAfwBZAH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQAowByALUAcgDPAHEA8QBw&#10;AP8AcAD/AHAA/wBxAP8A4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwACAIYACwCDABEAgQAYAH8A&#10;IQB9ACkAfAAwAHkANwB4AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIAbQBqAGsAdABqAIAAaACO&#10;AGcAnQBlAK8AZQDGAGQA6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACjCAAAlAgAAIkHAACCAwAA&#10;fgAAAHsABgB3AA4AdQATAHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkARABnAEkAZgBPAGUAVgBj&#10;AF0AYgBlAGAAbwBfAHsAXQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/AFgA/wBZAP8AwgwAAKoN&#10;AACXDgAAiQ4AAH0OAAB2DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4AZQAmAGMALQBhADMAYAA5&#10;AF8APwBdAEUAXABLAFsAUgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBRAKcAUAC7AE8B2wBOAvQA&#10;TgP/AE4E/wBOA/8AuBAAAKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUOAABjCwMAYwYMAGEEEQBe&#10;AxkAXAQhAFsFKABZBi8AWAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlfAE4JaQBNCXYASwqEAEkK&#10;lABICqYARwq6AEYK2ABFC/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAAeBkAAG0YAABlFwAAXxYA&#10;AFwTAABaEQAAWg4GAFoMDQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABODj4ATQ5FAEsOTQBKDlUA&#10;SA9eAEcPaABFD3UAQxCEAEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q/wA+EP8AqRkAAJIbAACB&#10;HAAAch0AAGcdAABfHAAAWRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEYAEwRIABKEicASRIuAEgT&#10;NABHEzsARRNCAEQTSQBDFFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQANxW5ADUV2AA1FvUANhb/&#10;ADYW/wA3Ff8AoxwAAI0eAAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABNGwAATBkAAEsWBgBJFg4A&#10;RxcVAEUXHABEGCQAQhgqAEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADkaYwA3G28ANRt+ADMbkAAy&#10;G6IAMBu3AC8b0wAvHPMALxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQAAF4kAABWJAAAUCMAAEsi&#10;AABIIAAARh0AAEUcAgBDHAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUAOR88ADcfRAA2H0wANCBW&#10;ADMgYAAxIG0ALyB8AC0hjgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wArIP8AmSIAAIQlAABzJgAA&#10;ZScAAFsnAABTJwAATCYAAEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADkiFgA4Ih4ANiMlADUjKwA0&#10;JDIAMyQ5ADIkQQAwJEoALyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWzACMlzgAjJfAAJCX/ACUk&#10;/wAlJP8AlCUAAIAnAABvKQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAAPSYAADolAAA3JgYANSYO&#10;ADQnFAAyJxsAMSgiADAoKQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAmKmkAJCp4ACMqigAhKp0A&#10;HyqyAB4qzAAeKu8AHyn/ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQsAABMLAAARiwAAEErAAA8&#10;KwAAOCoAADUqAAAyKwMAMCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00ACcuPAAmLkUAJC5PACMu&#10;WgAhL2cAHy92AB0viAAcL5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8AjCsAAHgtAABoLgAAWy8A&#10;AFEvAABJLwAAQy8AAD4uAAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAnMRUAJjEcACUyIwAkMioA&#10;IzIxACEzOQAgM0IAHzNMAB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMzyAATM+wAFDP/ABUy/wAW&#10;Mf8Ahy4AAHQvAABlMQAAWDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEAACszAAAoNAAAJTUGACM2&#10;DQAhNhIAIDcZAB83IAAeNycAHTguABs4NgAaOD8AGThJABc5VQAVOWIAFDlxABI5hAAROZgAEDmt&#10;AA44xwAOOOsAEDj/ABA3/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABENAAAPTQAADg0AAAzNAAA&#10;LTUAACg3AAAkOQAAIDoCAB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+MwAUPjwAEj5GABE+UgAQ&#10;Pl8ADz5vAA4+gQAMPpUACz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQAAGs2AABdNwAAUTcAAEg3&#10;AABBNwAAOzcAADU3AAAwNwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0AEkMSABFDGAARQx8AEEQn&#10;AA9ELwAORDkADURDAAxETgALRFsACURqAAdEfAAGRJAABEOlAAJDvQADQ+AAA0P2AARC/wAGQf8A&#10;eDgAAGc5AABZOgAATjoAAEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFAAAAcQgAAF0QAABNGAwAP&#10;SQoADUoPAAxKFAALShsACUojAAhKKwAHSjQABUo+AARKSQACSlYAAEplAABKdwAASosAAEqhAABJ&#10;uQAASd0AAEn1AABI/wAASP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAANj0AAC8+AAApQAAAI0IA&#10;AB1FAAAXRwAAE0oAAA9MAgALTwkAB1ANAANREQAAURcAAFEeAABRJgAAUS8AAFE5AABRRAAAUlEA&#10;AFJgAABRcgAAUYcAAFGdAABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1BAABRQQAAR0EAAEBAAAA5&#10;QAAAMkEAACpDAAAkRgAAHkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcMAABYEAAAWBMAAFkZAABa&#10;IQAAWikAAFozAABaPwAAWkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEAAFj0AABX/wAAV/8AZUUA&#10;AFhFAABNRQAARUQAAD5EAAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAOVgAAClkAAARcAAAAXgQA&#10;AF8JAABgDQAAYRAAAGIVAABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABkZgAAZHsAAGOTAABjrQAA&#10;YswAAGHyAABh/wAAYP8AX0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08AAB9SAAAYVQAAElkAAA1d&#10;AAAIYAAAAmMAAABmAAAAaAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0AAHEmAABxMQAAcD4AAHBO&#10;AABwXwAAcHMAAG+NAABvpwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABITQAAPU4AADNRAAApVAAA&#10;IFgAABhcAAARYAAADGQAAAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3BAAAeAkAAHoNAAB8EAAA&#10;fRYAAH8eAACAKAAAgDUAAIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzpAAB7/wAAev8AVlQAAE5T&#10;AABCVAAAN1YAACxaAAAiXwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAAAH0AAACAAAAAgwAAAIQA&#10;AACGAAAAhwIAAIkHAACLDAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAAkWIAAJF6AACPlwAAj7QA&#10;AI7hAACM+wAAjP8AVVkAAEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3AAACfQAAAIIAAACGAAAA&#10;iwAAAI4AAACRAAAAkwAAAJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIPAACkFgAApiEAAKYxAACm&#10;QwAApVcAAKRwAACjjgAAo6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAAJ24AABt1AAARfAAAC4MA&#10;AACJAAAAjgAAAJMAAACYAAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAA&#10;ALUIAAC4DgAAvBYAALwlAAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC36gAAt/wARmsAADlwAAAr&#10;dwAAH38AABOGAAALjgAAAZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMAAAC3AAAAtwAAALoAAAC8&#10;AAAAvwAAAMEAAADEAAAAxwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAAANNYAADTdAAA05IAANKw&#10;AADS0wAA0vIAPnkAADGAAAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAAswAAALgAAAC9AAAAwgAA&#10;AMYAAADKAAAAygAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADjAAAA5wUAAOsPAADsHwAA&#10;7TMAAO5LAADvZAAA74IAAPCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJAP8ADgD/ABUA/wAeAP8A&#10;KQD/ADQA/wA/AP8ASAD/AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA+AB+APYAhQDzAI0A8QCX&#10;AO4AogDrAK8A6ADAAOYA4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0AP8A/wAAAP8AAAD/AAAA&#10;/wAAAP8ACQD/ABAA/wAZAP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4AWADrAF4A6QBkAOYAagDk&#10;AHAA4gB2AN8AfQDdAIYA2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/AMUA/wC7AP8AtAD/AK0A&#10;/wCpAP8A/wAAAP8AAAD/AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA6QAyAOMAOwDdAEQA2ABL&#10;ANMAUQDQAFgAzQBdAMsAYwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6AJ8AtwCtALUAwQCyAOQA&#10;sQD9AK8A/wCsAP8ApQD/AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQAAADcAAgA0wAQAM8AGADL&#10;ACIAyQArAMYANADBAD0AvQBEALoASwC3AFEAtQBWALIAXACwAGEArgBnAKwAbgCqAHYAqAB/AKYA&#10;igCjAJYAoQClAJ8AtgCdANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A/wAAAPYAAADnAAAA0wAA&#10;AMYAAAC9AAMAuAANALMAEwCxABwArwAlAK4ALgCpADYApgA9AKMARAChAEoAnwBPAJ0AVQCbAFoA&#10;mgBgAJgAZgCWAG4AlAB3AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA/wCJAP8AhwD/AIUA/wCC&#10;AP8A8wAAAOMAAADMAAAAvAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAfAJgAJwCWAC8AkwA3AJEA&#10;PQCOAEMAjABJAIsATgCJAFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYAfACUAHoApAB5ALgAeADY&#10;AHcA9wB4AP8AeAD/AHcA/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACWAAAAjwAEAIsADACIABIA&#10;hwAZAIUAIQCEACkAggAwAH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYAWQB0AGEAcgBpAHEAcwBv&#10;AH8AbQCNAGwAnQBqAK8AaQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAAALgAAAClAAAAlwAAAI0A&#10;AACGAAAAgQAAAHwACAB5AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcAbgA9AGwAQwBrAEgAagBO&#10;AGgAVABnAFsAZQBjAGMAbQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABcAPsAXAD/AFwA/wBcAP8A&#10;wgAAAKoBAACYAwAAiQQAAH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkAFwBoAB4AZgAlAGUALABj&#10;ADIAYgA4AGAAPQBfAEMAXgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCBAFQAkQBSAKMAUQC3AFEA&#10;1gBRAPUAUQD/AFEA/wBSAP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAAaAcAAGUDAABjAAcAYQAN&#10;AF8AEwBdABoAXAAhAFsAJwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBRAFIAUABaAE8AZABNAG8A&#10;TAB9AEoAjQBJAJ8ASACyAEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUOAACDEAAAdRAAAGsQAABj&#10;DwAAXg4AAFsMAABaCQIAWQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAvAE4ANQBNATsATAFBAEoC&#10;SABJAk8ASAJXAEYDYQBFA20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoAPQX8AD0G/wA+Bv8ApBAA&#10;AI4SAAB8EwAAbhQAAGQUAABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABPBxEATQcXAEsIHwBJCCUA&#10;SAkrAEcJMQBGCTgARAo+AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoMigA4DJwANwyvADUMxwA1&#10;DOkANQ39ADUN/wA2DP8AnRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcAAE0VAABKEwAASREAAEkO&#10;BwBIDQ4ARg0TAEQNGgBDDiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsAOhBUADgQXgA2EGsANBB5&#10;ADIQigAxEJwALxCwAC0QyQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABxGwAAZBwAAFkcAABRHAAA&#10;TBsAAEcaAABEGAAAQxUAAEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoTKwA4EzIANxM5ADYUQAA0&#10;FEgAMxRRADEUXAAwFWgALhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/ACgV/wApFf8AkRoAAH0c&#10;AABtHgAAYB8AAFYfAABOHwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcAORYOADgXFAA2FxsANRgi&#10;ADMYKAAyGC8AMRk2ADAZPQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAkGpkAIhqtACEaxQAgGugA&#10;IRr+ACIa/wAjGv8AjR0AAHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8hAAA8IAAAOR4AADgbAAA1&#10;HAQANBwNADIcEgAwHRgALx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9NACYfVwAkH2QAIh9yACAf&#10;hAAfH5cAHR+rABsfwwAbH+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAAWSQAAE8lAABHJQAAQSQA&#10;ADwjAAA4IwAANSIAADMgAAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAnIikAJiMwACUjOAAjI0EA&#10;IiRKACEkVQAfJGEAHSRwABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj/wAZI/8AhSIAAHEkAABi&#10;JgAAVicAAEwnAABEJwAAPicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUHACcmDgAlJhMAJCcZACMn&#10;IAAiJycAISguACAoNgAeKD4AHShIABspUwAZKV8AGCluABYpgAAUKZQAEimoABEpwAARKOQAESj7&#10;ABMo/wAUJ/8AgCUAAG4nAABfKAAAUykAAEkqAABCKQAAOykAADYpAAAyKAAALigAACooAAAmKQAA&#10;JCoEACIrDAAgKxEAHywWAB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYuUAAULl0AEi5sABEufgAQ&#10;LpIADi6nAA0tvQANLd8ADS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwAAEYsAAA/LAAAOSwAADQr&#10;AAAvKwAAKysAACYsAAAiLgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEAFTIoABQyMAATMjkAEjND&#10;ABEzTgAQM1sADjNpAA0zegAMM44ACjOiAAgyuQAIMtkACDL0AAox/wALMf8AdysAAGYtAABYLgAA&#10;TS8AAEMvAAA8LgAANi4AADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1BQAUNgwAEjcRABE3FgAR&#10;Nx0AEDgkAA84LAAOODUADTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzifAAE3tQABN9MAAjfxAAM2&#10;/wAFNv8Acy4AAGIwAABUMQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAAJTIAACAzAAAbNgAAFzgA&#10;ABM6AgAQPAkADT0OAAw9EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgADPlIAAT5hAAA+cgAAPoYA&#10;AD2cAAA9sgAAPdAAADzwAAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40AAA3NAAAMjMAAC0zAAAn&#10;NAAAIjYAAB04AAAYOgAAFD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQdAABEJAAARC0AAEQ2AABE&#10;QQAARE4AAERcAABEbQAARIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8AaDYAAFg3AABMOAAAQzgA&#10;ADs3AAA1NgAAMDYAACk3AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAIRwcAA0kMAABJDwAAShMA&#10;AEsZAABLIAAASygAAEsyAABLPQAATEkAAExXAABLaAAAS30AAEuUAABKrAAASsoAAEnvAABJ/wAA&#10;Sf8AYjoAAFQ7AABJOwAAQDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEAABNEAAAQRwAADEkAAAhM&#10;AAACTwUAAFAKAABQDQAAURAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQAAFRSAABUYwAAVHcAAFSP&#10;AABTqAAAUsYAAFLtAABR/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAvPgAAJ0AAACBDAAAZRgAA&#10;E0kAAA9MAAALTwAABlIAAABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABdFgAAXh0AAF8mAABfMQAA&#10;Xj0AAF5MAABeXQAAXnEAAF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQAAEtDAABDQgAAPEEAADJC&#10;AAApRQAAIUgAABpLAAATTgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAAAGICAABjBgAAZQoAAGYO&#10;AABoEQAAahcAAGsfAABrKQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAAaLsAAGfnAABm/wAAZf8A&#10;UUgAAEhIAABBRgAAN0cAACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFhAAAAZAAAAGcAAABqAAAA&#10;bAAAAG4AAABwAAAAcgUAAHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9AAB6TgAAeWIAAHl5AAB4&#10;lgAAd7MAAHXgAAB0/AAAc/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAAE1wAAA1hAAAGZgAAAGoA&#10;AABvAAAAcgAAAHYAAAB5AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAAiAwAAIsRAACOGAAAjiQA&#10;AI4zAACNRAAAjFgAAItvAACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFTAAA0VQAAKVoAAB5fAAAU&#10;ZQAADWoAAAVwAAAAdgAAAHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4AAACRAAAAkwAAAJUAAACY&#10;AAAAmgUAAJ0MAACgEQAAoxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAAAJ3BAACb7gAAmv8ARlkA&#10;ADlcAAAtYQAAIWcAABZuAAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAAlgAAAJoAAACdAAAAnwAA&#10;AKEAAACkAAAApgAAAKgAAACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5LwAAuEMAALdaAAC1dgAA&#10;tJcAALS1AACx4gAAsPwAP2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4AAACUAAAAmgAAAKAAAACl&#10;AAAAqgAAAK4AAACxAAAAsgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAAAMYAAADJAAAAzgoAANIT&#10;AADSIwAA0TcAANBPAADOagAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAdgAAAEYkAAAiRAAAAmgAA&#10;AKEAAACnAAAArQAAALMAAAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADMAAAAzgAAANIAAADVAAAA&#10;2gAAAN4AAADhAAAA5QAAAOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZAADrtQAA69UA/wAAAP8A&#10;AAD/AAEA/wAHAP8ADQD/ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA/wBTAP8AWgD9AGAA+wBm&#10;APoAawD4AHIA9gB4APQAgADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADfAPcA3QD/AMwA/wC+AP8A&#10;tQD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8AHwD/ACkA+wAzAPcAPQDz&#10;AEUA7wBNAOwAUwDoAFkA5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCKAM8AlQDMAKIAyACyAMUA&#10;yQDCAO0AwAD/ALsA/wCwAP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA+gAAAPgAAADwAAkA7AAR&#10;AOgAGQDnACMA5QAtAN4ANgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDDAGMAwABpAL4AcAC8AHgA&#10;uQCBALcAjQC0AJoAsQCpAK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA/wCUAP8A/wAAAPkAAADy&#10;AAAA5wAAANsAAADRAAQAygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/ALQARQCxAEsArgBRAKwA&#10;VgCqAFwAqABhAKYAaACjAHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwAlQDxAJQA/wCRAP8AiwD/&#10;AIgA/wCGAP8A9wAAAOwAAADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACpABcAqAAgAKcAKACiADAA&#10;nwA4AJwAPgCaAEQAmABKAJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsAewCJAIgAhwCXAIUAqACD&#10;AL4AgQDkAIAA/wCAAP8AfAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAAAKYAAACdAAAAlwAFAJQA&#10;DQCSABIAkAAaAI8AIgCOACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4AfwBUAH4AWgB8AGEAegBp&#10;AHgAcwB2AH8AdQCOAHMAnwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBsAP8A2gAAAL8AAACsAAAA&#10;ngAAAJMAAACMAAAAhQAAAIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcAMQB1ADcAdAA9AHIAQgBx&#10;AEgAbwBNAG4AUwBsAFoAawBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDCAGAA6wBhAP8AYQD/AGEA&#10;/wBgAP8AxQAAAK0AAACbAAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwAbgARAGwAFwBsAB4AawAl&#10;AGkALABnADEAZgA3AGQAPQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBaAHIAWQCAAFcAkABWAKMA&#10;VQC5AFQA3gBUAPsAVAD/AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUAAABuAAAAaQAAAGYAAQBj&#10;AAkAYQAOAGAAEwBfABkAXgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBDAFUASQBTAFAAUgBYAFEA&#10;YQBPAGwATgB6AEwAigBLAJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8AqgEAAJQFAACCBwAAdAgA&#10;AGoIAABjBgAAXgQAAFsAAABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBRACgAUAAtAE4AMwBNADgA&#10;TAA+AEsARQBKAEwASABUAEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAAxQA/AOoAPwD/AEAA/wBA&#10;AP8AoAgAAIoLAAB5DQAAbA0AAGENAABaDQAAVQsAAFIJAABQBgAATwIIAE4ADQBMABIASwAXAEoA&#10;HgBJACMARwApAEYALwBFADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQAPAByADoAggA5AJQAOACn&#10;ADcAvgA2AOMANgD5ADYA/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABTEAAAThAAAEoOAABIDQAA&#10;RwoDAEcHCgBFBA4ARAITAEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsEPgA6BUUAOQVOADcFVwA2&#10;BWIANAZwADIGgAAxBpIAMAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAAAH0RAABsEwAAXxQAAFUU&#10;AABOFAAASBMAAEQSAABBEAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwAOQoiADgKKAA3Cy4ANgs1&#10;ADULOwAzC0MAMgxMADAMVgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAlDN0AJQ31ACYN/wAnDf8A&#10;ixIAAHcUAABnFgAAWxcAAFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkRAQA5DwgAOA4NADcOEgA1&#10;DhgANA4fADIOJQAxDywAMA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBvACQQgAAjEJMAIRCnAB8Q&#10;vQAeEOAAHhH3AB8Q/wAgEP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAAQBoAADsZAAA4GAAANRYA&#10;ADQUAAAzEgQAMhILADESEAAvEhUALRIcACwTIgArEykAKhMwACgTNwAnFD8AJhRIACQUUwAiFF8A&#10;IBVtAB8VfgAdFZEAGxWlABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8aAABfHAAAUx0AAEodAABC&#10;HQAAPB0AADccAAA0GwAAMRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZACcYIAAlGCYAJBgtACMY&#10;NAAiGT0AIBlGAB4ZUQAdGV0AGxprABkafAAXGo8AFRqjABQZugASGdsAExn2ABQZ/wAVGP8AfRoA&#10;AGsdAABcHwAAUCAAAEcgAAA/IAAAOR8AADQfAAAxHgAALR0AACscAAApGwAAJxsFACUbDAAkHBEA&#10;IhwWACEcHQAgHSMAHx0qAB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQfegASHo0AER6iABAeuAAO&#10;HtgADx71ABAd/wARHf8Aeh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIAADIhAAAuIQAAKiAAACcg&#10;AAAkHwAAIiACACAgCgAeIQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgAFSNBABQjTAASI1gAESNn&#10;ABAjeAAOI4sADSOfAAwjtAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABWIwAASyQAAEEkAAA6JAAA&#10;NCQAAC8jAAArIwAAKCMAACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYmFwAVJx4AFCclABMnLAAS&#10;JzUAESg/ABAoSgAOKFYADShkAAwodAAKKIcACSibAAcnsQAFJ8wABifsAAcm/gAIJv8AcSIAAGAk&#10;AABTJgAASCcAAD8nAAA3JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAAGSgAABYqBAAUKwsAEiwQ&#10;ABEsFAAQLBsAECwiAA4sKQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAELYMAAi2YAAAsrgAALMkA&#10;ACzrAAEr/AACK/8AbSUAAF0nAABPKAAARSkAADwpAAA1KQAALygAACsoAAAnJwAAIycAAB8oAAAb&#10;KgAAFywAABMuAgAQMAgADjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3AAUyQgADMk4AATJcAAAy&#10;bAAAMn8AADKVAAAxrAAAMccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAAQSwAADksAAAyKwAALSsA&#10;ACkqAAAlKgAAICsAABwsAAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAFNxQAAzcbAAI3IgAANyoA&#10;ADgzAAA4PgAAOEoAADhYAAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2/QAANf8AYywAAFQuAABI&#10;LwAAPi8AADYuAAAwLgAAKy0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUAAA43AQAKOgcABjsLAAI8&#10;DgAAPRIAAD4XAAA+HgAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncAAD6PAAA9pwAAPcMAADzp&#10;AAA8/QAAO/8AXjAAAFAxAABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAeMgAAGTQAABQ2AAAQOQAA&#10;DTsAAAo9AAAFQAUAAEEKAABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABGNQAARkEAAEZPAABGXwAA&#10;RnMAAEWKAABFpAAARMAAAEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUAADI0AAAtMwAAJjQAACA1&#10;AAAaOAAAFDoAABA9AAANQAAACUIAAARFAAAARwMAAEgHAABKCwAASw4AAEwRAABOFQAATxwAAE8l&#10;AABPLwAATzwAAE9KAABPWgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAASv8AUzkAAEc5AAA+OQAA&#10;NzgAADE3AAApNwAAITkAABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABNAAAATwAAAFEEAABSBwAA&#10;VAsAAFUOAABXEQAAWRcAAFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/AABXmgAAVrcAAFXjAABU&#10;/QAAVP8ATj0AAEM9AAA8PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAAC0sAAAVOAAAAUQAAAFQA&#10;AABXAAAAWQAAAFsAAABdAgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAAZi4AAGY8AABmTQAAZWAA&#10;AGV3AABkkwAAY7EAAGHdAABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZDAAAeRgAAFUoAABBOAAAK&#10;UgAAA1YAAABaAAAAXQAAAGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0FAABvCgAAcg4AAHUSAAB3&#10;GwAAdiYAAHY1AAB1RgAAdFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8ARkYAAEBFAAA1RgAAKkgA&#10;ACBMAAAXUQAAEFYAAAlaAAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5AAAAewAA&#10;AH0AAACAAwAAgwgAAIYNAACJEwAAih0AAIorAACJPAAAiE8AAIZmAACFgQAAhKAAAILCAACB8AAA&#10;f/8ARksAADpMAAAuTwAAI1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQAAAB4AAAAfAAAAIEAAACE&#10;AAAAhwAAAIgAAACLAAAAjgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQAAKAhAACgMQAAnkQAAJ1b&#10;AACcdgAAmZYAAJm1AACW5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJbQAAAHQAAAB7AAAAgQAA&#10;AIYAAACLAAAAkAAAAJQAAACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACnAAAAqgAAAK0AAACxBgAA&#10;tQ0AALgWAAC3JgAAtjkAALVQAAC0agAAsokAALCqAACuzwAArfUAN1wAACthAAAeaAAAE3AAAAt4&#10;AAAAgAAAAIcAAACOAAAAlQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAAALAAAACzAAAAtQAAALgA&#10;AAC7AAAAvwAAAMMAAADHAAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAAy34AAMmeAADIvgAAxekA&#10;L2kAACNwAAAWeQAADYEAAAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0AAAAuAAAAL0AAADAAAAA&#10;wgAAAMUAAADIAAAAywAAAM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgGAADrEQAA6iMAAOo6AADp&#10;VAAA53IAAOWTAADjswAA49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA/wAXAP8AIQD/ACsA/wA1&#10;AP8APgD/AEcA/wBOAP8AVQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDvAIQA7QCOAOoAmQDmAKcA&#10;4wC5AN8A1QDbAPcA1gD/AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8AAAD+AAAA/AAAAPwAAwD+&#10;AAsA/wARAP8AGgD9ACQA+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBaAN8AXwDcAGUA2ABrANQA&#10;cgDQAHsAzQCFAMoAkQDHAJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8AnAD/AJgA/wCVAP8A/wAA&#10;APoAAAD0AAAA8QAAAPIAAADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQADkAywBAAMgARwDFAE0A&#10;wgBTAL8AWAC9AF4AuwBkALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgAuACmANwAowD7AJ8A/wCV&#10;AP8AjwD/AIsA/wCJAP8A+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAKAL8AEQC8ABgAuwAhALkA&#10;KgC0ADIAsQA6AK4AQACrAEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoAmwBzAJkAfgCWAIwAlACb&#10;AJIArQCQAMcAjgDwAI0A/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADRAAAAvwAAALMAAACqAAAA&#10;pgAFAKIADQChABMAoAAbAJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8ASgCOAE8AjABVAIoAWwCI&#10;AGMAhgBrAIQAdgCCAIIAgACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/AHAA/wBvAP8A3QAAAMsA&#10;AAC2AAAApwAAAJ0AAACUAAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUAhAAsAIIAMgB/ADgAfQA9&#10;AHsAQwB5AEgAeABOAHYAVAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBqAK4AaQDMAGgA9gBnAP8A&#10;ZQD/AGQA/wBjAP8AygAAALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgABQB2AAwAdQARAHQAGABz&#10;AB8AcgAlAHAALABuADIAbAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBdAGIAZgBgAHIAXgCAAF0A&#10;kgBbAKUAWgC+AFkA6QBZAP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAAgwAAAHkAAABxAAAAbQAA&#10;AGkAAQBmAAkAZQAOAGQAEwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBbADwAWgBCAFgASABXAE8A&#10;VgBXAFQAYABTAGwAUQB5AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A/wBNAP8AqgAAAJQAAACC&#10;AAAAdQAAAGsAAABkAAAAYAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAbAFUAIQBTACcAUgAsAFEA&#10;MQBPADcATgA9AE0AQwBMAEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcAQwCsAEIAyQBCAPEAQgD/&#10;AEMA/wBDAP8AngAAAIkAAAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQAAIATgAJAE0ADQBMABEA&#10;SwAXAEoAHABJACIASAAnAEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8AVgA+AGEAPQBuADsAfgA6&#10;AJEAOQCmADgAvwA4AOgAOAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoAAFgLAABRCgAATAgAAEkG&#10;AABHAwAARgAGAEQACwBDAA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4AOwA0ADoAOgA5AEEAOABJ&#10;ADcAUgA2AF0ANABqADMAegAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAwAP8AjAkAAHgMAABoDQAA&#10;XA4AAFIOAABLDgAARQ0AAEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoAFQA5ABoAOAAgADYAJQA1&#10;ACsANAAwADMANwAyAD4AMQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCdACgAswAnANEAJwDyACcA&#10;/wAnAP8AhgwAAHIOAABjEAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAANw0AADYLBAA2CAoANQYO&#10;ADQFEgAyBBcAMQUcADAFIgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAnB1kAJgdlACQHdQAjB4cA&#10;IgebACAGsAAgBssAHwXtAB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgTAABBEwAAOxMAADcSAAA0&#10;EQAAMhAAADAPAQAwDQYAMAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwrACcMMgAmDDoAJAxDACMM&#10;TQAhDVgAIA1lAB4NdQAcDYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8AexEAAGkTAABaFQAAThYA&#10;AEUWAAA9FgAAOBUAADMVAAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAoDhEAJg4WACUPHQAkDyMA&#10;Iw8pACEQMQAgEDkAHhBCAB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQswAREM4AERDuABIQ/gAS&#10;EP8AdxMAAGUVAABXFwAASxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYAACcVAAAmFAEAJRIEACMS&#10;CwAiEg8AIRIUACASGgAeEyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYAFBRkABIUdAARFIcAEBSc&#10;AA4UsQANFMoADRTrAA4T/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3GwAAMhoAAC0aAAApGQAA&#10;JhgAACQYAAAiFwAAIBYBAB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYYKwAVGDQAFBg9ABIZSAAR&#10;GVQAEBliAA4ZcgANGYQADBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgAAF4aAABQHAAARR0AADwd&#10;AAA1HQAALx0AACocAAAmGwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwAFhwQABUcFQAUHBsAExwi&#10;ABIdKQARHTEAEB07AA4dRQANHlEADB5eAAoebQAJHoAABx6UAAUdqgADHcIAAx3mAAQc+AAFHP8A&#10;axoAAFsdAABNHgAAQh8AADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4dAAAcHQAAGB4AABUfAgAT&#10;IAkAEiEOABAhEgAQIRgADiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJaAAUiaQADInwAASKRAAAi&#10;qAAAIcAAACHlAAAg+AAAIP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAAKiEAACYgAAAiIAAAHx8A&#10;ABwfAAAZIAAAFiEAABIjAgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAIJioABiczAAQnPQADJ0kA&#10;ASdWAAAnZgAAJ3kAACePAAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQiAABHIwAAPSQAADQkAAAu&#10;IwAAKCMAACQiAAAhIgAAHiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoLAAgrDgAGKxMABCsYAAIr&#10;HwABLCcAACwwAAAsOgAALEUAACxTAAAsYwAALHYAACyMAAArpAAAK74AACrkAAAq+gAAKf8AXyMA&#10;AFAlAABEJgAAOiYAADImAAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAUJwAAESkAAA4rAgALLQYA&#10;By8LAAQwDgAAMBEAADEVAAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAyXwAAMnIAADGJAAAxogAA&#10;MLwAADDkAAAv+wAAL/8AWicAAEwoAABAKQAANykAAC8pAAApKAAAJScAACEmAAAcJwAAGCgAABQq&#10;AAARLAAADi4AAAswAQAHMgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAAADgoAAA4MgAAOT0AADlL&#10;AAA5WwAAOG4AADiFAAA3nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9LAAANCwAAC0rAAAoKgAA&#10;JCkAAB4qAAAZKwAAFC0AABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7CgAAPQ0AAD4QAABAFAAA&#10;QBsAAEAkAABALgAAQDkAAEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3jAAA8/AAAPP8AUC8AAEMv&#10;AAA5LwAAMi8AACwtAAAnLAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAABTsAAAA9AAAAQAEAAEEE&#10;AABDBwAARQsAAEYOAABIEQAAShYAAEoeAABKKAAASjQAAElCAABJUQAASWQAAEh7AABIlwAAR7QA&#10;AEbgAABF/AAARP8ASjMAAD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1AAAROAAADTsAAAg+AAAD&#10;QQAAAEMAAABGAAAASAAAAEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZAABVIgAAVC4AAFQ8AABU&#10;SwAAU14AAFN0AABSkAAAUa4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAALzQAACY1AAAeNwAAFzoA&#10;ABE9AAAMQQAAB0QAAABIAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWAIAAFsGAABdCwAAXw4A&#10;AGITAABiGwAAYicAAGI0AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa+AAAWf8AQTwAADo7AAA0&#10;OQAAKjoAACE8AAAYQAAAEUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAAAGEAAABj&#10;AAAAZQAAAGcBAABqBQAAbQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8AAG9lAABugAAAbZ8AAGvB&#10;AABp8QAAaP8AP0AAADk+AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAAWAAAAF0AAABhAAAAZQAA&#10;AGgAAABrAAAAbgAAAHEAAABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACFDwAAhxcAAIYkAACFNAAA&#10;hEYAAIJdAACBdgAAf5YAAH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwAABNSAAAMVwAAA10AAABj&#10;AAAAaAAAAG0AAABxAAAAdgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAAAIsAAACOAAAAkgAAAJUB&#10;AACZCQAAnhAAAJ4aAACdKQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAAkPoAOEsAACxOAAAgUwAA&#10;FVkAAA1gAAADZwAAAG4AAAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACSAAAAlQAAAJcAAACaAAAA&#10;nQAAAKAAAACjAAAApwAAAKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNGAACxYAAAr34AAKygAACr&#10;wQAAqe4AMVUAACRbAAAYYQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAAAJQAAACaAAAAnwAAAKQA&#10;AACoAAAAqQAAAKwAAACvAAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAAywAAANEKAADTFAAA0SUA&#10;ANA7AADNVAAAynEAAMiSAADFswAAw94AKWIAABxpAAARcQAAB3sAAACEAAAAjQAAAJUAAACdAAAA&#10;owAAAKkAAACvAAAAtAAAALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwAAADQAAAA1AAAANoAAADf&#10;AAAA5AAAAOoAAADuDAAA7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA/wAAAP8AAAD/AAAA/AAB&#10;APwACAD+AA4A/wAUAP8AHQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7AFYA+QBcAPYAYgD0AGgA&#10;8gBvAPAAdgDtAH8A6gCJAOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA/wCoAP8AnwD/AJoA/wCW&#10;AP8A/wAAAPsAAAD2AAAA8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAqAPIAMwDtADsA6QBDAOYA&#10;SQDiAE8A3gBVANsAWwDWAGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoAvwCqALsAwQC4AOkAtgD/&#10;AKcA/wCaAP8AkgD/AI0A/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADkAAEA4AALANsAEQDaABoA&#10;2wAjANEALADKADQAxgA7AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMAZgCxAG4ArgB3AKwAgwCp&#10;AJEApgChAKMAtQCgANgAngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAAAOMAAADaAAAA0wAAAMYA&#10;AAC/AAAAuQAGALcADgC0ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEAoQBGAJ8ATACdAFEAmwBX&#10;AJkAXgCXAGUAlQBuAJMAeQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8AP8AdgD/AHMA/wByAP8A&#10;4AAAANAAAADGAAAAtgAAAKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcAHgCUACYAkQAtAI8ANACM&#10;ADoAigA/AIgARQCHAEoAhQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCNAHcAoAB1ALYAcwDfAHIA&#10;/wBuAP8AaQD/AGcA/wBlAP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAAhQAAAIIABQCAAA0AfwAR&#10;AH8AGACAACAAfQAmAHoALQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBtAFYAbABeAGoAaABoAHUA&#10;ZwCEAGUAlgBkAKsAYgDJAGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkAAACXAAAAiQAAAH4AAAB4&#10;AAAAcwAAAG8AAQBtAAkAbAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAyAGMANwBiADwAYABCAF8A&#10;SABdAE8AXABXAFoAYQBZAG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8AUAD/AE8A/wBPAP8ArQAA&#10;AJgAAACGAAAAeAAAAG4AAABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABbABUAWwAbAFoAIQBYACYA&#10;VgAsAFQAMQBTADYAUgA8AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkAhQBIAJkARwCxAEYA2ABG&#10;APwARQD/AEUA/wBFAP8AnwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAAAFMAAABRAAIATwAIAE8A&#10;DQBOABEATgAWAE0AHABMACEASgAmAEkALABIADEARwA3AEUAPQBEAEQAQwBMAEIAVQBAAGAAPwBu&#10;AD4AfgA9AJIAPACpADsAxwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABuAAAAYQAAAFgAAABRAAAA&#10;TAAAAEkAAABHAAAARQAFAEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8AJwA+ACwAPQAyADsAOAA6&#10;AD8AOQBHADgAUAA3AFsANQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/ADIA/wAzAP8AiQAAAHYD&#10;AABmBQAAWQcAAFAHAABJBgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0AOgAQADkAFAA5ABkANwAe&#10;ADYAIwA1ACgANAAuADMANAAyADsAMABDAC8ATAAuAFcALQBkACwAcwArAIcAKgCcACkAtQApANwA&#10;KQD7ACkA/wAqAP8AgQQAAG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJAAA2CAAANQUAADQCBgAz&#10;AAoAMgAOADEAEQAxABUAMAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/ACgASQAnAFQAJgBgACQA&#10;bwAjAIIAIgCXACEArgAhAMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAATg4AAEUOAAA9DgAAOA0A&#10;ADMNAAAwDAAALgsAAC0JAwAtBggALAQMACsCDwAqARIAKQEXACgBHAAnACEAJgAnACUALQAkADQA&#10;IwE9ACIBRgAhAVEAHwFdAB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA/wAaAP8AdQwAAGQOAABV&#10;DwAAShAAAEAQAAA5EAAAMxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoKACYIDQAlBxAAJAYUACIG&#10;GQAhBh8AIAckAB8HKwAeBzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0AFQeRABQHpwATBr8AEgXk&#10;ABIF+gASBf8AcQ4AAF8QAABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAoEQAAJRAAACMQAAAiDgQA&#10;IQ0HACEMCwAgCw4AHwsSAB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYNQwAVDU8AEw1cABINawAQ&#10;DX4ADw2SAA4NpwANDL4ADQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQAADoUAAAyFAAALRQAACgT&#10;AAAlEwAAIhIAACARAAAeEQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoAFg8hABUQKAAUEDAAEhA5&#10;ABEQRAAQEFAADhBdAA0QawAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAHD/8AaREAAFgUAABLFQAA&#10;QBYAADcWAAAwFgAAKhYAACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcSBgAWEgoAFRIOABQSEgAS&#10;EhgAERMeABETJQAQEy4ADhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSNAAQUowADE7sAAhPdAAES&#10;9AACEv8AZRMAAFUWAABIFwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAAHRYAABoVAAAYFQIAFhUE&#10;ABQVBQASFggAERYNABAXEAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAHGEcABRhUAAQYYwACGHUA&#10;ARiLAAAXoQAAF7kAABfdAAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIaAAArGgAAJRoAACEZAAAe&#10;GAAAGxgAABgXAAAWFwIAFBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsYAAgcHwAHHCYABRwvAAQc&#10;OAACHEQAAB1RAAAdYAAAHXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8AXhgAAE8aAABCHAAAOBwA&#10;AC8dAAApHAAAIxwAAB8bAAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAOHQcADB4LAAkfDgAGIBEA&#10;BSAWAAMgHAABISMAACErAAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAgngAAILgAAB/eAAAe+AAA&#10;Hv8AWhsAAEsdAAA/HgAANR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsAABUbAAASHAAAEB0CAA4f&#10;BAAMIQYACSIKAAUjDQACJBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0AACZKAAAmWgAAJmwAACaD&#10;AAAlnAAAJbcAACTfAAAj+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAlIAAAIB8AAB0eAAAaHQAA&#10;Fh4AABMeAAAQIAAADiEAAAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAsFgAALB0AACwlAAAsLgAA&#10;LDoAACxHAAAsVgAALGkAACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIAAEQjAAA4JAAALyQAACgj&#10;AAAjIgAAHyEAABwgAAAXIAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQAACwHAAAuCQAAMAwAADEP&#10;AAAzEwAAMxkAADMhAAAzKgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAAMbMAADDeAAAv+wAALv8A&#10;TCUAAD8mAAA1JwAALSYAACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4oAAALKgAABywAAAMvAAAA&#10;MQIAADMEAAA1BwAANwoAADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+AAA7TgAAO2AAADp3AAA5&#10;kgAAOLAAADfbAAA2/AAANf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAAGycAABUoAAARKgAADiwA&#10;AAovAAAGMQAAATQAAAA2AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAARREAAEUYAABFIQAARSwA&#10;AEQ5AABESAAARFsAAENxAABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADguAAAvLQAAKSsAACQqAAAd&#10;KgAAFywAABEuAAANMQAACTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQAAABGAAAASAMAAEoHAABM&#10;CwAATg4AAFATAABQHAAAUCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQAAErKAABJ+AAASP8APjIA&#10;ADUxAAAuLwAAKS4AACAuAAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAARAAAAEcAAABJAAAATAAA&#10;AE8AAABRAAAAUwAAAFUBAABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABdPAAAXE4AAFtjAABafgAA&#10;WJ0AAFfAAABV8gAAVP8AOjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0AAAhBAAAARQAAAEkAAABM&#10;AAAAUAAAAFMAAABWAAAAWQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUAAGsLAABvEAAAbxgAAG4l&#10;AABtNAAAbUYAAGtbAABqdQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAoOQAAHjsAABU/AAAORAAA&#10;B0kAAABNAAAAUgAAAFYAAABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABtAAAAcAAAAHMAAAB2AAAA&#10;eQAAAH0EAACBCwAAhREAAIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqqAAB31gAAdf0AOD0AACw+&#10;AAAiQQAAF0YAAA9LAAAHUQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAAAHQAAAB4AAAAewAAAH4A&#10;AACAAAAAgwAAAIYAAACKAAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAAmjMAAJdJAACUYgAAk38A&#10;AJCgAACOxQAAjPMAMUQAACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABuAAAAdAAAAHkAAAB/AAAA&#10;hAAAAIkAAACNAAAAkQAAAJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgAAACsAAAAsgMAALcNAAC3&#10;FwAAtSgAALI+AACwVgAArHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAACmIAAABqAAAAcwAAAHsA&#10;AACCAAAAiQAAAI4AAACUAAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAAsAAAALMAAAC3AAAAuwAA&#10;AMAAAADFAAAAywAAANEEAADVDgAA0x0AANAyAADNSwAAymYAAMaHAADCqQAAwcsAIlsAABZiAAAM&#10;awAAAXQAAAB9AAAAhwAAAJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYAAAC6AAAAvAAAAMAAAADE&#10;AAAAyAAAAMsAAADPAAAA1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMAAO4nAADsPwAA6lsAAOd6&#10;AADkmwAA4LsA/wAAAPsAAAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/ACIA/wAsAP8ANQD/AD0A&#10;/wBFAPwATAD6AFIA9wBYAPUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUAkQDhAKAA3QCyANgAzgDS&#10;APYAwQD/AK0A/wCeAP8AlgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAAAOkAAADsAAUA8gAMAPgA&#10;EgD3ABsA9QAlAPAALgDrADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwAzQBiAMoAagDIAHIAxQB8&#10;AMIAiAC+AJYAugCoALcAvwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCAAP8A8AAAAOUAAADeAAAA&#10;2gAAANsAAADcAAAA2AAHANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0APQC6AEQAtwBJALUATwCy&#10;AFUAsABbAK4AYQCsAGkAqQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8AIwA/wCCAP8AewD/AHYA&#10;/wB0AP8A4gAAANMAAADKAAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEArQAYAK0AIACoACgApAAv&#10;AKAANgCdADwAmwBCAJkARwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCKAIMAiACUAIYApwCDAMIA&#10;ggDwAHwA/wBzAP8AbQD/AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAAAACYAAAAlAAAAJEABgCQ&#10;AA0AkAASAI8AGQCOACEAiwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBLAHwAUgB6AFkAeABiAHYA&#10;bAB0AHkAcgCJAHEAnQBvALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8AvgAAALEAAACgAAAAkgAA&#10;AIkAAACCAAAAfAAAAHoAAQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBwAC0AbgAzAGwAOABrAD4A&#10;aQBEAGgASgBmAFEAZABaAGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA9wBXAP8AVAD/AFIA/wBR&#10;AP8AsAAAAJ8AAACNAAAAfwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwALAGMAEABjABUAYwAbAGEA&#10;IQBfACcAXQAsAFwAMgBaADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgAUAB3AE8AiQBOAJ8ATQC6&#10;AEwA6QBLAP8ASQD/AEcA/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABeAAAAWQAAAFcAAABVAAEA&#10;VAAHAFMADQBTABEAVAAWAFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoAPQBJAEQARwBMAEYAVgBE&#10;AGEAQwBwAEIAgQBBAJcAQACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAAAH8AAABvAAAAYwAAAFkA&#10;AABRAAAATQAAAEoAAABIAAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwARAAhAEIAJgBBACsAQAAx&#10;AD4ANwA9AD4APABHADoAUAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0APUANAD/ADQA/wA1AP8A&#10;iAAAAHQAAABlAAAAWAAAAE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwABwA7AAwAOwAPADsAEgA6&#10;ABcAOQAcADcAIQA2ACYANQAsADQAMgAzADkAMQBBADAASwAvAFYALgBjAC0AcwAsAIgALACgACsA&#10;uwArAOoAKwD/ACsA/wAsAP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAAOwIAADcAAAA0AAAAMwAA&#10;ADIABQAyAAkAMgANADEAEAAxABMAMAAYAC8AHQAtACIALAAoACsALgAqADUAKQA9ACgARgAnAFEA&#10;JgBeACUAbgAkAIIAIwCZACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUEAABWBgAASwcAAEIIAAA6&#10;CAAANQcAADAGAAAtBQAALAMAACsAAwAqAAcAKQALACkADgApABEAKAAVACcAGQAmAB4AJQAkACQA&#10;KgAjADEAIgA5ACEAQwAgAE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0AGwD2ABsA/wAcAP8AcAUA&#10;AF8IAABRCgAARgsAAD0LAAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAjBAYAIwIJACIBDAAiAA8A&#10;IQASACAAFgAfABsAHgAgAB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcAZgAWAHgAFQCPABUApgAU&#10;AMMAFADuABQA/wAVAP8AawgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0AACcNAAAjDAAAIQwAAB8L&#10;AQAeCgUAHQgIAB0GCwAcBQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsAFgQzABUEPAAUBEcAEwNU&#10;ABIDYwARA3UAEAKKABABogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJDgAAPg8AADUPAAAuDwAA&#10;KA8AACQOAAAgDgAAHQ4AABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJEgAVCRYAFAkbABMJIQAS&#10;CSgAEgkwABEJOgAQCUUADwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbbAAoF9gAKBP8AYw0AAFMO&#10;AABGEAAAOxEAADIRAAArEQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQAFQ4HABQNCQATDQsAEwwN&#10;ABIMEAARDBQAEAwZABAMHwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAIDXEABg2GAAUNnQAEDLQA&#10;AwzSAAIM8QACC/8AXw4AAFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4RAAAbEQAAGBEAABUQAgAU&#10;EAUAEhAHABEPCQAQDwoAEA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAsAAkQNgAIEEEABhBOAAUQ&#10;XQADEG8AARCEAAAQnAAAD7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAANhQAAC0UAAAmFAAAIRMA&#10;ABwTAAAZEgAAFhIAABQRAwASEQYAEREIABAQCgAOEAsADRELAAwRDQALEhEAChIVAAkSGgAIEiEA&#10;BhMpAAUTMwADEz4AAhNLAAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR9QAAEf8AWBIAAEkUAAA9&#10;FQAAMxYAACsWAAAkFQAAHxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJAA4SCQANEgkACxMKAAkU&#10;DQAHFQ8ABhYTAAQWGAADFh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oAABaAAAAWmQAAFbQAABXZ&#10;AAAU9wAAE/8AVRQAAEYWAAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAWFQAAExQDABITBgAQEwcA&#10;DxMHAA0UBwALFQgACRYJAAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAbLQAAGzgAABtGAAAcVQAA&#10;G2cAABt9AAAblwAAGrMAABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoAACYaAAAgGQAAGxgAABgX&#10;AAAVFgEAExUFABEVBAAPFQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0AACAQAAAgEwAAIBkAACAh&#10;AAAhKgAAITUAACFCAAAhUgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAAHP8ATRkAAD8bAAA0HAAA&#10;KxwAACQcAAAeGwAAGhoAABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgcAwAFHQQAAh8GAAAhCAAA&#10;IwsAACUOAAAmEQAAJhYAACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3AAAlkgAAJK8AACPaAAAi&#10;+wAAIf8ASB0AADweAAAxHwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAAEBsAAA0cAAALHQAACB8A&#10;AAQhAAABIwIAACUEAAAnBgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAALi4AAC47AAAuSgAALVwA&#10;AC1yAAAsjgAAK6wAACrUAAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAgAAAcHgAAGB0AABQdAAAQ&#10;HgAADh8AAAshAAAHIwAAAyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMKAAA1DQAANhEAADYXAAA2&#10;HwAANikAADY2AAA2RQAANVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8APyQAADQkAAArJAAAJCMA&#10;AB8hAAAbIAAAFiAAABEhAAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAAMgAAADQAAAA3AAAAOQMA&#10;ADsGAAA+CgAAQA4AAEESAABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9ggAAPKIAADrHAAA5+AAA&#10;OP8AOigAADAoAAApJwAAIyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0AAAAwAAAAMwAAADYAAAA4&#10;AAAAOwAAAD4AAABAAAAAQgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8AAEwrAABLOgAASkwAAElh&#10;AABIfAAAR5sAAEW/AABD8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAUKgAADi0AAAowAAAEMwAA&#10;ADcAAAA6AAAAPQAAAEAAAABDAAAARgAAAEgAAABLAAAATQAAAFAAAABTAQAAVgYAAFkLAABbEAAA&#10;WxkAAFolAABZNAAAWEYAAFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAAACwuAAAnLAAAHi0AABYv&#10;AAAQMgAACjYAAAM6AAAAPwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAAAFUAAABYAAAAWgAAAF0A&#10;AABgAAAAYwAAAGcGAABrDAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAAZIkAAGGrAABf3AAAXf8A&#10;MTMAACwxAAAiMgAAGTUAABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABUAAAAWAAAAFsAAABfAAAA&#10;YgAAAGUAAABoAAAAawAAAG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIWAACAJAAAfjUAAHxJAAB7&#10;YQAAeH8AAHafAABzxgAAcPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAAAFEAAABWAAAAWwAAAGAA&#10;AABlAAAAaQAAAG4AAAByAAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAAiQAAAI4AAACTAAAAmAYA&#10;AJwOAACbGgAAmCsAAJZAAACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBBAAAVRwAADU0AAAJUAAAA&#10;WwAAAGEAAABoAAAAbgAAAHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8AAACSAAAAlQAAAJkAAACd&#10;AAAAoQAAAKUAAACqAAAAsAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkAAKiIAACmqAAAotEAI0gA&#10;ABhOAAAOVAAABFwAAABkAAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAAlQAAAJsAAACgAAAAowAA&#10;AKYAAACpAAAArQAAALEAAAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADaCgAA1hYAANIpAADOQQAA&#10;ylwAAMV8AADCnQAAwb0AHFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgAAACQAAAAmAAAAJ8AAACl&#10;AAAArQAAALMAAAC4AAAAugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAAANoAAADgAAAA5wAAAO0A&#10;AADzAAAA9A4AAPIeAADvNgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkK&#10;Cw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJT&#10;VFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqc&#10;nZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk&#10;5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////&#10;/////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4v&#10;MDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4&#10;eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/B&#10;wsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////&#10;//////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoL&#10;DQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNU&#10;VVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpyd&#10;np+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm&#10;5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////&#10;////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1&#10;Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1u&#10;b3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaan&#10;qKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g&#10;4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAAAAAAAAAA&#10;AAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEi&#10;IyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpb&#10;XF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOU&#10;lZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zN&#10;zs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8AAQECAgMD&#10;BAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUm&#10;JicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGpt&#10;b3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3N&#10;zs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz&#10;9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMU&#10;FBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/&#10;QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqyt&#10;r7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj&#10;4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2&#10;t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlry&#10;xGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6&#10;GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3L&#10;sZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6&#10;cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy&#10;/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+l&#10;JQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C&#10;06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnM&#10;snSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+mJQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrxyGRx48Zqh9bAb5vLuHKs&#10;wrF0urutd8S0qXvNq6N/1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZ&#10;mo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6F/+zQyL/vksx/8VURfnJ&#10;XFvvzWNx48xpiNXGbZzJv3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYndkJ2J3ZCdid2QnYndkJ2J&#10;3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3f+mJQb/pTAO&#10;/6o6F/+1QyL/wEsx/chTRfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyxc8GjrHbImqh5zpKkftSJ&#10;oIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2Img&#10;hdiJoIXYiaCF2P+nJQb/pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy3tZlicvMapy7wW2rr7lw&#10;tqW0cr6cr3TElKt3youne8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHU&#10;hKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4QiH+xEow985SRPDWWFrn&#10;4F5y1tpkiMTNaZq0w2yoqLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/zn+nf85/p3/Of6d/zn+n&#10;f85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zv+oJQb/pzAO/645&#10;Fv+6QiD7xkov9NNRQ+vdV1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQtXG8iLF0wYGueMV7rH3J&#10;e6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7&#10;rH3Je6x9yf+oJAb/pzAN/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1jhbbRaJWnyGuhnMFtqpO8&#10;b7GKuXG2hLV0u32yd793sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8&#10;wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7zzUot6d1PQOHpU1nT6ltv&#10;v99jgq/TZ5Ghy2qdlsVtpY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0&#10;tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u/+qJAX/qS8N/7Y4E/nE&#10;QR3t0kkr4uNNQNvvUljK7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGpe790rXa9d7Bxu3uzcbt7&#10;s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uz&#10;cbt7s/+rJAX/qy8N/7o4EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDcZ4aU1GuQi89ul4TMcJx9&#10;yXOgeMZ1o3PEeKZuwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7C&#10;fKluwnypbsJ8qW7CfKluwnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYozO5MQcP5UFW181hmpelh&#10;dJfhZ36N22uGhddvjH/UcpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6c&#10;bMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+vIwT/ti0J8cg2DN3cPRPN&#10;6kYqwfZLQLb/T1Gq91hgm+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7iW7Yfotr1oKNa9aCjWvW&#10;go1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aC&#10;jf+xIwT6vywG49QvB87mOxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/7W9ueep0cnXod3Vx53p3&#10;buV9eWvkgHtp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp&#10;44R8aeOEfGnjhHxp44R8aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9GOZv/TUWS/1ZPhv5iVn76&#10;alx393Bgc/V1Y2/zeGVt8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+F&#10;a2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU3xEBwu8mC7X8Ohqn/z4n&#10;mf9EM43/Sz2F/1VFfP9hS3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8glpj+4ZbY/uGW2P7hltj&#10;+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW9TP&#10;CgDE7RICtfsmDaj/NhmZ/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29FZf90R2P/d0hi/3tJYf9+&#10;Sl//gUpe/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RL&#10;Xv+ES17/hEte/4RLXv+ES/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnY&#10;pHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZT&#10;PP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/&#10;nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qD&#10;kcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZ&#10;zpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/&#10;psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7&#10;tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544&#10;Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fL&#10;tH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiT&#10;hLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj&#10;7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+o&#10;QR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2g&#10;z655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHC&#10;jYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr/7lSPP+7XE/6umVk7bht&#10;eOGwc4vVqHmczJ99qsWXgbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOnfqLTp36i06d+otOnfqLT&#10;p36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i0/+fIgX/ni0M/6A3FP+rQB7/&#10;tEkr/7tSPP+9W1D6vmRk7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CHyrKLjNKuh5XYpoOd2qGC&#10;odWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh&#10;1f+gIgX/ni0M/6E3FP+sQB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/SsXWhyKh4sMChe7y5m3/H&#10;tJaEz7CUjdWrkZfaoImc3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNea&#10;iKDXmoig15qIoNeaiKDXmoig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79RPP/CWlD5xGJl68Vpe96+&#10;bpDRtnOjxq52s76necC4o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f&#10;2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/ny0M/6M3FP+uQB3/uEgq&#10;/8FQPP7FWVD3yGBm68pnfN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6WhitWcnJHalZmc3I+Un9iP&#10;lJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2P+h&#10;IgX/ny0M/6Q3FP+wPxz/ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+mwbpytbaydsCsrHvIpKh/&#10;zpykhdSUoI3YjZ+Z24qcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Y&#10;ipyf2Iqcn9iKnJ/Yipyf2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jLV1Dy0F5m59RkfdrPaZPI&#10;xW2murtwtK2zc7+jrXbHmqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc14SinNeEopzXhKKc14Si&#10;nNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M/6c2E/+zPxz/vUcp/MhO&#10;O/XOVk/u1V1m5NpifdPSaJLBxmyks7xvsaa1crycr3TEk6t3youne8+DpIHUfaKL1nujldV7o5XV&#10;e6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1f+iIQX/&#10;oC0M/6g2Ev+0Pxv/v0co+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5ur6C3cLiVsnPAja52xYWq&#10;esp+qH/OeKaH0XWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP&#10;0nWlj9J1pY/SdaWP0v+iIQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m41ll2OJge8XVZo+0ymqf&#10;pcFtq5m6b7SQtXK7iLF1wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xx&#10;qYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1Ef+5Phr5xUcn8NFNOOng&#10;Ukzi6VdkzuRfer3XZoytzGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzCca+CxG6uh8ZurofGbq6H&#10;xm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxv+kIQX/oywL&#10;/681EP+8Phj0yUYl6thNNuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3Db6iFv3Gufrt0sni5d7Zz&#10;t3u5brWAvGu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0&#10;hb5rtIW+a7SFvv+lIQT/pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81RivOhedKveZISd1GmQkc5t&#10;mYfJb6CAxXKlesJ0qXTAeKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4Sz&#10;aLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPHPRTk2EUe1uZJNcvxTkzE&#10;91NfsexdcKHiZH2V22mHitVuj4LQcZV7zXSadst3nXHJeaBtx32iacWBpWbEhaZmxIWmZsSFpmbE&#10;haZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpv+oIAT/rioI/L8z&#10;C+nPPBDX4UIeyu1JNb/4TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l313eMc9V6j2/TfZFs0YCU&#10;aNCElmXPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dl&#10;z4eXZc+Hl/+qIAP/tSkG8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/ddYI7wZWqF62xxfedxdnfk&#10;dnpz4nl9b+F8f2zfgIFp3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJ&#10;hmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++9EEisP9FM6T/SkGc/1FN&#10;j/5dVoX5Zl599G5kdvJzaHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2PpjHRj6Yx0Y+mMdGPpjHRj&#10;6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdP+2HALozRQBzOYdBL7z&#10;MRKx/z4io/9CL5b/SDqN/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+XxdZ/h/Xmb4g19k94ZgYvaJ&#10;YWH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxi&#10;YfaMYvPEDwDO2gsAvfMdB7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/ZkVs/21IaP9zSmb/d0xk&#10;/3tNYv9/TmH/gk9g/4VQXv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/&#10;i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUch/88JHz/RCtz/00xbP9Y&#10;NWf/Yzlj/2s7Yf9xPV//dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY/4hCWP+IQlj/iEJY/4hC&#10;WP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+ZHwX/lisL/5U2Ev+gPhr/&#10;qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0&#10;qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGm&#10;y4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2j&#10;eHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm&#10;/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9&#10;cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+Z&#10;HwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CV&#10;rMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnj&#10;m3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65R&#10;NP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/&#10;lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8&#10;mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H&#10;25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+v&#10;W0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lysL&#10;/5c2Ev+hPhr/qkYl/7BQNP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GOiaLLiI6rx4KTscR+l7fB&#10;epy7vneiv7x1qsK1ca7Ds3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNy&#10;r8Gzcq/Bs3Kvwf+ZHwX/lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY9rFsa+qtdX3fo3uN1ZuB&#10;nM2ShqjHi4qxwoWPub+AlL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3E&#10;q3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+lPRn/rkYl/7VONP+3WEb/&#10;t2FZ9bVqbOmyc3/dqHiQ059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyhz6t4pc+learIpHmsxqR5&#10;rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxv+aHwT/mCoK/5s0&#10;Ef+mPRn/r0Ul/7dONP+6V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HAk4S8u4yJxbeIkMu0hpnO&#10;soak0aR8pNGffanKnn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsie&#10;farInn2qyP+bHwT/mSoK/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1nbue6b4LasXSVz6h5psWf&#10;fbS+l4HAuZSKxrWRksuvjZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKp&#10;ypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/skUk/7tNM/+/Vkb9wV5a&#10;88Fmb+a/bYPZtnOXza13qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmHotOUhqfNk4aoy5OGqMuT&#10;hqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy/+bHwT/mSoK/54zEf+q&#10;PBj/s0Uk/7xMM//BVUb7xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/sJ6GxqiZjMuhlZLQm5Kb&#10;05SOotSPiqbOj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjL&#10;j4qoy/+bHwT/mioK/58zEP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XIaoXWwW+ayrl0qr6weraz&#10;qX+/qqKExqKdisubmpDPlZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqP&#10;qMyKj6jMio+ozIqPqMyKj6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj/79MMvzGVEX2ylxa781i&#10;cOTNaIbTxW2axbxzqrm0eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOGlabOhpSnzIaUp8yGlKfM&#10;hpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+cHwT/mikK/6IzEP+tOxf/&#10;t0Qj/8FMMvnJU0XzzVpa7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yBxZeohsqQpIzOiqKV0YWi&#10;odKBnKbOgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqn&#10;zP+cHgT/mykK/6MzEP+vOxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJzGqZusNvqK27dLSitHm9&#10;mK99w5Csg8iJqYnMg6eRz36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8&#10;oqjLfKKoy3yiqMt8oqjLfKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZLMfPRUUPr2ldZ499db9Pb&#10;Y4XCz2mXscRtp6S8cLKYtXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPMd6uoynerqMp3q6jKd6uo&#10;ynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/nCkK/6cyD/+zOxb/vkMg&#10;9cpLL+7WUELm4VZX3ORbbsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6weMJ3rnzGcqyDyW2rjMpt&#10;q5nJbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx/+e&#10;HgT/nSkJ/6kyDv+2OhT6wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeRocprnpTDbqiJvXGwgLl0&#10;tnm2d7p0tHu9brKBwGqwiMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbD&#10;ZrCWw2awlsNmsJbDZrCWw/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/kTD/X7FFWye5Za7fjYXyo&#10;2GeLms9rl43JbqCDxHGne8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aRumO2kbpjtpG6Y7aRumO2&#10;kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI/7EwC/vAORHszkIZ399H&#10;KNPpTEDK8VFVvvJYaK3mYXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRuxHynacKBqWbAhqxiv42t&#10;Yb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+Prv+iHQP/&#10;picH/7cvCfLHOA3h2EEU0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1thIHYcYt61HWQdNJ5k3DQ&#10;fJZszn+ZaMyDm2TLiJ1hyo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmP&#10;n2DJj59gyY+fYMmPn/+kHQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w/k9PpvpXXJjxYWiM62hx&#10;g+ZueHvic31133iBcd17hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g&#10;1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skmA9XfKQfH7DwZuvhEK63/&#10;SDuj/01Jmv9XVI35YV2E9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3ZuWIeWPkjHph45F8YOOS&#10;fGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfP+rGwL3wB0B&#10;2dwSAcfrKAq69zsarP9BKaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4dl9s9nthafV/Y2f0g2Rl&#10;84ZmY/KKZ2Hxjmhf8JJpX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/w&#10;k2pf8JNqX/CTav+3FQHWzwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5gP9UQHj/YUZy/2pKbP9w&#10;TWn/dlBm/3tRZP9/U2P/g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNY&#10;XP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/KQ6e/zQYkP86IYT/QSl6&#10;/0kwcv9SNmz/Xjpo/2g9ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+HRlr/ikdY/49HWP+QSFj/&#10;kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSMTHBwC32wcBqf8W&#10;Bp//Kg2Q/zAVg/82HHf/PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY/3U2Vv95Nlb/fDdV/383&#10;VP+COFP/hTlS/4k5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS&#10;/4o5Uv+KOf+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGG&#10;j4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM&#10;/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+Y&#10;Oxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Op&#10;pc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vc&#10;gJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6Fu&#10;W/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/&#10;oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1x&#10;rqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT&#10;2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/eb&#10;eGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/kCkJ/480EP+aOxf/okQg&#10;/6lNLf+qWDz/qGJM/6RsXPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6naTNdqKpy3SnrMlxra/H&#10;b7SywWy5tLxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sf+U&#10;HQT/kSgJ/5EzEP+cOhb/pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn3194ZaDi9mOipbTh5CgzoGV&#10;p8p8mq3HeJ+yxHWltsJyq7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1&#10;s2+4tbNvuLWzb7i1s2+4tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+xVT3/sF9O/a5oX/KqcnDn&#10;pHqB3pqAj9WSh5zOi4ymyYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKzvKtztrirc7a4q3O2uKtz&#10;trirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ/5UyD/+gOhb/qUIf/7BK&#10;Lf+0VD3/tF5O/bNnYPGvcHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28e5rDunqjxbd5q8esc6zG&#10;p3Wxv6V3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uv+VHAT/&#10;kygJ/5YxD/+hORX/qkIf/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7ls+bgKXHkoWxwYqLu72H&#10;lMC7hZ3EtoKkx7B+qsild6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qz&#10;vJ96s7yferO8n3qzvP+VHAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/ulxO+LpkYu+4bHXjsnOI&#10;2Kl5mc2ffqnFmIS0v5OMvLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+sr2ZfrK9mX6yvZl+sr2Z&#10;frK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gwDv+kORX/rUEe/7VJLP+7&#10;Ujz9vVtO9r1jYu69a3bitnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqZgKjLloGu&#10;xJWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvv+WHAT/lCcJ&#10;/5kwDv+lORT/rkEe/7dJK/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceoe6q8oIG0tJqHvKyUjcKm&#10;kJTGoI2byZyLpMuVhqjLkYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CF&#10;sb+QhbG/kIWxv/+WHAT/lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO8sRhY+nFaHfdvm2MzbRz&#10;ncKreaq3pH60rp2EvKaYisGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCMibDAjImwwIyJsMCMibDA&#10;jImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+nOBT/sUEd/7pJK//CUDv4&#10;xlhO8MhfY+bIZnjYwWuNybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaWyZCUn8uLkajMh46sxoeN&#10;sMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwf+XGwP/lScI/50v&#10;Df+pOBP/s0Ad/7xIKvzFTzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamtq3uzo6aAu5uhhsGUnY3F&#10;jpuUyIqZncqGmajLgpOsxoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GC&#10;kq/BgpKvwf+XGwP/lScI/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNcYt7PYnjNx2iLv75um7K3&#10;c6insHmynqt+upWnhMCOo4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/BfZivwX2Yr8F9mK/BfZiv&#10;wX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/t0Ab/cFIKPbLTjnv01RM&#10;5tlaYtjUYXfHy2eKucNsmq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2nmch6p6XJd6KsxXifsMF4&#10;n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwf+YGwP/lyYI/6IvDP+u&#10;NxL/uT8a+cRHJ/HOTTjq21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWvkbh7toi1gLyBsobAe7CN&#10;w3aulsVzrqHGcq2txHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDA&#10;cqmwwP+ZGwP/mCYI/6QuC/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nfXnS612SGrM9plp3HbaOR&#10;wHGshrt1s363erl3tH+9crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0&#10;sr1stLK9bLSyvWy0sr1stLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X7s5GI+TcTDLd509Jz+hW&#10;XsDkXXKy3mSCo9RpkZXLbZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pjtZC7YbWbvGO3prljt6a5&#10;Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+bGwP/myUH/6stCf+5NQ3y&#10;xz4V5dVGH9rjSTPP605Jxu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1oXPEeKZuwnypacCBrGW+&#10;h65ivY6wX72XsV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXrye&#10;sf+cGgP/oCQG/7AsCPnANAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me52N2kuBpgYfab4l+1HOQ&#10;d9F3lXHOe5lszH+caMqDnmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rc&#10;xpukXMabpFzGm6RcxpukXMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudCH8LxSDS4+UxGr/dRVaL1&#10;W2KV7WRtiudrdoDicH153nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CSXtGWlFzRm5Vc0ZuVXNGb&#10;lVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/rSED+L8mA+LUJQPO5TMP&#10;wvBCIbb6RzOr/ktCov5QT5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zlgXpo44R8ZuKIfWPhjH9g&#10;4JGBXt+WglzemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag/+j&#10;GQL/th0B6cwXAc/jHgPC8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVXevltXXT2c2Fv9Hlka/J+&#10;Z2jxgmlm8IZqZO+KbGLujm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65tx&#10;XOubcVzrm3Fc65txXOubcf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/QiyQ/0g2h/9PP3//WkZ4&#10;/2VLcf9tT2z/c1Jp/3lVZv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmXXVv4m15b+JteW/ibXlv4&#10;m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkAwOYNAbL8IAin/zMTmv85&#10;HY3/PyaC/0Yuev9ONXP/WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd/4VJXP+ISlv/jEta/5BM&#10;WP+VTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTc3BBgC+&#10;0AcAsfYOAqX/IQmZ/y4SjP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9pNVz/bzda/3Q4Wf95OVj/&#10;fTpX/4A7Vv+EO1X/hzxU/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+T&#10;PlL/kz5S/5M+Uv+TPr3FBQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp/0AfYv9JI1v/USZX/1oo&#10;Vf9iKlL/aStR/28sUP9zLU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/izBL/4swS/+LMEv/izBL&#10;/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+e&#10;VzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvC&#10;mNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm//i/+JJQ0Nf&#10;UFJPRklMRQAHCf+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiL&#10;ceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/&#10;nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVp&#10;zJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0&#10;Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO&#10;3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyC&#10;k3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC&#10;/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iSgI/4UzDv+Q&#10;ORT/mEIc/55LJ/+fVjT/nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC43idiOB0o4zdcqiQ22+t&#10;k9pus5bYbLqY1mvCm9FpypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqc&#10;ymbKnP+MHAP/iScI/4gyDv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2adF/1lH5s7Y6IeOeHj4Hi&#10;gJWK3XuakNp3oJbWdKaa1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnHocBpx6HAacehwGnHocBp&#10;x6HAacehwGnHocBpx6HAacehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb/6VJJ/+nUzT/p11D/6Ro&#10;U/ygcmLymnxw6pSFfeOLi4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJbbiuwmm8sLxrwKq3bcSl&#10;t23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+NGwP/iycI/4wwDf+YNxP/&#10;oEAb/6dIJv+rUjT/q1xE/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGVoM57m6fKdqGtx3OoscVw&#10;r7XBbbe3uWu4tbNuva6wcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDB&#10;qP+OGwP/iyYI/44wDf+aNhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXvpXd25Z1/hdyUhZLUjIyd&#10;zoSSp8l9mK/EeJ61wnWnucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lzv6upc7+rqXO/q6lzv6up&#10;c7+rqXO/q6lzv6upc7+rqXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tHJv+xUDT/sVlE/LBjVfau&#10;bGftqnV446F8iNmYg5bRkImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9qXK0u6Z0ubOjdr6to3a+&#10;raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/jCYH/5EuDP+dNhL/pj4a&#10;/61HJf+zTzT/tFhE+rRhVvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+HlLW6gpy5tX+kvLJ9rL6r&#10;ebG/o3ayvaB4uLWeeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r/+P&#10;GwP/jSYH/5MuDP+eNRH/qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B73qp3jdCffJ3Hl4Onv5CK&#10;r7iLkbayhpi6rYOgvamBqb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuw&#10;mH27sJh9u7CYfbuwmH27sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4TTP8u1ZE9btfVu27Z2nj&#10;tW591qxzj8qjep3Bm4CnuJSHsLGPjraripW7poedvqKFpcCfhK/Bln6wwZR/triTgLuyk4C7spOA&#10;u7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH/5UtDP+hNRH/qz0Y/7NG&#10;JP+6TTP6vlVE879dVuq/ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7aljpO7n4uavpuJosGYiKzC&#10;kIKvwo+DtbmPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s/+QGgP/&#10;jiUH/5YsC/+iNRD/rD0Y/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJwj8Cqdpy2onynrZyCr6WX&#10;ibaek5C7mY+YvpSNoMGRjKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5&#10;tIqIubSKiLm0ioi5tP+RGgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2xVND7shbVuPGYWrUv2h+&#10;x7ZujrutdJyxpnqmp6CAr5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSNtLuFjLm0hYy5tIWMubSF&#10;jLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ksC/+mNA//sDwX/7lEIvzB&#10;SzH0yVJC681ZVd/JYGrPwmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6jJqTvoeYm8CEl6XCgJav&#10;wn+Ss7yAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tf+SGgP/kCUH&#10;/5ssCv+nNA//sjwW/7tEIfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2cJqlsHalnKp8rZOmgrSM&#10;o4m5hqCQvYGemb99nqLBe56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqX&#10;uLV6l7i1epe4tf+SGQP/kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/49hWU9PSXWjFymN7t8Jp&#10;i6q7b5iftnSjlbF6rI2tgLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0nri1dJ64tXSeuLV0nri1&#10;dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+sMw3/uDsU+MNDHu/NSizn&#10;2k893d5VUc3YW2e+z2J6sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCMuHSvlbtwr5+8bq+svG2r&#10;tblup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tP+UGQP/kiQH/6Iq&#10;CP+wMgz+vDoS8sdCHOjTSSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SRxXCeh8F2pn++fKx4vISx&#10;crqLtG25k7ZquJy4Z7enuGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7Fo&#10;sruxaLK7sf+VGAP/lSMG/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dRUL3jWWOv3l90othlg5bT&#10;ao+Kzm+Zf8hzoXXEeKduwX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76tYr++rWK/vq1iv76tYr++&#10;rWK/vq1iv76tYr++rWK/vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjwyDgN4dhAE9TjRSbK60s7&#10;wexPT7PoV2Cm5V9vmuJmfI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPGiqRfxJGmXMSZp1rDpKda&#10;xLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp/+YFwL/niAE/68mBfjA&#10;Lgbm0DMI1eE8FMnqRSi/8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKCdtp4iHDXfYxr1IKQZtKH&#10;kmPRjJVfz5KWXM6ZmFnOoplYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzaua&#10;WM2rmv+aFwL/pR4D/7cjA+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2VVWU9V9gifFoaIDsb3B4&#10;6HV1cuV6eW3if31p4ISAZd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZ&#10;qIlY2aiJWNmoiVjZqIlY2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJvfM7GbL9Qyim/kc2nP1M&#10;Q5P9VU2K/V9WgflpXXn1cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf6ZR0XeiZdVrnoHdY5qZ4&#10;WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+iFQH/txUA2M8LAMrnEwK8&#10;8ykLsf07GaT/QCaZ/0Uyj/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8Wmb6gVxj+IZeYfeLX1/2&#10;kGFe9pViXPWaY1r0oGRY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOl&#10;Zf+tEADWwwgAyNMKALv0FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz/14/bv9oQ2n/b0dm/3VJ&#10;Y/97S2H/gUxf/4VOXf+KT1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW&#10;/6NUVv+jVFb/o1RW/6NUVv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8zFon/OR5+/0Aldf9IK23/&#10;UDBn/1o0Y/9lN2D/bTle/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49BVP+UQlP/mkNR/59DUf+f&#10;Q1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3zQUAquQIAZ//GQaU/ygM&#10;h/8uE3v/NRlx/z0eaf9FI2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/eDFR/3wxUP+AMk//hDNO&#10;/4gzTf+MNEz/kjRL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNbfE&#10;AwCp1AIAnPkLApP/GwWF/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1IgUP9ZIk3/YCNL/2YkSv9r&#10;JUn/byVI/3MmR/93Jkb/eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4sp&#10;Q/+LKUP/iylD/4spQ/+LKf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//&#10;hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng&#10;2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJ&#10;Iv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB&#10;5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/&#10;gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5x&#10;qXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ&#10;/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+V&#10;VS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfH&#10;g+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH&#10;/30yDP+INxH/kD8Y/5VJIv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/lGvxepty7naid+typ3vp&#10;b61/52yyguVquITkab+H4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i&#10;2IrPYtiKz2LYiv+EGwP/gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06/5hpR/+TdFP+jn5f94iJ&#10;afGCkXLtfZh56Xiff+V0pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XLZNGTxmXUjsZl1I7GZdSO&#10;xmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+ONRD/lj0Y/5xGIf+gUC3/&#10;n1s7/5xmSP+YcVb7k3xi9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+vldhtt5nVa8Cc0mnJnsll&#10;yZ7CZ82YvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk/+GGwP/gyYH/4Uv&#10;C/+QNBD/mT0X/59GIf+jTy3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzkg5KG332Zjtp4oJXWdKea&#10;03Cun9FttqPPa8Clx2bCp8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3&#10;bM6Wt2zOlv+GGwP/gyYH/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6RiSvyhbFn3nHZo75aAdeeP&#10;iYHgh5CM2oCWldV6np3RdaWjzXCsqMtttazHa76tvWi/rLhrw6azbcifsG/MmbBvzJmwb8yZsG/M&#10;mbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//nTwW/6REIP+qTC3/qlc7&#10;/qhgS/ilalrzoXRq7Zx+eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRzta+/cLywtWu8sLBuwams&#10;cMaiqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnP+HGgP/hCUH/4ssCv+X&#10;Mw//nzsW/6ZEH/+sSyz/rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiYzYWPoceAl6fCe56svXin&#10;r7p2sLG3dbqyrXC6sqlxv6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcme&#10;o3XJnv+IGgP/hSUH/4wrCv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/GvZlzqq29u4aN2f9WZfY/M&#10;kYSZxYqMor6Ek6i5f5qttHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnHoJ15x6CdecegnXnHoJ15&#10;x6CdecegnXnHoJ15x6CdecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV/6tCHv+xSiv9tVM79rVc&#10;S+6zZF3lrmxv26Vzgc6deo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSlfbK1n3q4tpt5u7GZe8Go&#10;mHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGov+JGgP/hiUG/5AqCv+cMQ3/&#10;pToU/61CHv+0Siv7uFI687laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KForCMjKmqiJSupYScsqCC&#10;pLWdga62mX+3t5R9urOTf8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/F&#10;o/+JGQP/hiQG/5EpCf+dMQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7ctWdxzqxvgcOkdY65nHyZ&#10;sZaCoqqRiqmjjJGunomZspmGobWWhau3k4W2t46BubSOg7+rjYPEpY2DxKWNg8SljYPEpY2DxKWN&#10;g8SljYPEpY2DxKWNg8SljYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FBHP+5SSn2wE857cJXSuS/&#10;X13WuWZwybBtgL6oc460oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3jIq0uIiGuLWIh76siIfD&#10;poiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/hyQG/5QpCf+hMAz/qzkS&#10;/7RBHPy7SCj0w04468dWSuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6ahKiXloyukZOUsoyRnLWI&#10;j6a3hY+xuIKMt7aCjL6tg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpv+K&#10;GQP/iCQG/5YoCP+jMAz/rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nvv7dpf7SwcIypqXWXoKN7&#10;oJifgqiRm4mtipmSsoWWmrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKn&#10;fZDCp32Qwqd9kMKnfZDCp/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjCRybuy0015NBURtXLW1vH&#10;w2Juurtofq60boujrnOWmql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJustnWat7Z3mL2ueJbCp3iW&#10;wqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG/5onB/+nLwr/szcP/L0/&#10;GPPGRiPq0Ewy4NVSRc/PWVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWDqIWqfaaMr3iklbJ0o5+0&#10;caOqtW+kubRwoL6tcp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp/+MGAP/&#10;jCIG/50nB/+qLgn/tjYO98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZleqLAaoiXu3CSjbd1m4Sz&#10;fKJ9sYOodq+KrHGtk69trZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bD&#10;pmumw6ZrpsOma6bDpv+NGAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd4Egt0OFPQsLbVla0011o&#10;p81jeJrIaIWPw26PhcB0mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4tq1ktcGpZbDFpGWwxaRl&#10;sMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6QlBf+zLAb3wTMJ6M48D9ze&#10;QBnQ5Ugux+VNQrngVVSs21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGeasWJomXFkqRixJ2mX8Sn&#10;p13EtKdew8SkX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoP+QFwL/mB0E&#10;/6kjBP+5KQTuyDEG3do0CtDkQRvG60cuvOpMQbDmU1Kj41phl+BhbozdaHmC226Cetl1iXLVfI9r&#10;0oKTZc+Il2DNj5pczJecWsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnM&#10;zJlZzMyZWczMmf+SFgL/nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268UcvsO9LP6XtUU6a61paj+pi&#10;ZYXoam5953J1deN4e2/gfoBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W1bSOVNXBjlTVwY5U1cGO&#10;VNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenLFgHR4R0CxewxDrr1QB6u&#10;90Uuo/VKPJr0UEiQ81pThvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eMdmDmknhd5Jh6WuOee1jj&#10;pX1W4q9+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4fv+YEwH/rRQB88MP&#10;ANLYCwDE7B4EuPYxEa39Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw+3Raa/l6Xmj3gWFk9Ydj&#10;YfONZV/yk2dd8ZloWvCeaVjvpWtW761sVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U&#10;7rRtVO60bf+jEADxuQwAzskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9HMYH/Tjl6/1g/c/9iRW7/&#10;bElp/3NMZv96T2P/gFFg/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6taVPuxW1T7sVtU+7FbVPux&#10;W1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp/yEIn/8xEZL/NxqH/z4i&#10;ff9FKXX/TTBu/1U1af9gOWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/j0VW/5RGVf+aR1P/oEhS&#10;/6dJUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSs+4BAC+wwUAstQGAKb+&#10;EAOc/yMIkP8tD4T/MxZ5/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20xVv9zM1T/eTRT/341Uv+E&#10;NlD/iTdP/444Tv+TOE3/mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6&#10;S/+mOr+8AwCwygMAo9wDAZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/Rx5Y/04hVP9XI1H/XyVO&#10;/2UmTf9sJ0v/cShK/3YpSf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+aLUP/mi1D/5otQ/+aLUP/&#10;mi1D/5otQ/+aLUP/mi1D/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwGdP8jCmn/Kg5g/zISWf86&#10;FVP/QhdO/0kZS/9RGkj/WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+/3ggPf98IDz/gSE7/4ch&#10;O/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96HQP/digG/3IzC/98Nw//&#10;hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVo&#10;wWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvm&#10;c/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd&#10;/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+C&#10;eUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3l&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V&#10;/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvz&#10;Zsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96&#10;HAP/dycG/3QyC/9/Ng//hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO/32PVv95mFz8daBh+XKm&#10;ZfdvrWn1bLNs82q5b/JowHHwZshz7GTNdehh1HbjX953213jedVd5XbVXeV21V3ldtVd5XbVXeV2&#10;1V3ldtVd5XbVXeV21V3ldv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+STyf/kVwy/45oPf+KdEj/&#10;hoBS/4GLWvx9lWH4eJ1n9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XOf+Ji1oDZX92B0F/gfsxg&#10;43vMYON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje/98HAP/eCYG/3ovCv+FMw7/jTsU/5JE&#10;HP+WTif/lVoy/5JlPv+OcUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jqb6596Gy0gOZpvIPkZ8aG&#10;4WXPiNli14rPYdmIyGLdgsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf/99GwP/&#10;eSYG/3wuCv+IMg7/kDoU/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImFYvWEj2vwfpdz7Hmeeuh0&#10;pYDlcKuF4myzieBqu4zeaMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbd&#10;gr1m3YK9Zt2CvWbdgv99GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/nVYz/5thQP+XbE37knZa&#10;942BZvKIjHDsgpR553ubgeN1oojfcamO3G2xktlru5bXaciZzGTLm8VlzpfAZ9KRumjYirZp24a2&#10;aduGtmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4ErCf+NMQ3/lTkT/5tCG/+g&#10;Sib/oVQz/59fQfucaU/2l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX0m2vnc9suZ/Ma8Wgw2fH&#10;oLxoy5u3atCUsmzVja9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZif9+GgP/eyUG&#10;/4MqCf+PMAz/mDgS/55BG/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWPg3reh4uG1X6Skc94mZfK&#10;dKGcx3Gqn8Nvs6HBbr+jumvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw&#10;1oypcNaMqXDWjP9/GgP/fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy+albQfOmZFHsom5h5Zp2&#10;cNyRfn/SiYaLy4KNk8V9lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKoccubpHPQk6J01I6idNSO&#10;onTUjqJ01I6idNSOonTUjqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+ULwv/nTcR/6Q/Gf+qRyT9&#10;rk8y9q1ZQe+rYlLnpmti3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mho693qqasdrSnqnbBqKNz&#10;w6WgdcmennfPlpx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkf+AGgP/fSUG/4on&#10;CP+WLgv/nzYQ/6c/GP+tRyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HDkn+LvIuGlLWGjpqvgZWg&#10;qn6dpKZ7pqejerCpoXm8qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOX&#10;e9GTl3vRk/+BGgP/fiQG/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdWQOe1XlLdrmZk0KVuc8ad&#10;dYC9lnyLtZCDlK6Ki5uohpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcaikn7MmZF/0JSRf9CUkX/Q&#10;lJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/pDUP/6w9F/6yRSL2uEww&#10;7bxUQOS4XVHXsmRjy6lsc8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeEoKiUgqmqkYK1q42Bv6uN&#10;gcWkjILLm4yCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlf+CGQP/fyQG/48lB/+c&#10;LQn/pjUO/649Fvy1RSHzvEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneKqZh+k6KThZqbj42gloyV&#10;pZGJnaiNh6erioeyrIeHv6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6X&#10;h4bOl/+CGQP/gCMF/5ElBv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzAWlDNuGFiwbBocbapb36s&#10;onWJpJ18kpyYgpqVlIqgj5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJnYGLzZiBi82YgYvNmIGL&#10;zZiBi82YgYvNmIGLzZiBi82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN/7Q8FPe8Qx7uxEor5MlR&#10;O9XEWE/IvGBhvLRncLGtbX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/k6KqfJKtq3qSu6x6kcOm&#10;e5DJnnyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+DGAL/hCEF/5UkBv+iKwj/&#10;rTML/rc7EvTAQhzqyUko4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4kJCjfpiJoIWegp2No32b&#10;lqd4maCpdZmrqnOZuKtzmMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXN&#10;mf+EGAL/hyAF/5cjBf+lKgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9xF1esb5jbqW4anubsm+G&#10;kq52j4mqfJaCp4Oce6SLoXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCczZhwnM2YcJzNmHCczZhw&#10;nM2YcJzNmHCczZhwnM2YcJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4DuvLQBXh2EYg09hLNsXQ&#10;VEu3yVtcq8NibJ++aHiUuW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpykaKqnpWaqtKZmq8WkaKbK&#10;nGmkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/jRwE/54hBP+sJwX9ui8G&#10;78c2CuPUPhDY30Mfy95KNL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7eJB0uX+VbreHmmm2kJ1l&#10;tZugYrSmoWC1s6FftsWgYbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7Plf+H&#10;FwL/kRoD/6IgA/+yJQP1wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhXnNJeZZDOZHKGy2p8fMhw&#10;hHTGd4puxH6PaMOHlGPCkJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFcutKRXLrSkVy60pFcutKR&#10;XLrSkVy60pFcutKRXLrSkf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzlNxHC6kMit+dIM6zkT0Sg&#10;4FZTlN1dYIjaY2t+1mp1ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCnkVbQtZJV0seRVs3UjlbI&#10;1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB/68ZAfTBGAHd2BEAzOUm&#10;BcHuNxO270Ijq+1HMqHrTECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn4oR4YuKNe17ilX5b4J6A&#10;WN+nglXesYNT3r6DUt7Sg1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncgv+PEwL/&#10;pBMB/rgSANbMCwDM5BEBwO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBdT3rwZlZ08G5cbu92YWnv&#10;fmRl74ZoYe+Oal7ulm1b7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenV&#10;c1Hp1XNR6dVzUenVc/+YEAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe+z4hk/tELIn6SjWB+lM+&#10;efpdRXL6Zkpt+m9OaPp2UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3rGBT97VhUvbBYVD2ymJQ&#10;9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQHALvUCQCw/BQDpv8pC5z/&#10;NRWQ/zsehv9CJn3/SS51/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NIWv+LSVj/k0tW/5tMVf+i&#10;TVP/qU5R/7FPUP+7UE//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUdqvAgDGvAUA&#10;uckFAK3bCACj/xcEmv8rC47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//YjJc/2s0Wv9yNlj/eDhW&#10;/385VP+GO1L/jTxR/5U9T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/&#10;uUFK/7lBSv+5Qci1AgC4wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUVbP89GmX/RB5e/0wiWP9U&#10;JVX/XSdS/2UpUP9sKk7/cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF/6AxRP+pMkP/rjJD/64y&#10;Q/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/DAKJ/xoEff8hCHL/KAxo&#10;/zAQYP84FFr/QBdU/0gaT/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90IkH/eiJA/4AjP/+GJD7/&#10;jCQ9/5IlPP+ZJTv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJqvBAACd0AAAj+EA&#10;AIb/DgJ6/xUDbv8cBmT/Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA/1UWPv9aFzz/Xxg7/2QY&#10;Of9oGTj/bRk3/3IaNv93GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy&#10;/40bMv+NG/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9w&#10;nUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5Vnx&#10;X+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p&#10;/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3w&#10;XONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9y&#10;Nw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bD&#10;V/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf&#10;5VnxX/9wHgP/bCgG/2sxCf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97eDv/eIZC/3WSSP9ym03/&#10;cKRR/22sVP9rslf/abla/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6FvpZOJa72TgWvBi4FrwYuBa&#10;8GLgWvBi4FrwYuBa8GLgWvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS/4NEGf+HTiH/hlsr/4No&#10;NP9/dT3/fIJF/3mOTP92mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0Y8xn8GHTaetf3mvmXeVs&#10;4Fvpbdlc7mjWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9yHQP/bigG/3EuCf97Mgz/&#10;gzoR/4dDGP+KTCH/ilkr/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKmYPpurWT4bLRo9mm8a/Rn&#10;xW3wZMxw62HTcuVf33PeXOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7u&#10;a/9zHAP/bycG/3QtCP9+MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/g3tL/3+HU/58klv8eJxh&#10;+XSkZ/Zwq2vzbbJv8Wq6c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg6nDGYOxuxmDsbsZg7G7G&#10;YOxuxmDsbsZg7G7GYOxuxmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45AGP+SSSH/k1Qs/5BgN/+M&#10;bEP/h3dN+4ODV/h/jmD2epdn83agbvByqHPtbq9462u4fOhown/mZs2C32LYhNFf3IXKYOB/xWHj&#10;er9j6HS+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/cCYG/3kqCP+FLgv/jTcQ&#10;/5I/F/+WSCD/l1Is/5VeOP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedyo3zkbquB4Wqzht5nvYra&#10;ZcqN0mLUjshi2IrCY9yEvGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdv91&#10;GwP/cSYG/3woB/+ILQr/kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS74x7X+qFhWrlfo104HiV&#10;fdtynYXUbaSL0Gqtjs1ot5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyuauR5rmrkea5q5HmuauR5&#10;rmrkea5q5HmuauR5rmrkef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+eRh//oU4r+6BZOPWcY0bv&#10;mG1U6JB3YuKIf2/agId70nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvLlbZp0JSxa9WNrGzbhqht&#10;4H+nbeJ8p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF/4EmB/+NLAn/ljQO/508&#10;Ff+hRB7+pUwq96VXOPCiYUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/dpuPunOjk7dwrJa0b7eX&#10;sW/EmKxtzZipb9OQpXDYiaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf/93GwP/&#10;dCUF/4MlBv+QKwn/mTMN/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plvZ8+ReHPHioB9wYSIhbt/&#10;j4u1epeQsXeflK10qJeqc7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6BmnXegZp13oGadd6BmnXe&#10;gZp13oGadd6BmnXegf94GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4rUoo8K9SN+esXEfepWRY&#10;0Z1tZsiVdXPAjnx9uYmEhbODjIytf5ORqXublaV5pJmhd66bnna6nJ13ypyZd8+Wl3jUjpV424aU&#10;eN2DlHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gjBv+UKgj/njEL/6Y6Ev6r&#10;Qhv1sEkn7LVQNuOwWkbYqWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCRoYCYlp19oZqZe6qclnu2&#10;nZR7xp6Se82YkXzTkI982YiPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchf95GgP/eiIF&#10;/4oiBf+WKQf/oDEL/6g5EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2ecHK0l3d8rZF+haaMhoyg&#10;iI2RmoWVlpaCnpqSgKedj3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDbhomA24aJgNuGiYDbhomA&#10;24aJgNuGiYDbhv95GgL/eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck5r1OM9u4V0TNsGBWwqln&#10;ZLiibnGvm3V7p5Z8hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+FhcubhYXRk4WF2IqEhNqH&#10;hITah4SE2oeEhNqHhITah4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+bKAb/pS8J/643Dva2Pxfs&#10;vEYi48FOMNW8VkPItF5VvaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqOdgYqun36K&#10;vJ9+isqcf4rQlH+J1ot/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiP96GQL/fx4E/5Ah&#10;BP+dJwX/qC4I/rI2DfO6PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+kpHF6nJ93g5SbfoqOmIaQ&#10;h5WOlYKSl5l9kKCceo+rnniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5&#10;jdiJeY3Yif97GQL/gR0E/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJLsvDU0G+vFtSs7ViYaiv&#10;aW6fqm94lqV1gY6hfImHnoOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8idcpbPlXOU1Yx0k9iJdJPY&#10;iXST2Il0k9iJdJPYiXST2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/rywG97ozCezEOw/izkIY&#10;085ILMbHUkC5wFpRrbphX6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWgkpZwnpuZbJ6nm2qetJxp&#10;n8WbbJ7QlG2a1oxtmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYif99GAL/hxoD/5geA/+m&#10;IwP/sykE88AxB+fLOAvd2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0ibNxfYGveIR6rX+KdKqH&#10;j26pj5Npp5qWZqelmGOnspliqMOYZafRk2aj1otnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJ&#10;Z6HZif9+FwL/ixgC/5wcAv+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnRTjuszFZMoMddWpXCY2eL&#10;v2lxgrtveXq4doBztn2GbbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLTkF+s2YlgqtqGYKrahmCq&#10;2oZgqtqGYKrahmCq2oZgqtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB49EgAdPfLAbJ4jsUvt9E&#10;JbLZTDil01RJmc9bV47LYWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jolevpiLWr6kjVi+sY5Xv8KN&#10;WL/Xi1m43IVZtt2DWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+BFgL/lRQB/6cWAf24FwDp&#10;yxEA098WAcjnLAe+5jsWs+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFtbmzPdHRmznx5Yc2FfVzM&#10;joBZzJmDVsylhFTMs4VTzcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPh&#10;ff+HEwH/nBIB/64RANrCCgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS5lBAiORZS37iYFR24Whc&#10;b+BvYmjfd2hj3n9sXt6IcFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W5XVP0+d0T9PndE/T53RP&#10;0+d0T9PndE/T53RP0+d0T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEaA7DyLQym8TsYm/BBJJHv&#10;Ry+H7k46fu5YQ3ftYUpw7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1jVe2nZVLts2ZR7sBnT+/U&#10;aE7r5mhN6OhoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDdrgQAzLwGAMHJBwC42woA&#10;rfgcBKT4Lw2Z+DkXj/g/IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4eUpd+IFMWviJT1j4klFW&#10;+ZtSU/mlVFH6r1VQ+rtWTvrKV03741dM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV+Wl&#10;AADOtAQAv78FALTOBgCq6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wqav9UL2X/XjNh/2c3Xf9v&#10;OVr/djxY/34+Vv+GP1P/jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ/9xHSf/cR0n/3EdJ/9xH&#10;Sf/cR0n/3EdJ/9xHSf/cR9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/Kwx+/zISdf86GGz/Qh1l&#10;/0kiX/9RJVr/WihX/2MrVP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+YNUj/oTVH/6o2Rv+zN0T/&#10;vzhE/8U4RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIApcwBAJndAwCQ/xIChv8f&#10;BXv/Jwpx/y4OaP82E2H/Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH/3EkRv94JUT/fyZD/4Yn&#10;Qf+OKED/lig//54pPf+nKTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0KrO4AQCl&#10;xgAAl9UAAIvvBAGE/xMCd/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9IFUj/TxdF/1YYQv9cGUD/&#10;YRo+/2caPP9tGzv/cxw5/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6QfMv+kHzL/pB8y/6QfMv+k&#10;HzL/pB8y/6QfMv+kH6bAAACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX/yQIUP8sCkr/MwxF/zsO&#10;Qf9BDz3/RxA6/00ROP9SETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/dxUs/30VKv+DFin/ixYp&#10;/44WKf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9z&#10;URz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/XNRK/1ve&#10;S/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9mIAP/YSoF&#10;/2EzCP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/&#10;YcJG/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV&#10;+E3sVfhN7FX4Tf9mIAP/YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j/3NsKv9wejH/bYc2/2uU&#10;O/9pnz//aKhC/2awRf9kuEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1WepQ8VjvUe1X9FHpV/lQ&#10;6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9uMwv/dDoP/3dDFf95Thz/&#10;elok/3doK/90djP/cYQ5/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PFUP9hy1L9X9JU+V3dVfRb&#10;5FbwWupX61jwWOdY9VfjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VP9oHwP/YykF/2gu&#10;B/9xMgr/dzgP/3tCFf99TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/bKFL/2qqT/9oslL/Z7tU&#10;/2XEVv5iylj5YNFa9V7cXPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+Vfc&#10;W/lX3Fv5V/9pHgP/ZCkF/2stB/90MAr/ezcO/39BFf+BShz/glUl/39jLv97cDb/eHw+/3WJRf9x&#10;lEv/b55Q/2ymVP9qrlj9aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm3lrwY9hb9GDRXfhb0V34&#10;W9Fd+FvRXfhb0V34W9Fd+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/fzYO/4M/FP+FSBz/h1Ml&#10;/4RgL/+AbDj/fHlB/3iFSf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNkxWjwYtBr6l/dbeNd527b&#10;W+pt01zvaM1e82TIX/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X/9qHgP/ZigF/3EpB/97&#10;LAn/gzUN/4c+FP+KRxv/jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc8W+dYu9spWftaa1r62a2&#10;b+hjwHLmYcx142Dfd9Zc5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRj&#10;v2L0Y/9rHQP/ZycF/3QnBv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyLZjv4hnFG84F8Ue98h1rs&#10;dpBi6HGYaeVsoHDhaKh13mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lpcrtj7W22ZPFntmTxZ7Zk&#10;8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM/5A7Ev+TQxr/lkwk/ZVX&#10;MPeRYjzyjG1J7IZ4VOd/gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJZb+Dx2TOhMFj3YO6ZOJ8&#10;tmbmdrJn6nGuaO9qrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvav9tHAP/bCQF/3okBf+FKQf/&#10;jjEL/5Q5Ef+YQhn/m0ok+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aNdcpylXrGbp1+w2ylgr9q&#10;r4S9abmGumjHh7do2oexaN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1tpmztbaZs7W2mbO1tpmzt&#10;bf9tHAP/biME/30iBf+IKAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3llmZM3Y5vWtOHeGXMgYFu&#10;xnuJdsF3kXu8c5mAuHChhLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu5Xefb+twn2/rcJ9v63Cf&#10;b+twn2/rcJ9v63Cfb+twn2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3D/+gPxf4pEch8KdPLuii&#10;Wj3fm2NN1JRsWsuMdWXEhn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+LpXC7jKNwy42gcdmInXHf&#10;gZty5HqZc+lymXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/cyAE/4IgBP+OJgb/ly4I&#10;/582Dv2kPhX0qEYg7KxNLeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCAiX2rfZGCp3mZhqN3ooqf&#10;dauNnHS3jpp0xo+YddaLlnbdg5R24nyTdud0knbodJJ26HSSduh0knbodJJ26HSSduh0knbodP9v&#10;GwL/dR8E/4QfBP+QJQX/mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9LyJxoWb+Vb2S3j3dusIp/&#10;dqqFhn2kgY6Cn36Wh5t7nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6NeuZ2jXrmdo165naNeuZ2&#10;jXrmdo165naNeuZ2jXrmdv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/erPBLusUMc5bRLKdqvVTrN&#10;qF5KwqBmWLmabWSxk3Vuqo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2wkIp9vpGKf9OPiX7ah4h+&#10;33+HfuV3h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D/4geA/+VJAT/oCsG/6gy&#10;CvSvOhHrtUIa4bhKJ9SzUznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyYi4iCkoeQh42FmYuJg6KO&#10;hoKukYOCvJGCg86Rg4PZiIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC5HiCguR4goLkeP9xGgL/&#10;ehwD/4odA/+XIwT/oikF/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahiVq+iamKnnHBsn5d3dZiT&#10;fnySkIaCjI2Oh4eKl4uDiKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6fYbkeX2G5Hl9huR5fYbk&#10;eX2G5Hl9huR5fYbkef9xGgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzkvz8U2MBGJMq6UDe/s1lH&#10;tKxhVaqmaGGhoW5rmZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaMtpF0jciRdo7YineM3YJ3&#10;iuN6d4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48bAv+dIAP/qSYD9rMtBeq9&#10;NQngxjwQ0sREI8W9TzW6t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GAgJiJhXqWkol1lJuNcpOm&#10;j2+TtJBtlMWQcJXYinCS3YNxkON7cZDje3GQ43txkON7cZDje3GQ43txkON7cZDje/9zGQL/ghcC&#10;/5IaAv+gHwL/rSQC8rgqBObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+xZF6WrGtojqlxcYaleHh/&#10;on9+eaCHg3Sdj4hvnJmLa5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bje2uW43trluN7a5bje2uW&#10;43trluN7a5bje/90GQL/hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TINx8xBH7rHTDGuwVRCo7xc&#10;UJm3YlyQs2lmh7BvboCtdnV5qn17c6iEgG2mjYVopZeIZaSjimKksItgpMGLYqbZiGOi3oFlnuN6&#10;ZZ7jemWe43plnuN6ZZ7jemWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+pGAH2uBsB58caAdvZHAHN&#10;1jALwNI/HbTNSi+oyFI/ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGDfGewjIBir5aDXq6hhlyu&#10;r4dar7+HW7DahF2s4H9ep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleP96FQL/jhIB/58T&#10;AP+wEwDvwBAA2dQMAM7fHAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SCxGVeecJsZnLAcmxrvnpy&#10;Zr2CdmG7i3pcu5V9Wbqhf1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy53RYsud0WLLndFiy53RY&#10;sud0WLLndP+AEgH/lBAA/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9GKTdRieZ2U43jdRWRIPR&#10;XU96z2RYcs1qX2vLcmVlynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4UMrbd1HG6HNSwOtvUr/s&#10;b1K/7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADHyQgAwdsLALfoIAOt5zEN&#10;pOY9GZnkRCaO4kwzhOBUPnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZjGdT2ZdqUNmjbE7ZsW1N&#10;2sJtTNvcbE3Y7GpOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ/+PCwDppAQA0bQGAMW/&#10;BgC8zQgAtOkOAaruIgWi7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WREZ+lsSWLodE1e6HxRWuiF&#10;VFbojlZT6ZhZUemjWk7psFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/Nc&#10;SuPzXPmZAwDUrAIAxbcEALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1QSB49UgncPVQLmr0WjRl&#10;9GM4YPRrPF31dD9Z9XxCV/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfITUn44E1I9/NNSPf0TUj3&#10;9E1I9/RNSPf0TUj39E1I9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcAmv0UApL9JweH/i8Nff43&#10;FHT/Pxts/0cgZv9OJWD/Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN/5I5S/+cOkn/pjtI/7E8&#10;Rv+9PUX/zD1E/+Y+RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsusAAC5tgEArMIBAKDQAgCV&#10;5QcAjv8YA4T/JAZ6/ywLcP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9jJE3/ayZL/3MnSf96KUj/&#10;gipG/4orRP+ULEL/ni1B/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/N&#10;MLuxAACsvAAAn8kAAJPZAACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX/0ATUf9HFk3/ThhK/1YZ&#10;R/9cGkT/YxxC/2kdQP9wHj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/rSM1/7gjNf+5IzX/uSM1&#10;/7kjNf+5IzX/uSM1/7kjNf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8TAmj/GwRf/yMGWP8rCVH/&#10;MwtM/zoNR/9BD0P/SBFA/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IWMf96Fy//ghcu/4sYLP+T&#10;GCv/nBkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACSzAAAhNwAAHj3AABu/woB&#10;Y/8QAlr/FQNS/x0ES/8kBkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/UA0u/1QOLP9ZDir/Xg8o&#10;/2QPJv9qDyX/cRAj/3gQIv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ERH/+REf9c&#10;IgP/Vy0F/1gzB/9fNgn/Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or/16WLv9coTH/W6oz/1qy&#10;Nf9Zujb/WMM3/1jNOf9X2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31Uf0981H/PfNR/z3zUf89&#10;81H/PfNR/z3zUf8981H/Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9oTxf/aFwd/2ZtIv9jeyj/&#10;YYgs/1+UL/9enzL/Xak1/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bmPv9V6z79VPA/+VP1P/ZS&#10;+UDzUv1A8FL/PvBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF/1wwB/9kMwn/aDoN/2tD&#10;Ev9sThf/bFod/2pqJP9neCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/XL4+/1vIP/9a0kH/Wd1C&#10;/1flQ/1W6kT5VfBE9VT1RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/Qv9eIQP/&#10;WSwF/18uBv9mMgn/bDgM/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WONf9kmTn/YqM8/2CrPv9f&#10;s0H/XrtC/13ERP9czkb/WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H51b/RedW/0XnVv9F51b/&#10;RedW/0XnVv9F51b/Rf9eIQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/dVUe/3JkJv9vci3/bH8z&#10;/2mLOP9mljz/ZaBA/2OoQ/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ6k/wV/FQ61b2UedX+07k&#10;WP9L4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2UrBv9tLgj/czUM/3c+Ef94&#10;SBf/eVIf/3dgJ/90bi7/cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO+2C8UfpexlP5XdRV9Vvj&#10;Vu9a6ljpWPJZ5Vn3VuBa+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03XW/9N11v/Tf9gIAP/XSkF&#10;/2gpBv9xKwf/eDML/3w8EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xtjUX6apdL+GefT/Zlp1P0&#10;Yq9W82C4WfFfwVzwXc1e7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/Ucxe/1HMXv9RzF7/Ucxe&#10;/1HMXv9RzF7/Uf9hHwP/YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f/4NZKP9/ZjL8enI7+HV+&#10;Q/VxiEvybZJR72maVu1molvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvTXPBmzV71Ychf+VzEYPxY&#10;wWH+VcFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95KAb/gTAK/4U5D/+IQhb/&#10;iUse/4lWKPqFYjP1gG498Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ctbddft2/UXsNw0V7Scc1d&#10;53HHX+5rwmHyZr5i9mG6Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WP9jHwP/ZiME/3Ii&#10;BP99Jwb/hS4J/4o3Dv+NQBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXecoZe2G2PZdNqmGrPZ6Bt&#10;zGWocMljsXPGYrx0xGHJdcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n+VyuZ/lcrmf5XK5n+Vyu&#10;Z/lcrmf5XP9jHgP/aCEE/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZPKO6RWzTni2ZB4IRvTtl9&#10;eVjRd4JgzHOKZ8dvk2zEbJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2rmjsb6pp8GmoafRjpmr3&#10;X6Zq91+mavdfpmr3X6Zq91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/jSwH/5M0C/+XPBL4mUUb&#10;8JtNJ+iXWTThkGJC14lsTs6DdVjIfX5hw3iGaL50jm25cJZytm6edbJsp3ivarF7rWm9fKppzX2o&#10;auN6pWzpcqJs7WygbfJmnm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71Yv9lHQL/bR4D/3sdA/+H&#10;IwT/kCoG/5cyCv2cOxD0n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnphun2CaLV5im6xdZJzrHKa&#10;d6lwo3qmbqx9o224fqFtx3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SXcfNkl3HzZJdx82SXcfNk&#10;l3HzZP9lHQL/bx0D/34cA/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96hVDHSml5AyJNnTcCMb1i5&#10;h3dhs4J/aK59h26peo5zpHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTleJN06nGSde9rkXXyZpF1&#10;8maRdfJmkXXyZpF18maRdfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF/54vCPakNw3sqD8V46tI&#10;INimUjDMnlxAw5dlTbuRbVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyVd6V/knawgZB1voKOdtGC&#10;jnjjeo146HOMeO1si3jxaIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9nHAL/cxoC/4IaAv+PIAP/&#10;mSYE/qIuBvOoNQvprT0T369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5aKGHgW6cg4h0l4CQeJJ9&#10;mXyOfKKAi3qtgoh6u4OHes2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBphnzwaYZ88GmGfPBphnzw&#10;af9nHAL/dRkC/4UZAv+SHwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7Dplk+uZ9hS7CZaFaolHBf&#10;oY93Z5uLfm6WiIZzkIWOeIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB5naBgOtvgIDvaoCA72qA&#10;gO9qgIDvaoCA72qAgO9qgIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+KkqBOyxMQfitzkN1bdCHMmw&#10;Ti2+qlc9tKNfSqueZ1WjmG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6AfYSognuEtYR5hMeEeobg&#10;f3uF5nd7hetwe4Tua3uE7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/ehYC/4oXAv+XHAL/oyEC&#10;9K0nA+i1LgXevTUK0LpAG8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCVeWyKkoFyhZCJd3+Nknx7&#10;i5t/d4qmgnSJs4NyisSDdIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbP9r&#10;GgL/fRQC/40WAf+aGgH/ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6qqxcR6GnY1KZo2pckZ9x&#10;ZIqbd2uEmH9xfpaGdnmTj3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhvj+pxcI7tbHCO7Wxwju1s&#10;cI7tbHCO7Wxwju1scI7tbP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDDIQHSxi0IxsE9GLq8SSiv&#10;t1I4pbJaRZytYVGTqWhai6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apiif2eXroBlmL+BZZnYf2iY&#10;5XhplupxapTtbGqU7WxqlO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB/5QTAf+iFAD1sBQA5r4U&#10;ANnMFQDMyisHwMY7FrXBRyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3p3pscqWCcmyji3ZoopR5&#10;ZKGgfGCgrX1fob1+XqLUfWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubP90EwH/&#10;hxAB/5gQAP6nEADntw0A1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9XQI+7XkuGuGRUfrVrXHey&#10;cWNxsHhpa66AbWatiXJhq5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xuXaTval2k72pdpO9qXaTv&#10;al2k72pdpO9qXaTvav95EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC91SUEstI2EafOQiCcykwv&#10;ksdUPIjDXEd/wWJQd75pV3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2q3NTt7tzUrfSc1S3629W&#10;su9qV6/xZ1ev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUFANKzBwDJvgcAwssIALzd&#10;DgC03SMDqtozDZ/WQByU00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZcX8V/YFrFiGRWxJJnU8Se&#10;aVDErGpPxLxrTsXTak/F7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFRvfVhUb31Yf+GCgDwmgQA&#10;1KoEAMi2BgC+wQUAt88JALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHjaWDpw2F9CadZnSWPVbk9e&#10;1HZTWdN/V1XTiVpS05NdT9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5WkzM+VpMzPlaTMz5WkzM&#10;+VpMzPlaTMz5Wv+PAwDaogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgGk+k0DonoPRh/50Qid+ZO&#10;Km/mVzJp5V84Y+VnPV/kb0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ5btSSObPUkjm6FJI5PhR&#10;SOH8T0jh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+AwCoywUAn9oJAJjyGAKQ&#10;8ioHhvIzDnzxOxZ08UMdbPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/OlDyiDxN8pI+S/KdQEnz&#10;qUFH87ZCRvTHQ0X030NE9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpCRPL6QtGiAADArgAAsrgB&#10;AKfEAgCc0gQAku0MAIz7HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX/FkjVP1iJlH9aihP/XMq&#10;TP57LEr+gy5I/o0vRv+YMUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//7zU//+81P//vNT//7zU/&#10;/+81P//vNcSqAACzswAAp78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8tCmT/Ng5d/z4SWP9FFVL/&#10;TRhP/1UaTP9cHEn/ZB5H/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6QmOv+vJjn/uic4/8onOP/c&#10;KDj/3Cg4/9woOP/cKDj/3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB5gEAev8QAXD/GAJn/yEF&#10;X/8pB1j/MQpS/zkNTf9BD0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/cBg3/3kZNf+CGTP/jBoy&#10;/5cbMP+hGy//qhwv/7UcLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HKm1AACawgAAjM8AAH/e&#10;AAB2/wUAbP8OAWL/FAJa/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cMOP9NDTX/Uw4z/1gPMf9e&#10;Dy//ZBAt/2sRK/9zESn/fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sU&#10;Iv+rFJy+AACNywAAftoAAHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/JAQ8/ysFN/8yBjT/OAcw&#10;/z0ILf9DCCr/SAko/00JJv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98DBj/hAwX/44NFf+VDRX/&#10;lQ0V/5UNFf+VDRX/lQ0V/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK/1tFDv9aTxP/WV0X/1ht&#10;G/9Wex//VYki/1OVJf9SoCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/TuQu/07tL/9O8y//Tfgw&#10;/038MP9M/zD8TP8w+Uz/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9TJAP/TS8E/1QwBf9ZNAf/&#10;XToK/19DDv9eThP/XVoY/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1OuLf9Sti7/Ur4v/1HHMP9R&#10;0jH/UOEy/1DrMv9P8jP/T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/&#10;Mv9TJAP/Ti4E/1YvBf9cMgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/W4Mm/1mPKf9Ymiz/VqMu&#10;/1WsMP9VszH/VLsz/1PENP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP/zj0T/838VD/NfBQ/zTw&#10;UP808FD/NPBQ/zTwUP808FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZADv9mShP/ZVUZ/2NlHv9h&#10;cyP/XoAo/1yMLP9bly//WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6/1TnO/9T8Dz7UvY99lH7&#10;PfJR/z3vUv877FL/OOtS/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/UisE/1wrBf9jLgf/ZzQK&#10;/2o+Dv9rSBP/alMZ/2hhH/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9arTr/WLU8/1e9Pv9Xxz//&#10;VtNB/FXkQvlV7kP1VPZE8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/O+VV/zvlVf875VX/O/9W&#10;IgP/VSkE/18oBf9nKwb/bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt/2WEMv9ijzf/YJk7/l6h&#10;Pv1cqUH7W7FD+lm5RflYwkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0biWP9D3ln/QN1Z/z/dWf8/&#10;3Vn/P91Z/z/dWf8/3Vn/P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91QxP/dU0Z/3VZIf9xZyn/&#10;bXQw/WqANvpmijz4Y5RA9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61faU+dW6VXkV/VU4Vn9T9ta&#10;/0vVW/9I0Fz/RM9c/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD/2YjBP9vJgX/di4I/3o3&#10;DP97QRL/e0sZ/3tVIf53Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1DoXadU5VuvV+NZuFrhV8Nd&#10;31fSXtpW5l7WWfNa0lz8Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf/0jEX/9IxF//SP9ZIQL/&#10;XyID/2ohBP90JAX/eywH/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1PulugEblaYlN4WWRVN5h&#10;mVnaX6Jc1l2qX9Ncs2HQW75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9RumL/Tbli/0u5Yv9LuWL/&#10;S7li/0u5Yv9LuWL/S/9ZIQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+iEUX94hOIfCEWyvqfmY2&#10;5HhwQd9yekvZbYNS02mMWM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e2Gi8X+tmumP3X7Zk+1mz&#10;Zf5VsGX/UK9l/0+vZf9Pr2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3EcA/98IgP/hCkF/4kxCf+M&#10;Og75jkMW8Y5MIOqKWCvjhGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhivWagZbplqGi3Y7JqtWK+&#10;a7NizmywYuVrr2b0ZKxn+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Kmaf9Spmn/Uv9bIAL/ZxwC&#10;/3QaAv9/IAP/iCcE/44vB/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9ckzEeHtUv3SDWrpxi1+2&#10;bpNks2ubZ69ppGqtZ61sqma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9Vp5s/lWebP5Vnmz+VZ5s&#10;/lWebP5Vnmz+Vf9cHwL/ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S55tGHN6WUinSkFw3yolm&#10;QsODb0y8fndUt3l/W7J1h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGcatdxnG7ua5pv82SZb/he&#10;l3D8WJdw/VeXcP1Xl3D9V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+GHQL/jyMD/5YrBfWbMwnr&#10;nzsQ4qBFGdebUCjMlFo2xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonSTaZ5ynG2bcKVwmG+wcpVu&#10;vXOTb9BzlHLrbpNz8maSc/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZkHP7Wf9fHQL/bhcC/30X&#10;Av+JHAL/kiIC/ZopBPGgMAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuvh3FUqYJ5W6R/gGCffIhl&#10;m3mQapd2mW2TdaJxkHOsc41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3+lqKd/painf6Wop3+lqK&#10;d/painf6Wv9hGwL/cRYC/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlAFsyjTCbCnFY0uZZfQLGQ&#10;Z0qqi29TpId2Wp6DfmCZgIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2hXrkcoZ772qFe/RkhXv4&#10;XYV7+VyFe/lchXv5XIV7+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/mR4B9qEjAuqpKgTgrzIH&#10;0qw+FcemSyS9oFUztJpeP6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqAk26Gfp1xgn2ndH98tHZ9&#10;fMV2fX7gc39/7mt/f/Nlf373Xn9++F1/fvhdf374XX9++F1/fvhdf374Xf9lGAL/dRMB/4QUAf+R&#10;FwH/nBsB8qUgAeauJgLbtC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtRmZByWZONeV+OioBkiYeI&#10;aYSFkW6Ag5pxfIKldHmBsnZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56gvheeoL4XnqC+F56gvhe&#10;eoL4Xv9nFwL/dxEB/4cTAf+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76uSCK0qFIwq6NaPaKeYkeb&#10;mWlQlJVwWI6Sd16Ij35kg42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fXdXOJ7W1ziPJmdIf2YHSH&#10;9190h/dfdIf3X3SH9190h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA6q4VAN25FwDPuigExLc5&#10;EbmyRiCvrFAvpqdYO52jYEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxzj5Zwb46gcmyNrXRqjb11&#10;aY3SdWyQ7W1tjvFnboz2YG6M919ujPdfboz3X26M919ujPdfboz3X/9sEwH/fQ8B/40QAP+bEAD0&#10;qA8A5bUNANW/EADKviYDv7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJsVYKfc1t8nHphd5qBZnKY&#10;imptlpRuaZWecWaUq3NjlLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdfaJL3X2iS919okvdfaJL3&#10;X/9vEQH/gQ4A/5EOAPKgDADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhykt0wqm7NVN5KvXEGKrGNK&#10;g6lqUnymcVl2pHhecKJ/Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f62thnfJlYpr2YGKZ915i&#10;mfdeYpn3XmKZ915imfdeYpn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sIAMbHCwC9xyACssUyC6jB&#10;QBmevkonlLpTNIu2Wj6DtGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBnXaebalmnqGtXp7hsVqfM&#10;bFio6Whap/RjW6P4Xlyj+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/iwkA35wDANKpBgDJtAcA&#10;wr4GALzMCAC1zRwBq8svCaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4bVBpt3RVZLV8Wl+0hV5b&#10;s49hV7OaZFSyp2VSsrdmUbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37Wlat+1pWrftaVq37Wv9+&#10;CQDykQIA1qECAMqtBQDAtwUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUfhctOKn3JVjR1x109bsVl&#10;RGjEbEljwnNOXsF7U1nBhFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxOv/lZT7z+VVC6/lVQuv5V&#10;ULr+VVC6/lVQuv5VULr+Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfTCgCg3RUAmd0oBJDbNw6G&#10;2UIZfdZLJHXUVC1t0lw1Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6bUkvOqVNJzrlUSM/PVEjO&#10;61NJzvhQSsv/TkrK/01Kyv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAAw6sBALe0AgCtvwMAo8sG&#10;AJvZCgCU5RoBjeUrBoTkNQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX4HI6U997PVDfhUBN349D&#10;SuCbRUjgqEZG4LhHReHMR0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe/0RF3v9ERd7/RNmXAADH&#10;pgAAuLAAAKy5AQCixQIAmNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1GGWLtTh5d7VcjWe1gJ1Xt&#10;aCpS7XEtT+15L0ztgzJK7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84QO39OEDs/zhA7P84QOz/&#10;OEDs/zhA7P84QOz/OMugAAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8+B8CdPgpBmz4Mgpk+DsP&#10;XvlDE1j5SxdT+VMaUPlbHU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7nik+/KsqPfy5Kzv9yys7&#10;/eIrOvz0Kzr89ys6/PcrOvz3Kzr89ys6/PcrOvz3K72oAACusAAAobwAAJXIAACJ1AAAfugFAHf/&#10;EgFv/xwCZ/8mBWD/LwhZ/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QYQP9sGT3/dRo7/34bOf+J&#10;HDf/lB02/6AeNf+sHzP/uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy/+cgMv/nILCtAACitwAA&#10;lcQAAIfQAAB73QAAcv0JAGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/QQtB/0gMPv9ODjv/VQ84&#10;/1sQNv9iETT/aREy/3ISL/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//CFif/xxYn/8cWJ//HFif/&#10;xxYn/8cWJ//HFqS0AACWwAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQBTf8cAkj/JARC/ywFPv8z&#10;Bjr/OQc2/0AIM/9FCDD/Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g/4ANHv+MDh3/lw4c/6EO&#10;G/+sDxv/rg8b/64PG/+uDxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvjAABf9gAAVv8AAE7/CgBH&#10;/xABQf8WAjz/HQI3/yQDMv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9KBh7/UAYb/1YHGf9cBxf/&#10;ZAgV/20IE/93CBH/gQkQ/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJD/+YCf9JJwL/RDEE/0sx&#10;BP9QNAb/UjoI/1JDC/9RTg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//SKYg/0euIf9HtSL/Rr0j&#10;/0bGI/9G0CT/RuAk/0bqJf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G/yP9Rv8j/Ub/I/1G/yP9&#10;Rv8j/Ub/I/9JJwL/Ri8D/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1BoF/9Pdxr/ToQd/0yRH/9L&#10;myH/SqQi/0qsI/9JsyT/Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko/0j/KP9I/yj+SP8o+0j/&#10;J/lI/yb5SP8m+Uj/JvlI/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/WDYI/1lAC/9YSw//VVYT&#10;/1RmGP9SdBv/UYEe/0+OIf9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9Lyir/Stkq/0rmK/9K8Cv/&#10;Svgs/0r/LP1K/yz6Sv8r90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KP9LJgL/SysD/1IrBP9Y&#10;LgX/WzQI/10+C/9dSQ//WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o/1CmKv9Priv/TrUs/069&#10;Lf9Nxy7/TdMv/0zjMP9M7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvwTf8r8E3/K/BN/yvwTf8r&#10;8E3/K/9LJgL/TikD/1YpBP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9cbR7/Wnoj/1iGJv9WkSn/&#10;VZos/1OiLv9SqjD/UbEx/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79OPBP/zXuUP8z61H/MelR&#10;/y/pUf8v6VH/L+lR/y/pUf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H/2g5Cv9oQw//Z04V/2Va&#10;Gv9iaCD/X3Yl/12BKv9ajC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1Uck981HaPvBQ6D/sUPNA&#10;6VH9PuhT/zvmVP8441X/NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9NJAL/VCQD/10jA/9lJQT/&#10;ai0G/202Cv9uQA7/bUsU/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZOvJYoT3wV6lA7lWxQuxU&#10;uUTrU8RG6VLSSOVR5UniUvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf840ln/ONJZ/zjSWf840ln/&#10;OP9OJAL/WCED/2EgA/9qIwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2a2wq8md3Me9jgjfsYIs9&#10;6V2UQeZanEXkWKRJ4lasTOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a/0XNXP9CyVz/PsVc/zzF&#10;XP88xVz/PMVc/zzFXP88xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kxCP96Owz/ekQT+nlOG/R2&#10;WyPucWcs6WxyNeVofDzhY4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpUy1jGVclX2lbFV+xVw1v5&#10;T8Je/0rAX/9GvWD/Qrpg/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/Xh0C/2kaAv9zHwP/eiYE&#10;/34vBv+BOAv7gUES84BLGux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tjkU/IYJlSxV+hVcJdqlfA&#10;XLNZvly/Wrxbzlu4W+Vbt171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/Q7Bk/0OwZP9DsGT/Q/9V&#10;HwL/YRoC/20YAv93HQL/fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u1HhpOM5zc0DJbnxHxGuE&#10;TMBojFG9ZZRUumOcV7dipVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOqZ/9OqGf/SqZn/0amZ/9G&#10;pmf/RqZn/0amZ/9Gpmf/Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmMMgfvjjsN545EFt6KUSHU&#10;hFwtzH5mOMV4b0HAdHdIu3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0YKVjwmGjY9ViomXtXaJp&#10;+1ehav9Rn2v/TJ5r/0mea/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB/3MVAf9+GgH/hyAC/40n&#10;A/SSLwbqlDgL4ZRCE9aPTiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOqb4xXp22UW6NrnF6gaaVg&#10;nmiwY5tnvWSZZ85kmGnoYZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu/0uWbv9Llm7/S/9bGgL/&#10;aRQB/3YUAf+BGAH/ih0B/JEkAvCXLATlmjQI3Jo/Ec+UTB/GjlcsvohgN7eCaUCxfnFIrHp5Tqd3&#10;gFOjdIhYn3GQXJtvmF+YbaFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5WkHL/UZBy/02Qcv9NkHL/&#10;TZBy/02Qcv9NkHL/Tf9dGAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPhoDAG1Z49EMqYSh7BklQr&#10;uYxeNrGHZj+rgm5Hpn52TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtwtWeJcMVniHDgZop09F6L&#10;dvxYinb/Uol2/06Jdv9OiXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sSAf+HFAD/kRgB9JkdAeeg&#10;IwLdpSsEz6E7D8WcSB28llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJXknqKXI54kmCKdpxjh3Wm&#10;ZoR0smiCdMJogHTbaIN48mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+Eef9PhHn/T/9hFQH/cBAB&#10;/34RAP+KEgD/lBUA8J0ZAOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQYj6hi2pGm4dxTJWEeFKQ&#10;gX9XjH+HXIh9kGCEe5ljgHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+VX59/1F+ff9Rfn3/UX59&#10;/1F+ff9Rfn3/Uf9jFAH/cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYDx6g3DbyjRBqznk8nqplY&#10;M6OUYD2ckGhFloxvTJCJdlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1fr1pc37SaXaB7mJ4gvpb&#10;eIL+VnmB/1F5gf9ReYH/UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+QDgD1mw4A6KYOANmvDwDM&#10;ryQCwqs1DLinQxmuok4mpp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpVidISfZXGD&#10;q2hug7ppbYPOaW+G62Nyh/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9Sc4X/Uv9oEQH/eA0A/4YN&#10;APaTDADeoAkA1qkKANKyDQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqSmmRCi5drSYWUclCAknlV&#10;e4+BWnaNiV5yjJJiboqdZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K/1Jtiv9SbYr/Um2K/1Jt&#10;iv9SbYr/Uv9rEAH/ewsA/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQxCa6wPxakrEoinKhTLpSk&#10;WziMoGJAhp5pSICbcE56mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZmYJHJZmKS52JllPhcZ5L9&#10;V2eR/1Jnkf9SZ5H/UmeR/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDPpgcAya8HAMS5CAC7uhwB&#10;srgvB6i1PROfsUgglq5RK46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqchVlmm45dYpqZYF6ZpmJc&#10;mbRjWpnHY1ua5WBfm/dbYJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/Uv9yCwD/gwUA35MBANGf&#10;BADJqgYAwbIFALu9BAC0vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146ea1lQnOrbEhuqXNNaad6&#10;UWSmg1ZfpI1ZXKOYXFijpF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bbof9QW6H/UFuh/1Bbof9Q&#10;W6H/UP93BwDwiQAA1pgAAMukAwDBrQQAubYDALLABACrxRQAo8UoBJvCNw6RwEMZib1MJIC6VS55&#10;uFw2crZjPW20akNns3FIYrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67GWU+u5FhRrvZUU67/UFSs&#10;/01UrP9NVKz/TVSs/01UrP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIAsLoCAKjEBQChzA8Am8wj&#10;ApLKMwqJyD8VgcZJH3nEUihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlUvItMUbuWT067o1FMu7NS&#10;SrvGUkq75FFMu/ZOTbr/S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+FAADUlQAAx6MAALqsAQCw&#10;tAAAp78DAJ7JBgCV1AsAkNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1fL1/MZzRay245Vsp3PVLK&#10;gEBPyYtDTMmXRUnJpEdHybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9CSMf/QkjH/0JIx/9CSMf/&#10;Qt6NAADLnAAAvacAALGwAACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV23jcLb95DE2jdTRpi3FUg&#10;XdtdJljbZSpU2m0uUNp2Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb5TtC2vQ6Qtn+OkPY/zlD&#10;2P85Q9j/OUPY/zlD2P85Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoDAIfWBwCA6REAeekgAnLp&#10;LAVr6TYKZOk/D17pSBRZ6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6YgqQ+mTK0HqoC1A6q8uPuvA&#10;Lj3s2y496u8uPej8Lj3n/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1qQAAqLEAAJy8AACQxwAA&#10;hNIBAHrfBgB09BMAbfQgAmb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2XRdG9mUYRPZuGkH2dxw/&#10;94EdPfeNHzv3mSA5+KYhOPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8Ijb3/CI29/wiNvf8Irem&#10;AACprgAAnLkAAJDEAACDzwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAFT/84CEr/QApG/0gMQ/9P&#10;DkD/Vg89/14QO/9lEjj/bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt/8gYLP/hGCz/7xgs/+8Y&#10;LP/vGCz/7xgs/+8YLP/vGKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/CQBb/xEAVP8ZAU7/IgJJ&#10;/ysERP8yBUD/OgY8/0EHOf9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91DSf/gA4l/40OJP+aDyP/&#10;phAi/7MQIf/BECH/0BAh/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAAg8oAAHXWAABn4gAAW/EA&#10;AFT/BgBO/w4ASP8UAUL/HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo/0kGJf9PBiP/Vgch/10H&#10;Hv9lCBz/bwgZ/3oJF/+HCRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/swoU/7MKFP+zCpO7AACE&#10;xwAAddMAAGfhAABY6AAATvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8iAin/KAIl/y0CIv8yAx//&#10;OAMc/z0DGv9CAxf/SAQV/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kGCv+TBgn/nAYJ/5wGCf+c&#10;Bgn/nAYJ/5wGCf+cBv8/KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/RVsO/0NpEf9BdxP/QIUV&#10;/z+RFv8+mxj/PqQY/z2rGf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/888Bv/PPgb/z3/G/89/xv/&#10;Pf8b/z3/Gv89/xn/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cuA/9KMQT/TDcG/0tACP9K&#10;Swv/SFkP/0ZnEf9EdRT/Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc/z/AHP8/yR3/P9Yd/z/l&#10;Hf8/7x3/P/ce/z/+Hf8//x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+QP8b/kD/G/9AKgL/QywD&#10;/0ksA/9NLwT/TzUG/1A+CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9Flhv/RJ8c/0SnHf9Drh7/&#10;Q7Uf/0K9H/9CxiD/QtEg/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/H/lD/x75Q/8e+UP/HvlD&#10;/x75Q/8e+UP/Hv9BKQL/RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP/09gE/9Nbxf/THwZ/0qI&#10;HP9Jkh7/SJsf/0ejIf9HqyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8RfQm+UX8JvZF/yb1Rv8k&#10;9Eb/I/NH/yHzR/8h80f/IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9VKAT/WC8F/1o5CP9aRAz/&#10;V08Q/1VcFP9Tahj/UXcb/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2Kf5Jvir9Sckq+kjZK/dI&#10;5yz0SPIs8Uj7LO9J/yrtSv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l60z/Jf9DKAL/TSQC/1Qj&#10;A/9aJQP/XiwF/2A2B/9gQQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8UZMo+lCbKvlPoyz3Tqou&#10;9k2yL/RMujDzTMQy8kvRM+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ/ynhUP8p4VD/KeFQ/ynh&#10;UP8p4VD/Kf9GJQL/UCEC/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JTFf9gYRv8XW0g+Fp5JfVY&#10;hCnzVo0t8FSWMO5SnjPtUaU161CtN+lOtTnnTr875k3MPONM4D3fTe483E/5OdlR/zXWUv8y1FP/&#10;MNNU/y3TVf8t01X/LdNV/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/aScE/2wwBv9tOgr/bEQP&#10;/WpPFfhnXBzzY2gi72B0KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxRsUHZULtC1lDIQ9NQ3ETP&#10;UOxDzFL4P8tV/zvJV/83yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/Mf9NIAL/VxsC/2AZAv9p&#10;HQL/byUD/3ItBf90Nwj9c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI42FyLPNNalD/QWJxCzlej&#10;RMtVrEbJVbVHx1TAScVU0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6Xf81ul3/Nbpd/zW6Xf81&#10;ul3/Nf9QHgL/WxkB/2QWAf9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1VBvhcF8l2mtqLdNndDTO&#10;ZH06ymGGP8dfjkLEXZZFwVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnwS7Nc/UWyX/9AsmD/PLBh&#10;/zmwYf84sGH/OLBh/ziwYf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C/34nA/mAMAXwgTkK54BD&#10;EeB8UBrWd1skz3JmLsltbzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2xXapPrly0UaxcwVKqXNRS&#10;qF3rUKhg+kmoY/9EqGT/QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9VGQH/YRQB/2wSAf92FwH/&#10;fRwB/4MjAvSGLATqiDUH4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8QbNphEavZ4xJrGWUTKlj&#10;nE+mYqVRpGGvU6JgvFWgYM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89nWn/PZ1p/z2daf89nWn/&#10;Pf9XFwH/YxIB/28RAf95FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjHglUjv31fLbl4aDWzdHA8&#10;r3F4QqtugEanbIhKpGmQTqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo9FCWa/9Kl2z/RZZt/0GW&#10;bf9Alm3/QJZt/0CWbf9Alm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owbAeqRIgHflCsD05E6C8mM&#10;RxfAh1MiuYJcLLJ9ZTWteW08qHV1QqNzfUegcIRLnG6MTplslVKVa55UkmmoV5BptFmOaMNZjGjc&#10;Wo1s8lOPbv9MkHD/R49x/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/aA8A/3UPAP+AEQD/iRMA&#10;8pAXAOWWHADZmSYCzZU4CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13ekaZdYFLlXOJT5JxkVKO&#10;b5tVi26lWIhtsFqGbL9bhG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/Q4h0/0OIdP9DiHT/Q/9d&#10;EgH/aw4A/3gOAP+DDwD9jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08gropYK6eGYTOhgmg7nH9w&#10;QZd8d0aTeX5Lj3eGT4t1j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaBdvtPg3j/SoN4/0WCeP9E&#10;gnj/RIJ4/0SCeP9Egnj/RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANufDgDOnyIBxJ00CLqYQhSy&#10;k00fqo9WKqOKXzKchmY6l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfnegWXt2q1t5dbpcd3bNXHh3&#10;6lh7evpRfXz/S318/0Z9fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA/30LAPWICgDfkwgA2JsK&#10;ANOiDADJox8Bv6AyB7acQBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWIg3pKhICBToB/ilJ8fZNV&#10;eHydWHV7qVtyerhccXrKXHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA/0Z3gP9Gd4D/Rv9kDwD/&#10;cgkA/38IAOWMBQDYlgcA0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhTJ5mUWzCTkGI4jY1pPoiK&#10;cESDiHhJfoZ/TXqEiFF2gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dScYT/TXKE/0hyhP9HcoT/&#10;R3KE/0dyhP9HcoT/R/9mDQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/qRoAtagtBaykPBCkoEcb&#10;nJ1RJZSZWS+OlmA2iJNnPYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mGpVlmhrNbZYbFW2WG41lo&#10;iPZSa4r/TWyK/0hsif9HbIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcAANaSAwDNnAUAxqQGAMGr&#10;BgC5rRcAsKwrBKepOg6fpkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNGc5N7S26Rg09qj41SZo6X&#10;VWONo1hgjbFZX43DWl6N4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dmj/9HZo//R/9sCAD+fAAA&#10;3ooAANCWAgDInwQAwKcEALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYmlVSqCo1wyfKBjOXeeaj5y&#10;nHFEbZp5SGiZgUxkl4tQYJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/TF+X/0dglv9GYJb/RmCW&#10;/0Zglv9GYJb/Rv9wAwDrgQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEAo7ckApu1NAqTskAUiq9K&#10;HoOtUyd8q1oudqhhNXCnaDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFUn65TU5/AU1Kf3VJVn/NO&#10;V6D/Slmg/0ZZn/9FWZ//RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSfAQC6pwEAsa4AAKm2AACh&#10;vQ0Am70gAZS8MQeLuj0Qg7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11P1ysfkNYq4dHVaqTSlGq&#10;n0xPqq5NTarATU2q3E1OqvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9CUqn/QvJ8AADXjAAAyJkA&#10;AL2jAACyqwAAqbIAAKC7AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1uvVYkaLxdKmO7ZDBfumw0&#10;Wrl0OVa4fDxTt4c/T7eSQky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1/z5LtP89S7T/PUu0/z1L&#10;tP89S7T/PeKDAADNkgAAwZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0UAIHNJgJ6zDUIc8tBD2zK&#10;ShdmyVMdYchbI1zHYihYxmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48RMXBPEPF3zxExPM7RMP/&#10;OUXC/zdFwf83RcH/N0XB/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACgtAAAlr4AAIvHBACB0AgA&#10;eNkOAHXZIAFv2C8Eadg8CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvTeylI04UrRdOSLkLUny9B&#10;1K8wP9XCMT/V4TA/0/IwP9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/LsqUAAC7oQAArakAAKKx&#10;AACWuwAAi8QAAIDNAwB12AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsPUeRUEk3kXRZK5GUYR+Ru&#10;G0Xkdx1C5IIfQOSOIT7lmyM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ54v8kOeL/JDni/yQ54v8k&#10;OeL/JL+eAACvpgAAo64AAJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/wIAFZ8CsDVPA1BU/wPgdL&#10;8UYKR/FODETxVw5C8V8QP/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/SxGTL1xRox9eIaMfTxGTHx&#10;/hkx8f8ZMfH/GTHx/xkx8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAAcdUAAGXeAABe9QoAWfwT&#10;AFP8HgFO/CcCSv0wA0X9OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx/3ANLv98Diz/iQ8r/5YQ&#10;Kf+kECj/tBEn/8cRJ//hESb/8hEm//YRJv/2ESb/9hEm//YRJv/2EaepAACZswAAi74AAH7JAABw&#10;0wAAZN4AAFjnAABS/wkATf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/BDD/RgUt/00FK/9UBij/&#10;Wwcm/2MHI/9tCCH/eQkf/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98LGv/fCxr/3wsa/98LGv/f&#10;C5uxAACNvAAAfscAAHDSAABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3/xsBM/8jAS//KQIr/zAC&#10;KP81AiX/OwMi/0EDH/9HAx3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/kAYQ/50GD/+pBg7/tQYO&#10;/7oGDv+6Bg7/ugYO/7oGDv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusAAD/+AAA5/wAANP8JAC//&#10;DgAr/xQAJ/8aASP/IQEf/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YCDv9OAgz/VgIJ/2ADB/9s&#10;AwT/eAMD/4YDAv+RAwH/nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/OS4C/z4uA/9AMgP/QDgE&#10;/z5BBv88TAj/OloK/zhoDP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8ysBL/MrcS/zK/Ev8yyBP/&#10;MtMT/zLjE/8y7RP/MvYS/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/EP8z/xD/M/8Q/zP/EP82&#10;LQL/OywC/0AsA/9DLwP/QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ/zeMEf83lhL/Np8T/zan&#10;E/82rhT/NrUU/za8FP81xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/Nv8U/jf/E/42/xP9Nv8S&#10;/Tb/Ev02/xL9Nv8S/Tb/Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9FSAj/Q1UL/0FiDf8/cBD/&#10;PX0R/zyJE/87kxT/O5wV/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/zndGP856Rj/OfMY/zr7GPw6&#10;/xf6Ov8X+Tr/Fvg6/xb4Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC/0YnAv9KKQP/Sy8E/0w5&#10;Bv9LRQj/SFEL/0ZeDv9EbBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/Pq4a/z62Gv8+vhv/Psgb&#10;/z3WHP495hz7PvEc+D76HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE//xjxP/8Y8T//GP89KAL/&#10;RSQC/0ojAv9OJQP/USwE/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eAF/9Gixn/RZQb/0ScHP9D&#10;pB3+Q6se/UKyH/xCuiD6QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f6kP/HelE/xzoRP8b6ET/&#10;G+hE/xvoRP8b6ET/G/9AJQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/VkkM/1JVEP9RYxT/T28X&#10;/k17GvtLhh35So8f90mYIfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF3inoRewp5Ub4KOJH/ybh&#10;SP8k30n/It5J/yDdSf8f3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1McAv9ZHgL/XSYD/18wBP9f&#10;Ogf/XUUL/1pQEP1YXhX4VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir50qpLOVJsS7kSLsv4kjH&#10;MeBI2THcSOox2En2LtRL/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPOTv8jzk7/I/9HHwH/UBoB&#10;/1cYAf9eHAH/YyMC/2YsBP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdWeyXkVIQp4VGNLd5QlTDc&#10;T50y2U6lM9ZNrTXTTbc20UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/K8NT/ynCU/8nwlP/J8JT&#10;/yfCU/8nwlP/J/9KHAH/VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J8mlHDutmVBXlY2Ac4F9r&#10;IttcdSjWWX8t0leIMM9VkDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/UN89vFHwO7pT/De5Vf8z&#10;uFf/L7dY/y23WP8rt1j/K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9oFwH/bh0B/3IlAvtzLgPy&#10;czgH6XFDDeJuUBTbaVwc02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vViaO7tWoj64Vas/tlW1QbRU&#10;wkKyVNRCsFXqQa5X+TyuWf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8urV3/Lv9QFwH/WhIB/2QQ&#10;AP9tFAD/cxoB/3chAfR5KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/ZXUwu2J9NbhghTi1Xo08&#10;slyVPq9bnUGtWqZDq1mvRKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng/zOjYf8xo2H/MaNh/zGj&#10;Yf8xo2H/Mf9TFQH/XRAA/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87CM96SRLHdVQbwXFfJLtt&#10;aCu2anAxsmd5Nq9lgDqrY4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJmlzfSZpf8kSaYv8+mmP/&#10;OZtl/zabZf8zm2X/M5tl/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/exIA9YEXAOiEHgDehycB&#10;0YQ3B8h/RhHAe1EbuXZbI7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1klESaY51Hl2KnSZVhskuT&#10;YcFMkWHYTJFj70eSZf1Bkmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/Nf9XEQH/Yw0A/24MAP93&#10;DgD/fw8A8IURAOOJFgDWiyMBy4g1BsKEQxC6gE8as3tZI613YiqodGoxo3FxNp9ueTucbIE/mGqI&#10;QpVpkUWSZ5pIj2ajSo1lr0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqMbv83jG7/N4xu/zeMbv83&#10;jG7/N/9ZEAD/ZQsA/3ELAP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2JQQ+1hE0ZroBWIqd8Xyqi&#10;eGcwnXVvNplzdjqVcX0/km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnMT4Fq6EyDbflFhG//P4Vw&#10;/zuGcf84hnH/OIZx/ziGcf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA2YwJANWRCwDKkh4AwZAw&#10;BbiNPw6wiEoYqYRUIaKAXSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aFcJRJgm+eTH9uqU58bbdP&#10;e23JUHpu5k18cfhGfnP/QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9dDgD/agYA/3YGAOSAAwDZ&#10;iQYA0o8IAM+UCgDFlhsAvJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35qNY58cTmKeng9hniAQoN2&#10;iEV/dZFJfHObTHlyp052crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86e3n/Ont5/zp7ef86e3n/&#10;Ov9fDAD/bAQA9XkCAN6DAgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwynkUcWn41QH5mJWSeThmEu&#10;joNoNImBbzmFf3Y9gX1+QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG134E9wefVIcnv/Q3R8/z51&#10;ff87dX3/O3V9/zt1ff87dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUGAMOaBgC7nBYAs5wqA6qZ&#10;OQuilUUUm5FOHZSOVyaOi18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41IcH2XS218o05qfLBPaHzB&#10;UGd83VBqfvNJbYD/Q26B/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/cgAA4X8AANOJAQDKkgMA&#10;w5gEAL2eBAC2oBMArqAnAqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+Mazd6inI7doh5QHKGgkRu&#10;hYtHaoOVSmeCoU1kgq5PYoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/PGqG/zxqhv88aob/PP9n&#10;BAD2dgAA3IIAAM6NAADFlQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0ARkZxKGoqZUyKEl1spfpVi&#10;MHmSaTV1kHA6cI93PmyNf0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1eivBIYIv+Q2KL/z9jjP88&#10;Y4z/PGOM/zxjjP88Y4z/PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALClAACoqQ4AoqkhAZqoMQaT&#10;pT4Pi6NIGISgUSB+nlkneJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KRRluSnUlZkatKV5G7S1aR&#10;00tXku9HWpL9QlyT/z5dk/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAAzosAAMSVAAC6nQAAsaMA&#10;AKmpAAChrgsAm68dAZSuLgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9poWs0ZJ9zOGCeezxcnYU/&#10;WZyPQlWbnEVTm6pHUZu6R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab/zpWm/86Vpv/OvF0AADZ&#10;gwAAyJAAAL6aAACzoQAAqqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJCEXewTBhxrlQfbK1bJWer&#10;YipiqmkvXqlxM1qoejdWp4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/TaX8PE6k/zlPpP83T6T/&#10;N0+k/zdPpP83T6T/N+R6AADPiQAAwpUAALafAACspQAAoqwAAJizAACOuwIAiL0SAIO9JQF8vDMG&#10;drs/DW+6SRRquFEaZbdZH2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqymjhIsag6RrK5OkWy0TpG&#10;se05R7D8Nkew/zRIr/8zSK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wAAK6jAACkqgAAmbEAAI+5&#10;AACEwAMAe8YNAHjGHgBzxi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYhUcFuJE7AdyhLwIErSL+M&#10;LUW/mi9Dv6gxQb+6MUHA0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1BvP8tQbz/Lc6KAAC/mAAA&#10;saAAAKaoAACbsAAAkLgAAIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7QQAhZ0EoMVc9TEFHPWxRO&#10;z2MYS85rG0jOdR5Fzn8gQs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7JTvL/yU7yv8lO8r/JTvK&#10;/yU7yv8lO8r/JcOTAAC1ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQAZNYJAF7eEQBb3iAAV94t&#10;AlPfOgRQ30QGTN9OCUnfVwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk44KUaN+C3GjbhzRo23+wa&#10;Nd75GjTd/xs03P8bNNz/GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1AACFvgAAeccAAG3PAABi&#10;1gMAWOEIAFXqEwBR6yAATesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1gCjjtagw27nQNM+6ADjLu&#10;jg8w750QLu+tES3wwBEt8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8QLOv/EK2iAACgqQAAk7MA&#10;AIa9AAB5xgAAbM8AAGDYAABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7+TgCOPlAAzX6RwQz+k8F&#10;MPtXBS77XwYr/GkHKfx0CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH98gog/PwKIPz8CiD8/Aog&#10;/PwKIPz8CqKnAACVsQAAh7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8IAD//EAA7/xkAN/8hADT/&#10;KQEw/zABLf83Air/PgIn/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AFF/+PBRb/nwYV/68GFP/A&#10;BhT/1gYT/+kGE//pBhP/6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe2gAAUOAAAETmAAA89QAA&#10;N/8EADP/DQAv/xMAK/8aACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/RgIU/00CEf9WAhD/YAIO&#10;/2wCDP97Awv/iwMK/5oDCv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/CA4q4AAB7wwAAbM4AAF7b&#10;AABP4gAAQucAADbsAAAx/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0AFf8hABL/JgAQ/ywBDv8x&#10;AQ3/NwEK/z4BCP9GAQX/TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA/6YCAP+mAgD/pgIA/6YC&#10;AP+mAv8uLwL/MywC/zctAv84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8qdAn/KYEK/yiNC/8olwv/&#10;KJ8L/yimDP8nrQz/J7QM/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7C/8o/wr/Kf8K/yn/Cv8p&#10;/wr/KP8K/yj/Cv8o/wr/KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD/zg8BP82SQb/M1YH/zFj&#10;Cf8vcQr/LX4L/y2KDP8slAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/LMsN/yzaDf8s5w3/LPEN&#10;/yz6Df8s/wz+Lf8M/S3/DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8yKwH/OSgC/z0oAv8/KgL/&#10;PjAD/z06BP88Rgb/OVMI/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGhD/8xqA//MK4P/zC1D/8w&#10;vRD/MMcQ/zDUEP8w5BD/Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O9jH/DvYx/w72Mf8O9jH/&#10;Dv81KAH/PCUB/0AkAv9DJwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/OXYN/ziCD/83jBD/N5UR&#10;/zadEf82pBL/NqsS/zayE/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2/xPxNv8S8Db/EvA3/xHv&#10;N/8R7zf/EO83/xDvN/8Q7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0BP9JPwX/RksI/0RYCv9C&#10;ZQ3/QHEP/z59Ef89hxL/PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X9jvKGPQ73BjwO+oY7Tv2&#10;GOo7/xfoPP8X5zz/FuY9/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/RB4B/0kcAf9NHgH/UCYC&#10;/1EwA/9QOwX/TkYI/0tTC/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNBnBnxQaMb70CqG+5Ashzt&#10;P7sd6z/GHuk/1R7lP+gf4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/F9hC/xfYQv8X2EL/F/9A&#10;HwH/SBoB/04YAf9SGwH/ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS8UxyFu5KfRjrSIYb6UeP&#10;HedGlx/lRZ4g40SmIuFEriPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLNRv8gzEf/HspH/xzJSP8b&#10;yUj/G8lI/xvJSP8byUj/G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9eMgP9XT0G9lpJCvBXVQ/q&#10;VWIT5lJtGOJQdxzfToEf3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8K8tIySzISN8sxUjvK8JK&#10;/CjAS/8lv0z/Ir5N/yC9Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB/1YRAP9eFQD/YhwB/2Uk&#10;Af5lLQL0ZDgF7WFDCeZfUQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjHT5QqxU6bLMNOoy7BTawv&#10;v0y2ML1MwjG7TNMyuEzpMbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS/yKyUv8islL/Iv9KFQH/&#10;UxEA/1sPAP9iEgD/aBcA/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9jG8hcbSDEWnYkwVh+KL5W&#10;hiu7VY4uuVOWMLZSnjK0UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8uqFb/K6hX/yioV/8lqFf/&#10;JahX/yWoV/8lqFf/Jf9NEwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHkcSwC23A6BdFsSAzJaFQU&#10;w2VfG75iaCG6X3Emtl15KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVVtjqjVcU7oVXdO59W8Def&#10;WP4yn1r/Lp5b/yueXP8onlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MMAP9rDQD/cBAA9XQTAOh2&#10;GgDddyUB0XY2BMhyRAzBblAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4QypF2MNKJclDefW505nVqm&#10;O5pZsT2YWb8+l1nTPpVa7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqWYP8qlmD/Kv9SDwD/XAoA&#10;/2YJAP9uCgD2dAwA73gOAOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65sYSGpamknpmdxK6JleC+f&#10;ZIAznGKINplhkDiWX5k7lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/M45k/zCOZP8sjmX/LI5l&#10;/yyOZf8sjmX/LP9VDgD/XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0AxH8wA7t8Pwq0eEsSrXVV&#10;GqhxXiGjbmYmn2xuK5tqdS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCHYbdChWHJQoRi5EGFZPc7&#10;hmb/NYdn/zGHaP8uh2n/LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1AQDbewUA04AIANCDCgDH&#10;hRoAvoQtA7aBPAmvfUgSqHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuBNotpiTqIaJI8hWecP4Jm&#10;p0GAZrRDfmbFRHxm4UN+aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8vgWz/L/9ZCwD/YwEA9G8A&#10;AN94AADUfwQAzoMGAMqHCADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Yd2Elk3VoKo9zby+LcXcz&#10;iG9+NoVuhjqCbI89f2uZQHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv/zR7cP8wfHD/MHxw/zB8&#10;cP8wfHD/MP9bCAD/ZgAA53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIsoAqyJOAelhUQQnoJOGJh/&#10;Vx6TfF8kjnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9EcW7ARXBu2UVycPE/c3L/&#10;OXVz/zV2dP8xdnT/MXZ0/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADLhQIAxIoEAL+NBQC3jxMA&#10;sI8mAaiNNQegikIOmoZMFpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3gjl2dos8c3WVQHB0oEJt&#10;c61Ea3O9RWpz1UVsdO9Abnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/Mf9fAgD3bAAA3ncAANCB&#10;AADHiAEAwI0DALmRAwCykxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsihINiKICBaS18f3AxeH53&#10;NXR8gDhxe4k8bnqTP2t5nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZrfP8ya3z/Mmt8/zJrfP8y&#10;a3z/Mv9hAADqbwAA2XoAAMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6WMQWXkz4MkJBIFIqOURuE&#10;i1khf4lgJ3uHZyt3hW4wc4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65RF9+z0Rgf+xAYoD8OmSA&#10;/zZlgf8zZoH/MmaB/zJmgf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAAtpUAAK6ZAACmmwwAoJwe&#10;AJmbLgSSmTsKi5ZGEoWUTxl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZmiIQ5YoaPPV+Fmj9chahB&#10;WoW3QlmFzEJaheo/XIb7Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1oAADgdgAAzYIAAMKMAAC5&#10;kwAAsJkAAKidAACfoAkAmaEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdcInCVYydrk2osZ5JxMGSR&#10;eTNgj4I3XI6NOlmNmT1XjaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8yWY7/MVmO/zFZjv8xWY7/&#10;Me1tAADZewAAyIcAAL2QAAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKFpjUGf6RADXmiShRzoFIa&#10;bp9ZH2mdYCRlnGcoYZtvLF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6WyTxOlug6T5b5NlGW/zNS&#10;lv8wUpb/MFKW/zBSlv8wUpb/MOZyAADQgAAAwowAALiWAACtnAAAo6EAAJmmAACOrQAAiK4RAIOu&#10;IgF9rTEEd6w9CnKqRxBsqU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38uUaKJMU6hljRLoaQ2SaG0&#10;NkihyDdIoOc1SaD5Mkqf/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJhgAAvJIAALGaAACmoAAA&#10;nKYAAJGsAACGsgAAfbYNAHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyxWxpYsGMeVa9rIVGvcyVO&#10;rn0oS62IKkitlS1FraMuRK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/KUSq/ylEqv8pRKr/KdGA&#10;AADBjQAAtZgAAKmfAACepQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYBZr8zA2G+PwddvkgLWb1R&#10;D1W9WRNRvGAXTrxoGku7cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9uugmPbj5JT23/yQ9tv8j&#10;Pbb/Iz22/yM9tv8jPbb/I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5AABzvwEAaMYFAGDKDgBe&#10;yh0AW8osAVfKOANUykMFUMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iFGDzIkxo6yKIbOcmzHDjJ&#10;yRw4yOgcN8f5HDfF/xw2xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAApKMAAJiqAACMsgAAgLkA&#10;AHTAAABoxwAAXc0FAFPTCgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB2VgGP9lhCDzZawo62XYM&#10;N9mCDjXakA802qAQMtqxETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U/xMv1P8TL9T/E7OaAACm&#10;oQAAmqkAAI2xAACAugAAdMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+UeAEHmKgA+5jUBO+c+ATnn&#10;RwI351ADNOhZBDLoYgUw6G0GLul5Byzphwgr6pYJKeqnCijqugon69YKJ+nwCifn/Qkm5v8KJub/&#10;Cibm/wom5v8KJub/CqigAACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP1wAARd0AAD7uCQA88hEA&#10;OfMbADbzJQA09C4AMfQ3AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4egQf+IkEHvmaBRz5qwUb&#10;+sAFGvreBRr58gUa9/0FGfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kAAHXCAABnywAAWtMAAE3a&#10;AABC3wAAOOUAADX7BwAx/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsBHv9DARv/SwEZ/1MBFv9d&#10;AhT/agIS/3gCEf+IAhD/mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO//ADDv/wA5OuAACEuAAA&#10;dsIAAGfMAABa1QAATNwAAD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/FwAd/x0AGf8jABb/KQAU&#10;/y8AEv81ABD/PQAO/0UBDP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+mAQD/tQEA/8YBAP/KAQD/&#10;ygEA/8oBAP/KAYa3AAB3wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAAI/8AAB//AAAb/wUAF/8M&#10;ABT/EAAR/xQAD/8YAA3/HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA/1IAAP9eAAD/bQAA/34B&#10;AP+OAQD/mwEA/6kBAP+rAQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8wLgL/LjUC/yk9A/8lSQT/&#10;I1cE/yFkBf8fcgb/HX8G/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4Bv8cvwb/HMkG/xzWBv8d&#10;5Qb/He8G/x35Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8sKwH/MCgB/zMo&#10;Af8zKwL/MTEC/y06A/8rRwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/IZkH/yGhCP8hpwj/Ia4I&#10;/yG1CP8hvAj/IcYH/yHRB/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi/wb8Iv8G+yL/Bvsi/wb7&#10;Iv8G+yL/Bv8uKAH/MyUB/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxeBv8qawf/KXcH/yiDCP8n&#10;jQj/J5YJ/yedCf8npAn/J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ/Cf2CPko/gj3KP8I9ij/&#10;CPUo/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/OykC/zs0Av85QAT/Nk0F&#10;/zRaBv8xZgf/MHMI/y5/Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8ttQz/Lb4M/i3JDPst2Qz4&#10;LegL9C70C/Eu/gvvLv8L7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/Cv81IgH/Ox4B/z8dAf9A&#10;HwH/QiYB/0IxAv9APAP/PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N/DSVDfo0nA75M6MO9zOq&#10;D/Yzsg/1M7oP8zPFD/Iz0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7iNf8N4TX/DeE1/w3hNf8N&#10;4TX/Df85HgH/PxoB/0MYAf9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9AXQn7PmkL+D10DfU8fw7z&#10;O4gP8TuQEO86mBHtOp8S7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnxFds6/BTYOv8T1Tv/EtM7&#10;/xLSO/8R0jv/ENI7/xDSO/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B/1AoAf9PMwL/TT8E+0pK&#10;BvVHVwnxRmQM7URvDulDeRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnbPrMa2D69GtY+yhvSPt8b&#10;zj7vG8s/+xrJQP8Yx0D/F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9BFwD/RxIA/0wQAP9SFAD/&#10;VhsA/1ckAf9WLgL4VDkD8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaGGNJFjhrQRZYczkSdHcxE&#10;pR7KQ60fyEO2IMZDwyHFQ9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8YuEf/F7hH/xe4R/8XuEf/&#10;F/9EFAD/SxAA/1EOAP9XEQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQjaVFkN01JkEs5QbhbKTncZ&#10;x0yAHMVLiB7CSpAgwEqXIb5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ8yWwSv8irkv/H65M/x2t&#10;TP8brU3/Gq1N/xqtTf8arU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIYAPBjIQDmYiwB3mA6A9Re&#10;SAfNW1QNx1hfE8NWaRe/VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIork2rKqxMtiuqTMQsqEzb&#10;LKZN7yqkT/0mpFD/I6NR/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/UgoA/1oJAP9gCwD/ZQ4A&#10;9WcRAOhoGADdZyQA0mY1AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5XfSOsVYQlqVSMKKdTlCql&#10;Up0so1KmLaFRsS+fUb4wnVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/H5lX/x+ZV/8fmVf/H/9N&#10;DQD/VQYA/10FAPtkBwDvaQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wNtWRXE7BhYBmsX2kdqF1x&#10;IaVceCSiWoAnoFmHKp1YkCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TORV/ctkVn/KZFa/yWRW/8j&#10;kVv/IZFb/yGRW/8hkVv/If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVwCwDLchsAwnEuArpvPQa0&#10;bEkNrmlUE6lnXRmkZGUdoWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFueMo1aqDSLWbU1ilnGNohZ&#10;4TaIXPQwiF3/K4le/yiJX/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA9WQAAOBsAADXcQMA0HQG&#10;AM11CQDEdhcAvHYqAbR0OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWTZHgokGKAK41hiC6LYJEx&#10;iF+aM4ZepTWDXrI3gl7CN4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk/yWCZP8lgmT/Jf9TBgD/&#10;XQAA52cAANtvAADQdAIAyngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNOEpxwVxiYbV8dlGtnIZBq&#10;biWNaHUoimd9K4dlhS6EZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80emX+L3tm/yt8Z/8ofGf/&#10;Jnxn/yZ8Z/8mfGf/Jv9VAwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5fhIAsX4lAap9NQSjekEK&#10;nXdMEZd0VReScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhnoDZ2Zqw4dGa8OXNm0Tpz&#10;Z+02dGn9MHVq/yx2a/8pd2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320AANF1AADIewAAwX8CALuA&#10;AwC0gRAArIIjAaWBMgSefj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54bYgxdWyS&#10;NHNrnjdwaqo5bmq5Om1qzjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhxb/8ocW//KP9ZAADrZQAA&#10;23AAAM14AADEfgAAvIIBALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459URWJe1kahHlgH4B3ZyN8&#10;dW4neXR1KnZzfS5zcoYxcHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6Mmty/y1sc/8qbHP/KGxz&#10;/yhsc/8obHP/KP9cAADnaAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0AooodAJyJLgKVhzsHj4VF&#10;DomCTxSEgFcZf35eHnt8ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZldKY4Y3S1OWF0yTphdOc4&#10;Y3b5MmV2/y5md/8rZ3f/KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/AAC8hQAAtIoAAKyMAACj&#10;jgoAnY4aAJeOKwKQjDgGiopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39xKWx+eSxofYIvZXyMMmJ7&#10;mDVfeqQ3XXqzOFx6xzlceuU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8pYXz/KfViAADebwAAzHoA&#10;AMCDAAC3iQAAr44AAKaRAACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6jFIWdYpaG3GIYR9th2gj&#10;aoZvJ2aEdytjg4AuYIKKMV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB/y1bgv8qW4L/KVuC/ylb&#10;gv8pW4L/KexmAADYcwAAx34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkTAIqZJAGFmDIEf5Y+CXmU&#10;SA50k1AUb5FXGWuQXh1ojmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEzUoiwNFGIwzVQiOI0Uoj2&#10;MFOI/yxUiP8pVYj/KFWI/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACtkgAAo5YAAJqaAACOngAA&#10;h58QAIOfIAB+ny8CeJ07B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuVciVXlHwoVJOGK1GSki5O&#10;kqAwTJKvMUuSwjFKkeAxTJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/Jt5wAADJfQAAvIkAALKS&#10;AACnlwAAnZsAAJOfAACGpAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oNY6JSEl+hWRZboWEZWKBo&#10;HVSfcCBRnnojTp2EJkudkSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydHmv8lR5r/JEea/yRHmv8k&#10;R5r/JNR3AADChAAAto8AAKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+vFABsryQAaK8yAmSuPQVf&#10;rUYJW6xPDVisVhFUq14UUapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQaitJUCowCU/qN8lP6b0I0Cl&#10;/yJApf8hQKT/IECk/yBApP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAAjqYAAIKsAAB3sQAAarYA&#10;AGO4DgBhuB0AXrgsAVq4OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNEtXUWQrWBGD+1jho9tZwc&#10;O7WsHDq1wB05td8cObP0HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GGAAC0kwAAp5oAAJygAACR&#10;pwAAha0AAHmzAABtuAAAYr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRFA0fETgVFxFcHQsNfCUDD&#10;aAs9w3INO8N+DzjDjBE2w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8UMb7/FDG+/xQxvv8UMb7/&#10;FLiQAACrmQAAn6AAAJOnAACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBEzwwAQ9AXAELQJQBA0DIA&#10;P9E9AT3RRwE70VACOdJZAzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzTvgos098JK9HzCirP/gsp&#10;zv8MKc3/DSnN/w0pzf8NKc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70AAGPDAABXyAAATM0AAELS&#10;AwA52QkANd8QADTfGwAy4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UCKONxAibkfwMl5I8DI+Wh&#10;BCLltAQh5c0EIOTsBCDi+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACYpQAAi64AAH22AABwvgAA&#10;Y8YAAFbLAABL0AAAQNUAADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXvNAAj8DwAIfBFAB/xTgAd&#10;8lgBG/JkARnzcQEY84EBF/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/AhLw/wIS8P8CEvD/Apqk&#10;AACNrQAAf7YAAHG/AABjxwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUAJPsNACH8EwAe/RsAHP0i&#10;ABn+KQAX/jEAFf85ABP/QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ/6YBCP+6AQf/1AEH/+sB&#10;Bv/2AQb/9gEG//YBBv/2AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvdAAAw4gAAJuYAAB/wAAAc&#10;/wAAGf8JABb/DgAU/xMAEf8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9EAAD/TwAA/1wAAP9rAAD/&#10;fQAA/5AAAP+jAAD/tAAA/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAAZMkAAFbTAABH2wAAOuAA&#10;AC7lAAAj6QAAGu0AABX9AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB/xgAAP8eAAD/JAAA/ysA&#10;AP8zAAD/PQAA/0kAAP9WAAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/sQAA/7EAAP+xAP8lKwH/&#10;KCkB/ykpAf8oLAH/IzIB/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKHA/8SkQP/EpkD/xKgA/8S&#10;pwP/Eq0D/xG0A/8RuwP/EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C/xL/Av8S/wL/Ev8C/xL/&#10;Av8S/wL/Ev8C/xL/Av8oKQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/HVID/xtfA/8YbAP/F3kE&#10;/xeEBP8XjgT/F5YE/xadBP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W2wP/FugD/xf0A/8X/QP8&#10;F/8C+xf/A/sX/wP6F/8D+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8iAf8vJQH/LCsB/yo1Av8n&#10;QQL/JE4D/yJbA/8gaAT/HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF/x2tBf8dtAT/Hb0E/x3H&#10;BP8d1AT+HeYE+x3yBPce+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTyHv8E8h7/BP8uIgH/Mh8B&#10;/zQeAf8zIAH/MiYB/zIyAf8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8khQX/JI4G/ySWBv8knQb/&#10;JKMG/ySqBv0ksQb8JLkG+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/Buol/wbpJf8G6SX/Bukl&#10;/wbpJf8G6SX/Bv8yHgH/NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD/zJSBP8wXwT/LmsF/y12&#10;Bv0sgAf6LIkH+SuRB/crmQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjrK98I5yzuCOQs+gjiLP8J&#10;4Cz/Cd4s/wjeLP8I3Sz/CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/FwD/QR8A/0EpAf9ANAH/&#10;PUEC/zpNA/w4WgX4NmUG9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKiC+YyqgvkMrIM4zK7DOEy&#10;yAzfMtwM2jLsDdUz+A3SM/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8LzDT/C/85FgD/PhIA/0EQ&#10;AP9FEwD/SBsA/0gkAP9HLwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgniO38L4DqIDN05kA3bOZcO&#10;2TieD9Y4phDUOK4R0ji3EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6/w/AOv8Ovzr/Dr86/w6/&#10;Ov8Ovzr/Dv89EwD/Qg8A/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhBAuZHTgTgRVsG20RmCdZC&#10;cAzSQXkOz0CCEM1AihHKP5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssYvT7iGLo+8he3P/8WtUD/&#10;FLRA/xOzQf8Rs0H/ELNB/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/UxEA/1QYAPNUIgDpUi0B&#10;4VA7AdpPSQPSTVUHzEtgC8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlEmhm3Q6IatUOrG7RDthyy&#10;Q8QdsEPZHq1D7R2rRfwaqUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/E/9EDgD/SggA/1AGAP9V&#10;CgD/WA0A91kRAOpYGADfVyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0Ttk12FrRMfRixS4Uar0qN&#10;G61JlR2rSZ0eqUimIKdIsCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmdTP8XnUz/Fp1M/xadTP8W&#10;nUz/Fv9HCwD/TQIA/1QCAPdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNcPwS9WkwIt1hXDLNWYBGv&#10;VGkUrFNxF6lReBqnUIAcpE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzIJpZM4iaVTvUilE//H5RQ&#10;/xyUUf8alFH/GJRR/xiUUf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA1mMHANRhCgDKYhkAwmMs&#10;AbtiOwO0YEgIr11TDKpbXBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKWU5MklFKdJZJRpyeQUbMo&#10;jlHDKY1R3SqMUvImi1T/IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9MBAD/UwAA7FwAAN9iAADU&#10;ZgEAzmgFAMtnCADCZxYAumgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11oGJhccBuVWncek1l/IZBY&#10;hyOOV48ljFeZJ4lWoymHVq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8ehFr/HIRa/xyEWv8chFr/&#10;HP9OAQD/VwAA5V8AANhmAADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOnakIHoWdNDJxlVhGYY14V&#10;lGJlGJFgbBuOX3QejF57IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxazy57W+wrfFz8Jnxd/yJ9&#10;Xv8ffV7/HX1e/x19Xv8dfV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnABAL1wAwC2cBAArnEiAKhw&#10;MgKhbj8GnGxKC5dqUxCSaFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkmfV+SKXtenSt4Xqktdl64&#10;LnVezC90XuktdWD6J3Zh/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADsXAAA3GYAAM5tAADEcgAA&#10;vXQAALd0AQCwdA4AqXUfAKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4VpZxuCaG4ef2Z1IX1lfSR6&#10;ZIYnd2OQKXVjmyxyYqcucGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/H3Fm/x9xZv8fcWb/H/9U&#10;AADoXwAA12kAAMpwAADAdQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoFknVFCoxyTg6IcFYThG9e&#10;F4BtZBp9bGsdemtzIHdqeyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBoZuQvamj3KWtp/yVsaf8i&#10;bGr/IGxq/yBsav8gbGr/IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18AAClfAoAn30aAJl8KgGT&#10;ezgEjXlDCYh3TA6DdVQSf3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyLKWpslyxna6MuZWuyL2Rr&#10;xDBia+EvZGz2KmZt/yZmbf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAAzm8AAMJ2AAC5fAAAsX8A&#10;AKmAAACggAcAmYEXAJSBKAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlzdmcccHRuH21zdiNqcn8m&#10;Z3GJKWRxlSticKEtYHCwL15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy/yBicv8gYnL/IO9cAADc&#10;aQAAynIAAL56AAC1gAAArYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+B36BSAt5f1AQdX5XFHF9&#10;Xhhue2Uba3psHmh5dCJleH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0uWXbzKlt2/yZcd/8jXHf/&#10;IFx3/yBcd/8gXHf/IOpgAADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACUigAAjYoRAIiLIQCDijAC&#10;fok7BXmHRQp0hk4OcIRVEmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9kSlXfJ4rVXysLFN8vi1S&#10;fNotU3zyKVV8/yVWfP8iV3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoAALaDAACtiQAAo4wAAJmO&#10;AACNjwAAhpAOAIGRHQB9kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEXYIhoG12HcB5ahnkhVoWD&#10;JFSFjyZRhJwoT4SqKk2EvCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Qg/8fUIP/H95pAADJdQAA&#10;vIAAALKIAACojQAAnZEAAJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yWPwZolUgKZJRQDWGTVxFd&#10;kl4VWpFmGFeQbhtUj3ceUY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zwJEiM/yJJi/8gSov/HkqL&#10;/x5Ki/8eSov/HtVuAADDewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAAdZ4FAHCfEwBtnyMAaZ8w&#10;AWWeOwRhnkUHXZ1NClqcVA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5Fl5kgQ5eoIUKXuiJBl9Mi&#10;QZbvIEKV/h5Clf8dQ5T/HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaSAACblwAAkZsAAIWfAAB5&#10;owAAaqcAAGWnDgBjqBwAYKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVgDkqlaRFHpHIURKR9FkKj&#10;iRg/o5caPaOnGzyjuRw7o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8YPJ//GMR8AAC2iQAAqpIA&#10;AJ+XAACVnAAAiaEAAH2mAABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQsjsCTbJEA0uxTQVIsVUH&#10;RbFdCUOxZQtAsG8NPrB6DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt/hQ0rP8UNKv/FDSr/xQ0&#10;q/8UNKv/FLuFAACvkAAAo5cAAJidAACMowAAgKgAAHStAABosgAAXLYAAFC6AQBJvA0ASLwZAEa9&#10;JwBFvTMAQ709AUG9RwE/vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMKML2kCy+9twwuvtALLrzu&#10;DC26/g0suf8NLLj/Diy4/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACDqgAAdrAAAGq1AABeugAA&#10;Ur4AAEfCAQA9xwYAOMkQADfJGwA2yicANcozADTLPQAzy0cAMctRATDLWwEuzGUCLMxxAirMfwMp&#10;zJAEJ8yhBCbNtAQlzc4EJcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/B6mWAACenQAAkqMAAIWr&#10;AAB4sgAAa7gAAF++AABSwgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkAJdolACTaMAAj2zsAI9tF&#10;ACLcUAAh3VsAIN1oAB7edgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY2/8CF9r/Ahfa/wIX2v8C&#10;F9r/AqCcAACUowAAh6sAAHmzAABsugAAX8EAAFLGAABGygAAO84AADHTAAAp2QAAId4FAB7oDgAd&#10;6BUAG+keABnpJwAY6jAAFuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6KAA7vngAO8LMADfDNAAzv&#10;7AAM7fwADOv/AAzr/wAM6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAAUsoAAEXOAAA50wAAL9gA&#10;ACXdAAAd4QAAGOwCABb3CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ+z8AB/tKAAT8VwAD/WYA&#10;Av53AAD9iwAA/Z8AAPy1AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIurAAB9tAAAbr0AAGDGAABS&#10;zQAARNIAADfYAAAs3QAAIuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8QAAf/FAAE/xoAAf8gAAD/&#10;JwAA/zAAAP86AAD/RQAA/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cAAP/lAAD/5QAA/+UAAP/l&#10;AH+0AABwvQAAYccAAFPQAABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM+gAACf8AAAb/AAAC/wQA&#10;AP8JAAD/DQAA/xAAAP8UAAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/XgAA/3IAAP+HAAD/mgAA&#10;/6oAAP+5AAD/uQAA/7kAAP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5Af8QRQH/DVMB/wxgAf8K&#10;bQL/CXkC/wmEAv8JjgH/CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B/wjIAf8I1gH/COYB/wjx&#10;Af8I+wD/CP8A/wj/AP8J/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/JSQA/yUkAP8jJwH/HSwB&#10;/xg1Af8VQgH/ElAB/xBdAv8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8OoAL/DqYB/w2tAf8NswH/&#10;DbsB/w3FAf8N0QH/DeMB/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/AfgO/wH4Dv8B+A7/Af8m&#10;IwD/KCAA/yggAP8mIgD/IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC/xN8Av8ThgL/E44C/xKW&#10;Av8SnQL/EqMC/xKpAv8SsAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHzE/8B8hP/AfET/wLwFP8C&#10;8BT/AvAU/wLwFP8C8BT/Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8lOwH/IkgB/x9UAv8dYQL/&#10;G20C/xp3Av8agQL/GooC/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9AvYayALzGtsC7xrqAuwb&#10;9wLpG/8C6Bv/A+cc/wPmHP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA/zEVAP8wFgD/MSAA/zAq&#10;AP8uNgH/K0MB/yhPAv8mXAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPyIpsD8CKiA+8iqQPtIrED&#10;7CK5A+oixQPoItUD5CPpA+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk/wTWJP8E1iT/BP8xFgD/&#10;NBIA/zYRAP83EwD/ORsA/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8CxtA+0rdwPqK4AE6CqIBOYq&#10;kATlKpcE4yqeBeEqpQXgKq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8Hyyz/B8ks/wfILP8Hxyz/&#10;Bscs/wbHLP8Gxyz/Bv81EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5OzcB8jhEAew2UQLnNVwD&#10;4zRnA+AzcgTdM3sF2jKDBtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsxvArJMcoKxjLhC8Iy8Qu/&#10;M/4LvTP/Crsz/wq6M/8JujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJAP9EDQD/RhEA/0UZAPdE&#10;IwDuQS8A5j88AeA+SgHaPVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwLwziUDME4mw3AOKMNvjis&#10;Drw4tg+6OMMPuTjXELU47BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wutOv8LrTr/C/88DQD/QAYA&#10;/0UEAP9JCQD/Sw0A+UoRAO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJCZgi/Qm8KvEF3C7pAfw24&#10;P4YOtj+OELQ+lRGyPp0SsD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/EqNA/xCiQP8PokD/DqJB&#10;/w6iQf8OokH/Dv8/CQD/RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4AzU0wAMZNPwHATEwEu0tX&#10;BrdJYQm0SGkMsUdxDq5GeRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxigQ7cZn0PHGZ1D4BqbRPMX&#10;mUX/FZhG/xOYRv8RmEb/EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVTAADdVQEA11UGANVSCwDL&#10;UxkAw1QrALxUOwG2UkgEsVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qCFZ1KihebSZMYmUmcGpdI&#10;phuVSLIclEjBHZJI2B2QSe8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8Sjkz/Ev9FAAD/SwAA6VMA&#10;AN5YAADTWwAAzVsEAMpYBwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqhVGANnlNoEJtRbxOYUHYV&#10;llB+F5RPhhmSTo4aj06YHI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ/xiGUP8WhlD/FIZR/xSG&#10;Uf8UhlH/FP9HAAD4TwAA5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18jAKxfMwGmXkADoVxLB51a&#10;VAqZWVwOllhkEZNWaxOQVXIWjlR6GItUghqJU4och1KUHoVSnh+DUaohgVG4In9RyyJ+UuchflP5&#10;HX5U/xp+Vf8XflX/Fn5V/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADGZAAAv2UAALpjAgCzYg8A&#10;rGMgAKZjMAGgYj0Dm2FIBpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRYfhqCV4ccf1eQH31WmyF7&#10;VqcieVa1I3dWxyR2VuQkdlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/Fv9MAADpVgAA2V8AAMtl&#10;AADBaAAAumkAALRoAACtZw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcNiWFeEIZfZRODXmwWgF1z&#10;GH5cexp7XIMdeVuNH3ZamCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxxXf8acV3/GHFd/xdxXf8X&#10;cV3/F/1PAADlWQAA02IAAMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJtsKgGVazcCkGlDBYtoTAmH&#10;ZlQMg2VbEIBjYhN9YmkVemFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6wJWtewSZpXt4mal/0IWtg&#10;/x1rYf8bbGH/GWxh/xhsYf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAAsXEAAKpxAACibwgAm28X&#10;AJZwJwCQbzUCi25ABYZsSQiCalIMfmlZD3toYBJ3ZmYUdWZuF3JldhpwZH4dbWOIH2tjkyJpYqAk&#10;ZmKuJWVivyZkYtomZGPyImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBTAADdXwAAy2gAAL9vAAC2&#10;cwAArnUAAKZ1AACdcwUAlnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1XDnZsXhFza2QUcGpsF21q&#10;cxpraXwcaGiGH2ZnkSJjZ54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8cYmj/GmJo/xliaP8ZYmj/&#10;GexXAADZYgAAx2sAALxyAACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCGeC8BgXc7BHx1RQd4dE0K&#10;dHJVDnFxXBFucGMUa29qFmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpruyZZbNMmWmzvI1ts/x9c&#10;bf8cXW3/Gl1t/xldbf8ZXW3/GehaAADSZgAAw28AALh2AACvewAApn4AAJ1+AACRfAAAinwPAIV9&#10;HgCBfS0BfHw5A3d6QwZzeUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gbXnKCHltyjSBZcZoiV3Go&#10;JFVxuSVUcdAlVHHuIlZx/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADNaQAAv3MAALR6AACrfwAA&#10;ooIAAJiDAACLgQAAhIENAH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9Vw5kfF4RYXtmFF56bRdb&#10;enYZWXmAHFZ4ix9TeJghUXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/GVJ3/xlSd/8ZUnf/Gd5i&#10;AADIbgAAu3cAALB/AACnhAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYAcIgyAmyHPQRohkYGZYVO&#10;CWGFVQxehFwPW4NjElmCaxVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJf8whSX7rH0p+/BxLfv8a&#10;S37/GUx+/xhMfv8YTH7/GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2NAAB8jQAAdY4EAG+PEgBt&#10;kCEAaZAuAWWPOQJijkIEXo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7F0qJhxlIiJUbRoijHUSI&#10;tB1DiModQ4fqHESG+xpEhv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAAsYIAAKeKAACcjgAAkpAA&#10;AIaTAAB5lQAAbJcAAGaXDgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdSllYJT5VeDEyUZg5KlG8Q&#10;R5N5E0SThRVCkpMXQJKiGD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P/xU+j/8VPo//FcVzAAC3&#10;fwAArIkAAKGPAACWkwAAi5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6EiAFWhLwBSoTkBUKFDAk2g&#10;SwRKoFMFSKBaB0WfYwlDn2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgTN53oEjab+hI2mv8SNpn/&#10;ETeZ/xE3mf8RN5n/Eb57AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABrpAAAX6cAAFKqAABNqw4A&#10;S6saAEqrJwBIqzMARqs9AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeqgAk0qo8LMqqfDDGqsAww&#10;qscMMKnnDC+n+g0vpv8NL6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQAAJSZAACHngAAe6MAAG+o&#10;AABjrAAAV68AAEuyAABBtQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cANrdQATS3WgEyt2QCMLdv&#10;Ay63fAQst4sFKrecBSm3rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgmsv8IJrL/CK+NAACilAAA&#10;l5oAAIugAAB+pgAAcasAAGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3DEgAswx4AK8MpACrEMwAp&#10;xD0AKMVHACfFUQAmxVwAJcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbkAR3E+AIcwv8DHMH/AxzB&#10;/wQcwf8EHMH/BKWUAACamgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAAQsAAADjDAAAvxwAAJssE&#10;AB7QCgAb0REAGtIaABnSJQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT1nwAEtePABHYpAAQ2bsA&#10;ENneABDV8wAQ0/8AENL/ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWwAABotwAAW70AAE7BAABC&#10;xQAAN8gAAC3MAAAk0AAAHNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUtAAzlNwAL5kIACuZPAAnn&#10;XQAI520ABuaAAAXmlQAE5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8AAOb/AJOhAACFqQAAd7EA&#10;AGm5AABbwAAATsYAAEHKAAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL8QgACfMOAAfzEwAE8hoA&#10;AvIiAADyKgAA8jQAAPI/AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADzxgAA9OUAAPT2AAD0+wAA&#10;9PsAAPT7AIepAAB5sgAAaroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0AABXhAAAP5AAACugAAAXz&#10;AAAD/QEAAPwIAAD7DQAA+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkAAP5aAAD+bQAA/4IAAP+Y&#10;AAD/rAAA/8AAAP/YAAD/5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA0gAAMtkAACbeAAAb4gAA&#10;EuYAAAzqAAAF7QAAAPQAAAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/EgAA/xgAAP8hAAD/KwAA&#10;/zcAAP9GAAD/WAAA/2sAAP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7AP8bJgD/HCQA/xokAP8V&#10;JwD/EC0A/wo2AP8FQwD/AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA/wCaAP8AoAD/AKYA/wCs&#10;AP8AsgD/ALkA/wDCAP8AzQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A&#10;/QD/AP8fIwD/HyEA/x4hAP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8EZwH/A3MB/wN9Af8DhwH/&#10;A48A/wKWAP8CnAD/AqIA/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDqAPwA9gD4AP8A9wL/APcD&#10;/wD2BP8A9gT/APYF/wD2Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA/xUvAP8SPAD/EEkA/w5W&#10;Af8MYgH/C24B/wt5Af8LggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/CrIA/wq7AP0KxgD7CtQA&#10;9wrnAPMK9ADwCv8A7wv/AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8lGwD/JhgA/yUXAP8hGAD/&#10;ICEA/x4rAP8aNwD/F0UA/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCOAfwQlQH6EJsB+RChAfcQ&#10;qAH2EK8B9BC3APMQwgDxENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B4hL/AeES/wHhEv8B4RL/&#10;Af8pFgD/KhMA/ykSAP8nEwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8GWQB+BluAfYYeAHzGIEB&#10;8RiJAe8YkAHuGJcB7BieAeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa8QHYGv4C1Bv/AtIb/wLR&#10;G/8C0Bv/AtAb/wLQG/8C0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4hAP8sLQD/KTkA+SZGAPQk&#10;UwHvIl4B6yJpAeghcwHmIXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB2CGxAtUhvALTIskC0CLf&#10;Aswj8APII/0DxiT/A8Qk/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/MgsA/zMIAP82DQD/NhIA&#10;/zUaAP0yJQD0MDIA7S0/AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAqhgLOKo4DzCqVA8oqnAPJ&#10;KqMExyqsBMUqtgTDKsMFwirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/BbQs/wW0LP8FtCz/Bf80&#10;DAD/NgUA/zkDAP88CAD/PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIBzTNdAckzZwLGM3ADxDJ4&#10;BMEygAS/MocFvjKPBrwylga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5QmtM/UJqzP/Caoz/wioM/8H&#10;qDP/B6cz/wenM/8HpzP/B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8EgDbOh8A0DsxAMo8QADE&#10;PE0BwDxYArw7YQO5O2oFtjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzihC6k4qgyoOLYNpjjFDaQ4&#10;3g6hOfENnzr/DJ46/wudOv8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA90QAAOZHAADfSAEA2kYG&#10;ANlACwDNQhkAxUQrAL5EOwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmmQHsKpD+DC6M/ig2hPpMO&#10;nz6cD50+pRCbPrERmj6/EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB/wuSQf8LkkH/C/89AAD/&#10;QwAA6UkAAN5OAADTTwAAzU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pOA6dJVwWkSGAHoUdnCZ5G&#10;bwqcRnYMmkV9DphFhQ+WRI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgVikX6EolG/xCJRv8OiEb/&#10;DYhG/w2IRv8NiEb/Df9AAADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5TxEAslAiAKxRMgCnUT8C&#10;olBKA55PUwWbTlwImE1jCpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhInBWGSKgWhUi1F4NIxxiB&#10;SOQYgUr3FYBK/xKAS/8QgEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMAAM5YAADEWgAAvVoAALhX&#10;AQCxVA4AqlYeAKVWLgCfVjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0OiE90EIZPfBKEToUTgk6O&#10;FYBNmRd+TaQYfE2yGXpNwxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94UP8PeFD/D/1GAADnTwAA&#10;1lcAAMhcAAC/XwAAt18AALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZTAWMWFUIiVdcCoZWYwyD&#10;VWoOgVRxEH9TeRJ9U4EUelKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLyGXFT/xVxVP8TclT/EXJU&#10;/xByVP8QclT/EPNIAADjUwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkAnV8XAJhfJwCTXzUBjl5A&#10;A4pdSgWGXFIHg1tZCoBaYAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhvVp8ablWsG2xVvRxrVtUd&#10;a1bwGmtX/xdrWP8UbFj/EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBkAAC3ZwAArmgAAKdmAACf&#10;YgYAmGMUAJJkJACNYzIBiWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxrEHNccxJwW3sUbluFF2xa&#10;kBlqWpwbaFmqHGZauh1lWtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8SZ1z/Eu1OAADaWQAAyGEA&#10;ALxnAACzagAAq2wAAKJqAACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7ZE0GeGNUCXViWwtyYWEN&#10;cGFpD21gcBJrX3kUaV+DF2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf/RhhX/8VYV//E2Jf/xJi&#10;X/8SYl//EupRAADUXAAAxGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQAIdrHgCDaywAfms4Anpq&#10;QgN2aUoGc2hSCHBnWQptZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpgaXWKmHFtith1aYswdWmLq&#10;HFtj/BhcY/8WXGP/FF1j/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACscgAApHQAAJpzAACObwAA&#10;h28NAIJvGwB9cCkAeW81AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRpbBFhaXUTX2h/Flxoihha&#10;Z5YaWGekHFZntB1VZ8odVWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/E+FYAADLYwAAvWsAALJy&#10;AACpdgAAoHgAAJZ3AACIcwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YEanJOB2dxVQlkcFwLYXBj&#10;Dl9vahBcbnMSWm58FVdtiBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhRbP8VUmz/FFJs/xNSbP8T&#10;Umz/E9xcAADHZwAAuW8AAK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5FAByeiMAbnovAWt5OgJo&#10;eUMDZHhLBWF3Ughfd1kKXHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKhGUxysRpKcsYaSnLlGkty&#10;+RdMcv8VTHL/E01y/xJNcv8STXL/EtRgAADCawAAtXQAAKt7AACifwAAl4EAAIyBAAB6fgAAc38C&#10;AG5/EQBrgB4AaIAsAGWANwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1RfG4PT3t4EUx7gxRKepEW&#10;SHqfF0Z6rxhFesQYRHrkGEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1lAAC9cAAAsXkAAKeAAACc&#10;hAAAkoYAAIaGAAB3hgAAa4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdFA1aHTQRThlQGUIZbCE6F&#10;YwpLhGwMSYR2D0aDgRFEg48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8SQID/EUCA/xBAgP8QQID/&#10;EMZrAAC3dgAArH8AAKKFAACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBakBQAWJAhAFaRLQBTkDgB&#10;UZBBAk6QSQNMkFAESo9YBUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqNrBE5jcEROI3hEDiL9hA4&#10;iv8POYn/DzmJ/w45if8OOYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEAAHqTAABtlQAAX5cAAFSZ&#10;AQBPmQ8ATpoaAEyaJwBKmjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYFO5lwBzmYfAg3mIoKNZia&#10;CzOYqwsymL8MMpjfCzGW9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACshQAAoYsAAJaQAACLlAAA&#10;f5cAAHKbAABmnQAAWqAAAE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADylPgA7pUcBOaVPATelWAI1&#10;pWECM6VsAzGleQQvpIcFLaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/CCmf/wgpn/8IKZ//CLGC&#10;AACliwAAmpEAAJCWAACDmgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAANa8MADOwFQAysCEAMbAr&#10;AC+wNQAusT4ALbFIACyxUQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIisrsCIbLbAiGv8wMgrv8D&#10;IK3/BB+s/wQfrP8EH6z/BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCrAABVrwAASbEAAD60AAAz&#10;twAAKroDACS8DQAivRUAIb0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9eABq/bAAZv3wAGL+OABfA&#10;oQAWwLYAFMDTABW+8QAVvP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAAip4AAH2kAABvqgAAYq8A&#10;AFa0AABKtwAAProAADO9AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQzCUAD80vAA7NOgAOzUYA&#10;Dc1SAA3OYAAMznAAC86DAArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL/wAJy/8ACcv/AJiYAACN&#10;ngAAf6UAAHGsAABkswAAV7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80AABHRAAAM1gUACNkMAAbZ&#10;EgAF2hsABNokAAPbLgAB2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350AAN+zAADfzgAA4O4AAN/6&#10;AADf/wAA3/8AAN//AI+fAACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAxyQAAJswAAB3QAAAU1AAA&#10;DtkAAAndAAAD4QAAAOMHAADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADrQwAA7FIAAOxiAADtdgAA&#10;7owAAO6hAADvtwAA79EAAO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cAAFm/AABLxgAAPMoAAC/O&#10;AAAk0gAAGtgAABLcAAAM4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsAAPAQAADxFQAA8x4AAPQn&#10;AAD3MwAA+UAAAPpRAAD7YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA/98AAP/fAHewAABouQAA&#10;WsEAAEzKAAA8zwAALtQAACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADwAAAA9gAAAPYAAAD3AAAA&#10;+AAAAPoHAAD7DQAA/REAAP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93AAD/jQAA/58AAP+uAAD/&#10;ugAA/7oAAP+6AP8WIwD/FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A/wBcAP8AaAD/AHQA/wB+&#10;AP8AhwD/AI8A/wCWAP8AnAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/ANYA/wDnAP4A8wD+AP4A&#10;/QD/APwA/wD7AP8A+wD/APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8QIAD/CiUA/wQwAP8APQD/&#10;AEsA/wBYAP8AZAD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALEA/QC5APsA&#10;wwD6ANAA+ADjAPcA8QD2APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8dHAD/HBkA/xkZ&#10;AP8UGwD/Dv/i/+JJQ0NfUFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJTAP8AXwD/AGsA/wB1AP8A&#10;fgD/AIYA/wCOAP8AlAD+AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA8ADfAO4A7gDsAPkA6wD/&#10;AOoA/wDqAf8A6QH/AOkB/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/Fh0A/xMoAP8QNAD/DUEA&#10;/wxOAP8JWgD/CGYA/whwAP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEGowDvBqoA7QayAOoGuwDo&#10;BsgA5gbcAOQG7ADiCPoA4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/AP8jEgD/IxAA/yEOAP8e&#10;EAD/HhgA/xwjAP8YLwD/FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA7Q6EAOsOiwDpDpIA5w6Z&#10;AOYOoADkDqcA4g6vAOAOuADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHMEv8ByxP/AcoT/wHKEv8B&#10;yhL/Af8nDwD/JwwA/yUJAP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8YTwDqF1oA5hZlAOMWbgDg&#10;FncA3hZ/ANwWhwDZFo4A1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjSAMca6AHDG/gBwBv/Ab4c&#10;/wG9HP8CvBz/Arwb/wK8G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A/ykVAPcmIADuIy0A5yE6&#10;AOEfSADbH1QA1SBfANEgaADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHDIZ4BwSKmAb8irwG9IrsC&#10;vCPKArkj4wK1JPQCsyT/A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8vBgD/LwAA/zIAAP8zAgD5&#10;MggA9y8OAOsrFgDhJyIA2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpzAbsqegK5KoICuCqJArYq&#10;kAK0KpgDsyqhA7EqqgOvK7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8Eoi3/BKIs/wSiLP8Eoiz/&#10;BP8yAAD/MwAA+TgAAOk5AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9M0gAuTRTAbYzXAGzM2UC&#10;sDNtAq4zdAOsMnsDqzKDBKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y0QecM+oHmjP7B5g0/weX&#10;NP8GljT/BpY0/wWWNP8FljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8DAM04CADFOBUAvTomALc7&#10;NgCyPEMArjxOAao7VwKnO2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0HmTiWCJg4oAmWOKsKlDi4&#10;CpM5yguROeULjzr3Co06/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADxPgAA40UAANRJAADLSgAA&#10;xUcAAMFBBAC6PxEAs0EhAK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhAagWWQHEGlD94B5I/fwiQ&#10;P4gKjz6RC40+mwyLPqYNiT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/CYJB/wiCQf8IgkH/CP88&#10;AADrQwAA3EoAAMxPAADDUAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToAm0lFAZhITgKUR1cDkkde&#10;BY9GZQaNRmwHi0VzCYlFewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8RNoRe0TxD3pF/w16Rv8L&#10;ekb/CnpG/wl6Rv8Jekb/CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQAACpTAsAok0YAJ1OKACY&#10;TjYAlE5BAZBNSwKNTVMEikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJDnpIkw94SJ8Qd0isEnVI&#10;vBJ0SdITc0nuEXJK/w9ySv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAAzlMAAMFYAAC4WgAAsFkA&#10;AKlWAACiUgcAm1IVAJZTJACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+T2UIe09sCXlOcwt3TnsN&#10;dU2FDnNNkBBxTZwSb02pE25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP/wtsT/8LbE//C+5FAADc&#10;UAAAyVcAAL1cAAC0XgAArF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7AYNWRAJ/Vk0DfFVUBXpU&#10;WwZ3VGIIdVNoCXNTcAtxUngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsVZVLpFGVS+xFmU/8PZlP/&#10;DWZT/wxmU/8MZlP/DOpJAADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACWWgAAj1oQAIpbHgCFWywA&#10;gVs4AX1bQQJ6WkoDd1lRBHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dVihFlVZcTY1WkFGFVtBVg&#10;VcgWX1XnFWBW+hJgVv8PYVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4AALZjAACtZgAApGYAAJtk&#10;AACQXgAAiV4OAIRfGwCAXykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp9&#10;D2JaiBFfWZQTXlmiFFxZshVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1cWv8NXFr/DeNPAADNWQAA&#10;vmEAALNmAACpaQAAoGoAAJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNjPAFvYkUCbGFMBGphVAVn&#10;YFoHZWBhCGNfaQphX3EMX157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7jFVZe9xJWXv8QV17/Dlde&#10;/w1XXv8NV17/Dd5TAADIXQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAAfmcJAHhnFQB0ZyMAcWgv&#10;AG5nOQFrZ0ICaGZKA2VmUgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBVYpESU2KfE1JirhVRYsIV&#10;UGLhFVFi9hJRYv8QUmL/DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxuAACjcQAAmnMAAI9xAAB/&#10;awAAeGsFAHJrEgBubB8Aa2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpdB1lpZQlXaW0LVWl3DVNo&#10;gg9QaI8RTmedE01nrBRLaMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8NTWf/DdJaAADAZAAAs2wA&#10;AKlyAACgdgAAlncAAIp2AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABgcj0BXnJFAltxTQNZcVQF&#10;V3BbBlRwYwhSb2sKUG90DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt9BFGbf8PR23/Dkds/w1H&#10;bP8NR2z/DcxfAAC8aQAAsHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cAAGV3DABheBcAX3gkAF15&#10;MABaeToBWHlCAlZ4SgJTeFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoOQ3WZD0J1qRBAdbwQQHXZ&#10;EEB08w9AdP8OQXP/DUFz/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACXfwAAjIEAAIGBAABygAAA&#10;ZX8AAF1/CABZfxMAV4AgAFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/XQVGf2YGRH5wCEJ+ewk/&#10;fogLPX2XDDx9pw06fboOOn7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/C8BpAACydAAAp3wAAJ2B&#10;AACShAAAh4YAAHuHAABuhwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAASYk6AEiJQgFGiUoBRIlS&#10;AkKJWgNAiGMEPYhtBTuIeAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akzhf8JM4T/CTOD/wkzg/8J&#10;M4P/CblwAACtegAAooIAAJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+RAABHkgoARJITAEOTHwBB&#10;kyoAQJM0AD+TPQA9k0UAO5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKTBS6SpAYtkrcGLJLRBiyR&#10;7wYrj/8GK47/BiuN/wcrjf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAAepMAAG2VAABhlwAAVZkA&#10;AEmbAAA/nAEAOZ0OADedFwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAun1oALZ9kASufcQEpnn8C&#10;J56QAiaeoQIknrUCI57OAiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyBAACgiAAAlY4AAIuSAAB/&#10;lgAAcpoAAGWdAABZoAAATqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oiACaqLAAlqjUAJKo/ACOq&#10;SAAiq1MAIateACCragAeq3kAHauLABurnQAaq7EAGavKABmq7AEZqP0BGKf/Ahim/wIYpv8CGKb/&#10;AqWJAACZjwAAj5QAAIOZAAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAvsAAAJrMAAB61BgAZtw8A&#10;GLcXABe3IQAWtyoAFbc0ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5lwAOuawADbnEAA245wAO&#10;tvsADrX/AA60/wAOtP8ADrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsAAFKvAABGsgAAOrUAAC+3&#10;AAAlugAAHb0AABXAAAAQwwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0ABcZJAAXGVwADxmYAAsZ3&#10;AAHGiwAAxqAAAMW2AADG0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJnAAAe6MAAG2pAABgrwAA&#10;U7QAAEa4AAA6uwAALr4AACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQEAAA0BYAANEeAADSJwAA&#10;0zEAANQ8AADVSQAA1lgAANZpAADWfAAA1pIAANanAADWvwAA1uAAANbzAADW/gAA1v8AANb/AIyd&#10;AAB+pAAAb6sAAGGyAABUuQAARr0AADnBAAAtxAAAIscAABnLAAARzgAADNIAAAXVAAAA2wAAANwD&#10;AADdCgAA3g8AAN8UAADhHAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA6YEAAOmYAADprQAA6cUA&#10;AOniAADp8gAA6fUAAOn1AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzKAAAgzgAAFtIAAA/WAAAI&#10;2wAAAN8AAADjAAAA5QAAAOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEhAADzKwAA9jgAAPdIAAD4&#10;WgAA+W0AAPqEAAD6mwAA+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAAVr4AAEjGAAA5ywAAK9AA&#10;AB/UAAAU2gAADd8AAAXjAAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA9QAAAPYCAAD4CQAA+g4A&#10;AP0TAAD/HAAA/ygAAP82AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/uQAA/7wAAP+8AP8RIAD/&#10;EB4A/wweAP8EIQD/ACcA/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AgwD/AIsA/wCSAP8A&#10;mAD/AJ4A/wCkAP8AqgD/ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA+wD/APsA/wD7AP8A+gD/&#10;APoA/wD6AP8A+gD/AP8UHAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA&#10;/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkAvQD4AMkA9wDcAPUA7ADz&#10;APgA8wD/APIA/wDxAP8A8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEVAP8MFwD/BR0A/wAoAP8A&#10;NgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA9QCcAPQAogDzAKgA8QCw&#10;APAAuADuAMMA7ADTAOoA5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A5QD/AP8aEwD/GBEA&#10;/xQQAP8PEQD/DRkA/wokAP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUAdQDyAH0A8ACEAO4AiwDs&#10;AJEA6wCXAOkAngDnAKQA5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9ANgA/wDWAP8A1QH/ANUB&#10;/wDVAv8A1QL/AP8eEAD/HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA/QhFAPgGUQD0BFwA7gRm&#10;AOoEbwDmA3cA5AR/AOIEhgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDSBbsA0AbJAM4H4ADMCPEA&#10;yQr/AMcL/wDGDP8AxQz/AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8dCgD/GxAA/xgYAP8UIwD2&#10;ETAA7w4+AOoOSgDlDVYA4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2PAM0OlgDLDp0Ayg6lAMgO&#10;rgDGD7kAxBDIAMIQ3wC+EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8BthP/Af8lBgD/IwAA/yMA&#10;AP8kAwD/IQoA/R0RAPEaGwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDIFmsAxRZzAMMXewDBF4IA&#10;wBiJAL4YkAC8GJgAuxmgALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd/wGpHf8BqR3/Aagd/wGo&#10;Hf8BqB3/Af8oAAD/JwAA/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0tAMkePADEIEkAvyBTALwh&#10;XQC5IWUAtyJtALUidACzInwAsSKDAbAiigGuIpIBrCObAasjpAGpI68BpyO8AaYkzgGjJOgCoCX5&#10;Ap4l/wKdJf8CnCX/Apsl/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADaMwAA0y4DANIlCgDJJRcA&#10;wScnALspNgC2KkMAsitOAK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMrhAKhK40CnyuVAp4rnwKc&#10;K6oDmiu2A5ksxwOXLOIDlC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/A/8wAADyMwAA5DoAANY9&#10;AADMPAAAxzkAAMMxBQC9LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oBnzNiAZwzaQKaM3ACmTN3&#10;ApcyfwOVMocDkzKQBJIymgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWGNP8FhjT/BIU0/wSFNP8E&#10;hTT/BPwzAADrOgAA3EEAAM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5KwChOjgAnTtEAJo7TQGX&#10;OlYBlDpdApI6ZAKQOmsDjjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmtB4I5vAiBOdMIfzruCH06&#10;/gd8O/8GfDv/BXw7/wV8O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAAtUkAAK9DAACpPgsAoj8X&#10;AJ1AJgCYQTQAlEE/AJFBSQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWBP30Gfz6HB30+kQh7PpwJ&#10;ej6pCXg+uAp3P80KdT/qCnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7AADfRQAAzEwAAL9PAAC2&#10;UAAArk8AAKdKAACgRAcAmkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZVAoFFXAN+RWMEfERqBHpE&#10;cQV5RHkGd0SCCHVDjQlzQ5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8IbEX/B2xF/wdsRf8HbEX/&#10;B+w/AADYSQAAx1AAALtUAACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJSywAhUw4AIJLQgF/S0oB&#10;fEpSAnlKWAN3Sl8EdUlmBXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhIsg1nSMUNZknkDWZJ+Atm&#10;Sf8JZkr/CGZJ/wdmSf8HZkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgAAJxVAACTTgAAjE4OAIdP&#10;GwCCTykAf1A1AHtQPwF4T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIHaU18CGdMhwplTJMLY0yg&#10;DWJMrw5hTcIOYE3hDmBN9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADNUAAAvlcAALNbAACqXQAA&#10;oV0AAJhaAACNUwAAhlIMAIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1SUwJrUlkDaVJgBGdRaAZl&#10;UXAHY1F5CGFRhApgUJEMXlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/CVtR/whbUf8IW1H/CN9K&#10;AADJUwAAu1oAALBfAACmYQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIAc1guAHBXOQBtV0EBaldJ&#10;AmhWUAJmVlcDZFZeBGJVZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5WVb4PVVXbD1VV8w1VVf8L&#10;VlX/CVZV/wlWVf8IVlX/CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBjAACDXAAAe1sGAHVbEgBx&#10;Wx8AblwrAGtcNgBoWz8BZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1CFdZgApVWYwLVFmaDVJZ&#10;qg5RWbwOUFnYDlBZ8g1RWf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAAtGEAAKpmAACgaAAAl2kA&#10;AIxnAAB9YAAAdV8DAG9fEABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJcX1MDW19aBFlfYQVXXmkG&#10;VV5zCFNefglRXYoLT12ZDE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd/wlMXf8ITF3/CM9UAAC+&#10;XgAAsWUAAKdqAACdbQAAlG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQlAGBlMABeZToAXGVCAVpl&#10;SgJYZFECVmRYA1RkXwRSZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gNRmPRDUZj7wxGYv8KR2L/&#10;CUdi/wlHYv8IR2L/CMpYAAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0awAAaWkAAGNpCwBfaRUA&#10;XGohAFpqLQBYazYAVms/AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhpeQdGaYYJRGmVCkNopQtB&#10;abcMQGnPDEBo7gtBaP8KQWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0AAKBzAACWdgAAi3cAAIB2&#10;AABwcgAAZXEAAFxwBwBYcBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsBS3FTAklxWgNHcWIERXBs&#10;BUNwdwZBcIQHP3CTCD1vowk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7bf8HO23/B79iAACxawAA&#10;pnMAAJ15AACSewAAh3wAAHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4JABLeS4ASXk3AEh5QABG&#10;eUgBRHlPAUJ5VwJBeWACP3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjLBzR36wc0dv0HNHX/BzV1&#10;/wY1dP8GNXT/BrloAACtcQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAAW4EAAFGBAABIgAoARYET&#10;AEOBHgBCgikAQYIyAECCOwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMzgn8DMYGOBDCBnwQugbEF&#10;LYHIBS2B6QQtf/wFLX7/BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKDAACIhgAAfYcAAHCIAABj&#10;iQAAVYoAAEuKAABBigIAO4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xGADKNTwAxjVgAL41iAS2M&#10;bgErjHsBKoyLAiiMnAImjK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8DJYf/A612AACjgAAAl4UA&#10;AI2JAACCjAAAdo4AAGmQAABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAslxoAK5ckACqXLQAplzYA&#10;KJg/ACeYSAAmmFIAJZhcACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX5QEclfoBG5T/ARuT/wIb&#10;k/8CG5P/Aqd/AACchgAAkYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0AAD2eAAAznwAAKqEAACGj&#10;CgAfoxEAHqMaAB2kJAAcpC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAAFKWBABOllAASpagAEaW/&#10;ABCk4gARovgAEaH/ABGg/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABxmgAAZJ4AAFihAABMpAAA&#10;QKYAADWnAAAqqQAAIqwAABmuAAASsAkAELEQABCxGAAOsSIADrErAA2xNQANsUAADLFLAAuxWAAK&#10;sWcACLF4AAexiwAFsaAABLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/AJiOAACPkwAAgpgAAHWd&#10;AABnogAAWqcAAE6rAABBrQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMAB74MAAO9EgABvRkAAL4i&#10;AAC+KwAAvjYAAL5BAAC/TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAAveQAAL32AAC9/wAAvf8A&#10;AL3/AJKUAACFmgAAeKAAAGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7AAAXvgAAEMEAAAvEAAAE&#10;xwAAAMkHAADJDQAAyRIAAMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9gAADPcgAAz4cAAM+dAADP&#10;swAAz84AAM/rAADO+AAAzv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAAQrkAADW8AAApvwAAHsIA&#10;ABXGAAAOyQAACMwAAADQAAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA3B8AAN4oAADgNAAA4kEA&#10;AOJRAADjYwAA43cAAOSOAADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyjAABuqgAAYLIAAFG5AABD&#10;vgAANcIAACjGAAAcyQAAE80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIAAADkAAAA5QMAAOcJAADp&#10;DgAA6xIAAO0aAADvJAAA8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkAAPe8AAD3zgAA998AAPff&#10;AHCsAABhtAAAU7sAAEXDAAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA4gAAAOUAAADpAAAA7AAA&#10;AO0AAADwAAAA8QAAAPMAAAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/QAAA/1MAAP9oAAD/gAAA&#10;/5YAAP+oAAD/tgAA/78AAP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAuAP8APAD/AEoA/wBWAP8A&#10;YwD/AG0A/wB3AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA/wC0AP8AvQD/AMkA/gDd&#10;AP0A7QD8APoA+wD/APoA/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/DRcA/wYWAP8AGAD/AB4A&#10;/wAqAP8ANwD/AEUA/wBSAP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8AkAD+AJYA/QCcAPwAoQD7&#10;AKgA+QCvAPgAuAD2AMMA9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/AO8A/wDuAP8A7gD/AP8S&#10;FAD/DxIA/wsSAP8AEgD/ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA/QBtAPsAdgD5AH0A9wCE&#10;APUAiwD0AJEA8wCXAPEAnQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDlAPEA4wD9AOMA/wDiAP8A&#10;4QD/AOEA/wDgAP8A4AD/AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8ALQD/ADoA/wBHAPkAUwD1&#10;AF4A8gBoAPAAcADtAHgA6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCmAN8ArgDcALgA2gDFANYA&#10;2QDUAOwA0gD5ANEA/wDPAP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA/w8FAP8OCwD/DBEA/wca&#10;AP8BJgD8ADQA9ABBAO0ATQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZAIYA1gCNANMAkwDRAJoA&#10;zwChAM0AqgDLALMAyQC/AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D/wC/A/8AvwP/AP8bBgD/&#10;FwAA/xQAAP8TBQD/EQ0A/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRbANIEZADPBWwAzAVzAMoF&#10;egDIBYEAxgWHAMUGjgDDBpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUAtQv3ALMN/wCxDf8AsA3/&#10;ALAO/wCvDv8Arw7/AP8eAAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDiCyIA2AsxANAMPgDLDUoA&#10;xw1VAMQOXgDBDmYAvw5tAL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQowCwEa0ArxG6AK0RygCq&#10;EuUApxT3AKUV/wCjFf8AohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMAAOYkAADgIQAA3BkFANsQ&#10;DADQERkAyBMpAMIVNwC9FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUAqxl8AKkZhACoGowAphqU&#10;AKQangCjG6gAoRu0AJ8cxQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGVH/8BlR//Af8mAAD0JwAA&#10;5i0AANovAADPLQAAyicAAMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgiUgCmIloAoyNiAKEjaQCg&#10;I28AniN3AJwjfgCbI4YAmSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibvAYwn/wKLJ/8Ciif/Aokn&#10;/wKJJ/8BiSf/AfopAADsMAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4AricdAKgpKwCkKjgAoCpD&#10;AJ0rTACaK1UAmCtcAJYrYwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKKLJ8CiCyrAoYsugKFLc4D&#10;gy7qA4Eu/AOALv8Cfy7/An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/AAC7PwAAtDwAAK81AACp&#10;LwsAoy8XAJ4xJgCZMjMAljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNsAYYzcwGEM3wCgjOFAoAz&#10;jwN/M5oDfTOnA3wztQR6M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8DdTX/A/AzAADdPQAAykMA&#10;AL5FAAC1RgAArUMAAKY9AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCHOUwAhDlTAYI5WgGAOWEB&#10;fjloAnw5bwJ6OXcCeTmAA3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm469wVuO/8EbTv/BG07/wNt&#10;Ov8DbTr/A+o5AADVQgAAxEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQAIw9HQCIPioAhD81AIE/&#10;PwB+P0gAfD9PAXo/VgF4P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMFaz6gBmo+rgZpP8AHZz/e&#10;B2c/9QZmQP8FZkD/BGZA/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACqUAAAok8AAJlKAACRRAAA&#10;ikENAIRCGQCAQyYAfUQyAHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1DZwJrQ28DaUN5BGhDgwVm&#10;Q48GZEOdB2NDqwdhQ70IYETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/BOBBAADKSgAAu1AAALBT&#10;AACnVQAAnlMAAJVPAACLSQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEAbkhJAWxIUAFqSFYBaEhd&#10;AmZHZAJlR2wDY0d2BGFHgAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8QdaSf8GWkn/BVpI/wVaSP8E&#10;Wkj/BNtEAADGTQAAuFMAAK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdLEgBzTB8AcEwrAG1MNQBr&#10;TD4AaExGAGZMTQFkTFMBYkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuYB1dMpwhWTLkJVUzRCVRM&#10;7whUTf8GVUz/BlVM/wVVTP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAAl1wAAI1ZAACBUwAAd08E&#10;AHFPEABuUBwAalAoAGhQMgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWFBxBFdQewVVUIgG&#10;U1CWB1JQpQhQULcJUFDOCU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBLAAC/VAAAsloAAKdeAACd&#10;YAAAlGAAAIldAAB8VwAAclQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRAAFxUSAFaVE8BWVRWAVdU&#10;XQJVVGUDVFRuBFJUeQVQVIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4HS1T/BktU/wVLVP8FS1T/&#10;BcxOAAC7VwAArl4AAKRiAACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABiWBYAX1giAF1ZLABbWTYA&#10;WVk+AFdZRgBWWU0BVFlUAVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hYogdHWbMIRlnKCEVZ6ghG&#10;Wf0GRlj/BkZY/wVHWP8FR1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkAAINnAAByYAAAaF4AAGFd&#10;CQBcXRMAWl0eAFddKQBWXjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmECSl5qA0hedQRGXoIFRF2Q&#10;BkNeoAdBXrEHQF7IB0Be6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0XwAAqGYAAJ5qAACVbQAA&#10;im0AAH9sAABvZwAAZGQAAFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1kQABLZEgASmRPAUhkVwFG&#10;ZF8CRWRoAkNkcwNBY38EP2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/BTti/wU8Yf8EPGH/BL5b&#10;AACwYwAApWoAAJtvAACRcgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0ATWkXAEtpIQBJaisASGo0&#10;AEdqPQBFa0QARGtMAEJrVAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2aq4FNWrEBTVq5QU1afkE&#10;NWn/BDVo/wQ1aP8ENWj/BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3AABpdAAAXHMAAFFxAABI&#10;cAoARXASAENxHQBCcScAQHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJjATZybQI0cnoCM3KJAzFy&#10;mgMvcqwDLnLBAy5y4wMucfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAAnXYAAJN6AACIfAAAfn0A&#10;AHJ9AABkfAAAV3sAAEx6AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2ezsANHtEADN7TAAye1UA&#10;MHtfAC97agEte3cBK3uHASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4/wInd/8CJ3f/Aq5sAACj&#10;dgAAmXwAAI5/AACEggAAeIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJADCEEQAvhBoALYQkACyF&#10;LQArhTUAKoU+ACmFRwAohlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcBHoa8AR6G3gAehPUBHoL/&#10;AR6C/wEegf8BHoH/Aah0AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABYjAAATI0AAECOAAA2jgAA&#10;LI8AACWQDAAjkBMAIpAcACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqRYAAZkW4AGJF+ABaSkAAV&#10;kqQAFJG5ABOR2AATj/QAFI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogAAISMAAB3jwAAaZEAAF2T&#10;AABQlQAARZcAADmYAAAumQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQAEp0tABGeNwARnkEAEJ5M&#10;AA+eWAAOnmcADZ53AAyeigALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wALmf8AC5n/AJyEAACRigAA&#10;iI4AAHuSAABtlgAAYJkAAFScAABInwAAPKAAADChAAAmowAAHaUAABWnAAAQqQUAC6sNAAiqEwAH&#10;qhsABqokAAWqLgAEqjgAAqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmqAACpwQAAqOQAAKj2AACn&#10;/wAAp/8AAKf/AJWLAACMkAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAAMaoAACarAAAdrQAAFLAA&#10;AA6yAAAJtQEAArYKAAC2DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAAuFQAALhkAAC4dgAAuIsA&#10;ALegAAC3tgAAt9MAALbvAAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGaiAABYpwAAS6wAAD6vAAAx&#10;sQAAJrMAABy2AAATuAAADbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQVAADEHAAAxSQAAMYuAADI&#10;OgAAyUcAAMlXAADJaQAAyX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0AAMj9AIWZAAB3nwAAaKYA&#10;AFqrAABNsQAAP7UAADG4AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAAzQAAAM4AAADPAwAA0AkA&#10;ANEOAADTEgAA1RkAANciAADaLQAA3TkAAN5JAADeWgAA324AAN+FAADfnAAA37IAAN7LAADe5gAA&#10;3/QAAN/0AHmhAABrqAAAXK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgAAAnMAAAAzwAAANMAAADZ&#10;AAAA3AAAAN0AAADfAAAA4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsAAPA6AADxSwAA8V4AAPJz&#10;AADziwAA86IAAPO2AADzyQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAyxAAAJMgAABfMAAAO0AAA&#10;BtUAAADaAAAA3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADyAAAA9AYAAPYMAAD5EgAA&#10;/BwAAP8pAAD/OgAA/00AAP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/BAP8HGQD/ARcA/wAXAP8A&#10;GgD/ACEA/wArAP8AOQD/AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA/wCKAP8AkAD/AJYA/wCb&#10;AP8AoQD/AKgA/wCvAP8AuAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4AP8A+AD/APYA/wDzAP8A&#10;8QD/AP8LFQD/BRMA/wATAP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8AWwD/AGUA/wBuAP8AdgD/&#10;AH4A/wCFAP4AiwD9AJEA+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDMAPEA4wDvAPMA7gD/AO0A&#10;/wDsAP8A6wD/AOwA/wDsAP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA/wAiAP8ALwD/AD0A/wBK&#10;AP8AVQD9AGAA+gBpAPgAcQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADsAJ8A6wCmAOkArgDnALgA&#10;5QDFAOMA2gDhAO0A3wD7AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8PDQD/DAsA/wMJAP8ADAD/&#10;ABIA/wAdAP8AKQD7ADcA+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6AOUAgADjAIYA4QCMAN8A&#10;kwDdAJkA2wChANkAqQDVALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8AyQD/AMgA/wDIAP8AyAD/&#10;AP8RCAD/DQIA/wcAAP8FCAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDkAFQA4ABdAN0AZQDZAG0A&#10;1QBzANIAegDQAIAAzgCHAMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAAxwC9AN8AvADxALsA/gC5&#10;AP8AuAD/ALgA/wC4AP8AuAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQAOgAGgDjACgA3QA2ANgA&#10;QgDSAE0AzgBXAMoAXwDHAGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8AuQCXALcAnwC1AKgAswCz&#10;ALEAwgCvANgArgLtAKwD+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/EgAA9xIAAOwRAADmDgAA&#10;5QYIAN0DEgDUAyAAzQQtAMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUHbgCzB3UAsQh7AK8IggCu&#10;CYoArAmSAKoJmwCoCqUApgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//AJsP/wCbD/8Amw//AP8a&#10;AAD3GQAA6h4AAN8eAADVGgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8Asg9JAK8QUgCsEFoAqhBh&#10;AKgRaACmEW8ApBF2AKIRfQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACXFNAAlBXsAJIW/QCQF/8A&#10;jxf/AI4X/wCOF/8Ajhf/APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0ZBQC5EhAAshUeAK0WLACo&#10;FzgApBhDAKEZTACfGVQAnBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyIAJAckgCPHJ0AjR2pAIsd&#10;twCKHsoAiB/nAIYg+gCEIP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA0zEAAMYzAAC8MQAAti0A&#10;ALAlAACsHQwAph4YAKEgJgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCNJGQAiyRrAIkkcgCIJHoA&#10;hiSDAIQljQCDJZgBgSWkAYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo/wF4KP8BeCj/Ae8rAADd&#10;MwAAyjkAAL47AAC0OgAArTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4AIsrQgCIK0oAhitSAIQr&#10;WACCLF8AgCxmAH8sbQB9LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcACci7dAnEu9AJwL/8Cby//&#10;Am8v/wFuL/8Bbi//AegxAADTOgAAwz8AALdBAACuQQAApj4AAJ44AACXMQEAkS4QAIwvHACIMCgA&#10;hDEzAIEyPQB/MkYAfTJNAHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAzhAFvM5ACbTOdAmwzqwJq&#10;NLwCaTTVA2g18QJnNf8CZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQAALJHAACoRwAAoEQAAJg/&#10;AACQOQAAiDQNAIM1FwB/NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcAbzheAG04ZQFsOG0Bajh1&#10;AWg4gAJnOIwCZTiZA2Q5qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJfOv8CXzr/At07AADHQwAA&#10;uUkAAK5LAACkTAAAm0oAAJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8NQBvPT4AbT1GAGs9TQBp&#10;PVMAaD1aAGY9YQFkPWkBYz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7MBFo/7ARZP/4DWT//A1k/&#10;/wJZP/8CWT7/AtY/AADDRwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAAekAGAHU/EQBxQBwAbUAo&#10;AGtBMgBpQTsAZ0FCAGVBSQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJaQoYDWEKUA1dCowRVQ7ME&#10;VEPJBFRD6QRTQ/0DU0P/A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdTAACdVAAAlFMAAIpQAAB/&#10;SgAAdUUCAG5DDgBrRBkAZ0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VUAFpGWwFZRmMBV0ZsAlZG&#10;dwJURoMDU0aRA1FGoQRQR7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8DT0f/A8xGAAC7TgAAr1QA&#10;AKRXAACaWAAAkVcAAIZUAAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBdSTQAW0k8AFlJQwBXSUoA&#10;VklSAFVKWQFUSmEBUkpqAVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL5gRJS/oESUv/A0pL/wNK&#10;S/8DSkv/A8hJAAC4UQAArFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04AAGRNCgBfTBMAXE0eAFpN&#10;KABYTTEAVk06AFRNQQBTTkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38CSU+NA0dPnQRGT64ERU/D&#10;BERQ5ARET/kERU//A0VP/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACVYAAAi2AAAIBeAAByVwAA&#10;Z1MAAF5RBwBZUREAV1EbAFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExTVQBKU10BSVNmAUdTcAJF&#10;U30CRFOLA0JTmwNBVKwEQFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/A8BQAACyWAAApl4AAJxi&#10;AACSZQAAiGUAAH1iAABuXAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywATFc0AEpXPABJWEQASFhL&#10;AEdYUwBFWFsBRFhkAUJYbgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6WPcDOlj/AztX/wM7V/8D&#10;O1f/A7xUAACuXAAAo2MAAJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVdAABOWwwAS1sUAElcHwBH&#10;XCgARl0xAEVdOQBDXUEAQl1IAEFeUABAXlgAPl5hATxebAE7XngCOV6HAjdelwI2XqkDNV69AzRf&#10;3QM0XvUDNV3/AjVd/wI1XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAAgW4AAHZsAABnaQAAXGYA&#10;AFFkAABIYgkARGIRAEJiGwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5ZFUAOGRfADZkaQE1ZHYB&#10;M2SFATFllQIwZacCL2W7Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNeAACnZgAAnG0AAJNxAACI&#10;cwAAfXMAAHJyAABkcAAAWG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGooADZrMQA1azkANGtBADNs&#10;SQAybFIAMWxcAC9sZgAubHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IBJ2r/ASdq/wEoaf8CKGn/&#10;Aq5kAACjbAAAmXMAAI52AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+cwAANHIKADFzEQAwcxoA&#10;L3MjAC5zKwAtdDQALHQ8ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1kAAhdaIAIHW3AB910gAf&#10;dPEAH3P/AR9y/wEgcf8BIHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8AAGd/AABafwAATX4AAEN+&#10;AAA4fQAAL30CACh9DQAmfRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gAHn9SAB1/XgAcf2sAGn96&#10;ABl/jAAXf58AFn+zABV/zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACaegAAj38AAIWCAAB7hAAA&#10;bYYAAGCHAABUhwAASIgAADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJHQAXiiYAFoouABWKNwAU&#10;ikEAE4pMABKLWAARi2UAEIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8AA6H/wAOhv8ADob/AJ97&#10;AACUgQAAioUAAICIAABziwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAAIZMAABmUAAASlgYADpcO&#10;AA2XFQAMlx0ADJcmAAuXLwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAABlpQAAJWoAACVvgAAlOAA&#10;AJT0AACT/wABkv8AAZL/AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCYAABEmgAAOJsAACycAAAi&#10;nQAAGZ4AABKgAAANogIAB6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8AACkSAAApFYAAKRlAACj&#10;dwAAo4sAAKOgAACitgAAodIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAAe5IAAG2XAABgmwAAU54A&#10;AEahAAA5owAALaQAACOmAAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAArxEAALAYAACwIAAAsSgA&#10;ALEyAACyPgAAskwAALJbAACybAAAsoEAALGXAACxrAAAsMYAALDoAACv9wAAr/8AAK//AIyQAAB/&#10;lQAAcZoAAGOfAABVpAAAR6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUAAAK4AAAAuwAAALsAAAC8&#10;BwAAvA0AAL0RAAC+FgAAvx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QAAMOLAADDoQAAw7gAAMLX&#10;AADC7wAAwvoAAMH+AIGXAABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAhtgAAFrkAAA67AAAHvgAA&#10;AMEAAADFAAAAxwAAAMgAAADJAAAAygUAAMsLAADNDwAAzhQAANAcAADTJgAA1jIAANhBAADYUwAA&#10;2WYAANl8AADZlAAA2asAANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawAAEuyAAA8twAALroAACG9&#10;AAAVwAAADcQAAAXHAAAAygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAAAN0AAADfBwAA4QwAAOMR&#10;AADmGQAA6SQAAOwyAADtQwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA790AAO/kAGqoAABbrwAA&#10;TLYAAD68AAAvwAAAIMQAABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADiAAAA5QAAAOYAAADoAAAA&#10;6QAAAOwAAADuAAAA8AIAAPIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9aAAD/cQAA/4kAAP+fAAD/&#10;sQAA/8AAAP/GAP8AFQD/ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA/wBRAP8AXAD/AGYA/wBv&#10;AP8AdwD/AH4A/wCFAP8AiwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+AL8A/QDOAPsA5gD5APYA&#10;+AD/APcA/wD3AP8A9wD/APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8AEQD/ABcA/wAkAP8AMgD/&#10;AD8A/wBMAP8AVwD/AGEA/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCSAPgAmAD2AJ8A9QCmAPQA&#10;rgDyALkA8ADGAO4A3gDtAPAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A4AD/AP8HDgD/AA0A/wAL&#10;AP8ADAD/ABMA/wAfAP8ALAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADzAHQA8QB6AO8AgQDuAIcA&#10;7ACNAOoAkwDpAJoA5wChAOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA/wDXAP8A1QD/ANUA/wDV&#10;AP8A1AD/AP8JCgD/AQUA/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABAAPIATADuAFYA6gBfAOcA&#10;ZwDkAG4A4gB0AOAAewDeAIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0AzAC4AMoAxwDIAOAAxgDz&#10;AMUA/wDDAP8AwwD/AMMA/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/AAsA8wASAO4AHwDqAC0A&#10;5gA6AOIARQDeAE8A2QBYANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYAhwDEAI4AwgCWAMAAngC+&#10;AKcAuwCyALkAwAC3ANQAtQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/AP8NAAD/BgAA/wMAAPcA&#10;AAD0AAMA5wANAOAAGADaACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEAvgBoALwAbgC6AHQAuAB7&#10;ALYAgQC0AIgAsgCQALAAmQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCkAP8AowD/AKIA/wCiAP8A&#10;ogD/AP8QAAD7DAAA7w4AAOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8ANwC7AEIAtwBLALQAVACy&#10;AFsArwBiAK0AaACrAG4AqQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGoAJwCtQCbA8YAmQXiAJgG&#10;9ACWCP8AlQn/AJQJ/wCUCf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAAxxAAAMQHCgC9AxQAtwQh&#10;ALIGLgCuCDoAqglEAKcJTQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZDH4AlwyGAJYMkACUDJoA&#10;kg2mAJENswCPDcUAjQ7iAIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZAADnIAAA1iQAAMglAAC/&#10;IgAAuRwAALQUAQCxDQ4Aqg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJWAJMSXACREmMAkBNpAI4T&#10;cACME3gAixOBAIkUiwCHFJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8AfBn/AHwZ/wB7Gf8Aexn/&#10;AO8hAADdKQAAyi0AAL4vAAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCUGS0AkRo4AI4aQQCLG0kA&#10;iRtQAIcbVwCFHF4AhBxkAIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgfqwB3H7wAdiDUAHQh8ABy&#10;If8AcSL/AHEh/wBxIf8AcSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEAAJ4rAACYIwIAkh4QAI0g&#10;GwCJIScAhiIyAIMjPACBI0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4AdCV3AHMlgQBxJo0AbyaZ&#10;AG4mpwBtJ7gAbCfOAWoo7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADLNgAAvDsAALE9AACnPQAA&#10;nzkAAJczAACPLQAAiCcMAIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMrTgBxK1QAcCtbAG4rYgBs&#10;K2oAayxyAGksfQBoLIkAZi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//AWAv/wFgL/8BYC7/Ado0&#10;AADFPAAAt0EAAKxDAACiQwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4Acy8pAHEwMwBvMDsAbTBD&#10;AGsxSgBpMVEAZzFXAGYxXgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFcM7EBWzTGAVo05gFZNfsB&#10;WTX/AVk0/wFZNP8BWTT/AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItAAACCOwAAeTUEAHMzEABv&#10;NBoAbDQlAGk1LwBnNTcAZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdrAFs3dgFZN4IBWDiPAVY4&#10;ngFVOK8CVDnDAlM55AJTOvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAAr0kAAKRMAACaTAAAkUsA&#10;AIdGAAB9QAAAczsAAGw4DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBbOkoAWjtQAFg7WABXO2AA&#10;VjtoAFU8cwFTPH8BUjyNAVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+/wFNPf8BTT3/AclAAAC4&#10;SAAArE0AAKFQAACXUQAAjk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0eAFw+KABaPjEAWD44AFc+&#10;QABVP0YAVD9NAFM/VQBSQF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasCSUK+AkhC3gJIQvYCSEL/&#10;AkhC/wFIQf8BSEH/AcVEAAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1SgAAakYAAGFCCABcQREA&#10;WUIbAFdCJQBVQi4AU0I1AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpEbgFJRXoBR0WIAUZFmAJF&#10;RqkCREa9AkNG3AJDRvUCQ0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQAAJxXAACSWAAAiFgAAH5V&#10;AABxTwAAZkoAAFxGBQBXRg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hh&#10;AEVJbABESXgBQkmGAUFJlgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/Sf8BP0n/Ab1KAACvUgAA&#10;o1gAAJlbAACQXQAAhlwAAHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExLHwBKSygASUswAEdLOABG&#10;TD8ARUxGAERMTgBDTVYAQk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5AjlP1AI5T/IBOU7/ATlO&#10;/wE5Tf8BOk3/AbpOAACsVgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAAX1YAAFRSAABMTwsASU8S&#10;AEdQHABFUCUAQ1AtAEJQNQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6UnMAOFOCATdTkgE1U6QB&#10;NFO3ATNU0QEzU/EBNFP/ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRkAACLZgAAgGUAAHRjAABm&#10;XgAAXFwAAFFYAABHVQcAQlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldBADlXSQA4V1EAN1haADVY&#10;ZQA0WHEAMliAATFYkAEvWaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8BLlb/AbJXAAClXwAAm2UA&#10;AJFpAACHagAAfGoAAHFoAABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4XB0AN1wmADVdLgA0XTYA&#10;M10+ADJdRgAxXk4AMF5XAC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdfzAAnX+0BJ17/ASdd/wEo&#10;Xf8BKFz/Aa1cAACiZAAAmGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkAAElnAAA/ZQAANWMJADJj&#10;EQAwYxkAL2QhAC5kKQAtZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsAJGZ6ACNmiwAiZp0AIGax&#10;AB9myQAfZusAIGX+ACBk/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACAdQAAdXUAAGl0AABccgAA&#10;T3EAAERvAAA6bgAAMG0DAClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJtPQAhbkYAIG5QAB5uWwAd&#10;bmcAHG52ABpuhwAZb5oAGG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/AKRpAACacQAAkHYAAIZ5&#10;AAB8ewAAcXsAAGR7AABXegAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8AHHcWABt3HgAadyYAGXcu&#10;ABh3NwAXeEAAFXhKABR4VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAOd+YADnb6AA91/wAQdf8A&#10;EHT/AJ9xAACVeAAAi3wAAIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiCAAAuggAAJIIAAByCAAAU&#10;ggkAEYMQABCDFgAQgx4ADoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNsAAiDfgAGg5EABYKlAAOC&#10;uwAEgdsABIHyAAWA/wAGf/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAAYokAAFWKAABJiwAAPYwA&#10;ADGMAAAmjAAAHY0AABWOAAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAAjzIAAJA9AACQSQAAj1YA&#10;AI9lAACPdgAAj4oAAI6fAACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSAAACLhQAAgokAAHSMAABm&#10;jwAAWZEAAEyTAABAlQAANJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJAACcDgAAnBMAAJwaAACc&#10;IgAAnSsAAJ01AACdQAAAnU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YAAJroAACZ+QAAmf8AAJj/&#10;AI6IAACGjAAAeJAAAGqUAABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAVogAADqQAAAimAAAAqAAA&#10;AKkEAACpCgAAqQ4AAKkTAACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACsYwAArHcAAKuOAACrpAAA&#10;q7wAAKreAACp9AAAqf0AAKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQAADamAAAqqAAAHqkAABSr&#10;AAANrgAABrAAAACyAAAAtQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkAALohAAC7KwAAvDgAAL1H&#10;AAC9WAAAvWsAAL2BAAC9mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABwmwAAYqAAAFOlAABGqgAA&#10;OK0AACqvAAAesQAAE7QAAAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADDAAAAxAAAAMYGAADHDAAA&#10;yBAAAMoWAADMIAAAzysAANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7AADT2AAA0+0AANP2AHOd&#10;AABkowAAVqkAAEevAAA5swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAAAMkAAADNAAAAzwAAANAA&#10;AADSAAAA1AAAANYAAADZAgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA6U8AAOlkAADqfAAA65UA&#10;AOusAADrwgAA7NUAAOzlAGamAABYrAAASbMAADu5AAArvAAAHcAAABHEAAAJyAAAAMwAAADPAAAA&#10;0wAAANkAAADdAAAA4AAAAOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4EAADxCwAA9RIAAPgcAAD7&#10;KwAA/T4AAP5TAAD+agAA/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA/wARAP8AEwD/ABkA/wAm&#10;AP8ANAD/AEEA/wBNAP8AWAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/AI0A/wCTAP8AmQD/AKAA&#10;/wCnAP4ArwD8ALoA+gDJAPkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA/wDkAP8A4QD/AP8ADwD/&#10;AA0A/wANAP8ADgD/ABQA/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBmAP4AbQD8AHUA+wB7APkA&#10;ggD4AIgA9wCOAPYAlAD0AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA6AD8AOcA/wDlAP8A5gD/&#10;AOAA/wDZAP8A1AD/AP8ACwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/ADYA/wBCAPsATgD3AFcA&#10;9ABgAPIAaADvAG8A7QB2AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEApADfAK4A3QC5ANoAygDX&#10;AOQA1AD2ANEA/wDQAP8A0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAAAP8ABAD/AA0A+gAWAPYA&#10;IwDzADAA8AA8AO0ARwDpAFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA1ACCANIAiADQAI8AzQCW&#10;AMsAngDJAKgAxwCzAMUAwQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8AP8AvAD/AP8CAAD/AAAA&#10;/wAAAP8AAAD0AAcA7QARAOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0AXADKAGMAyABpAMYAbwDD&#10;AHUAwQB7AL8AggC+AIgAvACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDnAK4A+ACsAP8AqwD/AKwA&#10;/wCsAP8AqwD/AP8EAAD/AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIAygAuAMcAOgDDAEQAwABN&#10;ALwAVQC5AFwAtwBjALUAaQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCnAJwApQCmAKMAswChAMMA&#10;nwDeAJ4A8gCdAP8AnAD/AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8KAADVBAAAzgAFAMYAEADA&#10;ABoAuwAnALcAMgCzAD0AsABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBvAKEAdQCfAHwAnQCEAJsA&#10;jQCZAJcAlwCiAJUArgCTAL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8AjQH/APkOAADqEgAA3BUA&#10;AM0VAADEEQAAvgwAALoCCgC0ABIArgAeAKoAKgCmADUAogA/AKAASACdAVAAmwJWAJkCXACXA2MA&#10;lQNpAJMDbwCRBHYAkAR/AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK6wCCC/wAgQz/AIAM/wCA&#10;DP8AgAz/APEVAADgHQAAzSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcWAJ0JIwCZCi4AlQs4AJMM&#10;QQCQDEkAjg1QAIwNVwCKDV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8Afg+bAHwPqAB7ELgAehDO&#10;AHgR7AB2Ev8AdRL/AHQT/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACuKAAApyMAAKAcAACbEwMA&#10;lg8QAJAQGwCMEScAiRIyAIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsVZQB5FWwAdxV0AHYWfgB0&#10;FooAcheWAHEXpABvGLQAbhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/AOAmAADKLQAAvDEAALAz&#10;AACnMQAAnywAAJcmAACQHwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4AdxxFAHUcTABzHFMAcR1Z&#10;AHAdYABuHWcAbR5wAGseegBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABiIvoAYSL/AGEi/wBhIv8A&#10;YSL/ANcsAADDNAAAtjgAAKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsgEgB3IR0AdCInAHEiMQBv&#10;IzkAbSNBAGsjSABpI04AaCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaOAF4mnQBdJ60AWyjBAFso&#10;4ABaKfcAWSn/AFkp/wBZKf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAAkzwAAIo2AACBMAAAeSoD&#10;AHImDwBuJxkAaygjAGkoLABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBdKl8AXCtoAForcgBZLH0A&#10;WCyLAFYtmgBVLaoAVC69AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2AAC6PQAArUIAAKJEAACY&#10;RAAAj0EAAIU8AAB7NwAAcjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45AFwvQABaL0YAWC9NAFcv&#10;VABWMFwAVTBkAFMxbgBSMXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMATDT/AEw0/wBMM/8ATDP/&#10;AMY6AAC2QgAAqUYAAJ5JAACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBgMhIAXTIcAFoyJQBYMy0A&#10;VjM1AFUzPABTNEMAUjRKAFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3lQBIN6YARzi4AUc40wFG&#10;OPEBRjj/AUY4/wBGOP8ARjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsAAH5HAABzQgAAaT0AAF83&#10;BgBaNhAAVzcYAFQ3IgBSNyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYASTlfAEg6aQBHOnUARTuD&#10;AEQ7kwBDPKQBQjy2AUE90AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACvSQAAo04AAJlQAACPUQAA&#10;hVAAAHtMAABvRgAAZUIAAFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8NgBHPD0ARzxEAEY9SwBF&#10;PVQARD5cAEM+ZwBCP3MAQD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/ATxA/wE8QP8BPT//AbpF&#10;AACsTAAAoVEAAJdUAACNVQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwATD8TAElAHABHQCQARkAs&#10;AERAMwBDQDoAQkFCAEFBSQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5RKAAOEWzATdFywE3RewB&#10;N0X/ATdE/wE4RP8BOEP/ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZWAABoUAAAXUwAAFNIAABK&#10;RQkARkQRAEREGQBCRCIAQUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdYADlHYgA4SG4ANkh8ADVI&#10;jQA0SZ4AM0mxADJJyQAxSesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAAnFkAAJJcAACIXQAAfl0A&#10;AHNaAABlVQAAW1IAAFBOAABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5SjUAOEs9ADdLRAA2S00A&#10;NExWADNMYAAyTGwAMU16ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N/wAtTP8ALUz/ALBQAACk&#10;WAAAmV0AAI9hAACGYgAAe2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08MADhPEwA2TxsANU8jADRQ&#10;KwAzUDIAMlA6ADFQQgAwUUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oAJ1OtACZTxQAmU+cAJlP8&#10;ACdS/wAnUf8AJ1H/AKxVAACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABgYQAAVV4AAEpbAAA/WAAA&#10;NVYIADFVEAAwVhcALlYfAC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZYWgAlWGcAJFh1ACNZhgAh&#10;WZgAIFmrAB9ZwgAfWeUAH1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cAAIprAAB/bAAAdWwAAGpr&#10;AABdaAAAUWUAAEZjAAA7YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioAI14yACJeOgAhXkMAIF9M&#10;AB9fVwAeX2MAHGBxABtgggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZXv8AGV3/AKRgAACZaAAA&#10;kG4AAIZwAAB8cgAAcnIAAGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNmCAAfZg8AHWYVABxmHQAb&#10;ZiUAGmYtABlnNQAYZz4AF2dIABZnUwAVaF8AE2huABJofwARaJIAEGimAA9ovQAOaOAAEGf3ABBm&#10;/wARZf8AEWX/AJ9nAACWbwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAARnQAADtzAAAxcgAAJ3EA&#10;AB5xAAAWcAoAE3AQABNwFwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgANcVsADHFpAAtxegAKcY0A&#10;CHGhAAZxtgAGcNIAB3DvAAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58AAB0fgAAZn4AAFl+AABN&#10;fgAAQH0AADV9AAAqfAAAIXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwhAAd8KQAGfDIABHw9AAN8&#10;SAABfFUAAHxjAAB8dAAAfIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8AAHj/AJZ3AACMfAAAg4AA&#10;AHmDAABshAAAXoUAAFGGAABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAANiAEABokKAAGJDwAAiRQA&#10;AIgbAACIIwAAiSwAAIk2AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACHqwAAhsQAAIXmAACE+AAA&#10;hP8AAIT/AJB+AACHgwAAfocAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEAACSRAAAakgAAEpMAAA2U&#10;AAAGlQAAAJYGAACWDAAAlRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYAAJZVAACWZQAAlngAAJWO&#10;AACVpAAAlLwAAJPfAACT9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZlAAATJcAAD+ZAAAymgAA&#10;JpsAABucAAASnQAADJ8AAASgAAAAogAAAKMBAACjBwAAowwAAKMQAACkFQAApBwAAKUlAACmLwAA&#10;pjwAAKZLAACmWwAApm4AAKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/AIaNAAB4kQAAapUAAFyZ&#10;AABOnQAAQaAAADOiAAAmowAAG6UAABGnAAAKqQAAAasAAACtAAAArwAAALAAAACwAAAAsAUAALEL&#10;AACyDwAAsxQAALQbAAC1JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAAtqkAALbCAAC25AAAtvUA&#10;ALX+AHuTAABtmAAAX50AAFCiAABCpgAANKkAACarAAAarQAAEK8AAAmyAAAAtAAAALcAAAC6AAAA&#10;vAAAAL0AAAC+AAAAvgAAAMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoyAADLQwAAy1UAAMxqAADM&#10;gwAAzJwAAMu1AADMzgAAzOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAAJ7IAABq1AAAQuAAAB7sA&#10;AAC+AAAAwQAAAMQAAADIAAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA1QMAANgKAADbEAAA3hgA&#10;AOIkAADjNQAA5EgAAOVcAADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOkAABVqgAARrAAADi1AAAo&#10;uQAAGrwAAA/AAAAFxAAAAMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0AAADfAAAA4QAAAOMAAADl&#10;AAAA6AAAAOoAAADtBgAA8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wAAPyVAAD8qgAA/LsAAP3L&#10;AP8ADwD/AA4A/wAOAP8AEAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/AF4A/wBmAP8AbgD/AHYA&#10;/wB8AP8AggD/AIkA/wCPAP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA2wD2APAA9AD/APMA/wDy&#10;AP8A7AD/AOIA/wDcAP8A1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAeAP8AKwD/ADgA/wBEAP8A&#10;TwD/AFkA/gBhAPwAaQD6AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA7wCdAO0ApQDsAK8A6gC8&#10;AOgAzQDmAOgA5AD6AOMA/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/AAEA/wAAAP8ABAD/AA4A&#10;/wAZAP8AJQD9ADIA+wA+APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgAdwDmAH0A5ACDAOIAiQDg&#10;AJAA3gCXANwAnwDZAKkA1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/AMgA/wDCAP8AvgD/AP8A&#10;AAD/AAAA/wAAAP8AAAD7AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A4ABWANwAXQDZAGQA1QBr&#10;ANIAcQDQAHYAzgB8AMwAgwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9AM8AuwDrALkA/AC3AP8A&#10;twD/ALYA/wC0AP8AsQD/AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEAGQDbACUA1QAxANIAPADO&#10;AEYAygBPAMcAVwDEAF4AwQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCKALMAkwCxAJwArwCnAK0A&#10;swCrAMUAqQDhAKcA9QCmAP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA8QAAAOgAAADgAAAA1AAL&#10;AMwAEwDHAB8AwgAqAL8ANQC8AD8AuABIALUAUACzAFcAsABeAK4AZACsAGkAqwBvAKkAdQCnAHwA&#10;pQCEAKMAjAChAJYAnwChAJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA/wCVAP8AlQD/APwBAADw&#10;BQAA4wcAANUFAADMAAAAxQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBBAKYASgCjAFEAoQBXAJ8A&#10;XQCdAGMAmwBpAJoAbwCYAHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYAigDJAIgA5wCHAPkAhwD/&#10;AIYA/wCGAP8AhgD/APQMAADkEAAA0RIAAMURAAC9DgAAtggAALEACACrABEApgAbAKEAJgCeADEA&#10;mgA6AJgAQwCVAEoAkwBRAJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYAgACEAIsAggCWAIAAowB+&#10;ALEAfQDEAHsC4QB6A/UAegX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0AALocAACxGQAAqhMAAKQN&#10;AACfBQwAmQAUAJUAHwCRAikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cAgQddAH8HYwB9CGoAewhy&#10;AHoIfAB4CYYAdgmSAHQKoABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBtDv8AbQ7/AOEcAADLIwAA&#10;vCYAALEmAACoJAAAoB4AAJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4NNQB8Dj0Aeg5FAHgOSwB3&#10;DlEAdQ9YAHMPXgBxEGUAcBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLAAGUS3wBkE/YAYxT/AGMU&#10;/wBiFP8AYhT/ANYkAADDKgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAAghMIAH0REgB5EhwAdhMn&#10;AHMUMABxFDgAbxU/AG0VRgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBiF34AYRiLAF8YmQBeGakA&#10;XBm8AFwa2ABaG/MAWhz/AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2AACbNAAAkjEAAIkrAACB&#10;JQAAeR0DAHMYDgBvGRgAbBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1OAF8dVQBdHVwAXB5kAFse&#10;bgBZH3kAWB+HAFYglgBVIKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8AUiL/AMgvAAC4NgAAqzoA&#10;AKA8AACWOwAAjTgAAIMyAAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBfIi8AXSI2AFsiPQBaI0QA&#10;WCNKAFcjUQBVI1gAVCRhAFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwozgBLKO4ASyn/AEso/wBL&#10;KP8ASyj/AMM0AACzOwAApz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0AAGMnCABeJhEAXCYZAFkn&#10;IgBXJysAVSgyAFQoOQBSKEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMASSuAAEgrkABHLKEARi2z&#10;AEUtywBFLuwARC7/AEQu/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACPRQAAhUMAAHs+AABxOQAA&#10;ZzQAAF4uBABYKw4AVSsWAFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEktSgBILlIARy5aAEYvZABF&#10;L3AAQzB+AEIwjQBBMZ4AQDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/ALs8AACtQwAAoUcAAJZJ&#10;AACMSQAAg0gAAHhEAABtPgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQASTErAEcxMgBGMTkARDFA&#10;AEMyRwBCMk8AQTNYAEAzYgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5N+gAOTf8ADo3/wA6Nv8A&#10;Ojb/ALdAAACqRgAAnksAAJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5AABNNQkASTQRAEc1GQBF&#10;NSEAQzUoAEE1LwBANTYAPzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5ADg5iQA3OpsANTqtADU7&#10;xAA0O+YANDv7ADU7/wA1Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAAflAAAHNNAABnSAAAXEQA&#10;AFI/AABIOgYARDkPAEE5FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANzxTADY8XQA1PWkA&#10;ND13ADM+hwAxPpkAMD+rAC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFHAACkTQAAmVIAAI9VAACG&#10;VgAAfFUAAHFSAABkTAAAWUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4jADc+KgA2PzEANT84ADQ/&#10;QAAzQEgAMkBRADFBWwAwQWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIAKkP5ACpD/wArQv8AK0L/&#10;AK5KAAChUQAAl1YAAI1ZAACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABDRwAAOkMKADZDEQA0QxgA&#10;M0MgADJEJwAxRC8AMEQ2AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChHgwAmR5UAJUioACRIvgAj&#10;SOAAJEj3ACVH/wAlR/8AJkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14AAGtcAABfWAAAVVUAAEtR&#10;AABATQAANUoHADBJDgAuSRUALUkdACxJJAArSisAKkozAChKOwAnS0MAJktMACVLVgAkTGIAI0xw&#10;ACFMgAAgTZMAH02mAB5NuwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACcWgAAkl8AAIhjAAB+ZAAA&#10;dGMAAGlhAABcXgAAUlsAAEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQIAAkUCgAI1AvACJRNwAh&#10;UUAAIFFJAB5SUwAdUl8AHFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0ABdS/wAYUf8AGVH/AKNZ&#10;AACYYAAAj2UAAIVoAAB7aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAALloAACVYCAAgVw4AHlcU&#10;AB1XHAAcWCMAG1grABpYMwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegASWo0AEVqhABBatwAOWtUA&#10;EFnzABBZ/wARWP8AEVj/AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJtAABVagAASGgAAD5mAAAz&#10;ZQAAKWMAACBhAQAYYAsAFWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFAAA9hSwAOYVgADWFmAAxi&#10;dgALYokACmGdAAlhsgAIYcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAAiHEAAH5zAAB1dQAAanQA&#10;AFxzAABPcgAAQ3AAADhvAAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAMahkAC2ohAApqKQAJajIA&#10;CGo8AAdrRwAFa1MABGthAAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp+AAAaP8AAGj/AJdtAACN&#10;cwAAhHcAAHt6AABwewAAY3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYAABV2AAAPdgIACXYKAAR2&#10;DwAAdhUAAHYcAAB2JAAAdSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4AAHSTAAB0qAAAc8AAAHPj&#10;AABy9wAAcv8AAHH/AJJ1AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABBggAANYMAACmCAAAfgQAA&#10;FoEAABCCAAAKggAAAoMHAACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACCOwAAgkcAAIJVAACBZQAA&#10;gXgAAIGNAACAogAAf7oAAH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QAAG6GAABgiAAAUooAAEWL&#10;AAA5jAAALIwAACGMAAAXjAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4AAI8SAACQGAAAkB8AAJAo&#10;AACQMgAAkD8AAJBNAACQXQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAAi/4AAIv/AIiEAACAiAAA&#10;cosAAGSNAABWkAAASJMAADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACbAAAAnQAAAJ0AAACdAwAA&#10;nQkAAJ0NAACeEQAAnhcAAJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97AACekwAAnqsAAJ3GAACd&#10;6QAAnPkAAJz/AIOLAAB1jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAAF6AAAA6iAAAHpAAAAKYA&#10;AACoAAAAqgAAAKoAAACqAAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAAsSkAALE4AACxSAAAsVoA&#10;ALFvAACxiAAAsaAAALC6AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2fAAA/owAAMaYAACOnAAAX&#10;qQAADqsAAAWuAAAAsAAAALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoAAAC8AwAAvQkAAL4OAADA&#10;FAAAwx4AAMUrAADFPAAAxk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUAAMXzAGyZAABengAAT6QA&#10;AEGoAAAyrAAAJK8AABaxAAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAAxgAAAMYAAADIAAAAyQAA&#10;AMsAAADMAAAAzgAAANAGAADTDQAA2BMAANweAADeLQAA30AAAOBUAADhawAA4YUAAOGfAADhtwAA&#10;4c8AAOHmAGChAABSpwAAQ60AADSyAAAltQAAF7kAAA28AAABvwAAAMMAAADHAAAAygAAAM8AAADT&#10;AAAA1gAAANcAAADaAAAA3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsAAPASAADzHwAA9DEAAPZG&#10;AAD3XAAA+HQAAPiPAAD5pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/ABMA/wAfAP8ALAD/ADkA&#10;/wBFAP8AUAD/AFkA/wBiAP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0AkAD8AJcA+gCeAPkApwD3&#10;ALEA9gC+APUA0gDzAOwA8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/AP8ABwD/AAQA/wACAP8A&#10;BgD/ABAA/wAbAP8AJwD/ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA9QByAPMAeADyAH4A8ACE&#10;AO8AigDtAJEA7ACZAOoAoQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDdAP8A2QD/AMwA/wDFAP8A&#10;wQD/AP8AAAD/AAAA/wAAAP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMARQDvAE4A7ABXAOkAXgDm&#10;AGUA5ABsAOIAcgDgAHcA3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCvAM0AvgDLANUAyQDvAMcA&#10;/wDFAP8AxAD/AL4A/wC4AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA8QARAOsAHADnACgA5AAz&#10;AOEAPgDdAEgA2ABRANMAWADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDEAIQAwgCMAMAAlAC+AJ4A&#10;uwCoALkAtgC3AMgAtQDmALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8AAAD/AAAA+gAAAPEAAADo&#10;AAMA4AANANgAFgDRACIAzQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBfALgAZQC3AGoAtQBwALMA&#10;dgCxAH0ArwCFAK0AjQCrAJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8AngD/AJ4A/wCeAP8AnAD/&#10;AP8AAAD3AAAA6wAAAOEAAADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0ADoAsQBDAK4ASwCrAFIA&#10;qQBYAKcAXgCmAGQApABpAKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYApwCUALYAkgDKAJAA6QCP&#10;APwAjgD/AI0A/wCMAP8AjQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQACALYADQCwABUAqwAgAKcA&#10;KgCkADQAoQA8AJ4ARACcAEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAAjwB3AI0AgACLAIoAiQCV&#10;AIcAoQCFAK8AgwDBAIEA4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADcDgAAyhAAAL4OAAC1CwAA&#10;rwMAAKkABwCjABAAngAYAJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoAUQCIAFcAhgBdAIUAYwCD&#10;AGoAgQBxAH8AegB9AIQAewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/AHIA/wBxAP8AcQD/AOMR&#10;AADNFwAAvxkAALMZAACqFQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUAhQAvAIMANwCAAD4AfgBF&#10;AH0ASwB7AFEAeQBXAHgAXQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABrA6YAaQS3AGgFzgBnB+wA&#10;Zgj9AGYJ/wBlCf8AZQn/ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIUAACMDgEAhgcNAIAEFAB8&#10;Bh4AeQcoAHYIMAB0CDgAcgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtnAGcLcABlDHoAYwyHAGIM&#10;lQBgDaQAXw22AF4NzgBcDu0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAArysAAKQrAACaKQAAkiQA&#10;AIkfAACCGAAAexEFAHUNDwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABkEEYAYxBNAGEQUwBfEVoA&#10;XhFiAFwRawBbEXYAWRKDAFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW/wBSFf8AUhX/AMYoAAC2&#10;LgAAqTIAAJ8yAACVMQAAjC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQcAGEUJQBfFS0AXRU0AFwV&#10;OwBbFkIAWRZIAFgWTwBWF1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8ATBqwAEsbxwBLG+kAShz9&#10;AEoc/wBKHP8AShz/AMEtAACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0KQAAbCMAAGQcBwBeGRAA&#10;WxoYAFkbIQBXGykAVRswAFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEseYwBKHm4ASR98AEcfiwBG&#10;IJwARSGuAEQhxABDIuYAQyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwAAJc+AACNPQAAgzoAAHk1&#10;AABvMAAAZioAAF4kAgBXIA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoASSJAAEgiRwBHIk4ARiNX&#10;AEQjYABDJGsAQiR5AEEliAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9J/8APSf/ALg2AACqPQAA&#10;nkAAAJRCAACKQgAAgD8AAHY7AABsNgAAYjAAAFkqAABRJQsATSURAEslGQBJJSEARyYoAEUmLwBE&#10;JjYAQyY9AEInRABBJ0sAPyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCupADcsvwA3LOAANyz4ADcs&#10;/wA3LP8AOCz/ALU6AACnQAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAAXzYAAFUxAABMKwcARykP&#10;AEUqFgBDKh4AQSolAD8qLAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4LmYANi5zADUvgwA0L5UA&#10;MzCnADIwvQAxMd4AMTH3ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9KAACFSgAAe0kAAHBFAABl&#10;QAAAWzsAAFI2AABIMQQAQi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYANDFPADMx&#10;WQAyMmQAMTJxADAzgQAvNJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8ALjT/AK5BAACiSAAAl0wA&#10;AI1OAACDTgAAeU0AAG5KAABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3MxgANjMfADQzJgAzMy0A&#10;MjQ0ADE0PAAwNUQALzVMAC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5uQAmOdgAJzn0ACg5/wAo&#10;OP8AKTj/AKtFAACfSwAAlE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYAAExCAABCPQAAODgIADQ4&#10;DwAyOBUAMTgdAC84JAAuOCsALTkyACw5OQArOkEAKjpKACk7VAAoO18AJzxtACU8fQAkPY8AIz2i&#10;ACI9twAhPtQAIT7zACI9/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/VwAAdVYAAGpTAABdTwAA&#10;U0wAAEpIAABARAAANkAFAC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+NwAmPz8AJD9IACNAUgAi&#10;QF0AIUFqACBBegAeQY0AHUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/AKVNAACaUwAAkFgAAIZb&#10;AAB9XAAAclsAAGdYAABbVAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAAJUMWACRDHgAjRCUAIkQs&#10;ACFENAAgRTwAHkVFAB1FTwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAUSM4AFUfvABZH/wAXRv8A&#10;F0b/AKJSAACXWAAAjV0AAIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERUAAA5UQAAL04AACZLBgAg&#10;Sg4AHkoTAB1KGgAcSiEAG0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExlABNNdQASTYgAEU2cABBN&#10;sQAOTswAD03uABBN/wARTP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAAbWYAAGNkAABWYQAASl4A&#10;AD9bAAA1WAAAK1YAACJUAQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAARUjQAEVI+ABBTSAAPU1QA&#10;DlNiAA1UcgAMVIQAC1SYAAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtdAACRZAAAiGgAAH5rAAB0&#10;bAAAa2wAAF9qAABSZwAARWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoMAA5aEQAOWhgADVsgAAxb&#10;JwALWzAACls6AAlbRQAHW1EABlteAARbbQADW4AAAVuUAABbqAAAW8AAAFriAABa9gABWv8AAln/&#10;AJdkAACOawAAhG4AAHtwAABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAqaQAAIWcAABhmAAARZgEA&#10;DGUKAAdlDwAEZRQAA2QbAAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABkaQAAZHsAAGSPAABjpAAA&#10;Y7sAAGLdAABi9AAAYv8AAGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcAAFJ2AABGdQAAOXQAAC50&#10;AAAjcgAAGnEAABJxAAANcQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYAAG8wAABvOwAAb0cAAG9U&#10;AABvZAAAb3UAAG6KAABtoAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACFeAAAfXsAAHN9AABlfgAA&#10;WH4AAEt+AAA+fgAAMn4AACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8CwAAfA8AAHwTAAB8GQAA&#10;fCEAAHwpAAB8NAAAe0AAAHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjOAAB37wAAdv4AAHb/AIl6&#10;AACBfwAAeIIAAGuDAABdhQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAADYgAAAaJAAAAigAAAIoA&#10;AACJBgAAiQwAAIkPAACJEwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAAiWgAAIl8AACIlAAAh6sA&#10;AIbGAACF6gAAhfsAAIT/AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiRAAArkQAAH5IAABSSAAAN&#10;kwAABJQAAACWAAAAlwAAAJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJkaAACZIgAAmi4AAJo9AACZ&#10;TQAAmV4AAJlzAACYiwAAmKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAAZI8AAFaTAABIlgAAOpkA&#10;ACyaAAAfmwAAFJwAAAyeAAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAApQAAAKYCAACnCAAApw0A&#10;AKgRAACpGQAAqyMAAKsxAACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq0AAAqe8AAKn7AHWPAABn&#10;lAAAWZgAAEqcAAA8nwAALaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4AAACxAAAAsgAAALIAAACz&#10;AAAAtAAAALUAAAC2AAAAuAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcAAMBbAADAcgAAwI0AAMGm&#10;AADAwQAAv+MAAL7zAGqXAABbnAAATaEAAD6lAAAvqQAAIasAABOtAAALsAAAALMAAAC1AAAAuAAA&#10;ALwAAAC/AAAAwQAAAMEAAADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADOCAAA0Q8AANUYAADYJwAA&#10;2TkAANpNAADbZAAA234AANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoAADKvAAAisgAAFLUAAAq4&#10;AAAAuwAAAL8AAADDAAAAxgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAAANkAAADbAAAA3gAAAOAA&#10;AADkAAAA5wYAAOsOAADvGQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA9LYAAPTHAP8ACQD/AAYA&#10;/wAHAP8ADAD/ABEA/wAcAP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8AZQD/AGwA/wByAP4AeAD8&#10;AH4A+wCEAPoAiwD5AJIA9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7AO0A/wDsAP8A4QD/ANIA&#10;/wDJAP8AxAD/AP8AAQD/AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A/wA7AP0ARgD6AFAA9wBY&#10;APQAXwDyAGYA8ABsAO8AcgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADjAKYA4QCxAN8AwQDdAN0A&#10;2wD0ANkA/wDWAP8AzwD/AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8AAAD/AAsA/AATAPcAHgD0&#10;ACoA8gA1AO4AQADpAEoA5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4ANQAfgDSAIUA0ACNAM4A&#10;lQDMAJ8AyQCqAMcAuADFAM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8ArQD/AP8AAAD/AAAA/wAA&#10;APkAAADyAAYA6wAPAOYAGQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJAFoAxwBgAMUAZgDDAGsA&#10;wQBxAL8AdwC9AH4AuwCGALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA9wCrAP8AqgD/AKgA/wCj&#10;AP8AoAD/AP8AAAD/AAAA9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgApAMIAMwC/AD0AuwBFALgA&#10;TQC2AFQAswBaALEAXwCwAGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEAowCcAKAAqQCeALgAnADO&#10;AJoA7gCZAP8AlwD/AJYA/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADNAAAAxAAGAL0ADwC3ABgA&#10;swAiALAALACtADYAqQA+AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsAagCaAHAAmAB3AJYAgACU&#10;AIoAkQCVAI8AogCNALAAiwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/APMAAADjAAAA0QAAAMUA&#10;AAC9AAAAtgAAAK4ACwCoABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYAkgBMAJEAUgCPAFgAjQBd&#10;AIsAYwCKAGoAiABxAIYAeQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4APIAeAD/AHcA/wB3AP8A&#10;dwD/AOcHAADRDAAAww0AALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIAHwCOACgAiwAxAIgAOQCG&#10;AEAAhABGAIIATACAAFIAfwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACIAHEAlQBwAKQAbgC0AGwA&#10;ygBrAOoAagD8AGoA/wBqAP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAAnA4AAJYHAACQAAkAigAQ&#10;AIUAGACBACEAfgAqAHsAMgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBuAF4AbQBlAGsAbgBpAHcA&#10;ZwCDAGUAkQBjAJ8AYgCvAGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4YAAC9HQAAsCAAAKUfAACb&#10;HAAAkxcAAIsRAACEDAAAfgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6AGkCQABnA0YAZgNMAGQE&#10;UgBjBFkAYQRgAF8FaQBeBXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEAVAv2AFQL/wBUC/8AVAv/&#10;AMYfAAC2JQAAqSgAAJ4oAACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBpCBQAZgkdAGQKJQBiCi0A&#10;YAs0AF4LOgBdC0AAWwxHAFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAOigBPDpoATg6sAEwPwgBM&#10;EOMASxD5AEsQ/wBLEf8ASxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikAAH0kAAB0HgAAbBcAAGUR&#10;BwBfDhAAXA8XAFoQHwBYECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAAThFXAEwSYABLEmsASRJ4&#10;AEgThwBGE5cARRSpAEQUvgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACrMQAAoDQAAJU1AACLNAAA&#10;gTEAAHgrAABvJgAAZiAAAF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwVMQBLFjcASRY+AEgWRABH&#10;F0wARRdUAEQXXQBDGGcAQRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2ADwc/wA8HP8APBz/ALUw&#10;AACoNgAAnDkAAJE7AACHOgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkATBkQAEoaFwBIGh8ARhom&#10;AEUbLQBDGzMAQhs6AEEcQQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4H5IANyCkADYguAA1IdYA&#10;NSH0ADUi/wA1If8ANiH/ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4AABnMgAAXS0AAFQoAABM&#10;IgUARh8OAEMfFABBHxsAPx8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJNADciVwA2I2IANCNuADMk&#10;fgAyJI8AMSWiAC8ltgAvJtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAAlkIAAIxDAACCQwAAeEEA&#10;AG49AABjOAAAWjMAAFEuAABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2JCwANSUzADQlOgAzJkIA&#10;MiZKADEnVAAwJ18ALyhsAC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor/wAqKv8AKyr/AKw8AACf&#10;QgAAlEYAAIpHAACARwAAdkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJADcoEAA1KBUAMygcADIo&#10;IwAwKCkALykwAC8qNwAuKj8ALStIACwrUgArLF0AKixqACgteQAnLYsAJi6eACUuswAkL80AJC/u&#10;ACUv/wAlL/8AJi7/AKk/AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABeQgAAVD0AAEs5AABBNAAA&#10;OC8GADItDQAwLRMALi0ZAC0tIAArLScAKi4uACkuNQApLz0AKC9GACcwTwAlMFsAJDFoACMxdwAi&#10;MokAITKdAB8zsQAeM8sAHjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0AAIZPAAB8UAAAc08AAGhM&#10;AABcRgAAUkMAAEk/AAA/OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQAJTMrACQzMgAjNDoAIjRD&#10;ACE1TQAgNVgAHzZlAB42dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAbN/8AGzf/AKNHAACYTQAA&#10;jlEAAIRTAAB7VAAAcVMAAGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5CQAlNw4AIzcUACI4GwAh&#10;OCIAIDgoAB84MAAeOTgAHTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZABQ8rQATPcYAEz3pABQ8&#10;/QAVPP8AFjv/AKBLAACVUQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAATk8AAEVLAAA6RwAAMEMA&#10;ACdABQAgPg0AHT4RABw+FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAUQFMAE0BgABJBcAARQYIA&#10;EEGXAA9BrAAOQsQADkLnAA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBdAAB2XgAAbF0AAGJbAABW&#10;VwAATFUAAEFRAAA2TgAALEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0UiABJFKQARRTEAEUU7ABBG&#10;RQAPRlAADkdeAA1HbQAMR38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8AC0b/AJpVAACQWwAAh2AA&#10;AH1iAABzYwAAamIAAGBhAABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAXTgQAEUwMAA9MEQAOTBcA&#10;DkweAA1NJQAMTS4AC003AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFOpAAATboAAE3bAAFN8gAB&#10;Tf8AAkz/AJZbAACNYgAAhGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEAADdfAAAtXAAAI1oAABpY&#10;AAASVwEADVYJAAlVDgAHVRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoAAFZXAABWZQAAVXcAAFWL&#10;AABVoAAAVbYAAFTUAABU8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABvbwAAY24AAFZsAABJagAA&#10;PWgAADJmAAAnZQAAHWMAABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABfHgAAXyYAAF8vAABfOgAA&#10;X0UAAF9TAABfYQAAXnIAAF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/AJBqAACGbwAAfXIAAHV0&#10;AABqdQAAXXQAAE9zAABCcgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAAAmsGAABrCwAAag8AAGoU&#10;AABqGgAAaiEAAGkqAABpNAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAAZ64AAGbKAABl7QAAZfwA&#10;AGT/AItxAACCdgAAenkAAHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5AAAZeAAAEXcAAAp3AAAD&#10;dwAAAHcCAAB3CAAAdg0AAHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVHAAB1VgAAdWgAAHR8AAB0&#10;kgAAc6oAAHLEAABx6QAAcPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAATIIAAD+DAAAyhAAAJYMA&#10;ABqDAAARgwAACoMAAAKDAAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAAgxUAAIQcAACEJgAAhDIA&#10;AIQ/AACDTwAAg2AAAIJ1AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKAAAB6hAAAbIYAAF6IAABQ&#10;igAAQosAADWNAAAnjQAAG40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIAAACSAAAAkgEAAJIHAACS&#10;DAAAkhAAAJMVAACTHQAAlCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwAAJG2AACQ2AAAj/MAAI//&#10;AH6HAABwigAAYY0AAFOQAABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAAmwAAAJwAAACeAAAAoAAA&#10;AKAAAACgAAAAoAAAAKEAAAChBAAAogkAAKMOAACkFAAApR0AAKYqAACmOgAApkwAAKVgAACleAAA&#10;pZIAAKSsAACkyQAAo+sAAKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4AAB2gAAARoQAACKMAAACl&#10;AAAApwAAAKkAAACsAAAArgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAAALMGAAC1DQAAtxMAALke&#10;AAC5LgAAukAAALpUAAC7agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABYmQAASp4AADuiAAAspgAA&#10;HagAABGqAAAHrAAAAK8AAACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+AAAAvwAAAMAAAADCAAAA&#10;xAAAAMYAAADIAwAAywsAAM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSSAADVqwAA1cQAANTiAFud&#10;AABMogAAPacAAC+sAAAfrwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAAAMcAAADKAAAAzAAAAMwA&#10;AADOAAAA0AAAANIAAADVAAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA7CQAAO04AADuTgAA72cA&#10;APCCAADwnAAA8LIAAPHFAP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8AJAD/ADAA/wA8AP8ARwD/&#10;AFEA/wBZAP8AYAD9AGcA/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCUAPIAnQDwAKcA7gCzAOwA&#10;xADrAOEA6gD4AOkA/wDnAP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA/wAAAP8AAAD/AAwA/wAU&#10;AP8AIAD/ACsA/gA3APoAQgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDoAHMA5wB5AOUAfwDjAIYA&#10;4QCOAN8AlgDdAKAA2wCsANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A/wC2AP8AsgD/AP8AAAD/&#10;AAAA/wAAAP8AAAD9AAgA9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABNANwAVQDZAFsA1gBhANMA&#10;ZwDRAGwAzwByAM0AeADLAH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUAvADlALoA+wC4AP8AtwD/&#10;ALAA/wCpAP8ApQD/AP8AAAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDaACAA1AAqANAANQDLAD4A&#10;yABHAMUATgDCAFUAwABbAL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMAiACxAJIArgCeAKwAqgCp&#10;ALsAqADVAKYA8wCkAP8AowD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAAAOUAAADYAAAAzgAJAMcA&#10;EQDCABoAvgAkALsALgC3ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8ApwBlAKUAawCkAHEAogB4&#10;AKAAgQCeAIsAnACWAJkAowCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCNAP8AiwD/APkAAADrAAAA&#10;3QAAAM8AAADGAAAAvAAEALUADQCwABUArAAeAKgAKAClADEAogA5AJ8AQQCdAEgAmwBOAJkAUwCX&#10;AFkAlgBeAJQAZACSAGoAkABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8AIIA3ACBAPYAgAD/AH8A&#10;/wB/AP8AfgD/AOwAAADaAAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAAnAAYAJgAIgCVACoAkgAy&#10;AJAAOgCNAEEAiwBHAIkATQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9AH0AewCIAHgAlQB2AKMA&#10;dQC0AHMAzABxAO0AcAD/AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJAACoBAAAoQAAAJsAAwCU&#10;AAwAjwATAIoAGwCHACQAhAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBSAHYAVwB0AF0AcgBkAHAA&#10;bQBvAHYAbACCAGoAjwBpAJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8AYwD/ANAOAAC/EgAAshMA&#10;AKcSAACdEAAAlQsAAI8DAACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBxADQAbwA6AG4AQABsAEYA&#10;agBMAGkAUgBnAFgAZgBfAGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkAvABYANwAWAD0AFgA/wBX&#10;AP8AVwD/AMYWAAC2GgAAqh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEKAHIAEABuABcAagAfAGgA&#10;JwBlAC4AZAA0AGIAOwBgAEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwAVQB3AFMAhQBSAJQAUAGl&#10;AE8BuABOAtIATQTwAE0F/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACPIgAAhR0AAH0YAAB1EgAA&#10;bg0CAGcGDABjAxEAXwIZAF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMGRwBRBk4AUAdVAE4HXgBN&#10;CGcASwhzAEkJgQBICZIARwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/ALkkAACqKQAAniwAAJQs&#10;AACKKgAAgCYAAHchAABuGwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIATwwpAE0MLwBMDDYASw08&#10;AEkNQgBIDUkARg1RAEUOWgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7ENEAOxHxADsR/wA7Ef8A&#10;PBH/ALQpAACmLwAAmjIAAJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkWAABREQgATA8QAEoQFgBI&#10;EB0ARhAkAEUQKwBDETEAQhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNtADkTfAA3FI0ANhSfADUV&#10;swA0Fc0AMxbuADQW/wA0Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAAeDQAAG4uAABlKgAAXCQA&#10;AFQeAABMGAQARhQNAEIUEgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4FkIANxZKADYXUwA1F14A&#10;MxhqADIZeQAwGYoALxqdAC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwyAACfOAAAlDsAAIo8AACA&#10;PAAAdjkAAGs0AABiLwAAWSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkdADYaIwA1GikANBowADMa&#10;NwAyGz4AMRtHAC8cUAAuHVsALR1nACwedgAqHogAKR+bACgfrgAnIMcAJiDqACcg/gAoIP8AKCD/&#10;AKk2AACdPAAAkj8AAIdBAAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABEJQAAOyAHADYeDgAzHhMA&#10;Mh4ZADAeIAAvHiYALh8tAC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYidAAlI4UAIyOZACIkrQAh&#10;JMUAISXoACIl/QAiJP8AIyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMAAGc/AABdOgAAUzYAAEox&#10;AABBLAAAOCYDADEjDAAuIhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkAJSVBACQlSwAjJlYAIiZj&#10;ACEncgAfJ4MAHiiXAB0oqwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACYQwAAjUcAAINJAAB6SQAA&#10;cEcAAGZEAABaPwAAUTsAAEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUnGgAkJyEAIygnACIoLgAh&#10;KTYAICk/AB8qSQAeKlQAHStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3kABct+gAYLf8AGS3/AKFB&#10;AACVRwAAi0sAAIJNAAB4TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAAMzQAACovBgAkLA0AISwS&#10;ACAsGAAfLR4AHi0lAB0tLAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAVMX8AEzGTABIxqAARMr8A&#10;ETLiABIy+QATMf8AEzH/AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJOAABWSQAATUYAAERDAAA7&#10;PwAAMToAACc2AwAfMgsAHDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6ABQ0RAATNE8AEjVcABE1&#10;awAQNn0ADzaRAA42pgANN7wADTfdAA029gAONv8ADzb/AJtJAACRTwAAh1MAAH5WAAB1VgAAalUA&#10;AGBTAABVTwAATEwAAEJJAAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAUOBgAEzkfABI5JgAROS4A&#10;EDk3AA86QQAOOkwADTtZAA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg88AAJO/8ACjv/AJhOAACO&#10;VAAAhVgAAHxbAAByWwAAaFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcAACFEAAAYQgMAEkALABA/&#10;EAAOPxUADj8cAA1AIwAMQCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYAA0GKAAFBnwAAQbQAAEHQ&#10;AAFB7gABQfwAAkD/AJVUAACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABRWwAARVcAADpUAAAvUQAA&#10;JU8AABxMAAAUSgAADkgIAAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJIOwAASEcAAEhTAABIYgAA&#10;SHMAAEiGAABImwAASLEAAEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMAAHdlAABuZgAAZWYAAFlk&#10;AABMYAAAQF0AADVbAAAqWQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEAAFAWAABQHQAAUCUAAFAu&#10;AABQOAAAUEMAAFBQAABQXgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAATfsAAE3/AI9hAACGZgAA&#10;fWkAAHRsAABsbQAAYWsAAFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJeAAAMXAAABlwGAABbCwAA&#10;Wg8AAFoTAABaGQAAWSEAAFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+AABYlAAAV6sAAFfFAABW&#10;6QAAVfsAAFX/AIxoAACCbQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAAM20AAChrAAAdagAAFGgA&#10;AA1nAAAHZwAAAGYDAABmCQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAAZDoAAGNHAABjVQAAY2YA&#10;AGN6AABikAAAYacAAGDBAABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54AABgeAAAUncAAEV3AAA4&#10;dgAAK3YAACB0AAAWcwAADnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEOAABwEQAAcBcAAHAeAABw&#10;JwAAcDMAAG9AAABvUAAAb2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgAAGn/AIN3AAB8ewAAc30A&#10;AGV+AABXfwAASX8AADx/AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAAfwAAAH8AAAB+AAAAfgUA&#10;AH4KAAB+DQAAfhEAAH4XAAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8hAAAe5wAAHq2AAB52gAA&#10;ePUAAHf/AIB/AAB3ggAAaYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkAAA+JAAAHigAAAIsAAACM&#10;AAAAjQAAAI0AAACMAAAAjAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIAAI4vAACOPwAAjVAAAI1k&#10;AACMewAAjJUAAIuuAACKzQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABCjwAANJEAACaSAAAZkwAA&#10;DpQAAAaVAAAAlgAAAJgAAACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACcAAAAnQUAAJ0LAACeEAAA&#10;nxcAAKAkAACgNAAAoEYAAKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5AHCMAABhjwAAU5IAAESW&#10;AAA2mQAAJ5sAABmcAAAPnQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAAAKkAAACpAAAAqgAAAKsA&#10;AACsAAAArQAAAK4BAACwCQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAAtH4AALOaAACztAAAs9UA&#10;ALPwAGSTAABVlwAAR5sAADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACtAAAAsAAAALQAAAC2AAAA&#10;uAAAALgAAAC5AAAAugAAALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkPAADKGgAAyywAAMxAAADN&#10;VgAAzm8AAM2LAADMqAAAzMIAAMziAFibAABJoAAAOqUAACypAAAcqwAAD64AAASxAAAAtAAAALcA&#10;AAC6AAAAvgAAAMMAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAA&#10;AOEFAADmDwAA5x4AAOgyAADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8AAAD/AAAA/wAAAP8ABgD/&#10;AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABoAPYAbgD1AHQA9AB6APIA&#10;gADxAIcA7wCPAO0AlwDrAKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A0AD/AMQA/wC8AP8AtgD/&#10;AP8AAAD/AAAA/wAAAP8AAAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDxAEYA7QBPAOsAVgDoAFwA&#10;5gBiAOQAaADjAG4A4QBzAN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8AtADMAMkAyQDpAMgA/wDH&#10;AP8AwQD/ALcA/wCvAP8AqwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAOAO4AFwDqACIA5gAsAOEA&#10;NwDdAEAA2ABJANMAUADQAFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkAwgCBAMAAigC+AJQAvACf&#10;ALkArAC2AL4AtADdALMA9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/AAAA+QAAAO8AAADmAAAA&#10;3wALANYAEgDQABwAzAAmAMgAMADEADoAwABCAL0ASgC7AFAAuABWALYAWwC1AGEAswBmALEAbACw&#10;AHIArgB6AKwAggCpAIwApwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/AJkA/wCUAP8AkQD/AP8A&#10;AAD2AAAA6gAAAN0AAADPAAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMArQA7AKoAQwCnAEkApQBP&#10;AKMAVQCiAFoAoABfAJ4AZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQAKwAjgC/AIwA4gCLAPoA&#10;iQD/AIkA/wCGAP8AgwD/APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4ACwCpABIApQAbAKEAIwCe&#10;ACwAmwA0AJgAPACWAEMAlABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBrAIcAcwCFAH0AgwCIAIEA&#10;lQB/AKQAfQC1AHsAzwB5APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAAwwAAALgAAACvAAAAqAAA&#10;AKAABgCaAA4AlQAVAJEAHgCOACYAiwAtAIgANQCGADwAhABCAIIARwCAAE0AfwBSAH0AWAB7AF4A&#10;eQBlAHgAbQB2AHYAcwCBAHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA/wBoAP8AaQD/ANUDAADD&#10;BwAAtggAAKsGAACiAAAAmwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAnAHoALgB3ADUAdQA7AHQA&#10;QQByAEcAcABMAG8AUgBtAFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcAYACnAF4AuwBdANwAXAD2&#10;AFwA/wBbAP8AWwD/AMkNAAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACCAAUAewANAHcAEgBzABoA&#10;bwAhAGwAKABqAC8AaAA1AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0AYQBbAGoAWQB1AFcAggBV&#10;AJEAVACiAFMAtQBRAM8AUADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoAAJkZAACPFgAAhxEAAH8N&#10;AAB3BgAAcQAIAGsADgBnABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsAWABBAFYARgBVAE0AUwBU&#10;AFIAXABQAGUATgBwAEwAfQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBGAP8ARQD/ALgbAACqIAAA&#10;niIAAJMiAACJHwAAgBoAAHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYAHQBUACMAUgAqAFAAMABP&#10;ADUATgA7AEwAQQBLAEgASQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOaAD4ErQA9BMQAPAXlADwH&#10;+AA8B/8APAf/ALIiAAClJwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAAYRIAAFoNAwBTCAwATwUR&#10;AEwFFwBKBh4ASAYkAEcGKgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9CV0AOwpoADoKdgA4C4cA&#10;NwuZADULrAA0DMIAMwzkADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsvAACALgAAdyoAAG0lAABk&#10;IAAAXBoAAFQUAABMDwYARgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0yADoNOAA4DT8ANw5HADYO&#10;UAA0DloAMw5mADEPdAAwD4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8ALRH/AKosAACdMQAAkjQA&#10;AIc1AAB9NAAAdDEAAGorAABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5EBQANxAbADYQIQA0ECcA&#10;MxEtADIRNAAxETsAMBFDAC4STQAtElcALBJjACoTcQApE4IAJxSVACYUqQAlFcAAJBXjACUW+gAm&#10;Fv8AJhX/AKYxAACaNgAAjzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgAAEwiAABDHQAAOxcFADUU&#10;DQAyExEAMRQXAC8UHQAuFCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QAJhdgACQYbwAjGIAAIRmT&#10;ACAZpwAfGb4AHhrgAB8a+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5PQAAbzsAAGU3AABbMgAA&#10;Ui0AAEkoAABAIwAAOB4BADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZLQAkGjUAIxo+ACIbRwAh&#10;G1IAIBxeAB8dbAAdHX4AHB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/AKE4AACVPQAAi0EAAIFC&#10;AAB3QgAAbUAAAGM8AABZNwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0AJR0SACMdFwAhHR0AIR0k&#10;ACAeKwAfHjIAHh87AB0fRQAcIE8AGiFcABkhagAYInsAFiKPABUiowAUI7oAEyPaABQj9QAVI/8A&#10;FiP/AJ48AACTQQAAiUQAAH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0AAA8MAAAMysAAComAwAj&#10;IgsAICEQAB4hFQAcIhsAGyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZABQmaAATJnkAEiaNABEn&#10;ogAQJ7gADifWABAo9AARJ/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAAakkAAGBGAABVQQAATD4A&#10;AEM6AAA6NgAAMTIAACgtAAAgKQkAGycOABknEgAYJxgAFicfABUoJQAUKC0AEyg2ABIpQAASKUsA&#10;ESpXABAqZgAOK3cADiuLAA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlEAACPSQAAhUwAAHxOAABz&#10;TwAAaU4AAF5LAABTRwAASkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0MABQsEAATLRUAEi0cABEt&#10;IwAQLSoADy4zAA4uPQANL0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEABjHLAAYx6wAHMPwACDD/&#10;AJdIAACNTQAAg1EAAHpTAABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1QgAAKz4AACI6AAAaNwEA&#10;EjQJAA8zDgAOMxMADTMZAA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2YAAENnEAAjaEAAA2mQAA&#10;Nq8AADbIAAA26AAANvkAATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgAAFtVAABRUgAAR08AADxM&#10;AAAxSAAAJ0QAAB5BAAAWPwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYABDsuAAI7OAABPEMAADxP&#10;AAA8XgAAPG4AADyBAAA8lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACIWAAAf1wAAHZdAABtXgAA&#10;Y10AAFpcAABOWAAAQlQAADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdDDAADQxAAAEMVAABDGwAA&#10;QyMAAEMrAABDNQAAQ0AAAENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELDAABB5gAAQfkAAEH/AI5Y&#10;AACGXgAAfWEAAHNjAABrZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAAHlMAABVRAAAOTwAACU0F&#10;AAJNCwAATA4AAEwTAABLGAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAAS2cAAEp7AABKkAAASacA&#10;AEnAAABI5AAASPgAAEf/AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBmAABDZAAAN2EAACxfAAAh&#10;XQAAGFsAABBZAAAKWAAAA1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQjAABULQAAVDkAAFRFAABU&#10;UwAAVGQAAFN3AABTjQAAUqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAAd24AAG9wAABlcAAAV24A&#10;AEpsAAA9awAAMGkAACVoAAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAAYAsAAGAOAABfEgAAXxcA&#10;AF8eAABeKAAAXjMAAF5AAABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa3wAAWfcAAFj/AIRuAAB8&#10;cgAAdXUAAGt2AABddQAAT3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4AAARuAAAAbgAAAG4AAABs&#10;AgAAbAcAAGsLAABrDgAAaxIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoAAGlsAABogwAAZ5sAAGa1&#10;AABl2AAAZPUAAGT/AIB1AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAsfAAAH3sAABR6AAANegAA&#10;BHoAAAB6AAAAegAAAHoAAAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4GgAAeCUAAHgyAAB3QQAA&#10;d1IAAHdlAAB2fAAAdZUAAHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EAAFiCAABKgwAAPIQAAC6F&#10;AAAhhQAAFYUAAA2FAAADhQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAAAIcAAACHBAAAhwkAAIcO&#10;AACIEwAAiBwAAIgpAACIOAAAh0oAAIddAACGcwAAho0AAIWnAACExQAAg+wAAIL+AHiEAABqhgAA&#10;XIgAAE2KAAA/jAAAMY4AACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACVAAAAlgAAAJYAAACWAAAA&#10;lgAAAJYAAACXAAAAlwAAAJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpSAACaaAAAmYMAAJmfAACY&#10;ugAAl+IAAJb4AG2KAABfjQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAAAZsAAACdAAAAnwAAAKEA&#10;AACkAAAApQAAAKQAAAClAAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAArAwAAK4TAACuIQAArjMA&#10;AK5HAACuXQAArnYAAK6TAACurgAArc0AAKzvAGGRAABTlQAARJgAADWcAAAmnwAAF6EAAA2jAAAA&#10;pQAAAKcAAACqAAAArAAAALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcAAAC4AAAAuQAAALsAAAC9&#10;AAAAvwEAAMMLAADFFQAAxSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwAAMbeAFWZAABHnQAAOKIA&#10;ACmmAAAZqAAADasAAACtAAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAAxAAAAMMAAADFAAAAxgAA&#10;AMgAAADKAAAAzQAAAM8AAADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADkQQAA5VoAAOZ0AADmkQAA&#10;5awAAOXEAP8AAAD/AAAA/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0AP8APgD9AEgA+gBQAPcA&#10;VwD1AF0A9ABjAPIAaQDwAG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA5ACoAOIAtwDfAM0A3ADu&#10;ANkA/wDZAP8AygD/AL4A/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wAPAPwAGAD4ACMA&#10;9AAuAPAAOADrAEIA6ABKAOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYAdADUAHsA0QCCAM8AiwDN&#10;AJUAygChAMgArwDFAMEAwgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/AP8AAAD/AAAA/wAAAPsA&#10;AADzAAEA7QAMAOgAEwDjAB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEAxgBXAMQAXQDCAGIAwQBn&#10;AL8AbQC9AHQAuwB7ALkAhAC3AI4AtACZALIApwCvALcArQDQAKsA8gCqAP8AqQD/AKEA/wCbAP8A&#10;lwD/AP8AAAD/AAAA9AAAAOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEAKwC8ADUAuQA9ALYARQCz&#10;AEsAsQBRAK8AVgCuAFsArABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACSAJ4AnwCcAK4AmQDDAJcA&#10;5wCWAP8AlQD/AJIA/wCNAP8AigD/APwAAADwAAAA4wAAANQAAADIAAAAvwADALkADQCzABMArwAc&#10;AKwAJQCpAC4ApQA2AKMAPgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCWAGYAlABsAJIAdQCQAH4A&#10;jgCKAIsAlwCJAKYAhwC4AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0AAADdAAAAzAAAAMEAAAC4&#10;AAAArgAAAKcACQCiABAAngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBDAIsASQCJAE4AiABTAIYA&#10;WQCEAF8AggBlAIAAbQB+AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwAcQD/AHAA/wBwAP8AbgD/&#10;AN0AAADJAAAAvAAAALEAAACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCHACEAhAApAIEAMAB/ADcA&#10;fQA9AHsAQgB5AEgAeABNAHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoAiABoAJcAZgCoAGUAvABj&#10;AOEAYgD6AGEA/wBhAP8AYQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAAAI0AAACGAAgAgQAOAHwA&#10;FAB4ABsAdQAjAHIAKQBwADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIAZABZAGMAYABhAGkAXwB0&#10;AF0AgQBbAJAAWQChAFcAtABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACyDgAApg8AAJsOAACSCwAA&#10;iQUAAIIAAAB7AAIAdQALAHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAANgBeADsAXQBBAFsARgBa&#10;AEwAWABTAFYAWwBUAGQAUgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDqAEkA/gBJAP8ASQD/ALkS&#10;AACqFgAAnhcAAJQWAACKEwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEAXQAYAFoAHgBYACQAVgAq&#10;AFQAMABTADYAUQA7AFAAQQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBEAIUAQwCXAEEAqQBAAL8A&#10;PwDiAD8A+AA+AP8APwD/ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHISAABqDgAAYggAAFwBCABX&#10;AA4AUwATAFAAGQBOAB8ATAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJAEEAUQA/AFoAPgBlADwA&#10;cgA6AIEAOQCTADgApQA2ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAAlCYAAIkmAAB/JAAAdSAA&#10;AGwbAABkFQAAXBAAAFQMAQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/ACsAPgExADwBNwA7Aj4A&#10;OQJFADgDTQA2A1YANQRhADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH8AAsCP8ALAj/AKglAACb&#10;KgAAkCwAAIYtAAB7KwAAcicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoLAD4HEAA7BhUAOQcbADgH&#10;IQA2CCYANQgsADMIMgAyCTkAMQlBAC8JSQAuClMALApeACsLbAApC3wAKAyPACYMogAlDLcAJAzT&#10;ACMN8AAkDf8AJQ3/AKQqAACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABcJAAAUx8AAEsZAABDEwAA&#10;PBAGADUNDAAzDBEAMQwWAC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcORgAmDlAAJA5cACMPagAi&#10;D3sAIBCOAB8QogAdELcAHBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYAAIA3AAB2NgAAbTMAAGMv&#10;AABZKgAAUCUAAEggAAA/GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4AJRAkACQQKgAjETIAIhE6&#10;ACERQwAgEk4AHhJaAB0TaAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAXFf8AGBT/AJ4zAACTNwAA&#10;iDoAAH47AAB0OwAAazgAAGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0XBQAmEwwAIxMQACITFQAg&#10;ExoAHxMhAB4UJwAdFC8AHBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJABMYngASGLMAERnOABEZ&#10;7wASGf8AExn/AJw2AACROwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAATDAAAEMsAAA6JwAAMiIA&#10;ACoeAQAiGQkAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAVGkkAExtVABIbYwARHHQA&#10;EByHAA8dnAAOHbEADR3LAA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtEAABxQwAAaEIAAF4+AABT&#10;OgAASjYAAEEyAAA5LQAAMSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0bABQdIgATHSkAEh4yABEf&#10;PAAQH0YAECBTAA4gYQANIXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsACyH/AJc+AACMQwAAg0YA&#10;AHlIAABwSAAAZ0YAAFxEAABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAeJwMAFiMKABIhDgARIRMA&#10;ECIZABAiIAAPIicADiMvAA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYmlgAEJqwAAybEAAQm5QAE&#10;JvcABib/AJVCAACKRwAAgUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EAAD8+AAA3OwAALTYAACQx&#10;AAAbLQAAEyoHAA8oDQANJxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIABipOAAQrXAADK2wAASt/&#10;AAArlAAAK6kAACvBAAAr4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABtUQAAY1AAAFpNAABPSgAA&#10;R0cAAD5EAAAzQAAAKTwAACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYvGwAFLyMAAy8rAAIwNQAA&#10;MD8AADBMAAAxWQAAMWkAADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//AJBLAACGUAAAfVQAAHVW&#10;AABrVgAAYlUAAFhTAABOUAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAADjkFAAk3CwAENg8AATYT&#10;AAA2GQAANiAAADYpAAA2MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAANqUAADa9AAA24AAANfUA&#10;ADX/AI1QAACEVgAAfFoAAHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVOAAAqSwAAIEgAABdGAAAQ&#10;QwAAC0EEAARACgAAPw4AAD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD52AAA9&#10;jAAAPaMAADy7AAA83gAAO/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAAX2EAAFReAABHWwAAOlcA&#10;AC9VAAAlUgAAG1AAABJNAAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAARhoAAEYiAABGLAAARjcA&#10;AEZDAABGUQAARmAAAEVzAABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhdAAB/YgAAd2UAAG5nAABn&#10;aAAAW2YAAE5jAABBYQAANF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMBAABSBgAAUQsAAFEOAABQ&#10;EQAATxYAAE8eAABPJwAATzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0AAEy1AABL2AAASvUAAEr/&#10;AIVlAAB8aQAAdGwAAG1uAABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAYYgAAEGAAAAlfAAAAXgAA&#10;AF4AAABdAwAAXAgAAFsMAABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZSAAAWFgAAFhrAABXgQAA&#10;V5kAAFayAABV0gAAVPQAAFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEAAD9wAAAybwAAJW4AABps&#10;AAARawAACWoAAABqAAAAaQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8AAGUUAABlHAAAZScAAGQ0&#10;AABkQwAAZFMAAGRlAABjewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3dwAAbnkAAF95AABReQAA&#10;Q3kAADZ4AAApeAAAHHcAABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0AAAAdAAAAHMCAABzBwAA&#10;cwwAAHIQAAByFQAAciAAAHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+oAABuxgAAbO0AAGv/AHt7&#10;AAByfgAAZH4AAFV/AABHgAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAAAIIAAACDAAAAgwAAAIMA&#10;AACCAAAAggAAAIIAAACCAAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAAgkMAAIFWAACBbAAAgIYA&#10;AH+hAAB+vQAAfeYAAHz8AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCLAAATiwAACosAAACMAAAA&#10;jQAAAI8AAACRAAAAkgAAAJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJICAACTCQAAlA8AAJQZAACU&#10;JwAAlDgAAJRMAACTYgAAk3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAATY0AAD+QAAAwkgAAIZQA&#10;ABSVAAAKlgAAAJcAAACZAAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAAoAAAAKEAAACiAAAAowAA&#10;AKQAAAClAAAApgcAAKgQAACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACoqAAAp8cAAKbsAF+PAABQ&#10;kgAAQZYAADOZAAAjnAAAFJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwAAACuAAAArwAAAK8AAACw&#10;AAAAsAAAALIAAACzAAAAtAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8AAMAzAADASQAAwGIAAMB+&#10;AADAmwAAwLcAAL/YAFOXAABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAArQAAALAAAACzAAAAtgAA&#10;ALsAAAC9AAAAwAAAAL8AAADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADMAAAAzwAAANMAAADaBwAA&#10;2xMAAN0lAADeOwAA31MAAOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAAAP8AAAD/AAcA/wAQAP8A&#10;GQD/ACQA/wAvAPwAOgD5AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA6QBvAOcAdQDmAHwA5ACE&#10;AOIAjQDgAJcA3QCiANoAsQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCvAP8AqQD/AP8AAAD/AAAA&#10;/wAAAP8AAAD/AAIA+wANAPcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4ATADbAFMA2ABYANQAXgDS&#10;AGMA0ABpAM4AbgDMAHUAygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZALkA9wC4AP8AtAD/AKkA&#10;/wCiAP8AnQD/AP8AAAD/AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA1wAjANAALgDLADcAxwA/&#10;AMQARgDBAE0AvwBSAL0AWAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCvAIgArQCTAKoAoQCoALEA&#10;pgDIAKQA7QCiAP8AogD/AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMAAADYAAAAzQAFAMYADgDB&#10;ABUAvQAeALkAJwC1ADAAsgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBbAKMAYQChAGcAnwBuAJ4A&#10;dgCbAIAAmQCMAJcAmQCUAKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8AgwD/APgAAADpAAAA3AAA&#10;AMwAAADBAAAAuAAAALIACgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZAD8AlwBFAJUASgCUAFAA&#10;kgBVAJAAWgCPAGAAjQBnAIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0AzAB8APEAewD/AHoA/wB3&#10;AP8AdQD/AOYAAADTAAAAxgAAALsAAACxAAAApwAAAKEABQCbAA0AlwATAJMAGwCQACMAjAArAIoA&#10;MgCIADgAhgA+AIQARACCAEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEAdQB8AHMAiQBwAJgAbwCp&#10;AG0AvwBrAOYAagD/AGkA/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACjAAAAmwAAAJIAAACMAAoA&#10;hwAQAIMAFgB/AB0AfQAkAHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8ATQBtAFMAbABZAGoAYQBo&#10;AGoAZgB0AGQAgQBhAJEAXwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/AMUAAAC2AgAAqQIAAJ8A&#10;AACWAAAAjgAAAIcAAACAAAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsAZwAxAGYANwBkADwAYwBB&#10;AGEARwBfAE0AXgBTAFwAWwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQAMgATwDuAE4A/wBOAP8A&#10;TQD/ALsKAACsDQAAoA0AAJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkADgBlABMAYgAZAF8AHwBd&#10;ACUAWwArAFkAMQBYADYAVgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABoAEoAdQBIAIQARwCVAEUA&#10;qABEAL8AQwDkAEIA/ABCAP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAAew0AAHMIAABsAAAAZQAD&#10;AF8ACwBbAA8AVwAUAFQAGgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABIAEIARgBIAEUAUABDAFkA&#10;QQBjAD8AbwA+AH4APACQADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwXAACfGwAAkx0AAIkcAAB/&#10;GQAAdRUAAGwQAABkDAAAXQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAgAEQAJgBCACsAQQAxAD8A&#10;NgA+AD0APABEADsASwA5AFQANwBfADYAawA0AHoAMgCMADEAngAwALMALwDOAC8A7wAuAP8ALgD/&#10;AKceAACaIgAAjyQAAIQkAAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJAwgARQANAEEAEQA+ABYA&#10;PAAbADoAIQA5ACYANwAsADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0AZwArAHYAKgCIACgAnAAn&#10;ALAAJgDJACUA6gAlAfsAJQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUAAGQgAABbGwAAUhUAAEsQ&#10;AABDDAIAPQcJADkDDgA2ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQAKgM7ACkEQwAoBE0AJgVY&#10;ACUFZQAjBnQAIgaGACAGmgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACTLQAAiC8AAH4vAAB0LgAA&#10;aisAAGEmAABYIQAATxwAAEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkHFwAoCB0AJwgjACUIKQAk&#10;CTAAIwk3ACEKQAAgCkoAHwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzGABUN5gAVDfkAFg3/AJwt&#10;AACQMQAAhjQAAHw0AAByMwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAANBMAAC0QBgAmDQsAJAwP&#10;ACIMEwAhDBkAHwwfAB4NJQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAUD3EAExCEABIQmAAREK4A&#10;EBDGABAQ6AAQEPsAERD/AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0yAABTLQAASigAAEIkAAA5&#10;HwAAMRoAACoVAQAjEQcAHRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAxABQROgATEUUAEhJRABES&#10;XwAQEm8ADhOCAA4TlgANE6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAAgjwAAHg9AABvPQAAZToA&#10;AFs3AABSMgAASS4AAEAqAAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAUEhIAExMYABITHwARFCYA&#10;ERQuABAUOAAPFUIADhZPAA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY4AAHGPUACRj/AJU4AACK&#10;PQAAgEAAAHdBAABtQQAAZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicAACcjAAAfHwAAFxoIABIX&#10;DQAQFxEADxcWAA4YHAAOGCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkABRx8AAQdkQACHaYAAR28&#10;AAIc3QACHPIAAxz/AJM8AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABPPQAARjkAAD42AAA1MgAA&#10;Li4AACUqAAAdJQAAFCEEAA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcfMwAGID4ABCBKAAMhVwAB&#10;IWcAACF5AAAhjgAAIaQAACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgAAHRKAABrSgAAYkkAAFhG&#10;AABOQgAART8AAD08AAA1OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4ABiMSAAUjGQAEJCAAAiQo&#10;AAElMQAAJTwAACVIAAAmVQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAAJfIAACX+AI5FAACESQAA&#10;e00AAHNPAABqTwAAYE4AAFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41AAAVMgAADy4DAAosCgAF&#10;Kw4AASoRAAAqFgAAKh4AAComAAArLwAAKzkAACtFAAAsUwAALGIAACx1AAAsigAAK6AAACu3AAAr&#10;1gAAKvIAACr/AIxJAACCTgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAAQ0sAADdHAAAtQwAAIz8A&#10;ABo8AAASOAAADDYDAAYzCQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAAMjcAADJDAAAyUAAAMmAA&#10;ADJyAAAyhwAAMZ4AADG1AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9ZAABmWQAAXlkAAFVXAABJ&#10;UwAAPk8AADJMAAAoSAAAHkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoPAAA5EgAAORgAADkgAAA5&#10;KQAAOTQAADlAAAA5TgAAOV0AADlvAAA4hQAAOJwAADezAAA30gAANvIAADX/AIdVAAB/WgAAdl0A&#10;AG1fAABlXwAAXV8AAFJcAABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAKSAAAA0YBAABFBgAARAoA&#10;AEMNAABCEAAAQRUAAEEdAABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABAgQAAP5kAAD+xAAA+0AAA&#10;PfIAADz/AIRcAAB8YAAAc2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsAACZZAAAcVgAAElQAAAxS&#10;AAAEUQAAAE8AAABOAwAATQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwAAEo5AABKRwAASlYAAElo&#10;AABJfgAASJYAAEevAABGzQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABgawAAUmkAAERmAAA3ZAAA&#10;KmIAAB9gAAAVXgAADV0AAAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABWDAAAVRAAAFQUAABUHQAA&#10;VCcAAFQ0AABUQgAAU1IAAFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/AH5qAAB3bgAAcHEAAGZx&#10;AABYcAAASm8AADxtAAAvbAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAAAGUAAABjAAAAYgAAAGIE&#10;AABhCAAAYQ0AAGAQAABgFwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAAXY0AAFynAABbxQAAWu0A&#10;AFn/AHtyAAB1dgAAa3cAAF12AABPdgAAQXUAADN1AAAmdAAAGXMAABByAAAHcQAAAHEAAABxAAAA&#10;cQAAAHEAAABvAAAAbwAAAG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0mAABsNQAAbEYAAGtYAABr&#10;bQAAaoYAAGmhAABovgAAZ+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAANn4AACh+AAAbfQAAEH0A&#10;AAd9AAAAfQAAAH0AAAB+AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAAfAAAAHwGAAB8DAAAfBIA&#10;AHwdAAB8LAAAfDwAAHxPAAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOAAABlgQAAVoMAAEiEAAA5&#10;hgAAK4cAAB2HAAARhwAAB4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwAAACM&#10;AAAAjAAAAI0AAACNBAAAjgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQAAI2QAACMrQAAi84AAIrz&#10;AGiGAABaiAAAS4sAADyNAAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAAlwAAAJkAAACbAAAAnAAA&#10;AJsAAACbAAAAnAAAAJwAAACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACiFgAAoyYAAKM6AACjTwAA&#10;o2gAAKKGAACiogAAosAAAKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoAAAebAAAAnQAAAKAAAACi&#10;AAAApAAAAKgAAACqAAAAqwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAAALEAAACyAAAAtAAAALcB&#10;AAC5DQAAuRoAALotAAC6QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABBmAAAMpwAACOgAAATogAA&#10;CKQAAACnAAAAqgAAAKwAAACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8AAAAvQAAAL8AAADAAAAA&#10;wgAAAMQAAADGAAAAyQAAAM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhpAADXhgAA16MAANa9AP8A&#10;AAD/AAAA/wAAAP8AAAD/AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A8ABHAO4ATgDrAFQA6QBa&#10;AOcAXwDlAGQA4wBqAOEAcADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDNAL0AywDgAMkA+wDHAP8A&#10;vQD/ALEA/wCpAP8AowD/AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEAEQDtABsA6QAlAOQAMADf&#10;ADkA2gBBANUASADRAE4AzwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3AMAAfwC+AIoAuwCVALgA&#10;owC2ALQAtADNALIA8gCwAP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA+gAAAPEAAADoAAAA4AAG&#10;ANkADgDSABYAzgAfAMgAKQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0AFgAsgBdALAAYgCuAGkA&#10;rABvAKoAeACoAIIApgCOAKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA/wCOAP8AigD/AP8AAAD2&#10;AAAA6AAAANwAAADOAAAAxgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0AKgAOwClAEEAowBHAKEA&#10;TACfAFEAngBWAJwAXACaAGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIAiwC1AIkA0wCHAPcAhgD/&#10;AIQA/wB/AP8AfAD/APIAAADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwClAA4AoQAUAJ4AHACaACUA&#10;lwAtAJQANACSADoAkABAAI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQAaQCCAHIAfwB9AH0AiwB7&#10;AJoAeACrAHYAxAB0AOsAcwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAAALQAAACrAAAAoQAAAJoA&#10;AgCUAAsAkAAQAIwAFwCIAB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQAeQBJAHgATgB2AFQAdABa&#10;AHMAYgBwAGsAbgB1AGwAgwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBiAP8AYAD/AMwAAAC8AAAA&#10;rwAAAKUAAACdAAAAlAAAAIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMAJgBxAC0AbwAyAG0AOABr&#10;AD0AagBCAGgASABnAE4AZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCbAFcArwBWAMsAVQDyAFQA&#10;/wBUAP8AVAD/AL4AAACwAAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIAcwAKAG8ADwBrABQAZwAa&#10;AGUAIABjACYAYQAsAF8AMgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBUAF4AUgBoAFAAdABOAIMA&#10;TACVAEoAqABJAMAASADoAEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAKAACGBQAAfgAAAHYAAABv&#10;AAAAaAAFAGMADABfABAAWwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2AE4APABNAEIASwBIAEkA&#10;UABIAFgARgBiAEQAbgBCAH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8APAD/AKwQAACfEgAAlBIA&#10;AIkRAAB/DwAAdgwAAG4FAABmAAAAYAABAFkACABVAA0AUQARAE4AFgBLABsASQAhAEgAJgBGACsA&#10;RQAxAEMANgBCADwAQABDAD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQAnAAzALEAMgDOADIA8QAx&#10;AP8AMQD/AKYWAACaGQAAjhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMAAFEABABMAAoASAAOAEQA&#10;EgBBABYAPwAbAD0AIQA8ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8AMQBZAC8AZQAuAHMALACF&#10;ACsAmAAqAK0AKQDGACgA6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1HwAAbBoAAGMWAABaEQAA&#10;Ug0AAEsHAABEAAYAQAALADwADwA4ABIANgAXADQAHAAzACEAMQAnADAALAAuADMALQA6ACsAQgAq&#10;AEsAKABVACYAYQAlAHAAJACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/AJ0iAACRJgAAhigAAHwn&#10;AAByJQAAaSIAAF8dAABXGAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAALgATACwAGAAqAB0AKQAi&#10;ACcAKAAmAC4AJAA2ACMAPgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZAKcAGAC9ABcA3wAXAfUA&#10;FwL/AJonAACOKwAAhC0AAHktAABwKwAAZigAAF0kAABUHwAASxoAAEMUAAA7EAAANA0CAC0JCQAp&#10;BQ0AJgMQACQBEwAiAhkAIQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVPABcGXAAWBmoAFAd8ABMH&#10;kAASB6UAEQe7ABAH2wAQCPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAAZC4AAFsqAABRJQAASSAA&#10;AEAbAAA4FgAAMRIAACkOBAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAXCScAFgkuABUKNwATCkEA&#10;EgtNABELWgAQC2kADgx7AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUvAACKMwAAfzYAAHY2AABs&#10;NQAAYzMAAFkvAABQKwAARyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4KABUMDgAUDBEAEwwWABIM&#10;HAARDSMAEA0rAA8NNAAODj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIABhC4AAUQ1AAFEO8ABhD/&#10;AJIzAACINwAAfjoAAHQ7AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1IwAALR8AACYaAAAeFgEA&#10;FxMGABEQCwAODg4ADg8TAA0QGQANECAADBAoAAsRMgAKETwACBJIAAcSVQAGE2UABBN2AAMTiwAB&#10;FKAAABO2AAAT0QAAE+4AABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0AAFc5AABNNgAARDEAADwu&#10;AAA0KgAALCYAACUiAAAeHgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8ABxUmAAYVLwAEFjoAAxZG&#10;AAEXUwAAF2IAABh0AAAYiQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACEPwAAe0IAAHJDAABoQwAA&#10;X0IAAFY/AABMOwAAQzcAADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0bCQAJGQ0ABhkRAAQZFgAC&#10;GR0AARokAAAaLQAAGzgAABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByzAAAczgAAG+0AABv8AIw+&#10;AACCQwAAeUYAAHBIAABoSAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAAKjIAACAtAAAXKQAAECUC&#10;AAsiCQAFIA0AAR8QAAAfFAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAAIV4AACJwAAAihQAAIZsA&#10;ACGyAAAhzQAAIO0AAB/8AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJAABKRgAAQkMAADpAAAAv&#10;OwAAJTcAABwzAAATLwAADSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYhAAAmKQAAJjMAACc/AAAn&#10;TQAAJ1wAACdtAAAnggAAJ5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAAdlAAAG5RAABlUgAAXFEA&#10;AFNPAABKTAAAQUkAADVEAAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAALwsAAC4OAAAtEQAALRYA&#10;AC0eAAAtJwAALTEAAC09AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAArywAAKu4AACr+AIVNAAB9&#10;UgAAdVUAAGxXAABjVwAAW1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMAABM/AAANPQAABjoAAAA4&#10;BQAANwkAADYNAAA1DwAANBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcAADRoAAA0fQAAM5UAADKt&#10;AAAxygAAMe4AADD/AINTAAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABCVgAANlIAACpPAAAgTAAA&#10;FkkAAA5HAAAIRAAAAEIAAABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8IQAAPCsAADw3AAA8RAAA&#10;PFMAADxlAAA7egAAOpIAADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEAAGljAABiZAAAV2IAAEle&#10;AAA8WwAAL1gAACRVAAAZUwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQAAEgIAABHDAAARg8AAEYU&#10;AABFHAAARScAAEUzAABFQAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAAQOwAAD//AH5hAAB2ZQAA&#10;b2gAAGhqAABdaQAAT2YAAEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJYAAAAVgAAAFYAAABUAAAA&#10;UwAAAFIEAABRCQAAUA0AAFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5dAABOcgAATYsAAEylAABL&#10;wgAASeoAAEj/AHtpAAB0bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAAIGcAABRlAAANZAAAA2IA&#10;AABiAAAAYQAAAGAAAABfAAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAAWxwAAFooAABaNgAAWkYA&#10;AFlYAABZbQAAWIUAAFegAABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0AABMcwAAPnMAADByAAAj&#10;cQAAFm8AAA1uAAAEbQAAAG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkAAABpAAAAaQMAAGgJAABo&#10;DgAAaBUAAGchAABnLwAAZz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEAAGH8AHd4AABtegAAX3oA&#10;AFB6AABCegAAM3sAACV7AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAAegAAAHoAAAB4AAAAeAAA&#10;AHcAAAB3AAAAdwAAAHcBAAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1XwAAdXcAAHSTAABzrwAA&#10;ctMAAHH3AHF+AABjfwAAVIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQAAACEAAAAhQAAAIYAAACI&#10;AAAAiQAAAIgAAACHAAAAhwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcAAIkQAACJHAAAiSwAAIg/&#10;AACIVQAAiG0AAIeJAACGpwAAhccAAITvAGaEAABXhgAASIgAADmKAAAqjAAAG40AAA+NAAAEjgAA&#10;AJAAAACRAAAAkwAAAJUAAACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACYAAAAmAAAAJkAAACaAAAA&#10;mwAAAJ0HAACdEQAAnSEAAJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJviAFqLAABLjgAAPJEAAC2T&#10;AAAelQAAEJYAAASYAAAAmgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAAAKYAAACnAAAApwAAAKgA&#10;AACpAAAAqgAAAKwAAACtAAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAAtVUAALVwAAC0jgAAtKwA&#10;ALTMAE2SAAA/lgAAL5oAACCdAAARnwAABaEAAACjAAAApgAAAKkAAACsAAAArwAAALMAAAC1AAAA&#10;twAAALYAAAC3AAAAuAAAALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcAAADLAAAAzQwAAM4aAADP&#10;LwAAz0gAANBiAADQgAAA0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcY&#10;GhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBh&#10;YmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iq&#10;q6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy&#10;9PX29/n6+/z+//////////////////////////////////////////////////////8AAAAAAAAA&#10;AAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9&#10;PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WG&#10;h4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P&#10;0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////&#10;////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxga&#10;GxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFi&#10;Y2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqr&#10;rK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL0&#10;9fb3+fr7/P7//////////////////////////////////////////////////////wABAgMEBQYH&#10;CAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9A&#10;QUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5&#10;ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGy&#10;s7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err&#10;7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAA&#10;AAAAAAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQlJicoKSor&#10;LC0uLzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJj&#10;ZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpuc&#10;nZ6foKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dPU1dbX&#10;2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJ&#10;CgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0u&#10;LzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJ&#10;i46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW&#10;19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5&#10;+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoa&#10;GxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxN&#10;T1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8&#10;vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp&#10;6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////igfBJQ0NfUFJPRklMRQAJCf//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////9P/////////////////////////////////////////r0f//////////&#10;///////////////////////////////36f7/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////hzdf/////////////&#10;/////////////////////////92vlrf0/////////////////////////////////////8WMaKfn&#10;/////////////////////////////////////8yciaTn////////////////////////////////&#10;//////rOu8b1////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////cxb31/////////////////////////////////////7+TeoXF////&#10;////////////////////////////////25BbPWWo9v/////////////////////////////////+&#10;vHU0AFSb6//////////////////////////////////TlH5JLE6a7P//////////////////////&#10;/////////9jUyrN+ZW2l+f////////////////////////////////////TFrq/J////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////w1sbs////////&#10;////////////////////////////5ruRdGOr9/////////////////////////////////bEmnNF&#10;JjR9zP///////////////////////////////7WAVTAKABlgsv//////////////////////////&#10;////z3Q1CwAAAApSp///////////////////////////////ljQAAAAAAABPp///////////////&#10;///////////////2aR0AAAkMBglSsf/////////////////////////////LOw4TNUxbTUxew///&#10;//////////////////////////+pYDZghp+2rKm42f/////////////////////////////gl42+&#10;5f//////////////////////////////////////7fn/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////+vZyrzH///////////////////////////////////PmoFtWkaI&#10;6v///////////////////////////////8R8PiYQAABUsP//////////////////////////////&#10;4IM8AAAAAAAuh+3/////////////////////////////rFMQAAAAAAAXbdb/////////////////&#10;///////////7gDEAAAAAAAAJYcz////////////////////////////SWgIAAAAAAAAAXcz/////&#10;//////////////////////+oNQAAAAAAAAAAXNP///////////////////////////99DQAAAAAA&#10;AAAAVNb//////////////////////////+59RQAAAAAAAAAARNT/////////////////////////&#10;//yqZC8CAAAEIjdJWM7////////////////////////////ppGtBKD9jf5Wnutr/////////////&#10;/////////////////9WyrLLM5Pr/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////+W7l3diyP//&#10;///////////////////////////////bnmc2CgACjP///////////////////////////////8h/&#10;PwUAAAAAXs//////////////////////////////2YE5AAAAAAAAPKr/////////////////////&#10;////////nkwAAAAAAAAAI5D////////////////////////////cbxoAAAAAAAAAEH35////////&#10;//////////////////+vSAAAAAAAAAAAAG/u//////////////////////////+EEwAAAAAAAAAA&#10;AGTm/////////////////////////+xRAAAAAAAAAAAAAFfe/////////////////////////7gV&#10;AAAAAAAAAAAAAEjW/////////////////////////3QUAAAAAAAAAAAAADjP////////////////&#10;////////+aJaEwAAAAAAAAAAACPF/////////////////////////9+bXCwAAAAAAAAAAA26////&#10;///////////////////////vsX1VOSIRBwECESKy///////////////////////////////fv6WZ&#10;mJqgrL3a////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////jvp2AfPv////////////////////////////////yt4RX&#10;MA4AHaz//////////////////////////////9KKTBUAAAAAAHLz////////////////////////&#10;////1n82AAAAAAAAAEvJ///////////////////////////6kT4AAAAAAAAAAC+r////////////&#10;///////////////AWgAAAAAAAAAAABqV//////////////////////////+NJAAAAAAAAAAAAAiE&#10;/////////////////////////+deAAAAAAAAAAAAAAB3/////////////////////////7QlAAAA&#10;AAAAAAAAAABq/////////////////////////30AAAAAAAAAAAAAAABb9P//////////////////&#10;/////SsAAAAAAAAAAAAAAABM6///////////////////////pQAAAAAAAAAAAAAAAAA84f//////&#10;////////////////MAwAAAAAAAAAAAAAAAAt2f////////////////////+ZimEnAAAAAAAAAAAA&#10;AAAn1///////////////////////7b6JVScAAAAAAAAAAAAl3P/////////////////////////+&#10;yp12XUo8Mi0sMDlH3v///////////////////////////////ebd1tLQ09nk////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////+/U&#10;u9b/////////////////////////////////57iPaksvFW//////////////////////////////&#10;/+ShZzQHAAAAADzJ////////////////////////////1oI7AAAAAAAAABKX////////////////&#10;///////////thTEAAAAAAAAAAABv//////////////////////////+mQgAAAAAAAAAAAABQ4f//&#10;/////////////////////+xpAAAAAAAAAAAAAAA3yf///////////////////////7MvAAAAAAAA&#10;AAAAAAAitv///////////////////////3kAAAAAAAAAAAAAAAAQp///////////////////////&#10;8jQAAAAAAAAAAAAAAAAAmf//////////////////////qQAAAAAAAAAAAAAAAAAAjP//////////&#10;////////////RgAAAAAAAAAAAAAAAAAAf//////////////////////fAAAAAAAAAAAAAAAAAAAA&#10;dP////////////////////+XAAAAAAAAAAAAAAAAAAAAav/////////////////////OAAAAAAAA&#10;AAAAAAAAAAAAY///////////////////////KSIBAAAAAAAAAAAAAAAAYf//////////////////&#10;////uaOAVzcXAAAAAAAAAAAAaP//////////////////////////+tOulIZ8dXFwcneBlP//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///bup2CaWnT///////////////////////////////Ik2U9GQAAAB2e////////////////////&#10;////////245MEwAAAAAAAABu///////////////////////////bfCwAAAAAAAAAAABF1///////&#10;//////////////////+LKgAAAAAAAAAAAAAitP///////////////////////8JEAAAAAAAAAAAA&#10;AAADl////////////////////////30BAAAAAAAAAAAAAAAAf///////////////////////5zYA&#10;AAAAAAAAAAAAAAAAav//////////////////////nQAAAAAAAAAAAAAAAAAAWP//////////////&#10;////////RgAAAAAAAAAAAAAAAAAAR/j////////////////////pAAAAAAAAAAAAAAAAAAAANen/&#10;//////////////////+WAAAAAAAAAAAAAAAAAAAAJdv///////////////////+8AAAAAAAAAAAA&#10;AAAAAAAAGM7////////////////////rAAAAAAAAAAAAAAAAAAAAD8L/////////////////////&#10;AAAAAAAAAAAAAAAAAAAACrn/////////////////////JwAAAAAAAAAAAAAAAAAACrX/////////&#10;////////////cAAAAAAAAAAAAAAAAAAADbn/////////////////////4JyMcFVCMyYbFA8NDhIa&#10;Jr/////////////////////////////55NjSzszLzM/W4Pz/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////r07zj////////////////////////&#10;////////0qmFZUgsEgGF////////////////////////////8atxPA8AAAAAAABP4P//////////&#10;///////////////VfzUAAAAAAAAAAAAfsv///////////////////////+N1HQAAAAAAAAAAAAAA&#10;if///////////////////////5AjAAAAAAAAAAAAAAAAZ///////////////////////1UMAAAAA&#10;AAAAAAAAAAAASPb/////////////////////igAAAAAAAAAAAAAAAAAALt3/////////////////&#10;////OAAAAAAAAAAAAAAAAAAAF8j///////////////////++AAAAAAAAAAAAAAAAAAAABLb/////&#10;//////////////+cAAAAAAAAAAAAAAAAAAAAAKX///////////////////+6AAAAAAAAAAAAAAAA&#10;AAAAAJP////////////////////cAAAAAAAAAAAAAAAAAAAAAIL/////////////////////AAAA&#10;AAAAAAAAAAAAAAAAAHT/////////////////////EwAAAAAAAAAAAAAAAAAAAGj/////////////&#10;////////QgAAAAAAAAAAAAAAAAAAAGD/////////////////////egAAAAAAAAAAAAAAAAAAAF3/&#10;////////////////////0QAAAAAAAAAAAAAAAAAAAGH//////////////////////yQAAAAAAAAA&#10;AAAAAAAAAGb//////////////////////8msmYl9dnFsaWdmZ2tweoz/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////ixaqReWF3////////////////&#10;/////////////92md1AsDAAAAAAxxP/////////////////////////gkk4TAAAAAAAAAAAAj///&#10;/////////////////////9JwHQAAAAAAAAAAAAAAYP//////////////////////7m8PAAAAAAAA&#10;AAAAAAAAN+L/////////////////////lhwAAAAAAAAAAAAAAAAAFMD/////////////////////&#10;QAAAAAAAAAAAAAAAAAAAAKP///////////////////+uAAAAAAAAAAAAAAAAAAAAAIn/////////&#10;//////////+eAAAAAAAAAAAAAAAAAAAAAHL///////////////////+8AAAAAAAAAAAAAAAAAAAA&#10;AF/////////////////////aAAAAAAAAAAAAAAAAAAAAAE3////////////////////6AAAAAAAA&#10;AAAAAAAAAAAAADv/////////////////////DgAAAAAAAAAAAAAAAAAAACr5////////////////&#10;////MwAAAAAAAAAAAAAAAAAAABvp////////////////////XgAAAAAAAAAAAAAAAAAAAA/b////&#10;////////////////jwAAAAAAAAAAAAAAAAAAAAbQ////////////////////0AAAAAAAAAAAAAAA&#10;AAAAAADK/////////////////////ysAAAAAAAAAAAAAAAAAAADI/////////////////////4AA&#10;AAAAAAAAAAAAAAAAAADL//////////////////////cWAQUFAwEAAAAAAAEGDRjL////////////&#10;///////////86+HYz8zNz9DS1Nfc4ur/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////8drG///////////////////////////////xxqOEaE0yGAAVq///////&#10;////////////////////uXxGGAAAAAAAAAAAcf///////////////////////9d8LwAAAAAAAAAA&#10;AAAAO+P/////////////////////32QJAAAAAAAAAAAAAAAADLX/////////////////////dAMA&#10;AAAAAAAAAAAAAAAAAI3////////////////////FFQAAAAAAAAAAAAAAAAAAAGr/////////////&#10;//////+ZAAAAAAAAAAAAAAAAAAAAAEv///////////////////+2AAAAAAAAAAAAAAAAAAAAADD9&#10;///////////////////XAAAAAAAAAAAAAAAAAAAAABnn///////////////////2AAAAAAAAAAAA&#10;AAAAAAAAAAXT////////////////////DgAAAAAAAAAAAAAAAAAAAADB////////////////////&#10;LwAAAAAAAAAAAAAAAAAAAACv////////////////////UgAAAAAAAAAAAAAAAAAAAACe////////&#10;////////////eQAAAAAAAAAAAAAAAAAAAACO////////////////////pQAAAAAAAAAAAAAAAAAA&#10;AACA////////////////////2AAAAAAAAAAAAAAAAAAAAAB0/////////////////////zYAAAAA&#10;AAAAAAAAAAAAAABt/////////////////////3wAAAAAAAAAAAAAAAAAAABp////////////////&#10;/////9cNAAAAAAAAAAAAAAAAAABo//////////////////////9wAAAAAAAAAAAAAAAAAABh////&#10;////////////////////UDxGTlRZXWFkaGxwdn6J////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////v1buji3Nalf//////////////////////////+L+OZEEhBQAAAAAA&#10;Uvz///////////////////////edVhgAAAAAAAAAAAAAF8H/////////////////////5WwWAAAA&#10;AAAAAAAAAAAAAI3/////////////////////YwAAAAAAAAAAAAAAAAAAAF7/////////////////&#10;//+dAAAAAAAAAAAAAAAAAAAAADX8//////////////////+hAAAAAAAAAAAAAAAAAAAAABHZ////&#10;///////////////KAAAAAAAAAAAAAAAAAAAAAAC7///////////////////uAAAAAAAAAAAAAAAA&#10;AAAAAACh////////////////////DAAAAAAAAAAAAAAAAAAAAACK////////////////////LQAA&#10;AAAAAAAAAAAAAAAAAAB2////////////////////TQAAAAAAAAAAAAAAAAAAAABk////////////&#10;////////bwAAAAAAAAAAAAAAAAAAAABS////////////////////lAAAAAAAAAAAAAAAAAAAAABA&#10;////////////////////vAAAAAAAAAAAAAAAAAAAAAAw////////////////////6g4AAAAAAAAA&#10;AAAAAAAAAAAi/////////////////////0QAAAAAAAAAAAAAAAAAAAAV////////////////////&#10;/4EAAAAAAAAAAAAAAAAAAAAL9f///////////////////8gLAAAAAAAAAAAAAAAAAAAC7P//////&#10;//////////////9eAAAAAAAAAAAAAAAAAAAA5f/////////////////////JHAAAAAAAAAAAAAAA&#10;AAAA2v//////////////////////nQEAAAAAAAAAAAAABw4Xxf///////////////////////9W5&#10;vMHHztXb4ebt9Pv/////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////////jfz///&#10;///////////////////////////sxqWIbVQ7IQcAMt7////////////////////////XklkpAAAA&#10;AAAAAAAAAKD//////////////////////4k2AAAAAAAAAAAAAAAAAGf/////////////////////&#10;ZgAAAAAAAAAAAAAAAAAAADL2//////////////////+VAAAAAAAAAAAAAAAAAAAAAAPI////////&#10;//////////+nAAAAAAAAAAAAAAAAAAAAAACg///////////////////XAAAAAAAAAAAAAAAAAAAA&#10;AAB8////////////////////AAAAAAAAAAAAAAAAAAAAAABe////////////////////JQAAAAAA&#10;AAAAAAAAAAAAAABD////////////////////SAAAAAAAAAAAAAAAAAAAAAAs////////////////&#10;////agAAAAAAAAAAAAAAAAAAAAAY////////////////////iwAAAAAAAAAAAAAAAAAAAAAF8///&#10;////////////////rwAAAAAAAAAAAAAAAAAAAAAA4f//////////////////1QAAAAAAAAAAAAAA&#10;AAAAAAAAz////////////////////yQAAAAAAAAAAAAAAAAAAAAAvv///////////////////1QA&#10;AAAAAAAAAAAAAAAAAAAArv///////////////////4sAAAAAAAAAAAAAAAAAAAAAn///////////&#10;/////////8sOAAAAAAAAAAAAAAAAAAAAkv////////////////////9XAAAAAAAAAAAAAAAAAAAA&#10;hv////////////////////+qCgAAAAAAAAAAAAAAAAAAef//////////////////////bQAAAAAA&#10;AAAAAAAAAAAAZv//////////////////////91UAAAAAAAAAAAAAAAAARf//////////////////&#10;//////9qIys1P0pVYGp1foeRnP//////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////6M+2&#10;nYNpTrn/////////////////////////7LKDXDodAgAAAAAAAHv//////////////////////8Vt&#10;KQAAAAAAAAAAAAAAAED/////////////////////gxsAAAAAAAAAAAAAAAAAAAfL////////////&#10;//////+SAAAAAAAAAAAAAAAAAAAAAACY//////////////////+kAAAAAAAAAAAAAAAAAAAAAABq&#10;///////////////////dAAAAAAAAAAAAAAAAAAAAAABB////////////////////DgAAAAAAAAAA&#10;AAAAAAAAAAAd////////////////////OQAAAAAAAAAAAAAAAAAAAAAA6P//////////////////&#10;YAAAAAAAAAAAAAAAAAAAAAAAzv//////////////////hQAAAAAAAAAAAAAAAAAAAAAAt///////&#10;////////////qAAAAAAAAAAAAAAAAAAAAAAAo///////////////////ywAAAAAAAAAAAAAAAAAA&#10;AAAAkP//////////////////7xYAAAAAAAAAAAAAAAAAAAAAff///////////////////z4AAAAA&#10;AAAAAAAAAAAAAAAAbP///////////////////2kAAAAAAAAAAAAAAAAAAAAAWv//////////////&#10;/////5kAAAAAAAAAAAAAAAAAAAAASf///////////////////9IWAAAAAAAAAAAAAAAAAAAAOf//&#10;//////////////////9YAAAAAAAAAAAAAAAAAAAAKf////////////////////+iAAAAAAAAAAAA&#10;AAAAAAAAGf/////////////////////1VgAAAAAAAAAAAAAAAAAABP//////////////////////&#10;uy8AAAAAAAAAAAAAAAAAAPj//////////////////////6spAAAAAAAAAAAAAAAAAM//////////&#10;///////////////JRwAAAAAHEyAuPlJohO3/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////01cn////////////////////////////6&#10;0rCSd11CKAwAAEr////////////////////////FfUUXAAAAAAAAAAAAABHY////////////////&#10;////xFAAAAAAAAAAAAAAAAAAAACf//////////////////+iDAAAAAAAAAAAAAAAAAAAAABo////&#10;//////////////+UAAAAAAAAAAAAAAAAAAAAAAA2///////////////////aAAAAAAAAAAAAAAAA&#10;AAAAAAAH7P//////////////////FQAAAAAAAAAAAAAAAAAAAAAAxP//////////////////SAAA&#10;AAAAAAAAAAAAAAAAAAAAov//////////////////dQAAAAAAAAAAAAAAAAAAAAAAg///////////&#10;////////nQAAAAAAAAAAAAAAAAAAAAAAaf//////////////////wwAAAAAAAAAAAAAAAAAAAAAA&#10;Uv//////////////////5w8AAAAAAAAAAAAAAAAAAAAAPv///////////////////zMAAAAAAAAA&#10;AAAAAAAAAAAAK////////////////////1gAAAAAAAAAAAAAAAAAAAAAGP//////////////////&#10;/4EAAAAAAAAAAAAAAAAAAAAABf///////////////////6wAAAAAAAAAAAAAAAAAAAAAAP//////&#10;/////////////94iAAAAAAAAAAAAAAAAAAAAAPL///////////////////9cAAAAAAAAAAAAAAAA&#10;AAAAAN////////////////////+fAAAAAAAAAAAAAAAAAAAAAMz////////////////////oSgAA&#10;AAAAAAAAAAAAAAAAALf/////////////////////oBYAAAAAAAAAAAAAAAAAAJz/////////////&#10;/////////3oCAAAAAAAAAAAAAAAAAHf///////////////////////96CwAAAAAAAAAAAAAABUz/&#10;////////////////////////oldodICNnKu80Of/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////7eP/////////////////////&#10;/////9Kjelg6KSMcFg4GAACf/////////////////////6xSDgAAAAAAAAAAAAAAAABp////////&#10;///////////kQwAAAAAAAAAAAAAAAAAAAAA0//////////////////95AAAAAAAAAAAAAAAAAAAA&#10;AAAA4//////////////////NAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////////EwAAAAAA&#10;AAAAAAAAAAAAAAAAhf//////////////////TwAAAAAAAAAAAAAAAAAAAAAAXf//////////////&#10;////gwAAAAAAAAAAAAAAAAAAAAAAOv//////////////////sgAAAAAAAAAAAAAAAAAAAAAAHP//&#10;////////////////2wMAAAAAAAAAAAAAAAAAAAAAAv///////////////////yoAAAAAAAAAAAAA&#10;AAAAAAAAAPv//////////////////08AAAAAAAAAAAAAAAAAAAAAAOf//////////////////3QA&#10;AAAAAAAAAAAAAAAAAAAAANT//////////////////5sAAAAAAAAAAAAAAAAAAAAAAMD/////////&#10;/////////8QHAAAAAAAAAAAAAAAAAAAAAK3///////////////////AzAAAAAAAAAAAAAAAAAAAA&#10;AJr///////////////////9nAAAAAAAAAAAAAAAAAAAAAIb///////////////////+jAAAAAAAA&#10;AAAAAAAAAAAAAHL////////////////////jRAAAAAAAAAAAAAAAAAAAAFz/////////////////&#10;////kQYAAAAAAAAAAAAAAAAAAEH/////////////////////618AAAAAAAAAAAAAAAAAAB3/////&#10;/////////////////8pLAAAAAAAAAAAAAAAAAAD////////////////////////LVwAADBgkMT9O&#10;YHSLp8f//////////////////////////9fn8v//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////+vUzcfCvrq3s7Ctqail////////////////////3X5TPzAjGREJAgAAAAAAAAAA&#10;2/////////////////92AAAAAAAAAAAAAAAAAAAAAAAAp/////////////////+6AAAAAAAAAAAA&#10;AAAAAAAAAAAAdf//////////////////BwAAAAAAAAAAAAAAAAAAAAAARv//////////////////&#10;TgAAAAAAAAAAAAAAAAAAAAAAGv//////////////////jAAAAAAAAAAAAAAAAAAAAAAAAP3/////&#10;////////////wQAAAAAAAAAAAAAAAAAAAAAAANv/////////////////8RkAAAAAAAAAAAAAAAAA&#10;AAAAAL7//////////////////0QAAAAAAAAAAAAAAAAAAAAAAKT//////////////////2sAAAAA&#10;AAAAAAAAAAAAAAAAAI3//////////////////5EAAAAAAAAAAAAAAAAAAAAAAHn/////////////&#10;/////7cAAAAAAAAAAAAAAAAAAAAAAGb//////////////////94hAAAAAAAAAAAAAAAAAAAAAFP/&#10;//////////////////9KAAAAAAAAAAAAAAAAAAAAAD////////////////////93AAAAAAAAAAAA&#10;AAAAAAAAACv///////////////////+sCgAAAAAAAAAAAAAAAAAAABb////////////////////n&#10;RQAAAAAAAAAAAAAAAAAAAAD/////////////////////igAAAAAAAAAAAAAAAAAAAAD/////////&#10;////////////1k0AAAAAAAAAAAAAAAAAAAD9/////////////////////6cuAAAAAAAAAAAAAAAA&#10;AADV//////////////////////+YKgAAAAAAAAAABhgtRWDg////////////////////////qGN0&#10;gY+cq7vN4vr/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////+fLt6mdlY6JhIB8&#10;eHRwbGhlkP////////////////+8akgtGQoAAAAAAAAAAAAAAAAAMf//////////////////AAAA&#10;AAAAAAAAAAAAAAAAAAAAA///////////////////QgAAAAAAAAAAAAAAAAAAAAAAANz/////////&#10;////////jgAAAAAAAAAAAAAAAAAAAAAAALL/////////////////zgAAAAAAAAAAAAAAAAAAAAAA&#10;AI3//////////////////ykAAAAAAAAAAAAAAAAAAAAAAGv//////////////////1oAAAAAAAAA&#10;AAAAAAAAAAAAAE7//////////////////4YAAAAAAAAAAAAAAAAAAAAAADT/////////////////&#10;/64AAAAAAAAAAAAAAAAAAAAAAB7//////////////////9QXAAAAAAAAAAAAAAAAAAAAAAr/////&#10;//////////////o9AAAAAAAAAAAAAAAAAAAAAAD///////////////////9lAAAAAAAAAAAAAAAA&#10;AAAAAAD///////////////////+OAAAAAAAAAAAAAAAAAAAAAAD///////////////////+8GQAA&#10;AAAAAAAAAAAAAAAAAADv///////////////////xTgAAAAAAAAAAAAAAAAAAAADY////////////&#10;////////iwAAAAAAAAAAAAAAAAAAAAC/////////////////////zEMAAAAAAAAAAAAAAAAAAACh&#10;/////////////////////5EZAAAAAAAAAAAAAAAAAAB6//////////////////////J0CgAAAAAA&#10;AAAAAAAAABFf///////////////////////odBMfLDhFU2JyhZu00vX/////////////////////&#10;/////9fo9P//////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////+/fz8e7s6+vs8f//////////////////2bKZh3ltZF1WUUtGQTw4Mi0oI8T/////////////&#10;////SyULAAAAAAAAAAAAAAAAAAAAAJL/////////////////iAAAAAAAAAAAAAAAAAAAAAAAAGb/&#10;////////////////1wAAAAAAAAAAAAAAAAAAAAAAAD3//////////////////zMAAAAAAAAAAAAA&#10;AAAAAAAAABj//////////////////2wAAAAAAAAAAAAAAAAAAAAAAAD//////////////////50A&#10;AAAAAAAAAAAAAAAAAAAAAAD//////////////////8kMAAAAAAAAAAAAAAAAAAAAAAD2////////&#10;//////////E1AAAAAAAAAAAAAAAAAAAAAADf//////////////////9bAAAAAAAAAAAAAAAAAAAA&#10;AADL//////////////////+CAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+pBgAAAAAA&#10;AAAAAAAAAAAAAACj///////////////////TLwAAAAAAAAAAAAAAAAAAAACN////////////////&#10;////XgAAAAAAAAAAAAAAAAAAAAB3////////////////////kwcAAAAAAAAAAAAAAAAAAABe////&#10;////////////////zUMAAAAAAAAAAAAAAAAAAABA/////////////////////4cQAAAAAAAAAAAA&#10;AAAAAAAc/////////////////////9heAAAAAAAAAAAAAAAAAAAA//////////////////////+/&#10;TgAAAAAADhwsPlJqhqXI////////////////////////wnyMmqe2xdbo/f//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////7uHXz8nDvrq2sa2pp6amp67/////&#10;////////////voZtW0xANy8oIhwWEAsEAAAAABT/////////////////1wUAAAAAAAAAAAAAAAAA&#10;AAAAAAD//////////////////zQAAAAAAAAAAAAAAAAAAAAAAAD2/////////////////3YAAAAA&#10;AAAAAAAAAAAAAAAAAADS/////////////////7AAAAAAAAAAAAAAAAAAAAAAAACy////////////&#10;/////+EkAAAAAAAAAAAAAAAAAAAAAACW//////////////////9RAAAAAAAAAAAAAAAAAAAAAAB8&#10;//////////////////95AAAAAAAAAAAAAAAAAAAAAABm//////////////////+gAAAAAAAAAAAA&#10;AAAAAAAAAABR///////////////////HIwAAAAAAAAAAAAAAAAAAAAA8///////////////////u&#10;SwAAAAAAAAAAAAAAAAAAAAAn////////////////////dAAAAAAAAAAAAAAAAAAAAAAQ////////&#10;////////////oxYAAAAAAAAAAAAAAAAAAAAA////////////////////2EwAAAAAAAAAAAAAAAAA&#10;AAAA/////////////////////4gPAAAAAAAAAAAAAAAAAAAA/////////////////////8tTAAAA&#10;AAAAAAAAAAAAAAAA//////////////////////+lOAAAAAAAAAAACR00TmuM////////////////&#10;////////mTlDUV9ufY6gtcvl/////////////////////////////+v5////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////+vMuayhmZGLhoF8eHRwa2hmZmjx/////////////////2FFMiMYDgYA&#10;AAAAAAAAAAAAAACe/////////////////34AAAAAAAAAAAAAAAAAAAAAAAB1////////////////&#10;/8MAAAAAAAAAAAAAAAAAAAAAAABS//////////////////s3AAAAAAAAAAAAAAAAAAAAAAAy////&#10;//////////////9qAAAAAAAAAAAAAAAAAAAAAAAW//////////////////+WAAAAAAAAAAAAAAAA&#10;AAAAAAAA//////////////////+/GwAAAAAAAAAAAAAAAAAAAAAA///////////////////mQgAA&#10;AAAAAAAAAAAAAAAAAAAA////////////////////aQAAAAAAAAAAAAAAAAAAAAAA////////////&#10;////////kAIAAAAAAAAAAAAAAAAAAAAA////////////////////uSwAAAAAAAAAAAAAAAAAAAAA&#10;9P//////////////////6FwAAAAAAAAAAAAAAAAAAAAA2f///////////////////5EYAAAAAAAA&#10;AAAAAAAAAAAAvP///////////////////8pTAAAAAAAAAAAAAAAAAAAAnf//////////////////&#10;//+YLgAAAAAAAAAAAAAQKUZmxP/////////////////////ufx0MGig3RldpfpWvzO7/////////&#10;////////////////56CqucjY6fz/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////99fDr5uLf29jU0tHQ0tfg/////////////////86e&#10;inxxaWFbVlFMSEM+OjYyLy4x/////////////////9IlEQMAAAAAAAAAAAAAAAAAAAAA////////&#10;//////////9CAAAAAAAAAAAAAAAAAAAAAAAA//////////////////99AAAAAAAAAAAAAAAAAAAA&#10;AAAA//////////////////+wCwAAAAAAAAAAAAAAAAAAAAAA9v/////////////////dOQAAAAAA&#10;AAAAAAAAAAAAAAAA3P//////////////////YgAAAAAAAAAAAAAAAAAAAAAAxf//////////////&#10;////iQAAAAAAAAAAAAAAAAAAAAAAr///////////////////ryIAAAAAAAAAAAAAAAAAAAAAmf//&#10;////////////////1kgAAAAAAAAAAAAAAAAAAAAAgv///////////////////3IAAAAAAAAAAAAA&#10;AAAAAAAAaf///////////////////6EoAAAAAAAAAAAAAAAAAAAATv///////////////////9Nc&#10;AAAAAAAAAAAAAAAAAAAAM/////////////////////+WLgAAAAAAAAAAAAAAFTJSd///////////&#10;///////////gchMAAAEPHy9CWHCLqMjs////////////////////////ym9ufo6esMPY7///////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////54NLIwLq1sKyopaKfnZubnKCn//////////////////+CZFZLQzw2MCsnIh0YEw4JBAAA&#10;1P////////////////+SAAAAAAAAAAAAAAAAAAAAAAAArf/////////////////MHgAAAAAAAAAA&#10;AAAAAAAAAAAAi//////////////////7UgAAAAAAAAAAAAAAAAAAAAAAbf//////////////////&#10;gAAAAAAAAAAAAAAAAAAAAAAAUf//////////////////qRsAAAAAAAAAAAAAAAAAAAAAOv//////&#10;////////////0EIAAAAAAAAAAAAAAAAAAAAAI///////////////////9WgAAAAAAAAAAAAAAAAA&#10;AAAADP///////////////////48UAAAAAAAAAAAAAAAAAAAAAP///////////////////7g+AAAA&#10;AAAAAAAAAAAAAAAAAP///////////////////+VtAwAAAAAAAAAAAAAAAAAAAP//////////////&#10;//////+fNwAAAAAAAAAAAAAAEC9QdP/////////////////////dchQAAAAABhcqQVp1lLba////&#10;////////////////////vFhEVGR1hpqvyOP//////////////////////////////9LN4fH/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////z7+vv9///////////////////////uuaidlo+KhoJ/e3h2&#10;dHJzdXh/kP/////////////////rTzowKCEbFRALBwIAAAAAAAAAI///////////////////aQAA&#10;AAAAAAAAAAAAAAAAAAAAAP//////////////////mwoAAAAAAAAAAAAAAAAAAAAAAP//////////&#10;////////yDkAAAAAAAAAAAAAAAAAAAAAAP//////////////////8GMAAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////4oOAAAAAAAAAAAAAAAAAAAAAP///////////////////7A0AAAAAAAA&#10;AAAAAAAAAAAAAP///////////////////9VbAAAAAAAAAAAAAAAAAAAAAP//////////////////&#10;//+FGgAAAAAAAAAAAAAAAAAAA+z///////////////////+xSQAAAAAAAAAAAAAAGDldgf//////&#10;///////////////lex4AAAAAAAwhOFJvj7PZ////////////////////////u1gpOUlabICXsM3t&#10;/////////////////////////////7OetMXX6///////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////////rv5+Hc&#10;2dbU0tDQ0NHT2eDr9///////////////////uIp+d3FsaGRhXltZWFdXWV5lcf//////////////&#10;////vzEfFhAKBQAAAAAAAAAAAAAAAP//////////////////7VYAAAAAAAAAAAAAAAAAAAAAAOj/&#10;/////////////////4IEAAAAAAAAAAAAAAAAAAAAAMz//////////////////6svAAAAAAAAAAAA&#10;AAAAAAAAALP//////////////////9JXAAAAAAAAAAAAAAAAAAAAAJv///////////////////d8&#10;EAAAAAAAAAAAAAAAAAAAAIX///////////////////+iNwAAAAAAAAAAAAAAAAAFK5T/////////&#10;///////////LYQIAAAAAAAAAAAAMLFB2ntH////////////////////1jTAAAAAAAA0jO1d2mb7l&#10;////////////////////////w2MYKjtMX3SNp8bn/////////////////////////////6h/lqi7&#10;0Of////////////////////////////////////9////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////93Oxb+8uba0s7GysrW5wMnV4///////&#10;/////////////5dsZF5ZVVFPTEpIR0ZIS1BZZqH//////////////////6cmDgcCAAAAAAAAAAAA&#10;AAAAAFb//////////////////85QAAAAAAAAAAAAAAAAAAAAADr///////////////////R5CwAA&#10;AAAAAAAAAAAAAAAAACH///////////////////+fMgAAAAAAAAAAAAAAAAAAAA7/////////////&#10;///////EWAAAAAAAAAAAAAAAAAgxWoT////////////////////pfx8AAAAAAAAAAAYnS3Gawun/&#10;////////////////////p0kAAAAAAhcvSmiKrtX8////////////////////////03UeJjhKXnWP&#10;q8vv/////////////////////////////65yhZiswtv2////////////////////////////////&#10;///f7///////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////+/sqqmo6Ggn5+ho6astMDN3ez///////////////////+KWlNPS0hG&#10;RENCQUJDR05ZaX3///////////////////+eLgYAAAAAAAAAAAAAAAAAAAD/////////////////&#10;///DVgAAAAAAAAAAAAAAAAAAFUH////////////////////nexoAAAAAAAAAAAAACTRgi7T/////&#10;////////////////nz8AAAAAAAAABCVKcZnC6///////////////////////xmYPAAAAEypEYoOn&#10;zfX/////////////////////////6441Kz5RaIGdvN7//////////////////////////////752&#10;f5Spwdz5///////////////////////////////////S2PP/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////by8O/v7/Hz+P3////////////////////////////4&#10;sJ+al5aWlpibn6SstsLR4e7////////////////////+jlBKR0VERERFRkdLUVpog6n/////////&#10;////////////pkEBAAAAAAAAAAAHNmOPuuH/////////////////////xmUKAAAAAAAEJ0xznMTs&#10;////////////////////////5YgvAAATKkRigqbM9P///////////////////////////6tQNkph&#10;e5a01vr//////////////////////////////9KHfJixy+n/////////////////////////////&#10;///////Uzu3/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+3l4+Pk5ujt8fn//////////////////////////////bGUkpKVmZ2jqbK80O3/////&#10;/////////////////////51TR0lNUVZgc4qv1vz//////////////////////////7JWABo1UG2L&#10;rtL3/////////////////////////////81vPl97mbfX+f//////////////////////////////&#10;/+6fg6bC4f/////////////////////////////////////jzuv/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////AAAA&#10;/+4ADkFkb2JlAGRAAAAAAv/bAIQAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEB&#10;AQEBAQEBAQICAgICAgICAgICAwMDAwMDAwMDAwEBAQEBAQEBAQEBAgIBAgIDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAFAgCTAT7BAERAAIRAQMRAQQR&#10;AP/dAAQAoP/EAaIAAAAGAgMBAAAAAAAAAAAAAAcIBgUECQMKAgEACwEAAAYDAQEBAAAAAAAAAAAA&#10;BgUEAwcCCAEJAAoLEAACAQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlRQhZhJDMX&#10;UnGBGGKRJUOhsfAmNHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rlo7PD0+Mp&#10;OGbzdSo5OkhJSlhZWmdoaWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTFxsfIycrU&#10;1dbX2Nna5OXm5+jp6vT19vf4+foRAAIBAwIEBAMFBAQEBgYFbQECAxEEIRIFMQYAIhNBUQcyYRRx&#10;CEKBI5EVUqFiFjMJsSTB0UNy8BfhgjQlklMYY0TxorImNRlUNkVkJwpzg5NGdMLS4vJVZXVWN4SF&#10;o7PD0+PzKRqUpLTE1OT0laW1xdXl9ShHV2Y4doaWprbG1ub2Z3eHl6e3x9fn90hYaHiImKi4yNjo&#10;+DlJWWl5iZmpucnZ6fkqOkpaanqKmqq6ytrq+v/aAA4EAQACEQMRBAAAPwC8FDclvqAQOOeTf+tv&#10;eXENGcLXvPn1wquKLCKDGT+zj1XHABJO3NjpZC1voZgVQ24B0359uHhXkc+RPqf7P5PH5Ps9ls1a&#10;LxC5LUHHoOJuDGamikZamP8AVT+fS4qsEqUq1JmRiI3ZdRe4s7XsApve/wCPcQre3I+pLC/J1X+n&#10;H9T7JJEAK+oP+fo6DBSe0ahw4dJNoi4GlroRqIOoX41CwP8AiPzb3JpyFkJJ0jQVuTpNzb+0Lkj/&#10;AAt7W2jaiS+dPD0+fRduMeqIKi6nJrTj/I0H51r8unPGTqJZC7MsYjaAspZBqOk6JGUkyLp/slbC&#10;97m5tjqOWbT/ALAn6fUf0vc+3Lg6ZFZMtxHyHp9g6esQ6RL4q0GeuFeI/uGMLB3dU0Gx/bBdbIeP&#10;0Jb6/X3wvfgnm1yB9ePfirTKpcUJ63/ZntOK0HXrNVXMg5Z/XcEgMG1L+RbUygKb8Ej8e5RaTxBl&#10;YgC9uZBpt/b9LqL+1xdhAB5DosCxG8cMKsOnZpZVo1IYhQbCx0y2HpIaZSCbMCLBR9PeKOd00ghS&#10;FXSNKgEC97k/4e0kd2yrEp8hTpVLZRyCWQNRicfP5dQ6fJzxrCmlToHiTUt1RSwOt1Ng4AFrf4+5&#10;bTjRdW1F3W/9bD0/4fS3tdJOulFHn0Wx2TsxV0CBRX/V9vTxUVlOyRIoNR5CsZJYWcO48jliVKsr&#10;MQotawHPvzMurSQbWXTwhtcc3ure1KCij16SOGY6yRq4fs6UlAjrDIOAXZ57EqQoc+pQVZufIGP+&#10;sR76JtYAXt+m/wCBf/bXv7t1YIKVHXBGZtet9P1sVH4/A9Vhb3yJd0NyG0qT+karC/5uBx79wz03&#10;RAaqDXrlTsY54gHcgHS7GQqv7jfUIFIsqnn+tvcbhB+T+eOR/T6m3PtTHbTzAtHGSAK9W8RF4nj0&#10;p0ochk4y1LTu8KKFLW4+hBPF+D/j78/qUN/iRz9eOD7ZHbQMO49W/wBL8J6hwxy0NSIJNIlhs6gX&#10;I9J/BsPoD74xm7kfjkfX88e3JHOgAdUCAcfi6cshUvJTFQreONgV4F7H6/m36iffNzGWCENcf63/&#10;ABX22ofiKdb1OOJ6baWnqSjSwsACBcC5b8244H+8+41ShMNlCgXPJJv/AL0R7DvMkBlsnCjIGfz6&#10;E/K88UO5RFgdRIP+rPQW9o0E1bhpAQCVjctcnVwwNmYAk8jhfwfoT7YaNis8o/p+PcS8sSG13WQL&#10;8QJ6nnniFrzYLC4ArqCmvl5HoofV1Z/Dt3VaFhD65hrIOtWGq40lQQLf7H24sw45+h/r+OfYy3gC&#10;S3AdG1Egj06jDZVkjuRpNI9Jx+Y6GvfMsVRjF8ytLLqBErghbxgDn1EXYPccfQH6e+cb2DAfkf4f&#10;1912twYSpGa9N73bFpY2OMnrls6svj2BBsNIXQAQNKm/Jsbe5CPc6R9T/W39bezNJBHItXA1Gh+z&#10;okuIP0w3l0raScCfQzKBK6oyOCFZCBe7KGsefeQsVY/gW/2549v+MyEFBkn+XScRpJFUnu6meeSK&#10;SNgp9Qva34v+f8b+8dRPHTQPUTuEijV3Yll9KIAXY3IAVQbm5HHs0sYpLm6hIXtp/l6SgDMUJ7zj&#10;9v7elJt/E1uey+LoaanlqqurmgpqemijleSSV5ooQqKqfuXZ/ouo2BsL8HXE+f3bo7M3vNjsYtRU&#10;UuJlanpYoQW06IeFUIGuzBrkAnk+x7dzWtvaqqk6qqKUJwtaf4T1k1yBy5d7btsMLRgOTnIPz4DI&#10;rXFQOt+3+Xn8cKP40fHfa21WWJc1lKaHOZ6VdSB62uhSWRCj20/bMSn0F7fQe6iK3prfu466Wpo9&#10;s5ilhdrGqyariqIhhwwq8m9LTMoHJIcgD2FLiMyTeI0ThDipVlXP9JgFH5nqaIG8NAjyJq9AwJ/Y&#10;CT/Lo8T5GiTg1MTNYnxxN5pTb+kUOuQk/gWufblT/FjeOTdKY12Mkn9OmHDDL7oqQ31Kr/drF5Sk&#10;DN+AZQT+PaWURhhEs8Xi8FALyH5ZhWQA/wC2r0qWeGIq08ulfU9v/HwB+3HUOtz2Mx0BqchUw4+n&#10;sT58lUUuLQcf2v4jPSun+xA9jFtn+X12DkVjmnot1RUp0+SWowFHgYCWUt/wJ3LuDEsEYfRmgI/w&#10;B9+jsJmSsUJCk5PhEVPnUvIlflVf2dJzvOyJMy/Xo7fwh0r+yOpP+qnQZ5rvvqbBsy1e+duVFRHq&#10;H2WHr33FkCy6QyCj2/S5Wo8guOFBJ5/ofcvenwx2/wBe4mLIZqbCZKplmWJaGr7i2DiaynUgh5Ja&#10;SCPJSU8eofTXccAX96vrEbXaLeSxeKWNAq3Fuj18+ysjACvChpw+fRvYbhZX8/gwhowq1JZZqfIB&#10;hGo/Kpx59cNm91bY37kJ6Db+P3w0cEbTNkcn1lv7E4eYA6VjpsvmMHj6OWRgdSi3qTkfUewEzvV2&#10;zKSBRRbe2RVSBC2mXfu6NxvqViPptvDQw3+nAJP5+hHsMT7hfSikO0sR5VmLH/qkoH7RX58KHUaW&#10;mo67qPBpnVw9RqNafs6F2F2cAlJEBIIuiQgg/wBY2cyg/wCuAfaRo9hrWS+GTYWyxTB9IK4ruqsL&#10;Af2w0UcUbavxwPaITcyysiR8vajXA03Tf8d/4rp922iMMf3qikD0Qf8AHnHUl+B9SOfwAf8Ae/Y3&#10;bG6twtPVU7T7c2ljgZVWZv7qdvnRETZipqqmFbhT+Tz7EVinOGpFfYFRa5Oi7IA/bQ+nHj0G9x3L&#10;Zwjk7irvT+FKft1U/wAPTfUyVKBmjiqZSAdGj7FAxtxZ5WOkf649nFx/WnXE1J9v/FdqtEUAaKq2&#10;T2nGigm3EkGRqDqBH1AJ9yPFZ7x4KkQKyegjuqj5fEf8Pn1FtzuVoJWItAGGNS+DU5/0w9ekHPm9&#10;6xs4TaOcqkUlRJR57ZJ1j8MsNY1OVFv6m/vnTfH/AK0llCx1eyizlZQhyXZmIPqZVZi+XwNdGi6m&#10;H1P+9c3j2+bQwa1opGa+MuP9vEB1T98xxoVWzoxx2tAT/wBU5Q1P5fnTrqTdG5IotTbQ3fTaWsVU&#10;7ByRAsfVoo91QvIOPoi6vaqm6M2bV0poYMZtrJSXMY/hXZu3a6ZgpIstHmIMDVE8f2muB/hb2cpf&#10;WyxLFLZq5ApUTICfybQccPPor8UeIJRJLG1eBSU0+0rrHz8um1OxpaZh/FKXclClzcV/X+4oYiL2&#10;H+WY583TqP6sTYf4ewmzvxNqalZ4aTbW6KeFw1RGJ8BLkKSN1N9cOQ2/VZtWjP5Oj6c/T2VXUNo4&#10;mJsJFXTX4a58j4kZfHqejmxuWaVHhvItYxQOgJPppYq1ft/b07DtLZcaRtWbn2tTLLIItE24KGgq&#10;FkbkLJSZhcc6OPyCbj3d98de4OucL1h19sDK50YDObW2jgNu1lPn6aow8UlbQUMFLN9tNXxwiSES&#10;QcFgjWIuBzaNd62KbcNf0UsQk7e12KN2qB+MAcRipFcdHE11LbXkl1d2jm3LataDX5k0Okkg54fI&#10;9aTn80z+VP8AMTsD5Gd//IPqrY2K7U2J2H2BnN54mLYO46DPbho8VXTpVRfxLCIsE33LRRWVKVqp&#10;TpsGuRc29LWUlfTmooqqmrYGRSktJPFUxvqW4KvA0i2I5+tiPcGb7t24We6Q/XWkkdZDkqQKFuIY&#10;ihFPMEg8QSOpc5c3CyutvlltZwwNSfUVI4jiDg+XWr/2t11v7rjeA2/2Lszc+y81BkJIJsVufBZP&#10;BV8ckU5il102UpqSQLHJGVLW0g8Xv7wqwYt9R+ORbm5+n9fahkdAisPsyDj1NOjmVGUcMHP+rz/b&#10;0nWAjGm4OlgnpubMbcFiALj8i9x+RyPcaoNn/wCKf63sU7UaW7AcQB/PosKK71PHpc4I+OjkUfUB&#10;C31v6iDxf+nvCVB4H6j/AI/gj2qWUqWkPBT08C3wAdvUkTvEzzggJHpJP00km6kn8XP+v7ZKeMLm&#10;Z7A3MasD/ZIK3Fv9a3sez7gZuXIY2btSg/n0QtbGOcpFwLE9GZzGcXI9NYE1kkLwpkViiWxMqvS+&#10;WKDXIoCtZZLnk+3kC7L/AIFb/wCv+f8AjXsGXTKHYwsQc5+3zH+To7sy3hNU+Vf2Z6Lpknhjdnjd&#10;EILFBexOoMyunpPoS/PIPHFjz7SGX2NtrK5JMtU4ijORiRvDWxhoawWYSc1MHiYjWPpz7yL9pjbb&#10;rske5Xdukm528wCSkUkUAY7loR54rT9p6gL3P3O82a/NhY3Ei2c6AyR4KuSxrVSCPTNK4+XV3f8A&#10;Lz+UHcWP6irNljfWbq9vUebkhpsNXVf32OpUFNBFDDBj6+Otpo1LJdRH4x/rcD250dANMajQyUr3&#10;W7yaoyi6IzGCXBt9De3B9y/uV0QjIARJKtK4Azk6iSOIHlXNOoy2orrlkPEnode7d95CKOppQ9dS&#10;1u58UkclVDBRR454mmX+JQ1LyiLRHJGSy+MSOSn6bXIfolXxTC92EZktfkkck/S1vYYhlnN3ayFN&#10;CCVkPzBOK1/1fb1fmCrWkijIKk/n0XDYU80W+dpTOftYo91RYiWLTp1UhdqamjIdYyryGUEXAFjf&#10;2wuweSVGYaHQNpP5uwXmwPPPsaDCKQuQSOodnqohYfEH6uF2+gpaGnmp+VFQUVwODCIVkt/waykH&#10;8X/PvBL5THNwJBHTzSQFTf1KhC8EA3u3uy6A0dMEsB0kZU1Rsv8AF/Kh6W2Iaj+/xd3alFRkqSCr&#10;E4A1QTS+OYKyNIGUxk8g2vb3AiSQ0Enk5nBWV7fS0hN/6cg/4e1LsguE0/Dw6I7wIs+sfBkfPPRj&#10;aHIRPuCjjpWUUTLJGh/GqJxpP+s1vaWonWPMRrIqMsuuMB2tZzpII/qfr7OLoarEkHIIP+HpJKo8&#10;FyOjDZ2OSr2PPJEJA9MIp7KhJ0o9yzabgD+ntU1UbICl2H9rQbegAH8gnhh7KIWDEOOgncSFZKnr&#10;rZsiVVHTVGiJmkXU73YaiTYEWXhgb3HtE1SFZWZQtyb2uQD/ALx+fZ/EwKaSDjpOGJz0Y/HOTSQI&#10;SzFU9JYfRvoPof039p+ujBpaiLSFW4Yc/gEnn/Yn2Y2xImjYdPJF3Kw4npY4+raOeBzcgBFsAL3H&#10;H0JsOfYJ7yh10UzBrWgY3B+ml11Rj/E/X/X9j3Y3IuI6jGsdH1kp7h0M23ZyZ0DAjXJYfT+0rWP1&#10;+nPsHqhQhrJJDfyRJID/AFLeph/r6m9jaIikCjiGPV69+k4NSOhIjs+gfhXYNf8AIN14/wBt7MN0&#10;nUCpz9PRsTbVDWTPa6xxRSrqBtxfSwFjb3GPPqGHb5ZPPKgeZJPRzY3C28UjMaVHRI/m7jqh+otx&#10;S0gWSvqcbX4PHwq2h5qvJ0bRUiLIRZAskV2/Nhxf3YbicdRz4uSiemSakyEb+WGoAlWRJogjB1cE&#10;aHtb8/X8e8ZL+ZzciYv+og049KnH51oeos543iaWZQr9qsKH09OqbOkMTX0W8KbfByYpt07Yo5qB&#10;cxQK8VYKePPGtkoEJEbAmRVB49S355sQPk2ft3bGXy9S+LiqC9NF4wwcJFDA8SNSEXkP2kcwVgAA&#10;rAWI49iS0tre4hikhjSOR+1jTV28aD7Seo53n3P3pLQbJFK4eoBYYqNLZODny+wDq8/Z21KjfeI2&#10;zuCqzM0FAn3c8mOUQFGrJm/ZyTOCjSVBpQ4tJcIz3APsS23tjdmbXqc/lchDGRCSstM1NPUlVgv4&#10;6WmUajNFG1h9CCbH2U3W1yX98LaKB/DUE0II4fb69A/l+aORSbpwCzV8jj8ug97b6jy3Y288TgsH&#10;jp2xWNDVNXBVvWUlE1UksbRTVeRYTF6eWRR6Y1Zipvbi3sFMXX9cd+Y+LLbYqK2Kow1dUUks2Vha&#10;HI0laYYpTLUQxzPIIqnyqUKnQwBH1VrBLmNbi2cSX9sNEeUahNKLQgj0yPXNfl1mByb/AFeuuW5Y&#10;rKRv3gDRkY5NT24qap9lamtadVadz93/ADZ+CvdNfU9s43au6ul910EOQ21VbFqZIsLjMZivJTVW&#10;HlqsniMW9PnMelp6nzKS0UqlGcaAoA7137lvi5moWelqqnb+drEmy9MlU1ZBUwwaIaVaAyl2gqtF&#10;axi0lfppYEW9x3uVlsPMW2+LAI3gDmjfEUdeNTUGoJOCOHQ62SXmflfevDZzHJ4IbQFAEkTDz/ZT&#10;7AOjIZ7qb4gfzvPjLDuaOeDK5jaU+cw+zN4pTy0W6uqt/otKchj8zQLURx1tEz00IqaCpR6erpyk&#10;sbXZHB49rZzG7tw2D3HhKj7zF53G0mXxbsdPmp6yITxrL+oxSRi4kB5Uqw+o94/WvKst/wA53Fve&#10;tWCGXFagEYYFR5BhSlKg18qNTLzeefYtn9q7a52eAJd3kaiR1I1IcagRXjTy4E0z6aHG8/i9vPYn&#10;zB7I6J7dkrKfM9Qb+ze1srGZKqehyIxVe8kOTwi1UKRTY3M0VTDUUcjqvlimR7AewT3F2FBLk62n&#10;oaciio6qpijPl0yT1IY+epkJ5YSul1/BQ+xDu/Myi9utusbCRbeGRlUitCQaEkEeZqDn4c8TTpvk&#10;X20ih2ey3nctxruV5Gsj9o7VPcsYIPlUEn+Lq/LGfFTM/wB3tsrnM/T4uulw9DpxsGOkn/hmNhiM&#10;GPxUH28MkaPRY+MBiLeu1ifr7b3zOXekgrHxcqUkiM61MUiOHEbkaioJZBf9JYDVe4497ttp5j3K&#10;zTcLfZ5mtGr3KpIoPM+gxx6jzmL3o9k+Vubtx5Q3vnu3t99tyqskx0AMRVlDHtLCoqK9Gm2V/K97&#10;Yzu0aLfW16Cq3NRZyaaOlhFLHRGlp41Rw9QlQY5qigmRXT0qdTMLc+24b4eOeFHx851yC0t9QdA3&#10;JOknQQv1Ivc+0kN6I2SKS2IYcaggg/0gaEGvH59TRtvLFhvNj+8tqvoJbN11BhRgdQJFCCQw+Y+3&#10;ovm5vh1WUMW5qDI7spMNlcdTT0uQw81H9tWY3JIXhellWpp1maUTK3DoqqPzewKpot/KagvTSS0K&#10;L+2xFiblh/nIz+pDb2on3Gwvlkgu408JdNdS6uBzTI8jg9OzcnbxHbRNBQy8V0ilSOFMenHoom7f&#10;hJHBQTQZ+kp97z1zSVVGzxiCYrFB66ejrKLwSq/quAbAkfX2K+N3TS11LFUI5lVtSM6MFXWo5uv4&#10;P+39lsXJO13rfVWUxWImgA4D5jP8uPy6IL/dOZtmU2e67ajSqKgadJp5EgVr8zx+XVYe8/iKmD3h&#10;mMOa7IYCvpNNSMbXrUzGCOXxtFEsjSPM3pkHLEgAHn6XUNFuGiBJmaSFfSgBS+olODdSSfY02/kb&#10;fLMEWu6BrbzBFK4x3AE4xXGeHn1GXMc0V6ryLspeUKDqWnbU8KEg/Lh0+bc+Pm/8S8aUO68S9KIa&#10;kvTapmlqBA+oozmF112S+hiACOCTb2s5tzYnGUMU89ciRSFUurKb3BYcFgQeD9fc1cnbHcNEbSIe&#10;JdINTUBpQ0HHzOPkesZd55W3/f8Ac5ksbQxxn1wa5/yU6P78fsKuFg/g74qr3PufGwplY8fSwz01&#10;IIXnhhWOOWZYElkWSc/4XP8AT2TrMdgbv3JuCrrKLcdBjsd56ifGYWrSJfvsZFUPD55qlgGEjqOS&#10;rX9X+J95NWPLWzbTtsUNztkktxQCSVThHIrpC+Y88+nQ82P2Q5X2qzhut5tDcbmeMlSArYoFXhgk&#10;EVHlw4HrZLpOyMVsHrrBbCo9hboanhxGLwG8NzbNHqwO5nw8OSqKRIIL1tTHE5Zi36R/QlrASsVU&#10;YnKUCVNVXUkGj9uanMi64p14kiBU6eGBIN+R7Cl6bnbZSgQ6OIYigI8uP+bok3Swm22d4I4zpBwR&#10;UhhWma5+3+XRLstXb/we6aigwm0Nw7mq55VqaPN1cfhpJ6SqKyU9bZYxIrzLJdhcaWvz/VLbuq+u&#10;aKhJyci1CSXWRhPoR7jiNyrEKWP0JsPZe1xHcYv3i8P5ip/Lh0U2v7/aalsHTOMceje9MYT5D5vJ&#10;08sCYzBGneGUr9rPXVsZHBZjOFSQJbn0kgeyuZaX4u5vKQUO8dtV2Pkr5ko0ytJUySUUckpVIpZ3&#10;Lu8US3uW/FvYH5hSYxvPtMcdFGFNSD8gRTT9mkj9nUqbJuW9WywpJEXAapPmB65+3oeOwNlfzRNt&#10;YTKbm6J7h6w3WuLo5clF19vvZS01fljSQtJNjcZnKSX7aOeqiUxRNOljwGKglhA31/L+64zmMXcG&#10;zdztQ0leY2pXaWeqpZllX0NHOrPEy6yL/wBL8j3FkXNcTrc/vLbGtJUfwiXwHqDUo2oAg+VFqDih&#10;I6EW487R7Ld2toUM4khMmpWBKdxFCmDxzTzH29Fo+Jv85zuTeO4d2dZ/I348ZPZ/YXXuQbD7jpMc&#10;n8PqmrIAVnlhxdfNGwhEcZcaPRYgqSpB9lO7B/lud2bciaqwUNJuKiVPIFoKgvP4XTyKzIqhhcA/&#10;7H2Ivpor0L9NK9SBjVq+wimQD5Y8vLpNs/u7ybuknhC/SO51FSJBoyDQ5OMdWk7K/mK/HHdLUUGY&#10;zmV2LVV7CCnXeOLlxVFLViZ4ZKePJs8lG8gK6gNYJX/Hj2R7dPRfYu0aiVc1szMURUm7PQVHAF7v&#10;qCHUvH4v7K7nbrm0l0NBU04VH+Q0/LqTdv3ywvwfpL2ORR/CwI6OZh94bV3DClRg9xYbLQyaSj0O&#10;SpKgMH/SQElLEH/W9lu3JjsnTyyxvS1kDrx45IJEcWe97MtreyWeeVAK6qg+hqPs/wAnQ1sERkqK&#10;MD0oWYMjWufqvBZTc8fVRqX6/Ucj3sQfyqM5HmvjJkcDuHMU+VkwPYWaho8PUyK9Ricd9jiMlSa4&#10;HkaZ6Z6h6iZODHqLEXK29pr28vX2O3t7KLVIZyCSCCiAoaAEZLksa/hahzQVgH3H2C0k5+tt4lRk&#10;iFkpoP8ARJdc3eW8tK6QR56l+fWqp/P03l2X1b2515muptn5TD5Te/WkeG3D2tj8fcLjI9yV+NyG&#10;1cflPt2ipszl6KppaeQCVJftZPSR9fdilCmRmnqDNkaSugNRMrQQxxsIoTYLTiVhdpY1OpgQCQTz&#10;yD7i/dL22s96vFbanh3Eorq/AEVqGqCa5FC1MMa0JpUcbVYyTcr2sn71SbbyxQx5GgkUJOOBBqKE&#10;+nEMBq1dy53YG297UdLt7pzf/V296Dau3s9jd357IvStuTLpN93Jn0pYpHoXopcjDJBFUU5Equh8&#10;gDoyCsv+ab19ktyfHI5Smx33x633Zi8xSvEGkmgwtdBUY+pfi9lp9Taj+lUA/PBG0O4LuG1pcW6j&#10;SrIzD+lp8NjTNDpVMcKCvR9yPFDtm93NlPJpuJomCg+iNqSnyIJp5149bIP/AAn/AO/9q5H5Gbux&#10;X8Walru9uqBX5bEVCU0MTdude5LGDMmjaAIkT57aE8NWsJVAZKecgAkj3rZI6xi09PMrFiQpAdQN&#10;TLe5Ujkqfp70Lmo1EGp6lSSJGPW4F7X22DkIKDN1+DWaOvakjxqTUsTPUqmQmVmQLGpcFhCwvb8+&#10;xHtd9ewWG6XViX8UIkfaCWHiMB5A8VTPouTQVIaFhFcYZKimR1xZlXljb/fc/wCwA+p+gHsbdrbe&#10;3ftzC4+sqaCp/vTu+ploZskY5VnxWHnBeRpnlRDDUSiAs1iGYMn9PcscpW+5NY7XMbNjvW5uY9ek&#10;gxQEVDsKYagPlwIr0mO2W1kLpoQFp+wn1H/FdNzT0dW7gyxypSMWdQ6G0iKG1WDamW0luBbUCPr7&#10;Yt+dp0cVVPtzbNRTxzYu9JUVtQAXkkj0xSCnd9RCB0I/1x7GfOPPu2y3x2bYWRTbLokdqFmZQFbS&#10;ScUbBHqPQdEV7JewljHGdPn9nWeCDl5H5Z2v+foP9f8Ax9hTidn5vfGQCiKVxIGMmRqy4hTSSwVZ&#10;AoLEtewUH6+wLt+xX/Nd99LENcjCpaQ4x6kVr8hxp0mhWd3Djt9a/wCTj1Jd1jUk/QC/H9B7Xk3W&#10;2ytsUrjO5xa2sMTCOjp2ZJFl9JusQckFWT6tpB9nG58gcv7HYyy7luyte0wiAkhvTSBX9tOjVpre&#10;GImeQk/l/grX+XXBZGe2lCARcFvoRx9NN/YIVe2qSR2MaFVI1qyt9QzWF7kG/PP4tze3uI7nZ4tT&#10;0UlQf9WK1r8qV6SwbnI1BF/Zk0HlX9v+WnWW/wDUEW/2I45+o+n+xt75U3Vm78mW/gm09x55CgcJ&#10;i8LlciPG/wCl0NFSTh1kP6SCQfx7KWsCNSrCZD5qM0/JakfnTpRJvtlCB9ZfQQitKs6LUjBBLMBj&#10;h1GnraSlXVU1MFOv1DTzRxBha9xrYE/X2oMV8XPkDuWSOLafT/adRNJKEEZ2VuWCESFrLrqKvH01&#10;NTRcEl5HWMD6sPaNti3S5r9Ftt2zDyWJyB+dKdI73n3krakJ3TnDa4IwKktdQD7aAvqannpBpivE&#10;dN8m49vxX8mbxCaRd9eToU0D8Fw86lb+zS7M/lcfMXedJTNk9n7Z21FURowj3RunHPkjHIQil8dt&#10;wbhydO4JBIeEFb829msPI3M8tslxJbRRRlAayyLUAjzEfiEH5MAw4EA9RdvX3l/aHZp5YY95uL1l&#10;rm2gkdD8xK4jiYeYIchvwk1FUhlO3NgYiBqmuz9PDSp5fJVyAwUcYgRnkY1tV9vSOtlNijtqNrXu&#10;PfeR/kf/ADNyImrKaLrDHwyTsi02S3vXQylVLKrxwx7cmnWJtNxqVWsQbWPsr/qPv80jaI7anrra&#10;h+Y7P8NOnrX73Ps/GLdnvNwwlT/ixP5Yalfz/PoNqj5YdLx1i0VLnq3KSsL68XjpKmmXi5vVGSKn&#10;IF/qGI9pg/ySfmNRLPNUv1cskUyGKOm3blZKkSH0pNCU2ypbSx4OpbfX3V/bjmUo0xgtwQfKVSf2&#10;dL/+C49nLiRYotwviGGT9M1B9vdX9gPSlpfkH1nVhSmTq40ZXJkqKJoIl0IrsjSySBNel72BPu6/&#10;4e9ZfzBundmUuwe1n6t3hicRPHBgavKbuzEWXp8aiJDTYySePa0qzRx6QsBZi+trKT6V9qIfam83&#10;NDJzBBbeIqhVlWUrIFGFQ6UYFV4Coxx+fQa3373Pt9Zw+DsFzfSI9S1bdSM/0WlU/wCCnEjFOqTv&#10;nT/LB/lt/N7sPI92bgp9+bL7Vy1D4Nwbt6o+zoINwy02pxmdy4bIxyY6syscPFRWL4pJ4I18rMU1&#10;+7Qcdjs7JDHLlqPE0xMUYlekqquQmbSPIhgqsbRsFDk29QNvwPYc3D2Dnu9SWu7qtDqVWkkZST/E&#10;FjU0pShznqNtn++VtO03Us13tzSq7EMEjhRihFPi8WQFsfwr6U8zQl3N/IDyeRdqDpbtbMZCWlMo&#10;xOP7AxrU1DUKxcwpPldv1mX8AqI4yeKd0HFhY39o/NYLLZKqOidKemeSNFfyhiF5H6ItUlrn+nsl&#10;v/Zrm+FPDhiWREFOxwSfsB0mn8/l0sj+8X7d7lNc3s80gunYlRJHpCqadtTqXiOCkfZ6Dv0p/Lr7&#10;z+OG0KDH5XqfF73z2MppJKltq5Gkr5MlMdMwdRXri55BIkRYgxlv8fwXHE7YbGUDUE08Ve8tgwin&#10;WaRVABYMiEuo9X59hbdeQuedlhs425bupoqsSUQyAg046NXUz8ke8XtVzfBulrfc2WFlLRSkc0iw&#10;qaVyC+kE/ZUdVgfObpb5nUfcuH7ewHxY7f2zRY2oiqY8ngtgbgzmNiraenSnp5ZazEY+upVf7eP6&#10;ar3vxbn3xqsFLj6KY4SiWKqlBDvJqDWHKllYXsG/BAv7Csuxb1axSTw7JNbTg4Do6t88MM/lXpnd&#10;Nz5Zs9z25tv5ot7uNX1F4Z4nIzgDSxoacDx+XUHrnsXsftTcUdJ8wds9hUexaaKOOjwu5Nl57C0s&#10;wMUktXP/ALkKPGqDWJCFWT1AhuDbn3gkw+abH0qfcquRQBp55QvjkKuGWKzhfGBbi39Peku7wWao&#10;s6pOrUY01KTQ/sHqSB6efQsv94uJYNvnhnaXxCxC69T6eCnvqCRWhAznB49BJtrevxkxvd3ZqZHr&#10;+qi6nqCcPgKCinrcbU4y4K1VfEsct5ZSYZXQyFNLMh+vHuZLUJjqSE5SWAz6dLlDpRpbf7qWwJuf&#10;9ufaPx1RQ73SgseIppJ86U/1V6F1jzGlnY7bZ7tZmTctDGmkA6A1asBRQAopjPnStegGHTOS7r7F&#10;3u/x1o9wvsKPJzVFD9/VzO9JQPFBJKKmrlnZJz9yOOSSAePeRpqOtPhJWYJoLqwuqkglbG4Nm5/2&#10;3tNZxXdsJbqzmJZ/9giv7epJO5Wd9tFhcbtb6LQ5UAjgfT9nQBzbO7E2BnJ6mhmq6LJVEtTQRVEb&#10;zpVzfazyQVHGtgkKzQuC3+0ce8VZi1qhFFFUy0caG5SFtPk/wJbm1vx7UJdXptKXruXLd1BWvpTh&#10;/OnQN5ksbK/uTJslzFHbaQNMgrpPAmn51J8vLoWeku66rrabNZfeOxP9IeUqEkjoZspBJV02OA1u&#10;G0yRSCQI9ySSLE8e5AqKVJ1x0ksLsYQmhrGUkNb1Acjn2guDF9TA5KrdFa0GSR51HDhxFegpY79d&#10;Juj7CZTLsigRspFEL6MEfiND/CDnpTZHpfdGS6qyfyDxG1sttvKQbgqc5FnaSX7LFU9DWVkQEdLT&#10;hhaSlM/ptq5b/C3vsTrG3jZEgSNtMLelfRY6uLtyS3Hs7iEzWrMVqgIoB654DgP2np7ZNsu7be52&#10;mbw7F3bt9A1aEDjT16S29J6DO7Vx9bQ5DLbt3U8NJJlaiaGZ4/LHIgenSaSZg7IPoFUf4/j20UuE&#10;pxkTWgNNMz+VCZCVX1kkgEAaiD9Pb5vUKsfD0uMMTxrwNOPz6kS/5YtYLUySXqtZ+GWHlmlaEmhy&#10;aD/DTr1f8m965TY2O6+WL+F4yiijw88S4+NamripxCrRPJHIXZY5WIOtNQ/Hq59vApq77tpJplWk&#10;0qsUQJDlQP7Z0cDUTYX9lRvLtLyJllrAMBR/h/1HrH3b9g3beeZnn0O9styS7GnhBQxoqmucefz6&#10;MduDtboPbHxyoNrYTBVDdrZDHhsjlah2nWSoqIdLuqfcCojdY3sVYEAj+tiOU4acxx3RtD3ClwDp&#10;VhY8c3v9PauFxZpc3U+vS4NagcSPt6nd9usr4w2cKL4qODxyDjGfPHRFMBna7a38Uzfly1BFksfU&#10;07NDTGOOaaojdDF5m4CSLIBwD9feCSRqOOR5X8zlikanSbFr6bC4UgD/AB9mlhc3G5TWUVldMkRc&#10;Nq4UCkVFc5PDqkHJl2JL+Xd1QW6g0/Ea4OVoa4NMVz6cenh924/cE+3MbtQVOInREkzFaJjDHLDG&#10;6PIHeRmRG8qjSLXZrC3PvnjtqYPeci43ctDSZCPUpVJAf2nCvKEBhZZdSpf82ufcmcr310eaLWDb&#10;tw1RiRlkVwHFAGcmhpQ4IqK+WOsQvf3mrlzlvlnfhaQE3ECMxZO3NABjAOTk/lmnVwH8vCq+Wu0+&#10;8uqqvpDfu6tk4rfeWxmJeDKmevxWUwU+dgGUnGKyNNU48meOm1pLCiutvr7EeogpsXTw4+ijWCko&#10;40p6eJQFSKnjRUijHLE6Av595T2gMnexr186nNm7z7pu99eymrSSE/tJI/w9fR52/Ry02KoY53Et&#10;SKdPPPc6pJ9CLPIQQLGaVdZ4+p9h5uHIGmQ3a2tLr9OQ11v9foCD7FW12wlNAvA9BCO3a7nXhSvS&#10;jiUqvP5/4qfYJ5upRnSpVmJ9PoFv6nk8+x5YRMF8I/D0OdsiYIYSMV6yeyj/ACXw1Nnets2tTH5Y&#10;EqKBqiNjZfC9bBT1RcA8xinmYn829g/3k2xdw9tN7gZK+H4TfkJUqfy49Zs/cv5iPLXvdy2QwBmg&#10;uYxXhXwTIg+0vEtOsM5Kxlh/ZuT/AK2lh/vZ9kKp6qn23FuPFU1LNG1Hi6fPUqh5EWSGmlSkDKxb&#10;QrmWVRp5tovyPrgdZXUO3puaIGDxhZRUHJUkY+wMK+WD+fZjfpp9/m2R5bmsbySW7nGBIlaf8Zb+&#10;VPkwRq0zUc72Zlk+3Oi5K2I1ar2+q/T6+zQ7Ly393cltHcwqHOK31i4XamiBDHKQQpPJGjH0j7ig&#10;qPQDwJYz/r+5q5b5p/d+52d5FRbe7hUFRQgyIB60+IE0/wAnWJm+8pjftt3/AGCaKs1hI66jUEx+&#10;IyitP4GFf9Kw+zpmyFf5Gr6eDxxVmEaM+ZbnTTymwc3FyEIIfjgN7FLcPYTYzdc+XwNdE2Hyu3jH&#10;5ovH5oquDEtKHeEcuqCGzqPq1zb2Lt45p0bvPuG0zabaSE48w3h8SM4DCpArUY6jzdfbgScj2lvv&#10;cFZ7O9TsNdJiaYA5wchsGmOPTZtGsWvkqopaVqGrNVVzvEwsp1zatSsC11by3XgcA/T2qPi13BDu&#10;RJtjZHJy5XcFBhEyDzVgRaquxtTIv2lajAgskMsoS+kDTYe1XtNzuvMW2ycv380h3qxVZFaSmuSB&#10;jSp9dFQOHCnHqEvvTezo5duLXm3abGKLY7uajJCSY4plXvXhglRqArknNOl1dgFdxp030k2shDWZ&#10;H+hDEG4+vsXt/wCTxu14YM1nTHHj6Ketx1Y0jHxLTV9Nr8cxuF0MI2Jvxx7Enu1JHFyxbbg0CsIp&#10;kfIqAACrHjQdv7aHqPPuwbbcbn7p2vLUskgN/aPEV4VI0/tFB0GfdOI3HnOusmmzEgfdFFVYvKYG&#10;WWNJvDX46thqFkhViR5dCFeR9GPsIevuwsbubGV1K2mRsPVR0cEcw8TTQQGap8yBv1iOKJSTp/se&#10;ni9l/I/Ntjv+xallBnj0VSlKUBdgB/Rp+ynRD7z+yPMntbzBepfW7RQPcMEcGqlXBCGvkDwPmCfz&#10;6FTHVhrKOjmdDHNNSxSzRcHwylE8sRN7EpIxHH1t7HHbxhxm0d1QzXEkxesoyZbBR9mxi1AsfUY5&#10;B9Lg2P8AsRTaQXEExcRhdMjsQM4dV0mgrxpTqFHmM90qkVUxqjcOIJx+3qRKjNJEw+iG5+v+8cfX&#10;2UvcMEeT2LTSx1VGK6FrpTSzxpMzNXSyoviYgj1Enm1vz7VbSZYbrb7p3URiuCaNprhqHgB3Ek04&#10;jz4Txs3Lm82l5Pvxs2bYiaM65oAoQkj0qPKvHrsVERm8Fz5NJa1vwLc3/wBj7RtJk6nDYbF4uhqq&#10;KOaWHz5HXKoaoFVaJFpBrCSMzznnkWU/09+3jmCCLc4reS4XXI3AUqV+Fafma14U8/Lpa+ztvF5v&#10;G6yWUz2sBADBTSOhNPE/h4Uoc1+XWb2vesO3m27PEuBlTIZGHCV5+xlIEheTcbwCRXcBIQZIyAbm&#10;+kn8ewkN7sr+F4bG6WRw0zlPVfHZa/t6lvl7kG6i3GzvLmIxWtzbCslcHSiuKUr5MPzr0guwNrYn&#10;eOBfDZosKGSsieYC/rCpKPGxU6grI7f7H2H3fOczORwe594ZCMRTtTl56bWjyVlQI1YRUqoWMhNW&#10;VUiwNifYF5juRsuzb/fTSVkMAGnycip0inkWP7P2dS/7We38O285verIJJLySNYmAI0AUV2PkAy0&#10;/Z1n23Li6CixW28UrGmxdJHTU4A/zNNTKkUKy3a4bS3Nr8+yH7YqctXbPeuqEenrdwzxz1STxrS1&#10;RVpV8arFJZ/EI6djfTYagPcJbKbp9ge6uVIurqTW2rBNWAU0yaaa1NKVI6mrnqys4+ZrmK1YOtko&#10;jShxRfi4+rMelt/xv/eOPfJtpz57de2dv1bzRUskFLlciquhhMEJMssAlRVqNDRSKjBiVPFvz7D9&#10;/tg3bebHa2Y/ToRMw8tIAqK/MgV/LoebTvNvyh7f7tvfhoLs6oovMh3AC4NM1Boc0HWISakLgWAu&#10;OfrwbH2MPYVRRpgqHEWYzZStrcwkaMA3gpo0pqFdQOhFkWN259Nm59pOYb6O9neKDKNIxAHkB5fl&#10;To05Q2q92fZbG7u2PjvGur/m4aDiB5Ba/n+aax7vXZ/K1KlWpqCCLFROL8VPk+5q0+nPjDop/wBq&#10;B/1yIfxGoMbl/wCPLTeOpmpc5X0lTWQytLE3hgpfNFd9K64pwyEoukFeDf3NvsJBafu/ebx1DTxX&#10;JSor5hRj9h408usMfv379c2txyxaKSlobKOTSaVZ2aRamhPAAEZ889Km3qv/AIW/3n3Yzjtt0mGx&#10;FbVyrppo4JZJDdyxuo/QtuSSR/T3kldSSraTmn6fhMaefCo/wevp1zI/eVxvm9bdZKdUjyovyANe&#10;J+wHrxIH19tmxMitfU0sVIs+iScgzSBljAMhUIFIOkLGbE/X3GHKyXv7wSXRwck+lKE/z8upm5y2&#10;WxsNmuAXRnSECgJORQfLPUTU3ksR6STb/WsSL8ezEVMSRRusa20oB9fyOLn+hJHuSYWLkMx4k9Yf&#10;KxaU627dRp8s8Opg559sn3WgkObWBte31/2/sw8EPpYDpesGuhXh1722Tyu5tcMtjY/0B/pxz7VR&#10;Ko4DpbEiqPmOve+oFupUKGY3tyf99bj36Q5r5Dr0hAIJ4de9+FKGe6DQB/Q3F+Prf/X9+M2hKHj1&#10;43BCZPXvbgsTRHVcFtJBNz/jb8f09pWYNQMOkjyB+38I697znUqjUt1+oN/of8bfj3Wi1x03gmi8&#10;eve2+eljq0IZf1cG5t/Xkf7H2pjmaErTpXFM1uy0PXvaMqcK0Bnl03UGwIJv9LD6gDj6ezyLcBKE&#10;j8+hJBufiiKMHNOve0Hk6YuZEdT9fSebj63/ANvx7EVtLp0FD0K7KYIqMpyePXvYcbg2zQ5OCpjq&#10;Yw7PGyglmF7fQG3+t7FO3brc2jxtC1BWvQ02ne7qylhaF6AGvXvZRuwdsvtmq0qL005LW1MdCabg&#10;DUB9Pcj24h5lsnZowLhR3N5kedPzpxp1kLyjvY3uLWcTRj5Z/n172gYqmelo0eglJNyWTi36iT9f&#10;9f3AnuRsVxs9j9VY99whoSftJ9OhY8KTXDC7UgEceve3yj3BWs8E8MnjlN0kja11LDl2Iv6ST9Px&#10;7gt97nuVEsg/UOGB/wBj59Fc+02yrLE4qnkR59e9jBtvc7VAjhq1RlI0mVSFIKjkFzay+1/iruFm&#10;1saK4QZH29R1vGyCHVJbMQ3p172rUEuPnSdG0xzC/kW5BuXJ5IH49ksN7d7FeM0b6RXiM/lmn+od&#10;B4mO8ieN/jByPP8ALr3tXYWeKxqoo7gOLn+jfm/1+vuWtt3qTe9vpM9ZkxmnD8ug7uUT/wBg58uv&#10;e1fVUH8Qp0uoZUIkZQ1rk/69ufYO3uxSZZUf1PQet7n6WZwvGlOve05li8aaYl0NBIIze3EaFmbV&#10;a/FkP+xt7gXmNHjup1Qd9R/I1/ydHdiNTkyGoKn9px/hPXvdlvxyyUdZ1RggCjLS1eRg9LAsC1Qe&#10;bA3A5vz/AF9obgO+0bSz/FRwf9q7f5COp79lDIu37/akd0d4afYwRz/h61S/5/G1TT929T7nWK4z&#10;fXz0ZclrPJhcxkQVP4AWnryfY7PpdeLn635HA/J+v49khj+Knn1OschjNTx8v59a+M1Crt6UVJDb&#10;karfVT9bBx/sCP8AeveLT6fSRb/X5PH+sB7sEAyOPTizFj38euLUbQ3U2N/6Fjz/AFuRcm/9b++M&#10;kZKFfqGCng/7cc259p5oWdCnSi3m0TpIoIIr03VNJK0TxAgCS1z6uB9D/Z5Nh7wQRiI/u8aj9Rzw&#10;rK1vp9bX9s2NgIFbWRqrUUr0q3G8NwUEIOhR504nj6+nWHDYt4/I1Q2uQudJ/Col7fWxGrVxxz7k&#10;MYiAV/AHqB9Q/HINuebe1rRpktgdFsTzBuFfsr/m6c6qlUo5e0YKsTrKf0+hBcLe/A5+vuMJo+b/&#10;AF59RIDMPwpAJGkHkf6/tMJLaGuqUDoye2uJVB8IkU4ZI/bQZ6a0lpYbu0ixKzMQzqqEh3kPKh2D&#10;R2+pv+fcKpqIzKWJvyBxzYqPobXt7D99fQeIGD4+z/NXo+23b7xoPDEX7cf4ekrlstQRzCQ1KAL9&#10;IwdYUj8i1yiW/s/T32leEF0HqtbUSBx+OLjn3qPmCKFQgX7DT/P1aXlieaQmQ/lXrFDvihooYlUF&#10;gzM7tbQGAJA5XSbn8ag3uLJkCWLFgOf6j8eyq639RqdpQFrxx0fbfyfKYo0jR6jyAb/MOkrluxqG&#10;KeaWWaFBqUoWaKwIAdVGmRixEig2/Vb8f1gtk0FyZVA/4N/sfx7I7jmy2QnVdhfsp0K7L243O4Ch&#10;NtkZz6A/5ekHku58XA0pNdBEhTSCNLEtqDAWUsTcL/t/cGXMRJzq1H/C34v/AIj2QXnPVktCJ2b9&#10;n+fHQ+2j2R367LadtKU4nNfz7fL7eg9znyGxKKBDX1LHT+hbopIABGkMVUE/8V9w/wCNLf8AH1/3&#10;i3+9+yj/AFwbX+F+P8XQy/4Hnf6V8P8A0Ovw/OnSI/2Y6C/+cm/ztv8AOJ+jT/r/AF9//9C8RFCk&#10;3sbkGwt+Pp9Pz7y9t444nViwJqPP7P8AL1wkuZHmRVXGDX7DT1p8+BJ+XVdVNGsbO7DUGbhgWsdP&#10;6SCDa1x7dAC7Bv8AVoSf6Xt+f6Hn2JAdUNOIof8AY6CGYpGB8n/y9CetTHPjFCademNNXBuHEjyE&#10;KSRYEc/0uPba5sfr9PqD+ebX9hWdmWR1cHgMcM+fQtgVZUVgOIr/AJegxqmeJpI5LkI1nAGkmxtf&#10;0hSo1D/Ae+SKX+hH0v8A1t/r/j2ttY28IlfhyT+z/P0xcSIp0tg4+XmBx/PqZSJI8epQWViQPTdE&#10;AikbW4tpFyPqfrb3nWlckFiSv1HC2P8AsVZj7MltqmOUn/iui2W/REdAp19PseM1yU88sv7LRhGE&#10;aqZCp4IAC3N/94952gBB0hQ5XSRf0lRzw31LXHPt6eHWp8PHSK3vHOhH+DWD9nrn7K9ONdjVZDLA&#10;tisTABSx1IkZYRhLl/I30DH6ngc295FTRCEZgSyuGvYWFvSv4/N/8T7ppYJSQ1XrbyCS5Z4xQ0/b&#10;lf8AJXqKkUkNKI6hw4TkrYLZAdK3tpYfS9xqY/09t5UEXsLAgMWbSATcWB/I4/3j2XSRAo0ifERj&#10;/P0dxy6JFVqlTigFfIf7OemCSnEsbOoKsBqABOrmSS3Gs3AW39fryFNgckMREiswAUL6dNyp+v1/&#10;2J9qbaB6qznUvl0iurpBbuqV1Fvz6c8bj55ZUZ0BgCCojkIIX0fVBxoYuxBAN7j3IksWFgb+kHm/&#10;HP5X02/1vp7NBw6JMgCnDoRKIaUAYKt10myqg03vbgL/AFPPvmFJUfn8j/YcfgfT3avz63rAWlMd&#10;Nk+nzug0ofULWANr/TmxJP8AvPv0h4sSLAcfQc2/qPrz79x68pBoRx6kUtOVeIsrMDJe1mJtqiIP&#10;Fyf1Mf8AH3GU2FhaxPH55/wJ9nC3zW9s0aVDEU6StCs0gYnK/P1/4roREyVTicY8VKAfLHMHcWZg&#10;umXxqqtqF+R+Afp/X3ykGkBdJH5P14JsT7KalmBPHpYnw09OkZFJLPUySFybswswGoqGIA5GoG3v&#10;DGup/rZfUSfwOODf8fX3aV9EfcMdWoGIA49TcjWimopE0kFtLXItYDk/X/Vge8rAaQyXN+eQPoBa&#10;1xzc/X23DKHUEMKdekj0NoYGvTXg8mK5GZNQXWQFHBsCSQLG/APPvg9jC6kWt6rn/Ej0/wBOL+0t&#10;+uu1uB/R6WbYzR39s4+Kv+AY6aN3xLPjK4IRo8Up+uoHU1ydRvdbH+tre0vAfHWG4uGYg2/IHIF/&#10;x7giwJtuZCCfiY49esm97j+v5KgIqJERTXOOAqf8GeiB7YmON7GKkArUVU8KKEBQWMnpVSLX1XH9&#10;b+3apb0p6VB1H6fW1yFJH9Le5Q5k0LDHEFz/ALB6hnlNWN7I7P2AEVPDiMenRmO01jgw0EEcVnmj&#10;jmsqnWriOOFbj9Q0CUkj/C598qWNXuWDAgA2IIFr/X8cey7YIdcUg+XSrmid45o9ByTnFemTrmmj&#10;lx8yOpdl0r+pwb2a/wBCDYke8lQ9NQq1RVTJTQout5JpFiiRLn1NJIVVV4PJNvZ6u2SltRNEXNSM&#10;D7T5fn0HYrt7qNookLyEYAFSfsA49ChidoZnN5OkosLjchkquolBgp8fQzV9S+oiO0cMN5HJYgCy&#10;nnj6+ygd5/O7459Cxzpu7eMWUy0CSMuB2ui5vLVEqAlY1hpJHCCQiys1lv8Ak/hndNy5f2FQdzv1&#10;aauFQhieJwF1enHVTqQ+T/aDn3nAK237d4FozDumqpUE0r5/tOPn1aN8fP5Qny179p8VnI9r0ewt&#10;qVPiLZ3f01VgxNTSFg8tLQLSyZOoMTC+qOB1NrHkj3WvvH+Z93D3P97tzozouv2/gK5Xgk3n2tUj&#10;B4+SkZJEk+1xFJN95WsTYkRzFmS/p+nsLP7mrURcvbM7n4azEAEHjQKa8fn+zrIfZvuxbRsKxbhz&#10;bzD/AIxGysFiIJqDUGmO3GScevV3Pxr/AJLPUHROSxe9+0+yc3vvduEqUlosftOkGLxVDkFczQOH&#10;rYa+sqRHydbxUyB7Eso+gdbZosPSVH8T7s3q2YklZ5X211ViX2lD5mcSmKrykDYrIzw2YqRLNp5u&#10;ePYx5ah595jlhbc18Lb8nTH+j9g8QcflqJ86ca9HPMd9y9tNo238sqsl+Gp4k7F1AoatTUc1AwrA&#10;fI+Vkm9oO48vh2xnRm2sRt/ImWOn/vn2/kancUcEURZddBgKYbhiZy73EienT+oLx7fN0/ITqnZk&#10;U0PXnX3Vm1GX/NZnfDf3z3FcrxIYKRqpHf8AN5awqX9ydHs9taO0krWcRAFGbVNIfWvEV+RPUYRL&#10;vN94Zvt7vJm/EsFLaP5YwSPyPSV2/wDF7tTcyJV96/IXsndtUp0fwHrepj6u2lFEQCY5abGpR1Vc&#10;GN9TokD6Ta9/Zbdx/JvF59Zxunu7f0lILiTF7DocZs7HspB1LF/DZWqWQC4HqYgfW/vyWuyNqa93&#10;y+aPPbGqwr+Q1H8iKn0HRuRdWwRbPZ7bxRkPKZJGJ9SWVQaegPQ97b6E652hGv8AAOvdomqQAfxT&#10;ci1e68u78AyNks39/XBmIubSj88+03tPOdRb3r2/gOyuw+wKmJGeSfd26MlV0Dsl3ZpmecIPrqsS&#10;Cf8AYezPZ9i5RvJD+7dlubyQHPizEr/Mgfbx8uHRfunMG/2MDrdblaWsZxVIowR6ULEmvpQ5+fQl&#10;Q4vJ0kYgircViYAoCJjcNDGEVLeiLyzyJ6Q1h+3wPZpsJt7Z1FiEqM1U9U9ZGSNTDj8dtul3Bm1i&#10;YK6moqTBMVnAsCBIz8m/F/Y6htNrsYxG+27faVWlI4o5HpWorLQ9wPHJPEefUf3e/wBw8hK3e43b&#10;AmveYl1UphQaUPy6R+Vqc3FkBTYnbm5d1WLyzV1bmKTC42N3X1RwiRoZHiuvEaw6FIBF/r7C7dfX&#10;23txVFRHiPkPlKSOTyeOGDBTUlGGbSSkKwOVWO/A+npH09lVztiXJYQ8zXSRnyXtA+QoOHRjb81y&#10;2sEPj8tOxpx8RdVPngEn7T+fSmxdZnig+72XDQsCLeHM01VJpCg3aSWlprte/AZh/jz7D+D4vP8A&#10;dR10neGOy8TpJIn3slfT2nvZFkUwOoCj/Egj8ey9eV2WZHO/SywgcG1sCfmKU6bu+fBOPDh2SWM1&#10;yaI2PsEn+Hp3TNVRDeTC5CJlfRYmmYMLX1KROLg+wgz3xV7Jq8xVDE9g7TrImlcxSDL1VONI0sPR&#10;IkQRfrbhbn2Wz8o7nPK5h3C3JrxJ01/zfy6EdhzzscFsnjbfdAgZ/SY/5x1LTJxePySwVUJsCyvE&#10;76STa1oy6nn+l/cGn+J/yBp0Wpx2ZwNXJGzkCLcVnYRu30SVwND/AFHNjf6e9f1L5kVDLC1uxH/D&#10;B/gNf29KDz/yg7aH8VCc1ZXFPlQD/L+XXA5nHhiHaZSRfU1LU2te1gTEyj6f19zqbYXyX28lS9Vh&#10;Kipgx8MlVLJT1kk2qOFdbhPAxIsqk/gC3tlNo5ttmLi1bQoqaMSPyCjj8+nX3jky8CmLckEjGgFa&#10;V/3qg6lJWUEgAE0A1GwUuikn+lr8399YTvLNU7CDLz5ahmUhXpcjGtXSauQVaCqEsPB/Fv8Ae/aq&#10;13xpey/jYUxRgTX7Q3TdztMY77F1B9VoCPsK0NfsPXOSho5gddPG1/zYqR/iCCrKf8RY+zDbA7mf&#10;HZWgy9PR7d+8ppllhqaCEYGVlICus6YuSjpqkMpOpZkkRh9VPteYduugHghhSWoIICx0PDgukEGo&#10;JBqCAagivRaz3yaojNIY+BDktX7NdSPyp0iN3dc4LemEyG3My1ZUYvJ00lLVQTS/eERyMv7lJPkY&#10;quaiqYfrHLE6uh+nu1/Bdi7M3Jt3HVC46fIZKqjhNfiaKKGsolaSBJJGlirf8gp4ZJmPBuD9Av8A&#10;QI79zRtdvF4EEc/1quQUjPYSAMkMNCqSThjkjCkA0GGz8pbluyIzXccMIQHWxKsfmCg1NTAoD1rp&#10;9rdK979Wdq7oipN1YLCdcUj1T4Ldu58jmsTuGKlpK+VoMfSy7eibLZirSjRb6YQFYAs4OkMrMb1t&#10;jrf3i2bLkdk5adDIDgKr7SieYN5X/im3mepwmRiDAjQiQswNgwOoeya5ubDcLeCOe3EaOtTjAY4q&#10;UIMTUPAgrXyIr0Jo9s3Ozq6yLM8A+McSBwCuFElaZIYv6HGOiB9p/PWhTMN0V8odvbJ7+69Lmhan&#10;7L29HuSWDGV8s0MM+B7BjpKbemzq94IA4q5jU+JkXiwKFRUnY25NoJDF2NQR5ChMogG69t01QIKd&#10;QHIfN4WQST41iALtHJPESCA1yF9gHmPk+KKNru2iVYznWpJTypq/ErHPCqj0HmN9i5ge5rAzEPQU&#10;V6CQkVqBTDgmnA6gKkjh0Svtb+WF0J8knq8/8Et5z7K3ouPfMydA9x7ko513CrMTDT9W9iUv3FHu&#10;BzISv21cKeoXUGbRDcoM9PXUeUpqevx9XT11FVIstNV0k8dRTzwtezxTxeiRTb6j8+wjbwPaIUJB&#10;qmKZBpwINMj0Pn0JIpRKBKoKggGhFGFRUVBoQaeRAPy6pO3NsXd/WO6dw7F31t7MbT3ftqskxmd2&#10;7uDHz4zL4uvgI8lJWUNVHHLHKgYEG1nUhlJUgnmW/dIvwP0/T6D6e3CAbcErk8el8WrTrB7Qek/K&#10;qCjjMi3LNyF1M5Y8euK9iv8Arj3wjgC1HlA5ETKDcmwH6Rzxfn8+1D3x/d5ta4qMf6s9JWhH1JmY&#10;gLQ8eno7hqG2qmCV4vEuRjqFhMi+l7sZH8V7xgj+gA952Ok82sCP97t9fejGZYCQe6lR/h6ZhPd2&#10;8Dx6bmiNRSOHF3kjIUWOq7sJGVCLMTq/2I+nvnOivCbC17IFvyWk4uP7Rtp9zr7LXDwWd7Z6GKGT&#10;WTTAwBQnyJzQfs6x994V17ra3FasEUfkMn9hP+Tqwz4HZSpo483h44tRnraqsEhW6wssEcahxa7a&#10;xAAoFmv9Pr7b6AaFnshmeQnxRqxuwJv6rfoIHP8AsPczcwLHJFbyXF4be3iYMz+goRStPMkDFD1G&#10;e3SmNtKAajxB6Pb3pTxZH+7dTW5NMLhMIsBy2VkpwGSdooUWAyx08tR4qqapIOi7WN/oDZzhTxo0&#10;bFSxia5Sx0k3XT/W6ng/63si8NZ51eJX8IShgMg4GGNcEVzQZ6X38haErQA6TxzXHlTh+fQD0uib&#10;PRZOginShiz2PyVNEwrfI6U8IcVBqarw60fRYaRquwv6vbNLShJUKhW12jfUdJBVrkgf1J/HsbpM&#10;WUg+WeoZu5G8Z0cEaW4HH59XEbJzpyW3y1yixLSvEkKrMPJ9tGkySErrX9pxe6rb6/4++aQKWkAX&#10;SXRyPrYG2ki30/ST+PdXf4GbNCOkMknB9Qr0/T18ka0bvKHSCqgS4CAFdWsaCoGlfIovawv7bfQD&#10;NEWVNUMguzD9MYaQn1f10kD/AIN7UGtY3APxD/D0R3oJ0mhrXoyO3GdoqGqRHfxzU11VWYnzsisO&#10;L/pJJP8AT2hoz4ctSSIzM5cgcCxJ0gi1rE+xESHs5UI/D/g6SqSY5BpNBT/L0b6rjhrdl5OKousa&#10;0hcmxBRY1LRng303v9eDbn6e37PZBaHWHDCTQDYrcWJ5uT6rgey7b7cz6Sp7eg/Pba5MDHUXpqgl&#10;y2IgVGRoaWZ0DKSS4urKfT/Uk/4e0HDWfeeokMGY20jnhjwR9RYexE0HgClaHpLJEYO0mg6NU1A1&#10;IkaBTr8Y0gh7A/1N7mwI59xKmM+Oo/oEJtzyRqt/jx7eiajRivEjrySr2U49OlGreWlR1VCzgFgT&#10;z9P68Cx9gDuP7g1NTAiF45ow+k3uty6OBxz+DxyB9fcibb4YjjlrRlb/AAcOhNYiP6czPhw3njz/&#10;AM/Q7YlUSOmmDKDEQL3H1VLA2vb68+w9raF4vQ7enx6VCgNdfzY6dVwf8fx7E9vMj9wXIPTEsqvM&#10;XPxE1/M/y6XNNOHQFQQb83Vrk/quP8CW9ir1Qk0edx8cbiNauUUrSlvHeMqJGBIsL/tf6/HsH85P&#10;E233TuCTGK4znA/y9GNqGlVIVI7jTy4VyR0Xv5JZChxfWO8M5WUf8QG3sLVZiGjEYmaWqpoW8QEd&#10;/SxdgNZ9MYYk/j3bB11Bj6WiMLyeVpaSNkknKyN+4GUpGJAEQeoG9+Lce8LuZ7q7kkSWaLQv1BWg&#10;9K4qR68PmTT06APuLy8zOv0rawpHD/MOOetStflHvbJbugy+fxeN2sTviWhrKfGLJFRw0jVcH2/3&#10;6wSSCVlRSGPBZpBcWsQGO+OncLu3INmk3Xu/b2UEU9OJMHlIoqI6SS6SY+rgqKKUEIAzMt72sbW9&#10;mMW6bhoihEkiRqBTw30/yowJqeJU8KeXWPlxfhbiW0ewgbS2TIlW1Up8VKgU8q0rU062Wul+59z7&#10;b2ZiaUYvCZnBTUdJVYp1VllkoMkgq6aokrEmmlk81PLqH7ZVVYC/B91s97fFrvPb8sm89q73r+zc&#10;VTE1FTga4tS7ip6aWV5Hkx9LGxxlYkKv6kj8UpIP7bACylt93C0mjnkmkuKHK0AbH8IWlQMEmn50&#10;6mTl3ZLPcOXy7bOkUTsVDodVGA8xlgCfOtK0HnldbX/mC/HzIdxSdDbmzB2Dv37JKmjkzktJBtfI&#10;SCzNi4Nxs8EFLlwrKUpqiOISrIojdmOn22fD7K7jHatLV4alq4NvZnDZTG7uhqaOoSGCpo6WrrKO&#10;sLsAafIRVsQhsSupZGU2HHsv9yt82eTli83MTmKACkgB0sWUjh5sS3bpqRgCo4AY+1Ww7vLzhY7P&#10;HamS5LsEY10hCMqxAIUVrkjHl69F2/nfTdbU38vHtrO9i5mrxcW2cpsLcG2/4RWwUeWyedG9sFiI&#10;qLGxSzxnILU4zL1OqFWvYCUEGIH2eHuLrum7T2tkNs5PCwBZAkuNy0VZA8lDNC6MZJKeoEDBGCg8&#10;XYEXH5PvGjkzmHlvbmmQ72q2c0pY+IKMryMACwomPKg1Zpmp6zL3rlznjcN02qG/5UZ5bdEj1xuN&#10;JijWrZodVASamnoetWj+WJ82/jj8Htz5DsnbXyyykG1961eUyHYvSe9uq9zx1eYy+RSoGNrKDNYJ&#10;8rj6SvoKtiglaMJPEAHHpBUiOUm3B19tOp2hRblysuKw2RmqJaeiqZ6MLH5YFmo4GpmM8dMyJa68&#10;KXZvyxOfPL/ttsFny7czXEyNuNxBr8RlKsUah0UoXC04aSCpaQihB6lzcb/lTYNrsbOQWsV3LbAI&#10;k2l2Lhfi0MAtRilOPWzX1xsHrv5SdwUnyVyXTe223HufauEooN0V2Doq7IHCxRVFXhaysatiamWt&#10;T+IHS0i+QRogvpAHsPsDX7nytTks5S5mrx2CxFNU1EePVkqoquKAvOpnqKpJ5hBqX1GyltWm4FvZ&#10;AvtJyLfSXJvNpipCrE0LVY0JBLqQwxT+kPOpFeubnuH95D3T2ve5uXoeZSlz9T4I8AAIgDBQVU6g&#10;SRj4qDjpr1aNS9F9USUUCZHYm3MnUGKNpKvI4milrXlMTK0plSGPwykSH/NhNJ+nIv7bOtK/sfcG&#10;YyW8M3vDM7e2dBPFTwzySzrSMklS8cMFPSaXgZ5BE0aqVWxH1FvaiLbtrtbOKORFi2WMBYh6opOC&#10;SGJJJ4NStBx8oL9w5uXL67gsbvbodw5wvXaWaVwHk1Fas7sO4UqDTK0oKAdClSUFBi6OnoqCkgoq&#10;GiiWGlo6WNYKaCFRpWKKGMLGsa/hQLX5+vPs4WyKTND72uyWeXN4mfxSYNZKdoaiGGYyvLJI8kUc&#10;jLOxuFN9NhpOn64y+8G6cn/1iB2mJjeLGDKRWmomgxRRXjqFMUHrXrqR9yHl7nm19v3s94i08urI&#10;PpQ+nUqqT4mkGrqrVolCKiooOHWsj/OY3Z07U9k4ra+wMatJ223lXtXcOKqBSU9bTz47HtgMVWyQ&#10;1jLLmaGmhkMsixIyK6xyOZFVAtJscKlnkgCpIw9boU5HHBWx/p7g6Q293rMnbU/hz9nWen0rxuBE&#10;SVxgigAHocH+fVP+3+28hsfHQ4/cDpXY6gdWpKTKpJVykRghlhq5P1GeOQqPUTx7j19Zl4IIaWOe&#10;OCGnZWMlNGt3QXDRstlGpv8AkoezG2MiRJAkxSMGvbiv2jpFc7bZyXBmurfWxBy1SP5n/KelD1zg&#10;em9xbm3DuxcPlc/uLP09dSrhs5UyGjoo6qKkVaqlknlneQIt0T6rp+n0FmvGZ7ccJ+3ydYJYGqZJ&#10;EltyYFQGBdIUJf8AwHuQ+X+aJttgMd5OrgMaNpNdPkMAgn1NCeo/3rk3bb+cXFtaMrhQCBQDV5mo&#10;HA5pXowG8uuOlVpGzHWm15cZlVwtLS12HWqWSn/jhqJoMncSTTy6HkKsjEA/mwHtdpPS5GNjT1Le&#10;SRdTwk3BmVbahG5bSdJ/AA9jfaudLeyvIL3aroKxDEqNRqaCg0NQHoGbhyYViISz0SerLin+mA/l&#10;/n6KbSdg796pzkD7qwcn8Hx9YyJk6ajjklp6CR/JHSVLQSIahC4BRgQbWI/qS2977SzNFto7kwiV&#10;dTNg6X7eajokkepehmLxzmKJNOoRM6yfUGy8H3kby17rbdvGz3m3SBl3SQ1oKUZhQV41pQ8R0E4u&#10;XbotLFKgKFidWaVGceWaADq9D+Xt82esd/b5XrXdFdjsXkN8VE+XxlZlGpYaCTLUqtUpS+Sod3Wa&#10;qiR0WOT9dwn0svsmdd8kc7sTH1B3DT1dbT1tLhwIqWVknp/DSNHVVLJIwaSQyclOTq49pfdC4uNm&#10;2blu/wBzXsuLdG0oSW0lFOr1pXz6Cl9ypb7jch4G0GJpBUjBzgZx1di/R20MxVUdfRxUtO1DNXyR&#10;vFSoyTpW1ElRGur1KYwztb8AHj3Lz3aFfmqCCB5JhS11HBUxGQFRWUtVGkkEiHgKdLi5/Dcfj3GI&#10;mUxoRXwnUMtfMEVHH/J0HYtlt0kMugeJE58zgj1FafkR0r8FsfEYaqappY4llid1aSOBVZZANEyg&#10;25j1fS/sC8xnMgsnmEstRSxsY2R3MkixCx0yg38twDyb3Huy38tvQhdaeeKGh44HRg+3LStKMMji&#10;P+L+w9CVTwQ20qkaC39lVW5DAgcWuD/T8+zk/Fv5MVnWUqYfPNPnOvq27S40kS1GImkniLVGPMsm&#10;iKKMqSUA0nm/59le+8tQ8w2Zaz0mQoRRjTgCAPtFePH16irnjleTdbac2LCLddJo9KA0BIU0GRWn&#10;z8uiUfLT4Y7M+QxwW7qKKl232ftethqcfuiCNKds1j4o2hmwG4Gp6V5qyhmiYeN3LNA63Xj3cH19&#10;v3a2fozuWg3TR5DEZOkkgpIIpUSrpC5AENVA7rLBIhXkNfm4BIAJx42Hb9z5L5pnu95uG+lo0aoN&#10;TN6r8XbT5/PrFyTkze4bya1ktmjulNWajUb7DTSa/IVHn1U780Zsrhdv4HrGm6gzMuf2xuHDZmvq&#10;Hoqc4irpaLRVvJipvGPvzLExAaPgm4Njf3ieOtyWa8dRRUlVttG0vPWLDPE4ZGEgd5EZVH0/tfX3&#10;NFpzVdX99HHBEBtZNO4Kan5PQj+den0trjZ49ZvJY72teyqnH2U/2fPrM29etM71xVR7dqK/E9nV&#10;NDPVUeCop56DMY+vWG9LJHDFJBI8LVJAPo8dza/sGexfiz1L2BSVtRLs7Fz1Imm8E2OWGCrFOH1I&#10;WiWnVns54Yf7f2GuZ903La4muo7ZJY/4aV8/PFQDwFSPl1LPLvunvm3XFnFFuRli0ioYA5+bAV/K&#10;vTF1T82e+OoarGUXZGby22MfHSRmuXeqR1mMlfREUmira6S0UZUFj6mJF7X9g51p8KNk9Idp7b3v&#10;gs/W4yurqDM0DbcfzNFWU2Zw1fRKJpFK0zrAZhKA6swMYtb3bb43u4LLdvCSGWUUCAE6tQ+RoPkT&#10;X5Uz0OpPescxWN5y5f7YpmDI3iVWgETq1NJGolgpUEcDxz0qflR8xN5/J34cdxrheucbmtn7ezGz&#10;a8dhUFbDJBFUbY37t3Mz1uMx8skgqXP2yxao2AMbslmUsvsweBzC4aooq2YKKGpmj2puOo0xxrQZ&#10;rGTGnw2Sqddi9NVUsghlclTqVfqAD7B3MW2LuFlt9yFrfW5MRFOOmq0YmrENGQAwwWES0qQxF/KX&#10;MMQN7Ysf0yviqO5iAc8a0qG1tRsaWJp1T785vjBke3sFk6DESfc782viK35CdG0H2pqqnfHU286G&#10;Cq7b64xEEcbVRzW3sxRRZihiAtq1wkAzFgr967co92bYz+2snHDNQ5rD5TC1kUkUbJNTZaF4Qp8g&#10;0nwySp6ha3jLXt7Y5Omt7TmO32S4WibghRf+anwEUPrxxkAAjj0It7N8Nll5ks+6bbp1fFSRGWxW&#10;nkD/ABYyB5jqtj4Idor058senZ6R5MfkKndW2c/h51qZURN3bOq5pMvRWSQIItx4P7yBlf0vJNGP&#10;Uum2t1P8V8Pic1PR5jLU/wBpDU1FKohi8dRLJTVEkDxgBQi6fFc8ki9+B7l6H25LlJLi802pJpQV&#10;Y0Yg/sFOsnNigj3Sws7/AFUieJXp5HUurj6ZH7R69fRoHeNLWYyKqw+Dq6ypakpqqUPLCKWKKppo&#10;qmKUSqQ7xsrm50gAC9/Y57M6T2VtLcmLo8PTS/Y/wqpy+UnqHL1NTLQiaQR+oaI9fl0RhTbnV+Pc&#10;s8n8vbRtzLa2mow01yljRmChjpBHmwAUUxn5mpXuW4CwF0zUVg6ooBr3N5/lT9vQXZntvdOa2Pna&#10;54oaXJS7hoMHi4qSL9ujhrHhVqmeZJZGmSnAaR9QClTZhpNvbRvXZ/Y2+Iqii2TtfP5RpDUy/f4r&#10;buWylM1bUljVTRvSwPTmOiiVKeK7BQY7/n2O7/VDs9xJbbrDFvMqNpYAuAzVDsFUmlB2IPhIWuos&#10;Seg5PzFy7tkso3XerS3UY0yzolB89bg5NTU+vp0JW2tw7N2jGj7l3TgMPVNBTU0NFmM7jKSthx0U&#10;UX2kdStXVQu1ROdU8jW1F5SLkDhGbL/lj90Zj/LTtfFY2umAqly/YGYjo6OEyAzeVMXhYc9lHlc3&#10;/XCoXVyODeBpOQ4NpzbhLrdCxIeWULEGJqTph8V2JPm2KnI6jLm37z/tDyz4sU3MBuJgxBS3iaVy&#10;KincxhjK0B7lY+WenuXvHZr6Thzl9zNIyxxxYDGSSgnUELGryrYeiiB1A3aQrYEg+zZ7G/lYyzVd&#10;LXd193S1dCsOmDaPV1BWYVRLIulZKjP5mlqqlljIN1GPjZgANYW3tfbbXzPfT6ty3aSO2QEKltSF&#10;Qw8yxpqHz8MV418uscOdPvwbK1u0PJfKrCfX/a3cisAvoIIWDE+jeMRTip4loqeyt+Zh5aba3X8+&#10;KOqRf4xu6so2p1MHqkVcdi60pL5YyNLirCj+h9jdg/5ZvxAoK6F5Npbt3TVJLFLJLubfmbOPMnkd&#10;BDVRYOfGCdJGF9ICckarD6mDcqWABmvpZZBTgZGDGvnqTw6H5g16g3cfvge6N+kkdh9JblvhZLdS&#10;RTODMZePDIP7euX8Y7Khh+7z+48JjYBGzvBhcTStUsoF7wTZWerp1t/qiJFt+PZudmfFrrbEUUWL&#10;w3SHVuFxtCTBja+TZu358jKsDlVq2rcrj6/LVFQ+m/lncysOb8e1DHlqwEUaW6l1HAKGNKebjifW&#10;pJPn1Fe5+5vuLzJcXN5ec6bmLiQdyrPJHH9ipGUQfYFHQUbv7u2DsuTzZLe24s7kJi38RooK2rqo&#10;oGSFjJBNFjWosTRSK/GmEKNXBH49mXw/XVUKaGmqMhB9rDCkUVHTwRmKGFV0LBHHFFEFjWMABQAA&#10;Pp7Q3PMNpESLWz0jyzpJ/KtP9WeiS3tb+WTxJb5mkNCST3EniSeJJ8yc16Id2n84er9r1FVNt/rT&#10;NPNM9XNFl62VMOJXUIUqJHrXd2Zpi51oG+hPqI9qSj6i2rBJBVSY9mkpm+5WnlqaiKnnljAUNJj0&#10;bxVQIblZFcH+nskm5yvLlXt4LgaRg6NNRXyLAj/D0fSIbeBpXWslMNTIp8+PRHK/+ZN21vrMVO19&#10;t7qo8FjKmT+ET1WJx+PrayhpakNpNPnaimheCrYRhVkhWJxY2Y/gQKTF0UFPJSw09HSQU8CxwRQx&#10;GjihCSKSEWDwCxAIB+tjfj2SS3MzNE/iMzk5qa+WPWn2cPLoNXG5MG1qSzj17hX1oaj7TT7emOjp&#10;txZnMUGUyOVz+eytXkPu62uyNYcvW1izXgEXkyUlSSaZG9Shv7QvckXzaqeVkhjpLtp1ySrF+yVs&#10;dMYlUHxoQeSCCSOb+9aXWrvL58K5r9nRE1zKSKMdOqo+3/V5cOhxxO01wgqMlkNwY+m8xaOixk1d&#10;SrWxRBhqqjSGZZXlikk+hLINJ4FveR8VRKtPM1NAotoYBdbAG5/tREmwHN/x7oLuRvEjWQ/l6/l0&#10;rXcZEj8LW3GvE/5f+K6REE2ZymdzmMpcxW1UbTNLCdJML1UCrHfVSVCmNZhY3BH09txpaKqcGkoL&#10;xs/jv6qNAOVuCsRdmccnQOR/QX9qfHnijIln7qA8dVft8h9h88cekj3crE62oTwIAP8AhBp+VKdD&#10;ViUr9rYOoi3BuOJ62OnE0kYkOSnjjmDekUzTLJTlFsnJ9B5vce0lncBSY/0Tw1HgqySWpr1IWRZT&#10;I9nk0TRI0fp9JOkfS3s52/cJrjMci+In8RAxT9hz0shlmmGoBNS+tKsPz8+hS607Ort1mQ4erxc1&#10;Tg1kiSDJomMJpJoxR0bLBDLVUlafPIWEkgVna9yT9U4dvY6aKeDUk1HURioGkyxzxiGcOA1Rdnjf&#10;yKqhVOp7G3pDH2Yy7hcsY2YFZlNPJgcfwilftNafbTr37xvLTvhYh0xkEg+VQKgdDCNxZColp6yq&#10;pmx2ZpKg0LkPHW0krVlKQ7CjMEZdXpxI2piEh1BTdygOSTCUXj1jHKsQVIYyXFVIpEQZ3eNlEj67&#10;i5sx/wAfdI7+UMF+rOsnIAK+frWn86dEF3ue8s1YrhmzmhI+eKf4KnoTNuVWIj8UE+TVJp42qZZJ&#10;IRQhC04MdNDMr3jKliFW6c/i/tFZraJMUU2MnqsPO3kYKlRUT0bFDclqM28cchP4sAfr7ENjvZ8Q&#10;pdRRzJjioDU+T+Z/b0u2/ct1uWPiSESjga6TX8qEn7a9LmTc21qcywZfFYbdmOAEUyz0GPGRWFl0&#10;2jnqYmWrqINNjq1E29V/aJyU26sCyrJJKyEskUzzFqae5EiM0cylSNN1IfTyPZj+5eU9/jZbra7e&#10;RTxVolJpwocVIzWhr0Zjnn3B5WvFu7Hery3KNXVHLLoUjNRRqLT5U+Y6T0/xu+EvyRwlXQ7h6X6d&#10;3fFXqyZahy+xdp/x9SWanbzulKKxGMkZMcsbNw1g3NvaQqN90stUq51MTGKaQRKsumknWR/WQUVx&#10;EUZbsGCk/wCHFvYW3L7vnIu4wsbHaJIZGq1Yj2gZ4KQyr64pnh1Kmz/ep9zoG8a+3RdwBUAmZTrI&#10;B4awVduFPOoxQ9FMzH8in4WUVDl4OoMf2L0vNmQGMew975B8SqkuWjGK3L/HKVYzcEJEYkUekWHt&#10;X4bNYCvjBgmEMkxd9SPDPHJ4yP210lXIsbf1F+AfcP7592y+tJpX2rfgVqKpLEy4pRRrQ04VqdH2&#10;9ZB7L9+CJ47Cz5m5UdoIQvfDMMUr/oTaSeINNVcHj1UZ3r/wmq7TiqMtmOnPklt/LyNTVNJi8F2H&#10;s+uxYCZN5Z60z7hwOSzCRVfmb/ODH6TrJ9FrHqp2pXV+R+/aulbHoyGFIGLagg1sxCsW0E/k/S34&#10;9wxzjyfvvKsjyXdhN9IiYaNdakjizOtaD0DBfs6y+9tfeHkr3Cskj2verQ38tSUkbw5VD1ATRI1C&#10;w41jLDIGD1T18iOqO6fgTsjJ9bdifGurhzM1NmKCfsyLHvuTZ+TgdWp/vMVnKamaGnPiOoLUR0tR&#10;/a0AfVzOOhjqpKxadTNIBeZ3sdJtzZifz/T3GCJDJL9SyaJnHEDAr/IfPqcbLY9ktN7eezujNJqL&#10;haltDEfaSMn9vVYOc+QPa+6Oosb1bldy5Ci2fiZCsWMgpp1WqZZzJGkkq6DJCCtijFtQX829sNdg&#10;5q+vjqjUMIF06oVYhbryputj+f6+zV7y1giR5ZZFRa4oKMcZJ/wU49Cu0so5DLBatG8zGpNQzr60&#10;4nHn6fKvSw2B8jMP1t1xW7XGxoHz9TUyy0W5Z6KNZEppIFV4mScF38hUsCQTb6G3tQTQVEdDJ9ho&#10;+6WLQnmPBsV0lRyWP59hO+3Oa9guDCCJS3bUfP8AzZ6BHu1Z3cO3bZtNoJnhYDxShatBkivlwA/l&#10;59SPhbuXq2TvGg3H3a8abRpparJT0608Lxyuz1DPGsTmMO0jaQgNyTY/Xn3G+7kgho6bISo1XONB&#10;06Vs4Av9QGY3J559m21W134Uc02ZoxU/Mf5M9JvbvlzcV2G6E4kjgEpKK1a6GBpUeR7ft4Hz6dfl&#10;LWdf747k33vLpbBeLYOFWmaV1tGsp8jlmWNZZYkLodXpIulj9PeKhxRoaysrXqDM0+gqGsVjUXJ0&#10;gjT/ALx7vuW82zQNaRqxkc0YHh/tfUfPqR9k5Xnju4LqRl+miFanOqma1PpwJr9vQP8AaHfo7D2J&#10;szYWO2rQ4eTblPUU9VV0ka+fKT1K0uqR2GqVpCYfSBbST6QPfdVIgqaceJ5fM4+ilkGlSdfpFgB/&#10;tva6xk+nsFQyaVUnTp+2uf2efS/mDmSK1UWUkDeK/wCIafOgGBQ+Q6TPXnXuYzWM3JlaLP4/ExbY&#10;x7V0lNXuI5qp3Kl6eHyizSKW5U8qfpY2PsRdj46jiqq+ojS00aNOxZ2/zkv7SsFDauF/2HPuR/Zo&#10;R7jzLezojUt1L6s0Lv2fYe0vjhxNKio5hff6sJeTOQzcW8ymLdpFjoaalH9o3HNA4Ukg44cKg7Bf&#10;8hHf25/kP8v+vdsbumqa7GdHbCyuUx0ilY4UpqN4Mbi1ZYzI80vmqyzXUtyb8j37Ozqokuw1GxK3&#10;AYi3Jt9feZ23oNKUGD1wI3lhFr0nuJ/n19AyhDaACDb88G17n/bcewB3fmAzt6r6VRVAK8KCRYW/&#10;HuSdksqAAcT0YbFZu4DPxPTmBbgewxapEpcsxtpGkek2H+x9iwReGFAHQ0WAoFGnPXvYU9lUH8Y2&#10;huPF24rcfOouCT5BZ0IUC59Sj6e0/MO0jeeWt52tv9HtnThXJXHD0ND+XUt+0W7Hl/3B5Q3gvpEF&#10;7HU4wG7TxwMNk9cXAZGUi4II/wBvx7puO9KrNbpyE1XFPHTvg5aXCyuVSnyONno6mXIU0RlMKLkK&#10;OugQNDqd2u30HHvl5dXAbcbuQyPoMRRB5MpBZwM5KsBQZOGHlTr6LE2HwuU+Xru1hVm8aOWZqVZH&#10;qFQ+eDGzaicDB456gRUsVPGyx2BMvlddTMdZBCmzElSUFvwD7H/bu/8AMZn4w0m46eCKDc3XuQep&#10;npGemdQtFkXyMcET6/Ej1VDVSIL30iO1vp7U7dukkvL9pe29TNbSBiTjMZDYHDK/LgK+vUL7vyxb&#10;bX7x7rtbu37t3KAlSK0NUEbEk4orKDg1JPr0l6uhiTcriVXNPl6GWEhEbTqkjMEgkdbHkqGHPGoW&#10;9um/8zFtfCVW6dvzvVzVmGyGfFDC0dQIpkx7zRU8UYJikeomlsF4DA/09izcNwnsbeO+t21SMjMK&#10;HhQHgBggnA4g1p1ve+Xod62u52ifsUaEJYFSAsimprQj4a54Zr03bRq8lVVmQospSLD/AAioFHTV&#10;Yi8clckbTRLNJ6EGnxAHji9vz7Ld1h8qD0dL8Ye591YYS43fcW7+ht0zwoVnxebqN11tNtWrqo3k&#10;hi+ymWkSSRlLuviYJG35K+VebH5b3jkbf3jbRPFLYy+bKzTFY2NeI+GteAWo8+nuffZUc9e3XPOx&#10;7VMrTWs8W5xA1IZY4KzKAK1L0fTTiTTyFHSSb+K5LP4CaeSlkpZ8bkKWVAPVRVVLBGwYf0+6ilUn&#10;+jix44PF8iOx8J8kvhp3P/DDW4LLYn+P/wAQkp65YK3B1m3KieOCqSd9LI7xrrYFuEve3ufOd+Yb&#10;Ln32m5nd4ylxaGRWTHa8UpCnJNdQGAeOesIvb7lW99sfvI+0nMNlDHNtsk9ufhLa0nUq4IpSo1D7&#10;OPTphqObFA0NVVPV6gjU8zokblfVrQqj21I1voPp+fdNvwg6n7V2BFmN5Y7tPPZabfNdQ5ytoclX&#10;zZKu3DtWn2duoUL1Utf5ZPPXVivLqhdiUhhF/Rxjd7Y7NzDtd1aXm2bg6m5Uu0YNDND4E5UYFX1M&#10;GAI8wuk1p1nP97f3L5B585d3HYrrl6v7rv0gWR9IEVybi2DFQh0lUFFo1AKtVfLp+VUUjSmmwIFh&#10;ZQCbngcWJHu9DLbf7ErM/wDHrsXZedH8LqdiUuB39hauuZ6Orp5cLLPFWGCUmCOvpqk6dQs1yAeB&#10;b3mJNsPML8y+3fMWzXw8M2XgXaFyFdfCDBx+HxAToHA6qVwD1xk27duULXZ/drkzmTbaXo3R57GZ&#10;EAdWE4UpqFCUK0NCdIFSOPWT2Rb5Ibh3LiOu9/0G3sZXTbjztTT4OqyFAJhLB91VIhWlij1GnJpm&#10;IBXTbUBax9hr3Al3yHlbeVtLGSW+uWjhqASQGK14g6calqtDVhnrNz2i3LZLqbkjZby7jGy28RuH&#10;EhFCFBfQakawXpUsT5jrFoDSBzpNhdeAGvYC9xYkWP0PHPthkwndOH612zl8dUxLisRtylpKzGVF&#10;GkmdlqqelppIqiPIGN6mChohTMGVSl3uLNdvZdzTsPOm2W+z3uy30R2u329FeOhMxcRgFlcKSFFG&#10;wrAVyRXomi3v26vuauYtnuo3+tvL5nWRJALfTqaqGIUVnfUCCa0FKUx1l9mE6CxEbsdx5rIV5yk2&#10;3aegaOrk9MFNUmnyqU416IZGStleQsCHJstz9Parkfaw5vt0ubqX95GHQVeoAVz4gWuBUsamgDVx&#10;0q5t5yt7AWm2QrHHtNrE7AhdRYoFTyr8SqFArSowK56gV9O08OhFViZYmIa541aWNuf7DH2mflpv&#10;XAiXqLrnG5rPPl945fMpFLSaJw2Qw1NQyrHVeCWKahgnesBX0SlyukWvf3H3uo8lzccs8vpLOJ7m&#10;RqNQjU0QU8BkL35B/gPkD1Kf3fOa4LuPnTnW7sVTZ9rslkIbD1lLpGoB7W7lzTA1CudNG7D4hqCo&#10;rqmQRB6pk0iK9goF25PIubeyydg025aHtGaGhQTUCvgdv41aeqNVJ/D8e6wVdVUQanjp18tMxcjU&#10;zGQXJ49gDeJ72DmG4WzDvbxiKNTk0WOgzxpkVb7c46kSzm2S75P2wXild5nuLi6kJUAlpqsiKT3F&#10;VVgBTApUZz0/i1uCLc834/x59jBW1z4re2YpXAjqYRt7CRFSNRNdjqerkSMMLk6WUmwvb2++6rFP&#10;vLugEwEcYockFGagz/EK4z5HHSa/2iTdYeUtphDtbtM1y404osoQ1oPIEj5fb1DimjaleYkCNfuH&#10;JJ9JjjeT1ar206QDe/tXdrUj4qg2tuU6ZVrKqvooKYaAxoMMaWhL6WW1pqtyb2Nxf2GZVkQWt2UA&#10;hLNSnHtbQT9hqfl2n06H9xzHbbru3MvL1qCosooVJOKM6M9F9aKMVzUjpi2tC0VK5e/lqD97MSCu&#10;qWtkkqW1CwAkjWQIwtwR7MV8GMRMmK3YZqWmRIM26QVkSjVPJJJPNUQoSNYjprw3vyWfkfT3lN7B&#10;Wvg7JvlvJGoj+rBDZq7UYsPQAdlfPPljrl19+Lmhd25i5a8OQhPo6aDTtVQqLXzBJEmD6dKr3YZU&#10;xLU43LJKwWmgp2aVmbRGojRSxZwVC82+pHudt3mS3265kxq8Nv8Ajp6w85VsJmisZoIz9VJc0UgV&#10;P5DzwTTj59YJH0tzfjkf7xz/ALce2nqxKXI1CxQSxFYgxIU+kMdTrpdTZmA4PuN+UrmRkvrpiSaD&#10;8gSMfl1JXPm13VlY6XQ62XPxV8vI9RZJyG5NufyAP8Pr+Pr7HPI0nigmdSCyL6ubg/j/AGB9i61m&#10;JkAPwnh1jPd7U0NZwhoTnjx6lRTB7D82H+9cD/ePYc1zkPdwPzaxH9f9t7FNsAVHTlqlUAGB1n94&#10;IyZY1FxfUeOL2v8A4e3CAjMaY6ccBGY+XXvbnTKACv8AgTf86v6X9o5jWvSGdq5pjr3tzhgGn03A&#10;/Gvg/j+vtMz5BPHpDLJmvH7Ove+ZgBBuOR+eR/j/AK30918Tga9aElGFDjr3vB4mW+oFkJH4J/2w&#10;9ua1NDXp3WDTSc9e95YkTyKun6j+pFuPz7bckivVJGNCT1722ZJCNcIiLBjqv6rHi4H+8+1VqRh9&#10;Y1f7PSyycErIXAI697DLLwBWc6bMNVxY3BuP9v7FtlITp7sfl0N9vlLKnfjr3tFV2OMoDp9XuTYn&#10;/XI/wNvZ7DdaTpPDh0JrW98PtPljr3sL96bXg3DRPTzopeO+l2SzX0kWuoBt7Feybs23TeKjHSfT&#10;odctb7JtFys0bnQfIfb172RbdWKr9u5iWifTFCszIBZiXHFj6l1CwPsSc47KOYtnF1ZuBAy9wrU1&#10;/wA/y6ym2G+td422O7TukK/z/LHXvbljKenaNnVw17M/NixADELY3+o94Qcy7a2z7lNGpJFSKnBq&#10;GPAHj0jvZpdQjpQDhjr3tW7Wfx5gRggQkeoSaivNzcA3Unn/AHj2X7deiKcsWGimf9Xl0H99TVt7&#10;MRVweI/y9e9mJieGfDyUTqD610yf6ng6QG+vJPtRuV9DdW8ymmWwcenr/l6h1kki3NLhG/L1697h&#10;7XyD0FecVkIyq1L6YrqF1JYaJV1BSVuRz71ynvUm3Xv0M7V1EU4Ur9vn0p3y0S7tVv7Vh+mM0znz&#10;B45+XXvY20xQQ6WUa0JjNrMLKbC6gar/AOt7kHcJNRk7cny+3qMZ6mQkNg5697YM7RU6QT1E50oK&#10;edQoYhjJICBfkHkk+4W5whht7iSVgAGB8/P9v29G+13EzSwxRip1qT9gOf8AP172en4uxCDqejsh&#10;0tlKvQwX1OFkQMSbcqtvrf6ewesgfZLPURp8R/8AC/8AhIH+o9ZM+zpZjzCSONyeHn2xjH5Y61h/&#10;5/FTTPvfpOlM/jnp9p5edvUp0RVGUnj/AEk2XWIr3sDYHm3sxpqo0FnsB+btZv8AaSLkXA9kMt3b&#10;QE+JIPsBHU9R7ZdXCloozp9aHHWttW5nH0k4U1Wl4w59MflLaVLjhWOm5Wwv9SePcZq6NOAeL3BB&#10;B/1j/T2gk37b4jQ6ifkK9GkfLW4yqKoAPnUdMVVvrA05ZpZ5ZTqteMRnm5NtKtcAawP6+k/4+4zZ&#10;KMA/Unk6i6Ko/PA4JI/oPZZc82WsIAFAfmR/lPR5acj7nOVJRiCfwgn/ACY+3pJ5XtXBU4Kq8Uba&#10;b6ppo10rzZgplGpgObfn3AmzCgW1jjmw1D/W+hv7D9zzxDEzEXCfyP8Ag6GO3e1W43RCpZyEnjUn&#10;/N0G2Y77xNOzk1cRCjSFSNFIMRtqNnUkNq/2NvbdNnFYHUxP0/SVB+v+vf8A2/sK7jz7bMTSQmvk&#10;KAf5x1I+0ex28OYwloQcfhc0/l0FGd+RdDIZnjnLep9XinihJ1PblDKX+h502A/1vcB80AeAf8LE&#10;H8/n6kH2Grjn6NVIjir9rf7PUmbb93TdbhVMqgJ9pX/CK9BdX/ItULGnhlc2aMNrQ2U8m9mKsb8l&#10;jc/4+4kmYnYm1hxa40i/+29kVxzveykmIEA+lOpE277udrbopu5EEY/pEkflpHQe5LvrNVbuYVZd&#10;QIuGQ3v+OPpz7jNkKp72U83vx9Pp9eL+yiXmbdZq6WcfmehPB7Q8lbaQ93fQ0XOdIOPL1/l0lKjs&#10;3dmRVliaqAOn9LOQdN9JGlfxb/Y/n3hvVSm3Nufyf97A9oi273R1ANU/bT/N0cRwe2GxkF5FkYDy&#10;avHy4eXTI8+88sXYCpJkYEnxy2bgelwsdn4/Bv75rQ1UtuDyD9dVrcc/S3tyLYt6uTXw2z8j/m6R&#10;3fuh7d7MpVYFBHrp/wApPThRdeb2y7XjhqZD/aYCoRQCQOW8ej8/T6+84xkgA1uoP5Fx/thxf6ez&#10;uLkTdJV1Mor8wf8AN0EL37xuyRuY9ttwqDh2/wCGhpStfy6XeP8AjlvauVHlpai7MPrLNb6+kW0C&#10;5Kj6W5/x98v4aP8Ajqn0/wBUv+t7V/63d5/v2PhXj5+nRD/wS4r/AGI+Onwn048fh+Xr0p/9lY3T&#10;b/NrfweW2tr3120/5r9Wnm39Pf8A/9G8Eta9v9cf6/vLRpRxHl1wsEdexvTquB5I7q/Nl0svqIHF&#10;mAsBbgn250zeRVjbgWB4+pIvb/bexHZSF4QT6dBXc4fBcyJnOelviKgy0+kcsNGlLmxFvVyB9QB7&#10;iVQ9XCkm/JIsCb8/7f2WboF1rpjb5no32gkRhWkFBw9c9MO4kR6nUI2DM6ksbqoaOIwA/QhgYweP&#10;ybn+yffCN7A/Qcf1Nv8AeGA9t29wqxuuRUU6UXMNXBPD8vWvmK+XWCkqQkLxj6hdH1kBt42Oqyuq&#10;3/dP4P09uNPMpQKQLqOSGDAqCLkEfkD2b2cwlRQAaAefQdv7cxysSwyfLpT4yrWWADTMfHCx4iZ/&#10;0C4uARa/+PvK7hdH01EsBb8WBPP+uPa8Cgr0XAHUT+EdKeivLDMwupjVf86pVjfT9EfSf7X41e/c&#10;N9fr/T8Ef7f2yraiykVNen3BSjKcU49NgqWdqiGZSwZrAFA0YFhzo4Bb/Y/T3gEZ1Gx9JOoqbEGx&#10;Y2HP19ftkRZPkPL/ADdLPHOhaHvC0/wGv20p/vXqD01GmAaRiCt28thwAAdGhNQvIhJPqH+p/wAR&#10;75EE83I/2AH+H0v7VoAEAAx0idgWNT3dKqnZFihVYlCxRxo3qPIRAlyOeTp/3n3idiFN/wBQ/wB8&#10;Pp7uoqadVGSB070y6pEJ4jINvz7zxyfti9gqgX/P5+tz71QZqeqKMmvTVkICKibSDcSIwP8AQGLV&#10;b6f7V74ygEIATZhqPHP14t70pNBUZ62ooWp1lxcsqySmQXCsir9eNQsGH+I9xxcOo4P6rD8/UfX+&#10;ntwElWr17SBw49PfkNTTuXJKqSP1H0i31tbm9v8AYW98pHJNjbj8/wC8e9IASM9OLgdR8fByxFyA&#10;SR+eLm1/qb2944iBqF7huD+P99f3eYBlo3Dra9rahx6zZqnaqozHILISLFb6rrf68cjn3mdbAAHj&#10;8f48e2FVUAAGOrMxZi54npjxlP8AbARxDT9Sxt/sCbW/tD3ia+lh9fpf/YkA/n+vtq6QyW8yL5rT&#10;pTa0FxExNGFf8B6i5oyfYyro8gdAxVeQI2dSob/Fhx7S89oa1SeFBuxsPob82/1/cE3cUsXMVu6x&#10;Ekny44qP8nWTe1yLecj3yGQawoAr69tB0QPJ081F2RQGFAD96jlWLKyq9ROhleysVjdmNj/UH2FP&#10;Z/yC6p6tpjV7v3Zj6ORAoXHQypPXuWYoFMAZfEdY51kafcwbhZQ3cMM1zdpEoAJr1HnKXKnMV7Lc&#10;xWO26oi+JGJRePlglseg8uPVxnS/8uT5R/L1cTP11sCvpMBUUsEj7o3QkuA2/FBKiuZoq6shArbo&#10;gIFOJuTa5AJBdT81m3JQZKHq7ZGSzWeno6o7aiy1PU09JX1JR1pKysmVIf4fhRNpMk7soKk6CxHt&#10;JCttt0Uj7dG0k7KSuoUq3lj0J8/5HqQb32n8eS1n5k3qOOyVgsgjJDKh40JHcxFdKgfbx6st2L/I&#10;3oenzhs3333pt2k2rDlaCXfEm3ZqWBsbRxSRNX4nCzV0VXNlM7L64o44qeUxsBI6qtvaMzWWym+N&#10;uU28++t40+Co/A1T/dHG11Rh8RToHZmpa1ZxDlspVIptKoEETH03Yc+1lkLzdooWlhPiN/DXtHrw&#10;DHNfi0L8+nrltm5GuZdr5W2wPIKarh9DFmIwUYao6cO4a2rWqAinRyet9h4nqDfOV6m+E/Uku4a+&#10;N6eDLdv7wpqLdGYqJHVRDWYrJxt/dXbFBFdpEeT7mdv+OSEafdc/YHZvxyxe9c3ktl7Uoa/J1Lwx&#10;zV0MEMKTSU0IiElG0/meh1tAC4h0KzgsbsSSmb2w2i+3Ge6v70CVmBKg6xj0NQB0O9v90OZ7LaLb&#10;bY3lIQE1aq+tAwFCxFcE4pXHVw/VPWneVNszDYjtjsaOsylG9Q7DFwisnEcs7yJT1tcPtEySxpIw&#10;VpUkCrpBuVB9hhX9+VUUckmNxW28PDMpvM0YrKjQBcGVme0ki/UNbUD9D7lbbNn5a2CCNbLa4VwA&#10;XYLqPzOSfsFaUpjqNd33DmXerqSe+3O5etaIDRBUUFFHmONfXPRgaDZ2JpYIIpjU17QAaZaydpH1&#10;aixsQfTGSf0XK24+nsLqvvFJoz90cdlfMGLI2MhEIbjUy6BHpZgbXv7NYuYYEUBVVomJ7dKkY4eR&#10;9eig7RvLgH6l1X5MQfz6UsVLDEPQgBsBe7sbL+kXdnPp/HtAbh7E2ZkFT+K7RwcjSelDEkiTBF9R&#10;DGKfSC/4uD73c7rt1wNM22W5PkQtD/I9LbO0323BNtuMuj0Yjj+Y6zgWFvfHEzV26ca1FtXYG3sH&#10;j5pNBztRQNLLDHbU0qvUOwVtP9pdPP8AT3eztbu/heKw2i3iQmviMpNKcaEsBj7MfPowmvXtnjku&#10;9zmeQChUEU+yg69bm9z/AK349qlNlx4bEAVPZjY6Qg+WioIESmMpbU4KQ6nf9xzyW4HswbYbdLV4&#10;rjmQo9QSqqStfypQftr0VT76ks5LWGocAW4/lUddNe4AAP1+v4+ntKVWR/hoFNDuaszk7FSzRUPk&#10;WO1lA1SAkn8n2Wm0jszW33AzV/hU4+VCa/kCadKoLtbjKW2hR65J/Pz+38+uXtWbU3lSmSOCu3E9&#10;JLqSMJX4oCBTqIKtpCkoLcf7H2v2+cOfDlvvDkrnXCSB+deHSDcvEiQSR7eZB8mz172LORyeQjnp&#10;afEbk2RPBUCJzNKqwvG0mm6uHdrab/Sw9nF414kkEFrudg0Z4uwVf+PA/wCTootb+2dZGutuuww9&#10;Dx+zI6xaB6iyj6cC/wDS/tVVW3OwDiJcnhs3svMGAq0lNiaijkqypXUzKmvURpBFrXufZgNk35rQ&#10;3NluFlO1eETR1H7GFP8Aef8AP0Ujm/l9bsWk9ncwvx1SK+n7K1IJ6xWiZtLIbH68HTwL/wBPaGgH&#10;clXMJKXHVIRZ1jYw07+IO6E31LZSoAF/ZYm0c0yyFkgcgHOnhX0wD8ujqbmTl1AFe8iDUJFVHAAE&#10;cSOJr1z8cFraEte/6b8/7EH2soqfs+mAhydVHTPVa1QCZVZCFOouqzAxgAEXv9fZmdq5ituxyAx/&#10;pDHQVuOZdjlZpoZSXArhaY/Kv8x1y8EP/HNP+SR7DXNbTn3VVvjs/S0XlaREmykrJG4jEhIljmU+&#10;OVlY3bi/4PtNNsl3uEn094ijgC5NfnWo404fLh0YW/PA2+NJdvLMQK6QDQ/IVP8Aq8sdZAAosPoP&#10;8b/m/wCfcLcfRtBhYIZ9u7lXKSxhA0US+KXUqnWFjKgMgDH1C17e2t45Hgs7YyWO5LKwA7QaGvy8&#10;ujbZvdO7urtYb/bjFGxoGIqPz6792Tdab/wWK2j1/R4wSZPLz4LH0+Vp6MRPHRywRmGc1sxkWCmZ&#10;nQGxLS3H6LXIxg5o5is7HcRawoXn8Vlkx8Ol2FCeGfXIx8+szOVeVNw3Xb4Lp2Edm8KyRNXDBkDA&#10;ADPrXhTHr1TR390fvfsPenctbu6ti29tHF5zIVW0MjkppEqK2GsWmlL4eiVGq6wQBJIy0YWL1gGU&#10;XNj3bcrydqUNdoEJqYzL+oMNDayLngXZefx9fZ5JeNd7fZXTR6P8XBI+1u3+VCPXj05LZLbTyQCT&#10;VLqHcMA0wcfKlPy61EvkntKCq+We6to088mbh2pItEqGKPw1FeWp6O8aRNoiSkNS9o3eQll/UfqW&#10;tMsuammx8iRlGgl0PNYyBHVo2WWPVolppgdLKwIK3932HcnvZmtZAPDMRIbjpJqPhOGVh2sCCCCQ&#10;Rnop3naY7WOK+Yv3yAEcRjNR6EHoxON6zq+k8Vjd54utqqbI0WYpFqcdRxNDjqrRHFWxQ0skABos&#10;xQMweKeJ0mhmsQSAQQA613zP1v3pkeoa6bx7Y3bS1ea2zSPdkx24IofucjS0cjNaKgr6eMyJHa2o&#10;qf1aywBlX6LmOXYpBphlqY+J0vQkoCc6GILDVVsqa1JrJtjay71yra72lDcwACRv4kWoFf6SqyAn&#10;zIbo738yf4zbc+Yf8vbZ/wA59tY0VXdHUb47Ab63HS0kNFkd79XR1X8Ghq9z0VLElPU5vaddW0xk&#10;qlWMLHHUgL4vEsZ3tWo34uNQ4+l1JU2/wNrj/D3W4gMQKOfPy6btyC6gr204evn1qQ5GjFKsyvqV&#10;Y5dILizctxqAFh6fciKS9gfr+fz7KpYnBFBUdauYkGo17fIefSZamnUlotL3bULE/S/qvYcWHvtp&#10;FVvXa1/rx/jz7P8Abrd7iN40jPi6R9lD0F7xnifXG1F8vn6/sHS7wFDNkKRooYnaeLTIbjhVbRo+&#10;gvZmNv8AY+8UsokXSjeoiyfThvx+fx7nT2msZ7FtyWQDRQHPy6hX3OZJooJgpJCsaj7Qf8nR/Phn&#10;hK/D5/LJVgrSU0yzVEck6xROjagxCnlpVAH5+lvfPGR2qEEhARonIZreQ/r+p/p6fcpcySldtMkc&#10;et1lTHEU1CuPsr1ENqQ8x0Nmn+UdHd7wrim0WqI6UVckWexqrAFMlIQHYu7x/nRC5A5+oHuTAWll&#10;liBuS7DgAkBybAc+y6+lhtrVdwcEF9JPl8PA08uJr0ZTqfDBduA6CHMGiwmOwueEahaqnoJHlZHd&#10;mko5VKyMXJWOxHIUAEce42WQU6Ur83ZivAFg8Z0+o/gk+z7a5mne6iNOwCh8iCK1/bUfl1Ge+ohn&#10;MiKBUZ6Pf8VMrUZin3dhaqq8sGONLVUqMx8j0mQpjIZfUSw0vGQPx7b5KnxspQHWCjXI4Aa+o/7A&#10;H2ZLGWUg8Og0FDKAeHRsqDDGZJPuDH9vJE6W4ctICHjUagbFmT6jn2iMkJKermqBKXUs+hACwKn1&#10;WIB+h9ntrokiRGUAgdemWJkVSMjo4fWlTDkdv0VB9tHHPHGkUkjCNbNGg5/B/pc/X20xL/ldNKxJ&#10;tIkojJ9JBvqAT9PFh9fa16eFKg4aT0TSoKuinB/w+X+XodJZoXwuWowboaaWkWSK5cuschBU/RVB&#10;Hq/2Htb5rHwZExSSx3VowY/opWwJIIHHF/ZDt909uCEehr0Hb52tzHTzr/LoOeiNx1mGps1QLUWe&#10;GrkKE3kje0gUmMmxBW/N/wA+0AcKMfK/iv4piSVIBsT+R+QB7Ef15uUUSU1DoqkuPqSFYZ6OrQbh&#10;fKUlPPUMpmiVYyVuPIDYcg/Q8+2mTVrluQSYmH0IFjqFrH/Ae1qHtQj1HTbJo0EHOodKyCoVoo2A&#10;Auy3HN/9gfqPYa1mOjb7ioC6nRHRQwF/1/j8n2KYbll8KPVRa16PxIwQJ+Gtf29L+gyLoaaDVpj+&#10;t7m/+buo/p9fYO5kCCdboeJghBHAJNz/ALAX9jaxJkQZ8unlUNx49C5jm8kKaT9UB+v+0jn6e8uH&#10;ylXitwbNkje0UmdZJBbgqRLGAVB5sJP949t39pBebZviOO8QVH21HR9syK7XBIyqgj5dwr+3pHdk&#10;Yajzuwt84uqUutbtvJQSqp5ZXp34+h/Kj3ap1zlP4jj4hNJeaBRKkmnVInj/AM2CutboxOk8/Q+8&#10;PuarEQTSqqfouSCPtNDT0NMjoo56kez8O8Si93258x1qY9idSUlJ2PmcImPSsw+6XXF5ShkgBb7e&#10;aONpZKOoREaKvglhEiPc6XuSCODI3ZuHM43JPNS0NPLj3h1PHG68VRDamaMkNDGzck8i5+vtnZtr&#10;s7m1WC4uCLkH4iPw+XDoA8n8tcoc3bibXctxFru8zsVJNEalDSpFAxJNK+nR4qWTsjrDo7FRUeS3&#10;Hu+i2mhpKn7vCVE+YoNuwxyR0FXHPi5VjyEGJgV0meNY2iSNSUI1MENuLceVjw9dkSPFPHip6loA&#10;wsHiEbegg/jV/r+yi3vdqle8e1uDI1vKyAkaWoWQEAHz+fpXrKV+SLTlyTY9ltLdRayuhLcV45JP&#10;zx1U78f87tPvTurN5PPbpyW4skd/VODxGSrIIaGRaKuhmM9E9PGulZjHRxabWAVH4uxJCX4872qN&#10;2bIpauaCCOd8tlKR2ihEbSQ0wSZaiU6j5JPJIyFm9V+PcI+6txFc2KXF8iiBYVOkCgLip1mlAWJK&#10;1rX7OshbflSDYucdu2/aYVW6udLMQBhQasBjClVLH1J6RP8APH6vh2f2xuqvy+4dwV22NtdV7DzO&#10;IxlflKyoo4dyZnLZ3B/w6kpqmqeOI/bUkE6pCi6I76rhzceKudYIZHlbTEkM00zWuRHHHdjxxckg&#10;f7H3jPy5YR7ilxcSA/UC4QJ6ULVP29oJHzHUx84by2wXG2xQxgw/SSNLjJYqCoU/7YfkOtcTqLrq&#10;bsl5sbjPuX3Jld3bO2ztqgV3CVWQ3BlPBHHKg9TpH4pDfgISCfZMoukabcu9qzJ/d/cUm5q3J5Na&#10;CeSFJY6SWllx2RSnRSssQSrpIpI2IKktYjn3052++2292aLcoL+Qu6KGU+QVPCanmasitggDJpnr&#10;lX98XnS75qseUV2mH6bd7VJAKg6C2pXXVXVUFSUPoTjr6gH8vzdQ2l0rF17uOenmqencHs/Z2Yz9&#10;GzNDXSR0D1FBPXst1FY1BkYzK3N1Qn+z7ad/dWjZ9LDjsEjOMuy0dT5IYlV6Ysiz08SePSsrRsUu&#10;R9Bbk+1sPMEm0wrbxEskzKHYjiCaUWn8QPXO3Zuab+/3O5HM1sYLiz1MFNVowJowJ+JaioI4jh1Z&#10;LTVVPWwx1FJPDUU8qLIksMiyI6OAyMrLcFWHtU7t2RT0XV+1Nk09P46aprP4hUUxQeSV6dadKVGd&#10;1s0dPUySk8WN/ZFzpdSGxmnsyP0yiItK/wATMSPKlAT9nW+T+aRJzva77Oolna4Utj4lLaSvr3qN&#10;IHqcdQq0N46yUTGC1LKiTltMdKPFIz1Lcj9GkG/9n2mKrM7t2puzDYPJY6OsxeYopYG+1VWNJW0N&#10;OJ4pKQRqNNNNESGU8XsRa1veFu/Wc9kkk9zOr3DElloTTP4fT5+or19NPtvzMl1tNpb7fbLFAANC&#10;hdOlaDBA86cfn1qqdidCfHb5Ddc9o9lbP7LlxXYXWe85K2t3BlclA6ZanzmZmoqug3RFXFWlrYsr&#10;K70tWhiKxIIWJGkqKH3TQ033EFPIXk+kZAWTj/aTxwfYM8diodBRiOHUpPurhirp3jz8v+L6q1PV&#10;2K3XvFNtbs3phqrG4yabzZFahmo2nXR9tpkRvSJbnliD/sOfaY/iORqy4no5UQq7glRe6m1rfng+&#10;345L/SHWJinT0m7WZi7LldZOVI/z9Gpg6g6p2jFQT4LduNrq2CGCjeOmrYEVqSX1wvBUSS6ZXLgX&#10;u35t7QHYm/aHYuJTI5SLx0YaMSzsVCR3LM+rVbTaJCbH8+93O7yxRLFIlDxqajPHpZt1rHcM7xsd&#10;Iby/ydGd+LXxcTvDc2apcPuPwtQConio4ZCsk0cSxrTNLUxtKH/yiI35K/W3uVs/e2L3HiqXOYmq&#10;imjqUjZWVCllcXtoYgm1/r9D7MLDeI5IZLoSfqgVOSPl2gHpXd7YzO0agtAOBOT0nvkD8Xtw7M3J&#10;PsDceKrRjEjM0VRNLDWrXPZkVxUvC6R/vxgaWHAPsV6DNTSIpn0sHT1h7MrAkAqwBBII9j7b+YZU&#10;aKZpSJwcFcUP+auPz6B99s8BEkaxjtcUx6Z/2Oqu+wejafb2TkrdrxvRijqpvBkI5G+6op4BIUVF&#10;t5C1k/UoFiOCDY+60fm70TUVtLJv/aayNSSRzHN0MRGijmX/ADNdBHYBIybhx/h7kO95uvebY7Tb&#10;7y6kn8GIIgIroAAAC5+XUWb5sCbZK9zDGqgkswJ4jzPy62Z/5RnzVyXZWyYegO2q2KHf2zaKkTae&#10;WqKh2m3Xg44WLxNLVTO01djo1Qej9SG/uoftH5Q782zhsBsvEPjJZtt0b4+fMNSrUVL6HLJCrtL4&#10;ytOBYalJ9yzZbJuX7i22Hc1AMaCjDDafIE+WPt6jjbNisdwv767QlYpTXTX8q/nx6u3io6eKpqKm&#10;NSJajT5eSVuARqC/gsPr/X3M6G+T+Q3luim2jvgUZrclKsGMylOiUvkqZb6Kaup1kMGiRfSGVV9d&#10;h+fZfeWLQtrUnw+Brxr6fsB6V7vy59Dbia3B8H5/5+skkfpugsRz/tgf9je/s+0ETUZ89OVgk5jM&#10;dh4JF/LaVP1NuCPp7btbhrdqoQhODXI/Menr0BLqyWcYFem8TaiRJyVI5uQf99b2+7e3/ntt5Oef&#10;bWUnx+Rha1XjzMwpK2EWaRRDqEbB/qLWNxc82sW79tG3czW1xZ3KhbwLUjh9hQ+p9K/aOHRLcbJF&#10;OipdW4eOta8DXyz025jbmHz9IlNmsdSZGBReD7qnilNOwBUSQl42ZW0ub8m/u174wd94jsLrzL7d&#10;rtwGPc0ddGsuHq38OQiUhDJJB5GZ54ePxc+4r2bZn5ch3Gxad5C7Axggk0HGpPwkfKleoq5/5Fk3&#10;C6tZtttK2qxHUwxkevVEnzP6dr+hfkvsr5D4Dr0ZLZabcyWDr8zQQVNTiqatkkNXBHmYKfUMe7yA&#10;sJXUxWW2q9wDGbF3nSYjc09FUY/IHE1c0OPp6gF5lkqqvzLE9QrKGpKcyReqQWCki/sJXPNkEsm4&#10;7XeWEzbQ6aWNDVidXn+H1xwx0AL/AJB3nbduj5g2a5j/AHpZoZipoCFTSaqM6mzwI8h0EnyQxO2f&#10;kp1NR7M3jndmxZXdmPrKysoKaamx89Hi8bUU4tjql6lHnrbValQvLqjFb2I9r0VNHunOnJyYaqo2&#10;214JaCthbTHVyQzrH4pFkDhwVf8AFrg+wtsHuPGkxsP3c0VlahRGVBz3BaGv4u7j59Bjk603rmvn&#10;Rbe6uEN3evK0jsANB0PI1KcAdAA8uga+XeA2p/L3/l01m2uv9y0W4dubmo6LadRtDI5OOtrli3PU&#10;UlL/ABijqKCSOWdqKoIkC6bq0Y4PJ9hjjceDvTeW1shTJPh9x49q1YSFYvpmFO6mO3pMbVRuR9Lf&#10;4e5O3RJbez3K/jgq0dt9RpoW1BQusUGe4EjzoQOPU1cpMLffLeze7VbeS7SKrMF0FmwweooeBJ4H&#10;h59AL8qNzZnO/BD4qfLHrurmo+5vjfULNPJSrUeGppKfGUlVksTWxgNKy1ow6koCNcRZTwT7EPat&#10;DlpMdU43LUtVTzbemGKGQq/GFzFCkUUuNykMvHmkaimWOa41CeM34Yeyrb+VN03LeeU9/wBthdbe&#10;G5iuWMnbWORA3bX4mKka1AqJAwIFR0IN191+VuWLDnTYdwvo3muLOW3jVNTkSxNoCsBqCrqBZWJp&#10;4dD+E1rx3r8N9/8AbXd3xx+Sfx5xFPktpdtbh2b8gctgqGthp26ryW4qqPKb+2fkKd5BVQ0VPnKC&#10;aTFQJG5moquNDzG7Evld8ZesfuDmt2V00mUarrK2b+EERwg1FfUVmgz1ysvlIlQF/Cg9Nhcc+8lb&#10;Gz3G4mLKgKBzpDDgD6fb59Qmn3weaeWENltTxS2awrGiypqC6UVKDQyH8NaVpXrby2/ju/d5YKjx&#10;ey8RBtDGtjcfjZchu2t81XUwLRU1I1ZDjsQzLEsElI2hJagk6vVpPHtY0mH6owlXDX4XZuEyGSp6&#10;WmxdNWZaEZCWGnQMIkiDE0VNJJI12dY9TG2rj2KYtl3CqtNcGJAtAIxSi5wOJ/Ea0IqD6dQlzR95&#10;D3O5jEsJ3maKxkcsVQlFJJrnSRJTyClyOHS32h8NMrTYiXFb37d35XUlXk6rM1mOwNbT4ehnrq1x&#10;JP5Sv8Rr6hQoZF1TaFjYqAAbexSx+4nrIlgrhT4WNUPjp8dTwyABCYwkMUfjhjAKkAAgWA9l020x&#10;2xJto2lPq+P28Sftp+fUL3e87/uMkk010xLGpyTU/aak/t6EvE/HzrHYC08+B20c7XIWgNbnq6oq&#10;qsFz5XlqppdZlLO1ydAXUx9qCKlSqlWanNT41uySzSqDqCnUWgKuo1XufV9QPaBpGgXw5Amr5D/L&#10;/q9eig2cso1SsdX8/wBtenp90QYSB6T7WgpVYBFioqJY6byE3X92GOKxLLb6/T3Jh2pTSxpOlNUT&#10;xKxbytKqAMqBgWuysF54t9T7ZbdpErE0wUnyof8AD07DbRR0j0Vb5/t6TuS7RzALU7ZLH0JMaxvS&#10;RRGUtcaR43l8p8mlbtdhx/tvapxmKpqSenR4oLyBXklSYgxKWVSjESCMyMp+unUbcn2UXV1PKkhR&#10;2x5EYPzHRtBQKTFHpZfXz6L/AL+3Jl8nRVbpk8lIqI0MNCYFMNbNINPl8cccp0xD66eP9pAufaup&#10;nwsVRC89W1obDQrelwfIU1KsyxuLP/Tj2TSR3rIRFGM9KT9WQAoHRbsxFuaWirKegw8jffeWRJng&#10;SZ1kWQeURtLB5wHYcqHC6ebG3t2j3BjaRZRDrdr6YlgRU9JNyCkIcuxQ3Gr8/n2ifbriWmsrTzr/&#10;ALPS1HnjWOjUYH/L0XvdPRWf31XRHPQ0bYtqQrWvWzfcmNimhDDUMG+xpwaZV1K9vTZVuSDJbcTe&#10;H9qKcqAS5dUiudTBlbyMJHsB+AbX9pYthtopdSRRK9aggEn+XDr1zeXkyiOW4XTnpMbX+InX+3c5&#10;/E2xuEnyTLAKdqRJcp9s6RAiSnjpaaeihnkLAlmOs6R/Q+8L7qp0hV2SlkZSQ0U1QfSoXUCsZQoz&#10;C3P9P8Paj90TvI6jWB6gdFyJEsitJOKA56FWToLceQqaqlwtTujFPJQeKmr8fhPuGhaWQIJGq5Hp&#10;ZgdKgKpJCmwUDge+Cb4xscsgNTTxOzGExxgSBCoJOgmd1jYj/aBf3v8Aq/d6QdDseNTj+X+z0olv&#10;bIMUiYUrX9vSbl+FPaFTiaZauo3DuLIUhaaTM52Z8VJXCqmpHMEtPjsa9VOI04VGqCbXPHtPbh3b&#10;DFWQxTVlRTyPqeKmWSLySJAoLzxi0fkgLsF8iak0m9+DYx2zanlhcJGrEHJoR+Wf8HWlmsXhMqmq&#10;1pX59GB6i+O+8sRi6qjiw+3polEaTVqUdYpimqvFHJTVFcoqqmWaNTfxz6GDfj8+4ydmUVND4Zaq&#10;Nf1sZWQTyKQ1iGCs5tGo+oUj8+1DcqXMsniJbsQfLgOkgnsq4kI/Z/lp0och8K87msjJkYcPVuHh&#10;gjqKL7iegpqhpYw7tGoWmZVZj9XIOn68+wzze+MdV5OOjm3VUTGrBqNMcU0LRKjosBOoRwQtEqMz&#10;Q3DW1MVYA2ENjsc1vCZRta0U0NSrVwPkT+zpx7/bkWvhiv2f4ew5/Po1PXnRO4dvYCWKHr7D4h6J&#10;FifVU42YVESwiKeS9OZaqraQNcPcldI0lbe2yCooqmG9PmZqmWRY508aNLpSf1LKiRRzmnRo/wBC&#10;esFVU/m5XDxVddUC6Rx4D/Cc/wAutncLBifEai/6q/sOOHS+qtt7toZF8+08Y0Yi0u8FRSCN2WNF&#10;WKYvNTTSTSFL+RBcFm/BPt3/AItEsK0Znr61KiFqRqpQ0VRAKmP7eoSORJIqik1obehlYW9X04Ry&#10;bas+qR4Y0AzSvzr/AKv5dMJc26P4sbgBSDStAfTUBxHyNek7UddVuSlWrr8PjaRqWrgro8ZULBV0&#10;U9RRzCWmaSmqEqYqh4ZhqBMbANyOefeWHLT4/wA1VLuKOaknWR6nz0hkVIY/G0zlPICkEbFQzAaA&#10;LktyPbcltDIiQ/u/TMvD9QCvzyPt+fS5bm1n8ImEAqaaq0FTUinrU1xx6Tub68XKoMdBs6SnyFIy&#10;+H7avp4WmlEcpQpK6NFLJOfoJACT/QWAeqbNCRGgkqcZU0zSFY3+3a5iflkkMojjWNSvp/zlvoTz&#10;7Sy7dpeOYQypMFzRhx+wZ6Wi/sHVwZQQVoRUH7agU4/PHQGZro7cUeTo89jMFunG5OiSGecJkEp3&#10;Wqpmhhino5qCWplqKjx28hDRByNQF7koncmyNs5adKunpqWnq5J4RPMrPHCKYSAVMy0hhrIppzGW&#10;CKBGkh4aRQTY52/mDeLGLwldmh1Uoaj/AI0KEfnX7OiqW22O5E1T4cmkiqALVqdoIwKcAaVP59D7&#10;1r2B3ftWn+zzdNW5zFxUwNJT5fx1VVNUaZpKSJMstXTVUAJVfIsj1BTUSImsAQYquqpqPITy0Gdx&#10;ESVLIiSzR1dPUCITIWWJJS9DGQDyVsT+L/T2PoucFuLeJbmxnLKPwlWU48yKN9lT5noOz2C/Ckwx&#10;w/y1PRtcH2g2TooZa3aG5cfKafyVCgUVTGrhXJVWiqGlIBQ/qRDYjg+8mOx3YWEqTUUmWx8tI8ml&#10;llyLilkAVtIP3FLG0MoPH1C/4e/XV1y3uMH09zZSCTT5ICQPPg2f2E9et4dxtnElrdpHLWtQTXHD&#10;JNf2dY9xS9fbsoJcPuXasmUpa2mkgmocjhhW+WCaJopQY/HVLI0iSEFT+ocH2ssfXbwqKuGpzm3I&#10;6+kbTBVVuHyOPnMIaPV5NEVY+sJ+ToFre4W5s9ovbne3uL2xvZbTcyvaulkRjWtWQppzwr6efWRv&#10;t79433L5KH0l1cxX23sQD4jfqBeGlHZsfIHtrxx1S98vv5MPwc+QGBy3+jyoqugN/SPJksW+Kwkl&#10;Bs2fLieSqUZvbtbiI7U9RN6HahqKZwD6Qx4KjjooaGllrQ9SFlcSBKgMJIxrCBDHJoYAF/1C6n+v&#10;HvGLmz2j5psmMDRrd7eG1GSNtVAD2rSmoUHkAeugvtX95Hkfe0lZNzaz3oxFPDlWlSVqxDpVT6Ct&#10;Pl1qt/Nj+Vv8xevN2bc27kus8Nu/ZmLpIQN39Un+L4qejV5WWbIQstNlqWujibU8T04cqthq4JxY&#10;+or6mGolmp3hVZGiibTcSGzHWL/2FA+v0PuMN72afbYw13t7xF2IXB7qHjkLTGaU+XU58hc4w807&#10;69sNyR7IBWcghqAnga8W8iM5/b1Xt8ougsF0Xj9rQouZbMZSnSsr6TJYyoxj08YiRp6VY6ilp5kK&#10;uGtdrgfX6W9pXF4rLDMV9dXSeVAjJRAgWWRnchgCT6V4ufZdZ3ckayxf6E1cH1Oesi+dNy2aDly0&#10;Xlx41lWrSALpJoNNCP4vMHz/AC6UXZXYnSeW6r6Z2Jszbv8AdzPS1Il7CyVHJUT1FRSvSY+BFqGL&#10;hbpqkP0I/p7UcKVtXQzx1waOaUyLH4jpOkXAP+HtFfeFA1t4ka+Kx7gPKvD9vQA5HvLqa7u7mZjJ&#10;YRlTRxjh3Aeo6BHtVut+u9+bVqerJv4tSYyGiqcjPk1Wp89faB5FeJkV1VdRHB990mqkgghmVpZA&#10;XUNYMTwTyfxYD2ZtbwyqYkcrHSn2H/i+Py6Xb5u9rJfi6ht9Z1YGnA/L0H+DpG5DHjd+U3RlcfOm&#10;Hx7oK+tdZmpYHeoVf8njj1F3LVFlCi/1/p7EnaN0iyk/48EKEm3H7jPz/iFQ/wC29zH7DWyxXm/Q&#10;kgyp4YJGQa6v8/XLP+873ZpeS+TCtQslzM1Dj4VRcfImtOtkf/hLRgBL8qe7HYlmw3V0RaWFwQ61&#10;+4qTS+rSSDpp1Wx/IPtD58iA1c6uxeU621G4DAHhf6C3vM/bx4iRIQNK/wCcdcEZ5HubxUfK8et+&#10;uFAiWH4Nv99/t/ZUquurarJV0dRKGCTiy3A0oeVAAuTcn3MMEEMVtAY1pjqZILa3isbZ4o6Erx+f&#10;WX31Gh0zcX5I/wBYD6Ae7FqulOHWmYakFfLr3tH5ZZZFliJsHRlB/oT9BzxyfZ1aEKqsoqw9ehPt&#10;Miwz208Z70YN+zPXvdLWAw+EmyXYeE3UTA23sjmaXZAp3Kwvkc7m5aqodoxEAlXBV0NXTIV9RVz+&#10;D75IX20xrvvMlhdvpe3vJ1TNDVp2FB+aMAPn19MGx8xluQuVJ7ECWC4soGlpkrS3WhxT4terNeA8&#10;uk5lv4slXipcUlMsBrlkzjTLqeTGx01TFoiNxaVaiWNgf6Ifa46+qaSXrnLbMyMwoNwZrYeV3ZiM&#10;ZFKivVrs/IV9PVwTxyqiiqfAZCV5ATdnQE/T3eNkG1S2zAJdS27uFHAhGKn/AIwTXqON2jmbmrZN&#10;9SIvYwbiLWZz+H6gIUNf4RMqCv8ASI8+uWRMkdbRVWlWhjrEoqgkkGOCuVEjdSLWKVix8/SzH2Vb&#10;Nd80+69iV+HweS8dXiMNuemp6hKiJY1bb89Hi6mWSSNmHjGQmKiQellB08c+w2OYHubNLRHPipAy&#10;1+whSf216mO+5Dis/q7q8jVllP2gswZuH546doKWGOWWoRSHqdLOCAOf1G4+tyTz7S/YUlJX0uye&#10;kUymMl3lulcf2R1viclRzS4+Pce3Z4M7VytkE0QxVdSXmhhViDIZLk8cizdZ4J/A5et8X08azRkj&#10;tVwQ6ivlqYkD7KnoJe3kN3JyVu+9X6+HssQuLadgcmMh1woqT20J9PLrm0MKzGqEaicx+FpbAM0Y&#10;JdVY/kK3I92ebb6560i2D35gt27mpq6m7V2bJkc1smgamqJaaJ/t4M3LHU0SyQKWyNUqRpdZFtY3&#10;5HuZton5Kh2PnS03rcS319m0slvH3HLKZKOoIBZyABxHXNDdH93m5g9tL/lbl6S3h2/ckt4Lyf8A&#10;TUmpaIMrUNBGrMWoRVQPPrztF5YWYcklEb/amFwP9iAfYdTba3ntPfnX1ZnNn4HCbG2bsOrg2/R4&#10;qSP+KSS11NQ4bZNBJTxvKs0UGHq615mkC6WULYfQh+33Hftv5n2Hdd42mGKxsrUiCNKByZFMVvXJ&#10;+GJpC4Oa/M9SXuHJvLW+8hc0bbypzRdXm/blusUl3PcNWOsbNPesvahXXIsYSmqlQKnj1xjq4ZSy&#10;o2pk1Bh/RlBuLf4Eexroetc79pj99U+4M7jsXkty1WYqqEZKWSmpnxVKgpMPBT6WgpKOpiCB1RR/&#10;X8+zz9ybxFuQ3233K4SKW8aV1V+0NGCUjAppAIpXBNPPh0V3u+cg7lszcmzcqWEt5Dty2yuI0Dt4&#10;z6mnLijs6EkqzEkV9OoBrpIa2ankRm0xpJFbUQ6kXkuLnlPeDcmJze48htbcGIzMGIp5ty/wyvxM&#10;tMk0KwJC0JrGlVQvneolR1WTUygG99PsdbpLztf3W07lt+/vDtk1z4RhqxQEqQSBXLCpoTUj16CH&#10;Ka+3Oxcq7jy1vfJ4uN4jgaRLvxCXbRL8JFaAFQR2EDy8+pgeUTz8BokijaM3tzITdR+LAJ7StVRZ&#10;zAbVxNTWy1Vej1e4JyaxmvVUMlSaaXyBWVbGle6AABWPHtNeje+U+UeWrq4nkmvBNOzaiWLxE0IN&#10;ak1Bx6dJ7GPlrnvnrnVLDaobOxkgtli0KAInjTihNQGJUBzkn5dTCwFr8X9rs5yHGdcbgTZ9HT5m&#10;qG3aPLx00yNKIK2OpidqZXiKyLPTY+GQhb/qHtVe8zT23Le63nLlpHM5t1nKMGbNTVaArlUDY6Q7&#10;VyXYbvztsuw863UsFpJcvbCRCRUAUViTijMVPCnUaZpAYnVlSNZQZCxIvHpIB+n5cgf7H2FFtlbz&#10;zWyd6VcklDndu0LzUFNLR0plly+56RTGzSqpeJKKKmu7H6j82uCB7jm/Yua4tt3G5rHu9ojUDCnf&#10;cpXHnRdOOpfuOTOZ+Rra45VsYvG2G8mSN3RiwKQSg0woBqXHHgOuhK2mcsOYmZVF+GUabE3+hOr2&#10;EVNj6ubOulE4ylZltzQpPk3kViKH7kT1EFPwDaGOmX6G7Hi9zf3FljclRed+qSd9Rf7fwj5Vx69S&#10;XzNZOdy5fVYfDSBETQPmtCW9KUr9nWRpFip2mbhUhaVv9ZULt7WWdosZT9r56qklbybaWfKVqNEY&#10;qaKaPEw09Izl7mSW8IX68An+vsovHUbtcsf9DJY/MhVAr/PqW+RtsuXt4rl/hkGiOn8NQxz8yT0n&#10;PuVqdv0Qp2H+5IQwxsL30TyfuEf8gA/7D2mN/b0fcW3NqYqtoDJWYmCooaKGjjkZp46mobIfdShJ&#10;WeOIyaNbXAA9qJdwW8sLCzWFmkUNQAZOo6q/ka/t6CvMvKLco75v+5224gbfucviOzuBpYII6Z9F&#10;rQep6fKKFYlcr+bC3HAW4t7s9+FeAmj2BkspkI1jlqck0tSUC6RUTUVNUzIqhrakV0BA4BHvMX2w&#10;hms+XS0y/wCPTTFmoMBiFLfs1L+zrjt96hZN/wDcbbNu2RC9r9MApB1AKJZQCT86Vz69SZZo4F1y&#10;NpUfn2PdRvLAzyZjbFbSVsa17vG7xIHfSNKhiEDLHG1v7V7/AOw9jG6m+pM9tMjrO2ADkEeuK0/w&#10;9CflL29uLHaNsviUMkYDDS2khqeYYZP2Y6Q2aqMi1UlfjqmFY6ZGLU8xZRUr6Sqow4DLz/t/bfQb&#10;g6867Y07ZGoarVDIlPDoeQq7awhRQh1XP+FvZTt1r+5ZZYXZO8ZpkiuRj1p+zo+3Lk7c9+DO4dkI&#10;4tlan7Bw9Py6g0+S3LmAjfYUtPTmQhyVcSgDlT5Lm7XAv+PbxV9utkqX7jHYrOUtK8Dyx1eQxzw0&#10;ssSqSrLJqbUpIPP9PZxHd2NqjPLay4AyQVXPzyf5U+fUU8w+2EdvBKjyxu6mlFOQfQg+nSvx6yRS&#10;mOWaGR1IuscqkqLAWKsdVwwP09tWP3ZSZm1QlVFMxYLIIyDpk/tKV1Erb2Ndue3vbRJrVgVpn1HU&#10;I7vyzebTLJDLbkeh8iPXp99rCkqBIRotwf8AfX59+miKg6ughcQlBR+ve1LSxhohITY6iLD6fT6+&#10;yqViH0/LoknbS2ny697eVUab/Tke0ROadIWND173lQB788/7f8f6/ujEjppm00PXvfHxlWtbg2+t&#10;vftYI69rr8PXvfhELiwF7/7f+g971GhzjrxdiCD173xqkU6RxqUAEED82+v+39+hY92cdWgds+S9&#10;e9oLNUiuXuo1HVyALfj8/wBPYisJyugauhXttwVCAHh172ip6UJp4B0lv6aeB+T7PUlLkZ6E0c5b&#10;zz172m6yjSoRiQFZWNjYA8j+ns0gmZGHp0c21zJGwzVade9lr7W2HTZULXFGWZGJZ0IPAv8AWw/o&#10;Pcmcr7xSM2VxRoiDg/PqbeQebJrArbCT9Mjgevey2fweOlcKhk8YmA1avSTa4JYfQE2/x9wr7qcs&#10;JcyPd2yntfP51PU0DcXuF/Upq09e9rXD4lkmpah7gamV5ALq31IsRcfRre8dJLOa3YPItPl6joMb&#10;jfq8VxCvGnDr3sXcXS+LG1EKFi0s6vGWN7Skqbc/2Tb2hbWYGUtx4fb1Ht9cGS+jkYDAoaenXveD&#10;dAmydBR1iH7fJYlXikdQEUBVCxPfgm5X2jnaS4No8Z03ERC48vQn7enti8Kxu7i1dddlORTz4nuH&#10;5V697FrZNRWZHb9LPVsGqYY1iqH/ABIyKv7o/rqHuXbSSR9rhNwwNwooSPl69R/zRDb2m8XEcA/Q&#10;YkqPQV4fl173kzaLURNC4vqZP7QCj1WuSf8AH3EHOTGWePXU1YcPnjpraqxTKw4/7HXvZ+OnJ48J&#10;1Ltenj0l6qevrGC2Ng9ZLCA1j9F0fT3BXuTzV/V232raY1BMkfi/b3OB+VRQjz66Qfcz9q5efOXt&#10;33jUPCF1Kh4V1Aih+wADPl1oq/8AClr5FVe0vmJtrYEMTj+CdUbPro3dJdDjMVudqpWiZWUMQQFN&#10;vzx7XEuYnJLKADzay/63159wbdc93spbwolqePafy8+uhGyewG1xqsV5dhVX+lxr/m61hsz8gdwV&#10;0kj08ZDuAOVlFrAWA1yMTf8A2HuM2QrZbW1G/wCLeyaXmHebsEVbT8hTobWvtZ7f7MhNzeoADkBl&#10;J/40CekPV9m75zDXj+9JtYaBUKLcj9McqoeT+QfeLRWy/h/qOOR/vH9faMxb3dY0yH9vRmt77WbK&#10;QofUR5YIP7AB00mk37l3PprtbAkCWSSOx/FyIyFX/H+nvmtBVPy+pQLf1J/2PIt7VRcsb3dsv6Um&#10;fM1p0lufeHkHaFeO1todQ4V0j/Z6eKLqjfuW0F4Kxg3DaPPKn9RZggBuPeQYxQRrlQXHPq9X54I/&#10;B9nlv7dbrL/a4P29BK/+8lY24ZrS2j0r6L5cOIpXHQg4r4u7zyPj10lYPKFdC3AKlNRJuxZfXx9L&#10;/wBffL7Whi/XKW4/s2JHPP59nNt7cQLm5uVHy49ADc/vJcwXhZbCMBPI/Dj8yT0LuD+GGRkVJMky&#10;xE6Qy2dyGIDWJFlB5+h98yMdGhZbyW+g5H59m0HI+1RMCysR+XQJvvejnO+DR6iF+ef8vQl4f4fY&#10;GnqIxXVTLY3YKiKCF5IJDuT9PfvuI1XVFADyQL/T/X49nUfLu0wEaLcUHQXk5y5nvnK3F+VBWtQM&#10;/wAz0vB8fevcLoZpA8iDUytNEouoJIt+r+z/AE99irq2HpVIxcgegf0Hsxjt7aDCwIB9g6I3a/ll&#10;Z5LyR6+rf5ielc+A65w1NHAlHSyMgBLMscjA3K2J0j6BfeUQ1jgLrcgA8X/3n/Ye7iSBMqij8utm&#10;3aQVdqD7SP516aRuPbNE0iY/HUutudIhBAFx9NbkWBt/j7zrRubamJI+t+R9Tb3SS8RSNIOr7MdN&#10;LtsLzBvE7aU4/t6j5Ls6WmpmhgoYImYMUtC51MI2jQJ430qWLfUj6++v4an9B9f6f2vr/X2z9fN6&#10;D9nRn9DBSmtfhp+XH/UekV/pLyl7/bm33Gv/ADb/AOb06dH1/Tr9/wD/0rulb+tyb8cf61veUviM&#10;SFPr1w+eEDU+iigZ/wBXz6rGSdnsDIGYuQv4PqkjC2H0BUKfr7lQsQfqRa1gPx9fr/QezSCdoysa&#10;t8X+Tomu4VIJEQ0/PNelFRT6CqGos54AuUP0IP6f9f3zd7/W/wCQB/X/AG/tXNNQDuJNKN8qen59&#10;JreEioCgZqPtPHqbU1IBBJMrm6HUeFVQACAT6idIHuPzzYX/ANhf/bey2QliGXzHRoVUqoc56ZWd&#10;wzGP8kkgG3q+lv0ni3ufTMfSrXN72/4n6/4ezrbXkEaiQdEG6RJR3j4DpV4OeS0STRgaxZCpXg/k&#10;sBHHcW/1/cmQXJI45B1AX4uBpt/xPs74CvRAg4hulxFL4yzIdReIA39IJFieBcX0j34khyAOLXN/&#10;yf6+6qoWpHmerk6sN5dY44oRTvPrAYyl1DXBL6VBH0vp4495GNjcLyePoPo3pYj/ABCnj22zeS8e&#10;rItFGo4r/q/y9NjamkTxIzBQ6uXFrlGCt9fr9B77BP6iL3HP0P8Avvp7uhOkA8emWRTqznqbFMwU&#10;I/pYxrf+lwoU3I/Jt7jMCdd/6j/bW/Pu/VxpGn7OnyNzH4mDfqBAFzY3J+v9LD3wXUo454ta4/3o&#10;+9/l14kNgDPU7XCzkSMpZgfpz6uOCf6Ae+vI30t+LD6XH4/3j29HEHZR8+qk6O7qXSYiOrZVBbll&#10;1aHCkAn6kggj0/7Ee+kUlyT9Qpt+eT9P9jx7euYVgoinJ62smoVAz59Zc3QLi4BSqdJaRka0xl5j&#10;sD6uLfr/ANj7zlVK3I5tzwP6fXn6D2iBpSvWw3mR0lY5Z451SFtI1AajK5BNwNIVgFufcEuiF2JG&#10;ldRZgQVUDk6iDZbD2qS3mdNaxsU9adWrUgAZJ/1V9P8ACelmlFV1scUUccs88llEcalnZmJCqqrq&#10;1Mx44/PsMdwd39T7YqftM9v7bGLqAwTxT5KJmDG/6vGZFSxFiCQQfejDbqwWW9iRj6noUWHJnNW6&#10;RePYbDcyQ+uggfkWpX8ujIbF+DXyq39iBmdq9K79y+Mf92Guhw7QQTo1iviaranMqsDxpuD7Lz2R&#10;8/Pjt18JaYbvj3FkVQPHRYGmnqVkck6B9wkYDEkXuAw/x/PtDdXu12TPHJdmaWnBKfsBOP2/lnoc&#10;bB7M86bq/jXFmtpAMVky1SKGgQn1/FQ9G96n/kz/ACz7Makk3Xgcd1nhKpoVqqrceVooMqkSqrAr&#10;h6KSsqZdItcNoa4NwLW9kW3188O6+34cjt7ozrqpoYsmhpYNw1tPUCpgUsGaSKSeVVikMZPKqp5H&#10;Psmtra2kuGv7XbG8amGb/VUceKjqcts5F2fla3to953TxoozqKvRULUFBp/F9rH/AAdWYdHfyO/h&#10;98fd0YHtrvDd9b2NufbszV4xm4amhoNiiVQyxGTC/bSVuRjhmOsCSVQT+OOSp9a/Hje24Oz1qey8&#10;s+c3GlXJUV1LVSvkMdg5gpasq6+JyY6ialaQJBBqKyVLAvdY5B7LnZ1vpLe4QSSpxWgoCKE1rUYq&#10;RQ4LYIIBHUovd2O28vru9mn+Lsg8MrjWD8IU+rUB1AUC1NK06tD7W792J171NNuDboFPt2Chiodv&#10;wYsDCNl/90Y7GYSNo45KKimCmSaoVQ8FEjPHpkaNgOHanym2f8f3brHq/HQ7g3x/DpKqsycxjqUT&#10;IrL4Q2TqIkArK+0MzeklY2CqoUXu9FuEMN6LeWInt1DOSfQ/P16ibdLS/wB+17juDlLcnTitBXiA&#10;PTyr5juOcdFs64+L+6fkZlKbtv5C5Cup8DPPTS7V69ow9BRHbhhNWg8UwE+KxdTLJEqxJaoqYQ7z&#10;yEsqKQHcef727er5M3VplclSTy3ZYqKrNCksrE+hCSivqBB/Btz7PP3reRJFHaRRwQH8KKaD/ej0&#10;nt9n2kRO5gkknHmAzUp6UB6sowmM2hsfGUGAwsGF29jKWlSnx+PpvtqONaWljASOJSweVYozxcsb&#10;H2Xrc+xNxrl5KSvfH0eRqGKvj2khpqxpCbSRJA3jmPPPHslvdwRZwtzMnjkDtJCnPDPr8gT0Idsv&#10;bGOB4hYSFI/OhI/PyH2mg+eelQsiMAVYENYgj6EN+k34vq/H9fYr9cfDntDsJUm29i5Kul4eSSGv&#10;eExrEw1FYpJ40DIwP0PJHtyJqmNJZPDB+HPz9Qcfbj7en5Lh76B5rW0UxqaV7RnyFfn8uga7d+RH&#10;SfQ1HTV/b3Y23Nh0lY4jppc5UyQrI5UuP81FKY10qSWaygC5NvZqth/BTJVVNntu56rzUNclJ9xT&#10;M0Ea/b1yOwCpIzSCSIlgG+nHsW7Q9pE4juL2qyKKVJPHHEkgcc5HQL3S53KIxGLan1E5qMUxwPA/&#10;keg93f8AMbofa+18FvMdibSyO3M7W0VNRZKjztJNDNFWgmKRFiZpCZALqCouAfdcmaoT1tuHObYz&#10;uIiqc1ia+ameer8o0+NmRG8JIU6ilwb/AE9r/wB5jbpZoltFd/Jia46PDsM24Q20i3ZRKVKgfy6N&#10;BRVtJkqOlr6GeOpo62nhqqSoiOqKenqIxLDLG30ZJI2BB/p7Qua7G3yWVFmkTGoLLFSjREqm9l8Q&#10;bn2XTb7ucrDxHrHXgPLoxtuUNpZQHBM3qepXttxW/K1pF+81uHYlzMGGki9h9TbWT/sbe1ltvcqu&#10;gc4+fW7zlKBY9UVMfw4/bX+XXvaypt/wxOzRQRg2tcEqQfobH2brvYevhotfWvDooXlgDLynPl17&#10;3kOdqMhG7Q1EUKyNqZnld5FZuQVseBx/sD7aFzK4ZUloCan7evHabSJtUiEyLw9Pz697jOlOwjNR&#10;U/d1FiWcyy/qLccGw+ntNJDHISS3iSeZqerCKGAHw4Qp697fsHuPI4KoC4+eOHhuS7cFyunS2u1z&#10;f2qs3ntWUQLj/B0Ubhte3bhHW8iIA8/Lr3sctvdq7lxrhK7K1qRNF6EirJZEAP0PhDgKPr+PYvs9&#10;63K0AL3Lr8g2P59Ai/5W2W4BSK3X7SM/tHXvcfMb1z+YnRqaraWmA9Ch+XbnkXYG/P19orveN3uJ&#10;dSGo6atOU9iso9Twtr+eB1724YncG8KfxvU2NJ5LslQt1cBgCCwkLCwP4+vsxsdx3tF8WRCYQeB4&#10;f4embzZOXXrHENM9K48v5de9iNkUqcxg56igkmpneF+aSYKtyoDKQdTWJP8Ar+z/AHVHvtun8KRk&#10;XRXtI4/OvQb2+2j23c7dZ1Dor8CPLr3s+HxrwxyHXOxmmVVXGUtTAwRdLVFVDXVKapDz5ACB9fqT&#10;7ws5ht3HMhjk+BZiDTj5k/mT+3rpHyLe27cm7XLAAJGtYyaeWkUP+bqn75p74l2FuXsGno5JWrdw&#10;U+PmSeVta42k/hcENU1OosI2Yq4BNwCSfr7sT3JKmJ2rj0JCItOLhuFVY4VuXItcC9/9b3I3NoXb&#10;08INRI44kr5UWI6ifsp0ENqc310QRV2kYinoXPWpt0Ftys7N+VPZdUyirnGSpHA8bSutVkczUyaY&#10;jdh5ZZZVCmxBZhxbgIjbWQp5qFssyqFn1wwTsulzTQ62MiH8Rl+AT73yI0LWcu4EDv7I289IBYkY&#10;rxIrkcOkvNjSR3X0Ec1GVQxX1d9IC/bnH59H67r2FmqLd8ewoairqHxQp8jmsVDUyT4+LMZPTBFT&#10;MkriMVUcDEuQhs1rE+yaY/JP2x8y8QMG5q6bY1HLU5GpiBaCm+yWKCo8pMqhpJazJJCukf2H/F/Y&#10;Eu5G5h59FzWq25LsRgDQNJPn8vM/b1LvK1g/LfIUxvoSDcqwAPGrEhRT0oKk/n1Z53lNgPhn/Jw3&#10;7h94KMVk+0cFldp4vDV0iJUVWU7FkqI6ehij0eQ+Hb1JPWWKgqpJNjf3aZTK6BVkUgrdSOOLE/4n&#10;j2YboFkeR46FDkfs6DkbAajpAb/Nj/J1odbuelrKqd6Syx1Z8451aRpRJUCn9Pje6/k8e5CE62Fv&#10;ob3t/X/H2nkhRIoJKjIz0ilk16vEOemhqWnhpMZOlmaaN0lBOkI8Umi5Nv8AUj6+4OQjlkZWDkWN&#10;wAONOhlF/wDYn2NOVrqzgBV4tWoiv+r0r0HdwVipo+ADin+XoceqsvhsfHMKijpqp6kLTM0pNtaV&#10;8E8MQAW+mMRgav6C3vvHRTatZDPpQWJt+q5uOSPxb3LG33Nvb39kPECI0lTxppA4YGc+XUS8z1l2&#10;i8iIBlAoB5+Z/wAh6NpgcljqPd2AtVU2Oo63KNLXeEzx+THpHGkVOqwoGd5i5v6wePp7zGtaGaA6&#10;GdgF02FtYVmDAA8WIb/Y+5Pu7BL60ubVpNKSKQSOIqOPy+3qCbOYRXQ7NRBoR1Y5nOt4t37LztCc&#10;pFRffRtJHMZBH/DozHFOpkYkXqhEOLEDSSfb7j4y1RHUuGheRydBsGUK4BJA/wBfj3H3MlzEdtns&#10;La4EkcaL3CpoACM/aOPQoDMIDrhI1Dz+fp0QzsqtpabDZPbOOy1JlqDC+MQ5anZpPN46dGc+YqIz&#10;E70zDSCW5PuZl4RLCdXKwytIBpAvHLG51f8ABtaD2Z8l3ZuNrsblT3NFobPmhI/wdRXzLG1vOYvx&#10;aqno3Hwsz0aw0NdBUBYsvtyCgqJCTIDkcLk5o9RJ5VZ6SQMR7aZ6JWWNlOnyiJCLDg3U/X62sfYu&#10;iuG4N5Z6B8ctD4de0dHvxu5aqJ65HTyLA8s8LG4vGCrgaL/qaxH+AJPtK5GnZJ5VOnQG5Gn1cKOB&#10;z7OLWQPGhHH/AGet3LLItAceXRnursolVg6KpYz/AHUnijdg4WM65SgexGq4W1/zx7Sk9y8UgTTp&#10;ZF0/W2m9z/X2bJlSCePReoAJFa16NPjpA8EyhrpIkhPP9hmTVb8aiB7XSv5KKmdiLsoUAc8i/wBf&#10;6eyEjRdSqBjog3KHVqbyHQU7PqP4XuzMUcQK0tRLo1uNALlw1wDb6gfX+vtP5GNriQEjQChYgaQH&#10;03B/11B5/HsxtmGqnQbZQpHp0b7aVfDLD4idViDG4Ym+kiwtb63HtFSRapXDmzEsAD9dJJ5/1vZ+&#10;j0RCBgdKVooFM9CvFUAU8diQoZGJuRZhbT9P639o/IwrTtMebAG17cgm/wBPzdfZzbyeKifZ0Zwk&#10;unS0oqoVCU/q9Rdg+kng6SbD/DV9PZfdziSWatkAsErYWU/QWY6bf7f3JW1FUSBSfwdGUS5UHz6H&#10;3CyItNSKW58Cqeb8gci/+sfcikoUnjwNUeHps5TuCPqoZ7OQPz7ann8Jtxh8nt26NtuZorllphlr&#10;+QNemHcdZpos7TqNRkxFVpH4c+IkL+Ab2PuwzqnKSwU8dQHjDvSyUwVxqV7Pqu1yvNl/r7wx98rz&#10;ctn2C8vNpRjdRzxkELqoCRqqPSlQT5CpGQOpC2nk7bOb9zgsN4DPt/huzANpIOjtIPr8vXrUN/mw&#10;9nbv6awlVWddyVuO3RTb2wWWgy0MRqEpqIoJKqOWKJdbUjvINamylFa5ABIVW9KTCZyINJmJcFk0&#10;ZAJKZioYhdRKqVd7Fxax/wAfYO5P9wQdosZN3QpPItWEYJzWmCQcECuc/lTqIOYvu488RcwXrckW&#10;73WzoQw8R1VlU/MFQaeR4+Xl0PXwQ/nY7Ho+q8Zg/kvtmrk3FHG8E1fs3a2RyuMygeoekjnmpYUq&#10;pKCaSnAcjUVGoEfX2lKrHs2GnoBWxVztT1FMa2mZWjk8i2aNkBLRT6OWVrXBBHHsp515is9u33br&#10;3brUfTXDBpM8GU8f95IJ+0dZH+ylnzFzHy1vmyc5SKN52tlVVbJZNJbUzHJKOoFRgg8M9EF+fO+O&#10;menvlx0h3v0TtPMY3rrt2fE78zGHyeDye32xOVostHTTZLGU8lPTU0+IytFWmRIiXeORZNXpZPYT&#10;9G5PF4egm2R/DnxuWxr1FTHFKo8tfT6itZVRIwVyBWxN+Dx/h7Cfu/yvuE+2W1w0jR2KCPWrcCZC&#10;oDg+lQVByK0JpjqeuWNxeTfb3dJlE08iFEZeMY06tCitcRkE+ZzT06h/z0el9/7+pdlfJLGbtptw&#10;dUZil2/iMslLI8WOwOWqa2EbdjylT65Ifv8AFSQwrKwEQkKi+prEcsxmUxWFqcstKleI0iWOnLKF&#10;nM00cLQtz/td7f7T7gLlXa5rTep9snMiWcTM7AUq+mnh5pgEniPLHRt7nb7DJy1DusDRyXkuiJK6&#10;uwlSGIXA1BUpnAJ6pr+BPxwyncfyt270Vls9nOvsa0+6M7n8vjUpVydBS7UxUubx89PUyiR0/wA2&#10;iieMPqR9SX1BvaAoMhK++dz1UtXjjDtralMNMTRmqx+Qy1XS18aSJ4/QkyKIzpYlh9QOPeZ/Jm3X&#10;Mc0sMrlojIqqM4GhTStKNwOa/wCHrlh94LmC2uRyzbwUE6BmkH9Lz/LIP5jrfW/ljdK0WxPjoyU9&#10;JuOOk7E7GyE9FVZ6Z5BuPbGCxdXtiky8QkneURVMNLJJdgDqAtwfaXzW7pX3PksM1HRVPmkUYKee&#10;DVG06JJURU80hkV0Mkd7stirKpH1PsTc1bjuPL9jBcC0DWtVBB9SK1r+Gh/Zp+fSv2m9p+Q/fSwf&#10;YeYrXRvEEZKSIdEhGmgFQO4AocNUADhTHQp/Knsvsj4cbNwPdu08gtZ15jMlBF2ztbIwx10OP25U&#10;z08dTncGG0TrVYeWSNliVgJY5JVuGYMoQ5rsff25MtUYTPYlKaqwKz09FFTYyRQuPlieSStgq43c&#10;ymnZdT/Un8DniPIOdYdwe6WV0VtbEKOFGQrWpJJIoAa+uOp2i+477b8sXfL2/wC2WF80tpIjFXmV&#10;kMsbK6LLH4QDAnKjUMggnI6nYv5n7Z3T1bRb9xHYmyMzsrf1IYcbuQzrQmLK5Csp8cMHFDkqtFx1&#10;XWS1bQRxygmCUaXseCKuEooJfBV0dQchQXkejq5ZWlniMojilh1yqhWJJYiLFQQT7gPnLe4rm/lt&#10;YYVSNa1aupjUigriiih00HAddFfaPk6OyshuUW5meOQYUgKVxw0ritcnhTh5dak3zV+QGYztbnth&#10;762BD1d2Ljq6mo90bV2/TUCbfzNFjpJ8pjc5KcVVlqjIV1BXUx8hkkp5oY1ki0vdQqHpaSaK8kSS&#10;SRk+kIyuCPoU4tc/n2FLdotVCe316l2a28OZFKgLXz4dVoQbu3rgstTjF5SsxuKyEEUcQ+8NRSvM&#10;SJHikppDLIAFBsb3HtEZHGVArI6mkkmiiRw0sb2ZWX+1GLfQ+1Mjz6olt3bw61+XzHSb9z2lzPK1&#10;yooygY8vXqxnqnu7by9e5HZW/qDE1eWnxwx+Mq4ZGh8NUE/yWaqiVne6TH0sCFv7Zt77E2l2Vtis&#10;21uOgTJUNYpFRA37UjMq82kVgw5F/wDkfs/uds2zfLdUmqZx6EKajOMZ6JUj3TY7oTRmkRxRqlac&#10;Bw4+VD+fTp8ePlN318Se0E3ltGuhoKSoaCkeirV/i+KqqKreSKRqimDSR+JXUgi6lAQRY29g/j+t&#10;Z9k0zw4dPJgqSKNKWJ0JqKCNFWPwSkFTNEqKtiBcD2Cr3aLjbCrCL/F/I0yPt/z9DfbN5huCsFwd&#10;MpPnwOBkH06uYx3zd2D8jp8dj92SQYrsaulhWrpENsHnkq/FWQT4meoM1HQ1Pj1h4XIIbmwFvb9t&#10;/csUiuZpEMcREUhC20sh0Ej8kBjb/X9m20XiTxunigvq8gB/qzTpPu8IglLqBnoMe/fjzVu9M2Ex&#10;lelfXU8mQoRLIrfcxJecQVjwqsUdQYl0lWK6gSefZY/nL2c20+nf4NjJbVO7a1qBnLX/AMjp0Sqq&#10;BGAR+tZIwf6c+8gvZ/l2a/30zz6vpETV9pOPzz1j77p7zElpDbw0EzMVOeK4P+HH2dGj/lL9AvVd&#10;1717L3RjYoJet8LHQYanjhWGGLObjlnpBOUMZDmnxlBUBSGvdw39Petzv2gWSCWYrqeXylmNh+u/&#10;q/wJ95jbpbRNt6RBAyqn50HUVcuXrC7ALeY62LfYE4IV2D3LjslSSPBNj66kq45ARcNBUpLHaxvY&#10;SoCf8PcZ3tqaTRMhoVOTTiMj/B1K13cRXe2TwsRRlI/l17+n+v8A8Qfd9e1MvLmto7e3GFWqo8zi&#10;6SufSPVBNNAslQoa/wDYm16f9h7BUrae6nb/AJfP+deogCIrvGp7gadMrhTPLEpCSgM5J/S4sSB/&#10;QXB9uFTiafLPDU4mYR10T3Altz6SCgNh9SvPtJNF4oSS2ak6moPp1dkrRJl7D6ddLUyQXWZbxGwL&#10;rdgAL/X+l/cOmr6ygytNUzS1238/jZY5IMtQuYKiORCWiZgpAmRmH0/ob/j2hlu4b2QR7hC0d0v+&#10;iA01ela9Nttv6RZHEsR8q8fkD/mr8+uFfR0WWx1VQVlLS5LGZCGSmq6OujWWlqYJgVlgqIJlMbxy&#10;ISpVhpe9iCCfdzXxx3V3Z2FisdJvzYlTR46Wnpzit+xVGMxdLk4KdSr1FRgqiuiy9VLUILrLHTGF&#10;2Xk8n3Wz5X2e+u5Zt1s2+nRDp0gqrGmNQ1AkVpVtJU+vWIfu/wA42vKDmDlzf7SS6WSk1uVeRowW&#10;GsawhjXGaO4YfhFadVI73+EHw/xO78zW4uvztTWQS5Cas2Ir5DLY6kysn+W0FBjM5/D5ht+HH5BV&#10;IgNSviRiF0gAez+5bdWCw9MmPLU9PGkFLHGjRa2cwJpEzKjTyCR2F+Ahv/X2ztXthtUkRC7THINQ&#10;NSoqCDVaFh5fz/LrGNfcRtvv5dxsb2WO6aoLRkqSrDuFQagHIp5g9EZ23/K83L3Bgcevb+Ppt2SR&#10;52pybLkcnUTYvGeSqnmx60FDNHS0CwUMaqB+5M5bnT9PaLiz1LNKMrQ4pXrEiFM2VlpvFUfanVN4&#10;4ykKP9uZSvpAHqtf2PE5dgtSiTSKGCaQKLwqDQ+Xl9noOgruvuXf3hZIXlWPVXSSaa60qe41xwxg&#10;9WD7E+BOytpbap9l7kzTZHa0IDU2z4hTy4aOojgWlMktPVCRppVx4ePyuGZNelRp59prK1W5svVR&#10;x0n37U5ghaVVgEJWYSMW0ymokMiFVHqKg/i3sSWcG12NuzzaPE1Gma4oM8MeeB0F7i83ndF1XLPU&#10;nBBAFPn6+fRrtmbH6S6jxYpsbj9u40wK1NHJN9tPMIkpljTSEpQY1B9JAsOPcun2Ll6sMJXWBJYy&#10;kjyRsz6ZOXbUGWLUv9dKj21Lv9nCRo7mHAClPz/zdJo9s8Mh5JKt8us+R712tR2FBG1fJGzJTfbe&#10;SKnfQOLLInOq9hY3t7fcbsbFYgaJqiorGEbPeNYj9SAP80I1LH6H9XHsvuuYLy9yiLHnhn/LXoyj&#10;tY2UkxfnWnQc5vujcmbiWehp6bDQeQopriYvIIlZ1TVJUKzKXQWGtVv/AF+hV1HiqaIs9Pj0WYDQ&#10;HlSNX0jlTrJUhVPNgoFz7JJ7qVwVluD4Z404V6UBI4aVcEU6CvObuzNcsa5LMVP20zeR4aJpjGxa&#10;/k9CReJ0kN1uWYi319vcdMZIXWqkRCU1RxxaY7AoVUPIHDOjBuVIIvbjj2XvKVkDRIxWvn8utPJA&#10;ndo0g+vp0h5shXrlFnwNNlK4y+CKeWspp/Ct7mZaWBmaljlR1Uh0WMj6Ac+4opMTAoElWkbDxh0j&#10;liQBgH4CqhuORe63ve3HPt4zXclQsJoeFR9nr0ml3TbYQfElRU9Tx/PpTLTdt5UyJjsBVVKgzrep&#10;pak/tyeNYWeoZnDusI03UqACAQbe2pazb81fHDTeaoqSwjjgWoMrya7htMayBudI+pJI+gHtS1tu&#10;CQFpqLEBWpFOkjcz7YiMFlRgPPpXQdS9zNigcnX4zF0baZZZkpI0qKc/qp1eOKnFLKYdRF/QT+b/&#10;AF9x6ze1DSGSlix0ZqY5tHiDSOFcMq/bPGAzrIGYEj6gcnj29bbFNOola7PhUrwH7eiy45ytovgQ&#10;EfbT/V9nT1h/ihmsjLDV5je1ZUU8lMvmjhoqallmkIhMbCZI3BUAG11PHuA+8K7wRz1lM2Oo53RH&#10;qKd1qHgeaRYojohcllLN9SVGoEXHHtQNmtzI6QT+LMoqFbANBU1P/F9B+754lbxPpmUuB51Hlj/V&#10;T9vQpYb4v7HoJWM/ky9ZC8JMeTWKeMi3kfUumJV1A2Nh9D/t0BnNxB6hgK6uq0GqVXnEqqAqyF/L&#10;A0rMY7qAy3S5t6vwRJYbZSJGFtGh4EAUP5Gg9fnjoJXfN+5SULadZrwJP+Reh92/11tbBwJDjsFi&#10;6BUEZP2dFS0wLoGAa8UQckfgk+07LnN7Um35p6TGCoxZqqpKZqGGkqIpEEw8ss7VAjrI5NLWWPS4&#10;DLwAfovTbNhn3GJJrvTdqoJDlxnT8ICnQc+Zpj8uka8ySyyrW+VWpVg1aA0oBjiD59KJts4eWqiq&#10;HpI3qIx6JGMmsEKbAlWUMv8AW4PsLM1nKmDGwQg5KvQTzSNUVqzJkZS5QlKmTXDCYYwAy+gEPGPT&#10;zq9i3b9sVrh2rEBpGBSn5AqTX518+Pl0vh36e7uGKyxCamafB6dq1/wnp6ix9PEQVihTgemNAqgg&#10;Wuot+q359s9TDubeb0cMeQDVCyySQsKmKAQLR088kBesrammqpKfyP45I1F9EjEBluCtCbNs4llm&#10;sAMD8JapJFQAqUB8xXBpTHTi8zpt4lWZiqgAk9xrUgNgVANK0Jp1kioqSnVxDCkSu2t1RVAZr31E&#10;AWLX/P198KXEbzpJ5UyuOqYYaV6hJNFNFPFJ+vXLCI442aIGRiXQu0ilSTbn27JebDIiGzuVLuoI&#10;qaEeYrnj5EUqD5A9JL7mS2OlbLcg0zCoBJFKZIyWHD7BSuOs4jQ2YfkAg8Xtaw/H9Pa32vjzQ1C0&#10;8k00yeeR+anJPVMsDySxafuqqRZollayxIhVNIIUAafYb3RvGhMsUY18QTp01PkSO4fmaZ6Kbjm7&#10;cXiqripFPhjKn1Pw1rgZ6wy00ToVso4sAbAWP1Frfm3sRaXOYcViwPBj4KDJ1/8AuREUM8/mqv24&#10;oKp4KvINTrMIURWRFQAD9QNgArNsspt5iEL3FCw16eHp2pU/Jixz5Z63DzbuYAaaV3QL28AQtRxo&#10;CT/vRr/MM9Tg0f8AdSV/NGhjiaVIXVYTYNFZVuxaw5PHtRU+y2r5cjlMnn6anxsxppMbDQfcS3li&#10;NOYpnGYr56KCOrihcLAo8RHJDXcEmfdntVWytrMmQMSS2CuKMvaM6T50FPToQRc4WoW3CxMZ0IJ1&#10;6RX4sUUfMGpYlqd1KdM1UstEkcNHjYJpC9pZ5AiiMEW1SMkPkZLn8Ne30I9iXhutcPiYaeqxFdWW&#10;akjEcOQjhyiR3EbSCieUQyUrS2a8mvXpsqsqDT7C8u93ErPDd24bS1FOtgQM0qfP7DX/ADHv9aJL&#10;pAZFFCAaVpUjhWmMdAdks/nKmsr8Vm8bSSeHIzx/dYuSqx0iUml46I1awyOKllMg/bKyRPbUwZhc&#10;Pi7Qoq1vv5R4xFEdcUULU5tFAIxJDBCW8stQ0al3lLuQxtY29s/ve4tilsjFqsKkkHHpqwRT0GMd&#10;Kot3VozrkHaK9IzL7gzeBmocNTo86ZLJJTUdXWTmrTXUVMQekqKlVIpaeGn1vCkaxRhkAf6j2E+W&#10;ggjrK3FVNYJBT0cRqKOKOoXIx0dTBLLJM89UaeOqpJVdzeMagY2BYPGVUW2bSXEIl8HLmleCkjHl&#10;8LcKflih6Zl3wxww3CwPVjhqgpUEgGgqVYUxroPOhHQ74HEtIgyCxSRyTM0l2ZGiaSJjEukDVGko&#10;WMKnIXSBYFbe2ygxcdRRR0VPkKL9kRSUtK8rqrY+JRGsVHUPDNNBJTQAsNTWJ0hjyPaya5e2kUrY&#10;sFrQmnn6kcDXhwx5Y6Tyb+jyyFpSzFfiI4t5mgxk5+VenianlpqoVCUUi+Vlimq4QQ0JcXLyIssa&#10;yhytjYXt7YMulHTmSFcjTwVE8iqkGRUxKdWvTGC8MsUaIICbkM5Gmxv7N7NpZKO1ozIoNCpBz+Rr&#10;/k448ukyb5GrjxZKU/w9PlNRTG0ggJQ6rsg9Jub2/rzf8+2KjXIYemalpKfE1jzvKIq55IKwu7yi&#10;emUvrkZasIHNrBgv1PGn2um+mvpUkeedAqiqCq4pRjQilK4rwr0ok38VMltcdpGRQ/n5dZanE0mR&#10;eNqo1miNDH9usrxQspPqDIG0sD/rc29t71m4aWvqGyeLCqtP5onoKtcdrQSIzlKeeWWFiyxlWuXs&#10;GBU2Ngq8LbZbdDaXuQ2lvEXVnGCQB64x5deHMTAx6LpdRrxVvl6dc2wWMmp/FHHGUJZGWaJJjcW+&#10;pdSTY+3xdznJURfDZDIUORUBaiiqshTSqjKoJVIiYZUQkXVwihgpUXDD2V3GxQiQwbrY21xY1r/Z&#10;1BFcZOpa8CQan5A5Bva88b1s8qy7fuk0bih1RtIpFf4WV6r9lBjBHQabn6F6k33G1B2F1l1zvXGh&#10;XVKfcmysDm4zFMNJR4MrRVkEg+mq682+l/cFd571xtJM9dj8dVLEFaJqqGONqtQGLikrKaWBJHVS&#10;NSh2e7fT2Gd49n/a3mWsJ2ZI2YmrQgxMhPmSgDU9MacdS/yz95v3V2G5t5dv56uZoxTVHcM08Q/0&#10;0b4NeFQa/wAuiEd2/wAk3+Wx3rSTw5r45ba2NkpjVyR5/qSSo64ydPPVKAZ/BgfDhKlI3RXSGoo6&#10;inR1/wA2QT7l43tTF1tMyZOinw9cGCeoy1FEwJYFjIIg0PqW3qJ5/tfX3B/OX3SzbJLe8l7k944B&#10;KxzuoYU8kft1endnrLzk/wC/PzJuKWG180W1vaQqArTWiPpZfV4yWYE/0ajqkrvL/hLXtXa+TrN1&#10;fHjtDcXYGPZ6iaDYPaNTgKHN08kjoYY8duygx2JwuTlAuEWrpqQqFAEpJ4EikqKWuoqatoaimrIZ&#10;Q4MlLNHKkMg5MbhWLRuAPo1jz7xa5v5J5x5PuUs942qa3d8GoqvCtBIKqSRkCtafl1nb7Me7XKHu&#10;Lt15Km8Qm6tlJC9wdkLFNRRhrFX7a0wfl1q9fOD4X99fDnshtpdmdb7u2RQZysQYeszNAhw+VbR5&#10;CuJzlA0+EyTRxPqZaeaQp9GsQfaywTSx4vJOinRJJDZyOW0xVAKaTaw9Q5/x9zX7A7dBbW+7zCTV&#10;M5i1fKniVH29c6/7y3e77dH5V264gENhbiURrTJR0Tur59y0HpnrYz/4StbR25jd6d+bjpshLWbl&#10;yG1du0OUp5ktDRxx5yseKKOyq4nLC7kkryOOL+0FuslaeRRwQtjf/BT/AMU95e7OO9MdcTIhq3R6&#10;DFet3CH9H+xPstNQiLUyuF9crHUTySFuAP8AeB7lSJiY1U8AOpVgd/BjQ/Co6y+4KVCwrIJCFBN7&#10;nn/b+1BiMmmgz0qMLSFCB5de9pPJ1KT3WIBnB0gWJ1EvYC1xc88f48eze0iMYUtw/wAHQhsIGjK6&#10;uHXvdC3aNRtHcNTVVmGzVRuLemzvkT3FtTMYSkkangxdXtWnGbq6uWcJHq/u7KxaNVezvUMv+vys&#10;5/tbKfmDf7y3uRJfDf8AcYyingsTGXWT/Qr866+voT9qJ+YNv2TlWwuNraDY7vlHabiOVxlnlBj0&#10;AVqfFRa6mAK6cYp1F1n7mVWH7XhpmDHkGSSSZAosfoQo9o/YG4cpju2dkdi7gqEp9l1uZhp9u1JQ&#10;JTSNnscBuvAyyqz+X73FZQ+JT6bwMVub2j6G7lbdrTcZVP0fi0U+WiQVcfZoc4/Py6nbdtu2+85S&#10;3bY9tRX3UpqkUUqjxmsEhGMh41zwqc+XULMQisx9dRwn/KpKOeSnUGzCdUf7eUcjVonRfcWp+N+N&#10;2b2L21u+gyVTUUeewu7lXa74yFMTg8ft6qSOXIKYZ3klpdw5KpiqQtkdvJcBxyqY7etjLezIxJKy&#10;Ka8BooB/vTFftyej675gS82jYLOU6Zw0Ck1GpmdT58CVUMp+w9eocqlXSUU8gWGSrhon8ZvbzVUf&#10;kaCNif3Hi0tcDkaTf2L++Kahocdgc9NFTx5LJ7KOHhqIaeMTY/IItNX0lTSNIC9Jel8iEqdZsB7F&#10;m/ForTa7/Rme00n5MACrD/a46ib2uu4m3DmnlZJGMVruRejZqj1BBHAgsa/Z1P0szEH9ImD8k8rp&#10;III+ltX49m864x2y9vdUbmraapSXcFfR7SpqiGsb91f4puWiYKs7KrHzSVqWH5Ke5A5S23bbXYL2&#10;SLuu5FgSh9JpVFK08zT5V6x499OYt2PMlnHerp2u3FxLHQHJit3A7RXhRq08ukhN/GancWNLQFcZ&#10;TTVwkdG0oSKXSjMb2uJFJH+v7G7tUwZXsynzVBVRNhsNgKPCy0IXVFJlI6GBIZjc6vNDrlGn6i/+&#10;HuS+ZdtafnmG9jm/xGCIIEAHc6Ii1r5kEEfPJ6gT2r3yG+9g95kNoY72a4kk1k0IQGjD1oxAb506&#10;zUkf8OqxjXlMs9dU1NesrGzGJpaiUwgfQeNSP9h7W+2ayoz3XOb24ksUZir4q6mvKlNURVM1BQzw&#10;eJ2qItEbkuAdJH+39y01ql1s1xYyoGbxEYdwBroQnJzmp4dYlT7pu20c3RbxZWkk9ilsVk0qzCmt&#10;6gkA0IAFOlVJHCH8zkKyofUSAAg/UTf8c+ydbUqN5Uee3Psjec8jT4bc33m3sjTwiZspjayMNFLP&#10;NC7qZ6YsrvcgHkW9grlWx3e2lvrLmO5ZLKznEscgUHxEZBpOrIUg8a0OD1PXNe97Nu237JvHKdt4&#10;kt3YGKWM1Bil1ElVUgNRxWgoSD9nWWwFz/hz/rD+t/6e1Cu2G2nld0VQ3bX7rXcE9dk44amqjmxu&#10;30eOgoqXEYuCnlmanBhpRJLqtd3J/r7MObtz27eJLAbRfm4VVZagGgyg4aiBXSa4oePR1tTbhs9l&#10;ZR7xy+u3Sw2MajtZJJnLtI8khb4jVyMAdtB8+o6yx1SqYmuolKkm630ghgL2JsfYm9X1lDtdatp1&#10;jDZSgrqxEih5E32mTQRSEglpZWlW3+B9te3It7OPmFbmQaHSUAkYrpfA+f8An6D3uHuBub3la9Na&#10;QuhJ8gDpNfXy64VEJqYJIf8AFB9bfSRHPI/wX2DOWSA4mtzVVSRR1+PcQUwjjVStPDS1NPTQOpt+&#10;/H92Qb8+n3AnONna2dxbyi3AuQpqOFNIbSCB8j/LrLP2RF/u9zeR3E5bbgQ4qMEysHLCvkVUEDqB&#10;Xzss9HTxtpFZr8pHqKqpiBP+xL+2frxBlM/t9qnGx0wNT95HFEHjh1QSQRKjNYgpaMaip+t/p7D1&#10;iqLZ2NyU01atPngD+fQp5gUy8871aRanjhjAJ86keXz7gOoO6Jv4ftrJyrKwKUUkXkvYqsjBS4ub&#10;a1D8e8nyLpqnb824K+fGGOt3PVU8dVBQwPHLVU8VMlZWxRl9UgpjDCPWwAAJ59kO9yt4tzMq/qSy&#10;ZAHqM/yXqa+QbW22+Dao5pmSGKOimQgZYkJ/tiTQDzNB0gOo9zYjde3cc2GytPmaTEw1NKtVDUw1&#10;KieGpmpVjm8RbxzxmNgwPOpePYZdQQ4SjVYN7Vb0+Szu263FYuqlKmqrsrkiaxcfRRuCfOlHAbgC&#10;wsOR7kX2j2mznnnO7uUL2rJGWpUyMw7APXT1Bf3pNy3W5ltX5YthNBaXCyy6chYlBUsSPLURjz6G&#10;cMhF1It/h/xT3aD1TtOPbm1sJgcbuauiiix6yzUFLSMzIchCn3tXUVdPHKjz3HjBvpUL7zUsNp2/&#10;bdvsNvtbtw/hfhBLAsoDGoBAI9TgEZwOueVvbHctwu993DaY3nllJBYgCiMSgpxoamoHl0jdz5k0&#10;atEKbzqFJsaiOISyqLiBFYhrs1lP+v7GDNAbGxYOIo6yaJ4BUVFXPQiuyWRLWH+efStPCFDfUAi/&#10;Ht+NYbBGlSNiycQq6ix8yza1FfXB+weYvh2Ub7Ksk0wWQAKFDaUUCuNIFT9vQNYPdP8AeOvq4q2q&#10;plnp6ySBYIZ/FRUrW1mFw9vLPc2vqtx7J/2ts7M7jlG8MCxo/upEmY1FlCNPIfIli6m4ZdP5Fz7C&#10;u4WT7jO24CNo7eVwamnpmv2H/Y6Gm3Ku3W77UaPKgIoPMLwI+WKjoaMJm6JGGJlqIfuow/7SEkBI&#10;wV+tyv0XgXPHtH0++ew9jUdPBHn6ifHfbFmxlWZZaUyx3EkSqxVWhZbfS/Hs3h2i7gj1bduAeJkF&#10;alsMK4oBwIOfXoAXVtt1xcT/AFu3/qFyKjBp/n49KR6GjncTGJBILfuIAj8EsLkC/wBT+fePbXb9&#10;cc7FV1NLT4Valw1QIFc0Equ41zGEEsktr2NgAfajbvrLO4WWO3KuTmmFb5hegbzVybtm52U8aLro&#10;p08NSnyzwp1LVdKgXJt/Xn2d/au/qCrigngmp6qjlX1SxEkxln0HUPqtj9fx7GVw0dxGkmulRnrE&#10;/mT28vIHkVVdJxwB4MfQHh1y9jVjshSVsSNSzxyKQbBGuODz/r8n2SXEMiBiV7fI+v59Q9uW13u3&#10;ysl1EVINMilP9X7Ove1ArSBSWBsOP0j6/wCw49ojpr8+iN1WqlTXr3vwZ4mBVSQxUn+lvz/vHvZC&#10;urAnh14qjqwY0NMde9uRvIQbXBUWsBx/h7SYXj0hK6MDr3vEQQQPyD/vXtyop8urV6979MgcC/6r&#10;c2tzb+vusZIrjraMynPDr3torKRZYnS17/4D2thmZHQjh0YW87JIreXXvaCyOKdA+kkBbsVsLMLi&#10;34+vPsRW14GKinQsstwDAK3n172iJ9aTGN4f1XBP1/2Ps/jClNat0J4tLRh1fh172jdxUSTwywvp&#10;9ak2Ivf0kcW/1/Z5ts7RyRsOhJs9y8Usci+RHXvZT6/b0lFX1dACWjkeWr0PHZVBP6ASLEBxxz+P&#10;Z1vFkb+CVUkGmUahUVUUGR66i2a1/LrIG13iO6tLe6GGUBTQ+lMkde95cA+VCnGVNMPt1lBjkS1l&#10;VlcBdRPJB594sbzt24Q3UlpdwAITggUxU9N7sLAj6u3n/VIyOvexQoKeWenkRLRgFTEQAfUSNJ/x&#10;I9hHcbfsZVOlvL7egLczRwzI7GvqPlnr3ubWYuRaQQzIZ/LEyVTaQNfq/bYf8FB9lxUxRqzUZqip&#10;9T69Jra+Uzl4jpo3aPT1697Wu0gKfGz0UQ9UaroJH9kWVf8AXFh7Fu1bgTbTxedOgxzATNeRXLnB&#10;Oeve+WdpJWhgSNSNc+mRwt9HqBBH1/It/sfYF5oRZHhZKlWbj6can9nXtpuEEk7SZGmoHr/qFf2d&#10;cWvxb/Vc/wCtY/7ck+z+df0WLw2wdr4yqlbzxY81Eif271U7zkXtYC5H+tf3C/PvK22cw7hYXE7l&#10;FhgEagHyVmYk/aST+fXS/wC7lzXzL7b8hx2m22wEtyxlkJ8mlqSuDxAIX5060Sv52fTM3ym+ee+d&#10;yFlGH2Rg9t9e49oGVHlG28f9xkatxI2sOMxXzgekAqgtcWJUrZPGxm0ULSAFlOo6uRb6cf4+wUnK&#10;HLsJ8JYWdvM/6h1NEvubzruMpkmuwq+lOFfz+XVY1J8Etr4yhSWqrZXkOlWDTUyMrXNuSF1XH55+&#10;nvguZYEeKh4v9CP95v8A4ezCHaNotxSOyUkeuR/Lopv+YN+vgxl3aXURwqaf8eP+DpYYj4wdY4BV&#10;auelRkKs3kdXLaeef23FyR/S3vL95k57lEEI1cft+uw/pzYX/HsxVII0/TjRW+S/5OiTXOaC4uHc&#10;0znH7D0oTtXqjB3angpXKk6fEI3iJBsAQI0cX0i/AH+PvpocjIy+WR2VuSePTb6Aaf6/n3pZzGaM&#10;4p9lOlVvBFIKBqdMmS3fs/EC2OxdO0ikqDHCVUhuLuVLfpF7fT6+/DGuzHWZDc8g8Dk8+r/AH3p7&#10;lSaqDX1r/k6WC2hQ90ox6ZP7Ok1P2tM0XjocTEpKgRMzuh0XDA2HqHpFyPc2LGhRc3JPB4vYfTj+&#10;vHtIbg1IA68y2f4UPD16S1X2HuSVyrNDEj8aTGAQj8OSwY6iAosTz7mmiVgFZLgAAfj83v8AT22Z&#10;nIoerReFCD4aUrk/b6fZ0j63cOVqZppWrWVy7soiAUFWJ4JNxwPx7yfZJ6tKkC/Fhx7aBcGtelaX&#10;IpUxDV69JapqauR1LVMslz6tbG5uDfkEAcX+nvMlMALAA/X6gfX+n09+ahyWPWvqhqqT1DmQ+Mr5&#10;GPN1LOAxDNE1zqNyeG9yki/BFv8Abe2yFHn0xJcUGcjrElM8vnAjs369RN9dmA18/wCb+v0/x98j&#10;HY/65/2Pvw4Y6qkob4QOvTalQfQF2UXDgX0hUIXm5N1PH9ffvGP9S39f0j3vP8A634q+o6jfav8A&#10;7V/qvz9L/wC93/H19//TuzNy31t6v9Y/7D3k9I+ljjrifEq+ChbubTxOePEdVZVU+mabSWSNpQT6&#10;WjDNGRoI4FipAtb3PiFlHH+xI5P1/P59nFpEJItbccU+X2dBq+LCcelT9g6WmORJIJLxhiGQIxU6&#10;9JUEMrHk6iTyPfpOCD/T8kcc/gf4i/ulwxjxnq1qqsGUManPD8+PWGuaSMr6QBH9WL3LKbKtwTyw&#10;vz74KSqm35v9QPz7qhrGGA4Y6tKA7aDgDP7PL7fTr0XpSST0u3CqB6vU9/VpB/s25/1/ciGXSw+n&#10;1/p/X+ns0tb0KI0Zc19Oi27sGeOQqeI/wdO2OyvgeBbK1nKtYhSCUe3J/OoD253CqD9dR+v1Bsbn&#10;n6cWPs9MnbqPA9Bnw2d2BUj5efS1kqSiq6FJACVBDgoASR6nU6bqpv76N/IZCPRc3b8BbCzX+gF/&#10;z7uXVU1DqnhuGKU7h5efTtLUUUWOSNj61XVI2gsgMjIEcNYroAJJN/p75LyCwINr/kaf0kgE/Qcr&#10;7b7UjFT5+fXqNUKAdPTSB4ok1NINclwS1iRIS5bn6pYE8f2Qbe+DSqihiQAQpJawAP5+pA+vHtRD&#10;b3E7BIIyz14Afn/g62wFSKZHDPU2hx1dkmhpaOCpqKmVlYCKPylzcLoVI7yFiykWHN+PcZamNwzR&#10;OjqfSWQhlF/wSCQDb2qk26+hoZrdh+R6bBBbTrGs+X+b16WeS2nmsI0UWUxWRx7qiyePIQPRuQwJ&#10;VlSWzlGtxe1/fStz/U2sAP8AYe05Whp+L08+naGtKZ6iS0fpjYrZS/DC4uwU3XX+bfW3vhqa7H6g&#10;cfT6G30P+Pt+AEkAA1PD59edC60A4dOtHDpZXRAbNGGYXs2ptCK7g29TAqP9a349orenZGzOucXU&#10;Znee4cZgaCCJ5mlr6hYnaOFWdzFCNU0tgPoq8/19qbm0mXVPOdKgVIODT1AOT88fmOjjY+X915gn&#10;W02ewkml8yvwj5sx7QPXPQw9c/HDufv/AHFDgusth5vc1dVVCpI9BTSrRUjySKPNWV84ShpoYgSX&#10;1yKQObH3V13X/Nz6j2nNWYrrXGVW+cnG8kEdT9tVxY6RgjeqMKISQsukeqQcH6C/sPSb/t1mzrBE&#10;Z3znIA9f9Vep95X+7xu19AlzzBuf0ykA6IaMc+rsNNPkoPpqPHq6b49/yINwV8NNl/kJvmPbiSxr&#10;O+1toy0+VySt5dRhnyklOaCBjHfmMykH+nuu7e3z1+ZHe5qcXs/ELt3E1jkxw4ekmWdYiNOkzGWU&#10;gIfr6n9lkvMO/bgBHbKY4mNFVMAn0+ZPUx7J7S8h8sMLtoRJdKPifuNePGnb/tQOrieoP5fHxI+P&#10;0VLlMTsjH5HIUMar/eDfNZFmptai6y2q0hx8LjggrELHn2g9ufDDvXfeUo8p2puao2zDk2Wc1WZy&#10;uidjKyuDDSCaSRTIGNjoUn2Odi9lect9iF3LA0cZGolzUjz+EZH59Bfmz3+9t+Vp/wB3xyCa4TBW&#10;MEgMOILdtaHjk9G5g3Vg2w01RtOlbPQY+NxT0e34kSneSBSFgglb7al0jTb0kr7tH6v+A/UvXGLp&#10;M3uGon3nlWkRleumikoHXQnj0rLqYsVJJ4B59hffuWN05b3IWlvtEs7hRWQodBNeA4GopkdGO0e7&#10;PLO/bU+6fXRW8dFABkBkXNDRahSpxSrVoa1Pnrf/AC0/mkfOnJd+5b479A9GZLYWHoKGX+Ib7ym1&#10;ctuPO/xCIM/21P8AbzDFUsZVQvlYlQxN/wAezSVFb071Jt+eow/8Ggyvo8OPSmh8cSeO7WKIjBw/&#10;pAIube93Dc4wwLebfsTC4TJAQ0p+Z6xM9y+at55i5w23Ztlvnl2uSRKuDTjLpYYNMKVznLDoa/hV&#10;1d8tPkdtfcG5/mBiNzbarMfU5ShwSmqp6R8/HFQpNS5KbDCesehWaqkCqHN2U/QfQV2bD3BV7iot&#10;ypj6uePc26MxWNXSU0gTJVcVNIaqqpKJjcxT5ATSotj+qp45A9xNb7teLtm43QYvfzTuaHi7LU09&#10;ali1PmSOuju88sRHd9k2iEadkis0VaCoTTpRccOCrWvkterB+3MDt/Zs+y9wbix1DJsrr3G4wY85&#10;CAzYTEz5KSkxtBl8rEyyq9HhCsM0zMG/YpGBFmY+192v8U9h7tpdsdl4RIcHlsRR01VIUSGOLP4x&#10;fFLPHOJF1ivhKMRdtRkDBgb+3LzcXgsLTeDIPqFAZakLrA+ICvmtDilSa5x0GLflq4bcr3ZGiYws&#10;7JgFgjkkA4FKHybh6Hqu74z/AM0jfND3xvz45drYGs3TU0W9Mptiiy2HhqJ67Z+aqayeLF0+WhGo&#10;1G2a5ijwTwK6x07hx6VexpesqDA4/a+LwG3MPRzJFAkwmqaOBTkIHuyyhlj0uUkdgR9QR723Nt5u&#10;lvF9JXxhmjYovyJPcR5gfs61t/LMmy3dxb34Kog09tTQjjqp5kcK9VgfzGcz2NkO3M529212ru3b&#10;O1zUT4PGYrZG5a6Ci2jl6A06LR1ONidJaeHJwxuQ5Ugt/at7ZezPjnsDdlJNunNbRxEuYo/uNcMm&#10;OpZaMR6SFlkGgj6khj9QLf19hbeN8uHtGFwi60qdXmAfw19B5+Yx0Ndk2nadnvHvyn6MmmoYUyeI&#10;8Ngc44Gv2dJL4Tfzhe6cd2/tr4tUvYFTvTYGQgp4tubpzD5Kq3lBltcr1eMGSyTRiemeVFaFJImY&#10;hyv9i3sunXfTO3cTnqqHbuW3TsmuL6hHtjc9ZDjdImV45IMVWPX4coxXkeA/W1v6hi13CXUrw3s8&#10;YUcUkcccmndQ/Ly6lm1m2K9jaFdsgaAkEq0YQVFPKgzj06uu+XPyIz2N6pXdG5+ueru6tvtTTJ/D&#10;Oy+usbm28jUFS09O0kaY+qo5ZENhJFpYLezAi/s2udrMx1/RY2tyW+ZMlW1Uq0aJkdt4yarkTx63&#10;nqJsZJQmojXQOdI+pP8AX2JrnmLeLNbeP97FwgAGqJGLYNTqUoxpXzJ8uHmQXHJnJV1cXEW2bPog&#10;YVakrA6s0opjovn9uPTrXu+NVBsr55bp7B2ft74dVGxdk7Oxj7ljz2yPkP2Xhtsw5iqmhXFYjG4r&#10;eFFu6jxNdVJUSSBYy0EKoLDTb3Sf/MT6oqZMvRdu4TGyLR5NFps68FKsNP8AewmST7sQ8yxRTRy8&#10;aixNvr7mXlffpOY9q8eeNVvIDRguAV8noSWGcEHA6hXmDZLXlndXtoJdVrLUrU5U8Cvln5U624/5&#10;fHYoyPVUPUma3HBmt09XRQYymSbKfxfLDaWlqXDx5PJrDTU+UyOLlo5qSonhjjR3h1aELFRWdQxL&#10;JTOXaObjVYq2saRcEhuAAPYlhUkEgVx0H2dS9RgdWCe24R0aTuksIIYhgNGq5Grngf4+3opoUJ1x&#10;ah/gp1tkmZe1yFP+rPXvbHl6ymjcxrBoUrx6NBYggkE/pFv8bX91mvISwEcen+VetxbfI+li4J+3&#10;r3tLQbpFLKYEkijTUt9TtxpJH5Nrge0I3ZYpNOsDpU+yLKmt0YmnkQB/Pz697dKndMIeNxWSyIBc&#10;iCCofUOPoyxaTb2427amH+MFxX8IY/5OkUe06aqYhw/Ey/5D17274jNvLKr00OSmvrI8lM0SAk2B&#10;WSfShNjwB7W2185esUdwxPqukD8yf8nSG92xFBWZ4QPIBqn/ADde9iA8meSmjndZlhl9N5mW6D6g&#10;3Uj+v9fZwzXjxg6CP9MRX+XQfa3s1YqEVj8s9e9uWOqck0iqk8f5YMsrErYcWs30/wAPboEwYAXB&#10;DD59JJobdgzNBX7Rjr3sZtt5eqaCHG12S8qSepdA8hUub+MsQfqVv9fYmsp5HhEElySSa/L7Cegt&#10;fbbB9QbgWuhKAfPhxA/2Ovex9C43b22ZqueRw8kQKRkgqzsU08KTwQT7F8ktvt21zvcuRqSgH+Xo&#10;JtZ3G47pFFHbgqG40pj/AD9e92A/CSqXd2zTS0fqpsBl6o10t7JTxS1ZqY42L8FpL8W4Iv7xi3DY&#10;bnducVFvHTbw6yySE/CCcD5klSAvEjUaYPWZvKm7W+0cgRCcabkRtEi0qW+Y86A0q3D59UBfzk93&#10;4TqmGlzVfXIuX7A25Lh9tYxFkMtVkKJJKOplkkjUrT0lMKiFpJGI9TBQbkezmdzVJFBiMZ5FgV0c&#10;1RJKCOmKRrI5kNkC6Pz9Pa/3GQvDaIR3TSOc4wBQV+XcR8+qe3zh7u6nPcqRgj7dRr+S8CflXqnL&#10;+V3taOPdXZ3ZdTQ1GRq/uaeHD04hEr1OSpXqZKTxxgeaeQ1EhVAtyJeByB7KLvXtHMZyBdjdQU8e&#10;XmWiqsZkdzOZafEYoFFjrZ4ak+FKyqpo5SbpdF+vJ49hQbncz2lnsnLqKywxMryDUqr5sasFqRXi&#10;MY6Gse12Npfz79zVMsbvKjLEBVmI+CgyRWgpUGvl1d10v8W8ZtauyPfPyleXbNZk90UW58LsS9PW&#10;5PKJRyt/A8fkqK9dVU9PUVFOoWmcpK5AVtJv7FL4g9fYXadNuKXGTnL1kTQ0ma3PKpM2Xy7SvNUp&#10;A7MzLQ0ZUrGAWDcm7cH2s5Ps7awG4Rq4lYhYy5yWZtTPn07VoeBqT6dGfOm6Xktvtqyq0MZJdYjx&#10;WOmldfDuNWalBTGAQwFYH8/PurcO59v9K7L3CZcKm58tlt04bYwJWLB7YxuNbF4ytr4VjRP47nDl&#10;nd9Q1QR6IQEYMCeYyKFTjhr6jb9Nvz/jq9vNtEpmuUU9q5A9B/m6CC3yEw0OSKfLGOtUR9qVYqcv&#10;HGWkGOheSFNWq8RmCSL/AFJMtzf8E+/GdUI0Etqvey/gfn3q3293glWZAADip9fTpqVnaQP69SMf&#10;gDUU1TBVFIRCzkEuCtpkaS8LE2fUygDT+R7yPaQDV+WsQbA8D/e/bVmTayskRxxH29NXUTNExY+X&#10;UXDTLj6toaE+aMBahHKkyGZmAdBH+oqCbA2+vvIgRRpVebAXt+Pr/vfuRtg3aWC4t7i5cMqspC+R&#10;OQR8qChPUXb5tjXMN1HHXU2BT1z/AJD0YvYu7qzG5TB5LJijrEo6ynr0gkeN4Z1jlUeMuXKpZfqL&#10;/j3BlWRnQLFqeOYNGoPLJ5VIU25W/Bt/T3kVbTwzwJNHLWGRKg+VCOsZ7lZtv3CWKQlXV6GuM+v2&#10;dXg7PqcPuHZ1PkYq5f4bldsxyVFZHHI8ccldQX8ixShXkeFkMYYfhf8AH2/M9RrjmMSI6sGdQxZP&#10;GLKxMg9Cm34v7Ax2axtrfcbcXUrRSgjy+LNAB8RGehPDuBlji1uHOKU8vtr/AJOiCVOxdo4sbtxl&#10;Pl8nPi6qnkpIZayjioquSuFPU1UEUGNgEk0lNdCC5FvwSPbtkmDQBgPSyICSLWVQ4uf8dTj/AF/Z&#10;ZyDG9naXFgzEmKQkH7TWnQL5tibxfqQtdeP8H+z0ufhjKaDMVW3quQRJTV1XWUqM/jDCop7r4lJF&#10;43jodWkcXufbSbtTAkgaUVjew0kjTqN/8B7kAUV6eXUahiJRjtOOrMFRIqplkFjIp1re2oEfpA/q&#10;Qf8AX9sWXWNZmd25Ijc2Fh6o1P8ArWN/ZnYsxQKvCp/wnrTV0YBpU/4T0YTqSeSqxS09IvKVEyxo&#10;RdikMy6Tfg2Dauf+Ke0ZVKrMqxkepjxweDYm1jzb2ewnQCXOOk0YJc6q9G3xFV9nRa6hmBjjBbVd&#10;QCL2FzYMD7U9HSFKMO0htGmrSQL3sb8fW1vZRPMGnOkcT0k3BaRMKY6C+n3TTV2/qSjhpkZ6iSNF&#10;cN6jGHYF+DbTc/X+ntjyEt0A1X1kcAWuL35X8kezC1jBNegWSTIR5AU6O5tTH+GFNUaqFRyCDckg&#10;E3DD68n2lXQfchmH11BdQt9P6X+vs5B/ToD0rjAKjpfyShaUgEaRbkH8qBwSP9f2l9wwAh2IsDH6&#10;QOOQAD9Prx7NdsfAHRpaK1Kjh0ods16SWjBsyNfk8XKtdufwbcewGy9J5565ApCBYpVuLBmjd7MC&#10;eCLjn3IllLoSByfMj+Q6OQoHgSHIr/m6MLiazRT0zFg3qKjn8eKP+l/pf267aoTUUzU5H7kcgmQk&#10;cqY2vqX/AGHtDu1xom8XV2EFT9hHRnAri5jdBVSKeuOkbvnKrRL5y4CCJkkINgVeJ1sxv9NVvr7N&#10;jsqTTRxUxAUaX0Ectdgg8nBuLMxIP4I941+7M/0mx7hfV+EpX0+KhFPPHl58PPqePbCyi3HmGO2k&#10;qytGaih4Lprn5D+fWqp/N8nOF2RWbupjpqKLcGHV5HMboBfJuIqiOb9uWJwwDxN/nUOi3I9su+5c&#10;lSyNkJywp4kijjrLsQGjU6lmtwjE35+n+xv7wm5lW5u5Uv7CILaAKToPwMxNKjyU4Ck1BowArSub&#10;3KW1bbtVtcbWzjS7sRXGoGlAfUjhTquH4RV/XfZ8f93KeOmp93ZH7uqye0YqZKZYad54KiGbAtOU&#10;NTQtHZ3hD+SlVrC8Y4TW2t8xwV9RTSVImpK+JBN5tcUkdVT6KdmVLKJFNLVo2oXJ08exZYyDctvh&#10;S6cmRWAJ9O2lB6gKygHyoM9Y0cybTNyrz5ul3ZwrCL63b9NSO4F2zSuDVDg+R+zq2zvH4pVXdPxg&#10;69w+Vx0eK3B0tvA1W36mG+RQ7Ur6Gqajo3qJRJMI5stRTxPGTpjYpxpt7QO5Dmtobxz2epq6pNPi&#10;6im3DiHmj8ix0zuP4jjZ5VGsU00czfVtOtR+D7yYnj27eeWp9v3eYyR6EwyklQF7lJoaKy6WU+TG&#10;vmOke0bnaXVntktsBHfszROASDrrRCRUE0AoT/SI6N3tDY+0PkR8b9q9Q782tjMrSb12ZVdYb2oq&#10;SqpaZTX09LTig3BjYZmlByONq8dBNGyRl4fSxtpJ9mK3xm4afrd9wfwyaLHZKHFVdCTfz1mSyk1P&#10;PS0GNoYmaqqJp5CxtZFSJGYta5GP3L/tje2HNG52t9u6XMkZKAL5RlqqHpVtRQYFFzQk06jL3e91&#10;9rj2KLb7TbvpoYXdncsCDKgZWK1NFj1VFSS1TSnVWP8AKp+CG6trfzAc9HvPuWk37vXrGn3Jsyow&#10;G3dv1mRfA7FpqGfC0OR39uOpoKTE4yv/AIQkMVPSI0080tlF1I0oXKbZyO0OuauOqeeHsTtPK43c&#10;GYhdnD0tLHVU9U0DRBj9tFQ0sSxKrH9Vx9QfeTvLNlBNeAWaBLO2Hcx85W40qSCBkVGBQZznlVzL&#10;zXJzJzHPdyy1gQkAVxwPD18vyA9OtzfZuJw+PONwu3qOGm2vsygjxOGWJUEbtBTmmcwiNUjf0sxZ&#10;0AVnYn6+wmnp90VFZlJcXi6yvr9uzbcq4PJPCokrKWXVUq8kujXHPTI6OByOCeLj2Qe7G77bDZSb&#10;WZqtIVIIFaaKFv2IaEevp1mL9y53u+bdwvolZltrUF9NSQJSVStK07kIGMkkefRPf5im9Om8F1Nj&#10;OvO6N7YXY+0e6ZN2df1NbloJKjzQ5DatfA0tDopaqOGuxlZV08ymRQhkRQWDFfYqS1+PzUVNkspR&#10;jBZmjqIii1M1Mk8IeS7LHJ6onp9III5Nr394t2tkJL8QWc3iEtUUopHyrU1HqKE9dUp7uS+2wItr&#10;KiMjqQ1CXpQAmnmAAQaA1z1qM4HrDfvx73fujYnXW9qPvzp7em3aqqkqdvUGeqsAKukp6uZjJiUl&#10;WbD5iESs/lp7Kx8bK2pBYHt6980WEnzW2NrDH5vcOJqqynqJ10RYmhmWmp52p6hKdLeeGeYLpuoP&#10;DXF/Z5FyRBu17eXF44MoOlljAAFFVh8QB4ahX5f0uj7YL/edj5fjt4YNCtGXXUTrJZqaqV4GvmP5&#10;9Hl6P/lLDvXO7L787wyG89h9e7nwO3ak7PnyE+U3tuBKetnoY66qyOXeuFDQZPF4+mmjCKzxLL41&#10;P7fr90Z2PvXdy7pr91R0tNDBkYaXBLBAIi8K0avWSSMKiRWRZ3WxC2t9T7CW/wDKsVnOBYBiBQkG&#10;h+0Y6EfLe97hcxqu7yBtchFfQALQ/LNf2U6RX81X4QfGbpODpzbnR2Fyq5TJ4zNZLe8FTl8plh9q&#10;1RTwYCpRK1ac09Y0sFWstihGlbqARccf4yJKgQ1KLEGUuCLaWXj1nm3stWya3o0qgKfnw/zdCtNx&#10;t5BKltIW08TT/LU56qbqvjpWUW2my22K7LV8tO6RSUj6WqhPUszrACtpg90IQMGNhx9PceqWnlqU&#10;enZjZbXQEgMQeCB9Dz7s8ESyxSRvRjwoeP8An6cF1Lc2xVgrDhmhIA9O79mOlps6v3bhdqZjFbsx&#10;6AGVIVpchF/uSp6Kmhjj8y1EhjSNfuI7BbFm03/tA+3SIyPE8UlPHMVAGoqAxH1tdjo5/IPt+e6Z&#10;1fxFR1A7gaV/Z0G7u1IVZIHkVxwGSeg6npcdS7hoclitx7ixQdg8LUskzBJRHoLxQ0zQzJJHp0gr&#10;ILW+n19gVvnrus+/XcW3HdI4105PCoqRqQrORPSAWUuGYF1bki9vx7JNz2NbeJt0sI3Uq4JQKcjP&#10;DGfs/Py6d2fmgCe32/dGHh6TpdvM8BX5HOeFaevV6Pw6+c2Cr9t0HSfdtXHW19ZBTwbG7Iqnklao&#10;b7fQtBuGaUyLHH4YdNNUqBxcSAXuarvn7Wyx/wBxcW8w8RpslkfCxZnhM5p4CCDdVuYSLHng/wBD&#10;7yt9g7lr/bL65KkeGyqainlqp+3qBPeH6e23S0iSQF2UtjhQn16v8+BtNRHZm+8hTU0Mcj7tXES1&#10;0MYVMrFiKaSalrVdfTMjR5Ph1JVgRb3Ulu6B5KURxx60fUkj6btGLix0/gWP195IzK8sAUD9NhQn&#10;jT5dRzsUka3BdnIccB6/n0fH2D82GMVUjvEQbfUIfSEk5D2ViDcEf6/HsA7u9taaJGUL21rQ4FPO&#10;nAfb1IUd+XhkjVsrxr60/wA3XWpf9UODY8jg8cf6/I/2/u+/4s9Fdv706r2rgKLrzc9PX0FFJFLT&#10;ZfFVGFmWF5ppKSoaDJpTy/bT00npksU9PJA4APuNqumjM90jW6uXIMgEQPBgyiXQSCDila+XUC8x&#10;e7vt7y3ezLf802rSg9yxN4zKa0IIiL0K0qVIU9ILdW5MFtdlyWazFBjKaUqiy1k/hiawsyRyM6JL&#10;VMVISJTrc8AX92Hda/y6Z3aHK9sbplwI1tJJtvastLU1agMGjFVmpo6mgRit9UcSOfx5AeWIYrY1&#10;Z9bNngnaKeVWeh+2i+eCeoL54+95tNtBJaclbas8oJHjXIZEpj4YVPiVrwLsqn0PkBGY78yWTqBj&#10;uv8AbD5inkQf7nssKqmoUdmZVRMd4qeunNlJLuYk5sAfr7OFtvofpjrpIpdv9e47cGXp5C65TccA&#10;3Hl4pNFleCqyMNR9pGPqvjEQB9ntntscrVmkEYwamjH8mapX7EK18+sVuavvCc/c2eJBJzDPDA66&#10;WigYwRsPPUIyur7WJPTWu2uwNz633tvatxOGlUGSgwLpiKIqWUvTqlFLAZYmJAZmdy17G/PsSPuN&#10;y5p46eCg+2iKaVSO0enW49IKyOCF+oHAB54PPs5EG0bfW4lutT+pz/q/w0xWmOouVb++ZpLi6Kxk&#10;1ORmnzOT+3Pn1NZOqetKaaUz0b1ImZpJXZ5ql5gSrzeOP9sug+nFh+fb5QbCoqaF5M3O0KOdbiS8&#10;svkb/m4dWkKf8fz7SXPMVzLKEsUqtKV4fy6UNaRBVOsn18ukHl+9s1kKr7XZeIpqu/7dPUVEeinU&#10;tYa3TTbUES4/N7+3n7rBYqNIaaAOFUGJ6lHa4UDgIltQUc+0Bh3G9fXLJRq5Ap59eAto1P6Y/Pj0&#10;xLiuzN0VVRUZjOT0lyf2MWYof84WLxiV5XlQrexsl/wQPxJp87SOqilhj8pVfJJLTQRRwt5ELk3u&#10;5j8bXHtPLYTKzLLITk0Fak46fa/dV0umlfKmcfb/AJOk/UdOVEskkuWyWSqafyvop6fI1c1RM2gt&#10;Z1Ro0MzPYEaSbW/w9yP4rC7iGOoNS4j1ukYWOK1yx9clgkI/slufrfj3UWciprkjCj8yf2DpJJuk&#10;CK2tqMB9vU6l6nyIEbR0IpadnRYzLI89d4lsoukXkY1SN+oAKtrc3v7g1GTqYJUY09JGsvphDOau&#10;RtSkkEwKkalkDaQPpYH6c+3EtonV/wBSRnFAeC+fzz9teiG45nijJVJAxrwJp/LoT6HpmlrofHV1&#10;uZdoiuvRHHjo1ZiFa5CSSycH6sCfeOk3UkCxV861EkCTlKgvSSRwqhMlnsE8pULG19QVQRa5uCXJ&#10;9qaV3tI3USlQVGqpPy+37Oi6bm4qzRmMaqYqfP048aeXU+s+PONrqOWip6mSBtIKTireeex/q8sc&#10;MYa/4Av7Z8vu/EV5dI6gQqz1DaYo9TTBxrEZRbmSL039QNgLj2ts9kurejMmtsChOKj/AC9Ed7zZ&#10;I9BLUKgoM+foehC2V09TbUiuXlr5tMSRyVkjv42iBAmi8hvHOy3DMOSCf8faKzGd2pR0kkVPlK6r&#10;rp4VIUyKJgFBu/2op2VTE4IcXuLA2sbg/srDeJ5Q8lii26t6VH2V1CtfLokbfrm4OpoKR141P+Ho&#10;WKLCyRyxnw0UUShm0R05Q6tRv+4hEZZ25Jte559tGAWo3K8CYeSKmNGwWtqXElJMyAiRdDQ61qne&#10;nszKQulSDxqB9rNx8La9ZvkLBx2qKMM4zUjTQ/b546K7vdHicpcatRyASSafmenh6ZIVvJEso+pu&#10;uuw4/NtQ5P49s02QqFytImb8EdPR1PiqKrytSvLMWT/KmdE0xBGplUlE1OLj68e1iWcTWch2/U0r&#10;pVVpqxTh+dcVNOmYr4ukyQGr4IrnDCoH20z606kCnGm8alTpJQEnSDb03B+vsc8nW7Py+Eo6Oqyy&#10;wQzUEn2pxcvmnmIjh0hIIpJpGYxniOYxyErx+bR/aQb3Y38s8FoTIrjUJAVUZNaswHD1Wq0/Z08h&#10;jtxAbntiK6q+fHifQV4V/LoPVTclNVV0mJoEq6v7xY3XKtWUFKQ8Tyuy1b0biWFWIQPAs6gfXn0+&#10;yvSZWSlqcglC1bU4yhq444VrfHDMpNQC/kiZpG1uI+EDaLk/U8mW1tPEjtWutCXUiGuipBNKAV4H&#10;jxpinRdKupolMlJZGNNPdgCo/b5+nQlxBmRfIiowVbqrF01FQWKuUiZl1cC6qePoPfU+aqTEMdFl&#10;Wh1+cUfkp3ZZNChPLFJrjKTAy2kBViTyp97jso1c3ElsGpTXkD7cZxUA8RTz6Sx21VNw9trUaS5B&#10;4ca18iPQ/ZWnWTSLg25H0/21v969oummqKarkTLRTVVTDJr+3uzxuC+sTKZpCVjsfoeb/i3s8kWG&#10;W3WS0dViI+Lz4cOjieKGeFHs3WOEjDYr6UNP8I65e1vQSyPUPUKdFNUKyRFI45J6eqdkkVU0QrYu&#10;FK2BUgEkMPyQ3MSrEkeisysCcmhX1ySCBx8x0HJxpjEJX/GFavEgMB+eeve1JNjdyo8U5hiXTLD4&#10;HMskrSJInlUTTxxkzSRRgAWGqzLc8H2VRXW16Xj1McGoAwD50XyFc+gp5dJPFsWUl5CxIzjFf8n7&#10;fkOuri9ri/8AS4v7W2Eq8WsMsGbj0V5ZkNRCk0tSkKRAkRwPCT5Ebjj1t/qvpYi3CG7DK1g9bcKD&#10;pNAK1OfmPtx8ui1mRRpUhYPy/wAJ/wA/WGZZT6oyCQLaTYA/Xm/sDc1UYVcpWQU+UqKjHtUtJHLL&#10;E0U6xyu7vISsYdS0oYm4BBHuQtvjvmtbeSSzUXAWhAI0nHH0+XQwtY79oI5BaDxFGDXH2fs6zC5H&#10;PB9rLa+6YcXDSo2YqK6nx8iT0SVDhj9vGdCU8rsfuTTIsraFNlvYj9NiQbvsr3byMtmI5XwxWvE+&#10;Y/CScVPTUj3HiEy2QWVjmnCvy8uo9RTCZWUEoWBBK/1IsCRbkg+17J3T+yzRyok8AkkTwRQyU8Za&#10;QhIZRLGZYDGLAljIeeeD7Dq8iapArKSGNDXDY4kU41PyHTrve618KIqn4QfP/P0yjbOObX5olmEy&#10;qs7MoWSbSjR3d7az+okEEEH2lB8gMnDOErljeCUxxo6KI2XR5GAkRI7u/AvYAfmw9nP+txaSK/gM&#10;dYFT6/7Hy6MUtNykDskneBWny66G1MKqBVool0u0gexZwzcmxb/EX/1x7XWF7e2nnJ2pshWQ0ZkQ&#10;OI3aWnWOpspY+QqFjikfk/2b82J9h+/5J3mwTxbaAvTjQBiR/npw8/Lotmi3uMmSSyJQ4BA1eXoK&#10;5+fH0PXkwMVIkYo+GTSrSSWeVkU/Qs4NzbgH6gfQjj22VNPFk6k1OFrKepgmnkZKeTJq8TAAor0Q&#10;ENRLUyMToLEm5+nA9qome1QQ39uVdUFSI6EH+nkADz8uB+fSdNyClo52KSr5FT+dcin59OqxmNED&#10;qWYX5sT/AE5+hF/YdZyHJojrDR1lZCqt5DNLRVEszBGQoviCyEohsQ1vqeD7FG3PaHSTMkbmnAPQ&#10;Vp5Go/PpZDMXYP8AVha+YDef5EdSo1so+o5vb6f7f/H21Y9I0ow02LnkSpkUij87waXiQMVFL5ac&#10;q5jQsHW50odNrW9qrpna40reKGTGoCtQfU0Ip8jT59KYtxv7eZ445QyetGPH50I+zh9vXpIw/wDg&#10;f6/71x+be1Km8cdNMv3mPiBhVYFj805YFI1iMVR92ZJ2isg1/V2Y3H+JWdkuo0C29ySrGpNBk1xS&#10;gp9nSoXVw5JmmZa/L/Y6iijMYbxyE6iWN+OT/SxPtLCvjpsjXZTDUSvHUekU9P5a1KUXkMhjp5UF&#10;QixuQAAdV7c259mzW0klra2l7IQy8WbtJxjIqp+006XrM7xIsjkIOD8P2nhnhn/D1lMLOio/IW30&#10;45ta97/19t+X3GMtV0NJVCHGeKRJaiFYDC9T5GtNUwESTGGXSurhAQPx+fauz2v6OC5lQmYEUBJ+&#10;GnkcCo/P8+lNuE8OeQNralKg14ZzTrywCL6Anm9+f9a3uLmMVLHWxxTrJUwzqCk6K7CRYiBKfMi+&#10;SJ4opLi5TkAC4sPbtneRyQMwIjcGhFafZ9telm37u0SN+opKt5kcPz67UKVOk6WNr/Q/48Ag8394&#10;cZUVGMrYMjt6tnirKMzpU0tNUsFqYZYkiKVcJSGOoSFkUrrD2ckrZmJKHddq2/do/C3q0R7ZxgsA&#10;VbPAg1DcceY49SRy5zruO0N9RY3jwTECjKxUjNe16g54ccgBeAAAd9k9V9e9vbaq9mdobJ2xvza1&#10;aVFThN14aizNAb3DzJHXQTeKoVJG0utmBNgR7GrbfdkDu2FylBFTmWYsKmMSQNOUiClmMjvT6rar&#10;LZP03J9xrD7ObVyy24X/AC4PDW5YM0YOpVIBHavFRmtBivAdCT3Y525s919n2q03/c1nubOPSjkK&#10;HZf6bD4z5VA1flTol/xU/lqfG/4T9g9i9gfH7DZ7aqdnLTpnNpvmWy+2MU1LUyVKvtujrYGyeKge&#10;aQkQ/czRIDpWNVA9vu4snjstRSTY6rWXUhuliro4B1KysB+kgi44Psy2y1urScR3cRFDg+vWFW58&#10;t7nsm6aryzdYS3xYKn/SlfL7erEqSZJU9JF/rpvc2/rb62v7L5WwuzNIQysL8f0tcXt/iPcm28qa&#10;VAII6FtvJRVAyuM9S/YeZGt8c5jZ2vf/ABIt/Xnj2Jba21oHHQwsbbxI1cLjr3t02TQLnd1Yegdd&#10;UNRVqZvQCfFGDI7AG4soX2i5iuf3fs19Ov8AaKmM8Se3P7elNw/0cRk0ghSDnhQEE1/L9vDrBUm0&#10;Ev8AihA/2Itx/j7rb+dEXUXxDyO8MjQYLF1u5OxN2ZzsjbSZ+OGLGRbk7ErRh94mbJQ/bLT0t6by&#10;652N1KrcBSffOz3Ln2Pkjcrt47IXG638r3katpCq9wzRzgk0oKoHoeIYUwOuw33N91549+OWtqvL&#10;3eBDtnL9vDt0ixFiWitohJbEqVIDFHIIGagniT0yCnqKwqnkeCFo4hPJGbSsad9UCKeSoYs2ogcA&#10;f4+69uo3l792nuXqvA5HER0m28p/eXHVElGKuqgjwtTNVYlMNJCzw+aipqx4nYFWmgjOkfQGCdtg&#10;m3dbna7SRVRXLqCK4X4VU1FRTGK6hQdZ73m32/Kl7BzLeq4mnjELVNFLMArhh5gkBhTgT1kzWSpM&#10;KtLkaxKhg8q47ywKrJG1dJEkPmB5RHqURFb6Kz82B9nc2fhFzPX3YO76ymmkzldss7bzQE1MEocx&#10;iD9nUxLROVqGWrqKWNyYxYLpN7HkwiQmz3SWWFm1RaGJIxIpAY0rUVIr9meg5uwhfdOWNrguUjkh&#10;uTIihWOpNDFO6lKAYGo+dOJ6D/N5eWg3PtXBJ4wr5uarhTwzmOSGqSZ2IqQv29O0S1bqqu1yLAC5&#10;HsuWZr2rOucXlq6mgqYaSlgo6ozsQKCqgpZIFC+oyj0QPqJ51MPau9umn5dsiUDLGoQ1xQ0oD+wU&#10;p5nop5V2SDavcXmpEmZdxuXJRBnUqkMfz8/sr0LV9TFPwOTb+p5Iv/sfYzdVbpy1TFWYLbWLoK+H&#10;K7Yo6jPVdchlq0o8W6x0M2EWeRYY6ulyAHlLqSulCBq9n/K2/wB5CJrOwiV43iTxiaagqMCrICQA&#10;Q1Kn7Ogp7q+1nLfNF3tW8cz3swjtbx/CijbQrs4YlJKAsyOKigIFKg46acjWpio/PNKEWecQQhwz&#10;R+eoJsX0gsFFvYp4vIZ/GV258zuCsqKnCtWYHA7R2pT0zNla/Lwx5ionz+WrW8gWlrajKU0aaQpS&#10;KmdnuWUgbw79c215LuUiuSsqxxw04/EQ7cSA1a+mhcmpHUcc0cg7FuO1PytyxtiWNjcQSTSz1VFi&#10;jbTrSNQdJKKpamX1OFpx6Y4q8GpxzyGnlqY6GasqMgdS0saN4oZaeAtZ3ckfU303t+fahnwJ3HX4&#10;2uz1Z/dCoxNJRinp4ZzVJWpj6Zl88hjI/ckpoiQA2s2J/HtVzNd3PMN1a7xeObN7WNVVVYsp0Kcs&#10;aVppyfPBPDoL+2+78n+39nvey7Fax7sLiZkkd4wDrPaF4ZWtR8iR1mzkuYaELR0aVsdTG8UpjleJ&#10;oYpbG6atJMoFuTYf0/Pvjtmj2lk96DGUe56vOzbekpIanHPVWqqvGUlI0ksBn1JNNLWyVao8xYoq&#10;L9LjhRtcq71GLVt7klt7cBRGXIqimvqKnvA1PgLXzA6jD3I5qPJPL/MN7tXJVla73upMqz+GWEU8&#10;kyqtFIoEADHSKEkjFCenikWtmhgkrgkXpm86D0lWFlRg1/SoVW/w9Xt+35XYTalVn8bhcHQ4s1EO&#10;Px9VjJJXlkxMeKjqJ8lL90QvlqW8UQZ24IJ9v3Vx/VS+uBYwUjLiNkHloZ9efXAz/n6Scj2u8+7X&#10;J9vvHuDvEqSRtLSZEVFbvUIArfChFa0rp8+ulT7aanSJy6fuy8trMpqD9VIHqChf959tdCKaupXp&#10;67PvQ0uYgyA27NiKinmy8dbT42J/tq+nZGFFHFUKiMeTZiSOPZ3fXUN7t5k23dDCs0crp4Z/VRgo&#10;Zg9KhSGoKn1z0iaGx5f3C0kudia88G6topPHjJgMc0uhWjamaoCwNaYoOPUp3lPMSL/q21G2pbX9&#10;INibj2Fm6K/OnbdNRVmPH8R8jS5GOAESu8Kq81TUMfQ0yme8hXgBf9f3B28btdXyQS3lPqFqDniS&#10;PWuSAf59Zqe33LVnYSX8+0K/0U7a0FAaKRhVAzQAYHkOmhWp3yAqvOpWOEwQ6iFQ3qBEukmwZ2kj&#10;0i3JIt9faq6rocgm46SqycbzY3blFHUp9uulC1fqqqWGqbXaNJpSouwBsfa+GO4aG2gl0/pKCAPQ&#10;1YVP2hR/LottLewm5j3nd7TXIz9rAg5dWoQuPKnAdIHuOqaTZdVt6iyFLj8tux2xtC1U8glSMmNa&#10;+rpI4yskslDSnyAD+0R/Ue1JLncNms/uLM9kbn2sMtS7bzI27gqGolrJZZp6ezGohnDesSOkSoCA&#10;AXJ49vbRPtlhu96d9eFh9LIY1BwSUPrnUKinzOOve5HKfM/NXKe0z8pyXMAXcIS4KkMY42J7XHaB&#10;Uh60PAcK5aNi4uk63pdvbN2VszcFZgZqsR5HN1MVHRJQB7OldUKVgnrRIEbylULIzANc3sTjcu8c&#10;BlMT1bt6kx5r+xqvehdqytx1dK1AYImRKra5oGhpmqKxkZ5XqGeNYdKrGfUwKLfett3G32zb7VpT&#10;zX9QNAjFAGqBUBaA446vLh0O39t7qwk5h3q7uo/6q/QlZFcqW0hSaSVpTSRRTjVUmmOhdjOVTK1r&#10;1Io4MHDRQNRNFI/3U1Q4Y1prEf0QpFpAi0fW51fj3eR1nDV4DZ0WOjmg/imIx1JE9Rl6VIhlpygk&#10;eIyE+RHBk/tHm3F/fQfZLR7baNq26Qyy3MKBWc0UuSK1OSaVxUV+zrmNvNtbX+83d3Fb+HZSyMQi&#10;EnwwMCgBzwqcUHn0XnsGthrM1j1kiyVdT1tRJHK+JmVpMZGSRHWSxXZpYWkABKgkD6c+we7Lrtxt&#10;K2Tlzwjjg1xyR0kmuGJSvrgMbcFbsABbm/sVXLJb7c0BCmZjxGT81xnGK1A49G21/TwSBBE1aDLA&#10;AnjTA6FDaeNw0VB9lT4pIfMUmkMtPGZZpNJHndjErByE5v8AT2HWC7CyfkkpKpYchQlGiio5YrUo&#10;jc3D2TQpljJBW/55HsMCwnXUQC9ufwHIFeFB8j5/n0Y3csLS6vD0NwqpqxH+H8ulBV7VoJAs1OzQ&#10;VayCTyxg+S6fVeBqKFQRb839qrJ7Ak3BQasrHTUkrReTAwUjxSzZBJSW8RVjqjnPFh/Z/PsQbNb3&#10;EDoNwCJDTSgFO6mafkD0COYp7VraSTb2YyIKOWGkL9pNP2nrNjcqizinTyzIZHWeWRXGhlCrqS4G&#10;pSVtxcD2C25+p8lt+uo8h55I2MLasSjQTSy34KuiEvqvxcKB7Ub5tqvNabjZ3JUKpHhjz/z+nQEt&#10;d7+qs5rOS2BWv9rXh+fA9KqOVZL6SDb+hv7h42s3Xtib7nHw1lLEvjZ4GZTEYgwkmjaJnUsXPH9e&#10;fYXudxvrE9lsyEZyPL8/Lp+H9z3arDdASHyqM1/ydZPZg9t70yWUoo8tt1mgraY2yGHWqENRGwB8&#10;lR4HZlMEjqBYE2uP6j2ptd6S8QNZWyE8DHqoajiQCSAD9nRPunt1se6xvHuMKMjDD6QSB5VPl+fU&#10;GSrSmk8cutVKhgwRiljdeXtpBuv0vf2Y3YnatNX+LG7h/wAknm1LHL4JghcabKGYupPq/r7fkgS7&#10;QSW1Vu/4DgMPkx4/l1jPz37JX22ePf7DG0touSCVBpQ8AM/y6kiUNyLEf1DA/wC9ex8jhLweWMrI&#10;kkfodRdX1ICuk/1IPsoMgDBWqGByPTrH2422eGTTKpEi5I+zrsSKbc8n/Ef8V9x4XK+hrowP0Jsf&#10;9sfdyoOfXovliYGuk06ye5AjLAsDz/Xi3P8Ah7rqpg9MFwCB173Hs4PqN/8AWAt/yL25VSDp6d7C&#10;KAZ697wzLf8AJtbmx/qeR7uhz09G3w9e9sFeqWI/p+CRc3Ivf/WHsxt69p+fRtaswZacOvew8yUK&#10;mcmwtqJuAP6cf4exNau3hgV6GFlIwjGc9e9ojMURd9QuQxtYckC39Bzz7PbOcBdJPcOhLt1zpXSe&#10;I697A/sTEwwiCvijk80V1dUlCroZiskriwa4v9PYr26aS4tZomXVRqj19PzoM08+pU5Nv2k8W0lc&#10;eG2QaVyBUD86U+XXvaVxNA8saCNnqQvjlZ1QgiNyxBZv0qB/j7hbnmFkWWWORnVPOlCM+Y8uj2+u&#10;44nPiqE8qV8/kPPr3sRqWkaCmii06XDeZDceoE8KT9Db+nuG79vEWhHnUf5vt6Bk84lmZwaginXv&#10;agjjkq0syKp8TCx/tAAkm3+HsjM3cAw8qdE8ji2ckEmrde98NtSMlWiaUKSRMrlTfT4mJ5v9L+1m&#10;3SspBrhhT9nTm8x+JA7CuoEEfs697BL5N950HTm0J9xB6aaogdvt6WUMyVNSmiRIiAbhWIuSP6e4&#10;w90+bV2TbTNCUM5BVFrgsfLHCnmfIcept+7V7P3fuv7gbPy60UgtXmQyMv4Igw8Qn5aagV4kgefX&#10;BxdSvPqBW4NiLg2N/wCzY/mxt7LLsX+cXVKlNTbs2rjWjiSOLXSCpQLHCVACLrsPSP8AYn3jZ/rh&#10;7wZSbmCFlGOLH7eHH7eu6w+6xyrbwLb29xcR6RxDKakcDQqRjyzTqrDuP+VB0z2tmM1uWDfHYO3N&#10;wZqqrchVVCVuOytK1dWmSWVhDVY5JFjaV7n1MfZ6+sP5oHx33bHCmbr2wFXKf0SQTvGJXkWPTqKm&#10;/wBfZ/Z8+2MoVbu18JvUZr+XHHz6A/MX3bN7tYi2w3yzUrRXAU+VMrj18h1Vh3d/JA+QWPmqarqX&#10;snEb5xpl1w43K1Ee3MsIli1WM1SktC7+QkWBS/FvZ/tud1dWbipaaoxu6sVoq01QGofwFi3CqBKI&#10;/Vz9L+ziPfdnnoY9yjoTwNVP7Gp1CW5+2HPW0vIJ9gmdR5p3D58K9VGdmfAn5l7CyNdSbh6g3rWL&#10;RTFHqcLA2cpDGNRaby4x6v8Ab4+oGm/5HsUMdlcXlE8tBkqGqjAA1U88c30W9iYnYA2F7H2dxRmU&#10;arciRCPIj/AOgZeWd9t1Rf2UsDf8MUr/AIQOie7s2XvHaFSKHcm18/iakq8jwZbE1mPMYV9JYrUs&#10;j2Li17G5/Ht5SFbAmQ6fryP9V9Lf1Bt7beKRQyvbkA+dK/8AFdJo5QV1a/2dBxXSVQWyUjIjKyF1&#10;DANrYBbsQfVdLL/sbe8yxDUBe4P0H5P5HFvbQglpiPtHn04blI11ngPM8PTptkhrnUN4FDhyjDV4&#10;2X62DHgq5/ofr7yaABe1h9BcD8fn21NbyqMqan5deiuEOTX16h1tJWKqA2s4A/cvqDNceljInp/p&#10;wffYAt9Rf82/5H7Y8KQfEpHSj6pTlQadNhxtUhAZFJBFiJAQeGP1vzY298bE3UH688EfS/1t/T3Z&#10;YmagAPVzdKsephQdYUxtRM4LAL+m4tqAOnkcFb2/1/eUJ6eAb/mwH9Pr7uYZEGUP7Okpuoz3BgF+&#10;Z6mLi50cDxM66VF0lbVqZiqgxRnVzbjg3/r+B4Ei3+8+2XjUH5dX1H0r1iljQMQpCr/W9gefoSPq&#10;PfZ+tyf8b8e2qgHt6cWtDpGT1Fk8YZR6SFKmwdtC+q5soYKP6n3w1H/V/n+o+n9f99x7d1/0fLrf&#10;hP8APrn5qf8Aov1t+r8/W/0+lvf/1LtpLKbqb/1NraT+B9efeT06jVx64l2jNJHoZKLSla8R/k6q&#10;1rlWCZHBEnkZy4bgJpY6QBzcsPz/AI+5kJYoD9foP9a9/Z5YkGDSB3UFP20/y9Bm+UJdaRWlTxPS&#10;2xbtLRKzWOlR+4FC6NTKiKQQb31f1/HvlINSIb/k/wCPN/8AX/x9tXhJQHR3gDz+zpyyOiaXV5jH&#10;y49YMnqkgR0XldCMt/qwCam1WFhc/wBPfHQxS9uB/j9QP6D2wqukdacenZJE8ZUGfU+nWCKCQQNI&#10;ToJPoUrfUbC/P4I/1vfSqTyPoOb2+v8AyP27AjtQgjHWridV7NNSeudJTvLaVSF8Z5BP1YX9dz+T&#10;/S3ubBID6ST9LabNa+okkkaifSfwPYgs5Aw8Nmqeg5uELJpdUoNXEHNDQD9hz0scVMsmulNpZWic&#10;CJiUhDaG0v5uRcn8cW98pmk1MgNkVvTwwuLDgghSRf3eRn+HT+XXrKKIwxTEVkYVJ49ca6WdJnpz&#10;bTAVVUVjpZ0QIxJJbWmofTj6X/PvkoJUk3vYAIOAxBdyBzwQTb2ujZXALKNJNP59IpgBKsa4Gf8A&#10;AAP20J/OnzL5QsZ4llqGCxs6CPUNQWJnWNlY8FDGH0fT6Nf8W904fOHurtDF57+7GAzOVwEVBRtN&#10;Ux4upnp5qxTUytCx8D2a0LKv+sPp7nHb9ntbHbIJoLUM7DiQCSDmoBB4HHngH1wI+VbG3vWme5jD&#10;AtQDH2dbu38uH4mfHrZnSW19/wC3tmbV3HmN50VFnP7yZjC47I5KnWaip0kpKKoraWeenp/NEzFQ&#10;V9TH/YkD2Z8n+99gZaKoh3ZuYLqM8VLlZ66pirFUkuqQSu+tGC3v/gf6e9lIQginswG8qoBX9gHQ&#10;yuuWtsmiMcUQy1CKDy88H/L0fDfvx86S7Qx0mJ311bsfcdG0bRI1btvEmqgvrBMFZHSx1dMyBvSU&#10;cWPuwbZX8yfP0GOxH+kbYLOMhTxtBlKJniNcoPqqDCrkqrG3qIA/F/ZLdbXtjtSaIqxOKin5ef8A&#10;g6D957d31PE2uQafME9tPz8/z9equuyv5KHx03plcrW7M3VuXY4qKhpP4TSilylHjjJZtEDVASoU&#10;Lp0qrMeD9Raxb+5f5jM9bto0vX6Jt3N1CSxu0qtJUq73EbwyK8viIDDhefz9ePZfcbAYEb6G5ijL&#10;ehq/yzxFfkK9O8r8qrBuZbmXaxNEhAXuquePbShI+eOnLpD+TH8fus9zvnt6ZTJdnQQSwS0OHzMM&#10;dLjo2iZ5G+8pqVw1YkhfhWsvHIa/urbN0vb/AH3moJc9n937naqqdL0oqa37KFZ2KufHNN49AUf0&#10;sAPYG3Hk+7uZC8tw7V8uA+fxAnP2nrJ3beeuXdgtNEO2QWsMaeQCkkcKaf5/l1a9tzZvX3WGHTH7&#10;T25tnZeHp47CnxGNoMTC4VNIMn28EbSP/UnUfY/bb6T6o6oo4chvDr3Mbry0EbGpozAY6dKptLpe&#10;ZAWlVRFyVABv7U2XLnLm3LG13ZtLIPiTUVH5soqR9lK9Arc/evedxlmttllht08nqKkeYAPzzXpp&#10;zMW7900wTau66Db9I6rfJwY5MtWSowGp4GleKlglZTwzI1r/AKfx7e5Pkeu1Xq49pdW43b1BJTGG&#10;Kjjxt3WNfGRI1RoEplDqWv8AXn6n2Ik3bZ7INHZ7dHDC2Cqjy8hqYE1H8XHoNx7lzFdzm6u+YXkL&#10;Aj4q0J8wK0H5g9InNfHjbO76LFQb53DufdFbi8hDko66qy89H55ofKqQ1FHSGGllpCkmlo9IVgB7&#10;Bbdnyl7J3TOheCMz0zD7fyRyxxxRx8KdDLbVGPz9T7Ftv7xX23WC7fazqpHFqZp5Cn2fPoHXPtRs&#10;e53z7jcxtJJIeJNft4nzPpQfLoatv7dw218XBh9v0FLjcfTLpipqaMJGDaxdgvLMSOfaNzvyN75z&#10;Ea0sm8cq0ETIsFPBXPDCqJZI4hGCn1AAH5/HsEbpz424ytcXE6M4JI7aUqfMZr0K9r9vdk26Pwo7&#10;ACME5xnFBXB/b1wG19ux1smTGDw6ZCa4krVxtEKty5VfVUtCZmuqhfr/ALD28Yzr35b9qURqMTjN&#10;x1NCTrNT5ZULAANeN5plDggg/wCx9hW/53EtvJE14ApwaCmB0Mtv5H2rb3g3JdtiWQZDSFVANQcF&#10;qVFQprjIpTFegu7D+RfQPUNVDj+ye19gbIrZgEioc9n8dQ1TqSyKop2kMyJrVgLqBcH2MmzI9z9e&#10;5vG5bddDXUdHTyQ4/cyNSvBNgdxGzVayTafOv3jkTQOqusqPYeoWGPd7EbS+eWMkbe0jEEHCljX+&#10;dQa49Os2uXr6LmnYrWNZl/fqRDtYqSdKgEqVwwrmtfPh59I3e9RtPtnZeR27tfLbez1ZuDAtl9sA&#10;1VHksLu7bjgxRtAFcx12M0EU1Uov4TIC/Ei6rR9m1mO3Ltt46Wppc7trLxLV0FTEfKKGedQtfTsA&#10;SYUYuW0FRYsVIFvZwNvabb5YGZZrKRtStX+yYjKBc4Y54gDX50yCZ13Gx3ESXETR3kYIYfxKD2tX&#10;zYZ+Y61QflC+Q6e7owe/qXGZDqjvPr+OXb27sPWw1MFJ2XtTD6anbGeiq4goq62mo6cUxqUZdcVK&#10;JEIbgqfE08mAqqejoaaKBKVS1OsRAXTayePkkRvb/N3svsNQi42+b6drSMygMMmtK48ul01vHulp&#10;NfGasjnIHHApkev+HoE+3s1t75B7FzW9t27iy1VSZquxtFlXnobtTK4+2nizgWLxLkaGCwhqo0YT&#10;IiD0kEkSlyL53Gy0NdSzQGaGVTqUBJQyOjs9jYE6r6T/AE+vtJLaNOt2XspArLwNCOIH+o/L59IR&#10;dTywG3mMbOchh6jPCn8646q2rup8B8au1sB2v1RvvFbkx+Gz1BV40RyTrlMVkaCePKULqvhF1iaE&#10;CSWO91coRyfZaqLF4ujzFXLiq+lnnoauWhZ4p/N4KhJNLUdQUu8bFhYgrwfz7ByigdYmBKuVIHyN&#10;OP8AsdSPabQ+3UuHYnUAWHEUOTT1x1tI7p7S3hvvrDB0/YGy83QYjc21MZuo0lZjVpp6zFV9ITT5&#10;rGRsFiqoxHVLpkWRWsRdRz7V+dwmR3lkYKWehBOPpYJaSolj80DTS3SWNbFyjabcsAD7NhFeXVxC&#10;piJAQEZ/i/4roONvQ26Np3lw0rKw4PRaaSB58T6Ux69E26S7E6b+H3Vu4MxiN1wrDvHfGapdzYej&#10;c43M0wx7wjFuKQxiOSmT7hIyVe6g6vVpt7R/bvT2f3x1PuXb0+FgylU+LqfBBUeEoWigcxtTF2Ki&#10;VVHFre5M5Bn3Pat7hDRVtpe1lPAitf8AVjqOufbrb92thNaynUjBtRFDUChFPmc1r8uhI+Hv8w74&#10;zbF+YW056PsE4nbm9RJgpZY8dkVp58juOppYHTOvHFI0Ty5FoiGIdWexNiSx1PMtUVe090ZDE1kI&#10;T7KvqKaohl1M0ZSZ42ieMEX0WsbH6e5mlk+luPD9G/lXoM2kP1dtHJXvK+nn1uCKQw1KbhuQfwRY&#10;WI/qCPbizUGSK1FFOFc2YwBSB/VwpZuOPx7dYQuweNqD09T9v+x08YpI18Mr2+vXL3BzGOhqUp5Y&#10;YyW0aXB+okFuGP8Aj9f8PdpIoWCkUrTPSUtPE2lTjy+zr3tlpMbSRTq7QrJItriVEa8l7lVOn9I4&#10;91htrcSE+ED+XTdxLdyJo8ZlFPI9e9vNeRUqsIjSBmQoCkaooW3+qVuSPa9tToF+FfkAP8nRZEs8&#10;YdyGen8RJ/zU697n4KmSNlb7m4ilhjYMbszyHgXIJNlsT/r29+gQKygSkkeR4n8/9jr1zHPMf7Om&#10;MenDr3sZK2nWogggjpjUTeMvZhYErcaQo4VCB9f6+zdmqqoqktTgOiiC30VkmoAT9vXvadhxcsMt&#10;O1QiRzyFiE12UKAV5C/Qk+2Bh4/Ew5HT7CBydIJWmcUqOvex529t+yU7COEuIhKNLaoxoXUS4sWU&#10;H/C/sW2MCmMOqDTxrX06Dt4AzOjH7Pl172OFRsbNbpxkFJRQKyypEqCEmV5GCB28KKS7FF+o0jj2&#10;c7zbS3lgVWWNVC8Sx4UBrQAnz6JbALBfJSFjKTwCn/DSn8x1Aq8lRUCTS1dRHBFTxmSeaVhHFEgG&#10;q7yuVjXj+pFhybD2cD4yb42/0Btvc+y693yG8a+upslDg6FHyGQAEZiepy9NjIsjW4mkLvpjaoii&#10;1E29J+kTz8zbHyuu52duPq9wdYzpWh7quGLt3PGg1DSdArwqtaGadt2bed72yyLE29lVxqYlR3Uo&#10;FqVRyQCaajw+E8RUh/MC+JVV8yN49RZigyeOo9hbMxu4qbcOcrbKg/idTDLSf3dauqMbjstWStTe&#10;oxzsoQaRr9mByH8d7fyQzG4ZWp8MUvS4lrU1Ai+gyh8fT1VSMpMFUC9XNInP+bF7ALw7HvnOd4s1&#10;yGj2+gMaFQiLXioQk+JX4izs2T8IHaBVbbzbclWv0toBJfEkM9SZKcV7gB4YJJpoVQAoNWPcS57G&#10;2j1R8Kdmf3C6mwMc+6zWu+b3Gr1GSzmRqGjmdKio3Hk8fSHCQGrmYacXSU+kiyVBKqSgO46+i2bt&#10;+PD4VYMJSVUEVJVzUMaU1XLBNLZ4x4FQRhqencCNFWOx4A/NueNuh5Z2622+zRYjIoJ0gKTUsO6l&#10;P4eGOPQg9uLV+YN3uNz3QtM8blkDEsoI8wrE5zkmtaDownxoxuY7P3NUbs3rNVboyWLr6rJYikys&#10;s1XiaKqpleaMxLVzVDTTx1GUQiolZ6mQxjVITc+zSfFXD0+K6hxksCc5KsyFWGbQZGiSUQIdYY6w&#10;giNgBcc/T2U7BC0O2bVKEAEpeTHn3aB+QCkD7ej/AJ8uFk3i5heQ/pIqCuc0Vs8KcT+3rWT/AJ7+&#10;/sluz591GDnnmeDrnZO1cQaNTpoaWryEFRnK5Y0DELLUDLw3bTyEXk6fZhX1hR/S9rX9Vv6lb8ex&#10;3HZKfHm0/HGRX+fUfi8t6xQeJR04kjtJ9AeqoaTE811Z4Dpqce8Tnhj9GnQ3v6z+zp/Fyb/4e88c&#10;YkZueQhsPpa/H1/P09hW7uWsvC1RdjSAV4+vl0expFOq0bI9K/5z0F2Ry741aZ/DH4Zp1p5H0Aor&#10;Q610N6f84frb6D/H3L8TG1v6Lx/j+TqvzceySLcIS7ak7KnNOnpEUoYy1ekbS5mCOoWV4QnjknEm&#10;lOWieUugBC+kE2A+tr39ykWyi4544ve/H1/w92XcInuECOwAzjoNXViUDMRWp6nxZ9WqkWN5kVVn&#10;nCrIxA9TOVA0jQLt9L8D3HqKcs5n5VlBbQOGvyARa9iGI5HPvI3knmza59s2/aWulFzGgSjmhJFe&#10;FaCp/hrwBz1jbzxylua7g95b2+qJmLEjyBA+fy6t5+KfyQ2TRbMxHXuXyGLgqoaaiooKzKTRmLV5&#10;J2an8kpcSu6K2lbGyAnm3ufiBMFkaoEmiRH0hmM37gB5sfVdgfYn3uzivooxFLodWrqFBivDB4dR&#10;y95dbW6xSp2k0Hl/n6Grt3bmy+yaITbMyOLfLYivgNTWYyGDHhqdI1mkp5jHTovi0JInlRDIA2oH&#10;8e3mraPwy/tPGRYWkGknS0RLMhNwLeyHZNpn22+nYTB4JM48jnHHPH5dWv5/3haqCKOD9vQLdR7W&#10;yWyN/U9QuRp66iqpoYxNRMz0sL1Iq1WEVUr+SaddTC7gar8sPp7bFYSKyw+rS7jyFbBVU+liCbWA&#10;I/2/sWMCCC4z6dAl9tkB1LHUdH2G51oqqnkrqswGWjo3jx8WqZ5ZnjYSokaxyTSXkuoKj1Wv7S2f&#10;dJAsYbUxFtaKRcr/ALHnnj2cbcNJLEUpnpPJbOAMYHRruhayWhWoyNTE1LSKJJDFJY6Vka/qRiJI&#10;S6+o3Unn6e2uhoW8q60uQOdVmPNrcfj2suJxpYrw6SmAKwJGOho3d2DAmHqHpahQJD4onRiv11Bu&#10;NHq08e3uomjigkhIIYqeGHANjYcMCb+y+NHeRXAx0i3KMNC5C+XSK6vpa6v3Riss7K9OskBabUZH&#10;0+YlyCVUr9fp7DuerMlQkJCalUtZY2UFVbSbtrIvf8W+nsSRxCNCR5joGGzKguRgjq0agngp6BJB&#10;pGhAtlNyzFfobD08n/H3Hmfxyj0KB9b2P5+g/Pt9BVKV6eihwBTrOKkSwMocL9Wte+rUfp+Ppb/e&#10;fbLnUEtMkluWDAC39sEHT9fyB7XbeWSYrxp0aWUZMjIRQAdS9vVYpq2VHewYrY/SwCni3P8AX2DF&#10;bRyfcSMQAX1Iyniw1X4HPHP09jmGceGiD7ejJ6KQtO3owmJyUclNCglF1Or68kGNBa3+Gn6+3HD6&#10;KOWNnEfMjJ9PqpH5sfzb2nvQ06uPl0JNst/F8NqUz0G3YNRJXU9fErMwSEMNL25RlP8AqQBq9mH2&#10;PIsoVyQF8L6bAhUIFtIF7/Wx949+8Fu8vKu4wgVPiR/mNadTt7Wxvb81WUpH6Yjda8Pi01r6061n&#10;v5xiefpLN4QRM9ZU7swVQYl0eWSkhacsPNI0aRLzYkk8fg+1ZlVo66mkpp44ponDxzxuA9wy83B+&#10;v9Ra1ifr7xe5e2ncLSdWuLUtA9QuoDQyn8JHmPKhqBSoAJ6zJDLKlEejLkU44JFa/MAHrWy6nfe3&#10;W+7sVuDBVeYw+TomjrNu5Wjlno6gwwsjhkqIVOsK0ZSVS7KI1BYAG/ssVXiaLZssr1vlbFx5pDDK&#10;Qzg0VRcMjOhkk1RRPdhx+gDn2OxyBPtMTBYC23zTBoyue19RpXBBQ4YEZ7acOoc917LeN/m2y82G&#10;2B3WA6WAAJKrUH04kqKeVSc8Otxj4ud5v3zgv4dlq+kxWS3h1HOtdSLIsFMm78Z4PtsvBRNFBCY5&#10;amJjDJGD66gq2kj1vFbv3rqrzuPbJ78qThHploBhqeGqnlrxVvJABUU+nTFSRCZWJcg+m4W3uW+W&#10;4tzg2z6J5lfvNNVBWooFJOogAYqPkfLrF/mvk/3i3G13Kz2Xk42V5IdX1TmNChWh/TNdTP2gBgtB&#10;/Lo6Xx76jxXWOxlr8hsTG713ph8jWbiEVa5WKnqoSs1NqyUirKKliHukICF+C3Nhk278j9q7W3rJ&#10;i8vg4sjtWmlkp9u7nyn3eQ/giRwNBj6hHbyU1FSTzReORRHG8A9ZdkDe1+7bOxjWSS5MRFDIy/Cw&#10;oAzeIMnOKAClCTWuI05p+6vzHuvIY3WDfLybmGCIvcQVLtO5BZhUvqL8WGk95FFUUPRqMK1fWUqZ&#10;fbGB2xtPM7grqGs3HgMPTY3actc1TUUj5T+JNR0sVRlq+koZjLHUStIJGQKwU2JMxk1oqegk3hvG&#10;up5s1kqB62lK6pKSjobnS1HHafh+G9Jt/j7bt72QtHs+zxgWkKsXK8WZQDUnGDXBP5V6wj2P2n5s&#10;5mvW2fYdndryQlaN20I/iLUNP4uGK5PQg5D5Edc7WrBiqfPU0W3duZxNs5OWgT+I1smdaLzjGT0t&#10;LDLUwTiFvI5ZQVWxNgfZR9193YbBRzU+ysVHnaiWiGQFbk4J8a9LmHMv3cdSNOrIAUzR20sEVlI1&#10;EEWifmbbP6z7ht5kd1WMVJICsGJJbuyWPwihp5DrrD91f7vO9+0mwXo3e7ji3Xc5ENwY2EhIC9qK&#10;a9saknTTjXVQHHVY/wAxvj9D8/8AsfZmZ7Pzu6OtetOrc3ujbeK2pg8lj8y2/ttZh8LVUm63Snmq&#10;afbWSrq3Fukiyo1QKWKIDSb3I3vftPP7hzlVBuHJXr6picaktRNBR0y1BEIWihh/ZIjY+tm9QsvP&#10;sZctcr7dZqXjSlwq5Y0qePGlOH+XrLnaIH2q5ltbgnSa6SaZ9ak19R6dHi6W+MHUXUOwMBiuqto0&#10;eEwOOpII83JS4+nqc3mJqJXkMuar60S19VUVLyMSdQuJnH0sPcDF5DFQwTtjp4J62V40ytUkRqJW&#10;mljaJpKh0H3VZMUII5OkAX+nC26t7G2aaZIV+pcjWQMmlFBPm1R6k0rUcOlu5Xcbwko9WRAtBThq&#10;Bpg1454fkOl7XYDO1ORg/jFJJTYqDyT4akkkSlVFikSVYII5WipKKmEgtqLC5JHOq/s63SVNTUmz&#10;aOokBjbJ1dZWuVd9JWSXwwgWbSq/b044/N78e4I5huLRt1lhZxpLHAFKEfhP29JYDKkMZRdJ0+fW&#10;vn/MyzGez3e2Vx2JFFWx7S29h9vQ0s0CeaIimbJ5GYXDmrdMlkWHIuung/Q+xPzEFLLLTxpXrDUL&#10;b9ryIDJEwuf0yElP9tb2jg5N3rmMado2uafSe7SKU/M9pHqajoPb77o8l8kpp37eooJANRBbvNfP&#10;QKkj04k+nRf/AIudU9+9gpnptl9M5TfGDyCSU4rpce1NiaHN0RIt/EqpqejSpTyk6dZ0W59p3M7t&#10;wu1o0kymToaCJyEjmqamOFncKS2hfJIGAt/XUfyB7f3D235j2S1hN/tDoruQuork+WlgW4ceHDqn&#10;KnvdyRze11JyvvaTiKpaqsgzxqGUMD6AK2cVpkDTuP8Al3/I3NV8EO4erM81TWQO6UlE+IzVI6qy&#10;E01XPRVU8cOl5lALMv0v9Afbjtfd/wDeSmnyWNiqstio2iiSqooSTUvI2kR0qTPT+eQC5sDaw+vt&#10;rbfarnO7Ly3G3okLebMASOIIHnx9R0Eue/vEcgbJuEeyQbhI+7lCSAjACgJ+IrSnEdKbJfyhuwWx&#10;+NyX8OxO0q37vVPQZqtoJ6GhhmRytQ8WLkq/HA8gVAblvI9jYC/vrfnZMe0pcXTokEkuQhnkWmq4&#10;alWlgp1vPNE8CkxhBe4f9Nvz9fcqbn7W7Zsu1WjPuJfeXoGU0pgVkCBQaKp9agjzBp1j17Ze9/NH&#10;uLuO/bg22x2/LdtclEfX36SwCFgzUzXjjPRok/kr9M4bbOGgqt5b1qd8wYynqs1XY6XET4agzlcv&#10;kmpqKmyFKNNA1S8giVWDMI1cm9rVH/JrYnYnyQ7Ygi6h2Pnt3x0uIoVq4sNTGpx2OnljR51rsvLL&#10;FisfHJKZCrTywhiCPqDYWe3Fvt+wWO5Rx+HGGlBKrWlaEDNKCtCR5HND0LfcXnnYtqWyveaN8ith&#10;oYKZWGptPHw0Us7gYqVXGOre/id1y/x46H2tsLdu4IavIY6sy7SZSu8VFV19M9XN/DpJqV55ZjUJ&#10;jEgVlVpbWuLL9BH6f/k79k7roxku4N20HXqylJG25hVptzZZYZIY5NdVkqeqOIoarySCIqi1aLy1&#10;2sLDZudbK2SeONvFqaaV4gjj3NRQw9Ckq+vWLXNH3oOX9rZIuV9qkvm1U8WSsMJp5qGAkdf+cfQn&#10;Znu3a1DK8GNWqzUiHQTSxzUqiQEhlDVtPCJQo5vF5PdtPS38vv4rdG0FJPi+ucHufctMrN/fTc+M&#10;iz+faZZ3kinoKnJtUJg5UiYRn7QRIwH6ebABX+9Xe43sdxDCEKkEam1sPU6mFASc9ioOscuZ/fz3&#10;B5pWeG85glhsHBBhgYwxkEU0kIQzj/mozk+Z4dF/3P2D2pujN0z4Sdts4YSQqlDSzwkBRoV2qalq&#10;Z5ax2Kmw0RqoPFiLk08VVQ4qOWjweMoMVSpKXaHHxQwyt5UZtcijxrI8jKS76i7WuTe3vRimupEl&#10;vrySaUqa6yT5+VSafLy/LqE7jdb25JRWctXiTXj/AJPIeg6eaTr+Opmiyu8M1ktwTzRelcpWT1VJ&#10;A4bQEiSUOYQRpUA6l0Engi5j/cSVdQS0lZKwaNXjjQBFZw2sWcnVo0jlS1/zbi6nw/BQ6VRVoaEm&#10;px8vLpPHtt/dMrSkhTxz/qr0o6zKbd2tjWalpsZSpGr+GScCHWIylvVE6kBjIeW/px+fash28ky6&#10;6mTxRcO0kigzsFHAA9Kx2JsLn2TtujR9salpP5dHdttkdt3aA0nzHRcNzd3101QtFiKYTysrxpT0&#10;0ki0+tmN9Setpri5HKg2HPuXUVdLj0aHCxajFHokkCl3eyHWWZ7HUfpZTx+PbMUM9ydV9JxOB5fL&#10;owdlGnUQFH+rh0h8Bgtyboqf4pvStkqJaiaSaHHyNpjpwXHhAjT0jxKAbG9z9T7TFT9/kZBGVqJH&#10;dGKxUYLS6hpbTJqJjVdKk+pgTawv7NEFvbLWqqvqTT9gpnoqu9xtoG0+L29GC2ttelx0DVkVJFSx&#10;Rssb1NTGFQFw4W1gWBPOkgG/+HtlrMfkXkWKanpaUpOl/Ij1NTLEVsQkZDRhy/1DeMD+p9rIbq3U&#10;Bo5XcMK8aL+3jT06Dlzv1qr6Y5Sx/Z/PPQy4TDJHA0yyzzrUoEckiniWy+klQv8AlHqPBbm9j9fb&#10;jj59v4mGVq+jqMpW1LKEDRPIlMsZYGypIiQJfgldQFrX9prpdyvHT6edIoV+fE/bTj0R3PMTMTSS&#10;gGKV/wBjqXW7RzWTenhoq2PGUkKDySRBPuJ/Ux0yMSBJZbfqBFz9B7YzncLVVFdSvVfw6lijDs8U&#10;cn0jDOHcaFhJjJsoeR7/AE9mP7tvoYreUQ+LKT5nGfQ1r9uOHQdvd5legbuYnga/5KdLzG7YkoFp&#10;XaJaiZECrPK488YI9dpCW0h/yFCj2FGb3B468BamoeF2vTSVFQE8o0InkSAI8cLqdTDU6rbm3sZW&#10;G2E2zEwIGAyFWvzoTVfsxU9MC8Mis0DiqjNF4eWST/q+XSspqFETT4IkLAeRURQCb3+q2H1F/wDH&#10;3gzm4t042npWhSaLHVEbhKupVbVtO6poheKJpaErYuAyxA6v7RB49t+2bPdPIO0zj8IJ7T9p7/y1&#10;U+Va9FYubO4kePxqTV8iaD7B/s/n1KjpYASQgBFuf6e2bAzK2Tp6rcM0VNjWSWUT0CVS1GQMaWC+&#10;ikpwtMDcOysq2DXANgTDcF02skW1q0tzUAq5UhKn7T3cKBh/g6SX8sZV1tWZpxgg6Tp+WGJB+Rz1&#10;JKlV9AUt/jx9f9v7Z93ZvY8aVkuErImhBSy1Ip0qlReJoTI4eUQOQGBBvq4J4v7WbLt2/wAjQpuN&#10;udf9GpU14fn5fLp+yst3muI4nhk8M0p24rTB44p+fXovJoXygB+dQBuP1G3/ACbb2EjdiVmHkeuw&#10;ctTBEJCXRJZkgj8gCw1MUSRoKlXIezG5XSBdx9BoOWIrwi33BFaSgpUAn/Sk/h/n+XQzTlVbtVg3&#10;DSZKYwCT5lSSe0jHrXjjrmQGFiLj+h9t0+4qncMzVU9RVulTCRU1H3EZiaqMwaMxUrhGijlCKpU+&#10;oklrc29q4tri2yMQxxoCrDSumhC04Fgc04jy8ulC7VFtSiFFQyKe1dOdIFCC1ckcQaCgxTz679rv&#10;ZUldj62CZKqDIUcsEyZHGKZY0VWlkaHzSQxIvnp5DG6vfUQxtbm4c39YLq3dPBMcynUkhFTimrSD&#10;WoORT18+g5vc9sYXja3KPUaWJBDUFDitaGhx5EA5r10QDfgX/rb2IaquRy81HURNQQIspgFFRLUS&#10;TShPJFErO8UZmMqL65FYAC5It7DLVs7NLiF9ch4l2K0Hr5mgFcAj8+goZjFarOrK0pNCC2kDPmNJ&#10;JFPSnHr30H+sP96HufFtvESY2ejyWuoy0TTNCTLNFU01UhmeMNqZdKTgi4A8g/B039p23S9juopr&#10;UKth2ggAFSuK/bp8qfs8um/r7uG4L2yotu1BgVWnn6VoMivoDTy68Lmx4sfxb/ib+2SmxmTlkp44&#10;oEo6ylFhHVXcldRC+CdgWaJ0dWNzf1G/09mUl7ZokjvIXt5M1GP2r69OyzQp4gklLwv5rj+X+XA6&#10;79udX9pTGNhpq0ZlapgcRwMtVp0ECQSkNDc8MD9bD2jhMsmtSSjH4Se4afsx+zpHCXeqDtPkx7sf&#10;y697esbumkjxsqvkI0RXRqP7qVpC0rI2lAHkjF1k4sbACw/HtDdbTM91GwtjU4bSKfb69J5rC48b&#10;RHbFjXIpT7T6U9D5/KvXEqCQfoQf6ewerd4Sy1Jg+5r1klqG8FRT07RwxSsx0pI2s6Y2INzc/wBP&#10;x7G1tsiRRa1ji8NVBKs2SPlj18uhpb7AFiFyY4dCqCVY1JHmwFM09OuXtsqI6fJU7MJi1UuqaaRN&#10;SzRnglZApu0dyLWNjc/T2shaS2mpopFwAPA9KoXlspqaP0SaAHgfn/I9e9sUOGOgSHIR0pYkQzwy&#10;SalYENHDL+6sis7c6bgaeb/j2YNfANoFrqamQRxzkjHAeufs8+jZ9yGrQtrrFMqQPzI7Tgevr5de&#10;9uNHXwxzwxZSVJ6KADQDDMXqgrotRBKwqbwQkajrs7W9pZraYxytaKVuGGaMO0+RGM+WMdJZ7WR4&#10;5Hs0K3PpUUX0I7e4/IU697b9xMYFkyuOFZDQ1tYngAlhEUTCf/NLG87lESNRa/DA8kDn2/tjI2mz&#10;ujGZo0NeORStScVP8/kelm0aZWawujG1xGhqKE1FK1qOP25p6E9e9tWQbJQSxSNWQxRUtS9NVQ1B&#10;p555Fh9TrItDPKscakCzqT9b39rLc2kkcifTkswBFA2kE4WmoAnPkQOl9pHYvrja3LF4w6lQwUVw&#10;Ka1U1PDNOve0furdmUxuPni2zPk4po1cJfJ08SqGInaWiiE40SK6HSrHU9uORb2d7Ps1le3MTbtD&#10;CyEitI2ORUAMaZHrig6EWwbDaXl3C28xwMhI4RsaEYAdtOajiRUevl172AmK392rCKw0uUz1e0LJ&#10;NorMlWxtTJ9WlUxM7SCQXBBuL/n3Il/y3yqywlrK1SRhSgVaE+laGhHEY+WOpWveVOQpTbrcWNrE&#10;XBFY40NTXgQaU+3+XXvYwYTurIRzUcO4YIxJViEpUQ1NUk0bNqU0siThfIZT/a02FzY39gq/5Et/&#10;DnfazhCToKrpP9IUpSn58Oo63T20s3iuZNnkNEr2lU0kfxAjgR6V8uve1z/pRoKOshaqp6d6KpUy&#10;JK8z1KrFIHgV5HLR+KU2PpNiWHP04If6pyz28ngysJl40GnIzSmcfPoMDke6ntZfAmYXCY0hQpJH&#10;oBUkDyNCM/Pr3sRqTdApnSqhXGVlNVRw+MQSwuUppFCGeOci9JJHpIZSNWr8+wtPtAlDRSiVXjY1&#10;LA11V4Ur3Cv2Yz8ugjJs2r9C4MySoTXUCO4eQANGr5Go9ade9u+Mw38SycNbHWVUFQhWpVpJIHgm&#10;VbugYMyamlChWYM40iwPJ9o7q8+ls3ga2Vo+BwdQPnw6aa7a3he2ktwy/IHUP58P8vXFjYf1vx/t&#10;/YnnLYeRRT5ILRVSK8KTR1dVEoCxuZHMRM8YEegcBSoB4A5uE/ob5HMtpV4moaaVrx4VwT+3pBGk&#10;2lzbnsJrwz+eeohjkFiBzf8Ax/4p7Zabb0PneegMleJGMgkVgH8JKpIyTlirxn/ahYg29mE25OUW&#10;K5Xw2HkRivzHr546Mf3jOir4o0UH2/yx59ciSQQ/pPH+N+f9gfePK7WoaaZZWjUwzAVAWarCKsod&#10;tUZm9SQzDQChYAG5ueeN227zyIU1d4NPhOfT7R9lTjh0fWHMU8kHhySkODx08RjP+o9Yv98P8f8A&#10;fH3jbJU9PMYNVWKeOJQdECQ1tO5hUqzU8DymWN1a5lUFW/UTY3G47aSVDINBlJ9aqfsJAp/pTQ/L&#10;o7QR7hA8F7bpLE3HUK5+XoOODQ9R2icHyREJIPwraUYXvYi359t9dG9TFNJiqhcoIVs8CpJDkotP&#10;DNPRyKJfGx5R11JICNJI9rLWdY3WO8j8FycE5Q58m4fljOOgzf8AJ7W8iTbeGa3PEHJB+XlSnqQf&#10;keJzQV54jrE+3lJJUk3jkW/BRwLav8PYK14NXVseQyAqy6bEEE8EEghgfqCOP9uAPrVhFCMYpUdL&#10;4UazhEci0bpxBBFwQR+CDcH2NvR+Dds1V5mRNS42jKxMQComnAQfng6Bf/Y+4/5+vwLGCzVqNKc/&#10;YM9EPMFyRbaEHaw6jVTgCOP8yuAOeRYi5t+fZff5k3xWxPyP6M3DOKmkxW5dnYDMZmgq6qiirKSv&#10;oIIRkKzF1quuqOOY0R8ciepH/IBt7xZ92ORoecOW7m4juPD3SwikljJAIZQAzxEkjTVRVW8m4Lmo&#10;yh+4R96Pc/Yv3csOXb61e55U5hu7e3ljUkmORmMUc6pqGsjVoZKEFQCBqGfQqIybfQm1vpaxsT/v&#10;HvW06g7C3D0zW1tN1vhcbjt04zB4+laOgommxNdQipnjir1kniWkqJamqFhoeVfT6jbj3hntO53O&#10;y3dw9h23NAAAdQIBOalaZIIoK8OPX0T842W1c1Wdo+7gfuwSE4wylgMFQaqQCDngadRMxhsZuCgn&#10;xeWpUraCpQpPTuzqsitwRqidJFJF+QQR9QQfYsYTtPex3JBurcuIwdbl8pkKevyubppK/ByzUjUK&#10;GWhfGU9Z/Bp55k1QzFIVLrpLEnn3439w9y95eRAzs4ZiKgVAocDGfM0zU9UurPa12pbfbGUwxxhV&#10;7QW+IUOs5x5fZ1igwVFSY2DE0gaChpaU01LAWeoEA5MUiS1LS1Qkp2toPk4At/S07enZqVFHl8Rt&#10;HGQPiJpMTVbfhlqftJZ5K+uSTP0XhkbRJNQpERCSCClzfn2tl3Nm2uaxiT9JGQp6klyXBxnSMj9n&#10;QJt9jFpzdt2+zo1HR1c8dOlSFJNa95NOHl05U0ckcaLLIZZFRVdyoXWyqqmQgEgFyuo/4n2nKnd3&#10;Z+Aw08+Drp9pZmrrMhSVFPmKpK6ufEV9EZqemSpRBTxUsVVBG6yF2c8gjm4QQ3d5alpbSTQ7KVbP&#10;kfn9tD+XQ63TZNq3Fo0uIBJCjLIq+QYGleB8iR+fXc9PT1Sqk8UcyI6yKrgMA6/pYD+o9rbD/I/e&#10;WFocRmJttV2a3jV57aVFWYalyatC2OokqsXW5usnnpxHL915RNMItej0j66gpnt++31rdpdszPcs&#10;8VV1dvaAmogg5Y5JxT59BDmbkCyvtgvLaIrDCLearAUarjUFBBrRSAB5H+iOoH8HptIQKoRUrVVd&#10;H0+8mE31v+iK1gPZxu3tody1GwenN35fG4Kakiwm5cdvOSkn+zqJKjONVY7DNMxmMrxUmFrZEa5u&#10;/pAUX9ypzdb8wz7dsc88ULLFC6y6WCgtJ2pr7uAQnNDnGK9c9fYbduV7n3c9xeW0S5VTcxSWjaNS&#10;lYlVpDkUGqVfKopqyaHqT9xS8xiWD08WDgsNNgRpC/gj2B/UHW+0NoZbc/eD7yoaDtDcNDj8PtOG&#10;o3XUV+I29lKzCU+IzQgxkdRaV4oaaZohY2kdnB+lgfsqbVt0U+7LeRx75IFWMmRiqt4YWU6RXJqQ&#10;K4zXyHWQfO3L3M/OW8bHyfNyy0nt/aSvJdstvR5wkhkhBcrqpqKl6UBCAYpRo9RW+MrCtNWSkNqk&#10;00zhPGL6ru2lStyBxf3heftnI9h7m2vhd0jI02azuW3jmc7laZcpSQUlbU0zVWJNdNUhoaWClh/y&#10;eOMMGaQjgcnds+9SbtcIm6KEedppGYBtWv4gTlgOJxx9B0YXPKvLm0+2vh/uKSG4rHDDDDpTVpJA&#10;JI860Laga/z65A0yrDWsWQiJYIwSRYE+lNFv1A/n2aeHB4XCvWZKszUGN+7xdLFS0cM8ZjFNTBZp&#10;2p4KWOpkhyGTqfIkznSzLpBA/BvcXBt5bh7eVgrqFJD1GkVrpAzVsEk0J4U8+i3YuSN533lbZ9v3&#10;YRJLFIZCdKl/i/TDntroQVWhIUtXyyhMju6rGU+0xe38rlxDVSUrzR0zU8UFSzLFPUSy170kTUNK&#10;G1ExtIdI4HtF7i7fxlRVVmDjwb/dZSohx2Rq6ihhq56aiqaQs8VFVwsFp56qobyvMgusUQUAD2FL&#10;i/8AFuZLYqQWcKRTgKMcHzqfxfYKY6nnaNkj2bZmktPDW3it2oAxUNRTpqONKUBFcnP2NlL19VVO&#10;UxGZrdyV88WJaatgoMdUVNFj8hki6xwVWUp46p2raaiotUccDP4y7mRtR0hetj400x3VtughyMWB&#10;p1qcjPLDlal6/JVcVG/ihqaionMi0dFq1aY/Uxso/wADi0tpGa7so9RiUV+OpNFFPIYB8hX06iDd&#10;N7tOWdt2y9REbdbmUDQI9QqXIIVVFNTcASeOTWvSzyWJjr6mgrZEgesp2MUEk9PHOlHHPUIal4I2&#10;ZFSWWOILqv8AT63/ACC9bt/M1W58gIsDLTbSxSU8dDX11IkeQytcka/eMZmiEqQamfSgJtb1fUey&#10;ebbXXcjDHbuLKOiguCrOQBkFq4JrjP2nqWdt5nYbDFLuCxx7nNWsQoRGD8AINO4LTz/Ieb2k0S6g&#10;aoSzMb2TS6x2LEIAnC/q555t7NJ8V+uNt7g7RqMxFQYbK1e1Nu5vJiCvxwlk2/lYpaCkpJKdn0x+&#10;WWKoYJLa5BP49zF7NbHYvzut9NYRzz21tKwDjUInBSjLSme6grX16gr3237ebH29XazuU0EF3eIh&#10;0PmZaSEhqZoB5Vp9vQXdqbwm2zhqJJYZwuYzVDh4ZqacrLJFWQ1c0zuFQNEtOKYBuWvq9n1fcdfu&#10;fbE+MXGmiibKzUsNfDB6glLpEs8casdRViQAv5HH9PeZttePdqZ1i0AyFARUV08WA8j+fWFibZb7&#10;bfRyCZXcRg6SeNTgefHpBfwihw+5lzP3TTTLjYmlopTeBTUEi3jKqP8AWYr/AI+wO3Rj3qZG2/SV&#10;Mk0EbjmTVCZJTpaSRkYAkkrzf8Ae121qL7cEtLVzKoY0JxmhJ41/hp01u04tUlu5I1UgVwfL0+VP&#10;59DTticVNNDXNEqNULJpRTwqLdUsQq8fX8D2C+xstQ5HsefZkzItVHUyw04Qm8rx8WH45Ce5euOR&#10;LmDaX3LcYClppGlgO1iK1AatCwpUjjjNOgXuW43se32+7LExtHagYHga/wCDpZOAsRb8qoYtz9BY&#10;sbX549mU3Fi6Pbe/MRjMlnJ52qMbBVUFI0soWgrPHpkhXS5UNIsZ/AsT9D7inbmsTv8AHayzuxYE&#10;xAn8QJGeNK06V7lcXN5yvJPa2yjupIaZYaRk/ZX59IvbGTXLUtXUJSCEU1fWUiyOhUzxwysvmVSq&#10;8OSebn/ePaQzu6NwUmbyUxxMUlNTvGKWomBkaSFeSRc8Bv8Ae/cpWVnuE013GLaM2qBdB88ircCO&#10;B6AY2ywksbX/ABl/FcHUPIEY8ulnEi6BpuP6lTb8fS4+vtnpt5Uuerloclio4ZmuIX8TsjuSAquD&#10;woa9ri3tDcw2814thuu3r4RIo1Mkny86j8+i675fe0tWu7W5JjzXOfyz1nAsLc/7Hk/7f2i9/YbO&#10;7arl3HhXmw1HMth9szxQeWMDyxSKr6SHMVwPze/uCufNludj3yW724+FZSAaQpwDmoNDj1rToc8m&#10;38dxtptJwJZx68SMVPnw6wloZGMbaHYC+lgDx/Xkf4e8eD7ZrdzV2FimIxjwTE1r0q62qWpwgJJ5&#10;C+VwDwOP6+0FpzTuV/PZLqEQVqkqKFiAeP8Aq/wdCC85bsYbO+Zo9ZZaBSa0qR+3+XWNadIRePV9&#10;LEE3H9b/AE9nipOws5tzD0tZDJNVU8kQeSCcOZI1MdlKotj6lFxfjn3JV9a2ctpDdy2zNqArp4/P&#10;NMn8h1i7untzs+739xDNarFc1NGoAPQDy4+eesCMGYqDbSRY/W54/wBtyfYs7U3vi95Ys5CilCVM&#10;LrDVQFWR45Co/wBUFv6jb6ew+EQ6Xg7oCaZ4qfMH5jrGrnvki/5U3OSCeClu2VYEEcccCepyEkcm&#10;/PtbUdQZFPJ9NgRe/P59tTx6W6jS5gCE0XPXP3IqZFSJnQXYKbD+p/Av/j7biWr6SfPpi3Us+luv&#10;e4Kzl09S6WP0tzb+vP59qPD0thq06VNEFYaTXr3tiycqIGA5a39bc8X9mFojE5OK9GtjGzULDt69&#10;7QlaWdmIH5/4j2IIDpFOhVa6QoFeve2itjBiUsFvY39IuOP63PtdbsdeOjG3chyo697CXeOMetpp&#10;BGgY+KwDfTng3P8AgD7GGy3IicazQV/b/wAXw6kHlu9W2lTW9M1/l172H+34KjHVdJC8qKgXRNqs&#10;iyCxKoyktcAW/Psj5t2Uz2MksCBo61Y8OJJA/IEdC7d5o7y3uJkQl+I86de9rY49iXaSpLPNL56Z&#10;NQ0Ij3tbkEr/AIWHvFu9sLiGeZZZRUmqj0H7egx9WpVQkNAo0sacT/kP7eve8sc8tPOgNpbwyqVX&#10;gK30BNiRpPsOXaSwOCVq329VeKKaLFVAIOR1720F5sbVU81QBGsxNiramIYMeQthYe08VxLDp1Cn&#10;pnj0uCxXsEscJJZR6de90VfzGO45Ny75pdiYerJodvLM2TWGRtD18rROUkFgr+NBp+pt7xO919+/&#10;eO9rYwS1gt1zni54mnlj7eu1/wDd4+0S7HyluXuButmRdbgQkBcCvgrWrKeKkkjNM/l173WOauSM&#10;lmJJ5N7t+P8AWa349xGupmJ1ddMljqTTCj/B172s9nSVU+Vhqqt5oqWn0ygq7BNWsFeLm2nTc/19&#10;vLWtSa9beNCuBXr3sRtzfIDe0uWijxO58xRUmPUCEUtfWQqjLxcLG8a8e9uz1BABTpO1tARUwJX7&#10;KH9vWA00DFi0URL8OfGvrX/UtcG4Ptd7O+Zfeu0ZopcR2PumIRvq0Plax4yLWLWaS5On6W59vRbj&#10;d29PAnkWT5M3+foouuWdmv0ZLrbYpFIpRlVh+xgekPubqnrPesDU28ev9l7phdNDJn9r4TKKV1ay&#10;tquhl9Jbm309nE2T/Np+QW2HpUyO4f41GpQuuRmmkMiqmkgBy5IH1+v19nVpzbv9qyFNwYgcQc1+&#10;2tegDunsn7fbr43j8uW4lb8SoEI+zRpH7a9FR3z/AC0fhJv+OpGV6C2TjJ6mJo2q9tY9dvTo7uXa&#10;ZBjDBCJCx/1Frfj2dHYf87jxGni3ltinqlURionpXl1AhPUwRCoN3H5BNvYqh9zb+NP8asIJeGSM&#10;/wAv83UW7x91fle6Lfu29u7ZvIhgwGfR6/ZQEU6Il2J/IQ+Mm4pJavY+8N37GqLSfb0klLi87jYv&#10;LULKQBUJTVSaEuoIcnTx7PBsH+bl8Zd0x0seYylTgKmRYllSekqJoo5JOWu5AsFv/wAa9nVp7ibP&#10;cD/HbRoj6oCw/ZQf8V1E+9/dZ5psi7bPucdwM0En6bfLKll/M0/Z1XF2j/wn676wtRVT9X9g7F3l&#10;Ra55KemydRNtmvbSzGOPx1EU1E8jxAXPkUA8fT2b7aXzB+O29li/gfZWCleXToind6WQs4uqlXUk&#10;X/r7OYea+WrsaYdxVX/pqQP28P20+3qOL32O9y9s1tLy7LIgHGKSN/5Bgf2DohvYv8pf539fColr&#10;eiMxn6OAljXbRq8PuSmeBV1GZf4bXyzghedJTn8H8ex5xG7duZtEfEZfHZBJOVejqIplK3AN21KR&#10;Y/4ezSF0mHiWksMqHzVwf2BQ38yOgBuvLu87RUbnYXFuQaUkVlofXP8Ak6I3u7qLs/rutNDvXr/c&#10;u16hNfkTN4aqxxXSf7H3Eah1Zefqp4+ntQGQFSVFgASG9RU2LL9Qp/1PtTPIFQK8LKx+R/ygdE9t&#10;E3iF9WpeGeH7K/6vToPK5h4CrQtDIWjYOqqhKRO5B1g8F/6fj3yHP0I/29vZXHb+IDrOn8q9L5br&#10;wshCR0m6TFmqZkaaJWDFdIJay/2ZDq0fUD6e+Dkj6gf6173/AML+2JbcRV0tU/Z0os7kSnhQ9QMl&#10;ingX9t0dVDlnGkGy8t6dbfQf4+8dx/qf95/H9Pp9PaXu9f8Ai+jenz8q9Jj8/wDT7x/8mfX3/9W7&#10;rxhj/TUwB/1/8f6+8o5Y9WR69cPorto43XjSlOqxaiiWV4ybgFmVri1+bKTexJv9OPbrSxKfTx+A&#10;bji51W/1/p7E21xKYih4kD+XQS3i5kDCQHJJPHyBFf8AD0v9u0cHhaNzdAsQMRT0SPqDrq9JPCRs&#10;ByLEg+48gtqReQD/ALazfj/Hj2jvSiFwoBzjHz6X2pfVFK/EihHHFOP59Ndc0QWoSMqQsutTbSCT&#10;IAVGuxso/r/T3i1EjTb6A8/n+ntC04ZNIOelQt9Epdmwem81oliWNbK6sef0EEqASPp/t/z76BYC&#10;3PIuOf6+9x4IZvgH8+ryRxOWIIMn+rz69C7IAG1LGNR/NnJB+oH1P+uPeWNiPrwb2HP9SB+Df2u2&#10;4gsWZitK4H+x0iv4R2hVx05YqYkMHZ0Rb8KWK3a6gELcWa9j/gfecOb8i/1+v45/x/ofZwZaEOR+&#10;oRw/1Y6LjDRAseAPTHTx9wWfyyoNcgDkEBin9nQDY8KF4H0HvOHRrBVJDMVMcYvYsPXKC6g6T/qf&#10;r7Uo6spQCjf7I6LnhmDaiaKPxHPyp69PlNWx6RHGUDNIx0LrCAmTUGcMFRi/C/1F/wDA+63/AJTL&#10;j9k5dcy2JxOdrclTiUx5Kip6iaFXlddN5xIfGrrYWAHHvI7lbmAT7DG0ljGzRnRkCpzXzFT+QPTl&#10;pZS3F6ltDeuisKnQWArSv4SPKh/2etz7+Ul21Xd4/GuhparFV+14Ou66PZaGKrcR5RKDHY+aOujS&#10;FoxB5/OfSefz+fdf2Y7Hp8zOlfmsds/HSUdHPRULDC0lXV0kMt1dYUCeNSEkYj6WJNvr7Ld25ity&#10;xMrwRsuBRO4f8cX9p6kzZtkubKSFLSS4lBbUSZCAx+dat1a1Ht2CCGWCmqcswmljlnQ5CSPzyI6s&#10;LSXeRBcerkahwb+y0ZLcfWuFLDKQ5bd0okqPt4ZMmaSGC7ltMNHFqSFCbWAIt/Q/URXfcybfbXUp&#10;OqYk4q2PsANQOpWhi3q6gRFmWCMDIABz9rZJ49KR6fIsoEE1JR3tdhE9RIQFKjUzGAMR/ivtS7b7&#10;h60wMU2QbrHBUDssX2lRlZGytSXDk60jqEZFIbm9j7Y/rWI18SS18FW4VI+z8/sOOgzuu23BJhG6&#10;yMw4laLqrmgotfOmD0x5DbuYryuvdOUgjVrtFQQ0lGJF4ujOuqQq4H+qB5+o9j3158n8KZqr7LBU&#10;sEdwoaOjo8dFFqvZ1aOmi0rYHm/PtZt++yXTyGoIpglAB+RA6BG97EEjjE15IGocMxNeHqekrnur&#10;oMxGiyZStIS7M8s88kjH0m2hpDFzp5/HscaTvfYtevkzn8Ln1apHjustlueJZfEFIF7WuT7MEvIn&#10;VDOkbOfiqKH9oFeo/utnnDgW7En1/wBR6Zx11mcbCkOGy1RDGFCg69OkEWZhGkwCn/gvtRU3ZHxx&#10;yEUMuSx2BeRrqymGkcFmvxqemct/sTf26y8uyAeJEQ3yckdF4sObIJKWtzMqfJiP+fh/g6aKvava&#10;8aMtDuUgJfRI8hBI/BKsXa/+x9jhs7pzoLsHCQbpxGzMDJBPrRdFJTyAuPprkEQXU9r8/T8+4i59&#10;3my2q5tYtutaM6EuajB8h/lr1kb7RbFvd9a3t7vm7OUik0qr5DA+eCfP161uf5sH80P5c/DvuPA9&#10;G7EzcFJWZPbFPuiv3JJF93WU8EszxLFT0fhNM0aIp1MHLMfx76m+N3UFTkIhFsLDxS0zxTHXSQmJ&#10;wrgnxmJQA/HAJ49x/ac0QBpvqYMFTmvE0rxHqePy6nE8nblefTSbXMfGVxQDgwrjX5UpwIrmlcV6&#10;Jtt/+eB8qtnbDr852H2fjdwYrPUmQxtLkqSlWjzO18p9rIKaaSnXRNNAZwBcaSHNgbex6rcJTUVN&#10;RY/E1VPt+jpIEhFBj4o4Ukj8aqthGI7Srp5P1/N/YEvtwutwvA0F60ULN8IzUegJ4H+XUh2/ty8C&#10;Szbgkd1NpDESAsytx0qQAtM8Gx88jqnDrT5o5LcWe3xvPs7rbM94Z3N558sm/Nz7iyEy4ZYK56mt&#10;R46j72KTHzU7FCLjStgFFwPYK9q9VR1+0stlYvt62vTHMK2lrKSCWnzQhmWSnStEoPlmhieQKbMS&#10;SeQbH2/Df6LaS3eRpSFFQ1NLUwBT1FaiuBnoT7DYPYbttsaQrBBLMAApZSmoGhWlMA0BA4gkcOrS&#10;v5ef802XK/J3Z/TGdw9dg9jbp3cx2bl8TnaqWTq+fI45qWspcY8KFocRkKmgpjPFGFiULe7DUDUJ&#10;je1t1dfbmrF63yYw+UTJVEddsHP5N6XG5F6eVmMWMrRFU0qrUWKok8QkBYfuILn2r2y5uY212EpD&#10;McpnIxj08hinkO7qR95sozG8G+20csWgBZQKPq/FUcV8jUGh8wetyLtb439R/IvYlNgu7NkYXsDH&#10;ti0XFbxjoIl3PjI6uDStdSV9LJ/EqKpiRlfVTs0TsLtEVsvsymM+XVWKmjqey+vd17DqDOolqqRR&#10;kMM3l0xytBPG88YhAs37U8mnngX9rLnaL65uWumtXjY8fID7MkD/AHo9A22tLCOFoLHchNU5DBdS&#10;j5040+wHqv8AqP5YG3cZs7PbU6n3vs3e2PqMeKekwm+cRT02dp5Karlq6WnrMxiI/FkP25DA0lRQ&#10;Qv4wLtcezT7B7o6r3k60+M7awMdfMY0goa+vXHVTysQFjFLXNSy62JB02DH2qtNpmIkL3BMmqgWg&#10;z8hqBH+D7ekN7bTCWBfof8XLfFgjgR5DHGufTqmb5bfEj5HdOwHI0nwN3Nv7B42CpmyOS69oKTd0&#10;MVI9OjVEyzbax+Tro9GliZJYU0MLgatPt73BsnA4Coy2cXKYugpMzW/xbIZCmMVLDJVyIuqeaY1D&#10;IxYoSCP1f6/si3Dl17a4Z0jKtIwwUzqP2EgknhQn/J0Kdt3kPZBBIGMA0tmvD8TcftJP5nqZ8Zvm&#10;52P27idi9O1XTu/q/evWm1q/aOG21uGLJZCvO3aFkphH9nLiaWqjWmpWgjnWRdUbWFwnPuCnfOxt&#10;sVGAwmOz+F3Fm89lsdiIac5RYBDStURNX1kU8Qk/yimog7oliJCtj7FnLexzTXcUFyulmKqCw04J&#10;0n4qV0g1HpT1I6jnmSSynmWQDHeSFIap044GgzxPHhTgeoe8f5XHyL+QlZ2FvHfG0NzdC7G2Zszd&#10;m76GOmwNDkMjurdlPgaxsHtgYWrno3OPy2WghWsqARIlOSUJPsqfZXz4Wor2xm0FlixdU8lNT10T&#10;Nea0joHaR1VlEgRgAPoPc38v8u7bCLO5udD3DMSKAeXDIqOoI3q83W6ku9LPFbAUoKE486Maf7zk&#10;9WzfD3+Q78a+k8JtPcPb2JoO2ezcdJR5irq8vTMmDxeTNNTSNS4ugjmMUtPj6uK8byhmZhqNjY+6&#10;KfkxQU1XvV93Yulipoc2DUViRXkVa0u5n1OoEas7ck/n2u5mtrWO8SaEDQwyB60z0f8AKV5O1o0E&#10;wJZcgkEVH54HV89LAKamgp1ACwQxQoq30qkSLGqrfkgBfz7BLFzKhQozKqhTJyxOog3va/HHslja&#10;BdNBT7ehNJIzUqKg/P8A1fy6kexGx0lH9m71EZmWb1xelhZg2lgpK8+k/j6e1kfgBXLOKHPEdF8g&#10;leRNKEU4Yx1723VdJTO4+3bQrpcA3Ro7s3pBOkkn/D22ZUSvhg09eP8AMV6eWB6fraanhgf4Pt66&#10;LAcEgH+hIHviMYkkUenUQBfVqupsebi/q+n+wPvxumoqgEgcenRbDSysh1eZpg9euB9SB/sR7V+0&#10;9v1FdmqehpMfUVLtHNPFDDBLUu8scMmj9unWSQaSn1Itxzx7U2t3biZRMyKMmpoK4OKn9vSG7s5Z&#10;IX8CJ3OMKD6j064NLEgLPIihRqYlgAq3trb/AFKA/k8D2P8At7rPsGoq7HC1kM00bKiVsUOPqb6j&#10;fxRVckcsgKjgKhuAT9L+3m5m221IKXqmQ8FWmo/MasU6bTlfdbyJVj250j/iJAWvzqRnprm3BhYI&#10;TUSZGmNOHMZniZp4fIACY/LAskfkCkHTe9iDbn2sU6Elo62B90bwxWPqXsxoIopqnIWb1aFpKw4r&#10;ya9J/wA0spv+Dz7J7jmCN5Ukit5GNaD8P/HqfsFT6Clenm5YeLWk92qIvGneoPpqB1A/6YAU4+XT&#10;ZFuYV4L4qhnr4rFkqQ5jpZVGn/NywJWC9z9XVBb2N6bOx216KKojwsNZpp7xZDd01XicW8b3W4xL&#10;HbmSqVX/AGiZ1P8ARh9VtxvXMXgCK1tUjqpqTqpSvmCqEfkxr9hp0Ww7Ty2t0yXN+ZJAa0SmoYGN&#10;Y1qtf6URPz6bky1ZlfJCuVSjCPpmiwlPHka6FgR6Ja9WydBToykX1Ro4v9R7S+Ax2V33u2h2i/aG&#10;Qqo8hK1DT7d2k0+1No08fjklk+9/gC0OQyIiCEaamqq1ksAyEew/+7t/3t5F3Pf7hl4CMNojC+o0&#10;MrN9jswPp0LIbzZtti+p2/l22RlUkyOollqPOr6QppwKxgdQ9zy4Pa23spu3L477qDEUf3k1RkJZ&#10;MnkEEToFaD7wVKxM8hA0p4wL/ge7OukPjDsLa+Ljq56aDIVSvTytFLSxwYeCuYASTHGwrHHVVTsT&#10;qkk4Ym/J9j/k7242D9e5uz4zBlOlwBErEqahFILE4PcR61NKdB3e+eN2bTGhI1A9wy4AU/i/CB6B&#10;T8qcRRr8vfnx2XLuOPZGzIRs7ETrWp9zh6mV905aj8WnwyZgWTFIRzppgLoLFwPqNc8MNP8Aawwx&#10;wwBIZSqRRiOK0k6KG0oiCwVbcAekWHFvY7Mdtby2gjRIVClgFUACrgnA8iCfSowQOHRcI5ZVuXcl&#10;mcrxJYqQtWAqSeJJwSKk0J4ksOGzVfk3r6ytqqusqpaimiapq55KiZ5Fx88tmlqZJXZgylvU5Gr6&#10;m59kZ7+ytIMxQy100dVSPlXBVmOpmEsNFSwRReoyB5pHY6QTbj3jr7p3hu97dvF1KXfgTTt7ageX&#10;dqIFK56yU9qbQQbXcSNHpm8JfKhJLmuf9LSp9MdXNfE3ETU+z6qOjh+wq0xFOYnVQsU0lQZq+pq2&#10;f0glKZIkAJ/sXW492WdO4+PDdabPoIqX7VafCU7+BRo8bVGuqIs2lgVNQVP/AAXn3M2w8m7XdbDy&#10;88sjI/0sdQBgFquaD8yftJ8z1B/O3Mt8OZd/KsGg+pKiueGOH2ACvpjrUJ+f21MN2v8AMjuzdmRz&#10;s0tXWbtnxok1R1YSHARw4GB0qGZi58GNuSDyW/Pta1dU8UlxExNzrOrkWFxzcX9yPZcnbSsAiPco&#10;HE+fQBk5k3FJBRVC+QHD+XSQ2P8AHXZmWw/jmy8kw0IEmKqrTDUVbUoa40Akc+465aVAGFMSTx9f&#10;qPr+bfn2kufbPl68AEusKDUUNM/sPWzzzvVoWCEAjp2/2RvrHcUAFbuSRUpqtm+2pRH5FeKom1Mx&#10;AkFtEi3+l/fCbcVfEgZMeXAaxAYsSCp0+jUobjnj2mtPaDk9JHEviOp8nYgfloCn+Y6Lrj3J5jlD&#10;KkyI3kQuf8FP29Lza38tDoKWtliy+8MvWrPAjlTGKKKndZPCFNXDpvDJItgbE/4e2yXduQNO8kcS&#10;0j60VTIl7FeSxTyEkEG3s9tvajkm2nUjaEcU/jkP+Fz/AIOiC55/5ulkER3VlXT5KgHE+ZVv8HRj&#10;Nl/yw/izQ5qkjk2/U7ovSzSzU38Xyskc/kVkVY5UZDrul7lrf4j22Tbxyc1GyQ5CGGojUs0ywOoF&#10;gASI250m5+g9m9t7d8n211r/AKvQaS1aGjVPqa1z0Q3nNPMUzFZt0cxHFAV/6B6Hvaf8uX4t7c3T&#10;TVU3S9BkKCeRWWgyOUq6qTyhpHRmByEkd40J5csOTx7Rsm5N3zUxkps1UhoXJYwQSIJUvydRA0hh&#10;7Hse07HG6odui0MKAE8P2dBPcVNy4eYliDiuT/sfkB0fvaXQnxu2vWjH/wCinZtLR10MUDLkvtKq&#10;GnZItHiaCRnMqmEhV+gA4/PtRbI3DWVG4hT1+RrK56ukqg6VcxbwsUBbSh0glWTi5B549k3M+3xW&#10;21vcW1qkYjkjoUFK1ahqfsNfy6ptcQuLrwGwOgJ+cnUu1NofHat3XsnZm1dry7Y3Ls2soP7rYaix&#10;1VW689BSFBUwgsUlpqt1dbEMWXUOPY906p4CoUMpZybqQCGCEXDDn02/2HvGjmznm62XdYgrjwNP&#10;w1zUF1J+dCAOC+RoQKiS9n5IjvbYo2T64P5V61i+3vkjufDb1x2SNdU060tFBHSUcNX4lhWKpr6e&#10;ViImnneWB5AUMukcekG3DfXY9KhBIto3jcEWX6gW+gH0+ns25P8AcuPedxj2qaDudD36salAqtPO&#10;vrw+fRbzT7cHa9ta6STuXyoOBr5g5+zj0PHxe+eWUXece29ww1mWxuYpJYZJqzIRkU1UkisZwq0u&#10;lUi0WZmYsQTa4Nvcf7Xwny6jewF7MpNgfqeCfcqCYydtO3qGrqzMBIcYqR+ynVnGF7Kg3ZSvSQKh&#10;hjklQDy+UavNENQHrUkgnkMb/wCH5RmUnf7l/qb8X5PNifqL/wBfZ5ZoPDx69B+6i1MRqNOrCuoq&#10;KmTbNBKuguJHuGVQbIUIBJH6VJ4HtOvG+oMP1XLC6n1flvV9BYf1PszqKfLope01Aj8PRnaDcaBP&#10;E0iMCtmUyAM3Fvo3JP8AQ+8dQQ4FwLnT/vF7/wC2v7tGD5cOk62ZTURUjpRUmZV76QQBp+r6gb3+&#10;ntpyrgUagFGKzRnTYXUM+hyL/mzC/wDh7V2gPjjiAa9LbKGko1Ginj+w9O2PqnqKxyIpFBilIkUk&#10;qTHBI+qw/Pp4/wB49oF6YTip5uUMnPJt+sXv/r/717EiymMx1wDw6VXMZDDtoP8AVnoY8fkmgWks&#10;LLJHDp5tqOkBtQ+tzb8+05Ig1wqjgMreoLGATpPLHUB7M1IKOzcKefQp2nsRFP2jrDlnJWulcao5&#10;UdvUQwW4NkC8nSLfT6ex32JKUobMxLK0p1cghR6lBt9Q1re4u52soL2C5t5YtUTpQj54yPmKVH2Y&#10;6mTke7W33a0OvPCn24/zdUAfzP8AaK7mxeUpZacmkakoHKftWnlTVPOQrMArRqt+bFv0i5NveLeG&#10;TzONb73GQRSfaE1FZTve9XShQ1REmk2EsUV2Q8ksAPofce7DttvccsW8sVuk8a99GB1ABiGCEjBA&#10;JPoaCmestfENvMSXpIAAVBxwB8sdVgfELqnqjs/aMO1N6NWl9y+OHb2XjhS22M8aualxNbS+eSJ2&#10;SavIhq1TSrREXYstgFfbO0uyt5bWoKnrXE1eTatrkrkMopqWjnh+1AWOafIyU4gXWwYMoupB/wAP&#10;Ykv76CLb7K2t5FaRQCRUDC1pWtKA+dO7zHUY7h7ye3HKm73icwcz21vchWrECWkpXPwI7ZwKYJNM&#10;06ui/l4dbYTZG581i+2MWYV2ftobTkrcTDX5BYckmSmq5KiB8etQs4mjFtLCxDfq49o3Y/we7NzN&#10;VTZ7fm6cJh5F8hGEoHqMx4o5Pq0lQyYyH7m8zKLNIqqoIPsOpulrazRSSAGmSq1IqcmtaAEcKqGA&#10;/CaUAhTmn77Ht/aM9vtPLl/fEAgM7pBGo8sFZHYHyogNDxHVrW5u3sRi6Gs2tsDbFZKtUY1TPVaN&#10;jHM6uZY1goVWpdqdGRA/kEbNIWI4sfZmsR8NNsYOnnZ9x5bLRT1BaKlio8esSifxtNCqyiqdwZAS&#10;fVYn3ez5xFv41sLCMW0haiyMWChuIHlT5DqDdx+/Nuzzqdt5OsrditD4kkkhPlkjSDjHDoHa5u09&#10;7pTplKzE7VqqFWeTKwUmSM1Q8JURT2Wqxwicx8A2b1WN+PYyU/TeMrMLDt+pbKzY2jxseIgSqq0M&#10;1LSJUx1irTqV0w6J4tPIIRWKgafZAb+C0ne4gGl2VlIB7SpOoYB8qALjAxjqE7f325lt+Y7/AJqs&#10;ktor+acylVSiH0UAE4HoQPy6RO7tr7WxSx+KCkp8s2eXddbmMRQ+ObcG5KjBNt6or8y8dQ5q5JaF&#10;1WW5JaSNXuSAfYZZH4ideVK1EMWc3FSt5NM0lPPRSazwZAxmozpEhFyebn2kieAOJ1t31s2o0YAc&#10;a1PaeNATnqZLH763ubZiF5ts2ueMLwdJVp5j4JKfy6c8RuHcGqjqkx61RUaqSnmCStGQTDGyBvEb&#10;IToBDkgenV7Dir+A3UdYzz12f3PJMsVUlJI4xsn2IqWGo2NK8dkLCxJIGkWX2bJubxVMVoCTjuby&#10;+VAP8vRnJ99/n+9kgMvLO0Gla0E9TWnmZfl0MK909p4NHp6DDU0UdqWSqRopY5K6SEEM8fjbzICq&#10;uDwCw/LAj2w1HwHxlK867X39PAFSOCCKtwtENBEQ0s89BNE0h4JAsLH+g9pprqOSOQlnjnK/h0kD&#10;/ekBxxArThk9C3afvsXsK243X2/tnKt3mGdlLD0CSROop8n+0npuqvkdkGggm3ZgJlkkd6qZoVra&#10;lQgYSvEq1dTGYQOEZ9J4uVJsD7EjIdJbj2rjYMbgqHz0uNpqanaFJIIWeKJQpqUV6kAvf8fUg/T3&#10;BPM/J29y7jd3Wzarq1kkqBVFf/bdoqRmhrwp1LfKX3weQt+8ODmLb5NruyrdxLTRigAA7VDD8lwa&#10;mtOqp8/1XuHc+9c5vPcW+MJvtdyZfJ5bGZDHUVbSZnESZGprJl27kcZXxBJ6EQyqhlhkkRfEpIA+&#10;gJ9o0MW2drLmdyQ12GymJ00pfSRNWtUyhIKXyoHFpXYfU6QOTwPeY/tRp2PlrarKXSoCkuGIqH1M&#10;cmvBqig8hQeVOsK/cXeLn3C90d73HbbgXdlcN+noqVEaDiqmlD58Aer8PiFg8Js3qrbO1NurSNj/&#10;ALR6+spYhTq1FlKxzVZJJUQgGQSzgXt6gBYm3BJeyc5HnKjbTY5I81QmjqEraiu1VFJjq+pkTwFY&#10;VdC9VB6lVmbQo+o9iHnqAXl9tSR2EUtnRqsxqqk00mn8XHBHbngadSn7MXM+zWXMsd5MtvfNIDFG&#10;mnxXRRRjqANEr5AceJPRqamhSR1cSSR+PhjTEhj4zdTI4V5IzcfgEf737Of0l1P31P8AwiIS4Go2&#10;rHIzUWTnqp6Kgo4pKcSRVFPS08EjVqsrNGBoe73va1yS7nzBt+zWctrdSQSzBQAsYbVpHkTp0/kT&#10;1EPOvMXIk97ebnfwXSbgWOsKqsz5IKmrYGP6JP2U6Abf3a3W+BiyeG+9NZuJ6e8mEoYUqayZoWBk&#10;jlqmPgo3jQA6ZZI+LWF/ZqKf4o7byW58bvbtLIvvCbGUclLR7dSL+E7XoUcKfHJQfe19blHJvcTS&#10;/byi/kjtYe4bvt0m3Dco72rG6jDLHpHYobLEAipY0zViDxpUCgOvffu+2jla75N5H29dsspZFZ5w&#10;xe6cqCAyuqRxxg17qL4i/galal1o+1d3ZaHL4vaVFNi5q/IrK2Yl8uUzMiEOzFaqWmhxtLdXHh0A&#10;GEKdLMTf2ZPH4TCY+jioNr4ilxtFTRx08bYzGU+Pp4IoifDTRRQLDHEi6jpUDTYkjn2j8WQAC7Ya&#10;RwStR8yBmn+ry6x93bftz3aeSfcrqWadjlndnJ+dWJb9uesOLoK7GSNPubKJW1UkrVQo5cjPUTPU&#10;SAfcV1W0k0o8kx/zhHLH/D3mpsXpnlIeWZiCzo8hCh0bUNfkfRpLf7D2plux4SjQAvkaf6j0Uhq5&#10;OB69KvJ7hj+1SNKaCKIjxQyQwxKI0ZRrZXiTXyfybH25KCZC8tTBBBJyiRMWYxMVNhGhCCAsBpJA&#10;DC5/B9o69qokTNIONfX7fXpVHao9ABU16ROSzz0sZp6PFTVNWiELLr0Rxy2ur65gs2ofS4/r9fp7&#10;TVbksIk5p4qeevnlZESmQgQTPIy8xw06m8iMovcgkL9Db2ZW9ruDoZXk8OMA1J4inlU+R/MCuejK&#10;PwLUZjFPsp1nx2B7Iz9JBXVOepMBR/uy6/GZ6uCOOEECWWoJlMcsbekchWP4595X++EaxgY/ERqz&#10;3ZkdJtKkcKChnaa5P14Hvy/ThmYl53+TVGfzpTptt3t1qPC7R8+s1N11RvO9TW1ue3fXP4ywnrHr&#10;IYnJfjxgx0kNKlhpULb/AAb36hDMzapKqvi18tUeiAW51GNyxYqeQeR/h79No0grGkZ9Blvsxjor&#10;u+Y4gaKNBpxqf8nSuXrUtFHPDR42jqAdJShpKdqwhuP86kaD6cGxv/h7n10eKhT7iLI+SVXQtFGk&#10;b06yOx06tHMjgg8D6kgkD2lhe7aqva0TJBJIJA/1efQU3HmKo7ZDX8+lvtLZ2YWSWLIYGKCkjjdI&#10;5KmVzWVCkIFMUMkbxJEwBBDMLi4Hthlgq6cS1FLkqenWNvWLhp3LMURrrq0Rsy/4Eni35JjFLBIV&#10;iltGZj8+gleb74nazMxPzPQ1Y/D0RWOOSgLpGqqAVjVQUvcaWAB034t9PaHk3RNj5oGVGqKiKaa0&#10;syTWl8q2kMVJG6xkCNSQTYDV9Pz7P49oS4R1rojKjgRj0qePGlQOP2dFM181VoxpT16Vy4emkgMZ&#10;QRwkAqg0gpazKLg/UEAE+w3z278nW10h+2kNPMZ41gNQtOkUd7os5iBLlyr6FYsxAOoexPt2y2lt&#10;AoMtZlzWlan+iOvR6ZFZzPQjNKE/4OnWmoooYkRFtpAB1WJJFvqbG9x7hTVuHx9AJJatUnnJpwVm&#10;89O5hjRZImjnSQxzl39RWWQE8+n6e1KW97cXWlYaxqKitQaE8ajiPSoH58ekDteSXICRBlGfMEfa&#10;RQ/LIFP6XHqUEJIvwB/QjgD8f63sMsjmIqWUZBKiVqGRgk1S8K1M0c2hkEYRbxXTRpIW7WF7+xVb&#10;2byRG3MX64yFBoKV8yaVr8z8ujq2gmuAbVVH1Iyq6io0/MmmD5V4nrKAB9PeHcPbmRp8NBHWaZKO&#10;R4qePyxxWER8yCo8coUxOVtcWJC3seSTvbeTLaW9aSEMJQKmh8/Nag8B+zp3buSxdbhMglYXC1JA&#10;OQw/DUHIrj0/Z14AC9gBfk2Fr/6/sG5905WppHgjqpqB0DkzUE01UtZT6mU03+UgPRpOsg0v+CBY&#10;/X2Ootns4nWSSESqT+IKpU8dWMNSnDzHQ7h2GxjuPFa3EyniHCr4beT9lQwXzXgf2dd+2fD4TP1q&#10;vUz413gppDLDUU0MoWphkViaV3ZYtErXss1ytxb6ezC9v9th0xRXa+I1KgkEgg/FQGlMV08aUxXo&#10;z3Pc9otdEMV0PFYUYMcqRwamceqgA0yR59e9x46bJ0ME9PPQx0/inDLM4eOp8JkkdQ5jeTWsBb8L&#10;x/h7eMlrcSRypOWJHD8NfUeQr069xZ3MkEsNyzMVNQvwkgDNDSleve1ltiAUP2cVSlRLDUCGRCLG&#10;KOy64lmsBdWX6Ekek/09kO6yeP4rQsokWozx/L59BzepWuWme3cLOuPIE19K9e9iPnI8VF9i9JJF&#10;TJUxLIIKFwA8/A8jJqikGhlOoMPxYcW9hjbpLxjcpPV2U4LDgONPPj5EfnnoFbXJfSG5W4V3dG4u&#10;OA8x5jI4EcMV697fMFkIKOOEGURTRWeKb9qSdRGQSiGYrdk50hXu1/6+y/cLR5WkbwqxkGozT86f&#10;sz/n6QXttLJJJIqBkY5GQK/YPX5/l172JFdkKKkjnEgjaIUaSjMBJ1ra9jG76kjmYwR10UMwfk6H&#10;0WDX9hW2tbmV00hgxanhY0R0NKYzpJFBTIrnoojt5pvCWPV8ZGig0rk8fMq3AegOaUPWNQwIve3+&#10;v/h/r+w9G54GnpvJ9y1OXKgrOlNJP63BlVo1Eh9YYWL/ANQOPYlO0yqkx1KJaCuCyj5CuejP9zyq&#10;rFQoeme2oFfKn+x1k9v+RlSWjpZ4ap3qY18Naqxa5JZfDJKJVE4iASOHh3BP9ePZfbI8c80UsYET&#10;ZSpwAKAjHHPAdFsEbLNMkkY8NiCtScKMHgM54D9vXvaGw+PkyzPVumLoIIZo6aaCQzTBBIR46yVy&#10;jkxBmGpeR9fZ/fXK2iCENNJIULA4UHGVwcEDgRTPDoR386beRbCSWSVlLBsKOHwUHA+h4emOve01&#10;uSlrKOtmSdmnY+P7qGGlanVZoo1BjdZAixzA8kXNxyOD7Ndqnhnt0kVdKmpFWDGh+YP+rh0cbVJD&#10;NCjKvhnIBZgxoT+3/Nw4jr3uDg85jY6aoWo8QyEMh1Q1k0rNUwnUXR/CskSMhAHJBuT+L+1O4bdd&#10;tPA0Yb6VhXUoACn86Y+zpRuu13jXELRhjaMOKAUU4pTVQkcfl/Lr3v1JNJlRNU08dF9q8bJV0SxE&#10;TRrChtKX06ysIJII+o+pHv06JZ6Ipnk8cGqsTg18qA+fmOvTRJt5hgmdzOGqrkgqa/hpwz5jr3vh&#10;WQiM0s1PL5o54hMVOs/spO0biVHisfALEsP1KeL2v7tDJq8VZIyrKQK/MiuPSvpx9enIH1+PG6hH&#10;VgoPlqKg1B8qmuDSnXvfWebD0mNk0LMyTlEakNQNMcz3uolD6mWRbi63GhD+Qbe28X094ocjWo4g&#10;eVeNP8/2efW9pG5T30auy6l/FpORUcR8vTjUj5de9hds9a3+KSfb+SCRJ5KuCVqgABvH42ikjmYB&#10;0kiIRh+dV+Rx7Fu+NCbNCzhlICkBa441wPI5HpTodcwtb/QJ4mlgyhWAUnHEEEA0KnuB4jhgjr3t&#10;83pU6cYaSopMdIokBWMoIWhlhqGl8Uf7niiB8+skhf8AUc2Fy/YodV4Jkkl4Urx1ArSprxoR8/Xo&#10;r5bg/wAdSaO4mBpQkZBBWma/FSlKDzq3n172i6LKfbzRGlx1NVmvjEaRmGIz0sbtYxRtpKSwsLlb&#10;gkG9uR7PJ7Qyo6T3DoIs8SAxpg8RQ+Xz6EdxY+NG/wBRePH4RqTU0cjzNfhPljHCvXvb+gpqqtr6&#10;FpMS0cMYmhNRTpTy18CoJIpKc1dOquodiGBKOWF7m3suYyQQW9wI5lJajUJIU+YIU/7Hl0WEzW9r&#10;aXSi41s9DpYsEatDqCnGPPIp172k8th5YP8AJav7JaGs8ixCnjilYTKXJk8aq2uTkqRwRfj6g+zi&#10;0vVcCSHX9QlK1qKj0z+3o+2/cI5aywNI11HQmpYVBFeJpgf6vPr3vDR4DJ46m81FlaqSWmtFDE1N&#10;U08kMkeryBys88c0BhcEF1UDT9eQvt243C2upRHPaKqtksCrAg8MFahgfIGtenbjdrK8lMdxYRrG&#10;9SW1KwatKEdqlWB9CTxGePXvbzsze2Twk2Xl3C1S8VRKExRBLRUwaRkQIXILU0oFybC5JJ9l+97B&#10;ZX0dku3BAwFX8i3y/wBN+dT0g5k5XtNxj29NmWNZFWslcM3+CpH5nyp172NuK37hs/QVWSlgqEmw&#10;8RrpqH7hZ4ctApZKkjSwkiSnQEs8atdObWFyA77ly/2+4gtwQUmYKH00MR8ga8SeHEZ+fUeX3Ld9&#10;tl3BbawfHfSH00CMcgH5twAJ4449e9ydt7/iWao/huUggNmdcVU+VZjTCQfcVEEhjaKpjS3qIXXa&#10;/HAPtndeW5CkYu7Nmp/oi0Ir5K1TUH08vLrd9y/cRJEbi1crgGRSNNTwDZqpr+3h69cWRWFiAf8A&#10;EgH2+ZTeqUsDSrRxVsdcyx1AgrajXSKl9dTFUgGnkjkaOxUrIwub8cBBZ7C00ulrho2jFRVVo39G&#10;mGBHGtQp8s16S2+2SSTSI05iZV7cKamvChoT9uqnXDxD/D/bf8b9pyfOpLTR1tBW/YzqVaYhnl10&#10;jHSgqqeP9qMAgaSoC6reqxt7Mk2/RKYLqESJwGAKH5HiRx45/n0Y7fNuNjcG3ltjLGOFaAVxwJ4j&#10;7c9cmjRxZlFr3+g+v+29ueA3FjsjEn3rtT5AtFoy2PqPsq2RG0TqswlSP/J6gWfS6gH6A8e0e7bR&#10;cQVS3Y/TnOhhqXGDQgnI4Gn7OpAsrtUbTpoxamlhqUnhj8NRwxw/Z02VdLMVIidDGeXSdC8YsPqA&#10;L2vb8D6+3fOUlHXQvkIKKWesmjEJqqW9MXrIgZHhrIapXSKrkJ0MzusYBVh6WB9oLG8uLRTF4lY1&#10;P9mRmn9FqrjzFfzz05dbJZ37tEzRxMCDU1JFcEkqO4D+GmCKZ6wUcs0TFXkCRA2EDBSR/Uo450n/&#10;AB5HsSej85iRj6/FVUn8OzVXVLH9hVqqVLNFGDLB5Y2eKSopidLKrEE8pdefYT51iubue3vYIWa1&#10;SMaiPwk+o4j7aU+Z6iznbYLzbYn8IeNa0qJFGKVwacRX5gdZ6i71CSKSyKp5B/SbDm17jn8+172z&#10;tMby6433tVJY4/7x7S3BgYmkRjH5cji6ikR2AKlgPKL2INh9fccblatuu07rtanS9xbSR6j5F0Kg&#10;nzoCQcdRp7dcwnk73M5I5rlQldu3i1uSAQCwhmR6ZxUitK+YHy6mryB+ePxz/r/7G/vVyMWExmXz&#10;uHz2OxKYTrikPXm3cUKFoJcxX0cLNKIZKdmn80cavU3bWTYXIsL4RSxWqrugvXiWDbl+nhj0kGWT&#10;IZgVFRpqXbXT4cZPX1K7XNf7psWw3OzNPJdbyov5pGcMsEMtGFRq0hakIKZoBpFOurMQNOoM7qzD&#10;VbQAOVXm1vYY1e0srVI2f2ZSPk8JhHqa6rFVkY5xi6CZ4oTJLh5ohUSpUElvIsgsF5I4HsIm0uZV&#10;mubWNmtUBY5+Fa0qQTqIHCtOpRsLy2261tbLdGSK9nChVAoGbBohAp9grw6yPUQxSRQu9pJiViWz&#10;EuVBY8hSo4U/W3tyw20KWlx0+U3MYzRZOrgweJqoYDG1Xm8h9tUUFNQo9pX8V3RhexAJvbn2rsLH&#10;6lwZGpG3YvzlORT5UBHp8+ibmvmO72qyS9s4yfBcFwc/p0yD860IPl1354vMYNa+YIJDHzcIW0hv&#10;6WLG3tr3ZR1dU7LjKx6HLIstPlkzZ+/pMccYjlYTSKG/yivcCGO76FBBPFvaO7tzBJ4dRrDEHV5U&#10;41B/YOjbkzfzuUZutzjP0egFGH4w2llGM4HGv2dZbAfQW9udBt3HYvBZGooKepqqWnpYamuzU0CS&#10;/wAOLAHINLUyuY6alp6hvSSVurAf197MR0NLbwyeGFUM4BITIrWuMVp0a3292x8GGeRFlZjojJy/&#10;EgAZrw40+fz6x3OoXNueBc8gXueD/T2PVU+59x0saZXfFbvDHSUdFLiYMnWSU6RUaxQIlLDh/I1I&#10;4jmS/mPJJBBuPYhn2zd5VaK63GW5Tw1ZAzVovkAmo8CK8K8PQdQty5zP7fRLeX9js9vtlws0iSyC&#10;KNdTKSCS4FTg6aVpxxk1gQU8VMf2qOOGSSSRiUVWLMWY6ml0k+pQPqfaTo6VnyCDFQxPiaWSOkEc&#10;VNEaeLMJI9PLHIiLolnErGPUAbE2B5PtOduuBL4ttbsYo8NRfhbIyafI54cM8Oh5/XflmNY4LvmS&#10;2+tnWsalu5kNDUf0cj5ZHn1KI/bYk6W0/wBR6RwSbg8fT+vuZj+q88cvDnJK2uxk+Smr4BjMZIUl&#10;rKYPpm/ik6zuj0qyJpUaRyPbVrtl1JN9RqkjJwVRviX1JrTSeFB0Xb3z/stilpZW8cNw+paO57U8&#10;xoFKg+fr1HNTTtJIhVZI6ZUd3MZZFkcFl0sUKs2gE+km359mG21tmjxVLT0OdpKmiylXX1stNBTV&#10;iVLVVG6JT0n3JiEskIMIDIqkXZiDpPPsXbHtH1AkV0KPqJ9cHANR6DIFa9AXnH3Bj5aaKSO0E4li&#10;UISyhQ1K4By/kOBxjpJPNU5uqeXDZGjeiiEcFTJLSVIaCeKZmmNOztTwyubDUf0njlv0+03v4Yfa&#10;TJn6jadbkRNJJ9xOJI6WtxuLiCQy1FCsq1UUs0YHkkVmMxjVitzwTvcdosrKJ5/oHlkodTVAKCh+&#10;EDtr9hBpUjqL4/crmXmm4j2e7vo7eJGIjCK2iRgSQj0GrSwwPLUVBx0pqOI09PFEtX5vGdBH1XUR&#10;dULeqyXHNiP95t7zbtpNh50deVm1N4Q1eDzFBLWYup21kMnRDMS0EVQ2aWsghp45J/4e9HKiyTSr&#10;r0uwVV59gu9Fo01pEdw/TYdrI50seJGAeBqtSe4gmua9TTs2wvGktxHbvM4XKuikR1+E93w1DaiB&#10;kU9adB5s3cm5clDuhdw7ZrsBW4nO1+Pip8jNSV0M+PNU4wuQirqOYU8q12JenqJoYoyKcy6CzSB1&#10;HDsenyFdtLE5TbklbVzV1UEgolrpS1DQUOPmqpllneUNMZI4VkkAA1F7XNvZvudlezWMNxG7ksFY&#10;ZIKqoJOSeFKft6Bdh7m8lWe/79tO7zRQx2twsAlYEpJPI4QBQFOk6u3y+2nSywuOqaGfRPFT8wvJ&#10;JJBHDEJKl5S7XRAP208pRPyFS55JuMXwvxG5s7Sdl7zoKOKgp8xhsFRQz09QtPSSQ4uLVV+pHeRf&#10;vJoQv44v7nP2FsL64i5p5hFv4XjokaEkaW0ZcDSagtQAkUPUV/eN3ra7GTlblqW9MlxFLLKwNWZf&#10;EJCE6gQaKcAnHDHSR7FkxEc+2oMkFlIykssEfhFRL55YWTypEeD4w2rnj2degoM5U0+JmytdBhmy&#10;ExTEbfxn7FPR0sRu9a8p0M3mY6mYlWb8+8h4XvJWtjeXXgyyyARxRigUDJYHiR/EeJrTiadY1yXN&#10;uHvYbSNpUiFGland6AA8DXhTC8cAV6DyvfE46qyK09HUZFqSESZTLVh8800rS+ikTXGLeOM8jnT+&#10;OfaKqsRPRZvKvVSGd6dnqYpVVk0okEhs5+pWQ83/ADb2I+RbWWLeZIp5TrV6gZyDXz4f8Weg7zfc&#10;RvtzGGOgMYBHmSRinoR6/PoUdnV8VVi8ZLCqpEyuhj1KTGPI2kFf1C9/6fj3RVn+/qvZnyIbMQ1p&#10;ENBuaoWUGodE0pUOCSR9ATxz+Dz76ez+3b8zfd+kayhX95GxFxE2a6lOs+mWWo8snPU87N7WRb/7&#10;TpbrHpne0V0OkFgaVFPOoI+09CQVDAqQCp4IIBBH9CDwQfds+Znr99rh+ytvZCpahyUNJXS61NU+&#10;NZ443WJKgG/jkDNp+g08e+Uu82k1vdtuNjI60kJYkZjYUPxDjUmooa0NPKnUA2l+thay7LukA8QA&#10;ow/CxGGxSlaimfTptpYoKGNKFfFFYvoH7aGQSSPL6VFrnU59itjy25cXEZIoTXU0KwVEBIVqknhZ&#10;lvpZi1ub35+nuYOUubYry2T6mQLcgCtTxI4sPSvUcXth9NcXDQNqt2aqgfhHp/s9ZmkEDWJITizG&#10;+nj8XHpB/wAPaj2n1JX5PM0jJRMsRZRI0kJDRgyDUykkEhb8ez3fOY9qit3lnCPcJUr58OHl0G7q&#10;8mBa1BNT5V41/l025bcmKw9BVV9ZVwxw0sEs7+vUxSFDI4CqL3Krx7Ml2x0QanruhxEEcM8fmWrr&#10;CF01MTMraWhZgQ2m9rX5t9PePu48yjf5rqOWDVETQ5FAB50P+bqQuT9pFk0czvS4dCKVrx+YqM/b&#10;1Xx1r87dl797g31tUNU0GO2zUJhsdXSFPssnUQLTvXzx05jNVGIqpjEHYBWFypI591D9qbZzGx6l&#10;Y6NKuhp6SSaU1IhFOZGfSRbxtNHZb/k29he8lt4wn0alVQavMZPHPy4fnjqV9v2x2EstyPEZsBaA&#10;AAetcEnjX5dWJ4vK0WXpYaujminjnj13ikEig8XW4/1/ai6y78zNfmMPg9xZymgxx8dHKskHl8sb&#10;kRLNJK5iKtFrvaxHHsW7JzRJ41vb3F9S2oVKUBqCAPPia1A9OHDoL838kWo2+6u7Sw8SYCoNSDXJ&#10;I+Q9fI9S2hUanQBTa9lCi5A4/wBuR7tC2jgsbivtZcZVBoKtyaiSMaFqTIo0TKUdlsX4t9fYyuGi&#10;SCWKO1VB8WPM+uOsMPc6xuL/AGa4nuAxmhIoCKkAeVTmnTfSV8slS1PJEUAJseDcWPNwP6j2K9NG&#10;8JNmJBI9Njc/Xn/AD2QyMJQCR5dYoXBD6tYoenj28afKoB4NhwR9f6X9o/gOOizUYjUcK9e9troR&#10;La9gt+Pxa/PtUpXTwz0sVgyV8+ve2bKU4cs6n8X/AKfW3+I9rrSWmkEdGVhMVGluve0PU3WXTf8A&#10;rf8A21vZ/EdS8OhNB3JUDPXvbVVWIKlvrew5/A/F+B7Ww4INOjGAkUYCvXvaPyMLaSLBl0m97Ef4&#10;XH59nNpIpGDmvQhs5FqCGzXr3sDtzRmTN0MKLNFGQrSGJ2GoB7MvoP1I+n9PYpMKXG03MUrdpP8A&#10;LHUp7IwXbbqRqM3AA/YPXr3teTUoyb0NVTS/bvDBHCxvq1wQmx0i4AeQG9z9Le8U+aLOCHcpQzCs&#10;QoTTiPSnr0FYrk2K3cM66wz1+wn/ACDhT59e9tlQXpZJadJVCyyI7yltJW5Pp1Egm4/x9xnvdzU+&#10;HEOzpbEqzokrJ3AYFK/n172D/enZVH1zsjM7syWlYsTRVD0kJlCGqqI6d/BEHsxBlksbgfj/AB9g&#10;fmHf02Pbb3cZ+ESkKtaaiVNAPmTT7OPUoezvt9fe4XOO0crbWpNzeTxoxC6tCs4DMeFAq1Jz173r&#10;G7zz2T31urK7krkkNVmq2eqZiXc2llY3Z3sTcEHnn3hreTyXtzPdTMfFkbUampr5ivy6+lzkLlOy&#10;5H5V2bliwTTa2dukY4ZouTjHGv2nOeve2psFRRxH7uoVZU9RGghhe5HNrG/9Pz7TeHQVBoOhiJGN&#10;QnDr3taYyGlOFq6qJVWKCnkVEDAepb8uxsXYEXN+OePdm0qnHPV1Jowrnr3sF30SFmPqaQtynHH1&#10;5AsSB7Y1urArUj08utMaEZ697jtqBIY30AEXH9kDg8/4e1asgUNXjx/zdXElFzw697b6irlBDC4t&#10;dbBja1vqbH6+6Fk1EqAerKwOQeve+4p3Wx1tYgX9RP1/B5/HtoSDuOkceq6hmo697dos1UU6nRUP&#10;chbAvJ9RwD9eLD24VWoZGpjr2iOlaD9nXVhe9hfjm3PF7f7a/t8ot/7jxciSUOVrKaRCGEsFXUwu&#10;CPoQUJN/emUGlW60YYWU9o/Z137GTaPy07w2ZLC+B7E3XSeMlgqZqs8erUGA0F+FNvp7ciuLmEgw&#10;3ZSnpUf4Oi662Xa75NF5Yxuv9JVYfsIP+DpLbh2PsvdtO9LuraG2dy00gKvT53BYvLRMGGkgpX00&#10;68qbH/D2czr3+bP8mdorBFWblkz0UYKsuTmllLKW1EBmhktpHs6g5p363oEvXZB5E1H/ABo9ATc/&#10;Z/kPcw5uOXbMyMfiWMI32VQL/nz0UXsD+W58JOyvuX3F8devKapqipet23ihteqV11/uBsFJjk5D&#10;WIIKmw49nn6+/nmZsNBBvTYFDWR6AJKmlr5I2LjTqIDUwuW5tf6ezy25/wBxixcWkUg+Yo37VFOo&#10;n3j7r/KV0xk2+6uLV/4VfWvp8L1+34q46r+7K/kAfFbdKVMmxN37+67qpWJhEctDuKiiGoaAYawU&#10;NS1h/WU2UEfn2erYX83347bpjjjzjVW3KuTRqWaUSxoWNiSWijsiH62vf8A+zJefNulC/UWcqMT+&#10;E1A/bn9tOo83H7r29Wr69q32GVB5SRmNjTgSylwR8sV8816rv7N/4Tn9z41aiXrPu7Ze7YAJnips&#10;5h8htiu0upHhcisy9ExOnhtXF+B+PZk/9n8+NOjyf6R8Tp/hn8T/AOBCX8Xm+28X6P8AO+T/AHj2&#10;t/rNsdK/VPw1fB86U+Lj516Df+sTz1XT9PD/AGmiuteFK6+HweVPir5U6JD/AMMRfPrzeP8AuVhL&#10;f3m/hPk/vJg/H9h9l9z/ABm/n/4t2r9ry/r8vGn8+//Wu/4v/sR/sPp/j9feVR7mowoPl1w0C9pK&#10;gDHVazm7ASFz6gARYEc8A8W4P19zoJggANgtwSwUsQFBBvZhySw9iK0nWKFRQcOgxfWTzSsV1Mxq&#10;NPzJHy4Y6WGOyCU8CxmNdA0s8twGUKCpuL3dm8nGkcW94pFVfo4Yfg2IJ5+v149obtY/iWSp9OjG&#10;zlcqdalW/wAHy/ydNldDEDdJVlvf0FTdv6XHpNx9bcc/j3HU2vxfn8/429lYNGIIFOjSZVcRFTSu&#10;D/n6ZIGkV5QSfS4sulTwQfTyt/x7yFxYqF55JJB4/wB4Fhf28ZNYCIvSVIvDbU8nH59TZJ/KqpFF&#10;b1Am6knSwOgcWswsfeaCK4/SBqOpnIJtYgnSeB9B7N9rQrrompvTov3KfQVYyNpHl5fnjp7wlNNK&#10;JFhpzMZAUFrE3NxeMDnUrfjn6e0juvsDZGyqeWp3JubD4xYmsY562FJ3LXYBadmElyL88i49nEm3&#10;FqNcSeGCOHE/syf5dILOa4vX8KxtzJXzr5+nRwuqPg38le76nHnZHVW76+iyDSFMr/Cauhw6RNLC&#10;Ukaur4aeBEBqGPBYaU+tzwQDt/8AmGbWwFLXUGwqBMjWKWjiy9XUGClicFgJERUYuv05II59qPGt&#10;bZaFat5FsH8l4/nU/Z0M9v5Hvbzw5bqUqjLlVFTxH4Tn9tB8+r3fi7/IdosZV4rcnyN3dT5CKnYV&#10;Umx9uUrCKewjaOHI5g1KTaVYMGWFRe45/Huqbsv5Pbt3zVy1ubyNRkqhR+wJJ5ftIw0jsyRtzJZL&#10;/T6Wta3vy803Nvbi3QGla8SM/YCD1JW3cnWNq6tHEoagBNAD/lz5HJ4dbBnWnUPXfUG26faXXG1M&#10;PtDb9MEKY7C0UFFA8wihikqZhHGrTVEpi1M73dmJJPsvsua3ZuWSUmef7GbQyiGN4okb6kSTyW0r&#10;+Cb+y43u77i7eLMxhP2U/a1ej2W523awoD0kA4Y/yDoSgqrbgcX/AKe4x2HAHFXWZ5KcsPLJS0um&#10;WcOzDUram/VxxY+2ztEAcyy7iopxCrqb7OOPt/z9F783TyaobfbiyU4mtP2Y67uLXuLc8344+v8A&#10;tvYhba6/ky0gp8ViZq6fSAJaqnnyVS6Mt1eKmSN0jLH8E+zG3tbVKSOAieshrUf6UjBI4Z6CG4zX&#10;91ITCHJ46YwccOPxGleNOoNflMbiqd6vJ5Cix9KgLPU1tTDSwRqo1M0k07pGigckkgAe2ndOz9wb&#10;dldavAbhVoSdMtZQV9BSBvIVQJGkQQ3Nv8D7SzzWwc+AhYg8Q3aPyFMH7fLpIlheJGovlaJjx1Ak&#10;08ssKfZQfb5dY8ZmsPmovuMPlsblaf8AE2NrqWuh/H+7aWaaM8kfn2KOzfix3t2Lg4Nx0eGqMfh6&#10;ilM1OHMkEtXEJCokiikKswYISCR9PZXc7zHHOYrq5ES0BwcZ8jU1H2Z+3oWWHJ24y2f1dpZq4Nf7&#10;Qqp+0D/V9g6KV23/ADA/hr0Xvgda9q/ITrvZ++Vmp4KrbddlvPksdJVqJKZcrHRR1MeKMyMCPuGQ&#10;2/Hsy/XXwX3w8lFLl4ZIkddUjVhkbQwH0ZJJVQW/BDe3JuY9i2+ES/VByRw1U/lQ9Nry5vSMTd2Q&#10;jUHj8QHpkcfsH59Ft7Y/nM/AnrGiyxh7v21vLL47xxw4TatUuTqclUSgNHT0M8KNBKzI1yQeP6e7&#10;OOr+ul662emzarM08ritM8U1IDEY1Yt+0EaQx2W1uCTf3DvN3MNvvsreABGafxUJA4eR/PqXuRkt&#10;dst1WaSSoNPhAU1Jya1OK9ajn8yj5kZD5ffIvEfInrTpfIS7f2VsJ8HW4/eNJDk0yMcLzkVsjU0f&#10;ihhiE+pFZSwa3P8AUR5hjts04aUzSpK6s0kg1PdyATrGoL9b/wBPYFa6X6dFZyItZBI8vLj6eQx1&#10;M8G63Wy3itaWizuUDUwE4VFQeJ+YpnIA6qywW2exPm7udsdQTYDb9ZiMdPAmPomjxSPR0P7zRQ0g&#10;liWpqKaKRgx06yi+pjyS0Ocdl3GZSRkko5FhMbXKu5JUem3+P+8e9BbRY3v/AKl/Agwaefz4fPpV&#10;fe5m6RQvI+yqZ34qCTgemTT7Oh1231B231GlT8WphiK7F9q0LZ6kzLy00GTx76Y4ClJV+pI3YU6+&#10;jVc35uCPbjVVePzGL+0d2kjqQVIjj1HWhIuFP6V/P549pbJBPPcXEFyTCWwCc/8AFf6q9SXtVzFz&#10;nslpuUNuLTc4KV8wCM1PAnOOPEjoqn+jzt34b9+T5CqxkAfbVS9fST1eRhp6esxNaj/aTQ1cTSpF&#10;PNDKHTTqNxwLX90B/NvquHrTtDKV1FTyK+6ZHy+JqIqdo381AYp/RJGTwYjZ/wChJuORYR2RaKQn&#10;UQx4dCSF13XZStRLOnaxxgg6STTzPEf5evpF/wApr5c4r5jfDXrLf8TxLuDB4ei2lvPHLV/dtjtx&#10;YenipaqKaRlSVlqFh8sZcHyRtf3J6h7Gq8/tfQ9dQVNbjkhE+OyV5/uIXbRIL8u2uIa1uGAHHvJT&#10;kiw27f8AbAhmZLqMLkEEkE5+IHh1jHzrFuWy336ALQlmp2jBArxAFPtwfn0cnd+xsNUZaGZ6Svpj&#10;XGUNkcUywtTSKoKvJaNljW/18YRj/W/ty3pnevgs1NnetMPLJPSyVIyWOp46aWVkQtLC8CCmjkZV&#10;IIu9zpHPs93bkgRW8iWbxmQKSrmMLUDiDxWv2KpxxpUEr2jmzdXEc1xeThT8SltWk18iQTT5Enj0&#10;3YPZW86Gs+7xfZGaloxIkYw2bp6bIRLGoJYiqqjU1sWojkgGxPHsvM27tlPQ/b7bzOboqKpDSz4R&#10;6zP0FAqKz3SWKjkrKBlU3H0YW5PN/YBl2yaOHWlis5p+F3X/AAgoPy/Pz6HcG9SElJb3QDmhRSD5&#10;8KrT7QPn0JlLgFFdDk8hicNLl4IjDHmYaKkkrlWUR+QrVGnpKyJWEYDBX9Q/H6bQcFuDZ9JXJVUE&#10;236asglSSGWTPUElVDJqFihyNHi5QFF/qQRf6+ymGWSGVmTbZEBxh9ZBHzZEA+VC1c1pQVVv4Uyn&#10;x7mFzpPBdPH0ozfz/Lp3q4ZJYZIpTK6SI6MIqeYF0kUpIrgTSKylTaxH0/r7eJNhbLzNNpTdG2tu&#10;yUTrUU0cu7sPjbiTU1ojU5f7b6SFrFubix9nK3W7XFIo90mto0yKiPz/ANMRX5U6Dxg2eAvI+xxz&#10;6sE1etf9rn+XTPkdxVGJenDY7NV0U99T0OBy1cYCDbTMKeBpAW/BAb/Y+2TOdU9f5bGDGZrdGMyr&#10;NKZKenxW8+s8fpl/DNWVW85pSQpBNhe5/H09uTy7ykPhJvAkqfxLAuePHxSKEce3piG12R5Vc7eY&#10;an+KRsfNTEDT8zjhXpvbeNc8yNDia+KjQ/vmo2zvpqwr9B9vANrxRu2r8F+fx7R9N0N15TmJ2gwk&#10;1OQ1lqO3+vEm4NlaZ6fc08q6beoLHfke0Qm5moyo1uy/6aIH8tJNfz6caLYBMQbuVaHh4cmn8v0s&#10;9OKbwo5LR/abijlP0d9i75MQP+1asDCg/wCpnuUOuNj4+ZWgodjUtJHGSfP2dRZNzbl2kagrZY01&#10;lgP9UbkfX6eVt/Kkm4Af5FGUfaQcfKvn0pjbYQ2n6ZpVrxo4r+1R+fD7Op8WUaoicqa/VcABtuZm&#10;kY8i5SOviVT/ALG9vfDL0OwsaA1JtvYOXbwFHWiy+VqUSQ6WE8hndy7WPGglf8OfbUp5imIK3NaC&#10;lEH+HupXpelxs8BDLtYI9GFf8JA/n+XUqnSolRg1TkVvJf8Adp6WEhSq+lQkKWT6/X1f1PvNi964&#10;OhRabCdVdaVlXGjD+I1cOQqYjKeb/b/ZQRBYQLfqNz9fayOy3p0KyW7O/oXYD9iq3836SzXVtJIZ&#10;IljiT+FI1r+2p/lTpvqtv1lZMzHcuap6VgB9rSPSQ/4FRUfbNNYj8gg+3CPt3f8ATyvHj63aG10e&#10;GWWWHbWzMW3ohMaKsc1YtU0UqEj1IqNybn2ot9pvw5hYQpqUkkRljggYYvUcc5PSaa9KqWR53X01&#10;aQPsFDX8/t6h1GwdvVyQpkRl8j4G1K1ZnszJruCrrNEtckE0TqxGhkKD6gAgEZMJ2hnqzJ/a1+Zz&#10;GbqC/wC//Faxo8Y5ZjcHGUM9JTTAcEI4I/r9Tc82rZ4IpPDlbxW9WBUD5UUio+0kZ4dEl/uN0sJM&#10;Uzpn8LGv55oB86H7OnOPau34IFgpcVQ0gRQsUtPR0q1EQAAHjqHheUGw+tyfaOznb28IMpW43HTR&#10;4dIql4GfbUEGFadxKULGShghkYlfyzMf+IUxLLbTzwKQoQ07QFr+ymOksdnb3EaTSqXUioD5A/y/&#10;t6mDC46yLLB90EXSv3rvWkcg3BqjLpItwBYD+nvBtWszO4tz/wAOrJ8hkZaijyUjirqqiqdkgx1Z&#10;VtqErsrlfCfqPx7OtrhW83GK1clg6PWpJwqk+ZPmOmdwgiisWlWJAQfIUHEDgKDz/b1LfwUcR0Ik&#10;SAgKsaIiqSVUBVVQBdm/259mZ+LWIY9z7Z+4a0MdbVzqRdUSH7WRRdVsq3aT/ePZtslir3MniotN&#10;NfkBUD9meiG43Bng8IsO4afnU8P8B6AX5U1dTR/H7s+ejieeqTbcrU8cWoSSSiop2VVC+o6lVvp9&#10;Le7lNw1Um2sFgqajMpqM5nqCORVHj0RU1K9dUBbEEq0VPz9fZ7uSvtljYxQswkuLlOHoqF24fJei&#10;/bVivru+lnYCO3t3pXgWLBBX8jXy61weuMRH292VvnLZunp1xuxtg7gnppSwnmqqvJ5ikwmNJMqv&#10;HTVkDVt1bkaEItfn2n83UMqu7ER/bYoM3JU+RV1tz/wb3fc5HEskTYMduAftzX/BjoSbagMURU6g&#10;Z8H+jwB/Zx8q9LLY+KppaqKnjD1YyW5PHEugP445ZaRFcRqAWISb6XHJP0vwTLdVJSz5zb0FbTwZ&#10;Gevy0MtNLJCS0FfkshDBSRoC7eRvAhkIsFGsXF+feNvMZX98bdbDukdwT55dgoHzFaMf9NT59ZKc&#10;nyV2jcrwGipDpp5VVAxI/M8fl1bpszK1eO2bvbI0U1Vh8ZtrbdbBUBJESGoxeC23WZGvrDpjRqYf&#10;cTJTK12JELe7XcJCtHi6SjRVEdJBHTRoBpCxwpoUAXJAAHHvMIQQw/SW6VCJEqilPwqoHl8v5nrE&#10;vdC1zdXs2qpklLZzxJPWmV2PkKfcG/MjnpJn8uerazLySqWZ5Jq6sdpi0hX12eUm9h/X3mrm1jiI&#10;C/1I/wBa1/8AYW9iPbqpFpLHj59Ba4QjNCDXz6EjrEJRpNTPWOyqXSEXBYKJSQXuCpNv8AD7Ypal&#10;43j4T9FrWNr/AE5F/r7O0iDA9x6LboLoYtxHRpdp4Cnq4pp46iaRnqWjLgx6ws2l39XjuLtxb9IH&#10;49slXXVETSRKsTW0SI8juGvpudIvpK2HtZDbxMAWJp/q+XQeajIGp5n9nRr9pbLw1VDTVU9fkINB&#10;mpamiQr4pIopDZ7nUCCXuv8ASw9sFZWV7QkyCOxN/Qn6vxYEAC4A/wAfZlBBbhwAxGPUf5uiuddZ&#10;FW7fToxeztv7Noq1TQCplmiQgNU1LHQtr6fEfTpDMSOByfbRLVZJ4mUzmBApFkT9y/IuWY/09rlg&#10;thIrBQT0glVBUpSvQv4zDbUgrY5zjP4jLK10M1TBJD4iy/WJLk82+vHtJPWZVlliWrqwq3GoAKD/&#10;AE+gH1/x9nCw2Y8NjAhY9F0shXia14dGEosBtJDRVZwWGEjmKTxMrTOraAmnTKzgH82H5/23t12f&#10;VSwZ/EFxGZnaoSSoLuskjPGQqvpIF7j2h363jm22/QV8Oi4xihGen9pk8G+SWnQT/LLbVJuToLtL&#10;EvJOMecRjqgUEccT00a0mVoJmdIyttMVtZHJsnBHs1WNq/uKSmqC1lmghmtfjVIguBf+mn6fj3gd&#10;7mbU7b5eRLFqkSeUVoeBYkDH2n+X55M8rXEENuykAIQDT5nrRc+U+ya3D9nbwwMVDO82A3durGee&#10;SExyywwZWqECPHG0keiNHJTSwFvx7cGkjN7tYXvwf6D8fUfj3Hm2WG5bbcRTwB10gkEVB+fzzT8+&#10;hDuLWl/BLA8aupHA5Apkfz49F423iNwYHIUtdRmpppF1OZAzI2mFVdwXSxCyFSGtyRe3vhOhmiKi&#10;115v/UH8D/Hj3kNyNzd9ZKduvpKTaAVLVyRx40+XWPvPHKUdupvbMVi4UA8/U9WkfE75BGjzKba3&#10;LVQhqlUnp6ioqJeJb06iJjIxvrCkn83HtCZGjP3DcED9VrcXItyLf4e5ss5x4dKjqDbm3ZWOoCvW&#10;w31bv2gqNtxNTSp4pG1RFJVZRwurkG1vbe9GSNWhTpH1Oom9uPobEf19qjOB+LpIIk9DToVBvJYb&#10;H7kXaxADIyhR+osB6zcfTke2qrotBvflhcBRa3+uOf6+1cFxWgxTqpgHdRe0dL/b28Vq9CBxcaRq&#10;18MSG/Gom4A/r+fYd7wjqabF1c6BwyxgpoYgnQyOW+n5t7EmytHJdxRtTLU/bjpyySI3MaFKqTQ9&#10;GX6zyNNkclDSy2b1KrhipUiSKRbC4PHP+PtHYzLrI7xtpUzQmNbEgl3TXqa5N21D/bezy7simlwS&#10;aMfs4/5uld5ZsFV8njj0FTjoWK7HSxBCrWEE2o/gWkkXhbW4W5t9ePcMFErCJCq8sC5vxqII/wBu&#10;x49qD/uPUdK7V10RsMDh1xrY3mxs4jRppdDaY0Pqb0+qxIa5UC9vY5bDpJqwy0kLLq+2MtwCwJ16&#10;QvB+rj/e/cfcxzRxBJpR2a6f6vl0f7dv0Oz30VzdSBbcUyTSnrnP5Y6ql+ceDSo2nHXxYmqy1VNl&#10;KfHDGQQNNU1STU00MhVBAfTG7BW54ve/Hsxuz+vMbNkJtxbh0VFqJY6XE1Ucb0McyuwaonjYlp5H&#10;KhUDKVUXPJPEJXV9d7dbw7Xt1w3hqHUshpUM7N8+AYD8ugR70/eR3C+gfl/lO4eK3EhMk6yESN2i&#10;gSnBa/iFGJqKinRJPjb8R904HauD2tlqGhGPGZqMgK7BioFfVYyrqJayhx0pqoaZqSGn896hUPkd&#10;hpuU5YUwKGSJVgFOxhIWOGnEchXUxuiLpEEaLe1/8B7Kz46uxYtniT5/b6n7esHdz3y7uJZLi5nZ&#10;5WpUkkkkV4mvn59XK7E6rG1qaHGUlCcZTvTwiUrTtTRoFijj88kQ/dnklAB5UkXNzb31HkaSlfRN&#10;SyGSRtEHha0gNx/ZaNiTcX4IFvdjbSyrqjlUIMmvDoKSbs0pYeLpX7f9nobo+tKyWNJ6aZZ0UtJK&#10;lVTJ43GpjZTC3pDXH4Y/7H3AxlRjpq5xU1jLpmMZ8oeBwf8AgwCqwBYf4e37mK6it18OMHFcUII/&#10;ZWv59KIWkKiSObUfkAf8NenPelJl8Vh6eCkxCIr0sPkFNMZ4X0C8pKS+SaNygvYMB/h7VVVJGurT&#10;UP44FtIkYQzOijS1T5GX/MI/H1A/N/ZPEHOlmhoxOK8Ps+3pXDPJEPEeKjV8+HQHw4FMkyefGwVU&#10;07h4DV6lgifUClHEqaCs5I5Jvf8AAHtqlkinMCGnEdjHEahoSJJlZhaoZQhjItx+ltQF7i/taiyR&#10;iQ+KSMmlcfYOlUF4WJDOfsr69OY2pU4mCqMb3TwTzLSfcRx0lIUiJkRWqHRwzOCdSMD+Dcce5P8A&#10;d01FMzVc6wEI7rJCXplkQOxDonlKJ6Av9oNe9iPp7YO5FHVYo9ZqAR6dGcF9RwyIdI9c/wCCnQZ5&#10;verYqtposTjhXNUNGk1G6QVcuuKmERgeSSjSaRpahmI0l1PBA4J9hLn93Q4nInCU0sDyowikrWNS&#10;SI1YurCCdlQlEPLBQx/r7GW3bG15a/vCVXCEVCYyfSuejpd1FKLCST8+hn2f8f23ViaXeWfaspkq&#10;NdZ/dqL7J2EfiCSpV5CCNpjBPIt9OoBQbfTj3lymfakigJykQqJphT1Rdnnpw1tYjiaNVbWYdJ0k&#10;W5+vvVrtwuDP/ihMSiqgYb7T+fWo579pC3hMFAJGB/hpX+fWbCdUbSr5aiGDAQpj6RZJcdFEiQSQ&#10;yEETVEgeWSEeV9SfrvZb2Htp3JtijzuPqKLI4nFbqx+Ql8b4LIUgemEB0T/cO9StY0gZlstkI+ti&#10;Lj3a0ukSTS7tCUB78Gv9HSAB+fHoUbPuF1b3EM0d09tcKpPig9wNKY/1fb0i4Ny0eBqS1FnMxtKo&#10;xMMrfx+iq4pWrZTHFSHHfa0wo8eJIJGtIHqNa6ebi/th2r8Zen8HOMmuyMTNVFw0UGThNTjaXUNW&#10;qkxNY0tDHK7aVEsigLZdCi1/ddz5y3i5gj29LsrZJwC5qf6TcfL7a8T0p3fnXeXmMw3B1uQlPEWi&#10;OQcaS6BTQA0FKV/FXphy/wAiO5t4BcNHu6qxmIUQ05TBCOnzFc5kXyz1ebxwhrFCICWp6d1Zubvp&#10;JUjxroaGJRTlAIoURIImAgp7BF8A0qunSQFA/SAfyLWDKxy3DlpBRieJ4n58eof3Hd5riWWr/qE8&#10;c1/bkmvEk1PS/wBndd1TmCorqaSFXaQz1lZG4ylUksav5mWUpUKszkmzEk83v7l0eOVpjJUrJWkk&#10;szSO60ZuCQBFIqPKqjm97XA49sy3RCCONxH6UHePsOQP2dEtZHGsnHS3y2bhx1HHQY002HsgSGnp&#10;oomr5CGGpmkD1EFO178WJOoliTz7lxgEMsFSDpYcBZY4k0sfp4nmkb+l20A249p2JBBkg/MkVP8A&#10;LqpouT59N0U0lQwlqqQr6VS3mp5Z2a19bKIEWNm+pHJ/w9t/21TTvM1lheocHyOZVLLq1XAZDpja&#10;/wBTc29q/FhkCAGtBwHr/q+zqyyoKVHT288FZFAmpp44rjxIsB0svBR7PFqt/h9PbFJjqeOfz5DJ&#10;SSRyBlbG0+u5fR+2sjpJZIgL2OoCz/T6e1y3MrxrHbWwDD8Z9Pl8/wDN07JfyJHURBfn/m6UdIk1&#10;cDR4TCIlWhEf8YmdWKqWAdo0ljJeWPUGW0Z5X+l/c77hYoFjpKKmo4TIkiaEmBQkaJCDJKxKaNVr&#10;M1ySTxz7YMLSOWnnd3pQ1P8AkFB0QXO6MdRaVifmfl0rKDZbzTiasrqmvqooDTOzGJw0avf94CBY&#10;3ZgoJIVbEkC30DPVbhoqKTyzY7+JyM0pjUI3j8iq0hGpi1nLEAfX/H2vi2yadRGl0Il/Kv8Aq+3o&#10;guNyJB0OKj/V69CLRbJlljEFPkDikCx65YAqzuG1XQhFUOB/ja1/cGfclHVw/eV0Zx8Ik4RpEeyM&#10;un0oF1rEv1+t7+1Ee0ywuIYGE0lONPP/AD9Be93CV5KF+lxitqLi0EMMpqm+v3DoNd+L/jjUR7Qm&#10;T3JiYQKWhrgsbuySlX8tUXkt4ZQYi3iLD0rch7n6D8n1rtd49Z7uAgqKiuFoONfy6L5JJ5BqZWof&#10;PyAHH/VXpYQ0sqm8wBstlvdubcG7FmuP9f2nco+4qqSPIGaejx0kctOwpZqqWcPA0j6tTENECZA3&#10;B/VYG9/ZtaJtkKtbeGr3QOoEgUo3+Hh/m6YjngqY8mQfn/q4dSY0ijBUrdtRb6DjV/Sy/wCH59uW&#10;DyQxtDXTLBQVs0zFTJO80njshLkmWOeQSNcM4VSCRYe0e42rXU0S65IwoqAvn6CgoPkPP16SXSNP&#10;MqjUBQcB5n/V+zr0qaylmZP+CkKLC1r3HtD1eSx+RytRQRzU1OnlqSlRUwf5FHK4WM1SRjQqwEIN&#10;NxfVxYXPs/gtLi1s1uGDM2kVVW7qfwk+vGtOlqW00EWthWpANDmnocYOepGlhp+tgB+kD8f7A8+0&#10;duLY8k9JQVsOdx/+UxO0f3kjwUlN5XkI8FLqtFHpCsukgDk2N/Z7te/pFPPbHb5AI2yFALNSnE+Z&#10;+Zz0qs99EMskD2TmMMB2juP2k+X29ZQwb6X49hdCY9tVSojT56VZpKWsnqJqhqN/I9oZaakayrBE&#10;x1EsDqH45sRZIDucR1KtshGpaAa8cQzcangPLoVTBt4icOEto9OpAoXVjiGcdwJ8qHBp137g5Kor&#10;64TJJQk00TuEyU8VBpkkMjlURY6SEmnhiKqFF2KqCxLlmL1jDDaiIm6JnY/DqNQPyIFfy6U2iWls&#10;Y3S7AndRWJTJgcKmrkamIJJI4nGKDr3tiho6ekePxyJJVRsXYjxBAwVi9mBsIiLBRfXa9rfg1e4l&#10;mB1qVhYY41I/z/l0ZS3MsykshWE4865I408/nSny697W1buic0lPDR5dYoY4oYTE8IpkSSYmd6fS&#10;bR/cQVMhZCp5ve349h2DaY/Flknsaylq1BqaDFfPioFf8nQbt9ih+omluLAtISTxJNBjVX0KgA/Z&#10;172nW3diPtaqjraWinrC9SlfWVM660jSMKngRiNLCTl7HWT9AouQbfue98aCa3uHWHt0Ko4nzB/L&#10;hwH29G45f3ATW9xbTSJBRTGqg5JNSGNeFOBpQeZPXvaRw274qKvqcdIwkpJ4pYIKsiTwTxNdmkiS&#10;QSJcf43sefr7Or/YmuLWO4UaZVIJXzB9D69CDc+XZLm2hu0QrcKwLL+IGv4qf5Kde94mz9VS1qvo&#10;89DG0ohhSTyusb65IpLnmNfWbkk3P4Huw26GW306gs5Aqaeg4fy6v+6bee2IqEujSp4AkYIHrwwP&#10;21697fTvOBqmlLURiChhDOzypH5Csah4ioVxMpINjxqH59l52KURzBZ6+qimePHj9nRWOWpUhn03&#10;OrhVaZ8+PXvakqc5U5SgCCoNc1E4koYW1FZSzxuQASZC8aI2oi5H9PpYqi263tLgsYgmsUZvQUx8&#10;uNOimCxSyuf1I/DWRSrE/hxxHlk0pXr3uJV5aSnjpRNRR0r0oEkkLxEvKVBedoizJK7X1EqNGkm/&#10;+u7DZK5m0XLMjYrUU+VcUH25r07b7ekrzCO4aRWNAa4A8gfT+deve1DSZryUjTRTVCfcAIRSO/3L&#10;CdNPlWRwwRpFP6QWJW4sbn2XXG3gXAVo0JXILCq48qCh/n0Uz7aY7lEaNQU82Hb65+3y4de9tNNW&#10;y0UvlarE0gjhmeGnd5I5Yp40kE3r9QR43OoAroZTa34Vywx3K+F4FFqVBPEFTSn2hhjjXzr0vuLa&#10;O5UIttpFStW4qVwfzqMfzr172u2qqaupkrZKqOOVkMU4VBI7poZ4wJI/o0iqVKg+ocHn2H1t5beY&#10;wiEkeXyPn/nxTJx0E0gubSd7dLdmQntzQVqARQ/bX7T172CW99vLBTLkcUo/zr6ZoXs87FtatJCw&#10;/wA41rErcAmxsePY+2Hc9c5tbsihUnSfLhwPUncs7uZZDZ38mNPwkVC+VAfIfz8+ve0zDm8qkYaj&#10;lngX7bRUwSErFLIiWfWsQQEfW5sCfpf2avt9pIWWeNS2rtPmM4p0cybZYs5W6jVmLVUgZAPClf8A&#10;BWny697esRPU5mT7kJkY/t3b1n7iEx0rOwCXLMgiCsLBjYW5JuPZdepHZL4ZMZLDhjJ9fUk+fz8h&#10;0g3KOHb1MQaI6xTiG1NTj6lvWnXveE0uSny0WOaYDH1bikhkaNa2JpJdEao5d0ZYHiFxpPp/3kOC&#10;WyisGuFUeNH3EDtwK+QxUEg8OnRPaRWE10iVuohrIBKYHEgAEaq04ih/kfe1BHhcbgqnI0y1j1ck&#10;VPHU0zKVmnFQGHmjBpo5okMTD1LIw9Dcn039lrX93uENrMYQiM5VhSg0n4TQ5Na0qMefRPJud7uk&#10;FrcNbrFGzlWHwjT+E0YqTXhVQc/b172iM3RvkJWFKqMixxmenkYxSzzTanbWjgWBkJIsAoCm1/Z/&#10;t0wt0HiSEOSaEDCgfl5/b0KNunW0hBuGo+ogMBgKKUpT7fz697SWVSgotOS/h8NxGYJMcZJf8nnj&#10;CBXjAdGVvJIWUqLfX68j2d2rTz1tfqTTUCHoO4HjxFPl0f2L3lzW0F61NQIkAHcOJBwceRr172jq&#10;/My5ajgwEUzjJpUw1NNUS+BWhUnRK6SRJAdESRhnBuhvew59ndrYR2FxJfsv+JFSrAVoT5VDaqk8&#10;AR0I7XbYrC5fdWh/xFkZWVdR1eYBDFqliaAinXvaoxAqK/GVIzuSosNPQx0clK9NUNHNWCmMcDSU&#10;zaaiKOUBg8yOwD24P9Si+aO1uoTt9s9xFIW1AgEKTkBsqSDQqtAaeeOJJuLR2d7A+12ctzHIzBgw&#10;qI9QJCsCVJAppVlB0+fl173INVWjATTT5JpKnGV0YElFJNDPV07IZacsyjn7f1pcCxVB+AbJ/BgO&#10;4Rxx2YWKVDhsgMMNT5GoPyOePTPgWn71hiisaW88ZNJACqsCQ1Af4sVyTUkjy69744nNPJHXz5N/&#10;4jTVJjSSdFEkscMzLZcpFBNJEVmjJPOlUK3BI93vbFVaGO1/TlXgPLVTjGaA1HrxNc9Xv9tjR7SO&#10;xj8GZAaA9q6v+FEgGo/MmtOve3qrxtHTUqV+Cb+HNUaoxTK6VkRUSA6oamKQeOnqSssbpIGtGygh&#10;uHKCG6nnka13BfGVeLfCaUr3KQakdpqCDWtKeRdBezzzPa7nGJ0TNaFCB/SUjLJVSGB41II4D3tO&#10;pj8hjMmKquGQjpDPImPrKSrnqRSICZGmNHTWDR/rEoV1sb3FuPZpJdW11aiG38MzChdWRRqOB8be&#10;mKHjTzrQ9GhvLS8sVt7Rojc6QZEdAms8ANbHBH4DQ+Xnnr3t22p2PFgK7M0WaAaKOGMGSoVqSgK1&#10;NVCIKyDXaGmqxfxaGXxSF7XVrey7fOXDe29tcWrlW1eXc3AjTX8S1qeOpfQrQdM7zyidys7Gfbko&#10;7E0oQ7qUWrKSD3jia/EAa0IpT3tWT7ogetpqvGtSBKg3fHSSBBUozO9oKlHje0zMsckd2IYG7G4s&#10;Vx7RKIJIbsvVfx04H1IK5pxBBFa8MGodXYykE8N0kgZQRrFW0mg+IEceJDYFKehJ97y7iyENNU02&#10;ZgiWihqISJUhNQjrJ4wYovLIEJRR6lVl03BF2Uge6bZavKj2MtZHVu1jThXJp8/PP7D0n2W3neOW&#10;xMzPOh7SSKU8zQeZ4EhvyB697UO098tPS6KWaSrJZvuKUhi/jt6JIz+4EsVJIIK/7SPZfvPLgjn1&#10;TKEFO00xU+R/4sdGl1Dc2Ung3iFQaUc/5fl+z9tT1gkp45GDFFJAI5Fvrz+B7Gmny+JyNPQwiIR1&#10;NSmtKlKjSzVEIkYNLMgaSGa7m1hpUgABfp7Aclle2klxLr1RKaaSKihNMD0/bj16LTdTKXSd9VuT&#10;moqKf6UgqR9oJPmT1DMEkZLqW0gn0m36T/rWNvbZv/tjsPrbrfd2Yxm26/tCqodsZiu27j8M0X8f&#10;p8rBQTDH4mXyo4zNFLVxKPOv78ZJRlkZuIq54t9y2na993nl/aXu7qKGR0t0H6jSBSQFWo1AkglU&#10;PiUBCRvUEOcoeznJnPfP3KVvecww7Jt9xuMCXbzAGBrdpEEkinHhOqVoj0QnOtBRDkjmQuY2XxG9&#10;1J4Rvy1r2sb/AO3960FH3bVHcGRxO/dhz47fmcer3K+FyksS5012ZSojr2hhnhppIJVAEMQcBit/&#10;oLe+ZOw8yz76NxnvtmmSVLmZTrqrNJqZHdVdVYVPaupakA49PpW3T2+s9j2PZLTk/neyl2ltrt/B&#10;ntSHiijjClIWZHZHcBaOFYorcK9S9CmxBP8AhYix/wB49idlNtJtrqzsfemKrGGercdisLkqJKhp&#10;JYcBU4+maXwSRyiJJ5K+hlDuAQdbA3v7E8O3Gy2Dctxt3/x1tEUq1J0xOCQTmlC6lTjiR0E7jm55&#10;ufeTOWL3bqbXJHM4kp2LcRMAEIAr8LgjNe0kkjrC6gyR6gfQ+pW9V7knghbKwP8AiP8AH20HG1H9&#10;3dp7XykmQrZcxVYfOYzGZ+jqaJcVmaimkKPjZhTxzyUhifX5dY9Zspt7LIXuUFratGQWcOlQRRiC&#10;uPkRn1+dOhRzJf7GNv3PcVuYXsIVYTBGWSojpr1gcCBxB4eY68kUbzyVBSPyaTB5EYMxSOTUoY/h&#10;kcHj8H2G+ydrb5p905zNZWXGR4Bpa3Gz7fqMXRR/fbiDioyUy1Ph/jJMMjyPIZJ3jZj6VCgWrBBc&#10;NdTXU4QJqIKMte8ceFD+0nPSm4faW2KyisLlxWOMxsGz4ZUU41AFKYAGOpGoaiv5Av8A7C9v979r&#10;DCbpy+fhrtk43GxV9FkEoq3I5qWjgqaBsbFUSPk8ZJT1PjE0sEUPpqlKhHUABrEhRa3NxIhtIIa+&#10;JTUfLSKV1DgSaU/bTPRLuG029o8e83t/UpVUSorqp2UNDRTUClDxyeuLABlclvSQABa3qOnni55P&#10;swu9cjJ0rU7Kytdh8fubHZHGYXJUryQ5ClWlSsmlgmp5quWoahp6WjVohKQplCEljZre5O33mOPl&#10;efa1G0QyEwIdYV9dSDwNSAAtBQgkfn1ifyB7fw+6FtzOn9Zru3jh3CdPpwy6AFOrWEXvozFiCF04&#10;pxB64axL5o1YqyHQWUgEcA6h+q3B/wB49ue8t/5fJ4zbHYcclHisVuPKxYvDwbUxcEJxgEXknqMt&#10;NVAUcUMNXE3iEUbFkBJPNvay85tLbTZ7vIFS1nlKBIVWq0Br4modoqvaEqGBJ6Z232VtbnmnduXU&#10;nl+ssI1dnnZ3DKAdIhUMC2CNWtqKQM1p1HgWOK9IztM6xMzPMys7KCoOqyrxc/ge1jgqqt37hqrN&#10;5DM5Ez7VqpKajqaSOCjDUbSySx06wrGgWOrILSNYSMR+Bx7KrC+jvLO93I/HE+ngKFTUgEEfLPRt&#10;vvLU+wcxbBy67+O91ESHIclWFFLAgsMfhy1PU9R2io6DyGOCJRVyCWYcssj6QgLBmI+lrD6ew/xW&#10;c3Zidy1OQGOylZQzUtW1PWzyzGgjq1Ss/hkVPFFVGE00tTAS9vVIFAJsSCWW3M+5RSyMtighKNRg&#10;tKmh0/CPMgfOnDqRt09qOXDFbQXHMc8m56kLLJJrYISviBAygggHGe08a8OpIeneN41ZY9YKMtvy&#10;B6rBbEEA8/09zWxea7EwUFXuDOV+QmfC5UVGPko3pJVykkctHA8KmW0CtLODFZCPSNVz9Cwndd0t&#10;0uLzcnZ/DYgHFH4AheAIBalB0IOY9o5J5Ludu27b9mtY52mj7wdRAU6ix4E8PI8aY6hxzmCaeJKQ&#10;wwmZNM4ZWjePQ7PKFA+ihbfU8kezC9R7Sg646j3BjKmnNE0eBwdBiqWqhWSlpmykdUksGKqJQqz1&#10;ElJ66gooYvNYm3ALIbaWB/BK6KIi0oDitKCoNKrxpnOOhfu1zGkbXUFyxmdZWqpoDiiggeWr1qaC&#10;leiodi5c707l6jxGItUY3CZ/dlfuKXH1cxmij25Di4KCbNUkEiRR0iZySTwCc8GAsFYWsDG7f4vN&#10;RhKSGYQUKmerx1G6NVzQyQxY9IljiVBGoVG1AWuGF729jzmHc7i9g+r22IiyWNQ6qMABNFPlq4t+&#10;XDzxa9u+WuTtl5kXaue7m1bebu9e5iE5oviF3kBAJ7mAPZqqAfmOjgJIJFEsTK4ZRZgDYXJLXN/p&#10;f6ezB/BTZr7Oq96yYtck+0cjDFFPj5KiaqpKfLTVstXUCGOZpRBShAqANwBwo9yp93C1vraXeLkl&#10;zsjxoNBJKLMxLVANaHSCMU6f+97udlun9WrN/DG9xln1gAM0RXSASOOkkca06CzsmppjTY9DLDFk&#10;KeqeeAlEabxGJkDxsfXcObcEA+7J5aErknzCYmmfGtjoKOOs8BmbGzGRmcwxiIgJyB6bW/x95Zm2&#10;ha6WR3jW4SPB/HSvAcQB9lKnj1hHb3NxbW6WplY9xJz8RHCp8yRjoEKhqLJUow7bgNPnEr2r/wCE&#10;LUwQNm4fEQVqxJqlU6vra3P09gtvUPUzZQY2HJ1lXVJNSIKbF1DycxSIZGYIgTgjgEcD6+/QO9rd&#10;pJbXLtPIwHavwkAnJxx6V3Uy3Nv/AIwURUAJ1NTAFOFDXy6GjZVI+Ox1BFNNSRhTF+0apAwZwWKD&#10;Ump2ViRfn3pudxbkr63sjfMcYliko90ZmJpCX1xGPJSo2sMSy6NJuDyPz77f+0U8Mns5yhb2ttLN&#10;KNqgWQ6QRXT3hgKk1oQftJ66o+3Gx2dryfyo7uhSWxhNKYylQR0MfvZW/l6dj4LK/G3Z+XyMNRum&#10;WOWnwe6saHjmio1pFEUNTNDIkhCJFzqYLc354sOTPvby3b8o87czbTZozRC9mB0rRVRpGeM6CMoI&#10;2QAgjhTy65ne8ew3u0e7PNm0PGsO3+L40BOAyyVOkHhXUCeHmOkjuvGZDJ0wjxWUkw2RWN3pK6GB&#10;Z28q2/adGZR4yD+CDyefZx8tR7ZadsngPNT09a4Ywx01zjrOBGIniAIBvcfn/H3A9+YIGQ2RZpH4&#10;lQar9g8/sr1H1ireI0d0UCKf4gSfka9N9DJmI6OKlypSqq4U0y1CFljqz9DKyMxMbsf7IJ/1/aBz&#10;GU7ZwmUabbW4MpWYaaIBYGEiVMUoH6o1d/KBf8i49lc+1853S+JZG5ltCPNaMP51H7fz6ENvJybP&#10;bgXscMd2rVqBUUHrx/w9OS43FZKn0VuNppCAdQdNQueCG1FgQR9f8PYZ7s7Q+QW28bNUZbdGWy2H&#10;mBPgnlqGkonDPIscsZVhHe+m5B4t7jXd7HmjY5ZXvzKbcjIbVXJOa1J/nT5efUlcrX3KNzMY7aCJ&#10;59OARg/MdIj/AEHdOSZaTN0vXm1aHOzFnnytBhqGirZ2YBSameCFHquRe0mrn6+yqbp7L3l2IlVT&#10;ZfNUtJjpGVjQhXkl1IvjFh49byOWF7seefp7QbZeXe5rIsu4xpDWmak/ypX7Ohbefu+zKtabafFI&#10;4KePyzWg+fQmYrBYzCxiLHUyQKAV9IAOkkErZQqgXA+g/HtkxHTPYNeY8ngtk7q3BCpMlPkIMdVQ&#10;UoMfLeoRSqxAXUB+b8+zsWF7FOklrt1xcDTgAUAPlwqcnOM56Dt5vliqPFebhbwVNCpYcCPOpHl5&#10;06kTZPH00wp562kima1oZKmBJSDa1omkEhvfiw59nN6d6+7pxOd2tuXPbnqaGnxdVI9TtjJZF5pZ&#10;aaSNkAFEktwwD+lXUWIvb2JNlm3VN72s3N4Vi1FXidycMKZGTiuP8HWPnujunJ1/sG+bHDaBpZYu&#10;2VEAGqv8Xn/tSOsiT07kNDokJBOtFBH1/LAfk+7OaGoetpoKhVMZlRJCpvqW/wDqvpyf9b3I0yCC&#10;VoSa065jbtaixvJ7UknQxHUocgH/AA9vETMCFktf8EfW3+N7+0jAfhPRHKAR2dd++E0VryXFrN/v&#10;P9fe0c1oerxSAgIePXvacrw5SQg/QEj62sCD/vXs0tiAVrw6OLRlDKKefXvYeVtSFkN7cMf63PH/&#10;ABHsS28RK8ePQvtoSyig8uve2epmWYExtcpqJt/Qi3tfEjIaPwPRlDEYzRuB697YpH1xSIbXDE3P&#10;5ubW+v8AvHtcgCsjKcdGqAI6EcOve0hW4WmYxMjhqlmYo8mk6SSCVYhQQotx/r+zaO9kKSqaeGF+&#10;fQitNzlUMGBENMgV/b59e9s9QMpig0gjimpqZdJCkoT5AQrX+nA/w94pe4El9t27Xk7KGgJGM1qa&#10;/Ph0ZQ/Q3/Z4hWZz55/Lr3tNwuuQqneaQiEBSy3+kg9QVNVw3uLLiT6hdTsQePH8+jqZTZwKkafq&#10;eR+X5de91y/zIN3x4vZGEwEkiSSZDJyv4vJpLQU1PG13iAAdVMg+vF/cI+7m4oLLb7PizyavP8IB&#10;H+r/AAddB/7u3ldtw9yNx38Q1htLQkmnBn1AZ+fn504de90j1GUnPECiO/C6b+kn+nP+HuAjXrt2&#10;pFKsTq697YaqpmlZmmdncgawxP8AYH45/oPbRdjx6fFGAIx172rdnZCKphrMRUJKIZo2lDi5CAlh&#10;Yk+nm/8AvHu0ZJqDw6spqade9oPM0UuJrnT9xqZiWhnA/bKfhS17Bv8AYe7EhcEZ609Tw49e9sE+&#10;RXU1jqOgfUnm5ta/+t7qW1jTwHWgjMM8Ove4pKSrq8mlmsQh/qP8fx9fdRUELTtH7erKWFRTtHXv&#10;fkfSpBPP+8Xv72Uqa1x1tlLsp8v9jr3uI7Fm4Y3/ANfgf8T7cxTj04R+zr3vmschKjXck8fUD/G9&#10;/rx78SKGvXsKPl173ndjGbXuAPweSf8AC3H591Xuz1pTqqfLr3vLHUvpLX02+gJIJPB/r+b+7HGO&#10;vYWoyeve+S1s0agRX5P1BYcW/qG97JDHgK9WqKaTQ/4eve5sOVrISGE0iupDD1vwRyLHVcX91YKR&#10;kdaORQ8PTr3tQf3qzP0+4qbeLRbyy28d9dv1f6rm/wDX23oj9B17QP4f5ddW/wAT/vvz7//XvB0k&#10;gE8C/wDj/wAa95cLDrQM2B/h+fXCppihYIamnVcqUxkjWWT0XYEkjh/Sz3H0/VoP+x95Ra1gLgW/&#10;P9b/AI+vu7MNPhoc9MKr+KJSMmvWZ2jMZjW45BZrA/p/wHPvkACEuCARwbC3HN/1c3/wuR+QPai2&#10;gUgLNxP+XpK8kqhxp+H5+n+qnU6GGImJiS/lOtbC2j9sCzlyuom30XURfkD3w4DaQOWAF+QOCSf8&#10;fz7RyQj6loiPP/UeliFntmk4gCvTbMiRV5jsVZ5Sy3AsLfRr/SxI9xMrk8ZhqaSsytdDRU6I7u0s&#10;qxpoRS7MzuVAA0ez+32J7grKapFSh+Y9eiOfdkhXQq6pBw6MD1F8cez+79y0m3+vtqZfPVlRPDHN&#10;JQUs0kVHPLL4keplVDEoCkvybaTe/uurvz5z0m1mr9v9e4iXNVCkQnKxM5iUlG1tEFhNyGXj1W9n&#10;ogg22D/Fo9b6qVpkUzUfbw6MNu5eu97YXN7c+DB/hBFOtn34RfyVNm9eUuH3x35WR7i3KoSqh2eK&#10;GAYzGzQ1SvEa2p+5kNbNLHFdgU9GogWFwak9/wC/u0u1MlVV+TasSaeZCjVNS/hVdPoAjN0Rh5Df&#10;2WXMW53xcRxlXJxX06lXY7LlzlmGILMp8z2gkk/8V1flg9u4PbNBT4rB46jxuOpIFpqalo6eKGOC&#10;Bb6Yo9AGlB/T6X59h222KunnL7jzEc9U7MAGtUSIfougIwjNmP5HusOxTRkveXoLkcKhqfZ8ujG7&#10;5qjcIu2WJWMDjSn+ry6UHtpmxNIJYwqJVzqQwlnHmJDRrZVggsl7/wBT7UfQRLkASN5sRn9g/Z0S&#10;T75fyqySNoQ+hoevezr/ABJ6KxfaC53K7npampx+3zGKbEpE1PFkHlSMhSCFYoGk/wASCPYX5s32&#10;bZdvYJbgEqSM0rSn+fqQPbXlmz5g3QzXkrSolB4ZqalvxV40Hpw6qM/myfzCM18Fdi9ZRbYgwtBu&#10;Ht3dFVtmm3ruK8+G2VR0NKtXW5SegXxiuqJEcLFG8sa3uebW9me7K+EG1940uPrdl0LbOyNJo+7h&#10;H7seQgZB+1IkrIVljdLhhe9/YN2nna3mmK7nIUVxihBrSlRwFP29Sdzh7ctb2a3e120S3aHSAoNW&#10;BJGck4IHlw6qH+LX/Chyg2Pv3M9f/K3eWI7M29kp6kYHsbYuGWlbBTUjSaIchQ0KVkdfjclCyvGy&#10;3ljYWOoHgb/j98fqHpjA5CSeCDK7lqxGYXyGiVlSHyWNOjO4U3e/+xHtHzZzfJdQtb7Q5ZEB8+Jp&#10;j+fQL2zlq5tLUtdFUuJGoxStVFTQAYOak546vkOix/zLv5r+1PmZ2Z131l1bvTd+1fjbgHar33uj&#10;H0+QwZylbXTpTu+RINJLUY/G08YPiYxqDKWYGwBGir2fid2QeDd+3MTUxajIVno4SwZrnRewNi4v&#10;/sB7A9pzJvUJrNLStKUP7f2dDPbeWiskxm8UWzoFYyL204+YIB9CQadV1bz+Z2e+NdRTVPw9+Ru+&#10;6TISPLStSYPOV1ZRVsSSsqzSxT1FbRyhlflHhYqSLEc3eZYFwtLTYjC4iJcbBTCCCGD0pAg1ARCN&#10;FNk0tf6/X3e43a6nfx3UyyMTUkjtHl+zoZWNvt8shtYpFCJQAAAlvXyAJ86gDon2Hml7a3DuXt7v&#10;Lt/O0HYO5Nww5rLT7noJZP4rUSkRffR5OdYIpHj0RRPFoOkL6SF4LrBULi8Q1XLG/wCzGS6Nq1qC&#10;eVIPqsR/vHskvb0SXAUzmiJqIr/LoT7hsgh2ly9j4viuq9ykZIJB8xwHGg+3oCKHC5fuHv8AxGx9&#10;tZyggnzFbTUOPy9PURtRSyxokcdYsbtEizEAAKpJJf6+0fPmcXlzTSpSyxSGdHRoyxtY2sbf1/x9&#10;6FxY3ujUO/yZeP2H/L0C7fYLjbZZVkC+E44cQM/tPVosPWnefSNFujFVW9aauxp25VUtVSZiCCnW&#10;qgMccjmOOWV3EmuEabE3t7WFZWY6Qw46ujV5JQNKODpBBCISbfQe6TRrDL4ayLVzXTSvz+zHR/db&#10;jb3W4WtgIiq6EUuDp01pTiPMen2dVrdbdYdz4rbe6O+evcpUUOM23W5ha6anqliFTNdWq4VRHDO8&#10;kEiEqDcgkfi3vnTRUMazweCOBNQNipVHYMSrAmwJW/Hv24tdpZolpCroT3UwPsalf8Hn1JnLvIGx&#10;T3ci7xfMi6e1mI0545xxFMf5+gg3x3L25kKnAbqps/kstmaErNTTUlVPLX4xkKyRQOsRllgjZiQQ&#10;SPp9PcqLH0tNpeBEjNmAAUX0spFwD/Un2GY9zljkVDAFQHyBr1KcfI9nsewXFvtV8W1iocUocV41&#10;p5dBXufu/f3Y+bim35kcplUpp6bzpkpXaVliZV8HlkIfxhn0qWsEuAPr7rq+c3Wmcz/XdTu5aOPK&#10;ZHaVS9XQFYrypSTqqyIWA1KiaRc+xpbGaRRciVSooQK5pXhT16AfKTptl/e7ZPK4EtCSeBcE1z+f&#10;W6t/wnx+Znx9oN/Q/HPY3k2jV9i7Tp8hNiMxXlUzW99uQWrDiI3bwy102OE0jop1eKFm+g90g7Ur&#10;q/amcnoJ5VWRn9JhHhRqesjE9IsdmcNCA1lN/wA+5l9t93+lvBE0gAxj5Of8nRB7h7OFDGMFlBqT&#10;1uGskVTGVKo4BK88kFSVNx9QePa/ym650FJJU1pqY6KUBqee7LJTSyeF0Zz6l/YI5HufpNxKR2pa&#10;UtIG7l8ilaGv2g46hVbaFhdRJEBXzHyyP506xx00cbOY41S7BhYW+gtb/efYLZaKnwuQzEMPpxk9&#10;VLU42eMMwC1Sx1H2d/yoSp4/rY+wxdw29tPfRxf2TPVB6a6MF/LVT/anoxhdm8GSb4wtD9vn1KUk&#10;jn68/wC8Ej2F1PDPLWO3iOsg2JBJtfg6Bzzf8+w4llrLRsh1V49GrzqIhpPd1y9rOkwU2SkwEgeL&#10;zO82HljmLRRyBmnhKMZG0Blhq10lrANGOQORSew1R2pqq6iUOo0+EsQa58mp1W3uTH4ta6qg9cWb&#10;SCf6An82FgTzYE24/ofY04rqLdu08dkPFt+TN5ySRxDqiEdPR01UBH5pZ51VFqA8gKRXErhRpBPt&#10;bHY/SwTRxxxz3D9oocIDiurFD5j59NXMqXRH6pjjX/AOmBNz4KYQsmWoNMzEQ2qY2MzRsRIIVUkz&#10;JGUILLdAQefbPhOn8mlQ+R3TPDUPBNUzwY1ijTyGXQ3JMjBEFxa4HC8+zPauXZ4SJrsglVZgpJ+V&#10;a1J+VD59FG47pHKfBtoQGApUedPP7T59On3sT6DEzMr6rOFJVtJ0nSbc8j2z7s27Niqievp40FJJ&#10;TQOkcGjxp5qnweMMgIaRZKKS6j6C/ul/t6xy61GkMowvCtWFCfXtPWrO4YxRo5/VUnj9g/z9SkcN&#10;/Xg25tzYKb/7HV7ashk4pcZDElK6ySRxJUgoBoRlAWRQF0EGx/F+Pr72sK0UKlMZ+fz6MfH1Cjft&#10;65+4WOrYKSnYQRy2tJDCAl2YkWZmCk2u1/boJyKda1YrTr3t3xsNRKYaiSEqVqTTHULgx1n2ysSP&#10;6r/vY91RH1xFcgGn5MwJ6aZ9SuD8NK/sz/k66Y6QT/QE/wC29t2TxlZispX0ZV1q6arqoAGJhYGG&#10;RkDLbkXA492mSS1mnhp+qrsCPTPD8hTpPE0UsaOD+mwB/aK9dI4dFcfRlVh/rMAw/wB4PtgxONmq&#10;cm1RPHIEXk31t+4W+rE8s11+p/HtKoJevAdWnZEQ6GxX9vz65ezX/HXZkGd7b25S1DrDFXpnKWZz&#10;cusBwdTDOwB4JX74Hk/n2LeVrZJd8s1L9h1iv+0z/wAe6D29zy/ua4VQcsgB+11P+ToLu5d1SbJ6&#10;43RumCi/iFRg6GPIwURcRislpquCVKbXokIMjIB9D7s3pfj1sbrGrxu4MFPXNlqnIPh6b7qYNFLN&#10;VUtTUIqRenTI/hCix+re5Yl5Y2nabi1iWY+LdTeAA3Al43YL+ZUD7T1HO+394bGV4IxWBBIxHEKr&#10;Ba/lUn7B1Wr1f8wd4/ITLbm2BuzbuExeBh22cxVDGrUNVCmTI01DKJJJy8Jh8NTq/QP6+xZ3HnKX&#10;P7863wUEiaabBZXLVcaszIlVJBRY3SynkPA0sg55AP8Aj7T79tOjmnYtsmSjiOWQj8xGp+wCvSnl&#10;m+jvNj3fcYZdeqVE+yprn50oeiq7e6VznR/VHyY3Ll8eaapzO9cdgMDUSvGZKzb+Krcxmaesg08L&#10;S5KMwt9Bd4ySOB757/TRVV1GhA86wU0dzYaJCqn/AGAVv9t7B3NuqO/v1UZkKr+WD/IGn5dSHyvc&#10;I1jaueIUk/KhqK/bXoNeglmqKPD7gq1uuMNXk5+NV5IYzJALj/VSwr7LXhv4dl+0cLhbCpfD7nxN&#10;M09iz1Nc1clTPUFFukKw00KqoBsFF/z7x8RIL3n7brRBqVb2IMfKuoFmp5DCig+3z6yKtWuLLka+&#10;u/DCvLaOR5cUIFf29Ht7Ur8ztb4n9pbzNRJjI831LvHLU1ErDRjcVLtaekoaKOZ7S1cktbk3lZ2G&#10;osbWsPdnFKY7Pp5R1BW3HBAK/wC8H3lFNNKyWcymjajX8usXJ4Gj1gijCvWnTnK2qnTFzOEgnhq6&#10;ilnkhkZxdJHkuoIC6GHHvJNFqSwH0B/1/wDjfsR7ddI7ujSCrAHoNXavQMV456EbY+4kgrpkedQT&#10;4otJYAsbamb6m/09p+ponka5VwAOTpYXIt7FUVwoGDnopnQOrYoejkbN3zS4UrD5KeRZchGSjyL6&#10;9MUiuq2/tNruP8QPaZr4GNio1MgFvrfg29mttItMnoheMjWpJAJ49HX2PuGnnCGYwwmYg6LiwGgO&#10;JUH4Mtuf8D7ZmhmlH7LTF72ZFBcJbk+j6WHtZ4qxgllBHRbNQ9hiWvr0O+Ly9HQy+eqSkWDUhj02&#10;1VHl9ADSLdtAKfT3g8EfgluZJCGszFilm54vY3HtzxXMoAUAdEUrUlKBQB8uhNpMhUmajeNYKVXh&#10;ikjVPHLI6SaXHBIVRb6/nj2iKgO+RNGlwrR+Vna+kWJGkk6dRN/x7P46JbCc8a0/2emZ7cLD4ijo&#10;yOFro0wy5GWRZn1xxFAUEquAt5BGpOmMAfX3Ow0a0mbxDTKQoyNMhexKlZnMV1/qLkD/AGPtPuDN&#10;NYXgTJ8Jv5UP+TpJZhzeW6gfi6TnctV/FenO0hQPDUVCbC3FVRwOwDNJRY2atjVF4Lv5KUCw9mT2&#10;xd8LQpKTrip3idSDcNSztSuefoXeMn3iL7rTx7fuV7fRsdLzrlTjviEgFaHy+Xl1kHyx4t5HGiKS&#10;CetOH5+RUW1u7Ow8tTuVhr9x4/KJNTzxNFfdGCxu6o41dQ4aMw5GykcFQf6e1E1Pdbi35P5/3v8A&#10;PuEl5uSN2aQCRGxk8PKvD/J1IX7llZQQWx+QFPsyfsPVc0PZ1PDMXmKVPmEcaoXQ6FZVV7sVUXJu&#10;fx7zwB/0MNSm1rXBUgG1r/6/sxi3iy8a2v7CQLcxtUjyI9P5dBvdtrleGWG5UiNgQDTpUUG7MSKz&#10;H5nDyomRoKyCpkjZ7XjuWMamKUEhyvN/6e8VVQxOok0+tuG+v0HF/r+PeR/LHMv73tlZtKt6A/Lr&#10;G3mPYhZ3MiBagedMdXGfG75H5zK0uPx0tTBTUrCNIqdJlNrnURb6829tCUkYZl03uTYi/N/pb829&#10;i9piQCT0ApIm0n1r1Yc2+6qWnWVZtKFQyvGw1kFbggnggfj235DHCxdUP0t9Dfj2qtrnuALdVVW0&#10;0PS+2H2QXqKeKSrZdEhD6pkDtcH6knm1v959h3uXG+XG1cRTUz081gwJNyOAPz9ePYk2y5K3MLhh&#10;hh0zB+ncopwpbPR7+sN5o2TxtTDVKESakLmN0PpUDyaz+ToBub+y4x0c0E8ZAdWXxOFN/T+oFSTy&#10;bW+p9yc0ySRvUihNf5Do+u2CRyMT/qp0fyDIwV8LspiZfJIt+C1h9W/2N7+1LPg5cuIoaQD7uoVI&#10;4+S15WdVA9JFiSQLn6eytNwjsvEab+xWpPpToni3BYQWuKeGqkmpPkPmT0zSZilwfnq6sqtFSM9R&#10;M5A9ESQyXa1+F559ne6p6zp9r0sQyDTVlXU0qvLUa5FSNCGcwIiygftyxgXW1za9/r7x/wCcea5d&#10;2lc2wVIlegX+VeHp1A3PPPlxfqUtyscKNSlcnyr0Qvfe5pOz83VV2NipIKKkyRipcc1HDUeWVyV+&#10;9eSWBlXXTSMQHPH9m30Izz1GOodMUkcs0KAIQ5YgJbWpYamJsx+t/wDYewOkVzcEurAOesfN13Wa&#10;aRzqqT59Dx1l1zkWoYKqOSnpaly4RI4YIioQhA2pVEagm/Gk/wCv7ROVoaKvrB/Dq56JFHljQTTw&#10;+tR5YlEqAuoEgJFgEI4I9nlrJNBbkXVuJG8/PoP/ALx0I3jJqx0brbtJk6CiRcrRQVrgqpneKJ9Q&#10;a+vyWv6EVUBH1v7nYSarlkX76cTxxSNE8zOJ5IvIupWdf25Twf8ADj/D2xuKQqh8CPSStaAUHHy6&#10;LXt0nk1RrQNSvWbck0GNpJBAq+Z4jULDoEcTqCbqpKuiabX+h49qA0mMp4KtmC+f9yUl5fErUylW&#10;MxGmRtJvwDyT+fZd9RdySxD8GFHnk1x0Jtts5YniA/szj8/IdF53FvPMZCpp4o3jWGJwsIEYlVam&#10;RHT7eSWWWFApAtdRYk/T3IFFSTwQvRzP9zURCnpXeSQJUxPw6oX0qyqp/p7aNxKjt40Q0IasPMEe&#10;vS+7t5GBR1ovn8iOkHh951eNy9TPm4I1xdDUJV1aJTlzQyRGwlQxK5C67f7D3iqoKrbVPTzZGTxx&#10;xOlxLOo+6dSEijQy6Vs5JHDC2r3aKSHc5JEtVrUHgPh9f9Xy6Q21nJJIERCfPHlTpXDeG1t+ffRb&#10;br4q56iCdmjplZjQpOsqSiZNAeNYT+Sv0It7A/sTtLMVOWxVDQu2IxiyiLIKiGpEaNMoIkYEeUuh&#10;uApPP+v7kDlnlGxjtLy4uU8a7KEpU6a4PD/Z6GlhtTra3LGImUodI8yc9CN1T0rtTE0tRl8kiZ/O&#10;OwqKCqqI/EqBYiVNLAzv4nZoyWLC7W+g9ofLfcZnJ1kmGlqa6po2jgCxQzzPJFPJFDS1X2+gPFJK&#10;Jb6QXXxi978ez2x8LbrS3S9VY4HqcsBQqDqWvmMedDXy6R7bZXCeDHNGdbHPyIyf8HQ5T5jb+38J&#10;Sz7gnxuLoKoSSLJPOlJQxyxIZqiieUhKe6LGSASt3K2sTwJuy+vJa2alze4o53yMVN4vtKkRmnRx&#10;IieSWRQUd5vFpsoChTy1+PYR3zmZIo5tv2yQC3L11ioYj0pjGa/b5dDOe5jjtY4GC6l8/P7OiBd0&#10;d/zYqoyG1+ualqDFmrlkfN41JjVywy08s32mMjnRpaaninqC7lh5DIvoQA6iMUjY/GRzF4opdNMk&#10;VyqxRuIyigIAfTFF9Ls3ite49gkJc3TJRyFLGvrw4n5n9vQYvNxSOvcAD0AOzOvt5dhyUSpkK6la&#10;bITVEiz+WqqaWKUeZ3q5JR/wJq2Y6VSNZTJYBgPbdLmYK+jjlE0VLNI4BR43+8VWjOulNMAurxMb&#10;XI+vAB+ntXHZS28xXQXQedO3HA1+dOgdd39zcakBwT0craXUtBsjKWNFV5AxUgH3ZliGMLl1WKda&#10;q7tG87WYBSwF+TpufcjG0dPYzRAkv6JBPSobTEqol1yO6XjkRQAWC/61re2ryeVhpYgEcCD/AC6R&#10;wwMW1v07b13VVeOagmrUcrFIY5MfkCpWn03EbOsUb6tIJKkEG31Nx7Ui8zGGrmUaoRL9rRglnjga&#10;K0kjgyiJLuCltC6edJ9lZICa4E1ZpqPkT5eVeHT0vhpGRGtW9egxpI6ieGKuoKSWVJ6tImyFessU&#10;MlRJHOwCtULCs5CwtcjW6tYXPNvV0yUUBqqaOKV5WIheMByqhrGXUCq6kJFyQbH6ge7QIbiQRzOw&#10;08Qf8HRYdTGkuKdKvD0r5mf7CslqIlpwr1Mcj+NpJCNXgdPGHEUicoL3cfT2k6urk+3leetTyBhI&#10;imXyGRmuWs6lhdeL/Tk8D2cQQosqrHCSvr0lmure3BINehewO2J6uugSlxbJTqoV2aFYlpo0FlZo&#10;ljjKo1uASzf4n2l6mrr8gZKfH0ymCESFZVVYmVCAhA1uZZJBMpINlAHFvp7NoYbe0CNcy/qny45+&#10;VMKPlU/b0Hb7eFKBVqtB0NWB2nT4qQ1FdVz1FXMkMZVixplkiDAPTwXKU/kB9Qubn8+27Iu8T66n&#10;JJFSrpRLyC2nxmKznUdRYkggAkrxb8+1duqlSFttUmfL54p0F33IsDXj0vaHFQQgmOnW/JYsoudR&#10;1m/+39pLcO8K+nxkdFT0pkpEeSJa0xSLUVcreorA2kWhWxX0qpOmxPHs523ZbeS7aaa4pOaEpXAG&#10;aV6K/F8WUguKHj8vt/4rp6pMZAkonJux0/t/2B/vj7D6arXOUYirK3+GhQQ0UskStMR+jQihpHRj&#10;xcXF+L+xGkS7fM7QWwlJ8wDQfafXpFJMYZaeGJD/AC/4vp4RAhNlN7n8C31/B49xMZi8f5paxBZo&#10;CitLc+WaVdIUo6C8LMwF20G2k+1N1d3OhIDwIJ4VoPs8/s8+HW5LqXSsbHtP8q9dueBfjn8/i39b&#10;X/r7eIq7KSU1VDVwNR4qMLHFjYHlaRzECDJc+R38jOHc3BuRxb2XG2tEmilgl13WasQABXyp5UzT&#10;rfhW6vEYmHjUyft6wkR3BUjUb8j/AH35v7w4yZzN9nVwxUWOqWVXlUNrhjkl0PIilgVuun6/U/7b&#10;29dRqE8aGQyXSjh5Gg4V6UyRQBS6SEyjy+f+xx67ewGoDUyqeD9GsOf9v7eNx7b2/hQipXzVzHRK&#10;saRxozJGVeGOQtKSY5HI5/Jv7L9s3bc9wLBrYIBgk14/sHSZJrmUGMAAk5J9fUdYYJZJhd0EYuQL&#10;jgqLcj6ck39ovKzPmNAWk+3RXdaWmplIhgjjj0rEqksUeQoCRc3J/Hs/so1sNdZ9Vcsx4nPn9nl1&#10;aK1+mYsJNX8RPHqYtlv6gb/63/FfYC7mjqcPm3WpaqQoEWVIiRIPUoVgtmAQX5v+Pci7S8N5twMQ&#10;Uk1oT0PNnVLuxCxquqpoT+f8+ufuXkM1jKil8aViB4VUSUQeMaTyJKg3YP5CxAIA59tW1jeRzFzb&#10;kqxwxH8vsx/PpLa7bexzGRrY6XOHof8AeR8vPr3sOa96uCpp2ZPP4dL09JFIRDUxu7FX9IXwMWAJ&#10;BBN/8L3Elutu8MkZcqSKMxGVOP29DKzWCSGVRIU1cWIBKH0yc9e9pKurMtP91kZMfUJ4dRp6WIF2&#10;lKEAiIRozeWIjSoLBiBx7OoYbGPRbJcqdS9xr6+ox5eYr0IbS3sIhb2aXqHVhmJAoDXjU0oa1NBT&#10;PXvYZbh3HWVEL1JppJKuONlqjFJLG7sJ5BrqkIbRIFKqyjkkf1v7Fu2bZDDIIxcUgLArUAgCgwvy&#10;wSOhxtO028UojE9IGPbUAihUUCmvD0697bMHvaSJVjyxUwRXMdMYWVyWZSqrKQpU2Y/n+z7U7hsS&#10;uW+jJLtxPSvdOV0cs+3g+IcFq1H7P2ft697FDbm6KHNJK0s0dG1MHkoYyuqepbxgCByzKTDL41DW&#10;Bsefz7Ce57Nc2BjESllegc/w/MfP/J0CN42S52wxpFGZFegc+Sf0h88/s697molHXTpSyVApddSZ&#10;bqsxSC0kRldEuxdxHwFuARa3Ptkma1RpYow1FpSoqcefSbXLbo04hDAJSmM4NK/L9vn172IGEkbF&#10;U7MZROIv80VAjlkOsASFfW0aKnFhckggc+w1fD6xlGilRn0GK0/ydBDckW+uFUx6C3H0GMiuK/y6&#10;9747oq58hNHUUc0McymGZqiRlilMwiKv5i5MSxTlTwxTV/QHj3XZoVtImhuFYpQigzXPkBxI9R1f&#10;Y7eKyieC6jYpkaaE4r+GmSVrnr3tMYLcdMamoIli8FbPaqSc6osbVI7yRftRCLSjsPSVuVA59nF9&#10;tEqQwrpJkUdpHF1OTn5fPo73XZ5TbwAxMJYl7dPGRDhqsa5AOajPXveTJZGelr4ERpy1PA0oKzyl&#10;JaF5JmMCKRITEkZAGnSoUX+vulpapLauzFdLNSlBhxTJPqSM1ySadUsrWO4s5WITS7UI0jDjTmop&#10;k0qa1PXvanmyuRipZKSOKKMzBZaatYm8imMRKg8TtGAkhF34IP14PsqS0tGuFneTVQ0ZfQ1BrQ/s&#10;6JIrCykuY7l5CdJIZfQg1+XEde9slVk66Om/y01L01POUdEPETWVxI10kHj1gMx4+n19mMdrA0im&#10;HQsrLWvy8x9vRlb2FtLORahBO6VFfMeg4ZAqOve1Bi81DhvuZoxS0yVtK665aanqPH51Hk0Bi2lg&#10;JByByT7Lbywkv/CjYO7Rv+FyvD7OPDonvtsk3IwoxkkMT1oGZa0NPIZ4fs69755SuocPTVElLXy1&#10;bZGBDUUy1ZpPNDMq6mrF/wA0IldL2tawHPulpBc3siLNbhPCOCV1UIrTSf4v2/Z1uwtbq/mhjnth&#10;GsLnS2nXRlONB41ofn9nXvYU5rcuXXJU+EpIkovtiZIv4eJpGkgMUJeZ2RZgi08cbOzFgoBNz7GO&#10;37Xt/wBJJuMz61k4+JQZrQDNOJIAHEmnQ+2zZdsayk3GZjIXw3iUFDU0XJFamgAArWmOvexN22ML&#10;k8W8lXWUIykCr5KKOrqI6iuiekqZlyOqBnjanaw1IGuSRqW5I9hPcm3CzulWKJzZsTRioohDKpjo&#10;c140JGAOOK9Arexue33qrb20osTUBylVQh0UxkOBRvMGnCtDTPXvYeZWSnSljy0cH3NTRzTEwJO9&#10;khVwCZWIVpEVDrUXtoAuObexPZrK87Wry6IXQUJUcfl6Zx9vQtsY5xcNZPLotpFADlcFqcF8q1NP&#10;z697CPf25nTFRpBVYWVKiuExFLPIK2kkhRy8LSAIgQtOTrCm7AW4HsYcu7ODd65o51ZEp3AaTXFc&#10;+eOFfy6kLlXZVN85mtrhWSIAFl7WBPHP2cOve0VRVVTFj4a+jp6GapIYqpqtdYs0p1odbGUv5dPj&#10;UKn9L/19n9xFHJOYJpG8KvGlFpwPDh8+hJcwW7XT2tzLKsVP4aJQfZThxNT172NXXuJzW98bkZ6i&#10;Cnxz4jwx1Mc5K1VRA6AvaQCFWs8KEXFgL83t7AfMl/Y7Bc2oQu/jgldIqFINB+2p6jXm7cNr5Yvb&#10;OKCeSX6ipUqO1SGxippxNfX8uve4OVRsfispjl8VM1e71bVLz6KWaOB44BNyAYiI31Pq5NvoCDdR&#10;ZP8AV3dtc5KRjTQDuBYFiKf6bHSux031/ZXhqwhUJSlWBI1UPGucADh8x172w9dUW5tVdXUomq8f&#10;M0aVzCojWORSpEUTxqHtLHEGWNgAGAA+oPtdzHNtY8GGVtFyKstVNfKvpjhXo25yvNkP0ttPoS7V&#10;eyqnUCOJGRitK/7PXvYkx/ZiCuxMssimYtLjtCB6iBnjFpmalgC1I+7kUEtY3H0t7DLG48SC8WOq&#10;rQPWtDQj1Jp21/LoEk3DSWt+lCFIEoJIVs5HcTpqoPn172DmPzG6Nt101HWZFa+ilk/cM83rka4f&#10;QElBMLRllLjj/ePY2ubLad0t1lgt/DnpjTx+38+pFu9t2Pe7ZLm2tPCuQuNIFBilfRqioHzpTPXv&#10;c7MzYXOSTVVTSwrq9c0KypUrqlMB8tC8UkZCrJGrgAH13N/wEtpBd2aLCGLoGBBIIApU91Rxz0n2&#10;1Ny2xI4YJ3Lfhamk4rhwQRwJB4Yp172strbfp4KOJKLMyO0LA00lbHBUVFNM0baS6GRpnCOxDEqA&#10;Cw4Psj3K/KyGOax7QKHSzEMPPNOPQc3zd5XuZHuttA1KQ4TUqsuPMYBPkM8Ove1DuKsrqbOrjvKl&#10;RDWUQ8E0gmWklZEBCeLyzFJjEwUfg2PPtBtcFtLtzXAQpKsmQPiFT6kDFc9FGz29ncbUbvQY5UmN&#10;QPiVSaVqAKrWp9evew9w+f8A7rZGWdsY15qxZIqepSoEMKOEU1FPMjD1CViAv6jb6Wt7Et7t67xA&#10;kYvAQEyRQknyBrw+3oX7htJ3q0jRL6irHlkKkkjIVgRjHE+XXvY70e4JayOKppsmjrLJHNAFWe9J&#10;5BeqjQReSSnSIkkjSxsD/re4+n20QF0ntjUA1rTNOHoDX7egAkAtZJILqBlcGhJ4ED4ST5/kB14i&#10;/B9ilhtwRYmhyEFbIsTyQfeJUywuEmQxlC1M7ftTBImBdLFDGfpwPYM3CwF1NFPCtYl4gH7eNMg9&#10;ppmvDp2OzmkuLZ7Cj1NCAakZxX0qcV6gzQpKQTyLg2/K/Tm5vf6ey094fEXpv5IzYLeuXxkOI7G2&#10;jM1VtjdOJC0lbOBJ5ZcZXS06tDmMbIU9EM+uSI6jE4LMGiT3J9oeV+fHtZt0tRFusORdw0WQg/gn&#10;xWWM+dTVOKlc1yK9q/vEe4HtGlzsW3Xck+xXApLbzBmVHzSaLzjkFTmNVRgAHBwRjV5YHANjD/aI&#10;/sADi97k3B/3j3U92/UZvpLcm5+v+1dqZOHB5PHthqDfeNWogxGWpJVD080hnjGPNRTpPYKzpJG5&#10;55POAHP/ACpvPIO+7nse87dN9C/bFcrURTx6dSuGpoJBJGmtVfiBivVL2f5ksPdrlPYuY9j3q2l3&#10;mB/EmtWYGWGQMdYNavRwoIOQULFSStOplxKFeNgRwR/Q8EgH/A359iTuT5OYHsbYPX2D/wBHlLBk&#10;Osl281NvKN4Bktw47CoKSlVse8KahU0shEkySN6o+Ab39obnm2C+sOX7eXaY45bFlpKMtMq1ADVx&#10;8NMgnI6Rbf7H7psW78/7nDzlPLZ70LitgwqttJcAFirrIRXUD2lQQG6b6TGGlq6uoWqmaOqlklEB&#10;/RE0rtK9ufoZGJ/2PtF7S39t/wDju42zePSLzZ+HO4Ge7TmSpqqykathlidAYovtpGDNr4JtY+ym&#10;3v7e43KZ5U0xNOZFpk5YdpH2ca46Hkm07pZe35sDGz7tDt5iA4HUkelTXiMCo8+s9VFVPPTGBk8J&#10;LpVq36miMMvj0N/ZYTsp/wBYe8udxtHuPfmXrocrPtR1q6XMQ0L0D0mLyMVX5A+KFRTxt+/pUmKN&#10;AVkdxcgn23fQCTeLgwyNGxZWUBaKQR3D5UPD5k9IOXLueLkva4r+0eS5EJV3d6yIU/GQTU1BNfOg&#10;6lWKJGgVn0qgve/6dIBJPJ+n19nY3Nvvrmo6vw21twU2My+UyuLpcXHR1KLUT0+TaFDFJDTzIpH2&#10;3i1q8Yb6G9gPcvbtDYSbVpv5EZ5YV0qQGfUyLQL5jIPcPn1gz7fyc6WHuJNe7MlwlnHfStI0bEK8&#10;Wo60ehHEE0BOKggZPTfNQu1UlUtRJFoJYKo9JLD1eUXGsf4H2HOw9w7C642CG3LW0tadt5CqrXx3&#10;233Jo6eWY/ZyzU6eZ4VeSVdJdQGFwPYX2GK1sNrC3zq9vBIXZSNQ40GPz6yC9y9237dN63GLlvbX&#10;N7cpGqugIJOnuGryFASfsp59QK3HVddkhJ5Hp6JqSWCQxuVldy0bKQV+ilV5v7d9mz46Tbm6snPU&#10;SfZ5nMPVFqWMxIkFf91U0ocTRhY5Z6epBKkft29u2VgLnb91eN2EElxUmlABRzQD7GGB6dKN536S&#10;35h5H8a1IvbWwKlSKsWUoGNBn4gft6511NPJ4YaMoHgjXSZAZFJjsFLW9TWK+w5yvYuD2/kKTGJR&#10;UNPt+gCS1GSqMpTQwY+Oi0imgkhZQ0zzMWLHkfXn8eyuW726xjgti0QVBQyasjSKAEMAKn5noXRW&#10;HM+97q2/x21xIs2FiCNqcsQWzQUoBTy4jqRHjpTSTJPUNJVTxTq86xrGyvOttaIOAYzx/rew8x3a&#10;mI7O3FlsRsDf+Gw/8JpaibJ/aKrLLLKX1RLPLHAT4UjdiiTBSqkk29lsG5xbi/0207gkYVakngeH&#10;mSPwk4PGnDo937lDdrG5s995h2aYwxaax11mgNACASRViuQMcPPrLFSihpoYf3ao69Ba/NmRwSb/&#10;ANkf737Su5e9u3du5CgxefwWeGwqjTiNsdgUkE2YxlNSqvg+5anxgqIqIuQX0KtypsWbn2k3G05m&#10;sLSDcLnbphtVwKQ3CpqRuKg1QaQQQaA04Z6E3K3MPIm+7vuXLw3q3PM1jVpLRmCSBQA5AVqahQgV&#10;FRX4iuaN1JtPb2OqK+uocRQ0dTk6lq/JzU1OsM2Rq2Hrmr5UtJVPYDSGJC24HsUcxjNyf6Pp89gs&#10;lVVs4zdFjzl1gqqQ1LTUglgq2hqUE8MkjO5KSKuon6W5Aqha6m5DeRbsamudJrRXJKilAMmh4j0z&#10;5dYse6Gwzb77+bftUW3kWJ2yNw9RojKOwkq4NAfhpQ1rSnoXmKSBFWFvFC/j1/a60LogbQW0A6ih&#10;fi4FvdonwX2JubbPT1ZuLeKtVZTd+4Za5GqYPtEqqGiLQ0slJT8hKeWJiTbgmx95G+wWy3m1cr3l&#10;xuEjeLeTFgCKdiVCuPk1W0nzAJGOos+8hzHZ7hznt2z7dceLbbZaLCWJ1HxGoz6m82FADXoq3cWe&#10;oMjvCDBY6uVa7CYiSSrkp4TVJRy1Uo8QqtLIgkQ8qhNyfZx9ybyp6WaPEUdPj6KlqAscsrB6hU55&#10;X7dFA1N9Dze309y6JTBuEKSzFpDnUSfyFB1B1vbrNa/USGhU4yAK+Vfl69F/2B1BlIci2fze4s5u&#10;XKxyVMsbVMC0A8UpYlDolkKwojX4P19oTcG4MBtzDVz/AMcxONirKcu2uRIqtpXDB3gilDSrbi34&#10;v7EaT26yQtJcBADUZGfX/J0Q3G4QGR1uHBehGDWoFMD16MZt7bWVzGUxc9fj8kBjKq8MtpjSCJRd&#10;FlsyIw9PBP8Aj707KvqX+8XePcdK0jPSjfe5BDI0YIeObKV0kcgPAN0IP+PvrZ7L+4+07J7TcrXC&#10;blGHeJQ+pwtDH2AV/pcft66XL7gjZvbT27mjI8Q7Zb19RpRRkf4ejUC9hfg2FwPwfdm38unIf6NY&#10;ey9i5uOsbH/xWirqdNbwhqao+5imKRaGVhpYf4ce8MvvRcy7JPzzDzHCxe03C2XINQXiBRwKAdra&#10;hQH+EmuesRvvPb1+9J+V+a9tjR7ma1Mb0IqGTIJP+2J6wzQLNoJ/UhJU/wBCRY+7W9odkbdwyZCg&#10;qKGqr8fPKZKMSAeSEEn0s3jbUFJ494rw8wbUrOtq7xx1qO3V9tTUHj1iBuPMO5zoj/SBZwtDRhk+&#10;p+fTVW4d6mSCSGqalaK2vTGr+UAfpNyOL+5mT3vtfIsksNLPTPGbxs7M2m30sAEAsf6j2KrDnXaI&#10;yyT3b5x8Bz/M9FEO/bhFqSS0JQ4I1A9S4aJ4lIaUOSLFtOkn/Gw4HthztVt/dCRRtVfauyPFVyNA&#10;JI5QUCpI0ZOm6H6f63sP8zXHLu/WzxxXQW4JpUqa6fIUOPPj0J+XedRs7k3Vu5iDAqDUUznK5ofL&#10;5165/alASpuxN+B/vf8Ahx7K3m+p6mhmlr6GeiqFWpZovtY3LE39D+NgV06rf8i9xInLdxbyNJCs&#10;ZIaoCk/POQOpssfdXl68j8KW8of6Z0H+fUtfpYg/n6jj6+1DhNydpYinfF0GX3HTRq9pqagSplhb&#10;yjSCIox4lHNyOF5sePbU68027MbZZwQMhVYqB64ByB0pl3DlvciLhPpZItJAJcEn8z88dQZ8Zj5Z&#10;PuJ6SnlmQHTLJDG0iDj0hmA9N/8AH2NUW6MdU0OC/i8uZpN00bRQmrgq2p6vISeTyJ9zj5BYjkqS&#10;CbL7L7rcYfFsrm8LR7xG+HDaWPyKnj+fUXbxZXd7Hex29ojWTKcaQyLnjr/CfTruClaCaZkk1QSK&#10;AkQVVWI25CEAAqfZ9tvSyVGEw9WYmjapooJHBUggumqzcWv7mBJzcokrN3NGjf70oP8Al652c3w+&#10;BzBvEBIqtw/8jTqan0/2PPtRWDi9voL/AOxF/wDifeqlTToHMxUla4r1z943vpsfp/sf+Ke9jJr1&#10;ZcHUDnr3tlrhGqSW+ulvpz9eCP8AbezC3LEr6dGVqXLpX1697CrIRK9TIv4jY8G4PIH9f9f2LrVt&#10;MSkcepAtHZYkI40697T7qYpW0HSDqvfgEW+h/r7Ml7guoV6NY21ooYd3XvaWy1a0SMwUKigHg86r&#10;j6W/qfZvY24YqPPo+2+3EjKrHJ/zde9hhl85VVUtIIKpqZkmsyAX1sbi5P4Fh7ESbYvgSCtCwwRx&#10;+zocbbtkEMVz4sIfUuD172o8/lETb1YpN5TFD6wbkt+AoHJv7w193rwWu5X1rICNJGn+fRRtW3s+&#10;7wMBSMMajr3sMsNU2VgZ3mLmN2j0cKxYEpf6+kfU+4OfcHaJUUVkIp0N9wgqy1iCotc+o9eve6Xf&#10;5kPYcGd7Mxe2o9F9uUEkEoR2said4pHZltYnSAOfz7x89y9y+s3wWopogQKKeuK/yFOuxf8Ad0ci&#10;nZvb/fOaJwwO4zAIWFKpGKY+RLUHzB697rqo6WetUGEFFLABiLlr/wC0m3Fuf9h7jnjw66PaBXJ6&#10;97e4cTTo3+WyI4jDWK/W9ybsAb2H+P49+oPMZ6tkg0Xr3tXU1RtrEYurqZJacMlNL6RpRpHP6Be9&#10;7gj34UUEgdOjCg/iPHr3sA59wxyCSKpc1UThgtzcR/0Kf4+9A91Rw62MivXvadZqab0UoZnUghX+&#10;pF7/AI+vvRHmTjrf59e98o6eoUFpInS9rAg24+pH+vf3vyr5de1AEde95lUKB5HUD9QAJLte5C/6&#10;wPuhNetE8ade98jPAIifGA4vbVyfoPrb+vvemnXircK9e9x2qWlA0gDStuAbDnkj/XHuwAAAHVkj&#10;UVOon7eve+KwtIRZnbn6AEn+tv8AHn3v162RQ1HDr3twTF1cgS8ZVdRP7hCkC31IP4496H2dbUg0&#10;A697mNFSQqqSsJNP4TVcn+vH0HvwUVqfi60qqDqIz173PiqsXThTJRROwsbysNX9Re6E/T6c+76Q&#10;AGqOrHjgY697cf43jr/8BYP0eT9Q/Tp/R9P6+9av+Fr1uvXvf//QvEcEIODawB4P+x/H195hXXZb&#10;whTXgP8AY64Q2+lp5WbUDU/Z5f7PVeNcXjo6fSyaUEYCkcvqEqG3/LIAW/4N7yU4QsAeWJGkE8En&#10;Vwb/AF+nuu3xKZiXUdNbnIwt3CNgf4OsuFgjkrUE6t6gFVRyDI49C2F7lrG3vlX1dDj4DV11VS0M&#10;UQYyzTyRRKFX8M0hW6j8fW3459iMbbJcFZIIyQvE0wPtPl0HIrzwkdJJD8s8M8R/lPp0MW1uqt69&#10;k5qkxWwdo7g3JlZZ1jio8HhMhmJpElDJSGYUkLyQQusd1Jslh/T2CWW742WMnJhtuTvuXKU0TmeW&#10;gDPjqFtTBWq6gIlhcG3Ki39o/gyseWY7m8ict4k1cgVCgf0m8s1+XW73d5bOzcyhY4GHbT4iCSe2&#10;uGABoKenHq2LoP8Akn93bxp8bvXueqg61w33NHJDt3IiU7oylH5YzUItHTNooJAgPqncuNVhGbX9&#10;17fJPsDeW5GqMXRbimfJKksn8JpY0hoJaZ1RhSrUaXYyaCedfJ9n95aywfpJQsnALlR/tvPq3LT2&#10;N1cJPdwk2hIGsmhBr/D/AKh1s9/Fj429WdAbIx+B2Ps6iw1NFEBPkJA8+VyFYL/cVlfUVF52kmkJ&#10;IINtPA9kIq4tzTSAZOvho5GX92KGBJKhSAdOt1uQSOCb8g+y6t4ABJKqtTNADT8upRd9rSPxLVHc&#10;eWo0H5dG2R4eNGv+1p1XKckkm19PPvjHjDMEihgyeRqJGs5CzrC9jpBSyqOGFuH+v49qKw6NJdme&#10;lSSKDouM85JJREXyplqfn8z1yaRArOzKqopZ2H6VUAsWY/RVAH1PHs1+xvhXld1UFLmd55eLbdBV&#10;KkkVCR/lUqyIJFYvp8qkgjj6E3/p7jrmDnOwsJ/powCePEfPqU+WuSpryASXMjrK4qEUVOnGWZiN&#10;J+Q6o7+X/wDPQ6F+O+88r1n1ftDPfIPeuCAhz9RsqshG19vVyzmOpocjljBMZqyijXU6xIwuQCeP&#10;Y4df/CnYOBFTPna1s6v3Mi0jUTNEoiWwjWSwBLIwIN/yPYVuPctbTwlhiABP+ryb/AepG2r2cgvU&#10;lu7+5ZoBij0TTgGp0n54PmOqq/lB/wAKXuyVkwG2vjv0amytxvg4spuaTtKaDI/b1LSampMTR0Zp&#10;lrYpY1skhkVjflb+zX9e9YbY63+8h283ip65Y3aCokBeMEesDUeSAB/j7AnN/M7cyWf0sn8Rrnhi&#10;voPP5DpdyLDtnJfMcs9tcAMHIWlXVgCOJavlWnz6pr/mJ/Pb5E/zGOrOu6LsvYApJdmVmSyb5bat&#10;BLT4etlq6VI4mWHxzS0tTTnh9Tn6A/T2Is6F4ikUojkKMIpLAhWIuOfp9B7i+0ult3ktdbeIRQGv&#10;BvI/4esnN/2y/wCZtvtt3tbaP6cvqwKdlMHHHJp9p6pf673DiNmbxoY9y0c2Sx1HkIv4jjZZLPNB&#10;HORVUrE2dC6RuCBY8e0DRYGvq6+myT5ZmNDKyyKrF1nu1tBAJC6WXn+g9nNwsttHEZZnMpHDyb5/&#10;5+inZOVJVmmivttjtrPtJL4IPkVwCOB44r8urMe0/l/1VtvrTe/Vu0Ol6At2JiYajDTVNHNjshti&#10;ZoFiirHnmUzVkXijFkHGr1fn2pctk1gkFI0MkrVKOWZQxCWawFwOGIYW91sIwigyBmBOfXPp9nXu&#10;dLaOeYRWQj+niVcih1Dz4eeB+VfXopfxz6yyOZxtfvmPPY/BNhspRJHHk54Q583leSpWirCI5qSk&#10;lRRLYXOoe8OMoFp2+7WSf96IJ4pHYlFDXC2P5A9rZzZWi3SwuRK6V7jjP+XPRRypyjezbtY7nLDq&#10;sDLVgBxoe4fY3Fft6U/yD+Q9XvXBnrnJwbYNVgquTx5vDY+mxy1U7oIjVJNBE0njIhDaOfU3uT/E&#10;RPWGhmoJhTSKyPUPco2kfQqQbD2Uy7JJZ2TX6XSyXWnKHGDk5+zrI67tNj5igG1xosSx/EudQpwp&#10;Q8eir4zamQ2Zt+l7HxXYWNfdOLydJUYzE0cs0GYo5DI0kdVTzvFFDqhFKpFySbfT33S47H0zlYKO&#10;OIBiwZP6nm4vz7WwxmOzRraMLKw4f5+oJvdt5e23epLTcLiQorldVakD/B/m6GndXeHe3ZWAgy+b&#10;37l85PJBFA9HWSPJMojUxAExxxoLj3MqFpI1asnVAKcA62W7KAf8R/qj7Kq3kEske4L2Fa6qevAA&#10;/b0/zceSINtsuZdmhMl1GRF4YLcaVBY1p+dOmLpeLuzde44+jNv5fI0sG+Kz7gYZZQlNUTPqaeQR&#10;pG/kaOOM6iWUgj1c8e0nlQ2fRRj6uWCJGCzaFOprk+pbc2HtbYmkPhwSsGY5Pn9let7JzYea1ju9&#10;ysTFMg06V+EaeDMB6j/B0bjZ2yKL4V7lr6Ts7Y+39/ZjJx/xbC/xWsp0gggTzJNSSRzOkdQWeS6q&#10;QTcAg+3GgnFCKWkqppmliUL55VKxSG9v84wtqYn/AF/ZrdbNK0K3KKpjIAwM1+f7OpLt9+tZtsl2&#10;6DWZUQgVJxjhTon3YeGye99zbn37trbeLo8Fnc1PlTt3ErDUS4qFz905paOMGb7OFI21MBwv+8Bx&#10;2LT5fcG39y4KWNYaHJY6rxwZ08oYVMUiQsgNgzI5VgL82/p7XWKT6WiWIeFgYGT/AKj1B9pMIN0g&#10;muJ38dJsAkgYbzr5U6uX+CB+O3U/YvRPam38y+T7A21ntvbomoqKqkpVopYGghz8VTOiL9vTyUL1&#10;Ecpcqqoxube9aXsfazbE3xVUFbHItVFmKyhqxLrQwqsobGSMruyxwxzI6KRZSpAPI5Ptquf3bu0C&#10;umltQVgeIocfsPH5dS3vKNumytcrnVFmmc56+ixsvc+H3ntfCbpwFbDkMPnsZRZXH1kDxSxVFLXU&#10;8dRDKssDNE5kjkDGxIF7e3HcW3pquhiq6JDIlTTayh1axIgX9JAt+lfp7yxtEh3Lb7WaGlClaeY8&#10;gP2V6xunL2c1wki0NaE+VB/s06UEc4aSSI8NGwUX+rAj6j2mdv7el3JiK7DTI0eShp0qqRZ9RLVV&#10;AzRmBeNRlnopiqD8so/p7TpZ+LrhbD1rn1X4R+YLD7QOtiTUjur1zX8sV/w9dVM324SUn9vWiSX+&#10;iqzeqQn/AGgc+1P1701nt2ZikWkxlcYdaU80hpZFmmc+MSCJDGTpUtww+gHtu12ieWXxHUiIGnzJ&#10;NeHn5dMzbhFDqFQZPTz6Yd07twW0cVWZfOZSjxtJQ00tVPLVTRQqsUSlmdmldFVbKfr9fx7GftLo&#10;iLYGV23SzRxLS5WmyVTKIqxayWkyePgFUyTheaeWRGbSP6xf4e3dw2ywkeFYlAj0uzd9WBQEmg4g&#10;kKQPn161v5W8WWUEMCKHyIPQZ9P95bZ7koM3X7XavnpMPkoqP7uuxVfjKbIwTl1WrxUlXTxivpFW&#10;Jm8iApZlN7H3zzPeGffr2Ta2anLZPbtVFFNJHTxRVGS/hr08VLNVTRIr1Igjpv22YkhLW49h+GMQ&#10;RzuXY3CGnyJAoSPlUEj5dLbgtISSaA46ybe6T2ZgOxMh2Ph6GZa/N4+WnkjmyeRqqDGfdSPUVowm&#10;OqqiahxkeWqJXkqlgVFldySOT7Af+8eSrEqIJ5nM08gURIf3miDFB6h6lXSBe/t+OWSXxFYmrClP&#10;keI/wdE7qqvqQAj16GtIkT6KthewCgAXJJsPoLk+3ybGms2Jk2aN742aKp8YuW0UtfRrcNa5SQZh&#10;hb8EH2v8ErtsykUKkH8wy/8AW7+XVDOqXMJBwwoftNT/ADCfy6ivKIqqFLf53Wov+ZGDNx/iq0/+&#10;8+07Lt+mgocnHPVfb1lE1OsdJLA7irpZ0NQk0Mo4QLBKjAG+oNcfn2oSyiEd3WbROootRUEEkhgf&#10;sI/KnSuO6PaoFUNBX0IoD/Oo6ziUs0ehNSMZAzg8IUuOT/XUCP8AX9ozTFTyhYwgN7ySoBZFsOLW&#10;/P09lbALRa9GQbUOs/tU7ejNXhcrMUKtT1lC0f1NwKyMnS30N1PvxUG0ncfEGX/j6/4BU9MuTrRA&#10;uPP7KZ/l1hkPqVD+l7qT/rqwH+8+1527gRiey85C3jWOZsdXRIVIA/jOLo6/yXIFwWqD7NN+Sm93&#10;LHGsLJ+UiiT/AJ+p0W2WhbZY86VLKCPRWIp0mNi5j+O7XxuRLB2L5CikYEH93FZOsxUwNv7Sy0TA&#10;/wCI9sO0sDHV5QrLCzRltUircaiHkIKsOAjDi/8Aj7Y2u3rdKHSqkHpBuN4Y4VKmnp9nSnnfxxs1&#10;9JAve4Fv8SSQAPY5dLVceA7Hwta7+COmm3IVaRjGsRkpqCKFHb0koHAF/qbX9sWd89putV+Fdf8A&#10;PQP58OjWW0FzsiF0wxU0+x8noK+48M25tg5/CprJr6ajRSi6mANQWd1UcN6Fv/yD7O5v3uKoyWwR&#10;ucrTxVez+zqWJKeFy6z0lFUNNA3rP656aMox/JHsa8084Xz7Db70yR/V2O7qwHqq+IYx+xaH8ug7&#10;s/LsG8S320NrEN3YuhJ4qWBBNfzBHVfvTXxyoesu9Tg6WeuqKHfPRstXJUVkcSSQZGoqqGlqqe8Q&#10;CBKKWaFgByA/Ptt2b2VSbr7qqcxhCsuDotu1NJgw6WatcqlXNKwXRUES1K6VFrnTwf6mXLHN0vPv&#10;uclw04WxWydYWIC0UUZix9NVSCfIZ6DkuwSche3dzb3Fvq3B7uNpNLHiSQmPLtUA/PobO3OpJtz9&#10;Jw7Q3ROaGvzmYoqncNXSvE32K+KaCTxNKfG7RURN2fjWefp7Fbcu8anO7qSjWj+zkp/Es+oMyyVD&#10;GAa4RINSxIHt/gfrz7V+5dtbWG4sscqtcRxgnScEmlG/YwB/0vSz2/3C43C3FINMDuAAcmgIrQ/Y&#10;K/Z0VGg+OW2+messlLBuSXO06x1VTG58UZGMRqh44JZIWK/dyFoxx/U24t7C/oTb+STtaUZKdatp&#10;M7n8n9wEhE0jn7qov+0BeGM0uhOL2H+PvGHkVF/rZLNdCsomkcEeoLEV+zSCPs6yv5uuYxyxDFAC&#10;qG3VdPy0gH/D0m/5kXYmBwvwfz+TwkTUVE2z9j4NIZ5GMUFFlsrh8XCkZNkWeopsvfk+oX/pxZXR&#10;MCnBv9OR/Ti3+8e8kpZSbdSjVTWafmT1jpeoPFGps0ofn1qKZ9KiASxli1q0soFmUEDxFtSkr+6w&#10;1f659uh9Q4JJ54v/AMa9t2V61tdLI/wEU6Jp7dZF8MDhw6ZMXk5aDIrNKrAD0s9tfrF1sUPCkDi/&#10;uLVMsRiGoaZT4wGNgzspIAv9SQD7HO1Xq3iyaTXQKmn8+g/LaMhYOpD0NfSgyf2dGD2Dlpc6MlVU&#10;sElbUYelfKvHArTPHHDPFHJKypeyKJLE/QA+0xVQCKZg3qVSDpJKhudQF7cX9iqGQPENPp0RXFtU&#10;uAKgH/L0ezYe9ZcnicfPE5WplpHpopKfxs6tEiRayr3RmW5H09sdTTuXdqdGXV9RHIwvp4vcf4c/&#10;7H2YRyLQCVgft6IriEBqtwp0aXZ+56RaGlp8vVieWlVJWkqolLNrYCK5haNCNV7cX982p4Gp5UUF&#10;5lHMRiY2PJuzCx90EziRCTRSePQeuIWMpbw9I9a16XuE3HXJk6CpnyEUdBUNoinM9KqSaLLoRZJp&#10;kUgA8AA8ewmyEUiZ2gkkiHjLzw21t6S+kIqBuRdhz7GFswbb51DZwft6faMGxcIat0fDamSin2jk&#10;ooJkVYYYapJWSNzxqaoLlVCnVHbSB+Pb2rNFkce6qgWKspXHOqwFTHe5I4+ntAw121znjGw/ap/y&#10;06I7ctHdQtXIbpp3BSQ53rffGOZ5iMttLcWP1RxNEwNXhq6NREVAI1AE8G/syODKGlkVVIEVZXo1&#10;/wChrJCQfyDax/1ufeDvvW11BvsoaT9GW0hcDy1BXXUPnQEdZTe3QtXtECRfrLKQT6jB/wA3WkV/&#10;MGGYx/aVK1XXNV0e4OtOssjTSosv28rU20qbFU08TPBTgyxLSNHJqUuJLg/S3tRouq3J5HHvGG7n&#10;lhNdR6maFEAICjz6q4rp5oja7AqdLXtay8G97/j3zKafp9f8L/0/1vbtnu7wkEyYPRde7WLpGCKp&#10;PmD1OxW4ZqOUFWMdxpBUKmpQeQbfX6/6/vlwVKn6Wvf+l+NP/E+8ifbzmIRtChcEE/5uscue9haO&#10;R6IQT/Onn/k6sA+OvY0WMrsXKZf81Uqda2YgBV40sbAcn/W9tnj0zKLcH6fX/G3+295KrIJEVwe0&#10;jrHy7tCjyBsEE9XVbe3k2R27SVscjOhgVgraV0oBGb/Ui1r8+8s0SvH6iQvNyL8G4sL/AOPvaPRs&#10;cekBQodOmp6fdv7gb+KW1FZGjLQAMAokLxm5sRzov9ePaHztINGqPlbm9zc2K8c/0Dez2wmbUtfX&#10;pJKqhgxWlCCf256Pf0XvGWWSSkqZWEkUaGMg2DMT/T6s3iBt7AH+DvU5Boo0LyNN4UAGo6jMwVSA&#10;CQQXHuRvr44bUSO/aFqTw8v9jox3bTHaGVh+mBUnyoAM14f6h1adt/eEdNjjJPKqxJSQVLPqUgq9&#10;KkpkDH0+sIefp7M/sXYGIwdNRVeYWmny7VccgaVj9vTM76IoEMZVJZNQuePr9PofcRcw8zXt/LPF&#10;aMVsSlKebetePUAcyc2Syvc21iWEJUjiMgCpNfs6AreW7t19g5jIQYh6ih2hT4yeIQRIY67LeKn8&#10;1TJOjsDDEyE6VvygueT7GuoyVPTZKnhSohEaQSRaAWdmnkufHCn6fFGAL/X/AG/sCRWryWsjGNtZ&#10;aoNPw/P59QDvd47rLGP4h/lr/Pj0JvTXWrPth8pXYitE1VMppJqlLRLSwKHhqArPr11Amawt/j+B&#10;7TW8siKenlqKeSaV0ETQxUqa5nmBCOTCAfLEhFmH4Bv+B7NNltyzokq4IINfT5eh6BKzBrhY3OCc&#10;18h69HC2FgVWjihen0RKzh3ePSEi9JvEbA6yxPPtkl3TiYqRKzL0dUauGBIhPSR1EsbxorqtTMKW&#10;nNNTLqFtRRlA5PHIXDabp5vBspx9OzcGpUH+Eau4/bXj0/DaJeMY4tOr0Jp+XT4dv7go6vw4mvil&#10;xlVVy1FRHWJEpidnFo4zOHnkiK8+kg3H9L+2Db2+cLFTyV9NBUVazzyWhbVHMJYwTGGp5NL8qbgk&#10;2K88/X2abhsV48q20sqoygZxwPzGMdKf3dNDOIXAVx51qKdOu6tt5PLxLSLXx0BEITyLBGzqssao&#10;7LIBcgg2/qP9f2qqPfBysQnnpIaaCYtCnkk8VSqlgk3Ad/JC44FuL+yifYPon8OKcvMKH1B9OhAs&#10;8VvQK4NKft+XQC5HpRqasT7Str6mqpwZWMirVUszxBmgdEmVhHNrPpt7FHGqKygo62lEcgoiohEM&#10;8pRYjdQXEl/3jf6+wldE29zcQT17/UZJ/wA3TBnV5W9W4/Povu5KRtu5bKYvNGaOHIpKaw5CGmjM&#10;8sM4N4pYfSIVK2At7DLe+cqchGtDl6pK3H0lRUq9B43iqPUsSxTxzeJonI8oCoTYkHkEexRsW3Q2&#10;7i4sYSlw6qddajzBBX8snyGej3ZWjiucIRJ6/LoVdlde43E4+qz20MYuHy2XxtCRXu/3VB41q/LO&#10;slGJo2ErheWC2AKkgi9waO16vOZKpxeKhkq4vNS6alqgxxUlzcTsouYovoATYsyW+trDdd4hsLOO&#10;6vG0OFYUC5f5L5ev7ehzJ4AiWUyBTmuK1ApjpdS9i4/ZW3KHObmqo6OoWOpZaFacJVZSeJHRYcdF&#10;cNVPJzZVvoUlv0hvZjsFtfG7cp3cyRzZmakipJ6kNUmSoMR4CCUyNFACbogUN/qiSbLGW4bvd7nK&#10;BlbEOWVcYr60oCfU8PQdBa+3NI2/TUBMkfKv+DomuW3FvXuLKxvWPkKTZeNrJsnQ4pliEVATIrL5&#10;ng8NPWVRTUHnLGO7XjCgFneqioeOn+2oPDNWRO7eJZ/EjXF0VpDEqQsQxso0mwPK2J9oI4wZGkuK&#10;rAw40qf2Dj9tcdBa73jTWrUHS/2h1Fi6nJplstHXDGyxR00Ynh8lQCrKsrJAs7TToCli7alY/QE+&#10;0UM3WV07GnmNMsgdnabQ4KMEp2hUxMXhkgOouNUamRSC5sfZ59FDDEA8ethSlPI+ufI+XGg8ug7c&#10;XMk0mk1OejYYbYG3tr4qKMUXkEPqElOyLOXMj1SySq0zxaD9wNDEl0ABCrce3zGzY+Y06Sx09TUo&#10;oiip6NIZBHTxrH5GFQkYeZoY5lLKf0hwSPUAUNykyh3jdlQ5JatSTXy8gSCAfMg+mFUMErEt8P28&#10;OkTvOoymPgr5KKWroKN9c8+Qq6hkl80hZ1UUszGOli0KTGQAWsbWtwv/AFxpNHO6wWiXxxoDO8cc&#10;a+iJWcTRa0AsdaP+r6A8ANmjeG6Alc1+ZP7D+wjpa5UR9i9vr/m+XRW4nevyNO0NPNkJGaXy6z9r&#10;T1UsrjW1ShlicxssiuDG8ZJW9z7R1dNBRS1MsnmyDVaT63ZIpKq7sjaVkiiANOAg9JIP+PABO4Im&#10;uo41AEaoR/paAHP256Krm4jiUigWgr0ZbbOEymfpKCCNIsXSUMdNDBTQqaSgAp00ORCZJ5BJdySw&#10;RlubWDEn2mK6oylWEpoZIqQSMEignZp0plHqcI6pojVpP1ELz+b+ze3htYdUrIXYZJGK/wCr59Bm&#10;53auojof8Fs7D48rP9s1VUQaHEzRg+aRo/CWNySwjUWBP0H0t7ixF3qPtW0zLHGI4EjdAKiXxmQa&#10;RGfLp1BSxcA3H+Pt16LEsigqS1TXyH+DoJ3d65RWLHLZ6EOno4Y0MkKGLWVZ/SPqvKAn6kL/AE9o&#10;LcOUy8LPSIrUwD6fHCjUoM0UXqd3RVLIGY/69r/n2I9stLFgszHUT5nPRZ9WnczkE049KiloadVD&#10;KCx/Gs3t/S351D2k6zdaYaSijqWhzcvhTWpEkUVEzKw0KIifNJ5LEMeTfT+PZzb7O16s/h6oFBwf&#10;Nx9vl6U/Pou0td6ip0H1GdXyp5elfz6ckgH4AQccgfXk/T235TdT5mGKeJS0kbCPQrOyrFYeEmNu&#10;AU51D6i/+PtXZ7Otg7xu1FIrU+v28ekggMTMGajevn+3rPHEsd7c3t9fxa/0/wBv7iHaNfUEV9ZV&#10;xq00REMvnZFp43UssaQhhoaI/i7fXi3t1d6ghDW0MRIU5xXUft6sNwQKIY4wQDketPn1yL2JFvof&#10;6/8AGvciiX+GyrRemXTaeoyDE+B/CLNCxY2RZCeTZuDbj23cf42vjHB4BPPPTMoE6PJgE1Gn7f8A&#10;N1xYFx9OCCPx+eD/AE9vuV7DX0pI0L0zmGlqQscSF41VFJgkWPWQqyA3Vl+n0PsusuWT8as3jZZe&#10;NM+orTy9OnbWyZjqKnXpqPTz4/sx1iFPzc8W+gAHP+8+07SzLknlSnlihhgmlEcj1A1S0+uR0lLS&#10;sGBYqAAyjUD9AfZnKjWqp4qFmYDUKcD58Pn/AKqdKJGaBYtS1bSK/bTPWQqRyRx/sPzx7n00unII&#10;tYtTVwywqV8kkcUCtFISzNI0iKpen1AD+oB9pp1P07PbsquD+ZqOFPPP+z04KGJnQhXBr9tfKnn1&#10;xN9AVfwbAD/YW/3v3gyWcwsFR4MYryojziq8kkbQiQDWni8bCVRaJrsNVyfpzcPW1huEkeu6NCaa&#10;aAg/OvV0tppE1S9pPDFOvRoxX13B4+t/6f649gnuGWPcVVVvDTfays7hhK8oWTRdZgrSgSaWv+k3&#10;A/r9PY82yN9sjjjlm1R8ccR6VpjoTWZfa9DPJqgIr28RXgT+fWcCwA/p7A7de1q3HywZCnOmeqZB&#10;M8r/ALSMitwqGKR1IFjcjSb/ANfY/wBn3eK6WS1mXsRainn/AJ+pF5e321u4pbScfpIDQClSMdd+&#10;1FhaqmpaQT1t5alICjzyN+mZrG4SUlfH6iDYX9lm4RSzzSRwmkDHAH8Pzp59Eu528stw0EA0wlgQ&#10;AKdvzoK14de9o/d+79wU+Pr6TEr9vj6ypFZOaONABURR+BZIpDD5UEnpsNdtRP49nWy7Jt0s8U13&#10;U3SKVXUTwJJyK0/lWnQl5d2DaZbm2mv2D3Ua6V1HiCa5FaUH2cOvew5o6SHJF3aR4nnEkw+9d52e&#10;d0La5vIxAlm1i+mwVuQPYolmltPDWgKLQduDT0H2dDO6uZbIoFRWChR2ADtFB2/Z5+o697TabWpp&#10;2/flml0PrZCxF/FqPBPqJUEkcezZt5kjH6KCtKft6NH364jX9JFFRT9tP8w697EjCbfx9BVU0vrl&#10;Wnh1RImgEyljL4FlkKx+SQc3Yi3+sPYV3DdLmeCZPxs1P2f5OgduW7Xl3BNH2qWNCSDSnCppmgHp&#10;n0z172LmTxtGaKKsoTHCy+V5Jom1MwKaeCVBZmZbHngj6D2DLS7uRcvDc5UnA6ANne3KXUlvcsWU&#10;8K8OPlw8vkOPn172HuGyFdJVSgeOOvo5tSqzMrTwxGNllSKRZRK0jAlrCxsePx7Ed7bQLbrqDGCR&#10;RWn4SRkV8qeXn0LtxtLRYkLamtZVAJH4S1dQJ8vlmtade9uuQo0z5eVsi6VNfM0kkCLFDSLOzSa0&#10;UKixwLMhNgUQa/6fX2itLhttAEdqrW8a9pJOqnqeJNPlU9ILO6O0kKLRTbxCikmrFcAE+Zp554de&#10;99Q7SxuDq9FQxqlqS1VRtE9ojKBpeGpLSrJEQzrrLfj6C3vb71cX0OqKkap2vqwcniuM18qdek3+&#10;93S3EkKeGIxofUM0yeygINRwHH1PXvYgf3WRsemYx708S2+2yNPVuZp4IpiNccIZm1opS8YQksX4&#10;Bt7Df73KXDWVyGNO5GUUBpnuGKEg0NfToJDfJDeHbLtGY1LRso0g6RWrcPKtagfD173OoKCjnpRB&#10;W/eNLCywUsjuFUUrJF5BDK40IGYahcMCTY3AB9s3NxMkwlg0aGFWxXOaV9fyPSa6u7iKdZLUxCNs&#10;svHuqaVArj1697x1WNiVLeKZfuWTxwNCC8UZaVBUSysZCzQxWvcLx+PdoLmQt3OOzzBoPs/PrcF6&#10;7MD4iHwwasCACeOkD0J697DyqnrqKqjjaqNVHEUjmhkpQfFEG0LcaQJCgvcfQ8exNAlvPEzLDoY8&#10;DrpXj0L7eK2uYZJfpwjkEqQ9Kmla9e9s+ZwU2VgpNdFqSRVlWr+5dZIUjWJBGsHkEfMX0RwVsLe1&#10;lhfpZPMq3OQaadPGvz+3z6Mtr3SKwluP8ZAZcaNIIavE6qVH+mGeve2vA4s49KgyvJXIY2GRZ4QJ&#10;NMiyKBj5maK5nUCNdNgA/J55V7neLdmPwwqDUNA8hQiuoeRFa5zjpdu1/wDVmIRxiGp/SFcVBHxi&#10;nke41zjHXva7xeFw2TkqPs8bLj6OUJB9vM3ikgCGItFpkRIwjTITGyi44BOn1EPXt9uFskYuLhZJ&#10;1qdQyPPPrWhyPPoL3+5blZRQG5u1lnWp1AVDcc4+RoRxrXz697a89t2khyMuOoJadacuRLS1M0c8&#10;0X28QUxzVgWLzCQO4HGkA2HPtbtu6StbrdXKt4vkyggNU+S+RFBXpfte9SPaR3t1E5m4h1FFIY8R&#10;HnScCv7evey6bi6lqfuJUSqonxTXdZwzO1OzaxZpF4Z4SAptdRcXF/ck7fzfayxQ+PbyfVDFDgGn&#10;+z1MWy8/W4jiMkMgvhgjhqHlQfPr3uBtfrnJ01SkU89PN4NfhFNIhcL47rIsgvGqxOATdQbAj2r3&#10;Tma0e3DRRFQeNQaZ4j14dKd65wsp4mkjgddVKgggf6j9vXvZrNrp/cOGOomaMs9NMldTPWPIaiam&#10;WSUSKojBKVFMwSMHkSPcW+nuIN2J5ikeFVOlXXQaYANMH5q2Sf4Rx6gbfWTmuR7eMtpDqUfTQKGp&#10;ggVqVbUWPAr172HO8anHZtMdHSUzxyZBqqCSaeJj4vuqtWQNOkZjWCJGsyhVY2AufYm2SO625rqW&#10;eUMsQVlA89K5+dTTBOOhly3De7U97LNOGWAI4CkU7V/hJqSTgH4a5GOve0hiv49tellwNSwpIi7w&#10;NZA61QQSJDLGZfTM5pwRFyBqIY8n2dXo23d3W/jDO2moz8OqlQafPj8uhDe/ujfZ03WJDI1AQa00&#10;V0lgacBXj/Lr3vNnKfJUWMhrqKpoa+NKeoeWWBTDkqKGY0xgkLgMkktO8SuI9IVr/Q3v7pYSWlxe&#10;SW80UiNqQCtdDEatVPkR59U2qSzubyW2ubaSEl0oGzHIQGUjIqFapGqpoR172Fm69xZOsEdPTxzV&#10;cdWYqieCCyyzvVReSSWRokjUSLItgLAICPyR7FW2WVvaDxCpEiEqDxCqK0pXFPLj0Oth2i0tvEeR&#10;/CKVCk5ACGgAqcima+fHy697TlZFX0CwVZ/iNDFDSNU0KU5Ws1mKVHNNMwa6xNTxub/gg/0PtXNd&#10;wSrLFG6tIhBkFKNpNRheJJIOf83RxbSWt080K+FIXl0OW7DRge4epDEftFeI697HKlyj1m38XNS1&#10;wmnpkYRTPFBBqkrRTStQosMzvUyxKxB1XsRYhSACCWtli3K6DwFYpCDSrHAqNWR26vl1F9xYLBut&#10;6k9myI7ZALN2qWXXUqAo4cONfPr3vDnqfclOKepqaZ9SoJJKhPMtOYJaYilZw9wmlJrEEre/Btb2&#10;o26Xa5fHjjlFa0Armoajfnjj1faZtnk8eOC4UeSqaaidVGoeJ4fOnXvfLN7qkrtp4ygr8VDWZE1v&#10;kosjRUj0dRBGFWOOmeWh/wAmqmVYVJEsRZlI9Z91sNnW13q7uLa7dLQx0ZGcMrHJqAw1L9qsB1fb&#10;tiSz3+8ubO8eGyEdHjdg4atSW0v3LUk0KsAM4697bNg7jXHZnFzV7KYauQxyUsEUcMksRkljYlNP&#10;iR1liNmIvrI+g9qd/wBs+q2+6Fsp8VFwWzRh5V8/29KebNle92y9itF74h2sxrQ8Rniwoc54de9m&#10;+yEzmjonLR08LzXpnmhmK+CYCSKUzALHFJGujUB6XIb+0PcLW0f61woqzgdwrmoFCKedTWnpUdQt&#10;st/c2cstuAxIGcrxGSKfEQTX5gcOuBTkkG1/6Af0t7Vu39z4XWkBpoUmmdRPRrTBvLAl0qPBIoMI&#10;lpwrSLGy6nS9vUfZJuO0X3dIklYVBo1SKE8KjjQkgV8vs6PLiO7kj+oinYhcliSTgig41oSaeg9O&#10;oc1OSCdR/wAP9t/r/X3G7R6p6l7lwNftHemGxmfpsnTCgqaiQyKXH7bUMlTSU8qVVHNjnSwIaJwO&#10;Ua9vYG3bYLbf9ovNp5h2VLnZ5Vq0Lg4I/wB9yjSweuVZWBXzxUdDTkH3I5w5C3ay5i5U3Sax3SEm&#10;hWgGRRx3KySLJwKurIMFlIHTfGa2lZ3BV4CFvE4AKafq6MP1+Q/j+zf3S584fjxH0XFQdj4UV+A2&#10;btvDbd2ZHgY6YPhZYqvLNE+dxtatPDNUVNMlXCrB+LFiAAPeHXv17YbXy7Db80ctz+HskSW8HgUB&#10;01LgtqA48NQYfZih66Zfcx97d9523a85I38G+3++uLq+a6eTTJiND4LRktWtG8MJkKSTTADvBVQ1&#10;Cao5EJFg6a1LRsforgE2J/H9fdfm/wDb279pPtfsDZG0a7c9XuKGfF/wuXPV1DDR5Rppa6etkx8F&#10;VCJ2ymNgk8TaWZDwttI94+XdlF+7dsvbK0Mt8SySprK5B1Blp/RHDj8us0pr25td63+w3nc1t9pe&#10;NGjk0V0sf06BqUFGGQcGtTQ9ZwwJK35H1H5/23sQeu6PsvsTJQb021UZHbG2KCjyNHJjZ3rK6arz&#10;NGBNBLBU5KSaqhx0EkfjuC5Z1LELwvtJFb3UsgubDxFhBIFTqYEZIqaggevRktntO1QPs/Nk1teX&#10;UtcqioNDYAIUrU+ZyOsbTRJYM6i5IAuLkg6SAP6g+x22DXVHYO+MfgMpvCux7UFEKCkzNM+OeuyF&#10;YaapnlioV/h8jL9sFaDQEDuxPHJ9m9juN9ve4w219fMECaAQyA4qacOkO58k7Hyhsm67lsHLFsZJ&#10;DrZAjLUk0JJD8TSvUDMVj4/H1FWkDVBiVW8SgEt+5GpFuDwtz7F3beA6Umo8vUVW/qvND7yrGSze&#10;Sy2PxyUs+P8AKI1zGinpI4xAUcEMBpuB+bGU965V9vrLlT967dzobq/mYViMiq644tGBUBSKGopU&#10;jNadYy8pc5+8G98/psm6e2ENjs0RJaUQzkFFrpEbydrNIStKVJFTSgPXDKz1lPQSz0EYkqtUIii0&#10;6g4eWMP6QfroJ/1vYe7az2M3XX5fa8dbXZeOSSshw643IvRHGwU5kjLBTLHGlbUU0QMbmwCsXIPu&#10;HbXxb+Q2n1DNE3wBWIBIxU8M086dZY73tW3bDaR7xNt8EcqqgfWgYmtDQEqGWh9KZ6zTrKghnilW&#10;ns2qoV4hJ5Etdk1EkxAH8j2Hef2PuzZlPW7chGPyEstTTVdHnMvSR1kNKqzGaVKzPNGhxj0AfmVh&#10;plVSQpIB9+v9i3GyTwJYBpkOGpX50aSnYV+3o85U5z5avlO6vFIlxASNC1q+QAI4z8RagpQdSIpV&#10;qAsqlgCDoS9iQCQSw+lzbj/D2iOrescZtPZWVU5uDdG4M5m8lX5zcVGZZ6HIZGrL0C0lDNMQ70dB&#10;S1Oi4RSXZiRyPbG2WtnAlrayyUBceIyioNcY+Siv506f5yu923K2vbyMMLjwmZEfJBA1LqBx8QU/&#10;ZXrMGJfSRYaSfx/h+f8AY+zVDNbkx+w9rw07w0GKoK+oWKppp4tc8UEs6GGKnJvphdbggelyPyR7&#10;zC3rnPkva/afbdm2ZhLc6jEiV7qguC8gK/DQgnSxIBBwSOubOyey/M/MXupue8czbbPGbhhLcTtR&#10;UVQAXoyMKM4GhQMgCtDTrgJ4WleAODMihnjF9QVv0n8Dm/sxPVGz95b8OI21kqeow+wdVVuPL1lR&#10;rfKbh3NVlKegoYTKnlp6DGURBmmuXdvSpHPsIe3Xs9zPzZFHebtYy2nLVGcu4KtLNhVAQgFUQVLs&#10;MmlF49D/AN2vdrlTlWCf+rskVxzErGGMIdSRW4BqXJJ1uz0Kj0NTwHSYq8ZT0mUqdxElq9qRMbE+&#10;smKlx6y/cS2iJCGaee5J/oB7tsXJY/Ym2KGqzNXDBisLhIqDGU5UR00BWGPxaY1ZRLMQjWUc+8pZ&#10;Le3223EcEgSGIBageSigxw4ADGB1z03Pf0L3NxNIWllnLEnudieIFfU5r5dFsm2ZNvLOZKHF3pJ8&#10;hlI67MVmmzyQx3AWVwS6K4AHBB549kH7A7uzO4q6Wm21FNBBqYK9laeSRnN5JZY10INP4T6f6/sI&#10;bhvolYR2KMX/AIiP9X5dI0vdwmRnu736a1OQq4anlVviB/0uPXoy+D2lisLFCsUPlljQKZJTrsSB&#10;cLfkqCLDVc+wzo8DujP1SS5isqAsrjXHI0vCMQSQX5IYH2VRteT3MRmkOeiK93zabASNbIHn83Jq&#10;SfmeP7elQFVQAoCgfQKLD/bDj2Ae2/j1TQdpbxrUoKic5HMSVZYRSPqMgdmbgD9Rcn3k3tXOMkHJ&#10;G07NFP8AqRKQRXz1kgkfYAB1Ku9e8FxNyJy3atdRqIbYLTUMUp137M51/wBKTbW7LoKqHB1Xgz9G&#10;9JKvgktLIhkaFeQ6lgzggf0B9hDmXcrjfNvs4L5GZ4nJHppIyPllQT9g6hHmz3LTf+S7u3k3BDPa&#10;yhlowJAIANPPy697OZH1jVQgBtt1QAFwWpiB/rC0YvYewSLSELpC/wDGl/6CHWPT8xXUpBSeQ19A&#10;f83XDyR/6tP+Sh/xX3Gm6/VL69v1K/W5+3ktx9Twn496ewWlRbVp9lf2gn/D06N53QKDrkA+at/l&#10;HXepf9Uv+3HvnDsXFt6Zce0TX+jRzKRcADhQOD7WW23QyBWlDBT55p+3pJNzFu0Rr4pJ/wBXr1y4&#10;P09yH60xE1zTkoR9Va6eq1vTwLD/AA9mybLakL4bLjhQf5ukyc5blEQsqVPzz11cD6n2zvsLNYSo&#10;WvwFY1NUKbh9Jlufyf0sLekD8+7NZX8NTaXhC8NOTX5kcD0eWXPMLnRdah/pTp66YK6MpAZWUggi&#10;6kEWII/IPvk27RjK6lrexdiY7cgom1RZinoYKashcAqskjwxQLLpv+kg3/PsP7htltI0U1/twM6t&#10;XxKV/OnUlbPzhdXVu1hZ7xW2cUMdaN9gPA/mOk7UbfsJDjK6sx0kh1m0pqqfV/QQVRlEVx/qLexr&#10;xPdGz8pRYyLDKKqNY0jqaemYNLQWJVY5ogfJGE+n6bf4+0R3KxinRPHkOogdqVCgYGr/AGOHUOcz&#10;+3m5Xl9um4mkSGrANgtXNQeB/Lp6pYpIkVJXMjoqq0hsPK2kanIA45HsVomE6rKkZWKSKOSMsSDZ&#10;7NYjjkKfZ0TgUapr1BV5B9MzIT3g0P5dSr3+nvjUxAoLGxv/AL3b25GxBzw6SwyZOMde9sWSo2MD&#10;sikkKS2k8/7H2vtph4ioTivRrZXC+Kqsw49e9hLknCOxP11eq9wf8bk+xlaAlAKVx1IFkrMi57ad&#10;e9pXJTxiJnDA2vwDz9PZ1aoxYKR0fWcbF1Urx697D7IVSzQyFtVgLWHBuD+P62PsRWsQR1K8a9DC&#10;zt/BlShr/wAV172Hf2rTmV2jJs3puxBYg3FrfUjVf2I5J1SNVpin+r/B0MBcCJVQPSoz172sGphP&#10;iW8kSPUJS2CsCLEWZXYfmwBHvDT3jigvN/mdNLN4OaZzXz9Og8srR7goR6RF+PXvYX0GVpsDBka+&#10;ujMaQR1D+RwAiiMNJIfUANIW5v7x1mdbKKaSVgFAOT5f8UOhzc7fcbrNZWlq2p3Kig4ktgftPXve&#10;sh31vOr7C7j39uOeUPRzbnyK0diABRQ1bxxIhHB/bjBuPeKO8XR3DdL++rUSysR8lrRf2gV/Pr6P&#10;/YXlCDkb2o5G5eRKTRbfC0nlWR1Duf8Aeieve0pFKkAHhmjVhGNEiyKRGbnU2m51eni39T7LQGzT&#10;qZ6KfLr3tkymUZHEVOSykEmW93Pp5LH+tz/sPeq6vPrxann172j8rPWZE/boSlOLEs17sbcgn8i4&#10;91z3Dy68GB49e9wIMWiBvNzcgqRe34v73SlOt+JQUA697lChpVbychha1jyLfni3vzAUyePVfEPp&#10;1732RMqO2slCQoLm9h+Prf8Ar7qSQuknt61rpUaeve4TSshjvpcK9mNuSAbXva9re6rSo9OnVWoB&#10;8uve8LTQqWMkBfUWa6uVtz9D/sB7dqMAjp00oD1726xVe3/tXIjkFWQVCySERof9f8m/uw08T14N&#10;Xy697ZnyT0944Y1iB5WRl1A3II0m1j70WAzp6qSamo697jPk6uRtT1MhuukhV4sLkC1v8fetWrrQ&#10;anAde94mqp7iz6tXJtzpH9Pfqde1/Lr3vi80ksn7kptpt9eCbcD+vvVOA62HFOve/XP+qP6dH1/s&#10;29769X59e9//0byahgACAQbgkKxAH/BQSef9v7zQ3iI28NQB1wS2aR7iUq3wAfn0RTeGMjw6JGgJ&#10;kBcsklmVVDWDjSqEKX9PJNyfcVVnKSiJwkxjdYnXSSjyA6GCurXZSvPtHsjI95Csy1QsM4oOPqw4&#10;/n0s3iM/SyKnECv8wKfZnrl1lWYaj3ltyp3JQSZXBR5vHy5agiLJNU49JddVFE6NGysYgQvP1Psp&#10;e/MpHFkauk7A3I00EJtDj6RzTqImOhvIiAO2oEXBP0v7yEhg2mGNfGmAjZQdCDiBQ1YZrwFKHjmp&#10;6gaW63qe4kSCJi6uQGPAUPl5UpwrXre5+LnW/T+2utNsbi+PGwcPtzH7nwWKrWyQ11OQqjLSGpAn&#10;nklqJjNEZDqGtPqePx7DLA7j2/nMjVbc2riKfF4aKCafIVS0scJyEcFlVjMrGRwwAuTyf6+7Q3Fv&#10;POLGwtvCs5MyErpLIvzrXj+XHHSi6sb+CJb3crlpLgHsofhrx/L5DHy6M1X4Wtw9HDlsxXSZHJSz&#10;RRUlMk0jQUs8rM8p8DWUFdQI+vsN9z7Go87UzZCMRxGnjeRpldgfuIm/ybQpYXVdIuL/AE+vui7I&#10;Z1E8RCx91fTVU6QB6U4+fz6NLTfJrFI4CS2vFPIr51+dOlxh8rUQww09QTKzhPooFi7EE8AAcH2H&#10;/XewsT2Du/J0VBSQx5PHxn+NV0yB6aco2gNTpcxJ6L6uPqeLe485k3bb9jhnvSKSDtOK6iCOArX+&#10;fU5cjct7/wA2zQ7VFc6bbT4gNKmOPh3YNSW4f0fnnoq/z4+a+w/gd0hL3F2JT5PKUVblqTbu28Fi&#10;VhOQy+eqop6qCjDTS08SRpFSszvqARSCeAR7M5B0dsijSnWkqoxkqOoR/KgEkGpZC5jMIPpTV9T/&#10;AI29wlP7qPJ9SohCx09QGHyNSft6yisPu+7f9PY3X1Fz4xKksxJU6SGbGngcEAeXzz1rO5r/AIUC&#10;fLfJZjN5HI/HrF0nU25Nv52HDU61v2256aiq8dJFR5H+I2Wnm+2fXNYRBXA9Lm1/Y+V+AgzMdF5Z&#10;3p0o1RVjgkazBBZbEtpZAosB+PcCb3ui3cqyThxKrFqE+p86eQ8v59ZFbRyTeLMk2y+FJG8IjNRU&#10;jSKEjGPmeNeFBjrXW61+bO5OgansWB8Li9y5HftVXVdVlcvEKyoT+MCSeRy9RGsy1I841m/Li9+L&#10;e3imp6PGRNGn6WIa7cNf+oBLA8+34vFvvDdQQgpnyx69OX1jFttrPt87Vd10t5gnFP2U/wBQp0Wj&#10;O783x3Fu2g3Fk1qq2rowkUUtPAyrBRxzFooWalQKEjjP1LE/4+04uESpyE9Y1c7wyMr6RMfQyG/0&#10;0kDV+R9Le07WDC4kleYs7HABxU/lX+fQCs+TyxhjYR6AzMTShoT9gH7SOrD8x86sltHpfb/X9F1f&#10;QUO5MdStizmqmjp7ZSgqoZYI6hotLSyMTFfWNLFvrf3nqczE0zY6AsVQtTS+khr8XIfVwR+LWPsw&#10;t9usi5naKtyOJPAH5f6j1Iu18x7htsFttitTb0NIgR5A5881NOiuH45ZU0SdwZxsXDV5q+7KYw1N&#10;HV0Wiof7sRT00UpEVVHMfVE6Bl0j/H30cbVUWLKYfxxT+USE1A8hZWYlyTwS3qNvaqa7eeQQav1V&#10;pTGAMdHHNm5b3u01vdEyvbNGquI1pwrpFeFK8fP59NOz98dY7w7WqMr32MhlsJFQtDR/wCWOjWne&#10;GnNPDHFAZKZYKbzAagA1wLj68yqJKiOCeoyCrM6AkGGMFiqA2uvBJJJ+n9Pb12ZdVtFBcjWASa+m&#10;OHRNtU1vbWl5cb3BIyLTwwT3VJpT0pw6SvZEu39w70wO0un5KvC4zI1bUE0NdXM9EJsgwjjlnnCt&#10;ZbMSwDMRf8ce8mNy8NY0mmCSIRE6hINNwCQGC3ut/ra9x7Id32/6mPxYGJmB7qniD5in8upN9t+Y&#10;Yr0S2s1mscegFTUYJA8uPSD7/wCgM51dBtyun3Lhs/LuCFarTip/upY3UxT+GaNSH086QfTq/Fvx&#10;ypcQEr5a9KqolWQu4iaRjEgNrgXGnj+n19prne2FsLV4m8c4z6Up8vLoR2PJl/abnLuP7yV0Gorn&#10;uznNBTH2dMu7u+IMh1jt3rI7D23hJMXDQQVeZpcaKfMZGah+4CVVXULJK6zzrUkSGyhgBwPcfLrk&#10;V4odKh7AuQToFvre/Hs2s5bi7SD6NqHgfy49Ytc37PvFtvl/HuUrvqcspBFCCceR/wAIPy6OD8ZN&#10;x9D1GFk/v6k8DYynvTYmNJJBX16mIRxSGKRRJBJc/SxH1988ZHOlNJFlJknMhsdfKtH9QT9Dc2+v&#10;tZu0N19Mmhqy1pn5fZ07y3Ds1bq23mQjbJFyoPB1UHzIyDjj8uk73ruSjrt8YTeHx/wVbszJ4Yoa&#10;KTHyNHVU9XVVUsZMEt5mBJILfQE3Nv6T4ftPHPHjvtkcKReI3WN3NxqKkMOfxfj2RRpewzWrXWn6&#10;ZpAppU0LcCVBrQ+tehps7co/undtv5Vll/ehQsBJjC0qQxLClOH546BnsWo7fq91bQ3V3/TZ+vwm&#10;TmpkarqA2qto4ZglaKedtEMVWEH+osFtxbj2FOTy8u25Pvd45rFUGMi8klR55oUDB5H8LRIWWVgN&#10;PBAHuUdh5c5n3hj4GloMjAbTn4TwFMedT9nUa3PPGzbHdiY3Uv1QajBmJ4Aa1YAjPGlKdXP7K+Ne&#10;z/k7sOu2v8OulOwszvOspsbHgdyRwLRUVFI+PiSvTKZtpFxVIrLJLx5ASGIOoX9hTuz5cdH4aPVL&#10;nHyzQErHT0FMJHLQiwb1yottX0JHsZbT7UcxQQyxXd9CshJOqpweIFcAj7Oje490uU9yuILq12OZ&#10;5I0whKgVphmZvL5dx+fQh9Lf8Jxv5nNUaqgy2b626rp87SuMxn8jvuorq2CGtAEtDS0OEx1bNMxQ&#10;t5gskaHlS3NxUP8AKTce1e06vMdkbVxNRi4XrJVqVrdAkSrhSmqaOcFGljVKtFmUi4vq4BIFiLm/&#10;lefl+5s59RYOPiJJ1Oqip4DFf8PUhe3vNUfMdheWMgAkU10inarE1FRxp5f5et1n4J9GdhfFv4+d&#10;XfHjsjf+O7Jy/XGzMdh6TdVBj6jHpX0lFNUU/wBsI6h3lkXGwy08au7M7J+ok+w561zmO3Lj6bH1&#10;Kr5KsaKJGkUCCqiYylUI5kjnR5VXk/5v3LPtzzMkkcMcxBL0UDy1A48+Hxfy6BPO2xyWpupEQ4FW&#10;+QANT+2lejYZjz0TCuhd9CWEwFifFYszj0/qVkB/1r+1zm9j/wB368ZWihEVpoo6uJ2ZXWOZvtpJ&#10;VHBvC0+oMpFmAve1vcs30Nvpkmi0icaT5/NT58RU0+YFa5rGW13dZBC4JXScjhxH+YV/PqBQ56DK&#10;U7RGQSsxl8bovEjxpdOGLXUtxa309jJs7siba+3st/B8bBFuGdExqTaNX22QMzQ1Ekcd2CqJYHIt&#10;Y8A/Q29ks15fXMIMb0lJ0MaZHkaehqDQ8dJGa56MzYWsd540wLRgFgTx08fKg4A+XQD9o9NUPaea&#10;2zT7nzFVUbTx1ac5W4VaiSGHL00FNeip62WFoZXghacFYy+lvze3Id5vcU24ty/weokNUad6auFT&#10;K4MzVauseSIuSXVqaqnBFh+P6e1dtbQq4tVQAAhgfPJ78/MMwP8Anz03PMVt2uJTijfZgEr/ADAr&#10;8uhawG36HbeGinoadKGJYXp1gp0SGFKQgChiWOJEUiJo1F7kkLze5uDHY+26ipxm2M9TxtFUZjbs&#10;dJWOARDU5HBSy4aq1/VRNJFTwvY8klr/AF4DFnCJ1EbSD6hVAI9eNP8AjIHS+7k0umj4D/x4ZP5c&#10;elBtXIK1dubB62Y4XLRyQRvy6Y/N0NNl6WzX5hjqKieNOPSiKObXKM6/28KrJ3yLD7yuaJYp5WYR&#10;RRtGHkSTTYKdYK3/AKj2abdbw+KFlU6mIofIDT5/nX8ug7c3BRlAPaCa/nTpV1UphhkkFvShbkEi&#10;+pR+P66vYx7YxUdbgd3Y0hf8qxuVgX1X0TQ4qtysTo39Xnw6aTz/AMUd1LJb30YFTpZceul3NPnV&#10;KD5Afb1UurNHJnAVv2si/sCsx+39nSazVQ0M2LmV2GjJY9eADcVVfRY91bg+kpkTf6G/tv3Xt6nk&#10;xmxM3RqHi3DsGgNToDMRk9uGTBViykk2kaCjgP8Aj5AePavwfF+ilShSW1Sv2x0Rj+YAI+3pdbmv&#10;1i/hS4oD5EP3A/71qH2AdN20s3PUV+8cJVgip27uiqiXWvM2NzVPBnsdLEQwBSP+ItAePrCfYC1m&#10;JSOaSyafKzBlBvpswFje/Psgmi/UYnHdTo64JUHpejkA/wCHsQts4NU23nXswjgakkX18lvNAyqO&#10;LHU7WH+v7fEAFhet6Co/aOk/jL4yKT3Ub/jp6b6mo8dVSxAXMmvi17aUdi3/ACCBc/4ex6+U21pa&#10;Dem3MxHCpgzmxdkViSMTokmixFNj5mvYIJNUIte/Hs15hH+N21ygB1WlvSvyhRf8I6DNrdhGubZm&#10;OtZn/wALH/J0W34m7vTdOwt5UzSFqjavdHcu2alGBDQtRb/zNdHEfU3ApcnEV+npYf65UXRnVNVl&#10;t8UeBzOOen14aXOy007SRl6OGGVqWZHSzCOdmBt9Db2T3W4LtlvJdQsGkApj9p/kD0inWS+bQp7d&#10;JH7OP86fl175K9/YDpzqDNdiLk6eWnpc7jdrR1NMI6yOHM1+Vp8aYnBZYxJDJL+k355+n1B3Mww4&#10;vd8sdKs0MNHNllkjZyxIp6+jpZQWNjeSQDnggH2ANx3Ey3kt2lQ4Sp/4xT/B1LOy2VdstIp6dwIz&#10;5YDdD3RVRrsVSVcmk/c0tFUAqoAVZKRqlSqm6jSJLcg8ezT967Rj676ooaEzQ1Mm9NyDcsbRhmkg&#10;oGpCIKafVYO6NUuNSgA3/wAPZ9zNuUH9XRYHMss4lr56TGaedPiY8QfLok5I8S43+/ZUZYrVNDcK&#10;MwIFRitAPnx6I98cu58d353bvLJY6jr6WLp/bidc5E1Swx09RuCty0s+RqqIKHkMT0uMi/U9hpPH&#10;9AFyG66zrGmwVZtbJml3JJg6OCephgjMmLrqmkhqKlIPKrR+f7eVQxKsEZjpANiA3Z77ecufSy7T&#10;e+FuLW4RmX4kDA6wK+ZwBjhXzpQTPyzY8zzXlvu1kZdsE6yBWJCvpJ0/DQ6eNQCDnj0bSnxcO+IM&#10;vSblxsU2G/i1atHAZ3EeUoYXNKz1kcTiQU8lRG+hdQDpYn2KXx431vnf2+5cxunNTZVquoqVqZqi&#10;OBPFjMRS6/HEsUKJAHqJhfQAW4v9B7RLzVvm4Xr3m57g87zyaWrSoVaUGKClRXoQQck8t7NtTRbV&#10;tSQfToWjoWPcSB5kk8adFa+ZOA2nsj497npMHi6bHS0dDQ4zBUtOZwBk8/mKGigWW8rGZXgikUA3&#10;034HscPj9vbD47tLL7jraUzxvDlzUyUgRV+4yNVDHFUxxSyoXEUV43Fgfra5PAy9peTr/nrct7h2&#10;uRI7tbNpAzGgBMyYAoSajUPkCSa9Bn3g5y2/kjYtsfc2l+ma5jjYIAxpopw8wK1NPl0W/wCfvw27&#10;O+TnxEf499XZ/EYHcsUWz6rEVG7Kyshx00GzoY6hcbW1tFR5F4vu6qCNkIiKiwLaVU+7FMDuDCZh&#10;mlxGQpqiOQ38JkEVQNRuA1O9pEIv/j7mrcOUeY9lsoLfcrYiYDJTvU08wRinpUg/LqF9u5w5Z5gt&#10;1m23dI3WgwzBX+wqc19acD1qs96/D75N9BY6nxnb/XO4MNkqGKCKfP4qglyu1a+QAqKmm3DQCfGO&#10;ZxCz+NzHKtjcX49rDhb3BU88EfTj8j6n2DybiJysjVp8iD+yp6NlKMAy/D9tf5jomFRNkqOZ1lmM&#10;ghllU3jKFwWYkkE+q1zYiw/w9onfIr0xtFUUFzLR5jFVkoCPaSlSpVaqNQHBu0Lm3Ps92W6vEgkf&#10;b3Y3CyxMyj4mjEqiRR9qk/kD0piit3lImXtaORR66ijU/wAHRzfg1kNvSdgbuwefqlgpdw9f7vwl&#10;NJUNTItPlKmkhmxsknkgcsjVUQU6bHke5MlUtSkbkksYbkGOwLLYgm5P09zEkRiJVcLXqNZEYGWM&#10;E6qn+R6M7trEPt+qWKONI8bBWuqBdatGnm0uBoaMLGqj6ADge8MjzRRq+lFUPGbKoBfULFf9jb26&#10;qxytpJJanRJOpAOkVavnw6Fnb0GHyGRixktZVVL1NPUx60vJAhilM8TPJpLQoq2AJuDzx7gB5Kh3&#10;0qsbSLy4lVT6bf0BuT/T2posQXUSRXoluUUZJPHofcdFR4qChgq6ibI0dLOHFGadpNB0uQ6FrMGU&#10;m17/AJ9pSro5EqYmaOmnaOYOjsx1KQwNz6D/AMT7N4Jw0TgOQCOkMsgWMrWgI6NDsvPwZHGVpimz&#10;tGJKQ08tOBElPIjAx3AeW6sqD9XB9xMhRymcPpVSvqBClVBDBhe6rqsRxb29bTp4VKmnDopBCzwl&#10;RXu/zf5uhS23nKJ8FVY+SrqalJYXhaFpB5AjxSQMLxyN6ijn2Ou32Lw1bkgaqiKYRjj/AIE0VLUM&#10;Dzzpkdr/AJtYfj3iF79WwL7LIoy0MyV8/wBKQAfsDHrI72uuEP1SIldLI1Rwo4p5/wCkH8/y1Bf5&#10;muD+w3D1oUSpn/35u4drGomExlaXYu+c/gIXDywxoPJRRQtxy5YsR/RTRuP8dQJP+83Fv9v7xav9&#10;ulKoSBQgf4OpwivoRqJbtzQjqofI4aqIBZArykMFYW9POonj639y42DXA+ot/vN/YU3G3eDwaHJb&#10;o1hkSRNQ6ReTpmpGiCmzM5VgfoB6Rxxf3xva/wDtxc8aTwP9jf2NOW9zubOXQGdQCDXGPt+XQJ5n&#10;2u23FHpHWQEqP2Vz0KfX+4K7DVMPjnMaRGKcSagpQltJYs4KhABf6X/x947gSBiACLc/gj+n+vb3&#10;llydzjDuCRWc0haXgD6+n5dYvc2coSQJJcJGMVqa+nGnVr3R3eq10NPgaqulkGgU8Qd4yks7BdIE&#10;oKqqvf6kcf63tiz248Ft6gkrs7lsdhceksMcldlK2noaRHqJkp4UeoqpYoFaWeVVXUeWYD6n3K9r&#10;a3N3JGlrA0khBwoJNB9gPUeW+zbhf3RtrG1kmn0k6UVmaig5ooPDFcZ+XVjfWu093b9y1DR7Q29l&#10;9yZWejlnixmCoqrL1ksMMP3FSxhoYHkEMcEZZmAOkLf6A3I98lfmJsrr3FV+3djVcu5uwJhVUNMm&#10;Ho4spisHXRLTSNVZaomUU0irHP6EiWVWkFiy24lXk3233zdbmzud02y6TaGZTRUPiOOIKA0ovCrm&#10;gBx1NPtZ7Db1zfuNpuHMMPgcvq6k69UckikMRoVQxGVodRX5GuDcd8Nvg92xu/LYrdfaGIbanXDi&#10;iqzT19dNR7h3PjpI6+IU+JpaMQ1uKYTQJ5Jak07pGyuivrshEtp/L3tyg3JJm4qyGqqKOshqnx9f&#10;isXHi5ZHfyTUkckFElfRwrCoJZZGaM8nUbqMl7r2n5Q3bb7zavoZIWWIL4gkcEsVan4mVmoFJqh7&#10;WAoCKDKrfPute2u/cvybU9nNFK0ZXxlmlEimmnUQ7MjsQAW1KQeGOrf8n8bOr6nAR4CLHVlHTmkS&#10;iiq0y+VnrFhplKxPLHU1D09UXvZw8REi8Cwta3Xo75EYr5DbTXMbUVKDP0cU9LnsZkahDX7bzMFU&#10;cfPTtLDTiCoglEczwVFk8ym5RLOgw1539v8AcOQtxNjuy1tXJMbrULIg86Ek1DAhlPw0p3Vxx99+&#10;fZvfPZDmKXa99UzbY7VgnjBEc0VGyC1CGGFdKdprRmBB6LDj+m4+uc+1BvBhVUpr4WoP4ek0VNuP&#10;FiOoqIZRTVbzVELU8qLHNSniERmzNdJCONNQV9BR00VdXDJ5OCBIKrJKI6d6mSOJBJOsC6Y4pHa5&#10;stuOPrb2DopUdAB/Z+lB/kAH7B1hvu90sl5PLAumAyNj0FT0azD/AGc0JjpqNaGgLCSKh/sopPCW&#10;DadafU/4g+0vUz5ZsoaRaiNFcLIPLJDJG4DXETNM8Ta5dIJCkh9J4vz7O0isRa+MY+4YxUH+QP8A&#10;n6KzaJcJrC1evAHP/FdCBA1DS0iy6LKEEXjj1K4H6rqFgdbHV+Tf237iyf2s7U8U7GKqjWFWi0ia&#10;mqGIjFOqq3h8ejUAGW/P6gPajbrTxY/FdaOhqK8CB5nzrWnA8PLpRt+3SpqmEZEiGoqcFfn51rTg&#10;QKeXXVE8dRCsrqPIr3KgWQAcXHN73P8AW3tOYmrbBZiGKPIyiOCFIpsfVgRAAK730RQPFcLxq1Dg&#10;afVwfZpdxHcLF2a3GtnqHX/Bk1pg+X59GckklxbsGhAdm1BhXgMEZJxUdS6+niyNLpaBuQQsqXBG&#10;liCBqLC1xzcHn2tKTP0FfJMkb0EiwSF0ppjpiZHlSywO1j5Fc/TkW9kdxt09usZZW7uJHHAPHomu&#10;UuotLHUVp5dQVxIp47os4v8AqeJrOSPpewtcf63sWMVuYbbwLvU6IqaRmgp1K6lkm1agsn6iiLDy&#10;GAF7cW9g682s7nfxLECZRk/Jf+L49CXYbQ3YjdqkVz9nRRO6NmHeW6qHFY15HyFKIq2q0OsTU1Ch&#10;CSvTyDQJHM9i1yR9ePYdmmr99003iSnx0VPNLFPWyMx8dIxWRY0hYEySmRCyBSGbVclRz7EZktuX&#10;ZI9RaV2UFUGe7hx9KYNf8PQyhs47K58Ykn0A8vQnHU/MbuxXVSU1LUCvy9flqWNqLFRIkslVWRo8&#10;U1RLPFIPt6KN5NMrvdVCAKGYhfa1o8fitsY/RRCONnjglqa2YSVddWVwTxrIwSTU5VSRGqFY0+gK&#10;k8kFzc3u7TVnJNCQqigRE46af4a1J9T1TcdyLoUZz506CLF4vcXY26JMvuRJ8gKczU1DiqZRi8bi&#10;sZM8VX4Y/PTK0qVSBNTyhppeFdiIyoWODgr5oBU1NSEp6qOSSDyQqjElpFHluYY0AeJ7qbHi1vyS&#10;XcJraJ/Agj/UTBA/lT+XQB3C8QvpjJ8ReP8AsdCLkcdhcOz0dDikjqaBlhkSkn+4jPEbRiBAkruP&#10;A91IFuAb3Gn3AlXLRVs0FFoigpSoSokWmjhFOqQok0k3+VK6Babx3jMZbxrZhYD27H9F9NHJNUyN&#10;+EE6q/w6cZzU1xxx0VSfqEVYnoRaJtvx4almyELPWVK/8AaUT1Uy1MjSMtKKbTReLxmZZB5DJoDN&#10;6fUT7ZMlRZHJvFPKiyUaVFMArtUTSTIYiI9CRLJJDp0l0Ja8mki/6iTG1uLazqiEiejZ7ceuTQH0&#10;+XzqOjC0hUhBxf1P+r8upc+4MHhUqoBIkFY1PM3IoYoo2hKR+OYyzFVMkhWMvptGCDYhQAusRDis&#10;JjUisxnZ4omlMSwl3E0zy3McbKgWSUeNxqGkaubew9ePeX1yW1fpCpAHzoBg/Zn8+jYppGeA6K1u&#10;rIbt3xuNpadohi0Z5FgGQmZadKilh8AECyKspKQapRpVwV0SKfxAr6+Xyw0dOZaSoKpJR+cwSUzz&#10;TMqwSSlYZlf9QLKxRiDa9xcq7a2jKSSSKrw8GpUMAvxUqcH0OR0TXl2YwaABP9X5dC/srZtGKeTJ&#10;ZGGLIgMtPXvFHNT1sP2cCyVcMMZ8M8UbPE6xsutYz+oEe2rMVLiompZMqZJIwJaqtl8DUkLqjD7Q&#10;qz+ZpJ1c6NKlVUEXt7WWKKIknFmdB+FRXUR/EPKg8+ghfXbv+ofhApp/Ef8AJ/Lodtm4Who6GnqK&#10;TCrQwsBopY1tNMGAP3Lc6UPpswa7te5J9putw8708NTJWMgXyCljjqI3klbWGeSWNVRyWisbFQAe&#10;ePp7NLe/iDtEIa/xEqaD7D9vQZkvgpZBGWHn/sdCtRtESVVUJNg/pIANvoOfqPofaDrKmWjqVqIK&#10;ueepJmaMRfdxmL1W8KOKbxPLKrkAj0WX6g/UQwotzFokiVYMVqBn55cGn5V+XRfJIJlaiEIONaV/&#10;LuHShgjjZbGNLW/of8P6k+0Vns/njAkVbaKRiX1GX1RelhbToUvqJHJtf6W5uBHt237eZHaAgqMf&#10;bw6KhFCz/pV09OkMShQR/tuLfS/9L/n2laaTF+CGTIx1UlZUXQCnK/v/AG8tg7xNd4meRlA5A4PJ&#10;PHsymW7WRkt2At1px8qiuD5+Z6bmS5Mj/TFRbrxJ4io/1eXUj29RPCJZJMZTyUMcKnW0txJIVGpl&#10;M0gJ9IJsBpJ/I45SsHNEu5RI59OA/Z69J/DppW4cNJ8vIeX7eve+InyHglqKn+JeFtLJI3Mfk8RQ&#10;ACOJmGtrEfiw5/r70yWwZI4zF4n51/PPV2WAEBJYtX7D+09dWH9B/tvbFW5mrnoo4KZ5IkkmEMpl&#10;AaVvpMshK2YKFAv/AL6xlBYxRzNJKoai6hT7aft6UJbRJP4kyglUqKGoOaf6vn137QlU9d/EKKFs&#10;fVZBLySSinUoJbSHxO7MCqvYEf2EIXnn6n8K2v007fUpG54auIx5f6q56EUEdqba6k+oSJ8AavKo&#10;yBT7fn172/T5Cajqo5ZEEYlgFQtIEd2Cq62hdUiUtIENxY2BF/p7L47dJ4XRDqIOnVinpX7Cf5dI&#10;La3SeN1jYOVIFfInhj5dePP/ABvn2tP754b+AyExyzrIuump6vx6ksuseRoggqBEATZgR9Vtfn2Q&#10;HY787gqgqNJoxXgfmK1p9oI4dF0m3XzbgsSgDTg0/wBnh9ooT69cNJuDxxb6C35/2PsIMpmqmQQy&#10;QzNBTuks/jgKxq51sP2o/TNZmADK9mH9bG4GtpZRoCsi65QAKmvy48R+YPQts7JV8YSqXnBUaiSa&#10;CnnTt4cKH8q9c/eClyzvSw19Z6qqQxxOH9XrDIkUsosug+Pn6i9uR+PbstivitaxAeABUU/bQfKv&#10;/F9XuLFBPJb2/wDYAVrwPzGa1FfTr3uLmK5aqjq4K7TUt5VWnRdBTlWb/O2uS5FuLW9qLG3kintp&#10;Lc6f4j50qer7fatBdQSW1VFO4+fHr3sLZMuJpJIqzH08AljmVTTKECSqWa8kYJjXyRryCDz9LexZ&#10;HYGFB9NdEgHNc/sx69DtNu8JEktrtmCtU6jUkUHA8TQnH8+ve2HIVFMwWE1DSQ6BD4VWSNShYkxo&#10;A6uJQx+ur6jj2ZWsUp1SCIiTjq88fy/l0a2kNwpMiw0mrXUaE8PspSnlTr3tPZLEVKTIYU8SoY5o&#10;UiZfIkDagEZm0VDsob6kn6Dk+zO1vInjPidznBr/AIfQdHFluMDRuXNSaqSf4vl5fsHXveWdqrRT&#10;Y9KJYplT7mKqF9TRIGZlltZGecAgEtwD9D7ogjJe5FwShNCPmfT7OqwrbAzXjXBZD2lfRuGMVxjr&#10;3t2oaryUhQMoSWZplmiikLRSJdTFIFdi7DTpAIYaRwL8+0NzGRNqqSwFKYoRx/LjWvqfTHRdcxGO&#10;5GDrVaFajuBzXh5HP2/LHXvalxtcpalpYKl0hqEklkDBlhZxJpSKJXUOXUAkkXHI449llzblFnla&#10;JSymg0kE/Mnom3CzAFzO8IZ1ai0IJAIyTTGcU/Pr3uNl6xaXJ0NVPVVdXBLT/wAPiSBFLwlauSRI&#10;ofJFGsMUjyW1Fr6r3BBHu1lAJ7aeGKJFmVvEOquarpLHPH7BSnzz0/tsDXFhcwRxRpKj6zqrQjSO&#10;40rUj7P2HPXvb3j4UHnpq6aNJws0lRSKE0xhJjNFK1Spby1Mfk5Ukc3+o49oriQ1WW3RihI0txJ8&#10;iAPJSeiq9kc+FLaIzRVFHySajSwCkCimnHPr173BqstURUjyyRJHFmFWKN6eFZKutMbxLCyygNLT&#10;SKkgLHkSKP8AW9vRWMT3GhW1SQHOtgFSoqQRSh+Q4g9LYNtje6jjDnxbfJ1NRUqKmowGX0qKg8D1&#10;72tNsZDIUzwV1RGKiNWSNo4zCIoNKaUYQuCiSqxBZmAkJHPPHsk3a1tpVkt420ucg5JJJ82pkelM&#10;enQY3y0tJhLaQkoSpIJBLGufiFKinCmPPr3tRZaWT+N0jUpSc5RIqmlV5VeKN5JlV4ZHgFO7rGRo&#10;uxFjYkm/sqs0X933CzBlMRKsfM0WoIrX/iuiexijO23KzKV8BirGhBIAqCNWoVJ44ofIde9ueTpM&#10;iI5pqFqeGaJkigp5GFRJLF50LFjCvi8saEh9J/VwBwbJLO5ty0ST6jERqYgEUP5nh8iPz6Q2k9qS&#10;kV0JHhI1MwBUBqNT4s0PEV8q18uve0NkKapgqWTITwxQyQOpDxKp84qRIZnULr1aFaxW4W359iK1&#10;lR4VNutZA9ePlSlOPQos5raW3R7SJjKGBBB/DppT7P5/Pr3tDRVdVT5KejiaeSFXDQNUlFjbyMdM&#10;ycD1RfnUxFx9CLexC0EM1ok8iKJKZpxx5efQolt4JrKK4kUCVhRtNa44qf8AY/b172vUhakk0ZCK&#10;BUlkppKywp6enngjeeNZKREjhiaJ2pSrMoBdlsORf2GfEEyk2hbUAdI4kEhT3k1JOcVOB0Fmk8eL&#10;XZyuSofwxVmZWIUnUSSQe7FSade9yd0LjzJRriEl88SyVcssSRJLJBD5XMH2ryqzMy3sdJZigC+6&#10;bS1zpuWvmBiPbQ1IDGgBqF+z8VOmdia7VLo7iw8MsFAJNAxoNVdJ89Nc0AJr8vew+yf2EtWXlBxZ&#10;qKOnr1qKiRYzOrS+qB45JkkCzCGXS4JIK3sT7EtqbmOAJFSXRIUKgcPVuHlUYPGvHoW2Au0tgsbC&#10;cRuyFQOFPMEChoWWo/wde98aSZJZqbzLSJFO/glgcRrTSM7gqCSYhIJFAVyxtc3tx73cRtHHcaHY&#10;FRWvmPX7D6dWnhZIpljLmRBUMPjHzBoSKeX7Ove1LSbb25XzwZWDHrHKKGXWpZ4qVahG9aok4a76&#10;tQCaVDWDDg+yibdN0jjls5bmsfiAA0BYg040/wAOeiW73rebSOWzlumaPxARWjPQn8Wny+fH1697&#10;TefpHrsSKkRxwyR1csqKsrgmmDCMgIDpYRtZgWIYW5H9TfbbjwLvwi5IKAZp8WaftzXo52m5Syvv&#10;CLFkMajPHVQkZFOOa+uOve2bH7dgzBosTTxyx1NDNNPVM9ZHTmvSB43nhgnZ3WV4yUZVYLdb2vfh&#10;dd7pLY+PeuQ0MigL26tGqoqVx8VCK+X5dGd5usu2C53GeRGilQBQE1eHWoBKihzRgSD88efvc2l2&#10;pVZbL6JqH7+RVnehWWsemW0TgLIsipLqmpigDAWF7kE/T2kl3iKzsSY7jwkIGuiV4/KtKEeoJ6Sz&#10;75b7ft7Sx3XhRkrrogYivEFajDVrmuCAeve1dFtCnlwFc0uMx8cOZh0rjJJXqIaWqhDU9eq16JFN&#10;eGSMaZCxDBipB8YsSfvlhuNsYrqQtCfjACEoaFD4ZqMjitKjBr3dED8wyJu1qiXUpktSP1KBSysQ&#10;yHQSVyDlCKjjXur172BkvWlBg81Kc5jZaqSoZ2xcmKr4Yx4kmMbw1DSR28rsAw4UBSfoCD7kGPme&#10;bcLJDYXCqEBEniRnODSlD5efGp4dShFztdbrtkX7ru1QDEvixk5IBBXNABkH8vPr3tMbk27DNMTi&#10;DTUdfTRRoZahUFfVUi2elppKuJIi01I0swX1WQOQLBmBNdpvkR3uLtCwkHcV8iNXrXtyTT1z0e7L&#10;vc0cQXcBJLbSGoAJ0K/AuEJI0sAvlmg8wD172ztR5+l29kamhNNC9LLEki0njmmeNkmpXLExv4pZ&#10;nTUrago1XAAHBi09hNuEEUrOwcEipOD2kUyMCvCn29GJutpud3sY7rxHWRfx1AGnSwpkVA+GhBJ0&#10;5J8/exL6+zlZQY2LDbrp6zIVlS1Q9LJPL4Y2o5aWOOjinC/bxyRwMnpkYlvGBxf2Dt82sPPLebbd&#10;p4QbuoBq1FiTSgPrTh9tTnoEc3bXa3d7LuXL80cVugUMEFaOGJcrUMRqBqRgVrw49e9uWZGyKlqT&#10;D4yKaOuhl82Yp5o2ejnq5vFIHx8icOIYkQyKrMpH05uAl26bfNVxc3B1WoUIhAIYKARpOrHmc0rX&#10;z9Um3HmaBbncL91NmyUhIOl1UAjvBrxJOkkA19Rk+9pHbtDs+uzJjlM1Flo6dIKNxHrxXkaaF5pT&#10;qJnW4B/SNRP+x9iDcpd6t7JJEVXttZLVw5FOAHA5z0Id3ut/trAsNMm3mTU9a+LQCgU07T172bjb&#10;WEzGSqcZha5TLjKVdEtPGDLBX0lQkNOJqGeVHQSi6XKabkgAgjU0K7rf2NnFe39t23cjVDZqjrU0&#10;kC0NMYrWoHpjqGbufb4lur62Ui6ZiQeBRhmj6ctjgM1Hl5dcJH0KT+bEj+lwOL/T8++VRhcbgstT&#10;x13lngo6/wALaYJNMgmWI/vM/jkIdHW08DSQvpYBzY6awbldbpYyvbHS7R59fPK0xx8jkYqOldnu&#10;l1PBIySCjx+VD6/CQeNckMqsDSqAcePMkZ+mo/T+n0/1/wDH2pMSkB3HBhaSaSJIp/vKPJIkxkNI&#10;xiX7J9dOjtFA5dLXAKab/m5deGQ7W+4TIGJXSyGmG/iFGwWGeHHj0ujk8aNbsqFkYAEU/EOJHoSM&#10;k+eeolReOGR3QMEiYFb6Q3pIA1EWFyfr7MbubrXbu+MPktk76x2G3Vt7IURE+LyENPU4XIU8sYE1&#10;LU0sxcQS+oMAoLHSCCSABCm4y2W47bdw3diHsLhTHLHIuuq/Z+JcY81NCKHoT8tcwb1yzutjv2wb&#10;pNZ7zbOGiniYrIhBrgjiONVIINTXoFZ9z/aRfxPHUVXSFq6WjrYZ/Iaym0PIolhURPBJETGP3eFG&#10;oAgfX3Q188PgbluncVSdkbIhzW49lbf3Hj9w01BQ1ORrcjtSnWQU9UPtaVpFr8bR0al1kdXeKMEt&#10;a7N7xJ9wfawbFDLzBy74s2ywzK0kdWMsGa6lAy0S41MMKMMCDXrr993X71+z+59lJyF7lfTwc1yW&#10;jJFcuESG6IWqp3geHOzEY+GVsxgGgK42bvzF7qEtNG/hydG/gnhlUB5QI45PLHpf9F5LH/H3XfUf&#10;IvbvV2GGys3iK6Dd9T2JVYDGEUYfBVG3axaLL4XPyU9MKeOnoYsVXzxiRBraoRQVYXIia5u2sVmg&#10;LgqZCoFMZUMG+wipGfTJ6zv2XlTbuYtk2zcpwTP4a5DVaoQagTSgoaClK0HrU9KtqeskykpeWP8A&#10;h5p6bxJ40E61KvUmoAl06ihUQkKSQPV/hZPVNRT43cOHym1KuqopokiSi0Tyx1KyUcs5lyGrTzIQ&#10;5A/teq5+tgSpIgdZFJ1rwPp0KRDbraywXESmFzkeR/1U6dXRJFZHUMjCzKRcEf0I9unyapJJvjxv&#10;egwsOOTKyZjalQ33f3dOs8X8boJK0JNQ1FNNPW1dTHGwBa7gNf6+7XVzEtrJFNGJInKrpNfNhwoR&#10;nz6vtW3h9wW5EzRKq1DIqk1XhgqwApUYAHUXRL91E5a0fhZdA+hPpIvcE8Wv/W/tp+Kqbow+xaSu&#10;3O0VBuCnxmdzElb4tEVO0wpWhJZ3coopoo0V5XJDSekAce7bTO9onjLCyaQ5X+jQAjov5m22y5gu&#10;YrCbVcW9RqrQFqCtcAefy6yTuqhA6ltcgj0AXuG4+n+A9mb3q9JkOvt05t8jSVEuWx1JHRRRTvLJ&#10;mdx1uLgo6aGnikTVMaVgCwVdHo45PsZ7luy7htNy7TU8SMUUE901FqdNcg91afKlOoNvbeTl3nHk&#10;7abK010ujJKRwit49TValDmooR5jrBTXVpEKFPEXUA/2lDelxyfQ4+ntGbJ2zkt2NhOl9kZPI02/&#10;IxR1VfS0W3cjkaimojUmoyMkEsFP/DIJY6vQAzSRxjQTcg29hmw26+3W7t9o2uGSTcXYDSgLHOMA&#10;A+ZHEgfP1k3eud+WuXLDceZObrqGDZUjqGkdUrjSNKnJ48AST5D06rqtaCOWrnMawRxn1SSCIazp&#10;0KXa49TCwABNz9PdkfQnxKr8M9KnZWUXPVO2laKgxdY3mZK37k1Yrq8wpHTSeJmOiFCyhiGckqoO&#10;ZXs57EjabyHmDnhEna3IMVuQTpkDBw8nBTTFE7hq+LhQc4/vB/erst+tZ9h9tI5baxudXjXNFDOl&#10;CgSP8Sg/iYAHT8JBJJZ5MsmlaladlMulnbSNYUAKyar86Lcf4i/F7e7Duu9rYSLLijgjjqKmKNg3&#10;1EECEhVEacAMOLfUfX8n3lHvnMhlWWzglCqiiqgAUGaDH2/s6wF3K8msbJr6eQkE1rUknAGanOAO&#10;kluOtrquk0JeGCSRRcAhnUgixPI4/wCJ9hF8mq6ujyWN2rNUGOkgAlWLhYpDINIkAVRqZb2+lre4&#10;53m4WW3t0TAZKn51x0B9v3SfdNxubksDbwopQehOWJ+Z6VW0sRSY7GxzwxAVFYgeolNjJIVZgoLW&#10;BKr/AI+w+6/6fq81NG8UWiDWBLVyEsTqXV6SE0XN+LqfYetNreeRRCo0g5J9PPoJc2+4sO3qys5a&#10;4PBB+zhxz0q/ZudpdI4KhSJqumWpqNYbXPI4FwtuIyqm3+vx/QD2IY9vsrUa5e+QfsHUOX3NXMW8&#10;yfpzCC1PlSh6xSTKgP8AUC/0Nv8AiPa8w/TmIO6KirpqanQzhGYxpZriPSFBCWsAOTyfZk+821ja&#10;eNHbBZitK+VB8q9bX9+7jHabQJ5JY6kBRUlq58v5U6Yc7ufEbdw9bm8xkKPF47H08tTW19fNHTUN&#10;JBECXnqZ5ZI44ol/JLAexnfq3G+bF1aUarVYuoiqInLMrAjgvawvf6fgewueap5Yp45ZQY3U+XD+&#10;fW5Nom2md7S4hkilBGpWqCaGuQa14enSMwvZWC3Pj1ymCymOzWKrI9VJW4qqhrYJo5IlZZIqunmm&#10;p3UhgQQTwR7aM7jk3bXTLtnc09JR7ZrvstzUX8P1U1VIdMhpYqmRVDSaRa6awt/qD7CAurq/uYY7&#10;HczEYZikiqtdVNJZSSFKkA8VNM9C653mw5U2d7ve9ojkkkj1RMWXUB66aZP20Py6n4JcoshhracM&#10;tY/lpHWXWywW/VLYgDg/UW9hlu3amdqIJocBlHxessoeVpHKm1v1OGsL/wBPazmGZLS0/wAT3GWO&#10;4bBq5IB/40f8PUf2Xu1bG5VrnakkhXIqBUj5itPy6XcVHFGBe7N+btfn/YW+nsCDi+5NqVDyS5mi&#10;zlCpu0dVRQzqRqJCmRoQ1wB/T8+wBa73zHYu2jdfEiODUCSo9Crpq/MU/wAPUl2nuFyLvSDx+X0i&#10;nPGnZ5DgKnrI9LE/+rT/AJZyOn+9G3sSdvdo46qYQbu2lTKLENUUSCNtXFmAvGQoF/7PsW7Pz5us&#10;zMGnwDSo7T+asTXpu8s+Ub1qohQ19aj9q06ZKvHZdVvjso4YfRay06sLHjlP1E25v9L+xposJsnc&#10;0CviayakndV0xzP+2bqDYgsWA0kf8b9j215ovlAdmSWPz8m/Z0H73lG1nPi2Uiqp4Uaox8zWuR/k&#10;6T0u4NyYUf7lsdHXoCSZaEiJvHe5LK7MAVX/AAF7e0lunrCaCmkiqYIq2jkUkyRamj0lfSzXH1Hs&#10;S2PMVpfjwXFGPFTTol+kv9pmEtG1LwYdKDD7pxWbX/I5rSg2kp5VKzJYXYFb8W/B/PuvbMTSdJ9t&#10;UGYoAhwuSrBT5TGvoaKopZGbVaJmDB01XBBvx7K76EbduSzRmlrKcjGAfTHr9vU87WDz3yRfbdc1&#10;/eUEX6b8CCKYNONeHDz6UZ5BsfqOD7tNoUoMxg8bl8aP8hr8fS1tKQR/mahFYKbAj0g29oRcyxXD&#10;xStVw3/Ffy6w43mwnt7i4ilTTMrspHoQaU6io5VmUnkH+n9Sbf737TlarR3sBdS4F72+o5+v19nd&#10;uQ4GePRFEtH0Hj1L9pGvr5YVZUOosG8ovwg/tMb/AOx9m9vbq9CRSnR9aWcctGYHHD/J172DGVrU&#10;rpqhYHJMcxR2PoUi3Nib3Psd2kLQRRM4FCtepJ2+1a1jiaRRpK4697SOTWRISEKsbXvc3Bt/r29n&#10;doULg9CCxZDIC1eve0ZLrannVuJlX9v8A3sGNv6abn2eIUEsZHwV6EsdBPEVroPH9nXvbjtzGYp6&#10;Y1FdUD7iEl9DuqxgcXe+pP0/09l+839zbsVRgsFPi6S7xfbgJ0htEIhPmOPXvcjM1mK8BagWR5JI&#10;kEYAIBswBBAILAj6gc+8TOfLvbjd3VzbA+I4yTmp/wBXp0ztlrfmWl0RpVs/s/w9e911/NbuTHde&#10;bArsdjaxaTLZiM4yNkkjkcT1KEzeljqVUVrWHIB94n+5W+LZWItImpcykj5U/F/h6zy+5x7R3nuF&#10;z/Z7hull4uzWX6zagQDoI0CvDLD9g69713sxi6yAvWvL9zFVFqozhmKlpTqf+nOq/vHevkD13tg0&#10;xwxxRiiKAKeny+weXXvbCXkCoQ7fQ/kfW/5sAffvsPT4nJIp173ieqe92N7Ajnn6/wBefdWZUAHS&#10;lWDAEde98Xq7rdSSouNJta9ufpb3XXXh1fr3vklQrsi3AABP+H0+n197DhjQcevde982kj1EfqIs&#10;TY/X82H4v78xBJrxHXuve8crK6aS2kmx03twv1/3v34sNIHmetg08uve4dND97WxUsbousqoeRgq&#10;i9ySW5A/23vaoBSvHp5cCteve1FkdnVdFQtVtPDKBqYaZOGRbXIBXngjm/tzSeP4enFOrB697Dzw&#10;TysUWB2Z3AAQE2JN+eePdKV68/HT172rpMfHS4Bv4gQKoNIaZG4lBt6A3Autz/r+7/hpTrQyrde9&#10;o2JCsQZ7/wCNv62BI/1r390p1UDr3vm3oIP9kfX/AHn3vrQoajr3v17gP+dSj/C3H+829+6359e9&#10;8tR/r/vv6e9V63pHqeve/wD/0rxZJFYaRe17c2/2/wDre8w92vUutIU1AP5HPXBza7NrViWIrSuK&#10;/wCqvRAt2Z4ZqcyAWHkAj4ABUsNYNmbkg+/Rgryp9QKlbni4v/h/j7RWw01kUAUYf5fl0pu2WSsb&#10;A6CD+3y6accHieOeMrGySJokUC6lifxpA5/4j2S75a7RbRh91Y+KIJN5aPJF9ViQVEEj6bn0opvy&#10;L29yxs9017BDGxWqYzw4U8q9A36VI5X8RSZQSRT18v2nrbX/AJF3yPrd47C3t0nuWvq6qp2QcRnN&#10;sGaJZCuDyYrKSsoUazSKKSvp43Cr6Qkg5+oAHdO4v7SGsz1VWfex5aBcVSQkMkMTCYmVoQbtpK2/&#10;23uQeXLONmkvXfxLdv0gv9Kta/Z8/wCXQM5tvFV4tuS3EbQksx8xqA48c1HV6O8ddb9vRxrZqKZK&#10;t5D9DZCYlUgHVcX+tvr7E/cu16lqfx0LNHBKLOYyWZYmW8xUEXD/AOpP49i6624SQMkIpHQ49B0E&#10;bHcUaYSSLWjD041xTPTPhsvTx/8AAoqk0NgolsigLc/qLaQf9f2i+jaFNrb/AM9QDHyx0GUpB4qt&#10;YpA33Ebx3WV7G4kDWuL3v7xZ93rHXtU6wyL4cJLhSRQ6RU+uaA09TTrPT7tG5Syb5aWc9ozy3cXh&#10;1ozKpDllJFBgAj7D69UJf8KStlr2P8F9vbuw268NQ1/U3Y9Ju+uwc+XpKabM4qpxWRw1QtFAwYPk&#10;KSSuidY2BaSNGtzb2a2LAYakqKieAWqZC8rQNUBreQ3LGG+qxYHm3vEfbB9bcPM1kwjYaixwKjhT&#10;zx54/b10J5wtpNi2KIvdJO6tpVUFHqeOojgKUp1pVUfys717Uwu0dj5uoam2xgYRjqTNQYSCjk00&#10;0X2cdMcnFGscrx0sjKv1ZiB/sM1NkJFRTUmGkWYnwws/7kioLLIWYKTZb8e1gtIrqLXfWqK5qoUE&#10;cONceeMfKvUZ7BvPMNtcR3UG4MktCWqhINKVBAU49K0BNKHp/wC1+pNgzT5bGbDxGd35DhMZRTZ7&#10;cdLSyQ0uMyNXErzQFokaVkSpJvqbSSwIBAJHszS09dSpPO9QY6dlfTTOUMgHqF/zY39o7TVFLJt0&#10;uoJ8XE0+QpTj1N24cvx7/FZ76hDFowHrqbJ8wCAoH54PQJfH7tXdfVG68vtjblDt45bcQfEQ1e7K&#10;GKopseJg0LnTOGWNmBt6lIsAfcLGTRNQTigjmjdpS96gkqxAsWN73sPZ1FaxpLCxPYcUNQD+3olu&#10;9ljtbeRbLEijzrUDzoKYr5dLXtnJZ89hYGTtXO4jLUtNG1IkG3hQQpSBBLNEsIo4PGbGbj1H/G3u&#10;dR0v3IElS0bTqeCgK8X5H44vb2t3G5O2xxyCEsjnNMjgadBfa9lj3PcHtvERGjOqhpjBGan4s8BX&#10;pMb37Cqts0cNLtdcpDtqZPt5aWucyxPIIw4nZZIxoaoinuNFhYG4v7USQ3iGr6BTbn+hP9fr7jSa&#10;5aW8mliUqWb8x9nz6yY2TZo7fl+3iu4VIEIqTgUpXIr6ftHRLcrmpJ8/NLSzyCSapclVUCzFgLRE&#10;av7X0PH+PtOZyurqR6T7ONHFQx8zu1gguqkiwP1Df7x7F1hJdaLUrFrJ4seK/bSv+XrCznu53G25&#10;g3C3kfwrIP2BVADV+f7Kfb1ap8Oeq+lt+7I3jm+wNwV9Bm9u0cNTSU9NIDU1SICWWzsioqyQL9Pq&#10;D/h7zxhVpA0rxxPpHmlWRbHj8X08D2d3Sz+PCjktUeXD7c0x/P5dDrkHcU2/ZZb2+kCeG1Vrkmhw&#10;PM1+Qx0W7s2ikzHZS4PZlPlcpSGYw4nE1OmapWNCqguVYoARbUNRA59w4cnAsNTBSVUMsym6iR1V&#10;R9DZ3PpH+wJ9sjls3t9aOE8RyWAUaiCQK0FAamn5dCmb3e8a3vowBFDpB1Ggx5nJx+dD8un7MfGr&#10;eFRndk5rd+zsrjsfmnio5YcHj56ysqkMojFVSUMAaSokAIB03uf8fq30m5IFQLlchjg8zHxKlXC1&#10;kDeMm4IFlbj+vsYQe33MsqiXbrGQyL+EK3nwAJANT8q9RtuHuDyJcEw7puiEvTu1LX58H8h0P2e+&#10;D3dmUkOS6J6Y7fyNHt+GoXMVGW2JntD1a05rkihjGOeoE08CWRCgUuQL/n27vlMA6FGyWPkJTTpN&#10;XDbQFJA4clRYcXt7Sf1C90bq7RL3lG7SDUaakBoTXLVx9pP246Z3bmb2Pk5cuYNt5ljO7ZyJAeBB&#10;PbqrUgEUpivSN2t8Yf5hOK3ViM9H8Y+74YKaqpqmjSq6t3KlJJUK4aNagVeKjhSIlhwxt+D7KZ21&#10;8hcN181dj9mxPJk54hbIz/uIs35EUTFtQW1r2t7nrlT2OtIUtLvmFQJNSsyLXTjzrwJzTt7ceoPW&#10;Kr87X9xcXFrst2zWyl0DkAdhp5g1/wCNdbenxM/kzbt7/wBu9a9g/Pispa6nwDrlsZ0xhYkpKamg&#10;elgkpIdy5ehjpZ2qlqDqmp4XCqV0E8c1lb43h2B2FU1EuUy2Tr56qqdwZZWWnQOQyBIoxaNI7W5+&#10;gPubLLY7exgS02228IE0rnh6efp0k1xF/EnfW3q3H/evP7KdbKnVnUvVvSu2cds7rLZm29jbbxVL&#10;HR0WK2/joqKCOGCOKNASiCWWRxFeRnZ2ZgCT7BvMU1DtwLNmqiKesRGPhWZeGS7apGVjyjfT/D3u&#10;extLIiW7ZWnC0pX/AA9Gdvc3ToUtoyARig6FFHM5YrcR/wBTcXFvwL+0Vi+x8fuCTKbHWCkFFmKC&#10;sNXPGpkVHjRniHmBsHCFm/oQhF+fcJ+50llutjAsMKAxlgWFcVof8Kjqbvacbht27tPcyHwXUCnz&#10;+dadNuQx0LT0eRsfuMe0pitezpOgSWNxc+kqOLfn2GnWlf8AwjcVTtBnaKsp5ZKfHWYMIsnQtPUQ&#10;hfwYK10k0A/VJdP+PuIeSZfCv1saUlfSE9RIvw0+2rLn+LrITmy3huLZNwjTVGKB6/wE0J8+GPy6&#10;mVyo1NKzJrQoUlB+vha6SFR9LhT/AFHHs3+c3NJXUGMyFXOjLW0caVKMiABKnXFMutbAzCWICzX9&#10;Sjjm3vJSyv2mhsrmUAF4xUfbUsv24Yfb59Y7PYLZXF5axqAqudNOBA4H1yMjpE4nEwUc9dBSqEal&#10;nYoFudSo6lS17XQhgb88A+8S11XQVuOyPkb7HLiCSoB/S2VxEsVPXyixKhpaSqWUAW1XPHHtxIpB&#10;fER5GsMfma0Zv9spNPy4dbm8PwTGzgNQgV9KY65xU9PVR12PuPPjA708XIaLH16TS44f4xQvB4FP&#10;JtDz7CXEZWtm3/BlAki0q5E48szro8NSstG8ig216Xk1Af4ezKETfV/UFaDVp/2vBqeXAmmemZ5A&#10;bWeEH8GPtpVf2GlflWlelXVUqHEyU9rlIhKqqblpISJ4wLkf2kHsdd1YmGp65yNGiyU9ftbe9W1O&#10;8uuMrjNxStkKWWAOoWSkhyDmJiLgGMAm17BSK2NrzLdwMNMGp9NcZLlx+VT0qW6Nxs1lKWDEaS1P&#10;XTox/tR0C2Bq6nH9tRm6vi94bEx06vGwkQZva0v2VRTyOpZYplx9SHVb2YA/mwJdaCqnjyE1CITB&#10;OtPOnpHDSpUjRJGWNlAStN7XuP8AW9nErMrTIAdYiY/aQ1aj7A2ftwOg5dJEESQtwYV+ylD/ADA6&#10;HqRgU1X4sf8AX5t/S/s03W2LpqjcGOxwo0o/ItAMnpKSl0nM+OlmnkayLMIcwNVtWkC319mdpbrF&#10;caXIFacfI100Pz7gfMUrmuCGXvJVVpXkJQGgr6ULkD81NK08ugo7Kq5qLa+VrEZ5Jaemqp6RNALG&#10;opWjr4I0VdRexo7f69vxchnpduSP0ptXNVUFRJTbe31vfb+QaFyZPs8nLRS0JiDsYtK5CgvZhYhx&#10;9PaGwlaOztH8KpWeVPnR/DCkeXFK5Ix+zoYOHPiuXFXjVgPMaSRnHoxpx6RFDvGOn+SG7Nkefxzb&#10;k6l2ZvDGQzII082D3DubFZZmYWmbVSV9KQoJW8R/ryXvJ0kFfuJ6WKgeGwgkMjuS9TJo4ldUJRWs&#10;APSPx7bvES43FI0h0YFa8T8zxFfsr0qe7aOyDiap9D0YiAyLCvklDta1zwL/AI9RA+v4v7FDbmNi&#10;p8LvvGyQmOWDExNHG2pWEzGGS7BrWMZYcfW3utwhRdwhSoKx6R/tgCf8n5V6R208kotJDxdmP7AQ&#10;ekvmJWbKbbkhkUo9bMksiWYCP7WpVdJ/SSZBb/Yezv8AyD2THuXrHqPdMcDSyw42gxNTdCZl8tPI&#10;KDUBeP0y3Tgk3f8AxFzi9ihlsdnemWgSI/7QHST/AL0/8vyDO43LQblcafh418j9nzx1U78Bez0w&#10;3yW+bfSWRqkT7XtXNdh4GOSZUVocgKCLMFVawad55IXS59QUD+vtUdL7R3JsbF12+N2XevjgxuBo&#10;o67Wa/HbRSZPv9Hj8ZiYu6rF5P7C8j3Gm/eBbiQxN4kCyqrg4OktpZlHHHzpx6Mdrhk3a4tkMhQN&#10;E5Wv8ek6Qw4gE5NAeHSD+cPZ3XHdW4cN8bdg1j1FJkJtw76r6zbzUy4LP9n0FBL/AHVwlVXBGWro&#10;UlRpa8U5uWKc/X3X3uqhim3JvrIRCNfs8jUxxGQlQTkNzwTJKQobgQw3P5/1+fYLkpJFu03ARqkY&#10;B401KP8An0/y/KaLIMsWy27juIZjT/Sn/Pn8+rg9nTyrtXr6kmHkkqcBhPuGCJpZqbbsUUo0gBED&#10;zHhQPTe319j38ldywbkm6s23I5kgx+0tuyVas4IK1dMk9RZh9NVKn/IvaneHMku3RuciFK/Zp1D+&#10;RH5/t6tyrZR2s273MSkPNcykV/0xH+TokXwJ6srOuqH5JbomWIVO+PkB2HkaCNIp0Zcfjci+Nxvl&#10;8qKk0r1McssjqLF3/Psr+braDd2H3BXUMVU1RQZypVVf1oBBBK0pgWJGtGxiiAF/pH/Ui4Wa6Ewu&#10;5EB1JIQPmVWuM+hHQ6t4Gt3t4nI0uhP5k/Oh8j0fLGRzYSpxdDNLT+AYeCGUqhRy6TU8UJ1GxILS&#10;SX9mQ+PdBTbWwO8shPEKXIU+1sjFAksgSWPL18R1P+opqBoyBYm1hxe4FBNbxwTaiRIqvg/xMAaj&#10;jigPpkH7el7xFmhiCk/qrWvAKDXHzqa+XRH/AJm02c31lejdp4f9zE1fcW0s7uh46SSeGfaWAmjn&#10;q45isY0Cr/iixKSy+srY3sPafxfae0+is5Hnt64Op3bRZ9MrtrIUtBWU6V+KNFX0lXLlKeOpVFqJ&#10;zLAQIy8OvVw49yL7Te46+397d30qOyuFjbQRqWlDqAJAIqKUNMcCOoa99vbS/wDcXbLTadqv1trq&#10;GVph4iFo5KAgIxU1UGuTQ/YejNGj3DvbHCHaWZfa82ObEZ3G189EKinyFPkaWoY46picN4oQpBZo&#10;/JZ14B4PszuzOyuoO0VSXrHsajx2SCmT+7m4502/naWzBUSOGrkRah9TKB4Jp/rx7zh5P96OT+Zr&#10;dY3uImmAAMb0Vx5fCx7vtXUPn59c/wDmz2s565JkMm5bPMkQOJrZWmh+3VF3R/7dUpwIHUCXKbrx&#10;GPOK7J2ZFuHHVivHUZDCUf8AGsTVmQESS1lC8DsI3j5dZ4IgSTqJ+vsT59290bTsgr5K6KOwTzU8&#10;eRRo+CugzwLLISPyHNh/T3ID8t+3HMYVrnbUEjedShB+ZU4+VQOinbucedNvVVsd9eSEDCuwcD/e&#10;jVfsJr6dFa3v8Ev5e3fFfW1+6ujdkU+brdUtTkcHT5DYmUNR6F8p/u5X42kd4rarMj+rk+8sXyS3&#10;JHG1NuLatDULfxyTwyT4+a/+r0N5Ywf8NJ9p4vZnYbWb6nYN0eJiPhJLgn0rqFfzB+zoV2XvDzBb&#10;tGm6WXiFT5agfyY4/n0WnKfyMvjLQ5Jc51Bvnf8AsLKo5mpIa+ux28cGkMsQjkj8E9Jja6fylQAx&#10;rCyjnk+3DH/JPZqhFrMZnYvGoQNFHSTopBHoV/uYGBFrfQe3JfanfQB4F1atT5sD/gIHRrN7tbZc&#10;sZHsJUauRQSGp451V/YD0lc//KL7NierbbvZ2xqpKhxOn8Rpc7iagz6bEySQ0GcupPNgwA9qej+Q&#10;fWuWqqeghlzFLU1c8NPG1Vi6gp5p38aI0sD1CLyLn/D2WT+2/NFnFLcSRQvGiknTItaDOA2npRa8&#10;/bDuE0UK6lmYgAMuk5NK09M8ft6C6T+WF8oNm09fmZcxsPcNNj6arrJaLCbgqoamSKniaU+M5DCY&#10;4PO6KbDVyRyRx7GxUgVLnUWaNC1o4VDNcr5CQD/Q/wCw9gPU5Y5GDToynH6khjRQpavz6KFST5Us&#10;0Tutoqpok8tVUssUKFo5IENnRjYcfn6f4+2yWgiqyQiyBgDc6kCtza9tI4P+v7WrcSRAEsNPTDRh&#10;6azkdCxh9/ZHapF6mnkhqGjijQU1TUSxqFCj/OF0J0/lQPeOtpF8aq8RZQmm4Oq2gXOq30v7tDOd&#10;bUOSeiaSNoZSRg8R8+hG2NvM5I1FRDVmnqGqpGMVUDA8nF9UMcqAEG/AW59rzbDosE5Ya9FFj5mc&#10;/QCCCWE/7xCP9uPcL+6Wxy71dctwRgBXvJY3JFQA5Vq08xUniR1I3Ke9furbt4uGc6kgpQGmqjEk&#10;fZ3A/l+2lv8AmJdYZLfPYPUOFo0jhjyfZ+/sFeSGeeCMbu3Nh8/SuUiCssMtRknZhcfRm/w9qA5T&#10;Q3kAEsYUkIshRTxqDEhSSVPttPbHldoFiO3KJaKNYL1wami6ioB+QH+XqO7r3Q5n+pma33F0gJ7V&#10;oDQcOP7ehBwH8tLp/Ibcocbl8KId0lad8nm4XrneWSnqHlEdNRz1U2PBF1CkIzEgc39y6TIQVbME&#10;VleMBnuwZRfi31B/3j3H3NfsZtlywuNrmEZLDsapGCMjj+fUg8q++O8WsYs9whDg0ypoTxrXHROP&#10;kr/KxotpTjPbKz1KcfUSqqY6tjkFVGqSw/cSmZPG3jiALPdfSo4ve3t0+n+At+fp9P8AW94375sh&#10;2C7uLRplMqMVwe0kEjFaenp1kHsnMCcw2dvdGPTFmteP+r8+qeN57Kl2Pmq7ETSQNVU8z04WGMus&#10;njkeJ3SUXdkRk0ni9/6+we7w7Oo+n+s909h1lPPVrgKKFaSCliSSR8plqqHE4xXMskcUdM1dVxmY&#10;kgiJSVDGymc/YDk/dOdOdtg5daiLNOurUSuqMDU1DprWg8h5jrcuxW/NW6We1QyD9Z2U5oRGi+I3&#10;k2aA6cEVGcdWHfyvPjbuX5S/LLqPpNaymwWP3Hmv4xuGtrZanHv/AHO21jZ917pWgmjpamdslV7c&#10;xNTBRqE0GtlhLlEDye9c3srtnsHuLM1Wc3vnqrLzVOiRMfD5KXC49lh8IGOxVO6UVG0cYKK+hp3S&#10;xeRmBJ7rcue3vLXJu0fu7ZbJVk8Io7MS7sQSa5NTkk0AxU+XWQHLnJWx8s2CWOzbescYxU1LNkkl&#10;jmpz9gqaAdfSh6V6I6t+Pmy8ZsPqra9Lt7BYyERiSSeqyGXyMpkmmmrcxma56jIZOrlnqJH1SOVj&#10;1lY1RAFAR5epqaeKjq4J3h+3ZYapywjQIvoj1Rtw2iZf8PTwPYF5yuZ45Nu3C1lMZifw5jSihRwJ&#10;WpGGGQ2mmo+eOpC2a1ihVo0iCrXHr8+heVQSynkMT/trgi/+29x4M5m6qqoqQyyVlMk7OkJ9FPGg&#10;dJbMDGGlbWhJP0Jv7XbLcbluF1Z27FpollUsa6UoprWpWrnyxgkEg92BpDYRSKtV/b12YY09QFj9&#10;P979v3RHyD3V0X3lmM9gMrNFQVea8OWxSTCPH57FTTJJWY+p1iRI546mQtFIqpIjrcH6qRBv3Imx&#10;8+bVvHL+9W6m6SVvpZM1iamSAMZepZSaOeJFcRb7v+yfK/vVybuHKPMVvW6NfpZxXVbzaSEdacVB&#10;+IEiq1HnUJ3c218funGR0lbFGZ6ST7vG1TKS9FXxqRDUKFKmSME+uMkLIvBI4I2ROnPkn192/tnD&#10;Zba6ZCaWsqJqfJ4+qqIfv8dVFjC9FPCyyLIViGoPZY34I4uBgNzr7W8xcl7peWe6+EBGKoyghGXB&#10;1Ajhk0IrUGoNOvm/+8F7Cc4exnNl9y9zNaqIhmGdA3gzx4IdCRgjgyE6lbBqKMQ9xm3M5HJPBkKi&#10;jp3pI0SKKljkMbRXW9TFJLGjtHKE0/nSbqbexB3niZ8s6wQ17Y6eGOqrKB4J1V5qkUkzwQ1IWFY2&#10;QFxyCXsTzwPYc2K9S01ytbrKjFVeorpUsKsKmvAUpw6x+2jeUt5BLo1xO6qwPkNQOoZ44I8vLPSz&#10;x6Q00ILxGVXOmUOLBwLC4N/1e2TajZPL7Yiqt8UawPFkJYaOsoalRKIKN5Iqda5KcwfdrUwzCS0i&#10;3W7A3IJKvc/Atd1li2Qkfp9yNUqa+aVGOAFB1JcjbckjwbZJr1xhiCCK6sny/DQAfb0gdwipxedY&#10;7eqpgJKfVX4mbX9pUeX6zw3jf7aVdIX034J9ys7hIs3FDE2Qb+JzVT0cGQWBGEop4leFWlLwp6V9&#10;LE2PP59+2++fb5Xf6UfRKuspWlCxNTwPRMpFi7usCmIZIqQfnmnr094fLyQO7ilWOm8YrWhZ2EkB&#10;qL6rMoa7EAG9/wA+2vAUtXia6bGV0tJGKeaIVsopKaV54xZ1YsFSN0LkaWbhbk/i/tVuU8N5apew&#10;hzrWqjUaL9mOPy6LL5YbmH6qFXDNwGs/5ulHUVSS0y1EZkYSxeVdTa1AP9kE8g8f8b9iRlMjPu8U&#10;W1sWY46CjWU12SWSE0tO1I80MsUsyTJoeEwMhEhDh0YEjSbBOyW32ZbreZ5Q9w5NExqPlw9K8SOh&#10;HyvbS236kxJJCnSwINGAYNkCoowIPz6ALdbYrZDZPfFaJarKV06UmLxcJP3dRPLNHBBDTR2YsrtK&#10;GZlXSIyGIYGxEuho3xkEGGxKJUFBFGymQmqmkCxxy1FQHYR6z4QL+saLfQew1cSpdyyX142gHUfL&#10;TTyA86U6MdyvYlV5VYKpBPypToruGx77ry028d4CemeaSSSO0EKUVPTJJUSwY6hKmSYRrKwYhtB1&#10;fQE2b2oanDU2Hj8tWxqqqYXh9cgSnFQrK/lKDQt2dtBUX4uCpsQWx30l87CKiwrxp50OKf5ft8+o&#10;/vL+W5cqD+mPP1r6fs6GHbtVPkT9vQU5oqGFtdToRvJUfa28aU4KhmOlI/INQW31Djj3gFRWQwyU&#10;rtG6OzSRgU4ZI41IZHXWZGd4408YcKGbj9KD3Ywwu4mPxDjnPp/s0/y9IANRPSrlpsZNUjILHNFJ&#10;GHRxHWPBLJLKGiYnxxxFoWdyfE/6Sbkk8e3eOGaqgieWZRqcCnXUY5QAsRJ9BkZFTxkqBa9wo+nt&#10;G0kcUjBAeGfTPRpa2DMdVKqegsz28sXhcjVU1PSSSSU0TtWSIVMMfDoIxrVIp3dpQWB1CwJPuU3+&#10;SRq1OGevIJMv7jOJdDgaFdiNegcIATx/SwDSFpXYS4t6cOjExQxKBpqF9eg9o6vLbrrak5SNafBe&#10;UGKHUC01Ol2UyuoLvTlyS8rn08D1cscMmMYKKvJvK7RyJ4IomRJPEkRA8945DHKbsHZbMigfq5Hv&#10;YuFP+L2aqoY1JNfirU4FKg+Va1PHouu9wRVMUQop4jy/lT+YJ/PoQdt08j1BpMDCqGWnc1U08bTM&#10;ZnctLHTjy0rvBHCP21P0dvyBy1yBRNFVy1tPHSFjHDQ0xNM7ujm0kk5JqxEzSfUabkE35sFi/A9v&#10;FbHx+Opu4D7FwtcfZToH398TVQo1fxef2dDzt/GPBDLQmmqzW+FJKmtrIxLGp0rGPHB6qFp9EYuu&#10;rUARf2GucqP4jXN/CMjC9fBUsWlmmpzDTxU5fX4BK6RBVYAaibs3+v7Fdgn0ttS8tmFqyYArUk0o&#10;CAK/l0G3uwiN9ShNvT+fljz6G3E4xKeljjlpQsTp+m5LmwBH1tzcf19smWzKRUlNjoq0ZCV2Iqxq&#10;iBkqGkVqiSqmkQxpD5EQrf6hePZhZWGud7l7YRinaaH4Rw0gZrk1+3orSTx55HYUTTj/AFCvT5T0&#10;yKzNoCc8KbiwA4H+29pGk3xXY2ono4WDU5pWWSQQtUI5iMvijie6OUSUDkEKR9D+PZzPy/b3cMMz&#10;Cj6sZpx41H2dIr23RkR9ShiaAVz+Y8up32quNTKP8Bzf/iPYZ7j3fT/a1q1sHlykzKy1jPMs0S2N&#10;vHStIIi7WX6ICCAOBYAV7Vskhlg8BtNmAapihz5mlaf5+HT9jtk1xOhjelqPwnh+ZHU1VC8Lwtvp&#10;/j7ZMJWV2cvXUxMNLDErl5WWGS8OoSeU3ZgXe50i5b2YX8Ntt9IJMzMaUGeORStOAP5dObnDbba3&#10;gSvW5JoNORnhThwx+XXL3Kn3fJTypTi8iM8oQAWWWeNmZXIYMSoBvrJZz+D7aj2WOQGSg1UFc8Af&#10;+K61Fs2pHl8QBhxoa4Pr5Z8vsNadesD9Rf2parflRBh6WLJTKtfOJY1SOdGj8DR0zUchHjblAzKR&#10;9Wa5/Hsqh5bSW/ne1U/TKQa0zXIboqXYvqbyf6RGNrHTPzqQR/L/AAddAAcge0nkclVRQK8yPF5T&#10;5FWHU8QPikBmLEXQstgF/tG49nNtbQvIwQ6qGmeP2dGdlaQSNpjkqFOa4PHrv3NOSnq6OKrhiqCq&#10;QxQzRx3SokdWVlEQBIeONG5Fjwebe0308cM7Quygkkj0H29JFsktrh7aSRQSxYVyoHz+fofLyr17&#10;2njHVVVVUGumtBT0soCKCJVQlggCwkAJCSCQWCtzz+PZmWght4zboPELV1eXHJ/Po4D28MEQtI6y&#10;s/GtR8+PqK+XXvbDlaqOijgFJHNN4HE0rqsbuJnMv+aZr6deoMA1uP8AYXMbWFrlmMzKK48+H7Oj&#10;awgkuJJXuXVdYoKk8McaZ9c9e9h8M1W5CSskdY462SQqk0qotPHNIH8isq6I42YBraEtfmx+vsS/&#10;u+3tltlrWACpAySPIj/ZPQvO22trHbJUm1ABIXiVHChNTx41PDr3tnk3TU7ZhjhNClbVCZVbzySO&#10;8UTu7ianYyGmZPWDYx6tQuTxf2tTZod3keTxylvTFAPiHkcVrj16MY9ij3qRpVu2jtgtaqFAJH4T&#10;jUOGe4j5de9z8NmMnmcy2JpFAemaGoVqrQIjHe7yCcCxDeaOxIAVk9pNwsLSxslvLhqoajGTX7Py&#10;/wBnpHuO3WO27Yu4XB7HDLRckEinw4Pkf29e98KuhOTycgSkDzBHLRRvrjhYMGlKxkppLHnST9ST&#10;7dhnFpZ1E5CVHkK8Pl1aG6NnZIXuCErxPGmft/1Dr3uK2FeKoV4KdjVpqkg9FUftpYCAs+pV0KyS&#10;Djkm4+n59ufvBXjo8/6BoG4d1eK8fTj8j08u4iSE+JcUtzQHh3Bq4yfTB4cR1724YzHZCtkrMlXT&#10;/dNGrPWVkranmdSCySM58gZz9AfwP6X9sXdzbWyx2tvHpQ0CqOAH+Yf5ekt/eW0KRWlpEVViAigY&#10;WvAj7Ovew4y0NW27Y6WmNUoy0mkNJdKSjIPlDTaNTLHEg1NxcAfT2KLF4P3KZpVUiIcAe5vKgBpU&#10;noZ7c8K8vNNPoItxwBy2aUFaZJ697l01RW0VPlaSKqp51WZ2rpGli/yo1csNBBLjo3MTSCOR4/IE&#10;uyi5Itf2lkS2uJbSUxOrEDSKN26e9g5FaVHA8CcDPVJoLe7msLk28iPoGgUPZoBkYOc6SchfU+fX&#10;vebr1snXz1cVZI4iojBEIGaNI0jq9TAUsDaiGZxqIH0JH9R7pzELK2jiNuoBcE4BrVcnUfzxX59J&#10;ucDaWkNu9sKGQE1GoklafEwx5mlfn1724bj3XQCb+CU6N9wrzQyVLwsRTyoCI6hprGGRmZjxeyi/&#10;FyD7Y2vZ5yo3GVqxHSQARkYxTiMdJtm2C68Nt0ncGIgHSG+MHiKZPD5Z9eve+oavcdBRUEeASGDK&#10;SOqvkKszT0lZHKPHWqEFOT4yso1gEhlYgAm3uskW2XFzdHctTWozoUgMhGVzqHmMf4etNb7PdXF2&#10;26SM1kFP6aUV0plclhnBp86Vx173wp8jlqagqaiCmpmqcdX1DTGqZpVBpJqdRDDTSIhi8rAhGIu3&#10;AP0NnJbWzmuIY5ZX8OSMBaUB7x5tXNPP0+fTk1pZXN1FBNO4hnjFAmDVwTUsDQkUGr+XXvYo0Wci&#10;ytElfRotAfHP/uMjjgmLpLJkZnnnp6epT7as+0MCWI0yLc/qtcHS7cbK4aG4PiU4yEkEfBRVYjKa&#10;gx+WPKtAJc7bJY3MlnPIZUx+sSwoQEGkOynUpbxK0pQ0r21PXvcnbdVI9UjCFqDEZVoKKVKhxJXi&#10;YrJMJqcOfNF5FVQioFCuACQ3HtvdYE8Mh3El3DVlIppFCAQTWhINTnyz01vNsgtnDS+LfW9XGnCF&#10;RQFScA0ycg1GQKUr73krDNg8jJ4Vj+7gkigabI5OGCYNV1MUlPZfJHDpqPMqBHdyJDa4Fh7bjlt7&#10;y3ia5lIt3qQFU0wACOFagiuBngK9NWqx7vaKJJCLd1LUjiZloiENwBbtoSdIA05pXr3vJlopajEC&#10;qzlSfHHT+JaeCRHnlR2j+6iVEURJIiNHpMnOm7A8W9+spI1uzFYQDLVJbABB7ST5jB4f4M9asHit&#10;9z+n2yGrF9TMQQoILaDU+RoeFR172hstjaLxRS441YLJAkKzRyRSzyLQmpakmADoXm+1cobgnTf/&#10;AA9n9puEqv4d5o1lm+E1HxfEPsrwPQp226uXkmS7MeKklTUKDIF1Dge3WK1oPnWlfe2+HLV8VA1E&#10;9MTRoYkqJvK5najnH3CwFSSrBJGM0ZS1yDce1klnBJc+OJiJyCVGKBxjUP5Ia/KnmQrextJboXEd&#10;wfqWrpWg061OnVgVNVAjYMfMEE9e9uMNG9SGeky8k1YjQ1OMlooXMYxs9OrRyo58ZnjilIjYD1xt&#10;zYk6QjkmERJktAkJBWQNx1q1WHnTUpqPI56SPcJEyi4sQsDAiXWwB8RTUg8QGIqwzmlBwFfe0rT4&#10;zN5/J02Lr5SWlaqbH1uRl8Upl8T1klNURHUVCxQOyr9Ixc+gFj7N577bNstmvLcBWYhSiZrTgVrS&#10;uK188Yqej2a823bLCW+tEppC+IkYqumoUFT8y2SPiNONB172KeP2dG1PRTwmrRljq6fME0tK9Ial&#10;I1jEVPCdQjUQRspZwfz/AK/sI3O9UkuEkCaDpKAE6tPHu9cnAB+XQCueZZEmu4joKkq0QDOGCkk1&#10;Y4qatWg8v2de9rzA7YjoYJKSWhnnWed/NXNNFHSiVYifBGodNGgjgrcsv0N+PYe3HdXnmjnE6rpX&#10;Cgd1PUnjn0Ix59BjdN9lnuI7uO7VfDA0qAS326s/sPDr3tkzG22p4CftU01LTwxIqtFHAVDNOWIl&#10;BZZw8pLgqi3+lzcrrHcjI5Hi96aSfmCaZxxH2dGG3b148iqZ8ppJqa6s0XyxpoK+Z697YdrbGrBU&#10;gotVqStpzSsWpJAyOGlGktpmZCiHUAyhG4v9Lmm78wwGMLVQCp1fHgg0+Y48PUdG+980xGJNTIF0&#10;Go7xQ8K+gz5j4h5Dr3tVtga/a+TqMkcItbj6ditREKnz1ss81JULOYVmIK07qwDmJgV06Rctf2SH&#10;cbbdbSG3a/Md0wqp04ABxUivcM0qPOpp0QLu1pvdhBZncjFdmmkhdKgK6kVIr3Ch0kimanhTr3tK&#10;YilxqVOQkJqsfRyMiSY2rMzuYp7+eKmk80yxobl9J+mm9/ZzfS3Zitloks4qRIukCo+GtACT6nP5&#10;9Hu6TXbRWiDw5bhAaSLTivwlqKCT5VH2de9tvZ2OxWDhx2VpsdUmmYzq7tKkUMaQmIxRLGFWZ5pR&#10;I1yupQICWJ1L7U8q3l9uF1PYSyrroTXFa4/POafLGMVMuSLrcd0a7spLtfExQAHUa1L5rpAFMg0J&#10;8QDSKde9h3FU4GuoPv1xMdRGT+45EOumqJZdb1LSTSwRkPIdS63VQwLem9/YkuYdytJpI/HIYKaK&#10;KfqAD4f2V+2vQuMG7wXZtDfskgyB3HUoHw9oY0VRmikkeoFOve1Dgtu0+OpJRiRj3qK2jqJC86zV&#10;NNF5DNEtPOZoft3kWaPUI0JbxkFtN1sXbjukt5cgXwl8OORaAUBxQ1BBrwx9vRNuu8S3k6ncmmEE&#10;MgGkEK9RpbUADqCmtCxFNQoK8evewxzcmSwtRJi5KZTHRy0MMP3FBK8tdJXU7zTDHVccKo2KMM7R&#10;ySFwkUgMbENb2IbC82/cXmY+MHLEFsiMaVDKTimrPHzIpUkU6G+2RWe5QLuCTd0iOzUkWiCMgL4i&#10;EhhLgFRQllIYVHXvaZ3DuSDF0+TqpqHSlPAk0FUYnkeGGCRjEJTKqxSeKcBtHmDyCyo3q5NGj8C2&#10;E/1BIAJYChBOK0AINaHApmhxjo92bZJL6eyhSfudyCpIALEAmgFSKr56SK5Ix173F2tUYjsWKWfD&#10;ouMyNFFI0cju8DVxB1KGikDiOecrwUOg2BB/Hvw3SSztxca3msJHCgFSNIpxHmVpXOa+XT2/w7hy&#10;d4SX9ZrOVqGlGCfsoaDz1Z404de9ifsDde9Nv5oYx6uuegHjeOhZz6KZWVJzQ1EdnpZ44y6lQBc2&#10;uLC/sm5i2fYtzsXuY7eMXJGX4gt5a1PEHFD6dBHmTbdgvtvF9Cii6BP6g4hgO3UvBlNBRvIcM466&#10;Kg3BAN+D7OTjpsbvap25RVFNXY3Iuk0Mz1ax1cc6IWWCOpIkUsHD6xYlm1H1fW0HXkV3sUe53ETx&#10;TWwbUtMFT5lcYoeP5dQ9JYXFlJetFJG6KRQiikHNaV4+X2dRZD9uksgVWVFLc/VQouRb+p9q/cWz&#10;ztGelzrY8UMWMamp6SRZaqspK+ErHIaaqWSO0dOx9Ss+oqRpJKjkl23exvEUu3i5MjzaiwNAyHPc&#10;CDlqChpSoyM9esNwvlb6dnMiOa0xg+o9agZ6bqatocpFLAk0bvIrLLAHUSxllP1QsDcEcf7z7Y8p&#10;2JNNTSPj55458W0VRT09SjOZqJlWYUgqad2Nl0sFP6Vaw/wBjZ8sIkka3ESlJqgsDwb+Khpx/n0M&#10;IL94nijlQGOQZI4jyHp1Bpts46FpD9vGHmK+dgzEvIp4kI4Goi3Hsb9jbgTe2FanzjpPS1NCQaOs&#10;CGkkjqmUss0bRI6yweIaWUj0sy/1vHXMuznZ72R7KOjhipoT5eZHmDkfbT8jS33GS0ZREn6qSalY&#10;Eg1U4J+w0I+Y6BLfG0I9vZCDL7eganrdcTVNTRNJHU/spIECxlni+zZLhozcarNza3uiH+YL/LSx&#10;2eylf29tLE1Ag2vRSyricfU11bkccKZHqUlpKUBo8phowWlEZ1ywKWAV1XnF/wB0/Z5bzxeaeU1E&#10;kKQhpbfuMi93c0SmupRXuWtV/wBD7aqOsn3QvvrWCWW3+1/uVcCPcnk02924VI3Fe2OViRSRmAAY&#10;1VmNBQkdDRt3cVLkKWjTyFpZovJqWO0a2UXVyvpjbV9B/sPdO+H3xhcNNTYTN+eho4ZKV33TjRNk&#10;cRSS1kv2UjxVL+Xx01fLCRYn0KWt9BfGItFpEWqj1+IeQ+fy/wCL4ddQNySe5tZdysLVmVRUgcae&#10;tK+f7fkD0ribfg/7D/fc/T2NnaGA2zntl4qqyO7MZlsdS5zB5inpMbJI00woJmNIZ5IZTDIBPKry&#10;agVIUi/s1v7OCCCB3uYpe5WAUUpT1/L8ugTyjzzuG/7ndbRDsN1AArqXlINeAwAK0PqaelM9darH&#10;9LfQ88fUfi17kn/AW9pDpXetXuaLd53Lg822CnemosFg6Gjmjx3ixddNVx1GUmSKnMsQeKHWHldX&#10;8f09obS7ikEz3CuQcquQB55YUIp8q9CveIty21I7bbYEWVlrJJJUUFM6fNjStAP29Rpl1yQkeO6s&#10;D64DI9j/AKlwbwkf1It7sG6L+Hue71x2O3Z2Fkxt/Z+NyeNyeztsbRqcnjq6dKKpWeVsxmWaJ3oM&#10;o8KCWKmSNXi9PpsD7yT9qPZVucYLfmLfp1g2QCsUKF1Mo41kcgnS3Htz51HXKb70330ovaDmDdOT&#10;OQ4kvec5QVvLy4RXS3YjtSCMNRpYxislVTFVbh1KHAA/w93L9d9b7Y6ukjzGB2ljhWvBHSV81PTq&#10;lXV06qUVJKogSyBdR/U1hfgD3lft/JvKuxWrWexbVb2kpXLxijsQAKszsWb5amPXLSf3s9w/cHfp&#10;rrnTnC7vISzELM9UQuwJ8OMURMeSqPt6Tm5cLT57DVOJklaAT6WjnjVHeCVOUlUOrKSvsTaKmly2&#10;ZqhRbZosNFVoS9SV1yyuxAYsTe9ieD7XC7urWPRdzSGFMg6lFT9ik0+fR3uHNdraWiXQ3EySKaBA&#10;Bw/b5+fSXp9vzUtFFT5DMVmTMLKUMpSNLKxYeiNFW4Btb8/19uO3Os67bm4v4hQWtUoYWZ2MiAOf&#10;JIxBTixHA/x9k8lxtp+onDt3jIJrXz/LNOr3XOw5g2iO0mxpNfL8vPrBlq2kSmkWd7aVRUAFzdAd&#10;H5HAB59o35FdMzb5w8GWwccP8fxcl0WbUi1MKKHMICswDFhcf4+0BYbhZGxZR44zGT5HzBPz/wCL&#10;p0X7Hcnb7h5Ah+ncEOF40pxFfP5ddbS3dEHONyMwT808j6QLE8KTf6EH/b+2zpnO4Cpx8O3ipx+5&#10;qNlirMXWIIZ3mjSzy04YjyxEjggfj2stXS3tPp/hlT+0H4uPkPNfUjHHqEuc9jvrLdZd2ulMu3sS&#10;UYVIUeQamVb5Efn0J7t6eLWYfW9xpP8AaFr8W9jpu3ZHYGWwFTQbFyuJwebq4ZEizOVV6iPHtpBR&#10;0p445PKQ4+hH09hTmW/3KbbriDYruODcSCEkkBIWo40CtX/Vx6T8q79y1bblbT75t889hGwqkdFL&#10;CtWWr09BwP29NzzQRsWkkJVQLoouH5P9bfT2HvSfxo7e2vvKh3x2x8h9z73npQ7Da2EoKfDbbLSQ&#10;tGEeNUSSrjiezLrUEkf7H3EdrsXOMwduYue7m5BBHhR1jgNQQKrQagCQcr5dZDW3vNyVtt7t03KP&#10;tba2kUUqsJpX8Wc58qllBIxjAr0Wr5VbHg7z6B7W6VoqimxUnY2z8ttUZetp3qIMW2RVYxWmnhYP&#10;N9uV1AahyPZ3aSk+wjWlnAnVo3fG1iDh0iDN9tMoZvDOgPA/2319l3Ll3uuxX0fKu8yeJHRjBKBT&#10;UNXwtigIrjyI8/LqRfduy5Z92+VZPdXkqBLbcLeP/HrPUNSNprrjH4lbSa8DXABx1rifAns7u/8A&#10;l8/Iah+BPyWq6/ObO3xuGE9JdiU8RbCVCVuRelIqahzFLBQyvVIHjYl6dwP1R2b2H+UrUqJZoYIE&#10;pYS7lljjjRpJL2d5NCi7BvyST7m6ytREgd3LOR1zI5q5jn3Wc2yqUtYzSh4mnr+z162x8FiExlMu&#10;qUVEzgFpQbrb8CMi2qM/UEge0dVUDOxI9Rv/AFNz/vHtHuO0C8JfGv8APoP295pFAKDp/wDaerMQ&#10;Sp1R6lJOpSTzxfiw9gy+5evYtTxKaeg6NrfcVVgQ2evewq3TtCBo2qaSFYpY/U/qexABvbg8Xt7I&#10;zG6kBh+oM9D3YuYZFZYZ5iyH7OPXvaZ2tXS0VSqRy+NtYAA+itr+tyLj1c+xNsV3ouas9H4fYTwP&#10;Qyn3G9sD49nIQDQkfxU8vzGOscsMcylJF1KwII/qCLEf7Eex9r+0dubN2xX5TeuShpsNTRO7+Z1M&#10;0rBSESlAKtM7yEABL+x/JaukkT6hHcChqTxB8/Pob7BennGOK3tLZ2uXOnSBmo9aVoPmegsy+yal&#10;cnT12BdKOrE63mLPo8ZkQyJJ+2+lWjB+gPPujztrtNu0ux6mtwkUqYdMlMMWklll8XnK091jawYA&#10;AkEm39T7cutxlvrqONKlUIrXzoRnHWVnKfJ8fKPLkpvG03UianFagdCnGrIgDkMwA1EflgBcjgfU&#10;j3e51Dt+eh6h2DTVfqqhtfFtNdm/XNAs+m5H4EgHtHc3RW+lTzXSD9oUA/4OsJ+bLWO73jdrlMpJ&#10;cSEfYWNOkW+aQ5uppQWK0ziFhZf16FDW9XI1X/ofbLuWBYNSePQy61v9edX4/wAOfYu2qTWFZj6d&#10;R3cbaqSFlHDpXU0okQMDwwFv9t+fYPZZ0jMoa7M4dSb2sDwOfY3tATooPTowsY2OkcKHqV7CuqSM&#10;TOiC12JIHAJHItzz7GEVfDUnodQM5jUt6U697T2ScfpN7hiSLDjj/ifZnbLWlOjezU8a9e9pbJMs&#10;dO7RqzO1zY8g6vraxJ+h9msJbV3EYr/Lo/sQXlAc4Bp/Lr3trFM0mOCRvonrpdK6rhlhFmkYKATY&#10;f1t7AXPe5+LtZgQ1diDTFSENSB88/IfPpeJjHeiRlPhxCuP4hw697TG/d3U+2cdVSUhiSopaCNY3&#10;lsYqWJAfPUyaySxVRcAm1/eIvOG8/SpcujDxwhofIDJJ/YD0fco8uz79e20coYxySkkLxZj8Kj7T&#10;g/Lr3vWi+Vnck3am+ayCnqWlwuCqqqnpm1AiepepIqqi6glvLJGLC/A94S8x7y+87pLO0mqJahT6&#10;54/Z19DH3Zfay29s+SLRZodG7XsUby5IAGgGNPnoqa4HHievey14yvLMMdUSa6Z3CiM2AUyNYG/1&#10;4HsgDCpU8Osk1IBr173gzuHmx08YUsIqpC8NjfWL8j6W/wB590aNV7QMdXDmMgjzx172wpAZLA2C&#10;KTqDNzYH1cC/PumgVoPh6fBEhoOHXvfpIo/0qSQP6Xv73p8jwHDrwZkbT+Hr3vAkKhtX6AAfTf68&#10;f4+9lAME9XZ2VKEVz17307xxagGAkaxUE/gfn88D224QBR516sCSM8eve4YnLNpYjQvCX/A+pvf+&#10;p+nugwSKZ6sKrwPXvcZ5mjlWWIsjIwdHBAIINxyCfr7cBr06rVPz697cZNyZCSmWmllM6ICE8lmC&#10;A8kKLDm5Pu64NetqdJJ9eve8tJuespQPBFBFZSuoRgsb3Ba5tpNj7sSKHq2ojh1722VWQqKpjJJI&#10;XZif1gGwv9BwNPuowKdbLsQB173Eux5HN+Ta31/2Nve+qilM9e99CMMDe/Bsf+Nf19+6soJPXvb7&#10;R4YyI09RIKeBF9LOSDIzAnSgt6m97pivW9NOPXvfLRhrfrq/0f1/tX/V+r9Nvx71Xr1E9D173//T&#10;u9YEWt/gBxwP9j7ysuEcMqnh1w1gaIpIWIrUUocn1x6dVr1ccySRAFmRdWsBOPr6XV0XSviPJU3L&#10;fj3njuVAJB/2I/4pf2qtlcAhWXTioJ/Z0guSFaulgPkK/wCfpzpdRiK64iuqOTS7qjFoyShFiH9J&#10;PI49p3ee1qXeW1sxgKsIIqyjeKOZkVvt5mKlZQxUkWZQD/gT/X2MdjeYzxQox0SMAaCtCeFPUV/l&#10;0Hr+eO1LXQAMuk1B4kAGmPL5ECtejpfCHu/dXQ3yF613tt37iogi3Pi6LLYujYqcpj6+bw1tFIkY&#10;1TaxNrW/IK/0v7JiuPptvz47CUxgeHAQimnmiRfFJLCbTPpisFeQ25b1D/W95LbRbww2u2WyEERI&#10;pY8O6mSfzrx+zy6g7d5Z7i53C5YENOxIHE0BIAz6Afsoet7rbWTk3Bgoc5MrRHN0dPWJTy6hJFHU&#10;U6TCI3PPjLk3T02PsUNuacjUT1bsL0yemnaxLRlR9Yh6jq9gr3d5nvOVuWHmsB/jUziMHBoHBFac&#10;T8qdSf8Ad/5JsecedrOy3GMvZw/qsBTJU1pU4HzHVPn86v5P7v8Aif8AFGaXYTzUO6e0c/JsCg3H&#10;Cz32/wDeY6pmmygkWWN1ZEgYKRf1Ee5TtVVryDHUsePeBmdZfEupilrAlU/SbD6+8GYOYopRdruM&#10;0sy5wxrUtjgMHJ67V+33Lew2ZggTb40bRQeHpj8/N8ZwOByaAcetIrsitnwEe3cx2x2XnO2KTd0s&#10;LZTDVu5MnkvsVrJIhPVrT1mRmWGqihuob6ryB9SPbBRYnJTNPV1lQKkVilVEUoWQzklGS9ho8bIf&#10;8Lfj2T7fbyNcXMtydNoRheBH5Yp9nR5vNpbBlt1i0NHKR3Gp0itNRJOr7TXox3Y3fPV+3ttbL6+6&#10;82ods5Xr6topshkauhiqcT/BWQZCWupHppnXJjJrVEXMY1E2+gU+11S4+i+zpY63TPPRRhfJraQh&#10;ran5GsggjkH6e0MxvNY8CKIqCPTBAIBqBXANKHBrU5APRPb2e2NcSiSY6GlagXHaCKKR8VB5E4HD&#10;z6r13d272Gm7t75PY8tdtrbm+MhUmXHx0TYmOXHzVTrj6dg6Q07eGNkDFiQoH9bH3LnyVNQwCpmZ&#10;YaZ2EatMVTW7GyqA4QKGP09lMm3GdwsswWXVx1Uyc8a9De75ktdkht0gDUoRoABJxUGmSaVz0G2x&#10;unt5do7nrtvbXwlfuXdGMo6zN5MY1JZxS0FLGamvqpDCfBLFTxMXYhiwHI/HvPSOK6SNaVC5kYL4&#10;gLglhwdKA8eztNvmgi8OTU7UqvE58h9vy+fQD3jnnbLTb77erySO3ghQ+JUooUA/GdRoAa5oCfQd&#10;ZKrq7P4zN023amnnzGVrCI8SccWrJKuYSmlNLHBpglSqnqE0qtywItcn37cseU29PTRfZMv3Ckai&#10;n7aONLaSTe3BN7/T29bWW++Fo/d8hUSEEsjVA9KEf7PWJF37zcqc93V8OWOY4jBBKQXWoLOahuIU&#10;6RSisBQ16tZ6D+Au6sVtyfK/ITae5ds5Wqo4chg9vZjF5KGrymMmSMxVFMhhk1T/AL0TWDEBfxb3&#10;iTKJJSlpKinjqFi1srTRqn0I/wBUDcEagPyPZ3Y+1PMm97jZy2GxT+C0g1sVIWgAJarEADiK0IqO&#10;B4dS/wAm/eB5f2Pl6Xaub+Y6rDhAAzO6gsKVAINBTjVqcAeHRZOxv5dXdu5O0g3S/UG+twbXzmUY&#10;09aNu1dLTUZeSMyJJWZAU8NPAo1fusNPp1C4sSGW+Nz7txsGOg2hR0+Sq5ZWNQ9X+zTxwROAbS+K&#10;SPTILm5+gHHvJPkv2IggSW73xaTtIf0wxoAOPdQjJ4H0FRxPUFe8f3h9u5kubW15ZjT6SJdTyFcl&#10;qigQMQxoBU1Gfy6vE/lc/wAlHYpp9/7z+bsu49so8NLhtnbL29uRKesl+4jqjkMnl5MbDJO00F0W&#10;CJCY2LEuGsLA5uLtHsyhikpMlS4KmjmllDhK+kQryzRxpJJZTYWubf19yQnsLyrK4upLCNQwwTLm&#10;npnSCacTXPUQN7182XUDWMe50tkpSluta+ZqDXPHBx5dXU9ZfyO/5ceG3Hj+wNu7R3vlc1TUyLT1&#10;OW3FuSqpZUkVPJJNjg0JjlkcfRxqANwB7ArL9h7oyczU01RRojFWqUpq5XmZtRQ2+0TR4xa1xYW5&#10;PsT7N7bcscvXBmsdvjNwEKislaA8SB3AE+oIPzHRZufN2+71YiC9v5Db6gT2BAacATqDH7CSD6dW&#10;ZdY/D/oDqiphymz9i0NLkKWjWioauspBXNRUyvFI0dK2SvPAGaFTfUW/rcG3tOU9Nl6+WOUULD7Z&#10;P2oPLPIssUlxMRYk3LMCSORb2IhYwgFTAoQeQJ6DbXWp1czmtKVOP8FOjDzPh8Wj+Wpp4/OQ0kiC&#10;nUaghSJZT6V9KmwB/HtWzYHcpg0YpIaFmVGaYA6hqsHVpqhtZuTf03AHHvbWBKobWOgIBJzj8zQj&#10;8q+nn0lgHjyMZ+8kEYx9nw0HSSqt07Rpm15ipiqDGoREIguQhCpanhcrIQwF2ax/J9hZuTZqQZCT&#10;JZab7+qRER4X/ZhQhdPM06JEqEkkkf1+vPtM8QRvEkJYjGf9X8+h1tKO9uLREKhhmlRj7ePT7jd6&#10;0lbEsGNiWGmfUscgdJnktZuIYmaQk3/1/Zc987rosCssMmUpqSL1lKTFyK87qpbSJapuVbjn1XPs&#10;Pbnvcdo5WSeMQg8AVLcD5jH7M9Sbs+xPcwBhayNJSupzT04IKGv2449L7HRNU6ZjHK1/rJMrQ2va&#10;xEDWYN/r8eyS7tz7bnrZI4o2ipA0vqaT1yBmPLynU12/17e4n3TcpNzm0wqVt9WK1rSvUlbftMe3&#10;okjgFiB+X5dKdRpULe9ha9gP94AA9oyHOYvZ+Sx1Uro6w1lK00MPqvErMJ0kFl8oeJytiCBfn2T3&#10;yRRxzRdrKU4YPQlsribxldmIVeGKf5uuLrrUr/X37eFbTYPsxMti6pf3ZKDIkASBlloGSsorK0aK&#10;Yq3HU4HBbnWOG+uPM05sN7a5tyBJE6uufMPj9q8P29ZI2kZu9nSKQkq0fEDzIIJ+dCRXyHWBV8tM&#10;yTBvUrq4AIazKQw0qL3Kt/r+zTYje2L3blKjbVLEkkNRj2raVXaCHw1lWlDVNp9QAWDJOGv9NBa1&#10;re585b5gt953O42yKM6Gj8RQcZYKzAUz2uC3yWvkSOoa5m2GXZ9vTc5HFVl0tTOATQ5x3IKD+lQD&#10;J6ZFoZaKNKqWQCeKQJLIv+7KeJpEW6EBNTwH+l7n2Omw8VDXRjb246eSSXGVQmjpvGsc2n7aWhWe&#10;Pyeu8sddC5sAR4rm/uUdsmtLHdtrj3KNvp9axsKEcaIpBwaVYEmvAE+XUTc0G+u+X76fZZo1uhGX&#10;Rj3fD3EUFRkCnDJOOHSPz1euJylBm4/GaWs00EsyyXXQ0q1lMJCT4x9v4JlH/LU/XizNlejtwU8D&#10;ZjDQS57bwrZvs6vGeqahqI3eZYa1YWUpIkcqlWGoSagVP49ybzX7eXWyu1pIxntdOqNqaSAakE1A&#10;JGMEGh6AnK/ujte6Vju2+n3IAqySaQpxQlWPlXGn4gePSwmz2NgrRjKyphpK6aEyR0880amoh9SP&#10;JSanUzRK4KuQDp55FvY6bUwmP3pJmKGYytR7gx5WppWY/cRVs2PYyRLFUFFT7Gvw8zJpvpk+ttRt&#10;B/NCNDeC8TOgpipFSVXzYngwauaDh5dSVtN7FHaR2xcFW1gt5UDDgeFdLAj1qKefRTu3d0ZLrnF4&#10;fccUVMajauZpZvuBERSHGJl46Ziz0qBga/G5lEmUkBxYgFlGoP6nonO0WBqdw4KnWuyW0srPjM7R&#10;VUUrSTSFaiOjyFATEX8MlPUwyaGGkkgeq3sQ7Pc2e7bZHLZlfr4ydSvggaSQfn5GlKVIBHAdALe9&#10;7O27xPte5jRaXKaopEzUV+E1x5YPEjNehkwPdG0c7ktuY37+GFt34D+8WGKTRteCDxR11HUSOUjS&#10;op5xIpAueCeBb3A6fn+y3ekWWjlaLIYPIxzxqVWUVUbR1NO1pQAHWqphxa5+n9PfhrhuYFkBKtE1&#10;RgE1aoyfPUFp5n4Rxp01uDfU2k/0jL+nMlCa0KmgIxx7SfnmvT/2XSzS7YvR2WWnydFIhbU6GCof&#10;RUKdB9SvBK4v9Ob/AI9jF0ft0by6d7Z2xCFnnjztbWY8MUmMeSbG1WSpANCu0SPUUoAP5uPqD7DV&#10;nO9st5HIRQSI+agikc1RnzxXGMfI9SI8TXUCyowDKjaqAjg0eM5wCf29V2/L3tai6O+XHxW3rkn+&#10;2x+4sPNs3NVEs0aRJjMvvHbuCqpHaV0WSKg/vCJShN1CluOfbN1p8W93Z/KYzNZiCGgw0eQY1k1R&#10;MiySw46vkpaykihkXXLUh4nslheOzezq5ubKNfqWmxqIU4zpJqK+ZCioHmQAePRB48bzC2VweGK+&#10;oJWvyPr6Zr0vPkv/ADGOjek8DuPA0Ocq9x9i/wAEjbCbfwNBWVkcVVntv/xTAZbJZOFPs6XCuKuJ&#10;mm1mwIUXZgfbR2/h8ThuyO0qCA08UsskIioYGERgjXa9NWGRadFUBGLAGw/Vf2SybpG81zBPMo3C&#10;Zj2AjGlCTUcQKLThxp59CG0guG262lWJxEgy2k07iARWlPP/AC9CP8Qewsr2d8c+id8VU9RXzbhw&#10;M1fW5KrEjGtkbc+Wx6StNKilZ5dDME4IRhbgD3Z711QUOS652ItfQ0+To3xlPFV01VCk0JPhNTFK&#10;0bKVVoaunjP4t7Qbxud1b2NukT6aLGQwAJpVwwAII4hM0wK9B7dYIzaTTAVEcrAD5VBH/GdX8vXr&#10;Uv8Alv2DvTY3zh+WtDsremY693W9Xhc5t7cGCqqmmyUbUE9Pic1j45kuWSswuam1JZtQU3/r7RXd&#10;KNjOut0ZKmqY1nO29wVcoJEsoUUUtQaR9WoxlKgIVB/Sv0tce47LzzQXt3dzqZWhfgQfiqQK+oYI&#10;fXh6mtuSQf35Y2HhsITNEBxpwpUfamta/OvEVB2fhTuWn3d39sbE5fFVU9Fh987WxeLq3ikpIaqr&#10;Wrix0Ofg1CIV1FU4xaqFiC+trFgLgGm/cMkFRjt55yjmVqWs3e+PDiUTeQ0lZkan0ks6+iNIyVB9&#10;JYKfZRFdrc2N/dA9sl4Vp66STUfIEg48iK4I6yJW10bxYoB8NrWnoWCf4e/9hpwxtI7fWWkXauEq&#10;41FZj9owS1Hj4WKZafG0JSyabeSoSQrcXOlvyD7Ru5dyTVxrsjPNJIMXgoaYNJICyiWCKiiVT/ZM&#10;dOXIH+F/aPdL9jIZdVWjioOGKAKv8sCvH7ejnbrJYx4ax0ZpGPn56mPH55+X2dKLHYimxUQpKWGO&#10;FarJz18iwrZWmqalshWSsOeZ6gXP4BPFhx7ndQ1dXBtnJ0klJI9XlarMwUyMul6etVsXCk8qujSM&#10;FMcigW5ZvxyQSwT/AE8IcRkzO8hX0DdoGr0B4GvD7eju4tvqL2FYpB4UOmvnUEtwP2H16Y93UH3d&#10;ZQ1Qq4KaKikoqirMuq09FEMn5YI2WaFIm1ur6ybAJ7HmKJ9sYvcdTlJHWnpMLJCs8rM1NNU5TclF&#10;twyg/WSSGTGVjKpAYCQN9Gv79M4HjSyrUPG2ny+JvDNPUVVyD6N0cwIrxtpcFlalMVBADn51KsP2&#10;dAnksnFujM7JosQzK1VuSlqq2FCqvHjcRtKu3dDBLpc+BJWzGLViGI8sfPKgeytfIKOmNRtioSq8&#10;9blaDcGayMfptTyVe46ynggIXlT4saGKkAi9vpx7vDY+GxuGcN4wZh9gZlX5eX59Ft/cCfTGR3pg&#10;nyJopr6efQydd1lZK25cPPj5KKh2tX4TAYqaW5bJUqbUwWWkrUdhd40qcq8AIJXVCR9Q3spVbCyc&#10;q7LZtQOs3DAXBBPIax4P1t7oWIADDh6Ch/lnosKggLpBp8uhJ0j/AB/25v8An83vxfj+ntdbN+QP&#10;dHWkivs3sPcmKgisi0ElbLkcURe4R8TkDPQSRcf6g29iXZud+a9hkV9q3ueNFGFLlkp6eG+pD8u0&#10;keXQJ5h9s+R+bhIu9cs2cszZL6BHJwpiSPS4/I9MeU2zt/NRtFlcPQV4ax1VNOjyqw+jJNxNG3+K&#10;sCfZisb/ADEezfIg3zs3Ye9IECiWVKCXbuSlQADWazEVdPTCQ8mzQkf4e5h5e+8vz5tCoLq3t7lP&#10;M0aN/sAJK/noA9B1EG5/dX5Rljf9wbtuNkSMB3S4jB/0skerT6d4b1PSeh6+xVG2rGVmWxxAGmKK&#10;ueopl/I0xV8dWQB/g49ryl+fHSNaq/3h6i3piZbEvJgty4fKxBvyVgymOx0yXPA/d+n19yptv3wZ&#10;4SPq9nuVHmFdJP2aljUZ8jX5Z6jO/wDus83Q6023mfbLhf8AhtvJEeP/AAtnB+xeH2dSxhdywt+z&#10;n6eaK7emoxmiYj+yBPBWooPAufHzzwPxNg+ZXxemqYKinh7VwU0c8M9qzbuEr4VlRrqWbG7tppSo&#10;ZeTpJH549jKL743L08Xh3Freq5BBrbxuKHjlZQP8vRPbfdo9wrK6hlkstnnjDA1juLhGqCtMNbtT&#10;1406yVNLuiSjqYDJipZJaeohV71CWDwso1H7WV7sT+OP9j7vgwGRpcvgsNlaR1mpMtiKGupZSjRt&#10;JS1lOk9O5RyxU+OXkfjUAefauGdLoC5hLGGTvXH4SAVr8yDX9tMDotv7K4sp7m2uY9M8TlGyDRlq&#10;GFBniDQnyA9etRXedBVYnsPcuDkbTLg9056jqqdakLTxVFDlJ8fURRLHZpl8lK2lzp9A/Tzf3Kki&#10;0sNPqNuApHCg/kDjj2sVwQNWOkAwtaZ6c8flIajQtb+xdlKLIwczMBY6Bq/b94Xjd0kC3X02uOAd&#10;Rs304Jt/sfdwUDqeiW9Q1DGoANeha2zkcXBVU7aFkl1IIR44yEcgKr3HIJNh/jb3HG5ExGqGCnDx&#10;Oy0UrayWWNoxICA6gNpLOoH1IHvzbT+8NElw3ep1rincMVx60r6cPXoN3e73FpE2mQhaU4DgR9nQ&#10;twfFHB9w1uAzm4chUpmcZX1O8cQqK9KkeXxNZTY6OOpSmlkLQOmPjf0sFcBl/tEFyp66Grs0DvoW&#10;2v0EGQPyCg/SQAbEji49p5LdoK6xngKeXQIa7SQ1A6Fau66ye3iy5OihaWQSLTRRyQvDEoLA6zFq&#10;CuSCQoN/8Px7VNDl8DR6o3qYhO/DqJgw0DlbXMTavrbjm31PsL73tfMO4QqNtl8IivcUrx9MEfbx&#10;8uhJsHMO0bYBJuEReQ+meHqK449V/fJf4xfK/ujIU03WsEOJwVClWKX+KQS0Ek1TWCailZBoljmo&#10;lpWYgsRqLKxRSq3eJtz4mOMOsoKkALbTc8cG5L/7wD7hm29h2uLs3G67lK7lixCjjU1OafPh1KH+&#10;vvDZQfTbbt7BaUyAOAp1XHtb+Rn3hnsv5d77hxVHKKmWSbxSvX6VLvLda1gkRlcuxB1KFb6n2CHc&#10;lPQ9j9e7v2RNF+1uLB1uLMrn9uOeSNnoqtY01oZKWuEUw4YhoVI/p7yH9u+XrPkXeNm3OwhCNbzK&#10;+oAa8YYFiM6lqtDjPDA6JNh98Nz2rmraOYWBSK2mDFaBgycJAQBqqULAZzXGQCLmvhP/AC28L8V+&#10;zdh9oUFfRZDPbMzcWUp6ykpViyj08tJBj8pi2qnTyTx5HHNLTsbglZ3BHF/eupkMFW4DLZLA5Sm+&#10;0yuEr6vG5SGQjQKiknaGYxsVW4UgAEelvqPfUrbtyh3ewh3Cyl1Wsy6gfUMBn0Pz9DUYp11y2Pc7&#10;Hfdn2zfNrl8Tb7uBJUalDpcVFRmhA4jyNR5dbM9LWQZCkpK+kk8tJWU8VTTSW/XDMglje44u0bi4&#10;/B4+oPtP5XH+SirI20q2lmjiuWunrVdQeMspMxFgDyPp7BnMWyQXlnuaPpFakKM1WmgEqVphgpr6&#10;igNTkUWAUyRgjFR1LRmuvPHIBsLXANxf+ot7D+Grr4qB5qSn1TQ08k8qpZQq0CSFUMmpWSSUqFuA&#10;dXJ9lfKM24Pa2sdjCfFkWhIGQsQICsxIIZ9OkfxHK8epEt4AADXHl9nUohTa/wDhbm3+t9Dz7C2D&#10;DfeVX31ZrTJy1D109QJorLJK6u/l0WKu0psLaRz7nSz2CzUx3UttKl6GDkB6ZNGIYVOo1OSFzwGO&#10;lkdquuqmhBqc8euQFuB7Mf0r3dubpDe+J3ZgnXJY+KZVzuIP7C5Wgd4vuotTFRHUCOP9l9LaX5/J&#10;1EnuByFZc77JebZeoBIyExuANUclO1lzQjgGSqah51oOoe9/vu98rfeD9v8AdeUt/j8O6ID21woO&#10;u3mUGjgVHZqp4gGGStQaCkSspvuISEISZSTDIbkIzeltSj9aMp5U8Hg8EAjYg6u792H3Bt3AdgbX&#10;r6uSkr4JIsriKqKKOvw1cjmlkp6mmjmmSGQJHcAH9wHWvpK25p8xch8wcqXd5se626rKpDRuAQJE&#10;PcpFfMZqDkEaSKjr5fPeb7vXuF7E88bpyRzZYIHjYGK4XX4NxGe5HjcqoJz3LQMpwRShKdUuY6ii&#10;mVY6qDSVRW1F0ZVZZomsvliZmIDAWBBU+pT7GeSmhqcVk6LEGnMBiWs8EkkUjK+gs7U2gORUBYTe&#10;Lnkk39QuDVlkhvLa4vtXigla54cADXFM8fT7OghtRuI57aa8U9raSaccenCmOPSKyc0NPWR1FY06&#10;yholLIGl4KOIxI8lysR/JuPbEZ6GoFPTVEr4/OYurhqVpBFJEkNQhQmoAUeGenmPKkHX6gT9PZjo&#10;niaSSFRJt8qU1caivw4+FhwI6O7jb3ljkeNleBic1454Yxjh+XUWnqK2iq/NFBDV4moiEJqNQZpA&#10;q2igAU2gkVT6mIKH6XDA+51JSVWRmU1stTU5yvsgr6OcRR1UOhUjjnhK+LyQqHVrgMQCL8n2nlmi&#10;t0PhIibfHTtapIOamta5xip6K49tPiLb28YFuv4STg+eSa5+Z+zrNlNyY/F0FTXVEkdHjMdCZ54p&#10;FcNAkaszaJJHHkLtYC5tfj2OmC2/FiKRqCGnpjUVM8UshaNXapnlRZJJpgoWJEVkCsGD2F2Ygk+4&#10;73DcXvphcTOfAVSKf0RigrxPp5+XR6119BDFpNHC0414cBn0/wA3oOiMZ7cNR2VuMbilq658NRQ1&#10;FPTRrTij+ypYpGjSOlZC9TNPURzmR5FaMOdKAOI20LzFY1kklrrI87yinvCWkkllYoB9tKgYLCBE&#10;QCBZfqeSD7D91croFtUrGoqK+QHrXz9a+fQC3C9VwtuPhHD5AeR/2elUJUp6f7abTDS09OZ2WqjS&#10;OCGnUFnmlV9KPI/l5ZySCpFxY+1glFHS08tRmIYp66dGWKMIhQMPoIohdIgqn1NyzfU/T2TNcGaV&#10;YrNytuvE/wCz51z/AJOi6GDxZCFNFHSDzO7KyWvoaLabimw1FOJa2pMmlmjCgMmmJVFc0oa5a4jU&#10;+kE8+2AmnBkMiWZJdAiKKsASwKhXshmYXBV7kHgc3NjFfGZV8M9pHHz/ADHl8x5dHdvtncpUY/2O&#10;uspuevaiWGkqVBkTVJNE4nq9UZAlV4IjLFTr5FubrdR+fz7kLG9Sw9ctNTSaljkMLvIZCxRIfI7R&#10;oI1UFi5LaBb+vtksIQaUaQcRXy8zipr6Cn+DozZIbdOFWHlUgU9QQSS3oCKEdBLNlJjVNKYUy1aJ&#10;YWqadydKUrIGln8kUNT/AJW8pCLGVUfU8Hn3hSgpNBVmEksDsIVW6qzhldS0TnXLcgH6G4/wPt5p&#10;5TSikRMO7H+Xy6I7y8GhvQ9Djgf4zO8U0lKtPTVMI87ymF/HGAAsceiFPC4CkCxBBHHPvBko0ljC&#10;1empkRo5I1adTGCNXEwvbxo5NwPzwePbtqSv9ipVMjIyf2+f+odBa5uNPaqmh/n0N20aZUDPTLLS&#10;0skjLKBGUkLhb61UqLksBYj9N7ixA9hjk8fXSU9XM9QAHlUm+lYzqnVn8cdlKqFWygWXn8cexVZX&#10;UCyQRqlSB9vl5nPQcuZVL8MU6MXhZYIliSNH1eMC4Z9Zv9X/AFXDtbk8E/19h5XbfkWtyNJ4SytH&#10;Uu+ksQviikqIHeU3UxmchSCbMf62HsTQ7kng2k+vTQqM48wCP2V+dOi2a6YWyAMAcV4caiufI0rw&#10;8q9LGGojkCSEjj0qNX0Fr/S9rj2ja+i/h9Ckk6mUM8jV0Tya5fMz6YVcOyNCFBJC2It+PZ5bzG5n&#10;ZYjT+H7POh/y9F5ufElcDHELTGB6UpXpzUmRlP1B+hA4+n+HtIZfeEeNof4bT0qLHWRtBqhCtUl1&#10;aVRJqa7xws+kWj0Acm349nVnsr3Vwt1JNUqQcmg9aYoCRnjU/PpuLbpb+YztKAqnVWlBT0J4VA9c&#10;9SgPpfkj6f63sG5pqsZSGpqXp1hWp8f2kzM9aHQrIDJTag8YRLaw2klri97D2OY1i+keGFWLFK6v&#10;w/t4cehmkUAspIYVk8SldQBCU4GjcCeNKVxQ9cvanpauso1lp1r2gpskt6yNIg4ZfIXiiEippE2v&#10;lV5AP59lE0EM5WZ4C00J7e7zIAJpXI8s/l0RTW8FzokFtqnhwpLU8uJFa6R5n5de95nqYMYIKWpn&#10;SpZppKiBqn16JKiKP0q8l5Gn8ZAY+lUIsvNiW44ZbvxJYoivkaV4D19Bx+2uemlglvTJNbx6FChW&#10;04qFJ4qMAA8DSrZJJ697YKimo8rWmipVmlqooxKJpRI0BWK83jp2GqoGgXU3JJP4B/SZRy3FnbpP&#10;OwEbGlBSoripHz9ejeKW6sbQ3Fw0awM2QCA2cVIwDXjjh172JsSzVOFbHVEcCSxBUlACzSOgAjKC&#10;dA0kRYnkBrXsfqBYKSskO4C6gYmtSK1Ar5VHDjTy6A8jpb7kLmJmKGpB4CuTWnAgde9t0gjxsC01&#10;IXmEUiywSaVEym6xi6R+W7c2ubkn8k8BWjG6lMs4C6gQfT7QT9v+x0tRpLyVppwFLLQjyNOBr/hA&#10;697nx4eSrC5hchJG0vkaeCyOoRdLXmDIixhncaQx/Wpt/QJDfLDL9AbaqqO1iSP2Zz/m6TNuEduD&#10;YG3BCgAGpBOfw5zQDPyNevewzzS1hlFNBGdTSTRSQGMaCXQrE6KH5u4UE2uAS1/T7Fdl4ejxmcad&#10;INa8Bmvy/b9nQ02v6XwjPM9FCghq0wDkVqPn+Yp172j8htySrhhyFUn2/gEstTCriFgwUuU9ZQ6p&#10;JNRUfUlvZ3a7qsLtDEA2sgKcHH+boSWe8+FI1nCdZYgISKih/aKAefXvbRj8XT5ynjJQSROraErv&#10;LHVUz04kmW0cWpZYtCFj9TYfT6+1txdy7fM2aEcdNCpBNKZwDU+VD0vu76bapigOmQeadysHxUk8&#10;CCaYp+3r3tQLiaTCynJ01I5jgECqrSv4GpZPTJoiK+V2BNwwAIuL/QH2WLfzbhEtu8oDOCeABBpi&#10;ppQfYf2dFLbnPuSLZSzqHbUT2jUHFKVI7QPkfOvXvahNRCwM8cUcaPWCanKxSNNHEaekDI4knqBK&#10;PvDIfIFjUqwGkBLsVRw3CPJHPPqUClPT86Z9RTh556LJIDGiwmRjIqFWqwox1sQwARdNU0jTVySG&#10;bVnSPe09X7lqKSZaV6mmpaIFWDRxU7zyyqWEZFh53ss5B4KsOSDwfZrb7RHcIZo42e44cWCgGnpj&#10;yGfLy6MbXZY7mMzpC0lzSlCWCgUFfLT+EZJrXzHXvaeyuUpRVRVNFRBqeRHaciZwksp1kWSBJB52&#10;1oB9Ctr2vY+zSztZjCyXE36lRTAJA+00NP8AD0dWFjcGCSO5npMpGntGBWnmRjjw697RlRJPkYJq&#10;eSmeiQsT9+uuOUidPEkYnb9zxaTYcWN/Z1GIbRo7hZ/EpQ6aVApxJA/P7OhJbpFZyxzCYSj+DtPD&#10;JNP9Xyz173G3ZTJV0NJjaWlhoarEyCKSqeOBpHhfxlHSelZUqDUFy5K8Oqr/AF1e3tnmeK6mu55T&#10;JDLUhQTx4EFTwocZHaelHL8z29zNd3FwZIbhahQWAqKihVsrppSh+E1PXvc/bdFAIcs1DOUyuPx0&#10;1RVTzGmSQ09FSeeGogV46mIWrqYCS370iuDfgn2m3S4fXYLPCTayyBQBWlWahDEEVqnw5oCKeY6T&#10;bxPKJduF5CrWU0oVAtaBmfSQ5BXih7Pwgj5gN72ijLT5OirvuJ5I8vrlaKZhT2yaTgvGt/Kjupk1&#10;amBtGRpBFz7ECpJaz2xhiraUAI/gIweAwQKU4agSc9CUJPYXFs1tArbWVAIpUxaSATw7SBpoSAWq&#10;Sa4697EfblfXVdBjsHLHVH+G07zSCKR2r1iBE8v+Rgaks9OLE2/A0m/sLbrbwW897foy/qNQVpoJ&#10;4CjnB4+uPUU6Be9Wdrb3V7ucbpWaQKCaCMngKOcHjnPrnr3terHt2lr5Y6QNTR1sLq0WQp2lgqqt&#10;qZEeNE+6ip6amqQxcya0ZXEfpVuAGy+5z2wMtGMZFChAKqDX01Mw9KEEaskDoMM28z2SPOqu0bYZ&#10;CAyrXBqULsyjABUqVLEscHr3tD/7kcduMwYDw/eCSTzVclRFTUFRBDStIximqKh4Em4cAhyxc6Bz&#10;YexCDa3O1ibcgxhotEA1OCWxgCpGRXypn59CStpdbMj7uWNqFBCULOrF/RRUrw8uFWOKnr3t5p81&#10;DTx0KV6VNQIK5P3aVpJ6GnqIaeasRmlWIGmMj0+vW7oksi6RqYm5ZPZkyt4ACmVD+E6iGqDwwMGn&#10;Cor9nRdJtksr3D27qrNGSQaLIyswTHHVQMRpAZkU6iAqjr3sUqeKlzTx1VJJSxyTUzLUVQLR1LvU&#10;ahPJHSu8kdXEXlTSY7aPE4a4JChGaSXb1MNyWMeoFVpVaL8IJ4hgAQRnVqBA6A00l1tiyQzRyEK4&#10;KLgrRKUVmoGRqKa6h3FgRmhPvbUKPx1FfhhjXjnkZKurrqx1eNGfVPRVEUEAY+CSCSJWXU73H4Nw&#10;F4nBjgvfq6xqCqogNTTDBmIqSKVBFPPy6XPdh4LPchfVjUFVRa1NO1lLEDuXJBFB58Kde9pndorM&#10;fVrRpVYp6ZqeKuVaeGMvFUpTBJZY2VIRCESocIF50SMp5LXM9lW1u4luWhl8ZXKgtU4JPrXjQZ/Z&#10;0c8vm3vYDMIbgTB2TubBQmoB9alRXyJAI4Dr3tFVdEK6lp1igrIniVRV1kKSPS0tWvrp/uQ8oHil&#10;WNNQdmADggkE+xDBOYJpCZEbhRSRVl/FppmtCaU8/mOhPDdfRXEwmkjZG+FGoHZaDVpIHxZalBx4&#10;5A697dtsnIbV+xgrhpycU8UlIlPJTS0FSKn7Qqj0/wC6DSPDcCRbxawADcX9otzW13aS4e3P+LMp&#10;DatYZQgcChqBqBPcPipQny6L97S05ga5ksxWyZWDEhhIugPUhhp71OWU9xGaUPXvY/4LL7bS8NSg&#10;pcjO1c1RDOq3SpmdY5kqYakqCyiEaNaFlt6bDUfccbjYbi+l4SZLRNNCCaEZNRTjxzn7fLqI90st&#10;8ZS9u2uzUJpK+aAYKsoqBkhtLAEGjVBp173MrJoKGiem/dp3eqkqaPzhjBUKUZzLVyExa1lOoAhe&#10;CeAx9JTxxzzS+IhRqIA38SkngAOGOmLaGa7uPEorIIgr0IBXP4RnIHkTU+o49e9yqSuqo6qCDIyw&#10;11JOxKJRRRMaEOpKgy2QeKN29P0V+b2HusltE0UrWyFJ14l6jVTjxrk/y6YmtIHR5LGJ4p0x+oxo&#10;+SDitKkcfQ9e9iZj8NhZMKlYzatcoanpv8n8EtOgIlFQrKZBUKjG3B1Ecj8kJz316t+YtI0gZYE1&#10;B4ilMEV/Z5dBqe9uVuG8RSsq0GoD54xwIqMkjH59dfn/AAsP+J9pvN0FJhC0+MoRJHIrVaKHTywt&#10;HH+9LJqBWRr69V1Hpsfrf2a7fPPf0iu56MKLkVVgTgftpSma9LrW4n3B/CurmhAC+oIJwMfOlKdd&#10;+2WloJtw46AUsMVpayWGrlkqKiFaDHtT1lalWkRp6ha+abJU8UHjLU6qsusMSgjd++up9r3C2VVD&#10;QV7sgHAoNNPTBNa1Fa5p0ZSXEG0XVw91I1UjVowAh1vrVCp7lKgIWctpc1UIVGvWnvaZqNh5Gh1L&#10;RvEzFamGoaSAvcyxSRxuSsZP7DSAlvx9Pz7Pk5gtbnR4uoaSCufTNOPn0aQc02t4A06uEBUqK8KM&#10;Kjj5jy4de9sO53p5MAcVnMFJUtR/5KJGSCZY1mWVjPMTGkkcUBjUiRGBfUwAIb2s2vxI9zF1YXun&#10;xO4itK/0eNDWpBXy7TxA6PNkWdd0W72zckjEv6lKkFgKDSDU1Zqmq0AAAbiAeve2brjZOHmGbNNR&#10;yVlHJU00NMHWRbaXVRUJGBbxSyRkIGEYUjlj6vZhzVzDdK1gJblUnVWLUIPEYWucgcaEnjjz6X85&#10;cy7lC+2LNOIrsRsXpQ4xipFQaHNKnPCnH3ufkzt7b1fSYeHEfbSyiWgrRVSl4aWvgkFN9w33bKA1&#10;RNHYgrJECSb2tZBDJuW5QSXhvWdK61KaFJUrq00rkBan1NB0lsk3jd7ee8lvwyx0ddIozoe/QdNP&#10;hBqMoxwvHr3sKtz5XadDWtQVNVUBazemP2JgElxWbxlfX19NgcdmM9lZspmKHG4eqwlFQ/fVc1fR&#10;3xsdNCUjleZWjJVt/Oz2DtHuTyeKbwQR/pOupjF43BtIkEaB3eVD4emJ46mUNCJB2Sw364tEuY7Z&#10;dce2PfTkTQSxxxmaSKGERwvLMs0kngRRwS0udTgsgRzIPe0N15uzC9s7W3+uLxFPU47H5Knxkcld&#10;jshSPkZI8dTV0sMtJWYujqKV4aKrpwzJUyxvIw8biNiZTTlbnmz5ou23Pb3nTb4J/Aq6up1FFkPb&#10;JEisP1RwDoVzVgFdhPzhy/ufIG+8oC+v2S/lhaUhHjYpWRo1IZJJAwZ1k0q0akKO9NQ0p72mE2Xg&#10;Nt5RJqKI4Kqnekp5IzHMaeKOR1ZqhSXcxwXlB1fQEXI+vuYbS8e4tZkiRZItJyhVSdIbSAAMkFjQ&#10;fPo1fmXdt4snS5k+rgQM4IYazQU0kgfF5U+dBxHXvYlUVU2XXIVFXU4hq2OqWXb1XhaOpgY00VNS&#10;xrHXmtqZ46/JGtildpqdIYvEyIULq7uDoYN1sbm9ivNJsC9FQhgyoVHxvWhYtrx+Eaft6Bt5BHt0&#10;lhFbQXH0zJS4SZ1PcWc1j0Kpij0FAqS63D6m1BSqj3sWNs7sykuGocdkpqZ8pSvSPNWUjih0lTZp&#10;ZYZHnkp4DIGIiZmKm41MByHtw2aMXc1yg1QvGRpKnSSR+GpNSf5Cg456DO5WtraX9zc2SOtm7NoD&#10;jxD9gI7ZMU7hoU+Wa0xtErX/ANqBDC5swP8AUXt7OlsjeKbix1VgsxUU1THlqf8AhYid/u4YZPGi&#10;yJNWmGKV2MtgkwjFyC3H6RBm+7JLtk8O42cLJJCxkNKiv+lXzFPw+Yx0EjOWmZVUq1dVdOmoJ8hU&#10;6fSgJpwqekRnMNHTSw5alh0SY9nqXEF0knB1Lawv5LBrkfUjgc+0Zkuvv4LkqvGwLR5SZYpIqWCo&#10;RhVQQVbRFmaRYX8yeJyLk/7VdW9n1vzN9baQ3kxaEH4iMqSOFBWq8B8vtHT8s7TNC6alK8TnNMin&#10;lg/t8+njH5qKuo4a5iIo3UMzyAxKCDpIPktpII+h59o2izybKmqNuAVC01HVeaCFl01UIQsk9G7y&#10;uBLCsUirG/I0rzzz7PZtube1j3OqmR0oTXtNaENjANRkeX2dCbbL26n/AFZFUca5wfnXyJ9B1yrs&#10;ZT5LTO7fqUoJELEXYq0ZIU6NAZQSbfT2Y/b0eM3dhZ6KsP3ULwaYZZ4EMuqCNftx42DSCVOFLIbM&#10;LOLgkCLN1+q2W/jmhJRwxJAJK0PxDGKUyAfOvmOjUVfROtFlxkY4EEio/wAHn0Am66nJbOy8FXQR&#10;kRipjeqoS7CJkmYvWyJIpEPj0triU+rV6RyLeyA9kfEnYWyqzdL4vaO2Ew+6/uq+vp5sBQ1UWMyt&#10;VThGycURhmiip3kkXzaNKNINZA59w7zt7M2HOcs+/wDKESW19LQT264V5GbMsAK0UkVZ4wApqWWr&#10;EqenH3Ufv1brykm1cg+6N9Jc2EZ02t29SUUVpDO0lKxnAVyezhULlUx2xTb+3zjNob96qzWYlzO0&#10;Mrjq7M7OxmblxUG7tupkqd8pQU6tKmPOYWmR2iSchpSugEXW9bPxb29mol7IoeyNsdeRY7D5Oux2&#10;2K6jwmPoK3KxQ1M0KrHHIxH20sQJBWNRqAP4940z+3d/y5PdC4ujPGtU0srKdQIBK5NV+YHmM+vQ&#10;fffvBcpb6u3wWG5RQ3kpRisBGEYVqQimjAUoNWfQ9KfvbH7xmp9oVmy33hHXSZSGTL09JlJ4MVjs&#10;OtFUtUzZKKOpAlqYaho1WKNpGkN7fQEtGV2dlOyO1cBgNy5TB7Z2FFlI5sulDWU6Us8NNUIKfFLP&#10;RRiGMu1/IXI1Dj6D3XlTl87pzLaWu73McW3vN+oS2lQAw7eIy2a5oPLpr3k5+vuV/afmLdOS457v&#10;mP6R/p6BmOpqESEOclVNQOB4kY6FzZkGMxeEoft2yVVUTaHmqMhBUR5GWWSISSzyxVI+4iha9yCA&#10;q3+nu+Tr/r/G4vBYmlxVLSxYyCjo6ei8RjEQo4okWnVCAARpHHvou17ZbZaW222AC2sMaqoX5Cg/&#10;lTr5deY5923XmHddx32R5N4luZJJi/xmVnZnLD1JPSsqMhCiatajn8kAj6XHJtf2MMO10lhKMtlT&#10;1CxK3INrXP1Fj/vHsml3YqwPEnHr01a7c0eqWveekrV7khhkRANeptIKkMBf88EAfT280OEjVwAi&#10;jQAFZuf6fVgLGx9oLi9JWp4np1LaQPUVyfP/AGem+vziRxhjzqHABA+t7C1/zb2pkoTHHptcFWA4&#10;sxP5txewv+PZUZwz1pToRWKkOg9Og0zmUikSVx9L8gkED+n1Nhf2j8mWjc6QLrdSrG3FiDcf1t/X&#10;2c2yq4BPn1JW3Qlo6eo6Q61SmZ5CzqG0BHFzc3+gN7f7b6ewL311zgd1n7vxCgy0KqafI0bPTVUU&#10;kbNoZJoQGGksSQDz7P0WKcRx3KFgvwnzX7D/AJDUeRFOlku3q6mNkBUihBFVb/TA4b8/2joWdrb1&#10;raAR0lXpqaW91bUrPHGLahq/WzEDgEn2laDe/bvXCGB56TeWFgNkTIM6ZFIwNIArrCQqotYMLcfj&#10;2WXuxGSTxIqOprxqCPzClfypX06jTd/bPbriWSaw1W9w5JNCCn+8Ein5N+XQs02QxeZjR1bS/wBA&#10;rEK/P+0hrn6e3qj+WeBBEO4sTn8DUX0u0UUdZShgDfRIsomVdQ4JB4/J9k0tk9vRZrPHr6/OlAc/&#10;MVHUZ7t7S88h5Jdr3iCSKpotTG1D6BhmnyPTmMfR2W9PE+kAAuoa/H1INwSf9b2r4fktsKfDZunx&#10;e9aGmqqrHVBjiyKyLPHU+F/DLDruBMJLD2ieCynmhlaCkkNWFRxoOGfU9M8sbR7u8lXc0cG3XL2N&#10;0dEultQIONWfQE8RThTOeg2390p1l2bmNl53eu0cVnMv17mf4/tLIVFPH91iMi6LFKaebTr+3njj&#10;UPHcK2kEjge+tj9u7R3Bt6irshuvAwZEK8datVlKClleaORlMoillisJAAfai2vY5Ig8w8Nxihx+&#10;Yr1HvN/IfMlhvt8sGx3UkDvqUpFIw7u4ioU8CT0KaoqAKihVACqqiyqqiyqqjhVA/A49q1uxNhqr&#10;O289shV5Y/xzGWA/xIqG9vfW2pqBMp+wg/5eg2nJ3NbMqjlu+JP/AAiX/oDrl7TGV7z6hw8byZLf&#10;+20RPr48jDUn/W00q1DMeP6e2pL60AoZMfYT/g6PrD2u5+3CRUtOUb5ifVCn83A697L9vL5jdA42&#10;mnFNn6/LynVGExuNmKFrceqransrW+pPsO7jHYXJ1q4AB+Q6ljlz7uPuveTQmbaY7ZQakySrw/0q&#10;6s/n69e9ki3L80Kbzz/3I21UeQyWSqyrQvpuSCy08LggqeeeOPr+fZdby21tI304LvUUoK5+fHz6&#10;ye2T7tswiT+s29IVplYgRj0JI8x6de9l/wAxmO0+5cmazP1lbUrIQI/OZIaGliHrRI4kBiWw+lrf&#10;7H2ewWm77kwJBWMetf8ADTqXLDb+RPbiyW32q2jR1GdOkux4GpwT+devexb6z63p6HMY+CRlrcg9&#10;bDTuyKxiillcBljAjGpix/1x7Ge17bBaPHGTrnY09fKh/wAw+316AXN/N8242lysaGO3ZTp9SPn6&#10;flTri304NiPp/wAU5vcke9hPF49KDbGDx4sPtcPj6c6SRZoqOFDb83BHsGTzeNuN9PTDTOf+NGnW&#10;Ml/B4mokZJPRZqTNNNuXNVKsdD5SrZQAp1IlTIqabAjlV4/r7DbdlIuiVv1DQxGrj6fm/wBSR/vP&#10;sW7POdUa+eOgbd2xV21dDjhKwTwRtzeykgg35B/H4PsuOZjKTVFhcMzsoNgTdtRsWHB/w9yhYtVI&#10;x5inSZIaNGVHSoU3A/31v6ewqrX80zgLodXN1upP+vx7GFuAqgMainQrt0eKJNRqhHXL2nMgjBTd&#10;hcmx+l/pa3s1tiMACnRvZsCcDHXvcFsfHU04MksUViBaZwgK2v8ARr39PP097nvltgxYimck0Hzz&#10;0tW7eCY+HEzL8hXP/F9e9hVvrddFtmdTBJEqwQRRIwZTdnBMgRiV1aiT/X3if7j88W1rdSiGSo06&#10;RQjOTXTnP2jPzx0PuVthut7jIaNjrapwfLhwHXvdQXzN+UUclFkOv9rVD/xDIwxJlKyN0lWmgDtr&#10;gSYMza5SoBI+liPeGPuJzq1+0+22b/GoDsCMZrpH7B8/LhXrqX90T7t5iurD3B5ohpawO5t4mRqu&#10;StA7IQBRSe3BB45697qSkXyXd9JLMz3J/UWa5Jaylifrc+4bNGNc0+ynXUuH9MeFQaRgYxQcKf7H&#10;XvbJV07PUxrDcMZYxZRyW8iaQtrk3uffmDEjSeHRjbla1YVI697V+4IppMfj5JvMFpvIrvoN0Tgq&#10;jHT6bc/0PPtxs5PVpFWvEEde9pKfJQwoEpKaM6Ry7nUzErc6gSSLMfxb221ABTj1eIqDSvXvfDF5&#10;ZGnZKxIQBdi2kID/ALSpawY/63vSnILCo6U1DClOve8eaajePy07lWYkhQwJB/1rn3V6GpHXiw9M&#10;9e9p1nta3rLFTqP0Gn8E/wBkE+2kORq9etr3efXveGV2YHXZTZbAWA4+nItcX92Y0NE8/PrzYKqv&#10;59e98Gp59KyOrKrcgsCt7/0uLfn34KxILHh04gIbjjr3uOYmQgXFm5H055txwb+3eHTunr3vmVK3&#10;/wAP96/x9+63173jIP1Qj/G3P5/2Pv3Wvn173kAAtcXNr/Ujj6fQce/deofLr3vNAqS1dPHI+iN5&#10;0DEWHF/pf8Aj3scerggefXvaj3HXSy1qwBDHDRxLHFGANNjcO54v5NV/zx78a1p1snhnPXvab8h/&#10;qfpp/Uf02tb3qh9D1qnz697/AP/Uu6lLKP8AXI/FrA8f1PvLG7E6MPqFYEn0/wCK64b2CxXD4oCP&#10;LqtjJNUQBjMso9bXYxPF6Sb2VZFUk/7C3vLCb2ty1xx/t/8AH2zC3etGxX/iuqXsZUkNhaGn5deo&#10;JNZUIdbEop+tgGuOD/sD7ZN5bkpsLhJgZAamSMxxRpbWS5GkNY3touf9t7lnlHbJfGiu5l7I2BHz&#10;PUcbrcLreJfxjP5cT/vXVqf8u/40bk7Z7X2tumejaLa2zspDlqmrmhdYKuohL/b0cLunheXSGZmW&#10;xstrkn2SfIvDHNUSlNaeczyyREKZauVtQRjclgtxf+vuZrbcEtI5fEjZoVYtilammM+Qx0A7rb2u&#10;JURVJcigpx9aj5mvW5ZtXIPDiqSCRkjFLRwwwoQESCCKFdFyf7IH1J/A9iftnbdfHU02afILAXET&#10;NTiMMs0DoLxMpBKmx+o947e8vuRst2L/AJeWNp5/Do7j4UYiukfNcVI4HHWYn3dfZXmTbr3ZOd7q&#10;YW1rrJUEEll89Q+Y9cdapf8AOu/mt9Cb72b2n8MduddVPZ2Vonkpaney5AUdFtbdtBDNU0uQwdRA&#10;kr1c+NqbiVWBiaxVgRx7EPKZKixUKmqPjSaQRqFS9y6E8hbt+PofeH/iIfDmuZGNZMEKtK1qMEnz&#10;9R/n66DSb9LY3sEO3QK06xlm0Yqp4sTwIp+fWqR0l8f9+d81Oaodpl62q2xhZc3MtTWrD4qWg0iR&#10;2ecoZCZCNQBF/wCluPbNTU1DomWn1RxVamVWY6WUvrUmJj9CTzb2Jty3C5uPBEzL4xoCQKVFMVAx&#10;0O4ro75E00rg6RTXTGPwnzqPUeVOuO5Jd77bzuHqMxT0eVq9mZCDH1eOhllmppaShMFTEcjFTWDw&#10;mJDGzagORx/Vvx1BBimWKWqM9RaSUOSSGDkAXU8/Tn2ptITHYsi5UtWp48OiS6+n/ehJWlyVpQAU&#10;45NQAMn59DD3D23unvink3Rjto0W39uoMfhjjqaMx0sZpYgZC87BLlHnH+uQPc/LSUVRSE1aI0FK&#10;PuTJIyLEhiQG4ViCCpW/+v79tG3Ld7pHbsQQ5HyNfLh/lr0Rc5+Habc24zllmjWgI1VC/ERwpmvr&#10;0mvjSOycRvqhwuwK6ohzG/a1dqihpzVrNXR5SYUclOlbSFXBex9ANjHe/uuXcXyE7H3H2P8A3Y2F&#10;W/b4yCuko4hTwlJ2+31hp/NG4YJqA595u8mclbJs1rZzX1tGbtUDMzUJXHADzHWA/Pm+XXMdpf2r&#10;zStZXHasScHFeFKHj59fQ8+Hv8rT4mfF3qnaW+eweu9t5ztLFYKl3Puzf+9BFlXxGampY569sTNk&#10;IjT4qipJYy0bizj6lmJuDtbF2NnpsHS5He+dyeTy9VGlR9pLVSmmpzIoZxIkjNqkckc/kD2EOdfe&#10;TlvYL5bLZ9qivnjmYSasKv8ApaA5/aOg/wC1X3cLncL27nvIW2uxdEZPDjVpJWY17607VHHIOojH&#10;pUZ/M0/n49c9e7pp+t/i7s3anaEu2ctk8RvDduWhkixlGMf9pSxxbaqqVjLXytUJd5wDFpRQGJNv&#10;bpuHamfejRNv5Clo5ESSMxyxCVLPwv1F245tf/D3Ta/vHbZOI7VtpWCXyNSyUrmgoKEeQPE9Shvn&#10;3aLvbpGuP3g09ueGqLSwIH+nIJ6Kf8bf59fVtVlXpO7unKymeoSCr/i+286a2OWR7meM4utSCWkc&#10;Sm/pZtQ5H1Hsv25+sewKuCSmyu84qeerJhoaKglmgnqFZWErvHHL6Y4L/W1ufcu8rc13HOKTywpo&#10;gRqAkAVxxBHHh+WPXqJ+YuTLLk24j8a4jknOdND5U4+QIrkH8ur5vih/M16A+Rj1VV1f07vKHbm3&#10;0NRurd+5MTRUeCwlUNQo6Gmr6tP9yVbWaLhYm1gep1AAuGR6X3vjqZYcvnBNTvUsStVWRTaOL3Bn&#10;jDKbfWzexzbQT6EiEgda1ORTPHifL5DoNyXO1XE7SQRfq6RlQ4yRngej/wBD8ldiZeaSPE43IyVS&#10;U/k8cWOemgdy2gxq8TsCyk88/X28Q0ew9lIkuZzGKqpoiRJCsFLNMptqt5QAbG39fau5vrCz7Z7i&#10;MgeQQE1+3pyDYtw3BnEMMpVvUuB/M9NNZvLsPfAak27t+vw8IYtHVVNVIkcgBINo9Jf8j88j2lc9&#10;8hdh4GMy46hiqHhuscskYkuv10hI2UKP9h7J7jmSGIs0NtQj+I0/kDX9vQs2/kC+n0JI5T18usWP&#10;6X7Ezzs2f3JLTwTKuqKndkYnUeCZFe1gfx7LzvT5kZNIplweOoYWeNrSPACVOr9QTyccfj8ewzuP&#10;Ol6Y2EcgVaZ08ePl/q4dDfbvbixhcePJIwByNXH+XQpYH424GkaOTL5bJ17KQwQVQGv0glWbwAjn&#10;k29k6333hvLdiTT5rOMsIAAghk8HoPICqsovYt7A247ze3gInuGKn59SDt+w7RtWhba0AlpWtK/L&#10;Pzx0O+D2lgdvQ+HF0EdOLWL8vK3pVb6zYgkL7LfnN3U0khZGaQhL6n9bWB9Vvpyfr/sPYQubw3Ej&#10;Yb7T0JYIlVdMdAP2dKQC1gLAD8Af717Dmv3PWzp46NFgRmKvPKC05VjbVHEGGk2PtOWZVVaY/n04&#10;AqsDI1a/s679t0218tHRQZWo0QJVENCZpVkqZg7/AIhDFo7/AOPu0llOFWR0opGKkZ/Zw/PpSHXg&#10;OvexcqqPH5vZWEFbFXnJYmmFbJ5USNpIMVVzQXppGiBlk/h7ESC91uv+q9wjzZaW6bhcmIEPprSh&#10;GMU4+nU7cn3ksuy2YkepAK/z/wAB8vz6wLrWWQkqUZlAAPINh9Rb26dX+GPL4TcNNVnXjpK7FVYZ&#10;ldCtEspg1KnIknxrjUfyYzbm3s25KnNtd7fuIko6uVb7KVoaZoUJpxyKdb5wshd7TfbeUqXQEeWc&#10;5/b1xqUE0UsLA2dGW4NiLr+DzY8+zO4jfGTxW8HpAy1NTNX5ufHvVOCaiWrWf7egkqPO0y0FXNKj&#10;ISoEcrk/p9Ik243hmu922d7hS5lkkiLiv6jUKqDWul+3TUDI6iKDYoG22xvo4HU+HGkgQ0ACnLaa&#10;adS0bWOJHHpI5zA0GSw9RHUxOsJjp1nEFx41paiNzPDFY6ZRGXJI+o+vseOi+5H6x31VDIB8hsTe&#10;D0eQqaaZTKlCuQ9NXGVJjSGrxdczMtlBADj+luh3ty8Hvb7SbXuNnFo3uyQx6iT3TQqqyoagkAkA&#10;gVyWqMDrDL3M5Yl5X5lvrN6GIsStAKGNu5DUGpxUGnnx6DvuDq+TtXYQoaKvkwW9cA5rNsZ+kZo3&#10;pc5QgLDDM68yYbKtGqyq11KMrG9uTKZbP7DPbCVOzIUqKBKepq6mCCF5DX1VPEGqZaV9VpYjjqZ1&#10;dByWm1X5PvHD3h5Ll5U5dsN4vtMd1M/fF3FytCagZNagqR5FloM9CP2p3e/3r6vbJJnYxlVidjiM&#10;saBW+Vcg+Xnw6L9vDYvZCfHRKHsbMUi7vq/t6auraedPtKD+KVMkeMDOVMf3NLkZ6XU49OmMqBb6&#10;CXiu0cbijl8pHiqeOuoYcZk8jjWkDz1VBi5jWU9THTkq9RDUUcU9+bqy2b3jvyNuX1nM9vtMSGKW&#10;WRUozUDU+BxX4g1CCPI/b1IvuDyZJDscMsly89uoOl9LVAegdC3BCpoRXiKU8+ic4/oLcubyO29r&#10;1G8ckMTX1G6cVt3ctIrQR4rM7ioZqOvo5poC60dTjcu1MwXVeSOVSmnm7J35151FUUG2t/4nckPX&#10;lTmKmrllZUFVBmYK2PzSfa0KRrIjFJFk4YaS1vqPc4e3nK/M3PvMO8bRFA2qyfU5CglKuysDkBe4&#10;GgJwaDz6gaz5v3XlWLwry28eOQaVFcCnA6uBoKV9R0Ofwy7O74y+6OzenuxNHYeP63ixWPptw1FH&#10;T4XK4+tEk0EuMy9SZ4o8rIKikkCygKzCMub/AE9qHpvaGyepaTKPQZ9ctQ7o+y3JjaurCwy1FI2K&#10;VURIwt6iZVkOrSAFBAJuD7j/AJ5gg5d5p3HZ7pdF5HJRc0YsNSuKAnUa1BXyBr59ZM+3W9bnv2xx&#10;7lNYAIVkVwp1KhOlhn8KkAUr516rP/mmU/dHyi3RtTaW09qV2BqetM1mNiZ16SpOSWDJZjNY6alz&#10;E1UFp6fG0cgx8YheWRlDEsLlfb+e3Np4SmyeYzedpcbiK3bdPn4CsaU8WKRF8eXrSWlkFJTjyxtI&#10;2k+I3ZjY39gjdZjFFf8A1svhqkCl6YCsQokFa9oq1Cx+EZPSgbDLfXcI2+31yeKQAcF1K0jx5nBx&#10;0mc58NOztyY/ZOAwW1JcpuDYHZe5tmZkbkyAkG7cViosdXbKpKuumjoWy0lHBBWoY28QmjRI19QI&#10;UjHZu6esc58ltr0VRW1kx3tRYnHVFXTGBqXKQZKOKbE1NHWRP+41RQ1iRSSqGQtGR7XbJyzPfHZd&#10;+tVaRZBc0cGoKrGzqxNfMEr86CnHpTPu24bNYbxsdUaOIodLA6610sDXNAQGA8jny6uX+Oe3+wet&#10;/hvW0EVDisPufY0e+qjC7fqqWohx+Hqdt1WRFTjamiGpvtRmMfUTRQ3a0UwGsize7QVyGP25Hi9u&#10;rWRUsdVSPS4miqJoGikalpZJpg0UpSSabxwEgq4AazW/qTbleyTXH0TNUNGQoJxqGeB48ePSjauX&#10;13W0mnVHMAoWc4NUYUAqCAO/hTrUwz+O3325nt9d3V+05srldr7hosr2Hn8ZR1kOWix+4spBi8ZB&#10;jMrR/eQ0kC1MitOskd1j0gkEqCWn5C7npZdoZvG4evpajybO3RJkRFLBOCaSmoImDRxkFpNGRJJ/&#10;rbj2C9xudEJtoHpCIXP2lWjH/Px6kHlzY7WO/jldWW4E0RVSa0A8Q8aU+X59W5fyzuut947d6bl7&#10;X2nlcPK3aGwn2klbiMljkSlzFNuyrLwipLo1PA2FhIZrFvMCtxqPus96KiX41tk6V2qpqTtDO0uV&#10;mWK7pUVOMwVTAskShPGv29SLE8HUD+fZbt0hXYtKvhbuWpPkdER/wHoc3kTrzaq6aRmzRh+bSin5&#10;U6vgotw1B+T24Nr1kvjhPTWz81iqRmsH07w3zQ5KVQGCs5NPD9P7P+t7CrHYmWojocZk0kx8mbz2&#10;LSaGaPw1kmMpkqKp6pIH/fNMyUb6JAhQkGxPti4mGtIpl0s7AkHjpBwfz6PrOF3dpVH6elgD8yKd&#10;DZV5GFaeqrKRlqhSQVIUwOJYzUKPGIS6FgJfIQCPqD7GfrvN0GHyE1IiyV9FkMvuTGzzFolq4CmS&#10;yVfSTKz3eWdpsPTLZbNZibW9sSXcAkijU1RpHH2VYsP5KP29KoIJFa4IHcqJ+dAB/l6Dbf2CyOcw&#10;tFUw1Aocni5sXlqUO0v2bTfax4+shqgjKJKdabLVJAcMmtVJFx7F6qpIN69dz4qniZBtg1tZWPUL&#10;F/lj7Rgr85PE5ciSWA1GWhA/2q/tmPXd250HMYJz6LV6D82H7el7JFYXUryPQOBQepYBK/sU9ALP&#10;kKXrntqPO5OYzxb0nwOOoKWnD2o6jsTObW2hiy4WHxQVFPS7ZqJGKlQUQC3JHuuHdWZbcG4MrOyk&#10;GkpqeH0/8Bx5qjIVQWC7E6VSYarkm59rLKaS4lupZRQsQaeWSxwPIZ6Kr4IvhaDg1/wKP8nR2KSl&#10;io4hDFqsAgJZtTNoRYUZmsNTeONR/sPYa18YBPJW4JNvybXvfk/4e/XICtUtQdJIyCak9SvaQrAC&#10;SD/U/wBCfp/j7T6goqxx1e6ohDDAoOve2CqQKpNuOSfpyAPx/Vr/AE9+rXg3TsUmoAE5697S1Wnp&#10;v+SeOP6XN/8Abe7kErTpwooqade9puRDrPJJ4t+P6/j2kcBsN1ZdPXve518eqs5jovpvJOQ5resd&#10;j1BcMrFnfbmPMlubm7gm/voVyvcGXljluUNqZtutiT5EmCMn+desDOeoxFzdzQNJCjcJzQ8BWTA/&#10;3mh/M9ac/wAuKg7Z+SHeuNo5B5ou0d8Sqt2hjhim3NXTxKrkaSuiqv8A7D2LVTTSxlZYSBGVs4cW&#10;YnXb6fgexBDMr1V+Pl0HWiiSJzTNP2dAXtLdtBnJ2xuVmIqQyyUngmqisiiKZ5ItflERcPGAPTbn&#10;3CmYrfyaQeOVA5H+w9qEFR29Bi9FUcDJ6MnsqCnqJYZYI2aL9oD7nU0sEsbaiU5Gl7/Q/wBPaako&#10;I2E76vUalLgFeCnoUcg3uHv/AF49mKTsvhgcAtP8HUZb4rKsvoF6sx613PJA+34yrX/hs13UEJaq&#10;qI5nBI/Acn/b+0etXVY4zNESX1eFHkViugH6FiSLm3+w9nZt4LkxhqAUr8+gM5YsAGpgf4OjtyYT&#10;C56Gliq1RokVKplWaJSZAdZ4ZS2kk8j8+0/UZOPHwTV2TqIKGBiTLLM6iJVJ1adZIIJ/H1PHsxit&#10;fHMcFtA0j+QUVP8AxXRps+ybpzDfw7ZtFnJcXz10qilmPDyA/nw6U1XJj6KFY1kj0QLGgVAQ7XB0&#10;oiU6oXchf6G/+HtDjvPYcE0tFNmjGlMQDUGnlMEuoi7wyIHaRFvzx9fYhPt9zA0SXEe311eVRUfb&#10;kUr1kHF90f3pk2uy3WDlXUZq9glj8RafxKWxXpjkw2TqmFXBhKiVKm/j0xQrIFv6jNF5S8RIPF7k&#10;+xI23uTB7vpZarBZOLK0sR01EsDMhjcC6xlJSltSji4Aubc+wpu23X+yTJDuFq0M7CqgioPzqtRj&#10;0rXqJ+dPbTnj2/vbax5s5altLmePUgcgKw1acMKgnBJFagU6RORycGDqGgyYXFVYJlipatXp5ZYY&#10;yWklQTJCWVUBN1BH+I+vutH5ebRw0PZFFuLF19A67ixNLHWvSVFLUKchj5HoZzO1PJJGkn2scFyx&#10;1Enn8e8qPZPd7yTlm6225t5FNvOSupWB0uoYUBoaVr8uum33PbbmG59u7jaN+224tnt7xjEZInj1&#10;RSKHFBIqkgNqyBpoRQnoyfRu6Gy+AyuLMFYpweRjSB6qCqgSSlyFMtSghNTBDrENSkyHRqQACxPs&#10;q+d29/uLNfRs0lRSRyKySIzRVKBHcK/g0uQY0upDC7WBP0tIV/LK5eVQDcCNgFOoAg8VJBBGfMEU&#10;OessDZ/TMiH1pX/L0M8daVnEcgVQz6bXPpIuCR/ifYU7SpGyq5eCtmjpoKg1FMlHRxKkl3SaLyVF&#10;R5JJGZtZazkNflh7RcnncDbXl5LHDHaicCOJMUCitXfUzOa1AJNcZyBSRdrtxJBhiaKP59PErFNJ&#10;ABtYcn+n+t7S2W2wtEZnVAsyCWnlCgKfNTlY31EAa4y9iv8AW3ubrK/juGL6VDOQagZINAKn8ulE&#10;UJYvT4gaU+fWRHDi4/3u/sJfK8lZNT6gJlmZ3jUFSqjSwUHWgA0xA8m3Jvcce1NhfySSzWjv+qHB&#10;I/hqKgAiv8IwaEajnA6MoEdiyKT/AIP9Q9fUdc/Y69Kdu7n6W3jQbrwgjlp5tePy2KkBNFksdUSI&#10;88E/hmVdf7YMbhg0bgsLewbz9yDtXNu1SWFzaBZqgq60V42odJWg00LAB6jKsVrnER+/HsRyv748&#10;j3nLHM1ifjDW8y08SCfS4RkYg0WvxihBUkHyKt2RoVrofEGaGZD5aedODHLYrz9Q6MvDKeCP8bEb&#10;H2xt17Y3dtTA742LlpqnB57G0ldCYpBJVUlQ5LVVNM3qenq6Wa0ckb+oEG9weebG97Zum1bre7Hv&#10;1qq30DkGoorrTtYequCGUj/D18zvuH7f757b84b1yZzTYaN2sp2UmhAZceG64oyyKdQI4UIOQegX&#10;p8pkq5qyiz1DHBWUVbVUk8MyD7aYQlPBLFGDZ4ZY5Ncb39SEEfXhWZKnqc5VU9dIZEaBFpnkUmMz&#10;aVJSaSUXiWoYqAOBx7KbSWLbYpbRaHUSwrmlfIfLoDQoLNJIVWuo1of8nUukq4cdFJSq0Oly0yoz&#10;XVCP91oD9FI/23seOvaBYqSlytUgZKW0cTCyzFQ2nSbXDO8rm7fUj3HnMlzqlmtYX7myR5dF05WJ&#10;ZHVaPXorXdWZnzWR/uXjKhRJXRrPWKF1xaGQsPIbj0oY7qv0vz7E+aoU1SU9OkktRVAHxwRyrTJG&#10;vKiWQvw9v8QWHI9hNIiYfEkZRCmO6mo/Z/xXQE3K+eZnXVRENPn+zrFsjaEWOwaTVQC01CCv3FXK&#10;hr5ZZ0MbvSubuULG4H0A9qDG1GRpK4RxxxweZI4wE0BIE1EcMxJszKbk3YkC5IAsW3UNpNBqYlip&#10;J+ZI/wBQ6IwBJk1P+XqZuihwlbhJmqvNUpTys7eWQs9VJ44lQuAo1aEax/AI9zqqdnYwfcyylmZv&#10;IT9ZAQfFEW9QVxcMdQsOADf2xFEqgSCMAf6uPQjsLYARuygL/q49AhXVsdCj1K01LCsSxBY1kenR&#10;ITH/AJyYAhJSgewVuWLcfn3Hp0kco0zwOYIfNLNUSuv0cesyt6nYSEBVstwPp+PdpHUKQlQGOAB+&#10;dPl0bTSRRxuQ1Dx/mOkCrS5Srnih8wWtrmpKejptLPKopgf3KchRIiQwElryL5LEG3PvM8qxOESV&#10;Kx9YleP1GEU5BUMAvKw+T6KW/wAT7qIy4q8bIDitM19D+Xn0FNx3DzBoOhu2VsuQ07TS0T47XHYu&#10;YrzTVNwheaXxeMz+NeHCggcf4+2nIyxK8LRmNZnXzw+RghqI08cbsl7qEQ8AGx9rLZHZDUVUGh+R&#10;6DM15qBDHowu28DLGJYTJ5o4ysc0aXVUYs8gdgyksx1/Ucn2lM1l8hTNA9F9uJNIjeN4FV7+Rgxl&#10;JcroHkBQ/n2cWFlZyh/GjbQTxH8qf5uid7lH1K5x0KuD21RGF/uo55FWQvETIxYKbBdA0iygfg/j&#10;2wGpZ6h51mEupRJNPCZamEFXRX0BmJWd5GVFUcGx/p7MCgWLw3ShrQClD8hjypmvRTNIW1az9n2d&#10;LWKkiSPxqjIgPpuNL2sLHVa5HHt+NbDSQ+SrAirngLx08qIBpbylnmmYqUIa1lK3vb2hWCSZgkOb&#10;WuSDx+wf5eiO8kLLRPhr/n6k0kLs6hSfEOb/ANfpbj6fn2Ce4ZBV+RqqyOWlpmLsYo3LCRUnUJYz&#10;PE0XN/rf2OttiMWhYiaAA+p+z8+igtKpDLXFP9n9vSriGkhR9Bx/yaPYeVk2P8dLJTj1BoYchPNS&#10;q0E8bzMQQQFaOO6f6xv7E0SXALCZsGpQKTUED0/PpQkdwXmSStCpZADQhgp/bx6kew+yGHo580qU&#10;bQVULTeWKtqv2l0adI8UYTx3uRe6gkDgnhSJYb2aKyDTArIqkFR5eeSD0JrTcZo9uYz6kdVIKLU0&#10;PzIIx+3Pl6e9rSPGYysIShIFfRHzT1SQUoMnJeWCSMo8ZRwoQXPAJ+hHBCbu6i1Pcg/Ty8ASTp4A&#10;Hjj1xx6Dkl/fW2v6ujWsvBak0JwGrginE+nXvYdbiokfNgmGnesSDyGATW+2p2H63V5FZI/LG4Vu&#10;U1KQv5AE+1XemyMYlIjJ40rXjToYbTOy7YKSMLZnoDTDEeQP5ivA8Ove0Qc3U09RIaep+2ZeGZQ1&#10;lLcOGB1Agni3N/YgFhBLFEZIya+VfToRLtsEsMfiw6/lXr3t/wADu6WlklQMZDU6gWdjJeRYzG50&#10;ByFD6jxwFv8A4e0G47MsvhtSmn0x0WbtsCyrDIwAVMgAUxWtDj/i+ve3mKvnkkEoneESE08jagvl&#10;aMhg7fXXove/4F/Ze9siqy+GpKiuRw6K5LaFEaPwQxVa8K0r5fKvXvajyFTtzbFDVZDN5mkw9HPS&#10;SzVVdnMtQYigpBTv4pqqWqqquOn+1Z50Id3RU8ihgGNvYVu94jhHiXk0MMNudRZu0aBpySaABQe7&#10;50z59FNra7vvlzbWm2bdJcXCuAqQwySu5apVAqoW1AK3wg10kgkA9e9sOI3ngK14loYKvJLXU0OS&#10;pcnSY2uqKOalmZ4YzFkPD9rBUzvGtkaQFUYObLyVRla68J7dyYGjLKwDeGw1hCNYXQSC2oKGqygt&#10;hFZgcbjyvulujPcTRwtG7RtG8saOrL3GqEhmUAnIXuasa1cUPvciTN45avI0gpvNWSUgmpYfsqph&#10;BDGaHziprgj0bSu9THpQXbTqsGCsEXrBP/i36jBTqJIpmhp+X2VzxHr01FtN00FncG48O2EgDtrX&#10;uYhqaI6hwO1tTcPhPmCfe3emxWLmRl0qUqEeohemWBJTK1MAlHGz+CKNjIdI1lUUc/Qj2nuLy8jU&#10;FTVlxpOaipNeP7PnTorkvb2NgDKQ6EKwapAAbLmmonFaUqxNB173C3ZQ48U8MUPlkqFDRlwpDAeM&#10;rEyBmdVX6HgW/P59rdmnuGmaVwBET9v29Kthu7sTs7qBBQmhyMnz4Z9f2Z4n3tJUFRVVOPrTNIK6&#10;sSNaWlX9gEeHXFaVVIs8Sm1zdjfkm3s4nhjgubcRjRFWrcTxyDn16PbuO3gvbXw08K2LEsaHgc1/&#10;P04CmOvewkqMVkTFWT1tDJJkX8ni8SedIGjZ3j1Ig16mvqFmH0HsapeWqtEtvcqtsKVrivr59SFB&#10;uNmrwQ21yBZ4rnSWr51Jpjhw697gU0crxpBUQwRVfjZXKIJJBGY2cRyk+QRSsQfSDZbc2v7elMay&#10;NLG5MdRk44mmPl0um0Bi8UjPahhQlqZJpjhUD58eve+dNWVOIZc5BR0lQVx7zVGLro2nonMcqoFe&#10;kkjjhRDGurUrMSeeFv7ZmhivXO3yTMqawPEQ6XGD+ME/sxjHz6pPbQ7iDtks8ifq6RKjaXFRWutc&#10;k1NKUpSvXvYbI25sjVVZqKNqeaulkloaaBGSCaFJkWrNM7/ta/Pa7pq5JFgbn2LD+7LaKIQXAdYl&#10;0uxIJDHKggfL16G7rslnbRiO41RwoocsQxBp26s1GKUX086de95aTH1+OyFA9TSTU0dRFJS15nZ0&#10;M7SSVNMbMmoyEA3BOkxk8m3vVzPb3dvcpFKrMjBkoB2gANX9p/Py6T3F5Z3dpeJBOHKsGj0j4QoV&#10;gaHh5+teve82eWlwOXxVC9BLFDqkdpY56NVYzzU+jH0tRUVUEAFbUSMF/cWIVJ9UkYILlkF3PPaX&#10;V34gkQgjgPiBAXVU1BNe0ac4U5oDbaRNu+3310l2rTAAaSrfCobVIwVWJ8OgNNJYxjtVyDp97eYM&#10;3HtjcUlJSVsmOyMcOTSZlyf+5aWGF1o2WXHypHPNjKmp8jQza7K0cbJ5PKCCmbwt6W1t5NEkbL4o&#10;Q9lKHSpUCoagrrpQVpUAGvRa+1NvmyrPNa+PZlo6Dw/0lLHWKSqSokVdPiIFBbU6sE8PPvYo7XeD&#10;J01ac+vmp62O8dVWURmHpWYGIUski0skNQkDamOkSM7G3IX2R7vEbSaFNubK4ZQy/IGrUrUVrTNK&#10;Z9egHvTzWVxbfukhZomrpVguTpzqpWoJBANdOkH1J9747kwOJqMPlsrV5KalmraaSXCyR+Kk+7yb&#10;zP44KjzFJoaeSqdg6ozMdagMf0m227lepeWdlFbq0cbgSqak6BgsCK1IAqMUNPQ9b2Xdb+HcdusL&#10;azV4Y5AswYltMSqKsumoYhfhLClQcYr172Ge3KvN1FLNt/HFKui+ziyFdNC5RnSiCyTQT1U6+ZCm&#10;m8cSyFCHKajwQLNztrKKePcrpitwJDGi0wC2AwUHPnUmhpTGMjbfIdqhuE3a9Vo7rxDEitkAvgMq&#10;r20bFWIBAWtKcfexZ27lI6rGinrCteaFqWox8P2Oujh8c+umWV6uJJxJTpHcQSIvjkUFgHUH2Cdz&#10;sFeZZkQJFLXXqNGbAOrT5GvmM9R/vNjJbXrzWoMQkDrIwk7m1KA57TSjVI1hiSCQDQnr3tb505Py&#10;UeRmpaeSgSF43ommNIaSc+FmDRNVTO4Vo7B/SOeBYeyXbPptM9qkzCbXhgNVQK+ekAccr/PoL7Z9&#10;Gy3FrHM63eoUkoG1AVySEFCa5FSTxr172HuWnjZYFQRS1zlGTxRyOKZhzJFJrJhYxqoHPBvYcn2J&#10;7OOQM5YnwPOpGfmPMdC3boWUzMxP0gFDVssCDpIAyKn04cTjr3tsqNs7nr6OJKl46fG1NN93J46l&#10;KUp9tN5Ko0OL1fbzTI0GpWC2ZSxH6Le3od22e2ndkXXdI2kalJyRgM5oVXNa+RAHn0ZQ75sdrNJ9&#10;PqkvEk0DGodyjTrempVOrOeIWuST172v9izY+kraKKXB1MsVTVQUNVU1FHHEgpKHHvPV1Tit0JTS&#10;yvOAPEw1zCI6w9lUK8wyzzLKkd4BIAzaUOrS7kUU6TqIFBXtOlWJYaW1ELc0w31zZXUibooKI8iq&#10;Hq2t5FUKNNWIAoTqBCoHwV1Mfe1Vm6U5NMhiKhhBHURvV0UrP4a16OL92mH3PlnmkkkphHoQqrvc&#10;i92J9oLCU2TW16i6pENHA7l1GoYUoooDqzUgY9Og3tdw1k9pfwtqaPtcAEprNQ3aFWg1FtTVKqMk&#10;Y697Zcdj6t5YaJMpMk1OSIZq3yaJZofTJCvmeLXBUA6VkV3S7cayCCYT3cAikm+mGgnupxA/i/2v&#10;p/g6M7u4tlWW4ezBRhkJpNAeBNKgFeJWgP2de9iBTYWorVllr5qlXg0yuMcxkjQFliCuI2LSHxSX&#10;0q4FxY3Nz7DMm4RwMotYko1aFxx+fyHzIxk9A643OK3KpZwRlGqKuKE4JrwxUjjTHHr3tZVc0OAx&#10;NPU0E1VOYp2af72pijkeMzqJ3+1IkkEccBJAvyeByfZNEsu4XkkdyiqpHFRUfk3nn+XRDbo26Xzx&#10;XEYQlcFFJWtDTu4GpoPl172hty5TKVtE0sK3MsBFBVh3aNEmb96mKWjUqsTFWJBBP0NvYh2m0tIb&#10;hA9e1u9cA44NX5kA+o6Emy2NlBdrHIfhYa1NB8PBq/NqGnXvcDCblyODw9Vka6kjelpI4gEp5Y2n&#10;arMYipVWEN+lIVsB+LWP19v3+02l/fw2sE1J2YmpBoF88+v+TpTuez2W57lbWdrOVuHY1LA00Vq2&#10;fWv+Tr3tfYjdMO5PsGJeOQxid4KaWJFcmZ6aRZGNQrCwlB0i4a9yDpv7DV/szbZ9TRNQBNCQT5Vp&#10;/L5ftx0G77l47ILkMAyg/EwrwoRQ+mDnjx697j7sipKFKjN1ldURxRUeTq6nFy19Bolmh2zm6cUm&#10;Ioq2OSCtyKLOZKanRollaFSSV8gkJZbiWC0rbrplRnKtGlZHCVcDSR3jtBK6l0ks2qlVJhy5JPdS&#10;w7XDZxsDKqLII3FK3MTapZIiGEfaA8h1MniMoXU0ZHvZLsZ35k9ibByFctFjctvjO7B372JuHHbd&#10;zVLFhcfUdf7Xl21U4pajLyZHJZCom7Nwpp4Gmmp0gx1RDHCar7SpAAkfNu8Q2b3u52lvd7qlpc3s&#10;kQlEaK1sjJOqSaWLh7qMW8auIgFIVdQt3rkre+1e3cy80WdqtzPa8r2252NhbyXMBaaRL+5W4WQx&#10;xBIowu3TeMxjWVmuEaST6f6iNuve33ZXaU25+rtrdp7zn/h9NVblk2/uCenxldAv3NdusbPx4ocX&#10;UU0+QjrMvnaimUO6yStSO0+oLIT7H3LHOlpd8qQb1cFE1SeEABNlzcG0jAjI8aNGl0iPUrKVZWHa&#10;Q4JOaORxsfPG98icthZ7iOzE9urSRudEdot3IXnUrG0cVusjABlVJlaPSrL3e9ivV7A3hUYfIJhe&#10;wPv98SY3b1LtjMboxeOyWEx9djoJ2qM822dvVODq75hsgUr9dWqCOJI4jTj1MZX0m6x2V2bHcBBd&#10;NAAGeBJUjkUaXk8NVhaRpTV2jWQAnSIhGQax9b83ctQ7lb/vblAx8rC4ne6htZpIppElI0wC5nWd&#10;B4GjVb0gaju7S+Me0e9lv2V1PuDZVJUdVVvaNDurccGVzO9MDuXJ5uhw1ZTyUC7Wr4qrHbMg3Xub&#10;LbkxMCZmbIVDS19ZjUl8cMyOZjEgQ5Iiudm2iLlHd9+kur95pp4ppCyyxFTGIwkJmaaSMySO7GVy&#10;imQFw4kp1N3NnPe0cy3o57suSZLHZjBFZT28UDSxur/UxkS3n01tBbSsYVgj0QRXBXxJY5KRLK3v&#10;a7zWNgwcNJt/O5+g3Bnht2rbJSZOPEnJVsMP20M+SmpcSlLBQt5qxXTxQJABKgQKCPc/ct7l4v0+&#10;3puDTXcZQ5KJNJpoGkMSBFoWIDFUVVLKG8iwN2+7l3Wa63XbNnmstp+rQRCIS+GmouwjDS6zJ8DK&#10;dUniHSak0I697DrpvsrqXsTIbl62wM1LkX2e1RjN2Q1yNITSSVs1BVPTS3BZE8GhnUMBMSgBFiSq&#10;XnjauZt05ists3ZZ90spvCliAJQMdQ01YaZFJDK32FTk06GnuDyNz/yjb7JzjvEMsQ3ALJatEcal&#10;QOA3lUhi6jzShrXA97HRtv0TPTfwHKVEtPUl3x0tQ8UM32nii10M0UlNTTxSUVQ7hoJi0sMiMP8A&#10;N6QF9purrDNJfW5WuWGTRvUVLGhHpUUxjA6i6TcblFm/etgFdABIF1FdRr3BtTBtVBVkGhga0DBi&#10;fexa69yWT25X1OMyGmKohV4knaWJaIrMS9NVpqqT5UmE6KrR6lvyTb6BnmW2tNzgSe0q0RIJXSai&#10;goVOBSlCSDny6Du4yWc+i8tSQTTsoxIpQMpNO0g1JDUNBTj1HqIBOhU88fT8GxBA+nNyPZytt7dx&#10;G666grqPNtSZukpVJqRHTn+IVEELJUJW0UweR0Ea2VwQwS1gfr7g3ddyvdmguoJrHVYu5xntHkVI&#10;xX1BHTG2yG4nNu7f4uxJFRw/P16Bnsfd9ZsTA1ORlxEuSxq1MKS01Ikvmp4ahmRpYhHG5bSRfni5&#10;9xe0Ovq7I01Nnso0dLWY+miieqpYoZCWVmXTKFX/ACiKxQhgLoCQx03Pt7lLmWC0lm2+1LNBIxID&#10;V8x5elD+3ozNvLFOqxAtCcf7PTT1l2btjMSVeKxFRIXFU5igqpD5EDKpcaT/AJshm5X8nn33tWKK&#10;lqqFaOlEmKyuMp456iGIv9nk9LgsDrPjSbxFWC8BxwdNh79u8jyxTmeSl3DMdIP44z5faK+flxz0&#10;ewzQeA0WqjKeB8/I0+w9R98QVFRS1dVLUR/d4mtkngpVUoK/HO4llh1WZXlAY2va9re8ualkgzMW&#10;ByiU9UMgnmx1akS+KpWJD54RNIWQVUbKGZGsSi390slV7GbcbJzGY8Op4rXg1PNfmPXqrS0QlnoU&#10;yfl+fXHbMdNVYkZvCw1OPajM8FXjpdUQidZCweKPjXCRKCrDgkn+nutf5s9bZvZHV/YO7OmNpbWq&#10;90z4+or1r67E1VdPjKhKyJsjUUFNDInnjqadZJQjaiGuE9XoIL9wtjvNy5S3ffeXtqtpOabddZUx&#10;65JI6hpCig6XlRK17asAdOTnLX7rXuPtp9xOWuW+f+Zr+Ll5m0JSULEreG3giYkYXUaEjzK1FKkC&#10;th5ps1FSLWSz00lPpkqKYMqisDJqj80iG7tExHAI1AX90SfDjdfd3yE7F7J687Kwu395RfYxQUWQ&#10;kebBYzZcdHVzvLUYxMcUU+d2WxZdUjhdTWBHvD/ltr/mq+vNtvbNLi5mUhT/AGawhRUsAAtK1wGG&#10;aevXY/nu32zlnY9p37bt3mgsrd1YoESQ3JegC9yk6QBkinHqDvfPYTYOF/vDX1c2Lp48hAHioaem&#10;mny9RM3igo5EnVmkEn1DB0aNfz72QvgFW7yTau5esNx5KnzdL1nU43H4jMGuSryE9DXGuamoqkAf&#10;tpSLRFY2P1X6+8kPb3cNzt9su9h3G5WZdvKJHJnWY2DkK9TXt00Wvl9nXG774vI3KllzZs3PfL1j&#10;9NPvySyzRhNCLJGUq4xTVJ4hLUxUdJDfO76WKixWVpxURRZWjaZIpF0sBG6KSwQsNRE3PJ+nuw96&#10;URmwFgRa3HsfiYsONT1h59AuioHn0E1PuppSGZwxv/qm9xni8ZOngH/WH4BP0/x9uBtSAE56qlir&#10;cRnp2/j5mRCWBKm/OogWPH+v7lxzxqdK+rSByTzc/X8/Qe2TE3E9L7e0CN8PSSzVXNV69bEJclNF&#10;x9bX/wB69orNemofQAFc6mv9eRzb/W9nu31ZO48Ohjt2U+zrFjQHpYi0oOljYA3b0ngWPtDV8QBD&#10;3J/1Nv8AauBcfS1/Yht2rgjo411XPEdLLFMzMl1sAdJ+v0uOefaUr4I3Vg6g3FjwLi9voTe3s4hJ&#10;IAPDpJKCSCB0JWJnkj06WI0lSOf66v8AinsItx7GxGW8nkAEjXZbqNIYAn+n1b8n+vtqTb4pZC+o&#10;h88eHTevT+EVHQg0OUl0rrN+BySfwB/xPsu25OkYah5TTzIrer6ElBq55K2Nx7LJdoMxZH0lf2dL&#10;rbc3t8pJQ+nSiiq1cc2H+39hNk+gsgwdYa6NbaioVjFcn62upJPsrbllqtppSnr0bwc3vCwaS3Df&#10;aD/n6kB1Iv8AT/efaUb4+ZdtYfI6QLD1TkAhvqfSt/dRyrJPoUvw4DUKfmK1/l0tb3FgiPbZAt6B&#10;f8FT1z9sGT6ASmUNUZiFXJsFM8gv9f8AXvzf36XlG3jFLi6RD9p6V2nujO7aY9sbSPkOve08eocD&#10;SwmWetlrJ0lWJoaSHWWdwbapmU2Qaeb8e2YuVtsVFLyMzk0oNOf2ggfb0af1/wB6mlEcdoI4iuqp&#10;9B6fPr3td4DrvA4qIzyYyBpC4CmWSOZlPGhioUKLkE+ze02Xb7SrRQrqPE4/zDhw6B+8c47vuEgi&#10;W+fRTyBUHjWnXvYoU2LSKBhEqxKo0KUCpYcfRQNJ/wBt7N1hAjNVAT5dAaa+keYF5C2ampJ697Xn&#10;UODjyXZO0MRGhlEuagkm0gEnxFp3diP6CP2U3Ei27tKppoBav+lBI/aQB+fTl28ktnPLIMUwPTpo&#10;3BkBisJlciTp+zoKmYMTazLG2g3HPDke7j66ZY1EakekaAOABpsoP9PoPcd2qFzqPE5/b1Ht1bsN&#10;TFcU/wAnRQ9tVJmkScG5kk1k/wCqJclr/wCuT7CTcc4EcnlN1HkFlseFI+v+vf2M9rj7lKjOOgjf&#10;RVamn16MtgCRBHbi6xMf9iG/w/FvYAblCSeVo+Obqfpz6XXV/hq/3j3I+1lhoDcOigJpkWo7elxF&#10;9P8AYL/vXsK6mH9x3ZU8xHqIF9Vgb2J/w9i6JqItDjo1idqBK9vWX2nZ4o5KgRzXCkFgbc3+trf0&#10;PszWUiLUvRnG7rEXi+Lr3tFb2eiwFDJWVbp+5E06+aXSkMMYLEtqKqoCi4BP0HPuHPdXnWx2y1is&#10;njDzFa8QFFDUlhUcKE/M06kXlHl3et/uoIrO3LDUoooqSTQddahe1+fdCfy2+W0NVnK7AbIyj1dX&#10;BA1HNkYyqUtLK0pSVaYazrlQcB/oPx75vc788fvPcm/d05arZeh0jJ4A9dh/u1fdgi2jbbTfecLN&#10;VBfWsTCpJAGnUKZFScfLrv3WHPlaqunkqaidp55naSaaZi7yM7MzMzMSSbt7iwA0LFiSTmueuiFv&#10;DDbwxW1uoWFOCigAH2Dr3uHLOJCUGpiFLEIBYgc8e7ZpUdGqmoGM9e9rnbmDp0giq6sA1dRH5YFY&#10;i8EY5Luv1uR7dQDBY56Wxxqi6tWT172h90Z9snU1FOkrpSU5aNYv62axZj/Uge2tVR1qvdRBU9e9&#10;pQLrt42+v5NuL/8AEA+68ePVw2hjqXr3vhJG2ko+nXzbTYG3+NvyfejgV6eqW0svDr3vEqHSYze6&#10;gkAm9zb/AB+ntoNqNOt8eve4/jOpgeDb6/0Nv+IPvZoBWnXsginXveF5fDJGzi4XTc2BFlK/T+v1&#10;93FBp7cHj0pjNPw4P8uvexKgips/CkcSxX9CKuoKQBwXNhYcj+vPuxpXt4dOkBWDLUjr3uRD1hn8&#10;nqGExWUr5V5jNJRVMyyhmK6U0RkMwYH/AFwfdlUsaBST8unlilf4Ymr9nXFmC8sVVQP1Frc88WIt&#10;9B/X2r6P4s995eWGPDdY7vyIqFj0SLhK6OMtIQAC8kCooH9b+3haXDCqwsR08trO4XSmPPUQmfsa&#10;h/l0nq/d+1MUsj5Tc+3sckV/I1dmcdSLFpFyJGqKmMIQPre1vY3ba/lufKzPIHbYKYdHsR/GspQ4&#10;46SR6tM8yyG3+Cn26u33TAnw89Vlht4JFjuNwgiYivdIv/PpNPzp0GmY+SHRuD1/d9nbUqTHfyR4&#10;bIf3gmBAvpWLAx5Jmf8AwHPscMB/KS72rgn8d3PsTBIbvIr5ZqyWJQBddNNC+phz9D7UJs909Kui&#10;/JjQ/wCDpFeXu0WMEkzbvFMy/ghBkf8AYKY6DCv+bvSFK7x0T74zjqeBidibiEbjnlKjJ0mNpmHH&#10;+r9jBhf5OdVN42znc2OhYXLLh8HU1MhIFwA8kUNgbfW31t7fTY5JACJs18lP+UjpOeZeUoFU3N9O&#10;smmpBjCj8i7gE/Lj0isv899lUgcY3rTsiodVLK+ZTaeApjYElWkm3PV1CMT9P2j/AMQR5o/5QnU1&#10;dHTx5jsrsKtq6cKsz0GFx9OsqpZL3njZgS6m9/xz7WjlyR6AOzV/omp/ZX/L0QXvuNyrBqa2Ejwg&#10;0qZFTNPRQwH+9H1xw6BDcH8yLc+OWWaHqPZ9BRshED53tinSodyCbvFjdt1SIqKRq9fBvyPam/4Z&#10;v6Ht/wAfX2p/wH1X0YL9er/Pf8Bfpbi3t7+qb/8AKNN+xv8AoDom/wBdnlXh9A/Gn+5A+2vwcOg6&#10;/wCHR93X/wCPL6b/AM/47f6TslfTpv4L/wAI/wA9fnV9Lcafz7//1Rc298leyOpu2ZdodiTPmdry&#10;1scU9TOssjx0FQT9lk6ecX4ZXViLWN/efu67VK80tndRayrUqfTyYfMg6h5ZHXKq65P2DfNkO47W&#10;iwXYUFdGM+amvEVGk/Kp6v670/lsfGf5ifGym3x0rt3G7P7C/gU1bgZ8RHDRUtVlccYo8jtrOU0Q&#10;gWZPullh16keJlBF7n2dPKfJfZWOymNxmLDZN6o0+qZNaR/vqhAiAj1O4Mtj/wAF9pNt5NiWT9ac&#10;6NeBSv7PXqI7vlzd5LC8uJpfDaOp8j61H2UAr9vVQvSn8mTt/c+Fq9x78ykOyzFWVVNBh7xT1bLR&#10;zGJ5q2RZ5EjBeEmMC1kYfW/tN713UM/k2jikeCORGdXa58CMI1/cFuGUAD+vI9yzBZRbfHDYQGja&#10;BVvswTT1PUEzFpJ5JWFTqNKZ45/Z1fl8Ueg6DoLqbBbVgK102Mo6aKonjjsazIIt3qDe5YSuSxI/&#10;J9l03bvPH4OtoBTsKsQVEKtACQahlmXXM62uAQCP9h7S7hcLEp8M6tK0A9TnJ6FnLOwteXCySt4Y&#10;LAk+nDh0c+nwOWzu3M9TFmpJcjjKykSpUACBqrHyxJ4yfoY2kUj6W/2Hs4VDVQ7hwOOrsfKY4amm&#10;hmjMX9ggLrQ3F/S6kfT3gdztZ3Kb/uKuSjmQtkgcTXFSP5ddXeQfopuWNnltjHLpQn1xQKMDhw4d&#10;fMm7qoc58a/ll3PtLtXbgyGaw269xYbIRZuQkS0+UrKqePJ3R2EzVNHXJJGVJv7elijr4FjqIldo&#10;jYPo9WrQQGueLn+tvYUuWjgVZJpKoKE1+X+z0OrPY7fdHJgt2+qOMea+lD8uPy6LFUb53F1vm8hX&#10;7Uz9TicVlkntFR1dwaWqcyCldQf0Oh/T9D7gV1HTRBHqKjxU0KqbW0gHkElvqBx7tBM18q3QbRQA&#10;fLA416P43k5bM0EUSlwuQaGlfT59KjrnfO6d0VOQxe2NsU+e3JuWV4hPMj1NTPQuVBpFp3/YBhbS&#10;wYkXI9t9RVNJC8+PSnq5NFgZCpfQoIWz6lF7n6exna2+i0ZS9cYIOOg3ZbxA+6Rw3VuIoAc4ocfY&#10;o6VGH62jx2Xp8L2dUbi2Xjpshqrqegib7emn8ixzu1I6TOBEbnVbm3F/YCdvvn/7pigo3FPuHcU/&#10;2NLTLKFeOAsokn1atBtHe/PA9jr2q5UF5vrb5ucoXa7fzJGnX5VP7D+Xz6jv7xvu3s42WLk7l61d&#10;txnAWoAytSW0jDVqtK/b1su/yWusOsd1d+Z3szHUdLXdBfHLE1GWruw8rS2TMb1FBO1HQiKeBSKW&#10;ioJjUuRESWdeeR7wdC9DU+x5Is9k/HJmyH8zFY3aQSIvrLoSFOpifYx92/c+ZLafZ9hmH0zLoZ0P&#10;xHGK/lxHDqJPaL29tbq5g3bmJSb5GqsRpSGMLg/NuJz+zpPfzyP5zy9sbd3D8ZvjxPVDrbJUlBFu&#10;He9GMhh5ctlqTKk1GIpYnajeXGeGkVWYqUa54PszlZ/EBPEtPGngHDsF9TWI9HJsLj/eveOVtcwy&#10;SuZ3BFDxOanP+evU9Tbe0cszRxNoB7SB8yAetZHZx6s/uhXzblr6mTdUpQw0DPJ9rcxkNIWWIqGE&#10;gAJLBbXvzb2iex9/UvXu3nrakCSrqw9Pj6caWd6hlYhgG+gjJ+o/I/r7mP2r9tl583M3smpNptip&#10;cLQGUVYlan8PripGOoc92fca95HshtMSrJvN6kmlmyIwAq6qD8QrVa4qOrNv5R/8s8/zFu7qyrr6&#10;ufbfUHT+R21lt/z00Mf3mahrK6s8O3KOaYtGjZBMeyyvoZliYWHIJrpHbW7sjuvcGeSoDT0GAEFP&#10;HKzyCB6+RpyURT6CAgBPF/8AYe869v2uHaoXSwg0W8cARRg58ifThx6xKsYW3WMtubmS4uJgWPka&#10;YP8AOvX0JMf8fOqOvOvNpdY7R2vjNu7QxlbRpTYjFUtPRRmPHwKkflaKMNUOEv6nu3P+v7KN2D2n&#10;2LkK6snye6JKWF5X/ZhkbTp0/wC6URjIpt9bn2F90e+klMrSoIweBBP8hw/ydTDtWw7LaRqIbWsl&#10;Bk9Dvt3ZO0MHQwU2KwNJTrEiqrCKPXpH0PkAGoG39Bc+wNffFZPV+H7mvyJVj5Z5mkMSsACW/cJY&#10;/X+vslW/leVkjiaUgfZ/LGOhD4SRgBYwB0sko4UA0KI7AAaAFsPwLix49wqzOZGVJJZplokuSl7M&#10;X/oQC3F/8faWaS4JdmIjH8Pp14Cp4dZ1iVR9Tf8Arf8A4rf2E+bzxkaZXqpnZrsyxglvU3+0KSBf&#10;+nsPXDFiR69GFtA9Q4anWX2iK2kr8gBJBj6uojktF5ZA6KCwGgDXp4Jvzb2l8KqkeCSDxPDHRiki&#10;RH9WdSeve+VFsLP1/qWnkJIEiLFEGJBB4uSeCpPuse1SykqYzSnTL3MWrgS3p5ddXA5PH+v7FLbX&#10;x73DuGBHgpmppTcSxzFWn0n9DgFwoRuePZhHsspUKEof59J23e2gP+MTARjgP9nptrMvQ0P+fmRT&#10;zwCSeBc3sLD/AG/s4fUvwwmydXTTz4eqzNVHLTmOB/EILmQAM8hVkWBWHq9Vrfke9DabS0QSXLF2&#10;HEcB+Z6LbrmCSVGW0VVj/jJoB+ZoP59Fg7y+XnT/AEZhpszvvemE23RQwVsrTVssk9S/28GspR0d&#10;Es1VPUkH0KqMWPABPsQfln8b5utdm4PcE6UsL19NnIJ6SkEQho2xuFqK77JJYhpaSehhlZOSSYeb&#10;n3FvuElruVmu42cDYEik0xRY6gA/iJoT+XUoe1G8SC8ubKfcA+QSpOQGkpUfIEgfYeiz/BP+ZL1n&#10;81d+9vbQ2BQ5iHH9cJtvIY/O5eBqY7qoc5V1mMrayhpZCs1NS4nJRRRsrqCRMG+lvdamxMTSUO4a&#10;2ho5UCZdJFemaO0ZqY1WvxlTHCeF+9oTOSD9TEb8m3uMeXDpvpYGP6UgI/MV0/tq38up93cB7PxG&#10;iq6PSo46erQZ2AjD3NuWJ5uFtfn/AFh7WW84cg1biMtC7xVEWKlp1aCNHDVuHeOKtikV0jmTz0ks&#10;cgLC4DL9LH2ab7dXQu7HcVl0uIdBIzmGikfKqkMD546IthtoY4rzbXUH9dm4fhlBA/wGvpX59YaY&#10;pIJ4iDydZuP91VK3UAni9l5H4PsyPWWd2nv/AHZtnb2XTVi9+YmopFq6TwLU4Hc00TVGLFTE12MO&#10;RzNNPDG6qVPjYE6m95Gfdz96p/b/AJh/cyyKNt3Zo5QoPwXCYAYcB4tHQEYDLnqBfej26vN15dm3&#10;qC3Q3O3EhjTJt2Jq4qclUZT+fSB3Vlcnsza+YztHSirOAaCuninLGOtw9PKwrRTkOClRDQysw+vq&#10;QcEexFzFOvxvfZPZG8MjKFxmVytPlIpJNSYLEUUVRUVNWIEAYl6Snq5JQxbVHAugX+su/e09yNq3&#10;LdtoEMTCOGEsRXTpJCylzQVIPhsuK10VHEdRJ7NcnveWu8xqzGCTBagIY/Aqg4GVK/m1eg33fkcT&#10;3ztvsrrPDB5KafaOLno8vLTMKSur8tTzVlMtPNMqKfsmSnLEC4Mht9PZWe+fk/223XOQ7q6hrduV&#10;+4OtsjuGgq8ZX0mQrtp5fZ2Y3s1RBLkaGkqaKvlymDwNTjqimmiey0k1UAjMyAYV7jZGfkWHnjYN&#10;w0cx7bcv4sedPgmXUkhp3ErqRl4VQsAM4yn2K22yHfpeTeYrOmx30ULJITpIlWHSRX0NGBFMkqTQ&#10;9TNp9DbP2pj8phFiyE9LuBsRX1aSVf79FksTtfH4RqzHzRRj7OXItQSTVGksGnYMLfQKTbXyXrvm&#10;b1tk8fj6XG4fKdVTwSbUqKGpNZFksfncbRMjz0tSJHqIYpaExIYgJSj31G9veQH3fveHm20vOZp+&#10;VZLSPf73QqNLVgK94J1leL6g3ycny6gP3O9qNk5furOS9MzbZSQMFwe0gEqVrQFSD+VPPqVsLp7b&#10;HUm9t5bnwEtfLUdsVtBX7mWsaBoY8vi2yzpW0fipo3hStGZlMiSySKGUaNPsyG3d+djjY+xttVVN&#10;tlJqPb01BSV1LFkKiWStoKGKryVG/nqYYfuoI6mIoI43ptDXZ10m4D945ea4ud7bcOe9uig5kv28&#10;chGLRFmCSHwzVqrUgYJGSK1r1IPtTabc+w7xByreGTbotKMGADDiAzYHEhvmOkFuHpzrel7A3pvf&#10;KV+7lyeaym38hmMV9zjYcUkczJi8ZW0Kpj5JvtqifGyANJMJfKjAL6herLuztPc+fXF7AlZYcflt&#10;vReGV5nieGox0W5sBkqGOdZYgKSvrlZ3V7gPHGFJAN433vdbi+3f6O6RSbymqv8AGviBiPRSwOP6&#10;I6G+2WMNtt0NxFX/ABbz89ODU/YKEelT0aLH4qkpKiqq4U/dqpp552Fgk0lWaaYuVv6nQRKA3BPt&#10;M9Md51NL14lStRHlN59UTUJ2scjjpsycNIuYpKLH1FJMaerGimqKiGMRzB0eJxHwCfae35u3PZOX&#10;gm13f+MWjqFjZQ2lZSV1KSGHE00lTWtMVqFsnK9pvm+BLq1P09xGSWD0JIGOBrQ/b9vXsnhcdlMf&#10;ksTW06nHZmlrKLJU0TGn+7p6+nkpqtXkiZJUklhkI1oyuDyDe3sy/Ve+Pk/2p8lJcl3Ln9wvuXaO&#10;IyMNJiYMemHx+EpkgjFZURYOgpqSGCnkiUor6DruWLW9peSbbduZueZJ97Zmkijd2BGnQAoIAQAa&#10;RUY0rQkk+tFfNr7JyjybFttj4MSyOoUAg6iWBJLj4iQBmpxQeXQF7P6o6G6i6hn211rs/aGE6+y6&#10;xSmHFtFW024anL1MFPDXVucqp6mrztZVTzIFnnmlcAKoIVVARu3M/vWhOO3TV5qtqosvj934bPQC&#10;kMMeQhyUsVJM8FNDGkazwy42FzIy6/WSAEIsVzwXL7ft24XEpZ2WcYFAQTp4eZBRcfOvSiyls49x&#10;ns7WEKEEVBWpFVLD/j5/Z0O9ZjcfkFpoJ6aGYY6tpa6nVwp+1qacsaaeNVYFSqs1v9pJHswXX27t&#10;wy/H7seik21ST0qb7x+SkrqiraKkpWrtobVo6aGSkNmesVYYpY9Mh1uW9IK3922xJ4tk3GNrcMPq&#10;Neqo7dUcY00rxNF/afTo6vkWbebG5SXsEBjwOOl2Zv2VAB+3oC83tHAP8jNtbwm3Q9JuSbrer25R&#10;7bipx567FY/PZDJ1FelQZDphWXKtDL+2dICWYFvaQoZ8zujc9Xn6qlpcdQY3baQUksErSoXrYGoz&#10;O8rvITpqcnUMBxYCxAt7Kbq4mu7uS4aMKqqowa44cftxTyz0eQqkMKKPn0NH28GOgp6LyyStV5FH&#10;1OEDySRuK22lQASVp9PP6j/r+1z8dNl0mb32uKrNyY/Gtmd2Jk6ZMvjHrmydWuPyM6UWHlStgOPl&#10;mxmPkkM41kAFQtnJDEFs8txDAkqq7vgsK+RJ/wCMg9LYpbSOK6ub1GaGOhouCR51/LoEflB2bkup&#10;OpNzb6xe08vu+TDYuWSqx2IylDjJoaSeelx71khrVMdSaOpron8KlWdA5B9NvZxt+zUezX3niMJH&#10;A9JRbD35rH7qzR09dgJceKy/pjYImMp9R51SSqfyfYhs4UgurmEMvghZaDgADERXPHKr+fQX3G6l&#10;3GzguZVYPqjNeJOmQPn0BJcfYOik9ZRZjuDr/rLe29KubH5vcG/umc+5h+3jinyOD3nT7onxKKWk&#10;tDNW5OtVOdf28RVrP9apavD1mLRp6im8VHk4KeegmLRs9VEqFJZiEYshWZihBAIKn25b28lvJPHI&#10;hCDSAT5gDj+Zr0ma4EsFsSf1QvcPRiTj+XVoMM0crSqjAvC6pMoPKO0aSBSPx6HB9oTJx3Zv6C4H&#10;0/px7pdacYx08gIKjrN7RVapGoAfRjdrXv8A4f63tAgUiQsfs/LpW8KBQWavXvbBUqNJ55tex+n0&#10;4P8Ar+6FhqqPLr0LYppx172mqtb3I4A+o/qb24/pz7eDAgmnV6EBieB697TFSlyR9P8AW/tDni/4&#10;PtLJnt8utVr173t7/CXIDK/FLoisYuZI+vMPRE3FlOMVsXzbm6/Zf7z7zt9upzccjcpuPgFlGp+2&#10;MaP8hH5dYae61uYOcd8CDDSBjX1ZVYfbjz609/5g1HLjPmp3dROskdLUbnoa3SrW8wy+38XlZbj6&#10;aXnqyf62HszM8jsLSPqH4AH05/4r7HaIikGmeoymZnFF6ALbuNoKDRPSUlJTSQyK7yz+RlSGVtE8&#10;ikknUgNxb23TLIVZmjIVRwW0i4/2JHtXGyBqA5PRXPEQKD4j0Ou1clQRZGnFJlRUR1DBHMTGSNFU&#10;qpcBBqT9XN+fcSlgE7OZbRw+mV5DZVCggl3c+lLKCbkj6e3JZhGAFBMnADzP5eeeo33ixkfVEkbN&#10;M4oqihJPkKAk1Pl6nAz0dDD76iw1NQtTzI1TBEqiNg6hhNIscPjDhPJqldRZQfr7Bbffb/Xm1pay&#10;jpq2TcFRFKSYccqtRrULEWRf4i8TU8mkkhhGW5+l/Y25e5K5k3pYZpYBbxNSheuqleIUcPUV/PqU&#10;vb77q3uVzstjulzYrtu1yH45jSQqDkCMMWUlalS6jyqOjr9ep2fuego53wyYWaWBIfu60MKpIEF/&#10;LJjXmjmXTe51hOByR9fZNt/diZbf+nyilx9NSI01Pj4pZGoCl7M0jTeNRVXcAMX5+ht6QJz5b5Ys&#10;+WWYjXJKwALn4654eWn1FPTrpF7Mfd/5Z9ohJNYrJdbhKul52CLJQ6TQEcFBB7aUA4HJ6MPtfAvt&#10;2s82Sr63MVFVLHTS1bQmOppmYDTHDBGZBHSNIhZwAFH4vZmIByRTfeQ3VPFPcN5ZNEjXBTRHHLpB&#10;uhvcXs3uRldFjYV7vl6j7OsvdsESgVwD0OcFRC1C5DOZIyCkkaO8SSXBGp1BRLn8G1/apwk9XQ46&#10;phxlTPSyTRzU8vgm8TMHjaKSORoSPU0RuQSR/h+PZPfRw3N1A91ArqpHHPDIwfnTo23Hl/YeYIII&#10;t12yC5CMGXxEVtLKaqVJUkZANa9I3cVPQVuTpanKUdLOkJgq4UlgSpMYhnSZCplLrdJk+qrcD8+y&#10;+9l4jK023XEnkko6SsKQSeZlaEVJfVD5SdcQdkXST/a4/I9jzaJ7O7kmiRSJnhoVV2j1aeHepBBA&#10;rnpFv22pbW3iQQqlsKCoBFPQE/Py+zoZ9uV2Kqa6Y0vjSpqIImkjVI0MkcMfocaCdekym9+Rf/X9&#10;hnsjeT0QNJJBVV9At4XE7B3b1MGVZSqiT/Ani/sxEFvuUAWzebxYf9EY69RFeLClftJq329R1fRq&#10;GJRMetf8nSgyWNSqXWsvhmUAow49YsbH+msi3+x955Nvx027o8hiWD4bcCQ5WndIWi8VSkkiVmPq&#10;Ag8SyCSbVbgnV+R7S7MxtH3lJbMJqjViQAKtVlqaAVJB1ZqccTToVcuSLIyQq3wimfkeuqSreSlk&#10;iqrR1EDiJgf7ahRpkU/lWN+f8PfstRx5HKbjRIrpFXwlJPG+h5XxmPNUqE+niqMhsPpe3sR7TPLa&#10;pFrxVjSv8IppP+Ho50K243RBwWHD7KHqVTF44acMCGYPcH68yMRf/kE+yybqxIw+c88QcyyyRppR&#10;S2pRYlLKG03FyS1tOliTb2JpZ1t7q33SKMm5k/Tr3ZHmoHw8O7VWooa0U4MzGsJLQx5Hmf8ANQ/4&#10;OnEe5YmaakaWmVGLQn0KCqghAE8lQ2vUGckEBD/r29ioTM8DSQoGanbUjz8sV/w9Gga4lhGiLP8A&#10;sN6Aevp172fr+Xf8harr3eA6m3jNHTbP3jk6dqGqqPvqiXGbjkgakoZS5qKiOGkypMUM5CBBIEkY&#10;KEJOHnvN7c7hvuz32/pbN+/NuiygJLywA1cszMysYwNSeEVBBYaQTnmT9/P7uMnuDyjL7k7BZOeb&#10;NngOtEKjxrUEvJrqoLNCNUkdDWniCh1CgUdmYGaTF1G5MfHI+QxNKz1cMRCrV4yBzUSuyalaSfHx&#10;65IwDdlZ0AJZbX/Y/CyZGpbHQ64TLOnijgdRDJGkoSRUi8IPkXksNQC2P9PeENxuIt4kuW0sNOSR&#10;kGleNeuEkkRQK8nxZ9Dmvy6Lnmt+0OCxU2dqp4Hpqajd6h5ozJNGzpeK8sc2jwySMFQBCzGwFzz7&#10;HelpEpqZMfT6ClJTsAGAYO8au1mJKpcFGNiRcgD8n3Hs87TSG6lBBZ/5VoP8nQR3kuEJSoINei9b&#10;PzIyuSqdx5wH7nL1isZCSn28Dq4vECHtG9O8YjP9WJt9PbhjK77WhahaEvU1DErMwLzMoYMVVhpW&#10;JyJCXLGwUgm1x7SXUKzXSzagI18ugHPA00xk8+h3yEdPVz01ZT1MDUtGhvSh0jiguAmn9weog3A4&#10;vf27xr4IW+5t5jKWs7vFJ6goCMWXTFGhBUg2IUe0hPiOxj+AefEY6UWtuVetOHQe53JrVyqmNk00&#10;w8y6lAlSSNPQ7xlzJG+sqTzcf1/p7mxSoIhGJmsI1AaTR5FbyXRNa/qDkk/4D2yyd1SuSf2/l0am&#10;UQqWqKjoMarD1uXrlNREBJISLQkRxHWAj2jKRqjBEX6Eg3/H5bMlPLJIzszRQppkkZSrMNMZHkYt&#10;z/nHCi1+b/6/tTbRqooFBlOAPt/2OiG8vnYuw6HHr7aFDiKH7aCnjlrpo3RtesNCtRUhkjGk6bhF&#10;JJH04H09h/WyVf3/AN1jlWQSSATK7avJTpCrGWoQlQE1i62/1zf6exLBHCLYx3ZI0jBp5/L59Bi4&#10;u0lqsxIA6NDh8RT02NipaoKphSMLpT0atX0UG9255P59suX3ExjahkqX8ppFRmilEGoB2bWHqFCx&#10;rKxFhwSBx7XWW1hW+p0fp6vMVyaeh4j+XRPM7L3rlelXjMJBHJ9wV9DctwCxb8Mwt9Rb6n21h8pk&#10;YUqEOuXTYmkjVRTTQrJFqkWVmEjHR+ofW1x+Pawi0tpGjYUjr+I/EK+VOH2emOih5oo3YGoWpwfx&#10;ehr5evShWOOMEAek3vwP68W/2PtxE/2LRSSS01JDTpUGqrqitp6WngNTJ5Y1qzM66YQFvrKn8gC/&#10;tDKFaOVpNRPbQaSSQvGhH+CvTSJLOCio0lThQCSfspUnrBIqkOSxN1CrfV9bk/7D3E3LUytjAztA&#10;lNWeOWnqGqlpzVw1uuRJIquSVfGhQloi0gsB6bnkX2kWrya0LMVwaKWpSmAACT5Cig1NBxx0kWAy&#10;XXgKjGcFgVAJpQVOAK4qPLqTRtFpAVwbDkA3FvoD/X6+0hV42unyFNA4i+0mHiqaicJ4TXySmGOG&#10;BYihsWJEhstn+l/wfwXUC2k0iE+MKlQK1K0rU144zSox6dIPCUwu5YiQmoAqtVOamtDwzQEGnTqs&#10;i+og88/W/wDqbe0ZuDE0WKlEuRbL/Z5XLUmCo6XFY/KZ2V62SB3kNVT42DJPTUtMuPkfyaYYEW1y&#10;nkDFUeYUtI7WkDPcHhSNjSpJBqinTg5dzpHCtRTo022yur9XW18AT28EkzNK0UXaukaVZ3TUxLDF&#10;WanwqTjrIJwbC4vbn6n+n9PaKlwuVqM/OBBRU4lpoZ8cJJ6oGeeaSaJqBqcUaRU8MVOsJWUGQjyG&#10;8ashLChdxRLFdBZo1NCeHrUkZx/q8h0rae0j2+GJZZGPiMHAjUEJRSHBB7iW1VQ6Rgdw1Yzalte/&#10;HtQoP4Fj4Wy8NJT5GrVWmjpnllgWpUOaimhaaCmmqI4pkZSfGjNa+lSbBIjybnLS21GJR5j9mfn5&#10;fLoM3kM19fObIymxWukuAraRQAsAzBTkGmo0r8TAVPIG/I9oXO1iZKCpqIK000EMkVPO9PfgyWYR&#10;FQGljYeL+mkrcexLt8BtpI4zb6pSpIrTiMV9Dx9PT8xLtFs1nJDDPa63cFlVuFQCNXmD8X2nyI69&#10;7Cz7RaOKn+8ylTUVThadKmppsXLVZCWNQ87yUq4uKnkeZEd7xJEwS7KFYBwIIWdY1t8u1aksSp4Z&#10;oUZQK0+ELp+WSOh+bo3T3AttujSGupkVpAIwcAK3iFgA3GrMCaA4qp97b8ZRlanwvNLLLqpPuaiC&#10;njp1mmeILLOqiVo0EkkZe2vTY8hRx7MZJJks0WSjSBTn1p6jH2U/KvSncLmKSLxY4gsFGopJbSoJ&#10;opJFTQYrSp4j0HvbPkNzbU2hvvGR707PlxVJuaCvTbu15TtmkWjTBrFls1lpIftI9z5GkoI6REeS&#10;nEqUnnIm8a/vNG29cw2+x3tom4btGst0shjtz4IUrFHWWUMaTNoUlpG1iKMMrOKKHQ4s9k3/AJi5&#10;VvX5Z5FWe4sXjNxcjx21+PWKGKoY20bvrLKshUyldUepj4fXvY9SrtjK0ElAWxdQBRtJDXGChmaa&#10;myPgpS0lREsZipp6aKAPZgTGigFrKC7HHNrt90W31K1c8RQrqwc11AYIqPhJwK9RNH+/rG8jvIxO&#10;o8QakDOArRFiKqQ1WDF6agQGfNNRPXvYL7OMGzKddsYrDbwosHj58hR/xHO1uLyFBFhcXJQCkqqD&#10;KDJ12Q/h+T8zilMqmpldXNSqSszlbtdn4Nta7ZFZXCRwkxRiRldjpA0FiZXkkqnBm1SHS7TUYFjJ&#10;HMiy8zTvvV/uO2ybtKsbeDAkscjTyiQsjw+EkfixEKZQpWJF0CAuoC9e9r5qqrhl/wAjoapUSTxy&#10;TVUc0UscC6lmM0dZHrLqdPLKrqDY/gE4SKB1Mc10h7MBSDU18ipIOaj0rWnQWa3hkjIuLldenIBQ&#10;5qPNCRxNCQaE4HBuve1vQUVTNDTy0ksa09TTxONJSWniklhEqTLJGBGF1N/Qek2tY29ktxPCksqT&#10;RHxVYg8amh4evQQvLiKKScXEbeIkhHmCckUp9n5Gla9e9oPdsuRijijx0aJUxySCqZY2eBAssksp&#10;ur06KakPZnVQbsCdRsPZ7tEdsxlM70QgEA/P9uag9CvYBaTPLLenVCQCorRjUAKKUYkLSuk4+zr3&#10;vNtWCPLNW070yUdaklRJSkVckiVKSyQiMTySRUsVPUazJ6bOFVR+630DO5Nc2TiWRg9uSFFBUhAp&#10;NaetcfZTHTfMEhsFtpYbgyWpVQ9UClSA3AAvqXhmq1P+hrxPvb7lMBUUxngpZbzVEK/byIGljMqo&#10;QDpDxmaGVbAhSDIp4PPtLabis8ccjINCsa1FKDyPRVYbpFK0Ml1GRCjnVmh0mhxUEAgZFQaYx172&#10;h6PCtCpjio1WrH3TSzNBKEaVmigRXEdTI0KxA6XCnVIdQa1zY/kvjKus3QaIkUA4Cla8eP2HhxGR&#10;0K7vcUlcM9yxtiqUFVGADWlVWoLVAJ+EUIyOve3+DA1tRkKahFHBPBVzzIs0sE0FUsa0iTSQxwy1&#10;BE5jMMsmqNIkMbhSmqMySFDbgtvb3FzNdEFaaVXPyFW86/M1x8+iuTdrdLOa48V0kSNWopVgaEqG&#10;1Kq01BlDamc1UHVQhU97SuU69wtNkHrYYjjcoUlljmpI0SLWkyND5Xklh8sgpiVEsknDqoCqDZTe&#10;x365WCZRDG8MhUyVA1NinkM0oBSnDzPmeWPOG5SWaWksgmsaiqvniKNTtag1CulV4FuJqT72ms7t&#10;CqNXQTUE9RkHlqm+4MkUVN4nMs0Algdmm0xz0yq9z5HGoA/Q+znbd7iEF39RCsVExQ1DAU+Kg4jh&#10;5CnDo52vmK3FveJcxpCqx9mks1RQNRhQHtaq40CgB88e95NxbIr8xWfdYnygmSKqoVmjo4DQwUmM&#10;pYhTeKVrSVInSR3kYQxMpQLGGEjyI9o3lLFbtL+5U27dulVNAC3HUMtqqCCSSoAXgo63tHNNrtts&#10;LfcNPapVyuttbGRm1EqKCPSwC0MjVBZn0lFT3sIXpMrDunKCrxEFauIixZ+1AjepmhqaBqaaVqBZ&#10;pJcfpein8An8RVY2ALaC/sUWF7DPatYicRKCrRMpAAQ/CQQxJGsMhIChqEUbPUhpNt8mx7cbbcnj&#10;Fw0ndmg0SaxR8LJ2uniaCckVpWg97XdJurIZDG1NHRGWGgkNRWUVMYYS4omaXzUSyomuaKlnlZKc&#10;MzSuhCszMAzFx2KLbrkzXczTT1oWYjBpUUChRw+JiCeBJrxCs2x21ve281yqtfLpR2qcyUGl6VwX&#10;CguP7MGpRUBIHveOfOHJUVLi6TGCkr2hNfPiKws88lOZKKGqqDTTVMiS0FFUVdNDLIuoRyVCWIV1&#10;uzB9Lb3kbXV8guJYmZBVQ3bpDUpQnSzANQECqA0JANodqFhdXF/cbiZLMOIxNGKCpEhVdVAQ8kay&#10;MqtQuiNglWI97iYSmrMFUCOlnoKekqIqOskpnZnp4fsamsXMfaZeOnpZMilTOsa1UMzWi+1WSNVT&#10;ys9rqU7hdGW6kmkl8IRhVUaQ4JIPycqaCrVIXSAKsQo3KWDdYGklhmedGaPWBVj4iIYQ8RZljIXW&#10;YnUfqF2jYk6APe1pjc3WmrqaKmQUeNzddHNRTxR0sDU9TNTyVbCNGiMDU9ApJAcaFFtSg+n2ivNv&#10;hMEczlnu4IiDkmoHaKV4FiQAfM+oNegxdbTA0MF3I3i3ltDpdSWOpVYICx1VUuaAMCDmoNM9e9qT&#10;bO98Ln58ps6shqcVnMTkZcVkaOtpq2eir8Pkq/PS4fcMNdFQx4+aOupsDUThEk/yKUPASdA9x1b3&#10;kzbluMH0kkdxAVk4E4dpREyP/DIqVJ4KRoNG4k+98t7jtEe38y2s0dxtU0QljdTGXSaOOES25jdz&#10;IvhmeOIhlImGmb8XXvfGphrqrIVuGqIIKeLC2j+7TyxzZDD1UEcRrKqWR46CqqoZMa7LJCgcQaC6&#10;KzMzCizlihi+pe5eaaajBSgXS4OoIKDzr3A0oaDhpraBraG0t9yglkd7qtE4rHMrV0JjWissq6lc&#10;0L6gDoCge9rOk2xQ1NBJi6cfxOuw2UeVq2WtWqalhjnkjSnEAIhagqZirhWAfUtyA3pBbJvEq3Ju&#10;ZqRwzRU0aaVJA7ieIcAECnkT0F7ne7uC6W9mbwba5twAoUqHJAq+riJFFRXhRj5UPXvYnBIaySjo&#10;J5lqJXomNayKUT92Co1x/soSZ429CK4dfFex4sAoWlhM1xbpoXxBQHOBTNK+dASfXoELJNapc3UU&#10;IUBwEBNa0IFaHGnT3MQQ2qh9R172geyNtZmpoI8ntWigpavBzrUpTzTpTUWVdKCppqfF1VS7p9pF&#10;PPVKXIjnkKg+KNpNJCq23OWGPR9UjTUkYIwajNoYhSUrpBYrV9LhaVKE0Ki7kjeNugu227mC5aSC&#10;7XTVVLSRBpFcyooALnSp0jUgqQXcLUH3tvwMkKrCK2Wso2ytOtRHBP8AZfd061MLmEOUNXTpULId&#10;MixO6DSbMbAk+maW5giuLe2KsoWoPFcVIYA8RwOTn16e3iNjJMLeKOQQOVLLr0sVOTnSSDxGoA5y&#10;oOOvexYhxwh2/FTrLM7Hxj1o8jlVdmVotE40stTodTzwukqdV1Cj3BbcWcqoXz9anGajgRin8+gE&#10;18Jd3kkkjAXJGmlO4AEEMvArVeIpWoPr72k56bNwvHBNAFhL61dpJ45V8jhtWngs05+nC8X+nNzi&#10;F7Eq8kZ/U8wKEGnz8qf5ej6OfbZFeeKQeKABQCoNB6+VPPPp17271m2j9hEstReARxI8YqayJmnU&#10;pK3lkpzASusBiFchv7QA49oY9xR5WT6ejFuNBjP+xx6QWu9qt27LB36jQ6FNFOMA18iQCQPUZ697&#10;D3MQCagnxglFOKiokhaemMcdTGTBUTpJClRBU01RIgR2YyA6ljYk8D2IYS3jxSq7hlQEHiONCDkE&#10;YIphlDEVU+Qx2ufRdR35TxCiqdLklSNSqwOlkcVJUUWtC35j3vBh0+xagTFzvMaQhalppY/uomZq&#10;WWONzDBIPK6ai5IWyqll5GlRes1z4rXEaiJwaUBzgioB4j7OHn83dy03C3zX8YQP8AVaq2GViCXA&#10;0io0kE1PXvav3ZjNv78xWPwu5KSvrBUZLA5Z1oaippWjzW2cths1iPFIWhJhGToImZgoQ+Mgr67e&#10;wPfbFFfWtzZ3MYNiJEkoWZT+lKs6NVCGBSSNHC1o1NJ7SR0Qcvbju/Km43e77LcxIUgni/UVXrBc&#10;wywTagVbuMchC1NQSCCCAR72i+9dvbS2B0tv/dO5NvQbjxVLgchgXpsm00GKx2F3G+LopsLX4fZG&#10;Ix2WZMnulVJUXAicg11JHIVjjrm3dILHZt0e6jj/AHebaVCrLIEKSoiFdMCklXYJXCnUzl5kjJIH&#10;ftRue+c2c+cq7Rse7SWt+11HNqjoZGlgMjCaOW9mljUpb9pbjqRVFvcMAW439Wm3Gm9+frf6ewG6&#10;x2JX7v6E2jUbmgrhlZ947P3+gy+PXHUMlRSZ2m3JDBS7cx2Tx5XB0OWyVTTYmKon+5lx9NQPUhyv&#10;h9vck7Xeb1ynsf75aT69ZEvF1rQM6Si4SqJJHoiRu2EFtSxJDI6FlKtInPHNdrsHuxzBFsTRNZDb&#10;rvb/ANGTxZAGia3Ja4eKUmZ40ie5dYzGs8l0kBVT4g5exIbe2HqsgavaE9Pl9yU+24Nt6huTMLs/&#10;H4ybcctJkfu6bDrk8DJl1rsBVwcQmtLUxpmmiieT3KEG3Wm6X3702e+S5mjIAAlZodBldJGCpriM&#10;sLwSAEiqvGYQ0QLEAuPlq9gsktuYoXttke9a4P8Ai0LXjyLbK6eG0xinEJS4ikI8QQhZBKI3cIR7&#10;2D3yDxePwcuF75ik/htf1Zh89j8h9oZsbU7h2/uvDS4inxdTu6go6nO4bD47NZKOrZqdQ0HhaoRZ&#10;ZIIgwY552exsxYc5XRRW2mK4VwT4XiRXERh8KWaMNMkKSaJHKhiq6nA1CjSJ7P395uK7n7VSL4tp&#10;vtxBLGXIkFvcWkyzNKto7JDLM8UTxDxPj1+AzKJXI97pP7h3Xuhe7d99X9Z4GhwldmNxZ3q6kGWz&#10;OLzWBfEx4nIUeZx+Izb4qTLJR0OOrqKVY0LVNJUU8Uc4aeOIJifvUm8we4u98pcm7eltuFxNLtym&#10;WVJY2iaB0nWJjF4i6EdCqDU6OsQlPjqsS9NPbrl/Yj7Z8pc7c67rNdRW9lDuTiKGSG4Exlja3kmh&#10;EwjLu6SoWOmKRHkkhpE0lfewl6f7B3V0lu/E74xlYaaKHKpS5eSmy612JqpqqimhpKTcuFxstPka&#10;Kb7Wpq5YpZg0j2WSJPQ9y/kLnC/5I3Wy32C5VbMTBJx4okictGwRLiFWVlYK07IWPdp8SOOkTnof&#10;+4fKOw+5vLt9ytfQGSU2+qFTFolUK6sWtppA0cg1LGGRRpGUdu9SvvdzfQfe20u1QmK39VY7I7e3&#10;HhMbW0mPy+LjSqTKU1TLNkKRs/SVMW3cpDj/AOETvBO5psiPtWV4HY/s5aWPuZtvM1tCm5zRta31&#10;sJPBljjULIDIZUEwJt54Y3jZIwDbzq0dDDqUjrnP7m+0++cjS/VcqwTxbja3EqtJFK+nwSgCOIGU&#10;3EZcOqvGoltyZf05Up39G/4t/sb+zH7qyuV2jgsZT7NwcmTegqTh8Pga01VNT5rGYwYoPTbV3kzV&#10;G346ikpa3TSLkJb1FZJ4HaKWNiBonMAtLH6XlvbfGltRoW2YOizJGEqI7liYgzRk6fFakjr4TtG3&#10;iaYc2rYrTfNyv7rmLcDDFMhmlnQK5gd/EOu6tMXHhs6/qmBdSRjxEV0kAbv2ZL4+dvxbgxeJ3Ske&#10;Yx9RFVPTZHD5SM47LUWWoapmqNv5yghnAo8nRIh8kQYpLSOsg1RSo3sj3OPbubNnaaxgnhV2ZWim&#10;Tw7i3dDpdJo6tocGhbLKagoxUqTHPOPK17ydvtztzTRSWygNHLCdcEsZUFZYXIGtJK4NKh9cbAOj&#10;gNeYxcGYx9Xj6gHxVdNLTuRbUFkA5W4tqBHB/Huw2g3fB2LicliAslLKlO08ghppXWekelmMaxPK&#10;5igqUZBpdjpJFj9biGrvZJeWr+yvEbVFqpkjjwofOmcjj0ittxIUalBPl3EU4VwK1wCM8K16KVL1&#10;NR9Y7lpNy4upeainqqaKSKoECNDWOxMs8s+pHqIakag0drKPUDdR7Lhk+ycbNnK2owVfNQVNBLFR&#10;1ELSWhlallngnp0CKD4UlXSVKIzWHq4b3J9lytdR2FrFf2weKVSwIye6jBq1ySDUnI44HSO8sdwt&#10;ZLd2lqSCR51qQ38wf8PRmaLBwzYpaTIwU9Us6O7vb16aiKxs4JHl9VyeVP49vclbUblp0ytJUzrP&#10;Q62mEdOXhFVNEHWYwGSKORChUOQdfoDJcX9oxbx7XJJYyRqUcUFcELXhUCv+TND0YxTRziaOaOjM&#10;PmK9QUoYcMyUSRo9LKohj8jC8VOihViZrXKgqT/rt77xM0+dw65LIRx5SHHymHK0UckUrz0rwvHK&#10;Fpwf8paSJ9Tg2JsD6mUe93qJt1/9LbEwySjUjGoo4IIz5UzQ59KUPSG7vUtZLiAuFmY1So8wajPl&#10;9v5efU000VLOsVIniWUCRfqQkgIAsf6Bbj3XJufqPaPWe7t5722amNwu18rid21+Zoft6qlyi7gr&#10;6jFz0k9TJCIqZ8bBTLXSKJEdoncHVYnTHvNvtR4W5DnXZo0t6xTSXyR0USu5T9ZThQigSGUPhWIY&#10;UHwdA/u9feX3Pedu2n2255nefclktobCQ6SpjUsrRMTkyMxj0GorSjfCtU72TtrIbjxuCSkXzyUG&#10;5cLkK7V4tP8AD8e1TU1AjVlJJnmMauB9VHPsfv5V+3sLP07vHuLF1WTyC9x9gZXJ09ZXzzSRTYva&#10;tRU7foTjY6iKJ6ajWpSqULY3PPuIvbfY1s9u3bexPK77ldPINZBCxoSiAD0BDV+fSr77PMsm7898&#10;ucmvbIsPL+2JDRdIKyz6Z5NRUkE0EY+w14EEl3+Qu5Godw4nARaPDisIrOg9OqXIOsramBA9K0kd&#10;v6Bj7s2rp9BFlHPIb/b34/H19yhbJq+zrC5LKvAdA/hMykv+ckUekcgki9x9T/re2Grq18IN/wB0&#10;E2FuLc/U+zGGFtZx2dODbyhZiuOlnjsozVDRek06qSG51mV/QRb8rp5H+PttgqpWkC2Fj9TYf77/&#10;AIp7UyxxqBnJ6WWu0SXciiONm+z5/wDFdRN3buwu28ZNV5WupaRFjJVqqdYgAVL3UPbVwv4v7b8/&#10;UUayRLJUwicnQ8QkVpFJW66kBLKGvxfj3SyvYYpBBJIFkbgDxP2f7NOh0eUtwsLFJ2hbR9nQG9Od&#10;94ffufz+AxyVTU2OcT0OTlpqmOgrw8iwyRUk0sSAujNe1+fx7RVczBHKgtpBtxxcA8f1t7FUGeOD&#10;0HpItIBzx6OVhJlklVCbOdVwTa1vqDzwR7R1ax1WbgFSx/rqNrD2cxgaQa93TLahTSvQnY6MALY/&#10;kfT/AGP+wPtK1khMba7/AOosPrqvb/e/e2kwQ3DpO+XFelbSKot/U/Qc/wCp9onJVMKFlZL6j6mI&#10;/QBYaibG9yCP9h7qrBXFB20/yHpkw6mPr0oaZSRb/Yf7wP8AintG5DI00IMghDaT+Bc88cD2+ZVQ&#10;FitUHp1RrZnqpb+fTlGDcC/+vz/sP979sc2STUwEN9SqQGW9tXIueSLe10UwXhHX5U6KLi3IqC3b&#10;9vUsLYg/m3+w+lvacydNSVMMgekWWoZvIChIBYCyWJ4UXHPtq5ggkjJ8DuJ6TxXU0T6Uk0qOuXtA&#10;jacJWpeohus7rKTHdBGBwALm5K6rfm/tDb7UFEhkXBNT8v8AVXh0ZTb3cFoRG1FQUH2f6h17210G&#10;36ZNTxyVMgWqZk1sAvoA03BHKgjn/D2mhtAFfvJ76ivy6fud0nkKhkUVjI/bXr3t+q451pliiidn&#10;kNr6TpTi5Zn/AEqSPpc839v3RdINCqST6dILKON5w7kUHXvZq/iZ13kanc9RvvI07x47DxSQ4+Qo&#10;AlRW1EBgk03N38Ssx1Di7f4ewZvV2sFnNFpH1U1AM5C1BbHlw6Mt0Qm2t4kGPPoAu99847A7ffbS&#10;1EbZjOxIBSguZkoI6iPyztpGhFd10i5Bb8A+z3ZaoCM3LcXuSObXA/Fv0+yKyiqAKZ6B97B2n7Og&#10;d2Ksk6wswsFVHtcW4JY8ewh3HVBllVTfVrA44v7G22RBShI6Bl3DV2FDUdGlwalIoAfyEPBvx+P9&#10;t7BDNzE6lAPI/p9fp/sPx7H23otA1Oil7furTpZwn/H+o/4n/evaI0EzF5LIqauXsFCkck/0A9nk&#10;s0UMRLOAoGTUAD7a9KILaR6KkZJPy6z+wh7T+QfT/TuLnzG9Ny4ijekBVaSSXyVU0uh2REpYCaht&#10;RXghSPcQ89+7nLvJthNI+7RG5FKJUk8PQZP28Op19rvY3nj3H3K3tNi5fnlicGr6ewCor3EgVHpx&#10;+XXBg5FvTzxcEi3+PvXb+Wv8wvendFdXbc2UP7vbRHlh8tOssVbWoHkH7kjEmGKZTbTa9uD7518+&#10;e5W786X8rzUjtCT2itSdVak167Sew33VOVvbGzh3DdlN1vhUE1ppjJAwBTNMj5deRdIH5P0JuT/v&#10;futSWYvMXcvJIxMkrsbkkkmwP1YAW+v59xtVjWvWZMVAAFFB5D065+8lPDUuVKxcN9dVgAf9ubCx&#10;97Ffy6fRCWAHXvb9HUUuFhWr/aqqmQFVgc3VBe7ubWPB+ntyi/n0YgrGFUZI697Zzu7IpkxVEXhc&#10;NC62sqwuNLKgBGkBfeqEGp4dPo7GleHXvbZl6SISmsp210lUS2oc6H+rr/qri3usgoenWwuqtOve&#10;26Bal2EdNDJMSCUEcTOzD6iygFif9a/upPAefTiQgjU9eHzPXEuqi5PFwP8AG7WsLfXUbjj6+xp2&#10;N8ee7+x5E/uX1nu3OmUE/cUuJmWlVAdLO1TUCKBFU/UluPbqWl1cEJBbOzH0B/n6fnTowS0uDALh&#10;YGFuTTURpX9poOk/uLd+1doUYyO69yYPbVCXEa1edylFiad5CCVijlrpoFkmYKbIt2Nvp7NFtb+W&#10;j8kczKkm4aDbWzYJCNYzu5sOlQiH+01HRVNVVX/NtN/b0Wy37uFMaqf6R/yA8empms7N4xd3sSVI&#10;zUsP2oCP59BFW/JrqGJW/hmdy25XX1BdrbW3Jm4pbHlY8jTYwYm/+vUAD2aTZX8pnGSiOXevamRq&#10;3bQXo9lbbmrWZf1aUrclDTRj1C17EAf19m9tyzLMO2Z2Poimn7SwA+0inRdfcyctWUUtLzVcBgRh&#10;USnmdXc1fsAr6joL92fLqHFwNLhtiVdIqCUSVe/91bb2dSQaE1eRoKGbdORkQAXsYUP4sPZmtqfy&#10;regqMRtVbX7I3XItgP45nqHGU7vzYNTY+iEgV7E2MnFvYhsuQ7uYrosZ3J/ix/Kg/wAx8uB6DNz7&#10;ncuWSPHEyNIM1Lu4r54Gnovm7vnvJiW/e3309t2nMWuVaGj3Lu6viYEXVKhcphaIsl/1eAhrm68W&#10;JtuvPhH13sRoZNudNbGxxRSI63M08uerFVhpUs1fUSROWVrk2HPsUWftrf5U7fCjk/jBr865IJp8&#10;qV4dA3c/erb4pVMF14VAAdCDSSOOCdWfLNfWvRd96/zDNq5ikWifuzftYHciel2LhsLtYSPEwklE&#10;eSiwjZmONyhtaqBC+zI4jp2tooUj82FxMCxBUhweGxmP8YDOdCrDThggB/1V/Yjj9upYjEjTRKp+&#10;KmjH2dlf8vQR3D3olq8sM8usntqxANf4gSTT0Axx6KRuT5nbLrK91xO0d87xm+68T5TfW8905tPK&#10;6jTLNSVmSenIa3KqNN7/ANfatpescNPIGqMxlqyUKEMf3BCB7W0KscY9JPFvZhb8ibPEzGS8YycC&#10;K1/4y1P5dBS/91eY51KeDGq0rqpn8z0Gma+W/YeK+5hw3Xux8JSu7TirGIiFQY3j9DmSWpjJC3/t&#10;ce1LF11tGlTzVEEi6Dp1Ty2W62uWV7E2tzf25c8p8vWytNO5Cg+eK/l0HT7g8zSusSTamYY0gnB9&#10;Dw6BbKfKz5E5WRYcHX0Zp5blqfG4oudclxpgmpjMLseAAbX9utLi9iY3S0j40hyQSyrLwQB410Br&#10;cC/+x9o5ZNgiiHhJDq/omn7fn8/s6q97zVdt2m44eoXHzrT16DLdW7vl3vZ2gx+L3rJUUMciRCi+&#10;5oUZ5LO0kmuop0l0qCNLWAI9vsOb2LR3+1SCQvcgCjcgHj/aB9be0f19hFmNgCcYHRZNY8xztWZ8&#10;Dz1D/P0Edd018wd0xq2dfPUVJDzJ5s7FReS3H1qKgCQWJPF/p7nR7swyMPBRNJL/AM2qF/obkHVo&#10;tf8A2J96S/8AGkVYI3ZqjgpH8jTpJJttyqN9TuSpCeALCh8vKvn0kqv4sdq5Fmkrc5TUiRtHzkt6&#10;Qu7eNhJOWiiY6UYG31Ooce5v961vb7Cs/wDOEf6nV9NP1t/xX2Y6N0/5QJPXh5ft6LforX/o5R8a&#10;cf8AY6b/APZTt0adf97ts2/zt/7xj/OeXwavre2ri/v/1jSfKPrrC1O6MZkqeKPTJh4oJZYwrFxT&#10;NLGg1j06o40Uf4WHvpDtUv11t49wxaYALkZIUAZPrQceuQfJO5bhLt8sKxnxVlagyMNVjj0qf2Y6&#10;ux/lJ/IDPz9K7owG6K55Mlj9+ZWtpaao86TQUuWpcbXSGKEsQqyZBpGH4vcf19h3sLZ+Loayk3Dl&#10;qpZajD3gxmPlY65qn6rUG5sY4gw5+lvYksorKFori5koI+1V83PmfUgY+XQb9x973aKyu9nsLNqT&#10;gl5BWiioqteAJoccerTZN2vnKibD0MhpYMlKavJ1i8+NQA4jhLBlEkzjSVXmxJtx7dt/b+iw6VcK&#10;Th6mo1O0dMGuWIACBvwisf6/j3S/vE8WQJIpZzUmox8h8v8Ai+ob2DYLvcGEjRERrip9K16GPbO2&#10;BXRUehLQUqoSQnD6lDFmAFjz7BLD0Ga3hk0qJqf0Sl10o6qxTys6IDIfxrvcf19pY7WWc93dXy8+&#10;h5I0e3r9HYVe448OHlx9Mcelvnctgtp4qebJV0FBSU8ZLvUqwjawNyNAuxB/2B4Hs3e1tzZfY2Kp&#10;8XNPE8ESgU9E2qeSAMdTh3VhwSf8PYW5q5G5d33wzvFppuOClDRqj1Iwfyr1JPtxzlzlymrm0vF+&#10;ndixViWUV9COtfj58/y//ih8/d7jfmV25nsRvKm8FPW7623Xx4KfPQ0MXhp6eagloJYZWgiGhXKB&#10;iBck+xg2jvE516pWEaVRQvCihgkhVSumxJ9QJuf8B7gX3H9u7farFLvbYHktlorayCQT8JIAqV8h&#10;mtSK46yK5I9z993O8eznvRHuTmq6dWR50+0cOtcH+YJ/LI2j8WcTsvcmCbc2W6viyQxO6MhXVNNX&#10;ZugqaqQSUss5p6ZFanEEL6XaHSPqD7Vxo5MlR+DJhVme5cQghTyQqhTdvoPp/X3BFs80MKwPGjMO&#10;IUmnE+XHh1k7YQ3DWkU+6zGOfjWQihFBTV861xwpTzr1U/lN97f6o7er818fJMpUbapEooMQNwp5&#10;sor/AGtPJXrM1NHSRtGleXEZ0AlLXN/fdLjaOhg8NOi+gagwALBbarkG9xxf/G3sUW1xM8dvBIAg&#10;JCqK4qxAGfz/AMnQd3mOCBpryCXWdDEMfkoqfsFSa/KnTTnu0t+9o7uFduWZajKZbJwQfaBJw0tT&#10;US+GGKFdbrq1y6UW1rnngH2CGGw0nZu9Knd1ezw7ewbPjsHSA+iqkQP5a0qw5BeUaSOLC/59zZzF&#10;utjyHyla8tWshN5cd8hyCQxOSRQilKL6gVFesc+XeW909x+b73nO+Km3Q6IcHSAqhaqGFa/xejE9&#10;bJfyT+RG2P5SvwU69+C/W9TBl/kH3Djo+y+68zLFFJNtxNx/Zu2Jglg8UYV6SiFLAp8h+2gV2ALA&#10;kwdPTJTIEQcAAXsBcEAfQW/p7x03Pe1n8YBMAGgpmv8AhJ6yc5b5Tisvp2ll/VY9xpxA8vs61ad+&#10;dhZXeeQrclkHZvIXlSBbmOJzI0hZFF9JLsfac3rvTCbDwVRns7WRUtNTreFGdddVJY2SJQGLML82&#10;+g/2xM/bblLcedN4lihLraxFGkYKTQNUaRihb+ifKp8ute6fM238lbTGaK11IGEaggkkEEGgFQuS&#10;a8MU6MP8CfhZ3J8+O7MZ1B1XhK2oSKSjr947lmgUYbZu3JKx6aXM5aad7K0sitFDCpLTSCy2Gois&#10;PsftVOx84mXq8ikGGx1LWVMNKkrLGsc9o4bxliRO6RiwH0LE8X99O+QeTNp5Y2ywtYlSJFhBPkWp&#10;WlT5muT/AJuuY3Ou+79v+73lzfRF7iSQrGSCQoDFjp8qGtK8D19Oj4KfB3q74KdJYjqTrXFKlUYq&#10;GTcufmp42y24sxFSkVmQydbHDGagSVErCIcKqKoUC3sKdtqaii3XkI5ZoFyk0UcXij4QU9IbQm5B&#10;CoWte5vf/H2PfpoGtbopKwDg0IFcjh+Rqc9KduZ4zYwOgEitXGeJqejcbgEYrsXFpDineSWx9RHl&#10;Ij1EfXSUU29lS3tSMtZURwwz1ErOVYzn0rIAQwCRK0l7j8t/r+4w3S3q3ZC7SHyrj58M/wCrPUyb&#10;dMHRSzgClelfQshiXSV0hU0/TjgWF/8AD2G64uuieNpFagSR7EEousEfQK58t7j8+yRbG4VhVHhz&#10;5Uz9g+L+VOjT6iFhQEmnU+4/5ECf9695K7AUbpIsstZUvqUBUj8diRcAySsAygn8Ae6XG3wA0e4k&#10;dzw4D+Zx1ZJvMDPXFW1Xvbi3vPithGpK1ApFKagpfSH1XsukMdP0LfTn3W22NndWf4Py9PX/ADdO&#10;SXbhGDUGOuDzoluRckqL/QsoJIH9SLex3270rNl46VZcbUNG0qLE5hcxxnSCSFUaW1A29mcm3Wyq&#10;IwVr9or0HZt6tYB+o6mTzFc/s6SeX3hjcWJjNWUsbQoGaN5GLm7Mv0Qmx4+n19mPwXREFBLTSyUn&#10;ggEeiZpvFDGfSbaIlsmni9/r+Pe/3e8KNL4ZHz4dEsnMMk2qKJ+I8uPQK5zuvGLTTrSVn3daVtBB&#10;TRzuHe/01gFdIF/z7GzHUfU2yYYarKR1OWqYQp+zpTHDTs6W9LMY5DIAw/s8e09zf7dbRkDXLN5U&#10;oAPmxyT9gp0mtbLdtykwCEB4kfzNeivb8ynyS7KjqcPsKrwWyKOsimp/7w5KmrsrkaOGVNJqqKiW&#10;po6damJbsgkLLq/23t4rvl9g9hUkow21cdQ0DITRwz6jVGRfx5EkEsiuxA5AsT9PYNv783CPHIie&#10;CxoAa5PqaMP59CO35ON08SzXTmYGhKgaadE33R/KHn76loa3uHu7fW7MzFK38VydJJTUVDVQTWUD&#10;+HVNJVxQsqizqvoI4Nx7Jf398j979jU6VW4zicXt+N4ajGYadY4mkl1fbu8MReUpJJDNIpL2BRiC&#10;Rf2FOZbS+TZnL2SpZxHX6VrQNRDU001yTUdSZyXs21bbuCx20zm8mOnUKsSa1A86Zp+zqx34kfBj&#10;of4iYSbG9WYad83kKdoNwbsq3EmRycH3UdWsTzRxRJJDHNFGQqrYFAfx7INmaYYnOUUtC70eT27L&#10;isrm46ijqUWkpqHL5PEzUkFSsZp6pYaaJVdBIXUSXIGtbwNJbmxuzIkhE8DozggilJCtKcfyGTw6&#10;yZiufrrVC8dEnBUEHNSleHkQa8fQ+nR2I3NRDMDoeGbUsEkUgcTQTU6yeVWW4BJc2t+OfaZ3vuDL&#10;01TjKakq4qytxW8MrSzxQeZ6WnBiqmpjULPHHLLFXY3wBpE1qtjZjoNkm5zsIpQJ1keG4cECtaEm&#10;mD5MgShHGh6X2ttHHNbzpGw8RAprTiAvGnoanPkeudMFMSMQwkaGIMWuBdVLkWP0s0hv/T2EXcXa&#10;25/jtHg+2NnUf3kGGycU80cslTR1cGNy2ZpZYGSaMyQv/CcqksBR0BdK2+rSbgsvdyutkuNs33bQ&#10;6tbt4iEDPxVVTjgHVqniFckcR0vXY7Xd7Tcdm3GhjmhaNge6oIIB/mP2D066rKOkyVHV0FdDFVUl&#10;XDLS1NNKA0U0M0RSSNl/pIjH2OnyR31nsrtHB9zUGQk3Fjt4eCprccclHPXigy9BuTJ0E4xMrNJT&#10;zVzZBUmCKEQyiMKAvuWPcndH3+z2vnZbkNJcItYtWohKSMDpqSRRiDQadRKjy6hDkLZ7XZtw3TlP&#10;wPBS3rR6duoFFFW4GmkEfmemnC0+PxcaYWlohRxY2kpYKZUpTHE9JTRJFCEmWMK/iEQABYmy39pr&#10;ZXTHa29+scRvjZOLpK+Crp6mk3NtnIrHG+4cXUYikx0z0yU8sklLTmBB+5HGyRySKzEBeQ/tOy3e&#10;42cM9ldQR3RiYPFIwUSpp0txBXAFCT8NK+Rob7tfCyvG+psZJYkkXTIoJKEMWAx5sT+zpuzm/Np7&#10;ezFBg89mIMTXZKBqihaujkioZCszQpB/EGjFJHVVDwuI4nkV5tLBASCAbrqL4DjrbBbj3pjchuzA&#10;7vp8FSy7exZrcdSYaKXDQ0wxuTztbUU1NFNRTY4aaoK6NFOhAIuPYh2Dbo+V523Jrp4riFF0OHQK&#10;ro6+GxNVPh6fiNDVscOgXzXzJ+/ZotrhsxMk8hDggu1G4oqKrfqltBFSBpIPEgEuee+V+zDvHam3&#10;tt5bbeXwmU3C+Ez9bDJkc1l1qfBlYVxeCw+Bgq6hs22UpYCnmUwy07M8ZYlSTE4jbOJqNrbcr83u&#10;OabdS7sy89bh9jPSZVEhxVNh5N1jyNK6QQQfwdJpQVYKkrIvFnAx579y7DnaXlPcb8C43eyie3UR&#10;mtVSkkpGrK6cNgHBag49IeR+Rd62Mcy7dYQm32+40ysX7CCS+hTQaSCdWagggA8QOm3dvam6pd87&#10;gxuJ2pR4/aY6823Gu7OyBWbfx9RubcOfzOM2NjqYMNVW+XrMhPSLGwhdakL6tR0ewLzXQPXWP7Ir&#10;N31eSxmSiqMDPi9ibZycVZBUjLZDdNdkYBLH9skMML1GSWwaXW0bFgbWuAt9n26z3GK88RHvPCYw&#10;R0NS7yu4U1FK0ahqQcH06Hmw2G4XVrNZ31rpsywSUg1AREoSDXv1UFaDjjoRMd2ZunI4fEhNuVsd&#10;RRTUb7y3DQSYirxGOw1LimrspW46SSveprp/8meIFaRkScqjAEk+3qm6f2n1PufE7hqunqVKyh3P&#10;RJvyLbmZNRhaWlqcwkVFmWWt/ib5DF1mHqqScRwR81baH8f6oydt3vtouw93tEXiLKPG0UKhXK6T&#10;UGQMpVh6AEEih6EK7Hsm7W3i7XuTp+iRCTVe4VBUr2sCrLXJAK+o6QFJ2dk+0dh5iLZHZENFVdg4&#10;bP0vWNduPbX2WcqaunwVSuQx8lLBUYFMduDC5nF5CNlkYCOBIpLS/rcxnZW7W212ZvHdmD60NfT1&#10;hp9vw7nqcpLLTZLG46lxVLmQcfR12KlpkphmJdKTMbkyTR3+hMt55q3zbd93F9ps1hikkKAgtlVV&#10;QwDKVwNb4zhq1oR0V7VyXs257dt3733FzfooYgAVUvqK4bUuNIz9o6LL8WOuc/nfjp1j1xvju6rx&#10;O5cfjv725LbGA21t2nytI2X3NuTKbWD5TO0G4IKmBZsUFVoY4iop/AyqSCAd7Kzu39/7VyGbo9vY&#10;3bmFiECbKbH0VJEMTXQR42nair5IY4nAra3VGkjekenXcEkFEu/yXNlfmS1iFoxHglAT4LLRdPnh&#10;s6jxrn16va8rRWV5t5ttzaW5U1k1cZVZmzTh24AAyPsHRsundm7j6uqcXtnK77y3YW5qmpr8hvTM&#10;7lyVdJU5aKuqMrWUlbt2inqqqhx0WPRlSakg0wFAWWzKNQBbbbbc3Wm6Y6/+I7dyWc3PVZFpG/dx&#10;IFF/k0MOWlpZI5KNY6ShAilSOVS7AWCjkmS8iS3mAjYFpSSRTTWoWvzpQAH7PXoZfSGSa3YEAqpx&#10;+VCP2D+R9D0NWSptwrvnC5ahp8NX4SHEVdDkIpjNBnaeoll1xVeHbRJR1ccqhlqIZZImjRQys5ug&#10;4bA27PgNgbpSraI1u5Nz1WOpZXWcUQpioq1EQghlqI4JKjN6ywQsSjHSCLBDHGyWs4Jo0kukE8AA&#10;VpXz4mv5E+vS0xkMi04CpHmR8q46kZOr+43dRxq0phwmCmy8tLGqiYy188lPA7lpgmqBKByAf+Og&#10;H5Hs1/xO6lw2Uys24a6erefZR2vkMYYvHNryNZhZaNotMiJJLDJQlgoXRI3lJPFx7ONo2kbhcSTy&#10;CUG2jR/0xUklSKaTQsGBYBQQ34ge0gke7bk9rbtaxw1NxIyZxQBTU/kSK/IHqun+Zl8itx9U7G2t&#10;sDbmLwVXW9zf3s21US7gq6ijpcVj8e9NEuUWvpnMePliydbTv5ZkeEKjIdJZXVHdswvuDtXshoay&#10;ojgjyuA65o8PFI8ctVFn4qeTLsIo3R6mKmaqgQNcoZDptYX9oLuKd572SFtOQignJ16j+dCQGPD1&#10;6NtuMEG12IuBqEkZY0FRQUppPD1I/Pyr0Pvxpmlwvx36fGWoTWhNjZDfmU3FUxo1JBW4xjWUE01T&#10;JDaKryNJI8w0jyLGjsAoBILp3bt6n2jm32PFUpUzbOfJYdmjMjKaf+L1tXjHBkZ2vLjJ4mIPqH1P&#10;BHsRxRywW0VpczB7uEFWPGtGahB4EUpw6CjXlpfu9/YxutnOQ6BhRgCoOkjiCpJBr548ujF9O7yi&#10;7H2Dt7sWCknx0O+sRiNyR42paJ6jHPWYqjSqx8zxel5KKuiljJ/Om/59lkyQW7/W9jf/AAuPxb6X&#10;9orqpXh0vjJ0AniehS9hzkJCjt6jYG3HPA/wH59lhoq8DXpZT9JVPXvbDO/kPN+QSCoubD8aRc8f&#10;n3UkniOnYkVRjj172w1Z9N1/SfraxF/qQD9OD7dRqCgHVnFKZx172lqo2BIvwQT/AI/4D/H2lc0q&#10;Rxr00eve9q7+WjmBnviV1vHeUnD/AN4MMwVdZP2ucq5gGW406Y6kXHvNH2j3SGb242MKRqt5J4Wq&#10;QM+NJIMn0WRR1iz70bX4XNJnNQs8Eb/s1R5+3SKfn1qZfze0k2R8uty5WNKRzuvbGys7AlVKIrxw&#10;YOPAVMkZ5LManCMPp+G9nxlpX1kIBybKWCA3J448hN7n+nuTY763YDVKK+leofWzURs7giMefl+3&#10;quHG9oY6VKZHqYPuvEwqaSOqkdiTMFgjh8MD3FSSVuwIB9pHdm89t7IxklXufM01FHIsi00MiLJP&#10;WSxaTJFR06apqmVUe5VAbfUkDn2e7Tsm7b9drBtNm0jCmo8FUHzY4AHzJ/Lo42HkjfOar9bDZNuk&#10;muCK4ppVT+JyfhX55+zoe+mOu+wu7t10mK6t2LlslPj6qFcxXQTTQUuChq1do6jOZKoSkxmOgE8A&#10;CiVi9QGIjBcAMRbsrv7K56mrKLCiTG4OrLxU1JGEiyOUIsdFdJEdMVPIQbRJf08FmHJyB5U9uLXb&#10;5LebcD424Ias5+CP5oDkkcKt+zrND2t+7by/y5Jbb7vUSXm+KA4YisULV/ArVqwHBmJIqcZqL6+h&#10;PiXj9nJiKrdlVHnt24WCllyVUgMm3sDKNfjOHpqiMSVEyRvxPKoNxcIhsAXaloaquZq3KLYINQiN&#10;/HEiqdEaX4LO9wzfUX+vuTpZ4LcG3tGyeJHE+VT8usobeKNDFbQGgFBg49PLj86/n0c2tydDiwmO&#10;xOppGcqzRqwaVpEAkqpFQAjxB7hP0aQOLce5ngp55AlTGriS+lAUjRbgW0C6qbrx7bLSIutWyPz6&#10;F9ht8aMCw1E+XH8yOoP3FZT05koJAEhVleZtU5lBBEyOwVwdDMCVa9uDxb36owVM6yCnaWMgXaNk&#10;iZUFuTpZSOB+QAR/X3qLcXqpkAIrxB/zdCNNp8TSQSor5dd0m5q6PxNVx0k/rMbOnmjaxsdCyxaW&#10;LMDwrE3B9sMEdTj5BH4EeHUWbQWtJwUV5EZ+VA+putv8fZhL4V0hpIQ1P9Xl0Yx2txbyBiAUB9a4&#10;6VtS1JkoPKk7wzIiQxJJHGjIHIdo4ZIk4ke/0ZWY+1nFjNt7po6jFZKFHgy1OYqxVVVmiVSsiTQl&#10;rP8AsTQg8C35JIB9kUlzuW1XEN3asRJE4Kk8DxBBHA1B4H8ultxFDeW7xTf2B+Kn8jT5dBbl67d+&#10;1JoslixqbFVsc1E7ljT5CaSOpjehqQjEFaunlYCzD9J4BAILZvDpdtoSvGlNImPqjKcZlqTQaerg&#10;1KA0eljGKhEkXWtl0s1gD9TI+xc4Wu72/hxMkU4ADoAEZTTicAlScKc16i/fdlFo7GNi8bE0I9K+&#10;f5fs6HjrbuPb3Y9HfHVUAztB9pBnttSCSPJ4auqIWZFqoplVjT1MkTGnkTUsy2IIsyhJ4PZeWzdT&#10;icNh8rSU/wBhmEyddXZGqjpf8l8EsH24jd1Ez1MjhR+mw+hJsPbm+3K2MVtcu0pRXBKoCzMFDHSa&#10;ClDWhrgChpw61yvZmbctEcwU+dSPUk/5R+Y6W+4Ny0OAoZ8vX0tfVRvTmKODE0VTkaiViSbhKaKQ&#10;Qov01sQOf8PY15bqanxmLkShy2JnqlEk8jS5CjgSSpdmaZpDO8QUDUPpew4J49kVhzo91eI1xaTL&#10;CTRaIxIXyoACepafZ7KIaIbmNnpUmor+YrjoLsD3A2Tria3b24aKmkqBFCWw2SmeOnQaUkMVPT1L&#10;At+SwX/W9k3391k9O0tVlpKaaRph4/tchBJAvDm3khq2aUlGPAUCxN7j3Lm17htm8NAj28pjWhow&#10;kQ4PGnbT5/xDtNQSCptNmtpkrJccPTh+3odsZlYMlFHJAs6Iy3AqaaqppCLfhamGJrj88e0vg9s5&#10;OtbwUFFDVuWAOqSGPTqawk0ll9QH0H4A9iu+3S0tgxmmKx/IV8vX/J0cJbNaKI1VCnEVIr9vTlJL&#10;HEpeRtKj6mxsP9c2sP8AY+4tfQZTa2TNUsclBX42aKvo5NMkNpIWE7hjTfcvGBIgNw1wOR9PZbcX&#10;VvulhJNE6NF4b5JqrDQ1Q3CqkcTSgND5dBvmTYkvba8sLi0LRyRMCpBFVYFSPzBp+fWGRqeogkVm&#10;jkiZWSUEqy6WBQg345De9pX4hdw4jvHq7DdnUTL/ABNKOowuVpZEaI0W58fBDRZdVSRIyI5ZqgSw&#10;j66JFALfU8k/dnlqXlLmS85diJNiZNaEijeHqYqrDydSpR/mKjBHXyz/AHk/ZncPZ33M33k24TTZ&#10;a/Gtz/FbTEtCfkQA6sOIKUND1Sn8oZsh15uWk6glhkfG5LJ4/MpXxPUSyVO3TkKqtxtPaISOj08G&#10;MZZ7AqGjYiykEmwSGLBUUGSqFNTV1Bk+2p30hHknRlUzN6ZNCxuWADC5F/p7it3bcJms4jpiFKt6&#10;Uzj54p1ixvEEl3LLAlAgAqw+XH/V69Ruut6LvvL5HD42dKXE49Kd6+ujWRpAYHRqhaeYIIEnLaQw&#10;dAFBAHNh7dJpY/GtNK0McklLG1S+lCIppXklSJUNyELTFpDckqign6e0kcT63lAZo9Z0jOVFP54x&#10;/g6Bn0xDylUbRXGP8PQ8UlZPUOtVAGqIFqGhpoXGoy00S6Vq5mZSJZCosvpXTb20RVDtIzTzsiRu&#10;BGpjUrPPGhZdeu4KmSS7H6kH6fn2tkjAQCOPHn8geP2Y6uwWJT25pnpRz0clUIVpKdXeYAysXsKe&#10;mlJD+OOO7KUW4S4AuvvuTPpTyy0cX7k19EoHiWULBFIZlu1l1aieB6gPxx79+7mZUmYkJ5emSKH7&#10;P5dB++vAGVa4z0utvdcTz0qZOrhZYUDNSyuS+rXJ6GCn6gRAA/4j2057KVM2KaCCJTMmnlQ5byTT&#10;LH4tQ+oDzXP4H+HtZYWixXiySP2njXhQCoI/Z0R3F2mqjEUPz6FTau04qDKtWSTCSN3KwgWWN1jT&#10;SCo+mm0YI9o6evqsPSmOF6epnmpCzMWLOC7aXiRojaLxqhFiWPI9niQR3s5LBlRWxjH+DPQcuJUn&#10;YlOPQs09LFUy6nEiLG5EYKMIzptzcgA3t/re0TmjHSUtNWVNOrQwTmOBo0KTVErkyLHJMdJkRQyi&#10;7XAa44It7PrImWeeGOYaytSCRQADjTgOkhlPfGG7ulDAB6gunkDi/wDj+P8AH2+4meaatkrJHNJS&#10;UxWNYY0MjVFQyhUilY64jJT21kab35vzb2gvYlW3S3Ch5WySfwgGtR9vDotulBURg6nIBr6eePUY&#10;oPt67mGlTHa7EKR9eBcfX/A24/r7VFNHRziqpm9eQk8c8KA00X3VVAGkMcTFvTGrJcPpPrsbghT7&#10;JbgzKYJmB8BcHidI8j8znh1ZZZYzE4qq/KoI+dQQQfn02z6411EegfXi/I/xHH0Ptl3XgKKSfF1V&#10;UpzubwrVdbh6uthpJayilyPkhqXpGmpxSxyR49WoxO8bVC0zyKJB5WJrtiRSMss0YjiVzQ8QtQRj&#10;zyCRjyJHAmt4N3uoVu7aGTwrOcKJVq2ltBVlBpVijSDxSg7PEVSVqq0z0TXTUY1jFrX1An8cWueP&#10;eJ4dEVEywOZYqFpwTUwLFLO0kqR0yTyPVQpGJQrqWjIP6tLXsTCopOobsL6aaSSBjupgk0xxp5VH&#10;khXwmKLJKdDyAHtNQCctSqlwF9WGMVHUsEtrHJH9Bfn6/S3+t7ZK3I1T5IpU01RTxVNNj1qKCi0z&#10;42OulqKgGOKrXGUc1XrmdEYa5GssZ8cesN7dsrZjDqaZTOieYOABU0qeNAaFtPDgKlWcMcAiHglH&#10;VJHOpu1iFVa1jMjDtGVqO0sx8RvDPWeOLQL3+v4LDj6fW549sWaFFTpAaavSKWCsgqYGkp1rkaGm&#10;KSZDzU9LUUU8UlQjyJFG8zBZrPpeINGxram9mUlUDBkoSfQkU0mhBqorrAFK+o6TK50sz25aKRGW&#10;lQuSO06mR17GAL4XtqtQxB6kQktYEcf6x/qP+I9hNWVEOYORrcjTGEGoqEgkepdlqhLUUviq6lF8&#10;SrWxPII4431pCH0RyFP0jG2guLKSGKEjxBTAydJ4+XAhSSaZKn16MnSSxe2gtbjW5UEgooK9r1VD&#10;kmNhViQF1U1FQepgFuB7DyvEL1T0Msgo2qZ0iovW0EDyQ08k00JCoU9MVPKzEamIW/49i6GXRHFO&#10;pDPQinE+uP8AN/qAitRMIRdLHr8NSZPMhSwQfMdxVRwyade9x8TJI9TW4uepgdwiVEbLGwH2gkmi&#10;WdZfI9PUQyAPpJClDdfrf3u5ZT4dxGxrQduKgkHjmoqVNMZAPp09uaqtta3sEThKlSK17/iK0pqU&#10;rgkE5rXgKn3tSRw45cjSxU9NJRvOTTUErRxPNVTPDIwmjinimp/LEI9SmUMh0gMNJ5Lria4+knL3&#10;GqnxcaJ9pBGDw4ipwDXomY3jWVzLNOJBH3ODUKiggdxVg2kkhe0VzxBHXvYGdxbJzWWparKTdo71&#10;65x2Mmw8mNyezsNhJMksskUVQ8TzHbeR3BX0lVKkSVdDC7jISSUgQw6tDgvmGzk3GEsd8vbJIlwY&#10;I4pG1htKHuildklYFXtwod8KpDhlMs+3HMu27fJBtych7bvN7OJvEjvJZhGQCVVgouY4YyAXMc7A&#10;fTqs5YSlQ6+9kz7W+Yec6xyeRhSq/j2MyWC2xUYbcDUDyY+jp8xhWrq6qzm1qaKpyqPhq2h/ZpqX&#10;KM8wqKiGaVGpqf2Bd892v6tX2i7t1uLWW3ieGdVYRwtLGdUk0CIkh8NoxRVnDMJZEaRGRAcj+Qfu&#10;6bTzzZWk7w/SX0NxdLPAJO9nhnEcaQ3LaYtM0bjVLLbUVo4JY0Inmp72duDLTbl2JR5/CBXkyOKo&#10;a7FCSiqNNZHWwCrdJqOnT71XneVeFDNGzaijsCrZCQ3sbwpeWzDw5oRKusMDRlDrqGWBKClAGYcA&#10;pAzjDLt8Wx803O0bqoCxTPFIVdRoaNgKh2IjNABmoDLQBlrXr3ts60x0VBuKbEUuMztLPR0tRFUn&#10;I4arx2IXGV8s8/8AC9vpmchLXY+PGVDF3gomgp4pY2VnjZY6f2SeJZF7tLWxaIQ1JcLSJ3kcusa+&#10;IXJUpQgRgxgLQxqKALec7w3eyrfz31pJFI4KeFMskhlQKPEuDBEEkMiCiyTh3dSjBXXXKPexB6yw&#10;O69qvv2k3ruubPUuY3TkNxYaeNMus+IxWVo6GlptrSUOYyWbyFKMZU0SMsUdQUiapLKNLFQFdi27&#10;dNvTcLi73Fbya5vnmj7HRY0ZUCxr4ksh0jS1ASM0FEFEAV553nYeYF5Ul5b2FbKe2skt5lIhPiyp&#10;IzSXIkhjgV/FViKugr4WnDVY+9qaaX+JyKlOtT4TAI6d49KR1cdRFGLwTHTUCaN2IIKo4bi1wbDa&#10;3kECF5SoAapOCAQTjBIp6eR6Dixrt8eqRk8XVUg50lScsOGk0qDkUpny697ZYqSWgir56OUvUUTq&#10;k1HddQQPdiC5RjIjixsp+pv7NHnS5NstyoEbjDcRXhQ/b9o6NNX1z2yTQjwXGG/wAjzr6VH29e9i&#10;Dgo6vJ496/NT0WObGRR1M0SP/lq4+YQMtcIGWeCXU8wEruyAmQMbnUPYY3GSKzuFt7KJ5IpSQCR2&#10;eICe3VUEcMLQnBzQV6DG6WyWM4hsI5JXlNBXCl8imoUK0oCPQ44CvXr/AI5/2x/3v6e5qDFvlYaK&#10;h25lYsRNSNWvuQCgjwySUZo6GLGTj79cjFlpKSGOZP8AJVo3hjKrKJtMRIpLzcbe4FtJEzOUB1VT&#10;TrJ+AgN4g8+7QVWncwqKseDfS2Ut3NvVs15G4QW/6njdwaQyDsMfhByUasxm1uGKGMNInrgfU29q&#10;XHVO2KinkoxFVvJV18tHThEhaSSsjlKzxyJMDMrNb0Bl1s62Xn3a6g3ZHWdjHpRNTV1BdJ4HGD8z&#10;wHmekbbPunjJO7aZFSpFcBfIjyIIPH59cGYg8ewp3fV4Wn3VHTNUZlsrRw1f3VI8UEeOix1Q9GZH&#10;md5y0lYZ0sEVZXVNZPjsrMJtni3CSzWXwkFmyAhxqNXDUC8PMZrgUHHup0Ndp23c4tkndEt/pWZC&#10;h7jJqUMMY0haGtahSdK1Y6lXkLkc8H3i3LjqueGKehyAoFQwwJDSSMHqF8HjqGirKaOSSGoTQSp1&#10;oy/W4Ye39ult6TW93amTUGBNdJX7Mg/s6Z2eWK0aVLiAStk1bNGGR2nBXORSh8weu/aVxdZuM4CA&#10;UB8C0LQYqumVVCCgpLIIo1aKaalkKQajMAsung+n6m8tlstvfeC5LRsoaIElu4iuatR/sJNeOej2&#10;+s9s/ek0txHrWbVIgyR4rZJFCAy0Pw/D/g697CXv+orNl7N3ZvbDUOHgyse0M5kafN11TNNSGbGU&#10;NTV4ypytNQRUkq0USJP9w8kqGlWzqrl2sV7jvk2zcuc17vA0Kz2FjPKGkQ6UeKJpEEp0sTbow1yM&#10;r9qB/hwQPfaKC25m5k5e5X3S6uX25txhRoI1UOFldVlWNpGcF2/TCKqkuRQsukA+9sfRdfP2L1z1&#10;p2Vi6WGlyWRoKOqyVGVppPss29O9LXJTUrvUpFTV5Rng5IlpKlddlYg15Q5+h555Q23edxhVZ7m3&#10;V3FDRZAoWQgjuArqMZrrC6TkmnRt7o2UPJfOPOvJV5dNJZxyOkbgsNcNQ8ZZqLVkJCtTKzQsVAIU&#10;9e9g98hYsvsbvb427nqdx+FY/wCPbJ3rnMslNDW11DvqTbW3GZsdh4sdjBT1ebY1kiwwmOkkiDsF&#10;jQB4t5r3iTl3m32d3p5o5LOGS5tJpXFJJfHFrFECq6VJ8bTI5UKFKg6SBpMje0Em281e1XvTsUGz&#10;lmbwL2ygiLNHG9iLi4UeLM0khZIqQhmZTJrZF1M50e9mor9lVFe7UQlrpsdT01TjUkkl+3NDnq44&#10;6jxsFTT070dY1LXz1MjxyRTox0aGF5FYTvJv3hMjlFQTKXLrwKg1xQ6i9DwUjScg1z1AttzNFZBb&#10;sxxpdO6ylfiElvGHklZSyshKqq1RkOHDL2qQfe0/tzrjd1XuA5IZahioqSp2dlaOGPAVmMmqMTTx&#10;5ugbHZfGZPITy4+SOkyYmiNKlIr1dODLHGFdfYSv5L6ZrS9O4KEZ0ZU8NlYoon1xygtKpekqsJNM&#10;ZEqj9PSKE43vnHl232kWDWErTyR3kTsbhZNMx8FxJE8SKJAzxFGEhmZYZao7l1PXva9zeSzW0I8X&#10;VI1McitXmcnlaQS0EFLFi4BSHc05kq8ht/ESjFY2qlyn22VrJZREJBTyyCJSCHer8w6J5S8k40lU&#10;BMcZjRo1d1Z5IoVCjVI/iOSD4oUMdJAT22127mD663bV9D4cUUTUcs0hLm2XtjuJQZJkS1EltCFL&#10;aDLGniEH3taVWIxZyGMzVRJWxV2bMSUVNBXVhonqUxWTyccKR41anGIumedHeULA86xoS7qig0Td&#10;k0QW8ZZl8QICAWqQrN39zAAxqzlgant7j+nUNwbjdmxvtujWJrS0XuZoow5UyRRsWMhSSvarppLS&#10;6NTaUQseve1ntzL7cq8g+MjyE0M2PaGfJYiuppcdnaOHPvDW0klaoVBU42ohcxQvo8azQTRFhLGy&#10;ggO6HcJ9ztIoT+8IFjLqQdJVo2MbIGAbNHBP8SshyjABje9s3q2sor17RXScMscsbrJDIbcNHIEy&#10;SrhgHIrVo3jdRoYHr3t6M7YXKVtRC0lTRQktFIYo52mWOGFhMhpjqeyadNlLHVwPVcr1QXljbrMN&#10;M+nuHDOaj/D/AKh0ULENzsLWCakV0wyB2gVJFCW4VpmppWvp173gi3NTZOmqTiKpciuRqnEj0sgn&#10;pHdJJIJ4adY5PFSzpN5NX0JkJD30qFom1rFIJJxRY6jPFSDQr88ihB4EHpVcbLPZzwHcLcwiEHTr&#10;GlhwYE6gNQKlMZ7aaaA597SG6MVkKQUU9RBFRBaZpI5qiUsaqOco0dzr0JMryEAKb3b6c+xHtF5b&#10;TG5S3kLsTQgD4SB6UyDSp6O9jvrOdrqGKYyanyFHwkD04kEDz4Dr3tW46tq8XPSUM0glmkenVEE6&#10;vEFMcVQsjNcARul7G/1+vHsnvEtrhJZoxRAGPCjGmCAOJIJFftHr0QXtnHdxz3EcJVQpJ7SGrq00&#10;GK1qRjjnr3tR5GmrKWGKSWOoqGeXQKmIrURlYi5aMSLqUOgB03YcA/09ldrLbu7BJAqqvA4OaZNf&#10;5nolspLeeRlQhFAyD2nI40NMcKn7Ove07U1NdPolhdWWNlL0qgpJ4JrIHlSWQWdQ9iALngA39Psz&#10;hjghDLIpqThvKozxp0c21vaQjRKpGoU1eVQCTQgEZoaVwMngK9e9wqc01atfjMpiaaqx1fRz0FXS&#10;1kcJlMFVGaSpVGEji9RTVTgAC4WTjm/ut/Zx3NuAZiaVwPhOCKMPMca1wfy6VyCe1+lvdvv3W6hc&#10;SKyFqAqdSk4GVYA5xUV4U697zZ00wytTXUiRUlFJHUVGQeoanpaPFwU9PFKaiaaRoYqaNyJnZ2Do&#10;xILSKFAFLN5be203cxZVGDQE04UxRiB9jU9Kda24ztYRWlyxkukZVjCgs8hZmAUBQxc00hQDUDAD&#10;de9tfl+3qFnLq8MrtOrxaLlihCzxWUBtEikqF0qbXt7MlHjxaIx30pSv4f8AZHn8+ljp4sckfhkS&#10;jtIYEU4VB4U45qK5HA9e9zcvlaXO4uWGfD024Vo62pzVHS1NLLkIajJUlDk4YJ5aH91Z6nG1Iuqq&#10;vlDXZCJBGfYc3TY43jLukZkVOwOBRJEKslMas+oI88MCR01ttrc7VeLJFuBs/ERIpCrCMrG7xEqJ&#10;MaVkQ1BJ01wwKNID73ipYcrmdi4marwFHQ5ubb+H/iuKp4XyGNhy1djqFsvi4o4shM01HQZCpkjS&#10;Qu8dNFHq1lAzMlsLm7ggsW3eXwrl44/FTTURscMAB+EAkGrlTjV5npQ77ft/Nd/b2+5yzbet1M0U&#10;jERyGKNpGimYtGp1SRqrmOgLlqBWZgvXvZUNj9YT7K25h5K6mgocnJvLL4ijo6GHHsZto1HYm4qi&#10;gzmer4DUU1Gsu1Z63LVELRU7vVHwv/lHoL/KF1uOw7PaWqbShufHmjUIuWt/q53hmZh2DVDMLiQq&#10;sbFphGSG0gz3zPz1BzHvF8tpM8lkNsgnZpC2kXa7dbJJDEj0Z6XQhtY2BlXwqOB4NGHvZZ/nbm66&#10;j6tg2Vs6WTK777Qze1KbZcFXjqDdENJNtrJR5Zs5iaWZJ6SLKTjKR0+pFl88UyoVMY4D/vjesvLd&#10;jYbQqSc0bndQR2a+CLkB4ZBKZI4ZT4ZIJVWqrlw6roYA6Zq+6pt9rPzrNzJzIgt+Vtjtrl70q72x&#10;cXEbQiGZhpfwl0NJkroZCRRuve9eyoyu8V7KMPYtdnZ91mvmjyOa89TX19bmMnkIQmWo43rJBW5C&#10;arqo9IikjYtd1a4Ornnenf8A9/zSb3dXMm+PIWaQuzs0juCHGonUakEaaVLA14ddeYrLl5uSR/VC&#10;1tU5fWFTHAAkaJFFGxMTkICqKob41YBe3AI697NF1d2RhsL/AHy2duLbdAMRu7b1bt7OpjRHDVR5&#10;fF46uptu5Wo/jdBuOvrm21lpo6kQ0ddjpGemBWZrOlQJuU+eBs533YNxsEFnfWr28qijkSoknguW&#10;mWaSkMrpIEikgZnRDqkGtJ4R565Q3LcDy9zFse9yG/sLtbiEyLVfClkSS4ijELwJH9RGpjMkkE6q&#10;sjLoVWDR+9veG2hkdi1uN3pAktDseeWat2/vLatVLnMRs/f2BxlVlo8TujGZvEyV1A+VyFOvmpKm&#10;nRSrl43ljDxqe2Wzz7QLHepY2h5dYk29zbOZY7a8hid1juIpYiy65qK0ciKveWiZ1Qoxdue/2HNE&#10;F3yzI6zczIqrNaXMYglvLCeRIxLbyQShZPCiYlJopGbCpIqPpZfezM0PybrqzZu3DPna0ZvD1OIw&#10;WYhyc+Pp9qbkwdJU09VhKmsx1JJBk8DksTj8Wk9Nk6LIGSnnpmkh8LXcntz7gXsW17U+37lNHuVu&#10;yRSmRkW2uIYyrQGRFBlgkiVUlWaKUNG6AqFardQzP7NW8XMG8JHtatttykksLRiRrmCdldZVV2DR&#10;zLLJJ4clvLDSWORVlZ1AXr3u0DaWXnynXuxO3+roYd9T0lRUVWbqYN2ZvK7by2Fxyvs6takytXSp&#10;mNwZPbmPq5Kimir41qatUQLLVyxRSR5K7dvl1vGz7LvWxMl4Eb9Vo55CjqkkkMrGRozJcSQRlpSs&#10;oaWUxqBI7xoyYR8x7Mu380cz8jc6sdqhljCQo9rDHPBM5W6RWjDmKCKd1VGaFikBJJjhSR1bjexs&#10;bWtf/efZ6MT2hndmvBUJDLAkcVIJ4Z2mhkoHrESpgiq6Z1EqyT07M8ccgVyLAqp+o+m5c2rmRZQk&#10;9WJOaUrQCoyO0rVdQORXIz1j7DtTuzrHMT3HSagq4UkEhh2kKRQkE9N2RxVFlYDBVwRTxkhrSKrg&#10;MpuGUkHS34v/AEPsttd2pjabdeenSASY3Os2RY66iRxkKmFYlqo5hokigjn+qgadP4vf3LFryjcT&#10;bNtymcC6twEFAKaBnTTzLCtDkk9SceWrvcNttWMgF1FRMgU7R8OcFsn5nHy6cIkEcUcYFhHGiAD6&#10;AIoUAW4+g9j5s/sCmocPBIJnlFbBKwVisiOVjlUxxSTyKPHoUk3PGrj6EGOt95de4u5leIAxnOKY&#10;xk0HHP8AI16AN3t9zbX5AUBRxqCD8IPkPnX7KeVOotXRRVSaXVf9fkEf4Aj6exKx+fRgY9vRGdKi&#10;pvlaZam1oShSWpjH7ZAi4OkE2Djn6+wtc7fkfvOXSwT9NiM1xQfmK56R38Ud9HWchZQtAfMf6qce&#10;oop2jKtOwCqulTp5v9R+P6D2Em9MJ/GBlvuKdKyleeejqsesCTMl5KgJEwYSR1S1CuFbVdWZuVBB&#10;uMNouoIYoYZ1GhoslxVXVgNYIIpQ5qPMY8+mduvzt09rJFMYruOjK9SpBx3VwVIOQQQQeGR04x6d&#10;ChW1EKeLj1E8+ofX8exp+K2W2ftDZ2J6bwOFx+0KXasVWu3MTRI1NRVOOkyFRV5AU9HISaWshrqx&#10;3khFlJcMvBPuIebuQ7Plu3jueXLRU5frQRxjsgLEkKtMeGTUrTNag91epml5w3nnndLneOZL97ve&#10;pggadjUyFUCrUgUJCIBjyWtOPRHPk715kqGWq7DoZayvoqkQpl6dgjnEOqwUlHIjKL/YzuQhJ4jk&#10;YXNmHs2NXeQArwtiBxe4P4H9SbewPA8aUBcV6NLPa5rltFvAWYcfl0RluyMNtWjeqzWSp6KlQkSz&#10;TyhdIRPK1lAeRzoANlBNiD7QOfzeAwIYZjKQU01mZKXUGqGGnUB4lOoX/qbc/g+2LzmXbNscxXd7&#10;GslK6a1cileHHhw/LodbR7e7vuoBFq4irQkAUyaZLED9gr9vWLDfIHL7oqYIOutp5DOwSDjMyQyQ&#10;49NL6FkEkjQPIL+q+mwHPssG9u8cgJZaDbyDHxoxtUyLJ9zMmk3ANwqgkXsObe4u5j9wb28Mlrth&#10;MNr/AB0IkNP+Mj5Uz69ZGcle2WxbPbrdbkiTTFaUoCARXy419a4xjoQKPpbLdlTUmc7Ey9TVadJG&#10;Coah4aKmaO6wiVXMhlazG9+P9f2E8W+coZ3qqmumecsX8nqa7W4u2trrf+vsBxb1uEEy3D3kjTeT&#10;MamvlU+XQy3PadvvIGt1tUEOmnACn2f5uhxwXVGI23TRU2FpI6SOBboI0EZX1iRjwq6m1LwfZqdr&#10;ZM7k21R5CCpSabVJT1aHgrMgB0qR+oaCOf8AH3lJyZvX722a0u5XrMKq/wAmBIz+VCPXj1hvzrsv&#10;7m3q7tPD0xA1T5r5N0ucPXSUGQjp6xJtWlmWYK54sbhgAbE2+vtrzFJIjGWVZ0Cg+oH9sfT6Wve/&#10;5v7HyPFJpOqhH+XoF5FUUjPQ34KvhqUQRyAsP1Iw0sDY6bA2JuQfaKqaqJrR3JblgPqOLsTf8gAH&#10;n3cypkdJJ7Z1IYDpe0gF1B+t/p+f088e0VkxruAWGu5b/Ukfj6c/8R7dR0caWH59MqGU1YY6UNOV&#10;vwR+L8j6kHj6/X2k6uJI0DaA4P0v9G/1v6n2pQJGoNKr5f6vPqrRtIGQHJ6cUDBgQpPI/B/r7Z6N&#10;YqieoYMFBKft2W5twQL8m1vx7VWM8ckriR1FDw8/2efRbf2cwjULHUcKg9SNf+H+8/8AGvcuOkpZ&#10;pplL+pDcRBRpC2FmPHFzf2Zxm1LMTKdVeFKCn29ENzbywgFwQtOvCVTx+f6Ag+2asxs7EvBZ4z+s&#10;EAIrfX68AHj6e2GBNXV10nHl16KM6ymkmUCtBxp6065a1uBqW54AuLn/AFufeLH7G3FlJguOx809&#10;yXYRRakVXNmdiBpX/YkD2XTNbwsFkmANeHRxa7ZeXUbMttJo4g4Ax9uaYz01ZHPYbFBf4jk6KjLm&#10;yCaojVma9gqoW1MxPAAFz7E/YHW9PmN94fa+Z11Afy1WUFCY2+1pqWB5Akk66lSSaQBAAT/j7CnM&#10;nMH7vs7mS2iLzxIzUFcgA0GPMmlPt6GPLHKq3u42tvNKArvRifwj1/Lotvy9+QrfHT40do934vGr&#10;l8ptHBJNtzDVwmp483na+tpcdiaFVj0VDrU1VULhSp0gm9h7sew2Ow2DxNNhsXQihpaWJYYo1VVA&#10;C/Uv9Czkjknk+4RtuaZ92m8a5sZ0mJ4EV/Z5j9nUlbx7XoCDa7xC8KjGc9are2P5rnYW7901W5Oz&#10;ev8AKzZivqmeWooVmenhi9TJT0sHk/bp4jZUUE2H1uefaX3pDkafC19XioIKyujp5JIKeeURI7Ah&#10;rE6lYgcmwNz9B7Es27TWNjdXdtAJJ449QUmgNONTUcBniK0pUdBXbfbWxvN1tbXedzaGyeTSzRrq&#10;PyoCPPyJFPy6s76a/mBYDOzUtPFt7MUvlNN5JaujqfEiyNqkTTEHYsiseOSfZU63sjDT/aYesyWP&#10;o901MbKuLneSMT1Ua6ZY4mKlFJlBCanAI9qNh91eX7gi3vZBBuOnEZ/E4/CKauJxx+zoQc0/dU5p&#10;RbvdeWUkvdhVq6wveqHILCoHDJIBp50xW0LrX5F0uXxuUzW5dq5nb+38S8SpuERGtxc9Kys0dV/k&#10;/lq44wilmJSyj62sfdfXyQ+XuV6VnyNHkevszJU0yyLT1M8FRFi6iX6wmKtjDq8bi3+IHsi5g+8d&#10;Ly2ZbOPlmtwKhSxYLUeZ4Y8+j/26+5le85i1uLzmaK3t5G0kAqXHqAPNq4p68OjUbV3Tt7d+Kps3&#10;trMY7N4qqVZKevx1UtTFIkikqXAVTCT/AEYAg8e6ce4P5k/e28EqMbhJtvbOomZ0jONSpasQfQpJ&#10;VT1Lh3J54Uf4D3j5zV94T3A5lR4Fngs7YnAiLZHDOrJP8us6fbr7iftPytNHfblHdbrfRjjLpCE1&#10;ydKoTjpUe65d4br3VvfJzZbdm6qvNVtXNqleoraicFzxZUZyFAtwLWHuELq8v72Z57m8kkmY5JNT&#10;/OtOs0OW+WeX+WrODb9h2eG2t4uARAP8AFT8znr3tgj27VtGZnnUg3axXQRGAdXBChbjkf7x7SGB&#10;wASaH59ChaGqk5697b2hx9Pb90uAdXkK6rluAtrfTj/b+66eliFF86t1723y5d1VY4qVEJ4Lqbl2&#10;AJKhb8iwv/sPfiaefSqNWI1AECtPz49cda306l1Gx03F+fpxe/Nva+2B0p2927UCn2B17ubdTuwB&#10;kxeNnlhjF7AvUMohRTe9ywFvbscUjnSEavyGR88/5elMcLhJJlyo4kmgH2ngPz6Ytybr2xs/GyZj&#10;dm4sHtrFRG0mSz2VosTQqw/sfc100MRf+ig3P9PZ29i/ysO+M09NN2FkNs9aY6oMYdMrk4Mtl0Rm&#10;/cC4zDvWOKhEP6XYc8X9mKbHfy01jQpNAKqWJPoozX5U6ZXdNphXXc3ygH+CrV+wkKn/ABroutb8&#10;w+n5VnXZlTuHsuenSdnGy9vV0uMPhuNS7mzn8F2rLCz8a462Qez89a/yqenNvQMc5mewe0awhC1J&#10;FDRbWwokBIdfI0FRWukinm8iXtxzb2b2PK084okM0rfKij9pBP8AKnz6LbrnblyxgmeWYIwXAds1&#10;/wBLQV/I16K/vf54brxdSi1VB1b1LhpW1w5Lem5Z9+7ganPBkG39qS4fH0U6N6QrVtVfUCfpb2eL&#10;rL4T7A2PDGdtdObF2+wXSMhlqRN0ZZQ1uTUZJqiJJEPIKgabD2N9r9vNzlXxDZeGlPPvP21C0NPm&#10;APInz6Au5++G1Wq+Hb361IoNCBNRI4EmrccVVq+lDwKD2l/MT2nUeSjm7l7F3Ugm1x47ZFDDsHG1&#10;II8Xijq8TQNuVqWSa6EPXOTcmy8BTO0PTsMdOYclmpYaeRUieioVo8ZRIFuQsUFFDCqgqPp/a9iG&#10;H29QpIL7cG0CmK0A9RigFcdAK895Nwn/AE7W1rHWtdTnUfmCfLy/Polm4vnbVSVi1Ww+psdW5ejm&#10;klizm5Er9zZ2QOEQSTZfNzTVVQ+o8i5K2Auv5fKHr7rvDjzR0a1DICHqJ1WVPTzYyypdmFv62HsS&#10;2fLPLFjEZJlU0HF8fzyP2kdBm9505u3FtJlZC3BVDDB/Kn+rHSHy3yi+Xu/UXE1GWpsDHOAabH4u&#10;Cmo63wzHRoaGA1dcBdvTxz77qd69fbfVUE+FpGTSqxXjlmYf6oRUmpmA/wBcf7D2p/fHLG3EeC0R&#10;Y8KHWT8gqq3Re+z827spUpKVAzUlAPmS38+u8H8b/kr2TUPX5ZOwsrDMjh6laeqoqSEj1aZKrNzU&#10;MGu59OhT/sfaj23n03Y7JiDPDER+3VDGyU9F+ljq89SQdZsAv1vf2YR75FcRsLdZI0pWugiv2g1J&#10;r5YAGadEt9y/NtzQG9lUmp1DxCSOFCAi1PnXI6DLvDZo+OeEmy++4KHLZCGOnkGFXdNHmNwTwPOs&#10;LPHjMcZ3Roy5MmnWFVWLadPvhVUG/HrZaVNvxinRmVK+rrlhhmAJCumh9ILgXsbeydNz5ov2ZIbC&#10;EW9aBncjHkaEj5daupeUtqiSR9zeS4JyqITp/MhiT5evr0+bA3L8XNy7LxG537ZmTK1dNDLkdt4H&#10;bE75DD1ksRFTRVQyOlmnhZivCAm17W9wRt7sGeRg5w2PFhqkjhlqmA0i7eRpClgfwPz7OrXZuZ75&#10;0jkaCMcNSIvH7WLMaV4ggfKtakM/NnLMKmSNZpWrhWYjHoQKfzHQ3UNd8ZY6Sm+2h37uENeZVray&#10;k2/HUOLqvkho6KCpsygGxYmx94pNs5VpJKWp3RWSzPbTR42FPKzf22uiMYTf6Etf2apyhGqXAn3+&#10;5kl4Mi9w/Z5faCOqpzcbjw5LXl+2SNeDNj9nz6UTbk6uxUC5Kn6nwNFS0nqGW3hXVVXDGYY9UcZn&#10;q6mHyXH6gQbDm3vInW5Z1mra7JxUi2aR8pXx+u1tX+To3lLH83+vtiTlfYraMqrv4dKmrCpPmG8y&#10;flx62ebt0MhZBEJK07Qe0Hhk/wCE9Jur+XOy6bFVtLs/A7ezObEMppaDYm055y8hPjQLknjTGwAS&#10;HSrGVRfm/HtaYvZm1dUJhC1rLcN46EvGgH5DyDlhf/Wt7Zh2nl5mDRbejDhlSTX55H+Douu973+k&#10;gm3KVS4pUOQKfIg06LDvT5R9x/a1Mk+3INq00ksfmizW7MVBlXkkh+goaJm8bPrIF35t7eTjsFRT&#10;WEdDCwIuGppxb8kFnXxi/wDT6+1U1vtMBSVLFGkJxRP5jHRbHd7lOuhr+dozw1PUV/3rjSvSGrN1&#10;ds7mwy5WCh3JWSSRRMYoM7RTmRJLt5lijqo2FOUB5+pNuD7V9NQRGMN9vDJGyEq8UfpEbXNwLXuo&#10;P+390XdleREqASQMUHyz0WS+IRI0EhqrCuSfIVrWnz8uipZ/sd4sm9Nkc7VY3Ia3h/h+RnqYpA8U&#10;zICzmYoWLj6BjcW/1veT7Gl+vlX+t9Q/V9P6/W3FvZ5RqVofgrw8q0/Z0X/XS+gr4unh/q8ulzq3&#10;f9P4JXX/AIZq06q22i2r7u17/a6PXq/rzf3/AP/X17JPkl3XWWWo7g3bU6boUn3TlpVNx6lAeqkW&#10;5b8f7f2PYty3SHEe53Cj5SP/AJ+gf/VTlvXqfYrWv/NNf8g63yaDr7YmKDjGbL2njxIQzii25hqQ&#10;ORxdhTUcWo6eOb+5tP8AI3u6mGuDtTc4OoHUNw5IBSRa/ol9Nx/UH2oXmHmCMgx73dLT0lk/6C6R&#10;3vI/J16ui65YsHU+sMZP7WB/ydOS7Y24jFk2/hEJ/K4qhVv9uIb+5jfIrvGokSpn7JzVXJHdhJUZ&#10;ued+Rbg1AdlBvz9L+1I5r5nJFeYLyo/4a3+folb2w9vVUonJu3KPOkEYr9tAOp8eMx8Q0xUVLGlr&#10;aI6eBEI/AssY4HtS4n5dfIXDuk2N7FzkZRrM6ViKisunhdaMHW1ueB7XQc9c4w5j5jvKg/78b/P0&#10;gk9pPbpySnJ1gpPpElf8HTLmdlbS3DTvS5zb2IytM/6oK6hp6mI/n9EiEe1fT/Of5HmSOon3ZJlW&#10;1ENNU01FVA6WsUL6dTW/2HtWPcHnIyeK27yvJ6vRm/MkdMt7RcgiIxjl+JFPktQB9gBAH5DpNQ9N&#10;9ZU0RgptnYekpyWPgo4paSMFgQxC000QBN/Yo7d/mT/ITb0kLFMVVrDcgnGeMuxN7P4ZUBH+v7tP&#10;z9zNewm3vp0khNa1Rc+laDy6K4/ZTkaK5+os7N4rnyYOwIp6Ekj+XQS9l/C/46du4HI7a3717QZ3&#10;C5amNJX0NXU100EsRJIZYpal44p4gx0Ooup59jziv5w/bdPDFHm9k7bro42/ceN8hSOXU30kjyxg&#10;2P8AX2FfrmDGRLCFW86ClT6njny/LoWrygEREjv5yiilC9R9ueqrtw/8Juf5bmXr8hksRtnf22J6&#10;46lhx26Y6ujonJJaSjpcljqlYna4+pI49i7iv5x2NqsdUUWX62qqGoqY5U+7oMitQYjIhX0RSxQv&#10;wTxyLW9mlhu1rFd2d5c7eGkiYGmoUNMjBA86Hj5dEe58j7lc2F3YW+7tGsqEVKioJwaFRUA+nD58&#10;OgRx3/CY34t4HtDZXY2M7c3zXY/ZmQx1fHsrPbdw1XiMrJjchHXU75Cuoq/H1TSRrHpuI2uTcji3&#10;sfetv5q/xogxOOxWYg3VgHp4VhmcYV6mAShULysKWVzIXIsTYezDmjc7Hme+mvpGmjBVQAy6qAVw&#10;NLepxSv+ZHyryZvHKVhDZxaJUTVwxWpwfyHy6Jj/ADAv+E4vym+R/c+++6uuu+uutw1G68ilTSbf&#10;31Ubhwc2Ox0WlKTFxZGHF5uJIKOnOmNQFQra4XkAzO3v5hvxJ3KAlH2tj6OZgRFBlsflMZKzgXKE&#10;1VIkCnn/AFdr+wknLm3T3QkO4osR4hw649fhPRzdbnzJYW0vh7U8jUNCmg0r/pmU/l/Pqondf/Ca&#10;v+Z7tjJRR0vWOzd3YwzrFPkds9l7RqI1gaQK05x+RyWNyrxqpLWWAuQP03+hBvk58k5u0d1x0m2a&#10;96/Z2Kmkjx7Y2bzU9UDo1VpFLI6uZxH6WIta/vMX23j5X2Datvg2mS3adwPEZSKs1OJpVifmQBw4&#10;eeKvNVlzJut9eX2820ussdIaulRnAq1ATjA63T/5Tv8ALj6//l+/HbC7ZpsFQL29u/FYnKds7paj&#10;iTJ124Ep5WGH+6IdjjsC1W8VOsbafUzG7MWJaaLJVb1dPA1RMEqI4fKkkkiudMvpi8ZBRRJp5Bv9&#10;fcz2W4hLmBDcnQwUkaq8AKUGCopxwa9RFuG3Oqktb8CaGgx656tV0oqkgLcXItx9Lkfk8j/e/Zu9&#10;uGiOxo1j8MLyVlfqqXjZmYoxj1FC/j+igfT3Ltu9vNs0QRtLajnjgGhx8+gWsU9vulTkAf4f29B1&#10;lGlfOqNJkWKCmUre36gz8cH66rf7D2W/dypS11QJqnyOfWkcRYMA6jTdIEBVQPpzb/D2C91Cxu7e&#10;KSucA5+XADyzx/b1I+2Tu8SAChA9elrQ3aFLJ47KhYXDci35sv09oqk2zk8zUxHF0ckrEMzsWC+p&#10;jYC+p2e/+P8AtvYYe1MjxzRElRnjT/J5evHo4+ojiXVIaHqTPW09JE8s8iJEgBLFje55Nxp0gAfm&#10;59mg2J8Z9z16rW5mkgp6aoVWUFVdluFYymeoLFSF/srx7MrXbpZj4gtdQ/iIFP2nJ/Z0Q7hzRZ2w&#10;aGGXVIBxHr6cD0BG7e+tl4Z6ijo8glXXwEr441lZSwuCGKIVAv8A4n2avb3VGxdoUzeWhpaqoSXV&#10;JU1cSPIVexAhP6VS/wCbG4PtaLSztUkNw/6hJODinqPkfLHQTuN73XcSojdh6UPl/wAV0XHcHbW8&#10;911gOPqpqSikiEaU9GZEF1OseV7pI7KLcXCgj6e4m59+bfwMLxY+GljMdlUpCg0XOkhT4+DYcH8e&#10;w7u29iKMrYsFcfIf5R0abXsF1eSh7hmav+r16z7Z2HuXPz+XKT1skcrMZDLUyuJPSpF7zjSL/jn2&#10;XvNdr5fMzyY7DiapnkchtLlQltVzqBCKtuTzwPYGud13C8qodiT5A0H+x9vQ/sOVrO1UXE6gAeuS&#10;flToecR1hhcRFFV1ioixp5C7xo0qt6QqshLsykm30+vsMstnKxMfm66geLPZPEUv3GRRqxfFQCQh&#10;f24nlvOyPe+kGxX6c+27Xbb66S6ltkaR4l1MKg6RWnCtT+zpXcbvte13FjbTzpCk7lU7WOogVzQU&#10;H7T0I2MwqVDIk0JoaIlWhRIow9Qo5DO6qjRIw/skH6+y/QVe6dyVJmjxWQy+UlnEdM3jllpKJ3Ni&#10;0MR9MjklQGAsNPtVtuz3t06PJZMzk0HaaL+R4/y6fvuYdss42B3CGMAVNWoftyB0vo6alpo0jhEU&#10;MSixCoAzKB9C4IP5/p7UNB0F23vKqaWo2zU5UrJGijItLNDLrspgnjBLJE6khgDYqTz+PYhv+SNw&#10;3PZ7uzuLHWHhZSGbiDilOOeFa44+VCEE92OT9pv7WZt8FfEV+2poFIY8ONQCPLJ6wVORxuNpnnmn&#10;p6eBYmfUWRVIH4HIJNz9LX9glvfcOSx3YVBh8rh1kMuVytBuClj5NEtakK7gwz0TEVBy+Po5UyUa&#10;vciGHUp1EXxC38X23b7FDu9iqKSUmT5ELrFOJKhlk440BgTkdZr8kS2W+8vLe2F54q0V1I1edGjI&#10;xShGrUa0AND1wiiC0ANKdYSkiejkDaY5FhiDUxAuVVJNK355Xj24b02dPPhKTBmpq1zezMxjc1Jk&#10;TH9tEtHF5KXIR/dMx1KuBzc1RYKC4gVwQCvsj3XZ57dLiC4WQGPuZiulfw00mp1AodYavw0/iwLr&#10;G68ZFLUVg1QK1wPPyyfMeVPPqFRZOKremr6eaJqCtUQxASq5E6eZZleNA6xlWpTH+rV5DpIVhYhL&#10;kKA71xGd2p/D6bK5zagG7qvbVdSGoptxbIgqKnD72xNRA8TQvFQvRCo8SBpFNE+ki6n2WWim92+8&#10;tFh13NofFCNkNEWCzoR5hVAkFOGlgB3VAjMDVjmYkVqdQxXH+Tj8yKYr1yyWTixVTjqmpnhhosrU&#10;U+JM8pKxxV1QxOIVTyoNdUytDyPVJJGARazDBvPqPB4L4tZ3ryl3RFU7u2XtBKjbOboqeJDX4iHM&#10;x1WLysEzxVEWRrUxFVTxuokT7fyWUMNVhFc7/bwcmPy+Yle6hUfqHiaOrqRjuAUaePA4pShj1eWL&#10;2Xm9t9SRo7U1UpqFCSCrV86FjWuAafPpE0O6M7W7lw322KqYtu5yoydLVz1KSfeYzIYzGhDRVdPJ&#10;JEcay1tHIqskVQk1tRdVKEmW6k0YXpDZe4oKn+B5mn2Zt7GRZGi1QmhFIhbcc6U6IE+9yMjTh7qx&#10;Iut7cFmNGn2VL4M3jpb6VKkrp0EBxjizan7j5eR8kF1JHDvH7rmCtaPKWcMK/GAFz6oxBU/aKZqA&#10;43Xj23JvefaWRo6TNYSbKDJ5bE5Smgmpck7U0X8CjmNRFMEoMNUR08yoo4nAkuCLexq663rtzcuN&#10;x9Ss9VnJcDi63adVLlKmtp5nXIZJ5cc0tO8qQJJksO9UtrgQyEolhpsp5d2r96iGSNtcqRujBmP4&#10;qMlASagrqXiKaQc1oA5zfdfuaaZdCwLJMsoKIuQo0tUkHKsEc8AwwRToJN79a7lxOVz8dHV0u3Y9&#10;1btxHZcUODxGMkp463B7doKXJxpOab7yZMbuXG0NUzAeSrSVtXBZittz9l7O2ruCi/he3pMvS0eB&#10;3HjcTBt2ip6n7GrqpMPjllqGLRgST02RL1EodpCIm/tEgSBvu1JtFzsRsLRWge0l0hCoNWWOIl6j&#10;4iHz5nSegZyhv1/d7fzFJuV9KLySaOrMSw/G5C0A7AFNOIFQBigAQ03xx7N7B2BSYnO7yqsTlMnv&#10;nrveW6cnuWqqpZ8pjdsZSp3TU0CpHIDTU6Z3FxRUMSaYIUcSKgEYBDTK5/b+Ro5chXLSx5KkEdfA&#10;7UqGphhxNYlWmhmWOVBTukalVN1I/obeyLdrKApJczCpUBg1MjSWJp9gYdC7Zd6kkmMUUhKEMKcA&#10;xYHozeM2Vn8FW0WJxclc+361aynqqf7m9DUS5KjNE3k5nib7lWdy7BS2vSSSA3uJuvtrP5uk3TPk&#10;djPTmu2su1MB/CammyUmWraOtgmpMvlMWqtW4ySJIkMskhVGVV0jVo1rrncrG+sp4X0Nfm3EdVNS&#10;1QCpZK0XTpU6mIFDQZoCVbZtu6bTcSTRCc7c1wrAMSdB7lbSw8jrIIp5fsRexfj7tzYdTtCjwW+6&#10;6qptt9o5nsrJvuWKSkNFSbkwWcoK7aeKyUQgpKigWbLytCBJJJHpYElVKhw7krsxJhX8eFqqeGgS&#10;mrtw1UjrHBAmdo8c00ETKWjNbG+JSMgEkCrH5U+yDfFE0aXEUVGD63yuPFRQfzBVe3+lxHmNdguJ&#10;kuXtzJrGEDaf4GcZ9Pi/Kn7I/wAeMJgMFlg/94qGafLrVbf21Qinlhq6ui2Rl916KlWnVqiahnXc&#10;c7xnQqgUytrs40hLhpU/0e5fJFIkwudpK+mpaeNYpIqHINomkx8qRSSGOokeEyoALAvbUDb21YQW&#10;0+xX124UqTTSBQK1CTX5jtNKefHqt3cyw8zWFhXTLSv2rU+X2sRx/D88GLyscFVvHF45JZVzGHqa&#10;HKzmWZ0mrsajVEYq4boBPAWqHgYahyGBW3PsEcRTHD7aymPaWmn8MjVVPAiuj1K5SSgkKnXYNDAa&#10;eQMGXhh/tXsLW8UUu33BEmV4CnGpBJ+WVPQymLx3kCUoprn0IDY/PV+Xz6E6ZHlrqaTxzjypKjSA&#10;qFURidYWHC2ZhULfj6f61/Ylb2hl27tvYuGoZGp8tRU22cjPGJTTxTZbcVexM9QYo21zvRRylVU3&#10;BjU/2RatywWOKIivap+1mNOnoXkmmlc4SrL9gUY6DjZ9Smczm98xVeCtpqrcNdiKOVlZdGJwuOpa&#10;aWniIcHxiv8ASwsLuSw/Pt3qu790dMdV1ed2fV0tDlM1v7CY1FyME8dFU0WIwXnnosnVQQz/AG1H&#10;XySRwuwAOmTSvNrrP3rPt0Gu37ZmlRc8CsasO4emeFfnXFOi59ottyoJ11AKzVPkXY5GRQimDn7O&#10;gS7a+OHVnyD7dwuO7Y2hS7txe0est0VOMWtnq4mxeX3tuPFU8OVxzUtRCafK0UGBqTSzgsYZCJFA&#10;YKQmNh7jl7B7bznYU0MdBiNlZml3puipVGqKKjo6vO0WRmolmn8TTGGqipYY4gwZ1csqFvaZtV3c&#10;XV6iBYo28R8CiJqWgBpU01KqjBP5dKLmBjtj7fEzNIYfDQ17i2nTWv4f4m9T6dLzeuL291/09gul&#10;o8kZcruzadV1HsWOrkSlyG4MtFsfKQytekpZIaaRcLj6qsnlKJDCqOSQALpbumui3xvffm8sVIay&#10;lqNyPTVV4Pt3x9WtKdWNZWGp0ohA0aPdlYKLfX2bWU/1cd5cRksviDPDDCo/ZU9BZLBtrt9usJBR&#10;kiA9anzNfn0tujNqSdb9V9edd1svmr9rbTx+KlqfKs4rzQrFBLkvNHFEskmRmlFRICqsrTG4sBcr&#10;FbBIGeORCHUsGF78fQf69vdrnJC8KdGKCqj5DoYxzz/vfsPszRMhLKt0JNzwCpsfxzf2hYAgimel&#10;MLazpY5697STD0kkAgalsfybfUjg8e2BTzGelarTz697T9U1tQA4AGok6R9bcCx5v+fz7umK9VfP&#10;5de9pOukCnSSy6iOSLL+fyCb/T2w6gVBbjnpulc9e97Kf8oPcKZX465bEhgX29vvMU0iBmJiGRoa&#10;CvjUKbWDmVvp9dN/eTnsldKeS96tmkIWLcWIpkgSRxkeXA0PUBe9MSyX20SFTqa0K8MdkrVz8ta4&#10;+fWrh/PowgpO4eqNwrJURtlutExaCnpxK0lTit1Zt5JdSI8+qKHMxJY3Uah/Xg7fffddH1bi4aKj&#10;NPUblzFO38Pgkd5YsfCqyRTZCrQOoCRzjTHH9ZSObKCfeXvtnyDPzZOZrhnG1xEa2wC7cQi4GafE&#10;fw/M9BL295Cm5qvpJ71ZY9nhZdRA+IngqmoqWHEgdvRZv5ePwlqPkzlm3VnKjLUPW2066kGer28E&#10;FZuOudoqhNrYmVGZ6Z6ujXXWzql4IZERWMjBhWnmuw81vbIa8vmMlna9pAsEc0v+Txar3gpKQGOn&#10;pUYgEaABYck+8sLDlfb+XrcLY2UcFuBkgdx/0zHuf8/yp1m7yvydtGw2kSbbYRQKR5Aam9Fd/ib8&#10;z1sy7J6T2F07t9sdsraG39kYBFWSr/hdLqqanxoU+5y2TqpqrJZWfQxBeokmfT9Lc3fqDEhjBPkg&#10;s1SEVY6VGMtPDpPLmQadbyG2o2X2Xz3bIDHakiHzY8WP2f7PQ6s3uSqpBiEn/Vjphym4pIxVU+II&#10;p6FHmqKmuk/ZrKjyBeTCQXhjiS4UMWN+AvNw4VAaaY0FNpDIuuUqAq6voqoWJB8ZPH9faeOkcf1M&#10;3AkAevQz23a9K+JKe7yx5/t6aaDRT0yZmsaf96TxUwLMz/bukksszKQSXmROBxpv/hb2lKupSnyE&#10;ULFnWJA5POoOov6iBYg/j2cRQtLA7cK0p/Po+tCUXVwJ/wAnQh46lkrMRUzqiqaiaWNIyQLKxUBt&#10;HGkgH/Y+xBp6rFZCk1LJDHUKClrOC5t9GKpdv9t7DcsV3by0CFo69Htvf+HRZD0DVZQbhwuRMLRz&#10;VNCxWdAssZIYNdiFdgkRK2FgRe3tOZPEyU9p40d9KmRXjjeUG5tYxpeQqw/FvZpa3olOh6Bq04/5&#10;ejg3cDIrKaH0PS8we56WsJiappoyJGhkjqKmOn0hU1tIZ5AsKSQkf6o8C3uDTTSoV8lGCFfxMiDS&#10;3jYeqOVra4ObG1tXH49vzIsisFlNaeec+RHr59N/Vq/YaCvTtkIqaojk8GRYAjyxTO7tGrhGWyKr&#10;hJwdZ9QOkfgnkexzw9ds3PYObB7wnoqWieAKK+cIHx1WE8aVVJNOdCVSKLeo2lQ6WJvb3HO5Wu97&#10;ZeruGyLI1wrE6QcOp4qw/hyTw7eIGOk11ZwSo+oageA9KkAn/L0QDt/bfd2w91U3Z3ROLy+e3VjK&#10;os+06OpmOL3vhKifVUbe3HBT3P8ACanzs8cyxoaCpRJoVCq6OQHsfbD7c3RWyUYo83QU7V1Viaik&#10;lhNBmoW1w0s4dfIsUgkkRTr/AMy36145yG2HeH3PYhJ4Mi34RaxFirq9K6DXABPBvQ1rTABElrNt&#10;l6QsZCM3aeFc+uf2dWydWbzl3tsXB5nI4XL7UzdZQ0R3DtvNo9Pm9t5U0gnrMVX6WCVEtDoZTJGW&#10;hlClkZgR7BjcWz4/upspG9UqVZ8pgJLRpKF8c6NGspEcl1GtbsAwNuLexfs8kDXLyyB/HDKeNAO0&#10;DAHqKEk8cEHiBvcohcKZKUJ+3/P0KNNPddDG8im7Etq4b1Kyki3K/X+h4/HtioqSeN2hd5PEXj4F&#10;nUoCAQU+hC359iq4kiI1qqh/UYNft6Dkf1VprMM8iV9GI/ZnqUX0i4Av+W4ufxe4A59rilpaOian&#10;yCS1sM1NoSCWjr6miDpGSGjkpovJTSJIOGuh9he4iNy7RygEHiGqR9tAy8OI6W/1j3exhLrfSFQf&#10;xMSf2/l1AmDTa42KaXW1miSSx5N/WDcWP09q6szmL3DBHS7lwrVVg8QrovFHWgycxFwtNokNrixM&#10;QYJ6r3uCmPbbzbZGl2zcNPmVI7aedO7H86VqOHQt2n3YuIbZrbdtpimRtIBBowoKEgcM8aYPz6aI&#10;cbVY9nbHV2iNn1mkmj8lOgIsUivMviQ8fXVb3Yl/Kxz0ezd/dj9PTV6z7e3DQUW+duJUQSwS0ldj&#10;jJjMlSxxANTqr0ddS8jhvsQVLFGtiT96vYnu9q2LmyCMLcQP9PIq07UarIWYAAqNKpEMFQWUg6at&#10;zH/vL+Vdm5j5c5R9y9ghZbq1mNnNVAjGOUeJHWjMWCSIyg1xrIxwNUP81ra+Xptm9b90YOKpXIYD&#10;M5DYGfp6HRP58VuSnfMY+omnQxT+HHT4KeJUClWORKtZfUb4J6mlZYp5KfzPBThaVXUGEyamSKwv&#10;ZgQg5/AB49R94HxQzqzRpIQC3dnNPPriFe2Uq6kD8T3YzT7a9VO9Z5rJwSVeJpc6+OkyWRSormpZ&#10;2SujpPFDK4eVdOks1RJ+3oYa7ai7AsQ9ytOx8Mjtpkq5o9ZbgKGnUDUG9Vgp0/T6c+xPaOAJFXKI&#10;uPyH+XoMzwBPG0p2r/Pq2DrPd9LWF6WCV56fFUACsrODOY1KhYTGmjU+k2Goc8e0zkqkYykerlcJ&#10;DTNPMkzeNBK/7QQgjlFB51X/ANt7MrSI3M6xIpLuBUAVoDX/ADfz6DW5PRAI1/UYcPtGOjVbDxjZ&#10;rJRJ43VmgpY5o2RpDEVZi4LMwLFdZH+w9g3Nv7buJyCLm83jcRXbhy1NjsLBX1VLTy1tfUOFFJj/&#10;ALmfyzSFQzNYNwbmwNyMjst7PbRi0spJY4YiXKqxAAFatRSBivH0+XRJY8p81cxw393smx3V3bWc&#10;LTXDwxvIkEaglmlZRRANPng5oTQ9Gj+zo6GlhhiEIggS3j0llUegN5FVWIAP+BuWtb2uMnkJcfJj&#10;KYRlxVLKtbUSVR8yzQzUwpIY4BB42p6inaYyy+RWRo1ARg+tCCyhF140q/2Kiq48vMiv8hTga1z0&#10;CRF48crO7fUK3w6arQg/jB410ihUVBJrwDc6SGGV5mVVVYiCqGJI5ELGxBTyFkbmxW1x9PcqKZHj&#10;WVhJL+1JUSv4BIYzG8MdyivfRH5rB+BxfVz7u6srFcDuAArSoIJ9OOMjonlJRivB9QFPyrx+XTgL&#10;XAU6f3VjA+tyQTq/p+Pp7YTXUczx0qqDLDNVeOEA+BUlbS8pFtMVlfVb6X9rzbzxBpf9DYLU+eBQ&#10;Cvn0kljLqxLEBvMcccB+fU+NHQA2N/yeBf8ANv8AX9t+TrqDFQ0lHi4vuYKqQu8ju6nzzeI1SwxJ&#10;Eqa7B7PrBt6bEE2etIbm8eaa7cK6YApxAqBWpx5YpxzjpuKOWaR3m7XA4eVKCmfU1pTy6zojSF3d&#10;gAQEsRe1jcf69z7zYXNQiqqKlGClVVjNJEYogwA0xwKqMpjnQF2ZE/SR6jyA3e2EpgiidfPhX7c/&#10;lw4+vSiaN1WONlHit5DJp6+Q/n1inh1JpI9PP4+v05t/Xj3kq8hlJM0JTBF9tyWILabFKhYLImly&#10;ZEQMSTdmVSDYC1Y7W0i29l1Ey4xx8xX14fZnhjpMUgNu5rkAk/YAWY/YACSTgU65xoiRADk3+o4/&#10;H9LH2nq7e2Lh20mUyDVVHS0GITJVKzY+vhqYoRT/AH88VVjzCuY+8ggU6qc07VKNYGPUSovbwFme&#10;6jhkKOuuhUmShFRRBU6v6I86ivRhHsd2999JbKjzPMY0o6FGZX0dsurwwp4iTX4efj0d/WREOu4H&#10;B/1v6H2hv771L5GjhpqDJZSj/g+UklqaeeWlrcdPN9vR0Qp4q+mixcmWjljksaiaF6cpGSDFNI6G&#10;d9tsjLJbxwlQUyRq7u4UCkDSarUnuqGotPiZTWLYYI7aSeW5iSVZ4+1gGWQDWSzeG/i+GajToBEn&#10;dQhkVZJHjJBubfj+v/E+wnnzm4qDceQocrl8lT7epsT/AALGUeXxOPjqKmspa6pgk3TU7goq6tfI&#10;VUtLSJLGCaCGSnqELoZw6xn2z7VIRHdJIwiRDVGoT21UM7FiSXoG00FFJOCGRTqbb9rutqt5bKxh&#10;fe2uDLI8UjGkbIhW2W3ZIwgVmYP2zMHVyH8IqTKQAKLf77n2DmR3/sGo2FS7q7K3x17vLr3b64+d&#10;s/BgIWg3HuWtpMVUbafZ/wBturNY6rlyiZim8MgaIfcsWYxU5dogxf8AMeyWfLsO97xf2V1tuqPQ&#10;4RWSYnw3hkiLSygFllGmjZLYI1dDq05N5pi5nl2HkflreNs5suzIoha4IMFvGZFuVu620bL4PhSe&#10;IpBJj0geJJpVufsivePzL6sj7eyeOxu8+w6vZ+wVxmDxdDsevpsTDnN0xpnshkchVY2qyUtNm8BT&#10;w1vgmaeooUeZI1FI8YMpj8e9nKVvzZeXG47nuhs7LRH4dqygyzqJSzujSQrJCq+GrM8seuZFXwpY&#10;wT1kv7Z/dt53Pt9Y3V1y7tCb9uviTSPfRmR4bU+AkcayIlYZ2Ka0KJM3hlz46ufDHvbjR/Luq7r2&#10;DQ4/Z2ZzGxpztiurszuoYfb+SzOBraRpaygzkSvU1fk2nT1lM1F/EoMVGtBV0wWRdUihVt77tRc0&#10;bBOdgmubDXal5ZjHFLJA6KAZAoNDaSSiWN7kQaoZVyqE+GEdz93uH205qvb7mHbbXdLb62OOK18W&#10;4jgmSQBXgPYtLoqyzC2e5YzxOWQhUOr3tLYnufvej2dubf8Ake2eru2es9kVGPyNds1crRby3Rit&#10;qTQ1Uwbc+5cVg9pZnH5LFlopJJauieeYwiRzGkcsbBPlnn7nSw2HmLfk5j27dtqs2jeS1qtxPHay&#10;CQVlmjhtnrGxUMz2zaqBgY6OnQh3D2y9q7rmPZOU7L283vl/nfdEdUvPDks7aS41Iv8AitvLPeQv&#10;DKSyqscwVNYQeI7qy+9ifgtzUPY++0xP+zB4qs3DNWQRZDoo7I3LgsdTUGRq6WXIUkSbkx+Ayeap&#10;MKcpPLBHVUc33MPj1SwqTMgs5evrfmPmiNG54jl3NZNUm2G2lgXS4Blj/UjimlRavLSSIhogAzLG&#10;RLGBNz2a55M5UN//AK0UybKqs8e+fW208jPGjhGP00s8UDTCNFlaKeMxPqCrIaI/vYwdudb7/q9u&#10;5Pe3UVXtfB7lwsORoty1+6GocdST7dx8uQENLWZml25JXVGMxLxSQxIZ4DTLHJ45o5IbNIfPU27w&#10;2ku8clz2dnvcfiJNLMFjSaCJWdkaXwZWMceomkbxmMA6XDa26jj2/wCc+UbfeLHlj3CivrnZrl4p&#10;LZLbXK6XEqpqKQtcBUklBWQkRuHLIZI3V+33sE/jR8ksfV0mV6y7Fj25uLeWIhqaTF0vXMFLNhsn&#10;jW/bzMVC+XyFHQmelpZZqhY4oIaNqaNk/wA9oiYN8je7X7/8blrd7ixm3u2BNLIDwJo0oT8bKpAV&#10;mY6NCeGNA76RGTPe72WvLa5sed+UJbyx5dnZWlO4s6zRy/6DqEUTPpdgiM0jtKJWD/2ep+vezw75&#10;xeWg2wKrrTbtPXy0X8MqNvx+HE1W2svjqRGq8QmOFNujGVGLpsZXGnkgeBxIrwhoEYmNmkO/vrs7&#10;TNHtNlBLKIlMalEaMlQPDKASxCgYq2rOlFbSjErTGPli9s3314ed95khikaVLhv1Y7iGVmIl8Stq&#10;6yvIniq6yCmlyJGVUdV97FnH73xGYr8lhVx2403rRbaotzY/bddh8/jdrOYcakdXTQdgUe1pcNkp&#10;IsrlaenqoPucjIni8sdMrQuiBpb6+Xc024W0y3vg621xzLArMB2G48IQlqtkK2oCrBDSnUfXHK97&#10;t1hZ7m17af1ckvJLZ7iOa3luaGRmR3sHuRNGPCieSOQxWysH0tMwkUv721HM1uQoBk6yngwOYmgp&#10;zOtNUmsoqaukTxzxUlZNBjmmpEkRxDM0ULSKqsY0J0iQtut54obeC8RWfSfEVWLAECpAYopehPEq&#10;CRQkdLodotra8+ht7hrrbVdqFlVGZK1UsoaQBypGpAzhWqodwNR979R7Wnqi2SYTrVKY9E91jhCJ&#10;LEZPN5ZXZIJG/W1xcH/Y+1k+8RosdqunwM/6atDTTjJxgfnXFCJxcoiJbah9OAcGlagE1BA4/L+f&#10;WGSUL9CP9v8A6/8AUe+lnl2huuWnbGiqp8xFpqMetYlRjo43kKJMrsQ7reA6QLaRYOOAfddEe9bU&#10;rLdBZYGBDBaPUAkgiuK6hUmtTUj06rf2KbrtpeKRVmhUOrFNLkg6nWgJNCrA6s1Pl6co3Dr9QSPq&#10;P6c/8U9rDFRUNM2TpKjK+RcnGr0lNKp8VI4SOMKQFeAU8RIYcobnUOWHsjvGuGFvKtn/AGR7mGSw&#10;FT50NT6Z6DU9vJcRW1xHagBBQtgFxx4cSc0JPpw64SMfwt7X/P8Axr251VKdpUrQ/wANkyEtfUSp&#10;FMgiKQVM8cskeRpmnlC+IGYnWxF1ufyAyeOX99Ta/qhEqKKg1FVXihABz8v83V44n3CVZXnCKiUI&#10;NR2rTtoK14enn1wUmU216SL/AIv9CL/0t7B7sg7To/4Jm5Z67+MSNjcfncZj8dksw9HPmctBjKGv&#10;SWjSXwO9TUKT5H8Qh1yMUSGUk72jd7ywN9ZTQs1opVotCsxYOVjVWVVJCaiQXZVVdLOSEV2QV8tx&#10;brdpeWNvFCLbRJIkjSpErCGIyOn6lCf00IoM6gqqHd1XrMmsMytyotpb+vHP+8+8mTrGxFLHFPNU&#10;y0wgmPmMoEMqQuTFIroxaaR2JYsFKX1cni5xaRC8mLIiiSowOOeII8uHrkeQ6JLSE7hM5jCiYuMA&#10;Z7hUg8KefEjy+fWT2xw5CWkos1maOUrO0FS1SnmNKkFM5ngNROF+4E4neUWQE2cBr3Hsxe0W5uLO&#10;yuIxo1AKaVJYaSAD20pTJPlXGejd7WOW72+wkUmIyAIaAlmGlgoFcUA414Cor172Em+s5msztvJ7&#10;axuRko8vmMc1PihBNjZaLGr5ZKp5KDGZKgrpZjknqIqSeYRzCGMiVVWUIZS3mDYLy6tr6PZtx+nv&#10;Li2fJEZqsPx6taPiQP4clEfTG+paOF6kDlHa9vsd7sd6vLHxtvtptci0lDv8KgNJG6aViAeVI9Sl&#10;yCjMYy5j97VPw+/0f7ex2U2s02VrNyTPFuXJ4qWgebVU1W3cHhXqqChM3+4LFitw6ximkWiamq3e&#10;MUtOClPFEW2Q2u02v7l2u5I3GQxzTBiw0kxRI7otCYoToxCyxeEytGsMKhYwQ/eMTmzebvbt78GC&#10;LZVU28UocBqCeWZY3b/R5KTM3iR+N4sQDmacgyHix0qW9PAJ9TaRx/VrGw/x9xvl70rB2X1nnEko&#10;cs+RgqqbI7U/gcla+ToM2Vnx2HylS1GtSy4zH5KshrJakstNRxQmoZo1iadd887XZcz8oy7ROZhe&#10;xOHheIHUt0waKBtQXtWOSUM7tRYlUzSMqx6lv93f3Nm5L542wxXFuLNo2juxMF8J4ABLNGuvSDJJ&#10;EksKpQySlzCofxBEeXtQ9XZOtwlDsyDcLQ/w+sw21hVVRqBk6rLoKARNWVUcFNLFTVNRTy/cMPNN&#10;GhLBzEQziSLeGfceX7WSLXJcR2kQRiTrMhQCTWKEaAwUBgxLVLaQFAYr56sbTdLnmWXaNQvkubkq&#10;tBEkQ16tCksGKg9goiMwCsqyHSp97XW1cDTbU3BubIyZGCmxu7c5LXUlRajomSSroIhTDXjKOhne&#10;np3opHEtVKZWlnEJk9Ua+y25W0t7VvDiBu3cO9Y0ADYBUsEzqYA6pBIwZidRwAEt93O55i2fZLGO&#10;xeS8sLVY2Ua5KhZKsB4rSDWQyrpiUqFTUEw7de9i1uYJjtvVWTq8TBlUxERrIqmipKX+JUlVDj61&#10;ql3r6ysVUNRSaodUfqdS6MWjZyoZCrJeLI0x1KCyoSAGpqoFwpFftWlASwUlegDsRN5vCWcO5Nbt&#10;cEIQ7N4TK0iADw0TgH7zUEiiOqhxRvewp6T3rju0tsNvCiSo23W1+JStqcDvGjrKDGbd3LW7Wpsu&#10;MPDUDD0j5fFVFZXw1C1LLMyvM9/FIr08JXZb7f7xy6u57fZSi/dIiIZIymh5Io5gNRRJGjKShjIu&#10;snVQgMrRrI3uJyrJyRzGnLW4XMd1ZxTOq3NoyyS3FvFcPEJJF8VxDKqxtF4QIB0pUyRlZ5ODlwLo&#10;oY/0Jt7e2jqquTH5VsJjKbKYmTH09ZS0mYocw2LmyuLwO4a/DS5SmMcWTGPmrYxGsUcYl1JOysHF&#10;hbsl5Bd28v1ipDuJgAnT4mikOWj1aQRWoYuxUOACFUBSSTVb20N1YDc5nsbkSOrtE8XirHLPbpMI&#10;2r4WsI1WZiQQ8OoaM8/apr6evqYp42nnoMqmSxFZNLUrUPFUxJ9nj63G+OdJaeCOuxtBLGUigjEF&#10;RJ5VXyEn2le2CKXtJtUTsCK99NBVjgtQBhQVFQKvJkjJDa3FtazRloElsDDMihaKyMfEdH7SrMVl&#10;dGq8jakQxFvCBU+9h1sdf7v12+Nu120Itr0NPvSrqsLkqeWJsZuLG5aGhyT5agSGtm/h0sVfUS09&#10;RT+KBWqIWkUsJnZW9o+tnfd1fbmhWO5LIdYZZw8ccjShdRZHLsySAqqmRWdQQ3Qu5prvFpyvu1pz&#10;Gb+6falWaOlJLeSAuhjk1IPEBjVJI5dTnw2EZCmML172qty7bwm9ds1eFzCZOsxWaoGpqigrfusf&#10;kcfT1qeWkmRJI45sbkaT9uWGQWlp54wwsyA+1LLFullcWd1AiwXEZBp2llNRg9rq4yQw0sjAMpqA&#10;eiHZ943TlTe4N021449wtZQ6uoR4pCjEMCQxDxuvawI0yo7LlTn3tTDF5SpyOLpcVBjfHVZSSXJq&#10;9dPjZ6LCxY+oM2QxfiiqYK2qpMtJSq8VSEheGZruZFjVy/cbm4toojGPFVWAfWxFQdRGnsbU+uml&#10;QUGjUScUJMl9ZJY38t88+qOECLsV1eUyACOUsUMaNF4pV49TCRQdIUuR72J82NlmpYqQBiTTSRU1&#10;UdczRVY8sSR/a05CsFlf0oz+Q2UXtYsULcqjyzK2VajLjK8a1JHlnhTz6BUcypO8yLxNSuRqWq/i&#10;NaFh5hdIJ9OHvaAypjSnxldLQHHVOWx4qo8ZXfZHIDNfYZCuyG2IFhzESLlqWGlYyOyzUrJGzAlV&#10;Z1V2e6STMlu6lGLKoDMgLVUtpFGYM6hSzKrUABIc0PQssUrPd2y3wntIZtDSxh9Ah8RI0uiDESYz&#10;rXStUlDOFIDFQ3vbYiUyVYqi7zrqiKRot2EgRFBcJpGp0jUi4YlQLAj6CgtI0MkKrQ+Zr+f8q+vT&#10;031Bg8DSFdhk14gknz+35evXvaijDT+N/slSJlWSnmplcNIIJklDTMivFBqII55sCPraxY4SOqCd&#10;tdCCDwFRTFeP2dFBeKJWBuCZFqCGpSpBGKsNVK4pUcKgjr3twyeMx+UxmNktPHNQ5KOqq1SZVMkj&#10;+cvSVLxmP7ulqGmYSRuNLq1z6iGUrjMq3xrKQtKpSorpGmtKnyP7dP8ACOkdjuF1ZXt3GGDCaDQN&#10;Q+EDTR0rXQ60BVhwK+YqD72HeVppchBU42kato2mVY5JcdMlHXxJHNFLaCdkqNAnSBo5PqWicgEO&#10;dfsRy2oubdRLdPGdQOpSCcEHzBGeBwcEjzwMLC6S2mgvrhYpApJ0yDXGSVYZGCdJYMo4Kyg5Hb17&#10;3zpnrYI6mjkiqSryefwiMhYo6lFkZKaeXSYnhqAZ4nDtLCrXQ8R3vPDDMNQmpXFQckcCCRTBFQQC&#10;M44Y6cuFt3lt7hAigoFzmtODFe6utCFcU0seK8ae9l97S3Hi+tcbtmnqsTVUVDSUuOw+f31Djpai&#10;lwsOAm07fxtVJkFyW4c4Mrm6+YwgeaPwGseeYPIplK4XtNrntEZJIrN0QNcAFqCI0iR2BaaR3eVV&#10;RTr/ALSRnlR6eLLnI2033Ol7vU1vuCy3cjSTQWJkVWmadR9RKgTRbweHDGof+zPifTLFFojKp73X&#10;Rgpc32dm6HfkWCkioo8pvjDYukmrDkNv1q1WOy8H8IxeRqP4fnBh8tVbep5IEiIhp6GcwLUxRRx0&#10;tKVbFYbpzbcWXM1hZsoVtwiiDSJJDIDHMjIkjqJzDJNBEy6QY7eCVoUmCabaDMjdY9s5H2695V/e&#10;ym5MFlNK4URXEZWWFvGljXxYfFhS4kR2kGt50E7QvK8k8/vZdfkT0j1T/dTtDsPdeOyVVX7QoaXq&#10;XaIpEo8Us28aCXDfxPLY41VFkYHrTuHItG7yPkHp6akrI6bV47oBPcbkn29l5X595w3mzkm3Cwhi&#10;220CBIQboGAtPHqjOpnuJHVmczPDGtyIagRmOYfZ33P5/G/ci8n8v3sK2u5SNu13rLzEWbrL4cMm&#10;h4zo+mjBVVFt4kssDThSw1e91zYTNQ4WLGrSJVYKKpo6qizFLJkp6x8pSrVzvTzTNix9tOs/hSEx&#10;TQQgrEkyjm4wPu4xYGMwK0epWEilywK62IJ8LSDUgqVKhaKHrVqjMfcttk3GS8+oZLmRJVaJhGqC&#10;NyiAqPF7l09zhldss0bmgp172bHEdxP1rJlp8NtLZ+4aPe23cTsTsDF7sye5crtTIriZqOKn3FU0&#10;1BlcfTTVtViqcwNPK05hWSolQqxif2PNu51uuWnm/du22k9ve20dvdwzSXDW8vh4VmCPEtWRdVWM&#10;3hkswoaVgm/9vYecksYr/e9xtJtuvJr2wktYreO6j8XW5t0Lo7KiyEMECxhysaMCFkp72Ju5ttbW&#10;odu7g3B0Nn9sZmmwMNJJvTZeAeTcuJ2nand66uxVJvapytdurbTfwwvLJW46mqqcjzxusK+T2Nd5&#10;2napdr3Pc/b2/tJ4LYKbi0jJuI4RoIMsS3jXDXduxjZmZ4xLE5WRW0FegZsu87/ebxtG1+6W03tv&#10;Nd6vpLycC1lu6vRUlNmkSWsytIAghneFyTGyF2KL72L3Qm/+6dw9V7i3F1xvBtq772zl66XMRwrl&#10;KOp3PictJU1ayGmqcam3JGpqej8ccDS1JpRCJI5KRXkWc95Lg5o5i5L3Tc+Vt2jt+bLK4d5Yz4iy&#10;TxSEtrAKGBqKjhQzO0X0+tZIFdxMAfdDln272Tnvadr5q2H63le+gjSIlomEEiBV0s4k8ejltTNS&#10;MTFihSdkRo+rA/UD3bZt7uXb2XxHX2F3jm5afNdgYXGwU28pRNjsBuLeCYXGLTUOIpngbF1c27KC&#10;eaekmpauop6qqkWCAzeNdGRGwc1ttsXJUO4IJEu4URZzG0cUsxVZVCSNVXWYHxImWRo5CpSKRy7E&#10;YNb97d39vec07ny/ZB7La7iQtaHS80Ft4soMklKyqLdwiv4iI0cSeLL4RZi2PSVIIb0/S1vp/j/t&#10;vYa5fabbTxmepqqix1RS4qqq6nGV9EsFJ6RJNV5DD1IjrvtkyuMkmEskUs0UriaNhoDkJkHy1uzJ&#10;Altaz6mhQ61RFVSXLOhoSFUkDS7LpQkhmCg1Bnbby277htVzb3MqvcBFkV9TkEUjSQHTXwZdOio1&#10;AaCCMDXl9ojaPb+CyNPVxYLMQ5w0WRMuPniq6aocSUK06udFFU1ZdY5JrPGXVUYWK3uCfWD7VzQo&#10;uttuITGwkjcI6v8ADpLEaWpQeIlc6gWAIBOD7mTkDdrSe3m3TbGtTJD3ho3SmrVoy6r8QXDUYtnJ&#10;FCfezZbB7Bps5nMe9GFppFgiiraeN5/3JUSQVFQtOzClKyqwOkHTovexv7BPMXLkm27ddC4JeMsS&#10;rEjANCFrxoOFeNfLqEN+2GbY7V5JgfCDEgkjg1CAanFAaVzUgYoccJFDKQRe3I/1wOPY57rFfhZ4&#10;DU1EULZJI6qmcTHx1tCTEiIAV10Mt4wqi3KqRc3v7AGyrbX0cvgwlliNCKGqv5njRh9nQVgigvYS&#10;8eaGhrxDH8zVf5dRqZlYsBqDIdLAqQARcWDfRvr7AjMZnN0eex+ex4NNXYmaCpgrIIGjmppo2ili&#10;lJCxito6mnYxyoCNQutiR7kGysdvn2+42+6o0MqFSGzqB4gD8LA5BzQgdCbl149vEemciYtVV1VD&#10;fL+iQRj8icEjrFlsVQZzG12IylPHWY7JUlRQ11LKCY6ilqYmiljNipXUrfUcj8c2INSe9spujAxT&#10;YtIqKripkgy9JB5laCsljEjukshMjQTlC8TpwVNvqCPeGvufsu/cm7iLaKv7onqYZQO5kpkMamjJ&#10;WhGKVBzXrM/2yflbmPbPqXVF3NKak4kGuPT9v8uqO96/Bul687LyVbuDM7h3htPKZKWu21V5vIRV&#10;qw0hkM38PqIEUIk+Oiqlie4HlRVkAUOR7AfcNdl8lNJPUxJUOzBwXJZ0t6jZ9Vyf959wRNHO0jSt&#10;Vpc5J1Y+0+v8up6smtrePwUlKp5jFD+VPy6NBsTbW2dv0lNRYwGihgheMRUyLHE4ddABABAT+o59&#10;oHLVVbKgR6EAKVW6SMjLYcsWAueP6/T2Xza2FPAyPn/sdGds0SDtuqmuMYz+fQwYTGUFPJ5ErXu/&#10;qCyKGTVc6VVQVsDc/wC29puqMLqB9xJSC3KyK/OixtqDc3t7QvGJaDUQfs/2elsUj6jWMMfln+X+&#10;z0r6aGaEsVp1qy2qwDKpUE3/AEsGvYf4+zRdBZCUYPN4+SdJhHWxVVPplLsFeJAwAIBW5Av/AK3u&#10;e/aCUm13O2aSpWRSB8iKEj8x1jL77Qqm67RdxRlS0DK2KcCxGfzp02VlDG+Qp5npzCzKARIipyG/&#10;SOSG9Fz7FbJV8sbEXU3NtLgMv+xU/X3PcNupStOsdmuSHNcEdCPicHSPHGCoJZQSwBVhwfppcf09&#10;oyoylBJqFXjqZy1wSgKNze5Fl+v+297MD5/SAX1r/kp1f69T2sT+zpUR4Oqh0ijr6lV/EchDxgAc&#10;KLlWsv459p6rg2vXG8wraVQ1wI29A4X0303IFvaa4iikUamIp51oOn7e9hVj21PzHU8xbhhAEU1H&#10;KALWktETb+ou5IP9fciLEbSlUKcjVx3XSNVOpAN+G9JW9vbxvGjARKUAp0qT6aU1K0/P/Y6bKjJb&#10;uhDGLG0FRb8R1JU/7yn0Ptxo9kbFll80mSlLEAFjSEP9Rf13tb/fX9p1vrhZSyQq7EUpwHV3jtin&#10;hlu2temGq3V2FGv+TbYoZWAsobIuFY241FUX8/09qEbS60gXVLPPNeThUREMugA20gF3P9QL2HtN&#10;eXl+pDFYoY6eua58qfzr+XSqzt9sZgoheSX89P8AhAr0gcxuvveUaaPFbcw0LSIq1M9SZXUsSD6J&#10;3MbD6W4BY3HHtq/j3UdBaSjxlLXzoZAgqi7AGNirGOEXRgpH5Uf6/tPaSy7jKsTbsoNPwk/mKY4f&#10;5elF3Iu2W5MWzoKf0QR+0qSPtr1gg2R3nuWUx57s+uw1GUildNt0FHQzkubeNak8omgte3N7e0Ru&#10;ztmdqeSnxEMWMpyhULSRJThlAblmTSbNf/Yf4+zn6G2tYyxlLyUOT0GZt4vbt/DACpjC1GD0LG1u&#10;pNvYG09bJXbhrw6v/EM/VT5Go1IVP7YqJZI4uRe6gc8i3vn8fd74nF5XP5zKs8kkzR0VPM4LyMb+&#10;SXSW9Q1E2+v0HuKea+adssrmSzuqjVQ1GeGKHH8upS5N5W3O9h+vt9Xpx+XrXoqnz92dUdm9b4br&#10;WlgEtHX5GPMZOljsoaGgIjoFdWKxSIKiQsFP9tQfx7NDWdy7eMLeGf8AcAFxoI082Y3Ab6Dm3sGH&#10;m/YgreA7NJTA0/7A/wAPUiQ8sb6XVZtWj7a/5eqdsN8GqSlqo5jg6ViHPJhpl9TEckPpUXP4v7K9&#10;2n8gafG09QkWRkjkYOi3eVAebD9SopUE82vb3GvMnNM8o0QzsFYHFdP5EZwepX5U5FeWSNp7TUtR&#10;Ula4rmhrj7fLo9nRvw0x8dVS1NfjKaGlhlUOqw05Mp0Ehbq5U8cAA/7b3UX2v8jcjgtxDN09XDrh&#10;nmIctqYRCTUdJLA3a/HBH+H09xDuG6SxTxzhV8UNWtSTinAilOsueS9oubazSyTV9IyBXXycGozX&#10;5dWkY/qTaDbXXb1biadqRoFhaJIxCAqxLHZkRij3A5uDf2KHV3zP2X2lSrtTfm2qHftJOJKasxFX&#10;jEzNdTUjjxSSIKiIvLDDDckhwRa1vZ/Y87SX0aWO8WoubQVwaswFCfPiB9opSuaUJve+0UMri/5Q&#10;v5rDetWohG0ozVrQqCqmuRlTWua9Fa7G+KGQwgyG6emuxcj1lmqSLz0/2mRkxOGmqwVRIsgtO3ia&#10;OeVytnilVmYAgi/tCdv/AAH+LPyCgqdxdL5mPZOZBeetxONSNaKKT/NmKpxUiCroUZxc2CgEn6/k&#10;J7vtuyXZnutl/SIOU9PXiRToTcpbtzny/Iu1c62JdfhSZamua1IPYDT0P7Og+wHyi+QHSOTotsfJ&#10;Xr18niJZBS0O/wDCKkMuQfUxXV4QmAyNQsC/ojkhlGk6hx7q27U/l3/Ifryeebb2zafeOGgl8kdf&#10;gqmmqZ/CgJWRqBnjqlOkXNozz+fYVe0uY6MqVHy6nSztProlltr9ZQRXTqCsPtBoa/IV6N1sr5Ud&#10;Fb7eGmxW+8djsjKQv8K3EsmCrVckARhq9Y6KdiSP81NID/W3ste1fjf8j+yM1Ngds9Y7xyWThZhU&#10;quPkpaOj5B/fr6k09JAgub6yvA4uPdYra+u2ZYreRjXFBgfIkkU/n1aW2ezat3piUebnT+YqAD+3&#10;oTt69kbE63w394t/7v21s/BmVaePJ7gzNJjKaoqpCPDSUpqXjNXUyqbiOLXIfwp9no6o/lQ7xyE8&#10;FV3jv3D7LpS6tNt7bEsO6NwPGynTGxpJf4bBIzHnVKdNj9fZtZcvXk7iKd1SSuQve3l5doPH16Qz&#10;b3tlkgmMviA8CO1f96agp8xXoq27vm3tQ46sl6k2Xuzsysipnlp8pX0U3X2xVZGsz125N3wUOUMC&#10;KSwajxtXqH0Pu0nqf+Xx0D17TQNgOm6fe1ehLf3l7KSPKapQqjWmKm00LK2nUo0Np54PsZ7dyFfy&#10;Qll2kv8ANzQcR5Vz+eOgNuXutsFjLGv71hjUfEEBkbgcaiBQVpwUZA6IZ2j80excuTBu/ujB9T0C&#10;Jqn2l0rStlc9UoCxtV77zlNX19NKp9DNRw0ItbgNz7PLtjpSTFwQwSz0GDxaRxmLDbaoqTEY2BQB&#10;aIU9HFTrZFsAeD7knbvb9UVfrZkSGgqiooXh8m4/Ph8uol3r3wF000dnFPJMCQrlq09KcMfIqT0R&#10;nsL5YYSqKTbU2hWbuzMTGNN3dkZDJ7vzlRIT6p4qncNVkDRmT+0YyqEcBQefa9pNp7Ew8r/5KtXU&#10;EanZolnldgeWkkKEgX/N7+xDb7TyxszYjVqLxcVofWp4fb5dAW65n5z3pP8AcpliJ8jpFD6Z4/Lo&#10;CNw9w/ILdkDJLm6vBUTBUp4KerGNx1PHKyssdPDCyK5CqNKaXv8Aj3GyPYG0NvkxBqCl9WgRKgmn&#10;/FyIqYya5A3ABI/1/dpOaeX7cLHDIjNWuO8+fALX9tellvyfzVuX6k6TA+RLEKT6FmIoPPgeHDrN&#10;tP4zdx9kxxVctLuHOQyQIZ8jPKmPx0PklVo/JX5mpxyJAVjDMU8lr/Tj2hK3tTN10sn93NtZjIx6&#10;zHHLMHxtNIpGgEBnVypb68n2hfft8vZHXb9klMC8Cx0LT1oBUDz4k+fR5Fyhs9oobed9hS4OCEId&#10;gftOGPpgCvRk9sfC3Yu3MdSr2R2BtHb1VoZqynoI590ZVtLM4EsyeGkCAg3sGUfT1ckxkx/aW4tM&#10;1VNS4CllYkRRBqqpiDBhcSTXS4t/qvz7ci5Y5t3mVp3vfp43p+mtDp+evtbPWm5n5H2Fmgs7V7uV&#10;eLtUfyXH7Olj/Dvif1+op6LEZDsTJUgVTUVrmhx07oyyKTRQeBSg5Gk3B/IPtQUPTU9SI1zWfzGW&#10;naMsyTVbRxFjbgJC6rYg2t7Pbf2wiVUN9PLcSNq+Nz5fn0Gb33eaEyR7dYwW8QPFVqf5j9vTJkfl&#10;LjMTLONk9cbN2jBGwWKaiwNM1TF9Qt5vGHdw4vf6A+35+sds4KRKhdt4lUp0jLTTQo1S0xOlpPK6&#10;m6j6ADUS3sTR8m7RtwLLssC6AtG4tXFc/ZjH7egz/rh7zuaSRS73NrckhR8NBwqBSoPnnpHSd+dq&#10;byhmoH7E3S9TVCcJQUtY9DQpTWJ8emkCeNy3IY/Qcf4+xdpaKlbbFdDi1jR4kWaJ4ohGkahUL+qN&#10;b2XTz9PYZ3yyW03fb7m0X9A9pGStW4YJPCny6ZsN2mmWa0vQGZjUEnOSBxHka49Pz6qa7Sx2Vwvy&#10;p603tvFclU4uqr48LuH+ISyZOKrjlqamLWYZ3K+qOo9K6Wubm/vNh66aPE0clTJDOzUyGeIpLJeS&#10;/rYKVOsppNuR7HVttdnJZx3EigTUFQo05pn16jvct2uo9xuIUqIldgKmuKkCnpjo3W7PjtsHO7ir&#10;qvDYWs27XVM0s8GQxrw451VSHgR0ilN7xPe5TV/X6k+2+HJUmXyn8FXGCnaoWRfu6aV4TYsAT6Gd&#10;bhObGxHtHfvFYWVzPJEPBjQmoUilPU6uJ+zoys2NwYmBVmZgNLCoJP5jPWDe/Wu5uiur8/2+3Ysm&#10;cx2zqRMjUYPK0K15meFCIKWSoQmSNXlkRCQFB1fQ2t7WD7WpaOBaLEeGjqJuJJmVWqJiP1yeR31l&#10;x9PT/tvce2G4Pu7yzTIyRIO0AmnnWuASeHH16MNz359raK2lo8p4gUog8gKDI8+iKdZ9lbk703Nl&#10;uxe0EzGf2dg4Gmx2Eaoki23HVszilgTFU0iUT3dFAWdRe3NvfQ2nDBpkiiaqqXDq1ZWKNJKWuIzK&#10;JNLH/BRb2ne4uZJ6A0jrQAZqPt4j7DUfLpG/M8LQxgGj1qTTj6D8unF+xt85ytnjyeVi23thZoji&#10;dlbaFHSRRwrwkWROPWiM7Tk6nUzaebW/PuPHj8hN5oYYHoIRdfuaRn+5crbUqKwUKmr6EcH3S9me&#10;0WQKSJivkaUPr88fZ0YRbzazGAyXGpBkg4A/PPWPcX92NrNSZaukqd6bqq5BJDtPNlFwOPMjJ4DW&#10;siSyokGogQsWCixJuT7WGE2MtaIZI4zMvkGuWvBkk06frZyLm9vb9vs/Mm4+G9zdyR2vEHUK04U8&#10;vXoJcwe7PK/Lsd1Clqkl2EwWrn5Yr9v5cesNN1P8oeya6ievy2V2nt+qKFKTY1RDhaSnxjiOSGDy&#10;Y9onKrHIATIDfnkW5c8/sTcVA6VeIh/isdhqo7+BURRZmDiQqOF4Gj3IW2bHy2iosqAyKfikLaia&#10;14g0Jrw7QPWvUV2Hva+4+PHNfCCMnyFQRTgFoCPT4j69Hj2L8TugpMbR4bfuGmxe4IJUli3LUZSs&#10;ylfJWammhqHkjmlWR/KAxDFVB4P0v7R38IwFtP8ABKu3l8GjyVVv4hr8v2n+dv4tXrv/AF/w9jb9&#10;w2nDFNHr+D/i+if+vW6f9HEf2urgfh/i4/lT869H9/0Jbgv5P72UF/7v6PN/D8Zq/u7p+1/vL9Lf&#10;xXR+xf6aPxf3/9CiZPithwFhj3VSAOx0sYFLlrarg/c359jn6WVgOw9SQ3IeyNSnMER/Mf8AQX+T&#10;rfrNYB9YZeP8Db/b295P9lMRpAsO6ImaNla3ibSVYN+oLV2P04v7q9rKq1ZGH5dMv7fbe1RFv0ZP&#10;7f8ALjrgchGPqj/7Y/8AFPeCo+JWUUBotzU6+QEL+1OgY/n6S6SR/rn3pbaYqrBDpPn0mf24RSgT&#10;eIyW9Qafyz12uRgJsdYsAT6GNr/T6Lzf22T/ABa3foSOPNUsvgV0QM0q3HGk2vKADc2N/fhbyV4G&#10;vVf9bO+p+luEDDjgN+zj1mFZTn+2f+SJP+jbe2Wb40djUiGKlrEESkkeGZUjJP1I1IpJJ97KSV7S&#10;dXp0lm9st6ILgRn9p/y9d/d0/wDx1X/bMf8Aeh7ZajoPtmlT9paqoUXP7b6g3P1W0tzY/wBF9+MU&#10;61LSVHmPTopk5B36OumwDU9OP5VPXa1NOxsJo7n8FgD/ALY29pbIdc9o4y5q8Xk5UQcnxVDC1yOb&#10;K1zx78A5BU1p0VT8pbzbNWXbZF+wA/4CesgkRv0uh/1mB/3o+009FuanaT76jejRBdUeOZnf/WV4&#10;1FiL8+6sWplOiaWynhFZIiPt658H/H3A/iIiNqjHTW4AfSAW5+umNTpsR7vE6KKlRT8gekXgOvCU&#10;Efz/AG9dWHBsLi9v8L/W3+v7yx5KGSVYoxUwSMRZDKynn8lXW4/1/p7v4kYbUgKt6+fVGhcmpUjr&#10;1he9hc8E2FyP6X9vlFn6yhqBDS5+tppwB6I6iYGPSQAddPNFp0lrC4/Pt+O5MDLJFOyyeoJB/aOk&#10;NxYxSJpmtFkUnjRf2UPXrD+g9iDiu2+yMPNC9HuiurFgZdEU9WlcOD6I/FXrIdLMb2B+p9iC05s5&#10;q2145LLe7paEUHiFh9lHqKfIdBm+5J5T3ESR3mwwFiOOkLxHHsFT+Z64sikEW+oI/I/H+HsxO1fn&#10;B2Bt/GfwXcO2dv5zHB2K/dUs+PrF8rB5mSrpTJEpZif7BAPPuUtg+8Nz7sluLO88C9tgeEsdGoa1&#10;pIhqPmSPs8+oy3v7v3JW8XBubSW5s7inGNlMdfKqMCafn9vTDVbepqmrNbHNV01TpRdccwaI6BZS&#10;YJFdH0j8G3sZNp/LXpbcNfSvvTaG4MGAAJZqHIQZmhJ8l+Yniopwqp+fVYDi/sd2f3i4LwhN12SW&#10;NR5xSCQADHBwhpT11MB5k56B957C7tYJIdm3iGc04SqU/wCOhs/sHTPlcZvNaWePB5fGGZoz9ua2&#10;jalMch5JmqIWrFkJ/AECrz+PdmfUncPxlymIpX2BmNt5LNT6Vagq44KTJU1zpH+T1Yhmdi7AeksO&#10;fcobH7pcj7lEr2N6st7T+zeqMPsVhQ0/ok9QnzJ7dc/bc8jbjaSCxBw8Xf8A8dqafao+3oivYG1/&#10;kVmdxVS7okyVBtOjfyJVYOtNVj65VUapHNE4elRRf0zJH7Hmuz+aFJLPJQtRoIi8AkmSPyIFugjT&#10;UFXUPpYkexl/WK6ljLGHTGRUGtAa+nr+XUb/ALpgil0ay3dRsEkfbSpH59IvCYrbE1bFTQ5eOul8&#10;xiqUjV3ZWLBS8rlSToJ50kn2TTd/yFofu6ygqK2roclTyNBJQZBHpZUaKYoPTLDGGjupAa9mA4J9&#10;hO/5gWaZ45ptMy4oxIPHhmnD+XQ82/l2C3RXNCKA1wf9no422OnaWhip5dFLUQyIsiz07RuJC0YP&#10;kSzkDyXvzY2PtLYnEZ7f4GTqK4QUE8loEExvUH9QWMITflvana+V9w3x1mEnh27YBwdXnUZzx8uq&#10;79ztsXJ48Gha4Cgnh5/Mj0HkehTgxdPi1WCioi8qfqcxqqA8AhtShfoL3+nPsX8N1PXU0Mcc+Fqf&#10;s3IZ1SQ001YlioUqnknZCpuSTqsPcm7N7abdby273kmqML3LqCknGCa1Hz6x95o9/rlheQ7eyRTs&#10;ex2BbT9i00j7c/Z1Lix1NPOtRUVyTVEbf5r6iNv8EN9DgccC4B9rLD7W2ptOOqmkgwG3qea0c4qE&#10;p2lq/wBy5inkqY3mkUD6i4P+x9yptXKm12TsuxbMpLijCNdWr5s5Grj5VpXPUCcwe4m9b+0P125z&#10;3MqElaOyhSeOlV0CvzocdKBkNho1uTb0htJHHFixFvp7W+G3r0Rh6iJqtMTUVMBRmfGYxEjDKbg6&#10;h4g9m/w9qLvkrmyVCbPaxCPKqoD/AIK9BObeeYpfEaW5uHhfBDM5NPtJz0w5fHbjq6eWPF1cFJIy&#10;ERvUs50sRxYIkt/9e49mF2z3H0vUR09Lh8rT0clQ2h1qqdKRSwYMAukSAg2/Jv7Au68ic9QNLLd2&#10;LOq5BUk0/LHlXpfYXtqssQmRlcEZZW9Rjh0ULfvU3fuVlytbJk8PksdFERjMXiK6raskTx8rKa2C&#10;HySK/q0i4YC1jf3rv/LfPbM2/wDNPtDDYWTEPn2yWM3PEIWm+5lojtnGTw5Om81OcTKUO5WpJIlk&#10;E8sBIK+ONivOT3hivrH3K5jtr06Z9cUgRqBl1QI4bJoA2tgR+L5hTTth92lI7v2e5S3W2dhI8Dwu&#10;wqQfCmaLTnA7V8vXHHJqeq481/o22pTbkhnpc3BhxQ5KKpVRUR1FJLNSFpBoVdbJEG+nN/z9fako&#10;+xMrkN9dY7P3VDDJtqsnq9pfxWV6jXlaDO0cX8GaaM0LwEYvFkUbmWaO6OB6tQAaut13K9fYdp3m&#10;2b6ERGBZTUeJHItYGIKn+zjULTGGUcCOph29rSSS7khmXxtdWQfgILBxpGeIHlnyr02Zfb1PtTbe&#10;/M7t2m05Gppq7cqUCj9qDK0NJ99ULTBQrK9XWw+YqAAahix5JPtK5XKVHXfdFBko8LS1ExpK5ZUp&#10;WpkrMhn6cvHnMZkIngYy0WYpsW9Jw66ZCCyvrJAVe8Gx73HObFRdI5OWNKg6JInHmsgJVqA01VGe&#10;hBbR3l9Csi7g3gxMV00wfxBgR6dPdTQYzfOxJqCOpYY3cWGRsdk4T5JaVMjTpVYfM0EkmkCrx88s&#10;VRTyAhlkjVhYge3buigxO18xTbXrMnVzU8tG2W2S6eFosxt7deHoIaXDSrUVNO9OsImjkIgEgaWN&#10;lEa/rVLu+2WtnLeWvjfprGHhJzrjlVdIalaMFcOQMagR69MzzXP11pIkJMT4cahRdP4sA1wNIFcY&#10;OBnpn6w3Ud7bcpc+1HDR5Va7Ibf3fjTqgfH7m2zkazDZmNEERMwGRom0a2XyUwSTm+n2o+n9xV0u&#10;2f7mZ+qoqSixNdLU1pyDoVTHTyR1aRlZHVXQHXCUALa5lseTcy5cvhHtNzFegCGOQsQc9rmtfPFd&#10;alfMsDSgr0EuY9rNxvNo1nqUyx6QfRlyfsPw5/Zww8bixMFNVyZ+moaqpy0tOlJBFR6jLLK4eMMA&#10;oKjxakZmYjSi8H62cOkZ6HZ2/wDc21IKSry38ZzWCfHYyqnSamqaaOtlqloaiKSeSnkXxTEG0TMz&#10;QAqpLA+0fLe/vsF/di1ti8szgIjMCMNVagmhUEqSKgEDj5hRzVyueZbC1M10ImRWqQDViygHhQ0w&#10;PyFDjpm7CpZarbTZaXJrhkxeLy0tZmYUlWoxwqaCSF63HzxWrKOogccMGRQGOprezu0G3c1lafHB&#10;cRtzDYrJ7T3tv3bp29LXSTBXosPWYRsrPIWSeo81W/kEMkatIEKFifQLrv8Aet4bee/8JIJreWeI&#10;KWLKCislScChap00OqpIHQa5Ys+Xdt/flrt7yzXsHhRSeINK1FVZUVQKVXzYNTTTB6IVurtvD7Sm&#10;r63+8m4ty5ej7c6c6H3U+8I6RaE1mW3nksFuE7bosdDF44ZqFTKGqY5bxFlui+tgt37V7cosdBQZ&#10;vFNkd2VFRloMnVYWWGgiFVk8RJhqmiaBUqnio/PEauFXCkurjVwvtzdN9itbJttk/WvjqDldNF1x&#10;0AoK1WoBU8Scnh0j2Tlm4ut0vN1t28DaE0mJTU6gGDAgnzIqGK9tKAHPRoNg0m6K+SWvwufFFsxc&#10;dhRhaTP0tXkaippqDM0+bjqEq3q6CNsjJjqhqCoYtIqIIHALah7Dqgn24+88Rj85S/w2Tdf8a2lh&#10;KqbNTUtTlchi9v0NfjMliVE0dTE0dTEsZvZxJG638RjtHy3UEO92X7wjcRXYkhB1Uqyx1Q49DpGa&#10;VA0jyHUwWHjttN7DZlG8BfFpQEgAEutOJ4lhStMnpSbvqM7R7MzFRhMlSffbenw25K2hONpqukGG&#10;qM1PLuPF1VM7BJ0lxArQeVZLpIAX+qOvujN0HXm1NzZSbeO69y4cw7nyM+TqzTZuTG0mPxFPFSyN&#10;45IvuJNGtdKh5xqvcuS5bw3V5Dt1pcTNNdyBSSSTq4KuWNB8IwThgTg9FtwLS3nvtzjgWOCnkB51&#10;byyeJ4DpTYXHbe2ZQ7klosfi9r7Z2xJVVNEmNxFNR09CZBWZTL1fgijaMLI9UzBkUARtwAvt+289&#10;Zj+ucvhPRFtyWetpKGCnilmkoqqAVYoSK6Z5CaRKbGiIoWaQpqLEsOTTbru7s9vnt3j1WLsfLOoj&#10;IB8sKa/6UfLomv8AbbO93i03aI6dyRKAE1BSuceWTgngc9SMjT0M288TWU5MecoaT/KpJnhEdVjv&#10;PHHUR+GJtXmVsisiPpUatItwbITM4aGsxmFqcVlaalir6Z0ykCl2aSOFYKrHIWF5JJat6eY2W2lx&#10;ze9vaFbeO3gASfLqxbjwqCoA/wBWanz6NFLzyiSajIrYI+wqa+tKCteJz0rIMjVJkK6nq6CbxwSQ&#10;PQ1ZaPRIs5qI6nUzFEjTHgRgtclkcE8hgDb5PaEmdxHYm5Tt2vyuP2ztnG46hrKepp44MbkaSCmX&#10;+INDLUo1U1HHI0VlRmQSNYi59mR225vYd03C3s2eyto1q4IAjIKgEgkEjVjtB8zwqeit92s7O5s9&#10;ukvVjvpmYqhzrUq9fIgGlDUkcB5jolFR2dQbK3J0L122/sRtXO9j9i53OVeFyOKyVVV7pwFSc9VS&#10;bZpK2lopqXEVmQq5YJ45Z5og32uizFlHssvakAx+1tsxIcTkaqp/vLn4cIyJLK+pqTDpJFSzLIKi&#10;qRaSXxEAqCbXHFy+4k8URvoDSya3pStCaAUHAkfhBwCcZ6M7QTKkiRV0qKVocj5n/V59Gq2lWQ5P&#10;de8GjpayNsRHtnbj1j6FMkkUVZn3j1RNC0UccOYiDKbH1WIu2n2z0lbT7L2zu2k2Jjsfja/fKbQ2&#10;/mTvrb2SzWDYRZjHZOA0VNRtRS11fJI0oDBmihmUsW0rdlEu82drb3VjtUQMswiSQSKHXtZHSgyS&#10;xZdJqDnV+HpRb2bRyLPuBZbcgsujtJoCG1HgBQVr6fPpt3HsOn3puvYe5tx1NWarrXL5vcO3JcDX&#10;nGMazLYLKbbrRk9EwkagGHyciqiOGdpAz8KAFzh+q9x7f2puCsztRU5el3FR0m4qWqejhp6SiKSm&#10;GHG0yRIqRrRRqY/HdmANrnkkS7RtNxabfJPOBpnCSYFFXyK+hK0P5HoD7hulteXEYhJAh7BUks2e&#10;Jrn8zx9evL2RtrLbsiw2OrYVzeC3DXbfzGNkPjroxLTQ1LTSQkktSz+SKRGF1bUCCbGxZtx7eWCe&#10;WRUsLkfpXV9L2te549oJkpQkZ9elcUpYDVggdDJDLrUXuDYXBBBBP4IIuD/r+wgzuP1qVUaQTfXb&#10;gWB4K/Uk/wBfZacE9K4/031nz6kewurYNDMBcfUHSBe9vzf2y4ySBjowWtc9e9pGsJVyLtcD6ENa&#10;3I+ttPvygEg1qem5DQj0697RuRYqS455H6eHvc/S9lsfbEnxZHVQRwHHr3u63+VJ2tF191J8ga+e&#10;EVbYLN7UytFjjO1PFWV+TparEUtPrKs0SSzxxa2A1eNTa5HvK77qmwvzbuW/8tB9EU0tu7PSukBZ&#10;ixp66UoPmFBx0AueeXJuZ7nlrbYiFDyTxljWiqVjlY4zUBKL5VI6pi/mj/F6o+T/AGx8SNkwVcmI&#10;gz+T7Hw2bzkVAlfLh8Bi6Db26MhWRQNJEJatqbHTRU6uwjM0gD+gsCod77ozu8a58tl5Kmuy9fkq&#10;yVl1yyNE1dUNPHTRKWfxU8esqiA2RRbj31/5d2jbtjtIrO0jWO0jgUcAK6QAS1OLGlWPmepD2Ta7&#10;TYo4LazhCwoqjhmgAycVJP4j5nqyLrHrvZ/Ve2cVs/aWNocHtjbmGxWPx1PBBBTqafF0CY8VE5ju&#10;amtmEd5ZWLSSsxYk3J9qvaeFjxcaLOifxGoX96RgjNBoOt4w4LaSo+tj7Kd63BrxmK/7jL8Po35H&#10;/KOpGtbk3coqtI8f6qdJjeuckyjkRM38Po5HCqpaNKhpQI4zobRqOseni9/p7X1VV/aqEFwx5Dge&#10;vTY3BJHCn/H2HooBKdVK9SBscMRTWwLEf6uJ6DLG47+IOszKXjRheEqHiDcWbSbrcf1txf20LkYz&#10;5QBySFLkgMbiwK2/SEPH+wv7Vm2IVajgeHQyTvUBVIH+DpRSYiX9hndGjRpGWD0MiOvkfU/LKxaM&#10;H/YEj68e0flstFHMChjTTqiRyA/lvZb6eLuLG1z/AK4Ps6s7NjGSAc06XQQ0IqO0dCDhsRL4JC7F&#10;9XifxhdFjZmBVyGX1Ai/5P8AUfnhRZ9qKUFZfuTTsjyKA9/t5AFMjKFs3jkAV2AsS/8Agfe7jbjM&#10;un4SwNPtH+fy6dkVYpCQAWH+XrJkttR5OMxeN6R6qEwrKSraZacn9Whm9U6TalJuAqWv9PYh0+6c&#10;TkKVk5hlcWWI1JptKHhRfU3IP+NvYak2m7tZNRAKinFa9NeNqpU99egbrdiZ7D1yyrKlVTw2IlWj&#10;FW2oGTVdXEKMbEDhSSPyfbFXNJRwF4Y28ao8sjIXmkZAGIs6pqc3a4Iv7MbcLKwSVhq4DyH7PLoz&#10;s0jkargk/KuOlpiTBkqpoqqQiZisEQkWKCnRxHZWaDzMI1up9LhST9AbGz9hYoMjAPOBMs8SuYnW&#10;QKw0s6KykagWdLfS4PtBfPJbu2g6SDSoPDy4/Z0JLa2icGoqK8PP+fSY3JVVOJmeSkkFGaV3X7kt&#10;GTCiskUlRG/K2iikLfkEcfS/sTMN1VhN2YPI7eysMcbSJ9zi8voMlVQ1Emm3iuQXi8qIJULBZFQc&#10;hgCAhuHN+47PfW25WT6kHbLFXEiivHyBoTpPEEnyPSfd7a1mt1geM0BNPUGgrQ/s4dE97r+UO6uo&#10;9wbZ7A2yxykVHWridzbQSUx0uex7NJJP5ZiSsGThpxJLS1BV2gqDodZI3YeyE7p2huXZ/Ye4dk7k&#10;x0cVFP8AvY7JQSsWqJhFRolVTRNIAaJ4J4YwLFizqCfoRLPLXMF1uNzLutjDGdlkiWRW1gyakAWR&#10;GWuAukZ04JrWnQNNiyv9LO4I8iB/P8/5fn1Zv1R2rtLuLrvbXaGx6/77CZ2gSrELqPuqOQTTxVmO&#10;r4goNJWUFdHLBIjWs0R+trlG5Pb0mArZYahbOSY1UEaNILt9woU28c1hbgfX/DiT7LchuMUbJ8HG&#10;vz/hz6f5Oi2+sVhbQyVNOAp/h6E+ir4chTpUU7Xicsq21fqRirq1wCCpH5/HI495qIxERRyqxiDE&#10;jQgcB7OwBjLIGVmAH1/PvVz4gDPH8f20/n0F9xtw0LLQEelP8Pr1lmBC6lvr/AB0j/YngexDwGBp&#10;42nrqmSKMQQieRpGXTFAsQYuW1EL6wwAP9on8+wxuO5uQscYJDNTHr/q/l0hggSOhJ76U+dP83SV&#10;y2VkXwRUyvI8z/boqRuxeYsU0lAvqsfqSLAc/j3Ll3nl8Fm8Xn9jboyGwN14dlkwm9cOI1rqDyR+&#10;KqoqmJ4mp6/C5CGTRW00waKUKjW8iKfYZ3jlHbuYNsntt7sxPbk5RhUedDk8a5U1GaUPoRc18lcv&#10;c7bLc8vcybNFe7bKQTHIoK1GQV4UauQ1QQ2ajpIbl6123v7bGT2tv7b+M3rtvLIP4ltvM0omoKp4&#10;Z0mpaiMuDNSZDHyL5KeeEpIjgEOtgws46L/mUxVT7R637z2zPtreWUydLRQ7sxlZENobiopamkpM&#10;jumnFSBU49KWCb7makQyFAbaYwygYie4H3c59qh3bmHlfdYp7SKEu1s6ss0YXuZUbMbqgPczUag7&#10;q01Nyx97vuI7psLb1zPyJuKTbCEklW1eMmZSqSOkCvro6uw8MMwqKqXJ06zVB2r/AC28ttnI7x37&#10;0xuShz2Bxm3q+qxGyMxR5Gq3hiJMTRZGvo9q46rpmq6fcXmqSsVPNUhKhOC5qGUyNahuV6dKqyOV&#10;iqIRIkscyqlNpJUaPWSrFfUSTqt7xo2oF4tBB1g04Zb1+2nXK/cLO4txKjrngRSnA6eJ40IofmCO&#10;IPSF+Ku4v7y7fxzFD95jpEFcJUd6ushqEFUokjEYSRIiSPSGHA+lxci3eHa8e38PXokwekxKV1XW&#10;JHKS06K8k0dEAnojaeW0Y+jm629Nj7yE5C5Qa/u4JWjKySaVGK0wAW/2oz+R8+lfI3IN5zjzTsuz&#10;GJq3l1HGMfApajSZ4hFDOaeSn06ui2Hg6eixqZGKHw1lTRUukMApST7cKofT61XV9R7IjgZM3uOn&#10;j3jnq2qqcll3NVSvIdZxFHG5josfjr3akpYoow5VDZpWZvyAMhryDbtqdtj263VLSAaGGO9qDUz/&#10;AMRJ8zXFB19Eftb7Jclct8i2Gy7Zslom1ywjUnhgl/iUmQ9utnGWLaqggVweivdsdgyJuyq21S1F&#10;Q0m32gppNFSYGrKySGKsqampik0xzTLJUWUJrWOPSoPBAeq/cu7sbP8AeUm7c/FPGrrcZWvMehru&#10;R4DOac3ZraXRgT9f6+0lvtGy3aCGbZrZgT/vtK/bWgIx6Hor5i+617H73bPZ7r7b7TJGW19ttEjB&#10;h6OqB604dwArQMB1M2X2FuFzHFHU1cYZvGfMUdQukg/5xzJpUfQKB+Le+GN+XXY2wRLTZevbduGm&#10;utRSZHxQZanh1+SSOgytOsYCPYWWpSpW440Dn3W79lOWuYSs1lb/AEd8tSGWrRk+WuMk/tTSfWvD&#10;rFf3i/u2PZ7nS0mvOR4W2DfVQmPw6yWruaAeLC7FhQcDE6EGpJbgTPbTrcpXENUyJMoAbXZ2QkEB&#10;WtJqIk5+thb+vs/OwN00u9cNRZvCzmpo9wY+nyArL2qFpKyGKdUATX45ArESKPoytqsFsMc+Y9pl&#10;2K/utuvo9M1tKyFckVU08/XivyIpx64L8+clbtyNzDvPLO+2xhvLC6eCRTw8RGKtmpBBIDDHAg1p&#10;0IrSoY1ctb1hQBdvWSVsQL2PH59rmWmxwpop4MihDosUE9PDC4lghikmElM9PpWoiEldIqShypBJ&#10;H1v7Dsctw0jj6etTqIJ4VPA14HtU0IqCcmo6BDpcLM8ckJFCSVI4H5jyNaYIBB48Ou45GIItcE/p&#10;4t/X88ce8mOx1NHT1FGkwDpUU8rT6dBipooNU0bRPc+JIzZgL2ubWPvd3cyGSKZl7dBFB5muCCP5&#10;Hp2QFjrccBw+ec/bnrhNMykXUgaRxwfyfwp9ky7S7+TCd8bS68jyWXpoJsVTTRJIaGm2xWUsu6Kb&#10;DZLdOSqKCuqdz5KupsDSV/2FEKajpqU0k00wn1xtThB95aw5v2zZHMomuLbWsbhEiJMqo3fR5TIA&#10;soVf0oQyNI+saHin/lX2rW+9tN65p+jgkdJSJCnitcIwt2mjt0Vo1t41LGIzP4kssiuohoA6mXDE&#10;GQHT6n9bL6fQePQDa1ufx7IP2F82eyMRv7elBt+Ovt2NFT1Ow2ylJV5X+B4zDpk8Hgq/ZlDR5PJ0&#10;1Z97SLDW1jPppqqtaV44FKt5QLce4O+7Xv8Ae2O32btJfpqtwyNIKVeKOS3iR5Q4cIrspJVn1hYw&#10;fjyH5Y+7pyruPK/Ld3ukit+6GZLzQ6RCWSQRyypdStFGUCUkWLwzrji0q8jKQUlrGq2NuR/gP+Ke&#10;1FtXubf27t0bz2rtxtz7jpNmSbz2fv8AbH1cGPzM+e/guFzGMr8Jj0SGp23gs+u2MzjcZLTVMrxV&#10;VfTVMjgGMrLcO/Xu93G9bVY2tzc2+2tdWt08bKkhmWOGWKWLtURQTfT3VvbgSSvqnhlOoBWAf332&#10;85X5f2Pl3ft4Wxs59wFpd2PiKXh8AyywSrOxcrcTQePaXF0jxqGihngRQQQMlgfqL+wvr+3t6T7N&#10;o/kJvivxtD11h9151M/U4TZlBvTc+bqMhkKjPLsp9y5+WqG0Nm7YFedv494J4TUhjKkZeQaQPt/P&#10;N3bbRY+4e67pFFyzDcMJRFb/AFE9yHd5hbmWX/ce2idzaROCjOHMugeKukY2/t/y6vMN57Sct2Us&#10;nONzZQmFZ7t7OC3VEW3N4baFUN1d3Bja9lV0lERUxOQq1b3+HuqLs/uTdGf3Tk95Y+jwO3sFMaTE&#10;YbA7XxbQbdip8JKtTSZ6gxpY/bVAqaVZfNFolg4F1Ja+L/NnN+4b3vN5u8NhaWVlJGiwx20eiECC&#10;reLGpZqMNKEupJU4qASz518j+2+xbZslhy7dS3d3uVZJpbi4k1zlpQA1s8tauoRtJRiwYHUdfbT3&#10;vrY2Cq8i65ehos/jlyGKbBY+d+uKHeL5DPbip8PDhoIjncxF/BjnsfLE9BVxyT1cU0umAfok9puW&#10;9rnSWaeGyu1dofCjIsorkPPcogiUCSULD4qMrxSJrlQvWKMllI1zNultaV2+7uLSUxTePIBuMloI&#10;4bdpjKT9PC5mFvKpEsbKsTquqZiAyj3sRs70tvbZW5RUU+WnzeSx1Nt19nYfbOB3Tnq/My5+BMgt&#10;VQYyegejjhhzGcx9LkoKuYxPNmY2jhnDgMbbpyVve230/j3nj3MKwtCsEVxK0njL4ilI2RQoWWSC&#10;KQTaVZ7pDGJVejAzbPcXlvmbZY4ZNvS2sZpbkXc9xcWsEcX07eGY2lDhi3gwzS27RJ4gS0ZZJItN&#10;R72F1Nmt67eranG1IzuFy2c2mclWRPBX41M7szceMonihrYUhgNfi8pDk5f3WjRKiGVJGllBjk9g&#10;q2G8bNLLbyPcWsslozOWDxl7adFJDHSKwyJI2GGlkIOpkYORxLtnLm72sN5Glrc2Frf6FJKSeBd2&#10;0sgJQ6mMckZjUBdRMbKyBUIZR73iw/ZW6dg7423u/YWVq8TufaORaTEzz5KpgyMlG8+PlixtTDks&#10;hUYnI441kRhWiZJI5ombzLK6k+72vMm6bJu23blst2YtwtXOlmeQMUJT9FhrZDGCCDHxZRV9TVJe&#10;3Lkvl/m7lneeX+advjn2LcIFEwEaPGrKrq0qtHGssUmk6vFBQxvpCGPtHXvd+3xt7r2j8qsbns9h&#10;cHhMD2/s7CUm3M3uxMbUSfx6Xc+3KxUyNdQUT4KM4er3TiGqIKSd5mgSi/aET/vJm17bc37X7iWO&#10;5bvZ2ttFzFYQCGaRkZtQdFo8gjaFmhMsRdYnc0EeGjk0lOTHvP7Zcx+xV/tm1bhf3N57cbhcNcxW&#10;mtR9OttcxkoruLhhKlvOsTzRhFczfqNIhMUnvYVd6ZDafW+613Ps/bG8Ni7wpayTK70zG1cfjMHj&#10;Kg5HPvg6qPcOW/u1vOlajzNDR/cpFFV0NIiStK1Y1SfEiTm64tdh3Ft42zY7zbty1eJPNDEIkIkl&#10;VC8k/gXSMZVRio1wRAFi85mDKw79rLbmDnTYm2LmLfNv3XluSLwrOG7eWaRRFbi4X6eL6qzcPA7e&#10;GzPFNKSoQW6wASt73ZN09VV8WDxuGrspX7uq6Okxf8a3Tuuoo0yNLlM5jMfl/wCHZGfECoxs2TWj&#10;3CTG1HHTY5I1SKKQ6wDIlk1x9JDbTTXE11GlZHcQeJ4hpKySCALGXCurHwEECqUjjFFIGF/uHb2k&#10;26XW5WthFt0MssgitrZWMbxwSyRGVBLolWLXbgESvLcFg8kqChI97H07fr6fFrWU2PaeCGphRnoa&#10;iArKtXOEqGCVVTTL46KCUyyHU3o+gkKiM6m3aEXTwsxLsBgihGctnGMtStTQgCpFQZtu3TbncqZJ&#10;QjmpAdSaFU1KKAMSSw0rgipzgk9RJayCKTxPIocLrIN/0ni97EfX/Y+0WuJy+5981+2jsuXb+3aG&#10;hxVYu6548VNtrNVFVJ45sNQTNkP41LX4uamd5fNj4qWNXRfK8jFF3b8zSbdJdxSQ3MuhNYlLIEq9&#10;cACTxNSjL/phSCuh2YMFlCDZrbaNktL799Jcbo07g2qeIJ4QuRK4ZPCSJwQEHjNIaNWNRTVCmykM&#10;UD1AkDog1FLMraSbBgSP6j6W9r7f+xxtnLY+SetjenjFNKwpKrwx1PPPmp2R1l8f4vqN/p73y7v/&#10;AO9LO5VYGEhDAalqR5YIoR5fLpvb5DJbzjQpc8CRmn28R+X2dMuCz0OdpTUQw1EY1GMioC3DKbGx&#10;sG1f7x7Lz2JmFr83R/cfbz4min1x0UEzilEhNO7TrTJFK8VWdRkVg0Y1pqHLa1kXl2xa1spFjX/G&#10;5B3M3x0GKBsalFM1BIrSoAp0INotxHazKHK3bjDH4wMgrq1Dt7R/EdLGooAOlPSIUQav1Wa5Nixu&#10;xIufzYe5+HmpVnKU0nkjxrUzZCvNWk8JXI+WGWmeMxxpUNB544+C7Bo/q4XWW7qGQwgSoQZtWhdN&#10;DVM6q1OkVBoCBUHgK06JriF1ijdxR5FIVQpUmmK1PDgeIX5Y6zSfSw/N/pxc8exRq87i67bVXGtJ&#10;IlRC8M0NK5k8lREJ4mLUcbBpWj0AkBTGEU8gtY+wim33dvukDtN+mykFhQBWIodVaAHIySangfLo&#10;jFvMl3E3iLShxg+XAnyP20z1CWN45RpZrG/Ib6f7C/49oOrxdLvDDQV8lXQUMmNqKWKaLFUtNqze&#10;mr+0gpHdxBLXzyUNQrxMw1HWdR/HsQQ3Euy37xLDJJ4yEq0hP6eC1fMKofUDSlKVHTkl1NtV4YEj&#10;ZxIjFSzN2EgtVQcA6qig9M9TblCV9T8i1z+bf4/4+5NXisDkdvZBajFmeieCejE6ClVJCqKIpZvF&#10;JKKN46YxuyrqIsoBI9Ptu2vb633G3eC8USEh+LEfMDVTVU1ArjiTnPSGKW+tLyC5t7wCZWD8CT/S&#10;A+ZJPHtySc0r15CXCng3+n9fpf6Ej2G+J2wMLg6t4/t8lBEsy0kFcV1vTeSKJzJHVvTxyRu80k4Q&#10;SktoZT+sBxTfbsb7cYAT4MrFdTLXjQkDtqRQADVT0P4cHV/uw3Lc4WYmFyVLlKkVzQLQEggAJUjA&#10;IP4ajLcXt+T7DXL7FWp2bBT5up3FOlRm8ZljQbZhqMXWJDVZZAC0+PyUeQnocRDUSyTQRMnkXHO8&#10;asXji9tb1uEd1PWWB5IY3RSYZJEZgHGmulgwCgpI7JJqocK5UL0P9o5iC7+Z9sis1ZbaWPVcskis&#10;VipkPGyI0rAKrsMGcKSCryDs/wCx5449mJ+NWZ21OmayNPiNhYPC5Wej3DgajYES1GGyeNr6akb+&#10;PUeUpsLt1atqt6WOskl0M0FRJaNplUP7ibddqkbY9turGOMxXjPKBFIHj0zBHjbUEjLPOjB2Okhl&#10;ZRramroPe4mz3013YwTXu4T7pYo8EovNQlimiJAhMZnmaIwmkaqzgMgBYKSyFoyRdICunzq50yI/&#10;qUp9SGDDSVP5H59if2H1gM3T11PkKKOowFTQLTQY6rgimxtdSx+NqSGWmKvJKmiBJU+huFcc39+2&#10;feLCWyTbJo45gSBIrAN9tQwKmhqKEUrjhkQ9Z7xfctbol5DIYrpZtfioWV1JqCVJ4Eglc4oxDECv&#10;UqirIKpP2pY5HT0yqjavG4ADI1voVbj2UvZqyolbtDN4xilDX+aWmylWZYY5MxTQ1EuQo4zSxrSY&#10;ujypq6GFHaZESlCCRtJSKRdukm8CeUy+HdR6aEEtqUokhVdQDeGrs6KtWUaKKQKKsr8zaXe05h2z&#10;cBqliKh40CkiNmUJIdZ1SSQ+FcOwCEmUtoFQzzfYwL1fSbv2vmdu1mDXOUGTpVSipnqMkqw49IUq&#10;4v4dLQ02UkpaVa+GH9w0tX4mQMKeQhQQnzXfWt7Yz2FwyqrxEMpKIHkBGnW2lqHVkkAigNTTBAll&#10;zZuG28ybbf7ZevFuML6nZI1Y6z2OZFJQu3hs9VEkeoEr4qVqOLMqi7EAE25/r9bf7Ye0N8pqOlre&#10;u6zYW4HNPNmOuM8zZ4Yc5WTG46kxwxmZztO1FBDSNmKykyMqUgpT5C81wjR+ohu8t7LdeX+advmu&#10;XjWW0n1yGNnEcejwpSqrVhKizUCLRqtVeBToUex81ztvOlnzTtkIMdtvFvpgEwiWWR5PEhibxHL+&#10;CrRq0viaVCoP1A+B2CGFxyPYe/GLbmbHU+1K+bNNWYfI46iy+zcc1MsuR27t3NY2izTbKqWhP2Ux&#10;2dlJ6ulpiroi0VPFG+l42X2b8kzy2fKVj9RGrJNGssSgBDBDIqvHbMdRBELu8MZAULCIkK6gzMKv&#10;fLeNs/1wN9tlsBFuUMzxXktWCXM8MrwfWLqqwN3EkM0g0mssrspIcdd+zH1WPySlfBJJFpZ626kF&#10;qSOTxOHjb7ySNIgoEbhFu2m4YqPYmhuLVlBljBT4RjifU4+3j68B1CcV7ZMra0FT2+gelaCmgGvE&#10;glsA0pXr3uJUx1OT8f8An1aN7O1MsiK8sKu0JNnUIUT1fS55tc39q4mt7MuqhNLeRpgGlf8AV6U6&#10;UQyQ2MjdoDMMaqE91AftBOP2V697xtBRzyxwTI8szxhys8to4UCAMEOojyKR6ufz+fe43mSJpYgF&#10;jrTA4/I062s91HC8sbgIGPwg1JOeAz5cade9ibh8XSMqStBDWfdQhZS00qaT4PFGQIXBJAswtZW0&#10;ck/kJ3lzMjsEYoQa8Aa5rwPr/l9egbeX84Yw1KFGNBihzq+z1zxz173Jl2/Bj3p5BKq0wmimWd5a&#10;iKsDSUtTTNeOnmUCN0m0MH8q6XvpVlVglN895VwmqdBWnEfZn04j5jqq7rLNFNH4VbjQRQAEHS6s&#10;PiqagqSKBCCMMysV68Dfke1UKajraKtFKYpcnSSUkK0dKanxNTmSBDVyKqiP7hKidRpP9pmNrD2W&#10;h5be4i8VaWz6mLNSuoA9o86aRx4UAHRWJpI9BlqIipoTj8hXNBT7Ouje4/pzf/iPaVqYK+fK42Wn&#10;rcfRQwVlSmVpazC1Va89HU0NVTMuMrkyNN/CKlJZ0dp/BVRvEHhMeqTXG7NDIyW7QFDbrVjWrM1B&#10;26SGTSQf4tYK1ChcMDS1ubOCzullspJZ3jQxNHOECurqxLoUJlUhWXR4sZVysyOAgU9+2bJ0CEUl&#10;NEXhyDpNLXaYTHFJNHWSxLJAnlm+2jqQGdVMkukfU8+z3bZpRHLJOQ8IoFpUUqKnjkleHAfLpba3&#10;DF7qV11W6kBBUE0YA0YgDUVqATpXNQooOve0LkNw02FyeAwb1gpMpuE5CPDY6eQRyZdaClesr2pP&#10;QkdQaOhLzMiFn8SSOFKxuVMGutr8aK2u7mNbiWvhqWAZioqQgJ7mC9xVatpDNTSrECi02K63Sw3X&#10;dFtWksbPw/FkXIiMj6I9XEqHeiAnGoqpNWWvvamqszkMZQ1dK80DiWeMqfLZ3ZC0sTFwigMsLEAB&#10;QT+bH3qOytbqeKfSwABHA0GaHH2/z6I12y3vLyGbw2BVSDUcPwnByc8f2jr3vLRZjFyz46SrFP8A&#10;52eDJU4IR4zFIVFpU1qspDE/TVqX+o91uLO7VLpIGIXihPA4Hl6fy/b1S62y/gS/ih1gqAUJHHHC&#10;hyOH+qo697S+4apaPPtXwyowNLU08E1dV5IvSSvMr6aWgpskmHlpJ6ZhqdqVatZVIM0kZjESfaNm&#10;upLz6yZ3a2MQBQM1Ay0FdNSh1GrHtqMZ/Cp/tMYudoW1eMr+opYRxxUcBaamkeJpw4fu0iQxaWGi&#10;ONgxf3sAOx9vrv3C5fF/brqr2ePJmnlrKfISGsw82AMiyR642+zx0q6Gm1okkccuk+MMB7Fsu3NB&#10;d2N+0qWlzG6lo20/2i6CRpIIcA1U0IDANTWEpLvJW9HlTctvvPFIEJUx6ghQaJRPSjZGuQdwBUsp&#10;ZKgOQfewA3BtbF7OxOGzmQ+0XHYd5a+iqYjDj8ZRVECUiJVTvSTtpirWmHjTVMglpwyoHhib2L57&#10;3YNH1l/FDDY2iLIJh+nElFYHsFAVYGuVdKKjHKxnqXNo3rcOYdyv9stRI17c6I2jIZ5pFZmOlA6U&#10;JQL3EUJWWmoo7L173W32/wD3xyuW3biq2TK08ueoJ6zJ41KlMht3KrWTCnpMntc04mSKjpaBJoah&#10;JY1qKVzMTIyNJGMNfdyffU3HfduupLlJLqFpHt0KyWkytRDLaMdZKxhJY51ZUeNjKdbRl1GZ/t4O&#10;XbDbNh3G3itmgtJlSKUq0dzEVQkxXOsqSzuVliYMUlURdoYIx97r77C2Tltm42kqMjjWkoZZchRY&#10;7KSUr1xOapZcfHX7YqftnnohV0n8YWqWWXxyQKFDBnKFsPN82y4sIYHurVfp1kkjRxqJaRdBeFgK&#10;jUokVyaq6x6OJAPWXPKPM1hzNeXKWt6FugsbyxatFYnDlLldQEmmTwihVSwkOsii1A9747d3dsHE&#10;Ue1qVv7xrX10dTRbwpsvjcPLg6eWjqaimhTE1JXJ5OJnp5ijM9Gzx+W4jYxx6U80fL6bfs0ME90t&#10;46sLlXWIoukkARSUMlCMO5jYqXqgOlGTe7bFzXfT77c6LM2kRR7RoZJhM+pFcmZaxR4ZQQqzqCUp&#10;qAZg3vY9YPPYPD9mbd3F1DTUmM3M2QwkW29vY3b9VkdtV8tHBHG+Jzu5qvN7XqqzOblq0lxWWgp8&#10;NBjKxKuURKkE6qrNjeR7fvu3bny0qxbqssXgwhC0bKFysk5ljZnn7oLkRwpE6OwjokhCx5uW17ju&#10;vKm67Rz5LNNtfhSmeWSZI7lNRxLDbrBcqsVurJc27SXbTxtGpdjJGdfvYqdZ934vCb4xWR3H1/tf&#10;a+2905Giwu+dOT3BFiMNhsrVKafJUctJUbgEVFtSoeKtoTUDJS0k9MxWZUC+Mach+4UVjzHDdX21&#10;2kOw3kqRXKO8ohSKR9SupVpQFt2Ikh8QTyxNHqWQYKgPnv22ur/l3cbLZuZry63exjeayokBllmi&#10;U64iHWEM9wFaGbw/p1lEi1Qmur3sws3bG9On8lS0uBhk3fsoTbsxO0M9tyfCVVJWTZLG4PNYzJY2&#10;aOno0/vCu3USvmxVfEs5zEjOyl9RfIDbubN65LvoIRE99yqHuYreSF4KAtHbz6438P8A3INrSV7e&#10;ca3uSXXWrlnhmLkPl/3BtGu9xb93cxEW0l1FcrOrKIpZ4JInBL1txcN4K3FuzIbQaarWi+9nU2Z2&#10;xJ3V1BDR7ikx+4cuMbHWblGHqK/CZGKV3qxicpnMPE8WVjGWjxbyyUrIySx64VV4j6snOQL/AGTn&#10;Dl+1vI97ifcPAQzRReJGQCziJZIUPjRLcrH4ngtQSKWTvjwcYuaeRm9t/cHxtojms7H6gpbeMqTo&#10;9CvjRQysTE5iaVUWRWDI4D6lYVHvZW8VLtHbfbNFv/BB94bcXG5mg8GEjhz6RPAVpMzjqOPyxVND&#10;uFFBWSJmDSy6PMolSIqIre32WbmAc27BJNexCwuVX6UGYJLCw8SNQDrim1ookTJl4THWkZ6m++Tm&#10;HeOQJ+U90ZNv3cTwy6pi0BYGrQSSEqUkt2wValAuvS2l5A3vZ+9ubcyUhz2UxIqcYlC+OnxS/sNH&#10;m6GppxUzVFPpr0qhNSSVGiSGaCPSVBBa7ACWTf2uLkWO5bcfpaBRISCK6RU6aFko1U0uFONQqG7c&#10;Tt63jb4otssdwCTyyhxKcgwOjtGEIKaGDhQ4ZHceRpivvY9vkqnJ49aKsSoplhoTWNU1LvUoJqZX&#10;lcq5j1UyVBlK6FBX0KDwT7BwtI7S5a4t2V6y6Qqih7j/ADIxnyr1FhgEFyZbd1dGcgKtBg1GfI09&#10;fn161vp7b8tJXUlDj6ul1ZeGvi81RTU1PJJ4afyVCJLpZmvfS1hb9KAmx9q7EW8091BKRDJGe1mI&#10;FWxj/ZPVrOG3nubm3lYW8iMdJJAq3mP9Xrx697zY/cOMw+QbH/drHIUepgiEVQJKqgkgR3oDGl1S&#10;NWvJGRrdD+F1MPYf5o5S/rdsVzb3FvUlNAY0Phy50yD1JBAbgCteJA6GPJu+73yxu1lv9kj/AEgd&#10;EuFDDS/f8R1VqaECtF+09JXeG1cZu7B1eJyEFOxlRzSVMsQd6KsZGSGpiYFXVgzANYjUpI/PsQpI&#10;YahEmhIaKddSOEZUZTwbE3GoEcgG/wDgPp7wQ3vl+82Pcrna7uEpPG5BrQYHzBoRTgSe75mvWd2z&#10;8wW29bbbbnaShoJF1AileNKEAnIOD+006IlX4Ov2rlq3CV8fhmophD6X1I6O2qKWFiqO8MiuCrFQ&#10;SDzzce2Gsw/k/sgqSdX6eRpP1F+efZCbF3YhQT0dQ7roIA49KLH1hQItzxYg83uCeR9bH2kqrbE0&#10;q2t6fwAqkfTj6G1/bMm2SFT+mTnyI/z9L499SM0rk/b/AJulrR5mIW1PY8X1av8AYknTY39iF09j&#10;azC7jqI21+CupJUZbFUEiKGRzY6SW02H5B9j/wBs457HfXievgyxH5CoNQCOoy92Jo915fjdQvix&#10;SClOND8+PHp2rcnS1aUumVGliqlKqASSrLpJuVsAGPHsW85VBHfkixt6tSsDcKLKY2b1Hgf1/F/e&#10;S0UqpED5f6v9XyGesXJreSp0oS3yzT7fToXMB45IYWUqxCRhglmOpgxRSFFyzaTYfXg+w0r6mRpD&#10;Gi+SQyKkYU8lncBE/Hqa4Fvrz7YlvIY1ZyQfsI+zj1q3t55XVNDahXAycDOB0r2aGCCSolkSKnii&#10;eeaaVljhjhjDF5ZHfSqIoU8k249x6vG5GhpmrMtpxkOvxaJv3appFqKWKWOKmjbWskf3CmzWLWKj&#10;m49xhvnPkFmxFnEXkDEEChIpStQRX8Q+2uOpQ2H213PcWH1JMKMARqqSQa0YUIGnBFS1ARkeoPVn&#10;emzmqf4ftSZN214iM7DHSmnx0aN90kJlyctO8LxSzUTDVFrVRyTYj3wgU+WdaWmzVU9JTS1X288F&#10;NRyViwxmofweOWoEbiljaTxsQWjQkW+vsPP7i3qysIdrZmVSxV6UIAqSAhDAUyAxDH06Ebe2m2W0&#10;cTXm8rRmA1R1UAk0AbUCKliB24/LpoqO3Mm8FPKKDCUUdVMsKzpkJ8pFTSuTHHHOWpqVJi1RpS8d&#10;1DN/X33TbmxzvkjBj6+pp6Z4adJFmror1Uni1xFzSSwx3c8G8qBbhpFJA9oF91btZZEG1RkVCHud&#10;WDE04VYVHyJ4cejse0u2tBCZdyKSaddCYySvn8JYnHl2n5dNtX2Hu+CXHRSx4GOesjmq5RFGZ4I6&#10;NIQS0SDIUs8q2DXZhGysQVRwL+xn6yxMFZV7myLP95TUE1Ri6BRonYtGnkqHWWZaZLzKyFRoTSON&#10;Rv7GG08y3W+fVztGnhxyBFKk0JFWIzkYK1qKGv20j/euWIeXja28UjCWRFclq1UNUGvrkHhXFKdB&#10;t2X2/lqij2lj3oI6CpyRpsjXOJpaWnkRzO9LHHFTirlC00QY3L2csLC49obfvUeJx18pQzVaVf3U&#10;rwwNHTrHUNkGlhWEySrrSKnmrEZpEa6qotfTcv3ksG1wQ3qk0SUkgAE0chTUngFrX1Bp0q2y5m3V&#10;5tvkhVgycT8I4MDSoyQCPPiRTPQhbS7kqGpaeXKmiFEkUX3FXTNLPIsdJqSaUBFUtJOkRKqyggt9&#10;QeCAu6Nl7hgp2ZJsVUrrihi8desIlqKiBpI4I2rJIkdlVGBA4LI30IYBy4582wnwwx4KAdSkZWoN&#10;dVTXiQBUHFK46K7b243eBi7BTUk0AYnSGIrTRwxxNBwzQgkWNvdw7P3AqLRyZeNv3PKKvHOHhSGR&#10;o3epamM0cQATUObsliBz7rj7H+T++uoMtVYLK7Wze3qQVBWimyFLUU0NewazVdNUmEw1COgBXS7E&#10;pyOPeI3P/PV7Lvt2z7e0NuvauvAYD8VTQGv7euiXsz7O7JNytZ6d1gvLmgeQoRVC1AFIUk9pxw6U&#10;eS23tnd8iZCpEGR8aLAjoRKECMJdBtcghiGsRwfYOVHzV3vuCWQY3Iy00T6gVWqWNCALtpIjQMAD&#10;+L/09x+3M19MaKwAIrjhT7R1Nye0mx2iB5raMvWg7a1p9op11S9ebQpQNGEo2sbgyxrIb/11MoI9&#10;gxvr5PVTxyHK5Opr8iY2ZXaulcRm4soW5B1C3+P9PZfc7rcupDyFjQjj69CLa+Q4oSvgxIlsfLSv&#10;CueHrnpU0uPoqJBHSUtPSxghtEESRrqHAY6VBLW/J59kn3p3ZX5gTrLNJKzNIA0kp4LN6GVF+iIP&#10;6+yWS5JB1HPUibfy1HaKnhoKetAOpvsI8LvreUG4aKr2nkMpS55a2NaCXDT1SVjVRe8awCmvI5Yt&#10;wACOf8faMXEiNWKTS3ln/Jx6E0G3QrJGEB+oNKHNajPln7Kf4OsMywTxywTpHPE6FZoZUWVHja6s&#10;JInBV0YA8EWNj7vg+JnUXyG7PwA3H3JS5Dp5IqFpsN2dDUS4jd+YYMPHT5HBRy0y5GlljF/LMiOQ&#10;qm5ufYm27ab66j8e6K28LDEhqCeGNAoz8R5GnnTpTuO+20EMlne2S3t2M6BpV/P42YMooAcEBvt6&#10;rV+VPzR6i6ZD9ebF23SfIrs+bNUGGrOhdtvS5OnxkM0bTT5PMZOagy+G2kKGIoBDMTIxkAWBeXFr&#10;+1ZIsFgMdhMfFXdkZuhiRajdGVjjo0q5UJHllgpy4Y6SByx1W9jjZtg8JInitWuG4a3AWPPoKgH8&#10;2J+XUPcwb/MLoPcbrFt9jw8FDV6fN6YPyVV+3qmDs3Y+++3t8Znee+904z4nddZ16eGHpzYtWm5M&#10;/RQfa061f3+cngoaelasqInkkNNBGYWey8e1lRdXbmz1qrNZOPA01SwkkxmMiWiidNNwJfANUsjq&#10;beq1/chbZ7eT6fqdwvsH8AwKHgK9oPH+FT9vDqJ+YPfW0gX6TY9sZ3QadZ7mqDQkapKgUFT3HFe3&#10;y6c6btbqPrenSh2XtWp39lcZEYoN7b8rJ915aFkURt9tU5+WcUMatHcKiqAzekk29rKHZOwNoQRe&#10;QRPXO/k+3jg8lcy3IYuzSTMh4vy3N/YwXZtj2r6eNEUzV4ac5/L5HqJpObueeaJpT48n03m5fSnr&#10;8OkA8eNPl5dMuT7i7b7NrS0M89HjKKKINNLULT4lQ5LqiwrLAPUxH0Ugm3N7e03uDszAYARU9I1P&#10;Q2Q6aTyGryEmolQyUkXkAABtZnGn+ntDPvEEUht7O3IcrUD4ifKg4Cv+mKjjmtAT/Z+T9zvo5p7+&#10;7rVsuFKrjPE048Pg6ddofGHfO/6qryVZQ5PMJLLI8mRng/hG341XQzCXKVPhaoexuDHG2u1gb8e0&#10;fj92bs3jkY6LFY2SjppnRBV5CRmJBdUV4qWHxIAwN7MSfd4LPfN1UfotBE3AtQ4/o0Ofz6EF9bcp&#10;8sW5uLy+E0mmtEAGRxBYgn5VWvQy5D4/bA6v26+V3HmafLZWnSof+FbZxsFNpbw6oYJs1k5ZpCXc&#10;BdUcY5B49mFx+yKHEpNS5TKnI1M1KyVMUloIyCBc08MNgLMbC7cn2V7htG6q9woLvGAVOVUED4hS&#10;uR+XQesOdrO/NlPb2aQ2+vUh7i3HGpiOJ+VB1TF3d293XuyqkyvXHXFVtDG7a3JanrqOT+K1jS4q&#10;bXFJkKmrEUTpIlMzkIptzwPp7D+n2Xt7F5uqx0+Ip4gZmliqJoBLI8Tyte3kZjeNgOfqb+xTyjsu&#10;x3FsddhGpMYzSuQxrxHHhnj6efRlzNzJvqq11DusrIVqVDUH2YC+vDh/kOx1r332J3B1Rt3ebbvy&#10;VXWCBMduHGUlTLBSY7K0cBEkZjh8BVGiAJDjSCf6+xFpsLiUS0Ap4kAJCLAoknI5VtVjpX8cG/uT&#10;EsdvTSqwqI1SlKAEmmDWnD1qeogu963GSVvFEjyE5Os0H8/Lr1RlM1PIGrmq6yeYqWkepYogYggM&#10;jyHWTe4IuPc6WOGkWJqmAPACdJYMFFhwGIBBUn8H+ntRKyRxoJAoiOBj/L5/5OksMkk7OsMumTiR&#10;/qx03R0tZXvJHS1MqTalLRgu2mO5EtrHSjnix9sc+4aeOb7WkpvvJlVmWGjDTVDf1KAiNVS5sOLX&#10;9klzvUFu+hVDMlQoHEn0pxH58fLoxg228mVnkqsfmWJAp86dLH/R9DjsUmf3Bn4cFj5CiiszlWMf&#10;QgsAyhpalgJWKm+kKzH+nuLVrkK4RrWPVSvIupcLjyk9YoB/VVT+qGlkC/ixbj2G7rd5pDJ4pkJY&#10;f2YYYp6nOn/CPTo6sNrtICXBQUGHOsLU/wAIpVqfmp88dI2XsnCYY1cW1KbD4/DY6QxVnZm9p6nF&#10;7fkq0XVNHhcVHEMjuFVT1aw0UQP14B9qjEYyqpMbJTR4d6daiKSJlnr2kqg0ttXlLIqrcEH6NwCB&#10;/iVeLb36RsjMSjVCmTVlfXtwc+fTU120F0X8XvAx2ppoOBB+Kvn+yvRSO2947A7D3fjsxk+2qTL1&#10;OBzFJkoWxG2xS4GD+HtI/wC1BIJ551u5XUZNR1A24PvPTYEY2l8BpclCDZtYmWtUXJN11aG03Nx+&#10;f9j7GdhcWohiVVlrqqSWDV+YDGlPlQGnAA9A3crlbi6a5EqgHFKBfzPAA+vRmtvd1Ve750qcbuHZ&#10;ue8OoaDj58FMY4444oPWzSxM7MgHqW/+A/DTjsRPDuLFZDHTitjhqTFXRy00sDwwTG7euQqg0c3t&#10;/qvZfvu2ruO33scM+qN0KnsOKhf4gEwR5EnOOjC13BLNA1woDjuShFSw8qCpz6nB4dKrvDcNJvbo&#10;fsbY27cRPgarP7dqlw1VTZCgrce9dERLSySpGI5hA8sSgKvPF7XHtX5WsGFy8tfWzTnHxUEz00rx&#10;6olqFV1WEFQ5UsXvewN1HsPbdt8EW3C2fDoCzMB5Uz8/8/SJ3kv7lp9IMrt8NQTT7P8AY6Kt1BsO&#10;n7C+PWH6l2fFjafdbbvwdLuf7SWngqsjtqWrdqiriadojUqqx3IL3Khha9wZYyIyWJx8rVsVFBVS&#10;QPVSvJpdfLMGaJWJVyXQ249pE2s293dIsMhQCoahpwBqB1q6j0FFSKs38IH+GnD86dJbbvXh2N3J&#10;2lQR7Uzm66jbGMy9LtGM0MlRRfc0OMgGOqJY3iFGyU07F2YgqTGf6+xJxVPRxJqnEaUysf3H0hF1&#10;WKrrPpFl/F/aTbtmfdb6Sa61GP0oSSR6/l5HoA8zcwXFjBLFbAs2mlMipqePQfdd9R5Xs/c8NbkJ&#10;nNdNkzJUxR0v3NVMYmjEyPT/AKIwZGPq0otlA5I9iBSZ7b6XRaykLICWUSopUgX9X0sbfT+vsfT2&#10;F6ipqiZI60FRj7B/sdYqbo+43FxLLKHrqpwP+r8ur1Nn9IbnwOCxmMgw1TSwSUdJGi1ECokwKMRK&#10;JI30SBv7IudAuOL+41R2TtSAeN8hTksraU1HU/1B0Fub34vbg/63txeWN3ko6wHTX0H+fj0zBYbq&#10;XCJayF6jHE54Y/1DpYyfE7duacVPhggbho9MccsiFRa6BZWLG/IA+t7e0D/pA688mnTFq/jFr+SL&#10;/gX9p5PJ+v8AX4uL/X/D2efuffqU+o/0PT/Oujjx86dCv9xc16dX0c9PB1fCeGrT/h6Wn+hnsnw2&#10;/vvFp/gP8C0/w+K32H32v+G38n6PN6/9fj3/AP/R118rP2JgKxabJ1OZpqkMHiWTzG6gWupFl0t/&#10;r+x61xcpQlyKZ6RSmGJvDcUYH+I/tGet/cWI+uofQ/Q/7A249r7Hxd5VO25NxU9LuGTb0S3kyzQO&#10;KVVTjT9wV9VtX6Rzz7tM25T2/itFObTzbT2/ka56IBzdslpuSbZ+/Y03U/6D4h1keRK0/wAvWAy0&#10;4l8OqLy2uI7rrPF/0/X2np99dnUGPglnrMhDj5nLwTzeQwy3PKJKV/UrH8W4HvUF7LFEkSZQcCR0&#10;Ime5mY3BupdLejMB+WesgijuW0LdgARZfx+Ppz7bIO2N6RMxGVnJZjr/AHZCG4HBOoWA9uLfvU6k&#10;Un7P9npKt9uNuWWLcJwK1+Nv8/XLQn+pX/kkf8U9u8HdW9YQEFa5Xi9p5QbXv9RrH+8e9x7gPhEC&#10;sT+3/D0+m9b8B2bvcUH9M/5+uHgh/wCOaf7a3+9e1rjPkZn6KNVqaJKqVQ665KqULpfkswZCupQO&#10;Pp7emu08PwxbIJSOJOfXhQf4ejS05x5jtWAfc5GirwLEj+ZP29YJKCll5MYB+upbA/7cg/X2rqD5&#10;MUxp1XJYQSzguTIrRPE9muNYdR6QhHP9fe7a4tvCXx0pIfOqgfZQ5/n0Yt7kcwwO2hEeCuNVa/yo&#10;P5dR2xceq8c80Qt+lSpBNz6uV+tvbjB3nsbKK65jb+MLsdI80UTIB/i1RC1gbnm9/d1Fs5OmVaU9&#10;OjSL3PDro3Dl2GVzxYFaU+QKk/z68cfMtvFWTLzf1WJP+FwB7miXozdDRrJh8ZTTzHSrQiOB9Q0A&#10;gNBJHcEHjj34WcUhrEFZulEXM/I24yLFf7OIAwNW0cP2f5B1z0V8WorJHMByA6nnj6D13HPvFkfj&#10;z15lQ0+GzUmMeX0RoZI5lLfWypUSByCD/X2llsikoRgQT8x0rTl7knc462O8FC3lVVA/3sV/n1gO&#10;RqY7iWika31MfAH+31ewyynxPyNO1RUYbNUFY8zOrCaBonUggreaOSVFN/8AYe6yWhSnfU/Z0jk9&#10;upJaiw3COSMcCaf5Os0eUp3/AFaoz+dQ4B/oTxyPYO5rorsrBTq5xlfPSRsS7UEbVYkRSNR1QsrA&#10;E35te3tlklUZfI4U6Dd9yPvdmSZLDWP6OQf8/UxKiGT9EiN/rMOf9bm/19oLJU+4sVIYKilyUKll&#10;XRPHLHLEpZVYstTGoYgH8E2978WVU0s5NePQVudsltmbxbd429Cun/DWvWb22pWmPxiWBZmeR0km&#10;qJWp3iUEjygxEKzMOQPpz7prUAA5FeBz/hHSU27ABkOKde9vFJknpZvJQ5KWAx3ZJfK8RWxVl0yx&#10;Okh5Tjn28GJYMhwPInAr6eY/I06YZQVKvCpH2dcSoP1vY/VeLf1vyPr7MDsv5T947H8MFHvXcFdi&#10;woUYzLVlTmaB4vSRGkdVLJJAll+sZUqPz7Ee18380bOYxYbvOYlNdDOXT59r6gP9rToF7xyDyjvq&#10;yfW7Jb/UnhIqKkg+xlAr/tq9Jet2RtLIVH3lXt7EyVuvX96lDTU9Y3+0vVU8cU8if4Mxv+fZxeq/&#10;mr1ZmcxTv3ZsOqqZZDHTtn6OpizENBERZXGNr4Y6hYg55DVEjKDwoIt7nHlL35222uIX5q5eaUcN&#10;aMraRSlfCccK8Br+wEihgbnv7v3MN1ZTLyPzBHbAKSI3VhqJPwiRSQKDhSMD1oODNldt52jpGi2l&#10;kaSj0IXhoamM0sMsy8gGool/UQtjeJv9cfUWYUfyL+NG3NoQZ3rCmxu/52iSY0VBJDTz4mViFMeR&#10;onjWvoyBx/m1Q/hj7zc9qN55U90buOw5f522+zcgViZkjuWqMqsblDUDjp7f59YB8++1vultlzKO&#10;bNluVj1U8SjyIVB+LWupKHyqwNeK8Kh1i8F2ruHJTDcWWbadFQyBXgokhyFRlAVUhqepklkpjT3b&#10;63BW3K39gfn/AJy1+dU0MOIocLSglPDj55IJjHG30epEJkueNQXSD/T3mHtn3frawpcvfyTzfxMo&#10;Yfs1EdRBN7Z3srNMXx889DFhdr47DJ6JKqunJJNVXVD1EnNjpS5CRrfmygD2laDsHae+mlWu+4x1&#10;VJzFUyV0lXFJK5ayMZrOg1fkED2dXHLO88v6Tb6ZYPMaApAH2f7PRBecrblsz6tepPQKKAfsr/Pp&#10;S2H9B7RO5secXeaCpZ4nY+OSCoL69Dc35bSOfp7P9pufq6RyIA44ggf5ujHargXTCF4lLD1HXftD&#10;Qbsq6aQHyzRlHBS0jgHn6EAj6+xC+yQTRsDGCpHn0JJNgtpUaiqwI9P59dEA/X+t/ZY+9eut3bt3&#10;hT9obHzWLos+2Lx2My01ZjTU5GJMPVz1VNX0lZDrqJPNTu1JURsrE05GkErdeZ/30fu0c0b1uS+6&#10;/t/Yi6vIrWOG6tI4WaakWvRdR6amUBWWOSMIzxhEkGpGfw82/ur+8eycnbW/tpzdM8G1y3LSW8rO&#10;BEDJTVG1QPDqw1BtVCcGhIr4gaSLXBBuPre97i309qPd+4It9Yfb9btU11HX7a29JiMWtXO2Koqn&#10;NVVfSVbVpersZZcdWhKeniQK327JoZAhE3O6+3KXmJrK0tbhbaWzg8NFZ1RWfVViTI2AMKg+MgLT&#10;SFIOaG37UeXpb6+cG5iuZg9QC7hQtIypT4gxq7E9obVUdwCs1HQPTfxAVEqTpXVck7p4kVFgaCnp&#10;0hPFmDpFqf8ABkdrWBACqzPYmI7EbDbvqqKLC7k3lQDCZ/bmSdYcnt/K1bUP8RzGGqPFFHPNQZLB&#10;ithmVtVmcSc6/Ye3W7sd4kju0JW6lJDhqao2NC7KcBl1Krq3mG4VUkj5RPYeP9MniRlQfT50x5kY&#10;9KenSN2jtiq2nt2h2wKieqo9ryVAwU0En261GHT7qDGYurjYTkfw6hqRTKtij/bo624CqHtbAviG&#10;2Rsvei1OWzm3MHVnBZyooKmFsjiP4h59vTTLlKOGemnpK6SupFMWoNAFMTsCU903WNoFs7C+T/Go&#10;oyAxDCqE6oz3AH+JAeFNNOBrayu4b6Fp7TQq6grAFTQj4lqrMK0x604jpo6tr8LnH3bujamSxdRi&#10;txbjp6rJ46hrMXkBit0UmMo8ZuGGSfB1NTQJV1dJSUc0qMRMtQ8plAZr+4nV9Fis1lcVBVVa02Oy&#10;lLXUOWFVM0f3L01ZBPpceVTE9M1KAdSj0MWDDTb2ztCQ3U6Ws03hW01VYsQeFCD5Y48ei2+d7ZJL&#10;1YizRkEfIkdLzdNbWUOIrq6hpDWVlDE1RSQW4klBCGzWa0vidtNhzz7Y967qxK72GZ2BlMdXVeNx&#10;mJrZazF1OPngp8zSRQ1M0M0lP9z4289NqQlgys5B/wAC7d0tI9wkfbZFKpGjdlKFhpP4tXEgDHCv&#10;Tu1ST3FhGb2Eh2kYCv8ADkVH5dcMRRT1OCnx2bi86TnJUrx1JuKnF1FTVJTxThQPS9A4Q8XH19ih&#10;J8rOy6GgwFVievquPZ+P6m+QGHoHrvJSfx/cGGxu192bExeCq5IZYcj/ABnbudeiMcSSkVdBUAA+&#10;Er7OG369uoNsto4ikMFrdR14agR4kYFKCpXsGOK/YOkW2cm2FlPv+6fVhrm8eKQgDIK0jY8PxNWU&#10;/IkfPoteb6I2Pmc1uCnyFRT5bJP2f1P2fPRU5/yvG1WKy1LTHzw0ssMqxyV9JVVXmkDlYpApFk1e&#10;15kuztpUs+/Mzm9txbfxGTq64U2bgo67J1e8txJW4yircyi4+krK9hj4q6nigeKLQkesltSn2UHc&#10;II983DxFejhjrBHeVagY1B4g0FKAAYHHpWNpni22ztoLoMUIUJ/AgQUAAofStT5D81zg9mZfH0G1&#10;sZS52WuqsIMPNW4l0p6OHA4JcfFCmJFMkqOVqZ6FvI0zO7tHwFC3aoPsbfe9PlPubbO2ept97uhr&#10;+qd6ZXM5jK7Ixm76nP4rH1mWwGMx1VTYO2GyNXJQzSTy1BjkK0iUztMQupwHtxnO8LBLHM9YJCeG&#10;or3oAwApkVqf6K4px6GGz7TFtzP4xXUTQkeY86moBFOPy6GWsbC4igqKutOMx9PVpFBPJkZaampa&#10;iWRTDT09VVTMsTCokfQAzEOX0i+qxsS6N6g7o6W7I23PvfeOc7Ypuvdr5bBUeMzWCrNvzZjOU2+9&#10;2Tw7gGSrarKUU8k2NamDO8zyLBTBiLSKPYqg26725k8O+kk8IHSSCldMjkEVJ48ePmeHRLc3m0Xq&#10;GkaNG7DVQgn4acAKDB4U6Bnc+Z2t2n1XnqLEblx+Do9+YSkilzNFUU+SqaGlz+KxVXVrJBTVEEzV&#10;bY+tEPjDi5YcgGwVW2qrubFYHce2Kzr9MzteDsHcdBR7xnzH8NVcRX7byu4sbU02OqcbU5CrqKWo&#10;ykdE4iYKrL6W/XY+tb+9h2N7M2Hiqt3IPEJoaMjMKKe4kVI8hT58QfNZwHeIrs3ojlFrTRxJ/UAI&#10;J4U4EY/b0+VE+z6remNnk3JSQ7oG3aaskw1NNFM82MkzGPgateYMYvt2qqRU03LkXb6Lb2Lm2cds&#10;zGbUkxFbIMjW0lQs0OTniWeqo3pHqNKRpErQv9u73Z2DaNQXUQrEekS2ht4oUPiMDlgKkZ4UHy4j&#10;rdr9RK9w1NERagXhQUFT58TnqBuD++tXumgyGNnemw/2JoqvGCSCOOueqjiZp5xKi1Syf5MyQ6Hj&#10;JTUxDXVfYx4bubGwde5/YNFt2OvodyY/LYjM5pMlVxZKi/iiy6auIrShWal+4j0fualA5J9ne283&#10;JY8s7hy6mzq5vEZHlLnWoJIqNFPMg/FxHQc3DlB7/miDmRtyaN4NJRNAKYB7altWa5oKdFc398S6&#10;/eXd/X/deT7KyuJyHWu48Hurbu0aPH0pwGTfF0cENRQ1LSVQMD1ZjmDSLGCZJvStvZKd4UOMyP8A&#10;d7D4777PV+38VJiKCSellyCUdRJMpxsWRqJLvLGvjM8sUatLIx1MBZfYHliYqscTGiqQuTxOVrmu&#10;CAeNccepBhuWhWR3ChXFaeQHn/Koz5E/aD34mJqQZGsmSjx0eQqo8jPodf3GMMcc87tpGubxpGit&#10;fhY1HNuVrujtTcs/+j/aVXjMXWf3L3Li6zLVmOSkjqcJQeMSUuLqY3d6uoSRPNadIGjuRE7xyEP7&#10;NDuU8l1tJjsVZoZEDuoUaVUagCDUtWjVbPxUDaugwu1QQx7xIt5IouEfSjMWVm0EEgkUSlaBQ1a0&#10;OmnQb4XrPbuIzm9d1Yuuypl33im++pZqqplxdTXRtplzVLBcpRVFWvgBRXUFYtQWxPsbs3uHNUmJ&#10;r9r+YjFPVPPHA0j2g51sscRJRVYvYgWvYXuefcn3hkjtJbLxGNvrLAHy+Q+R8x1HMMavOlzrNdIB&#10;9Dj/ACVx9vSfwezNpZDcmO7BGPo13RHQLj2yaIy1M9KrlkhnIfRIsJBCFgSq8D2WDc9NGZZVsG+p&#10;U2sbabDi3HHsMzgMQNNBToT29dK0JpTz6H+hcsmon6gHkk8/X88n2BOdpAuoaRbUQOP8PZTKhBan&#10;Do1j45PTqOQD/h7BjK0WiZwPoST/ALcf63tEwxjozicMoHXftA5KPST9bamAurX1XNwW02sPbIJU&#10;5HWpQKjr3sP8kDc/S/Fh+LXP+PurUJr02MHHHr3s/wB8F6HKR7a7Gr2qJI8JX5XAUUkSqzQ1dfi4&#10;a+skEjFgkn2cdfCV9N/3QfqPfQj7iHL0ytzvzU/+41YbWPHF1DySMD+EqroKZqHPRttixNMJJCAw&#10;yD/CaUNPSo49Bdv2OgfJYCd6eGXJ0K5FqOtdFNVQxVscFPUrTSW1wfdLDZrW1BbfS/s9eFxLRzPV&#10;lTHqYSc/qWJHJXl9WkyN/aFiF/2/vorfXepEhQ/6vT7OnDcIZxGnc2qlfz6Rmey5lp0p0Gu1l0Ak&#10;CR2UIUUKRpij+pH1JP1HtWJXU1KjzIU0ltU0zMpU6edH0Zj4z9eefz7J2tppmCE/YOpJ2fbnwGXJ&#10;pTpC1GLra+dIGVlIU/bQJcWBH7ri+oawP0kg2P09oGu3bHPXzXlVoQfHG0kpRA111MCOC6C/+w9i&#10;OHZmjtY6D9Q54dSptu2JFbqBXt+yv+DoSsds4UeMhiELJKt2lMUQaR09V1I4PJI/23tGVXYCpk0p&#10;VlbTO0qK8bI8aGPx/tuQQwmZFRl9PJkPHt6Wzt4Ght5WImYMQaCg0hWIY+RIfGOjETwQ6QBqNcj0&#10;+3pRw7RhFJqeIXAUjyKqEj9xyXF+CRLY8/pHuZXRVbQPVOXACpJTLKAGkSVUeRo0bQXOtrE/ReLk&#10;Ei6y2lgDJHHpata0zwJGenvEcrrSlCRTrnBPTLMKSHQ7KVSVVUBIdKhFs3P6wh4F2NuBa5Dbj7y1&#10;bzTIZY0MLfaHXIPC0fkjEw1DSHaL08WU349qbigQRIwDevn8+rxQMXYyitT1Oq1VYAF0RuzO5kA0&#10;6SxUArpOrRYDULm/1Jv7W0OPhFIk8EwaSVFIS7gKRrn1K1/UNaBLW5/2Pske5kaUxSJgGmrGfLo7&#10;FrbKtfDUNT/UekrNWzrUyU0sB/acxpIFikaSzRBJBqQyR6tZ51G3vnS55RVLSJUSKLKslpCykg8g&#10;K2rSQQQfxY/T3qbbC0LSmMZyDTPTaIqvUOy/Z5/bjrhW7cEtK9Q8UTMD5UHiRZFc2N5GRVLkfj+n&#10;PsSsdkIfJHPTzrFN+rQpUR8EOLIx+t1/1X59hi6tXKtHIlU/n0tWZowaNk/6q9BHmcRM8M1HWUzV&#10;VNZkSRxqnYOXjYO2h1KESfTR+B7Mb1tuSKesgpat9JZAkMrlSjM7IrRAKbcByw5+vuLeatreO3eW&#10;EGlTUDj9v+Tp6WfxIChpqpx8/t+3qs/5h9V17bLymW29FK70kk9TWw0kDzzpDBTVkqzlQA6W0pCX&#10;0kaTzc3J6+VXVeP3zseDN0Hhx+6dvUr1dDlo6eOWWdIkac0lWWKmeGQxsRGTpZXdOAbqG/a/mLcd&#10;v3rdtr+tZLe4nARuPgEhdLqh4iopItRqUsKrUnolkuVuERI0GtOB8yR6/wCx0T/+UH8lN4df93di&#10;dQ5vM12V2BvDPUxxmArK4xptPJaDQQ5PCULJpEFairFWxxmNXZY5kVSJBJXFga2HsDB1MS06UO49&#10;vVtXQV9DKrGVpqdVY0gDxQOy1VLPHU00jKSUlA4uR7yZ2PfistxLJbPCqTPBLCc+BMgU4cAK6MjI&#10;6uva8cqMKVp03pj3C3OgATo3nmvWzjUznbuRFQ7vLhsgUjOlmMdLM4PirCzFvIJSPG30JIvx9PbN&#10;QY0wVciTQMiwkEqQAxkFidepSPrx9PoPY6nuxJbqUcFj6dBPcoVVHGnuB6UktSr04MLBi4VxpN9I&#10;PBU6T9VI5Pt3yVAlRT1NfLTNVvEkaRUjSEieamRhTMBIwhU2NgSP2/qLc3D88UMgSN4FkZCzgEA5&#10;oeFe2vkuoEAmp6J1S3DYC1+Qp02QTmOWGNSsbCR5DJYamSRgHBJ5CXI5Wx/x9hPtxMvvbcc9Tl6S&#10;XF0uODwLiSsnrqOR5o4JAizuHFzIysoFrBTc+w9tdzvG4blJuG5wSW1rajw1ic9rMw7nNFXUVwVY&#10;doqAB8VDG3jUvpIH5dPNS8ePpF8c1zoKrMxBsqmwIItyi8fn/H2PcVDjvFHj8rSRZGMSJN4KlJGW&#10;imiAMFRS1CETUNZE6gxyQtG8bfQ2Jub3SG7JnhOhgcMKVrkVzjz8wenLy3S5jlieNTEykFaAgggj&#10;IYEHicGoPAggkFE14lq3FVST/YyhdIqIwi+deVP3EQHiq4yGb0yK6eom1/oe/rD5f1+3trUu0965&#10;VMxh8Ni4cbQ5Cvnhx2Vx9BioGVjXVkcaU2XSmphGoeZYHRIrl2Jctjxzb7KWlxuc2+bJb/TXMspk&#10;dVBaNi3oGNYqmpwSCTwpSnM735+4XyzzXf3/ADVyRug2q9lleWWKVTJbsztVmHfqhOosxC1UljRR&#10;0VCq6Ap9ob2ye9Nh7dWgm3DlqjJ5mhxz1FfichWZFvJ58ZRzyyVWGllkfXPpZ4nayiNAqhSpd1dt&#10;V/ZW44qPCtNS7QpJzKIml1z5TIx/easnUGnj0y0yIwWCJnZQAJRZpFCSpyRyQOXLVLzcVSTcScUr&#10;SNSKaSCcsa8QKDgakdA/2l+73Y+1Vjd7hu81vfc0SEqs0atoihqnZGJACGZlJZgBVaAfxE4uAiqI&#10;cXHJXxtT1ksKSNTmQMIkVUUI5MaMJF1HV6QVPBFwfZhdiNicjsTBmkroZ5KegFFWLHIGlp8hTL4q&#10;inkiB1I4ZdaX/XGysOD7BO+/WWvMW5meErrl1rXgUahBB8x5GnAinXQ/kp7Sblra2imq6RBSvmGB&#10;Na/LIp+fVWnbsu6cH3jvRMjiKmGnrc5/FMdPJCy0mSw9U0hpKymmkLN4giGN7WMcqMjcr7x5Cijh&#10;ppCw8gZWLPJ6Sqi120m5IA+vPt62nZpEpQGo4dCSUK0bs6ANn9vp0p8Dmpq3IQeOQUrKyGKnp3JE&#10;rspsitc6g1+Db+nsqfYEtNrmEEUcxV9EjOCECEXuoU3Zj/r8e5h5bWai65CMeXRe0SyRDBBP8uj7&#10;depWihpxVGWFp4VYR6gZUZTyGbTY8f4ezjfATfZzlFuzq/IyZCKTazUW8MBNSZOqpJpMVLUKlZhW&#10;kSRqlsTT5kRSyQhxHNHWPEw0AhsffvJctJbXmxcywlSl4zRSgrgSRgMjmlKsylgM0PhA9wr1xJ/v&#10;I/Zq02nmLYPc3Z9uthHuaSWt0PCDJ4qozpMQ1f1WiVl11rVFIyDVUbjyn8Eq6GdpIkpsi0tGUlBE&#10;a1cdpDItpFGuaAPpH+qQnkG3s+s1PMclS0U0kMMINRPC8kjBIYfHG1PTjQfSwP0BIuxsefcBxzJ9&#10;JJcRozPRQeGTqozHH5465I7ntr2yyypCdZpgedWI/bivHpQUGQgq6cSxeoajH6bG7La7cf2G/HtE&#10;7s31jNpNTUEkwkhrkyS1mQiraaKgwtJQ4qfJfxHM1NbUQyw0tRSULopUOBI37mhAX9q4rKeRYr2e&#10;Arao41EqKKulyWapFFVgqMRU1dTppUhzaOW73dVuHVNLp4YVQju0jSSrFpjCg1dS4YqStVB0lmoh&#10;c0Qs2oj8W5B/qf8AW9kO+SO29xdt5jbGS2Nt2lxO9aBN4YWj3FVVVfhdx5GmloKyhmocbBOn2Nbi&#10;q/E0NfUvNOhlplmp2gaN6hkkCPP3KE9/Z7ZuO0RxjeEiniidmMMyl1YCEAqY2SVfEIaRg0Xa8Ghn&#10;d+si/abett5JsN7sOZdxkm2Cb6eUwKkUlupR1fxGIJlSVJXhj0rVZGWdJRpiUrKQLEvJPHHNvpYc&#10;n6f09kmyHRfYtD1/0/icria3bW6dxb5rsDkshuWGjSr2vlaSRxsOoGZwi1lbi8fnHylZFLTipmdZ&#10;GdkEkUVkiJeR97t+XeRrGeB7PdLm7KSSSlQ9vKHdbXRLEpdUkEkiuniSaZH1IWCqBkXF7kcp3HM3&#10;uBf2F5DebHabbHMgt9ZjuoZATeDwptEcjW4jjZZPCQMFVGKsanNfi/8Avv6+xK2Z132NuGmx8WV6&#10;0yPWnb2H7NxW96jfWGgx+Ew+68hgaSsxMr7tqaWizFdV48xUrx/7jftoav7mlklSzssg223lnmnd&#10;ltbnc+Xn2zmqPdI7g3UZjjguSqOjG4CiVirCORSsIj8QNC7jQSCCuY+auUtnnu5rPm6HeeRLjZpr&#10;NLObxJJrdJmRwLZXaFEcMysTP4hiMc8YJZFI8T+biw+v5/1vdlFH09tao2rW4Ok3Hl9uY3M7qqNw&#10;123NujA4wZSeHHeb+DVNWMXJmanG10dFFWyRCoM8n2qq8xgd0eStzsbX6y3t4Fa3txcCZ1jKRrK7&#10;gakcBMjWCzFdLu1VZjEBEMTpedd4bc4d2n2u3u72CzMKzzmZzGrOP1VUy+EsgDPGjFSi+IzafECM&#10;sV5iklgCbi3I+n54t7L/ALp+HfSGSp89tyt6021Hh8zlMluGHJR0S/xiCtyctJW1/wBnXzS5XI42&#10;GuqoWV1hjgp44SIkg0s8jON7f+3u67be203LFn+rMzkrH+ojS6SzpIxJUVyEUpGASvhsuGkXa/fn&#10;3OsJtr3SHnG8bcLeBYjHrPhMqK8aaogESRkGllMjO7v3O7FfDGVZgbcf69r/APFPZM/kV8F6ve2/&#10;P7+7NXKR0EO2MfiqbaOPzX9zaIZ/CwR4nCZFN1VFFuGmxWMx+Fok1wGjitNFCIpmE0jQgH3L9lYe&#10;aN8TmHZLvw3+kEYs45PBrJAixxETGG4SNPAATSIRR41VWrKXWfvaL7y0XLfKn9WOYVt3uJL1pWu3&#10;h+rkME7GWeI2qyW5kkeZywfxX7JHLxJ4SiTnrH9D/vv9j7BjJ9H/AC4weydv5hthbFzG9fut24Kf&#10;Hw1X2m/kocVjcnUU+cw22xuqi2/n8fU1VGuQjmoqEZaoyCyNMksU8pliXcOUPdSy26zujsFhcbko&#10;nQgFlmBVGZSi+OkMmpgsitGgnkmJMqvrYPI1p7hewm5cwbrtycz7lb8u6bafWVL2ReR41aGa4+ne&#10;eCRFc25SaUWscOgQshjGnsNf6A+yqYnpHtuLMZDCZPqHsfeO+8VlMFjcNTZGilp8BkaGnoa2kl29&#10;X5ChioY6LLwYVzkKSWsrUjioaYBCy+LXGG1cm8xTXM1necm39xvkMsMaI6n6d4wrDwpG7NLAMs0L&#10;SyCMRx9rEFNU27l7jchybbFum3c97Tt/K08czzSRktNE7MridI3aQujzBYZViiYvO54d465e4u4O&#10;ru2+uez+taHtnqrIbqyUdTtGGi29u0ZnK7O3HtzGY1HpsRk8nt6r0VVNj6CALWRwTA0EVO6O6uJv&#10;ZdvvK/Nuyb7sdtzNy/LLclY40SXVJA8caqoQvCWBEaUMug/pAHAAbp7aueuQObOTOcLrkLnqGzst&#10;F07z2pijuoJ5JMypHMAUaRiREzKDM8mtRp8Mj3u43a+0B0t8Vaft3Cbf63r95bR2RRZOlpdi4/Fi&#10;COnoNzT08ucxu9tr5XE57IbXy2FtW5OkrUr2q4CiMUmDyR5HbZt+5cncgDmmx26wfcbSy1iOBECO&#10;El1axcRaXlhki/XlSVy5CMjHWoB5z8xb+vuR753Ht9u26bzFy7uO5yRlr15GOp7cMsL2d1HLBHcR&#10;TForaWIwCJwXGpGCv72X+i+d+xtzbepW3Rt+hwNTlaXM4rcm4cjh5t047LVThpK3IbZxdHWbUwVb&#10;UUM0EVGBVyTyAyUjM5eGSZy6H37tdz2e2h3OE2sr61mZojPFJgV8FF8BJFVtCqrFnDGIu7BHpKl1&#10;91TmnY94uk2Tepbu3t3iltreKZbaWFQy6EuJJEuZ0WUFpqxKi0FwAmiVI197FH4pdmU+8txbL271&#10;32Lvql2NtrcWNxVBsSjTFR5fdlZurdrwDcXZefL7Wwu0lqa7csdLRYTFwGOdaMLTvNPHUyylPKW/&#10;7e0+3Q2fNl3/AFcgmIW37BIwmmIEl06pElujNJqS3tkIehWMl0kRg372e313tW375uPM3JG1y83X&#10;ts0jXrl/BtUtrYUt9vgP1Mt1RIDJLeXLgxmbVIsULxImKeVIYpJpG0RxI8sj/hY41LMf9gB7vd2v&#10;uWghrNyYqb7mU4LO1WBlUiiqInyVJh8VV1UdM9BVVTGOhmrjTypUCGr+4hkBi8YiZ5JEy7341xYF&#10;RGkmkvqUg1AYgBWJqC2k1pRgaVUhjhVHyxe7da7Zc3AQJdQeMoOslVaSRVDa1XVUIHQqXVo2VtRI&#10;kVUFl5v4lFBNRmwlVJkqI2t5IC3oP1uQ3A/ob+1BiMzQTPB9qkNS0FUzRtLLHFM1U6s81KPQ6CSZ&#10;fU2q3FgCL8qr2wuYlkE0jDUgBoCRpH4/L7OlNxYsi1PbUCoANNIPa3HgDgLwx0zT09U0cySTTASQ&#10;KpEcTOETUf3SfIAeQRa349orfeQGU8TVFHoK1Lo8kEwacmYatEUlSvhjSKI3JF9Iv/h7P+X7drIP&#10;4c9W01APDHyGak0Hlk9PWkaxEBHBanCnT7gaT7FDHHKZVOk2K6EutwCE4IZgeefx7LTWY2ujkrYq&#10;LHPXY2oRhU+djLFVzVKkRsZJ1CKlO6647kLGZSTwBaU4bm2dYpJrvRdoe0LgqAcjGanIPyGKdHJl&#10;iMau9xpulrpC1wM1Ipmp8z6eXSxjk/TqJDLe4HAP4Fxyfp7DxdrVeArab7qryaUcqo8lHWI8NLJL&#10;EvnPpp4podUizhUEd10MrC17+xIu6RX8EnhxxvOODKQzAGo9FOMg19KZ6Mbm/XcIJqQRGccHUjVQ&#10;0XHmaDjWlCfn1KSRXvYi4NrX9iWcrUZKUwvXBak0E7UsOLnEcdJSU8YMR85ICyssDaUkOt7n6ayC&#10;FhaRWqiRLb9LxV1GSpLOWFRpHECoNRgfl0FGsVtVBEJ8MyAMX+JiTSpHyOesekgmwJ5PuPh95bRx&#10;UmOo58U1XFX10RqpRUrSUti11qa6RVdjDEfSGhsxVbN6r+3L7Yd6uxczR3uiSOM6RpLGuRpUetM9&#10;3E5rp6S3Oz7leNPLLKKxpgUJJOQQKHiQaitOIPDrt1dtWkhT+CQfrb8WI+h9j3hsBHk6OKSmQY+j&#10;m1VdRSQCl+2q5EY0rpTSSyTVEtB9NN21gfXj3HN7uTWs7JM/iXCnSrH4gPiGoKFUMK5xTokmPgyv&#10;oIYCoVvMAgEVHkwrk8CfIU6a5aho2KHl1/UQCef9ubH3zxu06XPVWVp6rGT4lsNllXCV2QnoI6DK&#10;Ur4nHVlTXUkUXneGCmrTJShKqOCZnjaUDQ0bMjfmK9tvEIUmFhQ0Gpm4EMKOSo7yDUA1QgLpIdk0&#10;0cdt9JLFfpLJLFqdF1ao2EjoFckKpZlVZewtQSBT3BwvCaveCJH0eUMDqABMg+oW1r2ANr8Hj2A/&#10;duL00dficXAamtilyUlNiJMgYm3XFWU00f8ADpcjTyCTw1FJkDGVkiMETOxZgqhyLdpu1+gmvbqz&#10;+prCQIwSoBVWGlgVPa1KsWNMKaeg55LEa7pFPNc6IaqWmVFc24VtQk8NqgkFdRZW1dtM8OnCllMi&#10;LKTw6jjSVKm/IIJvx7fdkbWqqHBUMVLVVlFU+GGjLUGOgpqKhlE0RnfC0+Tq56fSYV9UYeYxwIqX&#10;cgEubluUYmWKaCBhGFGKoHCrpUFVqUQGugEhq5rShKa+3HxL+4lkjDI8hajtVnrw8RkVatQAklVB&#10;YsQADTrhUSqdSk+n6MOLH/aTz/T2KmIrKjIzZPDV2caTwUcNVSV0tUMfUxztUywVSwws07xQwLUK&#10;WjIX1B9Aub+wvf28dvBa3cW3gozlXQLqBWgYMaaak/xA14E14EO7/YQTwWl4sABDEEcRpAFKnBOQ&#10;wY14UIFRmNEUgEfijRTIzAiNFUWAJ5KAMzWHJNz7Q42eK+FBAMhV02DqBhKesqaOeqyORjoKKlk/&#10;iFfljX1C5eSpkldzXyyGoqnWUS6XibUu2bdztcUu3MCEULTxJCSQVAFC+pm40c1GlqggtUkg3PdJ&#10;LKZ7isSvOC7KjIsaEyMNCxqgMWkKP0VGmNChWocKrokgNgSdR55/33+HuBW5OiomQ0MOTooaAiaS&#10;OJqyZci1GklaKSukV48XQ4yqmhEZ88QidnSJmYlllX3tu01rpvmilaQ9oJ8MKSKqS4q2ADWp0n04&#10;dI9tiv1Mji6iaaUaQ1QpjDkISgzI8ihiwCsWCqXFKak5uiOAHUMAQRf8NyAR/jY++917Vm3dJt6m&#10;yOCxuJysWOghrJceIJYcbJGmPiq8HhsiMXRTPh5KOGag1AU2uilDaAGVVLNlgsLKyWYxQ6kUU0VJ&#10;UE9yq5VG0sOJ0ITpACqa9X2jmT9zNvdzBus1xaNMxQSVUyg+IVmlj8R1WYMyTaT4gEy01llJbsC3&#10;05/31v8AiPcSj27UYCgkwNYEWNJaqJJggpFTGyvKlLjo4qUwxfa0tJIIIipVmiUa21XZzpZbe7jV&#10;0lLwkYUUXSK1C9oHwjAxw9T1q73qLdLyPdLdquVUkE6yZAoLSksCQzuDIwNQHJ4rQL37U1PjqSvo&#10;xWU2QppU8KuJIJfIhhTQrRRgay513+t1sPx9fbJvipjUQVjY4PlXjWvCmPLoimuLqzuPAnsnRixW&#10;jChB+deGOPnnr3t1o6HHxJBT+CGSeQiR6hfuvGHkpZGhadVcKWp1JBVvGo1W1FiAUk91cu7Saisf&#10;AAgeRzQ0rmnHPl0guLm7laSbxXEaigXt4BlJCk57jn8RrwFB173hqMK02Nknxn2Pik8UmuaWn/iU&#10;z6pP26WmBVlpir8kaibDnkD3eDclFzGlwHJAPwg+GOGWauT+ymenorsRXQW9Lh0JGkVCAY+Jq5bH&#10;oKfn178/7f8A4j29bPxVRRzSR1kscC6Jqp0rGkp5RLGY1SOKNZr+AoToIe4P1HtBvV2ko/xdC1aL&#10;VcgA1yTTj8qfn0m3a8t5yGiBBC6e3Ioa5JIGfypwz10bgccn3mr8lh6uWWCsjIggnieCnDvFSog9&#10;AoomEX9EsfoNNh9CfdLWzuoIk8AKtVIJ8+HxceHy6Tx29+qrNC4MxDVYirHzJNKcK+nXgLC3uJSU&#10;FZOlXm6CliWGlkSWejnDN91GSImmstmdKZ5QG9JN5F+n19v3U8CPBY3E1XdSARSgbBAyDQsAaGoo&#10;Aa1xR3WhQWU8xLBfjx2+ZwQeJ8/KmeuiwBUH6te3+wt/xX3gq8jUUlPLk5vJIv2MoFOqvIqowZjF&#10;BAqvPKyzKJNCAvq5Xm3v3hQ6RCqEhWBOkVY0PHFKnTUfZ5dUtrRLiaGxRRXxAQxNDXIyxooGaVNB&#10;64r1y9oyizGOq6ynqhWOFp8pJR1EM3n0wNSeOVEkSojjIWsilWSJiAksLB1uGW5uBK0F1AkQPac0&#10;INRg44jPrxBDAkEEim72u9htriHwBQwB1IIq2okGmkmpUjSwrVCChNQae94NzZirSsaeOloRU46e&#10;rSKoqKSZJY6eRpI5JInkpoJ4apIJmW6Kn1KcgG7m3bTaXEcbSBi4CMMjBIzTjggkcTx9ch/Ztttk&#10;thA1xI0U6LVVbg4oQCCxDLVRUMXxk0NCPe0xV19RkaOpmMUJkrQI42hkMVQ6zhaRizIDNRh4HIWX&#10;UrGQBSUUEg9S0jt5VgEjiJK18wKAn7WNQCQKnzFeBObW2hs7uBUZtMZJIIBUU7wKV7qN8S1PZWlT&#10;172kqWebGyZKoakd6imybY9FS4WqH2kFWKhUaGM+BfujTh01xuYmKOw9RXwTDci0B1JGv4mRhWmD&#10;pJpUE1IPmPzAEFzDHdrZQiakTwhyTSqDUyaTQnJ0iSjAMAy6lU1HXvbFufImoijaeKqFQxtJUlQ8&#10;SvHq9JiIuuq5BIIIt/r+xBtVp4chWORCnpTJ6X7JZmOSQI6lAPh86Ejz/Z5de9vGEUwvBkYlNLUy&#10;QtGdSWiLyB4ywPicozobXvYg88e0G4fqxy2rkOqtUV4jzpg8B9nRfuP6ni2TtrhDA4+LyNB+fDHH&#10;h172GGP26tJQVaZLJz5jGy7uzCVXlpaTJ00X948/VTHGzRRGSWmx2EyNYaEK3kFOsRE91Quu7D6W&#10;x29rP6h7ku0janqxJeaR/CGhNJRNehQwqsSKC+oMzD++3nx7qFrGwW2u126IrRnjdvprdVMgJoDJ&#10;NGnjYpr1L4YLHPvZUPkodu0XV+56nET0lNntuUmVxuA3Xjqip29u/HRtuuCLdFJC1NjcYz02b/gM&#10;skhgbxVJScJrjN/YC909ut7/AJG37mC3jMW+2tr4UM6v4VwGM4M4jChCqv4UlSSBOoOlCj1fID2V&#10;G7XHPOxw38UjbTeyQyT20qrcWkh+kY20hBeQAwfUIoDgtHWGulxTr3uuDune9TnuqMZsnce3MNlq&#10;jdby79wO7aFKiF8JkFrKnH5KjnRKWpiq6Wpgh+8mVWpFp5K8aFHiCjG33Dvbl+Qtn2Pe9hhmk3FW&#10;v7W5jNPAYymOZCKP4lVHiyKrRhDMAAWiKrmX7a8sQbVz5uPNGz7vcQJYBbC4tJCGM0ZRZI5UOtNL&#10;KxEKswmMghJYnxS3XvZBKDbwfKotRXRYlFlB89TBLUw09XJUKZZ6uQVVRU01PTwRSSPUwxya0RfQ&#10;wN1xZQQLeRWk1yqISBqOp1QmmXOpiqqoZ2ZFOqgGkggjLG73f/EpHgsTM9CdKsqMUUGiqNKhmZmR&#10;QjupUkkOCCp97G2s6QrsfsbrzeuD3Fgc1kN/5rP0dBtwtkcIzUu366oxn3kVfkmxODelyM9FK6xx&#10;TJUxGaKN41aQD2Oz7YXd7svKu87ffwTXe6TTBIGHhDTDK0ZYSSmKMhjExCkxsDLDGVDyFVjO39y7&#10;W55p5t5c3PZ7u2tNpt4GkuKJONU8ay6CkayzakEiIWZSj6JHViiVPvcfbW48jlvPDVvLQ5HI0E8F&#10;VUVdDUNhKmhinkjiy+Tys2Rljgr8hJ5sfeppzTa6ryNMupjGj2vZ7a4hkdlkjvZ4s60/QKLqAkeZ&#10;pAollceEzSRCGshfxlo6oo3zaLSz8CaNkmtYZ1KhXHjo5CkxxxLEC0SApOPDk8UiEosZ0osnvYo4&#10;Cuq2opNkQ7ljxsNPtvIZrE02Sw/3dE+5qqSDLjBNVhayooajLS48R46qUukVTIERokq5WD1usxt7&#10;jlkb8sMUVq80SPGXBuCVlEWpQxjaQxhIJR2pIAoMYnmJAm52sP1Kc0S7GZZnu44pWSbS5tlDRGYL&#10;VFkVFkJuITQvEpdxI0CV97Nb1n8hsDgdyUO1O0dr5PC5Kpnxe1a3tLblbWyrX0klM+Ho6rf9A0sk&#10;9blMSBFMlXSfw95CzNVU851H3Mftz7uDlTma1seYrCSK8doIGuoSoMlKRCS9DaqtGDV3txE7sXZ0&#10;c9QPzv7Q7pu+y3m/cj75Bc2say3SbbcIo0uGE7JYPposctGj8OUzKnasM8WKe9s+BaJN4Cr2zkNr&#10;7ixu783l4cpR1OCrKGsfL4FTueskoaeCjotu5AU8qVCmoim1MJvLd5ElEmTftxdW53yK62K9269s&#10;N5vXSWCS3ZJjc2w+sfwlSKOzkYNrHio+UlEoBlWRWW7up/q8Lfe7W+s73brWFonWZJI/BnP0yB2Z&#10;pLhKjwj4bpQFDHQRshT3u0/Yu9oI6DHPPURVUDwfuiGRVhaWNmopKZCCY0ZGiZFJ1uGjcHkW9zzu&#10;G3R373MtkwrrwaqSKHINMmjhlalACpHl1gTzXyvO91drHbtHKGAWoyBQPqNRmuoM1KDuX1697Ojt&#10;mo2xuLaVA1VTVCeKmqHyE6eWoMUSrMhgmaIyNLA9ORxoZ14Ki5t7hfd4922vebnwZFLFl0DgCcGo&#10;qeNR/n6gXcRuu3b1PBGA8pdRHWgBJ4YqAM0Hl1jbUGv+PwCfrx+Bfn2is1jp9kVNNHRV338ddj4J&#10;sRBUSKEnLK5ipgssAlhZjcN6SAGUizBh7O7G6TmK3lea3CMjkSEVqPPUc5xTiR546PLZot6WXxoB&#10;GUkYSMoJYerYLA/LIzXy65K2q/BFuDcW5/NvYa/az7uqYMhBQz4bI0Enh+0q4lgqKStMvnejSRfJ&#10;BVwvGVZdJN78ahdVEtrfLt1pJDOxMUoGoEg0AHHtJFR5lWK/OvQnaWHl6CW0kvEurOVdRZSSGTK6&#10;iKAqwJpUig+RpXsi9uSLG5HHP+BuDx/rWPsYds15WkGFrI5IaxDrShkclqSoV3ilgjlkVdSeIBhY&#10;NcMOR+IQ91+Vv31YHdbC3WWaMkkqBWRNPnT+FiP2HqUfajmxdqv2224vl/c89DG+dIYspwNVB4nA&#10;jyJJ+QBrtrZKZ7H/AMXoaUPlaAxmUxhBLVUMYZ2UtpLaqeQqw+vpBFv6PkrCMMkgsyEhrngEC7cf&#10;0UH3incRG3kKuCGXiPTrKNW8RlkhcGMioI8/Xos8ELKApBRidGkkFwQeLEWB1X/H19xKWCorplhp&#10;FZnLMGVFZ400hm1SSAWjRVUszHhFUseAfaYzqwJhYF6cB9lcnyFAST6AnpettIwDyx0ixk/PAoOJ&#10;r8sn0PUHM7iw+3KSoqsnWwwCKHyLE7oZZi0iwxR00WtGnqJpmCRxqbySEKOT7U1HV0+AraWFKyjy&#10;GUeATmnEskeKXyyrSQpUZSCKfQPun0s0ImvYhfUeHbbmEbXcxiKeNrnTX4iE+IKF1gVrqIBCg/6Z&#10;Saqn3DlsbhaObuF0tdZU4Gv4S1QhbhpFQWKnzK0U1QWP3jndyU9Tk8Zhcnh8ZBUrTRT1EatmpGig&#10;qKyeanwznTJ/ksSvF5XjU3u3p99ZvcgL1azjHU9XTRF4qSCOGX79gJvNV0MVbNVVUsNHJS6HRyyh&#10;5o9SsQVV+85u3a6IWS6GkOBoAI1Ag1ZWcsdIKle41IaoVqGhHY8nbDrXw7D9KQ8XWpFKUDsikau7&#10;VQChGCRUHpd4LJ77qIaN4stnKvHVVZNCW+6eP+GBWpPDT1U2PpaNaaethqdaFNIPhdbj0607i9zz&#10;vryOFp6SbJU9LT1amKCmeWsYGZnpKanTGQJjlZrq0nlDyCIBAySC6E807zMh03haJRw0rQ/IjQKD&#10;51yMUz0c/wBSNitJhJ9IiFwRqLMojwKN/aEas5UAU/LqZuWqzNfTzbW3lls3Jtqrq6vGVF6upSOm&#10;imjVY6+rmavq5smlOjWWAoVQuda3VtIx7Y3NiNx1UGJzMNDj5aynx1ZJJPRR1NBLWVctRTsk1ZJH&#10;C1PWTio0rCmkIlPc/qJc82e7t752gvBGJCgehUOpOoggsQCpYGgQACi4bLVCnNFpu22W0lzZO0ka&#10;sylVajBQoJOnuqtO5nJrVgOA6A6i62O1i2axVXl6r7CuyFJTQLVzQVsdDTuk0EUFFDPNDUUcPgBa&#10;osS8lR+CnC6yfXWOgFVDg6KLDU1bFPTvKv25Egqka9TGK2eVooEjjVAIzcKdSi9n9n0/L1o4kNn+&#10;msi6W/ECT591aADtGmlAe2hyIwTnG7eSGW+kaWWIg8SunTwSi0qSfM+fGvQj7cztdJR0cmWyk+Vk&#10;hlpZEidWH2slPaRaOeOljRvuWkk1FiDdkXVcAgoiv2hAK3JR46iiJeJfvqsiOieDIBAn8Uxs6Qx1&#10;bTzR3kCF1UMw4+uktk5ckinuhFAKSIuo4Uq9QNasR3NQ6guqgxUeZHNjzUn0Not3KS6HtALsSpr2&#10;SAsVCrQVYLqNSeGOsLvnBNT1GQrJmhp610xsBR56ebESOXlxeVhqBPBHTwxjSWWO7ISTb2IGwsNV&#10;YbCmB8dNTyVtZkamvSSpFQ9DMppYooFILvMZY4GIZTe9/QoKj2LdltBt9p9O8RjdnZ2GrUQxJHGp&#10;qNIFMU6Dm/3a7hdNOLkSCOONF7dOpc1an9GuRk+Vegw37n8TW7mpoky9K0ONp8VBi1ghmhFYjGZR&#10;UMpUpHGpqUUpZLhT6yb+2zsHG5jNz0eNxMcBIhmqagNFNomgZBF5JkjmpqjUI9VlDaWax5UH2R86&#10;Tyrt9vBbtrmZj25qAPOoI8q48z0s5INnBuMt1duVQBACKA1HClQRxw3EaS3A0Ic4N24fZPX9Rk8k&#10;2SqpJcrBQUGPop45J4alKhp0pYqkrW0opnUKZZGuRGSo5IPsKJepJKiagyUuSydRk4is1AySywYu&#10;TG1UnklSugLTQ1T0i0yPTKqsx1iNbE3AP2uIyLGFUBpJQRilFOosTQLqppBAXUdLBKE1KiveuZId&#10;MlsJ44ohRWqFaQstcjFQJA2lzUAccNSombC7ZklWupIdv00ONZJqfJwSRrLkY6tI4fD4FsjUoq5p&#10;jHKzAGJgXJHAITdn9UYbe1BNjy+3qrETmGTKbaz+Do8rRJUeFzV1FTRtSSrTUqNDGks8CrHHwpGp&#10;AfYhm5c2bc7ILc28QaRe5ZI9ZFTStFGACMui4JCtR8Fjl/nPmPlvdYdwsNyuFCKatFIUJA0kAEEq&#10;XA1aEapYg0BAI6MbtPctNQ0sMeYxVamS01kWNzVPNOkctIrA0NIaqadJDWNrbRA7sZlUv9Db3QX8&#10;qviJvTZVdU5npLbuZ3PhM9kKiQYXD0NTWVe2o2nklEFLFTGr8uPIkJ9V5KdSmpipDHHHnv2/udhn&#10;a52Ws9hMS2hRVox6doyPTtx5nIr0k9mfeKx5y25bTmkx226wAL4jOFSc0qSSxVVccML3ZYUoQBvp&#10;tyYuKPw5LJ4+kqogolWpraaH1FeATJMFV2seL/g+yGZH4xfJqolaWr6l7KkJihqWcbVzVV46ed7w&#10;tKaallMBZR9G0kAcge40O0bs1FFhPX/SMaV9cA4+zrIFObuT41QrvllQ4H+MQZIOaAuCfQep4ces&#10;p3Vtuyldw4El3aKLVlqIB5ULho1HmJLAoeBc8ezq9D/ynOxt8UcO6+8NyU3UG2HeCZMZWUy1W7sv&#10;RuyyyLFQmqT+FyNCODPpYX5Tj2b7fydf3LiXcGNtBStHFJD9iVJFfKvTUvPGzalh2yl3cE8I2BRf&#10;QtKKoPsXWePDzIB8gP5kPXfWedfr3pzZ+4fkd2mKiehq8JsQmn2ftWtRvDEN5b8lpavE45GnuClM&#10;tVIoRtYTg+7hOk/ij0x1DR4vGdSdTYzI52F0jbsrd2Miym4pJmbUKyKWopDFRqsh9AhVbcG/59yH&#10;snJoYRLZ7YGDf6LKBqU+RUHT54H24Pn0DOYfcWHbvHlv92jiRRTwInPlg63AEjk8SpKKpxpAGnqu&#10;vszurufs+orM/wDIbvSTYG0paVS3x56PyrYXGSQFCZ8XuTeFPUDc25HrY0tUiWZKbW2mOFF4Jw8V&#10;1bFDVR1++cs2XkCsppaiRlx8ThtYVYXmMfCiwBHAHuVdp5G2yyMU+6XKvJqNdVCAaila6gD2iua/&#10;PqAuYvd3dt2jktuWLVoUrkqKswyAf5+np59F6qO6cbQYt9u9IbLx+wcZJIgWtxFCse4K9dLLrqcg&#10;KSOrnkklYu15WBa5tawC5qtxbY23TGPFUlCtOH9dQhgho4zGtl11UieFbfkC549iK43bb9uie326&#10;zAUD4wF0/tI00/Kvp1HcGycy7/dePul7KZmr2tqZvn21DYHDFB59B/SbM3fvetePNZDKz5GRJH+y&#10;nhyGQzFYkpaSQQYulZ6mRpGIsSESx+vtBZPsTLZIiLB0dfnnfxqTRI1Hj7W1a3qhEGmaL6EqACPz&#10;b2Qm/wB3vnVbOzmlHqoogr82FW/ID1r0JrblrYNrTVud9BbnB/UAd/8Aecha8M6s4+fQxbT+L1NT&#10;I1bvfLYraFMXlljiro4czuGQwuHXx44OaGk+4C6dEju6XP8AaA9sFRtPeGepmqs1nmw1OSwegx14&#10;IwCQQJalnEtS/Ivx+PayDlfcp2a63KYpGg+DNKmhrX4v+NdOS86ct7ZMLXadsSZyMu5Gfnp0kL9g&#10;x8uPQ37cy3WGxq6Gj29sWTctcZEK5/drff1FljvaloUgejoYxICyhRqB/PsXerOk+ssXDDlc4ybk&#10;zMkjORWyuYqQSR/5sUwlvIy2uWkBN/6fT2O9v5WtLWNZIIlnk46qUUHzAUYFOBDcfQdY3+7HvB7h&#10;yyzWOx25tNtAXuRiXahrUMeC4APn8+hyot/bs31kGo6rLRbMwNLEsNHQUNNIZK0IvkaaSsdY2iJk&#10;OlUhC8pcsRx7Nrtjb+w4o1bEY7F0zRakb7ajp4nJXgepY9Q+n1vf366ivbNqeAEU+YUL/wAdA6xY&#10;vfcHmu6lZd03md2LZDOx4mp4noO+zek90VIDT0+Ty1Jk4vuEnaqq6lAjr5EchnJi8qNza59hJvqn&#10;oYOwNsU9PEClW1Q9Q6AyufSha6s2lbgACwFvxz7ULYNewQNIg0trDGnqpzXyzQZr1kFyRzVMnJG6&#10;X9zOzNGQV1HtFDWgPH7fl0Vyn6Fzm4tudl7YnpabGCfw46goaShWkpqaOYTQLJK6RxSVRnWX94k6&#10;mI+o5uy7467ziZCj3LSq9RSNTPAadyUkjKMHD8XD6yfwPoPZGtpZbX4ccV4oRTQjhkknHr5in8+p&#10;A5S9zbPnGyuNuppu0AJAqTQUHrjNM5/zANsnH7B+KG38l07vPJUGJOX3U+Rxu6iD/DMzksnDFDNQ&#10;+OWQxY00ii5LFkN+fp7Y8TXUU0L+RgrUuqJ0YkOrBiGUxlrW1Aj6c+xfaFZ7cyqQ0Qxwz/h4ftx0&#10;ZX4u4ZvDYFWcV9Rn5449LzP7OyUc0FTj9FRQ10KVNLV0zpPRvAVUxSx1EIaNlkFmNiRc8e2vcGcD&#10;UrxQxoQzCOJGDLIG1Kh1eNSof1308kAfX2Wbpds8DwCOoUjTg4r/AJPX7On9ss6XCPLIw8zQ0GAf&#10;l0/7M68qKeqFVVSPHJHE7VREKtC+n9xtJLKzaUHH9Cfb3WYiDH4/HUFDTyK9Zo+8r6Jnjq6p3Bdo&#10;1f8AcdFsLWBA9gGGyM24Sz7lVIlkKKqmmB+OpqatxrwAx0LDuMkdsslnpZCKklQaH8gP516r52Tu&#10;io7O7d7M3r3DuP7PH9d1NbQbN2Put4v7p4Ghp6jwQ52XG5KVaGetjWBfomttZK2HvvHbeq4MgfHU&#10;Q4Slb1GkSVUqVW3DVN5WqZpPzcAnjj2qG2tfSarEH6citACQCODPxDE/OoHp0V7nzELeyKTspuSM&#10;s1aV9FAFAD9v5joRpstsvfuBE8G1dyd4VNI70qbiTDZLJ42OcSeX7THwQUtNhKOkKsFvGuoKfUfY&#10;x47arNEoNXNOkjo/mSV5JXbSv1YNpCf4W1Dm/syg2RYUZZ5NDVrWgqf5cPlwHl1DO9c//TTlEZWI&#10;rjNB/P8A1U6Zdv8AWabgkrayr2Bjdl1KUs9PTQ5XFUNDFHAulorUkiSzSzsCQCAOSL+1WuDpokKs&#10;I3kVQTriDPxYNfUCefzf2vWyjOkFj4f5fl5dAiXn5HejxtSvGp/yf5+n6k+MG966M5TGZ6anp5iW&#10;gp6COiooRGEKCn8wMZpg3A/TwOLD2lM5t6kKVXio4pxMoDgVU1LIqkqWVTEwGo6uBbn/AA9mbQR3&#10;VubaWpX0qRj8uhTsXNxuJkWLBU1rpqM+pr04jZu7tsUtL/ebdWSwsdJPHR0tNLiaXcFHVMqTFHaW&#10;SCoDRkpcchrN/rH2FsklNhp9DTtQU0xZajFZs+ehqdLAaY6iW4hd72F7m59pbjbbe3hCpdmFWXga&#10;Efk3aftz1JMBuN0cMY/ElBFGiPcD81GkkfYa9LSswk25dstVLi6HLZCOCV8RvPYUa4PcWLbkNLUY&#10;uhS9VDA6g6QQQAfySfYB9w9w9PbCqKd9y7pwOz6d/HM1fUbixsa0s6WceWgqamEeBbXDKTcfQcGw&#10;W3DmHY9nKQbhuMYFMSeIgYN6GOtafZUn06lrlP245q5hgkmisZrha/B4bKNPDEhpn5E/n0Yr4wdd&#10;fJncW2cy2E29V9iVtDS1FP8Abbi23VYlM3j5j+5ENxmgZUrZEUR6ZNYIPJHsmHcH84P4rde4Go2/&#10;jt7ZHsbMw+h6nZ8QEUsqhyn+5GpeOmVBYKSL2PuONw92Nk2y5mbbppJ88Y6Kp+fcRT7Cfn5jqT9l&#10;+6ZzBvEy3W5Jb2ttSlHHiN68OBOeGsHoaegv5WfyHpu1ajuDJpsLpvEZUtI+wMrW1G7q6hVvC0oh&#10;iwynHKJ5tbBTUoR+VBPurzsb+ePuCrWSk616xloru3irc5uaqq5mjVWEbPT4+ioVIN7gGVvp+faf&#10;cfvIb/LGlvtm0xJoFNTyMzfsCoD/AKsekhbP9ybkyKQz79u73AbJSOJIhxGDUyEj51H2dXV7W+O1&#10;BiY4Bn9y1WblhjCaKfGUuNo+GUqsUck+TmWMKCAPIp59kV7A/mc/LzfOpT2LXbTopmA+2wZTGNGC&#10;SR/lGk1jcN/qybfT3G+5e6/uFugbxeZJ4ojXsjpGPtqoDE+hJPU0bD93H2d2ChtuSrOSUU75FEpI&#10;Hl3grT1AA6Gah2HtLHoEp8JRlfoVqFarQ/1vFUtLCCfzZR7L7/s2HyR16/8ATr2Hr/iX8T1f3szN&#10;/vvB4PPf7r6eD0/0tx7CX9ZeZa1/f93XXq/tn+OlNXxcaY6kf+oXI1NP9Utt0+F4dPAip4da6Ph+&#10;HV3U4Vz04f3W21bT/d7B6fH4bfwjHW8Xk8vjt9tbx+T1afpfn6+//9LWITuXIV1TFLlsnWVgUhWe&#10;Vg8gj+pSMuh02vx7HKXD1DO/A9EX0sDNVk4/M/4ePW/vpABFuDe/+x+vsc2+TO2YdlvtWngz0qTr&#10;GZElzGijEy2Pk+yFKYywIPFx7NDulmLFrSGKYuxqSZMD7F00z0Grnlbam3Ibqlqv1y1o5HdniCfO&#10;nlX59YDAxqBNrjAClbCBPIR+P3iS/H9Pp7S+J7RoNw08OCraunTGiWNjBVlYEhFmIKVFrREk/UC3&#10;49lkcqhqNUxk5zQ/tp/k6O7Zb1I0tzOBDWoqaAdZwALf1H5P1P8AiT/U+zTda9ddN7wgrKOCpFXX&#10;SUcMJkiygqIsbKz3knjmEAhDMpIGvgWufY32Tadp3eK6it7CQ3OkZLk0+ddNPy6DfNm532xLZGG5&#10;hfxDXifyGOmnJ1NbRos8KLLDGXaYBSX0gekKqhmPP9AT7n9j7E6G2NtyqxGPwe4s1vhlenFTLm6I&#10;U9LJOv8AkddJDQpIJIXU3VWKiw5t7Ktw27b7EPAviPdA0oXFB88DP7R1HtjunuZeb2Ljc7mzi5eB&#10;1ALE5dh/CGZhn07esONqK+uaOsc0QoZIg8SpT1MdUW9SsJDPIrDQw/MY9gHsjqCfctdoyMv2FE0c&#10;rCoo3jrHhkBUosyRu+lSCQbn/W9q9h5Tn3W4aO7Hh2wjNCvcVIBNSASwHqT0M9z5wt7KFfBGuVW+&#10;E4rXGa/y9T08SSCFAxBc3VQoK6muwXi+kGwNz/h7X+M+JG9cpj8xuBsrtnG7dx8siUVfkMvSRVGW&#10;CyMtsfRtKKiUqvJ9Fr359om5bukmlhkuYBEpIDGRaNnFKGv8uiO892dgt9xs9h+murjdpRUrFBI4&#10;jFK1kcLpRfmT/h6b58vSwVMVHoqpp5bErBSzSrChuBJNKFESJcEfU+3VvhF2vVUWNyeCgjzeOyUv&#10;jSsoIZZ0hAj8jSOB+pVHFvrc/T2o3Pla826CK5ininRx/oZJIFK5qB0/F7tci2+5ybVu2/wWt6oy&#10;srqvmBUZ6a/75YBamspJ6z7aoov87FOjIxGt47oOb8p+bH2C2W6R7AwdZPRjFVf3lPK8X2ZSSLIy&#10;CMkvUx0pYTCmX667Wt7D9tZ3szhYUfxT+Hzx5gcaY49CePm7lm+eu37mk0J4OlGQ/LWpK1rila9K&#10;QTRlBKHUxkA69Q08gEf697+0Qdw7t27VMjV9fFNRTaPXPKwilT06NRLqNP8AS3HtM6zwzK7vWRD6&#10;1I+Xy6FEc0rQr4ZZEYVr1kIBFvwfalpu7N4xyRvUVSztCV9RJiaQjkmQxhQxawvcc29mD7xLJQSh&#10;SPsA6et72/tCGgv5VI9GP+c/s6xmCE/WNOf9pHsUsF8ma+JwmWpVnDqFIkJdAQt2KlVvYj/C/vwu&#10;rOTUG7X6FW2+4HMlixMsguOAAb5cKAdRpcdTSD0p4muTqjsDf8E/6x9i9j+xOst6UyfxmlxBM0Ti&#10;VZ3ido2JUMPE0cci6wf63497uY7dIVkFwtM16Gthz/tO70tt42cJIaVOmqmvqCP8BHUf7OqpwWgq&#10;XlK8rFLwG+vF72F/bdnOhusN1QR1OBro8MajVLEadtVM8enStoqmXQQG4sv9PbIsmeCOdY2KtwNC&#10;BT7fmOlE+w8jb29Nu3KOC6qQQrCoI49hIAHyqacM9YRkquEgVdKUPFyl2H15+n4PsvG8fi7uvDlq&#10;vCvHnIVZnU0iCKoMf5YU4kKv/sD7StE65HDoObr7c7tagvYyC6g8ivEj/B/PqfDkKWbgSaW/KuCp&#10;H+3AB9l8yWK3Rtl2SfH5OCqV2UJVLPTOFva2mTShT+liR70GkTIU9AC52yW2kZLq3aOUH4WwepoI&#10;PINx/Uc+8LZGpuoqlh8hsTIJPDIrEcqSFZGKn6kn3vXrILdJGhABoWp6eXXvb7hdy5jA1kFfh8jP&#10;SVsDao6ijqpIahPTYpqhceUEHnkH27Ddz2UyXdnO0d0vwuuCp9QRQ/z6Q3dja3sL211bJJC4yHGo&#10;fsqB10yhgQfofY5YTuymyCwU28cYJ59RebP4tlpsqL3Z5a2gZFoa6S/6mHgdvqWJ+uansx9+73X9&#10;s5LLbuYLht85ZjUIYp3IkVBQfpyaWoVpVe0cTXyHUA85/d55Z5g+pudjK2G4sKjSP0mb1ZfKvywO&#10;uOkr+k8Dm3+w/wAPr7NhsCrpMhTLXbcy9JuSjCx1E32Dhq2gS4YLk8YW+7om/Goq0RINnPvqr7Y/&#10;ed9qve7boTsm8xWnMBWr2dxIqTAnB0atPijz7B+XWBXuv7S82cnySPuW1u23gkCZATGfzHD1z1wE&#10;6X0teNr2Ak9Gr/FCeGH+tz7FXI5KoeNYpJBo0mRFBJ06xYXuBb3Ldpaxa9aLmv7eserSzhRtSDNa&#10;E+vWb2GGQq5VnkT/AFje544+oP8AX2MLaJWQE9Da1gQxg0697y4rIkPpezLqHpv9Tf6m/wDvPtu9&#10;texiozTpu+swQCnHr3tKVIjh3Tlts5FaXHbTaLGZSnr8m1QuKOWyE6RIk4jpWnH2s1OyqaQTyQJK&#10;WKWuy/P197rk/b+RPebmLZ9ptjBsMyw3SA8AZ1BkVcA6Fl1KlK0Win4KnqP92/mu55r9tdr3HcpR&#10;Luduz270+IrAaRlsnJQgn51P4uoVa7QxtPHDJPMkUvjih0eWSwEhjTyskJL6BYMy3Itfn267hqtu&#10;YHLJgKuKlyjR1NdUUFfi7VERSZhWRxtWPS0aVRpZplkSoWNVdZZblj9MZ38G1leCocDzANATxGck&#10;08xjqfPEe7UPChWvkeOOPTfjnqKyCnr2jqaV6qCBnoq6NIaiCUG8wKQy1CQeSI6WQu9iii9+SsNx&#10;Zxex5Xk3jkYq1cbh/saOXOvJTmupKV6N0oIquihQeallphKgJRV/SGZiQyq9vJdymFzdS62CaRXg&#10;AKU+2lBQHGT0ltrKPbUcWsYUyyampnJGkmnljz49MeE2thtmQNRbcwi4+kyOVkqKumxEcaU0dTXT&#10;VFVV5GZJ6nXGGeQ63RnkZ5L6ALaUHQ4LH5vcGLrpM8Ew33VFDV4iKRKeJqOXIxRyCiqsfJGmPoMk&#10;IAWQKAQ4a2r1BG8YlmVmlrDgUoBT7CP8Hn0YTKqLplTVVakeo9OlDVtNBR1LU0R+4Smq5IH/AM9a&#10;YR6oi6NwbShT/sLfn2N29uhNr7O23RUW18ZSY2jh3HuXNYqXCr9qlVj81VUubkx1dLTSUwp56Kqr&#10;wBrSYNBApve5R+XbVtQK5BZipH4gaEgjyoTUfZ0TrvX1L+CkAXwkAbyoSxyPlin59BR132HPuqum&#10;p62UR1mOw+Np81jZonppKfMJXZajqK+kkcLDU0NbFR6gUYhWbSbFWAVm295bUwu29vbP3PtDGbzw&#10;m1srS7swVFLNWR1uGz6fuNVUlRRMY3p66SoIaAK8MqTMCTqJCmC4W3VYmiDwq2pUqRQ4rkEcacOq&#10;CC5muGuLedllaIxmmRpOQQD+IVND8+kj2H0pkt1bjy++Nn79zfXG6s7tmo2Xm8piqLFZShzW3NdT&#10;9utfi8rE6xZPGSTO1NVRtFNCXYElfSTQde7k2buWOs2tmNo4ukrMkJ6enmoaJKGowuJedMlj6J0i&#10;iiR6WmE/iibxoxWEBy7XJvYKtxIYprZASTSmCgNTTyU5PGmr1PQZ3zb77axHvW23sguI4/1FLMRJ&#10;pJrXi1aDgDpHkOiv9y7A7V2BV4jsXaPb25a3D7Vipq3I7XzldHkMRunOrjTgcjloJvEuUp8vX6Gm&#10;lieonp0nctBFGpsADxG3cZ1DvzcVX1ttpWzETZOkyG4fNPlKmOinngklq6fH0sFRSxU6tMwVmika&#10;MAglrkH0Eq2kxFpHpatCQcfOgpXh8+jxL643rbrKa9u2IcAlc0yOBrnHyp+zoxeZx+J7r6wwsHa9&#10;TDSbe3KMLkZdr6xiKbIV1M0lVRYWuyNdUUuRrJFrIY39DUyySIttN/c+feG/81Vy5CTIz5qpo5JM&#10;ZWRaZqvGyNWGKrp1SOBFNQzNECWWMMV9R0g6AqvLy9uSss0jTBRTNKeZPE+pPVIdvtLCFIYIVjQ5&#10;JBzwpqNST5fy6e8N1t1Ts7HQYDFYHEbRx8ynJUrUy02PqKdKONKOVTNN5ZqRYoZxEgkYqAxQXKXA&#10;zbl37HhOkJI90Y4V24aeZYDi8NRpNX4inzdNJT4zJ5inQyy0kUhVoUcJdiNQXSjMFZuJV2x9UXdE&#10;y1Awe6oDMDQg8Rw/w9ENxHTfrM28wkjkjaprgkEVVD50/F6HB49E42p1RLlPmTkd2bGzNTBsSq2v&#10;j1rsllq2rfGZ3L4HNVdblsDtSRAgr5aSokgq69CpSBpApchyoLvhcRhdvUlU+YpSseepZIft6qWH&#10;7vC10tZEJ6mlQFH+4nopJovFKAHUgj6H2ig8FI5DJESzA6akjQ1QC1PMadYof4gfLo9Ik8QSJcEQ&#10;VyABkfI16PbnazMbjrsYNv5UUsu38lHXVBp40nx26KGLGVlsZXTOJf8AJUyq0tS0sLF0EWg8O3vB&#10;Lk56un/u/tTbNVR42KukheslLVeTNGxMSVMhp0mho6VHlXSpVwzXQW49pVjmh7JaadXDzoSM/Zn+&#10;XRjc3KTYiU+GF+L1Pp9vUunxjUFb/eLdm5KebKT0lOkFGGipcNDViCWWSCjWplFbUzMEYep10RLq&#10;sPak2XsjrE029Mnht0Uud3pic+k2fxFN9xPn8PgocqKTNLjRO5pvumi/ziCInxHQGC6m9ni7VHJD&#10;dXVlcRzyQy1kjB70jrpJ0kV9VOmho3pUEhvN/Fg6W1zazxF1CxyMhEbSLU6Q2AQfXgeHn0D+6exu&#10;zU3xtHDT7GbHbEzm2K+LB7xq8lRVO2a/sCowor8DjNxUNGrZiixDHyRwSsyLJUKDbWUHsIt07ZXd&#10;nzD2LtyloJKjE7tzeAbK7moqZ8fEMZRU7LRLWY2F3pqKryGOip0mUnS1Q/ptce22sBPzltdjlbaa&#10;eFWIUKdBKKp0gAKxWlQAAGrjpNtt4y8ibluZbVdRW87KrOZDqUMxGs/EoZSAf4adOeR31kepviTu&#10;rf8Ak8YaXMbI673RuDIYubI1+4qekzFDTV1ZloIsrX+PI5PDUWX84p5ZdMrUSISAePZj9+4hqbIZ&#10;FWj0NHPPwFIsdViOeeGBH+t7km/DdzE5/wAwANfnUVP2jqM9vnDF1X4eP2UAx+Qp1l6s3DHmNuYG&#10;sjkeRK2goZwXYcLNTxyrpGlCFIk/x5vyfZXNzQslRMSpIYt+CTf8/wCwHsNyjBI6F1nKXjU1yAOj&#10;HY9g0S2N7RoP94+vsD9xRD1Hi2o8f64+hIHHssfTqo2Ca/y6NomJOfTp+T9I/wBj/vZ9hDlqcCRv&#10;wOdIIvzbn1fX2UPXVkY6MLYg1Fc065ew2zENrkgBj+oX9X1uAV/wP5+vurDgCany6UEGhrx697Df&#10;JQB2UKBr1BUUm3kYnSET8aizAfj6+6yCozgdUVavXr3u6HrDYuO6u6927tahSOapFGtflKjSI5Mh&#10;nKomXI1ckalrRGoXTHcjTBHGpBtc9vPZT25sfbXkLZ+W7RB9UF8a5en9pdTBTI1fOgCxKDWkcaDy&#10;6et5zKohVAJPl0AORrJs3mK6rmmKxRyPBFYgiGjiKCLwqP7Tvdm+vqkaxt7W+SyUdLjpI438lQ8M&#10;mpkkJYsVJIABsFDfQfS3uX7e1aWcM4ooI4/5+hly9sLyzrPLD2ggmvXDHYp6vJrLPDpgjZfGGXgg&#10;A2B/xf6/659hFuHfopKWSkiaSefQwdKYSynyyMix+WONWIAPqC8GS9hf2J7fbbdZWnmNdIB0qCzU&#10;+QHn1KNqIo5SQT8vl0ItBtqm+4FWysGNtKMASlrcD/D2Ex3BkJ1eeomlolf9zVKHE0yy/SCOIgqy&#10;Ai5ZmVdaf2yLFdNdwyIiQq0UYYgOQKg6cUFGVjU8CQMcSKqRTDPKV0ajT1HSr8KA2sTxcWA4P494&#10;8dDI1f5FlmmhMwqBpmlERYPrBcqArOVNjdLhifpewCqbI67kJXaV4mkD/EQKg1BbzY+pI1EliGFQ&#10;FWRwRNTUe759cXT0BWPB4Nx+CSvIPB49jvjJPvKFA6/vaC4U8uwkaJ39VgTeRAAPoPZvNGYpA9TQ&#10;8fljhSp9ejC3RY1Ra1IJp+fSMrIxTysyMgRpFZ9MYT9F7XtwSdR+v09qGgw7+SUoCNf2olf1LqEa&#10;1Kqo/Iu9/wDYD/H2Xz3i9rMw1Gv+To1QLTjQmn8hTpmr8pCIxdr6Y5Uj02YrZoVJIBPB8f1/x9q6&#10;roEpMTIWZhIqWD2s+pzYOBfSioT9TYAD2TR3LzXOkZ6q9zGrBQav0jqXJzZDMaFUsjuCSGVlCr9V&#10;LKD6iBwADz7BvJVcdJkZJoEKqvqEsrhFH45CF5HMhPAUMT+BwfY4tUaW2SN3BJ8hX/DSg/Ppkz01&#10;Gh1H9g6F6igkkpE+4Ks0gGuyuL2sByyKo4t9T7m4rcs8YaaWZVUk6kVCLAXsFZjqBuf6C/tPdbZE&#10;2kInl/q4dXUyNQ+Z6iVuCpKldHhSxF7sgY8ENfglSbrf2M+z9+UsEtO0qxKAYSsjzT6lOoLrGiRF&#10;B5+hB+nsCb5y1JOjhK8DwH+x0YQhmXvHQFdidYzZqhrI46iZlnhqoWh+1pjC9PJESYZlkhlZkGg/&#10;kDn2f7E5X+8+2aWilCVFPlsctVRzkawjCMP4wT6ZkaUNa/NmI9433m3jaN5uLqOqTxSFXHCowK/b&#10;TpBe2gtZEu1bHp5Ada22/etKLorvPJ9l4Sd8NXbS3cMZurA6I4YsthauZIjWhopImgysFE9KrMi2&#10;Zolaw1H3W92h1T/oz3pXdgbfiqEw2WqY4NwYtVTxwzwCFIaszSzwinajpgGS3Eial0swT3PPKu5w&#10;bt40k0p/eckaCQagVmC0WOTvICNCgKnQwBQsWV30aWYGS3uBdW4BVhQj7f8AVXrYn+O3eeM7n2XQ&#10;7fymQoKvc0WHSupa6nqklXM0DPLDDW06EeSRiE0yDSGQsCQDey0ptv4fe+3kyGN8CZR4vOtVEVK1&#10;8SopRXIOgmSNgVcXB/1var98Xez3oWSQttzcM1Cg/iBGMjP2dKtz223v4HeA0n01xwP+z1IyO885&#10;17us0eU88u1apoESnP8AncVUTSO4kRl1SNCXB1K39fYD5xqujyT49I2iipnaGYCMsdapIZGZTYcS&#10;Jb/kfuSLAwT2sVyWBZxUZ/1VP2dRneo0UrqwyvRjcO1LXY+myIKua2FKiAgq2mGWzxaW5ASRCGt9&#10;R/sPcjbNPSlnq4Tc1NXM4aSCSnlcoul10VCRSrFDIhsdOlibi4IJRXlwZUGkNp9CCCKGnAgH/OKH&#10;h0ZWaNGgpx6jZiSYxGAr+lQJFBDFFvr9Nvy6Nz/gPbvlatYqerqaZkfxh2nvII0Eq/p1yFGCD03u&#10;eLAn6A+2bcUZPEHb5fZ58acP9VOlN1KLa2kuJXAQcamnUHGxmR4xUAiMlRBf6mFjaM24/N+Px7Sk&#10;GMqa+i+4qmSnhqWkRqZh5Hr4p4/3D6rEREsA1xypt9G9mMt5Az+BHHrjxnyI/wBn59QXzhzxDfx3&#10;G1WChoyNJYHHHpQS1tPBMkEIMhQ31LYLG0TDhiQb3t75pRPjY6qVzcSqugs2lVCyOpC/01WJP/Bf&#10;bpmNwyIPKn+TqH75w5CsMV6ziojqXjW93RArgrrVmZf6XAIN/pf249ddpwbK3XBR1ORiGGzlZR0m&#10;Xima8NOZZRDHkFbVaKWlRmZ/9XEri44Psl5t2Wz3fbZCdC7nAhMeck0JEbfNtJC/Onz6GnJ+43O2&#10;ywRyEi0kYKx+Rr/gPQYd2dYU3Ye0KqaGhD7mwVBXVmAmhbxzPIsZnqMSQOZqXLGEJYkmOYqw4uCc&#10;zdsk0FHULTr5HaIszuDdkZBcqykqXYm5P09w/sqpJLGZGxXh1N9vD4o1sarxH5+f59Ed6mpqTJZC&#10;lmrpvGqzMkChjrFUk1rSK0CaY4Q1lFwfT7KRu2Qq9QaiEiNhdwLguosBGrDlX1G4P+HuaNpUUj8N&#10;u7rXhyEkBKr1YVtlUFPEY5dbBLox5IsbNf8A23sSfhFlKnB/KDb9HGx8G49ubp29IXmAWdGw/wDH&#10;KaNFsqyTff4KIBT9AT7Bv3g7JL/2pu7nPiWt1DJj8I1eGzH5ASHrCH79fK0O+eyu8TvAXexu7a4W&#10;g4FZBExP9Hw5XDfI9Iv5H5EYjqarz3l8MuCz+16zz8aYlq85R4aVnJI0qYcow/4MR7uWzuKNRI8e&#10;lRNZ1jnYn12i/aDgEBGHi455Zr+8IttuvBRGA/TFKqPL7Pl/kHXz/b/tJj1MqY+Q4Cv+QdRer95w&#10;5LF01QZU9cUflQSK5DhI0b9JII1tf/WHsu+6dqzpvKWtAWaOCkgpTRiGYa0Hihc+aObhBeXVqUkt&#10;pIYAMryNte6CTZVhLaUYsSTQ5rUU8uA+fHFDnotspBFthtVBSTxC4fB0tVqYIrVahh3eooKk9D1S&#10;VsVRSJKrXD2Yf1F1QkHnkge3TpzrzPYbbVNtd9zVOSfE5OOhqMzXY2GWvrsSI1ngVpVyFbU/a09O&#10;8dMkkzLUFoNTBtSv7Bc042m2toryR7qWOIlZJCasS7EBsnUyqQoJJYgAsWOrWh5w3Patz3ifeBtg&#10;iinQOIEc+GrUIooMaqhJBeiAAM9FAXrjWZBIdTEB9cVwDa17qQP8Tx7fM71lRYnNbixu74sZvba9&#10;Tuui3bs+bcFBRV9ZtOvo1oa2jix0hxNKcemJzUBqKWqSomqLzSRlkQ6CRbZFLvluJb91luIrpZow&#10;4B0upqmlVC0MZUFWYsxqakAKqobXmCWO12+95fMljuwsmtbnwWZRcK1Vd3qz6jNGRHKhAjAUaVrk&#10;YaKrNbFHKS0c0YuyIRpc3NgRwSNPtzi2RRzOnhp6SCknaWRKyGGJ3aWQqUqPO91E8d1QML+hdJHP&#10;Avffp4k75WMwwVJNBTyx5dBx9zuUUa3YyAAFTSlB5KAMDzAPmT3dTvuCByef6C3/ABv3gz3XUeRz&#10;GOgbObop6T+Hg5HDYDLxUFNnKySoonhrdwtTJU12TSSnoamGSMP9vJTyOXUlIZYQ3LdC9aC7kvGj&#10;kgYlVBoBVlNRRUNVClFGoIBJIShfQVMNq342dhdk7TaPMzgpJNGztEmlgVhXEaUYq4OjWHSqkjtf&#10;EKgMgZiFYm3Nr/T6ce1TPiBk5KVaigqKIUjNUSSRLSssMqNEZoJHpaqoikqRKzE6PLGf1KWHtZbb&#10;g9tGypMHaQUyTwNaEVyBThWh8jnosW6kj8RS/iMe2ufTDCoBzSvcA2cqD1wEzRglXGpgRawv+f8A&#10;e/bU+x8JudclBmcVR5TbtXHUUlXT5eCKbH1YaAhqOakqI2pZvvIQylW4YXFre3twvi1mLGbS5kXS&#10;8ZUOrIwIYOp4pQ0YMCpBowNadOjdL/bp7ebbrqSLcEdWRkJVkKkHUGBqpFMEZWtVIYA9ZWnKFRqv&#10;IdN7HkBvqbH8L7TTbYpqesqKlS+MNIYIKOgr4aqYSmlgNCkwqa6aTK1/oWFI6iZyJowGaRzcAytN&#10;wYWkFpFWaMLQvXP54oTSuog5r+fS2aaWaJIHpKXoWaMqFWp1FCigRoARUxqihSR2qOOQVIAsDckn&#10;Vpt6fV+R/j7hbhy2Six1eaXCp/GhRy1dPR+R6WSqnhjVkpS9efEaipkgBSVgEQSc2UcLILRBrlhm&#10;8WIVABNFLUxUqCQOC8GOMV6YtuXbae6toJ7pxYMxBZhrVAzVrpGmqrUnQKVOagnrMshBBvqH5t/v&#10;I/1/ZO+6XyNVh87Rw712119uKrxeLok3TW0WLo83JQ0AqayXCY7J7q3RiKHCiSTLSotZTVJkhjlk&#10;01CsdUZVzTZhtqv9wtOYots3QR0Eh0GQrHqkVVZpIQNTOwjkUoUVnqVl0sk3e3lhDbbltlzPy9e7&#10;ps8Vw7i3jMssQdyqpMyW9tK8xHgiUxSRgOwT9PQGUy1YMLj3Xxnt17Q2TV5HZe599ZXofYtfTRVO&#10;09zYer7U3BJueukxdUuTrqbH0O7a/ZgpcRV1Qo46ihlqaaqqIaZ01RRGdoR3yTZOVri52O85hk5e&#10;2W4Ia2uY33GR52a3YO5RZTbhIHYAGITGSVYWQNGC4yq23lnmHmSKw5l2XlqDmjmeFmW6glXbLcWy&#10;+MmiNpJLVbrVKg8UrMsbxx+MCQzrF1y9lb7n6JpNpUOM3DgO4Nn5LrXMRVFR1Ps+szGdr2MeWyG3&#10;HyFHNImLfaeAaeolqa+rmethpTNSSRPIJwY0h7nvkOz2O1tL/bOdrCflqVCNvt2leRtEkkRZS2nw&#10;IQSZJGYyIpZaGhJ0zb7ee5Fxv9zdbbunIG4R85Qsg3S5WGFKGJLhY2B8UXcwoIoY1ELSBJFcL4YD&#10;P72ar+WlkKgfJKr3DuSi2jNj5sDueHY9NRZTa1HFgEh3Jkd55Osw2EpqvK12DTHR0tXNDK6KtLR1&#10;Uk8cklMBUJX2uljvOaZZ94itFtTayJap+iI7cNM0z+DF4vixCplaMpXQJWGoxMXjjD7ztiie2Frt&#10;myT3wv1uLdrxpI7lmmY20VrGssxVElZh4Ucik6mePw2SO4BXpvyiCWhnhMgjEyrEWK61PldI9DIP&#10;U4fVaw5P+P097I1LM1G+6JafGU+GapzGWz88c0dCo+8raqoylc1OKDHUUsj1lRLLNNJPrczzyOzu&#10;Tf3klZ7Pa2aWkNvceJHI+ohFCqWcKCSBg1YatVNbHJPEdcyruW5updvNxM8s6W8cFNTkFUVUSpd3&#10;+FQFFCF0JGFVaUKKgpYBFRiKpepRKeKCN1REVoVC+Esv7mmyoCANBX8i4I9o7Hzx1T1qUiS1opw9&#10;VKkbUy6tSPNGrz1AhVYDLC0Y9fkEjLoBNwRdextF4JldV19o1AkcaEUFc5r6UBr0tvEeNIkmcKaa&#10;R+VB/Mnp1liRSgkcLa0YuhP+1D/ob3KGQqFWoxk1RHUz1McsrSPW6VheSKMVAjR1MZR4mMek6XI4&#10;490NtGWhvEQoiEADTxHEV86givp0nltdKi5jUiJTQVFMHFP9Xp1kjCAgp9AeBxc/7b2jq1czSVpp&#10;KeWP7CnopJk1hHgqDVyHxVGjxuHnUSBLuNKsv0Ps7geyntzLKv8AjLvTBoRpAx8geP59FMjweG0z&#10;gltZFcgihpSvoePT1GUddbIVZr8EC4twP6f09utHQRVdNTUctDHJV/bxZShSoqnhq55JNdE9NTvH&#10;KtPHHH4GK+NFkRLcm3svmnkgkmkimKw6tD0WqjOsE1FSTqFamlek7zmshXEVdJFO0UoftNeHEZ64&#10;FhGxNyB9Tx/vuPYT5faY2/V0E1ZXLR+Sqdc1Ww8VPg0gMuLikq9c0bv6nchE1SFVvyFGljvB3O3u&#10;IreEyAKPBByobyL9tAR5DPDPzPE3A36SQmNnBH6ak/i9Xx5cRSvDPU2OYufoSCD/AEv/ALwPaLxd&#10;NSLmXjRabH7a3F5IIZZpAKSklgBrYYYq7L10sxkjYrAFC3LSsBqAJc6uZZ/oIydUu6WxFafEVbtL&#10;FI10n8RrWoABIFenrppHtEkkBk3K2AJ0juYN2a/DRdJwDnBUDOesrN6b2Y25sBduOfp/U29mQp9y&#10;NicJh8tIK/KYuhgqP4giUXggx5RtNNSzTx64qiWrkgBICgqg5WwFowfavq7+9sVMMF47roqxLPju&#10;ZQQKAA8f59BaXbWlFzHqRJ9QoGJ7sCpGDj09c04HpreJGqZIy8SyOFZEZwHkUDllj+pC359wKXsn&#10;+8lDXxNWQ0qUM4q2ppa6nQtRSJSssWNkqHMtRUxPOl4xYXDMDawZ+blf913NvJHGz+INAYLwYE5e&#10;g7VIByfkOOekn7omtpULq1TFQEA4IbJOO0NmhpXPr1n+1VTGQpZgoBI+gNrH2Ee5Ia/I7oxOfSVa&#10;dcdHl6tqCKaVEqWrRhxHXwiepaGBsfFToqxuguZpAt729iG0tEjZI2umMSxshQiqsSQQTSncpBCs&#10;KkBjw8xdtc8EG13ln4QLzPCokYKSgXxapXSGIfWW1ahQqMHqWqekWJH+w5/3v6+xRym6hS/wvcGL&#10;MEwVadsli4Z8fR009PpiOT+zWrIjqIat2InUIzxk6kXgeyi02hpmutruy6tVtEhEjMGPwaitaafw&#10;1IBGCeiS2t2Zpba5Ok8QxDk4OK6fP0rinUIU943hddWp9Qe3qHq/N/zb2n92Z6omhgqpa+sd6/bl&#10;PE1Dh9NHQrk1qKiup5VyLUtOz1kMleqmNxICVQKNbPdXs+1iKedQgEcdwaGQh2CUCudB1YYLQGoo&#10;KnpXbqpV7cIg0zsdTsxbQVVCrIK9p01BrnUQx0005qaBIlZBc/uuxL21c3/Tb3I6J3HmctVVlBuO&#10;trsLQmpyH8PwFVJK2RWrhrK2gqM/XVdLl6imysVTRurU9BPBJHTLHHIEil1Ioe502qUXce6wwx+E&#10;hCooUVOgyCoZXZRHKrBgKagCpchwVQj58sbC2t44tsgjurpkjaS5UKVVfDjZYI0aNCjI2JJRJqlI&#10;KEsgBbnMgA1gG9rcf6/+P+v7E6r2G+4ux9qZePIVTbX27LJNk8BRTvSUeeycuSwmSwmXqovtYcnD&#10;WbbyWGimpWpqsU7tVTpPHJYEAjcVuXtoZJtwkiRUYeCKGOQs0bqzmhbVEYuyhWqu4YUNOgdt24pt&#10;Owbxt30afvO5KrHOVrLbxeHNHPEh1GNluUm0SaotS+FG0TISyni89oGdbF1BKqfyRyt/+QvYlbx2&#10;59jDh6ageFaRVqWauZw1XNWGU6T9tBKkWtadgGCiNHb6/ge3di3Rp5LuS4U+NUUX8IX0qakiuckk&#10;Dh0FzbIhL6KxniD5j/V5/n1GoK01AlEihJUYBkX6XsSSL86Sf6+2BsHHlMbKXYPVRUxdmrWRHaKE&#10;iNdDqzKhCj6sRa3Jvf2ZruJsriMAfos9O35+vr0ltw0Eg8IACuaenU0yFWueQfx/rf8AI/aU2lta&#10;OhECPdszJFSU8FeCrPk3SJBBVV8FMr0klOHpppI419BMjeNtIIZZuG5M9D4uqFVo+o91KkkYC9xr&#10;8VBSlNIqehLut2bw3FY9MAdiq1qsZJJZFBJatCuo+ipWtR100hWxJ/P0te/BNuP8B7Eb+6MtDBH9&#10;5DTxPDABHOS0K1QKv438soZg8jOFCEMePU17n2RLvSTMfBmZozinHT5cPQevQZuoWJYqWCswP2Dr&#10;HHWRTEmJw4VwjDgEEmx4PJ9g9nUkw32sdBHFFR0FNTUlNCsUa0iUwpkaKnhNM4iiMQlVQgUaQVIA&#10;BsBls6QzxGIjJr8qUJHpwNOje0AvWla/YtcyszEk1YsSe41ySaEk16lg3F/cPH7kjirY1qJ55GZ6&#10;g0wh851QnyCS8gk9IDP/AEYH/D2tn2xng/RRQgpq+R8vt69dbO5t5TAoUAAMTTj5Y86/6q9d+5dL&#10;kaWpqVoDDSiiJaWapmlkExkMoMX7X2xB0FiuryrYtcX5slntLmFGkUnXppQfZ/l6TzWU0UBulkk+&#10;qIoqgLSlKGp1AgHGNJr69e9qfJZCikegSlzVfjqOGb+KZNqd6dqKehxVRS1tXTZlaujqZmoKyGG0&#10;phWGQI0gDavV7DF1YzywPLOTEySJQghTxqAC4oFalH+XmvHovsLe6UXrTbZDNPInhRh/E1rJIGRX&#10;i0Oq60Yhl1h11BKrih6IBIJ/F/8AefYTdjQ7hyU9FX7azEuLp8PuM5LJY2kv4t44yHH19DXbfYyI&#10;8lIxFYtbSuYmU1dHDG5jieR0OBZ3tNnubO5Xx4JFeRJKaXiaORDGzj4e+RJgwqdcQUUDVA55Om2i&#10;z+ttN62pbiW5tPDjdqj6SQvHJHcUqC69jQyqHUiGaR1DOiI3fuFSYifGVD1VdUUElFW4s1cGRpaS&#10;VVqKnHTR4zMJU1EVTWUcM8FcFiiWRlqWiRh42ERlY3j3WO4nTbEgY3Fc9rBaALWpK6ScrRAwNCQo&#10;KxnpVc7hFeRLFbQy/UpPoaN3BKJIC8JVSFcgpVnoGiBZaOPFCD3tDVu5oRNkaeN40pZ5KmVPC037&#10;s0k1TUTz1AbVB9zLPOXkdRd3c3JFgB5ZbJ4McMkcVJKVIx8uGK0+3oSQbLKbewldWaZUUEmmAqqo&#10;VcA6VCgBeAUDiak+9p4556Sjq52dEpViREafU0SVMkjNTxPGJYFkaSX9IVlLMwGq5A9rbuzjIqZF&#10;SSh7jkZwcVHqBSor5dG8e1pcXNvCoZpySSFwSumjEGhpQeoYUyVIqOve+8PVQZKGSomApZ5Kqtl+&#10;3ljrERpjO4idFqayulhhaM+hQ4QXuFjU6FbNvJYKYqlgGOa1xUgUyRSlKUoCMgDh17c7V7SdIYCH&#10;gEaDUCpwFFQSqRhmqMtpqTxZjUn3tR4Kemhimny2KhyVM4lKRyrLHGztoHkVgwkQqqDSwbhueb+0&#10;25W8s2iC0uzC4wSpyOiPdI5ZHjhsLxoZVIqV0kgehqCCD5jr3tsfNT1WQSKNUp6ZNF4WbxkaAGBY&#10;6HjQSryzOQCPUeD7Vx2UcFodUhaWnHz+0+f8ul426C3tTIWLXDHj9vGmB58AtaYHl172paifFmmq&#10;6JqTHFK6dBKfDBk6SOZ5krpz44o5XmdKtElA9JDLe/6SCVbafWs3iORGCQDVTXy40P8Anr0Uwx3y&#10;ywXJupg0C9uWjcgAooFdKgadS54g0yKjr3usb5Ebc3tX9oirbBUuC2btiiWPJ0+6M9iEwu+8RW18&#10;dIMg2OqoqyLHmkO9KmOd5nE8Phcj1vCJgbud5zFvXNe03zxRR8r2yKLmC5uUSC7hISIl4nR0VYxd&#10;SAsQXXw2CqWaFJc4PZ3d+WrPkJ7b95tdcxXsxaI21vKZbKaOMsY/FQo0mv6JGRUBRy61oqSNH72T&#10;3fXQ+8sTjIsdiqHIY3+6+Yx002Yo5s7LRbaxO8cPViqyT1NQ81LJsbIvTVYavjhppIJaGSCoQiTy&#10;CM+eeQd1sEstrsXZH2+7VBIkk5S1huodMzhmqosWbxVknVYmQwPFLCwkEoyM5X91uWdyvpdw3K6i&#10;m+vgkpE6w+JdS2kq6YwBRhfR64j4DtKsgnSSFxpK9e9l13Z1/BtCKgod+QYbD128dk5OfDCsyLV0&#10;mGpaCSauxeUpaPH1iYStq8tX4F8fHT1FTJA8OR8xCgavcBbz7eTbXJaQ8120Fvcbhtsr2/iPUxBA&#10;ZI51ETmGSScwtaqjSyRkXIkqoUusx8u82TcwteXPKs1zcWu27nEJAkWjx2ekcsLM6GVUijuBctIk&#10;akNamKrNVOvewZ352nuXsmuphuSrrZsRt/AUuD23hhU01NRYGoxmOghyS0ymhdKah3BLDVT/AG1L&#10;HBGGqyiIkCaUCW8cwbjzRdQzb1M5htbSOGBNSqqGOJIn7VBjCz0kkZI0RE1MkarFRVkflTkbY+Sr&#10;a4/c1vENyvbppbico7NOssjGIsfE1M8CtGniSs7lYVZ2aRzq97B6hyWRwyxUvmrzS5eipqPHVdPV&#10;hIHgjzNPW1FLW09pqgwx1dOG0F4G1oshBUKCFG3K4toWs/qJRDNGFVg5KlVmEmll0kmjjFdIBAJD&#10;KKGRbu1td0d7gpEbi3kZ5EZKvq8FkV1cUWpUnP6gClkBB7h72fjrTp+HdPW2arZe49uQ52unozT7&#10;Qq9txbhzORwWMpKTcNTl8ZNPLPRYZ8acRUwFl8UMMNK0c0sCSlHmzlH24g5p2GSS/wCcrZNxuMpC&#10;0C3EhggWOdnR3dhCYxE64AVPDaOR4hI6jFHnX3Dl5f52sLWP26vW22NG1XSXDW8Mc8rvbxxSBVR5&#10;/F8aKVQQXZ5VkjjmMdV97HfC9r7f3dRbY66XFtuHHzZvHZTdG1txbfoBhqqtk/jyDL410qIc7hcl&#10;l6ShpKZ5HhENGlTJI3kp5mlaYtsl2DmG75e5Ttrfx4DcQyT209uPpyWNx+pF3CeCWZUSPU0QS2SX&#10;X3QyvIYs3PkPd+XrnfecDffSXQtJI7W6t7hvGRP0axOCrW8sMTtJJpVi8zRog0TRiNPew8ze89i7&#10;L2dWbg6k/iWOni3puDESY3KZWCTIbNzG4Ns5/AN/CnSMyVcO4MYIqt5mYVMT00KvpfyEPXXMXK/K&#10;nJ8u8+3xuIpBu88IhlnBewmntLi3V4KAlxLGqTiQszR+BDHIdRkqK9t5a5o5k5httn9whbzxtt1v&#10;KJIomEd5BBcwT0lzpQwS6otFNLCSQpVKave1nsL5MT7UxajLY2SoyFflstTVtKgxuOzMG4sbR4eK&#10;ri+1lpxTZajqVqhMbwpUxy+QMXkaKOUW7V7+S7Rs8h3jZmuNymuJ1ljKxQTLdxpAsoKgKs8dwGq5&#10;VVlDCVXaRvp9Yb5s9lIt/wBwY7feoLSGCFo3Illha3d5Sh1AlonXTpoWMbJooEVXKe93f/Hfuc7l&#10;6dxm7qbB120ardFHPDU4bI1lBVZalxkiJJDksO+NMsEtNVUckdTBJVwU8iBCrRLYXEW2z3fPlrtW&#10;/bjsNzt8cyiWJZdBVg3ckhZTUxyLpCjtkow1KPiPNH3W5FPK/P8AuvL371hv4rVx+tHHIkbuSQ0b&#10;+JSjo6mN1jd1JIKO2dPFlDFSf7JuPan3DNichj4YafKCWoo1jhpJw/jkpvG5eKHxSpNJEFNLZ0ub&#10;CT6n2OdsW9tbqR5bPTHJll4hqg5qKA/FUY4ivnQBTbhfW127S2REUhqwOQ2ria4B+OoxxBPnQcve&#10;XEVU0jyw1op2lrUkjNasKaa0r9sFqRLGkgM8RjAWQWYKSv0uPdL6JU0TW7N4amuivw/F2mtMGvD1&#10;HTW4ItFkhLBUIqh4p8R0kEgkNWpHmc8ade9rLKi9BjqN6SGqyVIkyU0kE7Q1UkFTKtRTM17LSrRy&#10;3IjZUBLOSl3J9h61UfUX1xFJogkpUMAV7aggEDu1VPmfLOOkmybkILl7mObREZFOQKKRStNOTUiv&#10;xEeQxTrFJGGDarFSpDKwuCLWIP8AgR7U+1dm1u65DUVVS1JTUstJBUgBDWTVFRJLoii1t4YW0xs8&#10;rtfSP0q/FsYvcPlEWfMM5tUaPbJtLLQ0qWJ/TUnBVCDU8QrAU4dZ3+3HO8G+8vWkl2qG/QlHVamm&#10;gfFQZNQRQfiyfw9V0fLDsAdExtUYfAyZCqzsFdkMbLMrrh6GOiaNa5JZIlknqJoKmrjWKBFGpT6m&#10;RRf2Ov8AdCCkwtFi6bB4+SSjr5Kwx4ox1sgJaWnpDknnipXmjKvrlXyvpMZRha5YErs0klrFbPYx&#10;PNHca/09LY1OEElQgZRk0BPABhSo6FV3zPFZXktzHeyiJ4Qo8QeHkqvieHQtTSdNCQCVZSKasVjb&#10;Kz+4N+b7yG7Mxu7KeXM4aHFl88r4mnMSw0dVWx4FIRUqDGLU0a6Y0dWMgBe9k5X7OxOApkp8fW02&#10;OneNNAqKSCrnhEcEkkeOx9RJWCKgxkMhTUpBRjHpUKtgBHZcgzS2JFrLSRaEdgcig7UUknSvAaV4&#10;gVrU1ISn59ut1vHkuoqqCRUOU46QZGAADuQD3sRU5PoLANlYLNZKl+/qcXUZOWKqIMsE1ZjVqY5p&#10;IYXyeQhFK82VzEqwNpuyOFmLsWJv7SGL2ht7I1ceT3BS4M5fG01RjKGmoZWrsZko5YNMWQqYKqFJ&#10;6Ux1tTdYVcgPGCzt9SYWnt9dRlWvLUeLHUYGqNwQaPRhUMCTiuNOahunL7nK5gVlsJ5TDLRiz9ki&#10;ENmMFWIZSoA1H1BWhHQlz0G7KGjTE7fmztLicpXx5HJNURNRZXHpT1CB4MdLCxgqo5YIljaTSNKy&#10;PpC2ADM+zcXDmospBmFDwJHBHDUx0qUsKSpJSTQMiWMkscs7yxDUI41iQLwWUqZfbq5XRdQMxfSQ&#10;BpGNXxVPEkVOkABRgcOrQe4FxJZnb5o9MLHJUmuMgg40g00sxLMQT5npVVO3stPtupxUmPnZa2ok&#10;qXkgWokrJnjMdRFUSs7sqyVPhMVQyRh5RMxNja0ncXXUm5cXihJk3opYq13qYaeKNhk6c5GVjFUf&#10;ZSU8cX3jOodwUEMUJYEs3qIbvlC4jFvWJ/HDd5C01GtdRp25qFNTilet7f7k29tdzK6o9VXSSSTH&#10;gDBatdIJOkjuLZ4dQtuYqp2hVZirxu3qiWGqo6VyagTytjp4scoeWkWtkqjeCNHcItg8r8iw9sWw&#10;+3cvtqP+527cTk6WjGUp8fgq+rrtJpqSqnWCGahevjjefHKX/wA7rBZNTJ6FB9q9pu2sZks763cI&#10;HUdxzQkCoB4opIJODSrAEAnrXNvKNhu5Xfthkia50M0yLQa2CFzroSokoCAo8yK0JHSwrNg0lVUx&#10;5nH1VM8r0MtVk6RYREZ6qCMyNFUrSF40rmRSWR1GlrA/X2O89dQqkVUKha2omNMyUatBEDO1VE1L&#10;FTMxdiY7FyZC+lldyq2YexZcXFvMGVpUY1oF1ZrWnAcG4mtfLh1G7RyJFFFGpWQMa1BGPI04jFMd&#10;B3Q0mTqslmo6+mocdiadpEocnFI88n2MNM7V1RURNDGkRWVSCmkEqQL39ifgpAuPTzwNSvM0kjU/&#10;3ElT43mPlI80wDyH1XY/QX/pb2yqHRHoWi08ySeJ4k5/2OjCCBzCscnxDz6IJ3pWUtXv0S4PJU9d&#10;i6OKgelb7VaRpWppisEyxxK5geqkjcIG+un6X9pGnqIjufcNTUxRyIkOKEcchDsnghHgMEaMdBkl&#10;mKFwWY3t+fZNuVtbu1zLdaSqBCK0xx9QeJ8qGteB6XrBMtvBFbq1WLg09CQDw+XQu5hKas612PHU&#10;1iU/nqayokrSClLO9S7SyQTzyiIHRDTrbWAbE/i5GXI14xmpI9E9PVFBJ4zKpqY4aZqZYCXhMzig&#10;aKNbMGYIeCVIQha5v7OwrFAoMjUODQMqgpQkpITQhagtSnCi06ZbYt03JgdEjRrqAwSAxavBSoAa&#10;pNaEetT06bF3tsaR5KGpyUVJm6LzSVFPVy0SRxxz/wCUiYNFP9rpldWLODqDk255IC7zjw24K2sq&#10;MfX4ypyFJg4UzIqcTU1sNSklUiSUteppJGqfuvtwgjCCDWWtf6+ya+3eee4SC3v4jNHHqZlR3BbV&#10;qIr4bNR/iZa08QvTHU08ocqfuO3hm3uzmME83YvixoK6CdYUvTAap7iwoe30caruvekK43ExYWvo&#10;cRkc3Uw7fq8dnsfR1ka0+OZ6eppaipdqdfspZi7SCSZiJRZQR7Dw4TJ5VaZMqGzNFDLNUpS11QKe&#10;vjqoYBLCKbwRzPBHHDE5jjJgEQVFRCbBA4ttud+/h3ErTls0JbUWpWv4qDSK6e0LSlK46lD9+7Pt&#10;gY7ZptpNCJqQEppBIqQCtCSV1MAxatSfPqRHXNjqnIVNBPVYbL1UVNTVuTo4Iq7HS0lRXlKiWtiq&#10;pIzLNLPL6pohUvK0jyNJ9S6JaHE4+XIUBqzFmVpUr4qKaWVanHJLNLSyNEKaOOSmWRdDMpV2UIrk&#10;gMB7pabYsh8N6mdh8LLTTXzWlKnzycnp2+3W7ngt5Y4WFhqKF0oQ5C6qsWrwA4ginDy6FrHY3J5M&#10;4+snWJ8G1X9nLWQRRJTZGKmggqFSQ1DzRmaCUuRYCwJQISLlkeqtlcPXQZemzdLRV9clZg9McMqV&#10;S+BpMfNTNSy16iieWOZWiCE6wSSUZCZx7L4F3bXD2yPCcHtIJK8QTkj5UIrX14HGy863NrBdWVHt&#10;9Srpo5NFoTrFG0ksQQVNdJXGDnvc3UuOzm3904yLCV20cxk6Ghgg3pSxzV6tEoZ6PJtVQ1tLQVJq&#10;FHjeKo1hXUgMLq6mGoewMJNiab+E0FNSP4wTHLVRQU9MqrqLzVJEV4o1W+pV9X9PYrut3toLWO3s&#10;7FY5FrxIAU8fiJqajIr9nHp/bttud2vT9VuPjRNTJyWoaUoKCpIwK/ZUdU8difGTeew89kZt0SZf&#10;IURqKangbH4mpymYy81Qb09LRYyjNakdbKR9XdI1bljpPsPq/cGQzs7U2Hp5twMCZBU6KiHb8Mxt&#10;cpJY/f21WvcX/p7JYbfeN4CrDBNJFVTUiqKzCuKcacCSRQ8OpFpsHL8JlvJY45x26QR4xUV4jyFR&#10;io/PoTtjdN1+IoqTM7ml/wBGmL0sHoBUUmR7IroFAkEFWVmkxu3WkHLeESyqCBqBvZ0pNiSsi1e8&#10;62DKMuhqXDwM8FHSAjhjTRMAfHrNgVvzyfx7E9ly7YWei53wLK3AR6j2nyJC5x+zoFbjz1POWtOW&#10;oXt4CcuQGdq8aMTQfYD0ucfvHbmAaeh62wMm3pKuZ1y26KkiozeWfyFGkqsjUtqZ3tz6rW/HsYeu&#10;dk0m4KN8pV5mSmpI6mSiTF0zrAwSNF0vOwAdBIWuo0KCF4PsR2WmVBHDLI1uB8IACmnCtKNwzTgP&#10;n1FXPnNMnLqGRoNd8yg6zmpPxfhpUZBz9h6CXeu+961XY+L6r2fsxcjPW4Ubjye9cwKt8dpcysKD&#10;HiGIUk9TH4vWwdmIJNvY/f6L9gUcNPV1jU/pPoWWokmMjaR6UgWT9xuefTx7a0mafRDtYL8KnUR9&#10;pBNOsc7j3b5yuGmgsAQrcAqgfz0k/wA+hG2ztHcJyJpp5qmoq40aSucUUOMoKRAv1mnnLg0ocGzE&#10;oxa4ANvaVrMz1xhp3WkpoKWRXaPzKTJUTOthempYU1yLYkXtbg+xNFabjCA08scbOcKAFP8ALJ+w&#10;dFkVl7gcxIZZZpvBOO40UD1J4fz6NHjdtT4SiiSrq6HLSmBKiahpbtHSmYftLU5GRzDDMoBNlJP4&#10;/PvJil3XnI6r+7GOODoKlxGtXVFvuKiNr3qDrUGIH66FH+x9rZbjabURvu0xmmXgo8vtHH/eqdBv&#10;c9n5c2W4i/fO4/VXoNSqnAYHhUVr9vQpyb9xwpqdcsrVopqVdFLQg6KXwx6YoImkCeQIRpuRz7Rr&#10;YrI4neMUtRkp89Pj41irZ1swilPrMKBQ4QkpYn629nCvbXm2tNHAsOtSFBxglTX+XQy/fUd7y+9l&#10;BALW3mroUHj6E1pnrBFTYTNYOqy6Y2LGz5GORoIpdImqIrrGamc6UCmEvx9efz7Glt7024MFKqUE&#10;6z4zyStREM8zMsD6Y4oyqyO0pWwFvz7jTfuUzEH8WYsp7lK+ZFf8/S323gn5d3u4aedI4JkEYkJo&#10;vxhq6jgdU/8A8w/42/3w/uHT47IvkkzOekknrKemmdMYAkLPX11QNcdNTxrMjKdQMh9I/PsmiZSf&#10;Nbtq618dLtyjnbR9nUq9NUVbxzKFm+3mCGMsF4+gP1/PvfLyyoBrmEZGKFqVoafI9Zd7p4LbdCIr&#10;gTyhQ2tDqAFK+Va/KnQzbH6xp+oui9vbJq95wdhZXEiWVMxSk1FHi6epVpoccK2E1HnSnNQD6mLA&#10;giwIsBRmpsFHQXmYR1cpLCFvVNGgW/Cni7k/quSSPZ3O1tFHJHcFo5jkqPiHHyBAzxrSp9T0CIpN&#10;0a7BiGq3HFvI19fmM4oKdBAmW3PNlJl4Wjj/AEyx8000jMFYGa1tPjBuCAfaYmzW68dH4qCC1IfG&#10;Y6mrVpamFFHqMbaVABQ+w/d7UsyxzeCUQ+ZJOPUinn0MrC42+NJRNc1lYU0j4Qfl0ltz/HvovtLN&#10;0W4t3L9znKClngqcdjJlpMfk2kdWijyPjkMlQ0On0gm1vx7UxOPzGSpc5BV/cTR08ceQoo5DHNKV&#10;1MWiXUGOm/JANh7S2ES2d4DAXaFOAUGhpkCv28ekW52tzd7e9uqBGPAsKgHyJPlUYHQNdU7iz3x4&#10;hzvWG78RWUG1qncNRk9qbunpWkw2OoJgUipq54INESlYrAu3JIPHsa9r9g7eoKdaOrT7B4Qf26yT&#10;TMoAAZj5DcoBb1D0/wBSPZ3c2su5SCSGQCWlCpoGBHlTzwesaOZ+Td8jnmmS3L1qTpBIGf5evz6M&#10;jBtDM9gpSZXbWfpM3TVX2kUZxghnjZvHYwxwU0mt5ZAnClgePp9ffPfnyB6R6ywUm5OwOxNl7Vxc&#10;UMjmqzWex1FLMurj7anlnFRVEngBFY3/AB7C263MGxCu836WqUrWRgtR8h8R/Ifn0T8q+1PuFzte&#10;tY8scs313KpoSkTaAePdIQI4wP8AhjKT+EMaVVFF0z3dnMgm2ts7K3Zl68uqilpcdO2LpobjVUV9&#10;XTGWno4ZEBA8si3JGog390i/Kb+e18btnfxPA9S7byfauWCVNImairlweGSSIsYmhqpKZ6ueJ2QM&#10;Cqi4PHPuNNx969q2wyQ7PC14wrRmbw468KggFj/LrPT2n+4hzxK0G5c88ww2EC0bwIwZ5DqAqHNV&#10;jX0rRuBz1YN1f/Lr3nVU2IyXYm9qTbfheCrk27iaCnzNTBM8S+SCaeWUY+laMG3ElSP8B+aNO9P5&#10;wXyn7chnxe366k65wMgmTwYEs9e0UrekyZasi+78kcY06l03+vuJd990ebt7Lwpd+DaH8CcBXz1N&#10;V6/PV+XWeXJv3evbfk0RvFti3F+CpMko1tVfMcFX7Av59Hb63+GXQHWlYMvj9l0mc3CbeXObhCVs&#10;r/2rJjYkpsJEockgimLgn9R91k7r7B3lvevnyW8N45TNVtQ2uSStrZq2aR/wS7lha39APcfS3F1M&#10;xa5umcnjq7ifzPU3W9nbW6GO0gRIQOAAAr+zA/Po0UFNDTRRwU8UVPBCoSKCBBFFGg+irGgCBQPp&#10;YC3tgocHlMoUXF4yvyM73sYYqmpJ5/KxwKo+v5uefr7ZWrGiISOjG3srq4kCwwF29EBP+DrP7F/B&#10;9H9kZkqy4f8AhELAP5cjGsWlTYEBCQwte/8AsPbojaoBNPmehPackb7eBWkszHH6vgde9iJTfHDG&#10;Y9TVbt3usYj0mWGmhiUaWJ/3bLMWPFxe3A9uCykc6zrpXFB2/t9PXo0k5T2rbhTcOYoo5FpVU0k0&#10;4+eeHy697nf6Nejf0f3iqb+D7XV96l/uv895/rbyaPRb6W/x9v8A0I9R/s9VpyTw+ukrTTWo48df&#10;w+mKcPPr3v8A/9PT4ja5+p+o/J/p/wAV9jEqVPz6LZBQAkU63+PcpP6WBFwbW/PvTV6TuaDr3uWH&#10;ZbEFhaxsCR+R/T+ntte49Jl+IGvXvb1jdz53DCVcVlK2hWpULMsE0kayBSf16WF/r7VwzS27nw5C&#10;pI4g9altre6ZFniVguQSBg/LrogG3+H0/wBjx7FHA9qVZjp0zhlr56T9qDIM3+WeG9/t5tdxUQi5&#10;Fmv6fp7t4rqSTUkmpPrTpfK0ctp9FdQK8IHYaZB9eu7Dk/k/X2ZnancdJ/dzJx/3ibbGNhhfx0+L&#10;gWPI5CYqT4o31MY41Y3Y3Xj2Ptt5ku/3ZdW/1/01hpyqCjsTihIyR59R3uOywxXi+Fb+OzH8XBR/&#10;l+Xzp1hkgjkdHeNXKkkauQDbjg8H3C2D3NhjWUmMhppayeOaaoFVnqpamlAkB8rS08zeKQkyAgEH&#10;ke45mQPOZFUlwcGuT8/l9nUzcstsQt4rCfaYVnKUZyRQg0FCaZ4efXcsYkUoS4DWW8Z0sv15B/Hu&#10;5D4jdnV/bexMnhe0c1i9m4bb+S8W2c3klpcPHGuh4UOMqdVPBPI4mCDk3v6fch8v7NvO6bTNLfjw&#10;dqR6JKysBXAFCKVqPKtPPy65pfer5Fs+XeaLfmbkHYbu73S7LfURQ1kBFQRVaHRwrRaLj7Ogb3St&#10;HtTM01VhcVW5PIZWKo++x1IZ6yWojDI/3NUsom8MeoHkjlj9efbh3/k/j7tSFf4Nvbbs/ZFXjUxd&#10;PNjcnNmnCO8klVPVrLPUxxl4Yn0r9FuPZNu5tNpPg2tyr31CKoWIAqa1apoflw6Mfuvcke6nNu5+&#10;PusEm3cpxXDMyXUfhszaNShFojaQxFWJ66wGU3rks1FRVm2KqHbgjNfJW1TUdCEmcHxUdNSReOpZ&#10;llszMw0kEn2QPd+2em9x7UqsfiJ4KXdVXUxz1e58vXFKVJVe9QlBiaRI/O8zqVub6Sfp7psG12e8&#10;QSwPOsFzkh5CaH7BXu/mesveZE5t5a5lgFxvsE/LeghYYoVD104LysWIzWmRinQmU7Zxap5Ks032&#10;YUrDTUsLvOT/AGWnmmmQKR/RRY+yLbi2JWY/PnEYmafcMksgSEY+gq1aSRmsirHJCXfVewtcn8ey&#10;vcttWxuXtY5BMykdyBtJ/wB6qf8AJ0d2282Vza+PIyooySWFBg8TWg/Pp81AKCxC8c6iBbi5H1tx&#10;7dMn03vDAUFRkNyUsO3zCiSpRZSeOkykqSpqvHRTaJ/px9L+2f3fceGXloiU88Hpyw3raNyt/Gst&#10;yWVciqUK1BIw4xxFCRwz6ddLIj/oZW/xU3HH+I4PsNFFVCxaMyWUn1RA2X1AWZgOOR+faA0U0BqB&#10;+fS0OtaB80rx65+1DQb73PjkiSny1Q0cVxDFM3liQA30BfGGW3+v7MI90u440jWSsY8jw/Z1rwVL&#10;eMg7zmvn172O+z/kXmKAxQZd2kjSLxapVMsC8j9KCzoD/r+1KXtvOdM6aT6jh0Kdr5y5j2hlC3vi&#10;WgFAjjVT7K9Q6ihp6gWZdJ4IZPSf94t7M1Q5zrXszGw0+ajw9VNURqQGnpzaRxwiGJvLEyH6aufd&#10;rhIY0BSYMpNB5nqVNo5v5f5ljFrvliElK5YjH5EZHTTLDkKFy9MzSwD+y1mIAP5v/r+wS7D+K8FR&#10;DLX7JqVkjVQ/8JnladiSSxWCoVvQFDCwb62t+fZe8Dx1JU19KU6Lt19u4rmOS65euA8QPwaq1zwB&#10;ycD1zjqVTZiGUqkwML8glxpUso5tf8Ejj2TbL7Qzmzaxocpiq2GqDlPs6uN6eN0JI8qT28bgEfVT&#10;7TvqSmpTny6izcduu7GRre6tmjmBpQ1qfmK/5PTp3DBgCpBB+hBuD7ZJKuWOoWCpWKUoQS0baGi1&#10;BrxRzLyzBSQP6+7EAAqRj/D0W+GUoK0qK09R137Ve293ZvauSgzW3srU0NVTODFVUUhSohAIJinj&#10;YMk0RAsylSr/AEIPt/br282m+t9x2u5e3vonDI8Z0spFKEU+zgcdIL/bbDdraSx3G0Sa1kwyMAQR&#10;wPHgaVzUdY5IklXS6hhx+oXsQfqP6H/H2ezq/vvB778eD3vUUOB3NKAtDnY1jpMJnKh2ASlr1Agp&#10;cPXOQAJIx9u7NYiP6npH93n79G8bZeWnK3vBdG621yEivdKrJESaDx9FFZAPPB+eKHB33h+6paNF&#10;LzB7exNFKA7vbGr1oK9pBY/kOobmeksyK89PqUNEpvLAnJeUFrtMo+ukEH+mr6exE3Bj56Kpmimp&#10;3gl9LeNidQVlDKVB/UrKbgi4Pvr/AMt7/tO/7Za7ps+5w3O3SiqSRsGRvsIxUeY4jgesKVtbvbp5&#10;LDcIXiuojRlcFT+daeXU1JI5VDRurqfoVII+tj/tiLH+h9s1FA3mS2oH6Ec3Fz+fz9fZ9cSr4bVy&#10;KdXuJAAdXwj/ADdc/eXfOzYc5jsHmKuvlwiYSvSUZCN5oPHWRyJLQfdyKj04o5HSVW8wZC7qPqQR&#10;yf8A7w/28e/h5T9xrGFmMGqzunUFtMbESWzNQUUeI00RdqANJEta0HWW/wBzXnextN05k5Lv7lFM&#10;4E9uGYAFgNEirWlWI0NQfhVqdYJ5GjUMqGT1KCi/qKsyoSBfnSGuf9b21b4mzVJ2LnNqbc29msgu&#10;ApCcbR4THnJ5SamxkCLmqmWcrNUGLIRw/cCNlaJWnBSyE++WVxO8MohaNmKKNIopqB8RJpUAmhAr&#10;+LroUghnaSa2jKI7EUYivAaRx8z0kMDlkTbeHy+dzVI38USkmlraqaCgo1myc3+RY2FWeCBKiKSq&#10;SmRQPJI0dmvJz7xVW4KLcEmIq6evoMfHlI5jk8HUBYp6XIxpQ0s6rSVVYAWNUzxy0kYv6blmNl9q&#10;Si3SJIkqp6g/LjQeZ+XE9FZdomkFSQP5dKSnikhTxkGYhWPmPBlOosgL/X6W5/HtqyW5cbRyTY/D&#10;ZKi/dxwKVFfQZj+GvLQgBaaskegp4YFjndFpzHUKDrOkuy6faW4TwnPgOrLQV+Lj9h4dPicXcYZx&#10;pYCn5f7PUpULEMwKsn0AFgur62YEawQPz7UnVu5ezM9O1VseWnyk2JrcfX7pr1qpM3RUuKq2WA0l&#10;LS6mppa+nfFVApZ5ElkQPpJsWPtftxkuGkUAVUAs2qlAafh4Z4A/Yeim9higQS0qtaCnEny8xWla&#10;nPCvSR3N/daIUlBn6qgpI8g7UmOpKmoGOesqFXzSwUdQjxTFWbxs6pqUsq3HFwa+LYtVvKOgqqT+&#10;71TNpWprMTRx5aStoKqWOWXU6R1MtPRSxyyoWQwyxgjSyryQY/QR3ExjtpEcgcKnUv2gDJ/w9Bpt&#10;9ubENLcQ+GEauo4BH7Bj9v29BpXb9w2zGq6fM1WXx+PpKhKekyuUnw0cFdAGWFRHLP8AatNE6xMw&#10;JZaiUkkO5YL7DDKbJ7Sos3JTbU3hJHlY5KbG5mhzGKy9HkspHWPCYcZS1MVGsdaGBKqqKwHAJ0E+&#10;9tst9FLrW7HiAgFWVwTqIAAqgUnPlTpanMcN3GySWpMRUtVHBFDxJFSQM+Z6VL7p2bWYaky+SosZ&#10;JgEjlzVNkmlxFVjKSDHF6x8vMyVcn2K0rxs3k+iv/jf2j937c7O6Vqs7uOaibH7WirEo8dU02Tnh&#10;zuSrnpzNNiWfJ5uJUmSWhkSPREKlnbV5DYJ7YnsLzaxNM60t/EZQeBrQVUVJzxqBXHSu0vbK8EVp&#10;aSAzFQwHkFxn7KECvz6727vvrvspIKHH5PH7jkmxlPlGofCmRiXH1BAgrnm+1NN4KlahSpLgMp4F&#10;rn2qesc7312FtXPVG4aPc3XGzsfkZ6ZJ9yphqfLZGgqnqZpZEY1GWrp5qmAkxM0MawqtgPSfbEEt&#10;9LBLM8ISzXFW0VOK9tdR4V/D1rcrWC1u4YzLrupQQApr2ihPoMFv4vPh0nMyeqMJu+hhpcPR5Le2&#10;RjWWix+PRy0dJRNBG9QRqXHUNLTyVCayxDlpRYMTYCJtTa+Rlwe7cRQZXPZPB4Ojw+Rk82Ix+ExN&#10;RTLFNRUNFLWYl4jlKzGMhlT7iABBYFm9rbWSS7t7myicmAKGwNI7RRVY0qxxglRw4+pRe21tt9xZ&#10;3BxcuxVQXJILVLaBRBQgGuePlXh1uHcuIw+6Nm1GYxmKos/n6/I4rFzivXKZqlDUiVmRelpqmhgM&#10;WOlpqTTUCGW6llLCwJCdz+1dzbo3rgPttyRZmnxm4o4tx0uUePOT5zCR09TSxU2KklomNA9RWxK7&#10;PGwEYDgan49s3QklvVihuVKBgCfi1D4ajApw9Ojm00R7ck8sLR1XtxQKSNVDx4V6d8fkcFtbaZWj&#10;wVNtGgOJqcssVJjqOgp8bVVEP3jvVUtLJEjVcTzh5dQDsxJYi5PtXGfauT3pksrthIKff8LZrbGc&#10;nxtbV1tLT4ekoYNxbaxv8MhqExFLkaGr8IlZ4RUSLGVvpYAOMkE0qyqD+8C7qacBGAGQAfxA4PyH&#10;VtU1ugS6Aa1AQgjjqJINT6DiekVj8PnaLHhM/WyZbZox20ZcXBVQvHkf49U1GQw288jW1wSWtmpM&#10;nSVqPCoBMXlZ1BsD7D7royY7JVdfjP4TFurA0G8slNWhoIa7KZLPySgz5Is7nwnIVXkAk/a0xELy&#10;H9rtont7C7tL6KJDdxtIWIIBNaULfxAMa0P+TpDvVu+77buW2XlXtJI9CANTTkGqny7QRjzI6EXe&#10;NBQVtDRY2YVVRjMpm9o0/gKTT0kFJiMpT5ctTxRnzI0iUaprUawzC/09+zPbn+jjIx5fNh6Dsjde&#10;78PNsPekcGObFPmMHm0q6nC1eNrZ0+5xVdX1iUiPSrqjEraQdDkKr/c2a/O8O4/eUkqyROB2mRJN&#10;ZUpiqEmgI4aeibY7B4drfZkgYbbFD4UiGrN4ckenUG/CwOW1ZbUaHpFb061peyMavX8mQx1R1LkN&#10;hbo2V2RsSrXIxZjIUO8cbBQYuup8zTVDVVDkaPHCrLQSJrleoSXyIyKWN1uasG7cVj94x0ZoqfdV&#10;CmYipDJ5TTtURo9TT67XZYKp2UG5DAX/AK+5BkuBuFtDfrEEiuKuFAai1OVBPEDyP5eXUepaJt9/&#10;dbcJCxhkKlj+IeR+3SBX516ALp+lfYSy9ZT5OfL1PXUtJtp8lVRRQS11NSxFaGqlSOWbTPPTIDIN&#10;RCuSBxyStbsx/Mt1sylwCL8XuDf/ABPsP3ChHKg9Ca0IjoBwp0c3A1nlhjNwbon+HBA4/wBa3sve&#10;fobIxJuQxv8A7Y8fT2U3MdQG8wejuKTVimOlpGxYD+mm9v8Aff6/sIcvD6XDLxc8kH629lc5AX59&#10;LkNCCD1l9hbmY21Nyt7KDYWJUtZR/wAGva/tgLUJQ91MdGAqw69e314+g/2/A/259jZ8b+m8XvPI&#10;Vu+t2pBUbV23WChpsVL5Q2Zzhgjq0EgQoGocZBJHMy8iWR4wfRqDZW/dZ9kbf3N3q75n5ht1m5Ws&#10;JBH4ZLf4xOV1BDTHhxKwkcaqsxRdLKXojuZzGFiiX9ZhWvkFzX88Y6RW685VUhgxWKNslWxmQz2B&#10;WjplkKNMwJBLSGNlX+nLXBUXPxks1UVIkSILTxNZAmi0x1j1fcXAZWZL2tYW99d7Pb4ItADBmA8u&#10;HlwH29H+xW8cbRBxWXj8h8ukjjsFBSyJ5SszodTMTdGBBAZSptpJXgNdrg88H2lM7Vrjdt5CueX9&#10;yKjlHnfUqQnTGFIUetpBqNrcf4ezKIqboF2CxLk+lBknqU7csIwYfiA8un2hjkmyawAIsQbXoC2L&#10;AR8NfgfqHsrlPW0OUqZGrTWVVPCWYeWaCCm8rBdU6RookkYqguzksQOfa6zgst6kuLmUzvHFSusq&#10;sdaAV0ppxU0FWqfToRWshRVLJ3HpfsuhV0izWFzxyRb/AGHtUU2Ix8RWamrI3pzHB4otSNpSSmRi&#10;klppbu5e9j9Q17t9fZlYWUMUjvE3+LUoq5IAxpodRBBFSDSoBxQHJ9aXKFQVpWvDqMJGP9m3+IH/&#10;ABX2r8TiY3aLwvbVGr2DOqDRpCKbEIqkKLAWP9ePbt34aEuFoeHRvGusijd3UWpnKKb8cEAm3J5t&#10;ax/r7GPGUUUckek2KABR9ONZddH+qAI/3n2Fru4aQNntb/N0ujIQjzI6QuSqS6v/AKlm5Y8D0k/V&#10;iQBe/sSYZ6eBFfxlppVUMLgBEFwP9Y/09hd43lbSG7B0407E0B6DKqgqayWVVkCU8ZbQb2Z2LajY&#10;ggldX19suUyBfyUyankmZ1TSpYCIJ6bx8iQq/P8Are11pbaf1W+Ff8PTtujVJcY9elBhcYkPjqpb&#10;CKC2oelddyNahiRbVz/r/n2He5aBaVKd5TGJJQjFiAUYnXYzIRpZYx/Xi7f4exJtVz4zyeGDQYr5&#10;j7D1eil+3pd4CrSr83htZJNGsBQQRqB0kC4BYGx+hFvYQ1+fFPVLTQnzSu0hSNGRA3qT9SWAW3P1&#10;Fr+xpb2aOgMjaaDzr04GkDgCvy6W8cAYDVy39Sb/AI5JNyeffdHuGqqfKKaSMVMUsamBJGbkOuom&#10;2q7AmxAFhb3SaxgUE6g0fqM/l8j04tw9SqHv/lT/AD9eelT+0qMpuDe39oFT+rjkH8+7T/iTuZ92&#10;bGTGV0wOW2jUfazRXOs42paWooqgKyKyxrK8kABu1oQSfV7xB95ttTZN/a4SgtL1Ay/6daBx9poH&#10;/wBsenNyLtt5Zj8WB1rXfzfdvt1Nv4bugphFt7unDMTMYxLHTbtwkNDj8xBZ5JF11OO+2qV02GqS&#10;WwtchcdpbZxm56yTA1mg0tTFUplaRoIp4KtailEEcdTHMCGEfhRhosdSqDcE3D3LV9LZWv1ejWow&#10;K5Gkk6gQRQqwJDA4IqOiCxuFjRxIpZKU/b0y/CHsfdWxusE3nLF/EPDVUabXnqWmpqulgo6w1mWj&#10;p5o5Y1qEyc2RnjQTq0aBpCfVYKRHacU3W25K/ZxWKlx+JqpKGjpokAhp6NeYEiUEqsEaEKtrAIAP&#10;x7yAnsbHdOX9vutuhCQiFQqqNIRVFAqqKAKowABQUp0c2M8ixpA5qlcdXuZlMP2x19iN4YyNpIs3&#10;iaHJ08mlPuGEl3VJfHwJ4gxV7GxYG3FvebsnCxrlTXRRlRk4o543UsRrUtT1SoQD6nKgn8gH/H2p&#10;5W3Em1WGQ5iJBB9MFTT06CW+2fhXmr8Liv5g8OpXU2eNTgTjJmV5sJUSUU6HmTxMq1NIzAepRFFK&#10;yk/S4t+PafxmKV1kik8phgghPEbxRxjgzqJYwrama5J/BN/wfZld3giIZQFJJ4Zr+Xl0ngd0Chq9&#10;LLJ5WOmETK8Ylllc6Vlid5E8amO6uxWNRb8j3GrqD7yuangkSPH01GGrldXMMjqjS0kTRBdbqKiE&#10;s5LXMZUWZZG9oJpZJYPDJBJrg544zkdvmRUcKH5RB7lczykw7PZTVZ0HiUPAVNQfmRTqRR1wipY6&#10;mZddTNU6KcHVqjDhhUSH+wfQbLpFgwP595ck1NS4tplYNLGoYyGyqmo6nUJ5H0CT/Wtb+n1Cu1Mo&#10;lpO3YBkjz+fUW2O1tN4lAdXH5/i/yU640ElTLXywyaVQXBjChjJcCzmQ8gqfqPYfR5mDNxZGmd5E&#10;mx/MaIwZ5ZV1lyRYnx6tcagD9RL/AKQPay0vI3v54oKao2CsK5z5n0FajIrg09ei3crURjj3g9LK&#10;OlNFNAyrqSWwc2Fl1W5PJ+nsoW4ZQmeqsoa+akbHz2q6GVPJHOoklMM8Rlli8do0BIBIJbgG9vYD&#10;3xfp+brzeJNyeE21x+pEyqwlQOdMketlABVQGGaHyNehntQQW0UAAZSBnpToPQvHNvr+ef8AH/W9&#10;3B9L53HdhdJ7frZawVWYw1FLhMm8kqrNI1ACKGodQdRNTjWhux/VIrf0PsM8x2z7LzVKLbU213Cp&#10;NE1KAh1GvgAtQ+rAAAxgCnUybDdi4sxG6VKoFr6lSQf5U6qJ7dptydVfJnN0tNQOu0N5TUe6NvTR&#10;0hFPHNklEObo4aiNRGs9Pn4p5HT6RwzRCw1L7Cbe+DKyygsniciwLWUEHlQzfUlR9Pci7BuB0oaU&#10;anS6SHw/OgJ4+nR5uvdxNV0sAMZBWIXIUs1yfrpHP1vz9PaL6kyuQ2t3t1NlsVLHFVw9hbVx0TzF&#10;1hMebylPhKyKQRlXKNQ5CQEg3/pzb2ae4ENvfe2/OFvdRs0DWEpIWlaqNanOMOqn7OoJ9/trst69&#10;qefrO/jZoG22du3jVI2kB/JlU/YOnvu7GYzO9Idq0uZjaShTYG6MjNoaNJYJcJiqjN0VZC0oMfmo&#10;q/GxSIGBQuBqBW497DubxlJOrVMzshSMTL+4EbWASNf+1x6Lm/8AX3zWsbyWOkKLqqaH7Dg8fl+f&#10;Xzj73ZMrFQCVP+A9V7/G3tSSqo4MbEkZZKiCkjUspAgSIDzAMb6JdAsT9SR7Lc+SQ5RshkvuDcFb&#10;iGS7qC0kkZdVELSAgCxGoX5+o9yh9MVs/pbZlC4xX7B+zNK8OgVuGzzLEsVsBqbIXzPAYHH06tDx&#10;80TUyQwst1VSRqW63QfpUm5jGm3HF/Yj7a3hRsKsq4gEviZyI2SzBZZSJDquvkkZueCdX+3C26bL&#10;OrW+ptSqCKV+wD+Q/l0Ady2GSNkqpNG/1f4B1lnhaQrrNwOBe30sbD3nzVW+axP3RkpnMFOkSxTl&#10;3ZmWepSRljNOIkDU6xHWkj6m5slgfbe3QfQ3vg6HoxJqPsWg4+teIH59I7WzS3uBD4b6mLEkf7Wn&#10;4v8ATeXr1ypj9tIEUNZmDMyfX6fpvfjj2z4erpGxsdOksjyAOxVS3ijtaRPCGVbK+liGAAK2/oST&#10;C8ilFy8rKNBpQ/5+r3m2t40kjp2Hh9nz9epk0xWViLaTyp/wtzqJNr39yjmKla5Y5gqUieOiEoR3&#10;d43EjOJm1IqnUtnYHSCQLcn2laxha3MiAtOe6h4V+z86gH0rxA6Yi2cpEzI3c3fknyxSnnxGPQfL&#10;rizRsisurUzBrMf0WBFrX+tz7bs3uKJ6b7ajq46eGLghZFE5AKGRGqNDeWOVlup1XuByCT7Wbdtb&#10;RyePcQlpWp5Yz50+Ven7XaGVmlnjZnY1rSgr5Gnyrx6yQK3DOLluCTbixsD9fwB7gY3Py1dFJDHM&#10;Ux4KVMNIyeS01pFapJ+qgL9D/j7VXe3rBcrIw/XIKls/I6f9jpfNswt7gM0X6uQT9tMflUddzqRI&#10;JBy1mGockD08cf19vczYzJUtOrB9UcTQRPGx9Du6PqlVg0jOZpv+DMVP9PZfELmynlAACE14Ux6D&#10;y4deSCS3+pwKYNSPlQ59aYJ4nz6bvLUQMSWXQzi4VeTY2H+8ew6GBf0TZPLpNI5qElkqqlTBFGre&#10;Sa8f7TU1O8EfHkuLMwB50gR/vAAeHbWZVKLQBTk8B61IOcfIU6P28LUIbO0YEEU01qWxQj1yaimc&#10;evTh92xtojtx9LfU/wCxP59lo+R+zto722bn9r53F49KObEVC0+frlqHjwGTgrqA7etlsTNT19NV&#10;ZXIVkZjgp2E1XZ7XbSrknMmz7TzTy9u2y7oE8SSF2R2qEjmJXw9Wlg+t5ChCodTBSvmoaSfa/cN3&#10;5d5g2vd9quWDrMAYF0VljKv4rFHBRkiiV9TOCsWoGq8Q6UkrmxYlf6qT/vH5HvWz7H6jz21uwsl1&#10;xlcdmGyEslPh8Zhqqohol/iOTpEfbuRxeQq1qKSrwtVm6mwlVY9LS6X8bM3j598w8p73y/zDNyju&#10;kc31issccbPoVmkIaN42eqNE0rVBBVVkJLEHVTq9ypzxtm9ctW3Ndpcw+CdUskoUtURE+MsqJ+oJ&#10;EhHBg5IFAGFAXO4te/HtO796V3p1FksLgM5vHZtVmaOnqstl9r4rIjctftrN4mlxVQMFnsT9hUw0&#10;+SqYcrDJ4w1VRtD5mkfTE4CTmDkbdeUpLKzvd5sH3JY2d4Edp3gmj0MIpoxGUEhV1YaWeGgdmPa3&#10;Rhy/z/y9z1a3+5bdsW4CykKxR3Lp4CXELmVBNDKXU+Ghjda0R9bRKqgyKT3e/wBPZ/fj9trunoGi&#10;pd37x39tvZ1AtJBkdp4STdO3qbtDJVWKz0VNispsYb/osWuzcUKiiV6ySoaOlqMOqRz007hI2lnl&#10;fkvmvlm1a636/tYdrlQMsL3FvHeSKkirqtjerEttG2mkzuyAwsqvFIBp6xu9xN19vPcS5udq2DYL&#10;q+uzII7iRLe4NjGHh1SRXgtZH+qkCswiFHeO5OuOWOPUVjzww1Ub08yeWKaOSKVTyhjdSGV+fow/&#10;3n3eZ0L3LS919abK3lK8CSZnDI2aOGiggxUk9LLJia1sXTKT9thJ6yhmeKJ5C4p3ClQ4KtlHy3M2&#10;68sbTzDEyyNcwgg0YAyoXWRhqLMAXUlAxLKAAxJqeuePP/I8nI/Nm/bAiMUt5qRq+GCafEUMVxrV&#10;XRWKkrqRtJIoSx1FKlGmlP0iwUHluD6bHk+kex1wstAMzkFphH9lSTyQhIY6NVRZo7I72Ugq0wsD&#10;eVh+PVckxvo7g2Fs0pPjyLXixyDU/n68P2dAe7t5zb2xnT46kedTXOfXAx1FnZvtY2JvI125sW1L&#10;+r8cWW3t9SrjmavpsxjykMKwz0U1OUUhPIGnM8KsZ1KlLujKCwH+t7LDEUMEllOSasG1EkcKjSeH&#10;2HpGsDDwjGxOO6taVIJBWuOI6hsZAYXpplJUgVCsLoST9YuLW4/r7CRqGopquXJrXJPSoJ9bLIZ/&#10;tC9UFp4oqZTpB8c7tqaysFJUXF/Y1NzHLBHavAUnOniKau3J1U9QBTPz6tdeCYPp/BZZGINSKAnT&#10;k1ofxeQBr0ponLKqldLAfTjm9iD9T9QfbvBNiZqinrTUxwZSCpp6OGGkkaKokSoLqZsbCzinWCM6&#10;mkCO73Y/1sULpfLFNbiJvpXBYlx2grTDkd1Wp21oKUx0ROl3EJ4xGfp2FWJHAjNT55IxgYp1kJdS&#10;F0+lrljwRcDi/tP7upqGtirqK00LNMsNRn6sx1lNOWUuKNmghQrJJ6mDcj9uzBrLYy2WW4gktbk0&#10;ailliXUrKAfiANcUwfPOKDpTt8ksckVyGVqZKLqDqPMqD8vQdZIwytwv4vYW+h+ht/Q29gFuVKdQ&#10;YqulnocySkhnkqPFStDj5jTUrYqnsqBZ6VEcFhd2ItYavcj7W0oOqK4WSxpTSFqayZYScThtQqMA&#10;A9DHa4p9LG3k12BGFCGp1ZYSNxNGqNQwKZyD1LFiL/1+v+w4+vtP5/eWdx+3ocLNlMhSYumlfIQR&#10;/czTK1QpeGORXi1fdSskhU3Nyx5v9CY2OxbbcblJuSWkT3hXSTpGAePljy4dGdnslleXb3It1mnb&#10;t8gFz6HAoK564+OPUr6F1quhXsCwX/UhjyAfbPgs3BNk466ueLwicSRNJM8FU1waZeVAiZY1ILBY&#10;1djIP1aT7XbhYyR2z28CmumhoAVFe4n1zkD7PLqt7tbRWptbeM6wADiqqKhya8acRkkenl1yAsLD&#10;6AWA/wBb2ZWeHBUxeGGvppiaeaqjq56mJKWKmkRVp6NKaOF1aolqhybWS1783MVxPfTKhktmVQ2k&#10;qq1JNTVifIBafb1G6/UyAme2YKWAIUZNGOa+XyPn1x9d/pYX+nH9ef8AH2FuJyWSlyLYLwVVTi4P&#10;uhRU1TO8kFTLWwp5XgnWVBF4WjJRtJIcgBiD7F15bWy243BmVLttOpgKEAGgBFK5rny8/I9Ci6gh&#10;NrHeeIi3LEVoKlACQAQampFK0any65cfXj/X/wCN+1BiKympcBWY2rq2idMv9jXYKsVpQ88VHVeR&#10;XngqoclQ/Yywl4541UhYtKSBiW9lW4W01xuMUsFv2NbllmVipAZgBp7Sp1KaFamhbIoOmruC8a7F&#10;zHDVWiDrKoC0DGmVIKEMho6sSCWoUA6429QIHFvr/t/bxth4MTWS123VqIIaBqatp5Up46esnSo8&#10;S5SY+CtqDKkM2tmZmv6tRABI9oNxjNzbpZ7n4ZMutXWtVBBJStQKFgQDjiOgtu8c1yIo7+RWkbUG&#10;DMGC6CfCU1CgHRpGkYWlDnrmQCLHkH2LW2e5Jc/naSiqKmqxmNirlwbVk+DqcdFkIcblaSkz7Un7&#10;0dXVGqjaoSOVRo1h5QSqojx9f8qxHar6awidrgPITq1HSwBC0DKmCfhYVVvwk0PRZecppt1lHcSR&#10;ozvEJNKSI7DxY2aJCQNMZU6C6ua0YCoJ6gzU5EUhjQSSEFkVjpUMPouoHgc/7x7OJXpHnMRBPh6t&#10;JRoWVIKiVJjESzSedFJFOrrGp1kMp1c2tYe4ltml2+7eO+iKtWhYClfkfOn5dAW5sxURq9SPy/w/&#10;8X0kKTI1FFXTrkIDEkjBIqpYgIi99LRsBO0rFrjSQmn68ewK3LnKjDpFG1Wjitiip/CLLJUrGzs7&#10;0sc0DLMYpUAcxkkhhf3Ie1WEd8SUiI8M1J4hfLNDitcV9Pl0it9vEhfSvYOJ9OlpFd/1L+k2N/wb&#10;cj/X9zdnZSgrsnEzw0MeSqzDQT1skNLHL46SarkpoZKgBZYoKbzytGNRCa30XLk+0W+bY1rHNPGC&#10;aLXHEjHl+LicdJbwXKRx22tjAGLAV7atTUacKtQVPE0Hp16W6epbkoCwWwuTyth/jY+xzpa7GVQf&#10;HZScVdG8LRyMmkeCsplQLKLIHDBlKK6AguQbC4YgKeC4hP1dpGUmB+fcjeXocZp9v2dagkg1PFea&#10;vD8MjHHUaBeHlxH+bpL5OlySwQVOG8MdalfTl0kF1kopJQKtNJNtQ8rMPyCvtIT7L29X5GM00VWt&#10;PS0sOVgnrPu6mlrKmWqqYpKeaZy1P5I1og7xrpcCUGwX2bQ8xblEs0EjKZT2nSoWi/hpj1rXPl01&#10;eNHHAJ4ZgI21KcjWCKEAiupfiJFQK+VaYdaetrVVlqYo3lEpW0PAVCqkNa/+qv7CLd+Px+HqlqMP&#10;BFM9UomCOgRY0mVo9CF3VQlxqCj1f149jzZLu5vINF7K2lcY86ZqfmeHSPb5ZbgmC5uCIlUetSRm&#10;p+Z+denlCSov9fof8fYWZmmydBjK/Kx0rVs9BS1lbBhonp0myslFSz1MWJWSrqIsak+UljWFDK0c&#10;IZgWZVuQfz3um3uBaWrz3fhnQgIBZ6doBZlUVOKsygebAZAv2yaxu76025rhYkmlSMzMCViV2CmU&#10;6FaQrGDrIQM9AdIJoOuftLCpoqrbseI3RT0GagzONFDmsVXUdHVYmpM0FMtXHPSStk4aun8kboIf&#10;NNGddi0hQMVp2yXc4SLy3Ugp3IRUGoIKFSWXgaNXUGzkqej947q23iW+2CeS1e3n8SGRJGWVdLP4&#10;bBx4dHCkHXoQjOlU1FR72spqqvysBNJjnjjqJ2kF0edzGVK1J8kz+QoJ9LO8hup9LXW59sLBa2Zp&#10;NcAuq0oDTNe0cKV8hTHpw6DUNrBYzK012C8a0rUKNVeyoGAaYVRx4rmnXvaX3BWTAVFJ9/DUGmn+&#10;xnjVoZQjweNSGaN5Gu9OyyhXOsxupIsR7NdnjtpCJ1t2VwCfMH/YqQP2Do92yKItb3AtpE1prBYE&#10;DuLHtqOAYaCQPiVhXj172nYsJSPWRQ1CUcUEsB80jWLT1DzSEKam+kQyRlNFjpUo5JOoaTV7+4WO&#10;WVGZnB7R5qKZNPP/AGejo7lKtrJJF4j3CtUf0QAM6eLGoYH11CnDr3tA7gyOHq8nuLadK9E8mLme&#10;hr6WZY6s4x6qhjz+Jn0HH1+NaCOikHiqJlZGkp76XYFQzY3Nru6XVjLMzzRsqyAqDRiiuKqwIoVI&#10;IJBVW7MnHQt2az3O22/Zt/mjlAnXXGw7fE0yGCZcSJKDqFWRCGAciqju697dMXjsls7ZlZujNwbg&#10;3tLj2wNO9LtTGY2bOVlLmnx+IlzbYiSqw1Gn2eUM81alK8zRQW0wtcx+w9zLzXe7FZW8Tbbc304e&#10;OMmEIZHeqK0jprVUWp8R1QnsLNHqpoCHcLmx5g5mt9h2q4stsjl8Yh7mSUQo0PiSiETBJmbxIwiR&#10;GQIHckGVRRj72KO5JqeWQxY+BZIKekEMjwEPaKGVFm1RKrEK2lTqsLA/X2Z7UsoBed9MjvjV5mh/&#10;2egBssUqDxLt6SvJUBvWhpn9vXvaUgwsE6tSrHUyQrG1UqFZPLGJqVTp8amUmpdCWiX6c88ezea/&#10;kjQXEjrqBofQ0Oa+dBkEj8uj+TdZ4tNwzR66lTX4SQSBkU7RShPlQ9e9pDbGJSeSoxku74crU0Mu&#10;extZn5Z8T/DMLWvmtMWKyuOx8rPJnNsgLR1KkBjIGZ1EjMql9nuyT2/jwXZuxHJID4QX9Qh2qpdK&#10;xq0dAtKgincAxPQl36+aFYL2Ll4wQyrBKluEk8SZBDUyxySKFEFzmaOhIAoqnQAT72hMhTZzc9XP&#10;ia7aO4qWGLHZdp80ksdTjIqp9w5XDLjZayjs0NZkaDHw1Ua0rzSxROTP4iEDL9h5kk+uNjcbe8CT&#10;Rlw2pKJR9BjMkb/2jU8ZWjGlalZNEoUyi+wk2zYrRNzs+ZLFpjPAFgIZZSv08U3igMMxo8kkT+KI&#10;1dwBHrWpHvaI2PPDuPZNfh6us3BVZmPKO89DnK6nkqtiRVcNLl6DatZHQZOlyOawpx2QnWnetBWe&#10;eX92FY4xAhdy1dS7pVpruXxFlaWaJ3GqHxdBFuwX9SQBG1fr+IzqhMmiscSijmcTbJzRbbjZxWse&#10;3Nb0SSFCqXuh2jkulLxtFBL4sSNIsJ7EA8ORmdpW97rG+c3X8q0ezc5Lj8j/ABzH0NNt/dc2Gppa&#10;vbtRQ0rL/CshUTx49MfRK+Ugf7V5ZabTFME8WtWYRD947YUuNn5b5gkgnG7eF4FxoRvAWJSDE0jp&#10;CFQCYlYhI8WnxCfDBIC5t/db5vi+o5n22K7hO0zTtcWqzMqXCs4pKiKW1tSFlEulJNTDUG0kL173&#10;XFWY44qWhhIyVXjKyZHl8GM/h2MyZhEMCvSwR1shylZCJSzsypLG86cEsJThVuqCwS1toppDYuaE&#10;LGIY5AgoNKo58QqHJZQqspcUzR+szIbtb9LqU+DHfRqQC0niyR6izHWWjBiRqYyylUbGNHXvYudS&#10;fGfevyLqMngOvcVW4/bNNjspnMZlK2qp6HZ1HlMRJQ4WpqstPO+YyeNlyL6JRSyeJmEbaJdIZ1Ne&#10;Q/b269xZtwtrW4Ftt0UHjLNMGW11x0jOo1nkWSQHV4FRjIkCqzAA+4HvPy37Px2e6c4Xscm+Szxw&#10;SRKpe8eOVZJkSIKIY5fDyhkAKAsodAxC9e9iv1T0f3Vt/fm9Ok+zMplcPkRtuDJTRT1lXEXpaWvh&#10;oMTolFLLVtgBUVkwlhjUwkPZbAyt7yG9p/bLnC/3Xf8AkzeN2aEybQs4YOw8SKOUJCNZXW1qGlnV&#10;kHYXZx2EyN0AfcD3L9t9y5Y5c9y+UdthntfrnjGlUJWR0MslRqC/UFUQxyN3ECurCAe+vI9mw3l1&#10;hmev8Vs2PaW2aCd62Lbm2N0U2PjbcGWzNPkMvkqvdkWKyeXqYsZhMNLQ4Sep+5f/ACuH7qlhhSml&#10;9MU575yZunL9ny/bctcso7EW9pdgR/USzRs7y3iRSzv4dtCUidlndRIqtDHGYDRVx95c5623m/cO&#10;YX5h3udUja6ubZpD9PFC6RxJatJFCpkmmEk8cfhLWJ/BnklM0Z1P73WPuOkqsbnsomfwdeuUps9B&#10;S1+MoAq1N4KvLyUWLOGg0U1FXZTFQQrFTL4qkJo1G5ucHt/gurXftxtt02uZL9byNXjRaMzAuI0M&#10;AOlZCgASMmOQKADgiub+zXMN9tdg217nE+3PallkkJK0KQq8gnarukUhfXKVeKoOlSFHXvdkHxo+&#10;PfX9fsnKbw7PwGSx+a663VuVcjtuSsko8jTQXo83hq/KbfoFqc5WCbETwLF9vGsdVCFCrIdAbJz2&#10;v9ueTbjYpL3m7YpouYNpvbhpYW8TEY0zxtLDGZGZ2i8NVVaeKippikw3WGnvX7w822vM9hy5yPus&#10;M1jvFjbmK6VQ0bN3RTJFPJphQrMJCWdi0LV1FF1Ffe7EevsdNtbAjHS4OmxlFNXzwUUVJVyWhwNC&#10;TjMFFEFSk8j1VHRxBi0ZKIyqQj61GV1rBbva2VvbWkVrBaReFFDGAyKkbFIzwOgCEJ24IIIJIoBh&#10;vzjdpvu6G7j3Np7lYVaQsgq1w36k5YkvTSzsRpbuOphqU1697GG0woZ8glarF41lanntLFSKp0Bq&#10;imDQyy21hriRCwPsucjxhZxxkODQNnJ86HgMeXUco0X1Udk9u1K0qMFvPtY1XgKfCc+lOve/UW/c&#10;VHjf4io+7xkuMgy2NWhqnrGykUEwqoZcLX477dqlqt4lUtBqSURlQjLIwJXNtMW62y3FteCW3c18&#10;SM1UqQCGATVqUjK0NWBBBNK9Xn5Vv2vmtdPh3iztFIZFCeEXXQyzRyatIUEmjgOob4lKhh72I0s1&#10;fm6M10jvjsnUUwkGiczyQtPBcwNMgRqqN5ToZ9IDEn9JFgVwC3snjhCeJbA0yKcD6HgQM04/bx6B&#10;KR2u23X0yKJbBXIrpCA6TxpUhTTIFTQUrWtT72I/Se6ZqTP4+m3F4akwyx09UVH2oJkDxpMHsHJg&#10;LFwGJ/3k+wh7jcuWO5bY7WsROlvESuaMueHlWtPz6kTlXfzy1vou9tZhtk6lWBOdPbXPAUoKedK+&#10;vRdvlJ0//pq6Z3htCjljpdwNiq2u21WSUsdasWao6aWakp5KeUEPTZFl+3ltZgkpZTqAPs/memoq&#10;akYQLJNJJGGp46eRWNQzRBlVpG9F1gu/JCkD88A41JcvblGeNywNdPAk1NVFeGamnH06nKFLncvG&#10;kjK+BIK6vQE8QfME9a+nTwze3s5R0m7pIaPI4qYR5lK2kFO2Nlp55IZUFCskskkU9ZTGMsq+SN9W&#10;kKoJBa92ZfH19ZUUmPxz7mys6M+Ko3myVDR3x+Rhoq9qmqjhiE5g85kJWRrqOFA1WWrzzNbh7LaV&#10;LXRUle00OlgH7mX8ANcGhFD516PrHke6EYvr+6FtYhgHYMmoao2ZAoLYLUUAkcWFK9WtbI7OFJiM&#10;aTM2AxlNKtPmJx9jWVkrVmPqp6d4KeCRpKUP9kI1JRn1uASzFfbZjtvfeU1XlJcTXY6bXAKiljrI&#10;admX0M7oRDKRK6REiOQxMPQCGYkKaD3Dvbm21vatGsdNQYUbzJJqMYHmyn0DV6bu+XdLx2sW4eO7&#10;YU0NPsqWFSSfI0pSlOnus+Q9HjM5R42WuxFRhRBKTkvsq153rw2n7XQSII6dXYgzIrG6ksRbUW2o&#10;2uk+QNRXR5NRUSKkdJSRTxxY7zLLBFXV9ZLFT0VRDSiGZmVAJkDEqCL+3Ln3RWFrG0h25pDqWrAM&#10;dIbBNSFUEAmoyR9vWrbl24jt5hJKgNDT4atmtAAzHNMVpmnT/L8isRT0NEuIrcSI4HjNRVZCrhSe&#10;teMl6ijx9HFPJWxTTyFI0edtBc/429u9NjqqGuAWqXIUcmimj8Czy6KWSzLGVOtXNNJKrsWW6qWt&#10;ww9iEcw7ff2CTwODLqNRmuaD4aVJpTHpQ+fUZT7RdwXrwNbMCDqYkUB9Dnypj7QehoG/NsZbbTZO&#10;SrocdOkYnq4a6qpIv3lR4yo9aK3miVlQDkspHJB9y9x7KoNyYOooMnEtK03khhqI4pI3XzS0skkc&#10;VQ0ktVTO2kAOBGbq/Ifn3Gm7xiR/E1sod2wqUBbUmRpqcnUQVKElWqOh3y/uF1tE/ipWoNWrmtNQ&#10;BZSaGg04IOKYp0DE+/zjdzw1uFr6erC6KrJUEdT9If8AKFD+BFjgaQMwd9cn+bKEg+1RsDCNR7ax&#10;MeTV5J8bSS0q0kqCn0xUs8iUdRPC0cjpen1eJGlk1JJq4dpLmGyxSGztXkRkBHapOaVIFVAIU04d&#10;xwc91T0r3AJLfXJUA6pK6hmoI4cB5/IdAL3Bv2pG48nS7deKlhzNTTtWZINJOsktZCDVw0kka/R5&#10;yQ7sF8bfQOOfa5myQRJbxOwgQzXS7usjgBYAi3vosB/sfYiSABQQflTpyO3GkEHjj7Pn0VmPBmpy&#10;NB/lS/5Yz0chnk0GoWHUiTykSU1QDI05KrYhb3Bvf2CVJu/HRb9q4a2sjnizCTUMDS2alTKUUayU&#10;FNBFLBqPlIYGYaWsCALgMQjv0auwKDDSKCGBajxmq000NKipbyAr0LNl2/xYV7O5Bq40Ol+JB+Xk&#10;DxJA8+jE94df7nb4+UVTtvFVUVdtKSiys1HSo4yFVhKqGopMm8k1O8oZ6aKZGMbLY29RC39xctks&#10;jmI5lnk84opIpIoKbHtUPSU8tNO9M0EsEaVFegh0RvNd2YkFVHF4rmSYpOHMbSKUwEMlEKsMFaMw&#10;C0DEs1aCiECnUx2FptW1ogiAHiRkEltLMyuoZWD1WM6gQq0UABiTxbok+E27/DM7T1lNSZDHvlk8&#10;UuSrs39lDX1FNkMYtTHVUNQ8sGOmE7PLSxLHTqixsGlZWA9prMZDMDESTvWiOtkqI8aKajgEVNOn&#10;hihM8FJOWZhj1QiLyrNZGUgqV0nbrPBbmXxk8ckLpWoDYUVIIBFK0yp+3pBafu+63fwfBcWCIzFm&#10;C6gtXKgMMEsTnSwJApQ9Gh2RsvAYE0q47E1NRTxlcqk1dVxVuSomjd6vxHIUwMccdQxRmCSQxvKG&#10;XSVOoZKXcNZV4ukxZw9QlFT1ECSeFqe1SkrTvHNWUwPmpqczxSgEFpGc6CVUn2MeXLuHcjZbdLZU&#10;GoByCCM1buGKfDxNOPQC5l2i424Xu5QbqhnCnSp1AjgKIymhoKVBzjGc9GL2Rhdt1u7YTU1DVeSy&#10;dLVwNUzQ1aLR1FPTRrPT0E5Bo62ZIWjViAsKLa12F/bPXUWNxk0OVyePUVTU1RVUS0FDUVMlLSxT&#10;TTRRy0i08y0q0KyI2hCzMgYooa6EZX+27BZ6ZQsaOtSpXuoKGoKgGgU8QGY44fh6R7Jv263e3pbv&#10;c+ItKMrECpwKg1qaivmOJyOl3l8GtfkqnE7WnqKagpK2Cjnkr6qmpWmqnpl+4OPqTWPNXRTiKSMO&#10;qIqyPZ7oPaPzWw6PLrFuLC7qkxzbsmiqa01dDUSTUiVcUn8PWChrIYJKWo1zQvUKsbvFYrdWuQUX&#10;hs5qXNvKEnnYYOo/FVlwQPJl1UrTSfM9Mw83TWbzWl3tOpYGIUggKSCBJUgspXtIQkgMGBr6C3t+&#10;traCg/u7W4NcgNq0XjpVjq4fFULS+NZ1aWlnqVnMzIyweZ4vLdbAXAKPy20/7sxYwVeajyuIhGUx&#10;dJJKlDJJ/EaY0lQamtyNNUypU0WTiMkpUgSJPIIwFUeovfbIXVZ2MbjVJSmlgrAg9zVYMjDUa4YM&#10;yg8Ohxy5z29xLPZwsUuaox0kqpVg2kIukAOh0qdJI0orgnUzNGyGEG4aWsylJga3HZXIyUNZXh46&#10;2JpKU09TAaZKaWGKOnr6GR1QuAU8Ufk5uw9jX19Lgtw1NDj4aKoqI4nMVViaKZkji4UxVrGEmVKX&#10;xsp9VgdQsSCCRQLqzXZ9KxlHBaqcI9VCQ5H8IHD5nHQn/eU12800lypn0AhyavQ8QT6hsH0p1VJ8&#10;zKPfPTGw907rotwYzbhqooJMFuzc0UdUDUyJIJMHKlaTS1OZqpY7IkeolV4X6+zSUOA23igXqMXQ&#10;U9Ikbq81aI1jhKkFkP3Er3ZvrdRcn2X7dcCaCSaUqGrxFKfz6j7mfc93d1tLGaRpjT4SSf5V6qp6&#10;Q3zvbtPGVmZ3Hv3MZbPQ1bxUeD2yJKcVzvIQtS8FPjkp44QSBZLWJ9sf32DWeYbR2xU17TGOKaqo&#10;KVqaia73SWSqmEEDKt+ALmxHs4s5Y4gWVgS5rVQBXHm/nj/iugnukG4zxRLzFviJEi4V2OqnGlAa&#10;1qKEft6sd6527ubESU9Xn9009DIFdhjKutjrMtEhQzVCxJTeesVVYH6AXtzxf26UvX+8txlZMrkR&#10;QRhyi0+JDh0pzfXG9VMg0yEAcpz/AI+3H3i3tQ6sAAfJSc/Mtk/koH256CM/M/LOyL4O2WH1EgyX&#10;cgCp40UcR5UP29DG2/dt4hWkq5ZFSbwyVEmYaFZqiaJQVmemkkIMIJ9BfnVfj2tcX1ztba0az1sN&#10;JThLD7ivn1PwrB5BNPM0xNySbmxP09l53q8vP0LBXJGMVJP58f59R9vXPHMW5mSJboiI4KoNK/sX&#10;/N0tcDnn3xF4cKazMzqNSR4+naogYkB1jcUt6XSv04Grn2mewuydq4nFDD7cytJUZKUMixY+ZWaO&#10;y6Va8cjuxv8AhPYh5Z5X3e9uze7pbOtsuaupAOfmKft6L+X9su73cI5twUmAkVJHl+fQ3dd9Q7yn&#10;qqrNbpw8tBj4dMlMtcpkc6QW0+CRQYY1H5e9vbV0zHjshC1RkaszZeq0T1VME/ekleVl8syuSyC3&#10;0H49vc4vfW0cKRxFbdQBWlB8IqB+da9HPP8AdTR3MVtbRhbGOgQgUAwOuXZFFnMbSVDY+CP+F6np&#10;XrXOmCngCBnip1S0Y8l+be1HvjEVW28kNxYNAVVGbI0ka3WanQgnURFJoaJAWsouSPr7K9o3BL2y&#10;+iva9vwk8fy9ehDyPukO9237i3R/1iQIjXBY/wDF+fRW6+LG5DEzYnNFBQNKWoquZ7HHTSoyCQMz&#10;qJ5WZhbVwv1H09hT2LjqfeW2U3JgzbKxj7uN4F8M7LCreSFxpWTyAxjhh7I93drExiN6D8JNPPNR&#10;656yo9ry9lM2wbtGPDGoCvCh4fln7OqzKnsfIfHj5J1m3tw5yev643TNBQ1eNzNVLV0lLJk3i/3I&#10;0zWWnCQ+IgKG0kBr2v7CratcMvjPNVRN97GBHONYM+qMtr87vfTpc8Wt+fb1tcC8gMssZ8UE/M1G&#10;Ca+daDHl5dDLerI7deGGBh4FccdOfTy+2n59GZ7HpHwecJo5lbEVMa1dBIFSOjlglS8ckCLwuuO5&#10;J5vwfatFZVSI1LUQt4WRhEHkYNYWDNrIu4HtfFcTsoglZhXgGNMfYei4bcmsOh7hxpnPQKzVeOp5&#10;kyFBMDVeUSTvEC6B72jaNLgFr8fQ+yl99/J/oj4+YesyO/excRhctFEJ6Xb+Nr6er3DVHWVVabF0&#10;8pqmDuNJLaEv9WHuP+aOa+XOWlkW53H/ABkqeyNgzcD5A1r9vUx8le2PO3OE8Qsdpb6EYLzK6R/b&#10;qoK0+X5dGu6L6N7g7yq6ZMfsljtGqLQVm7t20MlBgYI7liKf7qIyZMBCWK08M5P0uvuij5Gfzp+y&#10;tyJU7a6LxUe18SsBpDufM0NDlNw1AEi62pFeCelx8cyLcXDuDf8Ap7g7f/effLpjb7Cv01sF0htK&#10;NJ9upgQK+fmPLrLflr7tvKlrE0nM7fWXDMrGMMyw4HAqpBeh4a6/Lz6so6S/lv8ASfVWYpN35iCv&#10;3Ru6GolrR4sjlcXtWkqZkKyCDAUuQjp6lhq9DyqV45QfT3Th2N3D2n21mKnP9jb4z2566d5JZJMn&#10;Xy1Gh3Y3jiDMKaBLm+gIoAFgB7ie/wBy3Hdrhrzc7ySa6IyzuWp8gScDyAGKdTztGwbBy9aRWOyb&#10;VDb2yABRHGEX7aAYrxPmTxqerBqHG0GMpoqTH0dNR00CCOKCmhjhjRAACAiKBzbn+p5PPsNqOnrq&#10;+WODH0xqpioCLAklTKSWcALrV15N+FFvZfqo1EUA08qf5Oj+GF5yqpGWcmgAFSfsA4/Z1MsOOBwL&#10;Dj6Djgf4cexh2n0PvrdTLNWpJhqMugaStjZH8TG58cJVdR0+/CF3Jrw6F22ck7xdaHkj8G28y4Kk&#10;D8+PXfscsf051TsmBJ9y1S5asGssaipZINSHUEMKyRxi9v7R9mMW3nGpaD1P+z0JjtXJ2xgDc70T&#10;XA9CDU/JVOPsPXveLJd0bS2xAaPaOKpaVkYov2scTqqWsS7qgBclRexPFufbrNa24o1x3+gUHoqu&#10;ufhBG0Ow7akCA4YgE/s/Z172Geb+QO8cnTy0lE8dDHM51SRxK1RpClVRWUBVQ6r8c8D2nuLpJ4/D&#10;htu2vpU/8V0GW5r5hmY+LuRNRQgDSKfl172h8au/d+1oxuOOZzVVMR/k0HlnYWUKdYiUkIB9bkWH&#10;tqE3kxFvG7ajin2+o6INx3GytFa7v7yONTjVIwArThVj172JP+yz9qaL/wAHOr7T7233Md/P59H2&#10;mnXf7vxerw/53Tza3s0/q5utK6Twr/On+odEv9bOXKf8laL4K/h4V+Lj8Hlr9cddal/r+be//9TT&#10;4SGUHhD9f6j2MyH6KzqIIY9b/HuWI5OCUIv/AEPuhNRp8umj8J697khGIHH4/ST6j/rfj/X90UUI&#10;6TaWqT5de9+Kta5Q/wBByP8Affn26pBbu49WByKde95IwR/yUWPP+t/T25WvShj69e9vAqlWnWNQ&#10;2rUdTX40m4454+v49qDJCIPDAOutekRgrP4rD5de98qeVqSoE6MbpYBb82AHH9CD+faeoOV49KgA&#10;y0PDr3s+fTnZFT2ck2w9zZyfC4aioI5sRDTVtJi4Tl6Z4IaEzvOSKghwCEBBa3HsZR8wXu9wQbNf&#10;XBisUXsAIQah8Oo0JPE48/y6iHnxr7leKHftstVubwyqJAVZz4bBtZAHDFBXhnrAKWnFQ1UIoxUM&#10;uhptC+VkH0QvbVoH9L29hTvnsgLv8VNbjqQvhHqcXUtRyafvRCZ6RZWMYCztpY+oW1Hnn8hGbS1w&#10;SAAVJBocEjiSRxqf5dSzy1ulvLa2W4m3FZI9VKMCdS0NQTg/kM8MU6yhQAFF7D6XNyP6ctf6e5df&#10;2/i8vsbHbalpJqSrxGdqcnTVtMFSqmpqqVXEElVKHmRoTcgfp/w9nR3q2k2C02lrYrew3DSCQAVo&#10;3kW46R5AU+ZPRPPt6S7zPeSsXtpE0lSagAfL1+fWNYQszza3LPGkZUldPoJIYDSDrN+ebf4excoe&#10;99o4+g2fLkaWvmrIUlpaitgrY5MpTxwgNS1DSosSSyeSxFwTYce1m67wu47NstvM5a8h1jXwbQKB&#10;VJFK0zxBPz6IeXeWtrsuaN68Xba7FLp7CSQHauogHyNOBqOuTqSLA8nhQwBUkD8gj+g/HsCt7dgY&#10;2u3RU5Kjmqc9TVM7VAky7SzSlDJ6VqNUq+QG59P9PYY8Vlcmuv5Maj7D8v8AJ0Lp9k2uBZLbak8O&#10;3BoumgoBwpQU/lx67RQALKqn86QAL/m3+F/Yo7b7S66/u7JgdyY0zwZFxLWU+GxWPo5qYi2gJkLm&#10;pnkZiPTqUKL/AJPs5gvdp8NY72NqMRqCAAAUPA0Nc09afn0G22O7j3Bb5ZJGdOGqR6f7yGA8vTrq&#10;QSGxjKAi/wCsEjm39CD7eqTqnam78dFm9r09ZQUVS9WBTVdT5NBgcKq/cX0LIwJbSwvpXkj2ngtb&#10;a6LG3hKx1wT6f8V0s3jmCz24WcDMWv3QakHka0/Yf29dqSABIV12F9IOm9ubXuQL+wg3v1vk9qSU&#10;skMqZKgyMbS0NVSeV9YRzHJGyqkhWRHB+hI4+vtnctraxMciSK9tJ8JH8wfzr0Z7fd/WBVMRWald&#10;J4n7P8vXlcNex5H+9fj2j6Wsz+3ZYqqA1VFLGyvFrRls3B12kBVr/wCPstjJV0dBR1NR9vRu0UgS&#10;jIVPXO1+DyPY+bL+Q2fx1UozFTrV39TNGPs3ZzcyS06tdWL/AFYWH+Hs8O6fVuPr1pL60oP9Xp0v&#10;2nmDeuXpUeyumNuTUo3cp/wH+fUOooaeoTS8aggAKwFivIta39fp7NfTVOw+48OaXKUEU8kqIFMg&#10;UO0mgvI9JUwSBwbrwv1A+v191ltZNDSxuDAfMcQfl/LqYtp5i5Y51UbduVkFvm/iGnURnsKnUP29&#10;Mssddi9UkTGaH66balF7DlTZtVgPz7KX2l8bsvtl6rPYWM5vC00xlWBHkbI0K6yqeSNeKtIxzqDf&#10;T2VNEQTnA6CXNHIN9tYnu9vbx9uBwBlk/wBMaeX+GnTtSZGCqACnTJp1GMjkAWBP5+hPsptVRZOC&#10;sndHamjdn5RQzuyXdwYyCqEN6QLfX2wKMWzjqODEQXBFKft6cPcnG1kyjySRTUoLaZBWFESpLMPV&#10;EhH7EoIuP6n3aqkVYCgxw4/bWoPXgBxp3DgakEfsPXVuQfoR/vI/of8AD2cjqPvPwU+P2fv2Set2&#10;6EWiwubUK2U2w8joYklkVYpa7DxyCzQOWaJGJiItobKL7vP3oecfZLebS0lvpLnkd5B41q1CEStW&#10;aKtNJC1AA4Y0jGlsd/eH2H2Hn+0vNz261S25sEfa9aCQgGgkFCDSuKafU1Oem+eneFjUUYHkaTXN&#10;AzMEqAEN9F3EcNSxVf3CCCBZr8FTnUW0KiGrpo4vBVxVEcVRSZCikE9FW01QpmpqmlqFJSaN054A&#10;P4Njf33O5Q9zeW+f+VbDmrly/WXa7iOoyNSkUqjgE0YZHEjzFQeuW3N2y7zy1ul7sm7QGO7iZlPo&#10;aDiPkRkfb1mpKyOsiEsepbHRJDIuiaCUHS8Uyam0ujcEcjj6n2JG9NwYbp7YGQ3JuCjimpaqNsay&#10;1sKTUjGakqq2qNWs8sUSU0WPoZndjcKE+hNveLn3p/cluUfbXdry3RXuLyQWaKy6lInSQyasgafA&#10;jlwagtpqCOh593nkb+uPuRt8K3WhbRDdMY2KyARMoXScmut14UFK14inGrjepUwxTPC39qWIqsqL&#10;wLxs6OA3PHH1HspnTvyTyE+513tQMKzOQ42WghrBjqWXF5PETYZMZi0njMMIqaqBKVHMyyN5o2Av&#10;qS7cYbDcreG/jvL+ESKE00pihUL5UwME/Z11i3O0u77Zpba0Z0k1IQxwQyMGalBjtBp0gt59W7R3&#10;ptCq2RmaSq/u7V5SmzLU9DkKzH1EGQpc0mfSeirqSWOporV6FwEZUUGwsPau7EfZu4Wyu4MXt58b&#10;U/ebY3DTUwmNO+L3NkZoJN0x0NRTVDvBQZLIQzVcVr2jlsQrLwu5gTZhcF9oUm1ZInyfgkB0yA0/&#10;CXUlRxoRUnprleTePpYod6WtwjSJXyaOlUJ8y2kiprSvl06bSxefweHxmHy2W/i8mN/idJDkWUtP&#10;V4qCpk/gBr2k0NLkqfFtDFUyE3mmjaQm7E+09vjMvtvqPH7vrcHJS5HC1OQx2YxSQzmQVsjTVUyt&#10;GkCVU0bK8rrE+oqUOnkCxHcjRaRXOmkoJDLnjjJHAgg4r8+j+HxPr3to8RuAfnivTtS1vkydVB5F&#10;lgko6SupZo38kbxyMyyhXUaH06lIZSQVYf7ESfhpuulycvY8ctJ/DKDcmyYqysp8M0lJXosFURWq&#10;yoZ6WPIUxycpVolET6LmO5JDu3aGNzIY6I0RI01B1AqK/IZqaeXSHe7aR4YY0lpcLOKE8BUUHDy9&#10;fl516BD5CYFq+HrfL04xhr8Bv6knops1Tiqx8MlXQVyRRzxFdRiqKyCJGIIIBP449jnBRbu6V7o2&#10;BXjf2byWB3/JFjaijrq+WXFOlFBTz0QpqB4npaOqrosjaUs2uR47BxpChbZxTWW62+qdnSSgNTUM&#10;MEfsLH5/Por3AWe7bFfQzW4NwFJPlTSDw+RK1Fa4PQdZ6XZHyH6o7IxdXsqjx+Y2nT5SOOnqKWnN&#10;Vhs5TR1sNRJR1lOoLSU8+NlOpdKvH4+OPapo/jds7bm9cr8mJ5qTM7grpRF5fNXrG89JX/aO9RDT&#10;VUiLXRqqg6VEbt63AUMfaqWwg2++bdbmYNLrqWQtWoyA2ckH8uim23v6uzutotrTwWWNQagGoK6c&#10;egNa/b+zpDT9+Jurcf8AstlFtjPbVyj7boxk695caTT4etw3mp4MWcnSxQ1cVRTRuJJLeSJSEGp7&#10;K6m39sbD9tkT71hoM/ssbMw28Mjt/KtrWqyiVVVVvkKHVFULT5aFIpQktkYOqj6aj7WXEB3zXLcV&#10;kiWMS0J8tRGr/TVB4UrQDzNSiHdZtjTwI4l+t8Ro0oBwoCVzxHwinpWmaEZdmZ2Dq3FT7PwGK8W4&#10;ajtzP9bYPJQ0MFZRbfx6w0MeEiyca1UFQ+ESrqqP0IzmNpCR9AxXm8Nq4LbGycZR7difdGGzEUVc&#10;tDNV01HIlFEn2VPA1qZFpzjaeoEpNryN+STqOr7bfoxCgBnt5FZwRigFRpYeTBTX8wet7DzBd7xd&#10;yveQJbXsLFKAU/CHJFS2CQBn0Py6QfVPYe6+xOy90zb1oE663JsuqO2FrI6OprMfU1VUlFnKqspa&#10;iWrKV9JmMhjmhRTIjKsYGhCjIXfauR6/i6hXE4hsRSZyumr6qtx+sNPkY4qaphjq5EjqHnlgo5Ed&#10;dNyFD8D6D2Z2llYJszTR0+qZyeJ1aNB40oKB1Pl59BLdW35ufozdljtCwrpIp+mzOpIyDlhUn7MU&#10;6Y957Z7hn+UT7qzH8fyGx8ZhcRjMRkDHAlHt3yZDH1OSx8CSRSwQ1OSjCyawC8oi0u63KOVrJbsw&#10;mx6jHDb9D/GdzUFfVyR08VOEeZJKqWnmiqK2aSSlkhqIKeB4wLBSmoGztYNiSO3aMpDqkDHA48eB&#10;p9mrA4+fUtSBru0ltppv0XWmP8NSGNfI8fs6Ov8A3Wze/wCnzUe4HloNvZzBUFCKdqlKhJJvsoJo&#10;J6ak8MU2PkpaqephlDkmUFVB/bRiiajP7E21uJq/ZNBRYjK7m3FTbm3dL99j8jlK/dtRi6PDQUzD&#10;F1NdjaCgqPsY4yZJVkchS+ngHzXNtDMlxbgqrPVhqVmLHgMVCiuCKkkenVtN3Pa/TzqBpU046aA1&#10;JNQDWnz6dtu7W3BlcRlaLeGTo8pTGjlwWEp8ZRV2Nx8WFM6mCtqzkYo6yq3CtMEUuloFEa6AxLMY&#10;OzOwtq4fM02J3PSwbcr95YmHfWKyWciehw24JlylbSZhmixTST0wpsh4VR6gJAI5PKOG1IvSS2Nz&#10;9HdSLBPKupXk1aGcAkghQSABgE0UE0LVIBKlNzc2kl/aRvPDG+ho0Kh0QsoDDUV1GnkKnIIFAepG&#10;5sbkK6nEG356usTAmbAZClw/2cmZoY3pMc1IaepzEqQSPFQz650H7j+UWceIq5Avl7szvTeHbHVz&#10;9YVEmb29vzelPtXGSQ1cdbT47cVRmqSXGQUrLTRVv8LlarSTzAyKst3JK6LRDu99JuXOlryv4xeW&#10;JRNEyg6TWUx9rg8ASjacEqWYatLATHy1tmz3XKcm4G1U7hLMsJ1sweJfDWTWYwAG/HqapCFR69K6&#10;fPbf2JsbL7n3FVUu3sHtDbVZuHc1fWRx00eNxOBxMmRymRyGmxC0ePpHdzf0qlvx72C8707Vdfdb&#10;bB2hT1tTnKrYux9u7czdfUtLLWV9XjcPR0tXmpy4WzV9TTvKwsCC1iL+8tnsILXYdqWwZpIoYERj&#10;WtWAAZs+TMGI4Y49Yo71eFua96SRlWJrpjFj8Fe2vz06Q3lqrQAYFEPwm+aGC+Qm7ew9+1a1WCw3&#10;bHZG69ydeHMJR0hGCTcVfj8Xt+tnpjIkuax9AsJnblWZiEuoDMTXeFJoeoun5YcfW7LqPBH4PsM3&#10;VGKkLQfz6ObYnHDq7jaFYJ4ImW6qY0ZRcNYEAi7AAMQD+AB/h7LduWl/acDRYk/1ueCef8fZVcDF&#10;Cej2AgNSuadCtTPdVtyCPqfr9QP8P6ewSzKj1k/Sx03+ukLYjjjg+yWYA1r0vjFQtepvsIMwSrMw&#10;Q3R9SkEjWA36SQQRqAtx9PaPVgMQcDyweHl8/T59GigAAnhTri5spP0tz/tjc3/wt7PP8YPkN1Bi&#10;sNtfpfcvV2Riy+e3PBj4N0bfy0dUtZlM7PBQY/I5CnyOQo6ijczOUl8c8sUahSkX6UXMX2F99bLk&#10;m12Pkux2Sa3ubm8VGeJkkjmlnZFWWVJNJUsdKMqEgBe0eQK5UkhuZLvWpiWMsQc4XjQCmM/4eib9&#10;69b96TZ/L9l9b9tU2HoMPt6GR9l53EQzYsphVq67IyrUQUWQMzVihTCTDHUI1wJQpt7RmP7kzO5/&#10;ldXdTYyLDRbJy/Y+c2Ltd5VYPjo48pLi8NkZcvAaqWrgmnpVkkGmQlKhtPKIPchcsffC5wsfdubl&#10;vmKOC65OfcHtF8ONRIo8QRRTI6siEFqEqSwZWfNQmk02i8NuIr+bxDGihmTHmhY4AHCnQixZqv2J&#10;0DH2DvqSvy2b2t1bDvjeS0FLS0s1ZV4jbRzu44cdQTzUVDSMzpOIITJCqEAMRyfYid8Ue6NkPVbV&#10;3LjqzFVK1kkM6SJIlPURwzzQ01VSPNTRiqppzTh43TUHU8Akge+j1pv2y7vy7FvW2XSTWtwVUEEE&#10;qSPhK6qhgxHaVJJxTPUm7Ru1lf20V5Zzh4moccBXOk0rn7dPSl6b7H6/7g2bgexOuNw43dG2twY+&#10;CtpcjQVdNUyUrzwQTtjsjFSyTfw3LURn8c9NKVmikBDAEEewExY+4VgsflWGUwaDCyoHWyEuNAaZ&#10;VDcAelj9W+qgY7WGntJRCnarMjVUoNQPxUKgOq/CPh1NrAbgALILoSpQcR0Lkn4/2P8AxHsT8Tha&#10;uokWUk6EI0GUg6lDLZWRlJFvxa1v9j7MpBBbOz+NqkNa+ZNc5PE08s4qfXpfbs2oEGnTfPMkY59I&#10;va4H5sf94t7GDb2IMcbKqI8iIzLr4Q6f0n/ayP8AD+nsPbleKzAaiFJ6EVrcFa6vTpK5XIpHp1Mw&#10;iYqhI/UGbgW/AFj/AE9iPi8U0KDVKXmkIaZrjQbKFQKukBQqix/4re4WurrWxoKKOH+qvS+G6AZt&#10;Xn0HuVy6Ss16ZkWO4RCCJVv+pmbVp/csLWH49qRaH9soJow4W5Q21GPnSVIAOon2WG4owYoQn+Xp&#10;Wt1ATpPx9JSTJ/uq7U85U+gTAARIxtYyD8i3+PuBWR0eGC1lcQZlS/jQgMABf6kXW4/ofaiFp70m&#10;C3U6GIz0riuWlEkCAUOa+Y+zpwoamvz3kosYpipSzRtUTA8lvSHUgldBP4IPssnYO/KnI1rUVJH9&#10;x5Jnigp4UQlAhBAdxJGsasF5Ykm9vckbRtUW121vI0TNM7AUBHnxY18h59PRAocip6HLbe34cPRQ&#10;xH1ylEkmfUWDuVPIuNQUXNh9Bf3H2/1fkdzCKoBVHkMc7VDzEhtS69QeFI3haJuACeGU/nn29uXM&#10;llZLS6iqw/DQYI8uJBoft/y9GHhwFYzLWrE9dZvdeLwEZkrHBIaX0IqpIQl7KiyOvkYni9wPz/h7&#10;FCDpaTAwGpmeG6x3iliEoezXAVNfEmqU3/HJv7DR54jvWMMKtThSgp/Lqix24Y+EDT/L0iKTtXDZ&#10;mpjpqJJmdmKNCwjV0K+phIyzSKLR35459mh+LlU+0t2rTMqpTbhibHTRtIqMGMvkx0zjWbKlWbH/&#10;AAcj/Wh33ntV37YVdHYT2riRSBUrSmsDHAoDx6V3EazWTxvWtMU6rN/m3dXUHdPxhzVTD9x/HOp6&#10;+DsjBVtLEZWp1xVO1NumkjdVdZpKzaUlUqoRpMyRm3F/ZrtyYLLVGUqK+nWNHkJ1vJOllTkXsELM&#10;bHkg/wCIt7ifatwsobKO2kqUAwKfy6Ckg8MYUV6rL6F7n6zwnW+B2nWV1XV0lBSyQ09FDR1Allfz&#10;kFJWmYUbStp4YK66uR/X2R35JYam2pnKPOSVDo+WkgaVoIJqidqtXWnlZFjEaiOZLEjWCT+kDkic&#10;vbrfDc7VPbTRkxQGnlhWPb6nBr5cOn0mQxqQxEgNertfgx2S/YvW9dho8etNSbQr6rGUFNJPBIsG&#10;LltXUVPL45Vmd4DVaLrHbSLXJv7Q27N0Oca8esFaLE02QpBU6UeNISJaueRY/NIl/MxezE6UJsSA&#10;PYksLGK0Ml46073D5oDQVC1IoB2+h9PPpDu90s700igAA/1V8/Poxu1Nsw0FfLXJGKeeuy1dRVnj&#10;ZtEiuDDSRo94ll8UNNdT47anBN7m6uoduVlDsaXeOWAocawNNRxyTaqvKzwv/lD0sTAa6RdDM8pN&#10;lA0rrB1eyuXd4bzf02SxbxbitWIBCopwKmvxE4UefHHDoq3EGxsJLoEllUkfsr0GVd2vgMt3JF03&#10;tyR85umloos5uSWkpEXD7OxVWAtDBmq9iyLlshJMopqQKZJ0YyMFSMlglxeSilwVUJatp8nlU+9n&#10;kJW8bVFP51iA0xx+OhhmigRdQISMDmxYL5PDWR4BISQzgnGK6SBWlO1Sozk8SSxJOL4WfctykvZ0&#10;7nJrX7fLod66ilTI0ixoFpaOKKGIfhlglERJt9byM5J+pJv/AF9uNNSTZDFqRCRElPCysriVXUxE&#10;ly2kyyari91Fh9Payyu0iWzJYfqRhiOIqeOf2cQPzzQWW8cNvBLpXvYef+TqNNW0lDlbGdQ0skqA&#10;H8MJPGBxbiw59hdLianEVb1kkNoAFRw0shLyOkqAiMRoJELyi5FuCfz7XJbAbhDcRmtuaaiWqanW&#10;BRaUXuYGtDkk/IAHeYkDHTU1Oa/PpfU9XDWxxpHMhdObWPKoSH+pPNwbeySdjRVb5XIwxVTx1C1d&#10;atFOk00ZpWqJXLRSeKRSvkubm7WBuCLXEbc7bVebjfXkcd06XTTzeG9XBjBLNoquhgDQmtWqGIXS&#10;KkCHZEVLe3dVwQCelKvCqP8AAf717Ox8Od4QviM5tp6x6WvOLpZKGjaeS9VLjWqY/Fd0MslX9tLq&#10;IexZVPJY2IkvIHuuU+VZZIAXsqwSg1LIDQISWoxqVCkkfFkgZ6lPla8Gqe3dsHIH8+i8d94Q10Wz&#10;cy2NStpMRmaqkr6owtM2NpMwKZDUnQ6SxU71tBDHK6ghQ4J4BPsVN05+oNRPHVz6WWS5sfwyKQwJ&#10;d1sV5+p/2/sWbNt0fgo8KYI6Ed7Ve5jRelRtLb+Po6OCXGwhUkhAUlSjW1FgpOiNzYm3N72v7c/j&#10;PjcZvv5LdX4SryIpqbHZybdJZpoYXqqnaeMrtw0VJF5lMcpqKzGoGS1zGGIIIB9knvNfXHLvtZv0&#10;62xea6CWwoMKJWGpzQg0CKwB8iQSCMdYv/eP5ql2j2u5w+kt2klltzBhSygTkQsxoQaIrlq18vPh&#10;0D/zT3hk+u/i12xmcbi5cpW5TCUuzTDHHUSRUlJvrLUOz8jlJ/AwlijxWPzUs6sboJY1D2QsRfnW&#10;5meqhZJF8YE8kKlijiSKOw8wYgG7F14tcNccgBzzwsrXQ4qO6gP2/wCrP+X064g7lsEC6isqvUKa&#10;fCRqqdJU1JK0HdWhHl1U70nVpiKqikieqeokpKKaZZo5KJoKxF/fppVmMpd1MeoMJCkiEMo/UEL3&#10;u+aWjg+whqqyA5SpZ4kpY6b7nzRQapJKQVcM8PkNOWUBl0W+nNiJD2+JLkiR8SRoBq+Va0IIKkEj&#10;NRX0I6Bk2yxvM8ktsjQooqWrpA1fi0kGmfwlTUDNMdXC9c7jTNUaZCRF8lBSBHmlcshU6ZGicRuq&#10;lCzA/wCquBz747Zy9FUh48ZOtXHTnJ0tZI8Ct46qjPgkopq6iqykFXBJNFKYk1SIh0kRuB7T3shu&#10;MvJGSW/BIhppPd21LfKpFAcNQkDoBb3sNzaapL5ArkIygGlVYMdQUrUqQpCsDprQjUrA9CpUVnKG&#10;T9pmWKQKsyyCRJozIkkaiMER2/JP19uM24sRQ1H2le61NWk3kjoVqkp5vuQkk4iMTyXbVFGZSgu3&#10;jBb8qC2gaWVIIrhI3ftGoqSRSvAZB01OQOHA0NCVOXb2ZlltgVt24sVNCvrXyoe2vmeHUiJ6iVS0&#10;TWiPLG3LLbRze9j5Rbj8e1BhsnSz4+oeBFp6yVIqmhmkWST7aQeVHMtOhp2XVAWC/Qfkj6Asbjaz&#10;RzRq0paEdrD+IHhT8+PRdebW0U8PisWhU0YDFSeBDEUGcZByR1EqWmVowXLRl9EkQ+rXtypt/T2n&#10;szksan8TpI3nimMuqOonSJ4mqiWkCINUek8nlFJ0gs1uB7MrGzu2azlYIY/xKK10+v8Axfn07bbb&#10;PI9rMVj0ea5r/h6c6XzjwM6BhJ+pUBuLH6i5/Fv8faCqm/h1NDVVFQ1WrxESNTMxWUsyjQ6T6yBD&#10;qJ4I1WIB+lxHADdSvFDFoofxf5KevRwlp9U8kcUIQjyb/Y9eC/Pp0jkDsyqCunix/UP9f8f4+2ma&#10;umatEFEXjh0RyxpDJIsQhEEkY1jyNHNGokP7bAr5RqtdUKqlsoDAjXFTIpIr6ny/4v8AZTpbBYxL&#10;CTPpMlTUt/FUEenmor68OBIOX0gEtz9LXH0/r9Le2nIboyVN40xktXQ16T+SSTUzU00TxVDAmHRI&#10;VaNhG2lACGW+ogsCut9ntZ++7CPbUwPMEU88V8+PSi32K0kEiXUaNahe3jUHzz9vr1mihhILSLq/&#10;4qTx/tvanwkmQgpoqmvkIaZZJmJqZKeViiSoxKw+dwulwxsHawuPVb2VbgttIzQ2ycMAU9fTgf59&#10;F9xDFK7xwK2CBQLxHCgPkafs6iztG1kUAAH02FrG/BFvrY2PtM7sxdJSZwZSJp3pq2kxtLW00dZL&#10;JRTUVJJl6ulqGoNawyV0NTUIoqGDSooA1qBb23tVoHdrnwqXLNpavDsBK0BqoJZqsaVNB5A1PNnW&#10;W52xrWRFEySSGMtpDAyGMEaqfAQG7BRas5IJY9d005ZdFhdXYE/mwKgH6/X6+6wvkF0Dke3fkHtZ&#10;aOrz+Pwm4Nv5Wt3FubJ0dRncTtyXDpTjHYfBIlVSPRVc1W0VRHFPURRxszMglVjFHBfud7UXnNfu&#10;Vy+lhLcJYXNnI1xO8bTRQ+FTRFFSml3ajlJHEasxKhxqiGWPtrzzacle2G9G4itm3G2uIkghVwkt&#10;x4jN4kklAxdQNSsyIzkDuoQrF3SbTCxILldI0gXJ+g/1v8fY/wCxviF0jsrKwbkxce58xuuN6CVs&#10;lksnNFJUy477SdmMuLhxciCrkpYhKhd6d6dTFJG4LXHHL3sZyhyxuUW7QRztdqI6ySTHWWjKlWrH&#10;oI+BVKEsCtVIKmgjbmH3m9wt8spNpums7bZSHAiVOAfV5SF1qA1VYDUH76hwNOJp5Ta6KiHmxBDW&#10;/POq1va/g+LXTO4cpmcxunaNLubOZyahq8zltwQ4+bLZOagraesRpavF0WNWnjkmx9PG9NTxxUs1&#10;LSRxOmnXrOtz9ueTri6utz3baIL7c52DSzzKGldlZWBJAUKCFVGRAqNGojKFCwIPm93PcHbLO0sd&#10;o5gaz223V1iihLaFDhtRpI0mp9TvIsjapFkdnDVPXFqkKvpsFH4AFhYfX6k+zb4PAUOAxdPt3BUt&#10;PjIQ0ccdDTUNLBTUh9LRVNG0LiOClIl0mJQEH0AFvZgWgj0yrbqlpGulFSiqFr8AQAAUNT+09Qvd&#10;7hdXd9NuO4zSTXLk6nZmZnqKUYsTqYYJJqTSpJOem2eXynWSSv1Uf763udUpX496ySmqaYVuUpZa&#10;OH1OpM/kV0jqCRoCqwuG9WixIDc+7BorlFDw1iiIah/PzFTnhw/PrUc1peeEs8Lm3jbURjA+QGc+&#10;daD+lXrioWTTqHoiYO3AuAP6fX9X0P8Ah/T29WzNflKauxdTUVFZTQxNlIamNa2vFWKeGKeeni8b&#10;D7WplWyHXdQTqtp9oWNjbWc0F3Eiw1/TK9qUJJUE/wAQ8/Xy416LpWs4bd4bmNdOv9NgaLob4VJJ&#10;4r5/OlOsIengp/HNoQHSKcowjhCSOohXXJrbUfryTe3vjuigGN+3p5oqWkY42KumgpWnrp0iq7SG&#10;mqnhiNO0jMwfxkyyL6VuL2G9puWuvHeKVnAlKgsFUEr21UE6jSmnUNA+3j0RkSTCVhI0xDEVoEFB&#10;gU1auFAKgitK+fUnH1KVKymIuwjmaBZZEMIcxnQ4jifU8oVwV1Dg29pLL5iejoDXxvjqgVtRLR4+&#10;SC8+TgELsZVWKcKaXTcByyorlgRquQTjbrNLi6+nfxlZO5warGfTy7vtqftGOk429JZhE/iLoQM2&#10;aLnPlx6d4gGcAkmwNxxa/wDtvaWxO5KqkTM4uKixlcZaanqKepy0srpiKlS1RNNF4zOtXU6R4hC9&#10;5S9vR7OL3bYZWsbl5potMhUrHT9UEUUZAoK0NRjTxbpyTbLaQW07NIlAwomdeaDT8JHlUkUAqSes&#10;k0IbxtrkTxk2ClQGDD9LXU3C24+nsFN27rx1LBmqLKUMVe7a5IaiRwqYyd44tVVAqLDUkrTxoqJI&#10;xEekEopFgONs2ttFtfRXPg28Yq/bxQFjRjlaVJLFRXj3HiR9tGz3ElxZzWczxKCFCgULLq+FzlO4&#10;8SADUmpPUkccew4gyX8QoWpa2voa3HVdNTjxVbVGNmmhkfSRFWwQVLuyFw1ithCOA2m3sQfTGOT6&#10;q3RgzLgooYDt4kM4w3AYB1HiMno6kt5badGigkS6UtlKOKgVBZSVrw4eZNKrXUPewtp6xcNUzNkq&#10;+sLiY0dPItXNUJUPTTSiMR/dJeWHwxBl1Wdgp5v7OT4MVpbySTCMsSAraia5oKVrWh4ZNeBr0K5L&#10;YbnpWytI9JAc6lCldQWpNODFmox4DOOvexe2hmc9nY6fT55DGhKySzL4YqGk/dUaJJjA2mpaT9SR&#10;sUkKtzwAzPDYrbvfSBR4gA4EVLKM0qTnj5EYBoQagze9qsrFpUwqHBA463FG+Y7RQitaioOevexc&#10;o8jWVdTTViSisgvDQPi4KSNMpU1tbPBT08fkWJKapo45SA10isbElQL+w3dW8cKyQumkBGbWSxRQ&#10;oJJ49pK19egZPtdvbxyW0keiShcSMzGIIoJbsJLB9Nc1p8uve17NT47N0tPR7X/hGD3HStUjLZHI&#10;VzUtRJAtPpJlEMszuZ3qf3VVTrCgWVAdQcR5tvnkud2Ms+2OF8NEUMoJeuCdIHAUJPn60oVQRzQu&#10;J91mefbGVfDVFqoq3CrEaRii1OMDJ6wXaLUSCwLEgAc2vwPr+L+0BvbEbh2TV454NxU24aeKkoo6&#10;6lwEiwU7ztSoqStTpVVI1xDSXYoAxHIHqHsTbDdbZv8Ab3STbYbaZmfSZhqIFcjguDwA1EjyPSnb&#10;jtu7/UwT7b9NMXbRJNlgCxJXVRaA8ANRp616yI+sX0svNrMLH6A3/wB59wMj2vMIMNMyS0+SjpoU&#10;aogqVgmhqIqtPXSU6tRxQt5CPINOpX9QtdW9v2nJsPi3iAqbcuwVTkFSOBNGYjApmlBQ1zX1pyU4&#10;l3FY5tVsWFFJqCpXAYjU1MDSAQNIoST1z9nk+O+/MRnMTU46sqpqkzUgnElTXQvUTHx2rY9MRUU9&#10;a/JWNibsBYsNV4B9zeX73b7uK5ihUBSRpCEDj2Hu+JfVqD8uod5s2y62vcGMkOlc0orBaeQFfiFP&#10;xCg8qdM+Vp3eOJ4rB0lDj0qRe3HGk3+ntWbkq6agy9PRU2NGYFKhSOorpY/OIJFlhmgpmIEBmaJ0&#10;0o/p1W5uB7JtshlubKaea88BpKEhAdOoZUtTNAa8CDToNiPxI3ZpdEZIJH4ajOfP7c9SIfI6BpDp&#10;Ym5CcDUbFj6tR9R5+vt52nVbdcVENHSgGeOT9qYolRGTJJCZZQGmZ3QvZwkmoH9Nx6vaPeY90Uwy&#10;XEvcpGV4HFaD9nmKf4Oia8t7gUZnAFf8+Ouc+tbEn8j/AHr/AI17cHpa2grqmYy08+GYoYXjk8EM&#10;MIIeQR1CSiNnd5grM5u/F1PJCZZra4t4lCMt2Ca1AJJOBUcaUFQAOP4h0jl0vGsbJ+oK1BzWvAH1&#10;HDryFWQXA1G44+l7kD8E/wC8+33KVdeUgcZAYmmSilMby1SK80vquvlUVMU+uIqpRWjOq5UtzpLb&#10;OGEvJ/iplmLiuK0x6VBGa5ow9aYqXsAkbI0OtgAP5Urin+quOuo1QO3ALf2r/wCvx7Lh2fuCGl+3&#10;qaevq6+SX7pFljVTTpNEvkRSoWMftwst7C5N/cpcpbfNOZIJIFiACnPGhxxz5joUcpbXLeyzxTRI&#10;qgKTWtdJwP8AB1NUWB/1z/vdv+I9gxWb6r4TSJXVci+eneqFO0amnnB8kMZJgZjG50H0tpY/jm3s&#10;dQbBbSC4NvCCUYDUD3D1oDx+0YHmD1IVtypbSLM9rbg6XAqCdQoKmlcH7RWnmD1379HUpWyitPjk&#10;lmU/bQRs5WJhE/kZo3KrIrIx1Hk8n8+9yxG3jaAhgi/ETSpB4dVkja2R7YVVF+JjxIJAGR5+nDr3&#10;t03b2hsna238/k8tuGrhfbW1tyZrJ4bbEEuU3JVYmixFLWVElFgcTBLuB62nFMTB4vEsryoPVIV9&#10;xXv242Wy/vCbc5WKRRFmjQNJKFXuLLHFrkclSAoVdQrpAyCWuW+ROaN83jZ7HbdoiP1t9bwxS3RE&#10;dsk0krIA88pFvpcNSQMHKqr8Bjr3twxmvcnirc1DXYejRpUppp0p6eRQlTVIrVFGWE0Qn8GpI2KT&#10;KD60QnSBml2trbSNYJqnZjVGVtRAAFVNTWoGoMfIgEBgQC7cF/dDvbbdNFcXZ06wCTkqtdL1IYrw&#10;ZhqSoOlmGT72WztjsiuwNLLQ0a56lrhVVVZiqGnocIcnXQUWdpNr42kWXKZDI0NemezmQpwqwywz&#10;NBWQJIIGkDFBum7Gyty0qTC/AMgSPwgzKJo4UUCXUshkkkj7UMcqrIofwJDQTZ7f8l2m63K3F21p&#10;LatGqSuzziONmge6lciOOOSMwQRyEl1dBJFIyeKEoPewW2NQbpzm/wDF12V2lumXMby61nk7Yy+S&#10;x+VTZ71v+/RzFZRQx09XPQ4bN0GEyomZdEnmGVECuq07QQA7Yb0Q8x2dve2Fyu43u0j64uji0aQi&#10;L9EqJGCTRo70U18T6hUWQeC0Ucmcz3exbXyluNpt3MNiu3bbvSrtUMTxfWaCLyFHbUqyTwyTxtHq&#10;qPD+l8VkdrhZZfezybf3AtUuSwGPlkkgx8XjjrKaJ1o5KOugkmp5qGsmbwVrmlbkw6/G41E6WU+5&#10;HvLeK5b6qRWBYA1rxJGGD0AOD5HBwcjrFvd9o+n+i3adAJJmFUYgya0IDCSNaFBqU01UJU6TUgk+&#10;9qipxRligrIY3ZZH0iNwRIoVWYOmlSrEcjgAern3SK6Ad4JSKr5+X2cePQcg3BY5JreQrUef4T5U&#10;41+fHy697i0qpQRz1s0MkraDSWDeVoYJg1PIiLORD+1CzMyBf0gj82Nrj/GStujjQDqPpUGoOP8A&#10;i/z6WTmS7MNqkyrECHzwLDINB3HIArXBp172HO5tmUdRRZuLalHgcJWZyo3Dl8hRfwgx4zMZ/KUz&#10;TzZTJU+JehnnqavMeGatmGuacBgCJLN7atoE2yw3G12qytYnkLSVZKIZ5AxEkmgoWLOAzsTrI1Es&#10;pIPQy2Pma5iu9tl3+4u7mG1WCJH8XVLFBE2kRRtKHVVWEukKHSiEqSNIIPvYs4agyiUdHHlMpQLC&#10;I44qqnpTW1MFPNTEt+mp+ylWLVqRXkKWQ2+h9obyW30ubexYXJFclKZFCAc1FDwFKnNASegDuN1Z&#10;NPcNt9i/i1YqzeGjFXFMlS+aGtBqJPHhQe9le7Y6K7hodx5LsTo+ow8NJu/HyxbjocxnMlU0+T3A&#10;8tfkKRloK6mkpsbSw1qGoRqE03mq8nWGo1rIrRRrOeats5juLnli4gjkeBtUU7M0RZXkZKBlcRor&#10;NrCx+FWWaZn1hldJ45C90Pby52S05S9z47iS42+VTBJDbxq0MFI45AZI21SOyUjPimQrBb2whKlG&#10;R/eyp/MDq3eu8dg4ujp5cdFV7ap67cWex9LJTx4uoOFxkxlpsIK+mm3FU1EmQq/DQx08F2WeRJTG&#10;zKQLfeTZd55t5KsY9uZDcWh+qnUANG/hQNQR4aYzamKweGKurujOpZQ07/d0575Y5d5t3Gd1la2v&#10;XS3gkcN4o8aQKjTaCLcKIl1ztI4poDIpUMeve6j+u9gtlt/7axG7alz1XTUtVlK6Wlqa7PRbWoq6&#10;KopIpXpsbBpxtd/eWgo4pGVUWaTxAkoyH3g1y7tFtuW/7Pt2+XjtybFDJMzIsky2qyLpDaUwjPMs&#10;KmhVS/hAnSQw6D83c2rt3KW9bny/Cf6+tKsaBhHA13IhRyAZCS6fTvM4JLaV1n4kYN72NnTfde+e&#10;mdmZ3qgb6yHX1ZBW43O4XJQw11djcnM2dq63I18FBkcNmIsZV5Ra8s4ko6GeAwzpWs7WEZjy/wA7&#10;8x8o7Vdcow7z9DNEfEilGrQyGR3mHhSRSGPxAxWhjhcEMtwNYFI19xPbPlL3G5n2rn2TlSPdrd4p&#10;YJ4yyJNFpgVIoy8UsTOIWjFKTzJKGiNsUXU7+92kYDrzP5rGY3eXZMv8d7AqsDmKfcmVRJIZZp9x&#10;ZOlyhxsVbj5cZRzQQQQLC0zQ+SWYMyNCrNG3S3k23v12nlxuZbm2l5gG3tDMY10KI5vDkMSKoA0Q&#10;lQqsY68WXRrbVgpvPOW07duV9sPJq/T8qrdwtbxMQ4VYImi1urrI4YlqhA4VForK7KrL72SP5Tdv&#10;rsPdD4SCsrsfkY6Db58+WyWPXbonfJrVY2n+2hpKjOVFQMckzxvC9NDFGjA65HRXAXvF7nx8m3MV&#10;htdy9teBLch2eOO0LeOsmhlWOS78UIsjao3ihCg11syRvk37D+3bc2cvrucsUM1gZ56rFHILgqIy&#10;kjhmdYVQSFAdayOSwICIrke9lw6I663Vjs3t7dVTtDeW5Ns5rfOK3rNvXLUTSfw/J5Hbm7sbgMvk&#10;6CDONSVNLRbmrI8hPrEVWKVYm1RmddUBe1nJXMcfMvLO5NsV9c2m4brDfLe3ABdJZYbqOGeSJbkh&#10;wtxILg6qStEIn1xmQB5p91OceX7zbN22KPmDbrPfLbbJLL6OGSglhjuLWWeGORoC6s9rGYEK64fE&#10;MgKOIiR72cnaeAqqjeWfzVXnXFDXLtaGKOgoaGkyOSpduzxVNOd2bjqKCoyeSgqah1VaKJ4oUgVl&#10;bU2plzk2r27Zd8v97uN0TwpUsvDEMMfjyrZkOHvLxofGYmRQscCyRrHFXDlyUxs5h3qGDlradqtd&#10;tH1EZuSxkd3ije4Vkb6W2V1ijZFLVmcM5c6lNCB172dLZ8+Hk2vUYqWFJXpEafGyS1hKQ1KzNLN4&#10;GmnWJY0U2jQXiQHgXJua7lYTWV7C9szLATpKmp7SKKoJDEDyoOAAAwAOsZeY03L99QX0bEI3bKAu&#10;WUii1GkmvEk/EfM+fXvfLDbxyWV3TTbVwi/xCnyWA3HW19Q1YgegosXLQ0xJhhhngkleXJ6G0uqg&#10;2b6gKSffEh26622C8gAMoeTVqZQDG0K6QOLlzMtKldADE6uA1uPLtlY7BLv25t4UkF5bpEug0d5R&#10;I9allYCkVQKEnh6ke94sdtmu2tSvtjBpUtjnqqqpeprszkdwVmQqcgCJ4DLNNJFSUUENAivaSMuQ&#10;JJC88skhTbBtm1bNC0kVzcSBmL1mkeQoRRQAZCz8KHi1WDs4aV3kZ6936232Ub3u8yfWIiIFSFIE&#10;jWOgDAABmcmRqVVqCsaBYkRB72Puw0q6lI8XCHhpqeKFkWWcSVMZhqpDpRWRVFMsgY+Men8A2tcm&#10;5gaCBjcuwMhLcAADqWlftpTu4j08uok5ta2heS9ahlZ2HDSpDKKEgfi00q/Enj6D3taUFbSPloMX&#10;UZCGnqfuGWOJikRiWkkb9nSvjaGQXUpdnL6mtb2Q3EEyWj3cVmzQ6cnjWo8uOr8gKY6DkkNzBZy7&#10;hDauYgoJIzUtjVnDAZrQCmPn10Re3+H+t/xIP59nR66ydHn8HUYvM5LVXYNEnmdJIFM+qgTGR1Du&#10;ys88tN+lXkVyl1KkMNXvHHnflpHvre7tbZ44Z2cjSStHKkE0yKhaUrWhUEAaRSe/bnnSeXbFspYv&#10;EukApqFf0wwIGTgV46aGmK9VN/M/pWrxm/tr742jh6RqDd8smI3AHZ7QZOlrI8yzRRFhFBTZeKCR&#10;pEj0tJOpLk6mu31u7dl4DIUqQYuCKeaYv93NR08Tv4EeaWeORUBpqYzwayDfU51sGsLM7R7cQiN7&#10;qC0h8RMghQSCaDSuK8TqNPyI6ke6u+at2Chr12tQKMKmjVGkAgkioHyoFHDp32V0lUz4LJtlsrNU&#10;1Fomigx+TmNNSxSSokdFOAGp6itaGsKsUVf0MFtqbV6TsHF1009FG/ipawq8z08gFQywnV4mljnL&#10;RKYoihGtTpvYWIAOJ+R5JLSRbjWS5GrLIW4cStGOABg8MdKrWDcLV4ZpASUBoGyOFMD86/aB5VBY&#10;cl8fZ5KOlyEyGsyeOp3hplkiY0vmqH008r0CxGGp4u4vEfUASQeS90uVpsrTrGUaKGv1mWni8k33&#10;QaOUPLM7vFHTGoVrKpAUn6H6ew3uHKUSPLGCotjXWpJ0kmtajzzx9enEu57fVIU/UoAG+EgcPKhb&#10;Hz+fQY5rqIYqoYUlW0gw8Kr5JRBR1FLO8qOYaPxiWWoammS7kktFcajcgDLPt2llZxBSikM1LOiV&#10;SUcgCpOYzPFTrHIIEgqDGj6VUs1wdJJIAIk21LW4ljtxpqtNekkfFUhQDpCmgxpLHJFSSejyG8ee&#10;NJbhjIwoKagCacDnOKmlCOgrXs3Jbaq5KAbohy0OIqNVTSSZRZaZxTO7R3V9dQ8scrOgDHgXCkfh&#10;T4XARfZFKo1KmkjaImsMhgmlH7iTU8OukiUJKqmNUj8iesA2ZvZikUcXhwXJZwCR3VzlSGAwBQ/C&#10;VAK+VKmpbc2KTyNJbxAx5YUIJA4AMTViTnVnNBXIHQQb5+U9bh8/Q4yhmpJ1zGWp/KcL4zWUVNUt&#10;FTNLWEwVczKI5H8sjzRxEAavoL56qnUeSOEJGhiEYeGHxyLI6AvIjSMwMf5GosEH11fkURMzL4kh&#10;JJ8/P+fRFQwOjSYZT58MHz6GLamXGbpIq7yPVI1ZLPC800ssLU1PULCigssLNKJfr6VBH0A9pKvS&#10;pmx8iCCSKN1qYmWAxrJCUSUwGCdZPXGqkEkg/wBPqCfZhFRmjUqRU/nT16WeIqsND6hTGKY+Y4g1&#10;r+VOhe2xRY2k3JQ1EstLJPDJSTxR1EbmNkWoi8nmg8EgD2NuCDYD2WXHbZqcxi615YZoqzH1U0UV&#10;dWTS6lrIqiRKVyqQMs0n2yltChefqQOQRC2e7glilt3MlXXVU1JwBqAXuCipK6aqQNVTToU/vkbf&#10;exSwyKxKRmiDitDULkkHzrX16PRm8pT0lZTY+eeCajyVIrS46KOMRyUmgitj/fmXxrI5QKxJDEgq&#10;ONJWWOyufq4oxTSw1lTHBDT1NNHNJTwPLAksM6TSpHUTzVCFNZ+iMDpup1H3EN8t5JPJbxSxtN4g&#10;VlGrijUGo0pX+KuK1wOh5HebLpc7kJI43IdCKMRUhgAoK0r8AFDWlc4oRnd3UWFwdTUx42l/h+Ob&#10;J5Cc1dSIayvp4JataqD7Ogephx6UUkc5Ueh5jzIysSFGavp63y01PLDNWQSO0ckmNenYUlTFTl5I&#10;pJUnDy09VIhkZ0WYsgsbkH2xAsjTQxT1kXSNWkDtOgnTUngTk6VJwKDpk3kf08rxSrCwNV16gGUk&#10;DHkGA+HUy0qc9e2XSUXmmmpqqNc0kDLGcstXTJlI5qoKlU1O1NMhnp0mRVB8CjXdPbTjNwZesytV&#10;Qy7Wlo6dKZZ8bXUlCsGLq6KORXkWZx4cis9HIQsatoMiOW9K29qVut0Ek8IidIyildC+GhWmrTUF&#10;SdJGK91a1PSe7sNjuIYZJb2OYDDiRg7h604EFDqB7iBRCAozkiPXbUm2njTlMbv6oNdX5AQz0L5C&#10;FNwY2eSIhEpzTR1FLURV8kba2AJQqobWw9TVWYnde446eaoqzTUUcq1NTBM9ZiJqvSkfmgooaaKq&#10;qqn7SJ0WHkC7X0kgJ7TS2u8X8cdxcyuYQuqjakqRQkoM10gqAF45oSwK9PQ7hyxts0lh9PE8silF&#10;ICSJGASRrJZQtTqLAKDpoAasCFjS1C4WlrshClbLWQRyU1DOlXRZo0cjM7wVNTPVfYx0gmkqHaey&#10;yFQukGxEhD7Nbc3Ht6uxtJSYyI4QUCZmGoqspWy1FSxRjWUtCtS7mlyaxILNUaaaSSq0sGc6Y7QW&#10;O4Qi3MzVtyutWJJq1NJC1YlW0ihLrTvIAyNIii3Dl7c4bxpAn1jyeGVVI1AFO3VRQPDPxDQJHATB&#10;FAelhtrc9BnsflK6pzuRizMGTlxUkNLj8fS0eOfyVAgqq4U0UUVbjzd1vAz1CpT+lgAHlRGVnbc2&#10;BzsWbweToKaeqqKqiqJnWszlZUPJVYvJ13nFNkmLytStTxeUSSSGRroLksILG+ubmNHuoisLNqSo&#10;o+oqUdm4/Dp0jBbjUnpLfcv7dbX9rc7fJH9Woo9BSNFHei6dSU4q7AHSNIpStehgwmZyWHyeJoaX&#10;PUWTCRNBkIoY0pqCnWeGGuoYIVDxHQYcik0oiFhb62a/vDjt0ZrqXddBuHE1TZTDUt8dUUOPekGV&#10;Kfc0TTyZqkeKGKaOpaM66jTCsMcqupYi/sRXVtDBJoOl0GCB/hkAwajz4U6Jopru5hJo4lYhiW+G&#10;hJFFyWCgBmAGonSdVOAbe4umOvPk71luDq/sTA0tZDm4/vKSbIipMOPzEUFSuPymErYanzU1ZjJ7&#10;TR2Y8izBlJBPNTb42xn6CjzNJjK7OJkYIq+lWoqYqtQjqD+0iVCRHSTZtK2BHsxttouVWNoAjW57&#10;lVaMFr51qFHS5pqRAtd+G9NJIXTT1yRnrXwxvw4+QvWe6Mrsmm7G2VsfA7dyE+MK7Uw9VRVlcsE0&#10;jUtfPWS0ktaVq6eSOYA1DckXJHHvNmeyd0U9IsuKwVLSQoE+3jMhlnGlPUvgiOhCn0+osAfYhtdq&#10;uHJa4gVlPzq1PIUX/IaDjkDoIPyxyzezaLq8laUkkk4UjiDwHE8CejZdS9Jpt4y02596V2frZHtU&#10;V8dKYFKzSo8rNV1MlRK6mS4UrYEH6c+1X1j2fvXIvXUNfBDVVKmnkiSBV1I0zqBTyM4ZE0qdZ5vb&#10;3TdNgsDH48yCHTxFa0FCc/0qj9lMdRxz3yhsO0C0m26TQZAQdRrwzUY+f8uhk3l1H1/l5cdWZCFk&#10;xsPmgqJTOY4ZoIkZzURxxqDPNriQKCTZ7XFuPbX2GNy5epaDcWaYLNpgpsRi1Vpm8pOlZJtSrGA1&#10;731H/D8gSctna7OIPtdkCwy0snljyXj6dAzaLK2CNPDbgQ8TI5wo+wcfs6M71PWbH21jaei2Bt00&#10;r06aq3KZMyRJKYgqu6BmaSdStvoVUn/Wscez+l8VSK+XrYpW1QI8UUctRI9rawHkLFUJ/Kra5963&#10;rnm4lZLW3IrqoTpA+XD/AD9F2781F3ht9vc9hpXSAMedONPt6V24u2Mq5OJ1U0D1JKmQpGBokIUG&#10;FAzHlW41avr7attF9tdizLRoaejqaeGWUyTMzm85QRi7DRHc/T6/4+39yf8AeexETd0gUEfaa/kO&#10;hlzHYrf8lbffyit3wrjNQDnHHpHUu44d0YbcWAnnirTRT5Kkp1jiRYBLSqDIHFmLzIOGJsL/AEA9&#10;mZ3Bl4IcTJJJTecywSNIt9BVGGlVCMSzO7G1r29xdaW+ifU04jijNdR8vmeg77e7BfbpzFYwWlSR&#10;KtM08xk+v5Z6rQ+Q2ewm19i7wnzWci27FTUtTR0NbIBJHHkJElp4Kl5Y9VPFFBI6liGf2T2v7D2n&#10;hJMxjKCetjrJjIs2INPI8kNXMpCFGAOlHkJJAJBuPYb5j3SDdJYYLZnaOKUEkLita9p4UNfOtOuj&#10;XK/JO42Uq7luYjBEZAcmnb/pSM0GPnT59Vm7+6S7y+R+K6lyM+IwFXtTF19HXp2g24IKOmyeJx8x&#10;aVWWKENNIJdahWFjcewti3Rg+qNv1G6uw8mmMxtRLKaGjjjebK1dbUSNNDRY7HRCWuyVbVKoCQxR&#10;vIT9Ba9js3kGwRLd7ypWCSpjAqWaQsdKqoDFifQA5/lvdY25n3RNo5Zi+p3bUAdPamgDvcs3ZHGB&#10;ku5AGkjJI6sKqetd/fILctFs7qTATSUGCx9HBmd1ZqoXG7coaWgp0opZqrJP5YgtPpPoj1vp5axs&#10;CSHvrf8A8xO48VFjul6LAdC7eyPn8m5Owp56jfNZTEeMSQbZxGLzsODWQNqQVEwnsNTKlre6nkP3&#10;l9wLNDtItdn201bVdyukzA1pWGNJmjJ/pEH7Oph5Msvabkm5eTmW7bdt1FKrbENbIRQ0EjtEslOG&#10;pQVrjPHo8nQfxf8Ajx1Ioqt55I94b1x5hMowa0zbLoJJCZokpEqq3G0uakVl0GR5XjJNvHf3RJ33&#10;8AO78bnHye4e29qdobwysX8QlxD5DNUe48uZnqX00MuWp/sKks0bFVknjMn0UDi4YvvuRe79xtd5&#10;zLs89nuiQk+IsbuspNKtpaWNUOOAZ1LHtGTTrJDZ/vDe2893a7SbeexRhRS6R6ABwNY5HAA+zHVo&#10;eyN4UO5sYtTjcDkcRjaN5KWFqmLGU9LF9ssaNTwx0mQlaNIVbQbJ41t/Qe1l0J/KY3/2Ft6i3n21&#10;uqj6+25XColpNt4aB8luXxQrpSTMVLhMZijJKDZNU7kLYhL3BXyJ91DmXd/Dn523QbZER/uPGni3&#10;LE4GpSypFQ1qpZ29QpFDTmj7wnLuymWDZbV7+daVeuiIE8Ap+J8cSAoBxnNA83l8jNs7X3bLsiix&#10;ddnNxQCl106zw0NPM1XrKQ0MrrU1NbNCsZMpSExoCvrJJ0iD2N/LT+Pm0cIcjDvjfdVWwS0FHSUQ&#10;q8HU/wAQrquohpFT7WKjp6iniklkYltZ0pySQDfIaD7gPL/MJS02HmzcLe80Mxa4jjkiogqSQixM&#10;K8BQtSo40yBbX70l3bTiTc+WYWsy3+huwYCvAliRX8hX5dCJtvdG5c1NGtTgaSkhe7yu1VUxvTRl&#10;DIii9NNHUy3sp9UdiSbcW9hF2X0ViPjHt+k3DDiKXM4pvFC+WpFlqJsfPZXihyiuJGpXYyEKVbQ7&#10;qfUPeJHuz93TnH2cEV9vCxXXLkshVbmASMARSiyKVBRmHAmqVwrMwI6y99tffv2/5l20HZNpeLmE&#10;AkpKBU5oGjIY1AIOoCjefAjpYUWRFY8sTQPTSR30rI8MgmUO6eSJoZHuqlOQQGFxx7J/uf5IZmvp&#10;vscFB9gwMmurOjyFL8CBdDABVve4PPuA7u4tgqJaxlHB4nj+zobXXOm/7isiy3CrC3BVWhAPzyf2&#10;9OfsAs1uXPbgcTZTI1FTySqO2lBc8EIFUA/7D2klvbubtllJ/wBXy6CcroXLEanPmcn9vXvfeC21&#10;mtxVX2mJop66dip8UEZkaxIB4WxsP+J96trOW6cpDGWk9B0xPNBbJrlcKOvezqt8P8ztTa2B3JUb&#10;l2xlc3nDA42lElVVZGiiqUDotUqRt45x9CpAYezlNruIXt0UoZ5CAI9JZgSQKMARX8qdRDZe6X72&#10;33d9qt+XL6GyswQ1y6hYnZSQQhNQRWhBFRg54dcQwP8AXgX9iD161B03vaSol8e0K3F0bS1VbBDC&#10;lTVyuhkFP9tVvIi0zK6arm5BJtzb2Oo02HbNyaC9tmgkjjOrTxLgVpQ10g/PPVb/AJZvvcDalG7R&#10;+JtsmQmvA8tWtaCvmF+wddEh0NuQ115v+TpN7EH23/7MnvLz/df38xnk/vz/AHkt/DMdbR/Df4R9&#10;vp8GnT9pzo/Rf1Xv7B37zuOP7yav1Ovy+DhThxp+VPKuel/+tHyd4fg/u19H7v8ApP7WSujxPF41&#10;+LX+L0xw65WH+8W/2Hv/1dWmPuHEyMDUdabElsfUEx1VThyfz+xXxtZf9ce5J/eEZH6tjCV/0rL/&#10;ACD0/PoPfSTgEfWP+wdb+pU/2WK/0FgRf/Y8+3aHtTYkoAr+pNrOG/V9rV5ykLfW/KZdvfvrrAA/&#10;7qIdPyLj/n7pl7e+C9t9w4VUH/iuugsn5kv/AKyKP+K+3WDfnSNTYV3VVTTcWb+F7pr4weL201kd&#10;WvpP0vq/4n25Fd7MT+ttJp/RkYfs1agP2H/L0ja33WhKX0Zr5FOu9Lg313/wKgf7yOfchq7485C2&#10;jD76wjkcNHX47KKpY8kakoToH9Cf979vseXJVoIryMf6ZH/kQvScpzHGe2SB09KMM/lT/B136/8A&#10;af8AefeEbK6dyZ/3G77rse8jjQuXwfjVTfjzTUNVX2uf7XPtoWW0SDRBusikeTREf71oY4+wdW+u&#10;3yCv1G1BlH8Dgf5uvXI+ov8A8Fv7cIehVyCl9v762LlyxIEJzZxlSfyAy5OmpFLH/X9vx8vSTAC0&#10;3W1kJ8tZjr/zkC/4T0mk5lERAu7C5iX5pqA/2ykjr2r/AGlv9t7YMz0b2PhtTvt6orIQpcVOMePK&#10;05QXN/PjzURAWH5I9sXHL+72uZbJjH/EtHU/7ZSV/KtfOmR0stuZNouO1LsB/Q1U/wA6dda1H1Ok&#10;/wBDx7QQxucw06mSnrKSVPWWMckbK4BtZlA0tx9Dzb8eyWQMjBGRg/pTP7OPRnrtrpBqpJGeNMj9&#10;vr1z9wpfuJZGkn1PI51s7XJLX5LH1WN/8f8AinvxqoAINerxiGJVWLh6D/Z6975xg/n6/wDI/wDi&#10;fbbHpp8uOve85DOEv/Z9P+v+f96Hu6cKUz09AKk1PdTr3uSlN5LE8fQjnkH/AJGPdhxA6cMiqRx4&#10;9e9yFpZEYMhZipBUi11sefrYc+7MmMcPP/Y6tqVwynh172tMFndwxVMGOjrq58fJUUzfw6ColhEs&#10;xbT/ALrOkM4bT9GHtoqAChWqny6TjbLeeQGKENcE0BIrx+XDr3s6uF3Bg5s1tfGTM1G+Ex8NJUYb&#10;GytUz5OsrZvOlFHLUPIjyxGYeV3PDcDj2YNdkNbIAfDUKCgpRqmnE9G+6Wm22O1TPJOkd7BEWLAY&#10;DV8x6Acf8HUYxvGkxRwzuxfVJ9FX629IPCj6ce+u4OpqyvhqspTVNRL9tI18fWZOhMmPMQtLE8a0&#10;8bHQTYFSQbfX2YbpaWdsUazjl1afxFSFrxXA9egLyjzDvHMsck17f28lohoCO1iPKgAA/wAHXUVQ&#10;hZYrkvpDagPQbn6Amxv/ALD2SSekkpXeMizK+lr2IbSxDW0tyDY/n2HG8qA0HQpkXuGsVp6dSva3&#10;2bvvcOz5EWirJhRGbyTUiyuFa9kOgk3RvGPr7diu50QwxTyIhNaA0FfX+XT1pcC0nE0IOunXFlDC&#10;x+ns+vXHdOH3d46LIIgikCRO1S0TSwSmNVKzxhbvG8gvrX/DV/gfPHZ3iJJaHQQPhH+H7OpK5X9y&#10;r2K5hsd9KtBQgSeY8hXh9n59JjJ4Vgr1WP8ATULysYCk6SCG8ZdlAcrxf+hPtAfJXqjrbE1FLNs/&#10;JpLuqvikyOTw9KFeiqYHUTvNAU1NHUoWJsPSw/p7INymsrKWOJZdVycORlR8q+v5U+fSbmXbrS9u&#10;ZLnbEAdgSwB7TXNftPpw+fTTsbOblzkFZNm8D/BqSGqmpse80966qWnlaKSappdGmGOQrdDquf6e&#10;yF12LZW1OC+kkKrgo8TXuVQlQyOLfW3uoIbKmo6jx1aIshUihyOl/wC5lCGjNo3X0JGZIZZpGqZV&#10;uDpLWZG0rfSb3t/T3UVXII6ZDNXNOve7Fvh33Vj48ljeqt91pGGrHaPZWWeOMvhcvVVHqxlVUIiy&#10;ti8pJM4BfV4JjcWV5PeVP3Z/fi79seYBse73cjcpXx0FOKxTMah8CuRWtSQCRQrVicXPvJezEXPW&#10;zScwbJbr/WK1XW4yDNGEIoMFdSaVzpqQAtQQpVHbhNXhzNn8bA86xIJs5Rxs2qqoKaIg1lNGf2zk&#10;KBQGCgqZ4lKG5WP3a/uvpJextn5TbopKSethhFbihkojU445SBZIaRMjT6X10VSs0kE6kXEMjcHj&#10;3nn7wbRYe4/Jd9sU0oEsoEtu5A0JOqlo2PqpB0vg9jtTND1z19p+eL32z9wNt32OMtCjeHPGDRmh&#10;ZlMgB8nFFeM8C6jODRI57sLEYSlp8lV1rRUs8yQvJCp8jwyKkj+FzZdTRG6sDbi4/F6lNgbWp8P2&#10;Hmuua/D4zAZKeqmVMTmVekbDDDy5EV1FDSyKztLiY4vNDSx6UmjWORT4CXHIi7tbnary/wBu3iyM&#10;V1FIUZCCGBUkEUP2VGcihFRnrshtk9jvO37duO1X4ms501o/FWUgGtRXiD5jjUGhHSxyefpht6PO&#10;4hpctTvDFNRNjnp5DXLJIioq1Eh8EUM5BVpTdVBNgzWUl73b8gDB3tvXaI2xU4XZOIrp1wWalydA&#10;WzU+Foa6Q0ctAkTyT0eTaJHgqjreKSTRqKyx2QvuH+P3EYgZIhUqfWgwpzwJFRSuR0bSbav0sc0E&#10;mSRUceJ/Pp4wsdYuJoFyTwyZEUsQr5KUTR0zVukfdGlWQ+VKc1Gox/0S1iRY+xvym+YuwcPgZNx7&#10;nqZV3BR47J42Gpx+TonlpKZDR0TS5DbzVv3FRDfSJJYw4C/ptf2pnvfrdBupyZSBkg4C+XaCaD7P&#10;tp0w9jdWxUhKmlcdRcXh6Hb0ElFh8ZBS0ZmqKkU9DaOOOarnlqqtooJpVihE9TM8mlCF1OeL8sKv&#10;V2Dl65yA3ZsbP4TIS12OGHNQVnysUMs1TPNIhrsZoCVUL28cMsMTgJ/j7eiaOBxLE41E14FhnzoP&#10;trmnRRuTSzKkNwtKN5/t9Dw88dMG6sXht30BwW4cfPJRCqp6808lRFTNI2Nm86NLqkULA7qAWVvo&#10;RpINiF3ult772ye0ajLbuTNTbLz1PW0lJg9sV9bCk0T0+QejqajEU8s1PUSQrqRf3CmoengD2okl&#10;1yW8jyxkxvUFUJ9MYBz/ADzw6L4rN7aScQ24YOmkglR68PhHnT7Qc9JbC4PY2zMfuJsViocBFuKn&#10;E+XkyGWgp/MiQSY1KsjJV4HhSNOWBRZWuRclj7fMfvPuLDx5rasC5fD7MnqauajlretN8sKI1Mxk&#10;mqKnJ5PA01JULBFUMGLyRRaUUsbA2fkvnIu7eO0f6fhUxzcC3aQQo4VzWn59Fb7WklxbS3NzHHej&#10;ATxYizUFSAA5J4eQPzp0izguiN5bmxe9YsltHc2+aHFQUFHU4jeWHqqrxaoWhWmo8fmZY081TQoU&#10;dFkl9LKqkkj2977yRyvW2Ian3pWQZrau3a/G7myVFiqiSlzEXmra2GGLEwV1I80yE2WPxShmGkRt&#10;cals24J+77Zbdm8ZIirkAmoJLDB7sE5x1WOwu13W5iubJXgdw6VpVTQKRlW454Hz6m7K29k9vb23&#10;tWVuGxv8H3buakz23KOSohqa/FSU+3sXi8nMs60lRFCtTJQo3jSQMSVUkklfb50h1l2/27szC7nw&#10;28G3PtvcDTIjRVeExUcENK8FN9isU9LXZvEyUjUKBo9NPPqSzqT6R6zbddxigiimZxIaAkKpUDTi&#10;ukyKKg8NJz8+nt0XY9glnur/AEwyL8S0djkYoAGrX+jgedK1JfPkP80/ip8atz5DFdoVlTtvdeLW&#10;nyrJT7S3NkGrWqo52pKvXRUVFiq+KP72S0rTvDE8jWdXuPbPldjUXTXZlTrw+MbJY5aLb824Kaqy&#10;+QloKmrgkrKmmSqqo6eCbG0tPVwtMNIVJZlCBihs1udjJsu5SW0sqNPEQCVJI1U1EVIGVDqGxSvC&#10;vHp+Awb7tcd6gbwJMgHDUzQ0qcNSo+XGnQ0dZ9oYf5JdQ4HfWEj3HS4LdlHPmsTQZzGY7GV2Tw9P&#10;kWpcZVS0NPU5Coo2ylRQyS0jCpBaOPU/JHth7K2kNx7fzOKxOKyWZWDDT5CshwAMWUeSlr446qmh&#10;xVHkaR6yinoxrUBZI4pY1Z00gFFE+3iWykCJrmpqouSf5jyJHDopXcxablBDdFUsCQp1kAVpip8v&#10;t6EXD7iTFtR1m4qymxFFV5OPFULZKpZ6adZ8eZKNvv6imSODJTVkbIA8imbUFBLED2V3qzreq2zu&#10;hsRX1uMmTNgYfCYbFZCXP5TH1jw1mflqNwCGgxlJSVePo8Z9tJBAZFimRQZGduCK121tsuEE8iFn&#10;/CpJK1qe6oAxTNCadDK73ODdLYx2asIY8lqdpBFNIOagnz6ECvzEcePkrwkkVPT6maSpQJHMiOKY&#10;aHBl8ayyzjQ5Q6gCQPp7BjI4Xeub7Pqtt7izR/gOCxWf2ns54MatBW46Osz2PjqaGGrSKVq3Amhp&#10;BJ5ZTeNtSlmCewvf7osl+qGUFkL6gMLpYKukj5DUaiuK9C+w5fhstmefQVhmhidia0J4kCvoaDp0&#10;p0iaNKmGJIzVGOple4LCR4iSx1WXUAdIt/X6e9hX4jfHU4n+CdpbrhpGo4drYah6v2z4ZB/dLGeE&#10;xS5SoE4j1ZrJYumoog9naOKK2q7sAJNu5dO03q80u0f70u4lVQdVY411FCanSG7jTSvwtUnV0S3G&#10;9TRWNxslqeDEuwzWq9yj7SSDgUoKcWrpZfz9/wCbJJXQ574K/HfN5zGLi925rFfIveK1OO+x3Y8E&#10;VPfYe3JaRq2qOGhzNRVjKGXwAyQJEoeLVcdu52nwuQpMnS/5iopDFkKYjUJoQ5SQAEWBZWNjcW9z&#10;ls9/M2zWU6Ta4lBQj5Amn8iPzr1jXzHaj+sd3HItBJpdD5hh2/4VzxxT7OmH+Sjl8d2x8fc1sLcD&#10;RNmtm7pqana+WhIjfFzVC0+Spo10u8zPFP6mH0Y/0t7JrvbYGK3hT1GR226UVQyMJMdJIxYOqaXu&#10;dROlnH4J49v3G2QbhG09lQMOK18/PpbYXksH6d+2p601eX+T/B1sa9Ydx7s6tqaPanZ8VRlYCUFN&#10;uynhCwTQsyiNZSSJEk8Viw/H+PsivYu0Mvtsn+J06wLJKyRsHBVtK+q1ySR/sfYQvbeWAkSCh8uh&#10;hbyhgug4PVh+zt4YHd1MKzB1y1sIiRiVbUUD3Cob2II/ofp7LBnlF5PwAOL/AF/Tf/W9h2ZiCQOj&#10;aIkEU49Lj2DuZBUMRb+oAJsDqvqvbkt7SYP+m6NK8K+fXvYaVM7w1C1MM0tNVQuskM8T+OSGZHV0&#10;midQHR0ZAQwKkEe/Ds7/AD6YpViOve1P0xmhgO5er84XkVsbv3bFbK11UWjzdG7Pcm19IPBsPe7W&#10;bwNwsrn8ccyN/vLg/wCTpTbAeKob4Tj8jg9JXfWCj3RsneG2ZbeLcW18/g5Li48eWxVXQPcf8FnP&#10;vb67G6g6y7jxNPjN/wC0sduOBYI2o6iqjdMlQM2mWOfH5SlMNbSTRyWZTHINLAG/voDy7zfzJsQd&#10;LO9AhEqyaS3YWjIMbaTwKkVDAVHEZp1Am3czbxy5cSPtV66IzHUhoUbORpIIznu+LrQY6C+U/wAl&#10;/itlc9/op7FfbEP8b1ZbDK1HW7dzVTjWkpVOa21lFrsVUsKVfAZhEsyxLZHQk2I5u3+XZj8LHNlu&#10;vt45KcLC7nD7npKeaSWcSy6FgzGPSjeGn8DJGUlhqGLguXGo+8m+RvvNvPettHMdlCdYADxMhegU&#10;VHwIZKEElnOpvM+QlDaffJ7aQLuGySrbCgLxMO1TxJQinzOR9nV6vxn/AJ8mP37uuk2L3h1lgsDk&#10;MlVQRUW6tgblqZaBo4qJDLHVYHNxyzSVIrIpXV0roEZGVQgZSzABuTpHf+yaeKozOBmagZfL/Fsb&#10;5KzGRAP4pI6yqESChlDNbTOIyx/Tcc+562r3F5Z5glMVjfj6mtPDfSHP2AMdQ+akgHBzjqb+VfcL&#10;lzmMtHabgEuxgpJ+m2eGCaHV5aSfy6t66x+XPQ3cuWrcFs3feMG5aOQQvtfOTQYbPVaPAalKvD0d&#10;VUBdw0JhS7TY96pIzZXKudPtOYlg6stPC8pjPp0K50opuWcEDxj8+q3HP09ml46hh4hIqfMGn7aU&#10;P5HofRbzaQKfEuUFR5kD8qnBP2E56GXKtGij7irjp4pSCFlZUEjgWRYr8yFrWsLkk8X9r7bGD3Hu&#10;OsipsJg8vmHkkSOOmxWOqq4+SQhUv9vE+hWY8k2A/PHsOb1uu07PbyXG5bjBbxKpJMjqmBnzIPRV&#10;u/O+wbDaSX277zb21sBWssiITT0DMC3+1B6CXsffnXnXGIqcrvve209l4+kheolye6M/i8HSRwp+&#10;sxT5Kqpo539PKoWawvaxBIkb96i7a67xq7hzGx8u0EmjxSYxYMy1E4geob72nxctXUUvjijYszoE&#10;BFr3t7BPLPuX7e823z7RtvNNqblWoVkbwtfdo/TMmkPVsDST68KHoH8p+9vIfOt9JZbDvsUlwtSF&#10;YNGWANNSGRVVgTwAbVShpQipXOmfnL8Pu990VfXuze8NrncFKJGkxu5YsvspsrCa+nxokwVXu7HY&#10;ahzfnraqNESmlkkbyKQtjf2QXfvZeQyVVLS0NSHmnCxh7IWbXL9UCFiASCFccE8g2sTkFt+02Vha&#10;x6ChvHI8NTVuNACQPL7aA8K16nm0uAodUUFjTNfT9v5dWY4DbuNxFNDHTRIBFJrjN2vbRpuVb86v&#10;9v8AX28df9e1FdLDkciXkkkbylnkIBkZSUKR86QNR+n/ABHv2873FYxywQufFIXV5io9K8BnA8uj&#10;yN0RFkJ7usG4tyRYuGVQA72cC+iy6dIILFwBfV+f6eza7N2MtJEkkdVW0yaj5FjqaiIs4JYFEjZB&#10;qL/kAH+pPuJt85gNw5BiRmIwSAaftqP8PVmnDjjg/wDF9FV7H7OiLmhfFY7IVJi1RCaloatYVkJ1&#10;PUSTJMIIzGpt9Q1wBe/t9zm30J1w1M4qCjqslTLUTvCxP6tDTabHngnSST/jctsNwcKEeJdH9EAf&#10;4AP28evJLpOOk1tLeUviENRRUqUoPlaKgp6SGGaZUuupoYYm1Rqv1sGtbm30ZNtSS4TO0lXG0Xni&#10;kWVa+LWgp0jkWQExHUjMzxDgBQT/AGf6rd2jTcdumgcMYitChNdVcHP2E8an59LoJ2Pa3wnj0qOw&#10;8bRb12Rmtv5GKWbF5jH1WNrcJOwb7xcjRy0UsP3MXimjjaCqbXrMthyWABPux7A5vCbl27QZ6VYa&#10;da2ImVBOpEU8blJkUlgWQNYqfyrD/EDDbcrHm/ZeYr7Z7ZnltY2qjMFpoYEqKha1UYP+E9EF8kdt&#10;K6NF3YII9D+z7D1pj9x9Xd/9C/IPf3TG1pdzZ3F4CpjlwGTehSoFbtnKUqVW3pK+WDFRLUVdPTa6&#10;WovZfuIZNIOkH2Rv5xVdGm1tiVG21++rp95w4KWOnJYpHW0s9eGk/djCqsWLm9V/S1vqCR7mr2x3&#10;ff8AaJ3gvLEvdXk0CKoppoGLSliaBQIxx9fLz6SVbtVFJjP8j8+r7/5Kf+mLEZ/uDCdr4moxNDlN&#10;u4HcmAaWlampmnx9bVY3MLCzWQ/cQ5Kl1KhP6L2F7lcdX9Abaq6fG7l3jSDJZiTHwwCimnqRjqSj&#10;lpoxJA1HE0Ecs0kTFWZw1ybcKT7OObvcDcfq5bPZpBFaxSMdYALl6kVDEGlKUBFDSvSuyS2u5lll&#10;jDDzr5fP7eofzO/mJ9gbUzu4eu+kqmTDYvGZWSkbcENFDUZnJ5uoy1RDIcfXT09TBR0UE5V00RiV&#10;wAyFjyAI7/3OmZ/i0GDVaTBYTFVeLwNHSwqsKx02k1E8MdOqBRWVEGoaRcjSLccyT7bbQbFbSe/O&#10;vcJ5lkmYk1JNAoJPmi0/OufPoLc5lztO6spysL6aelP+L6sO+D/UuZ602JjclvnI1u4+1t+1VPvT&#10;svcmSmrKnKVecrqdfsMZVS1M1TK5wGOlWl0XIWQSMpAYgg7t3YFflZsMKPLUySPS0tRDBLIhgcy4&#10;2JkVjGqEcWLXU3+gJ92vJU8eHdpZHHhEHSUFdWkL5aTSoFQakjzUcYBS5jtzNAsYOWz8ySejV7i7&#10;Ax2CocnX1uMr2p6edhI0UFpAVrWVgVkQhiLXNjwDc8ex72VsV6emOJr6SlAoxHA7q4pomKqBGY9X&#10;JjVF+jD+gt6QSVbnvCwRWklnMQugABRXA9BwX7AT9vSSe7ljWgPZT/VTouXZXalHAabO4irqildG&#10;ZaWnjozWzBlsJGkkRgI5SfSQjGxHBt7S3Y2wat1FHg6OavnlWo/4BpJKgYNHCq6whRdKD6mwtyPZ&#10;7y1zFD+o9/MI0A/EQp/1fkeiFYZdxmcsvZXHS76q7WoJqN8hubIwYeO0HGVlho5vD4vuHcLM6PJq&#10;luAF1sG4PPPutffnQPeq5XKZmr29jcVg4kmnWbI1UUsqQ071M0UogoqerkErCa3qAOleDyfZTNcb&#10;9vvMd3PYTWCbc7Eq0riqlXd1eiIxY9yq2oAALitehbababG3iWRCW44/L1p0YzAdjbI3HKlLg9yY&#10;3JTkhVSnlPqY34QyLGJCPzpvb20dYZSDYW98DncxlPGmMymLny1LjaeZoaygiqAJovPUCIxmOnRr&#10;egkg6Te9/YtjlSC0vbeXdIllktmiYRqxjdtLBDUhdKowDBtNdICjVg9Hm1y/S3ltc0Io4OfQ8f5d&#10;PO68dUZjbWexVFJFFW5HD5KjoZJ1DRR1s9HPHSyOvBKxTlWNuQBcc+zofIHArteupc1iKpava+cB&#10;agqqeZZXp3ekiqGgkdLmWGpjbyxNyGS9idLWE3trug3e2ubS9iKbpb/GCKVAYjUPmCNLeh+0dDre&#10;pg8JuUNY2I+3I6Bzobfdbu7b0+M3FRyYzeOAkkoc7QyxLTmRqatqaJJokDfqhFMIZQbFZEv9GX2V&#10;/ZnaNfsDsDau/cbDRZCr2jn8dmoaOspDJTVX2NTE7Qya0JV9BJSQANDJpdSGUeyb3VuoOYOW902F&#10;JCbJ2CvWM/hYcGZc0ajVxpALqQwBEHc77NBzTsu6bPeF1iuYXjLKaFQyla48wCceYqPOvQodhbOo&#10;OwNi7s2Lkqiso6Dd+3sttyrq8fKIq2mhzFFLQPUQMQUZoVn1FWDIwBVlZSQdk7pHvfZfe2AymY2r&#10;WMs1FlJMZU4OaalfIYt4cXjJpZZftqmoSsoKyvqmalqFEQeEhTGsiSg80dq3qy3a73OG0lrPZ3Ek&#10;MisoV1aNtNWFSQGFGVuDA+oIHIL3U9vt09vtzgsNytF8KSJXWVV7ZA7SKNNUQqRGo8RO6jd2orJG&#10;eqR92dDbw6SzGDxm5JqTJH+H0lYu4KGnmjxuQRMtlYkEHlpoJKKthw9HAaymdqhlnUusrxSRaXLs&#10;TGwz0ckv3D09XTS0lTT1KVNRDJRtS/5VO0sFPWURngJh0yo7eGRfRJqQshkDaQ9yY4S7rEWViFYp&#10;WjCncuc+hqp81bh1CjSPC5egaEhgylVOoU0gAkHSwBJVwNSOAyEMAwO70LmZ5oqakkhjlo6lKoSa&#10;xGUnWVo1RdEtPOljHUEo9tSknj2GNRv3IbfjpjQUUe6KKo8H3tWucEVRiZWZalvtqGeEQyBKeVSQ&#10;1VTMyaGLSuoHs2m2i7ubiOS2tA0YchgGVXC8FKgrobiSakMV7RxXUFJtmtr6Ui7uHtJ1DaU8FmEg&#10;qQDJKCWjZmDH+ycFiTRMkm2gwn3mouVppUf9uLwIGKBALeXW0liR/j+Pae3tuvdEW6tsZPF7S2zm&#10;9lSGZNwZ/KZ6ppdwYMFZkqK3buBG3shFmFroBCqxCrpmkfSn0IcpWg3e2ubGytdrhktWJEshuPCk&#10;hyAp8EwSeNmvwzI9aLpPTezbJtM+zbza3G73NtvmpDDCkMbxTHUFpPKZkaNkGsljHINBqeBAdqOj&#10;VaeWDzS/cxsmgKWZdTX8YcsVJ8YBt6fz7WGRyWHmigmjlqh48hTyRwJXT0709TTvDWeOpNDNHc6a&#10;iO0Mh8cqC0sbD0ezmGwuLp3jbinEr+KnAV9OIYitQSoJVjUJJFeanDIg8SFwSyBtSNWNtOtajAZd&#10;a089DfFWXDTygsrqo0jUxF7vx9bW+vHtzrsriKfHrU1UkP7UVRW1lbLIEhp6NKYSvUTWbwwxUq02&#10;l3YhSoFjqsQ2I5onncuI4K+ZAA0nJLNT1rjgKk4r0WQQXjzCGAEMzBVVckvrRQFHEkk0AGflQddp&#10;DNqkCpaNmDLGvIBHGok8359p5K+grMJT1mPno6vH1FJDUUE9HKPtpYqlPMJonX1yRVCyE3/SVa5B&#10;9mEFJpVlVtSua1BDAg8CGUlSKUoQSDxBIz0umSa3vrmC8idL1JCsisACrKaFTQnK0ofmOs607xtc&#10;oQ1xq/1uLf7x7ZUqrSJNK6SKsKzsEi8KBPApZQbDx+CJVZ1PKkc/UXNjHRWRVIzT+Z/yjH+qil4q&#10;a4xxDaT9uR1K0E2+nP8Ar8f6/HvjQ5KEVDSPFC7GTVTRyx3RTYRx3kC3YaT9ALf192uLRygjDkLQ&#10;Vp5+uOnzaM6iMGhqOHyPXUqH6La35+v4P+x4953m+4MIqfujHUSCnpSsU0yo0tLU1F61o0bwwkU+&#10;gOwK62Rb3Ye0kkws5IERCXc0JAwKCtSeA+VaZ6MIbMQRl4Qo0jUe4CveoIFSKt3A6eJUMwFFJ6hM&#10;+m1v+Qrf0vyB/jb3mnx+uJTVRya4hJE86srxhJvTEWLLoiaMvZhcHj8+7x3gVm8NxoJBoeNRx+35&#10;dNLMqyAwuKVrn1BBby/Z5HrlFOwJKkW44P1/P4/x9pjC7LxNLkMk5pqenmytWZaqaGCKKeonEFPT&#10;PU1ZjpvJUOaaiiQsSWCwov6VAV2SaC2dr2xtIkuHYtIwVQzsQi1ZvXSiKfXSvplZufMV5Jb2imd2&#10;jhUAAsdIBYngW04LNT/TfIdTTVSELoFyB/Qf05/wvx7UkO1YyAkkU9PwsNN5qYvDNOJRJTVQMcQK&#10;KdXLO1gV9K359sTbu/i61fXXiA2APxV45x+w9BqbfiGk0srOeJGTpYaStBX0zTy41GD35Qw4N+fV&#10;weD9CObcj3lipquGcJDRW0z3aYMqOVM6ln0sxMjauQLngX93eWOSMu8+KGg8hjqrz200ZbxgCQaD&#10;yB64khg3qA1jgtwBYfn6/X2N+PipHhefXDqmpqZIIp28jCCJTHNHPrBGpmRPSovpuLm9jH1004Ij&#10;KHSrsTT1PAj1FCfz/b0AbuK51IqodKlvnkkZxXFP59NEkuhzqVgvJDAA3FiePUL3PtK70jhx8UcY&#10;HkM1VFNSPCHrWo5fLT+esUxlYj5ksq6rFQf6ezfY3a5dnOFCsG1UXUKEac5weNMfPo32m2uJDO7K&#10;FAShqQNQo3bnyzXqTRVCTsGLCMFbXew8iX4je17Le/0v7w5Sqr6JZ8gPt1nyLRBpVXW7UzxhWFU0&#10;ApYpmkQa31G5LAKARx61jtZzFbEsYoq4qcHGVBqQAagAADB+VS2OOKYxq5JjVeBGB5VFKmoNRmnn&#10;8qyoVp5NcaEhUP04K6gfqGLFvoTx7csdfNVJx1AtNTg0zivqpZIVpaO0YnqKmoqAax4CkUZB8b6S&#10;4ChRcaU10BYoLu5LsdfaqirNmgAFBXy4jA9aZKLmVoF8W5AJLUUaSWNKgUFQPTy8vz6zSXpkEztI&#10;wW5jjiQyNIblbKoNy17+2zO7MwyUVCuMnkpak3yMVWIamRr0jjVUUcNRPBTSxrEjCLy3WT1cra/t&#10;Xt2/X5upvq0DQAaClQMngGYAsDkVAp9h4dNx7ncmVnmUHGkgnIHoXHcKegoPt6lU9TKSb6Ra1lJF&#10;1BHAdRcox/x9gPUY2jbI+TE1EVRVvK3myWZFPDT0UuRjajkWagmmq6NQJE/bKrJpuhHqRWWQY5px&#10;aMl9BSIU0pFUlwlHWj01eQrUrWh8uIht5zHAPqYx4BB0xxAktQVw3xgHzqyV+YwXJbst3FwWBsP6&#10;8Hn2CWX2nU11NkHgyNMaik+7elqJ1KR1cEcjKdCnx/cBjZgGbVyBb2PIN1SN7ceE661AIwxQsBg5&#10;xSvpTHQ4sd7toJrQPat4MgWqhgSuANNaDQBwIpT0oMdZ/bfSY3CTYSHUk8+UjkllyD1UoSHxMw8K&#10;UUKoJmWI3uzSESMeFUC3tdJc7il/KAVWzwECjOOJY8DWuKKKZya9KJZL1L5zGNNgRSMLkgH+LgPz&#10;A+0nHXvb5/dfG5nHUpiLTzJSx081O1NJTCzTSLU0bOjDzAq4KkIpHq5Y2Psvk3O6s7i4WUAQszGu&#10;oMMgAGnlUjIqa4GM9FwvLyxuZKgImsnVUEg0ABX+E6h5VqDTFcdFgDY/8a9qPb208lSI2KwIFNSg&#10;TPO+MoK6syC07PE60tT9zFTRQ08IAuyOg0W1KxNwTX+6Wfhx3F6KsAoVZHCJVfNQuo1PkCpzwI6T&#10;Xm520h+q3INLcZ/tCqKcfFQaySeJqCK8KddF1X6n/be3fJ1WT23Rigx9FHjqmN0jqahD9zlXWps8&#10;/wBvK8Ur08bOBqXUvjNiLEA+01pbWW5T/UXE+uKhZV4RhhwJFRq+2meilraDcpRLcThwBqVeEQ9K&#10;gEHV88g+Y67DAi/0/wBf26bfgl23kFyUdFl61BV0VdEJ0/iclPC8hE8Ipqh3lyQsdMRkaxUEsBzd&#10;HuLpudq1o80SEI6GjFAxFSp1DCmoq1Mg4HTMkqbjbGCZ4FkCupp+nWnwHUoovCrKvn2gU6xSASKV&#10;1EXDC4ZkN7cEOvKm/wCR7E/P1Of3ZuFc/j6XF0WcocbX09VT5Opw2Jp8hRsiyU70kEVPSR0FW38R&#10;k1anVZEYoralMjBCwj2/Ztv/AHZdXE0u3PIrAxrNMVbgdTVOsUVcaWPmcEAByK32y1s5LC5lL2ks&#10;isGiSQlXoAwY66MuAR2+f5dRYIoqOJKdTM0d2JaWaSoYM3LFpp2aQrc8XJ9lbyWCp8p5aeCqmpZF&#10;mSaVamSCjjQU1Qvp1VFakciLO3PBHIv9ReXrbcZrfQ8kAYU7aBmJqK1AC14etOh1byT7aVneNWjP&#10;atASx1qchQpb4SRXGfP1cPYhdSb/AIOvazI4vN0c0tJUtDPT1WJyUtOkxp5pgXkeCoSCoqdMgGuM&#10;RPHa5DX9hrnTl6TmaG3u7C5UTopBWSPURX/a1C1zQ1+3oI868sycyQ2N/ts360eGSRMgUGB26lXz&#10;oSc9Y5V1oVFufpqUML/i6ngi/s/mNwUOa2jV7v2/V1lbRfcyVS0VfWQDJtSlNNLE1OtNP96+uNT5&#10;YmBd1U8AELjjd7i9hvcGybnEkdxp0hkFYwa1JqWGgUqaNgcASSOobuNplgkkjlChozRqClM8fmB5&#10;/wCDpKT7jioc1jsFXR1Qqsgs5gqYaSonx5aEa2WSpRG+0YoRby2UngH8e2Rv8wmZpK5cfWM9qgVA&#10;lNU5W4YwMqRpDIsyWsZFbT9B+fZlkMbCe38S3HAqRp8vKpJ/IEV6QJaUkS0khV0U1XuUKPnTVxz5&#10;V4npRF+SpsfTe6/T8D88/n270O/cNXSwYeGJamfH46gqsnFPGskYiyL10YkpqiZjBLUyVGPdwocy&#10;Qg3Ng8VyaTap47u+RpGWUtqGkMKCrBNR05rpYUFcKCaKQSzfct3VtbJuEyqIJpHRc5qiqxJX4gtG&#10;WjEaWOoKSUamIL+tWty6Mn1/1VrH/EEX/wBb27ZzPzS496F3jjxVOqTYqmrQkk0U5szuZIWfRCYW&#10;YafIbGzixHG9v2xUuknTUbtiRIUNAR5ChHGvnTOeglLbMBHArHWrGumnA/aP9Xn1mjp4UnepSJVq&#10;JljSaQE/uJHfSD/ioJt/r+wzfbOGzCJLUwVNNQZFFijemrmdIqkao3aWhqJa6eQVJTUwLxqq8j6W&#10;9ipN2v7FvCjdXuojUhlFWFMDWoUY+wmvHpTHvG5be7eHKj3ELEkMgDFfiFGUIBQVA7WNePUz2A++&#10;tuUM+QpaCprIw1TUCD7qhpYqdh4GEMUMYooIka0yMut2ZyxJLEfSQuWtyuIra5uYUZsatLtWgIFR&#10;XjQDNPLqU+Vt6u47Wa7t7Y6UTUEZy1a5Jq7FsqeAAFOA697l4Db0FDt6peaHIZeaGZzTUKyUEVVM&#10;ARS1CpVV1bSUdKDAC2p5UGlf6kAo993u4+rEsFrXtAIUipJyuG0g5rxYfKp6Y3TdpLvd4dEkVvCV&#10;FXOsquC69iI7vVgFoqGhI8qke98dm9abW23unelJtrDwR1fZ2ekrN05ygqqtsjm6qejp8RFHWZOk&#10;MctL/DcNTQ0sKQWMcaXA87ySsEF2ja9ttd03uOARbhdS/UXDYR5JAgRXxRgFRQqEMugVatWar+/8&#10;7b7vezcsNvN8zW+xWoS1t5VTwoVVjMxWJgwbxpmaV3cnUSAW8FEjX3sYNxQ4TFUOWGeyWNxUe3aa&#10;PJ5Cerqqb/cfSmTwS1FZGpp2pIqqGGVDJJoAkDWBI8ZK4938BTdLIFtihZmJ0qsYBfUzEkKo0swI&#10;OkAegLdR3tQ3m7u7FdusZp5btvCVAj1Y0DKq11FmVmjbSmrtIUkAkj3ssW3OoNrbb3XTV20qaXP0&#10;WTl3xuZctubN5jdD0D7kn2BUvgMEmUqIqbC43L11XW1DkSVDRxo6hh5SiJNvsp9u3L6hXmmt5Pq5&#10;A8txJceH48kUhity7FVhkKswpqVWBYEGQqJw3r3F3ve9hkst/dbO4gSxtmhtoYrdZTbLfqLmYxLq&#10;mkijWCJahasVbOkM3vYldo7P23vvY39yd0PuFsMdy4LcU09Pkmpi4w+bx+4KPFtDTUsK1GFr5aNa&#10;OqpponSSjLK8js6+JzceUF5se3ttxcS2fjpLRXMbEwusiq1BpdHKlZFY90bOgIJ1dArkbmjeOVOa&#10;P6y7GLX636Se3RWi1U8aF4Gmq7kLMgfx45EKkTAEIir3e9gzvPtPaXU9RjKveWdFFJmJZYMeywCO&#10;lZocbkK9SKRZ5pmhq0xk6R+JWIdLGwsxHu/cy7Fy7aWQ3q6jtbaaYxgkgkMEeQArXWarG2kqrCtA&#10;TgnqROXOQt/9wYr235Y20yJbqC9Xq4rJGhq5VVqvixltRHacaiKde9jz1/vH+9mF27m6WGrpsVmc&#10;PgdyY2pkGJkx9YuUiq5229PFJVVNfFlMSkCzVZEFOFMsQimcxTWCj3Me5rDfWkE62UlvHKH7BqWV&#10;TVKBnYFagvVAp1oqsxLhIs5s5a/q5u29bXO8Ul9bTXFtIoModPDKgXCsFERikLaYu+RuxzJEheOv&#10;vbRt/GyZKXH4vMVG4aitxk0echyFRBR1K5bG4LHQ7XV8nmQcziZ5txVbfxuCKH7SsGuN2jiMbh2o&#10;xJDHaWjXFwdDArqjNHCApWV0DRsXfXMNMkclGWqCknRnu12tpBf3u2pZx2s48Axh2QxSXEj3NI4C&#10;YJlW3UGzkd1lhw41sJFPXvaqrcBQS4RKGklyVOrTxQ1CnIVwyVLAojExpspHWDJxwfcQgq2sEqWU&#10;qqej2cQvK0zi4NY8MKFlqeKrVdJ1D8WTTPrgOwbzdR7kbu6SF30MVpHH4bltVNcZQx6hqytD5HUG&#10;o597Lrgt09rY3svcePy2Aq59r7Nq4cXQTQS00j76xm5a7EfwTd2HqM1kYMZj63Z702Rx1bTz17zV&#10;gFPKI0kn1ewtZ7jzRNuu72l1tjLYW7BVFYwLhLjS8EqSNmPwmS5iniMrlqRyeGjOqdTLumw8g3/J&#10;Gy3e3bvGu+7mplkUq1LKa3jl8azmSGMyypd6re4gkjtwkWqaMuyxUPvZon3hksZiKt1nljpqPGNm&#10;DjqaneqgyavHUnH0VVT1OFOS8qy6JFp6ZErVmAXQw9MhheWtmVF7JE4mQMxwcqoIYigrUgUwpOrS&#10;ADXMHx7Fa3V5FB4YMs0oh8Rjp0aWUyOCJvD00qniSEwFamoNXHvYKdoZnb8/XtRn6WDE1O2934Ur&#10;UVW5rYeami3rFHQUiVW2twnBtWyBq2MyYypaGpm/chUNJoiZdHuUO67HJJNMEtLiGNE8ZaJpm0oP&#10;ESUxnPiIDESkjV8IDxSEMlckbbusHOEGzvPcDetvuqqtsPFBazYyuy3Ft4/hdqEC5iDxxnS7HQGd&#10;feyM/DLtbo7LVUWKwOzcXhsxWUlLtyu3XRUmPGzN5jBu8JSkoHpCmJr66nQVRp6ilpJ5zO7AGRVt&#10;H/tlv/KG9209tsO0iDcWhWJ7iFSsF1LAMlNLL4buAZgskMTsB3aipPWUn3keRfc7bYW3HdOYp7rb&#10;4pXuo7SR5Pq7MTaWXW4b9aOMloQ6SyomlVoqkhvezGbX+FHx0613fvHtCbAUu+pt056tzWPwu7aS&#10;mz2F2lDWZNctQUWEo8qK2eOmopaVUD1DTMfQw06lVabB7L8pW++7luU22NNu1zM7lpijpHVzJohQ&#10;xgijGoqWIodGkL1EW9/ea93eceXuXuSotzl2xLK0WGSa0ZoJLopH4TtMyBQxYFtQQINJPmjFvewu&#10;+RHzX2RsLA5rbVLtOHcfYFVic/uXA4nFpLSR0lNQUUlXNlcrkVpxj6H7VY3JimL1DR/piYer3I3O&#10;3Ndj7a3Bghubi+5kjsJJ/olbBjgRndppaFI41C6jQmQqNYTT3Ab+0P3beaebNy2/errfjacpJcwW&#10;880p8RmeRlURxx6vEcsWFGWkYb4nBFD0FA+g966G5Ie2e5dzRbg3vVYuB9xGdsZmtxUklDXZuVHj&#10;qpodrUmOpnmqneervAsFO0Zmq7QoZZNDYI7gvO3uPukW48x3sUVxcqxikuFZGmoEcrbIih3y4Ecc&#10;aU8SUJEplYh+xeyy8h+22zybNyzFclbKglht38RIVygN07MFUhV7y7g6YtUr+ENS9+9hPozL4bGd&#10;bbW2TuHKYig3d/BsVDu7aQr8Qc7i2gpIRQ1FXioclkK/GtksDT01U0MZEel1YoSLL0o5E3Bpdn2K&#10;0v4ooObbKyiRrfWvjxmOFFAaBXcpqjVZAlKqHAAUY65Be6m27pdc579zNtNnNNsBuJGtbvRJ4Mut&#10;mLKkxijSQRTPJEWY6gwK6hTr3tDbjx2IxeXrocZJTR0qLFLFIZGmkLCqJhmpwiRxqkTggs+jU2ni&#10;wNshNt8W5jgS4tgBoBYeVdRahTgKmrAitaEUNOhLst3uV7t9tJdpIbpnIPAfhFVJOamvAV+3r3tm&#10;2FumbJ9gYraK3rMfDVS1OYq6ZIRSwU0uJqJlWpmrMjSPS+KajhBemiqwjyJGwTXIwAu58yT/AL+k&#10;2TbUaYwgeK8SqyRq0bGPUHeMgeJoUvbpcjXKqSCPvkjNOa9hjs+UNx5hbTFetEFhVixd3EqiqhI3&#10;DHTI4/UaIEKzAkhQfexhq9xU20M1UzbernxkVXDNAFDxlp4tTKkjCwVKerge34bQQ1r8exXFtku+&#10;WECbpbiV0IapxpNP+PKePlXArx6jaDZpt/2y2j3i0E0ilWHHtNQfL8SkcDivnTr3t4663JUVM0tB&#10;Ll43rZVgWkndImNRWMYxLII5B4iI41MltQ0qSfqDYq5h2qO2t7aSaPVQ9+dINAWFBkqSRwFeH59F&#10;/N2zxwQpdR2DC2FdSgsAqA1AJArQtQHFCaDz697GfeTZHaGP25kMGsplhK0wlp4Jlc10bx1JinMa&#10;hJFeIsONQA5J/PsF7GbberrdbW/eqHNCQaKaqSD6ioOaUIA49Rry5HZcxXm82m5FREw1aWYEBDVa&#10;pqpwNK4r5U697hYDcgosjls1vM0tWtZgKivpFjlqqOtp8mK2NaZ1rdSxrFSUAlieMqWeXQdVgQ1N&#10;02i+uZNts+X5hHYJIySgpr1VClCKGgUkMWqK5FKZ6VbrswurKw2zlwSROl2qMSFaMxaCWqlM65NL&#10;AhgAusUqVI97VvWXeVJS7moa9ZmjxlTCtFkaedgryRTyaI5Vs4/b82kst+CP6e0fNfIM0+0T22kG&#10;8RtaMASAQMj/AA5z0f7Vy5d8s3yNIxoWKkqDQLhipFMnHGn59Ivfu1KfeG2q7ETraYharHzrp10+&#10;Rpz5IJF1oyqCw0k/UA8Wax9mZ3Z1jmM9OMjXbmNJC/lp1poAtHUzoaCWcSBaeKOreNlrLq8bltQW&#10;3q0+8ebv3S2DlW3ltvoJJJx+HiMAE0PHtA4LnVgZ6yx5Y290tYPCskCkhwzd4BLKMrr0g9oqGFMA&#10;tUVHVasnzL2DtTI1W1MNtbLbgr8dUIJKpGj/AINTzmsFNUUr1uSl0JUU1RSnUDFpABN2sx9+p9kY&#10;DblZLV0K5KrqVnoKSoeKYRwz/bx1MKtRRCd6eOB2URGoKrHCWdnQk+415j9+d1uka3srYRwwyUIK&#10;rIWDVaqNqoRUKp1L21JJxpJv+4jeWkcd7LGYfDd1VqDTXIWSorqWhYITRioAA05Yab5Qb43jBTwj&#10;H4nbdBVUeQnpllFVV1ECzmB6dMrVpRxA1cMDvIsMZlkqFZVRrCQ+1djd41mLq6ehX7g+GWmiRKeC&#10;eQVk1PRVryUSQIiO8NKtOF+6LaGlssauG0LHMnP+8X8yKblXkHEhRRqg6lCClBwJYFc0oGFAED8m&#10;bE8MjywAhlBIMiqVUugRixJGohwAhXtBJbw8ksO4junctLPlochDFLVU9dKkcjYyIQU9ZkaKNa2W&#10;ueneOCtrHmMn2YIkWIMZVjt5Dwbv6toWyFOlHqhpJURpMhonho6iOF5q5aOq+3p6RkgWSJkSQSNH&#10;KwEhuVDlv9YN6LXHgQdn9IHtIUk6WwtMqKEGhOTQjo0t+TdjuHtkmndZSAf0zUONQCBxqJJJDZUg&#10;MKaBUV6CrMfBmvzqRZ2PNxyVeVp6molgxwFAa+KrkpoMfNXw09bUSVZknDsGjcBoxePkOUDTGd07&#10;wzW4KtI9y1T0AqdUST4qlkSiealdInopI6aCkmjjopQbQ6n1OPo3HsKnd+ZZLxZxuLG2LBhVAdDM&#10;DRRwXgSMefr1LkfKXIcO2wRwbOouwtGKuwL6WyGBkZssoNKUNKEgGo73l8Oto7T2dDlpuvsa+44K&#10;emjrqrHZ7LUUWXgoaykqvHkRU1E9QtRJWQhFeW0SrDy+kE+zL9a59cws9Fk81W5bKrNGtT/HKOmx&#10;U6OyjR4EkaF6hZh6rorOS3JK3sPuU+aEEc1puW4zPeKQNLx6NHkPyYZ86dQz7mchyW08G5bLtFtb&#10;2DpwileQH1FcgAGooaAUKipU9FfzPccHVONooM3teLbe2pY/uNuV2ykrt14UUkQLTxZF6Olqanb7&#10;Y6qmETCchYmUiwNmYTMnTrSU0ifbhdUc6BEFgwcMVKBzoYDxqWNuOfwPckW1zHJLo8QVGeI4ca8f&#10;TP7PUVg6ayvI4tbQsq+dQcVIHp6+hPA+nQvdOdrbU3xu1qKLdmMrKqnWGojpkyVDUZE+AQB4aukg&#10;nNbShGYaQwX0i/6raS0YiKuoqHP5V6qmx9HHk5ozNWNMhmqD+5OlNFSfqTwA6pCugRvc8H2Q7vvM&#10;GzQTymSMEyEkFgckinaKmtKkVWlM14VG+1bDJuzxB4HaARkgrwI/b64pxrgA0ND3du9ubcwG5dh7&#10;Cx1PX5zeOdwoyyYzFw0r0+MwtEsdNBkMtW5CQCierrnENND6p55b6UsrMAv/AL+R4yupMaz1j0+R&#10;/iFS+QZPFT05IkfS80rSrIkjTkeFbCNSxBLc+4kk3HxJ7mZmDROWJJ9GqaVauKHKqPXz6lccjXFx&#10;bG5jii1wrGqKO5+34qAVNMagaUwOnCXFrnaTLZOo8H3NK1BRVmLSeWqqakxyRos8ca6WpkEkZbyc&#10;q76Rwtj7E7Db62nGkUE2QAzWiVAvkSkpKemp5JEip4VYUcNHHFTCRZWcx6iD6WUqDq13S01wkSES&#10;jUoodAUcKKGChMBtRJ0tpIzg9BLe+UuanFxP9KxtNKsCO9mcgGrULGQmqgBa6CRWlGoHC7Zy0VS0&#10;+Opj/B/uKdgw+5rayevmSCRJqmqL1lXW1FRUzKsKprVb8G6sApZ8yMbTiloZKStpKuokhghjqMes&#10;cSIyuaQiMrPVCWniXhUKmTk2A9ytyzFsciCLcblQ3j6ANSg4JJ4NkGlBSoNRwHUb7htm+RsJlspl&#10;ATUSVft4fESgUceJNMHpcbPXYG8qurmzUk+NyuCmharkqYck71AkVgtVTu5elhRZXkBLFG5BC2I9&#10;hZn+xp9vieaoxNdHkleQBZKdJkWmpGip1SOSOKc07wPID6UAayksCthM0HJexymIx26MmlQCoZjg&#10;+qEkUGRQjuA1DierbJy7ebrKE+uaJlIzqoNUnnQ0BUA5zny4gkzFHs7AVUFLS0MuNq8MYY5mFJUr&#10;BPNWmII3nEXiWoDxQrdpZCykkWA03wYruPC7o00eSinpqqR2gpWqoaadqcUqJ9nX+MmpWCOfTqji&#10;kZHCCxCm491m9vZ5rSeT6YxpUlWYA1QGqyLUEjVSq6iGpWoVqHo0m5c37YFhuoJUliEaklCVoTUs&#10;oIpXTgEiq6q0JGek9XdQUePjlkxrGigM5nlgo1mpoq1JnX9hpIiGZwwDa7EFgOfbRkNv1FZTZCeD&#10;E4NYHqKgUce1cx9vXVeEWKqnpkaJsXjcYK5KmR3MUsk8KMiGJGbWxjC95IvLRpnj2+L6UMANDFWM&#10;Y1EEgRqrEsymh1INIpU953H7hWEN1b2U93OXjUBvGQMkchcBtLB3kpSihlVGYaixC0QKrGbJq6A0&#10;s0GTybmJFRP7wxNWU9NlDNSUxqI3NXJUQQGCIRgwqrurMGOm1gc3RLS7arNLPDj4pKSJcZCa2LcG&#10;OytM+RmxeRyEscdO9Sj16TxNpjWGlOuwju6Kattf0MT/AFEgCCNfCqRJG41BGLCtK5U0xGCQAtaU&#10;M9q3Y72qvbW7UrV6KYmSqCRUUtTACsDq1sQKk/i6FLG4eZ6XTWO9fMs7mWSOCPHT0Qkjhq6WjjSn&#10;YK9LAw06iXkACksWJb2bH4rb02j/AAZNrZs4mXNaMpkKTIUmOqKSlanlyFRPLilo3icUL0KToELl&#10;TOtzYaCql9jdXE36FlIPELOdKAoaaycqQCtK4rxzStD0T8/Hchawy2YnEIIQhmBNaAa9VMhqZ8lo&#10;KnI6rW+YnQ3YeY31F2dtjJZSo24yYzGZ7bC5KKCn+4pqSGnps3T/AG7qtXHKkHjn1NaMon9WPs1t&#10;dWdcyBlqsQlQwBsIo/8AKJLKWtCsZNvIRpFyPrb2dRWvMQUSR3NBTicgVxnGcft6i6I83DuhvHVC&#10;ajVQU9PiAJp606AnFbX3ss8P2OblowjhpEmqJBR07K4BWWWXTTN4DyQpJsv49p2lpsnMZk2ltyk2&#10;pjZXXTU1CgZCoLAcmJlLK5AALH+nswRrO2jiTdL03UwWule1B+X+z09dR+K8cu8X8l7c8AqrVAft&#10;FD/LoRX3HsfAUSrvffVPuTIQxzy1UNLLDBjKcReSR2kYGISQIqn9TMxP5PA9qig2tisUf4hnKs11&#10;cf3JXaoYvqspU+TVpVPqPpe/svu96urkNbWMXhWowMUHRbfWO9buht7K2KQBqBRw4HPDoMB8vdqw&#10;5WLEYGNqHEELDFlpse0dLeVgEWgpViNRVpJ+G0hQeTYC4DzsbvPCbQpDBAEnmLHxYjGMlXXVZjFg&#10;rqrFYY3+hZyo59pxa2G3obnc7hmmYVVRk1+Q8vtNB8+hTyZ7B808zXKSyRLFaVAZ5CVUVPH4TqoP&#10;SvQ7bI3Rt3dMtbPTNlq+WCIvJuvLwxYfb9IZXKy/b1lasMtRLE63VUjZSF/V7Dvp+ty/YM2U3tms&#10;bBt+s+6akgoZ5/LUwUcUrTwzyLHEsKv6E0hbgkfX2t/rJbnbpvGtfBVKqQWrha0qTTJJr1L/AD/y&#10;PHy9Z7Ryjtdw93GVB8QLitKEDNceeBjovHfnyX65+OmUmxkW43ylBHiq3cdVVY5YKSlyNXKvhqcZ&#10;S5Gd2ZppqqYNIwvZeVv9PYnbp3XHBBUpUSOIKZTFeZFaonbUrI9KgbySlyLCw/PNuLxZu3MZ3Vbn&#10;aNrsjWXtfHzFNNK1zT54PQ99rva615duIN+v5vDliJcZrgKQangBn16oz74+QXYvyqqP9FfWOGp8&#10;t/e+vjWolhcPi9s0DT08v2WQysY+3p2M0AlqXV5P210Lcc+yw5qppMPW5vcMUdI+eycayYlK8zNF&#10;SzRR6ITVw06vNK/mAYhQf06b3HuXOSPbjcBZSyS+ELxoxpYrqKNpxrBK9tcsKg06FXM/P03M19Hs&#10;Wws8e2xuBLIAp7CdLrFqqC7qWXgQNRJxxub+KXxPz+2Omerdk9wZHI123dk0ck2Rwu2Ks47JZ3I5&#10;GvlrS01ZWRwHE4OCBSCQ3nkSzBVUg+yiYTdNXh99T5/tmPN9i9hpV6MduD7SKh23t2PKEmix2zNp&#10;rlHqMfHBjuK7IS66mobWrSBGWD3LHJ/sdc2tunMu/b7DfcynXSShSOCMVGiBDqSMkY1EmVyWCsFJ&#10;HR/cSWFttw2fly2/d+xOoM2oh7i6cZLXE2NQZspEqrFHSqozCos6z/VFZunrum2v1RlcB1v14Kea&#10;GPbWJ0R1eThpZplr6ncGdegnFVNU1BHhguyuT5GLkBlHWvrqHdK0dbiI6lZKczP9tUyK0zmOOSDx&#10;X0qyRyIzWAJsfr9CPY5tLWfaPGgvGjKMAAyigFfsrUj1PRbEJUhzLqBI4Cg/MCvQA7cw2U6sbKYb&#10;d1RilhrxQUUmToKeRKaOaVaZ1nmu0b1M8bwIvlkQCxGke6uvlctbjOwdubooaiaKGjnWjkgqUKim&#10;zVBOJDGZ5dRegqIPGoKgIWQgXJIGVntDLFuPK2/bOkSm+0NoY1AKMoFcDB1ZJFSBnJHTNzC8Fxb3&#10;jKO3TU8SKMGrTgaehPVkHTckj7JoYZmpZYiPuaOamYE1eNrkWWlqpox6oZZmJNjYgDm3sdute9ZZ&#10;oK3Yu5Kvy5LO0NXksbVtGIldKWhglmSo9EUdMPHTzPAq2AiEagk/TDbbOaLSbnm05cvJa35DOjUw&#10;AilpAxoAoqHdAQf06AtUUErb3sMicvybtZxgQR6QwrksQVBHrWoBP8QJp6hFv7obE1m9dqdgYelj&#10;gk27NDQVFGqs4FLJV1NQWpo2k0M0k0ya9QN7u31IBLX2z/Dsj2NgMRi0DR4yCoyNfomqlpaiojne&#10;ChapmKlfNR2Z9BsG/Jsb+80uWnvLLk7fN3QIbycxxIzso0gEa24EUANR60pUceo18ZpriG3kendn&#10;GQSCQM0z5/L5nHRmsAKn+FxtUs5MqB4w6LHZXQEaUW2lefpYWH49obb1Pj+5txbk643GctW7fyLm&#10;lMbRwS48TVNXNQNRMXq5dUC05LxiFVWKRATpBBGKm6cz7Fzvc8zcmcwWou9gu2ZSraMEq6UD6mYm&#10;h1I0dNLrUdTLta3nKse3b/YP4d3GA2oEiq+WokZ4dwYcMUANevZ7IrgsZUZPRHJ9lTTTyI7MuuOC&#10;NpHVGCNZz+L29lE37/Kg7V2vuaul29ltubj2lNJNUYiSLMxY7KpRtUsqQVNNlIoIHmKsAGSUq1m5&#10;sL++c/MX3SvcMb1eLyrbW99s+s+EfHjjdVJJCuspQawKBiGYGgJNcdZd8se/fIF7tsEm/XE1tfiM&#10;CRfBLKHUZCsocUqa1OnLdBjtLvrZO6Xnpo487jq6ll+3qqeuxFU8cc4jaR0hqqRamKYKi3PIZdQu&#10;ASPZX+0Ns4PqaZestybJpaPKLP4qzcktOUmR9QLvHW0dRLDWQQo1joJQ245494/8z8q7tyZu11y9&#10;zFtT2m7RELJqyRXgKqSpUjIZSQfXoX7TFdcw3Scy7RzHI2zyr2xggxgA0oy0ADfKtfl0M1LVQVtP&#10;FVUzmSGZFkjYo8bFWFxqjlVJY2t+GUEewxG+sJ1zUQnrnJVFVXNHaqy0lFT02mRxzHSiUSzhE+uv&#10;0E39lq7gNnYJtM7B6Zag8/IZ6Fcm1fUyFrllaL0pSvzNPP8AydSPfqj5F9hCooqnH5SSgkoW8sTq&#10;Flleo0kNPNLKHaZ2v+bD2itN5vrG7W/tbkrdo2pGx2nyPSndbHat0tPo5LWMW5FCqimOPGvrTr1r&#10;/X2Ee5N47i3VkqnLZ3J1OQr6r/PVM8hLkAkhbIFUqL2tbgcc+0t5uF1fXE13cya55DVj6kjP8+t2&#10;Vpb2VtHbWkISFRQAcB/q4/n172nPNL/qz/qvx/rX9o9beh6VaD69e9//1tO54ZqWolgnjZJoHZJU&#10;PBRhdWUgfSx9jyWJlZ0cAMtQR6H0Pz6QGjoJI/hP59b/AB7mRNrKIoZmb9Kra5OoCwJBGoluB+fa&#10;YR6u2mD59MMMde9iKvXW6/BHL9tBolg+5VRVwE6GswiKhgwlCm+ng+zhOX9xKmVLcaNIIJb1+XHh&#10;5eXRUdysVkYeIQymmKH5Y+X+Tr3tLz0Fdj5SlbBPTuNS6Z4mjvoYq367g2bjj2gkhkjYLJEyn7CK&#10;/Z6/l0YrIkyBo2BQ+h/w0697l0sFTVzJDSxySym+hIUU/wCPqAtxb21HE8xCRIzn0FWP+XrzSJEt&#10;W0hfnTr3uUZKykkMUrTwzRkhlYsjKf6ab25H09+ZWjYqylW9OH+brQMcgBAUqfsp/mPXvb7i937i&#10;w8nkoMrX0zLazRVksUgsdQsVYEc/7f27FcTwsHhlZW9Rx/b0nnsLS4GmW1jI+ar/AJuvexcxfyA3&#10;tBEtLlZcfuGm08xbgxtDlk8fAKFqlHqfp9AHFrn2dRcy7pEDFcNHNF6SIkv/AB7IPzBqPz6JJ+Vt&#10;vdmkt9cTnP6Z0Z+wUWnyp6dcSi/0/wB5P/Fefalg3x1FuUFdzbHqsHVyW05DadaKWJT9AzYvICpg&#10;tx9FeO/9PybpfbBdqwvttaGb+KE0H26GLL9oBX7a9If3fv8AY6lsb+OVfSUD/jwIr+XDh1wCyj6u&#10;D/hYC/8AsQPfKl6q2lu2bRsvfWLapkv4MZueNtv1srAk+KOoMtXi2e3ALTqGI+g96i2OwvvEFlus&#10;fiAVCyViJHpXvjLfY4+zq7bxe2SV3HbZCvAmMaxX1oCH/YCOuMkxiGqRHKgEkwqZT/reNQZWP/BV&#10;PtH7o6l3ns6RVzeErKaBr+GsEZnoaoKR+9S1tOZaWeJgw9SsVNx/X2gvNp3DbSjXVqyRsO00JVvm&#10;HppP5fb0aWW72N6WFtcLrAytRUfaK1B+R67jqIJr+KWN9NtQVwWQn6B1vqRufoQD7Rop3iNnXT+L&#10;Wt+dP9L/AF9l9Kn59GS0+IefWa/uVGl7C4/p/S/P/Ee/E0IJ6vkde9ulIGgkWWJikg/S6E6lYfRg&#10;fqCCL396IZmqOtq5TIJ697ecZW5DE5Kky1BMYq+jnWqp6g2d1njMbxy2ILOyNEp5v7oEkWaOVSda&#10;kUP2Gv2cemrqKO9hlt5l1I66Wr5j0PXiLgg/Q8H/AGPsW8hvPsh6+ooEyVYhzVNHPOk7qqVa1EPm&#10;klYzuEcSySuQeT/jYcLl3C9hWWGK4cJJ8VPxfInz+zpHtvLtpt0aotmiaaaRSmOAoOFOsZjjOklR&#10;6P0m5Fv6fQi/trj6a341dj4sxhqvCQ5Uh6euy1PJRUZRm9Uolk4ZWY+nQCCCPaNop0oHgdQeFVI/&#10;ydLdu3naN0uXs7LcYXnQlWCujaCMdwBNAPn10s8L6tEscmhij6HRirqbMjWJsyn6g8j3Gy/VefoR&#10;kZ6OGXI4vFMyVeWhgkjoVkDCIok0qokjpIwKgHn/AB+nt6Pb7yW2uL2O2Y20QGpqHTU+RPAft6UX&#10;F1Y29y0Mk4EnkKjIHEjOeu/LHqCF1DtyqFlDsB+Qt7ke0jj5MhhK2GqhLQTQOTqsw1BgS0biwurj&#10;6giwHtiOdrdhLC1HHp5/Knn1dhFKAy0JbhnrnwR/Uf7cf8b9mooqvFdhYNPsVqKfNY6KGa8rCKGS&#10;rjUMsNRLTMslRStKv7asQLkr9Db2WcwRJuEoudvs5Q6x1kIHb8zSmPtwehXsM4jt/Bu7ldYbsGQR&#10;9px/OvXADS17gAn6WC/j82+v0/PsG93bUqMhBUZKOlMNfSqTnaaCONZViNwtd9rB5BSqSpupNwBe&#10;49l+1XmkrbyfCOHT+/WBeFrlVqy/GBx0+tB59c7i9ri/9Li/+29grNRUuNYRI8qsZfIssksb6nYj&#10;0j8qjG309I9nYpxHQFYHVSmOu/bvSVj08sc0MnicSh43UjVDVQMrWjI9VmkS4A5P497qaUDHj6kf&#10;zBBp69b7WFHypFM5wePXBlBBJBPH01NbjkWAvY3/ACBf3tHfBLuSj7z67wNdM0K7lx9M+A3BFGIx&#10;NJlMXBGUrdKsZNGZoZEm1MLNLFN76Gez/uQeaeS7Syv3B3awXw5cjIX4JCK/DIh4kDVIshyeuV/3&#10;ifa1uTubb+/gjCbZfOZYyAV06jVo6gChjckgA9qOnCuatPmHW5DqHDZPICOtl2zRVEeWxbsZTDFQ&#10;V1TIKigEjMYguIy0qR/2RFTVNODywuu/mr8K4O9NlTZ7YUNHjO3cE2OrMZkvJLRrnaDDLUsMHWz0&#10;4Tx1bNUn7Ocm8T2Ukxah7j/3ssNi3ezt72TRHzCpCoSdPiIKkJIaioUklCe7USoNDToafdu9wt35&#10;WvpNjvnkblWQ1JoCYpToUurADtenfqNDTURqFeqoeg/5xmzPj12ti9od35msoemN9Vox5KwU+QqN&#10;jZrI1NNTU25aiJ5Eq2wkjBhXRQiTTFJ5xEzRfuamO2Pjz3DtOgzNJ2ln4sZkNj7uqcdHgVURZDL7&#10;cyMbPBkXp46eKsbIbYzuPSRkq4WkFNUzCN9QCvigtpPJt97JeTqu7R3OEoAXjdaUAoKNGygkUqwk&#10;P8OOikG5WAuYEtwW2uSEk0zoYEEEEcQ1aAkmtMdbSOLzOOzFJjclhK2lzGGy1IMhQZjGVdNW46ro&#10;p4o56WrpqyGWRKunq45LxSRMYyo4Nrez8dSdVZfdNRs/BYiooYaeuNZSQ5ybHyV2AaenSZoYql0r&#10;MbWx/fTTsYKbypT1iMqSaT+0zcVs58Is1Ca1NaemMEGreVPz6tebxaWkV3dzFzFFHqABo1B5laGq&#10;itWOKDz6ZN87wo9l7cyu4ayGeqhxVMtVNTUZjatMBnjikmWF45iaaFWZ5pNJEMaM54UkWEU3TOI2&#10;L0mM3tXbNTgKetxFTFubDZSnanyn8RoslV0cO56mjlhZYGmmLPUQrYxU8kckRYQhZBbZQWEe1zqY&#10;jFK4I0tUnUOJ+GnHPdj0ZjSscXPNxv8AmcbcWSSKPTodKaCrBWpnJPHJ/L06IntT5CndvyOn62zu&#10;exWWGPz9DV7D3BgJaV8HU0GYwUWZyG1JKmjl9c0MUGilrJdXmqIJYJo0WaMx9/FLuGfamzZcLunE&#10;LLPVjJZTbslAkM2QpZqgyZKOmEctJMaioRKpImiRJCQCI1a2j2l2PcvpopYDHlgSpGSrcQaNVTQE&#10;KyULYxmvR3zLtV5cXdnebfMPCQgSRlnUMPmyMCpoTmoz8R4dBr/ML+GNT8icltHeO3N41O3pMNU4&#10;/Cdg4aurMvHtrc+zampliraPILhcxhKvH1a0pmaCr+5p0V2AlkQGNkKt3X8sdy/IiR9nUu9ZtpVB&#10;3fiMfuXCQU2T2vTYrbGOZcnLg5G3lTYeaHdG4pIY1jra+lpKaKQJEqCMyOC+73W5v5I4pptMmoBg&#10;AEUAEdlXIBZ+IZjpDUHA06U7Tydtdvcvvz2SmdBVSRUrqBAOvubTSvdmv5dDl8SPhB0n8M9ny4zq&#10;vapq5Stfmancu5RQbg3tk8pkZC7mOvxkEyYzAUEIaOCjoTOxjdizSzDUYmHwklTl5tnVMFbltsyU&#10;uPxKvU5DE7XyWTqpsDlKzGVlXksbU5nAJj6WfCSwy1dLOzMxKkRyhrbit4frDaJGzwmgAdkjbuRi&#10;uorrjUKRlqjIpToxu3pF9UZhHOpDdoaQUJHAUDEtX0AWuqlBXo01duGrj2z/ABonHY3K0UE1bUR0&#10;1Fmt2Q0NLSVdB/Eaalo/sdt5moyVTR1qGCFqZHEjKQkiAApL427y318dO6mxe1ocFm8fvSeTAfx6&#10;gyW4KKKhqcpR1WeypyVNWmag3jLjJIiKarkijljlLKs5iIHv21zzbPuRay8NrjSwBBIVcFu7VQMy&#10;mgDMKPTDEUA9ue22HNW1/T7hERHqDUIKudI8jj4q0xk0oa06CL5SfHHrD5VdVttHt7b9TV7fw+Vg&#10;3XTUksVEmViqcDUzyRx02QjFVWY2mz1HAYajxSq8tLO0brG5IA9/IDMZDK4va+ZmrZqUV0+ZWtcB&#10;bV9etLNP9xIRIGua2NPSTbSnqBNvaLcLiXxY0ZiWZSxJyTkkmp+Z/wAA4ADrdht8dqzwIB4S0HpQ&#10;E4GkYAyaGn2dKXpHb2M2edwbYxUFLBj8MuEpMVj6eIRph8JHE1JisbTLGRGKamo49SsBpJJ0m1/Z&#10;nukdxUeLwUTZeClin/hEufqawqIpkx00yzIs7qAsi2qNQ1EqykBfwPZzbz3CanUERrkEEgEeRoME&#10;0wDxp506i7nHapbmS3lSU6mdU0/0iD+YOKnzAB6LJ8ndlZLdmVp48NX1U9JWZuj2tFinVaqmkrpK&#10;GrSaSnWR5Pt4YI6VPJ41AaVbMCSblzy3X24d15OF9j0EUOSy1buvKJlqwNHBhMRuWo+zbIS01FHP&#10;PkMs2LSVoII0DzySWZ47l/bN7cvuFEoPEYMRQAHuAB4AZp+f59DLY7WPabYrJIGiUoGAzqYcVUnF&#10;NVKseA49GWyPYu29hbYnq98ZGCnpNvUW2sVPDFLBGKvK4Wlpp8gIaqsaigpsbT1sw880zRxIkZJb&#10;8E3HRnwpmo9ytubsEUK7fpBRS4DDq0rZzJ1MCxpNX52Yo0UFLViIuKVbAF+QpU61Fty3FFLBeX8P&#10;+LjMaLl2I85fMLxxxNR8+jiXmuK/t4YIpWaap19/6cbajQUqBwODp0nyJx1r0fzLf5/W1uvtmZvq&#10;H4ktV7s7drEyWJ3X2fSU1JLsjZMDrMKuk2fVfdE7o3BQBxDHWrEKJGQSqZS4C2k4ujgpYo4o4VWK&#10;OKOCNF0BIok9KKFH0CgcWt7KOar+73Dwzb3CRyIxKjSRXNNIJ9CPyHy69tSR29zM10utnJqQTxx8&#10;IGCMmppg19OtE/tDeOX3nl5srX19RPkK3J5PMVc9XJUVNRWZGud5a2qnqpGd6mpmZ2Ys5YqxvcHn&#10;2B/fVIlVi4po7+miqlfSoOnQ4ZbWFj6Qfcke3Kbj/Vi+hv1oEnJT5KVGOHkQePrTy6hb3Mms4+a9&#10;nNq1AYSrCv4w5J/MgjHywOtiz/hPbnchin7QwmRACybw2pksf5HKakydBX48jWxWQqKmjDfUg8j6&#10;D3Wpuiqr8bK9XjZ5qaUkAWLAsNI9DD8ergj+vs5aSSN9Ubd32069ZeHICJFDA5/1U63W9p0GMzON&#10;GNzNJTVUZX9MiLIEYrpcq3DkAfkn/H2CPduVqcnQbbWuKtOuPlmkNlsTIfS9yNXIP1PtNvdzJOlm&#10;spHiKPKmK+v+z0c2cfht2Hz+3oVemtuYzATbuXFIY6OTOpBGLyaUaCnUsqamYBFckcH6j2SHcMJI&#10;l5H1axuPoFP+w9g64BDMSehAtQuofF/h6HtTcAn/AH3PsEcyxGoMLj6D8cA+0gwAdWOjUGpHp137&#10;DGuILMeP1WBNvp/sffjWmWAHTS08Q9e9s9BWPRZXG1yk3pK+jql06dV4ahJFYcfhlB/2HtJMcMa9&#10;oyfsGSP5dOxsNcZKnDA0znIx+Z64ta3JIubXAB+vH0IItz73c9l1y5nbO2cqrPpyW38PXRkH0lKr&#10;H01QNLL6SQJB9PebG23Ms+22t1Ekb+JAjA4PxKDn9vWNHMZt7DcL2zLjUs8g4+jn516+dJ3Xt7J7&#10;Z7f7jwq0OP8ADt/s7fuHA8URlWSj3NmaOlh0uxlaPTRsXDLcWPHB9iCEheBo2R3upHrcWuwKkBXJ&#10;BuDzb2D44dzh3aO7jnhjMcinAzlq8RkcCPz6IZp4REEdQyEHjnBwfy6J3TUu48fu6hzdNWYvFV1F&#10;koJ4DDE5ZX1ylXiFHTl2aJoiB/qXPFj7Djb0dRNueu2lU0krRxyGrppZYlnZcJWrFHGYAbqzQ1Za&#10;FUbgKD/YUn3MJ3J7dltrSYFguvUTSiFOIPH+01BdVGotFFAaQl7jb/f2W1CW1vAgbDBW0nxA/wAP&#10;blQUoTSmkggUz1sZ9fbS6/zPWG2vkNTSYibJSYqLH5eI1EGMo33/AIqokhyElUhoqYRCooqZayQw&#10;hkR5lsAZEZjKYnaWAxtPGMdiMfRBR4zHHRwUsT8jya44okiZpHa7nSSWY/UnkPX+/wB0WKXN3JJk&#10;0AYsw45zU0ABz6DrHUb1zBuc0jXm6XEiVxrldiPsLMeHlnhToovcvdFbXSrHkspVZSeSYVCzwVVR&#10;XzxQSvLHTGLzGWupo4PGIoWddIEbepAt1mRU2Npj4qejSgdBIVp444oY1YXV5YkhAhQszFiyeolg&#10;Tzb2Et73C8e0MjVKEcSTrYEcONWx61p6CtOhRYNuF1KgmvZJPmzFqU4ZNafLom/ZmYytfTHJ1M65&#10;pJIMUXyrSyVU9SldTtImNrvvloZJxTRr42WTUqBSACqqfaa3JR08m3c4sESeQ42qa8dy5kFO3jsV&#10;51t6VH5K2X6WHuPNs37cLbmzlaS6Mhs/3hbgigVQplRDqBUEqoOo1OkULep6nf22UWvM+yzGYUSe&#10;PJagoSSCCTSuqueJNfU9Fep9452j7I64G4qvL/w0b92q8qV8Igp8bSVOciimmET0+mBIKermm0Rz&#10;CNqk+Zl8l291D98fHTYWfyX+kbCxU2J3QWooa/GUcFJDS528jF6paelpvuHy6vVAzOSyOkRLBXu5&#10;6l+2vP8AuuypJsU8HibfIGIlI74STrILn/Q2NSq1qGI09op11z5V5krbW4mLVZqajSpz5/Knn6Z6&#10;25/5dnzP7j2xXw9Ddj4av3Z18lNmslgOwKuryNRk9ixCCWshxGar8rWGlO0JHpJIKCL0z0ssqxRa&#10;4DFHCx7V6+bHQU7VMMMTqkY0Aam0qGtYFf239XN/Yi3fmQXUsoiditTn7f8AD1JCbkHUBTx+w9Hd&#10;7H74ospU1sGMrJJodUiCcvHFTguyWd7SHyxKUNiLfXm9/a6nx0dHGzxgKwjIUzOirFYWVwLC5H1t&#10;+fYdjumuGIYnj5CvSyCeoIoa+f8Aq+fQO47cs+ZqFhm8nhaZXmjoqeeaWpV2iZ4iD5PFHISg1ixs&#10;hN/1XB/cGULyzRxNJIouJ5FCNYhgusjWrBHY2VRYlvp7Gu3WehELgBm4An5f5PPoyicBg/Rttk7f&#10;FNS0ctQkMDFL09PIrxEh0YrCrKVjZ405dyj2Qk/j2jY6gVFRD5iIUEqxQws6q4D8SySmMsrS2BP5&#10;ABsCRyx2YzHE+nuehqf83y+fRxbRhpFkP7OhSFHPS01Q0VqifwrNPVRKPEdF/BHBFM7EQqQA5JZm&#10;0hmA4AOJ1SVyeGqsfEvleiSORbMHB1NLHJo1EKQqsmpvqSeefcH84EWd9DcSPQSEg14+or+w0+XR&#10;fzHHTwZVxUlQPyr/ADp1SN876k9e742hvKuqf4fjNz19Zhpp5PDGxqYaSCuoYJXjBnVnaCqZVI8a&#10;oo49XtG9x4GrqtuU2LCxxSV26MNT0rmJY1VWeb706gHuy401B1AEjgX9nfJV7BHurXZ7kitJW4/K&#10;g/41pH5noGm4erxAkElR9tSa/wCrj0NHw133t6Xf1VunG1stb/DOst1VuWievatqhT0jYs00gglk&#10;XxxT5cUyKSSW1sNPA9inurN/3e2HV1VI7LNVQLiqV78pJUxeAP8A8gQqWB/wv7Ce1bcNz5hhinHY&#10;j+Iw4VCnVTHq2PnWny6HVvC30LaBRW+X+o9E46l6wj7a+V2KxW4qSKuxm3K5+wszDMgYVK4SaOpg&#10;ppgUAPkzNRCsim2pVdfyQSAZOiRsXWSTfuuUqEUBpGXRJO7OiREsrEq3A0n3khbTEXUIQUXSK48w&#10;B0DN5C/RXMU2VMbCnDiD+fWxpi61v4vTRUwmji1QGTyLF5NccGnySOQFULIgIHA+gN+bj31XsSF8&#10;RtbIeMLOdt4NpQW1QLMMdA0szSLrUqZ2ZgqElieQL+415p5gaO63O0Pwi4cDhWgYgAefCmTjrGC6&#10;SlwxrQEk/mTnojXf/esuGl3hgGOpI9y7hpYdKxx10sMGWqaZaampZFgAYw04DSyFfQbgvfkeTgsT&#10;RyCpMIqKpreZpbMkjBSLJASQtx+CL+wENxvJlWLXpiHCnEfmOrGk0Kqy1VeH+of5eiKxdm793BDJ&#10;i4a7+FYiM6aNKH7j7ikjY8fc1cKxVF/oCfQhb6g+4eUz1FSUTgRxwBImKCJYwqqACvpFrj0j27Z7&#10;bPNMCWLEsONTxPr/AKqdKtg21pb1ZGU6NYxnyPSg2l1ruDK5tJJql8mJ6qN55aqoqRP5JXVZGMxa&#10;SUm5NlVPx9QefZV+w9wbtrNTYOSKaIq4kRimmzemwjaGWMgqSCNJ/wBb3L3LW2bNBT66MrJQUIxn&#10;7ag/Z1MkP0QRVlQCny6tB6f2DsHAU8UWax7U9dCY2hlZmuG03MkU0JcOwb6EtrX/AA9kc7g2TVZm&#10;klyVfQ4ykyPgnFS+PoKeOplZkPhaSeGJOUchtWkfS4HuSoNv2vdLOSwiVmdh2u2XBIIUBjVsE1Oc&#10;Cpx0Gd5hilleWCgRaig8/n+zH29HG2zVY5IPtqCprqmkBHgapqKipI+pKrNPLJKwFvpfj+g9rjrW&#10;op999KLsTLVLT5rZgbFOrsrMlPDUzPgK6HWWJSGCQUrso9SxHkhgPZBtdvfcpb1a3DqCuVJySQAA&#10;ymuWOijVPxNUjj0YWFb2wW3bKqtD8vMV/wBVeg6yWOqNqdivnYIIvsNyGJnlUFR5Y46WDJwSfTxE&#10;+JamNydJkck8qxJQMvt54fuqWRkSVZHmBX1BGTyNoZkRFGlW5BNrrc8i/sW80crpfbTfFnCo7PJr&#10;BdSa1xUAUAB/iABzxAPQO3GAJLLFUcOh2VtSq3+qUN/txf3Z7/K1n3DX5fsNkr6aDb+1aTHU1dTQ&#10;bfwZq8vkNzRIMY1TuQUqZ9aXCw7UqdNKZpaQvUmRVSQM8nOnnTkuLaefLjfLO5giintz40McCKZn&#10;bSFmacVcugiAaPUFrIWpWpbAv74EW2wbRsEU0TtuVxM+hjLKFRIe5wIQxhq/jA69IkooBI06eiKf&#10;M+TER0u0sfPQ1NZmM5UVklFVS5fIJRYyg2943yLR4cy/wv7msO5YUaoRYp2ijKu8iIqC17dEsc07&#10;0Y1tNVRgkRC6q0vluwZPUjsgIBHIJBFjb2ZbWgWPxziND+3gaft6503iBYmkAoA3+Dgf59JTpRKq&#10;LFwV80aRQUpOlf0yftlGiUKyozKpAIuBf6fT2CVRSSxUdxQVroDLFMuRmxtRUFYWkpo6oLi5TFTv&#10;U+COUxrDArRVKWRSssaCvbZ2kdIZiUdSF1UA1UB7sHSQw4UJIpRtJoOgpufgm4jjlmjIbh4ayhak&#10;qSg8QVIGrTV3dlaM6WIZXY6OLq1nCMs8bOihgY0qFjjWUApGTVRBi6rx6iT/AK/tu3U0WK29j9xt&#10;j0razbtFlGSi8lXSy08VSkRkhoqelaWmrpZfAuiF4HclQsZubFPcER3V7dpE8kijs0k6mqQGHn3N&#10;pUJQE1NAO41R7QrXl9d7YJ1WK6kUFioZWKk6dZYa40AJDOHRdPxHSoo8U5lerlTUAs2n1LH5AzLy&#10;pYqNSfX+yR7Zto7i2pltr0VdgcrTbowOPq6DblVPgJKOv/g2VpqejpGpsnHhYvAKmjjmhaqICimV&#10;wzKqamjT7fuu3T2sL7FfwTWyUQmN1lqSUXRSMlYmUuGdCBoXU2kDjvfNn3uz3SeDcrV7TcZEaceM&#10;GTxIizUMYlq51UOgsWLlSa9y6pDnxyGNdUcoF2Ep9Ey8+ldV2S/9Pr7c6jKZClndKWCMRopjRpXg&#10;m8sK3YSRGPygqs0vjYHTpubC2liKoba1uUAm1Bi1eBFCc/4AftofQ9Er2CTQxvMXU6qkDDKxoaNT&#10;zNK9pK4p506koikAkWN/wSp+n+BHvJQZ2J4fsqurSOvaQVTI08MZjgndIUYa5EZFjdX1Apaynm4t&#10;7pPaKs2u1FbcLTSMmoBNcZ7sUNcn8+i2Tbn1m4t0c29aDtPFVLMPtOB+z16zSKwF1vb+n6uB9frf&#10;8e09kd0UElWkOOamqhiZWpK2CjkpUendjDohmSH92mjeOC6RkWtyVIPtTt0EEwnijuEaWorRtWk5&#10;NGFcHPA56EVrsd00Si5Ro3nAkRnBUMATXTUAHJpiueuMcRAdmNg4UgHjhdVz9Pxf3no5qiQRmpil&#10;Wmdg6eZSumWBWZVUuAFYqjHn62J/HtbOkaVWKRfFApgg1r8ulkkMdtBWFw1yvxHiKH5DrDIRf0EE&#10;2/BB4P1Nuf6e1lSZOmjrBDUCRftkjxwNOkkeoypTywTeQIiG/lXS6vyUP9D7D1xZvJCxjCnUS+aG&#10;lKgrTND5045HQeuDKIGwQrnV3ei+WkYPqMV4+p6iNRl1vG63udXOr6/g349vU25YSrLUw1dIixlg&#10;zyCZZGp30zlGhhp1KpIlmkIsQB/S5QJtjKBKsqtQ5pUUrwrqJ/Ifb69F0Nv4kiOj1kDAH4hQEE5q&#10;cV/CPtp1wNAYyHDgkXvyfp+OPoPz7yyfuS0k1NUQUL04Z4XYqdJMCmVGOpDIZXkOjQD6fflqsc8c&#10;iF1Y8KfPH7OPXhExinidDIleFM8cVp1jV7B1Nyt+VH1vf+osRY29qGhp6epqYVaWfyTPESlQweN2&#10;SzCaXWZIxKsn6XAupHFvZZcPJFE5ES0zwFCP2U9PPj0TXMTxLVYl0A1wAGH7BX8+uElUVUk/i/IU&#10;CwA4Fx+f8Tz7VeM+1kyFVDGImlgp6hWkJR2juyQyFUcBTI0RfQBdtQubceye88b6eOQ6ghbHEfMf&#10;lWla46SyWMkkMTkEI3DiK+n2j7ajpqrK5oaYSOHMbXsoX9TW/buQA2nVa59q+PF4k0klTj6uZ6Zs&#10;hHPorKdZSwQaUBeFlqGEk6XZV1KI7auCbkkl5feMI54lD6KVQnH2Dhw8/t680UomCzQqCFAJU1GP&#10;TiCafLj0jJM5kBOI6qCIkRkn7WeMgEfm73RVWMjUGF2JOn6e4cGLOOrGlkFRJERI08VFKYbzNHKk&#10;dRLUzyLGiyyi/jFtIAFr6bOyXTXEAiVlEgKgFgTjzFFyceZr1udDcx6BpEgxViPn5AAkZOf83U+D&#10;LpUQIscqeS+hDKfCTY30R091nkXn9XIJ/wBb294rZ0u5qc1eYoWEjxzT0M8lQzaYYBaMz0yKJSFQ&#10;BtTMFLEcWJHtBdb4u1SrDZXAoDRwBSpPoT/k6Ib2YWsht7eYkA0JCkV/M/ZwB+fr16r3ZT4uUx00&#10;8b6JUhliKsWkldiF/eYmPUbWCoTe/wBePcHA7ASGaurMbGlfQSfcSvFIkkLLVOwp55Q0op4pqWKD&#10;91Y1srSABTbj2o3HmRpY7aG5YpcgqAcN28VFBUglqKW8lqT69I9wmaZYVlJEgwDSuP8Ajyt6HhSh&#10;6eandNLF4aetkammLxjQNEjFZSDGI1Gtldpjoa97C549s1Zt+r261Hd4ajISGor4Kxy8mPpWiXXR&#10;IKWItNLOYoTcWZQ7jklSQut9xh3PxmClLXtVkFNbGvcQeAoTxwaCp6LXVrsuyACAaVNPiOcmv2cS&#10;c/PpSUGYhrkd/wB1FiYxyxmNQ7yABSoALm0ZIN9VyPrb2Wmux0ecra5crksUKqaZ0Z2hnp4aR5Kh&#10;/uWko6SKYS1DWFvCIgDa6Ny3uUre5awt4Ta28/gBRwYMWAUAUckU4n4q/bjoS0/d6I1rBOE00wQx&#10;YcKBqDT/ALYH7elOkmlVADEEDT6b6rAci3J49pPcWwaw5LHNja2mlpIIvItZrqJFk0aPGscDtJGK&#10;dWULptyG9Vz7PNr5jt/pLpbuFxMzfCaAgH+kOJpkmp/IY6UWO7R+FdLOrAsaFcCnke8UqfUk0Br1&#10;kWZSL/nnji9wSLWvcHj3kpepclPMMnFBDWU1ZTyVckmtEV5ZHZFWKIuhWqilBvCDrZgB9Ofepucr&#10;aKNrRpGSZCFFRwHGpPoRgNw4mvW5eaY4oDbNIyzA0Xhgeeo8KHh8/wBnXQqI+QSFI/BZf+JI9iJt&#10;XqnctI+v7amrqGnkinqIJ1mhZ6fy6QsU1QU8aTh1LFmLJ/UD2GN45x2uVWVZmjuGBCkUYA04mnEj&#10;+Zyei265ls511MCjkYIUED/Dn7fPjjqNPVxC6h7ObqtiC2orqUheb2Bv/re1jT7Wno2rJaGBKSF6&#10;1YKvH08i0lND5XZo0SWsllNTTq3KuSSCQQfz7IZt2jnW3ju5A8uiquw1E0GSQtNJ+X8ui243hJzC&#10;s+khVw5XWT6khQAPs8usKuCEDM0rADUx9JJHJOlbCw9pRdq5+hy0pqMjjT5KhnK0Yp6yaSR+YhHZ&#10;GV4gGAJRWMQVrj6+ztt422eyTw7eYUT8VUAA4k5qK8cmh6MTf7dd2QeOCVSB51RVA4niCD5qDg+n&#10;WbzRlB9Bbk3vx9f8f8fa4xO089mJUqsPIoyVJUTU9RSQ0UkiJKpmT96YJKjQRrddGlUubr9b+w9e&#10;7zt9lGbe+U/TOoZW1gGnyFR3Hj5nyPRFdXVtAjQyg+EVBB1gfaaAhq0rXz9aivUeWrgpyBUusSsR&#10;ZmbQbMQFtqIvckD/AGPtvxG0d1Y/KPkZBjVq8fUJkXx+PkqPv62mdjTOlDLSxxaGpDGNRjlCqGNg&#10;CQfb99vO0XFkbcNN9PJGUDuFCoaahrBqamppjOM9JrjcNumhREaRoiuhWfgnmSwODUEU86Z6kSTQ&#10;vHpGoLNaMO4KgH6gE8cm/H9fbZ2vtY7upoa7CbNn220DSx5Ogr4cbT0RpqdWyE0tPWNFBlHqpXkY&#10;hXjkMjSaLmzKFnJm7psskltf74tyDTw3QuX1Hsoy1aPSBSpBACjUfI9LeWd4fbbiWK+3IPCfgZCf&#10;ErhVUitNNMswGkAV49caImJFjepWqIW/lVhqP05MaAxAf4hvZfd01WRptsYvb8FFVyUaZBpK/FVF&#10;DIuqupIo/uSaBooaunEZNgAIypaxt9BI+0RW0u63e5yTKJTHRZAwPYxqoDDUpB/23UibTZ2jbne3&#10;8sqLLporiQEaW+EaySuk+XEfZ1OFixNwfpY3/wB6/r7EDp/sHN4evqsBS1TU9BWUuPWKfOSvTYuk&#10;H3LTU9H9hPUBap11c6UlkhMimMfq9hbnXYrDcFF61oTPCzEmNKsxbBKuEquBUksqEijE+Qa5v5fg&#10;ltUvQNU4dwUjOosBp1M2kEL/AEQdINTwoAY1VS00xjlli8kkDOYXVC8sTMNLmNwC8bMBYkEXHB49&#10;mGPZ+3KbLVmMyFY+NfH1TwVTiheup5Y5GE8lSZFlqI6n1TcSxmMqP22Gtbe45HKm5y2cd1bW/jJI&#10;lVGrQa5opBVQooODagT3A0NOoyflrcTbwXscCuko1L5EAnFQR28CAG7iKHrEkLGPWt3ZuUUMF0Ef&#10;UEm4Jv8Ag+3vZWJpJ4cvWUmUhyFLW0KmaVKIU9VV4ynyVTW09OtXMI50SllrpyiSW0Gcn6sble+u&#10;tvd2znalh3DUqlqqcgGlafEASxA4VLFcsaot5vZpFjtWiaMxvWhJKhyqqxHl3BFDADOkBq0HWOok&#10;YNFqQiTUukFrhJGUICSpCkcD/D3B3jlMLJFLT4qSOKCCknkmTJTwTa44qemaGWlWnqUkasSU6WQp&#10;yt7BufZjslpfK6yXkZLlxTwwQASTUNqWmgjIYeY8sdB2OymMyzFGYs6jtAHnwOOB9cUpx6nQCW15&#10;Qt+NJX/EG/tFUm8MFi9q1dLJX5AzZGsSUW8UsbrSGbX9xE6+aMRlkKMhUPchgfp7O5dm3G83eCT6&#10;aIQxIRXINW4Upg1861zwp53l2C+vdyRktF8RFpgGgU8Mj4jxrWtB1m/tfmwX/YXJ9gnT72we/mq/&#10;7s5/F5ZMaJ4MlVUWYxU1HjjQR/eVX8Sr1qxDi544lLOZGRlUXYkA2EFnebNa2d1erudtLawtSRo5&#10;Q4Qkfi0E0oMlfTy6kN+Wd15VFsd62e4t5ZSjRh4ZQ8gchE8KPRqkBYgDSCCSABU55e821Ny0NYBD&#10;TZPH5T+IE1ROMqMfXU32vip5KZonpayQyJUJWxSrIjeN45FPIZT7euJts3MQ3O3XkMsSoCrq4atQ&#10;rHI8iGQgGpypxUEsb5s11bDxZbCeAxdv6quhLamDAq0YpQoylWyrIw4qae9ixhslQ7YjrctkPFTH&#10;EUdVkRLK9HQiBYIo76Z62WlxtK8vl0xvPLBFpUGWU2LEH7/KwsLmR5R9HpYuSVVdK5IZmKigAOSw&#10;VfMqMgDXtldbzLZ2VlVluJkjwHkJ1HjRQ0jBStSqK51GirwA97qU2f8AFXt3dHyuzvcea7W25LRY&#10;7sbfe4qDCTrn8vV7lqEmq8TuCnzc/wDBdv4RKGjzG4YyIvtK77dKl6aJZkijlOLewe0HMSc+yc1X&#10;HMVqLFL24lSFDJI0yqzrIkh0QxKqyui1IcBGeNQ0cYp0G5m9/Pb7aPYXbfbzbuQb0Xk+0WVvJODB&#10;ElsGVJYDCnizzmR47d+7xIfEMazyPG8jqPe7Ltwdw43F9T1463mhyGepN0bKxk8mbnwNRlWXNb0w&#10;e0TjM1RQ5nHV2Lzm6Ia1ZIag/vN91HI8ZaVXWU7jdbq5/d11sd9FI0U9tE6SsNZMlzGhV6yKFaVZ&#10;OMoGkuo0lzRMNNi9vnu+cTFzraSw2c1pdSxGFZkhAgsri5aSImKRJorZloYkGlBFMivpQg4iJPKh&#10;D2j0kMmkct+G1abj/b+0RWdm7qbbGZy++cRgMFR0+LipqPE0mcnyWdyGfZ8rWxYafIGix8FJHUwx&#10;UZEQjqKgGWZp/EiKnuSrK7v7COXdr60t4FEa+HD4rO7S1YaXZoo1GpNGkCMEajqC6dROYuQ9hXf7&#10;DbOVb+4ublrlmeVoVW3jgURoZlCvJr0kyhpAyRNoj8IuXZxl9kY2rs/ZnzO3tubsamz2UGz9l4zH&#10;0/Xe24GwtBnqqrkjp62euzME+MzcEONqaw1S000ymo/c03hVXR4SjktPe7mC/wCanvpZNmsFRbOA&#10;PDDKSF1l5FKShRJJ8BJLaG0gKRJqym37mDmX7tPLGycn3O0wHmPc5pDuNwRNJbqoLIEgZZISZEXw&#10;fESM6KKXGsspX3saK3tjOdU9HYKSiocbtqq2PQbRxe5sPU1lFmchs2hnNFQsq0xqKEZXKg1C0ped&#10;qenatM0j/sKSJb3nd7flL2/stzS2gtmtLa1imiaVZmt43CR6e0xLLcKWCVZkTXRi2kSExpacg7Xz&#10;57p7klxdTXsG6S3M1tMI2ijvJFMkmWo4ih7DJpUSuIBGlPFoOvezN9Odo12/tsf3mxtFBNj6/HQV&#10;W3wlNXL5aelrKrC1825XyQj+3zGCrqVaGtgB8r/b/cIr+cQwa2PfLXmeK3u4Hrt89WjcK4OnURJE&#10;zOaJJHKWjKGpPhu6mhCxwf7jciWvKW/DZL+6K3UUzJPVkqCyLMgtvDqDHPGxmgc0VfFEDMphMknv&#10;awFfQuppaGXKBaPKVtNW09ZU5Jaulmnlqa2WJlzuiZsfI8+ukC/5OtLJCIL0/iIGm2RqUuHj0t3t&#10;/SIatTXJIJDAgYAUjSAtOg09pe+J491HbmSW3Qxsqx6GVQsa/wBiSusBQslayeIknifqB6+9uhq4&#10;npVpK2nlq6JqaaGanZERqlGpFWXQI3hVGc3GpAug3tb3qW1BDOjKJOFSRgVyK+VfMefnwHRekMyX&#10;P1NpOsU4cFWrhCGqtahjjBzWtBWvXvYf71TByU2bwkmQnpqHK0sWNrIcfk6LF1UVbHRS109XSVNJ&#10;RUeSi3CuKMMxeWsq709NCyCFUe7cWyw7tFd2s87RrdgLRGCMGoSCrir1ZVC6RhUQaVAJ1jPll9zS&#10;Ta9xis0kurd2kQyRvKrIX0KrKztH9N4mtaLDF+rJMGaRmUr72nuzsJj+zdhbowOUr6zGQZ/bFbi6&#10;6toKqhjyNKmailo0qaETmUvWUTI0kd1C3sUYEFkWbhsK7nY7pyu8skcN6kkJeOoZdSkF0YggMAcF&#10;xhgARQBSc8lbrc8j817Bu232STPZ30cipIHZJPBbXRyqrSNgyqwNSaENUFU697L7srrXqHpeimyO&#10;FkyH96DBRDKbo3BWwT5CupMXQPRotTIphpIYaOijA8RgEJjhVpNckYLqeT/bXaeTFubixgdy8IWa&#10;5mmLTOkaqqCRzoj0RxIopGqr2BgNQ1LLfMvOvuH7k3S2e6pCNl1v4dpbowiR5ZAx0qalmZy51+Jq&#10;DOVjKK2Pe09232RJubYO4ds4rfadfpS4oZHcG7YqXNVFbX4+GOgyeQxm3culJQYaBkophTGMeWeo&#10;qZlp4gtmkkIefJ9dpvFu3MH7otlg1tOsTSAIpRmME4pGxaMlAyuXdn8NBG+libcgclR7JzbtO933&#10;K3731z+Fb2rNCqJIS8aSXEJd5mrIokDHQkUSmWQsKLH73T1sLoqo3tu3P7y2RtmXeeEeWqpKWbec&#10;2mGorMslRDDLWVkT0OMNVi1kepllijRY5ooz9XUviryl7XXHO+77rv3J+x/vHaNTU+tI0s8utQWk&#10;VYYy8Sq8reEgCzLFp75lMnRbmz3Th5W5e2rlvmjfV23dKIzLZLVhHFpZgqnXJplIWJUZ2qplHBSB&#10;73cP0v8AH5sNszFNvuHCbv3rRZHceSp9w18MuYqaetr6XWMbtnL5OGGvpcWJZw5ZIpY6dYmhQDSo&#10;TLjlLlVuWbCw/rElrf8AM8U7SvPIgnMfinuWKWaMTRDsFBUABtIVlCEc5/cr3cG58x3y8ry3W38t&#10;Sw20T26MIlZEf+1uYYiUeXSCtGdWkLiRqjVq97BPH9W9JfE/b9f2Tu1ok3bPBO+S3ZlWnzmbkrck&#10;qCrx2GIx/mZahy6CGGE1VRCWeVmAZkZ2Hk/2x9nds3DnLcpVjuqhri9uHNxcPI1dcduoQSNrbVTw&#10;o/EkWpkLZJk+9579zvvAbxa8mcuo/wDV5WQR2keiCAJH8Ek/6gWoChg8jiNXCqgrQSe9lwye+4u3&#10;cZT7noMvnNv7JzQytCKdqdsFmMlFS1MkMc715kqDRY+Pyks9M5dwChYEWAws+a9v91tl2zfrPfL7&#10;buSLsT27RV+mnnaGSgkeWrrFbgSd5UBpRVWK6aCZLHlNvby9m2O6sba75ntvCctq8aGIstWXw+3x&#10;JCFGHBVMEK1an3uNj6yn2zuGuzOPMqzyRUqx0yxxVUscdBTGGmpaaplLzQ65KqZ5bu5Zpjcm5Ymd&#10;nBtXLnM+6b3t0UgSRYaQUEh/RjMAjSRizrqLSySEF6vIXdmrq6evLa53zZ7PbbkAxqznVlBWRtTs&#10;VAAOnQioAABQaQp7eve1vuDdkuQxVFNj1lepmhkirLVEdQtO1vIVhIbSiQpYauVsPY337m6efYoJ&#10;rBR9RMCJNGdBI1MtRXK6svTT58OgntHLyWl9PFdgCBCGTtKlhwBNRkk+XXvaj6nod7PuCmejp562&#10;ikw38Vikgp6qqniyUWRFAIBXaDSrJPRyy/tK4OlGY3DH2Scq3O7xX8a71JDJsdxtvjK7qzkS+LoA&#10;EpooYpr7Q2oCjEDVQFXuBccsptE0dzKsV2tyImBdVVojHrLaeJAcLR6EVIC1pXr3uxPrPemV3Fta&#10;bGbh1MNu5N5seK9adZqeaOJo6j1NG07pHrNmsSpIRTY8J+YdptrXc47/AG+Bo5biIhxmhyKHjTuF&#10;OHEFicjrDnnblqy2ffFv9nw17AFkKE0YFqrTOmpIFQKVHcQK597QXaOVq6B56rHKKqjkmjkjjmgQ&#10;JEKymDVGhCjFk8iSXvyrMPxY+xZylZQzrHHctpmVSCQxzpY0rQ+YIp6/PoVcjbfb3SxQXbBLlQQS&#10;GOdDdlfKtCOBNaevXvZZcDka6oNdFRsHfHRyVwp4zcPCP3mjI8hVjKnpWwtqH9fYsuLsNb7ijIGm&#10;jNVCkHUvFa+hYqwYeXlTqbt0sreEWjXFFE3ZqOKHhWppT5+fl1xYXBH9f8Af974uPr7vY+MW7sX3&#10;B1XtvdsdXUU2cwevB5CIQxT/AGVTjVjeOq8szOskhXiJRKgju5CH1H3zC90+To7PmieTb5JEtpEL&#10;wMVDAAsdXcalmjbUq0NVFTQkmrL75e7LHdbPcJHIjA6jUqxqMCiAGhB1Goq3DUoNeqMfmL1u2x+3&#10;8ljaHbxfaW/oBu2m8NVVRyZDJ1FTPBn8MaTHrGftY69o5WBilEkcirrUuPZhq7GJjmj1UNFLTR00&#10;8lZU09ZLHVSpBHVvS0dBDQQTO1XIZWneW6Eyk2QN+mPW2W4RG/xJXiOrUQXQ0Ak0hYwO5u9mLilW&#10;NEqStCVOYDcSMDcuJNYKKUBRWJAYvrqdIChQPh0BdVBToMtp7Y+/xc2Q+8rqGo+7pKXHUdXiHnp6&#10;Y6ce1dXzy1kkJ+0EgihRY15iBJk0Ibo/NbYxufx1fTw66aoShWmoaiWrZKindnp5zNrmgp6pKpTK&#10;hMsbpIHQNq5MStbdsk81xcRyWxjt9IUEkY0lWBzHqr3anaoNahi3ekZkm/tt5szLOrBn1tShUmrA&#10;VozALpqAhBWh8qhnFLYU+7dubmo5Zca9ZiGyMlTk4aWjRaWSkijqYPHF9tJVUgjdwxWJ43Txvew9&#10;Ls2ZbAPOmGxz0CTzMVWor1SjjSpZIqWommyNVUU9PP8AaSzEmaKC5Z0Af9sek4njuElgt44CoySy&#10;gAfhYM7ELVKmhVASxCjhjpuy36wmG4TfVLHIgAVSGqNWpFCKgI1gYVpBVcFDXoQMTR7hw1bmc5jp&#10;5Rg60FqegeetWWhjeaalipcZRUrSqKunomaOGonBVUPo9VlYLshtDb0lFjsnkaKjwEFB9xDi542o&#10;qWnmqoC8NNPI0rLOaWnalaXSfuXkcIVjGi3squIbaexsvrtFugBFagEyLTSdRzo4nu1FzSihQdR9&#10;Zcz7pZbldDapGuHYLUCr6UOW+Dt8TuC1UIFo1WZ8gdIqrMZSjyG3xVTZj+KrTnOUuRWeeqTH1Qir&#10;KugJpwKc10zyLA0i+EIhZdRJNgard6VWNfEV8NXiMnBT18TvLGqJjZMdI7v95VpXPRSM0kwcao1k&#10;h1MTbxvIFAVzLBGsUgVTEGqcAqK0pqDBQAxrjSVOQBTHU87HPuu7w3EV3HNE5jKjjr1AUorrqCtQ&#10;qPiEmnRUkhekjkvjv1wG3diKSgzePOYoKli8dTUS5ikrxH4Y8fhKqmSv8EUVLJGB5H82lYyGEiwn&#10;2KCdhVcCx05qP4bPkq2TbbUkFealaOavame1FjpgnmyKeMCKNYBLGk+kDSLBZFNegyTWIEUrIUwa&#10;KgYqSFjXi2n4Rp/EAOAoUXrR2sQivrfx7SM+OGZFDSBPEVTIeOk1q7aqNpbSdQYkrdJ8N9mZfLnc&#10;FFTvk5NqYug3lQZfKUj0uVyE2EWop1izG6KdJalcRWxVYeqRJlhq6ilLvqlDEu9PNlKDK12NOQxc&#10;0VVhvuJZ4I6ygpY5F8nngghip6fH0ysytrdpIVVg3kVi1/bFul5LPOZpVY+GfgqgAFRpXSAqZB8k&#10;qQcE16JrrcLC8sIJbW2aPwp/gKxuR31BJMgZzp00ADNQghsCr3NsXF5LFYjcOSwWchymM3BNFTJX&#10;TY7N5WSObwGKqqMlPUy5WqiEXj8ERSVlYjwOmlU9sNT11HmKqkqMlkJqvG1eQoatUagVXp6ynoae&#10;RIJMg9IEE0DpJUTVKrEblQS04J9q12M3JRPHMkDMDwYAMEGpTIVABWhZiAMfDrYEdGltz7FYwvBH&#10;ZhLlIXTtcjUhJXxAhc0VwAqxsDqOaLGcraPduZxVJkqTbuFo6bOUeNrqcJFlHEVXRVFfX+SrTHpV&#10;XlppaSUQJSFpYTpsEjgIUQN49UVVXPJLjG/yijnQ4uPI+aXGVqrRx09PClGBOmQoXZC/hmM2pplI&#10;ALtYwfk66+ONmNNJXWxYOCAMDuqGwNLaiARg6z0h2j3OigjEczHTOp8Tw27kYs0hOvUDHQNoqFX4&#10;SmoBFAXnXu7Kujx1IdwxpFDLHUfxs0cGjK0s81TVVc8pyEngeiq4k9DyweMssZQkrGCUUnUm56HK&#10;rNuOvnnmqqmcT09FkHkSR6pIpIoI4ygpMQkMtPGgEdybvZygX2VvsVzb3MPjthj8K1pUhdKnTVV+&#10;GucniO3oQv7n7O22uLC1jCpGoBkQEihJNdNJHqpc1qaHQGBJoVl/fXbmXpfsNqY40qUtCksFZkqG&#10;OOSGnpGdJKoTF3rczUSwVc8hExuGKkxg31PNT13ubFYgVlVlKDd7VUU0hxwdTDPQzItLR0FPX09J&#10;aGPFiDUZHn/zcxJXTz7NNl3XmTly8trm13XV4orpGe1QVoWYaE8MqKBvJl1VHAP3HNHLG63TQx7c&#10;9kiOO4qQVIq7sR4nF60GlRQrw1fFzxfYGOqNxHG01BkdmvQVPjiq2luYqoS1E9VWTYmpkCzS5dJG&#10;QU6QMl4NQJJsQhzXWeRiirc4abGYeFKankq6Vss1JJT1QpRMzqzCBIpJdVmQ+oEFSxEZvkNyP7xF&#10;YBbczWZMtFUyppoKgZarrnidI7tPafgNKy7rZER21nOJ1LNSsYqy1I7dXEYrRSaGrZ1now22OzMd&#10;V5CmwMpy+SrZKuohSvOFZqeamFW4R5JKZCmpKdVtIhMRI1DTqKK27bqctTyY/DVlZl6KKcpJp+/n&#10;oaqlgSr8xpq2ehr6eviopZqC4Qyx643YBjGwHuXI7nZeZdrn+kuXkkxXTVGUqa0JU60FUNP1KspC&#10;k6SQcY+c7SWDdrvc47ePxAgoxClWbTQOiMDGSA4BHhgBs0DAEGMpTT1NKJAYZwDZSrrMgks2pVN2&#10;BK6z/rexV3Nt3b2ZoQ+FptxUFYMziEnoMPjnx8EzMlLXGalkyFKYE26qlPNIo8ceiTgSJcRXutpa&#10;RNJakS61nRWCAaSKAg1cFAhBOsqxSvCkg1Al2Lft5sJYo776UyNbSMjSFnOmrCjFWVjODXRUlgpX&#10;VVHoYCH927PE8AMgkYOAVZlCsGKFbtbix/1vYO0HZVRt9NuQyvVf3tp6+OfNVs0OUKz5LI56GmTz&#10;NWUFLTMVxFDGIpFkd1jlKaUGlVjGa4SOWNkaUXC6GZmDVLagCBqWlAqsMMTRlUigQdTFHH9el6Yz&#10;GbEowRKAFUjRtIUo5NGZh4gCqNaF2JBPTFkNo02SjzVHVpC2NyVEmPpoIYaeNYIDRzx1EkZjDt5H&#10;nm18qoDAEn3Zjh+yIpaGCuwWwJxHPAsoleppYKcSSqC50iJpFKvcEEa7ixsb+16Nv18iE2xaNjgm&#10;VFH5jyp5jiOHHowteUtjvo45ZOYFZWANNLE5FaA1ofyx1rc9m9Vd47f3DnNv9jd/0lLHRZCelp6b&#10;E4irnyM9FT1TrTeRag0lNFPVUqA+kmIhrrqFrwMtnO19zN9otditr46QFWjoEFRWvGw5daiS6xso&#10;AFk0kfnk+2F2jdgyLM8ShviYZ8vQ1YZ8wR0JrTZ+Q9qQNHYvdXSjBaiqCOPwjNa41VPSI2viOjOt&#10;p6jcOck3l2ZuXx1MX3uaqZqbCRsZwKeniw9P5qf9poL6rWlL2II+qTbrmGqAGUzmXyrxajIKjJTv&#10;GWdyxJVptFy5YWtwLW4Pt2TaLcAi5naRQvAkkcfThX58ehXt2/SWzOLTbIYVdsURagelSCenndPy&#10;jNCUbb+18DiYxEiazgscsiNCrqscX3EXriVH5Nzza4+nt1xuysNjZLwY+BXDgiV0j+mm93a2qQk/&#10;1uvsnuZrWzH+LqAPQ4pT0HCvQlS7vL0oZJWLEZA4fi4AYHAcAP59Es7i+Wm8cnS1NC26KiCmijKL&#10;DZ4kRWFnWGdD4kiQcWVvT+Le1VHiYrTR0rTUjTJpLUczQgk3XVoRlWy6vTYWU/S3sN3O5mZnhQEu&#10;5PzJJ9PP9nRhHbrC0d7dqCsQBFR5LmlTT8/Xz6I9nu9d05+Wlx1XJFuUfeUwpqLI0y1yGUVDGKNF&#10;e7F3IPpF9Vub29h3koMVjHroaJ/uqxZTFWZCSR6ppZ5LrFQ0EsgcyujqTM/AHKrdibTByRyhFtZT&#10;c7m0AvZQDQ1JQL5k1oOPpXOcdQ/zP7m33Pe8Pse1SsmwWTlZHAAV2wCiFRR0FTqYGmQOKnrYd+I3&#10;xt3L1vsLa/aPcmBixe5Nz4WlyuweuaVaagk2ni44RU1e698U6U8BXIVP3MIoKJwQhHllsyqAF1X/&#10;AA3HZQZKul0VkiSqmmOOWYtaKCnJRBcCOKn+lxp1mw59zXGbq4tWtoEJgBHmaeZP8z+fr0ebQgth&#10;4aoKKKCmR6mh/lqGaedOjb5uTc2/tqz7bwUTS4xJ8Y800lVU46CSnhaor8hAKkrHraqnnUEhD5NC&#10;3Yi3spfycwOJ7P27HiKapiotw4KrStx2TSWGn8LSwSK33EWuLTTTJGutyQI3F+efcx+1G43fKG5i&#10;8mh8TbbhCrpQmoB8jT4hXC/iqfIdCsAzQaWAoc4NTiuONc+nnT5dGZ+MG0c711LWVFVJUJgNwxBV&#10;oCtRPFDU0LL4/talQxeSJpJQsYT92Nr/AIHsmG0e9N8dSrS4Dfkz1METVkeCztJM1ZStUKaalAmn&#10;hMjVcMcSFrE6wXueSfczc18ibRzdYbjvPJyRi+8LU8MnacKWwg4EmnCg8qjpbtcnh3HgSlxaGlTS&#10;hX14AYHn/Po0m7Ouds7zp5hW46nMlbGkFWzxBXlgVg+ll/SkisoIcKWFvb72bmqfvXBU2W27loJ3&#10;nTzy4yoqYzUVeQpZ4qqmlw/28E7rHWNHLcWUBVIJAIDY7+0nuVY2vNKtb3QUeDJC8LNpIYKQdAJo&#10;2akmjU0+eepE3rluWwsNMkJ0NQrIFOmjcdZwoODxplh8uoGxsJHscSYBoGFIjIaCrhimEEVKEZfD&#10;WTyE3eJYlsW+pbgfT2j9vbayOB7L2vk6qBopDRZLVjBeZZaTLbR0wzO0o80FFTpLodkYh3+iHUQ0&#10;a3/JiWvu7tfMFlAWTVdBo0KsCJLdgO5iO1KqjOpNXwqjNRHLvwvOSr3a3fS6GMAmgB8KUYNC2otT&#10;UKqSRXIFelfkHgyGLqVpqgPpq49MyOuhJqetiDoHQ2MiSRsrKT9VII495+rNtV/Yu4O08023Zamg&#10;hrqtZstVzvPRUGNoS9HQrF4aeGBJxWAF7u5MajVwGPucYeckl2m82YzCO5MxXSWJDEl6AqAtCqgV&#10;FQTTuNc9Rjvt3abHebZdXDANKQqKAtWI+Kg+YB0kcMUNOpFfXQY2KipzUiOpq5Y4aeFpIdU8ltUm&#10;jz3NzGjHi4ABP0HscdtdW4TCYZ8jjs/jJ9uQ1NHmd35nByw/xKprXnEuO2zHTQSSS4/HVwB8s0TB&#10;iEZCLksIOt+VN73DmW02q2lEO2zy+M7rRZJNB7Y0FAY0K1Zn+ImqYA6Fltz9tl3aTxtbP+9lUJFG&#10;wqqoVHiSuWqHcEgAUAHqcABNuHcGcqc8cU2NqIcnkGmx+3aSpjlGP+1jDjKZeWZYXgrqmiR0KRsP&#10;GNVyTxZEb6+ReJyMm5sZUDIY3CUtNLiJKmESwxGpq0lo8fDFVxmSoULUowZ445XAHJU8+8hN126z&#10;5Asdu3ncpYDESG7iGLvWgFFqQSQRUK9CKYoei3bYZNwYxRKWuDxYgUAINTkqD+2vT5tvq7H4BMfO&#10;BHVZKGpjq6iqnCFpJRIz1GhVXxospl/QDoBFwL+y9bg2LkfkZ1XU7ZyVPjqrDVdFPTYTOZakqsdm&#10;qCvoqOVqPKwvPSvNURNVReNrtGjqSPUQPcee5PJ/JXv/AO1d+g21od7kLNaSyodUc6LRSrMiNpaX&#10;tcIuhk1HiOh9yTzpuXtnzbt5kuXktGRRKiksGVmBoEqQGFT5Vr5npezLQYqaWtQS+ZwElRJJpQVF&#10;msImkKBlU6iQoNuSfdAG6tt5TZ+5M5tXNRrFlMBkqnF1yLqKiopn8btG7KrNG5W6n8qR74Zb1tt7&#10;su67htW4JpvLeZonHo6HSw4AE1B4AAihA66QRXsN/aW1zbsXgkjVlOMhhUcPPNDTgen5GV0V1OpW&#10;UMp/qGAIP+2Ptrx+PrcrVRUWMoqmvrJyFhpqOCWpnkY/RUihVnckj8ey2OJnYCMFiTTGen6hR3kV&#10;65Xt9fYj13XdDtGKGbsfdWK21NKokG3sdqzu5/Gy2VZ6CkKUuOd2vYVNVE4tfTb2YGxSEI11MEJ8&#10;sauPDTjSfTVQcDw6becjtjjJbr3uD/fL4+avH/BewNPk/hXk/i2H8v8Amvuf4zo8Wn77yftfa/5r&#10;w+vyave/E2z/AH2/p8S/t+35cPnXrX+N+i+v+x173//X1t6LqTbe5Ijumr/iD1ss3mqaQSItE7oP&#10;ENUfhMgVlUHhxyfeTF1ylbXRfcm1+JgkA0Wv2U/b69RSnMVzE30aqhjXFSO7/V6db/HuPV7HwFRV&#10;06VdBDDBSgSa4EEEmiE8KXAtIbgfi55v7L15etppI1eGihgenn3e6SN2jkyR17251bx06oUCinF9&#10;Mb+rUltIGg2uFYj/AGHsWvZRQoCEpFpoP8H8uiBZ5GZmc92a/aevexQpsbsjsjYTYPOyR4/ceCZp&#10;cBU08BE1bSVZd6mGWSNWBNJKBfWLPG/BBQXNruy5c5j5Sk2vdKRb3ZOWtXC01pIWZ0YjgUc6gTxV&#10;mH4Mnthva2ceiQEqOoEr1UddDoiEtHNEyTvrs9NKhJidU/3as4bSbcqQD9D7CFtpUW1VljgnaZyb&#10;vKyodLgC4Dqoaw/x9x7Y7NHtQkWlZvUgU/Lqk+6ncNSEUT5Hqf7RmfpIshBMJF/4DqZhMqquplUh&#10;Re12uTz7LN4tknhaRkFVHEDox2yeVZljjPYa4/Lr3sNhjZRew41G/wDr8f8AEewCVIBY9CqpCA+f&#10;XveYY9wfUvA/pYf7z7oVatKdNM7UwOve+/C8X0JHP+HHtt9QqKY6YYmgBGR173NpqmaJgUdrgqfq&#10;xHpN/oGAH+2Pu0TkMONft60CCCGUFevexs2J3TvrZTquKyzy0hPrxeQjjyWMmQkgxy4+u81I6FDp&#10;to+n09iHbd+3PanZrW6OhuKNRo2/00bVU/mD0S3/AC5te6gNPbASCtGSqsPmGB1V/P8ALqJVUNPW&#10;IUnVjcH1xu8UyE2GqGeNlmhNv9SR9fY2Y/cXTHasskW8MMeudw1agJn9pxSTYOatkY3myGAqZJZK&#10;OIy2JaklVFW/p/Hs6jvOWN7kZN1gNjdvwkhBaIvwBeE/COBPhsFGTp8uiSS25h2IK9pci8tFx4c2&#10;JaDySQYY0wCyr5VJ4ltlhy1CFahmjyMKMgakrrRVXiAUMKeuTRHJIByPMjFj9ZF5PtHb+6K3Lsin&#10;gzEElFuba1Zreh3Lt2oTJ42VARZaiSP92hqTe/hmVJBY8H2W7vy3f7XGLg+HcWTHtmiYPGR6EgVV&#10;+Ha4U54efRttPNG37m5tmDw3y0DRyDS2a8K4YY4jrNQZmmr3lp1SalrYGZJ6CtjanqY2UgEqCGjq&#10;oSDcSwNLCfpq49hEtM8dgy6TexBuDccG1wCef8B7IKFWppoPnx/PoSAhqlWqOnYG4B/qAeDf6/4/&#10;n25RQ+pSfxzYj/jd/duOBx62WCANXPXft6rautrTTvLM7mlhWCBmOto4oxZEu5N1X/b+6OtKHpx7&#10;+ScjxCCAPMY697MF1Ru2HK5iBd3V1Vnc5UVdHQYwZdmrKOhoArpJVSVM7u9NHTKLiMHTb8A2ITlW&#10;lYLKxkk4Asan5CuKKPIeXRNDC+0NIuy7VbiJgZHCihLnIwtMt5kk04nqNIgjjYx6owC0reJUDO1y&#10;xBGn1M/0v+on6n3aHl+v/jrBshfJvmvz81FQ42sXGYpxPS1lZBURmsErVdOtLVx0srsobWoRVsQb&#10;exhPaNHsdGv/ABLZWU6A2KgqKFeBpX09OsbLLdvevmvnNbSTZINt22WaRWldwWijAJUgB9YJpmik&#10;Zp5dADQ7t7OqtwxQrsSmpaKerroTX5eojp2gpvG8tKy+CVq2AVCQ+q8bKzEAfn3VJ3bNsx9y17bb&#10;gacyVNRKa6WuepezSWMbRn08KqgccKvsOXc1k6areydJie9i9QT9nl1kdtHL+7bCIbe83JZgi0IE&#10;ek18+70HCn5+XQ+0ZqTTQmsCipKAzBBZFf8AKqf6ewt2tnJ8Fk45o55UppJI46uJXOl6cuAxUAjS&#10;yBrr/iPbFrcG2mRqAxtgg+Y8+j2VPEQEV1LkZ6kkXH++/PH+8A+7Out8pgMpsvL4ykweMirMvQS4&#10;/M5RaZPuMhQ1sMkYZ5ZGcsWjP6h+fZlPbWtkJJLO3UNIvx/iofIelOpZ5Ov03ra5bC4AM0a9+Mkf&#10;b0EO7MHkW3Ji8zU5zKvjsfVQVePxEVQkNGKuBGXVUJBFHLVB9ZursVPurzs3aA21urLYIiap/h9Y&#10;RT/pSNqV2+4hlYhFa3jIBt7JGURnRxHUe7rZ/Q39xbHJQ0z5g5B6FqCZZ4klX6OLj/b2/wAP6ew7&#10;HlqWnUxxwKxaeFEvbVTlEW2pnNnP15596YZPRO6g6sY6y+7Lv5Z/YuR2h3DkcBR1fiiz2CjydPFJ&#10;cxyZDbtXT5FA3qA0y4uWsibi7K/+HuU/Z/ebjaOaWiilOmeBhQ8CUIbP+01j7CeoM+8Hy1ab/wAj&#10;G7uYtT2kwNfMJIDG38yp+0Dosnyw2Ri97dT5bH5SkWppJ0qcLWcetKPdFHPgfKrWbR9rlKykqb24&#10;aAH8e9uHHYWetjjmdxFAyKxkB5dXUNdDzyVP1/x9nm8cqczc+8wX811MYdut5GTU9e4qfwD8+P7O&#10;sH5/dHlb292kWW3WP1W+TpUqGCrGpFKM38RI4Dy6+Z7luhe1O69+7jrc9k5cJt3b2dyeCqchUxyi&#10;SsraKSZPHjKaaQP+0IiwOrSw9JBBI9lD+S3xN6p7ny1Bkcriaqi3ZT0FVBHuTE1MeOrJqWVtJp63&#10;RG1HW2HMbTRM8bH0sASCP9q9quVdysQm/wC6SJIrLEsqNpkLEcSpqrooyTQEeTA56Hntd73c6WFv&#10;uNz4Fu2xKQWhKF9DUxoNdSj+iKgn7erqv5fvz57c+BW2j11Tdg0+8usqrO0UdJsff96tMdW1MIXI&#10;ZHa00dVDksLQwxIslTBDUCmZzrMRfUTXM/w63HINz9VYyqyef29nKKXHvWJJQYPdu3ZKMwyUddSV&#10;9PDTRSPBLSLJ5GfUWRNIABBjffPavc9vu7qwsrv6vZDqHcdEgoQQRUgGuD2k8PmOp/svfLlYxQb3&#10;u5+juiQKqDJG6mmAq1bWDxqBpB+eNmit+eXVo63233NvXJU2zqnHQUmYSSBq7M7UzlNmKT7Sqo45&#10;IFkyKCRK0iMpDKVJJ5tqCLr/AJLds9SYmg6q7m6tp8vlqXKV+0Tueqya4jH7p2tQ0JRcu0mSoq6E&#10;7jrYI1E8JkhpZW1OkqqwT2D76Td9pkXbby0TD0qzaSykYI49xxUVx0NNv5N5e369Xmzl7eykMumf&#10;Sq6xrGQAAU7SfIioHHh0y7U+JvSvdG607+6I7pghx+dSj3njMdgJqHOUWE3HLVnI06zxUFZjpqPG&#10;QVCHRBUxiphkLKXICqAR6e3fs3K1WfxVDm8XUV+JzpyEWMxuZw+ayeJd8hM1DiMl/Ca3IQ0uTjjg&#10;S0YlYsPQNQUO5Tte5W0zyW8boL1TXSCGIyQPMVqRTHUs3treW9pGbiOtq66dfl/Ec+TUYmh4Cmej&#10;6dg4vM1NDQyrGlXDVYiowueaYyU8Qiqqfw1VWQzqBTStJJZZAjIxv9Pphpt9dbyfODJdbbl29FlN&#10;t9ibRo6zcdTV4+rijxtLnKWaip6+SaaJVZMfMtKtkYyUw1u5SzH2cbXNCvNFpcbhBC8BVllWQVjp&#10;IpRSV4mjMrYyKE9BLfId5h9r9wtNlnP75iRWhPFpHidR4Z8srqPpWoPQTbko+xqL4tPUbKyFbR7/&#10;ANh0UGcwkeBkp6p8w+z8otRX4GJZWnpq+HcOKoqim8bFvIagAWYr7UPaFHszZ27t17X6214nbmCx&#10;cVXi48g9HWUE1RDiKalyM1BDUsGjppqKo884kSKJ6l3c2Lke1e8tY/vncY9t0w7do1xqPmKdozpB&#10;BLNXzJPHpFyjNvU/K21XHMEofc21awqkcTXz9MD8ull0PVdi7l6w2juHtqlx/wDfrPSVc+ejxEKU&#10;S46hkyFTUUFKxpJPG02PmiWmjZWbRCFsSbuS/YLH5vcPYfWFdAKXHYraG7KibOVNGS1LXfxPbeRM&#10;UdPNFHBTVdBSZCYQ+sCVNcOq4IJIYIViubNUakauAxIrXUNQIIAqBmvpjoVpepBFPqrUp219ehm3&#10;OzQbezaAtU1VTjqpFh9OqViq0wCqCtpZRdgoFiwa1hx7cu1d/wC16bt7CbGyTV1bQ1WBmxuJoKWZ&#10;Tj7zVFRV1gp1WqijmymRqJY4iNQZYksGAcD21Ilsd3LKGZQpUDFeFcAkVNRwB6MrV57jb2rRUEgq&#10;fnwGf4RXj00bMxlZTbemyMq/bZjLz/xKrmmDCSTwU8FPSpK6qxjjjp4LBSri5JKkEg2a9TfHTK98&#10;/e1Bhyu0uua2iwWNy2VqJVhq6tcXTQVP8DwlPFWTQrQpVsBKVlmJ0HW+r0+xFuu77ctkkUcJjt2S&#10;NSe1ncrkqorpABOan5HI6x7515wbli9Itp47rf8AU7xQfhVX7dcrCun8VBTUeCilWFM/zl/mddN/&#10;y88LjcJuurx3ZPyC+73BnNp9ebci8kVDSZjI1lGN1b2yE0FGKLJT486kTTC0upzDCYQZBZr110H1&#10;f1nDVRYnE1FTXVCIkuaqjDPkpFjhEMcaSyRutPThBYRxhUt9RckkNW3M2yWUjabCSnk5cayftp2/&#10;Yp6h/duc/djdo7K6t9626FonzEIXMRyDViGBZhSlWU09OtQj5h/zRO5PmrlEx3bma3XiOu6AmTCd&#10;fbByqbY2tBVNUyVD12Voqailmz2RkZgDUVstQVsNAWw9iFLhMYLaWcLc6daG6qfxewHpPt6452sm&#10;BUGQN5Yrn/L0q27fOeF7rqGzkmAJYJJIikk1qBXBqSR6cOq28nm9uAyLSVecpogf2zPoq6hAoAj+&#10;4kVaeKdPSNTfVj/r+4TYxoRIIGWfVyiR28lrfQA21E+y5bjbN7ntTPerHcBgDXAycfLhT8+pJ2z3&#10;I3PZLWRLna5RG6jU5JkowHkT3UB9fLoPqjA4fc9fRM2co465qsQ1EX2z0KtE5Vy37jPEZGlJuFPP&#10;+HsJey8JOcNFUT07LGryxSRutz4pYyr6lAOkkfT+pHubuUWt1/ednC9UCo/yIqVNP2joDcyc12fM&#10;Uu33EN3G0/iONS1oGahABPEgijCmB1dJ/Kdy/wDcftzfW1BUJHLkdvYjKYwi8qy1GBylS8c8LqQj&#10;oRWWuCbX5916762O8+T8NNTyGkeXy/dAA00UKN5C0svCoQg5B+h49rJ7OSW5RUICk1JPAeeT0Kdm&#10;3BTDGXejgAEfP/N1uXdM92UTbRbI5XI0aZaKIUQw7S6clUZGRRHFFT0xXyvFVag0cigqQRc+yPdx&#10;1EdZnq5adgaGi8VDTFSCNFPCiMwtx6nUnj2Rbm6yTNoPYMD8uh3ZuKK34urEOoqGpx+z8cMgmjJZ&#10;Dz5KvTUS0dTWzyzCNmt6mgjkCk/QkH2UDcHKyH6A6rEWsbC3A+vsL3NSxP4OhJGQWBGR0LKfpH+x&#10;/wB7PsCM+Spk4+hW3/IRvx/iPx7T9mnB6X/Zx65e0xtnZG7+xdz43ZuxtvZHdG6M1JLHjMRjIvPW&#10;VUkUZlc6QQFiihR3lkcqkUaFmOkEh+1t7rcbmCwsbVpryRgqomXJNeApwxxqAM1IxVBf7jt2y2d1&#10;um8XsdttsC6pJHKqiL5ksxAr6KKk+Q6ZNwbiw21sXWZvcGTx+GxGPg89ZkspVR0VFToZEiXyVM1o&#10;1eSWRUROXkdwqgkgEyfQXwO7g7l7oyvWGdw+T2Vhtj5ufHdl7pmpoKmDb4x08ceQxuFlR58bntwl&#10;Z0MMEMzBVcSOQoAc+2bkvdN55gfY5YZIEt3P1Dkf2QQrqCkErIx1ABULGpyMEgCc2e6PK/LPJ0XN&#10;Yu47lLuFWtIlahuPEDaGBNGRBQl3IXQoOSaVL/3P8oevuqes6XfsGRoNx1m5aCkqdgYCGrFFVbkm&#10;ytPUPjKqUzJJVYrBg08jVFbJCEiVSo1SWVtunrfadDtTZm19tz01RBJgNv0WHo463IUuQqXpMPBF&#10;QUk+QraClpKKWtqqCnSWVI1XS72ANjbKXa9q+j2uzs9DiOJFj7mEjaUAUZooqQBkLTrnRzf7pb1v&#10;W+7vun7yEkUk5cFIniUNIQ7qqu7MVVmIDaiCBXz61Hu7umcd2J2nvrfO2l+4i7G7Ay+e3Xl6nD5D&#10;FwnKbonmylUuAw24q6vq8ZiaTL5CoggkdlBCeUSCyL7EB8Uv2QrKUwIPNEWWeM2MQkXzeP0sfIYd&#10;Wj8F7X49hO65U2td6tLWJbtjpLMfFrGtGUaWr3AkMSoU0qucdP2Puvvk1jcQzyRUCaFPh91SrEHj&#10;mhA1E+Rxnqvrcnxf642/2pidrVK7xq6OeHK5Golxecx9RRNV0dLO+FpaiSR4qiioq+qePyrTmR1p&#10;o2CpqsTzxVNS0k0spdauoMzuaiSCkjlCNK0iQj7engYpEXIUMWP5vckke+B4MIjiUKgFMADHkMUw&#10;oooxWgFSTkxxfTXO4uJJZnKUAoWZgSABU6mbLUFSKdHD3Jnqqk2/hNqbfxtLs7btHiI6anwGGrsk&#10;KOcGGKhmq/tpslVU8tTkGF5WABdkBcEn2oJZ5HeWYOFgsnjheJVVWAHkcNCvnkMn0s2oD8CxsSC7&#10;tpIzHKHdnB7RReOa1qwpXAxWlMDPVrGKNKRSLQ+v2n508ui67mpVlxeMSGiSTKpPKs7wVgkyMqWe&#10;OjQipqilNQ+FlBaFiS4Vm1Our2wT5CBGnVEljEaszFwF1aRcyuqs5KN+LkMfyo/IW3Cxvb0LH4y0&#10;WmoAmooKcOB4fPqQtotUt/1SFIIoKcR65pQeXAnoFt24Dde5xjhU1tHMtXXLSxUEcktRIlQlQ4eK&#10;SF/sKNMhFaMSN4DFp06ZGJUOm8vkqSHDVdZNO1EtRSVEbRmnguJXpyAPMq6JJfQAGYs3NvoLeyK1&#10;5T3jcOYLW2sbZpvDkVgWkPBWHAD4aH0oPXqT+TWNxuthbwRl5klBwv8AvtyRU04Gvd+3pEVHWu5a&#10;rsfbW3cTiaXdUuJrcPPjayfMZQ66D7tjWH+HUjK9DQw1BjsIYqVNADFmeRpJSA5d6Ezz5CSKoesY&#10;Ijs7FljBCxNHFDJqKKZBqIU21Et9SSeidkk6pFCHURDNBxPnkjj+dfICnXTXYr1ZVhWNgAAMfOuS&#10;P8HWzh11Qbpo8Rjtp0tVh6XA08lVPDTR00EVVUAPUSUs9XX0qwtXN9igCGfW0cRCggCwYpKqIr+2&#10;yX035XTp/wAOf959mqRSahqJp1Ku1T/DqfGP8vQnxYevDhag1aKxMbCKUFCt1OpVs6hWtxcE2+h9&#10;h1uCppCHaoZ3Uai6p+nVqFlKtct6/wClh/sPYm26KcU0Afs+XQsilI7Qcn+Y6ND11jcnEII6Cnpo&#10;Xm8arNNHaZoniFz5EeKMuYr8yamufrf2FtXTCtnqIqaLVBZTKQdFmF3jYeoftwhiSv5LexXC4gjR&#10;5G7gcfy/w9GccjgA0zXoy+PrlxFJRSZGpWGrEkscMRheaOZJUEciu2udmmqPF6pAy+OOMm30ugMv&#10;FX4uc3RniRleFjJGyMrHiNdU2pXdmsoAt/h7EtlJBdR0Bo5Brj/Y/wA3R3bXh1JQCn+X06Fzb9Vi&#10;M1TJLGadZZI3WZV86OCvLvo8QEygLxqIJ/r7Nd8aci0udFFM4DV1FVKVZ/LYxaXKamCgMHjNuOQP&#10;eOn3h3uds5K3TebK2Mk1kyShQ2g6VYeIagN8MZY0oa0pjiFO8BLnbpGkX4WVv+ff8vVGn89TD1eK&#10;+JW4+wMRiHyVX11uDa25Eip5ZMe/j/iMGNr6qdoYKpmgo8Rk5ZGDa0fkOgB1KP3cmwcbmdm5aesr&#10;J6SPGgZWGrieJZ6Kpx+p1qKYyowRzqKaLEyBio+vvH72O985965r27ZJNqKbhOHTgWSQUyr8PiCk&#10;1oACleJ6AM01uwlMj00rgjjXy9Tj7Pz6pH/lL/zH92y/JfrvrODZNPVZff6VezFhihq5qHMUNfDB&#10;WVVLloqCmjWGkp6THyTvKAkdOYPI1gvsneS3jkM5tCixuSWFMvhqieHIRRf5meIjTRZOlhZlklV4&#10;APoGCPrufeZtnsltt+93NzbEm0nUMnmVONSH0of24p0KOWt7g3KzlshKv1URKleJ+RA9KefCtOts&#10;XY/SuB6+7h3fu3CiaTb2+6DEVWPmqR5KyhqqE1Mlfg62tCNBTx+Zw0YYq0iabKdJICunokYzIxY6&#10;zJy40iOTTqXSgJ0+oj/X+v59jWWcxhZKCgpWmcD/AGOijdYQFkcmtQfn0aWtyUsPiqECw/aarJA2&#10;svBAxuski/51kVdJ+nI9vfWO7q3a23TtuqnKRYLL5ujieaRtX2FRWz5bHRRsXU6KehyMUaj+yqAf&#10;j2H995et7m+lvYyGWcB8+rfF+x9S/YK9QXeWMPi3KGImRZHGPkxp0D3cvUOD3zuuXda0pnqs9iMH&#10;XskcMfi88VNFjai6rCzJL5qJ9diCWJJ59iOOzGnpGdZkkCDh9RYE3FgQwHP+sfZKOWFDgomOrQbV&#10;E+lnXP2D/BToLE+O1BRZAFaSaNZmBkRIo4wgC2uG1PcC/wBCpB9smRycmdppGWvmBmuCtMfHpuxB&#10;Xg6rXH+v7Mra0Xb3GqAHTTj+3owt5o7TUkagAEjgPX5dCHgNt0uzamGKPFwFY/H+9U/uyFYiCHZi&#10;oAJHP49hhV4rcOMmeTHOtShYSTxvqR2jUn0kSMyyMxe3+HsVwXm2XSBblSrUoPSp6NILqKVWDHPQ&#10;54/N7XzVNHFk0SmkQFImT9oCcgBDHIOV5HPtgzkctfQ5I1UaRxpSTySwlEAJlZY4WV+S1ppF/wAO&#10;PZlYstvNbLCxLswoQT5ZNfyHTnhLJVaYPSsw7Q4+sxyUszTPVVcMKSpM0mmKGCSonMy/pU+KBlB+&#10;pPJ9lJo8rU7J7Ioq6mJ8VbJDjp4CqmKtoqqWBKpJWH6DB5EkFyAWS/8AZ9j3dLaC/tKTgmSSMKlK&#10;VMikd1fLQDU1+JK0yOmdujFnuaer4PoehfyuMgzWJelmW7gGankUfuQVCKTDMjWuHUG3+INvcff2&#10;KGK3pl6OOImCSolqgAAT4XN9CBgQxK/4WN/Ys5fulvNgtJpSPEWOh880p0Tc5W0NvuEkYrUqDXy6&#10;z7frPv8ADY+rJBaSkh1gG4DrGAwv9eG9nt/l41+H23vXsnbpqZaLI7p2nis/Q0cFJRVOQy/9yauv&#10;yWUxOOp5EBmyFVjaybxxpokI1OrAx394Y/eQ5Yg2e127mbarRxF4qJIVDMBp14K8NUmoAEks51U4&#10;Hrn/APex2q43Dl3l/chEskFruHhMzMyrF9QhjjldwaJGkyxsWI0ntBoG6KN8xMTVTYbYO5Y6anqK&#10;XE7lrcDWTVlTVUFBijvKmjxOOzNfVwsUpaLHZKCFpJHDKWKgizXFrWUo/t5Y60MzrHGZYyUUaZGs&#10;ViZAqaAqEkLYW/pb3AdhcGSOSCmSxB/ziv7P9nrnHPICGSRCAGNQc0qa4J4j0PAjPQSbDyctfTfw&#10;XxJT1ElSIJYhPqHhRfG9RDKhZZVMyBQbkfUHkeyXZjNZuDfWfWuEzvQvUw4ugxJzFJjVwdf5IxWZ&#10;psjWDbuTzYqI/HeFFngS6AtGx9jDl6ynudwlfcO5k0CIJ42gwSYDShyImfXGW7AXUGtQHOozv9ut&#10;J9k26KJwtvKVMrM0LSCZCQEj0AzLHoFasSpqNVH4nw25BTfwmicAtIaeFZ2cJq8qRhbRNo8ngIub&#10;Enm3tYJHDm8fNjMjFS1UdXSCDIRVgpchTVMNVqhjpnp6hp4X8920BhcLzpJ9n+4Wts8c1vcQh7SS&#10;qlWWgp5ggghh5EZB9eo+RH2/cIruAurI4ClMOpXJYaacPy1cPPp3kKwuJIwRYg+m9/6Gw/2Htt6n&#10;wlXtHaY2lk6HA4eGDI5mepo9pUcWLxKS5GvqMmWo8fDI1NDIRUhnPqMim5Je7ewvsm1S7btNkptb&#10;aK4UyFUhjEUShpXegQAUqWLH1YliSSSX+db613jen3eymuJy0MSK1yTI9I0WMDxDQsAFAGKAggdc&#10;aiVZ3E0YYn+zquL2Av8A7C/ttrI6vBZKplpMhNXLUZSWpNNkaunq6dKSVqKIQ46ZvIKKJRT3SNGA&#10;MjMeAbqMLW0R7WUh21yProxIyQAVFchQASq/Dkggg0N4Vg3W2hjmsY45hGFLopDGQE6i/wDGxLUL&#10;ZOnSPLpwis6XtbSSePzwf6/6/thzJqqrbM1BhK7IwVNEs9Tia2SXG19WXWoetjoTJnMbMJI/FL9t&#10;HLP91IFGpnWYM7W+gvLKGaO3uJPqNDFW1DWTQlIy0gdSD8OplqFpqLUr07aWccW6wXFykPeQjoA6&#10;hVICO48FgamhcqPDUtXGnrNEwDWIuH0qebaRwCfYZCk31mdo7ezCtR7O3nUnC5zP7f8AujkMc2Xx&#10;xE2WwsuRwWXxhNBUB/G9SssqSRD1pInp9kU9nzJuvLm1zG3j2zmAeFPNbkmSPxAA0kJkhlQtqI0F&#10;9bpRV1JICR0Ov+Q/tW57nYNDNfbKviRRyqgWQxsaJKA8coajVOgqpqWIZSxJ5F11uOdGnSD/AE1f&#10;X8fXj2Pz7hT7GVqhka9nkUosZRwp02QFlvZjdQR9bexUNsPjqYkOPOtf9X29RtLtzo+mFCfnWteo&#10;SQfuXBNrEfUci/5t7gSZePLSpBS1cpK2Ak0yIDdQFSMaiEFwLG3HtQbNrJJJZYR5mnRdLaz2XiTT&#10;Qgj0ORT0p8+pSosatx+Gva9vp7XWOoIaeUkygaC4jkEr3kaomEYM0mvVZvUT/W/Nxb2HruZniKhK&#10;Vp5UppBPReqtIgCqVx6UFVBIIH5UPTXUykXCAG973/FrD2pWE08kZZ4WjphIsuhhHUylVb7dmR2K&#10;Wd1UazYMTwPp7LAVjBHcGYilRjjn9g8urkpEkrMpDSaaenEFv2CvTaHUBhaQM9tJI4LAhpebfRVU&#10;29yqKrEdYIpncyPCimnddUkbMEk/aYBVFw6kNyFF/wA+2riIyW5dVAUEmvkRWmf2cPXopugrBxGo&#10;w2CfMY6yvHqjuOFuSrt+kjSP95/w9q/CRVH3c8VIqCKVVeXXKjzMqRkSFWcsdY1NpP1ux+vHsj3E&#10;xiFHmqXXAxjj1V/1Ujkmyy8PKn5dJ7LSQJErzNZlICknTGLcksPpz+PYgYeirUkSP6u8j8OXaKFJ&#10;A3PpkSOxEnFvpYj+g9hy+uIiGcntCgYGSR0guWV6uePy6SGTyFI6yTatCeNEBCepmDL6QBb62t7H&#10;fbmJp5oViqm1GaO1kKmIanJMhjZ5Chc3AdubAWB9x3ut7KjF4VHa1cjP2Vx+zoO3jsAXQEL8+gD3&#10;XuSspKoyUqqsNM6yESKTLq9Q8cbKYlbgA8Sfn6fn2u6bFw0d4KPxPTqLfczx1P2sagJ5r60eepaN&#10;0sEF9R/sr7Dct68qiWdWWQeQILnjTINF+3oOuusszmtTXpLz7onyVNDVZCPw1ptI9LFV0H3MgJLQ&#10;TWiV4YA6gsWAuqggnnkPtyZSrppp46J6mGVo4qeolr8eXjhjWRFIp6FFWKJhLwCxv/Uj2JtrtYZ0&#10;RpdDKDUBW4n+k1c/On+Tp5EgoKpRPSv+E+f+odDNs3EpXUkMtaKWSIH7inWiq2aZ5ZXLSiorlvJN&#10;GQb6Uso/17+0jHgafcjfxLLHK1DmM00lS7onmWHWoC0xpoKeGGJOfq3Jtf8AqdncZdqra2QhUV1a&#10;QK0J9TqJJP5fZ00bgW6lICKenQjvlZ8LN9hQ/wAOQXWRaZIWlKNNfWZHWonkLvo/tBT/AIe03UdU&#10;7fpvuqykgo4/OHni+9pVlSFy6+FhFSxTCoBeTUb6go/UeAAYJzjuU3hW807mmCFfTxXhWo/ka+nS&#10;abfJ/wBOF7lgvDBP7ONP5dKGh3TW1PgppI3Y6VWXSnhjDtEJHQSyuALD6fk+4k3VMuV1rjHjnrpq&#10;hchJWj/JUE9TLK8gixiMtNQpEzm3oiKqB+B7UR84LaFTdhlgVNATDYUACrkamJA9Tk8eiobrB4jK&#10;2o17afIdoz9nE9Pkm5osanmyDCCKzqY9XkKiO6IocKCS6gH6fU/n2v8AG9YxY5PNk3llk8YhIpoW&#10;ZaOWBFKrT08b1KmNzy7f2rXB4PsOXPNbTsy2dFWte48QeNSaZ9B0jubqXSdBGOHSaO/IK+eSLGFA&#10;6FCTPI0aFGYAnU0aXcD6AfX8ke80NHHQItPPjIpXEZalqViMvmi5WJUpzGEllmJaxILG/wBbLb3Q&#10;zG5YyxXdFJyKgUPma+QHn0UMWc6jJQ+foD/xfT+ZfumLxVCkLfyguo/cUktIWDFQVt9AbG1r+4GY&#10;FJS0S2xmRhrHjKU/lpUdopmADm6DyRt4xYRjSBe9/aiz8aWejXUbxA5oaVH+rz8+noNBY+I4KmlR&#10;XjT09OuVJJVySWkqIp6cMPGYyyvcMDZvrcAj2l9t09Vj58qcrBVUz1dHK0UMlEKiAo+hWCqjwqGJ&#10;NyFuSebezjdXiuEtBZyq2hhU6qGo4GuR/g+3pLvF/bCBBbZKMDXz1f4DT/S9P8sS1HjVJEZQwL+o&#10;8MPxx9fbTV1eWpJiYvK6AJJFNTsaGKmKSSSJqpoXi1GE3KkaSWP+w9rI7ezniXWBqqQQe+vkctU5&#10;/On8+iZbtZTVnII9STWnHj6/4enE08LRkNGjgmxDjyKQSL2v/vH9Pb3k8tQ7gw1dR5qKrkzNOFno&#10;szjTQ0UdFCja10ZGorIKmY1E6BZYzqUBidSn2XWtnNtt5BNYSRiwYkNE4dy5P9ABgKKSQ2DgDy6v&#10;Z7qLWYSmQNbkmqMCa4IyBwIrx44HTcuNkiqI3o3ghplRleGQyfuNclfpwNBNwfr+PaGjy8W5Md9t&#10;lRSU+Qgip40ycOCTKVNRBTTB/XKZiqVcjysQUOoWB/pYQPYybZch7TW9s5J8MylFWoI4UoVGKg0B&#10;HQgN1HCZJbOSidxVNWgfCcH1A40J8upf2z0zFk1aWl1CNWKQotj6dAHqUH/H2WXceCq6TI1tVSlq&#10;zAwZUY1oMvm3qMlNPXNUATnHx1NG1M8hi/cbxlVvGJWLaGWVNr3KCa2tYJ10bg8OvVFDSMBKYL6W&#10;qPJTq9dNBUGQdp3W2u7a2gfSt+0er9NCq6VHaNWlvEI+2g8qdOaWOngg/wC0rZB/rfX2KD7b2dle&#10;uafN4XI4Wo3xs6oYzQtDEZZsXDULLasLGenSop5o3SnVgfKjAoXDXATTdd6tOaJtvvbSdNhvo/iB&#10;wHpjSBQ0YMC1Dg8aUPV7e6vba8mtb5Jksbhm7dRIqyldQYaTQkr58ek01blYdxmjkx7yYSuoVdMh&#10;HMloMkrEPSyQEeRY5Y7sJP0gix5t7BjsPcOQ3DNQ7zzQgkr6ehSghEMtDkcnHRUwnoYGfFR0QcVk&#10;1PHIzLMiKwClSSeBpy9Z2e0w3mzWbstmWMj9rquRrOl9VSooB2VINRTHRpttlbhrjZbGT9KR9R7T&#10;HHUivbLqA01oKjgTWmKh/o6aGkjMNPGscZkmm0LcL5J5WmlIBJsDI5IH4HHttxO/qCiwaV+3s1Nk&#10;JZJJY2xUsKJHTI0kKK0kKzmOCn0wPqCgaZBfgNYKn2hNzuwLqOL6Y5EqtXUQGqKnOoH18gQcjos3&#10;TlO+bdpLPdLBYYlNfE1FicYXWV7zlQPWvE8epZAIsRcf4+xYWtos+Kanw0Ucm4aqp8dfSvVL4hGV&#10;uVpGlbxqpDElWH7iGwP0sF2hn21pZ79tO2qlUYLU1rSrUyfLIpSvQJnsJrR5ZLkEWILBCB+yv29c&#10;BdS1/wBAtY/697/j2n9y0mVioahIcTVhno1jKGJEklkgE87RRzU9HHU0/wBxFUi4ufIspuH08Ldt&#10;ltGmiY3aEByeNcHzIZtJNRipGlgDUebe0tardRNc3QCrIKHJoGoASC1DQ0Ir5qOFeuYYH6G/uv3u&#10;Dq+bd/W1BtPLVO6OrMDlqvI0ef2n1vmttnH53a3gpWyGLlTK4vDxNkq6UwUlPCkEih6x5W8qpIpj&#10;v3H5Z/rVy7tux380+z7QA6XEG3PARJA5UiOrpFEXdgsaBF7GmrSRFcDLX2755t+W+dL7f9uisd/3&#10;e2jjeG53O3uRJBda38OUGOaYiOMBpXYyIxEfhjRVT137CPa+Y+FPwfyuE3HT0NdJu3P1s231rsZu&#10;Wr3vUYHbkmTjpM3uCugzGShqaGJ5ki8gpKL7mUCeOAPTJOWh+6tfY72Fu9s3W0QNut4727vHcy3c&#10;lvCGKNOwJUxqQg1mOPxAdaw64xIxkHe9u+8v96Ox3XZZbyIcvWkYn0SWy2ST3Ai1QW8bxRlWIXXo&#10;M0vhR/otMyyvF4fvYBfIb+Z5l+z63Hbb2Rt/D9f7MwuTpm3Dkdv5jJff9lYGpXGRVuMr5BhsXU0F&#10;T+3ITYO88dONTGEMrwDz7777pvtzJtWzyNFsLXCu7LK+u4iNA0epY4XRQQw7ShOk1BVtJl/2g+5L&#10;tnJEEu9c07jNunM89uRAk9unh7dcI0rRzIPGlWQUIFe1VLkaQ9GX3+3+vtI/Gj5E5HZ3alBB2Ru7&#10;dOW6d2TLuze+wcaZ3rq/D7k3Dkq3Y228xlsPSfdtDhMNgc5PM9FBW0McAmaWIS1EumsLvb7nm4st&#10;6trfmHe7yTlez8ee1TXI5jmkP08btEK/pRo5bwkkgVPEd4yZW8OY696vZ6z5k5Bu5uTuXrCD3E3M&#10;WllfS6VRJraCJL65iimcJqmmngSMTyRzsWVYpDHEha297WOF+Q2V69pdvbU6j2zgcnlsp2Xt/c2d&#10;yVbjduZXG5v+4+YkTaW08FS5Db+H3Di6T7KKnnesyfnzFRX+uKeAhQWNt56u+X/3bs/Kmywy7hPf&#10;JJIxSJkmaCakEFvqiimiQLGhMkoa7ackqVFGIf3L2fseb7nd9/8AcLe7u3sIdkuLaCKOS5ikh+uh&#10;Buru4dJ5beVxIzxiG2MVpFD2vFLmnveSPcu5u6aLD0mTy+eyG9cTtPLbloMe6U9Did0YfLUdLkd0&#10;0GJoMTt5aDb+76qOOBqGeCkWX+IGKKfwt4pXHdjum98+x2ltf3E03MdtaSzrFSOOO4jeMSXCRxxw&#10;+FBclNHgukRcTMkLqriIyMvsmye2txf3FhtlrDy3cX8ds7hmea1mhZo7SSZ5Zy89nGTJ4yySlDbi&#10;RodYEkcfvZjOg+qsz0L2vS9iZfJ1VX1hnetd87z6zqqGatGQ3Hjocdgc9JtrcOJOPX+H5s4KaSuE&#10;TSVcU7UcrsVlVgZA5J5Sl5C5zO9yX3icqT7XeTWZGrXKgSGYQyxkKUn8GsoUgl3jJUh9QEOe6/Pu&#10;3e63t9ccm7fYxRc8Wu9WNnuSSBNFtI0s8AuYJtf6kAnVYdVI2iWVUyjL172vtp4ruSt7qpe5d87J&#10;oKClz+x6jaVP/coUG5v4224MLVV2Grkw9XlmxeTgr8RkIaaoRcrUSU8kCvUpDA0UUh1tcXN25c6j&#10;nXe+X4Yo5bH6YpblX1a9bQy+Gx0Mjoyq5E7ESR65TFCYx0FN/vvbm29sp/bPlXmeWWW03Rbs/Wl7&#10;ZYBFKkcqeOkQlhaOWN3Qm1RZFd0iaSVJXT3s5HTO587iduYCu3JtLK7bgqk3TQ7lrKnZGMwm2kzu&#10;2cp/AK2oqMVjaPG1215M9LT01TjZJ3lrch95NGI3007exhy1ulxPDtNpeWc9nI/iK4ESxK0kRKMz&#10;fC8CyaTLbrKSGEjLjSh6xy9ydj2vcd33WHZuYIbwx/SvbKt9NPceBcRfUIiyyPKt0LfVJFchAkVs&#10;sUTFk1Sqfe8m/wDvbaGydzVm2s/kZoK7L45cptKjoqJ62HPRKa6DI0OOrm+3xtPVUdViNKRVMsPn&#10;kqY0Ql2t7HR5k2nZ93s9gviF3Ge38aFeBnI8VnjDfAJAVC0ZwWMkYQMWC9J+VPajf+atjtt82m0D&#10;WltJ4V00kgRoGGgo0kYLysjLLlo1kKpEzsqJw97fIdy1AoZK6sp1lQFpizvE7imSq8UZp6cNI6l7&#10;RyqCGA0tfi15R/dqSXKQwMVNacKCtKkk+hyKilcevRTJskAuVt4JtLEaeDDuKVJJ7a/iQ0pxA8yO&#10;vey07q3djtlbm3xuHGbizKjfcuOnze2s9lVmw1JncJQUO3Kev2rGBSSUwylNHTRzUocwySKjgLIw&#10;La5Z9t7TYd53vmS73mbw79opTFI6vGkiosAMKuao0gMCFASGk0aQGbqbNg5dvuadi5X2e92S0LbU&#10;sqw3MEWmZ4ZpHuWS5Y6w3hM8jrJQMqllNUFB72GdXvTeNNhsTW7WmhqMBTYvE00GByFH5dwzU6VF&#10;DDJJW7ny24P4q9Ng8XXVVQqyLJKj61Jd5GeM5h5bv9rG27nsMaXO0iGBPpnSRJ9DyRKZHuJpQCYI&#10;i7lJE19rIdchUKO7fl3ly53LcYOYI5I95lmlYzxvS31MHbStrFAIh48iRJrVgrUQ0RQFPvZcO1Mv&#10;urss4HGbbzWToVOZjNYyTz4PGSU9NVhK2peqpamhq83SeuEU8aTCKVTLMsjlFMZPz9tW6c7wbFtv&#10;Ie53CQvdgyspe3QwRMviSkpIks6V0C3WJ445FM7xyzMg8CZOQdu2Hkld0vd62yCX9A6BpWeQMyVV&#10;fDdZEgc92tmTUpEcTKKkN72J+28DteD+G0eV2ftWRMTW0dTjpvt2qqVshphrpMrQfd1Jq6P7avTQ&#10;BUIiuYUeNEX9Ql2T2y2Oazt4925UsgbZ/Fj/AEUljM2lHZ4TLqmUo4K6ZQh7EkRIyKAD73vG+Sm8&#10;urDmS9DXELiQatLBO5BE+hQrakbVVGJAZlkZjw97EHIbmjWmeGhqI4TTTvBBTUePUTULPoe0MNMg&#10;p2VpSGINySWZiBwB/bbVHt8Eg0+ICfwL29zUVQi1YFQwNe1atqJUNUA2z2WR7lZLuEuHUMzM9VcC&#10;uW1EmumvyAoKHr3tU9fdk0O1Y48VUZOXJfZwrTzyt5KqejaBZEEkk33VNU1SU83+dbyxNJyzaiTc&#10;h3DYrW/hSws5wbu3jUGrB2ZRQUd2Vs6QQzOrNWp+LPRBzdybdb9K1/b2KwCUkquFVgwGqiiNkUsP&#10;g7G04C0IBHvYJb67c2NuXI1k1ZiMZuPHwZOqmxxz2BirRFWKhpqqWiXMRTeCl/yddH29oJQAxLn1&#10;ewtJce3N3D4W/wBul8sctB4sPiKsihULQCZQACFGmWMUbUzI9HJ6k7lf2/5o2Szt0t76eyvHhXxB&#10;b3DJ2E61D+GV1P3UPiVdcjtHb172Ce89/YrdtM0OJxWOx9NSh4KXG4+lWgooCiN4KenQOYqSn8vL&#10;kKVS91W6ge0G8c28t7hscWybDbVt7clVDqqd9DoAKgIkeqlTobThgCVAMmcscq3+wTo243s000h1&#10;PJI2t2FaszNQMzU8y1SAATTr3sOM6+TNHjUnnmcU/nSkihFkhWpbysWJVHMssgW7ueQoubAWDO+S&#10;337t2fxpnJSojCjIDAEGRzRmZzTVqYMQq0LAHoY7Wth9TfNHGnfQuzEksVwAADQACtABgknj172r&#10;9h0mIwdFkDXSQ09RvIUdFkScmrPJTY6CdIJRFJJ46eonl8i+FNHlQMdJIFz3kuHZNki3I3/gxzbs&#10;wimpP3eFFGyJIwppR3JYGMEeKK0DPQMQ80zbjutxZJZxmSPbjJJHSOg1SFSRqAqQoA7mrpYqMV69&#10;7MJ1T2bidk1GYwlCjmCojSU5KGNp5IGiJdQagIkQ12IFhYr6vzf2Jod35SluDy/Z3EhtbV3ZWIZ0&#10;YPk6zSiseIpQEKcdQ/z/AMkX/M1vt253TIJkqBHw1ajTI44xn1x1727UO78gubqcrRPAmKykhaWq&#10;ieOGtM2uUypUsl3miiBYjXqBB0jn2MLCEX1wLu2ht5dkljUo4XvDgMKNTGNPE1INACBgl93y9att&#10;cG33cbm+twAEOUAp2lQeBJpWlM5697ET+NHI7bOKesOUmo5Emx9dOrq6UxlWQwPZ18knjlIU2A5/&#10;pay6Ha3s72O7jFNY0sOANAaGg4cMnzx0D/3Z9HvP7wFp4EUoIdajLhePyGB+3r3t2l2HiOqd20By&#10;+Up8tgN5bcq6uKpoYdGmrnpWEEKW1KEpqwrZgx1L+Bf2HNv3IbxablJtlubfcUvu5HAqdD6iQVC4&#10;KF10kE/OvRcOatw575fuRt1g9vu223iKQ5B7FcVbH8Sg/Z172cT4HbtXa3Y2+eqpAYaPceJod14W&#10;OSEOZZcXCkVYKSO62hqIqhmYG92j/FzfHb322wS3VtuMa/pKFIUHtUMdLEU4VZRqHqSeB6O9wnkv&#10;9js911qXSRopCMkGp0g+vbT+XRMfmjsOlz+x8NvJaU1OU2blDFCrzPFTjH58RUlYZwpAMZqoKcMT&#10;wsZb3Ytueehgppqd6ivj1SSFZkn8dcySSQSShJ3qopBCp4sOCo02/BhfbrGSfTSMFfzx+wHoPFyd&#10;cyKKkBQuM8c0plh5dF06px2eyE2PqKrGYZhDRwpU0ZgEuMi8MEkcJMK4yaGetnCKTd76mvfn2Gi7&#10;sop4Ca2VP3tM6SUcgq6eRDPOQXnvFw0YFiGKOoDX/qKl2WVQJIokAHHVg1oPLzzx8/KnQd3U3Vok&#10;0r69aAkBqhscCRxqOJHHHRxcTsuCGWCPGY6jip7GOYyUyxTpElOiE+JAYonEpZbWQgD+vHtKrvDd&#10;Ez7hyOXiw0W3YM1SR7YjpnqaGrrcXDQCOaXcOTzNV4IXkzsreP7WCy07RqPJPeJYz5kSfZ7TeGup&#10;YBB4i6EAo1NNSJGemdfcmhdNKAMzMQtuWtq/rHv2zfu5bh7qhNw57kVy5H6UcalioiKlyzfFUkKq&#10;6iodyUGA2ttKsoHmaOukxlXJDDFTJWVUs8cckz/Z0q+J6qWKBGlaJWAbRqYot29h5lIt05bNoaqq&#10;jrMTBSy1G2cQXyOOyEstBlJ45Z9GQq6yWeVkoZNXnp1aV1uEBYKYQljvL+8CvKJrZRWNauuENO1J&#10;GZiSqvQMFOBRQGHWYWz2XLnL+3iOKFk3TUBNJRGXU0YYqxRFCgFlBKMVBIBZj0VOXc+PyNDKYKeW&#10;hyNRVrQ7pyrR01djhTV2IhZaZTSxU1PDGGq4QPFMNIC2dipPsNMntHPVU2VOKkp/v6bE1MtK9XTR&#10;4imgr66L7grkIFknrWnpJKdlkqI/JJyEVNR5TLtMkkp0N3qGw3aocgkqQSTVTmtDjFK9SBa83bba&#10;wW6yj9CRwH0s0h0odIaM4TSwIOnUoIA1E5PSloMjj46bGDMpVmllzFPTS09LkGzNTVUtFMkcZpKm&#10;0dKuPqoQhSCXxKNLO7kWPsKMDUZfHV2Hy1bm6eoxeey0K0tPUYasWqpK2WKWWsyNG1RHiaieU5OB&#10;4pFCa4XWI3TWqAaWtiYIU1+H3uVAozEGgqQRoJAY4AyPzHRNzVuFpeC8RLNhLbx0qJECkAhdBUB1&#10;AEdCDUAg8DTUxj4MNRPR1mLx2M+1qocbLA8n3MJp3gRpY4KOeaGWuECPR1KlQzEsruBfTqJ0twY/&#10;G1mDk8EeumgOLrlqJGqkFRRNLS5Ay6Zaman87V8ZZkkWN0ZCr+nRYIbq4gdoYICqKRRtTZWozQuw&#10;FSCw7QRRgcEVCHKtwstzHJJIC0oYBKDtcrpzRF1aVPl2moKlqMeq78hl904TeNNRTS6Kh33DStBH&#10;HS/5DkIqatoo4BPHj0qpaf8AhM3i0xNIAkqFSZAxMTbPZ24MLUtBuqjkp8XUQTT6JzUuy0sdVWRR&#10;xpNOxmoayWm8LhHBBSQj0/QrNp5r3WyuBHdqrWpwQakhV1Kukg1FUKk4AJNSDxN+beRNivLJRtNw&#10;TeAgDSwZAWVdRYLXUEYMCcEFTXNT08R7Nw+YaHI7JqqTK5inelp5Vp2pAk8lRRUdVU1DNTMVqEoZ&#10;ppIWCPrWSPSSwDaTLeWlqHpatGhWWqgjqIDrglaORFZ/FJHKZkRqZiusED1X4ubCedtmh3GzW6hU&#10;aSBimRWh4gA1r5cVoBUZrjFM023Ty2MsgNXI7agMtCAfXgaH5g9PNDRNuHb1Y0dDWrDBWzU9WqLP&#10;FG5spNWlTBBFNLHVxsI0AYhWuCSQSU9Pm8fTVUdPU/auRVUzxw1lHTyQM1LLqWoZI4w3kjaIMh+t&#10;wAOWubXPKd3cr9VEVdKr2lRwBHppJINWViSQRQUqamJvpIYJWVHI0kHSzA0IpQipBB4EEUIwaDIc&#10;6LqavysUWSpZJaMGCZiaerlim0VEEkMsJV5hGRMjlZE4XSSSDZdKeloMHlvuEo1qFxj0s6RfwxWp&#10;lniqqdJJbl6inMIkXSgEUcjxM94ypc3Ck/KMcUkqvFN4ABH6dACpQEiox5EABGpkArUjp9OabyzR&#10;mkkXxlcV1NqoQeNCpqeB7ian4q0FF7Ds3OYdqOpmFK2TialkeoyEa1qLNSVGimkMsUFTrF1DN5JV&#10;WQcOrj2h917a25mIYqWbGVyVlTSHFUEL4yqrcdiOFyWNllqacRxgtDHHL9xLUMInNhOdWkl91sId&#10;9NtFMrojKaKzRIVBKAulF01Wp7wQT/alTRn7fm25tUQteKAGFUVgGfLawFYd1KkaAhrxKVoQIu2M&#10;buTE1azU01LLj4JGyOTrpMnElbW1koqYq2nEUsEzRRFjoRAo4P8Am1spJe8/gM5sXJnG0W1Mvntu&#10;Q12Cp6TI1sssFXWZD7enxdflqmkmgo6TH6DCkkatKI6xpLLGuhfINOW94v8AZYGFvFK9hqUFnJUu&#10;/bGzlSqhRQep8TtwgoGPprzb+aldtz3GK13Vo5aKq1VKvrSNW1d9dRqw1GMAgs4LeEM22cvSZOkg&#10;yCZCiWpbyyzQUcwnpIqZHqZFhp2azVLRagjkLrUryBY+x12L9tPLjqSqf+FyY2nKiF6ikr0pJWkS&#10;LI4yWeNo4HEaI9MWBiYG2i30Ay3S5+pWGVVC3IUVAMbAHCsOwEYoVY1oCMUOesXOZLa92TdbgzOz&#10;KagNRgjrXUrAGrCooeFDWlelfJJDV0cj02mVZQJNQDKNLXIIB5vp/wBh7Cv5JbfxWLq6XOE0VXSm&#10;bE4d8dSU+PxeTStpF/iMNTJVw456vIQfbyBnh+4ljUpGxXhXjjDfzE0skjSVB7SgChgRpNahQWBr&#10;SlfQCh06ZV9t9+kmt5bVdSj9QhmLlNJqCAviBEIpUEgA5qaDS2HDNUAvTyRzRFS8qzuVdJUcj9tV&#10;PK6dP19jx8fMh/EOvad0WRIoK6oEbuZP3IaiOKrp2hldjqpfHUER/hlAJuTf2ZbAyiwCfjDtwOKG&#10;hxX7aD5dTVstwlwJIFqXRyO4Z9DUHz/y9Uh/zLcWMD25j8+xKxZ3ZFCU8aqscdRjK6soZVIiR7zk&#10;6DqZlJB5+lvY7cNE7alAKpqk4siAnn8X1E829rry8S1XVICTToZ2ti7zeHk/b1TvuvfUGLAl0zL9&#10;sLRpJdmaqkVWVnX9LqdX44vf3Bjp9K3jZbF/XaOxtY6Tc3+vuPb/AHyYlg8nb1IVjt8VUBSpK1/m&#10;OiX9hdx5PMTViZON6aCASRUoppyt1k0MFJknAuDFe45/2HvM58IuNKjiwAGom4+o/tXJ9xzvXMUc&#10;VayEv6dSHy/yzdbnMI4YP0/NqYH+z0SvsDtSix0Dy1bSSVkkskdNAZEkklDDSjEJI1gxIHPHsvfy&#10;Q7lXp7ZFAlFJSf3z7Fy+P2RsKhnZjLV7i3HVQ4rHnwR/uCKOprFdzb0xKz/2PZryoXtLSPme/QG/&#10;nuEt9viY9slzM/hoxU0qqEqz0qQtcdBrnbak5g5hm9u9jlZtrsrSS83q4U6TBY28ZkkVDnvloY4w&#10;MliPIHq7T+RF8M/9mG3jk/l13Piqkdd9SZWnqetcCKd48VuDd1A9RlKnJ5JJYtFfjtrwwwSGNWAe&#10;sljQ3CSAxqPDVmPxmFwz5WWZ8TFE2Ryk2hpq+rUFaismjRDGr1NXLJIIl1IAbcBV95gbTH9BZxxT&#10;SPcXAiVNbUDMQBVm+ZIqeFK0HWOOwyQXN7eLZbelvBK/6caCiovko88AKK+dKnPWxb2fuWgplz26&#10;6+hnyFZmopKaGghjYmGOSNpUSORrywRRxRKryM99QsCNVjBylNRUhkmnlmatqfPTwusbPHJTys8h&#10;0IwVROxhAutyo+g/Hs+tJZ7giJEAgUhiCadwpTI8vP59TLtm2yNDrlYBVwB6f6j0VKg37m905Gkw&#10;e3sZTfwPEfYZetSqqxR1oyVNFS0kTyzwvJIuPp9UjFXKiVrA88+ylb26n21vaasky8+TioagtTyg&#10;zTwxsYzApV3RIpZFQQB/1GxKm9xxJY3CSbbY9pniWSGmVBIqDmjUPrSlfMV8uhLt8hsZQyaSQft9&#10;f8/VhWB7bz+CxFBjqfG4yqq7RTMlNKrl4KjyPZFEtkcSSsAeA2rgCxuUDJdM7cw71FPvvdtOdmpR&#10;yVUkkys9V5fuEjjVJZ4GlWZUawMJ1FC2hR7Ptv5qm5B2O7vLnfZY4FTSTIxBWpJZldiz8DpUKaH+&#10;EtQgUjxt9vIvoNsL3OvTpAUV7cmuoAZznoyK7urKygd8XgqiTKrULAaCokgjQErrMwnEpXxWPB/2&#10;/sKMJ1pT9VbmxGT2VnBl9tZCJMhhqhMgEnFDLA8kwq8nDHTBI6lEVWLRxskgKtqZuIB3bl+1uubd&#10;l565duEeG5jJLpIoLBVqXdgsYXWp0uWCkMQpZnbqQot5lm2K/wCXN1t2S6R9JUovxMRwGa6fI6qd&#10;O9PUjOYyaKrpPtqlNUVTSyBXRKhBZtBAs5DfpIP19nKwmHxvZ9bjs/FSyZZziiHpPPRUMVSG5ihe&#10;cSOrztJEAAzx6FuGN+Fmr942ybfa7zbwklom0DBJ1MpIcajTKnS2QucZHUK7jub7Es9pc3CwQLIN&#10;TGrKtOBpjAU5pUkigz0jKmpl2pTNj6eRVV5w9M0cc9XLZpIhM32calwjtLcyXte5/B92BdEdQbDw&#10;/VNbs+jxcdJPVs0VY0c2qvFZBJ5oSWnMomSKVvI1rxarn8ktAnMt/e7du9pLbsyWgWoxWuuutic0&#10;JzSvCtOsQvcD3K3y659t91EkjWKKBCNJC6Kd2Ae0njxqOHQP9gT7gbJ0OeiyUVNPQK1XEagE0Zjc&#10;CMq6ppCytEQBf1D6/X2FvZPT1JBR5rBbapcXHU7ihhx+dpqbH0+PCU6TPLFm6iSlCRrM8fkDIgXy&#10;B7KoGq5xyxvFxZ7/ALXu7zs6xOrZJNDTTqA1AVIUqRhT6Dici/b27j3e1S8uIJghAKSMagswqYhg&#10;NTgwJJPqeHQFR/INcJnaPJ75qahcVt2trq3E1oyMlWtbO9MlFNg6WnkV5ZY5XeBkJcBfWSfp7Jju&#10;349Uu16QvicJXbnz0hRnNV/C8ZtehVPvJaJXjrKKSOvjpZDpZqdFZEINxpv7FG8c077dbhMm1ctt&#10;uckj9xnkSKCMnWYmKsp1aS2lvDIZRpII49ZDbebLwo5bzcktbZDQBCzyyAAaiAvwcaUavQ6bB+R9&#10;J2HkZisuNxGCSORKWKKWpr9yV6xNTpI/gx9RJHi5ZGnHiWfVqAJ/HuTkcPh96YZsFvBdsbXycWMe&#10;iw9btapmFRi6uaIUEnpikiirIwoAWL1C5PqX6gdcuNzdbbfHJucUMTuh/SjYtGAwYMAXIBoCBVfP&#10;INaHpDO22reeNtxmlhLdzSBQaetK4b50/LpVR/3l2vNLl9uTbn3DR1FdLU12NzzUhp5KRgZZBBOQ&#10;ssDgEkHkHgW90OfLrozCdb9zbx3N2NuGooNk18+Nj2t/D/s6zc2+J6Tb+KWqfH0jSS0+PovKrLPW&#10;TErHIpAEjG3vkl94Ll59o91ubLrdYmt7Ka48WFQvdKrIrAxqWH6YOpQ5J+Ega2B6z+9rd3h3HkfY&#10;EtZg80VvpcVBKEE0U0881zmhGOhm2puT+8uDocmlOlNPMpFZR+RnNBMjlZaaUhAVljFjpt+llJsC&#10;D7JDuHvPIxYufbWwcTRbDwMjaZ5cW9RJuXKwBAqrl9yyyJX1Eb6btFCIKcH+xwPcEzbqUjMFnFHF&#10;EeJA72P9Jq1P5aR1Iv04JHjMSa9KoIPq3qa1rn6W/wCC/QfT2X2qqqioLSSSu0jBiWcs5Zybs7XJ&#10;uxuf9a/spZ9ZGO3pYiproq0Xrl7RP8Eqr3+7b/gZ9z/avp0af9v+P9b3rQP59O6B6+fXvf8A/9Cq&#10;HfG7uh9o4hMV15s3M5WrjIWomzuTqBTREaQn7ECxPUglbkAqp/IPvpvzJN7b7fYLYcr8tXE8xI1S&#10;XEz4+VFbv+zUijjQnBx9N3b3hZobQwNXi0hav5UGftx1vYbYx3Zn3clTu/cO3npQwEOPwGHmgMgv&#10;y01VW1lSY7H8KhYj+0v19lOzefGcWriaho6Rmn1RmKNk+3UsW0IXa+kgAC9/p7jQWEE8Uwa2ETsw&#10;IIFABnArU4+bHpO80sT1EuroRwLcfX6c3+v9f9b2mWpKWdoUqphojjIXjUDzezNwVuB+PauSwtJI&#10;UgmFUVRQgcT516TNeygs6jurw+09d+5WLztDhsjEKIRNKh0yzSgSem+kJGhsqrwQ35PHsjuLa2iu&#10;IEtBRyel3iTSoHZqClKU697VG8qjFyGOVYDeWMNOEV40ZpAjWUN9Ab8G/wBPaTdNoMA8SVaAjpPb&#10;X7+IyROAVNP2de9t+39r7e3DT1kVbWLjI9cKQB5FHkci7xhnH+H549h6blxNyhaH6jw4uPzJqOji&#10;HmCWyMcgTW/2fl172z5jr3FYSqZpawVFCys0axlGlOsWUs8YZSfT/T6ewlc8nfRzVml8SGnQgi5n&#10;nuoQscYWWvHr3tJ5DbdLO5OKp5yVUBkJVgxKs2pSQvNh7J77Yl0l7eIhh8/Lo3ttzdhSQinXvYdZ&#10;CgeF2V4yrqbFCtiLccg2/wBh7C00DKSjKQ9M16NkdZ1Lg5697akiZSeDcHge0wQLU06tT0697cIY&#10;mIBIsQQfp72RSg6stR9nXvb1TB10gA2GnVYgWF7jliADf/eT72HVQQGA9f8AZ/1cOrtVloB172Lm&#10;xOzt17FrRU4XISxwVARa/HzqtTjMjT3IekyFG5NPV0zjhlYHj+nHs127eL7bJNVrPpGAy8VZfQjg&#10;QQeGK18uifcNjsNyi03EX6oyrcGU+qtxB4fLGeoNbQU2QiMVRErgBwkg9M8LmwD00yFZYJFI/UjK&#10;wI4Psc48P1p3BTPUYd6XYW/p5GcYaaRqfZ+ZkcaVTE1VQ5OGrpZQoEM0rQXPpZeFAhEO0b8S8NLT&#10;d2b4GoIHrw8M8YmJ/CxKDybgvRF9VvOwOUuUa62pVHf/AKKtBkvT+0A8iBq8yCemryZHEFBUM+Sx&#10;qRf5+OJ3yVMVtxUQwLpr4Ao4eKNJVtyrXZ/YKbl2fm9m5Wrw+48fU42vopPFPBUoFkWTQrjUVJUg&#10;qwswJVh9D7DN7Z3e3Xc1peW3hXKtRlOD/s1GajBHDoSWW4Wm62yXdnKrwsK1H+r9vT1SVdNXU8VX&#10;STR1FPOgkilibUjqSRcH/XBH+uPbAtQqMFK6vwePp/T/AG/tGQNVQcdK1goepPt5oqBZpEmgkMTS&#10;v63a4WJWNmvbm3Nrfke2pYg9aGh6UeEJY2jEhFRnJAx9nXTC6kfW4It/W49mgXe/WmG6km23QRVF&#10;fuuqrKcTVZnyAyCrEDN5KESw/wAOp8dM4MZi0s5Xm/PsweSyXahHqP1bONQr5DzHQdG1X/8AWYbk&#10;17KdvjjOmMBQmphRtQHczClVbHHNemU0uSOa+4++dMb9ppFCsFP42qGZbzSTEGo8kYX0j9HP+Psp&#10;1etU1RLLJFOA8khAnHrGpgwBJtqNj/T2RjzBwfTz6FkiuGNVIPzB6e/bahZWva13VRYcgkgfT/A+&#10;9nvX7Omq1AA4jr3s9fx83YKjH0mNkkaWWFjjtJjuY4ogZYmLKOQ6sRze3s6t1luNt8SWeqx4Ap5Z&#10;PH8uhRyfuS2O8JBFbisymueOnPSc3FR+aj8ii327Ga97cgfT+tuPYcfKDBpR7wo8oHES5TFGKolU&#10;etvtxZWF+PJoNr+yucqHovw9GfPEUa7jHIgwyft6y7cnM2Mjv+qJ3iYf0ZW5F/yPZM7KtRTvF5Wi&#10;8niA8kWs6pByUZldg/1Nh7ZI/Z0ASKnp+9m4+ELz0/yS65VdSrU1OToJrgf5qfG16yKRe1tA/wBt&#10;7F/Ih8PnDl5hXS1wFP2OCp/kT0CPc6JW9v8AmqoJ02bt+a0K/wDGgOg17hhWbrPeOogeDDzVa3Nh&#10;5KJ46yEf65mgUD/H3ueYfd8lNtrGzSxjSmLpSWa4sRDyLX+vuf5ucdxv+fm5O2qIPcGUEgDIBGWr&#10;woBk165twewJ3Dbm5knvWjMkjaRgioOK9fNt7c+Qma/2aDfXTe06L72JOwMtQoqR1kLshyUoq6hX&#10;VyjKmo+rTYg/X2zYGsr9w1klXOhNKjlvLpCCzqRHEpNyeTcH+vsac/x7Ly7cWiPKp3MRVEeqvxEB&#10;5GH4agAChxxp0d7pstnypy9Jte2tS9mA1VPxUyTXyqRTqF27PhcJn8PLV1EaZmko5vBQUVYZpadp&#10;Z2NVV1ZlUGnlZEURKBcAcjn29ZOjx8U070tPFFV1iolZUIAskqxlgC7/AJJS1v8AH3AW9e581tdt&#10;ZNCsynhSuSPhr/pejn249o7nmONd5ubl0SJ60bKj1IU8Tw0nHn0AfYfzW3xhMTQ9YnIS7g2tgWkq&#10;MRi5p5HgoHmRWEIdfGRAlQAdJJtb2H+V2piMpDLDVUVLWQzE+WnqoI6iNw19QZJldCA5uePZVB7h&#10;tJqj3KxiCNXUeOfsPz6yGtvbzctv79n3G4mIxjtYU8u2gp68cdJfr754dmbUy+My1NmanaGQx01M&#10;9NmdsZetx9XTxU6jxeJ8dWx1UcyhALlgDfkWv7IZ3h8A9iZ/Dbx3f1Ti12Z2fkcVIfLgJaXG0m66&#10;ikU1NFjcsk9NJTs/nRUhdlIjZtXBswCm4X/Ll9ehrasNxoIQrpClgaqHFOFSc+vUx8sbnzbY2cNn&#10;v0Eb2IZRUBg6ilKngG+YNaeprTq9r4Mf8KUt/bU7d666v+UVTjN2dEZbNUGBy/ZeaxU8m+euKaeC&#10;ShTcUtdi3J3HgabQktaJ6eatSHyukjECM0g4Ou7a6y3LSbY3ntSozxxkM2D3Hnd0z4eff8GdirGV&#10;aCgqmNHUQPR01RZWm8qywyD9NgQmV51YPPblmBAJYjVn04UqPP06G7WEN4qrYS6Sw+AVz/S4cD1u&#10;6YTKbS7A2ttveOyNwUOa2nncZQ7l23ntu161+3M/hclRLWY3IU01FIaXKYqsp50lRkexBBU39jb2&#10;R1/2L2Jndu123+j9w4igoNv5Ogze7cjlNuYbF7gw+ax7Y77GPF4/LuFmo6SsYwVDrGATYqLAkwuY&#10;3ngt7mLbZEVEfXISO5WBFMHPGoJ8yPToNW297RtlzeWN/v0OsuAsdSzK4PcKAVox8xj59B7tne20&#10;tsVmbxeX7KxuVqKjKyLRYKL7isqcTVQpIK2CCYLNXziqmQsY3BEL8KfVb2vOm+kfkD17sql69xe0&#10;dp7exmJxs1NQ7tzmcpc9XZKjYRvTCoxOKj/YrkUrG8izBGjgQqiX0h+Bt5srCGGC1CRjt1HuLDiA&#10;BkiopU0p88dB665i5N3G+SWXdZJl10EcaSDQ1SMntrkZr0Hm7O6uicrk4shk905vMmiq44osTj8V&#10;l6CKkq4VKA1FXVw4iikjgldiVMrHU5/HsunVfxoyXZXfu1Nh0ccm99zbvz7LvD+KV8m28fh8CKtp&#10;NxZLHQwv/Ho5aWmppOEkSJ9AX1Br+yfbNrud33G2sLeEveTuFI/hr8THPBVq35dCHnXnjZ/bnk7f&#10;ObN2kC7VYwE00ai5NFSMLQgmRyiV4DXWvQr94du4Dpzpre3aWbqzRY7bW3KrJY4QJ91NkK+VUp8D&#10;Q00WiRZJMrlKiCCO/pvKCxC3Pvca2v1jg9i7WwG1dtUq0uC23i6bDYqjhUIIqKjjEMNx9WkdF1Mx&#10;uWJJP19jvf8AkWeBo2QyPAqALitABQV9cCleJ8+uNy++N9v28bvue6BPr7q5aWQg6QSxwEGdKKKB&#10;BmihQc9fOj+Rm0OwO3O0N59ydk5ivzu6d/ZzMbgyddNAJENRkq6WcQQwhUWjpKRCsUUUfphjQILh&#10;QffdTiELWCMoHBFje97D6Cw9xvdbIgfwo4zq+Q8/yx1Ke0c9zR27GSRWVtOlmYDia+RGBw6JhnOu&#10;1NV4Y4JFZFlWRaeN5dQVSq6baixJ5sOF9s7YKpeZ4ooXta5ZwyqqA8seAdNz/rc+y+Plvcrqf6eC&#10;0Y4JJYGgA8/5joeRe52y2loLq8vkLlgqqg1szEGgA9aA58vz6QD9T7jyNcuOoMXVr+28plqVFNBF&#10;Tpp8kzST+ONEQkXFwf6D2x1GOWN2WOaKWRLlgA3otybFrEkf737KLnbhDI8UV4ryCuBihHHj6HqR&#10;dp5xlu7D6jcdrntbJmUBpApBVjTUadyg+RIx0GOZ2ZHQ10tLjsxQ5euQu8n2pqI28sKa/Er1Qj8p&#10;UL9BYEfQ29xqulhzWLrMHkVBiq4miWYj96lkHMU8d7j0PYkH6jj2LeS+cJti3GMTkPZuPDkrUEKf&#10;MH5Efn+XQW5y5aE7R77s07R7lG4dEFPDm/ouCMhl1BWBwT0OPxo72zHS/YGBz6xQVNNjKk09a0zS&#10;eeGiLK1XFTsr2APBIsbEA291zd/bIyO3Kmqoh5o4pQ8lO0VxT1MUsZYOoUkeNgeQTweDzx7nW4uo&#10;Ly1hvLWQtbSioPr55+fr8+hVyHv53W1DzoVnQFXRvjVgchvKtDxGD5dbwn8vDvzaPc208XunDS0V&#10;ew9ExmlWapxkwnVzTMzxrJHKiyD6XJUg/Q+6tewqT7WWoVgfRI1wbE8Lze1+Qfx7Dtwe8k9TbYzJ&#10;KEZTinV+O0qxaqip5F/QYkdT6vUCQAwLAEjj2UTcgQGT6KVEjfX6gcn8fQC1/ZDcMwdo6DT9o6Ft&#10;mjyeGqLVieH+rj5DGcjHS8UgKv15NhYE/n2NnVH8vH5Jd9CjyuJ2xBs/a9e7om5N41E2IDrHTwze&#10;SlwsVPPmamNoZwRK8EVO1riQn2e7FyXzHvsJuLa0EVnWgeQ6BThgaWcmhqCEpWncDkRrzp76e2nI&#10;cr2u8774t+i1aK3UTOM0oSSsQauNLSA/Lonnc3zq+OXSVXVYvcO8JNwbioJoIK3b+y6cZ/I0clVP&#10;JHHS1FQk9NhosgjwlnpGqhVrEpYx2tfYB+Ivw42d8R9j1mMwcv8AePeGfq4sjufeWWpKOKpqamKl&#10;jp4aDDiniD43A06mQpE8ksnkkdnLhl0ZEco8obdyvbSQLK897IQZJWVQT200RjOiMECikknLMamg&#10;5z+8XvbvHutu0Mk0ZteXoKiG3Rjka6+LMTRTKQq4VQqjAqas1JvyM+UuR+Uu9KM5OfIbf2bhcfOc&#10;FtHE1dW0Bi81YanKbhpqkRfxDNfbEapYY/EsaqsTWEhlNNHtjbeOStrMZgcVhJcpWSZDKDE0FHRP&#10;W5Krnerq6+sFHFGaqsrapi8kz3eY+qQsxv7FW22lrt00otII1LMzEhQKliCWJ8ySAT6njwHUaycz&#10;btuMVpa3+6T3EEEapGJXLCNEFFRASdKqDRVWiAcB0VSgrt2xZmHbU+dz27qbEQCk25/ejM5LLnG4&#10;CKmaCgoMU+Wq5GxeNoKWeRIqON1hpwoEBUOR7iRQPrVo0KUwD+R2ALMxmN1PGpfSTyB9D7PmdQtD&#10;TXig8h0U3NyoJII1GtPtpj/J0PlOlOlBUUstVT/x6SOOSnpvG0UENOtG0ziF3p9EkciIqszP6QGH&#10;Hp0rE1tJNTQ0qao5ftBFKoKOAIZ3KsInYJq1uQTpQmwuPYejspobq5u3bUXYH7O0CnS61u5FXvBD&#10;g1/bnjwND6E06IZuLqbdVBvHM7jrno8hQyZMZCmqpYoYpVlnxdH5aKprqalGSqfDSxpo1ylVCjQA&#10;GPtP5mpONnhWJnl+5dbtMYyTEpdA7OSqlkZf8Cb+zayi+pRi506BU8f2Y/b0e2TPcRytqpQfzqAO&#10;pmztnU+6cVW/xvG0KJiKOs8UlMlTRtS5GHw1RMMKU+gwO6qrq7KhvqZgX0mdLLNHHFK7s6S6JFIP&#10;7ihFIsSojLxtcGzX449hOTcLWO8vdtDKk0bfw9pqNRGTXjUHJrmmDToV7ftf1YS6OXC0Pl8v29Ex&#10;3BvfCUeVzG1aGlp6CupTUjXUU1RXUWTSqIq3mlZpmaGrpp5Ll4tMLSWKgKdPuLJLSzpZ2bgelCbh&#10;NI4Fx9A39Pxb2Er663C2qSIgSW/BStf6QNR/q9Ohtt20GNgscTUxU8fs/wAvRdM9ubNYaq1WxFHq&#10;LNDNHA0UrLVzNJzIHMiaHDKDcXsf6ewX7kmtgaeRRZYdUiiwATRGtjcH1EDj3J3se31e874ZIo/F&#10;AiGoVJOt5iePAVH546yS9ldpCbrNG7Eo+lcjOW/z8fl0aD4CV4zHcGVWpSm11kdFQyGKpmm8y5Jq&#10;2sMEpqTLIsUMtKLaGVQdIII9liauoMjFHBVSiGeb0I1wgkbklQWsLufxfk/4+8nxDPbM0kKExKes&#10;xbHa7u0nMkERaIdwP+r5Z+3q47+7+6tjVFZXYajbJ4GivWVYZJJXxsayS6GnpqdxUVFNHG+vUdSw&#10;oCT6R7CzdMRoKx1RJo6dyB5ZGUqkhNtCshsQf9vz7GGzEXMKlmBlFcdSrscpmgjZmGoeX+f06Ob0&#10;1kIt27fhqpZqKuykUGhoKIPHUTU6xxyUssscsehJvA15CHl1XuGAIACvMtHKCkUgmlJaxfjSSebc&#10;jgf0+tvYvsQ6gMVoB1IO3kFXZhmgA6N7s+GelczTU5oqVGjutOBpkQAgBrhzqcfm4+vtKS5Slxqe&#10;KKogdGNm0emYqunWQS3kchydXHNzb2aRWk10dTIfUdHKRFgAeHQl02CyOZnWWppKqGbSzQidlliK&#10;uxKMYQdERMSqRz+oAkccpXL5IZBXp0swk9UcoRBoJtdHJUWUW4vx/rfk7srT6ZlkOKcR0rt4QG1E&#10;46X+3cMcWwq5JZYpoAY54FkkdXjHGs3AVdX0sD7XnWOYqsHl6Krhcfc0jrKQrJYmJ5G1M9wgRVAL&#10;i/APNgb+wpzttlrvW07hZXSA2k8To1RgqykMOI4gkDo6DF4HWlVYZ6AH5Sdc7e7c6x3psfcNJ9zt&#10;zeWGyG3K5ZV1l6HNUX8Lqkjj0vJ9zMKl0pyBr8gUpytwMvyF7XrazGYfbMXjR696bK5JYwwZo4wP&#10;s4H1c3+4Qv8A8GjQn8+4e9j/AGX5a5Qvtz3rb4JGmCtEjSsHKg0LBSADpp5mrZIrSlIm5kgitbiW&#10;BGJPp+3/AC9VPfylP5ZfV/x9352R3NjYcxka/EPltgbRrdx1FPkKjGK9Uv8AeSpx9VDBSiJpKCFK&#10;ZpLO7monRiQFPsqb7j+40Uuq7UtUssDqpLxVkRCK5AB1wTFgsinh4yV/Nxkedr8P9XgrLQj1X0+R&#10;9D5dASGe42zcoNytjSdGB+RHofl1fFFtSKnaWrCcVVK9LUQu58dTSvwYgwt4po/1xOLmKRQwB+hU&#10;tCv3UFPkaBGZZi4rKKQhZqeRYhrjRjY6lLK0bi4aNg309lNw3gvJZ3BqyU0uODA5B/yH0II6nqGW&#10;y5k2xdxtHqxB1DOGBofL5dJHJ1C0k9XiMpIY5KVYpKGrRgsdZSzy+OnnkRQxENUqPE62GiZSoJPs&#10;Od84ipir469JpqWjyyNjJidSw0uViimmxlXLBC6MErYQYJGJNikKgXdvbscYu45bdZR4gSo8wPOt&#10;PxDjVagmtBxPUS7xbC13AXDqRDOSpPowyD+f8+l9snNUs1O9DIUq6nHu1fBodvNPjGm8VXBHNpWI&#10;iCQiYAgG7uBcKT7DylOWwdJWPX1SSJSu8zPGWRFhUh5bS3InjRASDwFt+kezbYduuNus5v3lcLIg&#10;7q93Zg6hU5YUyK0ocBR0TTTMsb1XI6EposfkZqaTwf57kBuCLAfqGngj3KwvayNi46iKp1ME11Fg&#10;W0Aq14gABY6gbEnkg2v7vYfurebVb6OYMuhWag4EjNftINAeNMdF9vF4h7uJ6acjsCgrqlzLFcF1&#10;8V2AVLqoBIsCy3/HtfYXs3+KXgprzTaLqpjlXy6mdRp1KptqSw/B97l2K1ceMrHwRmtMUrSv8j+z&#10;pekSIwAPHpF5bq+hp9E0njjhSQN5IyEWIi3LK31PHFvpb3hrc5TZVMhS1UbwPDTOJ0IZNEkcsLRp&#10;a6FkLKLWPtXb2ElmbeeBw0ZPb9hB/wAnQhtbVPD8UtkDHTxjcC+JlxstBKtXG1bA6nUrBoZYZo7n&#10;gW/zhuP6eyzdg4802XwtXDEJqd65YTdCXDTINTKS7FSL/n2LPrJYf3XII0Y+PoYEGtJVKkqeAoB0&#10;T7gPBuI3rxI6F/FyGSkkViRIFu1yeAblbNc8EH2uO1oqKXMbdr+ErqrEUjzLwDIS0rQt9LjVGwv7&#10;W8nyzR2W525H6CTsF/lX+demucXhubSKdVo+mlfIgDpObHEsNFlqQHVBSZutgp2LE3ULE8q/4BKh&#10;3UDjge+9h1eawnZnXWT21Xz4rMHd+36alyEEnjMKZLIU+OyEc94p45aWqoaqWOWKRHikidldShI9&#10;h33GtbHcOReZ7bcbcSxCGqrVlq9aR5QFsORWgPDIPDrFj3FtNr3DljmG23S3WWw+hmLqRWuiNnFP&#10;6QZQVIIIYAhlIDDNvfH4rLbK3VQ5mgiyWPbC5KonopY3cSSUdM9XDJF4mSaOphqIFkiljZZY5FV0&#10;ZWAIvUnrz/dsJTV1DUmhhxtIyYhw9FBUpiadGp6ZHjiZY2kRpI1IX9txYKtlGAeyRxGaJfDCqVqO&#10;GkAhWAwO0aXXSP4aHgR1yO3ZIm3K5WWGRPFdnHjEh2UyMFZixIrTSHoSNdcsasSQbJxDU25KKskx&#10;2RomqWrqhGyeg1VXDU5M1FPWThZqi8ksc6q5BI8oa5LamJYJ6WniGYydXDaprq55awOHjlyTRlaR&#10;ZGWZGWo+0hjiUSkW0gIpa7Wl2wjj+oRLSIIzKKkKBlcA+vAYpgg1Ne09WvlmZ7W3gYaI0ASgA0H4&#10;yCfMs7Nq41wTTAJ1cfPEUx9PTuviNKNKKfpcix1D8ek+0rj87k5IqyGR6eB5RXCklp3aZIoIS0dG&#10;GaajVYp/C4MgEbAMDZzcEGbbXcPmeJVdZWppYsCtewkFUGr1XIWnF6A9Ftzt1pC9vcwxMzLTUrE0&#10;JIJkIo2RqwNQIpw0+akaFTosTdfrzYHg/wBPcHde4spX7N3JjsLURy5yr27mcfh56maakWHIVdDJ&#10;RUM/3FGqzRQxTyamljBlhT1KLi4Rbzy7fTbVucFjpXcZbeRYyxIUylG0FmXuRdZUtp4CtOke32Vl&#10;Z8wbVcX6sLAXKNKqRo2pAwZlCuSrEgUoaV/PrPFS8xsbAK4NgTa31PFuefYYdZw5bamwtobT3RmB&#10;ufce3MJQY3L7mm+9lqctW0UMFIstRUV7S11RUx08fiMkreWazSFV1Mqu8k8p7jy5yzsO0b1f/Wbn&#10;b2qI01HbWyVXVrcVJ0lRqYhnzqz0IOabux3TmPfd12yway2q5uGdIKrpj1dzKFXtUatTUWqhaDyH&#10;Upoxf0jg/j6f70be3fM7kioJqaeTMikeoNPjaOhqJ4JaF66seoip1FC1RFUNOXjaN/AVaQKdesRj&#10;xqt1ubLbZ4533IQSylY1D6NDSOWENUakjMX1KFiZWJOQdOpKbVYtfJcRpZmSNQXdlViyqgq3dpKC&#10;goQSTprwFQW6ES8FvoOSPrwP9j/T229eJ2OafOvv6hxNLIm45hg5KAsBLgDBTtSPIENVKHhl8qx6&#10;9M5YESBQoLkHJ0nOUy70Ob7a1W4F7IIfB/Fb6UKFhVs9xoWYOQaMoplZzRd8qCfb15bu5WJtV8VX&#10;HCWraqGgGRpJAJXzU5IHnEfGgf69x/rW9iDJBPUZGnpXZJoG9Ekjh5dIMchv4iQzygrcj829j9WS&#10;O1klIpKOHl0D5J444JZasHArTAJ+WfLrrQouVNz/AKx/5EPb9h8VLhZnSVdDRyKW03JMboiqVsSs&#10;TP8AVV+ov7Lry7F/CpHmKfmOPRb9Su6QqUJaopniCPLywPXrFKR42F/qCB9f9b2LVATVRCNETxAr&#10;LOzACTxqv0NyApS5Iv8A2rH8H2DrseE1SatwA8vn0S3AW2Yg/wBrwA9a8f2dM0isCQeSb2+p/wB9&#10;9fbdUbg8E1RLBPBHPSsry01LzJWRRqEWFiCYrlyCykltNzb2oh27xFiR42ZGHxHgpJrX9nDpz6Bp&#10;0jidTRkI1MMKSSR/KnWWKnBChrkm1gTwCRyR/S9/ao2PT5TceRlyKU7QoyS6gQkaK1QS/MnClY4w&#10;BwOP9T7J9/e22y1S2aTU4A+daUzT5nou3Owis9UHiBqHiMV7aVp9vTTnsrRYqlCzShG1lUQgks4A&#10;4XggX/xt7M1tzbUdPG7BkMxiH3DLGLRxFhraOaQrpUf4Lf6i5v7irdt1aRhqwgOPt6IZniRTUmvQ&#10;B7l3bVVE4jSJvCrtoLSCQ6gP7UUOpuB+CL+xBxmGpY549fhjDtqM7MnkMIkHrVWYsIhfkEeon+ns&#10;M3W4SPGSjVIHADzPz6KJbqNKswqP5dIPLZvNVVLMtGPNMsbeNY0bS0gFkUnUi3J4+v1/r9PYn0P2&#10;NFLJLSVNPUqXIVVpRDHoDodPmB49Iv6CTz/sPYTn+ouECSRFCOJrX18v8/RDeTxThgp0t68egmej&#10;3PVwUyZbF1NA8caSGpqMg5qFmtMryR09KrF1LNYBwFsPbjXZvIzx1EFHT1LRL4x5Fp3WHRq1gFi0&#10;sgChfqFv7Sw7fap4bzSLrI4Vz0UMEStXHTrt3Y2Mhekr8lNE9QXqJShq40mHkGhEusSQhSGNw3p/&#10;3j2nKfD1WYM87s0ks5aOWKL7eSIwqbK7lUiqFIKi40gf1/r7NJL6KzMcekAJQ+da8f8AB0glnCNR&#10;TXoY/wCL0eBjp6WOOGJII1eFj9wJQSAxhQR66YI7H/XN7ji3tQY/Z1StLSNXR0k32EbQRJGngpGU&#10;FzEHp28sbGzeom4J/Hssud5h8acQawJGqdRq2ePcPL09Oiu5mZVdwOPUKTfuNlylXQ0sldSyVk0M&#10;0gcO84AVPKv3AMTRqSp02+g9p7IY0xyTLKtU00UxdaekaNoDGTcqkDNTI6f4Bfx7NLW6LLG0bIIy&#10;PiYEGv20J/nToJ3F47MQSBnoe8FPTmGnlp2Q008IlEsrKJLsoAMhYSOhP5JYe2DG5+fFVtHDDjal&#10;gJo0eGtqaOjWMRel9KtIWcNqB9RP1/1/Zhd7ZHd20jvdICFJqqsx/b0xBcKhZnev2Z6dM5tmDPY6&#10;aB6pISyOVmijkmk9SEBk0kamUji31txf2J0u5cHJSyvJXQR1EcVmSCN5RC0yk6JIhABaJgp+vq5t&#10;7Cke17h4qhbcmEnzpmnmDWua9GabhA3hoX4/t6A6n693PSVpWnoZZ6IygSSyzxRGSNHQ3jm+5leJ&#10;pE1BgVBFwfaHrNyYhZErKfI0LSPp9LGCKIyjUpULIWeMaDyoHP8Ar+z+Ha7oI0U1u4Q/I8PLPA/b&#10;0Xbg5RywVqeQocj/AAfPoX8Fga4UCUGRpfBpBTV9z5ZH4PLSgfuni9/z9fcBs2uS9MVPSy6ZPIir&#10;TmSKVVXUqF5RHH43Zr8hj9Px7ULt5tcsxVaU40/wdEMl8ylhUA+h49K6lwSUgW0jsFjCXDcgC/1A&#10;/PPta0mMifEuWNXCwvM4pUpZmKCzyQp41AUOOCLXA9kU1y6XSqCrAmg1Y/1fb0j8YSKc56a6mqlp&#10;shHHAKd4tSIRM7L6mNrgKVB5+vsMcthRUOtbRVMcaRgJJK1NDIz3Vw17trsZGAsQLA8C/HsW2V+Y&#10;18K4tzqPAVIp0jaVErqNa/PpaU8radEi6GPBUXsp+uleSbD8e09U4Sgn8DVXnnokEYZaoRpHFOY2&#10;QRSpFaQpqckEAfQE8+zKG/ukLrEQs1T8OTT7TjpMl/JqZYV0zV9a46lanAsPoefr/wAaP9PaSyW2&#10;8MsY+xrJFGkxNAjgCGXWJFqlmBplKgLpHlVyhNgeeTi13O8aVTcRA0zU5qOFCM588Y446sN3u9dH&#10;TPmT5j0/1enUqMlh6rH6H+v1/wBf2FG9dhw5rEVzUq+GrCvLHUQ0aBpJgVlLzchpZEIN24DKbW5v&#10;7F2xcwvZXcHi0MBoCpatBwoPIfKtc9CvYOcX2++heYKYMAqSeHp1kAsT/Tiw/p7LPkdvZqCOOafK&#10;1VFnqYmaqq6KvKjP0tNDJDFS12Np4WMUzQqVURyxSSLdb6dV5PivbOYrHHCG28kAK0aUVickOwJ0&#10;k5IC4P5DqeNv5r22cvDDaI22yAIiMmYWfLMkpJ4MBSqkddkA/UX/ANf2vensps7I4vG/x/8Ai0tV&#10;PuXJ0NN46OsjyOJkp0hvmXo6l8jBQmmYnRppZIKinOvWpsyhfms7s81zJtqKkQgGpXGkOQzK0PCN&#10;nDlWIk1qa006lOd8y2m4W99eJbmIx/To7AOCsitWgRxpLk0ypOpSCGUHpvr/ALzxO1G0ayoFdRKA&#10;0cgDASRyAsnpaMtYgizW/F/eXdfx7jw+VbKUmZqEh3JEJ/uEjpKxql6iSN5IGkRDJBFLMWC63jsy&#10;sjKDqQ12Dn+K6ikjfbgZ4FCsDqU0UMASGySBnGr1UniUrc+3E1nb2V1ZqfApQDWApoAvbXThgK09&#10;K8euqGvSsjdkjkTxMUdGR0ZbE/iQKWAX8jg/UXFvc6k6jr8QtfUy1ZpJTRR1VPkDkqSWYxRQ/cPM&#10;aOCsiqXg+4ZUldbrHGb3HB93n51s782yRxa4i5UoEYLWvDWVKg0qRUgkigr0EpuamneGGSAPCXK6&#10;CpAJOFUMVIDFVqoqCxBArmk0So3HJ/2Htmw3aKTZWLHzQ1tZEkVHUSZLz1FdR1rVUU8kUWKlUy8S&#10;U7qYdR81iSWKAkbueXw1vNPAgRVWq0VACoqDkGpZWB1gqFIIK1r0bXfJyG0NwLmJLhndfCNA66MN&#10;rqAylW7WA7K8M165kcWHHtz7Qw+zM5tWejwC0lVWJkaTL1NBUy1ctTSzvJIMdXUOReYtDJHUQm08&#10;IWpWZVdDdfSg2AXkm6La8wwk2nhqqtQChDAqQVFVkQrqjZXHhkAgoaFizluTetk3e3vrt5YoPCeE&#10;N2FSCAXQpwdGRu5XqjKSGXTUdYo2c3DgC3IIJP5491+V3xA6jk3xV77/AIGuyuxp5qmaizccNNuP&#10;C43J5mRWlzH91s9DUYDJzmnnlTxOqREzFrJKFlUOb17Fci3u8XHOHLFqLbmF1kZZQqyRiZvilNtO&#10;GiLZP4dFWZ9PiBWGTdr94n3AXli25Tk3E7lycAokhLtazSxxcIRcwFZ0UsEYutXGhVq0dY3zeyed&#10;m/ypsrW1Nfnth75l3hlM7OMgMFQYjb+14cM0tVW1uamqKurydFjKqGkoKdUo6Wjjg1z1Kg/bQRlm&#10;xN5t+61u1s1/uW2bx9RNJdgiMxRQIgbU7tq8QKUA0JHGkUS+I5H6aJ3ZHckff02y1hg2rmvlr932&#10;FpHp8aWWe5M1EjjhTQqvLGXkYmaWV5P04wwE0rBV97BTsL4Y9zbMk2suC2hQrV4WCgoN5023N9zb&#10;uz9LRZGlP8Ozm8qD+7mL21s2fNx0/hoqWOoqKerkAvLJ4ZZ5wNvvsnzbt93tEO27PG9wI9FwsF09&#10;1OqU7ZZ08FIoTLoZEClw7DUzt4bu0k8ofeP9t+Y49/O7b/N4dxI72bXNl9HbtJGx8SC0kNxLc3fh&#10;V8SaRo4niGrsXxI4Yvew42V0f8n9x7eq91VXX1Lg9h7lqYMfW57c1TBQS4yaGpzElTm0TImtym3W&#10;wlZs+f7qaQwxt/mFLCp8ZA1r7be5c21NvR5dMG0SlleWcBTCInk8R3Vu+IQvCwdnCZISp8ToZ8ye&#10;53sdsu8W2wRc2Pc82WKF0t7dGkWRWESrAdGiO4Ewu4xGih2BJlYDwdY8eOfYg5fF9uUHaG6qXrQw&#10;fIPFdcYnC4yi3fsTbO7stjsodxmHIUmNrsW3krtubmwsm7awS0lYbQR4+WlkJWPg8srLnS/5m3Gf&#10;lqwl3612yNIxNHBPIGMjs6pJGqsY5IvGescjaVSExP8AppXoLW917dScnbJJzpcf1Uvd4nlle2vb&#10;m1ikjMFY5JEcgLPbS/SxaZIVBczxzxgM5PXQNwCPz7tU6Nzfy339R4SXM4ik6R2zSV9JVTZHcuMg&#10;z245Ex2VrsdLtzGbdze5pqqKiyVLMyLW1cNPMaaKMCeoGl5MuuVZ/dfmBFTdNtXZLVSxZpozLNJ4&#10;bsfp44ppXaON0NfEf9RRQK0n9o+Afultv3euUrnc12vc5eZt8lhZVjt5Wgg/UiSQTy3EFsqM0RWp&#10;iid0MjNWGGpVO/ZmoNyde9NUUGIye+szlMjhoIpMjWV+LpsvveCfNVlbiMLitm7awm0Vw6jNUm2s&#10;jTCaGmimIp1mJZ286iC7u7Hl2zexv92lmmhdGUuga5PiuwhRY4bdFZZDHINMcfwKdRcN4jQvJsnN&#10;vuJdSbpZ8q29vZXLssaxymOxcQIk00l5cz3fjUie5t5SskrqBKYwulRE/vZN+3u99l/IfbWwM7nN&#10;sbQymyZcnX7UoezYKeopt67GrcrRUVXhaWWCvylNUviN2w5DJY/Ix0lTURJkKKOWF0TwTPE27Nsn&#10;uGNo3eSygPLdxcvAl6gVZ7aWeJPCQoSkhWYC4gdImkUzxq6SYSRskfb72v5n9n915r2fbd6v4OZl&#10;giun21mVrO+SGSVZWDJGRrtdFtcQNMkbNbzOkqM4lRfewg7Bm/0v9L9Wbw23lYwmx48HsF9sVVVX&#10;0mMjzuSNJjavMwZVJ6VIJsPka+ipvuKhmSWnu0jRhjFKKd22Kfm/kHkzmDY7kzNYR21i0MhaONbi&#10;VYbfX4gYFPBlaILO3xrq1AhmWSQOUY/9bv3N595f3nb5A25me+F0qpJL9PFrkEJjIbUJY45pRGgV&#10;klwgYoHT3sZeqNydnTYptm79i29kfsaWCXbO5Ntpk62izdNhljm++lneNMmmaC1hWoQ0tJNOJL6J&#10;WZrZMe3iczQ2kUXuBDA9zDGrwXFuS63MQUKXkZ6H6jURqV0ioasusM2iNef9m5Ghv15k5Ua8gZ5G&#10;W4t7kxI8RmJXw6VMXgjSpjPiTqgWhaNFSvvYRb8wG5s7kcOmOyeZxlPtmpNJX1GUpY5JcsgpSsdV&#10;I2VGurqFnijZJkiEEiVUisHdJBHIm6cvbpzENht9h3e6tksJmEnixJSb9JlDBpAWlYFEPiIphfxn&#10;DiRldIpF5U3TZtqst0ku7G1nkvo9aLE1BFWQYAiJCrQkMnia08NSpVHXxPexE27i6pKSaneKpqpZ&#10;Io1eUQU5hMNPQxQy0kSrHEiUpnJaWApGC0hsNLL7GsduLbxLW5ao0xrUhdJCpGO1VHahYOdBPaS1&#10;KBgACd5voXmhnikWOMMaDU9dTSEhiasWfTTS+omgAOR172Eu74KZaqpbLS6UwldLVY+jxTV8iSRB&#10;qiSPUgmeeaGXyNGtANaKyxxoCFVQHLi1sYbVbvmCeRRbTmSJIWmYtQylAwBDSrIp0i0UMtVhiiL/&#10;AKa9SHy9M7W0EW20ZrmII7yrGDqbSDQ6cUChjO1Gozlqamc+9xcZmXCwVFTHVrIxHhpKgGq8R5Jh&#10;Wmp6iWONv2xqUO1mI5/UPYh23dGFoLy4hmS5lYKEca6aSEwkZKxNQAEKWAbTU1DdXvtrDSS28LRl&#10;QMsvbqpjUWZRUehpwGKinXvc5K98jkJqVHgnjkkhnrGaeD79I/PGfKI6iG1IoPjaORX1S2F1sFdk&#10;3jDcL+a1thHLakI5ZXpICCrPVHQCNVXwpEdWBkBqI/CELsnktPobOO7ZXjlAZVw2gnScBl+Ko1Cl&#10;AF8jxA97Afe8FScbX4eHMz4uSvNPS1ssEgWpkxhnDZKlheG8kDT0wZVkQ6rjTcXuMd+drJ2sL3Z4&#10;N4ltnnZEkbV3eAZAZYxpBKEpVUKVJYBcBiRKnKssIv7bcJ9tW4SJXKKQCol0/psQ1AwVssD5EnJH&#10;XvYJ0tVkayWmji8+Kw+OgFJRY1W800hEMQp5ahlnlWMLHYBNT6SLkeogRBBfXl1LbiIvabLbRlI4&#10;x/aYACs2W4fh7iwNS5qxCybcxbfbC4aRVuNwnfU8nAAajqVccTxJpT04CvvYlbYg81THSJeepM6S&#10;qqRiKP0sHYs7nT5LD+vPuQNiMX1lraJLrumkDADGPMsTxNDSnA14dAbenZbd7krpgCEVrXiKYHXv&#10;a9rMRnah/tIaGaWSulVKeMqJZJhI2hKaGBAZG8zFStgdRAAvf2Ptym3OJJhOri3kcMCeGg4oFoSQ&#10;f5EfPoKWt/tcKG4e5VViSrGtACBlixwKCvXvai3D0X2RtvbpzGa2RmYGnlOQSRaaOqqsbDBBLHPV&#10;VVJRS1VfiGWnqShNRFGyLITYDn2F93hcbBdvFtzyymUOHCktEKOpePjT9MujFgAFY8KdJdr9xOWd&#10;x3ZNuseYYCKCOmoqJSxDBUZgqS5TUQjNkCuade9o2iyUlNTVNJBMkcS0VTUzEKfIAsUyNrHDlVub&#10;/Uj+lr+2rLeHstt3GzgvVW3+naVs5qUZe4+YFeGTnA6NJ7H6iaCZ4izmRVHpxBx+zr3sa+ouu+0c&#10;ntui3ucbDQ7JaWpTE5PK11NSU2XmEzwSR46jWWavqS0qNGJBCsRYEeQWPs39oOaN2T6eOYs+11Yr&#10;RgFbWxDHBqSKnSSP9K3oBvcDfOU7S/utmSd5d7oPEWJSWhFK1kchY1GkhtJcuQRRfLrjqW5UG5BF&#10;wPxcXF/9gfY5UGyc48UuNxmMylZm5zJLT0WLAyscmumk1LGKMTWAY3s/K2BIHF8jn33araFr24ux&#10;HYqKsXJFD9pJqCeGnj8wMRLNvlobiKe4njWxBCs0g0EdwArqpWvywfKvl3cf1H+39hrvjbXcO2KO&#10;myG9tr7hxOOp2+/xb5WlliMNGyUgSo8T/uwUMr6YwzoqlwACSQPcYS86RbjcXVxY3EbeFcOwKA1U&#10;BQ2liB8JIZe7Kk1rQ9DrYp+Tdwlmt9j3K3kunUJLoYHUxLGlQNJemaBiaVxjrwIP0N7ex7647foN&#10;p9zdG9kxyCDHQEYHPq5ZhTU1ZHU4zI+VEBcJFS1PlPHEkQv7CXuVBa7xskE0cqtHcSPoNRUagDwr&#10;8KspFeBoKZPQT2zle6g2vnbYJxW5WbxY69tRgjjTIKgfY1eFekZ2Dtan3rs/cG2KgcZbGzwRte2i&#10;pQpPSk/QafuoI7/TgH3aT3LvlpJsfjKQu1RkKmgetSjgpZ6j+GTvUWEaVLpEHl8yNGshCyRI3D2C&#10;tGPJmxqIZbh1LRoGALGgDYpXHlmuMHpjlTZQ0M24XCJ9Kkb6S5YKXUj0oWUEd1CM6aH8QLR1HsqP&#10;FUlWfMHkpnmgp5KwM8P3QjhYtOi6TKkNREY5gpubEf09o3ZNJVVm5Mbtp5Y8dltz1VRJRYs08k1Z&#10;HQ0Ef3NbNU0WmZ6haeJlEsxCwmV0sVaRAxrv99Z2Fkb3tYRjjq0hmzShHCtK0HAcegpzntk+7O01&#10;pAXsYNPiuBVQXoooSV4lahalqVNCAxA2ZXc+F2VtLK7my1VSmkwdFE1TJNOtHHNUSlaeCmhmv+y1&#10;XUHQiG5ubf19mNfaNNFh48dXeXH1GOpXkFXi8nUUCSzxyrUCVvJDCYY5HjUHyhilm/LX9wXvW3vz&#10;VKk97rBU0XRIQaVBHAZyKZritKHgq5YuI+V4V/d3hOpADCRFPFSrcakUUihDDPEUGSZ7t35V7+3B&#10;FkaDzZLF5CspaOPH1GHiyPhx9TppakQxwSSyNJ46hWEkQswYEkqPbhFNj6+FIayCkmWSekqZ3o6S&#10;lp0gqo/840US0brTLyAIyya1e5INgdTcr+FEqPFqAYMTwOKmoFPKgBApipqOieTmy9N5eSxXR15T&#10;43ypoOGpakUFMNT04dKmDp04SihNAKujdKWWnphWVVVVrKlSPJSqyzVkDSzMwLM7RWQKFA4v7mpt&#10;7E5SoeaFJg7Qy00M9OsEsVNLUxxSpPlqTIySU9dL5YwI5ESd0ZtZ5LD2FLnaYhLSND4gYqDQGhIU&#10;hnDsddKAqQr0bUSKhtJ6nOtzZWEdvM6eECCQa6iUqNKsoDIpDHWrmMmgoxOegxqNgZ6lrGaMsZ4q&#10;uF6rHs0sTypj9VPVLiquijaopYZIKpjJAzQ61Xk8ayUTfmxdx0m6KTCYTNCkp8jVR1Wbx7ZCjgpc&#10;csNUaanq8bSzUtdkKiSoQmpAQB45btI0iKFLUNncwTfTpIqKCSwqKKS1KjUrtUqVYYqtaklKEi2P&#10;mbb912yS9nVS6nsZVYago1kNpdFFMq2CGUDTkkA5Wx62hhxUlfk8T91XinljpK1aSeaoq45IXqGh&#10;qZ5GNMIoqhWiBJVGVb2BJHsz9Ztujz2EoDHTwV9JkaqKsWVGljrp2oqdVo2inqIEmq6WVnPkTxMm&#10;piSzpZQzuGxJfxtKyK4aRmPhkVNFbQNTLnVjUKfFli4AoHuXecZ9o3GkVwyARCOvawoWqwoCFFBR&#10;gQ9cdoTNCrbvwFZBXzV6VFdR5XFRTY+ChkjhFGv8RqYp8gKiKmqpI6eqhijXwt5FkKr6RG/PtPS9&#10;b7PqWSrzInrKtjSOcdka6nKUqUckdYKb7bRItVPGkEjSOqiZdKxk6QG9k/8AUm9CxXj2T1cVGplw&#10;o04GDkqKk6QVPEsasTi59z7uOd7S0vEUIWWqAqXJ1A91aqMrQElcVIUMVEzB4rsyDHpT4nHRY7Gy&#10;RVphydFBNBU1n3VKY5KuNgIp40qJVRFHlMR5fRZrew6WPNbSyjY3MZts5l8pHLWYOjoTLUVNRGlc&#10;9FQ0dLQQSt9sKqkoUDzNEtO70zXUFgfci8kzvt17Dtu5TQmKYg6iSSoowFBWoU9rF6Be3yDAdE/N&#10;bWO/WS75YWyxCBTq+FfwhjraihjqYnTVnAoNRI6MVsbJYzI0z47G7efG4yilpqPMzzwfZrTy/YpU&#10;zyPVVUC/fNDW1JsoLMokt/tRSG7ux6Wkhnq6gKzqBDUySalWjIMRAqo1lVmaXlRbhWX/AGo+8itv&#10;5eJGgj9EAkEfiAFTT8sjzIwOq8sbRPuxhgK1L1CAfjqCMVwRg5PAZOOlzDtIUkjR0w0RAszIpBju&#10;w58FlUqpH1v7k4Tf0Wcx9NWUeT1LG9p5okZaWaRJKkQUa3Y1FQhZT5FWEAj0u7Bivst3DYYlkdZI&#10;wbVl4+WkV1HFKfkVxwPqi5j2C72q+Mc1o6K1SPMhSO5zVaLk4q2DRsNjpxpMRFHMVmplKaSi62WQ&#10;rGeZW0GEeJgxJB1E/n8D28YzJU+YqsJUb3qKOjesqqvb22hLULHXJl5qbJ/eQYyoZqIS1NfhaQAe&#10;IGdUabTU6UVRH2/2ENq6R3IiEjlkUfC/ergiIggktGBhQJA2srJRQCAZj9KbuPbfqJI40SSQ6aoE&#10;BTQZBViqrM7HW7lHpGrJVqh6qKT7WlePHpHGU/emAsC6IsjrawFrStqJ+v8At/ag/u1kclvTPQ5f&#10;MVcePyDbcSplhq6ShxuWyj1kn2lCcJkAftdJjSyRkSq7RCMSaCQAY1ukvbt5rlgoWLUQcFzqFCrE&#10;lTTIo9akKpagqdPu1udi2+7trUfUoJjTSS0aKFz4gIJDHtNcUU6qamolIailxePoloKOACljrYoC&#10;0Bd6enshmaOoQOZC4ka4Km4JvbkhG7vr5Os9z/f47by5HCTZupWrqafIxmKGgrYMe8s9mgo4hPHN&#10;PZIo5NCxw2S7yfuPy7vJZJDciNCTK9RjTpNCxr4aiuK6VGNDHgSTRLCLnrl02d3drHuCQLpLKalw&#10;XAUElqBjwYhSxkWvDpSbckllhpTJWHU1NCDCYSpk0SMrFVYlmSS17mxseQPas7Nx1R2d1/jxicZJ&#10;mMLkXkqa6bA5SCgqZIVpJ0K0060dbT11TSV6vLHCbRo8Ko5QcAj3+WS/toFhXWjElir0pVCDUBXD&#10;UYYVhpZlALCmY25OeblTmG7g3isN1CwQCRDhtQYau5GVGGHdTUIxpx6fNUNPVsVl0VDBU0MLrbjg&#10;kDSvP0v+f8feToeqhpMPXYakrXX7fF4Wrb+IpKIDHHRRQ1LRSyqxUxAqLqW1BS2oq4Psusd2O22s&#10;boDJ4gjI864oT5UHnjUDgVoAessvbC2k3fdN1huEAOtmADAmgJUedamoBxWvEDPVMf8AOSyx2Nsz&#10;qjfku3K/Ow1W5shsT/cEYHyqZLN038TxYamlgkglppThp76irh7qp9Z9mExldTZSnvGC6rOyFkP7&#10;D6QEDICiMQ2m/wBPpz7W75fy+B4shoGAI8sfL5Vr1OFvtE9rdrGydxA+3IrnrW977yOX25JCtYJq&#10;OavoBIuMmtHkMcSSfDMRJIIXhkulwzkn82Is6TOtPazakCgFW/3YfwwH9AfcLczcyw2iNGkqm4Yc&#10;PMDP7OpV5M5Tut+uUrC62uvuccFAHD/Y6rI7W7apMZQVcHkp5c5OyeCKNpWNNTxuVtKFaMIx/wBq&#10;Nz/T3FpohUPLPUTCKGmQzSySD9uOJB5HckEehUBv+fYD2HbrvmvfrGwSUs0rANp/CCaHPkacOpW5&#10;55o2f2w5K3C7+nRYY43NWPEqMH8yR+XQHdDdTb6+UPeuw+q9pvNkt07+3JjcLRU8Cu3289bWBFed&#10;mbSlPFCGdwHPpQj3QvuLeu4Pl1/Mvw1JhqmIdXfEesrc7mZXkY09TuQGTHY2hgjcp5atstDBGukN&#10;41pZ3vY+5w2ON+cvd/Z9o2pR/VvldWqQAFeQLp1CnxOZqkHyWNvzi632qP2q+63v3M+9xv8A1+9x&#10;SjsD8UUMv6iRilaJHavQ5qXmUHr6dHXXV+zfi98ZdgdKbagCY3b2zsZsbHftx+XJTRY91zOWrZI1&#10;AabJO9RVTScapJwo+oHu2371aKeniq3RklglqjKo8hQpodjJ4yTqPkYszcCwHvL36czxSvGhUg0p&#10;/m/ZjrFrlm2WHulUmQGleH+rh0TXtzH5XemCzEu2zUUzwTUuJOPmdA1YsrxqojeYpDGhmgChF5aV&#10;2JPA9gL3dQVmbxtLlKHfmW2fHSzSRGWkijmoqpaiN4YvuYkhFSsYF2Dq39sXsF9jDlfmDZuVTcSb&#10;3s9tc2jBQTJq1KxYcKGndWmRT16mPbbKTdIWtLUHxKVFOP8APBz69OPxhePYmXyW2st11htzVdXT&#10;xVMklRAJMvTfbqlVX+OTIyS45pbSKAqCNj4wNTHj3Wnl+u+9cichVYrteLKU6VMxp54s9mYJ5aON&#10;1t5Kd4PQpLBVKBkJ4BvYHJrlr3R9nd2iRLTYlIVRqpDHRTwNNWk0r5npZc8v7ptkoa4EtCgwxpx4&#10;fDUD556sqx+e2gVpof7uPizIIlWGbDUcCUzkGRojJTBkjNOq6muQQBf2G+Z67+Ru4xHTYulxG8ql&#10;SIFx65WhXJVccyzU0uuaaL7mOMVaFW8yhHZhe4uPcS+/VtyhuG03Nxsey3w3nVRFRYRE0bISWbUz&#10;EKrfhHZ3A0JFOh7yJfz2Mqi5voYrQtUk4OocVB05NP29O2d3nszZ1JU5HcOSp9v0FFA1RU11dHNT&#10;0cUSQmeRhPoMchjjBLBCxFj7EvrL429x46rwZqsDNgo3yiTZqlrEx9eY4DG1PPFSVCIuOSmqIY1E&#10;isLSqdR55OFHJO3878sbnaNt1o0Vo0xLpLEukgroIUk6FV1prUKdYHAY6lvmrdOUty2y5luL9JJ1&#10;iIRhXjggkUqSKY6B7cHyg6WooayaLe+Nq5KamnCJSzyRh5wiyhLFIpzMqr6SpFjxcH3bx171pgtp&#10;4Pb+BwFHFJjI0C1uQEUYnrK+dYPvqmtEKqDUVNQsilhcaUVVIAt7mSbcGgSeMnQ6AUWlK8QW9CW+&#10;Img7icenJj7xfPe6pzdYwTTNHH4evSD5l+1a5woAp6dMnQuezPYGH3pvjdqGnztfuGroqOiMv+R4&#10;nb+PV/4JTUKzSO6q2PqVllJsz1LuWUE29jL/AA2p2/SfxSro0gWnpzMZNGl1Q21KWii1OhjUWANy&#10;Sb39kH1UG4ymzjlJ1MBTjXOMetekXK8dnvngK89WYCgJ8yK5+w56B7tLdTNka7aeMq52rMhWNSKi&#10;yxyJI1yqokRqR43IW9/pb+n09hPvTsHC4nbj5tKukhqMlSJWPUmEzlnOqCKHTDqaQq1uSATf+nJP&#10;tisI7meN5P8AcJG0/ljP8/y+3rMblPaZrDa9utrVKyNGG1H5geXkKDqu3b3R+6e2/kZuej3ZT5Gs&#10;2vsPOttHDYGkysFBCxRqWsrcvUwtcSy1LzuVa9j4UH0Hsg++83vLfFXRx4JMpTw5RWkM9ZhHPgig&#10;nhZqub/cjFHTQrFGAVdUdRqW/wCDPe1Ha9p2xZ0kSOYqNOoE5ZcBqUIyTxwSv29DCzhnNxIl2wej&#10;EYIHl+EUWtcUAqSeAJ6uY2LtjYPVuCalaHCUBxggpWjpp4CVmUEtAiCJZ5aoys1wCWYjgCxtXD2H&#10;Qd0S7jqKqKLA5BKOprKKJG/vJBVNR0EtO9TE1clXFQVDr6SXDSLIyOAzFvcFb5tnN2970t/FC01u&#10;ryBDE82IkIYrl0jfSCoNNVc5qKdTRtsu0W23NGAEbQKlgvErTNakU+zHQ8Y+WgemgelHjSeOOaNG&#10;ARwjqzoxWQBk4U/UD229u9XQ/ITo+fZ248VX4vsPbhrM1tcSRTRtiq8UNTVU1Ak01I0NTjctAqI6&#10;mQkNJckNpHs395fYwe6HtG7fT6ea9ujee3IADigJNsxNNSsgppqe7SdXkV3tv7iPyVziiPPq5euy&#10;sUgNaVJUCQGuChzgAsPKnWNoxTVz1URhWKoaJKgLYmZ29CFxc2kjtfV+RYfj3rrT08lNPPTzIyTR&#10;TSxSxkepJInaKQMOLWkQj/Ye+KMkbKxBXA/w9dAqaxqBqOP2j5dPXvEIWP0Xjnni/Puigtw63GaE&#10;nr3vJ9uf9q/R/vN/fs+h6t4jenn173//0aIc5QUlIktRLIzyar3YlirubAKCTfUxsPfRNo7aLUS9&#10;W40p1isbmaakYwvyHW/x7CPMVyxTyq4VnYyNEpAAZQE5Zh/rj2Htwu3t20BaynhXA6NbeNpI9JPw&#10;cfz/AOK697YEzMaAx1SIpZT6VIunH0UXJOk+3rKeUKhukChh9uaeXrnqsq+cfEde9pgPUPXD7ZWf&#10;yOSoCnUwuSPSOfaeLapJ74GGrMcgfbXy9Pn9vSl71UtyXoFUZPD+fXvYvZzJ4xMTj6LmoycFNAtV&#10;KDaMXFwjIxLa4r6Sbn6e5A5jg2uLbLG0C691WMCQj4QfIAcajz6CG2Ndy309wBS3Lkjz/n6de9oa&#10;oyTKqeIhWEg4XWBZTdfrxcEX9xluVkVh1x4euR/sdCy00tUOaL/g697UcWWqJaaETElUFg9tTWF7&#10;f1va/sNXAfTRlOB0Z2wRXLI1R172446riqKpVACSWABIIDBeBe3Ct/r+yV4Wdj4fE+nRzC5jSmvH&#10;8+ve+e9dn1/2lNm2x9QlPUk07VDKgjLwEFLhQGGtTYH6ED2EeYdnurcW92bdhA5K6iDSoHA/M+Q8&#10;+jjadyinkaBZh4o/Dx66uL6bi/1tcXt/W319hQ+GYNqCm4/Gn6H/AG3PsJNFpJUoT0fidypIUH86&#10;dd+8i4xk0u4Krb13AAAvcm54GlAWP+Cn214PY+j4hwr6g5B9KZJ9KZ6c1St2hc0r+Xr1xvcixH19&#10;Q+pI0n6f05IPu13oH4QbU3DguuN95LIZOvyGTo8PumrwtXFSPiiIga58f4li88lPVRMqtrJII/2H&#10;vPT2s+7Hylfcscm8/wC77vPLLcC3uZLdkTwSmssYyaamDoEDA+ppx6G9psCfQxX7O3hgKeHGteHq&#10;KgDol/cfynh69m3riZaGnp4sLUw4WLLCpmWphqcpHFTQ1ngaDxlqWqmZlCsdYUfS1iWz5E/H+q6+&#10;yO5tyR0FdT0+T3nm2xWOoKLXiMZtmGotDXVtWl4qZ6uedFgiVmvHyfx7gj3o9prrkq+3fensnigu&#10;91uBbRRp+nHah/03lcCiNIXRYo6g6MkcOg7dWzWwDXBAndmwDwApQ0+df5dGA6w39Q72weIlo6uO&#10;tnj27hJ8pOZAsv8AFp6SL76nWnkInYQOpMj20h203vceyx0kktCv3ETSxiMi0kQZdLEgKdahSCTx&#10;e4PvH4jTRWBOk+fH5V/yDpC0IcDxaEEefQo8MPr/AFHFjYjg/wBRdSPYrVW+63fOIoMBuR1qKjFx&#10;ePH5eSN2yphF1ioZavUZJ6eEm6B76ALfT2Io9xTdbe3sN1mIdBSOU5IHkrsckfw14etOgpc7ZNtV&#10;yb/aoiyuf1EGAfmoGK+oHHrBBSU9MZTBEsXnfySLGAitIf1SaVsA7/k/n2H0uArKWp0SIxW/pkYW&#10;V1P6SGPBNvZHcWs9rK0EoOoZrTBHqPl8+hHY30F9Es0TgqfQg5HEfaPMeXUj28U1HPSESag8Issq&#10;IyuQGINyFJIt/vHtgg5oRTpUqr3FXNSfTH7eve8NRFVUWTppKMsk0mkwkE39TqRpN7+leABxb2hl&#10;QI2ePr0/E7KyyREh1PEde9jlW7S3rWbc8Geo6PJeWGKooyIVOXpuF8KwlYUlqY3awYB2+vswksLo&#10;2huY/DkUULCveK/IgEima9GB3iYyx7ZudvJG0mY2ZaK3odYJGa/CaE/l1g80CknyIFUXZi4sOQOT&#10;ewFz7L7nMNW4WrajyEJpaxSXalkKfcRH6hJY43fxyD+h9lYJjqKgk9JZoZIXkQgVHEenWYEEAg3B&#10;FwR+QfofZgPj1DUHL1DxC8UOQoGkIJ1DWk0bD0upsF+vs525wLO7Qkfh/wCfq9P7NqXfdpdAa+JT&#10;8iQD/KvUHKWNDUg/Qxt+bfj2vflRBHNUbKLhS5+/Z9VreNQikn/aVLHn6eyqVcgqDSvQy5zwbOSn&#10;ENT7BSh+z59Mm1X10tQLgqs5K25H7g1nnm9+PZB6/G0b5emqirNKk0aKrvUPHGQ6k6IKdQIyFXUC&#10;xsT70aGlPz6j7WSTQdKr2e3+X7tz+8XyN2w8MLumHxefzcshjH7arSSUlMSWk02eqrI1H9olgB9f&#10;cje1O2PuvPeywRqSIy8hp/QUkV/PA9SQOPUY+825R7b7b8xTGQAyRrFQmgIkdQc+oWpHQFfJLcKb&#10;b6f3PVkB5Kt8VjYoydIcVWVo/urtxp0UEcr/APIPva5p6SfLUuNoIJZI6GnhhEkojI8iKukXBHAK&#10;j3ktut5yz7VXHM/N11HFPv8AcdkAbzAFKVGePGmfLrG7YZrvcLC1sELiIIDTOnUeJ9OvnC9nZjav&#10;x37I7j7c3FQUWS7K3Bm8xS7ao555DHSipmJlMZid5RNFVgl21BbLpHNx7EWnaHG0/wBvCpWKJAtl&#10;U6m9Nv0ryWb+n1PvDW85u3rmnfpbq8mD7pcEklmICgmoArkL8vl0bbhyfBMiXd2lYVzSlSaeuK4P&#10;VY1Z2duLeO5a3I5KtapzucnlNRUS1C08MUhk0eMSymOKLgCxa3+PtnqDV1khZnEUVx44wP3GXm3k&#10;P0VuPxx7EH1+zbYgthbrcbiB3uRUBvPT50+fy6N9s5bvoFM31clvZvnQCVBHqP8AKOnio3fs7BwC&#10;ip8JQ7p3JCsqVeayAkNDTVUoT7iOALaSZU4CsQQSOOPfKKB42NjwAOGsSxPHH5Nr+wbzBdWU8CyX&#10;EX6xrpIxSnl+zHUx8kS7s9+trZ3LGOorqFaj/iuPQM7yr8VV0xqKqgp4qlw7I9JanjQkgkaItHH1&#10;HPPuS1wCtrkizDSG/tA2sQbG4H+PsJ7dZyXUyEPpU8D5/kP9jqV+ZN6tdqiNs0KtduCCaYUUGWpw&#10;yDSmegyxFHU1jCWKSSKmjbULMzFrsrKSb+R4w0akc2uOLEteqX5ZdBY3sjf9T2D1TipM1vzDUsGL&#10;3tjppKabC5elpUUxVNPi6lwa/N49CI5paY+QIqqxfQLT5Byhe3eyxVh8TdYEYyISAwjp2kpXU7gc&#10;QldAw2eELL7r7dtG403W6jt9ueQLDO6yCMvX4HYKVjUnClitfXr6Df8AIV7w7d+PnxI2R1n8vNxY&#10;/a3Uu7Gq8/8AHCqyX8Vm3Xt7b2Wyk1XU0O58nSs9Bg9p5WtkNXhxWRwsv3EpMngaJVCvAbk3ptHG&#10;rSbkoabJ1bLPRy4bI4PP4ZqKCGRVoaZaymxdZR1sdPH6RpiRrW1aj7R28cEEfhXFyv8AZ6dFJKqK&#10;emgA/bWo4non5l2qTfrt9z2Ro++USa0kTSSwqxXvJp6ZPr1dNltsdbdg1z5Pa2bqcdi5a1c3Q7u2&#10;/uvZWcx2Ur677j+Iyw0cubiyGLeokCubyvExN0CmwZXrvjdeco6etP21BIkgRsdiaOQ0UdMt4VV6&#10;/MU+PmmkISxCxLZgfx7NLVElhWSS5kdAMhUOllH9Jgn5gVHA1zQEUPJM1tI50IRhiXfUwNa10qCa&#10;EmtSwrXh5lHr111ntCaowNRDW5fzJPW02Z3NmoTlarITTx1TLTUmAlyIipkmI0lmDaWsoubs8dVb&#10;7w3WPYtfvbaGB2PJvz7CRsxTz01LUZesxFUkdPU1OSzVGsctDrWmZIo1Zmd/WVI4Ii5U2m7srybd&#10;tr2+MTIG1KzAuEK1JLUUKxGAoGa4r1X3P5Cg90OTl5K3/eL6LbSVZZYqKFeOrIFQk+ICcHWTUD1A&#10;6QPcmw6rs7ZOL2VvzM75h2DUV9LSYnLwCSiwozkLvDiMRS7ZqR93uRfNVRn76bRHSsmhJBchb0+s&#10;ew8X2Ns3A7wxIY0GapY5wr3aSCVF8UsD2VSXinQq3A59ytbT2u62UN7bODDIOGKqakMvyIIIpxx1&#10;xa595O3X285u3rlXdHC7hZTaNQNAykKyOPk6MreorQ56oR7w6bqNk7q3HtHLUyJUYKpqIJpDGoiE&#10;YqQi1MBsymnqUfXG17srA8Eke3nM7oxuK1xiJamoJW0MSqdPP+7ZeUX/AFgCfcL84848t7DJJZbV&#10;Es98D3LEKKrVyGc1APqACfs6lr2y9oecuejHe3Fw1ptFP7SU5cU/BGMmhPE0HVQXyC7q6q6xrP4D&#10;t6JNyZdUearhw0USU1HVFnVopcg0UquvkT1GMNYkg8j2gqveWYrmdIaWCKG/GhDrAv8ApaRmJI/w&#10;4+nuJb/3F33cEaJIYYojigXP2Fjx/YK/LrJ/a/u8cicuLaz7ju91Pe6a9zhVr/EqqhNfQ68A8Ccg&#10;j+a+UXZO6WqaWgweFoseCEBhpPuqgIOEhqpqqXxO5AvdUFwv9OPbDI9TNKZqiAR86g0K2AY8k8cA&#10;35+vsLSNcXEjXE0AVsk6FoBXjWmPn1J1pa7Xttmu27XuTTEClJX1GnkvdTHyp0D9bXZXKV0mVyuP&#10;p6U+Qu0tBTCnhSWUlpGZKa6Izkm9jzf2+0MeMy8Zikljo8kgtBKQfBUteyxSG10fUAAeL39ijaIN&#10;l363ks57lLXeIwDGxB8KVjwRzxQ4wxouT1GfMd1ztyFeW+5W23y7jyVI1Z4AayWarlpLcE1kj0lj&#10;oy1R5VqBo2ZjOs+zqSpweVzeM2Z2NRGGDbeamhmhwe75KhTHHi87LpZMblZalUSCcMsLqxLkFfaR&#10;7C62wO8sGMTu2lekankeNa2EKlVSMyECeBysoaNwbkMuk/m319ytyTtfMLSS7PLtDO8Kd8WsIx7i&#10;NcJbsbA7RWjVOajqPhz/AGu33y7zyxvkc23XABiY6nVgKVilVQrIwYGuKqR8+rBvhH2r8k/jD2PL&#10;WbC27PLuCnoo4N39f5h5osZnaSjq6aRa7HRLWU9PNUfbToySpKupXOng6fdPnyX+GvZ2Aarzm0Mb&#10;NvbbMzu9PU4dIHyqQhAwNTixN5XdQp1GDzLYXNvp7Fu4cnbsDI+2wNPGMlSCs0eOEkRow9ARUHjw&#10;6n/kP7wHJm4sm28wXse27uBkSH9BmrTsl4AEZHiGtcUPEbpPwk/mM9Kd6bfoMFuOv/0Z9kU0Ip81&#10;tLdAqKWOkr/I4EcORqRCojmtrRZxAxVhp1gXKl+E/wAGdvVlDQ9udyYqqfLVJap23tjJRRrQ4uk8&#10;i/aZmro5Y5fPX18JPjEgb7dXDhY5RdTzlHkKK5tU3jeoX8V2rHFwAUZV2rSuoZAPA0PGnQL99fvK&#10;Xez3jcn8iX0JVV03FypBLFgytHGQQUCNTW4I1EFQSoYkPfnx8093Y6pyXUfSNfRSPEhgz+extTUS&#10;ZCqqQpeqxVO+PPngx9FIyGSSK33JiMbsaeRhLcPNU0cdMlLRLAKfmMHxOgA5jVVZiZDHrUADUQLf&#10;4e5hggZSplY6xSgJHl8vPrA+S6ubiRpHY6mzxHnmtBgV6pU2t1nlYMzTZHMrlWzcWuqESV9I5E1R&#10;LBXTllQSJHJLTu80eplf1ajYE+41LBIscgQsodv81IQVLXuSmq4K88f63tZK6lqkZpxHTRmNaE1b&#10;pfZ2pxy1ePqKhYHFJSqy5Wm1CSnpS6U0UVXHSqWWNpGCyrrRmlRlVRcurhOFijurhtDaZmkhC8rI&#10;AAoOkMBbhuB/h7SRsXYBlpXhnpO0sqBQYqfn0nsNQDLV7QVsNRGFjeWghpGSpiR6umpmkbVKtfJG&#10;nknQyR3OsyepvwWL7ujmaWFY4wSJVldkIazjTHosdF7/AJB9mJhmULIWJHViZeyVuIII8+Hr69DQ&#10;m1s5glpMjNk2NLTrTPj4ogscQENQr1CzRLCZZoxGocKtkv6QObe0OKc4Opp8dKZXp5NAxtRLOjKm&#10;qaJZaaWdrysZDJrDyFibNdr2Hs2QiaEmAZUHWOJ4YI/Py6P4bwXpaY4kBGoAccHgPIggYA4HoYsv&#10;Q/322nk9w42GnFdjKTI/3oxawVEUzLT4yY0uQpsZPG6AxSREPDEEZYXWyAKW9qabE/3kxrqk1bQt&#10;DPDJFUtGtLURtQV0TyMv3MZJp3andWJQrLGSV9LBvYR3fd49rhR2mZQ8lBpqrFlq2nuHB6BSKZVj&#10;0Mtnnbb7p5BGj1iYkVDLSRCoDU+FkDBv4lkFKVUjqrvfvZadN7jStqaXC50ZvHzmPG000VRRzRZf&#10;bNeKWGF8cq00eRCVMNRA8cqNBOImmYmKSI95SaClVKZAyrF+wC5SzrGPHrjsxIV9N7H1C/uNJrnd&#10;rzcZ5poo/qSquUAYaBX4Wc4J0EAUAA4VNCepq5U2lLm2WRCWiPAgZJrXgOA/yZ6qo3lndy1e66yr&#10;nhpVyctPT5Kopn+/WSkp6yKOrSlqaiaVo5ZHo6hBqW0TMFZSVBJafJANUblVdQrEcBtLcgkXuB6f&#10;r7A297rvG4TwXFlGXDal0CuoaXKHT/vND8x69S1s+zwQqbeXDtQg0rg1x9o8/tz0XPeG49zZmsos&#10;jjoairEtPPRx06POCjUlVVwVZo6ZAml/IjepBe6m/wBPYfdiYmLK7byHjYGSnp6ioQ8WMYj1PcE/&#10;gKfci+y3PD7PznZbddWzAXrxRNUHtcEqpr9rU+da9THyDay7XvVlIjRm2eVFxQ+dfJjwPHHQ8/Cv&#10;vdtifInY1PkaSSKl3VnMNt+pEwlM0NbV5Wlo6SpQA2kQSzuuo3vq91v7pLVJfwySWiaOFhDIVDaJ&#10;RIY/SfSwI+osb8e+mOziMRDxIwQwrkV+w/YeI8iOs5dlt0QKStVZftFOH7Ot3HqmBcd42rKeLzVX&#10;kypepgV5KZaumMEE0DSRMWp3p5gVAJRiwI5sfahosjR7mxBxuXvS11OkMS1arI0TvD6Eao4JLAFb&#10;kc/7b2XXFtLtF79XZAPAxqQaCleNP83S5rP6R2ntlWjNUiv+D9vQW5ram4+ot5Rbn2QVy228pVV1&#10;VPt6RaeOspKStDSzDBkSwU5AYOyUzFQxACsg1H2DOSp44qyrpJZQMlSzSxeBhrKMkhUFVjPIa3F/&#10;x7HdrcF4YJkQfTuoNflT+R9fQ46PbS9hQ1Mor6f6vTo8m2sq9dh8Rl6OmkO3szQ0lXFWgiHyCopo&#10;qhI5vPpEc0Nm8gH6SeR9PYaZ3Ze68j5pKBI45OZlSRLM8lzZkAcNGLW/P1J49irb9+2e2CrO1aYq&#10;PL5fb0eJvMMYGRXoZMJ2dsPGrFTVteXkST7aWZI3kRGREuJpzZJHAe1xYWAA+ntHLiN1RQtTZmli&#10;x9TTNrepDTMGg1BS8bMqJJLyLAlFH5P59nRvdqkcS2jmWNuC4x9vn+wHpSL/AFuDGQVP8ul/DuHa&#10;1YEq8JWJl6aqYxpTwOhEc4VpGE2kO0d0jbixJP0U+xK2VW47bENVlstWrUy+JzTojJP5pBfwhpRC&#10;Ekdwosq/tgHnULH2FN8t7zd2itLOCiE58seZzw/PPR2L+2srUyyy1qP8OOgd7Wwe4t8R0O3MFSLS&#10;QSVUaV9QddETTIW+6MUayI6BV/tgCVwum66iCmctuSj3DkJchJUyvWXlb7eZHZkCgxRqs/8AmSsC&#10;ngAg3I4+p9m9ltU+124tliHgfxClTXPDjnP5dRdvcouruW6Brq+XzPS425s2XaGHpsDRUNJTYqN0&#10;BnoESkjmkZ1lkcUUaIsJnlBBABBHF/wAtq8gaTIeRGPhlHLg6SNXBsbgAkX+v+929jGG2WW1UFe5&#10;eg0bYSKFIq1eHQswUiT0QjZFLRkMPxZRx/Tkkn2Z3qGrp8rjspFVJrEVXTGFhF6njNOfQWYetVsw&#10;H4ABt9PcR86wvZXdk0DfEjV+R1Y+z/L1MPt7ZKNrurZFVXMleA9OiW/I+HJYHLbdrMROsQrsdk4q&#10;oTSlolkiq4CkkMeoGOQCVdTJZmCqCSAB7et7bbxudosri6lTRUmSo3pGkjBLJ5EeNakOI30TUzOH&#10;jI/Syg/UA+yewuJVRQTrOQaHS2kihoRQgkYxQjiOlm/ctrf213bgUdkND6EZBHpnpLdabozGEXHV&#10;iTSZqtpKl5yuuNQ3jKyrSpGZI3KyOullIPBJLDkeyO1u4KanXL4TMPFS5CkFVQ1kRkLR1E1OrUVc&#10;Ea0qqnn1AG1mWx/PuYoXWe3QSIArwassACh+I1pQaakHUMDNKHGPNZYri6sbgN48J0MDXiOJp5V8&#10;urCKKlSpjoMljw8tNVpFVxhlKFIJ0E8D25trhlAI/sspH19hzhtpzU9dFTUWTeSkybQ0WLgaWnlm&#10;qp66v8MePWELHYw1VWkcbuNAJ9RAvYj2jlWXYbrcHaeb92xwFtRKsQC7SMGAVaeGKqjVY0B4VCgx&#10;tFRiqgVY0FPMVwP9j16e6vKU1NSVddVft0+Oinqa+Sx008FLE9RNJqAOopTprt7E6h2xuLq7cmLq&#10;MxkKOopqyONK6GBmJxbeQToHeSJVq4I5J9Jkjtp5Oiwv7V7as27Q3jwTPJExICsNIFAx7DqOqprQ&#10;FY/sqcPXVrPad02UJyf4R8/szX7OkTSZ/FdhYCrfFwVbwprWmkqYhC1TbWBII0kaWLWIwdDqjC/0&#10;9rLIGqrc9JDLAVjYyJGVQq7nxERa7sbNLL9b8/7b2bWqxwbVE4lBkABPy4V+wDoR7eUSOOKuoZBP&#10;2A0+zrhjY4cfhI3WQeSmSJ3jLahF4iAyg/hI1Y/7Ae0Xu7FEzY+VlkULUpKASbsLgqVUI11XSOR+&#10;Pa62lWVYy3cElBNPzUH8iQT8ga46Id9eJbiKNSNX29KPEVOtJkV1cqipr1ar2VT9fobBgD74dnY+&#10;Q7kxEVi/2eLxkUxUKTHOtHB6EI9DDj6fUX9mfKd0v7qvJCQPEmc59NR9eg9zBJI1qYSCAFH5Y6g7&#10;GqI5MLU1SemOrzOZrEDH1BZslUn1E82vwP8AWt+Pag2Vk6vaW6du7nx7tHV4LJ0mUS/rZ4kHhrqZ&#10;1WSLyJVUckkZUOmoORqH1BHzbaw7vy9u9jOtY5IW89IBAqrE0OFPdwNaYz1jbz1tdtvWw7vsl/Q2&#10;91C0fGmThDWh4NpINGpStDwMnc1BT5/A5fDVIQ0+Rop6VmMiIIvILR1Id4p0VqaS0iko3qUce7Kd&#10;+b+3Ptzcu56fA43N7iyj7TTNbUwtRNRwYTcNdFTxnGYWqrUlqjgsxWVryxqyRGk+yWSaZ/HCvj59&#10;vfT2h3GG02eS43VbSR7dAQsM0iHSIS4Vmjd3U0YqVSMNI1aHrmrbcu7buNhYSXFzBBardmG4koRJ&#10;CFY62AC6pIwtCQKSGQxxKpYjUX7YeHxuR2niZKqOhpkSeqgyEsLtFUUJiaST7hGaAy1McsSK0hJ8&#10;pndbDU1vaE3q++sxl8NTbCpcTnYKnN4Ss3nJk0m+2ptpZJMi9c+1q+g0U1ZksfPGCqkvGBGyyBC0&#10;fseHe9ytf3L+5o7VaXEXj+KXFbZjIJGhkQBHmDAEV1Cle3U4YorPb9kgtb/+sEs0MqwSLbqhXW06&#10;FRH4yPQpHIDWpzksppqoLmFr8djqKnmyRagWNTDStUBo5GeLx6fuI5FDReVZC6BragSRe1gHNeMl&#10;QZGTHPEyF6iaP1GRZZmRHl1KoLgEWZAF1AEW5t7lW0u2kaHVo+mavdnhp1A1OMgH5YOcdFLw21xE&#10;sxb9QClBT4v4fQsB3EfwgnhnoQYaiCSKOVZI9MihkYso1KwuCLn839oWp3QtDVypVpJSQKjIJaqW&#10;GKCeGJmiqFGmQNK9KshLKwAYi4W68UuOZrC3uXhvkMKpkOzIFbS4V9NXJOmoqDpY5CgkHrUuwySw&#10;eJH3NgigyCDQE/ImuV9KdOduPp/yLi3tPzbkVohU08+mKrkNOjHzwwSzpUhXk+rusbinYRkMqLqL&#10;+oge093zHbSwQzWU2qKVmVC1QNfiaSwFaqvYdDiQKaniCSKptJWXSyq8iAtUcdJHw4ORkVBrXFes&#10;/sOst0hTbwycW5sblty7Xz77koc1X5nHZwwZ+SmxtJX1cFDgJZqrN02OxbZCqp6eppfF++lJKmk0&#10;5QmJ969p7DmDdF5jsri/s90fcUmknil/W8OJJGRYWaWVI4vFdEkiKaXELU1QtGoFsHP7bLaS7XeW&#10;lndbaLRo0jaAGFSzKHeZU8PXIEVnSTX2llIIYEjgx4IsbEWv/rj/AFvZqqjOmgpadDM1S0LRqJiP&#10;EwJjjZI2A0wI1ybhRd5L8AtYzZFaojyyysViKUPDjmhIAABINCBQcAAKU6iSPajeXdxOkemJx8Na&#10;qBU5HHB8mqSVCg/CK4NKj6j/AHk/8V9wcVl8hkcwoeCspZWliEFNDS1LVU8jpGyiOIhppHkjZr2W&#10;xBuvF/d3kto7Ni4Ig4VcBR+ZahFOBwR/SJ4XudrjitJFLRsoUksSNKgcKmtBmgz9nXTaYlMjEIoH&#10;LMbKLmwuSbcnj2LOF2tvrIS1P2mDymQSdArD7KeRYooFBR6SQo15hGoVhz/iPYbvt05etESSfco4&#10;9Jr8S0rSmRxof+K6I59z5ZtFthPukcTr/SWtTxBH2k8em2erpUUtLPTqoLC5lUBSrWN7MTYW5/Pt&#10;fYjqjubNLNTfwWmw1GZVV5MnkIKd/VIFH3NHS1FVWwIIGQqoi1swe4CgEhe9515NsZDKbxp5tFUV&#10;EYhqVrRmVV9PxGlf2kt/zfyPYkytetPdUNAqGnl8LMAv21Ppp8+meqzmJpnF5ZJZGVykcUFSRIwA&#10;0qjmIRMSP6utv8fwYXbfxhoqR5avK7knr6mEaWioMW0CQyyKAzu1UZRJpBCox0kjm349x3ufu3PM&#10;EgstrWOI8NcgJIGRhBj7KH7eo8v/AHUZyIrTa1ji/ieTUSBwoFUAH1FTT1x0i8jvupVkjgoqangk&#10;JPlqaxfKFjKm4ELOqsDYEEfU29mD2z03Q4THyO1SceVKpC1VJTM7kp6VWnEMDiVmYk6dQ5/J49xv&#10;ufPNzuFyumLxQeOmpAocnVUin8/l0Frvnm9uHBMMen5aj59BLn92jLZGOkpYanLefV5EpqapaFBH&#10;I9y9WXNPoJBAva5B+g5CtOzMXtygSvrMhWNGZFYSU6RgTSSRvKJCZ4nJjVVNithb+vsnO/3W4ztb&#10;wWyauFGrjPy8/t6KLjmu/u5jHDClT+XTVBG2eq5cfDiqWOojitorJHVxyoVP8lcEzHV+eSOTwD7k&#10;7bpcfuav0UEn3GPYy6Mg/mu5sHjQl08QkZAfopJHtjcri42y3EkwAuD+EUp9uM06LrjdLuM+HK4E&#10;3p5dZdzY+PZm3ZcxPTO1RSwCSahhNK5shKyOjCXysmr/ABuAfa+yG2YqCHyYMQ1lZBdZUeRdQfQX&#10;tElmi81h9CB9Rx7ILfdHuJCt/qjhbgQPyr9nSZ75yB4rdp8+H8+gv2luR9xzSvuWhyOHxtQS+Pka&#10;BmjewjVDLISkwickkaSfrcHn2zxVOcppR93jDUxzRJI9KUWExxkspaVm1ISLX9PPI+ouCseLb5kH&#10;g3WmRTQNxqeiqe/RW7paD/L6dCsmz9t5CnZ8RX/bVKMUiq1kepjZ0Ca0KReASKGY3BYAEc829xsx&#10;G8ca1VNOUSVQBSRSRSIj3AuwUxB2K/QrGSP63B9uWLB28KaOrA/EwpX/AFfM9Et1vNO1WI+dCD0u&#10;NpbdRUNLW0sdS8bl2rqileMzKeBHDI5ncIrfVCwX/Ye4eGqq15Y2u0EI485n4stwf8lZUDG/+v7U&#10;3sNuqMqKGb000/n0U3G7kqVExr6V/wAvSqrNqYxw7HHUMrt9StPH5ntwB9xGFmT/AGDD26Zdf4hG&#10;aeWpJgKh45IEgSYSMTdi8cPmAb82b2isiLdvEWPvPk1afsJp0US7mz8AKfZ1KweEo8a7zRwNHI6q&#10;rq007xBU/SBFJK8epb/09ovJ4arqqeGAtDURxEeColjDThB6SxeNS7FeQLsD/Uj2fW13DDK8oUq5&#10;4ipoPy4D16YivUR2dlNfT/Y6WUbRg30AA21LcqAOL2AIKg/Xi3tnoqaak1UUhBkA0mpaOpZIzwqH&#10;TI4iYC5ALMwIH+PtZcSxzH6hBVaYWoz65oSK44Dq894usyoagDAHGvnny6leMsNS2CflVAuw/A+h&#10;vYf7Hn31Jg3Lim/aiEjMheOgpYvuJnk1pPC3lc0xFrEm4/x/PvyX6qqv3VGaFiaDhTgK/sGPLpE+&#10;7ajqyZRwBYmnqOPp1KjCqALFjb9JuWFh9AByNPtt/upWUyGI1jxqZCFjhEEZeYrqKmSJnRCQCWAF&#10;yeSwPBVfvi3kOowA1H4q8PkD/q+XSKXdEkOYO/zJPUmN1Ymw1EDlbE2H+IA4HP59iNt3cEUdMKSe&#10;phjnivF4AhmZwbIrtKiqTq5+rH2Gd122QzGVIj4LCuqtKfZ019RcREtGBpAxj19R0w5HERVbgmPS&#10;C2rWjaGTSb+n/E+w8ztHlcLXSmkSnTHVRLNIs6PxNMJZPRIXaNwpFtP+Fr+xLt8tnewJ4rubtABS&#10;lBjFa0APnUdE5uO4EmreQB6UcHjmRSPJqUDl0ZCeLEm4Fz7j1EEJxHkLLKHqFBjnmMruhBfSnjSJ&#10;5GdVsNQWzEX49uxyyrelStCFyQKcPP0p01HfVmJGABk+n2nrMA2uxHH9QD/X+vtiyBojHDUxeOXV&#10;GHTSoAQqXRtVirROD9VNwBxc+zK1NxqeOUEKD/L/AFefShXd2cau7iK+nr9nz65oCOLEC3+P49pu&#10;rORFIzQRxTxqra41AAaG3r0xNqDMEPJ5B/w9mkH0zS6ZHKknB45+Z8unIpIZHAJoa+hIr8yOHWT2&#10;CGZ2XhtySS1dHU11FmI4pv3PQsUkh1FERyrBUN+SSCvFvY6st9vdoWKGeFJLAkfaAPOnn9nUgbbz&#10;LuGzRxQXMEUm3swrxJA9aVB/Lr3sDsvgsVtKGtwud2vUR5ZmnGOy9DlMxSiq8/ip3StooKiWkq4i&#10;A0SgCKaGSTUp1Hgd213NvssV/Y7wPpAP1I2VO3FSVbtYGg1VOpSF8qV6mLZuYLneY0vdv3KN7A6d&#10;cbojeHQ1qjNkEgFq0IIGTpApjZSx/slSLFWF7j/ifag6yyWNmRMTufLmkxUJFViauroZ3rCGqm+5&#10;iq3jiarWWjp1CBpYyrWJLMOSWczWd5APqtrtDJe5WRS4IHbVSKkKdR/haoHHzPS7mGeWef6qztgb&#10;pqhwjdlQmoEdxWhPHSTQZIHDrBUJIAWhhWVrXCs4VQQPTb6fkezBYPCbfz1NnF2pmcdUS4WeWgo4&#10;Ivss1XUlbU0BmgpaxaiOeqopq6hqIpS0WgxxyLKiqAvuML/eJbW6thukFZFp4pqI9B7WPwNSoUjs&#10;YVZSASQ3QH3N7+2ML3dtIsU8ZbOpFdVOkkUoHVWBXVkA1Fa1HUf7lofF54vGXNmNjoU8WGv9Nzfj&#10;2AmLxeKweL3DFvKp/u3Q4fJtFkdzZzKYqgoaajR4aal+yzOUnoYoKqKRlUw+RY5bqAf7HuQd+3+3&#10;tRabsl7ALRoFIXKqGYkfq/hCsx0hjVgcedej+e4vr+925Nnt2ur+dB4dtDG7SMQrFgyRhiVIBauk&#10;kaSWwK9OGq4BWzX/AKc/717iQbxirNyVmMerl+whelinpaSCOoWSFZY4Ejm+48ZeYSKrRCAKR5bN&#10;bn2ZybM0W1xTpEPqWDEFiVOqhJK04UyDrPAelOjFuX3j2mC4EY8eTVQyEhqaa9oB7VNSGLHIGTQC&#10;nZUWNhzY2+v/ABX2qdxpsvJuMl/Ecbh6+eCCWB565KT7ydKgBqmkxlQaeuloyk0CmX7Z44TKgLAy&#10;RliPbb3drKVNtkDzAl6IKFtAKqe4HRVWkXAapqBSvRDYbfvUUbxR2Ms0SFgwUEqOOC4+FiQ1BqBO&#10;lsHSacFJU6SpufqbG3+3sR7fNg53F4LNVFTn2oXwNX/kMWXihdl1Vv3njasEVOKmGGaNntIqkAKV&#10;FlUgJ+ZttvNy25YdtMn7xTvMRND26cIdVNSmhI48DxIPRXvWyvuFrbxWaS/vCOrGMkfh0k6CPiIp&#10;3V7h50PXclyjBD6uLf7Ai/8AvHtYnbXTucgpc5XZvBYTdeMxeV2/BlDSj+JVuOaogzFNi6nLMtXU&#10;0+C++pUYpIWCt6lC+RwQc1vvu3b9LusPLpnnljVDLRdSxagXVSNJf4dYQUGoMTU56RRjmfb7S426&#10;OW5faXlS58BixiE3htH4ojU6RJocqHAqwArXStIE1TWxzxRxUTzxMqGWYMiCP9zS4CuQ0jaOePaI&#10;Ox8T9lUVWESkkppaXJS46NWjycQmrZUkqo5vtKiF6kNIwaZCUWXXbWpIb2KZd0laT6W8hAuK6ZKp&#10;pFHJYkq1QA5yTxJWuaHrTbzuZubYbhLLVWjDknQwVKhaEqwUqD2tQlBlVIXT05Ak/UEeywdifLn4&#10;49WZNdudnZbFUWdTMCqylFj9obiyuWwNRiqSSP8AjlZTYvb9Y9CtJHSImtdczcOrFAWQCc0e4fIP&#10;Km4PZblzP4V2S9U8KWYalGvVIIY5DTIKylQFqp+AV6mDlD7vXvLz5Y/vzkiyuJNnNtoieS7gijuE&#10;lcEQK0k6q5kDMwFdAJ0MAxo3fsv2b/mk/HTDVFXLtvb/AGdvPExHIQ0GbxW3MXjdu102DaN2SGq3&#10;RnMLXrLMJYgWmpwy3ssTONJA+4feG5GtgywRbndQMGAlhgVYSyjIV5pIW4tQ0QAgg8SR1LO2fcW9&#10;49yjgXfN52Xbb4lC8MtxLLcIs9R3C1gljIXNAj6fMuqkHr3spHYncm5++s7gtz7Sw+2tiY/E4mHZ&#10;u3aTLdw9h4mkbGPmMg0Weyb4urxNFunPyUjTmWOlqoa8Hzxu1abtHBe882XvOO8Q3my7bDaWelbe&#10;38a/u4Rp8Vh4kgt2jWV1AY6I38QO0iN45VW6yH5O9t9j9p9p3XZd/wBzvN1u55zd3DRbRt0jaxDG&#10;Ggj8VZpLWAnRRpImiP6LItsCFb3tH9b/ABn7d3Ps/I4GvyFdj0oMTQVmAyXhrV2vmcXkaykz1LBi&#10;M1joMjTZfE1Us1KamoBLLNSxvI0stIsYGvJXs7z1uuw3u1TXfgJ9PE1tIVBgmW40XCRw3EYlSSGX&#10;XD4j6qq0ccjK5tVUH/Ofvb7e7FzHbbvZ20MsstxItxGCn1NvLGrQO8sEhjaGZKSeHGAAUlZIwqXB&#10;br3s4Wyuv8Ttnr+Giyzw0Ocagpts1v8AEKOgpsZmKylzOX3HTVwoJaSkaTIZGhqDBNJkaRqyQwWE&#10;jLpd8zPbnk2DlnYdt2/mBaPMiQyAhRHPpmkmB0OihmfxaP4sXjjQF1yECaXHLmjmy93nmya6sEaX&#10;avFe5j8OR2liR4obdozIrP2ROutRbSiFdYwuVHva22Ntcbcyk24ky1RSzZuEwZOjmyeRyOEzAioa&#10;KjpsvHjpKyoo8XXMMXG7TU8MMkl3VwQxPuQIuVdutd2vN5sJrz6i5ANyDM7xSOqJEjJE0nhRMqIv&#10;9jGgIJ1VJr0GOat/fd7GPZ3sUkjtjqicRJHPDWR5GiMgjVpI6yMAjtIq0Uq2AOve5O68fTUSS5ci&#10;ipo8jVSmslo6JIaaaoqWdPNXTIFWWaeKIBaiXUt1VVYlVsLtsu9v2yOWCgiQuCWIqS9ArNIyig+E&#10;IzOwoQus1Kjpnl66ub1ksEEkjwIAodtRVVAoqgnChmNUX1qRnr3tCz7lx64BVx9SL1UM8lBLDVR0&#10;6VKzeSGGJZkp2qpGqHjOkKwX9RAZiLavtztL+3/eFnuCSRTQsIiCNEpNSmlieJKlQ8asSK0rp6FE&#10;Gx3cm7k3UJojKHUpqZSBqZtOqg0cSSC1KCoA697KZuPB43K1FHuLITvXVlG9PU0zU1bUPj5PttMl&#10;DVx0mv7NJZ56mbUygs8Zh1EtcJEu7cs7buctjzTucglu4XhkUxTStA+g6oXjoREHZ5JamrFoWhLH&#10;xTGEyC2fdL3b7e42eyj8G2kDKVZF1jV2yKXPeVVUUaW4HxKDTlve5CV1ZOKCpWoX11CPHRrpRJA5&#10;haaNZ21MWCgng3UX4+p9n63W6XUW23kVyFZpdawk0WQDQzrqOptQQaq50qPhKioSi2t0e5ga3qQl&#10;C5yagGhI9K09Aa/Pr3tq3jn6vF6Gw8WrMbgypp8M+XkqTjamqkp5a/JSiWniepeLF4SmeVIQQsjE&#10;J5UMhCBrnDmGawnebZ3dt33O6aO18cs0EsnhyPNTSzOVhtgWSNQEanhpKpZhCacubNDfL/uyf/dZ&#10;aQapfBCiRVBVIxRmCgyzMFaQiqCr6XCZ97COSqqiIaGSabIGMSLLXzxRPO7WKFnfS0YZP1CxupHB&#10;t7hN7ueCNbea5eeTwyrO+WbUPiNKhflQ9rHB4dD0Qw+JLdxxpEG4ItQooa4Boc8MgEjj172K/VHU&#10;W5+yszR7a25i6yuzGVqxDCqRftwRRqXkq5GK6UgREJZiVVfyferHb5bjxnclYfxSN8KDyJAyfTGf&#10;XoFc5c67Zy3avf31xGlpGnDNSf4RTJbPDJzw4dcHkSNSzsqqPyxA/IH5I/J92Z4v4KbP2VR4x85n&#10;8jJuCsSKuraploKfH0CxxmOeKNHWp+78lUQFLywALf621exzsdtYQXM89mhmEcgCMQQWJHpQ0NaG&#10;gLD59Yv3fvjvPMNxNDb2cUdilVVas7sfiBYdtAFB1UBIPlStIq1YlLGFRIg9IIPJk49BH9k2v9fb&#10;pJ1XtjrWmyW5dp5DKboy2SgbD4vK1NPRVsW3oVkMdTJRmjjkp0rXRXAdyhQKw0jUdQqm3C7u2FzN&#10;IfqQoVAKOqkYUkEEADzqKfz6qm8bjvq21husMdtYx6pXRS6mbzyHoSBwAHxVpnrNHI7ka1EZH1Qm&#10;5JIPA+l+PYO7nxWYyOTxL4ybd+ZyVQWrJYaAV1bVLJSFKtKirxdbAlFUUktTSpE6ltStI3jU6iwJ&#10;OatG3S7IbCS9uLmYliFDFk00kV/DdfDK610HuDgYQGtOhVy/NYR2999ZDYw2SMFDFo1VtXawSQHU&#10;GCsWXitQNRULXrMSALkgD+pNh7G/G/DzG71pqDKVnXC4zM5WhomzSZLMZTaeNoprJBUU8BoxUmaW&#10;Wmd5Hj+3AV4lQyKJHKlTvy2kEk13aH6maFQyRSP26gEcBVJXKVxWo4VqSeiTffdpdkX6ba+ZxLbx&#10;SsE8OKKZ30ntc6tKqKgAUkJIZmAwp6a2yEUbyCSS6gr4vERI8gt6iU502P8AW319r7tTEbK6R2jR&#10;5buzszbmL2PhKOLG7dwOOoaXFPjBSvCpgo46YUENei084QKqPMFH7a6uHJN0592PlK3ud0vLhrXb&#10;CV0eIqoVIwNAQs8jKCp0hOwKCO49xVyDYbt7ibj9JyVy9cz8wzFmnkcyShyfNixfRU1JOoIARqIB&#10;BWEmTnmmMVFQVBYLrllqPFFFpuEUBxI7M4PJBUcf4G4A/afyx+LG5K7H7a687dweAkzsz4Z0WpbC&#10;5bNV1YJftZa47v8A4Nuc01WZEp08MbLOxEaHgsEdr7pe3POSWkO3+4dlNdXE5QJIxtpS4CaQEuFj&#10;dmZiEVhVnLhQSR2m/M/sv7ucvC73TmT2+vJLW2hVy+h5oY0QnVoFr4sAKgF210KABnBp08RRyhSZ&#10;XEkh0klQABybrpF+F/r+fZlexurz2bh8ZRSTbb3BgKOCpWuw8YyjV9BkKiCaoetpczRPXVtAquyg&#10;KfCkQZdSECzCa4aSwu/DksyIARQMG1g4PaQCx/0pWjDFRUUjDkzfE2S7nvLUXMO4OQRNWLw2RSx0&#10;sj6AaaWPm2DQ46wGrSA2lDRajpV3VgpYtpAAbQCzMfoD7WGyOkusOwdl4rZOZ2Tj6ZduVFPjJsji&#10;KnHHP4GCkxlJNg8kmQgBqkr56A+tjCwnZi86FydAK3q+mkKwxzHRGBQa6tCdNUJzUF0YNw46ToUE&#10;noWLv287bul1vNvuUji5VmIZG8OYh2WRaNQUVxga00hSFb4ekDu/cddt3XPFXRxF4kkpYqiCTwuy&#10;SrFMjgssZIJ+hljPtw68abeFLTmuo2FZsrKZrbOZCyvFNHlNr1FVh6f78u2uSnqMZG7iYEibTcaC&#10;AAJtt3iSTahLKRHPJqDLWtGVyjZ9SwqfQnoZbtcHa4pYI5VMV3DG8erySVQ1ABTJbivFAa1auEvn&#10;PDjZalqO1OMrCMlTAI4gmFeY5qloY49TxstTJZgR6Q4Nzz7O71XtTF4nAT74envnsrSR01PCainq&#10;hHhpa2syOOWCVYhJSNmqSanmm0yMh8aC7JGrPFvMm8XO6bjHtAYCyhY1p5MO1mPqccKYrxPUc7re&#10;1KWbzMLeJizEIw/U0hTUas6aEKSlaVFBqPRCu9N6bi3z2TjOoMPBSvt2iqJq+qzcsVbTAZGkoYKC&#10;tBCzotacXKZYgAjBXF7q5bSFnbe52wmDqMjWNUU00sTVggpDHUutVLHIi4+jeIpDMySsGclSllLa&#10;dPsccmbV+8LyG3hQELRakUxUd7V4eg9eHHoktJH3W8jsrVlDGoqx0imKM3oTUjhXGOjldQ7MpMWk&#10;XgMNXFTRrSJNUU5jqGjj0t94VqjO9PJIwDxokjaYyqliykAr1B3JDSTxVFJqioSlMGevSrSQx1Bj&#10;SzUcVJ9ugnc+pqa9j9GuHKSrd8l+Ik0FxmUEghNP+EtqxWhJxXiOHV7zk7cNLiJQ11U0UEAUA4hg&#10;ag18n0mh+E8CYk46KZSsqK4/FyNQGkqArgawFBNueL+zDbP7q29m8Q1FR/bGaiqYoHhpKZMYlKrS&#10;JUPOiQTGamZop0OiNV9Li1lfQsU71yDdWNzI8QVkUEfEGINFYqaAAkjSSG4gjFDUxhvV7vO0OYr1&#10;H0PHUORUFc6c0oaEUFB6ipp0lanr7GS5WXKqD5p1cssn78YleEwlikoYEBP9v+feDtLaWK7Aw+Hz&#10;MFPW0WWyeSwmP/iQqo5KmOCSvomrcRMplq4oPLFdmcgqrDx6oi91i++2vw5nj0lZ9S1JBICaxWtN&#10;dKdzDDCoAPaRQY8m83aYbyG3u0NsiyNoYGgYKQr4AJNaKFB+dOIaDjYavbWRqqWWdP4THTTyRpHS&#10;LGjLZ9MpWmgEbMG9Oj8/qtx7GSi3ilLgaV4aatinrKCKWKaqohSzGgemhmgnlX7mqR456VAQC76l&#10;/J50iGz2aO9eGV9AgNDQcNVKFfOhzkVJHr0EDe3NtdXVtckBkbSQX1AHU2a4yDU1oPi4UI6SuV64&#10;w+fyVO1SIGooKpapqSGpedEqw7GaFXjZBaOVjcBQUJI4+nsBz2lRDN/w+5GUdYnjhamnkErMHpYm&#10;Kyfs05VeBcqByL3F/cjtyhKbBpngrEAaMDwxUkEcD9mT+XR6lxIIGmuFYxtXuqKEmpOOJzWtM4+z&#10;oQztSD7dYUjQQEaTGhC+JBI7nxsAzXLMW4+hsAOLe1rljS7ow7/wV6WonaKGt809WjSSVmNimaih&#10;RJfTUUzRwyK8RKoTJrZZLMWjrcdils5qmE0LVBYtjSBQedVPDSTQcaZPRxs3NEUFxFZz3H6JBXTQ&#10;1o2CRqFQ/mGHdilekL/dqfC1LZWshqIo1kqo40oRJOkMNWUE1Teli1x1TsBaRvWi3CkDj3WV2VU5&#10;7GdgHCvSpR4g1M5yNFUwfatPPQkwSUhgBaFsJRSJTyQyozmpDIqxELIfeQPK1/LuEOzW0ES+FAtJ&#10;BSjawoVaU7RHUx+rsSdKMAR1k9yfLtsO1NdtLqmoNLgF6B1NDqX/AERgX8RdI0UGQWUkWqZo6rH0&#10;88cquHp0aOZWOlywtr1keota5B5H598utN6VNHXZnHZNK5HpKlcp9zVmqqsW9FJFXOseGq5KqrlS&#10;JHj0zCWmjkYtdoiLsV0ZnubndLGeymWe2IJcisba9RokmrUfDIoxkCSVNCnBul/Pu3WF9Z2Vzt7x&#10;FZItKgBFcN2UaQAeYLlSjUwKEVp11LSFhGw5bTpJW9ySLEta91v/ALx7OPS5SahocPX46mo3y9RX&#10;VmQ23glwFZLFms1OmujirMnQUtdNt4JLI0tTVrTTMtPqPpXyH3D/ADpHJa6Fto1e4Rj2FC2s0I4q&#10;knh5eryaagZJADdYuXwiW63CO8vH8GNFRpPGFY0UhsRs6ePXt0x61FSrUZtAEGWGSRzEAo1ER1Er&#10;S6PFBpOoqvJkkP0C/Q/n2PWfbMjZRrGoKaTLUYeuhphFUhZcrGaOrjo8bX1EaVLVtfKskanU7BrW&#10;VtBjMYbpLpjYSxx+KQKjuFWqCvh1RT3NgEBWFa6SRo6Itnkjmulht5ZDYOdIeo1aCpUtKASKBaMQ&#10;WKHFHAIcIn7ajh3DUKtQUjMcMUkZm1SClCzU7SzQR3Wnp09HrOgHi7XN/Ya/IRdx1/XC1NGkFRkk&#10;qkrdxYA5Kako6yhNLFNUUM9cIaOrr/t6qspo2tHE4Q+QprbSoe3dIjaNdvJpK18RC5Cmi18MnDGj&#10;aV4L8TMUU8DDkbeLTbeYTYzNSM4ilCAuprRXUHWACFLY1aioAdqjpQ4HG0Yq1rIoVaBIxFTSMhZo&#10;pHVQXjLaikbBD9CVv9D7DLYHdn8I6/xsVHAuHWly0FPSS1KxzU+GhyuKcy08VPlIqkPDGZixdGR0&#10;M0bKWRlYF8d9by2MYMYr4oKk0xqADEEk10mrHT3DUAPjr0d81cpT7jzBLuNrMZXli1SaDVpfDNNT&#10;FQKs1Ah9dDaxVGUu9ThoK2d4qwvUQzQiV1V5IH8sFRHJCfNC8cqqSouLgMLg3HtTdKy1m781lJnz&#10;lbWU09DT089VVJN9/XRRQUs0pEdXV1EmNhiVkVISzuYWQtbi5akkRnXx3LRBRk/ETpQgDUSR5Hjk&#10;Hia9Tr7XRnaN3CC0CTmJwqimlTr41UKGYspBNNIIKihx1Wp/Ne3Hgtk/G7G7qy2Iocgdt9hYLK4t&#10;KplMNJlXp8xQUVW0SxepQKt2U6lVGFrH2cKighoIDBAqpGHGkhQFAUAKTawHHsE828yfTB2dxoAA&#10;AzjJx/xWOstuWOXLjerm1iRy0+dRPl/q/wBjrRy+R3eeQr8tV5vO1RqRNAAYYah5JljlnHihik1F&#10;jIfOSWPCgKfcyOJqhgT+SBYi+kfU/wCsOPeO+43z395NKK8f5f5uslbeGz5X2mO1jI7RkjBYnz+f&#10;VWebzeU3Tmquea6fcSOra5tXigWV/HEGJvJ+2ASxub29oju7eVF1n03vjeM2qMYTAZfISuyegQY6&#10;gnrJLkcsrtGE/wBc+5w9nJoNssebeaXTT+7rNmQ8dUmliBkcdQUU+Y6xE94bXdOfeffbj2zaZTZ7&#10;3usauB8QgUo0uD200q5ockY62Uv+E4fReF3x8iN6do1VLMW6e2xjYcLVh2WCDeG+clVYPG1kkcpd&#10;pHxtDJPOrKFVSoP4908fyrOtchS9Tdkd55+NKncXfO/sluP7p2jmcYHD12UpKQO41SRNNlq7ISFO&#10;CVZL8j3M33dtinsOVrrmu9lre73ePKCCD+lHI6r9lZTKSuPLo2++Pznbvz5y9yHtBMe0bDZJF4YB&#10;CiSURtShwQsKQLUYB1LxB63K+7shBNlsNgIZTGMPQ30WIC1WQWAIi3A8hjpoIj+bBz7s53RAvhoa&#10;eijV6+eWSJgixq0McqGGVC2pHjYqQQSQBb3kftLfqTSXDnwEAPnkjh9vnw6xz2B1Ku+okH5+fRO8&#10;PV1sGT3HV7mTwbYxNEk6Vc93SqrKGcVsNVTJHHKhZJtalrBtTewS3bgMjJWyYnJR00uAWmRBDLCh&#10;KVMjKheNxN6p3WSyudRVjx9PYpWPY942iSO5i1ySOQa8KAYIqO0g5Uimc8epJ2fd5tsMc9u/6+qg&#10;45FKivnk46FnZW4Npbiwke5sLJLDuepqZm+6pZwG+0jlEaRz+aBJEpY3jAKLImu3159l63cBtKap&#10;G18bGlTBQtRw5LJwU8EcENLUF4P8ordNTU1c1QjPZInCtEuo8D2KeUeXNsszDFHY1cxirVBrqNQj&#10;MpJCmo4VJIWoGD0KJuYJN1oLqfSGYdiGpYn5KWAAxxK4Ynyp0Y3Z2EbMUcA3NUy1Uk8i5Calo52v&#10;LU1SsjxgU0jRRUMMQ0qhbUQ5NueVL02VxVU1WooTXVlxWzUyS+aBSY3F6uWORCza9aL+mxJsCRY7&#10;54i+ri096hFABJXy8qHNAfUZxXovtr54b4UVjCv4TSlfM041/LpE/JnatNvPZVXh6j7wUlPIslOh&#10;YSQTv9tUosUtP5o2am1PZgDc8fX2afB9ndfzT1YXduOyFdSm09HT5DHO9FHHenDmngkvAUmTQdQJ&#10;4IBP09wbfbXfWpa3mZUwGo1FIzSp4NQnFOBOAOhzPI93FHPBZMBwqFJqSK0r8hmnkOqOt6fEf5HU&#10;0UGIw2z63BYiYmtjyldFlJJqzItVy1bwSZCsqVEp8aiaIqqLq9JsPqIWwd0bcgaPLYzJvW4DKkV1&#10;NHUKzQQo8UUSfw0fbU/gpD4mYiQOzzSFgbGwDd5YXm4RGeOZpGlUMuVA06VUaQKNQ0Boa0LeVeoS&#10;90vaTa+e0i8azWDfrddKlNPdVyxMlQST3UABWnA+XQu7X72+TnQAqtoZ7auJy+QxUtPTZqkxM8lJ&#10;lauCigl0tXfcVuTpq3MtRTQo0sDRxrBCqlWkDN7f949zdcZnHVm3KTIpXzR+GGujjcx0UNFUTpSv&#10;VSVUqwiZFdioWLyF5Bo5LcE3LuzbpJuEklrGJSjgMAASK1rxqrAEMCBUgggioPQP5X+7nzNsE1rf&#10;bvdxQbWtSCTR2K/CtM6ailaioBr0v8R2j3jmsom8KXqbKYfPZNK+s2pFnRTV80mVpojWfYPRYV62&#10;sp5GaQPJJJ4ljUPJdVUEk/3ZvjbGMWHFZJg0MFPKtKczTVM+OSKGWIQq9S6pTRoryK1lfycgKtiC&#10;Jx2bYJUjjhQURVDV+QpUlm7ahhShPADyx1kbGfB+nFomqONQq0NGIXtqRXhQcaLXjTzJj+tenew8&#10;u+Z3U1VFh8pu3Kvnss21qmgoq6GvrJ5JK5aeJkZlaNxJHeRXRW5Zz+n2Ce4e3KXH09bPLGmLaloZ&#10;EoMnhqRa+kFS9ZItK0tDXUkUpSiEEcxWUOjM5UK4jPs43zlvd4be9ktrl0QQ5dijMrFgAaYDBQw+&#10;Eihc9xIwJtsurS5MEBtFllEgBQqVYgcKNXDNUjABFBw6HrEfHXJUCJTnL5HL0tTOstdSbkrjBkWQ&#10;U6JVRT5HFVTwvLXpM8SyR6bKgJKF+QTwPcU/Ye5p8RnpNj5TbFYIo8LWUkE+Az+Qr45Yo8lWiT7z&#10;IUVZDGksZWLxxr5GIBBOhY/5L5l52tt/eCS9sbnaHjEcbUdJH0EB61aRSprkDSdWCa46E3MHK+zx&#10;7abiw+sTcD3MuJIwAKBSCEZaHiatQZr0LlD1wOv8SlTtqt3FDNBEwkxlXXncGLp6SN55oaJXqKel&#10;nigpmcqXRtQQC7H6+8m/KHNYyozwix5xmMehWkxGVq3gq5pVyTU92nooHp5lnMETtEDbSVBZtI95&#10;D3m7wNy3dyPfIt62oYV2C0BUtinDXgdwB7mNCKAPa0Wa6sanxH1rqXyBXhnz48cVx8iV9tvKUmVo&#10;aT/LY6vIvKXqYafWtOJaazyGB31ExhCtjcg/j3qYb/hp59/b1mpE00su6twGlVQNAgGWq9AQhVBX&#10;QQRzbn/H38929mKTet3mt6CBrqYKPIKJDT/CafLrq5tbSfuraxKf1BbRA/b4Sf6vz6Eb2n4aBmsL&#10;H6/0H/E/4eyoDSa9L1UipB697n/w0/6k/S/092qPUdW8P5+Veve//9LX9y2aWsoaXISIKeSso46l&#10;oUsY7yHUWUswW3NwOLf1/PvoPHI0sMd06U1LWnHrFj6ZYZ5IA50g8fPrf49hhkJaSvUhXf7vWdIt&#10;6HUkXVhquAbfX6f0v7cMe33SoJErdV7SRw+R/wCL6frcw1IasA4+v+z172maqle8MdRG6yMz6ZVU&#10;+P0Xj8YIa7av1XNrf4+7SQrTw3jAoSa/7FP8vW4naQl1bs9PX/Vx697fMHNT41p1enSpqWDCGR9X&#10;7JdDGTGdWnVzf2p2LmOHbLqaNbSORypAdiaoSCvbTFfPNem77bpLtI2WYqoORStfOnEf5eve/PjK&#10;l9VYxkkDljHqJAKjg6rlhxb2bHZ550fcnZmhY11cRwzQ19cdIJL1YGNqqhWHkP5ft697T2QV41As&#10;SGa4BuOSfp9fx7Cu5R0Wvh1Pp0cWcqmKuryz8+ve5dJkXp6bQx4RyCpN7Gyn63a3HsgnEcUT6oxV&#10;h5joxtiXkoj4697eMblomlWVX8ToeVNze3Ja4At/rew8ywhtUa06OYqk040697O3s4R7+2RJisnT&#10;2Vv2qeaFVc61ZXSRQ6DxsCovYi4Nr+zCe2Td9km264QaASwbzr8v+L6K4pG27cVuUfNcjhx+f+x1&#10;EmbwypLfhroy/T+ljf8A417B3/RnJNmoMR5aWmaorloBW1/7FLG7SmNJJ5VMmhGawv8A1PuFLbaZ&#10;7jc4NpSWOOaSXQHlbQgrwLtRtIBpUkUC1NcUMlwTrKsWkfFTH29cqmqWmpZ6tkd0ggknZI1LO6xq&#10;zlUABLOQvA/Pscds9NQ5ikzvRu+qWm2z2HTVK5frPL1saCkyFTUxSLV7dkyiQOk2Ky8cUU9O9yFl&#10;LWIY6DMey8iG5O8+03Nyfu3ntZxLtkxoI5nZSHtXnRWrDOqo9u9WRZUKox16XP7e1M2uzlpHcKao&#10;SaA1FKM3kDgg5oaCndUAvufsA4qixPZ+35pNybChpZ6fetNQLNU1eLxsL/cR7gocfGDKa/CTa0ra&#10;ewkMEha14xe2fpbbuW2XsfrTCZ+lbG5bHYCkxNTSSul0qaHHx0tRDeNnjKJIhN1JUryOPfQv24sb&#10;3afbHlfYNzh0bpa7fCksZIJV0+IKQSH4GhByKEnqSrBphtn7unFLjweBxTw6/wA8Zzg+vVUnyE3V&#10;t3sbKdwvtivjzGJMmOyyVlFG8o8E9ZHV0lZF5FVzIfGUCkAqz/4WKS7H6rl7jqsThp2li2dkMtbK&#10;rReOKuyOGi0+eSOYlmp9VSnl/S2pURbWJ9x97g8n7p7rW+1JJfJFygsp16W7pYaUqh0mgdxWrUqi&#10;rQUY0ADWl1um625EWq3bgdVPOnD0Pl9nQh7E7yw3Q2xt65PJVCNvnEbd/wAkpMo0747H5+ojZqDF&#10;18UDQahAKiCIorm0jyG9wNJAvkh1/uKr3xUdDdOdcLRbY2/FisnWjB0IaqzFZW0MVQ1TuDMTujtD&#10;TtUEKskgQWuPqAMRPdblLdH5tk9r/bvk4nbbQwv+gjPLM7xBjJcSmvw6wBVgqjhw6V3VjeSX8u1W&#10;1tVYGA0qDWrAHUxpwzg1p546Ol0DvqGt6txnc/aO86c5nd0uX8kmTq4sZh8LSUOVq6CLDbcw8ZFM&#10;oMdCkkhRZKmRjZ3fTyWbeXSO6OsI6QbnXFLkapWmbHUWTpa6qojdNC1yUxtAzJKCOW+lvcNc4ch8&#10;wciXNvt/MaW8e5OhZokmilaMDylEbsUJ8gRX7Oi65tWhd7aXT4qmhAYNT5VGKjzHl0YnaO98Dvmi&#10;lye3JayrxkcoiiyE2NyFBSVp/tPQyV9LTGqiQ8FlHB9sLmr3BQRwzsz1dFGFhAA5SP8AsqxVG+n+&#10;vb+nsnFzJutqI5KNcxDHqUHEV9BxA8/XoLx2o2a9e4iFLeRu4fhB9QPKvSu9p2P/ACX0lC5F1ePV&#10;cabaWN7Hm17f4+yMihI9OhCBro/4eve+VXjK7IVWOpMcvkqamqjpqS7rGWaRo3QCR2AQBGFyePx7&#10;TzJq0CnE068o0kqrY49e9jRtDCb32tnpcXu3P12CQ0c8VR5KqbKCmpqmkkjjmpKakarMkjuyqoSx&#10;Gr2YRWt7ts11DdTPCCgU8CdJXjSvrTz6D3Mdxdy+D9BA9zuEVNCBgASPwliQAPn/AC6bknpq6lE9&#10;Ii1UT6ilv2g7I1grFluFJ/w/2HsIO2MTtrB7mmottbgym46ZUV6jI5jGtiquWtKFqkfayO8qBJeA&#10;0lnsbEX9lM62yShLW5aWMLUsV05pw4mvT2wXW+3dj4/MO3C0vST+mJA9BXALDBr1KpnmkiUzwpBL&#10;+Ykl8qqAbDS+iO4t/gPYwfG2KSTItGtMrh62n/eaQo6CITM5QaWEkgZgLG3tdt0KvBPcOpBAxnHQ&#10;15feR94sI1UaAxY+uPn03Z2RYsXVOWC2jNj/ALA/T3O+UuZhO86DEGVf9wWAEsiovlP3NcusCOO2&#10;pmZWH05N/aWXLlRwA6Necbrxr5YVegjFKenTXs1T/B0nNv8AK555wOLrGGEMa3/tAeE88f63sksT&#10;CryUl4X1aPKFdmLxSFJAg+vplJ4sT6Tx7YAyT5noIRoRTOqvSsPAJ/p7tl/lz7SrKXc75+m/bq91&#10;V2O2rQVFPNGtTDisZU0uVzU4hkRmaCtr46KiBOkN5XN/Rb3O3sjtwtrve+abiq2sEPhK1ad5Ky8O&#10;NNSRrq8wWHWOP3ht0t/3JZbUHqysZ5E8iEBXu9QuovTzpTHHorPyxzGGxfVu6cpnljfFbT29mdyz&#10;LURaoHyZxtdjMQA7SxKJaeKesqV4cK1OhI5HvaXfZAxtK70WSlplEaa0NLFNHdI9PAMgI9XP1PsW&#10;3W77fzjfPacw8rW24RQysVYysjgMSaBlK1Arj16wj233au7T6aCS2VZHNAQSvyz2kZ6+cxunHYvs&#10;zcORqt1bSxu8Fly2VyMAnrqzGVzR5GvnqniiraWpRQkKzgBivNr2H0AbTjNy1bU/8UdlLWIhhijj&#10;4+vrHIsPyCD/AK3sR7nZez/Ke1jcZPb+FZQRiR3kIJ81Bd9WfLHWSPK8+78yRJLFcPHCVJ1flwNa&#10;DPDpLb4g+M/WeFM1Z0xjWyoLwyR5jM1eXq2uNDyUaCeognCs1gG4B/UCOPb7QxvDThZJZZ3BPMrM&#10;xBBOqxZm494185X9tu28/W220wWNsy9qRIFXT5VVaDVTiaAmua9SbYQNDbrBrdyMMTUmv21pT5Dq&#10;v/snOY7cu56rLUGBxG1qaoRGhxOGoKWgpY6fhYWanpUhQTCJBqJF2J59zl59R+trj/C/+t/T3FG+&#10;zB7nwUesaj+fU9+3u2rbbabsw0mdsE8aZ4emOi/btqvLWClRzJAnBKkr9CLm1jbXb3icM6lb6WIN&#10;2te45BPtZsu9Wu3zQG7tg1sun7ag8eHCnl0S808pbtuY3Cfb7ut6xJVWNMHgBny8j/Lp921uPE4i&#10;qx7ZGjSSjimh9QMxMLRMjltEYCPq4uGU3A9ke7MrsRsCpzmbrIcmkWPyukVUUdR9mK2oCTUyR1tI&#10;Ccc5aVS1Q5RYy12ZVBPvL5N55aex/fYaRJmIeOocxNrUMAhAbw2UEHWdC57iB1Bmybdd3Fudi3R4&#10;TI0bB4jpZyFchiyNhl+Wa+VDQjes+GeV3T8othdSUG1cxtZaXdXX9FWR0Anxk25aLbtAZMNlZq/A&#10;ZSeE57BkRGMUETvUyJEoiUtGB7gY7eD762rlavyboyeGrqWOSDHUr5Kp3JT1NOJqPL0RkVaatoUS&#10;WAqJVkB1k6eALk0HNlvvEV2Rc3T2LFSqRszuCCQ4OnSwTFa6s+hHEIcw8nT8r7/tSbS9rt16jHxJ&#10;JfDhhZXqYhklWdtVAuk4GosDnoybdaYXoffeGpd40PU+H3vi8lWYyp3PnqfBbd66mpa6poarY+4o&#10;48lPW4muy9ZTVjqYGV1CpGzEAnSVyt2NuDcPXtJTbGNdiN5/x+ranoamasqa+rxyVMj4+iyJy5pq&#10;5USSmYVSshcQsx0sCLlqbZHcbBbXNvC8e4G4kYKwLGRCKxjvz2sDr40Ug049Stf8wx7dut5b7rfx&#10;HZhZxr4y0VUlowkIK6hV6r4Zrpqumta0sS/0u4LZvbmZruxavD5HqxNiYmsG44aWCn2/h8/HBTpl&#10;8rTHErXYiqjytPkIPtJI3cLMhjDK2lPYbYjqvA7l3bu/offnYGb2nWxYGi7D3HWbS+wimxt8lJSU&#10;2IpZoaP76qxi1lMVTyJ5bq2ojWUDXKuw7zzxzLNyFHuZs450aSkVABoJUKKkCgag7mowPlQde3bm&#10;7aeTORbXnUW77hCLhIqvVCxkVu8jOQAafb5dLjfPc2+sh15sru7oXrDB9n7l3BuFdkbHwG7tw1GA&#10;bIYGqp6ypkziVlRNDiqKtNHj5tR1WeOy3/Pu5L4ax4bY3WGb2Vh905Hcu3tr5WnTCZOt809eVy1M&#10;Gq8es1RTUs0/21dSTSACNVj+4IDNb2I+crL/AFrto3jlTcdybx45I1Wh/WrKqu8cS6l1EmrEg6UE&#10;mGNKdYBe72wSe7Huty1zXsPL6LJd2LNcLIQIk+lchJ5TmlEZFqalhEMd3brh/wA5buXdG2sfiN19&#10;vbTx3UG/uxaCoxuWwGBraCuztfLg8tDHDV4f+DZnP0VX/F8JUR00rmrYutKXYRO/iQf66nydezzC&#10;lNHSKo9LMVaRAxPlk8irMzEcnge8btw5R5uvbW43Y8vTWuzKhYuwodIzqOohiWrk8Pt6mTlLnH2x&#10;5Qns9gn5th3fnGV9OiPvUO1BoQKAiovDuYcMnrVx3V0933vfAZXsaDq3cm0OsMZAayt3BkKM0OPS&#10;ljlQJWVlbVJDUVlTUfcx+mNObgC9iTxpKCiX1rkKoMSLlYbIbf2LLcspP+9eySzsdvjUOu8Thv8A&#10;S4/y/wCrz6MuZeceZLxjBPydt62a1A1Sx61qDQ4Iox8hUjjnHSN2zs7a9PE1Su9M3FXyIA32uMmF&#10;K8mpCyj6s8SkG5YK/AsDyQpIZ6FI/t5GR2ayqTCwL6jb83sefYotL7bViFpcyJIpNAdLqcnz7CP+&#10;NAfZ1CG57RzJPdHdNvie3A7tHiRGlKVCkPqOQaClfIeXQ64jObOp6NcTlpqfJPo+3iqVoshBq82r&#10;TLUpJSLHdvICSeB/j9fbFl8W0BFRToUjJ1ehrAWN/oCCCSRb/W9ke+bP9NKt1bx/okkg5GAfKh48&#10;CD5dSlyBzzFuMX7n3OQveJg66ivEEeYI8jXoJux+vavFSR5vHU8lLTT654JqZ1EYVWikjZWBBJF7&#10;kED2o9v1M2Yx9Ti69PuDSiNopn1u7Ru0osxdmuYlvp54HHucfZXnDdLgXe0XTGR7WISRuSxcqW06&#10;GYk6h5jhTA8hTHv7wHJezcqb5tHNWwt4Ee4syTQKFWIOoU+IqgYduDHzpX1qef4X9y7v3Hic1s7P&#10;1UlZlNh0FPldo7hkUyZVKefJJBLg56ho5BLirTKY0P8AmQtgdNgoV7vyNftKoqqbH11REJZxRRwy&#10;hpaN5auyU8kkEnmjB1uDqA9J95hbZHabraJdXMUYNBRwKMGJCgAihoWIFPPz6hOGD95PHKyVXLkD&#10;0UE8fmFP7Otkf4ybe2b3NtnFZjc+06Guq8LSTZOXcFDSx0e4GjxjCR6ZK2iloa6ZLMoMPk0PexBI&#10;v7yUWpaemppHmipoYo4oIoZZBKVjBC3WKOI3dLegXADcf197aKOAFUjXWKCtBwAAA6LZ43luHlGZ&#10;HYk1HqSfxV8yehCzT4+hyNZWUNHQT5mrklqcjWZakgakWKVIJnp6eWorKmodo6ic6HMihzEq3Km/&#10;tV4mup5Wmhao/wAkdABC0LKyOjLGzyTOWDkSMNJUtq+twAACScM7a0+NSR0kurOSICiN4rZrVTj/&#10;AEoNf83oOi978irI46DILj6GDO0M3mkmjqY3pKiOSndvA9BAkTfbVFNeWbypGqF+GJJZn5KcSNrj&#10;1OxCqVHpYaR/ZYaSPr/Xn2nabSpDEAfM9J0gcMPFJr8hU9BJnOwBj6WenlgxVNi4KmeWWoirVlpR&#10;JqjkU+Iz1FqytjQymN1YrLLybgExGxz08LmGS0h8ksUXgjHkeeWR2S8ehQDZiWI1Gwvcm4chuYmc&#10;KUGkNQkHh8/9X7elMsYomsdwFP8AZ647e7WxWaytMZaSlnpY6qgp6rI0mUqJFoKKipGWN4ozHV1s&#10;7+dYWVFWFAzMEbTGpcPq/HZUVLVsAljgaVY3iiuF8qDXIq3/AAP9tz7FFtdWZj+nfL0qD07HLbKn&#10;hMKmlK9Hw23ura9fhaTG5BqeSdselVSV9crxPU09VHEiyRCVFeQSMWCsQHOm5AJ9t+RIrqcUlcTH&#10;PGq/b1FiqBldvRUNfUoPFip/HNhz7ft9UEhlt6NHXuHn+XVoFWNzLE3ZXI6Um2lrNt5CbLbfAqsf&#10;MJf4jjpGWaeaGSHS0mOPhUMCbmRHBLC2kk3UqLF5eTH41sa0cf8AEAskcE0s7RpVIwDRH7hX9E2g&#10;8HUoZQLNf2Fd75dh3jcrLcJbt12+Fg/hhVNHFRqJI1HBoRX/AAdC7a7yOKstaoxoajNPSn5cf8/V&#10;cfyR+P67+7RxvY0WWq49mUlclfntv01JRNXYfK0lU4yFauOISslhmiml+4jjSco9/wBk6yQkq0VD&#10;JF9yqUpDeJUsREQ5IJJQsLve5a/1N/a8bNaQ3d1d2dv45lTU2o91VyACc+gC1H29TXypzjtFlaJB&#10;e3Ij0VKmhyaUAIHAfPOPLotO/fjRlX3dnMv1ziMrv+jq8er1aVdWhyVJJQLDEfDLlZKZ3gkpY1hW&#10;nVi0IUX0JazmKeQ0UUUzFZFWwkjYNcAek6iLOP8AAg294e818y3XK3MV7dW9mCGkc+DICiqQQuun&#10;YVZqaiyijE1oT1lFypte281xC3juXEbKpV1UHUTXgO4mnoQKjzHVG/ZW9Mt13vzKZCDAxo71tbSV&#10;G38pT19HBTCJTTGsenhkp5MdlZ2ikk1KoGqRiQfqEbuKZ8ZRyirYfY/a1PnqHMagAxuHWWF3RxGI&#10;zquLggfj3IXtPzDy1zfuN1vMkD2242riTT2lFCsGVxKWUmhBJ7AwAqR0KuYNmveS7nbLN7uOWORu&#10;xo2o1QFJBUA6WFeAOfl0Yn4irgPkFviXI4HGVeK3xiMjjcgm3xDkJZoFOYhhx9bi83Twy0tUEqkj&#10;ASaOmqjM6nxN63jLhkcVsHHGoeakilLRGt0BS5ngm1yGaFTojkAQauLg/wCtyc+du3Pmbc4bKa2u&#10;1+jcCjjAzTTkGtCCPTBr1kVypzDvG62NtcvIdPahArUNTAIxSvp1fTt/enzb3VVY7HYvKwYSkiyZ&#10;2+1cEKHG5KgVKemxdXrqayoxxqKhSHTQRG9ylxYBKtV9W01KK7SKb7giZFSjRnmVSwMmkAKI7/6o&#10;i5H+Hs08Pn2e5S3gEEtuMMS7ih9ODV+3HUubbJcXEOqSWtP9R6E+LE/zG8luL+7UL7e3FQY1BR5D&#10;KVG5MhRfw55GhMcMbxwM09WqS3eOLgBgCeR7Lb2VmdlVOSo8htKaVa5hOuQhNO0AqZI9EsdQrRx6&#10;GaUO4JLXbQLH9Q9y9yjY8xQ281tvqAwY0EEsFHDSNRNADT09KDp25EkQDoDg5+VfPq3f4jbO+R2A&#10;21uLbfyBiwVTjo2oZdpVWGyT5SfF0c7NBU4qsiqrSRU0MtPA8QA0xmRlK28RVmxu4qyugLUXjeaO&#10;JC0UrsASy3W5ZhYMPzyB+bfk0uttt4JGE9QpPEDp+3m8QBSSf5fl0M2e2DhsbV3yiTR0tRUSf5VT&#10;xRKwJsV0BYn8g5uQLP8A0Dc2aM9VNk6KeCqxyU1d4yA7Rm51FUfxyhSjDQxIs17j2s2+L6SeOSG4&#10;1W9fX/J5dKTeR2TeKzMFHzr0pdkYhcDkaWqx2bnyeG8n+ZSdZEi5LReRHMcw0SqAylBZWPq9hDnK&#10;aSlo4FOp3bQ1Rdj+2z8hSCTdIiGt9P0+xpt0qyzyMBQ8B9nRe3MI3O5aMgBFFVIrn8ujE4CvgrKy&#10;dgqIi6xSi2omnj0LrEhPLOXW45/r7S9JTEVckwFiKRrjQrjW0ic/4uxB4/w9nNxKPBjRv4/8nVLm&#10;6GjJz0qKyceCCN7AvVx2P9AgB+n+JJ9tI8lWZI3KNeMmNo40VxyUFtKqyfT6g+1fbEquK0B9ekVx&#10;KbcxSA8R05LohVZFLqoYenXwQfweOfYl9IbjTAVOVx9fULF5GMaGrk03klKtCdSoFZfIGS5+mv2E&#10;eftsa/itJ4E1UoTpHAeY/wAvUqcmbubW48BXXwnXif4ugK+Rmypt3YfC1lBAZZcbVCeTw2UijeIx&#10;VC8EXJOlrW5KD2K+7d01cK6VljCqmolVIBVfxdlGrV+P6/X2E9l2iGWlUbVXqSmfx2VpKafUeY6D&#10;PrfrrGXLvSy6pJZNIll1vGxUDyaFe6An8G1/ZVt49fbZ3nXVWVhrclistl7NWzRyCqo5plgSASPS&#10;VLalZoohfxyJqYkkEn2OLOOezhkhkTVETnJBpQCgrqVRQZ0qK+ec9R3zFyDte431zuNtK0NxJk0V&#10;WQt/EVNKn8+jUYOuzO36KKjempquiokMVHFoFPNHGGJVPJGWjYKpsvouB/X2tuo+p8Ftpmy+ZyFV&#10;uXKUtTSVGOkkEtHTY+ooaoz0tTDFHVSPUF3ijursY7r+kgm5Zv8Ave6zWy7ZBKVtnBDk0ZnWlNNS&#10;MCmcZJ7q5PQdseTrXaJ1uJJDPItaYCKDWtdKnNDkAkjy6Cztne25cnStt7EsmIocpT1NNkpVaCtr&#10;KumqofDV0CtUUWiliMUjeqMCW5uHBtbD3SkOR+5qo4khZYqhZFIUo90X1fuNZGCg3bjSL34v7O+S&#10;WazRY5DqXBHlw8vzH/FHrXNFt4ljMkcY16TkCnxZ/l0sOmaWfE4VcfPVy1UbLEYJZlCyW1ElfTcE&#10;FQQP6W/2Hudt2ONpMctZG01TTQ03nlaMRh6ikS1SUjFynk0s1ja17WHtFdC4itHRbgMKU1cK1oK0&#10;rivGnlw6CllcEFCD2kZ/Z17cMlTHT5M0kyLDUtUCKNHBESVUrJT3sL3vIotYe2LeCGohipXpHp42&#10;sySKoNSvq9Kq+oGNB9Da17ezPaVRlkkaYkniMgY49Fe8SmRokZQOP2/t6Ue07IHn+6M8yRWkj+iF&#10;wArH9TWOpbfT3A3jTKN1ywVRXz0zq5AMZYceqzMw/QoUADnj2s2OcnalaGpRh6U9egzvBcLOTUll&#10;GCfl1J2TUQz7Ux1XQ3amq6eKWnBGhmhaNZUkZCvoeSSaS4/qL/n201ULPKvg1MUVizoRqZLa9TWe&#10;/wCDcg8WuPa2MjwXE3A+X+T/ACdRBvEEUq0mwDQZGKk0AB9a0C/OnDj0p6Z2VbvYsAToZyAQADoJ&#10;FibgEW/P0/Ps42a3/LW9RbS3vn8/j9lZiuw9DtSXfi4t8plMIabOUuBjrsDFkNsbgw1JlcnqIRZ6&#10;SSkkqZVb1pGoGB3P+3WfL93fi43hbKNbpofrFgDSQiWcBTHrjmjWT8P6iGLWRTWg7ue+98srYc7c&#10;x7BtNlPe2CzNcC2D+FHJWJ5XWQrNFI8aVo5Rg+gExqjN0EWEwK0W4NwYCiWefHQZSbIDHRSw09PI&#10;2QgSaNZvHJBUSRxMfQyyAhB+lS/pQuK76j/0mdkfHSr/ANxG7KTZ1NuNdzbcqarGS0f8Vx2Iiq8Y&#10;KsUtNLFmoK+unrUqKbxxtEyaohKJLE228y2m9c97v7W3zLHdxWAlWWByoQPHDqUAhR46tI8ocKse&#10;nRRUOodBndOSGHLGwe40MnibU954JhmUPq0vKFkoSVEZSNIvDYu2pCzSNgdCJ/duiqvsK+RRV08U&#10;jR/aVI80DRJ5FWTSWVWQKqjQwP8AW/HuvjrXvPsjZ3ZuD6i7k3Tkdz77qtxzZDC79r9y0u9slRUd&#10;Lk8I1dsirx7w5xUx24cfhZwYJ3EsD1PMaG7iIfbvmvceXObLL255/wBwkbfZNx1xXwuRLLEqPC0t&#10;i0UOtlW4igkGnUkyNMaBSpPUtc4ckbJu/LN3zlyXtSW+yLbBZLVYDbpIWSULdLJqipLE8igmMUYL&#10;p15wskx9EtO0VNEtJTOn+bogaIDkepTTmIq3HFvp7ORu7s3tKPJbTpqDYOxtwUGSydXQ7pzEKYTb&#10;P8Fx75Y09DUYvHRYTLZHLV1RiZTLJF5AFqI0Gto3Yx5L7zvXMG0X/LIsbG3u7Wa5ZLuV7140gTxN&#10;KGJJFnllkaLvaMFdLBVUsju0cDbZy9yxJbbzNeb9d20yQareLQ0xdvDZmQuZolQLKK6+46WJp2Ub&#10;jT0FLTW8c9Ybf8dq+sqC3+LGWoc/7a3sQMK+RrY8hPh9pvWUcEnn8VJgTNBFVSVFpA9Wad41q51a&#10;MaJHMnAZ9Ny3sVxb1tlkt+8DE266pKV+MiRtTFqZlZQppUtnuJOQC9ye3h+m+u3vTMwIDu6rUcag&#10;VB08cBQMAeQ6zsgT9U2nn8y24AJNvRyRb6eza7A6O7GzK09ZlduYvEY+opzMURaCvrkklrYlcxU1&#10;M1VEBGvlcjXqKqoAYaiAjuvuRZQ64oDIHHASFkIwOJBYevyB0ip1EiIeY+duW7Zmjs9wknu1Y/CC&#10;qUUHIZuIBAUmgUZqwwGTlbuPEU7CP71jJrdPUxRQ6RlwL2OoO3puPSD9SPYwwfGuiqlNNksXjxTL&#10;NS1M2VlfIffsfEFkxjR46WhxyLOy+rSVkBLXB5X2Ern3M3EPG8N+2jgEFBX1Jr3GhpT8J9PPoEze&#10;68kApbyE3BQjSPDp5UOpwzGmeOP4cV6aV3IrvHIlVMCVkWOmT7azk6AHkFVF5gEA9OkKGueTxYQ9&#10;tdR7HxGUjTD4KWhno6R4qqaOCKKaZpmhhqJpamP7nczzGKYF0+6SEBiWjRD6A7u3Mu9X0Tz3+4GW&#10;GRhRa1A4lTwCilCF0g4NCSc9A7cedt/vLUx310rIXoqVY0WhI7cRChoa+Hqqfi6w1VfV+BHqZIpl&#10;kf8ARrfXe50DSqCmChrG/jZhb6/n2LeF25t+npzXVJoK3HzFWM1GI3glvq00cLwxIBDJI5PGk6SB&#10;cewze7luMz/TxrJHMPwvUEf0jUngPmR0Brvcr2UpEGPbT5n1LH1JOem2qrK2e8EEclNMpCutSumV&#10;Rx5JXGqQIALt+ePar2xk6WmrY6DGti2NRIDPTU9OzpTwsyxyCSZ4lR6osp4F+bWsD7KN1tJpLc3F&#10;2sylRQMTQsfkAT2/PFekzNMw1Tlh6Z4/l5eX2/l0mNzYRq2japrY6mFIox4qss8Ez1AYafFDDMC8&#10;It9bj6+1vNWJFrkpoqFIKZhPlHrhKkBp4I5DKqtHpp4gJDHcTusaamsSdJIfWGYlFd3MjYQLQtU4&#10;FMlvt0qcfnSyMCjanLHGkduD/vX8yBTiaZ6DiLHSPKsNU1ess0bQUK00qa4fuWgsxEshZrorAFQ7&#10;cXYKLkI7K5OtrGZlNG4mVn1tY0dOrojIqzPIyrCRxqAOkjgtfg8srWCIEyK/aQBT4mpg4oM1rgn0&#10;rTh07HMh8TSdSr9lf2ZFfz9M56XOI27RUMSWE6GK0WpSn3lRKt9ZcMlnmLH1G6L/ALz77xDDJUtN&#10;SSVE2RcLKqUFPBOYKd4Hd7AVSos4ZQAGA0gD/bevUFnJLIkPgg0JdipYg046Saf4ei+6uSJyka6P&#10;Ote4j5imP2np4q6KDFyVuQ+2hoo4xFJNWTmnFRLEIT5H1RSt49B94qymroqmopZYqugamkhlSohm&#10;SkpIwNaSghzJ51JjddV9Vl4W5B93glt5EjlWWORZAQVI1MaEU+z/ACevVC7gIRKGYkggmrYFf9Xy&#10;6l0kmMq6eCojkpK6KVJYhFPaoZtTxMroSQbhmFhpI45uPa/2rndqpTw3q6WozZVoZJRHKk85Quse&#10;i5cutj+scWHPN7Bvdtu3gzSKYnjsOOmooP5V/LqrXoigIuENa8M4+XQN752Hv/MZl0oZHo9oWgeJ&#10;IHptazaYzUusYWKWJZJUY6b2BP8AsPbHu7dNJSSVNTFOprIofHBTkMfNcqqroVlvKL8WIv8AT8+z&#10;LZ9mmljhhaKsJbJrSmONfTooacyUqOzzPGnQrbM2hNjsdQ0M0C+ESPK8x0lzI5uzFb/Rv9f2EtZu&#10;aRys0klTJM6okrSQlBS1AFmgiTUxYRxrqLkjni3saQ7Uo7FiQIDjNSw9a+VT5Z6QvGh1Lq7q4rmv&#10;z6Fenoo4vQkaIi6gAFBZuSb34IuT/sPbvj9yRtMoSqnlp10qoeO0Yut2JAN7arn2kudrdUbXCBKf&#10;nU9FU0LKRqSjenWWSkXQ2kWY3I4t/vvr7VVJuiihd4nnilkkNrElCEIPCr+qy/7Y+yebaZ20sIyo&#10;H59MSW74IWg6bnopi1wth/T63/x+vvr+O4tXSk+6jj1tpjKMFCSyPdAFbSDrdr2BN/fv3fd6Wl8B&#10;iBx+wf7HSaSB+59BApnHp1nSlnB1lARxcX/AAB/B/wBT7clSkqpAJBHUTIA2khCrDnS3B4ZSt/aV&#10;jPGDpBVD/LopnaVT2sdP2dSk1rww0r/r/T+vFh78+RpqZJI6hYmkiLXU3f0sbL6LBCefp+Px9Pfk&#10;tppyugmh4/8AF9Jgrmh/n1y8LScFm0sb3UhTx6hzyebc/wBR7S2VzFO1DVS4+l81ciEQLUqI6OHW&#10;ulpFiWRPNMAOCx49m1pYSLcRx3ExS3Y5K5Y/KtMD162H+noZQNBPpU9S4oXuAWIjFrceo883e/I9&#10;grLmty0VYJqaZKSkkjCTzmAVHgQsyPJGCDFE72uebr9PY5isdquYCroXlBOla0qRwHr/ACP2dLUa&#10;2micirTAmgBpw/w/kD04+ND9Of8Abf8AFPawo5apVKvU1lYJIhcqGmvIELRvE5UwxowvqsCLfT6e&#10;yaeJD8ESIw+dP+LPQcvAsrq5UKV8s0/MYP7afZ5dd6VWxHAH1sPr+Obe4NemVWeWoxUYpA8DQyrU&#10;OsikjUvlED6Igb35N7f09vwG0aPw7ttdDUUFD9lc1Hyx/PqkBtQoW7Zmo1RTGPQnNR8uuQIP09sd&#10;Vg6eKETyZXx5JgHqIGmSGCdkEh1pHIECq4P9Rb8f09r4twlL6Vta2vAGlSPlXpTDfzOWhjs62gag&#10;NCSB9oHl9n29d+07TZKF62elyRsY5WjjJkZU0ICAYmNwQVH5IB/r7M57crBFJb6cipHn/q/Lo2uL&#10;GVII5rbuLCvl/PhT9n5de9wMl92A1RirvDGshV6UqgijQWtIFLeWQH6i/wDvNwFVmbdgqXTdxxnN&#10;T8vTpRYm37ItwH6hIqHqan5cKDr3ti+3/vHj6mHKRQ1UcUck3geOKEaGfW+iESxEMGa/4Ivyfz7X&#10;Fv3XdRPZSMjlgCak/ZU0OPKnz6OVuBs17FJYyujM4UsCSacFNTX7acMDr3sqO+elTisuuewNFJnY&#10;TVUp8FUMvlFxrw1keXdpqOk+5iSalnomemkZY4xOY0V1Z/UObHmLa7vwk3S2VNyJOlsmNyCX1UJK&#10;h0060NNSsKIwNK5B8qe5DbjtibXuM62lwEfuTw4/FUp4KgO1G7xJplUVJTUxqF7fe3Sfc0mwNvSb&#10;l27Wx0WQXE5GSRDlZqTJ0NNNTJkKuCeGujqaWoloKDH1MkMEkMr+ekjWcRwiaWMu5g8G9d2vrfxI&#10;EJOptEY8MKXeVC9O4ojMqspV2NNccepkc2+1k5g3kbRdh/pGnRVCxh42OrQhUqysokeWNXZZcLK7&#10;Rq8piV+DxpIAHUMBzYi4v+D/ALD2jM/8hqvcmH2ji5dt0uQ/vPlUwmQ3FS4wVsGHWszOMxcGPxla&#10;tbRR0eWirkSSneojmph43jZfOEAKtzgsdmurG52+O5n26S4iDUUSW5kr4ZjkYsCHEzgVZAoMMuoq&#10;+hWFG1e2h2ncuYL2fdDE1nbtPHA8jRPMFgaYO8arqeHw1KlUYMdav3Raq+VNJ4NltbTb/bc/4eyQ&#10;d/1uQyHVe+8JR5HZuyt/bb2VurdNfS9f53Pwim2zQ5uhmx9Q8FblaitfLZKjgoJVqY0qZKcZDxRF&#10;oiXYg553B5fbTnWz3Tmi1tecILK4uYxbSNoW1hdHRwkbII3nRYAXZCYi5jU6JAZMkPamO0teeeWN&#10;xmstx3HlG73K2tka+hgOq5eFkkWoiVBFHI9wnhkortb63oyqq8/ZYOvt67z3f1/t3IbnwOTr1yMW&#10;VxWOqJsruqlxuY3djtvZJRk6bK7eydVuXCZ7dtV/C/vqaJIKGeRjUhket1rAPLvOG67ry3tl3vO1&#10;SzTS60RzJdrHJdR2zLr8WB3uIpruRYDPEFWNyGlVVFygin7mvYOWtg5q3ez2bc4bdInjd1EdszQ2&#10;kk8ZKNHcqtvNFaJ44gkd3ljT9Elhbqp97WHUeR3JW5mt67wnYHb3T+aJyOP33tmkq91bux1FlNuY&#10;KkraaLES7kElRi9wlaimoYJPvaejq6GhaNp21JqryjDuF3vR5c2fe962Xew0kV3bRm4u1VoUSWMQ&#10;m5SXwZi7wwArLHFJDBIGlk1KJQt7h2uz2212nNe7co8vb/tpCSWNw621m8sVxO8bPMINKywdksjK&#10;YHkimlV/DVlcr72Ls+Q7XXPtNJun5C42gpNvY+lrK/8AhuzsxH/CabM7d2vkN41mGwuBystNXSSZ&#10;dKhqfGwVby1c5UXpo5FjlHcLnmTb91S13Xe+bbPVaIhPh2krSeGYIJbpoobdmidFbx9ECSl5W1Fk&#10;i1okcw7fyNJtD+HsPKE92948iR+LdwkSNDPcR2iyzzxakpEYxJO8QWJdTHxmUv731ndmV/yE7A7I&#10;6i60757kyG6MHiqjcW69i7/mmxWwqDF1WPo4DJRUeQiw1Tt7Iw1G46Z42OEkipfDKIoopI/JHHPO&#10;2w7bzxzLzDy7y77jb4N7ggEktrelxb1lRaKFKxy2zETK+YpqVZURXYNE7tO+Q+0vKfKvPfO/tJy5&#10;Ftk9wLe2vbNRJetLE7M4kZDKsqn6eUOPrVaTWviuyvpb3ty2f/LbptwdaYsdq7o3VJ2jU5qpxm5M&#10;1t7duMzdDJgqKtz2FoIMDNXY2np6E5bAVUF0qJJn0RJBKsLCQDXLf3c9tvdjd+cuYL6LmWsgkkhl&#10;WVBHAZoowuuKqhomTxKg6ERIwuGXor5i++VJtXOt8OQtjsRySltHLbRXFtJC3iusMsjThJGaTwZ0&#10;Y6olRSWeWNmAUn3sctufAX48dP4GJJett4b4qsTMjV1DXYzJbu3FnHiRg1S+FXcuN2RDHPVxQymN&#10;6COMQQj0tK0RjHNj7Xe2XK+yWDWvKg3EwkhvGkecznUe4w/pwVJ0kFYgjBVJjEgDdRhvP3q/eD3H&#10;3iV4+crDbI5kNGjljtbaBTVtPj+BLfEqutarOXLljUIriT17/T2PvWeyhVZM5yfqOfa+Foc1i8ht&#10;nHdjYva2Ny2KWroDVZbcOFoNsS53LYLOitr5I1jmniCgftNGjlEHOzy2O92hmm5bNmYJQ8CzQ2pZ&#10;GdXLyRsjSGIl5GDRyaWUA6CI5ABD/PvMMtlaDZ19wFvNzmtJEuJLCW5kjko9IoJ2uVgimgKIrgrG&#10;5INWWR1Dt1cH6Ee2/sHauJ3dU1dHnqOo82LONpaL+GyZrbtHgWSHHzvLhKjE5OCsjppUpncK01QV&#10;E7AGNkTwyRbctbXuNrZjcDK4RiQY5ZLdySmnSrQmN1AY1RlkDK1RqYCpU8p77uPL1ta3e2TgrcCR&#10;38XwLhrhayCk6yxMpILKKqkYOmpMisxk79htBFjcdk48TTVEBgH+TyzSVU9ZNVVBWH92onyMktdU&#10;M8BsnrICHxqgVVUShZW0K7fMbeNtQYNRtTaaqGADFsgAjjUgUGoCg6GM8t1dWT7hLC3ik6gulUVV&#10;1N2qI8KA3xGgJI1FyzFuve2PPwZOmr4aiSaCWmhSWWQzGOGGnaNZV8zs6SssMrSj1CIhb308XBtF&#10;NEtnIViAGk0FaeWAWNKcMkn7a+Zhs09lNazRRo6zsQBpqzNWnDINQKn4s8K5697Drs3Ow0mDTGYq&#10;mWkElHHLU/akJA0LwSUiU0iwTRQTwpHBGI10k+HT5FEek+wxuyrtu23gRSjNEFAFFTTpZECjUgbu&#10;IUhdYAALKIwABryTtcl1ucl/fzGRlkIXUAe4MHLglWZWJYkkH466G1EqfewZylHGuNWrqnkcwyzT&#10;wo0MtR9rJ9q0DR0TyvUTxaxWNYLKqBSVIIt7RXu0wWmzW93e3btIkpcIVaQxyCIx6IiwdtWh200d&#10;VILB9QAAkewvJHvvBhSmsAGjBdY1aquF01I0DJFa5xTr3tG160rQaCVjFQ8FPI0kCxBiFYwypFK/&#10;nasg1amPpLrEGJCtpBRdT2TRLAIzGJlSNm0BSdRJV1QkyCRODsAC4jDEgOABHamYOr6ahVYihqfm&#10;teAQ9oXBprKipWp97ZqWnQV8ap92/hiqKOIOInWKr8cYaaSI1SNJGI2PrVSv4Q6gfbdhGst5FbwL&#10;MUWJ4YzIVOmUKglqK0ZYkPxhXDa20lGQ1MLiYm0ZpPDBcoxpqBK6jgHSaGtMHJ8wB17265GClXE4&#10;XHUTD7iCFp6ipLu33UkpCOjoPOZ5dF0W4Uqbm5FgLcxRWkOxbHtdndv9RGmqRwQdZJXUjD9RpZDQ&#10;ooZV08Q5NR0hsp5Tf7leXIPhOaBQF7QBUEE0oK0Jx+w5697ZINltX1UUNHSEzioljkUQhdAUlfWr&#10;KsgYMWBvdvT9CeDCG9ba876baNjdLIVIppNAfxUxX8hkdGp5hEaN49yNBSq0ODioAP8Ag68f+JH+&#10;9/8AEe7lvizsePrbBYitSjpl3LuKpSRzNi6qtqU2xR1FIMxOyY2SOqRaqCb7ZVWRHZ5bqrhHX3fe&#10;dUNpb7NbMq3D97VGO3SKk1AGgsCuogBmViG0lTi3z1fWu+XF9d7hcV2i3BFS6KPHdX8NdTgg6Ary&#10;NjSoQa2TWpKZzzT1Uc1FSIXlWLWo8nhVqoiRaWLyWIUCT1Nx/ZH9b+zQSYrI9kHKZHde3c7tqgkn&#10;emxmNrJsckkOOpahlpKxZcdVysktd4Wl8cjhoyxXT6bne1bom22VpHZx6bvu16jVy2RxV2UUGmhU&#10;6hgnSe3rH6836LYNx/3Q7nDcRjOtVJFdIqGEiqcE0wGVgD3DFc2Ppmx1FSU7TCoqVgT7idmcvLKB&#10;aR2JkkF1Y2/x/wAPzwoeuNm4bHJjqeGqahVXi0V+TqavzlgVf7gzO6SO+pi3qAJP0HtdFvG56VRT&#10;wFOBJpX1Ylj9pJPzPWpuet83Cf6iSWJZyfiVFWn+lC0A+0Cvz6ls0zeqwv8AX6/Xj28UGHwuDp1p&#10;tv4jFULvEyr9itHETGmkXH7odiobk6T9Tfn2zLc3NySt9dSGEeRrT9nDqrX13uU/1F7fTSEEHubV&#10;Q/7Y/wCTrBIXYDy+QAX/AEE2t/tjz7i1WeyOL1rFEJZHCFIXWVAshOl3ChzqUA/2SQf9f2pisLa6&#10;0s5oorVh8h86Vr6Y6EFrtkV5QFyp9Rx/2eoJpxJ/nFKMDe6tz/gPp+fZdPkJjJ997DaLJ9Obd7Nl&#10;hqMhUQ4Xcs4GLpZKcJFSZGkkkxdfXx1+QhmtEII4ShB8lRHHZyGeaNoW822+28csWu7MTVIbkxiM&#10;EagGVtEreKR8ICgAEgyRjU3Uye01pcbLzFDdWfO93tSyRoDJAreI9e4xsNaKVRhnXqUihSKSSqHL&#10;TVFPBP8Ab+cwuSiG4ZmPkVmHOm3Nv8f94965G9fkTntp5vJJ1v1zsDrLYeK3BS7e3ju7pjrtKPOV&#10;ArJvNUQwdi7mptxZLE19XjsVUPSpFLTTovqjuyMRhjNz1um17lcSct8v2O17JFdrFc3W32oWYqTq&#10;ZReTpOYZDErvGsfhSaDrBBA09M7T2l27etshTm3mncd55hktnmtrXc70NB21CtJY27QxSxh5EViy&#10;yIzAJqIOp1BELAnytKGtYtp4+v0sB9fd1vw53xuPKzUe5MttKEbC3htSiyEmTrMxv6tnR6ietgpZ&#10;Vo934iaizX3OCihauqUqz5Kli7LNC6TPmxscm58zbNb3i2ECbdc2ccpd5bxpW1FxFGVvIgGV7cI8&#10;sqyankZmUSRvHO3Pn3I2TZNovbzZbTeXO+bffPGYkjskAC+G71azkBjpMSIY2jGmFQCUkV1DNuGm&#10;kqsdOlPKIqqNDJASxQ+UEeO0qsrxeu3qBuB9LHn3aVtnZmLZkbY9GlGnjoamkiTI5CaarpYq2qyA&#10;klqMlVVWSmxrHIFPEkhENJaKlWJBGqhGSG32i0nh8UliSC1Q9CXL6Sc4qSAMBUoq00qRGN3uE7Sy&#10;w7i/iS91SVVSGZBHUCMKikhVNdNS3c5diSS75/dgwVDq3VVs+urqoKieopYJ46SpfQPtIzRwJQqx&#10;dCUZyLH9bHlvcDqDES4Tsbu/C5Oljgem3xgt2Yp4KQy+TEbn2VhqZJtBhiHgly23KpWQqGkl1Xu5&#10;B9o7u9MqXAhA8NzXTXz0R1pThVtZJz3VPr0dcyar7Z+UZo21KbNo3qT8cU0hpXHBZFp8qeRACH7E&#10;3Ua7Z+2crg5hLDksHW4ySSatmgaKuxVdHHVJBNTyG1UqVxIl8gWJYw3pTXY2m5KxVwsdMjLC0VLC&#10;HMNMKdiqKpQt5GVUm8KjTdbqp+lxb2F9pgBvmmNTVjxNf9X7eo9uyySFQxBqa5x/P/P0VDpHA0tV&#10;vPK7mqkSvNRl65YY6iseqVXNTqmjiSESa6ZaxGEjF3DMvJYG/utfvivqaimrHqautamp2qGiSPQ5&#10;RUpw7ai8cjsESkYnhhc3HqClcm+TRb7dBLdhAumPUzUqQFySMH/BX/B0IOVIiu5Rk/iKjiRxIHAE&#10;A1+ZH29Wv7XjpYqKFKeKCJhDGkiRogSNuZGCaWK6FD2AsvH4911b7qM8MZi6na9NPM+42o6+nylN&#10;UZOvgNNFGlfT1tPFLBTNPS5WJ4oDSyPSRTwoE8kbO5B3vE+7brtttPyy+oXTLL4sbu4RNKSI5AjX&#10;WJCVR4ZJIo2jQKsqFnDZO7DY7ZdyXEV+6LHEjKU0xqakshBPiSlGQAt4qhzGRUKxABVCFb3v9P8A&#10;Y/W/9PY49Y57MnFUX8VxmaxVdlGaSKJYfv62jqoEFP8Aa5Cajnqkjoqo0jOWkaeJWDqspOjUdzwy&#10;SWUM08LKxWjRyOhKVofjBkBYLnDuFJxK4KdQHz3yttyXt0kN3DOsavpIAVDqqdaK2jvQP6AldDFO&#10;5/Dya1/r/vf/ABT3Yd1nkmlxIgoxUzNLTyPTK1ZTrGtRqIjpI58hM3gMSTP41iWRDEklytvG2P3O&#10;FmlpdAx2ylmLCq0zQAgH0rVjgAAL9h6xXaS72XfALq5K2taN2se0D4wAvxEBa6qCrLkjUwZsvQQ1&#10;9NpdRdWXSLBr+tHcNquGRxGBb+vP1AsHWG3ti6vMZ3blJXrV5+kwuIyeVRYjAmPpqsVtJio6eqgx&#10;+Lp62F6ehK6/HEx8GkgkF3N9gsTLs+2XDiNVRyCqPrqCMazQVJ0ngo/PHQ+3Cwvf0t0u7dk2yWeV&#10;I2PGRoyrNqWpKU1qPiIoSesi0ojhgVQFSN29CPIyszuztIwdmJa/5JJFz/X2TTdu9KjB7wFPmGFR&#10;XwVkEP2cNQ0zymSsiErU8ME8bO0SAIPKyRofSw1OAZ82eztr/bDEimOXRWi6aEHS1csCBWgJockG&#10;h1BWmS05HTfNhW82xBokiJqQABRG4k1JGM0FQQP4cuqWKi30t7HfCb2lkXI1TZmkw2LWhkhd1o4a&#10;6poomoXjq8rigXalIjHjDK0LxSiUKyFFYSRzzby7A+2zMyfqJG/6oXUVJC04mlaFjQgg6Rwz1ENz&#10;sE1tLbTLBM86zKQKsitVvhelGGCSAGFaeVcY5UV1KmNXVlKlWAK/7FdJB9unY20tr1FJWVeZqqse&#10;ekyO5sTu7+F0FHRVFS0lIPscyY8ujSJSx1c0jSpBDE2hwTcRBoy5Xu7vZd3hjdnoWOp6IqEGpJZQ&#10;3cUpqB0qtF7gCELSVydzvcXUFusR1NFphkh1yNJQA6TESmlCSpH9ozUoAa69DII66nngSjhiNLqS&#10;KZS6g08KIR51UqZZix+iluP6+yr4qmj5qoz4aqdzUxxFJmSpiQJNNRvWRuHhiZ1jqIpECEBSqi7l&#10;veRtoEk+nmJostWagYVDLipYkEVAddIUcTkM4aSdy5jhiQIJSYYQVYkgdx1UJA1H4WowLmjAVbsA&#10;D9oub/7xa3/Ir+zqdRSV0eASbISSJJC6R49EUJJFI04WKCOOpEjtUJO7JGDGxayAox1e4w5xSEzS&#10;LGQDIp1N55UZ8wf9tX7RgdY5813kNzdypEf0nJr5g4zThxOTxyxpSopBqIgD6Ry31IH9LEX/ANv7&#10;GvsXduW2vR4CvOAjn2rPXS1G4MxI8Ea4GOGlkamqoo0mWWSWrkqlgMkTOIzJ++wjLe8f93eCxuYi&#10;0Aa3V/1H7QUoTQ0wzamIHYMVqaLWgU5av4bg3+3jcwNxKUjj0sxdiBQVClRgEmuSARGHbSpY/wCA&#10;Y+rrXrZI71SQ/bsy2USxOYrpOLEzKhjuoYkKfpYgewX2H2F/epdzbdqtzUi7clTJxberZZsacnNW&#10;UlOuYrxH/F0yU9SmVqGnGieGSdUid04j0KD/AN5Wkv1Vut6ogIbw21RiUhRrZlWTUBq06aMmQGK/&#10;CARXuG2zWl1ZX8e2s10iRtMuliqgsYk1aD2qhK0kWReIVzU16damjihKzwxqrmaNpB6ioRE0BUQM&#10;FQKObf19oaLb0dNBmMPmKfMUdLT1ElLXUmRp4ajKU2TxlE9fVS0jf5NjHeatxkjSvAgljZ1AAjQR&#10;As22SAare4WVYFARg47gyLqOk9sR1FKvp7qkVwOpY2wzXy2dwnhS3jpWq10aWYKocZlHYwZa0UkM&#10;QTqr1Hr6mRGikpjFqVYgJJpzArBnVG1DwyG9m4H59r34p0qVk+QysOOraKHEY/7G1VSLAj1OSWma&#10;Uq0Dz0rTpFSKmgPqjCsPoOS3cXiELSuSkkY4UpTgCCASKigHEgUoK9ZEcjbZPb748JEbwuvxDIBW&#10;SooTQ0Iq2RmueqP/AOfdv3EYD4q7X2rPm4qTL7q7SwtUKKCpUVUuI27iM7PWv9r5xLJSJW1VOrv4&#10;2QO45DWHs6KjyOvHpT6i1gW5vcX5uPeM/N2/vc3FwitUDAFeJqfljroJyNy4u07RFdXMQ+rcFi38&#10;Knh9vn6dfPn7f7Cn3DuGthglvSRS+CJA7WlaCUNyCo9WhQLgf717eaaJVC8W9QB/1vr/AF/w9hCC&#10;RxDFr/tWOfkK4/bx6R75dtcXM1HrbolAPVvP7Kfn0jcLDJDTQrYGqnn1EyW1Rx8gEyH6hx/rc+yd&#10;fzGKmSj+Hnc0kJIZdhZ4jTwXSaWippQbsAP25G+v9feRPLDfS+yvuHcQga9KAkDNGaOv+H86dQPy&#10;XZ/vX70/tpLOCwtY7iQA5oyxS/D+Q8utwj/hNxX0OLxvZ9J44lqdzdn9a44zpEI2kjxu3d4Zf7aV&#10;luWjM8Sst+Lj2V/+VblcHmPhJ15Hj8umQnwdRuvD55JEs2JyK7nyuUFA1lWyR4uvglS1wVkHP4E6&#10;exu6Q3XtrytaWsmuS1M8TDgVf6iWTQR/pXUg+deHUf8A3xdrvtt97uYLy6tDHBcxwSxtWodBEsZY&#10;H/TxuCPKgPn1sPd7V+Spu45MZPR1KjJ47EVeCaGXWlchp4KR2X0KIpFyNNJCVuTZQ30YAWH174fG&#10;gM8MM086loW0R+bxqQUYNpJklcj8m49y3bLf3ZIVmWFTnP8AqoOoD2C9qyoJsH/P0THfO0+w931F&#10;V9rV5HFYakqal66LzypSVEojqBWDRIzxRUMSEG3jClgP6ey/9k7nelgqpaigkqpEYmGlpaWpFZLA&#10;lP5lp4EgIkkqJZNP69EK/Vm5AaRuWtsWSSJY7hUU8WdgFBrTUS1BQedCW9B1IsbS1URr3sQDXODx&#10;Ix5fn0Yf489Z4+goqSTHZsCkWCZqzIV+TpKmmkqGqmgmleapWWOnpovCAqRuZNTAKFsxWr3tbsTs&#10;XL1EdTgNrZbbEFLkoVkfJUk7GSnq3khRddYiQO7pEGb7eFmRdRYljGRLm5/1f5ck2zbpObxqaRDL&#10;4MRdigBBCEa61YZx8Ixk9SZyvs80tqzvYLKaHSWOK5yVrU48iBxr1YltrHYbHwRY2DK0eUm8Cyf5&#10;M1KZHEYQSMzU12MYNtOpvoePb71ZsbeHYFZK3YO+chVxxRSSfwra/kx8bCpkVIxPPJJ4ArQN5Lon&#10;mZmsCo5BanupYbXc3Gy7LtEV3eDQwneFFAWhLADWangT3ECnwt5Hh5UXRDdyAQoPKoPAcPLicfLo&#10;PO0+yIOvcTHNicLQ1M0k4gFTklf7SP0u0hsiyTMCEsWZkVb3PHsQcb1ku3cnT4fHY9cFt41dTWzU&#10;6E0c2TNLVhftJpfK9bVzVbShpqqaYxxqNN7lVaGTbc086cyC65nkk/d0TlixFAUVyVTSFVqvWrNl&#10;dGBVq6RzdXO17Lscslhok3CQBUqupVZkr4hzSq00hSO7iWHDpE4zsOi3TSVNU86ZLL09LRyVZh8U&#10;8GKTJ0TySyhTGsdNHdGEcIT7iV+TZAWDP3h25m9nUI2jFuGrxe4cxDBFjMTiKuanqKbD0s0U9dVT&#10;yoPuYqiop43WOOFoyiam1Cylh1z1t+zWHtvzHu0Z8CFIQkcgqsjSsygRw6CGCrGTrIFaVXUpOoBz&#10;ke0lvOZtuDxeIniVfX3CnHVTAFD8s/l0otn9add7jkTcP92MVlIxVyVcuZyWLpjJV16+aILTG/7y&#10;UUijW00bEygAEBTeZs3elHkel9qTPQxUUlfSZLFz06iaeSWoxuVr8THLXTpJJI0ry0zMoklJUgc/&#10;UAo9gLS23PkzZN2tLNYGIcNTLfozTRkksSWJCEmpb4iB5VWe6NxdQcz7nYm6aSjI3oBrjjeqqMA9&#10;1Pn8q9ZMRsVoOzNy5KN6mSFMhT1lNPO0Ip6YVePoGloqCnJaCnRQ5U6Y7kfX2iMF21j8pQ1e0d/Y&#10;9cqsEFJXYueSsWOpeikqxGC9QZNEdVRSiJbvIrTQOupfUxMj+7ke2co2e376LRpLG4ejBSUpItGG&#10;knRqU1qFFO6oqQKFHyXZ3G6zS2sUyxXcS51DUDQVHA1z/pSPtoelHufZNbj8zT57Z1TFh6ipkcZW&#10;GKmeSnqXKvIHnpokdZEkLEgBQqSDVYkke5uz8FQb1hmm2tPS1G1cPHPSVk61VXU5bHzVmr7ikqxk&#10;ZGjgnlWeKJNKqGQsVJ9RIO5b5n2nmzbDaWl2slmjCMgszSLIFAeN9WQdH8IoCaqSGapju9pdctXo&#10;S+T/ABp6umFCsoI0sCoocmtAe3AahNOpWY3QmDipKPPEUecyLxJSRkIkFW1Oyt9wvgQs0caRSO6C&#10;+gKuojUB7Kfvjqfdu1t44jP41RjqDF1X39ccWIo6OOgppa+rlrIaGYRrBFQmaFpIg0gcj08g6m7X&#10;2w3CDc4d122WLwFfuCMBxaRhpSRqjTQdoJqFwCA2g6i5ss7+0aO5eszArmpz5VoMhvsx8+hGoMlR&#10;ZOmLxSLOkqlNL6Sr3WxjdhqS7j6j8D6+3rvTuubEdZbsyeZhM+F2vBDFHWpNUwrmNwHHrxMGljaq&#10;gORmiVGUGGRZNB1C9kX3iNxHt/7bTb1JN4kkT+C0dGDeKY6KXoaCrsrBe5akE1rhV7ectpzJzda7&#10;VZg1kZTWooIw4LUFRSi1OTXHDqFi8FS42qlqIwFqZl0lLJ44Y9bNGkKoqqgBPP1LD3rhLTvUTzzz&#10;apZZppZ5Wa5LSzOZJGJJv6mb3w/Ys5LE1Ykk/aSST/PrpnHEsahFXtAAH2AUH7AAOlN7dYqIcERX&#10;+n49+C9uer6c+nXvc77Qf6n+z/T8/wBPr79j08ur+H8+ve//09bzG1sEeKoMbE61kscaxo1TMzke&#10;S7MEOhG8cZvZbfj30at44ora1sYqSShQBUgkn7T8+HWLV8XM892QUQAtinAedOH7et/j2n8hKUqm&#10;HhamliaRWVAWRiCATe1ubcf09l1yssc7RPGUkFcfZx4dP2zB4VIkZ0Irmn7MZ/b+XXvcFquqniCR&#10;xsWA9cpBYoNOoX4uCQPr+fZDum6XUELBFNKeuaY/PpfaQxtIFwAT6de9sUv30UiynyOn6ta6iB6j&#10;6SAbgi3sJ2W6rPPUkKxbzx+fR/NaiONQqjSRXr3sWNmVi5yilxMhAKRvNT6wrEC4aaJbf2lP0/wP&#10;HvIHkneV3fa32CYhVAZ0Fc+rKPWlKgDyNAOo45isjbXC34FA5VT6A8F/bxrwHmeve5eW2+uNg++q&#10;KU28rpCjquptV1DA3JUAG/8AsPazddhG1W43C6tzoclUDDjjiP8AD0g2+8kuLj6SOanGpqSMVP2H&#10;r3sNsjCZzqLEPqsVjQAFebEg2JPNv9h7ibd4jcqQ3a/y8hnzHQ1s/wDF6GpJ+eeve5GOp1h5kW7S&#10;OAXXXdQ1gRyOFJ+v49hC5i8JinAEYPQhtnBDlTXt/wA3XvdoPRmApP8AR/iayACSXJJJIJm9Sjwl&#10;oSq2Ja7CLn/H3Iu2bNDNy/HLECZpA9DjyJB48Pz6Bu43cg3TwzWigY/IHpI5zJNT1QjuRHEqGQXs&#10;t5LFTY/W9/r7GXZHRcW+NzQWrsNT/wANymLrKvH5JJL19D90PuVQhWV1/skHj1C/sj5U9pp+c94u&#10;1gvraG5tZFkZJdRaSPXV9AQNqoAAQaCpWpGOpL5bmkvWhgQHxKVBrwA+XE/l0Bvd/flF1Ns6XJT4&#10;bceT/idFlKKgyWApo6oY3LrRyNQ+eORkkUtLdwyg2CE/j2dPtPpjbe6c1t2mzO2lqduQwUE+C3Hj&#10;5UocptPK4+RTLjNSN56rF5FYEZLH0MSCoIDjKXmLku0563S12ff9hWXZ4I1NvcwOsU9o8LBjCx1J&#10;I0UqKoXTq8OriitolWWNv2q5v7m3t7+1LR6xSVSNWPJqmhHnglhTGK9VDfF/5Y7qpdnb2rKTc8Uf&#10;au39w5z+8Ox87DUV2F7I2zk2+6w+86CMypFh8xjjXyQ1CM4jkMAdtSalkdO9jkNu4XYNdhfNNkGz&#10;0WJSLyJGWqMvQy4yNJ9cgkMdNLVxyk8swiPJ+vtdzdvm4bPFtlxt8TfVfXrbxKX+L6iN4kJochHY&#10;EjJ7Camuon+/30kVzBHGvfGTGCK1bA4k5z51xWvSV+BG4cT2Xv75IYLddNT4/D47Aw55JY9VbDX4&#10;XE5pM4a2hZInipHqY6WphljsgUvZVvZfYy7UxYxG25sxKqyGHGrS450TTCyx3WSVQR5B5GcNe30I&#10;/p7GzzQG52/Y7IkQR6A1OACrpUfMUUCnyr5jpRYxzyXFs+gIoAAJp2jjgcePp69E4787Ij7I7z2v&#10;01h8pJSwVG7Y87v5hKoqaKeeVcjjMdNKzxxGaGjEitGdf6WZgBckBOy9r7w3Y9bhNlVM+Hy0kUdb&#10;VVuPSlietBNDBFQzVspNRTKsMjyBk50pbg29hL3a2PmzcOTZX5J3uWy3X8XheGj3ADqvhmY98YCl&#10;m1Ka0GniQOjPmRNyksYrizmMbsdL6QQGA7e4imBTA4gcB1ZD0h2d1J1LtLDb17iqKXJbTpZ6jF0c&#10;Obkrq18XUQS5eefKriKaCSgyD1FbSRwtHoPrn1qCOfad278T9k7Jxc+Y7Hp4d8bgrm11MmbSSpx4&#10;qbkjxxTvqqZFIBMkh9VuF/PuJ/bv2A5fDSXfOcy7pvjoWlDMzRxk/iNSGkagyz4JrgdFmy8rxSIo&#10;eSN52FWYhiB9gP8AhOfXpPZb+ZRvT5B77bYPx6lXrzZuBeKWeppvtjuquxjGRY5aqFqUQ7egqPEx&#10;ggji8oQAs2ptHurbtPZFNtzO5DJbfpEWkFfURCnpoGjgjp3lcLUpEWcpGg4IHA/HHvB3fbS32jfN&#10;wG1Zto7yVUpisauyh+Jwy6WArUVpSvUc7vYs8LosgeIEmtKcGPrnq+LaGTnyeAxFRWBxXS4vHyVY&#10;klSWRaiSkheZZWTSrSiVzdgoVvx7LhW49oqx9IA1nyAXVR+4S4A5F0UG9/oLewtcRlXNAAOPlwPD&#10;7Ok0EjyQxgVppH+DpT3H0/I+o/p/r/09v+K2Fn9yUMeSxyOlDQ1yQzTRv45fI8cZjEZ+qoOLuP02&#10;+h9pCHd1jFc8Pt+X+fpTMngWk9yz0CjzNKft64NLGjIjMA0hsgN/UR+AbWv7cu1cdner2NKm5TUV&#10;+RpaQzz3nbIBCg/ZgrHieOnotFgAJVLWvpFyPZtvm3Haphb/AFyzkqv2rQUIB9B6N3cOg7y3ucO5&#10;O15b/wBkHK1BqDSoPDzqCP2jqLQ1cddCsyRGIapFCSLpcMjaZOCFIs/5tz9fZZfvpqqctI7zSTOS&#10;Xdi7vqb63LNck/4n2HyEoRq4dCt4lc4bvJ/4rqd7sa+OW1UwGDfP18kCxQ4+XKzy2IWJVSaokEhY&#10;kqYkiAJAsQfZvrSGwgWI1B+Knp/gI6FnKNkbeS93GdaRxocn5DNPP9nHpC73rP8AJqbGQN/lWQnF&#10;PGoJuXfSiR2/OvyE/wBBp59kh7W3tUbp3HuLdNPr82dyjx0LRh2NPi6FftoNJZV9DRxarmy2v7KW&#10;cuZHIoWNaenyHQX3K5N/dy3LYd3JI+WKf6vLpWY2iTHUNJRRgaaanjhuABcoPUxA/tOxJJ/JN/Ye&#10;7NxlbuHK0lLRRPWVuar4Kajp4kbXPNNMtLSIoS3+ckfXx/Uf1HvUMc88kdvDGWmdgqgUqSTQAepJ&#10;NOkksq2sMsshCxRqWJJoAAKkk+XUmaaKCKWWWRY44Ynllkc2WOONS7u5/sqqqT/rD3ssfAjqbbm2&#10;N3Q1FCiVdNtvA08VdXOSY3yGPqXgEMAWMWNZlpJqyQ6nDeQJc6PeU+9bXc8pci2nLnL+2Pcb7dRq&#10;ZSCA3Epha1AVqsD+LgKlTTCXma+fnfdN4v8AdLjwLEkpGD5xkiooaHEepWxgtrHWvz/P6+R+7epv&#10;hjUbX2dTVEu+O4N2YjZeJoaKRVqsfgq+grMtnMvVKrkmOkxdKtHf/jvMGA9QU3M1G8V+1mpzfXKp&#10;iWZjIpCsP1fpAI5/PPuPeW+UOboJhKszySDLCN1UY4hmZ0rTzAB+3qF7/kDZH3S2upQI7UOCFZa8&#10;D/DxFfQ1r8utJra1L2e0ElPS0M+QkgicVsNBloaR6aaJryxSVVZURiSQggnQGsPx+PYcS18FGbyS&#10;63f0hYoy8jjkG0Sgy/n+gt7k9vazmDmuaJ7+xFvGq1EkkhYeo4MwP2AZ4dSovuJsPLdq9rZP48ga&#10;giRShrw46Qc/t9OhM238Iu7e/coamo22u36Clpkeo3RunOeDCxxyguG+5qqtIKjWJV0hF5P4v750&#10;+dDhhLjaynjTkSOl9a8+sIGkawsOLAi/sk3P7s+6MZZ9u5ztpbx60RlZVr5rqFa+lSDp+Velu3+/&#10;Fhay20N5yzPHalu5lK/mSHIJ/wBqft8upO8P5U+5ftxLtH5HdSbs3HVlKODbcVdV0TRVjhP9x/8A&#10;EpmMQl4Kq5QRnQfUAD7daLJUlWhNPKrni6lXR15vZkdVKnj6WHvGbnX20505KvivMGyypA5IWVSH&#10;iah4h1JBrimqjZFQDjrMLkT3M5M5l2ZH2XcovqkVS0TVV1qB5MAK8a6Sw9CeqwO9vjP3R0Huj+Cd&#10;q7NyO32nlqUocotVQZDDZEws6a6DJY6sq6Wpici6AsHA+qgggSZZAAGFr2HA4P14/pb2CYbeQ643&#10;RgRU/P7M/Z0Ppb2KXTLA48XTgLxNa8af5egSoKCYmopHDyBmaQayG0NEo9CFiVUOP9hx7KZ2RSad&#10;57u2E9VW+PsHb8m6MbT1KzmifLYWClxtfHSs4Zo3b7eBnjXRYyg/m/ueOTL5bjal22e5Ph+AzAVJ&#10;WsNEUAUIDlFUsBSvzp1jbz5tUG27ynMf0gjNvMo1EAssc/dpJDA9rVNSGWhoBWnW4P8AyuexUzXw&#10;4+NHyDgxW3arcXxJ7lk+O2/MjQGnptw/6N99ZOXc+1M1uCno44IRT0ce66uOOpm8wmWgmVW1DT7r&#10;S+IffaZLvrsDoaop8zBV7Gq3qsblK+tWRcxjZMm87tUU7OlbRy0WTinpnUmSGWCNHVjq0lqzvRb3&#10;l1axwOJUZXU1orAuSwoKkEVHxYPkejDnjl76jY4N2uZka2kiOoAA6R4ZUFSwOSM8K0waHrZT/mO9&#10;ZUGb+N2X7PosdiJ8hFh6eo8dJS00kyjMbdqMTTVOIqjAiBoRURPGSiyIy6kdTYg7sPY9TQ/KvNbG&#10;yO08XBUVu0KyaHPU+Qq2/iqY/KYengegomaejxkpos/DCZVUO0iWkLKV0yVy3uz7hvO9R3EYZzZN&#10;pK1BYrNEtVD1WJvDlCAgMAFJ4MeoA3/lqO19sdm3HatznewkvwwjkVCYw6PUMQFaRVkV301HECuB&#10;1XhgOncXvf8All7A7Eo+z931eLgyR3J/A6uhxbVGGr6HG1Y3Bj83VwwYzI7qxbZ3A1tVFDUs9qap&#10;UhVfU5oZ+HXeG/O2f5nHyy2NS5XL1m3dz0ecbG5GWWrfIbbo+v8AcOJ2zio8Q0z/AORYyuiz0rSo&#10;IyJJRHJa4J9kXshu5T3xsZGkZrcykCpNdC+Wc6SKkrwyDTqaPd3ZraH2KhgmgCyRJC9AFCljxLLg&#10;HjVTUEZAOSDeZvBdtdVdF9c5HM0WMp8dsSh2o0tFNFBS4v7kYYQ1jSwRxMiTOTIwdAWDarH1H3si&#10;/EDdFfX7X7akSpkrY9v9wZzZONq6gJLUim2ltraePrJXmjteWTMtV6jcsL/095DwbfsXOnPvOfNt&#10;5AJ5IN2ltoSwDKFijhUsgIJB1awDQUBIBpx5Y/eR5x3Xkz+pHIdhdNbwTbJFdXIjOku8807qrNht&#10;AjVBpFVJzmhPRGO4vg70l8hO9ervkJv7aeL3JXYXpzEnBbfykDZHBUdZurcW6dzSZWLG1TPSyV1J&#10;jchS06yGNf24VIBYAqeHZGNyeWgrshkp5IoJB9rTBmZtUsp0uwsxL2SS4/xHtR7jWlvuGyX3L1jp&#10;SWeFlZqZC08vnjH2dY58nczw7JzHs/MFwdf006Oq1Iq1eNfT1+3okH80PZWLyvTGV+NnUu1cauZ3&#10;Tt6oyO56qioYUbCbXxRNcYVESMsUlXUY8RxAn6XsLe1ljMHPTELUUkqAtpBaOwPP0J+luP8AW94j&#10;8q8vLbKzbxt0iITRWIx9n+X8usqeefcO23iVZdl3yN+2pVTU0+xqedPnXrUv666prsCjx7o27W0k&#10;bTMsVTWUrpHIqyMNSeNC3MRuDYDT7fDiaNxaSBVazaWIINwxHFhpBB9ym3IPLW8Way22kSUpVaGh&#10;4CtOPUQJ7mc0bTcErfTNEWFRWgpxPn516NnQfHLYm9MQstAceK5ImlLxKjNT6QgRSh0nykREr+Qf&#10;bZlMaaWBllAenZDaQJyPpa4F29N/z7jHmnZLnYomtLwCTbqEI+nIJ9eJoMdSTyJzLHve5w3u2sYd&#10;3DAshYhX+yhoG/ZWueHRbu1dh5HZOMlwucpjW4VY5oYsiaRGlpGXgmVmdZGjtIvIuQBx7bdrPHT1&#10;tTTAK33Mdo5B6QWjOq3Nv1K7W/pa3untHeQ7dzJc2EjqRcQFUIFO5CGpw8wCQPy4mnQo9/bfcN55&#10;T2veyJBLZzL4icdIlUgtjA0sqglcHUTWlT1i+F2XwW2u1sjt2eaE0u7cBW0ONrIFAWSup6qnq6aD&#10;95Wk/wArjZ0sSFBTk8i4d9t4yAVlBVTeCOKaqppaiWWPytDHTF5VcRehhIzxARt6rOo4vb3ltyzv&#10;9h9U/K/1ajcI0WcRtWrRBwdWRSgcIuMhiDTqJeU7DcrvYn3eGykeyR2h8RcL4mgnwy1SPhLOQaAp&#10;XupU9XhfDft/FbX3hvPphcxPW7vXauR3XtvbckppXzWIra+gxGTeGp8c1OlNQVtcvmT9RDX9IBYJ&#10;Hb0lU00y18VTTUcHghgk8qH73weNaao00+mo01McatMjShbsVMY06nFckdxIJFYESKx05GRU5rWt&#10;aU+L19a9M7g23KsTWksbTtVmGktpLDKAyYorYUgA07tRqFQ4XZuFzkmIhmwEmOyOWlmkyVdSxxtb&#10;GQS+eWuijespzj4lhEj/AGkppDO3jLCQayFXlLgjVQtC8nip3kgeqmpWellLwvEzsTHFCY/PpIOk&#10;lgCbMDY+yu7kAiKAESGhFMVzXiAaA0ofl0ne5S20zxqGopCq3cBgig1VrTyrioFeiUZbtmtos1GG&#10;oK2qzi0tVHg6GspPuqFoK2SWGEVX3OTrZmWiTQ7STcyBVBjtqV1s4kpoEEEZnTSln8chiZnJAVj6&#10;2aZip4F/+J9kbQR3Mxa5fTimmtePmDjh+2tfl0HpdwS1DPFGNdePnnJzxxWlPUYxToKNr9dU3Ym4&#10;BJurLNj4GapifDtWJJPHAacVlS9C0bUqUlEslUviZpEs0ZNgRYRJMheMOYQGTSsikBNJJ9QieUK5&#10;AH4S/tbBYpEBEjUT7Pi+ZA/wnoOXO7ys51J3eoOP2dGo2b8WsPjpUpqXOVU2PZjPTSHRU+VJJY3d&#10;q6npDGpBklYu0hPGm7cWLNDFFNI9QraZWdnlpalZZ1ZSfQ/qeQnTewFlA9mcjSIFipVaYYYp8vLH&#10;SCXcn4aAPn0a07KNJjaDBVUKPR0VNSUlBlMUaegkXTCvlUtFTwosM7APIbvI7E3v9fbFncfSPFJP&#10;UGFDTEl1lYxwopUs7MGnGj0KbcC1va6xvHjfSGND59att9kinWIHvPoTX+Wehc2NtbLCOlgx1DXS&#10;wzkReWmRJK1xCHIjeZ4D5hE5BkJNrEX49s/2tTSRmZo4RToT445wRIpI8qrC7xRzTuqKToGoqOSB&#10;7XePDK4UyHxSckcPzpgfb0dwb/RkCy1cniCQp+Xp+3H7R1BzvVWB3FPPRTQ5L+J1EdPHVVdABp1r&#10;E0csuSipa+algvKqosj6VuQRI45DlT1FQ3iSfExVKVNwomUhXQl1kZAAjK8TgfnUbn+hslniiJk0&#10;XjJp9K8eP2Gv7D0YnmKNi4cMHAzQmn/Fep4dF/zvxgpqc18uJ7Py2BqsewfXjqSJamlqVWlkp6So&#10;87z3o65DyFj4JHILAq0VNBPDOTHklKpIZI6dqc/byQTMwSH0SEnRxZ7AGxva3JbvOx7HzVtVxtu+&#10;bNHPazChNdLhlppdWAqpHyPA0IIJ6FnKnuJv/KW52u97BezQXcVSGDVB4ihU9rqcgg/aM06T/Zvx&#10;06Q7866yew+zepcXkodyU7RVe4sfUU8G78XnaE/cLl8dlpaKmnxtfHLPoujsDF+08TRjlL7uoaer&#10;pBQ1lS9OXR4HWKOTxqxh16i7r4pEaJwAuq3qsTYn2G+Tva3Z+WrDdLPZ2kY3GkmR9NdK1AUqumuR&#10;ViVzxoSOpzP3g9/5r3ja5dysYj4LGgR8DUQuqjV0t6DHACvDoqHxx/lr4j410W8t4dZ5+o3MkUSZ&#10;sTbkp8cuSqKXDwZH7XGz/ZNI9FMkzyl5UhVTJoK+lTpBLd/VNJnMOlNia2nwlXi4xJiq+pnd43kq&#10;qiSoelqpa2oeV4qqaZol1sTccC3AmjlXmluSbcWzbZd3O2CXSyRLJNKI2IPiKpEkpEdSWVQxoKAH&#10;HWVvtr7uXu0boLW7Z57K4aroO3SRRRIgRQQQM/CABUk16n9ffLLcnTu/cjnt3bP3H2djd3ZR6Pe+&#10;0dp4QZHPRUeFx+Ow395cJiMPjYoaiXCY3Fo0qQonnje8jCUIzFB7Iw1dhsbDXV1NIK7H0ZjqKSK0&#10;0AfymJZIlgUQzQzBdasCVsbi/vJflHcLbcbloIHHgSPqVjVWpQGjagCrCtCDQ1FDkdZwcncyWW52&#10;+uGcGCRtSNXFGFSKGlSMV+3PVznxe7CwG9s1W43b2Xjq9u7iy612FylfC9HlZAtFFU1WOr0rYYcj&#10;QZbHVEhp6mCVBMk0ZVtOkKCzbZ8eZ3h58xUrFQYWOCqjotb3kapFUgMgD+MoVgbjTpF1Fvqfcl7u&#10;GtbJI7SJmuGHEYpU0qR5+dPWhI4dS5t9nbSgtPICp4/5P59WK74FXgNiPS7XopanL5tqilXIU9ia&#10;HxLCWnR9MjlpGcGwJe4LH8n24bg/3BZR6zEyH+GNUMIGJ/chuxIpZo1IvqYFRxyqi/PtzbSNwtEt&#10;75K3lM+h8tQ8ug/dxC0upWRT4RbFT5f5B1E2UZt0bfpMVuumX+8EOPp46+KHV4ZWWCOOSuo2aFJY&#10;TGy6pgRZZSxX0aT7VNDnKLJY+atnqVj+xgeeppJ9Z0LFpJaBguoqPraxIP049ldxYT2VysCQkhyA&#10;rDzr69FG7uWs5dOHPkOkRlNs5LAZuDGU+ONUcpVRUdFlqNhG5E8inRkIQ3EhVbaxpRgOefaPz1Im&#10;Qp563HSRVhkS/hWzl0CyyWGu3K+QG5/qf8fZ3tsr2sqwXSFKH4qUz6Y8ugXZForw+NGwSlK1/wBn&#10;HQl7XrJcXJS47KwS0PhilUzuCiRSEQLosg5aRoyCAfzz7D/HyPha5ZaulDwVU7aYqqN2hjljhdSt&#10;g1jczk2tyUH9PYju1S+tykUtJEFSVNDkg1/lT8z8+hLfx+LF+lNVjwpjH8uhLykS5mgaCjrJYZ4Y&#10;g6S0Txfccur+RWd41DHx6frqsx/HttybJS5S8VPHTrM5MKxNI4bW7/tx3HIGoWB5/p7V2mqS1HiX&#10;DMQM1AHWlR5rbRI4aTyxn9p6ccUZHxiieqkqZKf0yzTCJCVjsqyz6ToVn1ckHT/U3t7bqtxj6tXh&#10;eM1MrRBlWUFYWVjpEyXZXZr6dNiB9D7UxA3cLIynwwD5dCXaWkg0gVqPnw6dKW1fTskqNJToHbQ5&#10;ljWTSSSNQCumoCwYfT/W9jDQ0VPuPZ+NyVLIZ4XpIxUzuW8i1yr46qOSxv5EnFrEBgLcfT2BXuZN&#10;s3q4tpRpfWSo9VJJUgfwkcDw6mOylb6CNge77f8AD0Bc+em25vrKYmtEcNR92WoaZbgSUDNro5IV&#10;s2qM0nLP9CQbm4PsOIKCWlyDU41sA2pZAG9JB/SB9Vt/X2LnuUmtldqV4Hp8TOR3cOhlmyUM9AtW&#10;HiB0k2DItyfofxf6+1YckMbS6i0lOVVY0jjFvIFNlX6Wtcfj6D2S/SfUS0VQwr+z16KbqVFIY0p6&#10;dIo4f+J1IARapCxmZiY5ft1YAy6VYlkUi97AXHtDVEb7vz2K2y8vjfP5CjxLa2kZW+8qohIpJ0mU&#10;mEMf1gWUgf4HUkkGybXe7pIAVgjZgMCp0kAD5kkUAzWnQK36+SOGV2FUCktmlAB6eeTwHSizOSx3&#10;Xeydxbsq44zR7XwlfmJUQ+L9qgo6mZUTQrIQ8mlbWPqYWHsyOd2T/d+VqiWMyjXPSU+pJF+3DaA8&#10;0lkLFwhKKWP0Ykm/uMNt347lGIlbSAAzVNa+gBr9hNOJ6jyyn1W8VFp6nz+Qr5+nRSti9uw9gQil&#10;pHWGeGOlyuVInSc1kgLmClp41GmGHzQmVwvKtGBYIb+wa3hRvVy4+npwpmkqdAUAsjHUrLpcCxfT&#10;za/Hsc7POscN07N2hSf8/RfutyP0pT+EmvyoKmv2Doy+y6taeDMTyvpihppptV7m63aX0i7Aa73N&#10;re2DPddbi3DnMjkqYVHk++qZYnKkjSz6dLa/EdCRyagp/pwL+1Ftv232ljYQtc6AiZC+Z0kZ8jmn&#10;5/t6AO48z7VGzy3F8hXTkVJNP506eMHu/b+38FicZLLBGI6SmhCWJIKxC2iOKJjqOrm39Peeh68y&#10;9HIXr/DSoqiOSeZkjihBQ2LSByn1b8Xsf9j71uHNu0x2rXGseEMknHnmuP8AUaDqAub/AHi5J28G&#10;A7/b/UaTRA5d+3+goJqKYJpnNRx6V0eRORpzPQ4+qqorKVcRMmq+lkZPuDTKGsQyksLHn2d/DVex&#10;shtvB7NxNdjq3J4ahx9LQVdViFrsfS5WipY4Pv6WGuqcezOujyxMxhOo/U3PvF/dLbcd7lvd1pCT&#10;4pkVnCy6GqSraFqdShqDSwIB4jI65m87+4l+287zv0thc/S3MspYLJ4TtE7dqEjxFoF7ThwQOHST&#10;xGx89HlarMZCrSOKvq6ysqKaCcLVNFUyPNHSOVgemUL5NBAYqQv19sdN0Lsep7Aze/aahpo9y7je&#10;miyG6XxNM2ZeipaOgxyUEda71VW+LeGgRSkEURIIIBctISCy2Xbto3vcuaU263HM1yRqlKjxfDWO&#10;OPwg5JCLpRa6SvfqNKGpB0vv9vLcvbZyy1oP3bbqSsQmkEesySOHIoBrAbiWZcAZqaCPDRzwUqRm&#10;bSkHEYbUsbLYm66WKhifxweT7U2C+IvVWc3rVb6rtpYubclKVpl3TkcTj6TI1ESwpHFSVObpqRcj&#10;RJHQB4wI2VhCxRlcen2R7vZ8uRbtDzFJslk/MjKQZURfGoQUrrAEhYISgIehUlW7eiDcvf3nKDY4&#10;9kh3lk2yWuq3WR2Ve7Vr8Mkgkt3GlVLjVWtD1xmyUtMipcuW9N1XXa3+pRgb39j1jeuMXjpYqGNc&#10;HD5JBT0NJBQJGAWe3nEiOs80fjZfW663UAlbmwMZOYZXtvECS+Gq1Yl61Hp6KePA+eTWvUP3/Nl9&#10;dxidjcu9dTs0hqfsGrSoHkFPnwr1ibIHQ0mh7IuqVhK6hRYcurWEZ/wHsbsN142ErYaCDHUtPSO7&#10;CrqqCCGglq2cvqSSEwuBIrIbuXZrc2UXsArrmKC9gabx2M2SFY6tBpk1FOPmNOTipPEFXG9yXtbm&#10;eeRplGA7Fz+01/w9JSsztNVU5lhqSZwrSRiUxSKmlW/cKIWN1BsP9e319qLdHY2G2VLj6E1+Ow9X&#10;k8xRbcoamskpYxk83kElpqLFUa1SxCorKmKKQiKzO3iJsQj3DYtLSSOG53a5VIpGGhWbSSzGqqAT&#10;UsT8IGc0GadM2e03+7/WTpbzTxwwNLJoBPhxJQu7EfCi1qSaAVHTFQbc/iaST1waqjMZqhBdUaGx&#10;L+QDUGv/AGgGAte3HtS1SLl8dV4PIZp8bVZKjkT7mjqqOjqovOkcM9VjqcxSN5IpZVYu8Zj8hHDK&#10;dLMSVtZfqYISYlOmpB4moWp9TkKM5+YqCeNngnS8jtfEgSUDS4JSoFQGI41wSvmK/PrmR/DZFrIa&#10;d5oqeSNBeAytITcrC0wZFJIQ2Gpv9h7D+twWG6c27VUmLo9zbpyM9HJXSNXZHL5/M5lKHHyfw2IZ&#10;7Jz1GQ8ExhZY11mIT1BkCM0j63duSbcTLcQ1VUWmZGdiVQggmVnNTpAHdxPEGpBvHLuPN24o13dW&#10;ltAhVR4cccMKB5KuViiRVJGoAllJKRirHSvT7QZA7gm+51U9JSRtpNjFGsLKQHsCylZFJtf639uf&#10;X9PvLOwUFZvSkio6Ovo4vFsyJKRpaGYNMk1Xkq6NnWRJF0mGKCNHj1N5XlYJovezxwBmtAEuBkyH&#10;USK1LCusg1BUAaaJpK1ySG96ttos55ItrkMhjc/rEsA60UqqpxGk6lZnJ1AKUoGc9Qcxk6KkEy4p&#10;tMsTN5MmQWva5MUWtQrK/wBGJNufYrwbfpsdDUzYeBYajglIxpio18ckrTFmPkkcpDZlILAHUBYM&#10;QUzbnLcOiX0mpPU1q1KAA+QGcHh+dOiFl8YK00umKvHjU+Qr5cDxx0jJNzVFTNHDW6GjKShJWBBm&#10;kBj8cb3GiCMi9mNlP0v9PaAzRapWrxtfJNnKesM1BPQeFJKepR5BHUUNRQySKlXTzX0MjafIDZhz&#10;b2fW8du8XieDHHGFqSc4pk8GAxUnBp5cOlcUyWjRXEJMciUZXDCqkDUGBU1qOIIyDwz0uMdHDPpn&#10;jpIaM0+iRJmDak4OiVT4pFjYaieBxf8AH198fuYUwEmYSpSjx+0sXkK6qDyUkeKT+DQyDMFlKCCJ&#10;cZ4hdIQ0UKRkaidSqwZYLWcwytGI7iQLqFQwU/CKjjwYEtpfFCoABLOm7uLtLYwlry7kUA9xlZpC&#10;AmPMscLUhify6zvGkFWIJzE8uQlVYmVJvukjqJLU8clg6SKjs2piRrZrnjn2iOne6MTuutxW5qDL&#10;43cuMzEVFlaOpxIqnx8eJylRUCjroHdhJKI4NIdQqMrxONAYaCs3LZrXcuXobrapg1pLD4kcq00S&#10;qe5CDwqQCDViRXIGOhLzFybd8v3NxY31jNbXNs5SRJtIk8VAodWCkAUbANDUHJNevbw26+S2/W4m&#10;AtQGakeIVDAAu1hanUk6VSUizPZio+g54HfLb3xGUTNQV9LHJEYqiKjYl4BXvBJIVjjgjNRPFLBG&#10;VVpTIsTkawFvpUMWGwbjZmxZJiZNRZqAdgJxUk0P2Vr0FDFIjQtAtDUE+gwK8fPjgZ6DrBbByWDG&#10;JeLKF1hmSSWAsJngBREmvOwjjnjkcXRAt0C2ufyCeM3LBRNT074WoCxmellkomnEipKkohkWZEYa&#10;0aRXLH08eomxAkC92uabxpVvgQ2kgMBQmoqKeQoD8/LprcdrluGnkW87SVNDjFVrgkeQP29DcsWq&#10;MkTBmYkHzRxjWCfwLadJ/oTf2jjuulzVZVS4zctPmcZTV9TjKvN4qvTI0EeVxsvgyOO88LkJkMbN&#10;GqTxEAxuTcm5PtZtY267s2eyWN3qw0KysQVJVqkEgEGqsCahhpIBFOvX+0y7bAIbza5ILp41cRSL&#10;pcowJV6NQ6WHA0ofLpxp0XxjSuhv+OenRZfzYELxcD2vxjWUyR01a1YlTHrBeJWAvyoISSw0fgEC&#10;xH9fZaLqoXxLXQyGla/PoAfVTStrMBXSflUAHqTcIBq4I/wv9T/hf20qYcXDOj1H+VLMFhULJqMb&#10;BVB0KgLoWuLAcH6/19mDa7qRCsf6WnJx5fn07NJJLcIwT9KnHrkLHn/be5JekxtHMHk/yuoHn8ki&#10;sr06yfqWJwzqVQcm/IHPHtOBJczpRKQqaeVG+ZGOk/1ElzKQFAhTzBGfLI4/tHXftC5LX/EsbXw1&#10;hmnR/wDLYBMEgpo7M3nl8zIQI4tJ9NzcA/Un2fWzp9Nc20kNEpVTpy2OAxkEmnpmnlTo0jfTbzwS&#10;ofDOFah7jQnSCPUgj0wa9Zk5BBHFuP8AauOQR/r+1fQbpGKjtJkGqJ9TqJoy6rHExLWYs7s7mI3X&#10;gEDkccgludrW+kOiCkemtMEnyxThn9tcV6K5bUXbARwfp0Hoa1r5fkft6wGHV9V4t/tP+N/awpd1&#10;U2So4qitnFHIZXpXVTdp1cqI5SnjGjg3P+pF/ZPPtL2szxQIWXSD9lBUjj+WOiqewaOSRIhUaR+X&#10;DhXriE0EAcj8/T0/4D/W+ntWYmmx8pKyOjQ6SRr9IkH1BbUACG9k93JOigpG2sHy8ug3exTZIB65&#10;FmFgLkf4E25/3j3Cze34slIkwiikpnQw8IfHpY6vHJDqjjLKfqw9LHkn29tu5SWqEaj44Nfn9tek&#10;UE0kHcK+J/q8+s6SkD6C/wDsB/xI94sOKSgp66l/dk8CeNZJkkpCqzLeFlZXYMv7lhpLBkA+pv73&#10;etPcvbyFcsa0WjYrn5Yzx6rOxCrKyjSwJAJH58fTj+z1HXblmKlSbXUkA2H9m/559oDM5Seagmjt&#10;9vNDG81RUJI8cixU5fgiWOGZ5nvqHJ9NiPofYitLeGG4DMxaNjgUr5V/DUAYPlxr8ulFraiK5jV8&#10;liKA5FTkYyKU/L8+s4Fif6cW/wBtz7LRB2bQVmZrKE1tBTLiIso2Zq85Q5FZ6WHCrTyZKeKOvioi&#10;tDT0tWjid0iUxSJIolSVCpgN42alwpv3iigRmkVgYgFQBnY1QUVVKsHYhSjK661YETFPyLc2u229&#10;yLSZmujH4KwPEVcy6hGpKFu8srKY1ZmDoyNoeNgeXtcYnf8At3c01XHitx4XLVGCkpaTO0OJydFX&#10;vharJ4uiy+Lp8tBRy1EmOnrcPWw1MKzMvkhlVluGDF/b7rab2S+h2zcoLiWBkEgSRXKFgHUNpJKl&#10;1ZWUGmpWDKCOgruPJ29bGIWv9kuraO6DPA0sbx+MkcrwyNEXVPECTK0bFB2urKQCpA97UVNVfdwB&#10;cfWxpUPBrlE1JNNE0Xk0O8axVUUaixsC3lAJBswBBfuYJ0kjaSMLGrZ9fmB5hvn9opXgUyQLbzFr&#10;21LQhqKQ6Chp51Vj6Gi6SaUr3Dr3tJmWTFQyZPLVtEtNjM/Di55KZSiVEOQbFtRRS0b5rL1kdZLF&#10;nqWDRPKk1XWMviiRJqZW3DuKEX9pcyp4tSFY0jGp2/TRcmrmqoKBCxysYDZEIhh3BhYbbaO0s1o0&#10;oLV7TH4oZtYhhTQDBI9Y0McMJbxZGeOYp726RZKmnaDIQOjRTPMHeNA6VqlikMplieSC7ogCkc3H&#10;J4J9r/A1K8J0lqAjNdNM+eaA5pw9Oi5rOa3MlrMhqlDQkgpwJFGGqlakj+Q8vewh7N60w+5ctjN0&#10;7eqv7s5SKVY89m8VT0GrJ47FU2W8G3M9S18FZT5LGy1dVLTw0yGOaknqXqImWRNce9va5S+s50Mw&#10;ukmi1NG6K7Qxs7+HIWR/Ejq7VU6dJkMkbo4GqUeTOc7/AGfb73Yd7tzdWOktDDN4imOWVoyZ4GR0&#10;MUgSNWaRtSSrGsMgZG0t72SrcnTH8Xxr7dzGVzW0aim37U5qap2hnp8O9GieCjonpxjY4FgbJ09O&#10;wqVkeeNlqpHV/IQFHG88n2XN+yX9jPPLb28lx9RA9lK9s6FdQFCAoYlaCZGB1M8r6iWU9ZHbJ7kL&#10;tt9+99vsbXcIm2pYAt5AsoY1LuGMhbUImIMZAjb9JFK6eHvY4ZLrDryfcc+/5sVt2vlyeMyO291x&#10;GhgqnyWHlr6qqj29msdnaXKUmXwkiZGV2jH24k+3ERidQnjSTbLaXt/fi72RGvbq0WGSWVVkaWIC&#10;hhY0NIyx1FAw+GMNrQBFAO28882W2z2fK9vuF5GIJ1uLWjlTFMqqpuY5ImjMc36YVSddAzSEhtfi&#10;9H6G31t7QndnUPUm89qbfwmd2jks3gtvSfcU2Jx8uf2dtrDzslTUfZ02P2fU4bCpWimmXxR6kcJS&#10;xsqxIgIJn9teUebIo9j5h2pJLSBQ0NvDLcQqVFVDhIpY11Ak6QymjU00pUDzkLn/AJ+5f3nct02n&#10;exbbpddjzyLBdzS8Ks0l2ks2lihYkrpJlk1MSWDcVvcg3vx/j7T+CxvX/bEOazOSoKzblLuHFbgw&#10;VRRy0b4KpllnNZja+qqoE8WRinNGsywSOw8sE6s4uw0Cq65dst62k3cNhMLW4gmgkVke3nCkvbyS&#10;OaCQOVqFOoHSxbuogU03W85s5ClsNstJI7ye2uIJw2szIAiiVUWildBOkyKisyyK2gqoqeftDV/x&#10;Xwm2t4bqwmDznyA2JRZbb2zK/I7xw2Z23Ng83jccSuN21tTK0mOOZhNFDKRVo0ZLSeoOxVtUJbf7&#10;b7XebtzBZ7bu/MNo7wwq80ckUcbxQ6kFrDJ4bzIV7XYaV1VQhiar0LIfefc915e2fc922jlbc5Ir&#10;u7jitpo5hJBLLQvc3UbSeEwYg+FpY4UgqCVZelYNexvY2P1+vB/P+v7EfZuyYejsdRSdG4LAV2Vr&#10;947Jn7R3Bv6rqa/cu5NpYSkrqDKM1XTUDxxZKOCtLwiKCONCzjWiH2N7L2qTle2srflURLfzSQrd&#10;z3EkplnhQ6WkEiB63ISnhKUjt8EaFalQBzLzZJ7nXtzH7l7lcQbfFtt3+7oLFFS3tr2ZkaIaNY1R&#10;l1GruYkBTpYqAfEX/JH+t7Nn15hMzk8Bn66jxsm5N60uKy1VgXy1fiMHhcjV5bMVObjxrVeEwH+4&#10;CCmNPS0v3c1PNOIish1SPIS1v73OxvPFFIrhXmZC36bs0i6lifQrKVUlVZ1jkNFLsJWLAwhvsliN&#10;122zkvVstilljS48JJZ5EWGNYXkCzTnxHYGSURI0UYZilViCeHikkWO2v9AsCfryRxcAEm5PtM7+&#10;6Z723ljGjx/eOZ2DnUw9Gm459gbNx2Qx2QyrLGgp6Go3dJWzSUmNCr5nEVO8/hhaMQO8olBG5WW8&#10;7zZ7UsXOEm1SEOD4EUDEMVJVx4yyEd5IIWhcL2rD36hPy3zX7acs3ctxc+2EO9bWsx8Fb26eJ1iF&#10;O5hZiMBySGVS0iIWdXEqLGBjFQDYBQNZbR/tQUAn8ixsfp7QW1dkd54gyJu35Cdj73xlFO60lDmN&#10;jdYUaRGgdJZaapzGJ27FXyJW0sMqu6mJSWVrLJH6hFy7ybuWxXqS3HuFcbhCwTskgtFPcUIZmjgj&#10;JACsCK1o3GpFb8z8z+2W5JE2ye0e0bbdOO94rzcWNXFKpFJOY6o2g0NT2t8cb1EgBfqP+J/4n2pa&#10;3F02VxWXjrpqWvramukjqsc9P54vt9EdUksrTPK7NPHJIjRFNCgkBmHuZIZvAuLVFt2W08P4iQK1&#10;qCpQLpIBzUkk5PE9BW3v5rHcNueyjkitUiGlwwXu+EgaVAoCAQ1dRp69cvZbt94r+Ho1T921O9Oa&#10;d6WSN5C6NBK8zpGFeQooOvUBpB44uReVNluxcJpCdhqzfOhBzwrqpQ8SQT8+pk5WvzeFYhCrowbU&#10;GAzqUAE6gKnhTj172msulXVYeqMRkeWoip4v8okqZY5KVpaKWcNqvDqCSoefUFNje1vaiaINqhij&#10;TOOAIzVSCtRWo1AU8wCcdHm2PbW+5QFlVURy1QACGowHDOCCfTHzz72Ge5seJ0po6tJKRqgwU7yx&#10;xFVjllihSOASaGi0LTGMtqe4aQcAH2XX0cF20VhOuhJQFDgsNLudKowoVoAAQCxOo48j0NtluTE0&#10;zQMHC6mpWpIUsxNONdVeAoQo9Me9oCieOObJpXSiSB2ekMFRMJ42nWXw/cQC0aSKxHoILG/0HFgU&#10;bRcIt/vMW6XKm3LmIrI5cGTVo8RRRV76HTgkUqKAEKLLtWaK0ktYSr0D1QacUqQT3Y9Rgf4T72ma&#10;+gml3AtHN9oKaGGnrZJyEiWZ9ElOamSreOGrQrEoj8dmRDc6bnUwS3bbpl5qgtbmCKO3jiSR3FUE&#10;o7o6s8iI9VA06U1iMtU0Nej6zuohs5uYiwnZ2j0gkkCoegQEoVqdWqoNAAcYHvfOoxL43ItlX/ar&#10;MhTSytS3in+1pqtGiWNCsVMIhTxxvJJYuC0hF9CgezSaCbadzm3lyyX11EW8Lsk8NJFYEDtX4VVn&#10;ldmkJMgC/Cg6pDuCXlgtggJtoHAD0Kl2XJJy9QSaAdpoKkVJPXvb5sHqffvaeWrsXsvB1uWkiMNV&#10;LPGiotNR1DCNGqKqV4qCjjlkJKmR1DG+kE+4s3TcI557wm5VbZXLoXNGCk6QqhPnqcU8lb59It/5&#10;w2DlKzgut8vBHqBGkZLMAThR+o5A9AaYrSvXFnVb6mAt9bn/AIj6+7P+ofiPjNn4z73e2Tp67IpL&#10;HJLS4imFY8TJ5G+3/iVX46RpHlJ1sVUkn6C3KKLforNHt7GySW5k0nxJeC0FDpUjWa0qSQAft6xP&#10;5197rndLuSLYrcx2q4DuxFSTkqikn8JA409SBXqO9Rewi9V/7RBsPzfm1+PZsaLemG2zAaLD4Bqd&#10;44Y4I6qSVa2vWKItoieeo1AJHc6URvGt/Ta/sum5dvdzkM95fBtWaAaU8/JTWueJFeobujf7qxnu&#10;73VUk0pgVoTQfPzPE0HoOopoDKxZ5msxLEKLKWNrkrcAt9Of8P8AD2gtw9k5icNpqXEIH7UQeKMK&#10;XYu1pIoWmWzE8Bhcm/sR7bynYR6aw9/maE1+2vSi32m2wZAQ3ocinUuOmjS1gB9foB/a5b/bkXPt&#10;D1e/wKA/eT0z1rMyKXaqerhQSQsJDNI708msBl+hIUf1PsQRctE3X6EbiDifh0n5AU1Dq67FLJdn&#10;6fWLenGi0J9KU1Afn1I0j+g/2w9h1mN65OWqeoxFWkbRxOqAt5jMQRxBKEQqJiLaTyfzzb2I7TZL&#10;OK30XcOonNMDHzFf5/5uhXtWyrAiR3iuXJ+a8cZHnTiD17SCLEAj+lhb/beykb9+YdJ0tvbd2O3x&#10;u6t3LmcrsiOt2N1BR0OPxkGMipaYSVWTyG5KKhrMicxuHIY14qM1Q+3pofuDokDKfeL/ALne4O2e&#10;1nNm4Nue+teTyWqy221xoiLEACreJcCNnLzyIxiDkhIwxXUxAOXHtt7L3nuNytsE/L+xra2EG4eF&#10;d7o7PIZSW7Ujt2dU0QxyB5dJLu5iAZBhcMlOkhBsFsb8Ac8Wsfpx7qP3h8q+6+wt6ncTb37ZwmCp&#10;9y01dW4bb/YtbtDauKxVTU4+h/hcuUwuDp6mOJ1nhppapUktVSFwpMqk4T7r7186cyb6L653ncIN&#10;ta5VzFFdNbwJHrXVErwIGAKhUEjaiHbWQWOegmz+z3JPKfLzWEPL+0XF41q8aSTWYnuHlXW5k0ST&#10;6CRR2ERZaqmmgAIHLxQD0+OK9r20JcgAi9rXPB/3n3ar058Uu5O3qTqrfPa+8sjvvbUsmSzWPwlY&#10;MrtybGQzVGYGH3DkRX7ZfK75XM0wp56WokkwcppJUUqFEivljypy3uvMy8p8x8+cxHcNts3eVIdT&#10;29STIY3fXAJLvWrRMGkNk6wvTSaaJcIue/fHk7lGbnnlnknl9bHeSqRvPVLjxAEjDQx6LgQWZhPi&#10;q6hbxfGB79VDFikqKeBG9SLp4sOBcfUC3BI/3j3dfsfbWxdk4bb+3dxy4KCprRSYDb9NljjcbVV9&#10;dR0UkyY3E0imATSw0lJJIsMCkCNCVCr9RnzDzAwubZbO6W3iJ0ooYKGouFVe0FtP4VFQAcUBph/Y&#10;HeN+vNx3GC1uZ440M8rqskiojMAZHahoCxUF3INaVNegY7Gym4npTLt6SqiFKtTUVMtIWlCQJEyB&#10;pbq7IhmIHK6V+psOfZkYMdQQPUZ2Gpgp6bD4xHq3B9FPSRRT+aJXu6hFiiBNr6Qg4vb2AL3cxDbS&#10;W92CI3YuSeFBQlyPIAZJpwOej8QS3MlvbxZuZpAqivxPUemSakfPiRwPVfNT2BXUATYmZpHqpdy7&#10;iyAxAnXW89V91Q/bTtTpEjNFFLVugXhmDH8AewLxtZlaXuaDM10MNNRby6/nxK0Llmqsrmtq11Bm&#10;cMynUqSBMFnsrMtvGkkcD6QfQPbct3Exs0iFI3jOlqjiBqApx/G4rwJWtcjody2cEvLkkKyB5LG9&#10;FacESVXRqnjmSKIFeK61BAoaC5uOHEVXVtPjsDVCRcHuyjqKnL0axlMNR5ehymOrjIskbSiJ83i6&#10;SKYL5XSWojLMAG0mMz6yS00byU8sLVVBCy00xZ4qYBABEzhSWb9N/o3Frk+6bZRZGVX1KrnuHnn0&#10;4/PPUTX7fq6g1QDk/wCx0HPSUEFL/FqCHJ0delNuOqj/AIhHeKryInleR5/Eg8UUMMzMNKEjkken&#10;kkh7F23TZmpLS4qVh/lcql4ZAsdSH+0cFJTEQHAe7rZStwzc29zzy5fC3iAMqE0AIJBwQD8+PCn8&#10;ujTZ99k24SSmbS4IxmpBpTI/lXgc9WR7e1xUsSRTq6RRRqWUiQ8xqPqpbT9fp+P9j7LXuDa+Ghkx&#10;FNVqyTRpKlEa4RQVQlQRx+OloIkqgjUmgPMioyOyM4YhV1SJYXzqhaKJAAQFCiukEfhYlVApgUOB&#10;QUB6GG38zbiVuzDIwJcFsnPEnUxA41Oa1FfmQFZHq0A3+v51D+g/N/bNj0XGk4yOKcS19bIHpvVW&#10;VSwwyU8yVUtK1ekxh8qelmREQFLqGCt7MJnE1GdtQQEipPn6Fgx9OB8z86qd4kfcQLgupijh1Diq&#10;EsApUt4dKjtwrfCppXVTqRcafqL2/r+bezRdPVTQ5oYOaa8lQkjrHKFkMojmOkVEcN2kiUPIzAjU&#10;2gs1iCixZz1DG9kLpaF0avoRxyKn9hH5epxo50sle78eEDwlcCo+ENQKwrU0OKGgAx8uuFS3jppX&#10;AuwTj/X1Nz/r++t34HKHtrPZiPbLCB9oYmgbLpVCnbI5DCZLOo2NixqVk1PRLHTVSTxzRx6njks5&#10;VgASzlq+jOwW8MtxIo8dzoZiyqtRRyvAaslSDqYVEgqq9L4N1s7XZtr22Tc1ef6qRhBoNUjkii/U&#10;8UIA6sVKFCe3SCB3HqNROr0SSEuEJuNYbWB9OSbn/Ye6/ew8fVbi7Hq8lRY6io/4S9Vj6vMyUjS5&#10;erkllhNVTU2qVBHDElEGaSVXH7hMKExsWm/ZrK7tZbW+tYIliWAK0rKzSurlKxx6SvYvhoWLawdV&#10;FFVIbLTlyaPauTLCwurmSQTqH0Kw0R0Wqs4IyXL/AAqQTTvZRwcY7AWvxxb8/qJ/pxyT7Mb19ifv&#10;KqhlaJpaaoj+5WV/t1jpx4hUGBqfX5D4mZLhnMXr0sdRIJHzFdhbedGBWQY0mpPoc5Hkfn+VOoJ5&#10;hufDhnVJwLhR5Amp/i1AAEejAAnipINB6SQKpt9f9jxb2a2p2yNxbUNE81DRtQRtuCny1fh6itpK&#10;WkxaVEMkNZ4KrG0taXSWQxrI4EAKy6QUDHHHmXcPp7k3FrJ4dwhVjXVppRwSQGSpFTQFwKkfKkW7&#10;XuDWF82sObaRvBOh1UhiupdAZX0g8GohqCU4kjprqpzTH7hInqGYohjDiNmDMovrbgeP62/w/wBb&#10;2X/A7Bx1JTY5sxT0v8TeE0eUeh8jwxV9G0o0eaKuqYjPdoZHVZ5BD5FUu767SjsHNe67lsNkZJF+&#10;rjjRXIIapAAY9panwk9xLep4HoVbvzDerf3sVnPI1iCWRWIyjUyQY1NFIZa6RgVAAI6c/ISOBwfo&#10;f63/AD9bi/sdNsYmglEkVLS/b0kBdyrrUR0ZVHQetomfXHTO4VtBKo2o6nNlJLu95NTXI2qU4piv&#10;88eX+x59BHdNwZIDM7qxJoDXI8hTtHEZNfX7eokocte5tzb1f4/6/wDT2pd3wZXJ7J3XRlYpDS4L&#10;IpjKGFJ5hHAKFjKKtqmOuDV82tjEBFdGa66iQfcU79HOy3zKSdcZooWvl+PtNa4KaQWqKcT0E9od&#10;G3/aWAOkXKl2Y0p3AaRoIAUYrVgrAEEjIbLEEhAckDyEBmtclj+CRc3DG3smfUe29v7SyGObec1P&#10;DV1qLjqSnycU1HE9XI0dPA33tbbIYGpyEkYgk1GJ5ROVNkU3iWwgsbeS3XcihZRpGsMuaClS3dG0&#10;lFUkhWYOdQpXrJjfptx3S3uv3VC3gqQ7aXDGlddNCEJOsVBIAdSgKv4h16rctGUS97i9uLD88kj8&#10;e36ppMjkN057F5ygOKxOU88ePxmOSStpooq9ZqgLSRVMlHDEcjV5B11SpKyozBxG4YLqYulzPFcQ&#10;BYXWqgamXS2QaMVrrLGpOcmuT1IvKfg/Q7XPb3Ie5RaM7mhBWg4gMdK6RTyqBSi6ek/mKtKCgNfT&#10;LFM1KoMnmeWBSiBmlJdYXkbQq3taxtf8ezs9bbYi2vtOkSIKkuRjpqvxkBZIaVaSKlpIEMYKeMxU&#10;6yAFmI1E6mJJ9gTnDdv3bt5XhM4U0z+Ig08/LyJr656zF9meU/3jfQmaF5AXZnbFD3VJPAZ9KcDS&#10;nl1omfz1fmCvZfdmS21icjG+F6soKjZVCsE8k0FXuXIVsuQ3DVIk0MM8dRTOsVLIVXTrpRp9ILFf&#10;09z9eT9Tfk/73z7xpvJvqb1mpk5/w9Z0XsH0O1PEjDw2GkEeQBwPXrV4kqjks2JdJIDSMwZgQzks&#10;TL6uNRBA/rx7eYSSL2sR/wAi/wAPz7Ww/qhpWFGrgfIfL0HUR7gnheHGGJRhx+Z4n7ehLx8hm8jy&#10;aNQfQIlQKQkVhGLW4Ug3t9Lgfm3st3zC2nVb86F3ztNIx4dw7S3ThpG0rIUeTGGrpZdAYEf5TTWs&#10;bX95Ie3FnNvftn7i7KooxgLgDJoI2ZSBxJ1xrSmc44dQ9tm9bfyj95D2q3S4q1rLO1vIxJRVaZWA&#10;qTg4cZFRmlePW1j/AMJ19wRfZ92wVNXTUdftHe/R2/aClMitLVYGHceX2bu2VfHeTTTY7cPlcc2W&#10;Iek8e9ez+TD3lU7O7R7O+Nu4mlXH70hm3HgY5pSqUe5drJUUOboY4TqH+5fGPeRlI5oLEnUPaX7u&#10;PMr2vMG6csT6h9VWaPPCWFTqFPw6owTXiGjVadx6m/79Ht5Hu3Jmz8+WaobjbpPBlORqhnYBOGey&#10;RQBgikzvgqD1ti/JDZctfQ7c7FxrLDkdjVjCp/bBapxOTqaIIyyg+QPjcgqSRqo+kj/kAe9hSbzU&#10;81PRzQvIKMR6ap1d3jluWDLJZrEqp5J0kfm/vO1fDlEk8ZHf+EYxw+Xy65cbQkSyB/EoR5Z9R0Cm&#10;4nGawGYrKNkIzlFURVGPVhFHUQTIUmiaIraRn1gstg1uf9ds3Ni1qqiKumi84qTBEJqSF0kc+ptE&#10;8RKoRCiqSwUmwH4HtTtV2Yo5IYzpK17WNQM+XGlTXgepV2i78eXwywMmn/jPnx/wcei07Kyx2jt2&#10;r21j42xMeGkr618Zk6uGSjjeUIzzUtRLM0kbVM0jMI7gIz6gAT7B3dHSOA3ZVF66nhZZJaWoq3lC&#10;6ZTSzM0QaOmKOCI3IVg6kAn6391vxZXssd1OpW5UgHST3qAQA1aHAJAINVBPr1MGz8zfuuyZAusg&#10;sFHpWgqKigAzj+XTni/lJuPa0WgPNHLGlTTUkCiQyxipVlQRy5JlZz5kXUCpRyV9ShT7bG2Vgds4&#10;irXGwSY3wKb+KWX7myKGSnje3lA8RBjChy1ri1wfYm2nwbaUizsVo4zipI+ZBJNPmw+fSCffby7m&#10;SNp6g4Fa0FfPgaD7Qfs6GLE723Ju/N0P8Sijy0NZFTkfdU0X2kMcytFLUPEqzUxaIOzsGaIhSPyv&#10;stPdeQyO3tg1W78jM9RkmlhbC4CFXEkKST08C0ghmeJplphRirkkDIHlkVdGn1EXcpTz/vSdbnbh&#10;PMxqsa0wlY6qpbSWeoJrgVagwKkRgK6RQW7EW6rQua6WIrVtVTTLBaFiNOo1rWhhup63EybvzG3c&#10;ThQsOPDNk8oFpXWvdEjcVvlplYuzGf7eKIlj4omIY6SoLLtnZOe7BSr39ucVVdkckPHiFkhjnqoc&#10;PDSgvVRQQioqVSsFSEhBV3ABBGiQH2X+9t0nMm0QbBse2Om0wanICBjIyU1ONBLEEMoC+pJIo1eh&#10;hyTMm0X/ANQ86NM40rk0GogAF27a1OTXzoTjoYc7m6DbypiKBKehgijsLItHTionmdgqt40gDehi&#10;Wva5Nzf2PCbcz+KosNtankocTQYzE08DY6nh800mTytXJWVdDMYaeQUtfOtfJUO4W0TSf1Gv2We2&#10;n1PL/LlvtpskghthGaCurVIzOS1MKWbUXCqwBYV4NVDzM9hum/3O5mdpZ5XYgmlAsajSQc61XSAA&#10;SCVGBTHSQ23ubD5Cmy+5aeOqr0rcxUTLXkxrB9jQRx061cDTGHyUIqKbxWYjUPUAR7Jr3hhM/szf&#10;VHjcZUUpbPTR1NLVKsk9PSVWTqVxr4+CKJY5aiSCaIcBZdIKfT02nzebHaOd/bXfLTcLR1FovirI&#10;xB0yAO0YQirhmPbSjHSfwg9ge2K7l23e4bq2uB4jkRkDt1AAVY8ONdRBK/Ec8aCzgctT5zEQ1kUc&#10;8UcmuPRUraRxH9JGGt9Uc8dmBJ+ht7PT0DtCtwNO81XWxGGoo8bjK2SlQU/8R83kqUerjMKGapov&#10;KCshd2KSC1wB7x75e5atth29ZEVWvmiBZgoXVSrDUuhaMmooGqaqM06OucuYV3qWK2AOGdgeNK0F&#10;UOpqBqZApUjPReu48rStTo1JSCpyFFLW5GhE0byeFoaZYWlpgDUNTxVIsukKBcerg39iz2DsOlrq&#10;jLVL0TVUq4paelkNQIlk8lMpkpzrjURRSohVnJFvwPp7HnLvMMkENrEjhR4hLChrg4NR5jy9P29A&#10;q2Q+GoP8VSM0p+XSD6p7YllxGFgnqfD5clWSZajajWR6RY6l43q5Xp3ChQ0gJ0iVgOSODarD5hY/&#10;D7Z+Oe59rV6VCZanxdNStS1wppKuKpjeX7I1TU0si61ESmMlmL2BA1cCGPvc7nFeeyu8wTzB/wBW&#10;Agk6jl+wmlRUlainpXj1kZ7GGV/cTbJrcBYG8QAgGhGkeuacflx+fRtsNWS5Oqavppknx0wL01Qg&#10;/bnhBCLJEG0tpZlPNvqPdA9PQaRyLH88c++OABHAddDh21LcOlX7do6YAcD6c/S3+Itf3UrQnu/w&#10;9bDIcjr3vvwf4fn+n+H+v/T3rq/Xvf8A/9TW129teOgyGPyVbWvMtI0c0tOq64HQk+lahn0hl1fQ&#10;gjn/AF/fUXb+X9u2u6sd2uL0OIaOVxoYE/xE0BB414dYjX+6SXkFxZwQKpkXTUnIzxp6V4+o9Ot/&#10;j2LHZmG2lE9JLgMlBWR5HHU2QSz05lglqVSSSinaENGZotXJ4t+R7HvuiOQ4VtLnZL6J2nt0kBFC&#10;wL5ZGIABZa0NP2DoLcsy8wzGdLq1eMJKVJzpIFaMAa4I+fXvYR+KjxdOZQ8TyyWaQEnTKq2AjvyA&#10;FB/3j3jZvj2xAmVwx9KihrWuAa+XUoWay6o1Y1b1697TEFYmVzNPSwJFC0zEBEJsSTbRqBHP5/p7&#10;i8QncdzSK30q5Y0p6ngB/m6GTMsFk0soJCjr3teYfAZOHLUxx0UMWQlqUpqcKwRJJJLqok8jLEFZ&#10;uCTwfp7lblTbt6gntbezkA3QvpQ+WonANaijcDjPy6Bm631hPBP9QALUCpxU0HEj5jy697Hvd20c&#10;1LtnGNm6A4/MU6BK+OJUaKQKT45FjVtKsUtqCswDAn/D3k7zRsW+3HKW0Lv+0tab5FUTKKaWydJC&#10;j4CVoWAqK8KcOom2/cLCLd7r93XHiWbjsPmOFc8P5devf6ewCbBLLMVRn162UuUuFAKi1haxsSfr&#10;7gm52uIuyCQiQHz6kWG+KxamUaaCn2muP9jj172K21enc5u3FZ7IYGCGvkwKwynGG65DJRt5JJjj&#10;YQtp5aOCMPIly2mRbAkge1sftzvXMu073uvL9p9QbDwy0QBEsmrVXwlAbxDGBqdR3KNNAxYDoV8v&#10;2e47qk9zBbsYowdQH5cOmbJ57HYeSlXITrTR1crQrUSEJBE9v2xUSsQsKTSehWNgWIH59nF+PTbh&#10;fZNdSUu3qyppcBUuJpk9EdA9RJITTCVlEZkla5EQGsMTf6E+1vt9sW/8zbZJt+y7S88sDtqoyrpJ&#10;NdNXoC3noFT51INeqDk/et8vprrbbNpIogNZGAvACvz6RW9cntyjyGJpcrnaPHVuZLRUlLJKJHq6&#10;enDSmpjhRPII0LAM5OhQQLn2cDr3IUuOweb3HIWTKfv0OLRdH3iCJSZ5UDXdRDMset1FltY/X3JP&#10;IWzrsmzc483mxb9820clutVzHQKZTjjQlCxGAENeOBtyZHHtdjvG4XCn66JVSMejP8fl6CmOin92&#10;4vJbr3PtLZdMI324xp8xuEySyfwye9QIqOCVkEaNNNB5fHEzMXDMVFxcGepd11W7Mfga1ZZKWnpC&#10;auKnm0xSV4/zc4EJGuRP2ndVJ1BVBPuauV73b912WPeLeF0W/jIXUArihYVGSO6hPHy4U6n3lW7s&#10;76AXLxeHcuulASanhUipocjyFfnx6rNbo/bPUO4O0aCKm+9zO8qZMDPk8bTz1dPt0LHUz0UkdWV0&#10;Ub6KxKaWQkLLJIEvcA+3vfc0O9tqtT46nSHK4DKRy4+pqE86T5ClpPJDKgYqYJRHJ49Sm6PpPPPs&#10;Lcx8nXt5DIsN4v1gpcW+pFZY5I9SqpOGAbUWVgaozFsgaTfmDaZLqNBB/uShLg+WBQg/PGM9Al8c&#10;thZf4696V+X3Lm6jKbK7S2fUTZnAUqy0Uu3MTkszJTZSinqafzpW0TSxR1SJb1RO6rb8q6oosi22&#10;oJKyolpUoqGjoxTxGSKmldvtleCRA5SVVBJNwbH/AFuT3bZLaC8it1SNrtqMxrUggEVHmBii5NR0&#10;UWktxNdW8UmpZB2jOCfOvQP7a3ZsHH965XDbc29jM3mt17k3BurKZXIw0eS3Fj6d1yM8NbHUyxyT&#10;UTSFEpKZhokWNf6Pb21QVyYTI5LPUtK+UlxmNnmnjp5ZEimip01GkkdtUAqqiYKkZKsQbXtyPavc&#10;7Z7/AGkWPjtE8hIQihcE5BX8vX16kN9sRrNJ5q+L4bAD1AqRg1FSfOn8+hD3/sdu2OttvdSZ/cH+&#10;j2Tfe6YKHB109DFUZijzU9TLLTZ/GUYlhrKjHUVJHNLUIZ4UmiB0m9m959zQbi3pNNHjscBTQwBD&#10;SV1TJRxipqKWJplWrippo/LS6iB6SPJceyOSH9z7DNbQTQS7hOpRmLPDqUllLalSdl1A1AIYZyei&#10;PfJpOX9kXwlQXk1QRU6lGcYqeFPl0jOjn6f+JO08c28t8xVe583k6sVm48BgKeuyFdQY7cFVRY+v&#10;fbrZT7hqPLVDDUoqGaKn/USTwSvszpSpwvgytdQwLQuzJLpqKetVHaHyxxGIxRyPrXULsoBIHHvA&#10;r3L9qtw5OMe59km1SSaQwYMVYgtoPajHCnv0KK+XUTwm9Vit1bhUYYypr+QYkHzyAOrwvjf8yNl9&#10;uyVm2sBmqjIZujxy1sMdRiK3DfcUXmjo2q/LNLWUwaCWWMmESl1BNz/Qs/bOAxeOoI5NtbQoqCDJ&#10;Yyhikqf4fDHL5ZKNUmMUTq88Szs5ZXuNX9ke4g3iIKsLWtkArQKDjuLEZIGa1rUcPXpGZUjV410i&#10;krHPoK/ZinDo4XWWTyddFkafcG4/4rkKHOZ6NYop0lhioIspU/ZQ1NSkao0tLSrGpjBJU3uTfgDM&#10;pufO7c2zjcbsfamFjkwEyRZrI1jVCVldUi08k2WpqkRQCjjZzINUgBVVB1Dj2gns7mbY4vo9qgQw&#10;HTIxJDkmhAkBwFzwyPSnUa3l1BebnebdebtMI7laKB8NAT8JzmoOKHHQnQY8CsqK6XJVNUKs/wCS&#10;QSeIQUSgAWpQqayb3JLMb39lt7v7s332vkKBd3ZnD14w8LU9JBgqSGmx9MGKa4xNAifdMrRgaiX+&#10;lgQAB7Cu63lzcvH9RMrsooNK4p/pq9320P29K+RuQOXORLe7j2K1mSS5bU7Sszs1K8SxNDUk0AFS&#10;STU9TKDGUWMjeOiiMSyOZJLyyyl5G/U5MrvYsfraw9oPrTbFbufdOOpYoGqlSqp2mjZGMdjOojQs&#10;LnTIfrwbD2xYwGZtTDsHHqQ4UlZ0SKplYin7epkkiRRvJIyoiKzMzfRQoJJP0+gHs+neW6oOtet6&#10;XYWOeJc5uulaLJPRusbYbCxr/lkx0+sLU6jGgb6rc/jlZdvGoeOJFVWWlBwX7PQ/b0Ot0uRtm0wb&#10;WklZ5BVyeIBPCopx+dcdBvg1O5M7Ln3jc43GuY8U5AK1VTNqimq1DA+ilVTpt+WPJt7q1rZ67O5h&#10;cLjSVpg5jrZoOGNIQVEF7a1jcKCFup+pPAt7LKVYgHAHQFKhnqvw9CXe31492h/Ejomopsf/AKTK&#10;+ngSBYpsds2mNGslZWVUjCnly9CjMFRj4mo6SQnUsrvKg/aF5u9q+TtYm5y3hFj2u2VjDq/0R8dy&#10;1p8JBCkVOruyAVMH+73N4je15K2hy253ZHilX/skpgOACe7VUg0qnbgtqAWb33ZjKSebEVFQI6Oj&#10;jirtwVczJBjqOlhAqjR1tVIPEY5qO8tSl9S0+kHT5lPvY26R62g2FtClhqaKmospkI4avJRwQeEQ&#10;N41enoEZhrEVFq4DEnyFjf2Yb7zbud3eiw2TS+7Xc2higJYKxOhO4sKItRgCjM/E0PQUi5Z22ysG&#10;n3SSlhapqXVSjsANTg04PQYNa0xg5+dR/Nm/mK7i+XvyYyG3+os7kNwdfbXrKzYmw/BXHInJ1VXV&#10;SUeY3jTUccn2iy7knhTwMl/FRxRAkkWApy1VbLPalhENCkZllnZTIHsSDFBF6mcr+efc28qci8r8&#10;sQwPzHusU3MMhFI2cqiMwBNQWoCeFTQfLqAOZuad336eWLYtueHbwCNSjuk+ZNKr+XHr3UPx36L6&#10;j2/Q5HuHeeJ3l2/k6+GCg2HHnYcRhsBLVJG/n3JlJ6kQuZGezM+kKLe/PJTywF8eWhqC6NLkJqcx&#10;yLyC2lJCB6h+qxv7FW48w3Ox3xXdovGgcaYLS3IkeQgcWCrqAHGtKDjw6D2zcnfvISXRIihjFZJp&#10;D2qfTUx41wKkZ8+hM3R3LuvYe4KTb+/sfPvTAmGWh2P0tsfcFNlZMtM14KOSamwCzVEtHRogljkC&#10;TaynAP098Dk6PQWerp3VRokm+4uTIvDftiw9R+otx7jS35X9w9y3t7j6a4sFklJjQikaRvU0qvmm&#10;BShOomtBQdShcb57c7PtCRRXFnemFKMRoLu2BUBiO05NOIHm/kV3EfHP5ibu7EqZh172b1zNm8pN&#10;V7ex1dg8/RYjD4LKU1XX0TTZKOjgWGnx+tUR2jN5ANRC3B5U9RSzES08sfjVP3AFbUXvw0Tm44PD&#10;L9L/AE9u8w+2vMM+zTG+uJ7nfGnUxDUrAIFAIkBIBrxXhThxoemNh9w9ji3YxWscFvtITiUCmoqK&#10;KUGrHqcHiOs3bXw57zx20Gpt5Yze+T7Crc9TnC0UtdBX0P8AD5YEFVDmI6iWSlliq5ZRLCwaN18d&#10;uS9vagp3jmReQ4IBueGseLsTcf7x7xO5r5L5k2Wa6vLjaJ4MkmsbaGpWtD5cPmKU6yZ5S9wOX7ye&#10;xs/3nC8ElANMq6k+0HuPyqa9VWdgdT9jbInydTmdobgwTQySrL/EMTW0tFG8Ukqv9tKaZaUxXQ/o&#10;kK3B/p7Lf8o8dUYzbe1+3cWXXJdM7rxu8a5U1lq/ZNVLHiN/0U5GpngXbFZNWAWZfLRIbcXAW5S3&#10;F7aWoJKxyLNp9QtVkA+RUlj81H2dSRzxstjve2bht7Mpe6t2jDECgdkPhM3yVtPDNSKHq03+RP3F&#10;THvHtv4Z7wnqItl/OzqzO9SY2qetip6DbPcuAp63d/T25zTyAQ1EzbhpJsVHGCsjyZZAG0roalLp&#10;faVRtf8AnRd3ZWojlnwmd2bTZbF1FMzjFS7d3NjNrV2FgjhDMGtWNVmGW+g+J14uB7GKM0HNulZG&#10;lgkQBfmjBdJ4cc1rwxw6iHmC5un9gb2R1K7rBb6X1fGjwylJFJ/irG4NPI9bsfZlZl+zv5R+FpYZ&#10;6ui3PQbL29tPNffyTxZKg3J19uRtr7gocgKhkqoqkZDb08cqsdaqT9fzbJvfZ0uP+YexdzRUEVRj&#10;8n1zvvB1zabKsstFtHL0ErMLL5PPteQqRYh1+pt7kHbRPtnOe3RtGQ0tpPUYpiLWtcVyYfXJGOse&#10;ti5jh3v2O3NzL/jFruCYbNB45joBx4TVH5Hh1Wz1rm8xSfyuN7bDyeYq8fl9idsbU/hhp2FPUQ02&#10;f3tlaCqjWFAYvt6qk3MkbxaChDEEEEWIZ/Lv+Kma6u7/AO8uz+xNtYWLf27pK+OkzVLGorY9vvuq&#10;tWjoIDDopI46uix9BUS2QSPKilvoB7JfZaee29xrreLmzrBFbyFcE95ZVX/ID8h1kl7z7ny9u3tX&#10;tFjte5xzpLcxs7+QjiQkrx/ipqr/AC6OT/OG+TOIxXxM6rTr3cVTlDubsPC4+sTEMyyTU1Js/K1k&#10;kVcPVKEiaXTIrLYvfkaRe7741dM47rvq6emqKiBHz28989g5WoWl8Xnqd37ryOYVHQs7ST/ZSwRl&#10;iTcD+g4nn2+j3HZdkMUxL3l3e3MxAqCPFlYrxJyEArX7MdcI/vG80/1592d43KJHXb7S2tbJKnUQ&#10;LWCNDTACgyeIwwcMfPPQzZP5JVAoev8Abu2MLJW7syuzNnbfw2JeoCxwSYrbtDS11XVLHGzGkpKy&#10;GSQgBfQbf4+xujzsUtRBHQqKfG0A1rTobMwjLOZm02UO5/w+g9jDfGGybNue8Xv6k0cLuT/pVJCi&#10;uc8OPn1F/J2yXHNXNuw8uROQtzcLHU5pqwWI/oju6Br5QzUnxt+LXendu8JaTde+KbaddlK6evmN&#10;IKusqVix1FgMfVO1RNBRtVzkRadBZiRxe/sSsLuSky6nxuDMgGuKRBHIt7WIHPkU/wBQSPcY8v8A&#10;Mu080QFbUGOdR3RP8Q4VNCKMK+a+o9epC9w/aznT21uFN7P4m3O7Kk0TM0ZAyK5JRiBqoaYrxpXq&#10;jv4/fIn4+/KDH1OCodvU23NyY+GnWba25YKJ65TLRL5qrFzB0GUpoZwYiIyZEGnWOb+39o43Vj+3&#10;yL6bcr+PTz6SxH+PPtVc2Eloyzba5jIywHAjicCn8j0Hdp3trxRDdxl2Apq/kK8a+XpjpJdu9P1O&#10;wMjLlNnVj0FF9xLO9FESElCBZdSxFIBA0UmoEDUwb/H2mcnX07wz0stPICyMii6G5+ikE6Rz/h7j&#10;3mHmq13Czudq3DbZhcCorQUzwbupg/bj16mLlLlm/sdwsd12/c4hCGD/AIgTnKgCtfnWnlTol/ZH&#10;ZeP3Hg67Abkwtf8AxMw1FMtUJaSohjMsMYNSYConRGYcsQwGnm3sJpapsVXpNGDIIpg6hibRub6l&#10;IUg2+v59wSt3JsW7R39p3+BIHU+WpTlDQ8DkYP5nrOKy2mLnvleXa74iK4ntCHUAEvHQgMuoYkUd&#10;wBBpSnVbMm4azrDfNHmcPK1SMJm6eroKwNo8FdG8cpppFiKpLSVEsfjYgKrAnj8BKduZCoyFRsNq&#10;eCV6abciTZAwxSTOlDS46pdpJglPUMsCVMkZLenSQpBBGoZT+3W6nmHmNd/SyCyeFHGW0gsqNrZq&#10;nQ1R4ojApQqBhkqXONsHLn9UuXeauWZt3qsaSFFqUDTgqiEDWFDGPWK0JozCtDQbBX8szdWG7P7S&#10;7o7ZyuGoIM3T9KYvBYGsqIIA1PVbm3Tj67IYyjqGmo/JKwwCukV2Q6H9A1HV3VQQutJR0ziKVSgR&#10;mBZh6bvJMdQIJ1A2vzwfeRkMkitNO66l4EeVOoEaSVfFcijavKv8uretl1FUtZm9xZmiiyWMnFXD&#10;W00ktPT0ysJlpoqSkglheNpQImD3IWJrp+TdV46SaBDFUzJqjAYyvZQbrydVhqv+L/W/souo0cho&#10;VJqcD0+X5dVW8k0UVq5rnPHosfYWwtp53LxZjB4abH/cg4wY+jRpJfD9w1pFZJqnRElkWwRVCpYr&#10;a49y6Ouy8MVZJT0UNTSzH9uqd08ilELER6xZbgC6giwNxa/tPc2tm8lsJbopMvECtPzA6QXkkbrQ&#10;ylX6c4eueuavKbUpqqvyeI3Hg6YRTYTGxy0dLUxyqZQtdTY5FpqqSd2ZBNPH/YAB9IPtjyMtdURx&#10;yx02hlbTIqyO6X1fgIrBXIHqNzz7MLVbdHMbSgrTj59EE88cdR4gbo7PXO19s09XJjqnKMKVaO9M&#10;wx8aO0UiIkoeoq2jqJA6udAJtexINvbzjqRVpWqJJf3HiDSrYrobTq9BcgsQeOSB7RXM7NJ4aRdo&#10;bj6joN324MrVr2jpcDDx1Ocp6Ckpl+3inRacTrCxlhDhUV0iHj0eP6hNclvaPyWV8eSpcRVUdXPU&#10;1tNW1CyQ4yvqMUIIGhRkyGWWn/hsErLN+3HPKrSkMI1fS5VVGYsBS1WUkdrGuniKhdKnIoGZS2ac&#10;CQUidnimvEuF0I6qyl0D1atCqEh3UUOoqDo7dXxKCbLbmw4oMZ93QzR0UME9M0lOs8Edb9zIs6y1&#10;ENKGlnVBIylmQaj6dWjm8aHMVUuYq6Ot21moIMbT01RBu+d8GMTXip1F8XQx0eaqc9C9G73nWqoq&#10;enZgDG0n4ZjEkl28C2jRxeHXVqj0k1FVADmTUvmSgQ+Tno3triFbGGaPdoHkkd0NuomEiBaUdtUY&#10;iKsKBQsrSKAA6r0l909aRS0tRW4yvppPvZ6jVtoR1bVIsCRVzo8ApFqalkCiRJfPYi5Kg2faPJ0b&#10;uw004pvuVdI1nVonljQyNJACbieI/wBAB/Za4HtTPZyqBVm8TTxpQgcKfYRk1qaZBHRsk0mlRqPi&#10;aTQ+eK9ucU9RTouW7ussrEsYQV0lR9pIkk0VD46mlp6mRlmFc4STyY6ZV9SSF3XlowCR7YZcRU4/&#10;K1+QbKVORx+RZUpaCpSnWnopYqcukdK9NTJMiTRxEuZHblQRY6iXrWZJInWpEmCc4UCimg45NCcn&#10;NeHR7Du6TwpB9Kkcka1LLWrAkZIqa0rilMVrXrqaix+c29QYVdv0mDy2IjSSvyVGZZa6vRnSlqJp&#10;1qHYmSKSaNYVCD0jT9NOlHtUfxyTy1FFWYSoo5ppI6d6qCdgkYWJJ5YabIVNFURzIgZDICUVrgIw&#10;t7OrcNar4gVmBJBBxWuOKk48wCa9GgvG225VobtZQaAMq0zWoC6kR1IPHThvOvHoQU6/pcFt6rw4&#10;OM3Pjczjxi6t5cY6x1kFbJI1TQQLLQU9XHEsc5EsRNnvZtaMSQH3vS0ueaoxu4KDHZaCgmNRFFVz&#10;SwLK4ZlvAI5KZXJA9VzzpsTckmQdvsrV4YJIw4dqCqitPzyR86fn6dZG8n+4W97VElxt+5zJI6gF&#10;q1IxTFQQP2dQNl9Dbd2FKuV2DT5HaGWzhnp6rK7eoKaaaFJi8jR1plFQTDLUT618nINyCur2XjdH&#10;UuKzlNKu0t45nZ1TOjxNjqkvuLAMrSa1WGGsq6HIUtOqykELVSA6QADbkZbVuG5bHOXjtkliIyWB&#10;bOasdRPca/h0rQDApmfeWPvK7zss8Me97XDcW66R4kdYZAApBdiA6yMaCvaueHHA77fxm5dqSrXZ&#10;3aG2OxVhZK+DJLiqTbG7XqDEkLzVtZQRVeMyFfpiW5ajgZ2f9f1IrZ7b2f331Vkq3I5TYtfuvEQN&#10;9lFvbbFPX1OFqqR5XlCz12Gg+7wokDJJ46wRNrv472JItj9wSZbcyWy/WLppqc6mVq6kULpKhCAW&#10;Jpn+zIXjmt7f+9/K3N0MQ2nm2Nb0op+nlkEcwNMqFbT4lDXuiLqADVgcdGz2lvnrLcsGOw0VfBt3&#10;OVsCTrs7cNVBQZqCdRIlQaehyNQseV8T+hpKMzxBWQ3BvZDbN7oymTeuT+4OSyjQYyb7ymTLVNU8&#10;FOWhheujxuQlaommpWUsDGGbgkglifZxa83THTeR7bcFUCs+iQsQiN3P4b1BGkUYp3Ek4yT1LVzz&#10;RdRxDVJEaigZy1K+mK1+zFK16U2c2VTOKJ4c4+CaPIU8sM8FHSI88gDXo5ZoQNNJVL6ZNRAYfm9v&#10;YypC8Wy6zPNPk8ZJk4zRU9DkaRoqhJah5DJTtSL4zHUpAgNrngj8HiXdq3j99XNgEsCtE8QgjS6g&#10;cCwJJoT8h8j0W7ZzHNuu4x2whDRAEllaq4HkfMV/4vpPfxCCt3fjcCtPQ1v2CHJ1NVSzq7R00SRr&#10;S1TgTSnwSVLOoPFytgeD7C2k3PkcVVU0UGQZkii0krLcSszNN4zGrSxkrrKMoJ5AAPHI2+is7yJm&#10;mVTr4Eevy/Z0MxBFpJZAfy6EOqweOyUEhqaOGTVKSoZFPIvaS9tWu35v7XVNuuszKinlnpKZikhW&#10;NqSaeqdgoVZDSKPLEbg2dmRTb6+yOTb7SzekDu8tPUAAEniaZFainTDKocKDRekudtUOKYzU9NU1&#10;DfQa6mGniCEkiPzEAALa9tJ+v1/pxilnMc5kMt4tCrLI1pbtGbeKNFWGNSL3H7gv/aI9qmjQNGNa&#10;5FSBw/mT0uhWtNJHU2SGAPT28Wl0DFYQViT1D9uXWwaSQjnlAth/W3tOPBVO86xxcGEmMuDojIuQ&#10;U/ss2rnn8+zVZIFRCGGGzSmejhWMACHDn/i+nxZUhSMu7MfIq6T49LL+NShALC34sPeTH7xyu3I5&#10;5k8rwJKDX06zmKCujXTLNHLTFfsnq5IwVWoZfKmlbsQLe095sVluRUOR4pHYSBqQ0xRhRgtfwatP&#10;HA6M7bebm1Kss5KDipPaRUA4/P16asrtLB7gCNV00MlTFG/2NZIS9XQyMZHjeGrLGqFMJTzDrMZB&#10;tbn2NWfhmwzCoKWNXDHPEJI9LhJkDhT6wb6W9gnbpUvVaPVXQxBpwqMdSI91GLdpUapA/LPDoJ9p&#10;ZGi3PTtEkkbrSVU9HMYZgyyPTSNHJIE0GwV4yCL/AFPtBzyxyhqmd2LL6gJXuEYjVwCwsNIt+n9P&#10;9fqRFGugCONQK4x0Fr2+0gys4GK5NAP83QlQp4THR0sSlWvGZYV0E6eLKASx4+oJNz/QcezI/Evr&#10;/M7nzu4t9VGInp8PR4yHE7ennp105erq6kzVtZifuYE+6p8fBTxx/cQSaPJLKtyU4h33i5vsrGGz&#10;5ZguA1wsokmpqGjSDoRsAEkkNTNMVA88JvfX7z/JPtzuMOy38zXF9UmWOGRC0YGKOTgFzkA0wPPo&#10;mfzixu8t9bS2d1d1/kKNJq3dVPl951smRqqSHH4vF0bpR4vI/ZeSST7+vq2d6cxu4WCOQKPSSb/P&#10;dfmeOQZmJKWBiyqHRmIbSfK40lUjDseBqa/AsD7iHb+ZPDZPoZC0gocfyH5efWHHNH37oYImj5V2&#10;OSoSlZZQSGpxCoCGAP2inHHQSdG/FveOHkpZcjvqFq+n8ctb/BMdLJBVxCTTBSx1OSWjqSIksB/k&#10;kCjm62uvsEq9Nm4nJwYyk2diVy8fiiSvymMpJp4Xja5mVqmFjTTBSLMGsCSefY6gXeb+1N1eb5K9&#10;nVm0IzBeHyOR8vPrEjnD7zfu7zLHdzz84XyWDEnwopDEgqGGmkdKgUGDXjw6sg231bQUFIiZLKZX&#10;Lq9zKlVkaxopkclngnphN9m0GpuU8dgRxb2iJqlqqtmf7SrkkeWSP7Vah0gp4QXKs0MRSnaUvbkh&#10;gVt7PVtUiWJmue3QDX1PHGfTj1Fc/uDzZfQKk/MVwyN+Jnc6qjIy2AOBFB9vQi0mAwtEVNLicbTl&#10;QoQw0kCMukWFnEYfgD+vsQsXtSrr8VO+bpcdTLLRTJTTVNM9VUmWNY3VvCjrHCsqs3jLhhcCyDiw&#10;cv8Ad4YLqOKzeWWkgLAEBaHjUmuqh4gU+3oCzb+8d7G9ldXEpBBIVtK6SCaaviqp46SpNKMSCQZr&#10;MiHShcG5JN9ZJHJ5k1+8VJsZMbDBNSrlKqoqHPknxlF+xRLFKI7SZGshSIsy+vQoIGoi5I0nb7+L&#10;mV4pI4EjAwGYVfz+FDqxwz6cPPowm5kl3SUpLHGLRDwdz3/YqsWGfNhX5cOumnX9J0/15IB59mh2&#10;Pt+hpaaDx4+CirbRvLX1dVI2SZSqspUSSJT0dCQpuxRZXL2VijECJ9+3O5nlkLXbSW4qPDVR4f2E&#10;01M356eJIqAeo53O/dn0yTCSPiVAULjyIpU/tp8uHScyE0x9YeZkP0hjZVjB0n1AFSTYC31/PsUM&#10;nR5Pau3JcngtuZbdWXE0C/ZY+GmiWqMjqqvTRGWjpKiSp1g6mlijUajyq8AV9whup5BdzLHbohKr&#10;qXxGbyUM7KqmuO5lUebDj0WWLwbtuKW17uEdlbhQdb1OkfMqGbSPQKT6A9Jj72lqqvxVeRpaKnSM&#10;tqebTMGB0nU99KrcWPH149pypzMewKHbOe3FtDIVW9d51dJjaLbO3qaqzC4SsqJqR8xl8ruCOBcT&#10;jcbtqlrjLUVVS8IlaLxQiWeWCmlRXm9XF41ptcCTtAZUVvDUvVS1GZyFVViVQXZnK1FETXKyIwkt&#10;NlO+vu9vt+6Ku0WSSOZpGSMyBFYxqsWsyPJOy6IkQPllaUxx+I8bVNkZs3XSYmgr44cdj2EtbkJ5&#10;FiWriYMkNHDGBqmeeRb8/wBn/XHtb0W9tsUW4sftfL75wVFu/MSUv8E2lms/j6TcEs9UZqaAU+Ge&#10;eKtIeFzZUp2LRAgBTZCWbhebbbmK08SBZKUoCgZx8VUUkF+FajFflU9Eh5d3i8sLndbLZJ5NrhWs&#10;k8UMrRKKgHvClVofNmA+daAxqyJVopKmGjMlDDFUtUV9PEGhNPTESlofEi63unFgRcfgX9qzNT7V&#10;2Ztqu3NurN4bHUzVpoKPLVddTUWPxtVUJBGaeKeolR56ueWTUo0Cf1EEMoFkF1vPh3CCSYRWi6S+&#10;s6S3kC1e0UofOhwONektjtG7b1eQbZtW1TzXXh6yqKzMVBqzUBoFVUOo4FSRWtD0lotwZPJZ6kxF&#10;BHWrFHHFV1UDQyGoqowxZZXhe8KxMiFbhghuPqTyWV+9Nt5Kjqd39PbDr+3d1Zd12iKvC01PgKil&#10;klihyFHLu7N7ip6Wu25hKOlyC1ANdRw07lZI0ZpwkLIL3fLe4tY7jly3N7dMygRxKFZcI2mR2p4a&#10;hW1VYtShAUs6gypZe1+8W10u0c8b+mz7TAzTkSEzas6WEEcBKTSM0YRhC7SKGDECPVKi3ydJPDBD&#10;TZTLrgoYGjqxEySVbTIjoZ4KOkhkjMlRLpZWMTu0WtbowJPs0+xFqKza+NG6clDk85TUlCmUrWgp&#10;kWumpaWmR5qTwJFE8M012V/DAF1+iOK4jjW3UN7atBCwo+kV0E01Ed1aoo4g+Q9eoy32CwtdxuP3&#10;ZEUsnJKrTIGaahU5GKUZjXiSKnoM8/W5AZrRiaOaioZTaBfJwRI5Z/u9ayEX/AVjx+fz7lUtO2MZ&#10;q+imMtU0gSkppXLSvdg4nqZh5BDCh9S2ZCWFrcg+1ssguVW2nVRCBVmAwDTgB6nz/b0F51kuGo1F&#10;Svlw48B/gHSw+/pp4koquKMwpTF6moQoYtUaE+KKMIrXYi1yTyfbgtBm8lS1bVsxoqVYpopvsTOp&#10;MZuZIGqoWikp55SqoWikUgm6EMCfaVptvheKKEa5iwoW40rig8wBWlR0/axrbuhU1YMKVoR+ynTF&#10;X5rAUdRSQ0sEdZV+aF4VnkiDJyQrgeEq6QqxIBBH9b8WJJ2/k+wKPKUVtybYwXVf2W4qXfZ3XTVN&#10;RPW0tTiKvEYzD4CBIkkmnkyNdFU1TS1KNUU1I8IR2l1IM5beN12qgtVsFaQ3Rk1MZEaNhHHoGhAN&#10;ZB16jSgQIWcMsn8t7Psc1tN/uvvbnmwyRGzFuygKyyrJJLN3Up4YKRhIyVkZGYqFK9DTg3xs1Mqp&#10;FHNV6izFS3NwSGupCggi9wF5HFuPa42vNQbxjko9wUNHl9uSVQfE4Crx9Xj0qo8VFTULV2WwNbam&#10;yxyuRE0kL1EUcUFK1IY18irN7Sbhs0d7byT3UQ0q/YCpACgEDUrY4lmT4gV0mgYEkMXMN1sEyT7Z&#10;O8O6LGTLIrrIVLlj4aTCrRhY2RCI31GQTIWCllPHKKIlV0lPmTUhkQ6DGCSwjjkS0kWg3PoZdVzq&#10;vc+11snGTY3ceTqoMRRGOedoaZzTRokEZZ0V6antHBHGqjQeFVdP09JsZb3NBJs9nbC8ZdCgkA+n&#10;BTxx8uNPPoj3e5a5tYI5bp6CparE6yc1apJJ+deGPIUhZWaCfG08clTMGVP1LI6MxAuCzX8n+vpI&#10;uPrf2o93z4PA19Hi5cpj8XuHLVCU1BRebXJVVVdE4hx3gRUFRUFV1rBFzYamP0Hsh2++d0S4ugTY&#10;E6FZyqhmFT2FiKthqnOBwwT0W2EV5dRSzQ20klpGpZm8gFIBceYArpLEUqQAM16jYuaapphVNFI1&#10;JEZElm8IhFonVfLGZJNPjVTqYm3pBPvJhaOPbqO2RraSr3BlIZXTBeWCiqkx0MixJWLTy+KoNPK8&#10;g0lVBUSA6QzcO39/DuU8VrbgR20edddVT6YNCBWhPCuK9Fu4yGdBKkTLZK1PE8icmleHCuOOCfsl&#10;vVLkpvBSiZaSjksa+INLDPPYKaaNkMQvG36vr/T3Grdp42fGtDR4WPHtVzR1UdHQpAJJpZApqpgr&#10;PFG71FUSwcmNSSw9XHt623ma2uDJ9b4ugEE14eg/IceJ4HGak827XUzostzI6oKdxJp6AYOAPIfm&#10;SenqmnZJTrqBMqgrK7fqBve4IIWwAPvDlsfVbOxpyGSp5IoTQfffaoQ9XTR67xUbvFO1P94Q/qsz&#10;IQCQ1hf27YXsG9zLFbOPEMgUlsLnJJxUAf5OB6LNEd3ci2idSxamqpUZzklagfMrgZI6kUtXDkFc&#10;wNrVZDGJACEYKfVYG/IYEfX8eyObh+ZnUdFuKuxmWytJtrHY1Kvzbp3JuLauCEmSoDN93hqDauVz&#10;VPvvNTrIYEjmx+NqqeWaUx61ZH0o2505e2jc32/cNyt0slSjytNFGBINWqNIZZI7mVgAMwwyIGbT&#10;qJU9TfY/d8583DabW/26yku7qRlpbW9vdTkxvTRM1zFA9lCtNRdLi5hkRULaWVlPTssBAAN/9hYf&#10;737AnZn8w2n7B7gj2Bheqt51O2qXAZDL1G9KL+IZaaFIcTNnMAZsJjaSSKOm3XSRCOKnkkEwq2jQ&#10;eUuyqEdl91bTe+cP6v7fy9cybN4LyNcIrOR2eLEfDRCwMsYNFNGDMigMWISQuZfuoTcre3h5uvuc&#10;tsTe2uYoltHZIwzNIIZ1EkrrX6aQhnlVDH4YZi6aatkEA/JP+wP/ABr2vpsZvvtDM7V3fX7qyuyc&#10;BioDuPPbMk2ziamurxm0o6mPA5GrydHVyYefBUCvRO8EH3MrTVF5gJNEUztsu8X0XLG6fviS1twv&#10;ivaNbQmRmkCsYZHlDNH4IJjLQr4p1y0lAYRKCV3Llnk+x3/YbTYodz3eVhBb3YuZVSMQkoZ4kR0D&#10;rM9JlDtpXRGfDahkfKqhVCjkC/1/xN/c+Tu/aVH2FSbAbI1W3MhFiaiswOFrVSgpt6UlLJFQVMGI&#10;K0dUs1TizDDLFHSyeYeRw6+GM+6TcxbRa7+vLt9cG13cws8SONKXGlyhEZ0sZBGNNVQrIBXWg0sC&#10;kPttzDPynd80Jax39k06pcTRkubVmXxdUpLIQkh1q7Onh0VXVi76uu7D+g/2w9mD2t2dtHe1Hja7&#10;a2YjytHuekqK3EVVQKzHNW0dFW0ePnyFBSZOkxrNA9bWwLFIptMs8UkStG8bOlsty2zcLXb7+3uo&#10;zaTK7RGjAyKjhGIDd2irLpemlwwKsQwPUab5yVzDy9d3tlvW2tHd2cgSYBlk0O6O6o7RtJRtEblg&#10;fhKOjlZEdRwIsSSvHP0+v+9+xwxlFVQUAYzzSTNWEIolmV3AsTGHkYyBQHJ9RawsPaK7uIZJ2GhQ&#10;mnOBT7cY/wAHQAvPD+p0GJQpHp6fn1HZwTwo/wBiP+Kn2vMZl69Wgp8hCryWIVrsUtcKkYQsVYg8&#10;f1uf9h7ILuztiHmtpOyuft6Dd5YwOTJbuSOBH+ocOuHFjckW+lrf8SCPefdeMydJjJsvhqCLIV1J&#10;HJUwY6kehp6eapq4jTSytVNSzVlIKGmldpZaVJKpotaxRTSMkLh/64oulYTJIrKACSv4qVJ0t2rX&#10;Uw0OWAICscFrbIbSW6Syvr0w2khozmrUC9ygIGVXLFQiByqBiCXiq0g9HMrEJ+eQP9h/xoeydbaT&#10;t3IbCyP99Z9iZvd2Ymz9ZJS02KyeN2hS4bMT1MeFw1dhMzQpmWoaOgGic1HkqJ9C+pxK6Ie7THzC&#10;+zSQ7t9Jc7pKW00EiwaG/s0KsiSlNJ/U1EyAj4WLELKG/D29s+cLI8rw7racv2626Bmkje6MsYVp&#10;plnikMWt5CDGI6KoJOHjDPP91OfJrvHsjB7a2d1/v6bdJ3N3VsTsYRbA2PiINvZ5t4R70bA7LxEM&#10;WKlqJBtnL7J3BJDjnyCVDVEVBSuE+/0+LHH3B5w5ottr2jZNznufq90sbmlrAqxy+OblooUXQxYw&#10;yQTFUEoY/oxOAbhq9Z8+yPtZyZu+9cxc3cqLYDZuWd327/H76Uzwi0az8e9lrJoQXUV7bq9ysTRe&#10;C1xMus2YbX73VvtfdPyHocvubdOCyO+dvVeO+x2z2AIXrMZVw1eMoarG0GK3vDlnjkq6zH4nBvCV&#10;qkk+3ijHlQajI2Oe271zrt9/f3thuG4W0wURXBDOhUhWQRTVOpgkcRA8QEhhViWyc5962L2guLDY&#10;9h3ez2m8tpvEubGuiRCkkiSySWZiUmNJJp1OqJl8RiVRyFAX3u4r4c/Ouk31jH2H2luag23v7HxQ&#10;/wAIy2UkrKxt30cFTVVOUpKyikZKaDM0qU8kUgVryRykwFWXT7zG9o/eq05i248u817jHBzDDiGe&#10;TWfqVq5bXXHipQAAEBl4CoNedP3j/ur3XLF+nNfI+xTXnKUpYywxBIxZsQqxMr5Z4WZta1rR0pIG&#10;V9Q97sf2llNk733dU5HD5/amRoc9QY6qqMCuPgq58tmMQ/ipt14LLDIUb1H3GDxKwELBPpSgpZVZ&#10;ViIeaYfoPqm3Ta9yt5ra6jjbsCNqdW7JtSsdQCx6Rgg6I2Vhpo2GPMNjzPyxsMNjuO17hHdWU0iJ&#10;cGRlWKKUFntpoTG+mk8pkozJ3TzRMpaQMvvb7unde0dn7h23tKpzG3cBldxyvU7cw2UlejqMxLSR&#10;U8NXHjaypV4snkUpFjMkMc0lUoCsQQwYmtvvW1QXdpt24XujdLsMItTKpnKfEsdaB2QFSVQVCkEq&#10;oI6Kdh2HmLmHZ955it9vvLnbrNNNxLENSw6yxXxEjo0SM9QGKJCSWXUrAhfe1KPFUS1Hlnompvto&#10;ok/cBjp3WT7iSaXxoxmgNNE8RUqmnUD9efZ1+pEsZSOUS6j5cRQigyKGpBBzw4dEsUhgWPRby+Lq&#10;NMGpBwMHANSCMmtPKmfe0f2/sagydGcpjaalwlQ9LTS4mojWdMbPIztEaUztHEiCeOCOoieRANEo&#10;9TBbk55I5hubWf6S5kedVZlkBy64rq018iSjUySpOkVHUgcl75LZuYb15Jog+l65YUHEjjqqSp00&#10;roOM9Yo25Km9wWPq+v1+g4HHsptPuuspcpjtu1GGlrZchJVY6fH0tWlJBBJUQyrS1tXNO1PrrIXA&#10;BljGlWXTyASZeurBTF9dBIwhDK5l0KwRVBJBBNdDAU0gM2a46mVtnt5LW53eO/RYIQkgZ1qWC0LR&#10;jTkIyk1qVNCWB4dZfb8smX3Zg/7sU/39LVQ5Opq6mllmpqZMxUU0kdHEkeqdY2lo2ZnSE3VllJLa&#10;owpK3jtNrvF3Z2HhGJVVwP7EGpNcHEgoakGhVaLnpVY/QbPfndJzE8GhApWv6SMDJTAwp+EuamtA&#10;B31HE2B1WJv/AE+g+ntKDba4eixstNHSp/FaqqV8KsjDL1FRixAz1MytiIaenWrqm/bVC4HiYPJZ&#10;yfZrDuCSTXUXhAeHRg9AI6SBiT8fcygd5wO4GgI6Fcl0u5XdxruNbW6ghwvYoeoCAlw7FV1E1oAW&#10;wBSnXQYk/Sy/1t+Pxz9OfZg9k0sO7akUlWaPz0NF9rHishQxmQTyx1Ef2AepmjdVKsp9NgqlgSPq&#10;ADv8sm0QvNAJBDK+oyIxppFKPpUEcfX0H2GOt6gfa1EkTNolkLeIrA1GCWAUUBJqTxpU+VB1FqJR&#10;EpexsL8KByBz/Q829rzJdMpOMjk5sliqWWngWCTDY4osKyqAjUzUrI5qmPOpCWTixubWIbbnhlNv&#10;aLazOjtXxXBOD56qig/n59EY39o0ggMbMXJIkc6mArSoIC6T5iq1ByD1HiyIJRTFKqsRpd+br/iQ&#10;AFI9pzr99wbXzdDh8hRZSkoYIRG7VVM8FEsVTNJpmKtPCyxw6yv6CupVA+gBMuZP3VulhPeWtxCb&#10;gtXDVaqgCnA8aDhTBPT3MNlYXtnLfQzxmZlyKktUADNRQMSBw41JNTnqVIUlQ254vbjkgcAf1+ns&#10;ccgKury9SlDlTV0EsdV50p/4SYa6grcZXYqak80mMnqqGCnq6qKsDwyRVXmgVGl+1Y0zxnHbFIrC&#10;ed3hkhlDaaYqoqA1RkedBTNP6XQHR4bbbtM9mPEoAtS4KNqVy3ayqxZFeMhwyaHNFDhXEFNWlGNw&#10;Qwa1rAFWbj/AMPr7Kt2PveowslVR1tfSUdGtMAqUsU9M0tTF9ytcs7SzTpPFMyQshEYjsCNbsSfc&#10;ycq7A92fqTH4tWFCRQqpoRmooRUimGyMUx0KuXOW4twkR7OzeS4EhrV9QVSwIIFFKkAuGJJNSKLp&#10;AYu6fpH+x/3s+wB2nviq11U0f3FTJJ5ZJfKQGIZYRKZRCtV5FiBk0j0hUT6+5R3fYEEcKSOq0K0o&#10;OGDwrTiQPLJP59SPzByvblbdG8ONVApTUciukCpFK0Fa1yTTBHXL2HHY+WiSpasparyRyUzXpwWE&#10;aGWomjlAZVYteZDbVrF1sOPZxtDJY7dJJMgrG4p/S8gPXPoKV6GHJdhIbdbeeCjq47vOgUU+VKH0&#10;697SNPuWrmo6dqymqKakMIRmC2vSw0yA1kzokfD6WHNy3p/A9uxXaeG961k6xs5IJ8lCGTWw/CNR&#10;0gfn69CG42W3inmS3lSS4BrT+mWJ08fLUPsz8uvewp3RU1uJy9JX5GOPIYyCvgyFJS5BXelrIo0j&#10;l8U0Edo5BMsASQfTQlrf0irmkXm37o95fzGXbvH1oGOHouFqOJFPTySuquB9sMdrf2EtpZVhvzC0&#10;bvGaMpOoagTUgrqqpHma5697C9aiqyFV5ZIkR5HU0qxERolmjkQssD+p7lrMbH6/4WAsO4T3cqzS&#10;kAhl8NV0AAYYAhAKEk4YgHJyTQgblIbW3KCYkBDqJqSfXJ697Vf91M/ubKRDDYjJ5GvphHUVMVFT&#10;V+VdacOxqGdY2nlhhiITSeFT6sb2JUb/AHbz3trczuIrtWUOZH1FqlndSXYkadKhBHpA+LBFeimD&#10;edv2yyl+ruI4rZtWmpRBWi6RU0BJyDWp4Ur5cWZV/UwXgnkgcAXJ5/oB7s96I+DOS3U9Bme1KGpo&#10;sO/20429BJ9pnqtYzEzUecqKSSaDGULMkgkhRjVsgA1QlRYs519y7JLGbbrFxcXbBQ0zAKdAU9gC&#10;lA2lz2soCnSnxBSDjFzj70HaWms+VyJLlCw1kkxIST3xVCl3pjUewGva3Hpkr83S06MIZonl+luW&#10;H0/FmU3/AN49n4y3SMO3MHjdudc5ak63oqDK0FeqbfwWMNPV0dPZq+gqKSaIxf7lpFCzVLIZ2jb0&#10;sJf3Vhz993N6o8OQo4IJNFeoDVK0cEANWjUodOqjIaMIKXmz94395uPM1lJusssLqBLLISrNQBlc&#10;HVSMV0R6gmakELpLXR5ZpzeWmZyQOWbk824/HtLS7U3NAssdXuOTMqyJ5ZmxuPxtPA5lnaQpDQQw&#10;lFQGONFYsRHCoLSOXkYZbZuFtEqtPEDcH0r6k0GosdIqaaiWpTUxNSSe7vLCd1a225Yj5ASO5OBx&#10;LEKTQMTpXTqZiKAiiginjYD06OOALXW3AW/+HtlOxKVP3slk0SFgWJkbQWUXuyxgGVh/r29iAcxS&#10;vSO3tav6f5a8OrxX76dEduT1l+5J4ROfxcG1v9gR+PbVWUGx6RGslLLH6fWzQhnbSdXjEzxL4yw4&#10;PJHHB5ssguuYZ2WjOH9ADj9letrfbg5CgMX+VesiiY/qsP8Abj/e2+nsuPau+OkdqnbeNz2Yo8Jm&#10;95ZyPb21KKaV6zIZvLTzwwLT0OPx8U0rQRyVMYkmZVp4mdVeQO6IV0nOf9Vb7ZrTmLfYYJb+4WGC&#10;NtXiSyMwUBVyaKWXW5GldS6tIIJkbkzlbn7mGPe77Y9rnubDbbY3N04AVIIVVmJeR2Cg6UYqo1O4&#10;BKppVmXMur+1b/Yf8TyfZQfkZt3edD1puWv2VmziqyGBamfJ0mQnxkgxgLGsjxVVrghhykiMv24k&#10;mpVcm3lQ2LX95t13qX273S55Y3Y2e4KmqSRH8NvBAPiCOSmlXrQIWkjBJKCRWahnj2Z3Plq4522W&#10;y5lsFubdyVWN0Eg8So0GRCCzRYPiaY5SAQxjYKSvL2CHxL+AnWO948d3B29mt7bryuVmocq1Dlam&#10;sx2KrYZ5aWppklqKynkzuWhqy7GRknRCaiwcugviVyV7D8vb9tlnzfzTum53m6TtrZJaojAqrAO8&#10;iGWQMSxYpIo1Myg1XEze9/3qudOX5rzkL2/2rbbDb7ZWj1xBZZVZdSMdMb+FCYxQUZNVEUkaZAOu&#10;LGw4/wBb3eZs7YvV+OxdPh8N11sqlxsVbTZSGjptr4WioZctQqsFBlnoqOip6Sasp/GrQzFGZbAq&#10;bAe5dvOT9js4TDDtFrDaCQNoSKNVDLwNNJ7h6k1rmurPXP7cueefry8lvL7mvcZLxo2Ri1zK7iNs&#10;tH4hcyBa/EqsAcqwpUdNc8R1lyzn06SNVv2mtrQFbMA/+uD/AEPsQttbYxm0q/c9XjMXBE+6a+p3&#10;DlqmJ6iapr83UQU9HLVTSTTv4rU1MkaRoFiTR6VBLam47Kwt1f6KsTSzmWSpJDMwUFs1phVwKDzI&#10;JJJaG5bjvEOzi+uzJDZ26QRDAVYVZ2CgKAD3MxLcT5nHTJkp0eOONWLPG/AcrYI9tQsoUlhpFr/7&#10;z7z0suJjqaU1cFLkMpjZ5K+AyUyVcmNnFJPTSTUbVRZqeqkpZpIdcZUgOQTpJBVbht/1UazPbL4K&#10;5jYgfEAQCMYIqc8aEiueh/sL3WqSK2LRRyr4bAMUV11KSDSlRVQ1OFRw6QW76KeqoHUSGOmkhanJ&#10;LeF5RI6t+6ygKTEwutgDYf19jLFUY3FdTRvXK09LkKOkLpJFUSRvFLM7Q0k9NTOstbFSrIP2yxjd&#10;wv8AZCgRTc21lud0kd2gawQVK5OpQBQH1LVAI4HIpQkdSLaS3X9YI0t5wt0C1GBUUZRpqG00UkMa&#10;EDtpXPVYG4dv5/e3yWUUcz4+l27UZGQRRyUayL9tHQhqmmq5YtdJV5KoiWNJYx5Uh8ukhrkhNsnb&#10;e3x2h1VgBKcpu2DGb634Y6qaenkxmDkoaXblLSVTTtXGF0GWlp4tIF0Spbk/Rhtrj2bbLh1idlSS&#10;qSMD2lqrpoc1oyAUanacdCLft9u77b+YJSEi25xBF2UOpwTK7LQLUMyhnLV7jGMVNRb7b3ZU7a6b&#10;7VzdTHPiduU+a682njKyCkhqqepyn3k2RyOWoYIFxqyt9w0Lai4RnCKVsCxOXnMH5wsiRJD4nFoj&#10;AoBRW0r9bhYynNrce0G3bgIgEZia/Pz9eoFv5a61LHurw+fp/k6AnoDetLDRwQyZL+JNUKk0tUao&#10;u61DoJ3WURMmmdJDY2Yi/wDX2AO6dr0bza3gRWQyuXSnlN9UkQklMsK6EtJZuStyTb82kXaN2mSM&#10;IJSVIpmn7P8AJ/qr0QvJMDMxaqt5fYOrOtlbpkqqVAlX5bww6RLVKrBdAYKscjGSQAH+zc+wJ3j1&#10;xSvLTNThPIyyoXQIHmhcPKdRqNOl1a1raW/qeWPuQtk5mlRJVkBAqDSpIxjy/nx/wdObfvU1vKyF&#10;SqEg8T5Yx+XrXoX8flUnjN2u1gQAQf8AAcXJt7C9+vTDPJV00ikfZBpWMssr6LCeKPU00dRKZHZG&#10;XSVsVLNfSoAqXmVJFSOVQe8AY4Zp6H58Qf59CC95shitI0ZsM1BwFW8zwoCBRSaVpTI49OtPM019&#10;Q+hsLDj/AGP19vnX9LRYuqxUMlTFJURStUvToJIaus/bjlE2tqwoRLEdAYy6GGkvY20k/M1xLcW1&#10;+SjHtoKmoABIoB5ZzTGTw9Y35guri/nuJWRgjlcnSwXJIUdgGfmK+RzXpwmH7MoI+sY4I+p1N/t/&#10;Yj5XOYyTf9NSYmKT+GzbRyGcq6qH7D+GVOTiyMGECtAs38RTJRpSyJ5GgEUkcYCySFQACtnSSTaZ&#10;tUfd46rXgaUJ0kEg0xX4R5Z8umt22qazsrbcZbhZLkXcUQqZC4TwmkIoRpCGq/i1aq4ArRoxks89&#10;NUpUIYnWqeERXX0KoRlI+pBJP5/HsnW88Wa7KNU09LRSURlrBTmGGZ9clXLorJapERQ9RB4tS3ui&#10;3a19RJyA2W5+ntTHNPIJtK6qt5Be1VBwAfPz4cOp42fmOL90fSSyt4qhK5A7VGFFflxGKkAdO0Ef&#10;jZtTuWPjBBIKgJqK2ABIuH555t7ETY2LjxsbUtPTT+byI33M8Ekopn8cVPNRwlZ5JXaKWF1LOg1O&#10;XAZgPYZ328kupJZpH7RwGpRqHEN+dfMmmPKnUO82c0XUszzVXQo09ppXz1EUABataVI9KdZ2iV7g&#10;k8/0t+f9gf6+zNbKgzJppp1M9G4pjFTNJ5qmCY+crAr0lExydUlLT6pFEROqJ/UVLemEuZZo3kI8&#10;IVGoEmmCTWpC0ODkdw7a1oakAGznjvLvVJIDHrFSKB80Joz9g/hJNcmoDADpvr3jhVAQDc/2ioFx&#10;bTcsVF/Zc+naEZ7O9g4gZGjlkps5NmYYIBW1T4+qjqkxOSpKikmlrZMNKfDC7U9a09SJJpCsrLqV&#10;Q7yTvclhdbvbG4EkTyFggZhpYURlOruWoVCEclixbuanbL3uHZS2tjy3fCHR/iyxhiFGtCDIj1VV&#10;ElCWBaJY4ygUFK1Y55JUjjie/wCvSPqDyQDb0m17H2N8FJUYSotQ0ElbFMvrqoHp6aniMYMTieYS&#10;yVJ0ztpb0KCeVBYWMg3V6LpUJULU8Twz8uOeIoDQceor8Nr1dMppTyNST8wK08vUU+fl1rje15Ah&#10;/oRcn6fQAj6e1jNkfPtLKZSlx9PWzTUOR8MaVdCsqrS0rw5OrQzxvTzUNFTVAJZUZk1hSUDS+403&#10;66hMyG3nDFWPwuBUE6XNe6oVSW/IY4Do+2Tl6ZbloZEeNgyn4TWrFtAKkjJZaEVH+HpP19fTx5Ci&#10;pGqxCPPGHCr6ZHluYk06iTJKxFv8ebcH3XxvuqhyO6nzeIzFS23chkqGDFwy4+CenhraSnx6RvVU&#10;tX4P3qmopNetk8kUq61QW9xfud2k11NdWraoHZVUAAiqKq6u4GpOipqAeJoOAyt5M2W6t9ittt3S&#10;yA3GKNzLTVWjlq5QngrgrRitKAs2AX8TaRpkVFkCapE1cqL2va/6bW59qvpbDVea3akuVqqiqya5&#10;mCevqlMMcMxNU8bxUpp5ZaSFDTlk8UckqojAu0RQqClbiYzTSzSNqaTNAKEE5K47QtTQVYDSCaZH&#10;Ul7ftS/WbbabZCIrXSuhANWmhHEMdWaCmtVqMd3xdFl+XnZlN1X8eu295TSR0/8AB+u92VdHI0qU&#10;ypXJga80EhnkkRUkStMbL9C5XQOWHuyCsZWeNhp5jRQq2CKqRhVVQoACoq8W459wjz3uct5dKQez&#10;/MBTz+fXRH2S2VrOyulIKsFA4AGpOr/AM/aevlv/ACb3jXZ/cc9ZUTyTCorp53eaqeqqapmLPJWV&#10;MsgZ5ZJp5mbUTruTqY83xxHkfT8H3EiyapHJ418up03yACCGMLRDx6KVjpiappL+tmZYyL6f6+q/&#10;9b/1Ht2h5IIt9ALfj+v9fr7ENkPEVXOXJoT6D/VTqE94Bj1jSfDXCgeZ/nmlehjwoEnIZQ7sTK8l&#10;rql1BNgVtYkfX3Ez1A2VweSx6RJK8tPK8KMLs7olwg5HMgGm35DH3OvstzLb7FzclncSg2V0BG1T&#10;gn8IHlQ1IoQesdvd3ZLncdgi3u1gP7xsJVnQDjVPmMg0HGuOrcv5R3yCxnQnzC2TS7iydHR7F7JW&#10;Tr3dtbXVr0VFTUmbJGPq5VaWOmaOiypikOvgi/5sRp17HxFR8Yv5new59xKcfia3tqqws9TO0tJT&#10;JRbznrduzVcjPJoipo5sutTY8eGRT/aBBbZ2je33vdapONNou4FNXAGO5JjD+mkCVXp5KSKnrOnm&#10;C/t/ef7r26322qHvZ9kWfQO5xLAqyMlOOoOhj9QW6+ij2LG24+n91NiX+6ep2dW5ChFKySmpmoqM&#10;ZGGGB01o0tTJTaFYAgMw4497c1ZiaKrpZGaDS72k0OvjYIGBEcfq/wA2CB+rUbX95uQXk0UkYEgo&#10;Mf7J/wBXGnXFB0mt7oxDKhqY/wAv8v29VPbY7JrY/tpVrzLSvT1HhnDvUUoZ42VpJSCSzyabLpC3&#10;cDnggpeejoq8PA33VFkIA0slD5PXFF6okuVVVMEgN0ZDcgc/09msdxNbnxKI8DEDX/l48R5g/l0P&#10;9juDbFZG0MDjVmvH7ekTvrMZ3BTtkIY8Tmtt15p4Y8oVZo5pfE0k5CPO7mupfrLHIoUOgtdRYs9T&#10;hKn7OamiWqo3jmVmlgXzxvEqu0aJLIb6ip+n9PZhDfwCeOVjG8ZBABNDXGadDg7rGscbhl0GoFTQ&#10;1/Yaj9nQbYnPYqs3PS5itOJztFVURgWkrYhQTU1a1TTxyVIgpX8c5BXVfgrq+nPsLbfd7hFHLRmr&#10;aBWKCZfSNIBSV5ZLr/nOb24bgELx7FmpYdu8aOfRq40P8sZ6UWV8J5NOsAef+bj59HNzmMi2x1XV&#10;5ymzDYdqiRZZ0pTMJBG3Lw08EcsZRJBZdKLqIb6m9/Zcu4/j3U9l7mxWZr3RqPb5Bx+AqXWooK2Z&#10;42Ms1fEgFLPDrWEqJIpgBT8LYkk72vddiiiha5gLXQqSwBpQgChrUE1Arqr5dSDY781lam0Vf02I&#10;qVqMDyGSRxNaUPoR0J3TXyE2LtLaUdDJUS1NXXNLWZLNRQPF6kWOKOL7eoknmkqxLO5IBjAlk444&#10;9r3F9aQYHEw02TFJ5y8aIaGNaVIURVigEKUqrCpgUAalRQygLyAR7tPu0F7MwtYtMCqKCnDSABx8&#10;xQU9OGFAAVwbuZZdcTGoBqSSTX1JNc1z9vSLzveB3Vnak7ZStTFUdNLPItf45XlkV61pg61ZbSkw&#10;YBYpdXjYhtIBGqJuLYtVR5eOq+7mlSoozJBUwh1nhk+2JMj1JdGSdoAUj+lrg/UD2Y7ZvdpLZvEt&#10;sobUAwxRgDQY9P8AZ6JbrcHmYHSaKw9KYoKUpwNOH+DyXfVfbeE3BtWpx0WOpKKqocnJR12NqKrX&#10;DUH77xwNFS6Zg0KTS6mBLRkBiwNxYvPb3S0+592daVuLoVSogx2YZ5lLQ19DVQLTyUmYlP2k9LWG&#10;mqf3WjkB859Iaxb3InJ/OUW1bFzZbzXAUO8QyFYODqBQAmtdOAR8JFetQSvOJHZ2/TfGTwNKDNfP&#10;FBwqMdDx1/2jiaXGbzqcxlYWp8TlqUxuZ1lpyK2F448VQx+YzegxFAn0Q8/psobNzbr7B2hunau1&#10;cNhaXK4bJsZ8pmhRyyt5aM08Ne1TLTRrDQS+GEyhnUtIzEiy2C3tLHli+2jdt0u75494UfoxUoGJ&#10;qRSgYkeRGKYFT5mtjZSS3AnmqsQNKkiigAkY40PE/t6UFFQ7N3Visll6qeopZwssdNTy1s1P9tHM&#10;JWpWjgNSBURyvKDyoBCi4/PsaclvHbtNtyTLTmaaV1kqRS0ckk80i0qLpQRTlpaaeoNOxIJIQH+o&#10;t7h1d7dpZVRQ6LqAoV4Z4miUHlWhP2HgbT2YhkSF5FVyaZBFK+vQEYTZe9pt4/wyjpY/4Xj4zE2T&#10;rYlpY3+8kkd/G9OEWeGDzG6KyuwUcgcmg758d2Y/d1bJsOgxSY/Iy5mHLZtaeS7pR0tKsVDTZBwE&#10;lqqypnUSuX0+NIgAoUgDCL71PuXFuPgciWlyryLOs05Qmi6FYRI1c6mISWjDtCIKAatWZH3c+S7q&#10;KM8z3rH6VUMUTECrtqGpx/RUdtABXU2ejq7cwpweOpaI1kla0MIR55F8as2okiGLU3hgX6Ktzxzc&#10;kk+61Upbf2Qf9h7wpoB5dZWh2HnXpQe+TwcfQA6gDb+lvbEqiurNevAmo+3r3uP4f8f7Vv8AePr7&#10;Y6trP9Lj173/AP/V1o8Nlnq5BEW1KBZo/IxBRRfVpP1Knn30Bsrq4v2aCNmdQKULYA+zz/y9YyX1&#10;vDbx+N4Sr6EeZHl1v8e1VkaB/sY6mNi8QURubHTFIbkIeT+r8f1t7El/sUosorqpaOlCMdvpxI45&#10;/Z0TWW4qsjQOcscde9gZnMvLBOUjaQKxb0SMynUzepQh+mm/+w9whvrzrdeHE7LDU0BwfyHmPs6k&#10;LaoUaHxK9xOOve8W2qlzl6Sf7hI5YaiKZAxsQI21lefqT+Px71sdkXvreckK6uCPtXNf59L9ycfR&#10;TIVNNPXvY/0O9aJshSirVKaSCaNlq76UaVCHUOoN1IYA/wCw9ypacwQbfuMKXQVCtHDHjUZGRw6A&#10;c+zSS2sxiJcspFPl172ZbIb+OUxwrMuxysdVpFN9oFDoTGQkdjbX5Af9cn3P28+477jt7329H6uO&#10;RQEK4apIoCKGuME/n1GsHLfg3HgWMZjkrU+ZJr5en5dcQAt7fT+nvrpyp2Hns9W7ezNEkdPuuino&#10;aWaZVmmx1fAr1NJXCVCBSiL9xQ3KFnXUbDgg9td65N3je7rl7e7JFtd1jMKOctDLl4pVZR2kkEel&#10;dJY6RTqZeTdqhfcZNr3ldVpcRaddMxycUI+eoafkGPSY3VLlKfHJkcQZGqcbUQ1ctGgv9/SKf8qp&#10;eRYkxHUCL8i3s6fRWxp9qUtfTZSNaaei3rLBR1llENXQV2BpG88UrEKYJv4bqt6tPPvIv2n2TcOV&#10;LHmnZN1tQk8N+0kb+UqNCgDI1MqwGvGQRQ5B6nj2s2s7Lt27w30B8WK8VdRFRQoSprwIYCtPl0AX&#10;bW6kr4JI8frqYqvaL5CWhsvmjqMfmBBNHJH+uGpiesAtwxsAPZzq3aFIqS4XCUVLRrqpsplmpYoa&#10;eOtysskKtLVpFpiElPS0rXY3JQfj6kQ7a9ntyz39vbRxSXE+ohVCsdNAzmgWrOAik0+2vU021pAI&#10;7m3s7VIo5GDsyqAXPYMr6AAUP5nqvTbXbU8bjfe58lV1ktXPktu7WjrZGqTi9uUcdXJHDj5JQ006&#10;5KvrUGlVsXkCj9N/eDb3WlM2Or9t4qoaenlky9d/Fa1FKLW1ZM329OwUFaWmn0qFB9ZBH9PYVOx2&#10;W0bFzDt0Urs24y3LnWalWuSTU6aEhKgKMdoAPQTm5B2qx2q+tIqm4uJGcueIZqkAeYVScUI6w9l/&#10;JKba1VjOyd2UklLVxDa+F/unhpZKioOMWo+xSpq6dxEkmRqYRIWYhfCgBANiSoZtq1n2GDx1NIIv&#10;4EKOmWujYwSVNcAsZWIFWDLOytcfUo1vz7M+XrS02fZts2+UCWSC3jUGnDwkCl/OmvNf9M3RhtnL&#10;Qs4LCFpyzRIpqPKtCSK+dQ3+9dI/C9sbdize7M/lAchLvmny2bj29Mk9TTY7bsJlq3fKPG0BjWkg&#10;qIiDcxiRA1/SPYsPteqwG18UsoUaMnj3qqqunVXKz1UIqWnZNAuI2ZwWZhxY2HHshTmWx3Tetxtr&#10;K5WS6WBiI1q1FFfhp9lBTz6PZ4AiSG3YSA0HEcSMn7a8fn1XRjfkfsvt/wCQHZWM23WyZStHXm7I&#10;MPtza+Fqa6mjgw+EyRx0uMlkDQ6aqvEVLphicMZAAzO4b2q8jhJ8q0mNxtXPPjDIJp6pZBNDGq3K&#10;NSMBoUyxnSOTcf7D2Sxb/t+1xWd5u6R224S6Y0RsOWOKHzNK1Pp59Fmy2lvYI+4bwgW4BJjU0zwP&#10;+Gg/LoA9pd97S6rocR2J2ttjE7Q7PydPFt7C7WroWxW6q9qiqj89HuOOdkrpabFVMEcrrKieNQQr&#10;C5Bb6WDEBsjgKN0X7Wamjqad2ZamSmjZZnkkRrvIs9WugHknSfZvJNfv4F7NFWobSfIEggH8h0d2&#10;m8z3n68luqxh9IJ4UpXH546ETM57sirpNidy7ooZKmbMYTc2QwtdQwPPhoc5lITi8ZS0sqSLHSJi&#10;9tyPNrYIoeQC49qZafMTq1Nj446SFi4+6n1RszPdmcxxlJ5JL/jUg/1/Yeub6whdmmuk+qoPMMoF&#10;PMVx+Y6Cu/3NlM80twazg4LNj/eeHRb6rdXU2ByFLuXfeXfdu7IFpk/geJqIKwY5KE/5HSz1VTI2&#10;ExiU9PGx1BZ7lT/ab2AXaOzT4SvmqZ6isKJM80r6Cyh9LR04PiTQt/qC3P1PvF333vLS8vbNFu2l&#10;kKgsNVBwIFFUADB+f29RvLeQS3fisVAVfL16te+EXyIp9yV9W1HjsHTUGIpauooaTFwRTyUsNW1O&#10;y01Vl3hiqappptLMOI1IJVR7JR27isvlK6bGdfyUIzOFgEtohHLMEp4YIzJJBKUp18c+uQtJ6UHN&#10;7C/vFvmLe5EvEXayscsIUqRmmlQg4+YpWp4cfLoN7vNsVnt1zf8AMm6RWdpXSus0L6hUBRUFiR5L&#10;n5dXbdDVVW20KbI7u/ic0e556uogWrikmiijr6yprI6eJ1LTGIxMkSqgLG30APsOd/LTbC6cqqrt&#10;nY20slvfcVKk6102fo62pr2dY0iyHgp8hDQ08KRxoI3WGZdQ+p4X3c77H+5p599tlm3CY1yf7U4y&#10;1Co8qYHl1jFy1GvP/P73PJ/OF5Hs1mxBi8IxKKVwGdCzkmpoHWgIx5kbMcfuczFTYPIVcGEoIytR&#10;Q/ZS0lNHLrsaZXq6DXLITICVLo35tYj3T2aaXJZGWKgpl1T1binpoGMgu8juoHGrSt/949xqSNfc&#10;RT5mnWWsNuVcRlix9T0I3uwnrDZmG6O2dN2HuyoikrpaPz4uhZkSasr3g1R00YkHktGbAkKbLdvZ&#10;6THYwKVcFmXy6Eu1wfuwPut9FSTTpjU+Y9T/AKuHSCzlbUZ2sG2cSx0m5zVchDJRUrenxxyKNJqp&#10;ASAtwR+fZHOzexMrv/N1+Vnnlq8nl6wxM1OKhqeCJzpo6ClBjUGnp72LkWJuRb6+yNpDIWJ8z0RX&#10;d1LdzyzSkmp/Z8h8h5dLKgoabG0kFFSRiKnp0EcaL9AB9T/rseT/AIn2Yb4q/GXLdjZ6NJKeojw1&#10;DJDXbpzRSRDLEJogMNjp1BWbLViuF0hrxI2pr8Kwy5H5L3DnHdVihiK7bCQ80pwqoOIHrIQe0ZIq&#10;JKECnUcc98/bbyNtsk05138lVhiByz5Kl6VKxgirE0GCK14orsHfVBsnCNX1DotZOxgoUlAMMMpj&#10;YvWVxU3ioaJTqlbi9tIIvcbGvRXT2NqqvDZZsNR0O2Nn08dNgqanQy0k+Tp0jiSKAuESWjwi3VpC&#10;GMlUSL+g65X5/wCaNv22023ljZvCXbLREUFXJ1MqZAoKMsRomrIaSoBPEwryXsF0bm/5k3x5G3q8&#10;DMVdACqscsKnV+ooJUEnSgBA4DrUj/nefzP6zpjrXOfGXqzfFVP3F23oj35laCQw5fZ/WWRFS9U9&#10;aYYXXE7g7FhcJTU4Eb02GmEvBmgMZ1mbUI4n03QqzuLgkIF4dieQTc3sOT7TctbT/VnbJ+brqMnd&#10;Z2K20dQX7iO8LxOkcKeZ6KeZt3fmrcU5a2wlNqiQmZxhRQEaNXCgJ4V61Xuttsf6N9sz9qZRZ5Nx&#10;5h1x2y8HDJTmqlnqnkm/jC48RSys8EMNwFYE8f19tTy1LSCKndjFaVBUAJJpMh4MTKVB0f0t7lW/&#10;3Hl4WJ3LeooX3d3idLNBINZC/wCjI8ZZWJxWtDig6DO1cuXesRQALZpq1S17QKVqrVAP2dGYz27t&#10;g/wYbo3nQ4qt3hLWbYymP6/ozmqSfMGBkXIf3jhyVPWTUklSwLOVYI5AKgDj2FfYG5lx9NT4ahrh&#10;WVtUohlpqWRfu2cOCZQiElZLLyP6e579r+WReJd8y7jsH0dxJMZF8SrFI2UAJqIUqKeQxTqBPcvm&#10;Nork7RY74ZdvjiCuEAAdlJarBcNxpnPWxF/KH+H8e5VznyC7M6Vm2HkqrdVbmdg5TdFJVTTY7b+R&#10;xUcC0dC2VpYp6WgSOolQFY9L6tRB9hrtjZeUq46/M5nK5bHQtG9mmLIKZJirxsELaSxUqL8kFh9P&#10;ctbtzBZQPaWVnaQSuPQ1rTGf29RdY3VxNKiw2pdmNP8AN+fy49XPd2947P2m+3dk7SxO0t1ZqbX9&#10;ti4q6AmukxxWCspZBC8koljsZNICIVQkXsbKqPdPWW25KGpm7Iw2MlQSeaKtzFI1TVPGpWRfs/uG&#10;mEpZgSAlze4+nsB7jvczR3Mc9msjq2nRGAWHcAQAM9vE/IGvUo7J7ec6b5KwsuXb3TQEERPpyCV7&#10;qaVrQgVI9ME9V79n535B7uxW68PH8YtxdlUtZW42HE023sC+Pp8DEJneOqfMVqU9Lk6BYIl9aVKK&#10;DYGwJPto3B8lOu9sUwnwMe79yz6Q889Bhnx+KDpcEyZPc8uFo0pWtcvG0i6efcbbpuL3by2W8bbY&#10;nZyCp8WaON1Ga60kKnUBQ9ofjxHUybB7Fc3TBZrrdbTbLpGAHiS65OANQkHiEkEkUNMjoru3/gn8&#10;lO+MlWYntvaXQnX+wv8AK6Ch23urexz2+4MfXORD4cL1fQb0eqyOPjCKq1b08zMCGvz7C3dPyvye&#10;5tu5LHUWwNuw7fzVDW4qrrMzvOXIwy0tbTS0lSlRS4Db9bSEPFK2pFqiTa2r3jRc+23tlte63N//&#10;AFrhe3eViqW6yTBA1QEL/pRmgJqoc+XWSttFusW12O2bjzdJPukEYXxIowrEqQ2oCV140A7lBpXH&#10;SU6S/wCE8/X/AFB3ttDtyP5F9g1G5dg9i4LsvauzdpdMUG1ajGZTbOZps7iqcZ7fG/IaiqpYKujh&#10;IlkxcDMoBAW/usPsftOp6+7Z2P21tHEx57suHr6n6lp49n7XzmSfO4Db9WmRw9TkKXOZKZsrmKSR&#10;5oopCaO0Rb0OBdQ1uLci7NdbRcWVxe7heW8QiV9MMAbwzUEgm4qdPZ3BSRQqDQno1s9m2rcNp5j2&#10;S9S5m2u/uXnkWVwgXxDV1QwIgVK1JqzEMx1UBqNmfaHQm2Ml112Vsne1FuSh2dvnsbcvaOVxmf3R&#10;hqeowtfuuqGTzeIx0u06Sggw23I8oslbDH93Vv5p5tcoFkHPMfKT59bryeOq8Z013z92kdTFhPuO&#10;ttn7VcQ1NNVR1VDTTiRK1ongaUMGmkbxksLAEgxh5str29tpouSb+43FVYL4kwAoVNaeBDC1Kawq&#10;luBOcjoFbbyV7MbBZ7vt9nFtsdlKyG4R7+SRSQ4K6ld5EBB06qAGqoBUmnQcUXQ38vXamB3BRySd&#10;TNgK6pxFRuaky/btbn6SerxGTx1Vj67IUtfvHIUtNVx5KkpHjZEh0zaATc6SFuM7X/mTZvdWaoML&#10;1pv2jycVPSLXVUmdye3jDHGxWOF9xVFN/diqropWsKaKoNQkalzH4xr9p9q5u3GLcLq52jkC2hvh&#10;2lw93WlalSzXLAgmh0kUxXy6E24bZyDbbNAtytn+4WBIjKQtGQ2oFqGMOwNDqKkrwFa06Xu5tn/A&#10;+PB7ah3fhOhs1hoqmbN7XpMtS7Z3KEnq6aelqMvRY4Q5CeKMwF4XqfHpVmCM3kYAmS2vQfzZs9jo&#10;IpIt+0WO0Kq0FX8gMTB4Uj9QEmJfH/fU6aGGksgDfW/sX23NnuRqSe05StFYA1JlXUMnLKZgVHzp&#10;nj59QBuu4fdOtr2YXvKfL0l05qzLtDyBmPH9RbV1Jr5CUkHGOAacj2d/L82dk48nkct0rhMlj0ke&#10;nyy4WMS0sUqhZPtcrBi/FEjxjSyxyen6cexOxmy/5k0AC5Bt9iWIancd5Y2Gk8YZAI4aiXEU6TOS&#10;/q0yHSv19mg5/wCdJh9Jf8l2V3qPchmm0sPNTonXjjg46NNrf7r9nLa7pYco7HbXKklSNqaOQVFN&#10;VPAJBpw6BLsX5kfysd44eq25vXsrpDsHb2aaSgrtt1Ow892XjZ6in/ejjyWFx+DzVL6fCWT7iJUL&#10;rw2rSCLGJj+Z2KollyEPcVNX0IjZjie2aXNK7cFpIrwsjhWfkIgHH145RvzFDEXuLj2sgtZVzqhm&#10;kYVrkDU0tPXz4cejfcLv2V3y3ENydkktpMeHcWYUEfsQ8OBpWhr59Fvgx38n/IZikr9sYX4b4uom&#10;8k1HLL8cjtetoPEkrostWtFgZqGVpIbL5vGzgXQEEN7WdJ2b81sUVqVzHcjwQBXf7zbOG3bThSwJ&#10;Mrx7WZXUA6r69Tc3N+SZ/wBZLSeEz/1fv4lweyTxK/k0IUD8yPXz6jK99s/uyyhoH2nleK4lY0Vb&#10;qW0ZhwNNNypX5UqeBA8uhLqNq/y6ux2fGHIfHTNzWemalod+ZfZdckSRhAiU9RvFa7ypYBVYSG9v&#10;ryA/Q/NL5F7VqFi3tQYaoS3Eu9Ov5cA5IYKfH/ANy0NYzKGvqFJIo+uk8+yS8HKu4BJtztry1uZK&#10;qHdY+BpWqo6a/Kh0Np8hnKU+wntbPDK3KM8xWgJWw3ATL6gMbqBsYOBKNWe7A6Aref8AKL+CXc0X&#10;3W0ZdwYOrAd3l6q7Pi3HDpmjlu9VS7r2juLHmJUU6SZk9TEB/axpPnlmJWjfP9dYrIUc0TIMngd0&#10;1WCRzGmrVBQbu29S63KX9KVF7/kew1e+1nLW5us9lzREYSmgCVSgJJqSK6auvDNAaYB6Ots9uTtM&#10;SR7ZulxHKs5kVJrbxRkU0F7Wd6AVyzR0JzTog3av/Cb3rzc8tfNsH5P7m29XNQCjGE3l1lhd3l3R&#10;neGaozey93URWUSMLv8Aw9xb+wPp7Eaj+VXX26qjbb5CLdWyIMfHW/c1GcxBkoa6aeoozHSw5vCS&#10;5KjanEdIWZndbhubLqDSR7YcqScnQXNpe7j40eArqlVkA1UoVFQvcCy07iMlRq1Q17re1/M+5y7v&#10;d7Ht9juLzaP04bgGSEKpDFoJjEW7j2iOrKTXSR0I3wu/lX9v/DnBb+wub3lsPt6oztRgocQdoZGf&#10;H1WPgxcOfjjyOSxG4KPB15rZpc0E8EbyxxiH0mRpLRjXgt17e3NXvlMHubG5uFYzK0ONzFHXU0Cr&#10;9CUpnZvKPIFK31KFFxx7nVZITbiKJ1cnHaQfzxkD5kcesPd75d5i5ekWy33Y7yzk1AfrQyRk14Yc&#10;CoPkfh+fR7sptiXbu0qfb2QwFbgqirnGPhqKjDVdJLWVaqzzPaqklKJJJG0mvTp1M3qNwfaxqJMx&#10;kLsIIhTPCrlWnZZragGWUICJCY2uTdSGH0t7YjFnAKa6t8vX5dBR7m0tkCFqy1Nf8g/I9JHbG0dm&#10;4ZoTGK+bJtXVkEdVJjEdJDLrYSUcni88cBnFzZXupNzbn2p6SV445EeohkQrcLOGhKuUUHSqkqEI&#10;AB/rb2WTxq7hxEdfyzXohu75ZSSD3dNFfsCF8nSZKTFZamqhqVqinjFeKuGxVZJXmokm8pcMwXVp&#10;Usbe+cNdMV8CzQqqzEs0DsdQLElVb0O6yH8/096kt1JD6TWnn5HomuApDMeHQrwbWginp62WnrJZ&#10;5MdCsUOQDPotFAYtcbRvFCfHxoVmIJ+v19y6/JiCmcRXXXCwkAI1gaTqC+V0DMB+C3tOkBNXZS2n&#10;PDj9nQPv3Otlr5/6uAJ6HPrLZJnqosjVUaEU0l4j4zJwx1hGWJCUGpLfp9sEea+3m8YlpayHwpSp&#10;P6o5kkleQzVAkRlXSY5FMQAViSdX4Htd9A80ZPcmK09fL5jy9D0ErglnjLFll4k+R/b6Up6fb0aS&#10;m2stRQLLaehnVjVNTqFMLnSGhp2RWuwKsGazW+lrjn3zyQp8phczjYshU4ySuoqmhGUxc1MmRxs1&#10;XTsseQx0k1PXwLWUcbmWJpIXiDhdQYEr7ST288umNWkjZ1PcuGGCMEgioORg5FaEcV+zXTWe42F2&#10;1vHKsUquUcEo+kg6XCsraWpRqMDQmhBoekzksfJTVmPmlpo6h4JopTQ1ME7QVXjclqeZxJS6YptD&#10;I+liSlwBzcI2jq1xq6amaSdoC7pLO8YlmjHjAmlMaJCBLINRC2jjHCqqgKBNJbPMhVDkjJHlX0+z&#10;qQkmFwmiigMKUAFMinAn+RNOkjuXbUmXklmpFQNPEEl8MAJDESBvEJH1B40VkLXV3bksfr7Qu0Nw&#10;bnxlZlcZmajHVGISrrJtvvhKDIQCTGVE0NbTUUVDJlNyVFRVURaeOeapkhLyxhoFhjfxIgh2W7hh&#10;k+rZGCO4DBWUiMKnhatcsldILIdOkFlBWNVIRRbuv7uvVtbmx8f6koPFEjo2mQ6lL1EUShXIjZFC&#10;lgj0leWRPEbHuXr/AG9lKGhrqWlqkzkMUQyVTlHx8lQktPDVY+CoSpqaWgjijXUjBYQQFYag8io/&#10;sQnxlJuHEiaObG1tFV0tS9ZGsVXk4aqnnp3qKbx+C8NVBIjtrQpIJVlAUMHa7R3JYZKshaAgUIpk&#10;cMUqDX09K1pw6LYbi4tLmJTHNFIHAUEhTUNp7q/xAVFMhe5qUbSE1Xl6vaGampZaHKwSRPj2opBU&#10;4qjeKohqaGlrZZlrg6L9vCoZmMkYiEDFxwi+wT7L6yqZYy6jPUMnozUlTi6DIZNqqlFX97ITBTw5&#10;CovUyHxGmUayGYRKNIZRjtXNttHb1+oYxLIMJVnBjKnw6aSSGppIUV0+a0PUl8oc0C2ZUpA6OPCC&#10;yOq6WoVB1akXBHxmq1K8QR0IXX/a2Ey6s1HVYSr8c/8AdxqStyNNHV0dfT0y08cAad6FJZKcRX8j&#10;XjLIg1Nz7ArL1G3dt1cePlyEENZUJEoWR6uN08qq8HnSTQYi/kNgLi9x+PY+h5lsJJEiurgQzE4R&#10;yAxrmo+X20zjiD0O7aHc93jmvLe3Y2yk1qRinGgqa/5qHz6HHFfxLL0rVb0jpTRG1v8AJ9DEXEni&#10;aF3EippFz/iPzcBV4HMVWPeWMVLU/kF2DSqsMw50ltat5gU4A4Nj9b8+1W4WMVyscojVj5HzH7D0&#10;SXQequlQ1PLiPz6Tm69mYbc1GqZHHU1ejLJB66YvUxxyOQyxSq/osrWPpIIuCLe207C6zy2SrM7k&#10;NhbWrcvUDyV9fUYKmmkmaRPE9QkskN4qmdBpeaMrI6qNTGw0orh9xjjgt1uzoQMEOoBk1ChAxWh8&#10;xXOPTqV9k94ueNq26222DmC6FtCgVVMhOB5LUVFKYA7RUmlSagbvLYm+oaKmwW3u0d7bYwkFRIcV&#10;TYLdeUxkmPYN5IaaWmhqftq+io7oIaaeN6aMIAI7lyxZvkl0XNU9fw1XU9K8TYGpymZzOG/iNbkp&#10;6qjajjpTWY01k+QkibERIHEaameFLrqdArizYOfd82SS5Mz+K8ihAZKhwK4Acg0NSDlSKA0BNFOT&#10;ns995B7jfots5sm8KScokMmkIniVNEelFHik010A1UBpWvS66K3Funa2/MpL2zuUblTN0GHwO28/&#10;Pg8PhJcW9FNVyigysmHocfR1K5yrqfJ5SiKlQ7fpjdVjrNw2190V1XFTUmFyUWIFQsLV9NDUvJLE&#10;qwxtIKyd5AiVDzcNGVl0XIaw9zbtfM+47kYIVg8DZCQdUcjs7IqgMPFZj2sxpqQBylTgVpntDzBb&#10;R24nuNwUufIH9tPPGcUr606PPXZvE0Sv9xkaGObQ8oiNRAJTpDOY1jVyxYKLDix/rf2Z3ZPRnZub&#10;ycf8A2ZmstA6NJPXY6gmqkgEuv8Acd4VkBLlW162uL3BPPs/3nn3lPaLdjd7vaQCpqHcKzECooDk&#10;5PrnqPua/en2/wCWrV5N75qtLV6nE0qRsaCuAzCpOe0Et56aU6B/dPcvW+IpWiye7sLj6x5LQY+t&#10;rYKWvqP0KvjppHDuJNXp06ibH6fX2YDFfELt+qqEir8FSY+nn9X3NVlcZGFUWA8sLVqVNOf6XUH8&#10;fn2Ar73t5JhjZ4NxaSUcFWOQ1/0p06W/I/PqJd1+/B7IbNZzPFzC08ijKRRSMWOcK3hlCK+eofb0&#10;H7d3YGtgmfB0O4shNHpVoEwWTgDM4LLGKiWiMMgbixUsv+PsxuH+JW0MNhqqh3hnjk6+rVR93jQ1&#10;HDRBSrJGks8lQamQWtcgKfwCOfcX3vvRvl/ewz7JYCK2Q/C9WLetQKaf216w/wCdv7wnmXeN3trn&#10;k/bUstuhYHw5mEjSUBGptAAQEUGCWAHEcA1QZHsrPZemy+JoZ8BRU8TLHRzQmqWqkYssj1SCKkKA&#10;WuugqR+fZX+4egOvesKPDbrrtwz1+2W3Th8dmqCsoImd6OsqCw8lXRkRpGWg8chcIHEgAJawMqcm&#10;e5nMfNM17s8e2xx7p9HI0TiT8YooAV8k1YEAVNQMHNMnfuy/fE3P3k53HKO+cvW9tMLRpFlS4Oks&#10;hWqhJBUl68EqFAq1BQ9CdUZDtSbb2fx2Kix8W5qrbeVO38jIjxx0ebjpn+ynalm8oqCruWCauWUX&#10;sOfYZ7z3NDvjPwUW3KSXLSVbeDFUmGo56/IZMgglKGipo3qZWjUeqyWVQfzx7F+xba2wbaZd1uBD&#10;oFXeUhFSgyWZqAA+RrSp66I75z5y5ylskm6cx71a2lnCKu0sioq5AqS1AMkcf2dIrpnrrIdcbNp6&#10;fcNc9NWRRCoy9Vk6mOOHHyWGvz1EjaS0jNctcoxP6uRcf+iPiHurc9d/fbuHGzbZ25iK8NhNkVRo&#10;6mv3F6oHSpzsVNNUy4bGEyW+0mCVUrK6yrEhUSRVz/74bdYxy7ByZ+puMiMJLutFjxxgyVkJB/tM&#10;BcUBpXrl395b79e1Q2d1yx7VXS3N5NG4kvFYrHCD2/oVFJpMmjj9NSO0uaVnbr7Up5ag7T6/eWpr&#10;6ukH8V3I1NXU8VKlQZVC4WR0ijqqyMIGafWIY0ZGiMsnMZ9oMYcJHBQ4nERY3FYWGKkphHTxUVNB&#10;RQIiRpT0sEcUVPTxBTpVFVBc2A9wEJxc65Lm88W4mNeOoljWtTmrGuTXrlDv3OM+6/VXG47m9xfT&#10;1ZmdyzM/zLEkmp4k1P2gk8NtbLppJFmqpnqqmslSWbXJLUSNPJcyyy1E7ySyzSMfUzNc2H+xbY8z&#10;HuSeTE0tPTZKdl1CplnSpFJTuyBpYII4U+2liqbC7MdahrnkXUtYvtqR3k8jRxhvhyuo0Pn+IUxj&#10;hXqG953+6slE7ySJGOIyoPlg/i/L7eHQ8YjalFiY1MSLBoOopEnjvIRZndi8nkZyefoATwPaM3D1&#10;TgFkrK7I1RqsjMrxSVpV4adVRQUjijTVqZ4o9RfgAra4uPZ9tfN+4kRQ2sWm1Bwtan5kn7ekG385&#10;3l4yRRrSDBpWv2mp6Vkc7rpSNLKLcf1/xP8Ar+3bC7Y63x+2pKdYY5cpUxFSfNPH4Z4XjmHiguZJ&#10;UmjiZHTX6g55Bt7R7huvNd1uglaRltFbhStQajJ4CnGtPLp6S93e6vllSQrCDkeoIIoT+fp1Anmy&#10;H3akMRAjE2t6WurrY/i3PsIMpUTRmPGR1BnjSWKonQF3YeNXWFJKa0xeNITqYkegA3+l/Y0tEjIe&#10;6ZQrUoMj86Maef7ehlFZqmqbQys2FNKD1OTihPD16c1kVvU3ouCf8PVe1vpx7Ffa7YmoNFiJq9pJ&#10;nniiimUSiGgCeTzaofQJiqFjytvSWJAHsHbsL2IXN0tv+kFNQaVetKAMKkemM1oOJ6JXO4Kpla2C&#10;oRg/iP2ev+UkDz6aciskcctQq3CRllFx62vwi3/tNfj2sNs1lRQbnzj5jDifEYoRSQV9SYPJk3vL&#10;CKxYZamSspKaNEiLSNGUaSpAjDAE+w1ugNzYWsFpMUnkRaEHC6tWqOgGWBUcaGnE4PVNx2tJ9s24&#10;2N2TeSFlaNakJlSASoKkt3doFRoY8OmSslFXQ0yQVBp5qkCL030xXTUUfQjqZGs1k1A2Un6D2rsL&#10;vTOdhZVK9ajJbQmpy1KaM0a02QoKRDzkXyOS88U4ekJMQSAojB9HlDRt7Dcm02e17e4+jMyNWjMM&#10;l9ZDAKOArTicgZJ8rPs8W0xJbrpuIzQ6lclTUV0hQNa1Y+pqaVC56R+aoMXtzD1GuiTM+X1R2Ek6&#10;1dY7eIU0UUIZwGkYAnVYE3I9raYrlNweFjrxuGBfHtJVhlqayGRpz5H8fiammqJHNm1JZgzE8qEk&#10;Za02xnVaXk+JO2hCcBQH8QHmKH09eliMLGxND/jUlVdfQfw5JI+3B+XQZs9UmLadVeCrydo6uOKl&#10;dFjppAQhRbvK80EZ+t0YEWt+fYE0mdqqHsTLbn3Js7rbZldmJ6bau3tyCWlr94ZmSeKq8NPkq2Cg&#10;pJ8dQTw08MFHA07JK8ZXyCyAVNpt9qt1PO8amqIsiudUqai4Ds0aBVMgDBS7HXqwDpDiW62z948v&#10;2+07Vvu5XtpCjz3FuqlbWJVK98aGSRGIDHXKqAhB3A6gXE6KioI8BSUEE2TrqeCFKh6VvIKSFIpa&#10;eVl8FQ7M9gdR06xfV9RwU1ktpY3tTPSJmO6MzN/DDAJMJ13mdzbV25R1dGoqYJoZMfn6w5HIUOYg&#10;eWqp56mojWOCnFRCFiLVBHLtMW8yyS/vG5ZowP7CWSFA6kiN20SsplSRtekNpLCFHipUOL9p3iTk&#10;/aV+k5BtQZmJWS9ihnmcGlXAkiXQrRhRG4jjJpIYyNX6UCasrcQBNjtrKJJox/leSEVVUs0UpTxz&#10;RxwR2ilgnYI62DligcE+hXxw7J23g6Pbmy8Fh8RtrbmUWaKE1UzU9fkBAiVeQrZfM+Uz2bro4lM9&#10;dVvJPKACxdmLexvy3yxHsFvHa29u0QeLCqpLAE8dTVpmpbizMSWPRJuF5ve5X1xuW73ss+6zxBTR&#10;VBAqSqLQBYol1UWJVVFGI1ABHUXAYfLff1WSzGRq67KZKlliaZ0jWoig+5aeCmhY+Wmo6KmEpCwx&#10;RjkliSSfY8bKwVXuTbk2Rpq941gdooaVaen8cFMQscksWohZlp44dCr/AKrki49h3fdxg2vc0tHt&#10;6llyxLVLUwOHmePUd3ziGcRywqOw5OOArnj/AKvPpEb43XRbVztLj5aV28sXleYzyMWkvZU5soLH&#10;i5sB7n1M1ZhKuiiOPatkycSM0/ikEJLUmkya42ZQyAEKX1MPwB9fbUSQbhBPL9QsaxHhXJz6HyPH&#10;0p0ieyXwbmWRkj8M0oSKn0IA8j5dZcbkKLcyVX22QWkiopWgNOlQCTJHUAqHWaMOYtS2cpcEc39q&#10;6n3Ej4uRKuk+xLKSsQVys3iVDKzGQRiSQPJzb6C39fZNNt5ju1aKYSU865FakU9BQf4fTosEDyTK&#10;luNZArggfPzIxg5HDz49JnIbdWjyS1lHXmrQaWeVpELwLJ5PCFJNlTxpwTYE8fg+y+7+TAbkrqBK&#10;WvgNZBWfZz0+MeKokWWkmMNYioJntVUsjGKYlf25AyGxJtIHLV1c2UM50B4yGKliQtQSpyBTB9Kk&#10;fbTobWm2bxtsJnaF0iZASXVlUo6qykcKg/EprRvXIqKuw8xX00NatTBUGlca6KonSWMzq6yaWY6C&#10;FgZXBRrkPxb6+5dDQY7B0hqUhj+1pKMy1SQ1ktRFQ+dCiLkGanjV4y/jBXQoa4DX596uLi43CZbd&#10;pm8VnotVK69OTpyaYJNa+R6JbhZLkLFHM/iMSMggOB5AEkAZORjp9bLVddUU9JO6LJNOqUsV0jMy&#10;w6nYKbgsQrk35vb2r9n5nbU+GTc9VuCBcJWw66Y0yQRplleRYaYUs1P9wtXTzS2iiSAFQW0rySAG&#10;t0Nw8sVrt9qssjaaOHLqoOQa1p6GtTgg8CD0Fd22rcre8uNtO3SJepxVgwZMVNQ1ChUVLVHAGlSC&#10;B3ljkzLFj8ZQCaa6LPIJ9cdNHyGeZpCiRFQbkG/HuViIdubgz53D/dOGgy2OoqhKfcWUpJKHKQ4w&#10;SxAUcsORVMhS1VfGwLLpXxAH6OyqEVzb3Fvb27m+WTxFKgIoJBfJo4AYKCASldJNKggdJLldxtrT&#10;91rujtbeKrlFcOniDOqoLRPQ4LBf9K3A9cK6SqxFFFTvk0njqmigSjpxFIJKwAMJI5IvS0NMANWk&#10;Wa/PtIf3Y2NjNwbv7iyUtNRV+4KPE4ltzbiyVVWMy4xRjduYYtkakQ0WIo6mqaqjoqdoIqitqJZn&#10;AnmZnTtaW+1XkwiWJdznVElkZiCI1JKxpqP6cZdm/TjorySuxXWzMVu5btul5tO2csQK0trbySSL&#10;BEqoS0vc7nQvfKwVEEkilxBEsayKiBenjHTZGFcfg6dQXBearCpHGI4P89K6BeC9TJIQf+Oa2C/T&#10;2jNkbgy20tsZvc+V7O3L21V7omik2/BBs/Bbfx2DxgaWogfCYzG42WuqdbziSaprayrR1iRxGq21&#10;32Xlzdrq6kfc99NxaPSRKRwxoiMOwJ4arIdQ/FK76u3Rp7qlt/t8G97vY7VtnKUG1JbgiVzcTTSS&#10;MfiLtI+hBWgRI0XT3BySOldWUdPUPEtSIKenhW4RpBGksgsVLlWQsWFxa/5J9uud3RWbpqYanKT0&#10;tfS/YKn2MNFHTUKqtS0jO1PI82QWSqDgNqm0nSLKDcmQNs2VNoSX6d5FlLjJNT8PkQKYr0l3Ll+D&#10;aYklhbRch6CtC1CDUgjBAJ4fz66xEMNOkkcUcieq/leo+41gKouSEjQHi3A4/wATz7qj+UHxV212&#10;D2rBvX+A0hFRTeWtWnpHV5KindlWo8cdyoBUatKkm4PJHId5s9pNp5tubLfEQfVhdMgH4mAJDkcS&#10;fU08uswvYn3o3TYeTbjlua/bsPazMBRTilTgcTT7acAOlOsihAWP/G7exf8Ajx0i/VnnymRmkwOF&#10;akw1TuGpq6hcXTV0OKpKt6SSSOoNPBDisLFVlfWUWIrcXI1MJOW+X7DkraLoR3KPcyRoXqowY46d&#10;5OF0KSFpTh3YrQM+7PNi86m2sbaPxr4SzLCI1MjRtJINWkqTV5aA0AyTQUGOok9dEAUiPkkv+lBd&#10;jY8hRa7N7WfZWeoNk4rsrelflMvV0GGwddkIsLUUNE+ByENHSfY1rR4+pwseXyGCpnz9LVVldFUP&#10;A4jWNanSrQOa7vvK7Vt95u9xdyiK2tw7xtTSvhqdRA0CQoGZWlZGJU0wApAjTlXlW93zcOWNihso&#10;RcT3KL4qljMpd1dVLiYxLM3hOkMbR1BqWQkrIMyTeQR8i5Klh+V/qD/Rl+hH9fdXfyL+ReQ7B25s&#10;PuPp3G7Xg3ftPAzy7nwtZNic7uHYNVityYNqKPDS5Cpo85JRV1XUvSStS4+WCtpZ0SrAXwFccuff&#10;cS53XbNg5x5Oayk3iCJnuAWikms3S4icMmoo48V2MUrJDolhnXxK/pFcx/aP2fsuVd05r9uef7y9&#10;PL19dAWsqLLBb36S28yuZdCmFmVE8RBPMHhlibwQaNrlexOoe88RvOPoDrzcWGizne80/X/Y+D3b&#10;h6WOl21Sx7kz0uY3ZDCNt7ixzw5bC4TH1sORoYlqY6uqpP0+dUiQzn5+h5lk5G2HcrYXfPMklrdx&#10;XEYRIkEsqtMaxyo+pYUlV0pIjyIzU8QIgA117XXnKqe6HNe1X7we18YvbCa0mctcMbaARW1fqIZO&#10;ySeWJ4Zj4TxRzdzeGdR97tp2LXb3M2eyG7tx0lbis7mKqHZWNhxNNiJcRg6OqydVjJaqtVmq6yuy&#10;9C0UjQkuYljRm0PJLFFLO3Wm5ma9uL9xpaZmijCjUkddIqQzBmZcsWIIFTpjJKDBfmlOXfD2uPYd&#10;skhureFTdSGSSUSzvo1BBlFWJg3fUatZFXVEd4pVSeFP+8f70CPYt4POGtrHqahg8dKUEDhY2UKh&#10;0FlWT+2B62JHpNj9QCF25bf4ECxxodTipHz/ANXDoDXdqYwVEZDH5fL18+uDx6VNgbnj6W/B/wAB&#10;7EWo3tTBv4TQItUIyrNUmVXUGotO6AiJUCK0hRiquqm55HPsKx8vzMhurhmQ1oAKg44N/KoHnwNM&#10;9ENztzqvjzKCCAACK+ZH+TqPDTEEu5swJsLfg2H/ABPsjub27X9Y4/aex4sFlN+bc3Zl9w03ZWac&#10;tXRfwg7HzK1cuXo4KdJjJuaWkiULQrEk1fdQimcRsmFlJtNjtGyW+2TXe23ski3jEBu028hZnRV/&#10;0R1UMEC6j2qNUlDLNpuNtzle8x8zSbzb7VvO3W0DbdCO1vF+tiZBDIxp/i+pmLTajHEQ2qkRcOam&#10;4H+HH+8e6VfmP8kMVtbuHau6er8AmM251Q25doyzy12Ro8tmhUZHE09dhtuxTY+Q4XDbRmpaqngq&#10;oaiVaaSstD4JHjf3i/7o892kPNGy32x2LR2G2LJbNI5YSSrqUFIiRW3igPiKpjYqnikqE7VHSX7u&#10;nsve797db/sXPO5Gbed/FvdKojieKHTFKyT3BEg8ea6DxyPEyKZFg/V8VFZeuXutrDdkbkQw7emo&#10;sVteOeu3BX7c3fTU2dlzWMG9K6kO5pY6vFZq9cmexFGKOpTIJVOlMpVUSWZmOPybleLEbcnw6s7x&#10;ONavH4oCyaSjrq8SMBGEpegAIoxauae5cmbKxO6wzXF/IqQx3FmzQCGU2kbi2QpLEdBglYyxfTtF&#10;WRgS7oijr3uV0RTVGW7V2hSS4CbL5NuxsZTQ4yCvoMBFXPXzTY7IiKsNI+MxtG1Q8E0ikJFAurgo&#10;zL7WcqRPcb/tlslp4z/WIBGGRQS7lWIJHhqATitBRiKZwx7pyRbfyHzBcxbqttZDZZGMrJJMyBFW&#10;SMlFfxZGorouWeQ0pRlBX3val6A2Nj9kR1c/3VHR1W3ty5fakDVeQq1r6qjmrKWqpMZLlJqpzmYa&#10;/JZiaZPvfuJFNRFFw6DxdKuWdrj2rap7C7i1TQXEkYkJ1MqswahNe4Fn1KKk6WAFCpU8JPdjmO75&#10;qa2jEbyQXVlFdECNdCyCNo2kWNVpEypCiN4PhoVheQ9jMZPHjn2YffnUGx8nuHBb0yO3cPl9y7dT&#10;ybey2RpfL9nNOYIDW0qygU9NlPHDFGsqKJwqIoYAABTtsG23u4W24XVhE17AxKOyhniYjSxXyDFR&#10;pL0LBaqDTHUR7Bz1zXtW0bnynab3cW+wXtRcRRPRZFUO+h2ABaMMWbw/gJZjTUST0CD9PYV7myVb&#10;iKqKleimqA1T5Y3g88K0n2X+VQVMU6FaO61FNGqxmZXY8hGUH3KdkkF54KqGOsN5Aii+p8q1FAeI&#10;J/hNBZsVla7lbzTpeBSIqHUFbVr7GUqat8LE6glBjvV9IPfuZt6vymbp8niJMnXRYaLEVFblqIQY&#10;vL4uebFNWZOSrFDWUlPVUlStHQLEXp6n1RSMUvKUaNLue3pY38G6BB4+pEioSjAyEKasoLN3NWhO&#10;moXAyel96Lax+jMdpF9W8wCGrxuoZUjABDlSSzE0ZKh1HwoCrYyoB1nkgj/bXHHstu4MXBlambKU&#10;H2r1tDIrrrge9XVRH/NxwXEdpIEEwKuXUG5DG3uYNtu5bS3W1uCTHJxocAHINTwp8Arg9SltO4T2&#10;cCWV88gtplzRgAqHzYmpwap8IBoAKVPWT2zy5CSgqo8hjQKKSmrqCWgrJEq0ZK5qgpISjR1UFckh&#10;rjLoOkWBW2o2Kp4vEga3uW1IyMrLUZUgBfNStNI9an7OhbtiLc2rWl1Jr1RuHWoYFQo8OpADKQIy&#10;BQGppnh148gj+vsQq2oo86dtmtghwNNjMhJK+5KbFSLDMhWCVIUo0o0pJp4mpSSPKgd/J6rfQNxx&#10;S2C7mLeU3E0qLSFpBVSCxJ1FiQrVpSlQCOmrNJrEbksEnj+NEq+CXVmUDUCwLMGUH7OHkOsJRkBK&#10;lpDcWQkBeTz9f6A3/wBh7UnX60NXk66mxuboKaKrkNUgr418zz0xlTyQrTuzGW5AYFY2j1eqxIuU&#10;8xymOyt2uLNn8MFTobt0mlQwxgHHnWnSLf4rlLaE3Vg2qM6QVJ7V0jLAAgegzmmesNQSsQLR3JP6&#10;UI/w+pItfn2MNTsKDLb7xW463KZDGTUVA8JrYairgiiWOekqK6OpyJiUotXUYqJpVa4kCIxN0ULH&#10;n1VtDtrAbfDPfAMikjv0SUqqqpAIwKgKFbSAVIAoHIt9ubDY7rbYYkeKaXUyMo08Coqo05AOCNJB&#10;4YrWA1Q0UBVY9Z4Xxn9RvxxYH6X9y6vJ4arrMjPjq7ytWeV62lhGUaKSoRZolSmmnrm+5krJWjIc&#10;SXUC5U+kKst7W/hhtxdQUKfCx0VANCSQqDSFAIpTz49FC2d5AkBePSi00nsJNQNRIC17QCOFaH8+&#10;skQksNS6AANItwL/AIH0+nvPh3alr6+gooKilr6JJUlqaqqWop0pyhqIoYzLBeJHp4goH1Z5CBcj&#10;3S+Cy20FzPIr2slKACjE1oSRXOTT7BkdF1/CJ4o7iV1aGWhAA0ngRn51qPy6yNYfqPH9Bxf/AF7n&#10;6eybd1bVyG6ZqitZ4Vqa37mWTHwRVslMwikMcVQsrzyxtGzBnVQbhWJJ+o9zZyXuNlYWy2JjDQKo&#10;GtwtdRGqlKA4NAfXy6k3kbdINmMcYV/DTT3tpB7hqK4UE0rSpPkMejghBUWP9f8Ae/YS7Vo6nGww&#10;QSUSSzGMM0iGRTJCskaVAkcMyFDGsgHF7Eextucsc0ev6jtUAfYdOKD7SD0I99uYL15pFnYR1oOG&#10;Gp20H7P59c/Yc9u4tqGety6VQmoYokFPFShmHjlqWVlBIUB4WnNvzfn8+yjcbpl2Ge+JZTAqhkGd&#10;ZYhKkHtwGJU0JGRwPQw9vb/6qG129oCtyzNqL+oWo/I6eve2vr7GZbIR42apppnx9bTVKU8FQZL+&#10;KSlloqGKMuVMnijkVxa9mP4HHt7Z7i4l2uC5nl0QV1rGclV+FUkJ4gx5ofX5dGfNl7t1m97HDMov&#10;Y2Qll4BgwdyfIEkUqfLr3udv3r7MZbIU1RVU1NBi1pytC6RTB6gn7hdckrLU6pFa4tyFCGw+vsn3&#10;fan5kmVfr4xawLXw6KX8Qr66CQO/ArjioBz0n5U5u26ytJoIZy1+ZAXBYELlcKAAQCADxzqHl172&#10;ybQ6drMnV0uOOJrZa2SpoTDpiLAzTKjCJlkKskUKSOzlmCADVwAfZDacubVtlkLncqq0WmUsSDX8&#10;IXTWp7uNQMgU8+jfeuevDR5oLtDDobBNMZANeFSwAHmc9dEhRcmw/wASB/vJIHu1fpPrPGdXYA4+&#10;SOgr9w5eqhq8hkMfSo87yU9Uk2PpbyUc1Q1Ni1Miw2OlRI7hFf3EXNN628309zE8i2Ydj34xQ4Hc&#10;FArSgp8qitesfeZ+YZ+YL7xFEo2+CMCMMTTIIZ+Io0lQWBFaqtG4qU7kHM7kq5SKO6O11B0nUhK3&#10;IBBv/wAU9nEpt5U+PwFSXx89XlcRBUfxHBYG+Uq6WTwLUxwQwUUaVMlRNTSxtHEYkkKyKNIJA9xL&#10;dWRkupWMwMBPxHiR9hyaD0qT+GvUcXOxSyXdvCJCttKyqssp0CjNp1MzEUReDNXSKfbREfZF6sEz&#10;BYWkCJNMskaFV4sGZbN9fx7jVWVmNGs0+MkWed5ZVgaqnkkCyRpLrl81PTywySKw1RlAUYEWH5XW&#10;dtG8q+HckRhRkoE/kCT/AL1Q+o6K5rBGmaMXSNpxXTSo+VMEehr3DIqM9PlKoDFNYKq5QH8EK36h&#10;/gfYf19Tk6+6wRJQwsHUnRJUcqoLFoVMKSSRMlgXJt9ebexRBDawDU8utwcZoPz68LSCCjtpdxw8&#10;h6Zr0oEMY4Vg3+Itb/H8+wq3d94kLLUTSxAInkVG8sqqwF1dkOnVJa7KPp7GWyeC7B1hFanjj9n+&#10;fpWNCisa6T9nTlTafp9Sbn/eBwfYK5uPH1MSLNUSItQ+lXkaWLU6B3tHrVF9axsV/qFJ/Hsb2c0s&#10;DsdAJUCufI0z+Xn0q28XsM0hjhLsi5oAeJGfWg+wGuKdTPdD/wA0qft/sTvrHY3rTZvYtLjuvDkt&#10;u4LdWP23XUMNTl8tUJRZvIYuucVMT0dRHOsSV6tB5FUS+hAjnAz7wXMHOHN3uJt6bFy9ucSbWktv&#10;FKsLprlkLLOUcM1FYERCXVErUrlVWTrq192d/bvlH2nvLnnfmPZpLreDFPPbPOkhSKNRJCkqDQQ4&#10;Ks3gEPpJMfcWYD3uxD4n9Y7sx3UFT17uHLtu6o2TnDtuvnWlq0oquklxOIyuQ2yTXw11BkY4JczU&#10;0FU/qV41ujowiYZA+0FncWXIdxyfvu7rdtt921uXodBjMMUstuRIGR49c01vLpBqpfQVOhhiP798&#10;47Lee4ic5bPta7dFudoLlU1KXWQTSxR3A8N0dGZYormME9rEVBq6jq4/qP8Abj2ebP7F3BmcFT4f&#10;AZ+bYsWRyNNV5LJQ4iPJV1RiY6lnrcfSJWzCHHPkiqwtOIpVSmaRI4wSroN+YvqNxtzDabr4M0bp&#10;qZV1t4YYM0aFmCrqpQswcBagKGKsuOuxc12O27q+4bzsy7kFhIjQytEqy4CStQM8mjJC6wzSaXZy&#10;AVOM6W9X+wA/N+be/ZLctV0TsiGDA9e7w3nNTVsMVNhdn1GV3nlRU5CvcPV1uQy87VlRFSwqampm&#10;mkEcdioDMFRw7uUtns+0C7jsr65jV9Ihi1XE7h2HeWnkBCjVVmeQ6aFQzHSSJ9osbT3C5hdL3mjb&#10;dvjKEmW7WK0goiAUVYlEa1IEcaIKue7SBqK4Hi8pJkNh9GU8FlNha4+hI9l0+MPcHyn7Oz29t0dt&#10;0+/Np4b7+hgwWyMltzbu1Mft1KWjrYMpilkp1rt65msq5ZqCW9XFj0ddTRqELRgCe2Ccw7zcb9vH&#10;NO2z2VrPKBbW0kEUccKosmuhdmuWLGRHVp1hqQWXVRkE7+63LvtFyhY8t7DyLdbfuG4rE5nvIZ57&#10;iSZnaMxyV/TtIkXTKpWF52R9I0ggN1Elx1DGpcQKS1jyxb1L+lrsTwNR92CUlCsVFFLg/vJZMhU4&#10;/HU8RSeR6aaeSmonqHiNTM5KzP5HLltek62I9jfe7+eCKZZ411rTI9HNK1p+EEkYGB1FGwlZ91C3&#10;ehAimQ0wHC50k8M+VAKfPoPN210dNjK2TJQRGnoaWWulDMsYeGBHqWCuytZykVgBySePZtMjiYts&#10;YnbNNX1kc1HhMYkmQq8g0UNI/wBtDqmyVUah3iWGNYfOdVlXRydNz7h6wk+sjv44173ZVBGWpQDy&#10;HxV4nzPl0cWc4v7yeeKMhnlougEtU5CKBlq/D8z1VHQ7wqN31vZdViMS1Nl915WJMYmPWpnr4UmQ&#10;ImDpZKaBDTVFZVVMcAkJBLTWUM5VTXv0t25juyPmjnN1bYlnqsBQUmR2fgpZzzV4rG7eyNTJX01h&#10;rjoq/KrJU04K3aN1vZiQsm7rsgT2xvWu49N8t5CWxwqAaHPpT868DgD7fNkm2zl7b9tnUeM8ZdyM&#10;gSF0OmvAlVCqacCCMjJNR3H1nLiPhTltr72EAy5qNsZXPiGKOOKPIZDeeDU0TeWWSmb7ehnSCR2Y&#10;odBe34FwktXFVRN41EhWKKSRTYsgkGpPJpuocgC4/r7x9ijeN1DetAfmOPUE31hMHAdCD1U91NmI&#10;8OqqlRBT+XJ1dNF+/GTKKYIkzRXCBo4WUC455UlRfgHtw00r1ISOIzJVLISAjsIirfpksLKLfm9v&#10;Y322ZBGxdwCv88dFE1o4X4D1al1hvHG1GOeSfI01LPQQwsNVXTxtKskYIEOtwZCpBXSAWC2P0vZA&#10;5/azzqJfUtPpkmMcaObghY3WIEyIpAcm5b/bfQiDbd2WI6KgscVJ4edei1rdomaiAinmPmOjCbT3&#10;9S1MZppJI2mEwVZJZ4ydGoItwVjls178KfZcN243O1Ez4vGxZHD01TBGiZONaQmmdiHpwyztNDUQ&#10;QyK6OumwicC6s4YSLt09pJaPK9yv1QNRQVPGtQCCK8CK1z9nTsH0qs1xdwpKQa+GagU9QfI4XPlS&#10;vQ5Y6pheEkyI7DUWUAsjCM+tgbi4Htzx+zAMjTyU9RlI3x+JSmirKlpauStqI2jEtTIVNG89TVsZ&#10;JFmdV8ZYnWxLey+Tcmis0RpFcamFNRpRqfECxyulf8OOPRBLIJtxYw2q+BJODpXiurUCoLAgLQga&#10;fMAA16kNXrFSNLM8Q1yuQVHjjC3OhWLM3rCAXt7VkeHykWUwdbkqjEaoNt53ExUtI1VPSTU5yNNW&#10;Qyp94Vlp6mOmYLMtnUSsdDKEKkns752229geP9b6xXJGOAKDhg4Fft+0dKuZYbWO3+lhWRiZomDH&#10;SGBCsrLRSwIBIINQaYp6MGDy1NXrXyUnmsaxGk85jMgfTNGLiNnUK4h1Kb+oHj6ewkm2lNPWSvBH&#10;oP2zxukCRtHLCy6wZ4mV0AdgTYglbuLDVcyAu8RxRL4kmNWKk8SfI+dOHTst34MDKGqNXSpSUWXU&#10;bG/P045/xP8AT2pcTtV6RaScUlRKkUMcc9JHwZ0VRG7sqoImEkMOp7Lr1TE2X8E99uolWVPF7q4P&#10;51/y0HyA6jTdvGuZ27e2ta/t9M/sIwB1MWoQjTqF/wCtx/xU+xLxEVVWZTw0GUnjoo6CWnqaGCyS&#10;JWUtQk8AtFC0zPLTNOQ7o2pG9ARmOqMdzk8W78dLiumqsARpDakIPA6WFMA1JGRjPR3su3G2t7Y3&#10;Fuo1yq4Zgcqar8q1I4gntOSD0z5Sqgp4JHkCsV0i7C6i7AA2FzxwfZJunchJj/kHnYpkrNu0WYyP&#10;gbGTpXMKpMytdDEYopIJo2hq80jGS0hSF2WRiFAPsB8u7h9JuVy0hKCYhyO6hL1IpRWJPimp7ifx&#10;MckjJTnbYm3Hkjb7iFxLJEhqwZWoUALBqFWULGV0qal8gAnrJkZ/BiWqFRZnhjEwIsoCxR+SSUsQ&#10;bLHTqSfqSBb2erN43GYegqoUmpXWEo5p606tEn3iiOB0EirPLC0YZAEsmkA/RmEki9adPEljXw1z&#10;U8BjDUPCp7RkGpND5GBtj2uee5T9B9ZqAQv9HUTXiBQUNCMHpPnOebxPoDJUJ445orFSAoLyhn8Y&#10;CRg3J9lE3j2LlsFtfsDaFVs2pwuOzuHx9NgqKkyFHBituxT6aFMXjcRSfYVM88lBRPUTrGooo30u&#10;wUMakw9utxcRpf2jWTQW/hrpUMoRB2xhVQAMWohdtI0Aj4afqdZQ7ByfBdX2x7lDfxzPFK3iOVfV&#10;LQM+suSV0l5NEYJLmpzT9PqPT0VDkMjiK6kyNLL9n5zOYkaoarUv5rmdTJDDokZbAkHm4ItpJdzF&#10;DkMHt7Ex1f3eJxm5FpaCKlejeTJVORo67CYisyFLLIdeOpZUNU0sVPAY6gxEmRdXkDd1cxSC1tZZ&#10;CbSOUgAFaMaFQzKWIoKE6lApjzPUubXZyrd3l5FDovJYKsXD9igqzorgV1FGZAjEsVDDtxpUNTUw&#10;0szzsFUilnaRyk8qiCmdJ5VMojZfK2v0oTchSfp7OB8ces6rbMlRnK/VUBqWrjpp6mSsjrnmqisI&#10;E1LK3jqDX0INR5WSEBivov8AQnvboWtvO6YQCiGpJYnBoDmlK5p1JfKe13G47xDOkH6SEZAAQGgJ&#10;pTgRwIap/pHrXN/nwfMTa2K6BHRW289S/wB5t7ZvGvmsfBDS1zLtjCrWZGrqnmcyGhIz1PT0pVFL&#10;SKJlDKFY+zUTk/tgi36rLe+lWuQLhiDYcfU3/r7hXmQqdJHEL1nL7ZR9902ptJdfsJAp/s9aJPbk&#10;ivJGSxdxEQz6PHqYsQzGP6pqPNvx9PfaX/p/vre4yjDKtAcdTDvQVtUZGBTovlKxjYN/Utxb/E/8&#10;U9ucLWF/6ezm0m0RHPUJ7xbmS4oop6Dy6FzDVAjpyWOvgguSNZAKnT/SxYD3y85DAnlQblbsLgEX&#10;W45Fx70NyuLaeO4gcrJGwKkcQQcEfOvTMezWE9vLDdQI0TqQQRxqMg/b5/LrI+4clQVUFdRzzxVN&#10;FOlTTyxSeJoZadhJE6SjmMoyghvwfr7ox/my/EWr37iqHuzYGMmXdG1I58hlWxkLfd1EdMsc1PWR&#10;iEeQyqIghe4KlE+gUkZKc52ze5nIu1c67T3b7YwhLsJQsQoqWbz7SvaaVoB0l+7xvH+txzRv3thv&#10;d5XZryVpbPxMKDITqhB4FaFaCtCa9fRE/ksfzGcJ8oeidsbE3vmaZN/7Wx2J2rULW1ELzZPJ0VCl&#10;GyyNJKpb+LRwLUQkj955JAPp7H/+XH88dv8AyO2JjeuexK6LC94bLx+PxdfDmsnSJVdhQwQGD+8u&#10;GppnhlqMiy0v+X0y62jmvIPQ9xIHtb7kQc0WCbduFwicwQIFIZgGuAtR4i8Cz0H6gy3CQ9rduOn3&#10;oPu633Iu93HNnLNsX5PvGaVvDiIWzY5ETspakRJ1Ru1NQbTxUArz5RdDbk6Q3Xmd97So5sp1Nuqu&#10;qshWU2Px0iUvX1S8kbtj6+SnapjpsHUTTsaWo0QRQIDEw1BXms3r8DFl4jCzVdLMrrJFU0shhqKR&#10;1GpZIpFjLWbi6NqW/wCPc0W24SWrmTtZCCCpyp/I/wAiPLrESxup7JlcHVGfJvQ+fnkeWT0Wak7F&#10;psPI1b/uBy1FVQJBU4vJwJXYzJ02sXpKimlmRfKoTVE4RJwT6WW5IwbgNNh9usJxqnp4nE1VUBkc&#10;sovLMSIViQspuSPQPxb8ubb413uoZSdDHCrkfIAcT/sdKRuVwJzKzViJ4eh+X29N/TmxqjsLs2Wu&#10;x7U+LpZHNTRYzGWkx4iWpaWKgL/dlyIjIVRSNTWueQfYN43AQ11SmbhyK1VPojaI0dUtXHKDf9mO&#10;SN2R7H6/4+xzdblJBGbB7QrIpzqBB+0gio/PoUbfvaxOFEYDfPo4nbGZrsfgKjY1Xt+qgqJzLDUv&#10;XUb0whQED7h/JDDPwAGEqhksLar+32txZnSJnpZKe6GAGMMNaXYG8YQsraj6j9SBYey+C70k6Zwx&#10;rX7Oh3Z7ikgUrPUjJB9ePREaHMSbbqcjSLlqXIxpkHrA086rHTFY4woMySiMRSgkQ3FklkJHqJ9h&#10;Zm5Q2TgialMdNHJErTFpVZFQsHWIPEFJcgexhtyn6WSRJ9UhBwf8vQus5VhgdmcFiCf29Gj2Th5a&#10;jbFdV02YSqytbBUSJjooIHgkNX4Xi+7eGqeQtC0pUtcBrf0HM+evo8lItBV0CmlgWNYvK9pptDKV&#10;Z3ADOTb62sR7TxW81rH9VFcUmetaZAr5dEUV0GaSpwSc9SKLYO5Nl0C7rwW4lbM17SVNdDFRM1DQ&#10;tURsKhIVjqo2po0D+q5Y3Ugj6+4e7Mb9tRx5Cjlo45aWhlpoXnpZWkhWpaMqgmhmRo4gYwGOlibD&#10;+ntzabrxZntpUfS8gJAegJWuaUzxPmKdCDarbxWJ1HQTwrjhWvST6u7Onr9y5TaucwuZqjkdwwVV&#10;RJR5enWkrpKXUv3MdFV49oqmWVpJBGglVY9RJLauCJb/AM5uuhoMi1S2KfHwyKXmxH8QkKyrKKpX&#10;rfuRGA7OisFJ/wBdTaxkPe57O12id46iYoKa+K6VJAUAgHI8yMVOadDPbIrRrpY5GbxSpweJqNPa&#10;f9KTmmadW67HxO2ZftXpYs1HWS00UMFNmvso20eFRJHSRUZaJFhvY+k3vwfZc+wd3bvwvTqy9dda&#10;5/f+65oquOjotsUdZmf4NJkKZZadsjVwQqxakWNZJPG0koMgHpLq3vF/nnmXmLlnlZoOX+Wbq83e&#10;dWoIo5JfADqrrqZASCBkEas+nUkcj8gHnrneS/3LcUtuXYWj7pCEEuiuoIHIBD1oDX1PSzrtw7N2&#10;rm3i3Ju7b22mlip5IKbN5nHYmSqWMBDMkVZVRuKbXdAzWBZbC/NqM9x9P9/1+Yye4N4dX9lplMnV&#10;yVVbWZDZu4Ii8jhVAEjUJQRRqmlBf0qoH4986t22jmea8mu932q8F5LISzSxyAknzOpa/IfZ10b2&#10;yDbdtsIdv2t4RZRDSioVPbxGFOftHHpXUG/NjZKy4zeW1MhwAoodx4aruLE8CnrZL8D2lj1zvpS0&#10;T7M3Srxn1g4DLC3H1t9rqA/1wD7JhYbgpo9lLwPBSeAr/k6V48iP2j/Oen/+JY8rqWtpCpIVW+5h&#10;CMx+ihtfLN+B7mYvqHtLP1LU+G653vkp40MrJRbXzVTZE4ZrQUUj21EAenknj6e1FvsO+bgypYbP&#10;czvQHTHG7sPtCg0Hzr1SSeG3AM88cdf4mA6h5Dce38Snlymcw+Nj5Pkr8nR0cdl/UfJUTRr6bH/b&#10;e1r/ALKj8kbX/wBCPZX/AAG+9t/dPL38GrRe32l/JfnR+u3Om3s3/wBb/nbj/U3dKUr/ALjScOFe&#10;Hr+fSb99bTw/fFrWtP7VePpx6Rv+mnp76f6Vut/874P+P52vbzWv4r/xS2u34/rx9ePf/9bWDwlL&#10;UQ1Mc0SsjCQH1K3rXTc6DazAfn/D3n7tFo1tcCUVBGftA/1U6xjv5tUJjPc5wP8AV6+nW/uSB9SB&#10;/rm3+P8AvXteV+diooVp6lHlElPqRY5NMbBuCzKPqEJvf8WPsY7nzbZbZALe5jeRXioAvE6qDIGe&#10;P+Wnn0GbTabm9LSRnSofjTy/on/DTrrUo+ptyBzxcm1rX+tyfx+fYGZZxV1dRKU4lkdxYH0q5VgF&#10;JHABv7hXcZRfzzXJAqzlh+Z4D8jXqUNsT6e2VQcKAP5U65e4eNTwVUciciN0JDX1WudQuR9OPerW&#10;T6R45FFSDWnS2cGeJk1YPXva6SKPMVgKL4irRtxqOkLpDOCq2Vrm1zxz7VXN3Fu907GiMRp/Py6R&#10;pDLaxa1XUADX7PProkD6m3++/wCKe7LMb0vmaXpvrjujrOsqd8VOJ/h0m79sw0qVddi8zh5neuli&#10;hg0yvjwkAWRChdaeZZQWRm0T+vLu7WXLXLfOfKMsl9cW7Ibi30K+h4m1MwFNRjAVRJHpMgVtakox&#10;KGcPJvi7bYc07MwuI1Y+NGtWkjZWY0ZRU+GQBn06L2e7sZD2lubqDetE+0Z2o1qtpbhq6oQYndGM&#10;raSljEVLWVCQwwZVKqpkRV1kNJEyWDhfIY3Y3Um085vLbXbO2KKfFJnp6Oslw0iKsEZr8ZJFU6oh&#10;MadKWuYqpQeqOoc3OkqPeS/Lft1yfNu9l7p7GDEt7Al1DEApSLxrciVGQVUsQwJ4hJAzIaU6lvlz&#10;lO0v5rXmC2jEaOA+jyFA2qnyJNF9Dx6S+8N+5HbG1t07UzNTFVVGLxVVJS5uikn1+GB4JFjMOuSr&#10;+7xsWqUNpKSwKt7tq9nFpcTjcrNQ0GFo/vKShnq55amGZ4zBmNrTtDHTqFFp1mVdMw+l/T9D7kC4&#10;nM1sbq6nppcaAKjDYoR8m1D0pUdS1t9vBd+FGkI+nY0YjhqTAr/PokGW3nltuYnKbg3ll1xNTl4c&#10;ZQUFDMsU33e3uwY6V6mtd3mU0j0eQDmlYXuFv9V9q7+DtDR4sPDWzbi3RkDj3nV5ohDQNJRJVS6X&#10;JiljkqFVUYoSVBVWBuPZO+ia4numZAllbcR6nuKj/eR+QHlno9WBFuTdKKtGuk04afl5en59AvVb&#10;/hq91b3nWp2/Q9W9LbIpd0TJJ/Davz7lSly9djqF6hYo6ygmocNCZ54/IvLwO0bLoYmBbB0GHoqb&#10;FIscM08MFLKySSJ46RZW+4qdZKsk1XKbJdhYm49gGLdn3aa5u1YvbgahTNWZQyqDwoqsOim5vBcz&#10;9gOn0/Olf29VA4vuzdHbu8Nw9iRS1+Z2xgMjU7noYJqenWfKbir8Nj6rbmBp6YLLBU0O2MafJUlV&#10;ZJHIWUfuew2lWi3Du3G4vGQMuA21XwI9ppZGq8mk2h5FlUlpfCY9K8m/J/PsX23jbVsdxc3ci/X3&#10;EZp/QjpwIPA8Kk9G526FduvLgkiZkotTgUyaelPPVX5dHlxEm8OqfjTvTsLsTKQTdx9u7Py1TRK2&#10;Ogo4sDtWWjqarH44YeZAkU70mQBqvIOCQgAUWCN7fq8rvjde3+ssT979lkcjDPmis1TGafEU8yCq&#10;klZTrjerkj+3jJI4MhH6PZRYra7TYPctFGJJIi0rjGi3SpIqKENI1EWh4Fj5HoO2FqlnaslwWkY/&#10;qOV4KgBYf71kU4k9LL4WbX2D8bvj7vz5U70j2/BuGh2VVTUGXbH4+h81RJR1FbjcPQoiQXjiknjq&#10;5I1NmvCoFio9mgoqaj2FtxqJKtI7y/cPJWzBVb0owSPym6qoU2A/p7hN4x7pc6/vq5gb912kJjjC&#10;g1LyZLkjGKgg8QBnonuLOfmW/iSGN44FPAZpU1qT8yDjyr1QTuPJZ7+Yd8nqbsDJbYr6rb+BwrbW&#10;wGP27i5pa2SWtnqvJnclU0MT00tQjVp069RZUBJ9F/YcYWelkmze48nko8VTCoYz1kvjhFSkpbRD&#10;RzSKdemKAadN/rcfX3LPMu7WXL1jtlrO4EIWgZ2ASMgHMlWUZNcVqTQAHoz5q3aw5T2mwsCEN7Tg&#10;X/EBxI/pUOOrUe5qXLbbwXT/AELsTriv7Hy0+IWPG4KI1mai28cNBSU8mV3pS0M7S0sDVOSkEnmA&#10;UhDYCwAUdDvDa81PGdubnxkNZPOvmOSm81bOIyQYlp6hoTqb8EH6cge4N37nzYb/AGu4G47pG0rK&#10;fAVaRIGrpHbrV3NfUFR+3qGtz307rqnNrKAYzRAughq8Scqa/tp0UzfXxy77myWVxHyA6G35ufbu&#10;GxE5wB6uxVPt3Y2HjmpxVNUTZfEUdXVTJDUU660qo3uxIOm9/YGdibgTJblgjy+ZpsRh4pXkMjSp&#10;CQkbLEzBVJeUgSFgoBvwPz7w+5o357zdDPuN0FoQMmhI4dBTc13S3268k2mwlvLwRVVVpk8clqAA&#10;ebVFOrh/gv0ziuuukaNtobVrt0byy1BQw5OqkpWq0E9UhaWJTJampjTQRmJeEs978+yf96do7E60&#10;w1ecBjNxYqtrlFTDuGSGsxX95UNQfLSU1Tl/DTT1UghJl8yPH4yNC2K+4s3ApDMtx9O4LHiQ41rW&#10;o7jUVIySBQ5p1jJyly7zV7sbxuEnO/M1o1nASFtFKSGJhUAMIqaaeR166jLnJN4XXeEzSUGLfJz4&#10;uU0tJCkuNgko50xFYtLF544vtEljWNakuqBHUqp9RY/WpXtTu/dvaVXNDVz1KUDOiRw1FbNWy+Kn&#10;lY01OJnji8NEhQFYoVSMfUC/PtBd3CXfCLTHTgTqp9lQKfZTrIvk/wBudl5PgWPb4UE5HFV0KWIG&#10;piCzEsaULOzNQAVoAAMdPTQ00YjijSMXLEILAsWLE8351H2KPSXWuP27RN2RvgwUmHx8bNFHUao6&#10;momeM+OGjgbT9xVSswBAv4x/i3t5LaKJDNOgqVwp/wAPUobdCGd7q5NLJG8sMT5Af4fy6YszkZjf&#10;FYz1ZWqQIkltcNErGzzVIBOgLGGKg/qIsPz7Cju7uCu39k5ldpjBSJPSbbw9NDI64+EqYwZFhhaO&#10;SpkiVbhwbfp9l88xkI7cDgOk+5bk99JmugGgHoPI9S8PhqXC0php/U8j+arqJOXnnt+5Kx/F2uQP&#10;oBx7V/xn+NO5uwc81dUPkpMZTLTPuLOzwymDb9AS0goaWnghtVZyvUGKjpkQszkMfSDYQ8pcpbpz&#10;buUdrYoRaqwMshB0xrXgTTLNwVeJPl0Aec+ctr5Q2r6u7lBuXqIogaNKw8q8VVSQWbgBxyR0nN8b&#10;+w2yqOBqqrpZMtkfLFhsQ9VDTy180fiM1TLNKwio8XjopRLVVElo4o+b6iqtsBdE9O42ipcbszZu&#10;DnweIx76d2ZqoNTOaGAyy/dYrH1bKok3TkoJW+6l4ekQkWjkKJHkNvG+2HJez3XJ/KgEJQOlzKH1&#10;MS5oYEcH+0eqh3FCgqQajRHjlt+0bpzJuKc885kSozKLWHTpBCDEjr/vpCBpBJ8RzU6gCzUG/wAz&#10;f+YZtH4z9cZ7cWc3ht7c3ZGbwlTD0p1xTHHvVbi3FUUyLjd/bmwrTmWDq3BZJb0qNI0eWkg0I8sR&#10;eWSxjHUOMwWKocRhaaOkoqKCOmoaWGMxwxRIhRCsRueb3N7sSb/X3BW37deXe73VzeqibdAhaQDI&#10;CA18NCOBIFBT8WepB3G9t/3dBHaK43OaSiVbUQxB+I+dPxeRzTHWhHufdHY3dfbW+u2e4Nw5TcuW&#10;zmRq93b+3RlNEtfkZaioXXH5qWOCignnSJI4ookiijiVUVI1UKvVWJI43iMo/S7zVDDSxRF1sqoP&#10;rYXv7k7lC+TmLmAX37ouJJldEt4FZikdSAJCaY0rQ0+Z9Ogfv222vLG1LE9/HHASzSMy1aQ01UFc&#10;mp4EcOhQ6hzFR2T2PS12O2jncvXpW4rG7P2xiauoNHiaqasNIla08QNhTIno1ehi513AHsrHZfyA&#10;2zt+E4vEZ3H0dY6yxs0kuqsVgp/4DUkC1MjsR+myG9/x9feY3K3tjy5ytOd/583ON7521K0zhVoM&#10;hVViKsPMmp9KdQpf3/uPzzGu2crbLPbbQBpLEBUYHifEoOFc8fn1t1/Av+S7tLaWZbtX5P0n+lvd&#10;n3FPkcPiYZcjV7fo4fDT1Kpk0nehhq66GWQl/KxjRT6fZaYNybzzCQ7gwuBNE/3f7O6887vQzNKm&#10;jRRtNW0W10qmDEhJ8gWBK/tn6ezvmP3s5ctojY7HIbiyIIJVUCsF8lkJWMk+X6i4/CcdMbF7Kcqb&#10;BuEsfP3Ni3V9XUbS1zIvzkC6p2UH4ikar5CReIvT3h2HsTHU02xKGs/h9LS44QZHau3DI2YoYIl1&#10;GeSgxGKym96aijSIfu0WJkQIrP5gBcO+7cL3vuykpqGCqymYWral/iWTz2UfauysVQSBTUGqwmEi&#10;wMuZlWMAQNFPVKTcnUP1Rzecxc7bw0cHKnKapJK6Ey3LlY44mrUeEAskrYxIjuPJUYV6H+yX3txy&#10;kZ57DZ7S0tImJUCNp7l2z8Ms7SCEgmj6jGRgCvkVPa++viltbMVeYnye1MdumkNdBhtvbMwEHYHa&#10;+Sq0byxx0WazDbwGEE2l/uKeakx9R6lPp9SiThfj7JS/b/f7vSGjkAapoutMRJlMvVVKsdZp87iq&#10;akEIYEhVr6aRgCbyE3HtNJ7f+4e/Oo5l52+ksVFWSNRb0FK9krLCSnCmuOVxw49V3D352wSq1jDJ&#10;dbgTpAdlKoBQd8Q1hqgE1ikx21Wlem/dHyPy2Yx+Uqcf0rVYaOkilqqTdXyr3DB1319QQLIohmyu&#10;1d5+afIgxsCwwk5UnQBHHdV9jBhPi11TktNdltlbhzeR8imas7E3tlK+o1jhXOKw+RNIAVA1oyxX&#10;P1A/Eec3e2/t7y8H3Hdt+nvJyKqDJJI70/4ZqjjUH/mkwxgDpTtPulz/ALzLLZ7XbxwRHAKwqiKO&#10;OfFjZzx8nX8+HVU3yZ/mi9z9Ow09KvzA2Dt7AhHkotnfE/pfatTRZCikUTfZ4jf/AGRj3GKicKtp&#10;YY6qU3LabAEme2B0j1LgGWTH7B2XFKkawtLHtzFF1dQLiOappKiuP9CWncn3Cu+zbPa3Ub7Ry+sW&#10;o66k1kVFGCSK1B44z69A/nXmfnQ2ssU2/XQYOFrFI6rqJp26NNAP9KPt6pV7W/mRfLztDIKlZ313&#10;7jcRXSy5ukxea7b3fGxwiwI1PNkqPbmT2/tfJrWujlVixlMEtypJ1Fq7m6x2jEmPqMTicJg6OWlq&#10;p4qWmxFEsdLlaJ4pmrKKEQeOjnqYGdJDGqmQOS1/a65ubO/2fbbi2hihWVWLdi/GpNSoxRqVqRTj&#10;U16DXs9zVzGl9zLtO83l7uO5wXEWh2ldi8EgZNDsWJZUYqRUkDgKcOrAvi58ye2c9S7TzeSze6t2&#10;z1GQxeEzctbvLckNTkcVXrXYWTGZ6Z8iHzFNR1clHU0gqXkSGWKygarFN7dmRcRFU10NPU42jrKZ&#10;qd6eKRahjSib6pc3ZRVra1gFHA49jzko/XRW7TuotxMoBzqouoDUSSNRrXtxQjzr0W82WYsuYLqO&#10;z8WLdJYSkuo40vpBC0AoCQSfU1J8qGP359/WZ0bf2/lq3CZvNUGUjqRkJ6anx1MmWFLLJ9o88sFV&#10;FC0tK40Tl7uxbV6uGHC5WsxnaE1LT42mbER7woqVK2SoaKWCoq6WkjiXxeJQ4QSlVOq5P4/Ps3tv&#10;BtH3+KJwsY3eOELxJLKgrq4mlTjhn5dCbcRe3ftnHaFSa7W81RX/AEN5Cf5KRX0xXPTr2B1ds3eH&#10;x9xe8svv3KQ77h6c3HlV2fHTx1GDy+KwNdumurKyd9bJHLVPTRu5Ks17KT6z7PAlBSmpjkrIRVU8&#10;i6XdzqWMquoAlr6kANh+B/rexdd7Rt15Bo8HS6nABIrX0III9cHz6wH3TnHfNlZxb3IWIGoBFaEC&#10;mog8TjB40p0W7rn4/wDXfc+ypcBQwS4bemIjTLfZY+vrqLH5ujqFcToIqSeOKlyURClyugufrc3J&#10;danZWDycLxfYwS0/+aJjRZBE8kaSmNgi/ts8MqtbglWB+hB9kS2FjDE8KalkrnuZj+xia9FMXvFz&#10;XYXUc0t5rioaqBpr5cR064L4m7TxtLVUuBz27dg75p6tTT1eUrKyVwkM0kLVlFHUiN6uJKqkkVZP&#10;LIAykAG3t3otl4SHQxpYmkITWXDFVIvq8asGWO55IW3tE1jKRplv5Wj8gNIH8kqMH1/Lov3H3l3e&#10;6OpIQGBr9la18x/gP2dJxPhduPyxvl+wa3K0ECPGI6amp6aUwymY6ZataZapw/lJOk3sx59uFdSU&#10;FDHoj8cEduVjYiSTTZk0FdLKRYWI5Fhb6D2lS72rl22mNzM3dWgJqTQVoo9R6gfPougm5v59uIFh&#10;gk+mUirIpAAZqfEAB64/yZ6eNtTdE/D6k3dls5mMXuHeEmibbe3cjUy1dfSmlgkeoppaR0nCCaet&#10;ZnkcaTGSB+5f2i/4Pjsl99DJSGopJ0aOaGplmqYai9wxlpqlpaeYOtw+pTqAsb+wzbcw3W+3tyqo&#10;f3atANZ1aqV4VJFT50p5dS5d7Q3J9jtDW99/u81B9amjIP4dQo4b0z5Y6KzT/LXsruPsDL7lq6yj&#10;2vtLb8bvipsZjcfipaitWdjTS0GQx0VLkYPtJCrpNrEqLGACGJPstnYXQnx7o5KjLT9fYmLcch1q&#10;+1xNtitqHnVoo5a2t2xLh53QySC5nkdOOFYi3sQ7Jywu43wuU2ukTCp0nwjXVQtqTSaitc/nXof8&#10;ve7/ALnKkFkvOEzWoIH+MEXGkUrQCdZARQUGgAgYqD1Zv8aPkD85ewq2iTC9qbvxvVVJEoq8t2TC&#10;N84OqjpJY/NicPQb6pc3HNM6ROhMUaOoJYSqosCw4HovbdVWV9btGv3DtTRNUR5OEZibIx1EqkpN&#10;FU0e6cZnqCaaot5bLBG6RsAL/QSNs/LsMUsr7Ld3Nr3lZB4rSdw4krPHIhr8VQoIr8XQ+3z3j5gt&#10;ILSHmi3tNyWgMbmExFeNHRreWGWOmUFNZ44HVwFf2tuari29h9zRYHc01bSU1RjKz+DRY9IopUVl&#10;qIptr5PBZOmhQuIVWJ5V8ic/g+08esqTAiDLUzw1eYpWqHjzezq1tk7lpoyjF8gmPnrVxFZBoZdc&#10;cNTSmQkFEClQDG32q8htEe+jW5lUsFkjBtpNNa10SOsUlMFqPHSoIQk06NYfdzbt/dtqnuja7e0Y&#10;1QbgovbOSlOzWAZYixNFZ45QoDa26XT1m+3FZTHDZFcBWxGM43cETbzxEzh4Ulxz5SjoDm4/LIf2&#10;nelqvGDaR/7Redr98b+wlfLj1rW3/SUFFLJUYXKYmfZu+qSJUKxrBi8ljaGbJRUxjH70sD09UeY6&#10;zSdYctp7uYXAtF+scAMImHgXIWlaqkioZA34W0KjcRI4yQXzj7J8kcx7Wdy25RsO4SuBHNHIt7tc&#10;uc6pIncxMSQQqujIO1odWOn2k2vtAJTS5nBLtlZK56ZcjQ10e4MDJUiKMSzR5ehrqv8Ah61UrBlp&#10;g61MKkrJThrj2qNs/KDH7y3nXbNj2zuTDzUlOk1VV5lYaJzLLRY6qtSY2nmqslWY+Cavamkr1hSj&#10;Wph8YYq6yFTtHNFhuO8vssW33UU0SgM0qKDqotaRhi+irFDJp0BxpqdS9Y486ex3M3Je2w79uO4W&#10;81k0lFMLM0RWr1rNpWNXooYQljIY2DAGjKDH4brvblPgaGrxtXh6unP7cDrIKlZZW1P4oahpEheV&#10;o0P7ZKyhSWK3X3woPnR0biN2Q7P3ZuUbXjmjmp6Hd2ZqaKDalTl6Gagp59svkppVrMZnJZaotTfe&#10;01PT1kUUktPLLFZyHdz585Zs9yltbm/EVuQxEzUEJZStUJwyMddQHRQyoxUk6dTUXsl7gX+xjedq&#10;2p7uUULW8YLXKxsHKTeHp8N4zoYEpJIQxUOkZJoit3dE5MB8nhqOkql+51xYqljeKpjjnckVJ0la&#10;VYVWAXsXNrelfoDELvGPdGDpcrG7tgczSCtxOVw+Up8lQZDHzxuEyWEze3cg8ssNRTlZoJ18Mqgh&#10;7LpbSLtuksL+xkmLo1u6HKMGDI1aEMtRRl7qjOk1x1DPMHLlztV7cWjxSfvGFyrJJGY3SRWoUlin&#10;RVVlbsYElSQckHp42Tj8Zi53oo56aauoZBR18L0dTTVUbSjUYMpjslBHDFJHIGjZbyLza5JBPCi3&#10;EMxio6rCVFPuGiedno8lQZE15cT1NS08TaqaaQR0sxMbIzl6dVIAuniU1tDZMFuIJwYJfMmo40wQ&#10;aYaqkClCCCAa1j+92yS3vzDuUTW94gVZI3TwzhRTSlTTtow04av2noYIaamh0vMEpGcqppnj8Cxt&#10;oEhEalmj0u7M3oAUkkj6+2ap7Ciwc2USvoq+hpaHF0WRrc1k9GM208U9ZPHXU0G4K6rpsT/GqGkh&#10;881LNJEkMZ1XaMOUS3t1ZxS3EbuQkCeJ4hoIqZqBI3b2aSWqw7aHFej7a9gnuzZtazwyzy3BjEMb&#10;eJMDoUq3hIrSGJmNEZdWqjUViQC2ZXAwZBY4gyeTzsaaOKAvUH0kI2lI3maHxhhdEezleOfePb25&#10;oN10NFWLBkaGnymOgyVNDlYaVJBFXRUk0lPLJjqqtpkraNplikAkdC1mjeSJhIxpaXEUkFvNEhWR&#10;1qVPxD1BFSKgmhoTXNCejy5t5dpuJ7SSSOSWGXQzITQlSRVQwR9L6SRVFPkQrdoTmUwAx/kMEaNL&#10;TzlJPA5fXpeVEeMkhmjkViwI/Tptx9PayosPTSRxweoLF+5Tv/ahKqg1A/20aNFC24sthx73LeMr&#10;NIOLcfn0q/eTOVd31fzHzHp9o+yvl0G+YqayMO6oNNis6SKdUqFy6Jces2ck8/X3AixOK2Cv8e3V&#10;ukYXD5GfNwV8WQykdDs/+I7jzVBXxzVmTlipo6OvetUigeSRJEnqp0DSSyi4D3KSxtZDeSXhhiAZ&#10;aO2lAZCmQ1FoaqVUFs6+0E06EcN7Pv2jbdq2oT36CF0KRO84SKJwyrEpLMKMDNp1ArGCaIpHSAzt&#10;RNvKU0mH2997VYsY/wCyrKaFKrcaU9Bj6jGOtPjVM8lTRKDGKqMXjkjEXkjaJGRA03B3JuTa1Tu7&#10;bVJX4zdlYmN3Hu7amYkrKd8VEu33wOWGxshisdkqSvq85Pgal62OZo0pqinniDzKrKlQFmvrmK7u&#10;bdpo5pGWWWKUFQoWIREW50nxBN4ba1emk1q5NQOhztfLW0b1Ds253FvNZQiWO3uISjGSkxljN5HI&#10;YyngrKPBKKwdXVwFBQMmWk6K21lZdv5ybEZHCJrpMLuHHUcK/fNUZKjrcd/eKjmroa6enhjyUcFO&#10;fEySQGJiY1dQ0Qfdw4aTJZTa+49sbbyWcxGQxWSyWWr9uQQboxeOy+Njhnkw+QakFRXeSaGoH2hp&#10;42+4aFk9LhdUhWW9Ml5tkUlnJLH3OzxhZUbSvwGlWLGpKsFIZkI7SR0eclbgltZbtZbjvEVrdRTR&#10;xxR3AaGR0kJHiRkjSUUoRL4hXRqqoKqQBT64yhxkGZ21uXIUVDXYqqjpcW2WnGJmyeHa8cOTpUlM&#10;Ymi/YYTHxosWmxsp0BkrcZk44V8Uc5qpoFCxvTzrI/iBLAK0YkgcJpDLYMrXFr+8g7O+tHVCsg8D&#10;jnt48K4Wla8KD0AFOlltuG3ySnxJFCK2e9SPyIOR8xjz6VkTQa2KtGaZZC5VJVN1ZiVKklXkUn8/&#10;kX/x9pKuqN8YsQaqXIJR/aRSzTxRyOsaSSssIqkKM1JE+h9MkirG5UgMGVh7MILjZbi4EGuNpa+R&#10;8/P8x508ujW2m5cupJlS7jM4aijVQ1xXQPxnNCBWlOnqDF4auvLNTRk+SUxeWOwfSESQoSAWZWPq&#10;AOof7z7cY955VEplkqYgFjZn0xwwyPqcODI6Qo83ItZnYf0Fvbz7BYyGVvCJYnFamlPSpx+QHTbb&#10;dEDK0bNUNip9OFP9XDHn001GzMFViYSUAkjqGvNC4lqFZVjkiaNFmnmjiRxaxUA/4+1XjdxdY4+h&#10;ilqNsbVXOPNEXlmxNGVaKIzPJ4QsUoM7lwV9ChSDz7JLvauap7p1i3i6+goQAJHBzxqagkcfM5+e&#10;eq7nzt7oMy20HN24Db0SgUTSCgApSoYH/DjB6DyfoiXMZWpeXK7i/gcsFUgooc7Vw/uSNGYXGl43&#10;VYoVZD+stquT7HLr3e1dmKsQqksNIIVanpaSBfE8mtfCiRQNLDTxxRl3JYqoBYkgkAx/zNsVtZQr&#10;I4DXOqhY/EAcV1HJJwMEnh1jvzruF7oea4uGkuHfuJYljUUJJJqxxniaD0HTqOhti7apIFxuGxSz&#10;U50NWVEXmqjH6TIZqyoHnnlZUVQNTXCj8e1HuuoqoKaOopDG8dRJBAxSoLeBwrlqhnYss07MpPLM&#10;AlrceyzZUt5JZI5SwdAWyOPDtH9EAgYxU9RAN0aSQxT3NG0+bZoKGnzBxTyNRToaNu4GkgR0EHja&#10;LxgkoFS2lHiihVbKsMSMLAD6+wpqlrK6YGoMqx0USmVaqphifRTgtU5GeQsoFFDECzMVsqqebD2L&#10;lu7OyidjNGAwrUYC1rRflwP59XfcJI6COpeQgCgqBUgBMD4iSABxNQOPS7ipoadLJGiXBAVUUAf6&#10;wAsPbbuDAberMdkcVuXHY/M4nJCSgrsdlY4auhqaedgrpLGUlp5YZXiFjpe36rXThTZ392ZYLmwm&#10;eO4UAhkqGrTPz4cRwI44PRpy3zlzBy9vFlvPLW6T2e8251RywuyTIeBKshDDGD6g549cZaKOqVVc&#10;OlnV1kjJQqycqdSlWuDyPal2PhOqtpUmXp9j7F2ftnMR0mParl2zgsHjczVR1cUdZE9XDimOSWmr&#10;8hBPb7wUmp4WcK4Gv2Gt23bmLeL82+7cwXNxAkjP4cszOoLEgvRjTUQCKgEmhHl0NN693fc/miG0&#10;Xmvnjc9w20O5jW5uJ5ItYIr4ayHQSoI1aNQUMuqmoVDDc2wGzORo6uqqKytFJNK9PFXZKtrEhMr6&#10;Wnp0mkWOjkERIunJBI5v7cMvvlaCNGlkhp6eN5IRLJcfQD1liyxtJGz8FmU3NuPaqx2FZy6wKzzN&#10;3UX18sDyankKHj0ErjeJLo9h1sDwFCRimPMYFPLFB5jpwwnWmJxzztFS2Z5Y5wyyft60Vv7OiMMG&#10;Dm4I5ufr9fc7FZWLO0k8tBkRVghY6qaVPIksD3tENAuuoo+kgN6RfULe2r20bbZ40ubUxrWqgYOo&#10;eefTFegTuG7/AE0vhyqy6iSK44cTkHh64/n0sosJDSmECCNBExZQFVfV6bng/X0j2lloKDByR5KK&#10;KTCiiyeUpa9Gm81edEjNRyK8D6Fx1VSRa0V/KysyhtLCzGKXV5uUZtrhdZdAU/hp8Jr/AEq/ZX5+&#10;SOW4n3ISQ6lmjeJTHhgoqBqWprV1NamiKQDStV6fQSQsR9YYLx9bWF+Tz9Lew8znYmQztY8cK1FL&#10;gIRJUUg+0E0mQq1MVMjirIOmN4FZl5YenSVuxsKdu5btLGESO4e9aisdVAikFsAYOdIr/m6Odp2C&#10;HbotMja74sAQWpoXzBXyz5nj1KEKoAVsGP5A5sR/r/T31PC6QU9XDWR0Pko3iaYT0sA1uVmkUGeJ&#10;nKMwsWPKhSVP0VvCXulj8AykNXTRjTyGR/krX06O7ScLJJH4HiAGlKM2PXt4aeNT9nn1hJv6CL2N&#10;wbXve/5t7b42eiifNbdrMdkaupp3o6sz08dTHSVlXUrGoamdvvxOiQ2jcgRya2UqHC6LTie5ljs7&#10;6N4Y0YFRUgOooalhgChrQGvrjoUw+FelLDcI5URX1LQ6aqtTpLcOJB0jv0pQ9RZAGkEc14okBI/s&#10;6wb6Rq+nHB9iDtLb1Pgo67cDUdXJWCjnqo8Rj9U2UyJRY/ua0rVGOGDHAyKkvhcar6eBY+w/vu6y&#10;X3hbcsy+GHCmRiNCCp0qNPcXP4a/b0g3G5e6FvaRyqIwaB2FFQVIUHi1fmQfLOBRPZCuad4aLyRC&#10;GSdImqCV0R3J0RxkG0tXIf0r7U9XioGoIKrclfHQRSqhzFJXiipKGnp2aCaWOoSohhiSAKVQxOQi&#10;i5YM2goQteQxNKttGDBGexgSanuUGtSDg8fQ0rx6bs5Ha48Gxtw8obTGVVixqRXOaile74q44E9N&#10;pqv3mSlRZVi9CPGBJNK9yAS6kt+l2JJPtb4XAQV1KamfSJJmfIUVYgMyRU8StSwz0FXHShKeKWnd&#10;VjLEMxZtBcfQovtx8FlCiqpgqf461IYE11VrWgxwIB6207RSwLEoPhsoKstR4hOQ4NahT8QFARXV&#10;xPSMzOUEEi0qq0kiGRXpmeNVFT5TKY5o5qotdgh1BEHA9QHuDm8xPi6Z9mbOoIaGufE0EUO5Mu1L&#10;U4jFJWjN0VJUVH3OUpq7L1dHW4mIVixlJVWpp1DaZJHiJmTcJ5ZZvAlkcA6GArGHKuwJA7mCaFqg&#10;4+ICDgkG1jbWtw8O779P4lv45LRJqWSTSYi+miMseuNy0bMCp8OTtLCIM00WNmq5TnMlNV1KR1kk&#10;tLQ0gmElQwSmllEcEUDIsJjMoS7qhGpuWRASWb+p+x85t/KYfrSuzW7ctmsHkqKt7fnrq2fD4DaF&#10;fXVmU8W1oaenoKfIZasoZoooWoCRLKo+7WmsIST7rFu242Qs9oMgubhHpcl6IiOWP6egqkkjIqaW&#10;gHcQgmZURVE2cvXvLG3blBuHMEMNnYW00TrYKqrLJcxhVDTDVrjQSA1WdQVr+h4gUsoo0kVEs0Ar&#10;Y4sbF5oJ0xawhC9ZGqhXqHjknkAhILesKo9NnYhiAs2HtL5a4Te8uE+32u3VO1sVDt/a9funcgw2&#10;5NxQvXPG1WtBisblKnF46iw1SiQ0VTBDJUOsjyyHWg9odl2Hn613JtvAtH5Lt0VITMSs0hWQOszL&#10;BHIv6QXSkclHL0qyEFujjmbmv2YutjW/N9eNzfeSmaeO3gM0UDFQSpkmlhSZ3kGp5Y2IUGiL2sC/&#10;TDETIzPBdpnE7lIkkBl1CRZPIRzIGAIe9+OOPY89pTbrq67CY7bu2BVYvCtUVm68jlKmTE45tNPN&#10;DgaHARYWJ5MzkJqhoWqkmhWl+21/uNKCizXZNuL7xaWtvbxmwk8R5HkeVCo0EhFK6tRMlC6OPCZC&#10;Q3dpToF8kPshtb283Ld/AvZwqW6IBM4JNZjKXKiOLQGWJg+vxCraBHgteNjhpXnErgLKWFLH9ZVJ&#10;J1u5N+RddJ/HswW1cjuii2bDFXwwwx12SxtfTwSxRvVUM2GmjraOoghVfIVWseOWG6hVlQMNJFvZ&#10;ZzBtPL+67yniw+I0ArX8DMDVanhVaHzr0Ct0XbP3vILBiVWNkLVora8UNa4INKHNPPoNszhsJks4&#10;8zpK9TT0s0MkpuIJ46vyQyU87sNMkfpYMosbe1d/fnceW3BQYSsocnjqfHUgqI9x100VNiaCV56S&#10;GmiylVUy+OSsdZwypGoWzWvq9PsNS2m07X9URlJEDEhB4bGpXw0IOrVwwQAQvxeiOTl7bo9rlvo7&#10;xZXlbT4CANK9FYsyKoJAXRpqfMhiKdJmHFYXB09ZX0MlPNJUSsho6WBJZWjETBmpKantJpjK2IY3&#10;P5+vtEbn7G7Jm3Vkev8AHbJ7PqtpUENLLk964faOQp8dX5rIV7Y+SHbW48lTRUkmIoaSBHnq6Yhp&#10;Y6pZKWQCGWRY5n5m2+fmJtqg2Hc1T6dP8ZSFgup5CNAMmhD4KrWVgrf2qFGrG5Ip2PlHley2CDmf&#10;ceZNkXd5Hbw7SW5SRkijj1VubeNmYSyN/ZRSagDC6zRN40I6kU+J2tk6WmycmRxEGXnp1FHiq7Jx&#10;CaOBVmqBBkMbDLrWqWpdjHHNGQhU67gaS6bf652JtrLSx7YxcVCtelfUVSrW1FTkqzL5GdKrK5LM&#10;ZKslqKyuyFfU/u1E80jtLIQefcm7dCNn2c2drbRxp47SOwX42karMfNmc01E1OAScChPvPOnMXMt&#10;q7bruRkZSiAaFVFijTTFFHGtI1jjXtjVBpRfhx1mmr8/Di0/iJeeaEhC0UIhh8C6TBTQ00RMcSRi&#10;1lF1UCwPHsNtx7y3Tt7clbtyfB5HLYzMy1EdXVJX0z0M8QCyUsK087xNI0dXE0jkC5HIWy8iMqjn&#10;a5rayBqDRgyqUYLUjuNaFDQCgA/izTo+sNh2fctvg3CPc447q3odJU1Q1OQVB41AFccdQyOl5Q0d&#10;Fk8fT5JWEE9GjzIrwq06ysCsrxyMNSRmFlHH059iRJg8Zm9rUdPXYChpKMYumys22IKd1liy1GKW&#10;soKeonxzUtD9xixRU1PT+ONCr0zHW6uqALWMLSIBfWQTxTBWNtLCMrpahoWV9BVBWpUFFKUULQF3&#10;QNvul2INxeWcTtEs7t2tE2tWYIVZz4gdy+tsl6hRU9NMGXnx+TnCtVOZqqKJaxpfJCtOFME0iRBZ&#10;3cyhAzlyB6gUUc+3Knz2TwMFHh4K6hixLtC2UeppWjmgoY6V2+2SQSTI9UuQYOLqsSRKVALnV7OZ&#10;dti3GZ9weJzdAnQoPrgsR9g4mpJ6B+42ULSSmOGQXBJAoQysSxJfhUdvHzZjqPT7BQ0uTqf4rPAW&#10;qKaNxSKCSqGV/DKQtlUkwIGvYW1W/Ht2ze/9GKo8NiUVxU1MNN5ysbxiecTtEAUhvGyxoSb2sTa/&#10;1sntNiCXjXt8zAitBUg0x88/7HRBa8nm9vJJt1uVSOPvKnBKjJ48T/DTIzmh6dKaFIJnrDFN50Tx&#10;xi3rsfrY+ZPwfpa3torqyCkpfMkBqK5aE41J4rtULKfT50aMeCnBdr6EHjIAv6vau0s2e4UEhYS+&#10;o1wNPEj1NaV9cdGsl7tm3wva2CVQuDQ8BQHFfxUNKE8OA4nqLTY3L5OqM9fULFS6xIYDwBpa4UC1&#10;x/X2zfxDH0WtJab7IzQ073lQtK2rSo8raf0KVFz+eT7MxDLOqyLPrCniDjoBX3763e6jLIWAqAoG&#10;BQ8B9tfL/B0t4Iooo7Rn0gsOStySSSLfXm9x/h7S08v8TydPDQYuvzdRN42pZqWkhFBQqHlLzS1V&#10;fJQwOqMdTFZ3B0AWJsPa3WlpbkyXAjAOctUg0BoUDUx5EA5x8xpsey3tjaXE9zdJAprUFiWbIoAo&#10;DHAqeA+3qPWVlNBC0kk8SKgN11Av+B6SpIHtJb/PY+z9h7w3fNtqj3Nm8LH59obRwOYeCKvq5KSS&#10;Cno8pmqo4KmyDVdZVEz6oDFQ2V41qJENR7DD7rdrDe3Fht5uNxSNzDbxSENJItQil5AoXxSQxDKF&#10;VRUjUNJHO0Ly1d8wbFso3drTbpnrc3UsSkRrrFXWNTKwVEz8QkkpR9CkoW6graauqESnug9ZDty8&#10;hB4448dx9LfX+q/p91D5TvLNZHd46r7+7M2TvrZfYmF3Bs3c++MXio8DU9V1G4aXA/x3A4Dd0OIb&#10;B1VFtzcGPxQn0R5CgkVkkqaqIpKI4WveZprfdhyvzvzBY3WzbgkkEt1HGYDamRY/Giil7oSIpxED&#10;2zLhJJmUowGW9lyLawbC/PHtpyduVhv+0zQ3MFpJL443GOBpfBmmtSwmj8eNpzHq8KZSXjghZnU9&#10;KnwrGNUa2IOogfkgXP1/J9iBVdG7Tb5Q4/MZrsDrOi2vXvVyYfYmDwMNNQ76yWMnxk2Mxm4dy09T&#10;g8Vn9/VFfT4zL1uLENZTxxaT4RHPF7Ml5P2ab3Ltbi93/bYtulbss449K3DL4ciLJMrIkswKwTm2&#10;KSAAJ2aHiLA9/cjeYfaG823bOWN5uN9hAE24Szs5tFk8VJngt3jee2sTE9zbQ3GuJnYmstUlj6yo&#10;Swuf9t/T2Uv4qfH/ALZo/k/15UZram4sfRbF3VWz57cU2NrY9uY6PEYSsq6Sk/vFDFNhWTIyVdMq&#10;0sFW/n+99KgMbQ/7cchc123uFsMu47PdRw2NwzTSCN/DXTExVEnUGMeJVe1JHDA10gGvUw++3upy&#10;FP7K81RbRu9pLLutnGtvb+JEbpzNMgZjCSkpaJY3Jd4l0eF8R8+2awNiL/7D+vu0T5M5nOUG+/jR&#10;JgJ6yLMYXs6iGUymIWufERbXzH8N2rvbH/bNIsldHmJN0USwxS08tT4I5ZLIEmYZS86xXUG4+3tz&#10;bQTLuR3aJ5imV+kdlhuEcE6SXadaHSzKokdCoRmGDfs3tm13PLPvQl/FH+7p9kfwopSni/UReJd2&#10;bBlBCtGLecyFWSPxHjQhta9eUCw4F/8AfW9jdgd0Z+i7BqMRE1VLhshs4ZYVEV4aagrqbNpjamWu&#10;kMs4Y5CgrqY08QRFvBNZmLsEkS9t5m3+KGUq1jJbFlAUnTLG+QX4d6Oipwp4TtnVRYs3LbNvk5Sg&#10;vexb+G/8DTqJJjeAsgA0KP0pEk8RtTFgyVoAGk7IBtcA2+l/YrnLo9IKGGf/AHIVkylpxNErU5lR&#10;ikhSNgreSRSCgJIvze3uzQVlDsKRKtKeXmPPjw/l0BBYnU8ki/4up4HgTXP8j/PrxA+pt/sfYhYa&#10;inyVBLSZyminhuIizpq+4gNnhE0LgpICbrc3AIP0uR7C+5Lal2/TR0KtUEahkEMKEEZU0I8x0FL4&#10;pa3CXG3yPHcBQaioKkcaEZFMHB+fWNmCmwIAt/h7Jn8hvjvtPB9Vd61+H28NyZPfuNr6yDb1VR/x&#10;Sf8AvlnKrHxZGs29LFRfxfHVW6jicbFLS0s8ST1NJTtH45dTmIubuUtqPLPO1zY7b41/fIzaGQSV&#10;uJXjDGGgaZHuCsKskTBWaFCAr0k6yE9qPdTmPcefvau23Dd1s7DaLhEM6uUpZwLKYo7gMywSrbeL&#10;cOkk6OVjnljfXHROuSuGNhb6X+t/evzDh9l/YLtaXrigyG4gWpaSq3JNk9tx52PImjjoUmbH5paH&#10;HV2MkqZnpsjWMYain0I8UQa74WR2W2PFDYrs6PfklayO8IkDkKqnTIFiZCCyTMSj0AaNAT11nm3D&#10;mb6l97/rpLBs5Gt1tkjuvA8MuX0+JBrcS6V8SCLvR8iRtNF5+zxdT9U7MxO76NtqYrauUzuytkZv&#10;ddN1pjO2oMTm+jsvA+T3Kardmcno6XCb0eBM1gqKok/iMaI9KHnFQlLqE78rcr7Jtu8C4t7azudx&#10;tLSWZbRLxEk22QCSYeNJRYbjSHhjZjOQNLGRHCHrFzn/AJ95kv8Al26TfdwvoNq3Pc4bZtxk2l5Y&#10;d5iIjtgttAGaWzJ8C+njUW7syzBIniM5U+9239b9a5PF7HNdv6qxu9dw7v3zgN65Cs25DUw4FJsf&#10;mtvnC1W1KOqyNFV0OOoqLb1HXlp6iaV6jyO/n1+KTJHaNu3MbZcRb3eQXm6XF0t1N4KkQBwYfC8L&#10;W+rw4vCSQEvI+rWxEjHuwE5r5usb/mm3tOWLeTbdo2/bJrOJLmjTsskVwJ1unjR1d5GuZYRoiVBH&#10;pVfD+NeJIseR9D+fZ1aukoMjt7E01dLTNWWnajhle09TDSS6kRFnlmqKg0sbQlpASRpBsv6Q1FdN&#10;abpchWOkmv2cCT5D1P8Aqr1BN0J0u7me3jdYxQVphdYK5IUL3EMBgAmoFesEZs7G9wbf6w4H/FPY&#10;VZ3blLPM9O0SiZInpqeHSA0LwoII1SPTrYjQLWHAB9jfbtyeFRKrViJBPzFST/q+fz6X7ZuNzB36&#10;m8MkFiPxAk1z51PH5/PqT7Qu0KCCl3XUYPJraikxtUuSid3E81BFFLNVwU7EpUxNUQRabAh9IcCw&#10;ufZ7vlwZtmjvrUH6gSgRkcAzUCk+VAfM4rT5dDXcLiS5sIdxhkPjJKSp9GAwT5HP8yK9dN9Dxf2k&#10;d5dbU61tVQwRU8qVGLpcytTAXDSffRxSRuroqiNnjJHEiXXjjkA82PmhnhjuZXYFJmiOo8NBIPH0&#10;PnTByOhHsHMVyBbTzyNqSTw2BONIJH4qigxxBAIrTrirhlBuPqR/TkG359l1rdqmGOpoDU5DFZ3E&#10;5GuSCE1KGGspllo50rjFWQVLx+SeHxRMylioKqLEKR+Nyku5I7qI/wCKSRKC4zpajVXSTpanE9tR&#10;XBAYkTft26nxI7xIoZrGWKNmbIKsFIMYKFamhDYAGan5ctQ/1/8AYj/iSPcnbWRppKil27mKiGWo&#10;xL+QpSTSxMKSkSRpqkSzJSw0B11JdQjywprKa9bcJbuSZWuJolC3LpnJOqtKHTQ1BoBSpI8zjo9v&#10;7A+EdzsomMbR8XqwBYii0Go4GlQ1VrQGmT1jlJ0XH0/P0/qLexdxOFpKIUdXRRpk6Xwz1sz0ldBL&#10;NHGNUK0f7AVS5aOPVqOh1YepuQA3e381yZ4risUx0qAyGjHiWFTwOaYBBHAdBa8nuJ2uFmYxzVVR&#10;VDpOBUnVmnkPLB6iNISLH08gfjnkci5P19idi8ZV1OMqo8fl2E1REqS4+eQ0rrNp0R0kMlYYIjGP&#10;JyGVwFHIIAIC95d28F5E13Zjwk4OO4U41bRVvLiKfb5dEVx4SzR+NAPBByc0IP4jpNcdQZZ44HUu&#10;hIVuXW3pB4uefYTphmxWVygyKrDNTxIZaiGRorTxtCUEkkcSIHV0C2ViB9Re3sZncEvLO0a1zGxN&#10;AcnSa1oDn9uaY6Fkk7XFlbLbNVKmgP8AOg49TvMsqoV5Vhdb/W1if9t7FHbOXl8Kw00iS1UsDVDy&#10;StqNQv2v2iQNMxdisauPyQ+nm9r+whuljF4heVGEAbSAPI11E04Z/wAvQK3TbmEhZ1AjVqADgDx/&#10;wnrFJa4va1vzb+p9rXcG3YK/FUt6cRTfbyurMQNCyxyRtGZSskgeSpkDgWN1Yi17eyKw3WW0u5SZ&#10;SY9Q4fIrmhIGAKdBaOSaG4kZpe3WMVNOI/yDrhDV2cgsOOCLW5uOObC9h7LRUdZxYnIxJkHSOjpY&#10;S0vM0EVTK7zMEhKxSFxqQL9RyeRe/uVo+a3vbRzbAmd3xwJAFOOft6FE+9XEsEqxjVcM9BwJCig/&#10;ZQHp0jkWQcc/1/31/YO9v4TD5KnbEQUlTBK6UssAgipzTMwVqgedj5NUulCxt/qRdVNz7EexJc31&#10;lcR3dwpgckGtagAihAOCAacf59Cr29u9z265W/eRHhrICWLAkYFBSmM0/Pj1k9pHZGAbECgpq2Ss&#10;nankX7Xy6fDGh8SyWRQxOsIV4029nd63gWBt4ZQyogUt5mnAYpw6P+Z72TcvrJ4IVUMvdTiafD9v&#10;5/n172OMeyclvKuOAoIWqY46cwwBofHBjiJpGMjTFEEdOHqH1u5bVq0rzYewfPv1rstq9/cyadVd&#10;VDVpMDAHrQCgH2noKbWx27VfMKTF6t56wQB3DzI0ilPQdRKusgooWmncIguP8SbXso/tG/H+v7HT&#10;B4vC9ZTqnhgr8mv2z12VmTwR1c0cJjm+wjMiLDTFUsVJNxyefce3099zVFreRo7XIVASdIJDDV86&#10;561dx3W5wkltMfkq1NBXUK/nkDy6Z2nfKIGQ+OM3CIDdrH+2xFidXHH4t7W2N3FD4quHH4WbExiT&#10;7iNooaSCKoTJMtXUVKiCSVk11Erh2f7d3kUm7h1LBuXaWEgW4mEmSDqzkev5/wCmNeIFK9FU9hRI&#10;pbq88WQKQQas66e0AggClB2gM9KjtTyjyU7ehDLqMaiOzHiyqUINiD9OPbtt4S4qtyeYgz85x9Ui&#10;MuPnpI5ZYa3y1pyNZJXVEtVLUR1lNLTQ09P4o4KVKRURdB0ISXu3yu4svC1RMFopJYL3Ekhj5Hhp&#10;B7fiGTlPuNxDcR2tsloiXcWPEWqgooURqqimlhSQs/42l1E1WnWCeBpgkToAFNl0+lAPpfSCFuf9&#10;v7cKzek1pPt5GhVpY0M00cWhS6sQkMbroK/qtdlCAm4J9rodjUhQyksAcCtTSma9Eps4ggRj8PAD&#10;qRDjY0HqDHkBQv8Ah/sT/X2zVu5ZHWo8mUiAiQhUAIeRyCAVWSCFBGDxq0nj/H2YQbSlYwts2eNe&#10;A/mekr26pQrHg+vU+KlUEBV0g8kcX/ryb/X2jJN74mGhy0+7WxuOo6GGpyT5qashgoaOgolM1ZPk&#10;J6gQUsFPFEpYyPwOeePZhfWK7ZB+8IrwR2kaFpNZ0qqgEsxc4VVAqxJCqBUkdPjaZbye1tdrt5Zr&#10;uV1RY1BZnkc0VVAqSWJAUDieHU3xsnqja1gRpAH1+t/9jf2iMnsHZ+9NwbONDRZammyGVpd+vu7G&#10;UOSgxL4RMVXbfhqJc41NLhsnHuGinfGQ0ztJOKOpNbRlHgiqISG73ud5rIWF2fqbeVJkZQ5UhQyO&#10;pcL4Dl4pGjKOxYLJ4qRhkSRFMO9b7y9tvMZubqF44oGsltnkQyrMZYpwEi1iaM20irO0gCRmWL6e&#10;XUkzxPI8hH5BvwP9f/YexB27jsJSYmCn25JFhmxH29B9tLQy6RSwRoVp1inlgknpooiljcfkW4sh&#10;ncvdp4EDrqtdA0ChAUCgGBwp8NBhSKVwegTvFzevfG53W5EzPV9aMKhmLNWoPadVTQ5zjiCe9TNx&#10;/X8cf8T7ADvX5UdV9C4uQV1Y2W3GUhr12lt+TDR7gq4K6qNMmTho8vksT93EauBlm8PmnBIbQFuf&#10;YS5v5z2nke3jl3vU9y6r4cEbxiZ1ZmUMkcjoXQPx8MswqSVpU9Sr7W+y/O3ujeA2cHg7UHaM3cwm&#10;MEbouoo7RxS6e1qjX4a1FA9TTrwQ354H+w91Y79/m6bj3PV1GP6p6eyUs8MVUuQfdGRqqyupKSmE&#10;s9ZWx0O3KOmmhSipEaV/8otCiGRpTpI9wtN946a6P0HKXIzy3QqXM0jHSirqdjHES2lFDF5PECqo&#10;qCKVGbvLH3Btt2aOHcOfvcWIRsV8MW0aoju1AkZe5kYEu9FVSjFi2kKWI65hVH0AHsv3Tvyo+bPY&#10;G9azbOxd07+q8RmsvWxVzy/w/d/9y6PMV0DZjK42u3U0kiPR0VTPHBT1dWiSFY3jEskJuR8mb17w&#10;c2cx3NpsH1jba9wBKdKTJZoZQGbxLllA0I0ghjmlFDocBwhAmTnr2R+7jyfy7a75zDtO2RX0FsCi&#10;p4loLx44z4cbx21QRJIkZlkijLfErsiSAr5lVvqoPu/Dq/Hba632/HQ1FPlpJKhshlq6ryMpymVq&#10;spXNJVV1Zka2mokjyWSnr5WeaZYU1kiyqLKMzf3FJb24sdvceBG9WepLSSMxaSV2NHZ3NSzFV1Vr&#10;klqc3OYLvceaN6ubp2iaQ0jXw9UcSRIFVY41YlwiqtApYgA0qxBYwKlZJkAiKjS4uDYgg8G31PFu&#10;fZpOmJxW5JclUiGLHYugnejpmZpqmpklCPFNWOAoimK1NxDYeMyeoXUWBXO8fg2n08WprqWQBm4B&#10;VAOFHmMfF50p59Krq1e2DyjuuHY6iOGMkL6/M9AF3d5Kjbn8FpPOajL1tJTVFQmpBDRRlpJiqorn&#10;SjIGvaxQG5sfYY/zAO7INtbAXYWPy5TeW/4aSmbF04ppaqj2hBWMcjV1yPE701HkGpTSL9HqEMwU&#10;2jl9gnk3bojuMaRR6nicOBmrEn0ODkk5FBT9kq+02xXG4Xcm8zRadqtCwDnAM500Ctj+zVqtTgzJ&#10;5lagl8bOn8ZTbkqNxNj4pKPblYs9LUTiZZZs1V0kqRz00iSNT1EdPTz+VtRJjlMZAuqlSafCJJKH&#10;uzZ81LE0f8TzGbNW0rBjNCmy90SzRiVnQHTNVRFGOpdPJ+o9zBz+ttb8m3EMakSS3EbEkZwrE0GT&#10;gkZHEDHUj8w2TXdhcFmB8CNQteAYzIB+WlSPsp0JvzbqIKb4x9oSTytDEtHtz9yF2inilO8ttrBJ&#10;G6RTuoV/rpRjyPp7vyxeWZZI1EFPFTzmOGrtOpbTDTsUnUq328QBKKFdw2lyVHos2Kl1anWzVbUD&#10;8X2ngRpz5eY8+oa3LaUmjkdmYSrQjtwakYJDVwPl1rUU+VqYhWUoy2cyNVQS12RwzuNNPBNW5amg&#10;qMbPSmqlrq5kIqZGrYoBEGASSRmOpcKS/cU1RPVyiklSXI+JpDqIpY66VIKhkiMMbL9ssZ4ewDjW&#10;Q1wHVdo+0Ka+f+rPQZvtmKN+lGWQqpwDglRUZ86gno1+1O0Fo8jiKKgp5shFPFt1a37drlMjUYqC&#10;bI4o1LJVxxStWiW37YswQIjAK78JqBJC1Ktak5jmkDSygTF4HlJliVYgANK3UayxB/J+vtQlwwAf&#10;witf9Xn0Q3G26I2d49LU88f6uPRi9v8Adk1RW0tb9lJjqJ6bTSwRSEymphpV8VSXIldkM1i7KI1P&#10;50ewyz2Io0q3x8WNXxxR4mdFFOv2qFfXTMHUBRU07R678BLR3N2FhHtl8zRLL4pA7hXOfKnz/wBX&#10;pXokl2eZ4w4cCpINBqNBxBA+zo7PX/bFPX4anydRlIoKkS1sBaWZJS7xyO8qim9DPA6qUAUayRcX&#10;VXJTZoKavx1ZFUj7t8jQ1tdNh8tkKZ8itBHFBSL4ggnNdQfcSRmxc+I1BGtR4ojaW90TG1Ygs1aJ&#10;gYyGppOBqxUk5PHyDdnsT218JreJ1MUqqZAjEMdVa6mpnTrxReAIXzIp5Tf8VO0K1VYsdPLV0uNp&#10;K6kptdFJUt9zNJBPLIXjpqsxLqVW1+QcBLBnSDQYTGNBooUxs743B1GMoxi1IipwjrpoG9eqmczw&#10;6WFtRIuwFgPZlb34jghhik/RWdSwBBFUAU0A8lyCPI4Oa9IuaYLht2iaWOSjurkuDU1/ECeIII4e&#10;den7bu5HXEyVlRJLA1RkoqiWWtkpx9zHIbrLA6hWNGlOwALEi54+vtPZLbcmKlo6pQ6Q0q/uUrnl&#10;tCRimLW1SvJFKum1yylrCx9iO23WO7juIW+NmBDfma0rjIz0gTbHul8NUNWpwFaE+dPP1/l0sqLd&#10;dDWeRFkWTUqCOSNwyt9ZHZSpNrRcn6e1btdP4zTyXpqRoYhDqWKtm4nFMoliiSKIlIYZESPyK4Le&#10;r02UMwbv7v6eSMJIakcccQSDw9Dx/b0WXvLE9rMiEP4wUnuXSKClKglfjrj18uo+W3VRYoQM1RYy&#10;zJEw9EmlXF9ZLN6dI5P9ByfZd937+i2ttes3JhtvVNDVDck2XePJfbQfxiXC5Z6KaqydVHWy0+Pj&#10;yLUsUMUc7vXRAIsdKDGEjBG4brGkS3cVoyoZy9K08YxaqsZKMqh27F165FNV8Gi1Etcv8lS3W5Lt&#10;d1exyRG0EZYA0iMsWrSqkIz6DViUKxSGtZa16do5osvP9rJVI8b05WZ4HGt0mp1np3px4VNvUhLB&#10;Sv41eydYKt/jHYsualWNKqo3MN0RxChz1IkdPU1yNDT0dTQ66r7+Ojo4lSVpq8QTKrhfRFCgZt7e&#10;KS9jmJorziWp1r5ihBQ4KqgoWMgQmpFdIE+S2T2mxLbrGFiS2EFPEjYk0ILFXGko0mrUirCWB095&#10;DOygrY2psO8fm/zdMkfn9DkFY9Jlk16InXy8kNYEcHj2dPfedrMxT1ki0uKqMVTY2ko8zifLRfdR&#10;LkoaKtpnaurmkqxPjquoDtI8apEYpXYKzCaEVX+4xzQTQQpHJCkYSVG0E1dVK0Jq/acGqCndWmGU&#10;Icr8oQbaIlMksV3JOXRzqK0VqFVRKLR6Girlh4ek0DK4AYnckCVi0k1fWiSSWolxleKaaWkkNDVT&#10;0cqEU0fgHnKkrYsG8iAXNlYou6qKCor6yGlxmIqcteekoq6SaaahpKYQ08UVV9usoqqqmVTNDExZ&#10;6aeUFolVdbSAO5lsYhcg2sEknhkKdTUjXt7hpw2kalGSjZKqAAzTZtG1yfS2sk09wluaO6qqhnep&#10;Ph1C6Ubu1MPiVTSRiwC9CZj8ysVFHM07RQ3L1EDxQQyagFvTMI7mErrVtBvKgI13Pseeu9g4dGJz&#10;0NHFBJGgpsjJRSRCWasyStSRFY4mpw5miEbQRsrakaWZQzF2T7fs19uk0qx20jQquoyBcAayQagU&#10;FCdOmtKip4DpbabffXtzFb7UGecaqoCSFCoFZm86FTqDMPhIVcUAJF8o/ks+xNsVdZgpJKqppJco&#10;lTjEq6RZXo6LB1E9cyKfJMIGpg03mZbHyKq8g+zc0aU0SQxUYeSKOP8AzjyPM8tjcu0kssk9wSeD&#10;YAfT2Dt+IW4ljVCFXgTxPzr1kDyhsI2ewjhahuDlj51+3060Tvlr3PvDvDs/dm8t3H7etra+LH46&#10;jkCxU+MxlO0iY+ipIY4YKZlWmVmeRVu7uxNyfcydruB+R6ef6C4A/wAfcU8wrrXUM4z+3rIXkFzb&#10;AIOBbV/Lj+da/l1Wn2VEJw0qlTpBVlUAKGLFtKgcAAcgf4e8iWBt/jz/ALb3GXBnU+vUwbmwdQ9a&#10;6h/PovsS2Nvry3+w5I+n+v7mISRbkAf8a9rbYqyuNOKdRXukYinWTVU14dCNiJTLSupS1kYg/T6F&#10;R/t+ffYv/j/j7ayprTI6aUhSpU1J/l1zddSyCxAsytbUCwYWIuCDYqfx7Tu5sJRbixFbjK6njq6e&#10;ppZ6aamlUMlTBPG0M1M+oEBJYWZf9j7k32r56l5S3s2l2a7HeUjlU8KHgfsydXy6DnOfK0m7bfFf&#10;7c2jerejxOOIZaFeGaAjo43wQ+Wu4vix3lgNxUuZqMZtfMZbG0u5+WbxCCoMmPy0KsrFanFVT+UW&#10;IugZfyPeu98qfhJlOpt+Y3uro9stiFos3HlpZsfLMmU2xnoa16ykkhMReQRgQG8jXSQ3uLlwB97h&#10;8gPy9c7fzZybcsdoZtVUy0Mq9wowwo7aq54kU8h1K3tZ7qWfPu233JHPEMf758No3ikUBLmKhVjQ&#10;UDYJDJ5AVHn19ID4pfLLZ3yO2VS7e3dXbdyuU3BgWNHVJJTVO29/4CroKaGvenLKaRquRallqqPU&#10;x0szAaGUezS/G759d24vJYzEd4yYfdG13jSkq82MbT4bclGWdgtTPLRBKDIJCLFkMCuyj/OAk+1v&#10;K3uzvUN1bWnMLRz7exALhBHIlSO4lP02ABNRpDGmaceof9z/ALp/IG57ZuN9yTFNYb5QsiF3kt5K&#10;A9mlizRliAA/ikAGug8Ogw78/lv9YbgweSzfSsuR2NvWEyZDHYZMnW5faGVkWOV5qBqDIyVVdi5K&#10;2RrRTwThYnsTGVAHu42CXBbypY6+kqaTM7fy1DHNSzQyQy0tXR1MaXMMiFvIksLEkEm17fUH3lJY&#10;35jt7a+2+ZSxIZHU1BXirA8KUIoRx65kbzte47FeT7fuFq8G428xRkYGqspINQc+WK/PqvnZOf3R&#10;1pEKGVK3be9tvVtTSZGlaJqeux9fRzzAxywSFVBSXStyCjpZlJDGwNNsWq2HJ5tn08lXg2KiXDtO&#10;PPRFbyeVXllMTQrbSAF1C/8AT3Iy8wR8wAJvkmi8AxIAe75GmST88dPxTmZtMpo48/Xo8WK7t2x3&#10;Ri1wnactPgt008bpRZ+CKWGjr0Zvt2pWtHUMksyuXIY+FiDYA+xNirfJizkZ41pm8I9E0kUwVzxp&#10;LJeO/N9J59haSJY7nwElqgbiKj/D/h4dCDb7llmjhUEmoI6rs331itT2AdtYWVqqFpQJchBSVFLH&#10;aPXMHmE9RKGEBU3YIEP1H09hrQ46nytVJVzNTxRLK0kSSPH4ZZE1FQ9yAzsW4H49iFdwdLVRCCSc&#10;CnpwJFOhje701rD9Opq2gVPmK+Q6MHNRZDZ+JoMZQRZCsqpaeOkqXooqh60RSqY6meCwaRKaIKAS&#10;SCDpt6bWw1mJpVaSugpgtYCT5hIXjCxrYxiA+hbNytvx7WQXk3ZBLL+j6ef21/w9EdpvExkVGI8O&#10;v5/L8+hLhNY1BTYLJ1ztjpYBpgCtBOTMwk8s1QoeWRzGCpUg/W3sGt45rM0+GySZCOijxswFM3kr&#10;o6ViPIrGWeok9FOhDD0g3uvH19iqyhs45oriAnx0oRU0FKivH0Fa4OOpC2ndYgyoEZ6jOkEkD5AZ&#10;rxr0Mey+l9hSbw21m8HJkpM5h2OSgdYXqaeJHplimiFIURJ5Qx9JZfSW+vsie9qrAU+RyEEmXwT7&#10;eaOmXI0WZzdVRY8wudRjeqpKcVlXrkgRSIVRniuPJYsUFUgG7vIb6Ufu9UjWRNXhdpJJGtlZa4BK&#10;1AahGSCFmnkDlu83hrS/u7eRIVkrqKg6jkKAKgKApNdWfXo89RXZGmwkIpqDOHOVaTJS5HFYqjrc&#10;lRyqFWKZ6euJoIJXQenz6ogfqjGw9hHmvkz1t8Z9u5PdFZHU7w2lXVohXBbFzaV1TjMtXVTTVGYd&#10;s7XR5ilpJ3iVJAWaNpGVgo/AB96ud9g9ueU7DmuOyuLqOS4MTxxuNSFtTByzMCms0DUU1NPh88p+&#10;WeULzeZm2uzuo4FhTX+ogIYA00r4eKiurj5dF/7X6H3X3nR4l6avO0t3YmqRK3cu7NuQzz5fBJTV&#10;MUWOnixJGIncVVX5o2jZJIwrof1n2mMH/Ns6GzUjUtfs7szHU0kYMGRapxVTJGSqnx6IMh5Cq3P9&#10;k8+8UV+9ZyzPKUm5e3NIidQZJ1ZhXyCkquPnnodS+0W8Ki3MG722thWnhuB/h49F4qf5ce/KetTJ&#10;4XsLrv7gsDV0FdsmtgoKwjUrStLT1lTUpPIpsWFuLekfUjLhv5g3xizcStUb23Bhpj6CmXwsrO0T&#10;EAp5YaKcLdfqNQ9i7b/vI+2t3Fqu7vc4SRQh0Rj+1B/k/PonufbfmiBq28cDx/JyP+fR015D4Qd4&#10;4pkGPo+us1HFIsiLis1l8WnkS7o602RWipwVYWuebn+l/a9g+WvxYq6Oy9zYFFikFTHRVpraZvuI&#10;gTTtIRTqwRBYW1Djm49rx73+0c8XhpzHMqA1UPE9Kj+IhQ1K+hC04+Z6ZTkrmyORTLtyulRWjKwp&#10;501GvD5dBzU/HP5U02Tn0dQhfvI5aKoy1DunaVdH9nURyRTtHSVeTKJMA91cqSGt7l/7OT0tr1f6&#10;TNgWtq/4vZt4PB4/Nbz/AObv/Y/Vfn2c/wCv77dV1fv2P+y9fx001400/wBH8/iz1JX9Vdh/6Nk/&#10;9hTg3x+nH4f8vlTpL/7IN2h4NH8I3rf7H7i3321NXl/iHn+01fbf8XLTz5bePT6f8ff/16sOpPif&#10;S7bSLJdn0n8bzUsX3GP2JgMheGJVjR3n3PmTLSY3GJEsgcIZxYKT6r299ZeX+RBsfh3HOFq9xuMi&#10;kx2VvIF0ECtby7r4NsudVC/AMatpK9Q9PyjHaqbm+cPOvwoMKnzeo7iOIAI9M9bv24O1pK8zUu1p&#10;YcfQwSx09VvHJ0+umaWYukcG2sMDNkdw1UkoC3SIQqTYvcj2g/kXufZWcxqbU27sjY8GQxUIxlXn&#10;9t4KKmSjp6eZSmMxuSjZ6nLTq1Oqz1r3VwWWHRGza4y5kt7O7DpDYWguEJHiwoO2jV0RyGpelKNK&#10;RV69lBlgKjwWF21vZzSMpck6zUV9FwNKjyUUAr0tdj4DIUAqslWZ/dWRjyTrWJS7hr1qZA80ep5j&#10;R/axph4xceKkhKLEP84C1tJA8niZI5nDaAq8W9WsgNa/Mai/uL5bY28jBnGkEgDz6EUEwkBrk+Y8&#10;q/l8+hFHHH+9++8Tg6aqqdNXM9NAUcpLEiu3kVdSB9ZVQrEc/n2bbXabXcSsNxu2hh0MQQKksBVR&#10;SnA+Z6Zu5rqKMGzh1vWpGR2jiQa8fQde9mI+M9Ridu9s4eDdGNoMntfcgrdpZZ6+OKWlho88v2cF&#10;axkRjF9tWeIyMtiIi1rGxAl9vbnaNm53287xbW8+xXDPby+IoZRFOhj11OEKsykuCCF1UxXoX8rX&#10;toNy2+DdIP8AFJ/031eQk7T5jpE9iRZiTZ2blwFRUU+ZoKVcpQNSM4nlmxU8WRalRIzec1cVK0Xj&#10;IKuXAPs7o29vH4v74nyGCGRyHWOZyr/b0C5CWWahJi9dHK/7irlMaQRBMwKVcIXUwYm0729vzN7H&#10;cxz3u2xNecg3sjI0LvqIAI1xsT8NygGqOSgSdBVm+LQb7pa7p7eb8t3YLr2hyVFD2MCOB4ZC1+3o&#10;LsbkNsd47TmxWUjxsu4qSiVZnejSanLzXWKtoGmVzJjaueJWkjR/JEwC8MEc2KbNyWN3ztyg3HhK&#10;d4RkYKaennlpY6BnhjId5ZKWB5Vhlin1RnSCpYXBYHU2TOyb3a7ntW37rZ6hts6M6qy6WFSyFWUk&#10;0IIONR+RI6nvk6+tuYrLxbOExVWpJAAp8qcc1z/l4kE3wuT6y3PVbe3BkRWUCjIwy0MWUlyLx1M9&#10;O9PHQpkK9EqZoZ6QrNpkdWjRygVdIAEPa1Hkdv5HJ05hpWoquqzNbQTxcP5a+SKSoMmk+Mr6zYCx&#10;BU/j21ePBd2kLF28ZCgYeRXuYfmCSPmKeeSfWwfbLR5JdK2xdyD5/F/snot/cFZtrsXaG1quPJZa&#10;hzOMHXmP3NjZICFNJiWq5aSnBsk0FRT1s8kckxXQUfUB6dJfMLi8hTVu3a+uzNTItJNK1CswgKss&#10;4nyNHTlnjRzFD4tShDe6m9+LF95dW8kG5W0UClpWIY5rw0ngfQ0OOFKefSuKcXFgYoZSSwY/bmtP&#10;sx9tfPoNey947Vy+1O3dr7c2PjqZ9zUlDR7u/h4q1kaOFMVtLM5iaekY0kOQmxzBXklAjEZjAIHq&#10;Z43NuDJ5b+KhIIlqZJYBBUyPalpqSloqePyTOqsyEVbTPoJJJtzz7J+W9mg2MEXM4+gRuwDLlaD4&#10;ifOoIrQADFOklrZQbfbz3N7MqJq1LXz4EV+VTmnQYfHnojZXTuP2TDU5yoqsHjMbnkrMZBC5zOcy&#10;edzta0sNHDVFaepmk27R4+jZ0VEtDJcabEoKLZ+Zq1QbTqqvbdLUl3zeeonmjrK2RljEkmLWaQAV&#10;ErwpaokBMcYARbksDu73SGZXWUxsrNUfAWCioABoQMHiwIpkKaqym015+87SOKBKWzhqtw1aqV0j&#10;J0/M0PDjXozu6O9uvKGOfG9s0G2+w8yCItqdfZOHEVePxNMhqTDBu1YYhBBj6WlqZS1DE0hlkBLk&#10;gaSutobfyuDrdw5yp/yjI17BIc3kpCxoqKlZkpYlgIVmYRytI8llV5nduL8B+8isJoltppjIkh7o&#10;lGGUfBHU1GgAnVWtWZ2rmgQ3NrapGqXNzSPUDpBpqCigFeOhRxzWoOeit/IHsDrXs7CdW9YUeRen&#10;2jjp45cv1VtKKGKLdWQyGky0uRyck4x9FjxVQGIUjFtNGkYGvSUKrx+Pwe5aKHLvnDn6+rknpYnq&#10;6jwxRVUEr0s8NPQsyhJEkBALavpxf2ggvrrbri6sLLaVs9rhNAYwO8qSpIOQAGUr5VI63abrbpC0&#10;O1RCOMmmBxI86mpP7ei15zsTtPonc2U6y290xT9J9cbRxmIzcke2MNBkZ8vicvjoctHkq3cdPFPT&#10;vSz066JFjamfzT6JFQq7Fr3ltzbH8LaszArafHYtmcRpXtHT1aQo2kNTxSlZSb2/suW4vY+wlzXZ&#10;bHuts26c1O7WFoPFKl3EZxWhjDBWYk0ApqPwVoadAveds2e4nm5h5gMmqGQKoBFXZcgAA1IIPAAE&#10;jj0JHx57q7nyW+hg9jVW085uje9Cgq5321TpktuPlJPuqirlys9DTSQUyPKzJARPFDGyEXIB9197&#10;33iarc8lfQUr4TCpLDSY+nRYqWUpGNcbhihEtVIUJ9NyuqwDHk4Xe5HN9vzRv9xdWtutnskUaxQx&#10;aRGO0YZtOCxNTRcLhe4gs0Y8y7/aVuNyNsILGgoq4oKfbQ18z/m62Lumer5Nv7Ax+Gz2Qp91bsq6&#10;Wors5l5tdVFU1uStHVRKuo1CY6CJtAWQHWAb6eApMu4Pk7u2rqcxS5na2VH3VC8OGqcrHV440q8w&#10;/c/aaIZ5ogh9LHSzut72uohLdt/t7ya7N1tOq4ZdKu+qMjFKop01HoTXPl0HdsvNw3i1XwNyj+g1&#10;ZVCpB/olgWyRxX+fQ8dedT7P64w9HiNnQRY6kp5Hqar7NITFVVUjAzO7MkvjFxYIrLZfZFcvnt0b&#10;vrhU5vNZbMVLvaNsjWVlZItwFCq80sjkAD6fS/4HFgWzO8niSuWIB4kmnrStadHVjtW37YojsLJI&#10;lHkgC1PqQAAT5VpU+ZPQqJHHGoWNEjX8CNQi/T/UrYezEbE6qxO2MH/pC7InNJiopb4/BhiuUyE4&#10;TTARDKEWQPI6gCwCgEn62BjaLbJELqd/iwq+Z+f+r06OY7bUyNctogGaedfXpmq8nI9S+Nx8Rmq1&#10;j8ktQ6MaKmXURoldWDPO1uIwQT/X2GvaXcee3pWJjcQRFSQMtNtrCQKopMdBECsNXMYw6zzxRC5d&#10;7+rgXNz7SXNxNKWLPVCf2dau7mSYqqt+gBQDqbQ42ChWQxhmnncyVFRIQ888jW1PLIVuSdP0FlH4&#10;AHsevi18ONy9m1Cbw3FRTx4GgnSWsrgsy5DcThZKqqwmzoa9YqasylTHCUeoZ1pqNm1SP/Z9jHkn&#10;kPc+bpzMuqHao275CKFv6EQJ73I4kUVOLso4xTz77i7PyZbSW+rxd5dDojGQpI+KX0QGmMM+UQE5&#10;ANdud6bX6xT+Ey1tE+5q2mllhSpkdcRt2ndooYc7vCpgEk+MwyyzjQER6msdGjgRnBK3sdQ9cUdb&#10;jKHYHWGMp9r7awNWo3hn4H+/jo6ma5r8ZtjMhG/vDuioQstXlGLw0jm1MzEazJnNPOe2cl7O3LXJ&#10;UShIy3iyoQw1AUIgkDHXLWuubKqMRACjtFPLHIu6c6bvHzh7j3LG3LJ4MD6ojIqsGHiRUIjgWg0w&#10;6tRqPFqO3rXw/mM/zFNqfC3beS372zW1fYvcfY+2cpH0L0/DB/CqrNx0v2k+I3p3Bt2aoil2B1Vi&#10;czVLJS4YEV2XIf7qNZFkEB8tvbb2/sbCUO39v0UGMw2MhlipaVWYlNZaeonqKh9bu8r63kkcku7E&#10;3JI9wjti7hvMEVUIUnV2k6V7hUAEkkk0JJJJPcx4noccw7hCL2QI6+GoCqoAAApgeigAUFBQeY4n&#10;rR/7W7l7q+XXaW4u3u4c7l969j75ylDPlcwYIYKdYaSCLGYfA4TC0MUVHjcbh6ZIqalpKWNEiQC3&#10;9oknHye+e3R3xlw09fuXMU2XzmoU2JxGNqjUyVtbKjiCCj/h0VbXV+iRB5WpqeWGAkLNLBqVjLsP&#10;Jc+z7ZFu3Mu+x7VsMyjtlDG5uTqbEUCq0jDtIDELGlVMkigjon2na7vfLjVZWxa5RsN26U8tRLOq&#10;1zipAalVrQjq6j4HfyD/AJT/ACxpMRuHfuUqPj10rnRBV5iq3XgMnU9lbkx1PXX1Y/YNf/Df4DHk&#10;IY2SCXMVlLKqMtQlHVQfWoHJfM/5w/LfM0e2Ontt1vXO3KyaoFXkcnSYjH5qGiKqDLVYVppKHalM&#10;aecGP+O5N0rCSIGDA+3tu90X2Cw/cvtZs5tdbkPd3Ch7h66QCELSQ26jSTpd5hmquKiosn5O2MSt&#10;unMQW6vIxjJKAn4qFv7RjQYhj14ySKdbbPR38tf+XR/Lh2fUbrpdlUSV1IYq2Td2/a/Mdjb2ydZR&#10;RL4WwuGhpKqWpzIcXWLA4inkP0KEDV7Oj0n8DM3jMjjd29p9jbg3FlRRUz3xeVq8yslTE0kzap6y&#10;Cn2nQ4gSBtFDHhqtoXu61zkhVWw7DvfMd9FvnOXNclxePEMGYYAYnSHdRGgrUiFYmoe4MK16Jdz5&#10;nWS2lsto2rTCWKmqGNdNOAVR432sZEPrGOPRGPlP/PV2rgKDcmxegevqKgzFNXTY6ryPcsjbUrKb&#10;SpjrlpOtcNXwbprK16d18FXW5jFspRTPQshKGxak63xdFmodyF6isy/2sdGc9k6qp3VutsasYAxU&#10;e5N1SZaro8UwvakgSOAE8IPY+2XmbZdu3CR7GwC7thPHnkMmlDUOWlYvKEoRQRlMk8Qeorn5JkTa&#10;J7KAJFtLMZPAgiEKeKQaSGOJEUyHgZmRpT5uTnqjOu/mn7s3Nh6jrurxhhpfvlEOAapper+k8bkp&#10;shFFVZt+t+mlwr5/L0NMpdchXZWrnllTyPYizOuU2ptvMrTvkcFPkauPmmqMhU1lctAiyhl8EFVK&#10;9NAgK/oSMAnn8e532zmyLYDLetzjZR2hX4YwgYll7u5WMvoMEVHFeob3jk7ed2t2srLZp2mc5c1A&#10;oGODq0hq501YUzg16Mf0r81d19H5PJ5lfkf1jgdl01BLL/dfZe1Nq4mp3ZWTYxaaY1+YwME27Kmr&#10;NQxK1NTVTzOg9bhyxKyWWVYaanSkCx0aLHTqI4dEaiyjSA6qo0i3AHH49xBzVzdt17d3cMPNMos5&#10;ql6CRQamvALVs+Z1HzJPHqRuSPa1tphS4bluMXmhSdQX+GlSS5zWtaUHoB1Wj398jD2Tufdc0vfO&#10;drcPunM1uSylMtbuaOl8LV09VS0kVG1Mn3IoEmZY2nmmJ1H1Em/vLT1FVGzyTeKNYiQA58hZSfRa&#10;wQJ+41tI4HsI3sWyb1BDZWAlnlP4sgdoGrDLWtM1pTPQpvku9oM1xceGsYHwLSvn5gkdF8r8LsTe&#10;dPhtv7Tp9y7lzFZHADkIqYxKZoxTffxRU1Y1bUCRcbILuApHkXm2oFU4zJNCY6nhI9YaMMbKVDeu&#10;/I+r3559x1u1m+338dtZt4ssJAZuIPrHw9O37fPoObrtm277sm4vuI8OOaJiuhjqGO1hT8Vc+Y+X&#10;QP5nC5fae8MZtzARLnq7A1lPDkZYqd56KpmmkjqKnGCWQTP9lDTSNEj3IUvf8e2XuXcFFUbUpJ9K&#10;GopsrTMHFTCQYauFqWoRFB1N6dJ+nptz7tv0NnHsMMkDKjiftUcV1KwZQPIZJJNanhTqKPY7aNz2&#10;/wBx7uKWRjbyWcilirLUxESIT20Brjjmv2dXEfCDZU+e3XNi6eF6akyu3snk4sKPPMcZkMPWUOUx&#10;wIMNLoaKqpBGNJYuGuAoBPsJ+qsilft6WGUwsaSsYN5JLqHSo+3kvwbkgf7wPZ/7fbnDNtKQTMlV&#10;n820k0NP8nRl73WD7RzrAwRwbiFDWvmELYxgEjPViPyb2NVY7emUr6Za54Knb1JX0iRwH7lqesxZ&#10;rYI0lZ5ZRJHrAPptcfX2h2z0EfYeSpjVBKhd/wCyagyKgliVJa2KGR1V3WK0jR2F7G359pLnfhDu&#10;e8RSTDxju9m4Uf6cqSanzHHqSf3IZvaf6lISCNiv0AY8T4TvmlDQZIpTPGvQl4DrbL5Lqvqmuhwc&#10;tTiK/wCPPeePkpqqrnpKiWrp6M19JTVHhoDVqrx1bBgLJHq9QvYiwSrrKlX8VOmp4HCMJF5BjPqc&#10;Rgr+2x+h+l/8PeSFvBH4dXY0YV/b8+uPu7XJ3DS7yEowHnmlKDjXy6Xnx86w27srHCvlipojko1r&#10;KWaGeapbXWU6S/ZSPUPPFrp0choj6tJsVP19iFtx3FK3IWOQK7xvykhKpHrZmJIfSgF73sAPYW3Y&#10;RRSGTNR5+f8Am6CH0r3N0YoTU54/Mk+Q6Q3yN3RhMBJHl8ulWtbiYHjoMrg4FGUpEgkknjgMIkhp&#10;6ulE9TI7Iw1szsS1yT7cqupjSOVEYxaSLKhDPydNwzqwAF/rY/8AE+yPb9zhvbj6dVcSUPxALqzx&#10;Xuz/AIfl0eDk+9jCzOQ8OK6RWg+ZrQU+zopW3PljtzL5w0D4yvrKrWaeSTOwRY+keUgmOZYlrZ6y&#10;SPShLWTSCQCw9lR7d772T1Rh48lu/KVv8QycuUpMLh6WKSXI5SpxoSWWkgRkpaSkTxzRap5mRAkg&#10;IBsNVN3s9oAR7qEGaQ6aZ1MynzBoAoUAd4pkMAwycgPbvkfmXmFm2/ZVVbSBYyZGY6IhLUB+0Fm4&#10;NVVWhYULqeA+bT+E+f8Alt2TX1GzNi7ap8SkG3MlvbdFbPHTYmmp8pLURUtVkNElRWZqJzSP/uPo&#10;QzsyAyMqEn2QzZHzi7MzPab0c0m3E2BuHM01HRUVZR0lE2xtvS1EkX8QbckUkP39RQQ2Z5KlTFLY&#10;oqxA3Us2m2tpN1gq0TWIkU0+FUjqasz+ZUA/0R6dT7zJ7QcvbXyi1zbmccxwW7F5AzlrmYCoUQkl&#10;U1Gi1XS6A1NRjq0Ldn8nb4t0XWeBmjwG5qnsDZtC2WyNXhs3ko6HsbcVJC8smOrtqzyVlHjsbW1I&#10;0QxY56SSIPaR5QPZrd41E9TJi/FWyyRVdXDl8pK5M8+ZjjMKx08LSTJDEZbrKXUMqxxgaQWQicbm&#10;0e3WzhtKLbCWrqBqaQVAKKQQBx1M3oKgeRgblDRPPuMkyfqonhoDVfC1E1LAgnyKgEV1Eg+gSuBx&#10;FDtba0uNo8JS4qLG4mTb+38fSxPjKbb+iPzF6yiEc766SaJ4mhLNK8kramHja6RmyX8MJghSKmny&#10;WueSoEcPin8kYSMu0ktHTpPKlEP93S249BOo+zCKWa3vRFDFGock6uINdQyTpUHsFDqYZxq49HG8&#10;2cNxalpGLLEAqqDoppoe0BZGK1c1oBkcR0I/WOFnzVUtXPJ9xT4id6SJXCnwPRiKcSU6UrV8/gil&#10;nYX8cGo/Q249pKvxdZ/FoZoZYYXikpsgkH3MqzZeqiVooIZ6mDHzRUdLHFUyjx01MfJJJ63FyjiK&#10;Ta7mRknMg1qQ5UuS0hjoo1EqAEVS3bGlNRDFtIIYLwT2i200UkTGMhlPYCqK2SyAsA8mpVoZJCQN&#10;QC1YEG1pM1AMZJB4iT4J6WZxDDFDTiRC/kp4qqpRpJ2mWNr1ErEgEKoYqQzbpwe1Y/Ai4iekyEsc&#10;uRoqPCx1bPLVQReeafFNTiH7aoDLqLU8lPLL41UmUAKyTcdjsEtxNFA0V/VmUQ1JDBdR0BdADcGL&#10;I0bkqMkDT0JOWOcd922WTwd3ElkrhJGkdGQoSKrKG8QMhFANaSrHXUKaQwx0mFzNdTzTZCso8rSv&#10;FFR1NZk3ooyKKZ1dKavZvuPNAn3DeOKo88Uas10jck+wPzNJUNRUO5TW1ONyFJUW2p2bR0yU+c2p&#10;XMZqOow256JqGkeWm1QSQVQqKa7FmSojbS8yxRfl5vpLiWQpuCt+heICjQt8MkU6FQKE1VtSEglg&#10;ysayjIDZLzZ+YTNy/NtsFxbyx/41tLktBeICCslrIZHETgESQ0dWFA0LoGEXXLHyVu18tNS4tHrq&#10;FVZ85sySRqmmzdJd3p8rgaz7iq0zrFUB40jm0SWHiKErB7SmB646U+Qs+R2duraGz9ofIXb9dPm6&#10;7I5LalBuja2+azL5KgTcG5odvyzRU9dHuGHG065B6doK6iVlnhqU0q6BOO02DnCW/wBm3babW35w&#10;gdpH1QLLHOWZBPKI6jV4wHeF0SIHMkbkAsob525f549n/oubeXt2vdw9o7oGJAszw3ViEV/At3lI&#10;ZgYGJ8EnxI5CBFNGzNRltm+xNzbHosduSGabc3WuajVKWaKeLGZbbuinapp8dWVDUsrfc041qjyG&#10;RJ3QxONbBScbD9Vf3Cer2NWbypmwMuCZet8RJJUJJidvUbUuJrsNkNvVEH8N3Xj9o1VTjjRV1VUz&#10;ZmSOZknmIVHYebNt42trrbRf/wCIIgFtGThFGlCjIx0OkJ8JUZjJNUhZGIKE4mcyczf1ot49+g5f&#10;kG5pMBfSlQ3iSurSLKkwKyQm4Xx1kjRRbiVVKIGJRUvtTsyHcxgzNHiasVCVkcW4ay9PVwy5Voml&#10;gqIqqllNXiGy1NDMkkKQChE6KUszlChk6u7mot2ZamyWF2PujD72WNKHtPr5aTYO+tg7kmpnwVf2&#10;BkJty0u+sg+aO2ft6ShFJI9PHJjI1kXxVgFGV3cXMke5yRXVtbTW1x2G4tlW3nhkcCKW5YSm4JkM&#10;ARF8Msv6ag9jgIHL3fuQrnbbO4t7y+tLyykZjYXha8tLqFWMyWamBrZFh8cytI03hu/1DSRs7R6r&#10;keY904upo47SVePejiMj4auhFVS1lNqhEdHEKdqemna7kkSprKFj9FPtG7z3N2N15h9udUd1dE9l&#10;d+dcZjF5DFbq7WxEmI3RW5J4qWPdsQyuyYcvX7np8rFk6aCkWpOTjWaop0mokV2jpo00l5uW22dr&#10;y5v3Lt1u22On6lxEVk1mMF0129XYMp7VIcapRrhVS6RB7atp5a3+93fnLkTn/auXOZreSOSDb5fE&#10;t0jGr6c+HclEt5I2Rml8IRFow7LcMyrJKzvQQ0GRqJa3D5Gmx01/ItHEj0xBUSwM4qH0RywP6nCL&#10;Tald21Eg29t3XeCwWzdhzn4j5mbJ4OnzWIza9Kb+FRtienwDYDIJuLB7Yl3RhcfunE5GsxtZjq+K&#10;TIJWBqvHNHUSkzzGM15etl2Xa4hyPMXsfqI3+kn1xaYzHR4ozJGssblXR0M2o64zrYeJI3SjmXdN&#10;43rmMf68tgsO6eBPAN0s9EwMolXRLMLeaSKWLWJ4WWARp4U36a/pqOptV5Gmi/vFToqlQi5WlXUo&#10;cyq0PmEXkUDygq/pjBDD0+2zoL5j5HceU7K232Nh58dBsjdu6sfi91YvG5iCnyuCwOdkxGUkrMRW&#10;0ck1HX7TqmhTIGOedzHMsqwimC1Uq3ljnO73u85jtd5tBGLOeVVmWOQK8cUpRgUIoJIdSLIEdznW&#10;UCDWy/3A9pbfZLHlnd+W9yEov7OCR7d3jLxySwiSNUkDgOtwA7Q6kXuUw6jJSNcOd2FS11pKJIY5&#10;pFAkil9SSSLZgFmS2kuhNrqPp7GDKfJuGLeUvWe/6HL4nA5zak25sD2XtOhnyW1KqiwUyVmVqf4r&#10;UUGZ26HiidHlxeSEoCRA6KiKQH21vO4i33FdtvreWG3ktzLFdRVaI+Ee8iTQ8eRQ6GBAXUH8SMiQ&#10;ke2clrPsw5l5ekin3WG7FtLZXLhLlGlXQqNGrRzBWZaLPG0a91NaMCCh63qWjEa5jCKyZanlnX7O&#10;tMsKsHSMNGtTTtTT005cyFKinlhc+S6EEAe0V2XmKpaiT+6uVxlPQTbY2/uqLEbSjwFPPunb9DTD&#10;Arunr6nrKcYrd+2cbDV09VksfmajxYbHllkjqaaooXiDdzeMkgktZAkBhhkCJ4atJEE0q8KU0TQI&#10;GjZo5WCRwgF1k8SARirlaSGUKdyt5HuPqprfxJxOwgnLGQw3jDU9tO4EsUMtvGWupz2vG8cwkdtu&#10;UNPFF4K+imkmaqqo1nrmqImoaipkNctHkQJknociitoFTTxs1dOgkLJJrVxz2n27ncrsegyWRpqD&#10;K1DYTByZ/C4Z8klXBmi6x5StjQMuTlpDRDzQYz7WDI6ECSeN5tMMnWHi3Wz2u8RvrvViiLiNS2kk&#10;ky0WjSHVhkRo1kAqrhXpQFbxslrZcwXllFcyJF40oglcpp8EAtEhauksrlkeXxGh1SVQ6Yl1ofL9&#10;VYpcoaijkmoJklrXoqmaCnqAaJ49JokR4pIoJamtkN53VoxrDLGyoNS9yOG27uGhp8w0Oa23BTwz&#10;S5Caiq/G7wST4mppJDg6CozuMrlrDOJrJRuzqJAZYw8nktcXN/ZIjSzzxmMUSjIwXST29vaWBACk&#10;VK5CkAAErt9yvrO8ltY5re5cuKK6igJDKdM7CIqyhKMTKFBaPs0x6lTdFUblwFVVUn3aZSrklC4n&#10;ywxyLBUQipWeF8lXjHVSzCSm0Iz1KnUyMIXEdhwy+FrU2TX5TFZGmr0zcGKzMFTV0S0+IkoqmFsW&#10;tBSzJeCrpahqZqmECqqpmiqUZn+3ljUKOXt6a8v4BNdMblaaGNNFa5MemoZGozqS7HU1QaaKoXuI&#10;od1to5rdkNu8iEByZA6sX1NrOoOjPpZvDRNUb9gdHcT9r56nyW7JcNVwSY+sxclXiJ6b72OoqXnj&#10;FHXCYtD4mES/cojM8EUIlgdbeaJ2Wt/snsvbmK3fn9pUedwybnwlLS12U229THFmMTR1NDSVwrGx&#10;84gqpce0NYjCZAY1HB5PE+bdzlsCTXO1/ve2beLWMvJAXHjaKK3iCMVZkCMGZgKDPzpkfyvZ7puH&#10;L+2bzPYXH7quZGSObR2SMHdKB6sNYKaSpFSTUHgCY7FYaMU8TsGe9rOSpVuTwAFBtf2FWz94w70g&#10;wm5sRXfeYjPUlPkMZUtT1dEamlms0cppq6GOpgjkWxs8aNpPNvYu2PfNv5l2+y3rbnEm1XMQeF9D&#10;qSpxq0uFZVPHKg6ckU6Wb9aybK97t24xkXduxSRapggZAILqDX+k3pU9KJYVQeNVVRa1gAPpzbkX&#10;/Hs9PX24KZ8dl8dJ9pkI6jFyQ1OJlNNUpWOqiYY2oi8wieOqKKuiQCOUEaiF9Qj/AJv22K/0loBI&#10;qyUIFKgEUOoMKAlTQgnzpTNDi7znDPFNY38UhhkSQjxQWWikhWdGKhmXJDBAzKAGAY4DXUUCtJEw&#10;U6vKPUCQVIH1X8A/42v7Vvbtb2Zjtt5fK9f4qPdGWlqaHI5XbVXk546KhwuOxcf8Zp9u0dRMaClz&#10;tQmOaSkjciGSsqZZXWRmdWiy7WbZrGe72C1Wa98ZXo7kO8dQHEFFYayopGh0oHOtqgFWjXlK65V3&#10;Dd7Kx3/cjZWQheNJ1jUs00jt4bTMNLmIGTS7KRIIkSNGWmoSKGmhiVUI9K6rNxqYl7gMbAFQvH0B&#10;sB7ArZNJvaq6Wwe0t6UVBUbmba9FDlaKpycZ/vHGTG+Vxu6qKSlFBPHu2nEq1olSVA9XKJKdvG6S&#10;mexbNu13yft9rv1jG030saPGwJWZlXS6zK69pmSomjKOp1uCnaqkVcxbry3Hz9um+ct3MqbMLx/C&#10;dUNITQ+G9swkL6oKR+DSjARRaZAW1K6lE1E6QQbcEccAD/D+nsJu8sp3PtHbNfJ1RDTU238nS5XI&#10;7pzONjyFHndr5Ovyi12b3VD9nSgZrJV1VOksZaop6dKaKaOSBvNEyhj3Gg5n5b2/cP6s2tum1Shn&#10;kKkiSB6lpJggFZn8Rg5IaJAqOjowNUFntmOQOZN3toOdbhm3SGWKK3icxeDdIiaYbdvFekKBVkVz&#10;pkczSxuJUMTq/JIksePz/h/xT2FtFvruKKr2TsjcHYqUGyt61mJ3/gquGuze09xb5y22N4YykrG2&#10;zkqLcEuPpMJuWoqoa+aJqqmko4KtBTJJVwyRxAjZbze9533btt3rdY2srkrKpQvFc3GidFaO3kR2&#10;QQzljI8epXjjmHhBnRkUZXGy8pNbcx79tXLMj7/YrJYzJojuILVJ7eRk+qV4Fkae2CPbxt4ckcsk&#10;JeZkikR5e2SEtdlBI/Fv+NfX2ffavX8+f27NLX5+p3PTfeVj0L5DKjLJjsdQ5T7WPEQVEcUdTU1F&#10;NNi4YJ5JW11ElOZnPllmd582q/j2cRGO5ma5DEai1Sraj2a8kiNP0ixLFwGLElmJxs3fdXhv1MW2&#10;xWlyEXUEj8Mu8kQ1y6K0UMruygABVcIvYkYSO9RFGwUCxBH0B+n4/wB4Pt9gzcm0qPKYTG01ZHDV&#10;0DY6plpag46bGVGh/HLSzoBLImmMqR5YpF8hlR9SIhO7vbhvklrd3cqnvLAGra1IAIxSjehzUihF&#10;KnooO0fX3VpezSgyodQDLrVxjUpB9cYowbgyMteumbyWYgEEm35+tvbDna7eO64J6vIZCCrpmgNH&#10;6I6GMVzhFgqZXhjpxSxioRbsyRIHYcBBYAxstv5f2xUsltSxI7g9T2mpAIJoeJBBqKE1r0IrC02z&#10;anh+mgZLlZPEBLPWNviUfESCrUpk0bzPXlZIvSLgub2+ouSW4P49hxSY2k23RQYfEQR0S4Zqalx9&#10;JSxRQY7EUVLEgp6KgoKVIaZIY0RVEYARFUBeBb2IrS1tI4Ire3tYodsWMKqIoVQqiiqBTtVRhQtA&#10;Bjy6FcnjbzdXF7f1d5mLO7Es8jsSSzuxZmNTxrX1r1IuDYn9NgAR/tj/AIfX2Me0sLPuykMOShjk&#10;eZJ42nrJ/saDFU/mp1WSWKFoaqpSJVDWIIfTewIFwjvV8mzTLJauQq5Coup3we0E1Ck+v5Don3K2&#10;i22RfpwFoB+HWW9VzXJ6ZK/JLj1aQJJKw/RDEF80xVXbxx6gRrNh/sPY0Yfr/AY6CKWDzZWrdVky&#10;RWrHkeZkWVGWd1cR0kZjLhBZmABLf2fYEveY9xupXWQrHEDRDpxprQilalzhSa0HEDz6K33O6U+E&#10;eyJahcUA8gaeRIx+fSRqs7kaiSQMpiiMjRwuIS97vYwshJBkVTZiLW+vtb0WAZ5GykU5eiEUbyVD&#10;tL5/2rIgp4xIYHhjniiYIFUFo+LNYghur8BRZSRkT6sL209ak0rXJzWorx6Qi8FPCmqJRUH0Pz/w&#10;0z0yV+QMQSiiiDVcktoIwEan8iC/qsAadwHNn5cE8H25ZKbCY+nBkR6mOVUnhiqHaNBGqoGmqqmC&#10;QJTsWuW0aV0DluL+0MKX87V8QRsoILCmPkARkfbXP7OmlmRZl8PUJf6OW/Lia1+3ptx1HnMjJL5T&#10;BRhZJFqJYEZZnLG6iieamYGKNHUF3N3Y3VQPogMdvBMpT5urwFTQZ544sjRiWlrUWCLJ0sSiHFCT&#10;HzomPNBVeMShRK8KW1IHGpTW4tozDC0DI0qPQAtRajLGR9Mjd1KGq1rXyUgm7a7Oa1j3GB7YHQ2V&#10;YEIxqZKMBXWoqASvdwI6UFVtSJv4fHqEPiqkaRGkj8ksLAioaeapSXVJMjsSSbE2/Fx7Q1JtGGiz&#10;uRzeQzbffZy886TRyVK47wSSRT00Ff5aqV8QYKakWhp5IUFIwlC+moZFV2MclvJctDbs0LsraNRP&#10;eRU1Pbq4kgEUXJWlRQ5v+amvrOx26OzX6W2JRCGA1DFNSUoJizSNK+oM6mMf6GrF+ij8VKkdNT+S&#10;FEAChReQuDKXCj0+ZBMfKxuW1cWAFpe48i9Vttdp0MOTSFa7HVwegy38FkarhyUUtR55aWppKr9Q&#10;VwGWaELA+qJyVHtTLsiXk7X9ySXoANBKsgUAqQeAAyCBltQHCoLO031vFeS7pdGNmMbqRIiyhQyk&#10;HtYE1zRiulqsKMtWURUwa/xP+LyrAKgQvHBpg80kUZjJgVI31pEuhGBZQH5+vPtxymMkp/4jkaWe&#10;kmjra2aaFKeU1UsAkWCKpD10rzq9PI0LuEHiCAhQAB7WWFykht7eVHBRTWoK1ySO3FGFc1rmvHoo&#10;+vgkmhhKOJFB1EgANk5oPxHzzxrWvTjRsfFFFLG6uir+40YjR9XKqqfUaVIHPJtf20pQLNAsBgV6&#10;ipqoknWVjJqUxeIME/ejp29ClQt41N7/AK/Zi87I+sykRqpp/h+VfOtckfZ0f2d86sELaYgCQQAP&#10;2mlT/wAX1DqtKM8rFgI1Y8W4/T/h+fbjLhctJl8PHSZHDYzbNBiq2TOCtoZJs5U5aGajGOho5NdP&#10;jsbjKaFqyWd/3pZWaARiEK7OGJr3cRdxSoqfRHVrC1LsWK+EFYEqFA1iUFCxOnSwo1T+0v8Ab12+&#10;/wDGt2k3WSRVjKOqQhNLtJqXLvIzGOKMDAIdv1SVRUS8/wC1JMaeonqTMzQorTLB9tIZIihVSjSz&#10;OY+NelbseG4HsT+ud/7JyW9K7B7crDlq2mxuPyNflqSmzWR2zFFNIWho4c3RF9rS5mpd/uJqVZvu&#10;VpjDLKnieC8c7huMG5GSys3kk8OIOzRoxgUsSFQz6fB8VRloQ5mClGZVUoWLOZeXOZLDY7a+3OFI&#10;LeSZ0SJmhS4LafjaI/4z9OE/TR2RYnkDqtGDDoN924LMQYOSesH2yXlEVKDj4qsyOhiieV/RVrBH&#10;6QviswdAQRz7E/f9dT1dDUR0oDONER0sFgTWYixsitcsoW5F7cG1ip9qOWrY21wrSHt404k8f9X+&#10;o9AvbrOWKRXuCSKGpOT5Yrx8hwIpQU4dMXX7inrtNQQ0DDyAFQ0sqpFJEql2/WYvoCefySTySmbn&#10;XMY2WqxwVoUFWlSlXBO0crO8Y8xWI2Mt1NwWXyA/m3HuZ9qFhdLDdMdR8MgqfkcVp5j7aegr0Ntu&#10;MMgW5eXWaaSDn8/WvrmlPLoyFBJj6+CKYxmQaPH4pFTQnp4KhVB1KABck/T2isluaoosXV5Stxtd&#10;uOqw0b5SDG4uShXMVkuOTzJj6Fck0VLPJXKpUI00KNKQGeMEv7U7lZpBbXEtqr0EZOhACz07tKBm&#10;Qa2KhVqwFSK44GkG3TTXSW1pex2sVzSNnkZ/DUOQpZtCs1Fwxork0qI3K06d46Om0mIKI1kiMQc8&#10;RhHPP00+sH+v49tmK7T3RuXA0mZye0s7tKLMwmrx+Ly7pFl6ZJJNbJk6SBGp4ZAgUgLUutmtxY3Y&#10;5e2633K2juJrV7eYfFHLTWP9MATpNaimeFeBHRnNy5YbfuL7dBvNvfNFh5IxWNq4BjcmrVIOSiUp&#10;QiuOsRweLRv2nildP889yVDf0Xnj/effLbb7uy24qiDMvFPt+ugkNDBHHMk6VDPGrS1E+phJEsKl&#10;VjAKjUSBcAhde2/0Mk1xDcQLAi4RR31Hma+vqKH506f3/ZdsXbYrjbI2j3ZD3tQUZeAC9vGtCTWp&#10;FR59cpsjicbTspkjWSFVMlpF/RqAv4wNQPqH549jHiMZTYuKsSYwQLTCT7utqahqSKnpxIXM1ZPM&#10;AkcKkluQAQbEgH2G9x3Az+Hcl+0gEDHGnl/s16hnc9q5i3CeNdRd5AQFCFi1caRpqQfQEUPlqOB0&#10;m4MU8NPJFIxFQbRpEFaSRuVKLHbUXuPre3tJ1E+/d7UlZB1vteaCT7qqp6TK7ySv2nihHBK8T5Sn&#10;xX2tVvDJwSqAYVelx1PVqSUqgLFg83MiJb/UW9p3gkB7gMinyqECmQ0JqBpQOlSsgUgkZ7PyLs2x&#10;zW83N27hkA1tHaabiQjBCGQstsjDzImldW4wVBHTNmt/7awIWTI1i30+sUZSsYOQbQvPC/8ADo5H&#10;POkTMwAJIt7j0+wqfrPDZLdXdO691dvZulH3VHt/bG15BQUstBS1uQiodvbLwByFZkZZngmEDZOr&#10;yEkk4iVHjk8auT/vTfktri4NzLcyaWciKIKKKrMUhijBc6lUUV2kcuAAzVUKJLmfa9zv7Xa+Stkt&#10;NptXFDNPcK0jF3AZ5bqUKAADVkt44QgJ1Bq9JWHeW4t5uINr0lPiKPUDUVeQqIo2aISFCFknhQtJ&#10;Kqi3iQ6QQbsDf2w9qd/bV2Zmsbh8DCmS3pm4KOn2ntmqzeB2su7K2phqayoxWMyuXro6F8vjKWDX&#10;U06pJUIs0J0FZAQtO9JZrDYXMSy7tdMBBC0iRNMxUtpjaVwhYAHtqD3JQFW1dI9g5J3DerO83G5m&#10;aHYYCWubgQ3E4tgCB4sqRrI4idmAVqBSVcF1IA6WWBwFZLSlcmyXE0yuDJK7NpcrqWNo42YPa9wS&#10;D+LeyO717U7n7tzHYGws7i+uMl1nV4HL7X/uXs7sHESdoYDtHB4fG7jOGl3ZkKrGYSWtxeRjkaSo&#10;WCnpKKJDLO942i9gufdd53Hdd02jcrCwbluWAxGG2ulF7HdrCsxRZWKprjcFqqo8AKDIysCOpd27&#10;lTkTlDbuXOY9r3HcoecFnjna6u7KT93T2EsskPii3jWS48OSOiiMvI8znw0XSVcralx9HQBTGhDL&#10;axNvyAPwARx7I38mMhhNr7Gk2PvzalVVbhGxNqt09DVU0ORxmxcrnq1Z914vGbv23R4zr3P0GL2p&#10;h8bMJKGmm8U2QMBlkAMigv3D33b7Xlc7Fu2yyG5FnEbBWjqttJKaXEaXEWi0eKOCK3KGOKodjFqM&#10;ZDLMntFs+57nzUeZeV97Rdp/eVx+9nVyj3aQJS1eW1neW9SWW4uLiOkkiArAJAisukuqkMCR9Ln6&#10;/wC8/wC8+0J8bdkruLrHTuzcea2lugb/ANoUnWWQrqGop8eDlMJuibduQ2/bFpj4tx0u2tquKfLC&#10;ZjRyUdKkZgkhi1Bf255eO7cuq+67hNabgL+AWcjKVXVKkzztDRQDN9PE5juHZ2jMcSqItMZ6OveX&#10;mZNl53B2HZ7e92c7RdSbgiMpkBjltltEnPiMxge4uYzLaqqiVZpy3iq8oXlYD6C3u5zpzIbiqljp&#10;0phsvYGF2Zg9v7E2DkKMS7vloqHF7dylXunJ5w1kwq1jpc9S0ElHArRR1NPLK8krm0WWPLUN5bSR&#10;QiD6bl6KCCO2t3Wk1FiQmSRgzq+HWIhamJ0YPK7PQc8+f7bZ4xPMji/5pnvpri+vYmpbAvJNEtsk&#10;AUBT4kLziRiJCkkaBFRavhYWb6nnm3H5J/wv7RXY+mq3TtyDHwJkK8bm2xX7jjXB5avZ9ozy7voa&#10;Wrxky1MNPj6zFpUVZqKmP92muskgVWjSQTbvFLPuW2R2cSG8WaAylo3b/F3+phBVg6orI7uS6HUg&#10;YNIhUorGPKoNttG9S3knhWpsrpID4kaAXSi0dhKCGaSOQLH4cTrR+5ENWd48o+g/1h/vXsV7RR48&#10;1tJNXxCtEdRG7vMaiOWqip2+6ip8kxOPSOdAY4nBREK8M2oexVFbqWmi1aWcklqk0JxQaq0xTAAG&#10;quB5x3JAZLuOOaKEyxMytgAUQnBMYHi6tRBfLlgwL0Ap37VmxcEIqyXLLDSVq1NREXFHUAMlZUR0&#10;sU4qJVpHImp6eMAqSdSxoH03Gki3TwIZr1IVEcxOoluLYGo4p/CoFPJR6V6Q73dNJbw2zl0jRKDU&#10;KdoJYALUkipJwRQk+XWGSQAWvb+v+wI/rx7MAk4pMdmJHDtXxU4ix8sUkg8U8cOlSwKiSR4pgxC2&#10;ZRYckXHsGuklxPZ+G4FuzEtUcR/mPn69R5LH4l1YkNS2LVcMKV+zzocD8uoxIbkG/wDtv+I98UQ7&#10;khFEZ6iKtqKFlNo4708iQyslR53jmg1rLGo/zcgDuoKMt/bV4X29WMYYIXoGUgHOMVBGB9vD06dj&#10;thYS+L4YaHUKk1oakAr20NCCQcg6a0YGnXmYxG4/B5v/AEtc/wBPZDsp/L26ryG9ZM/l8/lq2gOZ&#10;myeU2vRZ2l23R01RNnJsrSUsf8D2nDPU0FU0ojAEtDPTlGaGdgFjMEP7ObFd77+8rqSU2ckjStGr&#10;xw6SXkZR+nGCy/hwyOor4br1k/D96HnOy5aTbbDZ7dLxYhHHcS27zsyiJYmNZ7kqrqoFTpuFYnRJ&#10;HQ16zrUBreh7H+1b0/7f+nsXOtvh51p1E+94NpU27Mu/be7cTuje9RlNx0uWjFRgMtVbhpo6ytqZ&#10;MW64WPIVE7lQJ6tpapQTLCpVRhsXI3LPK0O7LY29xKL+4ikl8WTXmNmkTSGo2hZCSQCzuCQTThHn&#10;N/vpzn7g/wBWG365sIP6v2E0FksUBhIE8SwswC+KPGaFUAaqRIIqgI57/ea9+bWNvp/rf4ezQ1mL&#10;gxtFBTxqAw8TRySMXSKI6dSKrF9Ai08AWAJt+Pci2k7Tys2KU4AAZGBwp69QVWeed5i9Sx1H7c+n&#10;2nrGJPTcWuePofpf8f7b2/Y2emyVMI5WiTGXanmirQPt/DU6RVwpHIfHJFUeQN+QbEEkgKpZfW3h&#10;Sylo9c9CMfMYr+WOmpLNlZJ1YrIG1Ag+Y4fLHljrh5Ag45J/H+3sB/r+2Pf1FUY+sq6uleSTVXQp&#10;5ZHaa4aFXkl8zySHngX4PIA44Bry3OlxFFDMAD4ZNAACDWlD/k6R29vbxSLCw/Ca+pI8z+3rPTSt&#10;LGCyFD6vr+bH8cn+vsKq2omkzmMymNpq6SsM8MFZPZWClY5omKBvDEtMlEiWHPrW5Zx9RXAirtt1&#10;ZXDoIOKDPCoOfOta/wCboS2gSKwurWaVFjCVQZpUkfnU19afZ1na1jf6e3rI/e/wiooshPPS5I4u&#10;mphWMkUUVAlLAIqfwqqqGhpqWQmxPPH0PtFbLCbtZrRUeATM2nJLsx7q1PEn7B0a7dLbrPHKqo1v&#10;4ldJr3d3cDQjjUD7D1GIuQVsFB+g/wAD/sfYK5VsfTh66reFVyGTxVK1UAhq5pIlnqvPI5pKpHEM&#10;lMNCqVcG9m9j6zW4lYW0Ck+GjtSvaK6V0galIJBNTkY4dSXsstzLOtvBG/YjNQ1KgMAppR0ILAtm&#10;pXGRgdcrEgkG1v8Aff09tVFs6LOpUV23kgpKxw8PinP2wjlrGl1VcqSSxOGddbsVAJYWIYkgqZd6&#10;O2GC23DW8GrVVKeRqR5g1PrX1rXPQ6bcjaG3gvm8S3qp7dJJVSKBT8NAwABpkevWEztH6XC2J4+v&#10;+82P9Le3PYqz4aF8NkIp46SolmmNXFE8tIDNq1o/lSONTVz6LMLMyKAbMLe0m/CK9YXtkyeMuNJN&#10;D6ilPQH9pPTm8iDcHW6gaMyKKaaZP4hpoRkA5Oc16jVR16WjPIAuObcEn/Xv/sfYybbqYYKxEemj&#10;kjgZY8e0sUUehJJJkdmmjjl5lhK3IuqpqBBuPYI3aKWWEsszAkVf8R4DABI4H1qeHRFe2zyQBlmY&#10;GlTkHHoKkf5emWs1NGXLWUcuv5YAfRf9q49uO4MXUUqZKKSOjIrGEy1COaoEytIjwuKuCJJfCsti&#10;31Yi6ke0+2XqStbaXkBjFKHtP20U4yK+lOm7N45GharVUcK0/wAB4/YadYKStWVkMbOgiWxSS3Pp&#10;YcWA/Jv7a9t7NpYZI5EenpqmSnZQrReeEJquXVjUSBHcRehfSh5Ppsbq923uaTUrKXjVvUKfLHDy&#10;rk5PAdW3aVpNSNTw1b860/n/AIfn1knyhW6qhcCwJAtZvyPr/Q/7z7We2oMii5GKQLMkDu9IUP75&#10;ZeEEkAb7bxFjcG3NrgXt7JN0e1Y2jRnS7Aa/T50860+fQZ3a3t1EMgxX4q+n28a1p59dzVcQ8B5V&#10;2tqtwp/2Bvz+PYZdr1NS4poTG7ho1jljuGkEsEkkaRmRAWZUVSBqs1vrz7FfJ0ESePIrgZwc0oQD&#10;U1+37OlGwbVGZJGOlVPnmhH+rB+fT5QSKbkFiDfk2v8A8QPr7BGLAY+SrijzEf2c1YVnmqgBNOvg&#10;DxRBkQQlRJFHpPIBubn3IDbjcRwvJZNrRMBa0Brnjngc9DJxcqniWA1RqNIUcMkE04eg8+pzTGxK&#10;24P9P8CR7WdDsL+KTJDiseKgHTDRygG0j/uO9Qf2n0BEkW5Bsv4v7D9xzILWPXeXJQnLjHb6D0NT&#10;6jpgXbwo8lzIRJxPy+XTfVZKGnRzLMIgqltZ1WFrf0Yc3P8ArexrymBrNnYjMy7V2zVVlZDjKzIn&#10;HnLfatkKiippJIKRsvU01Qac1kq+NWMemEOZSgUt7jC+3ya/t57q6njmuYkYxIaRgtQkKThUDGgL&#10;ngOJNOm9sWDcr6zhvr9YreSULrC6tCO9C2gU1aVNaAgmnEE16SBytNXMv32Qp3HnEVOWVUVFmYJq&#10;cBo0NlI5J9zFw2WmxuGzWa25BSwZCgkqNyYLI1aS53AZaWDHvj8VkZsPW1+LEtPHLUR1LJPUQPUR&#10;r4ZWXUQXWG8z3jxCItauY9SqxQsCSpopXVG+kVDlJGWtCpdaMzO4SWEEl3Babi0o8QCKWMfpSRgu&#10;HekgjmAaiNGWiUhW/URTQdR6DJLVVc1JTTPTSxtHJSuAHgqaU61eogmIUSKxjuvpDKCNS/QlpxlJ&#10;X5meePG0P8OpKXVTiCoopaYwJA7xftO6lWhkjsYySSQw4+thPPcW1pHE9zJ4kzEnUJFYtXNaL68T&#10;wp59EU8iQojTTAu4B7WBpXND8/X59Kp3SBFaRpJiyqxfgu5JvquFVfUeTx7f121U45JamomEsTJZ&#10;rt4oY9J1q0ssslnZGFwqAE/19ojukd0yxxR0cHHm37B6+p6L7i9icAIO4ft6wR1Uc7gKGUi3DfX6&#10;/n6fU+w1ylbS/dfaRTGVmR53qIo5GhjXyRxGJWii8UdSfJdVZyWUE825E9qkqosjxEHyHn+fy6ab&#10;X4fisVCcKVo3A041HEenT9HG2kG1/wA/Q29h9uypgrWoMTj8rR0cuQqUSH7j/JDkHijaplo6GF56&#10;SqqXjoIZGFiGTRqaM2K+zrbphZE3FyihyaKpIY4Goin8RUMfMKKnIU1pZfVwLd3sto7wQrqYoQwj&#10;Ddql20soq5UUIBNaChIIloARyBccH6/0/ofZDPkB24+J2puTae1MbuHN53K5vObEk2rLitwnI7kx&#10;lFDCmdkwkmIgqq5IazF5EVNLMxgE9NHI6Mj6LgP3J56tpeW73arPYpp95uZZbQ2vhTeLKqhROIRb&#10;rI66oJXeOQiMMgYrIrhA2S3tDyJNfb5s2+7/ALla22zwWsN79UJLcxW8kjN9OJxMY49UckeiRTrM&#10;crRgqV1U52H9B/th7Ph8VNs4HY/TePbCTV8Es2GxGVqandOTrqoUskG3MXRUdPVVFRPVY6lx2Ixt&#10;NT0zy0aRRTwwLLK1RN5Z2D+37Bt3Lu1bXbbbFMLWaFJCsk4kIZlA0ijFFKKAg0VDFSxZncu8Ee8m&#10;+7pzVz1dtuiwNHHczRottEqah48sjFVVRKWlkd5FWXWVZzFEqKViSJL6ZOPzbj8fQn/iPcfc25qB&#10;sdkpdt7zx0u54MZJWUqZmvp8fjtv5HNnO0+JyOTxGOnxb5PFx1SySCgmqkmqEplliaSW3mP2u3uo&#10;pYrO4ii3BQApkDaAzrIsJkGuMslQxKlqFI2KaJQrkPbbs1xNe2se98uzDY2mCN4SM8k8cJheaOKV&#10;xKI5SjFfFijIQylJAq1CSlAsDYXsP969ll3T1Hid+/3Yrd+Yfbu4d20uGXE5XJUmOaKiyi1hZq00&#10;iz1NfUY+lqKnVPGwmaZADH5WiLIw7/qTy5zDHtm5c6bbb3u7Wtv4ZfRRO5CJURXLvEjM2rSrhwCE&#10;LsrSB5f2D3AveUv3zbcq7le2ewS3PjRxtJqkjKU0BtKxh2VAqtVAjYcpr0svL2HW/wD4V0cuwsnj&#10;urcfhes6/duXxNHu2p29BTGv3Dtpq6CGuxCV9TksfLQ01LqNXPEiaqxoFjeORFs0f83+3/L13bz7&#10;ZyKke0SXUkSXbQw6XlttYEkZkrRUCnxSqkiTQEYMG0NIXKP3iriLmuxvueru53i12+OVrJLhjogu&#10;QDok0oj62b+zSQkeEHdgwNCOrg/Qj2J3xt+LGN6gimpcMFqa2vnglz+5a5FfK5We8iRrXSCkjF41&#10;kdIowgZUdj6mdmYb7FsfKXt9y9NteyRyyXsx1zzPo8S4ZQaMxQKNCajpUfDXuLMWZg/7pe8197j3&#10;EdzdEpZwqVghQnwolrWqgkmrUBc4BoAAAABillWMNc8gf7bj2ezI7PrZViSRKSnrKnxfuJJopaej&#10;VRHGiI+l4JnDn0m7F2Frk+yi33u3QyPG7m3WvHLM32+YH7B1Fmx3Ed/eKkZPgqCT6/P/AGOk5W5S&#10;nx9NLUTO2iNWIUfqZ25UC1hYW59jDgNurs3atTX1Bhlq6kziSdAVpFplWeUokZVQ0MQnkd5Dp1B7&#10;s3AIA26bn+/N1WBAy28a/ipqr9vCuFAxwGATxG0ssV7cw2tnG6RLQAHJJJANPUmtK+VanA6LTnNx&#10;S7n3ItKCYKejCaYjq1o8zx6XkmjcKA4WOwtay6f0lg1AveHaWc7F7Hze+szU2fP1kdPiIJPEKjHb&#10;Yw7mDEUawoo8fhoW1Tn6tUTO55Yj2utCdkYtEoR5CWBpnSpquTkdpfVTBPDFOs5uUuU7La9i2var&#10;WFGit0bxPMPK+ZG+xnyOB0qla06NBtzb9DtvFU2MoIUgjiaWeYR8iaqqG8k8zki7MzGw+gCgAcAD&#10;2ar4XZees786yxFIoWlxuA3NlqqyKDGRhK2hqH12LMJompY1ve1v8Tdz3D5jtv3Va2UZrFBt4OeI&#10;fxQGNeJ7NAzWmfXpHuPK0a7XuE00dZJrlU44oArqAOA4SE+vRG/5ou7abZHwZ763DUSQpJFiNq0O&#10;PEzNGjZXI782rS49i6MCFgnfyNwRpQk8Ag3lx5NqKeHRRmsUSs7iOKF2VJ2DSBBK8DSOGpdbKqyE&#10;K6BQRwIQ8RLuKOWGpD0P4cAhzUkstOA8sZ4jIijceWUZZVeZYyCVHE5FOIUMQMihbT1qzbJ7EqN2&#10;UVNXHcqYuprcLTQo7VtZQ/dVFPAghlq5MWKyAUKx5FqaF5GgjldXA0EXaVWbkqWYyDF0zMRHQ1El&#10;Uk4SNKowyJT0xSlkjroS0iWMbGOOUuCwKtdjwHBA8M9rANViDkgCnZR/iWpBpWq4oSAunLqatP1s&#10;hOXCrgnw9RJI1jRgGmruPEI9QOjA7RqaWmipaGXdeUpaSWaDJUGPw9RHUpPV4ejqJZK6t1Viy4yQ&#10;tCWZNEUssSp+2+sH2kaLJzY/L1EEdbUUrVsmRqK5jifJVUsE9pbUle7ijnlp62YjVIru8mhLOzi7&#10;UlyutrUlyfDJ0hDWuAKP2qNJOll0tqZhQDJ63dctm6sYGEKvGmhU0yURjilVI1IGpUAsAoDVKmpB&#10;touw6XIbZxlRUUNHWnCUu3cZh5UzssdFnauKXwMtViIKKWbG0FRjKdWAhlWniVZ5HaPxuPbNvbcf&#10;3VdiMjipYKqlalpJp46paH9+OIrOFmMWPraqjpap6hA9QI/ErKwXSWN1+33iCzSETHSW1DiAQVrn&#10;HauMyHUlQI6htJ6K7HlGSGC+t7yGkyySLVSxoxOlioLhXAoSqlqgHUdYI6M90vuSVcBuPG7lirsX&#10;XU9dloKSOmq6giBJaxqKNaRfuqSHI1lEIHtCrl3jYSyelPaFpMvlcRlNx0tVGglo5MdQYvDu1SRk&#10;IZa6eeVa+rjhmLUFLRM0kTIsAhik0Nqi0IW729L3s8fhaqvRUNBqBZi2pgGKih1qQpCCuoGtSuPK&#10;9pNa7fKJFSNw7STKinQUQL2orr3uaLRiSKF1IIIAx5bduK3LjNm1mFraispchJX5LKbgp1p52xkk&#10;VJFEi01PM8EEtZXZCQwSFmqQ8ivKqBgXMjK74XaGw1q6rzpuBlKVK1QMAarOUoMfULh6WOafLS42&#10;qrJz9lLF5zNIdTyKze1NjcusJ+qkOvSCwOO6qo2lQXYqzV0fEACATwZgld8mHeOZ2ACNYg1UhwaI&#10;qO4MkpURLIFVQ6EqwoFVSANIx7Eranc+46ykiqaefCUssZhhpilRLFDNjautpfvK2NUoY8tSwJ/l&#10;imONYiQoVgmtoGe3lkcnQ1dbhfNjKinqsMtHiMhVU8dfWR1WapUyFRU/w6vrJWgSgEqtFrYRD1Nc&#10;ada67luYLdJISfFLx0Q6TgyAE9j6gAKjJXIYlCezoq2zlKzgniiv4xIpSTVKgICFY2ZAPFQaauoK&#10;vpJovawB1heY4rj6uioKsx18M8OU8lbSRvHj6OeixpWIQvLDS0jzmdFdZD/nXUqn9phJ2DPGP4ZF&#10;QLkhDHufNyV82Hjy9HT1FRmTDJQpXQVNfj5dNNJkf8ojeFwn6lSLStyi9uI5ZdSFjGsrA01qKswI&#10;1BnXVXUWJ0Mp0kjQNPT287YxN3I3hJIbOJYw+higiqHZCFZQ2lDSjKx89WaNG9c99nT10uQnokMW&#10;IoKilpK+poJaiKmoJqla6KCSmpqqOSorJKO0ILKzykIRIwuoFdrVFVW4uuyUWXpq5qfN4qU4OSCq&#10;/h1HLXZqauhavp6hGp4K+kgoYxG8sTM0ZIupNiQy3izx65t0DoGQmLSSqsX1AMGLIXTQNJYaiKtg&#10;sykZ8sbLELi3tW2xkdreUCWqhmSOPwzpAo2hnZqqJAeGmoz0K21chFTTU0EtIsQnoKkpXipopqiq&#10;paGjpoZCksEn+UU0s+ogh1Eb2FmHJDjqfrinz+emmpqBHhp8hDLSpUtLi5aWY4mgl80E1TSQxVkT&#10;V1IHMghlaNlRSpZCAQ2kf7zvVtog3hahUVAP9nqrqIIrUChIOkacZFZQkWWysrea4kHivHltIINZ&#10;JOMYbtADHBcKw1cADRC9/dz0XX22ZhUZEQz1lNIDFR0sdUtXTtXrTPSvTxVjTM/28pGgtFdLtrAB&#10;JGjP4qaDK1FHlJttZiZxV5fAIsOQos5QRVMUeJirKnMNk56SqrY6itqJDJGlMZo3sVJj1H1yLw3U&#10;0FxJE7/HGCJFkUsQobWzlD3E1NEBrxFBQw23brc2UNzDa3MMOpYpSXjkhelZNPhrEJNIVQpDeLp4&#10;YqV6Kltrs+DKYamy+Enz2DhpnpaHLTKMfXYaqlgqXys1DT4sY6KupYKmioV/W07xuliwWRvbKdpY&#10;OGoTJwRzQ0EVTWS1tbR1QnoMfDj6J58iZhRRVQatkyiOIryyfvswRzoIZY21S3929vtsUhpK2oqQ&#10;6ppXuZtIbUWcHQNTCpBVm01IgsNu3S+khsVtw1yyqqowYO4diEUVbCLGwLaVXtXuUaqdQ9x/IWtw&#10;uFq8fl87Sx5tqSkho8Vl6ZKbK5ipydXHT4+OGiraijlSCWinWR/2owYgpPqdSBYpqHY8MO2KqXL5&#10;KepMkddSeSSodHMxkqWqKqhMdQtK7JIsdyAYQulPGCwJXcc6cz8vpvnLW2W2kuZIWkYOJCxarH+0&#10;AU1BFKUoKEEU6nfk3lPceWrW8guorbxXGmai/Dp/AhUAsuoajkhj3mpz1rdfJf5U/MHujdnf21Nm&#10;dbYnDbC2x/Etr1MktZRYyqrqSOKjwslTgNxtV4o181TJSyVSRUzMHiqLTCdkSRVrNW0FI33NFkoV&#10;h8hkkp5JZJNSEepURY2lj5/otvcYG+3Rj9PutkwYfjqhr+QYn+XUhWex21zCr2l6puj+DS4FPtKg&#10;D8z1Ty9R2jnqaPam+Oqs/OIKeGlxe4aOgoKWohqFZZFlraw1EVHklUyMpcuH8fNzY+3CkrRXRGdQ&#10;ygOUBKsgJX8qWN2B/rYf63sj3jbEaMvHLVWFQPPP5A/y6EG0Xy7fdfTyxlXAAqKUxj8+gF7Q68nw&#10;kwpjXUs/mpY6+T92CVqcSqVWGVaWaZI3Gq1tbMCLW/Pt2j+t/rex+v8AsPcQXUYinkSnn1MRnN1b&#10;RlANKHP2UHROqiA0lU8ZCk3ax5sRqYcfT8j3LjJ/3r8+/QsQmind0At1hInJOcdLPE1A+2C2VRcn&#10;gWJ+nBuxFufeUAm9h/xF+fz78ysScY6KNSoVBz05urspZdKi1wQDf/XJN1v78Y+DYc/7D220QIq4&#10;yDjpSl8UKxg0T0Hn+fH9hHUNqRGUyOokZbhdaoyqxHD6Sli6/j6+w631tClz1HVOaKGsWSGaPKY+&#10;YtLBkafyJKYmjCsfNG6hh9H1WKkMAfc1e3PubLsrHl/faz7FP2aGXUtD5+uoCtMgeWCQegDzLypL&#10;NdR8ybFqg3y3YPG6mjhlFSceoBrg1qQaAki4L+Wv/MWynx6zuO6l7FzuVh6+r8jRwbVzyTxpPsDM&#10;SFo1rqWrdEMOJaGdUk0l1hAJK+MFRVP3z8ZoaJqzc+y6WRtsSzKarFwvJUZHCvoJExiI0yUJkWwY&#10;W03sQCNJE3OnIscMEnMPLLePsTtlA2qSLtqdfrGSGo4bz0nuXumD2390pd8ih5e5jfw+a4F7qqqp&#10;MQcFQKgMFB1DIY8MHrdu+K/zfotzHC9d9oZeji3jkqN6rbW8JDTU+2N90a1IaOno6lKkx0+4xSTK&#10;0sOrQ4BkiMi3PtS/Gn5IZbpqipdibq+7zmzYtZxcapH9/iJpanzMaGpqNImpmkaQtBKwAZjpZfp7&#10;U8h+4c3LsMWz7mkk21ivhkUqgOaITSqg1JVmFCewj4TH/vb7B7V7jSnmDZwltzQD3sQxilXTpAkV&#10;SCCAABJmgAqG6ePll8TKLuuau7G62yNPtDsaYQwZirqpKufC7lpqaljgihzOPpQ5iq4oo41Wspwz&#10;6FQOrAAiwzFfJ7pjcUqUtFuGrpa8x6vs8ljZKad24stvDJFdfobH6kW9zbt3PvK15IkQ3VUkJwGj&#10;kU/8d6w2uPuw+7lo+qHY45retFMcqN/NmQ0/2vVbe6Pj98iNj0TZXcezKKvxETQ/c5nAZKPK0lOi&#10;sqNJHTRzx1lh9SSLj829hZ2d8g9vY6kWKjoM1kIHeL7ytpMWtTT0dK8zK0hgeopZpnGnmwJUfQEk&#10;e1+9887TYbfctbrLJCcSOq5VT2misVYk+VAB8+hvyr92P3CeWW73JLe2lQVRHchnIHCqq68cVrjz&#10;HRjOithY3OS6octhoq5EYxU2SyZpKvI18ED/AOSq8iyFVaNrlG0hiLMwF/bXTd59ay0FBT43LwpS&#10;GONpnrHixkoqdYVkqaStkiZWFzZhZfY22fnHlR7eF4t4jUHABopFAMEOQa+tKj0PQA3/ANnfcrat&#10;wu4d12SYTqxxGrTIy/hKNGpHDiCa/IdGYwfV27Wqq7I5KIx1pdqaniigapSOjCKiNTVVPZJVl03P&#10;HH+N7BLbn+SPVeChePJ9j7Ow1wyiGq3FjZJ9TWjCmnhmeeQswFgAL/1P19m7898kWLhtw5jso8/i&#10;kUHj6KWPn6fs6rs/tD7g7g9LDlLcJDTj4DBQafxtoUfYaEcMnpY4/qLLVtR9xNtuvyMqEWZaGSm0&#10;mMswcSVDxQMbsT/RrWA5HtRU+Ubce2GzW1arCZ7J5XCPWbZpKusnxuIypYK1N9xlqagr5qGhmMil&#10;nEUkzaSqAE39iy73S5k2uPceWoo7mN0DRsZCkZ1YVqqrvpGSxWNqKM8epM5Q9oZbfcxPzzM9vtsE&#10;2l44l1zN8RIpqUDgBknz+XRLO+/k/TdZ7xTYmP2rvLE4bBZ+nx/afYNFhqTKVGzYpoIneTb21JMp&#10;SzbmzLUWpUaQpQ0fkWaUVAUwMSjcuM7T2rPU5fuvsjrLaMcVb95jaFqBMNgYKel8s5p6OOWR89uy&#10;VTpJSeo+3kI9dK2qwEvJ1tvFxGb/AJq5qa+kdgyW1ihgt4aA1EkjyePM2QBV0Sgo0L16y4tpuXrK&#10;0tLLlLamiswgGt6tKVOK8Ska+RoC3zHRgusuy+j+zsEJultvdwdyz5ajqMZl8xitwVVRl6SatjEd&#10;R/Hc3WZij2717kGS+qanghrUH+YaLQNRN+yVxnffVfa0uP3ZtHdEGEx24Xo6bM4jbuE3LWUdLQzz&#10;1ebwuJxVLDk6HGw1cKrTmpfXUKjEoqaWYu9wmg5z9sfcWC85Tu4Ej2+5aCW8UGRvAikYyKg0yQRE&#10;rSKSQs0xRyURWVupA5fmisd72l7feEeUsoZUBPxEAgyEkEjjTSBT8XRwtqVlN1tuHaG2Z9h74wrb&#10;koIaeqyUW4c5vPamLrTK1PjMZms3lsnLrzlQI2eWVISpNh5JCx00X0m02o6lVWWNqVyzJ6mQIzcl&#10;4yxaz/8ANs2B/De+NsltGpLQntJqKfPPn6V/wdZEW94rFVl+Kmaft6M8p1KGHIIuP9Y8j/ePY2YT&#10;YVfWQRlQsq2FpAx0uthdgSp9X+H9n8+3dJrnh0pkVaEgdvXftQr1+8VzKdDLptaSwX1kXJ0fgC/v&#10;QjP4ekwIULRRx/y9e9+/uRTf8dk/X/qh9bfT9H0t/sfdfDl9Bx/n6/6sdO6266sP6D/bD3//0E1u&#10;HqzY8dM8+1d+1OMkGSrMYtHk658vtlcpRyGGoxtbT5yWStxqVESIl5LwMCCHCkW7KXxtJNEdvfTx&#10;2pmZDHMTJAsqnS0bpOWKlqEaiCh4hiCK47T81fXXd/bTyhZo60Q/jxTNK4pgfzA62gevu+e9DVUP&#10;+kPpKDL0tRhMPumTKYSSkod+UOAzVKk8OYxjbWopsNu0Y+qnkaWKjnoshApOqmZ1YEsO9dv9bUFN&#10;PTRUlBR7qpYpaXP4ut2lRNjGqoKhRLLSgU07RVKEDUkbiJwNak3PsIXezK8dyQkCNVg0Zt4yoaoo&#10;y0BZTggjUBSlMU6CdrzOkO5XlruUKpAJCEcAl6YNKUpT8+j8bJrN7ZbxV2lMhsvIwxZHbeaptxzH&#10;JpRVVOksNPWwzPSJPTC4Kl1M0fKOgK8k87S2L1Pk9u5iWgwhx28QDJiJ8NT5CmxUk5cKTXU1dUil&#10;pqaNCwK08ZYE+iw+sccz7by4LG41WTQ7s2IxGsqxEhhqL620jFaaQRWlPLoULu9m5U2gDBuJ8xXO&#10;B/npjoV6CHcEFZSo8sVTjTFMauWplhNUstm8Hg+2hHmVvTdpG1W5Nz7JVLh5KGoNKUk/WUvqcLZT&#10;YAA6zYEcf4f7cxY0U2tIwtSSa+nEn/AejVZUKhvOnSo9rfbFMGr6SmlnFLFJNFHJUsrMkEbyoskr&#10;hAZGWOMkkLckD6H2a2u2x3ctpa3E6wxNKgZ2BIQE6SxoCe0EnCscYFadMm5XVmgBIyfLPHrg9wNQ&#10;VmKgnSpILWtcCxALEfQHgn+nu6nrLE5TcWxI9t74zO2c0Ex1LBh92UifxMZPFQmN6TE56jrscdag&#10;RaPuYZFnWMD1BwXOfvLHKfMkPLC7Xvl9tu6WBjCQ3EJMomhFCqSiRFVgKLRkYSUHaUdBIZ52BZ7/&#10;AGGWw3y5s59qkC6HVi5DcAGWi6aE4OCDQk06r67Nq/7ib2j3ZsTEbk01OSmn3Hs4tJjUgyVXGaep&#10;3JtqsgyIiSpVJTI9NURS0lQ72PpOj2Z3auFpNpbIkpaGh8dJgcfVvR0sVdDXxNDj4p6uKngrgnmk&#10;iYNoiMg8yLYPci5Xxxpy/tC2dtbMsFqkmmNmLkKAxVAzUZloAoLAMVpqqakyJytHFy7s95Daustv&#10;Crle8Pq0jVRiKimorQccH5VIb2Xuqp3j2xj/AOI5SWKp3XlKCjyE8+Oq8RVQtlJcdghUVWGadokn&#10;hkhU1AhY00puYrLZVYdmZ/J9q9VUW5q7C1GJmzpysZwdPBPBW4+RqmelaMrBIJ54mngWYPdLxsLg&#10;X9hXlje7fnbk1L3c7CW3a6hYSwMWqjCRlTuBQk0USAgqSGFfMdEviXfMWx29xcGkiyNUIoHGlPOt&#10;PPPTturEbX6G7+qtoUW4Za47ZxOy6qo3HuPJ4yaPIU8dFIQk0uQSWkp6qSgX7IRKjDzRBh6j7HXG&#10;ZCihymOwOZi8VcaaVcXKkiClleKFjVj7lnJp56hATc31g2Dcn2JrmG4Fsbq1bVFUaycmvl28TT7T&#10;Tz6OtqF9ZNR1oPI8QKeYP+rPRDOwMBu59jbo7U6wrFrNvNuGOp3lBU01dU56FKzMMmHanwcFDTvl&#10;KDG1LIGjiKFJVDSRsoUhxfFzZmrnw+HGLglpfFXNTVhYh0u2mc6gFqSHjNgDdWHPst3PfrDl+x/e&#10;O7tMYMJqRGehY4qFB0gnzOPUjp+/3nbFo25LO7rjC/5ytR9nSFy3bm2elNkYrt7t2TsLNUGVSo2x&#10;Hn8NQx1EuLqZi8pxJpYXTIbfgnYRmzRRIyyBTISVuraDaW73nphW7khipKRlL0tLjqd45o9QLRSe&#10;eEjRIoIPpuAfrcewFv3ulyZtG2x3ibXNNLPUDvowIqCSuqq0IpSlfQEVI9FzVZXKtFbWk+hOJc6a&#10;j0FK/b+XRJu1vnB8Qdu7ayed210NunL7n3XBVR0uczG88pQZmkyGmaBcxLFSZs5CCSldEOmSQxu+&#10;kHUuoe1LPsygqBJLWZCrqFbUZaVpDDSyXXTZ4IkBZLi+kkgE/n2BIfeXc5by0tbblI/SyEL4iuHZ&#10;QQCHIpjJ0kEcB0UXW9LucghfbwkUZFDWtR8z0VfEfzEuwaStw2K2X1HtzG0rzww0m56CP+8G5cZB&#10;UWkjyFLkcpUMlM0hmCyMsYJRWH54443b2BjkkmhxFLSzUjMKeWRzNNJ6dPmDFrRsTwB+b8ezfmfm&#10;Xmzbp7FW3OWfbrpgz+FDoEYVqMhIqX14FSAaAkZPWrrcG21VljcDSK0xQf5Tivl09dz/ACJ+RdIu&#10;Fw+R7a3Tu/a2+IYK7ctHhNvvQUGJoqetSOrw9ZVwRO+TlqQqmQ8uY9YCEklihfKPvzZPU2O/gVTQ&#10;runcy6paHbWHigyRoGliklgqsx/n6akjaRgVEis7arhbc+wf7ie8HKvLe0NbmxG6cxONawSLqSB9&#10;JAkmVloCATpShJrqNBkg3dd8sN1Eawhg8ZOlmOAeBNP9VOr0f5XPxa7W7xjPeEuT3Zs/Ye4Eigrt&#10;25+erxmW3acfUpHJRbcpaWmxeRakpI4FjNSJYKcOlgHdXtTl3N2r2Pumgx+/ZN74Tbv2eThjpdmU&#10;v2+NyeKqYwq0lVSY+NQ4iWMqzysERXFhe494L80cyb1zNdfv69vYY53kxHHGkSx0FBojUAAUA+0+&#10;vUaM1pdbvc8uXmzyzWssbSGQoPCYCgIeQigapwtakcOtmDYPW+1OusUcBt6gqjC8ZFbkcjV1uWyO&#10;SkmZpJZK/K1081RUOzueCbAWH49l53V2N2Z2xUUkO587XbhqERIKZWip1aTQLRqRT08bSMRxqJN/&#10;6+w9d325bvLH9XK0s4FBjyHQg2PYds5dtDt+y2KQWpYsVWoFT8s/4elnjsTjMLDJFjaKnoYZJGml&#10;WBSFaRjdnYk3JN/9h7EzB7a2909HTZve9LT5bdNRTiqwm2o2lMlMCNMNbkfUsUEGleSwbkWS1+Va&#10;wwbaqPdxiS5IqFPlUYJ+Xp5/LoRxxrCFlkw/kPP7fs6wvPJkklhx0zwRrK0U1YFHB1apRT6jd2/G&#10;qwAJuCfYUbr35uvtPPimKtlKpk+zx1PFFImIxAk004SOkQBXIhbTqIMsh/OkWJXPM8zM8hJb5A0H&#10;oK0pnyHE5p0zPM0itJKwAXH2D1PyFcny8+pNNTUmJpmjhTxRRh5pHOo6iVZpJZZD9XYR3P8AsB/T&#10;2dvoD4Y0uFrKTcXZkNJW5UYr+NVO2KiuyGIosJSukZpKzsfckFPLFsvHEshpcVAsmXr2CpFAqB3W&#10;YeVPayaWKLeeap0ttsRfEaJ3aNlRvxTsFrba+CxgmdwaIo1axBPOfu0llK2yco273G8Sv4ayIisG&#10;YAgiFHJ8Z04NJUW8eS5qAOizdg96+Wmmxewpq+JZcpBg6beNHjqbMVucrC8Utdjurdt1BMW98hBC&#10;rJPk5TDgsZ65JZ5jBJAbj+pOrsxvSjoDT/d7Z62ixyYueWOCPE5Tc2JkEMUmE2libCbZGw5Yk0nR&#10;I1fXxEGeVjyppzd7hJPt0W0cuQ/SbMkTR8KO6kaaRKQTbwMB3LqaSUUMrE9Bjlv2/wDpryXfecgL&#10;rmAuLiNGq0cLglleeQEGWcNQkn9NMrHEOPWuF/M4/mq9VfDqTcnXexEwXbXywqMhLksXQU9dDuDZ&#10;PRu6PDJFj949tZh9VP2j3DjNTTJQNTjF4mZWEcVMARKcPI5PZXUe1adfBR4TDY+OKixWHoIolqKu&#10;Z9HioMfQo6y1ddK8pLG1lUGSRlRWcRhs2w3/ADZuAtEnVY2dEUBQcthVVB6UJLUUBasxorECDeN9&#10;FrJaQQ20k164pmp0gVoxJAKpSmT50UVYqDqmdWdOfLH+aH8itwVL5vNdk9jbkrv492B2Ju5axMHg&#10;MUkQD7g3TlaWhag29t/HUkS09NBHGPI6R0dDDNO0dOa/+8u7uxN+bd3dh9k5EbQgy8dTtjatQaST&#10;LVOb3FU0ogp8TisZDTVVbv7MSVDgz0FFH/DqSFilXUJpMvuY0fauQ9uvbGwt4bnmdAUSdv1oI31Z&#10;W2UgxzzEEhiUeEBipOUqXQRW0m8QDc5Jbi+CeNNbowRY4wxJkuZSVSGML3AOwd6ViSU0rt5/BL+V&#10;v8V/hNTbA3x2djcR2v27tGgO+t1793GRidq9Z47GtJkBuw0W4MpSbf6l2bhoDelzWXlXcmVmjaop&#10;YxdqKIt/Sn8uOgyu507E7xyz5/c86IKjIZHKGq3dVZTHSJBO1Vm6HJvjMCuM0fb09Dg2QUfhdRkK&#10;hA0aRhdWG58wbrLvXNm6y3N7NXW1SWLIdIUtVwqqRpCoSoXCnSD1Is/MkdrEbXaEohVmCr2oqMO0&#10;kkIzFidRMn9opAEahtbDD8zf54u2OpNsVu2PirsjL7q3JDTYerx+XyO2cvRYjH4Tc+KrM5hs+NsT&#10;YyHcEVPmaLwV0UuTpIJzDURGopYRVwTS2i7P602R1rjKPAbHwu3cBiaUyCkp8ZTQQwxGZjJMWggi&#10;UCadzqd2u0j3JJNz7kDZptrs7RltrLw9NMUz55Br3V860pj16Be9fvPdJka9uga+jAqB+VdNfnSt&#10;McD1rOdr/ODv35L1mTzncuc7Xzrfar97hamgqsViDEE+2lOOGpKdKWNTpCLHdI5ApBALERafGyrI&#10;9RFNFG7OC11AUHRZSq/Vef6XHtfe8z7WzJBf7ZNJDg1U1IGK1qaE5x6dUs9p3GBQbHcI0rgApg6g&#10;afZ86Vr0Szdvc+18hTYzbe5ts7iyWPpIKVjJDlJoJWNNPNHWFmZPBVySRyKsTkGUDVqZlfjnNFXt&#10;ouIJFh0a9UvjRpLkh1XQb8jm9vY75bf2uayb/djPb3dwaAspZkQ8VbGhSfUVPz6CW+yc9xykSWQl&#10;hh7lCEKGYDBpUE8MCmeHQm9Xz/FGXGVkc26dw7WzG5sjWY6gaTbsubymKwbxAVFBWyO8mPo/LIhK&#10;So4I/VdSPbdU1uZgUOmMFWrExKaKpgYqPxqLn0kg/wCvx7Gm3+0PJ148V3ZczHw666uoYGufIinD&#10;oA7v74bpYJNs+67RpZgAQurVVceS09OJ9ejkdYfy9vj/ANhvFmdt/IdMVNjzBllqN27bljonp7Ks&#10;scI+4SEnyG58hVCVWzfX2x1mb3NBFGKXAO6teEGWsjLR6fr5AtwPUPr+fYog9q/bQ3M91f7yplC1&#10;cKyorfaBmvnSv5nosj91+bpLT6Hb9ufwz8BKMzivDTwwRg54Vr0Y/bP8uv4QTbgytdv/AOTFD/Ea&#10;CnWszNDiIIMPh6sSSMsgo3qZTLPIGjH7MTyNFqcabH2oaT72bHLWbgMNO0YjkaGKQlGCi5R9TnVc&#10;W/pa309xLznvnKHL891YclKyxCqvI1SGpX4TnH5Dz6X2v793RoG3+YPcEApGAoIqeDBQAD61JPz4&#10;dE97Fn6R2Z2Vkti/DfH5jIUmS+9wNZunKU0skn+XmmpJavCCqOqKGdIirPpQsVI5AHsNN29lU9E7&#10;08TEemyeM2IH6VJIPIt7xs3jmTxJZFtpFUev28afn1Jez8syyRxyzLoT+HPR7vil/Lbqs9Q0G5t2&#10;U0ctXUy080qyB1BkEjSyCTQB40AaykEXvz7ALc2/nyVFVUzzOWmTVGzkWWSnLSgm5uVCKfYYjvJ7&#10;h3MkjOpFOAzn7eh5texWdreQXEUSq4YA5PwnBp889XWdQfFnB9cZfD1+Jx9BTLj5JFqIoPI8stLX&#10;K9M/7qx6DZ5wdNwOPqT7n9P7wgxtXujH1cyEPDX1NPeVEKyedHU2Yg3tMP8AX59jHlncl29rgPHl&#10;kJU/0loR1G3vfyx++ouVbu2r4kd4qt/pCCPKuf8AVXqT8qup6/P4rZOdxNE0iF8Ng6+maF5f2Gil&#10;p/Jdda2iSm0v9LW/PsDuxO0qTB9j5yqaZ2Wth27mImiUFmqcJm4JHZtJKtrhZjc/gG/49lG87nId&#10;0mvlwrujkDgNEmv9vy6krlnlUn2+fZLiEEiOaMCp+GSIj7a0an2+fRnegPj/ADZTo3rXHVcFNHWb&#10;Yh3pgZ0qWl8X2G79n1mOlCXRXRBUxQXFr6rW93YUHZ+w6+OHItkER/tkqJY5KdGlRZ1EqE1EbJTa&#10;XWQaQWufzz7yfg522mWzAt53Y0BoNWB86AjHmAa+fXDu99s+aLO/m2+5sCUV2XVXiQSDQGjEV4Gn&#10;+bqnDI7Q7l25hZsLtilq/wCL19fGtO0Wdho8WsiMTO1Ti8jia1jMj6kLRSEHni/vBku6Nu4alepq&#10;oqzG0R0/b/cSYynmrI5DZaqnpoqnI1stMebSLCUNjY3HsIblfX81yz7hzCbXbXPaqpGJHXyKirzF&#10;T5MEFaHHQv5f9uTIBbbPy0L7dVLBn1zmKMj4lZv04Qw81ZyR5jovuT+Jvyo7a3C1DuDvLb+Hwkhn&#10;pcli9qbeqaqroWZDqoqvJVOCwFBDVxuAJVNWpW9z7B7P9/0NYjvhsjTUlEDKJ6mSiyVTNYKwEyvW&#10;UuJhhHNgzWH+H59irlbaNtga4uNpS5ur2TjLIrs4PlpV1V6fbQfI4pIZ9sedtw+it7zboYEShVEa&#10;MLQ4r2OwJH2Vzx6G7pv+Xv071DUZHI7tj3l2pvTLU0b0a5HI4fC4mSq+5m8lIwxWY3Rl6kVRT9wK&#10;0raV9Itce6yPklvduwtxY9481JlMHQ0ogWOslofHjMhLXTPUV5SjnnK+eFlAXVc+PgX5J/c2O8Sk&#10;vvFqVUaVXVRKdzEtSuCVIFOsjORuRByBt9wqxgbnctrYjUTIAg0rRgvwtX9p49X7fELb021dk1dN&#10;ktmYXaOVGUk+yo9v0VXHDPt2KhjOEx/lydNTVU1XjfuZUkkIGt3NyuqyqnYnQtbFDi3ikxTUj00P&#10;8Rqvu4gKp3o45FpKdKScVFJTyyhWcMqSaG02a1yNNv5IlBjmjaEJoJLfGSKV0Bl7lqQC1CK0GGpi&#10;EecvdENJd28iSCZT+nHoNI1qVZyGBViF1KB3ClKkV6F/IdjUMkdYjtVJLDKVipBSTiGEI6iWrIcL&#10;TzyJGp0KdQLC3AJPs8GMwHip8LS1E8tTFTUFHS08dQ8VRNDTU0VJEkaVLxtPKBNAAdTcg8njkXxW&#10;UUCwIjEwxoFAIGBRflWpIzU/t6ivbNyqLu7hIQyuzlgCNRZiQSuFUUOAFAHAADqt/trc0VTNuKKh&#10;ghpZFzFZUyT0qGKH7isaqnqHanVIwksgqA/6eGY3AuSEv2Vg9oZnbuRpt3U1PNgKiGGnyNNPMKZK&#10;qmWOZRBNVTVVDTQQSVExFjJGWPp1+u3tndLDabqyvU3y0WTbaLrDGgYeS1JGP9KR8welu37jvsO6&#10;2j7Fcn96gkxkAswY41KoBY0HmBQeZHSv+P1ZuHEV1NFhVqDlBUVpjqohIHjqa14w7mOCGoeZ1oog&#10;GHjdV/qPr7b6CXEz/wAIFHNDW4vI0yTYzKT1srjRNF56NImctNLDPBoCDVeJUCtZVFhZZOjW9tPZ&#10;0ktCpIIYGgILVUkgtUA4HAA9B67e7ilvY5leK6jbS6BTTUtFdjTHxHuwRUilePRhqmnzH2tbVSrU&#10;R11DVNHksbFF4nqWhnWmlqEaUxUyVFM97/tkSE2VifarbH0OZFNBVRNFWUk3hpZdUOqRZYg0ukxy&#10;SxVCOG0st/8AORtqtyA2JmVnuESiA1NfkTnjUUIrkA8MdFIhktVeSPSbeRQTUEgVPmKChPFRjFDS&#10;hHSQfdOQ22tfVKZKjGS0rT1UOmyrImsap1nEEscwCjTqC2hbi/I9ofsPA0eQxmUgy8E6LSUgaGtp&#10;qhaenkrVgkghcU80skaTPLKoLogeRVEbnQFABnM1nBc2V5dTrJ2Rh1YGgMgBCkglhVQcUAPEEkdD&#10;XkfdLzaL7bpbGVGdpakEd4jLksoYAEKQPhqVByBU16l7UzRqqnF1+FkieKvcPUUmRhE1RFTvMsk1&#10;NG8LwmOBmiPo1WQnUoVyxNbHbGN3N1tuXbm7MRkpqDcW0sjS/wAJylLNPC74manoqd8RNNSVFMzx&#10;wxVXhIuT9tPoHCgNjtzlDd7Jd2O7pqXc7SRBrVitY2CVFRnAYLQDOa449EvbHcNp9zuW915X3ixS&#10;Xar+JxPG6qwMpZmEqA1AMnhltRFRLGrUFAejM7NiwG8MRnsBPSQVG3txwTPkKSaOKqhhykU89Qte&#10;lPVLLH5pKmBpRdWQVUIl03ZvdtmEnpOy+pqGr3jHjNz9ab92ZPWZ2r3TJh6dMNt+sxSVFVhc+tHj&#10;qKjyGMxjioX7iR4qgBizyOU1SSlZXFnuO1Jc3hW42a8t/Ek8cgUjkVaoxoqEIS1WalATWjpqflfz&#10;1tc3JHP297Rsoey5r2vcWhjFr4hE0yTEJNEHdnR5FMbGNdS47aISIyp4Knxm096VmPx0VTiN47fz&#10;jY/+GYtK1o89Viunj/iuIeorqirpa3JQywiogj1U5K6I0RWtHg68+N2z+kDS0nTklTsfBz5g5Tcm&#10;3Xmrd0YTcHkkyEiRRS57J1dftyppYa8wxTUsgH2kUELwvDDCiW2blqx2JBHy4/0tgznxIqs4cLr7&#10;AXY6CrtTUlAqqqBSFFI05v8AcDeOe/qZOdIkv79YRHbzqFt3gIEYbUsMaLOrBWqjhSJHeQOGdwR4&#10;pO0DuSCpbLJFXPpaKhqY9FJWUGuOO+qA0US16sUVijLFf/VD2gu3+1+9Ni5aWo2v0A3fnUuSxVXV&#10;5OtwG9MHhd+UklXSVNRWYeh2LncVT0WZpKWhpnAM1ZTT1T1CU4XyqWmpum6b/ZMZNu5ZO4bUyliV&#10;niSQClSggkULLp0sBSVS5dV0MV7n+U+QeR9/sQm7+4f9XebopEWNZ7eZ7Y0IHiNco7sjEsmEjkWM&#10;JLIxKMBEvMBVYWvp4IZMydt56nqJVZJUaajnZVgjR2nEiR+eUsDxI0elT6Tp9K/y2U2FvDbGxt6b&#10;ypD1zX1xxmZ25Q75r6Lbm49tZ3cGKho2wL1UOQWgpt1VceUloPtYqqpNYvnjTzxeWwhtt1tjHtN5&#10;ukDwO9DD436cqO6geGakhZDrKsgYlgSB6dAiLbOZNj3TmTZtlkO5wRmSO4ktUNxBNHDJq8YVjLvA&#10;pRZ1laJPDPhsTHIEIecfXZSjrqukjY5NYyWqqigp3nWWNppoVmKKGlNNCw1syEaA4JKhgSBm99g7&#10;5oc/gc1suno6nIncOTp900c2Wz1FtnNbXyEUNRWZyppoYspg4d0JV49D5oscBN9zJCGiFiwikTdb&#10;G922/wBilRkaZknhkldI2SQankYJrVZiy6lPgau4xFzXUTza+YNgudt3Xb+YWkSDwEMDLHE80dxH&#10;2+FVgsjWzK5BVpaR+Esp10pGJuLyFM8RF38bRrpRgPuIH1ECIagkhRNRIDm4H04PtA9j/FzZ/Y2y&#10;8hj67G5XaEnmnromxE1nxebqqhsxLkIaCkyk9NT0VTkDT1M0dJUw1E+gI0oZV0oN/wCS+XuZ9ouL&#10;Dw2s5cupiamltbSHsVzGFkkOp0jKMw7S4HB7lf3j5i5V32C9t7uG/RgEPjf6JEqCII7vGr6xDqRT&#10;KjxqxqqnILxHV6XEWpXJ4BbhbW/JAJubf098cR0V2tt3Hzbcy+987vE4Tdez9x9ebnk3DW4LP4PO&#10;VUg25na45THY7NisxW2NmVQWgTKwV1TEkApamSahNRCwETkveLS2liO4yXUcdxDLC4dopVkLGKQG&#10;QLIrRxwECIzJMQVWNtcJbUIovdflbcrmK/tNlgso5bWeK8hEaSQyoP1Yk0vJCEee5r9QYGijGtpo&#10;xHOquGmqix07fcGkVjVU08FUpp45nmpUWSQQR20zeV5wAoVwCGJ/VpKiFt+ifO9m1NGmJ3PX5jb2&#10;dgSqzmOjoqr/ACqu2f8AxeWk3CBhtm0G0aDIY3ER09ViIGz9HFWT05WSiqzTSynW1bnKm6ss/jyP&#10;DKitKuqis8GorIXRERXVaNEPHjRvCLGOZo3Ld3epacpJOLu1SxvbclYHdxqCXHhK0S+NcPdGOR2K&#10;St9JI0ayAiaAyqEnkpXx+LUzzwGJqa0Ucr1iuqLO0RkhdmrWrHWWdnjmIgd49RYSKzaTS5jYeZrc&#10;JksniYKNc9gGy2d2PHXDJjD4/dq4LK4OjnydDg8rTVmdxFTFm2E9MVUskj+gv4WiWb9IZ01W0qnc&#10;Ix4kLPqospjZNUmnQWUKzDTqrStGDUIBu1b7ZrcW1vdE/RXISK5K+GXaEzRy1jaZWWORPCWjeekC&#10;qoWUgPX7kpaTMQ0M1XJKatKaizNR+2auox81fHVtqkraOaGCeA48FGJcCVQQ49aNKPW2TwkEtTUO&#10;uYTN1GXmy8OVjw9dj8VDXU2P+zkxERrEqsJTx1O3MRPNDFH4DJCStMsjeWMrsGY7ms41yTrISNfc&#10;oUU0qpbKKfDWqxllDgyBFL0XV3zRa3cbWcC+BFHEqJ4ZlDyFSVOs6dMpCTXCqzgNoNGkZRoMLF7p&#10;xuczNKIqWWgfHHHNjZomycdVXSUDZCQ/xWZ6ZKKqm+3ytfTxyKzTMZNXlKsY2qw7/wDjFsTcHbtf&#10;2TkYPu81kcXg5P4omZyeLnxW5dvwR45f4RQYx4nq8TncZWFauKoqWK/Ywall1OUkWH272vcOYG5x&#10;v4h9e8cWmRZpIpElgYqmhUorrLGx8QO2kPFEdDivU48ie7nM228lWvK1q5TbYZ5tKeGjo8NwdZ1s&#10;5NJYZF/SKIO2WQ6kKgMbjb1Y0uPi1avTdYwQC6xi9hIxY63/AKkWH+A9sWL2vV0lfAlGsNVB5Z5l&#10;lgDM6JrKJGpa4ItZdFwi/wCBsfeQmz7kiRLBHDGqU7mHkASKA+VadqrpC8QTShJt33vXaTNLMYnK&#10;AAeRIoa4IIGKjPoM9KPUrKAb8gX4H+v/AI+x72lt2owdXlKzEUEGOqMvkhmMl4IBGKvJrjqDHyVV&#10;RLCrNNWPR4uBDKSCwhQHkEkvnt9pg+rKRorTy+I5Xi7aVTU9TltKKtf4VHnxgTmbfLvdILW3vr15&#10;o7ePw49RJKpreTSK8BrkdqV4seuBSM/n/eD/AMRb2KVLu37GKSnyFJPU1dfLGzqFSJIootLpNJJF&#10;rmnnknb08jn9QP09kV1swuJEMEqLDGuCc5+w4Ap/seZ6jC92iadvFt5VECJxqa1GfT0qfy68I1I4&#10;4Qc/43/2H14958vt8HNCnoaCWmnaCimhDeZpGhnUx+OezTNJWeONVIJYllIU6bAt2F94NkLi4lDI&#10;GcMRT8PCg/y/nx61YX9x9GHupdbEtkevxEjhg1r5fZ12HRI734Gr8HixJJIFzb2JmN65oa/B/wB2&#10;dwYGiymDzVJV0uXgq4lenrTJNGsNLJBqKmnlVmRjouQbqVdfYF3/AHC13Q3aO1UKFPDIoPDdaSZw&#10;a0oftFOB6Lzum4Wu4xbptl5JDuELq0TIdLIVIJINDwOa8agDuUkdNslah8nje7xglhpYW/NiGC3J&#10;BHsJc90dsra24aPftLhs5XZp5s42Lz02ebOT42k3Jm6rKTw4ukq8hRpj6apTOSQxxQwyj7ShWEjU&#10;q+VLy9YWC70dweNpd3Aca5WakXiu7yoqlyFXU2dIACBQMAUkW2565h3DZrjl+S9hh2qNYtaCLw1k&#10;NvAsS62SKrOoi1E6gTK7yA9wSPuGteouoNrBNWpWFi/ksL6fqPHzz+R7EU1NLhMTFTSZCSHIyzaw&#10;qvJLUSU8NS8kkbJKaInzUwUOWRwkjXUFhf2JRFPud20qW4+nA+wAkfn58KH86dE8Eb3Fw8ot1e2Q&#10;AVIoAxBoQKtlCTpzmpOOo8uqaQabaI9a88c8i/FwfVf2gtzLjc9VNUP93KgaKekjiDvrsqrWQly8&#10;XicpHr/S+o+ni/sT7V9Zt0YRNAJqGqaEfw0HoTg1IoDXo0smu7JaxjSjVqT8sr6+fUmFnjAQEDVY&#10;Mf8AWv8ATj/H3xTEZV6ZKiFZaVoTJE4kjhWmpTDEKtIwL+SeoEWlhcFWuAP8NPd2YkaGQB1OeNS1&#10;TQkgcATWtMjjTpSk1sB4RKEHIoanJoWp6V/P5deuA4uLjWAbf0LAX/H0v7eMltrbOEwGF3Dlponm&#10;ydQ1LPQiSKOWmyMsopYKqWaQqoSViqRgMjan0rq9lsW8X97f7jYQqEhjoQzfCw/hAP4vXBqB6kdO&#10;WO43c11NZ2wzGpOqmCo4j8hk/Lz8um6OqrKmurqIUxSCnWJ6escB4X8jWMarcEMluTb24025cNgc&#10;xhMA1DOse4aWuaOpowtXQpT4daGasfJVUjaYpzNXwiECNlJJP45Jdwaae5ggd2a8YSMtaigSgNKY&#10;AOoAVNW/Lp+5hvb3bb/cUuFItpIlK6u4tKWVdEQDE4DVOAMVOesMlA0/rkk1MjcKVfV9balEasSP&#10;9f2zbp7Zk2dgMpmZ9m1K5KLcWzNrUGKxeSTIZCvr945TGRRJBUrj2iqY6aiyvllkoxUR+eCaDyr4&#10;vMwM3PdJLGxWe9glYfUxp4algziSRELoqirBQ4LBSe9ZVBIXV0ZbDyw3MO52ljb8wp4T211cPJIp&#10;QIlnFIWDq0goCyFR4uglGjl0t4hXrgMdHKYo3cGM+eSVZF/bOgtHbll/t2K3I4F/8Pa5ze4t/wBN&#10;txsHDl9qTb1qsPWQ0WRjp604vHZWenZcJXT7Zhr8lka+gSvpy1Q8lTReeKnd49C3COptvj2tw9o0&#10;abokZUF0YxpI4Oiq6lYxhgmqNJCSNQZlNNBDZ2uxXG6LfyWl2uw+OmpGdPEaFGAlVbhljQSaKBCq&#10;yaGZe11RaYIMdQazIkMipyjp6mE1rGzatNk5/F+faVq63G7j+16f3bNDu5J9o0abtevqqWYZLD06&#10;T0ddUZaFK2inhizcmOXzpoEBBCSvokSILBY2Js5dqnVpnaBQwYL+prrHUpVywJEmrtZKtQkk1ZRb&#10;xX23TS85bXH9CVvZPACKy6HIDqFIDK/ghyVowYgDQKoHDi0PhikqoCY7vqhFgVVip5F+S2kkfS3t&#10;Z5fK7f2hReKU0GHxVGYYxHHUUtOqUqJGlKv3FZPDThUMqCxddRIVSzEKTGEtIqzXEtSB8bkaVqe4&#10;seIFaCpHmK0qOiiDb913idZlWWW4lBI7SSWFaigBauCTjtHc1Fz1GpxLMxclizcmSRTzwbkhNZ9o&#10;fevYuxNlY183u/c+3MThYzJNDmMpnMZjsfNGKb75VpK+eZROfCurShLOVsgYj2ta6tbWzF/eXsdr&#10;aUy8rKiA54sxC5APnwyadK9n5U5j325+i2babq4vzxiiid5Pj0VKKpYDUMkgAChagIq4Uy+QKyK4&#10;vcHUrLYi4/tD6H2VaTuDe+/Mts+LY024Mb13vWn+5x26sZsPJbgzLY1qKmrYczNXT09TgNsruGaW&#10;SBYsvQSPTQxagrvUp4GWvm3BtnuNtDLtl9lJ0t5GZYwupDrcGKEOTQGZa6UZqfqx+FLtvyDs3Llj&#10;vknMMttNzLYUDQPepDF4okZHi8NXSadogFf9CYa5GFCqwnxJ7RxKNTBWY3Wxvxfm/wDvHsy0vYkF&#10;JgxVySVsuIo/vIkyCYuam85xU01DVy09AKKnklpphTEwSJCPMhEsXokU+xBZ7bbbgs95b/FV9QOo&#10;ntY14irVYEgioZSCpYEExo/L1wm5C2IjS/cpRTIr0EgDBWdWZQ1GGoF+xqqxBU0hClhYkgKGHNhe&#10;wP4PPPtA9cdyZTdeY3xlMlsfeOx9ubGWoyFTujdmOosdiM7R0K4uX7nG12PyNc0lJTHLqUhZi7ku&#10;qkSiWGEjk3O30bjZX2yX9o0EhRWmUESKIxI8kaq7GhHElFAC0ajRyIg43jk632Ww5ZW25jsL/ddx&#10;0BYbZnaWFm8QeHIrxp3fpNUgKFXQSqoyO8PJUcASOAFTPUypTjSSWBlVmsBbgFYySTwLc+0b2Dlu&#10;0t69m4DbtTHiI+rtx7Om3DW7GwFNnl3nW5ClixSwU+5t5Cc7G27U0VdXtXiGDJ0VW7U8Sos5V/EC&#10;pLfeJ+Y7Kxu5I35QezkfwPAnS7kbSiBDPqWBEiZy4pLDJqQeGJRV1kPlR+UNh5V3LeYjcSc62l+s&#10;a3UrxG1SNjIWa3tirXkupFMTE20kYEj18PAeLSUtBQU8jtxNHKyRVEw03OkgeJGJdgb6blQPr7M5&#10;03g069w0mMbM5XKRVeQyFdVUte2GSCE51pK7L0dLLidv4aapp5cjNPJJJUQTTM8jFmvZAbTcvxWV&#10;tPa2ryNbeI8q6whZGd/EIURRxihYswFNRLGtcdAHnTfZOYtxjvJbKONo4ooxo8RtSwAJGSJZp9JE&#10;SpGqodKgAEMQaovc1FHmib0cIBCAyPqZ5DAAlOWQo8ZXxooI5Fh9D7MjtXcOyJKWm27S08NB52qK&#10;+RFmUxvW1stRVzytJDVrrrqiqq3dpQjBrqL+hSoXu9k3ezZ7+B9VsKCgqcEmtKj4Sc0qDUkkCvUf&#10;bod6uWk3G8nM0iBY9RDAhI1EagBhhVVQAoNA2ogCuQpy+29x0U7ZWKoFR4hT0qr4mjdKWkjSkEaA&#10;iTRBFBGulQ+kEsQBqPtLbg2799PJUmNpGWskhhgPgfWYyU1SxxnXFGYgdBUElgAfryJNr3MWqpCK&#10;KGUEn8q+eK1454V+zq9jeJBFHGpChgDUceFeldiMo8CiFJCgMMEsj24JdAwCM36m1HkXuPaNp9o4&#10;oI7mgQyM8sLjxI0yKPSgjWQiSNndtL3AIUXU/wBT2Xebs6dNwdIAIzQV+dB6dGbX08hVA9Vp59P9&#10;VnKxFDGdfEiBtbW5ILEgfW5AAP8Asfb23XmNq7LVB1jFo0hM0zv43csGVUlMakBhcjlfzYey8c0X&#10;MDFoSNfmaDj0Y2N7cRuWUVf+XSEzHY89Kki0RWeTRIZZT4lGrRYgqzhhcE/j3kzOMr8XTU0e2MUu&#10;UqIZIUp4jNDTAlnMUks+Sn8jLTxICX8KTzBeVjb2g/eRliuXuKl3BwWoPzFDQfOh+zo/glt7mVhu&#10;lx4UbhgaAu2RSgVfM8AWKqf4h0isTnaSrlqqnN1QoI5I3WoaVZJ41jbRpRaNAtnmWQFXLoCOQw4P&#10;tXY/YkLGmz25alGyaSNWQQSNaDF1KJObUEKQRaqqGB5NFRKJKhTIxVkB8YD8+6hpzbWcLSRVABrU&#10;UIpxoMVBrip4edeimfcjEslrt8bCAoVLg9zilWqwY6Q2C0YOnyZWID9Jep7Fra2tnwe2qKpnpldl&#10;dqeGVjPBFGpMs1Q8kixxD+yka+O/pCkhiWDMb4ggxNRJiYJtkYimgzwzu7dwyU2JrsZT0EZpUyUF&#10;DkaSsp0heoOpRkEhVIkF0kV1U0FrJLC9zus6i2IIFSFEfaSH7wyU01OosqgHIBx0jkie3vreBm+t&#10;vpPpzFBCGljkL92hpImWgAFKKzMCfjRhUL7bnXlXkKha7dtZT5vW9CKLFUInlo2fyAjy1JdYpGRF&#10;YqYmYKfVqGm/sr3bu2d87qpKaPZmWxVFtLci/wAXztPX18h3b2dWVeJRI8DTruHFZDbmDwNViqVV&#10;aJ6etpj5DK1NGlNJHVbvLHcbtdFjcxC0eM6wcvOxhZRCPEUxIpRXDIUYMWLMFCOs57yxvvL+2XU0&#10;vMdvcybzaOYYmCKttYhJavcP4TpPPNHJ3CRXjeqBFncyK8Rg8DFR0aLC4AkoF8EHhhCU9FErGFwi&#10;I2p5XlRryMWLWDFmJ1FBY/q/Y3aGwpNkdjLTb0qhPXYSWfaG5snuOm66zeUWGmzW3cPuYZiXNbdm&#10;p6PIvSTwRaTHQ08iy6adzB7XSbbtu87YINxEM8CBhKI52LQvo0OsbeJ40bKrsnaP7IsraUZUCm+5&#10;m5g5U5g/f3LMj2UBRJlW5t4oWvoYyXhnkg0eFMpkRZVqCzXDIyEzKrhRSVEyzeSmRURSXKS6Yppw&#10;uoFooSEDXtYWAJJ9lcedto0G8OmfjB1ljt357DZafaEu2NxdO5jbOwBPNX1sEu+e2Owa6DJt2FU5&#10;ykw9Q9PUwZPE0NdJqeojmVkhACvHhsbS/wCW+Ttlin3ESiIQyWUsdsCGdJpb24ZSLlpVDBH8REmU&#10;yLIZAQhlQWg3yfY+dvdvmmax2qWIXQni3OGe6KqqMLTbbNRGlmkRmjV1kiuZYhQR6dLyCczxkJJU&#10;v4w/qF5m4Nr20qkaq1z9bEj+vt/wvxI7J3VhTlPl/vTDb4fE1EeQ2xsLZ1DiNtbJwcOMoq+gpKGn&#10;o32vttXp46KaBFOoqNBWWVkja4i2Tkrct7too/cneIr+2t5Q0VtAFWzhADjQdMcRICMK1wWAyRQk&#10;M7j7zcobDuTwex/LtxYLMpS6vLySSa7n8V4mZyxuLhSdQOApyS6RaidOWOrjICU4ZgpsXsCnqN7k&#10;6ixI/Jtz7W2S6In3lvTZq7uoKDafV/VuTr5dh9e4V5Uny038LrMJQ5LduSialgx8UFBUVEkGOpk1&#10;oJg087SHxrIFzyiN7k2gbg0CbBtUjNb2sANJGAMInlkqoULqcxRRgkBizSsdSpGsnuX+5Nh5iPL9&#10;zcXvOm+26Le39wP7ICZbh4raJgXcl1UPPKBqKAQwhQrPMDegseSRzb/W/wAbcezeUm1cTroMpDD4&#10;avGbfqNu0ZiaRkpcZWrjZ5oFoyz08hEmIpvG8olaERFUsskmo6lUrPFU9yBgDVuDFS1e6jElFIJU&#10;njnuoITtZr0Je2bFWinuhM4YAapEWRVYsSW4SuCA9GBo2uiaIkk+ni315HH9D+efYdbn25R0xm3F&#10;LTQRbgrafEUOTq8Rh6jINJJBW1emGk8VJVZb7EVeTmUrNI0VPFK0rCK8sns+2y4hiuFlngDylEQs&#10;FXWVVqqjMFJ0K7FxU0XuYFe5uhFazXErfu2G4dtrR5niWWURgBlQAszSKmsiKMtTLGNQpbsCZ4pL&#10;/wBLG3+9/Xj3z2liqeuxf2VXFlvuKGiNNLVZGqjaStlgWmo562LwVbUFPDVynyqzRxVMiXJiV10L&#10;aSW7tJBM4YOWC01Ak0qNbFaBw2WFVXuZmKIWp0h3qo3GSZHiNvJIHARCNClmYJWRS+pA2kgF0FMS&#10;UPWRpCOb8f4D/e7j2JO1qCroqOmqKSFUpaeop6OMeRTUaJBrZfsxCyrRLpAUsRIGubEcuXblNBNc&#10;yRSghtBoaADHpQ4P5UoPLoP7iYjI1tLMTK6sxwNOoEk0p+KrE0ppAIoesDyKeGDeo/4f1B/r/X33&#10;ld1vjcxT46BCkWtvuauV1S7Su0caqFWwX9X1tYEE/X3qy2mO5sXmYhu3C54f8X0Xx7UstqXDliBR&#10;VHCvGprT1p58Oskcetbt/Ww+v0H9fpzf2NfXOOpqiRa9UmjrJEkNQWceMUwsFWHWdWiQ6WIUBePY&#10;K5mupYw1sWBi1dv+m/4qvRLeJIYzbuR4R/w+XTVlKgwKSCCA3AHJvpP1BIBt7E+p2ft6upSlVi6O&#10;ugeWCepEkMbpJUUmQ/icNRUJKVM0lNWAyIpB0zEuCL29gaS8uGIjlNQKEKwBA8hSoanlkDH5DpD9&#10;XfWjsIbl0k0EKQ5UAMKMAcEBhg5x0yw5CZ2BGkEH6MOTYfQD2k59vYuSvpKdZIFTHw1dRRUCU1RA&#10;9DJS/bY6jaKopav7P7BaeWRPt5ULSs6urJ4mUroru4DQrGoEa8QD61+yhHd5Zx/Dljx7tIr5/Dfx&#10;ZSA7k1DA9zagyljID4dHVwFCstD4mpXtJ3KgsLE8n6D/AHjn3lqsfQtb+ItDJLIpEcIsDe4YGMKb&#10;xqAL88f7x7NIbufSGt9QQH4qY9OkKLMgXw6iOvH/ACdc1nZrW/J5v/Qc/gew0ynm8cNMraKeOQUi&#10;Qxp+0qgTiSpiURN+w6uqkFvQ1iLEX9iezRdTOwq5GomoGcUBzxByPX7OjeFUUksxL0rX7PLqUNPJ&#10;sbkC3+2/PP49qGviStxtKs0iSRLDDrglfW7B42jkkYt6gpWmKjXqbSx5/Hstt2aC6lCp3ljkDH2A&#10;fnnogdTrLg0JY9comKu3+On/AHr6ewy3BkWw9RPClPIG8dAKZ2sXklqgsIqPGf2hGrIdRLFtP9n2&#10;LNttfrY4neU4LavSinh9vT9ham6jjLSHOrVX0XPl9lB8+pnDj6cX/Nv+N+0tkdyPlZqeGSnLS5OL&#10;yPHqKwjyzBpG/KwqrzO4UcDQfZtZbYlpE8sc3ZEeIoSaA0+2tKV86ivQgt7aWBZCkv6cZwPnkj/B&#10;/MdcfGo5A5HI+n45/p7TPY+26hMMlVRmh8SVUU0btShvDVQNN9m6y64nW6TMrXdQdQJBsPZryxua&#10;G+aKfxA5Wh7qalquoEZrwGn8+hryXfeFeNHNr1OpBoaKQeIPqeFOHnnrpZbkgixFv+J/xPtFbP3T&#10;BTxK1VHJ9wZvDXRzrGROlMzRNLGsUZeNKgqVDMVLluQQT7P962qSRqRkCLTVaE4r5GpoaelMUx5d&#10;StNt0lw36fAKGWlfxUNOodXFqubfkn6Wvz/X/E+xUhpMXlYZ6iSNovt1UxIAFuJn8kMitGI0WSnq&#10;NBOnizG5sCQEZJLyyeKFCGDYP5DINfIj+YwK9Uja4gkCIdTHDcMEca+dKft4DPTI808EkaKAfIxW&#10;9iQoFiS35AIP4v8An3KwMGdxOUp4Kh0bGZSanp5IUqFpGQSVhmiqhoAWRENmeNW4Yc21cp9xfbry&#10;1dojS8hRm+HUDReFScH5kdPXDWc8D+GAt3GCR6Ggz/qp1GrHhnp6iSL1T0scsgBQXuiX9LXupIHH&#10;HsS914qFaWcULqaSkeCEPGZArTKvoinFUS7ApUMvpY8WP09hbZrt2mRpwRO/rTh8tP2edOiWwl03&#10;CCRTranH04in+oY6TmJq3mQGpDw1M7O2mS7l4dLFX1Lq4uo/VpPvHjJ3longcGDyKxRowkutbrGi&#10;JeNjGGMR088C3u1ysYmilU1AOR5faf29eniTxFkQeQ49c6hkWdJg6+mQAnkAD68kgf19vU+MqMdS&#10;xmiow1dWPGFLyFBTxlfGkccEv7OoqGdj+pHsPz7QR3Ud3NItxKfpEB8q1PGpPyNBT0qek2j6pmE7&#10;sY1GPs/z9Q4cxTTTSiadBBCdLShWIkAN/I1gSCLf63PtE7uwwoJY6fKVEaVESjwRGWLQEcCdi7qV&#10;szGMFiBdibG9vYh2W+W5UzWkWpTxPmaYwP8AVjpTYwSyE/Tx6j5j5D/Y6f8ADZmHJwmopF1IzvEJ&#10;HUozeJjFdVuTYaPza/tP4LY8GbqXrakVTJdI6ZldDAgUsRI7EHQI9RIte5Psy3LfnsEECBNXFgeP&#10;5dLLncHtUW3Ea1rUivp1Prcw1NEVRlJF9arYsDf6c2H59jvgsJFgcYIKBomlMK+aaR/2YghLRiy6&#10;XAX/AA/U3J9x3uF8+43QluhgHAHE/Z0Gbu98ebVIDTpA11TJk6xTOrMkTgLGo/eZT/qCvAb/ABvc&#10;e+dRvSHHUUlNTSxNVHyRPXJ+5MZGClmjLN6ApvYKF+gtb3qPYWuZ0nnX9HiEPl8seo49JTPGGqFN&#10;Pn10uxzX10dbXySPAjRSx0DyyLGpQOY2cBDd7EE8+o39hVV1qRZETSztPWVTtJUtNLJMXL6QSdMs&#10;n7+m3LXAHAA59jCOAm2KogWBAKAeX8uHSgXYmjeN1AQenr5dCJFQrFAkMSKkUaKqIL8cWP1F+Le3&#10;UbhixUJjg1/vaFRGKLqkACkkILommS36h+f6H2j/AHa16wkkFQOJFeiqcoW72Feua48zlS9jpAC/&#10;q+ijj8fW3tH5rd9JTvC24Gq4qWZmNFNU09X/AAaVxFFMohqZhHTVJKTr+lmtqF/Z3t+zyTK424oZ&#10;V+IK6eIBwyASw4eYHWo18aOSS37ivEAgt+QBr05RUbRgCG0ZFtTWNyL8ra309pCmy+ydypP45qaG&#10;SKremq6miq3ooJJE8Lxqrmo8zvK0tkkQSreN1JWwBMnt992yQK1SlKgMoZs/6s1p5edem7qLedua&#10;LxpW0smpVYamANc0IAWlM6iDSmD1NVJEtaw+l73/AKf63uBkKLYy5CTGxVLYnLzCihWkpMi+UTxZ&#10;T7+nx09bHElT/DI8pPjZ445p1ihMkZj8gewLB5hvYDHDcTrM2pe0pSRNWuhK8QjaHCucOVIXUcdI&#10;7eXenhF48Hibcus+IU0BjHo8VUYka2XxU1pGWcK2vTo7usxZlAJ54BsB/X/be+O6vj7sfsXa1Hg9&#10;9053FQ0OTgyMUipSU1W8tPBLTmoop1SevxD1dFO8Er0zQVBgd1iliBNgrzXHt3N8J23ddtjazDhw&#10;HFSj0KnS7Cqs0bsviIVdVYrXJo5sXuRv/KG6Xe78rXa2t1JAYyRqaPSTq0uNYjkCOFfRKsqCVRqj&#10;qpBxmZ78KQLXuV4/P+PtH9vZHBdfdP70qNr0VFhqOh2hnNvYeKuqZyp+/oqiKuVXqnNVTwU2Moi8&#10;ESOtoaUCPxqsarbd0O28tbok1yBHDbSuAzlEQJGzqFP8KdzaVoAKKKgEhX7fHeua/cLl213a8lnm&#10;lv4JpWRVUgJIpVu0aXZpSA8jA/qykvqYtXOUDWLAEg3/AD/rf717rf8Aln8Qct2X1jvHtDBbuqab&#10;N4ijx258xhKito6vC5+PC7PosXjIKGaGM5KiqMdFUV8FNNPGkk9RLKHhADTtGHuf7Yycw2W97nZ7&#10;1Km8sBctCRqiuRBblVQMqrIpSkwiZozrLHXHXQ/WZfsF7+7fyXzfy7ybuvLSPt1y8lvDOBomgEt6&#10;0spkQjw3VyIGkjR2CRpEyvpURdc/ZQegvm51J0TgMLtHJ1XfWXrqekD1lHmstgMptKhzNTHoyNLg&#10;kaqpchDjTVanDSLG/kOtvIAB7C3IHvZyDyLtO3bPcf1inuY4QZRM0DwRyspLJb1dH8HxCXyA1Wat&#10;TUmfPdj7tHuF7pbxufMNjb8rQW8kn6bxRXEd48SuGjknOkxmQrghWIHBWU6uve7R+rvkht75K0E1&#10;R1vT7rSPaAoqjKw5SggoEpoctHUpjy1RQ1eUgkjkejkGkyJLx+nSb+8o/bL3I5L56j3qfaPEVo9A&#10;YTIAe/UVoUd0OoKxw5NBUjIrhZzt7L797QyLFzfJZSS3pcRGORpKmMLrGmRUcU1rnK5ockddFgLA&#10;/U/76/8ArezOJk637TH0kElYlZVTJVVv2VM00rGjtUU/h+3KukkjWjW9zzc/Q+xXJawrJcTsE+nR&#10;aLXA7sNWvlxJ6jLbbALLczmNDABoVcAAvgjTXzBr+fWGUKoaRrWW1yxCqAAOWYkWUfn2NO2qDP0N&#10;DUZbdv3Beqqqeipb1CVXijfyVJpkURinaeULrd1YAxprJN0BAO6XW2TXMFltKgaVLNgirEUr58CS&#10;KUrU+WehntlgIHK2KqH0sSaUpxDO3H+VfL50Cbc+aoMnUwYrFusn2qSZCcqD47gCIMrc+SSnZzcW&#10;PLC178Fl+R/f+Vnxo682/lamnrswV/jiIgjko9pV0NRHUULueBUbh9AKAFvtgxNhUg+9WPLdqdxj&#10;t1hiM40mQEg4NT9mrBAFagkcMHqb/bzkiKK7PMF3a1iiBEZqe6ZaAtT0Q1Nchman+hdSNp7Hx1HW&#10;R5OWipVenXyLLCjhpa3yXErSHQZBENRNwNTuT+Beobe2cx827hgEpXlmSJJRLoBigpJqhIJIlZiS&#10;sjsy/wDBUF/YQ5n3rbod/fZbazDSgA1pSgZwjjj+I0P+lNeOOsyeV9nlfZzuDzCmK18yFqTw4f6q&#10;dCuosoH5A5/xP5P4+vu0H+XbtPK1e8Nxb7qVpnxeIwC4GnmYTrVxZOvkp9UFORphaAY6BzI1iwIU&#10;L/atDf3gOZ25Y5FtJLi9rebhNFHEn4vDQ+LJSpwq6FB41YgepA55B5G3Dn7mhdusoHZLOKSaT+HC&#10;6VBpnUxY6MgUDavIda13/CnP5S7Z6Y+Em0Opv4w9PvruvtbbkmNwtO9KK2XaGwkqtxZ7NPFK3nFJ&#10;RZ5cVACli0tQouFuwuAhqlK/VbMjl7yiGS5YyWA0sXPFiPqfoPrf3CfLfuGk1pZyMJSmoA+GhzUU&#10;qacM58+gZzr7WX203l9bPEY7pWYr4nAaRSg9aVp5YzTy61GuoPku9TQ4itMdfkYsdFQQ1VPQYj7+&#10;NmSGopcc9Q5likpo6dHGhURgstvUNIR4tfWPKtMsQS8dU7hVkedqqOmkZ6eIy6f25KnVGGd2UKL3&#10;1Ege5ai5kW4jszGx0uSaMRqIGole7AqMGvAevDqG5eUHt5LgsAfDQAmgUBnoC1K1IWrFSOJIFB1Z&#10;H1d3dQN9zU1NVWQRZXF49aepnRaNMHPWpGlZVCgnqDJkExk8DWgpVeQeO9oxG12GoNTNVBGqFpkE&#10;4n8EAMiUcvlgkSraYRTVTSB4g7S6lOtAqPYkF6e4N3IvjTdvEAZCMG7WNVYlloSGwQwFMV6Ko9hW&#10;JXkjiHiMCjMw0tIhUgJQsBpGBwIK1qtdLA5m3u7tt0WFepgoZ8o9VSPSJXTPDTPkgIWWtxsUaSU2&#10;PijaCoA8Ij0OjkvGrqpVjqcUTUV7UtkoQjCnqI6qWgqKoROxjpJEqZZAsMKVuhdEEzH9yZh6l9vW&#10;sTrJdSQnRYtXSe4M1NXYxFSlTIKNocsBI3F6m8e2QyxRQ3UJa4IRmUhJAlQvctAQcrrC+Ih1aFLE&#10;JQjXt/5NSQ4/EVdXWCCuj0vW0c1FHk6TDFixnyhekpoklaY44u8r1cEWto6QSF1AOOXFwVEEkGWi&#10;EyPWzvU0wqonjELLSxGvqMnSYz7rXNLTMyWjGsjRqAU+011e2clIruMO7O5ZQaLRtIZyREvdUsV0&#10;qrMSATjHn5fuAsb2q10xAK7IcuCxVFjaUpQfpk9xCEFlVmIKzMd8sabGbgSow2b80aUNDBTTR0yG&#10;vmnpQ9V/CMXh67OLSt4qSuhEz62WmiIZkcSKfab7WSmwsGy6RcsqO2Db76NUoqyjpaXJOseUnyOP&#10;qKZ5KKGE1Jsr+lyTDoPCkubcDC1jC0pVvDJI0p4dJFo5ZSp0CtDRmIYgJSrDoL7PsDX03MMosaxG&#10;eq1MiuSv9npcMNbYNCoBrWTtowB4viL3TkOxR2Rkhh6hoKfci0NBMEq6Gur1oKRnw8WOyNNWSR5J&#10;xHAp0oPRoM5K3YhBQZevw1TnK7E5wU9GmZmllR8nT1bV33UaVtFonpqWtmkoo6yeXxxrHTxleB4u&#10;WQ1fcLqE3UgvVCRuzEFhLqEiggoVSQ6AarQCOmohtFDpL5uWba6Tb1u9tLTNbEdqUC0qjF1JXv0h&#10;NWtn0MGrrNATvQ5+nzFPiqLOYT7yolxdMqz/AGviWheKpmpp/uYa+piVJ3WKKRiZZ2WQAjyFl1qf&#10;DZrIU9cMpjIsrUzRyVlTR49TUQI89ZQ4ynXINTMPCtT4aCRElfyrG1giIA5cvupLyW4G4RCV5SWK&#10;rp1NoOnU+k5UsFIXVqpTSBpqGLn5atJ4ktLhIVPasjH0BkLITUHLOKgMKipLE6aI3d+cx5pnos1X&#10;UFJSPBRU1dXVFTA1V9njqqtqFxsVQ0jSNTxz1sbkLpYqPV5OFRhyWFymQqa7FTU5rxWpNPLIscNH&#10;USM85eqq6muR0rhFVBJEVSg1rYrxa5ELW/kmnh0vKXGqpFcHLFmPcqkVBqAT5A46E+17dZxxQzoi&#10;qVIXiSOFAqpSg0jNdVK4J6TVd3Pt3A4Sj3FJnkwNPiNFKkUlRV1UdOTGY6ejoaKNjj3lpdYZtMio&#10;r2BP1sJm19qY3BUtZVT01HDJNDP9q0VRJPVxU9QsNv22plhpnqJJpDIgeQBQvqOpvYw2jbbTbpZD&#10;dlPqZBqB1UKrghaEVUnVIWUavi9W0qMIuXt03OC1SztJJIiwJARQruK1IALFiNMYU0BrXHalacPk&#10;r88cZuDflLsuh3PIJsNkR/eKHI0+NocZW1VN9zehkqpspBWtWwUVLEVl8cDOOCgAhV23dMuGxbNm&#10;sq1JFSU9LJIwYeQXImlmVVeVEkj0sDoZH+hP9LH+w7Zt2/79FY7ev1NwCKiJWdUqSv6j1MY+Lgwq&#10;KNjqYuSvYznbma0e2gQ28GoA+KzRsy1rqppLAilOK/I8aAtsz56x7p3Vj+rOlqTP783vk6+joJKr&#10;D0sFdgKGoqamlioZMrlKeoSix8sddIZJJI5kdYrgXZbsXjOb33BncbhMDtPaeblwu84tO3jjMYWp&#10;Gpsk7LJk8jlI0FJRQy/cfcTSMAEjLcsTb3O2z7LyhyTt1xLNudoJbFiHi8VQxcEPoWOq1Oc/toOs&#10;mOWORuTORLHct13m+hl36AMssryB5QYwo0pUs50atKCpqVIoo6M/HszZGM35vHuDvjvvr/8Avl0P&#10;nTV9g4Cv3PLBNi8ttuAVtBtbaWzKitOaydTA9OaGl1tPLVTp6BCro4OVi8QlPQUVJUuKuopqWCCe&#10;pMUa+eaKNUlkHoFtbqf6W+nB94ac0b8m4bnul9aoEgnnd1X0VjUA/MDB48OPWONzcm43C8mhi0Qt&#10;K2lf4Vr2rivwrQfl1rpdl9iSZndG7M9g0kwmK3LnsrlMdg1yFTUpjqGrraiakokqGnkkd6SnKISz&#10;G9rhmBBM9KaJWIRQugmwZVbWf6WYH3Hl6zPHRsqej6zuJYyvdX/V8+i6bmramupg1fJJVvI8a6hV&#10;VDGGMkgO5fX9LWNv95985EtzpHIBK8AAnm3FgLH+nsLSV7og9Bwr9nQ026Yuyy17x/m6B7IrT/5T&#10;ReYCEeZYypLPrR5ypJYLdWuLn8++kP8AUk/7bgf0HuPd7s9DmRFGBUU/iqcn8qdS9sF6HC28h7nw&#10;PT8/kPs6ATdeOtL94iAAAGULqLagdGq1goJt/X3JiPrH15sP95HsjgI1g9JeYLcwx1Xic/lnpvwM&#10;xkl0Ej0hgT+C2pPofr7m6SCD9QVA4/rf/Ye1joxkVvKlOgOlxSJ1U5rU9LeaEtLG7gnSNCWuSPzq&#10;INhpP+uf9b3y0cc8fT/fXt7rRSaEHpsTU7Y/hHXL7dD+oH62vYAC4Y/k/wC0+4rA+r8cC3+uDfkc&#10;XBt7RuoBwcno/tXaqilVrn7Ok9VIAS1l8i2MZIJAZWUgkgqwva1wbi/sOtybaqC82UwUcDVsyyrk&#10;cbUMRQZGnkiKyoEIZI6mRVC3N43Bsw/IlXkb3LuuXXW0vtM1mwoVkoUdK5Ugg6WHENlTwZcBgUbx&#10;yTY71KLu1lFvcL8LqDrVgag4+NAclDQ6q6WAJBs4+HPz5o9jY3D9LfIaqzOW6xpZ6ePZu8cdCtXu&#10;PrvKx1X3OPqJ2WWnyWQ25SyqWLLMaqitqgb6xsSfsn4+4nfK1uT2BSfwTP0U0kud2dV1Bp6mnnSM&#10;FqnGq72iLMpJQHQyn0m1h7krcOXtk5otH3vk5dDg1mtGKq8ZwNYoScqBQ1KmlFIACg32HnfduVr2&#10;HYufmElswAt71NXhyA/CsjitGFfOhB+MA9zbYHx6/mK5npmk2xiu+M+Oxept1UtAevvkJtmJMzi6&#10;6hrKmRaei3jJRi9RTxRjQ1SF+4ppEYVCA6nBKqqsqtmVxi3JQ+CuppTC1YU8cilRdYqnQEaCVSOC&#10;3Fvr7B6tFayCO/h0SVoWNa/LV6H09T1L7QiWPxLKbVDx4ghvnUE1/wAHV0WNXC9mYGnyOzMzTZLA&#10;ZSnFXBT01TDXULpINJq6J4/NFV08urgq3P4+nsUdvd6baqmShzEvhYqIY55UiuYyvLcAGYavyPUP&#10;ZtJvJMXgGQmJeGKY/OmPsqejbbismkXQNK+WP5+XROexPhPuqknm3B19UJT1L1a5Kox6PNCKmrVn&#10;AEEzSaqSVgw4b0D82HtIdm9f0G8KL+J4Vqavo5YmZhFNrgJZg14kj1+N7NyP6jn2lnht9xgoJqSe&#10;Xoa8fs4efR7FYTW/iXMUZaE04ZPnxJpXoW+ju4clsypOyuw4azF5eGoSFIMhRMlVLFDCYlmlrisM&#10;NbEWU6XABtxc8e66d89H4yhr2yFVj3khgqVerpI5ZaSaRFYlkSdVJS/+rXVb/X9hW92CWFfGaIOo&#10;Prxp58KfMfPpb9bNJFJDBKEnIIBK6qEf0Tg/ZXo/eI3DQ5mBJKeVJBLGjq4KNGfIgZCNLltJvxxf&#10;2f8A6O7LxNf13t/a+wqrNYTHbHesp8xjNxlMvWUtGIpmxtFQ5SVY1WhWrLtF6DNpTxiwYk9Gvu2X&#10;20cz8obftu1Xc0ce0vouYZQrFhN4jRJHIAAkKsCxOlpB4VDpVg3UAc2bXuG1Xsk27JFNe3WVkhHh&#10;JqrSpSlGcAgemePRJuzOk8fP2Xufd+88Th8jDuiDDQYF8SKmg8+Qpn8dbUZ2lErmsrhSwxqH1CEI&#10;qNZnQAB92/2VnMzLh6/KZup3O+EnlG2qV6HFZLHpMrRQVhpYR46/cNVI6KrRPNU49QNDBCwHuaeX&#10;Nm23dObtxvduv7+bb430r4PhQ2KEEFwpUpNfTaqatDyQBlYSeGTRWJoG2vZ0giihgnnI1iheY0+E&#10;MigiNQK6SdDMDUVA6EzpLorrLrQ7xGwtoUmw5d5S0su6jt2qy2ImrZIFnalZaSnq46PBzxxVTsks&#10;CUdWWcyMXOlgUfsKGVMRlpcth8JUZfcWQrxNk8Nt40ucmoXxckE2KpsbgMjjsdiqGNWvJJ4DJJLI&#10;7SM5NlHfNXItkeUufNqvd4kvoNwt7pdEqajQQt2xCJ4vBoSpLFmaRpHd2bX3NWl/efvTaLlLOONo&#10;yKsqkfjB7mIqWI+eeGkAV6Mbi8XFjpYhS5PL1NHTUSUkVJkMhJk41Jnec1kmQyP3OXra59XjLSVL&#10;AR6Rp+h91S5DJTUtRPE6SXWaVZoJ7k31tdJFb1BlPBvz74GTq0c0sbppdWII4Upimf8AV+fWV6vr&#10;iRjxIr+3PSjHP9f9j7z4rsHcmClLYLIyGA3EuMrHSVX+hPglKhgfTxq/H5/q1gfDx6VRSkDr3t9l&#10;7pylYGWUSLIvpMcpVHQkclQR6lW/B+nvWvzIz1dWYg0PXvbN/pQyl/1P/ndX6l+mm3+9+9eI3Xqt&#10;6jr3v//RA/5HbSo9iYCj3hRbhqS61CYBqSphcfcy0TeFchBOjNTOkNLoRvKVZkW+pvUPfYHnLdbX&#10;6Ga/RJI9FLfSwyRGAocHIYBSoqzam017mJJw8WUb5f3F5BaLFIjgD0Oa1P28M462/vil3Jnewsjk&#10;9mZzadNSwLhKXfNPW0eQjqYcXBuNy6YLJ0NWlLM1aKlJXbxp40dirADTcl+f7gos/t2lFXO53Dhz&#10;HS058S6chiHikPhlkWRWEuNl9MOq7iOUre0akxsOdq7fFWYi+QqApBo6EZUsCAvhsNK1zoIA7VUA&#10;23PaYb7w5fBcXH4iuATip9P2cOjj4PbK7fymRfHAJicxJNkqqld5CKXLO8avPRo4PjXIxsXnF7Ge&#10;MyWBla5fNx7rqco7BSOGYWKnSLugJGkkA6UAuPcd7/ud9vjJJKWULWgBPn608/t8+l227fHZY8h6&#10;mp6WIUD6X+oPJP106fp9Bx7SkmOgq6aCcsJJgWMp06SGcj6r+NAH1/x902+wS1tkZ2Dyk6uNaEgC&#10;n8uHSi4vVSZk0kIOB/zdcvfOlxfim1kIukawFPLopDH/ABsbcj6f19uXEalg2mrn9n5jh65p5n1P&#10;V45klVSmok+o697PZ8a9j70oajHb4oaLb2YwdStUhxuTrXSGeFpXgqGeFaWeOGZPCbMt2UgEizG+&#10;R3tLyJzbDZ7bzVZTWJ226R1CtK+oxhij1CRuEcsGIauo17lYdvUkcocr7+81lv8AtyWbwI9CsrrR&#10;hQg1VjTz9KjiM9F0743LtOq2/l9k5XObj29kqlKSSly226XVkKCs9NTRzwyNIkc8JcASxkqGQMCy&#10;/qFiOL31t6hyFVtX+EPj1yw+4RKMU5xr1WSjgWqgovH4X8MZc8iJAXYqDce5P32+27lySHbruCVF&#10;mdQpRQVkaRiDpqwouoju4H8+pouN0t9pW422CBVjmbuEeVDPlgn9GvDAr6etWO9eid95fG4vspd0&#10;rmJ9qqaOWqzPkp8/LjdsSZSpxtdmZJYqwR1cpgIZfNIxiEb8qyn2PP8AAtp5Ganw2RefGynHNQ05&#10;xtSlEPLFSLCEWaErad6dBZlsxYDnVb3q4ut92rbvH2G1jniSVNauSKRE0LCmajFD5CtDjoygilFm&#10;7WLqXiAEiihpUYJFRpwa1xUVOePVXOd7N+TXX+2Mj2L1lidv9iUT74pc/m8fv/HVObliwGXz2Qas&#10;mgpHZnahoMzV+J3mcx00WplSSLSnuZk+tqarC0kdeYAkCyE/dVEMqxhdKvJLG5ZWP0vq4P8AT21Z&#10;85o8MkrWkjRmbwxpABLCuVIZSVFDUj0ODQ9GlvzcIEe2aNHZAoOQSMMKnJ4lcZ8sdJnYP8wmrxNJ&#10;JuLJbGytfHU7mXAxfbYrD5HH1uRQSVmRkoKGQ061VLTwo0igR3QEI1gfeKn6s2+iK+RyWRlHjjWS&#10;CGWVVfxArpaVHdhe51EgFjyfdZeb98Mxh27ZEa3PCSWUjyP+hshJI9CKVyK8eqXfNMjRFF26Jiw8&#10;3z+whqflTqPm/wCYr3flq5sT131NsykjinqEps9uSsopZoDJCsshjxs+Ho5jLTvEwEbyMNUg0g2D&#10;ETcHrqj4sfmnFPjRDSSQMheSOJV1RRStOjMZGjHDcEg/4+4g9x7nYNqtLWHeOU0uLy916HUL+m5X&#10;MmrioDEE0B+Y49Azx0M14q7b4V1SoOodxP4QBWtMnh9vVYnyqrNpbIxEb9n9A43I7m7XgzufwGeo&#10;6w01FT5jJ/dGtzlFLhmiipoKTK1rFo04WRAjrYWD/l6/GY6iq8jk6unx+NoqdqqursjUR0lLSU0S&#10;gy1FRUuyRxRxgckmw9wVstzuuxQXF+l2sSxsSpBQKOIAZmGkAimWoBXVQdGUl9b2llE982kMuAtC&#10;SfyySfQZ8uiJ9ObS7fy+4MZt7rXG5Lcm78zk48ftTbW08I2ayuZrax3psXRRUwEkkzyFVLs4VEiD&#10;SNoAYisbvP5d47dMOa2n8b56aSvxaTwZ/sPJVDrS0aOmlV23joXlrayV3a4qpYliTiw5DAK7h7/c&#10;+X237ps9rfW7tKTE0vhqvhKQQfCooZyRxcooHlWmoxdv/NQjmiW9hlS3ZiojAFXGKEkkD/a5P2db&#10;l38tD+VH35s2k/v5/MJ3NtLdVZWQ46q2j0RtWix1fjsBLE8lVVnsrccWOGNytR42jiXF0U0tLYkT&#10;VU4Lx+6q8r2FW7EGYibcku694Zuolny2TqH+9eGV1FjHWNLKRNwNRD6+PUAfcDHcLzbpLtHvfEuJ&#10;idZFWPGp7mr5+Y459T16NItySEwWzR24GKgqTXzHqD9pHp1sWU2GxkFHRUNFQ02Px+PihhoqGghF&#10;BR00MCGOGGmpqVaeKKniQ2RAoVR9APYYbY693X2nnamvPhp4mV56/OZSUU2PpYFt5n87LIjBQQSB&#10;Zm/B49lVvA+4XIUTEMwNSxOlRxz5dCC3sZRGAiMsYFK5p+31+da/PrLk8nS4mnE04dwSiQwU8ElX&#10;VTMeAsUEf7j/AOv9B+fa5ym+NidMYmSLZDx5vdollo592VtIKjH0/BEq4KilH3FdKJVHjlbTED9N&#10;f19mQvLXaiUsQZbg4MhpT/ar5/bTp4GK3JBo0lPI46ajS5LOG2UQ47HXR0x0U8q1spB1Ka2qgKxL&#10;/jFGzr+Ga/HtGdb9Tdr9/ZWsmipWwu3Gk+73JufclRJS08IQyTfcZXPywzRUDzGQCGlTVUSkhYo7&#10;3Hv2xcu75zVfGDboNRr3uTRUBqau5BVB6A8TRVBJAIZ5l5q2fleybcd9vQiFRpRaNJJkAKifExqR&#10;XSO0VLUUHpu3RvXAbJgo4qx2qcjVt9thNs4WnFduDMyGSIGLEYiKYSPFBG+qaZ/HTUyfuSyJGCwt&#10;h6P6M2N0jSbdgwlBW5zfedDpS1VJQTQb3yEE0JjKbJwtaHj2bi5DNaXOZNo8hJH5PBBC2llnnbeX&#10;OVvbCO1vN1uWveamaqKisJADx8JMiJOIFxKRI3GOJSGBxs3nmrnH3YubnadlT6DlRVOppMx6hkGa&#10;RdOvFD9Oh0+Ushpgm3cHY9TuHG7ny27s9tjZ/XGzYabI5io3Fl8evVm3paVxOs3aG6kal/vllULr&#10;49s4yRscJxGKuoqVYAWM9ddFV1TUYvP9k/YmHFMZ9tde4v8Ad29gTJqcVedqKhDLuncrGQtUVlQJ&#10;HmmYtfgWBnMnMO679Okm4z6IYyfBtkGiGIVqA1GIlkH45Xy+aVUnoY8s8t7JydE8e2WyzbnItJbt&#10;ypd6ihWIZ8JBSixoyqoA0BqlutTj+Yf/ADuYcliN4dM/Cd9w4iDPRy4fsj5J5+mGP39vCmppIEOP&#10;6qgpalG6+2NKYmWFIFgl+3ddEUBWQuYre+9MH1xtp87lPGq6qejxuMjlp6aqyeQqtMdJjqJGCqZJ&#10;L6n1ArDEju9kT2BNusH3rc/potRQyAE8e4/M1AGDX0UE+XRndS3SsqAvJck1AYsUVRSrGh8q5NPi&#10;NCc9UNfD74l9ofPLv3H9UbBar8M0lduPsjsDIUtbkcRsraOPlabcG685VqZH16m8dMhlE2Qr56en&#10;jJklUivTKZ/d3au6pfvPNmclm3rqDFYaGPIUm34aWiRF+2+50moxmyMRWVg/i2SC/dZKqX7Wn1Tx&#10;3ppst7FNpg/q7y/WW6ugRNIoYB9HFKmjparUmaQAGUhUTUwUoQzqPCu7yMqtzBGkk07aNUSsaqQg&#10;JV7qRf7GE9saN4knZQTbyPWvVHxy/l3fHWDB7Phxmwti7Cgx2U3LurLPt+v7J3lu7NK8/wDFshSe&#10;Onpd5d27ux9LKu2cE5TG7dxUi1VUsdARHXmm6u6m23tOTJZPJSQ5zsO1NT5zc0WPjw0a0wo4PtsN&#10;tzC08k9LtnZtJFIY6bH0zFFsZZTLM7yewzf2UVrc3cE6ibdUqJH00qaUARF7Eh0k6UUkGgLVIWgK&#10;sd9Z7W1toh4O2GrJGJGkMjq5V5JZmCvNOaAu0ndkBcAgUQfzCfmD3x2rTbVxG3Y6navxs3TiMlkd&#10;pbEqK1c9PLWHLmhyG5d/7gqIGym++z56zExV89fXVDLDK/ipzFBITI61PWmGxVNURbf3R2Pg8c00&#10;9RHgsRu+r/hFDJVSSTTLi4ammrpqOiE5/wCA8DxRRq2lFRQR7jq520aCiSyKmrgrsFGf6PAeWPU+&#10;p6lyx5hs9ymE257XaPOwFZTGVdsBSHZGRcUxUdvHjUkAsT81+5t8btoH7j6j+GO/txT09FS5XtPs&#10;b4s9fbi31uWagpIKOgqt3VkUOOgyebydDFFG1dXU8spRFEzMbMQ7l2tUUTPIm++xqmMkjx1G6Hrt&#10;AuCZPFlqXJUz6WtcGIcH3qHxrZzILt/EoKUevD5PUfs/PoXPBt0tFO3W8bY4Bg2eAqGrU+WanNOr&#10;INtdi0u5aemxsfxn+Jm0cmlOjxZXG9EbMwVLWT6X/wAnFTsGg2RkcR5kjcDx1rsblT9DdVbch3BT&#10;VZ+033PNHp1TUufw2GnkJ1BVaGrwFHtpo0A+vkSYn+vsVWm+q0cn1s4dABVWSNqjFQCixZwPMn7e&#10;iK82WyVW8GyZJeIeOZtPyrG/jMxpxKsPs6LH8i6Dq+ow0U2+Ph1T5eseaSDH5/qHs/emASjqCvnZ&#10;8htPtmp7lo55ZJIi0YparGxm4GgaiFFO+bjlikqa/BVCxKwZkrKymdtQHqUF5Yh9B9SbW49iGx3r&#10;kkxy60ngdqthIStaYNGkLn8hq9BXoP3FrzEukQATKfIFy1P9LoFKfMfaeq0qHCfHnK4nJ4vb/Wny&#10;R2xkq2WAU/n2JsPdlDT+AtdWrft8RkXjdSdQQJqB5BHttrdxY+i1PW1dHB4iC/hyNRUNc8eiJIxG&#10;GP8AVrX9nn9ZrOztGntd9R7WgGnGsDy7FOr/ADefQVutlmu5mWXYD9VUEsylRUVoasM+fD8/Lod+&#10;u/j321uijpsdsbFdg5ShzFLU4/H0uS66wmz6dIFmRvDW5LJVVRUvSI0d2WnFUCukF9R9p2r7T2vS&#10;IqQmoqHXUxlaoBU25AdEmFyf6fg+w1d80QDTLFK7g5UCh+dWrUCvE+vDr0HKt5UjQiuDQcWA+zTj&#10;7Kjoye3f5XvyR3bkaqp3FkdvbZx5MUT0NDiYBMyO7eQpLVY0tVOGNwUQkn1H+vsF949vS5FDFTSt&#10;FC2sAKxCWDMBqs34t9fcf7xvs1+wUHtyCEJGMnJrSueAp0Ktq5TitHNxKS0h9c/s9P8AD/Lq4X4q&#10;/wAtjaXUghrsjjaGuzWnG1FRVPQ0a1Es6F3klcR0sGn98sbFblbE8EewDrd2U9dVuj1sQeM6ZGnn&#10;WJSxIICMzc2JtYfn2GEjDnWaBfQ8ehWLF4kVvCah8qHHVseG65qNv4yKOhw7N9DTimoY3N1Fr6Io&#10;Ywi6fzcf7f2nsxuHE0uIyxo50q8n9hVmJfF5SpSNiwilRVW7D6kt9L+zKJoY4npXXTGMdWtrO6e8&#10;tnaMi18QVx3HOceS+delFhtp7mqtwYA5GkfH4CLMUTTn7iRJJmMyMFqaWWeSWSMPxYxxqrEG9wLg&#10;Rhe2qqTNz1yxTUsTUSQSs11LVTUFLLMqqraDoeIkg+rn+nvf1D9mr4R+WSor/g4fLoQbjy9b3tql&#10;vgjVqFa1Gn/PwHRhsh1Jjo9vU+JaRaposhO0QkVrCE1tYqkMDrOiOrBJJuAL39oXc/Z2Gqs/TU+Y&#10;qmMs9GyxU1NEK3IzLKso8cdNG4dkeJpDq4ta9+PddSMdEynSx9PMj/KOjG3sGhipAveD5k04DBzj&#10;gD/sHpYYDZ8mAxRpMS0CS+ZZEjmJSJWiKqZLtdg0a2Fvpz7N/g9z5GvwWOqqinqo6N6WCWFK6lJk&#10;PiF0b7aZYiAoFwztGl/0k39z7yF7Hc/c8JDcbftckW3tIAHmDRAitSyghQympGqtKg0NRTqBNx5J&#10;24blcx2kiPeuxJpQqA2SCwzx8q0+XRRtyw4nFbgylBQvT1+TWeQVD42dDDCKiMfsvW2mJ1a7MIll&#10;Kk+pVtc8sh2RmlqknpagSUkUEIiiq4RVTGRbhpDM7mGKIWGiNY9Sf8dG95y+333Vdm29Nrv+aLjx&#10;72IVKKKoWp5hgB+xKn+I8el23e0myxW5kurc+OzEnQSimvkdI4fLh8umLG9W46uoqijy0MdLU1db&#10;NJIcPJ/DKeGhHjkpoA8ME2QqagsW8shmWGcenwoB7QO4sxk9zyCozFfUVC8O1OamRKcIW9Mawqwi&#10;JLW1FubfXm1sjT7c8sMY0FmwTFVVtKmg4FQFB/Z0dR8r7ftAC2NuEAoOHpwycmnQo7O2ng9l07Ue&#10;3MVRUzsQjVSUsX3U8gdmeaSd086l5JeAoCn6/ge0rtnb9duzISfwaekhhoMhSSQRVdUaOmkmWWWK&#10;CRoQjCriidibFWX9IY8+8f8A3F5Vtb+6RNrgaMxyUiDOVTFKVVRQ5FdNe4fb1FHunvmzctbUku52&#10;lw7yK6hokLacVOs5CkggKD8uhgjq1xIjjyAkZ6ulm+4kEEdVOscgCypThkaWmDiys4K6W/I9n96v&#10;/jG3KVosjU0tZLU1VN9xG61JjpaqFtNRLBTzwP8Apif0kWVwosCbew1tOyX1jZXS3Fwslw7knSrp&#10;RgMjS1TThSmkYr1zw50/du7X0EtnE8MSBip1q+pWyoYrQDI+3PHoJd809HkoJUp4qmiWnpKgJ9vU&#10;JG00fgdoYZJqaSNgJZWBawYj+0QPZocjVIfFHfRJJVwwUlmCsiswmeN3p45CjBIGYO5CFmC8XA9o&#10;H/TaNGc+I7DyxXiafkD0QbXbyCCFnhC0jq/HiTjBPEenVbs9HKmXyc0+t4BTVlZkS8kMiyTJCsLM&#10;pZjJMZHqVRFRA+lL2DX9ondb5OjxFeaanpJsg8TtDSZCeeOglmkXxwxySrTVE7QAEagFs59J031e&#10;zNQ1xbu1tHG8+kAK5otafj7H/Ki1+Y8lVt4D38P1LyLaBxUxga9NK4BKqK+ZzTFRTHQ59Ty4nPtj&#10;npaiX7KED7iopVR66mVCrmIU8k8DwVDi9tUjaojqKsCR7Cyizc1BSZuo3rX0UG3JxiqGjgpMPkY6&#10;zH5OodcdWyr/AA6prqp6bJ1wR4BDGJKUFi7uupltciTaY7m73K5RbH9IIscTI6sQUerxtJrDOdSA&#10;AGNfiYihFrjaob6bbBsVsG3IeK0jM6MsiKNaDSyxgGNQVbWaSSGiqrMB0aGallY4+LbVNJUZRaid&#10;6iWWtoilbQx+aphjjFbFBEi0dMGSXytomd7KoY6WEzbdVBT0mPx2ArKWpix0QoRNVVc+QmlpaGNq&#10;BBJXS1FXVVFfC1MEkkmkLyNENXq97fb0ito4rfutgNJq7O3b201MSWIK0Ykk1Bqa16D1+rmS5u9y&#10;j0zTNqIRAoqxLVVFAVFbWWCqAvdUDgegq3PhGyDVs+apMhEMhI9QI6QfbOHqpWmWNYkWnpoqJ3qC&#10;yJGhVfJqHJ1e0/2hkhJFiMFBLGs+Rlhq52mm0RKlOrNLLJfyCKPRG9zewZV5ufYQ5lElytptcL/q&#10;zPU+mlRUE+gFD/l6GHIlvG9xc7lcAmFF0igzVgAKUHlUdRdlYx6JMvlp0kMGOaeKnSJDrMDWjp4Y&#10;BEFSRvCYilrlgxIv7JV8g56F+vJcjNMkjVlfTZSlmkkWWRaJ8xQUlIhaUKA70tMx+vqAF724gL3Q&#10;kiXYy7MCXcNk5CeKqoPyVe48a+fWbnsBt7W/OdlxWONCjcQKmJmavlgmlD8JOKEnoV+nq3JSdjzY&#10;qKIrTY6h/g1eukrE2RgxVdWVEgAWw0T1SqPpcn/Hk/PwWijk+OewMg09XV1Qx2QpHjlV4oFpI87k&#10;qmkhhPiigraSKKaVo5Fkm8btLGJBd4lPvbyRJuT9kJdzOsbgs2NP6rMqr/EoDAhjqPcyg0UBcH/v&#10;jRaPffna0iWJLcvAw0kVLm0iDlqVIbUBqU6QAsclNRDEuXyXzslD3BubFosFJEMhBV0U8EsbO1S2&#10;CxSVTzyR1EtRTVhnVb07rGJrRShNeiRzV09XSZWsrfsGqllpJIKaopchS1lGbSxCrikpVroIo6iB&#10;xVNpmQNG8oeNnEkbog9SURBo3HeOJ9f9XDHWLlztT28cIkVTEalSGVvPzK8DTThiTSlMU6Qzbqr9&#10;tY/F0+ZSmMMyS1FPkcJWY6upx4dcFQlXNjaqeWOVa6O8yu/ms6yhdEqMyLbZ+Upt4VW6IM5ljha7&#10;CrQZzZ9bLUVWKNfDJRLis3t5JZ5Itv1NNRQVMVZBTqsFa1QksoWSINK3BbldyluhfymKSLSY2bWg&#10;ZWBSRdWUOksrhe2TtYgMp1XmmtX2ZdrO3QG7jmDxXIBWbwyH8SKYlQZ6uUdHc6o9LKKrIKC1trtz&#10;CVOPoMJKtI1cMgZcTmqfxfdsjU9QZsdmpzF48jT+VYzTySyM8QDIBY8QM67YzIw1ZqKWhxVHD45Y&#10;6mtWix9bSV6QQ1gr4PtpYpUx9JE8lOC6qHZ1ksh4OUgaWPxo2NIlyKnSACak9tFooqCDTgDpABBH&#10;b7THJbyxmIvdSOKaY9TqVro8MlqqXZv1CqlSoBKs69DntTcsOfxsUccclRlneZiI40lqKeoowaiF&#10;oql3V6LyzMEa1w6mwIJI9gBtndeHloMXVderR5/rfdmQkk2rXbCqKbdWPqK2qyefrNwyU+bWevpn&#10;pK7JwVVTUVslTDFQa4KaOm8+tlZ2ma2hSCSxkim2eV28JoHjdCWaRnLFS6suosZJPFUVpGoBLVN+&#10;ZuV7rxL0cwM0HM1nGBMLtWt2VFjhjt18Mqrh0jeKMRCJnmpLO8iR0HQ/Y+rnExjyc6xZKjp0krFr&#10;3WjKeSGlaj106BAjQUdQkXjQM0sgJLKoHsbaWinieaKpZXp6vwyRxO1NFMWjSRni8yxsfA8yq5aN&#10;pLrewCm7CRp9QjkWokFRwrmlDRTwNK8a+vHqFbmxFAYox2V/DmhPaSDWlBjIFSQcnPTxFmKeWNZI&#10;yUkhYqXVtZYX0gBW44HF7A+1ZHjYofK3jhEzsksbhImVV8EcZWSZlvNKV/tkmwbTb0CxV4jF9ep9&#10;AxTI9PIceGKj7OPQflE4kSrOUGCBWnEEUpwoQDima+p69/Eo5YxcF4Y7gxsgJkJPPpN9YH5H0I+v&#10;vliMJHTPWVkVFTLWvCEq6uPRLVVNPAXaGneoAaaaODyOY0ZiFDvbgtdq5ktlmVgKa9OaU+HURXhw&#10;LNSvCvRum53OmCGSdzEhJVSagE0qQDjNBXGaCvDphzc1JPdJJZFik0sihjGscikEt6WUK7NYk/Vm&#10;UE8j2saB4JYPFMGiYBGJi1aYrgKGgjUhTx+oL+Lk+yy4jZH1R0K+dfP5V4/7PRzbzyMUFRoI9B6G&#10;nlgipoRkHh5dAdufDzQzy1dJpnDl9ULzMvmTUCFlmZiVQrYqCdIYC30HvDuLG1uSwM2NvUEVME0S&#10;1NFVVMFWo/sSU7Qus0H27XKWIW/PBAPulg9rHd+MXI+R4VaoPHjg/Onl0f2gSO5iuKDtzSgofUcM&#10;VpT7PtNURgdyY/FZ+OodoaYxzoj09XHEIUeXyKyyTIvhtOvqeRtBjkOoNqJuUXeXVlfkqqBGq3nq&#10;GKJHUVCwu8xhRYZqidEhgSnkqJmckKfHcgx6R6RKe27zbG2CyMSE9QD+zHGnnx6kOw3CNIJikWla&#10;4AJ0jiaKK0oBitK+p6M5tzsjFinlaUrama1QUlh8MYYa1EbaiZURD/UNb6j3gwHVNJjmV5KRBVh5&#10;ln9CM6liymQF0ka2lzb8qSOQOfZtc8xR6NNtQRYpwANB50/1evQU3y8u7sU1/wCL1xw/kf8AZ6Wa&#10;b3o6iINTzQyRsAVcsiCwsTf1XWw9iHS7GjEcjmMSJq1BjqhnlKkowcBHUyRo4K3uOePqSCOffnaR&#10;VqA/7RT/AFV6j+5tmY6AT/Prr++NPqjQmO8jW1LKrKFH+7GOuwS/F/px7T2Z2DVQQRVtMkMkR8jJ&#10;KrmOSFoSzswdUbRINWoDhj7MrDmSCV3t5qh60pgj+fHpPCWZzHwFOH5/6v8AB0+Uu5KKaQwF3SW1&#10;yllKgEgDkkHUb3H9fbnsIRUuVpocrTJJLrqGWqmYm6U6CTwyz+Nppz5ixVHDs9/ofVdFzIvjWU0l&#10;nKQlANK+rHJABABp5inSLeLECGSWIUUEYHmT8Rp6U40wOsmTkd6SVKd3vIpQaRaQo62NgGVgWubE&#10;EH/H2KzSUtdUtj1pHhFLPJK04WCGmEyVNTMXQrRwoscTzovpu6xtqP4PsHrFNbQ/UeNqZgBQmrEE&#10;DjknND9rCnr0Tx23hReKCCWoAOJ88+tP5dMUrzUkDTSSmZnKoEOlpGvFGmkKskjE/tH+h4P+PtOV&#10;FDPn6jcOFq6lPGlXRR4wRslC9HFR1kqyfaxKsapEzwgyafUpfWRzf2Zx3MW2xbXfwR5KMZMFw9VJ&#10;GrjU0J018xTy6Mo1WzFrcRoGbSdWNRzXjWvGp+3rKlTFRwUVYkZTyRtLVPEmoyyS0t18sn6pDdf2&#10;tROphYfn2iN27XSkymKGQopIgKGCnp51dZY5nokhi8lXLKWkmld2Ku9l9JX6Dj2fbHuzzWV6Le4V&#10;gZCSKEEBiTRacMfCOHH06OLS4le1mETLXNRwpWpOBxOcV+zqdicklZBM8M/3DLK+oN41aNXlkIUi&#10;MX1ACwuObe0GMaIqus+2iGinmtEYUkTxj8KVHqeNiTc/Q29ib6kyQx+K/cR506MAxeEF2qxGf+K6&#10;dTKNPLBf63IH+9/Q+3atwMaT01R4I3EiU7sBNDp1a0uqxMRpkRCVu3qC+0UF+5jmiDkKC3ka+YGf&#10;TA4YPTUdwfDmgBoM/wAvt8vlw/PrgkxJOk3C3WwAOocre/Jt/j7kZXIUtRS1lH9kvhoZXmLHwRRt&#10;TTohnplm8XkHmCKV8YtqIYG/tu0tpY54bgTEvIKcScjg1PlwNfz6S29nNFNFOkrBnxgkZFSDjyFS&#10;D5HzrjruNWWQMXJLWAUEg2Uk3sLXsT/T2yYPcMe36FqymxULxRNLDSRTUQmhE88vjjvRoQ8coa9y&#10;Y9Kk6uLCyvcNsG4yrayXTAFQWKtpNBn4qY8uBHyz0bSbfJfXCwy3J1lQSxYVoPIFq0rU0pT1641l&#10;IK60ck8sdirFoJxTNZDdVLqUbST/AEPP59xKKvyML/e1kFLVLBUyZOjRVgZfuR5I9cUMcLS07RPL&#10;Io9UhVGf8OFX01jZyl4ASDQLU1wpX1NB8q0+QpmpibOAFooHaLXEyGtQNBBrWrEE0VTjSQwBXSaH&#10;rqVo2XQSQpHN9LHg35FipNx+Bx9ffPfOPqM3hMjndrpFQbtnocpjsTFWn+G4Z89X4tExLZWWCKWI&#10;Usj4iOB6gJ93DSyTRwOpnjSQOPBe2L3MdhJGbwRloy+po2cadJlVQxKggK2K6WIWlG6UbNItrdwb&#10;fudZNkV1aQqFeXwkfu8LUygMuovoYiJ3VC60DFYtM5hlEExumgul2NtF7XuTdbH/AGHPso/WlVun&#10;qzHR7SXC1e+u1zPV7Qrd55FcHT43Gx13j3lg6bM1VPHSbo/gGNpMvUT07SpNK1TDVO7QPU00PsP8&#10;vWV3Y2ENhcxG+3NHERuCsSBQQJ4o5GFJzEBLK6llkIdJKtG0qqZk5oTZea7s70L5Ns5PUC4jtlMx&#10;MhUm2nkSJibZppJIYo2OtFWNkVdaJNIjvURLVAny6YkOrSun9QXSAR9fofYi7thjot0mpzOKoshQ&#10;bV24c7UQVskORydfkcvlcy2KxNbLkaHNV2SoabLQA0sUkxC1IgeEO8egjOazt55RKscTW8EIbvI1&#10;yMS4iCjw2cIWTUFUV8XRoDaKEJ7TN9Ts7iyvHinvLjwVKIyCOOKGJXmURvGEcxazKyJqZNYJVW1H&#10;0Sp4dMbadT6NRNjpt/rgg/63uu/OUO5+2uwouw98bs6nouqMfuWgwSdfblyWMy2dShGPxGQpsbmI&#10;sM7bdG+twVEskk6GqqKmlxmmFFihWqjYFW1huXNe9w7zzHvW0xcoLcLF9JKySSIjIrIkgRjBHdyD&#10;UxJeQpD4QjRC86Pkpb3Wzck8szcscubJvb87y2bTNewIYoTJ4siPJC0qrO9nAqhUbQsb3GqZnctb&#10;lHFPQoUayx/LFmH+vck29nF6U+UvWO7Mft+fAYfK7om3ZVVENFVbX2slRRY/GUU2ToVr6+GGRq/b&#10;m24KillhpkrGSF3a1EJF8r+xWnMfL2/R7VNyvczz28wKAxxSsVEJILTAK308QfUFebQjPqSIyFdI&#10;gnnv2h5z2e53RdwvY7GOzAZ0uZ/7R3ERWOOhCTzhXR5DGjkaVM5ibQqQ6qmLNqDhQeLE2/qfyR7V&#10;vcbdhdybXw+N6UzE+w1ly2CyNbvXdG2ctQyU2DMstVU4miwGboqfIVuaqTRok8VQIYIYpHV5VZjH&#10;7rcDmC6sYoeWd0+iuZSjvNJCxKRCpZUhkEbNI1UAVkj0qGAYPpVSXkNOXOSd3vrjn7bxuFIZUS0t&#10;p46tLQBZJLiKR0WMaqqYwzO64R0q3WOER05ZpHDFgLWbm/4H6vz7NLtXAvUbGw+2N95fG5xMdFR1&#10;lUVx0FJT1mYjaCoM8VPNLWTx0IyESzwU7SulNJpN/IA3v1+NV2119KJLt0VJGK9rMnGQRnUqMxFa&#10;gkrSiuRxji/u2t9+vt12K3kgik1ovczMsZ1LQvRSXKMVZ9CswJIajFVYaqp/yt5aWI+V1KGVy7pp&#10;FhYKxeMEgkXAvbj6E+3Tc29dtYCjoqOCpx+JrK6WWgxlJVVERaprlgYVFTTRhqYyFipkZFDW4UEn&#10;TfVjtk8t2v1slQ2RkDHFUAYklhXFM0PkOt7dt24XjSXbWzvAlC5VagCopqIJ0gmmSMeXTdR46ukq&#10;n+8kFUjBpDJFA6iKFJQYadh5Z49apJYsLM2kkcX9pCspd0UkOHoZKunyWZy0tPUGfBY+JKXG4RpF&#10;qZa1vv56XH1NYsatBHAZtTSsJD+2tiafWRNHc3EFtS2jfS2tj3NnFAXkVCKVZVYqfhRuAPbfcdqn&#10;a+lWKSLb40NfFZhJJLwVax63RKsHLCPUVSidzZnmOm/el0iOKHUirJ5naSWxsvii11AjP4ZQSW4A&#10;P09vexevqrbW5M1lEggocbXNiJYqSLJ1FfXzT09PVUkhq/uIxR0LDwalSmlkaRiTI4BjQB+a4th9&#10;Z4EdBNQk8AWCqDRAAAoFADmufSgN7vmePetu2+zuZDLexeINfhiNNLlXUAg1Y0NCXGCNKqpDVS26&#10;snqxwiR1kkUMXnMf28IQmOQFbtqYOHsdQB4HAv7HvGM8amUuxqJ38NOZpR5KiV2Z1IWTyOSFLDk+&#10;lQFHFh7Dl14XZDjSMmnlivHy+z7egtd7estAi9qgV/ojFKkcOIFT6j16CipzAjYxNEZEVBPIsacQ&#10;xx2WxZLNFrex1cE/159vGLpIqiqdxEgqK6RoIWkkQLaItMGj5VWLAlrXUaRe/wBfaa8uGiiA1/px&#10;ippx9KflT9vV4bcxBoy1QoqaeQPCv+SvSO3huOSlpQWmb7Wjh+7nWK2tllsAP21MgVF0i45ufyT7&#10;ibyzOxcJU4HH7w3NhaPJ1NXHTYXb1ZmaakrMxXwx61gocZLVQjKT051SJEkculhqtqUEE9rextcC&#10;0SaNHuDRdbKGcnICgmpJAr2+nQl2qw32a2vbratsnktI46ySLEzCNa0LM4UhFzQklQa0JzToO9p/&#10;3p3BNkjt3G1ho6qFmqcs1HJJFR05Dah95KPNTGXTpJJjLC4ta49oKi7n2nuDfmd2ttKn3Tk9w7ep&#10;JDlZqLaG5INtYtkUI9NNuzJYuj2zW1wYEyUdDV1FWG1nx3R7MwbjaTXs3LqyM91CQZWMUoiXUaKP&#10;HIWEsSKBQ7Ng1WgNBHNyLu1hy1tvMO7NaQbVdSL4Sm4h8eTNAVto3a4CCtdckSRkY1ioPSgOzMvj&#10;MZBj89Ph46OtqBoL5CgWunqKiRTC8OPo5Kmqhpk1IrNLFGgvywDL7aNy56rzkmSr9h1VPvve2Oxu&#10;QxuHxc24YcbsfbWcq6daqCpz1djRWV9VURgUsTCIVNeE1JAKOOqnb2/cQbhDHcXe1iKSTSY1BasK&#10;HBOsAgkmikjTrCkGmlweg8stjDJFb794u37DK6vI6xlrmeKtCIUfTEASJCMJCWA1tK8UYAw7S2hL&#10;gsbTQ1VFSY3HzSIamsNHHLkchQxmFQjQPD9vTxzO0kqqyqsbspLTNCvtEb8zEXUewN4drdybtr83&#10;iNq0tVuCl22Fxc1FgIshi4sG+AoqbD7bwtXuCqyuUqZaOmmyS1GgThtaHXOlb/cbHZrPcd93J5fp&#10;IR4hBCHSdOnRGURdYYs4GssSGUEilDvYdvPOfMW0cpci7Slve3pWJpzrDSNHIZDK5kmkWBUSNXkF&#10;uI2bTpIYqsRXlDJHXVkNHhqEUyzBKeasfUZGaORj+y7PKIUjjVWIjKgsLG449g9uXM4TtLr3aedl&#10;Zcvj+xMt1xmKrrfO5DGVuLmyI2i/ZW3uvqvIS4XIwYqHOS0VAa60FWaullaHTKK6EK/uL2vMmz7S&#10;exoLt4H8GRkVWZYBcLBI41pFrbSXLBhKCkY0o5JOrLbLzlPmPfrFU8KfbLe9jS9iRlkWM3P0U12I&#10;zLG0phBlEelovCkRZT4bQuSt6dGglamAeP7eGpZaxFdZJbyRRVE7+N7uqmQkBtOlgbcKfan2xl+y&#10;tyx7eytT0hLsja1UKvD4mjqt70c+PoMRUQSx0W4Ml11i48BiVx1bTO7CkqZxWUdIEhKJUTrD7vtN&#10;9fTyWrScvPawLGRGBcJqjQaFR3hIVcq2orq8RNNGjSQSRqT3+1ct7U+6W8fP8d/vChJHcWjBmmVq&#10;tAl5J40hKMq98cYjeXW7N4SiTrBPNjoDJCla09VAgKDTH9w0sb3OipqFklDa1+npHFr+xJ3X2PsX&#10;YYhx+4MrhsPVfbBKHFxZGgXPZGOSY46lo9tYCOWLNZKepk/bgSliPqHJWwIE1zuFht8aS3N+iSPQ&#10;rG2XY/hUR11OzEFVUBmY9qgkaegxtHKm+8xa5Np26eaIP+pJobwYyBVjLMRojAWpZmYeuSQDGp6W&#10;orvGyCqkP6V1q5jDMOfJKAUH15Y/n2AnY2ztpdt4vr7s/dO2t477n281Bm9hjrLcybPzNLhtz0cE&#10;seVq4a3N7NyMuFp6ONKyWOCtrqulMszxK0ahlDu77PtW8jlvdzY3FzIJkeNreYRt+otC9RPD2BQp&#10;oJGkUu+kGrFhLs+8b7yNc81crbPu9pt1vcq8V79bB9VG0kLH9NCkF0gkMn6KhoY45tKLJoJKqoaS&#10;SOFjTRfskkrUmeRHjeVPSRG8bWBVgR+P8eb+3HbdT13vbNTb6wcORyG6aPbdDPTjcWOyONz22tv7&#10;1ENTQ4Y4zM0GKlwZyUeBExp5o/v1ZHknIMn7g/2u92ndri13KMiS7NsrqWjaKVYbg6tLxSIjxszR&#10;dySIrqoAICkDoIbxY8zcu7VHy/uPhR7HLcsG8KSOaG4mtA0byrLHI4lMZlKa1bwhjQ3bqDnqlWys&#10;U0sRYodQf+vJv9Afx7WlLuiKgzVPhK2uENTuCrix+HpYQ1T5qmnx9TX1UjPCtRHDRRU9PM7SSLHF&#10;GqqGe7Kvs/3H6OCOxeUASOzKBXLaRq7VwexRRj864x0G4Nqa5spry2gLfTR+JMzEBVBcRoNLDLFi&#10;oADMSWOAENOM8fp12LAAHi/5IAHH+PsQ6vC08EtS1VLS1eGWKoiVKNqWshaoDVHndpChrJZvNaKU&#10;ySshYXVL3LFFvdSTBDF4i3NeDVXAODSlMjPz8+PQefcKiJYFdL9TksGHbVRQZAzlhitDUY6xQlit&#10;gCrA83B5F/6H2HtalXKaWLB1GMxhM9JJVVtfjp6yOegjnWasoYoY6mjkWvq6a6CeWXTA7KypKqlS&#10;b3Ue5PCiwS94kUnWDJ2g9wC60oWFQGrRfiKtw6OIpbWIO97HJKxRlUI4Uq5Xtckg9qsdTACrjtJH&#10;xLJUNzfn/WH/ABr37J7jiocfOtHL9w4qaOqhpZJGEy1KxJEZDKiylaWJEB0gRq8gN1uxPtdbbbJJ&#10;OJpIqa1IJzSnHgeBP2Y6Q29k97eRySIoTQwLU8l7lFOAJNRxqeBJA6yLHqZdSkDmxII/F/8AD3Ex&#10;sNblMtPkchCY5EdaaJKgqjMkYMRji0+lhJJFruCSgIJ+vtXcPDaWkdvAe1vTNBxqf9WenZBFBBFb&#10;W7Blqa0Hrn5n/iuubssYsDf/ABHNufp9fr7NJtPL0MeLSVXijZqYoYo3BcSBkS72Crr8ttN+SL+4&#10;m3qyna7KlWKhq1pjz6BF/aukwVkOivHNOB6T1bC80wUBtOok8GxAU8cD+vPsYcPMtR91ANDkxx1I&#10;9SOAXGqRi4uFBvcAewTfRlfBkOADTzHA/t6KLmN18Gao1DhgfspSh/n0nZz4ZIwQVDuV1cgcDgX9&#10;t9eMTjIqmukhVFpoWnmWIsC8cAlkt4wGDITKxHFgTc+3IfEchVIFcVpx/Pz6LkhuruSG3SpLNQVq&#10;FHAEnyrwBP2D06dKd5ZAqxuSGFw1tYNgL2JuPaFyGfoc1TU0uKpgYJnjkeSSLxzPTLI97zi+giWI&#10;JYEA8n+ns/2+1aJWeW4LVQlRWorgcPsP29K/3fcWbvHcHNPL18qjy889O8MTQtokcMwW9uFIueTa&#10;w/r7Rc0sT7galZpNAlFRVQGNxTw+ZJYtF20oxkZ14Fk+nOr0kRqki7d49FrQhSDUkjTn8hWv2dOm&#10;3eOwa5kVQS2KGpJBXNPQCtfKgJPU8N6A178G1rc2uAB/U3HsQlxry5BpII0dDTzRxxeWFIpZIkiI&#10;UJGz6T5ZB/ZOkE3Fr+w09yIrUK7MCHqTQk0Nc/y+XRKsTPFVlNdefs6jvOkd2kLqfpcKOPxz+B7A&#10;LemMqqzJrOpiWalrVBdEWaORKbygsoKhV9RKg8Xt7kbYLqCKzaKhMbpgEnBJrnzzQHj0b2UaWsTq&#10;y9r+eaft6copkZAb3vY/Ufkf7x7zZGlgxzrBURq1bWwz1plQJOEMs0NQyRogkGiQuAfpouwA9Vi1&#10;bzSXQaVCfAiYJSpFQBTh5kUxWpPTcauziRa+ChVaepFKf8dH20Pz65BtRDf4/wC8A+4suLD7Yyiz&#10;Rwyv4KvWY52kLRLRlDGlPID6ih4YXu6AGxHL6XZXd7TQWVapxFM6vXz+zoRbZctFfW3kNYz5cR/k&#10;J/1DqNJJ+8ADb9X+xNx7KLUUApclUNFJ43HmrDwaKNYyqCKnXxLKzVjLIwGsAg8XAFhM8dwZLRNS&#10;llwooNRrkE/ZgV40GeskdpmSS1hbQxWiqNIJJYAkkjThcAVrSmcjPUhnBUjSTpFuAxta3PA9udXu&#10;euhpYKelmm8EAXQVjs6uohll8zLo1+Xxi99QsbE/Ue0ke125keWaNTLwP+xX7f258uhLZ7RBJPLJ&#10;LGnjPx/1fLj9v2dQxTqx1ta5/Tc/2RyPxzzfn2MOwasbpeniyVZHTQYNEn0ySSJLNIJkkJhcA+Rv&#10;SVIuOf8AW9gvmKL90JI1tbkyXFRgAgDga+la1/wdBnfLX9z/AFBjgJaYkCi10jga1BpUnB/YemDK&#10;6qRHaCHW84ZSQGICuoDEgcaSOP8AD2MFZPDkqBqOOoiUIZkSovGtQ0oMiyFjqCMXV7Bh+BxYewVb&#10;xS2lwty8WTSozSmKdBiGymimR2iOaeRI9ek3HLJRzLMQliRqWw06AvrBYj6Klyf6Wv7Xez8LDNS0&#10;s0ssxnWWWRDMCqiNFUftLqKo1ltr/JBsfYd3q+lSWVFjUIQK0/y9KZ7MayF+DoId878mxtTU00EU&#10;LK1NCvpIJinmeVQ72DXC6QSos3N/oR7Uk9IjTmugLIyaFWaYRsoABMa2OlTpN/8AHn2WRTHQLeQV&#10;qcjh/s9U+lWIGMjpNUm4TUU9LjqpxrliMkyUqyo7hSoN3B16fVc2I9pOr2bkt01Ms7tGDDPd56qK&#10;d6a4hjcoHhikjZtJBVARyf6+zmHfbTaYkioTqGFUjVxIqamoz5+nTL7hBtaLHTDA4BAP7TnoS8Tu&#10;bH4umipY/IzOjPHToymbSXYBxrLPpJB5PHtW0G2JKWlipo2ZIY4g00jAhWZVvLZWjVY0bTwOSP6+&#10;yW43hZp3llA8RjQD0rwz5/PoI3V6k0zygZ/PH+Q9Smz0UsodwjSynSkSMSUJ5BvqPkYfm3A9gbvv&#10;c+erck2BxKCkpKVmp5ayokWGn0p61lZ1id9B08cMSfp7kLl3adugtV3G8rJM2VUZOfLj/wAV01cv&#10;Fa25uJ6uzCoVMn+XQpbexFNBTR1kio88wEhuzFoy1iLoWsp/2HtFYytkpodJkaskuA7eFRGXYkXT&#10;yaZNLA/UoP6+zu4gWZtQQJGcjJr+fp0XrM0tWEQCUrnjw4U9elJJGG5BFif97v8An+n+9e3aU1kU&#10;P3crRxRmN11MCoGmzMy/tnRcEDnn2lQRPJ4Ma1cHy/zV6TPdEkxwqQ37f8/XSqt9FuB9Tc88cc/4&#10;W9g/unftPQR1MFMiw1BYutcrN9ypGlIxHLKNUEYUt+kqXYgknj2Mto5ckuJIppe6I/hIx65FKHh5&#10;1p5efSjb9rn3CXxH7ohTFPPqWkYAFvpb6f7D+t/ZaNy5ietllc1tRUM7MY46iod40fg3EQcFlP8A&#10;qf0k/Ue5W23booYwkVuqH1C9Sjs1hFbAL9KqLTJCgE/nTH28esgAH09hNXdjZfYuKz1Zj8bTTz0O&#10;MyuWooavKGgw8kuMhjeSkqakU1U9HVVLAlEjp3EzroYrfWoV5v3B9k2vdbq12yCW5ihmmXXMI4m8&#10;JVrG8ulykh1HQulsih0CrCRrTk3b+ab3ara9vnjgkuIoZGWPXMFlJAZU1JrUVyzyLpUlhqppPfsj&#10;vRPYXyKxFV2t3bUbq2Smyd9Z1sfu/am4K+l3dTbioq4ST12F2njc1QbiyiZVmaGioYptFMrSKreV&#10;In0c5eX7f3DkHNfuRfblYf1XvLzVNG8hkEhOtjDbRyCaUHUwhhRysZBCMHjXUMqfc/lr2ju7bkf2&#10;2t9k3NuZ9stQbW7hia2aBloqS3ckTQRGMAPNM6nxqISulmWvRAJuR7M7D89891R/Baneuy94QRbp&#10;O4qjdeGjx2PGR2YuEgoNqbU2FtKnlzUc1LjYs5t3MGrlqn809VFJJ4wrCP2O9t93bjaGtb/mvYLs&#10;xTSTPNEkaB7eZQlvFbxRGUAKZLa6D+J3mWOVhoUqiwc33WNt58G5WnLPM22n6E24tZS7+HeCZnur&#10;q9unEDAuYbi0ESRAxpE6KWLKXPrC1rcf7b2Vz5K/NvJZDPdFd/4/FVMWex1FvgUOxN7UuZpdjQU2&#10;Vy2SxmLxlTh8VTUNPmKvF7aalatq3q1atlmHkjenZKeIE88c9S20/InPkNlcLP4d2BBcm5iipKzx&#10;hCqqiylEcapBIQdYUp4TmPqcvZf7s9ta7b7p+091uER2iSWy131k8D3paKGOSSVZZHkMSyXIl8GJ&#10;ISIFWqMk1ZpO/bR8fflL21nt70+/sJj0qN8bt3hTxdl5XJy5Kv2bWYrdzUdFttcztrHy0ox2C2hV&#10;4yZ8dVJNHDTeZKew12mb9r+bubt65is9ws7ZjulxfpDfzHW8AjvHSOEvGoBjjgKP4dyHOgN4DMqE&#10;q5v7q+yPIeycstyrf3TLy7t9gzbbFGI1u0ktAzz+FPIG8Se58RRcROjNLp8enaDH728j+XDnd79h&#10;1ec7DytO+ElrmqsPidg0hw71ONjyFQIDkHrcOtDjpZaMxmUQGqkaZ3vO2kytLG3fdRh3PmDdN25+&#10;5jtk2fxCY4rCiOQGJCy6oWSLsAqqeI5LUErECRkSfe/2jlzlKHbeUtvf94pAFmlviZdLmNR+mFkE&#10;ktHDAF/BQKFOlAxRfXB/P0+v+Hu7vpPp+j2X1jjettrbfotu4bCioh8VOohNYZ0i01ORq6iJqyuy&#10;GuNnkqJ3knJPLW9PubLfbuUuRlsrPlm0WHaoolVEFWI0k1JLMzMWLVJYkseJOD1gTzXzhunPfNl9&#10;zJu19Lc3szA6npRQMAItAI0XgsYAUVJVRU9NddWU1HaaZxY8KAwueLggXta62v8A19mS6/2FBiKe&#10;fcGeVGhWHxxvIjM9QIzeKCmim0FKd/7Z9LFRpK8keyXmPmNr+SLb9vJ1sdRH8NcEkjOrOAft+fRf&#10;I0VlLEsVHumNQKCig8STSurzWvypinQbbk3HPlXXD4V/HM0sflqCwAp1PD+S2oIWvYXH449p/uvt&#10;fBbM2xNVLITTU4AosaP+BGRr5ado6DEKzs7QmrqtTzuQWjhheQAlNJRbPts0LfWTx6rlu1eOWJGT&#10;QGpA+EZBJzjIGfJGx7lzBuCrGoBJ1Mx1URASXcgfEFBwvBnZAcEEQtvbTtVJLUq71soaOacROkel&#10;rSGcyRhFJSNCEvwWYH62IrMp8VHWUeV3Zl6eCry0oWqq6iOQmSfJzyT1zpF+55NEUsmoAcWAW1uP&#10;c1bbttpYWf1M9isu4pEpLerrU4NaYwKefz6yqhYwvabdbzOlkrlVBWulFAHpXhwrj9g6Fp5QrLEg&#10;0aQAVA+gHH6f8fZWNx7Yhx24xCoiyWYn8b5OoQBYqVpwZBQIz3kdYWhjcNxcc/X3DO+cs+DvmkUm&#10;3SVQZSNVE1HXor5EaFI4HHzNZy5d3Iz7eXVGSyVmCKaVagGfsYVH+z1N1AoWIOmxuCpNxbkaQCTf&#10;+lrn3df8NMCdodK46qnjCS7gyddlFJQxu1LH4sfCGEgBs09HM6kellk1DhveHv3lNpuObucdn5dt&#10;Vdl2+wWOuk0EjO7ucDAoVofMHz6y+9hLiLl7b9x3Y5e6uGqQc0QKpB/2w4eWR69fPX/4U9bxrO8/&#10;n/t7qnb/AJ6mn6R6Y2vtesidWmp4dy7xq8xv3KyQtArEBsLmMVFKW5EtOV+iKSad92YmNQ1SXUx2&#10;HkMauur6CxAZiQeeOfz7iDb/ALvXunH4M+xGA+IdWgyBP6XcKCh+3zxx6m/e965N5htnj3/Y3Lla&#10;CQIHZeGQOPl/n8+qK9n/AA6+SMtVRJsKKjlqsr5Vgx1NnY6OWSJ6eRpUq45DTpDTtAza45nVFvpI&#10;ubFhyvbG08VDHLVV8skUwIHii86yLGQGURMb6VJ5BBHPP1Pse7H93b32u/F8ODb4WAoFe4oBWvd2&#10;o4q1aVJ1Y4YHUfPyB7e7mvh21pcOzCpJQLqBwB+WngMD8zU23Uv8uf8AmE73ydVS7b2vh8NX4Kpp&#10;WK53d9NQJRTT04lpa6leMViTGrhYsJVZxKCCC1vbIve/XbODLkquMO6MzS0bFHZXDLrEMcjFVcA2&#10;tbgf0Fh/Zew33hdvheNYNrctmqT1YGpNQzxgDJPnTy6A+++xPLlzLJJa2s2oDFWAp9gFDX7M9G1w&#10;X8tv+aftTDPRYzbmyMhDTw1SwnG76oXrqVjA8dTLStkExUfmqY5dIMjFVFyLfX2503cPXORrUpKf&#10;dm3UqhKwSOtqI6CaNZ1juIzVywOrOVA+g4Fvpx7Mtz5B97tu2pru55Hu5THExYwtHOxOVNArguSB&#10;qooYkUFCKDqL5fZK3tpKpKFt/EGKMe1T+IccHI9TUmvTpun43/zKdi7OyOUz3xq7arcW+BabLSbP&#10;jw2/YajI481sUUrUeCqcgzUDLIZ/HDTSmxALcyH2tKrIUlbi56wZGlmois0jV0E0M1MwDeQyJOpY&#10;GwWwAbQdVrcn3jpHzXvx5rs+Xbzl+9XdJLiFRA0bxStXCh0IDDNSCV0UFWBA6lOH7vi3u0NNt7we&#10;E8VF4HicgUBySc17lBHAEdVi7U7+7V2P3RgtvV+w9xwb6gzuPx8uz8xgsngty1EdfE1J/CqrCZCC&#10;naleupchdHaIlmSKQelR7KJW9pwSb0rcNkxVihqKFqvGTQiimqaRaGUQ1CpFW0ssNRLMZxIzEM41&#10;Egg299GLj2V2y85YtZ7V3j3KNlVmoGBPecawVoauAW7gSrAg0PRXzl91IW+w7VHszo+8ONch7xG7&#10;1BZaKVIVTQACikdpWhp1ukdPbI3ttLpbam/8bPjHzVDlVwW78XUnLYzEZKbM01RPRSCTHVyT0dPj&#10;ZaQ08Ya8U4+sQWYqorU+zoMzi4ZoaiOfGZGgSFTBWM5ko/G0wqgdGmnrw7L6kGuMIwv7gK+2iz2n&#10;dLra7q6WKSAeFIhYB6AlgwOlNLse7sFfDJJ1agTh5vPt/wA0bXuL2kuzuLiGdpFPh6hqNVIZgSCg&#10;4gVIOC1WFek1H/Mz6s2Zmty4fdNZUYHeO1tx1VDksVuCipqasx2XogxOMjxs9S2QyOIahhMsEimW&#10;nqFkjkUMtrift/CjEYwY+lrahD5XmadpaiqeRBp1IVnQlUbxWChgAvA9J9o73mXlTl+weK85iWAg&#10;6jqYMWxwCkA9wxRRQ1rxPRLbey/PHM26o1ly287MKDSvZU4rqQgCh46uim9w/wA27oCmc5PJ7ghl&#10;jhppgMWKRcRVrVUyzTziKF5ohMdFVaIh5dZFjyoAy1k+HwsBk/agUt5nQS6pZJCkcYaQPIxiQLEo&#10;A4CjgWubgKLnneed5JeXvavl6ZJZPivJU0onzWtQaAUXUwKg0CnrMj2u+5/cQT2O4e4d7FPLHSlp&#10;BUqR6TSAADOSFDajxPn1UJ2//Mw7w+T2SruuvjXtzP0y5h5aCLeWaozB/DqSaeZ55aCkolqac5Dx&#10;MtqmZldXGtV1jUAc3b2xDRRyiCeKnCqy6rxRhbyCxMlxxwBdSGtxf3N/t392y2ieO+5tka/3J6Oy&#10;sWdC5+LUD8VeBU4bNa9Z17B7SbRAkYXa0itIgAsYACAAaQAPMACjZIOTU1qRC+Kn8qTeG/sjBnu1&#10;6jMbny2Vmjr6mnrZ8nXvW1lRrqKh6ioJDVEvkbUS8kqhiT+T7KnvzeNTuRIaGGseSqz9ZR4mgFQ+&#10;lPu8xXQY2m8txIUiWWpBa6t6efeXuw7Bt/K9k0sFlFBaWcTSEKoVQsaluAAzgAfn0J+b7TbuWeU7&#10;+68BUENs4GhRUgKaAfIE6iRkAcadbLfxo+Oe0fjvhK/MwbTxOIw/XG3snubPS4XHwGqNDs/C1ecr&#10;PsXCQy1NfJDQ2j0SIdWoah+LMttYakwm38Nh6f1UmLx1JQ0+pQ7LBS0sdOnrdBJdokt+D75b8081&#10;XG/8yb1vDMyyXFw8meI1tjjnAoK8acTx65M76kl9fbhcSgmSSV3JAzqJJqaDjXNfz49aanaPb+U7&#10;R7Z352VkQiZne+789ueupnWGCKGpz2XqslIkccckkaKXqtJUMw08XI5KgLC+pEPIv/gLC1rfQAAf&#10;j2DZt1tiTbeJSReNaBf2/wCTopttmuPCjmKBlOKCtf5eZ/aegtyO7qYyTYirrkjmpPTI6hkikKfV&#10;46r7Z4WjJb6hgbcG3HvgQgN2IDE3tcWv/gfqffvqzPCY4nDH5UP+DpSsJilAcFFHrj/D1i+/qaqk&#10;MFI8VVaIlZ4XScrG31RxHqX6fki/vi/0NyQBxawLfXiwI9hyZ6E1HDoWWPh9hUgg+h+XDoOsjLNI&#10;JGkRls5Lft6QXEgJ0kAEgH/ePcRlZT+AzcLyOB/U/Uc+yW9PiIVp29DnbZdCxTnOkGv54p9vD59I&#10;TKxmoSWEoT91+2SVYAFTe/8AtPH9PeVGKsDb+g/H++/HsEyxNbXAQ10f5ft6G154W7bbqBH1Crmh&#10;wfs/b5dBmivh8mQ6uYg9/wBLWa5t+oi/+P1/Ht0gYOPULj6D/b/7f2axyLLSvEfz6iK/t5LcmlaA&#10;n8vt6FihqIqsIz2uFVFYkDgrq0ixsSP9v7kmLUv+AH0uP+R+3JLcEE8a9E0e5+DKAyGlftP5Dy+0&#10;46dXxfmjLIwP9pReycBhqZvqwGr9K8+40lPxa4H+uR9efaWSzKjU2ej203gyYAOoHphrcII7M+oK&#10;3C2D2J+tyfwv+PuK8JWw+psRb6kX54/IPP8Ar+y+WFgKAcf9WOhRY7yCS7itAc0FCDinpjif59Jf&#10;IYcrZRxqcFY1eRgrFVbUyliG1rYC9xf6e0DuvZlJuLRUwzy4fO0haShzNBphqo2Cn9mpKqPuaRyf&#10;UhJP+p9nuwcz3mw3MDLNLHHHwaPtdflgd6GtGVzSnpnoUeBbbnYvatbxSrJxikyjep4EIwHwtUGv&#10;CvkbT4jfOLsD4oZyrweSoYuy+k9zN9rvPqjcMks2ImSWT15jbLv5E21uSmEjFamJQGvaRSLFSy9r&#10;de7f37jo9sdo0a7b3GySx4fsHGRq2Ir5WjZUhrpmVdLPe5hmHFuG9zpt/M/LnOdjHY7062u7kHTc&#10;DSImPAK3cNP2PRf4ZDgdBiC05k5Mu3v+XW+v5bUjxLN9RniHHVEQKnSBpOkZr3A+Wyf8EvllUbIf&#10;JdqfB/eFR2z1RHURZHsT4pbzq/tu09lU8uiSryOFxUMtc0tJCWCpX4wzxS/plRmUn3SR8lehO5vj&#10;rVNllpvv9rVgZ4M3ihUVm3zHK5EaVM0a6sTNIp9KyBRf9LH6ewlzLyxv/KTxS3lv/iL/AAyIPEiP&#10;2sFIUny1BfKppnqaeV+bOWuc7eV9tuwbqJtLxPpjlRhQkmMmrDNCyagPt62h/i180+j/AJaYJ6rY&#10;mXqMTuqgZEzuwN1LT4jdmPqooFapmgolqJFy+Pj1W+5pWkjB4cI3pBZtjfLzcm0MgkQqpICkojmi&#10;lhleiqgqsLVUTpEsiWY2e+q1iCfYYt90kjmDrIany8j9o4dDeIPZ9yaqCmMnB+R6MRvXrnZm/cc2&#10;O3NhqWtjLJ4akIqV1LKGV0elqgrTRPqUE24YDm49mvpu6dndzUMGPqZDtvO1MAWOSdoo8VVVenWD&#10;TZEP/k6S3sIpACf8T7E0G7rdobe5IAPzCivHB4Ur+Xljo4SLbL7SYm8K5HCvwk+fz9aUx+XQdbf2&#10;JmurpKmfGzPuDb6EyeN/up81SwBgsa/bjyRVhiUjUUOogFgv49qLq3A5Dq3L7jo9xLDksHuumgkj&#10;jSIZKmqJqda2MpXBY/C8NTTzlFHkaPm7D6e8mPuxc4bTyxzNunJ+9SarTmBoIUAj1p4gaRNMor8E&#10;izFCRrj83GBSPPcTlXdLizsd3hSktjrcMGFCpowNOGGSufsrTqVueux2/qCiq8BVz0+SxVYokmmn&#10;mxVZQx1D0wqGp42RqiOoQxD+wj2B5t7CbfnY2ztu11Tkt7dn0NFtmqgkpYuves8HOu6jSUaRxw4P&#10;+NypT0W3oIwoRWWJYlXUq3v7mD3X909q268udgj90o9u5JtNcC7ds1s63kgSimKS60pHANYpXtRU&#10;DRjjqBHyxy5NLbCdtgefcpTqM9w4CJqGWWMMzNxxQ/Z0/fa7kioZMRtrBCnrqQFaTce6az7jGSzz&#10;Oxny746grpMllJnIvokenLtpJcC9w63H8gpK3qLdGcxVCuwutjtrN7G602UrUJyuSymYkhhzO6sp&#10;k1qpMvm5ohDJF9zMqw/cTyCJmaF9MZbNzzusXtpz3za6SbT7cttlxt20WocrNc3lwVjlunkDeJN4&#10;SqweRhoWWR1Ry6v0IJ9ks4t12XaoKXG8NMJLhylFihSlEHHRq4KDQlcg1z1F2z1vR4rLy5PKZLJb&#10;m3bkaqiy+5tzVzTQI8lAkkWIxeHx6SCgwWOhD38FONTxxnzl2l1Gp6SiyeUqKgUFHVZKbU8sgpIJ&#10;qqTSSxeRlgRyE1E+r6W94HNFNOdSoxkPHBJrwqeJJPHPUlv8Oo0X7cfZ/LHQx+0bUtLFIRIjxPqs&#10;Q6FCGHFtLAENf8e07UXDDPV0VSp9B173w+58igTqJQP0vx5VF7+lvrx+AePe3ZXRc56cCla6TTr3&#10;v37P1801rav82t9F7af0/wCc1f7x7aqP8nVdT+n8uve//9KgLP8AYG4akx46bN5Cso6YMiw1dVU1&#10;EacWLKJZWi1agTqUAH6+82Li/wBzAa0kunMSEihJI4+VScdQEYLWUpMIVU0rjHHjXrfugpKWFpJY&#10;aeGKWZgZnjhiR5CnpAd0RWk0241En2jhmKgzBzLr13B1WPP4te/1v7SxzTOwBbPl1Z449NBwHUr2&#10;Y3YfQvYvY20Yt27Rm27mYTNUU9VioMkI8vjZoJWjEeRiaBoaRqhELxeR08ikab82lvlj2q5o5u2O&#10;Pethu7GcFmV4TOscyFXZKEPRKnTrAZ17DWuF1nmz8l7nzFZvdbPLFLIpIKFwrY/0xA8vz8ug23J2&#10;ts7aGdiwG46+XE1VRDFUU1RWUk0dDVRSu0dqOr5SrlhksJVS5iBu1rrdDZraW+tk1E0G4dp57GiN&#10;nMs8uPnmo5FiYI5SrgElJoXSTfXyPx7Ity5d5h5Zlmh3zZru30NQs0TmP0qswBicY4xu4pmvRFf8&#10;s7zYs6X+1TxsuCWRguPRiKEfZ+3pZY7P4TLqHxeWxteGClRS1tPOx1KGF0jkeRGs36WAYf09zsPX&#10;4/IaIpikU7sEDOohGlh9GZ7aLX5v9B7csW2y8jaGSZdYr3Ain+H/AAE9BmW3u45UMUZ0VAPqPtx0&#10;66vzzaw40nVz/gTf/ePZ8uuPjdtLFbHr+w90b/apxVDR1mTyNPtuup/4VTJTQJVz09ZWASCrkhpF&#10;u6xhJA3oHqNxNvLPs/yjt9meYd55pa4sIommlW3ZBEiIrOwZ1Ls5UZIASjfxUoZ65P5I2zcNik3r&#10;cN4cRpG1Ui7dLUIozOpqxJAOnyJp0Trf3yM3LQ9k4vrDamxZf4vlamGKnr9wRyRzT0dQzQGvo8ZC&#10;6TLSGZXQTSsF9JYqV9rj4d72p+2uxN8bpfyU+0OvcbINv0FYpDwtWS+LHSSC4R3p6KGViWJ0s6f4&#10;+2+V+drr3D5u3K88BouW9rh0WkPaqxxk6Y6qBTWIkZmyStUH4ejGwurPaYN13zcIS9rbWoCjNBg6&#10;KUXJ7TUA1qQaZ6AL+YLW5navTuxuvNqxebefb2+sZtzJZOnVoPPjqSlWuzKrKoLx09ZMtOmmxYxs&#10;wJuSfZ5t55qiw+18U9X9s+byTnJ0hIRZ4ZJyJ4WQxsGWOhiChQbkM97/AFHscbrzFuGx7Y0v1Ja9&#10;uqqinIRSCzEDyVQQnzJFOHUWXfNt5tfK6mC5LbnumqRyCaokh0kEA4IUYBwM9ET6A6/zu9e9t/xY&#10;ybO0fWGyqSLYOSoGIOKycWAxjUlaZqeqpGhkn3LlKmfylLXhiB4Ok+1F05kK2r23uKtkkeeWWvhp&#10;o5ah5HZikCjx6pXZilpfp9Pp7DXI4+siluLmVnjFxTU1SaqmctU4DU48DjHRn7WGW3s99v52LKfC&#10;qSajtDMy5wQuoDy4Zz0Xr+Y5tPaFN3T0LtyKkpcbi8ZgtwZuegw9JDSLTCrqYgKtVggSGKpc4wgP&#10;YnSbEk3JXW2MlX5aqrJZ4JBSLVzQpGEbTIiPoR4TpK6VIuLEkC/FvZlte6X19NuM7xtHZxyOsZIy&#10;QrFQacc01V4Up0Cr33Yv9j5oeWUmazZyvhBqBVqaEEHBpQ0oegr7f6K21t/r/D0uGyRpdz0m3MZm&#10;J8xUvCViyQp9VTTV7SACp+8v45P02YAk8W9o7s/5F9e9TTHHGtizW5EhkUYbGzxSCjmVl8a5OrR/&#10;FSSGQFSh1yi9tI4PuCvc/wB0OW9utN22S7uDdbsoBSOEj4wSCsvxBQaj9NQzHDaKAN1PWycxbfzV&#10;Hb7nCwt4VHf42pACRxBqNXnmmn1HDoI/j5/Ki+SHzJpMjXb9Sq6x6mrs1jaim33mVngzm5MdT/dL&#10;VT7S2zIlRJWY2dJ4VjqZTT46oZXZTIV4qZ+RHyO3FvnLU9Jv3LYY4OcvLQ7UxsNXWUuJpZXL/dT0&#10;IFFHLkVi0gGeWpk+ulEBI94ucy77vG5+Gu9Sxiy/DbgYjB4VQhSWoa6nBY1/hoBU7ht19cmGzdp4&#10;EYK0vFcY7cU8qVUClMmtT1s/fDj4G/Hv4WbMbbfS2zpqPO1NPTU+5uwM/JR1+8t2VFNGyu9blVh/&#10;yGgedmZaSjjpaZb3CavV7JTn8k268lFgtg0eQhxA/YFNT00dI9bNKdPmmpaKOJAjBv7Yso/2N49m&#10;1zzGCzjbS2AqgD86gCg9a9KbyysjLWAFgQKV8iP83R3UJhjDVDxLYFnYkiNFW1gGdrIFH1JPJ5/1&#10;lIdpbO6wov412BNHl9xBPNTbMoJYZWjkZDLG2ZqSJIqGAcDQAZSPohBuFbWdrtcSS7iyyXNTpjHd&#10;w4aiOmDGikal/Zwr8+mpshV5FhFi4SlNrZJcrMVWCy2B+wQMXqzq4EhURf0Le0RWby7R7sq8dtPZ&#10;WCkjoPKIqLDYGgnkpELOR+xTKKiqyEyIba3BUcmy+y/6vcN0m8KC2rIw7Y41r9vaBX8+756eqXW6&#10;LbQ+JeXkUNqtal2CKPSpYgdYpf4NtmlrctlcjT0UEMZnr8xmq6KlpoIlHqllrKqWKmo4bm3BVR+f&#10;Z7Okvgh1ftLKvVd/9i4SXesdC+Sm69pNzYiozmKoo40qjXbvenesl25jJSvjiVAk08rrDHMJDoM0&#10;bD7NiwX948930dlHSoh8RRJpK6tUzGvgIVrlSzMaKGRiFON/N/vrPJJNZ+2e3HcHQgG6KP4JLY0Q&#10;Lp/VkWtXJIWOncjKSQUnenyT3xudYoOh+vdwZjA/fLQZDsncG3MjS4yqeokhpqWDr/b9caDI7tqJ&#10;3mLmtdFoKSJPM6zREkWH7Q2rWb5rqKk6xwFJtDYtBSRY2n3fkcSmOehARmnOwNqE/ZwTTqRqy1XH&#10;LWyqVYurqB7EW585QSx/uPkXa0s9nWLQLh4tByKuIFqAjkCrPJrmbidLZAQ23kq7ldeYPcDdHu90&#10;L6vpdYYkV0r9QxFWQav7NSkQIoA6mpIJ8oPlz1T8P9pZeHtzcEvYvc2WmmykfUm39yS5OvzTVcwN&#10;E/cW/B5GxuCppImKYaiNPQ06jxwQOkjkHO6v6x2j1pRVC4enmq8pXTtPk8/l3+/zmSnZbNJU1c0a&#10;toJJIRR4/wCtzf2BDELd59MjM0jVaRiWkc/02Na8P8vEk9C27v3vFgCqscEaDTGgIVBxoAajhUcO&#10;FAOHWpR88Pm58jfmruKJN/52k2913t+kFNtrq3ZP3GA6/wAFTrM7xzLiYK2qSvy8QAX7ud2mWxVB&#10;GhMfsbaQrMVKkEAXK2HLXACg/wBTq9hTfbiO0SNQT4khAr6Vqf8AJ0Z7Db3Fw9y+klYQx4+nD9o6&#10;qD7BjbAwRwuf8ryDiCM6+VXyASMSeAAU+v8Aj7q37s37ku0+18rh6GIT4TaWSm2htykp6kQmurpa&#10;uDHZSs+5Usy1ObzjR0UDoG8EYSaxAfUN+VLOT93SyFQJIxoFCAdRoHIJ4MS4RaUI+I4rUQaYtp22&#10;S6a7Vbi6IdmYagiioSqnyRF8VvJq6T1vxfyoPiPtj4N/AzZ28twMMT2R3fsjB96dw53I4+CukwWG&#10;mweR3LtXbMVHDjlkbD7A2XJVZHIUtXKzVNe1ZCGTzRxxj7tGLA9cU1VCqxV+4MkY23BX42lSmpBN&#10;Sxino8diIFHjodv4WmJhooAW8cZLE6mY+x3Fve2cvQ3VtAvj7jIui4ZAAjEAqFTOIk4RgcAFqTQd&#10;Bf8Adc27bZDHGzJZBT4YkYl216meSYk1kmkL1lZj3E08ieiUd4YLuH5nbt27uesdNk9YbRfX0/tr&#10;clWa/PjEZSpky+c3HvhHd6vJ9m7rrKZarL1EhUSDxRovijVQp6TftEmRWuRJ4ZUjeKoMq+UzUzMJ&#10;FjdmdtRW2pebi5/r7jq83wPcvcLGwk0niOIpWnz4ceglByfJZwrbPKHUtrAoV0twqPKlKClPIZxn&#10;DvT4f7j3H1pXbJrJMNlMbW1NNlcTLS1Hi/g+bgENK+Sx6FFSP7wqYKgoo80bKW+gPtWLvbHzxo+u&#10;0TpqDi2g3/s6Qbhj/vfsJXG5q88gKEHV0Mts2a5QAawSOiT5L4Bb1oMiY1lgXIUTrRzgNJ5rKqxx&#10;xioki8U1OSAtxqGkew73RnIJYmnxhQVcLPIYraFq47AyI9jYy2W4P59l08quKrjqTtts3EAhnlBQ&#10;0p5lTnPzH+Do+fxk6R3RtWppcB2AjVWAq4YKSGpLfcS4LJI2iKpik0eZqOXUBIpJ8a3YEKpHsLIt&#10;/nX5qW4jZX1RMQHgc3YxlCQVIYe0IudIZfXo++mii/SmFW9R5j5nz+XVhdd8YKOto4qXMmCeWN6E&#10;RzkQzLWUlIQkUhYROjOxe9/rb3wyvY2SeM6ZSoKKdP0Iut7li1iOfbZbxNKhFLYFSKn9vVXihUFY&#10;V/U8j/xXXth/ELr/ABMyFcTHJJDOx1qlOiuVLIPQlMl2J/rcf4ewrzG9qyraQPUlg3FgOR9dVyCA&#10;be3itNOquodIXskLAuncft/yk9HE2b1Dt/ARQrQ4uCLwlDGDT07f2bMDqhP62ueLcn2H9VuWsLaF&#10;mMiamW4dFlCoxI0kWZOBzze3tgsh1Ek1B9enBZ260/TFR0ONDs6h0rKaVY2cBvCiIsDFl4DRFCjB&#10;WPAPHH+w9stVuWprPIrMVqIgkkTLf/KACyMkgvZpLKLkf4e/LWTz4dUMEUR1aSU88cPTpQUG0KLG&#10;LF4Y0FM8jLOklh9qeH/aa2rxlnJs17G9uLD2jKzKB2MinS2s+YfpZWWx0nkk2P5+ntqQnCkUPVRM&#10;vwFDpHr0vqHDJCioQJEYBoWXlSDeyggc8e+VBPUyw1cxneGMU86Cc6T6qgeNQnrBJBY344Av7fto&#10;5GYMxKxcARxr0YW2SrBRTqNl46OGSho2pvuJ5KqKUxJf0xwHzvLIXAjBUx+m5XU1hcXuE7mdmV9B&#10;mdv0kUFXvCqrWV3o6WlxktQ8VTjauBRKVpZWjjgkyKsZLBVRbsQuu4p2/l3ct13Gw27arKe7u55Q&#10;qogLuTpOaAYUaqsxIVVq7EKpqpe6i8GeSSQIsY4+fyA9c+Qz1hx/YOLqcDn8vV1tLs/G4meth+/y&#10;dTUwU4ko8gsethUSKpaqFHoVFdnkkYpHr9OoWKTpzY+ByO2M3kqGfNbs2pCXpaiXI1C4PH10y1v7&#10;9PhKKWkwdVXQw1jRrO1OxBiVlsyqffST2e+61yry5bbRvPNVuLzmWHuCksYY2qceHRUkK6vjeMBi&#10;FdVGkHoLyPuu9PLbxr4O1tioFHcY4txC44YNaZoMl3qe1N578TPQwVgwu083USJjaGCmalzdVjIF&#10;pYHeuqXY1dJT1bJqaAMrhJmRyQzD2ra/J1dX5A8jWYgnnkkXJJNzfUSb+8yrWxggVKRio/1f6vPo&#10;W2HK9hZxJ4dvkfZ/qz/q9eusRgsfQLHopUjZQLqoVVFrWCqqqFUA8D8D+v19peaWNL+Q6ibJb6AL&#10;+OOfZxHG/aVFB0dR7WhFNOOl7TwTnS8Q0LazMBqPHA+ot+faby8ddWo9NQC7vHLYqw0oFjcqxZWO&#10;qzAXHFh9faDe99seX9suLq6cfUlWEYpUl/n6AA1J8vz6jj3B5k2DkmwS+3KXQHB0Cg1MRxAWtQDX&#10;BPGh6W23aKNpQJFE0ha1l5YBWjPlZRyiOfpf68+3rqGPH4fJUNZX1EgqaLJQelIxMD4Z5EJd1YoP&#10;MQL/AJUccc+8ZZea59/+mS9jWNEuD2rRjQD8Rr51r8uHWCvvD7k7vzXt1ztm22CRbe8L1qQGddXa&#10;Wrk6aagBwPCvS6zmBM6VDFNTTUrxnR+lVlVZCebhnX6An6ez402QpcqfNBkKegM5piYyyreOWpLm&#10;SNHYqQyjQFIuASfz7U39nKEPgXGCuCaE/mf5D8+sOYbhrVljltzIVLfZgAU+wcegdyOAqqKEqKP7&#10;kQa50YjTIDFCqqpZEFlP1/N7ezDYVKb7ekqpZIjrWFTpYApHHqkQftkJKf37BQLMRc8kkx5ewFbu&#10;RypMtePkKauH7aelBw6vbz3DQKiLpQIx/wB6IBrX7CfIipoeq1uy6OrXcWWoYIZo5acVtQZHAd2q&#10;aiCCKR18odYo4vtSwsosWNj7w7qq6v7zFUAx8tRHXQ1PgMMNvDLSRSVUwq3E8jRQfZQlv8wR5GRT&#10;INQX2XW27nb96sLFtXg3Ada0FFZVLgltQ4gUA00rWhJx1cbXbzbTe7h4yrLbhSylm1FSwVSq6SWo&#10;7Vaj1CBsYr1j6GkosdVbhlfIwRBZKZK1pahozURVNTS0VFJQv4E89X9/U2VRUEoEa0Vz5PYW5Slk&#10;q5snSvlFxtHU0SUEcdL5I61q6aaJo6g5ESSNBKwKIlPD43kLPrLDRoFlxDduhVrtlhMRC6TpYSE1&#10;1BgQeAoOIFcV4dI7W7hijimG3ie6icudVNBQCmnS2D3E8QaUGkDo8mNX7NMdM9OmVrPuHqmeeRWp&#10;VpFimHgSAxJJOS6kmQgqtxpAv7a6xqzCGZmlaTGyUfjMqUtJG1AEUxXpbUpZTP5C0jyO2rTdVFyx&#10;XS26NDIRNpt6ZVaUBplhx4k1NagVNADUmsM0F+0KIv8AjKSagG199DXuBNGFBgUGc1zTpYUsVNll&#10;SUeJaxJDMS/3BFWgaUgToxWOSCN41GkILqLH+nsB8tls3uDI1GVXLS0lFksRT0FH94YJamkatQGo&#10;hmhZmg+5o6W6t5NRZwS11ce4x3KFrhpdwSTS0sf6QNKrVaBcUoVWgPnUGpPUvctWEFi0O3zWpYxX&#10;AZ9I7WKHBr5hpPPzU16VdVQ4HB4uGmhx0dZU0VbJXSQ0MJhhnegmDK4UBiVmnOm2izcn2UjujdMW&#10;8amk2Zg6pc8i5KWmpqamgMSyVlJVzYHG0giQfbrBDUiWUqAVErXHCsTiR7h7ym8bkdq2658eNZtN&#10;AoBqGdIwAAOFCSPVges/PavYf6tbHccybpb/AEzNbDJI1BXRXkJPAljpGqoooPkD08dZbUXba1+7&#10;cxTnE1EtFLNUy1NR53poquGnzOTqWczSavTCkbMeQkRA938dHbOXrnqzYOyY7JLtra2JoKlFWPx/&#10;xBaZZckUCoi6XyU8zgEG+rm/ue9r2pNp2bbNspQwwoDT+IDu+2pr1x09097bnv3A5u5qc1F5fSup&#10;HlHqIjx5ERhAfmOqIu8+4X3P2VvjcsYV8fuLcFfNR2cJO9CCY8U08fkVGMVBSxA2ZWjJuVJN/a8y&#10;WAgrq6lyUN6WuoPIIZITcPBOnjelqoBZ6ijLAOyKy3kVWvcD2YKaEF2Jwc+tQePyrQ0qKlVPFR0D&#10;bYvaQXFqRqt5QKg+RU1VlrUBhwrQ9pZfPCa253hX47EnE18TVeKyRhWemnaqkkjnomLU89JWFJo6&#10;SqSJmRGMb+lyt7H2p4ZYCq00i6D+hr2dLEg3jZ7utiP6n2w0bg60aoGfToNz2jg1XI6k0+5K202U&#10;xtUJV0LUB4w0U8k0ZTTqSn8kH0J5BHtJ7h2M2UR5aCcMVkFRHTSIskLShWTUoVo5A5b+jqAf9v7N&#10;9t376M6LhCKihYeh/b5fI9MLN4RKOhr5/Z9v2dGZ6u+TtNgp6Oh3LRCHzQNTS5dDLBVxR6o5o0qU&#10;dKmjf9wfqIZtAHpP09g5Hg63bGLTFrPUOtJLVaTXCqmnb7uqkr5Q9RVzPUvGs07IoY8QgICQOBLt&#10;ce3aVjtncxliwJcs1SxY1JyRU4FaDgBSg6vfLHuVy144HjHTgABaIoRRpGCNIAPmcknPR9du78we&#10;56uCtx7QT0ldTwu81JXU0zBaZEgVGSGM06mZIgX0cswJYAn2nsJWTjORY+qpFqYZmyNXR19fHG1X&#10;BUVUhqqmnx8spaqWmmWOQJHGeFjQH0gaTa8263htlu0lrKhp5E9xPGgHqPyB4noj3LaYvo2kil0S&#10;AIrxrWjAEKHbyBoVLE1BJqAD0NM9cP4ca6mqdU0LIssaykIpVdMRnSNCGZAyl2IbUxBHq4Ilx5eG&#10;JYaemkijqKqP7j+HV5g+9SOJolndNFQxqoIPIPXFqHI1aCbew0Iw8hWcFXNeHn5V+Xrn8q8egLcb&#10;AGMkoBMIagcKSpNMD+ia/wAVK+VSR1Gpq93kmaqSdUQmNqtEfwNUkXVJQQBTSknUUcg6eV1CxKpx&#10;2QodXlklaCSQWdRrtfQyEqGJ0g6v9j7R3VtMy6EFVHD16JZtukiYgJkdRcjU1dShjR0mjBvGy3un&#10;0/Ivq1ED/Wt7eo46JyZ4qi5a+mNzYS/W540qTY359oJGuFKoyDq0TTRkKRTpJV7VbERyx6lJClgH&#10;dgAwAsCGYAkfi3HvnHnWxxmiifR5laNCFU/tk+m4JKpcfkWP+I96k25brSzLw+3j0JLKklC9T0EO&#10;7ev6bOtHUS0zOUbyr4i8RDyIrEMSLm1+Ljj3Br4sZm44nqo1apjkSQTuyOymMMVCu+vStwBY8XP1&#10;Bt7vELqxBSOvhnyqfl6DoV2NzLAe2uihwASfyA4/mR9vQXvR7k2VV1P8Nkqfs5IGM1N+4VKN4w0r&#10;CnVA00YAKsSnPF+bFjpqCojg8lZTUkNSaiq0pS1T1YjgDSRUxaV6aGPVLEEJClgGYgM1tRWrdNJ2&#10;EsF8/Tj+R/aBx6XXtrBIziF3aKgpqGk+VaipofLien+Hf8cNbJBS5CuqKKMKXlqaEUiO7Mj1LGnS&#10;plmjKMTYMq88kD6e/NP4YzTuPG0mq8l11BkB0lG5CMNZH+Pt9YNbCRSTjogudpf4wvQmYDcsOQlS&#10;qpKgyGAxXRA63idiBdDzbm9/8faCzUlRJJHHF5l+3iSZAI7K6h3lkMkbloZiVc3GnlWsePYgso4Q&#10;js4w2Dn9gH5joraxSMk6O4inRhtvVqyUskjSxm8rK5LG4Y2aNdRJNl02/wBj7ThqqqnrRUY2sNPI&#10;7AqYF8U0S+RYToPo5kQltOqxIAP6vZkbeCaDwrmENGKcfOmc/nitOHSeTbYp0VLmOqj8vPpYU06N&#10;GsckbNGlgzeXUrEG7Ai4bSrcf7D2I+3pBuWCSKtnelyEUsVZYQRvNVCnjSJpqKSNJjI8LJGHj+vj&#10;e5GmMn2F9zQ7TOr28KtbMNPGgWpJo2QBUaqH1AHn0H5NiFo5aKMmEk4J8j5en8uknundLbdMRjgh&#10;npZg9MzBvHFBLM1wKyWRzFTiSJn0Oym7rpHJ9yd04majqIKyiiEE1REkix1hpolqbN+6ZXimLt9w&#10;sal1fS62CkaSrOxs9+lxHJbzNrRGNdNe30AqPw5ApUefy6fSyDoTIhKH09emjZu96bKxV2P+6Sp/&#10;h0rxPPTiYPDOVdIolSSJAGp9baJR6CVFhwfcBxBuKBIcrU0s9cPuPHI4hWKNCIomj0qkniaLw/S3&#10;4+lvV7V6pNscvZoVtaivqTkg+Va6snpHLay2xbwFIQkHPSogrBiwXo0eOkR4EkVi7zO1mswAsZGY&#10;ykt/j7RU2HkoKhGpxqVhxHGFk+hIe5IYElTwOBc+xBFerdQ6nNG9Tjj04P1Eo5OrpYR5NJolYyRg&#10;aQx1PaQah/bj+qfTi/19yJcUlRPRK0cayMJKeUM8ZHhREeLyKxRVc6jyCTcfT20t20KTUclRkfM5&#10;r1oJoRiCajrgMisaSFXJS90Zb3Y6vV/sBz7iZDbdJRzMaqlWxqaiZ4YbPBJqQiLUInZDFHMSwW91&#10;v9bce37XcppkXwZTwFCeI9aelfP16fimd1AjrUf5P8/XODKCYHQ7Br8XvqXSR9Bxe/tJnGUFBN5a&#10;eScx1FN9o8bBtNMZkVmq1cPHGsyPHf1X+vA49nH1dxcIsc1NatqB8zT8J44PS1WdgvifGrAg+tPL&#10;7OpwqnkVr+kqBYgm5ubf7C3vjW4pJKy60vjimVYJRFLHHIUeNPHpd4JrOoJCuF/Avx71BdyJb08Y&#10;axkVzQ+f2/Z0ut5zHGDrq4ApXyPUYVTKGHkCyc6S17A8ennjn6f7H2sjR0tDSSQT0q1MVxVQzKTC&#10;0EhWNCHlIlV4vI+pkGm5HAAPsjMs1zPE8Uul8Aj1ANf8Ap/nPSJ9MjgrUNQjjxBxT+XTGtRVNVwz&#10;U83ilikHljbnyxq4eRYwTc3W3tpnekqapZ5MeiLSxpTieKKEsoj4jBZkY28l1/qFsPx7WRQywx0W&#10;6Yu51EEmnzwCBwyfnX16Tsk8UaoJmbVQ5JoPXtBCn1OMkD0FHylMiagsh1O12DsdIBtcD/EH6ew9&#10;za0JXIJiaPHS5KrpTLVzyUEkEtbKq/bUsU8tBR1FbUyRRRiJnWOeZIEVUQgAezixgkt1kuvhJJIo&#10;wRagCjMzdqigABPbWpPn0ebd41IDPJJ9OnaihsINRYlVZlRdWo0FVBOTUgdOqMwZWZyFtzpvpva2&#10;oH6+y85aj21WVRp63G0bLVNMtYn2MDUsvlZYJEk9BGQicIFYyLp8YKgAG5km2sZHtroGNDG47gR8&#10;eKd4wDjyqRwrlVpINvdbrZx67SdgY07DWpArWvEhWyalDmpPmavMTS6AdR/2liSDa3+H59rra2xM&#10;Jikg/gWFxuLonqImkgxWOoqCMursUmaGhhjid5NZVnJLC4AFrD2HXktduimgtLeGFSCaIqqCaAAY&#10;A4AYx/l6Idw5l3G+8ZNw3C4nlUEBpZHdsilNTMTStG0jtJFaDPUOoncE6nNgAb+xWk27RpQx0dMJ&#10;4aiSZmFPK8DyPB5Aiq0nlfS0csfrNyfTxweSFdznM5lnUNCqjIrStOHz448vXoniurj6nx5lUx6Q&#10;CaU8h6dMpr7u7EO6rYgqDb0gXt/rEH3xzFLWUdFHNG6Ry6GZUMfnhDhYR+49HMweN0UEgcr/AIX9&#10;+sp4Z5ZAVOmvE8fP16dSSB20E9tan1z/AC4049Y6KZZZXUqwW4ILCxOom/49hTnOs9nbvzu39w7t&#10;xFLnsrhzF/AxkovLBiAKtK2Ooo6OWpmhirzLQQyfctGZlkBVGRWKl6exsLmVbiWxhklgBKM6h9LE&#10;glgCKB6igYZUAUzWp/t/Mm97dte57RtF9JbWU4PjaGKtKNBj0uykMV0EjTXSa1IJz09/dSQppjZQ&#10;tyGOnkn6Af7D2OtDl0o6b7KipaenaIIVaL9sRNAIjAyBbKJFUWJXTYk2sfZRNYGaXxppWYGuPLu4&#10;gjz/AD6BLbb48yytIdbVwKAEsTWoHEmtSeJNT0xzet/JOFmgIIliZNUcw/tI6fRlYcEfke1Ph9xS&#10;VFZR000TPVagsU/jkk80sagzVE8jxzjyBZGZiWUMT9D+Cm/2tYIpJI5P08YrwHoOFPQDoxj2s2UT&#10;XCyjBFQT/g6ROdoFmpKiKneGnpDHHEyFUjZQAioq6Atl/b4B+nt2zW383nMv1nV0qVhwuA3Bl87k&#10;jSZhsY8c77TzOFxv8UoTIjZrCM+anZ4fIdNYlLIImC60AO5wrLudgXeQRxyOx0sQC3hyIocDDJRi&#10;QDwkCNXt6FG1btZ2e0c0wyFBf3VnHEmtA50G5jklMbH+zkHhooOf0mlQkE06B1jjKKv3HBVOUnqc&#10;ZTUVKppvvPKqZalnrPtjc+CYxRHS9jxe/wBPYgHK4jalMM7lJI6aKtIpzXVCwRxB6WKWSNKiqfwy&#10;ihSaVkiF/S8pYhFBIbvWMz+GzKqAAMSQKBmNBQmhPxEkBu0VNAK9EcC325a7W1WRyhDBVJxqwzAZ&#10;IY0JLYAACipp0jMxgshuSoiwcUaa4nE8kcbmZlp5mKvMkbCogWsljQK7FOVRVGpgqkquwdodT0e8&#10;jv7ZdLjdzS7jpJ8Vk98fx2beWWy1PS+OvoNubcy1Xn66KioZpWnqq6Z5o4pZdBkaom1TRrdu2q0t&#10;g+6bNHGTLageMJWlJRSQgWRy7HJJcAAswV3DGjdSJzHzTzXfbQmx8yePa29vKJktDAbaON5CVkmn&#10;jWKN3FCsUQCFowZEVIo1Acd8wu5Tt2WlqZI6KWOOBqOgigjoIKVGVIjXTwUtBTTO0ChRDDCvqa9h&#10;GoCAY8tiMxuf7zGZzAYWnwdLMRiFOVmylPV0VTiJJapM/tqpocbQ1UlJXTGlWP7itilBNSViYCAb&#10;gDR3Ti8RZYmagILEv2kEyKQQAMhVDSaxnUlaAgk3ez2ixtbmx3Gf97Mn6g0AFZFkVSIpg7v3AazJ&#10;4cThgqUbT4gDPatFT4rMLkIK2tyNVX08IyVWtMVcyw1EcCPFVxTTz0Ec1OhlGqKCYgCJgwGpQc3T&#10;8jeiOmcr/o7qq+mfO0tbiqLL7N2ntWP7zHRbix000eRzNMmMx+LpMImPVqmrqPKFgpgJnIiXUCHc&#10;ebOX9tuY9tkuSl9qQeCoY+GH7gWpUJGoBdmagVAzNQfFrZPaf3H51sv60WdkxsHhleO4uLgaWELa&#10;WSIs0kryhmCKmli7VCgvXodqTGZvNQCuSOWFJEJhqKutadm0MUYQtLNU1AcOrDlQLFv6+2fHddU1&#10;V25ufuug39lf4PnNi/3b3Z1eNyVuf2fiMp9lQZ59wSbbStlxGOylTjnpJY4lpcdUTU1ZNUSoZqh1&#10;9nO37TCOYbreo92nldraO3aAuzW+rtdZCjyMqytGUAoiDQwLF/Fx7cuZL2PlDZeRbvl2L6q33EzW&#10;24CFIbmSJWeEQiXw1kZAysshaSZEkiSJJGWJSHeGqggooqCWJGqIWiNNVCBY6manjlZVRZBZ2KmJ&#10;1d0LKGBH9LlX2HRd87S+RFZsPdFftus69rMPjJYN4ZlXr937kg/g8eJxGPxlNnKR6SGuxj0L+aKi&#10;mq0Wojasli1TOjprE8zWXNp2SdoTsJiUrcsXEsjJFpjA8Ts1gIdYR2HiAyslJXJlPmi59u9x9r4u&#10;Z9qtrmPmaOZ9VtFVYYD4olcnwnMjpLrUrJIIyV0woS6IEUcgx9VSrUQxygjUgSHWkMTGRZZTKqM1&#10;3flQ5Ba/0t7HHsTunYeKkpsZl/kdTTZy8SUPX3WGH2nn6+noj93Xo1RivLu3KpHjIqZHq8lNNDBG&#10;lM2qKCn107Mbjvu3bVdtctzIqsZhWK38BptA1lSYn8SRQEVmkfSsJMYL01BWjjl3kzf71JLqz9rn&#10;XbY1YNeXsl1BG0lEUhZQkETs5OlI1V5QZB3O6hkiUWMInkaHGRpE+nVJUTVSOzhSC6ofGqFib6VA&#10;vckm9iKPsN2DvzaW6VzezOv+vu+d/ZvZlPuLaE2Wpo94bwxlRSV+PwtZJuPbWPy9Huaqz+c2lQU2&#10;Qq6cziPHTy+aOKWSSpmaD9p3jmDb9xtb/aeX7He94nshNb6tNxcoFotZ4UcTiZoUWWRX1PEzI6d0&#10;klc97jY9g3vbRt2/cz7ly5y/BuDw3ISlpbygqzx/TXDx/TeDFcySQwnDXATw2kRUjRVlJCrQ6NTQ&#10;LpAYw6VNiLWF1b8/4X9nW2Fsrey4+p3nndy7y6w/iOQ27uDsrqzpXfVPiJetsJVRUGMwuAxO38Xs&#10;XdO8K6o+2pZppcRRyUq1c1ZoSOSUTSGaYuWtzTazu+539zYvM0ctzZ2UyKbIHSIY0SO3muWHY7m2&#10;iaBXkfSiuwZmgTmvmDlie5XZbHZ9v3d4YpobDcdztXm+ulqxkneaS7gtVBLxAXMgfQkbMxRCgEKT&#10;SqKoIlK2Ec08SteRbnUzB0VSv1LBf8eT7tcqOuaqfb9OuCzWQxcVRHUzT1uSh/iFdU1GQNa7/wAR&#10;p881RXSUlFUzpUxQR1FM0elKdfHThk9yZHuwh1wwTuLlWkdKsXGp9TANrBNNTk6O3ToUAKoCdYLN&#10;v9sN0ujuO3RSFCFVYyI1VY2jA8MxFIwzopQl0cMA7uGk0ydQkqQsh16WkBF9LXQ/X9IP09hftjr3&#10;BdO4uahwlZl87k5ZqzMZbdW7a85jdmfyWTaNs1NWVU81NFD9/Lj4GNHTimoo/DEsUUSxqAa7BssM&#10;FqkAlmlkBfVJI5kkdnoWdnIwWKriMIi0CoqooUHW/wDMm6c73jXW4wW9rYaEjjtrVPCtoY4wyRiN&#10;FDudAdv1ZGkmcszySOzuTMErTEXXSv8AQE8ixt/sbj2rabKz644KlYkjqS/2sUhp4tetPJHThqSW&#10;opUeF3KusbPGSLfpsxPpLRWjaVNWtaauJI9Sa0P7c9BHc9v0PJLE9SGNTnNPxDUFOePDHDqQlj+L&#10;Efn/AFjb6ew9C5/78o8NO7CeUR06uUihiBZuEMfqYKB/h+fYoJ20WysrMqhBUn16N3Sze3jkQMq6&#10;BUnzPr6f5es11sTf6W/N/wDeh7ccxVDBuZ6zF087zyllWWlWd45QskcLR2MLMBJJcW/tHVzwPaKz&#10;t03HSY7hgUxUGn2+v2fy6Lrd3l1QRXDLGBmhoCfmPt/n1yAEgUq54HNrccfT6fj2Ep7AlXdzxTz1&#10;MTtJpSONpkpIpTqfwujSaZLISdWkG/14t7PfoLQRxWSQHWR8VPipxz68OhmmyJ+6FZYY2pkk8f29&#10;c9CkWIv7MFtqvmqIqevZf9x9I8VmdDEwDurK07s1mbULarfn2Dt1t0jeWBSfqW/1HoEbiyK5hXM5&#10;OOokiJ6geGYWH+HINx/tvY+ddbjrZK/JSGKOWmgihUKui5cqxjUK8kQb02uAx+vuOuZ9ugS3tkJp&#10;Mxr/AJzXovuttjuLWEMMhv8AZ6S2fgg0QxP6Hdi/1twB+q/FuffHOYzPZDO08j06w00TRVNRNWyF&#10;DUS+CZY5mhBm1+KdyiIW9IF7j2R24jTQUI8NT+Bs/njpTHJt1nZzKGHjSKwFADQEg4PrjrlSVUCU&#10;0diWZF0IsZuEA/q1r3J9uc2HxuEgEcSuz0yy2kMtrJLKszRmOFfERx+FHFxfn2utpZpyiKAsRPCn&#10;D/L0HJpJ76bVKPibP7D1ljqp6nTrsqX1aQCTcC3LHn+vtNS04aCqqWPMwjZS13kkRWlk1T8Kxuy3&#10;H0OleP6+zhZCpihXgrH7M0GP2/t6Lr9qKkanAJx9oof8/TtA1wq2v9AP8L+xC21RmOhmZFspWWrW&#10;ZboY43keaOGMq11VRHYg/X/bew3u0we4VGOcLT14Cp+fSRY2ZaAY6aMlUxq6xsxDO9go/I4v/tv+&#10;J9pFcVXZ3ITTQRqFkkaV6aVoy6UwPiE7OIyyGQqbqLEAk+zk3kFjbRxSuaheI/i9Py6UzaI4ljLY&#10;A6chURwoo1caV5/P+sOLX9z917UixPhMMMDS18CR6ANSwnzugWNiFaN4ZFVTckMyX9ptl3l73Xrc&#10;hYmJHlXHn9vRbZ+KrhJD2Bq/bgj/AC9cKDKR1iTMgZWgkZNLXF9J+p4tY+wq3H9xh742lCMZqCYS&#10;ICZNQIdncaSoPiab6G9wf8PYx20Q3oF1KT2yL/hH+GnQo2pI5ZEmkwiyKPl58enBWV7tbn/euT9P&#10;9f2TrdGUjTNYakSJzUUE0zV6v4j5mq6mYRQP6NKxwyWvGQbFhb6DTMW328whmkDnw5NJHyXTpqM4&#10;NSCT59ZR8qbbI+33s8pUxSkeGK/DpHcw9K04+des/wBI2+vqXn/Y2ufbxJjKSjeqy1VCheUzTx0A&#10;nA9VU8PjWSJQNEccMy3UfpI/x9tpczS6bOCQ0U0ZqenofywejIXVzcNb2tq1FBAZiPLOR+zqIrh7&#10;Rg2CeksPr9DwR9Papwteu3MRPWSRzUTVxKCGmlDPIJFYWi8jSGOaax0n6kn2T7lEt5cxrqDiPzbj&#10;X5+vSy0287zfCJu9UpQn5EVJ/PphyoknkiSDSzRH6sxFhblrD8+19sCsytaYMx/DXp6KMhYmnX7h&#10;5jcNqd7KgksLk2+vsN76tokZtmnBnYVIHl0u3XarK3m+nSVWmA8qcBjoOt4ZKlio5sYa1TVzRl9K&#10;kRtGosw0nlmva3H4PszmNzFNoh0HxlUaJE9S+QmzFXOsFgLn688+4uuLCSr1ytak/wCXoMz7aFDA&#10;J2k1r0UvLUde805fyyCSoE8r6mfQFkYqoP5svH+t7nWyWSqDHBOY8dwkhKAxqv6nhhjYeqSy/j6e&#10;0w+ktY6slbny6D+8Xe37XaqZaPeMKqtfl+LpU7Mwf3X7kkNQtQJAzSCVkaRg1wzsRckEDj8+1VPk&#10;4KWNIImiWCnRTpVlGhtIBOlbIXdbauL/AI/Hsphs5ZnMsgPiMTn8+opubl3maR3DSkfln0+zh+XQ&#10;zYnbszhpJFm1StIWFgwmIbSNcmnXoXTwAQv+HsPc72AtGHjWWOOONGZgq/tFQVv+2WKMzf1+vsTb&#10;fy2ZTrZSSemEjqQzH8uhDxm0oFTW0bNKRxK1jKh4/TKAJFA/ABHsu269+YyqrHWlxwknqJygEURk&#10;eTWwWyrHqYk3uALn/D3Je0cv3Vvbq009I1H7B08w1wmtKIK5NBTzqTw6ELG46SkiCSTFxYWvyRxx&#10;e/59wMTUPRwyz5xqaidLa6SaZFmh0HmIDV5tekD0lVJPH+PtVeR/UMkdgjup4MBg18+i5rq3lIW3&#10;DMDwIGDXh/xfA8enB0sAq3Yg8/4D+v0/x946/e2OlWJKSSKYRxlBFK3kCJcqoUFyLAFrf092tuXr&#10;hW1Sxsp9eH+o9UkgeNC4jbUQfLruOI3u1xb6f43v/Uey/wC+pMfVtJKjKztrjjpyutyz6SqxhH1s&#10;ElF724W/49yNy+t1bIqVwKZ+XnWuK0/aaDoRcqrco6xvURcS3y+daCtPnx6kDjj2XST7TJVdfBTy&#10;aarH1clHkUUrJHT10UMMktNHVw+SkrVgadUkeFpIklSWIt5YpEUcbTvtruKXgs21iCTw3qjLkqrY&#10;1AagA2lipYLIGQkMrATQIZrKC1luAPClQulaBiupgCVJVkDAAgOEdlZZFUoyM3vac2x1jgaKrXI4&#10;fIZ7HVENatTNDHkWlxdRTl8kk2OqcFUo+K+2mgy7oSkSTL4oWD6oyWBw5F2rZr2K+2q7vICZvEKJ&#10;MwgcFp2MTW/9iI6TlaLGrlY4auWjDdGm+c+btdW7Wd/Z208LRaQSlJVb9IiRZ1Il1BogQCzIQ8ql&#10;SrgL73k3/wBO7AzmJTDbgwrV+FqMglZLRQVmVxD45oaWpWlngqsXk6J4TRPUuYFImT906Y0VeCTf&#10;/bflXnfb22HdtkEu3NN4hCu6aGVWClWSSMgIXcogV0QsFUKArLvlP3I5s2y/fdNn3MQ7mkWkMyRT&#10;CSrKXVlkjdTrCKJANBqACzMR172E+RGzer5E2nt3Hy1oEGIyL5HL1n8Sgjq6OevmxkglZIfFkPus&#10;7PMpihVYdRZdLgn2W7LyryT7bpZ7Lt21SSS0jkVpvDZEdZn8EamYMshllkkHYUUamqMED6wbmLnt&#10;f39vNysTl5YhFChiZkdY0lFASSjLAinU5L/C2pTTr3tKZTqXY3e+4NvTb/xVVnDiqpvFSCurY8fO&#10;ssUax01TFFKs4oovBrEaSIrSEs2rUbq+Y/bf2/8AdKew3fm7bZJrmy1MESV0if4AA4U61UFQ1Ekj&#10;BepbXqJ6OrL3E5p9q9p3eLlG+jtVuI6F9CGRTU1ZWII1GumrKaKAFoB172f7rPqLaW1aWhx23tqY&#10;bFRYuAQUJp8RjqP7eB2MJp46inp4phE0TlTdiXB9Zb3Ztt5f2KC3h2fa7W1iijKIIYo49C+QXQoo&#10;aCmr4jxJLEnrFPnDn/mjmS6mutz3y5uHmar6ppJFYg11MrsyVrkdtB+EAde92J7O23IaOhhy0aPT&#10;0mPjjxlCWjdzJK5d0gOnxwo1RJqIFh6i34J9wrve5Ks9zJaOyyySVketBjFTTidIABNeAHCgEZWt&#10;mbmb6hW0h5SXINK1+X+D06R24c2tBC70+syLraSUElIERbszovqcn8Ack8exKbDUmLpquTJvj4aO&#10;niTS9BDJT6iC/wB0TPLJKpVAukE3AN2BBQH2FDfTXc8QtEma5ZqnW1Rw7aKPWpPpwHn0MI5bOzW2&#10;ezidWrU6iCQQDSlOP59BFPk8tna2KKkpsh9y0xeT7tzYAFoY3EK3C3DE/X6j2TbsTu+mzu+W692m&#10;Hqo8LT47+O18Qm/hlBDOkz46iFc7LHNkaiCmkleFR5IomjmlZRPF5JE5Y21IL2e2mt2e9RFkmcqd&#10;EZk1siaqFWlZY2ZkBrErRmTSJIvEkbl/l2m1w8wbswRbksIY2ILyaSoZggBYRh3VFdqLI+pELGKX&#10;wxT29tePDULtKF+7kJkeRiHYyykNJ6j9dZC2H49kj7p3ON976psfjsi0+1dvGWjxs0UcVsi7SOa7&#10;KykiQz1NfUyskRNwkCqByXPsdbftlypguroaWcV0+S8Bj7QAft+3rJXkHaF2famluYQt7MNTAcFp&#10;TSqjyoKE+rcfh6UeNganpWmnQJVTkySoL2juFREW/OkLGD/W598t+1abN2bTUdJLDJWsjMfMulGl&#10;eEowiTXrcQoqpqvyR/j7FF7fPZ2MzKsXiMhCqKAny414mvQm2e1O87xI8sbfTo1cfbj8iK9cKMPP&#10;VSs4sEAH5N7EW+o9lJwYrKmaretTXksnW01JSrrLItVUnxR3JLFWCKS3NuF9gDb1kMd3cXcR+tuZ&#10;I0QA17ySMn1ChifSi+nWQO0WkMYhREP0USlm9dKgk/twPz6c6g2Rr/pCEkXsLfnkfTj3fTtDHUu2&#10;9k7RwVMP2MZgMZCoB4kkFLE0s3H4kndj7xx3DbZrznDmGd1rKJRDr08AihQo9TQVZvMmvWXPtdsj&#10;PybstxBEBHNEJuIY/rVkzTgRqpTjjPXznPmvuDcvanzq+Um9s+7nM1fbO59sU8z0sdKlJgNpVE+z&#10;8BjqendXUyUmAw9P5JORNI7SEEtwF/c2+xs3b7ywKs9ZUqWVHaw0Cwf1AHQAt7cH+nvIH2t5YG7z&#10;lGqtsjkA+eKgdSvt+wrdS+HcUouaDjTy/wAlej/fyvfjOvdG/KjI5epqKfa21qn7OKVUaSSqqkXR&#10;El5P+BMI8Y12ZQDf6/T3Xliu1shuXeUu23rjRLXRfemGKGGaVJw8qmSD7uOaJFEK2a8bXNrfT3k9&#10;fcsWm3WpooaaKIMCTnTqAqfsNKfbx6pvrzbPfJZWMSshUZK5FRwr8utpqv6R2ls7Z0ecixqV9bha&#10;X7NppXenSpobKVSvWjeGWdUqLFRrUr5HF7NwtazYmGyE5mrK/O1FbPNH/lj5NjWRMzWUQP47UaIT&#10;wkCxL/UH2V2263NmhEVvD4YHAoKH7c8P9Xmel1ptTXaxCUmrD16Q1H2Tm8TTNFj8Rtakx0dPLooY&#10;8PopaiFIy7iaOOdZKl5FHqaV2Y3+vtL7u+N+NylNXZih3ruL+LUtGzUz11RHPG9TpYQQzVIgjqPG&#10;HABIbUB/X6ezrZ/dC7tGisJtjtTaM/dpUjtrmgqR+VKdHK8gxXjukLMraSRTTxp60rT8+m3aHy/z&#10;q5fD7czPXmDpcVkq6anY4eWopzT0MLBKmsSjklkpI7xtqChlB/r7Q/VXcfYvU+Yfr/eNXkZdv5CW&#10;H7qKeeetoUqJ3fw5TF1X+Zt5T+9GVRmUBpE1KpC/m3295M52EHOW1bXAOZbaJgkgjQShGFHiZtIb&#10;SdOKGgwBQEgouWpdw5L3iGC/gAglYjNSoyF1Z/F3HHoK+XT38hPhx0H8lMjhO9KDZm2n7s2Zi8hQ&#10;7a37BiqKi3PNiKmNRXbXylYlOKiqpJYo2FM0pZqZmbwsqSSahj3D2bisZvbbVXXQASLm8dh5ayVQ&#10;VjizTR4rUjBwFZJKtSTzwPp7Bn7gEPLW6XM8mmBU1D1Dhhp/Ik6fz6m/mNtsitbJWALxyVr6BsGn&#10;2VqPs6QuK6IyCdG75xWNyAp4KvbuQ3FS0VLbyNkcFIMxBTzq6MJIalqDQUtcFgR9PZq037v/AGNS&#10;mhx2awNJtymeWpjjrcHHXV6vWSyTSU8NRNVxQ+F5WJQm7Jfgfj3jbzF7Ke2XuLu7cw77s96/MUka&#10;RM0V3PBGVjJClo4mUFwCQW8/yHQSj5Z2w3El3JADKeJKqWFONGIqBUE/acHqkbeX8v34a/Mzev8A&#10;pI7A2D2nkO4s/Q4rB5Cr252jltm7VrqXbeLp8Xj8pXYXH0NTUfxKnxsMcUjBAJhEja1v7EbF9wVg&#10;2Piq58ymbyGWiat81MI3VDUyORRqaaNIYkoo7JpAFivuLrv7rnJE/uFe3x2Q2ezWmmOOAE6XKIKz&#10;OW1O7OxNWLVNBUmnRztWw2ckxgBpERQj51qftHyOPl1XLuv+Tt13uP5jdhYjHdeZDqrp3risw238&#10;Ptyvr8ganNwbfwFEmQ3TVZDN1mXy2QO7cu71qzGaTzRTKpsVKgMM/vzIZCGVwZWkI0so4Vbt+Rq/&#10;w95G7ByXtGyRQ21jZww26jAVQPLzxk/b1K+0bLt0EGkQgAeeOre+j/hL1h1ZJjcXQ4nEY/GU6zlK&#10;uGip2rarxsQuiaKlUjUwHLKbj2CWbr5XM09fIhLMdAuLoq2CqS+vW7uONNvr7kixtwqqsCcOlVzN&#10;b2MbMSAigkZHlnhx6sv2Pt6ioIaTGbfo6hGSOFZtX7fmndbL9GhEUKQuAS7aABfhePa6+Lex5uxd&#10;/T71yIafanX9U4ol1A01duqZUEURDIwqYcRRS+aQCxSZ4jqDKyiAvvV+5dvyTyMnKe1XKDmTdg8c&#10;iqx8SG3CgyOwVgQW1aF9WOBRSesPPffn0XdrLy5a3QYljq08KAgUqD55AHAg5B6rS/np/MCj+Mnx&#10;rx3x32PX0lN3B8lsfUUG4Qk1RTZbb3TFMWjzmWVMdX0zUtXuvKrDjqczM6TUv3tkvHqW0+AM5sTd&#10;i31Gm39TfTZR/sLD3yoS+8R5ILIEgY1mrE5odOquPStTTzr1hVuG3w2MK3N5kuKlPMKorU/mPTrS&#10;go8zLWyzU2JOpIwI1r5lvMZWYqBTDiMaVNxfUR/W/PtTUOMjmBLsAQOAR/XhfwRybj2PNg5dtJo3&#10;lc95HdXJb9vD8usfucue723n8O2r4FaKMilOBqtCf29Ge6y6zxtfRGprah0maISZKV3Ekk0b+l2Y&#10;Ta1RgSOVAJ9u8uCjeEqkahuT5Li/+xW4X/bD2IJ+XNoktzGnbL/ESf5aaU/n0BrT3E5ht9x+pkum&#10;eAihjqSv7GP+DoTsh1TsCrxhoaXwUteguuVK1MM1OWJssE1I0RTyqQW1Brnk+05UYuWOQxp+8QNV&#10;0HF7GykngMD7CVxsggm+ltZZpXVanAdafI0DflWtPXqU9p58hurVbu9gjgGqiHVo+3UAWBFOBC1J&#10;pnoEdwdaSY6sGPxMlRlJgrCoSfwZRJIqdFdpYJIqalq0YyD/ADf7oUfn8+22ShqlYCamkC25Co0j&#10;X5+gQHi3siu9muIYmm/d9xx+JIyQf9qaGv5U+fQ/2jnHa5CEi3y21n8Lvp/mRT88fZ0Fmf6/y1LE&#10;JpNu5IPrPhq8VRVNZRtexC1CxxNLSSAHnUpHI942o5gt1ppw1xwyG/P/AAXUfZTfcpbrJCHTa7hq&#10;j/fbcfyr0JNv9w9jtrl7effLYaQa/rJQgZ9ePSfzHS+8q3Hitg2nn6qmmKCGqgw2QZWu1vIrrFaw&#10;H9n6395o6erVtP28xNgbeJ+R/a02Vibf63sFSbZudlMba4spUk8qqw/bqC/yJ6PbzmDlncIPq4N4&#10;typGQJEOSPWo/lXoP4drbsw9SaCtwOWgZHYxvPRVVP8ApJXQweNmV/8AA29vFPHIFHlidG/KlD/X&#10;+lgb/wCv7N7W2kKqJkIlHliv+Gv8uoz3u+tfE1Wt3GYGJGvWMZHoCPL1HQkYegq1VVqqOojZdIeF&#10;424NvqCFPBv+bH33PCTewNhf6Kf+J49p7qzZGrFE9OrbTu8S+EGnjNMAA+X2/i+3y4efWHLYdm8r&#10;xQyWYXkuT5NQH1MRUeG1/pc3v7gaLk8WN+dQHP8Arf4+y7S2rK/t6FrXMKJrDE+faa9JP7aZ2VCo&#10;vcKNa8g8KCSb+4s9K1iy35v/AGb2/wBa3tLcWpILKpP2dCLaeYQngo0y8aZIB/wnh0ncztt5Fkkh&#10;ikeRhqZVhDIoUDUVMUan1aub+2euxsFfTzUlfSRVlNUKyTQVESTQyKy6SGjkDRt6f8OPaK3a6sm8&#10;SGoI+VePrXj+daeXUhx7vayELLc0KEFWXBU+tQc/njph2luTfXW24sRvLYOfzm0dzYaqjqsbmdv5&#10;KtxORpJaeTyoY6ukEc99Y5uSSODxx7A3N9b5rb+OrqbZi0W4MFW+Vq7YO7gK7G1CSqEkhxNbMks9&#10;ATGotG5aE2/T+fcs8k+6G9cvxSbRRZtrlrW2uBrgYUoVQk6468Auox1NdI49FO/8q7BzJPbbt9VN&#10;bbxGVC3lqwinRgagug7ZDkkPp1gYBGa34/GL+bZs7sjd+2aT5m46v6131hxDTYP5U9K498Zl4Jkj&#10;m+1qezNi0hXH7mc1TP5a+iFPWqkg9JVbmqfv3+Xd0h3nU5aTruqreie4Z4ld9kZoRRbTzFSkqP5M&#10;ZIVjUGpYEFqSYEW5h5J9j48t8j+4MTXHLkx2rmUiptpmHgSOSNRikGo6eNNIYk0BRKGqGL3M599u&#10;XtU55tF3zk7gNwtFAmjQEqBNCMEjtJZgmruOt6Dra56F+dnYu2Nq4bcO8Mrtr5K9C1kkcWJ786jq&#10;FzGQosc0C+Eb2xsVRNVUOXglliWWOqRAC7Fqt2AUUg9vdI/Jr4obhmxu/wDZlfj8PFUNHBuKCkmy&#10;W3MhTxvpSamzdEHppldfpHMySX/s+4y33lrmPlK8NpvO2uiV7ZAC0bAfwuKqccKGvqBnqeuVOcuT&#10;ue9vTcuV94huBSrIr0lSoJo8TBXRvIhhSpABNR1a/wBeds9f9r4Wkz2w9z4rPUFXHrZKeqVchRsG&#10;t4q7HsVq6RwQR61Ck20lgQfbDsv56b52PV1GO/h/8UwpHibG5GqqWpWiV2jIoggD49pAl7REAXFw&#10;fbe1c2bhs95b3to8iTwyo6Z4FCGVhTINRx446HcUjC2ksLuVXhZdLAgnBBFK/Yc/Pp6zuytv7hkj&#10;qa2kSLI0z66fJ0qRw1sEhAa/lCETIGN7SBxyf6+xioO5+hO5MjS5HN7fTau8aMLU02P3NkoarbFd&#10;WIrTRqauaiKrFJLbUlXrU/T8+8iP9eDkvnXcbXfOd+Q9ufmuIK3iytJ4Fw6VI8dYyq92NQlVgwqC&#10;DU9Flty6LS0lt9v3i5iVz8NVKgHyWoOkU9CPt6yUFNuHH+OGqyNHmaIHQZ48caTICO2lA4irGpJS&#10;F4JREP5t7Kt3XP2BlcxLXZSShyGNBP8AD48NUU82PpKRY1ig+1gppXjCsi6EsCFWwAUAAQ37i897&#10;7z/uovNwvbdrOAaYoIBoggUAKFiTFAAABTyAHAAdGlly7BsUKpEhMrZLsdbPX5+g+fSmjjVAukEW&#10;Dcc/ViCSRc3bj6+wY2/urcG3a6KfGZKoxsnkIcxhQ+saG/cDrYlQLW+lifcaq80TEpM6t6qaH9vS&#10;sxhvjaq+fyHWT2d2i2tju9Np4nDRYzb+OzT1ryRZ3C0WThr8hUtC2sV1NPX0+N89TVIA88gVAxAC&#10;i/s3trN92nihlthEzfiVWyfLVnR+dK9BfdVh5ZabdG5vMm2qNTW87RAR/NWCCU0r8JZqgk+WODER&#10;qXYnSBc3ueP8ABcn2Hm8/gt8gtnYvK5+faUmQwuNnKJU42UZGprIAiymrp6Ch+6qXpkjJDyD0RlW&#10;vwPaW+5e3Sw8TXDrVTTUpBHDPD0OPy6DfL/vR7X8wzrZWPOVoL4gnw3bQ5NSNNH0ipPChJyKKcdQ&#10;Y8nSSyrCkhLOpZSY5UW4YroLMgRXJHAJBNxYEH2UT+HV3/KpVf537f8A4Dt/n7X0X1W1f7R+v/D2&#10;H/GXjobjT8+pO+oh9fOnFf28eHTj7//T1walpWaRyDquVZCLXX8/7FQeP6+87byKNi0lO49Y6xTs&#10;gCDPW/x7jRModGaNgoYNcfX0mxAJFr2b2htki8WN/DLd1P8AP1eWaQxsFYBjj8vP/J172K3W/bM3&#10;T++sVvDDxVGRpKWMw5LHff1OOetpn1eVBVUp9E0d9SFldNfDKVJBH+x83R8kcw2O/wC22YuViU6o&#10;ncoJAUKlargUrVdQYBgCysKgmHKu83mzbnb7iaa45K0BwRmox8iacR8jwKV3rtWg3ptrKbcyC03h&#10;yEHjWaqoKXJJTSq6vHMKSrHjcqVtwUcAnSytZhdp173Pge7tt0mW6ypsRu7IQtSJuHbeeabbu4sO&#10;k8MrPTVFWtG8Na6yCwlhEsci83JuPeYHLnPO3c2bXNuXLF0FliZVmjlLr4JdahXAWQioBoy6kNDp&#10;Jp1lpsvN78y2EMm2R28l1GtZIpKgrVaA1ypqcAhBkcOql93dbN0nlsjUdkbp3X1ltQGtG393bfeT&#10;eOw6yvhmpmgkq9v1lVJNgI5qK5aGqmSONxYPYj2x7y3d/dUVFRl/jTu/KTx6pKmpwNTtrN4yN4vU&#10;TJJPPDlqaNQW5ko47aeL+w3zDznv2wx3F1e+273QVCfGg+nmiIA7WL9syinEvbg+leijd+Y9w29z&#10;Hdci25IPxAo9ft/SHl51PS92NicrumbHQbb+W+1ajE14h/hMlXtiXFZap+9CSU60dOc6uOrnkRUK&#10;+GqdLOD9T7lbygxXaPSG3YKOnoNpba3OlPkNx0+Vq4qNNuUMbS1NTHWCURxNUQ1KIikjTrAciw9o&#10;9/3mDmnkiyuDHbWm2bg0azNKyhYEqGbiE1OXVAvbQEqxGnoo3zmCwm2CxhSJLVJZtToOCkcBQAD7&#10;cYHUTr2ozXWfyE7Dk3RHnd57n2/RjG7WfH46prKzdjVdBSR0f2ix+YUcSULyySAPIobyISDrb2Fn&#10;V1d0xRVe6/j9tDdLYOqqYKHKUu8MPX0wXcGWqZJZ8phRVNAaeoTGxeBY4rjzL5dLak9hPar/AJLQ&#10;bh7W7JvAggOl0uYZEHjSt/bIHKlToBRAlP1FLqrI66gDpdx2Pe4rjlm9n8OxYqyzKAwLqVNCDjR8&#10;Q9ehP7Nfuilk2P39V7Dos9Ht6ozVPkOu8xjZpqza+Ilp46Wg3BTpDLPPDkq2Jqo1jmN/EJYjoKgg&#10;LOfpvt6nqkJy1NvGmpY0goslJXvBVR0cfEMSpWakiIW5ssmnnj3669vudI53SXc4r5FUKrOxRwq4&#10;VdL1CgDiquVqRSvQM3H2n5hLM9msM1uaEFHRPlwbT68K/l044P5X/HyXHMk+KrNhVVdN9xkcf/dw&#10;JHJkpdImklkxUTNUT1LMNMjQq76fa/Hf21eguuchit85CsXesldW1tJt+jo5K2qaKSnposbVNXrJ&#10;LRwwvUQn1PJYgMANQIAW5i592n2j2y523mHxDzLMrSwwR0kqGCxqzOKxKpKtxfV2kUxTo02TaL3b&#10;Ng3Pl+S1UXcsjK1WFAGChsqaVpXgeihdsfFDcvyu+TmzeydoUOJfpTE7UwOHr925LIrTRy5Oiz+U&#10;qtwYmn2/In8VrqlsVWNEbxRIsxQM+kEgm+5P5he9M9i6rHUNJ/CqaOBqWkx2PiiQZL9vQ1Rma6ZX&#10;cK5YkwwRqpYC5IJ94v8AMHvrzNzDavaT/pWugKEiAUuR+KWTLEeehNIJGTToK7b7O7BY36X88fj3&#10;OuutjlBQAKg+wUq1eNej6bP+DfSG1M0Nxy4afcmcWvkraWr3DUS1lNidbl4xi8eX+2SopybJNMJ5&#10;h9QwNrFQzfZPZnaC0e38dj5RBJIHOOw6TPJPVy6XDvIxawaV2ISMIgubLxf3C8017fEpHU1NdKjN&#10;f8p+X+bqVo9psIV8O1tUWooSQSSPQ+vl0a6lxeMw5nrBpj/atNVVDr6Io1Fy8h0hUCr6iebD629z&#10;ajrXa+1KebKdw7tfG10Ea1K7dxzpk87KkC+RlrTAalMWCG0nzeNiTx73aRbfA00+83hSVGA8Mdzk&#10;nhqOQp4UBPSg2y7aFSiCNhgJQfb9mfXz6bpc7V1xgXbuP/iFPNy2XqWalxcMYJCzU1wKnLHUCwEA&#10;0Mo/WL39sFJvrcO8I5NidA7SqcXNmgKSnqaaiq6vNV5mKpHCK9o6aWpeWNi1qZUUA2IIN/d/3hd3&#10;7jbNi26RJZDpUIGeV64A4VbV/CoP5dMXd/DaW091d6ILOJCzuxACqMlnatAB6/5+vVqY/GUkud3R&#10;lKX7LGQtV1NZkZYKHC4qnhQyS17ma8cIgVSTJNLIVH9oe1dh+j9h9bbiTH/KPsTIVXYVXi466n6L&#10;61oaTenatXTMgrYa3KbaxQrMJsnG1NKwkORztTTU5D8sLhvcibB7P3kNzFcc736bXCY/F8FNMl28&#10;VaBzCtRFGchZLhkjqMknjC29e7QubWc+3+1Dc0Vihu5D4Nisg4qJpArTsDhkt1lkGaKSOg0q+zNy&#10;btp6ZemNtw7gpqt1Ub63ca7CbFpqUBkkrKJnjGd3aUZSqx0UKU7sCTVL+TK7G273T2nhMjtDq3ag&#10;+N/WdbJLTudn5qnqe389iXm0s2++5ozUY/FCrZfXjdtU4enVikeRIDBxbb80cucn2l1tvINhRpSV&#10;Nwx13LLRlJe5BCoTXhaxKyUGm48wBp+X9z5l3CHdeddz+tlQB1tyhj29HwaJakaptPlJdlg4+O2B&#10;pQO9/ZbrDqtBvPvben989wRRGXGYquxglxNBLCAdW0evqdskMdUxoea2slqav8Gotp02J/H74Y9X&#10;dTYzHolBBkp6YmpSgSHxYVK0ohfJ1MLs1VmMxM7MZayskmqJmGqRmJ9h4xSbtMtxuc2srQhFAWJW&#10;82VQBVj+KRhrf4nJPR3dbgbQaLRQjlNLSElnNOA4AKgGFRRpUYAAx1Qh82/5tPcO7Istsbpmm/0X&#10;bYrJ5sfPuKLXLvytxo8sc8RyEVR9thIauNBqSli8wsAsw59nhgCwokcIEaLZVCIERVA0hERQqqoH&#10;AsBx7USJGhCKO0V8vzx+eeiMSNIM9wPzyacP2dUA56XI5aqnrMzVtU1lVI089RPK9RJPJUSl3kll&#10;eSSdpdcjEliSDyT9T7f8dBPUsUhBkI9RIBAUW/JNh7Dm43ttbLI0syqB6/YR/m6X2FnfbhOsMFqz&#10;YzTNB8z5Dou3Z+e2xs7GSV2brqOiEkUZp6fTqlqmeVpCsFONT1BDt/ZvYe3DeeZfZuwd35+AF6rC&#10;bZzeWhK2JNRQY2pqYQo/P7sYJ/qB7jK4u5t13SKdB/iqGqjyxw6lq05ei2vZ7i0BP1d0wRmrw1EA&#10;0Plg4Pr0Wb4ubMx3yp+cHxl6u3LSgbJ7D716y2ZmKQM0Ym2rmd54en3AkrkkpU1mKaUBhwpb6e6n&#10;vj3T0dTna3NVkr1UmMjnrY3dwYxm615cfDUAgXdUxxlbSefMFYGy+5l5dEUe0PKWq+tmznuqI/8A&#10;jmft6AHPniokNpDHTUQjH1jUByB+ehT8ievpC/Oaor268oNi4unp6el3bV0eDqRDHokG0cPHTZ+p&#10;pVAOgefKw0lMwt/wEnlS3N/Zqq+eOo8mlwkrnUkg+muwX/WP6fp73MsU3caBjkjyBPp+wdJdsvXA&#10;jaTK0/Z1WBt7buQ2+UWSGSrx8BSCop5AuhaUtI9lsur9sFirWJX8e0U2W+0q44a0LCahvBIVU+FG&#10;ZD42QC5UksVsb/j2RXcbEEupCHH7cdGl5aGWH6iPJQ6vnXzH2dGZxm00y2HafAv92tBC+QoI3dGq&#10;xHAQ1TE5bSs+iGNf0i50k25PtsrqmvospDW45/NSAyRZCj8htJj2VXFTElwFqaaRVdLcsjutjcWC&#10;N7Yu1biB2NM08qefS3arikQ8QaXoeI8/9nh8hnoQcTicDmtoz4Pc1KtDk2MdZhM4abWIMzFrpxjq&#10;6UI7DGZBJmikuAiTRRvctGV9uFXXyu2kCyOPRIjldfFzrHIIUjj2ga3ljolB4fkft41/Z0JbG71y&#10;FWoCP8vTBh9t0UNIsrhvudUhraeoiDCEmSMJ4JEI8iSH6gqNNh+foH+dgkST7+ByQ5X7pCos9iAs&#10;5/IkUHSf6j2ifgMZ6EyTq6eE2acD/k6HzY9ZFJAMLXKF0NehmDEsjEAGkW/1EltS/wBPp7SdZVSN&#10;TpcqwBItcnkMeP6+1cY0IZUUhhxNK46sgQNiurz+zoScZjoVrWQn1FC8a8LawPq1Acm4/wBv7Slb&#10;5PGz28YFzYKTquR9LC4/1/8Ab+0ss8hYkGo+zrzAA1HQkYlKdXSPyguB6gXAtYH/AFR54/pc+09U&#10;4zJzReQU4hiYallqZIYImAOosnmljMnH9AT70ITTxHOkHOeqlqMABVj0qKfO4SKoNN96KioRtLwU&#10;sNRVSxHlVE3hidYbsLeojn3O2zs+pylQ9bItRLT0iMA0cfhiZpFIVknmkiBUEfVVIP8Aj7NLK2Lr&#10;4wJVaeYwfs6L7u+ijIhMn6h8hU/tp0nN99h0O3IabGs9DTVeUYiOGadpah1Ww1mmp4ne4t9HkH0/&#10;T+S4jqeszGRytUatqD7WjkrY4IJ4xHLFEqxv969RI0FRI+rSI0EekNq/s+1Me2rczOW1AKpbBAwO&#10;PEZxwHRZNvVtZ+AJBr8SQR1zgsaDGaZPHpNZH5AYPbGM27TywTZIZfLUuDLrRTvVR1lQssyGlpqR&#10;DU0cESUzyNPMoj0x6SbsqlofpnuCTd9OlBvmWXZ9DWY+en27gsHgabHR4zIUlHlVXceUydJlM5U1&#10;OPgqJNLwSUqsbWCsG1DPl72w5l5nukt+X7ea5gDJntCxB1DjW1F/CwzqqCRgnB9BzpYraKZrdY2Y&#10;ugADBmMbtHVa+ZKkEAcM/PpKD5J9Ixbaym5c9EcbuiqXdlGIMu9Q9dlcltvNZTbEi4SKnnekNPkM&#10;jgz6UMbWYa1KMx9j/lXiwdEtDTyQTV60+nJZaGGnhaZpEVmo6eWlgpj9vBIT6rJrIvpHAHT32Q9o&#10;Nu5F2a3luolm36WNfFkZUNCDUopCqSobgTUniTmgXbRs9xutx9fuURjirVI6/DwGo5NWoK9F12lS&#10;1m+sxLuHJwVtPinrxNt/adbV1slLSQU8pSPK1dFNVV0aZSsSJSAGZYoyFFyGZgiqqxIBd3ZgxfWx&#10;Mj3LK2mzu7MBx9Le8nIIGemkYp1JVnYRxiijo2ONxz1FyiRxFEiCaY4VD6BZi/jiQ6rt+fafnycj&#10;m6+lABZF+vpWxt9CSx59msVoir69G6RL2LTJPSxpMHBCgLDySfVpGPGom/It+lfp/sPbvtXDU24s&#10;xBS5Kqlo8bGpmrqqPQZY0aRYYooVkuDUVErgKSCAAT7KuYN1Ox2DXMcYaUkKoOFqfNvMgeg6h73t&#10;9zY/azk6fd7a2E29TOI4IzUAtkuWowbSqqSafIefUmuFfHG0GFp4KjJ1DiKiiqELUiiKzz1FR4is&#10;v28amxAsWZlHuZ2XncTjKOPa+2UDUGPWUGZwklXXVE2hpqmokAVtUiv9AALG1vr7xo5t3653V7qW&#10;5ZWfIAA7R/pfQUxmteubW58ycw8+b3c8zcyTk3c/wIKhEQH4UBJoFwCakk0Nel/13tafGipyeVna&#10;fK5N4ZaxgTHDGkSnw01LTC4SmpwxC6iXP1PLGxbaHM11PkKWClnEdVLVIQuh+GVH0JZWYEarf2T/&#10;AKxPuJ0vJLV42iFJdZJrwpSgP2eR6NPokmjczqTGE/lw6FeWKIo7t+ixuLG9iv4t/Uexz25mewa2&#10;O9DT5TK1FCsL5ObE4+oqKenmZ2KGURCqjgiYjjU92HPHtr+sm6CIxyMdYproCVBNcLSpC0GKknj0&#10;HLrYNhi1eOixrTGo6DpGSSCAfPpG5it25jwI8pkMbjfuhJ4RkMhS0Mk6xgeR6daqaFp0DNY6QfVx&#10;9fdifTldnsltKtpNxSLBl8ZkGxFUtNIWWOGTGY+p8ExSWUQZCAVpjmChXilUhuR7NNvmfdLa4Mzg&#10;kSaCR5qERqeVCdZU+Yz6dRXvlrY7fdxPYDXbOGkWv8WspX5p2hl8mFT59VufI2lw9PvfH1+Gg10e&#10;VxUWR11dMsTGeny2Qo2niaSO9RQ1a0SSwEqUmi5UkHkcsplcljNu1c1AivUwY7KyQyyQyVaTVVNT&#10;F6WA00cclVULUTqC2iKRwqsApZkVi/dkuEivXtV/WSJ2Xt1UKgae1dTmpOdKmg/b0FIIbC63SGK5&#10;fTBJLECmoDSpY631MQihF/ExXPmFDdFPwuzsNl95UDZEmOjGYxUEdPBVQUJippJtAY1ErUdOnjVi&#10;tpHQM8iMSEVj7T2GbJ5akNbksHjsRaniVpaCOtpVbJRRGPMwkV9LRzZCkWq9VLUaVaWJiXKkguq2&#10;O9v5F/xynwr20caXAAfDhTp118NtIqnHPRXzDZWVncmOzuvGySCShqhNY/7PUitoI8RQ50vgUHRj&#10;sfk1wdYuFg3PmtwRtUytHBl6qDINDRGdTiJoWopJ6PGyvjVVKmmjkYQzKUHFwgYb/GOxGIlp2hjS&#10;LI1ZgSaOJoYvuqpC6LI8MaNG0kMNjIGABYE6v0kUXV6kNqBJ2rKdABFak1xTyDcKnGeB4db5dgvL&#10;/cVkWRgYU1HzoFxqzxINDQZxgjj0ajZlXU5KpWR20GkhRgjuZGMSMskhSRitwKmVm550pb2RbevY&#10;2H2VDlaSaSlyO5HqPtcTjmjKiggrVNRJN4Q58r0fkVYuAHY2KhODBPuJzvY8s2dxZWj+Nv7NSNCC&#10;PC8TUzMwDmugmi5qfkAAM0Par24v+bJ7Xcr7XbctxwhppFoplK0GlGZVC6qAntIHEEsOhfbb1duG&#10;bH/bSNRYvQKvITB9Rkmp5IvDDBJyVNRIrF2IPjsCoLe0N8bcDTU3a2Fz2bgqavK0tRJuNcZRQrNL&#10;SR0VLUVsDSxNIizZKf7fSoDqFjQr+puYR9uuXnuOabS+u4zJfeL4xjAJ0lVMgJABqzkD0FCRkkKR&#10;97+c7yXHIu6bDy86RbKUEBkZmQS1kER00GoRgMc6eIBNFBIc+2VqazYGbw9DJTxQ5CGLDmaqqGpY&#10;mWrlWmmVZ0VpI6ZI3NyLFTbkLc+729lbxp8thKIpk462sakpvuJ0oZMY71RhXW0uLqya7GfcG7CO&#10;Ua0Btc2BOTM+3OEjJqwAFSVKmtAcqalTQglTkVAPXL3d9uksr24U27JGXagDpIAoYgASINDgDGoA&#10;ahkceqHe3em63F7myFQuCq6bDLWVISneqbIQSYj9dKabLUanH5XwRSaWeNgUYggIW0gRabKBrxVL&#10;xLMhIWdPSuk8opBaQiQRkaizckm1vZQbc1LqKp0QyrHrAUsV89VOPyp5enn69ALmevKqhhp6nCwV&#10;s9LJToJaGo8byieMss7CUpC9XCZrlJJAZApCsWIv7dDXIeDodT6SwHICsCp4+l/z7a+mIpQGvRZP&#10;EFUj8Q69tzbmSSVJC9RR/uFBTOGMYIulondyzML+oNdwbcsORHBRD5oJnVxM1Qy+SRAx0ldF1kjB&#10;ht9Va6k/g+/PEZNKyJ2joqdyVZXQaaft6HWGlmqEpYsvSx1CR0Jx8cy0VM0kEUZScSapYpZBM5Lf&#10;uKBKo/Sw498KzImrDU+So46qJdQVWBSQHSusK1rupVhcWsSB7ehtvBYSWtwUkP7OkBtEB1xOUPQh&#10;baxCbfljqdvZatxlXdPKsE3mi0+Rgpmg8sJQ+T6Hg8n2hqnZu2a2pStiasoZoT5Ep1kV6dJACvEE&#10;kUnjun5TT/j7Ok3ndoYmgkWKVD5le79oP+EdUluLuNHgBBRhQ+Xp/mHEEfI9GawPcPYWIijoslT4&#10;vLwTkxTVj0hSqENjcxyU80CzaLfplTkn6+8Ro0o/Ks1TUSvLNJNE8kEUZjR9ICRPBTQ3SNQ1nk1y&#10;G51M3vcTSFDVi32kY+X5eXRPcQAkNHGqgLTFc0zXuZuPyovoo6FzF7umrjTy08dOlOkSJVlpZCiS&#10;E67qZtbKzs19AKQhvoqi/uTLEFUvoZVGlAZVB1N+WXQbWNxzx7skmaMc9EFzbkklhQ9LrEZh3MSC&#10;VGklLSALIzDRfhSx9PHPAuB+Pr7ap62spUaKK7pI+po9N9KtwzK1+OVFvaxLaGZ1ZuNOi17AMVYV&#10;6EGhamqnE1QAjpGqrKraQjCOzCwPNxcX9ofMZXN000H2mhxJctFNrSwuVADA6SNI/Ps+srOwkSQT&#10;YPkR0f7ZYQBZBOxFeFM9PcdLja0FZxcL6Q0drgD6H6H1c+4uL3pVAlKqkdGVtEniYSRq6llJUs1u&#10;VHNj7cutihOYpdYpUVHR8NtChDE5avDy6TmZ2PR1ayNAI5fJHw06HyhSOPUAq/7b2s6XeWOqAqtO&#10;NQLECWNo9PBUEvwOCfwb+yabY7mMMfCx0YQ2k1Amnu/b/kP+D/P0AG5ur6uleappqcCIIFkeDUWU&#10;swQlbMNHJH+9e5zyxVRV1neRZXZ0jYEiNVjTUIXEaEhmubvqNyRewHtKkT2+pWXPRqtksqBGB1eZ&#10;9T68TT0pjhwz0G4yWT2mzGOhZBToqNVOyvLPZ2aN5Y2mJvclTYBQoHF7+8sdIrqzKvlUmyveNzYr&#10;aynVqUFffmmKEAgg9Fl3siGpUHHTtj+5Up5YYslVigmUqJ4ahZo09XKyC0QQsGW173F/cWbCwhbG&#10;NlUDVrUjyAEkm7FA3BawsRx7dS+cmgPd59EUu3qr0biehWxHaLVQDrU05lZiAjTXUgn9toQtQANU&#10;dibr9Sfc/HeGm0NTyMs54WEBtHldlRtSFyWGiMEWI9XtFdK82sSqDH5nzx1U7WrgK1dPTdnNzV1R&#10;50qYIpKVLTySHX5REA19Oq4GoPb1CxH4Pt4yVTW5ePxVElNeC3ghjjcAk8MscZLx07aV5CldVvz7&#10;R2kVvYPqjR+7iTn9vn/h6SybMI66K6emba+58LtyR3pIa4CslZJauWMSMSvrRpamONWluX+pMtr/&#10;AFHuBRY77YCpWNFkkivAYpByUcjySqhcspuRyLEG31BAfnu/HYRAkqDQ1HlTyr/qr0TXdlVglTUH&#10;PHz9DShx6fZ5dCk2+YqwJCagvCdLTMVkjl0DVqEbuio5QRkG17EW9ur0KFBUAwtVWZ2iSNrpKRYL&#10;/m47kfX1XuTx9PaRbvu8ImkXAE9FT2eliKYHUim3pI8n2bB4qW6r5ppY2IVr2YlGOkWH+J/w9wZq&#10;akaGpMqNDJMNDpJGVBKFWiAfTZHUqLEm1hb2pWeVHjCkeGvA/aM46aNuwZcYp0ooM1Ks8AgnSanh&#10;dGWRJC91veQaWZSwK3t/X2layOBpmpRTytKSUZA6sC1lOsSLqRtQ+tjb2cwtIIxMGGmla8P5dbNu&#10;QCwHSzo6upCpO0qrdbrZTyGY6i1hYcH2w023j5PC9O0Mc8zsFZ2D6QrXkidl0EagFIF+D7MJdy4F&#10;ZNTBfTz687jsp5Dp8fNR6daTrKFT6qCBdTzzxqNj9Pb9Qwfw1ZY3d5JmZUiUweRvGWEgjEWgk2UN&#10;yfoov9PZbNJ9WUdU0oBk18/U5xU9JJhI7qy49eoctQa4oyIUjXTJJIHJDSggc/6kOCTb+vtuy8rz&#10;Ux+yh8kC0sUnkSNVK1bMbLVqYnWdAkNgvNzwLfX2/ZqiyqZXo+qlPPTTivoak9KLOPu7z3eg6507&#10;xxzCSWRVdJHZdROoxaEBcX+igjn+ntixUk4gajmp4o/Iw1ThSNRQ2V9TH0qVUE/m5/r7NLtYdf1C&#10;SHHl0quLaIyCVHNa9T6mojDiSKS4BvbUf6HgL+Tx7TeVxlbRj+N46Knmq6fJIvjqFE0bRlYpj5Iy&#10;GWSORdYIsTwD9ePZlaXlvcMdvu3ZYWjwVwa/I+RHS62aKaT6admEZTy418vl050mSSWVKWctGHh1&#10;D631LYsP8DYj2ANXhoRkmr668E8jzVHhI8tGHZ3dF0K8ZWAWIIIJC254BWRYLxxZrbWygxAAV/FS&#10;nn8/s6GUU0jWscENNIVVrmtODV9TTh0qY5/20WO7KqgX5/3m35t7Sa7u7efd2Z2xt/Y9NQbWx2Nh&#10;zVL2HkslSZ+DNVGUyFRNW7ZgwMmY27kcQMNTNLFFNqrgQkEbQojiRAFS9/rEm2T2DrtQSMm6kcNr&#10;LatUaxIyuhSmZDqORVSW1MZnYOUItosd23PmBn3iSQxPZIjwvCI4l0TfUeHKsnjHQzr+g4LSN4pI&#10;KnxWk0/5ROXLMUKMCCLX5uAbi30/Ht8xW6N01VZ91klQTQQvUZEwxMIYUpaYzTzBI0DMVjiZnAUA&#10;gEKPp7kO+27Z7Lb5Cj0hFdJ4kiv7Tk/b+fSHcrGwSPwLRyatRB66iNIBOKdwAJIAHoB1zFLRKloy&#10;PGb2ANzySWuNN/r7GnH19DHHTT5DKQUAkSIRSV0gjU/csFhXRVNEIDJIoQBrXcgfUW9gC8kCrLJH&#10;CTEDQmmmh9D881px+WegVCkt3K9vaJ4hFahAWJA86KCSK8CKg8eGemmriaIPJBA0mm2nTcW/rew/&#10;Pt/UYzKTMVLEUFOI1mSOIzMkPidvUNUaFUDNcXuRc+05N3ZxqSmZTmtfnT5/t6t4VxZhWAqG+eM9&#10;NUktSiepbPIQWTUbL/QA8e+e4v7u4Xbe5N0ZfKLgdv7ewGUzuYzLU1RMmOx+Ko5a/IVppqdXmnMF&#10;LES0aqZHbhASQPZPd76Nnt5bvcCv00IZ3rwCKCzHzNAoJNAcDh5FRtUN9uW8bZtllZme6uJ0hWMH&#10;SXeRgqrq1Lp1HGqopk1FKiE1VUhoYBGs8k8oijpw7IXZio4kNwo9X1+g9xuvcdval2vDNk5MLmd1&#10;iOrkoKpI8jt+jyuNeeorMHNmaJ4s5V7fr5Yaox1ccX3YgcHSzqEAK1ubqSKQ7qYzc1IJUFFNMD9M&#10;k6CBTUuphWtCRno35mudiuN3lhskmg26oDqxD6H0hZVjZTEJVDKDGxVAytq7TXUzZ2SkkNVYulHI&#10;G1+RldUlsI5zEyqNSLLCNJ/1/ZhquokipsdCI/LXmmRqSiDpCss0d/LJPIsZvFDG93GhtK2JIsT7&#10;D0cYaSck0i1ULHPHgB+dAKcTwqegvUSrcSNQWwbuPln58BjArwJ6ByhxkL1mTqlH+Siokjq66Z5p&#10;IYxKyvBFArq4jmlBP0ZQbmw/BSG7ayiaXHx19TPJJBSGnyGHpWkXB5ioyBWhjgy1JLVVNLXz1FZP&#10;aKOWRkgaRdfr0MPWu3i4AuJmbwl1AA9uoONLLSgDKADUGvnXtqejKzkdIL2KxVVDt2yEfqRqjLLh&#10;gdSAafEdgKsqUAIVgVHtTE1JkrapEjMPmdaGpqjTvk6Wnp/HdqeSOkgemEsUCtKWGqQggeksCiKn&#10;sDE4oYTJ5nH5Snp8sMUmKx9XTQQ1sE2QkMUaZahyNXSrj5oanIxxzCT9BdEkHo4NpmRLWNkVgJ2V&#10;WxShYhVBBoyk9ooRUE0446Mtp5evZbi9it7qFriBXdipJ1qi1YoyhywojOg4sFY0YFQVfmMNV5Om&#10;qKHGSxuZGkWrqzUSRMsUKiWQ0rxxTPIpETaNLBhcnn3jliynYeJhXau7ztXBO+YxtdLtWlxtJmpq&#10;eikq6WnwG36bJUssW3aaeho5mavgNPVxRwCSlaMMtTAUXltG8EUEE8osyTWRMMwU6CA2lhQuwV2U&#10;g+QKltQdMkWybpc3O8bV9XuahWUXGp4g5XUZplRhqOp10xN4kdXPjLK0XhvhpKei29GlLVUMlfkG&#10;UVHlrp5ZY2DNrmrKuoAmM6iqms6KhUFyrEuPGxW96dp9PdBZJt47n6Gz0W4svXV0W4d8VGV693dv&#10;faebpKTadDhtu7gzH99MlV7YXL7XxNDPClNWChFPSrzLI9yBdy33lrle5O97htMo3CZiZJAtvK8b&#10;tHEqI7/UFo1eJUKpVYgFDYZsypsfKPOnuLYxbFtXuDa/uyCPVDZhL63tbiNnuGeaGH6eNLjTctOr&#10;O0ImDk69OkAKiixWTzCoYM8n2SxRyR0cVBLTY6eCo87PLHHUxK9QRPKQHZLva40c2fPjpvTae6lo&#10;O2MTubfuK6l37hsvV4zb+/8AsHJ7io8JvDZubzm1Kn+FUu5K+qy0tDuumr4a/wAGPqpKY1lA6Exl&#10;o/Izy1crdGTmLb767XaLxKIlxcF/DkgmeM9szMQJQylRG7LqU6u5RqJvdDZd12iS95KvNp26XnTb&#10;J08WW0skhaS2uoYblWkaCNYw1u6SRM0qo6QyK5LjVpz5OjrKdJaSmhpanLRVNN5ailx1LSmXHVhg&#10;nuxipplgMcsMsJkkWyrJrNrmyom3gNqU27t0LNRbO25nd81mMzee7UztdhYKB6Su21tynOPV6rcG&#10;GyEm4pvM2Jgoq/F0w/U0JmapCyBBeRRzxzTw+BHJcsHa5ldMgxQgIzuyaJFV/A8NokWq6IyzyHoF&#10;SbMd1O07aviXm5W1grxxWCI5kWRJpnMrosUsQgAH1LyRzuvcqyCNYSXxIIZ1oIJgZZYKaE3pEVkZ&#10;tEgbVIskTDSLCQuhu36be61u+fjjuDe0OK7J6xi6/wABuvMdiVR3OnW9NUdsUm5cvV4LJY2dRuf+&#10;H4bMYT+E4uatgrqGGGOCd4Y5RGKmOAEF82ckNzBtCbty+LG232S+czfShrsTAqyF/qCkckKxKzh0&#10;VVVmAKqrBFXI7kD3Y27l6S/5U5vk3K52aPbVW3+uKba1uiypIq+AXkhlMsnhNHI5LKrGNmaOSRiq&#10;qaUIgRtQCKbCQWbSPwCeW9iP1f8ACLI7E3XuLfsOGwGydv4zHik27X4XaOJm7GapaLGjKtT7r7B+&#10;+xNJNk6ipqqeBqdZoo8danljSpL+1Ht/yzFsPMF1NY20Vs0aqkBFuj3OqQIzFZbkThWY64wqjSYn&#10;YUDaXIS5y9/E5g2DbNjn3S53HdJZy06SXMwsqAv4Ya3s/DclEVHlRyNU5WVS0WojF/EYpG8QBa5Y&#10;Bm9FioJ+n5tb2cTE4ubb33WQwuInTfU9Icdlfvq7BZ7cVfR46WsocL5hLlMNh6SSRXkq/JJ5qaCL&#10;yJHGzSFRPM4e7tnuniYMwGshFEjgEqCzIwVjkPGgIUapMAk6oAv9/jvvDstyv1OwpIfCKRzRQIXA&#10;kmAPhSyMPhiIokjtpDFVQE8WiE6KHk/a/WoCWJDi5H+HBt7MVidwVVHQNTV83lmlULM6xEpBJxJ4&#10;tKkgrpZb6VC3fgeyq62yGa6L28dEUgipqxHr/hpnyPUSbgIL24SeziUQhQRSmorwqQpK0qDShzQk&#10;k9RTQqGBQWC/S9x9R/sPYQbhZ3mlY0ssKJWyGFFindZk40+R4o3RHaQg2cg3Nvrx7Gu3iKOJVjkB&#10;Yx0Jx2mv2jAGK1+zoV7dcQodMcooEUtU04EBvnxrmhx6jpwjiCqtyLgC9j/t+B7LltLY266bc2c3&#10;rvTcm4MhnMnTNRUW3Ia6SPY+zcKtVFNTY/AY9YadqnP1C0Ua5DJVM1U9TMXWLwU/7RY2fZLiLcrv&#10;f9z3qSe6uEKpbqwFtbx6gQqRAAM50o0kslXZgwQRxERiRd+5n2W82va+Xdm2S1h223bxHuAgN5dz&#10;aGBeeViT9PrcmG3TSI1zI08vf1LVgFAUAi31I5PPPswe3ZaUywR18hp62BI44ZIXikKxwA3E7yQq&#10;8zyrwWd9ZvwPZhucU6q7QRl7duII8z6ZwB8uoz3RZ0hf6WEfTMc0BGfsJ6jMrHURwOLXuPz7T3Ym&#10;TgneafH1JnnjaSGYxKZZ0DNLogU1MbGGOUkklAqqvB49Qe2KCW2hX6mJlGKfPhTh86V6W8vbe7eG&#10;l5FSNgDU9tRwriuojgK5PHj1Ip1ZVFxwRccj6GxHsv239uzZN1zVfDURTU9WkslHB4nWVPUvlQxq&#10;IAXZQHZSQxP9D7E1pcSvFE85InqxFGBStT+ZNADg0wB69D3cXisybKykBiMdFJ9TwB+z16zkgED+&#10;t7f7AX9mT2xS5qvxtLQ43HV0iCJWYpHG0QjBBiMkwN20x86fzb2Gt1ns4Lh7i6mRX8gTkn09eo9u&#10;Nm13zSzziOrVrxI/Lpvqq2kpyGnniiLBtCOwDvawuqX1WNuD7Mv15t/HYLHF6nJTyzSTfcVUaakh&#10;pZVWRSojMZJZibNckcce4p5kvri/vFWC0AjAoprWor9vTG5sWC29tCBTFa8fn0HmcydbWVgjigQQ&#10;qCInJW86n+gJ1C9v6e1BT7rxOUkr1op/u3pvJEJCjsgnDSBuAn1Rh+Pr7QSbPdWq27XEZQNQ/l0F&#10;b6xmtipkQBj04Q4+aKOAyjx3KvJpb8aeeB9fbXj6dc7PHLU1FTPTQyVBkipYo6VpJ3ppqeMOHBfx&#10;Rz+phbkqf6j2qupfoInSBEWU0y1WAAYE0oeNBg9JpLuC0V49FGK48/Tp0nFRBHppDBrdokbzozr4&#10;WlXz6QhUrIsOoob/AKgPc+qxNSwjoaJIohI9PHVcl5VZC0EypwV8cdMzaCb+prn+ntNDdRgtPOxL&#10;AEigxijD/jXH5dEUa/UGrfFXqT90lOrSyMVsga782Ki93I4vxzb2J9LiZYMMkUOmMz/sg6A0gpoo&#10;gJSSEQa9f0Jv9fYWlu1lvmaQVCmv51x0IIrFVgViMnj0EVbueOo3FNTllY0iltBYrZpF/a+lwQ5Q&#10;+03lE+wdYqJkSvkipoqVHYFHkfWaiesI8Q/bWIECwuXPPHsxtW+qUmfMIZix+VMBft4fKnRLepGW&#10;Og1Ucel/iJ3yERnnjbS09Q5FyAFYoYdJ5vYf7b3mx0dVk4IKepyKVEULzT+aNR608kLxRyMSeNcT&#10;Hj8f6/vVxJFayNNFa6S4Ap6YP+Q9NWsaSOdMZVSOHXLJ1S4wPUQ05JkQoQGNiLEfTi5I9g52Rt6v&#10;o4JcpS2n+2TxpKUDNaoULNoJKhVMcZH/AAax9jflfcred4rSRKajWn2cOhVs9sjTrbSRkxMQfzFa&#10;dOmHy9PWxRxgqlQwZmjLXICgHn62+v8AsfZJ90Yv+A1VdVxx+Wpy0lNWFahGqAhRC6SxhbNCyott&#10;K3JuL8E+5t2+9Wa2TtpHFqBIPoDXHnw6ym5Jj+vsbS2discCsmMGh8ifPNDX0BHTs1T5WUXssYGm&#10;xIJYizauQLAexH2RtqXP0xymXgnNKkFOkAdSNYVLuQkgA9RUE/8AGvZDvO7R2RWCxceI+T8q9W3a&#10;2O3vJbWsq6y54fl59I/O7jhxzfbRSxmZj6l/I1MYwbj8Ej2uxs+nzmdx8ctKv2NNUJUTRIoRRZVW&#10;RSFupADkC/sOPuxtLC5krqueCk549KtruXsbS4kR9NwRpHzr0hM/vH+GYmqqEljSrkiZYC/q9ZBN&#10;wSdS/X6j2u9xZ/F4aGjwGOj8lU7BhAgUeN2NyFWPmyI3HsLWYea6NxeTfqNgDzIGano72Xl26uop&#10;t1u6i3A48OHr0X7FTZTPZGuydbONAAjEgZipWOIAltY1frHH+PsXtl7Anrqejyuehlo6VklnhjLx&#10;xyz6ypjV1DCVEt+NSkabWsT7C+/cxx28txZ7c4aWoBPkKDy6i3nPnRLGe5sdrdGYEAt5DFafbw6y&#10;wyLLNUUlK7VzytEPGqn9vQ51yajbUSLen8+5u5q6lxlNMKZiERntFDwQLgkKoAhRLgcBF4v+be0+&#10;1W0t1IniqamnHqEbjc3u59TSVJ+3oxW0NttHGsk9O0d0iXkAesD1XH9T/vPsueS3jHkSyrX/AGxj&#10;kkBi1AEkE8qAHJ+puSLKLcH3J1rsptiv+K66jB4jpSB4YBKVBFR6ft6Fqnx6U/oVAV/1hpF+T/vP&#10;sPcvkYAPHHXTVskiiRWq2IjRmuzhFVQX/oNVz9P9YCeytZaqz2yog/h/2eqy3rhQBFQdOUUIHP0F&#10;/wAf63+t7DDNZyoxUUlRHOkM7AlZEZ/L/UrexX8C/A49i2x29Lx1ieItF6Y6esoDuMiK8ZKE9SvY&#10;AZzeOVrZJovvZP3Gk1uBqLMSVux8i3J/rb3JO27FZ2yIwt+AGOpN23l6xtwkngZAGOvew/8A7w5z&#10;FztPBLUVUZPMSMsRAFySbxSXH+29mF3YRmElbQSVPCunSPM449C1do2q+i8KWNI2pxYav2cM9e9o&#10;HsrsHtfPbf3Zjdk7emod0Y7B0FZtTM0+SwTDKZmXJQUs+KnpMxEyUkdNQr5mldIjIzGOJwxDmJue&#10;LP3Ag2TmuDkzY5Y7yK1SW1uDPbESzGT9SERTqQqxwguS5AeoVSrDUw05J5Q5B2rdeX7/AJn3hZNi&#10;nunS6iMU/wCnAIiwkV4mGqrnQEUtpopkUioX3ssHX+5PmJg92LJktmU248FNh5MjmBWbWr9oV1bk&#10;MTPDi6uim89Q1RlNzyRUEUkbRxVsMySDQ5hAMUA8j7r94Sx3aN9x5ZtrrYvpnklLwGylZo/0qOzZ&#10;a7KwoYWRbmN42/RYr8M6c4bH93Td+X3Ww5kks93W5CRFLlbyNI5h4kbqVULFbBpGUqTA6Fe5dZAf&#10;3swsPyMxsdXjINxbP33t169a2gemrNqVmOrTmIKWatgx3+Uww4evrK9YJVjWOr+4kIjfSVNxPcnu&#10;ZtcUe3ePy1vNpLcSOix3NrNGVlVC8cKtp8F3mCP4ccczliUAXRIXjh9/Zq+e3v5tn5j2q9EeiQMt&#10;0joYXIQyHSxljRdQLEx6ANXmAevey37r+XW89/PunBdaYgVdfj6lcOmTrMLWY6LC45jWQpU5BMnW&#10;hYs/PDTsBHOiRrMrCNpdAMsQp72cx8wPzLtHt7spkv4LgRiaSNo0gV2lBaXxjHpnbQVCSIqeIkip&#10;4gQeJM+xfd65b5Sj2Tdud9zKWkqiUxxzJL40gCtpTwk7oEJqGRmZkIMgi1EJ72xac02Uw1TuMU1f&#10;uZ8TRwVc+NerXHxyQ+SSeTGwyAClqa24E0mkFtA/sWUCHf4d2t9w2ebmForjmL6GNZZIi/hrSrO0&#10;AZVo8h0rMaLr0FahQOjEPtkdjuNvszyRbOLhmRZAhcg6aB2BOsJT9Na0HnVqnr3s53WNIlaaPIpB&#10;UUTRvTq3j588iNMkcEdrNJ5IWu50KFIGom4JHvLaXkmm/aCSO0pUmhIZhUKoHmCMt6Y9eseuck8I&#10;T2JkEtQagZop+Ik/bhfXNOB697sh64pFahpp61kjp6pYHpPPD5pZgngClRwUjkZ3HqsWIFiPZNzR&#10;ckzMlsCWWtfKlfX58Osbd1s0imPgjIU6vT9vUOplZeEvfkH/AG34Hsctw9hTYSiRcTTJVzQKuPjm&#10;8U07Qq0qUo0weSTxu9VIPIdTrGpLMdKkiPNv5eivJWlvpGVGYEgCtST5kDgP8leg9aRo3Yzqo7ia&#10;mgAAJyeGado4scLU46YRhIaqVpKi5V2uYxzfm4N7cWJ49pOXI5zcmAlmzFTVfcT60VIfPIFhazSH&#10;UJTBEoI4N72Fh7PY7Ww2nco47GBRGpHGnHyHz+zpM19El5pt3UgYzxJqKD9nTpTUFHQFUpYI4Axs&#10;QqqOQDY3Cg8X/wB59kf7jzybG29/BMW/22V3ZNVVWQqYjeZsJHOIphKYmkm15Wa4Y3KtFGw+jGx/&#10;vO5rqjRGVUySAPxAAsSPlUDVxNCDhR1lj7P8sXHMM7bzuqlrC3CLGh+HxSRRs/hj4gcPEZD5GswN&#10;HNMQpVhCQHAtw5sy/wCvYeyLdq9hbw2VtKhzG09v12Zy+QyX2Cfb4WtzaYqj8E33eXNDSz0bSywy&#10;CKKO86aZZVblQbg33G515m2blGzl2DaZ7i7mmCao4XmMcVD4smhGUlkOhVqaBmGCAaZgck8sbHu2&#10;7yW+7bpFBZohYapFjMjgqVQM4K0bJYlT2gjBPWdgr3U/Qfq/3m3+9H2DeJ7F7D7T3MafNUG58Jt+&#10;gxNBLQz56inxT5DKvMErYaLGtHK9PHTyFi5MzLISCi2uQCeS9w5t523lv3xBeW+1R28bqZ42iEsq&#10;kLIIkYEDSWJY6zqFDp1GvUlNy9sWwWcY2+4tJtweUhhC6yBI6dpdxTVWigDTgk9dBFiViqj6XP0/&#10;1/Z0Orthy5jdmDoWpXkpaeYVbl1TyPUwgXZU8fp13Cqb3595A2VtbWbmV4yIIlaRSf4xVa/POfmO&#10;PAVJt/vH27Z7pbcj6iWiU+TYpjy9ekfurcVFhMFlMpVTpElHSySOZGKosZjdmZ30sI1CIxvYgAHj&#10;j3cvUxx01NHAFKJTQRxLwD6YVVBY/wBPT/rW94mWW63W98zXkyDtlnIArjA0n86gmvz6z+9pOVIu&#10;T+QOXdra8ae6Fqhdj5sRWgHkBWgBqRwJ6+bn2X2rku9/kl2pv6joI8Wm9+w9yZDH4ygmf7RqSfJS&#10;0dFUzzSMyGWWDRJIwVVaV20jSFAr1+Sm78hNV1eOp3p/sYisU8xjLTQqNayFSrA+JW5IAvx7zq9q&#10;ditbOwtpnBEqqSM4+0/Pif8AB1MfLPL6TXBvpSdRpj5dbfX8rnpXB7J6i2vkqlKmHNZGiWuERrl/&#10;h0zVS645WgWIaaly5Zrmw18DgeyR9f0MFL8gsTR1b6SNt1mThlXVasvBPNDc/RR4yD/Ui/uQ+Z9x&#10;V5JfCIEklgEp6/4yob1AK0qMVYHjjoK8x2fhb3cRg1pp/wAA/wAnVp3auTnn6f3BV46HXNI1FROD&#10;rUwa8rRUNQ6I4XX4wzCw9N/Z3qKjlqKjzqdV3XRYAWN+B+Pofz7A00yRRaCfI9H21WolCt5Cn+Gn&#10;7c9EU3FmqXG480rpp/bm8wZuEi+3b1OSdITUtv8AX9mLweBoMXgI5cnTxyVlQXnqPLGj+MD/ADKE&#10;EMv+bsT/AI+4u3DcLq83B1tJSsKmgp5+v8+pf2myt7K0RpYj47ipNc0PAUxT9vVMnbPce+OxO6Kr&#10;Fdb5/IUG1cLURYXEtiauXFJlagSD7/ItUxLFUTFq28cXGnxRK3JJ9k7+QGCwWTo6nK0FBEs3mihq&#10;IqaIJG0emSKOpSNVUQzwSaf3F+gPPHubPbjcNwtZYrG5umMRUlWbJrXI+YoOHQE9wYrGXbRc+EPF&#10;SQDj64B4cQT86+uOru/hHnd84mgx+zt3Zqsysf2M1XRVeUqfucoJjJ5J6V65mZJoZUMugMAdQ/1v&#10;Zz8Z8curZsJhq/I0FfU5sNhc22bnqia77mn8GS8ENJNFJjqKkaWFY2jSPXpvdyxuedG9/eb94252&#10;33YbOawj2APc26Q+ANCrq8NJGcN4ksqKa6mcJ4jYjGhendssxum1W0tyiySOQSTxFKegA8uHWn/2&#10;t/PX/mJJ8je3Nh7VzXW2O6spsj2N1bhuuqHZ8FXtyLG1NXkdpQ7mn3LHkMfvrLbpxlMDURTtkkoW&#10;qv3BSrGBCC39895ptysyVJFgcRN9rULAJJzVxaoxrBSdYKmGKQAKfrcEf7b2o273f5i5Utba2iMU&#10;yqApefXIxPFiW1oa1r6elfPpPd3k9pPOiyiisRQV8jT7f9nrYY/lrfCCsg6l2Bn8x252RXyZbb8O&#10;XrI64YDISRVtVT0lRogr8hjKnIrH5yQzCc6raiCSfZHIPkh1Pg51gmzec2nWS1SVr4fD18EuOmlq&#10;Iljkalpq2mq2iaSKIXQv473NiT7mHY/va8pTW/hc1WMTbloAJ0M5NAPhowIFa4LV+Zr0Tpu85mMz&#10;BkkGao5Br+Yp1clk+pt3VoMGQOw93xnHR4+DK7pwNV/Hligd2p0rKvGV1HBUJA51BliSU6iLi3sG&#10;t/fzB8fhlyEW0m3BkGMklMlPVtgvCGhmmhVhIMB5omZeTpe1/YP3374fJVjIG23lCa5mjrjxhFX8&#10;vDkx5/FWmK9Hw5v3mNPCt75lBGahK8PUKD/PPUrFfHDZvjppNx4vCVddCRKZsVFnqBDMw1Sqy1G4&#10;qxJIgw9N0HH+PuwT4k4So7r6w617U7KwL5Cl7D3NU0q0s+drnpxTUe4xhUpnxtB/CaFaaoMjEkrK&#10;7tHc8WAMLj7xe+797SDmfbLcbduzyMlIUjZFHitEkiySI0jcBUOCupWoCuOsRuevdXf09wt05YXf&#10;pJEt7cOwIpQtH4hFc4004AZxWueiGfPTtrOdQdc/IPHdIbtm693x1V0luTeGOqqDa+2ZjS5M7G3J&#10;uTHVtPls/jcpJVVtI2IRyq6FiWT9Ls3Fz2EwOE2xi6TD7cxeOwmHo4zHSYzG0dLjaGmVnd3WGlpl&#10;jgTyM5ZiBdnYlrkknnVve7b1zJut5uW+X00+4vWsjEua0LGg8uJNFAGeA6B13uX1dLiVDJO1C3E1&#10;9K+nXzl+xewOy+4d9bk392zvvdG/t658zTZTd27s1ks9n8gKamigjWWryUtRVyRU9NCqRRRlo4o1&#10;CxgIAqqMVdLQUU1dW1dLQUlMoeWrq5oqenUAr9ZZHVDybWvyTYXYge68r8p8x7/dfRbLYXM9wGoN&#10;MbUqM5NKKMZ1EDqKfc7nXlPlOM7hzJudtbwshDBpF1ABa0AJ7iPICpr5dCH8bfjd3v8AIjc8Oyej&#10;ut98djbkSSKoWl2vtzI5eCCCSqFM+Uy9fTQtj8LjRKxDVdXNBTp9TIBz7QOS+RexcD9xT416zdGV&#10;jsppMTDPBSRErqDVVTURF4kP9lkjYN9QfeV3JnsNzi7a+YL6KzUrlQfEkB8tSJha+VWz1z99yvfn&#10;kiWZm5Vs7i6iDkiWRfCRgVAGksVLAHyCnrZg+If/AAn9+W25lo8h8kN1bQ6Mw0mPZqjHYyuo+xt7&#10;NUmUGGmfGYauTa8EUlNyzvl3MVx+yzXsFuY+VG95lcYvF7dwELEqklRC+TrwLekiSWR4Xb8cwJf3&#10;Oe0+xHK8CRveT3dxcjjlY1b8gCT+bHrHncPeDmfcJmWzhgiTiAFZyP8AbMVX8gnVzfWX8iT4dbNg&#10;o5N65Ts/tHKRA/etmNx0m3MLVvqVv2sdtXG43KwRAC1pMjMQOAQOPYO53vbd2SkZsnvfKJa5aDHS&#10;/wAEpgxYkiSHFtTpLZjx5ATx/Ue5C2j2s5X20+JZcvQCQmpLDWaniTrwT+XQZveZufN7Ktc7tcgA&#10;UUI+kU9KIE8vt6P71t8GfiF1HRLRbD+OXUmL9fkevr9n4zcuceU6C0j7h3RFmc5Ldox6WqNN7n63&#10;uHVf2sG1efL19Wf1Ez1c1TruT6tUzuT7GEPKdrGDpsYV+xFX/AOixdn5huW1TX1wxPrI9f8AD0Y7&#10;GbS2rhRbD7Z2/ih/TG4bHUI/Sq/SlpogLhbce05L2jALGOItYAc3JJv/AE1c+1qco2YFGjjAp/Av&#10;+bpSvKu4uSZL+Wv+mP8An6fwiAWCqAPwFAH+2A98Y+0sirXpopEH6gY2ZH/1uOOfdX5O2g5ktImb&#10;/SLX/AP8I6VJy7dxKE/e0oA8tbgf8ZIP7Oo1Tj6CsXTWUNHVLz6ammhnXn68Sow59vdF3NvCHS1L&#10;lM9REhVUU2ZylJpKvcWSnrEisPrxb2gueQuWrhGW42q3kQ8Q0MTf4VP+E9K44N6sAFteZ7yNBw0y&#10;v/lNeg8z/SnTe6kkj3N1L1nuNJtQlXO7D2rl1cPfUXXIYqoVyb83vf2v8X8mu1MWixLmqmshCoqf&#10;xSkocq7aCfrNX009QNQJuddz+fYM3L2L9tNxJ+p5dh1EU7F0/wCA4/LPQjsud+fduNbfnG4J40Yh&#10;vzyOip9kfyu/gF2raTdXxY6spqgK4Wo2diqjrycGVCrmSXYdXt5alh/ZMiPpPI9vT/Kzsq41pi1X&#10;SBqGAxgd3JLAg+GRWIva2lR/vfsKJ91r2j8Rpf3FIz1rmaan7PEp9o4dCb/Xm92BCYo+ciK+YjQG&#10;nDDUqD86kjy6L2n8iL+WCs/3E3x4qqo6gwin7R7V8S3YFhph3nCSp/1/p7hVPyj7FmQo+YNJqPCU&#10;2FwcBNr3/dioPMNP/Bvz7EFt93v2ztdCRcpWpUD8SBv8P+c9B249w/dS6kMv9errV8m4ftBp+XQz&#10;7Y/lKfy49o6P4V8Sur6pkjSENuKDNbsLRoTYuN0ZfMLI3q5LAlrC/wBB7Y5fkDvGrP7u59wrfn9i&#10;tqKa/wDWy0giQgX/AKezAex3t3EumLlKwUV/DEF/mCD/ADp0Xyc5e6RJkbne9L+viU/ydC7QfAL4&#10;OYxAlH8PfjHGANI8nR3W9T6fpz9xt2UlrD63v77h7p3G7Kzbv3MoJKkPnMrb6XP7fk0G39Pz7Ym9&#10;keQnRo25Ss2jI/g4+oJr/l6b/r97twf2XO+4UGcSf6v8HUqf4G/CCqj8dT8Ofi1MhvdW6A6rF9XB&#10;uf7rEkEcG/499ZrsKbd+OlxW4MtLlqObxqyZCKmqZVCEujxVckJrYpFdQQVlX/Y+yq99iuQJ7Oex&#10;/qpbCCShYI0iGqnFGVqr86cfy6N9q98/fXl+9gv7Hnq8M8QOnxNMgoRQgq6MrAj1BpTHTrsb4ZfF&#10;bqzMvuDqvoXrTqzLS6vuarrPbdHsBay6iO2QpNorh6LJII7qBURyBQSFsCbuGF3a9Bt6o2nUS0O6&#10;tt1MRhfCb1pRuShjpmUp9tB95I060xU38ZdowRwv0Puln7Rct7datYJbXLWNAPDeYzIAKdtJg9VH&#10;AKaimTnq1394L3SuN5XmCe5t4t7Uk+PbxfTSkkUJJtzECTU5oCDkEEDqVm/ip1BldxJu7G4jIbM3&#10;MpdnzGyMpUbcqKl3YlpauCkvj6ioIP8AnTB5v9rte9a/yE/lydHduTZPcW0MEetty1hlqym06sjb&#10;EtbLI8g1beyUdf8AaRh7f8BqmnUA2Kmw9xBzZ91HkveDeXOy3c+3371IC0aEsampj0igPksRiC5p&#10;Uccw/a/+8s572EWO0e4mxQ7ptKhUaZSY7oKABqLYSRuJOsEniXJNehpwWFzGFiSln3JX5+mQJGkm&#10;cp6KTJrHEiRp5Mjj4cdHO5RAWaSnd2a5ZiSWNP3af8un5HdcmsqcNtifeOEplkl++25U0tbUGmid&#10;mDTY1alsnr0ckBHtb6+8WOafu1e6vLMks1nsTbjYgEiS2YSNQZzED4ur7EP29dBOQvvw/d552S1j&#10;fnL917nJQeFfRSQKD6CbSYD9pkHSo9lEgyu6dj5Y0ldS1uKyFDqSpocpRN5IWDXs1NWKJImJ/LaB&#10;7x+vbV7eZoby3eG5VqMGVlZWHEEUqCDxB4efWXW18w299aW+5bNew3G3SiqyRusiOP6JUkEHypx8&#10;uve1cN94HOUgotxYnHGd6gzvm6aGOKqgRzZxqpYGCqjXIB8gufbclzdLGbfVEaHzQEj5E1H20Pr0&#10;dw3FjcOyXCUY8afZ5/PPDr3t+xWNnLVM3X3YFQjUcZl8LVlTi2EK2LIkscltZNrAheeb8e92V9PF&#10;F4cl80J/hFaH5VHRdu3LO0X7yH6CK5hIz4iIzfb3Cny9c+leve1/hPkJ3JtB9vLkshmqrB4SvjqZ&#10;KRsrk5aHKVCyHytPI1fU0jyzxOUOkAFTYqfa60up4ZopGDNCrhiBUqQDU+ozmtfnXqMLr2j5Jlnv&#10;Lltlt47qVAA/hKCtPwrpVaAn4skk1+zrgyBgwtyykXH15FvqCDcf649rr/Zmtla9X8C3Db+Mf3lt&#10;4toaf439v4/0f3Zt9tq9Xi/zGv16L+zr988r0r9Pdf2nicYfj/h/s/g+XQg/dE//ACjWv+43g/j+&#10;H148esXiP+qk+lv85L/t/wDP/X3/AP/U140oZK2NZHjMcoUaFsulwwva36tVjx/X3nu8UlxEtY6O&#10;RgeteFPt6xs8ZIGIHr1v8e1btnrvI52mmLmGDwmaoQyv4zJTxRSyyFSY3BKrHextcX/obDbkv2/3&#10;XfrS4lGhNCO4DHTUKCzUNDkKCaelT5GgW3zmq12iZNWUYgHzpWg/Lj172FFLislmM7S4HEUMuQr6&#10;uvSkpKaCPyzVElRIEVES8fkLMw5Nhzzx7BUVnd3+7rtO3Wvi3ksgRFXLOzGigA/x1FMcDXoQ/WW8&#10;VjLf3UwS3jTWzVwoADEny4Zz5Z64tpIKsbC3Nm0kfm4IIKkfW/49jXsDe2/ehNxSVm36tsRkGMVF&#10;laFqeKqo6wRuWVK+LUqGSCZmCSRPHLGxYK3JvJOz7tv/ALf390lufp7tf051cBkcaqhZVyp0MSEI&#10;oy8FYamBf5e5q3C1uBueyXjJGcjOHHlUf5PTPn0lN5bI2xv3Cz4LdONiyWNmBbxuzRvE+ll8sUil&#10;SG0sbg3U/kH3b/0X2Bl+2dpzbszNRWYqc6Ya5oIshjsTNVxp4Zoca9VNUrkaV44w5JYyx+TRIAyl&#10;3ye5W3Vebtrhv5xLHORRvDDRxFhXUY9TOrx41Ekh1DBHFVqcluS94vebtln3C6RkaLUJXz4fbx0k&#10;8acCPLz6rg7u2LtbqzKYDbG3dv4vIpNAxx9K8OPq8lRxI71cVXWNT09DPijE7MsTMnjZIrp+kqpO&#10;PlL2DjzUVHV/XqvOtZXx1O6a+gEiwVVTT6/BhKWBZmEwjm/cq3swaVEj48bq2Ovu2+yWl3Js+3CJ&#10;IBKsk0mpvDZ1BASldNFJ7jQlpAB2hKGIebd+tLu8lsdvlElrGxq/CrH0HoMivr0bno3aW5JqLHbu&#10;31CYMnBRT0O38VPT00lTjaGqWIy19VWCmgqRPVRxhYIiFWKF2Ni0pKl3wnUW84ocfmKqikwtFU1M&#10;cdPkJZAr+dynhSJYp2lgksbKXERUuDxdScat43yxs9EVq+ucsDqWoGDXD+RqK4HnXz6b5f2WfdpW&#10;03Ecca4OpqEUA8qGgzx9a9D3JlMX9xUUjVCSVEMAmqKa3rEDa4vIyyaUeM2IsL/6x9nE278kN4dN&#10;barNt7qkyOYyciiDGVldl8TnsjjadkCaXpo6xZNQ0EoZTKVv6r/T2Yx+9fuRyraS2Mu7N40ihYzI&#10;6ztEAMBQzHScfb8uhULa7mvrGO25juv3XGRrUgjWR5ayaU+wV+fHosO/Pix1J2puHDbrbEw4mOiq&#10;ZZK+jxGNOGjzz6jd62WOFXdZNXq0xo7gX1jT7KJuncu/O4cz5KmpymZYj9uWvaiTxxRrrWOWogpK&#10;Gip0jR7gCwN+b/UxDzDzBzRztubblzFuFxebgEC6pSDRVqQAAAigVJFAKVqc16GE1xFLIzhW1k/i&#10;OpvTJzXAx8qDoyG3Ns7d2VhosRt7F0OFxlMZHSkoKdlj1nSHfRrlnmlZUAJLMxsP9b2zy4frbZdL&#10;/EN+7ujqai2ulwG1tGTmrHF08M2YSCbFQHy8HxNO9wRpv7IUG3WwMtzeq7AYSOpJ/wBMx7QPU16T&#10;GWQkhYq0/LqTLkMlUSpFjaDRC59eRyN4Yol5u0WPDx11UxtYK3gU/XUbW9qLZuV7v7PP9z/j115W&#10;YOhq1jWryuPxz1Gcq45D4YampyrKrwJpJCyAQIWNtKn2qs25h354tr5f2eVpStR4IrIVJwS1D2ny&#10;aqj+l5Es3vmHbuXrRr/e9wt7SyWtXlcKMcQM1qK5p8vUdJfd2W2XtKiXcXYW4MbQUMJ8cEubrKek&#10;xrTsA4hoscW1VdU5UaECzzEfT8+8VL1N0tsjcGYpe6+w9xdt9r4F/Nk+nOjiu+c/jMnExE1Bv/dh&#10;mbr3r5hWxCOQZXINIvrYJqSxkLa/aFLE3dz7gb6tm0AUvbQabi5XVkLcNqFvbOwNR48oqaDBJ6h7&#10;dPdS73GK3m5J2sSWk4bw72+LW1qRw128ZBuL5Aa1MEdAVpqYMOktNvbfe53oIetdmigwtS6mr3x2&#10;DBWYHHQ0bIgjqMFs0NS7pzkzw2Ma1S4mArpAlNzpG3ZtN8jd+beye3dlbY278U9iZphj6uHrit/v&#10;N27mcRUDRUw7j7u3LRkYWVYuFTbOOp2AY6apTb2cw85bDyvaSW/Ju2x2kr1XxQfFuStCtXu3iXwy&#10;QTi1gR1JqlyKK3QXutkuOZry3uuYrufeZIiG0S/oWKtx7LNJCZQCFp9RM9aVMFKgs+X2rs/FZGDc&#10;fae58jv/ADNDE7YzFZhaSPbOJk4YzYfYmNiTGipBI0VWQ++rI7DTUD2aXo34i9X9bUhn/h75Kscv&#10;V5WtrpJqvI56vkn87VOezNY9Vn9wVrSm+utqptH0QKth7A99vd/vhL3l0wthkoCwDkfjcsWeSQ+b&#10;yu7kYLGgoMU2g6Inuam4I0qowkS/wqqBURRTGhFHmBk9F/7i+Sm5Yo3wWwoafDyVjGkhybgSZCGl&#10;RCslWB6aGijRb6bayTZbg+zqbbx7JKsdBSpSQBFEdNTrphiVT6VEPKKQAL8Xvz9ST7SqryykQfFX&#10;NOH8uldw8Vsg8YBiBTOf2f7GOq/+2dyUEeKnqtxZFsjV6tcmRyTiatnlkiJYzSzEysJF/stdVP0A&#10;t7Mhg7wU8Im4OgAker8D6/09jrb7VlhXxDTH2dR3uf608jpw9OqEO8po8tn8k2EWCWk88rRM+iO0&#10;hLl411kGThuOT7EPC41chLI9yYIVXVa2p2C30gH/AFX4PsPcy74mzW0D+GDLI2kaqgD5k+XRlyty&#10;5ccwPPpVxDFliuWIHkB6kinVY/yN7iq+pqPD0kccTbjzk0v2cde9VHR0cFojJVVCwkuYYBUjSADq&#10;tcD2uYI4YogkcJp0P6gwXWWtb1afrew/w9xJfzT3crSzSLIa4Va6afb59Tdsdpa2Gi3iiKPTJamv&#10;7GA/Lqsbemaze4c1U1+fz6bjnjqHWmmoGq3xZjViUOPWqhhnji9RNikbc3IF/bPurD0me2xnsDWu&#10;Y6TNYfJYmea4DRRZGkmo5JFDKw1Rxykjj6j2/tFtczXcSRqcn4QK4qK0p8urbxudhHbSM86h0Ibi&#10;MFaH/n3/AFV6FH4udlZ3qH5H9J9v4HFT5is6p7S2R2EMNTHw/wARj2duTHZ6pxrzFlSnWtpqJ4iz&#10;cLr5490j9PZKt2Zunde0cy0cFetdW0BhHpeLI4OWpgmo5lMps/j1MCQNRB03H0HNjfyWPiWrcDI3&#10;2D1B+ZxQdB3mLbLXcre0vo3Jh0VrTiZNJUg+faoI+WfPr6nPctBgO4OuOvey9rVCZTb+UxmE3Pjq&#10;6KNlSfa+78XQVeOyUOpFYpU00sDkW9KOCf0+zLjdSp4o5mAJ1IG0ltUqhmaNdNtMw0m1yAbEfX2u&#10;kvxxU56AxsUt5UKt2g5rjHRTW6mWpjq6iBdDQlQhOlCnmDxKsyyBTJCfIpYAal1KfofcbI5AVkBl&#10;jlSRowzxsAR5gvJBZuNaEf64Pur3YeGQq1WpX14dHyRKY20MRqWnHqVtrbDbfyL0VRRvTo9R9vV0&#10;5KMKJpY3id4hGdQgdJObenn6+26h3CnlSNi37iP6WC2UqhEWgtyxU6gfwPTb2RCWhIYnSBn/AIrp&#10;ClrJU1rqDD9mOl3l9iO9I0sSorwSjTIoYF4pIpfIGdPokitG4cENctckC3twGVQwhdUZYfp03tYq&#10;NFg5DWVCP8NNvaORo3jeNWOn54I6N4Kx1A+LpNHadQlY0oiMfmRGYSG7yFdJlaWRY2X1zo5W5uSx&#10;9tFfmIoQ8UqB1SnMoYepJQOHjsf7SkeyiSIMRpYHPQksdUsNTg16V2H2rUTKKyBpIzJWeF1dD5KN&#10;mCvA4ZFsQ31/1Vvp7S4NJPTSNTyBkDkRSFGchnXWqSKgJWTU1h+Pbg8ZiYdVFNK9G+lgRQd3zwKd&#10;L2QVtFWRtUxJFUokiyIZhEoMQJZw8pVTFpXUfqQL+2ej2dnMrorKuskjpZZpCtFEIrmOKoeJTrI8&#10;7IzoDwRc+1UFg2gO9KEn9nSe4vYommhqKqBX7enTK9p7Tw88+IoaMVeUp6OPyVDl2cfc0sM8sZiP&#10;oDaZLEEEgAHi/sR6XbGGp51myzzZGrZUAhZRPItvSAqtdVuxt+D7Nbe2tYwqysHkb4Qfn6fl0G7m&#10;9vJwxgTTGK93DA+f2DoCcv2Ru/IUU67WpKPC4inNRNPkmmFLDGgGt55SHjaZIkIJ9T21Xsv1C5yF&#10;Pi8XTI1fB4UhT9qgjkm0EFEOmdFezEAj6ekfT+vsxuPp7VEV/wC0Awvp9o/z9FtsZrl38Gc0PE/P&#10;5Hovu18xureWVqU2rkFygqZfJkt0VUVOksaPUSQeXDGcSNHC7wuASTJwWPFgUt/eilyFRDjY6Wnh&#10;paz/AHHW8BCywVxFNNH6BqYmNzYEHU1geCfaWG6kkYJ4IEbYOeFfU1wP29Km2kFHZGkaQMHoKYKd&#10;wOfmAPzHr0MD9YV+2sXktwVWYyeUymNhTckTVNbBUikyWEJy1FWI0plkSIS0oR/HYiJ2I9QUFyzu&#10;4/B9hRY+TxUiUMd1hdjrLx6Y0qJBpaaeGm0ob3AH04t76qfd25XWx9sdguLy0Vbu5TxanLaCaRVJ&#10;FcIq+lOHQg5X5etXbcr++iJvTPpFR6A6tI4BWarVXjXj0hOuOtqqsG6c3uqmNbnchubIEVNZFAiR&#10;xQt4chPjaZJammhoslmlqalWj0GXyK8gEgIAWZzI6lKs4sTyDb0qL8Hn0+8lNvtAp7UPUm7daQV8&#10;MABOA+R+fRrdo4FYZPMsJDBDYqD6n9Nyth9OPx7DPK16gHki5UWXgEm4AUf6on+nsWWluQM9LZW8&#10;BRpHcTSnQ64fGugbhf0MebD0gqSf9gPbHNVF5YUX/OSNEqX4uxKhP9he1/a9Yx4Mjg1UAn9nSVr0&#10;6fQj+VOlPDTCKCWVl1RxRu7cEgrpLfgcalNx/r+1VDLVxRR4+nFpJXSqndCq6Y0gpmXW9wbRGcN9&#10;bAgn3AHu9uU0a7VbwyEI3is38P6bKBXyHE/6h1g195+R7zmHZhLNqt1tXCrXGt3IYgeZCgfYD8+p&#10;mzxR1LZCtYt5IamSih0+pkjikqIyi25BkniF/wAkgD2y1+283lZXkgEiquhGLakiEoMoVnLSCPyq&#10;gb+h5PvHbdJriRmmWT9IenDzpw9c/b1jrZPCBClA0gHlxHD04DpcjN4+iUrIyalFzoYMyjSTZlW5&#10;Vbe1v0j8Ysv2J2DjVrqxqHb+LnWszmRjqXV/tqsOkNEEJihM9ZJLaIObq7akDEAGPri4WK8Q3ExV&#10;akgktkuCAp8u78ArxyOvc2c1R7Fy/cTRQ+JdyVVE0nOkaieBB0fEwwKDNBnou3yN+VG0eithVmam&#10;LV258p9xRbTwQhkkfIZSFY1kmlCg6cfjVlWSodrItwrsgYN7tipdpdZbPxMYigWOjhp6umjo443p&#10;dE+Olmo3WhGqmhXS0DgytqaplUspIa5Xtc20k3jrpDFqLnjStNJqMEqwUCmriK0zi/ccw817tdpa&#10;xNoBkXKtqFJApCtpBJNGjOmo06qHiOqxKbdPc3ZFdWZWsZIa2rfG1kFbW1lNlfPRZmOLJRz1/wBk&#10;ks8BkgqkZYI2BpInChLqEKJ6lo2zGysfm0p0oZdw1mZ3HPDThZmdczm8jVh3JIU+NJI4w3AAQAf0&#10;9iXZbrwtuheQATSs0jceMjMy8anK0pXJA6EXOM6bbv8AdWErs0luiRVYFaaIkUgA/wBJXNPn0JHd&#10;OZGJ3zkMUapsnT7eo8JtmCqqJHpIzTYrC0dOGRk16i00EshTUwVpGufYpTRPAgiCO7omuO4UAlbX&#10;KMG1oTos30+l/ZgrK7M9RU4/lT/B6dASW4Dprr+KvlxFKcQfQcaj5ZPSBwEcVXWQVytGtPI4hrHj&#10;nYDxMokSNlfRBKhVwQdJch/zce0dW7v23Vx7josfnMXV1e1WNDuYU1VCxwVWuPiyJo8q8d46Ssix&#10;9THO6SaHVHu4W3KGx3jb5578295C7Wp0y91Qj0D6WIwDpIbTUmhBAoejO35b3kjap322UQXoZrc6&#10;czKr6axgvqKk4DUINCQfLoU8JtvN43L4iuyeKqqOHNxefCLPHJI+TH3kglqKOMs0r0czp44iBpuQ&#10;AWFvdZncnyywuazv9wenayh3Rl2pzPU50wVkuKoG9CyVIlahaFoqZaUsKhtULPcQrNYlYV5695Vv&#10;bhdl5ICXE5X9Sbu0LU/hqoqQBUGozTSGGeswvbT7vq7ZZDmf3U12VsrHRaIy+K4r2l2D9gY/FHTU&#10;K9xCjuP3151rkaWjOb3XFJiEAWJMUGiNTNH5JHjaqlEzJT+SWUKY7eQng6QPUVnc1FU7ZlhyWdyN&#10;Rm935hoPHNXK4jikqCqBoKWPVNFTp5lCAu7l2BJLWPuHN5trrbde4brNJPu05w8mSDUkinkBmgOe&#10;p3s93t+YxLsmy2y2nLlt2siYJUDAcg58j0OeKeOpj8NNDFS4+AlXSAE+pQLqTY3YcXI9md+I+Hzj&#10;Z7MbjgNBXTUVEriqdZmmr8hWzxqKN6cSoKZkjjmX9tJ/Gi6TrJJ9zD7G7RuF3ebpuZZDGkY1SPU0&#10;aQFVjOllKjSHIbIFKUyCMe/vBbraQbftWwuzKjzCiKwHhrGPj1aWr3lCfUNUmnEK+5ZsXNhKbE10&#10;k0ENZLLHMVfwpTU8ED/5dqaMo4FSyEElBchtXFiZXL9x7+253BhcFkOvlk2JXUwWXftBm4cLX4PM&#10;08axvRZnA1la9TnqKsmqQYp4QPEjhvFJ6mWd/q97j5li2YctmblueI0ulkjrDIoIYPG7a5FLadJS&#10;hAJJDhSRj2nJ3L24cl3u42fMBj5giBb6No9ayLXtMUiLpiYKCWVgRwA08CE+G61wmT2lVilzj5Pz&#10;JVM+IrIKfJQrSSSBoTRVP2gWjmZUs66vS62uD7NXjO4/DXTYrKQ1ElOjQRxZeOhrDTyyzMIYkjkj&#10;p3glkurayjOieJgzKTdVd9y3CgaS38QTLSqlG09x8mAzSoJNKAGpwOojfl0ywrOko8UqSU1x1GkN&#10;UnuwCQNNRU1wp49Fz3X8YcdIsGb21IkNUJWnqcTLPE7PELtKzQzzRPFF9xIqlbqfUT+Pa1g31GjB&#10;o6pp6clSjU6+SR1JBunqcMpAP4t7SvsJkXUUAanngfz6DtztkqllmjKODQk+XyORT/Vjpph6ZppK&#10;a7UccFb9vd3qwkFMbx312j8RUvLa5Fwf6H2ocVv7G5MyIZ5YmTXE6tEUmEqopI0s8YKoWANufZZd&#10;8vXlqoYRalPChqKfaOii+2t7SNWpqBBI88Dz4DHqf59Mtf0ruHECGUUFPURzSB4UjmjeGWnlPgbx&#10;zDxWlZlOjkDkXP1PtT0GXdZqmqkyn8Rxs9PTx09E9PQw0+Penes+5mgnp6SKvqJavyxiTzzygeJd&#10;Cx3bUHztc63ErMzqxpRagqKcdPaDnzqWGMUzUln0SRxxpbhZFZ6uCxLg6dINSV7aGmkA93dXFGnI&#10;9dtogpqfEyYStjmfz1EdRUO2SjlaJ4zMlVO1HA1LIjkeBIyRKdeqy2w/xrETMDNJLCv0LKjkH+gL&#10;W5HswFheolFQE09R0meK4A/TSvSwpNlbkpIm8CpVy2UuxljVgBY+rkD02/2I9uMkNLkvBNR1kbRX&#10;EYjaQFn0mzgNrUKbfVbj2kV7i0DxzW51ceivVLESs0J1/YadTaapyWAE1PlKGaJ9JnMuiTwgOLxi&#10;T06P1G4v/Z9uK4uopo4y6FlcNYOjlnWwtpFyWWx+tiLfk+031kcpbS2eiyVUnZz6dZ4N8wJO4SoS&#10;mmcgmQsAiA8GyNYLqA45X/Y/iBLi5HZysMmn0RrBHCrFGGpncziUfskaVVTGCrKeTqAV+K90EAuN&#10;I6StHGmnIBp59CHit80/28K/ep5PHeR5ZHEcgD6YwiC7LJo5PqIa/Frcstdg0nieOUICRZdKhnVu&#10;frcelv8AWsfZjb37BgytjrcQcNkHpW0W94UdJIqrygMUkCl4lDAK1gZLHV6h7Rw2bQNM0TxalfU+&#10;sI6CQOCxLlQURSwtc2uPp7Om3yZo1ZX7h5V/ycejY3DsoKsQyjy6VM3YFYaYTgakQ6CjP6xb6qqX&#10;BZxfke2zJbPpGMz0dTLG0GpFVZD4nIX9uSKRZI3AJujAgeoD+y9w/a79Pjx4QUP2f5cf6vllZa7r&#10;cQBWkj1faMfn1Kp92vPGDULphm0ayCsboNaqwdZCw9V1Nzp+p/p7ROUfKYBlAzAZNQ0iSDVFZ41Z&#10;QGcJIW1XH5BtwSLH2e2wt9yU6LWj/kf8Hl0Otp3KG90BrUlvkT1gk29g9weZhQKzvHIC6MVnN3YX&#10;ujCErptb83/wt7dcL2I1MY4paikqXIuG8bwk2Khgq3GoA/kXv/h7RXXLUsmpgDWnR41hBJVlUqvQ&#10;H786GhziTGniyVKQjLClLNFJHIGLG8g8HjBv/ZOk+xcx+8sPkUC1N0LW1GK4AIUC6uyn+ywvf+vs&#10;JXOx31qxZGyPXonutrhZiI1BPr59FgyXU3cOzGNXgK9liUkpFkUpyrKvBiam8k5COzA6oyh4P0N/&#10;btKuFqYpFxuZpYahtGiGshWaPX+oajGNanj/AFJ9oSdxib9axZkHmDT/AA9Fw2U6++KQr8qV/KuO&#10;odB2h25hJ4E3j1hUZShhkMdXktr18tLUpTjjXFBXysk9yLlDPHf8Ee0nlcJmTF541askDqNWPlYo&#10;+lUYNHHE7VAXUx4khNrWJt7VpucEYGqNlf0Kn8xWhH58OlEW3gOFZdMf9ICo/bTPQxYHv7rgyCLI&#10;11dtoxtf7fduNqKN4TKoWQPUGCTHOiNwPDWszfUgDn2EUm7t17Mzz1EmNq4qCWZ0qIshLVeI00rg&#10;pkNNRVxUcVTTGQvKkq0yygKFnawMZDebm7TMZbdfpq01VAIFcGpNAQASwZUw1FbAPR23Ke27tt8s&#10;euNboDUDGoLYrVWIBbSeGpDLTgU6MVj63ZW/cIoxmbw2VvF5UrMVLRyvMIVkUhXp4ZaqYVEr6Lwy&#10;TmMA6l1Ar7FzC9p4nIxU8LnIY2aaogihaop51x1dUThpIxTZNYnhH3CxkCOR/qCCbKfdqLJIpZCF&#10;agUlTn0AIqCf2f0a9R3uPJV7bhzCFmQKWOl1qoFKkoQHIyMgVyNQUkL0nanaWVpKiR0loMhFBTmZ&#10;lpZWlyVFBHojlimpmEH3H25mQ+VIxckXQEiP2vJKmEyPIzJE7SOyRPEWjlLhgrTorEIzE3KgCx5/&#10;HtQsbBEjU1UjjX0409egfJtzGmgVWnHhT8v5dYKDIVKxrBEDNGJEhkqROIpoAArMtPEQLyCNJCqE&#10;m4U8kA+2XI0McpMpVCWRHFQq8+RnAJeONggRgBYqfp+D7XWtwwAQGqrUU+zoua3Ck1+Hh0Je29yz&#10;kNB9w7GnaWOSJ5P22VQAoRmHlD3+oYEXuOPc+Chq6ykd6iMU9QkWhHVI5PISgKMz3E2oj+tyB7Ze&#10;eGGYLE5aMnNainRPKsUcuhHJH2dPQyyUtRGkLLLBJUoZFmbwNG2plkGolY2RSLcfUi3tnmjMsS8x&#10;RSurRCSWKWTRLGojldSjrJoeRbKSAUv9T9CqEoRq1JWtaA0BB8vtH+TrXhLqBJwTjpRw1ojclHeW&#10;JAjskbhfIsjKVUqTbXEh9XJ5H0B9sqU9bQR/e1BmijCsrQswliAimCO0kbqk0hDXtf1Lf+nBMPEh&#10;nbwIyC/r+VaA9OBO3QlQfX/Z6eRX0le/2utGZRYyQqSbfrKeQCxFmAa1wbe+Sz0wkZPuI/M0eoQe&#10;B1WQN6JH1K4Dabkek3B/1venSUoC6fo1oTXI8+Hlw6qcRlieuL085FyjrDqCtL5WDIwu41L9V5X/&#10;AIj3LrsXDlYI6eOeOn8tOBN5ZfDFDUKPIgt5JfMJL/6ksLnjg+2YbyW0Z5TCzkN24JqP2Y/wdUju&#10;TC6yUqadY6aqqaQyySxVFQyTP42WKSdnSawUjSv7QS3P6rD2HVZteGGoiNTSL9rebxTN4VYQqZfA&#10;Hn8CiSQMyhhZA2r6j2J4d2lkhYQznxe2oFePnQVOOjWPcmkX9KSjeg/zdK2PJSPEyxSEzRmFSi3L&#10;Fmt5D4gWYen/AF/6+5Y21ja1qrz06hnbRLI3jRJpfWUiihVDJ4WGoHS19JANwOU370uLbQIpTxqB&#10;Ukrwzk8eHlnPr0x+8JIivhykUyorUgUpQg1r6ZFaY6wSZOrpraG1u+gC5OsIoYWY/wBSf9vb21Zj&#10;ZuFp5JH8KwS29U8TszRN4gsPjmUqATxcCxYcki59rbPer2VQvilqVoCPImpqv2+fW13mbSsckpMd&#10;CKN6E1PzHypwHDpzoMnXyoSyKXDD0lvVpv8AlSQef6+yU74+Lk2/K7KPlO0uy4q/N5iKowObwlbH&#10;TT7JxVNURVM2Px74BMA4w70GNkiRat3j+5qPNIss+n2SczctQ8wW9811vt3HcvOrxureEYaeHWGN&#10;oVUMhVCP1fEGp2ZtchVlmvlb3ai5fhsWs+UdoaCCD9aOUFlunYEa38bxSJNT6i0agmJPBBSKtFQ+&#10;TtEbwRARxh38jSWkb6aItF7tc/T6+zfbF2MmKxiY6etyFWIVFO9VLIZ6qodU0NOLvIHDlTyCVIPs&#10;/v8AdCiW6RLUqopqx5eZOa+ec9RHzHzCLy9a4SFY0Y1oOFCcAAmv7c9MFXWmUiURAWA1agVUBiAe&#10;Wt9CeOb+5G9uq9t9m7dzext1VucpaXcWHyWAniwOarsbPPisotJDkmqKRZ5sVkXWKnSxmpZmhYkx&#10;6NbkgzmPb7ffLGeC4jf6V0KtRiAA3HHwk+Slw1KkLSprblfm3cuVt32/mLaYYWubW4jnUyRI4Dxm&#10;qhXI8SM1OqiOochQ4IAAbp66WiZKmniQtCwkY1MVgsseoogP+cjuTb6afoTx7Fjb+NijqWo3r6eM&#10;CKSqBlnRKr7WmYtNVzpKTNNHC8saa7aLTKb/AKQb7hdaY0dYWY4FKdtTwVaYBPGnHB6Jrm61qJHt&#10;8igwOwVAoBTtBwRjJINakdIfN1Mn2yyQ0kk7zSCOOli1vFPNKxEUKOoOkyMHYf10m359p7enYuOw&#10;lPXw4aogasOuJauooZ8tNFIkKzSeaKmETwUdRS65JLlAqkeq5jVVO28tXt74Ul0jDGFAOnORwNS2&#10;qirQgk0AzWq3bbd7uWEXURFrmqhxGSnqpbBkDZ0kEgCpGOs2C2JLVyU1ZmGfSil0pYZWhpdU+gqK&#10;hWMiTSQBgqGwtyoFnYkhm+ewdy7JytH2LU7ip5upqzbWbxWZnl3nFXYfHtV4vLQbXykmOo5Islmq&#10;CsZPu2q6CuWu/wAll8ZdkhDh3nLcRs0+37tbXiry59GwkPiqVU6X8BxH2swcfqF4pWlZQwoRoDTz&#10;y1t21b7aS8rRWVOdFvIniBtykjaTHJPGrkeHFIurR4csfh6ZFZtPiSlRWGHoamH7Q0yR1VNLSVMb&#10;RQiOSOSBYC4AJ8as8cttNlUq305v7V/U2+Ye56BdhdnUtFX9j7fx+1+2tuZzC4bL0G1MnFuuTIRb&#10;SzGy9xZyXFV8tHuKnqWpBRz+NwjSQzyOGeCAI7PzCnMUS2+92kTbpaQRXSvGsggZJTWCeEvpK6lf&#10;wwrk9hZZGbW6IU807K/I99Hv/J80sXLFzPcbdNFLOjXCmBU+oju7aIMoeHtk8RNQLeG8Sq1JHa6+&#10;jGKKV9ApakWnahrobtMyQxhDJJNFEGiWeG1y6n0i5/PsHdy5PdO/tz0Wd7F7M3FtyCinNBsygxu1&#10;Xymy9v1WFyu38RVZ/Nxw5iHZmXoaefOzQZmuxApanHNIJBJPSz0TRR9dS7hue6RbjuXMFzbsz/ph&#10;I3eJSjxKZZP1fBmWkjpPJH4UkYZqu0LJSVNut9o5d2Obb+WuVLW7lkQtcs85S7lWWKaVYYS0P1KS&#10;MIY2tY7kMZR20SaOZTLoqKiw8DR4ugWWWoMk1aamXTW1OpJnMa1NQk1W9QhhUos1gAPqCGtJm2p1&#10;V3D1+3x+znfO3dy9lbghz1ZtWsx/9zpY6aCTcG3N9w/YrtmY1ceK3Tk8XRSQx1ck1S1FC1PA0Usc&#10;0Xs1Njy9zFtf9UrnmeG43maSUxsjRHwwssU4okVF0uwjcI7GojMalDGFUmPMPOHIfMy+5W2e3N1b&#10;cpWawrcK3j1LfTy2lT9QNLtAskqs0axpVhJJrSQdZ9VVTVb5CPHSR0mimediagTMwgNM+qGezKKZ&#10;LrZQsaj16m1WEV984vr3efVnROQ7qwexd17A2pHt5dl7I6QyG4r1Mu3IHjqH3NVbiaqkr9yy1cUs&#10;ceJo6fLZGtZIQjLIgJtPf2fL1zsPKv8AWO0hvrS2FYo7NpGLNApP6z6xUkBo440WcyEilXHST9yX&#10;/NGxc2+5FpyJc32z7re+N9Xd7osCUE5J/QjhFUjUFCbiV7WOIeIdKrJ1llo0lhq6iLHmujq3NXLJ&#10;UZCKmaTRIJIov80wjWApYBmVVF+fYh9zdO575B7X6y6l7I2n2DvPOZmCoztdvo7dyvXexuqMekeu&#10;ozucoYK+Xa+c3hJV0gp8RgqqCoqhTzE1MdLE0rm287fHzJYbPse8WU9xeTVZptDWyW6mgMlFdopJ&#10;CVHhQurtoc+L4dXLBPlDnHb/AG03Pm/nblveNusNthIiWz8aO7u9wdmqkUMgjSeK3KOXubtDHErI&#10;nhNMwRVgUORoKOepnp5aeKnDuojM0U1VVFWKR6eZJmgVCAz3N2W5JNyFT8WPjlD8YOua7ZuRytDm&#10;8pVbiyWVrKnF0+Qp8ZPRqww+FqKLG5KqyVVQ1lRt+jozVU7VD0tPKpjgbxQ+R5C9tuT5eUNmm2xb&#10;oTPLcvIWRWRDWixnSWfSTFHGGAYhWBC47iCfe33ST3b5rt+YI7WWC1SziiCOyFwf7WZWeJUjZUma&#10;YxyqgkcPVzrY9PM1Wa2SNoriPSCptx/U+r6ezV43cuKnooMZkaWJ4po4Y5YKqGKpdW1B4j5ALPNH&#10;KgYMptqUFTcA+xpebHPre4jJDA6sGmR6U4U+Wa5456ge6tLtJZLiGY66nuWoxngVoQDU1pStSDhi&#10;D0aRjIJuQykng+nkWPA/Nj7TmeijZqmalESUzzzRz1GMpoKuWWWnk8hiqJKYNOs0DuFdAdaXsb/g&#10;229yUiVyTIFwrGgHFagHH4TQ8Kg9NQJcqga4aQMKEBiUGluBHCqkAFeIqNQznqdDKAFR7ArZbfQ2&#10;FgL/AONrew8raWvQhKuQRRo0hT7mVaYVEhlSQhoiWllMmjm6gjhRf6+xRbS271MMZL0zpFSopSle&#10;A8+PzPRhbEdwhhZ2pnSFNMU4gaeH5Dy6mgp+FP8Avf8AxPtULuHBiOix+ex8WVnlqoBRtjsUZoKe&#10;uuPs6r/KJJ3x8NP4Qry69K63kaNRf2GLqxv4G8az8TR4lDWpIU1ywUGuTxAxjuAqAWrsu4tLc3O3&#10;z+DHHEah5AGKg9woukMzAmi/Ex7RWlWwt+q6mw/IN/8AevYQbtFXFNWh0eWeGukj8aTCNEYSq+pm&#10;Z3RzdSy8nWLW4YEyHs7wvFC4pQoPT0+QHDhw49DTZLJZnt0jUCEJk0ySfyB4+oB/w9Z43QgAFTb6&#10;gEE/74++tlbKz1XmYp8nTVDxV0l1nUSxGNfJG7MpWSVTIiKQAbXva349sbvvdpbWc6LdxmRTgD+Q&#10;NehtfW9nJapCjINIFcitembK5yjoqaodJ6fywj/Ns5ck88Wjuwtbm/sxcPXOFyctRDjaSpRgWgnX&#10;xRyzT2hMBlYtEQrG3JAsPqB7juTmi9tI0e8kQ1owzQDzA4/y6LGl+iS3ScLpAqDUYyDT9vl0G8m+&#10;Kqgi81bU0f7lnjQNKioHI/bZgbakBt/W/uZT9U4bDQ5B6ynnqyIaaNUjUBYfG7OI3KxWOlWF/wC0&#10;bD/WDD833189slrJGlGJz5n8v+K61JuUU5jCBdWo8f8AVw6wDfGSyU9HHRtFCrO7MZy58i2A1RMp&#10;sYyRa/J4PtVw0px2Eho8fjBR0sJiKmnVYy7MrEyySCS7G/FrD6+yiSRbrcGubm7MkpB45HEcBw6J&#10;LmTxJi8jAt69YqeVKvKS1lVWGomkjIHlOrxhWS0ap9Ebi9vrx7dsThKmbHymSWeGKdgUSKIuzKeX&#10;LE6j9Ppxz7SXd/ClynhKrMoycCh/wdEl5dpHL2kVAr+fTlLW0/3SrCscksYF5GOkx/7SpLD1/wCH&#10;1/w986Ta+JxyCSDzxKsxqF0hElmkYku1QFjCsl2uAtyfepd2vbolXAYEU9QB8vMdBbcdyuJzICik&#10;kU49KWnrKqo0I0YIIHJb8WtwSePfOF6eImLGmdYkqXSSV0UNKoHlMquBxomYgfUksTbg+6SCVwzX&#10;QXUVwB5fKnQYupHEjNMBWlRkfLBHT4ilwGf6/wBPp/X8fX2+7bpmlqS0x8Pjd5bvIHJgRvK95HEV&#10;ldZgB9b6Ta/sv3KXRENK1BAGB50p/k6WWLJI6PUZI/b0mt0VDU2PmaNTI7xvFFGgLMXeNgpIW50h&#10;jz7FyeWmGPQRFRpp0kYm3ojmV3kJP9kaIrk/gH2DY1le7bVXSxx86f8AF9C+RkWLSpBGn+fRXMTR&#10;5Sq3BI9VrU1NbOkRu3kYQhTChJ5PLHSPzY/09l0rKeprd3PXz1VQtCKBpZU0ho4JZJ30OAAdTmnX&#10;/jXuToJIYNlFukKmcyD7SNOf59BuWk0TRhQGJ/Po3VGUo8TBAqKGX/VEKSRYElj9SPYi4GGkhgYx&#10;N5EPkbWYfEXmAXyAiygLDwLWANr/AJ9hjcGleRRJh8eflXHRlttiaqdPAenQbb2zNRTiFFUJfk2e&#10;4+p06Rf6n/WuT7S2+6iibA1NJWMqhh6IwSOEkSQM/wCSzfQW4F+fqPZty/DOt/HNGDQcT5efQ82v&#10;ZpWuoZEQ6MeWOk7tnMSnKrLG5IEaqxHILP5Vtxxe6Hj+oP8AT2U+DZEW5tzU5q/MaSmeaZ9LIyAv&#10;ZFRgbm6QxAC3Fr+5duN3Ww2zUg/VIoBwr5En14nqetouBtW0uqqvitp8s1BOfz1H7cdK3cu8xhsT&#10;PNHpNToIjF+depVFhcXI1c/63sfpMVRYrG0WPp1RYoFjYhUsDqBurEj8gfT3H0d1PdXVzcSE6nNO&#10;Nf2enSa1s57yeWWVidZ/l0VmfftTXZLJ1cmu9njRS76g0TodSJfUQKiRl/1xb2xSP4oKo00ZSrnE&#10;pVlsAx0lI7m4tYfgc+17q7kBj2gf6j0Ndv2MaoJZqeAhFfsr0jstvuOrroYKqpd4YWiieIhlcEwL&#10;JI7D66VcEE/QXsfaO2hsKqmzp3DuaR/HExemjDgySzoQY2AY3SGNkF/oSf8AD2Qqs1pNPO84e7ca&#10;RQ1VVPE/6YjGOkfuX7l7Xs+3Hl7ZWUzEUcgYUEfsLZpTiK1pjodtk4moz+Kiekg8dLUAMrhShdQC&#10;SDcepibf48H2Me7e06fGUbwDJRJIFusQC2XTqMgUl1Or25s3KEt1OZRakp5k/wCXrECVJ72RsEs2&#10;Sc5P/FUHQ3bW68ocfIlU1HaSxBZgfUeCW5Xn6+yn7h7cWsEkC18itK0ihhJa13XiRQSVjIBs35Nv&#10;cxbZyb4GmRosLk1HRta7DpIbQKDPQrQ0axgWAAv9LcfW97W9h9ilqczXo7DwRsSzySuixlAolbVc&#10;jVy1/wDWPsSXrQWNqQtGemAB5/b1vdrq32+2ZRRnPAAf5R1OAsLe1xMmKxcTVE4arlVgUCQqIUBG&#10;lDrbQl+TY39kCy3d06osixxn1Of8/QH8a53CXwYyF1eQ4/5+vewj3TlcBWuIJ2OO+5qaPHLUGFpo&#10;krcnX0+MoY5FisS9RW1kaXvxqvY29ii2afZrVLyeWsOtFp5kuwRQppxLEAVxnJHEDbl/btytv1gh&#10;mEaPIVrQlIkaSQgn+FEY086U4nr3sNsxsKhmmq4aCskqa0JHKv20ZMcUjqxCyuyqjRPo9LqSTYmx&#10;5AGW38zTrFazTwqkDGndxYV/CASeHr5edOhpYcz3cUVvLdWmm29WOSAdJIpXgcZAoSAT5n3tEttW&#10;tx4WOveVAVjaYCPSY1eRgSZDG4D6RwjKusH68ez5t4guwGtiNYJIz5/ZXIrx9KdCJN+tbrU1qqlt&#10;RC540HDiMepzTHr172243bOO2u/hG6cnuSkWRZKSqzlJQxZLGIoUNTtUUUFKMh4ynpeVDNpLeR5L&#10;LoINhtd5srGSxvbye4UHSjSspkEfkheOOMPSg7mDTMTqeVqjo0vd9vN8RLg7HbWV1wZbd3MchJrr&#10;0OW8M5+GMhCaaAoBr73C3LkqvIRvRU+Rnx9TUQtDR11CmOFVHIVqFWYSy088KS08IjljLcq0IudN&#10;1Y1n2sS2jRW1zLBJKXUPHQlS0bAFA6OpKuxfgK0JYldSlTsVpBaOt1JZrNEj6nRi+nSKGlFZWoxD&#10;KwU0Ibhq0ke9htuCisurNiizdYpjqalJsbRLSwVNPVJUUuQc1a1ZFfHLFC8UkMiaH5FyFK1ntYnt&#10;bdt4ihvI4GVl1xxKmpHDxzBXMhEkbAMgUoNQBoSEKjParvS2navEtbfIWkkhYoylWSg0/pkFgyur&#10;VBocE197T9Pt3EZRa+HKJBg2gp5MiJYMdqqazISIrRR1c8IBjNW8YHmkkawHNvSvtm6+hvIL55No&#10;WKcurOUBjbUwAZ5CBpJoi9zHVj8Oo1OZd23KzNpJYPJdo7CM637VRa1Khq1CCtEUKCM04nr3ty29&#10;1DPX5GOaqmm1axHC2hRMwkUtcLJCJGZQeeDYD6m1/YYvOV0uplvt0udKBCKipIBB4lscf8PSfdOe&#10;47W2kS3hA05ahoozSpoSBWlaY8sCvXvZqcB1vi9sri4sdSVE9TJQLTGetaVpAzPpcFi5NnEhsx9Q&#10;UAEcADcMtpDD4MSqEhXSCaMzIM1ZmqSxPE17sA1CrSFrvmrcd6lvJbq7VYhJqCJw8hwA4UHDhk04&#10;nromwJ9mX22abA05qKqoUSwwLS0cP+ciBJCoI5A1zqjFyxA444B9gfcVkvnWKGAhNVWI4/mKdArc&#10;pri9IjihIj1EsaUJ+3qLIPIQLAn8/wCHHH9SPbOm5/va1Inhkengnk0OinwGMubjVdZJIiRcrcKb&#10;D2uO0CK2Zw662UV4YpkfYeiW/sJEQFZKOw4A59MDhXPn1IRAo/x9qqPcUn7ePpIZJKYUrPkp3UtP&#10;DQi6uqEu/wC9UO6pwOAf629k77XG2u5mkpLqGgDILUNK/IDu/Ide2DZkllF3cgfGCtMgkcc+dPP7&#10;R1HqAAOP1G+nn+0QfZQu79v/AN6t60W4ad5Z8a+Lgw6U0KUbR08VKZKulqYahZXK0U71rxM8gVla&#10;E6A4KAu23LU9xewzzxyOQnh6QMMdRZnLZC/F3BlBqAPMVzS9tOYYbDl242orGsqzF61b8WNJBCgk&#10;FVYBHPac00mkehiaCKRWBMpk1M3N21Nf/XsFNvZN+5uuuw84amn6c3Jh6LLLBjaBF3JWVE2NkgpW&#10;zNTlnxVN/dzIUsObnq5Y7yuJEaFijRI6xt7K+duRueru1vpOQd0tra/8OIAXDnRoRrgyiNDDMkcz&#10;kxqXq4EburBGCMZ05N5r5YjeE837dNPZVkf9FQrVPhIokbxkJjVEairRlchtVK1mI+mNpJPSeS2r&#10;0gBbm/P0AFz/AK3sd9u9S47B0u333hlKupq4KKmpXyFVFjIavI1VNGjTM1NjaamxplhCkM9PCsbB&#10;LgEvxKu17RGdts49T3u6wwKksjqilqGtZFiCxBiaCoUVpXPHrJL2H9r+YPd2bcLuxtxactLI7awG&#10;IJ1ABIjIzSUoa99f29Ab2V2rW4OCuxGzMdBuTdFOkUtVRPJOlJjaedA0f380JXTPNrUxx64yUbUx&#10;QWucjqjFbSwudhya1EaoqxSI9RBp0PrEzxDSAsoZ1UK4Ki31H19gznRd6bZby22qwAv9LhAtNNSM&#10;Fq8ACasBUkYGepa5y+6xvm2cy8umO6a52DxUebGl10ktpI/FWgFVGdWOHVTnzD+RHemS+O/Z+z9t&#10;bGkfsfPYPM7bwVPgMgJoZmzMEuJhyWqpngnoarGUVZNVSwkyaCllZrrYd9x7+w1HGgk+7kFWuhJ4&#10;4kMChv0lyZlZfKGGk/mx9wvyT7Zbttlwk81xCRGCzLVixcngMCtDx+0dT/cb/Y7DFHbNAxkHAKBU&#10;CvAqSCPl8utdP4t/y6O5M/mnylRkdn0lNt2Rpq+kkymTOWkqpBIPtaIS4UU2ulf/ADyyvZCFIJBv&#10;7KPvmswM2USprq3DolTMsUMWSEMfmMjNZCKhCGOoEXOq5H195Q7Db7itlJDBb3DEA1KVxihppyMd&#10;D7l3njYTBCqSt9S9BppUiuKUFfmOtmDova+/9vbIiwUeF3TDVY6hZK2bb9VNpgemp1hEkb42WIxk&#10;iA6lRlAa5ItceyodeYObPfIXeVRBT3ots0tTTROI41gSL7WnxiwU7KqnTLUpIVt+AbexRf72sezS&#10;QzV8UiMIzD+IiRgCcmnhtXyGRxB6IdxY3+/zSxGoYj9lMfZjo7Hae9Y9rfHHblRk53Su3MMUkayi&#10;eSZppZ2zdVJUMNbK8EVOdRc/rIBNz7PPtzGU1LK8tegSOhKSOjJw8pbVGn0+hA/2PuO90u5ZkWOA&#10;98lQD8vM9DnYoUtXWSSOqIK045GRX8x1VP3Pu7M5zGriNpSs+T3EKigjq1nIFBj/AAI1VXRz6vEt&#10;SyVaJGGDWuzBTa3tn3z2jBQxzUzzpAQkgjiDM8zOVuq+FFLqtiLX/HtbsPKksrRyqhZa1JOBQHOT&#10;jo1v+YIbKIeI9MeZrX/N08fHD4dUkNTR5tKWur6hnpzPWMYVpo44pFea0s3j9CIpuygEWuQPp7Lk&#10;mTn7AyEGDFZDi6OaVXyOSq2/zdLDNHLPBS0otJPUygC39gAHWQALk/Pvuryh7ZTjabjdoG5iZSDG&#10;SaQK6kB5CBTXQjTGCGqQWKjTqj3eZ7/flhit7WT6dnFaA1YDI0A4GeLGoIwoqD1YpuCGm6P2vk9y&#10;UGCyO687TUNTDgtt41bxzZKtpp4aaTI5CQkUdJDrGordyWUqDzawiDs2GtoB4V0EUrPdyHIRAVjY&#10;iMkEMAOPx75/X24ct3m7326bbbaHfVJSoK/M4HEsQTnjnqb+VeXJ4Np8TcOwngOJp/h4dafu5f5Y&#10;sOD7Sqdw11TJprc9AoWlg+3Mk00vknTxTUpm8iVEzBmLEswYn+p1wfkX2tubdmc3/W1GQqKbBHdF&#10;Xj6Wel1ExR0yTiRVRnFy/wByPV/ZPNvePe8b3uG4z3b+KfAMwpmgqoANPtH7TnqKt4MTbhc6GqNT&#10;H86mn8/29b1/T/X+G62632PtHEUiU8e39rYXGMbL5Xlgx1LHUPIyqt2eaMn6e67d11NTmdy4Wczu&#10;s889NGwhnZ9MKOpRVkATWfGDqIA/P09hO6nYzWpRsl6EgmvEV8/Sv+odETSUR+3z/n0J/trrwj1L&#10;gB281Q0jC4YeuRmYqLnkhjb/AB9l97eMNQaQ0BqT8vPP+qpx59UVvEZVOAcen2fzx8uuj/rX5/P+&#10;2J/2x97f/wAatv0Oyfjt8KdjsWiys0Gy87LSqgLmbMYzNdhV/wB1oFkSGHk3sbhR9be8qrqObafZ&#10;v2+2RGK3F9cQ0B4kMk1yQRxOWr1zbl3R9997PeXedSjb7WC6VmLABfBeG0WlTTLg19BVuHVBHzkp&#10;a+r64/mFdgzR66DIddb52TTVE0RVYzDhcB1dRpj3Kt5mq67ITafqttRta/s5nZPbuG2VE2Oxviy2&#10;5AXV6MESU2OlS4AqyunXMXsPHrVUN9b8W9jv2w+79c7zGdz5pt3Xa3AKRgUeQEEHONKgUzxz5dYv&#10;e8P3n5Nlu5Nh5Hljl3iImOWeriOHSKA0/wBEkzXQMDzpitQv8sL+QxnO98VB298tqTLbK6gy9FQZ&#10;LZ2zMfJDT7w7DocgpnNfV1D66vaO3npvG8Mzwirq45Q8CxLon9k03R2Dltyztkt4Z+odm1SjD0cj&#10;RY2mj0lUpIhHFG7gLpDGMQq/IZW/UcuuWORLLl+xt9r2qxS2s48BE0gnH+iSU1yHjmorg0ocYNcw&#10;71zNzju11um53Et5fyPXxZiWox4skdTHECOC0Y0yXrgbhfRnx76Z+NuwMN1l0h1/gevdmYWiio6b&#10;GYWndKir0ameuzWUqXmy+ey9S7lpqytmnqpT+pzYAF+378hNmbCoaitzGe29tbEwSMhrMtXU2Hox&#10;J49YBeokjWaZgpsLajb6E+zfcd45N5Xt1n5g360tIQSB4sioK+g1EAn5ZNehJyn7Qcyc2XcVrYbT&#10;eX24MK6IUaV6V40AJAzmlB0M4AHAFh/Qceyh5r58dK5Congot8ZDcBjlBZdvbf3DNTSlQP8ANZCf&#10;H0mMqEDN+pJ2Qj8+463L7zHstt0y21vvk11IppSC2mNTworSRxxtkg1D0IBoeshtu+6b7k2UcU1x&#10;yxDZrT/iTPAr/wC2iWSSRfsZAeve191r3Xiu1SZ9t7f3k2JjkamqNwZOjxlFg4540DmmFQcvNPUV&#10;AjIJSON2Um7WX1Ae+3nuxtPuNKx5X5V3c7YhZXupYoEtxIoygIuGdjwwisyFlEgAqwCnO3thf8hK&#10;F3rddtF8QCIInkecg4DafCVQhzQsVqBipoD72O0RxisQaoPZWuASbgfptZW4DAm449yjKbkGnhKD&#10;ThXP7Mf6vPqJn+uKAiCg697nxVOJVlEcbTFhZiqXtyDYC3P0+vupiuWHxCnSJ4L5gTI4UD59e9uS&#10;1MjEGloyVXgXTk/Tkj/Y+6CEAtrkGr7ekjQxgHxrruPz697yJU5JOUx5crzYJ/r/AFuxNvemhj4M&#10;/wDMdNmCxbDXlK/Pr3uLn925Xb2Jqcidu5nICCMtFRYXD1uZyVU+lm8EFFQQzSszFbBm0R3PLD8k&#10;G/7lbbHYy3xtrm5K8Et43mkY8aBI1Y5pxICg0BIqOlmzcvbbu9/HaDe7eEtSrzTRwxrkAlnkYCgr&#10;WihmxhSASPeyq1nyz7Moa6rWX4rdxnFwyyCOtbA1UdTPDGTpmNKtFUIjPGL6VdwP6n3j3e++nOFr&#10;cTU9keYTt6udL+HIGKA/EVEJAxmmo/aePU8Qfd/5HuoIPB9+eXPrWAqguEZQx8g2tSaHFSB9lOve&#10;25/n9s/E6l3h0v3btoR/56efZKVNNGRfUJJGraOVbAj+xzf/AG7H/BQcu2S6uYOSuZLADizWqsg+&#10;0mVGH5oOli/dK5ivwP6ue5PLN6W4KL3Sx9KARuP+Nde9q/a/z0+L+5Zlp5t05XAVDnR9vn9qbgoR&#10;G5W4DywY+upY2b/GWx9mu2/eh9o90ZUj5jlt3PlPbTj+cccij8z+fRBvv3T/AHz2ZGkTYYbqIedv&#10;dwPj/SvIjH8h172aLa2+erd+gLtPdWBzjDW/hoK+nlqY1+gd6YSfcKArA8xr9fco7Fz7y1zIabDz&#10;JZXkn8MUqM35pUOPzH5dQRv/ACrz1ynVt/2G6tU4VdGCk+gamk/kx697XyYCkkFoZPoLjSQCT+P9&#10;f2JjfsrAyR/yp0EDu06E+IlAfz/4rr3vNFhqqIgRStcADlhYBRyDf6HSP9v789/C/wAScempNxgc&#10;HWgoeve5gjyMALBZAtgLoSvH9WH09XtKzW7kii1PTBezlIBIr1735qptVqiAFSRqVhY3FxqsVdLm&#10;/tsWoofDOSPWvW1hWhMMvd172DXaXx16Y7roKii3ttLG1k86HRlRRw02bpJPH40kpM3HEtUpjHKo&#10;XaK45Uj3HXPPtdyXz/bzQ8z7FFLctSkyKEuFKii0lUBqDjoYsh/Ep6l/2z9//dv2e3CC85O5onig&#10;TjbufFtnHEh7Z6x1Pm6qsnGjg9e91cds/wApqgpTV1vXO+pqBHcmmXc6xvjzGfSsFdXYyn+4pWDE&#10;WnMEkBAYyNGFucJ+ePuibnthuLnlLfvqLIZAuFKuoPAO8akEg1q3hhdOmpQnrqP7K/3jfLvM72u0&#10;e5uwrYbqQQZrWphdqVB8ORqxgniNZpxFa6RBrqqejiaeKjmrURdUkNLoaqsGFzFFI0ay6UuSobW1&#10;gFVibeyK9ofBb5W9PRfxTPdY5SrxEKh0zu2ZaLcGM8CrrWaNsHNVhYWUX1NHELc2943cye2XO/Ky&#10;s+88vyrAMF1CyxnjXviZ1HD8Wk/LrP8A5O93fb/nUqnLnNdrPdVP6RLRSgg0I8OVUYkHBoG6TeB3&#10;9tLcdQ1His7STV6tIjY6dZqDIRvC5jlQ0VdFT1JeNwVYBTYg+ww2z3vvHY9LLt7Lbe25n8cWaOoo&#10;d1bfhrZ4+QkscVYslHkKZrIQQswFjfj8BDbdxbbtSxQxmNjSjKCKnyFeBP29Sku5zuGjlYMoxkev&#10;qftx0qp4VlC6pJIyrXXxymO7D1ANbhgNN7f09y/9MGybeT/RFgfJ5PvdP8QyOj+JavtvtbefV/Df&#10;tvX4b+Tyc+S3HtR9dD/0bk46uH8/s/l8/Lpz6yx/5QvKvHz9fs8/Xz4dc9Bt/nG/zdv1H+t9X+v/&#10;AI+//9WgbD1sGXoxWRRgPC0SSovGn6C4NhdV4FwPfTKyistztDc26gNGQOFMDz6xFuvGs52hkYlG&#10;BNf9Vet/j2+0u9qvb0FZTpDDIKqGaniklV2aneRHBkisRYFRpI+hBPtVac3X/LqXtraQo6yRlRqr&#10;2V4sKeZFQR5g9Fk2wW+6PDIxeqsCRXj50NR8uvexJ+N+8+vtg/3r3VuGhxNVvpimN2q+YkiNNR/e&#10;pLLVZ2mV4wIshSOEjjFwrDUbgrcmHtfvvLHL8u57zu8kP9YFmRYNZ4AqWaQdhowIUHNTqIBGnJP7&#10;gbFve/x7ZtFtcTJsy98/hijOQKLESCOxviY0PdQUoOmjKUlZWmnghqGpqXyq9W8RtPIkbLIsKMf0&#10;pIyBX+t0Yj2rMX13it+bopp901MeK2g00tfmsxWNFSCog85maio66vlhp4ajIc/vO6xohLXvpDIO&#10;YebOS596h/fe8Im2MXknYVL/ABaiiElVVn4BnkGnjnodcl7NND4N3uttMm2Q6dQjUtIwx2oinU3+&#10;1FRXpp3VlMnjMPWNt2ihyedFMY8bQyPKsPndlhjqKtIEmq3oqUMXcRK8hC2VSeQO+f8AkFt/HUVX&#10;sHapw20dl0FImHxuQxORir8lHSK0f3ElCmOR6WlNUVdTUJNUuusstnsQR82fenjWwvOWOS9j+g2U&#10;ARR3GtjN4YydCrWOMtkFtcrdzMH10dcqv33c7vsI2vaLE7dsxBCjKyaTxLBqMHbzBzToFdudFasj&#10;Tb03llajcm7J5v4lkIGgFPjKiqRXSlpagVcAq5aSjUqVj0wozRpqQquk4+vvkR0hsBjhqTrDE7rz&#10;0tOPtd0VmG+4qqyVPG8kK/xKkk0MJJDZgXYqLlhfT7xzHuAm4X0se4pJJCE7WyxYj8IWlExxpinl&#10;1jv7me0m5b89oOXOcbqzhIo8KAxITQ1cvG4kYk5yaV8ulTnuvd3bhy0eSn7DzOFx3kdpNt4+RoaS&#10;JChWJzV09VA0rA8aCmjm9rgH2CPZ3YvZO9c7W5XIUOL6/wBnz1bSUmPrWoE8VPBCsTvSY2GhnnEg&#10;juxaOFWIb68X9gPdpry6uri6EiwW5ParFSy/OhUmh/L7PMizkr29s+Wdutra5vJ7m9CnXI7yEtU1&#10;82qftNft6EvCYuhw9HBS07Gqnp4RFLXSK8lRUNdmYzVcrEOx1fQsbewUi3zsPE1xixeMff2YeNGk&#10;eWOasoknd/TG1BEzCy+P61Bg0lv0/n2U2t+sH9pCkrnFWwf8lfsJp+dOpNa0tW021urEA1qFPkPQ&#10;V6dZ4pJFQLM1JrcKxhWITMtmOhJJAwBJF/pew9icnUXf+6tsVm9N4T4bovqbHxxS1m8d/wCYxGzN&#10;uYukmcRwVLCvlp6QNVM6xwssdTI72Ed249jPauR+eOarOXcrDafD2ddVZpdMFsoWmstJIUQAFsmp&#10;7j8x1Hu8+5nJPL14mzz7n9VzBIey1tlN1cP/AM2460/2xAHmRw6DfIds7GxuZqNu46um3TuiAMZ9&#10;u7RpavcmahaNlV1yBolkoMQY1N3NbUUyjgEjUB7ybUj+Nm16GHMdb7f3N8xuxPI1PRZTLJlNgdJw&#10;VqkR1Lybt3JRx7s3VS0JJdVwWNrIJ2OktENRUcWXJHIvK1tHuHNG8Hcb0IXFvEZIrcgUw9y0byug&#10;J7TbRTI7UXUFJYADfOe+ed7nex22wi2Ha/xTy6Lm+A8gtureDEzcALiSIrWoDGgKZmPdO95Kylti&#10;unNtMx01qT0W6uyJ4kkWR5EiQS7P26amAgOzHJyRg+mz2YDxj+p/kF224l37uttj7DqaVFh6h6qS&#10;p6q6toI5dKPQ19Nt6tpd8dlGOCJbzZ2tEEjA3o1VggXX/uPLB4lryxtkVltwGlUhQW68CpdhG3jT&#10;MQTqM0nhmv8AYCpHQbteWhceHLerPf7oH1G5vmW5mJrgorr9PbjNAIIUcDBlY0bpinyPTXXVXDW1&#10;FQ+8t40i6Rnc1PLuvdBqdLM7tmsk0yYYSuBeKi+3iWwCxBRYGI2H0D1p1ljafH4nA4smnKyrFHjK&#10;OgoIKgXLTQ46lgipTKxa5dlMjHlmJ59xzue5Xt6P8cu3kWpIQnsWoyET4UzntAFfnnoa2myeJMJ7&#10;hi8xpUt3cOHcxLfkWPSCzHcu690O9Pib7fxxZlvRzO9ZNF/mxrqmIaO1jcJb2KdKvkqIqSniCgsi&#10;IkaWDHVYAAW0KB/sB7Ii/D5mg6GFvZxxR0EQUAVqB0iMrUGloKrJ1tQ0hihkkqaipnd3sIyS7NIZ&#10;GmJP0Fxb2M2Nx329NDT6bgDXJxy0pAvdr/pX6D/b+zWKJl0pxXz6LbgsSWV+iW7r3VFV1mUyglCz&#10;ENBRgk6BRKRpKoVGiSWUaifqL25+vsV9s46GLTIVGoqT+m3+sL39ija4IUfVTJHQN3S6kYlK91eq&#10;7vkVvnLZAtjFqZIY1nUzvGxsB4+BxpDcfi/sR6ew06fp+Bb6Hi49iVGAoK46Ccskmolxpz+0evVe&#10;ufihAqWvIXckuzpc259Ys50kn2IO28klAHjnuIpWVtaDUwOgjSV/Iv8A4i3sP82crtzHbQCxI8eK&#10;lK4BOKj8s0OcjoScqc8W3Kl1cNPCGt5MswHculW+HyINcj8xU46rJ+WHRGa7cnxOW2vVB9wYhZMb&#10;Di6qdIqTI0c1ZZdMzFljqonjub2JAC/jlTT5unHMJLHTf1LZeBf/AB+t/YZ2/kC5t2Vt0kUADgp1&#10;f5R0dbr7q2+4W7S7JDJ4bNUsaqoPngEHhTjQ/Loq+J+IO+cdk2od/L/A5qSVEeio3p6qsIm5jYM1&#10;gqsOfp7T9buCFVYyMWvxoBJVr34IAuBYez4pYbbEyRhVK8CF7v2+XUcMd13eWSa4lZpHNasTT8xU&#10;Aj9nRv8AYXxyr5P4bSYTH0VDGhRRUeOmp5GjQKxlNY5kkSUMOCLNcXv7q8+X+wo8dmoe2dq0T49a&#10;6pT+9S0jGNDlYkjNNmjYFoZauFtMrAMDNEjFdUjH2GL+4huXa6jATu4ep9fLqXuS55ZLOXZL+ask&#10;YrF8kJNVrU1C4A4EDHW5p/Jr7kzcvU0nxX7K3HT7kyPX+Kik60qK5nlrDsp5p/udpVNQXaKupNrT&#10;Tp9kukBKOo8C6Y6ZPYG7a7IizwhUVCQZAusSxG4hrahImZjDoVuaqOEkqtyCOLDj2wJQygrlujfc&#10;dtW2UyvHWLzI8h1arnOukw4lMMDVGO0yNJLJ4B9lADdDJIzorR0QcKpbT6fqRxYQINxzQyqCWFNU&#10;KrRq5/TIR++htfQfrb+vumtkYgHHRfAilPDU1ZMV9ekJW7MpayIhoo3rKRvFNPGirJMrgyQTs2ol&#10;9SIbi50ni/PvFLWlmMivYO0jwuAQw0aSq3DjSLtY8cW9tSHzUZPTyJQhtP29TKbGxRRQiWFmEZjj&#10;liZdYaxADsx4YaLcW+nHvNjc9PPSLFWgx1EHochjqZbBY3FlH1CW+v49pipBYnzBHSuOFC3b59Rs&#10;ttimp6ozUASWjnVTGrICVZQPIl9RIGtyfp+fcHI1UjyRMs7mMMTeVm8hRxZ4wB+pQwDf63tEYzEA&#10;Blq/Z0e2mmND21p044uigKSwtTKpYfuFFVQsym8bsOLFY103v9faxpsV/C4g8C3lip1nnmYvrDjT&#10;NKvhXyakjk06WBvZSf8AD2uaFkUtQV01P7OtRTNM/hlqsx0gEYJOAK14evQU5LcTZ+RmknjFJVVU&#10;lBT02gvC19SQu1QIQ0bP61dSpuSB7eZc2mPqcNTQcu1IxZ0NSyqZg5ipplvFTrIjQhwULX8tyb8e&#10;9yzFTCFFNIrx41pxH21/b1TwEma5kc/ps2B6UwafL/D0lqLaD5+j3fU10btSx5FVp4J6XHxO4pJN&#10;FTlaSeKeqris9NX/AG7CXx6WpPSmkhjMi3bS4rMwZOqCPcRTRwSswVxoZgq6gWYCUG5F/p7SvfTR&#10;XEdwAA4rTzGR6f4OnEtIXhaHw6R5B+YOPy6ZM11BVbw2Bk9j4+tqaBa2GqxlVkKeOP7qEVDPDPJd&#10;WaMO0IQgEqRew5t7aM7vObc1XLkJJwpmlZlhW/jjjDG0YUn1AADnj/W9+e+lumaRjWQ8emksLa1S&#10;OK2hoij1z+ZpnpS9a9I4rqTa2G2fiaeR6PEY+Ol+5llV6itqQCHq6yco0jSO3Om+kX/1/ajhhkfE&#10;xZanow9NQLDUSSRxHUrUz+SRmKOrBSgYt/h7GW1cvb5uO3tvm27VPNtduuqR1Sqrpy2rIoKAknNK&#10;cOm1dFuEQ4lZqAV+IYJ8vMeXQb5rNYmi3fWbGym4zBldyDKUdJQTysI6yPKUr01JAqvFLDHqkZDD&#10;6hYi/wCbe0LmKyOlzv2n0jSJHie4GsTQqXkKp6A7yoTYfQ399h/Ydpdx9nuTLyXSZfpjG1PWGR4s&#10;f7zn7flkf7Qpntpmljx4rGlNJFDTPH16FzYmOmyWxafJtGGqJ5qlZQ3MqNDXTOIQzs0hjp4JUVWN&#10;y4IJta3tO5eriYuoe5c2AI5At9bc/n3NNjE+lW09HqKAe09o4dCTtnHzLDG/isFjLH/X1sNN7ccW&#10;/wBv7RNRZpAlwXLhVUjUGYg6bG/6rjj2eo2lC34Rx6RXzsKs2FGehKpSREz2CBVZmYtbSqjUWPHq&#10;UaeR+R7bsi4ny0brGUEUlMqgL41PjUKoAB4uIhc/1N/ai1TRZurtkhv5k/5+klnbaLOXVUgq1K8c&#10;18+nTGQmlwkmt2kMqzO/kPlKmod5GXV/aWMyWUcWAA/Hs0vWTYh03QuUpYJI59s4FAWjjkMa0uWx&#10;T1hQMA/lqKKklViCtwbXPvFD3F3SC+vNnu9R+ng3C8tpB8QLRyw1U8OIJxmnWC33pbO5k3HlW4gU&#10;gB3Fa0yY5SB/vRU/l0Wetnzor9tfwvJ1tPHj9/7tethileMVlJWYjOQUCVA1KGgpq7JQzD9VjEBY&#10;Xurf2G1DQ09NVYySCChaCTUopVjeCGlYySEfuooZiwAbS4vyA5FvcZc7LGlva3to6GzIymmgQRkV&#10;4GvcTxoaeh6x35WRpLlormImUaaZydVeGM8OFc8fLoaNpS1FeJYMus8tYjBDJHLrV5ZEZlKgqFdA&#10;oPF7f4+zNfHTCTDbM8tLkqjDtPJhs1I7wDXlqHGirNTRuxkE8cFTDkAqlSNGkabm4EP3fL77pcWD&#10;fUGOGOeOQgAHWi8YzXIVwaHNQOFPII+4O8C0uhD9CJzJFLCPIxNIQQ6jILKY6muTlSAtHJFflkcb&#10;lN9bUky+CpNwUWOGcw8aPVSomEyeebH/AMPy8MajxST0dXikWRXBDa21fpUlD7g2/XT4rdeWz+7a&#10;zL0dLkqXNbNpYY4opKDH4Pb2XYUc01pXhgrcjPrZGYzM1NYysoAV3bOX4YJLi73DczNBFcRTWygL&#10;8KRtqRqglFYlmoDUmPJOKLeWtzhl5j5dsNt2RLeSdxDdHiGaa4irRBRTpRSgIoiBzpVSWLDrQZCh&#10;xS4DE7f21SYZq7C12J3PKzGbz1uSymICV0PiMMVRWU9JRiLyFAipKdKqfZkOj9wUNF1PtuWvrsXj&#10;8ViMLQxNVVVUkbU0QTQ0uUnmkipaVJBCHRvTqVjwx0XFl5utmPGv5bmOO1qOLAae3UdRIXJrVRSm&#10;kVr5AC+82z3B9zeaIrS1lkvZr5yAFJDjSlBHpBLspLKwC0rQqACaE57h2xX5XfdYaHHZjL5vcWYy&#10;zrQ4ylNZLWyJNHJqxUFNGaisaE1BhlQM/qS3osQAC7h+bfVXXuqgwdRNvvdOSp5JMPgsDS5Gupq6&#10;KB5xNU089LSfd12PUuB54YGptf6pUUavceb97tbLs6tFtiyXm5sF0Igbw+JqfEK91eHYGH9Lo89v&#10;/YHmrm+f6m/C7ftMBrLI+nWPRSD2K3orurfLy6Mv1n8Yd6ZGnx8u5KaHZ+LVkmepyJiizoHii0wH&#10;ExSzRUsweJtSTzIypYAEi3usbeGY7x7VgzuNrKaLqnrikqp87lMBicjh4atzNVnIZlM20NRVbX2t&#10;JVtVSO89ZXZXLzBw0bQOAvuCdxvubOYYri2uyLXZ9Rl8GNljiGtiW8Q/2QqTUvI0kxNaHhTMbZbP&#10;275GO3z20/7y5j0rClzKrPNVUKx6CEEjBAulVhihgXi1aFujwbdwuzdtzUVfEr5nMSQx4+mzVZST&#10;V+XqVpYUpoYccPt4magp44wlqSOCmQAarklvbTjaHF7XocRT9dUWOqM1nctBjkWFqmjX7hJqJKys&#10;ikyEi5HJZErVhGrK5Fk0H0RxAhiMtt2C223bbO82xo2u7mQqqjGRp1HubW5Fe13TVTyUMKhrduaZ&#10;t3vr6DdpJUsbeMszEgmhDaQdIKotVb9JG0g0JZ6UVex0lRVgyZXVDBToZfG7xl5ATILztHqjiSMJ&#10;fxJ6dX1LAXODumtSkz+3qfIVjIkcsVdXM4jaWkRaKrUHQfJO6NVR30/r49Vjz7DnuXeQjdLC2aTG&#10;gMaZAotP8P7Pnx6P/Z+2nk2PdL6KOryOyR1NNRrwIpQUqorShrw6y4YR/ZzCBQEHkVLAIHJdnBAH&#10;pF1I+gt7sR+L9DT47YmQySQmaky+TVKCNjK8sGBo8SHp2nqJneodaSR3j8l9beIN+H0ZM+yO2eDy&#10;tNMGJt7iYBOAIVEUKuSNXczgfM5wesRfvEb80vOVlaSSKhtbdi7VIBkkkaugAaRqAU5FFGNXQFdg&#10;4yfLV8EYmEM+OoPI9UjKiy5M1K+RjCsYi01QUMdR0KDbnj2LDbtwe+YsdkVo6gCGFoJ8PkkpIM3Q&#10;1SVuVxUiVJoZJ6nH1UVdip4iPL4/JTuPw3uZtge03C1LIxS5/geniRlXdWDgMRWsbg6WPwNk0PUR&#10;XUW47DJLbySr4LEESIS0TBokkBXWiqwKyxkEd2mRW86Bh2/smt2xT1tKlXFT133Yda2kermo5laO&#10;CpEjQVbijkVoKoASomoBlFySSGw7Tro6mqnwW5q9hNMklfgKueKSlSl0IpohQSSSUzBgpvKgaVix&#10;NwSLmQtYBM5u5JFDCla6lIoBQKcLWnGhbyBp0lbmaP6eP6qzj1Be2ReOoYqHpqH2cOlgs9JIsUWY&#10;xRRz6KXMUwus0p06pTUi80ADKv6iE49rZspV4CQQCCajx9MkY88rtTPH4KeaXJyGGVHjdKeaKONI&#10;VeUuPpYWUJJItURk8OJ4q+TVIFOPAUFKnVwHnQVICE24Wd22uW5rdyMBQadBJICgnVUFl1H4TQgK&#10;cNqWNFtmHMwNPLLSVUtQrSxQRFHgqAZvBS/vgU8i601EuqDx/QjSSyseU3UJMhNkcHLFJ55EjM1D&#10;MzxO+tYK1vtJoi9NVRtCS0bBdDqVAU8g52ywiuLDwpwWKsah8MpB4VOccCCK+RzXp02bGJRcagaV&#10;pjGKrRlb4T6rxHcDnp/we3Yf4elDkY5n8ZaVoqoQxyohd5II/NGrGSFVYFbkhlt7e8Z2bm8GlFT1&#10;VBlM197KKF6qloalYIZYqZ555qmanVqKJVKrqAK8yAAauCWblsVi0sEUYpIzHgK0FCdTHAUdtBUi&#10;pwK56Qfui2v5rl1liiWNNRDOCxyBRVJEjE1JyoApk0NQ3ZrrrD5NzJTvTUMqMCtxGfIbLYAm30cM&#10;P9h/j7W2I7O2zulAcXXUc4MTzoaathncQ09XV0E1QTHNI4jjyGNqIG/1MsLo1mVlAdt7CORTJbXc&#10;M6esbB/xMudPDKkf6YMuSp6Kb3ZL/by5uLV0AfRkEUbSHAPkCUIYCpNPKmekmNg5bGyvKJWnjkZo&#10;ZSYwis2niO7JYhVP1v8A63sTcRuygip4VSvldWQM0kd3XW6+VfC4IvdDa9gfZVebRcO7M1tk/wCD&#10;oO3FnMdTNCdWKfMeefL5evSIyuyqyqqWmqMYl00p6bGJVGpF1oSQ5Oj+otf2KuJ3c8sQK1KyQxxp&#10;FqNgT6LLIvBDBrfUKCSOfYPu9lWJyDCVNScdBeW3MMlGU0qSegk3D1bQaZzFSSw1MkxmaRSLelgW&#10;Q206V9XHPHtwgypqpHgetSnfUoVmJRpPINYZCA3kVlN72Fr+072ohRWWAsgGfl5dKfDgor+DqFP8&#10;Py6RlZtyuxEay01HPUQIWEohdQsTJ4giSXMaOdcgW5v/AF+vvLW1E1OiLVx64SumKVow12JIWRmD&#10;LYGx5PP+HukEUczHw6hweFf+L6aSCBw3hVD18/8AP1lwiyVksxgqJ1lWQ2ippQrkhFLo6tGwuhJF&#10;x7bZq0GPQYllAB0SamJ4+ulLhEJ/J9qxAVbUZKE+VOqGJFLEvQ/Z0rqaglZldZJItYtJD4gOVV3D&#10;GZVDsBpNgb2v+fcLI1EoiiKUyKGDjXoZjHpX9QPjb1r9bCw49v28S1f9Qlq8K0B6To0epqNXOM4P&#10;S0w2EkLyGWqkdwxA16yjG9gLNLpFwOOPr7BvdlNTZMJBN59RkcrIEYLoAPAZtGq5JINuCT7HOzTT&#10;WpLqFoRw6Em27kbEeIpULX7T5dDPtugraRCwVT+zzHYNzf8A1dz9QB+PYLZSno8SXWMrrVFCSQhm&#10;kRQQbWZit2C2I5ve/wBfY2tBJcrrK6R5/Z0KIN1u7wqqsAK+XQm01Galf3II4x9SugODYj8i39f6&#10;ew9yW9KyjvHBVTwxhA+kGqBcIpULdQVdBbi7ek8fi3ss3draJ1j0jhU9pP8AOlP59DLbdva4K617&#10;z5dv+ev8upLYHGSkeXH00lvoXiUlTb6qdI0n2hD3JnaWqMMdbOviYGwkZSQQCNKqqAkk/wCv+fcX&#10;ble6p3QHsHlSnUi2HK9u0Ss0YLnyoOmrIdfbfyUbLU42jkVv7L06vb88am9rLD/IvNRMkIyz6gbF&#10;TNMxUKPqeBxfj2F7i7aNjRtXy6NDyAkn6jQDTT0B/wAvQR7j+P2yMks2vbeOcurAsaWIXBsSDcn6&#10;+xOpu/GroqeLNmCthkKoIq9RURSK4BJSOVJIx9bfQX+vB59lE29lGMcltGYqZBFa/bj+XVY/b4gl&#10;7UOHXIK9tKZ4g+vninQDZH4+0WFqJ59qwvgqpSGb+ESPj5CY0BjDSUjQuwNvoWI5+n49uT5vrbdi&#10;R4anT+7VbUyvMlRgPNSxJMwk0TSQRHxRNTTSBlKGIv6tRYFgUkl9tN6EtiDbljXsGlajFaABgc8Q&#10;4/ZUGj8o7/YRy3kw+qiC0Jmo7Be3GSdVQpHdWlarRqENEdf3ZsCZ8xLMN1YqljVami3DUM9RPTow&#10;doKSrUPUO1VGpRldZQAAV0sAwE/E7v3Xt+pFPlDi93bcjQpHV4Ro48lSRpMCx+yjk8jiCHUighdY&#10;sdRIHs2hv7+FvEuWWe3LN+pGoU4rlo1NAB9g+RPnEe+e3u33cUsu2eJb3pbUVlY6SKUADEVNTmtW&#10;b+IcT0743euzd3RQTvT5TYG55k1TY/PCuOMqat4Aqxw5SUNTzLKyB2kJjYXJZC1gBuwuew+cow+L&#10;qY542jllgNcs8U0TJy1PLHIplgZdR1Ky3S30I59m4Yyxx3iVaJuJTh9tMZ6hLedmvrCR4bm2pKpp&#10;j4aeoPn09+HIYeeGryMNRES0EMpozBPBLFKhK1cc3njEylQCCB6wQeCbB9ijkmpEnVtMSHxywors&#10;zvHcaS6MeSDe/wBB+C3190d0E2gLUnNegdPbosrAJUeTevrj/Z6VcOVX7oU+lyzqZlqCvpVJNJuN&#10;SED9IBH6geCAePeBY/HN+/GYoZoo1kFzHLGzqo86s4gU6WkVnIudX9fbpfsIjasikkfP5eflXpHJ&#10;HVSgPepJHSjhrtcHodJpYi7rwWSQKCVp0DtqRSRpBDC39Lce2LKYgRh6VhJIz6iGVNQkkdiXBjs0&#10;gMjC5P5+v5sF9neEhJKKvr8utRyqQjFaGnDpS4rItKUqU8cauTZWKnxItrEFVUMhb/Y+03RUBlrP&#10;3NUQjVnjiW40KCyyK5IaSzjn9IvYf7E2uLgJB2ZB418/PrU8ojhIRQScf6v2dLSWr0Qqq2byLq/q&#10;snF1cG3BLWH+x9uH2bUakSSiX1M0TksDNTl/JGCWta1wBfkDj2l8b6juVKHz+XRc8xkoQKf5Oskb&#10;/cKCqBCV/csbhG02ItZb8j/D2w7hycMX20BjWaGaoWOMKV1QsvjLrIvlJYq9gRx/r+zPbLV38dgd&#10;LqhP28fPy6U2kZfxGU0kUV+38/LpzxdC5DSsPFJZndrai1rgH6rbj24eero0ikEbCCoQyG6kqxXS&#10;7RvaQahpF7fng/ke0uiC41Cvcp/1HorLrLrq5qD5dSftoJ2cFSSjLYqbE8Hk8X9t1TUrUF/MWjhJ&#10;djDKgWnEoBV1FvHeQGf0gNqbi3PtRDEYqCNu+vHzp/s/s6ZZ2QAKT9vTlT0ohtoBN7D6i55v/sfa&#10;bkpo5Hnr0dkqpXjjcrI4MN0jK+MMwgQBYmPp8bA/Tlmb2YoWjVIGWqZOc5/1HpdBezRxRQmlBXJF&#10;SamufsJx6Cg8uprqbKjJcG/1P+I/wP8AX3PpashyKKmHhpaYipaNjHGlowD+55Cuo+IaueSTxzb2&#10;1NCCiGaSsjt21HH5fL5dUmIJrcP3EgLjjXrC9KGUjjUSNKkah+oHkX5+ntm21kYt37uMiStPDC0d&#10;MBT0kfDMjoaeOJglMqOTY21Ajgj8e1e7WrbHshV0COat3N/OvHHHy+0cehDd2h27bVRkozVYg0Bz&#10;SmKnhT8/l025cJiMPO7CLSole9U9gqgiQl5CULKNf0utgPqPr7FntTP4TZO1soKr/Imo8WcrmJ/u&#10;Y4oaajppY6ithqaoykUdGkLeeV1s5DEc6VsAOX0a6uW3a6uFXbYtR1vWiBVJZyDxoBipIAFcVoSv&#10;aLS83HcbO2gJLySBFBqRqbhjzavw1oMklh5hpsSkyOeybZupn8uNSoqoca0issrKQqrXSBiAsqyI&#10;UTlrKt7jVzXBltpbv7Oy+UrR2BlNpbRpsLuKapejpYnz2Hrs5FPiKF4aGGWLNbfNBhIzX07QyUs0&#10;mR0VEskcailkEXMA3K9eOGx3aSzszaSPIwRUlDOGhVgX1SxKkX66MugtNpkNI1MLTPYcw7Rypa29&#10;u/Li3e9Ge3Cgk+BKsOmZwxIMUyvPWGUusqJDrVYy36sRg7JTKsUcGua6LZiArkABmJ0EadfBsL/0&#10;/p7Lr8s6PrqXq7H7S2wuLx+G2/tfH1WxIqvKNlsrFVdpZ0YuKtkyGA3LlqWer3FNPPWY+ollkx8O&#10;LqdREc8kQSCfcN9ku+WP3ajwAww+JbL4jSBfqZDGjqUmepkXUVdw0axuxNG8MxzN7I3HMyc13297&#10;g88t5cXTi8ZYxFGBt8XiGNUmgjKpBWOOVAqTPPGuXjDmTjjjM71UkrxvI05RzEW0oqKskKhWCtGy&#10;xyDUrC/09hJ0M/yV2t0lu3f1JtfGbq3XsDdPX4xTYapoKCri2R1VtremDqpajLqlBPnaPHt42FAZ&#10;auaUQPPJB43SOWP+XrHnay5Uvt1Fh4u6W09vp0aVYxWsc8bFidAlKdumNizNoUyJ4ZXVIvuE3thu&#10;XPuz8s3G7zWWyblZ3XieOHYG73Ge1kUJH3JDI5LL4gCRjUoVwwZk45COiaZI60L9tPBURPF+iKc1&#10;LwqVksANTabXLC+r2PWY7S3F2J8fMNSbBxiz7r3Z3Dkavcb5rK1OEygiwebwO881iqdEp49uUU+a&#10;oniNbJV1lKsyVzmPya0jjNptwvN/5Rgudkh8Xc7nciHVnK08GVbimsBYw0i9sjOYsSMIw5akYOse&#10;Wdt5X9xL08zXPh7NZ7KhgMcaSJWWOS1hZqt4ulJA3hGKOSjQ6WcUqGpcOKbcD5SWrlWlXHwUsNEl&#10;OogjmbywCUMryVE0xEhUXuApsB9WIcbB+DG+N6Z3PGu29j6DbFBsaR+rNyYXdlZTZnHdqTZ5czgq&#10;nIZKCSpnGD2PR5uSiqvPJWTyT0cj0sbys4BZtntVeXFxudxdwolgtm7WrLKystz4viQfCSwiiDGK&#10;TU8lWR9GvvIO+ZvvA8vbLtm3ra7m0u6vfAX8MltG8T2Kw+HIoVgB4t48XixNGsKaJVDsEUdSshnq&#10;akVBMTC3kJmhlidnMCtKsoEZVTod47KxspBJvwfdrG3dg1e3MDidy9t4nb28u08PjKCbLZ7B7P8A&#10;4nXtkMFg0xkVTtlq3Ez7kqshUwwmVpAFnaeoaOFY4hHGMhdo28Jt1rd71Hb3G6xIHaVI9R1KqqWQ&#10;CjgkClFAYscgigXCreOZYL/c9x2jk69vLLli5lYRwTXBRCkkpcxz6ZEhWJS1BgqqqCxZtbSJozJV&#10;KkdAwp6J3ldR90qiTzO0jLMYzOgQE8J/h9fY94/ccFTjqKvpvucPRSUcUl8nRvRVlOtVSvrlylFk&#10;oPPRS0SJqkSVQVa4IUAr7VtaGWMzOCxYawPhPqMUBBIOQRUcDU56j+6sJluprWTTJMsmj9Mq6swO&#10;msbBmVg7CqUahqKU6YXoNMshkMbThrqYHvCABcIpJ5uPr/tRPtB7sw+WkqJKqH7oQ+KJ/IgCo5lB&#10;MMqqVJusb3UaATzwBYAYbLfWYjjik0agft4ceqwmPSgoQwHAimf83oaCooRgjpX4qupvDFCzaZQC&#10;CjgBgw/UpHP6fYaR4+rWt+4dEEMRDhZ0CLMiQsGqJWGoEBhyf0+xXJdQ/TaENXNOHEEmgA9SfIfl&#10;8+lulWRVjQuxNCBxzggUIJqKjB+2oqOn8TxlSqkEm9v94t+ObH2Je29x7Vr6THYtKeialWgi+xqI&#10;YoamnkeVjLCtPVRpIUjIqJG8iuAwmYhtNrAu72ncYBLf28jaGetASKrQd1AaEGgwRxAPrUivts3C&#10;KS6ncuZRKwIemug7SXAAqcUK0HcoODUFrqYKtG8yS+m4Zl4BCqLtfnm4HsHN4rAaqsovt6pq6OvL&#10;BWkM0SGR38XmYTM0L3UAgDi3P9m8gbHIfDhm8RRCY+HAmnH7fz/4oVbVYzEJcKFEOjPkajjjp2pZ&#10;NccZZlNlZn1Nb9IBAuQfrz/re4ONwmdrD4Y6XUafS4lVnjaQP4/G13jvEIl1Nqvfm/FuVd3f7fAH&#10;dpqK9QRTh/PPR/aWlqr62poYCtR8uolZlaOmiLyzRoDq413II/SosOSzWH+F/Y37f64pcpRrV5gi&#10;sqwwd1Ys7ynTZLyvLrBUC1/qfYC3Dmia1mEW39lvSgPp64p0kuLxrOdltUUR1weGOg4yu+HpXRaU&#10;+NH9LS3LBW/AFkuxP+w9quOjgoa2mpKfTBBTRa1RYl4dFCxLdfUxZnAIsQv49kr3EtxBLPL3SM3G&#10;p6eiMj28kr1NSDXpI1ldLVU08jmSaSfUC2sxKPIGXhSrXsW/r7cMduDH4FbnyrKxkuwWxLvfXqcq&#10;jIq3NxYG3ti42y63DTpAKCn+xT16Yv1M4w1QP5dN0m18pnWjL6Vp0ChUk0EaV5BIc2diot9Prz7x&#10;TbhnyVWkSwB4Sy6iQzB1YGxKhj6eOASf6/n24m2JbQs5cCUcPl0W1SJdRfuHSnotr0+PhLByGQkK&#10;ToTwmy3C6BYj/H2qExVTWvTjUkMQZGdWsrFVYHSw9TWcf4nn+vsne8SAMaVkp/qNei2S4ChmBqad&#10;NYrIcaZWku0pLFSvIDEcAsARax+vtUVlHHRRwxKGJ0rYFQpT6C6gNp02P1v7KbeZpmdm9egzcu5b&#10;PAnqTt+tetapd/HZGuDqBc3vx9AQfaFy1VpjOmnMsisSgLAKxLHQNKk/gfS49iGziDEVkoPs4dFE&#10;y6mproOhPxsXCtrvfTxb6cf69/bVT10QnRWdI4frKoGlSAQXZmsbKw/wPtZNBJ4JYLWQ8OiS4ikY&#10;kkVb/D0/BCY7g/8AIrX/AOJ9qClyInrZ4KcQU8XiliWZP1ABXIYAkXCpHcH8n2VT2pSBHkqzagaf&#10;nw8+l9gioiA4bUD9hB6ZcnATEHePy6PUosPqpJ/xuePYh0klNVzJSTOklNVQeRlmt4iYwyKkasQD&#10;wynTex9hm4WSANKgpIrAD8/+K6EiEyLQGvQIZhKvHwSZOng8VVBVFkMKoXjWRiWZwSpKssf04P8A&#10;iPbTlsHRQa44QFeQOrkrFJ5GClELqrHSCGHAFhb2us9wnkXVI1QOHy6su2O1CMGvp044Xfs1Xpep&#10;fV40V2jA0BYw1nsrAhmGm9vrf3HpqWHE0FRI4jklYmZmYIryGT0vHqAGlGCgX+lgfd5ZWu546fCM&#10;ev5/l0MNq21ndFRK5HQY743acvWiYSSR08GtI0UlXWNibzMoHqZRyBwf8fYYbri+4ljDrDpVXeou&#10;4cOHAk1KQWKDUtrD6cfX2LtmYRqxBNceVPXqXdj2qiBSndj/AC9JrE7vip/uzDVFEugp5CSHR/Kw&#10;e4IudBmv+L39te28fSRCWZUCzy63b03LBmKCzE3F2Y/64HtZud1M5VCf0xT8j0Krnbp0SNVj7CBX&#10;+XSC3x2TPO3imqo3p4dKaDMVBCEuS9luSfEt/wDg9/xYu9XTrUzxxOz3sQkaC5L8Bbix1A82HtHG&#10;7RozqBT1r0JtvsVtbZri4osaipJwAKdFWyPYdbNO9Fg1jqK2rqnp2SJ3keRb6wqXZRGzTS6r3/4r&#10;7zvgKehhNTVBEGm6xyxxoQV5u1mufdF3CW4fwoiSflnqOecfc2G1tbjbton/AFKEFx2kf6XB/bXo&#10;z3THTO4NzZemzO9ULU9MqS/wiCXyRvqQSoaqRW0CQAcgFv8AH2Fe+N3fwmgkFLOq6tSeVbqyr42Z&#10;rACyn0/W/P09izYNla9nXx4q+dP8HWNlxulzud0ylmkkOc1P8z1ZTgcBSY+ngjjp4oY4UXxxxxKg&#10;HoKC5Xg2U/0F/ZcancO366QitrDLITw87S2DkeuQqGlctc+mwFv6n6e5Pj23crZQYIAq+gA4enT2&#10;jeoUHgQ/n0qlUKAqiwH0HuAW2vEQWKSEj0yz08E5iVrGNYYpwyxgAEAixAPN/aoLu0nwFgPQMR+0&#10;jj9nWhc8wy1UMwHyZl/mrCo+Rx50wOu/aaz28YMbGYcDGYlMQHmZVEjav1FjqJRTe9hyL/X2bbbs&#10;Ut06ybgakHh6fzz0a7ZsU184fdZNRrgf6uP+r7evey/bv7C3ToCJK84YhAheUrfUBfQG1MArX+th&#10;/T2K5dutdrhSe2sVd68c/wCAcepW5d5R2LUS8aqRmpA/w+XXvYTZTfGUlxEsWdyOR2xRzvBJJuGl&#10;Jth5KU/dRVEtZNBW0tPJDUwpqEogDRayjo6j2DuZtxjfajDvana7SVVZrpB226qS2su0csQAZNLe&#10;MEFPEIoUDdSVtfKu3JuMU212cN9cR1UW7EAThwVK0DoxBFcoWFaagVJB97CbEds9x4XM5nLY6kj/&#10;ALtUqHLYj+6OEbL/AN8qamzVBNl56xM/B/Gsa2cmyKJItNIiUcfnIWSbwGWBdw5x9xkvLi4ezDcu&#10;JG81r9LA0n1ipMjTu/1C+LG8rTBCYiEt6uoVpBEXH99yF7c7ptm3bfdS13t6RTfVzeD9GzQssQQw&#10;N4UngiM6fEUtMTHlIjIsfvZ39r977Y3rVR4aj2/m6PPT02VngoN5bRzG3TkIsXk3xuUTHzZaBY6+&#10;bGVUTo8SlKiFYn8kamMkyPy5zZtO/wB5JaWr7hZzAvRZree2LLE/hOy+JHpJElVdNQdGDawoGMXu&#10;YPajfuWoH3C43e1fa0eJGks7uK40GSLxIzIIjqQSKQQ1DHIzppc6wOve0n2Dv7auEhqJ8x9hhkFN&#10;XZCtgp4ZZCKLCU5rsrUJ9rBPUMlHRQmcEJaSM3T1KQJRbdNv5dtmu913N1gjgkmDsGY+HFG0sjaV&#10;BJ0RqzEUr2kAEkdH/KHKG+7lLHHt5luZxIsalmUAPKRHCpLOFBeRvDIJoG8zUde9k3yHycx+a7G2&#10;5t/CbA3NTbO3bJXYjEb6hxNTGM/mMVG9RXRYfbjpV5aLA47HqPuquV9cckbFoYEQI0N2Hv1Jf85c&#10;vcv2/Lm4ty5uEk0dtfiE1uJIqMwit2XxPBjWnizmhRgpkjTSVbI+29jrra+T953fdubLCTmXbRHL&#10;NY+MrC3hlOlGluFKRGd5D+lEooylAskzOXHvZucDDtnJYaeCrp6WmmjkqWlq54IqiaKZHZZYIHqV&#10;lQvcIwYksAbBR7ni4Et6peGhiqQyChCvjUSGBzXhgD59Y+bi+92e5RyxSySRFRRAxVWFOJCZ+WBT&#10;zJ697RWZwGKx9ZNBLlZo1ySfcLAPLJFBVO4PrdolEqqLlUYBfSAqAX9lNxFZ2iypuG4yqszE6TVh&#10;Wta4FCABTSewADTpyehrs15fX0Piptw1QimquWA+Xz4kipOcnj172O3W+99tY7DNRxYuknqoH+yN&#10;fWwisemhp1hQJEC0hE1XK4NwvpD2X8XJ9J35Y5rO/kS1jITQHC1YHSKkAVqKHBp8+PQO5s5T3e5v&#10;JLmS5lWKSjBI6KGJ41yaACnka/LriQT9GI/33+v7e6DeMtZJkMtVc0qTFaKMjx08pM/j9FrPGsaq&#10;S1vpcAHm4NDtsTQwQwCgpRmrnAyf24p8q9F83LMVqLPb4FHile81yCAKivmc/Lh12w1C30595KnM&#10;ZjcVYJ1p3+wp4TJT/ZqYkAkZVikSPWLWEBTR/h9R7ctrOz22Mx6h4x4ls1+VfzrXpLdWe37TbrAZ&#10;ALlmzq40+3PXSrpv+T/tv+K+xE2fs+ripKrJZaZgzUiLR06yIZ5GkZiDK7hhAbMLkKxUfQE8ewzv&#10;u+IZYbOwiDNqOo8BgfZkdBW4/wB2l3a2lrERbrIC76a9vnp4V/b1hmnWMWvZrH/YW/2Ht9zUUVPt&#10;yqp5IcNNQZWBQ1IImqYKmgKtHGs8tdE7ZBq5ZGDhlIA/zYH09kFpGm5XMK3IZ0TUDUBgQa40iiqA&#10;BmnGlDx6FFrYfu+6iMUs63UdDqJCssleK6cChofPIHA5DdHO1RMw/sowF73uTyD9Bbgeyoo2dzGY&#10;3bHueTCU+Aqq1E2/DhaerlyNHUwQfb1edzdbVvHFVZSaeNYEp44gkVPDp8rM5Cjbadt3u2vry/kl&#10;tPoNQFvHGneyhdLvcSEU1MQAERaRBRrkkBKrMEE212NrtMO0tdtuip+s0pVYypbUsMKBmYIAxYs7&#10;l9bFgO0VdChX1KeRyRa2q34v+L+5XXfXmQrd542jVqatiqWIFXFUSqrBXDNUtSSVAjIWlMha8UbJ&#10;q41fUnu+brb7dtt5egGOFYzVaMO41NCAxTJNAQteJ8+pB5Zsr3mbddq2izH+OTzKtCFICmurJUE+&#10;RyfLy6CjvLtjb3SXU2/O1N01ApsNsnbmSzdTYNJLUS09M60VBTxJHI0tTka144Ixbl5B7cPl7jcX&#10;saj2Tu0T1whyFZUYaSkjLzJSyQ0c0lPUmNAZKelYLokK3AZuALn3X2d3uTdrretkmhLsgQ6lQn4s&#10;nURU4oeP5nrvn7FpHyzsUnL81rHDHbBWGhQAwYkKSQM10n7Oqmv5XHyZzXyF3P33sPO0sVVW7RO2&#10;9zDcaUqJLXRbsEz1dFl5XqZmqsjDV0ztGbKREWUk6AWKv132HuutppKHKZupek+5ZvtVeOYLEdUk&#10;cPkCt5YyCARc+njj3NW+cu7UVS8g2yNbkg+dfsNRShpQ8MfPqStyv5bhZhPL2kHGDp9PIHHVou9O&#10;sdkSzLm4NsY4ZeOMqKuNJInSRf8Ad6xiTxCdfw+m9+efZk03blJcaryVcyU6QQwoJGJd1j4RYwQD&#10;EEDcWuP8Pcbtslql3pSJfEJJNBgE/wCGv+TqCObNotJZHuOLfLHGnRbaPrHatBuBoqfG0TVdTVVd&#10;XUNBBDD669leplqnpxGlTPM8ILMw1k8km/tW9VUG38pt/eG8t/4jF5PE1tU2Nwzbhx9NkoBjMWZ4&#10;snU00VVDOVNZk38P7YV2+2AUHj2GOdnvINy2XZNiupI7iNA8ojYpWSTKAlSAaJ3NqNAWqxHQy9uu&#10;V4LXbr/dLuGPRIVCMwzRAQdI41J8/M/b0Tr5r53tes7W6a6d+P29N5bXzG2aR9y7yoevs1V4Lz5/&#10;cDU/8BpNx1tDVUKzQ4HBU7VYgqpftfHktco0qLsvRe2aPF0/Ym4paRqCkrtz10dHWVcLQyfwvFzS&#10;RQwu0haoP28k8kbFtRaSEj6iwLt+up57iC2RklmLY0UAJooPAUJVw4rU1U1rQ9LobK1SS9u4U0kO&#10;aauOnyH5DFcV9OhC+Xe9MpXZbpTYUFT/ABjPR7UoJ6zG4uTUazcGYhollrDHTwJQp5qemLizRhae&#10;cOos4Pt9z2683uGtTbmy45fXf7mopwsdRU31DyPK2haKmjjBu5Km3s3sdp2/bIP3lvsgDKAQpNQv&#10;nSn4qn5dPCW+3F7bb9pgYhhRiDQ19amg/aw/PrhsbqvY3WOFn7N7uyGOElJBGuLxlb5J8ZhZBI0k&#10;lBS0kPkkzGVrKio1CKKOXU4VFW/Jn0fWOM25j6/cG7qumzVRSUE9alKYpZaGhamhnqJZZvI0wyMy&#10;3GlmARSvCm9/ZduPOktwHTbUNtZA1dx8bKONKBSgoDgVJ9ehtt3I9vtcU13uk3j3PhGqn4VIBPr3&#10;faQOkDmflnuLtLceD2N1DjMrs3bVdn6TDVWZkejo8znIZquljooqBaWNf7uY+UsxdUkepbyX8kYG&#10;j2QzYe7Vyu9snmsjJVyQzx5CvhhDXIaadVpVfxqllUTaeIwPRYADgcp983iPnznXf973OWV7SeeS&#10;ZATUiNnXwUJoPhSi5HlwAoAAry9msXt3skUSF8egFK8KdWy712tPQ7Dp9vYJaOnmT+HY8zy+RYlj&#10;SO9VNEkkrs87iAG7SaublmNyT+TZiDbvX+az9VN4YcftupqNcgMSo6ULuNVy5Uq5Fvrc+3z4Vjt+&#10;4XIGi2VCAOAqfKmT5ca/l1kUka2HLcU00p1eBWp4klQRj+Va9Us5PbFRvjv7ZuzqKnSplr99QyVe&#10;hhU+SkgyAnqaiWUCGN4lpS5JsBx/j716+1MolNs2laqfTNk6jKZyd9LskkmSqW8YlcL+sRotrjj/&#10;AA9wlNIiWsVTnU7H51Jp+wU6xnupfFvbh0yMfLhk09ckjrYPjUIoVbWUKgA+gCKFsP8AW9k8x1PV&#10;x1lG0qTGopKGor7P65Y6jKn7fHQFQ11mbyo6J/tQH19kEYd5UqpLqpNBk6jinzpWuM/LPRfcTxIj&#10;1bA7vIYUVatSMKMk5+wDPWT2bTrL4Wd+9iZjbss+zaram3cjVUsj5ndk9PhJv4ebTS1tFg6h33Fk&#10;IxSnWjRUhRiRdlW7CWeXfYD3N5qksSNgaysbjhLdkQL4ZBJcRsfHYhaNRYSuR+p59Yr+4n3xPYnk&#10;G13q1l5uTct4t1Km3sAbk+JWnhtOn+KxNqotZLhSCT2lqKeiLgjnkEcGx/2B/B97LuWzuLpa3atf&#10;honw8eycZHidtStUOZqKlixFJg6eVIoAogqUxdKY1IOqNZnAvxbpLtPtVs3hcum/tvHO2RkRChCB&#10;iugsyH4ioqo1AAAkFfLrifu/vvzzukfNW3bGzWcW8Ss1wyf2rBpTMVVySI9Uhq5FS3DVSnQMYrpD&#10;aQwOTwG7KSi3pQZvIjKZmgzeNhmxOSrUzbbiDVmLqJayCrp/4zpqPFMZI9aKSDb2V3t/v3ZXVWJO&#10;c3lmpcfT5GonjpXdKiszGaqI11yx0cEDu00kYW7H9uGMNdmVSD7E3OPPPJ/thtMO4cx3ywwspWNE&#10;BZpGQGqRooPDGonTGoNSwAyXe3/tTzV7j7nJY7DZG5u0o8jEhY4tZHdM7kBS3HJd3IoAfIYoIIqa&#10;NIYUSKKNEjiijRY4oo41CpHFGgCpGiiyqOFHA491jbu+WfenyCrsps/419f5WloUH+UbvrBG2Rgp&#10;nRAs9RkK2em29t5JWlHjLyySsDdJA3vErePfz3U93L675Z9luVJ4LfUFNwdPj6WGruk1fTWxNCaO&#10;7FVBKShwAM2uXfu++1vtJZ2PMXvPzbbyXJpS1SvhlgcqscatcTkHjRFXNHWlQc3srj/Cv5Lb03dP&#10;NvtmztVKwqJs9mN4U+Zo1Z4/3AvjqKvJRvFr0sPtyoK2DWsTHI+7N747/vUq8xxQz3UlGNzNfLMl&#10;SAfiV5JWahodcZoQaGlD1Op+8v7J8r8upFyoptLdaqIIrNoHIBPGqpE1aVy9aHIrUde9nd6l/l80&#10;OMloKzeVS+cMLB5cFj45aTEzTKpKLV133EOQqqdbXZFEGsixOm6nIjkb7pOx7LcWd9zxuoutChmt&#10;oQyQMfIPJr8SQebBRFqxmlQcX+f/AL311epd2/LVstsrigmkOqRR5lYwDGrejEvTjSvXvdiG3unB&#10;iqOmoKGkpsZj6OJIIKCihhpKSGJE0hY6alEUUYJsTZfqP9e+WO3Jy5sdlDt2226x2Ea0WONRFGv+&#10;lSMKg+yhoKAcB1h3vPuV+8Lqa6u7h57yQktJIzOxJNcs1Sf2/Pr3sU8P1fSRNG8y+YjQp1hSpVr3&#10;TVJZh/tj7bn5gjUEW8YWn2k9APcOeLiQMsbU+z/iuve17jNk4lGCNDEzoeQqROrcsLBgx44+vsju&#10;N9u+KMRGfn/kp0ErzmfcSNSykIfmf8HXvani2lj1jKxx+Nm/SUAuhub2BOnkf4ey5t4uiwLNUD+f&#10;RG/MN2zfqSFh6GvXvfqfZ0IIZpakgnUxDIhuNQHAU3HPur71LwWNAfzP+Xr0vMcujtjQH8z/AJev&#10;e3WPZ9CLhnnKqdI1lGDX/Nio/p7RvvN0aBVUZ8qj/P0hbmO6pVVUfZUde9yDtLHqVLUUcgB/UwRT&#10;qvdfSrKxuPbTbtO5FZj/AJumV5hu21UumHyr173wfaOPmDiTHoVJBsPUCLHUCGJ/w49+/ek9SWuK&#10;g+RH+alfzr1ZeYryPSUujqH+ry697S2R6s2LXahkdtYqrRtRZchgsbUoSwsRaajf0kfXm59obi3s&#10;b5St3tVnMD/HGjfyZTX88fLo+tee+abTT9JvFxGwpTw55UP8n/yde94sX1ttLERNDhsThsQhbVpx&#10;2Iosev0AA/yRaf6aRa9wLe11l9NtdBYbZBAoHCJFQfM0RQPyHV77nbmHcJBJuW4XNy1P9EmeT/j+&#10;r+VOve5z7PmS7Urax9AQxW3+3Ok/7An2bLvSZEoz8xXpIvMUZp46gH7Ove27+DZijPpiMljzcjn8&#10;f6o39qxe2M6CrUr0sG5bbcChehI697mQ1ssd4qyhYerTcKxBA/Wxta9v6e00kMch1289fz/2ek0l&#10;tG4L21zXH+ode9uAosRWEL6VdhcB10/4fUn2w099DmlVHoekhudwthqNSvyNeve+m2U06PJT3KkF&#10;gAPT/gOJP9t79+/hGQs1B/q+zry8zCJlSalRx9f8HXvacrMLlKNJ4qujaamIZHSoQSPoZSANTF9Q&#10;5+huf8fa1Ljb7saQ4IYZHEfZTo7ttzsZ5IpIbjRPxqppn+XXvYX7fwm7cXu04nGb1kwu1cnFIlA+&#10;ZkkqcHh8qFjeLH5OCQyDHYfIQBoVmUCGGdIgwVJGZMWPd7krn/YJpOZOQtymO3kHxbZSXjjAGoER&#10;AMdFBQ6RpBp2d1R0P+7t7x8k7pb2/KXuhbxi5oBbXXeshOoIsfjIwoRVWDMCQtakhQOiufJ/zbO6&#10;7yvYuB6i3J2/X4Ganq89tHr5MaOwa/b93OTym1aCtnoqfcOZxCATnHhxUVkCyLTrLUCKGWb2X8Yq&#10;Xciz/wCl74xbA35EsIhm3HhMFi1y6INa+SGuxBoMpFpbUQXdtdhbi3vE8c78ub3PLDzdyDZTTrVX&#10;miTwJ0Iww0oYmDA1qGY0bBFcddI9rt+a9ptop+UPcW9l28lXVLk+PCwoCB4kvi4IppEa8DqyxPVT&#10;vU/8z34P9q164zqn5r5TqPeck/gXYnbLZLac9Nko6lYJaN9v9g4+q23LUFxokSmLAkWDavUCe/7I&#10;N8JPN5P9GHZdv49/EPtPuNxf8Cfsft/7mX0a/stX+Xfq8/48+j0eyr93+zlNX0u618OtOzjXT4P9&#10;lwp36uPlrr0Mf9cL3mpT9y7Jq06K1enr4v8Aa/Dp7dP8efDp1YV/pb71tf8Av30d4/4P5vuL0uj+&#10;A+TT/pG0f3ov/wACf8l0/wDAPX6vDb3/AP/W179kUGRxsJgraerWeoBanpXhfVURMi6W0WMjR6gb&#10;WFvecdt7kbJyvbSxXc7z3LA0SMHIoOLE6QBmnmPIdY/3PKG6b9MhtYQiqPibyP2EivW/x7VFZi8H&#10;ChqM/kpInRnMWHxhgqMlVEiwDSuZaSjVCw1FryAG2kn3Hm9e7FxuDynbdr8Fc0ZiXbPDAGkU+dOO&#10;Ohts/tnb2Ucc+6bqzMRmNFA1H5tXtA+VK1+XXRJ/Av8A7G3tNYqklNaq4WneOoMn7AjQVNeulwI2&#10;DsNTNcjlVAvyAPxGu48xb5eyap76epNQAdI9RgH9gH5dCu22Da7ZCkVgrGnGtTjPDz9T+3rrUALt&#10;6QPqW4A/2JsPYl5LbO6ZKWEbz3FJisfdJYxuPKyKiiQsZGix2qaqMihLnTFfke7LZ35jW53WZooX&#10;7g0hqT86E6v8vShLi1iIgggzwovr6GmAfkesCS0zswi0SG5DGNdQvblWYC17Hn/A+0RNvDrTb860&#10;iPkN7ZJGCJR4kfaU1RIGIiVHKVVZYgWN40P44PtobhsttJ4Kh55vyVG+XFn/AGL1p2mckgBfIk0x&#10;8q+R66cyEHSVha9tWkMSWOkeklQxLHi5t7HLY3W/yg7tSk/0VdOUewdvszRR7nrqOOkDgqVdnzeT&#10;0tOyq5JSObV9bIfwc7ftvNHNZQcu8uGOzD6dUa0TWQeM8jUJ/o1Df0Tw6DO+c4crcoh237mOKG6C&#10;FjHqLylf4hEmqTT/AEiugGlSB0Eu+u5OrOrPKm++wMdj8n4DUHFPUyZHMfb/AK0kTbmIpqmrSBuA&#10;JXpwgvy9ufZr8J/LTw23qZt3fJbvqpqleNDkqDEVH2uO8wdtNEctmamKiLARFQr073JOk/U+5Ks/&#10;Za22q0/efuFzglonAogDFm/h8Z2SMOB/kqD1DV594Nt0nTb+QuVJL6ctTxJjpqvHWI4w7sDUAfAc&#10;eXElYl+a2e3vlJ8F0f1Jndy1ZtJDktwCoSNKUcfxBtt4BarINQS61tI9ZEQOWVDx7XFXHsjatBJt&#10;T4m9dbaxUvi+3/0lSbGg3XnKWpfVHNVYrN7yanx1BWooBRzjcjS6jqCWsBaPnD285UAtOVeUre+u&#10;0GLl0Ez19dVwNKSA0NFgePjRhXoN3Vtz/wA0zC45n5qngt2z9LDI0MdAfgZbcqzKakf2yyU4t0s9&#10;ubJ3rl6ZdzfJXsXOAVU1S8XX9Hm6bZ+1aekazQU9Zh9qVZqs4lOLlVqa5pSp0y+Tke0NB8NxvnJU&#10;O5O9N47o7JzVFIJoJd+52v3vU00jm/8AuOpcrMm2NviFibJjcbRRjUbKbggObzzrzRzF9P8AV3bx&#10;xqSQNZehHBu4UQmgp4CQio7gBQAQ7Ty9HtOsbWUt1c9ywoIi3HLuoEkgyB+tJMSAASKVL5P3hsPZ&#10;FI2D6z2fjhRJdlfG0dJgsOZlNi4goqaKeomYi5ZgLn6te/s1W2+vtk7MijTC4GijmhXQtZPEk9W4&#10;0qvEj+pOBwBYD2G5W1s7zuXlauosdRavGtanPQmtNpjRACAB/qP+HPQQZ7sffW8ZJFrcvNS0VQ/O&#10;Mo2kpKNYwb6W8Dh3P9Sxcn/D6e1PPWgIVUgXC2AuBcH6cCw4v7SS3TUATgOjtLdRpoPl0m6HAl5j&#10;I2pn1EhzZmvf8Mx1n/Y8+0tV1bTyFV4sx088WB/of8faN5GY6mP5dHFpbBCnqSMfn0IuPxqUsOtl&#10;uQpudIJJNyBq5uT/AF9iDsrBH15GoBbn9gEf1+um5uNI+nvduyNLrmjwpFOlV3JpTw04Gtei495b&#10;4WGnO28bKoMrOazS51mJfGVQEAC5P+P0/wBf2LtFQmaTSgsAb/S9h+L/ANb+xBFWQgxjBz0GLuZY&#10;VNT5dEn3RuaHHwST1jK0pJFmkaKLklnCxqPSqt9OAvsRsbTfaxi9ySLD0tx9PpwbexHYQFGrWpp0&#10;CLpxLIzY6IX2buSTcNdOsMcngExcyLZlYhbXunD3/ryfanphaxJAH1+tvxyefzz7N2IBFeg/dyGV&#10;qae7h+Xr0W7N+aUNEsMrM+gavG+oqxOkAlQSCPxf3OmztFjaGurZyvio6eWZ/Va4jRtZAtYEhTa/&#10;F/Yj5V0bjvdhtiupaWaOMDjTU1CfyDA/8V1EPvJul1yzyTvm4qCfDs5HxUHC1UBvtoOhS+KPx2qu&#10;2/kP1XtXL0jJisnuzGLkHeJzbHpK9XV6tYK+mONjwLavp/X2HuxO1qXeuEqquljSKSmrqmlkQSCw&#10;MZVk0iy3Dwst/wDarj2Jve3ZYOU99tk25P8AFZ7cMMUocqftJI1Y4auoq+6hzLufM+x7lZ79cM24&#10;W11TJJJjkXWpPHAI0D1ofLqwH+ar8Htp7Y7V2jvvZ+Ohwu3NxbWpaWtocfRQRBc3g6h4ZGLJaF56&#10;mkmRybAkj8nkqWbI6ySTc/4k/wDE+8dJbkyPKz8ScfZ1mnDaaAAOHp1X7hOr/wCH0sVPTr44lhCt&#10;6QjkqVYqWhOtuATY8X/xt7Q298TSbw2xnttZAK1Nl8dU0eoC5ieWJ1hmUEH1wTFXU/hgD7LJELVF&#10;VofKnR5ZObSeG5T41I/MeY/Po2XQFbk+ouytlb9w7uKjbOVpaqeEeRTVURnX+J0IkUl/FWUZlia9&#10;1Ic3BF/dQ+3dpCky+49h7hmej3HtrImDF5aKNcfNUU5apFC9fUKGpxOVhYF2/WpF3S4Y720RSs9r&#10;MpWcNx8h9p4fnXoT7/ue4bTFBu9jH422SCrx/Ew9VUYOPlX5KetpEbohy+38Bu/Ayw5Lbucx1PkJ&#10;eDVrLSVUUUweGF0SWVoo5Dq0EScN6Hb0+2XM9o7o6sgqKTf+CgyWFodDw7kknqf4U0MLJF+7uOgO&#10;QpsSslSXR5KtWBljZV8alW9t3hnsnCTQ1j4BxlW/POftNeOOndvn2Pfgtztt81tdO1DCVoxwe1Y3&#10;ALVpXsOr0xXr0u2sPuGRa7A5OoxVQkeiqpoqbRHIHUMv3WPrY4pqdiGVgB4m0kH6MCRQ252P1pvS&#10;mhrcPuuCkmmFxQVNTYJLLYrHHVafFNGzEaXU6WH0Y/X3SOSOUDRIC4yR6f6hnqr2+6WxAktS0Oo9&#10;2KEA5qPIgcQc/bx6SdVhN14d5I58RT5WkRg38To9K+SMN6RLRs/nEpXglVJuL3NwSuXmogUkkqJo&#10;ZNZU1K+OSExoZWCPGhZ9WpjZ2FrD6+7ugbSzNQdXiaRHDU7CAafb6H/D/PpjhgrS8scFNDKixs5o&#10;ZWcVAl0IHlSaVrLHqHKAg/4e88uZxFCsbrBUZLxOjSuGChVchZL6wNQKnkC9x7QTyxwtrSEsFpXP&#10;7OPRza+PKCQyonpxP7em9dvZ7JrUwtVUmKFZEyR2jeR/IP0NqU6UdWAsxIKn3Py+5DSZ3D5ynaRs&#10;dXx0sslOHGhPGWgqqWW36EZSPwP1m1zf2406zTQTKf0iKlTnhxFelkaGNGhBBZa0bgT6H1r8+mDb&#10;uzRPtbce1qkqMniKvIQUtd40V3NaFyNBk41Q+WR4qmYqATf9n8Ai7rk6pThXnVlY0DUFRDOrNqNN&#10;FUVVRM0ca3Rz9rrWRj/ajVRcD2P+WeU4uYuUuct3VT9btUUNwTXjAJvDkwSAMSLqJ4ADpqV2F9YR&#10;H+wdWBPzAGkU+ZJ+Q6TWMo6mm3fT0K3WmzFNmoK+ikhTxGuqYMVRU6mZh9wkkVeYmhj5TxTys1mI&#10;ug9xVlTLQxuLGSAOtr/WNJZWSzPZSSQ6jn8e41uo/FQSJkDA4fz8ulUbhXZCfwjHz6GLatBBSV1T&#10;bSi1vjqVGkAgmJYpbD9VwyIWJtcuD+faIxm6ZI7wX8TJKISJOSpPEbkKCh1WJNrg/n2lgLRGtM9K&#10;jHTgagjpcZPbcFUodmHK+ptI1fljcg3vY/X6+zSx1NRHtLEUih6WSsxkslUilrs+UglnjikKGxeK&#10;GXx3vpNuD761ezXIQX2FXaWs0j3Dc9puWOoVo9ysgUtXyCvGQpyAGBAr0XmETzXEpXOoBR6AADHp&#10;Xj1XxLjaCu7P3huGSKKsiot1QQY3UI3NJTbZqKeg8iFgT4p6qi8oI5v6ufr7DKunkrZcZXEBvJAB&#10;MCL6SHTx3Y/6gzKP+Qv9f2Ovumbl9d7M7daTOfGtbu5jNTUgtIZtJ+wSD5fn0KNn3COJjYO2mZtJ&#10;FTWtU7h+eg/ma9GP2/S0+Opc5i0UxtBXyGMIQI9D0+tpEVPSBKYW5H10/wCt77y1I5nEgRR5EB/S&#10;p9S3Der/AFgPeSllOBHpZjUHoWRLVdIWi0r6kD0JH7fz6n7fyMf2jKJmJSR9QJe+n8XBAJ/SePbH&#10;S0kk9UERGuHR0ZR69QJ06L25Njz9B7WzzJHCSeBHTV6iGFy4Gg4z9vn/ALPSmyVdDQ49ppCqB4nj&#10;ZGBCAMUWQtcaQwR/zyQeL+2isxsjZLWLjxDzMA3AAZjyS34N+PayK8i+m8NqaiQOH2fLqz2wjhRC&#10;xCfDX58Kftx6fl09UWVgGMRBpYSSeCPSjMXYWVrKFJ5ve/A9jz1y0klZu+njYIsezs82sgtp/hcd&#10;JWAogR31L67EfSxt7wk3u48bbedx4ihYea9xJ8ytYIJAQOIrpY4HrXJ6wp+8vDH9JypMCGb62BRX&#10;zL60Na+pZeODQemAKyOilnwE0moNUbzx8v6whEeVlmpLPcghSsAPNhzz7ae0nNFSVaJK1TLRQ00x&#10;ihNwy1RRkjQkoq2WE+oC3q5IB4j3m3cIbC0ujNMXeAKxKnB1EYyKas5bHHiaaTjjypt0s99bmRNG&#10;t6AkgVKq1fI/Yq8Qc9C/sKugrGpyE8RrHmWFncepqWRY53VGKt4SDYG2kN/r+1v0t8jNg7M2vSHe&#10;O4oKvLrE0MmOpv8AgeCkcjQCWijmqJaYfeEFl0OxVOVvx7hiD3F22O1uirST7lroEVQtCT5jW1K+&#10;Qz9g4A55n9lOat+3VG23b/C20gHU44kkBhqKhSQKkHV+YPRdfkb0V2L2FXVtJ19QDFyTy0TnNVhZ&#10;IYwcnTNkTTuhjSevGLgaOEu6x65AdQIv7Zc53jkM1j8jR7Z2pmKvCVEMiVeSzkUmBxMcFVHLRI5m&#10;yESVMzNFUsUKw8n6Akge0d5zhu7QMsMTw2RqmqSijvDgUJpmjNQcTwGTToz2f2asuXdwsdx3jfoY&#10;93iIkRIv1HDKyvQKhYChUEluzybjkRcP13TU8lCc9uPEx5mFAVxuDlbN5aWSlmhkljNPTf5NTr9x&#10;TRPM3k0hSVZl5Ptqxmz+yezaWmxNTnKvCbQFMkhjw5q9vYqKmptccbJuDJHI7jnldTY/ZUoFjYaQ&#10;LgtTa953+dDPK7WwUPqb9NFUA6SrkeITSvag/ioadKuY999vuULi/wB1ayiv+YJZCtZAs8khIB74&#10;o/DgXhqHjOPM1JbLnNndpdfzyvQ4+nm3EamSD7irC5LLeacs0vnw+LegxdPApa4E9WkgZbtqJsRI&#10;xHxi2RtJ4sg9Jj6msryiVVXjqOop5K1pBFMHzOZq5Jc/uGZEi9BqJEp1Jt4yGPszt+SLHxGmlYM8&#10;gBOlCqZ0/EzVlkwCcmgJNB1Cu+e/G/3sk1htMRhsq0CtoIVRVaxRKFihBLVoodqipNaHrHjOyc5u&#10;T78JLU0ggp5ZC9ZLHM3lg8qp9tFBHT4+gjlLKSEieaxAMvB9gZ2Vja3JUbT7bweI3XJt3fWfxNPt&#10;jILFT4Gio6GmeZszJSwxrHNJteGTzSAKWkaL6atJ9tjlmbfdpK7dBA00G5lQjBdAEeqtVGf0loxZ&#10;VLE5FSDQfb1uEOx3ezruO43FrFebHBM8iEmR5JaHTrOV+oqE+JSnHgCCInWjTyQVQr/vKKpq8Pt3&#10;INmqlhUVtW1dGVnVZHLmCOtlo3cKSNAkAUcH2y9fdcU9NT43fuappKzIYzHYOmWOplDxRZLMVmTy&#10;OYyPnkIZHjUNFK1kWJIEEcZVEPsVT7RDtNptd/eR1uFijAzXQ5LSSMGoKlq0P8IjVVoigsFJt5m3&#10;SXdNhsplWB3YkBTrKIgjWMDjlqU4ly1SRUqVnufcaU9TBgYHHmyK5CTWqszfa4+OkjMSqim7Goq1&#10;uP7RJIBF/ZZezc9T1/aM9VT4gZqjgx9W1Ni2kBhyT5V48XTwNcRNHNWrWzapGt4mufre2OfNF8l9&#10;zM8kEIaMKwVTwauBjiPlinn1ldyXss208jWtrcXXhXOoFmCkMKEOfkeCgmvcSSKjpXYamljxFNFL&#10;KVkVl1yIwUrpazJrU8gKLfW3u5PpjFfwPrXb8qR4+jrpqGGsalEcq03kqZJZzTzy+V2SUxXWN7EA&#10;gH6AD3nlyLZraco8t2f0xXXBrbSApBkOuuONAwHrTyp1ys92t9i3Xnrfop7iSaGOV4w54hU7cL8P&#10;cQSR61rnoCs/5anNyIIpaqllkOqdJQtTDHGkcEXjjcqhQsAzKPxfj29Zo1VPVVBxdDBJU1dbRQTw&#10;NNGksXnljozNS0zwTxuyGZWMbNEsgjJDu3oaQIvFEduBRoRxJYqFQ1zgHVShOmqmhIFOgFZXVvIq&#10;x3b6IERqVqTQVYElWU1eoRSdemlCgXIUOPo0aCP7meRxBFIySASJqBAZEkfzK+i34K2B49t9Njdw&#10;/wAPrHXKPDl6nb8dDQZGuoPuMXBlKT7k/wATqsdTjHyzPUmoHliWpiWyRBSlpCzV4kxjk+hvFE+m&#10;ncBIiNnvC60Y1PFS/cBTt49Kbjdtr+qgdLZfoY7ku6I5VijcYg7GShQAUbTxYijDuGeaOlkYRtD5&#10;oIqx5JkjlALQBIQFSVpHCHg2sp95dubgrXWsxu56NAKKnpUirqcSxJWTpR00dZLFT1M87wh6gvpQ&#10;+UiLSLkDWVMm23aRxTCdWuCwqVXStNINaamp3hsVFF01zXpBvVvZTTi62yehlLVU6Tp72Kio40Uq&#10;uo0qaAVJHUmrxElOIqjE1CxyT1EgMEpUhKd5JZY4xLchWRQoJUgluQeT7fkOPrIqmSjpYFnjTVE0&#10;6xaX1qQFldld4ldQDqQEBWFwwItWT6i2MSvIwjOMEgegpT9lKfmOHQeiMsdxbrJMfpzxYVK0BzwN&#10;MZ8uNe4HhmneoiEKSSOWkALMrqTZLq+mzuCfSbKQS1vqCfeXJ00sdLLWR49ryHx/aU6/c08yxp44&#10;0sYI2FTULHoCAMQRpBNj7btbiJp1ie4qFqdWainH7KeuOl1osF5NDbFxqKg14ZJPmWOAVweHoeHT&#10;VBVeCpSknqzK7WlE0oEHoZ2KhAbMNJJuT9PaBwcOLyi4vcFHTQNRZKgSTHZKGINFXYnIRwVsUlDO&#10;JIzNQVQkiksp0SCxK3F/Zkt5Z3tpFd7fIkyNGpRxQ9jAEUalQrAA0+QB4U6E98k9jJcbfcF/FjY6&#10;0JI71qveM5BFK8fnTp8qayTTNT+ZXlieRzDyJPLE/hd2vxrDC2o/X/W9vSw19LURBaelZ46tEWGK&#10;Z5Ejp3kkgFTR1UtGHsYyt42SPUW0XI/U0kyzQJ40JWbu4n088ccGppw6J7iWzaF1E5ChOL4JIFe4&#10;BsUONWo4AIXy64Uwimp28zSFyrsxmRUCsoLFJFhuGAP6WFyt7+1tkN5ybXxcuWOGymYhxNDV5Cej&#10;wlRSrVvS0OLqqkRQJkZ6OOSurK6KOnVDNDFqlDs6KhuEN3DQ2lzewReNGoYkKNTsApbsHwtUCgqQ&#10;akVxUgj27a13m9WxW9ihlllRA0moUJkVGLFA5REVi7Hw3cqO1SxHSXrMDDVPIjTQRCaTxgzxBlP7&#10;yRyXKAqiRqzG/wCo245sPYkYLdNFncZR11THNR1U9HDVV+HystFT12NaSGlqXpK2fGV9RRPJTpNp&#10;lelnmhDXKOy2JJms7mNIXNq8XiacEBmUn8DU1rqB7aamBPAnBJRc2ctjdXdusgkjidwsqKSsgBKh&#10;lWRUajYKCRENCNSqcdITKbaqsfLIsNOhjiDpBNAs8nlIbTKyxuPKl2GkGQKQCDxYkOtDVbs/j8c9&#10;Tl9vwbOVJEko2osvkc5UiUGOllTLJl8fjcdFFKja4ZaKvaRCumWMoWYhmt7s3LkJGsQB7QjB2OKM&#10;WJAQDJIVSGxRlFaqLl9nO2OkdldHeCQQ2qJIlp8R8PTI8gOCrCWNRmiOCD0jqzD440cq02IqZM35&#10;LrKjUuOhSoaxu9PLDUyTI1it0lhAYEspuCBFhGPEE/kyscUscsYijZftVH3Hihp6Qy6wJZ5aosBq&#10;0s2oKobSWKNpZ0kBeAmFiRWlaU+I+dAB58B5mpHQOu5ZpZViS2YOVNaGtdIqxpUkAAEmvACpoAem&#10;qgirYagCXB1FYBCstROQJ0ijvUySSmnu3hjp4OGslja5Y+2TJZe0JiWZI540BkQkPLplEgQ+TWwQ&#10;TrG2m9rgX+nPsytoIy3iEVjLEDyyKCg+YLDHGpp0UoC6rNWtuxIB4ioAJ8x6jz4mmTjoVMVh6UP5&#10;DAZEcobaF06pFDJZD9CGcX49LfWx9gnu3PtHLJCzqb6GR9GgIBE6Op8c0ji8iH1aACePqD7H2yWA&#10;ZEbw2GMg/l644EdHu12sk7Aop8qU864H88HjTzPQt4bGRpDEVVrlSJEcA3YOVN/wbAAeyj787CfE&#10;pVM7NWzx0ktYkNGYJDFTQ2WYHVLEsDM0gKsWCD+pNgRbuW4Wez2tYbeSS4CMdKipooqS1WUYHkWB&#10;/Yepy5X5YFx4beCyR6wNTBgKngB61AJxUU/LpYw0qOAqxvGb3JuLf0twfze/soUXfuG3BVZGlpMo&#10;lBV01Q8IocrVVNNWySIyPIEoxS6IoyWZbSujEjSiSXX3j7c+41lf3VxGlwI5lNAkpKvw4U8ganJY&#10;HHaG7SMi7X2+nso7dpINcbAHWigpQ6uJJqaUUUUEUNSwzRwGPCgegv8A1Hpv+foSfYZ/6QJ8lnnp&#10;aLc9JlIKN6uHJRv98lXS5OAUskSNUtj0oI6VIzLr1sNQVVQEMZEC0fMEVxuTQJuMU0Qqr1161cla&#10;dxULRQWJB40AFcdDeHl+K0sknurFoaqGDAJpKVKkkBiwJwAcaeJ6k+BDHbxeO39bMWuPrxf2sqDK&#10;ZdvFPCqVADugWFJleysGULN9JHCyD6MTY+6Sm6uKyREODwCr/l4fzz0siFqgUOQq04kg59Pn9vUK&#10;enp5AUa4BsTdlZbj8abn6/7x7fjuCpVYlrKuqgqZjJJHGJJgaRkQ6SXYEgaQLAKgv+PZRNCwDfUR&#10;sJTXj+Ejh9nlX+fRrbSQV0xQoY+FQB3A8SfWnTQ+Iidm8cKaL6WJSMrPG/8AnOPwVBK8++WD7Dr6&#10;at0pk0WoDAkrVFpmF7BH9BIWxvb6eyQzRFyNamnRnJtsFzFQouk/IdNmU2liqymKTUIkXk+MJEy3&#10;sLXW2nj8ezObH7cixrU1RWZKqqpoihZIqvSsThgb1DtcgMGvb9Vj9B+G13I20qkOx0tgVIH7aEf5&#10;+gdvHKcd3HLFDBGKjjSp/LyFf5dF9331K2biqaaioqGGGdCo8lIsjr9LMqXS8gUWBHAPP09m/wBu&#10;9h4LPwwV1NLHjcg7qpyGLKRBlUjUlZE37dYGktqbSJdKkBwDYiq25o0jWIwrOyiq1GK9xZe4NwAO&#10;kBz5HqA+Y+QdTSRTLrhXOlgCSfRWwQPOhany6LOmK7D6unnptdZuXBxo9sNnJfJTUwR7B8VUCNpa&#10;C4nYga3jUrcpe3sbcbuiWmR3r5vuafwRxS5CBpGp63yLZHmVVdaKrpnQgyEKl2K3ZQrAa215tm4t&#10;ot5e5NOR3ICxOK0FAaGqn4aVJ9cdN+5Fu7RiLa1J7jSgB0ig4gE1Fa08+JPGvQj7b3ntfejQUWOI&#10;w2bjQz/wSu/4HUkkDaJoMe8xEFfQ1JbUvrd/yQn6fb/TbigqKbVHVxSxP5xC0k3lDh1McyLct/m9&#10;Cqy29N7E8H2Ztt3crCLyBNBT5g/n1HVztcltIVkiKuOOPyOf8PQnDGFZEMcZhkVw0qRqsbLJGys6&#10;sq/kstj6j/wUe3mnzSyUiqumSrRQY5y2rTNHwuv+2wZLcre30P09pJLErNUVWEnI4Cn+ry6D1xaF&#10;JHIqErj/AIrpxTHhJySStKraPGloy8TgE+DlY0aJybB7D+n19wIaaYzfd1Kw08sgaKogpZ5S0rso&#10;CPAWCSB0YG3+De1EjxiIQRuzr5MwAP50x0iuGCkop1R+v/F9KxKmJadYIJHnSKzRCoiRZLJay3A8&#10;YQKb2v8AUD3iiqIa5ojNGY44G8YrGYeOR0JVNSu16cgqL6S3+v7u0b26sysCxFdPp+fA9I5Y2hDF&#10;RU+nTsqPS6mR1YyIshhIAtqANkMd1Y83s3sPK6H7rNQhoWkjpaplbmOLXEkvmlcu8Mv6BHbj1EfU&#10;E/QSQs0dg+iSkjpjFc+mP+K+fRnHSOwlq1HZelRTSOKZrSqskkQsz/uKDb9Itfjn8e+8xmpqrMvj&#10;qW8mkTJEZg/k0qQS7xl9MZYqT+RpNiT73Y2CRWK3Uy0BNTSmPz8/8Py6L4bMJaiaSgLH7fXzHU2k&#10;gjjp0ncHVM1yFt6SL8ahcH6fj2w1GQycFW0MwDolFPNNJIzLHHTOoVKyVdNhLMUAQ6SSwF+fa+O2&#10;tXhDx/HrAA8yR5V/mc8Ok7W6SJWN+7XQcR5V6eI1hZAykgm9lNzyCQORxyfcLHVs9VFkUp2jqHcx&#10;SxW1qsCASgQSRn1SyTAqXZlAFl08Xs/cwLG1u0gKgVrwOrgeJ4UpjOa9KLmFI/p2CsBkEniTjgBg&#10;Uoc+fn12VUFS/HJAvzza5/rbge052JUZLHYeTGY2mqxaPz5GqokmEk0s1MahMdSNCBI9TLFyqBgW&#10;cgXF7hfsf0cssu4XdXUA6EyWKrgsAMk1xjo15eijub2O5ndQVYBA5GkLqoHavBa1DYqQDxAPWWjW&#10;KaVpWIsGVUXTq1Af2tNibf7wT7EbZYqNobeFTLHJT5eranipzTUjLKYYIYpJavzrFZJXVVjDyMJH&#10;LOwLAFvYZ3ox7xfrbRsWs4wSdTE8TQKdRJPmT9gFAcdJ9xae+vZckwhiwq1RmtAKn4dNGUUwCAQD&#10;jpM5mngzVYKWRfu6KAu0quUMBkJZVieNjeTQFJKsCpuB+PcKu3RhslUx7MqlORzWbpaxqpGs9TR4&#10;c0hWrq6svJTRNSxS1dOn7OqXXPG4RomkdS8qkN7brC9SqltKkCgQrVjmoBJVMZJdeABZdpZ3kMP7&#10;7QBdvt5EyWoGkzSMaQSrFdTFzpUBHGrXpHUmkxwp18sQ0QQmyollQleLeNSP0C1uOL+66PmdtTdG&#10;2arqTE9exZ7BbBn3Fn892JWbc2Vj903JmwsVPlKyasw+S1Vc+QP2MSyaqueXJMkYlSKQCHfdibc4&#10;V5di22KWLZVkke58K28YCpRlaTWrDUxpCtKNL4tATRqZMewt/s+8Q88blzTLbXXMaWsMdilxdPbc&#10;FlDRjw5E7AgM7t/ZRi3oQhMbOpaOp8yzGSRQdA8YZguhDdmsD/qdFybfi/t17IxePwoxu+s/SdSb&#10;d2bvSu2zH17iuxMZvLJ43asuHx2XxuPzlYuBiw+O29j83UZSmhnimX7GnMEBqhBNOGDO7CxWS2vr&#10;+PbbfbJpYFgS4E7KjRo4WR/D8MQI6mMvp/TjQxM9JHYr7lf6u+EuxbXNvF1v1lHO13JZNbo9wHeJ&#10;2hXxhK9xJF4bujA+JLqkEQdI1Q8IZ/PJPAjVOqkK/ctEUGpp1EmjyO5JeOOzcLyrCx+tpvx82vtv&#10;rreHYO/944zae69y9X7bqdq5an2NR703Zu05Le+SxW4IccdsZ2fKZPbeSxmMlNPJLTQ09HPQVjQy&#10;LDDRNb3LfLosNx3bcLmGCW6sIjE5thPNKWnKyhWhkBeORVJT9NYw4l7gkUNQk9yd+3LmTZ+XuV9k&#10;u7qz23d7pZ0N5Ja20IS1SSF3+oiEazq8qlis7SyRyQmRRJJNXrDloaithgp4XmiNRMhdm0J4oYkc&#10;3LqVV1aTS2m97i9uPZ3NtZDaXau0Zd34zZWHVM3TtFWYHJxVMGGy8cNNQU8tNXvkNqfa132UlIlF&#10;JJDTzhXpBEzq0JSKQdtW1vtuJjiiktplANYzQtpVWRlcKKqFSMkqwAjVKto0iFNzXeuT99Xarvf5&#10;VkgNVkRgZYgZJKFAk4ZEYP4i6pEJEpcAlwXTUqVVDUCmmrXbVrK1USMZIi+sAArWQuNRa1+ANV7H&#10;8jPR4iOvFNmp8lHDS0oEkWIpshmaWT+L0FX5qOaalp6yhxZpXiqJRLE9NKtS5hZz+yqxVv4ZnvxD&#10;JDJp7SWqaEUHEhjWhqNJANB8RFOghc3yW1tJZINdw1QXaKEjw2BHaWjaQOCEIIdRGoYISzMxSLvU&#10;RV8uO+zqi4ZGfJTR0DiamkiZZIw/kkmaRXA0EmMoGe36iS6T4/7h4ZZWiNOG8iNGF1PMLAKEkILB&#10;fpe3A+n09rluFiSRI0YS8KHojWcqroB3kdOa1CwRmOJHWQtdmLfUWIJJ/PJ9t0v2VGW8s4VnIRoq&#10;iNWj0coINJVw0YV7A2IAP0PI9qaS3EZVY6KRxFOjKIyOQ4WgFKfl/s9YgHnXxKJFW7B3ikWOSzMW&#10;Yq9wyuL8H6g/09yYKrAy42PHYvHUOCgijkipcbjYBTUEYuWmqIomGiGSd9RNltqPFr+0cO3XFhKP&#10;iZB50UEfKi+X+o9O7g93eXDXtyXeZgKsxLNgADNSeAA+wDpoxGNymJmSOry1blwZZ5XyWSMDVQEk&#10;rNHCxhWMaII9KKbFjpuzEm/sN6mkqcjWzCFHijicxDyxeMJGki/uJoMyEF2FjwGP+x9jCGeK3t4/&#10;EoWIz51x51+XSmC1Cr3jJoc/6v8AD0vf4lBSRiSVlLEXXmxI4ub2On264ratDQ0bTSRxtVTK761X&#10;0vMplJdXcRpHUeJeeGU/Ugi90V5vFxNKsSyaYFFPyx6eXRj9J4pBY4Pnx/1Z6SOT3nIasU8PpgBU&#10;ySs/6B+2nIH6omZ7Et9PoPbvtzZeMypd6oaZYyDG07jVKqM7JJKQjK8gYfqLXIA/p7R7lvl3Zqqw&#10;U8MjIHAV8h8ut3MrWxQRhdBFTpFNJ8xQf5OmjPbyyFAiPEyMsyXcRnUsbOAFQePUNLf4cf19qCso&#10;MZimmSKFWmUaRLZVVtIuLNGuqZSg/tfUey+3ubq88Nml/TOafb/g6U2WudVJ+GnqOH2fZ0jXyeUy&#10;Rjlmlbwu1/EA40k3PH4Glvz9Db20ocjWRTPBO0FPTjyM4cRtKOANCkaVA+nq5t7WyC2hZBJFrlbh&#10;506VypaqVVoQzn7OnGLwUksXlDyy1HCsQX03Nj5FsxYf0v7yYXEy5GvMklTLNUFQzMSsgjWBR6FY&#10;8AyEhmAZrkc+2766S2t9KoFjr9n8uk91deDB4aooj8hT/D1nyVdFQ03lkA8SOgUalQXY25Tj6Afn&#10;215vANSvI5ljSEyav3Lo5mZFJ+pABLAn+l/a7b9xEoUBKtTyzjokN+KFa99BjPn0u8FWCqp4rKGA&#10;jQKR+5xoXTci/t+6/SCsrQ1S0bQQaATckWsWBfxgoTz9Rf2W8xmSCAiNT4rfkeincZWRdAHeT9nW&#10;PdImp6H/ACc2lZraCuk6vqbMQBb/AGP19ig1GizST0dQZIzqSOwZlRgCojIP1sPoR9D7CS3DGJUm&#10;how49I4ZNYCsuegzlrJRAtPWQGOQ/uOQVBaMLyukXIuSPc98fU/aK1RVCZk0lCI/GseocIzSWZ2F&#10;+fqePaVbmISkRxlAT61r+Q4dJr6IUqtPl1gwWdphkJIYKdoVf0txqBI4uAiHkn2hclj5JPuXUXXQ&#10;0YdYybX1aitxpAUAkf09iK2uQnhoTQ1B6DU2KqePQ6Y2sCrCGKBnC6RqXkkcX/pe/wCfYZZQU+Jp&#10;pJPMxZfTJNNIptFGbBdSkDU5tc2ubcn2K7My3siq0dF4inqeP7PLpghnfUFNf8Hz6VtOfLYC4H14&#10;4/wt/vPti29uX7/J+McCaRIY3Z3KFW44sNSkiUHSPrfnm/tfum1pb2hlYYUEnA6cWIIVz59ZayBF&#10;p2ci5jjaQCw40hm4+vPHs1eJhpUpxThFJi0iOpkYoSjBLuFH0jSNSbfUk/1HuH7152kL+RJqvpTh&#10;+3oUWEPapC16KR2Bka0VJnFU0YnqZ4mooQhOmMSCEkE6Tr8gP+H5+nvHU1EK1KAAOdQZirWDiRbx&#10;qPofVb25DGxgY0wR0J7S3DihPn0Hs8lXFQyzKJYwqyAmxIBRC5Fl/wBQWvccA+0zm3LM8bqrSAab&#10;lmACs9tCp9ALC3+Ps1sUFAynHUjbHtIUpIBk9Anld6aI5J4JisMamQswFnaGJ3mDyOokUE2vf/Ye&#10;0bPiWrpCeEjtpFkPOoWcNa1xYD2fRXqwKAMnqVdrsQgQgVfouu6e+MftSKeN52qJ5JJnkBqaf9lI&#10;mjEMkV7yXnJLH6H0i/ubR4SOlsLFj6bnTe+m/Nhc2HP+t7Zmvmm446F8dorqDIMinlUf5uidb7+S&#10;uTytZMMfVGkikLxxWdDqLMqCWTTGxGlQGYlf08/0Ptty2ZodumWtm0CQRvHDrVlZZ2sVlQfRnVA3&#10;JBVRc8kcPWthcboVhQkLXNDgj0/2P8/UNe5vNaLD+5NtvG1iolC4HppqaCuM0JFD1Zl8Gug9wZvF&#10;yb63/hYo4cmaGv29JkzLNXyU0iRVEtUtLLAVp4aohTHIwDsPoNBuxZ+we1DVxyqlZJHoEgZ/MWZg&#10;hP1RWURC3+vf62HuVuW+TjE0VbfiR+Ef4fPrH97a4vZo1ZCQceoHVvOCwNBh6ZYqWCOK310xxpqB&#10;WxB0D8/n2VHN79qMw5g8skiiwPkmeXXptcsCLE29zJt/LsVkNYiAb7AOhLZ8uR2g8UrRj8h0ofcP&#10;FQfdVfkaEFNOpR6bNz+soTe31H0/HtReSiKIoH7ur7jL9PB4avR60/1Hr3sVZduw1SSFYkhjUDVK&#10;C4d/7EKoZHBSNtXIsPx7Bqbk8LLrJLHy4j+WOgIm7ywlSWZ3rwNKAfOnE8M/z697TlTsOtq01wxi&#10;OkJtLW1jiOngRXAlkeziaWPVfSqgk2sPZjHzJbW7aXcfUVwqipJIqAPIGmckAedOjy15lt4XAkq0&#10;9MIgqzGmAMaQf9NQevXvYO1+0a45mcYysV/s5laOKSmcqf210TVBaSSOEO0LlRIYU8QYsS5t7Fdp&#10;vyG2BvUAR/nlQQPzrX+H14U6kmz5gtV21Gurdg7oakMK8akIAKmistSAxrw7R173ll61lyM1FU4K&#10;XF4LcdC8zwmuxMuVxNR5jKtauQppKmlqZYKlpI2AgqIljakhsNAdZAlv73bp9Rtk8cd0hbQzoGVl&#10;cKHjYLpcKwRCWDBtSJUOi6DROeYrKK5t92iuLvZplAOiVYpVC0KeG2l0BWjdzxuWEslRq8No/exj&#10;2x0kTjZajJUFOmUydExzdBicpJW4/M0qrNSzS0MGRrB/C6Otj9Zpo5IJRoAYuQHcG/v8rayQ7lEp&#10;mlGlwpl8JDp06I1aoRSuTpBWrE6mORG+++56rfRxWd4xsIJP0JJYgjwthlDtGtZnVsCR1dc9oVTo&#10;T3tnrepj0rtHJ4npjamOnrJafMVOL27W5KqpMXS5NMPU1FHDSGsyFRFhKHJ11PDBJHRRRqz1DSyL&#10;w7Aj2m32zaNpvIOWtoWJ41kaCESMsHi6aqoEjMIYndVDeEKayHZCxaQGdr7hp7m8w2F/7l8wSpbK&#10;0SyXCRI0zRmZFcv4caGZ442dlaZmKrGI0J7Afewv2jmU3jRNWZDDUGNzkNbX4vdm3pGfK4/HZrH1&#10;0lFkMe9S9Ji2rqJ0ZZYmNPGXhkRiAWBMmcvb3Nu+zl72DwrxJHgmjSTxPDkjOl0Dso1qaBkfSA8b&#10;qQoDAdDjmCwbl66ENluksm1mGOW1nAETyQSKrxuFDy6GBqrjxGoyMKmmlfe5m59vbTx+LpWjwOCx&#10;vhldqaXG0VNRpTVEytE09PEsdoZZIpShIsxUkf19nmzWltBKqpDEsEJLKCiAISCpKkKFUkEiooSC&#10;RXJ6Q7HvfMF5ezo263cwYAMJJHcsoIIBJPcAQCBSgoD5de9oOjxNFW1E1PSV8Zf7i84VI43hLxs8&#10;BrorM3gcpY/RyPx7PYby1TxlhZHuFdWcIRqAyAHAoaYYCopUEVwehnJd3VvEs09s1SlFzWuaNpPC&#10;oOQRwIrXI697YanZUWTgalgqKjIVsVc4FVK7ymyyGWRSLrM0aRsrIGbgFf6gEs3XZrPcLEQG5YSh&#10;9Wpm1MCSCQTUYoaBe4Cv5gYbbzBc7fcpO0Cx2rw/CKKKUIrwOScHGfsz1728f6PJ8dJDW1mbngpR&#10;U01QuFoYwavITQqn+fmEiGOFZFDlU5JHLA+wxa8tvFfVh3CQWaMHIQadTL8NW48acBxFa+i6Xm43&#10;yGC226M3BRlMrnCDy0rkMeOcClMDr3tRzZDGFIsbEY45leKN4owrpG8YZpEdbWAbkhTqBIJv/UZK&#10;9qjPGZExgj0LdwB8gSM5pXj0HIdr3F5JbtgTG1TXhg+fGvXvY79YYxcrTVJnY6WMccYWaNgtzIUb&#10;RYKAgYvp9Wm5NvYQ5qu/pWgMYGrjw+wf7HQA3uy07hC0jVYfxef5ny9fl1Fqp/Al/wDXvb6jjj6c&#10;+xYq6KjWoixRyE8qUkkFZlRGJUushgamxUBRVfRGEJla5a7MNWv0pHkUs9ytyyoV1fDXiKE1IOMN&#10;wPrw4EnoQbVYSW9k1+LJULDREGAIrnVKfKpqNAagAAPr0mXr5JRNaM6jqWN25XUpIPpte9/zb3Pz&#10;JoqymZIKNiBGYIljplEUUaoUCoAw0RoCB9OBwB7VWAlt5VLyCgYVzmv+qvRI8MqS1LGpNSa5J+ef&#10;5nrLQPInDXNyCTqDMSB+bEt+fZZt24k0skgUU6JLLF5XsA8V2ZReQhA7oELLH+piLAE+5Q27dYVi&#10;jkc5rQZwScYHr5Yz0MeX1eSTKkqoOB/Ef5CvmTgeZ6UyOCgJJuR/Qk/7wPr7EvonZDy5I7xcSfZU&#10;tI9PQS1YVWlqqhEjlmKhuDHSBfoOddxzf2BPdTnS12/Zv3YFElxK47F4nzVeFKEmtcUA+Y6zl+7J&#10;yFfb9zIu63sEke32moKaH+1PbQH4TpUkn0Onz6on/ng/LvbXU3RNP0TjqiXKb77TrsTXZLAYxonr&#10;6XaGIyCVsJr0cg00ObzVHHGCefBTVAOljGHEXu3pjAd17LfbeQVIq2jklyGBqyBIsGRELRq0i3DN&#10;FPezk8r9ebe4C5K94r72t5xG571ol2q40rdIx+AK3xrUHuQVWi0DZKmoPXYTlZxYRxpIS0ckYjY1&#10;8gahselTgepA49axnwa/mQ7y+AfyFn3vukHP9db/AKamwXa+DnmFLNQ4+HJrUw5bb7QwTg5XBLKQ&#10;kKrpqIZSjOp0yxVYbc2FWbOyVRhs7g6vF1+LnNPVwSUc6iORV8esMCNUUrLdGHDAgj6++kl3zNYb&#10;/tlvuWx7lDPtlxGHjZGBVlI1ClMcOI8uB6a3zmmKyZ4pE8zw4kfkKn1/lx63wqPtPana+yNvb76t&#10;3jt7d20d44umy23dxYTMUtdislQV1Ok8clPOjSaWjjkHmjKtJTvdHXULex4xOzMruOWijq6XJUmN&#10;lkjhocdDHMdw59xaaWLGUaoj01LEg/dqX9SoHKJb91Y33Tmaw2SO7mF1AHiFZJnZRDCD5yMWAPyQ&#10;HJoK1orF20WUvM12oncpZasACrMRnT50HCtV88EUPRTuy/kFsTqbCbkzQ3Ns+Obb1JU128t+7gzG&#10;Lo+uuuqZGSkFfurMz1UGPmyUlROqw4yKZbVDIs0iyMkEhjJdrwbYwH8Zz6NRTYbEVUeI2tC0UuMw&#10;MZiVI6vIOplhr8rTwRXT1iOBnZiZJArLE9rvrcz38cOyyeJY3E4L3OddzUHEYOkpEzNStKyBAMJh&#10;pn26yNkY4WiVIYlwmKJQedAanGQSaHNSfhqT2/37WfIrtTGbK6Y/3K9d7p3xRZDfXeNelXQbq7pi&#10;pnilqMbtKiqGx2Q2713X5WZoJXkjSpy6UZhRKagcrUBBsmhye6sfi6Gn8ktNLSx19WzEvSUUVcxq&#10;3naIGOPyStUay1mdnfjm/uR9+lstmubu5cKJQ5VRTuYqNIFfQaaDyFPSnQQtNhuty3R1jmrHK7F8&#10;UVasaE0zwH2dWO967z2N0rWZ/duZFFDlPu6nB4OCnjSHNbir8bSeDH4enrf+BKQRQ0ZQgE08MSmS&#10;TSq8D5R4Kk25SwU+OWOndpYRWVs8avPVxRli8V7egyA8DhEH0/PuO57+43SSWS5JYaToUGgQngae&#10;dP2nqZbDluPbbS3j2/Qr6l1sVGpx+Kh4jHD59Vm5XsfO9z5vK5jeM1blKWPH18m19q4qvkjxO36u&#10;rRaSjr21CnkqooAWlmmF5J3AGmMFU9gr8jd80+2etNyVEFRDSV9ZQT4ugk1ESGsyKrTReH9tiZhr&#10;JW4t+TYc+wrzvuZ5Z5E5s3o3IjuUs5EiJ855FMcekebBm1Af0SWoqsQl5muRYbayGmt6rWny+Xy6&#10;N78Gunsvmu08HWZL7yqxeFnhylXE6M0EZx154oXaZzGgklCLb6XFh9LCvTo/FfxDIU1p/F9xUmKN&#10;tDSSGnonimn1R6VVldxoLG2k3JBGj3z52OzCQ3d61A0hIABqMGoAPEhTgE8aA8eoh2vb13nmTb9v&#10;dK2ympoPLtbP5ClPmfn1c33Hmlw+1MlVLS/dNBSMoi9MQNRVxGCkAaQBQ8ZZ3Avc24+nsY/mt2SN&#10;odS4/Z9FMyZbemSp6GSFJdE4xkS66uRVHrcStpQAnn6c/T2k52vPp9nt7GM1mnI1euKVr+f7epc9&#10;wNwS22+CySTvYgUzhEBz6emOiE/CzraXPdu7p7RrYFfFbaxlThsKXpkaIZjKuiVJjlfkSUlHA99I&#10;4aT63B9ka6x+KW6/kZWSbirsom1OtKZYqOLI1dE+Qmy8kTMskGGxxqKRKwUnitNVNKtFG7aUFQVe&#10;L2e+2nsRv3uWH3KacWHLCMV8Z4yzSFeIgSqhlFKGRiEBppEml165gfeU+95yX7DLHsFvZndufpYx&#10;ItpE4RYlIIWS4m0P4YdlOmIK8jmrfpr3i1tWU3C82JuQQRcGx5vzz7sR6V+NfVmyVml2Htmmoo6W&#10;doKnsHMQU+Y7D3JUQl4J56TN11PIm3aC7FFWhgp0IHoVTdhmJyN7U8ncuRluXNoRNDaWvZVD3s7q&#10;tGdJGAECFsUiVFIGpERjq65A+8n3mPdLn6eReb+ZJfDnQMNstneHboIyKoksUb1u5PPVcPJ3Hu7Q&#10;FHP2ZDJVeM29EYqCkhhqGBElQjSyVVQ3pBmqKuXy1M8npAJdyxsPc87btMa1kZBT1OWPD4mOWOBk&#10;1OBnHWNtpDfb0/i3VwzRDgpChFHoqCiqM+QA697Q7GqykpaR3m44RAfoVBA9fo1Bfpf2dSSrACFA&#10;008q5/3mhz8iD6dCiMQ2SosagVx8/wCWeveyv9mfHPb/AGf2Ljt1b5ytbmsRhqWChweyaVBDihGs&#10;7zVklbWMstTOlfV6fMlOtNIUiVDIwFhCvNXsftHuLzpBzVzruM8+y2saR29mvbENNWfxGLEnxGoX&#10;ESxthAZGow6nnkn3m3Xkbk272HlewjtdxuWZ57x8yliNKCJB2qY0qEaQuoqxCA5697MJs7qdcfjY&#10;MTh8Tjtrbfp7+DEYjHwY2lhRjrbTT0qRwpLIwu7G7MxJJY8mXtvg5f5V2+LaNh2u2ttviwscEaxo&#10;KnJCoqirHLGlWNScnqG+ZvcB7zcJ9w3LcLi/3dvilmkaRyRj4mLGgBNBWgGBjr3sXMbs3EYhAqU8&#10;UrLyTIqvZv8AVMLMGb/H21LuE01QgCL8hT/BTqPb3mTctxdi0zKD6E8Ove1NBFApAjSIWvbSqIL/&#10;AE+tgPp7RyO3Fif59EMskzCrux+0nr3tQ02Lq5dJFJJpbSdYTQo1DUOTpDXv/j7Kpr63jDFrgY+f&#10;5dFE17bx6tVwoP29dFgPqbf4m4H1t9Tx9fa5oNo1U+lfsmkFgxBjRrf7A+yG53uFNRM1P29Be535&#10;AWCT5+Vf8nXf19rnF9c5qoC/Z4iqmJPCQUcjKRxexhVgOT7Dt3zTt8dTLexj5lv8/Ra+5XU7HRDK&#10;5/0rH/J1Cqcjj6JDJWV1JSxr9XqKiKFQeeNUjqL8Hj2sqXpzdcoGnA1iEAHTIFiIufoVlKEeyKbn&#10;vZkNDuMZ+wk/4Aa9NMN5k+Cxk/PH+GnTG+99oobHcOLc8i0NUk5Nv6CHyE/7D29x9IbsazfwlFAA&#10;4kqKRSL/AFAH3Qtz7Qtz9s9T/jhP5OP+femzBvZFGszT/TL/ANBdRz2Bs9TY5uG/+FPWt/vK0xHu&#10;U3SO6PoaSgUfXmritf8A2E3tj+vu1Uqs0n5Bj/z700Idy1FTGQafxj/IvUld5bdZNYyACXtqemrU&#10;F/6eulXmw94p+kt3SJaOGmBF7GGrpmP0NuJJiP8AeD/re7x8+bMprJI1Pmrf5B05Hb7grEi1Df7Y&#10;f9C/5P8AL1Hffu1IjaTLRpzbmnrf94tS8+2ifpTfcaHTBK9rcKKCb6EXtoRdJPtUnPnL7HM4B+YY&#10;f4elHh34y2zE/Y6/z7+vLv7Z7MFOdpEJ+nmSogB/rZpoEXj/AF/bXUdabwowfNg6t05u/wBlID/t&#10;0uhv/vPtfFzTskxDR36BvTV0xJ9Unx2cqH7CR+0Y6dafcu3qtglNnMVM5FwiV9MXI/4L5NXtK5HZ&#10;0oRkqKKopixAuYnjdT/QMQH5P9PZva75GzVjnVx9op03DvM1vIA2Pk3+yOndJY5BeN1cf1Qhv+hb&#10;+0iu0MnSVPlhycxp7/8AAeWKQtxfi9yhBv8AU8+zOPdYnL+JHWv8ujk8w2M8Ijksl8X+IEDrncf4&#10;8/4E/wC3sOPbgKOpDaZIQxXjgAFrcXXm4/r/AF9+8eEiqtSv29JTcRkF0kIH5/4eHXrg/T/W/wCR&#10;/wBPfF8ZTTf56mU2B5MZ1An62fTYX/1/e/qZI/7NzX7evLfTRiqSn9vXftnqtqQ1Oo0zmORuFWVb&#10;6bn6h0YEEfj6+1kW7yRqBKlV8+jK35geEBZgGj86f8Vnr3twxb5HAjRWwyShB6RKS2pRz6G5Dce0&#10;t2ltuJ1wOoY+g4fb0jv0tN4cvauFJ9Bw+3r3tXUzYfc1OQsMaSgEleOGXg/qVeefZPKL7apP7Q6T&#10;0Hpl3HZZgTKSvl/qz172GW6tiNEsr00a6jwNKmx4ZvUAeRx7FG1b6kyiOamk+v7P8GPs6HGwc1a2&#10;jSaQ6fz+XXrX+vPthwO9d7bOlp0xmaqY6WmABwmQVslh510tCIfs6iSOajRgQT9pNTsbX1X+oK54&#10;9j/br3BDT3uyxQ31KCaFVifhQElFBNKcKitKVFdQyc9u/vBe5Pty8Z5b5nuWsNVTDI7PEc6jRWqB&#10;X1ArX5E9EF+V38sT4QfM+kyr95dB7Lye7MnSSwJ2dtrHw7Q7PoKhopEpa+PeOBSkyGVlx80nligy&#10;X31EXHrgdSykRv8AZgsh9f7iYLyeC3/FxqNP8Vto+/1fwvX9t9t/un/Oa+PPp945f8BOtf8Alfbn&#10;R9R/AK/T04caeLr8/h0eWrrLj/k4Lv3h1/qLa+L9N/Hj6jXTxPgro8P8Pxa/OmOqQf8AoFh6t8+j&#10;/Z2fkN/DP7wfafZfw3E+T/RJ/DvP/o/838c8X8f/AL3f5f8AxfxfY+L9r+F+T/KPf//XoSh1fcmt&#10;3lvfAY2FY3aaCHJDL14iUG8IpqKqSmiseLSSooH5A5Ep3NvFKWfc92RZQMmut6egWooPSpA+Y6LY&#10;9EMUkdnFooRhRSp639GZrEolzbjUwUX/AADYMwF/6A++hmdslwNp7B3Z2XX1UogpKSJJTDUPqFpv&#10;tceJpZIiTfR9ywt9R/VmG4s42VLaykuTwAJHcf8ASpXB9NRP2dekklCEz0jUCrMxoAPnWnUSrqFp&#10;6aWarqqaihjXVNO8scaQIOWZp6h4o4xb+0wtb8ezG9f/ABx+YPaMSybb6w/0RYyskQx1GSo4ds09&#10;PQygDyVELU9JmK5VCX9DzG59jPa+QfcfmVo3sOVZbe0ahDFBAgXybU9GkHmCpLUydfAx9vXul7e8&#10;s+Km5c32xlBNUifxZcGlNMYNCTjuIAzXAPQE7x+SXRmxaeVs12HhsjVU6SsKLB1Q3PWzVER0mkVc&#10;YtZTU1XI3p0zNAgY8lbcGPw/8tHZ+C8Wf+RvyIpGQlZKmiGSpMJQ1TgiSpgparOZD7yvsbCy0Zk0&#10;n6cj2LU9m7Hay1zzzzzaWiHJq66m9Qusln8wB4IqajqMm99r3cmmh5G5HvL12NA7g0X0LLCrDIpl&#10;pkp0VfPfPfc2eqpML0f0FvnfWTL+NJ5MXlayKjJBMTZGlwNHNjqaKVbHyPlYkTm5ABPsc9vn4gdQ&#10;tDjOlujW7WzFKqKm4U2+q456pLaaiTcm5aaapOp/q9JTCNT+m/tQOYPaTlOZIOXuVp97ukUUmdQk&#10;Jbjq1yBpFAOKRwquMYz0VS2XvHzXG0+98zx7Tasx/ShI1hCKFSsRB/N5HY+ZHSaGw/mf25BPmO2e&#10;2cZ0DgMi8RTbVHlIpMxQ0jqTLTjEbYrqGhkhdONFblaqcj9f9Av8x2V3vviGKjx0+B6YwpNhT7dg&#10;XMbi8PpvBNla6NaaBTqsDDTQOAPrfn2g3z3Z5z3mGO32xLfaLEcBbAaz8jI9SKcaIF6R7d7Ucsbd&#10;IZ9x8fdb/B1SkCMZBIEYLD7dTP50oaETds9AfHbriSfI5xtwd5bklmjkkq9wyxY7BQyhpB9xT46k&#10;SDzpxyal6/lhpK/UJmk62w01SmQ3XksxvzLp+qv3ZXVGUfWrEh44KuWeGEBTYKtkC/RRzcA3Jnvp&#10;RdbpezXF1WpaWR3J+0sTj7OpAgsILSLwrKzit4P4Y0VQPlgVP5nhToSajszI4+ifEbI2/hNg4cFv&#10;HTbZx1FQLZhZm8lLDCrsTyWCqS31Jt7ESEUVCnhoqanpIVA0x08aQRoAoUBVjCqALf7c+9BoYlBU&#10;ANwqABX7QAB/LpaLWMKjFasBT7fmQMV+YHQZzHNZSYzZPJV9fI7MfJVTGd+XZ1HkfVIRGHKi5JK/&#10;W5sfceevUCwIFv8AEi/9fz7aa8XNSa9KoYieI/PpxpcA5YEgsSebqtv9gAB/vj7YKvJr9A35APqP&#10;/Ee0kjs+dRp0aRWzUFRg9LOgwGgKxT1fj0i3H+w9tM1aXUhSRfgAE/1+v1+vvSrxz5dLI4AuKVFO&#10;lBDjkiBZlAC/4KOR+PoR9Pb9trDyZStijKalXQZWsSVBN+b3B9PNvz7Y0vLLQHAI4dKx+igb1r0h&#10;ux95Um0Nv1FbNURxtMsq0kRmCF5EiIChQmoXcfW/H19mGpKGKmVKdAEijAW+jSLn8mxPB/1vZiml&#10;QKj/ADn8+iq4uK1829Oq1c9uCsytVUZGoEjVk7u7MXPiW7HQsJYsxVF0jk8WHtTUMkdMSFAc2sXH&#10;04t9OPz7Mob9IdKlKUH+qvQXvoZZ2YNVc9AjuvB124LtO84j1EhFYSCQNf6qCPQf9h7ev4ysQ+n4&#10;4u1h9PwOPZiN5jCBkoD9tD/g6ITtDMx724/L/N0E79Py1s4RzOiOxJSKAgBQbAH91hpPuDPn3cFQ&#10;9h/tLMCOP9fj2in32VzpMp6XxbPEjAlSW+dP83Stw/ROKoWSY0aPLpVFMsChboDY+suGb+vsIO59&#10;7DAdcbmqxLoZ6JaUOJCrA1UhS6m/6yrn8e5L9k4Jt09w9khjprMhPrTtCg/kxB6x8+9DaL/rcz2i&#10;yUmuJ4YQvqGkQkfZpVqj0B6sJ+BnU1PRd84TNtSRqMFhc3XA+OMHySY56RJbabBkqcgLEAWFvz7K&#10;58UOzUkzOY27NOh+/wDNV0o8pP8AlFPcsiAgjXKtjf8AGn3l997jkuXZ9r2TcTbnVHGtGpTiwrQ0&#10;48PyPDrGz2FE/L3uXYWMdVtr6DSRwDPCNaV8iSNVPnXqwL52da0u++lZ8h9tHLkNpZbHZSCYx3eO&#10;knqYqKtJaPTN41EqOwVluFPs+BzasvIKn8kt+P8AePfOEkEyEuMGmTT/ACHrpP8ASHy4dUiQdXTQ&#10;SamiDKukBfGhAbUGCkafowB/2HtvmywAvqBX6G7Hkfn9LLew91jlRCS2T5eY/b04thrFATq6WGO6&#10;/OqNAqBxp9PiUHUPpqJUj/X4F/dfnydwEWG3htnsClnjoafLeTbm5JfI9LTyJUPD4J6meHxNG6MV&#10;kQh1OmAi/wBSWLohZ47iNiFb4h5EfP5fn0JtpmWS1uLCUAsF1RkipquSB5VI+XVvHw33PWVmwcrs&#10;jIh5J9qSpXYVJCzTrjq0GX7KHztM7Gkr3ZPUWuJwAbC3sC4Kyro9x123K6rrJKTOTl8fVmrjeGGR&#10;/vYsj5Vqbpkh90FM0Tny+pShJZgTG1lDNJbrq8Rj293l6HVUEV8gK9RV7k7NfWVgvMWzARm2Ri8V&#10;CVYKQcle5a8NQNBxIpXo49IlNVU9NUR00SBI40a0fqSEKHjWF2LOioXPAJ59wKbpHE5Krrlh2zh6&#10;TLffzQyVGDbJ7L3BFI90tBm9sVEMVdG0yusn31HkWLKfwLe/W1qbi5NrNZrrJw6gqy5pTsAJU8SW&#10;R/2Y6gWT7z6bFIf35LcwWUasGYH6qEhc6milUSpoGR4cqYGRnqbJTzBllpaiRCqk+KULUU01wNLP&#10;5CJQ6cWVZYgTe/8AX207p6j7S2DWw0Ndm+0Nl0ZpYaikysm0MX2LtOthZTJTALses25uCKqCrpeR&#10;8Eit6tR1G/s23LlTcNudFuopo1IDA6RKtGApUoyuCc8Y/LNKdSlyX95v215+VW5f5o5f3G4Y6TEl&#10;39Jd6uGnwboOrEcdImqNQpWvTa33hDmXFUdWyg3Z2mpZ3ux9Mb1Uc8JLf08+kf1N+HilbsdKZpaf&#10;sXonKXCxrBnMtuPr2vldksIzSbhpnaCRr/VuA3HPsmfZJWSQ/WWwJxpd/DbGMKw/y9SxHzzYQsTe&#10;7FusKLxaOAXUZpx7oHYqR81Pzp0np66jieNarbe5YAp4ejx8GSpwCeQzUEs8ukc3OgWH59u1Jnu9&#10;6KJIqvpebc2KD6l/ubvDbW5qOsD+FfusZXzT4v7OcLHq5EqOCAyE6GRJDte5Wmqtg7xkYYEMPyIN&#10;OhFDzVytuiJ9LzBGkh/DKskTj5MrLUfy6YMpVbHjlNc+5KfC5JVsk1dDUY5XgVZClFXxVEUJmpUl&#10;kZlIKurXs1iQV3QdkbhvT43J9QdpUdLTLUxPLLhcZVQCllqoJzQzGly7MZrNJHcKUtITwL3lj2i5&#10;0sOTd/3QcxbBdXPLV9td1a3EaBask6AKCGwSHUMMGhAPS2XcLE22iHcbRrkMrI5lpTTWoC6anVUe&#10;YpTNekZV7TxVZVTZTHbz22tXWxU1THImQVfHXUtDVUhrqZ0+7camSGUjQbvAov8A0w4zPUM1NX1t&#10;bW0eCoy04qqTem4Nsbdq1kCzziaGmyWdiskMMRDtq0jQ1voxEUXEENtNdiJ28DUQNWjUBXt7Q4Km&#10;nEZofPpr95IWiVldpTkFUkcZFe5lUj7OFT0rsmyUL46KWkrZ6sQxtDNgNubkzdMkN41kjq6rF4qd&#10;IXeQEx6go8difot2OaXbIloshJvTYtJjaypgaSq/v9sXxrAzKwliI3C4qUKX5j1f0/HJbb2ay31u&#10;ZbxY7QuuokqMahXBPp8+jpL+PRp8OYvT/fUv/WvqdNuoQ0VekGJ3TU1sVPK1NC2yt5QxTTeFhHGt&#10;VNg0gCawLsCeD9Bbke8x8hejIJUgp+z9k1QpUji8NFnsdXSItOCEJjoqiYnR4SABfj+vvrBtP3k/&#10;Z2x2m1jXmMhFiACLHqYBQFFQpIoQPLH2dP210zIGeykDUp8DAf8AGgv+HokOzOqezljnkrNo5uCa&#10;tqHmn+7heAssuoyXaoSNiJGa7FgvqJP+sEdN351AY5Kal3dTZTx19W0SYzHZ2saSJzB401wYiSLT&#10;AaZWtcBibXX3CfsV94Tk32323nLZ79riaCfdnuLYJDKW8NwFYEKrAURQygce4kgUAK95hv5Wt7jb&#10;0CXMZQ5YKT3OKGpFKqxHzpitKdGPg2RvON4KifGRU6z4bD0tXJPk8VGkWSpIatap3X78ylZxVFQL&#10;Frpckj3zy/yB24KVnxmz+xdwQovliqsXtKplimAVnEcKvMtZKZNQ06YSGF7ke50X72PLtxIW5d5B&#10;5l3FTw8O00g48gWJ/aPMdDWHeb8QhRbRJKVAYeNQg+dapSvnWvWTHdZ5inqppanP7ZpY7FZoDlne&#10;WFgXBEkaUojRgXIPr/A9p6o723ZRwUMuz+hd5bqrXrqWnqIo3G3WpKSuSaSTJV1Ruulw2P0Y42jl&#10;SCeWUu4KoVBIK90+87zlMzx7Z7K7k4YpT6m7jtqFuNQ0RAA/01f8PRFNPeSTyvNu0At3NdJatacQ&#10;KNkV4Gg6nZPY+HkWpTOdiUEcE/hEdFGYa16cLHpeOFYqpJJIZ2QMLpqBH1N/apl3RmVgnyObrdm7&#10;QYw2kpqurbNVgAjjYBVpK2mjlk8pZGCrJZluAwPsk3f7x3uVPGLPwdj2XRUl2mF8xI8l0Oq18iNB&#10;PEmgI6c3Xe7+5h7Ip5I1av6SmhNa0ByD9lR6V6kDGYtUpqHFwbl3HHFUBlmpqOXEU2p+X81RWUji&#10;OGGIBvqpYEBSfebbTZ3OT11Tt/fHZeZrKnXSR0GwNm5ejWda+BZainTMLQYCleklhfRKHq3UKf7Y&#10;9XuDbq83febvdZ2513q+nurt5nt7CyeKFpZFBakjeEoBU6KirBaYfj1FnNd/sl1Ywx8y7LZ/QRaT&#10;rvZI6KVPaQoDsXDEEUQ5A4dNucrMJt56eHKbT2DhaVPDVtlN87yoY3jekd0hqabEK2brnqYXYFCq&#10;Kpc3uv09qHE9LZHdtTLXZjbeayNTTiFWpd47sp6msovGpKTS0eHTJzR/QhgckvAIIvf2W7v7Xc16&#10;Ydy3Dla8VJAGH1tyjvQZBKRB2Ujz1SAkGhGT0GN15usuXra1W2s7eytTWjw2xCyA/wALP4YH+8HN&#10;Ps6a8t3Vt3bsMNOu6cVi4Ktql4X29tOujjqTrYOlJlMy8GPmSMyiwSkcAkEn8Ey3WPQu32gleqjx&#10;lJUQTwwsMPh4qedDpLKsddWPWV7iNiF8hHOngi+r21snK2qPTJfRoVkA0QoI6UFRQ0LjPEgjz06c&#10;Uh7nL3R3iCSGC0SQwSqTV5e1scSqBUH2Akn0JPRa+2/kblsUVGMp62tpXo5p45c3mJp6WpRVgEkk&#10;+PoYafHxxt5CdBuCtvTYlfax3Jt/B7c3ZjcFSYynraer2luXJU9dV+Wvr3yVLjK16OqhqPPNVOIp&#10;6chY0lUGYAj1AMBQthtyb1tVlDF4kUlldur5kZ3jiOl1Y6iFBBIAIqcktQAAXc7jdL3kDe9+udym&#10;juY7lUZUpGoUsKjAoDn4tOoDz6b+nt/Z/sLD5HOVdVJRTY7sbYmDkw1J4aHGDD1WXof4njJcckcF&#10;FK81LU6ZHaMlYiy20kqTDZnHQxyTV8kUVFjayGjNKwhjhg8RpYjICsMPEVM6FVU303NrC9xxuFrA&#10;Lu8Vk02tVCHgBihFMHAywNaHgFyOsX9ovZ57O1jacz34DFiSWYkscajxOfjIqeNaHrLT5COTMT4e&#10;kKy12OrsilTTRTJJURn+ITJGojbUweaAqblibAXLG5LPV1BzGLhmoqyJ6WPImSCdJIwpxuM861bN&#10;ImpFURKCpIUEg3sOQTFk+lZEudS+KQhqB+mozX+Wny+3pCthNFulos1kRL4YDinB3Ktwpmlel/iJ&#10;1wP8Spq4TU9ZLh2QUtYjq/8AEK1YWpFKon0d2YFQ1xYcj2W3Z2IoTsTO7wlVJRJluxcjK08Q1xLX&#10;Vc8E5NUltca2KqEYemICxP1LuQpYLTZrjcyhMsst7Jj4h4kjLX5jJ8vgHHz6nP3sku/687Ny0jEp&#10;b7btkVAe3UEDjt+EUDiuPTh0NeIy0lJmqHb8qTCaWk2ZSLErswkjocRDLHGImOpRH5WLkmw1Djn2&#10;FXb+8INmbaztJDTZLL4/AYKmyIocXFPPkMzkMfh6+d44Igs0ks+ZmqSsaWP7S6bm59lHuPvSw2l4&#10;6W7NZw24YAZLnQ1SABjXrxjA+yvRv7U8vSbzuO3z6YluLm68PVJQqitIlAcjCKhJzWvAg06XOKxd&#10;Rl8hT5mqKQV7tkYUkmZWFJTTV8ASNCxQa6eGjRrj9TEcfj2R/DCnl7DwuSoaXJ5Ay0izTQZKoIqY&#10;sgj1tXklFRES1TTRSUpSFgFDrGGUBCre8a9jCz7naXbxys7proxAYVqQOBFBQDgPPrMHmZTa8uX9&#10;k0sUSLhWQEDSaAHy7myx45NBigArnyjF1CTtDSnW8cbQOXQIZP2rXC2kdSLjnk2/w93k7ZqIsftv&#10;bVBUG70e3sQlQnlV5KmSmokhni1Tam1gMwsw1XKn8++l+0WEkO1bbGDhLeNPliNaHFPTjw49cPub&#10;7qW55o3y5iWiS307ACtKNLrA/wCNUGfM+ooGcNCKmWedAQWqKko1hdI55PIhU2PrVVsPwB+Pceas&#10;iMUuRgr4fKF0xRSBnq0aKNTDMdEcTxyXjAZ1ZlLcMLWsJI4ZGZLZ4CUrkjC0NajzHngGhpwPQfYX&#10;hZIHtXKMTUg40n/IOlFBSwcRyRqqAkONNk9XJB+txz/X28RbtyVakkE1HEJZqeyzyqYmpEIQIaYO&#10;bPHUFbEi5Y3PJ9pW2W1gIaK4bSreWdXyP2dej2qHx/GWY9r6iPI/KnHFPXprqMTRUSRNHO4VHsQN&#10;JMi8kmT0+o82/H09g5mMLkcpknp8nUTY9KWsrVqKd2grMTmsfVBI6emyNLkceyVIqIZx5ImUrFUF&#10;wjuqgsbIltd2sTzr2KXVkU1SQEsv6gKhWBWjUABU4qaVI7g3EWNqskMZlZlSjEFJI5FyxV42BGkh&#10;iGBGtKYViQFDSTUgpYZYVV3CNoKjTLE1z+4rc6SALXFjz7Ena+Gmoq9JsVmpKSXHU8VB/d2ox9JJ&#10;hnjV5atpaU/YQZF/FSMtPCqVK08ccYGhirBw5ukZCgBpBZUwAV0g1ArQDWCcrQMEwOz4iQXu+6CS&#10;0aK9sdcbvq+oDnxe4BKP3lKFgWOqPxGJZg2R021oE4Ky0o8c5JM8LxNNGwOks3qUxglSSbEn6/n2&#10;r6zblXmK2gjpN3ZLGU8GXTNVNJR0+IlrJ4DBTocRLNmsZkKSHANI8hPjgFW14tFQkaqrBu+hmaOF&#10;or2WAI2osgSjgVGk60caW+JxTVqoVdKEFPt3MqWEEnjbHDNK8PghnaRVU4LTARyRFpaBcNJ4WW/Q&#10;fBVN1dPTw0s7yUcTSPTml8gerSMKbiOV/FUx+SUAm13Ccm6n8QN6ZDbu1aaLOZlqikpJkp8aIqLG&#10;5zLwPUSeeSCo+ywdBXyQsFH7lQYAkaINbiNQS627W+0RNd3kzjUyrqAdyBU40rWgqxLECtBVydIo&#10;e7CL/eTLt1qY5ZlLSF3eKOgUKCpeVkpUthASWYiis5yx4+DJSTGCAvIJJPuCzyQq66gF8YaWWPyN&#10;I3OkN9T9D7JnvP5L9IZXdtf1dV7mymCqYcbLWplp9uboqXhkfFLV024sVi6jZuR2/ndlU1NJKK2s&#10;ramKiIUJ4p4JzIoX3j3I5amvbrl27vjFdmEsJDb3JZVMYaOeNTAYpYNDPqkZvDNACrxsWEq7V7a8&#10;9W+2WnNVntKT25l0+GJ4IxUPoaGSRbqO4humagijiVnVsh0kUdCZjsVlaanM7pE05PpRXU+OMEBm&#10;NQsymOrUXIGggEfqJ49hClN1N3j27s/+7vdG6t541cRl8Js/Cbap8vsZ9stPFSVNbksPlcdtRZq2&#10;sqsziFFTM8tFRUNHI9LqCRDHsE2k5c5u5i224Tmqea0WJlhjhEkCwg90jwyJCzs5kRVc6ookUtEr&#10;hAYpBd9bzdyJyZu0m48jWlhd+LE88s3hXfj5YJHKjXA0BI5SqUEs8sqLIQTItz06p9zS0crz0UNN&#10;NqDTFmNUk8IN2jcNd2KIyoljIWcWuL6iJ3SHc21+89sbu6ipsxJ1/v7G7fkxdBPmM/QZbdla8Zy8&#10;NTVYiDCvtTI1MGzsvQN4oVMRbHCnndlWolua8t877dzVZ7nyqtwbTflgMa65l8SpDqzgQmEssLrI&#10;QU0s0Phu2guFUNc88j71yDvGz87yWP7z5dkuhKyxxPFBGAIdCOZBcx1uUkwzBlExljKs0UZLXloJ&#10;cXPFkisVTAZRI4VVggU2CJHP5BUFRMXvq4APuTi979u7IrJ+pe31r8Bs98ltldqdv7Dr66noanEb&#10;fpaA5fC7orqSmpqzbWQ3zU06UVLBT0WOFPLXSR45vJT07+6LJv8AtklvsHN1sYNmZo1g3C2YaHSM&#10;KZI52BUwT3DfoKI0hH6rratWOJyqm2blHf4P638niC53tYp/H268RGdZJ2YxyQI2pZ0tQXmeQyym&#10;RIVe7AEkqdQJsRiqx0y1ElNPPHBUF6KqjilWV5JDKswSRo4ZGpNbXJLGRFBPJJIj0m49+5ncW1MB&#10;2bWbN6ypM/i9542LOZ3fee21Jj32XlNjZjAxbSotznM4/c+7Nx50RfZzZimx+T+0xdfJJCsbGmqC&#10;zedy3iWbabPetvhtrK58VPqI5WUgo8DL4UbsyTFmKlTcQQuqRyN4Y1+G4cuNs5e23b98veU/rd0e&#10;1lt5DDDbRTiRbqO5SXx3hWN4beGNSXW2mli8Wa2USVGtWeuWhoKcT4uhrMv4KqkaWPEQUVT5TkYq&#10;+jqVqlx6JImIgpWZ5BCWVdakM2k+wqk+U2F35HU7PrNz5/rnObr6lxuG2YJEqcPlcvltwfx/C12/&#10;8QMTWZfAVMslXRRTY2TH1Ekq0itUtM1NLCym/LPMFlzJG+z7nuElluN9tgFtJIriaZ5vFQ3EOgvC&#10;VDossOkGigy6mjZTGa/6017sE0O9QbXbblZWW8PNPQiSJIofCmSzdpFjmBK6lkWZVBkKoFWVJAVh&#10;S4A05WZVjqia6omYSWkaOnMgenhWQhCwVW1NqHLc8Em5YNzfIbtHqLrzZexOw9t5zP5CJY9t/wB/&#10;dqZY5mkqKmgqlekqDFk8fj6v7vJUjqjh1kPjRzCGdHj9qbznDfva7l/Z9k5m2a4nviPBN5by+IHb&#10;tKkCWNH1H4SpJyH0FmjZOpF2z2o5V5y5m37mHlrcLa2tixmNpPEYmCPUOpZWZdKMCy0VCKqZNAkU&#10;hTR00Gt3iC2ZtWkBQFJA1CwH9f8AYc+2Tc+Art3Z2nbF7p3zhXqsOKSrrcZkcsKKGBqWqmergyFL&#10;JSYmevkkkIknVZ53IVQ4jCsyXfdvuN83y3Fjvu42yy2+hnR5mjCgamfXVFZm1msgD/gFVVgzDLYb&#10;iDZNvkkvdmsbqOObUodIw5YgIE0ENKEXRTRUAd5Kk0pID2X/ADYJv+lQAbc883P49lh3jsHa2Hqp&#10;zQNu/uPLUtOkumu3PNLgkq4JaiFKZlxrQKVx7pJeJml8COqMSW9wvzJtOw7bcS21pNd8wbiimpM/&#10;6aEBlA0AA9jA1UkiM0VhQjqXNi3PdbqGGV1tNmsWbFIaSUOeMmoqWUjSwALqC/acnKjFhcqV/oD9&#10;fqfz9PbJs6LtCo3LhGquv96UG38XTilbH0ck1Ntoo2PWJa98VRY8mb7Z3+4WZ5oSgQLcBgnsH7TN&#10;zGd0sVudnvY7GMUMYqItJBAYxxrRwpOodwoFJ+XR3vj8rRbTuHgb9YPfyEnxCAZhwqgLOKa6UNFd&#10;iTkeY7Z1X9R+v+t/xJ9mwodv72qYzRfcZTFwxyERGQVU8cPjWzxJVL9xJEgKDSHZSdXHLG8wW9ru&#10;c6xxCWaNEpQHUwApUHUCTw4E0/ydQxNu23eIG8aIuTwHH/eTp/wdYD9ueSqf7Zf96v7ZK3a+Tmq9&#10;FXmJqhtUcbrJVGOphMul4RPA06VMBqYWBQOoMgPpvb2WXezu8oP1Wqpqe8Agk9pZS4YBhwqo1H4a&#10;inRpa7vEqKY0BBBI7fiAwaEGmGwaVp5565o0ViEWyqCeFFvyTb27JtSip42WGVpqh2CiVpdTRyEK&#10;jRxhj5begXF739kFztkEWqOIsXqeJHH+XRpb79RlaSMKn+r59Y2lPOkAL/rfX/X/AB7c4aWsgSCg&#10;o6iohAnjNUpRpGngEToYlQSrJDdnV/JySVtYg3Utlt5dCQIza/xA+QHCn/FnozTdrYiWeQgJpqtC&#10;OJ9a1qPsp1HZUZlkYKWQ+liF9IHGn6fS3HsWdr7g3BteWL7WvrRA0rHQ7SBI49TNruWJDSWuf6E2&#10;vx7ZjiltiNRJSvn/AKuHQZ3G7sdyicNGvijzHn0n8xt7D5tZErsfSTF0ZNToPoxuD9bEgj2bjZne&#10;s8ASOrqSrhdI8tSRqVrlmuqg86j7uJLm20PaTsEApQE5FAMkEHIGaEcT1Gu68tRT66xDQfkP+K/a&#10;Oi3bw6AxORE8mPjemeQ31Usas6gG6lC4LR6SOLG3+Hsw+3eyMHlCkrVf8PPiRTFTMXonsyFGMAdL&#10;k/QCN0sOSPY02Pny9sNMe41a3VAFGSNR86Vrwx/CK1pinUW7/wC2dvfKxt4AkpZiWzXzPz48Pz/P&#10;oPpn7K2BpgFMd20EbkwQ1xq4shTUyehlgybs7P4oRpCTrKC36WLWPsVcJuaNpYY3gcwlpHTKUspq&#10;qFEIMifcMQJ6VSl7h0AVjxxb3JVhzJtu9aIomCzNwQ5qeJoceXmaDy4jqD+Z/b+/20TyxgPHHTGk&#10;hs/5angAT0sMRvjDZkQwy1KY7IzjS2AzEkVFlDKtxOKeMu0VWkTKTeN2uOOCD7ETG5emqjA5qIDL&#10;FKBIis0i3DlUJKsshDqQeDzf2Y3FsyalUEqRjhWnGvp1E+47NNAQrIQrLUGn8vt6V5d4GYLG0kLx&#10;t4pRwXVgFYC4trj+h/qfcp6SISXh0yBmdDECyorFyXN5Cxdz+VFx7bSQkHXj7c1/zdFBt3JAYDqf&#10;DmNEQMvotpKljqdlChbA/QKQP6e0Jl5KqB4YChaOorVSeZlZZHVpYwshKABHBbUT9GuePYhshFIj&#10;OWNUjwMUr/mx0tjsQ6SszkFUqB5E9LPFVccyiRC3oj1pGD+0OP8AU21WJ/x9vFHs205yMksUsxET&#10;s8rI9RJFDGyuiOBGuk6W4sTzx+faCbe1EQtgpCUIFKgVPyz/AIeiaW4IiSArRRwA4dY5txwoFhQe&#10;lAIwI7rGXfhSsdy9/wDY/T2GvYDfuR01IsvmqSNK6GQU9LAHaMHkXi8gvxbgH66l9inloAIZZQPD&#10;QYPEksACftpj/iujfZLJVZp5mHhrXFPMj/N0rcPMXgLSHUselW/1Wt/UbcngE+27bkM9IlXmZXkW&#10;np4S8LVCMorK9oQkKR6ygZAj3021XX/XAVbrNHMYrKNazM2afhWoqf8AVjPW91iSbw7aNP1C4qRS&#10;ir5nz4f5epNTUC6wD/Os1yQbBY7qSRySHHHP9L8e1pgMbSRwQZzdKRVGSjlmjx+HqFIleSfwtUZD&#10;ITM6PCksMMOmIhA606N/Z0kOblM5ney2rtg0gPKM4BxGnzrXWc5ag9eiy9GiSa3spq2gA1fYGJFP&#10;QqWavGhbpor6yrlqBRYwPHTqoepyCOGDITb7GnCqpDIRdyf0k2/x9pfM7p/h+Rp5J5v4pMyENDTm&#10;n+4qZIpKWnE58gWlWOiSeRyglUiFvSDyoMLbbDJC3hW/hgsB54B4nHd8/M1B8+lMFqlzG4/soQa5&#10;Hao0titS9XoqrhhUDUwBqHeioSIgsSCIWRizgFjcyksxGnUT+b8+wv3Thd6Z2u2huZcJUYGgO5DB&#10;umH+KUEzU+3MBlHyGGyUM1FQS19bXZpaaeJaSnnU/Y5QieBprNShK9G5XE+2mKsMa3AWeMOpfw43&#10;dkkGhS1Co0FA2Y7hlcEr2ijab7ZLC23jaxfLeX30f+LdjrqnmQRyR6HYKqQqVbxGiqZINSOqsVmn&#10;U7Qw+WMSLIV1IqMv6pZP1ajewUBOP6X/AD7G3bKPufE5qm3BDDBNjqmppBVUQqJaKvqIo6aqhyVN&#10;/EXWelqMTWUzI0MbOsM4P7jNq8adjJM5hmgjYMVyK6DpbBUaQahqYaoUjBPmDdxmXYr2yudqb9OR&#10;FdQ2HRCW1BtBUMJFNAzAExn4QGqzRXWieIwrrZwgUsSWT0zkgGIxqxW3OoEH8i3sjnyw+Lm+e791&#10;bNq+ut/ZvZVHhskcxUwRb3yOO27j8nLNLT1ecw+IoqXI1WL3D9lXtIhojTU5EToWikmMwAvO/tzu&#10;nMd1t021b1PZxREOR4riLVUgsihXIlAY6SugEFwWBfUuQnsv7zcvcgbVzDBzRy5b7hPPHoD/AEqP&#10;NJGqKUilk1RCSGqAESmVh26RpjRA50NQtNC33BaQjSQTFHrYWVRG0pVQRcfQksL/ANLD2Ded+KG3&#10;Nh0eA6q2Zks9uHfO7N9Yff3Zncta1fT7rxO28HViqxryRtRZrC5yhymdxUkBoZ6g2eUyyr442eFq&#10;39qre1hh2TbpXbcbq5S4uLx3KyxRoxZTTS6SlpQIxE1VapkKGNS6DGD3v3TmOTc+b+YbW3tdhsts&#10;ls9v2tVXwJp5gFajBo3iaKGUOZlTQQCi1l0pJPp6hp2eaVdMK+hISVtf/VBTzrANr/Tn2b3bG5uy&#10;6TsNYMXW9eR9G4zATY2DF46HJxb2pt4UuSSiro6iWHzYAYxZYKo1C3SoWoIRvUrFpuTZNy/erRwR&#10;7eeWfCOgoJTcifV3KWDCAxrRgezxNVMYZjAt/Z8szct679N1l9wpJ1cySmP6V7YrVGCUE4lK+HpJ&#10;rGUrpIGhRhqKGneHlA0zSXLNYngkqCbAgJYW/wBb2Yqi3DT0lHFUQlqhXfTcS63D3NwRpXVoS7A/&#10;i3+HLlxtsk0rxuwWnlTy6Av0T3UrROQD9hqB0xTUjs2k/QW4IFzb/H6ke1fjszLWtHSQTx6lP7C+&#10;VHlVrfvarnShX8cXHskubFLfXLIuDxx/g6TzbeIW1uuemSpjSJXeRRwpvb0cX/s+lrsLfT27ZLHy&#10;zmOUXeZoYxaBo2S5jRmsDMockC5uDZr+0VtdRxhlI7Af8v8Aq/Lq0TxrgDs6ZqWuERdZFIsSV1KU&#10;azeoEgsw+h/ryPbcmLELNFGsrTrpJkUafGrqNWnyOhANiOfqb6fatrsyUckaD/PpdHKAK17OuFRW&#10;l+RZoje6/UNc/Xg8+1fRUMBoojAykMNMpMMazF45mYjUy2dWJ/wIAHsjuLmX6hhJUZxnHD06SPNR&#10;xU5+XSXqqipaplMqyKtx4wT+0EIsgUXLFv8AY/7D3CQVNRXCkUSRRo5YVjFj9vBGzRSTxqp0h3uY&#10;782t7fbw0h8ViGenw+p/hP8Ah+w9GWsiGM6uP+frDJ9rDBLPKsdTK6hBTBSCw1q6wuxZuA8Ykvxw&#10;bfX3jBngmURTSawroNDsqEpIw13vqYOgA9RP04/N7qInQl4x65zx8vTp9aOgLqD1gcQyxt+xGqlV&#10;PiezBTY8LyPp7nrJ/EzFDUKzRpoEr8F7KIwbm3qCpe9vyP8AYe2Cv0oZ4/iNSB9vl/PpRGVt0Zo4&#10;gXP+X/Y6TkkX2LTVAnWMyMTAjtJbWRKWK2bSqkjjj8+5k21fuA5pJlNG6hbxl7qpYhibEaPp6iPa&#10;dN3WLQLiP/GB0WtuBRl1x/qA8Os9HuKnVEiqkP3o1lHJVSQoDAJcsSpPA/r7bKvMU+yoVekJyNbK&#10;PGI0ZYkijtZyHKMSwtx/U8fn2shs5N+fTNSKAZqc9NNFNfksw0R+vT7SYqXdciw1SCkpAwlMjgs8&#10;pU8Jf9A/qeOfaKzm8qbNY5vNTmGsZnOioJDOEBLSELoK8uqgEj0k/Uez3b9kksbkFJQ0NBwGP8vR&#10;dJt09vdVVtUZAyPt/n0KeDwgxrGOKUGEKGAjTQF+mlBq1XC8e+tn1mQxdKtNBShBNMkU0qrIaeJE&#10;ZVJVlDaLqxYfW9jYe9b3DbXUrSPLhFqBip4/8V5fb03fRQzzanmIA4V/4rqTlooKlw1TLp0LcA6b&#10;cc3Nx+CfYu4qoFM3heRzFrDIuvltQL6gDZxa35X6ewbdxeJV1UA0/wBX+qvSNYTQmlD0F+fRagNL&#10;HEiyopAfSQGS1mBNx+T+Pa+q6mmSgpyXDnxLJNGHuVeQroDsvqVVW9w1x7DcMUrTygL+LHRbdJJp&#10;kqMDpD7bp5Wyzpos2olJFX06RfW35udR0j/H2HuQzH3VTUwY9CkTQzQuGUGNGdAjvGdP1Njb/D6A&#10;+xLb2PhJDJcmpU1Hz+R/1DoMSowZi/RgsdQCnghaqAZ1MMgItc+NvIoa5J9R4P049gdvOnjjp2Ms&#10;sijVI7KQyxehm0ggNe4VeQb8/j3IOxSs0gCKvp8+rW82mWRfyFOPS5pLsALKD9fpb8jj6/1PtH7L&#10;r6JtxUlJTwytJTjz/uG6GSdUjQKALl5Sbn8j6fQezjf4Jhts08zjS2P2V6re+KqJNT4mAH+DqXVL&#10;eCTUVAET3LGygBGvqPNhb6+ztUjeHDwSMrJKxdpGkXT+0I1CJGxUl0u3uB5qvfSgEFOpC222Y2tu&#10;NPl+fRCd55COTfGThEySwpIkdOIpPII59JMmvgKOF/FuR7aYPF52qXAcLo0Jf6GEEIQP8b+1sgKx&#10;rCtK/wCfoY7PtrzzMmk6egu7h3t/d7ar00FYtLUzCS0wcLIYpYx5LEMt/pYW49wjSPXVet7hNWtm&#10;b1NYBiBfgcX/ANv7UGdLa3qTSg6m7ZNmCiEU4U6q77Y+Q2P2ntfIeKq81dUM1JRQxyMDqdlWWokT&#10;WXdYlW7aQAQbEj3OelSIqiWBtybWFha5P0uTf2wlx4lWLY6Hq21vZwNJOwREBJJwB1WnD2TvLsDO&#10;PDRJlc3VZKq8NDS0cc1bU1Us2kx0dJTQJPPKRe6oqO2m55tYoTdGbWgSSlpT++VOuQAu6urAmJFU&#10;H1MoP4PH+39iDarFrkiWY/p14fL59Qzzx7jRojbdsVz2Ff1JAaDiO1f6Xk3yrTq8H4EfAavkmh7Z&#10;7623pq1qI32rsLMwrMtOYwsiZncVNJIYZJi8d6eldC0V2Z1BsIigdk9hV2Mnij0fcVjyvdJkgqFp&#10;Qp0iI0kkUscsmo6irgoRwwIupmblnlq3uopH1aYQvAVBY08mGfzGR1Biltzmf9Xh88+uSf8ALXq+&#10;TC4elxlFDS0sS08MUSxIkQChUW5VQCCFChrACwAH+x9hDlYMXuCN66prB5pEMk8UJjgiZ2I1II4N&#10;EagE/QKAPxYcexxZNdba308NvRAaAmpP7SSf59JYNyvbFzELMU1UBINftr/sdPqqFFhf/Y+wpydP&#10;hsdO5p44k0nSxqH1A82aRVEQIA/xYk/4exhazXs6frv2/L/LnoX2cl/fIokYgEcB8s04n09B137n&#10;4ve0GHjaWmpaOrQIUEziRIyCQT4goHIJt9T7TXWyfvBtDXTITQ0BFfP/AGekd7yxNuLBJ5pYmrWg&#10;pX0zg9e986ns+tryqUKUlPKkl5by+EoukMY5WJkP6WDWF+PqOfdIuVrSPxPFlMqjBAznB8vOhGPQ&#10;16rb8jWtorNdu7oVNO2tTWmKafmOPXvYK7i7c3hS98df7UzlZuyu2/umDIR0/wDdynxx2FDiaXFU&#10;n3lTuTOzw0lcM3ha+hd4aWEAyCtp4xUQmXS0MbxPuGy+5ex7Jt+3X7QXschj/SUWioIquZpmDNHO&#10;jxt4aIrK4ljDOrEI8q7LyBy5P7Uc18w7ZabfHuu3tGXFw8ovmlMrCMW0AZ08CeOQI8pPb4EzmF9A&#10;ce9iDmO1qLY2/wDb2Ao9v00m285BV1FXu6u3NtqlWkqKWCGQwZjDbiyuO3DmiAUYPQLUmGO5ZUCh&#10;fYm3K/u7Pcts2m62tniuw+uYT20awtHU/wBnLMkr1WhHhrIQCSwAALBHauQbjmjlTdt4n3l13q1Z&#10;VS0S1uX1hmIrDLbwyW8PnUT+GGYjRqJr172ZLa+9+sc1T/xGKvxEsVMtVrmxdfSVNO9RSM5qIJJq&#10;SokH3EMwCOhfVGbg2+oSS228XSU2y5+pheQoGU6gCMEKQadpqpNeOMcOoj37lXmjbZRZy2Vys0hH&#10;bIjqyq2UYKyqSpWpDUIJzgY64nV+LfX8g/T/AG/tDZHuk05y67YpYZ6kRZGLC0MtVHjRLXwx6YIJ&#10;K5IHlpY56lSBUMtQE1agHUCx/LyVe/u2S7lh8W8VNehmKK5AOlWYq2kEjSW0mi5ofM4s/bYSGxbe&#10;ZmS2LRmWTR4hEZILMELAMyqcqChamklTU9cvbftPsfN7rwZXdGIn29lhLPBV0OTyVLXS08kMukGj&#10;yGJqJqDI0dVEVYSKwbkq6q4Ye2Nv2yd7eG9n2mWxuASGt2Mb0pgHWhZWUjuUgg0IDAMCoVcx8m7V&#10;sG6g7Dua3m3aVZXjiZFYEcHjkVXjdTWqkU4FWZSD172IezdnYKu3KcklBRQJm66mqsxNRQU1LNkq&#10;5IYqRshVOsbS1lZ4KaKDW/q8QFyVUKCvcZv3PZ3jWUCJdszO7aQGdtOhS5UDUQoVanNFUVpjoNbz&#10;v+6rtabfPeSsbeMpCrszCONn1aEFQEXUxYqKrqLEAMSeuibAn+nt97b6hwFXQrHQSR1z2SpihSOO&#10;pWnsQwDsI9CSv4z9C5+npX6+0/K/NU88jw7pbAQ1oS+dRHmA1eFeIoRxr09yLzTf2dxG8s2k0oT3&#10;CufPPD7KV6xJLqNiLf8AI/8AX9kbyoOCSTE0xaSsaWKKpqY5NbBgfAiSzM/lkmgsFZC36jxYliRt&#10;d7um3wCC1l1XD6dclSaY0rWpJOAK5qSTwJ6yt2yxG7fT7jKmmBUJVTwydRK+QGcf4es3ufhs02CN&#10;VTQURra8rPLUVlGsX2yFUYU8YqmmkJqJgqIw+t/xZfalNxLzyWP0jSyoGZjGD4VQgNGYk9xIUUGQ&#10;x/Y9fbPHeGO5nvBFb6QqpJlqaqntGkhRXtalDQceve3dsrUZWImipZayrEnicWciFiqPZKiyQrHK&#10;XNzrBvfgfkRRXMCK7xNUJ+EClTSpBrxoAR9v7OimK2hs5C91MqWwBI+eSMjj5de9qHC9R5Ksq6Ce&#10;pnpqZJbVDmnRGmEkkRdoixCanXVZgSfqLWsbh693TaoSzxwkyo5JpglsgkmtaZPzHAUFQaXHPECR&#10;TR28TMwGhaigA40Gfl1hadFUnngX54H+39mNp9pLh6bE4bHiWKJ081VNE01NVZKXQoghM9NNHPHT&#10;R3DHxgazIEvxcxpuu4T7tNLJNJptENKKSKimACCCKnj50FRTj0S7DdRXr3243bI91UBAyh1iGanS&#10;4YFj+GtQBkg8Ok/XVxOsmwVAx44sCtgbkkcn2LGF2JSUqqn26ytkGjMshRgIUF1CyM7gRU0IJWJE&#10;uqrzcsSfYcbcI7YS+B2KB68aYFK1NAPLAGaAVNd3+93V2WHilUjB00OPtoa1J4sTVifOgACAqc8q&#10;RyOJGXwRsAuoAzut7JGFHqla3+F/a1qdt49KGSFYzOiQyIvkbQGZAXSRxHI5ZWYAfpYf7STb2Xru&#10;1yZ1cvpZm/1UrXoit4rq6uqRxM7SOBRQcfID/ITk0FR0zybuFGj1VZUU1FFAjzT6qiRCkEKGWZ7y&#10;QrEAkaE3ZkUfk/1DmLraLMSy5XddLjcTgqIvLJUQPUffZCKCEeVkaukeOioZLm5CpMQnCgEN7vc8&#10;57nYa7ezdmuHYBBg54kkjgB5tQBeJNOOVPtr7O3u93VnWWZFYVKOo+Rp2V0k8DqZgOB4dVqfMj+a&#10;ntfpOkfr3oqhftvuvcE38EwlJRSiqwGByNZ5oIKmsWmD1GZrqV9LimiAg1C000YFjEye6MZhsUYc&#10;BTUtJRx+U00DRPDGQ8jsi08UJDPM5Y21C7Hnkk+1o2jxnfd96KyThAwJOrOkE5PqeFKmma5oOoHJ&#10;G2WvKu3WOx7LapCsdQxWpyTxOcn58eNa4pSkPj/vvv3tOs7C+Se68hu7dNVHjXyVechTlKP+GUMU&#10;VYtTUPRQ4qixYkpTpho0SGn1Wj0IbBd7RgzNBiWn3A9shV2l+38SwrQwyDUtICoVnkUD1m/JP+v7&#10;xT9ztysOfd72fbuX50ntbd5PF8MEh3OkULaRURsGofMl2BClR1kdy+ZdusJ3vHJZvhU/h9SPt6oz&#10;+fG7One8u6sDtj444+jqOvtknJYbIZfFVGRyTb5y9I8EcuRdqx5guHp5EdKJoWIkhVnDFHCoH3Yl&#10;ZHHDPUpR09TNELQs4j8qzKGaNld14eMn0G/pP095T+1WxS7Rse32Et66ggM2cKpAGmhrRQBkDjnq&#10;P+aL8Xt9bEMEoQNQ8s8T9nHq5H+WF1rkMJtzFbfr9yZvH0mQnM+RxtNkch9hVY6tYQS0aUAqUg8M&#10;3gSGYIqgqxvfU1wL6d7i2dTPuyPelZQ4Dc/8VY4mXNFaKOqwa0MEcdNQ5OpKU4MNfDUPLEWBbyhh&#10;c8K573+3+/b/AL5yZY7PePLyj4QadY3GgSCQlmdFYMzGIBUIViorUjVQS5yJvtvYWxtJpUaZ2B1n&#10;HlTBoeFM9wP2+Riv5uH8vf5Pd173+N+P6Fod37w+NtNtf7DsHDbFqmr6LB9hx7pytdkN5bi2hja1&#10;a7JVOR2xk6SkxdVDTzilWjqUYx+UeWPvLORdq01bsXY1RU5mv3Awpcnn8RTyT4PbuPlkvW5DJZkj&#10;7O4gVhFHG8kk8h0qv1Ik7YZNs5GjsN+3iSKDbbQARRFl1yMuEREGag6SagaVzTiOpIW9hvBNDZXG&#10;uQk1K1IzXifL+eejAdNbbw/wSwuD7z+QC0HWmzOvcWYNi7D3FX4+i37vzcFJivs8FtvaOy0MWUd4&#10;DND5nqxGtJDeWR0RCQJOJ2zTbLwi4mgUqY4ollqlgMTVJhjWOGWZluv7SqVRFsEX8n9RL7nd35gv&#10;jezkaSSUFagAmp0/Jick8eNBw6NuXFktLqOJ6hWOfmPn+fQA57uub5JdlU29c/LQNRVEs/8AAsIc&#10;7DkKXEUk4WWugxMEBgk8dXFKPuKl4SaueEm5iRI1YKvL3VogTNKL/kkFh9AdRa3+8H2cwWYFG4J1&#10;KYcRxgefl0Z3b3WtNTvFkVp4MVRSnyymKNYy8T6BKInTxhgEFxqVgL/n2QL5YTvno9u4T714qxs1&#10;E4pI5YfIIJoGWWfxO6+R4k9S8XWwvxyY3+8FsQn9pWv0R2MO5QNpUVaQBJ1ZVU01FQ+o0rgk+VRF&#10;vOd0st9YWTyqjMSST8IoKg/5+rgPh5t+Db+38zkaSlVKOqiWIZB+Gk8MjMsYc2sNRJY2N/cnqjb2&#10;H21QR5RZmpaKmxYBFYtMjQ01IPLPVzSxsADWNeV72SwHHPvB+Gey8C2SG2lt7aOIVD0BHmSQBxJy&#10;T8+HR9yRysNlhu9/vNwjZpa6aZUIprUeYJHnWlKdZu8M7mdwp/dilgWqrJ8pGlOlA1ZKtVU1jLDD&#10;ShdCeSKnjYoSDcMWsR+AI6y2fkfmH3PuntfdVNXQdIdeVMW28BFqnWm3bmoqgF8NRzgCGOiNGpmy&#10;rwfurBKkSFHmEiHntLyC/uvzbLuu7QOnKdmSKUIE7LQ+GD6UI8UqVNCoBUSVHN379/3rT7Tcv/R8&#10;uyRPzxuoaO3TX/uLDRgbpgDliQfBVqKzAk18MgmD6w2TjOtNq4TYeHljNekEuVzdSqq0slVVSL95&#10;WzEkyfv1KGCAsTdYzwQlgezcObx+Dw9WmGgp0oKQptbG4+gVaejppFgDVksdNSFKeMUkRSnRFCiI&#10;qy2ANvedG7bnbbNt0q2KR/TJS2jjjoEjIFWARewqFKoAV1xsjBSCzDrgbaRbrzLvS3vMN3LPuk7N&#10;dTSzMXlckkIC7VZqkFyTXUCpGQSRbRFRQqgAXJ4Fr3JJP+ub8/4+xSoKuCl23SVFOhhjWih/aMQh&#10;0MIUBQxLbRpBHF/qL39ibbI1nFuqKFTQtAMAdoPD7a9RrfQzT73PHM+pzIc1rUajmvXP2HUUUmYq&#10;J6uZmMKOwUckXufqCbm39Bb/AIn2LJXFvH4aAeJQf6qf8UOhezJt0MUCKNZH2f5qde9pmPLz7lyM&#10;2E2ii1EFM80ORzXrfG01THIad6OjeGPxZSsiZHEqpJ4oXGl21/tEPW+6JdyTLYOGhU0eYqTGrA6S&#10;kZoVncEMGZT4cbAo5LqYyfybbb7FZR7pzGSsrgNHDgSMpGrVICdUSGqlSRrcEFV09497GzbmyKLD&#10;RJUVharrZEDSyzDXOzj8n6JEL/RUCqBxbge259yZ/wBGFmxgsTlj5n/YFAPIAY6jHeeabncpHgt0&#10;EVoCQAvAA/4ftOeve1hHS1ta3hoaZz5G0qI1JuSRpsq2HJ/p7QSTQ26GS4fIFSSeg001tb99xMCw&#10;/b10SAL/AOI+gJ+pH9P9f6/QfX2Nez/jjvXdLwzVGPfHUUvr+5yUctNHp4uQjos8pNuCqMD7AO9+&#10;6WwbUHjimE06+UZBNf8AAPzPSYbne3DeHt9k+nyZjpWn206DzdPaeyNoR1H8VztG1VTkhsdRSJV5&#10;DXpuIzBHIFhf/lq0a/439mT278VtvY1Ijms01Q6nU60lHFABY3CrUVBnZrj6nxr7i3c/eDdbssLC&#10;w0qf42av7FFP+NdNvtd9cEtebsYweKp5/YxJ/wAHQGV3ygNZrTauz6utUnTFU10sp1n6XaloIZlT&#10;1ccz/wCx9jBj+s+s8JGqrhqOZ1XmWtL1bMSLFirnw6j/AFCC/sFXPNPNe4sWN9InpoNKfZUE/tPW&#10;02nZYgfGAlPnrZzX9jAfsAHy6RVT2L3luaRmow2Chc8QYylpYwg1axqnqFrqktpOk2lK/wBPbsK3&#10;ZuJXRR0WKpCoA/YoqaBv6fWOG/NvaP6bfLxtc9xM9f4nY/5emppduthS3giH2KP8oPTrjto9oZsh&#10;83n83IrXvDVZCpmRhYMGCPKY0UseAAALe4NZvvFU9yHRbAfoIN/r/ZC2t/j7UQ8uXUpoEJPRXPvS&#10;KSsQCr6DHS7xvUFW6h62rMstyCspd3AuPVqL2uP9a/tJ1fa+Kiuombi4AFx+f6gX9nUHJt2wFQBX&#10;ovk3e5kI0Kafaf8AP0tqDqnHwgCUoxNtQKqdXBvquCTz/j7SlT3NjRcGbT9fU9+LH/kE+ziLkacr&#10;XQD0hkvdwOoIDUn16VNLsHC0xW1HA1vr6F5Nvqb35v7T0/c2Nl1FclCLAmxmZeb/AF/UPpf2YJyX&#10;NEO6Afy6QyneT3fTyE/Kv+Y9PsG3cXTrpiooF55YIoYj/Ukgj0k8+5NH2vSkArkYLMDe1SPofqLF&#10;yT7am5Qc1pb1b7P8o6aW63aJjrhlAHrX/N16fbuMqRpmo4HH4BjQ24tcE3N/appO06ExgtkYyD+k&#10;iVbf42IAv7K5uT7oNQWxH+r7OlsO5X6k6o3r8+mCq2HiJ+PBFEp/pFE1/p+ShIsfc5O0sYxt/E4P&#10;9bz6v+TSLe0x5Oux/wARDT7P8w6M4t1u6Ve3J/af8Nf8HTPL1lijykUWn+hiQX5+oKIDf3Pj39h6&#10;z0yT0FSDx+945Qfr6bSKwP8AvXth+W76DIikUfIsOlC7tWomtMH/AFZHUCbrZolU0NfW0djqBpqm&#10;ZCCpvxdm02/wAP8Aj7yGp2Zk+KvD4OdnIAkWCCKRb/WzQpGefdBb71akmC9nVfSpI/nXrxk2qYAT&#10;2UZ/ID/BTrC23d548aqHc+V4/Sk8xqk/wukyup+v9PbNXbA2PlCTTLNjJJT9IZFmgFySCI5QrFf8&#10;A3tXBzFv9nQSlZlHk1Qf21oP2dMSbPtFyCYJ2ib+iaj9h49Zotx79xLaa6hoMzEqD91klop2cABr&#10;vDE8Qdz/ALTa59o3LdLzhDNh66kyKaWYQW+2qTY8ERyOys3+AP49n1nz2hJS9tmjoeI7h+3FOi24&#10;2HcIEMlrOsq+h7W/mSD+3p6xnZuNqJftsxj67AzWA11KGopC/wBCPPTozIoI+rqot+frYOajZGTx&#10;dRpraOoh0sbeaB1Vrf6litmNv6exVDzDZ3sZMMyn7D0HLq5urdStzayRv8waft6X9FkaHIx+Whq6&#10;erjH1enlWVR/r6SSPcqTEU88HgqYY5VsR60BYX4vdgbce2VvJI5NcUpU18j0SLuM8UniwzFTXyOO&#10;pvtI1u0pcdJ91ir6EOpo1uPrclRoAuPZzDvSXQaG7PecV/4voRW/MEd6hhvwNTYDen7a9e9uVNV0&#10;tfT+GpVBMBp0kc3Nhc3N+AT7SyQzW8okhc6B1VbaSKQGNjpHCnXvYO7y26nkaSnT6X0kDm6kkEEA&#10;XJb2Nth3MlAsrd3+z0P9h3OWIaJjUfn172Fv2sv09V9fi/zf+7P1f6r9Wn2L/GXjU8K/lw6G3jx+&#10;uKV4+X/F9e9//9AnO2/in8FOppI6ze/Y47WzVETJHhMfPJnFnq1XT5Exm2TLKKhCOFkrRGP6H3l6&#10;nKPs9ysTNvvPA3G/TIgt6vrP8OqGhH/OZK9YzT8+e8XMy+DyzyQNrtWwZ7gZSuCQZgFIIz/Ylv4c&#10;9bddZ238xeyb47YvUEHWdDVk33Rux4aeWggP+7xJuHh4NJ50YmaQ86VX6gw22u7sDtiE47of4zVG&#10;Pp/TFBm82lHtelZUV1Wapp6GjrMjUoUY8TVAbnn6n3a192OVdg1jk322AkWoE1w6oT6ErGpcjj8c&#10;lTXJOeiS89s+buY2R+ePceSS3bLQQhmBPGgZnEa0x8MOfyHSNz/xq3du5on75+TSSRhWmm23hmky&#10;ZjlLwylqMZSqjpqeUOAA0GNVCLWXgWg53LfIjsGJV3D2HT7Ew8h1Ngti0SUw0G2mOasmZp5ygAKn&#10;VwRf2Dd79y+feYVeG6302dmfhht1EaAVrTFSaf0q/Khz0Idm9uOQeXTrg2UXl9/vy4JkNaEEgUVV&#10;rU8AR5Up0tdsbK+NvWkwn2zsNt5Z+NTE2493VElbVzNdldkWtiengjlZ2JWKnjFja1uPbZj+l9oU&#10;FSuUzUlZurMyaJJMluKrkrqiSUHWTaaR2Iu35Jt+B7A5t7dXaWVnluGzqclsnjUE/wCDoYx3Lqqw&#10;wQJFAooFRQoAHAAKFH8h0p6vufdeRhFDhaXHbXxlP5KenpMTCoaGFSBGIpWjVIGiIJBjjT6+xHgp&#10;6Khj8NNTwQJF+lIEESheLLpBINv6/X3fxiqmJFAUenTZ8aTjgHpF1M2Qykoqq6apnkmJM8tRPJUO&#10;7gcMzyc6if6ED/D3kNXZiAQv5JvcD/Dj2z4jCgPTXgshK9cBjiyepSSABp082J9Q/p+oA/7D3iky&#10;KxDhk/2JN7/7D8e7NK7ijHA6cjt3kqCvb1JgwZdhqiY/0svAH9Dxf6+2apy4IddQH05J+oBBv70d&#10;R4npelquCen+j28ALiMnm30+nIN/9hb2w1WXZybOLEEfX/En/be/AZ6XJbqD8ulPSYFEAvGQTz9P&#10;pz7a/vGkawP+8/n3Y0ByelyQtQAcOnf7BYk/TwB/S9/959vdIjOF0oZJCVEcagku54AH+t9f9b22&#10;zhQNJz1uNCCxOMdJzItFGspkkEEKKXlkYhVRFZS7FibABL/X6nj8+x+2tSwYPGrdi9XKI3qpA2rS&#10;7A3jtY2UXte/0Ht+LTCoYnubpJcapKgjt8uiEdtV+S3/ALnEQTwYuikmjxFE0bRmoii1J9xH6l8t&#10;SzC7qR6QTfj2rFyEX18qqdF+T9G5srH+yTb8+3FapJY9IxCTqBXoHJtrVxS32Jbxu8bjRJKFULB5&#10;GiMMbiUKsw1Ac24+puO1ySumoMWOoofUVVXC6ioI4YW+h/PurVZuOOmJbIuy6j2/5qf5+sp2c0Mw&#10;ilSzMvlDhAxaFpGUSGKRY3RiRypAZfz74NXt6bk3Gq49TKt/6tb6+25pAoGcHj/k6utjEFK0yaZH&#10;H866hT7FB+fUmk2/FIpIiW30D+LTI9mKn0j02X3GetNzyLsDfnjj/ePZe8hcmmerzpBGEqeB6U2P&#10;2+um6ouhGCqXjDnVqP6Qf0keyc/M/ef93On5Zlk0/fZ/GUA1EqpYwV9QBc8H/MEj/W95j/ch2SXf&#10;vfTlK3aDXCrOzAiooimSjD0Ogg/KvWLv3hLdN1Xl3Z1/0W78WnmVjSWp/JmX/eh0fH4dbb+03VuD&#10;KvANVNt56JJwmn/gbkKGdVP9C8dKeP8AaD7r4+OfaK4btHZ7VNQsUVflo6OZvJpHirlkpZD/AE0j&#10;yj/Y299WPvu+3i7r7Nbhuyw1u7QqwovBSwHl8wpr8usf7bazsO/bPv8AEtDaXcROOCMdDkn5KxJ+&#10;zo7m/wDBDc+zNzYDxiVsnha+CJCpa9SIGkpOBz/wIjX/AB93Svly1/3HAR/qTYMBwLH86rmw/wAD&#10;7+fO6/QllXRUFv5+Y+0cOuhe2abmxsJPxNECfnUA1H7eqkoNlJBLIgp0Z5XMbDlmTglWKoyMvjVb&#10;Eni59xXzV/rM2m36NHFx+b/W/tC0zfwcehDFZx6agUY/4PTpxg2YgOpaVWkvYyEFlZQfw12J4/xv&#10;7CjtLE0e+NlZ/A1sazipoKh6ZD6v8ohRmjOngkn6cEH1fX27E4kIhnPa+Ps+Z6R7jFJaxfV22JYi&#10;JB89Hdo/24qp+0dDx08J9n7xxNfSjxU1S64/LJp0RvSVLCNS5It+zM4kH4ug9kArJvLhMfkqqpae&#10;r2+vky0vjT7qmqaCaakrJa6hFMzSU1RDAtQZFIATSy3S9lCf6G+qksf+f/Nnowuba23rbJoIe63n&#10;i7T5HUoof2Ej5EU6PzTt4aqWG3iEkriJB+h0eOKRCo+kYQlk44JB/p7ETb3ZH8A3DTVmTkJocjj1&#10;qcZXu4k+7jhFPNCpkLMDVLGNQQku4qWJJYEeztbuW3vFuEFF0VBHAgDNPtocdYA+6fsvDvm37vY7&#10;bERcRyHUpFAQQ6PX0FWyf6IPTrCylAACCt7rxdWDG6m35B927Yqpw+7ti4bNw/bZCD7aCOoZDHUQ&#10;/ZV/lqac3BIeONy4BtYDj63AyNkhttw5f2/cHpI0ZAcHIAcsynHmDqHpSnXCfmLZt75J5y3Ta5xN&#10;A4mbwzlGEkZpx4h6aDj5dZeDxx/rceyf746525juza3bGTw9J/djP0y1WOjYSJSqcosrw6YlKxkK&#10;8Wi1zqLgAewDv+yJLc3KxRKQo1jGCripHEelD11B9uvdb3K3v7qsfuDytzZcn3D5duyl1RUlea0j&#10;KhllDhqgQyLLrADaInJNanpilkipcpHC10WqTWrXCKsga2lbEct9T7CKXp3EddR5fK7RipsTWUlX&#10;JRViUGMoMar0UzCpo6gDFxUNY8cshWMlpX1adQIPsFbzy7DtlhHf7bIyFh3UAqp9QRQihoBXzPy6&#10;zg+7t78ye8uw7a2+QQm8kgqwBLAutfEVge1akMSoGBipqOkTuitVczBgcrQR1mNyMXnppZWlZZKi&#10;J3WSCaOZ5qOQJCS6gx3Fvb1sLcO4Nx7x2xt3J5A0cebqPsP4okuYqkpKkuYfLUUdbm54pVjCElVM&#10;ZYA2PABLuXtznfc7G0uJP7Rwmtmao1GlSCSD6+XDqSfe/crX289subue7HaRc/uy0M7W4KxiRFIL&#10;KriNyjadTKSrL20KmtQnv9F+1Kw1MUNNHTxSVIj8K4zBRQrHIV/ciNBi8fKFMknJZmY25P8AUYlx&#10;WYiiypfLa63CZXJ4mupxTYmCTVi66rx7vG8mJqpxEYYFe7gOFkA/reYb7k/dpeXdx5g2/dEBtkJK&#10;FU1uEco+miv8NAx1U7WBxnpv215i2nnPlflTmiz29ksN42+3uYCXkYqJY0kVCQyIWFWQ0oKoaAYH&#10;RWt9VmG2n2ANjZLCFKZ2ianrzNuGqp5Hq/DonNEm5aCCM1lSyqojBCNHwACbRMdtR9ymWSvp8e8V&#10;HJFCv332tczM6FhIirgkIV3/AKyWufwPb/tN7e8w+58e5XabhaLb2kqoxl0lwWFQAiRkEYPEiuR5&#10;dSsllJNMkFtdEMzVBCstASAM+Ianz9c9J/ePZVD13JRUmK/jMlXkKCSulTGS5fHw0sUMjxmOSaTe&#10;EsjswX+zGdI/N+BnHT2z8bM9atJh0mmVnqIqXbG3acTuDYGWaHFJUyHUzHUW1G/195PbP93SC2RY&#10;15pliJHd4NtAgLE1PdQsRXhlcdDK15S3a5CRtuUpRjSmf2/F0hKP5C73zPmo6aiqqUefxxZKo3lv&#10;GqniLINMiU0+4paK4Q2I0W49ueV2hXx4HEtiqybD7eqslVY9KagH21KamKCKsmhkp4Xis9SkkjWJ&#10;0nx3BNmQAfcva3eLXn255Xj5juwn0hnSeuXVAjNFpr8RVSvxFaAEAE4xsvedNot/fPmH2uvNtEvM&#10;VjsUW5C4dgdcJnaHQoYMwKHSAVONbYUkHoWcJUVFPsio7JzlHRbmy7bhl27UGvierqaTxY4SU1Wl&#10;dVyVySQxxVICjxK0ZJUMLBilN47dpY8g+Gqchk6tKZKKWCqSuqaZ2VIV8KRwvNUU8ccQFiFFj9OP&#10;p7mrln2Q2rm3lmN955k3Jl8YgCOZl0iFtI7WMiAOBUjRWhHU0e30dvzNtSbo0axmR3V0GdLaiSSR&#10;prWtciuRUnj111xn66bGf3losNhMdJXHIwz0bYukrFSSpnMrSS1UMVDWTS+vyBib+rm/1La+3cDV&#10;RrJWUUlfIhFo69qadVAudYJpA+ofT9X0J9jjbPYD2326iXGyJejyNxRqH1ogjSvHivmepGXlW1U6&#10;nYuB5UA/PHSg/vHuuknlhos02GjkBcyYmOupZWcsF8YZ8hNGFa9z6fqo9was47HUsjY6npaCOLxv&#10;alhS6M1QVbSzKwGq/ICjn/b+5F2/2+5U2q0mtdr2K1tNQPdFFGjCo41Cj/iui3dbG3+lurYxLo0k&#10;1yDULjIIOPtHDp4oafIZCuply1XXZSWSV31VVRLIzKaZV1htRZiAw/VccfgWAN519gMfid3Yyhoa&#10;eGAV+08fmbBY0V5aqhg+4nZY1QO8gjYXJv8A4k+4GsdnsrHZ769SP/GI92uF1eZqqeeTQeWeuVPK&#10;vN+6c0e1nPF3u15JNPY897tZBmZnbw4btmjjJYmiIjoqjFFArXoGvl/TfwylxlcA3jkwe2I2VVAF&#10;5klabSo48kslNqb+vtDbVH8N7NzGGFQkayZDO4oo4JSVYRWJDqXSzfpTWP8AH8+x77jzP/rZybvH&#10;GxMVormlakSIVZQRwyVNeGB1nLzRtq8ze1/K17bw98sFtcECp01VZGFRmhJoRwz0CXcO4xj/AI74&#10;fsX7A5AYbCba3I5hlSB/DWSYl650keSMFtFVYi5uFPH09mAwOCptv0ebZ50qK2vv9qtOgtBJPSmO&#10;IsrFxKVeS5BAB+nvBe33ezja8eEVlkWgAIOWB0ioArSoBxkj16xy3jYpZ7ixjJrDCwqeGFIr6eh6&#10;ILuf5DZXtTNbLhxuEqcTtrHJrztTlKl4ZKijoMnDLWfaPCqM/nhpigJZxpItwLe0BTiOu7kweKjO&#10;ugwe067GFVSNSWWkmlijhGgKjyRV4e441ezvk6RZuadvggUPFZ7ZIkZ4EU0ppCjgaScfP8ukfuXF&#10;LZeye93NWFxc3mtznILEVyTjtHR8/j5VVUfWNRu+dpBlt/dxY7ctPFLNM/jiqK+lpf8AK3Z5JZli&#10;qMG5XyEuE/J4AGTsQpLtSrdKp3honyNGkMa3XxxVVUomJQkq8ZurD6kgcXJ9je8ZtwuNxRnpJHrJ&#10;X0qa6vtzpPzHWJ/Kga3tNpYRfqyxoSx4klQaf7bQOlbsOrln783djaiihiqZHxWTqXLMbLX0eEla&#10;CMEBStQ03kH9NJ/qfZFaDcGSxqin+7kp6VKSqNXT+SS0UKzTz1cswZkCsaNW1D8Ndf6ewFeRQW9p&#10;LcyyaTopQ/I1B+ygA6n/AGzbYdy3SDwrZXneYd1KngvD7KV6P1unDY2rpK2d6KF6thFDRSCBZC9X&#10;OEpaJVlHIIqCv+tb3jj3eNvbPxOFRHkoWoo4JpBPEwhaqjrHrJjTPG0dR5Zql5uT+QL8A+z7kizF&#10;ttdgJEHhCD8XEFtQYU+WosfkR0Wc+W0u/c27xvJBE/1TlVFTqWPQiUfitVSmARUHp223tpKnN1eS&#10;mMUVWznxRrB6CpljSIpO0jyLItPFGGP9qw+lvYbbxp/4vVbriath8CV1PSLNSyPHORFjY0go4Ghe&#10;FIQlG/Nyx1jTfgkhLn61S5tt3Q3IWBZVowwTojwg8tOk5Hr0NfbmWTaZOXKWrtcGNiUIrQs4DOcf&#10;EW4H0z0r6eeOBcbPFG8jSU/6TpKt5Zy0kxAv+5NPELEcaT7LPsHFx5fuTF42mnLPlMZQ0kc8biQp&#10;UZnH0VClLTwmISGVYcqsisFRUnkYKTYWhnkuxt9w5q2uwY9krxRMR5CUpGR61AbUDwr1PPujurbZ&#10;yVfXgFWtgZWBxXwSZV1f0WK0I40PStrJZExNTLLEIxT1csv6goZKeqaQSgnhVPj4v7t+zuLFatdi&#10;JqWH7QRNR+OYJNFU42oVIJA0UoaJkcxMpRldLAagRwemdlHD9L4TAGFk00pWg00p8xQnjxr1yDju&#10;I4pLe+Zz9STrJVipDkknIyPL9nSHxM6/bQOjBxLGrPpPIkGs8/7B/bK2UkjvDWUi3gaR0qELQGWJ&#10;2DSFZFV9P2+okE3FgT9PZ2tqmnVFNRTQU8gR094VtLGriUa2wfWvn+09PH2j62minlKzHyPE3Ko5&#10;A/Ta/psPcKsyVQ9JJJj614ZRaphk0x1MbaJFdr0s0ZLIUU/pIvqJVkPuwslclSAK4rQkjIPqMGmf&#10;8uKIVtoLa6jNzEGiqQRUjiKcR1Pip0ksssaut+Sw/J4/4n2z1+8YMHh6fNZyrgxyVFVR0YjpKbJZ&#10;HRNUIriD7Klo0qowoWXT6JFXgOfoGLL26stshQ3gKIx0iiu+pqMaKFQscLU1VaDNOnobJtzvJtu2&#10;y2L/AKTvlolGlTSpLvpz5UJ9OODmjx0aFkijZxoP00An6cDUV9per7l6ymzmP3HU900VGMbkmw8W&#10;Bl3PgMFt/M7gqaeqjp8Vuo5HCVOZoJjFBKSweN4TH5TGfGrGPd23nluWO0vrbm2C2EMpjMLTRIrS&#10;ujhY5lZWkUrRiaaSFBah7T0YRcm80RWd3tS8itKZYfEab6eaSaKNXVvFhKSxRsf4aKwcEI5o+kdH&#10;HVCwMkNKqFiSXeISyxC5u6BZNDyAcqLW+nsBO0e/+wKqfcmzOvNxZqLc9ZBtTOVNBtLJ7Fw+S2HV&#10;UOWxmNy20Jdy53PUmN3i2cytMY61KFqmojileOH7xUnEMV8487XM9zccvbWXbdnW3lAjNtG9qwbv&#10;gaWWQxTyNIr6xEGCMXSJpURikicqe2vKTrtvMfMO12/7uR54PEuY7p471WiZop/BigaS2ECMfCEx&#10;jQmjv4LNHrlx0ESpD9zAkyB9IBp3lM6OZRFLJDBHL4QEbi4ABBuRx7TnWe/Nz/IXJyR7GyfyP6/y&#10;MUuVze4htrf+Pj6xrN10dDiGzFFTU25qDf1NtzA7gqIKhtvQOZop5FAIpY5FlQPbRu91zx4l7sw3&#10;+zv4gzO0d1G1r4mlUkRDOLsRxsTK1stWiqGOhEJZBFzDsO1+29pp5ltuVdwsiqww+PaO16tszyeG&#10;7G3e0a4lhUp9YVoQpLEyEAGNW0NHQRJNURY6YhkgE1VRI1UKfUF/3U0OvRrN2FiFH5+ntq7L+Lu6&#10;Kz+9u5ew6rrjM7nh23Jn5d1na1bQS75ioakUke2shi8Zv/bFZiNyzR1cT12SxWHpvuqqEOpWV2hn&#10;c3v2/ubqDddx3uDbbncTGJDcCBiblULr4Uii7gMcj1jLyw26At4bB1YvG9+V/dra4f3Zs/LkW4x7&#10;ObkwiDx0ZLPWpImR3tJhJCArCKC4uWMaO2sGMLJFNo8nAVgSOOVVaV4wHE7hYY1J8wdw9oGC+kFi&#10;VB/p7QXww65y2yOzp6nN4XeklVsDbmczeGrshkWxfSy5CCenpaSrotwwO7VjVNFJPFVCGmyMAHlk&#10;czW0OQ+1PK0u371dJfW+4GWyt52V2lCbesrEqGilzlgzLKVSUAl3djToX+9W+bZzBylC1ve2Wjc7&#10;iGKTTEJNzEfxOjQNpCnUqOiyNESqoEKMarxzdSJKTwRyk/czQ07+Bo/NEsxYMw1usYeKwYajf/D2&#10;dDK7U6o7kymT3dmtw47qbs7Ye58vgsTuyDc0eCzm08vTJGkghmzVZFjtzYrKwSzyoHpo4o1lceJ9&#10;QllkjeLblzmW5nvdyvG2/mDbbh445VfRLEVY5DM4WQN3ECREjGr4WOmUwpt+7c2ci29rs1ttr71y&#10;puFrHI9uYTPBcIdQJpGuq3kSoRgJXZwijtBdVT1VWZDHJT00VJJlKSenQNF4mqYZVldhq0RLeFod&#10;Glw1hqN7gAkC7mcr3T1ZRwp2DsLFdybd3HiMLT5LcWxJ8rNlcNW4DEYV9z1mT2dlaSGDccWby2Uq&#10;Z6M4qlpL01MTOVWOLwpL3mLm3azaJueyfX7elsiStamjoVQeIZI2OlvEkMunwolPhqqyRqStCHb7&#10;LkLnKeRuWeZX2HdLeeRo4brw1jkjklk8BI7lHJhZEREkE7PR5C6DUTJIjI3octXFcdkJsDNjpKgL&#10;jshFSpFVx1pqKejhpsnS1Uj0ItSMJBNrYeS6oCQWzdx9P9Ud41HbWxDuKpr904rb+263cW5MJT5H&#10;ce1lyWHqa6rhxcm36ebKUmI7A285qVqsbUCLKz46rQQySCQaGrt+Xub03/ZLnbykvgxJJMn6iRtE&#10;zFBpWQwiRAO9dCTCG4RQ5BYRscqc1c1cg23KG/jbkXbJriZYoJCIpyJQtZfEYK8lrOKMk6O9ss0b&#10;FlUhfEb9q7vzUdJiMnVYs0GNyNTWU1Jja94hkEj/AG2FfDUv4Isniq6CaKVamHVHckPpZfUT2XEU&#10;2A2Xjeut85zpnEYnaPY226XrXcm3Mvk5clkaDb2Wg8ex6jG783Dn/IuJnpWgj+0yDVdLTx+JTKIk&#10;cjTl6ye12/bNh5g5i2iLl603G3j2+OJyM286fpMl5IzYZTFpiuWkRYwqxO1Gkkp5J77f5+Y+X7De&#10;Z7u+2yc31vPGgRPFjJW6DWkEOnUp1pqjMDs2uQRtqXoaKd2eYVMYqwJorywOpMSSAi0hYqnqkUXB&#10;0i49r9YspWY98HuTAYyvapaWnrf4ZLNlcRJBDNSLBXqmdocekZmiZZHgVaqOIxEJLIVCe5gnj3S9&#10;sXs972uKWORyGCkSRKoKaWCTKhXDklB4yppOl3ctQihuEtZY9y22+ljCUdA6rHIGIIZdUcrE00qq&#10;uxSRgVLL5tkdAp8iysjWFwth/X+v59pCPq/bGIoa6gwVDR4SSepWtkxtOVqKSpyVXFFMZmx8UivC&#10;/wB/VCNbMg1IrjSSF9x9c8j7Zt1lfWu0wJayuRJ4SsW1u6o1RGoQqfEkCUXSpojDBCkWxc57tc3d&#10;rd3rNJGiaQ5AVtKlhhnr+FS4JrSrrqYivXYnlJ5GoDnUxGv/AFib2t7CXd3RdZmKGNqXL1zYnJjH&#10;TGi22y0NBWLSyJNF9q1NJReaBl/cPmnYxuAwkFlvB3NnJM9tZppv2e1udBKw6Qj6SXVhpMerNTSR&#10;mKZyGBJkTY/cC3t7h/qLGNbyDWA89TIpK5BrqKUAC0VAGpkEZOVMlGupZLrpvquV9HAIJt/qiePY&#10;W4vY0+3N5DD0WxqOXJzx1H8Xqtx5d6vIRQ+MSU9JUrJTHLfaNIoTyFaxCzcOYyzGJ1s5LDdmsotp&#10;ja6Kkt4r9yjNBpYGbSAK6tMq0YHXpyBld8wxbjsq38u9MlrqXQIYqqxPxNVT4WrJGn9NsfCDjqUZ&#10;VkiEiyAr9f0K39P9Vbn2aDbIxmSn25jp8tjtsz4SVKHL4bELDNjsjTCFKdaLIS5PHOUp6ZK0MrUj&#10;wyo/iRWMZkjcfbFvluLqwsptxSAwvoKJTSwIyp1IDjUWqjRkGgBIqOoi322uIYdyvbS2lujcIXjd&#10;yyyqAdQZVViCpIyHVwRUldVG6bJWki8rgF0azFivqFvr9Lix9iluPq6hkx5mMMX3kvgtLRileQS0&#10;9WJqSZHrUh8iwNICtwVi1NZNRa4w3CxWSzqkAaVitKAHSFIZaFtNSGqdRpTUaYp0DNp5muHuQpuG&#10;8FQwFdQqHUgqdOrjUgrWhoATWvTbDly8jLqCxg2JP9Bw3A54N/aTo9u4uFI6msjkp6yUPLVwV0EF&#10;Hp0woQ3+SeSJSFIC6hq5Nyw+gZjtC6rNcJIsxJ1K6rxFM1RmAHlmnDo+l3K5ctFBODAPhKM3D0AZ&#10;VPzNCeI6lfdTsToBZG/Q1wb/AOw+v59x5KCGSrXwUUX3Vj45ERJfMhJeFjUoZEChLAsxB1cWv7s1&#10;kJ5QscGl+FR3A4/iWoBp6kenHptr4rG3iXDeGOK6iKGuRT5HqQpbxnUeeC1/wSeR/t/bfmcbV0us&#10;zUlNIXR441qIyTG0qKoYn02MfJFh9efeptiuFVpJLWNxwo49fMUIP8z9nW7bd01AQ3JoDXjXrPEq&#10;OBf+v+B/P+39htlpK7Fx+ZpojOWAjSN5CBFYqwJRDYm3sN3ew3FsDJjT6DIH7OhhY7vBcuqOSI/m&#10;KdSVhja624NgeLf8SfcXBdnZ2Ko0RytDFGyqE8j2YKtg48mkBbgeywbf4lTJkfLB/b0JWksgvBK0&#10;49NtftzGViky06O3F/SLn1Ak/wCv7N91j3ZkqHxx1NZplD3QmVeUeMrYXWRLaibggg/09vW1pLYs&#10;ZrORlf1rU/t6AnMVjt1zAzJGh+XzHA9ALvvo7EbiZpYEkp2FjG0SgOkmtizK6ssiPpNrg/S3s5W1&#10;997SzCU8n3T4XKPxLV01pKWVjKkzGpoJfqwdB6oXjta/1sfcibXzZPZwpBcAtDXuqcEni1MkEita&#10;GhrWg4dQbv3KFvdmZ1iULQ0WnA0IqPma1PRf8hje7OvZp46cx762pE6s2NygMGUJIMUf22agWWVn&#10;SN2UGqjqdQYi4Bt7GLE5l6KsaprQldRVLKYqmmkeaAzf6pnJbwLVxtf1NqVuDc+x0zW252yfQTBW&#10;pwqKkeXD0+dOoX3fky4to1EMJ1AVODw9a9KKn31hN3UIoaGSbBZmFF82GrQlLXRIiIDBAsxhNaY2&#10;GgPChQgXOgED3grKOmzeQQxxVCQvUtKjsVZANUbBWU6pF8bAqo0/UX9mcFxLYQOrKpcLToONYy2s&#10;b1XupToR6DcRwePZp6mCSc0/iOnXZLAqCGKhTdbE2v8AX2psrO+PxslPSSB55Q5MZAZtC8NGn+pL&#10;kj6c+y2zjFzch5h2A8eg+dr1S1dOyh/wU66wGYGYyAqZ49FPFKkXkRdUeokfuEWuqgA3J4F/YTUG&#10;3MrubJJU1bPR08USRySVIKRRLC7CaQeTST59R4+moC305Fs+5We02zxxPrkJwB5mmP2dL7h4bOAr&#10;boTJqJx51Wn8uhQrNw47B0zCOVJ52ZDDFCyyGZ2JIQab2/F/6e1BnExGDq6cyJTVFJjIw9NRySBq&#10;d6jShFQ9mUkiZtPB4Ong8+y2wN9uMMuhmWWY0LAZAzgHyx/qHQfR52jmVMOxyfMDPWXFfe5inaRj&#10;LCakgygggrHd9Kq1tQNib/1t7Cnde9ZslFPk4aun+wjYQPUVky0tLHPPMUOtpJ6RYiykrGRI/P8A&#10;ZawVxTZbZa7TEiXbiN8Hu8x6VPr+3p+x24tItsI3eQmtFXU1FGrUBQ+nEDyNCDnpa4/GwUMfjsTx&#10;/sfoBck/X2mYqPIw1VDNPlMbTYKkix1Mca2Jl+8UpVUtJFBR1VLWRxxxCJ5AsQpJZJpSNDcBConm&#10;dKm0KiIhsHUSWPDuLqo4aQKGhoeAKl97m2lt5oYrSdtzdGKuJUEdKFj4gKM1K0YuJVRVB1ajU9Ty&#10;QAyoLHS31Isb/S9/p7FjIZfbGKpMFldw7lxWJb71cdtyGZGrauqyOSohRSQMr4iqbG2NTAkbmWmE&#10;01QlO2tmVWjTeN82/bdytLS7kVGnlFCTRdRqqg5r3F9IZaZIXUusK6Xbdn3a/Tc4dsspZm0hpQDo&#10;CRIfEbuVgGIozMtHKojONOksExU1FUuQkpIcfVyxNTtNVV14IqSLQf24z5Zkkndix/QjqgUliotd&#10;Ow7GppdxVe8ZOx97ZnFVNHjqKu2xPuKkOxqeuxVRFJS5JMLTUMMuJycn3CNLHCwjqXEbSxMQAW7W&#10;18TcH3SO+uD4iIBFqUxLpBIZF0agxr3ESANglTQMDC43h49ri2ROXLK2vVnd/qRC/wBTIsi6ZInk&#10;kqJI9KijMDIuVVwrNXPHWlUSnamjjPJSRtBlCkekKIi6KSFINiRwbH2vJ4l1skQMRa4mZydP1Nol&#10;lV5YlmHJIU2H555IlheianoacAOI/Lj0E4FdmOoll/mCcn7cmtaefDrtpRovI62LGw/JNh+Dz7SW&#10;ex1dNQZaGlyMuO++aOVXiWlnFOsUBgBxtNkIKymiCNaVmKPcixuvp9r7URs6As3ilSoYUBUmndwI&#10;PDgwI86VHRxZiBHtkexjlVQRQ6hqqQasUZCSPhHoCSM06z01QmtL/UG45HH+J9grjaPF4KkpMPiM&#10;RS43GY8mnx2MxiGmxdHBGx1Rx0ca6UEkrNIXJLEsf9USRrY7Zb2NrDbWISK1RKBVVVpknFMAZ+ED&#10;8z0JryS63C4kvby7eS8ky7vVnZsAd5NaaQBSlBwAA4Pvpf1lhyL8f63/ABX2IFP9o9NEAtQIiYpZ&#10;4bAxxM2h3SJmQsWc+kr+AL+yyQTiaUkgNSg/nk9IoYnWZyGFStP5+fTRUFi5swv9AbcW/wBb+vtU&#10;43Lilm8lOVEsetybt5WJcspMaSDWQSvpbUjA+oEceyi7smnjKOp0/wCDH+rhn0PVLiEyIyutAem2&#10;ekaWJkYGx/JsLW/P159iltzLwtSvA0a/dorzKNakDXKXMa6bBSFkP9TzySbkhPcrGRJRIp/RqB58&#10;aAVzX/V8sdB67tpEkwP0KgV+dBnpM5LH6WMsfqS6KW02/sKCf949yK+uqXEL6IlNNH4/84sKSBhr&#10;tOE/tqZNJP19Pti1toE1xlzpY/aR9n29K7aKILodiQfPzHTRFRojsq63VzqANrIfyB/gfbrhck1R&#10;EYJ55HYj9rxG0MTBVLFI0Xger6lvaO+tFSQPEtE+eSfTPTNxboJNUXAdN2QpRBIsqRRsFP0EbXLH&#10;/avI3J/1vanpoIZmRUYy6THfkxhidLsCPq5/x4UfXn2WSySRqXYUFOmTLoU1Pl0l6t50WZmRkkOu&#10;0SqSQCOCLDng39tWWiNIZtUgEpZ/7AKLo5ijVbgBWFzqvx/j7WWT+MECodH+fj0ttpgwQeRIH7ep&#10;FLE1QFOljGESwIsSxB12v9LED227bmXImsqKvUkcTKI2QkpKB6irH06GDgXP5J9qd0U2wgWIVL8f&#10;UdGl9pt1jETjURkfl1EzdPNCKSOCMs0pcHWgcxkq1ha1vU3A/p7V9VnBTUceOo4rSq4FTadpi6un&#10;kjXQiL41CyG5va/1PskgsPFne4nYaKYxShHHj0VpEkkhll+Ly6TuP2/UGteuq5XlhaJDBGYI6c6h&#10;II2/cJZjY/jSPp9fZe9zZiZaiRJaeWQCQGOawBjSMsLHWUUpf8Xtb6Ae5J2qyjMMbK32j16Edraw&#10;mFaOAD5ep6HDBUUaQR6WCgW4I+vP09s20oVyuRepnp5atFlEUhlV1icgkvrHK/tn6EfX2Yb2xs7U&#10;RIwRyKihzmnRfvkYhhjiRghORT06VNZJ9tCFEgTUim4I1Aen8Xv+PZg8fClHC88MMUIaSJlVgZFM&#10;kdwFQH/VHn/Y+41uGMsgV5GJPH5DoLLbmU91SfXoMctkvJN4jPIbpKpIYekSEAMf8PSfeeCY09TO&#10;/gB1yGOOc3IEYUhmjZrAWb9JHNxfkX90kjWWKL9Smlcj5+h6VCMCtBj06ZaxTV0cQ+6KmFXaWPWl&#10;/wB1gyIRcfVTf/C3udWNWywr4w6IyMustZm0gAEubqWP1v7Yt/BVu6hNf2dFt7EGXQeHUjbkmNpp&#10;3JlR5goUBCCUUfUsPxz7Z6VKiFkVCxlaOQPdS5DKvDAhf9ST7WSsjqdfwDoN3FpQE0x0Ji18Eo1F&#10;7Rr4l9Vhw5C8c/UH2jdyY2Wvx+Rp2gnllkidICYmSSOoYP8A5QBb1B1dgR/j7PNruUhubeQTKqAi&#10;v2enRWsJjlWTSdVfTj0qqOrjLIRNFYsA2p1AA+tyb/4e2vrLYFXRV7ZCuaT72V1Bsix6IksioV0s&#10;RaIKQeOefa3mvmSKe2+lt9PggHzzU1J/n0tis572aFdBESnFfma/4T0zbz3ljMLiaqZqqJj4Z1VF&#10;kRizeGSwsCSb/S319mmqoolohGER2Ahgi5ZTpRHuzG/q9ZB+g+nuIYSxuNXlknqXdqsHmaFVjNKk&#10;/wCD/N1VbujsCPHZjIV0tUscMVRXVk9RMwj1h3kmI9R5EakAe2ZoEiARVUWFyQfyB9SzD6A+13jC&#10;heRgPt6mvlnlqiBzCaV9PXqq75JfKSoyNTUUlFk40WNpQiySqI1plUMIlb6rJIOSPqAb+8aSIpES&#10;G5ckELwWLXBFyQLH/X9grd+Y43ka0hbU5FKDNfLqbdt5Z+nt/qGj7VznFflnqm3tHvGbd+WqaZqh&#10;aiSph+zgp1KzU0MRnVJZJUEUjzEhiHABJT8ci4W9h9p4bZ9HUebxVM8a65Fjl1rEANASVgdIkBNx&#10;Y8Ec+5T5H5M3Le47aSRXUyUJBH+AfZ1j17ocyT3O4ycv7Vdq9iFoxU8Wr5kea8KD8+tk7+Un8GXh&#10;6+wne/Ze0s7gN9ZuoqP4RBunGx0FfQ4Glaojx+QwlLL/AJbjKTN00yO0kyrNUKtlVYtOomOc+Sxy&#10;lTKaUJSoJHTy+UC7kMViaRoreRgNVlJ/rcfT3kLYe1ZtI4/FLM9Aaevr1DF3yvfzIa/Cflk+df29&#10;bA+I21Q4injp4NXjjA0pxpU6NJH1a9vYW128Y9wvIJkErzNqsAwdnYgFg9mZtVrs3HJ9i6DY5NrT&#10;sJVVH8vTon/cU1gxl1EU/wAnSiACgAcAe2aOhDT1NFFJIknkA8CtcozlQFJcr9S4/wAfa97gIkM7&#10;oCmnj0qeRykM7R1TTxPXftAdo0u49obfrcpjcBVbxzMQWSg25i1+4yGS0y6WYRq3ngpQ6GNp9DiN&#10;2B0OAV9ku9c5Hbdl3C72vZ5r29jA0wRgkuSRVagGlVJzRqcSpGCNuRods3ze7Ox3Hd49u25mo9xK&#10;dMcdcDJFGbIYJVS61o6k6h73V1jt8fNTsXdW+Npw4Km2Xh4KeeKamqMLk8JTYJkrUb+FY3dww+Sq&#10;my82Pq4tXmnVpadQ8Kh7lsW9p5w+8b7gb9zDsdo6bXEIiDrgkgjh7xRIrtoJCZXR1OrVqMYZ4Vjc&#10;EtnLecrfdn5Q2DlfmGbdX3PcXYEOJo5Wn/TNJpbQSovhCRTTRGVSSiyuynt97Nb8fOtpOv8ACZMb&#10;uabIb63JWU9Tn85Fk8pkaKphpGrfsIZIslUTNLXQRVhElSkcAkjVEAIi1tkh7Se2+8cg7Te3G9XS&#10;T8y3oV7qUTTSeIVaQxA+IxXVEsjIzJHHqBAOrSG6gL3i54HOG5WB5fVYuV7FGEEBjiRlZ1jEjAxq&#10;CEbw1Kxl5ArF2BGvSPezLnGR1YgWirjSU8YOlamXRcOAZGSOMKQXZE+oPA/BFzJv1BgkMtxbq8vq&#10;BU09KngOGB868cQklzPAsouLTU70JoK5FdPqcBmpTzPXvbRlKCpoKuGOetimVyJoXV0QxlrMZ4Jn&#10;AMTnQAwF1ccOCLgrIJLe+i8SO3KkMPtqK4wcggkH5E0pno722RJ4XlhtmWShxQio8wfX+ic6TkUO&#10;eve51Hia/L0T0aNV0dFLTSCmmg0RxS0onvK0bqD5GaSOT1IAvqPOrkJbieCzlJ7TPqUkVNVbT6Y0&#10;Y/OuQRw6Q3d1Bt06XMypLMZKkNxVgtBX0AFAFPlw697SQ2idtTxVdIKmRIJbU8Ds1RpCxxoiSTM3&#10;llYBdV3ZmVjwQBYGFndxz27WysQukjLFuOmvcxLGmmlSSTU56OG5jO9QzW8yqGdAGYUXNak0ACit&#10;aUA4ca8eve1Vt4VeVyBc6oHJLqpJXWwIGlmFmIF/pcj+vtPughtbfSCGx5dE1/bwWluVoHULn/Y6&#10;97MthKisxa4WneaJpIy8w8UkaCN4mSQlAodhK4bVZUDEA/X6e4p3KKC7+ucJ2EUNQfPHUT7hYJey&#10;XtwkZEeQARx8sfZ142tz9PZkIMrt/G7XqpMkIXy8lPTsiia8UMdUnnE0kiAJFO2sahyA1+b8CL3t&#10;dzut3RLYMtkrnJBqSMUAySMdBO12ncJ763ghRvpwTUgEtg+g8um1yxkIS2kW+oH/ABX+nslP+j3H&#10;5HKZLdFU0MmCp6meUeGnKo1QCxp41nVm+5aJndvSCSQCeR7lSWSFbi2jcK12yghCB5DLN8gSxFeB&#10;IPEV6ynh5iuLPa7DZoYit/pAqSa6acKcAepBnVSsfOski1hf/Y/ge0riaZJ69qWhxbRY5Z/LPI1O&#10;sau8a62a4cSFSzE2/F/YkivrYRuLdACB8QwK+hHmfn0svI7wW0dzf3dLkAADjj0/LrM76F/2rj+n&#10;+F/a8/u88HiFLD4nYo328aavUy3Qpy7BwPrwRb2lXcgxbxGGn1Jp0TJMJAWlIaJTlj5flxPWDzkf&#10;W3+3H/FPY17WxlReP7mnFPFj4QLSkxkyABnmB/shSwv+eD7Ae83kbCUQy1kkbFPn5dBDcriNNYt2&#10;rIXx/PpundWUhGDNJ6AARxwTc8jgafYwbW2//GcjUbkytHJGkMQpcDQ1AIENLEGT751VR4mqxcKp&#10;tdVJst+Y93O8NqfpIJu/8bD1OSB/n4+XR1FObLbYNutWUtIS8jjjmlF/LoIt5Z77R0x1PVBQGZqu&#10;aEh2d1HFLCo9TGIfr/C3Fz7UNbWUGLroYZZ4pKh1kaWip5AH8KsQFdwNUanT9ORb6i3sqe8DKkKU&#10;8U4Wtak+uAf2noZ8t8n7lvtubhYNMAYgMRxp0CO7ewaTDUVQIiG+3hWpjmqEDKahkuYtJBHkS3JB&#10;Vr/Q+8MEdFla+CukhW+stojDSLAgKsIwJQzRqSPquhz/AIfl95DHaA6qlBWp4k9ZE8lcixWBSyFo&#10;ZtLDuZQCc8SRkfl1VR8u/lBuTbuyM2lHn6fDIuNmpsXD93LBJVS1MTq1JDBSkNWVhAsC3oS+q/Fw&#10;GHcW8I5aaXERmpix2MEddlZaUTuoSNC8EFQ6FmWLWAXubaf1EDn29y/scUS3G67kWE8/mBTsXggq&#10;QCDSrg0BU0Yhesv+XbzlT27srG/5j3e2tLq7lEEJmYJVmOESp7mpn1H59Ec/l/fGjsHsjcOc7sG3&#10;n3LuDKwVUeDvQqUxNAHFPlM1Su6NKolgH28LMBLJx4lJB9pXrXbT7hqKbeWXZpsdSyzphqKUAo9V&#10;CViOQcCSSPTAVIjHN39R/SLxR7zc53i2w2Tb7l0u5lIIFAUSoGpdBdauAQpBwpY4YqRlzyZt1lMi&#10;TsylaamNeNQSoHyNan8uiqfzavlzW9ObdzHxJ6sZ8bv/AHfQ4+XtDeGLEcVTidpZSOqml2XR+SkS&#10;sXJZ+jkUV8r6PBQz+JQZJmMI81dTDUL459BSzahqINiObN9Qf8fcA8ubVv8AtN/HuezvLHdhgagG&#10;hPzBBDD1BFD59SeWtXRlnoUPoada6Wwdub72xmKbcG1Z6+hylHMJ4amnRJBHMAwW8c0c8bqWNmV0&#10;cFSQR7Cndmwo89TmHHbllxjS28iy0P30ZB4Ki1XTO914tf3kZZe6PO0G13NtuvK+iRAAJoCAzKON&#10;YXXSKnjpkUZwB0Hn5WsLubVFJpJ8jkfb69XS/Gn+ZT2h0rSxv2Z8bcf2CuNikgo87tfdD7Hyk0bl&#10;ZDJUY2o2/n8ZF+4Ll43hRBzoNrEvW6esdrdcUcuezjybxyNWPscbDVUYx+LpqiUILCl81XLM9tTW&#10;eUiwJUKefcve0U15zlc3ZuYRDNGyswch3CNqJOmgClqDNXrTypkY8uctQQMoASQk07gSo+YAINfT&#10;PVy3xQ+eHdPz/wBx1Ww9k4Sl+NG19oJj9w7qbHbrTe/YGSxIXIeCCPJfwDbuPxOIqJaONGEFFNIz&#10;lfJMFYq8rrXsbb+DxkeCx+MixxVjJVzpThDXVbXMtVKViS8rH+z9EX0L6QB7k/m727G6zpf3jLKq&#10;/AKkaB5BRWg+eKk5xQDqY9n2VbG2RIDqp5aQCa+dePzz0+/NT+X7u/vDeEnZ+595127jBEKfbGFy&#10;FZPNT7OwoZfHhsRAax6SOA/bo00qxpPUTKZZXd7ELvMb1oK6MwiKQgA3dZEjBJ+vpcgnj2i2rl2a&#10;wVQjVXy86DhSo6ENvt8iyxSt2kGvQHdMfD3eXW071/8AGaNfuXgEdMlLPXSxQRPD+0Z4ZGWlkKq1&#10;zKfoLaiCQAR3hu/F7fo6uvY08SRRvI7zzpBxoZ2aO5DTS6VNgoJ9yBtG03F/JFDQmrCunNPt8gPt&#10;6O7ncEtLeWabSAoJqSAKD7f2Z6tJ6i6m3JuuqxeJyVRXSfvLCTDT1E8SxiUr455NSxxxsEuSTyPd&#10;aWR3jku1d/1Ffio1loKxqXHieYqkmOxNPOq19RRSOiyxVORZTGjLclL2PPvHH7wPuRaX8ltyZyzc&#10;w3OyWZOqRThpyzCWRAaFgFpGrqSrDUy4bqDke7555ujSOIi2Vlr6aPMmlRw+fVtWJ21jOt9k47Gi&#10;oJTECrmVUF1rMhURzFBOiBtYjL3UElQR74fJDetVtvaeJ6l2bMG3nveaHHT01FIWlxmCnKRNLKif&#10;uWmLBVDMGdb2JOkHCHme7fTDtdoSd0uHyvotQqj/AG5Jr8gPXqSvcXf9t5f2GPZ7a6VHjUmShA8O&#10;JBUaj6P3E/0VY+XSH62w/wDePclbvvIqjYrGipjxk0sax08ledUdXWwMbK0dDD5QG/Dtf+yPdom0&#10;encf0H0tsLqvb6yvi9sY+R81kSsomy+68iHrM/npvWwMlVkal9CXZY4giA2Qe+gPtByttnKGxWWx&#10;2YAmiiXUxNWdydTknjRn1EDgqkIMKOvkr+8x7q3nut7tb7vl9KulpykCArpSGOiRRrQDAiUEtXvY&#10;liAeha2FNPlsfPuitVUqdxTmtgjVCopcSY4VxVENXrPhpFV3JtqnlkYABrALMh1/WQ7eqsdiJjkI&#10;5Mkc1DDKDHUxzyG86xyJKsVRDKXLMrBDcc359iDc+Wrq22y9sbGUSQNcGZVZe4SE1JDDjUknPmx8&#10;uo8sub7aTdre7vo/BkWDwSwypXguDlSOFRUU4dL32u4KiSfZ8RAjadYmhqRFqNqhBpcMGAKsLfTg&#10;/wBfYr5fkaS3gLmkqrkehHEdBKe3SDmJ1DHwi9Vr/CeFPXr3tA5iiyOU2/T7fw1ZPjJ8vURU9XXU&#10;EkkdelI07GsioKuOSN6GtrUhWEzi7wI7GO0gRlNd426bdLSSJNxe3hYgSOmJPDBOpY3r+mzAFRIA&#10;WQElQGowGG2XVjt+7S7vuNqJ0gQlEenh66DSzqQQ6ISHEZ7XYAPVKqfexp2jtDF7PxGNxtDSQU6U&#10;dHT0dPBFGVSCCngWKKFEuzokUYCheSALeyUyQw2sG3WcSRbbbRqkSKKKqIoVVUeQAFB1GHMfMN9z&#10;HuN7eXdw7vJIzkk1LMTUknFST9nHr3swuwups3vaoiqZwMVhwdUmTrY38MqAkOmPhA8mQl03FkGg&#10;fRmF7ewJzHzpt+yRvFFWa9oR4a0qD5Fz+AfI0Y+nQLuL9ImMMMg1eZ9D0y5bMxYyFmWCetqBwtJT&#10;Jre7/oaaQ2jp4vySxuRewNj7OxsXrLZ2z4KV6SggrsnTnWMxXxRGqV2vzSwWeGi0g2BGp7E3Y+4F&#10;5g5o33enlWado7Q/6GjEL89R4t65oPl0njkgBMkziSX+lw/L5enQIbqyW7M47U7VE+NoDG8TUGHZ&#10;ofuEcENHWVpAqZoyPqEMaH8qRe4urXrEmnzJxc/qAAB5sAAAB/reweLUmlI6dKW3lEAAlFOgoj6y&#10;WpkJOLIF9QDRMQSSb6tRN9R+p/PtqrMzCA37q3/Nmv8Aj+ntdBZSdtUPSKXegSQZAelzhuuJYVjU&#10;0KxKguFSFYwOf8LfX2jMjmoDw0i8j6FrD/YkfTj2eWtjL5J0WTbuCaauhOxe0UpQLREW/V6fp+Pr&#10;+efaEyGQpXuQyE/0V7/n/H8+xDbW060qOi+XcQcCQV6W1Jj/ABEKyEC31I/2B/3r2l6yojl4Ogek&#10;C4N7n2bQxSIQadFbXo1GrdOaQleAOf6/8iv7TVTSJLxZT6idX5/H+t7NYpmQg060L1B+LqSqsLfg&#10;gfW3H0/1vafq8BTzKR4wxP1v/r+zOLcZV88dWG4BSCHFOswv+Tc+0tW7LpJCwMEbj6BWjUi5B9X5&#10;4H/E+10e6a1pJGpHn9nS2PfLiP4bhq/b137AvvfP4rp3r3I7jkMEFRJIKGh1sqH7iqia5jFj/mo4&#10;y1x9PY25F2S7505gi2ayiNWWrEAnSoIGo/ZX9o6k32u2W+9wub7PYlVnjC+I5AJ7VI4/acde9unx&#10;n3NF2T1njs88wqalZqinnYEPdklZkBIUWYo4909x9lm5O5jn2h+CqM8K4Gf59e929gPJ/PW4bSsR&#10;SEqrLXGKUP8AMddMbAkf77n2Yf8Au9C31Rgbf4j8fgjm/sAfvJ6fF0AIrw+uOo3mb/fW/wCKe+xt&#10;qwOh5FBF9Ku4tcc/kH3Q7n6oD9vT4vVxqjBPXvMfz9P9h/xT3yiwlXTOJIayqS1/SJJCP6A8seR7&#10;qb2GQUe3Q/6vs6211G1Kwr11rWxBBN/949z46zcVCoaDIznQV9LsxJCnjkm4v7Tvb7Zcf2lsor5j&#10;p2NoGZa4r6eXWJ0gkFnhVja1zbn6ckW+vHtyx/ZO6sa+menSqjHBs7q2kNe6sFI1H2kueVdoukJi&#10;k0t0dRpAqKY7k16ZazbuLrgfJBGrc82F/wAkEE/Qgn2JuM7XxWTRKTN0YUOAjCqHkjUMbX1FVZT/&#10;AIg8ewlecnXlq3jWNwcZ7fPpq4gSRWSWJXjI889I+XY81FK1Thq+po5Q/l1U5KuXAuAzfpZD+QV5&#10;9u9VtrCZuI1WCrIUbSWNN5UdGv8AhZr6ix/px7RwbtuO3sItxgNK8c/5ugRuPKtvP4klmNEg4L5H&#10;5Dp1oty5XHtHS5yjJX0r/EIUK3H5EsZBHH9Qb+0bV4WekV4ZoJEkQFWVkIst2s9+VOr/AAJ49nsG&#10;4RztrSQFT0EZbC4s5CssZFOl1DWQTxpLDKs0b8hkINgQP1KORYmx9hPuLbruZKiiHjmiBYxpqPmA&#10;UllurAqxH59jLbNyUBIZmqh8/ToS7RdsjiKUAxn18upVx/Uf7ce2OmpIsvhqgMCapSyodBDaokJW&#10;OzE6TyAfzf2vlnNlfRFT+kf556FOoRzqwoIyKft6xsxUjm4LD/bEm/sJP4M+u320tv4hrvcf577f&#10;X9r/AMtL8X+nsYfX9vEf2Nfy1dH/AIzU+McNH8+PWW4/r/j/ALD+vv8A/9FHYHr7Ze2ggwm28bQB&#10;LaSkKtIBbSSXdpXJYfX1c/09yRA8cDdgAYVoaCtPSvHqMrq6u7rSZ5i7DP2U8/t626cv2DvbcEDQ&#10;5DPVzRNcNHHKlLEwN7Xho1hi5BtYgm319qklUYlQFt+FGkWJJtwBcc+1JuQc07jx6RiIAEgUbpLJ&#10;BJIml7+pi5bizubEubfVrjknn3AnqVU8aFH5LgXW40kxki4sDa49+WWoNBjpvQxJqenykxrOAWTX&#10;JdSmlADIFsRrbktcf1/PvHXVd4aaRmUAjUG+psPSAAR+ri9/d2clahc9WjiGo565YjGFaquh0NK0&#10;UxEcdtCxlvW5d78r6rAf1HtMzZFVdj5Llb83+t7XH091GQGIyelqQCgBHS5gw5ZEBjsG4I0/Tn63&#10;/FvcB8u12VfSCvDX44IY/wC3t7qaE/Prf0qs1T07xYFVTWw1Nr5FrnTyo/P4J9tdRlbg6ybgkek2&#10;BH+P+PvY06Q1cdPrCEGD08UuGAI44Iv9P9v+f8PbHPk2JtqNl9H1+v5+nvQlUgmuOn4YRJwGB0oa&#10;fEqirZQGB54/1uSfcQVYYcseDbk/k8/09sm5Pp0rFsBQ1z1MNCR+kAkj8jgH6X9z8Us1TUxoqsXd&#10;wFRVJuAL+oAH3QzFyPXp+gRRnHTZl/BR0Uk0jLH4l1SSOwVLiw0gkiwPtbU2YgxFQPJE/jWRYJnm&#10;ikiYksoYU4ksGeN7Xt9Pr7qrAMdXTLIXyeg7y23J9yY5xFUQh5qdquGGkqVnVVCsVFYyMWjWVSbX&#10;+tre3dN3xx1dRLSVM0S1BjURyNHJCW9SlhqFyYBYMB9be3UkKuxD+g/aOqNCZFRSKMp4+uekpVda&#10;pV4yipMhjaaolpDUGSeJZYqyza5mbVGQIXqHYsv+BF+Pb9R7pmlmYSmOUMyh3VgmtiSCAq3F7/T/&#10;AAt7f1GhYnA6ZeIqa06RmS61x9NQxij8lMixs0FPLCG+3Q6dKa3bU5sg1c/qHtUw5iBo20krIFkX&#10;SziyugsgZSb3VrD6e6GckgD4fXpPJQlVI6Dit2VXpOpnjWWJJI5Gl8BWVoZ3Vpgjkem4k+g4F/bv&#10;BkfKXXWoJ5JU2Dc8aL2H/Ffdm0PnVw6rOxiQFRnpHVe2TRBJo4ZgsbIkSSLr0XkbymYRHyKw/Grj&#10;3xmqiL6X1EXuOEH+PqH5/wAPdQJJDgcOix31HWenSiwsUKo7p/nbMvpOprN+oICWIv8An6e6wf5m&#10;u6HxHVmw8YkpH8a7ASdgLC6Y3B5IlR/gWyH+8e+j3927ty3HvTFO1f0reVhTjmF4/wDDJ/PrHzny&#10;Mbr7h7JblOy22m8evza4tVB/YcfLo9/xcpPDR7smvfU2DhFx9DGuVZhf63s63/1/dSy70qsJLiMp&#10;FI0b0NTTVOoNpYeN1a4P44v77ce/fKkHM/tXzTssYq1xYuF9dSrqQj5hgAPm3QKPLkO5LuNkwGmV&#10;GH8jT+fRr/r/ALx/vHI/3n3shbb3HJmNs4TMRyxzU+Xw2JyivEWMZWux9PUqyF9TWLTNY3/r7+T7&#10;maJrLeNyslwUuZB9mTjrJTkaea85Z2K4uCPENunDjXSoofzDA/l0QbcG26Wn3PmYRG0ckGTrqeO6&#10;2BWKocBzbgqyEf7x74VOXlibUrHxm9uQzgm9rD8g+yMtjUTnqR4o9SjUw1Dj8+nKh23TVAMbIgkW&#10;wIJEcbki/wCD9CT7ZJc0zrbUw55ZvTY82v8A0FmPtMs1XkJHAfz6de3jdCJFBQgih9DSv+AdKWn2&#10;3FTeMGOM2YMUhkDDQLXYkkE+pfx7LBuDAY/F7wzkfhV6bd1AtRDTEItQ2ToAIsjHQOwGqdsVONUQ&#10;4dizD9PszVWWpJrI8Yr/AKYYP7Qa/l0RbHcKgu9pEZT6aYlPTwpW8VK+oWTxE+Q0jowmMr5a3C4+&#10;peW0tKoiqXuCjKyNGk0xBPpSoQOx+gB/x9oLHYiWfb9RhMm1LVV23q6apgmBmXVj46iUU4LsIvHV&#10;Lj6nzLZIgSmsACyKILGWCexNq1PHjKsvzXzH2jiOgRz7thtt3bdoFpbToUcAVGumTTgRqqCPPI6V&#10;izBZI5UuEqlHBt6SfUrNyfUwNvZzfjl2RlduYvK4XHqK7DT0LpV4OcEvQVAkklkFMi2lhaKpppYy&#10;VBGuTlTcEZCe308d1Y3W3qg8HwxqH8JYn/ART8+uV33l/ZjZ973K2utwj8K5E2pJo8FtKgdw8wew&#10;mucN1mZ7Mrah+SRcc2IP++/1/az7O3Um7oMTmKamnp8vi8Y0awO7MSKeudpliVNRMb+eORZL3jSB&#10;j+blNv1lLZ3lrHTVDJCEA9ACW/4yrFftA6a+6btMvt5vW/8AIG4TJccrb0WV6gU1GPtDFiv4PGiI&#10;HxGReNOmfP04lp4qpTpko3Dqyg6rSFUdlI9IKqdQvwCPfLB1NTuCvlpMuY5oMzS09MlZHFoWWNYp&#10;WimLAafMGa7c3BA/p7Kdys4ztNxalB3KAD8iKqR+0fn1KPtjsEHtPzhJtG2Ryw20dzI4UsaAkVAy&#10;T21GAT8Izx6DXtCvkk2VUbmoF15PAvFXRQC2oGnnRaqmkQm5keFmVrC3HsCVx2X2rvfGvJBLHU4n&#10;csU8SNE8YaBKiSJpAHUXHlgNj/Q+4UgsLxN5t7eGI+IstRUZND5flXroVzXb7Rzn7fcx7VO6PY7h&#10;ts0LUNQDLGVAI89OoE+dR054HcuLyeBhy9JOjxzYyKo8iTIwWTTT1sUJa5USNE4Uj/VA/wBPZ2tz&#10;Yylxu+M5WRBWpN7UGH3ZTM5Hi+6ytI2NyiOwtrWStxOs86v3VP0PvMbkG9t4rJ7jcoq24nIlDYUr&#10;PE0Uqn0B0t+Zr1hj9zvme7v/AGasuVZ3ePcuV9xudtcEmuiJxLCdP4dCzGMVGPCenDoqXyzxtQ+Y&#10;2vn6ct9rU4+QtJTLepVaWpSrSeKQEkSxGvZ0P4t7Uh21R0WzcPujF66eKvp6eiyULNI8UmRoxPTL&#10;Muq4haUwTRSA/pkp9R5ce5m9oeXds5S33mLZNvtUQSRxMSjakYRFvDdSMVKy0Yeqk+desr+Redru&#10;fnzcuVN2ofDkaWI4xGzghK/iCiRCp+dPLqvuXe+Wz3au7NibhJyU2Frq7KYGoQU0c0W38ktJVz0Z&#10;8KhKqOlhrKeeBzdnirSASIfYcZPK/qD+iSx/NuADwP8AXPPvJq0s+BQ1XrMTaRGvgSLSla1+XQ9b&#10;T2pGvjMILwj7cyB11N5WkQszuoERKxkrx9B7flrVr+p6po7tU4fcj5Vn/EcZooaBmYr6mKNXXF+B&#10;cn+vuJ+bYIrX3W5OaVdKTWlwlfUlAo/YWGOuZHuZbDaPv58g3syrHYbvypuFmT5vJFNHdKvyqsR+&#10;2tPPoy2FogOut7YEi60u59oZTw2/TBlaebHM2m/CSyUJQ/1I9hv2HT6tt7V3TC15K2GKjqXvrJ8l&#10;L54HYL6DfxzKCPqwt9R7GftLfxJuHM/LU0ih4LlpFBNCwr4WBxNNC1p69ZN+zm4Hb+ZOcOUp9Qih&#10;n8VPLBYKwH5aCfkw6Q/UFeg3jvXZNSrCHGNNkqBeALUtZHQ1kaqfqFjrKR2H4Q/4+w2gzUMUbJMx&#10;DAk62ksoXSbm5Nr+5llsSzhlBp1kxrSKJw1NVOhwq9tTyy+SLT42sqRon7motcf1uLe8FaBU7cr6&#10;yM6VJAW1yw0vqRgOLlnsR7Tz1jmeAglvDY8K+R6BG9o72Vy8QBkMbU+2hHXCjl+03bjMewBtDKWI&#10;03BEQJQG9iSVI9mrrM1U7c3Ng5POEraXrLGFXKCNGkhqJi0YiZ2uv20mm3+qH+HvD2x3lrn2/wB+&#10;von1yxbzMa0x3AnS32qlAfXrlR7G8vC79qvdQSgfSz+4e43H9IeP9PmvzZdX+lbpIfIfC027J9oU&#10;DUrTUk1RtfFVDanUIk+PzjRSAr/aWZVA/PFvyPbBJKKTvOSpjLJHkclTZen13GqLL41J3YC3qTVV&#10;EXHHB9ydzHcC99i91uYiNS7dIF8x2NRPyoFYV8iD1njywVv/AGi2eMINUFsIqf8ANJjH/ILToke8&#10;Mf8Axz4Nbiw+RWKqqMHtvPbVrwimQ09VtLcFRho1YIR4qjRjAfV+WW45HsxOQnlm0NCeZP3LLdjq&#10;p4oy1gBwGkZQP9j75s2c1xNdSQGmlmNKcRpAFajyL4H2jqFN6hihu5FCgRMKemWJ8v8AS1P2dVq9&#10;O4mCgwy01eStTgV+wWonEZaWly1bX/aBIzoWZ4KAM5BB+vq+q2LfsTdD13cG95YZFnGPyAo6USf5&#10;xh/FcXi3eyEBS1PCEI+l7/k+5Y9sCsvNe+FRWOG1jAI8vFnt6ivyGoZ6LffTbYofZqVAQq/TKzfL&#10;s1iv21r1dbsjZCYDrT400ktP9vJlHoq6u0hjFKv8Cz+bpy624Zauokk/wAX8ezM56rgg2Hk5Khg0&#10;5yW7KWoiveeALlpmjYA3eMtHJIVP+0D2K765jtOYt1jiXU0/ip+VVZSflWo/b1htynYy39py8kZ7&#10;BFbFT5ElSpA+YGk/7YdBxPJW0Py23RTw07R0VRidkVdPVOBHTVsv8CtUwwTcL+zNS0/kt+kSf0Pu&#10;vzL7qjq58Jh6alWXJ57JJSSIwDCGgehnyWRd2IsxTD0byzlgWQtbglfYa5ksJ4Nr2O3vohJu24zx&#10;qF+EJFoMzn7fBFT6Er51HWYGx8pWvLWz7jzNcyskcEBMdf8AfuYkA/0zsqj5gdHygo8jXV1Y0tWs&#10;eHxKT1iEEq1dk6SWCKnC6SXSL+KSIsOn0sUN+NV2vsOuoP4HkKmCkVVoqygeCREKoUSuhimQiw1x&#10;pTAKQPwT7mG65Vig2+5voj4NtAhfUO5WFdJwfKlK0Ix07/U6wMu2a2fUUAcerEGhB8gzZB9T1n67&#10;yOfkzVNTVtTamrqSqHj8YaanlWlR42IFihMzAhj+fYX7kzP3eGnWWdFbKvU1+SnVXpftVejx8Uje&#10;FCJE+5eY+O3rFzYfpHvGb3BuvG2uK3BIE8rSSMQV0dgAamcHFM+fRryzaw2fMM94IwYbYLHElQdW&#10;lmp9pCjJ+VehYxlGaeWnRUIgoYIqeKPV9x5BHPLIEMrc6kVSD/re8vReAil7/wBuYrFwRR5VMusC&#10;V1WklbARhfs1hhVI6mkMxpIYvJYvHqZVGpCC3sj5A2mO05924U/Ujl4mtB4egjh5qQD0GfenmFn9&#10;qOaN6vXC2RgB010sVkVwCKqRQ4qfTjTqTumoVdpV0lUT4ZaBjIFusgE6TMTrEM4CkFf7HFiTx7th&#10;3cs+29mVO792UwpUwsNVJnJ8RjMxV0S09LVTQVWQpqWjpchlVo5IohMyWm+3jfmR1QyNmftvMEdr&#10;BM+63IjhjQs7KC1Av4wgDMAVqxBroAodQq3XKbx13XfU2XYyS07IIVkkiV2dwCq62KRqV1eHlhrc&#10;agq6wioLaclO9R/D4qgTIxSSBZpqdqorURrJHDJGkkAWSMEgWBL2uQv0Jb8v27S7kmweN6r2Pubd&#10;1Xlol825M/isx1psfBY6R0p0r5stvTEY/M7gp5JaoIiYjH5OSZwVLRh0Y6t+ep7xoYuXtsubrxXw&#10;8itbwomP1neZUMiNWiC1WZieOgEEim15RuNq+tn5w5ltbCKA/wBhDJFfXUj01FfDtpJUhKqKsbiS&#10;ELx0yAEASqWlaMyfcuFjDehYbSPIo+gYqziMn/X9lS7W783HtXc2Op8Tk9WI27Vim3VVYvb8U9Jl&#10;q+jo4chV4ijy+46vC7TocTVoZIoJEza5KauEFPFA3l1Oj5n9w9wsJ9uk2+5P0EEgW5aOAOryCNZP&#10;D8S4e3s0hlAcIwvfqTOYoEiOotJLfK/t/Y79tMk13ZH94XUYeJZZqPCrFo1eSO3V7jxEcRswa0MH&#10;gu8hbtUq+RU0Rj1tGyh7EKPqotb1c/k+xX2vLk+69pVG9sxT5XrvE7h2PmsHtKgymRqBW0E+edKc&#10;bjzWEo6PEzYjICaggCRU2ZrPLSsLPCzFlElo17zptTbw9g9h9TYywW6SuWkjSXDSywrHC0cy6Rp8&#10;O5IZDh0Nax9u7Re3m9psFpPBul7a7lFNcvGtVdYgf8XWaRpRKoDVMr2sI8Urq8QLXrpwsbBFRZGV&#10;gxNlPAvf6/4n3C2N8Ptl4TZS4/s/JZbtTE4Pcm4ty0e3dsbeqMZSSHdUFNFUUmPwmKnrc1PTSpC8&#10;khkrSjvUPcBWXSBbf2827aOXLbauZJf3nFDPcTIqwtFDG86gMqRRGWUgnUSGldWeRmYBA3TnMnv1&#10;v26b+93ybawbPeXFpDbtNcTiVwtsxIZpZFjgQ5CoRFqQRoSX0kHjLWMBaJTGWIUsw9IvxdR+CL+1&#10;VuLq/wCIW1twYfbGTptq9f5qvzeNzGLok3pmsNma+vxctIdt5OuWHc0M1NTRZDDqlClbHJTLVRft&#10;3cPdJe8p+1u0XNvZbhHaW24yvE6Ily8Lu+pDCaK6a6SIPDD9jOlFBYiof2DnX3v3jbtw3i3mvtys&#10;IoJIpX+khkijWbULmEH6d+/TL+sYmDtGe4qtD1hJqypa8cyryQVDgWvY2P5H4/p7DvqfpfsL479g&#10;5wNu1N60+arMZmZNoYnY9TtXC732vuPc9BgM1PV7irpKDrzGdibLNPDPR0MLUc1elXpMk3k0QAzl&#10;3YN65F3/AHCC03IXQnbxVijQQRzo8yIzysSbYXEII8NE8KSTU6ksHjCSNzhz9y77ncsWbptX0M9s&#10;ksf1Et21xLbT20Ek0Kxwoj3xs7qpjeVhIkBh1hYwmowaqqhrYY1McYZQ2mWSohLU86qrxxmIXd45&#10;tVjc+m3PsEfnJ1Lujbu+5sn1xuXcOY6z3ZgcNmNw7Hp8rnqvDUdRsOnjwlVPmMOkGTStSLGZShr6&#10;WDV5IZKSsZqab6gFe7W179FuK31ndXMuz3VvG0tsjStEv0Yjj7lKurkpJE8KH8UMshiYaeh393/m&#10;7bd35dFtzdt1tBzNaXEscN28cSSutyWlURuWRgFeOSF3AGoSQIksda9SsRUtPAy1SRJPC4iSbxgK&#10;5kvbxX0llVuOP6ezffFHesPYfVHW+D25V0uYm21ito7K3rQffs1Pids0uMylVSZGor6bBYnLTZ+k&#10;/hRo6Wipgq0H8RSctMIiTLPIW+xblyjy8NhkSSS2tYoJiJa+CqqQrMfAhkMoSLTHEjaY/GDOWpqE&#10;Ye7G0XXL/OvM+57xG1tHPcXFxbOYyC8+qJdATxXQRHVreV661hWPSlWBTudEWNmqKoIY3aOeqp6j&#10;RrYVIaCFoliN4vG2sSFzzIsRU+xi3z038e5t8R5XK7gn2X2VDS02M2znYt1S4Tdj7jrMSiZfLbMp&#10;M6KnHbk3bnMdVY+krKqnSStqbpHNPdwshbuezcoJuUN5fOLbdzqWJxIVk1HQrNEJAVkndAqu6RXE&#10;jqFjZPIBzlnnH3Ki2GO2tNqS+5W1GWaM26yxLBHLVUnaELLBDE6zyQRtSJclUZQQqLgzubiokL0i&#10;V2OMkktWi0q1NHFQtL4vDWfbLJLSU1OaeeWzIUswCg2Ogr/anfPY3VuXxmzc5LhvlpiqStyklKm1&#10;Nv7y2b3Htymw0QoNwZqj3FitsxbUw4wlXLBQ1M9JlZ8msswL1KSypFFGl9zvfbVdtbXlvBvyKXCm&#10;BJYLyM6SJJ1eOMwxLE5EVVkjkDMrCQ1ostcq+3XL3MFrdb1t0N1yhcvHFqE09tc7bMZQGjiaCWbx&#10;pfG0tIqvELfSpXQ6IzO/Yamo8tRzV9Nj67adVLSxh42qsbX46q+9kldAYVqGadeOBIkEZGmwZLgg&#10;1U/Oj5KZ/pztjZ9J1nt/qjO7lxFXvmv3Pm8lkMH2Pj9rb3r62k2rFt7ANhG3Lu3NU+ETG0dFmHkp&#10;4pw8MxBC+ck1vz7zBue279dWuyJY7qYzcrJLI8cwinZ44hDbpFWW4jXwhHcFo0+HT5Docf6x/t3Y&#10;czcobrd82ybpaQ3AtRbxwiSya5t1Rpmkm1+DbRGQyPNbguyaZFqn9mcQ6x2tU7mwW55ZshkazAQ1&#10;OPoKZaqZsHTTxp9rXTPio3/htJU+SJhwg0SawukekFc2lN3Pv3Kba3H3cmN7L23hIhkMrQHqnbe5&#10;Nw4NqjKwrM2OrsSmN3KaqszjxSZOaKmqaGmklmeoMlWtRSqbctXvMe9TbVe85WcW7bNAPEmQbdBN&#10;PGpdQxVoglyS0oDSuqPBETIZvEmEsYkvcbPkzl623LbeSZH2u9uTojJvZYIZRoJ70dpIAEiBSFNS&#10;TSgIsYEJjm6EdUpKSNYaVkp2sFjW5WFhHwUAYlBpj/SoPAt+PdnO18/RTUFBX0dfFkkqir0CiKoL&#10;TUslCBNTtLMGnKQyqbTSCIDUVIDE6s29r3qzutvtpbS88VnIKfHrKaOB1d1UYOSxCLU8FY06xb3r&#10;Zpo7u5t5YFjCM1aU0h9Xx0xhho0r3NilcECHMpe9kK2UM7cEHk+pbH9PHtc4eHG06VWQnoRAplpR&#10;HHEtM4k0tTwudE7wNVPRRIrIsatPpiCxBn0oym4ljggd0gKwal1BfxaQAo8tR0igxWgCiuFIbvPq&#10;JJFtkuSXcHNTWhBFKg1A1EavICpPn1BqZJOI4wkjahcF9Ngbi91ueCR7S27uwNnrmNvbXrM9W43d&#10;1clVX7e07dq4Ps6efGTzUksj1NFXbf8AvYYqDilyciM/pZI9OgmP9zm5b3C+2/Z933B4d+lRpLX9&#10;N00Fo2pXWjW4fA0xzkVKNVNJye7HsvMUFjuu72e3LLscehZiJVbUVkUSAHxFko2snxIlKgaqvqqO&#10;uVNRyN5nlhhMf7Sn95m8hViSOR+2ACOeb+05hNkwUVV/Fspj6HOZiKTJSVGay0c8lbMMkmQp8iRP&#10;jq2jhoKSqedJYoQ7xw6QCGYB0DV37N2jSi8m0yXYLq8soq7Bi4LARlQkdCGRMlQ1NNVPR/cc2NLb&#10;tt9pcTW1iyRDw4ynhgqFY1RkYyyAr8ZAJPEk56y1fkaIQxVMkFjHpEZiTSFkDMl3hlLB14/HHubQ&#10;9OddZnItlsvVbtydNTVLVlHgRPWV2Kx1QHFRKIDMaqasjm/hUUMMcC06szMpiIk9MY7l7EwM7XrT&#10;3c0ayO4jAZhGRVqorMxavhkDw9QJxQVJJza+4292dt9BZQ2kM7hUMrBVeQHtAYLpCkGQkvJWgWqs&#10;CB0n81kdzwUxhx8dArOpX7ipPkfQ7qkeqFfFTxSIG1MSzAqv1H09jtmcDkIIFhpMqkVDTULmNKum&#10;D1NVRJSqY/NOKvVCYPETIRTiViAQFQFWPzBebYIdvv7gR+HHRfESlVAoGJBLAcNXaG9BUdAWN7WQ&#10;y3X0oaaSTJQjD1yCNNG89Peq8MMMlHYrcSyPGmRppkqnlSFgqkRipd2QWBhWNkZ1uAjt/gT7Cisw&#10;i19XJNFlnlppZRLJE70rwrD4hFbHvCsU1PJO1mZpjIltRWNSeHjZQ3RR4rgaGHcAVKAivwUANGwe&#10;8sAa14jq73clnAU+kppqFbuqaEDvqACBRqadLUIrwPQl0tQAEGjQxA4IIJBB55PtkyMaYmNY4EWO&#10;aJi6ySoBGdOtQJI/GkyHXYAjSPpcWuPbJhghCrH/AGkZw3kSePHPD0/wdFMVxPeSO0hPhNSin4hX&#10;5r2k+oPDNOnaMLKpJsPyRwCef+K+0hWbleuhC1FVAJYWKRF6ewd+b25/SPxf2ILW4W6heKfSHxTH&#10;H+XRlFZtbvWINpbj8vXqSkCrawAsf6m/1/w49pCoRq+KZKhIK0qSxQoFChSGuGAJFwT7SXFmsgk1&#10;IjR+dAOlouWtpEKF09KnHUgcfTj2g6rARRzeWFHjOkkW1R6UN2C3AFh+PYFvtntVlZoFIVhX5ZNe&#10;hHHvUrJpkapGCes4IIHIvb3niyNfj2ieNW8aEmRrmVl9KhAAQfp9f9j7Kptrmi8N46aK56finWY6&#10;C/HrG8aN+qw4tb/b/wCI9rvDdhZOhqqYLLMHcnxhnZbaTYgXseCLf7H2jW2k1iFozVvKnl0+dujl&#10;VpCopTprrMXTVMbxuqaG+vpW5/H4+v1/Psw23PkRmcLPD9xUr4yBBLDOwMLpcApIH1B0I/wP+39r&#10;ES925vGtZCjj+Lgfl0zFy1tm4xvDKhLNio4ivp/m4dARvTonbe5FWeKKSkrINclJVUg8VVTz2usq&#10;SoyOjq3INx7PD1z2ftrfNDG9FkqalzayJK9Kk8DU8xl8ZlREnCOGEmrSS1hyP6exptXMMe4oIbnS&#10;JaUIJpn1Hr9nUU82+2p26eSVYH+nY4JB8v8AP0TfeL9o9VV7UuZw67s2dJBUQfxUpUU2Wx01KkZp&#10;6yeWjSohqqZ4Yyjp41fUQwccj2K1QytUQmp4YuzP5C6yKhYWYxWHhuBwT6eD7E0JAjfwjx/w/wCX&#10;qId02X6VZkEVAB/PpVbD33Fm6KafGZBJY/HEJY6Z4ZqYuQ2uGCriZvuHLaSUB1/Ti3vhns5SQ0dR&#10;BRI/jpVvJVodUDzAFzFd9QaSEEki+km1xb3uwsZ3nR5mAZuAPECtK9RZdyrFLp4S1pT0r0Y7Y+18&#10;pVyRZfMuhSe329MYyk0SqwRHkUgadaqv1503v7LHu7JVeWrWngeqgpYPIUYFpUlfQjKCUilbUtze&#10;5sSbAWFzK+yWsNlbrHKFaVv2jjn/AFf5emrN0iDO66pXNM/yP8+jB0NKlLAkaqosPwB+CfaVSV6j&#10;EVWOSapoYqupgmEvginM8EPElLU0lbBkaOtpKxIngkvGHEQPjaKTSyqtxsDdSIUmKyLTuXRUUIY/&#10;GuNQwcVoxoa0PS1P0L+G5EIldBQAll04wwZXjZWTUHWpIqMq61UzCNTAkA2B54/w9jVgJaBYXq62&#10;N4qKkhnqyyTvHUtVyRVLN9qxEci1B5INwY/pexFgduUd0CIrWrXLELSgpQEYbitPSvb6jj0Fbu2u&#10;WeOK2XVOxUUNStSa0YimCxyAeGKsasWudpLhYgrO7abNwnJ0gORyF/r/AIe2Celod0ZjGQZCjraz&#10;L08M9Rgd9YSppsZlsTLClPA9PLURyQ12Iyc0MrIPGk8M0UZk8ySaYlB26ctxTyRfvHbKTQKWjlFa&#10;VwNKkEMjNXI+BlHxBqADCwu7vY7G5msruNLJyqTWcyl43U6zrHFXjQivxRyVb+xb4jEnVkhmDcRN&#10;pjmgmGuKRma/puSGS44v9L/0PsRNo133tDloJabPJS4uhx0WMra5IRBXpNHJKi4qjaafPzVVEtSI&#10;ax6yKB7xIAt1k9tqrW1zCkMUqwjSKua6ge8tWuofwkMBkYqTXpBvw0yWdx40H1srTa1U1dCHArI2&#10;lIVVwCY1haRTqZmK4HSbqx9nNAyKHEjyholF/F41LBmuY1WJjcR6df6ze17iDn99YTB5TA7Jymfw&#10;VBk8/JkBt3E1+Ro6bM53+Gp9zXyYmgnlSsyC0dK4ebwqwQct7Mom2tLuITXaJuE4bw42cK0mhQz+&#10;GpIL6AdT6QdK9zUXPSbbOXNwu7W/3y1225ls7YJ40qRu0MPiGkYlcAohdqhQxBYigyCBNSLzxvUq&#10;knpUF9A9Md72VuePfPJzvNCFZ42jUOgKlVuoFrKp9YIvYi9jf2c2qCOUHRRj0rsbYM1SMj5dRY5G&#10;jkViCbkC/wDvP+w9pXF0GNjnlqKvHpkNetVSSWaIRLdFJiMTwrIVBJudViv+Ps3vLi9dI4obnwgP&#10;MCtfPPp0vv4JWVPBl0NT7dX2+nTq9dMyIscnjIX82sRze/5+nt0zWET7RZqAvTxpeVwZFeTxNo4j&#10;9boSF/J5+v8AT2lsNwdpilwAWOB9vz+XyHSKxnYTaJwC1afb1jp61mcrLpkN/QV+gbjmTnlCPaHp&#10;X+0MoteTl5mGlpXGkCNgSNSAMAGFh+PZ/MqzMtPhrgeXR3LCZTQjt6dZAJSNNiNXCgi17Hn6/wCH&#10;tT4CWSF4Z3d4bsXZ5JASrOdRXRwrKf6f0/xt7KNyiSRHj0hh0V7kiLE0SgGg6g1cazBkADBvqLD6&#10;gWP9P6exipgmYnaEowZoRwkVw8nDs6aRdtQa/wBOPYIkY2SeIG8+ggbh7ZdT1r6dJypiSkTygpy1&#10;geAAb/p5Pt1ixEFLVSvUPLGlNJqVU8JjqAtkC+saCl7Aj68e0j3rzxRrGoLt9uOtncCVCqKlvP06&#10;a5GknjRIogzSXDErqC3/ALX9L/63uJmswlLEsGPqlgJRJ5o0ZTJMpqI2dYlf/NRRxsQSgsBySPbl&#10;lZNK+u5iLLUgY4GlBX7T69egDTs/iD1Ar+z/AGepNDh7s8tVEs1hpisoQRtYi5b/AHYC3Nj/AK3v&#10;hHmqLIEUs8yI8zokUkkyjzusZZobltRtGL8D9PP09uvZS2pM0akgA1AHD59WkFxbBnTuA8h5fP8A&#10;Lro4hIXMkSj9VhGo/SW+r2/BFvbXkMzPh1mpqemeJqiVBTIsUjQ1UcjsBURSorxP4VYHki+rn2pt&#10;rFL4rNJMCErXIGkinaQc1rUY8+noLpbgrM9wCQMkkVwPTj1Kj27HUus0jayoOon+z6CNP+H9Pc3A&#10;5CqL1MdSqRrTCSoqjGwkqGYQiNFaV7pGLuo4AIF/bG4QQlYZITUuaL/D86fsPSnxkYppyG4Aefz6&#10;ac7hoVRZVLGcvHBAp/zCrcyO5WMiQP6fqTa/tM5uimlFT4Q48pMZ84kClvKhDRoIppWhlTURcxty&#10;NItz7NLCdRoUkHTX5+Xnkf5ejKC6WPSJDwrkYH5/Pp1xehURNSMY1LEal4/3n8e1ntvbtXi45Y6m&#10;M/vsWjCqAEUxK45tGwBcc6tbf1N+fZLum5w3JR42JKjP/FVPRXeSpeyLp/P59J/N5un/AM6JU/ZU&#10;iQhrG4Ol/rY3N/Ynw4qPRDG0qhYzG7PIbR+RdTFxf+wq8D/Eewm14wMjBSScfl0rhh0KABnou+X3&#10;rUvPWVEEJUSMYqaNNLMsasECMAT6yxLf8hD3nWPGLMgqaiaSGEjT9lEE4TUqoZZJJAQC/wCBf/H2&#10;yXvSjGNQHb+L/N08dtkAMowfn0wNu7Pz080ePoYFqrESyV88xkDsw1ulNHHGdILfk294Nw5OhdlW&#10;hfTSw8LEXUzv9dZbUCCS1rf4e39ttLgajcr+ofPNOii8t2A7hRul31Xj83Gk5zrpPkKkM8s8cci0&#10;8cbWeKNFJDrpW4b86vcfC08bxyVtQHbi8aBpI21FSJLAG3jfjSOSB9WJ593v5ZFZYYyOGeiprapC&#10;ngel3uTOVEE8OOo5VUEhJGBSy6SLP9NQsf8AVEn3KjjLlBPDCs0zKfCWskUSn8OxBUt/T+yPbTPp&#10;qEkbwhgHzJ/zdOfRRjv0dNdRnanxtFT5GXwQRlPuRGplllNipVb3lbTey2/3r24UUqpVlxLS+LU6&#10;BYSCo0gawXFwxEXAN/r7SzoWiAo1fn8+jnbrIzSL2UNcY+fQW9j5uSk23MgSq8/jaXz1IK+QPFJ4&#10;1RSbh2mPIHOn261NUsjMeCoJ0AH+woFj+PyT7RBRAjSOaADNep45S5Z8bwWZDU06oo+S/e8u3f4p&#10;i4q3weFw2QrgY542Hhj8lOeTpa8pBItpP1/wZamoL6gp9HpHFyL2/J+vuP8AfeYSFk8JyEpRQP8A&#10;Cf8AIesluXOWktkgVkowNT1RZ2b2vX52qr6uCaRmmkemjAcvpI8ahrA31WJ/B4H1sLuG++95QbWx&#10;rwh5BkapfHCsR/dhRyoJ0/qjlfmx+qjn8+xL7Tck3G+3a79fL/i8ZqgYEAmtST6j0+fQE94+eott&#10;tX5c2eRTeSL+q4IpHGcFRT8TDz4gHq3L+TB/LmqO/dz0nyT7nwLT9WbRy039zcDmMbMKPfu4adI2&#10;bLTeYwx1+2cLUsitHpmhrKoFHskLpJWj27u3+I1v8Op6oRVdezs8c5eWSYqs0r3AN2KJGWP9ACfw&#10;fee/J+3W9klvLdFR5IKgEkAmgHnQZ/I9YwbdZmYTX8kZeOM1LaqAVPmeFSfXPW57jaSKjpYYIoo4&#10;o4YkhjWNFRVRL8KFAsCT/t/9j7CzEbGy1fNRJPNTRJUS+RZp2amp44g/qepkcBIkt+Pyefr7GV7z&#10;Ba20Uzojs6jguST8h59M7hzJZWwnCI7MFoAO7NeA9c9OPtRJEtDDpiqFmqotSF4rMLqjEMgQyAqQ&#10;Ab/Qn8ey3xTcuzSQ0iOcn9tfT0/nw6K5ALtwZYtMTUpU8agHz4HNKeXXvYnbQ2pMGjzWbyVNRpIV&#10;enpa2V4KirLtfXLodPGVaMER8O9voPYS3ve4wJLGwgZyKguoBC0oKAUNeNK9ADmHfaeJt+0WU0hA&#10;NXRQwUDjTBqPVuA697VAgwsc1VU0KtlYpp0qayLF1ENImUkpXaWKCnneenoo0l9SMWnWNw76zZmB&#10;DU31H0jkR6JaFlBPdqIAqKUyQqjyB88V6KIrrdaW1vet4GkEKZF1mMSUVmpodgaAEaULdqhaFVI9&#10;7ATcNRvLN733VsOtzmzNnUVVkcRuPZ2Txcn3mUG1Jq+khy+3slis9SXny9UsEiQ5GCSZJGqJFSKF&#10;qdZXDu3brzSl3uG13d/bxbgJI3t5o6mRrZZFDJJBKrKruocCVHcNr0lI3hDSTVtdryvtPL2xcz2F&#10;juW43UUE1vdo6mOEXXhsYp4ZIWUpEhYGSGREYLErF5fF0D3sW8zsHYuN2lkM81QBmaMxyyVDZCGm&#10;oqWlaERQx1YmZIxHLKGd5Cyj0hVI1E+x3BzXvI3BLa5McW2aTWo40NS2o8KLSg+0nh0Hdl3XeN33&#10;S024QaoH7dCqXc5OVIqS3AAfOvl1FMsyy6WVSh/K/W5P+JNuPYT7JrNvZeWnjjqqCrqapqySnaGv&#10;jqDPTBTLJNBPSSzU8yQSuVYpqK6luE4uJLvc1urVLyzmrbMtRQg1odJ4E1rg4OAwrx6GvNu2X2xW&#10;9zcaJUMZRSpjI0sxNA1QGGpR21Gc9SvaG7M/jVFUTU2KbH11KJ5aY1MVUBJR3oZZk82mSZHkpqsJ&#10;BIEIZi4ccBrmuzXG5u9q9pbo0bFtQY6dFFcqx9ULhVYDuAfUAStAfcmJY3Nl9RfNLBOFDBWU0fuA&#10;IoaEYzU449e9i1sU1tHQ4HA1MEFaqY6pebJg10lNPDKIcgiJUPZKT7c1jI8a6VMv9bEkn3sxSXF9&#10;eCR1nMigIMEFRoLEeZYrqXJOk8eoy5ue1uJ903KGTQvijTFUBlodJBGS2qhYGtAvXvYrxNt2lp6e&#10;iz8+Jjx8dTIulRD92y+OMSxQeGCSSqLCQD06mVgTazX9hFv3hJM0u3JN9Syg5PbUDBoSAB5mtAeg&#10;Zt+3bjuNwbiyjm8bSGNTRaUFCc0H+Xjnrg5cD0Dn/H6X/F+b2/r7UM2F6uzNJS0+y9OOrAsv338V&#10;eehMjNDZUhjrisiSu7ArZ9LW402Ni2PcObrGSeffKyxUGjw1Bpnz0jhSoNRX7ehY1rvVmpfcRrFF&#10;wjK5pn+AUA9a5P5dM8VRk4pXNYImgL+gRKdYUX1av8fpb/Y++tsdR5qPOUUpzFLj6aokHmralWkp&#10;6SKOJ3eoEqFIkRQ59WsgFhq0+97rzft/0d0Y7KSSemEGCxrwpx/Kn2dNXt9C9pT6JzLGeABBNTSm&#10;M0/w9cp8zSxxSELI7pwI1/WzagAoB5+v1/w9o7uHNwpPjNi4ypXNqDStkIKRGaCWnXxRKRHRxyyI&#10;0zrI/pcAIhb1agWJtv3IWJ+pksT9TMxJXU2tAWBz2mlR9nA9SX7a8nqsN9zHfoID3CLUaFSctl+0&#10;mnADIJ66p6hniWd4zDrXVZvqp5+v4BA+vt1wOCzctElCtKKOiZ3WiovD4YKZoAFiqVdVOqJ9Z9ZN&#10;/wDD2bQ7lCWku5SBSq0/FQfOua8fhHSfmWTbbaZXgq0406mr3E+ePI166WeMl5CVLWHIIYnk8cD6&#10;+1vsnqqllkyVRXNpVmlmWWJHgpI2lGhokqHBjmkk0ABE59R/Frl+8c1m2SGK0GGbgeP5jy+09Fl/&#10;vs88NtFbW/cop8VTSlasvljGeB6ZMvuEUQhVdLTSPoMVizKLBlkdACyoykENYDke1HLt40kLrQ4q&#10;aEJMrI2jVkKhEK+aVIqlz41JCxoHeI6mPpsAGQLuxmes9xqxwrRR6Co/b5inn6IxLBqR5pqvjzoo&#10;J8iRXPy0+nUWnybyyXeZCLEEIQyKfrpJHAIBH+39rTGY9moopZmijaoqImigugqTFfUSykMs1RKE&#10;vyDouDYjgkd3c6bhkiygBqc0r8v6PQeW28a98KIEqvE5Oa0x6D/Y6i5LJ/aByB6I4CXk4AQkXDMS&#10;fyt/b5X7sXCuaONUq6maOJKSmT9mNUFozLPIFfRDTKl3JGuQFVBJufYemth+mdFZGbIrQn51yBXy&#10;PU3cpe3Tbrax3d5WG1Wuo17j6UU+fp5eZx0UTeu7qda2qFK8UX28sqT1LukjuzFvJHErNZ2kICqv&#10;I/tH3CxuNq8m9RnMiI/NMqGRY4zBqhUsvjjjebVd5WXTqLab3uT6i+AlqdAP6zLpPGgHz9eBNfTH&#10;EHqaEO18qbSkcs3h7fbipb4ia+lfX04g/KnRCuy9/wCa3nvPHdXdeKMluXMVwoYV809XjqSrqYPV&#10;WZSWlp6kU2Pxa6pKhWswVGUEMAC3ZfJ18dPS4rAY2rpsnVmohHkVJUoQijyVclXAKijlhTUCHcqC&#10;1gbcXX7bZQkyzbncRmzXOlcavkAaNU/Z1JXKHvL7X2/L298x3O6LGbJa+E5CyysATRQzdyt5BQSW&#10;oOB6LPkf5bPyJ3J3rT0vc1dQ7468r6qirqHM7cjrFwFfTSVAd8RWQKtDX4mupzCQ6KSoju6S2KgJ&#10;PdOGpsLt/Kzzs1ZVVdFkI5q5kVkqZUppJHVo9KfcLE8gLLYouqwFzcmf1ZvVuEVQsSRHt4kJQ4/M&#10;eXmOOOudnuh7tcw+6PO9nvl/M8ezi4UW8B+GKIEcG85DQVbiGNK462HuiOo9o9K7FxGw9q4/H0X8&#10;No4P4iKSBYjU1LRRpHK6rqeGmjjQrCpN7An6sbvWAiwG2Np4TGYFxFgoMVSnFXZWWSklpUqoZhe3&#10;rmikLkD6D/W9403m0PuW/XV/fRJHbo2lO3SCillSmBXtXV+dTx6+hnkDerZeSOXNwio0hs42c/Mo&#10;qk/YKD+fXz2flNsLtfvr5xfIfMdiUD128v8ATJvnb+RioqKoiSGPbW5K7bNHQwwRxfuLS0WIijWQ&#10;XaVU1fT2isnvEJI6q4BAYfqAJFvx/Qn2J13mw21RHZRR1HmwbiP2/wCCnUnLI0iRSWrakNMnOSP5&#10;j7OjVdZfEqCmoo5Hw129DeTxuy6wNRP63DWsSeP9f2543ctHTR0ktZV+eStmWGngoYxIxYgaV8xJ&#10;jWXUwFubX59mG5t+/rSxtibWSaZtIqX0nUPhYRlQ1T291AK9xAz0zLvd3ZW15qSRSgJLsAAPLNRX&#10;QOOKE8Aa06Q3ZPxb3R2Lkshhdo7fxeLptv0iZDNZveWVy+KoIKcTSmWSLBY0A1sISMsWnQ6kU6Qf&#10;YT9111LuDZlfiEkXGZwvFk8LFkZ0jMVTRS60SrkVHEArodcWrQdAfVbgET17T29ry1u1jLMqKzIY&#10;5l0ojSKwIBREJFEOV7iTwPxdLeS+etzfeqRxrLswejsoahOnGknhQ1rnzHVkf8tjoPJ/H/uLa+/a&#10;eZd0bdlxFRs/sSuwGEfH43M4zNwMhixNAxjSWPbeSSjnDLqmlWCRRIrNoYgNLvfJ4ypaOtwW4oK2&#10;IhHiTEZGeBiv+7Y6qlo5qOePWLB0fQf9b3lg9jtt3Giw3qFCeJrj5eX2VP7a9ZN2fNlh4Ku7UIUU&#10;yBXy62Uq7Zu3twUmqi3Jg6mmmXUkn3sEUyhjrWOanqZFqInGqzI6hxyPr7RW+fk2NoLVRVBpoqmK&#10;GfT5snQyTvIsYaOKmxtJLVVssxc6T5Y4EvwWWxvHHNXOPtdyPHJPzHzRAPDUt4UciPM5X/Q1iQtJ&#10;qbgCyrGKEmQEU6auOetClbe3Dn1rj9nr1zwfx22nWyQVNU5lpderww0dTE8g02djVSFVjRi5A0jl&#10;fZMMp2V2F3pnIaapqqmLb8EhjlhhpfAamGoc+OnAjaZopa6xSM+R2I1HUqgj3hJ7g/eQ5g5sN5sX&#10;KjnbuVSCJPCDeJOHNQsramCAgCiE/FVh5UA287xd7rLGkrGW5ZtKJooAT6Dz+3owGB2ttrZdG8GI&#10;o4KNApkmlZ1MmmNWZpGJuSEBP4Hs2NFi9r9L9c12587TUlBVwY8rDB5V+6rKtRKuOxVCqFElmLqq&#10;jwoL2Lkn3Ca7vbWNvd7heJWML25+NlHatfxH14/PqYNj22x5F5W+t3WBRvEoepDVYk/2ePID8VOg&#10;JzO4sx2Dvml23t6Solw9PNBLWyLG6w4+kQRiqqap4wU1zG/jV7AsQPzyX34bYOq+QHzR2LNuuKat&#10;ljyk288ygZzTUdPtSnOT29i5NEieOCHK09EHQi8jH1XUEewz7eKeZfcK1vdzRnghV7lguKeEv6QP&#10;9ES+ECPMVB49YK/ey9xL3lj2e9wuYhPTcprfwFNAR+uRASv9IRvJT0x8+hR7CEO0+tctQYWFaeL7&#10;KPEUsS3HhhydUtJWzK17+daKonkDfXUt/r72Zt+7UiqKTxp+6qi+jSbXKte3J1cE8+84uW94aKcu&#10;cE0/Z18rnM+7TPuclyCRKHP7K1H+XpVbQIXE0qaQmmlpgVtpsRGLC3AHpI+nsqFTt+TD1UkZGqia&#10;RpNEhKvGxFm0MLkE24vcf6w59zDFuEd7CpDETU4jo1g3iPcYkcGlyFpX148elZ7RLY6kxEslFT1S&#10;R0eeqnkpKcuh0ZAXaRaZW0jTNAh/aP8AbHF/p7ZsUh22QgzFfGf4Wao1EEsErmmCaEnhjoVLfz7h&#10;4d1NATPaKA7KP9DGATTjQnDehz173h2Ni1XM0ArlVTQyyTyllKxsfs50LAWAs9YjMP8Agw9mV/c3&#10;C7XcQk0ZlQD1zpqfzbX+RHTnM16Tt9z4BOmUKARkgF1/58ND/pevezAbZGDSb+M5lRVmaVmxeNSb&#10;Qs767ipqSP3FpluAqLZpW+pCjkEbjLfzxLbbadMQA1SUOFIGF8iTxLHAGB3dRPucl8oFjZpRUX9R&#10;yPKnwjyLHzPADrogkEA2vxcfj+p/23syWB363hiBlVEjghhihW0KRRxAIkUMC2jhgRR6UUBFFgPc&#10;Ybhy2oeQ6SzkkseJYniSfM/M56CM0zQAq1SRXpvkx8TXKAB2JLSfR+fr676jf8+1uOxIYYyDOo49&#10;KqV4HFgf6kD2SHll3IIU/wA+i59ymaoVDjHUQYOm1B2VGN7m6n6n63Or2y1vZ4UHROo9LAXKXJvx&#10;+f6e10HKepu5DT7D0lH1kpOlG6mJjqdALIgt/Rf+Jv7SNZ2RNIT/AJSq/wDJIP0/1xf2dwcqotDo&#10;/wAPTq2m4yHrOKWIfRVH+w/437YZN9vIeJ7k/wC18E/k/wBPZknLqoAfD6dO13Z+Mt1nVFUWAH+2&#10;9xv736ms03J5/WP9b8/63t47LTgvVP3RPXVqbrlYH6i/vnHuVTcmQn8WCi9x+eR+fdDtZGdJ6afb&#10;J61B66sB9APedc8shvc8fS5Avz/T8e6HbyBw6Ttt8i5Jz137mx5VXI9Q/wBbVf2xJZEA4PSZrWRS&#10;cGnXvcr7yNiQSL2vqDfX/C59smAqB02Y5FyK9e90OfzbvkDBidw7Q6ox1eiyUOPg3Dl4o3jZxLkW&#10;qFpUkAJdb00IYX4KuPeff3Lvb6TdP6y8z3Fu3gqVgjehoW+JhXh20Wv+nA66s/3fXtJPuW0cwe4F&#10;5ZMySytbxE1oRGFLEeVAxofmM9e9mf8A5Sm+Ru3qPdtI0wmOFzlMy/QkCrp6oafTfj/Jr+4o++Nt&#10;I2nn+wWNCvjWavT7TQf8dPUOffx5bHLPuNsFysej6m1fz46GT/oLrphcED/fc+7eUhhbSSBYJ+P6&#10;gjn/AG3vD1pHXz6wfjumpWvULS30sfeZKSEnVY3Nvz/rWJ/HuhnfpULmpGeuiCPr75mhUhjq/wBY&#10;cm/+tx70JyCMdPiYfn117gtQeokixP1PPtQLgU6e8egqOPXvcWXEowN7H/WH+8fT26l4wx0+l0fy&#10;p1721z4ZLcKOQbAD2rjvTXJx0tt751wWIHXv8Px74UM+SxEnkoZ5ImQ30g+hgT9NJ9JIt+ffriO2&#10;vlCzICvRitwswoaDrDNTwVCFJo1dTfggXuR9R9OfYpYTeVHmo1x+cURVCrpSclIl1X9IuAo5ufYP&#10;vtjn29muNvJMX8OT0j3DbkuIxqyP9WOk/wDw+fFSCfGlhEzfvwn1AofqE5sG49wsjhTFVOgF4mF1&#10;cDgnjSVIH1v/ALx7U2t8skINe8HI6DK2HgvQGqnp+p65Z4tfCtf9P0NuebN+PYXx0BxWUy9PAAEm&#10;jjqghHAaWK0xF+OZIm/2B9itrkXlrYyO2VLL9tDUfsr0IKBoYC7cK/yNf8HUkOJEUg35I/H9f+N+&#10;wt+7Tz6tEVv474/zbz/w7x6fr/m9f4/r7FvhHw6aj/uL/LX0caXpw/DX86/4epVuP+QL/wDJ1/8A&#10;evf/0mJ8npfSrW4LWuGtYE/Ucfj3JEhVyFKgMPTqOxZtp1Ctf9Xy625Y8IWjVmjZEJsS54PPIWyj&#10;6g8e4EuU1Ny/01Er/X/W/H19sEEtRTjptrSRRU8On2kwKKB+0bNaz/2VsOdVx9Df8e09WZJSTdm9&#10;XJGoOQdVwNIAYAH6i/A9uq5QFcU60Lc6FkpxJ6VtFiF0qQiEqoAYA2Potf6f6/uJNlGqKfTqOqAE&#10;LpYaSLf4cgf4fX3bxVABRiVHxV/ydejhVXpTJ6nQYRaerDiMAVAAla3qLgkkjj62P+PtLz5EamGo&#10;/kX/ADq4v+femuZQew0Xpc1u60ovH+X29K6lxKhV9P8AT8f4/wCA/PuBJkQL+o8X5uOfbBmkdsnP&#10;W1t3J0kgj5dOyYuxB0IQebEH+n+FvbXUZG4IDG9/6/X/AHn3oMygAMSOlEduFP6ldPThBjVVgSov&#10;b+nA/wB4/r7hCqZ2uLsbWJ/JHHJ/HtppdHY56eVVXgKdTxTKotpAH+x/4p7n0aS1Eq6VLAsF0WJJ&#10;c/T0ixP192R1c06eRK5PDqDWtHToxZo4xoYs8jBEUDknWf08f7z7GjamLhxaffVxc1YJ8aoLhVt6&#10;ASOTwfwD7MVCKBUZ6TXDj4FGT0WnsDOVm4GbEYuwx7MyTTOT+7of1n9tgUC2sP6+1XVS4uuaP7um&#10;p6kxsZ4xJGp0SMpVnF/o3r5/xA97GkV7R0mVZfI56QVDR7gxSM2NyFVSB1SnkME8kYliiOqON1Wy&#10;SKtiLkE2J59t38E27NL5jTBJCAoKO4b/ADnk9KliisW/IANvbR0BgKf6j/qx0nmuLqJgmoaTj14+&#10;oGR9p+3pRxbn3tS04pxWmWAOZGjanpyrsIhH6pBEszgD1G7H1f4ce5ke3sObaJJ0RBqKCe92HIZw&#10;ysNQ/Fre7FqaQfh/y+XVBesCY2j1MfT/AIvppn3duUGTyUtFOZHjAL0tjCDe4i8bKLH/ABB5Ht7p&#10;Mfjo1JHle6qbyS6vUQpJFgtySPe1RdQVgddeA8/kOmHuLjU1XVVzxHD/AGeknls1n53YMtPHZmB8&#10;UOlgLrw2osCE0AcAe3YQ09uI9H1F9R1EccrclRb/AFvZiIEYomhkqDx/wcOP5dF8l/b6WeW7Tw1G&#10;SzAH7aU6SPnzHnZ9clYHa/hSm1KGZiSGaMIXAJ+jXsPfGQwwpb7mDTY3UnWxsPyVQhf9e3s0suWt&#10;9vSosdquZK+Yidh/vVAP8HUab57te33L4kG7c1WERXya4iU/kuot/wAZ6WGJ2TvPOzo9JtLPlpGB&#10;jq4aSq8EatYaVeSFYo4z9bFyL/T3Tn/NMyP3kXSGFiYP5s9u2uMcTs11iosRGhs0af5vzWFrgAnn&#10;31J/u2uUd72j3WuLndNteB12+4I1UAPdDQ+dMfM8TnqKdl5/5S5/5t5o3flfdYrq2sdqhjd0yitN&#10;M7ABqipKxKWoOOeHR5+j9nZnaGEyMOapmpKmrqKciKQxtKy08JQSs0VROpVi5+tifdaO+MFLSbY+&#10;7EVQDHCjX0j8abX5S/199rt9gfd9suLJSC/hH0b8JbAqp49b5W3SK43z6dpEyx9ehv8Ad+/xizcO&#10;5Pj51BkGq6kSN1/tymqGaKlCeago/wCGNHZqjXKfJRm7BeObjkW+YT3h9lOZbbnzmc7ZbQvbfW3G&#10;keKqt2zMvBqD06DcX3ovb3213jfuSOa5LmK+sb+aMMkMkiaNZePToU4KPSteK9AHvHrzceRz1blM&#10;RT4iSCpkSRRVV0sE5dlL1DFFpJI7lhx6/wCnsX6qngXWUrJiDo1Wpldk03djYCwVkHpKkC/uIbv2&#10;l52iGv8AczHGQjxyH8grA9SRsn3vPZDc9Ma83xxO1ABMksOfmzoAPz6T8eyN6whjPtyinKghJIcr&#10;TBbn0h9Im8r6AbldANh9feOlx+Kqo2qTWmeJlJlijmWLQQSD5EClgR+QTb2Db3lfddqkU7lt9xEC&#10;1O5Cor8yRT9lepl2b3J5Y5lTVse9WdwumtEmRyR9ikn/AIz0m8jU7sxDpQSYOSlkSTRBUS0spSp4&#10;5EM8y+EozfS5HsIO2MDh8hh6WrxbVKZfbmRTO0skckyipNADJPQyshMpjrqYNEVUgOWAYMOCyiRR&#10;wOrAiSlQfP8A4qlen7vd5rPdNt3JHja2dlglrjTHKwEZGaUWQqTWp0lqeVBG63qs81XUU2Y8Zoay&#10;ljjp4hCipEwjcqsdhchyLkNr+nsr+4svPiN2YuvpsrQQ47dlclJHT1Zo3kr/AD0gnb7ESyCWqmp8&#10;eYWdEZeAz3u491hl8K6jkVqISP8AeTQ5/LoTbzDa7lt0tnJAXeJajSRhqkVJpnIJPz6GWjVPtFQg&#10;aoFYf4B4y4a1yTbWDb8W9mK6Znmot2rBT1Pjq56CpV0kIXVk8VUUdo5HYFWNbSQxlr3BYk30tf3M&#10;/t9uLW28CJZq+JC1R5ao28/yAHWIHvby7b33KT3dxZd0M/EAkiN1YVPyVqE/aflRsyVS0VMZSQF+&#10;4hUMoOoQTsyhvrbXqH+t/h7Hjs/D32rXZvblMKav27LBnEHMy1+KgeOfMYp6ZpY40NRi0nRZCRod&#10;xYgC3uRub/qLjbZ7u1jP1Ns3jLX8QUgvH/tkBC8O48esSOQ4YLLmraIbqY/TzOIjTBSUEmOQHiND&#10;6S1agqCKdY6Suee1JUvqSZWhI0i93Uop/wBcNb2ldl7jr4cZTw0NSk9TiquKZIalpRHJjaiyxSU8&#10;6Qzuksc7uVIimBRwGFhcBSVmu7ClvIlAqgBq0ETEFaUNdVCCpONPGvHrJX3F2WJNysOYktSIJ0Ac&#10;rj9Rc0f/AEydpyDUGgOOkrVY2jrZMjj6+ImlylPUOHCllFUQ0NdE8epQ5l1IyqCDw3PIsOvZWIoc&#10;vhcbut40/i8WKgrI5ElYBpI1JliYnSZYvuEHqZVJJB/tG+ti2u3ueYNoluFWS5Gmh9K6qj+Qp+fQ&#10;l9s+YLq6hudpjLfQSScDmlQpqDxHYxOPOlcY6J9sWvy2ztz53YilnwI3HUUawzRM2ihlZmo3j8l2&#10;jmVHN7MymPULAhSOs32Hh8vQ7GpYFnp8vtjBwJlGnjR6aWhyYw/8KrIpfI2uCAiWNkdRplkIu3uX&#10;OVLI3G4c48rkFgYmcDz1AArQjz0sV4ef59Rt7B8nXvKPvP737C9yj7Zu16t5BGOOuN7hpFoaZYTL&#10;RgTqVMgdCt2vh33T1rt6WeAVMsM2QwdRHGWjmc0VHkIqqBmQErJOcXIwKaeCtrexm60qE3btvfWz&#10;521VDxVu49vRDxIjPTz1EWWpow5dw618PlQDl42upBb3NfJ3Mdve7HyhzPCvhSWc7WN2DpBqhZUL&#10;ChJGjga1JQE8DWZ+fLd+XOYuSOa7YgaXFvMwrr0sV8JzQUKgMytXiwrQUUip3vSI9V7+6S7WCRPh&#10;YanG9eb/AKh+Jo1rqGhq9q5KbT4Fngmw1TJTzk20zAr9YrEtO5a16apKSFkljRkdLiyugUMD+SQf&#10;eW+zwrPErxkNGcgj0OR/LrN3la+dtuidJBIlO0+oNf59WHdf4qCsxhlp1jejnlimpnAOp45i0msN&#10;yNAUgDjj29bH3HVT7W3hhoIoquGrhjpayKQzsYBkZ6dqSpgET6RKHxbr6vSoZiQwsBAnvrKNq5o5&#10;Iu4Yg1zGJB8wsjxAFcjuqrDNRTyr1hJ95/ZYrb3f9k+eS+m8stxk0EEDseIRyI1QaqyuSRUHUFoQ&#10;KgiwmIpaT+9VBM0lL/Ftt4/JRVA8Z8z7RyLZMR2fQpeKbIIxAsWQhQQTcumPov72dTCkguchi9uZ&#10;CqhiKPoM+1s7UVExBOm0rYuolQqoJFwTwfZRtW42+wfeCuZrn9OwuLNULN8FZ445TpPkVd6HidII&#10;rXPUkDdYuWvdaO/lkUWl3LGrVGaTQqo8wKeIoIPyb8ig5jLy9cfIA5Oo1SYTI9l7exmQnpwJ3p8b&#10;2VtDFY2mWaGCXikTdeGinaRnEaoJGN9OhiY1O4w1R4wupVPqjZg6alGocXBIFvz7zsj2usRLDrJ6&#10;aYOPiPHqy2DBItM5LKSwKgobOCRcENb02t9RY3/wv7FSir5p9qUMhdVXLbmxmKGv0qDNNTmTUQCV&#10;QI31H0HuNuaA1n++GjrrhsHeo4gtVBTyxWvDj0DeYb8wW+6RA/DZSy/7wpP+Q9AvlqKCHfFbGkRa&#10;pwuzclmEHN/KkFSsMjAadRMrAn6Em/sVsflcxu3eNZRZh4YaqgwO78VQtTtoBoI67+J4R0eMKC0e&#10;NzSKzEXOj6+8J+Tbu1f259wrIr4gbdIi2n/Q2kjLrq/0wcAU+fWA3tZbQ7Z7N85HbomFvNu8NwfM&#10;gkRpIR9rR/Pifyj9tzxbb/uTlNDSqm4OvYqnUA40zLmaWZ3QhUaY1VCrg2tdfpYkexB3gktBuzpr&#10;KGRS9ZgaTEVTqS+qpw9aKU6nN2IME6fUkk+x3tNwl77H+4u2tMGeCyZhTyXwyppx/wB8k/YR69T3&#10;7Pbwt/yNzPYlyTbzFlrxAkQGn5GpHzPRFMJSw1GyPmls43MWJ3hmt8Y6mn4j/hu+cGc2sNLDYXjN&#10;VjpXIIKh72+osLtfvGHAzYrE1EM0tZmJKKnov29ccFMsFNU1VRLJqUIkklVcXvcgD3htyXyjebrP&#10;uFtbhRHHGhL+a9oOTwBZ2U0pnyp0HL7YTzDLuO5i5VYYDK1DgsysyKnpgJj5Hok+0+op920m4tx4&#10;iamocZtyDOZXOStP/lWVyTZHIY/BYyCBVUqlJjcW6tp9OlifxwRH4hSZvcfb3ceWzFZU1GPrdw02&#10;Rw1NVwwwGiopd2YOkESyQCOSpTyq0zNIA4d2U8KPav2NmYb/AO4Es0muF2gUegH1K4Hyqo9eq/eg&#10;jgsPaB4o4woMTIf+cTlf2aQPs/b1d/2uke0aL494SngjikpMzV4fQqahHS4rrTdDpGnI9TChCXIP&#10;J9nx7R3RTbZ2ruaOWQSVOTzmXgp0MatLHT0mWzU87zOZSAJnqkQAItwpI4HvJ7kLkQ77zPPu9xGp&#10;tBFRgfxUaU8Kfi1g1BHwjrFf2K5Xn5hseWrmWIG0t7dGY1wzskQRaU/AI2YkE5ahAPRUa7a1duj5&#10;HQNRPposHgMVNkZxUyES1OSxWGp6WJIjCVBWClnJsw08XuT7rw2fU/xnsvb1ZNUELSY3e2UrFfSq&#10;xx5HGx7fSoewCxxua4C4sFCte4IAjP3YjQe53KllApEcVtcTFB/w1TCG/bWnp8xjrLv3Rgng9t7n&#10;b7e3LXMtxbpGBxYpKspAH4vhNfy6PfVUsWJwteNCsqVWCpIZDq9Ro5JszLECCp1EQnk8mw/1/czv&#10;GeJaRsDSqBhpKNnWRR5BUfxSR4zLNqs6KVpyqoQUNz9Ta0uvf293yFvO2vMwuHRo1rTtEurVXHoj&#10;IvprNamlI25P3DcU5ffcd5n138MsmpW4qIhQKaU+EEMfPB6n9eYqiFdUZZQPvKhoaV0LyvHHFBTJ&#10;MwRHZtFQwqPWb2OkcDm4fZWhkzWIraKtyNZTs0cdZV1uNWBZ9OD8ZdYxUG0a1q4xEP6nRZyUBkUA&#10;46e5OyobzYtlbttbmZAzqOIidQ1CQaIyxHJB01LHAp0Uwb1Ps+7TXiQCR7fbncIWK1kmCotSP4fE&#10;egoKmgJFa9CPAywmOSJUVJa6mhSKUPrtVLKXCmMN642kbTcWso1EC7exc+DuEh3V37j2NZVSNRDf&#10;dVXVVFVNDU0FZNR09FTRRtIbFDXzqFYCSOeSnZZEkV5CAXyUpl5o3G4j0sqSXLMeOg6wKH5CpHrg&#10;GvQY+81efub2auP0FjkkNlGA4qrqDrfChvwIamuoK1Vo2npAd0ZuXA7EydbTwQSSRz4hIo6iHz0x&#10;hFa8lUk0baD4ftoT5ACCE/SwIDC5bdlJjKPA0+KydBUVtLViWgy8c1LRTUFbT1kz0cq1mMqBZKFl&#10;qTJPpUoETklQUbIW1jfcZ7gSOkloVClCA2oFaEMaaWBGCtM14Ur1yliE8l/JNaTojodSEEqysp11&#10;SUGuugIXPz4ivQT7LyFdk696tKqmjp9EUlBS+QPPEkUQb010aGKeRGUKnk0t6r/j2SAdDxbX7g3N&#10;3DisjMMLuXZke2H21LVVEVLQ1EVXR1VNVY+M1yU1OzTTV0paKOl+2lnYojPJJKDnatggTmy/3wX8&#10;5murMwNGrvpQK6urL3EDOvA05ZtOGYNIt7z9c7lyTtPJV9Zr9ZZ373Cz9jEqVdXEjaWOnKgV1NIu&#10;HYAZMRQ5aKqgFHOwFXHPbWhFiqE21MHbyLYWFyTb/H2D2zPiZsvritxmdoKne+5c1T/ctFVbmyuP&#10;zXhqsrXl6zIYymgp6SlwkDvGJpY6UwK7BpahqmcKVXcn8icucpXsV9az3NzcxeJpa4kEhQykFyg8&#10;NUTJLP4SJ4zEO4eRQ3Qo5k95uY+arK62ya2sLWzeissCSRArCh0xuasZAa6FEuujUjh8NaqXtcjd&#10;iryQKosCERxbi1gC7fj2ZLb+zsnWRxUQxk0lJjw4xzSy09NTQSU7I8UEskZqK1YqiV00v9vIAFZj&#10;qsR7HO573a2AkFr4aytHn+FqYAoBRSucAAAMKDqI765lWWS6S4USO3fQF3oficliFPbVaVALUyOo&#10;NbmcfRE+SrTX9PGFLShbFma1xqAVTx/W3tdVe2OwsRiKCpTZG38lnZqmnV6P/SJkqPH02OElStRO&#10;ubHXtbJOaeCBHEBoEDjUiuSg1R5PzJulxBos4rRrjxAGRpHRACQDIG8MtUA106ONRXz6I4bTYby8&#10;nhff7mHb0BIf6JGYuoUqvhfXR6dVaa/GOimplYkqrNFuvFVTukNaxiUqLPRyrIGkClVCaiSGDX1X&#10;sPaGpNkbm3jS5JexMXFtv7uTKRTYfC5JcxSTbYq6CN4qHL1uTw5pjlXEk6zmiiiT9AjlOpwTFL64&#10;udqkF5IsIlGnSkmstG4oY5dUa0J1GumpUUVJCF1ET224bTsFzaryxdNdxIqfqywmFxMHJcxCNwfD&#10;I0BBLUk1ZlI0MZtTmY4FLUMom1KsQ8sTrpk1yLN/bW49K2/pz/UWXe4uo6bsvamN2fWbj3HSUFBv&#10;ba286Q0v20Vbj5Np5uk3BhcVRVlNRmppce2Sw8GuclqsDV+4rMCgY5o2y03IRDcZpFVLmCdWjKKw&#10;NvKkyLXT8OtFJ/FTAcdI9n5pk5Y3q53uDa7V7mWwuLY6gaFbhGSWQgtQt3Fgg0xlgD4dR0m58zHj&#10;p3yLxQKy07x6ljYalb0TO41hS7Fr/wBLj6WuPYPfK34fdn/IDNdY0VJ2PLtvYG16nK1G8duioyRq&#10;M87V23arHGgpoQ+NFdR0GPqYoKmqBakacsscgLJ7j3nvl489X2xx2+8NabLC5NyqswMtWjKFV/s/&#10;EUK4R3DaNZIU1NZF9oPdrlj2223my6m5XW55nvY0W3m0pSIBJlJkb+1Ca5I2eNT+oEALoe4N2G7C&#10;wlItUEjvU1LB0ZXjWJApaNGnLP5Iy8h4Cgq3+Hs1XXvx96+62x+Vqtk7VoNvpkaiKry8BmyNVW11&#10;XFLOaSU19dUTTTQULV86xqrCOFXAiVFCgCXbU2rY5ZrPabZYfGYFitTXTqpqLEsaA0QE9qjSMAAR&#10;tv8AzzzRzjNbJzFvEly0YYRgqihVNNRoiqCzBULMaliKk9B/uHscTZNMXPkPPDIHSKoi8LwUyso8&#10;kdRpVX8rkDT+Lg+1VQ9L7L7Hz2Mz289mbZ3FkdsxwfwSrz+3sbmpsNUrUGrgmoayqp62ahqElHGg&#10;JZrFrkIUQ8zR7Rrsrqbb4J7qJ2aNpFRmQkgkx6lLKfPUjA17jUqtFdtzfzHy/t93tuzb5eW1rc/G&#10;sU0iB6ilGVXCsKeRBoKgUBNQx7H7Wk2Ni4xQ5KSlFdLWPNHDkEhlrKcKqSsKRXp2LaQWLFyWAsLf&#10;T2NuGx6ZGfw7r2/QVdamIqMXMiRrXUMVLW09LDksZHU5GhhrZsfWmnjimidNFSsCtJGrKFUhvY4T&#10;aCS3fSGrWpBwTqK+SlfMHSvlX1ITvFkhk17bfTpbCUMpLMjVUtokCq5VGAYsuk9jM1CaliCuY3hQ&#10;47DVM+0s1UU8NTkYakyNemqZ5VY1cFYRQ1dRSzT08cmqOReY5i41m1/ZAvlD0d1H2Jl8vt37HCbP&#10;q8nLttclV7SiwmKzuZqOvoZ6ja+NzE9NBBkJ8JtuFtdKjMBDNTxqimP0E0s+W+W9726LargrHul2&#10;0dXi8NJmEQLRJIVUuwQqHRagJRclaqZz9teZObtgtrXe7h5r2xgE2hZzLJDGlySJigZigeYnS5Ks&#10;G1Oa62LdGq6f3hmodqYusqWr8s8yz1wnyENckaRZeoZ3nXXJUHzzVCkvaQ2LMTdnJ9g7XYrZ2yNu&#10;1GPweezmIwEOGptt4fApJjo8Ft+HGQTwQzbcpxiEmpsnVvM0zzzy1aPOFITTdTLq7ZByrZ3C297P&#10;Bt62ywwwoE0Q6V01iCx6tbVqzuX7vi7Bp6H9tdbpvW4xXF3ZwNfGd5p5qyiSXWQ0kcuqQJo0qyBE&#10;RCVYp3doAs0ozNTXLJPS0TsztMfFHOKh9cl3+7Ly6HiiZ9MYCKRfm559kh3LiKitosU0+Zn3DuDC&#10;VlWse+a9sft3P0eOq0iqaU0392cVipXMdXQ06ukM9JDI0SSTNMdIES7td315FZvPuTXO6W8xZLpg&#10;kM0auFZTWCNTUGOPVokUVQGRnBoJl2/cbO2lvILewS22qeOhtEJmiMi1BJ8aRzpKs5GuJ2JUhCo4&#10;iXBDodjJEItaKHQaioIA5TUzFf8AW+ntdS7wzWVwMOL/AIiixY96FsjjKkU0stX9vEk0OXbJReWt&#10;qzGILvFHCshnYMADwRCvOG5S2kVpd3BZUVNSNQsaAusviKWZgukFlARmIFKdBk7DtNrfNOlsdUqu&#10;UkUlQpbDRhCAinNAxY0WtQeI9HSRRTPKYvTITdgDdCfqBquoQre/1P8Aj7Uub2tvygyFLuKk21uD&#10;I4AUtHS1m0pNxY+J6YVhasrtx47Hbgeiw09VLTMKcUi5ameF3kaXzaQkYiI5jm3O03Wx2yaXZgI4&#10;5LU3CRkKau9wiTskRLL2U+pTQ7O0hdjpBbtW6csz2T7febxAl6GlIuEhfPhgIkLPCHlVUKl9RtpP&#10;FURiNYwC5b/vqdnFMKiMS2cpoDE+JGK+N9GsqvFrlb/4+1ZS74w9BkKbby5OjoM1NTVE0tBkMniD&#10;UeCWenMaNSCseunlP3DMv26Sqgjs5VtGsYx8z7Ul1a7clysF4I3kKvLFgGjgEGSrsQ+CiOqiNg5D&#10;Mg6I7rly9aG53RrcvZh10ukcmnAIZtYUIqr2hgzRtXKhkOpe2gkZdbJIyg3BXTY3+lvqSP8AXAPs&#10;ScNuLGYy33UFXJNJLTyxvR+ExmlaSIPE6TyRAG3J1NyBqFvdNz5usIIX8didIBIFKGlBmvEZqa1o&#10;Kny6Ds/Lu4XbGODw44Dg6zpp8yw4U9c59emiujM4Y+SIoAbh20EMPxqNwbe1pn6/B5Wiikglq5K+&#10;qhfG5KiNDVQuKSekFXapZUAhliRreNrxyBnUG6PaHued52Tc0jkt7hWudJiZMqdLLqIytARUgk4+&#10;L+E9P8tbfvG33MsMqCO1RhJG+oEFgxFVFO4VFQxyppkBgAi6hmhqIzpplRTFUU07zx6PPDOyKQGT&#10;QoWQ88jkfX2DGTpcRjMrFQYCsEdVTUyGmikkZo49RkEVCmtCKesjRSI4SfJMCSit6wkebVulvBK8&#10;NrKDMq4GoFakA0FAakAHtqGb8AajDqQzHd3do11utuTE9atT4jQHX8WEJYDVTStO4glav+JyVTWQ&#10;CWqWzCQi5XkqLepXW0bKxHFr+wmz+Yzk070rGZ/85ZQuqQW0hrq4lMQNyb62ufqWF7nX1m5PL4bt&#10;qfUfhFCaV8qtpGK/EwI4Hz6020bRBGHWJVApQkkjy+QOfsH2eXS3orNEri/Krb/WIuP9j7DOpbI1&#10;s7x+dx47lUCxpoQAfrIQapL35FgfZray3sx0LKQ448OHTUy2tuusIPDJ/n/m6eVA0jgfn8f4+1dt&#10;2mnqJ5oYru8lO6rrkkKu4VS0TBVIBKA/Q/UexFDHcSLpjP6tPPgfU/b9jdBHd5Y44menBusZN/wB&#10;/rD237pxWSoZlW7tHIruhEhUFQf0etfVdDxwObf63sP31ldRyU8NiPL7OjLY72yuopKirj/D1yj5&#10;uf6E/wC9ke2jEJ9y0nkI0BBdWYMCwFr3AH0tb/XHtRZWMkwfXH2KPPjX/N0cuFi70Ar11LwL/n/j&#10;Y/4r7n6IhWQ1k8cR0sbjUCDCgIVFUFCpJsSR9bc39szRA3Edw6AuuP8AVTpQZx4EkSueGPt6xkEi&#10;1/8Ab2/4ge8e4oKjIiKfHvo1JGTC7qQhkAFxGLOVH4BBPtncNse+jVreisR5sKfkKV/n0l2vczaO&#10;Y7hGoDxHHrkgC8GxB+pIv+Px/h757TffO3twYz+DNWVFdLUwCmpqBJJpp5dY0xJDAkkjytfhAjM5&#10;Nhb2F32PcrS8VEi1knivl0NX5h2y9sJG3SZVs1XJkIAUD8VWZQB+fTRm8Vi8xj62iyMMMlLPTyxS&#10;rIq6SkiFXuQAQbfn3b3s7KbwpNn4073IXNU9LPL4ImiX7aGaIyRUdZ9shhWViwVlXVEGIsdWpfcu&#10;7Ft1wI4kvCrXLNkj7fn5r5kcfLHWEvuNz3tV1f3dlysa2T0XxCBR/JmjBJIUkjSWAIzx6LZtroTZ&#10;OE3XXZrC0fgpMjUUslVRB6gQVNfSaVSsEUpkUeJQV1Ah2uASQAAkn3k2WjlppjNFRkTOIKMtSjyO&#10;ojJiMUkUgkKyFiwYGwuDfj3JB2NbRRJEoMpGSTU0+3qI5LJopBIVDShuLd1aHFQcHywRTypToyMd&#10;AkCjQDq4A1f4GwPAH9PaMytdT1cVZj8Tkp6V62GaOnrKukSeeFZ4/GlbJqjliEyJIJNDsUcrYq1x&#10;rMlsrnwhJKmmQLSqEVVvOmqowaEVByPSo6UwRSQyxXF5ArxxuCyqNIYgjUuKUDUK14gGoIIB6nqr&#10;AAtawH4/xN/z7lUyzQyQzGqNTDTYeKOWikpKeembNLPVvM9Hnv4hBqf7dvFJDUUqprEbLIrNIvsq&#10;L7g19ds+lbFkWi4DaqldRzUggLUY8tINCOtMYJUdEtgJXnJBBIbwmChapoIwzaw6OzEeIpjKhWXG&#10;S/P+p/4Lbi/HPsP87uPcCVdDSV8RWSumjlp8bRJLNBHNVxzU7wz5CmjlSpoqOaSLXP46eJVLM4sD&#10;7NLeVLUWuuL/ABuUAAKrsEIFDrKq+PEIqxCBVIP4TUd7Ls20TRzzWzBvC1I0jMikqrDuRGJCs4Dh&#10;VV5CwAIoSB1yVUsGIF+Tf/WPtVYOuyVBXEvG0klPAWIgLs11RamsaOqR3ieMtEChVENkBPJsqy8h&#10;iuoHMsiiIkUWmQeA1cKmtaYGD0kvLKzubbX2+E7VFaHFSE7c0xUmtQScDHUeoSJ1IbkH8W/ItYi4&#10;+oPsUcHu+SnhaRZiI1GuoLSWPkMqj9pW0mVkYclVJAuTf2Gr/ZEkdUZKueH5Zz6f4OiK72MPMY2j&#10;DSH4RpIXGR+WPKnyp0zVVKstjpGofpNubf4/i5HtXwV9PkUWaKWUuyNOamuqXdZNY9KIHb9qJ2VQ&#10;FVFQO2qwJZiQvay2pZXXsqBRfKnn9vz40xwx0UyW81tIqSQjtAUhQBSmK/LB4ihoSOGOoBjlhuCW&#10;0NZWjiZlva41MuqxHP8AvHtLU+UpqyMTaK1Aqv5EqqSox8wdJ2jYPT10aVCIxFwWRCy2YDSQSbJA&#10;xUMFGluHrToRpFLBWLWhJpShBxSvkCPsIJ8+sUlOVW/9kngn6/T6/wBPfGryBcNpKxxw/o8LXjtI&#10;QGOpCCCzg35sTxbj2ogtqNQ5J9ejO2syTSTLkH/B1g0lTpBJJ/1XNuL8fT+nt6xeTM7wJJO7iRFp&#10;jGF/a0llF3I4QCNn5/qfZfe2piViiCoatfn/AKh0SbjtwiDNDGAwbUT5+n+Troh0GoBQB+QDe/8A&#10;tyLc+3uvxeNkleOkVammgCmMRhSSz+klzpDP6wb3PA9oILq5EcZnqsjcR6dEMd3cxppmUhussNTN&#10;4kaRXiZk1aW/UvI+nt1odtqIfK7aFBHLFBDcAghF0qlo2Yi/5Iv7STbrqbSoqeGOI6TzXWrtIq3U&#10;abLAymKMa2NgVQG6+kG5u1ufr7WVHUVeLASBWV5FQffMqhiNAI8bX0RxrpsfqSD9D7Ip0ivMzGq/&#10;wjh+fz6I3RLkgsePkPL/AA9QKlEqmBqDeIG5hX0qCP8AV/Vj/tx7kVdXRVC+SqrIxK0V5qQOyIZ9&#10;V7fW8ms8pzcXHtqCGeMtHDD2AgBqcB0TzLcwyyJDGxQH4vTpzoobAeFFC/gkHUBb6A/0A/wPsB92&#10;5YRVU5p5AzKft0jKOVg1MPHDqJlCNcg6iUFuAOSTIOz2QkiUTjtOag5NOJ8uhNtgLoniLgca8eP7&#10;OlTDTKyqGUMApDA/2r3vqsByPxa1vaP/AL4ZuWWipJXpad/LrlNOixeYCNhGJBTwxRk/tD+t/wA/&#10;Qezv9w2CR3UyqzVTAY1ANR6/b0bSxWQinnjLE6MVpSuK+Xz6kRUFKNZWIam0/Xkcavx9fz7V9PvM&#10;DweSqMtE9QNaTy+WaKNndLwpUModiPpawFyT6b3Jp9iqWKxBbkA0IAFSB50FaeRzkcOgzNYxu8nh&#10;qPFFacBnPGgHHz65tRkIdKhTb6KpAv8An639qSrzkT+VaNpIYKoapJqdfA1TNGBqEiIz+FHYE2ub&#10;8G/49ldvt0qqguKNMopngPs6MdsSSDwnnUGZRSh4D/Af59MdRQhyAyhmW4FwdI1G4f8AB1D/AHr3&#10;Fo90ZKKrhWqogtPZY40VXMkgFlgk0yWiILEFSQTa9/b820W0kMhhnrLk5OB6jGejOe2tLlGFuWLG&#10;vEilRxpQcOsBxMCxu3lLsqNdb2NgP7NlH1/N/Zi8NUiaIfezgRqNURZkKGNU+oTSf1fQfgX9xjfw&#10;qh/xdKt/l6IYoyraY/i+f2dAluqDSXkoYtLKHEiHVqEsjHSosQLaG5/x9yMlVxJWyKsq/ZhYXjMh&#10;iBJbyKVtYl3W9wNCgX+rcgM2sBaAF4/1qmo/1eX+z0LtujDwIzqNZ6B2bFTTUrslOzV+srxyIQGj&#10;k8jK+lNDEW/Xf6/4e26WrkMQSPygltIKoQGFzJIYwSQzMiEK301EXB9q1iAJJpjo2eNWVq8AOmjH&#10;Uka1WuoMDLHMWaORtMgZlaOIs7q5ZfM6gj83/wAPeGWEJ44zFJJI7RmTyeQAgcKkdgApZuTe/wBP&#10;wOfd1lLFiHAUfZ/Polmszcau3hw6ELFbm+1SeY1cMVMh8OhdJQKoPBYAXsP6W9qyKpajobERL41J&#10;LeZVVVHC6mOpNSjk24t+fZRJGZ5yVBqemo9ldmrpB+Xn0gMjumnyWclSComkEjFYkWFi0r3P1AbU&#10;ij6Dnn2j8luCMyMjl5ybkSxWCkFTpReTy4uPZ5bba6rUUFPI8elsGyyMRoIU+h4/4Ol9jI3SAVRE&#10;UXjUKBIpL+VXAlYo5LAqDwbD6+3jbweqRXsYlKFjHwqIhNlRgPo9/wDb+yzd5orNGaT4fXzwOh7y&#10;zyrLcXkUdFdzQ/IAGlT9nRAPm58kcR1Rs7LStVSxOkkVNTyIyS1M9XURyreBJGsADZLAXuOLe1HU&#10;TKNKRN+QpIPPAsfqbW9wjzTzZ9SrWe3vRK93qaU+fz6yx5P5PNpCtxPAtFXC+fnn/N1qU99fICt3&#10;tX1NJBWVCw1mQnqq2RzZG/cLCC8cgvTweYlyP1vq5soASO5N4YXbeoV1bRxOsCym8q1NUZbkAPE5&#10;VYEA+n59j3k/22g3ays7q52l5rtyGqS2gA5UCpIY+ZxTqDOfPdDmmDe77auXZ2gsYnMZIVasynJD&#10;EEhfLBBr59X4fy7f5RvUnZnTOy+1u9NlVu8d07ukpt0YvFZDMZWg2rh9s5OhgqcJD/DcfVUwy2Uq&#10;aGRKiV5WaKDzLEqkqzEnm/dwU1UWyQrqjIVOVjjSllVmkQrWVEkMKCJDJEK2aV/GQ4YjWosdS3yi&#10;2CxNsgtXhSCCEioJC5FKAE0NOFAprX9nWPb31/dXcq3LMXB1OTkkoKlm1fEAAT28Kd2MdbRWxtoY&#10;TZe3sRtjb2GocBgsDj6XG47E4ymio6GhocfHHHTUdJTQJHFBRwJEAkagIP6e6tO5vkT1501vvLYL&#10;dFRUVW8cbjkrqimpIhN9qlQsdXT4ityVQKWhxWWq4yjR0snidhod2VDGSzzZ758hcm30u23pefck&#10;tldhEAQAO4I0jdiythljDFmBFRUoeshuR/Z/nL3C5Ytty2WCOHZJ5iiu5CgspKtIIhV5Y1IbVKAU&#10;Uii1Nar9baRp+n49gpgf5gdN2JunEbFr+r9yYrZOewmbq6usxm763G74qKvAVFVNSQ7VbAHENLPU&#10;y4rwtTR1cZkZ3Uy6EZZIHj+8zt/Me9w7TLyxcWuyzQykyLdSR3XiRMzL4RhMRcnQFMaTKX1n9XQr&#10;K403L7plzydsl1zRZc7Wc3MtpdwoiS2iSWSpPpDG4FwJQFTxQ4kaJwukME1MPD792aVVTt3YGx8D&#10;vzM4PdtfSV8sVPtXbeK2tnd27q3RXrt2tzUGOpKfHNWwYWSKOnBkrcrUCKSZHQrd0mebeYfchrG0&#10;t4ra3upIpI1oI43nkcNEZNIVCx1Mikgysg7W1sDSuGtpZ7lzVzHu3L1luFhDNCGN1cSXMFtawL4w&#10;h8RmkVGlUMwHg2seoIVIYAeGnBmIIVbX4+t/oT/h/rH2CmZ+R26kmyWU3Dntm7LetC1FRs3CUlfn&#10;977dAomnqcDvSlx+G3Fn5Mhjo82jSikfGmmfRp8asyuh27e9sgsRuHMO5W0XhxI306SNLdQVSrJc&#10;WsCyu5VpI2cRrEykRhiNZDD609mdhP01hs+zbhfpG5VLqVoreznDOFE1ozzQQIkvhMq+KtwJVDij&#10;hQy8gLfkn/XN/b1tHcSNQrnMZX7hytHm6ZKyGpy394JYPTIyREwbuqKzNQ5GJzLqQpCkcbAaASNU&#10;t7DbbVucUM+2yTttki642kadTRhQjROwljNVJIKDjRs5JBzLssy3Em2bha2cFzbPpdYvADEkZFbR&#10;UhMdKUoXdiCQSoqvfvJR1lbQ1cVVT0/gMNTNPS1NU8lU0c01PUUz1ET5FqmUMsddKpNyD5pD+pif&#10;YtOy7Y9uIGrJoOsVOqjZ4E5XHHTTGOBatmtIru2lgmbWrIAypRAQGVgCECimqOPAA/s0HBQOve3f&#10;F7t3FSTeejy6PWy1aFC7RLekNVFLUxSRhAWZoFbx/UeUIXDKCra3HZbGeFUFpSJONa+mc/Z5+X8+&#10;tttG2qCGsituqEGnk1O3j5FgAfkTShoR0VB+v+3/AD7dM/msIT9xRYGnx1XOrtlaijjjihykszut&#10;fVzQxRxxVFXICv7zK0pt6iFtqLdo2WaDxozdVhZtSgnKmgAzxpQUpWlKUHW7S2uJ0VLrcvFt1C+G&#10;rHV4dB8AJYlU1EkKBTgctUnpV0/kn/Xt/wAQB7DynxdTnM2kEEtPT0M7GQQzShVi8jGSRika6UD3&#10;1cW9RP449jBriHbLGSRoy0qr5efRzue8fu7a3eRJGuUFMZqPIZz/AD65exqkpYsPSfwzGzOZPFaS&#10;VPuDTrHIQZBSSMHDI5/U5UBbkDnn2AY5mvp2u7pOytQDSvDFaeg4flWvUTQ3R3K7bcL6DsBqAdOr&#10;07/T5Cuanr3uOMLNV6aitr4gaeGSSmjRDEYkmm8kjLI0euTzOjBibk/61vbwvYo6xW9sxqQCcZoK&#10;D7KCn+boWWG+xQHwrXbHCNQE4IIAoOGCB5Yx/Lro/wDEj/eTb3FlxkeSmogrVqVNPVai661pXUsJ&#10;G1MqRmzCM6je1vbouWgScsV8Nl4eeOHn88dCe3vZojOQsZSQDBHcOOABStPL0/PrHJZFZr8H9X5/&#10;r9PYz02dqcJRLip5zJSmMxzQUoas/TUyv4UaaNYoBP5NMguQ4ANzYewLNtsV/cfWxALLqqNWDUgZ&#10;w1SRxFQaHyHTRsBdOkqgLKBjUKGtKA4occQCcEfLpkkpoqiZZVRWYN6SwP1YW5C2H59rzZ+1EqJK&#10;rclXj6MLkf3DIRpmk8cKQJE0S+OJooVjsDYhPYZ3jcI7d2sraUi4UUY+tPU5Pn69LXu5ooIbD6hh&#10;4Q8ifPjxrX7TU9JLcGbWJlx1JNItQraZY1C2U2+v0vp5/wBt747yz1bVbmw+2dt4OslpKiOVKuCi&#10;SN5pSi0ojWWRmWGho6dpX1kpMj3Urd7WD0LXO3NDc3bK8bAmtaBcgVNSKcfPPp0p23Zdrk2u73fd&#10;LxI50PaZGog+KmOJJ0gDIFT1jwwqMfjqiryFdCrgsQ7klEVr6SENmcg/gH2YaPGbe2ntiirJsND9&#10;/Ksbt55tTY931VGiSpqWL0Rkme7mIAu49Z1MfYXa73Ddd0niW9b6Ra8BTUOFaCmrAFNVacaY6A00&#10;01/ePBDMTGK+VdVM1GmlRQVFagcegjhn3LuLctbF/FX/AIPReV0IiEP3g8nikaGEKxntoGgtfSvP&#10;JF/Yf1MFbI8mQqKpaQRtJEoiYiOcuuommiZ2efQwuGayhAb8WYiWB4kRLaKMs1OJyF/01KU9Kca+&#10;fl1cIH/TTIqDUmvD7KU+zoUYJ6WmjjoqaKR38YYNKyyNDyVJqCoS3qQ2A559sy5NcRF9/WGarmkL&#10;RYugU+OZ41d2SaoqJYyIVZZELWDEm9lPA903a6S3jVIowZDSp4CvpWuOH+TqTuS+UW3d45NGiHi7&#10;nIrUdqjFSTgAmlckgCoCrs3eLQiXCYlrzJAWytSIy6IWkjH2USiRCZCp+hN+RzYG6gwWGqKinOWr&#10;BEpq/wB2rqJFcRsmnyLS4+OVrCK5/NgbgAk8+ykTNGMsGuJKEgVFAMAGtaU/zk9Tq9zY7ZbyK2pL&#10;O3VQPM186+p/ZTqsftLf8+Q3bRdfbQvmt35FZ48XgaGeHy0jT1q485jcVaqO+JpEncFndLhEdwth&#10;b2qXydNURKKaF6eKkhJcyujvM7FGMssYQeEAxgKlzpA+rfX36OzlRi0soZ5H8sADNACePH4uB4gD&#10;h1jz7k88nfYYrW1jaKxjLYPxMeALZ/YOjQ/En4m5npPJ7q3Xv3dmP3xvbfeQoZ6cYvGPj8Ts7F0a&#10;VhgwWHNVJLXZCpM+Rnaqr5VgFWWXTTwqmn2na7JTz/awUjxrJlqyWggViEBaJaQPJUs0n6C9Wv8A&#10;UqPr/UGsNokRmknBKQxh29fx4XyrRRTGeHmOoGuLO4umsY4T3TOUBPkQV/kCVJp5DqwRaygwcWYy&#10;FYk2nBYSPOV8qAM70jLkZHp47aCahUxxOkWDHj83AZ7rmeqmrGLSNh8XA1LG8qMqmmpVZ6qqKh5d&#10;C1k/kl0Es13Ckmw9iCyW2tdvMl0AJpFLycMY4E4wi9uKA0PkTUH77fJJvUW22jlkgpFHwqWqASKA&#10;VLvU19D0oNvUM8ONNXkoEgyuTkOQykcbCYxzNpWno3cArK+Oo4o6fUtgzRlhYm/sMMFlhmNoRYvK&#10;wUk0dHtmrhfG+EmCKihpnhxVPVU8jFjNHjBAsmokeZSbfj3Alnc2+8bo8Sokm1xxyMAgIjAWOkda&#10;nUThVNe2p86nrsD7x82c1e1f3VeTLC63iW25q3N9vs9aEB9EhDz5oKAQxuCQNQ1VBrQimjpf42bP&#10;zv8AMZ7S7Wx22YZdr0W591b6iq6tJZ0qN4SLTwVuSgcqgbTvPJVVXSkWBjC2JXj2iMLuHF5CteGG&#10;neupKdERZGrhSxxK4RIXaZkDyM6/6kHVe4+nuKYt72iPcJ/rdva5tyMAP4ag+uohtRHoB1015e2n&#10;cbzZNvtba7VL6NFarUJKKvzxWua9AF2v1rurbGPnzs+Vi2/lctmK+t+2o9vDO5LIy1LzPUUlJj46&#10;laSlhLm7SyOqxkBWsT7auy++Nj9d4qnlfLCI46dqeKuw1HT1sUFQgHkpXlqWSRJ7sbnlmAtb2I7j&#10;nu22Wwi3DbpFWFG0iRE1acVKVcalDHBoO/7OkA2qbdZjYX9w/imIsyuxAJJoGUIwwONO6hFaqc9J&#10;D47fBzuHszPbi3ZurblJSYjd8a1Vbjd9V+Rw2Uqccn3lNhstFjcJHUUDUTUrXWIsp/e5IOk+wD7F&#10;+XPxj3Ls3J1+33zeK3WujXUZSrjDs+iKaU0+OinSkmjndyA7aTHyNBvcGdt7v7M1hPultctHuUbn&#10;sk1B2YgEuqKVQhvy4fsKuQeWvcfZOY4Y+aN1tJ+VdTkRQQ0alWCapZAGUqAtcNq/iFOj29MfDr5M&#10;dcb9xMG5927Dz3XNKhLYvERPH44kSWCKGTK5LEjLCopwEZRpk1n6vx7qH3/8id4Z+srqXGZ+upcP&#10;JPeGOKOClmljuVVpTDLIwfSQDYkgXF7ewHvXv3z3uSTQW/MM0Ni+NCgJwNaNQk4pw1HPWQMiWWoG&#10;1Ulvn/mqR+VT9p49WqYfamDxEUJpsbTpUrFGHnKmSXWECtplkHkAve309hjtbC5Tembio49VVUzO&#10;JameonkMcMAZpJ6mcu/Earclr3vb/Ae4rN9vXMN54KzvJK5LOxyAvEs5pgD1869W+qigAlnmAQY4&#10;D/IB6/b0oJZEhTU5YrbSF+pY/wBASbkn/E+7Q+tNlbb2Nso53cRxsWJwVMc5VV0sDRsHpYnMlVeU&#10;KXrZbBYlUFhwFBLWIo22e423bntb+eE2aSawVWhJHAljRmPkKjAwOpg5S2DarGFObtzjcFU1oHrV&#10;acHocUJ+H7RWvRXuy94ZbKZ+Hau1PuWy2QY4cJHNG0DCcDWZSiPGuPov85MxJDBSPxyRjvTt6q7O&#10;zS5CV6mj23SOp2dt6YiBqOniYKMzkooeWrq4wMyKzt40t+ANQN3fd5NzcPIzCAE6FP4a8ccKn149&#10;AHmvmmbfL57jWy2y1VVP4QeIOaVPn/KnQydc7AoNiYOKkQpVZerCVGaygLM1bWHWxETMiMlHCZGE&#10;SBVFiSRcn2cz+UZRY6n+TdfXzNfx7RzNPA8xkjAr8pIlQHbVI7eVo8c1izM2hSCSLBZD9mpSOYNw&#10;CMavZuvlX4kkP/GYz1zt+/8A3V2PYuaG3egbcIGb5opIcf8AGlI+fTZ3BSzVu1Y6eBXkYZbHzSxx&#10;2DPCkjxkXseDJMt/8Pew3lciJ9dlJCKVN2Um92H6OSOF+vvMe0t2jA8j18226ySTXUxY51f5+l9j&#10;adKemiVRpJiRSBwLRqEH+N7D2mxtOgzVLXZCqiRaWhgeaZm1gARxs5UlePUEP0twfZm+83FjLBax&#10;OfGkYAfmaft/1U6W8u2MlzO1XPhKRX7cfLh6/wCHrHk8xHQSUdMT/lFfN4oARdLjSGvyGv6vZGcz&#10;laT76jiqKOeUNk6iTHqoLvAqs5hnJF9LoptcW+vuZp1hjbb0mj1yuV/2jhDVvlgkV49S3ZWThb97&#10;K6VYRGA1Se4fwYpUH59PYvYX+thf/X/Pvka+TG1KZFBIIWp6qkqGS00iQ1kbRNK1PdQWp5CsgUld&#10;Wki4ufay9tnubOSKGQLdChUtwqKEfaKjzxStSOIZS3W7gaykYeLqVlqaCqMG014gMAVPpWuadd+5&#10;mzcfuGmqTX5vLNl5akRyRVMIC0rRfWOSjQIojgeHSVvZrckA+wVtNnultHdndr0SSk0oO1QRiiqK&#10;ADgPP59JOZ7vaZU+k2yx8BI6qVbL14EOamrA1rTHp172M1Pm2p4wNZJQC5BQf7C7Akke3pbBZW1a&#10;cHqM5dsWVixTB697x1G65TceX6/gslx+bcD/AA97i2dKV8PpyHYY8N4fXvbHPuGaS/7vH/B0vf8A&#10;23sxTbI0p+mOjSLaIUH9lnr3tukzcxJJlb/W+v8AvZ+vtUu3oBQIKdKk2yLhox173h/j8i3/AHSB&#10;/Uf8j9ufu5TQBB07+6VIpo697zxbhk4IcsdSi9geDcHk/Q+232xa/D5dNNs68CgA697cU3DKbfus&#10;bWvb6nj6nn+vtK+2JT4ekj7OoJGjHXvbpT7gY2HkNz+Pz/vftHJtymo09IJtoUD4Ove32nzr3B8n&#10;4HHPH+v6vaCXb1oe3oql2pBUFOve3kZ91RjqJNj9GVv9e97gXHAP9SPZa+3AjSBknpAu1L4idgpq&#10;GP8AV+3r3vTy+c/YNZ258te7Nw0k0lXisZur+6eKdV9CUOz6Kk24EjIZ10PVY2Vx/wAH5/p77Efd&#10;T2Ucu+zeyxXASOW4nnlanEuX01J/0qKPy6+jT7rXKNn7c/d79sNmuYxFuU9h9XKKmpe7d7g14Z0y&#10;KpHyp173dR/JKFZSdQdq5OpLLFV77oMVAbrpP8PwoqZQAAOQcoL/AI5/2+EP35YkufdOz0SAom3x&#10;rQeWS/8AMOP2dczv7zl7Z/cbkWxtaF49rklP2STaV/lEf5/l73ehT5T0rdiSbg3/ANtxz7wcltM5&#10;4dcxFcoc9cStwbAX/r7fqatVgNXPFrf1Fv8AX9l80BFSOHSiOYGnrXrC8THn+g/4r7doZlcgC9rc&#10;D+lh/sT7ROhWnz6XJICVPWEqV+v598g6m9yp5+nN/wDW+v4968sHpSDU9cfeTShFyLD8W+v+8396&#10;qw4Hq4cAU8+uJYhgP62/3v3HmgXg2+l7c/737cSQ+vV1kpxPXL20T0oIJC/1vz+PayKUigr0pjmo&#10;FAbr3tlqKMI2tRZuSDx+eP6WuPa+ObUNJOOjaK5NAhNR8+uiob68j+n49qbBbvFlxmWfWFOinqLq&#10;dJ40q5Fi2oi1zzf2TbhshBe7sl0jzHl07NZmQ6418+m+ak0t5Irqo+qi2n+vIsD+PaT3nkKbD02S&#10;zM8hBMa0tJGli80o1FtA1hiFacL/AMGHs32OCW9mtrGMAgHU3yBxn5YJ+zryQNK0NsoGrLH5A9v+&#10;EHqXSEyAWtw3q/2DWNv9h7JX/fbjy/df5P8AxP762tPN9nq+z/i3j/V/D/4lz5baft/XfTz7k/xr&#10;PT4lV8Pw6cD/AGerRrpWujX+LhTu1ac9SP8A1ckr4fgDxtOnz0+N8fhV/j8Ly/352/Lp10j/AB/T&#10;p/2H/Fff/9MFjmmubWu1xckX+n1/1/6e5Ik0Culu6nQYaJSe3h1ujw4JbKrrex1XUGw5uPqB9D7h&#10;VGXIA9dr3+v+w/1INvr7LnnkJp5jpsqAaDp8pcHFcFkPFvoD/jcfX6+2SoyLN+pwbggENb68A3tc&#10;D/Ye2/FcNUcet0BFD0oIMZGiFQpCm17g/wCB+nHPttOVdJNZdWVTbgACwAF/pct7fUjj02sKBixH&#10;Th/Clkj0qpFjq1HgK1hz+TcWHvFUzrJ+5C6rrBbQTa7ccjg8n3p5CDqXHTnWWkgMX7ckZcgDVKou&#10;Pr9WvosB/rH20ySygabXYsSeVt9P8SPevELrqA7iadbHHp2ijiLCxDW/ABuePxwPp/r+4MkwVj5H&#10;Vii6gEYMb/7wPe1OO4568cmlOpKxn6opQ3td1Kg2t+Rq/wCK+3LGU09ZLpgXTG0gFgT/AE5ubf8A&#10;E+25D4rR6VOB05QjPTdkainx8MklRIsYQfWw4P4Fr3/3j2KmFx1NRKKh1DSxlyt9dzeyNawIPHsw&#10;tIiEL6TQ9bPcunz6BzdGXqsg/wBpHpWCVbvzGpNk1oZfVdFZQAP6+3ybPUlOoEsqRk20p5AjlWBY&#10;AfUhWA/1/bkrKFIqK9JpIQpGgZPHpMUm1qyrlUx0pk9LMWFO0y2Fvow4BPtL1m9MXTEu81zZm/bN&#10;yrLci7W9RtfgXJP+x9smUKBQ9eCN5dLii2NXThFFOkZOgEStosCVW5FmAAYj3ho97CdiaekydSNc&#10;ba/t3RebEFWk0avr7vA3iMwCkjzx/qqfsr6dJb0xQW73E0iqEWtSR8JNGoOOM8QPlXrPU7BC6Vnq&#10;MdDq1aC1WpYMpKknQj2Ib6c/7b2JuCkydfEs01LUUUJKHVVWjMkcr6SyJcuwjIBNgePci8se2/MX&#10;MymW0tDBakDvl1IOFeAGo/tH29Yse6f3qva32u1291vP1m6UYeBa6ZXDAAhZM6UrXgxDY4dNcfUG&#10;Uy5b7Y0wp3bS81YZVi0njyRxtFrmK/UWFv8AHn2oxVyRg/b09RVsSbFV8cbuRclb3ZgpP9oA+5s2&#10;P2U2e1hik3m4mubkAdqHQgPnQ5cg/M5869YI8/8A38eed2mntuTLK32zb9eHmAnlK0pTS36af0QA&#10;dPCvSwwvx72tToj5+WfMzqqq0UUs1BRsFHCsIX+4kVfpYuF/ooHAgzwbwyREdNGkSHkRKHaYW+ms&#10;iN34/wBpIv7krb+TNk2rQ22cv26SD8TIHb7dRBNesWuZffTnLmgyNzRz3uFzGT8HieHEB5gKjIv7&#10;QehVwmxtpbb0tgtu4jGygafNDSI1QRe5BqZNU7f4Xb3Pj6t7EzgDIa4XHBSMwi5AH6pPp/tvYjG2&#10;71Jq8G4kRT6YH7SOokm5+5Ws3Z5mR3rUktqb+XHpVk2/1v63H/Eke66/md8dd15btHpTFZVZZrUG&#10;6q+QS1DO4DT4yEMNAFgTT24495W/dWtrzY9w5y3q+vSDHZKhbUQ9JJgTT4a6hHTiK58j1mF92/3i&#10;2Hb+R/cu+sQIy0tpGO2gOJSeP29d/X2Hu9/iRXVOy6uNqazGkkKt5ZyRdbgEm3AS3+x95K8se4LP&#10;vUP1G5yCSXxF1FuFSeNSccfzPDz6F3LP3g7aLmW3lE4xIv8AD8x6+o697PB8Gfjtms58b9jCSOnl&#10;fFy7hwkkUtTUI6rjNy5aFUZVQ2KxlTz/AFHvBz3p5cjj9y+byrxGF72VlqxqFZ2ZBw4KGIHWMv3o&#10;fdyz2/3m5qWEORcC3mBVQR320RPEjiT/AC66LKLXYC/IuRz/AK3s5R+Ou46KNVhpNKgcLDVsylRw&#10;AFkKk8f4e4yi22SHEUkdAfJs/lXrHJ/dexnYmbUK/wAS0/wVHXQdT9Df/WBPtjr+o8xjmaSfHOhW&#10;9jJTMUAXk/uKAx/2B9qptt+rDCYhoz5MAR+yvRvtXuckcqybburwy14xyGNv9X7evEBxYi4/xuPY&#10;Ubj66q5Hlq/sKJ1iR3qVuyeQDWSZQCJom0Nc3MiAL9Qtx7jDmP2m5U3QT3cG2rBeKMtGCox/Eta8&#10;M9oPDrKrkf733uVstmdlvOa7i+26UKoS5VZSqKBQRyHuwRUVYeQ0k8Gg4LHBkkggWmeNw6CC6RBl&#10;BAPiFo78/W1/dcXZXWVFU7YzM1fSHJR9fbsNfUUH3U8tRSwUakYHKYAwN5JnONrNZIsH8CyX1R6h&#10;hXvG2SbffXtkVIkt5WQg8aJwOK4pSh8/s67we13OdjzxylyfzIspddxsI5anB8RkBkDCpKsJNQYZ&#10;0sCDw6iy5OOmzdLjaiIr97TM1DUgBvK8LB6lagg/tCJvHo/1RcD+vsReus+KGp2lvKnqGqIK6nhh&#10;yqywyRPLU1WOggosg8LAyxVUsMghmFg50C5ul/Yp5Xv57G4tL6KQE5Vh64ov7AAv5DoNe4vKcW+7&#10;Ru2zBAtQGWma9wLfnjB8uomUpTNFXUZVE0pHPSSc/tiOTyNEOOVDhWB5+rfSwue7E1MeZxNKKhnR&#10;MnRVFHWKgKATrGhkjYWFoilUupbfpuwuPeQe2Xf7wsLaS4GXTS3pg8DTyIJAP+Drm/zdtL8s8xXk&#10;EMTDwZleMNWpXUQH9DR11cf4a8TRL01R6JAHV/C4NOB+p1EqoWAIF9LfX8eyu4eOo21ubAUmQ0wo&#10;5q9vyzDlUZAsdNVLpspjdooWY6hpKMpsbAx3Ay2jW1pM/doaI+pZKEf8ZoB9mQOswmtouaeS92tE&#10;lYl1juEwMg/qKpp5g6188Hj075GoMtLX1ePCz1VI1PkCpJjDKElWphVyCAy07SX+tmIPs4YgOS2V&#10;XUDt55YKSRIJQbCRAEkOgFQwNoyjgkkX9nuzXa7Xv21XT18JZc0+TAedPn1EfthuQt+Y4rRpB4Ky&#10;H8q4Ff2g9FS7OgXGbwwm56eLwJWVlJ98ZBzFMB9sqsxJL+iZTf6WB9h9t3BUe48dRt9vfIzYfKbW&#10;WQNJ5JFoqudqNAiyFdcFTXwsLAElfyPrOqPFtXOm2XluSssoEYbjWrFF/wB5LoR9hrToy54vpeRv&#10;fXY99tpCtvcGBnAwrqwKOD6k6aVwM1JHQiffyUux98JLIkiYLJ0W56YFVYxRSU+PzFYkiuNBjqFg&#10;q05upWQ3t+En1r2Rm9v9n5BaysmmixmU29mo3KqD/djctGaPNY+Qh2ZXoszS1LIT+mCkC3uACTct&#10;bhLsHPXuh7cy27NYbnb+PaDGJFiaVKHUCNUiumKkgmoqF6y33rYrLfeUZLWSNDOQ0QJJI8SORjE5&#10;FCD2haEHiegD7/6Yw3ZHRef25T42ljqc3tXceEp3IlmK7q2xKa7ZOWLSLp0zimWBihJlkrRcNdmC&#10;874x8OOzVTlKJTHj8kv3VINQsqyxxN4jYtcJfg3N+febP3f+bhzdynbLcAjcrZzDKrYOpPhbBPxK&#10;RngSDStD0OPafdy+xRbXO4N1B2E+oBIFPPFKGoGf29Iz4MbsyO6us8Tic9MKjc+13qMLnpQBqqpM&#10;fUTQw1zPZNclXCokYaVtqBHDX94PjnUQ1tZu+KReHocNMqHTpeSCrr/Cr3KkAmQg/wCv7Af3s4Vs&#10;IeTdwSSkollp5Ds8J1HEGpJNPU0HWPH3yYybDkm9i/tEvJFBP4aoGqOPAio6Mv2tHJRZDbni0/vU&#10;W5KWYjWSIJFwckkiALctF4Qwvb9PsVeuDFjMfuDGkBjtrsrcWNCSFSIsTnxQqw5TyCKoip5jfVa9&#10;iPp7jrnBbiKDkPmssyePt8DZrVXXTExpVshIaEcDgeZIIue7n6225B5hEhD3Wy28jH+KSIM32agW&#10;VafLojPcmIqstu+4hUf326M2hk6eoAldJN17BzOWhhqhDLF4/ucfNX0KrdTq1eqwX3WtvvG1O2N3&#10;ZnDkGOTG5iqpkD6gWpoamSOJvweaYIRfghh9fr76Icn71BzDynsm8WcqutxaxMxAoCxTu8uOvUCP&#10;l1mjs18u57PY36uG8WGNzT+JlqfzBLV/Lq1zr7cNNvLY+1ty07RyR7h25hsq7wkPGs9ZRR1MkbMp&#10;KLNFNPIjqCdLLb8exhwrtVbe6/oi3jFdv6nUP6bKIf4E4JsFsQJyeB+D7gv3F3FrfmPnG3lcCBOW&#10;yR9ryuGr9qrQdAnnK4MG3c0XbCvh7XIafYkx/wAnQT5ZhDv/ALEmQProeqqCWPSdN2qavdERAYXs&#10;S1GPYx7E3BSbl7UnnoIailpqXPdh7RdKtWhDTbcw2Kpp3ptV9dPJUUrMGH1YMCARb3gr7dS7jtXL&#10;3vULmcta3252k8Y/hCW8cRH2dxA+da06xC9vLHwPZvftrMVLme2t7oGo7xPcOyMaHGBQD0p516Qn&#10;yYmXE7Fpq6dEYY3IdXZEOoH7bf3vqIqx5GYrdPFWKATxc829jJuSAZrE7Fr4leSo27vSCmcWIKUe&#10;bpqd9UduHArsdcni3Nr/AE9ivlzmiHb+SeftpvVeU3m2Sount0EorAcCaF9fp3Y4Z6FPsxPJaXHM&#10;Vg8gRJ7UMPkysSdXy0unCua/mTrOZCLam9+46AukVD2L0jk6yEj1Rz5HYlVV0McdTIWtGRi9zIV4&#10;UHSeL6W95e08sMe/3lQ668ZTVNPTxwyB5JfsFqJ4Ui8klmkeOCPgsPX6eDa4t5TtNt5V9teY7+8d&#10;EuprOSUtq80R/DoWIqQFXHE1FBXHQ45OsRJbXKqDWc66nhVyGav+2r0HXxc2+mU24MfRxzSDdNTj&#10;chPLPCY4VOZFLHUmTww2iijq6moudHEShzxf2Wf4S0eSw2Ty9JmEilzNfBsaJq2i8L0sr1uXrsvW&#10;VKyJJVQOrPgowwRj45HsLaecVPYW4jjn3xZ7fVLcTWi186Bp5i3GlO0D7fKmegp966M3Pt/L4L0h&#10;HjOwPmAgQcK5GvUPkOPl1ZB8h5I67cvV8kbhaHAPv/MSpMkkMqZKhwuL2/RQxq/jeOU0+5pXF7I0&#10;dwb34Fv5QZh8bm81jVOlKeuulOxWwkqqQzoSQWPMtifr/sffTD25tlTYRfpTxDC5r5ElnVR/vRz8&#10;v2dBj7tm3Ivtzy7cOlJHiatK0qJGGK0wBjh5HpO9N4qmzGer9xLGzmrhEBmK6dFHQtFSpTqi2Uao&#10;i5FgPUpB4C2JZtzJV9Plt5V8C6Wg2XicIJInb7kTbizdPV1KlbNZTSUBACAWYg3ufeF+7Tybj94X&#10;m2W/ceBZ2kSGhaisxR3UZp3MhFdINM9T1zDawXE3LNpOOxbl5v8AnHGR/JpBX5V+wmKzlHDPT4Ci&#10;mdQh3LVZRiQdLRYagq41Gq3Ma2Vm+n6f9a6tnymd3vmKmiz1RQUFLTZSvpsbV07NY4PD0zRxpURO&#10;JKZpFpoHiQk31sWvcKFM9gvN53rd7+03lxFbvfSeEwIIaCFSoLIV0N2kopY8BUUelMcPdnbrXlDY&#10;tstth8TxtyvIUlUUJLTzAytk8GZ6+vy6cNo46hxFI70RkmZsHTV0kMg1aKyoR3mCMTfVIwHpIAC2&#10;9onIS0+Qx1FXJVRRZCKOnyENFKqRNPT5Womx8ss/iqHhFGlDGZQlmZ38dxdfca8/8yjcOYNkktjR&#10;obSa47gPxI6aWCsaAdzAasgkH06LrHbZ5N85imDM+3rdW9kNPDUjwTOq6tJLa8enHNOlormkengW&#10;EOJFqpHlW5CJSouhFJAuWdgBe11B/wBiY3+X3HiaLu/e9ZTO2PlqNuO7ZurmeneCtp66hqaCmSJJ&#10;pNMEy5R5UC+M3kDOddj7CPtDGJeZd5eNDOHgoa1LaWZTipOCrauOA1KHzIPvcwXM3tzy/azoWjF7&#10;UxjgwMblmPn+EA/Lh0BvyMnyVP1/Qmlx8uXeTNUNPW4yljM0lTQz0daKlgt1OmIRgnkf4e7vBhqX&#10;dOMb7l3r5VmhlNRQVqwyqsTxSOXMbio0s8HkYB9TICAG1Ffc8zXku03AKgxwU+Ej/UPl1y2urSXb&#10;roIVMcbKwoeFCCD5HJUkCop9mCCYUXacmzshG60746ggo5RPRZDHzFzMsU8tOKZmT7c6o30GylA3&#10;6mUIW99z9cYsUSLkJ4oooyjPA8krTiP+yscFMsCRSWHHAC/T8e3E5pujKTaqWJHGgpWvqa/4OikR&#10;UleRULE1bGfyzXP7R06QfJnM1+QWiwODqauWoREgqo6aiWjeoYKLtPO8oWJNWllC6gfobe+OFpdj&#10;UUAhwmHXIRyxVogrZZI1jqGWR4ZNPgTymGVywLOxb6+nn3W9n368dp769ZNJFVA4eny4cKDpLfRy&#10;CZUmkCuhBIK1ORXzIH7MdKqrm7mzP+WZzdceGiNRTAYrHUkqz0lLMFsDLUzRxfdIUU2RNAtyfeSt&#10;p3rKeePFGjw0hfUauko8QJ4lVkk8CrmaXJ0kguAGSojcgG/pYAhhhRQJ55mZsAgmoPmRQYNKitKZ&#10;PSVbuC3kpLAZf6LGWmfOqNGwI4jupXBBBPSjoKOvWop5ctWZjKPZotFVW1/im8p8TTwy4+bG1MMj&#10;ar6vILWtY3uIVbUZWvECyU1MgjZZBHCYDSx3LftqgjgZB4l+gVWN+ADx7XWsVlbq6xyNwIFQa4xw&#10;+38vtGeiqZYFklKMck8cEHzrU8QcHNMdLzD0GOxMMy05qLem5mM7SsPqxaaVpXJDE+pmZvySfr7e&#10;mpMZUSrNUUERgClZF/aOprJwwkDRqEcC4U3FxwPygFxMqtFDcHxAAeHka0/wH9nRRGGg1KJQXrX1&#10;/wAFf9Qx1nqa7LLA9NSVcitqDrqPkj8ZLakRtGoObj8WP9feDxYzFVE1VBTIlTVwwQT1ESqHZI1q&#10;DSxTWT9xI2qJCASwTyNa+pr3Vbi6ChyKLw/y9PmSadEhmlrGlSBmg+zJ40HkOuBXJZCkQSMRDT/7&#10;rJX1PcauF1Nquf6W9vP8Q+4hjnWVU0/tRvYAGYPMTrGmML4mFubE2+t+SkFusUjqFJqan7Ol1tbr&#10;2j8J6DjIUjU1XJEYGnS5mlVFYxtEXCspLIf1L/tJ+vtvn3FgaMrFl8nFQyIVvqqYmhmPh9QjCN9w&#10;juCCVB1fQ2II9vCxv3UyW9vVTgVxTPqcU6PbWxuJUH01qXWtOB/w8BX5npMVu2d41sNVW4HGLXqf&#10;+A6fbeN4BeyrM73pnj9XFwpIB+ntu2/8gevVzb7ewNVlMtVD79clHII44qOloUp0+5eomlMX2kfm&#10;VHdrAPIigFgVIP3NFkvWsrq6hWdDUhBUAjuYseFB6ipJ4cRUTy8kbpHYC/3BEhtyVCdxqWfgowza&#10;iAzALwAqQF6CbsX409u7txJyGTrNt4OsjWlkw608MtXLNWTu6TJPBEsUkTRekqI5ZF4YXVWJBd9/&#10;d6UO1c3uKu29PUjJVSSTwNmd47mymEooA3nlmptu124avB45GiACJSUMJP8AZXkkl7XEFlJO1r4j&#10;SkDUzyyMnn3CNmNFpSgSnnx4KP8AauXW3jbtst75E+jj7f07a3SVzQUQzLEJDpZat4sjYHDGpzF7&#10;B+OUk+BwlBuhqWaCFYnrhQbb25i8jXaKSSmSGszlHh4NwVwiaRh5J6uSQg2YsAdRTs92nSmTJ9j7&#10;pfHIa2jqKfFZB6VqWrH3VlmrJI61oqeipWgRgslRpmVTf0hhaQeTNsi264j593/w44PDIiqCjnI7&#10;iCV8NKDhKNVCDmoqNGs55IIOS9nM5RJlaZNR06lqQO0M7MPMJ21xnPRrMHsvH4elo8VRieOhoTTa&#10;aJ5neHTSi0Gq6ktYi9vdckHzK2H23vfKbKwUuYoKygoskwkzuNFPjWhwqlK6OGeOqE8NQtOjtEHS&#10;NJAnpLAqGpY+8PLHOu/3GxWZmjuUhkasqURhFUyAOpqG0qxUEAvQKKswUznc+03MnJ3Lltvd5FFL&#10;bSPGpEThpAZaBSyacirAEiuni1ACQvKagjphZQvNydKhRySbBeQBz7COr+S21F3vndoZmKr2/VYD&#10;IVGNqJq6aifDVRgnpIYainydFV1Qginkr08fmWNTYkkfT2DLnnfl2PmLctluoXhmgkMb6ypjahAD&#10;Bwe0MGFNdMDJr2gQQ+3u+nZNu3u0dJ7S4RXRYlcOpauGQoKlQuSmocKVGepoRRwAP9sP+Ke+Vf2/&#10;jtsZGLMUe4GkpJXilmSWpjqad4hJPRtT0ZpZ4o4FppwiSyskirHEFYKdbgg3zmDa7G5+osdwrExD&#10;0Y6lI1U0owdRlqKxaoBUVUHVVZY8r7juVsbWe11OquAQNLDSq5IFTppwBpWqle2inzoHUqf98fZ6&#10;8F3D1X2311l6fETy5Y7pqKDK5Opw2dyOPzb5dEo2SudqPJU+fwlUr0NOkZjMAaONAmpS7GTrPm3l&#10;rmLlu+gs3ci8mjldhNIJC4CkM1JUkR9KJpClVIBCgAdRGOWuZOSuY9u/ekIiexDxxiSBTH4ZLVWr&#10;q0UgJZjJlqmpJUmgS1RiKsZGOrhlg0opQLLEXCRsrho1H0dXdyTe3JPsMN2UsOcOLpa3JT1eDw9J&#10;SRDEZuSfK5ObcFDMj0m4MhlK6pkhNQKZWWRxTR1JZ2LzMGYAh3Zzu628cl8823xKKpKWmkMyvqEj&#10;uzN3KFCNoRJDQBpNLFQMNtvxY/US21jHFezBm8SPREngvGw8JFVRQ54O7IRhY1oG6eqeJolYkIJW&#10;4JVdCaTydKc259i/s/dz5iqxb09VC9bSVRoqulcEQGqjtDHXUYd45YIhLB6gUvp9QupBNLiY7hLC&#10;0VyPqEYrIlO12Wo1xmgNBTuA1AYFQcdBfdoTYQ3iSgi1kTUGGCFNDoYcGycGuCCDnpqq8YjpMhTy&#10;K4bUSCCVP1jNrmxH19jvkN718cdar00NOKyDQ1VeDIJVmRCrTPQTxRyRvKp02Ja/9oEal9kcweTx&#10;GljUoQSCe4UPnpNAMeX7adBKyVB9PJFK76WBA+Agg4GsVJP2cPLpGjZeNlKMUZ/HKZEjLumhvIWA&#10;jdG1Ag/Q8H6e0OmSoI6Y1OOxuJfcMmOWDK5XEY+mxdZk44zINFVBFDRn7ZJIg2gu6qAQlrD3u0jt&#10;LBNVlZQ/XNGEdo0CM4Jr30IwaUpU0GAcVJ7eTX90ZY7q9n/dKyt4ccrFwnA4Yli1DktpUnA8unyn&#10;xjQTMsk1S9M0rGKnnlklWNdKhghkkkK6rc2/w9pasE081dJUtHClRCjx09PTOaylmMbPUCqqkqjT&#10;1EbkroSOniEek/quCoqsbiJ3lkuAiAgUVVAKt+IE1NV4hQApGKls1KbqS5ZIVWRzoJqSwKsKihUa&#10;Aw4fidulFAsaABV0hbKoH0AHAHP4A9hvMtJQVshZpGcIWvdgsmrg6gwADL+R7PbS2txOk6sCFBp+&#10;fHq7fVXNvRqcR/L8unEG4v7mYvKVFP8AbwUsBSpFWpjeJtXkV7sQrLqU+n6/09iC1J0xRpEAxkBr&#10;5efSa72uOcs08lUK5+0ddMLiw/r7bc7nzWV0lOKvRURARrEwEgBJZrairAfusfoD+PaWU6pngWUC&#10;YcafzH+HpTtm0x2sSSCMeE3nmpxx4dcgpsOPoPr+OB74Y3GPJFpKOJpdAWRJgG1SMw0yyliFAZSb&#10;8cH6e1CWgCuUTTKRSow37fT5U6MZrhkJUMBHQg/MDOP29cS6gEn8Ej/be3CLZWbJWRYL6WKpoqma&#10;F1AI03jeGRllH00sLjm/snbZrgOXeJWiBoQDVG44qM/y6Sy7jbuW/VKsfkaj5+ny4+fXAVMa3Or8&#10;f778gX9iNsrozd2dq4jRIX0RF5KmeQrTRKx/W0xURRLYGw1DV9B/T23Fs24JJqSUoCeJ/wCKOflx&#10;+XRNvXO3LOyWzTX8w1DFAe4keY/2Om2rzVNAQrm5YqFjAUliw/oHI9P1N7ezl9Z9V4PrtpsrkKin&#10;yW5IEkP3ieRIMaJC0dTFSQSmOWxT0M5CSOt7ALw4zs9s0xwsYg1zJTUx8/8AS+h+f+oY4c+e4t5z&#10;R/utsY2h2XVUqeMtOBfj550g0r59M080uSWNVi8cJfWUNwxH6QDYMA1h/W3PtZ1W8IMhNU00iStD&#10;5dA8k5jjWNQWUukZWN0k1kjhbgg259im32V4VSVCNQHlnP8Aq/4vqKLi3mi0yRtR6Bh+dcfyr/Lj&#10;UB3p6COnQBebG403PP8Arnm3sJc3UifKzpDBJSUmlRcEaGJCsSQAAt73/AP+tz7GljGEs4/EdXmr&#10;WhNKUPQj29K2SVcPIasRw4Ek8aeh4V8hxIBcVHpFyB/gfrx/hb22ZGSwLUhWA08Bih1RmRJVWDSj&#10;SRxzJKPNNbyNxrRdP0Pt+2jkaqvRnJqT8/8AYxTpZbQAilyusu2okGhr6ZU+VKcPOvXILf6Ef7z/&#10;AMU9uGOyNT9l43CSF0RRGHHrjKhmYmTWx1KDqS5A+l/bNxap46sK1Hn88j/D59Onbo3l8RUIUev8&#10;uuMiqfpwRxz/AIH/AGPtS47E4OtxyP4ngrvuS06FFp6NtQLCcss6KtU6rpDFDpIvq9k09zfWtzJ4&#10;YX6ciuMuTQccZ+Zrn06akfc4J2BfXBpFPWv+r59QnmkjNl0sv0VRy+q/NxwOf9f3FzWHq6WSEYzT&#10;NSsSWkVpHdi2pmUF4gzIqp9VP5/2yqxvoZg5uarMPX/i/Po72i7hnWRryq3NQPyzTrGs0bE+RtLD&#10;6g3FuTzx+PbeKP0wpOsyap7BVYyRxXRmsSC1iXBHJ/HtUZwH1RsD/l6EcLqC5RgagAdYJZ2B9JUq&#10;L6fryv1BFx/T2vsXL/DIRIsx/cvTqqlixWNRIo0q6/Rm59h29X6pzG6/P/V+zokvLI3bPHTtArn5&#10;k/5umWad5mKlW0rc3IAB/H9b/T29SU8+S/zERMkxjWR1sy2HpVpNXrP9PqefaASRWoOphgfn0UiB&#10;LPWZKaVFfxHh6AAn+XUb7yGIESSAAj0KAzMzXHpAVWNzf/W9smZWSgjdHSZSi2MciqHYgrdBr9TE&#10;Ejgji/sxsWFy6sCKH9n8ujewuFmYMCAp/Z1JpYlqWV1ZWQ3KyerQQA3IuAbG39PbbjZ64wo6GSNC&#10;5kREKpIrBCFW4UDgm5+vtTdQW2sqQpI8/LpRdrFIMsK9Z5Y6dWAdFchQNXIH1PH1+nsWdrVihUFa&#10;rrJTsX8jOrXCKSsTRlAxd3C+rVx7Bm8QHUfAAMZxT0Pr+Qr0C93sgfEaGhqKf5emLIMxLiA6RMtm&#10;UD0iQ3Osfk2APsYqpKerWBPEY4FVGkVXLR/qXRrvpslr2Ivqb6j2B4WlhaU66vXFeI+z/Vw6CbAp&#10;G2oZ4U8+kVSPNSyyOZPLIWZYzICGCixcAAEalJv/AK3+2956mtoY4Fp4I31RFeHJKs1tCsCLqmj+&#10;nA/w90jtp2l8SQ6gfTiP8HRfbWU5udRpoP2/5unBqqV1aaqZWcLqshudA+g5C8+0XWY376pMZtdi&#10;PNZdIYhgwVWaysCR7PYLkQxE6a06EQsU8M049ZKfcgooWeThF/JUEIPoCeb3B9pvMbfxFR5vGaen&#10;yE89PDJDM6x09VPU1a01NBAxkKComqJEULa7O40hr+zC13e5tBGZ3pag4bFRXOR/l6TPaXqCsURe&#10;MBiNNWICjUzMBwUZJJ4DPDpU4vcDuiS1YVqUhnE4KAxoqGYvKuoEIqfQi4AHNvYeZDbn8KifcuTW&#10;IrTUDSQYqLzNKfUQFemhLkI0ZBAYAnUGItb2I7Xdxeldrsw1XcanxTPzr/gr0QTXF3IP3baMQrtU&#10;nyAPH8+lvT1MU2lImDq6qxZeVKvcrZvofofp7COqr4q7Iy/dlaSNZEq5I4EWnRSLlCixFVSOOnhD&#10;aGCsQpIBNgRtHB9FaJ4I10GmpI/OtfOp4io+fQhsLK4to41twHk+EZyaUqKcdWrhQU+fU3Wq3UG2&#10;kAXN9JHAIB/tEXsbXsfYsQtJPioY4Fggejp54o6qSeRzVOGD6JVMjPdHJt6rkc+oc+wbKVhu5DIz&#10;sJGyAvw/Zjz/AGD5dI5hNbXbw3KvV8spUmmaDIqOPz9Dw6bj4/Ibh+QuoCNzZWfRq1AeMgf4E+8U&#10;e5FmpKeepcyVwllQeNBEgRGGgaAhkb94sb3Btzwfook2po5ZYo1AtyAfzP8AsdLobNoZWWOghIr5&#10;1r+zrHJTK90HEbfUG4P+8H/H+vtdYHeFVLKKeQyAyMiM/wBYpNSqyU9xf0uGAv8AQLc39h7c9lhj&#10;TxEFaD/LSvSlrbwyHpk1P86dJPMYSnKORqW6MNQVmI+o4UXJv/sfYpLVJWKBUwLLGyI7DUpWZbao&#10;2fSzaWJPIIuPYSaEwlmhkoQT0IrKCTSGEtB8ui95tPsNQpZ5Fl8jIrOhUxPfmRA3LXBtz/T2rY6j&#10;x00bkrCQVU3I0otmLANcgpZfr/X2TtHrmK6CadLFtg0oDKadAZVySNkJoacTTiVnlZjGNbNcLwoL&#10;X5b8e4VXuiNv2obPrbiUKuvRHZfUwJsL/Qn6e3bfaGHczUPp0rtdqSJvEYeXz65R7Yr5kZpJGQRL&#10;rMDelIyebktpLSWP0W49ts2UqJksrGzG1iSxPPB4XjTe4/x9rEtYY2o3RpHZIagA9Y4cbS0Esjyy&#10;65fE5B1AW0Asw5K8n8e5WL2/PWy+aXUItV38g+q/Q203F+fbF7uaWyFVbo4stpDSKAtf+LHQE94f&#10;KHAdcbcyCJWr9zDCwiWILdWj/cZ7ltWlQpP0tYf63tfosVBClNAQvp8TFf0sGHI5+g5594/c983x&#10;zE20E4KK3d51I40pWvp/gx1kd7e8jOtbi6tzrajKDilCKenHB/PrVJ+cvy6ru2tyVAhyr1WKo62X&#10;xFZIpI6id0lUTIUdkaGm8h8ZFrOWYX4uG3Z2912Htioy2kffVBlpcYkuhoxUCN/JUOrMEdaZF1AE&#10;2JIH9R7c9l+RDz/zIProWO0WxDyjhqYtRI6ivE1LUrQCh+LoRe53NQ5V2q3sdruT+9LnC6D3Imk6&#10;n4EjFVGM1+XQifyc/gjB85/kZUVvZWPq6jpHq2ih3TvtLPSw7kyVS3222NkxzwrKIo83WQSzVpRk&#10;kNDSSKrxPLG4pm7E7P3PuHchhbN1qRjQ9RKsyQpJHNIVnhDv65p3JuoQn08++jFpt0FpdwbdYUgt&#10;lIq1FCmmCuplwafDpY9Y52+3Wa2r3NzD40rHGsF2qc6jTNB5g0zjr6DGGwuOwOPpcXiqOlx9BRRJ&#10;BS0dFAlNTQQxosccMUKHQkcUaBVAsABYeyT/ACvzne+d2zjcV1zjMplcK9Zja6tGGU5bdEOTxVe1&#10;XQV+PWmo8lLj5cZPj6WojqaeSGbyqF1NqAEIfeOt/cDcts2+x5N2Azba/huwhiWa6EkUheOUaEkK&#10;eHRWDI0bhqnUQdIl32LsvbLbt7vN05wvYbbc1SVI2kbwYDG8YWRH1OokEgYoY3Vkp88h2916777A&#10;+SWX3RSZPtHbWaot6VLY8027c11k8eZy9RhkeipckbYCSgyO44I2iiNalJJWvEIRI7OsTe8K9+m9&#10;y4Nys/6x8v3MG6MYhHLJYmJ5GjGhXzDoacakTxgjSBNClq6CuVnLvK/tBZ7HcW3JW82svLqrIHto&#10;txVoohMdbxf2wkS3Yq7iFpBAhDBECF1PQAH092e9DdYbhwu2etOzOwdz5Xa+9tm7G3rv/IbI/wBE&#10;uzt173g6qxmVo6GVdo5rsqjym09jZvM/ctLWRVirkSHeQqWkOiSNp5b5l2yy2Hfd+3WW03O0sLi4&#10;a3FnE13FaJIi/oSXOpIJHLRvIpKynVI5o1dOFvujzrs267pzlyZyvs6bhy5uW4WlhHdfvS7t7Nty&#10;lR3AuIbBo7q8hj0aYng1QKwVQaKVPFrfRhwf9j9Ofpb2cLLdi/J/sTCt2L1/urrCkoDt/E7/ANsf&#10;HelxD5jfOU63yVRjsEUrt70lTLg8fv3P1OUf/ce1BU0lKlTC7xRzRx6hJb82853U8W8bTf2zM4S5&#10;i28Rnx3thpY67nUyLK4NVVo5FjLIzCqN1AFhyX7J8qXrcpc17Lu0l4bqSyuN9eZIrKPcIzJKStnJ&#10;GJnsoPDzOs8MrmOXS5hkenC0YZQATc/UAWFufV9CL+0x0V8bd0b5ytb3F3fs/YG3Mv8AxeTK7G2t&#10;t/D5LBVmEMVTMWzm5oZKqibN5OsmHkpvv6WSqRQsymLX4wPORtrvt23E83c98t7dHufjCW1hht5Y&#10;mhYsxMs2t1EspY9rTxGVNOo6C5QGXuV7ubHy9t8Ht77ZcxbrebaYFiu7m4ljnEysihYrbSrNFEi1&#10;SQQSrGxLx9/hljkdtIBsTc/j2azM7Vho3d6WTH1ilQZFvF5Fkka8playnVPKx4FuRY/195Gbbuhk&#10;TRIro9ScYr/q49QxtU5uiC4kRwKU1HAHACoJx8804knrH5gPqrD/AH3+w9hnuOoo8YTFUUH78cWj&#10;xq4kRI31MqGMuFijuSfqeT7GG1xT3VWjn/SJwaUr/hr9vUi7Rs11cUaOYeH86DP+X7esqsGFxf8A&#10;2PsF4K9Hq/JChpyb+kizhTYEBTx+fY8e3bwG1uWHQg3OzeGBlZyw/wAueu/YowVslXHBRwCOpWRN&#10;Oh4UljLLGXcnyKeYxc8C9z9fYQmt0QvNLih/y0HUdvSAyXDyBdJHr54Hl172jqyV6DIppVoHQW1I&#10;VQlF/ICKQg549ncCLcWmKMny/wBnoRBI7mwUv+oD172vKPMZLImlo6KZ5jKPFZlV4ykcZ1Eo+ppC&#10;LHjT7Ds9ha2wnnuIQADXjQ/7H7egRc2FparNdTIFCmoAJ1VrQU8hx41697EfF0axNAc4tUZJgAn7&#10;iLGlMkDkM7ao2hRXisEQO9yONN29hK/vNJZLCmkE14YPrnj8zj/D1u1rIkrWMgohFfWrZxjJzUt8&#10;PzrjrE5N7C3BB/33+PvlkM3g8Jio8vj6jVTL93JXVNA0lfMaah1T1kECQiaonlkEGhUjGtpLKByP&#10;Yb3HePBtmuZ5BLbqa1Uqwoqs7Uoe5qIQqLUkmlPSReWdi3K7vJLW6hYXR0aFfs7mJAY1oVA41NBT&#10;NaA0gTanOlgbEgcfi/1Y/wCA9r/B4aTdVIufrStDRzQCeJ3qX81TKHQJi/tpodasnjE3lWQi1uPq&#10;vtm63OOxaK0tNTkkGhWlAylvENcg0IXSRXUKGnHpBc3zbdeT2ETO8qPppQUXH9oWrkEdlPI8KjPT&#10;fVVQo9NPEGd1Ys2gAqiOeCxJBGpTYW/J9iJUTvHQ08DVdbRRQpGi0+N8cLpCrHVGjvFIQZ+CxZbg&#10;cj2HJbYTyTOp7y1dR4k/6vTq1lLWeQi3RmIOXrSpFBSla0OQPPpJzU1O00tQIKZpHuweeLWwP1AP&#10;NiAf9h7EzbdPSUdTrxsB83jCzTSStPMsrKpZXmc+l3+puNR+pv7De5vNND4dzLgGgHy/4roN7xcT&#10;TxkTzDQThaaRjBoBXpL5DzzxaaqVTHrukSReJQRe7Ki6hyP8fbpn8jTwQU6zySVMi1QYxJIDCz2k&#10;kRnJRbxREi7kEhVsvJN0e3W7vLKYl0qV4+eaf4R/h6LLKIyvIIowqEDJrXiM8D1zx9JKxd1vFG6B&#10;I2awYA2Cm39T+P8AH2n6Z6jJp/GsguiP/NYyhsqukIBckrGoXVNJy35B4PPswlWGzrY2ooeLsM1J&#10;9K/L7OpF2Hlr66ZQ0dbNctxoxpw+zh0G/YXYFDs+J9v4qfVmahY5p6yyFKfyS+NaiVme8ckfjNgV&#10;A4PtY0ez4ayhiqclGtTVfdRVpVkISlLFTElLpKvEtOFAPIDEc3BIIcuNxKTrFX9MHH2jh0fbzvl5&#10;ZyrFszeHBEug+etfOvHjT9vRc8Ru/GvnamlyTEQ5GmqoWnkq3NTLO7mWcyySuyr94Ln03Ia34B9v&#10;mTihjo44/JG8MCKIYkSwjCKAOFNrrqYDiw/1zcNWXifUNKQwdq1qcVPy/wBnop3nnK/3jb7PbXgS&#10;OGIsag5YmgBJpwxkcOkr0l8b9qda9p787Gx1RmcjuHfUkbVU2XrTW0mOpUnMslHh0SOJY4Kh443Z&#10;5BLO5VAZAiJGA7ySzmiqPtEAIglqJFc6SkUYu8rXFtKgi9rnn2KLV4hPCJzgmgp5k+X29Rnu1tc3&#10;EU3gJqZUZz8gKV6sCweUxlDUUcmSqBF9xXUOLpbRyu0tbXSCCmplEaNeSWS9vwAL+2zF0qx0FNWZ&#10;uT7Mr/GIqWCMRvWVKV8NJTR1QhYgingWKYgyWVpAmn0liL3kxluZ4Nvj1oTHqJrpGglitfUkjhWg&#10;rU1ABDM257ftO0RS3Z/xtfEEQ86vGAGORgZ/bgdPOQp6/J7ircfhoS9G/wDdeqyFfLJPHSUceGyN&#10;ZWS4iKJVAkrqu0IdAF0RM5lYP4lZg3Xj4cztbOYjBSRYxJaUUtNLVTWQNVOYkEkkYLyvJGJCUsbB&#10;T+LEtXUF1PDNBNIDdXCOpamBqU1JGMCoA9aitKk9RFy/uMW1837TzFe2r3Nja3SSSIKAuqksUqcD&#10;UBpr8/Ph0JqsRGlO7iOokik/zd2CMoXW6a+SsZlFr/1HsLdpbWTbOKyNSsiV1S0sOPnriS6SvGrz&#10;TQ+AgB6OSE6UjQLfx+q9rMQbLslvsVtcW0QVn8Spfv1SFRkNkgqC1AMefy6mf3q9++dffHfLBuZt&#10;wkj2iCsltZoAsVuCNCEUoWlFO6WTU1GohC9oTe1Njbb2ZBLBgcbDSNUkNW1V3eqrZb3aWolckuZG&#10;JJAsBfj/AASuC2Z1vVViQUeBpodbhftBVZQIJqWb9id4hX+AyR6CYyqDSCL8j2GbXlPke/vYoW5b&#10;tvFLUKlWoP6ZqaBiAQKcPUdCyb7033nNn2/wofeHeY4BQ1WRB2kYQHw9RGMgk14cOslfsfaOUcyZ&#10;DbeFrJHR43kqMfTSO0cilZEJaO+mRWIPPINvde3yq6f7fw+Yz2Y63pMJuTYlayTVW3ZaOfJZakqd&#10;ccLzyY14K2orHWcgo8DO4SwYALqMP878k8zcq329PyrHbz8szSljbNG0xTUKtVHDNIakkOhIph0A&#10;r100+7j9+XkDnnlPlLlv3oub219yLSMxtuC+FFBdAOzoWkQxpE5QqHMqBZHDEPqanU3HbaxGKWJM&#10;fSLTrTr4qcKzHwU4AApYgT6adFFlX+yAAOAPdQG8MfnYKmery8WNoZ2n+3ehpDRUVRDITKSsmGQQ&#10;1tDGmi15Yk5YcknjHe+iu4ZXkuo4431mqIqppNaUMS0KHzoyqSKUrmnTnlXmTY99som2O7lntKVW&#10;RqsrAjBWWmhxg5RmHqRjp9AAFh7RmIwuQymTWkpKd5qiSbRDGPSXkI1n1sUiUIjXZiwCgfUEe7QR&#10;yXM0dvCuqdsAfP1J4ADiSeA49Cp5kjQszUoP9XDrzEKCxvYAk2BJ4/oACSfdi/R3SVBt3FPu/dxa&#10;io8bHFkZ5p5DGlQtIHqGkUTK0q46ABTGBpMrAOxZSoI/2zbEs42aeUiRMyP5CnkD6DND219SKdDz&#10;lDYLa4R+YOYU/wB10Q1RocayM1PDHCmeNegY7C7Bakmp9rbbaOtz2ZEtCiJpkEMs6Ksa6lY+q0hL&#10;D+yqk/g+w37x7qqewGjw2KimotjY+WaSixhjkSTc9dC+mHI5BFN/skdf24mYhxclefYZ3jdGvnCq&#10;v+I1JAP4z/EaV/LpFzdzrNvMsdpDRduQEKo8h/n/AD6dOvOuKfaUbZTISff7oyEK/wARrmB8VMhL&#10;t9ljlCosMA1es8sxF7/T2WN8fXZbJtUViBnmdJKemP6orWby1QAtDHGLaYzzbi1vYcdpZWJLVY/6&#10;s9APxKhvToUxwAP6f7H/AFuT7tV/lzYhMZu3OZmmdWyGOyO15QxjJEqS1OSx1YEABAkj/iMZX/af&#10;6W5mP2eRYN4luajxBJCv2q7NG4/3mTrBv77l0lxyJBtVw4FvPBdVHnqVEdK/IslPt8ukLvSUxviY&#10;3RDTVctTDUSPeyGFI6uFDYEjy+B1X/aiAbDkX81mLeBamey6ZVAiZVtcyBmH1t9Ff3mLbXKuYYwc&#10;rx6+cy+t3WeUOODdKCkq45oECtcIvJ455+otf+vubmKOfHbDlpE5myY805vpYxFHESfT1G0JuPwC&#10;P6j2msZ0uuY0mPwRCg+2or+Wf5HoYbT4e1bX9TICJWPDz+XHy6REdUuW3yyrJ5KfBwJFEoHoFTKR&#10;55yw+p9YjX/E/j3XpVrVR5Soo3Uq0cjNGW4Xxtw/J5vx/T3kxB4L2cE6sPhH29CCAwSWENwrVqtD&#10;9vQojgAf4e8seDinq/uxXVCPKI0lpT4mppljQraaJ4mYEc2Ia41H2UvHJHcrcxTyCnFQRoP5UrX8&#10;+tPuzpb/AEwtUYL8LUOofYa/ypTrv2/0mrDRiCMSz0KljFEXu9IZGMjeASWUQM0jMY9VtRLXBLXp&#10;JCLl2lACzE59Din7aAdFUwTdGLtRLo0BJoFagC1alO7A7qV0ihqACPe8hrYqmISwzCVGubhgChNv&#10;Q8Z9cUg+pUjVax+nv0UahtBHcOmRaSQSeHJGQ/8Ah+YPmD5Hr3tlqqiQFmXUwubaXBVje1gPob/6&#10;/s0hRTTHRlDCD2tjr3uEaqT9TelrE6eLqAbafyPz7UCNQKdKPpx+Hh173heplIIDWuSf9gfflRBX&#10;p0W6Kanr3uP5pb2LMw/xtb/C/wCfbgVPPp0xpTHXvcyAzMReyi9gWYAWt9f6290l8MAgcek0ojAp&#10;Xr3tzVoozqd1AH41C/8AvftIQxFFQ9ImUuKICfy697z/AMax9OB5KhB/gGU/n888e2msriQikZp9&#10;h6ZG2Xc3wxGn5/5uve8y7ywsA9VXGv04EgH+9E+6HZL16lYTT7D/AJuqHlzcpT22rH8j172x7w7R&#10;w+I2puPJUtSr1dBhsjVUiFkcPWQ0sr0iEavq9SFA+vNvava+Utyvdz260aLSkk8ak+gLAHy4U4/K&#10;vRry7yPuG4b/ALPZSwlbea5jRznCM4DHh5LU/l173QZtz460i0VRVZVhU5fKVFZksnUOzlpq6umm&#10;qaiRuFAJllPAHvoTBz0+zWO27NttfoLOFYkNBU6QAWOTl2qx+Z66zbz7yXBu4IrDssIESKJaCgRF&#10;VVHHyA697uQ/l77bxXV3SM2GPjhqMtvjcmYl9X6g32WOiB1EN6YseLcfn3hH94m/vOZ/cfcNwpWN&#10;ba3UflEteA/1Hrm/973er/nr3Oi3GhaG32u2iXH+nkPCo4yevXvdjVBl6ecDRMpH+uo5t+OfeONz&#10;aOmGQg/n1hpd7fNESGQ9e9q6kqibWk4sLgFfpbn2STQih7eiOQPHWimnXvagpq6QFTrtxb025H4/&#10;oLj2WzW6VI0nq8U/A9cCikEW/wB79uEdZYXZib/61/8Ae7e0/wBPQAU6MI7oUp59YWjABsDf+pBt&#10;/t7/APEe5kdYWtcn/ePp/j7ZaECpp0pWQN59YyhAvxb/AJF/h/j7kPUpoOo8D/WsLkD+o9tiMg1p&#10;06mc+XXD3HIU8gG5/wB79uAevShBxPXjxz7h1EAcXsb8/n/A+34n0V6WA0A64ax/j/vH/FfbO9BQ&#10;Qf5ZlZFp8dTaZqybVciJLFo41HMk7/pUD8n2p+qnlAt7VNV29Qo+ZFMnyGejy1ncABTk9Y5nkKOs&#10;AvKyMqX/AM3rIIXWRdggYgmwP09la7S7Gq997gqsPgoZsfiqIRpU1Eej7fHUszySSwl2ZTVZnIwk&#10;n06hTq4djfxqwy2LZHsIhYRHxL8lDPKwwoxREGCWoDpK/BhmoSoYdbRtsVlDFvV/p1NXw4iSGkZc&#10;B8fDGjHJP9oQUAprIz46kajpVjeQyzMdc0rf2nNi1uP0ryF4+lvYb/b4/Xf7OD/gN/D/ANAv9h4N&#10;P2VtVvD/ALT9Lf4+x/8Auq30/wC4sdfB8Ph/oer4OHw08uFfKmOlv1F7o0/UPTV4v/NzVXX+3pw9&#10;/wD/1CutVSsV0q35v6eBf8niwHPsYMSxqTnoPH0r1vKJSRRmxZPpe2rk3/A5v7wSvIym7on9Szf8&#10;UItY+9cOmWHoD1LijjH6UJv9NNz/AMT7bZKmCP8AzkmpgLAxFWA50n+v9fz71UA91dPXhGT59TUp&#10;55CAsSoPyWLA/Q8kNYAn22PkoYwQkf8AUanNifr6gCbW59vGaMUCAkdaYaTTqYlBJJzK4AB+in8f&#10;Un0nk8/n3CfKSkhbqFHA06D/ALzpv7Tu2o5GB17HU1aOFVFrsbjhtS/7f8Hn3geqeU2uSObjg8fT&#10;8D6D24spUAKKH16uErw49cxEq8AIP97/AK/0v7esPgqivkUhWSFmVNRQ2IJuRcrY3/r7ci7ydRqe&#10;rqoFcitemfMZumx8J5VpVAbQWULpF7sTqvxb/Wt7XDY7cOPqZKTHfw9aRghRpCTMGBAd2JU8N+QP&#10;x9PaqksLMtEqRTj/AJyB/Mfb1sUyDk+vSFTJbcytJ95XLkpKlHF4UBETjSeL6tBa5+n1t7eZaSrk&#10;gVarIKHBY/sp4kaPQVUWYAhvIA1vr+D7T+I9QGJCj0J/w4/1evVBx6boanHpUSzUeMkcGKNFM+h2&#10;V0eQlx+pmsjhbX4t7YP4TiIpElmjMs8YJeSRrqS6lRfyMVWx/oBb3uR9NF1aj8qUP2kZr+fVwaVp&#10;w6fUyWWlhKRuYoHUqAnDKOLiOwuB/re3jHUBriIKCkidA0ZkfxBo01MIruVViFs5+n+v+PYq5V5e&#10;3Pmi/Nlttv8AqVFSwOhQf4moaV8jQnBoOPUUe6Pu/wAne0uztuvM18UZlISNdJkkYfwKSCQMajUK&#10;oyx8jzo8NlspUhElmLJpLyOZo0iAKkFymlS39A178m3sc9vbBqaargoKanGUyuiOWqlEemDGAuQQ&#10;zGJoTItwQFJkBFjpYFVy25P9mrPYriKS+X6vdhpPGsUXmcCgPrVhX0pw64z+/P3yOb/ckbnZ7Tdv&#10;tPJ5eSNY48T3CcB4ro2qhFVIAEZrmoyRJw21sfjD5poYairuG8rxBhGw5LRlha5bm/1B+nsw23un&#10;cjlJEi8LVE2lF8cbSNHGoYFFaQoWblyOTx/h9BOCbRaWUSyXs6hR5E4GScA8ePDgMdYCbjzXdSSP&#10;HbqSCSR9p40Hl+XSlklhhRpZHjRUUlnZlUKo/qzEAKPZj9t/GeJIYqrNtT0sJUaYVY2VOGK2C3+n&#10;+AH9D7KbrmHZ7dzFaQtK3DhQfy8uiMy73fyN3lCxJzj9lR0gMr2Xt7HSNBA8uTqQ+jxUKxypqBIZ&#10;TP5REukj6+1zLiOodhROKqSjkliQh0jMTPdCCVKoomL2Nzc+wzuHOn0qnxLqKFAeC0Zx9oyR0d7d&#10;yDue6yGSaOWao4sxVftAwMetM9J+Tdu8szdcNj4sYhYFZKqOWpkMf5GlYljub8Mtx7SWY782Bho3&#10;jxGFhmMNQkGorSIZIngDfcI+mdyqykAi35P9PYPl9wYZWbw/qZ3r5kqv5UB/wD7ehlD7a2ttQXc1&#10;vFGVrkamHrn+fUijwO7q52lyWZqVAjZhHC1RD6+LDT6Px/QC/utz5Adg1PYndu0c1FQU9NDgtl1F&#10;HTKlJMwWSty1RNK5BgUy28Sj8Ej8C/uUPb33L3PbNr3uGKMwxStGSK6qkAnuJ40/h4gmpHUicv7L&#10;tWx8m7/Z2d8ZBcXsZYhgAdEZxxoKa6flQ56ErE0LY6kFO8rzN5HkLyO8jnXbhmkJYnjn3yy1fksh&#10;hZ6Wcgo0JiVUxpQ2Mf0Z78Ak2B4P4+vsRw+6G5q6yLfLqHkEU5/Mg9AmwsrG03OOaGtQ1amQeR+3&#10;py9iL8QOxMr1515mMDPCjUsG/Nxy0sTUbqRFWS0lVIGOhdPrlbn+t/YI585x3veN4udxmCSzOVrX&#10;UGpoXFRTNSeNa0Pp0KPcWLlndOZrW8vbjRdS7db1aop2KUHcK8QBjzAqc8WDM4l8kYzHI8TxoQGV&#10;5FFr/pshCkm9+f6ez3YnvnbVT446+n8ZOgMWgUWJPquWQKYx/Ut/sfYWHMEShWlsp0emSvcOoxl5&#10;S2i/LmHcYXA4VOfz4D+XSJrNubhpzroaya4JItLM4455B1BfYg0G7dgbhADGliZ9VnKxRqVY6dXk&#10;BKWW/J9q7fmWMVaDcgCOIfiP8359B7cfbWql4rbVXzTj+QpnqAuU3jiVZp1+5jU+pJI0ZjYc6S5j&#10;cD/W9p3dvTm3tx08lbizAsmjVBPSupu6qQNXgVUmX83W9iAfr7FllzEpjWO7SqsKaxk8QcHz4eda&#10;ioOCR0CpNp3/AJZaZreeSSClWQ1JAqDTTTGQMdKPCdgY3IzNR1scuMrAQEhqQI1luQB4pXZEkc3/&#10;AEqCbf63um/5M9N1O0uxMjBLM9FB2fg4NtQywqn2lDkaKKH7Wrnhmjio5aCX+HQRTWZpY4pZAoTX&#10;qOMHvRsiWvNUm7wOTb38SKAq8HVQtaAUoaDVkUrhT592v7tv3UTmz2nn5TncndNgu5ZCGYazBM7T&#10;KBU68vJOoHA+GBnI65bwqmo4qbLxQ/cxbcf+PyQlS/3lOkFTRVtLAUvIKyOjqXmgSxDzRrc8CxHs&#10;EXhocq+Oqqc0OKqmo1eOpirZKXJY2sCiCcAK0VII42jfUUeKSZl0oUJ9xBs8n09zLEpXhQVP4gwp&#10;/gIPpXro7vxaVoe063Uk+VVZaVBHGhOPUUPn0oJpIqtoPVfyoWQkMplppFdHKEAJJJexRVvf/EEE&#10;mm2tv+PBZMYeoWKLHbkixmQxjq6yxUOfSCeSSgnZY0hiWujhdbXDpVJMjA6ywl3b94jsnMesiCZU&#10;Iofhk7gQTwoafD8QYEHGOsYefPbuPmjamumYHdrPxB/CHiqtDX1XGD8QOtcGvQdTUFcr0+WomlP8&#10;Peqx2Xo540jaqxcTSJDXwMkjFngYq6MSweB9QsRw2d54Wrlopq3H+KlLfZ1EFfq88aJAaHKzmVlA&#10;8v8AE4snVFnDMdVNa5IBCLenL7tuEcUgVtCyoaD8GkyYp+JWYg+ZSg8+lHs5WLY9tgu6GZJZYGGR&#10;UISEBrwppjofMNXIOcu18xS1GbqKMTM5EFNNJA0Sqrio+6xtQqRuCzGmnxFOTb6rU3P1Hsauj96L&#10;ubafmjkSaX7VqXIAoHMWVoZHp6vyhgxgkm8B1fpFyLi/sxMi3tlDcwODIqaqEFe4NkZzXFaeXUV8&#10;8bMfb33DOu0b91XMwdGrxSVtYyKYVsA1yF48eg87h2XHnsfT05m8OQx1SzUbI8pWehnDyiMqSRJL&#10;ESAeCyBLgi5u9bSoJ6CqrjC6QDHbnarR6ieGKKKHKUsKaWkkaNFdJ6NCoLDUTx+PcyTbxHv9hyrf&#10;WRK3kJKSZAo4RKEHhQMpYE/ECOII6UfeEjF+3Im4WsTSyy20gBQEkiJ45A1F/oyE1HkCfKvTPsyv&#10;x9dT53H5BnSHI7Sx2Lr1AYySy01ZmqGV4wpMl5KTKKpZRdSjG119l77fw1fts7prsPX0eL3Fht17&#10;Lzc7TATVO6et6HO5+TcW1sXR1cqwx1EG19yfxF5KLRUBoWVror3jD3k3bc9m9x+UOb9skZYhHbyB&#10;lX8VtI7yKSTQjS4JIHA08hTMD2n3q35u5M2fc4XrHPCA4YCquY4kdiRnUssRABPCnqeoWDGQfNbR&#10;oZFyVfgJsJuXa9ZTUdJSVNFhd5y0u2qnEbsydbGv8Qpo5q3bFdQwmd2QyVMBsokDAyuftvXoqiyL&#10;NDJnNrz1OMyhQgmSKCSaOCbQEEkaTaC0bEAOpuvHvLj2Z5ri2H3YjVZNW0b6iuhX4QZlaaMKOACP&#10;rirkAtTj0Ucv3M/LfuZc7XLX9330QkhIH40AEi58gTqNK8c9Ex6+hk6h+Y+48LTwy0u0u0KSDcGG&#10;pS5WCmyVbHSS1FOv0gWWKSVojHGbL49NvTYIP4wM75nd4CBmp0wanUHdvGMjViT9vxkH0j0km+oC&#10;1/cl/fJOjZuRnAapuJSaZIFI6jHpgH/ZyCvvcSpNy9yyjsAv1Erfsib/ACDo6/ehSOp2eA66Z6Ld&#10;ZvrsrkQ4krZgQeY7/T6j2JrFsX2Z2BhUnSCLI4Pbm76f7hggnEVOlFkC7SHSj6q+UhR9GT8e4r5s&#10;kMv3feQt1sgZZbS5mtneoAAYSOFJ8qKxPkcfM9E+xwJzH7Le3lyRrmtbq4t3YCpA8QlKAYIPhLxH&#10;AqR8RqWreFbHLtfr7c0lDUVEmP3jv/rTJLSQyyvQnOTSZjEMoj+lJGu34EZ+XVZ729YJKl8rqWKj&#10;7FmycYBU4fGDLiMoZaXJJArhpYzcvHUUUkGlhpu4Zf1e5u+6v7s7TPy9e8j7pcNHu1vNNNGCexoB&#10;GjsFOSWQhyRQGjEUGOsgfaa8ZOVbOxmJIVnKseBSvmfXVq/IDocPgvlZKzpekppWZKJN0brfbbOX&#10;EVRiJstP5kj1BVEkGYiq1VPUPAEaM6D7g7SzGJlpOnoxMgR+wHr5JZeac08lNtxKEsx/b8LPqY3b&#10;lQbng2FfvELF9m5t5lW5T6e62aJEetNQMoZaV4EB8ile4V8umPciKcctc9tqOdokSgBqD4dwW4Ct&#10;SpCj5kUya9Cpl8Pkju3sjIiNWpqvr3beNoyA5lNTT5Xdc9YhQCxV4q2K31PH4v7MFtDc22ch2rtu&#10;i2+GJgraytrJEpzSR1E2fwG60cyLIkcoq1mwgMpkiRirofUGOjBPkW8TdOVfciCIkiCK0qNQDfqX&#10;BwAcmix9x8gR69Yjey+zbptvLPPcG5GglSDwwWLaFimjNKkkBKSgrQ0ABwKdAx8yMZk6nojdctWI&#10;Y5RiNvWmikNqRqLfey44ZGjDprtDVMRaxLLYsL8mH81HhZMq2Ta2NOIx25KX1xpJNPSVk1LTwU5Z&#10;mKVMEsrNKqrbSSeLe1/LGyb7zVJHabZZSCwuPCRn0tpFXCgMwFAQTqcVFACSOhnyltO5fv23itYu&#10;+W5e3Y0OkBxqZq0pTtWhPlSlK9VwbzTK9qYHZtNtl2n3RS7q3F1xmdAknpsVQ5vDY3KVs9akbET4&#10;yopadfHK7ktIyc3Oj2UXs7NZPNYyoqqMQ1lS9c1TKmRqBDTtDFXU9dVQ+aOOcRlqCllKXuGdVB/o&#10;2Q3vVyFLee0u57Bs0cSz29urVclR4cJWSTNCSxVSVOTXFaEjrKSLYoNthhjKCiqoJXNTwJ9BVq06&#10;sb6b2didlVGNxiRGghoMbj6GnNBHIJTI9DLjEm8apC/NTWxlzoBVGP0sPb90XuXHbY3Puec4mkoW&#10;xtRsupalhaFI0p6nI7jqpZpJ4W+zDa6ozoEOkxsBpUDQMc/u2cmXgn5u2m5g03kUMJUYYmon0kEV&#10;AFHBUk1IP2dQz7wcr/1s5dWxjkJi8G5oc5PhqqgAfFkEHjkevUfvDEZrda7Cagy1TMtTi+wIpp2g&#10;kVpaqCDakNPS0lG1Ok0UDimkhY6dayr+pjZvaZ+R24KXMb2ylRTFpKOatgSGQTRSBzT0dJTBtSyS&#10;s+t3455vb9XvoPydAnLvJkMt8mkqpGk1FCzuFXINTU0HqSKeXRd7NbHccu8hbLtt4D40UTVBFCGa&#10;V3NRQUoDwPDoV+iMdWU+0aKrq1cVsyz1MgeDwOFyFXVVUgeBYoFQxxR8+hdIa4A9l26+zr0OP3lv&#10;FFWqSu3vS7ex0siwTUs/926CpoHqaNIdPmgVsssoe9yVBBsAffL6w5hnbmXnnnOZfEF9vDRRtghl&#10;j7QVCmjAeIrMcgKuo4JqI+cpbW+5g2jYjKUdLJ5JM07XkXiagr/YuKinE+mBVy2LGWfG41nmiNHi&#10;KnIVSxh0lT+KV8M6QyFr6Cxx8sbDhiCV/r7c/wCNUE8Yx9FLIlbNRZFIdJLVEjSVOTTJSrDEGHol&#10;r9EZtcNb8gWE1vzHbJcC3RnFykEqgAksdXiB6A1yDIx8qGnDStIb9145Y5tlvbjutreeMny06dTp&#10;WlMHwgak8BWtK9KXB0M9KamSdbrLJGBGEK6YqamoKaHSQASWjhLEfT2Ee8cxm8HRVWflxNVk6toI&#10;UocfjycVU1dPjqutpbyVFX4scsstfOjoGLKYnJtIwCiEOY94uLu85s32S1esKCNdAP8AFpDBV7Sp&#10;Zia5FDg4HR5yxsSbfb8g7G9wiX26391fvrJ7UFu74DHVpVWiGocHIBOcvqvBUST08cqPFTMKeoRX&#10;BfW6xyWdkOuNgrtcccezk/Hp5KLL7ozOGFSa+lxNDFkyftoaKjq8rXV9UwUusFVJG1NjIo+PQrAW&#10;KBxqmL2o2R2ud53axLHTANZwBGZGkIAUAuwCxqpoO06RWrGsWfeAmg+i5a2y+uhpZnZQFYsRCoVc&#10;VwQZCaH+0GM06Djd1LJXRUtFkft/t/vnkpk1iSR44aWGCJmDkiORZaqS4b0FRyD7O11x3duLFTmU&#10;y1SyhaqCo+38Mh8aS2YxSGGCLyDSNLaI5FNwzO3PucI4G3VRHu0JeJA1QBXur2VZQhwKimgV8+sR&#10;eaeRbC6gWJdIQ6SpOpPTNCzY41q7AnyFMA3vXp/bO5tMGRoKKsgiqIKukjnSURrOsZLMSJR5YXbh&#10;0bVG5A1A2Hsxu2N/RbirqesFfLNISDWU08iiadZqaRnQ62kDuZAAdJazccfQr7zZ1t7GkcX6ekaS&#10;BheHpTh514dQNzDsku1rLA8X6VTQiop88ccdMh2PS4fG/YRY6KniiSMUJoKZVjpXp3heKQEIUXQ1&#10;/rf+n4Fl3Nk44aY1MwlpJHjllbHtWUxE8kEetw9Qpq4KOBlfSzyEaNS8kFD7D8cLO3hseFO8jgK5&#10;ov4j+R/w9R7dWzGYx1aVjQa6NQcaUHxFqK2DX4T6Hp9xNG0s8VPIsMyrVUyLVGldvDGzuzN4jZ5i&#10;HQkA6l4Nrc+wl7GqKGrkosFWY6veLN/xEyVWJ3JU4bJRR01PUvKaunjyEMeRpZ0CaUkF0H7vohSR&#10;1URWzXMkFu8gZCDqAooHYSNLVQuWIZaITpxqGaqq2Nr63El1b3MYmtygpJAsyFmIoK6TpZaNV8qW&#10;0xqCWows7dpZY0WoWan0Q6RIstHDLT+UtGiOs4hLxhZOBZlB4v8AX2stoS7oqMRRYQbeyG28SMct&#10;Q2dyG7aPK5pnkqJwuGNJDLlqymeITXmnlqoyoCLCSCZEJpJGe/mE1q6QJSi9tSQFwSC6vgNVlalT&#10;2hqggj3ZtsW8ub07rHc3BlNY47doowAKhw50BtRFAqxsGyzEFlBaspT41cjUVkumsqg6x/afw8w0&#10;7XCiSoWUr46hwRdEFw4uCCSCCQfwL507B7Mrc02U2zurrHPZqWmnxMuRr8k23KPI480VNmqao3RT&#10;PuR5sNklgqZ6KDJ1NLUwGp8NNFIY1UP2lhzvFv6PY7jYT7BcSn9HxH1QKyf2n66610uASizurdwC&#10;R1QGbTu/sNv3K0dt4F1ac1wwa1kEaIJnVw7wnwWNvpkVnjV2toZIz4IaR0V2C3RdqZWCKCOOmjlj&#10;LyBUhho5pFhazJJ9vEAqhbaSwuT9Pz7cd/Zv5h0uwNzLuneXXvWrwDbWN2puvYuDpdztlMvkquso&#10;Gjy+G33V0woXmqZ6JQmOPlimkJglqWCRe63sPOw27enuN2sbTcYhELeW3j8USO76GEkdwyAF9Uca&#10;IpLiRyU8fSIi3yzZ+yd/zHtCbPs+5bm0nitcW93MbdY0jRZP0XtAzGgWQgzNQgd/hU19dUeMwH3I&#10;alpZp5XDsI6h/t0VQRdVMMQRmZCbF3+tr25s9U3eVXLQbO29W7+yVflJsBD/ABnN1O1Z9u09dlsd&#10;Ty0eczNVJJjcc+Lp8hO4WgRPtFZdBAIcCMYWd1aW0e0xX11IdxltxrZraRUbwsSzHUkax+KwJiUl&#10;Qa9gYGocbkgPPvW4w8upFZrPVI1uhK6JJmKJNMh8QovdIwMpGQ2gipxptOgieprGx0YkayxRCcyq&#10;qo2uMNrN5LGxa2oE3AJHsOexOysQ1dUGnodwbly9NCjy09DSwwwzfcxzBHpsnVmlxFEks0ZLJ5Xk&#10;Usv7ZZgnum/b9aW7y2kVtJLOqUICrnFAVkLRxqDQsw8TVQrRT0LOV+Xr9LeJpp7W2sHfDEliAvEN&#10;GFeVmzj9MLxz0/UOO0KqGOnhi0sNKIi8PpLhiBcH0i309knwPfG7MXkTi8xQPis40NTT4uatpKuu&#10;wVFkanTLSnJTSSUMORQVC2CpKsjMAi6hycbH5iv1vzFLAUu2LBdeto1LZAk1FQ+QuMfnw6yDvPb7&#10;ar+wW6tL0z2CuPECMEkZFHcY10vSgJAXSQME0Y6C9S0UMihWVGFv1EXtw3Km50sdZ5HNz7GfatZt&#10;zP1Lbk3hBXbhnmqE3HHVY+pjp8TTvQ1tXkRUbiy1ZU0uOxO2qqCkamWorJEoomZEYu4CSSdyTsu0&#10;3Vm27bxA9zNqEykE+GrRyOf1XBVI4nCMitIfAFKajJwirmw7rsyW207BLFaxqvgsrAtI6uoTTCiJ&#10;JJJOuoPpjUyECpAJoOLL40tHdALKQBckAWuAb/Ue6xvlTB2HX4WfcW7d2YjL7Zy2+o8nhW2fuCp3&#10;Xtqjp5qGrbH4zC1uJq6rxTY/G46nqiJqcRysreLQ+iMRX7iW3Ncm2pdbxu0M+1yXmuEQTC4hjqtB&#10;Gjxu4DKioxJSlVLBhUjrJ32iTl2C+Tb9o2ueLdodvKSC4ijtpncOpklkRwCVZpGRtLkggayQrEy4&#10;WTSANQNvo4Kt/vIBPPsmVD0Z2vJi03hUKdgYZXq3mz1RJk3zlHSS1Msuuu29t2lyG68RT1MNKxik&#10;npKSD7e8hcxuLxnbcncxfRw7wymz2+uvWxkMiUqU1Rw6pl1AHTriVSF1mqnqcW555Tju/wB0uU3C&#10;/ZQPBVYViYlaEJNO6wOyk0Kq7ur0jQCQCma/sUIvihufN0kW4cJuzB1lDlLVNPlK+Z5J8vDKKZ/u&#10;QMZNnaFsTUy3lpJFqp5/C6szXawF6e2m43sX1Vvutt4cgDanYnWMEsNHiL4ZYVQF2OmhajFlAYHu&#10;pt9nP9BdbPPHLHVCiKoEdKgBg3hFXCEBwEVQ9dNQAevexL6d+OudqO3ttdQUtBj8vmd2MaiegfMU&#10;ktPjf4fS001Zuenao29jaxqWljy0VWTBTzeAUbo7SM0sYttXJ17DzJZ8tiON7uYan/VUqmhKtKC0&#10;avTvDHSGBETBy5BVSfnD3GsYOT955tmllis7XSAREasrEqkXZM6BiEYVJT+0DIq0DtDr62DHUc9d&#10;UtogpozJIeLkDhUUEjVJI5CqByWIA92fbj/l/v1Jhs1jupszuTP7zz9CxrKXd/8AdOPbOQ3LXUYM&#10;j0SLS0FRt2mm/h3kKSNWa2VBaJwzpOs3sda2nL97e8r7nLLvcylTHP4T27lhRnFEQxCgqaGU6tAq&#10;f7TrHy194bbnWTb7jmCC1i2u3NFMHjmYRqSaGjSCYjWdJpECWLLqAAYLMH2d9zBV5DOx0uOoUllM&#10;S0q1tXNBSRzCMTSTil8ddZmUOYo1RVNwXtf2WXHY7cm18rjsB2XnHq917fppaTcaffVFFTQyUSw5&#10;WoTKQfxGbFyfZzRBYn8KStTv+tIiVWGLe53zYb8WW830ku4wowkWoFCpDOG7iG0k4OnUy0pRQB0J&#10;LlbO7TcLnlzbxFtkzDwgVDOxY6FKSEI7AjLjUwRiVKmnQqUlbTV9JDW0U8VTS1MUc9PUQsHilikG&#10;pHRrC4Zefc2i3XBRbmwlVsiGgkpqhIa2mr8bl4Mji8vR1tV9vUZiGuoaY04raOULCrVkkJRSSZEp&#10;mOp0c43Npf2v0VojqaMWRw6yK1FZgygUcMAoaR10D4gqVPSv+rovdvvYd5ndHWq6DFpkjKioVlJB&#10;KnUznw1Z2JFAShHWf9SNq/N/rxcW9mupN05ytoaaqqMhj6F4HhhnhmqIqoVQrmTyYyNqZNUx8kN4&#10;Xpp3CGLSvokJAqurue/X6qKdI40calJU6icaMfGSCCGjIDEHTqXjGh5agtJnt4oZHjZSagMdGgCj&#10;mp/TzgiRVNMkVoXa3EERk9EmoXPpDlVNrhiQeAL3v+Pa2/idNhEVq56WImOOLyTVMMZSEmMRxSO8&#10;hfgXuXYk8fm9xPHqjDnSpA/ESANJoB5g8cVJOTjoqaykmdorcOw11oQTVgOI4g8MhcUGeoekzH6M&#10;QPobMb3+oBv+PbSJoKyoqjH+lVZmYShydZREZo7tcgt+fz/re1tlbh5CaHtJqBmn+H+f29VulcRk&#10;uRqA86DI/Z+z8upccbJpHNha4IP4sOSeePaOy+NraambIVIDU03m038ussLKBb0IrEr/AGSf9b2O&#10;7DbboQpczQf4ueFK1PTMO4Wk1y1tA58QDhinDyPn1PT6Afn+n5+vtG5OsmpYUioZmphNpLo+pZo7&#10;glvCyEBF5+o5/r7ObmCRY1SLsQgGhrUH1r59LbWAM/iSCtD/AC/wdZlW97g/i31HufsrZFfuCoao&#10;pZQDE6K81dKI4mfx3Co7D9xytyFF2P4BPsz5Z5WuL/xJ4pB4aUBZqip4UBCnIrU/z6T77zBbbVEq&#10;TpxJoFAJA9SPKvD09OuMkqxgA/kcf76/9PZpdmdVZCpycVLFDLM4/cmlSIRxReNQ+upqDGYool13&#10;sx5BH0N/Ywl2Hb9sQXF/fDTTypX7AK5/w/LqLd856sbOzlmklRI1GK5Yg4I0g1PTRVVUcSl3IUf0&#10;Yhf9c8kH8+zb0WyNl7AhfK58RZbNUOQpKZqNJGqaWF3pKarkqKqGCMxVUgeYrEnmj1sjl/0X9kIM&#10;++3SDbLPw4JYmbxCoDN3lRQsKrwBLaMBgc1xDMvNu/8AMUy2W3yNFaTIWBIKsQGotC/kw7mIrQEU&#10;49I2SXKZWX7akjMFFLSmVKpgqyyuZXhSJHeWYJ+gOzGIKEcEEm49rig33HmHp6iSlgosBRpBHT0s&#10;EMUVe8lMdFPqqi7wuhj0gJoDG7WbQPH7STcuTWfiLHcM92/EmtAa5oMY/L/P0C90sXstcXiu+4O2&#10;WL1Wg40r3E/M4I66pNtCg8wWaWrqZNbvJLL6FDkK6ojEuFsOD9bcg+wf3Bl50mkam/bgkmJp4S33&#10;BeS8qoXkY3UoSCVUFSVN/wA+x5t1lGUUSmrhRXyp9nl+fWrW3SQ1kJL0zUmg+zyA+wDpcU8SqFvc&#10;sAmo2sobSFOk8Aiw9pzN5GrzTLNXlPuHZpGmhjWnMzAxprHiKmKNUjCqV0ghQPoAPZnt1pa2Pba1&#10;8M+RJNPtrXPSiztIbNJBbMWjpRQe6gFcVapOTXJPEnqQiqoIHAsSOT9f9cm/t8aukODaiCUtRTB3&#10;nMzhKiVGWFNRV2ZnjmAj9TLay3BuLgoPpYv3itySyy1oBkDJxj0z0UrEEv455HZH4UOBUnGOHoeH&#10;ofIdcNNzcn8/0/of+Ke2aKCCrQPH42ViZXHjiuqBSLWGnxXK3cC3NieT7MmkeJqGoI+3z/1Y6P45&#10;HR6ODq+Y66JYE2vbj/H/AHk39vSUcU9LCTDAgaJUDRNENIj1fXQP25Dfkfn6m/sv8d455KMTnga+&#10;fHj0vtmIkIr3en+x1DkkZW+v1ubW/F/ra1/bhRmSOkVaXTN9ujvIGVJHKqUQAFtES2LXBb+h5+o9&#10;op9LzkyVGrFKkf6vTHn0YfRpcSjxe0EeerHzovcfyBPpnpvmnVJAkh0mQBEBJUkt6eASDe/9PcSl&#10;mjyYbRKaOYRSTt+iORHLP5oCIDJS/cIfTw/iIBKuVYD3YO8aRvJbsQwXtwSMA5IzgkjiT/M9XuLW&#10;SzmUi3LqJNHBhVVLDUKhTpYUYEjgRnPWZZRGnqXWpuCoUMxJPBv+rj/X9uGPV6xXiaNZW1ELUAqs&#10;TAeNBwBdGUerj/evdZ/8X0OHpjh5/wA+nu+Eq6sAeNPt/wCL6b6q0RDBuSeF+pOrgAD6m5P+x9q/&#10;FbZlk9MNPLKeG+kpZdXpJjJB1KwH1PFvZNd7tGuXmUeXl5dKWv1jUszilKHh0jspmIoyXeVYlT0s&#10;xdUAIZr3uwGrn2KuM2uaGGlqqhFaeCpStpCQDFFPBqCOWAS8kes/2gOfofp7Bt9uaXjywJmMqVPq&#10;a8fsr0H7m/8AGaVYca1Kn5g8R/sjPQd5DcUVZNUUokZadkMFQqyaZXVyrE2Vg6Gy3UixH49pzO7U&#10;oaoyNT0fhrZD9x5zKwp/MukvZQul1aNLAEKNX5uPZnt28XEGlZJqwqKUAFaUoPnj/B0iie7gkAev&#10;hZ8s8McQP5V6W+E3arR6Za1ZoYVVGQxoKi1tC6yoFmQkE/1A9ti4eOhiFRUiKMBLojTD0SDUWZmV&#10;FRj6TcWtYfQe1gvjNWKNy1Dxp+z/AA/t62bl5HaKPVqpXhn9lOGOP29PaZBqwssLM6jktoHP05uA&#10;fTYj/Y++cfhqaiBYAzDTqdyRErMNLAlhZfUPx+QffmMkSSawAK48z1YFo46E49Osbh4Y5X1XZWAj&#10;FrkA35Atdhb/AF/axxUNUKkyVLKLBdKySERlFYMi6o0+qFAACR+m3shu3h8ILGhrU1pk9FN2qOnh&#10;xKM/nnpmrKiGKELELtb1CMCV7l9RsPUQbt/hx/h7U4qqGaJ9Tfuh5DdGkaGRlK6Qto1II/oRz+L+&#10;ynw7kMCo7aeeCPt6QxRyRtRh2/Z0nqsVxcNCA0b2Ui1yFPLBhY2594JGuSIJbtGPJGGcqoFiTraw&#10;KD+lyPbyrUUkXjj/AFU6ULICwB69FAwC+eAeN2K3Osqb/Q2Y6SPfGhqV8FRUU7MtVIqa5wFZgysG&#10;BjYi4YuikBQTqAJIAFtXEAZ0jlFYhwHlSg/b+fSiaBJowNNKVPpWop+ePWvUWbzU9ZBHNZ6KJmAg&#10;ZysbLMBqdo7qsgRXsCbgAe0LvGRsqKmiaJzXPHr82gtG5hSP0ngrJwFaxB1MSxuSSRDsUaWhjlL/&#10;AKAJqteFTx9R/qHQbXa/DnDoaKGApU+fn/LoXtuVCQUkUkbg0qkaY9evTcWNixLBV4/Nhf2jBj8D&#10;tTaj1uSjWJjDJkMlWzSRQyxRF1ZVhkqJIvsfApv6TGWk9RvYe1+5bpNc3c9zLOq2EIwSaKAOLMcA&#10;g/MmgNBQnrNf2p5Iit9m2u9htI5t1nQtXTqchvhAwSx00ouQPLqrnu3uHffZXyEyHXW2svX0eA2/&#10;mRtzEY6kNQuPrMnS05jyVXkIqJSmTeor1njPk8iLTaI7KWkDBrjd6UeS7AbadBtwPQ5XBfx5d4RS&#10;wxrW5N6mGlpqZaUQL9z9rjjqeR5b+N1VFIDMqeS9v13G3gjtq7ZJaiXxtXa2aeGoGTijFiwpVaKy&#10;62SvOG1cuc1WN3avdKu/2s0iaCtCoUVYlxQgl8acAkEMwOCa7bOA3x1HtKj3nmNy1kmNpqmno6ja&#10;BlqslQ0+JlmeSVqebzPFSTy1A1A+NYxzdhqA9iViMHBNUzpLRzCBY1lZpXDhSykRaYUkEQdCramW&#10;wuR9fZrdbhIqKyTjxCfIU4cePWJF54sNNBrIHK4AOFNOFPz6NRJlgKZKiOUP5G0xBBG2oozCVXtc&#10;KbWIt+Df28Y3blJQzmFVmLKI53kkZXUKYrgmR1s7tGhsLDgC5JPKO73SeeMyNp0nFAM4Pp/q86dO&#10;J4s3c2nwx880Jr/hz/sdNeSyzGFzcoQhGlbXuSBYEcnn/b+xOxj6wI4gjLqQBSyJrXSLDn1EkcsR&#10;9PYVuhpYsagkdHls4iAUL0X7c9K0l6iV9EnJvKs5IOp/9SwQfXgHn3jyFQYZWo3kHkmHk+3WTUiM&#10;OAZSDbyMrXsf9h73aRK4EwQ0Hn0I7VGkAm00X1pjpG0dAghaoiV2WGTQ1QyGNpC6l1+3ZQqtEoWx&#10;Zfz+efcGgScM2pYFRXdV0MzMynxaXkLBNDm7XUalFvr7fnbLEjo1ESS6NDEt51FAPs9emzcVfHSx&#10;aGErySI0sYKhRGQoACmOaRm5H9pV9iRgsNNXMrMAka6CWI+q39RQkDUbewtu26Q2MLyuwFPn0c7f&#10;trzypEikk/I8eq5Pk/8AJravUOCydTkKqSauWnqI4KZJSHkq2g4j0xNrsW4t9b/j2u5pIKONaeD9&#10;KA3a99R+tuSb8e8bOdPcKYs9rZuFtm7SRQlgRwBFSKnFR9lc9ZD+3/tusstveXSkzqa0IYBQOBPA&#10;caUrg9at/wAp/mPursLJ5OKCuMGOqGmp28DK02iVBTMlMupz4pI5LNyXJYoGCnWU3l81S4eheuqf&#10;GFDHxq8kSjhS3qRiHYH63+lj7U+23JH9c9G5X6MLDxCqRrUMxU9zMwwFBwApBOa5HSP3b9yZ/b2a&#10;Ll7ZlDb08IeSR1JRFaoAQDBcjOQVWgxQno1H8rD+WXH86amr7P7LymUxvU+FzNRgcRg8FUNTZzcO&#10;ZxH2NTXSVmVlpJlocFFBVIh0qtTLMSEKKLgindu7qveFZHQwMj0UTFHjdZo0htqEbRHwzQS2BJdS&#10;0ZYWOrixzy9uOWbDlOxgis7fw4wMaW1HjU+rEk0ySaZJ6w73Hm2+3e7ud23W8lN+5AqAD5cNKldK&#10;5Pl9lOt374v/ABm6u+LfWmL6z6o2rQbW25j2qZmgpWmnqqysqpnaprclkKmSWtydfNYXqZpHlZeA&#10;QoA91ndlUWNxGSqcyaqsocXiKeWprZh9yBHCuqaeeSONJJdEMSF3VYze1z7F/Nc1rtTx7tcSy29h&#10;b25klaJnoBlmY6dROBqYKKtQmnn1KfKF9fbpZ21k0ImvLl9KLUamNKBakinoCSQBgdGW9hV0D8t+&#10;ru2d2NsfH4LcFDmmyM8FBVZKTbxp61YJYopKi8uSVkgSmbzFdEjuqFQGfSrxbyl95nlTnrfl5dsN&#10;nu4ZfEKxvKYACqmjMaSAjtBk4saAAB30q4s91fYLnzkLYI+Z7rdrKbbvCUusYudSkqSFoIm7i1EL&#10;VVBUElVLMvvakzHzB6v2Ru3O7S7Moc9sDcGByM1MMdmMBmMvHmYNEUMWUoqvH0Eiy0dSkj+LyrH5&#10;qZll1WdkVu5+8ZyXte77rs/Odvc7VulrI0ZVoZJhIgoBIhiQ0VidSlgNUdHUlWICCz+79zzzVy5t&#10;nMHJN3Bum03cSt4sNzFB4LVJ8ORJHqXjpRyGI8RSpFUDN72EWe/mD9Y4PtTr6u2zhaHffW/8Snxv&#10;Yu0d3bExtbqpqHFx0+08zsGTcIq4dvS01RUzU86RQU2pYSzRnUpkx09x/e3krcd+2C55Zt5LzZPF&#10;ZLuKe3YsVSNRBJb+I9Y8symOi9yBjGWYnqQ9l+6fzpfck822m87hLtvNphEljcW18yGskhN1BemD&#10;SZdSKrxuWlCM4o1FYR8XUMCPz+D7ugy3ZGFhxmG3PtjrjMbIr9z7azuQ3L/EoMZt2ply9TlqSOL+&#10;PYnF1s0OeyVZTUDVUFdUoZqWlmCRSA1c8aTxyLy8u4zz79NtL21tIDI2qisSSgAeJWCtJRNQkIJV&#10;agFTI6Hnq/LG5Xctzsu5c3Q7jbWd1DHF4XiTfpqjN+nK6q0aKzIjxR1jkddTRlYY26wRRsC+prjV&#10;a304AuPpY/U+wExPaW4qmWSGlpI6ZfumaZ5fK33Ubuymyx+IxTiVlYMWZdCstrlSsv28tpu1wqRW&#10;ZWNaAlmFQvnpA4N6Dzz6YGt1yBt0SLNdXsjF1oApwpxTVUVIoKEaR6k0qDJtf6+1LiKqtRKhniqZ&#10;4pVdb5KqmrWbyuW/cqZWeRpBqsLn0/4exPNZ2sEVvDE1GQ+WSPPzqSPma9K7ZYI5U+BFBp2IooBj&#10;ChQPLPaBxPWKVbgf73/T6ewX3iaqOvnMMrwRAAFFR5hCTzq1BwgGk8H+n59jja9P0sZotT5+v5VH&#10;UxbOLWS0hbShrwJAz/q+XXJBZQL3/wCRD2i4RWNVMqxTOyqgEknj/VIOPo/JUjkexG0kRBQgqvHr&#10;W4wW7QgvIA1M5yflTrn7V2NyGcp6qBoPEGDvDqbUFIaEpKwXQyoT9BY8n2S3dtaSpIGFQQK5zg1H&#10;8+gLdW+0PbyCTVrpWlPQ4697X0eHqq5ZZqlIxMkSrcqyqFJA0hiLyOL3JFxb2H2v4bd1ihY6a+vQ&#10;MudwghdEhNUrwByR9leve1Ftijakr4ZfuKXzpP4FVAfIVqIGViPII0jZh9DcDn2V7tOLi1ljMb+E&#10;wrXPl/Poj3eQ3cD2/wBNIUNDXiMGoyM/z+3r3syGS673D2DiNu47F7hh23jJq6KPdAnwMWbkzGIW&#10;N45YMTPHXUaYHLH06K6VauNED3jb0Wx/5gvb+0uiLC8jiRZA0gKM7vHnXGreKmhmNKMFcriiGp0k&#10;PLW923LO4X15e7U15drGTbgTGIRSkihlUh/GjFCfDXw2JYEEUJLdPVrCTcoXsSqki5IFxcAg2uPY&#10;dp8W8TtutxdJW5ur3Vh9vZLHbg2xUT56uR5cxi6aQSVWQxuEelpZaeSeok10rL9jMrsHib06WrBN&#10;jvNu2qO4tr03NpKrqJJWULItVD1QxqdSklkYMrFyGXQFRZws/eDdd5sr57SxSz3G9ikiuEEIIEUj&#10;VEavIrFWCqtHBEiEVVgSSW6TLxFGKqY5FBWS4Gk6hwEJPP0PsTVo/DULUvKI6GhLpGsMyrFLNGEj&#10;cRwRtIU0SRsxdja4VQCQxUUiZ5R4KLVm4s2SR6FqZoOI9embcIbUwrDS4lNTUDFcnupQimFC0pjH&#10;TJVVJ0RKoJd2Ykm/pDXPqP14B4B/Pt1oav7uoM1U609O8oWCMOqzyiICN2JVtIVv8ORf23PEYYtE&#10;QLOONeAr/h/Ppu7hWxhEcAJk9fL9vy6gPG7oY4w8sltZJBVADfgMoFyvteHKxxtDjcLHKJauRW0K&#10;HdwBzMZfQbMbfj+t/YdFrI4e6vmXQtR6f5ugnLC88gadgSooPL/Y6gxU2hJa7KNGlPTqxLsRGthY&#10;IovoS+r6fkk+4s+irqq1qyeObE4lo/4iwUf5TkZo4qilpaaRSpSKigddRS48pYkhkA9pGuDaxmQI&#10;UkZe0H0H4jXGfKuPy6HHLHLU25S24VO+VqUHkoGS1cCuTnyC049B3vPfkO1sbA0EVRBmcwk5xcTE&#10;IIaeJvHLXVJmOhDIb6UA4JtwbexD2njZcq0ObySzJAyxmhx8iNTsKcSAAmOwkhisvF0BNr/Q39xY&#10;/uLy/d8wvyfs12Zt48J5JDTUsemgOpwSuosQCooRXgMdZIb77Z79yx7dpzVPaCDaHnWGNmajyO2a&#10;hSANIQFw1QppxNCOqJN3fzC+qt1/KqT4i9aZqm3bv6mxucznYm7sY1Jl9sbZkw0DmqwtRloJfBkM&#10;0Kyphp6mFPItDI5jciVHVRAmNRHTzSq8axWQMzcwIJDIzJMyRyNG6CE+m2pnsFBB9nA8NnSMxktx&#10;+Zp6Zzxr9leHUDPt2q1mkUgJxJJ4ft8/l0YjC78wMO8tt7Ur0razP5xstJiMMKZIsjmGw1JTRLUY&#10;mGqqaenqaBZsmjy1DzpBFFGzOVIICKqagz1arHKIWlJRw0aiJmJPKhUkMIckW/UATz+dJ/DGYoNU&#10;iFqDyrjoHrt4kuPD8UambFcdWDx5b+7W0arK1mGrchDiMb99VQYxoZMilNSwh6iKOn88KVU8ChiQ&#10;jBm0nSCSFKRqayto6bL5NkUU2Mp3FT53MayRp55Vp4xrb7iapyFHDAVUH0SO1hp4NkigmksbMSEz&#10;zkaSorSpA1H0AR3YHzZVHA9eh2yRYt3vJWAhtIHZtR06jQ0QcKlqcOPD1y/bl3VthMh1ntIVFZWZ&#10;zfuZMm0hh6Wvq5ITQ09EmU3BWSUkNRFS47CYXOTVCyztFC0qRJq8rqrBvkd0LuMy5EPUGvmET5KE&#10;UwpqdJlTQ1RA8DKscUjj/NlEVNVkBQAAVWe0NtRFoygWwB8MlqmlfhPqQPMEkj4qnrHrm27j3e5O&#10;4J2zPRWWg0gAGmnywBmn59Ga2Vtel2VgcbtbGrMuDw1KabEvVV1VWVwpWkadIq+qrf8AK6yqiaVw&#10;ZpWeWUDVIdZJLhKzQ4HHnmKTIebITxz201FRSVkuHxlHEiU80lPaOaomeWXTCVYci2oICxfc7ogB&#10;44aINNajWgdycgEMwjUBdRFCeFR0RTWtpb7NZRLcHxZy8jigoNBIXPHI1ECuTQdT6eapqc5kGeBT&#10;T41qbHUkiu4kC1lJTZGvqZQ7RRSRSyeCJAnkZGiY/RioQIYijoKSKoRTOilSZooU+5yUn3BeWxVf&#10;EBUopY+gBCRb2G7gSRJFbLPVmJrQ5JZtROM51ACmKjHXo4PHv5n8OgMgSp/hQBB9lNJPqa5J6ULs&#10;ERmP9lSbf1I+gH9STwB+fbBtyamg3DGQsjRSrPHTS6rTSI8nkR5QpkW5WK4B5F/x9CTWMUVputo1&#10;QVLNRiclf6VCRxwKkVGePRrzBbyna5okkBKEVPljGPTj+fl15W1AH6EgEqfqtx9CPqCPbP2Ll8Tt&#10;DbuW3LurL/wfEUVNPkK9ovM9V9hHq1RhaeneY1NSZPHGiqzszgKpJALXMlym2bffbnud4kNigaSU&#10;L8ZQZpWjEFhhRQ9xFFJIHR17ecu75zzzJsnKnKG0G83u7mSGFSVCGRiKEliFEaULSSMwRACzsqgk&#10;cvdF3c26txfJvsekiwO348TgMeJKDbeJbwyV/gljgNXlc7k0hDVVfWLAC+ppUp0QRIWIZpMMecuZ&#10;5+ft/tYbW2S3sIv04ENNVManlcdzM2lSSa6RRatTUfpA+7H7C2f3f+Qn2yXc5b/mm8cTXs1WEJkG&#10;oLFbQE0jgj1PoJVWl1GRgKhVg5HIUmLo6iurZ1p6WliaaaVmRQqpbi7kLdr2H+v7H7qn4xUOzYKj&#10;cO8qikpsfjYfu8lX1BC0skVOplVjK7O0VHET6VCJNM36tPpX2sj22x2JZo5p1adR+pKCCpoQNKH4&#10;KVxTLMPLSSOsuuW9rhufD3jepRHt6mqpgFvSowQK04dFY7C+SOMSSi2lsKGrz+7dwzLQUFBQIslf&#10;HUyOweOOFgkfkp1F5ZC/jgRWLMSDpB/vPtCp7Cmp9v7aSbHbGxjl1WSXwVO450l8SZavgj8gpscA&#10;CaeJxpQHW9/wG903GfchFHEClgtfkZPm4/hpSn4eNOneZ+b23NksrZdNklVCrSlBwrTz/PoSepus&#10;59o08+f3HUR5Hd+ZUGrMCiSjw1I7PKuJx0jojSnWweoqWVHqHUcBFVfZV6h6ZqpqbHmorKy7JNVT&#10;FftoVJszDxIhqkiA9OrUv9ABx7D8jRliImLMfPyFOHDHQK8RmrXHy6GuwBuOPqLAkDk3PH0vf2qt&#10;r7byGbyeP25t+gqMrm8rWwUdLTUtOZ6qqraqVIYlXQjSlSzAckKo/Ki5CjbbG7vryDb7C2ea8lcK&#10;qqCSxJpQDPHh8umZrqCytbi7uphFaRoSztQKoAqSSacBmlc8B1AyuVx2Extdl8tX0mNxmNpKiur6&#10;+tnjpqSjo6SJpqmpqJ5SI4oYIULMSbAD3dZ8c/jvuj487v2fg95GIZrd2G/j1ZDTMWpsdUT1GSpq&#10;fHioYKlXPSijhMpF1WSZbXFi0/8AJ3KcnLnMWz7be3UT3M0avKUasYesmlEf8VPDU1HFn0qWXSzc&#10;3fvUe4W2c7cpbtd7RX6Wxdo1JpVwPD1PpyVDeIaA/hWvz6Kl1J8k+uPlJg947j6wrWym2dl9gVux&#10;ocs+gR52pxuLxNbU5XHRKxf+GVUmVkjpZDfzxxeVbBgFt9q2+/p6GK4TR4xLcKugrpF/p9NIIJPv&#10;ICP/ABSS5ehJb7c1/wBXl1xE3CMybjICuCcfsx9vQ80C/Y0st2JKxsQQSbhSCVW5I1MBb/Y+2bLV&#10;kmYpIkSMjVSrNDGeCIpxGtKoFv1GlhRm/oWv7V2EK2UplY+dPzzX9hJH5fLp/mpvDJtUHdFUfb8v&#10;tHA+dfn11tXHrjzVu5VnnqmMkvN5HhqJDKdRNrNPMxt9BpsLAWBa957NSOeWsSH1cAXUllIPIuBz&#10;yeQb8e5a2LfS6JAXx+XQZ2veZrZxZSsAnHyp+3oQ1YMur8f7x7B+sopFYI5aCdL6JVUKq3J59Q0M&#10;Lccg+xlFKsidhx+3obW10hUsAGj9K8f2Z65e8UNU0R0VMCzqNK6o5FJa1hqaOUpGOP6H3toXIqnH&#10;pxoEYhoJSrHyYUA/PJP5gde94Jzj5pkAaWCZwQNemMEk+kONcgljv/ZcG34I92QSx08Qj8s9Ox/W&#10;RRsSA8fnTP7PQ/ZT8+ve4dVR1cbBinnVC9nicM7WuS6QXBbUv9Ge/wBRb2qjniIoz0J9cAdKoLi2&#10;kQqG0ufXgPlX+XXvbM765GBDhgpurgpIAPyyFVZef6+1QFRVcj16MFQqoAFV9eI/b173nhgM3qJN&#10;lvewBsRzzYce6ltJFR0zNIEOmlK9e98KiupaBCzsPSvqBKXvb+hP4+vt2CF7g0VSM+h63BbT3baU&#10;U5PXvYWbi7SoMUHHmA+gIDx/kkW9Lgf8Tz7Fu3cqS3J8SU0UeZqAPz4dD3ZeRLy+Zapx+RPXvYC5&#10;nu2vrak0eLiqamofhEp1RzqANwTFzwDz7OY7HZ7Nvp0rcXXogJH5tUgeX7R1K+2+2NvbxfU3rLHE&#10;OJNR/h697iU0HbG5Drp8fJRxsAyvPIwLIf7ZRULWP+x9uy38dtHmG2typ4O+tiPkEDCv+mp0quG5&#10;E2PtnuBIR5AemONQOPn172pqTp7tDIBWqMxBAHGo+NZJjzyf91rbT+B+T7K5+Z7cdp3UBh5LCv8A&#10;Itj9o6Ibj3F5GtCyw7ezkepCj/D173Iynx933V0wpWzryCdlWVfG1iouwD6VFkLKP8L+2rXm2wV4&#10;pTub+JGwYHw46VBwMMvn8/y6asPd3lW3uBcLtYDqMEEE1+VTx69f6f48D/H88f7Ae2I/GneVJCTH&#10;XwOVFwpWbhbXUE6G+tvyfYlT3MsHoRcg+nYtK/OkpNDxPHo0/wBerly5k77NgK/L/P8Ay66uPrcW&#10;NrG/9fp/t/ao23sPtvaOLpoaUU1UkZkl0RGRTeaWSVywMYClmY/j2Fb3fI9xuZZbi6tZZTjIKVA4&#10;cKjzp5cPPoj3rmv295ivppbgvG7UGaUooAGa9d+xCxfZ2+dsui5vF1kUYYB5GhdoubciQKq8W9ll&#10;xtO1X0ZMsQR/VCHH50yOgjf8jcq70Gba79CacKiv7K9e9mK2V33j67xRTyMjmykOIh6iBxyRz7A+&#10;8chOUae0kR4vkST+wdQ1zN7T3dsHkijBT5auvezNbf3tj8nEjLIhUkfRkHBUEm+rn6e4v3LY7izd&#10;wQcfI/5uoU3Xlq726Vw8ZB+w/wCXr3sRKWaCoW6HkgEcgjnn8H+nsNypJGcg0+zoO0dDQggjrxF+&#10;D7cljkFtIvdbXPAH+xt7SM6nOoUr0Y27nAPHrC4H0/H/ABJP/GveYRyEgEav63Nh/tha590ZhxXo&#10;3ijJHDqKePrx/r+58Klb+kg35PJA/wBifaWR1wNQ6UpGQB1jckcfgj2j907+29tOeloa+oSpy1bN&#10;HDS4yCRDUM8sckiSVAW7QQaFL30lmVCQNIZgYWG03m4Ks0bBLUmmph8R46UHF2oCcYUAljTo4sto&#10;vb2K4uIYT9PEpZmIIAAIBoeFasBQniQOJHXKOFpP6qPwSDY/T/W/r7ROfwOb31RrJT7hkjWByY6O&#10;mgiWnS6NfyOHkaRk+hNyRf8AP09iXbdy2/l+crJt9aihZmzxHkQo6X7Ve20DZs9YHEsSKD7KjrOC&#10;lOygKbNxcXPBtzyT9PZRsnuFcdJX0tQdVTjpBDO4KLE0wMquqaW0LoUXZQNKlxzz7mG1skuJIpEB&#10;ELIrAkfxcMnz9Plwx1KFns0lwtvNCAsMqtT1pjj61LYJyQMYHUv2Gv8AfI6tegW+9899Yt4/F4L3&#10;v+m/F/6+xD4Vrp/tcaKeX8XH7K4+3HHoXf1cemnNfC08DxrX9tM/Znh173//1STyZud2trFjbgC3&#10;H+3/AKexlToqe2ABqTg463wFxsKrYJxzybk/7e3uLLkHcHVIbfn/AGP+x/w9sljUj06SFCCQepEd&#10;JGoICD8WIPI/3r23SVt/0ngC3/Ec8k+/cR1plIp6dSkhCn6f4/4/T/Ae4TVJa5vf/iB/sP8AD3oi&#10;nVdINPXrOsQPPIsfp/yP3mpY5amREhDMzkAXWw+oHJH097CsfLq/hsKdvWOoZIlLObKvqNzyQB/Z&#10;Fvrz7X+Kw8VPIr1QWeoYemADUo45va4Jt/vPt1EGK9OCMAgA56SOUy000brTssNOgVTK/DXDC9/x&#10;Yfn/AA9iPDVx4iDWxH3BTTFDwUhDgH0x/iS35/Ht8fo0JXu8+m30k9vQZzUbbgnAjWdaRZgZJNRD&#10;Vbwk+lj9GpQxuAP1e2Z84AG13MrHUDqX0rb6G5+t/bJdmNSanqtPTpQLgHPjESEQouk2BszXBDEW&#10;+un2yV24SCVXQrFQWNgzfi2nmx491LUpXgevU6fqHBKnq0XAubfg/UH/AFvcLE1H8Zy9LQtKY4p3&#10;U1MwJPijRl+kYuZHkJ0qo5Lso/PsScpbFNzJvtltcANGarHyVQCWJ/Lh8z1GPu77hWntnyRu3Mkv&#10;ddImmJKga5WIVFFeOTqYjgiselDSYZD400n/ADljx9FPJP8AyCfdhHUvVNPNR00ECATVFHBNkJdI&#10;aWmSYsDTxONUcE+gjUQdYv6SOffRLlDlba+WtmtrS1jWMmFQ7AASVqanV5MaZb0x188HvN7tcy+4&#10;nNe477vd40hNw/hrnSFxgD/fee1QQDxNTSiujSnx0SxRqFVRbUfqb8lmNv8AD2ePYHTdP4k8n+T4&#10;+BVeR9JUuoLFzJK3Mh02N7/U39mO5cyW+0R+FYxjxaUFB/M/n1j3LDe7tPJqqc19B9ij+QHQcb77&#10;Qw+z6VRJKKrJVLeOkx9M3lmnJUDVoW7RIrML6v8AX+ntabo7B2P1fQyLj1jrKtABqRVcq4PpvpYM&#10;QWBvb3Fe9c2qZWW8uTJcf77TNK8NRGP83Qs2rk4hRNchY4KVJY5oP8uegvoYN6dozRT5WU4nG6g0&#10;NFTxzU0bRHlfPYt5SwTnn2U/dfcu995S1EGMcU2OmZmVhG8JNORpQGz38q8X9g+43LeL0OhuRFak&#10;4VcHT5VPGtOPSu433l3YVVLG3DzDBLf6vPoZ9v8AX2Fw0Ud4FmnCL5HblTJYFygIvo1fT/D2HI2t&#10;lMk2vK1NZLLO2vWEIMvOkgHSLKVA+vtCtnBBIrG3JegyRX869Bfc/czcLhWiiuEWFeAXFP2Z6Xcc&#10;EMIAjiRAAALKAbD/AB+vtW4/rymZQy05VGVEDSXZyykEkatduR9R7X0lkYFQgQfLqPb/AJ1u31CW&#10;6LN8zXrL74ydXUE26oauSmSTw4mOnuI11gNV1bkaihFzwb2/PsWWO6x7fts0KFau9T8yB/qPVV56&#10;uotgeCOemq4LcTTCqOFeHXva7k6+xzxiBIXCWGoPpZQP9hGPaWPeZVPikIAfI4/nSnQUTm+8Ehle&#10;Ra145/z9e98tmdYYXGUuST7VI/Nlp6pRpjsTMqazZUB5Kj2zu27w391HOQNRQaqHGoY6rzLzxuV9&#10;PZP9QSVgVeJ8uA/n172rajr7ETKbRW1LpIGkr9fwGU6fp+Le0AurOSquG6D8XN+4Rsv6gwfn/nz1&#10;72k8p1kYYpJcTV1NJUMPVokVUkjAP7ZVU02J/wAB7fdLW5hMcTAKMmuCR6D59DXYPdPc9uuEZpBo&#10;H2kf4esckUco0yIrg/hgD7TuK3lvfr+rJkacQxVEahGQtRyRh11iRGJFnQm5JJ/x9oA15t9ZrDUI&#10;Qf7M/AR5inU+bFzny9zRGltufhi5fGsYIPAH7c9JbM7RxuWVg1PGrEakZQEZHCsqsjDlWF/r7Snz&#10;KkwHYXReK7KinhxFbsPccFXmZTJTxwUeLydK9BM7+UECnkyAo2kN1/Y1kG63Bdz0v9Y+W7W68TQ9&#10;pMGNfwB1ZTXzprEZr5LXrNf7iF/DyH7+XnLoK/Scw7a8akCqvNAVmiHGgcIs6gfjZ0UZPSEoWz2M&#10;qJttVUbZCklhkFC0mppirTJ5oZJbgemnlkaP6XYAfT3TPDRRUvYe7tuzfbf3f31gYK+lnoonhniz&#10;tVDV5CUyK4DLVVEtJMObnyM8dgNCiBzBHbbm8HiK6TKHUrX8Qx+ddVaedeu3W4s8u22N9GKzQS6W&#10;Hl4Yopz66SPsKg+fSjgnqDg8VXpG8E2DyDQzwMUdlpoDPjZgxhCROgpqiN1soIRbsSRf33i2qRQE&#10;zfZLXUMNLVQwO5lhr3K1FNFLXQJUxsfXT+G8bq0iVDD0s3sUwO3gugNJtIK/OnbU/LVg+oY9EO52&#10;iCYSUJjkOk0xQDgB8tJr9or071Kw+RYIzIsMxlAlhOmeHyCGctE5DKJVSpRlJuE8Z/ANzB4WpqN2&#10;7WyeMyRCV+MdaWZ/G8kH+QJItNWeEykvFWY3KvIdRF3jYcWsFK3LSbjby3BoyVRj6ijAN8wwerH1&#10;UnqP/obfY90uvp1/xaVxKvmSSQsueGAiV88/PoJM5GmA3JhcpT6paepE0LRCzPNHkHp5lpD4wLyw&#10;5fGJGQP0iXT/AE9hn8Zt9x4buSv63qaKOjpNzUuSoKV4WT7eGtw0UEyRVMcbs1FkKqjvKhKxmZad&#10;uASbFcm53lrdX1lbYZJKCvAgMFpX/Sn8z0Y+5fKm383ctQSuP8atwGB/EFkqaj1Akp9ik9Z++Gmx&#10;vX39+aOSWSXa1Xj87MYBC71OMlqYoK2mKzTUy+KSmqnFxIDHqJAawHs8Ffh8gcbPVUyyLWR1lRRZ&#10;KjWVmknh80tPT1KCDQ5lWOcho7AhZNR9Kn3Iey3UlrMsyyMFJBOK4oQpp9hNft+XWH9/zW7WNty5&#10;uKt9dtsqm3kIxqSniISfI0oK4JVR59Bxt1sYdw0mXianGA3PiKXJ0dYEslLJX0tLkpUYvcjU8MUk&#10;bk2JjI4LH2W7cW80yOAwe6fBjqvJ9abrymwty0uWjlmxNbBSV+NqaODJSQx+eljlEjzmqiVSklO0&#10;QWWAujiPdP8Akc+2/MtwkmnedklkKAIHDxgqZgTSqgRjxlJ4GNlHxHrLP292q25cvporadhtW7xx&#10;X0SeamVWEir5HSyqcYow9epeQwElTu3eOxlymUwtNvvZeO3JhMrh5YI8nRzyx5jE5KroTUhkrJ6J&#10;hSxvEwJVamOZSsgVkkfHXepNPvzr2uUS5LLYeslp8JRVD5loM/SU02TpqCjlhepmq40hMQgcBnKz&#10;ItvULM8n823Fpyry1JaNo33ar5kGKuEaX6pCAM0jfWooaASFAM9Dbm+xtp7/AJf5pjk0JYbgjSOz&#10;qmi1mbwptRaikkMKgkZCsOHSC+VGwzUZDqztbHtT0UO0t042nzeQqKiiw8Me3s1W0tBX1lZJM1PT&#10;wfbvVNPIHaNbKzXFvYs/HbDVrZLfj4+aJGkyGOhExPjRqRYsjkrxxyNDIBNDAyJexV3BtcEe8xvv&#10;Xcx2PMPLXthdbPcB7S4hlmWTgNBWMjUDkE6HUg5DAA9Rp96K6sp9l5QW5HfJNM3Go7dMZz5kmQMP&#10;JgCeHUruvdFFBVdePXUdXWQptbclZLFSpJ5Umnn29iYfPJTCpjSSGpqQ8mksrBWsbEH3M7RxtHVd&#10;t4Kkqa+AY3O9d56hnmq0DroiTJyljBKJRLJR1VVTyLYaleO7EekgAcpbd/W/7u3OfKltIj3n73ik&#10;RD3HQ1udTKCGqO1xhT8ytR097ISzH2zvooFY3kG5RsoXGGaIGh9SFYkV/wAPQZYDceXo+pd55PGY&#10;uqfcO3+49o5aixsJiFZV+SXb9BVQu48iQx5nG0lRG5kuhjlcEANf2U/tupyO6aXAJjzU7ir94Y7I&#10;YreEdcrzZaizdHVU88FFj6swJFJhqStnU0DxLIqYzXqutmLHsPys2173LZb/AG1wZ45BIGchZEkY&#10;MkscZZG1RktE1UjbVBqIJQBjkJsG3R2bTw+EIBFIjxAkKpV1NTo41NAH+dDTPRhulaE7WXcWIy2H&#10;xezcFtDLw1+zGwENPjMBkdqZWkq4aasyOIgrZ6oboq4lkizP3qq7ZRBOpMkjqiT2J1pksfDsOh3P&#10;gaig2RiaPcmOqKLP19DWaqnIUUVNgZZ4Q0DkxSo5jjKowYqrJ+BIv3lL5do9ptpsreCSCxjDwGOV&#10;xIzLIYni1Mi6RQRt2sFK4U99VBN7hm9GwbxHtbF94eNKaakmMNWQjGkkjUtK1z0J+Y3rhqmor6fb&#10;2aiqsyXxshGOgqZNVJRVCSypJVpHJBZ41KNqcWDHnj2M+2cNjdp702rndp7fdctufcNNBIkFP4Jp&#10;qUbO3LPjquOgEMdXMqNWaWGgXllAUHUze8efuvW20y3XMwu7fRY3KweLq7VCqXbV3fFRgoAGTqPo&#10;SIV9r7e9WTmSHmGc/uuGI97igBWdS6sxwQQq0zhaevQed4TYbduxN04LPZLHU2FpsHNW5WteqgSh&#10;p2x26ttyzQVlY0xhpSXopBd2A03ccL7GzH4fdW583PixIlJFRYSqq62oq5NQoYxNTRKKnTIEplke&#10;ThZWX9LNpspIzj3PnrlHlPa45rEJcxqgkCxUVQimMVZwCoNHqKAmgq2lQ7rJO98+cr8n2cF2Y/Ga&#10;e4CJoShckk1Q0o2lMkqSDwqCQCXd8zsbaWCx+VoaOLITZfddFRY6mx0MdMmRY01VUvLSNKsRyK01&#10;MrM80OpSpWMNqKBkXk9qUY2HvGTF5hdyVVFDvOhylFJBHT09PmcHipKbJ0tHNN9utWKOqlZTLHZA&#10;Q5BYer3H26e8XL/uDy3zttlrZsrx2V5CvikDVIsboVSlNShioLCtO4qaAHpfD7hSb1udnZy7R9Pa&#10;zRQSROZFfXFM5EbMF/s2oFor5NfXpXQb9yx7D2XSbh23DtWiyL7Rn2/WUmSXIVNZiM5n9GOqMmlJ&#10;FNHjkygp1UQzP5TdNWi1gDW1KiloJ+xcnSVNXNV7qTaVdkvu5FkgWXGYzKbfpjSHRFFaWLHCVwHc&#10;sZA1wLD3KntpyPsGw7ncbjtk0r3d/b2jzaypVWjjaIKmlRQFo3c1qSWqKCgB5bbKLm1KTsNcYkPy&#10;Go6zXz8/Q8Oh1zO3YWzWznaJdGLjz8EIRiBEtdWY7JuEvfQFlKgfW4Xkkkn2HG/c9X11FWSYuojW&#10;eWkSmoLxNWRDIV7/AGeJk0RtzA9bJC7/AKlKXJuPZZ94Pns8me2G9X21XiPJLCqJQA6pJ3Co2DUa&#10;XIb7K9F+22ENuqa5QU1s1ADQqKs+fyYCoB4dCnhsfT0xSL06S0kgdTZTGiTM6nSACwQkN/Q+41NL&#10;RYHYOytv0Gs08Nbl8mtQqeF5vva3GbawPk8QMrnKJh1YIF0eNgdTKxZeakV/BtvL/LNnCv6DCSUE&#10;gA/qOIomBAGZBGGJ81NeseOaLa93r3C3a5ilKi1jtoWAOaoplmX7B4wH5NXh09UsfkqclVuBrmjp&#10;qNSB+lKeGRnTn6mKqmcEf19tP94cJhMfkcpkYxTZvF7ckzdNQCeC0WLjysVLQVr0waOZ0nra+F3c&#10;eQlFKj9wsGDXMPMsNtfvcxTUvFtWIXh2F6AkepJP+Hoc7lyXNzZe2aSZ2s3cKO1aVZY9RAPoVLA/&#10;aeuX78M0VNF/mauoMbuxYlZTTrPKQQpC2p6ZtN7ct7VENSnZBjpMrjpMc2G2nCaelJppJRPjYaTC&#10;1JihWrqmMSblgIEXpY/buh5Q3Vw368x8tbjOlmYY9NuuaDU0EZjbSB+Fpm1ZzpQdIN329Y/dezub&#10;eUtbWO0vHSv+i3k7Nn+l4Fv8sSA+nSPpKVtlUKijMdXVbh3pWVNTNdmSOmydbkcuZWZ3YkRYzTHw&#10;Sglfjgj2Yv4u7YyT4TdDvWHJVG4q1K+vkkZ6f7Q1Uk1bR0VNBTwCMikpnCEsV1ag1zqHvIb7vVrK&#10;mwbxLezIZLqbuP8ACNTaQPlQCvpXrHj7x+42p5o2aJIytvZW6oFoDqPbqZiSKavWlOom+MxTY58e&#10;9SwhSEShAVFmjU04kkZjxGNQNm/J9mWn23l8RFTrkxHLHCokCxeLzM+mSOFhMY2OrxyEaidfP19z&#10;nHF4fhxzyoyBsadQYcfMk/t49Y8SS2t0ZjZJpaTj8h8s+tMcOkhj904rIu7UcmhzMEdJmN3Y29aA&#10;/SP/AFvcra2Yg+4iVaqagcSQyHVLI6xpFNFKrpIVVijsjXBcizG9rCwzjht5LNhDAK6DVT5gimrP&#10;/F9AbmXa7hlasAliKkfD6inAdLeRAIHEkUdQGi/SyXVgyi4Fj/j7PNszNvkMdJUVstJWxmIuZURP&#10;KmnxgGpJZ2eZUjtqIXWGuVHHuG9729YbkLAGRqnHAZJ4fLP+rPWOfMG1fSXQhigkQ6jQHJqSTgng&#10;M9AdnIoKetihpEqqYpUCJVeSVdZkeR9KMjRuF1SD88W/x997rx/3gpa6ioaA5nGLT0FQ8Xip6tNv&#10;vXiKongqnFEs8dCjNO1mYlo7hQxR/ZHHJJEZUgNZZSoq2T3MK5J1AD4yK1IXQMtUElhEIXltJbhl&#10;26SpKnUyFwp0ArRxRmonxADGrsDVUe188KYy0stRUiCtMlZBNJ5JYWyMkdxS1EUnnanSoqVMaK3j&#10;cgf8GUADnME21KD73N7/AN7YvBYaryEUEkGSxmKxWPpabOePFS5GPamKw1U009PFFaCrlnhBldNI&#10;B0eze2s4Zrf6m/3CsUfdprHEooKghlRfEC0AYElGNS6t5mgv2v5Ta7byzYS7hIqVBieSUlowXCeK&#10;8q0B1DXEquCva1SHIu4qsiyUMcq02OeaelpGkvHLL5JZIInqPCKlmBSMsfUEUta5+vuLtjEdg0cE&#10;aUPcmbz2JafJZoTbjxO26x6ileZ56zHs9LBgVjpoYxopkiaBKfU1hJwGpBsUu3NJJLvcs7yT6gJo&#10;kJCOSaaoxHWMVGkppoACaqwUI933jYLud/G5EhtrpY1ipDLMlGXUEfRI0tWY5ZSCZKjSF05cZKbH&#10;LKz/AMOijmYqn7GtUD3bSWA4A+tgAL839zewDit37Ize3lroHpsvRq1I9fQ0ecxur01NNO9LLPRi&#10;vXWI5QqyIz8G4sCRamztuMZiNvCyyxkVdNadw7WKVFQpoy5FGANekPLM97sHMO2bqLeUywTd/hOU&#10;amQV1BW0+hJUilQQRjqVS07RSiQooIup+trn/G3uuPf0uH2vXyV4z602QC1lTVfYQU+NoZlpZjW1&#10;grMTNNkMe1SIIZC0+h6hYg6ReIjgLc62W07M63Um4CG5kDFvCVI0YV1MXgOpC5C/GO8KG0aWJPWX&#10;/KYv97s4rX6CR4iAE8SRpCpYaQVmGghQSoVdQBoustQ1f0TXwV4Itxf8/n+ptf2EGb7TotyR5CuS&#10;CPMzLRyJTxVIjhwtQJtcMNMmSqI6iOJqj7dhKpEUKxMGYsv0i/dL/ZN2juJRCLuTw9S6zSJzkIvi&#10;sWUElaEUUKDU1AwOLPla626SKzBMCeJQ6QPGoCCzaFKnGqqmrl2AoQRmQsSqLC/++/2Ht5TAZrcE&#10;dLJSbehd3h+w+zXFvBDP5ZaV6ejlpIaxYEkEkTRWkgkeOWQxK6o+s6bkybcYoJ7GwCoAUI0GNW1a&#10;T4ZXUBWpK0ZWIcqgYCvTK73Z7c8qS7s658QuHrpI1an1FTwFGrqRSFDEUoB5mVRpJ4+nH14/2HsQ&#10;9s5nsvbm28jBR7Gnr6LGZzZePraHGQZbIVELUGYpTBizhY8dLU0uMmFU9LMDCoSCrWo1HxMpFmxb&#10;jzJsGzXtueXw1tDNBDoi1PJpEkbNH4Phs6IcxldA0xOstGRSGAfMe08p7zvFlcz8wpFcXFtdyI8j&#10;RKGDxsDIJfFVGcFSy5ajxlVGqRXEeRojpBk031DkgHhb3A9oHvjcm6di5g5rcPTW+oTkp6TFybp2&#10;dvnIQ7eptrUWQrqirr8vhcfU12HGbjhjlqTBVx1jyQGAGrvH4/aLn3dbzZLz967jyHfrJK0SG5tL&#10;t1gFvG0js0kUZaDxBRpNEyHXGwLTAho+jr2423aeYLN7LaefbJreMSN4FzbL4xmdU0iN5FWUxNqW&#10;MSRyRprVmVPhDcoihF0fUBY3bi/++t7rc+SHYuN3vtX+A4TPYTLYmgbbuTpanES56irqWor8ZuLH&#10;T0ZjzGPU1lLSUgaCslp4sReQRGqppXnjeLGn3E5lt9328WG37nBNbRNA6tGZ0bvjmULpuFr2iscn&#10;hrA2EM8TsyOmVPtly1f7Huv7zvNsnivZRPEySCBkbw5IpNVY2OgsW1w6zcVGrwJkCMHkKLXP5PJ/&#10;p/sPZQtp7r7HxUdHQbH3HuGmlilhhrqGlyRmp6r+Hxw4l2WhneSgqCZZ6aOECMvJrjjUFlGmK9v3&#10;Pf7Zkj2ncLhKsKohY1oEQ9gwc6Vrp4lR9k6btt/LN5NNc75ZQSUqyMyBWXVqdQWNG4azRmIIDNTr&#10;l7vz/ly1NB2X3Fufc2SXcWOrepuvsZtqpwmelqcTU4/dm7ZKuhnrRTfeGtlrZcPQVlOZJFJMUtka&#10;IvIj5Re3E533mKea6SaM7XaRwFJiyNHPI2muliG8V1SRasCeBUrVtWL/ADnyrdJt1nDHNbPbXd7J&#10;MHi0yJJbRRl1UkIUCRSNE4VTTUveHoCCHfzBe0cp130vQUeCgaXN7p3Xj6aOVC5OPxmCY52uyJiW&#10;GcTeOSlpogrLoDThifT7tq311Lid57N3VjZM7l8c+4cbuLC5CthywXMUOJ3JBWyVORw2Tr5ftqes&#10;wNXUM9LFUEU6QARRFAgjedNzd5duudlkaRbCeGRTIrEMhcsSfsoaADCgaaaeGHcux8/cje5MW68v&#10;7JBe7FC8M0UYzUx0/RaKgLFgoFV1Ozdxq5PQTdJ/NjqjcPX2yqHeGVXEb7x8+Kw9T5cFkJMfV52G&#10;f7SgqicVFWVElJlEp0asmRS0UoJaEqdfuubfHQ+e6rxnWGO3z2HUdp5qXG5zEDd2Rw1FTVlRjaWS&#10;RcRGJMxJmlrWl2/udKGqeVqinq4SkRVlVmljTeNvjtbTlePc90W63NRNF4pVKvECTG2p/FUMVm+m&#10;fWG1oY1AVVI6kPb+aTzdzDzfdbNy1Pte2K9u30zswKXD/wBslB4XassCyxAqjRuWddJI02G7L3Vi&#10;dxUdSuIixcMVNLG6wYrIUdfA0FTqBrNdEqRxLPk6eqjVWHkYRa2CklEIk/XeUO4amro9q7WWlocv&#10;j6iGoxUGITF5ShTHQ08Ipq2mwzy4wII0eHxK87iCH1LCHgWGE2G4utyL2222ukSKQVCeGwAFAHCs&#10;YxgMAV1MAoBEQ8Mz1b8wrBYxW8u73ZkkiYESOzOrk1qQ8ul66itKeGhLERmU+IF0GWwB/oOCL/8A&#10;EW9jLhsnUbUpKWg8/mlgDaTTwyPF5I5JZkV5Fkknkk8k8jKzaVCIAzBmCsMbCzXbokhmZmdKAChY&#10;V4mhPcaZoSDgdzKSmoou4RujT3BoIy2M/hooxQACtK4rQ8K504XiVybDhuDwbEWsffOg3guSy05A&#10;mqUpDFJUnzxNTx1UzyyNj5Y1kM611PGqyOjhGWOWJh+r2Zba6TXrDS7kEauGkGp7DQmrKVqcAUZa&#10;VqaF+5WH0lkuqNUJrpWh1YFCwai6lYkhWBINGqMZ78KqoUKP9cH/AIjj2IMGYK3nLAPIQsguAvCj&#10;/dgsDeL6GwBPuZtl2a3mpdyKasKtgYqMfb8+ozvidItwOAP+DrmIlsLjm3+H/FPbbuHdsMjLReaW&#10;olJX1m7GEKgvpP6Rf/D6+xZe3tpbQQ7fANTkYPktPXpJtWzzs5uZAAgyPnXrmqKvIH+9e3PZ+Boc&#10;/V03mnm1QlZnLQl+AoclgJEcC+pRcWuB7XbFtNpul0hnmYtx+Gtflj4ftqOlG87jLtdnLJEo1cBU&#10;0/w9Y5HK8D/W/wB4v7NVg4cTgKSenoIIqWCkiVlNZFFG0kyQKssiveWeQK9rlSfrbhuPclxW1tZx&#10;GOOFI40PGhr/AISSSMEk1r69Qrulzd30qSTSu0jufhc4BJxSumg86g44ZoeobB5CLkG3A/rb/itv&#10;Yr7dwu68o65PE0tfBSJLTwy1yiUeBpg704WVCiRyPGCxuyFQbG4sSX7jum0wItvevF4jqSEYjUQO&#10;Jpn/AFDoAb3vOzWii1u5FaY6jpA46Tk1wTjzrTrBI8KgxuUZjykTWLsb2Nhb9PH+8H2tqCgWtkq8&#10;Y0a1VPIsEVXlJ45dUlYwp2lu9S4l8ksykltRLBbj9RPsimufCEd0zBJRUogphM8aYxjH+boDXG5G&#10;BorlWCSq1UjzVUoaVIx5io/l1idVBD2Cui6QF4AX66bfjkD2uKrCY3H4cQfblzTmIuwbQVRVDQ3K&#10;yFwxlUq1/wCq2vq4JIdwurq9LmSik0H21z/sfn0SR7ld3l2ZDKO40qR5/wCTqNFM7ym5FipUgD8W&#10;B+v+x9hG8FdVywJHq8VNIGMkl1RGildlDqQUGnUbkixt7Givb26yNIw1utKDiehEPAt4mZ2HiMvA&#10;cSenQOgUC/q+oH+8/wBPeSrpaIVBUh6pplsWVi8aq7BwqtyIlVgP8OPxz7rHNcGHNFA8vPq9s8tx&#10;B3qU8+Gf+K6x6mFzc/T/AH319qWixK07Ry0QqPuXVOW1xx2c6HjkQOupXCm4J0kD6cj2V3F4ZVKT&#10;keEp8uOPn0mkieQ6ZR2DzHH/AIvqM9VYsDf6c8/1H9LW9rukwGMqnqCAtMqSJfVDBEY5mALxXjYA&#10;LMwAuxNvYck3S6hEOoFmINKVIp5fmP59FEjXVusOlGdmUnGfP1+Q4+fTa1e1kJVjrLgBbkHSVHN/&#10;9f2g8ngJIHlhWSFYxqkJExI+pDIwcqPUBccaT/UexJabkJliZkJbHl0KtrvRKqM6k+XDj6V+zqX9&#10;wnpZlJvYfUkjV/Tj8e3vCRRQUU0bsHWZQqQARGIAgLz6Dew/qWUf4+0F8zyTq6igU8ehOylmjIAI&#10;UVx5j06R+YnkklVkRtMTFQt9LOdX0H4BPuJj8ctbWVKzawsc+lf2Wp0SEi8aoHJ1ggG5FlP4Htya&#10;5aGEHUCxHRvdeEYYfDWpKcSc186/y6jVmSkx0KOtwHQtp1iSRnW2tSqmyhdQt/W/tcQYeOiFoP3V&#10;lA1Lp1Rxo+gcAC1yBY3Nj7Ipb1pqmRiGHD7Rw6DM6sQ5aoIrw+XTPFuIVjWd/Eyva0hKtcG/0/wt&#10;9PYpRU+PxriemZ6gvTo0U11iZZFgU28LhlkYOp5AXm9vYOkkurkPHMAoDHHGorXoOp9TcA+JGVWv&#10;+o9IKrqpq1WhmYRaZp1lja5Ml5HswJF7FLe31q6praWGCRo9KIG9KhWMam9nANi9ibm1z7RC2itp&#10;GlWtT69LrWyjhfxKZPQdZDwUNRU1EOpWklRGBdmFlGkfX/b+0bWvUsyRQIFkRpiJNT6hGRqPDL47&#10;hUFr3t+P6ezyCOGjPIx0noxnSAIWkBI6Wm3VQGSoaTyRvGiFHRChkLLdj6QxP5HP19yKmhqcxBTU&#10;80FPJH5IHlLpG8cIjlE/3KjwysauN1VoyCpZ7Etxf2jLRWzvJH8VfX0/1eePQceg03hpK5hLBq1F&#10;SfmCMEUVge4moNKUx0rIKyDEyTThnLOPGnkll0amCmNFVWQBSb8ewu3Pn9u7SnWnmq6qtytXPDR0&#10;mCoaKtyuUqayq8kiPTUdHTyFbU0MjyuzKkSRuXZVRj7Xy7xHHFC1xE5LkBQilixIwAAC1PxMxGlE&#10;BdiFBIO9s2jcd0R5UhVbVFLPLI6xxqqnS1XcgFixUIvxOWAUEldS3oZK3LU8btEsULDyNUSDx0wt&#10;ZdJmJ9JOri4tx7fWzCxGGOpcwtrIRpSCjag0jImh7/2W/OpbXYD6ezJbQSVeMBq+nl9vRWiRyKWi&#10;z6/lg0wKj0PAjIJGeuD4pm1PGhlFzYoPrY2J+h4uOD+Rz7cYctTK8RM669bPCodiFV1sblmZ1DD/&#10;ABAv7Yeyko1Ux59Mz2rOnaMdRhS1CK4EegA861JP0/F/xb261NQ88KPE+qOOxuCscsikgaWuLylf&#10;x/X2jjjWNyrjuPpkf7HRasZVqNxHXKFUGrUovzpBHAItewt+SPcCqyqUFOixgFpHkDtKrxaDGzMy&#10;ROWsbRlSeOb+34bUzzSajgf5ujGLuNG8usH8MFfUl5B6kFlCjg+kADn/AIL7wQ1kmbFUIniRIw0s&#10;isYzUMgdEjWJWUkysri1vp7dkiSx8IuCWJoKDHzr0xK0UMsZdT3MKU4Y9f29TY6FcYihRK7M+n9T&#10;BV41/pH+KD237owdPmMMmKrI/PTVlFCkiMFIlWPQPWsgYMhkX1Ajke6ReDdG6guUVoC51A8CK1p/&#10;qx9vWfHtdei25e2C/hlAdLeOhGaHTpP2EAfkeqI94byy+y/kj2dkKJngq8Xv7cFZFI3lDIMpXVM8&#10;Tp43SZW+1qbqyEFTZr2HtO4nEQYmmpYIaeCE0cLwRhIIVMMd/TGjrGHCIFFhe3s20RBY44f7FQAv&#10;HCgUpnpRf7ZtwnvZobWPxZnZmbSpLFiWJJIJqSeNehfyfb26d51zGu3DmKqilWkVaJslVijeKKKN&#10;dAo4p1o11knUCjENf6e1w+Wjo6M/bU8M1XUBzJrCRKYmYOGPpA/ZS1v9f2UrZtPODPKwgXH5/wCz&#10;1hNzJtUdtv25WgJEcc7iv51/y9WedcVVVuXam2c1XP4EqMRjnKxWv5ftYopNVmJJaaFiSfz7SC1F&#10;TU1YKXGtWMi2LKxDs8mm1hd1tzbkn2d+DBBCQ44cOmILNQrDR0JVVNTUtPrkYLpYLqf6DSwAJ/qT&#10;b/b+1gjzpDHGiiNkC+ZUJuxI5jYj9RT2SmOJmYtkeXR1YWCKdTjUa/5ugjy+Shnnld5LwlvQCg5A&#10;Nrr+LE+3NPPWmMBGTSPUxH1BI1Fb/RnYgn2lYJbanLgj5dCCKzodVP8AN0EuRzWOwvnmedHlLejy&#10;yNpUta6yOqufGFBP0+oHPteYLbBqSrSArEujgmxNzfVz+PYZ3Xe4bNHkeQKADk+XR7YbXJcSrHHH&#10;U08uNeq9fkj8v8R1nhcvWRvSmvgirVp5GeNkZkib6qbyhR/wW/sSnkjpIlpKayxoqo+n6uyjSbsO&#10;Sh94lc888TbndmCGQ+CJCAQfiFcft6ya5F5AS2t03C9g/X0jSKCgPz9B1qJfKL5Qbm7f3flaipry&#10;aM5Cp0uGm8P2gmZfFTR6mLMwWzHUxI445BYMlW0+Pp5shkpVp6SmVpX1EpKyopYrGrqp1tYgewxy&#10;tyfzHztutmttZS/SSOtXoQsYDLUknzHGmG+VAT0PeZueOWORtruIZtxhbcEB0qpBMjEEqumupRjz&#10;BHzBpVEfGL4h98/MTszam0eudiblyNFnstQ0M+558RlItq7ax71fjrstnMzLBHjYY6OkVnkhL+Ut&#10;ZFjZyo91o9/d8ZrNV9Vj8JIsFHReT7eEAqViUFHMz2KGol16QfopufoPfUP239sdv5E5bgWGIy3C&#10;pq1OQdVGUnupitaDHAfLrB7fd3k5032Xe92jUaqKqqKUAwuM4HE/OvX0X/gV8HeuPgv0Xg+pNk1W&#10;Sztd5ZczuvdeYZBkNwbirkgWtqo6eFI4MZj1jp0ihpkB0xIvkaR9TsQDOd6ZrCZKbHT1s9TWQB5v&#10;DA0cRngMWsL5ZmihkN20gOSCb8fT2bbjze2zXx26+tFlvEY1EYFAASCQTRcMKAkjVXHQhtvbzbd4&#10;txfRRaYCKagMg18qVPChNAejxABRYCwH0HtLY7flb2JkJts1pzWAosvRVhq6yi2/WVL/AGzUcgq6&#10;U5mXTTYGorKbUYWaKRZXRliYsUYkVrznd87TXHLVwbuwsbq3Id47adzpKkNH49VW2Z1I06o21dwU&#10;8D1a85StOVoV3m2W0vLq3mGhGuEjBYMrK5iwZwjAalDA1pUUqOu/bpWb9+P3Qe3cXiNyZyFRIz4+&#10;jpJIKrfG8M4s1TKuipx+OpK6vrBHVO4vJGkKaVRSCQpLt45g9rPafZrHaNy3COQ62VFH+O3U5LGu&#10;pFSR3AYkVcBEasaDXxRWfKHup7sbzuG47XtrhNPiSOpFlaQFVA7XkaOOM0UMQr6mqTShr172oKPY&#10;HxH+W27YsXBmZ8/vTC4l6ubD0Um9NrVeJoDU01RprInxtDQ0CTTTR+JQBOPKxjAJd/cd7nt/sj7r&#10;bzSKWafdraIOyxfVQMilqsGSQJoYkk6QQ3Fkpk9L7fePfn2Q2KSdtvhteX7mcr4kv0lykkoRlojh&#10;ndkVak6ax9qq3woOsMswiBJVjb+gv/t/6ez57H+P3XGxaekpNpdd7TwMFEl6SpweBxNNKp1TTeVq&#10;6lpY6uaZmlP7jOzkGxNre5DsNo5W2SG3i2TZLSzEZBGiGNWB9QdJII9a9Y68x85c6c0T3U3MHNO4&#10;XZlYFllnd1xpAUIxZFWigFVUK3mCc9QWyEQ4MnjY2Ivew/Jv+R7U+4dm1+XlMjyT6Cl3EqC7SSSE&#10;OF1qVAIsf8Wv7FVluVnDbm2GkA47fSgpX1/PPQd2iaLbgD4VGB8uH+r+fz6zJWwfQOrE88H/AG4/&#10;3j2jF2AmMikES+F/UZJDBHrLNexUhQgF/wCg9mdnfWcGnwoq8M+Z+Z6F0O4G7YMzVTGPLj68f59c&#10;xVKeBpJJ45P/ABT2Ce4qh6Wtlx1LXSxywsDK4kCyJrXUNZPHqJ4Fvp7krbViuLcNKoJPlitPWnGn&#10;Q0hghtbdbhrMmM8DTFepKnUoP9fbtjsNG1OZK6rLxzQgvIv7jSOfUAQoGpQpA/2HtNdXrI+m2jpo&#10;bh0ENx5huzOI7RCpD0A/CB1y9tOUxePEcsaGRQiRlCRqQAF15IHAvb2stry5DqTQnpbtd/fvcqHR&#10;WjODinmOvewipv4lDl38OUV0SpMEsMscLkymD7iEU6iQyyloiPUqlRZhcFSPZNaX24T7s8Ml4kkA&#10;wymgyVLAIKio0gksK0IIpg9SNfWe0tt4E1kRKVqpFTQatJJx/EaAepHr172JMe9Kg00umWnqoqJP&#10;DWmNEukqN4n/AHG8K28osDq5uPbsk+zxQT3SXGpUrXSQaGpAqCRxYFcfaaDoGJyVC1wsbxyRmQ1Q&#10;k0BBznjmla9e9uOE3jiKqogUzLFVWMk9NGoaYyxakii0s0aM0hsoCuSSbC/sK33Nm0xxBBKWmcHt&#10;IPafRjQ/ZgZPDj0tl9vL5AxKo9uPhqeC1ySQrVoKk1HlxHXFjZSf8P8Aff7b3Yd1ruCSi2vHS5NJ&#10;IWlgaKMPBdXUwIioJDbSwkNlXlnGogWVrRBzNZLd7oZ7UDDA8eGQcjA+37PmOob3rYoRuciWekos&#10;gB/KleH+bpF5pJJpkeORSsTX0306RZSSbfq5559uFFVrWjIzZCSako6eNUijlH2sSxBGcCGNyQH1&#10;Em1xpYkc+2poDEbaKCIPMaEmle6vn/n6N4bJ4UtVggV5s545xn/UDw6ZK/0mCJAJmkNzZPIVb06b&#10;88Lzz7DTK14rcg8WLlAVqmNmkMccjumm4jMrKwVdRuxB4550+xVaWzQW0cl0QH8wP2cOh/titbQL&#10;JeVDaKEAUFSa8Pzp5dSUhREvUR2kGkFVYhfqAdI/A/p7i4mkanq75SZ5K5XLrAkiJG3qX0iVhICC&#10;FBOkgEkj6j29czNJBSAARHiaZH+D+fWtyuTcwqsK0irk0z1Ka3hHgXSG9JYMSefr/T6e1TPmFiBp&#10;6eAl54qhAtMsi1M8zL/wDgWIrJDTmSwZiS5HN7A+w/PCsMbzXEg0KCaVHACpNPM4x8+i7a9mmvJY&#10;41AZy4HHHHA9anhT16ZMhU0lFRVOWyNTBT0OMp5aqokq3hSjp4aWNpKitnM7LEPBTB2DHhDz7Gnb&#10;20IMZRUkVbIaipsKypDtDoXJT2mqpByEZhLdF54QWU3N/eDnPX3htwup7uw5Rs447WhT6h9fiNXG&#10;qJAVUAeRcMGrqUU66k+0/wB2jbtm2223Xm+dmvyysYYwvhhM0WWQqWapFQFIBGDx60Gv5iv8+7sf&#10;vHem9tkfGzDY3aPWQfI7bxnYVdJnTuvN4qnasoKDI4SiarxNLt6mqKaq+4cVMdTK1Q3kbxhUQLaD&#10;J42lyEFDVVtLDXVySmio5XWOpq/AjTTNDAbSPHHEjliAbaT9fYH9jdvu7bm25vJR/bWkqAse4sWj&#10;fFckkKST9p6NPvZ39vuHtnDtlmRS3u4pW0r2qoDxZpgd0iKPtA6Kl/JZ637Cn+S+Y7Ij2nnchs7H&#10;bA3LiNx7xakrFw2HrspXYKpoYcnkKmNYJa2vlp1TwB/Ppl8ugoGf3GzUgiiqwhaQNBFUOLooGmoK&#10;WYlnDv8AvXta1xf8W95pWCl3grhgxUH17Tn7Mdc4hbH92XKsxq1D+VQK9bfnXtZJkOxOvKybxUcW&#10;Pye59uUbmneulrp6vZdVl3keSOrgSgpQ+GeOR2jnkMq6OEcuoW5Jvu6ulosdO0tTXyRwx0pQalln&#10;kkVoFmMlnWniUM0hUDm3+PsWW5NvBJLdIBFH+L1AAINPmcU6Dv0MUrRsoPiY+yuPPqwvB53I7c27&#10;uDMb4xtFQbf2xHXT1OdpsisrZHB4/GQ1C5JccKNWpamrrfLT+AO4VowQ7F1X3i3fVxVORl2xQoWp&#10;4opsjU166VMtdpabzVGpWUxiF9CoNLICOfU3veyQtHaru85pKWCBPRBQUX/CT5mo8ugpzhvdvIu4&#10;bKr6bVaF6cS4zUH+if2+fXXxf2DlkwOM7j3fePeG4cRRYHG4OKWWWg2jsoVcP2e26RWEbT1k0tKl&#10;RVztdZZU0i8axBWHaO3YPvzWyDzyUEQrK52mSnolaFiUpUmkkiWQzt6bkcKGfQVU2MN93SQWqwq2&#10;nUwVBkua8SR6AVP20zWnWPltYXG4XVzdING3QCrMfTyNKHSW4BTmlSSMVN1uHPwY9aKhE8cWUzFU&#10;aLGwhWnkMoXXPUmCP1mCgh/ddjZdXjW95F9gz2NuGvy+4qLF4OqElXVV8YP2ANLTwUwuHlEeiYU+&#10;KoYQ/rdgqIhctYK3shvrq5Rbfb7JnR0caiTUmpBLGg7uNSagV49GnK/Lz7jc7lcGyMx0tpGjUMeQ&#10;oT5eYr6U49O0lXSYuijmrJ46WAeNddVKmszzuqxxszMgeommdUUC7PK4VRcgF9yqvi8dFksxHkJc&#10;bAZaShp8c3+5CunNOaSmcSKJFxGPqJNLLPP6JLAQxTBvb986h5HYElWIA04PbSteGrUcICTgV9On&#10;Np5PuIYl3vc7REsZHIZCwD51NVlHcAPUgVxxz0xLuyhyeZrdtYirX+L0dDDWT1ElHLPjqfzyvEsa&#10;VBampchWRGFtcMEzNFx5dBI9sGOgp8dI80mOoJKiGpIgl+7zcksSBwgXXDkMZRSzM62LLTRXUEBb&#10;H2XpNHYSyq1tGJMHCLIdWBRWbVpb/SkDz6SXW7QTRmK32yMwMpqZAXY0AbPdQLT5fn0pWpZnZX+/&#10;qEsBdYYqLxv/ANTqWeQA/wCD+yf/ACax2e7X3fR7LooKunwlElLW5hUpHWKryMztL+7DTxlJKWkg&#10;EfgiClpJLn+yCsE+57X3Mm8xcuWVrL9ClGlrG4Z5FNaEipMagqyhQS0i1UVA66l/3e3JXLnKvKG7&#10;+728SwNvFzPNb2+VC21ulNdGamh5GJ1tqAWJQvAsCmt0buxm1YGatlUymNft6Y1UME9XLIJAkcJl&#10;dFTlCWckIo+tuLlRquwOn+pc7kdibSy+Iq98YqinzNZWZXa25d749ocRFWS5uhnh2TPFWUuUoqSn&#10;aZKeNJgpidZG1BNRDF7Ycs3n1Fjb7t4PMUKO6L4Etysnhq7OjmBk8KTSlQdEwUgo5DkDroHZe83N&#10;ML219YbEJ9jeVI2YyJA2pyAjxrMKSRGtPELJrqrqPDqQGGW2ruzsHDNNubOZzbePq4JoHwe00x9B&#10;lEglRHhArcuMgJZ5ZT4xq0s4YMqxsxVZu8K/5MdgbSqM9vDrva+O6/o69X25XbW3Un8MzeBZEnxe&#10;/MttvcUVBlaCkyVPOssNJVTzZCFyEak1BmCfdvaLnyx2q63++26CTbIiSjRzKdcJpouBC1GCOCKh&#10;iJgWFYaVYDO793tn37cIdqj3KbxljFU8IpplqQ0NVLBnBBqQPDFDRyM9IPpjY/TfU+4qjEYnJ5nK&#10;9g595Y67KbpNLXbgpj5CrbXp6vEU8GLx8GMZP3hSKKeRkDNIx0+yT7josnXVZp6nyCNVLvII0ahV&#10;GYm9MqKPLPY21Sl5FA0XCjSITvEkmuGhD9qmhqO1TU4Xhq7aGpAyaaRSpF1ncqI0lBPcOGa14Hj8&#10;xSvy6N1H+gc3/wBsf9b9IA+n9PbnsTrTP73z9DtDZOJqsnkslOlOWhp5ZbedlVamqeJH8Uak2BIv&#10;eyqCxCldy9y1unNO6W2w7DaM927EM5B8ONRkySNSiRotWd2IAoAMsOt7jv23bPt8+57ndpFaxozE&#10;saHAJoB58P8AL0nt2bt27sfAZTc+6svQYPBYWiqcjk8nkqmGkpKSkpIXnnmlmneOJFSNCSSQAoJJ&#10;AHvYT+NXxL6y+Iu0oezuzXiyPYHj/XNLT1k0VZKrrTY3b9GNL1uUIYAWIERJdiNAlXIf6TlH2t2G&#10;6NnKJrxows91p0vcMRmGBWI8OFmJSgXxJ1AklIQhE59+5nvPzR7u8wN7f8gQ1spPidVbSiUo0s7j&#10;CIATWuSaBQWYIKA/kB8ge4Pn/uCu6j6ap8ht3461FREldlvt6vE5XsnHUj08uSrdxVdZTGXb3XiM&#10;rERmKOfJpFpN45vCw77Y7G278icRls/QHFHcHWe+5KMRY2T7lcZTwQYiTKYWorgAtbkKWjyavWKm&#10;lY528ZUNEw969v8AmG35vJMcaJNa3q6AvBFGhipatGwSH06VqEAA09Yoe+fKG7e0l0NiurqaSw3L&#10;bA7PJjxJXeUCUIP7NGZCVUknTSrEUPRxfjB0m/xr3Bg9n4gzx7Z3bgolq5JlFPT1mVpZqs0mXp6J&#10;P+AFHUPRNBBqLvNEqSl2MmoiZlZVgoK2ellYutDVSQ6W4MqwOYkZCbkeSxP+A9zhSTQxCAOPOnWD&#10;mzWv1W9WkcqDQZVU/NSQG/lXqxaYtFTFXAXWQrMSRpBa5I4+pC2H+J9utSY8PJSQU8agR0VDALnV&#10;dYYI6Zfr/tMQ9p7KHxbalaIpIH2Vxn8+gLzRevNudxKx73YsftJ6cduxtNj/ACv9WkmcfXgTTPNz&#10;/tQD8/4+8eSxNNlscdQRJAyAF1+uoN6f9cW+vtRa3s1ndABiV6B8oDgspo3SihcxvpuSOeD/AIfn&#10;j2XncezmMkpj+ik+WO6MpFzbSQzuLX49yXte9gImpul22701uBHMcjz6chyAf6+wOy+yMnHOz08k&#10;wVyT4iQUQBg3pUrqGofXn2P7HfbQoA4UnqSdu5qs3jVZlQkDj173AixmXoIjFPCJkWxYMvkBHNie&#10;RqI/x+ntS1zZXJqsgBPSmS92+6cyRyaXPzp+zr3turMiKPWz0so+jMFD6fSQ3CX0ixH+t7Uw2Yk7&#10;lmXpbbWjXNNM6/nT+Z697g/3mxFeojrI7jUQPSlxYfRnRkdf+IPt0bbcxAyW8oI/b/Lh0r/cl/at&#10;qhkHrx697lQyYdw5pp51SS3oM6ShDaxF5YmYH/C9vbLrdY1ohp6CnTEh3FABNChcH+Gn+Dr3tLbp&#10;2JW5qlkOF3BHT1DIpjgr6dvtyxFrNU00jMgOq19B5/HsysOYhto/W2kSUOO4iv20Vj8+B/ZkCDYe&#10;abXbplG47SXhByUYauHkrUr+359e9loPx57Dy2ZUbjegOI1HyS4yuSpWQDVa0UwpKwc/82gP8fZ7&#10;LznbbiHF4jRBBVYl+Fz6GQUpT5gHqaR7vcn2G3f7p0lG4EYEqFSPzGpP+Nde9jngujqmjSmo9sZT&#10;FbXhpqmlepq6nb8Wdr8jCIZDW08SVVbiqWil1GNRIy1Gq8npFkdo/wCauZt3uLeCHZrqKzt9QL6Y&#10;2Pb3AhSrqEY0FJG1UrgBiCIz3X3StZxPcbzZ3N/O6NpRbhoI4jUFGYpHIzgZJUGOjaO6lVPvZgNm&#10;9Ybc2vEzxyVeTyMqTCfL5erir8nN91XVuRqFadaeKKCF6vISsIYUihjuqoqoigR/LuF1Boo0hlLO&#10;dTEsza3aQ1J4KGdtCoERFIULQDqIeZefN532QK0MUFmCpWKFTHEpWNY1IUsSSERRqYs5oWZmZmJ9&#10;7EynxeOiVQqXsPqtj/xH/G/ZVPuN9JqMjmv29ASe/vXY6n697WWzNs4vP7rwmKqqaslpKqolmrpI&#10;VCxwY+jpp6yqkeqKSLTmSOAxRsVbVNIi/Vr+wtzXza/K/Le579eXQSKBDpqC3ecIGWoquoioqPLo&#10;Ye3PK+78/c37PyxZJ4huJgpUMVYrxahoQKAcTQfPy6K980/kFQ/Ff4t90d+VtRQ00nXmzqquw7ZG&#10;leuopdz5WoptvbTp6mjiqqKeppp9y5elWVI5UdoiwUg8+8/Y2G2btrc1Vhsc+QWhho6Gbz19K1SI&#10;Zq2jirXgNdHT0yHTHOrhTGGiDkFmNj737fcz7zzfyptvMlIg1xrKhaoGVWIDKrEmlAfOmMU6NfdD&#10;lCfkvnbd+W9qkDrbaAytMpcOUBK08yK48zjoPP5dXyL358tPiR1l8gOxMTgMPn9/Tbpngh23j8jj&#10;cTV4XC7yzW38VkIsfmKyvyFJLUw4py2qTS7AyKFRkAS1Pi8HkUEdDWUdUSC3iinh84A/HhLB7A/n&#10;2LTum42r1mVxX8x+VOowlvdzs31T28yfMqaftGOjye4FfsOiqAweljcEWsyIfx+fSfr+fZnac0TR&#10;kaZXXpTbc1XMLLouCPzPXvYPbk6MxVWWqaFTja4BvHJT6UjJ5/XCFIa97H6XHscbVz5PGyicmSOv&#10;nU/5epH2T3U3C3Kw3b+Na+YbJp50P+Dr3sMaN917AycVFVs01Mz/ALUigsJBq0gWuGFh9bA/X2MJ&#10;V2rmO1eaILrpnhjocXC7Bzbt8tzbgLMFyMYJ/wCK697N9sTeqzU8UlbKsCFUu07eJRdPrd7ekk8c&#10;e4Z5h2Qo7Lbxl2qcAfPqAN/5eW3uWjgj1Gp4Z8/l14/4C/8Ah7Fv/SlsvHppqauoq5FFtFDSs6k/&#10;SxnqWpYVuf8AFvYK/qpvl0WMcCRr/Tan7AKk/s6KbXl2/ZgywAL8zT+VK9R5Udzxxxb+vNzz9PaW&#10;rPkBtyinULtypmhufW+Up4pmUNYt4kpZ0QAf1Y+za29uN0uIqnclWQ+WhqftLKf+MjoTWnK19Iob&#10;Wn7G6jPRyt9JQPx+eP8AePaG3D8ga7IxTx4mKmwdJMjwh0dqiuKMCrgVb2jiIH0MUSSL+G9n+2+2&#10;1vbMkl5I9xICDQ4SvqFGf2sR8ujyLlSVmRZ4gwHyx/OlfzPXKnoEhszs0j/Ukn03P9B7Amq3lj0q&#10;PuppPJMjO+sL9xVNrADnzVLLJqkC2Yg3b8k/gfJsRK6AqjGK4A8sAcOJ4evQpt+XrySLwI4wFPqQ&#10;B8sCoxWopShz1OAAFgLD2H/YvzRxHUe06x85uTbux4JY5IpMlXVH3uckjeKRvt8HjEMtRUVTK3Dx&#10;U00lzqBTSCI65xm9u+Tq7xzvzDDHFHRljLUMh4gCJA8sgxgIpU8G0DPUhchewG+c57oLbYdludyl&#10;ZgdKrpjUgjMshIVFBydTL5A1BPWKSCOUoXBPjN1FyOfoCbWJ491OS/LjuP5E78j6/wDjDsupGPFm&#10;ye+dzYyRFoh/npcpWNVmowmJpwoJjapFRWVTACNPIfF7x93P7xHuB7l8yw8s+yPLvh7eq913PENS&#10;U+J2DFoIIl4gNrlcDsVmohzti+737c+0HKsnN3vjzRGbzIjsreYd+aLEgUCeVifiEeiGKtXfR39Z&#10;vZ4v9lz3/wDb/b/6dd7fcf3Q+y83iwXm/v1/FP4n/G7fb+L+F/wz/J/4Vo0eDnyeT9z3NH9RuavC&#10;8P8A10d18X6XRq1QV+s8TX41NFPD8P8AS+kp4Xh93iV7usXv9ePlPx/E/wBa7bfB+v8AE0/rafoP&#10;C8Pwq6/7bxf1Pqq6/Expp2de9//WrjXJFpL6gLD8Di/Nj/sPYzIoM9JiOGrrfh8It/jz/vvrb3yb&#10;INZgWvf/AAsPbRUEivTbRKWr5deEP1vf/e/96I9445Z6htMKl7kAkA2vf+v9Lj25QUx1sxgilMfL&#10;j12wRB+r6D/ev9hf2pqLDO37tW5CgAaRYcXBtx9fr7qKE06YqKldNCPl031FZ4xpiBZvrex0g8j8&#10;fX6e1pjonYeDHwAqsbCSZlOiNeCzSSelECj8k+7gZovA8fTppJGRJAy1evH/AFcOk5kpEjQz10zA&#10;WVkhFw7sxtGiIt2vK3A45Pt0fNY/EEx00qVVcU9ctmaOMWuREALAqRyeePey6xBlU1+fSYFmbV59&#10;Na4mszBVq6F6OjU3SlBCtJwQrOwJuW/I9pep3MzMZZJtcrsxJUem45P6h+B7YMhckmvWqgcSB0oq&#10;bCwwRxpHGY0jXSoX+n+Fhx9fbC+aeSSUhgo/JK3LlfSpt/ZJB911P6dWU0rX06do6JEjCgc3vYXt&#10;b/bf19s9Vm5P8bhltZWZjyo0oFuzMb8Ae/Ag1J+Kn+TraitVIrUGn7OpUVMqA3uLAn/DgXP+P49m&#10;x6F25FLjIdw1RjaKr3LRUlbJLCX8dNTLTPCIioPiK5OpuxYWIiI95W/d+2CBbC83spWRrlY8jGii&#10;MM+R1Mceekjy65Nff757upua9j5MDA28W1NcUUmviyvIhNOFfBiKj/mpXqRSLYytflBoXn6llVx/&#10;vDD3dB0Xs6nbAUszQxx/eyPJUTIsd3p4ZngifWEDMGjjBJJuPeQ27bo9qgUZkBIFPM1NPyoa9cqt&#10;2tTd3sUYJ0BBSvnUV/1Dovvc/aUWxqKun/bnrYB4KShZ2U1FbIimGLhhe6Pq+vIHuP3V2x/CaZ9r&#10;7aZI5IxLSvKigNN42RFCP6dJWVWBv+q/uGd03e7v7i4tbCTSuqksn4vsjPlQ8fWlOjm3g2zluz/e&#10;G4ANPpqqnOeIqB+XSJ6a63yG5pxvneBklnyX2+QSmaQhIxI0ziNEIcaBGU4Btb2VSi27ldw14rMw&#10;dZmVpAOOQt2F11aQCfz9b+09ltTA6TQ1zq/Eaev2/wDF9RLzTz/NeCXTLRA1AoqFA+X2/Po4dLSw&#10;0cCU9OmiKMaUX+gH0HsUMPshUCXVo0CAiwV/3Lgm2q1jfnV9fZym3LRWceVfz6iTcuZ2JcggsSeP&#10;Uj2I8G3YTFGHV2dBYmQhiwX6WJHAH9PfrmSgC0yOgTLvMqysQQAfTr3t3jxsUaKoX9P+0jj/AFuP&#10;6+yaaRyx0rjoue9eRmYnJ697xjHRmqabTa6Imo24CG5JH+AB9pHmkYhdOP5dOC8cwpF8z8uI/wAv&#10;XFjZTyR9PoLn6jgfi5+n9PYvZGCKi2rPE9Fjom+wx9NNHT0ylDl6z/K3lOt2m+5hp4pCbNpSYEAa&#10;QB7Jrffdy3Dm/freG9c7Jt9qEZFoIxMwCsugChKvrOsnVWNgfI9Z3e4nLfK3t790nkKTc+VrSLnz&#10;mKdJI5Hj1TLACJDIJSagtGE1AAr+otAO4da0/wAa+4e4flB/PP8AkU+ye6+y8/8AGj4w7eze28pg&#10;BuKPHbJbclNjKfZlbs2XadLjBicvTp2HUZR6SsMaVs8OJ8rzTMiyMGMNN4gwUcM2o8cj/W9nEcUh&#10;HwmvWAss+sip62WvecR25I/1vb4VlAHTOsevXvfYTUTxxfj6e3ULBhjrRenA9e9tmbw2PrcfXmuE&#10;KU6U8slTPMyqkEKDU8z3/QFUXJPFvYt2pJb4i0ERYtj5ipoT+QJPRntW4XkN7aLZ6mmLqFCgksxN&#10;AABkkngPM4Geveyj7h2XT9hQZHZdFUzSbTylHU/d6klhjrFraSoo4JOXQmkRKtvSUBe/0I+o0uPb&#10;yC6trmOabsmt2D8OLKQB/paHPnxp10E9nebOYeTrrYeYrtQm9WNzHKmRqj8OZX9D3ELT4sdMuVmp&#10;aOOSrdEM/jZYiSV1HS1rMoJDXFuOfdJPYO2d0NhMcktUm29wYTIvT47JUBWSvbLbUyGPz611TTPJ&#10;4HoK6WP7URmRyzV8oYh9JbCDc9tvrdIyysl3bsyCuSxQ6iSRilTSg4Vzx6+kvlzmzY+YIoLvb5jL&#10;ZXKJJQ1AAlBUKARXgTJU8QAR030xgNZkKNVkaOpiiq6hTGqx6Mh5qMIs1yXZVpWLAj08f19rLckN&#10;HVmnzNBB5nyjZnH4+qgVBJQx5mklzbTTRCPyTY7H57bKI1v7Dk3s4JFU0lnJHaTxvqSSqKR6MAzH&#10;/ayQ0p8z6iqyWG5AmipgaWKnGFCpx8iyPUDzIp5dM+KkmjeejqDpmoYoKaZv1QzPSkQRhp7+NJ6n&#10;H5KLi92Yf1Bs9db9kU53Pj5pKml/h2cggwWRjkIWjgmk10eLE99TLIuVtTOSTda08aUuCu7Yuup3&#10;qGVU9KihC/ZShB/5qfLol3TZqwxxuhDRys9aCtKgMaeYIaoH9AdNO/dstWbfqDSQzffY6o/idGaY&#10;/wCUs0csdRW/b6blZDHIZVVb3kgT8/UCe5FzXUPamR33gBNU5NPtN+7PxcsxpYs3lcdPDR1+2amv&#10;KS0dI2TNUIPM4IjauBD2BATXf6yXu4I/6rRFlHAM60H5H8X5/LpTstvFuNqLV11ao2ien++2JCuP&#10;9LRj8zGep+DTH722PPgsoI5oK3GzYTKQw6RqhnpWhZlVtTRpLC4kj1C4UrcX92gbP7Sx25aGh7Dg&#10;E9HtLdWzqTdFRlZ4/H/Bvvsak9CKqnqVaopKwwveVGjWWNoWvypvSy3yQRSPOrNAyA+fbQVCn7CA&#10;Ooa372isZN6FxGqm8YlKVoWdXBb5GoBqTju9D0TbJYHPbZ2Ti+uMLP8Adbm29u2Og29hqoyU024s&#10;LHkAaym8zJHHJSxmoKpI8hjbyIgK30qXHpzdXXG5e3u9tpZnLwYvq/tfbNPuJc7uuHKbdirpc9RY&#10;iCCShbMtRJRpTxbgyJKvDHKtXQEEgxMvsfcgcx/TbjfeIRHt95EqyB8a0dF1r/vMjn5aamor0V+5&#10;0nMXIfInJfMm1QNJuGy3nhuEAIaFGIJYKaaG8KOPtPBqjJFBo3ltXcOX2p1xuKHDzyb82DUymjpc&#10;W6V70NZTLIHjmlil01tNUvhYKeZQ1jHO9rBgQTbrfe/c/TPzV672Dkcjs/P7e2VvTGQx1WzMdUS5&#10;Gv2Fl6CKh2z2RlMuK5MXumLJti4kr58fA1PH65KllnFPAwR5ZfduU/cT9xmZ7na3nIQRsGpG9Wil&#10;DcNIKITQmgBJB4dTZvu57Jz77Ob9ve2WDSw7js9yQjPoJlWF28HTSqMGxqNCpyPXpY9h7a273D0v&#10;vTbeUpshSY3d+3cpjcrT5GKeky2KqZZJPuKWSCoDzU9bjqxyIYCyoSAAQpDe7gOwM7V7U31urd1H&#10;WxNT5fPYTK5Q0GJhyElTjszg5ZqaSCiSso2pI4myyoVp4Z5gePFIT6ckg3OXufBc8sbfPBJHsixv&#10;BCAvjtHOHdu9mRnBkk+BS5LsgVamgxv5I5c/16fZj27mjjZWspZoQhkbSJLeVoJEEhVwx1JWp0jg&#10;agZ6LDtbaNJ1zBtvpmGhqK+LBbDz+D2++ZytdSz09NQZLETuk1TLBWfdVRpqBKiGapqEFklXyx3J&#10;kB7f+Zpd0HA7/wAVQ5nLPT4Wvx+PqqbJ0gFelXSTMf4dBQwVQqDVVEbRVLPM0lM62MTMwPscexFr&#10;zLb3HNWxSRzx3FtALjQFTXJp4LCAXQ11FTUMwJFUqqsuQntptP7mi3PlNG8Fo5PHcGjEHsA1ayKY&#10;oyEBVbNH49O2yMNkcJWbi2ZlMhtilo6/O0+SqKH+EZhWxMlDWUCouZyOTyFK8ckUFVA9MkdJFHUp&#10;Zlm8amJkvj8LT42HEVuIhEkqYyKpyFNQS1tBiMdNSZbDQS0lPTTVFXZqHHMyPYlWZZFURh5AT+6v&#10;t63PmK5ltWk/eO3tHGkdTGdEUyVBoSAsahgpr8L9tKsOhS25XMk95Hd1V/H0R6stJ2ONdF0qCCRS&#10;qitePl0pcllqzJSZzG5gNTwnMmgwlfV0+Iqs1ko6nAZmZZ6mejSkp5BXZOGLxFkR4rISXOjxqePc&#10;Ow92YyuoajMzJLTReRMlQbf3DTUNPNBULJB9xUZHEmmSSTQyusjAOyEgaSPcvXW+WW+cqLt+/W8e&#10;4FqLMsCSAqlSUYFqhHATNSf1FqR5dX3yPera2tkj28TRHSHBZNaqVFQO4HhwNPn0iI8J2XsrL43I&#10;UG2jJDUzlqnE5bc22KnKT09VDNHWijjxmYWd4xIVkiaFT41cKWB9XsO+v6jcdTld30uD3QMpjsdP&#10;QV1BiI5Wrf4dPVQ5jF5SqpamqiU0lDImRikplaQT00zskZVUDtDntB7TbVt3uFvbXkrzckNEHhVn&#10;JYTUIKuNIBjUHCkqwahWo1dMWmyWTi0tLuydY5Y3qe0asoyBgpJLHTpatFIFehR7Gh2bo2fkt4bf&#10;8FVl6WbEy5Spggp6+WGlqsTuVMDVrS+efJTTVOBAniVGpqpIf3FYukQMV1lU7Tw1PlYp9w1CT1WG&#10;nNZWpR5OoiyuTy1Vi6Axx08lFE1bRYinrpZld9Xk1n0kngy51PMXPfMdxHBs1xDtdvbvDbwxqUTw&#10;mZEBZcBiolJJpU+QVQo6ir3Q2XmffBZW20bEjRx3S4rHWNY1kkBLM2HkMcSgLgVIJrli57/l3rmM&#10;vt3MSbXoFpaXcMbY3FLk8Wr7c29haTcWViqKuqhrKhaHI7ilxECusZKReALqAj1OnO/N07XrqGk2&#10;zs7IQ0uer8JnjG9DTjEwz5iqwVbD58xTy0slRJV5fJ15l8hhZnkANiA3sHc3Qrsot+V5r9bffZ7S&#10;QRxqQj+IYmp4gBZiZXlDglRUqq0IBJa9udj5x2y23DceaoNKRtCiqXV2REkqq6kZlCxoDjVU6sUI&#10;oHr49bC3LjK7cW5M9R1mQwVLuLHNC2eyCZtsTixnsZVQ0WCqROlHj8ZtnE4xaeOJZSI4WYgMx9gH&#10;sDJbwyW0ESPDYiiqqrcOcRskduR1f8Nw1HuHKU0ZyGQ+1EMUVHhz5YPJVRapZm0Ix0L7G3szzZvt&#10;zyVf3W/7lPDc+NKFeMyH/RnXRIygKFWMOYi8yqWJ0qaUMnuNsuLG9El7dshiWqrKyNI/hiioqFvi&#10;fSrUqRQ8PMxu8Kfa+K35Dkq7PZsTxYylSmwS7mno8fk66aCmFK+OwaZAR5CfIyJCKh/tmCpGvIDE&#10;lz+Qe3M3Jhev6LYlM1fubc+/MNtVshHgMZVtFj6rYWd3JX1JxM9PDQVEECMplaV5VpKZY5SNY1mE&#10;PebcOZd/k23Ytr8X6OfdYgEBLBB9OZW0VIQomoyMGrpVUcnJJxe9sea7ra+a/ci33ud7TlyysZrj&#10;wZJJG0FLlIQupy0gaTuXAGttQQHTQLnaNfTVlJDVZWUU4TH1EtUkdbVRQJVHPijpoXeSRZmm10iw&#10;oTHG8xZ10g3jUG+zjgafIbXw+NphSbZgo9vTYKBolEWPxmHyWL25gHenx4WFpKiCgkqXaLTGukkh&#10;RYiJOct1tpd2trTbonXbIoYVhVqalSBo4IQdPaTpUuxWoqT1I/tbY3m4bXvO/wC6uZN3uLiZnYVq&#10;zSq8r5bPZqVB8hToRcVI3grItQlqKWeaCoZZHkQVlRAmQqULTMzRCNqkABjcfT639hHu/ZdXuCqp&#10;pYc6cbSfd7XqctBT4z7wJtej3RS53K089RJVIHDUeHqEijVGkWYeQtpC+4y39Gk3maVnAZ1RT6BA&#10;xPHhUYx1OvL7xxbYtvISCspYU8mKaA3A1pWv7PXrPUVZFJViLx+YxVf2cpMYDVSQxxQaSFRTcyWJ&#10;BNvp7Mjhtgx7H2u2AxVa+Sqlo8TQz5YyxK1Rkd7VG7dz0a/btLLIrMu4BLZALCNSBewGTe08kS2f&#10;IzhVMxjWMs+AWkuBPJCunjlJI2/ZXrF3lLnuw5p5k9w+adQFod5nhiQ1BMW1wWtnI1fP9aGep9a0&#10;6SubqBJlcDBUwmkK4iryc9Pw8UMdNU42SQPIp0XpY4TGbfqEhP0Hsxe1IKvb9X2Titm1NJhUxu5c&#10;XjcUuQOqNJhszbldC9bF5qKSoMM1cVmSNxextz7lLkDkvme823frXlxwkcE6x1qR3NbRS0OkrUL4&#10;gXDA4r0Wb5sFxzxPsPMV5Ym4imgq0gxwldW0ppYVoooTxHkOi/Vu6I4sbss75FXk8g+GyOQrZMVQ&#10;SS0xA3Fk6ZGKlZfDGIaVVUMedPsa8XuWtpmH8Zy1I0U8K+aNZJqkGoUsfTHIhCheSD9CtgeR7mjZ&#10;eSee0k/3YTQNCVqRVnfVq9Sq4oT+I5pjzAJufZXf5VH7u2pBQ4NdIK/afOtOkLWbiwlRdsJiM75q&#10;aRRHI1JBAoiAILB46lLNqIsDx7bKmLb9bVGenq1TzMXkWNhTok+uJtcCkAxq9mDC9ibH2Podi3S2&#10;VVkj7dOaU4jhTHA+eeiS79k+cIw2uFFankSfy9D9vSvxvcE+PpPDWYuvZoFtHNLSK7shSzpLJHVs&#10;bqbWYKfZguvYIInWkxGUeFGhjWVXdAviRxfxLJ51ljVV1aXDDUTwfp7B/MUDpA/1NqSQcGlaf6vl&#10;1BnPPtVzFt8Zudw2tZLdTUkKaihB8qHy9R0Fu6/kTt2np3bL0NZFWvI0dL4aKZomqJFbxI9SWhNN&#10;J9xINJ1AsoKjkj2bvEVlLTULzfdw1kfkq6yYiaOQKkrM0axpEkyNGJpNC+pRHGAAPqBDV5b3DXJh&#10;EDA4GRQggg5rQ8Knhk9Y17xypciVIzZyJrRQmoaasozStCSVXiAa56L1SdxVOSylJRVWnFThKOip&#10;Ixp/cansXmlYz07U0slKjl1CFJ5XJax5YK91YiKd6kRN93PNA0dUEk8kTLGkz6mjMssJd/uGDMyk&#10;8fQkcDLaLl4zGXBWMEaTkHJp8jQUHp5dEcm03Vq4dVK6e5QVz6HBWtAB5kfl0ePrPtCmy9JS1byw&#10;08KTqEeXXERJMREYjrWORNYGsAqAVNwSOfbViMNQLFDj6j7hpKSijpaVp0bRFB9kYJ4IKp1WaWWp&#10;iVDL6w05QGQsRf2puJ543E8OnQT8iTkGpHoCMVJp5U6Ct9t12jmeLUiPNqahPEkkELwGmlBQDHoA&#10;Aow1G7QLzpNC8SnVKquGNiwEbsVJC2JNj7S25dhY8xGlqMZWVhkpokhV6hYp2gCiVFE83jlLGRAS&#10;Q5Lgeo8ezWx3maVSROgSpBqKjgQeFf8AY4jp+Ce8tpFe3uVSUHGMV4GtB6E0NDQ04cQ9YjdUVfH5&#10;I6iFk1SJrRg9mQ2Yab6/T/W3svvZfRu2sw9Hn5MAsWQoU8NS09aap6ymr8hPUOlW1W9dFNBTT1k/&#10;gHp8FMxgi0wnwey+flzZN9vY57lPGuAzdxZiHDPrZH8TWKLqbQNLFK6I9MdVMg8m+4u+7G97tf7w&#10;VrGY9q6R2uqgAoVCFddFDChDMFdqsAwVdFlInb0zrJ/UkkA/Q2/px7ILktxUnXTyUdLt3K1uMwdR&#10;Wos+Lw88cFMlJJoRKqYfw+ihVoGWoI1hQJEW5ZSFi6XeTyjLcWx2yWWztXdarEQqgVWhJVFBKd+B&#10;QFqdZOQba3N6RXbbjCk9zGraGkBJ1KGIC5Zhq7QR5CvBh0/KrNyx5YAj1G1iPxb3j2p3fk8pUz1e&#10;GoafERQvFVUiT1lNJW5JlqAlRiZaT+CyQukyQNKpgq3nRkGooGAdNtnujud9PdzbZbJbrDR1BkFJ&#10;asQ8cieBwIBIZJ3c0HdFxF939tLLb7eBNwvZJ1YMr4dURjXS6t42o0JClXjCqMInBh4xKeGPH+DE&#10;n/ifz7NJ1L3Xufd+4sHiJo8dhnlpHrtxYytxU0p/h9UtSxlhyOJnr40njjhlWMsHiaW0YYGzkd7J&#10;znu3NN/bWb7cIriJFkmTQzEBiSjK6yMEB0gd/a9NGWqeof569u9j5d2PctzheWcIwSGRHRe5WSmt&#10;W0VAJUnOpQBihHTbWUsQRnCs7GyoytcqwJIFuPpf2P26dvdfZbKRZR6e+5IKKCmOUSLL0btRUdRW&#10;TxNI6rDHUU9M9W1haTSWINyAPY7i5cNxerut3Yq04CqG1UI0hioAV6Ghdqah51r1COz8y75t1uLK&#10;Of8A3T+IXC1RlDvoVqAlssqgAArlaggmvWGGOsjUiTSVt9DYMP6kj/W9hPuvrbYG4mrpqvZG1twZ&#10;fMU80FVkMvt/HZcLEtRSPG0NXkaBjQVySBZ45kXyeVLXJRR7a3jk3Ydxlna62K2kvZiatLGrCgox&#10;GpgQHIIdDirIKk6QwkXYucuYLBYgN/ubXbrahUR3Dxd5VqalDAMlAVZcghiMVoZCSOvp1XtbjVza&#10;/wBf9bn3Tzm/hD2B1Jv2r3t8fc62Qr6eprKcbV3Lj4amupMXkqWmpaulrM/QZHNVOdrGqY2nZ3hp&#10;wutikuqyjEm79jeb+Tt9k3327mM08bspiljUssbqAUZkkkLOCWZqKoow0OBQDOay9/eU+a+XINo9&#10;yIfpbUhW+ohkaNGKMWBWCWOJYowCqadTk/jXFS5xyhgL3Bt/Tj/b/wBfdlP8ujZOd69627I7J71x&#10;FJsXcvY3Z+3cXS4HJwVQSj/uqgw+28lJX5Otqsjk8jn8/uGsIneQKI40ZWRCQBDyNs+4bHa75vfP&#10;e1rtt/eX0CCOVWFXjNIZKsWdnknkc6mbGMBcIt5ovJd7Xats9s9wbcLG2sbljND4bF1mBeaPTGir&#10;GkcSRhgi6uJBaQKTVN84shlt69v7I63wKZGpTa/W+89y7jgw87iqkxO5gf4jBUwqrrJBTY7ZikLo&#10;cr90fTqEdzcU+M7pXZGJzHe2SxUm5aPc26cXV0fRmN3PW7VzGzc/lkw+y6jKbWzdJk8zNlo8ZUQN&#10;XqJpaCkIeTytGCfa2XYOe97tLBeZN18CcTTpMm3M+iSCWqxl4ZFYuy6iH7qIh18QQDvkDd+Wdx5/&#10;3DY+U7O1aGSyjkjl3doIZI5raJ5ZljutccaK2ntJIlmdVUCpqSueTqXDUmdxnTuMxtXj8w+DzGAr&#10;O4clisFk8duvaKfxzLvhd2Y/K4fH4KCeOj8ImUR1dRVSeGML6Ll8+SuQyNX271JtWihycG0KXC1V&#10;PLnKOvmxYoJ5MrPSUFBHVRtTQ1BqqrCU1OaUyKpjSIPrFwpJzebtuY+X9vW2kXZ4YiPFRzGwPiGN&#10;aOpUdxiCUr5Akn8IA3yPb7aDmPc5ktm3iR1kaJolkL6qGSQJpegRHdlcrUmuagFj3/y8MdlU6a3H&#10;ubP+f+Obh3hNXVC1KyOVibAYOtiZHq5Kl5BJUZSaZnUqryyOQqhrewrmTbu3p/tMZU1eXLZKPDxY&#10;3xjLQ4+phxtfJUTVstWKqXITVXoVpZmeR6mUu2l1Y+3NpuLOwv3t7Z5ZXaZY9PxBDoZmZ/iy4OSS&#10;TrqzCg6j8Dc9yt1urgxwgIZC5ahl7xTTRVoqVB0qdITSAST0feB5plGoHjSSw4uB+bAcX/p9B7r9&#10;3XTd2dfbn3ManKHKbe3pnGpNqVeTqaStfCQY+aqyFasVDS4mmgopchhA5hM0c0EctEoewt5APfrz&#10;jsl5uGsiTb76UrA0h1+HpJY6VWIKpeNWpVW0suVNBWddtueTd+22wVYBDfWMdbhUGjxdSqo1MZCz&#10;BJCqmjKSJMEae12jKsBpLccW5tx9fr/j7MnsDbeWo8Di6nc9Q+Yz1fBT1EuRgohR0i10tDT00sVL&#10;RvHHJj6WARlCJIlnudbA6tIm7lDabyDb7CfeJPqL6bQVkChUDaFHaoAoozU6QWYlj5ARZzPuFtcX&#10;lzFttuIbGMMoUsWYqGY1LGpZq4rqPbQYIJPGSUAgLfj6/Uf0t7XsmOhpnlpdRWYjSjOH8BR3DL5v&#10;LzIHcg6Y2vxb8+5k262t4I2goFagqSe0VIHdXJNaHyyPQ9RlPPI7LcUpHnAOfsFf2V9OuaOTYf1H&#10;+x+nuZHsWgmgJq4oHleOR0dZUhVpGAs06+QskbMxsOCB7P15S2yeKRpVWSV0I7WAFaihOcdF8nMk&#10;sDBYnIj9CKkeoqBQ06718gD6cezD9Q7VoaCokNZSJSLV6IBLSxQyNOdS8maRyVFkLtwCttP6rj2J&#10;F26PZbF5bO2jW6Y5oTgKKfZnyH59Qv7gc2XV3Gosrov4YJIaoFRnhQLwI8+sU5Gm4+qm/szx6722&#10;2Rx9BRRI8bUOQyNRVyyyTVTSwBlpjomjmaKMMT6iiFOB6eT7CZ5h3CS1uLm4VDSVUUUACiuSCKd9&#10;P6VK5Feoaj5w3c2t3dT3TUMixqAAoANdQxShAPr+fTa07KrHSrNqHpbVpsXGq+nngfT2Im0sZDWU&#10;Eu2UpIMPU5qsxFXJkKOqeFqhdvxZIVUtdT6KikdpqN4on0mMOkIDE6RYI7sttZ7jPv8AHK7sqMrq&#10;y1rUoq0yKkaWGoqzlWALUVaFW736pdJeyytcrCsmhXUMqiXSxUas6QwNAGNKk+Z6aa6NoaoZJJZH&#10;jipamN4WUtqeZ6fwaCskZRYTG5H1PP19pKtmfB5b7N5Uqkp6l6Q/w+b/ACKlgWJyJRNVR0PngjIV&#10;FSONdY5ABJX2IYWlvdvhlW20zSKCwahIOK4r6n1rkYpnrUaR3dtJKo04qNdTqppovmQSNQrqIA9c&#10;aXWICaBZGieOWaIzFWJ1ITpGkrf0/q/2/sSquvxuXpIocaGnIjZZKhomVSzNf7eCTmSRWbUVLchW&#10;A/HsP21vc2MhN2ApBqFrU4xqP+X1PRPAk9rNqmAB1V01z/pv9jqAIpI5CzcC/wBL8/T8/wCuPae8&#10;L08MlBAdKTFy8YTmRGNyqzIDIt3JFgPZoJElZbiQVI+fD8uj2PTJpkI1fnw64mWzeS/6Ta3IFjz7&#10;jUGya6fzvBQMBCXlm0KIzHGtip0vHGdF7e37jf7eMxiSYd2B8+jn94xqBrlGT1Cqs1DCVBlX1gEW&#10;1WIN/wDW945dvVkbRw2KQl9f7d/Kxb9CqyBgWZ1/IsGtf347paMjSkigBJJpQUySa+VOPR3tMMm5&#10;XMFta2xluJXCqBksxyAB5k8AOJNMZ6Zc1uzB4LE5PO5vJ0OLxeIxtXk8nka+pjpaHH4qjhlnrcjX&#10;VEssSU1HRwRO7yuyKqqfVx7R8m4qyXKZ/CbYxUu4M3hpaGjzSV33eKxVJLWwx1MSSZ/IY2ooMlV0&#10;8UsbSw0YmeJXs5VhpINv+cI31pslkbvwJUViS0EaiQVLCVkKvoFGKoHOk5zjrqJ7J/3YPP3uVy7Z&#10;7/zfvi7FEyrJGhjWZijAlSVSTSO01KlgTWhGOq2Oyv5nXUOx6TaO85aihg6d3njs3kNmb6eqfJZP&#10;ey4B6r76qwXX1DJT7mxu362Wglgo8rlFoIKmUJoRoSJPeLaeT3Bk3q8duTbVTgM/iUphlMb54chi&#10;Iv4pBNLR1eGzMJpv4hQVX2sojYxRzRGMrNHG1tS3lrmmPfYXhuLN7bdIQPEUHxEIqwDJKoCurFXX&#10;ydWUq6q1B1jv95b7oPOX3cN5C7jcJecsSlVgvUoniVaml4dRMbqSK1BFKUdhgGg6W+YvQfyExOAy&#10;3VnYWK3Im56Xc1Rh6aOnydDmHGyq7FUG7KTJY2upomxeVwFbnKRKmnkYSH7hHi8kV3C5x1G8U7pp&#10;kZJZeVjClgCx4UM0lmIP9dPsTXUoeIEMA1OsZHhKRAliGp9nQ45HJLPAW1IoChvVcH1AEagCGI/r&#10;zf2tIsXS09XFLC1XPSHQ19EKxsdALjSyhmMRYA/j2QG8llicEKJeFPzx9lemhcyPGVeniD09OkHV&#10;ZSSWGcTfZRVKliVCyXClzHERpcn9wJcfX2/hqUrLFHrMa0wV7syLqJJIZIxYNpNxe1j7LSs4KMaV&#10;1fb1RBIAH8yadJGdqtJVkklsRKQvjP0IJvYkH02H+xHtyx3ijhVISbzISiXiJOpnAkc8E2Xj/Ye0&#10;1zraRmfgDk9NzQByNXl015GtqmmWSTxiKNv3JLMoKLp0j6/uOxP4sCPb5iKENI801cP3VCrE4VUS&#10;RAylopGiWd2muNepmFwNNhf2W3lxQaY4TQH7empNNBGkdCOkdufPmOmjSjxk1WKdmaaSnZDNIjSK&#10;0mtLMvoH6CpUheCfbQ1HVVNbMixu7RO1pEXgoycAX4YcG/swE8UUKMTg+XTEyUQE56EDH5ighxtJ&#10;OjrClSI9MMkivMjACRgyh3a9l5vz7fqOjSli0iNiWV1Z9LGTUV/PpsdJJAI4A9l0sniuSaAdB6YO&#10;ZKsOBx1LkykVfKWUqUTS0bfRC4+gb/EX9tWRxOMyC0lJUpKCJoagRhxGYm8bp9yJYmiqUaC40aXD&#10;WYg3BPt+G5uYy8i5GkivrwNKcM9ajnuIzIynitCfzB4faAfy6f8AHZWuojVToITaNo0mCuzOqsmi&#10;NgW8WiRQb8fUD2nNybLoMrNStFVVMMCrGJVQXDshKmSRrq5LNe3IPP8Ar+zfa98uLSKVWhVpCcHh&#10;01a3ckAlYirHpW4PdtXT0siVEEckrsWRNRjKKTdVsP8AUr9P6+5VBgsPiWMcrySjSuk8ajyF/dt4&#10;wVVGYqLnkD21dX9/eVZQFH+rh1r6mWUs3DrFkspk8iv7GmG7XKqxFhf+v54PuVXVNCjs0a+SMC41&#10;DQVY8EIqgqIwP8b+2rWK4egZqN02VWuTnrhj4clIIlkl0MrG55P+P549oWoo5q7VUR6hTSOElidu&#10;IwfKRIhU6lLra/8AsPYgjmS3IRlrJTj/AKvTpx5lh0xj46V/4s9LmnmWECKUB5UA/eA06iQGW6gc&#10;6bgf7D3xpqUxs0srfbwpzqI0ux1OFNrlpTpNrH6D3aaYOAFOpz+zy4+nWvFMuhQQT13UzApaP1M1&#10;7/U2IHBv/jc+1NWyRy0FJJGbJoliRiq3FndQACGABKcfj2URxuJrmMj9TB/PiP8AV+3rL32oupP6&#10;r2MA4hGHn5SMaVGcg0xT7Rx6o0+UG3Ps/kR2BXyRr/lNVgK5QjhdZn23ig9zHFG4F2II1c83Jubh&#10;Riq7LRbo3LisxuTAVxkqI8nt3DY/HyUmWxW3pIilPPmnkyVSKiesrKaojVlhijc0zuCwLQQFW0yb&#10;pa71u2375v8AZTvIwltLeOLwpobfSEbxSZX8UGUOVYolaNp+Gkc27vBDNy/tW62GxzxRQkwzzFtU&#10;ck2D2URSoVGjoCzAFwDpdi8zxQYfba7W2VV4Tbudx1SKOaj3Jm8hWR1eGzW46WVWqV24qY2neCKl&#10;paunkkWSeQoJY1eMMv3NULdPQJX0ERfQt4EVpW/suIkiK2HN7RC/+Ps0luGt5mC8K/5f9nrCnnbb&#10;yOZLqQKdD5/OvR9eoN2nF7No8Zd5aijqq2OGniN3ajllFfTF9XpAC1hFuNNrfj26UO24YwHgLytG&#10;WYyMqg2kOp9P09JHABube0lxubtQSYr0SW9szNQA9OG6+1Fp/TkhFTJMJlhj1vJI5GooNEdyzggc&#10;2tf290uFg9OsqpYsyqCC0hYniwBt7QS38gB0qadH0MJUBqGvQBbo7bqVaVaNtcUaIkkrxTRrSaSV&#10;1erSGDEe11iNvwMEeVAo+pAW3H+x/wBb2GN33lbOGWaWVVhQVJPp0KNr2+4u5YIUU1Zqeteqyfk7&#10;8ro9mYrNPDkxLJSr4XK1DqomDkmJ9Lw8poJNiRx7Uks8UKmGnjCj9NwBcqOPrx7xS5t9wNw3i4uL&#10;SCTRbBsUrmla/l1lFyZ7d2+3wxbhfLWYgYJAA61fPkB8n94dr53KQ1WUlNDJUzinETel4zJGQzqz&#10;Ov6U/USWI9p7MZah2/i6zNZiZaagpYnkLMD5JHVHKRxBQH1sSLWNgfr7r7X8m7jzhzJZxxbeJoRM&#10;jtXyUEkaqgjSxAxgkV6W+6XOVhytyzd21pfsm5SwPGir8WogCuKHtBap1ChPy6Eb+XP8ROwvl38l&#10;di7Xw2zBuLbmI3Vt/cW+shVSrRY7FbVx+UR8ocvPUrLTtFkE/aFP4Xkq7lYmUgkkd7R7W2/uDzTY&#10;zO1FIyhglJOkkKvEEIUBYjLES39b++mPKPJe5bYI47nbUZP4kpUZHXOy9uN4ubyZmtzIjcWHp9nX&#10;0gOmupsZ1btbG7bo6HG04x0DIslBTwU6DW+pooYoKaGOGBLkBVAH+HuuPt/cYxIkyFIJK6apn8xj&#10;VS/idYHUygkoiuVVdJZha9/Y65r3tuXNnipDWYuKAkHTpGoNTtoa8Drp606HvI9pcbtdi3uAIlRS&#10;KnzqcAgAk8eFOhtHHHsGOvZ+ru3snX0iZva+X3nSRyyVdHQ5XEnK0sSlOGgheYVMsLamuI5lhKAO&#10;V1jUB+XN29t/cCeYvfWd1zahBkSN4vFjAJOsqhYOFYnuAdVPxEFhUe84vz37f7dZTvtl9b8tyMNL&#10;NC6wtWn4yBpqMZKEg1XVQ6fexB3Ps/cuGbJVG1q3BfxbwMaCfO0VetCsctLI/wDuapqSaSWX7Z6S&#10;zGnlh1JqOlQpHtbv208zWUlxcbDc2H7wcERvKsiKVZe7xVjqxZdINYnj1ajRUyGD2xcw7Lu8dom/&#10;W93+7qqZBAyF9QaoMTOCgLKMiRWp5E8eve6eO7dm98bv7ixCb42vt2DcG4xT7X2++3a+ipcXnBB+&#10;1Qph3q87UztVSvUrGzzaJ1eWNGAOgDnv7l8t+4+/c627cy7Lbjeb4rb24t3QR3BCuq+EXmZmZtYX&#10;U7atRRDRiq9dDPbfmP2q2D2/vv6v7/dts9mzXFwLhGMsOav42iFQqKFYgCqlVZlBAanvZ0/5eW+K&#10;7rXsDM9USYqoxAybZrLblqaajqd3ZzMZjZwnhgxVBh8RTx5CgipqIV2vxrXSSPHYRi4ZJD9it3l5&#10;a3zduTZ9t8LxDNJM2kyyPJBhYlSMAxn46g+JUqAAAzdQJ96TZ4OauVNs56gvo7gR+BHAHK20EUV0&#10;QTI0srGJ9UphKhjEulmJZiAjcJF1IR/gfd9mA7choA+OmoI5I4XMKsovMJLlGMpZogqsf9T6VPH+&#10;HvLrcOTvHCXKXJ1sK/Kh4U6wKtuV7jcFFxFIWYrU0+EilcHz6S2RwwnPlSR0flvqbXP1BH9efa6m&#10;7IxlbPS0qwgU7+OGojdU5U8tpbQuvSX4JuT/AF9kKcq3cEVxKSTIMrnpuTleW2Vmk1F+NPl00QYu&#10;rjSdlnKTIT4GuSGOn6MP9f2ld+QpJRyTYb6SRsFULch2sBp1aQrXPs45dZknWO7Pw9GGxWcKzxmd&#10;OBH2dOGKqKgnRWENIrAFh9L/AJ/3v2QndOza6XcFTX1QqgaeWHUwljppHZleR4ZAJlkeIaFuQjat&#10;QFxYn3INjYmfcBciWTwtNQysVp65B8qDipFMYyephn3i2t9qhtopI1qG7WWoFGA4/wBIE/YadK6I&#10;gqLMDwOAb2/5H76GQrqKnqHkaeKmxnkAmldDFO6IjyoAl2RHaSyg/QJ/j7Pb3do7eG+kaEL4NRrc&#10;ghyoBpQZBNcHiTXoOW+zW11NbrHoZ5hWiDK5IxXFMcfy6y+3KiytbVwRUtWsDNJJJyGKMVdA8ZdJ&#10;C0iXDfTUSD+PZRtW53d68fjRIqPUEqDnFa0Jxx9Ot3217Ztck1zak6lUV8xUcaeVOvexT2j17X1z&#10;hZIYKemBE8zOU8aqiCTyrpSV9Wgi31Yt+Pbm679a7fEqQLV8AAClTw8qefUX7rzVCZ1MUtZCQBTj&#10;XhT5Z64u4QEn8An2sq7qHas2HWimEk9PXTgy+OpqKanMbS/cK1TVRSRyRKHguYgwDcBhyfYLud3+&#10;uS4tLq3H0hPctStTUEgaTWlQPkc9CDauZd9Fz9RayDxYgSCwUkELQ0rg1DUFRg1PTe1cVY8LpW4N&#10;7j/ifas2x1jh8FUJVy0NHYxR1MMjwxysql/NSBjIdMRnYLoUAtb1WA59otw3a3uo/CtbZA1aGiqC&#10;SKHB49pzXgCBmo6Jb/mPdb4y231Uhp2lQcEnGKeX+frFNW61IX82tYkcEc/737fsjuHLtXKaKoqZ&#10;KOkSRzAlNTRU765Yoooqd/EspUCIi4bWqx2BIYD2XLYxIFT6dQXpUmtQftrQ8any+WOj/Zth28Wv&#10;i3kCLcSYHcxb5kgVAPpXB8+mioRHQpqQFhpLtYEXvckt9LX/ADx7xPNWbiMOQz1dHBSJICaSnlYU&#10;yTGMOkKSKS9RK8aowVS1lIv9RdyBYLUfTwRj6zNfU0/wUrnhx6EC2sG3R+HY2po3B2HHJBNDkUII&#10;FaV8sdNJljo38FCvnqpBw7A+RU5VnKsAUS4IF7Xsbcc+1tStFNT2pIyAbhVKMJNTepVMcYLag5so&#10;/Iva/wCEUpZH1Stnj8vtr9leie4jfUVZiTXprlmkildqmZD4/U4LBY9Jvyz3Kqqg3J/SB/h7UGL2&#10;fUTVvidamozEqCSSjR44FpqcAAvU1CRyeNBx6Neu/wBbWt7Id35lsrDb57y5uEh2qP4pGwCfQAkV&#10;+2lPn17b9p3rmC+j2jY9vaa6YjSFWrHNK0rTSD5nA8+gu7a+QXVnSXX+W7J7P3vt7YPX+DH+W7kz&#10;lb9lDJUMjPHR0MMqrV11dWFCKeKFHkqD/mw3sVsTsvD4R1rJ7VVdShp/LUOGhpS2nVJEz2uYgTYn&#10;0Kfp7w+9zfd/cub0fl3leArtUlA0wqry6cFUBoET1Jyes+/Zr2Ns+RY7Tmrn10O4FD4duBrjRzQg&#10;tSupxStAABk160w/5nn87Hsr5hfxv41fFHF5fa/UW4chRYLL7nghrMVv3s6KoL0f8Bo6SmkkbBbY&#10;y9QUhlhOqtyYAilEUZeFyn93fMra2wkmw+ympM9l0WQT5GbyDC0dhISsboaeTJS2YfoJjI5u9rGG&#10;l2fbtrmLzzrLfAZx2Lq4gVFD5jFfWvWXtlPue9W4bwnt9vaoBJXxW/KtEVvRgHoSDQ9CR/Lx/wCE&#10;4G8ux/sOzfmfW5/rzbxkpKnC9b4OXFT7tztEYllWfcNc8mWg2zQGQKvh8b17Jq4p2RCxSvjn29l+&#10;1Pklsk7jz1fJJX1+QqYpxDU1AeelxdbUwUk+mvpzR0lQsTx3UuiBtPjdNSgV8o38MfMu2ysW0R6m&#10;7SQRRTUdpX4hgVIBpp4Megd7v7AIvbDmS2trYUa3CsCSBRpF7qMGUsrAMpalSuGUivWyt8meuOvv&#10;hf8AB/sGfpbrPa+L2117hMQ8m3KOOjw0MOJOVx9DlctFJBisjLkMtR005q3M1qirKM7zpNaT3chl&#10;6iYUldT1XlanWinZWVIyyClWSojAlYEHVNGq2Bub295c2awTNaXNuASXUjJAbX2+XyY/Z1zI222v&#10;kvbrbLu11oqSKy0zVRUAH7Rj16rhxa9YZqLp7uzrfM4jF7lyu/tl5HH10eSqqVcyd619FtLODPYS&#10;iqaRKrxYHNzTO1QXFJIFkNwtigtu0UONrsxXMBUyGku0MimSehirFd6ehjVhLqr66O9tIGmLi12Y&#10;gQ7hNLeRWdvXTHr4jg+igLkn8K/PiT01vNpbcvWMcSIJN3nGE4+ECPQcWJx8qdGyzm891d/x7Wip&#10;srLtPrDZu46fKjddBNHBj+z6zaOVijyO6q8RysaTrzbtZErRqzquRrGV0lkggjE7Ji8VNA1Rn97P&#10;NTRZGN4cfh6GBKjJTzZGB54QYI2R4JZ6UPYvY6bt9bj2YX+4RMsNhshUvGw1SOaRjQaMK/iofSo6&#10;gw8oTxQbnzBvscrW4c9qAsxJPA0rpr5agOB9OjnZf5A4zMZ3GdNfH58JnNxYyOlqq/PZysq8TsjD&#10;bc25kMZisxU0mWlUJuifHSTxI9NjnqBHK0Qn8aSrIA77E7Xp6bGQY3B7dpoqWnCxRrUJU10ByM7L&#10;APPTRVFHQ15p4rKfNAy6r25uxLLzapdvV7m9vJJbt2CBqAp50xQvk5NCKUrWoHQXbmfaruSDbtm2&#10;WCKyjjrJ441uzDLNRaICPI8ehQ666Q3pgs3undPYXb+4d6Z/cNTHBTLisTidr4jBYGBSy4rCoVze&#10;4MctXVySTTyRZFGcsi2/bUgEod5b5zsFFj8dLLQGA1NRlZMPR0OOhqf8rBASXGRUQp6WBIkiI1K7&#10;OZSzX0qK28t7dmFbKFneupyAG1UJFFZm4eRzqyeDKOjy69yLzaNn/d1rNBaQsCoaNVWR9VCFIZSR&#10;5kacmieVelyOlNhSbkfdeUxD7hygjoYqNdzV+R3LS437FakLU0VPnaytijrp/u5Nc2nVbSF06dRV&#10;eF+7hzDZWvnlXLyUVOtVJNoqachcfSwTQ1TTzVELyVqRKsrSENKsjfUsw9mS2W7CYNLZy+C0YGmh&#10;01UUNO4hWJyrEfialadQ/uW87jra8t5GdNZJZlNW1MxAYaQWWhOB6DhjoTDjKP7RKGKnggpY1VIo&#10;qeJKdIFQN4zTpCqLA0TNdSoUqeQbj3GqZ6qtrnpMdj2nneRPFR0csskNHEzuAoq6yod1hi1EjyTE&#10;/Uj6ew7vMj7PElzuC+Esj6QHwWZQdQUUzSvEYHyNB0K+RfbDnH3IvJIuU9hlnUAs7BQsSgcSzN2q&#10;Bx8zQdILsjtjrzprbL7n7O3jjNs4SnMkbZDLN+9WTRwyTmCkoaKN6usqRFHqKQwuSOQLc+xXwOxK&#10;bFw5SfJxUcmRr43pqGspGaWposdNRJFNFKWjiH3pl1AkOV0AC97n2t2iCH6i13aKBCqKvhkr3FPi&#10;oeIySQcZAB41HWZfJPKvNfKXt5e8g7hfJJIbl5HijaqeI2ldGumAujJAIJOK06q/358q9n9n9s9e&#10;b52e25qbYeDTFyTVGexgwr5ufHZiurYMrT4tp5aiTGyUsymE1EcMzEf5tbqwrW2h8MtkdB7kyHZb&#10;JuLeWcNdkcPNU5+XHPjds4rccFUJs7jIMbHT1krwSslOtZLOjiB5C8NOkhKG/Int9su0b/8AvCOW&#10;WXcZg4Vn0sEElWfSVUMMDw2ZqDubSijJnTePc7m+bb9jg3P932GyR+EWRNZklZCAiszMRwqfCVHL&#10;HOtyNBsDxfa22+2ln2ztvI5CknrccmXoKujpSzMaCqgmqsdUyVEL08FQmkCaNwUZZAI5HIfSNEtE&#10;0u6sDJt7LRbgxmVgwmSlws85Ta2GQUFREYts1aYqlotxZaqIGiGori0UUi1LIqRICNRFOJo42Y+C&#10;vhnSxPheFpYVTTHpcyfGqSy6gwEqggKOpIs922+8tJJZbpIpFR1BFPGYkgjUokMkcak5KxgAjw07&#10;n6Atn3Fj9m7tTdW3qvBVmHrM5h8fuWho/Hls3Rw1j1cOVy8tJkMlVYvGNrJkkSAG0TQrIGc6iXn4&#10;xdgd+/ILfeA2biYKXauG3PFSbs3HRk/wHFZaaClk3JSUMkqUwnqafLzVCCNELJISG03S+DfMHJTc&#10;1+4nMhspEteW1vFE81O3xGTVMlshKmR9YchEr4dCzPEO/rIu29x9l5I9vtn3rmC9UXMlsZIY3Pe0&#10;IdhCxVeAMQUAtQNQniT0td8/KTqz469P7Mzm/c/XTZbcWFgh2LtRKWWr3nvCTxeHCRUGJhlq52kr&#10;KVYiZXYR2Yu7gLI4tr2d170V8HNl1IpBBmN/VGHmyzNkTSvVOaOmZ5Mlk64olPt3A0pSRpZndQYo&#10;5GReGUCXeuY+W/bzZl2LZLPRrBbQatcXDLUCW5kC6dACkgBUjShESs2qQ4c7nzb7lfeL3x7DYoDa&#10;8mR3BgmuAGFAzZjiDEGWdgKIoWoYr4jINOqt/J4rvL5zbkxW5u3Keo2N1jt/PQ1G3uscRJI9DDM1&#10;VJHjhvOSnqKxN5btfVCabHwL9rSVLpq1yJHP7oK+a/8AMS3J2fuHMYHYeUiq6HIYlsdX7vo3rKaG&#10;GmeCSnqcRsOhrfGcViljVVmyh8tRWPI7oY0jE02I/NvOF5zNfT3U05ZjgEBlRRwKxo2VH8Tt3Nxo&#10;BjroD7K+w+we3ex2tu1oQ6yFwp0GRySD4lxIuHdqnsUBUWi51FY7XenuhttdeYCgx9NjFpKWlmNV&#10;FRy/bSVdfNrEsNfuCrp1Va2rjk9UUIHhgQ6bEkhTr/yRNx5irwXa22gYWw1PXtmUp1ZZPDXtFicc&#10;5jdVQL97jHQOLEE08RH0a8v/AHerqUXe+2bmtsY1f5hwyKCD9jVI+Q6ws/vMNqtYbDkze/D/AN2b&#10;B4DnBjozgH5o1WB9HccadP8A2rj8ctftbIzPJDVy15oTUg6m8UV8hTnT9B4K2AEWsAsri1z7vAra&#10;CgiWo0U0gkqEngQs7+IFKSqrX0AyOS/hoX/H0v7y++rcGFJphpZh+ZJCj+bDrj3srzC9e5LdsUZb&#10;hTzVAf2sOpGTrWNFRJLVppNbTRtIOS/lmipQpX/UmSqXn+vuNklFTU0k6hnUxRI1uQkgRSbn6Ec6&#10;v9Y+1to4hhliagatf9Xz6i3mJT9TKxoCXJ/aa06XuDX7ei+34UpcHk86T6+QLE3v/sfed5pIqcqB&#10;yLAj/EW4P+I90VFkl1EY6DRYqMcOnVQrPe/+8f63/E+0PW1SqZGkCljIbEj+yfx/vHs/t4e1dPw9&#10;FswqTTj1PS/1vx9Lf7b2wTQY2sJZk0yAfUAkN+PyLfj2Yxy3EOEPb0nSa5gNF+Gvr1k9p+rwcYV2&#10;0GSM6v20t5Cv+0n6cfn8n2Yw7g1UFaSfPo3t9xkOkVow/Z+fXvZQ+1/h3L2pnK7cVH3t3lsKGujh&#10;vhNlb1XEYqleFBE70VLUY2tko5JfHqkVSArklTY6fcfcy8n3nMO7S3sXuJzNtqMB+lZ3rRwAgaSV&#10;TNNXGgxXNBw6yN9v/vELyHs9ptM3tXyvu0kTH9e8szLKwJr3sJEDBakAkVOAa/EPewpx38uLBQvC&#10;av5H/KSqrlTUtTJ2yqIGVjpcwDbumUre9n+p9ly+20kcKs3unzo8wHH96MMjI7RF68fXoe3P3xt4&#10;nEi23s1yJHbNxX91kk/LV45I/Lr3s3Gwvj9Q7I2dTYGTdm597SULVDw5rdlVRZDOtDKzPBDU11HR&#10;Y9qxYkSyvKhkJBN7EIklcs7tumwWcG1XO9Xd+qEgS3To8xByAzrGmun8T6npQatICrBPN/udfc2c&#10;wT7zFsdhtkUioGgtEeODUFALLGzPor5hWpWtQSSzdXF7X59wcjtiuxzFoVNl/BUAhW4HN/oQfciW&#10;u629zTWBnz6S2m9W912TEBj8z9vDrv2mWqZKVyJozGw/I+tufp9Vte/s28KOQVUginRwIVnUGI6h&#10;173lGX1WDSR/6zQhSB/wZY0H1/Htv6ELwB60dvIBIjIH29e9zYsxIgOiwT6MYmIOm/1PqFzf2xJt&#10;8bZZKt8x0kfblc5Br8+ve5kG4JY2JSWaMAaizepf9szyC/8AyCfaOXZ7eQd8Cmny/wA1OmJdnjde&#10;6IEenD+dOve1jt3tLcW2Kuasw9dTpUT0k2PkebHUFagpp5IpXTRV0cikl4FINuCP9gQxvvt9y7zH&#10;t77bu22iSzLKxUFhUqaipDDFfLhWn2gw5am3HlHd4N/5fuZLfdogdLqTXuFD+I/4PLoHO9+gupvk&#10;v1zkupu7NpQb46+zFbja/J7bqsjl8XT1tViKlazHPNVYPIYyv001WiyBRKEZlGoEce8WY7J3Rmsn&#10;V5jIZUfeV7RvUGLE4NIy8UUdPGqQLiUijRYYlsAPx+T7pt3t7se12Nnt+3QPFaW6aI1DvRVzUfF8&#10;z0k32BuZN2vt63tTcbpcNqkdnlBY0AqdLgDAAxTh0oOp+qth9I9dbT6p6x2/DtbYWyMZ/CNsbfgq&#10;8hXxYrH/AHE9WadKzLVlfkagGoqXYtLNIxLfW1h7SOSylPkAj5CQTSrJqFQtPQUU/Fvq2OpaBj/s&#10;SSLfj2cW/LFsv6axl1/pM5p9nceqWNjNaq6WgKIR8OqSRfz8V3A/IeeehD9yF7EXFUop4clMsaX0&#10;rNMamT6fTz1DyzW/oL2HtZFyijEUswR+f+U9MNycNwm8Z7RTKeNF0j9g0j+XXvYT77+RmC2ji5cr&#10;uDctDh8dE/ieuyVWtHS+QgkQq7FDNKw+kYBZvoAfbO5DlPla0l3HmHc4LSyRgup2CgueCLX4nY4C&#10;rqJPl1IPK3szu+/30dhtOySz3jLUJGjM1B+KmaD+kaKPXr3sGto/KGn7aydTjuuYc1uhKGWOHIZe&#10;DC5OgweOmdWliiqclloKCBp5I1LIia2ZTqUEXIJeV/cPkjmvcZbLlKC7v4oj+rMsMkUEdRUa5JkQ&#10;VIoVUAuwIKqQa9SVv/sRc8g2MFzzlNbWMkw1RwtcQvNIowWEcTyEKDgs2lVOGINK+9jbTU3YFQBL&#10;URtEG5uG1cEE8WYqR/S3HuSxNsqAKNNKcK/7HUWzzcpQkpDKGp5Hr3t5p8HuOUANOwcjVbxj9Rt/&#10;W39PaeS+24A0XA6LZN12eLuSIaft697w1OzNxTW1QtfS2uyXWxNwCA1yR9b/AF59+j3izXInUHp2&#10;DmTaIqaZBT7eve4A65zNTbV9xc8C4RQtj9PWSLG/5v7tJvloAdcox6dKjznt0JxoI697ZdxdAZHc&#10;1HJRT7n3Xt+CpXxzNtiuxWPrXX1iRVyUuIq66nLKRzDLERYc/wBQbzKsPMsE1r/WPcLS3alfpmij&#10;JABH9oYnlU1OTG6cBmtejfZvdux2W5W4TYtvu5ENV+pjklQNilY1mjRh8nVx8uvey/4/+Wh0VT5v&#10;+N5yPd+6appGmqafcGbpayKpYsrsaqppcbjsnMpcm5NRc8XFrj3BUP3dvbQXzbjeSbjeO7amE04O&#10;o/0nSNJTX/mp/sS7dffa91n23927X+77GELRWghZGUEEdqvJLECPI6KjyIIB697Ovtnrra+zsPFi&#10;dsYPFYDE0xcxY7CY6hw9BEzroaRaSijhgWWRgS721O12Ykk+5u2632/aLVdv2rboLWzFaJEiogr/&#10;AEUAFfXH7esYt95y33mXcn3HfNznu9welZJpHlc0pQFnJag8hwAwOve5n9zcXq8v25838U/jHl1H&#10;yfdeH7L9dr2+w/Z8VvF4vT9Ofdfp7XxNf0/d4/i189ejR+zT2U9M9M/1mvtPheKPD8DwaeWnV4la&#10;evid2r4q5697/9erWkFZO4VEABK8n6/42BPJ9jcgEZ60yauI63730IPopP1JH0t7VlJiwAstTIBa&#10;1wxAH5vcG3trFTQ9MtpGqmadQ5KiwYKot+SB/wATxb2oYJ4YTHDTIZZWKgIigh7NYaDazG/1t78K&#10;1p0yHNSzYX9nUCVHKM8jhIwFdmZgqqrEFdRNgAxNh/U+3mSSlogJs9WrSoQHio4GElVJcXs6oHSE&#10;f8G9R/p9PdaAHjnpOxJesdT8+PTfqnqSI8TEZiHKzVVQCkMBsD+2CLzuAb2BAH+x9pzJ76do2pce&#10;sVJR6iAkRZZXX6EyXPrMn1OoWH9Pfi/aF1Y614chJVl/PqXSYCKOQ1VUXrKxjdpJPUFP9kopGldH&#10;4t9PaVm3AWdlSQjgFiLeQBnW9zwgB+n+t7oTTrXhtH6U/wBX29PS01rCxtxYEk2t/S/HuCcvJI50&#10;yEEawot9Wb/A/qJRfx/Ue7AgDh16IAk60rn7f50HWURaRaxP+tf/AIg++/4oxBMmhBpLSFdVgwU2&#10;IY+kLf8AB590NKHPTRQVYBTWmB51/wAPXvCwt/ibf77k+/U9U8KtkapJFaFRJBSryz6VLLIQt5Q0&#10;hcaRa7W496AZopGpUAHHz8vy607IECjLD0P+r8+umW58Srz9Gax+jD8H/WPs9/xuzSZ3rLJUiMj1&#10;FFnclFMBqDJLOtPWUkYCjWXK1BUk3swH5BBzF+79fQXPK93Yh/1hcuCK5yoZSPU5ah+RHl1xj+//&#10;ALVd2XuxtnMJVRb3G2waW8gI5JUkHpVKKSPRwTxHXCBRDUSR3/UFkAuSbaFiv/rXUC/092mfHzti&#10;khwuV23lJVx1fLSlsZ57sEqGuJ4l0M/ihkdQ6FiAOQbEi0w8x7beXERniTSAG1ZyCRgn0zQ9YDxL&#10;aT3NusT6mFB9oFQKfsFaceOK0BWvkP1TlN25HaG48XRNX0mFys9TnqJPGZHphTxfbVqRsR5vtyrx&#10;uvLWKlRbUfabzmGqchm5pKhWkYyEHymOysZdRYG+q5B4B+p9xpYbHNFaRF4yJJP5mvH51OeoZ9y9&#10;9kG5yxaiEQGlK8cDIHCnDoxu0aanpNvYiCmGmKOhgCqBp4KkgMv4tf2vdv7X0aH8ZZtKcEAgLqJ4&#10;030pcexTabM8SK9CWAz1j1vO+mTUC+M9Kb2I1PiBCgXTpCqoFwSBa30tzwBx73LYyYVVp9tafn0C&#10;5dx8RyxatfTr3vLBDNM7OIDHTcLCZAyTyFXZXkaIqBFGQONVmP14FrksVhc3LlmgZYPIsCrGh46T&#10;kD0qK0z59ameGKNFM4a54kA1UV8gfM+v7Ove5q42STlVNj+SvH+8+3V2CaViQOzpEbxUwWz17294&#10;DbcVflqOlq41lhklJlhdgiTLHG8phZiQESUppLXGkG/tq82Kfb7O5voI0e5jQlFbgX/BX/bUPQu9&#10;v4du33nfljad1lZNpmu0EzL8QiXuk01xUopA+Z6A/wCS+9d6ddfH7uLe/XGNjy/YG3Ovty5DZGOm&#10;gaqgqd2DHTQ7f+4pUVmqaaLKyxPJHb1opU8H2/bgxVTTJBRVsqvPJNU5CURMDETKVhpwR/tPhkK/&#10;6lH/AMfYN9qOSr7b9u3q45hYfvK6vtb6TqDBVrVj5lmZif8ATdZe/fx92+WeeObfbzYeR0Ccr7Ls&#10;qoqU06ZJHIIC4wscUa8PLjSnVK3/AAnp+Kfa/QvSXyJ7H72xlXQdo9591fe1s+Qn+5yWR2/tjCip&#10;o8jWTi0yz1e4t3ZdnLMJPJctcm5TDYqIL+oL/Q2A/wBhzb3Kn9XrTSVRmr9nWBP1shNSOthn23VG&#10;NdLEE6b/AKvoCPqeefx7JbvlyVWAiBb0oK9LYbxWoGGevew1zvY+zdvmogkyiZLJU5kQ43GOlTIK&#10;hR+3BUTq7UtOWPBBkLj/AFJ9m208i7jcFWulEaA91cGnoBxDegNB8+h5snIfMu/G3eOxMFlJ/osv&#10;aun1VT3t/vND69e9hjXZzcG9pTFXeLHYeORpI6GnWQeYoVMZq2ZleqmWW1gyiO/9i9vcw7Vy9ZbM&#10;kmmINqyWPGvH7QPP8h1kByvyBtHLwW4jLz7ixoZHUAiv++wMx1ApQFiM9+eodTVpAjNcHSCSQbgC&#10;3JNvoB7X2z9puZkRUaKFXLSzSjVK78N+skGQm/8AQ2/2Hv26blDbwkxnU5B8+PHPU47NtUkq+JIl&#10;IqUA9T5Y8h5enRbu4+3MPs/EyMsqVuWmjtS0gvLDGzN40dzGygLfm2oH/W902/MDpefZnb+eydJL&#10;NR43B5Gv3xhkmqnp8TVYTdtNRZLcGLnjAEVbVRZbGxw0iyaPCxBN9aj3g1z/ALXPY8zX8wc/SqzT&#10;gE6VIl7pAK4+KiD508+u3v3XeZId/wCQtna4I+tjgFo54lXtSywtQZGqAK7HiQWHl1M6W7Spt9bH&#10;29mHYSZepjOCzFPRq0skFdSTslPWzRFnaClkpKl6iQ3JCcj9PstG3MlPgsjkNvOkaR7S2PknpquN&#10;XqAI8dhcxJism9PNHI702d24yzyMqSJJLjJLEcj2DdvAtb252tjVYkdoyfMBX009AyFGP2L65yd3&#10;W4EtlbXJT+3miVv6IZ1BBI4lGFP9KfToT6+OGSjpKyWVEir8riZJo3kWNoC+Tob0xMZVZGo65TCp&#10;a5/eKckj2Cp+wkgzs0eUhqdt5OHFNTVsEpjnNNueeOmwlZRRwrTaJocoyRsfGrCRYhYEkknuJloy&#10;iYmNx2tw8xQgeqkAetcdLzBKyRJLDovkGVbyIB+KvkVGrOKZ6V/lU/brIrxSgSX8YZwjR2JXXyLz&#10;xgleblQbfQ+xo7ojyHcXxtbc+0KSmzfaPXf29VNi6xo6dMjX47xU+5MdWSSx6kpcvgZ5J4xGAryA&#10;KGBNvZjdXLXmzzLZRA3dAacO5PiFfRgQdRxUcegZtrf1d5rMN1No2yZm0n0R8g/7RmYFfLXnj0De&#10;BSs2Tv8Aq8LUeNMJuSTy45wGuHkGmmKsosJFqP8AJmB+gaH6Dn2Wf4y9vdwd87B7E2jT5Cr64wWy&#10;6rLYyEZmlo6ptxVOcWqKbYyNfjYKFYMBhq7HZFLwozeKpUK0kqmQhDZbS+3y3v4muPp1gjLjUQod&#10;yxGksaALj4uAJArUjoi94/cjlz2vveUUu7Rry63V3CKpo0aQ6PEdRQl5CJYTpGW40016EuXaO3pc&#10;4m5J8VSVGWDReOplijlNLPDqvXU3kRvFWOkUSM62fREgJsvsyvRmYqdqy7F3JvSlxjVOyNldfUkU&#10;9dRxrQ1dTktmS12Z8lXGcg9ZQ4/Pb2yFMrMUAip7r6ArNJHKd5Zptm5SbhMEubdINBAr30YNQj0Z&#10;gONCpPoOl2/7c3NvJPOdhttuJpL0SPHECO+rjSq6qKviJArAAEjUwOagJPdu2/7wYjJ7eSoymMfc&#10;lfVPW1OPq5lq6CGLJUXhrKI/cwtTeenwynTGbeaSxXS73MT23juqt59rdFdw4qox2A3ft+ZdvdgY&#10;/B060kea6+mpMrlNvTY/HRk06UtFkqv7oRamJZ76zEySSKZd6sn5h2jdoLqJLyEMjLhahkchgFBJ&#10;GpsgtXqPPYO25zPKfNvLXNvKktptkiEW+t1cLIQIpIi6nIKkAMqjBIYBtQUAMJsztXrXb3cGztuZ&#10;k71xNZi4s11fntyZCrGQo91RwJQ5rbO58zNJU1L0wnoIJIZlXWVEykGQFVkdhd6bdqsXuSv2PFV5&#10;KjgosbqyO44npIq6mSWNKZlEwpaSneL9pzJO0FOiyHVLZgXFfKHuRtvLG/bjzEs91JeLCoCoRFG6&#10;rpChyxbtWi4ZVqaMHBp1LHtz7ebfyHy3tXLe2IsNrHNLIAj6tBld2fGoVLFnUACrU+Hies+2Os+y&#10;9x5jbW4O8Mlhod1aa0vjtkTJDR0M/wBlEtXHTtU666ehmg0xlgZp3LRsyJpOkH6Dd+4aXarb43Vj&#10;DjNpbiG4WxGOWsiArYcRg8jlMpmFpKKWrWkpa+LHTo9SX8szxSFQRZ3y29qPvDTb1b8+b9zBy3Zx&#10;W8W1S3COgpJK8as7a2qe1wDVqAswqK01GSoLvb23S7tbWVW3NVRXcpQaXYhVJKgllDiiVYICv2dC&#10;etJtKrzNftXAOancG2EwYymVnxazrT/xCaM4vHvlZowK6THpkIqlKaNnip4pU5syqJGL3buWWnwd&#10;bgFpmo5vFWY/72OcUKRZ+irGEc8Ek0emSiahmMbeR/Ew/wAyWKlons/cXnHeOd7662jbLM395JFL&#10;G8iHTFHJE3h0UsQNBUsHOojQTpYmnRc9lD9VObmv1GrSVIp8NP8ADUGnnVT6dOWU2ntapOWXKPVC&#10;aWmpoa5qXxrUP/DZaVyiukbHVUJkKZSQqOVcASL+WfH7ajwNBk1xu5sxRNnKrHUGXqo61qCro5Wr&#10;IJI0pazHVOKqwa+SKdYlcvIzU37nkOsMDb3kW/5Svkhtd7u4U3MrG84kIKy+MCUWRZIjQlX0qxri&#10;mSp1O3W4yyFBJbB40TtqKqx4AAGqimPtPqepuQnps1WUkOXwGMyEmNircphUloIqgT04painnjgh&#10;qYKoiSmiqafyMmlWSoUizWAjda1eb2DvLcWNlyNVn0yjTZNcvU5jJ5KeWkba0NdjxVPlqutNHPNW&#10;0s7PFE/iSLxk+on3PP3S4ruw51545b3LcpLoB01SySNJpjVCwarMwjZ9VTQ1KgVwB0rsZ0vngKxg&#10;KFNBSmAxU0+VPMcOom7sLjN24KjElHBjoKaoo0oqJqeCB4ZEyn2FbLCgjAeERD0lfTpY/wCHtmfH&#10;VmBo8plF3NmZ6nKbcqVaOvqqDK5OVv7yUUlMqNVxQy1v8SmjamEctSFmfShliXUQAfeT2wX2/wCZ&#10;9xs9g3rcnF7tupvFnEktXul8Ma9K6w5GlakszCjSKofr19MiXEEPgABHGKUqNDVrwr5HP29KQx0k&#10;tTSUH8Io1hxGVozAgoRHShBi60XF5YwkkCSs4cq4QAnSTb2scXtenxkmWrIY66Sq2/Niq2hydW8d&#10;RT/dyR01U9PUMlPFEiCevqY0SRiUhiiUMI1jVW919roOTd33CCW5ll3SxhtJknd1cGVoY2ZXJVS0&#10;QlMqjWzlVRQGwOiDdbqQeHBc6Qk+sFVpUpkVFM/DStMEnNSemWTMGqGOxbyUUUeZOYpaihgjVaiO&#10;kjerjkqKeJPKzSCnEBLR6VLSNdSSR7d8oYt34XMmF8pisVi6GhzFFT46oq6alizOKwlQtJLk8ZFU&#10;Chy+Mq6R3+6ppwYZZBexlEbIebByTtvuJ7be4N1HfXMEG1W31UQikMaGaOCZlDJ3CRJIxRy5XSwB&#10;BMiqVCHIM30G338PimS4i3G6RifJfqGZRX8JCfCeNMDB6wV2MSgz23a+oSkrMw7R0T1dRBT1FS+O&#10;yddTfeLT1LinngqoKssIWjYlL82j1KXul3bv3G7vHX2bghoqrF1m6cBg5qRop6GjG6cRi6HRSKki&#10;SUuSqKKphjBaQsPK+pY7soguXmbnS23qTYd+g0tbpJBHIq0YGWONW4VAkaIhCoapEh7QSKRZzfYc&#10;n828mT837Fahp9zW2lkNCrPFBOzjUuDoUhqDSAQoarBQes1LgdrU9NLuA1cr0sEdLma5KuRzNbA1&#10;FdViepWSeVZIIKu8iDRdzCp1vYXS3bOMosV2fvHa23gJ8V1/jtibFeSolTzRy4zFO1X6SVjaWSvu&#10;76byOVkZiV5IM3w29pzDc2cIU2cJgtFNcF1ietD/ABVRnIBoc1yOjr23uAeUdreYmO/uVuLxoxxW&#10;N5QF1ea1DqpJ4Up111FmKrP7DwO58mr0lfvGqzG5jBGGVYIcnk6k45GJGrSuJamAL8kkfn3Lw9VR&#10;ZfIHZniFZTZenw2GmjCLGuOr8/NUt/Fo5ZWEKzPQssGkeQafIGj+rezm52qO6tIohGrSTTJEtMkF&#10;y/cBTyGkDLZ8q9V333M2jl223ez+u8Lc9u26e/df444gIzGBTuYuBQAg6io8+lC236ioraLMJMaV&#10;6esnmtEhC1NLHSPDS0M6oA5pXrppKi/116SOCfbptzs7BVPeu5Zc1TJjtlDsOqqaKOPHV00+Sper&#10;evcUMlJC9H+xUpRxA08MSIrTyoArnxiNp/tPczZod85l2e6hjg2I3cL6wjggWNrGJCWB0kJGNKr4&#10;fc3f4mFQ42+2vJ++7d93rljb0Lzc5XtpLIxwpEm637zprqTXxC+vUWoIgxIFeu96Y16uhrpKC75U&#10;41cLTo86oiLmK2miAdzG2kvMqhmLHSgP0vf2PceTx9bkdy5OjE0cOR3NkapXmZj5gsppoZY1YKEU&#10;U9PGoAH9n6kW951e3WxW+2bHI9qrUubmaYkimrWVVGGMqYkj0nzWhGD1mX7NbPLFyXtdvOgNzCFj&#10;bFSpVVJXPnUkn7T8+i2blxtdDLh6V7SyU+DpIdEZI8Vy00sTqrOHD1TyPyADr+n594a3MRKQiatS&#10;r6pRcrbmwuDpuB7kaHb3cBmp9nUwnZSi6mjUL6UH+DqHi9uVUml3AKyP6aY+hi5HF14YAC/tkXNq&#10;xYLVOAQdNwfrf6Xtz7XttzAL+nkdMvtdvJQNCCB8ulU+2ZYtDNQrdba0B1AcXsRyfz75f3sy9CyP&#10;jck8UiNcnVNqCg86Tr9K/wBfx70dlspwVuLVWU/IdEV9yftt8pimsY5IzxDAEddDY2DyCyJlsFTV&#10;MMiEBGgp3i1sCNUqSrpLgfpJ5H1Fjz7fqPtHNxB4jNHUtMhWqklpaeR511IdMzGFpHAC8XJsbeya&#10;55H2WV3k+kRWbjTjX59A7cva7l90Dvt6q6VKkV40IzxqKE4+H1Bx0mKzpvbcziWnp5aAwsstPBRV&#10;tdRQU0oPjElPFS1EMMdg5uqrpIJuD7GLaPf+4saZF80dRTa1keDJ6qxdOpHaFZaktXU0IsVVI5ki&#10;S5upHHsB757W7ZcjVA0kc5atUxU/NQQCOFQBn9vWPfOH3eeRt8dw9iIbylQYR4YOOLIo8Nm/pFC1&#10;eB6DfcvSLFIP4VkshQVP27U6zYaZKN45YhIy1gpqREoKqpjLFnaogleQWtIpN/ZjMX39Q5Oru2Jo&#10;EoZhAIqehNGmVjqFSNJEDZSppMZVoXLXDVNOypa2o39xPu/IG87TE0tt4tyFJBUUU/JgSwBB+wUz&#10;TV5Y085fdQvLfbnk2S78S+RzUOD4bLjNY42kVgK0HhkE0BKA16Cna+P3fsRIk3Pn9wZeanFcs2fq&#10;RlarHPStPqiaroMPHWZOgAiiVQ8dJWDWCWCI4KrWp3tityQ1a4ipeGXERQw5CjloDRVdCJRVRxTt&#10;5UDyUk7UsoSoid6aQowR2sbBvaIaXM1pMpWdGo6NqqKgFeIUEEVo66kNDoZhVhiJzN7ZbzyrdJDv&#10;G3iNHY+GwZXWTThgpX8QPFSAwFNSIcE0nWWfiqaKjqlqUyEGZLmCtpq6SqhlqYWiFVR6ZJjJDVUp&#10;f92nlijqICwEiLcew5rcpUT1NBDT1mTmmjqIxLLEKSZKaCLy2bx1ckTaBI6ltB1FV+htZhyLTwo5&#10;Wa1TwTQADBJPGtfKgzTORQcSA0diiihuZXSLScDVqrrJBp2qxrgChp0Y+hmKqw8cVmRzEoSQSOSv&#10;BUqNJufz7BTe3VGQ3Zm43x2PC4dZCchLW+Hyz1VqhTDBQyyUIsjGICpIkjIZ10WtJ7K972213wWp&#10;v7tI0VaGiM7MKNUlQVQMQFoxZyeBjFB0TQe9uyckWl3afWCfeFoqKurQhWn9pIBJhe8MikNqINas&#10;Qq6o1mkgjeUaDoAVbm+m39r834/1/bnTdM9UbekwUWWxVLUZOuyaY3DQV0s1RC2ZFNW5FqYQUUUN&#10;JCftqOeRRKulFQ6WGkEB7908q7PfbYqWCGWWQ+B4il9bqjudIYMhKoGbuAHaSBUDog2v3h95edU3&#10;682bUm02Vv49w8CJHptzIsauGlYyOC7qgWJqnOoEagZEhWO2ttIYgavra5A59vNZsPAU8ArqDF4z&#10;G0kMFVW1QxbQ0/n8YdRSTT1lQYJWp0QgzSCBRxb0rq9idls7Mn9NIwjseyJY6qEyWK6BmpNNTNwI&#10;ZGU0lDkvmXed+H06bgbu9Z1i0z6iyljXUiICTqcEgR1Cjsap11SGYyi4yYLUiqWKR1KzQU9RUQrE&#10;0ipeV4EcRs+rj88e0PunbWR2x9ruTbE+SUQMsub0VArqKnxyQK7ipw1MkCTU0UqXmljkLBQbMttY&#10;He0XFneRXkF8YY38OkIf9NagVGqQkhSa/iHDo3g3DZeZ2/cnM1pHDMzaQyLplYgkaonNCXwNCmlT&#10;xxgzcfWztFI7VFPNC8JeijMbwmVidMQkrZpXS8jEC2hbH2rqHLR7k21SNk6fJ42aUrWxxTw1FGlR&#10;SSuZIcjjszQ18k8S1MkLWgZ/IgWzArdmLZrB4765s5ACQAr+G7VDpQ6eC1oaVZaV4GtadBPddmve&#10;Vbgz2lwZ7IPRGZVY91ABJEVpqoKVAC1rTj16nrEnyM8UXiZ6eNYKkCbVLDWJ45Jqfw6IyyRxSL+5&#10;pAJPsDGx24ts78x+LwzPuKmytYKRHNZR1+XaiqIzU01ZlYBPHkKcY5IneeomiWLxRyG7fX2K9uHL&#10;NlyzO1zM0N7bookdwzOSSVXv01ctgAVJHE4DdC+PbW582SAQ27JdE9oUsqK4YqyqwIB1NQaVJYtQ&#10;enUnLZ/FYLE1+YzFXHjcZjKU1NVWVCukKgOI0RJNJM088xWOOJLySSOqqrM6j2bzdtRtMU2C6g+0&#10;TcGQyq0tTk8XReCRqWlgqEyFZnqxniliozHVxrNGjGOWRQTGw8er3ijzjuO07xdNy5d2hvJryYM0&#10;Aahji1hxI7UYKEIDBSVLDhjrNj2r5U3bY9iPNUN0LSDbbY6ZSHAlnaOhjVUIDVFVZ9LojU1jPVDX&#10;95uwN17/AOzvlDU5GTZuDxdXk4Nv5XMNWBp2FLLjcNtTFQU1ZDUVYqcYTTVL6ZqRJ2VJo3EjL7eq&#10;ekOdwud6k2puvKben202Joq7c2CqqWr3Dj6qqqKTMtRacu2YFJkK2ilkjEhhdIlmLRKGAjBdtFnY&#10;WtvfcqbdLNFDaKg8ZZAzAyETMoMhaRWZW8gUCHs8PSFCbarm3tueYfcPebKG+lmB/wAVkrHGdMZV&#10;CfBVWK9wZasGk0nWZA2oovtLfDbU25s3uTduxtvbjTeVZksvj9kbsxhoNp5ylp6SXB0eXqaPBx4s&#10;1+EoMhLFUNT3SeWVEjqHby+VgM7o2fW7p7FrsFtnHxrU0e38cGq6bCaYIammjra6gmyNdTz4+WCP&#10;/ctUFPCxdpnVEUu11P77kabc7U7kPChtpV0ICgKs61oCquh0rqfIoRqb7Vh3mTmSC3vLjcb65AUP&#10;TT4nedQVZBHVX1GiIW1DTpVWbAo1mHwErpsH8XNo5ncuWqaufcGXz2REmVyFRVVbwSZEYymhpvPP&#10;X1fip6XHLZWdhGoNrD6E+yvTnYeF3HLktw4GryU0Dz5CPK0NfIaCurpXkq6ugr5aOtmq8bh6KZ6T&#10;7SJ4g5ajcGPTI8k0e2/ttzBDuhu77bJJ2oWEkcg0SsauyvR9SRqSPC7GIKMCAHZ3NrfnjYbzbUs9&#10;v3JIo/g8N07kUEKrqGQK7sFkaUq5Wkw7u0ID2UWaxtbEpoqmKQObKpDxyPbm6K4UOLc8fX2zPtqO&#10;onw0OUhyAhlhpKOmqKmcSOlTTSrUGhqfFRvFDPTmRireZA1Q6mNSV0+z2LareOba4b4TeE5VVZmB&#10;KkA4I8PTqDZHeqtJiMa1p04+4S+BfT2MkRlR3YhAQCrAKSKNqwTw0miHuIHCetQqk6Svq/Tc/ViB&#10;wPoDz7EWg21CzeGCirAHQJTpEUEM9PGhANMDIkCszCy+R4rn9RXkCTtj2zxptD28gOAoGkAqv8NW&#10;0g0zkqK8WFaEBblvXhRPKbmMxiuo1IIJPmCCaZxQHPWMOWaxZQfzcgf8T/h7n4zr7NVi6liEcMo+&#10;4kuqTySRaLiMs1TF4TEdJJjLjk2uB7HVrstyoLvIv08hBrShOf8AT1AHGn/Gm4kHbrzhtlpqjlqH&#10;QlR3UNa0yNI+w8BX9nUoSKgH0uAOeeePxcgc+xKTrnF0mFyaVWR+yy9dja2mxNVJJKq09cVK0LRx&#10;FKhyI5Lu3kRrhD6WBA9mE9osFvcwWcp+pl7RI1O06SVprJGDQ4DVHUe3PO15PuVm1jba7GCZDKox&#10;VCe/zGWGBkZ4ddBySCouLjm1/wA/4exH2LgMzUU9BM8RanpKeCjSTzK0bSxys88v3EvgiV2EiHSp&#10;YAtay2F3Lq9isbdIbmXTcmNagEGoAADYVTVuLYpWlK9R9zPuFjbzXKRyHU7lhUAHPlpBbAFB8Rrx&#10;64yyLYji5P05BP8At/8AH2O+XWupqrGVNFSVNVUUlOlf54YqicmORiRUyKsHhnhoWiZija0jUCRw&#10;PSxBdo9tcfWWtzIqRM9KHtyOAB9WHoQSaKAa4j20jE8c8ZcLAzACpC1cBcfECCRwNKuSV8j1CBRg&#10;wcgKGCtc6bE20gkngk+8uPyNBUy00yQimaSOSlQNWGSeoKr9xPUVMZndRGisW9CXIHJ0k+93dtPE&#10;JY2lLcGrpAA8gBileHxYz69Jp7SZKwMxLg1BC1p5cRxI4GvnjrtorBo5AGDD6fkD+n+vf28RV+Cp&#10;8jDNXP8AemGVZlhipgsZimLMheXxIx8UsepAoYEiw+vtG9vuUtq8cSiMkUqWqceg9SP8GenoLe/u&#10;ITFo0K2K6uB44+eOodQkxhl0Oy61CamYgqoZXNibX4X6e0rmcpLg66qBWfGUusOfIyeCkkkl8OiW&#10;SyhJSziMXt6uPrx7N7KGG8tIGkmSSSgz5sPl6g/z6P8Ab9t+shjYfqTDgeLMPKnmR9nWRNMiC76y&#10;Ao1Xtdgtufcqgz9M9X9vJKGkjlVIWk1EQ6pG+rJzCxC31MD7rdbbKsHiomCMgDj0rO3SBFdQKCoY&#10;DjX/AAD8+ok9M2lit7A8gXve3H05tb2KuIr3njmeNfKyQh5o4pZGSOJWZY5pCbMQ8YPLHTf2D7y0&#10;WMxI/b3UFRxPoOi2S0pLGjClWAGOJ8h0jchDEni8logjIFDCzPcEFQDySF9XH0Ck+8FRNNLoaMNE&#10;zBhC4UNKaZreSQqRYatOkf0UH8kew1ul7ZvcS7MJasIS8gGOA7U4ZDAktxoKAqQT12d/uyfunrzT&#10;u8vvHzpsrybRbqyWC0UK8yuoadg1SVjAohUA66kHFetav+cz82tvZTJN8Mdl5uqqYqKJNzd4z4up&#10;qKZFUUVPV7I2SKujqo2qqWoqKyPJZOnQqzxpBE+pHmUMNOksVHHkp4YqCsaATz00RhljjmeNWena&#10;qSCOSeKOZGHkvqYEnn2S2c81zJDyrKJPHkj/AFm1/AAulipVV00OsZAqaaqUHXfSBorKJdvhokAW&#10;h4AADh/hPHqh3KZrH5jc0/RW3MnuLde0462rpaPdteMpS1VVt7GVclBTZujw1dX1FPgq+ow8fkkg&#10;kj0LHHHEIo2JZ2TD0ObrKmKsyqEPUQhK3VCia5oX0xNRtTVU0C0WkFlje8ya/VyzEiLZYLeyf6Wy&#10;I0wYdiQSzNVqqQxGgkkgUpQ8Qcdcm/7znm/liPkLY+WVuIH3+S7UQowId4RqaSYMdQ0I4jX4wdTG&#10;gp1eJ/LFwGwD39maPpuKqqNhdQYPOwPmMfk6itpEqd1whVxW7RmsbRZes3hUVsbieoplhxszUz/b&#10;pHDTxwoJ9NjKWmikalh8s5K+oqRpBA1DVY2DD2bzXMsrfrSUTrhQP1PjbtP+fh1fHkdxV7VcZqZ0&#10;pVs7hVYFWsb8Lf1ICbf6/tQHGGpx6RySBZIoXjWKOM3Rpykh0S6FXUpHA5J59lf1XhXTuikhiMk+&#10;mOHSP6URzF1rQ/5Okw29npcmxWm8sbSKVq3csfFFri0ummRtGkX4H9r2jag1NBUyxTRNKyppRmA1&#10;OF4u5XSocgaefwb+zyLw7mBHDUzkfb6dKWjpGtT5noSqCWhzlLFU0kqSKrAyKjWVDIAAiarMVJay&#10;3595qKGop6mGb7lZTUqo8cEdhAsiB/GBKVbyA3A408E+2ppY5IJIzHpC8K8TTz6TtMJIguggKaVP&#10;+rPXOvehalnp5okhSmOoCeWF2lEV7urRsQUB4IPq45/HsQo51p0QVEkrGHiE2A9NlcksLeS35IuP&#10;YcdPFJ8PAPHphVZm1VwegayNI1dKRjaZI0lM3meRJAhDMFBVbEIpUf63uHUZiisFZApDszTKXE1m&#10;BKi99Nr8H/D29HYTtVlaopSnl15odVdLVP2dOeI2xl4gzLKjQtGpjgXSadHRgsjILArIQSfrci/v&#10;CmUilR/EzM3IUWlNkHNwVNi2onge3DZvG4LnFOi26s2PljpY0dHLSSQibSqmxddQKHmxf+guRb/Y&#10;e8dIHZpPLCzzS6V8rq5vpYkMDayuukWHu8wwulgEB4Y6L5LegqPg6UVRUxkKUdVgQj9tHszW+n05&#10;Y+5VZQvHThy1SrFmZvVJd7sttcYIRVDXPA5HPtmCdXm09tBw6QMhZqLQ+vy/z9TcZlRNVvC/jN0G&#10;hgBquqg8sCbnSQP9f2j613Jcga4+Arf2mIvdWH9n2eQaagYr1oqMDgehAoWhZlQFPIfqpYcf19N7&#10;/Qe22PyySqlTMUpyG8jLpsFdSFQluSVBsfzf2pYosdYwDJ6dJZlemqNCz18ulBH4VQMq2a/B/Bsf&#10;VYW55P49zYqSMQxpCGdSSyFb2cOV0lr/AFNgLfge07znWXlIGKf6vXpiMTSS1kXvpSn2+XUOrq4o&#10;uZHEdv7Z4t6QbqD+qw/HtuyGPnknWFklDGXUrghxCrJF6SFBDXJ5BII49qra5iVGkUgrT0pXjw6N&#10;bWLTroorjy+3rFHlqPwtUxzI8KKS5ZwCQgJdrE+lV/PtyqKV6WgpKWQh2gMrsSrC4MpZLqbBSVcm&#10;1/aaOUTXU0yiisAP2dZXe08bx8vWsnEnX+XeSP5dU7fKjM0uU7s3nLT6dMdHt+FApuzGTCYsLP6Q&#10;7PHIHGkjhrix9hlUVWHbcGTJSlTLY2mginqtFGK2Kild5oo/LHUSVMVOXZyocqly1uSfZjFa2cs6&#10;3SRwtuSIFLUUyKjEkKTTWFYgkA4JBNDTqd5474bJa25Mp2yeUsFGoKZQACRXtrSgIHyqDjpt2njM&#10;/T4DCV1LNUTYXLTVpo6QjINRS1cMAiq5Ck1PBTTVEcSBm0K7DRGzk+OMopuod0127cC1XuLbuT2R&#10;X02SzlPUYLNTUlRVCmoMnVUVJkEnpGanlpslTUYq4zxphnS9xZiDrTcNz3KyN9e7BNY3Jlkj8KRl&#10;Zv05GRZAULDRKgSRAaMNRUjALQX7qcqW+27og23co7+1KJ+tErBSzIrslGyGjL6GBrXSGFNXRga7&#10;O0+wJzQ7ezFFu+kr8fh2x+cokkpEXITUyyVmPqoGmn8L08lSkSEOTMVPAa6ILy5bCpG0P8WxsKIw&#10;Oh8hSRsWYKVveUfrDA/6x97a1uyQ7Wsmr/Sn/N1HEG0zxPo+lkqPIqf83SHzA3rlKqGqfbe4q+uY&#10;litPgspVRwQG7CyLTMFKsdCKeTcGx9r3A4qnmMVSGSYsvkQR6XjCH0hlddSspJ+t7X9hfdtz+mik&#10;Z20RJ8RPGvClPXo1s9uaaXwjHQ1PlTIFT/LPVc3yj+SFfs/GZHFY95cY2ORYaz7qknp66SpjOl6e&#10;pT/J/FKjxsD5ET9JH1U+1JU1EcSeOFfyOVBIsVYDkcc24/1veM/PnPcd7FdbXZsXbVxFdNBWuo8K&#10;/IY/Z1kf7ee3d2s1puN7FogAqA3GppSg40+3NaDrXA+R3yWqt6Gsw0VbJk6lqsmaopqiZaKEBtbx&#10;MzkLPLJJdeCQvK/X2nKrKYzEwmty9dS0UAYiM1Moj8rn1BVBIJ0j2U+23t/uPNW7QTSbfLJYoauF&#10;pTgSoNc92KgcB9vR97q+4NnynsdzZbdcr+82GlAAS1agN8hpFSDwrjy6Vf8AL2+C/Z3y/wC4cPTU&#10;fX+4s71zhMtSzb5ydGBTYyjoHp6yrpsfU105gYTZGppVgMUDNUrGzSAAAMChdydgUe5aStxVNkEm&#10;oQ0whqIHkJiUgrqQX0Mh0/gG9vfRTkPlJdiNvILEQuFUaaKoIAwDT08qnrnZu3MO6Xt+txdyySky&#10;E1csTk1PH18/l19DD4sfGTYnx92jR4/bGzdv7Tr5sVi6bLU+BxtDSQ1Bx9J4KaCR6SmhEi0fkkWP&#10;UWazFiSzuTXtmcwkc1UlHCmWp6KBWqFgjklrTTIFMk9PTXlMrwxvrKJ62QG30uZdu99trTxVhRZT&#10;GpMiLq1qBQsUC11kKcAdxJHl0IYLbxEDSzNA8h0qWIWMN5K7HK1I0ktQCpJ4dG59oStwGK7AwNFu&#10;vaORizeAniaWny2KqKWvxVQYwTJFSVcEjUdRJqBVlZ1kjPDBSCAG5/3LzpaLuGw7wlzaV7GjZXVw&#10;GIOk5UnUCtNVQ3a1CCArG57hyfvN1y/zDZNa7xG2lopVeN1rwLKVDgZqDpKkZr172T3c/wAOq/e2&#10;5jnKTcr7Vq6aqmnSi2xsbE4pTHJVeaOpyeQpsrHX5KrjQsod/GyubqVAN8et89g7zmTeF3Ft4axv&#10;kkZgltZQw6dbakaWRJw8rKdQ7uFO0AHrITZPvGW3LOz/ALqudmW/geMAtdXskqkhArLDE0HhxqaD&#10;tUGuNVcde9q3sX4+/J7dPVu2ti0Oc29k6jbldiqql3LSZzeO3d3VzY810MNNV5OozWWgyH7MrVMk&#10;sjw/uQIEjARSXudOSPePcuSdj5Ut90sZJrJlZbhZ7qC5fTVAkkrySiQZEhY6NJULGgABJLyV7tey&#10;Wx8771zRc7ZdQW14kqPbmC0ubWPxNLF0jWGEx8PDVQG7SSzktQe9rzoj+X/kd7YSlpPkdlt5ZDI4&#10;rKzNjqFN8tl8LX0E+PokkaWWSgevx2iqomeNYHjkMcqNdWEqew5sPsxLLtCr7m3l9dXVvM/hoL7x&#10;YpEYIMkKGjBZS9UdWYMtaMp6Jfcv709vse7XE/s7abbBaTwqskjWIiljlVmoANeiQFHC/qqyghgF&#10;bUnXFmCi/wBebcf8Tb3a7tL4ybK2vBlMps7au38fX1sFNTyVuLgpIquaXF0kOMWGnKRRaFipKRYa&#10;jQQJKgN5tUvkJlXbbvlnZdweTbdsit2kChyqcVRPDWpOqlFx5V+I1J6w/v8A3E5q5jawtt53y5uL&#10;SN2KrIxYLrdpHrXJqztTV8K0VaKqgNk+Up4JAsr+MDVzYkG1gf6fS/sN8p05lJq6SYR12tmUMoNi&#10;Jl+gMYJBbj6fk8+5Dud2sb5YnW+KoB64A8iCeNeGepz5Z5qs7SxiD+GxAzw9PX7eo02Zo2HomX/X&#10;tcAf6/8AT2vMB1pmKOaE1f3VQkaR+KGUJGf6NpWymQi3+x+n49pZd9soYXSK7qTivRbzNzNDexhb&#10;eNUdiakenUEZnH3IEy3vzYC1/wDHnj2KcuErK2mShpsW48SKjSFW1qQbqwvJ47XX8+w8l9BBKbiS&#10;8FDmnQCtbzwZdc1xRfTz6iSz0sOqoebSjeu44H9b3P4PsO9ydc1E9UlU9C/l4MxdQSfFdi3hcsoH&#10;P1A/rz7E21czQxxNEt3VfKnz+fRxcb6YbdlW7qoBAofUivDh04YrKU0wkVJdY40ixt9ebn/D2nK/&#10;Y0lVDFFTjQ+q+iSmRm5B1aVctdGvbgAezO05gjiYszll/wBMT+0+vQFbmxrSaTuDRg1OR+3/AGel&#10;DG4I+osebg3+v4uOPaNwnU1Ac8y1VakWQlc3hZVbUSy3YIkfjDHjm3AHtVc77Fbo1/Ba6gfxV+VM&#10;D8ujG559uruxEEMX+LV/PgeJOesjuEXUfp7NHQbShxVFHSkyh9DLLI4jFyq/TR4o3YleBbi1vcbz&#10;7xJdTtMBVa1AH+foCfVB7jxSgpUHH+r16a2qfIT+RyOB/hb+v+HvA+HjTx2mhcgxaQPDI1SVDr6o&#10;1VrpTxuxIABZl5Hvxu2Y9wYH8xSv2+vUk2G6N4L6rXuK5JBH88cemGqaQyG9wpJta4/P598v4cuQ&#10;+4qInldhImorC80aSxy2aQ2kQmNSh4utyttQ+vvRujAyINOqlPKtPTp23eOKVGNK/Lj9lfX50PWF&#10;6wU37blQTbh+G+gI+vPPsN8rWUONp5aWKWOGSPyT1UgBllYQKkTWNRLIlPeRkCRh/ofzqNzdSsUc&#10;9zcSOBpzin2emT5VNCcdSZsVlcXVzby6Wc4VQApFSainmaHBr+wDHWNg8zFrF9dtCgkXOkALwCbM&#10;w/ofcvaOPyOZqaiojC5KILFFRNCESDDrFDG+hzUKtMs1VNUBnZXn1sC7vqIj9kg3CGPU5YBWBoT8&#10;VB5HJNTXyBGM+XRlzNPHbOluVMEgFXDVLSavMAEYFKAsF9AooSWCarpMbCxmlSCR5GklDzM09SLB&#10;QbjXLIiKukKAgt9Ob+xswOy56SlWTI1YnqnqBHBDAwihjRZRIWlnMWuaqlCMxuIokUaeBc+w/fb3&#10;IxlCxgwKg4jJxTOaenlk+Q6DEc8d9eWtlaaUBotXr3Ej5V0gcfWg9egl352PTYHEZ3NLTSvjMHiK&#10;rIVz09LJPPKKNFk+1p6Zp1KStG6LHGS0kruoFgwb2JUeSpMVVGhCQ/aLGrvkIaeWKWoL+uRplUVD&#10;I8agtYJp08GzBvcIb5y4Ob7/AOp3trn6dADFF4gEUfkx0Bal9NauxNahRpAbrJDljmH/AFv9uez2&#10;D6NtxenizeGWdjSgCuWBCCuEppLDUQxp1rs/IX4pbl+ftTS9sdu1/cOMGMrKqi2X0TUbt2xj9lba&#10;oKEmGGtoqGkgegrctlQZRVV81cKqRXKRssCpGjllNtYndtJJHUTLWYutVDNTJUTGjlhCunrpEiSn&#10;s2o6rqQSOeQLKhyfyvaxG0/c8aFgCfJm9DUksa+pPSGX3Q5y+u+pfmCQzIcEGmn5UoBQUwKY4Cg6&#10;g9V9NdY/GQUsW0+gcdsnsTDJV/wTL5Wm2+dwTV8/jvFTbwfcGdziwzPSgh1mPju9gNb3BXLfFD44&#10;52J1yux6CSSTXeoo8hncZMWka7OBjshTJraQ8Nptzx7ST+33LNwDTYlB4Eq8gNSamoD0r61GPl0d&#10;2f3hPc6wnAg5ukeNmVdLxRODXtXLxlq5HA1J9a9Hyl+R3zJx8EVVhM1PSQJBFW1EM39ycq5jpogx&#10;Uvm4ZI/FGi8kyxLa5J9oXCfCroPaW7MVvbaB3tgsjhazzUUeO3dXLSSvGGjmWd5oJsxAJUZkkFPU&#10;QMVJUkXNyL/W85Q2ae23We5ms2QqSDMdOoZpqarDyB0uoPDqQJ/eX3i5j26+2OCwsb6CVCrE248T&#10;IoSFEioGHlqjahz9gU7k/mY7jh69r9l/JjcnVeDXeGHanytFu7aOOy+PjirbIitW0r1+yaiFax0a&#10;J6mnmib0kqQAAbivmOSop3givXKlRBTelE9b6tM0ilpIkdT6lDccf05BknMu2W25WW22+5GTb2mV&#10;nKKaqFYMUR6gMpA01UHBweg9Bylv9pbTbxuG1G33RbZgBIVozMpTUwrUGhrmjaqY49Uf0ndfUG1O&#10;x9s9PUPaSb0+POX3vtfce8avb0O5jlNt47E5qHMV+zMFnoKbH/xDGVsYFJLVUKyxmBz4j5QSQU3t&#10;u47BxWMShp4a/dBlEVdW1KiaKizMlNNJL9oFWNMjkaWG/wC4dSQeS4ubET5y5tKcy3TyXUnhbSwr&#10;GgwzJqFA1SSit/CKFqU4A9Yq+4fMlxsUvh2/6u8CQ6pPKMjFFByxr9o62i/jH1G3yTw258/nKSq2&#10;T8Yd0UdLj+t+ucU0eGy+/uuBOZKSq3KIaioyO0dp5NYI44qGmamq66BbvJCgaOcG8BuTOpUz5jcd&#10;RJTYevinjzFXlJpKWkNE6uKmV5GjqJpZ0jmOiVo28bldRCk+xvu20bbJDHabdF4l5Ef01jCkhvKo&#10;JVaY4cTnHULct80b7ZbzfJ401xFuAKXKdzmSN61KgEUZQToKgmuAD1YxvnpjZO49tbYxOJwOHwuR&#10;63mx+T6yqMTjYKVNpZfBfbPiqekhoZcaI8DJ9nFDWUKywx1VMNFwwRlCDsrtjo3albAlTms7mqWS&#10;pdKOBsXU4mkqHjZGFHUNkZqGHIS+ViQsRnikGliPUFVzbeTd9324tF3i1jtZ2kVAruwiZmNFFMq1&#10;cDQxyxwDSvR7Ye0G+XT3Nxy7eBrSgY69LTIhyCGj8TSacHpG2DQ8el9s6u3jXYOhfeuFxmC3EISM&#10;pT4fJPlMQ1SJGAfG1M0FNVtTSxaX0zRpJExKfuBfIwO1fyl2bPUHHY+OTb2PWSKGhpZ6GCFqh3SM&#10;v9nUpJDhaOOnLs1pJryXJ9PHuWLf2p3PaYED2iytGOKUEajiAO0E4FaAKRkCtKkT2vtDudtGk8ls&#10;lyzVd3LliuT8agGZ60oCoAU6QQQD0qvHfkk6v8CQP8OPaW37/fTdYM1HvHdW1MRSyR1vlwOQxFRk&#10;qhGkLVAr6mv2tPJSPFAFm8MJdCGKMx0hmrDtCyulkbtra50kfoiKjnUQvbPFMwQgU1DSWOpcBasK&#10;uW7Xl3a9MjbBa7hOwZAJ1mVFOkHs8O4VTVjpOonTp1A0brtRpvcjn6f7D3O6tzXfG5+512Tt7OV8&#10;PXW3dsDK70zlThsdVzZAVb1b0OMo5UkGPj3bnmxHjp3hNMYFM00kLJE8bR77scvct323WFrKP92M&#10;kSU0khlUsQ5aoTt7aLTSoqdLUoDLfKfNsHtvyw+77LCib/f3iwwWys7Jr0IxkZW7xCmvU2oupqqh&#10;jrB6AXvfp3pbtPCUUnbe1sFnIts1UOdxtdk5ZqSTFtQOzNLNNRz09RWYaPzlqmik8lPUcBo2fQRa&#10;DZIEjpog6rHEsUOppJCsKLoRNUzyM4VAACSeB+PoIytLeOGCKKMARoAAPQDA8h5f6jx6kaxjnnRb&#10;iepmkIZyRljgkmmKk5NPn59UPZvIQDI19ZT+FYYayf7Wli06IoTVPPTBIhHGEYRSqxAXSoNl9Nvb&#10;HV4Giy5i+/paadaerhqnL0lHKjqjM+iQVEMkaiQg+pQJA1ipBA9ma3ktqrfT3DozKRUE1p8qZ/2K&#10;+R6LuY+R7HmeKxtb1JBGrVBVtJFCPmK1BPnjjSoBAndbfJzPdRrm5NsVtPUDK4upx5xGQjr66nhy&#10;s15aKugpaaZCzwSxG6sdJQkfQt7DjsvsDpzorEYit3TDj9sjK5M0uDoNrYDGNlEllijjyecoqCSM&#10;JfGUlT5JpnSRBrVdLNIqyJrTbOYN/eTbNgSSe7kqaF0FKVBb9RglFJyc5ABBJp0ZbVsO38sv9ZBc&#10;3N04Rf8AcmZpQaatCeZCkgrxBxX4lqHbbe6/lr80pc3t7an92YsNt+Ey53M5yo3DtvbedqaWWfKY&#10;jau46zDzVeTnpMjkqcRtBQ2YUwZiygEhi3Z8tOlemOpaKs6jyuHXbq00s2R3vlqSoMdDXVyPLL4q&#10;PIw02X3NvTIzSyyNCIy/mBLKQWVcVfcjnS45Kmm2aK1aC7gJWQuCqR1yCq5MrtXVUllJOqRnapIl&#10;5P8AaznX325jk3Lm/VHsyyARWlu41yorMtJGVtNvAlKCtDQ0Hk7Ch138L9313ZOR313/AFOQ3f2d&#10;lI6ZqejRaZsVTUdKv24oNq0NDNLith7Dx7SrTLJqM9QiqjSGXSTrv/KL5X7x7pq8rh8RW5fE7NyG&#10;Qlmr8hX1DS7n3vJ4mVZNxuk8kMNGrMWjx1NI9Mo062lMaCPELe+YbreJpC7toLEksxZ2rWtSScGv&#10;w/5uun3t17W7NyLYWCR2sH1cUQVEjRRDAvmsS0+I/jlwzkmmkM2q1fYnWmP2vT0M9XTY45GkpRDR&#10;0eNphDhsErkPPDh4mijd3d+GqZFSWRQbLGruhIVW4Wph1yGL0UsB8lPqqEmjTQ1NqlLSFT6nvyvJ&#10;Xm9vYfzq7ia9SmrAV6FP3sGfyJ5KYVHeWNjl1zUlLtyp8bC6olZUV0LpGT+6yiTHqLkKpINgB7yI&#10;+764/ePMSH4lgQj83Ff+Ojrlv/eZwSNy17fXFOx7m5X5ahGlP5MadF378qjTvscFtKPlMhq5tcrH&#10;Rcg3+qqT/sPewJV0DVU+OWMBXGSqHAC+lwMDm4zGRYizrMQfwRx7youJQj2cjHtU5/Zj9hoR86dc&#10;dtrhrBu4Iz9OP5Twn/J0iMtnoaGPHPUFjCXVXBLXRxXYxkk08kvHJHe35sfaXfb1ZSSyGiNW8Z5N&#10;JVwiWnVl/MMySJNEPx9H4/B+nsR/vKOdVE4So4MpAP8AtgeNDx6Ae/2SXDMPAqSMEcakVzX0Pp5f&#10;PocMHualqaaHz1VKR+lZo2bVMdZCsypdFeQckH8nn22V3np1/ejuBYMFF5VJ41NyAUB5J0qbe11u&#10;VkPY+Pn1HF3A8BZdJoPl0u6Z4pQskTFlP5tYf14/r7DvKITKbMHjPqDcWNyWFrcEAG3+v7E9m40C&#10;vHomcEHVQ9OKfT/Y/wDED2xtrWRUVyA1wQLG3NuRz7Me3Tq68CCmphw65+89X5RAiqC1rENY3uOb&#10;3/w9txiNnJalemoGXxWJagPXvaXlqqpayEkuR5J1lYf4nWmoXANjb2bJDGYWFBwFOhFHHE0MmRWi&#10;kfyr173gknrpqglLExK7zAqUbxn68M45t7uI4IkFfM46UxLDEgLLX/P172JGG0pjWlkQeepeLyak&#10;KelIBGFuWNgi349hW9BN2VQ9or/h6QytWURpwX/L1hcer/ff0HuLksVRzoHki50cWQXbWNQvcW5+&#10;o9qLW7mjbSrHj0oD0+GgI6xhmDfTi55sf8fYTZXasE7sviCyNyqAKXK3JvpW5HsZWW7ugB1Y6OLT&#10;dp4KFXJH7epXsPMnsmc63p0f0Lq9Olr2vwLG2o3/ADYexHbb9GAquaVNOHQqsOZYAQl01K8fl+XX&#10;vZVOyu89n9R174/fNBvvCyBZWgqDtCuyOPq0TRaSjrsLNkIKhG544Zf7QHsC8ye93KXJ9z9PzTa3&#10;9qpJ0uLZ3jYDzDoHU1PkGqPxUPU+cme1XMHuDbG65Uu9ruo8VX6uOORSeIdJgjLT5agfIkZ697B+&#10;n+fHxqmq0o/9IGRpKr0oY67ZO9IrOwB8RIwbWc/4Bh/j7D0P3nvZWd1RuZpYwf4rS5/59iP8q9SJ&#10;L9073pSD6j+qMUkFK1S9s2NPUDxxUfbQ9e9jX1r3hsruF8xF1pual3JLhDA+Sp0ocxjqmlhqUcU8&#10;xp8pQULyxNLGV1xa0BIBIJA9yRyd7l+3vPct7ByxzAl1cWwBlXw5YmUNwYLNHGXU8NSgqDQE1I6j&#10;Xnj2s5l9t49vl5y2SWzguiwicvC6uVyy1illCsAQdLENg01AEj3sS5KLdzs2my2vpFm5/K6bnm3u&#10;QEn2xRQyDV0BEueXkpqz69e9w/7u7tqlYzyOPVySOAD9bfuWvx9Pz7c/eO2xCiyLq+Q6Ufvjl6HS&#10;IwOve0vuDrjd2ZjSmxO5ht+VtYlqWwkWUroxpNpaM1WQjx6SaremalqFt9QfYc5gm3LcoVg2ffEs&#10;QficW/iyD5prkEan5vHIPkOhDs/OXLe2P9RfbN9YoIonjGJDng+iJnI/0siH59e9hntL4NddyZ6P&#10;ce/chu/tDMRTeeOXfGYjyGNSSzMI4sNSUdDRmlWWRmFPL5ILj9B9wansnycm5pvfMt/uG+bgshat&#10;7MHjBJ/33GkY0efhMTCP4D0NuYvvS83R7S2y8p2W3bFt7LpIsYfDkp6+M8kkgalP1F0P6nr3s6uy&#10;9mbW2fHDhMLgsThqJXc09DjcdR0FICVUMFo6SKOmvbg+nkfX3JCWdnt1gLfZrOG1sUGI4UWNB9io&#10;FAPzABwM46xo5n5o37mSSXddy3W4urw5Z5ZHkbHAanJNMk/Ly697H44WkjxUdQ0ekG6kCBtKKo9J&#10;DBWA/H1I9hUX8jXRjDYHnXPUXpPczTFtfmc1yfy66uBwSAf6XHtPxY1ZZF0J/m2/K/i/0H+PH+v7&#10;M3u9K0L5I6XmWZRRm4jr1x/Uf7ce1BBikGnUl9Tf6ksRweBa4B/1/ZZLdCvac9IXEhBOo9euP6j/&#10;AG49uoxVIIyxUh3K2JCBiwt9L+i/tG11NqHdUenSYhwMucdd3B+hv7a5aCKLWAA+okgkLdVvY2tw&#10;DqB9rUnZ6GtB02ZZAR3de9p6aiHqJUljYDUhBsf6X+vs0jnr59vRmlwcAHHXvba2OjkV4ZVJ8gs6&#10;kEHRYgjj6XB9qPHoO3h0tW8dCroRUcPt697k/wAMX+h+uv6n6f6n/W/4j3r6s+vy6Y+sP8Q4U/2e&#10;ve//0KwMdWVFbMIsZSST/rs8cTFdNj6mdgix/wCxNv8AH2OGPbXj06SoqCet+qUrGuuaRUH09XAt&#10;/QWBJP8AsPbm9dQ0LH+N5VEkj5/h1AWqKxz+Ud4700diBe7E/wCt7ZLKPkekTMpJ8uo15JrfaRG3&#10;/KxINMYv9CiEAyg83+lv9j7aarf1RHrgwdMuHiIsJwCa2VL8GSpJL+sckKQouQOPbTSYNB1RiGxT&#10;HXMYuKVg9axrHUgqrgrDGbc+OIMRYn+pNvaWnzE0rtJUSvNI5LlpZHksSzGwBN+Bx7b1E5PTRAU9&#10;ox05KioAFUADgAAAAWtYWA9wmyDuxJCoD9CNV/8AWI+vHvePTPWw7fl1ysB9Bb3hetcWs0lwT61X&#10;k8fQm5uPeq4OanrT0b7Ove4s2UVfW8hYljGVcmxYIzqsZW13a3+Fvfqk8D15aVoB173NxQqq+aOd&#10;tYxkd3mebkySLq0p4jcsGt/W3vfmOmpSACQaS9cWNh/r8e8e7s89IaGCm0RJMjyLCjWBeOxA0Jqu&#10;VJv9bAce9yNrKACi/L/L69Jol1tXT2jrjGOCSbtc8/77/Dj2a34Rb5Rd57g2RPUMwzONp8tSSsZd&#10;IrMWY0q4yFBQu8FUGP0OmP8AP4mb2P3yTbt+uts8Siyxlwa0yla48zRvUdYJffs5Dj37kLa+Y1gj&#10;NzZXDRE0ofDuNTCp9EdQtaGuryplpy0j0rU1YpsqyCGYfS0cgYq1+f0yAcW592NZvb9VRMKygE0F&#10;U7h2klkBpi+sSUslGSI1jfxLpK6y63JBFhpzrsn+qtdbsuh8Guag5Bp86cP59cSNytJ9qujG6sEp&#10;gqSKD8uI+3Hy6l09VDWw6lkU3ABVlBsSObqRYjkj+ntzxXc26dsAQ5iGPMtGyhKfJJMs7RRKBNHB&#10;kqVTOWIRdJeOosRpuB9GJrO3hDIYKt5KVp9mnSC1T5GjgV/LoE71yhtnNlA0jRyUp4qEalNeLIxC&#10;n7NSE8eJr1KjhSIBYlWNBf0KAF5JJsB9OSfZi9n/ACV64raaM5aLI7fnjjTzQT08ddHFcLrMb46W&#10;rqZUVzYXiVv6ge0DLrASFVB811DUPyBqf2A/LqAuYfZPm+CWUbbLDdQ6jQgmMkeVfECqD/tqejHy&#10;y+xipe2+sqkUxTd2IpWqIRPCtfLLjXkhZnjuEyUNK4IZCGBAKn2kmt5YCFmjCs2RUgf4aZ+XHqOb&#10;j2355tRKzcvTyIj6SYwso1UrxiZx+YqPn172qsfufaFVHqpt0bcnhNysi5rFuSCfpYVYI9pfBaFQ&#10;DC51HGDn5jHDos/qnzM0rCXZbuPSBWsT4/kOuDSKn1vf/WP+92t7m1G49s0ajybiwMQtqHkzGOjB&#10;W19Q11NyCPyL+7LqWgMTKPsPTD8r76SfD2m6c/KJz/gB65A3F/bE/avXuLmSSfeeASRSQEgyUVTL&#10;cgo2kUZmb8n3uWLxF8IgVbyJH86n/iuj3YeTedIr223Cz2K7V4jXUUKAY9WpQUPGnWCqp4qummpp&#10;o45op42jkilQSRujcFXRvSwt+D7RW4fk/wBQUkK1M24ZayeKlhMlNSwNJUxIEBKO88sFNI6s5uUk&#10;ZD/ZYjn3S1s3hjd2aNIdRzUUr8wM/wAuFOh9uPtP7gcz3guJLAGcqF1uxoQteFFZqVrxVSOBA6jY&#10;zG0uKpzSUVPHT0/kkm0RKqL5JWux0IAoJtyeLn2BmW+X9LJNPDtvAxMv/KNUVhqakzRk8StDGmPR&#10;VZfx5ZbG3J9mEUdoWKPOGan4an9vy6FW1/d4lSKKTeN2bWPiVAiAH01ku3rxVfsHTj7Cus7N7C3v&#10;O8UuXyT0tQzEY+h1QIySSKPE1JQpDE6aTpGrW9v6n2c2VsNTIkWSOJFf2FeH+26k/aPbzlHl9Ymg&#10;2uE3Kgd5q7VHnqYk/Pt0j5dcWbT+V4+uptNh/X6H2LG0OqNwTRQVlVBDi4pLytUZKWISs5JuVp1e&#10;WckKDYMAwsL/AF9nse5WNmnhmNmugMhBWn2E9tPtPR8yvNOKIGUYxg/t/wBjpJ5beOGxpkgaSaoq&#10;EBAhpYWlZmH0TWSkak/4sPYs4fbn24nkOmugiLrBIqGMyOnreXxzeJ4jcBRyT6r/AI9sXm6yPCwR&#10;aS0ytf5Vp/qp0PNq2uxhK+Ko8UeuRx/w9A7vTftX4/t6aebHvNYSlXhJVGVkMepHYtcsG+g+nsSM&#10;FjagVNNUq8kNLFTTU8tGtzEspkBErsNSSyaH+v0B+vsIXlWcOznVThXGeh9DJCkJtoo1qWBDU8vM&#10;U+frX8uiGdtZ6GbHVyVFqqpkmiqkq5pGknlVIvEILAL40WRPrc8fj2RL+YHgqNT1fmZo1ePPZjLb&#10;TnikIWKeoixs26KKnVNLGabw4aqmRbpxTW1i49xVzty2+93FrFCENxLBKgDHTqMaiULXOSEIHz9e&#10;s/vuTbuq7lzhs80zjw4YbmMVLADxBDKwXH8aA54N8sz/AIW7tnDdj4LyfbyYWmw+dopYmYyok08m&#10;Hq3iV9UcC662CORzr/blJCm3ujzcUmKj3Lmo6LcVNiIdu11Vs3K7iytI9HNQYvGRnL4SLJtUR0lY&#10;+DnwtXNRyS67aKONYyzSOpxd3a1CTs8dxqkt5DBI1DXSuUNK1oUIQkkZApUY66U2DBz4Lw0En6yr&#10;WmSe8jHEONYX/hjfLq0fGyTvhYauooVaWtoqPKzY+GSCVTXzUyT1lJSuFWnMj1a60N11ySE+k8ht&#10;FBX477PHbixW3pIotu4qglptu0TLizuAJiczBL4auoq6hK85qognd4kWJXQSxrFfSmprSU2tuXgX&#10;QioRpNOKq9CM8Watf6PDOHJRGt3K0crMjszFmpWnmMAfhqv5+fU+EmqTXT1EwePIOyNUaHvGlZPD&#10;IFWMIPt9EMqRXN9PJJ/Ldsrf9T1N2FR7Sz9ZkJMHvrNxYKeCGX7JZKqrqMfS46aOVY2M0eQy2RhE&#10;kGggx5ZmNo4m0lIuxaNodi0RbNMYrj1wRQ/n0Xb3tI3OylnhoLiONiCc8VoRSoNR3UNcMowa4hZz&#10;F0eeo4aww0UlXjnFXQz1NEtaaSoi8UraELwO8kbLcFXXTIo+pHta4inwvxs7C7izOHxlLndjdhYj&#10;bO6tpY2jMNRV7ZyMeU3FBmcNX/f1cGKxFJSZXLrVRPPNFGyyRq4EUKsi2CWDbL2+ngCmG5hBCBQK&#10;Es2oE07QDkHzoFoK16xv9yfZ259+rP29h3bf57F9knuY53Q0eaOVICpRiD3Uh0tQNp7iOJB9gMjl&#10;KvGLHkoTDlKaSShqHlQwwVcqJ5YqujUK/lhqYCCCuoAhv9Tzw26+W3VmM+tVhqyPbArMLmaOCfGJ&#10;DRVGFn2ZiZnp6SrpnrsXkaIZLKsZJImGmrWwDlWdV/K0FxuN+9rJ/uO5LMvqFWgHH1ataeQx1Pmy&#10;bVHyptG22KXDO9vZfTayxYsYnCqxqB3sEPAUoxP4j1Lr5oqeLyioMMzyTQxHT9J5JQ/qWQR6rWtp&#10;uB9efz7MhsPA7bzfYr0W4ajJZqaGjEOCyeTSsqf4Ji964io22ZKbJV8r09THjN1PTiKli8UFJGyS&#10;eJWDzClhZR2vMBtri2LAPpU8aK6si1J4AMyk+n8wm3/fJtv5dN1ZlEuA5ZlUU8QwPFLKNKgn9SBZ&#10;KmhJYUrUjov/AGbV7hwOwq7JbaWjwtXSVcmerqbGwGFs3VbX3NjNyV9CDSxk69xbYoa2OomCmWe6&#10;oWkDKrKfbOP2/Q7G3jsr+B4+j3/tSpyuO3nWLTU1Rl8k1Lh6jIfbTV9RHNlnhqK7abPTUrTSKsWQ&#10;FhpAKC3abKCwvLe6hUiSNpY5VYDOqFqA8Mu0YoATp1Uqw4l+7b7/ALttl3Mbo7bFuEcYtlDMFDiV&#10;aeGtaanScKzFQT4VKAkgIzKjcFf2FtvtCm3HlNwdbbhwGFqtuUtNPkBiMUKvOR0QysWPSreghlmw&#10;G+L1FVJGszfwtf7ZF4PZFHt7PdQ9Z7ezdfiNvVlflc9iKkTVkMMAx9ZRZ/GVbLNRtJLNVQYusmtC&#10;v7gm0prXVrWeuTdhtt0tOdbJbiG22i429YmfCIutlSUsyk1OgTDSKlimmoqSr3LMt3HzlzNLFbTy&#10;wpFGwJBpr/TIAr54XV/Cp1ZGOvbObPYfuDuHNUtPW7mwsuK2xPiKYPWHJHLrHjGEE1LV08NNQ0tf&#10;WQRSx1CyNCQ80lrREuy7Q2ptrI7UwOM2Ln6XK4rGZaTH0tcI4oGnw2DWrWCljVGmdv4bHl6mJXFy&#10;ZrEAElfe+W9p2i037adv2HdlubNY5Ckq0GuFNRRQRw0Asq6RpY1GCBV3cd93Cz5gvP3hbutYVIAJ&#10;bvYEZouD2AnyABJOOlpld0ZXE1mRyu6cAtBOMXRPNTwTSZGClyGUkipJFE6iKlYTzYaGQKSTHHDb&#10;VZSWYN771x+zdz4TrhetKfc+WrPsJ48ys9DS09XkYrVDwtO0JyEFRDjaepWYQuIjBOdRLBdCrn7n&#10;jZdn3XbNg3PaJJ5IVR9aaNLSsAVJZu5X+IHw6VU0bUdJBtt21yb9afvj96yW6BZKJQ00EaTWj0aj&#10;FCKKCNAPr1l2xg8juigqt7jeeTwWNljyq0tDHHULFjqJKaqhcxCTIJQ1MReWGpjkmpXeOWlQIQjy&#10;I2Db+c27mt45ugnx9PhmpY8nLu3xU+Taq/iGNWCjShxwnw9PR5N4UyUsbNCjErLCkalGVfcpe0PP&#10;3K9tuvM+7bAEj5qG3s8sbJLV2gpp0hIm8UnxGVgtXYFQqNTo+22wmsrFHjvRJIV0r6EEAaiK18q0&#10;r5nPTnloMxh9r4yrxdc+ddlx1Pt41ixLQyw1DrVQ11Y4r1l8ESU0JOuYLpUkuGZj7lZPt3YmVx1S&#10;m0Nn5TccVNQV2KuMBWR1CPtRMfu6pooo8tS0phy8M4SQTaGlNS4HpKyKkURe7Fhdb7uG777Dd7lu&#10;YLt4RiZMwMJzFWcBl70IoqHIofDGsqWpsF49/wDXbrvLoscxcKjAFi40CtKVUAmkeF9akAhP4PYe&#10;7aSaGu3RuqGlIzEWXnSDIL4aquzEMuAgE0iuplx70tSkEVOpSKNYxyzAP7asJvzIz41MRufDQ4SL&#10;d1BWUWAxUNXW1lRJlchOtRj6vI1El1iU4qgaeFnjBLkLrIJ1F28+7O/86bjYjd9ujtbZ4njiQM8j&#10;MzsNHiMzV7V7lwoBqCuT0k5h2xZkgvttuNUlnKZJZKLUxqjgrw7u/SpAPaBXNOlpU7VpxlaPOYvI&#10;CsqcPlIf4hWSU9IEpsTjYcmlbR0r+NJCzV83hlUO1gSSpZQQqNqbextWmcoJa/LiPKx1EqQ0lQYa&#10;SJ6ulyMKiYMVZMbDOEZVjRRCsgjA0Lcm/t5d7hbbfzps2zbq8UO5x0eNWGkh0cFc+QIOkKVNCVBo&#10;TWF7LmfmCX963GxW0BENTIGUksAQzMlKASGMvVmP4a5rTp53lX/wx9tTypQGQVAp1qKmBZai6VFN&#10;KqUMbXU1LImsjUDZC349jNizS5DtrBZTKUktIq5lt11tJL5B4pqXrXYOUkieGdPQuOr6eXgCxkik&#10;N7k+wpzTFHLzFY3NzEsfiTJOwrTT/iVm5FKV7W1cBTt6i3ZZLvbeRhtUdwH8Oza2DAjP+7G+jwVB&#10;y0XhsprkOF8qkN+y4qwdWb2psXPJHVZTDz7RoJoFMQjTL7ozOFSZG1RlHnhrY9LKLqXW309lTbJ0&#10;26MA+7vsKIZXsXfvYG/3rKqvZK37TVjdpbbFLQa5JpKeSLb2RnVnWwjq0NxrHsDbLt1lcbPt+4zS&#10;R/vS9vLqcq7qXASkMZVSa6l0XBHCoYDFcynYQX21b3vEazSR7dY2llaKiKzRghDcTkyaaMGa4hWg&#10;WgMRJJyFGDBUkWFeHA0X3MOL27t/BYekp46fTTRTUkL+S8oUqjvTyUmoWPKk/wBbLTr/AD+1sB3N&#10;2NtOjzEeb3Zgtt0GZO3ZK2mkbE4Rqk6NxrQRRR1CQfw6vkZizWKxoulY4l8koT3OxbTt1xsNpI8v&#10;MNv4MpjqpCrI/wDahKllASRiHLfDowvhivP3n693bne45f8AcLdXNhyjfblc2SyqJAZ5ootEdo7A&#10;BNM88UZRKGjaw1STRaRRutHBHa8gjhLLf6EKmoX/AMPaF6329QVvatbuKur6yupNj4WSH7WvlpKK&#10;goczu2Ktz2dtW1k6LUCnp3po2kdx6JioVgkRMLz2bvJuV2sjCOKiGtSFM2qWStCdQ8MgGtKAhc6c&#10;5/cpsbHadoszaRRyCh7QSWitUSFDQatPcNVADVhqGkMaIPsGvq4MFU01Mft6zJVNPDBNT09bXTiN&#10;amkVGSCgpJ6gy+MyPewWLRdmC3ZTF09aZcXiqmNI6aOvx9HkkRGudFYpqUEpFgajRKBIBwkgK/2f&#10;fZT2glO4+3HJl49uqF9ugOlSSAPCTScgHUy0ZwfhdmWppU5BezUMTbJuzfEw3ObHoYwIyB8qg0NM&#10;8aZ6DbIUMf8AE6lXWaV6V/s/3YijkUqiEkjU5C6lOk/2ls1hewTtflXiZ0BLvpukbXUsLgcjmwsf&#10;6+5egtVcKaU6mSS3DmlK9KGgw0ciglVRFfSzqQWWS30sLEXF+b+0nU5OpYoY41iYh2aNX4SzC2n0&#10;3a45P9PZvDaR/iao9ekr2CqTQfl0qYMbToCrkyr9NTj1cAG5Nzc+2t8pkC8YVlQHWXMjEmyi4QAW&#10;uHP5/HtSLODSxVQT6dI5LR1PYvU8Y+jCCyA8/o4F7/7Vb6e3amykjX1ySWdwps3+8ghRf6e0k1og&#10;JAXy6SXtiZIpVVdTUPy6b6jGRepVRSdN+bC9vx+fazgzsEdMISkUkgbVqdW1qpQKdTAi9l5/4j2R&#10;S7c7y6wSF4U6jhOXbye9d5ogIhjjXHr0kanCSyTmZZZ4eLGJGSVFAswMKONMbsfqRYn6XH1956TN&#10;1AkSaGtd+B5QkkkeiQXuy+pjce2pdviZCj2y/mK/t9eje42KGO30LGjepKg49OPn1CrcBTyJJDUU&#10;IU2/b88MJV1bgI/oIZWt9D/X2NWyOza2irqB5a2TJwU1qfwtpm1PIXTyxySIZI6giTS9iFcDkFiS&#10;Y75g5MtJ4ppTAqS1LBiACuKUBFAFp5Ur8+Ncevc72s5a37adzO4WkUblGbWAAwIBoa5IwMk+lcdA&#10;9nuvZ6FKmo2/EuBylXMKj7qmLJHOkLBhRVdMjimrKZmUhNcTSoGIVgPoeuGvoqOhFdLhqdKiVKaa&#10;OOaILOkehmqpKoLIWDyE6Rp0f6qy/QY/va3M80lqbxjBVgSMg5oAM5/1DPXAf33582iTeNx5O5I3&#10;f6m0VmSa5jrprqpoialGJ/Ey1XiATxAydLbS3jBh6TLb9qKmPJ3n04sVKT0LxyOWp6pV5kjURkaE&#10;b1Lbkn6+wZ3Ru2eorTSZLJUCHKLPPjaCSQmSpio4Nc4jppXMDwwrKRwnD25BJ9jTaNqggjiMEDeK&#10;tAWwKVIAoQAa/Z5ceoi5b2WK2t/rIbCU+CymWUAGjO1AWNCc0NM+R8hXowIAAAAsBwAPoB7Q6TYm&#10;oGQlpcLTtkKOjpDFS1DVWJoJ5qiYs8sGTx9DWVTyCGZkYmKReACgLk+zu5/eEZt4/G1/qEgnuIoN&#10;OdRIFBXhQ5NSB1OWyb8iRWtpc7gYrZ2IkYBXfw1yQyOwXLaeLAtU6aU0mLPHIzBlN+eARcfT+n+H&#10;vnHixV0tRkdr5vdlNUY+tjpUoKo1lZRSVHm+yeF6fRJBLQBpLOfBOjRDUOBf2xfXypCttvO327Rz&#10;R/EigOK17sipPmKlRXJFOMkcqi3uh9ZLt1j4agfqqY43UsGbUo1BvFKrVVBUhiVNCKdJnN5WlpJa&#10;fG5IU0n38M7hZgYiYYB6xHI0bRNINXCllJPuYmCze3doUFNW5WqzNRHnstnoJ85PDW5MGWtM2Fxu&#10;2qiGagxmVhwdTKpjC1olWOERMoVSGxpuuW+cOWtrm2DZhdczWS3Dzs91pa7RWkMsUIUPCqrAxTRr&#10;ZVKKQAUITrI/aG9tOcOaNw3rcoYtruHsoYAtqrxRa1i0y3FwKTOklwF1sBCRqbxA71r0C24s/uxs&#10;2mF29hnmxbQ0lMrodWMHj0y1a5mFYqrM0NLU05aMP9kyO7gozE39rPZfS20pa6k3bmcTka+qyjvm&#10;IKFw9BjsYslTRyJVl4Mw4UotQZkp3mldI3FvIwYpIlt7pc47hsm2bXe7StpLJGVbtQuoQ6QpBDhG&#10;YAsyiQsKAZo1IV9zLXbNrj3SHlrnKAWVvIsTM7FtZEbkpGfCUsBp06vCWpBaqgoz8tu9rb1rcw+2&#10;8vs77aWKnmjFVia16yslniMsLebG1VLQSU9FEdKmYhWBhY6bFAw4Y7am2qfOVeUXbdOMnPRGmfKv&#10;S0tjQ1rFqigisyuoLQCST0IGWS17ekF19uW5XsLbdPcO23xiqqT2FiKGoySR5VVgBWhqT0KPYqwS&#10;65Nt+YnmLSzSsoViagRyaRIopQVIIxntBJqB1XX8/wDtrekW7MR1thd0wUOHxE2Kr6zEYarqYstP&#10;mhR0+RhqcrMyTKKSkgrY5KdNa6Zbv4w2lghf4bgKDfm4t4/wKh2nl1oI49z7hpKKjH95trbairY9&#10;tncWVgpqiWWXD09XUS08ayiSmiZgSASihGytLWy3Dct6vbNbS7CMJZVKkT28asIWmOkDWmpnQcUQ&#10;gFmVivWQFlvt9Na7btEG5veWTuvhwVY+BczUM/hR6h2MQupitGapYAgsUFX7RrKjpfE7OpKtd61W&#10;aqKGTbtHXVlQmVxG6s/VibcP8Dx0jwsBVVOimeWSNoppV5LNaeR+ws+ExOV3Lu4VDQbd3Bh8RnJs&#10;ycrjkxT/AG8M8ctZT42GKm+2kNH4nnqauUyOSsfAXj0VysdxuG6C2ji2OS2hn+qMiaHJD50UDr+k&#10;VZpGqHDKqAaKEWS3O5XFht2zHaoTultJNGq6GErl2BZGYVMioRpjCotO451YLDv/AGnubeG1+vus&#10;IKypr9+7b3Zuva8WzJMHnZM/SR1LUDY+Kv3BI1bS1tFDXPUU1FRY+AR08N5G1tJcgz2F8iNjbXye&#10;6sRtvIfxDedPLQDNw0+3czl3pchkKV6+hpKyebHU+K0VODpTLTRtWKgQ60uLMw45Yns+Zd4/q/BP&#10;JKbYorKiyHw2kjMyBiNKL4kYZw2vuUDgCOscdz5R3HcJTvF8oWyaRxpaREHhhtBZMs/xmhAQkAUN&#10;DqUXKfHvqfc8exNj4Hc+KqqDbO3sDSQ4poMvT4+cfaRA62psbWpVUs9TVanmMkYLhtMqg3UJHP8A&#10;du2szFUYisw+/KSoCJTT082FOGrKeeIxytY0udbJ0RaFTpKPGqodB1cn3K1lyBuzwwzB7b6d6Pqj&#10;m/DX4S1F4kUYcSCaEdRK+w7xZ3hmhntWKmoVj4qkZHcrwlCAftONQKngbXCbeWkSnlp/4cY0d2ik&#10;pKlnWZRqQg+OOOBnX+0eefag2pUbe3e7Y+WjqKKKqkCUslZjKymEzyGTx08j1UFNTTRl5CoIaWG9&#10;rkhvUU8xbQYLZzMqPpXv0MPhB0k9prXj2tXB4EdEdzuG5bLKJbicNKc1R1agFCTxJoKDHEUpXp1r&#10;1qKSmepjKN4rNKgkViIkUGR0W19SqCbfUkexTi6wTH4+r+9p2pHijmjikRo5GjsmuJHeIxCSMkgk&#10;EELbg3sQFbPeIIJIodrdDQgE0PCuR5dE9/zHNdyrH4rMpoaZ/M/L7RQ/PjVP02445qlFpZVmsyiQ&#10;kMp5te4dFIKf7zf2z7X24kUqGPXKKdnM0KhahVSRkUl5pyXs+rg/XSbfT2INy3AtCik6dWQa0r50&#10;HQd366dk1Ofj4HhTNRgD+WOlLJWBrXdRqVWRtVg5tdgOPTYX95t44PDT0tNVPCPv6Iyl4HgjFOYG&#10;WZJZJydf0Rw1lZNPOrUPaPbZZ5JiLgqbQVNTQ5pQcR9o6K9hvdxgkmVW/SkpU17qjhp9M/bX5dSK&#10;SZtRDuNFvTY3BJP1+g9rXrGrwz0VXhk0Usf2xanK0irB97E8SxBEjAZi1LGbHTpIsWDWB9k/M1pd&#10;QyW11FENAbSQD+Dz+QFaHA+VegrzbBem4F3JVptdGqxLBT6gk8PsFeuFb5V0yp6rPyP02B+nPP5/&#10;w9wKvJ46WaeQPM0mOikoKGpbTNVLDUy+OTFjQr1H2tQYBqCMoKxLfgXD8W3yAW0jQprcljjINPjB&#10;rSv2g+vSWCynhMMVNKSHUQACD+MMQaip1NTGCdXEtqzKhI9QJ1As4sRqe91b/kAce2JqCmOPlrKC&#10;efH0SVrCekFZV1kyfcRkyP4ahy0kcbSlVvIp8JCrY8+10UktvILa4JmnMRIdwBWjVoXArXHAY8+j&#10;tTK10qz26STFKgsulTpoaFhw4fwnj+XXi7F1jteTRe7ekEXbm5vz74UeiOFJ6SpJneNxKtyG9Akh&#10;fyRBGC2IYFJCwItcWv7Uza3cpJGBECM086g4P+UeY6MhC0crxTx0jY1oB/gP+x1wlYEkEWS/6b/4&#10;f73b26tVl1lertUg0rQ1IeAI5Ezuwd5oo4vuJl+5uXfUWuD9BykEFCiW50kPUZJFR5UJoFxwFOl9&#10;rtwbSqLQaq/In7PIfLpvaUR2ELBSH1gfXnT+m3AIPtJHFqs0k2IjqnjAWQoJDK2oOiqQwCs8khOl&#10;QFF2IUc29m7XwSFRfuuBSoH+ToULau1vGlyQStAWAoAD508v8vXI5GMgLPJGtvrchb/64t7EPbFT&#10;USZb7COpd/BBFJlIjqjaKzHTBK2srK8hK6OWuXI/SrN7AnNm5WOz7VcX9yI1fuMWaliQaYoNOR5+&#10;X7OpQ9jPZbdveDn3l/lyx2+RrGS7USyqAVSEEa3YkimNSgVrWhr5dEU/mEfK7aHxB+Mu/O0s1k6G&#10;n3ZVYmvwXVWJlkL1O5d+VlLLFjYKWCGKeZqTGqzVdRJpssMJHDOl1Tu3OUe3sPJmsxU1OMoaXJUK&#10;VMi0k1dI8ctZFTRwLT0WuUpVeRF1WIRGuw4K+4L2IX7y3m4zXirI0eqWUrIwj8TgBUZYP2jShC8d&#10;RAz9Xft/ynt3tfyXtvL+y7XDt+3WMKQqkMdEIJRBpCk6i3Esc1NTXrR/+Omx+3PkN3ZuSDHvB2n2&#10;p2VtfemdnyW5dxRYb7XceR2zX56vzNXk9108NLXZTbTyzmyKIWqKcfbTf5qYpUbmNPQ5zc+4Kiqp&#10;xBjP4vQ7bi0PWYzEqJYaR2QPC1Tms3UwkhSRIHdYEFw2ozmQcu2c24SKVVNTzKxImaNAzlGStSz4&#10;UKHNXITgutjzmQS2e2SlpCsrqzMaZC5p5jPywB5kYqYzL/Hqop9wdU9H9MYnFZKTNdgVWyd/d4ZS&#10;XL4/D9hdh0UVNuXceKWoENVU4jrjrPAVyvKIHMNSsc9dUoVEdhEwUc1RQ09dBHUQrU01NKIaoH7m&#10;HzQRv4aoLZBKgWxHNm49jrbbqO42+yupIyHnjWQgqFYFhXI1GlMAipz59fMf96TnbnD3n9294vEs&#10;prjadtraWyxpqVY42J1BlWjGQszE4JGkGtOtiT4fbU6h+J3R1Jj94b62FSbp3fk63cu79x0WUpcP&#10;hspVGR4cZT4dsrUGf+A4nHjRSxgol2llK65WPtaQVLUcL+hZFYFnQt6mIQqtmsbW/wBb3WSJLh6a&#10;yG/1eXWN03Ke/Wihr7Z7mGOo7mjKipOBU06H+Ht/qXf2Qhotpdj7SztbLG60dPiM/i8lUyiG1RM6&#10;U1JWSSuqRkEkXFjf3hknqZJVkjZoUYrIY9d76RYD+zb/AG3t5YolUqyhj6/6q9IXt1QMrJWmK+nr&#10;0vqEYyNSsxhqpgF1akkWwlLBWBtbnSfyfp+PeGKimyErSyWdYyPLrbllDc+pddv9j9fdnnS2QIi0&#10;J9P83SWRBTSV7enmfcNHt6mSKllKTSxlYliRo1V0QhSUY6pdJ/Ivb63t7e0ghTVZ0TRco0bkMojJ&#10;GsoQvq08fXn/AGHsueR3OQcjhT/L0meChHYdP7Ok5/Gq6rN7TyGYsro9/wDOTaP0sVsYm0kk24J9&#10;pjJ5OqWRlgk8xEbqGlbkcfqU/QEezi0s4iil0oK9PpaqVqqdCFgMZRlEeohWnZpVa0WoBySBeZiW&#10;vwfrx/re0NJU5Keo8tQZwCQlPqayOEtqOkKLWItyeR7PEitY00x0r59aNuFHata/y6F2CPE01GYY&#10;Wgk0KTOIlVnRm/QpP1QsDfi/9P8AWfKWWYygvLpdSfSjkBn0iyAAc6h/vPtFOqqpog0nzIr0nnhA&#10;SjJj16YZ2pfENKJYDUzugusepgNAIGs3/At7XdGQsAkYlpCWXRpJKgW9WoSkXv8Aj2H5gS+nT2+v&#10;QekUtKEEfZ0magKrlSAIwL6r/m/HFuePcyKpaRTDIDJGW1kMo8igcaTqOqxIv+r6e2GhAcSIKECn&#10;V3sEALKtOmZ6hoZtcEvjupRZVBbm/LFRyLHj/H20ZXJ4PGU0s+ZydDhqGBS8s1XW0tNTxqCLvJJM&#10;UT8j6sPbqidQZERiB50wPz6bi2me+kWC0geS5PBFUsT9gWp/l0q8XPnpZFehx9ZlXa3MFHPJpIH6&#10;dQIXkc829grv7tbB7bhxs+GSkr6SueSN8/V5WDH4ymU07S0goFkUJlqmpIPAliVEDPd9IUiPbtsu&#10;ppbd9xeOKwbLEsAaUqOFRnjQle2pBxQnu18iXe5G4E8cyTqaLGIyzH11kHVHT00OT8uhX2tj8pXy&#10;S/xmZaV6ci+LjAqKmNCoLfcESRinZRzpAf8A1x7SL9u7oxqQ160+QpqKshjnpHo9tTbhoqqE2VmF&#10;TiMfkrRysCSDIGsT9AL+xI3L2wzKUcO0grwdgfl2gnypTGR5VNOhDZe3kcsYRYA70z+roIr6iRow&#10;pHzGPMdTazGbWyElRSTV1NJVUs8kE6rlDQVdNMWIjjeKSqTRIBbTaNgbA2N+Uf2R2R3jnaNaba+G&#10;oanHTQ1CVGU27DJjshTyySx0yRTRVeTdKYMXBjaNlsSyvb0gnPK3L3I+z3cSb9NObiQkrrUeCukV&#10;AcgtIWfhURkDSK6ScmcXIcEQ+usGrLGQDFIQanOUKoAfnqOcaK5o14ODrzbk8kdfkv8AKWcSxplq&#10;mGanUpG8pMLrCizOA35DP+VH6vYodRUefwnWW2KLdZrJc8jZ2ryByNV9xVoclncnWwGWRTMikUM6&#10;AWbSqkLfi3sO80ja5eZ92k2Mg7dVAgUGhoiV01o1NdaA4HkAB1NvJlpd/QOLmKOJlA7RQCijh8ia&#10;ZP8ALy6qY+X2Swe4u7t15DbswrqcNgccKqhhUwy1OLwmMp6oI48QaKnqZHhLH6yxkC9r+wo7flqs&#10;R2HsjI0ORnx0W+cBvrr+SCg+3p2n3OcHLuPatbJVTwya8hSPt6rpqbyIY43qTrHqFo73Ka6tOYtj&#10;e3uzGl7DcW1FCAmTwvqYZNZySqwyLGGOkeI2juchp42Qwz8sbxbXlsjyWFzbXI1AuRF4gjnSlaBf&#10;1InJWhJHnTpc/GKemzmxdzbfq6KOvOydwbP3vj5quaWq8eFlyoxm4qZaRJClPQ+GojmlaGRZJwBf&#10;9Kn2pNtb2p96bR2/uilpqiWgzeFp6urpIhIk9JKGT+I0LLDHHItdh8mrRyqy8SJYqbkexhte4bfu&#10;2xWu6hwsMqFyMsY9IOtSKA1iYGJwQpDKwyQAYx5lsBt263u0zlDOlwIkYgEPrAMbL3cJUKyJSvxj&#10;uIIoM1D19U7IzmSxpq/tarH5aT7CurAjQVAqFk/h7SMX0z0OVxswBKsXCvYWIDMGW4zm+66XcjdW&#10;7vwSbS2nuPIbQzldtvPRPnId2beFIc1ja0U9RRpjqzDitVnoXmp9HLPcssas7JzdsM0N+1n4l48M&#10;7xP4bqRHIrKroWZ6KVqTTtwBgFgvRA3L820tZJudh/jVxEkyGWN9HgSV8J1oja9ZBXWIyCwPcfi6&#10;Gnb3YmzesmwmG33Dnm3TnsbS5OEPgqqXFUtHUK6Uvhli+9iqUnnppITNF5ZXYqAt2LKjNrZGt+Ou&#10;Sh3BtbtzsvsmZPJU1206DMRZLaWQkcFHhy2KravLUsWtpNLS03hqEFmSRfqacybBs/Nmy3trb7Gp&#10;ldQKoau2anuGpK5rTSRWlcVq5BEZLlZL23gtlHwu0VCvzBVYyaUBAcEZNRw6Zu5fjr1380dhZ/ZP&#10;cnTWAxWOy8H2dBuPLU7UXYmJidllpsntncGPpMXkMVWUrhZEi80lPIAFmjkQvGyz3L/MjyWEnZqj&#10;qjeUcIMReSjoMNXwwoioakRUstfDWShZWOhGYnTckAi3sgtfuu8pxWFvud1ypcvC0epijlyK8DRZ&#10;Kk/LTwqejNN/3iUyWlpzbbKAaIGUpnyHdUf5cdV77b/4TvfBXGQ0y5/Dbj3VPTxSq9ZX7o3VR1db&#10;JLrtLVSYnM46kUjWSRFToCQOLEj2HFf85eu+4CkFduSTbNdSLNHW4jdNFktvFIpH89PJT1SLUUKl&#10;9BidPLdQNQFuDInLdjsnL6/SbbFoiWi0kGjSAukCtCK482rx6ifmX255lLvfTarlpGZleN1lBYmp&#10;BWmumcEDPDq3Lon49dffHXatHsrrTa2LwWBoqLHUkUdFGkUki4yjFDTtWSqkcmQqPELmWUGQsxJJ&#10;vf3hkNNPAMnQ7jpFpa+qpKTGRtXxqJa3KsTjaOmnFTJHU1NbpHhCysZSwCi5t7GjX1vaGIXd99MZ&#10;3EcQYhULtXQFYkhmenaq1JzTIp1D+4WkqSNby7dJLcRI8jvorVIyA7HAYKle46e3FcVIH9CeAVCk&#10;/wBOBwP6ewj3xtrc1Rj62XFtNR5/GSTZGioZp6nH4ncdVTxl0wObrcXPRZXG4+urIo3EtFVUk0Ei&#10;RvrZA8UgK5t2PeLrbbi4225aHcY1MiLqKRXDKrUgmeNhLEjkhg8cqPHIiOWMYeNlWwcw7JDfW0V8&#10;iSbbPRHcIrT26MwrPDHIrwvIiBl8OaORGjZ0oJCkiZPaQxLdD7ETBb8zW0KjpveWd+9x24tnVeT3&#10;hn9tZXcGSgko6jHO1NPk9m7p+7aZpaeVoTPK6o/pkjlVQBtFp7dcqRW+/wDM2zTbDvlxrSWFpLp4&#10;ZJWQqykxPJZ3AcEtG6qzv2t2uujo53A+6fNrbtyxtO/rzJy5aeHJBdpFaRTxQRtrR6OqXtrpKhZF&#10;EhRAZAWkRo6+9ond/wA1uguozTbEfbOayxrRkMM8eDqshDLRUM8IjSrgyeWr6OpcO9aEieKpjkVg&#10;zEra5C3MXv5yByjEOXLSzu54jridYZXqqEAnTLI0ZIJJoVk1pkgJ2giTlj7tfuvz8snNSbzbQrGq&#10;yAzIjCR6kUMUKsuAverRulKLock9e9jVsjr7obsbHLtfbW4O+sHX7mTJbixe4sJ2v2XPfA0mWyGK&#10;OaxNdmN15ygnwGXrtvT08fmpZTMUOjQVV1tbWnI3NSXG0ctbzvtrJKHlE8V/fSExLI0TOpnnmhMM&#10;jRvGuqNqjuAU0IjXmjm/3W5Lu23vfdn5WubSyMUD28217cmmV445vDkSK1gkS5iSeNm0yUXUKlga&#10;H3uy7pXbm0doVO0qY1e8chUbY2tDtWNs5ubLZClyJUU01Xns5jnY0WV3PVVEWr7yeJ2p1d0h0oza&#10;hNuXKl5YbZYrBu11L9JbCIFppGZx21eWr6ZJG01Z2BPc2nT5Y2b7v25b6++y3FlZQreXzXJENtDG&#10;0VPECQROq6ooFDU8JNIcqrSamFemfLrUGlkFO5ViC1x9br6rAgixb+vs5DUUcsa1FLH54ktcxwnS&#10;gBDhbnSEDfSwFgB9L8kHpK8TmKV6OfU5PSDZ7cagWBrjjn16B3PZmSi101RUpDK6kkTzEMwB9JjY&#10;I1rG9/YObr25mcjWiWjyE+JpqaZZBHSUqP8AdEkRhJFk1SAkngj8/j2Ndn3OxtYdE1uk0pHFmPbj&#10;y8upW2wWsVv+qviNQU1Hh8hTy8uoGK3Xj6dBBJBR1szixlqKlgYFCG7q3jtpIF/p9ParwOGlp6aK&#10;DIFis7RCWSoUmo1kG+gn9HH1AsBf2T7hfK8ryW4AbNApxT/Kem7qVWNIowB8v9R6S+azcMlU1TRT&#10;fvU4doIKZz9vUEXZRb/dmvkXIH0+ntW0W3cLjnuqpUMxJYXJZdMjqp5Ugk/U/wBPZRPud/c0BJVQ&#10;P29Fv08kralrT7Okpkt/ZyrpDC8S45VQKxu6u17ACzBbH2mt7JRQUjALGdRNimppNIs2lgguPpz7&#10;NNhe4eWuo0FePSLcklSKgPpjpd9UV9XWVEv3Jcsisyu7O2vUCvpJbSfr+B7ALKbkpKZXiihXyRiy&#10;NFETMFVQWLO6kgAm9re5HtNqnlo7yUjP5D9nQNm2K6u5dZJCHjnj8uP8+jHQlljUXv8An6D2lMXk&#10;qCqrTUQU0hq9N5DKuljqAOpSAvAI+lze/s4u7a5hh8KSUeDXHn+XQii2G8giCSafDJ9Rx65zNpWz&#10;Nwbfi1zzx/vHudmM9k8jOYIWSjgvplldhTCGMRsxlCrqkYa15sNTC9geAUdpt1tbxaymuYnA41Nf&#10;MGo/b0INv2Sxt1SSdNU2cU+2nUFdKAkC554+nJ/xtb37D5nGMWxNLXyPIadDUH7SZFQyFWBFVJGo&#10;FhybkkswHAIb2xeRXBmMjwAMhB0g1+zFKf4KDJ6EY2DdZ0W9exZYSO3IoQPUD0Hy6a64PEn3Crqc&#10;MEVdQP1N76bHVa/+Hvg++B4RhMBTyVwSRzJkXZ1jjDTPLpvIqrKiElVKk2QAWJufd49mZpheX7UD&#10;ZC/Z+eftFfn0JLbleg+vvpFU4oozX08x/g6ampZJJHq6yQRAi4p1sUJ40kgm9wf9bn2n67Fa6eao&#10;yD/deVSmhIBIUdnV0McWkmSTUPSWGm45BB4XyyQyxyW5h/RpkcagD7PXNPy6EVld+A6LB+moIqQe&#10;I+fy/Zjz8+sYqWqG8UKhdLBT+4VDA24ZlUNGD/UXI9rDaNPuSamxdNHS1ePxMyU1HjKeImKGRlCN&#10;UTAUyrTz10pCl2i9Cg25OokNTjbrX6ltUXiKK6e2oGeNAKV8hnh0QbxdwG5eKF/EvHNW1Vr8qVJ0&#10;rxp5HOem3Jjb9BFkK7IVGPjqKSBquuqKh0iNNFFqXX++7SpCrIwuQbkekHkezFYSeXaLOa2HH1VO&#10;1EZKlqpzDXUipCPIKVpdMCwXT1NqUtqIsPoY+3ESbxMqwVSIP2kVoxJ8wBX7ONMdG+1w7faWZuZJ&#10;P1wKnA7a8SGLD1Ocf5Oqy+/8ZW/JAUGCwuT3ZtSHF7gpxipcRUCpwGeqHqguLo9zY6jIrpauQnXF&#10;E0ZjiJJU3bUqSye4dt5XKmmxVQDV1bGJYaWOtqZ9Bb1h4qCN4ZlZRa7O6oG5t+VJ2q7t0IvIVDAe&#10;eKimTQgHHz49GltvschU21+kkQ4UKk/tya/YRXoR9ndNb52rthYt4YCaR8JBHLNla58PjsZVsgLe&#10;SifJ5H+IQrFG4BcwwtrHGq9w7UedTbKH7eWZ6q5jq8bRLPVUtOigIHhpRpkWUi14/THc+koOPba7&#10;Ub1CHCiKgoxJr9gAGB9gx0xue8wiaJYrWUyEVYAefTLN0DVdrQ1zbwqcWu2fGldsfduVqqGDc0jV&#10;KyymKoydPUTLV4eJ3i+1qmElQENmDtGrsw5ztLEYmmoazMVj4BstWPS4uifFQLlsnNrEUlPjaWee&#10;SunnLzIS4/yeNZFLFSQhsdvgjb6YoZSwpl2PyPaQMDjQjh9o6Ntut7+K1O9XbSWViGqCFOtvNdNa&#10;5IpVsBeI4dJPKdD4DN5Gu6s2vgKXvTc+NxGPo9xrmuytyjYu1zVUgipavfEeIiiwD08zwTTRY6RZ&#10;snVmHQkfhMjxzqjcVZT0657LZCuxeEipVBx0dFU1uQik0MxFVPFTVUjSOoLXuqgCxRLH3Rtl2xLW&#10;Tbk2eO4Y+RVShHyjqMV+ZHz6cvfc/co5Ytx23eZ7anAI58SvA6nU91aV+2uekjtH+XH0Ni8Jl+sc&#10;t0jsTtHdmUycuYq91ZnGYfHbOkxscqGkg25s1Kqigw2MxCzLT/bmKoMjfuyVFSxJ9sed7t2rt7AV&#10;24MrSZXE0FFRvU+fKUdRTSSwLGyfcSQRHIZCjMocGFGSN5mIEaOTb2hg9t7feXt5ktEhKGuoIgOk&#10;fhCtpWgNKgqGBFcCvXuX/ejmH6iTbFee/juSYxHJJRvEb4SHD4pQkhqKBUswAr0jN/fyTOp9/V+2&#10;cvhZdodb57BZejyMs20dq4quwK4+mqFqJtsSbdlo8HhclQS6VVZpFaqRYwNZBYEv27O081vGnjyG&#10;HqJMZSz0T1eNl/hwp8kDVKJoIpafIQGojnkDBys62WUXdPqPc7bHyjYbXEq3IdpDQMCSMDHDBFPS&#10;gIGMcOoh3S+jvt4nO4wqXWRgyhg4rU1IZcMtcVB7hkHq5LqrqHbvVG1cdtHB/cyUdHQ0VCzyv4I/&#10;DRUkdLFFS0VOy0tDTpGlkRFuq2W9lFi/5mu3blpJJsrXkxeWVJpJqhFMxZnkV5IYIWBcvxp4Xkfg&#10;W9yfYW+yWQKWluNQUEALw9RUkU/n0YWlvts8zmCAiUqDSnnXuAJaoIFaEYoAKefQrRQxUsccUS6Y&#10;40WOJBwscaCyIgt9FB+puT+T7ROd2nR11BVbfnSvgOVqkp6mfG09JLUUlWxk1V08H2lZTxzAQNqk&#10;njKEghuR7ca5jELyxssIkqQyg1LMAQQSCKjtetKBgtaqaMN9oEttPFuQWN1gj1DxSy60qQFVvEjx&#10;56I6edAQK9clnQhTqQE8Gzal1AXYIToL6f8AAeym736AqKbJ5Ci2kN85qpjoqWsNHFQ4lcWZnaSC&#10;pnOdqp8fHLUMad5XpKaKFVIcAkAQsY7fzXvVldW1n+9JW2ltBuPECVbIVnDkxLqahkeJKR1HaqJS&#10;Pqa9i5otZNv+p3n6CFshDrcvSmoBogCVUDCyMZCaeueulqFNrtHySPSSw+tvrYc2+vHB9rT4+0Hd&#10;1VuOg2RU7L3TmsBJJ9vW02Upa2gh2ukqLGubpq2qpabGmil1FZqUm7BSYIxLezvNm9bLZ2VvvUlx&#10;bwXMrkuNRZzRKrpogTScArVHTuYKxLJ0Scx7DyzvKvf7PuFsm4VEitGyMs3cCUejO4IpVZFNTUq7&#10;kGnSc3fvXbOxsLU57c2Wo8Vj6aOZhLVTRxNPLFDJP9tTI7BpqiWOJrKoP0ubAX92+bT6/wADsrHY&#10;KDHQq1VjKGrhrMj9J8nkKinxNC2XrFUgTTPR4lYoyeIIyyJYO18a9y3S63jcLu8umP6jdoJJCrk6&#10;R5VqctTUcAmgp0ZbDy/cRX8d1OAbZdRCEAjUzs5K1rp7mJPEk0qx0rSoDvT5IVe/8ZvHBx1NXTnN&#10;ZrbrUcMHkWioNs42DKSS4wSgi9ZVV1VFLOb2laxIKooVYAmVgxJIBtzx6fpb/Dj2lKhAQB1KVnbV&#10;KDSFoPIYP8+iGZvKUuPpKlg/JiRUCRgaXCBNZCj1s2lb/wBT+f6S1KxrUSER+KFCWdiFZQELltdi&#10;yBQP9iPadwWaFAO9jgfmP9X209ag2vLiGxsWmMih1zmgpTGKn59BZTYrKbszuDwUFJkquozGUihp&#10;KTH0rVL1jSGyxiBHV5pDfSAt2Ac29RBFJ3cNB2h352nuvPYHAZXOU+Lzua2/tLITTQ023qbbeOqZ&#10;IKFUlrZko3ppzSNVFo1NRLUVDONSMEGT3Jb8rckcsWN6yP8Av+cFmNE4sppjUS0ajQBqUsGUaVCs&#10;zGMr64SwlkTcdwUWcwVyCCZWOalAtWrQhQpJVUVQACCTtC9JbG251F1htHbFHjMXt+sTBYus3BTU&#10;dLTUstXuCooKX+KVNSacA1Eq1H7YZ9TCONVvZQPaI3t8eKBdqYyg7Q3liNnNVVc0WDamoqirxkGa&#10;YQ3jlzk8+OxFLPUQwLH450UShSY2YoG9wl94L295C96LHbGvdG13sXbHdLEhKs5GlJW/SDq+kKFf&#10;SwY6EbxKHob+03vBzX7c73fXfKuz3G57bKB40LuFYxCtHSFVmcMrVbtBb+JaU6FqOqp6iQSU/idw&#10;qq0hOlxHqJVVOnUylj9L2B/r7LbvP4ddgYGletwood74+XyNFPgPLLkYWckQzTYieMVFS9Q4WzQS&#10;VKjj9Pp987Oevune6fJyzXlhYRbxtg4NaFjKF9WgdVepGaReMONWAFTnhyF97/2u5tlh2rfJptl3&#10;kUGm6CiNvIlZwQgAOB4oiLH4akECSKhdWiQaD/W5Zf8AkqwHsuFR1RmpJpWejlMyySqYpVeJo31F&#10;gZacRReKZpm0WYRnQNJA+nvGaWJ0eSKSJlmQkMCMqwNNLVpQ14jiPTrKCG8tbuBJ7eQPC4qrChVg&#10;eBUgkEHyNesusf6pP+Sx/wAU93J/yc9u5TZ/bnZlBX0/gTP9f0ssUSFikr4ncVConGpFdzFDk5SQ&#10;FNjq9R/E3ewlwI+Zd4t3ehexJHzKyx0H7CT+Xz657f3i+0NuPtZylfxJq+m3nSf6Iltpsn0GqNfz&#10;oOip/K/JU+K2ttDKPUrC8G7oaNGBvqNZjq6Xxs4P7ayNRqL2P+8c7B8MOmqpSw4jriwa30DUVXFq&#10;tfi4kt/sfeWc5DxpUfh64tWVmUi3IfCWQDh6Orf5Oi4bo3VDLS4x0qGKz0dQyfulg061FFMhA0Aa&#10;gL+5MkQ1srryf7P1BFrG5Fuf8Pr71G58P9v+HoBX8TeO60yDTocNt5HVi6ciW6snlBDWt6idP0/s&#10;gWv/AIfT2y5fD01QvlaIGRANMyqBMtx9FcWYBhwbWuOD7X2V5LG2jX2+nQT3WwV43Onu6F7a25GE&#10;ggaoZ01DhpGIHBsB6fYG53E/ZzVJH6Hl1j06R6j9At2sABwB7kDbrwTRxgilOo3v4pIpKaSB0M9L&#10;Mk0QZDf6E/7ED2j44S1QZPWg1XC3HHI/Bv8Akezx27AB0jdwI9PH59SfcidT4zdLHm39WHHJP091&#10;jI1ccdMRAasN172kp4VkaoDHSyvIyn8kqB6Qbi319myOQi0GKdCCJyqxemkde98dF20jTqlUJYn1&#10;E+m/oa4/2PvbMNJqD68OlygtH8uvexJSI02MjeRODK3ANyAQwAAH9Nf+8ews7GW7ZQ2adFqM0lww&#10;HxU49YX/AFH/AGH+9D3hqAHFyBZEUg6WLFibAfq4KqRf/X93jJB48T04WKgnzPXH2hspG/mIuVdy&#10;UQqCZEU/R05Fiefz7EFsylQvl59LYJOFF6ke+MSg0yTvGl+Q7MjgMAxX0gqBrJUf7D3p2HjFAzUp&#10;69baniaEPbT8/wBvXvbjT0eNrIEaopYJQQ37c0cbAWa9yEWNgxH9ST7STPcRSUVyDXiCa9MvLdQM&#10;2iZh6EUH+Q9dG9iQR9P6f8b98G2PtCe7/wADxckr31PLQwagxUAEDQBZR9AfaFpJdepo0JBrXStT&#10;9pIJ6VLvO9hUVdzuAgxRXYVHoc/z/l1j1t/gf99/h7jQ7N2zQBnp8djaZiqhmhpIIA4S+kMIlUN9&#10;f9jYfke1kF1PCaQRhAT+Gi+fDA4Dy9PLj1afdN3u6tcX87jUSA0jNQnj8RJ65q2o2tb/AGPuPLi8&#10;IqBvtqa5YgaVU2FyCL24ufZkl3uJJAmb8/8Ai+k5lvhWly4P2/7PXL22S4ehYMYYYgDwQEBAHPP4&#10;5HtYl9cDSJHOrra7hdx0Ekhr172w1eBjCP41Ck8giMC1ub3vc/61/ZhDuEhYEt8uPRpb7s+oamqP&#10;t697i0kESA6VCsrqtgADYW9RuQB+f9t7cmkd657en7mV3pmqkde98K2C1TSVcaksjKWKheAXVf7L&#10;n/H/AF/d7eQGOWJuBGOr20mqGeBmwV697HvFqa3byF1vH44r+n1AH/eLnTz/AK/uOrwi33J1Bpx6&#10;DUEYV5B5gnqNKdLqfryf+hfbVFFFyisdfkLMBYEDUSLtb/G1v8PatmkIDN8NOlL1oCwp/q49cv6f&#10;4/8AFSP+I9z1MQCggIeef8QbX/H19sHUzVGR0nZgFNM9dquq/Nre8Us6L+hef6jgkfkG/Fv9t7us&#10;THJPSN2rxwOsirpvze/thnqY9b6fofT9fpa3+HsxihbT0yULZAx1y9s8rLoEhJFmGofXSLixvxe/&#10;+w9rAKdnl0qjU10Dj173JpqYytrEetme9zxZL2JIN+OPdJJdCkE0p03JIRVQ3Dy697UH8Jit9D/w&#10;Hv8A7HXf/Vf74eyv6k14/ip0xWTj+fXHV/h/a0/8b9//0aZq7fWYyJaIVbUNGzW+woFFHThR6lBS&#10;FlDKfpzdrexc7kDjTqrlg2et/FKeJW16NT/6uQmR+Pp631MPp9L2Htn/AIkFOtQXc3YsxZje/wBe&#10;eWJJ/wBf21TiSSa9MGNSSxbJ6z+5IrmlGom50liCSBcf2efoLc+/EjqpBHDr3vIKh2RGD2utz+o+&#10;q5Fh/Ue69N5697xmrflXV9RY6ZdTBBb8H+oP+8e909TTrXXvceSueMa31oWLKmglmZrWIXTqvf8A&#10;3r34DTX063p8jgde95kENOEqMwFWn0GRKYyEz1JN0jZQrxtFoZiCStrsOf6ePy6TmQVPhGrD8v8A&#10;D172m8xuvJExT410oUx3iqVooxUeKqQBD4anSYy7yxmRb3AVnVtJK297PrXHV9ClTqNWp161/r7n&#10;ZzIHJY+kzVNIzw05ZZnC+uNJwgQaUlmHJIu17v8AWw+gbLEgAD7Ok8RK6lH5detb6e1R0JvN9m9y&#10;bH3BM5pcamcp6PITyWjp3osxFLi6p5yBZo4VqxI1wQNHPsR8p7h+6eY9nvnbSizAMc/C4KGtP9NW&#10;nqB8uo495eWf63e2XN2yJD4lxJZuyKANTSRUlRQTQDUU0kkgZyadNuWg+5oKmEC7NEzIBa5eK0qc&#10;mwHKe9lPAywVmDWWaKKsp3oFbTInkeZjKrE6L6JJHiVuCCL2IF/fRXlO8eSw1M2oiMYrXJyvlkUr&#10;ngPz6+ebm3bHjvbi3lTTIHoRTK8a19BUfLy9R0gqCtdHSzupYEgBiBYFQRcelbf09oPee0aSfGxV&#10;GJajDvI6VEdQZp4lD8xKAz6o5PIbc6jyAFAtYYXBWS1hlSRCCQDq4AnFPXBySOIx1Htvt1s1zLFL&#10;E6UyChIrTzbyp51AJIzk9LulrXkJWRfwtrDkcC5J/N/r7ClOrTlIHZxHSVlO3iqY5YGpUSUJCzTI&#10;UnmWRHWQEEA8k2459o4NrF+GY0UqdJBqpBAFSCqkMD5Eehz1u9uptrnMdtdCSGgpnUa5qK0Gk44G&#10;nl8up/mT83/3v/iB7Ycp0vuSJitHVSSj1RKKetESHjWPH52g1h/r6bE/7f21ccu3BYG2kYkYw3p9&#10;oU+nn1605mioGubaOhzUiv7aAnrkJEP0P+8H/intA1XU/Y6zpKkufjkjEiRqJqeQKn1ZUkNchVCQ&#10;Da5uf6+yi45b3rWhW6mD0oO5T9oqWrT5dCOHmTZDE0b7fbGE8aA0P2jT5dd6l/r/ALwfeOTqPt+r&#10;VZP4rm0Gqw81eYtJA4vryYVh/gL+0bcnc1SmsV5NX8x/z916Lmjk2KgO2Wv+8qf+fOvF0UckAf4c&#10;/wC9e3Gl6C7HqSJ8jk4mY2ZRNkRUTKCLraN6mSI6Cb2DhRbi/wBDuLkPfnY/U3TFjx1MCPnUaify&#10;6dk5z2CIUtLBQP6K6QfzC+fXHyx/6r/eG/4p7XGC+O04ij/jO4bEPp8FNTCWRlVXUB5jVBIr8H06&#10;uLf7A4teTTF4hvL3WaeVeIGMmuR5eXrXosuObTcljb2YRvUmv58B1jeoVTYWItf8/wCP+HsftqdN&#10;7NxksMj0NTkpYjFzW1Upp7KLMrQQui6QP6gn/H2JINmsrZWKknHAk/6q9B273S9lDB5hUniFFa/M&#10;kDqDNXOLhLKf6kXt+Pp/W/seMLicZjUjTHY+holUAf5NTxQ6SCLkuBrNj/Ukk+3ZQiLoXApT8vTo&#10;sjDNUzSEn5/6qdJjIVM0gYPI7D1Dl202t+FPsSKeoNVGkbFWEaslvw1x6dV+CWI9kDwrEzMowelt&#10;smhwVHQY5aFKQyTq51SNrYgG4YA2Nxzqt7d6WJYyANNtWpgR6SbjlBbgke0UlaEkVboX2ddChuPQ&#10;F7onkllmkIbUykXvzbS5B/rcWHtQK/jVmUcym4Qn6GwBI08ksVvz9fZYULE1rjoS2ZZmUEkFein7&#10;oozXvVRzajFHE66yAzkmV3ZVDqRcK3Fzb2WH5obEqt+9G1/8Mo2q8xtLcm1t6Y0RN454BhsrDT5i&#10;SnkLoiSf3dyFZcNdXW6m4NiG+YYp1sjeWqM9zbSJMAKaqIw101Y/sy9RXIqoBrTrKv7sfNicqe5l&#10;lNc3Hh2N5bTWsnGh8VC0SmgJo06RLUDFamgz0G/xg3xjNm/IbDUdfVw0uJ3hjdzbOrXkmMkM75TG&#10;TVWJhqokDKUly+HpkAuAHlF/pxrUpjqZ+4t1YDceUggzm4tjYvbeTpXge2YMKwxbc3nDj5ykMVfg&#10;dxS1NPVRxXglGV0FwsAVcOJIZTuW5Wl7dhLiSiSGnBqVWTTwoG7dJxRwOC47DC7S62ra94to9IUm&#10;RM1oqgao6nJ1RnBPnHXiR1ee+lMdTVGMkRoadxVq7yFoXpfIHqIGkj1SqZIWbx8MLxrrH59j/m+r&#10;M/s7HSrPHU57BQfb1n96X0aHqaXGYRCCZ5oq2aqpcRWVBaW62s1tQTWDv9wbrY2jXt1bynatWkzU&#10;qmsIh0A5Y6YyzcOC/wBA0KU5k2/cGisoXRNxIJ8NzVj3lA1P4ZG8uOQKZFUJtzsvB7lmo6cSjDZ+&#10;qd4pNvVkqrlKWk+9yWNgq6hIllgalyOQpIzEVZmMcseoKZAnss3dmLmWs2NWU+IlztfTYySrcVMd&#10;JV09dkth6vtoshLSyCroajPberzRiPVHqemDMVdYyQju1oLO4jjiUMdGRUGrIaV4mgYUNDwp8x0I&#10;NrmS5WaOSVREzUDAPgSUahqM6WFcVoKjHQg4Lz+TLRuytSmuNRQaYp0MEdZGs1XTNLMAtVbIeWRZ&#10;Iz4/HKqD9BJFTr+HDdnYHfW88lXyUS4mi6jyjfxt5qunyeIyFFuPCZ5jFj5knp2raiqp/PcqZKqn&#10;ZSOUUobOMTTurSaRrj45xQhh9h+KnqCeJ6Lt2nn2Jdttbe2120jXCvSi6CCHUn1qdQFK0D1GAekp&#10;mczX4Pd2zMBDSipx2dpN6glZEhWnr6BsTk8SGMhsIhTfdw6VFwrArwrWFHJ5TB4rsigw8dTR/wC/&#10;3we4K6hkstLNkshQrQmspJKWO0LpE1XLKVGgDQri7Fj7F2yD9zcw2BILqSFrwA1CncOLDUP29Idu&#10;kffNknvAhX6eRdWajNSGB4nBGcniPLqFT/fVG0YZpkaCbF1NIHjuahhR0s0QRqSoZfJqamjA1Es3&#10;1BNjb2oNtGHdW6977WSkXzZTJ4asxppKYtLhMbjqnMRT5/HVSsj/AGMqVTUFbSiWBoqVZdcwMqut&#10;ec4mv+d79NtpHtokJ8NBWo4akoCVIGqtTwrXIHRXullBtO1PezylrnwyAWcgamoTGwrVy2hSpo3c&#10;4oCajpP5yql21trbW4a+qYPh8XWwTU1XNKseYqq6moHTGVsKTFJq6pFH/k76Z3+5KERMNQ9qWHf2&#10;64KPdub21t6jrY5OzG2FvLdWUwprFy9ZtnAVtNT74wENPFW1eRonoYzSJ51Ey0lJ5X06n02t973E&#10;Wxu9uiUPFc01ULk1UhHKlSGIUNxrRBViCT0j2flqwc7Rtu/3QF6kBvIEAp4QaVCYiCe1kcihVq63&#10;ZAWAUkOavaGzc7n9uYzKy5/a0tHsmv3bt3aOG3RWbfkosXn8ngWzG1s3NSTofCmcp6JvEsyQNNUG&#10;IeWNEBDTsjrvelXsrMbyzW6azdGQ31uzbu3ds4ekp3x+JxO3a9ZKrOT0sdWc3UJLuAvJLWLJLWU8&#10;dNEqIhQupE8/OXM8u1b3a7nvEj2t4salFpHGyo6u5IpViwqSTrBXtUFdNRnt97ZJdttNhZrF9Op8&#10;U6jUyKwXioFQmRSgy4oo6UWx94Yal39J1zg9v0WDxm1dlT5XOVCBJauTJ4ysgwcFGJYqaheZMTDD&#10;JHqljEkzlSqx6bsnNpUEGzdlbU2Ph8z5BmqLK19FurENR1+HEuClmy+ahgyOPqYcdj66SkpqdIVi&#10;QxcER+EI+sMbJvd3t89rZbZuD200hcq6kVBXu7ckoMKox54FK0UXW3tdbq253EQ0woAY3rQ60ZUr&#10;SpIJZsCtcj16EWsnp8rkslWTULzpjmpcfJQSwVFLN4cxTrQUz1EFTT+SenM1fUPIpVdMVmKv6D7c&#10;8PjFzVbmFzNBkey91YbP1BhqqJYaKppGxVJRZimqooYcxicfUS42jq4Y0fxy1K1MTBIDrJ9ju7a/&#10;kuY7/f41v90a7KamCxnSvh6Aqq0UROgotaEsUYmpY9HUbW5RDb1htFXgtTpBDYppOPKoOQATx6T2&#10;aycOAx2NkgykOzNtpDSCVaqOKZJZs5WTwU1JUu+KyBpYUrYHWRw0SOkok+49NzhyuFyM43NvLHtT&#10;ri5dutgq/C1SxUVdJk81QLuSjniMMklNWwrT4UxLq9FK7P4/VJK5GWz7vabf7r2j7daJZQ31sImg&#10;OkAM+h3cEEowJRAATVQ1RkHpkIFaN2Ym2DABqEgAEgivlTiBivkOnClydHBktubdqpnqcs9RV5yg&#10;npGrZqJqPC5CjwdVDLJOyJT1i1OfRFJDNKqlmPGlVz01k8Fit9YmuqKipM22Oqc9vSHFRxQHDRzb&#10;hymN29jcvWWjDzZgtFXJC8rE+Jqj+o9zHv2x8s7b7ncv3FtZpDBNtL3DmOiBWlkEYYkAAv2OKnuZ&#10;SS34uinmSC4urO22+zcl7i8hjJBzpUM7UNR5Aft6Cj5C0Fbujaq7KpJDEd4dhbf2tV1EdVLHVS4r&#10;ExVm7cjDAz3lgpVkxEF0iGj1XPF/cze9TT5rP7j3j/AoY4cUNg1MVW1TSyS1UdPgcXUpLSsah2gS&#10;mWqeDSUDFlJuEIIibmy4tYOZ57+K1jWOO6g0tqyyLFGaqB8IXUAQME1xTpH4DQbc+3GUkn6ha0NA&#10;xZ/L5giv7D099ZY87X2tt7Y9TX1E9TVy9gDQI/EjSvu7OGRqhdKpJK7uzlrrZibarE+0FujHVdXF&#10;tiLE/fPUV2SWrFRS11Rjn+7pf4lkMdXTvBJC80NHVxxF4JDoqI1COP6EVltl3uu5bJZ7WrfViUlD&#10;4mgl11mF60IOlipKuQCgKsQCeok9tbprXe92DtiaNgUAFCFCa1ocVIVhUYqc9DpkXpnpMg2RSFae&#10;nC+czwtUxrSu0UNQqJG4ZXmVSoZblb3AJsCKO1d05Os647E7Qz2LfHZPHYOWmipkmhrJaWt3PRYz&#10;bM0UdREHLRwU9BkJSSFJUCRrC6hjf+YLi/2zc+Zb6ILc3MbEKGroLrHA/c2c/qGr0bSuc06Be5ct&#10;vZe4Vty3YSt+73mSSlNNREzXAXyX45IlJ4AtXyNA03PRY+LK9ZdewSeSkyOdGSnUiyPQbNp5dyKx&#10;X/MSRvmBQRkXNg1gDf2U7q+jr8rviky1TU11FhK2ixUzYKrcpDj5A8wnLUsd4IAY6oySeMlyw5JZ&#10;nAjvkuA/ve3upLg+FoqRU0VSanHlxr6kZOSepz5rf6Dla+itVBvgJQPVnCEVr9vb646GWvmWOhmc&#10;fqUSAPwhKtqMjA2JUnSQR9bj6e3+n2mmS7Q3DuLbW0K+g3PvnJZKSu7GZpBR5bCzv/CYtm00dJVS&#10;+KPAYOaCYKVeD92WMByjr7kK42+feN+Eu0WU45ovXOq4qSkluxSD6YIhI0xxmJqjLhnFC4IEFcrc&#10;s8sWvs3yvylzHJBNZ7LBbXhjZULLdUN0s76qkmWUSAMami6q8D1DlrmoqyrkqaxEpoKRGal0avHo&#10;M0stZ5ifuHEqnQV0BECKRxf27fKHN7J2Pmdw7ckev21VV23JqzAUBw1RU4HN5nb9DQ4WgO6KfCVN&#10;LWzY6rShpa54DZ5nn0h45fX7PPvC7Da8t7ntG12L/SQ3VsH8MoERngjWFS/hNXuRVlfGZZDXur0C&#10;Pulc6cyc77fzFc7/ALf4l3t05jZvEPiR/Uyyz6YxIooYO6NaNQiLFVYDrKKeUnGT0QgqqZ5TPPNJ&#10;MsnjpqmGWVqijZ45nkkkklsoWREEbsebKvtX9FUGWp+n9jJmMi+SyhwNH93UuSVSSBBSfbKpJIWD&#10;7bSF+q/Tki/vo191CG8t/Yvkh9wmeSaWOVgH4ogleNEGT2hUBHDjkA166BclmK3gvlgh0IbiSgIp&#10;Xu4nFKnz8q1p0H24KmNc7VL4lh8YjUkIAJXaJZWlAQfVjJY/Ukg+1zkKxI9RdYzpH6yAXA/oBYv+&#10;Px7yftoWYqFrU+X+rHUhJICKcD1IoKNjxG8iqxLlUNo3b6XJUhC1j+faPlr6dmMwKkrqjVv3Qylu&#10;CVRV4uPrf2ci1cALTP5dOijg1PSnSldVAKm4HPqQ/wC8gm/uO9SCCynjSQCyOUDX/Nl1A+3RCVxT&#10;PXtC51gAf4esqwsvHIPNvof95Bt79Ty1UjRiFY2TgBom4FgSwCkgR2PJPF7e/SLEqsztmnSKaNJK&#10;hQKdemSJA3ka5C/lS3+x4De3hjUqwZpF/buD9SCw+oBBtyf9t7RKIyNOg58/9jouNqqvoAz1AC05&#10;TQ0ZbULEjSLh/wDbW4Pt9x1NVy2eNQQzKqRXbUWlvcjSreQtp/2Hstu5YoyVJ8uP2dF1/JBZwTXF&#10;yR4CKSakAY+fp8+FaDiRVmyE8CHxTfus7BTKgIU2PoBFvToufUbAX9ny6P6bodu0B3XuOhD5nJUP&#10;3mNV1jeixkcizvTVUcEyyeXLtEEcPInii1Jpu5crjb7hc93F/cSbTt05FjG+l6E65CPiBYfDGB5V&#10;BahqQKA/PN9+P76u6c/8xbt7ae1e6fTcqW03g3k8LuJLp0YrJEjoF0WooUbSxaY6jVVA8RSYfCiR&#10;IazIqJnX1UsMirdE4Kl9VwzWHF/p7SPeXflbsbI0eKx8dDkcpVUNUazC08s01fQmWaP+GVldWxyy&#10;U1LFWQQyt4/BJMxdfoLXryPyWd5trm6aKTw0lUCgoGOl2xVSQo00qQamgycHEf2t9pLXmu1ur288&#10;SCyE0fhzsoETfF4ixoR4j6WZRXUFoDxIwrwCBza/+Ata/wCPdZe6d5fLXtDM1uN2Vgc/R0lVLVVF&#10;FuNK6DDUqUq1AkWlmqKBJszHK8d1RvHrjiNndXNy1zQeexc3OxbByyljtgFVvLmeGNHVGABIGueN&#10;pKHSEiFFbIMoDrm3sHLX3fOR9vtL3mfd7R50VQ8DRvM2rTQvpakRCmhcBiGYHSpAA679iHheovkX&#10;FQJLubsbd5yAiRIyN4ZGkiid6YRMlzkg80fIYyFUOsarXJBHHLez7NY2SQ8x8xy39+woxgRo0UhN&#10;NEOmr+ba2TUXAfQrV6CG4e4ns5LeAbDydty2pc1P0kZLUbVWujsIqFCqT2mhYceve1Vh8Z8gcWz0&#10;2A7U3BLU46qmSqerqvuFqROIJlSOfcHgxmUo/thYsgqLFmDOSToOrjZ+TbqNUmmmVg2oMYlZiWoa&#10;AIoVQBpUDRgljqLE0WR71yEWFyeWrS3imjDKqHQFHeKlYtTxtWjUbRjSwHEGPUU8FQtp4kmVeQrI&#10;HIP5K3uQbf059mHyu/e3KXAYPHb0xgpZNu5fE7hqKjZUSUGPyYxkpyDU+flxH95tuVuIza1JiyMH&#10;iiEv61aKXRIoHHKPKV88s1nutxGZZDo1LIkiUkJYBSS/ciFO9iAjORRghUQ8tbjtWy7pu8ttt9nf&#10;pd2MttpvD4ng+MoUS258WCZLiOgMD6mAYBWWmOkU+18NlUNTRy1UMshqoZJ6hslDUqnkKExrO9JV&#10;QT0kiDwSHhQLqCvsdNp/IXcO+GocTtzEbKx8gmjjjqXObrsPTUNNKEq2hxGLSlfIVkNJGzQwfdUM&#10;d/VJKgTxyRtz5yNuGzbHJufKu6LeXxnRWeYh6RsSHk/TKmRw2NGpFqSdR0gEAN7Z7N+9km3q8u34&#10;sqMFDSSgFlAaUkDUT3OY5CDgKynUjNnMINvberqmCqylU60rxzT009LHX+Eu0sxWpnRzTKCAxkRZ&#10;GBF9NxcGcrtyVkWe2/R0WByWUw+cTJefO4qKnkxe24KDD1dZRzZiSWojqA9dU0S00RSIqaipQFQN&#10;XuHtx3Xc9n33l/YzslxcR3k8iSXAoqW2lTIrXHAhZdJRCKDUwRdRGZ95X37lLZPbA3u9cx21rcWi&#10;ojQs2l5pnkYSLCqig8Nqu4YvoQE684pc7C+N++Oye0+yKvBUzQ5/G5bb+Sw+D3BNkZMvufA11Th6&#10;KTIYipakekmhxuInSQh5ZCGhYMSD7LVvZd6dnvja3BZOlwvXGIar3BubFwx7rg7Nzm49tZiCpwuD&#10;pqHHZLb9D/A8vjqCeKamnklSadoQYqmJmi9mG6WfMu4S2RtvDtdmVS8qvFMbp/DdaxqjNHGEmQMN&#10;TaqEq2lkORx7cc58tcgb7YTXUlneTbmFtUnlaBrO3S8TT9QzsJNDxOwHiKAUUsyspFejqxdeT7Up&#10;M7ishtmtyW/cfh6TCbcqqgY6k2fR0OeoqWOryMdZU0eUWXJYeeukkZjHFMU1rEYj+77DfZne2Ozd&#10;O3aXYW9NtbV67o6PKJuzZGWyFMsGLegojhaPE5DHVb1VV9xBWNG7yUQamlqg6A3VQ0QWPOdtuJv+&#10;ZN9320g5RjE0U9uzF1Ux/popgYM769YZqIVLV/hzP3ufyrt+y7sntt7fbZd7pzbI0TWd5HG0fjfU&#10;N4ryLKrIlDRgiyOSI2Rg9DTpkq/jNBtzASbR2dtzJVm84q6hqML2rIiw5msORyw3DlK6izGHko6Y&#10;00UMj0SCsP3EVMqFiWdz7TXYXcOHrq/Gbu6updvbzxeXw+394pj4aJ/t8nTZajmraWvkpKrIUksk&#10;38CyNNIqvDHqWVg6RC9s5vbXYrPduTI98a6jttqv7WOW2uVUx6oGjR0ZmZEARkHbqaMgChYUxgnz&#10;Jt13tXMu7bFvIuLPebW7lt5EZhqilRmVl1Rq+fFR6lZTnNGwCeHq7a2axGxqLBblnnbI0ST40VIn&#10;BqJKeBYohIZUCsD50cD1P6ALG1vYaYrvvc2Xmp0/uvhaPN07ZJM5JNDWZGmppqOJEppsbi6LE1dZ&#10;QUGQlLKxlrCKWWNmkif/ADqoufNl515U2u0ueU+WId3spKDxYroQ5JQRsEIYSJIXbuHcmijBkq3Q&#10;q2Hkzkve4NzPM/Odzb3asgigSA63RqHvmdkjDx1GPCUyLwda6Olg2KNCsdNjqaqeAJEoaOpQSJrq&#10;U8szGqm8U0gQ6rMPUoIBv6Tk378/Ns9QZPr7bVXja6oqd7b921sdoq/H5Zo6BszBKEyy1mNoK6ky&#10;FNFL4I2gM1KhmkjAZVMrJEnudzhZ8jb77Z7XebYZr7mPc47NogZY5rVXdI5JxWJ0uER5YkHhgVJa&#10;rsxKoS7L92Kbnm0573SPcjCuzbZcXavEEdZSoLJBpeSMw6grMJFWUjz18C4R45pTG8gRQY7M0QsG&#10;Yizao5SSq3/pc/4/n2Nk/fmUylQ02DrKvHpFkNBw00cM2EzFNU0kqypWRHKGrx1KrTqIqikkgrIq&#10;iNW0yxiRHnLdfbC4+mVBcmK7jUt4tOPlpYrHqKgEth1oyg6igZGx627bbHbF8Hc4xKDHXXrcSxMr&#10;fhpGUc6QaxyJJG4wdDaXGSfB0M9naFBUAcVSKqVAItYFwLun+0ng/wCHs3HVW48JvDGPUYpIqfKw&#10;wR/xWgpaqStanBHjaemrpoqV8jTrKhVZJIo3JH7iBr+4s5n27dNiNpBuyFY3NEJyuqlStSOI8q01&#10;DuAp0Dt1jNyzBA7ovAsmg09StSFJGdKsQOAJAr0gtxzvgpIf4jMq0lTKKeiqXAjjaqaMv4AqM/hf&#10;SDa5ANuCfb7UU7PkGaSFakJVMriaNGBRkZWUiQFbhvUx+hvb2xE6/SadWkEeX+x0VNAUhcVKnTUU&#10;9a18uB6daarD00OmTS2gMCr2JPJ+txe/+PtklxLUNStXjEswEpFPGRGJ5EBKrE7NHGtRL+CWRf6s&#10;FJPtcb3xbdorhS1B860/1eXSd1W7hMNySFPEmp/4vp4grdcWmZiBxcm783/qLjj2ma+lmnlkj8Jp&#10;p5JPIYAoDzSqJBqM6kxgBT6lDH/gxH1N7WZRHHLq1R6Rk+QPkR/sdUWHwl1s5IAArnIwB+XDHl+X&#10;ThHMCoKHWpUG/JNrX/T+u5t/r+2uGllE9RTEtMg8VRcEJHFPERqcqQJHEaa25NvSbg8XfmdJPBmG&#10;HBpjjQ/Z6nH59HsEIaNrgHhRSRxo329v5ceuE7iy34ZmEa2BPqYqqgkXCjXKoueASB9faZzW9Np7&#10;UpJ6vcuZr6WenOuHCYKhSvzGZieOqp/DCJlZKONXnSY1D6APEFsdVvZXvl7LaG0S3aLxGNaOcYBG&#10;RxoGIrQUPCuaGVeTvbzc+aLuLw7Nv3atA8rVVVNVNB/EzLqAFDxJ4gdJrcU+5mgjp9o4/HVWQqdA&#10;+5zlVLBi6JGjaT7mo+2SSsqVV1VBHCLs7gMyrqPvHsX5WfHrMeTE5k1+xsnD4IFl7GFHSU+RdNFO&#10;Zf4rQ11bjKaXUq6vP9uDcaQRa0f3d1zSIhceGUySVY6QFHFtSAjSK0q8gr5VyeswOSPZj2se4t4u&#10;YGjMSjuZS7ANgd2oKRn0oBw6pY+Y+0f5v21zV7r6d3ZtXf2CyFTUMNtdUJFjNxbYpXJZDTYHcWLg&#10;yOcSFWCr9tVV8403aPm/tZfIDcWQ2F0X2Fvzr8UyZnA7ek3Ji62NnyKCCnqaWqnqaWKWDJ0lVC1E&#10;rBF0pHoa+uMDWpBuHNO8LZ3c6QeLdQqKrgAAkVNdDVNMgNTUARqXj1OHOH3UvbBNmstz2S3jmhlI&#10;wjMp0kV4o1aYNcimPnUl38vv+YL8n+yPmRsLpH5HbuzktHlKvcOzs3tjLbSxWJqafcuKweZEVBmE&#10;SPBZDDV0WUoLSzktMtRH4mp2aT04/jHuzcu4egdh727Aqmj3Fu6hrd15WaumKBKXM5WsODKmXxrB&#10;SvgYaRoo1AUaybAk+w3ftccyTbc8yf4rIoYKSdGntCkL6EaW4UBc1zXrLL7lntJtXKV7uFxte1Q6&#10;A6quhBr7fiLYqe4kEnzHRL/5zW5M93p8/s91ptR63cW3uvKDbu08RgKBZ6+gTJY/B4zLbllix9PH&#10;Irz0m4MlNFUzNqYGn0vpVY7rPszeGyNu4fHvvfc2H2xh8hmYKMVedQpS182mSb+H0szPFHHVKYzO&#10;WcuyomvxlLuDeS0O16/r3SOGQoGEjMVbLPoQ/hcFFOru0oreWB0W5g532XkW0tju8iDxTpoQTnjQ&#10;KA3wgfYKZI6Bn4c9Rd+Jv7eOQ6b6f3V2XvXbmyXvQ7cz+Lxse3Fy7TeDIZCCpjrKvLQfZj7YUkUU&#10;BZ5NK1IkZaeR6mSj3HmsEmlJ6Ggpk3AiokFRFViVDSUDq08aSo5kneSKdbOqKwR1WQkg2SKXdr2M&#10;3Idp0JcI2s6Q2F0oahaKDUqdWaMoODht94j3K3Te7+22DbZ5otreEs7BioIkqApVaVA4itR5jgek&#10;515BvDqLrLt3dOWpJqPf+7d4jpyloc2M7jq7ZYophuDd6UEGLyMlJLi1paGKCtxUitDUVk8f3sbT&#10;UKwQh/298nOueisJVZLfGRkx2T008mP2ZjslR1eYrYZHaGimgx8tZTY7H0lR4XbySPBEQjXYtx7P&#10;Li0FnbxXe4lkVSAE1ZIHwgamESD7GX59YQ22w8tWUsiWcsFxcP3FggU+mSqkk/I1P2dG66b+AfyS&#10;+YeW27SbZzkeS6/xKTtku7d44TJbdoTlDGuTyWLORnxsu7N1Zaiq3ipV1xzLGZCB4YCzmpnfX84T&#10;f9RNAvWvTNCfFVxhxl8vktwSyQLLLBeZMVT7egpKhyAni11IZ7kSFgD7Nju1ysMd1t+xFlFCxLO6&#10;qmk6i7KyIpWoqB4gHozDp19o5avUfb948D6aUEaCtC9R8NGEhJ/2lfTq7DqX+Sx09sOrly25+2Ox&#10;s7m9SS01XtE0Wx/4ZUhaaRKmhnkfdGRSaGaJ9DrNDw7AKAbEyXU38yPsHedbihur4pduU+KqIwa3&#10;M7QxW7tzmJFjXzzU+JbZGNirohKQU0ZCNgjW9TABlFvzAlzEzpYv4gPwxpM7sf6AMQUgeZ8Q0Hln&#10;qFubPu78r7rbXh2RobG9YF0LDQjYNEbvIXUaaiIiVNCHA+Ecaj42ZTqVXjHyf23WUdJCHpcF2/Fj&#10;MVMYzIixeXdybhavQeMWDy0FSGkU2sGIFq+Gz9Jufb9BndtvWPj6+BZNGQxmTxORpySqtDk8Rk6S&#10;iymOq4HIDw1EMbqxAIFxc4t5Ek0NMrKxFRqVlJ/JgCPsIBHnw6w33/krdeV9wubHebDwZoj5UZCD&#10;UqVkUsrKQKqQxqPn0GOD3xhK7clbt7NZjE1OboESVIcbm6DK0sqSwgxzUNdj56igq6KqikVvJC7I&#10;Q34bj23VlZUQeJE8zB5/WQAHVz9TIj2DaiR/sPZ3DCkiyFiKhRT7OgtcWwckMMjH5cf8vRhdtLj6&#10;hGeRoXKQRiNdcZSKNtTaI2JLNEPqxHIuL2uPc5MfPLGryqwF762BBu3JBH0IF+Le2muY0Yqh8uHR&#10;ZgM6KML041WfoKGU0/3FOGkQMkasvjYc2sxF78Hhre5pp6dESKULps59ShjqP+16yOR9P6e04llZ&#10;iyDNevaKqGFaV6Y/41X1Ejz0Rm5cL+zMUUBfSrghlDAXsQPqt/bVSpRR1ckVO7wu2ssZnMikWAVA&#10;yliLHkD6Ak/n2qlaYxBpACv+ry6duLaSWFSVUj5AD9o8z8+lK+VyK0Ub16q2iwVokEcjfkOqOBGL&#10;3tf6m3tx01VLETCDIVdpX0lFsAdRJMrsxUKpv9BwbkW9pCYJGUOwBPAU/wAw6KXsECl5FC/l1hj3&#10;BjMnMKaSUUsso8aRKpcmV7CJNKodJd3UX/AYfg+wl3fvjJSiqoKWeLDoKWGWjyldV1FHNVzpUEiK&#10;OjomfKJSiNLyuwj8iEqpsdaiPbuX/GIrbPJnOmlB+eRX5fkRxHXrFYHl1sviRqxUqFr5DNSAuDXF&#10;Woc08uhz23sKix5paqsovu6lr+enMKyU0BMagI8kspDzlhcWUgX9lI3t2BQYKkas3t25Q4ypjmnq&#10;IHoDXtJWRshjjoYcdRwyVfjieJmYnzOW/taALSNCm27KwnuNsPhsFGmQqqpQUwoLMa8a0JrWlBQA&#10;ebRsbbuNGy7Aami1ahzXJLa6cOFBHjGkdCkkEcLolJhEeIqFKsYY1jH9URtK/wC2F/aX2z3ptx6b&#10;+KQVnb2folvVLWUP8IhxVQkJkiZ4YNy7oFRLdAxC/axX/K8+2dwS6nVm2zlGNrSQEiU6QCBxK6zG&#10;UFfkK8RXoYx8oX0Ritpr2whnJ+HS2sUyP7OFvTjrb7embP7eq8gpgpMNtRxPDJFIcl92akrItivl&#10;oaaGSNR+SsgP+v8AQnD69786w3pFQ4/H0G4KPIaYVjoKzELNUTLINImc4c1VIkbGzudZVAfrx7jK&#10;+2bdLZXm8aMRtntJNK5p5jFeJweNaZ6MF5ev7eQm5W3kQ+YYqPnQnSxpwwK1GK46rs7f6I7u2+mZ&#10;3PS7x2yMcI6+qaaXMV1I1IqeSeKijbKeqomWBRGgGhpbD8n2PcuIxNJFkciIpqtIHnrYqXxQSIph&#10;iEggxYhooKurpywJVXeZmktZrewk+53VtHdPLNNIugnSBVu0VKoBxY08hx4efSxLTx3sbWNIoi+h&#10;C1WUVZiKyMzOq0xUqAAMgNnSQuLuff8APl8VtyuyuPpDWmHEnJwPmUr40mrGg1ZYVOTlxdBlNJUM&#10;0dhFDywuQPZYO2cdurtbbmC6+wWE31gNs9jVGXxe6eytjbzw+zN0dTYzbUqZXGZWMSmuyNbVbkyG&#10;NONWHHxsYEmfXLFdXAF3/c955u23a9k2zar6C03OSRbi7iuUinsVhkBDYRy7yyRNGQpUU1qZAxB6&#10;mPk6523273a6325u9vur/bFieC0lgkuYb5poyjxEsI1RYQ6SeJIFJYHQCQV6H/bzbT2fuHPbkyWa&#10;23ntzbZgxWWw+2904LL7iwm/K7ccNXRVtJHVPU41YKXF0lXHWeerMgdmjMcTBZFE/vzqfdO/MZ11&#10;UbGzuLxma2D2ltffPkyP3QpcjicV93SZrGvJDFNUQz5TGV0qhmDBtRQ6A4kQYcx7Vfb3Jy/Nt9xH&#10;b3lhuUFz+pVldEDLLFip1MrlVNAMAGlaqS7FzjbbZJzem7WcrwbjtdxbII6KEkcAxSUIoEDKoCj4&#10;R+Gi0eX8X+yNp7G3Zuij3ZBWRYzc+1sjt2epghpWRKioraWaJqenupaCFqVxYgsmtSVGkgAl1b07&#10;2Um5O3ti7+ocRN1Zm9wZXO7RrDkKSaryOE3hG53dhqnb0flqYKOXKVNQTJO6pMZiwiB9TF0W0bpJ&#10;e82bJucSNy1cXMkkLeINRW4r4iGNTValmNWYAk10nrV5uW3C15P5nsr5/wCtEFvElwpSQASW7AQt&#10;4pXQx0KANNdIFKjh0cHtbv8A2BidtYzJ7RByG6YGx+PFHT0s8RoqnHKJaOaoyaRfYzmlhiLEReRr&#10;JbiwHsbMdh+uOsKTcW28DX7Z2vl901ybnqqzN7Mhpzkcm+JosLUZLNZeufF4zcG4amhwFNGtRVTt&#10;OYaWNSGVY9Jny1s2z7LO9tFYCS0lkMrKFKSOxCqXeYg627E1MQWYIK0ABBdv9zzFzG1heT+MGhhM&#10;f6czOqrqLoFiGt4kGtu1AqBnJFQSSAGNquw+yszgt85vZGf3ZtrCSyYirp9i9g1UeRllNZ9zRPSY&#10;zCCqzmNxdGlc6SQ00ZDh1bUiqy+0uNk9jZwz1u0+7sSqTFp/Jh6RaOluBZJWlxM4hNkTSGKMeALD&#10;gCbYt45RtLdIbv2/kkjb8RndqmnlqQ/8ZNP59RxfWc0bVuPiAoAY9Rp/tjwJrjT0PM/Z2xtvwU8O&#10;6Pjpu2gWONADuDVlqmmBHEUMu4wZ2Ae/AKgNex9hnunYfyIwEs2Sg7J2v2ElKz69vZ3DYqqkqlZQ&#10;xSOqymJo51eG2oXmux5u30Ky2u+UrxwLbbb20tnqdNfEVDQgaSjK/n2lnp6gitH7GW2SNUlsNJYE&#10;6gWQ44sQruKeVdJFSPI9Cbs/eHUu5EpaWLaG59gvVQGopZYnqcdAsauqKyNt/LVaRanNgXiCW+p5&#10;FwN3jkuvNxw1WI7a6X2ttLchhj8WXOMkxUFbI8saTVdDncM+PEtYPUwM/gjANleVrr7OjytJNA00&#10;F091sxetAdaipyCZGheMgCusiNgDgEinRtY3UaMTt+7TIfMMVPANQU0MpBqKZYnzCUPQx4XbmVoK&#10;gVGI3jmslinl1tTZCtXLOgaM6EByUckkEKn/AFL6vyf8AewO2t5dd74bc+094tunrTIYvEx020cs&#10;KirzGDqsfk5lOVosg1d9rl8O2FmjgkpIaSlmJhSZWaQv5Alt3IHOGycz7luh31tx5OvIowls6v49&#10;pKjZmiJYrJD4QKtCgRyzI6gsCSRc+DlTmLli2sW2b6Tm+CWV2uIyEhmiZKCJ0Clll8TuSZ5GGhjG&#10;aALpEyAyNGDMoWTnVpNwD/hy1r/6/s0v95MVuDEf3i+xpmq6aMrX00RKVNqdDHGfIJIkrYGjRWi1&#10;llS4AZdJIFU8NtaC6uGt2aWKobSR3Dg3npbBr3HSQCQagdYpfuy+tr47Y8xWBiGQn4ACaCoNWQqT&#10;3lTnOD1n9gHhezts7gr8hgdwdbdvUdNEKgyVOS60z+bo3Y6U8cVfs+DM0050atLq7ghrhjyfcKQ8&#10;2bVul1d2N/yZzDFaqWJMm3SzIDXgXtBKCoGNSE4HGvCSdy5C3zabOz3ba+ceXpXIWix7lBC4FK6i&#10;l0YSuc0bA8xTr3syfX+wl3JTZBMb1tSwPR1tDT7Nym8cdWx02fwzUWNMtRPCcWu68FLQSvPC8OUp&#10;EmDoZRJPASF9EwWyu1g2FE8EottJdL/bxKqVcqVSeN8MpW4jD6qEPIp7Ys5m3aewubT6nm+WRJEc&#10;3kVm6loJPEk0qCZDbTK66JVkgl06aqUSQd3FmVBdjYe7F9s9fQxYijp223i8NJD9xSfZYmhr54RF&#10;PV+emngr6igwCzpXLkTU1BSlNPHLK6K7COSeYLxb01pLM5RIiJHGlCpWmttJGlAakUYjFGY11Gp6&#10;x+vZJb25kkF7c3AcIwaYorYUK1UWSUCmlVUmTUVTUQAwRGGsy8NIGMtQkaC51NJa1jwLfW5/p7V9&#10;L1nS09bFPGABGb+PQ6qoFri6O9rgcC1j/Ue1U3NUs0LxnNfn0rhkuigj+nr+zPSfrN2UYiYPVRgO&#10;jAaW9ZuCBpFhY3/rb2M2DxJp6dIo3jWLUGbTJNa4U3/UramPFwfp7At/diWUuy1b7B0KNtsnCgtU&#10;ef8Asfl0V/sXfWNmrpH1FpYo2iW4judLC+po0Myjnj+vvBXK8DzIIlqJnWyNIUCR2W1kCxAlg31u&#10;QL8+3LarhGLlYxx6GNrba0U6iMDoKafOU9ZPBUzTPTUwkUzBWkcSKtidZUl9A+vqFyPafn88lLLG&#10;kaszhllDAro0qhe9rCyXuSfqPa+NoI51LOAGNV9W+zzP5Z6MGstOkBhrNAMgEkmgAz5np8xWcoGy&#10;omaqkSnglV4o6fQ8k5Z5fDosfIGcIQoCueDwLH2n56xsNjamopaaTJ5GCF5qegpF0/fSi8wpknih&#10;nSCWptZXcBSzW1AsD7vuMspjlkhiLAIxC5DEgYpw/wAo9RTo+2/bo5GjgupljjLgFmI7K4qRqBIW&#10;tSKj5jrBlMjJufPU8X3CY7DNUGGoqauWNnptSMFqJoWmhaRaexdlUE6ULMNKkiKYF3biGaWKTGTT&#10;GqSWlnpcrQ1aTwTSwVKU8mTxGCqamOlkUJ5Y4RE40uhZXVjvad18F4ZyjBqkaWqB24J0t3ZPA00k&#10;ZUkdBDmKBbS5MUMgkRaHWGjkVgwqpbwpJVQsCCErqHBgDUAZ9k1km3KlYTUCsghigjjnE9G4eKSO&#10;HxTTU9FWZQUzVKtqCPIj88qDcAIJeuloZa+oezFlYaqypLlVY8qNczFgRweCbfT3JaczfUJbRgU+&#10;QBz/AC6DwuzLIsbacDyFB/gHRh0z0UqoFBV2VW0CN0sLfi6KPr7DvINQ42WSjplp45omEcjUcMru&#10;qEcnUFHktbhQDc29ia3FzcxJcyhmQioDH/P0LbTb55kWcxkoeHDJ+xjThWtfLhmnUzyvKNTMxF+A&#10;WJA+v4v/AK/tJ7i3U+Gx0q4/DS1eQq2RIGcM60sauqo8siRyIJLEu176iQOFBPv1zFNEqzg+KwIA&#10;QV7ieJNK0VR6f4T0IuXuW03bdolubxY7BMmuSTWulRXUfkQOHHNesyLrW5ci1ze/Jt/vPHsLYquD&#10;I1TLX1DCWsUyNSSHwrJLT08MYopJRMzpFfXISGKglW+gA9o2u7Ni9xcv+q2nsJFOABWlWGGBYfPO&#10;D1NkG0m2gWOzhHhpgECppUkstRWpwCGP8um2uqDDBLLoVmgNl5u5/wCChh4y3+ub+xhxirPS+bG+&#10;GlpvXDHWsgL1QimaNXpaQmOWnp1K3Rm1l1YMdOrSqiK88aPx7nMWSAAe0fM0oegleWzRXLQSIzTD&#10;iCKfPj8OPlpp8+k61SSySVshlaXSyUcXJgUjWfNUagJ5mv6lVQkZ9K6h6vblg3xOYyjUWQy9LHHS&#10;iJpauqycNHjPJNr8kbSTSU/70MaEAESqGk1AGw0hTd+bdttGmTx441RtOosB3U+HyqR5rxp0tuOW&#10;t2/d4msttdpXQuAEdm01pq7QRpr5/D6nB6Tm4N0QbbphXy0NW0UkhVaeioKmtrb3OkCClhkmkMn1&#10;W9lsRcgezMYOuxX21HQ43J7eq54vHTQNT52gnFNAqhEjpYo3lCXRACU9T6bcCw9gJ932u7mZ4b2M&#10;ox+FTUufyJrxwDwr1E+48tc0beJLlrGeMmpJaNhj7SBgfs6Cap3NtrO1BGWotyUeOmdKmbHTbSy0&#10;EVY8DvO0uSkeExyIjlpQpvHHe45v7Z8pi58gZjkpKuipSxSvippkaWOLStRMHqEkloxDEqAE+RND&#10;f61vYhs72JIU+mjUyEdtQRQ8PLuBr6dR7cXW4JNJDJO4LcVXiw44HAj+VOOOh3xP8IOHoKjBUOPe&#10;VIpZsLUZCikgigqVgqKSnqCjUrVkFgzJqRS2liASrElNvurYu1aYY3E/wjFVkzBIMhU1CVFXU+Il&#10;5jVVnjlp4oyrjksSHIHpuT78Y5rm4hmvrrWjY01KrU+le5vz48c46MLDekaGWz22IpcAgVYgtqPk&#10;fwqD5UP8+k/Vdf7jzmahzW8dxV+aw6Cdm2jjKT+GYCm8qotPNTwrM+WyFTTgWk81T4nQkqmrgI1N&#10;7VGfo62pWDOZaOXXHFhExVbJnMosVdTU04o6TKxQL9nBVSoJakB4YAfVf9JXXTWFtDSNFR1bT3KY&#10;8105DBSRXHD51xXqQeVOWOYxLc7xvu6iO0RAxV5NTvUgoFqdSggGhpRhw6T29p9m7LbC7W2ltzbW&#10;ArTPUQruQJBt7aGxi2IrqtJ83U4uFRLVz0hdqSgIjeqmdf3YQfMoIb5fN7VyVfkN3pV1VRFItVTU&#10;Sl8TgdqxUtOKqCmxNFLG1RUy0UFYddQqB5hMSxZX1MSvuybfA13LG8kLAmtQiArUVBGpmNQRilVB&#10;oNPRTzFzRvW+bpc7NC72qhkVYzU1VsotB2opwVrpyPl0J/We2tl4TblDNtKWkzSZCJKnI7t+4gye&#10;U3PWzQRR1eazGX1SS1tTkJKVSwDeOMKkcaJEiKojYnE7jwNHV5bfNBU02cBj+yo8uZI58TSrStIa&#10;mqo5ml8FfWpP6BKgePSSVUaQp5y4X3mOKeUIWY4MdcjywWAxmuATUehHQKDTWGtFRiXrk5NRQkr5&#10;8KcPKh4GvT7R5TD7nhgn2/kaWtxh1uKvHMHpasxyyRlYqqIKrRQyxXLISHJ4v7KP2d30FqJ8Js3G&#10;1e8Ms8rCprKZxFjUutQLJXv5456iOo0ln8Jh/Cv9T7yG2flC+hiiu57Fkip2g0WpFDQk/CCARwP2&#10;GlBJXK3t5NfmPceYtxSztSO1CNcz1I4R4oCK1XXqrSqkaiFRFCkSAIoQDnSgVV/2w45HsCd2UXfN&#10;VFQCi3lmI6MYjGSVa4bCDHxvWvDFHNTpkKonJZmWI3NRUKiQNKzaEC6SBJs+3bPM7ncL9beVJSqq&#10;FRwyAnvLVJU+dOwUyUGR1Ku2Wvt9t8kpGxwNcu7UMsldK5aoUVRAD2ha6hgcOuYf6s3pANgNQIK8&#10;er68c/7H2FeX2P3a2HNHHVZSaOKUV9fmpt+ZiPM0K0glEdPSwU1emMoKWFruywr5HZEUsVB9uz2u&#10;3vdxSWt7J9C8bq5M86O7E1DhY08NdINOwtXgQTU9DvZt15LknAS0tlmqAiLZxGMhgBlmj8Vy5Omp&#10;NBUnAz12XT0liPVwLj/DVzf9PA/PuBtUdzYrDpktpPuxaXdEq5CSpxgodxS5qTS1PDPU1OUpcxWT&#10;xlYdASoCBkAsLhfZwlh7eb5abfuJd7e6jqweKbUH10q2qYuHooUapaAYHzB/eLbrPdbVdfTNDENB&#10;Vl8MRgUJUCPwihFeCDVUnt49N1VT4+aopZKpoDNSP/k3klkVo3ZQSVAmRWchRyQTYezudD4btze8&#10;qHsHH1NDh6CiMtJnXxB29WVE0Y+3linoIVDZUV0NQRcCKni8WoLdifcf857xyjy/PPtuxX0lxuoE&#10;etSpaOjEkETf2YkBUEqtW7vwjAAe58pwMBLt12qWjykFfEWY4ZTWOqh14BRWpox7gK9Bj2L2ltzY&#10;VIwM8Vfnql1Shw4qY4TUyyiWQGWol1Q0sMCLrkOpWKWtckez0bW2xQbWoRFjYFeoq21VtfJoFQYT&#10;TmSL91kkkdiygCPhAZLm1j7hjed1vN5uQ9x/YrwQcAa8acPTPHH2dDrYti2+1jDxIBVc1B1E+pxT&#10;PlTh59VMd99wbh7NzlVT5nJTU2Ew0UUeLw9JLUChq8lHWETmeGIx04WEMC85u8ixKF1A+1iZA9lM&#10;SAar+myj/X/rz7LAlADXPQst0SIgVzTh0UzJx1EgeQVNRI7qx8jFmcsvNh5FYXNrXK6efcOsp8gE&#10;d6KajUNwYa5JdNj6bxTU58qlifoQRf8Ap72kkLHRIj19Qf8ACpx1uJtzguzNDfp9MaVWRWOR6Ed1&#10;PUefTrj8h1pl8fT4Dc+y92T5allIizezMpjoKupgeIVCmvxOdpZ6Opkp5opA0kcqPoYWjOm/tPVx&#10;rGSaorqx2ZNBFFj6daKgtDpKGqVpa6uqiW5s06o4WxQA29rYoo2kjjhhIH8TNqav9HCKo/2pp69F&#10;u6cvbjeQXV/fbszqEJWJaiPJWhoTmhpTV8PlSp6MB1bvbZm3tzbd2h1/15RYgVVSqvvzd+QO4d7R&#10;zywSiqGOmFJhMLhIWQorGmo3lUE6ZSwB9l67L3nier9rT5akw9BU0uEytHip8XBUQY2kpfup44lk&#10;edIJBCIRMlo1QsWJuAOQOdmsDut3bwXN4Io5UH6jkAKuBU1Ix5eWOGOgva7b+9Z5LeWWUOYjIDpL&#10;s+nBIFRUE5bPrXPVm+wqPK7oraWasyFbCmWoPv4q1xJK0hbTNaNpuJFePVZhxcNblSAR2b5E5zem&#10;brcNgOvIczXTxm+Mg3JTxho4FVUmMdRg0E1UUJWNDL6gCAtyAR1zS2z+3m2x7ru25qbGGUI7qGLI&#10;HCnUygNpjq2agHGojTQ9H22coSXCiGO9KyUJqYyDX+BSsoFccApNTx9DDpQUOCpBUVNZL4aYRh6p&#10;45Hb1lYw58IlcBnax+gH5459hzQ/IPb+TraJMlQZnaC61NPWQTaqCT0TQCmrZKelMtLErOHWZIkZ&#10;HRSZEUMCN4No+usrG8t1lNlOgdHUDTLGw4VALadJrnRpoe5SOg9uXKe6QfVPt0kU0wNWU5kWhBZg&#10;rt3NSoKlm1AkaTUEKKNI2j4PkR1BBPIKkfUE3uCD7XO7dw0GUymyK2Pb2Kz+I3Jk2wWYzVCsb1tB&#10;LVxN/AcvJXJE8FVjZ8nTNTT+UkoZlZXQrofGj3x+7xy57hwwTwbRHb788hX62NKOgMZaMzBMSwa1&#10;WN9QZ1MyvGxCBXG3s/74cy+2Mu7xy7lObCziEzWMrOsUqKQJliUkmGdYj9RGVUBwKOtHARsyOLeo&#10;pZUpKl6Kp0OYp1JMcb6TpZ4gyhkU/Uez0fFnAUezezNq5uClloUyME+HqIWVENNHk4hGaWoMEjxm&#10;WGsMSkglSVuDbn3zR2PlzePbD3STZeYrXwLlJGgYVqHEqMI2V6kOjM0TKRgYJoTXrLb3u5t5c98/&#10;u8b3u/LF5HPaGOK5UDLK0DguhUioYASKw4mppUdVV/MXeu4qfaud2vmyseV2zlMdn4tMpVZ4qJo3&#10;StiAH7lJPjqiZuApsxFjY2tz+15PFjGFlBtwxR0Ok/1DC4P+B95RPNUCnr/kPXGNICs8yEcTSnQA&#10;S77SqwmDqWmVh4JVQB2KBpqF1iK3AsxmUWNhYi/HvDOgGg6FNyp5F+ePV/sTz7diNQRXqOt3gMd9&#10;Kg41r/Lo6fXeXbI7Xx86uSWiAPLA3X1Ne9jyDck/W/vjUx6owbC+kEgD3aN9LEU6D1zCZFYU7uhT&#10;wle1PVBje17lr/T0/wCAv7CPdNKuttXpLub8Eixvp02vYH2MtnlNFp1HO9Wh8VjTPRmNt1pnpFII&#10;PpUk35/SP62J9hPJTGOZzp4HrsQOfXbj+gV+LexkkyuoXV8ugTIpVijdK1WDD3yniLQh+LkEEEar&#10;D+vPAt78jhZNPl1SMgOFHXL2m56PVIFty0jszAXJUpfhRyDf6+zOOYhangOjuJgVWhJwOve8CY8/&#10;fQsYTdGADyFmLBjp5FybKBcX92a6/QlFadHINLdwME8OutQ/qP8Ab+xPan10FIGFtRckgG3BLA3F&#10;73KgewmshFxORxr0WQqVdiD3dQ3J1Hk/j8/4e2qpTw3uDdlaQ3BsPwbE8XuB7WxMHp6jpx06yKbg&#10;f7z/AK/tK1dP55FsiOQove59RJP1W4vb2cQyFF4063GSpycdZVYW5PN/8T7zw48SU0iAq0YdiEKn&#10;+2dQtfghbfT6c+2XuCk39KnShomZi6PRuvGQA2IAP+v7iwUzUjSBkKRi/qdNIux5e4FrL7feUTKt&#10;DVutMsklA3HrsupH1+o/x/p7lSM5Fg41OEZfqCwBB1c2PC/19tKBXuGB1tIyD3E9YvcKdXclUBFw&#10;NRJuAuoAmxP+PtTHpFC3TytQDFT1l1IPpb/bf8a9tEuPZo5YrsWaUsG0re/IUc+uw/HH+t7VLPR0&#10;enbTpxiGIanXepf6/wC8H3BWnqaQyIWa50CxJ4B559KgXF/9t7UtJHMFYKK9MzpG4XAr9nXL3Omh&#10;MsRYK17EMF4seLKOeRb+ntMsnhsATjouU+FJTy697Ts1GYnkdYyLgsARwLA2PP059miTq6hS3n0a&#10;x3PiKiF/P1697iVkd6UN/uwW02/sgEM3I4+nt+JgJvlQ9Krd6TUrVOvex02ayybe0FgQYFvwTYqW&#10;B0j6359x7vYK7oTTNeiwiksgpQ6j/h6g1N/In1sT/X/C3tKRyWq6pQpUiRrDkAaWNgRwC3F7+zhk&#10;/wAXi9KDp+bMa+vUrSTpNuLC/wBP9j7lyOSjCysSLm7XK8/RRfn/AHr2yiAMB5dFbkg4PWSwH0Fv&#10;bVNJKyqF13Bk1XI1MB/rm3HtYiqKkmg6ZOePDr3trF3Yq1xZjwebDg2NiQFufqOfawdoFOFOnj2q&#10;NORTr3uJIw8sdKG1FSKiUAc+McRRtqsGVnP+P6SPdwtVaUj5dKowRG05FBlVPqfM+o+359e9rShp&#10;APVrHlbTpHC6lIH6bHT9Ta1/ZJcS/CDwrx/PouVS2CueuLMFH+wNv9h7VX2jab6T/wABNX+x8lvZ&#10;T4614/j/AMnRh9Jjj+Gv8+o2t724v5LfVf1adVv9t+ff/9KhGnyCsxZhHpQDUNRDfT6W/HsTyuwp&#10;io6ZZiTnrf49uKVDuVP6Ap5seNX10r/QG44596V2atUoOvde9z4qmwTktqvrLfiwJOr6Ek/n6e7Y&#10;NCetaQePXvcsVI40kDj0Lz6T/tHPAP8Asfe6enTRWoJr59e95o5JGkKSQBVMZdpWLFSq2J4vY2AP&#10;0tz72agGvTbMqjjnyHr173yORoqZ2SmiWZwyyJVSQhgLxkoIgQx9LkG45uPbTOe3HHpltbquqq9e&#10;9pvIZeWplaWsUOzHxmxZiukhzdpBqBkjH0+lj/UC1EkBYhh1tQKaKY9fPr3tNVshmEbKXvICv7b8&#10;AKwKyyDR6iLW/A5+nu3iA1U8erK2K4697fdr5Knpozt/Jwytj6yGoFLlPHLItFpRJPtaowwSQoks&#10;hLwlygb1LbgFthSKeo6YliYsJE8uve1U+A+2WFRG0iykyB0ikMEqBUZGiMrRhCyIQbm+kkD+zazF&#10;jTJA/wBWftHl0neRpA6MABQj8jSoz9n8z14gHgi4/wAf9t72BfitvaPsDqnbdSajzV9NjaPGZJjI&#10;XYVtBDFBK0qtc6JfEsy35/cH9Oc2/aPmIbpsFsDKRdBFjbOapQGvyNPt4Z9eHP3o+QJ+SvcrmCOO&#10;Hw7C5uJJoSAKGOU6lpjih1IfLUDgVAAM5dmxOZng9QiMwlj/AAgjlLNGRbj9PB/F/wCnsY6/CVVA&#10;cgIkqZTUxtNAYYXkfzaUEJdtDRnT4y12Vw5IU3IFp1s7aSJZhFrDSUKlRrNadtakhc0/Dn1HWJV1&#10;cxSPCJiNKmhDdqkVzkZNeJz8hjpeY2sSphiZdIJUXsbk2uP6/Ww/3n3E27T5IUj1VXjhjGlNvCXk&#10;ZhGDcs0WspGglB0qBYBuL/gS7TFdGOWS5tBC7EYqSeArg8BWpA+fQa36a0W5EEF4ZxxrRQAc0AIA&#10;qdNKmnEDp3uG/JH+xtf2u4mp62BBMiebTI4LBbxyKWUMC1lI5Nv9f2cFMA4oMZ/1fLoHSq9sy6WI&#10;T5Glft669akm/H0/2F+Pz7TdakcCxhyyHUVPCsjnUxAk8Vimr+pB9tTtp0AHSv2Chr5cK/z6VQHx&#10;fw4p8z+dTU9ZUJYgEnkA8E/m/wDxT3CIhRHVdTksVViXOhwQFKsqljbn6i3uqqqAgqSf2/5Cets9&#10;CNMo/LH+Ejr1yfqT74eVdTKqygWHNvyCNRsNGpSD9SL+6azkqxB/1fIdPKwqNYBB/wBXz66sTwPr&#10;/vv9b26USwzsAosym5FtQJsOW/Tbj3RAsuKnp9W0nFOscoZeT9bH/jX5Pta0dPFCEd5AdEZVQxAc&#10;Dgg6WVrMSLWHHP093lJVcdaaVpGwox/q/wAvTVMxN+P6/wBfweP95Pt1xdRLG8g1tLG8iEggBU5P&#10;Cehfybnj6+yg1ZnPR79GjRR/xU8uk9kpTYD6EX+n54B59ruCVAyhWNiR/QfX/EAAm/tFIpoa061b&#10;xkU1DPQf5YvIjfQ2uLEf4fX6/Ue1BFIqxB9QbkA3vcA39Q5FvZcwyR5U6EVouAPn0B+bJeumRoii&#10;It15B1DTb/ifb9j0edBYaiNR1kk6RqNjf6BgPZVdMsefPoX7ZZvcSooxkdEt7s3vi9l0dfV1MwUG&#10;NvFTR+MyO/jbUojN/IpKci31PuZnMXT5LEZDGO0LpXUFZQzCRRIAtZTvSszJ9HCrM1x7LJCzq4OA&#10;Qfz+R+R8x6dSrtFsLGa0uYyRNE6vUcQUYMCPmCKj5gdVDY3v/cU/ZWP3jNTT4yix2boavHxRvpik&#10;pcZk6eqp/Ijq8VPUTPApLRqupQwt9Pel/Nl979od0bpTN7dy+FyGxexs511tffTU0ZoN3R/eVuPy&#10;OPeegUU8YwO5NvNFUDnxvXanCvTyD3gdvm/Xe9b5cTXkCrdQymMSAU1hDjUScsrDNDQAZXHXc3kz&#10;Z7HauUrNYLgmyuLdZvDZtRUMmrGWPcvw4ANaYqKbjlBkcQmCp8jQtA2Omw1PlI6aGzXoJaUViShd&#10;XqQ00lz/AKrgfm3uzrB9uU+5c5g9n1W1LbY3Vtijpd+Bo5XqdvburUyGMhx9dFPMIEpMrJjngQKh&#10;aT+IKdShinvInbObNs3212/lSSwjO3XsIeaRe5ornUSkY1AKNdPDBCltM3xAEDqG915bvdpTcN9a&#10;/wD92VrMTBwAkhCh9S0BYsgbxKFgA0RFD0VPLdWZrB4bIbnp9yyy7h2zn5qnadRLJRpRZPa8Mkde&#10;k80tMhrJpcfFViWW8jQhscgCWAYEM7Sgy21t8UUAo2qMXBVHH58JHrqaqaOuTBzRxJFSvVz11dri&#10;8ECOFZ4ZY44nlmQiCuYrGXbd2njkSrREo/rVDpYkUopJoMnJU9S7sNxHfbdbzxMf1AGQDgNY1AH1&#10;xVuI4/Lo3uCrY8li6LIR28dbS09TCFZWQU80SywiMqFDRhH4Nhf21/Hmlrahu6urocscdU7t2zPV&#10;7Py0yw1EdKlelbVYH7RdMkNUuJ3Q7lluU88T6vS6kBqKwa5kmQTMkit4goRTAIAPqM+XnmtOjTfZ&#10;zHZ2dy0YcAqGBFRQFNTetdIIPqK48+k/vGOOEYbOCETtgsvDUysLf5NRzqabIVOoAsopqCWR2H0K&#10;3uDce0rmJd4bh3j8SOxKutqaWkbfe/MLmVy0f2dc1NWbYxmHnotEKotQMVuinrlJdlCuPTcgqFE0&#10;24tc7FcyOyx/ULxrqYfp0A9QGLYwRXiet8u2aW1lzZZ2zRvbLaBsDADPKwKivxAUArXtp9vU5J4S&#10;2boIvC7UWPgqZYoyCjvVPlGp0kHOlpKekjYgfhv8fZwptvZLNbI3DNgcu+3t2UNbuWXA7gxkcsdV&#10;BWxPWxw09K8DrNJFORIXjAN6eU+lmYAjnetva4287laJonaaUVAOKBu0kEELx1CtaEgU6KfrbY30&#10;VtdQpLt7rGHRvxDBGKEA1AIJPEDpFV1ZTjLUmPrYBX4nI0OHWrx+SjpqmH0S07CtqYZEWJZYw8JD&#10;gX8sZAtpJ9jt1Jsxa/obcXWOcp8ZuOoxO2cfujGUzSaKfObp2LHS1yy0E0dBA0cWe280Bi8VMDHJ&#10;SzSLE2tlJZZbdJaWF7YiRZyVEiFMKXj0/CCSfg1cSalW9cAXmrcxtvOfKPMcDOttNeNaS8OyC5Gk&#10;a6dpCXACmlMSIK4UgrXbWbbaHc/VfZNNPkKNa7dEvWu4Kqemj8mO25v5ZKbHSZSNaoUkkW295wkz&#10;l+FSrpo7hlVSH/yM7R2rsHojaO9svHLkqXbeTzcbbe+9fJR7r3Vt/G7jakwstQVDZKLcNT9rDHTD&#10;9SuI5SU1BiLfN2ZLGyMUAlIkdEQknuqwGa1JoAFHpQDFOhxyxYRw828wxNKfpyiSh9IQrFIqHSBk&#10;ggh6mpBJLEVyFr1jtivl7X7hpKpzRvX43HyY+vpKRMVX43be4qfCVGPoqKnWSRqSsxtVR1x85K66&#10;n90IpsBM+P259o949ZUm/wDKYPB4vcVNuPsPbNNia6lx65BsthF3Xjs2l6SGJYa2vo9oz1M36XJT&#10;UxLAe77VuscW82dlf2zG5+paMkLq8MoDUORTTXRk5H+Qy3V2W6uv3azLZyR28tdQoFLxhSKkkhGl&#10;IBqKVyOm7szIZzr/AHVFhcJUZWLa1eu16mpqVq6iX+HefeG3MPQIjS+Qy06ZfPRU6RqxKxShANK+&#10;krHyp7QXp7Zm689tKhrEymAebLNW4yY42RsnVbewdAJGmijlhfIrJuuGoVJI5QZaIixBI9zL7v7l&#10;HabY0u3RUjRopVcVWjNFDXIyKeLUGuWjJ4GgNOUbsJu6w3B1DwgdBPxLqcZHoNAXFKBuNc9D7seh&#10;qs3RxVuZeKthnpXoamhnSKpT/J8pk41aYyqyNEVpQsY0hSs7iwK39k+2p8wcDuXesPY2Vw1TQbQ3&#10;JU0O0qyQtFWx4nN4A4fKzR46tjalpBQ7i2/VPClFJZn9AUmWmLe4p2vnqSbmTZuapYC3gXKRsC2o&#10;lRQChIwdJ7RT4UFSTnoTblaBofpLR2CV1KQTTyrhqio/1Dpcjb8lPhkx1LWSLUU6VTxVSJEpmqJE&#10;qAklQjI0TTvJIHkkUK7PqNwGZTYU2fr9wbCzGA2Ji6mszHZ9D1B13synNdUbfqKmPI47eG/s3USZ&#10;E0uQWggosMlNLUSpBM1MqszL6VByc9weZf3/AGs37lRUFzbbbYwmRtNNcVxdzSGmVUBkLBadr1Nc&#10;HoC7ruljsMUm9bjOY7GzSeVmABKkmOJSBUZrqVR5kgV6A7K4inl7Q2bl81URjGbTp+0N718pZ5YY&#10;ctPVbX2NgYXjawv/AA+fJFb3IIKgkgn3m2L4M919mKrK1D/e43Ym2RkqNqp2mo/u9kYdKiHxTOj1&#10;UlOmEXWSitG0i/RnPuO9lnsd4QW+53AN1HZBuJNAtqgYgnh8KkVqanJNetbmbkX1qEU+BLI5qccZ&#10;K5+b1NB6Kw8uljmagYjObZpKGl0fxTPZSoeXxE0/lkzlZUMstSqMInrJMm7xqf1okhBAQAiFiPsl&#10;qsJM1QIxJlaCimSeWQikoY8hSkVY8t6eAigyRLEW9KMTwOBTyxuFvtvNdgPFXw2vEBLDtijEgBcc&#10;ACI+NfNiRQY6gfl2GWz3mCZSTpkmX510ujE09ZI/2t0571kq325uVaeGdnh2/U18LwReRaqojoqq&#10;WGm0h1eRRNRKSq2Zmbi3td1M2Moen8vkIMYGp90/JDO46CipIpqyPIYfbZzdZAniiWVpqeb+JROy&#10;2aLx2JGlyPYQ52mhnut++jtn+jl3iVUiAqvhK8jlQMGtJQDQ+Qx0IdzaKHnOtzdJFNa7IJGkYgaG&#10;nMaVLMQB/ZN868M06LRtSpz2W+Ru39tZGoqI22X8TqPN10sv66Xc3Ye5sbjGJDajDWU9PsmoBe4c&#10;eQ8+wE2Tixhtz5mbdlTSwMdm5fNZT7FEBocmYd0ZSqo0QP8AcFfumiRS0YqFj0hgtiPZFy7tb7a1&#10;0d3doAbUscEMCI3KgAniSFXy/Ko6S7nzHFzfsV03KUouIo7wW8clSRL3RxmUGi+RY1yCVLVIr0bX&#10;cEtbT43Hw0EP3EjZ3C0kayuSppXyVDFVzzvq1SItK8jfUsxW5LXPsRKXCBOo9sdtYbKbsaWHPx4v&#10;D7Uomgx2MzdNPV5bB0lUsDeH/czuHN5OVoZdZMVGB5HijMhEwbZJYcsctbV7m21/cS38M7JbpiOE&#10;qzywEMQp73ZmkRhUiMKXGksegRtO6x2fudu3tRc7PbSW52rx3uWOthKEQ+CyjVpjhgijoagNKw0q&#10;XahYK2qSqy2TxlVDjIompqpamplppamtpmTHY/KmoSpdjTrjY4oIw8bpb7iO4LDSpAfs7F5P5Fbg&#10;xuWweUz+yqd5aSmFfRUoyFRj8JLjYB93TrlcY+OrMdL9o1LS1FZBJ4qhmXVJpBJO1zP95T3M5S2R&#10;r47fDLK0byqDKyDwmmdlD0DMRFRC9FVmGrsqvSr7vvt3F7U3/NthLM17dbjeNMXKqqMweZhGaSFh&#10;KC7u6qAGQBtK0PS1r8rFg8WhqGiaSKBaeNAwi880YCiKIG58jQqX0gE6QTa3sx1BiaHa2DocJiix&#10;o8XRU9HTvMVaaVadBEKipeNIhLWTMpeR9KlpGJI599feSuWdr5T5c2jljZrTwdqsoRFGv4qDJZsU&#10;LuxLyMBRnYsOPWYex2k0UKrpoSSTSuK5PEnoJYZanJ1kk9d/nJGMjlH16TKPPojZh6Y0MllBuQB9&#10;T9faLyjCV2YxkP8AUWNrf7Ag/wBfcmWo0aQCCOhwqFV0nh0IFDGYkVBwl+B/Tj6g/wBR7SEkUY8j&#10;BjHLcEKD9b3uPoePZ0HOBQU9empHNSuMdPiuRpBUEWF2I5PF/r9L+4V6hEYmU+M8kX4Fj+R9fage&#10;GxXHcB04olMZLt2+Xy6zek2sCG5I4AX6fn8+3/GLHO6a0ZGgJIeMlBM36dLD6H0k/wCHHssu6xhx&#10;ghhTP+TpDISvA9N1YXjVlGltY0trBJAP9ORzx/jb2taemhqXALIEb1kH9KsvBX8kglgb/wCv7IZZ&#10;miBpWo6TNclmII4kcOP5Z6TdTUSwRswiZyrKqlTZbWA5HP0P+PsyfS3V8O8svJNXLK2Gw0UNRUMk&#10;R0VVRJKipj45A8VnNOJHc3NgAdJ+hinn/mx9msVht3H1tyWUZ+FaGr/k2kD7T+XOn+8Q+8nJ7N+3&#10;O28r8t7nDFzXvsrQq+pg9vEsbGScqoYlVbw0WlD4jr3AA0g7cikzGXczI32lIhlnVrPHOWbSkDag&#10;QCSC/wDiEI+puDN9h5zcuVyK7H2LBHDljRGTLZwB/tNp0kgRY6dUjjgjbNTRSMYYmbxxrGGZWDIG&#10;hjl7atvghffN8lK2bOfDTGuduJYVr2A0BbzNfQ9fPVydtmzWFo/NHNlwxsDJ+lCWq12+asT3nwQ1&#10;NTAamLldQKsQLgA+tubCw49PH0H+HtGbU6P2Pt2qFXnEbdGVqTFUT5DMwCaSrugYMsFWssnlk5Ba&#10;ZS/JAA/J/u3P+7z25h26lnbqtNERoaAU7mBFQPLIA4Vp0It+90eZt5gFrtdLHblqoSFyojoaHuQg&#10;aRxGmo9S3XL2K/V+6lyma3fjs31ptvbe3dsVf8IwdZNlaXK5PcSotZI+Z0UeNFDt6iFPTDxRzVEk&#10;jcAhfzDF5vG8XN5Ot1eyRKZP0yJtTOBTLxqe1WJOkEliQxYDtqBed+Xfodr5fvNt52vLzeL5PFmj&#10;ETxRwVKgRAu+u4cM3cyogFR8Vaj3sMPkLntgbfx9NlcZFSZLK14mppaDA1kM8FNVAGdfuJ2SCGAs&#10;kzamEJZ2XkDSB7mr2wseZN1uGtLuUw2sWlg8oI1AjgAAGIqBQEgU8uPQz9otq5t3W9uLC+klhsYS&#10;GEk6FS6/CdIqXYYFBqGDTz697q8ocZv1cvmczsnE0u0Fy4bHmahoPvZZZdc89RUU2Tzg/hCT5JiH&#10;dI1S3hUaUIYnIAcpck2EktxJev8AWSIHcR6Qak1cgUdhq7UJZeCrpK56zyn3fl6Hbds2vmHdJL7w&#10;KSUdygAAChGjhHilYyGoWLVLHuOAvvrcX/w4/H/G/bwuyPkKq4uopN65L+L5ap+1pPstwV+FqJDG&#10;i1EcVS+AxceGh8dQoEaI8liSIweQCSC25Dsrq/vZ7C6ubqlS1xM5iCKMaogjQq1AQzCBsnBz0dWf&#10;OnJm4W7WEe1Ku1WvcKwRyaS7KGKmaT6llYGpLHSKVIUZ6wPFBYtKiOABcygP9Bb6NdV/2FvaWxfd&#10;W/Nr5w0O2O4sTvjIwUrPXZra2823nh4amGompqjDVWeraac5DK009PLDLHEiRQS2vI8gMQL9kn5Q&#10;9zttmblbabJ7C3Mg8aKeOWLUupWQmMENKrBiwIUxhaO610EQb1yRt8dss288tT2YYikc1u1rLoZQ&#10;wkWNSmiOhDK2pmccECkP1jEFPPCYnp0MJJHjZBoI55UcAW/3j2drb+699dibdxW4K3Nb169kxWQp&#10;qmqqRFSjH56KljiY01VU12KqKaLFVayPBVNAlLJUg3SVSnjSJebeR7bcdwh2+PdprRLS/SWM2U0X&#10;iXCLobRJrjf9KUM8bpHRwK6ZVNGEKzQWnJcnMO37TsVhvdnuVq8LrOrSNAzE0kjQShvGQisbtrCV&#10;JMTHvaPLT46Soh8giFRCS1OQdDKGXx2shUSAaTw+oD2Rv5iZP5EYnA01F11vemO8p8lt6rq8viNx&#10;Umw69Nrz1Uj5ippGqzlMTUyu+JSOWO8DMZ2dI2RHjMZ/eB5S90989rLEe2t6P3vDfxpcSQyJYTR2&#10;9GYsWnn0MHeNA9HXUuukYRWU5F/dN3P2o2jmBpuf+TjLy3FayrFBcxNeR/UERrGCBH4lAskjo2lt&#10;PhgCQOVPU14IpAwdQysCGBVWuGuGuWBY6lOk8/T6eyX9xfG3uT5F7i2Bviqqsd03tTObMmzGQzm3&#10;87T5Tdddk971ijcu0924/C544qnhxlRQgtXCc0zR1CaoUdpKWkw45p+7LzzzJfLvNhy2mz7YbP6u&#10;VvGWe4luriRfqI3ijnkjV0qX1oyQaCqqizO9vBmLyL788o8mWm47PuO9T7zvcF8YIhPG8UENvbIw&#10;t5oJJItbRuCNKn9cYLFl0yycNKRoyIrAQR6UVb30hBpRNI1DgWFuePdjfSO2ds7Z29s7bWLrJEq+&#10;tIsPsygzfY+Vg3PtnsSLE0cVJ9llXpKGlEOR+xpUhiFKtxSQxIiiRdXvox7Y7G/JXtrs/tZvk19u&#10;NkNvWksgYXUQdmaNC5Ph/pNWNYDVFRAuplrqwn93d23bfOcOY+ebW2iRLyZ3MVspWWJqaC6Ak61k&#10;oZHd+MkkjEBSqiHOjVcMlK00i/cxajJTftT0qsv7Uqa/KSySIPr/AGvqCOAvI+yN87Rj3fPWbCpK&#10;rD02UeKGuGKyFNT4PHLN9vDQYvcMoLNjUomCJJPHWPPojWSVCxf3J+3clcqyDY7blvmMxhECTRyy&#10;ufFZQAZNLDSXjzqWOikigKsGqB5dyj3xLNLrctN5LGGShjEhamoq8YIJoSzNpKlCxIDqFAixbfp4&#10;ZoZ46zIakQ/cRSTQyQ19Q2hvvaxHp2/ypWBYeIxRhmPp+lmrfPYfQdRisbuvtSuwWPqs/Pj8HTST&#10;06R7ors7X08afwnCY3+KYs7jyZpqRh9vCz+QJqAsqBo7583DlrkW5t9w5g2+Jtz2+Ux2ImhDSTPc&#10;dxhsHeNmkklX40ttTimlwprQ05O5e9x7/cZto5Zv5pbOUSzTgSk28EUNP1LtgCLaLVQ+JJoBLgAn&#10;LLOVHpoHhooEvALQxyyGnp5HYa7eVIp2UPI3qIjNiTYH6ew7q+sM1gsqm8+ot4VNZjaSOkycGAnG&#10;QhbIUkHhmWafHZClpWosrHKJdUBi0gOUK67BDq2Xed2srfd7Oee2jaJRDBIXRLpNIbTcwyRQtaSi&#10;QuvaCArEvHGQE6Q7pzJy/J4nLXN+1obvW0bXAETeA1SKpLE8iSQsCp1aiR8Q7TmdGzsoLpobSuoB&#10;tQDf2gpsLqD9DYE/0Hsavjz3XubD74x1ZmcDWYXI0EppSZcs70FSlbMKrL4Gf9miSdqjG46JpIik&#10;ror3Glg5Yrn2u/512ENzryvFtHMS27J4aXP1EaySdxSOTRGskqiGK4wH0xsQraQaxn7ics2OyWU1&#10;xyrzCt5tfieLQxBGdE7EkoXkZVZpXQFWAbSNVRQKybjwFFuTDV+Hr1ZoKyFlV0t5aeoQ+Wlq6VjY&#10;xVdHUqssTAgiRRzbj3dPjsRRbnw9FunBItZR5KmWq+2RfJPA6EQVFI/jZFaSCpDI9gPUpI9JA946&#10;3F7cbTe3Oz7jJpnhYrq4BvMNT0K0I+3qK0kh3K0inhXSWFaDyPCn7eiez9jNsnclVsfd9fHSZCgq&#10;Xp4MjUu0MddSMGqaSu0fSKOoo2Vl5JBNmJYElMZuhEFQ0poZKIR6VKQh1jZQLSNp1EgugIJBBH49&#10;nNhN4kYQXIfVXjxHp1WHbrhjQgtUdC/t/clHWUsa02UgyHmLSqVmDvpI4Atp0/X839ozcuX2rtnD&#10;S7g3DlKLEYqmlTy5TN1VHj6NLRO0ieaplQz1s0q2hiiLSSH+yoNw5LuD2oIuJVRAPXjxK8cAUHn+&#10;VeHQx5M9t+Y+ddzTbtusZGj0kuyqXCivoKVoKkjFKE1oOmPdPakW25osPjcdXbt3dkKdTiNl7eSS&#10;uzlUZZ46U5CpCwNBisLQa/JPWT6YY1ACs8gCMV6q+R1NXbvlx+x+r957m2NFSQtHvupxWTwuBqM6&#10;tU8tYsmeqqPIinw0lPSx08UcePknmaolJdVC+w1LzHuF9cSLZs304TD0pEDUkFmDMxXt0sQnE4rQ&#10;9Z5+3fspyfyPYR3nMu1W99f1B8KQRsdKgHTpK01kk/iCj1biSldubT7v7U28+Gyvyc2T0V2RkKzN&#10;+bYO28zSZ1sbsT+BZHGwkYOh3Hs3ceR3XSZLMQ5Getkya0VNJQ06GBxJIPaJz3zNz+1J6jGbj+L2&#10;5sZjayokp1SorUpUrvPrhKmgymz6CKdqtXIZPUXvYgXPtDJYyNCHnugICTVfFUamJByoCufPDt9o&#10;Jp1kra3fK1jHGU9uLQRAAAtbkdoGCriPTQUrgtkVrQHohNB/Kl3R2gYcvsv+bBuff2dxqNPPmMNP&#10;U7hNPW0brLLPJWYPvWtr6VKSpRXUJIgiZQ3BUH2Be98/8dO7sTX0kG190dF7yonqq1qyLamMy1LX&#10;1kkgV6HK02NqpMqZFqNQjdRTv6yCJFTxg02yW9jvLSwjlmEjqxB0uRVcHWU1BGAwldFRX4s0DPNN&#10;7yddwW8+37WtnOgqfDI0sTwyUUeuWJHR9vjt0/8AzDvjvmIqLeHc3Xny262y/wDC8dI27s3uTZW+&#10;tr0mPpzTLuDb+RfB7oxNd91SspqaOonZZ3iRo5YWeZ2Ff4WYfsGimyWHz248rmuvVx7Y+n2/kUau&#10;w0klU7RqKejyccgx9C1NHK8y05jicWVtXpUiPmPZlsbW0upyBO5zGqhdYZW7mBGFFdWANTUBqK9F&#10;ft9zDvD7qbO1Msti4owrVRQ4rTtJPAHIHECuega/nAbE6VxnU0HZVPtvaG2+/cdnMdntvdgYgybZ&#10;7Dgx+EmppchJDltuz0FfnavUYKakSsNSkc06vGsRUzxGg7031iuvNoYWFMzt7YmOyWboMBTZbLZK&#10;HbuF2/j5Q0PliqoKV6WnENJG3ghsiCSwUhFJAGliuLPb42imggmd1g8ZmCRxqSXNH7lGmJAsag8a&#10;AtSrr0u9h73buUNq3PmbmLcoLC0kYoniYozDVUGhq1AWFAMkmtMdU2/y+uk5+3O6+0N+b8x25u6s&#10;lsnY1fuDLUpxKbn3Jvzd0lbR1c+PZMvXipq/vayopllqJGmqWh1CQKZVIc9o0HTHYex9s0NHkNpd&#10;m7exTJksZXZLO0++2mroGenqMmcrlJq+trJlqWkVpJCHuxVgP0hxrJI7SCKyjN5aBFCF2NzRkJpK&#10;XdmZpC+GZmPcvpgzbLzD7e8/Jb2o3SxvIoTrUO8ZOpV0s1JO+pBOoUp6CnEIu9t3/NrpLu/tHfWJ&#10;2z210Xmt8TttSaLZWyqrrbE/3YZVqduY+hx2BkOPuMSY2EcVVVmOWIt5S7F2Uu7N3bf2OqSS7g25&#10;gTXyGWlhq6iioHyDUtFJLVwA1chFXJNRQek6TIgjBvYcGq2iCKKS5cLuLsW/U0KJnHcQvaO7QpFF&#10;AAoBipJgv7xvLfLE/Kz3n73tY9zjrojRkEhQKxoACuBWowRj59SvjB03vvvLcFKc7sbs3sJcL/uO&#10;zOQNPubceK2/BmdwpDh5aFoqaI4iLB1U0ks0KVEkEorHlKM54pB7l3Hl8vW5XJVVPSjFbpr5q+my&#10;eWpMZlstDQ082uMQZ2upanJiWmMqI8kKLJMhIZiQQJFm2a3tLHbIH8NZqgtVEEiD4tRkMbGuAaAF&#10;iGpxz1ycFy4ujIZnZdRoNTUPpgNT7OPW7Nsjb+N2zt3b+2KBMdT/AN18LjsVPT4KigweJiqY6Knj&#10;meHCUBWio4qiSNpEiGtYtXBvyQn6p3HvSjr44tn91fHzqmc1C+DLb1wO2aHcYWy+SVMnX7OzmSkp&#10;XB0A/dD0izAXYtHu6AxvD4vMFtDcUVl/TjR6ADOrwZeJ/iehGGHHqQNqkLr4sO3ylgKVDuQf9r4g&#10;SvpVekT3Hh9r5HDyDc2xuwOwaM08iS4DZuQzgWpisbrPjKTc23sZUuPqDIS97WN7e7L+vKf5zVtN&#10;S5fb/wAhPjN2dhSVlRhiMhVUNSqAQlI8js/E0YS8gIsr6lIv/h7ctYd6Z0ujusN1b0plV0/bqjSI&#10;kjz7vLh5dSNte1c0bo0D7ds5ZqGgDAE09QzkV+yvVMPc9Z/LbwrZDDdm/GH5JdZ5aojkp2ylZjc9&#10;gMiJXYSrPAmZ7KqaGvkHm1I701REyggX5AGGp7Z+Xu0snTLuH4+7N7AwY1/eV/VHYvhzMYCR6Xgw&#10;u90w7TPdmst1JDBS62DO1eS7jZt3be0lvxLx00D/AHqkmDk9hyMMent55R3G5jWXmTknxICKHVC7&#10;jhQliqMlTihUjNPIkEreI6U+AWcw2Sqeovm92Z1FuWSWlbGRdl7SR8bj6hDNKaKqrcZtzGY4pUK9&#10;hLBkGdZAB+4Lxla9U/KWg3DuLMYDtHBU/WWRjylJDtPEb0GT25l89Q1j1SGlkxu5MZQKM9iXiVJ/&#10;sKvI0M2tJIptJKhhrqAoI5NwhjeZSYwWaOSgJBWSOVUo60qfCaaNlZWRyNWmGeb/AGM5R5lsNwk2&#10;axbbt4WM6NKfps49Rq008iaK+DUUAHQ/bv2D3x0ftXr/AHZ0h2tmvlT11k8PW1HZdXtmtxu5Ztpy&#10;0dPjqmOuxGa2S0z5DDZhKqb+HxVFDFUIlOUmLkhgd6WalydKk2LeJvIhLRRamEbFRb6FuNIuPbUY&#10;ktZNN0pp6nz6wU3/AJQ3Plbcrrbd5s2jmRzQ07WHCqt+IHiDjpadUdxUOfpospNXTVKeP95a12Sv&#10;pKmB3SbHVtLVKr09RDIGDXsboRYe0uNv5GeeTzOyq6lSzAlQBYiytxfj2aHcrVFQqlT0HrlQigRq&#10;BQ16Nrje1tqU+Ppnimikl9UoW8ep7FQL6Dp8bK+rj/Dn25RYmloItCBWkjBaSQoq8/h3YJyyfjj2&#10;nN287ZFFPAdIZZTBFJPcGkCKSWPDHH9gyfl1hG8a/dWRhhpPIRXyrDQU0MokmqZCFWOCCIfoGskl&#10;je9+APZbO+txZJdsVJxe/hsKngymIapy64yiyrfw6iyNLV5akgpclUwUQyGYx8UtHTzyJULSSzrM&#10;sE0iKvsVbTy7uO5qlrtrCLcWdSZCniHw9QLooxpLpVdZqErqIIGkxDsnufa7vzxBZpyhJvWypDMo&#10;gE8tuJZCjrFIzxKzFIZCkzRjQJNGhpEUk9Hn646rxu0cXHU5COnrNx1KF5q2eFH+zaWzrS0eoF0j&#10;QsA5DXZlP0T0+67t97r7M7xqZ6XY2Oze28UKhoKjKxSVAyVRC7sRDNXpUxUmIgqUtoCkygIQ0oRm&#10;QzDPyj+6o7RbndUt7lAASO1itTqAUODQnNQrPULmhfqdeUNt2TkuKefmC8huS7GRVNGjj1cEWq1m&#10;ZMoSQq8SF1BW6F+KNYkVfSWRADYBQSoGqy/gFhf/AA9uG3vivtyhnhzPZ++YlldY5Z4FZK6tniYl&#10;YkSreok9Xk9IZUnDabEXJ9hm7urKTcZLHbZPqNzWMMQ4VH0EkBiCTIRimdIJzQ9DOPn9p7cHZdrI&#10;s9VA5rGoP2do4cBVT69M2QylcqtHiaH7ypBC2klEUUfPLOdLEgD8C3sTqLO/H3Yrtitt7FXd+VpQ&#10;sc9fX1MjUUA4WWetl0U9DEQunVH4w5LldI5HtZDy3vm5Sxql2Im1UKpGSVouQz0I+0Fya5Cnh0ou&#10;tx3PwUubq+aGF1wiirE/JWNTXyI/b0hKzbvYudkvU7xTbtGxJelxGOjWo086VWplmMoP9WDAn2pc&#10;h2zvHF4fNby2lszbG1dvYDCVGUqsvkqSbDYmspqZAIaLHVYgifN1EjBIoWSBFZ3UCWw9ppuVuWor&#10;uO1vt4d7xnVGcnCVIXuwUoOLCpoKgNqx0Y7fe7jdRQ26ozO3wqCS5B4sVqdNM6qnGSAR0iMh1LsL&#10;INFt3eG4dzb0q8jWhEpK7LPVPRzFWkM2inXzUVPGFN/JI4ta/HHsKtm/MPuff2bpcNh6aKhsqfcv&#10;Q0kUjwyOU8KiPJUWTeRfHYgrIDIHGlgOSYbn7P2EBubqLmeOa0RAWHheEFqAyipaQMWGRpOkqa6u&#10;NDO7vU2+P9S11Sue3IIKnHw6lwTXDVyOHTU/w9+P0ZrKvI7Qhqy6vJJUVFfW0zQDSDI4bH1FEgLk&#10;BjcWJH0N/Z9tm5jN0GHp6rc+To5chVRx1TY6ipIqQ0MfjW0NRJM1XUzSzWVzGxQCw+rai0U/1chg&#10;upksEb6INRagqKjB0itdPkBXyrTVUkQbXcLuFtqvpkIC4LEZqScKoVaitKjFAKDHRD+9ur8Hk931&#10;2P612hlaGgxLClkys9XXVNFmaoGZiaOBKulgo6SgYvGrlnkcObDSEtz3Dv8AzMGP3BFtn+G02RWm&#10;nmxdTWvPLFU18TO9bTzY5oaCngExhCwzF50/cVwtgyh+x2Dw74SbpaAbKGUsysS5B+KoK9lPIh2r&#10;moXrW7x2Bt7ZLaZpbsnQVVBgfhodRZjU57R5AHrrq741UlTltuZLs2HJ5XBLNCmVxEUgpUageOMY&#10;mWLPY+qny9QKZqv/ACqH/JGUxuhYnS7Vq5j5Oby3QlDT4je2OyFRmhLnaOKarpq6I4ygqo6WbIU2&#10;Ox832VVjqGur44pZBG6pIwRj9fclT8v+1nNW37HFy/vtk1xeKZ4NEolaWKE0lkRUMhZUYhWNSqk9&#10;xXSelO37bznypdblc75yxcwW1jKtvO8sBi8GaVC8cbsyB0aRFYqGIqKEfOzLE9A9O4SJBidjYehP&#10;hli89N91HVyw1CgMprRU/eAMvBIcMfyTzcz/AFb2yu9sVuHbXYL7ertzbZNMs80EMq47N4+sgu2S&#10;psfUR/YmooqhlSSZdQkedWAsOAzecnLZ7r9NGC4XTWmtVDFFcFVJINVchiK9ympBIXon3feBZRWd&#10;5aqY7e4UnuNJAQfhLVDUoCQpJAOM9BFm/j7HtrctNkdhz5Kgw9cC8mOgqJXfFV1OL07RV8nmyH8N&#10;kDX8WoIjRAA+r2ktyYrr4VlLmdv0sm3Nw0IlqEqcNTO2JrHiAkYVmHilghkjLoNHgkjfn1CTSF9i&#10;OflW+u7Sa2nc+C4HANqH+lIB/YQSeA6DS803CzpI8sckDE9rkL/xqlR+YoOJoCD0OmDwO5YKObHZ&#10;uv8A45j5UcNDknZq1Q7alC18sZeSRb2OsWv9DbgBrhe2t4bcyVftzc+4ZplNVPLiqvJsldSV0Iq5&#10;ZDSmsKU9bEKmCoEdPK0kixcB1Zh4yt2blVNutLPbLmYzXVQBNLqLkFzVZNOhVY1olaqQFA7qoF91&#10;uG070pura2WCo71jYqFJAFaNqGkEAlRStTQjyeZNi7cBhlpsVT00oCh5KceAEkIDLJChWndl03Po&#10;5ufpf28bj3zgN2Y6GGs8eWiq48jUGlXH11ZQUkdC1HFM82VWlkxmOrpXrFEMMk8VTOEkMaOsbuBJ&#10;YONq36DaILa4DTW7uZ1jkMAEbqrxSS6RGHOvtiYhnAchKI4WN9yvDYK8omjV0mVAokQSksrsJFjL&#10;CSSPsIMkaFFJUPpJFX+gxkdC+mO/j8YA+gBIP1IH6ifryTb2WXO0eR28lVW4CfJVdEkDzpQCQt/C&#10;Yo3SWFFadKhdLo5SKwBZVZRpJOtFz9Y7o23zXOw71JbS2i/USIiBxLHEyvImko5VmWoUJooNSoU+&#10;Fz3l3mTbNzkNpu9hE1xKpjVndlJdgVDEq6VEZANCaAkVGcO9rfT2KHXe9cRmKujNZUNStLopcssD&#10;xxiqVnnMqVSEyRxzJEw06DpLoGOqx1BraNzsecdsi3vbr7VM8RqtAK6hIAHVqEHSQxTSRrWvDUGi&#10;vnTl3ctlkni+hrNCxKkklgQVKkaeIxT7DT0A8eOfZxKXqakop2yeOqvPSz+KopDGikSwTIZUkEiP&#10;IXSoCfUMQQfZBA1pHLIwjCuWOATpUg5p5nPkSfnXqLr/AH66uoFhlqdOG+0YNfPt4UBHDOeo4qYy&#10;beq97Wtfn2MOw03Bgl85x1NJURPppcfRVEjxSqZriWSvraajEcjraSW0JEatpTyEEkO73PPdbddP&#10;NAnj9xVEeoI4Aa2VBU58gBwJIFSAd3260uZhGt3KbZqapXQKwwTiKMNULSh7tRBB9dOOqdWiINx/&#10;j+k/7An2dTD1m5KijilRaGZJJD41okqoI6SmKa0inM8rvPNG9wzjQJCocJGdSiHJra0hmmW8kGok&#10;+X7PM5+f+cdFUVptkFpHHb2TC4BJZmIJJFMcFweIADUowLHtLAbuNsauYnGRylVTwFUQRK2pWkBJ&#10;9IXQdJU/61/r7cq7cFTDU09JFCksvjQS2k0IdKsGJuPpdNX+v/hx79Bt0LxSTM+kA4+fT8lzbx26&#10;Axjxz6fPh0ncXsmKvarrqivngovIPtlkARnQnliI7Gx/BFj/AI+1XjqmR4gxV45XAdgSPooNrKnA&#10;Xn6/U+yqeNFkK1BXy6W2FxK2gMKr8+gm33t/GrLOiSU7iEBI5RqLEsw1m8ksjarAe05uur+woGyd&#10;S1RFFG4CJGrr53d1KDWVa0am+o2P9PZhtEX1VytnEqszevAYNa/P0+fQ0sJKkDSKfs8s+vl0kdo4&#10;KLIZc4Kkjpa+apgkdjKv7VMkIUN5vUFdpbkC2nkj8ewEk3RLn83Qn7KpqqKCrqo6vIxCGJMc0UPi&#10;aOrqCY5tdTDWK8awrLG6KdbaLlhNc2dvbxfTxxlno3cGAEbBVYGjEE6q6cA5oD1Ilhb/AENjO806&#10;K7ohWNgG8YE17OIFCg1Emq4PngWKzZtBhcNXw00tNTV/2sM0FFKxQGTVHUo9PCSoKhqYKzFgV/oH&#10;toW2zarPV1VFQbhwGZnpqbJDHQZLKLtqKLNY2Fonm3PT/wALyTx0uMnKxqlPLFBVPIsrGAwiIkE/&#10;V3bC8SSBgUcqj1U+KM/qDQzaUODpaknmARU9JOYlsILXx9s3KNZHh1NEgkrCzCnguZUUPImWZo2l&#10;ioyr4jMrKoZZejxVBBLW4jI0kNa8b1FTS0cVaainyxgSOPGzpPCstRUos0yySeSdIjpCsCSFGPNL&#10;j5ER08SS00vlEwpYLoBFIhWKerp6hCCjspMagqGK3HB9s2cdxTS2qn+mNAcZIrx+ZJrWvUL3BuC7&#10;nWSDUU4ChINKCmBQUHDzIJAIVuxDkI40jkAliqIpvGhqqhQFVksGip5oiULqrkFvURqa/sFt41ck&#10;UtRMs1GYFWQCKpkkGmIJfylI4pJJpASdJuB/hx7kHZIFkWNWVy1a1UDj6ZNPy49asollmEQRqnzC&#10;1/Ktf5dGM29FG1FAANJC+spYfuBtLW+oA44/w9lwhlTJVymjoJ6xpFLMlJBLeZrsLztquYo7XYKw&#10;ZvoPr7lCUPawATXSovqxoB9nzPl9tT1JUe237QCEOdYxpFSfypxb5YxXpVZHKYvBUT1uZydDiKGH&#10;S01fkqiOlo4V1eoy1EzxxRrpJOpmAAF/8DHyWMy+ZiajpYGwdDTPJTVORnjeWvqakavMaeDQsNo6&#10;hgXOpUDLpCnkey1LuMu/gXniMwPcv4ailF+Y9fXoa8t8lXNtXct7UrcVosJ+WQxrXJHEehP29IDJ&#10;du7Ro3posPkaXcc1XTx1cbYysppqBaedFkhkerheeNkmh9SaSdYYEDm3tHNiNtbcBmmrYa+qooY4&#10;2qZpnjSNUaRp42MJSU+SR7uAypqY+km5NBtqGM3U8zLFGnxMxwBxJII4mpOaE+XUnh72cC0to2US&#10;NhUAHceAAoR9lQT16ky+Zz+iRqb7GmnJIj1O0t/qsoBNkNvpcG49lN7T+QDUCtT7PzMNVUpUzUVT&#10;g6ennjp0rVadVqCYXFJVUPN/TYPLYNcHUMcfcv3i2vbLdrXlnckub5XMTRgOAjDixNQJU+ammrBr&#10;1kb7Y+wt3utxFdc37M8FmUWUSsQXZT+DB1RyfsAU6gAaUX+Kw0ZVVqoidVpFkkILGO39rgEOzD68&#10;f63tFdR9IdufIncePq9957cuN2TidU9TNDFJ9zJR1UyyPRYanjMVNFUVjelpyjtGqXdXVVHuAOX9&#10;j5s9yN1gfmberhNqgGonJNCfhjX4VLEVYgY4mowZH91efeS/YflPcTyJyxZ3XNdwNEcQONaKVDzs&#10;2p2SNa0UOlWbSGWpJacxv3Ym06xMVNmMNj6+uZwBU1SBEkhVeaslmdBpI0Akajxx9fdsmzun+vut&#10;sfMu3NobF2xNAFWkzW5srDmdwyRwxB/uEr8i+QqoJmLsfUxII9IQcDITbdi5K5cljhh2eFHVgAzM&#10;pZ6fj8RyZASTwVgKUNM0HKXnX3K99edBcSbpvU7GYksiKI44w3FVhhCREAUFW1EkEMWpXpJvn9ob&#10;mrooznty56kRj5KHD0lfSYWWSYoiCZooKSWRV50aWKML6tXFi/ntfK7z3DW4WJ8156OvrYTJiPs8&#10;nCkFLLLH92atK6lp4sM9PEZVqTIVjhYMQoDEiyLeZLi9+hhR4rVGJBUKylRhdb1BCt5OVapoSQKk&#10;RYeUtwtXhvt33QyrIqs9WdTqIqwWOgXUpJUooCqVOmoovQzU9BQ4ujWPHUVNSxIsQjgC/aoAXAVG&#10;8UTtr9Z/sszN9bk39ihhemcvl6qTcFU2HxeHFOI1j3yzSY6XJ/axRVeQxeAeGSoqYPIrPG9QaaIy&#10;kaPJGFb2/Pu8cd7PJDG0oqvEEx1oCSKlWC1qK1Q8SqlKN0Zi4jtZbafYbKSMqKEOqSOSARUkURc5&#10;CkOfMjiOkBX7wWF6nA16VmYysk1QyptSKupo6bHy1H+SRz5MyxiCsgh0rOYprkqzBVuECX3dsXH4&#10;yb7qH5EbdwuSjRqSaaaqnxsq05upJrocvk60pDclIyqRFrKSq+yi/wB5VtZm35Ya/hEqpxFMAvpF&#10;K1ACihAHAABbZScx3V14t3sN5eseDEu5UfwqDoAU/bjjQ8On3HmmahFNHtA0lI8r1LUIpaOOI1Mj&#10;iR6h4vHFGZmlGov+vXzf3G6zx2xaLd9BNL2xS9w7nx6z5PB4eKnFNT09dS6a185lJZslnpa8Yswj&#10;7UloI4pZtZSSRoWiSWB2veb9LSTmATsTUqp1kADJkILYwAoJoC1BTUukx3K03aztrnc5eUZNvich&#10;XlY6jg6FWP8ATiFX+JjQuQg+E6ies5RVGWxE2KlgTG4urV6WsQSKJJ6SoDRS0aJThBGsqyESgEgr&#10;cfQm7X2OMx2dPl2ra+sxu0qapliqYYYpzkt0SERyVE9F94ng/han0iZrJNJqcllAT3k3yyLHl1bZ&#10;IbaOa/KD46eFHUY1sMk0p2qCRgfMqto+n2UW91O4m3xxqTWf04akgFqVo/E0pVYwApBNQ74nH47B&#10;0VPjMVS09LT0tPHBTwU8SRU8NPGulI44owqxooHCrYD+nsJJKWhxe48bits43G4zCw0cpLPippam&#10;SqAW9VUZyoq1pqJkZ10xCCaWYoXLogtIKlm3S6WWXcbpnLoSQNQyGUAKV7aUJqGXhw4V6HVhcz7j&#10;tstzuE0r3xcAUcKuk1LAQhG1VpRnLIEqAEJbsdTqCXZm1X/Spso+puAb+w93rvWq2xW7co6XZ+b3&#10;Um481LQ1VRiqd0ixIDx+bLVreGeFKZpJiV1eNJFR31+m5dvryawFqlrt80zuwUiMA6FOdbNwUD1Z&#10;hn7OpB5Y5MXfW3Ca53e3szFAGGujl68EGdQcACgq1DQEEdYixEbkOQyxsVF/UbKTYAEG9vaxSmk2&#10;79gkaYyqx33WVrtwbhrM/kYqihgrpfuaCkggrIa/H1a0flWmRIf4fEkYGlXcsSgtJLtY7q5uTJH4&#10;7lykshPh5wEwy6GPxd4CjIDHDDGTbrCSQ2luQJYkjWNYIVpK1AWLlCsmolWclzKTmrGgHSOo66rr&#10;lrayobJ0xn0xUuJrI6VxTmm/baRPttLgVZszF5JCfwVHHt/oqfrzAZXr3a27N0ypuDOZ6qg2Gma3&#10;BHQZvc2dxlJW52vhoFiagTKnGYuKYvTiKSMU6sHVtQJDu87xb2UtpZXV4gu7iV/DV2AaRljkdwgB&#10;WumFWZjwCKKCor0cWVhu17Z75ue37QH2+3gU3PhRfpRo5WMF6sXj1P3CrV1UJJGOkFuXcO4zT5CX&#10;FUcSwx0UzZALB9zHHTyRPEvnjEk9RFqlViHHjIKj8Xub/b9NUUUbJUVMFQJamGGB4YZoZpIEjpo5&#10;nrwVSmM0tQJSvhHi8ekcn6x9LLdzXF2s0caRI9YwtTSMqMGpJ1Bg4qfKg4gnpdy/aWT2UtxawMrl&#10;TUHQVQgt2o1cLRlqG7zTHl1VN8nN11mRzWOo5PNRHHY6py0xkqKaaJ5qpjNQR0McBlK/bQxIG83r&#10;ila62+vt3Y6DoQAhWsqD/U3N2/pZfp/tvb60IDE9CSG3OvQTgLXov0+QWrphWTVJnqHkkSSMEsyM&#10;ixkcuXkZSrAC5NgvH595kBc2K8C/+3H5/wBb3omgx0ZxWjFdQ49IHMZ2KnPhdmd1F/ESCpD/AKDp&#10;FmNvfVRInhkDgOoAU6gJLWIYkx8XUD/Xv7rGupxT16dk20zqkbMRU+X2/YesG189Li87T5GlAM6R&#10;s0KOsyxNJLDOmmOoVtKTOG0g3BUH/Y+0tPJHNGwKppZDqBHj5uRqZVY6ygA/SBa/s1iVo3Qj1r0Z&#10;3MHhbfJGckLTP2g/5OhY2etZDvPH1sdRJPOlUrRujeZAvgRliAlHkiJeH1OXYC7en1DSAvZVdjaE&#10;t99Q0lXj8qmjJQSAFKsSBaSpFWrqsfiRILu59YjW5ItcD3lmzluI2EMxSeNgVI4jNRSmfMfKtPXM&#10;OXVvKu4LDbyASAGjDBWnp5Y4AU0k01A9XI9Hwz5Pa4JqKyGfGVDQ0zSKVH2speupmjbXqRXSRlIX&#10;0n9IA5HsmOQ2r0sIqjBUO2sf91j6WtelFJlamHKLSM9iZswtUsxidqoIPNPJFEjIrWRgHHabfPPZ&#10;R7NczJcWTQFWgkJcMoNShRiSwBoprQipoR0frLzKHG5C5aMSstToXTVh5LjIIJoo7iTXCkgylM2S&#10;Ko88wkQoqlfHpGoAgnSTybW+tx/h7B3d/wAeMQjTVG1dyVtPkND1SYbNCmytN5lVzHTSV8cNHW0l&#10;PJImlpWllCBw12/T7G21cxb7Yqn08qm3jIEauilVC0ARCtJQqiooWZhQ0HEFJBzHMQ53O0DoSup4&#10;9aGjaQXo2pS2SQCErShNeniGRiPWLWsL2I+gHJH6R/sLewu/ur2B1nkI6yjhkrcXA/3FQmNqpqjF&#10;1EZANWxpgjS4+ZCQDMyAAqP3GHBEVxu1hfoHSwWGQKKmvY2HNBXVpNTksSADpDMC1S+/u+XeZrdo&#10;L2RY7x10q7ACRafD3Y8QCoJUMcn4Qc9SPqPr/tv+K/4+z/fGjtegzMNItNUNSzQSpMMfVtAKnE5S&#10;OZZoY5FNiDIyFlYemQWYW5HvCb70ntx/WflpOedg21RzNtrrJq8OsxhrV0YKdRERpKC1QEWQjUrA&#10;de9qN+m9uefbjk7mq6Y8kb3E0NQx8HxHGlJFLkquoExNSjByiknJJO/mZ0y3ZvV9dk8JQLUbp2zF&#10;NWA08EZyGWwEtPUU+ZxYZRG0rwwzfdQoS2ponjUXlN73tvZqmz2ExeZp5YpYq/HwVP7b3CyOiGeJ&#10;hybxTXX68W944bbex7lt9nfRkeHKgbHzAqPyNeoN5x5Ym5c5l3XaZYNLQXLpWlDpUkKT5UYUYUFK&#10;EdUH4LcVZjcNU7Zy8p++wjNRoxLa5paeXxI8amQlSyurfm6v/sfbrPB+2v8Agt1t+bi49mUco1Ur&#10;59QfzHalL2R6Go/zDqyX497xTI7UxSM7HWmly7hirrEiNcj0gAj/AGHtt16onDLZhwRfnSPyB9fa&#10;kDvB6Bsi6Tno2dG5Ohx+VNrfn/bHn2Gu4l81ZTQquoeS0lvqIz9GPFrj2Kdtbw4HkJ8sdBXd7dZW&#10;YgY6MPsubx48GRmJOm34/A/H9Bf2i8liXEhKKG5YCy3ut7i9rX+t/wDX9ntpeLpBY9R9e7e6szEY&#10;J6EaCqRlFvz9L2v+bfn2lcjHPTx6PG6sxC2K6QR/VeTf2bW7xu4fVj7ein6Uo9TWvU5WDDj21rTE&#10;MskoYqFY/pZjcHSQ1rH6f61j/h7XNN2lFIz0b2kbY66ZvqOQffdK1PLVxkeMGOZQCj6i17lVZbn1&#10;XP090l1LFJx4dHpjYQjtFOorXB+rW/1/z7EmeFYKejuAS0b6b/QXJ4ZRYX/1rewvC5eacg+fSa2g&#10;1u5UZA6jeUljbn6fXn2l8kvp0k6lRUIIBIYj0qpPFlY/7z7N7Q5Gc9J5gVdsefUqPlb/AO++g9sU&#10;NK7MFAcCThnVGKg3LWXg2YA2/PtfJKFGWz1qDMmRjrISAtze/wDsLe1BBQVIRSqxuun/ADbKb6uP&#10;oyCwe39R9PZdJcoGyx6OY44ylKHqG8qhrMzA2v8Ai1v9j7iVtGGTRURlNTeMEqSjXP6Vc2UNp45H&#10;19uQXOk1Vq0694VGqB1ySYH6Em30H9eP6fn2icrOcO1P5IddIZBTmdW9VOGDeou1lcEi2nggj8j2&#10;d2wF1UIf1D+z/P0qisjcawo/UpUdSVOr6f7b3399QTrqSoiK88OxiZ/qAo5sxsb2uPp7caC4SgaI&#10;6ukJs7mFiskVDTz65WP9D/tj7yJJSBQDMkpAHCN5GszlFDgBwLf48W91YT8PDIHVTazk10GnXhf6&#10;2PHP0449546H7hQ4W6M1vJdiHZf1CxJCgFr8AXJPtsziOoLZHTckDADjXrvy2+tv95/437x1eIqz&#10;C7wTlCCHCCMi5H+69Woj8f092gvodYWWLt9SetJaocOlQfXrwmBNrew6qqjIQTOk1pQCQUYsG/JK&#10;W/r7FEUds6Bkx+zpYtnbBcLRvXrN7aMpmngomIpE1KQbFmFrqy2sP1C7D6EWt7dW2EbGQS1A6V2G&#10;2pLcCtx2nr3sdevpRV7fgli+j066yDyrEEsv5/It7AXMOL8sfPI6Kbi3aO7uQ3lKQPmMnqFVMNSf&#10;1H+2/B9t8lM5rqgC1jIyowsxfm+vTb9Nzbn8g+1iSDwEJ/hHXpo/0xg9ZxKAFB+pA+l/fbLJ9JCA&#10;kd1XR6FJPCkryv1+trce9KyitOJ6LJIxxz1kDA/T3DkjbXqAFhqH0JN2H5A/sX+h9vq4CgVz0y0d&#10;QaHrl7T2RqEonkVVaaYsy6FIuSUYoCQDYa15HB9mVskk4WtFSnE9L7axlnKhu2L+Lr3uNgaeWp+4&#10;r6lQJZ5TFoNyFjp2IUIbn06yx/2Pu15JGhSGP4VH7ft6tujJGY7OH+zjFfmS3HhQYp172ImJhYyo&#10;ukA8E3BJtq/H9Bb+nsO3jrpJJz0XW6apFXNCOsM36f8Ab/7zYexQ+xGj9P8Ay7r/APIXn/1vYU+o&#10;7uP+i/yp0Mf3f21/4RX/AI10lf4p+7b/AKbNP9r9f2eu31/Tb/Y+/wD/09eyCYFgiX1FtLyHSAGA&#10;BVmDH9P/ABA9iecHBBx03IK0Net/j2oqczSEcNIzsGJVCUYgqbjT6b+nj2wNQbSBj/D1Sqr+Ide9&#10;u60iX81W/h0xhQtiHHGnTpDm8jk2Nx9T7dplSx4dU1Z7eve3BailpYY/Apnqrqx8o/bVCNJViTw6&#10;EC492104HHTGl3anl1723vLNM/klkMkl7XDshJ+mkRD08L9bfW3tvUSzA9eVSCQcde98JIpShWIh&#10;JLjSzC5ABDH0X/oOb/j22wYYAz8/L7OtyeQp1735aJEDSKkZvdJbBgCq6WU+N2YLZuLgk2J9ueEF&#10;UE5J6bIxU/D173wbHxqr+FlYOQzSMfQrAIQoYnjVo+g4sfdqKuKV+fn1ZVQV9ade94UpkZ1jDS0y&#10;+WWIRFGRW9RRQfoXQR2+n9n6e6orBtRkNT+wdUFV1O3Xvc3Hx5GhURUGUyVElSxfw08wZZn0rqaS&#10;mRWpXCQgrcj1qRr1FfbjNUUbpPN4fdQ5/wBkj/J16wP1F/Z9PiZ8jqzq7cy0O8Hp6rbW4HoBk8rF&#10;SfaT4nI08X27ZWqp6dJFrIapCBMI1ikjQXUtpC+5E9uOdzynucou3/3XTspYn8DA/FTiQRXVTOAe&#10;APWK/wB5P2R/11eW1v8AZkVOZbBHaMH/AEYEqxTWWGh6rRC1UyagaiQht57amzFKlVQM331HHKFh&#10;UqDVREBhCpYqvkQr6Lm3qIJ93x4XKYjdWGocriqmlr6Gspaepo62lmSqpJ4aiJJUejmjlcSIyn9Q&#10;ZxwTci1+h/Lu92W8WVvd2cwkjKIdS5UggUKnzFOPocHPXDLnblbdOXNyvdq3Swmt7yKR1dJFZWUq&#10;xBDalXNfQfZXj0H23MtLHNJSzP45qQ+KognZUqIHQXZJY+Skgf02Nrn6XFj7j1eP0610khgRxfj/&#10;AB/2H59jOKYHB6jKWDQ1SuR0J1NWJKiMHBP5+n9OPp+faWgxs1NXmUTMnrYBNBZJIw5bT6m41f4f&#10;X3ZYzV38TFeHXrkpJbhfCUmg6dFlV1sPrYf7x+f8PbzlKNJ40ZolddWq4Uhgw59QH0Pu8fhyHRIe&#10;HQfQywuxV2+zruORbkXsePrb2isis6SGGnjkZmAOqzlALc3ZmYLb/D2qfXQiIVf16NLaISmsrUp5&#10;dSOLXBvza3++PtvSGqjQqY9bSzEs8jIoRDDZdLayzogW1gLn6n2iCtCwQgFzxPlT06MHt0fQdNAB&#10;gDzPmT/h669ucYcEMrgkBQqqkWmQhQCC5uw93ZR8S0B+XT0UaA5U9Y3IPA/1/wDe/a3xsnmtqkNw&#10;SDpQu3BA/T/iOf8AW9sTVKHp0pQYHH/V/k6Zqm6gkf1P+8i//Ee1JQQFLarlC6lmdStrm4VRaxP+&#10;xsPZSTpNOB6OFYhVIGadJHIym7nUBybXIH4/2ogfX2q6VJnMdPBTVEzTTokRhikkCJ6pZJJHRXWK&#10;NFT8/ViAPr7Lbm4hi7i4rTPS20sprqX9FSTSpwegw3RuTB7fx9dks5l8biqWiiMs8tfWwUyfURqi&#10;ySusYd3cD1Motck2B9r/AB22qmTxPXN9nSlEvTm/l4NxqBsy/T6H2Hbnc07ltu9uFfToXWe1tHXx&#10;lypp1X72r8q9uwiTHdeQ/wB68hXCSNslFHIMTSCMW1x1Oi1YrSMtljNuDdhblYCKngiWCnVQLEsy&#10;/wBu35P+v7JfEdpD4pNfn0MdoQCeJVB06h/h6rR7dzWfzdDntx7qrak1MdJWyxBmZIaRjTukXijJ&#10;jUhXK2VSWJP9fcZYRZghRWLk3YXuGBJA/wBq9P8Asfd3nAKq7Ch+fUlRRaY+xT+zqubKbuM9fQRZ&#10;KSWd0hm0cGjfVE8sMZq/NSynxkqWQhm45496unyh2bkeiPm/2BsrARV+E233xX0nYcGSoIK6OlSX&#10;N1Ulbk6edKeRaLzDc1VlXpn/AOBZeonSBGZRrw/502iDZeeNz2xTpju2a5QUIULJVmYNUDDlhTjT&#10;rqt7H82NzN7UbDuV3KlNtj+kdGPczQ4jyQcvH4XqKONWgdbh/wAHuz6HuT4odYbsrY6Wvzmy9vPs&#10;bMJT1CTTLk9lwLi080840JUZnDQUdbJ5bJIahXIVSPbBvPHbog7Go6nHbKzWXpcftLKbs3RHDXTZ&#10;DK7ey1RQYJ8bvLEUFBU1VZnJ6HEU9QZ4y/lenyVSoRJWjVC+98fb7nb2tonOmLxSUY1UgKoNM1ZU&#10;LEAkUWRjQkAgUw31ouxPLJukDI9wsMYkACSd8ivE7sAELSFUGmoYondprUw0GSxj4qhqJNyYqjx8&#10;W5/7v0bS08MePy8a1NdiJNuyQ1tNTtDHLkZpIoGjYapqaIK8qMVlSXetLiu06abKQVNTTUfYG1sN&#10;uikmw7R0+WocloipcquJqGWNqCsoN3YtMjBLJpXzGPXqUXB3z2lpzLP+9onXxL6CK5opIYSHSJ1o&#10;BQVniMtCeDAA0Y9G/IDXO0RNtt3bkyWVxJEQ34kPdE1eBIicIT5MrDyy87Ax1Rt/Bx7Zn80o29kM&#10;jh6eaokQNPixVT1eGqA4a8gixNZDA1rnXG1wLD2HW6sSmxd6dcbrxlRJFtvcOEoJ6iqS8P2eO3mi&#10;w1wL+VYGXCZ6GGVEjZVSOpHCBr+yHetkPL0+z3CktZ3VukqnPwOCGUk47WxSteBPQ0NLmC5Qj9YG&#10;oByNSEMuP6agg/mOp23s22co83RV1OgrsDmK3E1sLGImtSik8lJXJEA14cjSBR9ANauoPpNhc7Mm&#10;xG9H6trcvPgopthVNPntuHGiaCGuy1JTw12VeeI1MIhr8nPka5pCQkYlAUIx+qa+kidLN2YEoAF+&#10;WnS2ofMt/IdBPYLC5sFv0illpNOzyV/gyiJ/pUQIB65Pn1H27t+HCT7jeAV0757KrV5Cor6gVE0Y&#10;+2/hdHDTOUUijx1HRQxRqdTBbliTc+xkOXocbBvCsrKqjoKHHZGpydLTid4RkaOspqKtneJPC2p/&#10;PU1IjIUgiJASObSXbPA3LO9NcyqrW7u6KWALhgpqM1qanhXojma4F9tsccbFZVRGp+ErqAr9hp0k&#10;Gx9ZIdvwpStU1T0MWOqKzRqkpTTmSFfuA1kK3pIi4JHqkY+xN607dwOO3hFi6NjWU+K25ic9W18t&#10;ZGaLL7LzdBWbcyeTo5UIaGn2zTTzVcupbfuCxsXKxJHuF3De7g0bs1oo1Rk4oCukp+Wpj+XSjmnl&#10;yPdNgtPGZI7wMVooOrxldZImOTXxJI40xQ1HDPQC909VVe7dm5+GaX7DK5arvhWSGBnx288Lmqfd&#10;+AhqGJkMjbhy+GpKKzHSY3GlSWANbXYorOytqdc9TYbAVWTqeoPnYdxbkFRTVEcdNsLBbd3rkYpM&#10;yK6ed0pqOl2iZphK7BpZIwoZ3VHDsJmu22i1tV1TJfI3+9Yqf9KEJH+m6Gu22qR8zHfbicLa3uxx&#10;xlK9viQy+XzkEwUn5gdGFp8LBRb2ym+3yUEcG7uu9uYOLHU00TU/3uKytc8FVR1MSAVBrf710tNG&#10;/AbSluCB7N38DNoZQdb9pUeTpoqOu2z3329uCvoamCGRoaDcNb20caUlLNFD91Q5GGVXRuYqjxkW&#10;c+9z3+4bLvlw303iGTcJAzHy1eKDX/ak9Jd0ltFuYY55fDdrFEj9NQlgJoDxoVpT518ui7/JTceE&#10;xe+tp0ORqxC+5NmQwYqU+ZklylL2p1nX0aGkhB+4DDHFwDZV06yQFv7KJ8qt3L2L178meusRBj8j&#10;u3adD15uPDvjaSN2ylXi9y5DCPRY1I5Zp5EkbM4GmiidjKp0I7SXV2lfmLfLjmbljfrOOFWuYbe2&#10;cFe7tjlaJsf7aKvzUDz6vHtIs+aOVN3gnKQSpcQOpPEyRpOrV4YaOVf9vjAPRjtpYc7bbZ8sH3UN&#10;LmaHI01fTV1QHq1yeRoodyierMaxwzVSVGOr2kZVVS1SSFUXArI6i+Om7N+dL9o9e7SrpMru/L0W&#10;1O2uvNutTRUNTXVm2KmU5WjxdZPXiJKqt2ruvGvG11DzTxIxACt7ijaeXZtz2vc49vunN2VjlSPS&#10;F1uH0tpzWoV1b7COh5PfrFcQeM48BGKnzI1A0J+WpCtfXoQ8znKHBU6VuSlFPQiWOGpqWt4qUSiU&#10;LLMQCREHj0k/1Pu+7qPFydP5ur3B2RXUmPwgp5ZNhUtJUo74X+O7F6n62x0iAhDTzUlfj82FDNLJ&#10;DDNLOW8aSEZA8y29/wAnw2k+8wFlm0NBGjBytbOzty9Bw0BZqV4AOTgHrHv3hg3XmLlmy5X2FUF1&#10;c3aGZmwpit3nuXBPo5WFa+bMiDLDoFXq6LelZULgo2q5IK/HUGajmo5WWamxuT3Jn5KUygBUWoq5&#10;qSdnPoY6E5MgsXTrKbOdZVfyAg31Q11Lj9/dgbI2/tGpr6uh+yxseW2PtKTHimoGqXnNHmsjHkYo&#10;hCt5RRykkW1EKcs7ja7HzLu+3btcBbncEi8BHK6tJiiaoUnKHWAfsHUgPJebhLy3JHA3gQxzeIaf&#10;wltI+00Br8+lrlaWHceY2vlKDKRRrga/N1smPjQytkqegeswtTDG6LZDSV8yH+oIsLkG1gHWnRlV&#10;2rtjfUG4s1LisvtihTGwJJF9rhstkaqNfFAsmhY4qqSkxrSBgrmBagahZmHsUkz3cl208rHclFKg&#10;aVrQAEj4MoC2anUQDSvUG7fudrrt942KOMWktw0isxLle5i9BxZdb9yiuoKdOR0S75cfNel+J2/O&#10;gNsR7Br9+4zt3N5Sn3M23qpq7cWx9n4l6RK3dkmBiieoylFS5HOwxrGpQTpFIEYyKqES8DUYDphN&#10;ubNy+GwW6qPZ+0NyZOSm3pkqBIqvcW6J8fia6shegjFBmtyVuLxNWaaCPwxLLI0kd4kj8gj2CCym&#10;vtvtd5u0trS3Q3DtcFFLSOyIy4JEjyJEaKgoP1CrFQCYq92JOa902S4u9rglm5hvLiNXFlFMwWCH&#10;xJVTS4MkUSSOFdqBwQI+1yQOtu7bqfkdW7n7T2Z2TvHran3JvnrnG0+49q4iog3BndjdWRVe6IsB&#10;UU2coKLK7VxOdz+6lFeSgqPtYvt5UhkaZIiVZfAyVG/KuehlyVc27drQy5fEw0scwjy2TyMdfk4k&#10;RaipkenrK/J0dFLGWQxwodahSR7Q883e277zfPbbIzTWjWUanwxqXXGgyF81aRljo1NKoSSfMc/d&#10;3sdz2D23k3DnGJbOb95zziNwUMMS9kYIYBq6FeWpGdQNTno9mTrKWCjp5hU0j01FWU0NLJWVAiiD&#10;RxHy1aVKI/kelo/LKo9RklisPqPcrPbCzXXm7K3bGY7LxO7cRsrak9XtWnw61lLt6nzEuJr6uj8V&#10;GKuvyE82MCwQS1LSLS/fMS0D+FmIa3vlvcbD63aLzmSGeysog0SI36ZloxCojFjVSF1EUXWSMaWI&#10;F/LXuBsXNnJdlz/sHJ09nd7jfLFKk6KLrwWn8GSWU9iooUNLGO5mjUNnUAYFJUz5KFI6nb7Y2fJz&#10;/wC5ZTLT15+1d4FeKoqIoYoJJ5IBIhCBzHHGCSbg+3RKPM7K65w/Z8GRhodv78io9lQ7YqKASZKq&#10;otuVclZteopZ5KGSuxFLmn2KKimeKrgirHqUDwD0r7IuReYbzkjmXl7mXbpA0lvdxSupX+1EUokC&#10;k01KkgiCnSy61alChPR3ssdhc719IQ739jI1wsqOoRJJVo0bhHAd40uWQBkOgFvMAqGjbl21vXtD&#10;I9Z1GEz1Lmtgxvuuk3CZXpcDV1GSxwxWWamenqxBm62lpN3SwTQSQv8AZ63AkR3Wy/qTFPTh4yHV&#10;9LjSVZbONYCsoAKKGsL3Nh9fffjbrlbiKC5hP6MkaspyCQyggkHgSPLrLOxRGjjkRNKsNVPSuT+X&#10;kPl1OojPHUGJ9Xp1KGcqxKoSiaioAuyID/sfaMqfU0v7atYFSfzquP8AYWsPYmhbCgNTo0Aog6XN&#10;KSET9xm5Fw1rfQ8/7D2kqiFdbM0JZyCtgTb/AFvz7OI2JUd2Om1RaudAr6+fSgjb0izj0jnn/b8f&#10;S/uAtJLqX0Eox0lHUqOTfSP6i359v+MoUgsNXr1UjUTnrL5lNrn6f63/ABX2o6CjkWQBB6NVwLG6&#10;ra3+8k/7b2WXE4IOvj0XXAUVPTXVzJpLE8rz9RzweP8AXI9rGhoHjdXcroQegaWVQ7fUagOV5tz9&#10;PZHczppKjieiG7mSCG4nYEIgP+CuKV/nTpK1tarQtFGDqkNjZ01D6rwL8G3PuzTp/GNtfqalqFo1&#10;bIZEVGTEbCz1U1fKiUCScavGaRY2uPpGT/T3iZzteru3OMytcEWkQCGmVUKKuR89Rb8+vlu+/wCc&#10;9f64v3peZrVb1l2bbEgtFFSyxmKIPcMoOAzSsQfUgDy6WGx6ZYsItT49MlbUVM7MV0syLPJHH/07&#10;IUsv+De3TGigwtPW4+jnjqcuaiSt3BVDQtXUZOpGoSVERJkSOqUM8IvYJwBYD2Rbnd3lzJbzSIRZ&#10;BAkQ4qFUmtDXiMVx59Yq7gbvcpLW7uYTHt2gJbqMoI0/hbgWUmj448elj7LJ3B2ZUbXoq6oxxRay&#10;KNUgqGkRik8sjatEbxOwdVi03U3YkAAEXJutrLBt0lxHbma9NDGgWpJ4ZGar50OGNFHnSb/bfkmH&#10;erm1juiTASSVAIwoqKkEcfyoM1p172W3ZmR7P3xW1AjyudxuJrnijlpTkpqKlENPUpUUtfm56eOj&#10;eeqqJYjKIpXaJGkNlMiKQKOWfbDYuX3Tm3m6WWbd6q0Nsz0Eehqo7qlGkcsobRJqSP8AhLAaJu5j&#10;s+ROV7SLVY2U+4xVIfww7VZNLJArFlCKraCwCsQoBKx6tXRNvoLn+n0/31vYkZeTYOxcWuNy8q7n&#10;yk45kzGUgw2Lnq1lj1x0tZlA8U1QyanYtreOEGRYwdDE65t5hvbm0n8feV2NLgiG3kFFk8SQEKFk&#10;wsZGcqQ6gF6mleiHlBuZt/5itt5i2hRslqfEeBVLM8SjUVkEZDLHWgAQAux0FyCw6wVSySU8qRS+&#10;GR10xzBBIYmJAWUIwZSUPIuCLjnj3iqqGor8nGmFq2y2NrGqa2CKjWZVlmiakjx9LQU8s8rLQeJJ&#10;ZPDH4orAKUIZwNbPc7ptNjBebzc2tvtVrHL9TJJI9xPKIwqx3BnVljj1qrySrolYdgUq2qgm3NOX&#10;JJ72z263kk364eBY1jh8FInmLmaNomBaRwzIiSg66EEGgPTXDVTUWPjqMq0dJFRxTGqmnrY5wKWm&#10;jZjXVdWwpYUvGmqTiysfqRz7LHv3sXeGX7Bj6Q2bBVR1k0lt8Z+iSimy+xaeujuKfa9bLUY5Yt0V&#10;k7GN5HSGSlhllYAgX9l29cyblzJ/us9uoIrmQQCa8u1lIt4bdlPhoG1LWaYgaVOopTXoZl7Jc5H5&#10;S23Y9km525yZoIkk0WtvIpH1EkbkO1wjVYRIK51sJCMkYo6JLHVQxywtHNFLGksbhkkhkRwrowZC&#10;6urKQQQSPYz9G/GnYPVuMlrJcbi23C+Rqaikxj0UP2seQqalauszeYqqKCtiqstLVKJS4JPnfUNb&#10;Aspt9bYcm8tRbByLyrDZbGsRnuPpV/VnnZQ0pRSFdzJICXYmr8acAQ1zB7rT+5W7tBe80tGQ6Qo0&#10;hYB4wCE0M0gCRqP00XzwCSCAWzI1tbSSK0GPmqaOKmqqiqemkp/umlhETQUtLDNNEryzgvwxANrA&#10;3Pted147dG59uV+16Olw2Pkghhko8bUV1XQU2RrocZF9stbkJ6Goio2aqeVNE0s1NOUjEojMgCBS&#10;KGXmLl+S/wBotoblpdbR/UM9aaSQHSIaUaOSpMTRTLRdLGrMFFWzXXL/ACzvFpt5ublZgKTgQxHS&#10;TIdQCmTXKDEVOqNI5BqLBX8MAt+CNPV04zUUsleKszGGrd1mdYVmdFREVEAMLIVItcFSLm1yUDOT&#10;ebA7Rmy21sts3cVJmq7beUx1a9TV7goMXBQ4+pFThMjHVz4mShSJpI6OOMsrFnAACsSJtr5Wn5vt&#10;ttlu47napbSCSsDPK9u5VKg1jZxLFHo/TUAuAxCv2vqHdlu9tYX+5x2O5QbhbShJUmQRgljJpZGG&#10;lZFdu3xGooNMjPSjkBKloyAfGzx6i4TyAejX4yGKXPI9jJ0VR4enwIwtRDl6WTBblzCD+L5Gkrsg&#10;yVtR/EYJC9AsNJRtPHXeoSyES1Gshk/StuVLjcm5VeWK/huRrl0ERsiZLEhlbuJ1MS2AxBclamoD&#10;PuRLaJzTDBHblBNaxawtNPaCho2KU0gVDYWmMHqLqqxTyzI9NMxAeNDHPHGjKlphJIZZJJEMoZl9&#10;C2Wwsfr7be3+rNvbroMnuXaNTFBkMTUnHZLDjHVuLrZmiqvVlKbE11LSyyzwtZWERaKZhqjDM2oq&#10;9l90dl3bborTdLBr2w+t+llnMbs1lKaVEqyIJfCrQtQGoYFS4oym+2bJunLtylm94ro9qLiLxHSr&#10;xlWJjSRJJEJAFDUg5AbOOotLlKgtDHWULpJM5jM1G33VHGwPpEstkaK6m/0IF/aH2R2NvKt2P/d6&#10;kydHs7N4TNVGM/iUVLgq7cGa2tBJo/vVQwR11VjMRX1lVUxr5KyOfU0BM9OzShljjky6itbPm3bt&#10;25Y/qLtFpvEohub82pgvrd3cR3NtSbwkkmfuUSrKQAQyFpKoZb5scV3e2+6SW829s1n2WsLOpt5V&#10;WpimKweM8MYBDBHjbuxIQq1cViiilZuQ0rI7NJK7q0n0CoruURgPpp/HuBuujwOT2317vDYtHs7s&#10;emxbYPIVGGxuMxbplMphqqWCr3xilqpWixmd2/kUkiP24L0zBmgMKhh7F28e4fgcoJzLJy7d86ct&#10;/vS3aOaE21z4CxMUl3G21FwRbSgtLHVXSRCEZAGbpFtW3TXu7bzy9dX0+ybvNBLFUyMhCzKrCymb&#10;sZkuV0kBsOoUuGqD16LVEZPJ5W8krEF9LBVH6fUoAAJ4At/T2FPbfyFoendoYHeeOwkmT2IuR21t&#10;+sxmNKU0WAx9bk5aOV8i1NEcbSUePmmQcrHAxkRUIZiC570+8W0+w2w8v73dcttfcuXc0ESyW1Y4&#10;4oXVwZkZhhUVYlSNwCS4QlBUrTkD2Y3D3P5k3fluXcBbcy+Dc3CyPVvGZVDALrbW2s1AI1EUZnDK&#10;urqX7OLsamo+yKPFbhpKzHQZUSrk6WshVqtawGKpix1UYDUPHJk6OjlJQm8c4UqQv7dhtLue33+0&#10;bdullcC72a4jE9vIAAIy6FVdSMdySeHJkhTWnE9Yy81T3fJN1uWy3FtM9kB4TIe0r3KZE1BQfCd1&#10;UHtBSoPHVX3u5r41ZGrl2vLiA4nozDNlKCVCdKETfb1IpyfV4qoSxuF4Kn8Xv7xK90oIf3vHuAAW&#10;ct4bj8qqW+Ypp+zqIuR7tm3veNmuVZFjKSKG4iuGB+YxU+eoHz6rm+f2Hx+BwuzOzY4EjqYs3FtT&#10;L1SkL5aesiqchh5ZrsEJoaiknVfywnsbhVHtcbvghSErKyqzFtHJ8pP+rVfyV/p+fYc26+WBfFL0&#10;UDicf4espPbX2s5k9yN7h2Xlzb3dywDNQhUBIUFiDj4uB4+XRGNwfNXYfQOy5Nz7wycUsn27xYvE&#10;U9VClfmKsRCZ4KJJL64xBfU5FkDKxtx7APL7L2jl85jc7uTbdPm67G0tWMLU5WmhydHgYVNIJYsf&#10;S10jRUVZXSXlZ4o/PIAVZmVY1Qqe6Xcr6U2EMF1uANAJWBCiilggK6RwWrUZgRpLgKi9dofaT7ld&#10;ztmyWFhum6vZx3EfiOsNVZyoKDxXDFixUgAOCi0IoAzHqnDsX+aF8juyZd4Yvpve2P2uMvuPE47K&#10;46HKVGD3lvRspFlXklhzOIoUoqvA7VxdHBilNRVU0CR1FP40vLUuwa977y63pdpZjDb13Z17i45K&#10;egro6TemJod6JXijqlqQRseerpK7LloU8UIgdZ0L6owHUH2JYdju7m1Zd0ijeVjXQ8ZlQEUwEVgz&#10;nJ05xUkUIFZL539uPbL2s5el2iPme2t9wjRSVBV5jU/woRpZqUY6UUgChOelD8E+tfltne4NpdnY&#10;zrbvDfc1TkNx4DN5DYm89wdSYGghr8XFSLGe48GlVjcWtPlH+8q6WdHppjFEsnl1BUL5uX5ZRb2w&#10;1Ts7pvrzsHtmslxK4yu3JtXatdtrbkFcIQkklBPmqDPyU9LEyk+OWjkjVG0+Q2DgjmFzNNPbbZuR&#10;iADK03chif4WWNZVkJBJqUWFqrUBwaHqDOavcGPd9ps9l23Y4iqqKSGPvZlJYMNBqvoaSK1PPyJ9&#10;ei/5ZVB8cu2Mf8jvkv37130hTYffWW3ftfYW/uycbunJz4PIVFR/uG3jukVPW1JldwMtQoNXi5jH&#10;LKEaSJxeAl23psjfrRUG+t99W7N6ex9FA65LJZPdm1Nv0WbdfHVx1lZFPWiV8/O0TB/t6WlEzu2i&#10;niJA9jvlcRbdLbw3pN1ChUGQIiKxLKS7EnBqCGKxRmrPpUVUdQPzJYbncQKzxqkxAAUq5fGKqBgD&#10;0LMeGST1cT8fvkH0FLV5Prrr3v7evfWXqc3NWKaXA7w37FtSlyFU8UeOpdyYbaNZSY7ZuHe0NLJk&#10;a+qkjRAJamQgsVNgPmen9wsnRddYHauAk25jQ71Uy1VfV52dw1O+SppFgXGVNVBxJaoc69YVFZvS&#10;acxTCe7vLq0laNZVIUuWK8TTwqKYywx/accULUbSj5Z3Pd+VoLexCmQzNQuqqGUjuGos1aHh2g04&#10;npB9t/y1+pu9O3sj2f3VvvtjsGly1VSJj9iVW5osfs/BYuhc1B27R0lFTjJUuIrZAGm+1lglk8YM&#10;spUD3XB8svkB2V8iE662Fu/FNT4fBV2XzE25sVUw4qCqqZoRSQJmcRMhheV4kdIHp0jOuVrrbUfc&#10;I8xbjzJu+/cqcm3PKk42SUvJJfrLGgRgDRJYmipVgKAx6RpZ9IADdTpce495uXLsdtuElZrNCsaA&#10;Eu5JPcadpKigrx0ileh5+OHwz6M+KWc39lemcFV7fpuw2w/3mIqshPk6bDw4f751pcRVZDzZZaSr&#10;nrWkkSoqJzrVQpCKqqkOs/8ASD1e9NufZ2ZzuBfE+OAZWKKcU6w1HlEFNXSR0klHMuQSnYeGVmin&#10;02ACg6ZC2jZrOOTwNn5oi/eMFCwWQM4AOC6KHUMwArrwwwQvHqLG5m3/AGyb97R2VxDJUFX0umcE&#10;lW4ENShx+2nRgN57T2Xv7EVGzt84bB7mwmaTXNt7OQ01bT1v2MsbfdxUkwLrPj53idJoyskEmhlZ&#10;X0n2Im3uvOyPlF2lmN5V24arem6tv4emzR25Pk6TC09XSYiqhjpUxmLghhonlpamVCIrxq7MNbW1&#10;H3U8pPf8zpzBvF/LcSxFT4at4asASQdK0rp7SQtC2RXyJk2+8488R31vbt4+6yAkySLrlKmilV8h&#10;jgAMUx59BruDc/SnxQ2DtumyZpevOv3zsG2sZNS47KVuMx+UzArsjryNRTRZCopIan7WV5KqoOka&#10;fU97e1nW7i3/ANWU1Ym9fj1jq3Bmuaep/wBI2zt6Y1DGxF4cbnKavxcFNSsQwTSZLs3qLAL7G97v&#10;8EA+mhvEhu2JALrOjvWp0qyssdPRTqoeLHoDLyjuVixXctvm0AZ7Ux/plkjY1+0UPTlHubYfcNE1&#10;P153XSzVVLDIBX9a7v2bnZ4fKh8FTWUXg3FQyKrfpEsAPFj7Mz023wq72Kw726JwnX8nghpUrc/v&#10;Td8WMyeUq5iv2GGyc1bR4+Qx3Bb/AClXjZlHjYEsADuPNO3Sbxt3LXMRZZLtWWIyyTyq8ijUydqN&#10;CvbkCWRKtQKrdS5yDyjte9XBiPMAtURRqOiJNGrC6hVQFJwx0gUqcDPRA/lPSfzCekdlVu8um+4c&#10;53e9FlIWqNsQdQ9aRZvGbfSESVOTqpaWkety04kXxLDQ4uQMpaR5IQLEw0fwV6p27Tw57ZNVv/YW&#10;46bJNHi8p0bvXcOB8WNmmcwyVGO3zuHd1HXTJBKxqSuhZY2P7QOos++2bjs8Pjub171ZCAtmSnY7&#10;BjqSaSUYLM70ILAYV2y2TG5fdv5y2Takvdt3x79mZXRRGpJAyro0Ihqi5OVZh5tShJBY/wCat2pu&#10;bctVsLeeyut6fY8u0GrdwxfJPA1GeR8/j4R95gIputdt7YxONiy9UY4qWDI4moAqkcNWWMSexr2h&#10;gO1du4tanFdk4XujF088lJRjdmPhwOfRqSXxSUq722pj3w1ZL67MajBwL5B650Ulif7Rut/ebcLq&#10;03CzvYKHCMB8JKGsqIVY1GaQA8e7TwGHJ997o8q7FcTbrtUe+8uu2mW3erMorpJjahIahqQ3iAUy&#10;OgI7T3n8bdxbpXaG/wDpXevxKz8mLps/k6vbeQoM/hJqbJUf3VHm9xdObmrsfXY+DG0+s00e38zP&#10;VvS1JVaSWQhFfq/e20t14fMbR3zs9zka7E1b13Wu96DH/eZuOOKYSpjYK81m3tzUMj/sGqx8lTTI&#10;W1My8eza3Njv0ItJV8OeRaSQTLpbTkFSK6ZKaSQ6MykDBGOjnZdl9ofce8lMOna+Yw3fbzlFl1sp&#10;I8FtUZYg6hkrJw7AlD0mcL8ee0NpZ/Yu+ehu8I4NlT5eDDL3b1PnspkNo7coK+vpJmxm8v4cmN3X&#10;s/IxUrxzS4rPLRy1CyRxx39ZZg6j2zuXq7elNX9b76lz3UOYqPFlup9119Tk5+vIIFNFHUdW5sz1&#10;mQgxlBNHasw2RkniWAStSyQMsdOwSu+Xr3ar4RbVuXj7KzFWgZxJ4IHbrt3A7UD01Qs2lKnw6ECM&#10;4ufeU+7JAm13IunSVQsn01ytAVJ0lVk7ih1VI1KQagkilWBkd5/ICq+0ymB7n2FXbX7uxNLS0OI7&#10;w2tiqbG4DubIwYlsiKTtrER4fCLSVe76emYY/K0EHkpq2SFJ70sdRKbF6WSHIUcNVTetJVSQsGVw&#10;5csvpdSwYq682P49lzMY5Cjn4TT9nXH7feXrzYN0vNn3CJluYWIyDkDgwrmjDPSc2p2zj9xU8GUW&#10;vZIpD9u1BWp9pUUVSkhjrqesjZUqIZYZ0+kiJc2A/oExuy2PoGlqDHDG7apZ5pTCmpbR08Afj9ye&#10;Wf0r9XZQo+vs42om4ulWMFmFKAZPzP5Afl1AfvNf3lrypdWG03Gm7lBLUIBWIZcr6lhRaeYr1Zf8&#10;Good5bryW6JoNWM29RJR45PEauFstkmZo6osR+2aakppLH6BnUn6e64t2Y894ZypxklfNjNqbUmM&#10;8j+GSZMtkFm8WsOJpEUmKM+EAMSGuFAb0ZLbTN/Uaytrv6VJ91uvIn+zWmD+34vQjPzCvIdptPt1&#10;sd7v26SL+9Z4lEafiJZNQQDByaNIaj08s2rVM80UlNHDTNP5ZSJGDBVgjCk+Vr/W7WA9xM9XYjZO&#10;KVKOE0eMpE10NFFIYpKyuS+kyadSGVSgGrTqWMjkXPtTaRXm9XbSTnxb08SfwqfwrWg/LHSW1v8A&#10;febtxo9w/jM3cR8MaUGBSlQAcVrUr59SdI1arc3/ACB/rf09l2os/unfOSqJqx6wRyasfQUdK09q&#10;GCS7GiooqeZHq/uGIMhkJEthrDJqHsVWWzbfYRNuN3brHe0GTpDAIa1LippXOfsAzmcrGK25XsoY&#10;beUMi97PI1QzDizaqqgA4UFR+Eipr0I4wSQigsbtYWuf6m319jTtrZO3drUhqc9SUeRrk8M9Ni6h&#10;Izj6SrW08dRVGaSSPK5ATqpDMEjjYWQXAZg5fbhdXwWz2qsW3k0LrXW+c8BUDzr8Tefp03DzX9XK&#10;ZxdE2+e6tS48wunggAxT8wBkNtdHV1KtDBLJTI3paRFGu39oBrgrf+o5Hsu3bXftNumnXbFFTDJ4&#10;XMVE1NW09XBNTSwvSVqQ6KrF1tBGCsM9FrgP0JKuGsoJLdnm5XuvBFqYb15JzCyKQWRo2IkDrIvH&#10;UKUbL0qoIC6p02S1v9mkElzbtbzpCkqNUKpWRS6GNkJLAggs38ROTx6iY7buPoKha5YlesETR+c3&#10;ZzrJLyEm5MjXsT/T2KPxz2Zkdro+5Zsg08u4oVoaYTUsAyFBFSWrM3ljXSTSLOJYquClQmOJYmc2&#10;LEmzfNVvuSX8233W/NPYrFG5j8IKxmLsxeWWrGQvhdCqqKEqBU1UDc3847elpGWtwk8bkmj4bUKR&#10;oqqBpCsGmJqxLChND17M0sOWT+HzKzwqiVE0R1+GZ21/axy6GUyRrLEWZb+qwB4PsW90di0m18fn&#10;N1bkyB2nh8THWLXZfdddRU9DBQQVKFMjJWTZCpWmxtVKVeN6xo21EKURrKpLs8lhPZ3kt9bvaWtr&#10;cSIzXGiJdKGhmDltHgsMoxZSU7mC8OmLPdd33De9o5X5aWPd91vEjKQ2WuWQF4xJ4IAjDNNGMOia&#10;qUJqQK9MUGy8FJGkX8Ojjh1aGhFL4I0MJsBeZhNIgRLKy6gfrcjn2HOV7UpRlaGhrMxRCuzGIyWY&#10;xeN88MlVlMdjjQx5Kup6f9xZ6OmbJ06uyMVtOCOAxAtK8uRX9jy9NeQru91DLLHA5Ad4YTEszBDk&#10;rH40evBpqzipCheYN1gjvblLSeIWd2sEz5HhTMz6Edv9DlYRSMqkg/pkV1FQXqLauEiQxLQwCP02&#10;AWxGj9Nj+LeyWV2MwmM7GzFXiZq/HUn8LnxGP2/QZGek2p/DMjlRuJ5E2xCwxy5KlyMzxfcqiu0b&#10;EDgkAEckewfKOze8lzz9Y7vdW97DtbWcdjG8KbeYpWEzSJbgalkQvpYIwjaofQHyBte8/c18wctL&#10;JvV81xcT3guJppg0l0ZYo/AQtcOWkKOg1lC7aWwABjp/VAqoD/YAAt/QcD/bD2MOwKjIDPR5CbI1&#10;aGPE5DHS0kkpFJUeZ4qkzJACUV4IaaG7cmw+p1C017lsfg3drdT3sniRIyaKKEkDEGoX+JQq9y57&#10;ipJqeo05w5lK7M1hbWy1aaN1kU9y40lTilHYk4Iz5eXXIqCQSPp/vv8AX9qjM5SKBJpf4iscgiZj&#10;Br1SGNXMTzNFGXd6ZWS2oWFyOebBxN22q2nSyubiIT+F4mgsuvQDQvorq0A4L00g1BIp0BNvO5Xk&#10;kYcSMmoDVkLUgHTXgCBnOaAny67AA+nsv25uzcFl85idlSLUZPN1U8cEyUUTVdThqGpFStLm66nR&#10;o6x8A1XFHBPPEkyQSTxmYRxkyLFl77r8r3nN9tyRYr4u5yTaWCAOY43rpndAwc2+oLHI6I3hmRDI&#10;EU+IsvbLyjzBZbRe80ySBNojVirStRJXUqWt1fKePoLSrG7KZFjbw9bAKe/aCfsmTZuVr9t1FNL+&#10;5eCsIpTUxQIbLDWVLRkrDA6yFRI6hGAIPq49g7mn3nPJ/M1ryguxzyT3CShpFhMkMXhgFXuXDDSG&#10;B7TTvoQ9Gx0MIvbdOadhk5qg3O2QQNHojeUJNIZK1SFeEhSn6ihtUeMZ697QfW+8+yNwdlYyl3JX&#10;LtHD0+4t1UWU28lTQ7qot8bUq8fLS7crYsjqxk+0K8VlSs6oUnkYRMpAUgrAHtvz37kc2e5+0zcx&#10;bjLtW2Q3s6PaEpdQ3luwKwMGYobc6iNOSXIZgEJwIucdh5H2Pkm/uNlsDuO5yWlrJFcsslpJYXaO&#10;r3CeGDILtNIKFiUWpVg1QQfezK1G1m2fumcK0kmCz0EoaQjiGXxGdZlYupSR4mddZYnyDSfqb5ib&#10;xtsXLW8Rb/t9sv7qvEMc8VQRDIuS0ZGihZQQDVcVzTqDId//AKx7JGzGm7WrDHmQDpocGo1BTT0N&#10;fLr3u1/4m42b/R5QdbZ6rbLV+zIJlxGanDNWZPbcldMcfHPE1iajEQVEMVw2nxFLKApBhnmnam5Y&#10;Frc2N+0tlISn+lIUFQTVw1VrkEAlTSgIAx65u3a03/mzcNys7YW8d3od4lNVWVQBJp4YdwWPzDfL&#10;pCburJcFEmTRmMEsggkQmyJIY/22uB6QwQ/7Ef4+zm4bZOPgnedyRAgkItC0kahIl9KiNXYvZWNr&#10;fi39Pcd7nzHOsDHJYCtBxp/L/P6Dovl2eSeE0DcPKlPIZJIAyRk4Hn0XvcnetPj1NJBTioriYv8A&#10;J/uRG37pKoTJMY4UTUBcswHI9iZh3hqMTQZBaPI4iGsSZoaLIq1PWmGOV4aaerp0mnWnNdTBaiKJ&#10;9E0cUirKkcoeNANb7g9+DI0TD/T6dX5AE4/P8h0XblsM+3zTWUUscrKQC0ZLLWmaNQBqcKiqmhoT&#10;x6Dg7/o8rma6mmq6DIT414/LJRyI9O7uqvKkM7QxCdKeVmiLglZHRihdBq95paOnicTgeZ2sVsFY&#10;gryU0AEkkcn/AA9rxcTFTHWg6LLTlltZaeZj55HTnVdyPLBNRQrHTCBWhDIdIAN1BLkAC31P+t7e&#10;KHJUQh0usMLgsNLXDHSB9b8hTf6e0c9rceICpLAjoTR7EYNISrLSvQCbx3PlKmqvFLUOj2e6KzKz&#10;Mw1FWAs3+w9pPN5bHsJKaeGKoTWGTy6X5DN6kDF0bUWv+n6ezaxsbg6JEJVwPKo4+vDo8h24qiDI&#10;NB047Vos7VSxZKirq7HyhZVeWnZoncvpY+RgyNpAQjg359ooVXlq7U+KDwRQF2mRZ5PEIJkMiRUl&#10;HTS1ErvBIWjWNGBKkGx0gm0yyW0ffPg/tr+ZPQqtLKNraQvcFZFoAGA0tUEDuPatM11EVBxU9KDN&#10;1s2OhAyW4bT1tSUIeWGOWRpUURF6mtlqFiDTR6W1FAA1x/aPubDm6PHfeyVskNDDFWCGSWZzCjVN&#10;TUrRUkQNRIoV6ipkhhjUWBkkUC7G3tNcQRqkcmoUemSQBU0HH18/nTHRLuEBmpFApeXQTpXLUC6m&#10;NBkhVBLegBPShosFkZ48LJT01RkHqxGyhI3mCIIlnnm/ahLTLBGrM0p/Up/IAPvGmclrmmU2EEV2&#10;tIwBVlYWRgNYEuoWsL+rgX9qzYrbIjFe9h/h6DlvtL3MqxxJWpGfKnGv2Uz8+hIysFBtaiiq6md4&#10;GlsojSMOzDTqZkiZTqUx3PI4HPFr+0PuWeEUuQqM3zFNVeGnjiEsrNKKZJJF1OZIRSQmR42YD1yq&#10;SAF9oty5pg5Xht7jwJGIfTgYI41/P59TjyB7JLzPdw3Iv/ARVqwGk1OsgHjWpFD9hHRVO0PnBk+v&#10;s1i9m7B2SN05l6H7+srKuvXGY3G4yWuqqSiI+1jeqrcpVsizvB6EhpiCza20grGf37JtdKyLbwGN&#10;kqvEklWrBqoIqlDDT1DQ+SCOf+2qnk/n3CfOnuzzNv8Apijn+mtFI7UPp6nBoes7/b72T5T2DTeP&#10;Zi5uCT/aj1zX50p59JzIvu/5Mz4g9q1ZrtuYxoqyn2hjoaim2+9bLJrirMjSvUynKz470pGajyRx&#10;ICVQEsSVzePbW5DRChpszU01G1zLUxzhaqZXq2qJvtJ1dXVKtme7usuqNrqBw3t+390dz5b2mwhk&#10;NbxQKKHJbTqJqz0OkniAc0I6FEftZsW7bldyvZITWoJjGmunTTSCBwoBnyqc9H26769xuHSnmkxd&#10;L54aamhhpUgRYII4aWKmhilRRZDBFGv7YGlXve3ssG/O5ch9lk6JMgKaCuiWOaMVNQXKCZ2BBaYA&#10;SMnokNjrW44vcAjnL3z5j3rbLza0aK3gnUBtGosQG1U1VFNXAkDoecr+zWwbbf7fud1b/UXMDll1&#10;KAKkUUEAUIU5Fc9GFx2KAWFpQPQ2oWjVAF+oQWBuB7KhJ2qmIyK1UMcU7RSawrSBixBP1XkAX+vu&#10;CBf3HiCYLU1wPn+fU2vtkckBinNAwodOAPzHD7OlA9PG6lDdQQQdJsbEWsDa49mk2D8997UcdDga&#10;TF05iPio44qFmWZxpEa+mNLyOS3CgFm/AIPsYWXuFvFpGttFUKKjtOk0qfMceoM5p9guW98llupS&#10;zXNWIr3Ur86/Zx6B3JdGbHrcjNmZo6kVkkrzySyzmRAxsxIEhtHbT9fx7M5uf5TYTH7KppNzvRQb&#10;nrvJKaI1sa12PpWXxEZJfLIIpT6mEZswVubE8Hr85yy3ME88wLIta6qkE/M5HDyI6hTdvu+wbdb3&#10;cUdsX1/BQela4U/Mcfy8+k9gNlZ6HsOGvw2VqqLZGKx0VM1LPS04o8nkDNO3lxpZVmKrDpVpASrE&#10;cf4g/Q/PvrHakEEi7Ww1dlKCKKCnqRVyJHI9JVx5ChmrIIpBRVr0dWmuEzRMYzfSQGZSOLT3sSws&#10;TZSWyTMVALF37qMHFVqVbSwGmoNMnj1jtun3Ud83PdJ7i1uZreF5C+lVX8a6WFTR6Op7+4EnjXFB&#10;9kozJG8bzyEOpVjxzcWP5uP9vf8Ax9ln7u/mYdj74NRTYnLHHQPIAsOPqWllt49BAMbAWJF7tY82&#10;59x7zH7u73uodIboQwE8FIFB8qAAfOoP29TByD90jY9kEUt/aeNLTNVqK140qf8ACeuNLjKKiAFN&#10;TQRWsBpiXUo+pUObta9zySefZOEzfyE7PrmaObcIglQzRz1Jqz5TKWaEQ0aqtbIJ1U6ZPH4B9WdV&#10;BPsGpJv+7Qm7nnMdsaEM8nc1QSNKg1I+Y+3hkT5Ze1vKWy6Ei2NHnBpTwhippWvD/P1LeSOJSzMi&#10;AfUsyoP9ubD3d98CeldzdNbU3Tv7smOWfcu96Omx2Jmr5xJV4naMMNLVzQU1J4ni07oyki63MjAx&#10;42NlJWRSMzvYHkK4srC65gvFf6y5ZVi8QEERKoZnBOVV3Oa/GIo3B09c8/vbc17Bd79tvKGwXMJt&#10;duQvcRwBSpujqUB2Bw1vDVWXyklcMAyU6T0865mQRUUzeGmlvI6KypJIG5ALBSxjAIPFrk8n2YLO&#10;b3/vFWOtHlG+wpsoYa6ooJ0kkabGTgyY9mACQxgwhHSxlQObGMEWzO2zZ4ba2YhA04AAyCATx1ed&#10;akg8OHDrGWys57CWOW4snaRo9UauvbRlIDaTQsTxXOmmenoQoi/oGoqT6eCSABz+bn+v0HsNnz+Q&#10;qc5W46HACGghoUmgzz18L/f1ryzCpovs1j+4p44UZTrZiNTlQPyRLDauorJJWLSpFDgkltQpxquk&#10;EngdYpwPUo7ZZWSbbb3TbiWvC7KYPDIWNQRR/EIFdVcD0qfLrp4yguSDzb/e/wDintMUW3cxm6be&#10;WGOTz1Ec9V/a4vJVE1PJLjRUU8Hm/u8lO5qFx0zSuNMjxTpNcxejgg/mHad3vuYrK9g5gurPY7dH&#10;cxxyKpeYBACNIZjGU8SokIZHBaMKNLCc9s5m2TaNktok2W1ud2kKgnSxAUEnu1UAmqBTw1KMo7ya&#10;DpKZeklfM4jKPkpqbGYeGtqK2giEaU1XLJGiwTVlQzK6CnUEhf0t+fcfbGazfX+4snt7M52Dc+Pp&#10;YMPEktUuRoMdtGkxsEmOafM5eWhyE0mQq6uaFKoozo86BlkQlIie3u3XP7pbeHdxCf7NRQySLRsq&#10;CWaViKFmJDUq9ACwNrezh314ES3FnctIxZqq5cs+s6UUrQKKqowVUgDrFm44MhhzlKGnqKgGnkqI&#10;aWhWKaryaHQ6JRwmop45PKqEqWkUaefp7Uce8d1Y/FUG4Ist/ejE7UyUWQr8yu2FpY5sfXVRaEYv&#10;K5OlFZO9azrQpJSUsGhFRm1DUxCm2X+xXsl7FuKmGaVf0pAzOFqCCJFQKq9xHa2kvWlMswGF5yvG&#10;sdzDaROjXCd0XiNoBRarSOoLBKGXurjUOAHQexjamUy7YfK46m25nM7T11Ji6CXOQ1+TSqo6dnrF&#10;r6HBVb0VM9LAyzFJ6qfWwYDTb1HF6537Sby2/i82lP8Aw6SoWeeOhllabSIauaj1wTvBSippA0Gt&#10;XCLdWXi5A9hfe9tj2y+ksY7oTIagOMBwAKkCpJyQKgkZU1oR01y7sVztFpcW0pJU6e4ilKgNRqCi&#10;uQdOknNKceqwvl3sWqxW7JscJRVU0VFBjqjK08Ap5Kl6unhaYTRwNVpDIYiUCcNa/wBCQCK0aisH&#10;ki+3WRlcrCpLXJAv4yAdSkgj/Agj2H9RhOh6lPXo/MUJkLaiuBjqvmWvyW2FbH18NbUU9OX15Mxt&#10;5Io9TeH7pSipHpRiCxNghVjx78IJY1tYa/8AUDUD9Ofxcc+9+Krnh2dXeRkFEQhPWo/yE9QoarGZ&#10;Orkaoro4bgL5vLGXRA3oRNPlR3U8mxPHuBMdSTK2lX02YsNOlQDb6fU6vz7URlVZTXAPSiyuC8qR&#10;kVNR0rZ8DNQvR5CkqIp6OV00r5lI8pcIGWMKCFCn6Ee0dJDIJBAjtqMZlI0udIY3LEKpLDkDgH6/&#10;4+zlJkVFdh2cPzxj/V6E+XR1L4UltIZsJWh+WCa/Zj9pHQr4bMRwackUUPBV6YVimp/LNJGGQsiy&#10;Sx6gvkP9eePz7r33L2E+4W7eykGRdsNgMnDSYut9UqRV+LrpMe9ZRyU1JUTS0tTTxyED1KoEcmkg&#10;yWf9rOZZt333ma8qZOXrd2iCYoxVXGpCocsrlAa6Tig0nUOknNfKtrtsXLsMar+8rhSzBSRIVcKV&#10;RgxVVZGIBqQCQQcV6vW6zxVThdude0tVCIK6twMU2UpiW8kaT45q4RTqX/4EU9U0YN19N2A491F9&#10;95jtrbeeky+y9wZDNYgTVFbm8DWZRiHkhjM8skeMyeQyRyVNQ0dU6mrWSRYlB1BQoeVHz9vfPW3b&#10;isnL9zNJDErmWKSUBStQ2I5JZvEjjj1UmV5I0KlZV7VZx3ydBypdwJb7wiwTOgjimWPto5KgB1VP&#10;DaQqKppQE10Fq6UHIKthweBYX/p/sD7CPYvzT3pX70qFydQkGKqpHirKJy9W2LlMVNTQz42qnjgq&#10;Jv36abWJpZJZoptSOCFuAtm+8nzLFzVc225pTaJW0mGi1h+Gnhs4UyKGDu6ySuZAWdZdSprEvMns&#10;ps8OzfUQRl71BqRhQaxmuoBiFwwIKBUUqVdHDE9e0L/T/eT/AMV9mepe+t4ncH8c2fvCiyGPjxtD&#10;ksptrMYylSgyklJTajBhssPJPgZMrEBHLTlvHBURtKzBH1tNK+5j7vuLz7RzDC8Edp4r288QVZnV&#10;QdUEoetu86duiWsaSRu7N4bmRoG3T275fm247dvmxzRXbSlEmikIaIEjMsYp4yx0JDhV1IwVV1KA&#10;OXs6e06PE1mWxHZfX329BkqiigmyeGiqYmxe5cZViCprIaaogT7eDMRldcMqN9vNKoUhAxPuWtzt&#10;oty2xbyJlu9ruoaqQwKukgBRtSlg4A06WqSAKK+S/WJG+3u6WEF/ylzS8jQRXFYZyKy2s0bHw2bU&#10;SWhNe8P3qpr3aRTHLEsyNG4DRurJIjC4dGUqyN9fSwNj/UH3dJ8dOw0q8dXbNnmWNzTNkMTK0ukB&#10;alFMtONZujRykEC/Fz75Q7JeHlnmbmX283Gat9ZXNwsbNiiqzCmeIYBWFDnJHHrJz3a5aTnDlbkf&#10;3m2+FXg3Czt1uEXJ8QRjUWoAP7TUj4wyCvHrWm+XHVk/VW/snkaeMtj3zk+Mm0RhPDJTNDLQVMvo&#10;/birsd42VifUQf6cnHxVR/E8PjMgCCKvH0VQLXsGnpo5GA/wDNb2O9uuvqLO0uf9+xq35MAR/I9Y&#10;Tc77QLPedztCppFPImf6LEfsxj5U6m9Cb0OIWqxBq9Ap8vXRIhdVUL5bqhBsfo3+29t1chhDuOL8&#10;H/Ec/wC9+z63bWQOolurUrIwpQdWjbLz8eVp6O7BtUYW4dW+i/ix49oQQGprJJmX0hygJvc2/pf2&#10;fiTw4EjByOgzfW+SOjNY2sSmoKdI2t6ATyv+pHtw/hYcaeLEE/ouBe5A5/J9pzeMueiV7BZB3DqW&#10;u5PAwFyDcC+pRcn/AB+t+fadzGAR4y2nTpuQdOo6ha5BP0v/AE+nszstwcMATx6IL3alB1BcZ6V+&#10;JziVVlLrrK35INiAf979oyWiigAVxYsT6muAzMfrxaxJP9fZ4J3cgq2B5dJ4bYqBQcOn01Rcg3vx&#10;9Lgn6e4EOJh+9gk0oCJfJqMfpUrYA21XZiD9b+1El7L4Ei1ORTo0Acpppj069JP+3bm/PA49qzP0&#10;Ej0FG9OSHWYtcA8oySavpzYeybb7lFu5UkGNPSnbYBHM2ofh6Z461TNJGbkJYXuP1XsR/r+2HIY1&#10;44IdWoM8MZJI9NrkgfX8huP9b2Y2l0rO1OAJ6Kb2LTJqA4k9O1JOJQ6qeAxH1/of+Ne26GHRIGMb&#10;MqqLD6qX5vxwb2t7WSSYIrnpi2iwSeNepEjAKb+1XQxLZVC8HgAnSyjjnT+fp9T7JZ3YZr0bIuCG&#10;HTRO/wBTe/8AsP6/8b95aqkhkVkYFg6FCjx6la559X9m/wDUc+6QzyKQwPD59OhQO4ceo8NQ4PB+&#10;n0PH459hRuzblSaaVEhlqaNQxaJFLywL/YMaC7SrD9f6gf19iratxg1qssgEp4V4HpdZOscoeul/&#10;Xp9pJ1YjUbG4+p+p4v8A717CwYGeGpimp62RKcOFaKeEO+m+opHMjQvpIW/q1njg+xObh+AcaacK&#10;1/YeI+Yz/Lo3Lo8MqNANRX8JAH7DX/D04K5J+oP+FwPYh4rC/dkSgv4G+kvqIIBCiwYAkhwfZPd3&#10;3hAqD3/4OiGUn4WHcOo0sojuCR9P6i/0v9b+1vS4yPhUsFUcKbgOw+rH8Dk/7G/sglumOpjknpvw&#10;6gHy6gNUAG9/r/QgfT/kfuZJjR4ibBdQ5vwot+Bf+p9tLdVIqeteCPz6xio9X1H145H9fYW7oxEU&#10;czVSJ+CkxB9Icm6vf6cnj/AexbtV6SnhlsVBH5dNkEAgYHTxTvqFuPz/ALf2FO4KMpC91JAPpIvY&#10;k3Wy/hvYphmDo4r5dK7FiJMHqT7HPqTGscYsgZjAKflbnQ0khI1BfoLLf2AObLnTNEgA1Yz546vd&#10;oHkZjGNVTnz6ZMtOIdA+ha3+9i3+9e3WqxDU+SmeNmZWZzbn03J4H+I9sxXhktkU8R0jni1RhQOu&#10;cNQGRWbggC30+lgfzb8n3Elp3+vibg2YaNWq3INjax9vpKD+MdFMtvilOpSSqRct/rX/AONe2TJL&#10;W+JhFAY0JYySkEH08qQBewW3tdamHUC0gLdXs7SDxQ0hBalKU6zKy3Bvf/W/1vaYkpofEXlvPOCG&#10;srngvx5ZGXlbEcezRZZNYVTRB0drZsTpB7Osmos1gSOP6D/H/inuRhqhYohQulpG9cTEWM6udZKn&#10;8sNVrf4H21eR6m8VWBWmfl0VbntrtJ46L28OuTHi4P8Asfr/AE4/3n2JODpGNShIBFgCWc6gbE6Q&#10;Bxzp/wBv7DG4TDQacekdlAfFUU/EOoNVMBCzE2Ohzc/4BufYwfbej6f8oOv/AGHm/wB79gzxTq4/&#10;6L/k6kT6Ps4f8R/+fugZ/jg+6/zi/wDHy/Z/qH1/g/8Arf8AG/f/1KBqIYSKqUnXVCJtTORoVSLq&#10;3AVtYXUfwfr7FEjAcRUdMNqKgdb/AB7cBmKq0kMShafgaEiVCI0ZufKOdYBHNl/4oyZCRQCnTbQq&#10;RWuR173yUSshcyM7k6xca1KhUICuL3Ia9z/X/H3pSWBVmz1dBoxxqOve3SOhMiguR+2HPPBZGkLe&#10;m45IJ593UUxXPTesgmnXvc6OkjtqteT6D63uP8CP6D6+76KnUeI6bJNak9e98/EFDcDU1rqQfpa5&#10;YEi4ufezgVr1YtXHl1730YkMOmw5Lj8j6qukf7f34Urnh00WAahHb173iFOgtqusekKhGlwqlCH9&#10;JOhpFZlPP0/2I90X4adUZgME5697yw0NPI0UhkkjlDfQt6rzka20GWo/SLA8gc8ce6tUV9D000jV&#10;KuKg9e9v9EsULqC8g1KGfVJdjYQxco0cmj0xm1uD9P6e22NaVPSOQgkkCg697V+MNDEUv6nLo+oy&#10;FHEetTpSx1alZNQH4tf8e3QVxSlf9XDqhkYUoP8AV8/X8/Oh9OuLgkWAvf6jixFjcEHgg+zpfFzu&#10;rdXW+7sFg/45PUbKy2Uioa/C1DK9BTx10iww10C1Mcn8Pnpp5iztA0Qe58gOkEyd7d8+cw8pbnBF&#10;abkf3ZM6h4yNSgM1KiudQNT20FGyOsY/vD+yXJ/uVyzvW6XuyRvzRbW7vDOgKStpUOUdkYeKCFoN&#10;auRWgYCg6C3snbslXt7MZXCaaPc2Po5K3H1aLpFRJRLHI1LVxx2Wtinp0dFEgZkaxUiw930UGApN&#10;wY6KsxmRhdnjBaGa0T62VW8asDpvzY3/AMPefO18ztLa29xLHrRkB1L65rUeVD/l64ecwcmx2u4X&#10;FskhQhyAGBpTyIOk1/lTomWO+UeT2m/2u+tmZaenjfxvnNvU75KmVV+stRQBxWwizDlA9+bWty1V&#10;uwM6jEx0EkyWHqhDTAG3JDxqwuP6+xDbcx7ewo0wVj/Eaf4egXd8tX8Jbw11rX8P+Th/g6GHb/yz&#10;6MyUERqewsHgKplGui3DMcFLGvHBXNJRhWH5BYsPz7ZpcBuCmWSEYqr0qOTLDJZuLmxeLVf2tTc9&#10;tkfV9WufPUP2ceiWXY7wGv0slfkpP+DoUsb3D1dmNLYzf+0MkXUMGotx4ae6fhh9vWupQX+o49pO&#10;rwWd0sBRTi5v4/FLcX/SASgJH9RccfkG3tW+5W4UabhP96HSmHaboEVs5D/tW/zdKiPfOzimo7ow&#10;DL/qo8zjyo+v1YVJFvfl2fn6tUUY6rZwuseGhq5VNlINtIdNS/10j/WHtltztMM99Eop5uv+fpbH&#10;tt4rUS0kNf6J/wA3TRkO2utcSkkuS37sugiiIDvW7pwlKFDEBdTT1yAEkj/Y+3Ci6y3fV6VGFqVj&#10;Ykq0lPPEfp+dUS2b2jk37bIVbXfxMa/xA/4A3+Hoxh2K+mIIgK/6YU/w9BruD5cfHTbat992/wBf&#10;zzoATR47dGKytUQxsCIcXUVkhJ/oBcfX6exCxPU+UhOqvraKjXTdhJOj+oFQBphMrE6b/wBP9f2V&#10;XHNloQVto5ZP9rT8+jFeW37TPcKtDnov+5v5gfWgElNsTaPYfYtaZUWnTb+18jHSVK3s0i5XKQYr&#10;GpGvFzrvY8Ai/tdUGz9t40iatqjXzDkJEixRXvduWEkjaj+RpPsjuN33S8oIIRGleJ49G8W3bPbD&#10;vcyN5Zx+fRedyfI75T9jTGm2LsLHdY4t3lEtduEPuDNujNaPwxRJT0FDKqn+0s6hh9T7f0rMfTa1&#10;oaaGCKwBVF9ahTcXdwWfnn2iNtPMP15CX6WruEMKlLZKClOg7rOld770kSu7T3RuDdVSX8r09dNN&#10;Bj1eRQXMOPooqOiUcWB8Vx9L++LV4mYorFy3oLAk2tyLn8ji3+x92FsE+XV4bySRtbFdJ406ly9S&#10;47C0zeKkWlm0toOosX0KSCQfqZPrc/09wa6uNLEpdpozKxjD07QrIikWLKZ45YvQObFSfYd5gne2&#10;tw0LUkaoHDBAJ88Z4Zx1JvI9km471boygxKA1DWmGHGmafZn06Ir8qkqcP1puOTGQ0UldKI6ONK5&#10;Ks0kzNJA7RVIx1TRVzLJFE6r45o2VgCWAsQH26e2MZt2mJpg9VU3VFM7RKinxqCzKio7aiTyAAD9&#10;PcQXvPcm2wglFlugSPiIA+eeP+DrLXlr2euuY7hWeXwLLSSaDVX0pQY8/n68OqzekuhOze08y38Z&#10;QUNMscyGrpUrJagUzlDDTQPWVVWEZQdJJkcgc3ve5bO9evfjX8pNk0b9sY+np9xbeEz7Y3Nj5jQb&#10;32lWSyUc9R/d3ORQT/5BkKumjkmpKpZ6KcwxmankZEIpuG9cjc3bJ4/MJEW4QIwQqW8VXpXUjAFW&#10;VmC1V1KkjuA+ICHlnlz3i9qubTDyTHJPs00ivIjAG2mUk/2iMQyyoGYB00vmgcAnqyj497g+W/xH&#10;3zR4brChqs3gMg9GmSw0sDVW0dw0Qq4IHbI4wz0T0WSSmLXngeGqEl9FRo/bkpf2vs/t7buGqOwZ&#10;5Itz72wO4aHbVVt2kzkePrJMRWMibdqcDkYq3EzR5D+L4urhq6WrqRCIXiiBCoVMN8pJvvNN1bbd&#10;abdJPuEr+CsSHvZiaqU+CtaVoXNA1O0YGevMewbBugi5ZudDWtzGZ1IFe9W7w40ggBZAdQUVYFqV&#10;r1ssZnsHbjblodmVgGOwG5tm5vdONzq0EU+NjlwUlI+5cfl6etp5qKOnbGZ2jrImVSsjrMzFCF1h&#10;BuvbVViVze5anHZujj8tZWY6iqJ3p6iikz2QqoctttsOJKqjpYcVU0lPHC6F1pmgWwAqdCPbnaTW&#10;F5fQXlpNFIsjKFkXT4ZOJImi1EDQyqAMEFSCO7o3tU0S29pHRiEAY5qwWmhi5ANSCQ/Ekkk/COhV&#10;wmTo6uGgSkr6Wv0UMGqenqhW/cQCFJKOqOQEcUb+akn8vC2cSFkJAv7X+U6zyvYWz92U2Rw8tJPt&#10;fEVOXwWLx1CImyVFkjUZir+xpKNSks1VhdFFB9vEry1tDAOP3GkU7vYXUUl9bPNILYaXRNR0BHXV&#10;2jhw0qKD4hXpJb7ysY20h9ckhKSEcVZWCfkAxLEejH+EdI7I7xw+2MlgA1elbDm80mCraiedJZaV&#10;6ZoMXFAryKJojT5CpNRIsrkpDLUMfSFsRTKbw3LkhtgjCZOGDYVXSjfFdRU1dX4ezNBjwZp5702L&#10;o65heIGSJLm6qWPsHyvJLHHogk0QjvNCRn1NMClONM16F8cMFs8w8VK3GIwSKmgBIA4mhxiuAOhR&#10;EkUbhJp0D1DyGniaySOFQlkUA6pygJNxzpI/p7MD3lnMNPjOvMZHFmcpR5jNZKlqs7toRVGRw2OG&#10;zjkaaqiY646uHH1qmRFSSJpCqLG6uF9nW7X+3QwQre3TrtpA8WUAfpJoC6vQhK1I9B0Dbfbd0urm&#10;6Fi8CXlA0YlJWNpBJXQxXuUMAVqAaV1Yp0yYeOrjq8p5wkaPM7QKUssherrJZKo6TdEkgeKPQ3Ky&#10;RNzz7UvV9e/VuxNvbX7Q3Fic/uuh29TbfeoalEOZqttVtdnhuHCVwbxVcBztLkpsfAQmmOrSIsAF&#10;axNBPptVt45VkjfSwfiShLGv5g9PXVkdxknniJUFmfB7dQC6GXJpR1Vq14FvXph3BgZcx9waQLHF&#10;LLLXB5RohTK00GJbA1lgXIONrMZHNq9I8ZcAXPsQtr9aZvBbKx392tzY3d2U3fndsbp3D2RBViux&#10;27sLRbW3T1DVbgx1fr8NRlt3YB6LIyhDoefJrO3pcN7e2LTaSWpaRDSWORnHmi+IrBfm1QR/pgeA&#10;NE80j3LRXC2bkxLJGIiQhUv4F2pYcQFdDGPIEEeXSDg3JQZXcENRXU9ZSRbfGUxX8GqFMdbT1NRD&#10;tHf+NeqoobiOPGnBTUSEAq0lLKilmVh7Er4q73pus6fe/Vna+bo/9N3c9dV5zbOzcHR1VfX1GGkn&#10;FFNl2NJHPSyUeCh3HBIxfiOGCZ4lkCykFl9u8Vput9Z3Vk089w0jq6CqqxqVrVkyRSnaeJ6L+Y9o&#10;3Tel2vc4THBZWQrKzNQkLpZQhOKkqVb11DoBvkz1hnN+bx6i7K27lsHitldUtXZbdVdkqxKSd4sT&#10;XY/I02Lx7V9NHDepfFTUjh6in1SSoDImkXKH0B8Y95bdy25RJvPF19fmsp8g8TulsphsktZg931u&#10;d2HuDYlNRVgq6l6qh29uLZtHWzuWBmZ0ijU6QfeRHsd7ebhutpf3g3SLwbuyvbdo2UhhOngSWzA5&#10;DDxlWQjtrRlznoWb3PZX1vspslBlhlglV60HhkOjVUeRUsK+Yz0YDenYFDBS4/LQ008lPQVezNw0&#10;s8csMjVWDzq1sFdURx/QXwtVVKCfTpVmJGk+zI4/48023t20fYEWQ/gGT2/HUpjcDg0SlxmPpN4d&#10;b7f2tlqIVU0YaWgxu4OtcHNTOYUEckZVgqynSV8x8vWHLO8yXc07JPEjuI0OlQJYwAvwnCSRoQfP&#10;h59FkN9dtuQihUfTzW7IS2cwz66V9WWZ6fIfLpN0fY8W4mpsZFSS5Gjyq1VLJWVEZfyz7d3HjZZK&#10;EU62hLZjb+cqJI9bK+mnYgHTf2qe3/4LJBSUuX/h2Rx8tTQbRoo6wPJJnKuv/icMtBjKanBnrK2p&#10;j3JDAqKCHiFQCUj8jrrn7mWLefpruWeJrO0hFurnCsNcrHC0JJMgAIzQEcK9Jkt5Lm6t5ooSLw6z&#10;SnADSwqDjTVa+lQPl1P6ognoIK+edZ6Coy4l3HXJLEI/sWlWhxePjqzNrihBkwE9RJbhfMqnm3uV&#10;kOvdtZrDUuP3HiMPUU2SpcJvybI1eqKrGf2htaXb2DlxEU9Q8lE+HTHIVkpvEQG0tqV21BNNs2be&#10;N3TdZbaJ9wt7eisxYNpjgCjQCeBZFoTwxXz6Mory8jhkjieiaimB/GwZiO0gdpNKnhjHXCLPVGPy&#10;uRq8V/FKiTHbjm2yuOp7SUKNmN143O1dbXTJTjVLU02aZI0VmUaXIdCp0inL3lT7jgxuxer83kqe&#10;jGRzUu5t/JRNQU+585TRUdbJWYfHNIjtSpWUENNGI5EssJjChg8cgj/rWJWjsdunIPe8lwVCamqG&#10;1KNRIOpQtOwBFUE1LAx/snt/ZbBZN9TbQrbrGiQ24YsYowWFGkaldQfUafOvl0X7G/HuorN47v79&#10;7827t/c+5MpjNu4DZGwKiq/icXXGz0lyVI2Dr87FjpErqt4s9UVNaYqeaBauRyJpYo4JKcsO5dw5&#10;OrrqrIZ/IZwZRxHRVVbkPu3rpUp8nj1raKipmGUL51Ke6KkADoHVJXssqsBb2+u9zkN1POXvmp3Z&#10;rgr5cKhfhVQCASPM1G72FlHCvgwx+CKkgFaBW1EZBAC/0mNDggcOjn4TDYHb+JxmM2vS4nE4ijiM&#10;2Mx2LWKLGCnlo6ualkP2rU1MKGSdXdWYsjlSyf19rnbW5KfGrLuGDbX8TtFnZKij33VVscUW3YcT&#10;O0UlS9RK1LS1GFq6ajkrIqmWCGQ644gpj0rJvtxPtO0SXG9b3Ym5uI4nULIxUmqkqwJ7KRyaHdZG&#10;TUhZVJbrEL7xI573mPbeUuQ+YLra4Lp4i01iFLhS2h4mIAbTIhkVTGHbWVYYB6fKCCCBacV7UMk0&#10;PjYrTwQpEci6SGWZI1DFbeRvGSWcRtcsSSS01FVuzNRU0SbdhzG88jLDmjS5hqXa5i241RRjH/w2&#10;nyVPT0EOMp6d4qxIZ5IYKmRSzTtLGkJNJrfe/cKC8ueVYbW43ZCZWgXw4RHFGwUaVchSqqQ5Usqs&#10;1GMhYFAc+3nKG5cszz7Tv1zcjlTboYhDJJK073E7h2lLsGZ2lVxoVRXSHoFWtQ15XN7dpaSTKR14&#10;lx0FVV4yeTCI+RNPXRidqxFixy1EiVvkhMMnjjeZCwDBVJYDZlYsVk/ibh3qq45DJ7E7Rrtt42ko&#10;I4EzFTj5t6vh8PRw1DRERu228mslIk2kGRVdBqiUA05S5R2jcF5Vm3JJZL399RW0sMOkStFJdJGV&#10;FRpVmikrHUgFgSCGHQY2jnTebD71r8k25C8u7jt0UzLRex/pkMkqmhyZ43SQg1BZVYtUko/HbOoc&#10;VvjcO/6KCSgrN0beoxl5KqqyBxvno8eamCqfHNUnHQSwypIJmhhWZ1Y3JBa8CpgVY9C3ZdRH5sCC&#10;dbLf9KF72H0A99n7TTGiRoNKKoAHoABQfkKDrqHbRKLeJUfKqB+wDpP0FQXkuLWNyDcFm+l2c35f&#10;Ve/tL1dPEAToe97AC49PJ9X9T7OoJmbTnHS0iNUo5P2DpXUc7nSLk/1/pxYf6/BPtIVksCtpKSKb&#10;lbqpcCx+rcWU/wCH19m0b8VLjy8/Xh88+Xr5dJxNHq0aGqelHEx03uACBwSB9frwTf3ijmjSS06T&#10;LENHjkkiZY31DUArO8a3IP0F/dZZ0+EOAa04+fCgPmfUcfUdNvLEhIav5dcm1lSIimq/55P/ABS3&#10;sQ8dQU8iJNH/AKxTnnkcWt/h7I7m5kBKNXpieMEmnDpE5LJSxFkbVYC97cDj63/wHtZ43GCoqqej&#10;1eN6p1p4y99CPKwVb8X0kvz/AIeyG9uzFDLOASEUsafIV6AXOm6W+x8v7juM8TSRwxu5AI/Chagq&#10;QATT1GfPpEVmQmKPPGUkKOHZiQG8acvcmygC3+292cYdRWzS4mhbTjNrwwYejmiWN5XraOCNZ6eV&#10;bSA/aUyLEw0HSzNYgjnEjcJPp41vZ6/U3dZG44Vjg/KpLN8wB18b/Pl1dT73u3Me6nXuu63Utw4Y&#10;nCyyM4bNPiZ2YZOAvlTozePiWGipYk4SKmhiWwsNMaBFYf4MBf8A2PsHdvbJye1chu3KZrMpmchu&#10;XdGTy8rwCoaOixsaQ0mExzySrEqyUVDAI5PGrDU2hLhdTeut6t90FutraiIRwqlDTLUoWHzOBXia&#10;DiehJvXM+379acu2O2bWbazsdvihAYpWSQ90zigqQ8jFhU10ip49TPZaY9rt3Tvyv+0rp6XYm0q+&#10;phqcjL4aXHzTUcUldksi1VUMlPLIDH46UO4jKRGU8EAS1Du1hyTsi7zu0gXcAlERzpAoVHiPUV0q&#10;aUb4RQsNRKlJ4sL685G2HbLGxsTcc7blAGjiWplFR2xqq1IXSC8hpqzpFDUdYJqmCnTyTyCNNcMd&#10;2B/XPNHTxCwBNnmlVb/QX549jBnaHE7dxEmL2zjj9tjfH5aWBgZ6l5DEJ5akLBJNWzLSzGdmKtId&#10;JRP6ewff8ybz4F9vE1lJfXdO2GNqOwLCgQk6Y6CvaeIII+KpjTl+S937e7a45g3NIDcPp8aQEpEo&#10;JoQq5VQy6KKKVozD1ykB1P5DKR/rhh/xPukP5G/Ljq3cva2O61pXy2M3titx0e35uyMxt7A13XXV&#10;GTnNJlDNkcduZIMBmRkooamF5YmikjNI2gnxrqxV9zvvS8gqLXkjZLOax3WCWOOTcJ44bmHbZFaP&#10;xWWK41JcaArRPLWJqLWN2ATrqv7K/dt9x7Dkjcfcm9s4r7lKa3a4bb7ea4ivd2QiUIiTWYM9se0T&#10;RRsr+IGoYxUnryKERUAsFVVA/oFAAH+wt7FzfO/O+enJqyvx2PftLae9s9srbOyJuvcfS46TrnE5&#10;PEGfce7dw1Pmz0lRTU9fT/eLKwjgArAvnRCiqMYt+509ur3Zto5dCc1e3+7TWtrFDYsGisxdKrzT&#10;yV+rceOZWlpIfBYTDvCeGOgRy1sXtt7vCCbeNwHL3O20w3l7eS3zOZNylikWK0tbfT9LHHoVPCYq&#10;GmMkROh3Lnroxq19QBVlKspF1YNq1BgeCDqNx7HX45YtcDlKWfIQ0eZzu4pJq+rnrqill3L/AA+S&#10;srXrNyxUZcVLYyiy1qRqvweNZJlh8is5BzK3EcrcubfZcg7bv9u3MMELSzRK8SylS1TrijCuI0eY&#10;pGpGlVpQZzBvvJfX9/tVxJBHNbbLGoSNljkFuzqqgWyzEaPFkj1SGMPrIR20kA9esosq+mw+i8C1&#10;gtjbjgfT/W9q7Ibs3TSd27y2nDhMlj9rQ/wF6HdNRn6zJU+dZ6CTIZ6jxW1liq1wlJQV9SkFRXTm&#10;KGWWSRItRVdUf8j+4lzzXzjzZybc8nXVpbbSsRW7laiXDyLXTHGIV0oqBGWQzOsuojtKBXT7n7db&#10;NtPtPyNzXJzNt99u99DOxt7aONfBAZY4jNclo3klKh/0FTUgQFuL0wU0wnQkpLEyyMvjluHAVmCs&#10;SCbiQDV9fofYpS7jpMHRz5CsmkWKFZQELLUyMxRrRRJPSziWZ9YVI9KpqPPJJ9ydd7W24CS1Wqhk&#10;NWQsrKDjUNORTJqNRFOGB0AOX7rcE3ax+mjEjLKjnVgEKwbuAYCgKnJY8TjPXKop0qIpYXZ1WVNB&#10;aN2Rxyx4YG4+vskvZ+/Ya2XP4WfADHUWP3Rt98RuyrGHaPckefw1dPPT4+PGutTTHDVyinqEqKal&#10;1MyNAXRtYIOQuaOaOWL/AHXY+cx4s1pcQwW92zQmPcEuIXZD4aMHSeFlWF3lVdepXGsPq6y0/dmz&#10;Xt7t+98u3BS3vLSd5bFDL/ikkUsYd5PEGhllqZYtDyFV1K9CoBx0kU0FPDDLIJXjXQZFWQagt9Jt&#10;K8ramH6iW+v+v7XuC2LPR9ZZOHb+7VZ4qzKZ2kzMGXyu0MLJW0fineDLVZo6ioi2+1VQGGsldJGN&#10;FrMceoqygTmezj5j5ctuat/3ffOXN6Ev6cNrf3NvB4qzt4K3K26yxmGZkCyymAkRsWrUAkhu+cpr&#10;L3Ah2O32yz3DbI44/EWS2gml0NEDMYhM8ZaREYmGMOuqYDJBK9eWYrCr1Mb07SSmLQWWRlPlaOI6&#10;obr+6AG/oAefbljOy9xS7J2ZNuDF4SHdu5c5jqPOYfaW86aeLG7VyWSzdLUdhYmTcNDTQ7jxeKoq&#10;JGemWKGeaQyiKNirKQryR7hc93m8X2zXdtte67pPvAiBs9yt0NtbNUSTwxXqQSTRwiPxgFRmdWIR&#10;XdT1IvOvJOwW9pb7zZx3lvs8Fizh7mykInkQKyQyNAZlgad2CVZ2jQadYUHUG/HSieryISU1UUFZ&#10;JFqYR/5NKkcJejUqiuApbXze+v6/0LTuyg37s7fOy9y7Xy+BwmzqykzEu68LXatzZiSKeljSDG4n&#10;dTyIZqfG5Yx1yCo+2NVRVK+VlcGMHu8cnb77h8xe3W3bxvFgOUOXp5pL60uWN1OXMemFBc6Ss8UT&#10;0uVF0IDNbltS+Irxqd8uc27VZcuc7QR2dw3Nd+qRWl1ERBCsbSFpWeDIjeSKkJMZlMckZKhgS3Tv&#10;JDFMoWVA4DrIAfw6/RuD9R7WGX7Tl29TVO0MVmsdnd75XDZjfWB22AuIrc81M9VFB4cq1IkOOikr&#10;5hGxNWs8jyvO6EoX9yzzhz1ydyluJ2hb+yuvdKXZLqaysDN9ML6jPLHGgZmgDNMoUlpNYTxJNR8N&#10;yIy2flPet62+53y62u6g5Btdyt7e8vAn1AtncBS0jA+IxKEkKyeFURxqQzgdcGp4zOlQfJ5ERo1s&#10;7hNDWLBowfG/I+rAkfj2mVw20d9pUU+5dv0v92t6TUeM3Xhc7HS5Kmx2eyJaejr4jOUgqp1q65tZ&#10;SIeVkKsumdyxNv1lyZ7pck3e2cy8vItvfLB4tvN4b+DfsodHiJbQXrKU8RI9LsrDSyXDv0ttd55k&#10;5VvLf+r+/wAv7624SvazQ642lt1Gl1YAkoCqAirHSDWoMIpI9nE+MXVe+9jZjMYTcVI1Tj33NJLt&#10;erpZTUU0GJQY6hhqKl2gE1PNXv5Kgws9ryFlsGCmFfZfbfcflHYufdk9wZYV2lN1m/doSRHJs1RU&#10;BoMosroHWPipL6kQFawB94fnvkfmyDl+/wCW5mj3FdsjS/EoKs92Xlkk0hnIZVBRdVNRpRhVSV6b&#10;9LWFzY8D88fT3eZs58RsPY1TvDJmjxUGJx2TkyFTVzLQ0FJ9uKirmqqqVykcNMnMrtcaVRv6e495&#10;ou5Nx3Wexknrb4kLHyQDJr8lFPkKHqJfaLlq53zmayW2iaaW7UoQo1GhKCtPlRP2j16q8/mAZxt5&#10;YPG9NUUlXJlK7d2zctQ02LiFXmciVnZFosRRiNjJXzSzaEuQC0iA2HsCttdk4Xd2xMVv/wDvJish&#10;hqzFnL1uao6mYYRWgW+Ymhqq9IJYqKkqoJkJmSMxqpuvpJ9oLjbpN7msFtirWLRDS6NUduGIqQD3&#10;ca50imD19NX3b+R/b/299v8A+sTQQW6xiRZTJpDu8bmmp+FSojIAxqJK+fWqB82+n+7dxfMXdfTF&#10;Ztvc1RX0G5KXb/XO16iioqjNwbVycv3G1YaXE4CrOGnrcti8lSTSFHqpJmAZrH0+6/t7fIrubvrc&#10;j7I+MmNrcXtWGo+1zHYk9DA09RaYxvNRHIq9Jh8Y66mWZ4zVTC7RrGVCtJtjyeOXNtt76/ItzKlA&#10;aVlcKTwRz2K6g0PqQdaOhHUZ8/8A3o+a+at1l2P2/Z7KxSsZYaTI41GjGQDswAwVCDTLEvhbyfjP&#10;/K/+LPwk6yh7k+ced2nl96PSiug2tPkpo9s4mNqGCZ8JHiY3TJ783ZJOStUiGXHCZwiJIqipcxey&#10;Pib1viqOOv7GoY+0N7SoJ83ubdtblswldWMEZylBkKw07U9PpCpqQCyjji/sDXu/7paG8sdvmuHk&#10;uaAhKhaZIrilaDtrk0qRno59t/Y3cueBFu/Mrvca5fhZmqfNmBapyTmua9V9/LH+cZ3tmtwPsX4o&#10;y1XSfVNDQ0+E2rt3aW2drx5elpgZIEnmygxVXDivvYV9FDRoYqYgFnc+0N8qvmX1b8RNlxUFFJh8&#10;pvg0vg2j1nhZoKN0RGSmjrcilBHULhMPQWNtCgzujoljd1Lbq5h262jm3ZXlvmRRDbllz/F2BBRd&#10;QxqqcUpQNQRe5WycscgyjZuXYYl33SBLTSVjFBUM3EM2SFPnkjHUT4N/ALvv5579k7P+Q9V2FF1x&#10;U1ONy24uzN511Z/H92ysrzVGK2rHmqVWzVZk5ZAPvp4Z6XH0+kusz+OGSm/ZWQ+Q/wA5ewDkuxYc&#10;/ubCRKDDjMbTV+M2ptLFZGtppKkQUWMx+Sq6ChkggWMyJHJXVIUASSlbg4nu9x2nZZ913e2lR3gA&#10;jijhaWQISuo+AqSPoIAUtQFgNIJAHWKN1Num63/0fLkTXN+Go5A1D5rggV9RXHn1tF4TA/FL4D9W&#10;ijoqjYHTm1pgkb1+4txbewOV3vmcfQuY1rtxbryeKXOZcx6jeoqEhgDsf2Yr6bder/g50n1TjMZk&#10;KvHHc26KSj+9pX3DU1L4Whryonp5Y9uS+J6lMY5C6KuSQuUuAhK6TPa7Sbctttj4f6ioDRoyqa2o&#10;ylo8MQoI7XodQJKqaUlDafbG8t4YN03qWOG4CazGx7wCM6Sx01IqKjh69Uh9l/zYe5u8N65jZ/VG&#10;HqthdWpuaDbc2V2tTfxXeGfpIqmWnnq6fsCkNZjcHBlKeENT1FBTJJCkgtLIqktStBn8x3R8o5ae&#10;JoWxu4ew2oJagY+rhVoBnY6WrSpgp1ngiEa6pmipVtHwApYAkG7bue/zy3V3vm5mcLVfECMTqJVG&#10;WpB06SaKsYI40DcQH720skvLWCCELWVRp4Ag1HCvn/Sqc9bFdYKfq3qmteCOWSm2HsKpaljlyDVl&#10;TJHtrASzJB/E87VRNUSv9poWWsqFLk6pZRckbDG7+ptub3w2W2NufbdPV7RzdLjlapoxDjliqoZK&#10;ZaKeFoIocjHk8YYYjEZmK6kAIKgxk+ubkPvF+U22OG1uI0f6gCONmaoCgqqiZ2UlSodvDIrqAAA6&#10;nG25PPN9hBt8W3VtWWNVahovAMcVqCDwOK14dao+2Pmbnuu8jhu0tn9mVE3a+3s1uxa/rvcuQyec&#10;nyWCY12SyNJEJzNtiHbe4JopZWNDGkovHLCusrNHSl2Xjt3fCP5DmfbNQ1JiPJT1m2q+rjaqpdw7&#10;anSEZPHVNZUozkSvqp6iFGZo3s93UxFlx+vtFllVle5WhjOj4wRTDYIz8dACtK1Ippgzddr3v2u5&#10;4SElo2tpkZHCnTQGrMRSjih4Fhw62IOnewerP5i3xPpcluPEwy4ne+MkxG9NrrVmSs2hu7GzC02P&#10;rKfwVdNWUOQjhyOMqSscnhaIsquJEFtnWPyO232rsTHZDJYimrVqds0mR3dWRYXP/wCjmOfI10lH&#10;NtOHJ1OLq6rIbhgRk10DUju4PkUFHjDJ5913Gw2T62/tFZvCDvVpVhq7FDAn6c8rzVYKU8MAmlCE&#10;dGbKC83PYfcqwurnlzl5nVHVXmmiVKcNVPAcipJqAX1f0T1Rd2b/AC/N9fHTtjJ/6OOyNxY2krdw&#10;OvT+Nxu8dv5zvtZcZtoV0m9qnDTZrYm18HsPKZ+CpUZJcnBPRxxRw1CI5d/aT7p+FGyty7V3DU9N&#10;iPrvduUw9bRU9Nj6yrj2fl6HKiEZXF1mDeOrosRDlqaBEaehjhkjIDESqrIX49ms521iwjS4Jx3P&#10;4ZAA7afhUgfGiVyAVYChVc7fdTuZ9kXd+WH/AMfRFZVo4LMAWABIGMGmqvdwPWb4g/zdO7dlbvw+&#10;0/lTVTb/ANhffLRV+flw1FFvLakocfbZJMjQR0Q3KmPcyCSOZZ6ie7FZEkULJW7058r+x/jvv7Dd&#10;c9+UOZfA7aiq8RSNl6eqO7NjQZGOKihrKCWaeOmzmCWGMMgcTBqVlamkZdMbKltLWXctr3C7tHk+&#10;lVlVWLh4vEVVZdIYK4ZQAGOr9OnhMVIJhv2y93OZvajnHbNt53hubjarCV42gck6Y5Kqxjr6GjU4&#10;GlPM9XN96/FTqn5Rdabp3j0zX7RgynZ8u1tw5jN4Z4ZNqdnx7VyQr6bF7pmxX+W0lVVOZFkqaaWm&#10;q4apEFQGKuBZV2X81OmepuqqreeS3THkMfHjMVPipcDTU2SbLVOfNZHjJJKHHvjoG8tXjpZJzqhV&#10;BdrqWX2YcxbjsXLuzXe9G/gEEaUVVapUuWEYUAggFlbUNSkBWBI66d+4HPvthZe2tjzDy04uba7W&#10;FVih8N6tKp7GGoBWGhjIDQjzHl1Vni/5X2/uwe1MTkTio9q4ybMVVNu1s7msrPXbfw+BrMbPUUW3&#10;MrmYt31kzNjsjFBjBN96ska/u2CvIqU25v3ob52bKpdw7H3T9xufZFVU1eDyO38nJiN5bCz2Vgp6&#10;qmM1P93T/ZTSyxBilVG0E7Uz6dWnyAE2G97Nz1a/W8vXRa7tJH7Y2aORQQrIcMFDVIIZzp1KwAqC&#10;45+882dlve5xbxy8Bb3Yi8TVpZHjdOJNDgJ3hdBppIqaGnTjQ7Z7m/lqb+qcRmqak3X0t2RS7e23&#10;uiHJ04zO1M/iaEz4+tFXGcRNkWNFjZpkMNJTNIkVenkXTqjJFnfvjZXbOcxpyktH3Bs5qrL4+XB0&#10;WUkw/c2zMzkCtVnsbi6EHEySwwPAuRidY6eKGCGRCJICqQbzBtnNFrzJcbjt0jjfkeVx4Xius8bl&#10;tTgJRANJPiLp0laPiRW0j/kHmq358tG5P5qZZtyVNAZmzIOHAnDj4h5ggcOre8fkOgO3+i9uJncP&#10;SN0vuyhoqN4921uJoX6zz+KpoIMdtrMzZapjqcPmcbk6d4aaRZZ3GQcIWeOoj1bHHSuej3DgaaI0&#10;sFFA8UVfQxxPINX3UCTVgkWaKnlDJXvIqqUBI9RuWss1b0hiEG5QoFtp0BpXgWANeAyWJFeBpqHx&#10;dcv/AL1PtoeSudL0yEyRMKKaU7AP0x6VCUGP4T1qVdvVGZ6q33k8PQZ3N12RpspX4XdAzz0lRaXC&#10;ZSuxu2KqiqaOuq6OV8htGhofLJE6o0gMYVhDEXR/yhr6/HbZfF0Cu1Vk/BR0klJErVv3FWHjgKIU&#10;LRyRTOpjP1DkMOR7G/tRaW19uRurqTSkSMXqaDSOOeHka/IdcdOc7h9996xtjP8A4hYQozRuaKdI&#10;DvX7QzVHyPW1F/LFw60vxE693NVfbtk94SZrP1tVHpPkiXJ1OKoP3yqGSFaDHIynSq+okXBuQYp9&#10;qUex8BSYKNFapSJZsnUKU8ldkjEPuamV30/saoiIxf0i9vqfY6uN7m3u+uNykJERNIxXCxg9oHzP&#10;E+teow3vmi45n3y8uFeljFKyRLpwEDaRgVqfXqwZCrWcD1Mo5sRdfqPr9QL+yU9qSNnNzRYuB3lN&#10;JpT0F6hI4i4WZoo4GdTUzTgoqj1ACw5PuduU4YrXaxdTrRia57TjANccOPWRPt/bjb9ne9nAWN+N&#10;e0k0xUnIVVNT6k08usnsUNrbFbbWIXI1kf2+RmgEsekK8mNp54kjED+YaXqJ0DGQAF7HSLWJ9hfd&#10;+YRvF39JC7NbhqHyDkH4h/RrSh4dA/mHnQ71fnbrAlttRtJHDxCMVFM6a00+R49euL2vz9bfm39b&#10;ewt7K3P/AHUpa3Mzw1eTqElx0MdDq0+SavrYMZBHE8cSrBAZJwz6i4VBcEHSPZlBILbbmuEiZk1o&#10;gC8dUjrGuc4DOCx/CtWOAehpyZtEvMM1rtq3EcMJSQl/ILGrO2oYqdKkACnGnr172VCvwU2e7bln&#10;+2ijx1NUwVAWEkQqskaB4Li6Iq1KuNK2ABtYfT2n2jlOx2jmi4k2vbIbW0UC4YogXxpGA1MwHFi4&#10;PGtCcY6yNteY7kcm7bFuO5y3N6sIhUyNqZY4q6AuqpACUpXgOPXgAPpx/wAb592C7IoY56aqminQ&#10;RU+KpMVTxRRuFE0rmorNKNdDEY4Kcg8Sgi5NyfZVucl4jWovtLXDM0jEeRGAPs+Kg4cfl1ip7h8x&#10;E3VlYWKulqspkOsrU0GkZGRQvJSuKU9OsaLZbEfQ8f6wJI/23tJ9kYwV+Ir8TV0mNrKRquBJKbK0&#10;FNlKLKUAOPqpPvqKqQQSAtJNEI3LBTEslj9Cs2+NL8NE7II5AKh11oKPUrpJUEsq4NarUN5U6c5C&#10;3q62rdbLd9t3G6t79Y2YPBM8MkTkOn6cidwJoragAaMUqBkZPYaVlPVVFDPHF5Qi04EQgKqi05jj&#10;aRIwjKqoYqeMcLZvGLggD2NClmk4uiitMEdQx7mo1Ce5q11MASTWuK1p0Lra7SO+SaaQlpJKuWJq&#10;zVOWY/E1Wc5JPcfMmvvdWHcfYNH1hv2bIU9bnZ5Wp6J8jjajJSVW38bLQtLTxQ4igqNbYQ1dL4/P&#10;HAyxPM2srqJb3hRzT7jSe2/Pc11abneMoKFoWkL20PhgoUgRv7ESKqFkjourJBJHWd3t3ypc898o&#10;wWMlrZoitJ4cqxBbiUPRiZ5QaTeGQ3hsy61XtrSg697OlsvsTaTT4eSpy0ccedxGOyGNSnhqq+pr&#10;5Mo1JSUS0cVBT1EhDNV/uXsixxszsApIyu5n92OVbeHlyaS+GrcraOSIrqkP67qkYAUMQ3c9Saad&#10;B1UoesaeY+Tt/FvuSQ7eSbW4ljk1FEVPBEjuWMhA/DRQKsWYBQSQOve1nW7C2TvTetNuKjygqq/H&#10;4+bH0Apsljp8c8H7cpqzDj56uSIHyOEhmZZGki1PCoILRXtnJntbzJ7pSe7VtHLLzjbbebAMlyzR&#10;fT0DApHG5RWLMaiQA6hVkrklMXP3N/LXJU3KVxbhNoku/qHDQskokZdBHiOiM4oqdyaowD2OakD3&#10;spWdpc11d2Yc7LTGSgqql6acvTQkihlaEygTPF5I0kmRWOnxklFJBIBEL7lFf+3vudd7+1oGtJ5t&#10;D9i0ETkAmpHwvg9lMoperKCJx2q42znrkobXDPpu40DLRj8YBpgGhKioBNSNRoRUg+9y/kPsHKSr&#10;t3svZ2p5FpdeVp0QyCu29k44DUxuXQq7UMzrUKyglQG+nuTfe7k683bato9w+VaG4hjpOACTJbSo&#10;A1a8aEo2f6ZPHpr2d5tskG88j8xt+kWpGxNPDmjY6aemsAqR54697f6HqvI5Oi2tuiETRTLBjp45&#10;NHhkTxPECusKbql7qAGBB4HJ9hlPbm+vv3FvsIpIsULKalWUYJGPKp7RwFcDonu+fLOxut62SXS6&#10;O0gIwQSa8AfP1ODXr3s8UWGp8vtLH1YhBq8FPSVjPK2qVYIpIiTIGF29TMHB/BN/eUKFZRbWk7EL&#10;IqFSfiEiUbVXyOGU+tSPPrF07lPt/MN/D4lILpGVQMDUa8Py4fOh697PB09XfY7z2/XxuTRZqeCh&#10;aRmNmjy8S0kZEiMFsKmoiZrkj9s/j3CvOEAl2rdLZjV4FaQf82zrqPtXUPnUdQ5bzi33W3hmYCVJ&#10;Sh/M0qa/af29IvsGnWbZu5JCjSGixdTlEVV1M0mMjau0oo5LyJTaAB9dX+Ps/jVEGBpZZKwySgOi&#10;rHS0tVWVF5pkjDx01LBUSsis48raSES7GyqSMfpC10yFB9vp8v8AY6mWKzknEcUEqpIF4k0AH4qk&#10;ca8KcCaenVUWVrJ99Z9RjFVFVXaeWSrpaOjWCKOKyVFXNU06JrIfQpPqbj8gNHmziMQkrgmIiGP1&#10;i8ccaG0Ya5ART+CbX/x59qY9uC0cLxz+Z4/t6aNmAztGKBmqccT8/wDVQdK/FbcmgRHiV4zNGjy/&#10;gPKHdkeVFPLBXP0FufaZk3JMXEFPI7yaXdpAAhLn0ERcWsuoc+zZNrSmuUDT0sj21Ka3pT06W8e2&#10;ITClRMI0pXkC+Jl/dJBV9bm5uz/T/W9yKRqqoUvK7qjWLFiL3YX5KgfW/ukoijZVQAnrU08VsCMY&#10;6izYykMqx0sXlcuFRQoI9BuQFNuAG/A98fsKUyappLpZi8hYehRcHUSD9Dx/r+9meRIyqCjdFx3X&#10;JCJVq4AFfP06VkGMyUNNIsSxUwPOkRkSM5tYx8qCdR+lxf8Ap+PcvD5eirKaWWjCfbU6PE8zhbuE&#10;F3WK6IWHjYNcX4P+HCK5gKmEyPUyUI4+fCvzJ4A8fLo4vLXdIbVJZloxyMZFK/mCM9BNn8Hgabe1&#10;BjMpXGrzlRVU9dSUyWY07VFQlMszuJJCjPNTupW/AU3FifbQ0tNUw1EdHTuixWlm8AkBYC5Zpy3M&#10;kjKq8sb8Dn2YCIwvEZ2rXAr/AC6CcNveXdxGvczHGfQ0FPTPDPl0ZN5KHbVPTy5SspoI2IjT7qWN&#10;EFhFFGoEjBQr67WtZv8AH2Hmfyb4TaO4a2lGqvrMZXDEQhijCp8hiWdlDFiKcozGxVrqbc29mwST&#10;cLmGK1YEx5J45odI9cnA9eA6mLlTl6O1u7J9w4lwWqDwyf8AJ9g88dBHnM/L2j2Ntra2KkY4LbWe&#10;x1XubJJEs9NPTtQzVkGOQ6WDrUyzQq5s6qjAi9jYpuD7ZkyuLytFnsnG2Xo8jVUlfSxVMkMMdqSo&#10;lpcjFBM8wFOKaPRMQASXUE2W6g33C2tNx5d1RUO620gDAVGsEHTpFcnFTTPWTPJijYuardzAV2a6&#10;iARiB2MGFA7YWpauPn9vSm7y+NuI3JisJkts4ijpchg3jr4KhKVJ62voZnm+6wglhgjqy0UsySw6&#10;i0YIdgL6vZfN/b7ogam1VDKYwhZIpEd4w6sy+QA3UlfeHu7yzWssqzRmOSJqMGFCpzg14H5H/N1n&#10;Dy7bw3kEZhkVg4xpINf2dOvVnVddikgjnpailkU3H3FPJGWs6BgFcAn8/i3B/ofZGOxuz4l8kUFT&#10;o0rGiprUKqhiqjTqCgBfoP6ewVuO5vM5JY6qD/B1IW2bMtqjRJHTNeHE8ejk4LApjov3Ars2tm/x&#10;d3LsTck3LMSf8fZfduSrv3ekGCrZ6r7b9yeuaOKYlKSKJ5nPkjBWNSFAF+Tfjn2TxRzXUjCNGaQC&#10;uATj1+zoXbdHYRS24vpFSBnAqTT1xnz+XHp8rJ/taaSRVDMoAjS4GtybBRci5H195t65za+wGqaj&#10;E7RqJqpYZaejkqsfPNRN61WStrHrAqTTeJf2kV+NR1MxuoE+2brYcvW08zWqXG8uhC1AZIq4qwNQ&#10;zEcFAopycV6KOZeXr3f9whS1uJ7PY0buOVklpw0kUKCvEmtR16l87RK07guQDZRwLgEg/i4+nsnc&#10;ncWcw1VUS7d04qd/KrVcQUVY8oIcwVFnWm1FjcRhLfS/HsHGXS8hFAxJOMDOfsHH8uHR5HbIiRpo&#10;qVUCpJY4FMk8eHn1JZVcWZQw/IIuCDwQQeCCPaNqd4733PM0Yq8jXTTXLLEJZWe5VTfxKWYGwFz9&#10;OPdAJZm0ICWPkM16Ty2NodTtEurroCOwChLJwoFrLpFgAB+nSDb/AA9rza3RvZW5vHkarHZShxci&#10;pUS5GqH2uPp6YN+5UVGRrHpsbBTrEpOtpzYC5Q/lWdteMRy3ThExVOLUHzwEJ9G4HB6Dl/FHDKFi&#10;t1DvgVGmv2VyacaDPWGSrpojpeeIOf0x+RTI5P0CRgl2J/wHsbZl+PHUdLDXZSpoew9wAaf4dtfI&#10;1LY+nlQEStkt51tT/C5VVhytAryX48fBI3ets0sKxwWAVvmWLH/TtrC/7yv7emrHbtwiuVkDGvnV&#10;TQD5IO4/a3UIz5Gq1LTwGiQNpNRVaXkbj6wUqsCbH6mRk/wB9qD489hdjfKbvrYvTO0Kqk2XsDJZ&#10;aXIbuk2dDNj1ptj7eimye4kfc8qTZ+prq7GxGkhkhemT7upiuoYhQI/bflqfnTm3ZuX7d9Flr1SG&#10;hosMY1SAMM1dAYlPANICcV6BHvxzzbe1PtVzdzzcqjbpBbmO1UhWL3cv6dvVPh0JIwlkDAt4Ub09&#10;euJoYYA9RN5aucqA01Q2pdbEA6KdbQRgHkWUn/H3sc7prI5aSGhp4/sFpaUxU+ORSRDQY6c0lKsS&#10;Qzxtj4pKSnLUz69SLYgXFvfXDl2xgsoUihQCBAF4UFKUpSmQMLThTr515rue43Se7upWkkeRnLNT&#10;vlk7zWooxLMNVK1LV4kdTKSnWCNVsNSi2qw1c8sCfqbn2BmUFFFR5DF0FMsCVuQpqqtXHTvSyU9Q&#10;lUcmrSLTtET97UhXmV2YzoukgqxJGMezQXO42G5tPKjwaioV3VGLEFyyoy6yakkmoqasG4dSlsPM&#10;+7W21zWTCF0mUKHkj1toVTEAkjVK6QSKoaAtq8usVRjYajIUeRaSZZqKKpijjWRlhdapVSQyxggS&#10;MoX03+ntA5ffuK25TzQl4shmIqga6VZ1H28sjOfLka1nlSmCRohaM3lb+zGWJPsaLs99fDxrWA+G&#10;VxU6VI4ChI+HzLKGIAwGwpGPLW0z3+h538G1kr+oVOVFPgQUzUrQntHn5jqbIhcAA2sb/wCv+AP9&#10;59pmCp7D7LxeBpMHS4yHJ4nK5eunzFM1bTbbpKVa6lnwFRUNJ4pszmqSNGLxxr+w6rqZAS/uM+Sd&#10;x5qtrLmO99wtlsrfcbm9dLS2WXxzDaKWMbTMB3SOCCYwVAYV7MDqebu05X2e/to9r3CZrYWy5x4z&#10;vpOsDI8KME4LYYk0qAOk/UyxYqSuq6yb9isFMsVPKFfRJH5I38aqAPE+pWbVf2Kqda4yk2ZkKHcI&#10;TN5o4+rnXcclPUNl6jNVSVrzCPGRzCKsp6F445qaP7gM0rku5Iufcw/vHfybeHdZYFKqo0UCBVxR&#10;UGkKDgHz04LEZJlsu9pZ7jDPFYoYPFrpdjQVAGozMQ3EnV20FaCtQQH+SymUq83jp8ZlamgolqKO&#10;nrMdGIDQmkjeKQmGZoJmp5pvM8bsq3MYstiPfe2+3RvvEY6o23n6bEx7SzdHiNyw7moqCCjrsH4k&#10;DiGbGT1GLoJshEqLE8TxIrgowiQhGK4rO1gVjtcQSBJe8VWoIBqAYzowaGpqB5gjoepZtDcSfvW2&#10;MpniLRmNiSr0BFFkTxKKCAympKnUWYaqBnmOssVtuqzMn8AmrP45DX5SgqMLWzz1tFmGleWFpjKt&#10;PPXwR1MwuDr1JyQbt7FHZnaeD3BX5mWrxWX2nPt7cuT23jazeNNBhoM9G2MpKyTPbSqZJTFm9u11&#10;PWCGKqURklJRpCaWcOWVqOY7q+uINkvFuNsuJLdXkicK40xM0kOklXikWmh6lWKkrUDrW7Ne8vbd&#10;bW0O5QPb3kMcxSJhKRRyAswApHIKElQdVSpPmUBHc3TGTyrLLGtNuH7+ipKnI02Mhq66WJaarMqw&#10;ZbUTHSVFNYSlGErtLGSFJFgKMmX3HT5LIwbczlKuRQ0VYFzdJI21ZVdiP4fC1NPRZWKsq6MBnnge&#10;aKIhGaJnvG5Zuu0XssElzt/ZMwAo/elY66gVVgYy+oAPmhAJDAFSErbmm21wnc7JmsGqP0mC3AOo&#10;Au1VaMqtDRG0sa4NKkIzL/HrrbcW18U249pTpRI1dQMtBUeLc8aE6JZ6g1VLU4+SjjkVhHFVwK/J&#10;Gu3td4jszILTRneeNwWDaKn8lbUU+fOVx0TgP5tNfXYPbdQsCLHcGSG9iQeQfaC05d3WWFZJokW5&#10;J+CF5JRX1BeKOo+xVz5UoTt9wshOV265uJoTwLwrHIT81jklUfartX0HRRt2/ATFxrV1fXecy9VU&#10;NKktHisbjJsRJIjSzNA70Eea3BjpJhGyiSQeJTcG3Ole8p3HsDGo0MrU1XWOCEo6c1ErzuoJ0xAM&#10;Ee/49QF+PZ1Z8lcxXX6kSyLCPMgD9pIx+fQa3Lmm8tY2ntLOaRBSpXSBnhUkEivr0rti/wAuXtLM&#10;zxncO+ajAYtJEaV70stbFfQxSOOGDxeX8EspVT9Qfp7KF238nc3kctTbHxGDzu2duZ+iqYavdeJp&#10;AJoKjGedqqhqq5ahp8NS5CjiYwyRyLOG9IIJBQ7h9tb97u1sblp2hnR2M6NVY9OSjlaaPEU9kgzg&#10;gUY06OOTNzkdH3q6l8S6gmGmF3qO6oVwukCTQxowaooQTjo+nWHwY6q69qcflq2Ko3tl8XK9TQVO&#10;4Knz00VUVjK1X8Ojjio6idZdRVZY3jP5H091hdo7/o9r4UYabNZujk3HUZabHfwaprJYHmGOocaM&#10;jk6PyKtaMV5qWWBokmkWWMleWY+zHaOUrDkzYLzb0vJhvN54zReB4mD4CRanQFTJ4am2ZDEA2tSy&#10;soYsZfimn5g3MXjbbG0ESxiQSHPxuwUM3wCUCQMSaaCAa0I6O7DSonikdY2mSMIH0LqRbcxxsbss&#10;YJNgDb2VrIZlcbuPAbp2zT/3goMf/D6CqjxeQxIyWHygCYWryMMiZGSpiqainqUBiangNwFUiNFH&#10;uKbhRsu+7Pv9hEZFhVRWOSEywTqPpnkOiZ5A0iMo0GOGmApSFYj0K1UX+33+07pdeBcOWdS6SaJ1&#10;FZEUAJporgsG1NULWmvuMv3g3V8cNj9kY/L5XYWIqMPuGiFbUrE8082C3VJPpqWkxKUdfM+Pjjj1&#10;L4ClM0moyQQQ8IRhd+0XJ/uLabje8vbc9tewq7As0j21yWdmGgqxaKPh2lLcsJVlihh4Akt/drmL&#10;ku/2+15hu459mlKKxCqJLUABQH8RRqqSDrJcLQLLI6kE+9g7sfAf3YwcWz6eFMZXY6ur6qoNXNVT&#10;VFHW1ksZSkrIJchBDFTLEGjgcaoalJmvZrN7AVj7e3Wz7Zb7LtlqsdxBO8shLu5SSTIEiGYKqIhM&#10;MbqWjlWYg8FkYXcybwd63V+YpZzNbyxIECBFVkVTV0Ko1XJ0lhh4yg/CKD3uy74109RSdTpVtkKS&#10;srMfLW1kP8Oq4BQySxhSIaeelmSjqKMTwrCrmSzRICwF+MpfbSG9s/bzaLeR47iZjIQYpFaM6WxH&#10;HIjyK0aUKqwPclBQdYT+9s0Vx7gvbtZvDDMqI3iISwBr3FWGoSFWL0C4Y4PXvZ8vjL3ku98nVLj6&#10;iKhyG0MhU43PSVVUHSPJw0+KdKWmmkYR1FDXvknSnmubtTOmgOyq2FP3mORrPc5Lv3I5STwN4266&#10;+n3DIZWZYoihUr8SrUwtKAAwUMBUMxkz2n3SflLwfafnadrnlXd4PH2z8JjBkk1IeAQ6ULmM5UyA&#10;jB6IH85+lcZvHrfL7opMFV5HJU6x02Wgxsc7zNSTFYos2YqdJZnmxEujUVCq0XqkYRx3W6TpnODO&#10;7MgV5w82Prq6hOlbAQRTvUUoIJJW9NKq888e4c5F3GW+2GETf20DmMjh21DISPLtNPyxjqIffnlT&#10;9yc8XaRgNaXEEcysOBZkCvnz/UDHHVCVVl6rZO7o4aiUQNX4/GZSpWRFiY1FXTRx1U8XOkiGrVv0&#10;+iRQCOCPYhZGj8iMQC3Fza/9fcg20+lhU0HWMe5bfQP2dWD9F9vxzNT0z1sMg0xqjFol9TFRYWY8&#10;ke0WaXwufra7Nfng3/Ps9EolUEdR/uERRzUdWU4DOjJ0VMQRzFquCLWIFmuDbk+5sTgKSfo3Fv62&#10;H+8ce07qCaeXRNilOneoRiymxazBrjm3AN7j+nvDWIk0Mi2s1iALfUn6/Ufj27AxjkQ1x0luY1dP&#10;s6eMPUS01TGxuAWFzxawJ/4g+w8ydGDG8aoRJ+6QzAkK1yb/APBT7ElrMahtWOipY6MFpjoUaWq8&#10;qoxcadI44H9nj2wU0Mn3MMZJ0g+q19Jvb+v49mUki+DI1M06ViEAgjqVNOqxM1wAg+vH+JH5/r7E&#10;fIU6faUicqujnTfgWsb8Hgj2FraUmecniD0ujtgASD3U6D6jypaprV1atMxN+Dz/ALce2bJUKyQC&#10;4FikZFh/QAC5te4X2vtZtEh+09FV5aip1L0psTk7yNH/AGrsbXH0Nze1/wA/7H2llgELNddRUhlB&#10;FyS1wALg/wBPZu0uoA1xTpELYKag06UpmZgPTcW/w/2P5Ht0p1VdBHF1vpvyTx/yFwPaOUknjjp/&#10;PUNuQSf6H3LYoF9R+g9KqP08j6n/AF/bSg8Bw61XrEFP4Fr/AOsPrx7izRRyC7DVe35P1B4/3n28&#10;jMDQGgHWwBxp1yR2Vhza1x+P6f19tj4ylJT/ACaFx+boODf0sOOCD/vF/an6qUVIlI6fGoVoSOs/&#10;3Lngm1v68fTj+v8Aj7xNTrEwAUKbm5W1hz9F4Asfx7uspcVJPWxH51678rNa5BF/99zf3Mgiit6g&#10;pAsw+twefr9OfbMjMeHDqw7SPTrBKZD9L/T8W/rz/vHuRME8QAufqoD86yRfUP8AC/HtqOocV6q7&#10;AHtPXCMPcFgb3P8AvX+939hvn4vNT1SBdTFCQoBJ1odQAA+pJHsT7e4V4zwzx6YbJUeZNOlDStwt&#10;iLkqPxyb/wC9+wdzEP3iuReOOIFjKFJWP1BjweNckd9P5v7GUTiNGUnuPD8v+L6W2sBRqmpU+Q41&#10;/wA3r06A2A1Gx/2HswfVePSHAeWOVpI3UJHqQxumgeoOP9Vr9xxzVclr6ONloQelpgdySwoekHum&#10;uEVVBHYH6X5/B5H+8/737c54hLWSr4yWVj/W/wBTz7ZjcLAp1Y6SvbsBnh1MjqLU8T3sCin/AHj6&#10;cH8e+ZokVSAmtm5bXwR/gODz70J2rxx0le2BBJXrIlXq+j8fi1hf/YX9wpcXFMJI34VkN47m5DCx&#10;/AJ4Pt1Lpk0lfi6aWIqQQOpQqigBtyOb3BP+2v7SOQwdBRLrbySggtBB9NTp9TKRyQqgCx9nVrf3&#10;Ux0gqKcT0cWomuAFUBQPM9SUq3cXHpP0LccEA/8AFfaMloJquqjkWIrJGyrGIUK6FBLWXSOASbf7&#10;H2drKkUTB2FDx6NDaoIyj5XqWKhUj5IA/HI+v1/4j2OmCxhJhbxm7LGxFuQ9rH8XuL+wBuN2AXXV&#10;69Em3bW7TKFQldf+XpF7jz9Nj6OoaWeNSscjepgDoEZJtc2+nsUP4e+n9Lf8AtP0/wCbt7f7b2FP&#10;qVr8X+if5OpL/dTafP8AsP8An7omP+lPE/df5+H/AI+/x38qf5z+DX8n1/Vfj3//1a1Z/wCXT8qa&#10;B1ePrmGr0rZ2pN1bYkjYgllLeTMU5VGJPNjYH8+xfJZzgEaVwK/Gv+ClT1VRHKKLeRfmdJ/Y1D/k&#10;+fW0zt3+eF/K23KqNSfLHa+O8hGn+8WzezdtIL2tqlzey6KAfX66re03kfhV8nMPIhq+n9zyRRgm&#10;VsccblTdfppbHV1SzI9/qqH6e0fgyAFqYHVdCqf9yIiPQOK/yJ6MBtr+ZV/L/wB3pC+C+Znxtf7g&#10;KYYcn2xtDAVbagSB9pn8ti6kNYcgoCv5+vtGVvQ/cmFkEeV6u7DowoaRjJtDcKhPFoZtLpjmjLOz&#10;g2JIIDfnn3XwpmFY4mP5V/YB1U1J7VJX7P8ALXP206GzB/Jz44bnCnbXyC6P3H5CBF/A+19h5PyF&#10;vSiqaHcFRqLv9CLgj6X9p2t2lubFG9dgsrjmt6kyGPrISl1VpBeWNSoUkEArcm/9QBRXdD3qQfmC&#10;P5dNNDKK1jI6FzGZ7C5uNZsPmMVloSt/NjMhSZCJgRf0S0k0qG3tkkjmZ3juosHDKys8iFAD/m9M&#10;cgL/AIAtcH3YyGh0ntPSejD4unf30QVCxuFgBY3VnuToIb6E6h+2bqL8W5v78GNACcdbqeHXvceV&#10;yNLNJYKGZyptz411f2WADXt/rD3fXjt4dNaq1qB173Dnqg0cgRowUS9h6RqDsCmsLpLShRYC30+r&#10;C2mjNwJPTcmpdIPCvXvba2YIcaVFyUjYIpkll9ACiJRqvFIzi76TYD3Yur9ac1OPLr3t9xUlZUzL&#10;QUkdXVzTS+KOGKcSSTs7STwtZAqsA4azagvHNtQ91oDgHu6SykAEt8PXRIAJP0HsWNvbM3dVIasU&#10;sVDoeyQ5GpEEptN5UkXy+SVYY5IfS49JZQosOVeS2lahJA+3otmv7aKq+JUgeQJPUSathh+vkc6d&#10;Vo42k4/114/2HscNvbH3FQySyTV+JikQFqUU7VVRKnh8Ihkv9sqtqaQG1kBsbE3uTCK1mDD9dQw4&#10;U/l0S3O6WMgCNE7xtgjC1B1VGa04U/n0w1ucpQgJpqmSNidV0iUMh8wcFWl1/wC6/wCh/wBj7vB+&#10;OO+KvP7OoKeoq4qjJ46OCirZY0WMyzQRALIYdTGLXDpNuP6W4N80fZ/f23faLeCRj4qAI4PqoOR8&#10;jx+2vXGb7yvIw5S5zvZLOJk225LTQgmoVHaulT56TUH5/l0SndWBoaXcNZC9EiUc9SaiGCRQSIKl&#10;5GGvgAspBU/j0+zPpnMhS6XjnkBtyq2DknkqCLcn/be5rfbrWcVkjBI6xPuLmSJ2USGtcV6wN1Xs&#10;rcUXiyOAx1RAWLBZ4I2Qlj+plKFdRv7ztvfLRrpWpk/P1uQDz9QWtcH+n9PdBy9Ztkwj+X+bpL+/&#10;L+M08bA6TVX8LeiM45lruv8AbsjSkFmWljj1G/1OmNbfXm1veKHsfKOgYmpRgzKVmhRWJBtf/VMh&#10;+qteze6Jy5ayKaKFANOJ6bk5nvoz/b4/P/P1Cb+X78eXDEbCwqIQbCOerRfqf7CyBD9f6e+cvYeU&#10;e9pKgMpA5/RxwfTp0kH6/X6+7pyzarx00/n023NV8Qaz/wCH/P1KovgB8eaR42HXu220+oGSJmLX&#10;FwzsV1Fvx9Rce22be2TnteeckG+m0ekf7Ag+1UfL9omV01/PpG2+bhI2Z6/PNf8AD0J2E+KvT+30&#10;VMdsvb1MUvZqamjiLAgAa2jRWdgBbk/QD3B/jddI4dp7C/0sSefyOSBp+hvfk+1f7vtwKBK9U/et&#10;y475TXpfw9X7Ux8QiosTRxrCLQpCgjEYHAUCNYwUC/1v+PcoZN3Ate62uWII5+pQqQP9uPbH0SA9&#10;wp9nV1uZSR3nUf2dRztKgiV0NKkUZ1Dxx+lSLfQ3BP159zo6x5Cq6jf6/jnn8/1HtmSAKCQOlMVy&#10;+rubHSbyG34IImWNI4xc8sCXb62JJ/A/w9vdGWD3P0D3b/WA5t9fz7L5wKGnQktGJFAew46Lx2DF&#10;CBojgMVo3JZvwB5kNvxeyj/D6+0R2bl5cViYpoWcNJUFAVsQA6svP04AHuIPcfcfobQUcq1Bpp6k&#10;nPWVH3e9kTeuZngfSUWAkg8aAj/COq2u5cFS7kMeIq4vPSSVkMrxfQMsLnUT6TyST7JjuPMNUNI8&#10;rlvqGJ5uP6+oke8YtyJkBZskk58+uoPLW0pZW0MUS6QKen+bpc9T7HhxbQ09DAtIUUyBYAFADhFt&#10;fQCQQg+t/YK5rMELUor+OIo9wAGvdT6AhcBtVrW+vsjMiEiNR/h6kCCAqDTifz/w9Hr2ftEMlJPU&#10;RrNUDRoklUOy+EaodJstmDEG/shm8+1sX1Zujdmz6itppKrdu4cJvygp8pmDS0rUoGODUOPWdZXh&#10;l/jeGrZTFFJDGwqi13lcqJU5F5p2jk+32/eoLNm5qtr0yo7OPB8JQhCsgo2qqyZBHaTksAAbzQmS&#10;Xatyhtma6jJjDqNRQEMCzLUdtWWpoxqBhQC3Rz8Lsc7zi2znK+tamO38FlNtRpFCBVRtWUVXjHnf&#10;9z7KeKbETUpYTwysZaaMiy6lZw3rvjrHsWsxO5sJjs4mKykcpy+3lx01RSVcs9GIs7i8ZU0lTPDo&#10;iqE+4pTUPHLGCNIZmjhYSe5XNPLnPsthzJZRSx7zPqN1G8dBJJUAlHVypYAFjrKMa1ozdvRNZruV&#10;j48G43CvPXtkLBaITqTXgkNporUUgtwCjqL1JtHsvYu1Zto7szmI3DXYqeugwe54JhFWT4Wlrqx9&#10;u1e5aSoocYn8QbGPFDWPTRmGeUEAD1yOEOa/0hrNiqiPeGVmSnxu36nG43GGXC1tfthsVTVSU5jq&#10;JIJKjI09AFhWmqojTLUQsjIzkXhrdbjcpoYi143ixwoItVMKFqgIwcAKB8XBqk8ehFsabaUmdLUe&#10;GzuXpnS+oqxJ7hQsGZaEGhSoGQRZx8OArKKcRYinWmlyOVFWs8Ecyrkp8jU0tfMAVmWVayqd31qw&#10;vE4JsAQrlsrqfdW89p703FQbNXce2YZMrBuCCmw+Uze8KapqMXiqfGVOUx+DBzGM/i+362AfdY6G&#10;uJWkaF5IYEkaNBbz3HhMJ1+GhfjksBXCnAOclSDkeo6d3G92uyv7K2k3JY55Avh65ViTw6moBcBH&#10;ZCtSpYEF0PoCGvYPefVfW+8tk7N33vnB7G3Buj7f+7UW4tw0e18PuO8tfT5Gkw+Qyjx4rLZHEzUa&#10;eajmljmRKqJohJM8SMz4XbybAyUPXWcj3BR5za2S3nW/YzUEVfB/B8fNilioI82pxdb/ABbDz4qv&#10;kjnSKohqIkXUomg0F+ARRyrFPV9MjaoyAVaMUqKEVJ+IDUKUFCDmqeeGPeLG5uYtLWd1Aq6klZWP&#10;iKSCNKkUZaDVghm7cd3S9xO5aTdOLxu7tuZfBZraG5cDt+vwWax88xWu/i162lyEbI1TTzYzJUeR&#10;opIY7pKoZy7kEaXHtXq3B0cOP3KtVXw1LZPN5uhrq2Onrdx0lPnc1l9wVGIpYMNQT10kEVXko6dF&#10;jVdSU+ltYBKm/NdtZSbt9RZlVicA9uKFqtQDgAupRSlKCnDov5Mjkt9msNtSIBbeFYSQ2oMsSouo&#10;u9KFgKljxOQAepG3dwzZB66jqfDJU0FUlJWPSRymhMiJTxBklaMeIzKpkKXayutyLEMNm2uyevcP&#10;hMVgcNU7m/v3tTBUb5XETYujoMXknkp6UY8RzV4w8WGqHhijjgJhppI6umpQ5V0c1BLJEjsDBm5/&#10;EuACagcaUAoVIAHFVP2mCRbl411PdLCdrkkLIwY6gTUkMuk1+E8SQVckUqukFa3ZPYGW3Nn48pFt&#10;qfr7LZh6rFZKlrK6DdOMpqqLJDIQ/ZRUdXSZKmnqqqRZP8pZDTVlYTGUmjSlV2DXqfcO8cbuTFbq&#10;G3++8FRtTYDetJtWSqqsJgc0nnyG1oxWUi4rMQSVdUY6sx1UzLEBG7MA8h01jbmQCY0ulGDjtH8J&#10;qOPD8h0WXLblBDMqbSjbFItHjcoRKa1ZtWrVHrEepRpGSufIh/vzC9jR0mYxWY63xO7umsjjnp85&#10;tLLZqkpa3K5mCspDj9ypmKSSur8WiU2OieOFaSArWHz3icKgV+5slmcHBmaqpFPV58ZSsmM7Ub0l&#10;HlavMpR0slXSU8ckRoMRPWAVZRdcgX9vyX1N7k/lT3G3flCymsbDS0lWZSVBFWUChNQQuK0Ujuqf&#10;OnXraGIQWYtAY7QKqla1oq69KmtcrwJ+XAdc9p7Z2/uZNrUmP+9pNvf3dwlDHQU+TkrK7CRbeatc&#10;UlZPN558xuRaCqFAZ2Yx/tNNpJKD2H9Dv2aqxNS8NB/eSrx1DjMfV1GQip6BcfSVTJmYqmnpsb9v&#10;VTIxiUwvABJF5FBBLlPZdfXe47/JLeXshu5Yo0QmQgAKKvp7dJI8lIOK91ajpTOqwqI3cQh31GnA&#10;1BGa1PAn9teNCBKqut8djsnRxw5STalJV5jKZdIcNNNVzZarmxkuJkhqJMrHk6FClLO8lTDLFKk5&#10;iDHRo1oFeU3ZmqfP5Pa+a/j1VXbbrUoKGkoxj6ZPt5aCnzmPiqpUpKWKOgqIqhVeSpMzNVwSKGkf&#10;S7BveJ5rCSfa7gMyxMEVQVwKK66qKDpIOc1qOPRxa2VrfQwXKafDkqNTFjwbSwySQQQeHy+fQhbd&#10;odv1eLTPYOnpY4s/JU5CryEwqqnz1KeWhnq2MstQ7+AU4ijQGGNIVRFCiyxmC3TQVGV2+cZSUuOm&#10;jGAio6jOpkpk8G7VpXoK6lpWNI4kpqagrPEYy5Cy1LysAY1UmW1QtcQXa20yGQwaicagcqQhNTkV&#10;BH4csajHQbjnih3Kd3lZWV20rU4jNSGKjBL0YjHwigz0Bm3cm2Lz9TnMtUZWE1e48hkKTbyYhWnl&#10;2ZJUSV9DX5VKetcxVlVmcYKiKpqI4qh4aSKDR62ZkZQddVPS8WIx2Uz1PTVmIpdy0E/8FzWMp6lj&#10;WZOeqoZZaCRnoqKGarqBqWrmR57IYZAzEe1Nts8FuYI7t3TscYYVJrRO4rpFSe4MRq/CRQ9J597t&#10;d/mu324iRHdMGKSgUABhnSfLiCQPxA1HTxt3tHD94YSXJbVxT5bDVVRtuupshuLa2fpMFMj07SV0&#10;WOrqyChfM1aUJcLLQJIlHIzrUAqLOHMLZDCRf3u21BvWiyv3uQx1Vi8BFmabJZtsqtCuQbJYvBVk&#10;ozkwhpoJzJVgUVGiNO8oRHk96i26GNYL+K3kM8bVGgHVkdzUQle1ckliAT59avEG4a9pvEgbbSq4&#10;kEelQuVAZwNPoNJY+grgifmDtWV4KbeC7Wlx9BNispRz500M2Nx2RhNTDQ/ZTZenSjx9QJZ5YoWj&#10;LVALEBFDD2o+s9r7W7GpKOj3kcrX7QXZG9+w8xSUf2Q3I238HtWprcvBDnFmqosbV1VZBTpBDFMt&#10;IZ9LM8v24YGWwbZFzLfC03C4drSKKWaRVFJPDjiLuFkLEqWaoUU08K6uor94eYNw5L2bb7zYbaFe&#10;YLzdLHbrVXDtF9RdXcccRlSqFo0TU7OaOqq2jQW6dc3JlKX7urw7QRZDXQY/zVckgxiPV11K1L5M&#10;XFPClRJAkt2Yt5wvCaA5sitzY7e+O6xx2U27/GsbuyTIbXwGKx8e5Mxu3c+OpanceJ3BDgMvuPJv&#10;V1WSxVXjqiqgk1SLGKeKSFk8aKWHA5Z5p9sLK9NJ7Xfbu2gaNFkLSKkktvMiPIoACsgq8da0VlZQ&#10;CKiffJ7e15iHLO9pEIRbvc61UJG5EbRsyKhHhyo+ggUrWVHqSaLAxH9356vJwCOIUMVRNkK2aako&#10;KDHHIrHNiqqtoYU0xxzu9JHpdvIwBBD6mJVt3Huvd9FtLeGT2rnMZmMFsTP12aw2Cy2RqMdtrD70&#10;THYnMLW5+DDsKsw1FBJohr6pmjo5/NwviJYH3POu48u852G8bY8csdheLdCORfEg8ZXBGoVUtQCr&#10;FnoD3DSAKI+S+T+XbHeX51vNhgi52vrWGGS4K1nlhhdgiK7VoiHu0IB26SxaoIUdVPS1wi2vVTVV&#10;NU1uNR2k8SiOppqgVNDMtNUT3iNVHMolkRCZBG6m2lvYw9Zb/wAd2tsHB77xlBkcZBmEqUqMXmKd&#10;6bIYzJY+rmx+VoKiN1TX9rkaaVUlUeOZAsielh77M+1nuFtHubyZsvOOyo8drdIwaNxR4pY2Mcsb&#10;eR0OpAYdsi0kXDDrLPa7sTW4qwLA0NPUAH/AegjyWNkweWqMU0is0PrSRBYSRTfuRMVJfQ+hrEXI&#10;uL/n3LzSmOJ5HkZEUjW68hI+b6LMhvcfkn3LFrKiLrYjSMmuP2ny6VzXB1MK8B0pcTP5XjRQzsTx&#10;p+v4BJ+tx7LFujtdMZVz0eGjmq54BNFLJLGn2qsFLeMSLKHV6m2n6tb6hT9DDfNfvVDt19PYbFam&#10;eVKgllAjDKK6QwIILHBJDfIA8Sqbc5YY20vkfy+X2dCbS4VZFWSpCrqAIVNQccfRtV1v/sPYX0/b&#10;e4q2pn/iFE8Tq4Q+CKKNBEGaYJVCZEFTEJSS1/GQ7EWuDeNoPevmS9uZRewLHIHAHhDUgUGumTVR&#10;XArQn9Mg8B0XpuE8zhpGr6dOi4ymjXTGpH5JJufpb629nV2FnP41h6HIKdPlijldfJHIVEp1RqTH&#10;qTyMo1fXhbXHI95I7XvMXMO02O6xKFE0SsR6NQEg0JpxqFJLBSK/M4F3oQjoJt0Uop55IbD1reH+&#10;p4/tfT+v+Hsw+xoFqNy7cZwQ38Zx9mNr2NZAAF+guR7IOYXMe17kAceBJ/xw9Qj76XCv7Yc5SJiU&#10;bddHzGRbvT19egZyk/2xZY5UC/R0ZQxtb1ix9LXJNgQR/X3YRh8RDhVwVN/CspXDKVe6ZabLNCZI&#10;qOCeSXIz1mRfzzGBMglNSxR3Mjys0dgBcjEnfb8X0ryuFFzGkSYwAU0UA+x0DD5jPn18onvBNG3M&#10;G8Q2W8QJ4NtaeJbfiGmghRGKjUyIzM+kigU6qkqOjZ7erKqux6TViJHMpWJhGmiN2jjQSyohJKhq&#10;guP9dePYH9472pdsZba+2KWlyK7p7CSvwm3K5Ki1EYUlpqvPw+KSSaNcsMVTrNTO0B1xido3CxyD&#10;2h2WRJ9wtNtadF3G5Ext9ZaNS0AMj1eho6Qh5VUA+J4ZK4p0aezfK9tvS7rv28OrcqbK8dzdxogM&#10;1KMtvTUE1RGd9Eo8QUGjWvdGenxr2Omwa3F/pf8Ax9ub7U2lt7r8bapKXIpi/FBPmaipjWNsjkV/&#10;h8k9fSPIiQtHHk4GRWPoRqYggsG97vDFJtN9te93l3c2lshiMjmSWQxxxh1OvSXkbTpoyAKZdQ4A&#10;joR3fOe9bt7kcuc18v28NrvWpvp41MQiALyKA2e0OtQyuRRaAUrUt0EdQwnjqJ0nVmAvFcFQw+hD&#10;jxroFiNPP1vc29kP737M3F19varos1vHARbB3Ts5INkYShxudot5tlqCOKbN1OUzFTJNhREaSXVT&#10;tamYhggQujPISbzvHMvKe5y3G57rtsftnNsrx20CpIL/AMdQPEkachkVViNBrkTWaUQSAu05e2HJ&#10;ex868rxXu38r3bc7We6tJfztLbHb1hmJ8GOG3RRMra1PiZkVaGvaUCuKjSAo+gAAv/gLe6tfii3x&#10;O7txs3TUVVS5PNz7g3vS7Hou8sZBuiuyeWxGPXcOcyuO+8nCy0GNx80crU01TRvNDC8aSKzTMuNv&#10;s/s3snzjy9uPK1ny8Lzmsvciz/eK90jhVkklXwCGKpFHHriZ0YgfpuNUhGf3vpc/eA9ud4t/cPeb&#10;i9tOWza7edyfYJXgENszm1t4njBRTIXDKjgSRxu4OnSEHXCUyLE5iCtIFJQPq0lvwG0KzW/1h7Mt&#10;mewsbju6MN0vRbOyMVH2Dlodp7Qy2CqJH2rl5qaGPI7nqpcDHVZCq2liqDJSwwJDM0aM8zzKqxoz&#10;tnDs977b+x3MHLfJu4+10lle80SRhbmMCa1na2gU3DLDrka0EUjRxpGyxklnldVUFp4PseWN73H2&#10;s3b3Gl5vEi7HZm4uoJwFuoYmk020bS0WO7aREaQlS+kpHES8jqi9oWIOsKDcW06v9SpP6lU/qJ/2&#10;HuxbAde7b6+ioc1BgKGXdP8ABK3bOT3bLGo3DU46LPvlY8Ytd4Q9Rt5stLJJSxtIiU8YBUMWJAjP&#10;KvLW688X3Osdh/yI5TIDck0nMUkjSCCR1oZIkLUSJqogChAKdYbbt7k80c2Wt/y5NvT/ANVnninj&#10;syqtbxuIdPixhqmG58IKszRgNMWIY0I66aJXdHOoNGSV0u6gki3qCkBxb8G49hRmMrt+kztdX4+l&#10;xceeyaIK2Rqh5auaGKCOOGIzOyzeWSyqCEUsCLhyLiTrIbXt928XjxLuk1KrhZH0jSmrtJAUFFWt&#10;cfCASaivbNu3e52u2tLu5nba4K+H2gKvElqVppoTjVihAI4dc/8AYn8/0/J/1vx7Zs/S53L7fz8V&#10;BV4TILUhKiCDRVS1EGGmpccy00sf3lMfJVtHVS+RSpVfGFRzey27uL24iuYbKSAu6/plgxUoVUUI&#10;jkRmZqyaJVkVRgeE4DkmezzbXtu77Sbu3uYSlVLAqqmYNICytpYAKDGpU1qQ+ootD137rh3x15Nt&#10;vK5DfDy1U+dL4igWekr6lMdNhaCvqspRxS4mKZaBsjQVkNWJKoQtI8chuzKVJx3TkKflTd9557E7&#10;PuqyW8SujP4TRpK0igwhtGuKWK4Bm0PVWYBtJVmzL5Z5xTd9utOV0CJtREshDRr4izyRiJyJSNfh&#10;yI0WiPXpXTUBWLAe9mQpdybZyHWlDtzK0c+Q/jM2ZoKLHx1lTTU+Uajq3qMlHWVcdI2NovszDGF8&#10;7lJ2VkbSCFK/n73327lLat627fuUWvoJID9HHHIFF4IZT48bSRwult4VAGL6lmZHBAJEbR9sfIe8&#10;7t7irf7duUVlBA1v9RcSxxt9L4o0QOqtIJZvFOvUIkUxalbuGeuiL/74fT+nI+ntxx/X0VRjqLN7&#10;YpMfjcB/A4GpqanlqchuB8yVlqZIIp55ZKeso54yYgqxAMqCxCAgm+2e3Pt/zRvHJXvLbFdukfbl&#10;dYo9JeaeVHWNXeYaHZVcxhFiHjghSGj0AP3Pu9zHsm18ye2u73kl2zXzB3YBYY4o3QOyaKFAXjDm&#10;rEqDUFWZieIQKbi4uST9LEn6k8fXj2FOycv/AKSdtdnbZpsfuzN5brbLZuSsh3BTrjoMLV0VdStX&#10;7ZDzUNCgpKukrglM8KSLURoebx3KX285yfdk5qspL69nay3KeOSC9gSJRPIwRLEzaIdEbIxjiCqR&#10;JFr1OAgBPuZbCTle85P3WcWUVnutnA0L2ztJqh0NquzGHcE60DTa2Tw5GwKOwHUkixhdTqmt1RS/&#10;ILt+lQLjk+5fTXW+L74g7A2TvzDbj2NuLrTFV9JsHtDC1+Nq6vJR7uipFWPbFVFJLV7XykdLjb1M&#10;lbBUxepGSMBnb3BnMPJfM3u37rcwWHOfKE1vYcv6YrHdom+nuIPqO5bq2nUhppDGvitG4nMZ0lPD&#10;MlehTzn7hbR7Pcpct77ynzNHdXW+XBl3HapUeS1uBZtWKO8hAVXjV5H0lJULZqzURA11c+WgrKb7&#10;Skp6yjnnp4KvXN9tNQRaahqiuVj5RWKNMSLCFRruWL6foNnRfwhyeA3Qdrbl3Zn+ytu5bPPvSKr7&#10;Cxcefhw2ep1jTCS4HOy498Zicxt3Jwx1ccccklUIysmlUK6hTyh7Y3ftxe/u3d/cK45i2MSi/eC+&#10;tmlfxlxDLbySNJHDNHMKko5kIy4ROoJ9zvvR7fu3L1zzls3JNrse7RIlkh22U28ZjZi9zFPBqEk0&#10;dxbl4lLAJHhas4ZhPFRGZvtxLH5xGJTF/b8QkaIyAav0mUaRf8j3eB1F1NJR7Z20ctTfa5ejiiSs&#10;CzMQwp6iWnszSJ5JNBpzpPDMFUH6Cwm5x5wjm3LdPorgvYuTornioPGvnXJ8+PWFXu3Cl/uknMm3&#10;UG2Xn6gNKGrAHUBwBbjj+l69IGg7Cw9fns/t6nqo5a7ByRidEVudcEVR6TrN7CZf9h/t/bx8sNiZ&#10;nfvSu6eqdq5iLBZDd2LaiXJzipNJFCZkqZUrftIpqpKasp4JadyqMSJAtjc2iUWs2+Wm4wQ3aRX0&#10;0YRGbguQZNX9FkGnHqeHEZ6fcS5PO4xXHN19CrWlsDDFVST4jr3EVOnFUNaVBAOaLSlT5TfLTYfx&#10;9+cfWeZ3rBV7gi2vg67O5zb2KfHfxU0mbxeR2nhHw9Playjo5q+kyWTWs8cksR8FPI6uui/unns9&#10;8zFD178IOsIpIaDb8OHo93ZqnrvNT7kr62mospkDU00MbVFDQw5Spqaqpjkl9TKgZQsZDDPYobTZ&#10;n2zavCBt7Uhm4jxXqJCTQ1AaQlyNSk4oAvXSHnXme6k5dj5QsZTHt6OzUWvdI9KsakgnGMU6MJ8Y&#10;tj7Ryee7Q/me9wP49wb8xGdrdjYrL4J8NWdZdb7bGQ23jYKRquqFJmc7uTaWGooVrKaNEqY5GMTy&#10;Cqb3ab1t1vtfqza9Ltra+OSmpIVEtVMpaapyNbKiCpraiSR7vJUMosOFjWwUAC3t7nvmTed6v4pJ&#10;70teTOAdVAqjgijtOlFwKUIAA9BSSvu2e1O330U+5XVmrQRtpAcMavirBvMA4NSan7etZ7+YZ8tO&#10;0vkN2lR1GT3IaGOWtFJhMfT1MFFidsYaeqrJcBjQ9PTpUI1PE4mrJZbtISRISdLAvvyx+XnW/wAY&#10;NnPkNxVUFbnsjJJj9t7Woqun/imbr0I8qIX1CioqQEPUVMmpYlYABpHRCWW8208l7fDu3MF4WvLl&#10;qolaPI4UVVakhVSpDNpIUUqC1A+d3NPOnLfs9yk0FpElxzHJCxghVSQpH45KFSIxkUDB3IolaOVM&#10;T/LZ/lyb079zVH2BuuXJ0eHWtTLZ7dFfTVSRwGphqRFS42mrHpXr56llmWKKCSSGIDSzqAszUD9b&#10;9YdgfMvvap3NPR0slfuvIvlsjkqqKo/hWCx6LGGp1cmZkx9DSxxQQ6CrS+NUFnYsV9hFI12vMFzZ&#10;RyT3A1xBiwGuhGo1JBEYNCygHChaMzE8vdw3TmP3K5rvbC1k1bte3TGQJRRVqkUFSFAHDgAMnA62&#10;vux+wOrPh70PPufcdTU4zYvXWCo8XQUsHgqs1lpoojDQYzHxytSRV+Zyc4aRiTGCTJIxVQxGxvtD&#10;rfb/AMbuqJ8d1zs+s3HloIKETUuNaNMtvLcbrT46mqausrJmpqaF55bl2P29JAGIXSjBk8sl5ut9&#10;LLdFpJSwLHIMrfCA2SI0B4CQlYxknBPWevIns1Y+1PJMu9R8vvufMEkEZ0JVmLOy0VSFGhAzF2cg&#10;1wSPLrTw7N7433/Mk+VGJp+4Oy6Dp7qXH5HctXgP44Hjw/XWx8XS12ZrzHi4jjqrce56mgxCrDGF&#10;+8yFcYFUKdIFBH8y3CfLHdff1FNSUm7aXAZTbmFp9i4jZsmaraSgp56OjlzGMnq8PS0lNUZFNxT1&#10;AleVUfxeN+I/H7AnP/t/zrzHudvJsl9FFaUWKNEZyy0GQNApVn1AGgJ7aLRkLQTz7bb1a85bod25&#10;du6XIWSNQPFjVCF1IHQZK1KthaHyPWzx/Lfp/j7sf40YvbfU26du1sGD3DuOk3xmagUuEy2ez8GW&#10;raGl3Hl8fNlKk0dPmMFSUktCPLLCtIFRWLo9gC+BEOWp/kF1XjcjOkq0vYe3YauSokYrFURZujml&#10;mMxk8Qv4RfUGux4F7WtyVt1/tlo1jdTLIsEq661Y69aMxqMY01HzJ8uEJbiVuea9ptLWIxzyyotf&#10;LuYL/hIP5dGe+WNT9n8XvkXUiGaoMPRnbDeCnWZ55f8AfhZ8eOJKcGZ2e9vTyASfx7243oKmojoz&#10;Uz1UU1PUzVHkx80tBDLGsxFNBVIJxLIiwafIuoLI4JIsQpGFvZx7jffWJc6LNJVZVBOo4NFkyaiu&#10;jsaqkqGAGKdYuRvbWNNk2YXkoWWEBmVGYB9RqVAqfsHz4160KNo5HbzZfdGT2/Qbbm2/uDEYOkXH&#10;bywVHuvdEFZV0NFLncnha2LESYzb2ROYoz9uzJJU0lFPGiM8iyVAI1/MH6KHcHRGXkxA8m7dhtPv&#10;HbUjs7NKcXj53zGKAjBsMviomjUBQGqEhJ/SD7E95FPLt10tm6x3ES+InoQpq0fme9dQUcNRFcdR&#10;r96H2R2/d+RpubNqtQu4WLaqajqaIgiRaEgGgoRWtKcfW53+Uv3dP1H3TFtjICmw+xux6KHadXjK&#10;Q0zR0WWfJQ/3VybSCTyzJR5LIzRO7M5jp6uZvWYmtUx8K4979xdddo9Abf7Druupt0RY3dm0t14/&#10;IRNXbc3NhayjTJ1UOHo9w4LO19Hl8TTlNKFqYT0amS4Ro2Aq317vdjufLO2Xws95uLeOaGUd/htF&#10;KveUjdHb4GUVJCSRA5yGxN+7lt8m/b3f+3txeSw7RfrqUrIYwtzEFZdTDJqmNIBqPnnq9j5bVW0e&#10;osjsb5N5PZMG78ts2ao2DuGnFNTvWVmxt5xVdLTxiprKOpooJsLueemljkkKaaaqq4wf39S3M4Td&#10;m6vj51xt3bm46Ptnu6qXcbYWPcxTAZrcKbfCxxx5rKGkfHvJSUcsmjxuZq0oXLEgAgXWy39laSJe&#10;2t3dG2k0M4EcjyRkf29EoFQYVg1XFGdu0Npz72ePmj2l2ja+XNz2Ddd4ifcHjVw0UvhQELpYtqBC&#10;rwUOQVBLNQcKRd5fHrZ/zB73z28uuM90t0HjcZsPCZjcuxquTM4eifsGrqa1JsWkFZR4igqK2agp&#10;I2qK2jpo6IFYRGkjvJMa0/nDF193oYcti6nGP27sXH5CtzdRiGkqcLkdhYnM5KGpilmkc5Fctg1m&#10;evTy0qCakhrREJFiXSDtx5+5Ru90azsJGkv7QGRxjw5Ei1qwVjpbxVOqVSVVTCsrUfSp6xU+8X7f&#10;Wm82h5isvATfoA4mMWplZPFOmlc9q4Y0Go5XFOrc/hL1fvn404ebZlRDkx0ruSowU+2aLdcivvLa&#10;m8s3jKOSq89PhMa+2Y9tblqpBCiQ10slNWLAsqrNUTeyFdRbq25v2Vvjj2vVVc2wtz1VDhcDmHr6&#10;VU2XW1OUasjrsdV1qrCMVNXyCWJ9S/bT/oAjmqFkTPbbNzS52O+WZNmuljDa2CtCJG1B4tfaF16j&#10;UCgarCivKHgT2s5qk2uVOSeZrtH5avJhEWOBBICdEysWHh6TTUTWqFhQkjo828aetw1Dld47Zx33&#10;2aosfVV0+Jp4Zmm3J9pRBIKQrQr9zLXJFEI4gVl1egFHaOHxv/xV6F+SvxN+Zu3tlQVGMgxO7WjG&#10;bFBkMVUU2e2XG8jNmIIZ1ec1WFmKTNEyxToWVSrRO59x7yr7Qc78j85rcW+5Wp2oTRggSRrI8cjO&#10;C0aMxZjEAfFFQw1K3hiOSqyolvd8uc77dylewj95u+nUv60TRNUeJqBNFZTqWteDV6L93Lujp7u3&#10;4zb73XkI4c9tHH4PMVIiyEGRxtTS5nGxyUq49/H4K2KWtq5BTF4S6MkhKlrD3eH8luv67K7W2T2J&#10;sXbsi9gdPpmdzYnN4mCllpIYqCmaXcWBr6KPWrUeaijrEsjSFJkMB9NWWWZ932m10Wd3Y28a3tur&#10;FXjRFRJELdpU1oEJm7QTQlotJEjN1EnuHDuPIvNFpvG2XRS58YyN8S0OpQppQg4AR1AXDKwICEGq&#10;n4OdmYUb87v6l7f7Bgm2T2xVYDCYHZ+56x6fOVtbuCf+DYDKYPKV8dFkXyFFhpcWFZ41lrKeojq1&#10;dTRqkpsviZ2Fnd27em3g2Bw2E2pksjjRsCGjrRW5Gqx1bQ42nykO5KeJFpMPk6LeD1dEqQyPF4IV&#10;kBsSPYV3rdbm5aKx3LaYrfbZ5GSEo51kKili6aaIyTCSoBYNg9oBrHH3j93i90+Q7bfnGjfLeImU&#10;hDR2VCtEUdwUipqSfLPVZvz86z2J1d8oNn9QtuTdu893bg25uKLul881Hh8dgo9vUB3PtPdG1sxk&#10;XaPKUk3XsZqqmncPUJWROUnllneOE4vbm38VX53b2Wq4PLQYqlkzUKGcOZKmOKNaISIGQTPBXmF7&#10;kCwjbTe/tzkfcLq32i/sLeSk0zeESQD2gnVnPFdXAniK9fPJz/eNsW+858yyw0vJSkKAr3anNMg5&#10;Aovr69bFP8tvJU7/ABM6s2LS5egzDYKhyOBqcjiZaeeikpsdka4GSmnpneJofGoCkBSdSmwB0gle&#10;8N4Q5HHZ/OQrIggqclRIlfSSUunI0tW9IIxTMqSfbGpFo2/SV54HuZ+W9vFxd7fao1YlJB08aIWD&#10;kk8aaR+EDOC3EAW15dv7be7K03FoTc3iR3LeA6OnhzJ4woUqqsFNGTBUnSQSK9WOU1MlLBBTo0jr&#10;BDHAjzyNNMyxoqapZpCZJZH0gszEljyfZe+ktvUOf3Lkd3VtII6CgrRPAHmYIZpS0WLi1m4lfWrO&#10;OeWW9zcH3L/Pe5T7ZtlpssFwWnlj7uGBgv8AZ6Y8uOepT9z94utj5es+XbeYG+uEoxAzpWjSkeQG&#10;VHD16ke1x2dl5MDtzK1lNVRUExmg8VVUUdfXpA82QgpJNNJRrNKzNTSskfoKiVlLWBLCLd1l3G02&#10;a5uNomiTcI0QRmVWeMHUBRlRWckgkKQCA5Beqg9EXt1Hb7vu+zbRvME0uzRtI7rCYY5T+iSP1ZNO&#10;AyIxUuAED6BqPWMxJrMqqPLpKhiT9CbkWvb2RDcG9cRu7sbDbVxG4qfJ5CeKtfcdK1NPBDjkWMTw&#10;TfeGpVIoxLKIRFIgeXxGRQVIb2dbB7sxNzfsHKm130M8yQyvdJGpNPDjrqVw2lRqBUI4LHtdS0Zq&#10;cnNp5YvuX+Tt23692dreyVkFsxZS0lWKspXRk6RqZkOldYQ0YFesnsEs/R0uI7k2PuCShqXzL71y&#10;2x8ZVR11RBSR0OTw+eyORlqcdHMlDWVDrj40jkkjeSIklWBNwc8521inP/ttzhc28jbq24Nt8La3&#10;EaxS21xJMWjVgjN+mqh2BIINa4pKfL15PuPt9zLtgul+gTbI72VSqly8csKRhZCDIoBkcsqsFYUD&#10;AjB97tb2tjP4Nsemq6yOSWrqo/vJ2jV/2/2YoGZgigEhKY3PABIP049+3i8+q5gmijkAgQ6RX0qT&#10;nPqflj9vXP8A5j3A7tzbdQxOBGjlBXz7i3/P1KeYA697Jl2zvDdOLz+Rno6GhbD0DUcscdblCkta&#10;lTJI9TTQNTU1VVT1TxRMYyEhjRSCPqCALzX7gcy8rbhPBZQWzbbEkJ7mC+LqoHUBVkcsVqBXSqil&#10;WLGnWSPt9y1sV/tNlFcXUv7wlLqSkVRHpA0sxZkVUBPdUua1+zr3sTNg7o29unE1dZj6Suo2NOzh&#10;K5LVkPkhl8katEgfSJD9CqMAbONV/cg8uc1wc27dDulmHRS4DqwA0k5AoPMAZrRq8QpqoBPNux7v&#10;sm5QQX08ci6zlCdDZwc4yPPI81xTr3uob5vbUwtTkKjKUcT4+tqJaNJBWiSP7pXqERZEkkCLckKf&#10;6hQbKQD7xO+8XtO3T73cTQReDPL4VQ4KhzUAla0OSK5p6AEAk9DPuxb9uSWsdlcv41tGrUKdwXSn&#10;wkDPy4+fHr3sOdi5fO4zanx43w0MlXJtDeP93MpSxwmVqihoMhDlKBHS4iXxUGtRrFwbAm3shvhf&#10;xe33sxzbOPFl2vcXtHAJOpYpI7qEGmMl5FFcY0nFT0Meadu2q95g94OWARGm47d9RExIAWWSNo3o&#10;eOX0k0xkkA4HXvdoPTOIrKfNZSuxGMqsNt9s3Uph6WroqimqPsqeOKNZWWpSknnjWpSyMFBCpbU4&#10;AYzl7Q2N1Bfb9dWthJbcvtPIkaSKwcoqkKSGALUK0GKqBp1MoXrB/wBy9zt5dtsLa+3BLnePpkMr&#10;o4ZNZZmwQWCHSQWqaFiTRSSOvexf7T6epd4Yx53XVVSxeRULQ6pFaRQwgcgJDKYjxqPFjyfoJM5p&#10;2iz5ps5LOVR9YlFVqDgDWjVIBGPVft8jG/IfuJccuXqQxyabcEjzoMcWzkVoDT5de9oiq2dUUmzK&#10;OLIUvmXb8lNhaiTxmQSUlfGKaSKaJwpKSFI9TK3pDgBuSFHPKjxW+3Qcv7i0bKtuISANSugEYIYH&#10;hqQ1PoOBBFehRDzFBc8yXEtnMVa8Vp1BwdaMWBBHCg1eoJU4697GrrXr7ybMpaDxo8dK/io2kdwI&#10;6dRIAGCMWZYjEvNvoOPZXus8HLkttY2UzC1iULStaDNB86ClK+g6jDnXm4pzHNdCUq0g1PQcWJFf&#10;21J9a9e9iZQ7RpqLH10ABRaynkilpm1WImTh7MCulvMpI4IA/wAfZMd/mub22keQMAwOoCgoMkDP&#10;y6BN3zDNc3dpIX1eHIGDf6U/L5A9e9iDsVng2vt2ZFCVNBOQulfTBPQVzvFZQeWjMINvpbi3sm5h&#10;ijk3zcY9P+LSRrQeodc/y6DW/wBwIear+cGsRdHofMMAflg/589Yamnjq6eopZhqhqYJaeUf1jmj&#10;aNxzccqx9n03DmRXClrYiPDX00NUhCXPhqY0qIlDRlQto5B9OR/X8+8fds2/6dZ7dvjjkZT9qkhv&#10;nxB6yHlhmisLaVBp1UOPQgHqr3qfbVBjK7cOBn+4ap2vm8th5VaokZxWYuqkxk8yF7qsrSUTAkAC&#10;x4AubpupmR6a6P8AcSkHTDFGq+r66pdbqCw/1/ZvHGVkCsmlPU/5OlNnHMxqwKj1PDoTJI6aLIGM&#10;U7Uq6dInlHAD2BRQiMoZ/wAem3uJSxyVD+byyQuqSalUxXfyR2sVfSkXqAIZeRb+hILlwVQLRqqC&#10;Ojfw444mVkUgmtRWuPIZp/LqBk8h4JIabRrpPIjM7x2CCN7mVCkmmV1UtxwSCRYG1n6omzVNTQU9&#10;NT081NombJVD1UsdZDIiBqVKKmjo546xXfUspMkZjGm2ssB7KGMb3kTUAiJySaUH2EUNfmy0p5+Q&#10;Wmi+qFzVZBOPgAUFTTjqOoMKYppVq+ZWmXGgn2pT5FclW5OGmmggDU1DM8MYkLukc802pzMiqpUo&#10;FR9RvcrYXjyzx02NV6+MulVMsMkMg8iv5Ud2gmQ6Q8LiNw4PBH14v7dkjFzMYQyhQuc0FKZzny4d&#10;CXlzlKeSQXUtAkbVrw4efnn0yc049B5vztmln3I21trZANVrQPUyzUlRDGVi89PC0izBJHoqrRUD&#10;xgXdXsynge2CnoIKynpUhqxR4wVUNdWu8lRjKmtyVFLThJJ5aCem8sLT0qiWD1wSQIYmTxnT7auX&#10;tLCIyXcw+oqtXEmmujhXTpBxQEUowwQQepMubdrm1e0gsiZhGV4K4o9QaCQP3U+F/jU5Rg2egNXd&#10;s+zNzZvcO7Zf49uJYpabBRwVMdXRYfBSrO0VBQUtZFankjiqyxlsJ/MTJr1nV7eM7LSYnHU1Lh5j&#10;WyV0sqTyU5lmECKjSSz1EwAkihiUF2PqJQFRa9wQXm+fURmSMFyWCjSCaedSATgU/PhWpHSDlzlZ&#10;be5ubjcIfAES6l1jJyKBQxAZj/xn4uAPTbH23mu1czK2SC0FFimpWpoa0rTNVO7CCmVUUhKqYTMq&#10;xIBqNybGxIJL2DmcnJLj6Kgq87kKdsrkNxSVGbkqqOWiiyslKkVEcVUChqqLDQ4Sh0fbsqI0kpnk&#10;jd7qZN9tuWEuOXhuM9/cvJcTmVDKWXTGxkCI0TFe3RQaARlixTUSehfut8I72Y+HbW8CRJbhYtEm&#10;possTIpYNI8jD9TUOwaBRVAFknTGy6Cgwb11bjsNSZSeloKJ1w6Rz00q0MRJnkro5J0q66WumfVK&#10;Hk/bQRhiqL7IAcnuvr3sbcFXV1k9QK05KGaStpaearXGVuPo67HPXwtRxUKfeJMI5GWMQ/uypD4y&#10;V9xZ7p3G88mx7jew7gjM9xJFGSVaRYwqkFhoANRUMQCtS2mgoFyc9urTl7nax2mBrKtvEqswTUVM&#10;is8bhSJCahwWWrVpoLVHEbs9jYcviYoBqR45qeWPxSTU+l0do5RBJBNDMskS3dfXYOiEggEFHZ3v&#10;/rjauNqXqMJTZjdlTMvmydfLS1VLEtJGIaVIMbjnqvLJSwiyNM66QLLpXj3iFLzRYrHM15ELncHa&#10;rs7VHA6f0wCCRnLMaDAoMdZebNsF1FJDLt1pFFbKtFFSGNCNWrWimnDgo6DDJ9bb2z+4KWWXsCt2&#10;5sqjpwG27t+lEGYyNfNIk1VNVbjqlWalpJhoHhp401MCzMTwC3x9ifHTcZyef7K3FvGkyIneVMdh&#10;cFS1clfCFfRHR0plfGQStIoQvPUQGx1BGsSQut1y7deLdXnjrcFvJAF4YoO4HGOI6Y5mX3Yiuooe&#10;Vtr2+WJwKvNMYwhqAxJWrGgNaIjf6YHAGGOGuoKeCjxcFO8ECGJPu56gMCpJaSadvLO7liSbI2om&#10;+oX4KPvvtrzZqupesclvDEbWZ4YqGjramjp8pIsY0aKv+AQUtLMPNcoPXoSw1Mbt7Ir/AHEN40Nn&#10;LKtg34WIqftK0DA+lMefUgcr7HuMNnZT72ls2+gEu8XiFK1P9mZasB8/Pp1jVpYk+5SJn+rBVJj1&#10;ci6iUF+P6m3tNUPV/a3YSpkTTV9QtW7CKXJVFTU1M7maKO8NMq1FcqWnUkmLSRdgxHtiy2qa5he5&#10;jmjW38+4H+QJP7Afs6GFzLdyNHbMJXl4iqse08CS2n9tfy67lnhp0LSyRwoo5dyEjQAfV2JVVH+J&#10;IHtZVnRez+uIaPI9rb8wWJqJJTMNu4+Spze6poo1jLUkeAxBNUJ3DgCSeWBFP9k/T24/0NqFaWbx&#10;Wr8NCKZ8lyzV9SF+zqw2mRFWS7mVB5qCGYjjX0UU7eLHV/vPTSmZNW0seNpair8Rsat4vt8ex/Aj&#10;qJXD1Cki2uBJgP8AX4PLO9ydc7Nx9HTdW9W+KqVkqYdwb+FPkaqNhqC1kG2KHIfwuOrRiSv3dRrQ&#10;jmMgke7SblLo8OGJUjPyAJ+1QSMfMnjwHmnpYxM308dW8y2T8vP+YU/l59xUmTnkk+/rxEnpIo8Y&#10;phjVW1A+StkjFTKzaf7BiK/m9xYv/ZHfG+d8tSUOa3FX5uVWLyUpdf4ckr6THDj9sYWngwsJXSAW&#10;dJHBa2snn2Uz3EjsqsxbHDgP2Cgx00to0rSXErlAcAgMKjzqxzw4UpX0pjpwpqCkpA328Koz38kr&#10;EyTykkkmWeUvNLcn+0x9oRdibw3c6VeYqFo4pV9IyrNLOI/SsUVNhaUBVAC8LI1v8PdFhllbJIHz&#10;/wCK4dbW5s7RWW3jJcDJXB+Z1GtT8upYAAAA4A4H++497AP8qj4rDrNN49z7ix+Wpc/msWdl7aXP&#10;0Vbja0YMvjs3mslSUE0UVMtFl6iKkjgkRC2mkYGQq12zU+7LyHdbfDuvOW5W7pcSgW8AdGjfQSJJ&#10;H0tQBW/TRCFqSkncQ2nrkL/eK+88G82vLvtvse4QvZwT/WXXhMjDxQJYYotSEkvGDKzhjSkiArUE&#10;mE8yTOER0kVXs2nkBgf0sbn1C3uyDeldhp8JVbmj+4+2p3jrJK3GtURzVEWFqZ6eGlrA4Vqij+4m&#10;ZSj6IpCQCQvJzj20y2jsHJ0LCx0mlaBC5KZUBtIJGeNOuaGxJur70NkXQZGBQCQArH46oGZTQlSA&#10;F7gCygVHd1KBC6Vvy3PP+tz/AE9kw3BuWepyeWperMrht0tvbIpUw57bNRT5RhFj5psFURQZKhrK&#10;6hrtVfj5CJgR9tGNBVHEgAr5J3/aebtrbmGwkVtnRzpkVoyrqCYnkR1Z1kq8TJqrSIgCQY0jKOLl&#10;KLZYttXntZI/3fbMrRSkotTplUsjorK3hMBobMjUORx7Ri4JKslmIswtewHI/wADf3ixGC66wW5K&#10;rF7prk352DhooWGycRJLKkFdWVNOKmSrrqhqakyFZSiuQ1AaXxxIksjKyrcG24c7NuE6WOyTmJ4V&#10;FACPE0lgFdFJxhu5i9QtagAk9K5Z+aN02q0vdmtDt3LdwxreSgAMipIV0BfEKq2g6aKTqIUEA9d8&#10;n6W0m4P1v9DyL8fX2bebK0WKpoIaGmhiqEhVGhLUyw0yRjTGkLosYjCB1VFvxz/gPYfWyub15Jrl&#10;yyaqg5qSTmvHJFc49T0u5T22RY/qbnUSyg1JqdZGTQigr+LAbyrjpC5elkyjtDISYY5G02NiRY/U&#10;kH6W/FvZIfkR2F2/R7qpsZi6zG1PUu69k121c7S46hC7vxO68xlWon3LS5eqyeFoaTFQ7frz4oZZ&#10;XElRCQwVW1IFecLLf7FitvCp5durOS2bQlZ4Z5HWMTGSSSKFESNnKVarSqPI1GTPtxtfLjm0vbuC&#10;Q77a7lHMut1+mktUVqwmMI7mUzINTqAFjrwpQzMXgaBadJFiJqoXSVJGYkF4ixQOhHjYXJBuL8/X&#10;2XDZ8GI6p2luvbOf7E7D3rtndlTW7okyG69xUGRG2aQzxE0m2KKiRFw1JBk6FpHonevh+4sXEd5f&#10;NFfKFlbe2W375tHMPN+5b1Z7i4uBNNMjfTqHYfpKrTFD4mvxF1Txiiq618RZZw523C25tvttvdo5&#10;Xsdrls4zCEhTT4rNqNHqNTAh6LQpIAz8e0q8rSPJUisaOJKldKFlXV+hSrKGkLlwAxAcCMgEjm/A&#10;z7e3jiMht7D7ixsmaq9rnL0m0NuJj9v5zck1H91WOKDzUeExVdWU0NTNUk1FS9PHSQksTKiAFJzu&#10;fdDZeT+Sts36w2S93Fby4EUYgjkLDOnXJVNQUVOpiNOrsJUCnUDDl+43zmW/2rcNyt7SeG3aaRpp&#10;ljU0GVXWaM2KAVJA7QtRXr08qY9JnipTLM5aqqFg8cHmYKoMjyy+ONpdCAAXubD3YrQCp2/haHG1&#10;GVp8k+EpIsfFLeKFIpKWkhp5IYKqOSPyRrLC0i2IeRZNIHp0+6dt9dT3H0rRtO2sgADLZ+DuC4Iq&#10;NThTXuIz1G1vFbXF07QRaVclgKkggs2lj+EErQFQDTTWprUgTXxQZXIzTRY2Sjir71jI7+QF3lkZ&#10;JJYpEeGBykgVgNRRgTwDb2E+9ex8zR47K/w6uP31NR1z4+pkWDShjXIJRUsiidPSdKgyFFdgrjxm&#10;9lF228swMI2khQio7GqATRSGJoaCpzmgwagZ6F8e12crW6TqjRMUqKeXYxPyIBPbxAFeHSo25sqk&#10;jnSqaCJElKNJSkt5DKUgLVDllDhJj/YuUBsRY+yFdefI7svBZimTsgvmoYMg8Ocp58NQU+4cFHNN&#10;FFOtDLDHRQXp4VaTRIZFkiQpqUHUppY7BeXGxTX0zsZQhaSPTp0SAoQh0AB1CGSUMiuSqroL0dhX&#10;fOX9nnZl2xBGCoKEO2iTtxqDFqlu0KfInhw6FGfGwNC4p1EUixusSqzrDr0lU8iKRdQx5tbj2Zzs&#10;TOw5N8jDiq6h/i9HTS1sVM86VuRFDEmQ1Vk+LpqqOdKapqyI9V9Ae6Age3rEXFnFLbW11ANxWItp&#10;ZQSAaaKKWDUJAGqtGAwpJBVPyttscENrJcQubeXBIDKpJIIAZozlVBJHrpPA06w0aNC0erhB6ZWF&#10;ypk+g0AkkKD7pw753TmYp5JKg/xLIYavir4IqGhSCCKnjaiOUhjkijQZH7sUSKSrsWSFgoOkMcPO&#10;ced952bmZDdSCSe1lDURFVECshdVYIPEVhGoLFmLqjMhJ09ZUcubBtzwxQIPBjuIyranYhj3BGau&#10;FILEhaDST/SoHr2odhZ8Z3b1VTRT1EG3t6Y3IVcH7SlaDcdXQUFNSVMhIWndJaWOCCTUAzuy/R1j&#10;KzfuFtb838oTbhYPJ+6t3tZpGoABHNIkSozA6UKgLGjFqMzuhoCEYR7uUJ2Dd/DmVG3GwkVG7mGu&#10;BXZ2UUNVOoOwzpCjIpWvvbt1vubI9X5uhxGdkSCjkyS07gQLlIVqkYSyQUNbEjy0xqS2kRl1ikcN&#10;pDFV0wv7ecy7l7Zb/a7RvxRbJrgRuAonySDSKVAzJUn8TFHb4SSAI7867Pbc7bPe322xhrhbckAk&#10;x6QwwZFxqA/GdOpRxoMt72Y/sXrjb3YNHUb4w8VJJmmopX3JSUyrSTZiGLV5qgxqzSq4ZnMqsXDu&#10;SyhZCwbM632XlzfETc57QSxzQaWcRBHl000pIQAzIpL0iYsUZuyjVL48cuc4bzyhuB5Y3GaUbW0o&#10;+nkd/FWMsRoBYhQfKhCrpACt2BW69798e8visZQ1+w8Xj1oqWjhrmjp4SgWtoHqGna7ISstdRVMg&#10;Z2uwlFrEab+13L1ry/tVqOX9i21LSxtZGeALpIIZtRqydrOtSr0qPhoTQ9I/d7b72+vLXmy8uTLd&#10;SFAWJP6cgWigV4Rsi9o8vTy697HbpHauY2bvvdteZ1mxG6I4ChMDQqJqKZcnQU8qTFxKtLUwl0Iu&#10;eQCFI5BO+e322XKc3HdhDd7duUiExFCWVAroUNXIOkSEI44k18gOo55850F1sXLFxtc8lvv+1yal&#10;cNU1qAWGmhFTpBU1UsMgivUaspoKylqKWpjWWnqIJoJ4m/TLDNE8UsbWINnjcg2IP+Pu774w70Wi&#10;qajEVkix02YEdXCHc+ipihEcsYu5IdzIp/PA98nNvsp/bfnrmbknc5BoFywQ0NCoY+G61IoroVbz&#10;wRSnWR/uc1r7ue2/J3uZs0ABS3EU9M0Yt3K1K00MkicaDGD1qxfzFurMj1xvKavpFYrg6msxMjhW&#10;eWbG5KY5jAV1lEaSRfazP5HsFWXSNNjb2fMKroSGWzcD1KwK/g8Dj3JUc3idy/D5fPrC/etqKFlK&#10;CvRROje461aiAVEsgkhmVXMaFBZXCRgaZPy/19pPI0TLJ6dJB5tzzyfr/hb2eWs5Kip6iPe9sKl3&#10;UY6vk6C7bgz2EpYZqpxURUtOjrKDa6gfT6G3+x9p2VWjYspID8cf0uLEcHm3Hs0jOsdAia3KFgo7&#10;ejrYnIw10a3KsdAOpRYH6kDksTx7xCYuGDm+rUb/AECkWB/2B930BSCvSF4qig6e0KRvrW973t+B&#10;+P8AA/n2x1sJLFgzG5FgNNiGIHHpvax9mEEoChfPplLY6wSMdKSmyI8IBNiAlyAeCLcDk/63tgho&#10;3+/BAOlSSdVvzYD6KOB+PZlJMPAyc9GSW1SO0U6l12UjGPkYsQ9gOAbcait7k+1xXRf5NSr9So/q&#10;LkW+trc+w9A7GSY/PpR4NGpQdBniK/y1NZqP1kb6Cw4+gF7+8EkStAFIv/r3Fja5P9R7dDlZNVfP&#10;pNPbhiQwx090WRZajyK36SUYW4/I45HN/aJroGiculyBpJMVr2Bb9OoMLX9n0EoZBXoka3MbHWOz&#10;oTaGtiqIVtIob6WYH+gN+DyOfcdXQsr/AKHA0kEMp0mxvfVwbj8W9uMrVIBqKdJXiINOp2osCR+m&#10;x/172/1/ediX+ljcWB/tWv8A7bR/sL+21FKdNlaYPHroPYW/Nv8AYf4fn3yPIVfyvP8Ar/6/vfmT&#10;1dULVp1iLAcn839+JWLgtYj0m5H1/AH+296UlhU06VLESOsTSH6njk/S/wCf9v8A09wqlSxLFbXK&#10;i9+baRe9uP8AW9vxECornrbLpA6zwyAgC97fS9+efz7by8iFv3Axve31sfyW+nJ4/p9PalVU0qOm&#10;GxTqWlnYAgf7Dj8j3191KQ6nUbAWvawNvqOPfvBWoz0w9W4ceuelQTYfQ/n/AF/bFNE00xBXRdQS&#10;xPpH6+TbkfTn2YrII48HrQRiA3mOpay6UB+hB4t/gePaGzuKQOlLS07+Bm1vGh4aRBKiOxN2ZEA9&#10;Nzxz7O7C57GkmarDh8h5/t/zdCTbIuwvIMn/AGepEdR6SzMbC1+P9f6cH2OWw8e1JgYYWFmKF/1X&#10;sL6jyeSdP9fYD5huBNuLODgH/L0eizDKXI6BTfGbC56OJCNCiMNcG9yVX8ED8++awf5ZM/1JY6QP&#10;rbVweR/W/vzSVhQA4p0XSW/cRTpQjJL9rFZjYIotb/aR/sOb+5jxRxq0rj12NueCfxcf6/8Are2F&#10;kLMEU9vTbWtRRl6ixZFnlCq50gjVxyB/Uc29t2lgltKhmF2I5Y6jYgFixAt/tvb/AOM0JoOkhsqN&#10;UDp7jrfVp1EgW5/rx/tvr7SVZTPWVAgCOFjGpTq4Gq91JYMTe/s6t5BBEz1ycdG1raiJQQMnp0Nc&#10;sMAfyoo/o4N78fSzDi3tT4fbsdP+5KqF24P0PNweOPqbeyq93N5DRHOnoxitWkoGHSCz+8lp1kWG&#10;YoF9WoLzazcctax9iXhcdErKwj0kEWFxxz9Rx9f6ewtfXLlTnPQs2jZ0jKu0fn/l6JL3z3BWUOKq&#10;oaarqAywnW66RcTo8aKGJsqk/W4Ptd/bxWtoH/AfR/yfq/29/Ye8R6/F+Kv8uhl9CKfAPg/y9VW/&#10;6S8p9xq+4n/4+7y3+6X/AJ1fi1/8H/H9P8Pf/9Y/a0deyIKfNZCP1hz5FpmRja2kDwg+k/T6e5mn&#10;2y0mkjFCzDHBR9nBa9Y7pzHvsLEPcDRTFSW/aWJp+Qr0XCo3p1dS1NVJn/j/ANcTSGlijpXxdRui&#10;GSkQfcf5XJkH3O1F5ZY4lQBVU6lcqg5AcYotxEIqZpmEeqy1NNT6G/2IOoDj8e0J2ezq2lDqJofP&#10;h1aLmveENEnAQ8Keg9cfP59BdmMv8Va5qh8z8eKNKaqeGLy7X3VnKKtjYyvUnQa9aymlnbUHICci&#10;IqGOq4ka92BQ61VE/wDQeB0uv00sEY3VR9Dfn3791pA0Yw0fECrcfOuafy6XQc136mSNp2qRU4By&#10;fQ1FM/LpLVGK+EGQeSKXr/s3AS6THPVU+6cdkkj1Secz0kdZiqOZ5WARQksgVHAvcW8fmqM06FK7&#10;G4mrj/tI4f1XsCbSwTqNQ9sttAkkeQzdxOBilPTKMf2Hp9ucr9Db+HHQpwYV4n/bAVGCO3jTNOGH&#10;G7M+PmKq/wCJ9d9r94bCyIqI56fIULUyy08cCSyRTpU4XdeEnirIiFbSPpbj1gKUVm+t+uNyM0+4&#10;eoNiZZpFK1E1Xt/AVdS/HFp5qWKVjcD6c+0R2ttOibQ5JJFRWg4UGBjo3t/cCRYpI7qWXxuABZeP&#10;7G/ydDrgPkZ8m9jTRYjrf+ZX8j8JSUwpRQ02a3f2rU4EpIW0RvSPkNxY6mSOO+sOXjJYAar+wuyv&#10;xY+MOYidch0diaBSWYy4qPJYY8nX6TgsnRsAspJsAt/z9T70dmTRQW8RPyA/z1/l+zj1pOc2EmqW&#10;MMCP4VNPt4f4ejCbY/mKfzWdsVMEe0f5he1926zFHDj927b6/wAhKoeV4BDVT9gdYK8Un7oYkyoQ&#10;tjq+lwszPwA+JmcLmLb+7dtsCX8lBuvONpdGe10zf8XjKtfkcD1EgA+212mFIyWtf1QeIYjHoFIN&#10;B8qnNejeDmmDWrtolqOBGmnyqGP2/n0YDBfzo/5vWzI0+8l+OPc0jLTvHFPtHA1stRrjeVjOnWW8&#10;tpzRyvHGdNoD610kcr7BHdH8q3rrJ/cSbG7fz+ImnQNo3Fi8VuCJXDtd5Y8fPt6coIpGH05L8txy&#10;k/cp01RyB6EAj/Dx6VR8zbbLpV46ajTtata/6ZdX+T8+jU7S/wCFKfde1qWmpu+PgJk6nIgyirzH&#10;XO/s/haFliRS8tLtzc2xc+pMjHWFbLs0SqQNQuwDuk/lO7npRI9TvrZ+6VeIRFQcpgQ6MD5g0LUm&#10;ZjlEhlkGkuBZzfk3DX7tZXBKj1rSn+r9vSqXdEnUNBUEjFaN/IZ/aB/l6Hjb3/CpH4WTzpRb66X+&#10;S3X9WNHklba2ydxY2JCFBkkmpN+Y3IaWYjSBSM9iPT9fc+q+CnZWxsfI+O2jFlYaUCZf4DkqLIVs&#10;/iaWUR2qJIshWi8remzm/P1JHu6wKj0b4qeWa9B64u5HKvJKSK0zXH5AY6ON1D/Pv/lndy5OgwtB&#10;8iMf1/l8hIYoqXtfbW4tgUUbgXP3W48vQf3UpQPpd68Akcfj2GdRtjObYmip85szeGIMIWH/AHKY&#10;CtoReIACHy1KRwsY9LEENYhifaoMqDU8Emn7KZ/MjpNNb3o0ltIVhUZPD9nVk+yu5upe26MV/V/c&#10;XVvYdLJGk0dVsXfW3t2RPDMG8b6sFXV9le3F7fT3ng3JhDHLF9jM7qt3SSeKJ1KjWmlEaRhMjfRb&#10;3uP6+7C6iIJI/IkZ/Ktei19vugAweiscYNP8HCvHpWyYbLMyOtdTCORxd40klWRDa2uXyJEqSLcC&#10;4+g+luSZ34pdjJit71mDnllhoM9JTrSeWWMnzU6EaCVjhjQvEzj8khVuf6Sn7TcyHauYHtvEpDcs&#10;DTHxVz+3rFL72Xt82/cmW3MFpEv1e3Fy5UEExPlzQVr392aUqc9Bp2xt2o/g+PzCNG9RjmkjrnhX&#10;SskNW/7rsoJcL53DepV/U1vp7tci/fiDKR6k/DqbXQH9RIVvrbi/vOO3ulnRJV+E0NPMdch9ys5I&#10;zpKkP519fPoLdu5lv21LBlJVUaOxXRewJ1aWtb20zQi+lze17h/SpIva7W9mqvUY6C1wrJxHQ042&#10;rDKpjdblQCSPrb66QL+4Uihfogsf1AaiTb6WsP6+1C4A6KpY2rWmelVDIGQDUP6/8U/2J9xQx1/2&#10;AGLXDrp+l/7TWXhrD/E+3CRTpkhqZGenBdGldXJCgC17f7f/AFvfYaXhizAK9tGjx3Fhyr8kj/H6&#10;e/evWgKDroiM/g/77/X59yFZgR6ieR+QB+f6kD3ogU4dPKDg+XUaT6t/rf8AEe5sb24P5sLCx/Pt&#10;hhUY6Ux6Q1fPpkrFJJ+n++W3/Ee3mn9LKFVgvAW9uST9RYnj2gk4GvSyNu7PHpG5WPVC4YelVLH/&#10;ABsLC3H+HtYY+J5GTSp/Vc/1t+f6/wBfZJdOFBqehVZGkYoRU9FL7Oq6ekRvJIFVIWINidTmN1Cr&#10;/tRB/Nhx7CTvJ1o8LRxsSP8AKZXA4JLaDpt/W5e3uCfdp9NhZ0I7m/z9Zq/dTtnueb72ZRwtVX8t&#10;Yr0QLcN8nnccsYIE1ROfXYDRdIzfTqtw4P8Are6+N1ZySnR7myq7t9ALkLxbUR/X3jLf3EhnPh+e&#10;Py8/8nXUjbIFRYVpno7PU2xKaoiil0hmGiU6WZhaR1QLxezXN/8AWHsueb3U0snjUuSAwcWUaSRf&#10;klrW59lYfw30ScPl0J4oaHHHo7u3tlR08Kkqt45B9C/IWwuLoPrb2XHfuw9lby3RtjeG5qKCSs2p&#10;T5SGjyEwkqYomr6Cthx61ePE6wVkFLm5qedSULRFCyhiQpGnLt/s8d/Ed2hDxrHJoJXWiyFCIzIh&#10;IV0V9LMCeAIoeBVz3E9tYzLaxlqslRw1DUNaqfIslQB5sQDTj0JlFDlKDHVVLiY1kqKiuxriF5PA&#10;XphX0pyUcMzABamXEx1AjuQPLp1MgOr2l1wOC2Dis7RUG3Z904PG064XI7awWQXb2QpKLIb92jgq&#10;LLbUSrxHgz2ZwFNmI46RKyarV46qSSefTGIS7vd5G+4XdrZwAWqO1I4k0kqsuhOEZMsiBho1s7MG&#10;JrpDRkPfvO8uvCJk8KVpAQ76XFPBkdtQ1ArGxQ+IaghtGkE0IiZfKV08G0ZKXNVOFyWQykRaeXG0&#10;2Tg1x7I3HmXoM6GnU4bEVE+NSSd4BTys0awxmNpfKiWw/dGRyO5cdV9f7ZqN4ZVsaMNDjd17aTN5&#10;aro8NFKazEpSU1bUzU88OHSSm0UVTUxTmAsDN60Umvr22ma3aBDqAoS4q5IotP8Aag0FNQK1NcHo&#10;zt7A2lrNHdTeDbFtRCNpVdVW1E4FGYVJcAhiMCoPTjltuY6o2xNDnspUbUgaqfIVOSwGZXDw0FdX&#10;VHnmyEeQkghpv8tyEhmBqIvRLLYWIUkxPUnzAoqTcddltz7ApNoSY/F0dPlKbEZCTbeXiyGKllFF&#10;kIKTJ5FMlTJgcdkpadUqIaWRhJIVLgeMH/JO/wCy7LuNzNzDshu7NkZMMUdS2nuQ4qRT1Az59Bzn&#10;HlO83vaBaWG7tG7OaeIizxyLjUhFDQOwQ17gdIACmpJduzPipB2JsmowFLvmq3LSV8tc5XsHH4fd&#10;uMrcJnYsfPnMLK1PQUb1FBnMxiqWunLiYeSnQIsbr5QEvYXfW0snuHdO6stVVeWqK7JVdbiaza+O&#10;k/iOLpchuCs3GHr1q8XBj62Sskz8/wB14jRlqWCPROqK0cpTuF9YNeXt1asv6sxdAoNUDMW4nSCS&#10;W8hQZoTXo52bZtwtrDa9uFQsUKRFWY6X0RLHgK1VUBQQrlxqqSlW7Rj656qi612Js7Yu1aakoMHt&#10;HDbdwQwtfPWVtBLjtubRw20aGnxMv3VZWYkUlFt+nkiaQ1IkZpi8PlkE0Yv1NHV7g2Ttmo3Jloab&#10;ObdyAR6Ci8C5ihp6OWvo44J4al3jy2PkpKseJJ0iEyELKeSQIU5eN5yzabpbTr9araWQlS1RUHsr&#10;UjNa+gJ8ulAmt9tuZIAi/TTIajuoSUUNQjKmlVFMLSo4ULbQ1S4zf26KDDYTJrQZeiOTGVZ6uo2/&#10;XZWeODysK+JVkoqsVcbJLoaSSFy0igAaS69e0XXu15t6Vm8km7Dz26cRlaDcCUeF3VRfZ0VTPh8t&#10;i6eXDY3F5GbDHFyUKiGrSR3EMVO0bAL6w3boImvI5oRPdyLpIFVAoQQaKD3LxHChIPl1XepdxvYt&#10;rg2i5ks7aCdXUtoZpNOoEFnZVfWr9ysCagnzwiO0sP2NupNmf3XzLdc0u1t44TL46qhrNtZCWrlp&#10;KbcWHyyLWZDOpHXxZChySxtTzUsOnTMsmsyegNdy0u3qDfVbl8BV1mByeVyeHzGExVftDcVLtzb+&#10;09ovS4mBjuKamxmBRp8RSFCKvIRVFQJdYjYnX7YktEtHV/EcSvlFKONFOAqygYFa561Z7reSWQsL&#10;xVdY0KyS+JH4hlapIVFZpMk4CpT1YHBFXa65RNsUO3s558464h4M5uClytFXSZTO5CmmfLvNRUbV&#10;9XFIctLI0YijaOnC6VOhAhE/emRyNbh5s/Q5nJblh/jOBoKuqzEmFioptuu+RX7zGClSGljx9VWV&#10;dPCrQys86yDSgcqoFOz7fHfWt/XTJuI0ZkIoseTqHEU1MnrWuaGoHgPDtkgtv01MjmnczVqpzWpB&#10;oDxGD6jpD7PpaTA5bEYKTDYPbgqsbm8gkODlyU0g3FULSH7XI5CoYSVVacbSVcrxyQtp8K8usWpg&#10;2O36bauRyG9qbIbgqq7NYhKHMbTpcpR1FB96aDEwVE9DSI2Oq8dBqw1OsUc0iuEjKl9Q1stl2l7C&#10;S4uTeyMjDKK4oSVUGgYrX4RRgDQUHl1u0u77ciduu7OIwRmokYHUVUkqDUAagDSqgKfReHQiU07Z&#10;dI6GoSCaTHZSSvo8s1FUUkJBlqlhT/KYKyGvrfsqqRJpIf2y93CKGsrJU5zeu4E/iOK2lRbckbK+&#10;KLNdjDNYDI5WXHSWpzjMdJpzNRiQKeMNXCoammQHxaoiCCC6uLm6M00ljGpLDS8zuzsAfJQSQtAK&#10;kgCtB59HkaQxCC2aZmi05WIqQOHE0YA/Lj88dSKBcLF9zj6TKy10NFTSxVmOxEFNPQUbThUmWten&#10;o4qFZ2ZrpC0aykG+j6H2I2Jzc+QwdYMvSZHLrQLHh6vFRNncbt+qravIUmmooazJV+YZZcZFQvoN&#10;NUD9uodnW7KUN9k5m2zZI52l2bxpHi0AeIVQOz4cCrNUBWHayijkspOOkP7sRbl5UmEbsKgkI0hU&#10;ahRqKpIOB3VHaBkdJPK4J0zEK4jK0eJyFSsuSfKNjsLXVv2dLTVCSxVVPR0OOWajqpnidjUrIPKk&#10;YDAtygtyZilw9TkcfBm3w+eSkq6GCpghjFPRZXLTQSSvS1065CWgoKJWpI31U1ZNUBm1hWVboZr+&#10;TcZfGlvDFhioUKiqzN5eSqO2oCsxya+tY7BYoI0S2j8PUGoABUBaCoAUFviOWoozmpotaSiqK2mW&#10;U42nr8c7JK9RUuHqauOhgpoaZ6iiEEMFfWVGqUsQ8MNOERELjVYf+st0x9dbYpYO0YW3HkNw1+C6&#10;2zlbRiJcX5cnjauXO5kxrHSrUUGYr00zQyqYJKdEEkJAKAfctXsWw2Nyd7tDcNNNHbPkaaSK7SMR&#10;TuDMAKPqVhXWpqag3f8AbZ9z3Oxt9olWOKJJJxqFWJQoqBfJdKgEEBXVsqwIB6KX3717mu2qjFf3&#10;EzcW26jaWEr+zMes9GKyTI5nCz0EG3MTNCVmGKix6PO8VRR+Ktpqiod6app2JlIjSbQkxOO7P23t&#10;Kix+Iql663Vtuko8Y+PwzDG1lPk6nP0+L1tQ0ePgpcdNUBI1McUTEIoUWss5atHabcmtrdFvWspo&#10;2CkLVZAwfTrIACqZCBUEYArjqJPdzeNpt/6gbvzDM/7psOarG5kYBpSrgP4LaVq7/qmMNQVNagU4&#10;Krqbd9XunH7Wy00mUysO6Io87RS1kkrR0hoZtsU+JjyE4aR5qmpRYpGdtRZFeQ2H1KO+4azEUuax&#10;qbhFRl90V9bn6zNR+bBtRYidc5hMJJk5qGrkSChgw2bnoFUtJNk1SELGqMre3PdT3Ni3bdd0lhna&#10;aa4dnaYqEc5kEakI7KPDSTwxxZlVBTAJF6bPu/uLzJs3MHgvBslhEbdFkUB5HkeGR30MC1dcMVDT&#10;so5PeWQGTgxePp8bSU9XjKaZaIUkC0kccVVSJVU1RR1cKwLJCRJUw1NGkxkKaYGViXGk+yz9fMo3&#10;TFR4TJSUi0mxsjiJYo69ad965TO7sklFTVvnp6CKfI4+PJFqJJRMytDUNJMYngvC9mY7mI+BPRwo&#10;U8AZNTFuAoKxg1FfPVnAJlncrN/HgiMBkiM6HUeEQEYHl/GVocYoMeigrgKeMz1TO8K1q1d2idko&#10;IqejDTyXKvKItcT8rbiUgA/k+HUuzcrt3rXC02Y8S1+Q+7y0lKscCCipsnWTVeNxka05aInH4uSG&#10;Jje5ZCTyT77D/dj2C/5T9oOU7HdUK7hOsl061B0i4dpYlwcEQmOoOVaoOR1Iuxl47WVYmZUMrHhx&#10;IAUn8yK9Fq3du6kye9siaSRpaelaPHRzBLBno4hHUNdiDo+61gEfUAH8+4u7UX7CqhnVNMqtEFa0&#10;ZLlHWPnVY+km4vyPeQu7yxps94GcDVGyipAqSDjJA/nwBPTs9w4FMaelntlyauGWFjrRWdyljZBY&#10;HgkX5t7LnU7Agr6pKg06RxD0Fir63uoUrGXXS0cv1A+lvcFHlFr+6SY24VGHxN5k6aAeRJ1CmaGh&#10;zwqi8dz2k46FZc4salDJrlUlWso4ZeDquRxcfi/tg3ttnGYDBs0UEI8jxwQsscjSyTPIq6AyJ44l&#10;S51E3A/ofaPmzYrTY9lJWOI6mULRatq1edPSjVz5ilc0rMyABliCsPTz6mYvIPWzspBsnN7AD+p+&#10;hP59mc62x8MWzsCyN5Ukp43DxEmFkcIiFbgf5uOALq/tAX+hF5w5XKxcvbOkZTQLVDjh8PAYBIAI&#10;AP29KgWePUxFegm3dkGbNVsUaojRa+b8lo1VeL8aSW4/3r2ZzZtPHTZDFVUcpX7SrglKMUZXMcsc&#10;oIV2GmxHsm32Rp7W9hcVV0YfkQR1H/udtke68icwWUtRrsrhfMfFGw8s/s+XRYN2Zeqiln80SOZZ&#10;IwkwIiMIiclkd/o6uovyB/T3azgNsZWsGUnydZSUe3cNhqEwQeBvvKZ6eGSBKaokScwyiqHhVFAA&#10;UI5b+gwv3Pc4EkiijRpLu5mIFDQEk6mNeOCCeH+Hr47ue7i35k37eNztFZbm2DGeaupJG7dCotAR&#10;IzO2qv2jgejww18O3Kfb+Ijgkqq3PZKZKSlhaOMxRyrNkcjVhplOqkx1OSzEC5LKo5YAlJz+ws1k&#10;+3Id05fFxVu1tlYOOt2pQeFpoVytMtQsU9HGj+nMU7zyGBkVHSP0g6GNpVhvdkj5PhsmpJuj3Rdi&#10;VVimGAYaw1D4REZYEEBpCKFuhVs/Nm3WXt5NsO2Xzx73ul2RduGo3hOQCrmhHhNgPqrUkkgECq2U&#10;iwH04HH+Frjg829zN6zNkVaCjztRh9x12MyuNwmMmkpYpZqulhnmnrsZj69lp6yfH+WNvIC8Crq1&#10;3VhYGSCZLw3NrezJEI2HbRk1mlJCp+J46VWpAK0Qhq9a5dMNtBF4mxJcbTFPFJcz9zAAuQsbPHmK&#10;ORRp008UsBpcfD14KQxP9b/737qB+fXx3/v/AEXUWN3hj9zdq1MO5dv7Xw+y9u9i4XrrcO6Z821F&#10;Dubc1fTV8dLS5WlwC0UNcYabS9JoZzLFCalxAXvtsG4cwH2+23cLqXdYI5Ut0gS5jtrmeV6+NcON&#10;ARwgCPhf0anU6p4jDo790v3p23lOD3JvuWzZ7BeSRXF3LfXFhPuFlZwQKxtbOIo7zJJcNK8HiTsR&#10;IoRQk8piReXtS92/FDYvXG0+pNvdd7IpMPPSZbKRwZChx9HXZRBl4IIJlyO5aoSbjppMpMzBvBK0&#10;VU6KsguqD3k1yZyX7cbWLXa9j2y026S1DmEosf1FfBCSymeRvHWgZFZu5WqiyKUZdIf9r/fjnnnv&#10;f/cbmbm/mC5vrdoIPEEjyiEtEzGICFP8XYJooiyBXQAmJstXGZUVgpYBjq0qSAW06b2uQP7Q9jbs&#10;X4/z7J37tOixeUp8hl9p4pa/OV6JM8coniEk2HmqJaWWjasqp6NC7Ivk8ADJp1B/Yvt+bEbk/Z+V&#10;orzdHm23Wi3d5Gkj3luWPiBZ1BVRK7RsulQyRwlARWpBnux7sWPM22807ncbdZ2u17s8YitbYPGt&#10;u1KBlidxL+iCdYLNH4rEEkYGGkneojeR4JYAJ5o4xKYSZY4nKLUR+CaYeGe2pNRDlSCVH09j72/i&#10;akbV3HWtPJTxY6hrJ6x4aqqiJpqakZpTeDVLSwU0bGUmNRzHqINrFZtG6R2yMzkj9NiDWlCFJGRV&#10;uIp2DVUgjh1j37dbjF+/9mtWhDmWVFQFFPezDSKPQMWbtANahiKitRK91k9WRQ7uzkJoNxLWCupK&#10;p6bJ0BahqKnHRRTxwVUlRHUvOs8NPKYpJGImLJbUp4WOeSLv9+82LfQb0dTRO4kjXQ8kIBUOzoT3&#10;+EfDbUPFByWU6us3+fZJOX9rmW82nwmjkUNHINarISCy6Cukh271A/TBOKoKn3s6218iMju7NbOk&#10;w/3IxWMp1rpKuWQVxjqom/h2QWsVKmKvx9hLFJpInhnjN1CsbZAT3UMcUfgXhju48sCAQwJFCtTR&#10;jVW1MzAmmQTk4z8wWslty9tfMx3PSbi4bQFFYxpYeKmgsrRyZRhVSjoQA1Vz72FnyA61goNs0lNT&#10;YkzYzI1RhqsnUV0X3FHXJBOKKBIC6PU09XTvMS6kFVUGwLek72q5TnH6var5A6tC3wkihChQxIoa&#10;EEq1CGAbBxkb+0fO0l5vc8025ab2COqRKh0vGWQuxalFdCEFCKE4rRan3ssCbc7cpOkuzc5tPGw5&#10;vIYaszlDtPakVe2Pqq/IVGUkqFH8akDvAtfh1pkSMSRIsqMp0k6hAvuftXuNY7NzxLsdtBK0a3f0&#10;lgp/UlU3kuqQzkioNuEAjDADSVJBrWeTvft3c+5XI208wXT2tvdJBJd3ejxESIQhP7EV1MkxmYtp&#10;YlXB0sBo697Gf48pWb/67otu9o4NttdrbZWDM7o2Rj8rBJkqF56VxRZCnjxc8yZLEZKlq49DESRv&#10;UKVk11C6lCvJO67b7p8obJyP7qbbHae4ewXcV3c2CTeDNDNGzNZ3giilJeKWKXVR/EXxGrLViGYE&#10;+6t9ce3fOW48we2m8Nc+3u8Qy2dtuEsBEM0JKrc2zNcRqEmjI7ypUrGQyaIXFfe0L130/Nu7pnqz&#10;MbS3x2tsij3BvAbv3VuHduEaDsTcC0tZuuKak7S25DKYJ9vZCo8NLVwHTFUUkUMoZSFb2jueTd03&#10;j215YTk/nPebOSLcXv7ia4St7dSoZ3jS5VWWKXU5jjZCNEirFIdRpUYbv7mWXL3uxz3tnNHLHL19&#10;cw7YLC0itLim12hmFmDLYTlS2tImeYMD4iSvJHUDUBwlcxxySCN5SiO4iiCmSQqpYRxh2RC72sLk&#10;C/1I9jHtPYHYlFu3IUXXFXgcDVLn9v1O6jujH1WRjyWzsHnmpM3Q0VNDGKkZuahmKRFmXS99Ui2s&#10;Zx96X9wr7lnkTePa+farfdbncrI7mdw8XVJY+B+oqGMPW6AIADuFKLQOGIIineOavbqXZJZfcJb+&#10;8tPoLtdvawZEC7hNb6rWSQzFR9H4iVl0qX0FdMTU67DXQMVZbqGKtbUtxfSbErqH0+tvZ6uo+tt5&#10;ZLuKp33S75qYtvZTZ+K29iOtsltekpKTbm4KXITVNVu6rywkfNVeSqYah6ZqY+OLw6eWKhvYA5me&#10;6tb29v7vdHfZjarEbZAoDFZHk8XxSWZmKvoFKIoCsAX1E4r8582cv/1K27kiXlRTv67tJNNuS3Lu&#10;9xBIixrarDpWJI42USCQamLVwtSOsc0ojjmcg/tRPL+OQi67gXvYkW5t9PdrNRQx0NOhVZvLGs0F&#10;qdHY3nNFpl8YZnKI8l2NzpAJPA94/JcPO8pYjQSDn5avOnHGPX5dCffIEk5C2+D8KRR8eFFVqD7c&#10;ft6qc6l3jW1vyj7AiWqjjpK/KS1M0dTpVxCjz00YSQH0ORAdKg2a1iRf2W7tnOtt/DZ3cNQshTBY&#10;Guypgu8UrLj8c9UUAdSyMGplFm/J5t7Z5Y3ET85bvH8SxqFU40rRQXyM9zVpjhxpw67O/dO5di5Y&#10;+7Ryq5tQbma3aeSWvGSeRjHX5Kjqpp6Yrx61q/kFnz8mP5yPZuwVyFRUYzKdz7R6QxEbeGemxVHg&#10;X29s3LmnEU8KLE+bjqqoiPx6T6h67j3Wp8IeoK2mj3F3buplqM5uqsyNLifMJmqEgqZTNmMnM0pX&#10;yy19SBCjCxREccE8yXt8ItGnmenjMSSfPNct5DgeBOSfLiOtkt5uat6j2+2YmUsKehKkGn7AfLq7&#10;T+cD8pMPsXCYT4wbSJo6bEYPE7r3ZDQNCsMOOp4pKTZe2Y/G5eGGF6U1Uytp0rHT6A2kgmV7/wC8&#10;cL0f1Xu7sSpAyk2AP8Oo8dQSRyzVWfqjHFjsVUaJFNI8j1CNKf1xQ3cA2F62tpNc3U159PJcMifp&#10;IFqTJTtUZApkGta6alQxGnroJJzby97Re3fj2cafvdJVjKVOZSA0mvyHxVI8yQPM0pB+F3w23X8s&#10;Pkzs7aW5IcvgNrZrCtv+szGdwdXjnm2Pj6mcVGW28J4dOSpMlk4ZKajqbeKonkWRwq3HvVF3Vm+0&#10;Pmb31T767IqkrKfHeDAYbF0NOaWnoqdJ50pqDC06FxNIalyWMjM7ufU/I9hXbeTN2555tn5i50lE&#10;ew7arIERSnwF+yKmoNU6m7jpJqcE9Ycc/wDujut/DKz3Hj80XxFCABpWoIUj8Kipppyfn1u89VdW&#10;bD6N2Pj9h7DxSYPbWK81ToeeSZpamVEFTX1lXOQDPOsK3A0xxqoVFVFUC6rtfelB/Ld+OW2MfsXC&#10;UOX7a7CU0i5KtjqKnE0T42kgbJVlZCTDPU02OOQWOnp18XlM7O7EhlK/3A5kTliwhNnaLJeSNoiV&#10;qsqRxha1NQW0l1FKHU7FzTQARtyZtt/7a7dY7oIYl5ovotYldA/hxSKdRQNjU+k1NPhVF4LmlXE4&#10;Gi/m3/I7sCDe+WyWP+K3xqylHjMVsbG1v8KzO9935g5Jcfl6qrpVqTTUPiw8ks8ocyqFjghChpJA&#10;Nfw9+VO6/kp01nP43UYDBdtYlq3F0jvWri8dka2spKibE5iPGKldUIaNZGWaMxTRs0OtAA2lRJy1&#10;dX277Ha325WSx3jqwYCgGmhpVX1UAp3ClDxPE0y/9nPdXcvcflrmTlI7taw83W6FIJWIQyKUOlwq&#10;j/QmwwQEsCDSop0Wr5kfA7qr4r95da7025sjcmb+O2Zehr9/4agw6bnzGGpNvVlGcxgqHMZGox5p&#10;qfN48QrBUGsp6tDJOHqGGhGT3TO49zdb7O7n697C752/3H3Ls+Dcm9cvTNk63IHaG3/4XUHHYp4q&#10;o0+SiZqmmM00QQLTiZUsLxmU22Bbqytrq3vN8iu99tyZWAcERo/9nVSC4FBqepahYDhQsLOQjDyT&#10;yR7p7HvXN9vuPNVjaXFz4YeRvp1ERLBWkVdTM1HdQO2q186Gc7I2Dsjtfe/x77Z2H0XluoOpN11+&#10;zds4pqHAbY2pld05PL5fFVVPlKnG4M5GjhxdPiZFipZ5ZFqK8oWQMiMI6s/5f23TX/IHr2prVesr&#10;KreOSzuTaoHmEk1JS5PMpK8siLdjXU4YEpxYfn6BzYduNvt0KSMXubiVizfM6nOeJNFoCQM4+fXO&#10;T21s5Oavejk+0Ka7dr6DBxVYyGYH5Gn7K9WXfzAszPg/hf8AI6qpquroZq3rHPbeSqoiwqoxupI9&#10;sv4tFmLOmWK2BXVexIB97E3aPaUPXM20Y22tuXO1O+95Y3aNHU7YxUmYhxVTXRTiPK56NqqnlpcR&#10;RxRuXcFvRfiwJAhhEO3W1jDMJCjOsYCioDPU1OQQlRlvKq/l2X3jmu35Fn5WsJ9mvbtNxvUt0aBA&#10;/hmSp1yVbCCqZGcGtKVOqt8VvjK3auP3PBkN7bewG2eotgV+7Mtgdy52kwVdmaOLIVOUqMZtavhx&#10;GT8dXWzPEwllgbxTyaGX1gCD2durybM3bPDi8jDU7fq5KISVq4yKgyKUdDTZTKV1JWy1sdNJQ09G&#10;lRTN5pae9SjwkXFz7cJLqy2+9vNvUPIsZYEaSdK0LVDsopp1BgxFQrDAz0IObLS05g5Y5kt7vbpR&#10;ZxSmLXIi6XCoHaSM6jVO4LVgr6gRQAVI6/E/pOtwfcmw5ctuHDVuJ3xgo8/k4sa+5qvcm2qjK5Ob&#10;B4bB53Dfwt6qjymSzuRoK5UipK7TjZYazyJCJL6v2xO0KPqH5SCs2VVKuC2zvHE12CyqQQR4zNbK&#10;3Yy5SlWiqizGthqMQ8tLMqnRFWqykakFoQ5N91dr37f7uztdraBNvmVFcxBNcc4Ylw7amInQOWrp&#10;qSaClD1xl/cG8e2vOuxcybXvMWuK78ZGVixCwyLRWQ1C/pUGNVaGpHHrai3lsde0eps5sXeVJTfd&#10;7t2W+JzEd/2qTN1mMW1VS1MRkscZmf3YSP0tGDyODsaPv7F7iq8xiGpiaOmyuGp6mvny0VLjocZl&#10;KFKyNKkLNT1aVdfQ19QoOlooU/dLMsDBZ6vdzjN7d2MnhGCNkSSTWPDKSoDkaw5Z0LKQo0jSHNQD&#10;Ts7ac0Qb/tWm8iZ2kETeIW0qqOoYFlBJJZWZOGFzxx1R3R9G7h2VitsZ6DK0Umertr7sro8Rj9nx&#10;V25crujHZI0dTU0ZrKbI0CY7CZXBY119SvUtamaJJKqASEcwGA2R152di+oa7E79yW4t0b8XcmB3&#10;1msSmHw1FtGEZny7fSrSikasoYxV1GNEU6ysKd9TyABQ2P8At+3bNy9zftPK8W3bg25XO4LKl1JH&#10;4aJbozhoxUEutCY6ONOg66gCphPc9k23aLuXlneLaWUXUjNHLMNA8Fjla14aqqf6IJ4A0P5u7efZ&#10;W+ur6zuDB7t2pHgdpdU5aLcGzNvZRd4Zep3/ADU2HyuPyYyOKqsfSQ12JkpoKuCOEpVedBAqeSQt&#10;HT58r+mMr0X3bk8JiAYtuVWndey5aYtJSV2zM46tBS00tQZY46jDZCN4QussggRmc69ZPN2sNx2H&#10;eFgsJmSzjiDQhSWV7OQilARgoymgrjwwQcnVzb9y+VY+Vua982aQarQyM0b5whZvDbitV0MY2ofP&#10;z6N50j2VS9rde4bcg1U2WheswG6MZI8bVmJ3PgpWoctQ1fiSLxu0kYqI/RHqimjbSurSDb/CbpvM&#10;/IfuzB9u7n7ShXcnXWU23NksRWRmXMZzC0WLGMoqGneLI0Tywz4vGz01W0kMmiJdXrMjWH+3bFY8&#10;wqm87nOJNxt5IiwUMK6Y0VC7B11F44zE2tNKgcHLUUaexXKm5c+c3Q3p5ohgisGjkdZSZJp4ogSY&#10;4gxppVEpk4GjFa9F6+bHb9F8fuidy02N2LmcxBujB7qxlDV4GnSmw21cvl1ZafNZSqFHJTU1R/HM&#10;uk9JG2lqqtsgZb6lPjlPlNv7G/zDtrfHzD18VL1nDFj9i7pwOVoqWSly8+fwo3JPlYTDS0sqVVOs&#10;9LSUpjZY18b3Rg8gIJ3jmm+t+e7PlqCYDaUVIipCgHUpeuFBqMKtKALihBJaN/fK9uL7mDmaS3nf&#10;RBIwWgFcHI40oSAc1OMAGhBAtnfGPrLcX8vTK99ZLbi1nceQ29uHuTAb0xddmKfM7fz+Cr62fbcd&#10;HW1tbWVTUyLjEnro6kyeSrkdnCyRQeKzH447WXrXdnYvVNLBKu28bk13Hst5Z5p2pMRnBSVtXivu&#10;JiXnNDPXR3ZrszszMbk+wb70xPBylZy20xVLe4C0A+EMrUArxAKoOJIBFSePWP3LPNM0u5SbRcyk&#10;R6WYrjiDpJ48GrXHzoAKDqmb+d1QJ338Rvid844oqKm35nZajpzt40UNPSfd7pwX94FoctHRQK8N&#10;L/lW2coujWqiGenVbqin2czfMLVe10YsWljp/tncOI2MUEr1TKzAXACulvySbD2ae1l9cTbds1zd&#10;gmR4619a9g/Ptz8qcTjrjZ99GOx2fnCS2sE020m6VoASNQiYGhzjWQc0wfLq17/hPduTc+e+NcEW&#10;5S0iUuIGSxUsiBJJqHNZytooXkCgL5jPgp9SgnSunkkkAiPcdUtLtGvlqEM6PT1ipEzaU+4XHyCL&#10;yKt5ikUtZG40gEMo5Gk+8ouR7ae73iBopAsopQ5ppLCoP2hSD9vnWnUE+3G1zNuu2XaTosby0BDA&#10;uNEilqqDUVUEKW7Wr5ivWwwkyvLJEFkBiWNizIQjCQMQEY/UjTz/AE9wunMBDjOuqGPxWlyEr5R4&#10;wllWHS9PSEERgWjana4B+oFuD7X887m0nMU/hj9KBRGtOApkj9hFOjX3Ymup+aXvKg2sMaQ6qivi&#10;OC7CldXdUkEj7TXrJq9RWx4/P4+l/bB2lt/+L7YzEMfIlopqd4lkeGaVZI28jIzIBr0pcC/4+hF/&#10;ZEt2bm3vbCVTolhZdQ9SKAD59a5C3UWG+bdI2CkisDxGCB/l65e6kajbG7OtY95bw219ln6vF12K&#10;libMmYVFPQ1GUo6auoZYqOOkVlpKWWUIY2jTRp1epLmLOS+W975d3vcNz2a4+oukmjzIzGRIy4Ek&#10;fhoqjCagvAEZYllJ66Exb9sHPEnLPLu9rJaW9xFKD4QXS7rG7RyBpNXxsqlq6jWoWimnXvbznci2&#10;8dzdQbhWkNI9X2KM3kY1AAiqRtDdEc/GonxtU1IUE2JUAkXNveT3O+ua49lSsBUHewafwhbG6GSf&#10;2edSc08k3LtkmwbT7jbUbpXEWymCJv4lN3bFT9pRSSBgHAx173b/ALSp/wCLdfbb+5jZkqsBCs4s&#10;2rRLEykJYoFd1lCg6gRc2/qI+5jn+n5k3KKNu3x24GnnnP2gHh1zk3+4bbebt7S3koYrttOcVD1z&#10;6gEVoQRwqPLr3uuT5BdVbgxOfpazblDFT4GPHrTY+Knkl+5aDBUUjx48TtDNV15ip1QRxzSakIZg&#10;XLMDCvuJy9evNtd3ssSizjtlRUSmtVt4j21EZZgNNELtilQM06zM9oOfNn3Dapod4u3fdTJrkLaQ&#10;uqZ6F6VVU1GpYxoaqVUgBQeve53QuLraConw7tIaRGqCs0sMcCPLVVHncRxJFFpaSadjYBiSSCbi&#10;3seezzXW3JuVhLqa0i1EalCZLEkLpVdLVJJFDXzNagIfdm8truG33BQBclVqoYtQKtBxJ/Co9BwI&#10;FD173i+Q/Q+O3ZjJqtKKaaaGJpYYTrKiVEeWK8mhjHCahFJK8jjke5O5p5aseeLdHm0fvRFOkltA&#10;agquvyqKDIyQD9nV/Z33WvdivoLVrhRCxAJxUAmjYxU6Sevey8bG6nw1ftz+EPQ/b42asxG5IoJS&#10;G8NXDHBBM8agySEStB6RduD9fqfYw2r215ZueQ7PaJrAi0mlhuFU6SyyiKIOVIwFfSa0YnTTLVPU&#10;wc0c/wC4229NuEdxrvFimtyRiqsSQPLhq9AcU697PvuHb+58LtOLMdcbNo9z5KCLGzLg6nLRbYir&#10;qapeIVlRBk6+krqb7iCBgzKUUutxqJCqQ08sez3bW22WyLH4qq6CQxjTqAZtWhqsgFUUgA91XTzx&#10;k5R3Dk3e+a32j3K5zn2jZ38at3FatfMjorGKNrdJoHKSSALr1/pk6tJFT172MVHjc7Vbdw81Vhoq&#10;XNz4/GS5HC1NfHLTYuaup6abIUslbRxLDWDEtKyXhUiZ1AUBT7LG3KJp5JUfTGzGmoipINM0JFfL&#10;/LTjFV5ebTbb7u9vabs8u0JcTLFOiFWmSNnSN9DtVfGAVqOexSamvXvaO37tl6rZ2446aOQp4UqQ&#10;njEZDw1MFQhJlUKnI+hAA9iHZL1JtysIJz2McjGaggUrjiRx6PeVN58DmXZ/GkUSB9HqDVWXy45P&#10;Xva76sFDPgPCS7CSjjnuFWIgyxQkq39pmN2HPNhcC1vaLnH6hLxpDQMrEfsJ4f6h0FOezcw7trbD&#10;CQrk1+En9nl172q8lRoVqWhMNKq07aWjVZlDIurWFY+oKRfm309hKwlcSWySSFnL0qceRHQfsLll&#10;a3WbW+phWppUVGDT/Vw697bthNGaHO0ZJAx2ergqhQhWKqgSSNVVSwCgWB54BNr29iLmEfr7fIvx&#10;SWy/8ZIr/sdL+bo3N1tN0B/b2UZ41yjFTx/l9nXR5BANjb6/0/x9m1oKupTbGFlrKmGHy42lWkZ5&#10;4yzqtNDHrCNpCyNFpA5vwfcI3MkC73uUJVV/WbzFSdRrgn14Ur86Y6zE5Z2MbryXyzNDEzXBsoGb&#10;7fDA+zyx9h6qYz2+sZgu/ey8VRx1bpDubIy10P2UzQpUz1TvLaZQykyS6m+oGm3+sOWKochWtJBR&#10;RGSJ21FhewBXT6m02uLe1d3dWtuokuJArAfL/P0YJsUyuqywEPwA4n+XTl2L3h15suhOa3Nm8diR&#10;FF5EjqZ4Y5pAoLFY4mmDNYDk/wBn82PHsQ8bt2nxyq9adThwSA/qJ0fTnTYA8X9xjzJ7hbVtkbn6&#10;nWw8l0k/4QP59SFy77Yb1vz0+nZIj5kGlPWgB/Z59Uv/ACi/m4bO2l93TbCq5MvWwRFAqmmqqfUs&#10;7tczK0pQWS5+mkfke3apyNAlLLAqeGNVsTfyEFuA51IeLjm309xnt3uPf7nfvGtoYwfhcgUIzxyc&#10;j/L1KV/7H2XLtlaX8pWSRhUrkHAqcfOuK06rD2H/ADHO++3ewnoWqayMNLUSUaTRpBRzQQxiono0&#10;e0QarkZi8Cn9ZLBSSLewayEtecksNQ8VbiZJSslKyNqCh0Vhb6FGROGAt+R7NF5032C9YmdWgY0I&#10;+XzxjpfFy5sP7vlS3txDdIMHPH/P/Lq0jZPc2V/hUmaMlZj93T0kLT18rJMksKRu5ihlldU8scsw&#10;BQ86T+Rf24Vdfg8a9HTQeOolqdKxwyeQmNIi2iGJyhuUMlmVmvpbkH0kI9w5hhluiXAkZzQLRiRT&#10;IQUBBAJJzQ0amadBobFuTRTTIDHFGupj295Ne9qsCAQABilRnpbbZ3FvrsZZspm2qlgxkhvWwvAr&#10;OZ43Imkp0IIZrAqUVQStlK+olL7s7AxtN4Nu09PV0tU2KqMnLU0dJVNRTJTVFBD4qrIfbNQQVXln&#10;UxUszpJOiuVRljkCjvlG1k5kvoLDwnhsowHdgraWINAuuhUEV1BSakA1UqGICU+2S2SvuMrrI8km&#10;hQxAcFgRqVKhip4FgNIr8SkqejvfG3pbJZyp/vbWVkNXiqPJpSRU9RUxxTxSujMXp6RnWqEdSjmN&#10;p9OmPUQGDFT7Kdn6qnjgx/201Zk0q6RqWXN1leMjPkYYjPHNA9S1TDOasStI5k0fb6pVESCKPxrk&#10;5yrZeHYw2NhN4lhEqgPIVkVwpZXzUVwKVoBkEAqCAWT2zzSyPdKkdwHLCMB00klCuKGgJNCKl8MH&#10;Jr3W5bUXwpLBGsNLBS6VjoKeFo4oYwRFC0caGWMRxUwSNLFpCouzHkmuX5JZLAYXC133FBj6TIVb&#10;Uox701XUtkZpyJEqJJ6V4hHHT0lKpjaR5TGxeJFRGUh8evvQwcuRbKwuXiO7SzjwdDhpGah8TUiq&#10;QEAopZ2KsNCRhGwcp/u7vzQ2/wAaws37mSM+NqipEi48MKTQliThUAdDV/hYUFKju6K6TSP6bG6A&#10;AfQ6QGINhf8A3n3WLPht47prZKTFYyunlYhlVqd49Ymto8asnkluProVrW5t7wBawu2YAR0PzNMd&#10;dDINUyRLFGzFsigr/gqOprzxRI0kjpGi/qaRljVeCfUXKhfp+fajk6EXbn+5LtPduA2xR+FZDj6j&#10;Jl89MrC4NHhaGmr8vV/Wx0UyjSP1ger3prS3tmZrtzIvkq4p9pIP28B/l6Nv3bKYg88ixV4auP8A&#10;vP8AkNOmVdwUVU5hxsVXlmsxMlFTlqJdJIZXyFQ9NQBwVPoEpf8Aop9wZe1OgevKWRdqbFym9MxH&#10;EDHls75Nv4Hzt6FqBTfc5rcMiAKLqyUur8Ffae6vrKSFoo9ri1+rajX7SXZv2ED5dLbWW2smVlaS&#10;WYf0qL/vPw/zHXTRZ6tkXXNS4emBu6UztX17rY+kTTRRUlKxPJPjnFuP8QEe4/lT2XXUdRj49wNt&#10;LC1MTImB2PRUO2lWFnuFkycZrdy1CMvF2qAzHkjm3soSVYk0qCF/hQ6R+zPSibcr251iJQFHmP8A&#10;iusg2/jWmhqqmJq+qhOpKmvkaqdGH0MaS6oISL/2ET2DOMXd+fnmnwGFWjSqMskuZyqyxzytK7M0&#10;01ZU+Nq2aRiWYmN2c/T6+7hrhzVEYClanJ40rXzz6dE8wtqL9XcFzqwozn4vLh65oOnocXFySCf9&#10;fnkD8DgH2MWw/jpv3sOoJmOa3HSRsBWT0WrCbVx6Ny82Z3PlBSYrF0CKBreZ4UABu4t7P9j5Q5h5&#10;onW32rbJrliaFlA0J85JCRHEvmWkZBTNaZ6CfMfPPKvJ1ubjedwt7T+EO36znyWKFdUkrnyWNWJP&#10;WCarp6dWaWTTpQuUALSsAbARwoGlmZ24UIrFjwLn3YF0J/Lq3LvHKQ0uFxdVk8RTSRpkMpsLGiTb&#10;YUMrTUy9r7tbF7ZyDWBDyYI7jeIn/MOQFaaNi9grkSxyb/u1tHbjSXW20yyFSPh8disINaAmL6gx&#10;1JZDpI6xr51+9TtG22U0+17YxmNfDa9PgipBIb6RC9zT0E62odioV1LAgJd/d3de9fxSx7g3BQ0+&#10;VCqKfbtNLJld1VMkyaqfxbWxC1eWaKRiFLyrDEh/W6AEizTaHw56N+Nkse7O0t2bN2pV0wQYzb+1&#10;mffG/wB6zTrWd9ybnw1ZlBIYW/zmI25gHib9NWAReR/ofbD24Md54EEV5HTQWH1d0XJw6FwwWqmm&#10;q3toSh7vEIbR1jHce5vu370G42rY7PcL+zaviMo+h21Y6dyMyunid3lPeXAYYMRoCAXqO5+yuzI4&#10;sd1TsLIUEU7hqrce9ogkEVCmuKqEOGx2RgwyT1Uw/b+6ys+hP1U0huFMPtbOUzT5HGYelzSUNIYq&#10;lMhna/L5mvepy5mrTQ1FXm67LZGSXG0SRAtJUy6TIFuoQXys5RpdbPbzSxy1KqSZC5bUxYmMl2Zq&#10;xjRUFiBqGkAYHN33tjZN08d5YBJJLIipFpCiKLSoKhFRdLOX0kIuoZNTno1m3KSrpMRjqfI1MdZX&#10;QUNLDWVEUVPAs1VHEPPIqUkNNTLG07OVEcaIAeB7xdq56opNk5OghpoHOZxbYNqWngp2Wpo9flqa&#10;iqgaJ3qjTSTo2o8atAPB9yFyttEF7vUPjkmJJPEYsSeK6QgJNBqGoUpTTX7Oo/8Ab36l+YYHgumj&#10;SJldyKqTSrKmoU010kAgg0BI9enY0sLyxTSRrI8Ery07P6mp3eFqdmhJF1LxSMCP6MfYedd9S4jq&#10;Lbcc1Vj8LQZH+DUENDTY+hpqej23SpC5NKYoIoaWN5DIocRqoYqSTd29q2vdvuIrTl7lSyS05dty&#10;UWOJVjRglQmhVwqrQkA4rU06kLmbnzceed60R3lxLbGZ2d2erTPVSH1EsSFINCTWtD+EdZW9akD/&#10;AHn/AFv8L/19o2i2FtXI70G8v4DiBnZZZ6iPKywrS5WeVqaSlqpPuHCSylaeRwfwsbEn+oOLmDbr&#10;ZYbprGIbki08UImsLQimsd2VOQWpX5jqWNp3be7TYk2R90nO2GgMQZmRVFSNShiqnIAwDxAOD1hq&#10;JtET+luB/Qfn/Y/X3h3/AJOhiilpqSonNRJQ1NNLJApTxyGMp5qV4nE6hI+BYgtYGwPsQbHZTSwu&#10;Zu2HivdRgP8ATUIB8waGnz6lLlFm8O1FxHGFVlND2rSowdVABmprjjXHTdT0ztIXa1y2pTY8A/14&#10;491fduZHsffYxGI2+00eBw6mira/PVFU2Wz9WIY5lenrVVJp62N9DvIPGrSofJqBuuPvuncc3cw2&#10;217TsVo8OwW6hGkmf9S4lGgBlcKpLqw7sIPEVy4pQJlpyfPsGyC7uruT/HpchYgDHEms6loWppYV&#10;oFPA1ySWLwiBBx9Ta5/qbey0V2B7E7A3vhOpaZ8rBjJqtZdzZeSaomFLSWkq8urVkwTxmnllqEIV&#10;E11LCNySTeAtr5T5x505w2nkYTTLbvKDcS6mZURVLyOCWJ7AZPJP1SqFqvpcb7pzXy9sHLN3zbrU&#10;3AjItojgySNQIAMcVCE1zo1GmMc/d0nVPQ9PjOuJaLE4agr8d/DoMNtzDZbNZXF0poaesgkyOZqq&#10;2BHqFqXjV3j9RMjKxJGoac297l2nYNp2zkrl+18PabOMIVJOVJB0FgC2qpZ3oorJQDQKkYX/ANYL&#10;vcN9O77vfypcSuZZXRVNWCnRGFJAC5UaTwUU8qdIjcG6KbH1kNH5qiJIyHq5aenWo9UgAp4LMbEO&#10;xu4/px7XGY3JWUeUz+ClpaWSh29S0k2MKyzl1xyY6CQQTZDIrHFWZCOuifSY3bWPEXBZ3tfZ4w8s&#10;yPqaTtIbS41KQAAxI0mTWJSQrEIhSulqt0MttsENjYXgnZbm5dw9SKF2LZCxmqgqR8QFSDThUt1P&#10;j4aiGnr4mljnqpZHlkcIA7yFdLCKFbRLZfze3+H5ADdWTotzYSTMbQy9Oky09bjsfBkaepp6AZHw&#10;I/2uSjmgjEjU6RM0YLERRyK6q8ZjuN9jv13e0k/d0oaSjgaq6Q/wgSR6QykGh+AlkIkAZXBJlfJd&#10;7PdpZ7hA6qDrYowLadRrpII01JAI/GKioGelhjoZoVaKZCtiLGw0vz9VN7m/siGQzdHkc9jqeRYE&#10;3Ju7MmugoKh2qaKVpswPIlQsFO1RPEYmMZKqGkCsQCRpBtvm8bTsW27PsmmJOYtzZZVjJJhcvMA5&#10;cGpAarrTzGo0NKKusrG9nW6vkVm2u1XSzKtGH6eAorQEVFBWg4V8+ne3Fhx/rfj2dDaeB2A1JuCX&#10;beIx2Bzc7VkVVNS1ORra6lWsqampkSPJNkDRRfbySRy+GNRoZdKlVVVYg2qDaUnuHsPhXWkzI4JH&#10;iEuy+IAx8QstZFDnwe1XWgVgiku9/t5LKW+u5JrOqqAwCg6VC5T4ipUSKGIGquRSo6gyGRZUGoun&#10;rvcC4tpH+tzf3WF3JUrjN40mKrCrxJNJRVclYFbK0suPkqKaRxWU4akalyFVTVDqqag9rkIQQMFP&#10;dFvoOare0uACNWlg61lQwExvVgPD0SSLIVFMqK6QaHrIzZy91stxeQmjCMFdIGlkcAjjQ6kDKCPI&#10;eZPU8G4B/rz7j9bYzK7eTNYHyzRw0tTDm9s+e3oxOQkhqJ6cVAUAx0uTgitYkIyMrE2v7yS9g13K&#10;DlrfuWLqeQLCwltAwIH00qxtLGZMhdE6QnUCQGR0YCmpQLztf2W5z7dvCoPHdWhuNJyZY1Kq1PLV&#10;GzV4VDKVqT172YjuHZmD3D17sjdrZ6j2dXT0FS1fUVAkgqcjnGl1x1SwMk1MmXoslTljLIUBYyKX&#10;cFGVz3Z9vbDmDZ7De/3hHtd/AG8SRxpeVyviRlsENcpcBmEpNH1UJ0lSAVyZzXf7Tv8Au+xjam3C&#10;3DqFjVQwEdKMDQghHj7QoU6VCEAMG697X3T2NrI6DAZCrq55pKKlTD7gkkay5OspJKar+9gpoYoI&#10;YhFPGzfVotEjJoUA65D9qdpnfZtv3RrotfpaG3uSSVM86sriQKoXSqsxCrqK6ZJF0KVDPFPuPuNq&#10;027WNtaqokkaW3AGYkdWQRsSSWx5nNQHBrjr3uT2ltWu6+3JQ7/2kDTYrL1qSRJAWkipMiyPNXUk&#10;iAsBR5VFaQi2nWrqQLL7F8pW1mMgY/Ul+7txUggggA0EjPqOD3qualNKHkTmC25u2S55V38h9wt4&#10;irVwXjqFRh/Sj+H7NJrk097NbsrcsO69tYvObdPllrWkioTkIpokhyFNqjaKYtH5TDFUxsC6gsV5&#10;W/19szXEN9BNcWj/AKBR6EgrkFkyCK4YEHHl1AXM+zS7DvN7tW8ArFHpMnhkNqjOQQAaaipqATSp&#10;o1Ovez5deZqppHpKiKOenko5USF3RPtpiqRm9O6+gwvGTEx+hdG5/PvkZ96mFbL3cluY2YE2lrLT&#10;yJ71Pz/BnrNz7pUNnvXsnf7JM4fTudwjAV1jUFkFR5afEDjP4hwHCmr+ZFsqjz+6JYchTQTQZzZN&#10;DH5oXaOrhjStr6dWZFgPlmgqqRJUcNdVUD+nu0vaG66DcOHoK+klNp4lV4HdWmgljUK8T83LKy/X&#10;m4I9l/L/ADAtxb2kok7XUFgaVB8wOoV555Judm3S+227g0yIcHNGU5DA04GtOAyDjrVUyE+5uot+&#10;12CyokSTG1rF2RitLV0lRqeKupjoGqnkiAsOCvC2uD7V80KVSK1/Uo+t+Qf8LX5HuQba5VlVozVD&#10;+38+sfN92EwvIjJj/Vnqzj42/I6NFoQJWDNDCJdTpKtwDYWUkXt/re01V0em4Kt9SP8AX4vq/wCQ&#10;v979nUM5pjqLNw2nSzFV4nq6LrHuChzlDSzLPEjCGBi9o1di54DKW4twD7bBQAEkA3IB5Jt9T/X+&#10;ntYLkkAE9EMlkFJAU46H+HejzRI0dWmg/q0aCT9LfU29wqyhuD9DYAkc3upBNuLfUe1EFwK0+fVE&#10;tlqMdPmP3SxIjaXTdVYM+j1qwupGljyQb+2RaVxUKwUgMTb+vP8Atx9fa0yrooTnpSsIUUp08T5a&#10;OakmVpV+gPFvz/sb/n2/18LCmpWZSLWa5PJ03BvY29lts4MkwB8+m2gzw6SmDyiPVVUEbhrNptxc&#10;WN7/AF+ntumJ8QU3H0Nxb6ED2rTL1+fSZo6Fqca9K6jn/wAoMqkWVdGk/qFv6gcW9tc1OKhSfSCL&#10;D9QF/wA/n6nn2sSXwzQ8OmRbgVoOPSnpsn4Coa/qJHA5+g+vIte3+PtmmobOCUYEc2Nr/Q8/0/3n&#10;2vS47aV6TSWOMDpRUmdRgqtKoPB5tclh+P6Ffz7gmnZfy1vyB/r+3fErwI6SGzYEmmOnlckjD9Yv&#10;+Rb8/wCBB99iIgk6msBcji/197LVGePV0tag149cWrgwsGH+x595RHcxv9dZuxB+hB/P0tx7aD0F&#10;AM9W+l9B1H++OkgEBhzYgfS3I498ngLWsSdJJVTwL3uPp/X3tXI1E+fTMtsTimOvU+RAHquS3p4A&#10;P9oj/VX9t7UpBZbte5Nx9eebHj8fj2oWQBRToukhdScdvShiqkKJ6+Txbjj/AF/9v74Gl0ITwfxa&#10;9z/vQHtzxiSBTppYatw6yfcLe2rn/WH++59wZIBpLFTrBsCXI/bJ+ukAj9ft1JCGyR0YW9nViSOs&#10;bVgB4P8AsSOP9uPx7gjFiWTyMlxcKGJNgXVlvwDxf2oa60oVByR/g6EVragBcceoVRlljVkDgF0c&#10;ahbTwpIvcg24/p7FjGwLTY+IBb35H+psVYD68/Q+wdcyePcu34f9noSraslvUDt0gn/D0VbPbhSv&#10;3VOi6LI5hvca7xOgvZSRY3/3v20pCPPM4OuzElT/AK/JW31Hta0h0KPl0TmFWJboUWyEi0dPEzDV&#10;4kAItaxXgk8Hg/Xj31OnmKp9Vv8AT88c/wBD72h0Anzp14xAdc6Otkp7y6l8iqbsP02I5seD/vHv&#10;BUQXB0oP6Xub/gfS3tyKQ4z1sW2o10nPUmkygW5LqFBvc25+v0ubn3josYPIXZTyTxzf8fiwHu1x&#10;eUXSOjO221pKUXpm3JvinoIWjaoVAmkFzo8dzc2BL6v949qqCkZQvJJBuL/S/wDyI+yiSatehTY7&#10;SRQkdFY3h2fCoqfHMis7cNHpPGl+Gs3HNv8AD2oaJRE6Kqi7sBck/Xgn/e+PZXcPqVixwBXoYWdo&#10;FFQMDojXa+6XylHWyu+to42CkaCBG8enkqzAnUD+eB7efvY76dQv/mP1L/nNPk0/q/1P5+n+Pss/&#10;FppnV/z7X/B0c/QTUr4Zpp1flWnROP4eNf8Amzb7m/4/44fr/V+nX/sff//XO4u5cOGZRXZ2nKoL&#10;fc4QSL+m9tUZQXF/eSL2O8SJpkSNfQY/lVaV9Pn1iX9byskZYGc6j5EUB9SDIWp60HDh15/i18hv&#10;EZ5+rPjpuNpahNEe3e6q3BVLiJzB5EkyVBlW0tpYgu0dj9PpcOse6sKTpG4IQfSP8pxdRCFAA/zh&#10;R5PyfrwB+b/gpbb76HUWt2ND6j/MOqQXW2yPSG9KRKPND+VKkk8Pn0Fe4fiB3s0ck8/xrybRVnoM&#10;Oze7dt5kVThnlR46Oro8Ool8VPYI6s7rJcGzC7rDnqXWvgz+BkQNqIkqnpyFZDcamiljUX49Vv6f&#10;X2y8E+nW1owrn4lP24Gf83S6KSyf/lrK0jAf6G4p9teP2ig+wdAZl/jvvOninTcfxr+RuPmpWlhg&#10;TG7Xw+7KSQQTjxztJDuigkrJHvrJUTI99QGlbq7isnlb/JqnF1JYFhHT5SkndgTbSmtIeRb6cn2w&#10;/hqQDaS+JTyDGlPM8BTyz6deS0lkJb96WpUHzJX/AC0r+ZHz6CN9m7bwsOnde0e79peNyklTuPqj&#10;c0VJFoFOZHmGGqM7Og1SnUFTSXIABLG/F6jJxFfLia2SIsof7aSklBFwT/wHqGkDW/BQD3Yi10Kz&#10;EB/mNNK59fXp6K0uZEldQHi1ZZe8/lxr1wx+3Oosr5I8f3PtLCZGSKaKipd1Ynd+1U+8qIjBGZqn&#10;cu1KWgpYw8YL3qjZAdDn+3iqc5CWCy0uSoQoZbT0UwFtJ4ZtCK11+hHu1uviEiO47a0NaUr8j0ln&#10;jurVcwMwb5gH9mSPz09Krbfx7rKmKapw27+pt6zVYcSRbc7G29lWgnkaihpQlJS1jvT09LKreRXQ&#10;KpezMbgvhjzNDVPJ/lUI9KAuwEZHqIIPIINh7XNZNpBjYO5zjOPy6QBriFWYwSIePEnyHpjp4z3R&#10;e/8AAQw6trZNUaZjFDjzFVIdJYqyQrEQ6sdYksTGiMbuAzL7zOcRWEKYaWYyC76/GdX44coulhe/&#10;1/HtJ9K7kkxnHyP+TpyHd2h8GNploGqKKFIIByCwNfSnzr5dNuNxHcOyZnqMbld1YdqM1LRwUTZS&#10;nEeqndal56SFnNSZtAEcmhXYfp5594v4FjWLvEz00pKqppauphayBRq0o+hSwtz9L+/fTMwUPbKF&#10;BwGqMj5Y/Z0wN0uFkQhq0qTha1qcagASBwUk1KgdKKL5AdqxQUeMzlPi910RilWWPeeztt7mp3Bj&#10;khjBbIY2aqc02lhYmM60AXV9BKSDL0oKUWaqoyBfTXNDWXJ/HkmVGN/wNfHtiXaYLrEwogPkNIr9&#10;q0/w9KbbmO6tCxXxM8O4sP2MxH7OknkMh0ju+aOfenQmzKqSST/Ka7ZMWa2RV+EKsMrwUmGrKjHI&#10;EmYNIzUrcO30Ci2aPJ7ghOiop8ZkDKoQmN5KRxosOSqVcCGRfzdV496/q7blex+48BkU/wBN+mTT&#10;17h3Yr0dR883DRpDMi0jP4lDfmCCgx6dx+R49IvMdA/F/KyPktobj7X60eF43DV9Pjt300YeoMQ+&#10;1qFr9pZmJIkUWVElktIbEWsUfuPa3W+745Id5dZYytkfWXrHxWNqqlWK6XkXJUBXIR6lAOu6n8+y&#10;qfly6hdirRuh/iUY9eFT60NQSM46MoeddulJeUv4hGCKmpGKBWWNV9PiI8yejBdS7l+dHx3qKHJ/&#10;GH+YXlEoaSOKai2XnN6b4pcLOVIWDHx7F7CxWb2DVzaJk1waGUEkaj42b2FFN8aeiHylDmNq1md2&#10;pk8fX01bSxJlzNTxz0shlSM0+ejrJ1gYggqsqXBsPbENje7dcwXUcQJRwwCsPwnzrVhxxU5/Lqu6&#10;z7dzLtG5bVcXOiK5geMiRMUkUoSCraagGuSfUcOj/UH85b+cN09DHjO9OnuqfkNtGroPscjmNvbX&#10;Wgy+QppKUvUz4/dfV2Si2zTVSRyBvLJh6qNGUgi/0Ndh8R4KYKuQjrPT6XOmJRe7OCoNSS9yLm45&#10;95Ecse+W2bXAltvu23aykcVVWH2/ED5H9nXO/n37nvNk95dXHKe9bfdWqOfjZ1ahGCWCmOhPpw9e&#10;hZ6w/wCFGPS9DUU+N7z6C7b63yFQFNVJglxG6KGnaaUlWEGTl2flYqZYhcXgZiRYXPuRLjqqNXkZ&#10;WdWOlRHKZF/wIiV5m/2Oke5k5e9z+TN9QyWe8xJLWmiVtD8f4Tn/AA9Yo87+xPubyjK8e68o3RVf&#10;ikiUyxjFah1FKEcK56uA+Nn82T4LfIRIKXZ3fu0sHmJBGibc7FqR17m9cjOohSLdD4+irWuvIpai&#10;oYG3tinjXUynXqjPrUoCFv8AQci4J9yXBcxTjVFIrJ6gg/4OoVuLG4t2KzRMslaUIINfShHVoWC3&#10;HisxTxVWKr6LJUs6JJDVUFXBW08qSAMskc1PLLG6MpuCCQR7hu0YBI0r+kFlA1jSQNPosyk/Q/4/&#10;W/tUCpxq/n0WvC1QDivy6WMUwYhSQfrYf1CgEkW5NgQffCOOSS5BaRdQ40AeNSBZSykl3vc82NiO&#10;P67DAcSKHh9nSd4gh9OpHlVQOQAeR9efxcX9yYohdSy8X51Dj/eeBf3VpKqQGz02K8AadcHkDAkc&#10;n82BPFvbpTU/kbkqqg2vZRYf4G39PaWSXSvA16uJNIp+Lpkr5tCElGOocWVj9P6Wtf2+UlCyut+U&#10;B9JuTzf/AHv/AA9l09wNJ9elUD63Cjj0iM7kUShna4LmNkUcBlJH6tN+QL/nj2u8dEQy/g3+n0Nr&#10;j8WuPYeunBqPToT2kmkqK9teiVdqSq1HWsELeONVRiCyozHSCT9Pzbn2V35SZeDEUNOZXbiGWYxp&#10;G0r+OMIbooDM5L3GkAsb2HvH/wB4blYoNvQMNZzTz8xWnpx66GfcysXuL/ebwJ2aAoNMatVaV4VA&#10;Goj0yRTotuxdsPunsXF4imKOlPCtU7s/ghjaqqUWC9U5MYLFVYXIHH9L+6jN378esrGpY1lKSsAh&#10;+3dDK7uYkjiVYz5JpnVTEqs7Pc2VgPeNcl0vjr614etcU+0mgHXTa2hit4PFkZRpFSSaU+fHFOJx&#10;wBPDq3zZXW9HgMWk1U6RGOO5cVYeOFI4o6l3mld5IzFFEzBifGo0nUQeFMB2P8F+5cDh0zO18njN&#10;9Fqdamsw1JG2HzVKZkWRo4YKmepoq8xBinoqBIW4Ef59yjvPs1zTa2q3m3XEd25QMUA0SLipAVqB&#10;/sDBv4VPWN/K33s/bne9zuNq3m3udrk8UrHNIUeBhWgq6iqA0rlSADlh0Ufqr+Zb0VuzLzYTd+Ly&#10;nWsL1RpcXuCvr4M9t+vUyFYZKiqoYKXKYx5Il16p6JadUILSKfT7qP8AmLPu7qHrivqewtibloaG&#10;Pzx5DH5nE19DNUUFbjsvj454Kc/YFpaXIPE8dT5kSFk8hZdIb3Ft5Zbjs4aHd9rlhkKatMqGItnT&#10;UFtJChiKnVQeZ6yX2Hd9h5ppLy9zFbzoJF77eWOUK+pCEJVnGRxDZANadWJbM3nsPftBLl9ibt23&#10;u/HJI1LJW7YzWLztLTzWSbwT1OPqqyKKYoygrIVJBFxb2GHxN+eO0ewaj/R5kMFuJaeGXB1tJNX5&#10;mCprMZR4Calqs/j6VmWBKWm3Ri8UJEVGcnLPYyiN444BX7e81bRZc2bFud1YtLDBJEZEdtWtFNZF&#10;yQaugINaHVQBhxBruWw3ltaTiHwmLa2qQPiIYR5PkrEClaaQSdRBJT+9th5PLStl8Lk4aTKLi8nR&#10;PTy4yJqKtyFRjK2lwmWq3RJKx3w1fVs2ktMv2kjoEMlixls7RUPV/dtL2Dg8pj6/bue3zR7ow1dQ&#10;zzo1ZNQNg5qgVXmq6yM5KrosrF9w8cdMqtVVBcFldpjvne3tYua913CwZTtNzdNJCIyqjTUMFNa0&#10;Yq9W4Uo5UUDEhXbrw71s0m2XkDwX/wBKUkjK/wBkz+In6dKakBRtCE1KhfwgUg4zHPv3qur2RubH&#10;NisrkdnTYDP46VJkioJ66nyOHqJKNw0Ego0raKV6Z0awiWMg6votPkfuDbndOaxGUqM3g9xbeh3B&#10;lIdr4eh2tkqPIYfZu46uq2hHuzMbsrnlOZqK7cWEqjNQIiChppaQRxKWeRw5erBKImEqOQwJUa66&#10;CTHqJJNdTr8IA0oVJNT0k5Kt9w2mSewnsJRcGBA8jSr4ZlQCVoo41FBpjdRr11kOtRlBQKfjR11m&#10;+rsLWYXL7fylHmp9u4KfP5CbcVJWYL+9GPpJ6sYHBYChjjx1DBjcXmoRNWiTXkqkTGUsYVkYHMjt&#10;Rdp4ChyG1K9c9utKFDlMfSJk6rCbLrPFNW0+OqqTO42fbO5KuXF46eprKKl0Sw0MizExv40kRiwv&#10;BavOqPoUhKkEgMQTSpGCANWn+EE0oK9DWS/sW3NLKb9MFwBlR4nwHUmhqhFZxGWfi6kV8uh6x25a&#10;/N5fcuMyW367b2IxWTXGYnL1tXjWj3jTPS0gq8jiFxuQky2OoaLJVn2ayVEEDvUR3jLIwYjzmdu5&#10;nK5fO5XM0qYyfNrtKtlxi1lbRZXHVORwWMoTHJW0UtNRCjp6rEzuB5CkjMv4dGZRFLex64opXRnP&#10;cA2kkigOfQHgOBx69aR7S2ijjMZcxtIASUIJBbzo3AMOFeI+R6ZNsZHEUGKocfi5/wCI0dHXbnWP&#10;IRy0lbSy/Z5ieesRZYxUNLLUpXJ60W6BWJsqlfa12dtSuj2bhd8DaW5Nq4qrqtz4pM6+51oKjNvi&#10;Y9wRxfxTB43M5mepo8jNQT/b1dY7EyJGND+UMvgrxSpcxrIo1aCa9xIJBZlGMkEVIr208sFs9xaS&#10;Xtxtf1sL3SrG5jaNnCiQp8EhVBqAYEgNUVDfDXoI8t21tvKdpbi6dptzYjM7z27j8Dl8jtmfa0lU&#10;NuQ5ebb6Rz4/NVtHT0dZWwUWZgnkooC8q0lRrBhMTK8ybZXZWUzORNDUYvCbJxWOpcgu7MhtSgoa&#10;DI5P7SOtnwOObBbsnz+XyCIpleofHxwJG6SEukqMW2S7mumjcsq6CdVAAaZpVSSa/wAI49WZ9ntv&#10;BEluJL6QmiROBpSukO4YUUVFR5tR1QF1FMbdx7PxU+N29LQZfO79zNfTxnZmB3FLnMph8DJmGw0W&#10;6c5JuNcNhdsYzzwuI6eSQTyyQ1NPTid6WpVFHmcJiaHCUdJiKYQ4nMTYutQNkqqroYMpEjtNTKKq&#10;plmpIFFSasCN2WOaPTJHqeVC4k/0zosTlIXUFjWpBWpIGRjvqQCKEUOVwtt3ka3eOY0uI5CKqvFD&#10;gNgVOFIrkGtQSKHqZtjK5LK7hytbmamSpy+BGWovE2No6GskwTVEbUFctFFS09PWzx1GMWiZ5IoH&#10;ljcyRSBFR1BsR7xw+erafO5zEU+Gy2XWXblLRxUByWEwqYdK6Sg3D/FMaJZZpo6SWSCui1pIlWFI&#10;VowJDKOZrmGWWSdTJrKjSVJUL5MrAtU/InNRxHT5YNA4kjkDIASxqFYM1AVP7NWcDPQnUrYjMUb+&#10;HH1VXPSRQ0prQKmGhydcah6CV6BKOvakc0uQuJ6aYoy6FN3QLN7Zd37UpO1KakzlJUVENCtLiqmg&#10;Wgnho/tMXmaQGleOSAxSVsclXPBHJH4DCkcSguDL6Uf7v+th+sWQiLGDjtYcB8JFGqWAWlApJyKr&#10;ILpLOWe2kjAkqVIqxGtTWlCKZTgeJ7up+MyDbaeHBzrGzyJkG+9qDJLNka+lmlkqzNK3kpolmoVM&#10;4MtQJZnd/TaNmJqG2HjNv9QihwkeOxlfNk8buWDKVkyojtKi4meOqhIhqHocQ1eysUugZR5P3H1P&#10;a7s5HjhEWigIahPr2ivporn7M9FSbgZt3j72fTG0bRUJGKuSCO1CR3AGhNQRg9E8xXZOTz/yUFVk&#10;Zc5XYaHaG49hf3boaCepgoK6jr493UdeKuOOWibIbkxWDQww1BhnkjksgkVdEaZx2werYM9W5vNU&#10;mJpcRT9V5Cujpcm0NUmRy+5c1PBHU4+hyJkieelwVDCKZqdlmp5mDxL5Vv7G+17DYzAXk0caxCxZ&#10;gHNfEaRtOA+P7NqqV7u0soYihx59+OaucNtfkLlvlgXhe+3kapbdXCpFaoGWOWWIUCS3DKx19jor&#10;xyERk0MV1/uHemfwm8jPVrX1+I3/ABYLG06CGibH4zGYbBDIU1XJBDDJNPSZ2asnYOHaQFIyyxFd&#10;CI2RlaTeG2ajCV+Mqa3I0K4PMZlcjUUOC2xh6/D4mqFY2f3Rlo5aSjxH3bUzNJHonqAk0cZ+sntZ&#10;tE4Xbbi2uIyzHQ7amChWVSGZmYNRRqDECjEh0UggUkzmKQRXlruEd4UjqdJVS8jB2WgjiBqz0Drp&#10;NQoKuytShaux45dpZ+i3R/EaHEUtRjtx7dhgo6TJbj3PmaTM5PC5GGHbG2MGpmyGYipkr4YdYlp6&#10;cvDK4cAxBE7h37Bn+u92bx2dvLHdkbohqd+ZWvrHbGS7DqaXY22svuTIjbGQzMFHDWw1U+GkVKmU&#10;RQmshWMrJDIHYlud/WSxu57C+Et88jFzppDQLWsZYqa1FMKKsBUGOQgGt3t9lDa2cG52LQ2FIR8L&#10;NOXldYI9aRasDWCwZjoQsaLIpPXeDpq/BZzD0mS2LT9f9d4/F7bxGz6XG5U1O8ZdwZ3N0u2I8fn6&#10;LbdRJiMPjaGjrYx44qitj+0qGlE0T07xxER+OnZ9ZubcuJ7djz53v1PDuSsymX2v2NTnZ+Woa6ll&#10;lposphtyYkZbF5SCkqZlFVTVjYyKv+38ThoRI4i+F4bi6jvDIZQDUqxyT6lh24z2Gh0/KvQxu13D&#10;bNqudsFsYFuIiqSw6JKY1UZWVZE1BcaNWkVzxPQzb5wWV3HtTO7dxWVk2vkMti58VQ53HJHLNQid&#10;Qk8axyIstO89PqRJ4QZaXWZI5Ayg+z/bQ25t/trtLfm9cPg6zGbdz+ZxObpta0dNDBjxU0cmYraS&#10;aharpxX7vzO2ac2hlPjp/K2r1KDkH7G+0s3ubz/Dut5ZP/Vm2kWS6apVCCSwjQqctM6lWUZSPUwd&#10;aLqe5dtp02+x2eR9QjWjNxqQDpUkgGiqSASATUE5p0CeZzmQ6U6s2VtvLZ6ky+5sRgWw0JSWpqJa&#10;irpKVqTGyMJxBVz47B46pOqeVBPNNFCWAdifZscpSSQoFWLRpCKioo02UBUFlBCDxgf7Ec88e+we&#10;1+GiKg0hVrQAUAHkKfIY/wAGKdSMw0QxKqjQq0oB8yf8vReNsZOGokBlnLSzBmleacPIWcmQsZS5&#10;LMxa7Ef2iR+PYaZXBrkaeWCpuuvSVcIrSJIrBo3RTG41IwuLj6+xDcCC6t3t3FY24YBoRkMNVRUE&#10;VFfOnRVLBrWjjobMVuH+HSwtAFZUY61YyNG6FTdWaNw6i9je/wCP8faXXaVPRIFBqHDRrd5GkkJC&#10;DSHcm0ayEckAA39vbZbWdmhSGNixAqWYkkgDJzSuPwgefr0ytkVo2qo6V0W7XrXJtGoD3sAqOSTf&#10;hW9Z+v5ufYT7560yW7J6GKjqRBS08pJBJADlkWOR1YKjpa7N6gxIAuoNwCeduS5uYjt4tb3RDESx&#10;GAQfLH4hQmo+ImgBFaiv0xY19Ol3ht3Y7GQyvVCTyyJqRY7EsoFm4JuW1WsB9Rf+nswm2NvyYXDY&#10;3FSzCoemgRJZLqU1qxGmILJMI41vZQGI0gWJt7Etoq2dpb2qtqWKMIDSmBSgoAMAf6s9KjCsaBGG&#10;QegP3JuNMnk66vWN4klYyQoSUKkqNX59QJHsZNsUviqaOR1CxrPGGDoB6DKoYgstz6P8fYe3eXXD&#10;cAHu0mn206CvOltPd8t7xBbCszW8oX/TGNgP59F43pmoNFQQWZ4y1SDG7s4eGK4VVQs2sleAAST+&#10;D7tt3JLPjcRt/CUOOymVx+erI4a2fHpj5cXhEjxeQyyZbKyVdbDUfYl6OOAeGGY+eaNSFW+nA1t0&#10;lt96sJG2uaVpZWiLRhP0e1n1yBmUhCV0VUOQzrVaGvXxlbnynciw5q3D9/2sNxZXTPJZSOY7iUrI&#10;sR8EKhDsAzMQWTSiORqYaerE8NuCkzGTx8q4aqalqMAtfidzeKOailSpqqKGbGxzRB3pqjiKW0lj&#10;JEC3KqfYEy0+68fWTV+5cbQY2lpcRkoayopq5cjDVeM46fD5CiK04qBDLQz1fl1ojmSOxBa3uVGu&#10;NslSKHbbhpI2YMQ66GBodanPkQCMnGRQdJ7/AHPat4eODb5WlvZ5bfQohFuQoR43RwDpLa1hYnIa&#10;pNVoeltQ0tPRw+CAyFfLNKfNLLNIJJ5Xnl9czySafJOSBchQbDi3sKc1jdlzVWH3rnxRjM4Gh8mL&#10;y8tWaKgo6TIsKOGXRU1NJjKRssuRKQtUhJJCzKpYXARTXoglaK1aNLIDOviC2kfGWAAbtFSDUGlQ&#10;D1IVtvXNa2e9cg8sxXEXLt/dI81oUWed54Fav6qxGd1iILskTMijSXqQG6lgEC7Ne1zf6AD682sO&#10;B7S8UvW25dwZF6rHYepqur8rS1b5vO4WjeHBV2RoBmxk8JuDKwiCMilq9bzQyIFl9BcW9t/S7bvV&#10;6ssljBc7jZyKVOhGkid4lkUxtpOhmQldStQNqr8RqIJNi9wOW9q5flvrq92/ZuaFeFVjkkrNFBJH&#10;BItxawsJHWM6dCOneO5RxpFqKl1hqHo4hXVEEEkqUsU8CSTShC8FNrldYoTUkWDuQq/U8eyX7p3X&#10;2Hn8VuuqbN9bbi7W2HW52k2zUnDbll6mkodw5ONdt1tVV4qf+M0dbQ4hVV6gSxFqyQ/bBQGeQRn2&#10;s565k2OKO9ttng3uRZDA4aVaJIUcxyHUZtXg0MhiBDaQF0xlic6eXpvZH25m20cjw80xctbpDAbl&#10;Lp7YX01xbIRLLDCdMar4hkeKOVdSxPSUN2gMojy+TSJa6l/h9LU0tJNMtPWKuSoatRHLWUUrJG1N&#10;PFJKoj1RsVZFbkqwuJ/x93B/Ctlb839vfIUwnmrMSmWloY8jUUlM0dNFRCKjpZErcnVUX3lYUjaZ&#10;Yj4Agk5jZ/Z/vOwbxyjYbVy1vE1mPB1tGtqrhY4iEAVjIdcn6iSMrUqYitSck4z++Ntccw84ctbL&#10;sVtLJLJHM6mVow0jNI0jMzApEH0oCyxlqMWKEBwvSiijWJBGiJHGgCoiAKFUKABpACjn+nHsc8rH&#10;Bn9u5ow+SjqaqirJBBNTQwVdKKkzRUjNSo9RpkbwgrdQJNP+pNvafZ9x8ZtuuVjlhiY4DqQ6lSQa&#10;gjtzQgNmhB8+odtTNsW+bfHI0c0MUkYLq2uN9Ol3o5AGKgHSTThX1yey7bP6Uo8PlJsli8clLl8j&#10;I3nMFLj8dG8Ek2uQimQvTQVDzz+SRh41Zjrs7EN7F+3jZtmlvtxWCNJrknXRFGePwoAq1JNQlAWy&#10;wJFeph5i9zbjcbBLK7uy+3QrRdTSSEHSQAS1GZQo0rxKjtUhRQe9jLlNubtwP8IfB4OkyuLkkyM+&#10;ej/ippq5FpqQSY+mxcMV6bz1VWCJGc+MAE2YkD2nXfLHcZmWa4KyUNCU9Sc0IOrOkU7dK1IYdRrt&#10;29cubsNxG7brJb7gFRbc+CHSrMRI0taNpVCKBasOIoB172BXydy9PRUeyaELVWyGTjyNPAKdYHiW&#10;kopKZjXzmfWs7GuRwnjDhY3bVpjPsY+2+/bVa8wjab++gXeLhHWKIOjPIASWkWMqS0cYXU7oaIo1&#10;N2hupi9jeXd4voua9+SwJ220iEEs9GeIPK4KKpCeGCRGQO+rVWiksD1j8sXl8Hlj82jyeHWvl8d9&#10;Pk8d9ejVxe1r+wt2DBvSl6z3/iNi4ifcO6pc/RV+CjyEUgpZHrKqM5CWbJSVMNPIKCmyJdKUyU7e&#10;OJTyqllW88w3Ox3kYsrlXu2W4kQzntBmnMzAtWmhWcoqUjwoUHOvoX82zct3HOnKV/zXuCWmwraN&#10;HOUpqHhoRGqppLgOy6XkCuAzeRIHXO4PIII+l/8AY2/3v2bHBbRi2xt/EZvM7Wxku/8ALYvBYLO1&#10;m1sPQVNbJkKuKOmpqefJGJqh8Ljq2Vyv3M32sAvIzRprf3Du47hY2u5Sb9DtoXc7kwwSXEMS+Kw1&#10;AK0jsC3gxOSaP4hiWjOtBpEFXO/nmDd9z2y25kkTkyymubmCK9nmSJkjq7LHGoZVuJ0VUAjRZJDQ&#10;GpCquGSXTbSHe9g3j0HQNeln5I5F/pyTY2B9qCg2qqVlLiHz6UmYr6eSehSaanGTnp4R5KqSmpXn&#10;R5VpnfQ7IZvFEbMx16iqs+Ytt2WDZeW7reRNu3h1TxpkNxc+EVMjhHrI40MRKyiqlqtRgKIb7mR7&#10;ht25lTlISbAszh1jSVbWJ5g6wprAYoVoWiV2Bd0wDpNO1WRUjUylyoAeVwqvIRYXIRUS7H+gA/p7&#10;lYnaclL2Nn1SKiRJYyhIZI3Y1MGFr6yTUWR41WRrgEEqCPT9QRBu+/XT8q7GbKBpgZlD1fRojrKu&#10;oEKdRUadIGnVQguOPTQ3LaLzki3ud43O6i0wM8OmMyiSZGnjhiarrpRgCGkzShOaYi1kmQj8H2dP&#10;T1KNVwpU+aoenMNCy/5RPGVgqzU1Ebfojsgf6Fh9fYwfFvK4reGa3Funa2Sjz2zJ8/BBissq56I1&#10;eQxscOOyqUNJlsDQw/wiyQvTVFFPV0daH8iOLm2OEO52m6WXM272W/XF6lzeOn6gZEjMKhSsSOEH&#10;h5FJEJSb+0WgIqZe+e+W1zL7V8mScg2uwb7tFgRLHGYZZZvHkWXxLq4jleWWbUHBjuUSa3zEagCi&#10;bGMrsRjtxVuRzlZmKiqp6pleoihpaajponyFRTwUtLDeJBElYI2f9UgjQtyPdiWZjWnkxodSEqTU&#10;QlApfWktLK1jZGtqeJfxcWt7BtmfEiuc96UPp5ivn8z0K0UNyPVqCVVWmeFGAH5UJyfI16pO2LkX&#10;qfl1v2ClkBo8ZT0s1RpdY2h8MkSSgLpklmtPKoJsTcG3JN69flTlszBtLceEpaN4czvLdlJ19h1l&#10;dJzWJuLIJT/dhY5fJGtRjPMHQhXjcH6gBixyjbW9rzBvFxbXKyS+GC+RRGkLI0ZDEDVpDkENQKwo&#10;2oKT249sN6ab7u/IqyW3hhrCMqdQykcQdX0cSKqACaqc8c9U2/BXpnrug/m79w7/AIN+Dd+0Oi8H&#10;2n8jOy6vIY7KUVbs/c2AqczR7h2nlP4jHDDkq7bu7681MVTCXp56ARHV5TJGiooMdjNu4zGbZxAp&#10;YqDb+Nx+KpoYGjVlipYmhaplhS2k1kiNI0ll8khf6kE+5jtoWWCZLh1LGMk0OaMKAH7aGnnx6lL2&#10;P2a6fd7bcLaBjKhMgGkkg+nDia4HRfu+t8bp7U3BvLs/fEmTqMt2RuTcudyFXU08iUUQfQ2PwtJV&#10;vojnptu42pgpViiMjQ06Q/o1ge6e/wCZ/wBrRYn+5vTlDTUca52am31uqSOmjSoqEhqajFYpHlW0&#10;ZmkFLUu7t+4ywRr+m49inlzebXYeZOXZbyAvtkciSSrXuKGqKFqaDSokLGoNVQ1oTUf/AHpd5DJb&#10;8pWkSxzLGLiUgDMrJqAPE00qoLfxVqajq/r+R1048uyN3d/bgqszV1cM7dS7BpcnlavIUuB2vQQ0&#10;O4M5S40V0ssyY+oyGQpVhRSIYpI6gquqRyAQ+I3xn3VuCbO7n2LNSYeuxlDLmNs5zNUx+xodx18L&#10;TbdWnjFNKZYo542m1lJQqgFr6k9y97kWHKfLSXM3J24QzfvEtcxrgrB45LAaFNKBnOgOCVppaq0A&#10;w25F2/fucuZLeO4s2jMC0FQw8TwhqOeNWAGBSg4ADqzj5ifK7qD4ybLxk/aUMmeod55NNv1W1sXD&#10;SZDKVW3J70+5MjLj6msoIZ8fR01QsZRpovLJMEBtrK2pZzoaj+QnVOx8H8hI8BltwYKtTKy5DYlU&#10;yUsdfSz1VDKtBWVNPVO6zRQhK5fGyGZCUCKiWx9e2ivxancI45byObxe1dKiReFC9VPae5QQrMaj&#10;CADrPy57OQc/ci7Hb82bjGbtIiFkt2bUqErRGYVQkEANRRQV0kUeusrS/MNPhl8j+5sz8N8Rn8Ns&#10;je1BQRzbK76xE1OlVUyUkOeo8tLi4cxgq+kpqRstJLgpJpBPJRVrCZmWW/usn5HdZ9S/HXsXrfM9&#10;F5asxW/9iZSnqs3jslPLnKXO09PKru8j1FVi2pqsyGVJ/Cwp1jGjTGbFo59wuerbYrza22ueu8JJ&#10;3owpRK5BJkjUsRUNnSoqKD4gg/4H/lb285p5a3nY92lW9spkleJqsrMpBB19h7qUYV1U4GvV/Xwt&#10;3x8gPln0fvPKfKPb+26fZHaeHng2tBt/Fy7ayMeCytPV0WUo/s1yWWlGOekkhqKKepk+8Sd3JMyC&#10;MxvPyq7F6x6YoMtuubZOMk7o+SXW24Nrbm3PtarrauOgpKHGUtBCKmPIlYqZqo5SFJfHClQrQKJf&#10;JpUCSTve3bfYLvN/t8X793S1aOWS3LsAsahYwS3DuKjCq2sam1CNGB195DmzYdq2XcBY8txJzlzF&#10;t5S6uElbtRWUaxGzCjOo0SEU1BM1IY9cfj3s3dPYuUgwEec3Viunfj/2JiavZGE3XhMPQ1+6Kqie&#10;pro28mHeOVsBhqqSSShmmeohqYpovCkUacBh/Klw025uy8/uWoomWm2pgs9TxSKWfVW5DJUmOgmB&#10;HoD/AG7VA/GkK1vobIeUN1O8yXlzLbsiQNKsdXqKh1QNTzqolU+jYrXrGz7q/LSye8W1Xn9pHZwr&#10;O1RgagFHlx1MtRjtr5V6j/zZewoto/F6nwAqIoqjsHsLaWFEE8hiWoosFJV71rYJVtyJH21DGFay&#10;vJIEuGZb3P7v3g2IwW7shmFbGUmIhyCUvkqHgqMhSQeRPLDNHE8lPLX6HAiZJNEWl7Wf2Jdy3C1t&#10;LG9luSUCQuSDRQxAKijMGXJA8mbSVZRQivXu4v54bHcZby2WK3hFEGoVcfCGDLhCw1dpBAGk1Feq&#10;k+nuoaLPbn6gi2yaXceY3NWY/KZtqHG4+owmDrMlS01V4auiqWvUwYGmyERFQtVGZKuOanRVaGSN&#10;SQbh3p2b8n9rzU+wI67ZWxtuV+Ypuw6bfuHhFTvSgqqGmyGGptl1uFpKyDM49XaalYxCB3Zks0xG&#10;liJJ5OdOVRPYyz2sE2sSqyamde1ykRSMqyaS6axodhpapIpJCb797l+5E5g5Uhbb+UttmeO8W7ix&#10;dahqja2EYOoGrDBTJBcuMCzLYHWfUfw67Cxv97YKfdW7t0jH47r7+5tVWNBtNMYkcGcyu58Zn84z&#10;4OWpppI6tqmaorIUjhn0RwxxvrpW+VXVWc21ufrCqihqMfFmerMhRRxVNJWUdSKvD7w3DUYyRYKi&#10;lpUYwt9vb0GUQaAwBf3A0XK+5QJt7RTGMT2MqjUG1s6zOYyfhNEkjj493hvViQTXAb7w22W/LPN0&#10;YazMepYJdISikEPG4qRUVQtj1oeIB6s72fuvFbnq93jE11JXJgtw0+Ld6CvoMjEkk229vZKRCaGs&#10;qUEgmrHU6rEMG+tifdtPwqfsPcn92d6S56OHbmc21s/7uroKijr8ccxj6uDDV1Bkqeu+xy6ZjIYv&#10;HTRRBPuUomlaZG0jxNJvt5YcxXV426PdqbJ4UJYFXXXG1CkitpcloUCihYIzowYgaGzt+7Tf3fNe&#10;wbFdG4MdvFHHA5FHUmMJHoKg6i7hcFQNNakihPRG/mzWdcw7Bz+2sntynzO56OLcuRxuMqqSqimf&#10;HJhJc7UZfFz0lBk6I4PHZjJUz1Ucopvvp6YUg/dljlQ0/ZWH27kO8etcHnanL1W5MG2Y7N2fBKk0&#10;sWmLb+W27lcSMw9DJRU8Na1fFKtK86xvPCxZOQnse3dna3XMO0pMGlnSXx4j21jAieKSMEppVXIj&#10;oupVJDFmq41DT3QsuX7v3D5W2XcZbk7xBHLfQIobw5AEeN0aTwzGpY6ToLgmhHr0S7qzcQb4zdkZ&#10;rbNDgKDDZapwnUu+a3AJJjjSZI5zFTUe45KLG5CCsP8ABaPJ1cU09PDLUR0zxGJjBT+yUfOnbO2u&#10;6djx9ibHpKpMx8dt75LZ+86DLUbxVZp6p8NSVUFJFpeKupKLI/atGS5jMMsxAuCCzvpj3RbXdLQV&#10;n2260MpFDllp2gfqIGqAAApVmemlRXnr94y72Tfk3PctrjmR9vlktJlkFODClGrVsq2TnB9MGV+D&#10;0u+un97rsXtLObdylL8gtt0fZvWmS22zfw2tnhp8llMhSziZ4niytfh5jVSJ4m8awxp5GP1Dj+Wr&#10;NSYTvDP01XVU1DSbq2NX086TTRQQV2Qp8xhWooTHIbTFlnkURAMX1aeRwDDbrZI77c7hQoaS3LMA&#10;CFZxJFpoCaGgZwKY+MDIPUSfdf5sh2j3Et7e7ukS2uoJLc6mVa61JVTq4VZUp5ngPiIK0/ms4DK5&#10;b4o5XObexVZls5svdu29zUYx1LkayrpKSF6ygytdCcWktRQGkoK15PuyAtOUDk3C+zw7i+Cueynz&#10;Hx3yawO8qKkxlXUNl8vjMhStLk8PnoNqVG3MdWYWL7eqxtdRxTw0spiqDEEbWiswKD3HO68pRtzh&#10;DzRDuSKaAvGysWDCHSrRmjKaMQ2l+NKfLoXe7HtduMG+7rNYsr7bcO0h1agyj4mQ/aMKQc1xmnVU&#10;XVP82HpTY/w6pfj52B13ujLbzwW2l2pR0FDXUkG1974aTIJWVc2Uyz1lJlNsSVeGqJY5hHDWyyzp&#10;5tYM4tZDtTMVGT3ViN2Rbar8TAm59xdZNNXRaZ8tR4IQLFnYkVdaUk+VaVI2csssECuCb2Uu5yW2&#10;3Tljm6ymjzGrSKSpNTEpcFT5IWjALeamvoeuZu4tPsHudbWLTHU4Ff4SX1KVqfMDup5VB9Ogt7b6&#10;t2pu3+Wd350w2/8AC7t3Lg+rdn/MihxuLNLPS7LrsyKjcM209bM6Q1J2xgh9wv7MkVRkpgEFgSP+&#10;78e+TwwgkYDHpXPWI8bSx1MddAuKqMdIkkRUhI3x8qSrfSyOVcFSR7Dntu22Xux7MxDSMgQqAxAB&#10;jketdJHFiCAcMoFRQ9c5vvqS3XLfNDyNDWa4uHjWq1HhyoRIRqBAJBorDIPwkHo63/Cf7dG1tzfG&#10;PGJgpw+RwOxtq7czKLLArwV+G3X2T9xFV0yHzB6g5BJ0Zh+5G6tze5rz+V9RubE7HqKram24d25w&#10;V2OgpsFLnKDbK10c+SxUdbJHl8jDLQQz0uOMs6o6/vmPQCrsHGSvKW7b5tdtd7hsWxHc9ziZQIPG&#10;WAshYq7eIyOKxoS4UgFiNIYE9Qt7ARbHuXNVtb8w7y237X4UjNOIJLkqwikZQ0cZErK8oWMsGpFq&#10;1EFVKnYDAA/r/sWJ/wB7J9jztjGyU2yNtICdDYsOzoinSs08s5kZoLAltVvoSbk8/X2i3m4Eu87s&#10;aUfxqAE+gAp/L7eo05x3EXXO3MBLAlZworj4VUUp6inEVB9SD14f1/qT/vdh/vA9orduDqs7trK4&#10;7C1wpcrW4ypp8VlKqm+8paCvqsfUQ4+vnoWMT5CKmq51k8avqZQQP6gonuJ2iulWdYrgwuFbSW0s&#10;FIViKgdpodLDupStTQnfLm7QbTve3Xm6WxeximRpYlOlpI1dGdFfIRmQFQxFASM+R79l82L1duzD&#10;dc4jZnbGS27uzfM+31ot5Z/D4AYzbW5cvOJYzkBjqcY+Wk8llR1vCx0EDTYN7OOT7zdrblza4t2v&#10;YrnfFAE0qKqI71YMywgaQrIV+WBTgD1L/NfPPL99zjuPMnINjd2HLKXhezt5p/GuLeJSD4ZkOtXp&#10;khv1FOoChoR172WWl2vt7G7iqcfRUVdRUOBz1bT0dNXsktfRNSRvQzpN+kNIjyOOWtb+2TycnLWF&#10;L/ZNluZkRp4AJImApRipStBjKsRWhqDqoCa9TvFvm6Xu3RXN3cxPc3drGXaPCPr7gVB8qZwBwNAB&#10;173ZXsa0/X21HijZim3aZo4YgdcgECqi3C3WTUf6MQfoD7xt5tCx8zbsrPSk7+lKliPMivDzIHzH&#10;HrCLmdVbnbfEmmRInv2BdjRUBc1YgVJAGTQVp1xYkfQE2VmsBcm1uBxa5vwLj3AzUdDWfeYStieW&#10;oliSaqoA0ksiw1bP4jIAsLq+mn0rIND6lJAUkANwE+HG7PhRngK1wcgt+zUR6EinSq1NxYyRXtpd&#10;I0MTsqTKKK5Q0LLqFSp1agrjAIBrTrqNi6I5VlLIrFWGllLAEqy3azC/IufaWxu0MTRtK1BRwU7S&#10;65GEMKKvDKHk1i48jOgP1+tz9SfZku4mBCsMSgM2o0oKnzPz/wAvRre8w7lchFurhn047jQ/IUxi&#10;hx/mp1z9u+R29DLRP92kBh8Zdmm9YuulnZxIdBHiVravSGsbi3vVpvMiXOqFyH4Y/wAH2/z/AJ9I&#10;bDeJorpTbE+NUAAU88DHHifLP8uve6zKOvhoN55DDU01S9HQzS0lGJWSW6RSEQny2iSZWa8kdtQM&#10;TKb+8mdquFudrjt1kZnRaNq4jtqFqaNWlMjUSCCzAmnWb9xZy3nLdtuM6IJ5kDMRUGpHcKVJHDS1&#10;dJDA1AqOvez89WOuT2zHSwsZqulmRZRLoBWOepeQJHoZ2UQ+MA3W2kg/09wtzuv0e5PcyrS2ZTw4&#10;4WlOAyakDzrwz1iVz4Dt+/SXLrpt5FJFK8Qo4g4Oqv55HXvYz01Iq+IOshVIzCZXCvqF2Yxm4IVm&#10;Ynjjn/WFownudX1DK3cz6gMV4BagelAK0xXPE16jSa6Y+KVk/ULVAHCnr8/5+fqeve0D2LTVJ2jl&#10;Wgip2keN1USSqIWVZU4mURyD0KBqVlOr/Wv7FHKMijfbNTUrXIqfQU+Yz/qx0LeS7mBOY9uMzNpD&#10;AkAV/DXH5+lKde9pTr2tlilx9GuPnnEsy085p1QpTRrBFIrush0lIY6gKzJxq4v6T7FfM8SvFeT/&#10;AFKqQhYaqmpqf544dCDm60EkV5dG7RVRNQ1Vq3cQafMldVM4zwPXvYiVtLPTTTxLBHFTvFIQ0jrN&#10;KZWu6IREr69KGwZmP0sfqfYEs7iOd4XMtZgwNNJHmK54HH+fy6BdrcxTJDJ4tZQwwBQAetT8/L5+&#10;nXvcPYmOLYTd+QZSscufl0ykRXZqemiBQDyA2dUZRc/n8ezXfdwDXm3xKaBYB+w0/wBX+Xoy5wuP&#10;Dv8AlOzA7xZZXNcyNkjiKf5Pt66P0NiL2/P0H9L/AOHs3Gzds4r+7W26+pppaioq8Hiat1mqD4k+&#10;7x9POF8SGKN41WUCx45+pv75q+4nvLzDt3OvMke1Rxwqs7p3BXcmvc41ggCuMKKcKnrtj7D+0uzX&#10;/tdyLebjcOzybdCWXKgDQtBUYamclmI86Vz88/8Amm/zVfkptb5qfJ3qvrHLYPZe1uv+0947Do6v&#10;FYXHZHceTm23l6rD5DKVWVzCVi009XXwyqgp4o/EE4Yk8LCryS4mBIIIY4jbRHHAEVSebA2K/p+v&#10;1NgPYcseZecOZrcXe5bvK1vWhGulR6UWg/Z1J11yNyHtNzIsFozSLwJNQPU4NSPl1V9tjffyH+QN&#10;QtdvLfmbzFJPVk19XlM9kaqu8UaJJUQRqFqJ5pJo7KFhUrqYcXsfaUyeVipMVWZqs3Zt2lMcTBKW&#10;slCrG6lSfLL9wjFiQdNoyt/z7XlTARLdRhLMVOpq+XlQ0LH0oft6KLTmNbbdIdt2zli9lmJA1LG5&#10;qKnKRqmRTiWYU6OH118U8v2Nuba+2qfq/s3J0s9f4shksJCr19c/imUIkDUdTDBC7WZ2NQjKpuGB&#10;49kxzfyw29t3K1EJoMjmKqKVkaWCShWkdB5U/wAnFRG9MYm03F21N/T3W1502+xqv0Ly0PHVpH+1&#10;ABP21PpTqcW9q9y5gtYbm+voo1ZB26W1VoaluFDngAAPU+V/nW/8lfNZPZuIpcfuHamzMV4Uqaej&#10;bHZ2ozSVbmOVWy1Uamnnerh188SIHF1sVsOGI+S/VO4MmKjJVeX207RtHKvnpnpkqHOmGVY7QpHo&#10;dhrtdHP00gWJ5t/PHL9zMDe2s0CFzUg6qV8wCVbB86MD5A9BPf8A2a3q0s3G1S29xSp0kMp48K0q&#10;ajFajoXpf5fHyz6t2c+3cFVdfdq09FX0NTQ1eQospT544mKcHJ46WcyvNkqmpomMVNMxSWEqS/lJ&#10;UquKjs3BS1MdXR1eI3KtJFG0U1G0cjRuyqymVLK3mlblHs4H9l2HPuSNsh2vcp2nsfCnEXFyuc+l&#10;QPKhqtRUkBjSvUK7tyZu1nam0mjuLUznKmtKDB4FscQAaGlDTIqset+it20tLLT5fFbh67arqU+7&#10;os48zvNGHljmhgeDy64LIVaMiMvEFMkY1Eewck3vSbwrt5I+TrduZDExGmWtq6c0WPpqqSmkZJ6K&#10;sy1L/DsvTUsfM0kKTxI99RDn3LfJe87Rapu23G7Nu8Y+NqRrrIJBVpe2RfJloy1NCeHQS3f2+3Xb&#10;4NrvIrM3NvIdRoSzFQaUdFqyFmpprQsBwoNS2W7TjoevsRsvGRUy5qjrpfM9JRSR1FfPTl4Um+4h&#10;iZnppXEoUI7RvIByhUNcoHfvy86J2RlkoM7vWmyrCjVzj8FT0O8ESWeIg0bHE1WRw33NC9haUiMO&#10;g0ymyuBFzP728i8sQ2trd36u7IrFI0E1SRqArGzxakwCDwIywpXpbyl7H86buJWt7ExyCWhaR3j1&#10;AGrMoZVdQ4rVlPcDlKE0NHs2gyxwqytjnpZJJ6hDFW/eUM7eKQqtVoqkaeNKoDULLyD/AEN/dYHY&#10;Hzh2nnKx8/D13ja3OQ0Qx6ZPceYlfARU8Es7wGKgoKClrckySSF9LVahi2gIqopOF/uF7nxc37pL&#10;uxtUS5CCMsX1KFUsRoARCa6iQNZ06mVQASOs2fbz27/qbtyWFvIZUEjMcZJNB3LrpgAL5hlAJJqe&#10;liMRXMZIVzFTTUhbyhaang+68p9LK1XWpVo0ACcKsKn86jf2U/efyu7F3tTtQtuCvoaGThMdtGih&#10;2LiHX9zSk0eHkkzuTAT6tU1YVvyo9wzdX7XX6jXDlfl2D+VD+3HyrTqcV/eCCIhUTSv4T5/7Wi8K&#10;4Fft6zY/b2MoNREM1TK7a2nyFXU5KXUPzG1W8i0w5/TEEX/D2FdNRbl3JIlS1LkJKWQj/Ozrj8dJ&#10;KvqaSYT6EmKHkt63Yj88e0LFFAKqafnj5/LpMKoHSRhrJzUFm9cMa0x6GnT2AAAATbm12J+p/qST&#10;9fp/T2J+yeit8b7yppsPSZ7co8kZqcftXEVFTDCq8r97k5KRKPH0kdrvLJZI1F2IXn2ZbXsO771O&#10;sO2WFzdTE/DEhcjFasQpCrTJJpjoi33m7lvlm2+r3rdLWziVahriQRhq47VJHiE+WD8usUtRT04B&#10;mmji1nSvklVdbDjSmthdv8B7PB158BN01tbHNImHpZJ0asyU224BvytxMUK3qGy28WrMb1bgXphy&#10;8dTuOjkXkaCdIaZ9q+73zLdC1k3G6tbUPGHIVvqHAzUEIY4VYUNVe4RhTAYAnrHvffvR8nWyzwbR&#10;aXl28Z0qzqLOJ2/4X4lbmdT5GG2lB48M9JTNb2w2CjZ6+rp4HZDLBT1EoirZ4xfilxUArM5XSPb0&#10;LDSOz/UC3PuxLqX4SdYU6025BvvrvFYLA/bjPb4ztdRdn1k8oSSavTAVVauD6ewmXjjjOlYju6Si&#10;k0hmZtKmU9p5A9t+UdG4XDW1xNBRpJbx1kStACI46JbqwxQN9U0ZZSa1B6x15q99vcbmeaTZrOzv&#10;BdXBKx2m3xSQyhdVFE7DxL0qSw1sfoVdQxKqh19Afuru3dFNHBTbc66z2cr8iKhKBMmYtuQkSMI6&#10;OaXA0r5/f4jVpFLmpx+MWaMho2QElTCYPdfxk68zDybD2XvLvnd0Eix47O7yll3LSYueIslPJhJN&#10;xUNLhtofuyAtJhcJThh9SABZPu/vhyft0b2mz2c+4XSfAVHhwIR8OnWaqKklvDQBuLM5APSbbfY/&#10;3W5piS63u+s9hsnIaQUEl01eOtYjIZQR+Ce7YA8QeADnL7R7o3jh3ftffuD6+25Mkk2Rxm2ahNo0&#10;fi0sz6zj8pX5nJ0nguHhqcqqFwG0m3AjVTfLPuinaCty9B1Xs+vlERxuDSbH5BqT8Qy5hlmzcwEf&#10;1MUqRG5GkXK+4e333D585m8QG9Wx26QmqRih0nh+pQzEnGplKh/4QpoJV5a9i/aXk2ax3C6sH3nf&#10;Ygf1busq6iO4pbgC3iFcqsiuU/iLDUSP9m/zAP5eXxEeTBUuZHaO+cfTO0mI2dTUm4JDkEOpRkK6&#10;Csg25iakyk3NfMKjSPS59IIjdc/FLYe2ar+J5yNt1Z46ppavJVLaXmJMrO7Mr1Ejs/Ou8Z/BW3si&#10;5e5fhm3W0SRmmmMseWNNRMnDuJZuNKEmuABw6EPuDzRJZcpbkbVDDZpBIAqhe0KpIzUaaZyAQRgY&#10;HVY2/v51ff8A312XszrvpjCY/qDZuc3ftbAtWyw0ea3JWU+Xy1DQGNfS+GxKkVJ1xiOqcfVZxe3t&#10;VbhxzU1ZL4I6aOOJZEencQKpqY5JRJcIXVncE/W445IsB76ibRLG1ugJbWxJqK8KcfkOHCnkOvnm&#10;5kuzebvPJJKWYECta1qtajyx5/s628cYb0VNb6eCNrgCzFhzYjglQBf/AHn2Am1qWLd3Z9Xm5phP&#10;tvbSGCGnYPLA8heGSNCXiUMHrqdZTcENHGpP4IH+7SLtPLMVolRutyKk8KKRUn1B0MoH8JJpmvQ1&#10;uP8AdDyRHamHTud3QFh8WVfy9RHrAplWYgU6nMSBx9bjj6m1xfj/AFvav3tlpnnqvKyPJKI5PFF4&#10;5XhvRxgIszrqmVJkLFyouWta1vZdsFkiwxaKhRUVyK54+g48P9noP7EIoxCsRYRJUVPaSanPyxQU&#10;+VfPrtRYD/ef9f2XKowNLlczRZisgiqMht16ytoamSRopYPuqWWKsgjqVKOY6mnJBjYGOTTcglRY&#10;Z3sm3W77MJbJmmebRG6IW8N2jZSzEcE0gqxPbUpXOmmTHJV7dnb9zittwEdk8al4yQWkCSYKq1TV&#10;SeKUOSK0JBjVUiRrGrpI33Eq04MaFxGXDMJJLcJGpTljxe3sJap6rM5TemLo64x19BkI1o4q+eiq&#10;IKFKvGxvSP4aGipqkUcsiGR0laSUM5QOukD29y9vO9y3HM9pe2/gm2lRbdiySB0aJNDqsao4VmOs&#10;62kNS6K40UWZdyl2nbdu5XvoZhPDdQM0ulXUhlcgrqZ9LkFQtU0rQZFSeucakaL8nSLtbgnSASPx&#10;Yn3Hx+2JNqbJiGYhw6ZvJwPjaVsZj49LyXkDZCOoqyZXK06RyOWUXkNhdW9mdhZPe6LKS2i8RUpK&#10;8ahQCdQ1iqY7chWB0kAVNQvSaTmj977s89jLcGxFJG8RyDQ50UWgAPwhQaBaleFOudyXsSfzx9OP&#10;x9PffT/WOMqMrJSFKRKfFx09ZuabWgkpMVzJFSXAMpbIR0swErWaVklf1FDZLL+4uTrK7s9tCDdn&#10;iRVQFWk0tqWN3oFJBEeovp/UlVmJJoqX5k5gv7mNbtg5hZjHACuGcEEkYpqUsoxkK2jgwHUWuqxT&#10;RHQQ1Q4YQR8Elwp9RX66FJFzYgEj+vsy3aO/12dg66rp6vH0MGLxlT4Edo6Wgh+0gZojbwpNBFDD&#10;AVKxSkhXOmOQ6LgaOO12/btw3a+kASFGdmkwpopY6mqTkgk0QtQGgPDpXyJsTbpdQW/gvJK0igmh&#10;YkE0elTpJNS2oig0juAJ6RdLhkq6kzzrI7OyGRmeZASsovZUZV9MkgIIsbIf8fZL+sO1sfu2WSRq&#10;iTLVBnq5JDLU1KBZ6mY/co2vH08WilpaZTTT+IyeNGQqrhkC/wBvebtr5wt5YbKZ/rI9R1Nq15dm&#10;0ODHDUDRSM6QSlVKo6yr1NfOXL82yoZIwsUQVe0KKkKAK8WJLMaMoIAooNdQ6V70KCNETTHoC8p6&#10;dVvp9LE/7V/X8399dp5LK7fxdRnMRtRMu1VOcZuXKQZTC0ORw+HlxeYjp86q5CTG/wAVXEZaWlj+&#10;2hkepEFTLJCrSJ45JJla62+Syl2rZhNNO6pK6mONokWKYpKxkP6qRyEK0YbXpmd41kdDG4M5eOz7&#10;89xZbvzF9H4cTSW6+DKyyTI0TeCQgOgSrrbxKaSy6GNaES4kMaqgDWBB51Hm/Ju1zb/evdT/AGjk&#10;3i7v2rCK+DHU1HsItTa50hqFrGrsnTUxpZJkmlkrHdRYAXcBSARa2LX3lt8lT3f2KCyvTDbpy+gQ&#10;a1Rg5uLkAq+kkSMcqQPg0mpIHWQ/txZRt7ebvObZpZn3bOAVKhIydWdAWvEtQLkVAHUj3YB05v1N&#10;y5rEmpr44sjDiKeSGHH0cD4sLBDIqy19FeKJJvta0UqGYTyrMjCRWAhl9yB7X8wtzHeQRTXGu9+m&#10;U6IjSNRGGUOV7StI2WKuosWV1ckiGTqM+ddvaw2u8CQ/4r4jKzOx1CtfgdhlQV8QU0KVzGQmsDE6&#10;g/QE3vf6/wCHsoPyB2JuKo37V1+Yyn3VRuOvq58dl8JhK2Ggo8TFMtHAk6GOOnSqX7eRtQYJJH+4&#10;zE62aHPdvkHe77mdbjc7lmk3CYtHLBC4iSJax/qEDww6qjUNV8RaT1YlneROS+aNtXZIYLW2C29u&#10;i1jllQszmpNfxEDgykVrSgUUUZF4AH9AP969jNNtuVttbf3CuNqGkxmQqMbVLPJTVEwxFXFFRYyd&#10;Xop5o5aCpkoLxM+ksJj6Qbe8vOQNlj2a05evJdtdrnW8ZUmN38ByIYm1ISZYZPDOjUSdEuVUIoEC&#10;/vlP35vW0/WoY7iISqRqUeMhZ5VIdVIdRIdQWoGlTX079rLZWx8Pntm74weTwtZm48LUruSkx8FR&#10;UNXVbtQT+GmxxeTxw65cSEVYjGrGYgnU5JPt62Dadvh33aL3ari4sZJ/HEZLM7EIojEJLDwiyxFQ&#10;EKJrL1zqqHeYuady2rmLlbcrHc47V7lPp2kZVEaUcFnloKmgkJqdRATGFPXvas2zXbkp9wUmIyW2&#10;n23jcriajceL8sUUxyitR0CyUVbNC7DD5THS+ctAQ6yxuDq9ALpNj3vcJ9+Flc7Idv22SBpowAn6&#10;pK29UkKvSKe3JYPH+osiEMjKYX1B3fLTZJNmuNwtN6F7e29wttKVYr4Z1SFXRSP1oZF0jxAQQQfJ&#10;hT3sVsbhaveqbj2lVVsVRh/4T9jR0ckc339Fu5XpMpjq0VhUJNSNSVMauP6hl+rG5hvTSG/N3A6r&#10;axaUfDBxJ2uXU4BCxsjLSveAakKQABebnBy02zb9b2zLuHj+Izgr4clqQYpE08VYOrMCfLNRQde9&#10;if8AFvFTZOmr8DVwU8UGIyEFXB6ZBop6+L92JpZAW8gqqR29JCjyfU3HsP8AOk0m2Rxz+H4YmU6F&#10;WpXTRSKngXJJZwOGpRxB6AvvvuCWM1ru1vMxnuImRqUpWM4IA8tLquak6evez+VFMlHXQUNOojWl&#10;oqSIhUWGOMG8oUm2mQaJ7C9zcEDke+Rn3obprznu2YtSQbdEKnzHizGn88efp1mb9wRnf2c3XcLm&#10;jibfp2BPcx/St0p6qaxgj5UPA9VX/O90bfGGRwWCbLRbxgyOh++zEoDhSrINOprXFwL34uDBdZ5u&#10;fFyimaTRT1BVhIeSk9ls2qwIR1Wx5sLD3D+wXrW6rECQCa9Tj7l7Hb7nFJdRxarhfIkDtqTTOa1O&#10;B1rafLLaFLnS2booj/EsZTGIxK4d58dHVzSTu0EKhnFI8pPovdTyePZt8FnknVI5XAcmw1AIZAAf&#10;UNVrkAX49y9sG+UYROe9vLFD1h5zRysGE5ijrGc5rVfkeiRbS3PlNoZRK2illQRyqJo49TRHlgF0&#10;J6dXDWt9efr7VbhZ1LWFwP1cEEajo+nH19yNBKGVXQ1Q/wCo9Y/b1szQs4I8+FOra/j/AN7O9NRq&#10;Z5JFeKn1D0nSTIwN7ky2B4+v+t7aJYmRv9Ym3H/FQT7MVIYA9AO5sCGagp1aBsjsyPIUkH7okiME&#10;bMq+l1YqfpqYlybf7D/Y+48kauv0JN2DDSB/vIAI9uKxU8cdFpsjnHQqY/e1MjO6yzKCsZ9a67Xt&#10;cWuTcf0Fre2iWDQ4NgbEWtbj2uWSq9bWyrSg6WNNvaOanIE11ZSzO1owVXi9nPAU/n6e3Gpp/LSR&#10;H9Wm9gLmw+p+n19o45NEz04Hpw2JII056RmK3/FR7jnh86qHNyxIYOCQdQ0MDb2wVNMxQgDkgW/w&#10;A5/p/QezSKUVrXHRPNamNzVcV6MFtzdFPVIs2tHWwPDgX1KOR6r/AJv7aRTsDY2BuWDEC39PqwII&#10;49qfEBrjpjwwPw9LhsjGyrIsim3KkMhC3/HBtf8A1/edoWYEmxB+psP97t70JAMCvV1t3/D00HN0&#10;ySLYzg3Yjj6FzdjYkg3I/wAbfj3EeijZDYMpB+vJuD/S9+PbizlTUda+lBOVz06w7pmjlH7qPHpB&#10;BJjDg821KLEN/h7hPjgt7aTrH4Yk/wCxH4PtSt1q4+XVDaDHb09Rbp1gXkVL/wBpwgH0v9W/p7wr&#10;S6SQV+oP0v8A1B/AFvdmuFxnpvwK8R1OOaEoDiQKb/koLj88cfke+ZpjbTpN7EX5544/HvXiqSDr&#10;8+qG2Brjrtc0AQxmS1xZbx6gRxyPryRf3hNKwH05P5tz/t7c+3fGHr0kew1Ejy6c4dwpxc3/ANZh&#10;/wAQfz7xNQkqTpKqASWZgQvH197FyQeqLtucdSjuWMgWMjsWCqNCi/PNrWJt7g/bmaVTpsgFwpFj&#10;djYE8f05t9Pb/iaFJr0ZwWFCMdcKnOLDExd7MQxJJUDm/H1AuPctaOzRqFU/uLcaiD9f7Kg2Ptoz&#10;cT5UPRtbWZaRFIx5dJPI7lhipqiYyJaON2Ll1AUhHsT6rAc+1lUjwUKADgKvFh+QAf8Ae/ZHCQ8z&#10;H5noSTQBLcr/AEf2Y6KftjMR5nd1XJ5SrrVVBs0t9bamuVTVb1aeLD/W9peMt6wFuHYkXNiBxZTb&#10;8A/737NnC0WpxToPC0B0mmadGVqskojjAUr440Vr35KKSSb8gEH3LjhIe+m8lv8AEgc/7z7ZZwQc&#10;46fSwLmlMdMFZuhKeGQyMscIX+wyNqNvpdiT/re5a0pLeq315/2/9fbPi0Xo3ttpLUDUp0Gmc7Ep&#10;6SIyReT0g6W1cX/IILlb/wCw9u9PSolrmw/AFiP959opZWzSvQptNqVFVjQ06K5v/tqvqpahKa3j&#10;BUF5IywLC97GP0EaSP8AH24JGPog+nPqsB/sD/X2nZj5no2WBI6ADoAK/c9XXEgu4D8KVYm/1vwD&#10;Zlt/sPeGSdYmVnJAAJuumwIFuG45tb8+0lxIscTktQUP/FZ8/l0c2Vv4xpGO7oM90V7HGZFraA8I&#10;jWNwVCugdmlYDkIwPJ+nsN/41g9Vvv6rx/f2+40N/mfFf+IaL6f4Z9z/AJN+q9/VbV6PcTfvraNe&#10;j6uSn1HxVPw6NXi8fg/0PTx/PqY/6rb14er6CL/cTVSp/jp4Ff8Afn49Xp28egR/iz/c+L7RvuP4&#10;h9j9n/EKfV/Ff4T97/BNevX/ABP+G/5f4rfp9P6fV7//0D1NMhnYy/bCLnW9MKYSM5A8fjMelrKQ&#10;Lta/voJJy5zS0vhf1bvBFnVpt5VqR8J1af59cj295PZ7wy0Xuvy5r8q7pZ/9b/2dHapviz8lqShh&#10;Wg6K7+lrV+3NNTZDrPs00cKSxLUVpm+5w0sKSyNwsYcRoTZuboOCJTANfw/536+eEXjIJ1HVd2N/&#10;rc3PvY5a5lUMBy5fYan9hIcCmQfDqa1PmeHWm96faQaP+Ys8tkU/6Odmf+s/U2T45/J9niX/AEB9&#10;6ljQWnaPqrtOACqaJYo4YWj2+KUxKgDAlY/GxYW+pMKalx7WlIjmdozqSSMPFdnH6kfyP+b2A4/w&#10;HtNPyjzBIms7BuBcjKm3mIFcH8J+ZOM/LpVb+93tKVZH91+XFXyP71sQccOE4I+wkHyzw6UydC/L&#10;NoZ6Kn6L7ypqdK1UhKde79oal4EWFIwlTRYKmBaYPpMkjlU5Yk2bTEqsHgqkuHpqNwRqX/J4ItLM&#10;C37XjWPR6zb9Wq31H096HI+9sEB5bvK0ND9M2OJotV7RXH58OlKe/ftZFp/5i5y5RTgfvS0IPCuo&#10;Gc1xwGmlfxGtA9YDrf5s4hIkXp35CUrpJFGynYXYlerxxyQxyCpkqMbWR1KGJdYXT4wwsGNyfcGL&#10;bONDaoquso5QvE1Jkpabx2NwEQVAUm3Fwrf63tg+3e43IkSfl2/E3mwgkA+wGgB/n0uX7xvtfAjR&#10;w+63LOitafvGx/ySn/J0oMrsb5V5DjLfFneW6aKSXU1DuX455rKy1ACGLXPM2xHkjcOSy3njte/J&#10;9vtBDXUVvtN2ZWFLOCtTUwVh1DlP+BUEg08e0svtVezsNfL168ZoO6Bg3nWp0cMYoRkj89r95f21&#10;i/8ABp8t4pTTudqPtpS4HA8KjoC+wPh7ufsGKo/vd/LdqsrVPZo5sL0Rv/bDhGctMqz4DFURSbVM&#10;zmT1O2myi9rSJM1u9HKPkcBlk1SaUyFBSsjRg6T5JIpolDOqi3p9lFz7PbwTWDZb6JC1Aqxy4Hrh&#10;CP256N7f70PtPAvize5/LkzlaHXuNi5/MNNU/tp0HFJ/Kr2PkIzU4f4p/NHqLIhEmqKzrxe48Y1F&#10;PIEJbGw5raualqQsoOtPJJwqkHhbRzk5ZNRyG0tvyHWLPgcmcRIY9LFn0g06eYNwBrsb/Xj2Xt7S&#10;84w08HbL8ivDwnP8ygP/ABrpb/wUfstdEPL7i8sk6Kd1/aqK1H4Rclaep08K9KFP5a3yNxKRjr/t&#10;n5xUEAhiEuL7l+O2Q7dx6TQp4IoaeTLbdnqYKaQPZ2hjQhQSF+mmZDmNvkeOdd24ossWkLDBmYF1&#10;hXKmSKGqqAyng+o2P5H09pLzkL3JgcJHy5eyqKcbeQ1x/RDj9hHz8+jK09/fu83Co8/uny1HMSa6&#10;d1sAuPQPNGaH5g18q9BBuP8Al5/zN8fVNUYTofqXt6kRpXhrazrTt3q3cM0aTVKSM1FK+3dv0ch8&#10;jSKv28/kDAKjCy+1AhppI/LjtxUZ/SUp8pFUY5ifoPKweQc3/MXH59pzyj7hoAbrkDcCoGNEMj/m&#10;V0gj+Z+XTf8Ar3/d7uZSsHvVy0p/p7naIP8AevGI/YadF8yHxj+Z+DrZMf2r/La+VNOsklRTz7i6&#10;P2LlO1KcJHpJehwke0sdNAjxBdDLkFvyFYt6B5svW0aMZ4sZJxpE2Oy+PqdRvyfD54qlRx/qef8A&#10;D6hRa8o82XJZJOS93Vh62lwo865aIA5Pka/Lj0jv/dz2Wt2Qj3y5QkjJHwbxt7H5/wDEr0rxpmla&#10;V6lYn4Gdu74yApNv/H/5pbeeqnhlTHdm/ED5DbTihkuo8VTuCPYGXwIRdTc/xBUVUW5JNzKpM/iq&#10;gK0jNAzA6DUq7mP1EaSjJpQ/43H+F/r7dfkfm5z+jyluoUetrMPOh4rX1PDI4Y6Sf6+XsvCiAe73&#10;K7HzP7227H2AXJP7QK/Lpn3p/LN+du2ZKiDHfHHuPN0aGNpV2r17uwCrpBotaXH4t6qrnSViyoxE&#10;n9pgOR7lvUYeUMJK6ikVrFkDQqD6uAwnaRXuD+Rx9fp7qnI/OK1Dcp7mf+oSb/oDpK/vt7NOW0e7&#10;3LIp67tZCv7Lgf5fy6S9J8Nfnxh6unWk+JXylpKmhcrHXwdLdsT6ToIZ0rsXtijqJGhZNWtZPVdd&#10;DFgfbYqYlZFmp8hHQlHLt9rVx00jO1mvGsTpGNVudS6QeLe9y+3XMtwviHk/cdWMG2lGc1/0Pzrk&#10;mvAdKIfvEe0sS+APd3lgxcM7nYEfzm1Y8iD0JVV8XvnbV0MmOz3xF7930J8S1HTDenxr7Nz1FSQq&#10;GaSivkNk1dfQrE0SiJ6eWOXSxVCB9XaLM1VEV+1z1DVwi9o8jLSPJZjezTwtG6m/9VI/1/ZVL7Wb&#10;/cggcmbmrev01wtR6VCfyoejdPvI+zsdZJPd/lpnalf92tk2BSnxXDEUFcAgYHr0A2Z/lu9z73kq&#10;6fcf8vT5Q7OrtQC5jrXo3ufHY6FpAxmeLDZ3Z2UhrEQqHULOpLNYMCW0ONJvyKPXHlqalQEnU1HN&#10;TZGmuRpUrACmq4/Oj0+09l7fe6XLoFxsNnvkUgb4VguCpHoV0mtPKsfRTzL7rfdd58lC8y838kTQ&#10;GMKxO5bekjfMP4ylG/pB6+nSi2z/AC3P5l/SlRTZ74mP80dr5ATJoxOR6o7r6rngF6I1BnjTF1m1&#10;6+jV5rFaiRTUJG37fDKHGKu2rXDyNkaenN7aZauCE8/X9uomCaFvxwTx9fchbVzn7/bOoG5cjXl/&#10;Evn9FPHIQMUDRx0+eYdR4MfMQHzp7X/c131zJyl777DtszphG3rbnhRuORJNrP8ACaTAelOj69U/&#10;Pv8A4UG9F1FLhe1vgb2x8gcVRsXqa0fGDtuPcFZAkjxQQU+4+ssHRbfjJ06y02MqpSWOrjSTijXC&#10;AOYdwYnW0lkWatpILKnqGpvL4zcXF/629y9y7z9vG7rGm8e3++2N0f4rC7aMY/jEIIzX8Pp1if7i&#10;+2PKvLNxI/LnvRyVvO2IqkmDeduWWhOaRG5YuwrwDsSPPFOrqfjL/Mp7O7OpqDG97/y8fnz8fdz1&#10;FUYKiorfi73tvvYsIexjnXcOD63p85HC8hZWEuJhSEWOt+T7x00mIlkElTnMYoU/oNbRqGsbN/yk&#10;Egf0/r7kNnvnUeDtc9GWoJjkBp8wUBU/I0Py6x8vN12m3naCPerJ9JIJE8ZFRT4SrMrLk9wby4ca&#10;Wt01dkq/G0tbSbd3FGldTRVEEVdgMxjq2OOZA6rV0GQoqWuoKiMMNUVRFDKpuGVWFi6x5TAoHCZP&#10;GgA3GqupObfT/dv9PbZtNxalbOb/AHhv83TK71tH4t3ta/KVP+guoc2Kz0i/8W3KMCPxj60EarX4&#10;MVxz7eaLPYNRdsziE/FmyFGCOfqLzA+0Fxt+4k9tjOfsRv8AN08m/bOrVG72v/OVP+gukVnNr5+o&#10;ui4DOz3Bs0eNrSv+sSICL+1HR7m21EoLZ7DaySFvlKAWBZQCxM40kfU/4eyq52vd2rp22elD/obn&#10;y+S9H1pzHsTMoO+WasSAKzxAZI4ksAB51OOi19gdb76qoqyNNmbvqaWno2eZsdtzcFZLUtGnlZKW&#10;KgoJ6ieQsoCqiuzH6An2pa6s62zdE2Oz2Z2Zk6fxEiGvyWCrqdZJV0ylI6qeWNJCOLjkge42k5c3&#10;3crybcrrly8ltZHCCGa2cqqICFkCNGWVmq2rUBhtJpTqadi9y9h5ZtbFNk54srW+UFnmhvI43LEk&#10;hWKSgMqg0FQSDkHrX43V1N83st3nuXujZfQ3ys27R5HKHA4HBnqrtrA+HamIoIqbEZCSlo8E01HW&#10;5STyzzeQehpFVgCnId0+y+icRko8tiMf1vSZCAjw1VK+3o5oW/46wOsl45bXDMpBYH+oBBzZ8jxw&#10;SpdRcmLHcDIItMg14/AKEeR4jyPQ4ufvC3u47fJt24e7kc1m60KPuCFWBBGQZqH1ocV8uhErsL/M&#10;g3XiJ9r7o62+WkuGqaaN6mhk697YqaGrRtYno6o/wmGKpE8TKpjf0W1cIQCVlJufawCJ/eLAPpIZ&#10;nOVoGDEEH8VIN+Pr+PYlG0bvX/kl3Ix/vt/+gegcnPPJaqSeb9rLf89Vv/0H0jJfix8o6qvqnHx5&#10;7/o6SHVjaelHXHZMcVRTlPFFI0aYCvhaBGjDG508/j6ksvyc6J6W+UHWeb6+3xktvp91jaynwudp&#10;6/D1eYwldURBI6um+9qHp6qESIplpZSIaiMGOT0sbBvmz26POW2yWW57TcC40MI5RC2qMkcQKLqF&#10;clSQG4Ejj1J3td943a/azfk3fZ+dttNqzoZ4DdwCKVEJwVViA+ksFkVC61/F8PRv/jLX/NL42b1o&#10;Mrgehu/MziMjVQ/3ywdX032BQ4HJ4yjV1enTxbaeSOvUSSCmqVSV4/ISoIZlbSZ67+A3yb+P/wAl&#10;N2UtD0n2FvfbG1zurB0mbi2Fuut21uPHLLUUayY/cONxFViMguRo4o56eWkmlWSKYWZaqMwphnH7&#10;R+4W3bvKByZuzxxMy6ltLgg0xVWEZVgfIqzA8a5669Wf3rfu57zy9b7gnvlyjbzTRxMYpt326OVC&#10;yglGje5DhlJKtVRQipFCOtmjbuZXceBxGcWgy2KXLY2iyH8MzmLrsLmMe1XTx1DUOTxeSgp62irq&#10;Qv45Y5EDK6kez1bR6471m2RBSbm6L7pNNkM/ufa+NxmT6q3BW53aGOqsfStj9wUVTTYGGugwNVFW&#10;2eKUlKeSB0hYtqgI7TkLnF9ltri45Q3k3JlkiEf0U+tAFRllP6VdEmsqGNQpjI8+0tu/f37uiyLc&#10;Wvv1yOJjEruRv22DWQ7EIV+rI1Dj+EkHrzxSHIVKU8M8TfbUtR9yS4pp5fuJY2gAkjlp0mSKH1Mq&#10;62WQX+in2MO3unu3MPtvfOwoOst8bjx2brttbrpajOdc72x2R2jmaCrqKuQ7WzE8NHgg838Qq4Km&#10;CjatVoZwSkbA3SR8ic+29neWJ5I3OWOQoQTZXOqNkrXQwSjBlYqxoQdRoKjoLXvvr93y83/YeZU+&#10;8FypbS2cc0TRx75tfh3McwQETx+M7VUxxujKyFWUgsQSBEkxr1WTx+Yk+9oKqhSspZIac01RSZKm&#10;rFpyUrE8DzaY5aWNkcNE6GPng29nM+NfVuSq6LPYzfG1d20FNS5/F57Aybk21m9vTzTR0dNDUU9R&#10;/EMTTwyp9zTNUG2pNdQ1zfWDkB7R8kXd7s28bFzXsd/bRNOsqmW3li1EY01kjQHtHGoFTnB6iX3W&#10;9/PaiHe9u3rln3p5TnH08kL+Hu+3SFdWruCpdMQSSuaYpUcOi6fImfsjH0VDU7D29l8zNk6HJYvN&#10;Q4rBVmbMNKzCaGqjWgjnrYKrU9lKjXZQFN+ffHcnX+69v71xePrdpbp3dgP4dlcFjdwYHbeZqZ9u&#10;0tNk6Q4CaYUlKy6abbtVTQO6VH79SlXLoTx6fcU717Zcy7BzJuG3W3LO43u1xOywzRW0zDRRSlWR&#10;HViAwUlSQWVzXt6kLbfvIeye+8t2163vXyfZ7y0iSSxSbzt0dSQRIAHuK4k1sKioRk9QesWzMZvH&#10;PbQydXSbYyey9zVGZh3JlsNmsTX01FnJctR18e4aWGpyMEJVqncMc9RGrQ6oYBSq1lkR0UfUe2t/&#10;7r+OnYPWu/Nq5rbe99oUOJ3ZtVZcJncXjsrXXi3blMXhcrX0MEOVrZt1R5GlWOHVVLSzw6l1OusP&#10;wcic7PYy255N3cXKnVU2dzRjq1UBMQqctX7evbt94n2L2/nLbN5h96uUJdtlYwsI9526QqHUR63p&#10;ddqrRSWNFAWvRQPkJ1/2l1j87/jH3r1p11vPeHXnZeZzXWnf52xt7N7ofb5yu2aXZG2d5ZyjxWOr&#10;3wm2sNSUdDLPWzOtKopGeRkBB999Qbd3lgN2S1eR2XuWlwwxNe9TFVbcrIzW5sVFXPTtHUVdJHOZ&#10;aqn8sMhYmn/ciYNr+i5+QudEvI0XlDdPpaV/3FnNDQ4qIz9maeXS3efvD+xFzsaInvjycb4SRmq7&#10;xt2A1PE7Rc17SQRT0atRUdGC+UHV27N8dfVGL29QZ+XOVmTxEWLrMZQZieTFYaKGnpa3zUuO1NHF&#10;jMgaetRVRJ5AkyxIy6195u3uud3jcI/udtvLVNC2CzG5MTVU2LqaqKh3FUZPbFIlLXpSCNjVVGMr&#10;awrEXDiOByRrJYFdz7a85Tz3DJyXuZBhwGtbgCpK14RnNCcccfb0v5f+8r7AxwQQ3vvdygHEiqxO&#10;8beAV0ua0M4FNQFcgDUOGB0z/GGXsiq67x8PZ3X+8sTuil3BTbJ3RHmNs7ipoclgMTjN0VmPyuLj&#10;y+GEtXi5MrFTvJUiLwCaYIhCeMED9sdc9kYnE5Sg3ltfd9c2eymOFbU4zY+58vMGgq8fkDWSRR0M&#10;7yXixDU+uR2SON0XUvpVjeL265vh27w35Sv1cgAhbO4J+NW1GkYNTQqfQEn5dH+5/eS+79cSI9p7&#10;7cm6Yw1FO97YFNVK0qbrhmowcgdGd3HhMnX5HC5Lbm3a5JsBT5GWgWaSHDxVMtdjcljJcbOJfVDT&#10;GXIx1SOVv5IbEWZmVobY/YcO4aRsT1xvutqKHCZTHU5rdj7nxOEggqczS1MYevqMMyvV2w4CCIMP&#10;3S7FUK+Rgchc6M8Ij5T3QBUYaTZ3Sqc1+LwTQ0wKjPlU0BpB95L2Ditwp99OSi8kiuxO+baStAVI&#10;I+q7ga5FR69KJ9v1VVQSfxCmrqQPVUtXU/bOtbWSSijejlMMMUjL4SKlixtr4I8dufa0joe1vPT7&#10;ZzfXucpsU9JjKbL1GM677AyxnQVgrKNqWtiaowdXJT1DVDVEcsMUd3Ut4xoBMofbnm1L60il5c3A&#10;KoUOTZ3DKKsrClIir/EQw1AChLFcgUH3jfu9yo98vvrygxUMY1/fu1RN6NqDTiRa8EC6iAKhqUPQ&#10;bz9YxiSTdeJg3Tks1DUZrIYmhr5aHBwQ1VTj/wCFTQVbSYODO0lI0EMUcEkUlRUqiK6+UF9QcdiY&#10;TsHH46qXanTfcO86va9LSbWhrNybJ3C2MqKZEFLDW7a2nTtWLXUVHSu5atkeomdvR9vz5Qo3Xlfn&#10;HbxLa7byVu108emPXJZz+HQLQtFEqulAR2vVhmukVHTNn79fd23ExS3/AL7cjW7S1koN825nHA0e&#10;V7gFGJpVdK1AoGNT097H2lvCV6ut3PSYHZsWZrp87UYDZsdTU5GtrqmY1FZUbj3lUUGJmkqaqeoH&#10;7FPSU0iBOKh1XQtbPevTPyo7Ow+ZizXUvfWUnrKSt/uptbA9Xb9xOz8Y+OlopKjIZano8Pqq67MU&#10;MkscXn+2l8rsRBO2po4wuuRfcbcZZHvOQt6J8gLG5C1GBgRCuPX7ehDF7/8A3aduiT6P395KD0p/&#10;yXdrNAfwj/GqAA+YHDHDoaKehghf7iCNEkmQ/cTSI71MqlmlRGeUh1ETudKkaVHpCqAAPf6CvkJt&#10;f4qbE2jS9Ed8VeXzNJj8PmsJiurt51mYw1PnewK6qyFRXY3+ErVQGnwmMjNQs6xReORRLZZr+2ZO&#10;QPcW3sqJyBvTOyEUWyusFiwrQRYoFX9vSmy+8p93CfcEluPfjkoKkgFW3va8r4ZrxugDlyAfUYyO&#10;ulQyTEyRyaopw8bNHZNIpI420OUA/wB3OBb63YDm9hs3B8Su39vdW9WUe2+s+wKjNZDdVBurcdDD&#10;s7LebZWMwEWRwu08FRY3C0TU/wBzmXzZyOSeYU/2iY+FWjSSxO9u9tOf4QJZuRd5WSSoQCyuaKQC&#10;CZOwaQWIpXitT5dGF99537uV3u1xFH798kjbYo17jvm2FmLENpT/ABgKRGF0kqT8R6TWPrc3kd1Z&#10;yOqx8tFt3DxQYzFySU9SWz9dURU1Xk650q6KnENJi5I46eneN5IqhmlfUdKhbXunOoNzdfbEocJl&#10;aPMV+drKiqz+eqXo5Wghy2UdKhsRQCOnT/cTt+l8OPogbkUtIl2LFiesHtBypt/tvyVs3L8u5Ryb&#10;jpMlw2pKGaWjSAUJ7UosampLKiliTSm9u+8p92+GNl/1/eR1HlXfdsrk1Nf8b8ySeGK08uq9O1qP&#10;sreu+q/M0PW+/afFQGTGYqJdm7lJfGU7ywwVMrfw7T5Kz9ydlNtLz3ILckQqja+dcazg8o0l7m2P&#10;qiCPp9PEbce5ah3ewB0/XxAf6df8/Run3nvu3agG+8FyPop/0fdr/wC2rpPY3ZPY0MiwJsDfUNOA&#10;TeTae4VIY3vZzjxwfaQr9m7llYhdvZsqSDePD5A/Q3+v29vx7O4N82tFBO6QV/5qJ/0F1dvvM/dq&#10;YU/4ITkb/ufbX/21dDDhNsb2poUebaG6hIAQVmweWF7gcFRSXHI9w36/3BNGA23s8pJuf9xVaD/r&#10;G0Ht8cx7apNNzt/+cif5+rj7y33ZytD94fkev/S92r/tq6npQb9pZJAuzt0Oob0gbbzMiEH/AKo/&#10;UBf32NgZ2NSv93dwFVHBXE1xZuf0sPtvUD703Me3sa/vO3/5yJ/0F06v3lfuzkY+8PyKPt37av8A&#10;tr64Njd/ySIybQ3RGXY6/wDfvZhFUWGkn/JTb1cH/D3Oh2PuE8/wDNIoKj14iuDen8hfB7Tvv+21&#10;P+7KD8pF/wA/TU/3lfu0S5X7w/IwP/S+2r/tq6aqnB77VrNsnds7GMsfDt/MtHf6W1mjtfn6fX2r&#10;MXt3PU00atgswRqW7NjaxUA1D8tDZePqfZNebpt0qPpv4a0P419Pt6Dm6/eP+7lcW01tF94XkoMw&#10;Iqu+7X5imD9Vj7fI9BdujrzsTJ0k0kOxd4rIBI0UabXzcko9DeuyUDh3DfpTSdXA92S7P3fisjsz&#10;CRZKrp8bksbRLRy0tbWpSTOaSnEAkYSzROwmHI9LEn9NmAvipvmxX1tvl+1rbvLZyyawUUsO4k07&#10;QaU4HP29fM195faLLkf3i535p9see9m3bar+4aQNaXNreKUuX1sgETSqfDYDUVoVXJ49Gh+P1Vmd&#10;39c4TZ/YvX28dvZPboWhWbcG389hKapiwgjhx9XBVZCGklVqujmdSAdL2ZTwQC1ivxU1DM1ZuGkr&#10;q1pnddUsNOscV5vLQiGRzHJGJD6XHodTdQASAra03BZVSPbJI4AgrQE1Pk1QMY4g5HA9Y+e4i7dc&#10;3G03+2xeNuE9ukkpiHYjmupWC5V1bNMY6MVtQZKOOqoKnBSYHHYetqsXiYpq5Mg2QxtMtOuPydPN&#10;HM7xU9TBf9udRNG4KngKzgpk9m47Jbgy0uSy2GyW1cnhsbSTbQrMJt+rxr5OkyeSyTZabJlBWVUk&#10;y1QialkD08ZjSRQHJuzc2V9N2XFrPNblQCjx61wWz3IQ1QwBVgy9qkAHVqU7bzjuG17RtJ2uzurX&#10;me1uZXW+iuLiOURPDFEIhEpCJp0M3jKRK+pkclaALAi4I5FwRcGxF/6H8H2ht+9MYPeHWmX69wOV&#10;o9qQV0NB4JqR6eSEyYyQtBSzUNZXQwjGyn9USSRfQG5tpY55Xml5a3mGePYtCGuvw4SFoQBq7V0k&#10;gKqhTSi6gPiJ6kDln3c5vuefeXd/5muZt1mtfFjT6ucRiNJgSx8eTSofVQmRy3CnGhDYy0uLSurU&#10;pJFMsn3FWaOknrJ52VFjEiU1HHNVTyECwRVZvqf6n2Rjrno3f238xvDYVdiJUgU0YqdxR09eu2cm&#10;KeWOYJh8pU0iUWU1eQ3fSRGytY3/AFZRnnTl7917VuMDsJkZv0iqrIGYU1FB3LQKPOhqAT1kt7je&#10;4XKh/dO+W++2VzcIzhYoZoZnTUvFtDEoARSqkavM0PXeJyX8Xx9Jkkoq+girIlmjpcrRz47JQxst&#10;9Fbj6pIqmjqFfgo4uB/r+zG9WbKyvX0dRjocOKrHbiz24Ypa+ro62HLUmLwopEwZrYo6N4ZIMjUm&#10;qYNO8QaIqUDEqPcN+4G8R7xzJYX9vt/+Nz20SSywpUK6IzAPIKmi1ZQfJmC0PEwvzpzHY862824T&#10;b9FBc7ZY27pB4qFJprmSlwIKk1ljXwS2kVCxtqailenEkgqAL3vzY2HHF7fS59ivt3Az4imr8b9q&#10;i4lahjhqUvPLPSUrMrNBJNOHaSN2kZxrkkdTddRUKqBCN94bcb2WdwbElDFRCJAdIEmuqBfiFVIo&#10;xBNcAdAHmPeNm3G32W+s5pv3+UcXbnw1ikcN+m8aJlCEorYVWI1KKli3S+TU2oJo40EX1Hj1ageO&#10;D9PcwYtIaoVtPQTQzR05p9CvP4ZY3lgqCXp1QwNNC8Fo2tqQO4Bs5BOC9xKoWVmIrXI6Jf3g0lub&#10;WW5Ro2cNU6dQIDDDV1ANq7hwYhSRVQeufvJVDLyx0qUcSU/+V0vnkqaWpnVaMS+WrWOGKopWWpmW&#10;NUDm6oTchgLe9Lbxr4hlBZdNQBUEmvCtKU4efr1q0fbYzKbuUsAjlArqv6lAFJJVu0cT5mlBQ569&#10;7Ab5C4Dde4Zdp4nDY/OZHGfZ5Koy1NjsdUZCh89JUY58QamoggkFPUI/lcLe7CNRYgLaQvbKy5Yt&#10;Lq+5h3fwE3mEqkLyuA4SQSGQKshyB2gEfBrbSVr1Nvs5zvBsmw80bXf79FBYy3UUiRyTrHqfQ6yO&#10;EY93aI1rSlPMHi3nF4810eUNHSNkoqY0kde1LAayOlZnkMCVGgSpC0sjMVBCkseOfYSbO6O7LqNx&#10;7X7A/vrvjaWN2rU7khyHVlBS01Dg9+1OZxFBQ0+W3M+TxqZTx4ZgzUscQMZnCygo0RaRB7jrHvPP&#10;fKm7WXNVwmy2FrMJLaHQbe4kmqiGVlqSYgS6jVRWow0kmou5j91uSINk3vlL+rW1bje3y2rR7nI7&#10;yT2KwyyO0Nt4UugeNgSEnV4ZMbag6hJxFlIW/wCbG5JBJve7HmxP9fZqtt4ieegqaSpxK7ZMlTUS&#10;iPC4ysx8TJWyGeqqGEkR15KsqqiSSaoDqxlJewYk+4oba7i82fmXZIpbzbme7uEEsTr4xSV1kM0E&#10;qpoUSEtTSrSR5qQ/Ud8zc1bZtvMfLu/2cm2bzEu3xK8MgHg60iaERTL4gdvDUR0HwMQAOxQoZKPH&#10;yx0tXS/eZaNnr6qaOrqZ4J6pUlqPuFSkcxPBFRIrGKJGQskQA+vPtYbF64w1LLisvuJqWp3BQNkk&#10;xWUy1bS12Xw2OrKpGloUyMaRgU8i04YRWN0cWAYEADbB7Y8vcvWfJc7WF7f8zbBZSWlvuF5I9xfP&#10;FKzF/FmGkS69WnuTtXUF0B2qHucPdPmDZtu5l5P5X3RX5I3uO3murK38X6J51jbw5Xt9ekXVsZGE&#10;bnUY81OdPU5v8uup+9pPs61GLAGEVBgIYBSyMKiklvY2te3txzuDWl39gsvSTJPTVOaypq3pHWop&#10;oqX+7tDjYXqZYiRTRTVVIXUuRyFsST7mvb715uW72zniIlSBNIYEMT4ruaA01MFYA0Hma9IhPYT+&#10;21vtv19v+9Ft4qK0sYcO9y8hBBI+BZO6o7RXVwPXCKqlM1UrQTiOAalZoZlElxKSIQVbyH0Dhb8t&#10;/rD2YPZGS2/tCOuyWSzrZHy1sE/gQ46apooaqSnoY6HHUePammloqV2Ez3MsiAyOzFFssT79b7pe&#10;oY4LGcgVHwPmlDWpQcR8qaqgHqN9u269uec9ps51sraJFIMwuE+nbTqcySTNIUVmACBR4YNEUJWt&#10;U/uOabL7Sywo6LINJWY6sjhp2o6umrNX27nQaSpgiqxIzKVUaPUSLX9j/md37Rkr9vom5tuyxxVM&#10;8spizOMeOEmCpus061BiiQmTSC1he1vYJstj3xbfdCdpuQxQBaxSAtkcAVqfy6ybk3zYE5Wa3G+2&#10;RuNABQTx1ORwGqp9Tjh1SV091d3BF3p3DvDJdV9l4TFZCjplwtbldibppkrGlq6Nmjo2qMZAla0K&#10;wBm8ZNuSeB7Kv2lQ43cfZ20siuSxVRiNvVu59zPJTZGhq6U5hsXFhsNEKiGR4S0Zzc8q/k+IsD6T&#10;7IeXts5i27duZAeXr/w5GiKsbeUK6le8Ale4jPDKkClSSOuontZ75e09t7Me2GzX/ubsEG6W1sIJ&#10;optxs4pECEAF0eZWWqp5gCjGnVNL/H/5VdZbv/mo5HZ/xd+S+Qru+98dc7S2Pmcd0V2tJFuHr7dO&#10;6N3dh9iVWEqKXak4y1BJ/dWixde0DSLGMkiOV8qak1PHjhW1NbCKJKupjhgnqolp1mmhp3laCKSR&#10;LM8cBqJNAJsuo2+pvKFidzaRPqNmmUOi6z4MiklQxUFtJqASaDyLN69dGfZ733+69y3YRzXf3i+R&#10;4rsqK+JzBtKNkg0oboUoK8fTorrfHj585ylwO2twfFH5cVO1MdVZPK0GBquk+6JMfjcrmqaNK6sp&#10;IpNnVeLoKisOPpTVO0aST/bxqxuqaaC/lt1F25258hd6bkoOtew6rDUFZjNvYGupdmbmqsfWY/D0&#10;sVO9fS10OOlppqWesSSVJI3KlX/2r3M9hytt248v7nv13vUUF8jqEtmceI+kFSyJhwDpJHb+MEEd&#10;pbCr3e+877Wcye5m83lt7ncvT2Dzsqyrudk8fhg6Fo6zlSClDUGmKjj1uu/BHqOs6S+JXSexMtja&#10;7FbgGzaPcm6sdkKSposnjdy7vZtzZXEZCirYIK2lrcHNlvsmimjEkRptD2Kn3eJs3btJtXaOD2wk&#10;lOsOJ29hcOrQMqOwxeJp8e7O0b67LHGFTkMQun6AD2DZhfW6wCCBmEWgYHxUIH7AF8sDhwp1Nftl&#10;72fdwveZbBN/97+TrPbnRlkeTe9uQKChAo0lyKHPDh/PrV9+T3VXzJ3z2NuvfuD+M3ySys9V2PuL&#10;dtLRT9NdmZvFvFV7srcxhqWioV2y8YpLTu04Eejk2YrLymNobN2/11FsraeCrN2vjtv4rOU1LCZV&#10;q8JWCsqYquebclYaYQyZETO7Ul2iUGR+Obgtj1wz7btiWV0kRicq2hygClCDNItQkmr4BWpUyEKa&#10;UXOX2++8V9zrk2fYtsg+9PyQEtobmhPM2y+A/iHVWYm6p4n8ArxoOAACs7E6v+dXyQpO8e1t+/ET&#10;O4fMb/3f1xkcrVVvTnaNH2Zhf7vUEuFpIOrcNPjazL0+2vsIozlVjSpkcQRMXD2DVFfKH419/bm7&#10;k3Jv7aW2f43js1XrX4BWoazKNicpRU070MGQqKWrgr8filqpvJUfbQzxVP7aK+qIkwBzt7e81Tcz&#10;3+6JtMlxYT3IkiaIl5I2ALaWFaxr3EsAskTMFUEkNQr5++8593a63W83DYfvSe20oMbaFPMuylSx&#10;AIDf46unSSQAK14Dgetlr4iSSbY6I6563y+19/4HObD2TgsHlRm+vN1bYpck8EUVG2Tx8lZiqeCd&#10;3lp2/ZYpXxoPJNDGJAWKP3x0r8ut2bh2bBu7pXdGRyGA2g9FVVuyNu7s3rgKmqr8jPV1dTU5KPDS&#10;ocnI0UI8Kyy+JUU6zewlKXZuZrJ9nt7uzEk0FoQxQ+PEXkYklmCd8lApyzFW/YMKvc371ntLzXdk&#10;7l7w8mtPBGIq2+8be6OFqSwZbpwwatKhiKdGF2HjsTS4+urcRQ5HHU+TyMsq0eUw1XgKikSjjjoI&#10;6WHGV1HQ1MGPiNOzQExqHR9QuGubK/5YfTm5Optk7yl3vtXdO2NxZnIBjBuXbeS27O+LpauvrKVY&#10;EydPD5Z5KnJya1Uk6VUi/Njjkm0udstNy22ezuVuklrqeJ1R1d5H7HIAbSz0b5UPqOpa+6t95z7u&#10;Gwc0bzuHMHvzyVYePCio1xve3QqAmntrLcIMlQeNfl1T5/OP647w7QxPSGH6u6231vnGYvNbhky0&#10;mydp5/eLUVdm4KSjpqjM0u3cfkavGUlHBjiVqTGUU1LAsmlfJI+a+3+29w1S4/aey95bmw1TRUYo&#10;6LD4rMbhxk1UrwSz0mYTBQVEmOgKzhFkYyKzI5kQAWMd+8W381bjLbQ2Gz3dxZmIUWONpoy4bSwc&#10;RhmStQVLLQ6dfw9Zk+4P3y/ur33hLZ/ef9vp0oKKvMezutRUgkC9NBXj0Zr+Xj1VU7F6vP8AeTY+&#10;b2xvOmy2WgrazcnX2Y2NlKujWoq8RRV8EeZxtJLUzZKloxPKFQrGsynyOr8Dp8KNv762d0JiMdvX&#10;A5HDbhp8lkTRYrPwVdHX0uHramCSnjekrcbT1VBCs0TTfbGNNLEakVruR17S7butryhYWu+Wstvc&#10;pJJRHV1ZUOkgaWoUBOoaaYoTU6upU9pPvkfc9seWbK03z72HtrBMJHA8TmfZEkC9pGr/AB5SASWw&#10;AooKACmSn/P/AKS3t2n8jcJFt3rvtjKbIyG1KaXcmd2f1/u3IYdty4MV1QjyV+KpjRVORqca8FLF&#10;UyBJQoMUcjlEj9gt/MB6uzW8etNr5TaXV2U33uvGZ80lH/B8NncvmMPi8xClTma6ix2BqamqptU2&#10;Ip0AqkkhRXC6Qwt7GvMds81pa3EFoJ7mGVRQhqhXBLsiqRUjwkFDqClhjPWIP31vvGfdE5qt9svO&#10;T/vD8g7jfwB01W3MO1TsA3CgjvHOkmprQ0xnPQ2/APafauze0O0Nv7u292Ltjbkm29vVVtxbE3Fh&#10;Nv5LLYieeloY6DdOZ2jg8Pl64Y7NSSVLY2bXUTozyRwiMIz9/L32PvHZfVTbf3Ps3NbLmxu9snUU&#10;1PubbtdtyumxVdjKGeNimVoKatqYRkKuddY9IKkMSNQO+WLYbfsdxZyQNGFmJRdNCVYKe6orWuol&#10;qlsAVHDpf9zD75X3buXOVd22bm/7wvIm3vHeO6Nc7/tNszh4lXAmul1KpQZAOSfXpK/zKOvewtxb&#10;iao2b152f2HTZ3rijoFotjbS3luamoM3jNxZCtmlkq8FTVONxFRU0VPSIVI+5lUXQX59n+yMmTqN&#10;xUWJOCxVZtatx+QOW3C2Yp4qygrFho/sKUYdqa1cMgHkV51mBpzD6h6h7UhpYlTw1fXk0Ktp7SKD&#10;4CKGpOSDgUVwTpyy3r79P3VZ96sNuX7yXthLsMsUjS3H9bNi1RyKw8JREL2pEgJLGo00+fVPOH+P&#10;vf8AievKrd0PUnymx3a+JzGGqtr7Ag+Nfa02Fy1HLlq2pytTLuukwksOHOKDxzmmqaWMVLSaVjkK&#10;OQmd7dcbZ3HsLemzYaOkgp9ybezlC8aus8bVuSoZI46iNZfSs0FT43jIJKuoI0/X2llm3K5Se1nh&#10;IWUFQQlABp0KSVOCKk5AoAK+VMKvvEfeR+6vvW2b0mwfeD9vriWaRpCIN/2mUu2DXsu2JJpSoJ88&#10;mvWPpuL+YJt/5PdRb+3p8fPktX4rbPYuzoa7KS9EdjUhpdiUOXiiqqaozNFtiQLSvhq6sWojLeEx&#10;uBIWa+iirrLpjsHanaGwNy7k6Z7lymBwe5sdkshDRbI3LBV+WiqIJ0qZGlxTRGCKtCyW1gOiMNaX&#10;LBGykQ2M7WVw1R3BUOuukVqpppBY04g0ByBXrnNyt73ey+281Wd5ee6/LH0cNxEWI3SxqUDd2ljP&#10;So0g/KtcVr1tk9x7Z3TvLqjsfaWysnj8JurdGy9y7fwmTzVDLksZRZHMY6ox0NTWUkP7skCrM36Q&#10;2ksGKOBoOxRSzQyQgLPTwymK6fcsESOVgDF5QrqxVXuG8cgYD888gDmGy3m2vbqSHa7qa2LEAxxm&#10;RqCgJAFaUFAp4tkgUB66B8//AHqvu0bny69xtv3hOSZJ/CULH+/NsMuVGCi3dcHj6daAG7PhR8zs&#10;XvSo8nxA+VWe24ucmpshU7Z6O7HaqyGLoqumhrHw0p2bVU1Kz0xkNHNPBJDNqDeOQK2kTKGuwtRQ&#10;0VNV12LhbH5inqY5BkaSMSqIQ5nWJpgyKGVoyDyAF559haaDmOKz5iMGybjJ4u1TmNWt5SwkCyKs&#10;YovdI1RpVakk4FOuUPuP7h+0e5877VuNr7pctzRG/i1Mm52TIE1ISxYTmiihqSaYyejFdEdNfNfr&#10;PYnyDoKX4qfKqSDsX4p9i4RMNnPjr3HJWx5ytrMzQYnaNBG+1KNMjuCenyMdVFHDExIqZNEamKU+&#10;1VnNybZptm5CVspR1tRR1EEsOPx1ZSVeQnR5Ep5Hp6RanzVBjSQuypc2BsPYC9hOW+crLdN1td32&#10;C+s7ecxsrXME0S6kR1arOigFtEfpXB8+sT/v57/yZ7hWHKVvyXzlsW4XUMza2t721lCKNTKD4UjF&#10;QakVPbqoK1JHRyf+E2/RPya6L7T74oe8vj38gun8PuzZOCqcTke0uqey+v8AAV2TxOQaGppYKndO&#10;Dw+GqMlUQz61TmoVU9Po+hSe7tvQ7uwEdPRO1TPSTUtXTrRzpLKvhkheZFjjDl2ddVlte/H495q+&#10;3t/Nse6zyXAZIX1KSwIGQTxPlWmesCfareG2De0kvD4Vs6ujFxQCuqmTQDNM/Prb89izhloItl4C&#10;FsjRRVtPiI6ealeeCKoSWmDR6JYWdGjLKgK3A1X/ADfgIX5un3zcpfo5WgacsGCsQQSGwRgipIr8&#10;ugnzarHnbep7ZWlspZ9YkQa07gpoGWoNCSDThT1HWKFmZLspQhmFiCOAxsRe3BHtA09XT1j1NLFF&#10;UmXHzpBLNX0U+PjqHCJULNR1VSFhrIvHKEeSLUpdWH1uBe7gnSQyx20miQVoo1fbUDI+w9G1xC0C&#10;xXDumidSwVHWQrkqQ4UlkaoqFcA6SDwPWX2yV23aSvyFBk6qatWrxjVv2y0dbLBTSR5BVjlSpp0k&#10;+2qvEqKYmdbxuuq/Ju7bS3UBAS0fQRQ1Rv8ABgVwPl6AdGtlvc9pa3dlbpH9POI9RdVLgxkEFGI1&#10;LXOoA9w697I/ktgbkbfe8XXbO5I6KbK5CoSuo8Bl62jrZZBPURvSTyU8MdRFU1DKryo+nksFFtHv&#10;JnZuYdsTl7bl+vt1uQqBkeRIyuF1GhYmoq2CFyKdZQWHNuxDlblwtvtl9QluilHuIlkQDStGUMWU&#10;qtSFYD0r+Lr3s4nVklYmw6HG52gyGOrMTT1lM9PVUlTTSvTCprPt3p1dFlmZoowAiBn5U8BlJhLn&#10;qJZuZJ7vbZFmglKsGQhgG0rqBIJHEn+fWOXPyW0nNl7e7ZeQywXEisCjo6hiqagxUkLn8R7TkeR6&#10;97EmHGUMiwstRTU6QJE0YeYCaVAsaxwzGQ/cExNckObjn/G4TklvUMsf00jMWNaKdPGpoRgj06Bk&#10;9/cq9whidnZmBplRnJWnaa8Kg0OCOve+loqSJjYUjBRKAY54xcP+u+otqN+ePr+PaGU7hICq28wP&#10;zVgP206qbq4l4lw3zB8uvew9yG15W3bJuMZeuqIDjXx9Jg0VYsNSiXR56uaCFf8AK8g7J6XdgsYJ&#10;0gHkHltdyrYrbtYyI4IzpJP7adDG05hhTl5dmG3xLJ42t5m7pmoCFVWb4FUHgAScEnr3smPb2wd3&#10;N2YlRt/aWcr8VNj4K2TJ0OFr6+k+6bzQVFMZKWlkMU+qjjYIxsqyXFgecguRuYLKPZFgvtxhikEj&#10;V8SSNCRQle1nDGlaVpTj51rkr7d838upyQ8e6cxWkN+spjEUk0aPooGDaWfK9zDUB8QFfPr3swPS&#10;u3czjqiePK4+uxcU5jcDIUNRSBUeEq6fcT+DSRIt9P4v/j7CPuDfWN9Cv0dzHMwB+Bg3A4wpPGvU&#10;Ue6e77TeR28thfQT0/31IkhqCOKqSeFc9e9maSlo4kINRTTNyVAlKqp1aweZLt6hb6/Q/T3C7xXZ&#10;dNMDgAUPaeH+odQQ1zcOwpEyilDjiP2f4Ove0fuOneqxOQgCGdqkBWSKMTGysLGOFVbV/tvYh2Jn&#10;ttwglIZFXzNQPPzNP8PQh2S5WDcbSUvoRfMmnl5kn/L172jNlQ1mMmpWlxdZDKtbJQzSVFFMEjx4&#10;qjEageaMEs8VnDK1+PqR9RRvxhukk03MbII9SgNU69NaYJ8xTNPLoZcwmx3GxuiN0gNI9aqJF1GT&#10;QCFoCfMFaU4/Prom39f9gCf95At7E/K09LGK545BVMaaUxLGDNc6PSAqD/O6gbBSx/2/sC7dFcCa&#10;LxEKJrHH04VPl/Ph1Hm3zSsYFcFBroakDzrXjgU8zTPXftk2/Tw03UdJSvHLDmMlPl6yeglgkGQp&#10;nrMnUQ0n3VEyrNG6xhXIaxEZ1GwsfbO6z3pvL66jtpXjjswFoCdTiIkqoFSTrOnAORwqOhbvBi3L&#10;3G2tRew/u5RDEZfEQRAaULHxCQiqCzAsSACD1Gmm8MVTMYppVhheXxwRtLPKI4y5jgiUapZntZVH&#10;LHj2KG6+6INuQx0e1Nu5XOw0AjoICMLltElBSU8cFGyukSFyY4/V6BY8e8CebuQd7vt33W9s+Rt2&#10;kea6eUt9JdEFmocVhHbUmlKg+vXbj2p579toNl2jbuZPfDlWyt4bREVV3rbgQBWispuAAV4UbPp5&#10;9aZG5/5HvY3yc7h7Q7c7Nwe/OvMh2xvncXaeTSo29Q1k1FuTeGer81kceVTGCdKaKauayfduqFVL&#10;C/JKXvzv7urISTnCbM3jTwMpIip9sZaUKbEftgYyNwbf0JJ9k1py37mWcbpDyPucYJxosZ6/tMQ/&#10;PPU92vuF9163SNZPejlOWUGpZ98sGZj8/wDG6U+VKdWb/Hb+Rb8a+sabFy7q2c27M1R1SyrlMxHk&#10;IiXEcUZkqaUVMsElymoggJf/AA9kn3fn/kXuR5JI+u+w6hGk8bPWba3HG6anLMUhlovIYSCPUoYC&#10;/wBOPaW45L9x9wP6/KO8kD+O0uB/gjP+Xoc7d73fdttgBH708kxgEUpvG1j+f1I/2fM9XG9f/Hnr&#10;Pralp8ftnbGLxcMA/aWgxlPTp6RpGt4KdFPoNvU4/wBY+wpyXVfyGmx8uXyu1s7QU8c2swUe2dy5&#10;3ItAoYsUx2CxWTzbysTYItG5/r/Qopfb7n2FVLclbw5P8NlcGlPX9Ov/ABnoS2/3gvu9O3h/6/XJ&#10;SIPXe9tH/azT/jXQmQz42nnegocJmZpY/qVw9VR0g+ttFbkVx9BKCAf0St/vI9hFuKHsXEY6eTD9&#10;B/KTf2RhfyKYupN37OwoIGi0ZyO2a3cFajSC4/3GE25IF/bP9See10kcg72T/wA8N1/1qr/g6VH7&#10;wX3b4w6v7/8AJrPX8O9bb/h+pI/mR1IjTcFS8tqXFYmkBAhWZqrJ1ktm9TVEcH8NipGUC48c04Y8&#10;XA59hJnOzfnVjIZaXZ/xq7fwMk6OmrGdGdkZuthjkUcS5jObfnwjTgE+qHGqoP0P1ULY9m93rVGi&#10;s+Td5iQj8NhcE0+1oSPyIPRdN75/dmu1UTe+PJhUNUV3zbBnH8NyG/1ZPUSs2Phsu4fNxyZAo4dY&#10;9S0kFwFJIFGsFW0Ze/olmlv+SfZRt27A+de+aqes3n058p84ZXutBV9Y9pZGnZS5YBIpdvfwjGC5&#10;5+3gT6D6WFiOfkn3QuZDLdcncwSN/StLphX5AxUX/agDpUvv792yKrQe+PJCuSSab1tiip4mguc+&#10;XEmnSjosTjMYoTHUFHQJa2ijpoaZTYWF1hRAbf73z9faXHxc+XeSjW/x37hxdPzokrerd81Nat1I&#10;NoodvO6Mb21lVcA3ufoW/wCoHuTNpU8jb0EHCtlc4/6pdNJ94T7t8faffflBn8/93W2gevxG6z+Z&#10;p6CvU+1hYAf6wFh9eePa42P/AC9/kpvrMJjD1J2jBXTI0s9XuzCVnX+GhiQKG/3PbzixlPM1j/m0&#10;mWVwLKhPtftvtD7i7xeGzi5N3JZKE1mhe3joAOMs4jjB9AGYnyBNQC7ePvW/d42Kze9k96uVWgVR&#10;RYNxtbqU5NR4VtLI9cV4Z+WCYlZWJQwvUSxVMkSaQVo6Orr6gsx0gJS0EFTUyC55ISyjkm30sF6m&#10;/lVbydXbdVVRYx4mEEdHt2lpqOSMoB5Hrd0b9/gc1Mig+lsdjsojn6Hj3LvLv3bd+lEs3MN+bdFe&#10;gS3jaRiKkEl5RGFNBUaI5l8iwqOoI5q+/wAe08PhDlreLC6YpVnuL21RBg00xRTyO+aVV2gYCuCa&#10;DpL57dkuFpxUHCbgmRgCgoNvZrP1Ul73CUG36TIyIRb6TyU1v6n6Ez+2/jR0t0zuA41Ome1e3N/U&#10;EUlVqoetc7vXAUi+oQGm7A7QxfXnQ2QnGjW8K4rJzKf06zpBlHaPZjlHl6+KNy/f316ilj4iGdVB&#10;pRlkkW3spGIOU8OSVQNIGodQ1vv3qdz5x25ZpPeTlnadnkOjRDuNrbyM1fxJby3W6RLTHieLBGeN&#10;EyekjUz9i7jKRY7Dy7exU6apa7cOQFBWrHINTCHCbfrMhmGdr/V8pQype2hbe2Spy/yLyGWq2p+g&#10;59rUbTD+GQ12x959u5rHRRMPBUbf/vFtrYnRvWdZa5ZMbtHKICP85J6Sr13zHuWy2lym1+3u7XEw&#10;YCOKOwuWQAEAMs01tBHbtSoZYrC5Ug0LkUdXtll9mr14J9w9+uWApGqV59+2yBmYitGSG9ur27QH&#10;AM25WjCpJjrVWdl2H91Sfb5bN5WRHCNUU+BWbbMFWEI1R1FbRTz7oqEk/trLkXEv9sG5uvNm/Hju&#10;jfe4v7170jr8jmZ0RIM/3XnqreU23IvSde0NgZhqPqXY9dGU/bnwe1sXPADZHUe4o3bd/ereprkQ&#10;8l7jAsqBSz2lxIVACgFA8Yt4n7cyW9vC7k6ixYA9SbZcx/dc2yyitrr3o5VkgU1MNrum3W0UpOCJ&#10;5oZ/3hcx+kV5fXEXkykEghD2v2jtHpLDSCi6k7t3nNJ+nCdNdL9gbtlyEsJBCVmU2pt6oAExF5JK&#10;ip0TG+stc+zi7d+KOzfuIsv2FvDN76zd4pZpcnl1qYFkULeNXrGqJTChQBUAVRbj+pAc/t7zzdXB&#10;ud35c3u4n46vpbliSak1LRsx4AHOceVOhdae/nsTtlotjsnuXyXZWIwscO5bdEgHD4I51Wh4kcKk&#10;8D1Tl3d/MP8A5jmVnyWD+O/8vbu3YuCkNRHTbh3h0L2zX5uRS48VUmIxW3qHG0E5Ds4f7ipY8Bow&#10;dS+zObc25sfaVOlNt/GYbHKot5IY6c1Gkf8ATQ5eZS35sR/hb3eDkvm+HUo5B3cH1+iuDX/qn0jm&#10;99fZm4bVN70crken73sAB9n+MV/aSPl1Tr3VsL+a78ia2Ws7b6l+XW4KFvOo2/F052Xi9uJDKAHT&#10;+A4nbOMo6uQghVkqIppgoPr+t1Qc3TKxAqIdNyQFlUjjkX9fIv8Ag3A/Hu78nc8ujNHyTu2mvnZ3&#10;APHyHh5/zZ6Yb3n9jidQ95OVdf8A0t9v/n/jHRe6b+Xr8wGMb1Pxa+R8bJHGzRw9KdkpTlmAMkfh&#10;XaT6oludK8Wex9yKHPUyV9HJJVQhPuVV2MkShI2sJGLM2lF0t9TwbW49nnK/KfO0PMOztccm7olv&#10;9REWZ7S4VVAkBJLGMAAUySRQdAD3N92vZ6/5F5lttv8Advlia8ezmCJHuli7s2g0Cqs5ZiTgAAk+&#10;XRjvjd8D/lJt7uTrPM5r44d7YrG4ze+1MrXZHLdQ9hUNFTUtDnqCrd6meswEcVMY4oGLSOyxxgAt&#10;pHtL9lmhbHZSsxssNfXT0r/b09BLHWO1dIoSPin8zoo0KzMeBp+ov7zy5VW7W6s4bpDHCrVYuCo0&#10;jiKmg/LifTHXDeFrW93+2WXcIUtfEDM7OoUKCtck0OKinE+XW87hBNHj6WKeGWN44Y1IkjdGBI9W&#10;oMoII0/7z7A7bG0Dt3Z0NZpkbL1c2TYUccZapjNeYoC9bSsDOgVaP9ssPQspJvxYc7ru37x3x4R/&#10;uDGi9x+E6STRW4H4s046R0NeaOZLC+3NrWC+gayAhWodStIqk0YEjixqRxoB59OiszTEaGCqvDFW&#10;AY3tYXAH59pNMJuWSmxL5SiqJ8r/AAuiTJPFSyNAK0U6LVKHjTSV8wYg/wBD7Ore+slWQLOipqNB&#10;qHy+fRc+67DHdbgNtuUTbvqJPCDMNXhljoqCeOmles3sGO2+rspuXBY+q21FvDCbgxtZMky02Ozc&#10;tFViWrjipphHjadq8+HSW1aJUCEliFOoHNhuSyTyW13vEUdswUo6SKHXFSCC6KSDgAsAPPORNvI3&#10;uNy1sphtr2W0uPEDFi80CBVClqAvIF1Mcaag1wtWopjx/cmdzIIxT6E8dr+QuQNer6gBTf8A2/v2&#10;2esN0SPBJmKDJVGQjgEdRkKnCPQGovIZQqxSUxij0E244IAJ5AIOLnmHb4LRY03CF3pSoZa8fMKR&#10;xH2eZ8yOk+5e4uxg3A2/c7eKzZtSxrcK2k6aVqW7j5itNJJ6ke0vufbO9chnK/w7S3nPSExUGOY4&#10;CvNLTU1HHHToYTHjoyFq5g0zSSNIwLk6gBZW+WNr2DZN23rmd+cvEu9wigDwSXMbwwiIN2wRChXX&#10;qLSAlizE5AIAliw9zeVE5X2PZp9+2RJ7bxHeRZ4PFdpW1MHbxKtoHauPXrDHAkTvIuq8nLXJIv8A&#10;1H9PY27L2rNsvFVuPp8NmZc7VKk+56ilw1fHjsnlKiKmKzwVceMp1y70VDSx06TJK/iQFOGAX3H1&#10;5b7ZuXNd/wA0QyxwzTIqFdSoHChArSVNWdVUKrEtRew0pQEl37s7VuG3Ltr7/tw2oSHwNVxCZUQE&#10;4YeIPDDMxcjStWFR59J6swq1mUiyMnl1wKIovUSBEWVygWwCAst2/JPshnyx2f3VvTH0mO231lvf&#10;KR/f1WTqKHHbazNaKsQ0DStHJX02PqKOlUvCkcSErNK9S4WwSRXCnvKl1um1bTtOwFbmJZmZghHc&#10;URmDM1WVAKqilgDJ4jqjfpur5G+z3uL7T7EZrjcfcXY4SYwFaS9tVZTqNCEMgkLUqTSqjQpIJaMq&#10;oIYljBstvp/xJNr/AOPtT9MdIbi211zhJYustw4HcNXjVpsvispiM69aKmDIVssAmnq6UJB9klTI&#10;qSpBEahGQnhVHuSPbTb+VuUdi223haG2vTCvi6pY2cOhkwzAhWoZGoQMrSh0laBL3G98uV9632/g&#10;PP23XO1pJriaO4twhDxoK6VfJYqGdSxKMtPM9c9JLG5Nvx/Qf63uF3Fs7s3I4Om23jetd95OTKzU&#10;TVFZQbOzNZTUcNDVRVLx1VRT0RkiM0yxlbqQQGuRb3KQ33YPEtrdd4th40mnX4selFDIasS/bUHD&#10;HGGJpToJco888j/vK53i6532iGGBWCo95AruXBAKK0mQATWnA0HWT2Rve/xI7N3zvzObhyXUXZ0l&#10;Hh8VhaDHGn2puKjavp1a+Uan8uNCVM0E0o8Sxq8hCMeFYn3i575cv2PO/uXuu/rEJ9sgt7aNXidN&#10;TJHRZmjyyyNrfsRcsqs5AQVOR/JPv9yDy1yrtm0W/uXsUdzPLNI+u8tSEetYw36hKgiuonGQOIp1&#10;72Ku0eku6Nq0u18HN1n2RNTZRoqzKVtLs7dOqlxtMTmJcZlJocf5KauzFfh6anLGRZYY6iUkhzGf&#10;a/lW2k5ai5Y2W9vCbe8CvcyI3i+FBm4eGQVZRJLJbxRqPERkSSRXCO0J6J9z94Parc5N2vYef9kE&#10;sJKxq99aKWLnwy8ZMhFEjkeRRQqWjj7gVIPvZhN0dP8AYO4sVPjcnsjedXAci1bSCTaVbVNSxR1E&#10;Uj0tK4woqoIJKiGS3kd5tD6kkVSmnJvxuTt5sryw3bmG2ltJ5AzCSW27NOk6I9SjsJDDWy+LR20u&#10;tE0wu/uzyjZ7hb3u3837SGWDw3pdxDUSGIZv1aMQGX0GsUZaAqfe8LdP73XbWZxybC3wGrMYaZTN&#10;tbP1Evngp9FIUQY2SUmKfxvqUE3UkWsbnL7/AMtWaxxWfMFmdNACbiNjUAKhLFzwApWtAc4qSA0P&#10;cflWXettvW5r2oGOfUaXUCijMS+TJTK6gakVqPUde9p3qXYXbeA3BiWrusOwKamyuIrMfWT1uztx&#10;IlGEV6ukaqmOOjWknFSmkM5H1/x9sb7zPyvfW2zzJu8Hjvbmo8eJmRlZXCSaXIHaXAJyWFAKno39&#10;wubPbzdtp3H6PnjaHmhuEkjVL22Jap0OABISw05oB/Lr3sx+U6+3rLBPMm09wyzOgCoMJkvJJIkI&#10;N/TR2h9baVINvrf6X9k1rzHsqEL+9rZRWv8Aaxjj5fF+3+VOobsecuWVnjRt+skirk+PEABXy7+J&#10;GT1722bM6639i8tDNNtfckcEdX5hFVbfyrCngNKIZaOGoaniiMS1P7qOPzcBbEH37eN92W6tZwu/&#10;WzGRqkCWPhRe34ieK1+xtPl0v5n5z5SvrGeOLfbEzmMrVLiIajrqGIDHJTsb1rU5HXvZp+l+vhtb&#10;d2+8jWY6qoMLLS4msxsM1LPFeokgapqKTHRTJH9x9tNVSghNRDKgP09xLztv37y2PYbW2uRJeK8g&#10;ahqFVdIUtQmmoKCK+pp1B/uHzOvMXLnKdnDu8DX4klWRhIpIAIAeWhJXWqrQmmoEkdcWJA4F/p/U&#10;/kX+gP4PsVKrHynJfeU9PVItZFS1tRDO5qWhramlp5aiBZELQqlGHMChbgaCP1XPvmj71cs85cw+&#10;4V/e7fypudxt0aJGjx2s7owSNRUMEIILVNQaV66j/dU9wvaTkL2T2Dl/evdDly33kTTuySbhZwsF&#10;eR6F0eZHDlQlNY4E+VOqkflntzsze/aGenwfWe/83i6Ohx+IxuQx+zt01tHLDFBA1T9tUUuHmpZo&#10;Wq3lYsshDfS49iVtuoihkhSodIBcamkYRqPTblmICgH2B9u5F52VVMnJW7KfnaXA/wCsfUm8xe8X&#10;s/cRS+B7r8suacBulian8p+qgO6fjP8AJLIrP/Buh+6smSkRjFH1dviuUN5J9VhBgmOkLNyovf8A&#10;2HsccVuTExCCnqMxQoI11U9QtfSFo3judEzSTggawD9QGXj2KLfk3nFXBblXdABQg/Sz/wA+zqDN&#10;69xvbFop5bL3D5fYt8SHcLXNT5UlJ+fDogc/wz+Wc09dkaH4qfJOFxM8FfRTdH9mQLUJNJpNTjw2&#10;2NNSssRZ+C7RuxHAClhZxO+9ttCq1e48DFJ6S2vLY5Lv+lmt90VsRz9fcmbJtfM/h+Bd8u7irYyb&#10;aYAftTz8+oK5l5i9v52kNpzntDjUeF5bn7P9E6EbYHxr+YO08orxfFv5IQ0dRIt0bpLs51gBkJIZ&#10;jthNKHWbnggcXtx7dX3hs9/+Yq23/wCfzF//AFV7FSbJvYH/ACR7v/nDJ/0D1FN7vHKut9HMm3H7&#10;LmE/8/8AVhnWmw/kxRxU613x67vo7IiuKvqPsCkKkA3/AOBOCT+vvH/e3Zx/5irbdxwGOcxQH0/p&#10;91zx7t+5d8/6NF1/zik/6B6J23jlv/o/2J/5vxf9BdDxTbQ7/Ng3S/cMIta3+jXe4twR9Dhbe4U+&#10;5dnsSV3RtsswsG/jmLI4H5/yri/t+Pad6HHaLr/nFJ/0D15N55bGf39Y/wDOeL/oPpXUO2u9VSGn&#10;bpjtfg+uWbrreKjRz6btiAbn6+5cG69nmmEMm6ttgAHg5zFjk/Xk1QJ9sybLvfi6l2e6p/zSk/6B&#10;6uu9ctFjXf7Ef834v+gukdufYXf1NmYK/GdN9s1KCWNNUPWu9KnSptdyI8ObAfk/T201G5tp2tHu&#10;fbzKosP9zWMJtyB9Kn2ti2nefxbVcg/80n/6B6Ldw3Llxjqj32yJ+U8R/wCfujGdXY3uXxhc51T2&#10;bjWJOo1exd00iA6RYqs+LRgp/p+Dx7gjce1GAVtx4AcfX+L4239f+Vn2+21b0AdO2XP/ADif/oHo&#10;mbdNkHDdrQ/83o/+guh4/gvYaL6Nmb2PPCna+cA+g5N6G/vmdw7TC2G5tvnn/ncY3/H/AKafp78N&#10;s3ktU7Vc/wDOJ/8AoHq43fY1AA3a1/5yx/8AQXWBsB2JMx1bG3kAFJBO3M4vN/x/kRuSPfR3BtUg&#10;Abl27b6c5rGj/e6m3v37t3gVP7qua/8ANKT/AKB62d32I6v929r/AM5Y/wDoLrEu3OwUYs2yN7ag&#10;b+nbedYX/qP8h59wpNwbX507hwAI4v8AxnGm/wDtqn28u2bvQ12y5/5xP/0D02d22Q/8te1/5yx/&#10;9BdKShw3YEZTybQ3cFYXKvtvMm3H9u9HwfcVtwbcVvTuTCH+pbL48i1/pxP9fbw2zdSudsuK/wDN&#10;N/8AN1T957If+Wtaf85o/wDoLp8iw28WQeTZ25QSQABtvMC3B5N6W4Ufn3224tuG/wDv4sHc/j+L&#10;48L9Lf8AHf34bXun/RtuP+cb/wCbrR3PZP8Ao7Wv/OaP/oLrMMNvFDY7T3OAOQI9v5cr+Dx/kv8A&#10;t/8AH3xGc2y/69w4Hj+uXx4+v9P8o5+nvZ23dR/yzbg/823/AOget/X7ER/yWLQH/mtH/wBBdY5a&#10;ffUBAh2du5vrfTtvNMD9B/yp8WB9xKvcO3HUQxZ3D2HDP/E6GxB/APnsbe3Yds3QHU+33H/ON/8A&#10;N0piv9gXjvVnX/mtH/0F1losdvpHNVWbV3SzL/m4o8BlyVuf9R9pcm31v7xw5vbak687hQfqG/il&#10;AR9OFsJ7i39T7vJY7qcDbbin/NN/83SxNy5dAr+/LOv/ADWi/wCgumvLRb/qeabZO7nOq/r2vnA6&#10;WP6gxogrAfUAc+8sWc241RC394MGiK/JfKUI+lrk/wCUWA/p7o+37t4TgbbcV/5pv/m6M7XeOWlZ&#10;S2+2I/5vxf8AQXSF3VR9mrt/JCn2Bv2vrHh8cNLR7Szzu5Y2YgpQsfTxxY39vmQ3LtZ4VVNx4FyL&#10;Cy5fHn/C9hUX9l9ttW8K5J2u4H2xv/0D0/e8wcuEFY99siPlPF/0F0DnVmxe2afKTVmV633/AI/y&#10;vK2qt2fuSm06oyVs0+OjudZI9s0ec2yisxz+D4+g/itBqJ/1vuPp7XNt+7Ginbbj/nG/+boqXeeX&#10;yc73Z/8AOaP/AKC6MDX4nsNmihj2ZvJyVAlkG2c4Yv6cutERe3+w9zotw7Z/Wdw4FXA4vl8ePr/g&#10;ajn2y+2bqSB+7Lin/NN/83S2DeuXRSu/2Q/5vxf9BdB7ntudlyl4V6931UxAk3TZ+4pQeP7BSgIu&#10;f9f3mj3JthAb7hwJa54/i+PtyRzf7j2021buR/yTLj/nG/8Am6OYOYOWEILcxWH/AGURf9B9BPub&#10;Y3bmQjKU/WPYwijXVCsWydzlrhTZGQYwm1/ckbn2uCf9/JgePp/uXx39B/00+2/3Tu9M7Xc/843/&#10;AOgejIc18sKtBzFYf9lEX/QfQRVXTXcdcS03VHZ3q+o/uLuofQmxIOKvfn3mO7Nr6ONxYAG4FhmM&#10;ffmw/wCVjj6/X23+5t3B/wCSZc0/5pP/ANA9eXmjll5Bq5l28DPG4ioKCv8AH50oPmemiXpHuOIP&#10;IOoez5XAOhE2HurSLm2myYk2B/qASB/h7Qef3XjMpVHFUObxdPQqFauyBrqWIzKpJNLSSPMBIrkj&#10;UQCGIHNl5jHniHnTTJa7RyvuckGijslrcMxJ4KhVD2+TnzGMdTb7bbh7avNBeb57hbBAagqsu4Wa&#10;6Qad7BpRVvILxUAEjPRVvkRt/wCTHWux6zPbQ+KvyI7K3ZMXp9sbY2n0r2duUCukUk5LcP8ABNp5&#10;COkoaFP3EDuru1kQFzdcH3+1fp/FcNb7b7C38Qo/+AV9fjt59OrXzqtr/N78+4Q/qr7k1r/Uzea6&#10;tX+4NxxpT/ffCmKfn1lb/riewenR/rm8t6fp/C/5Kllwrqr/AG/Gv4vy6oE/0FfzZfufvP8AZT/m&#10;P9x/pP8A9Lfm/wBlo7p8/wDfb+FfwLy+T+5+r+Ffwz9jx/o+39FtPv8A/9E6PvuR18SHW/x79791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697/&#10;AP/Svz/0T9c/88jif+pcv/X33mJ/rn8//wDTU3X7R/0D1wS/1ivaH/pgbD/eW/6C63+Pfv8ARP1z&#10;/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X3&#10;37/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6a&#10;m6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P&#10;/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0&#10;F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8&#10;jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/X&#10;P5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/a&#10;P+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2&#10;H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F173&#10;7/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+&#10;pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//&#10;AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+ge&#10;vf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t&#10;/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP&#10;1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/&#10;AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmp&#10;uv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6x&#10;XtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBB&#10;de9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/z&#10;yOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99&#10;+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j&#10;/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/&#10;ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+&#10;/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/&#10;6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z&#10;+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr&#10;3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMD&#10;Yf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE&#10;/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/&#10;9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A&#10;/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV&#10;7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y&#10;3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/&#10;ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fff&#10;v9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqb&#10;r9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9&#10;MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QX&#10;Xvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyO&#10;J/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/&#10;n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/&#10;6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf&#10;7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv&#10;9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6l&#10;y/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A&#10;6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69&#10;/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/&#10;AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/X&#10;P/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8A&#10;X337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6&#10;/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe&#10;0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1&#10;737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI&#10;4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337&#10;/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+&#10;gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A&#10;0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/&#10;AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/q&#10;XL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5&#10;/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf&#10;6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh&#10;/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9&#10;c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/1&#10;99+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+&#10;mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXt&#10;D/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf&#10;9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8A&#10;PI4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/&#10;1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv&#10;2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0w&#10;Nh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde&#10;9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n&#10;/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f&#10;/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/o&#10;Hr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/v&#10;Lf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0&#10;T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL&#10;/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDp&#10;qbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+&#10;sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8A&#10;QXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/&#10;88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBf&#10;ffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9&#10;o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q&#10;/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXv&#10;fv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88ji&#10;f+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9&#10;c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B&#10;69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDT&#10;A2H+8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8A&#10;RP1z/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pc&#10;v/X337/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/&#10;AP6am6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/r&#10;Fe0P/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+&#10;8t/0F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z&#10;/wA8jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X3&#10;37/XP5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6a&#10;m6/aP+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P&#10;/TA2H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0&#10;F1737/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8&#10;jif+pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/X&#10;P5//AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/a&#10;P+gevf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2&#10;H+8t/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F173&#10;7/RP1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+&#10;pcv/AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//&#10;AOmpuv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+ge&#10;vf6xXtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t&#10;/wBBde9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP&#10;1z/zyOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/&#10;AF99+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmp&#10;uv2j/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6x&#10;XtD/ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBB&#10;de9+/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/z&#10;yOJ/6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99&#10;+/1z+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j&#10;/oHr3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/&#10;ANMDYf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+&#10;/wBE/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/&#10;6ly/9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z&#10;+f8A/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr&#10;3+sV7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMD&#10;Yf7y3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE&#10;/XP/ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/&#10;9fffv9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A&#10;/pqbr9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV&#10;7Q/9MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y&#10;3/QXXvfv9E/XP/PI4n/qXL/199+/1z+f/wDpqbr9o/6B69/rFe0P/TA2H+8t/wBBde9+/wBE/XP/&#10;ADyOJ/6ly/8AX337/XP5/wD+mpuv2j/oHr3+sV7Q/wDTA2H+8t/0F1737/RP1z/zyOJ/6ly/9fff&#10;v9c/n/8A6am6/aP+gevf6xXtD/0wNh/vLf8AQXXvfv8ARP1z/wA8jif+pcv/AF99+/1z+f8A/pqb&#10;r9o/6B69/rFe0P8A0wNh/vLf9Bde9+/0T9c/88jif+pcv/X337/XP5//AOmpuv2j/oHr3+sV7Q/9&#10;MDYf7y3/AEF1737/AET9c/8API4n/qXL/wBfffv9c/n/AP6am6/aP+gevf6xXtD/ANMDYf7y3/QX&#10;Xvf/09jb3kR1xr63+Pfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvffv3XqHr3v1v&#10;fut0PXveWCF6iaKCPSJJpEiTWwRNbsFUM7kIgLH6kgD8m3vYFSAOPTkUTzSxwpTWxAFcCpwMnAz5&#10;mgHmQOumIVSxvZQSdKszWAubKoLMf8ACT79NBLTyvDPG8MsbFZI5FZHUj8MrAEH34ggkEZ69JDJC&#10;7RzIVkHEEUP7D15WDAMpDKwDKykEMCLggjggj34QytE86xuYI5I4nlCkokkqytFGzWsHkWFyB+Qp&#10;/p711oRuUaUKfCBAJ8gTUgfaQDT7D1jaogWeOlaaFamaGaohp2kQTywUz08dRNHCW8jw08lXErsA&#10;QhkQEgsL4vfum+svvr37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917337917r3v3v3X&#10;vl17363v3WyCOve/EEWuCLi4/wAR9Lj+o49+68QRSo69769+61173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvf/1Njb3kR1xr63+Pfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173yA966uBw9eve8gS/v3V6de98vGf99f/AIp79UefVtPy6974lCPx73jrRX5de9mQNHj6&#10;+mpo8nRUdbKlHTo7VESvOsmhFk0zBRLH6wSbMPrf2ZmHUoZhmvH+fn0O9x3e3B8G8hgmIRVo4q6v&#10;8JINMCucN8yOi41cG8KOuy9RhspmsYs24NwGF4FoqjFw49amrq0kTH5J6mkklmjKBH+31enQpGpf&#10;cbI7cxE+MqcXRU0FLHUqdLRoQqVaLeCpYq2pvG4/JuVuPz7oIqxshWnn0SS3FjMngxBBDISvbw1e&#10;TihA404mp4dR9p7l37HUnKbvM1TPQRfeeKOjpaeb+C18n+UYw00dLSiSviSKOQmLxp5I4jJIVBBC&#10;ptkZjHmuqclSAUNBR1NX50lRoapo42FMkZVhLoeYguCFYID9CR7QEULCuR0mttlmAuLmdVa1iid6&#10;hgQxA7Rg6qFqE1AOkEYNOhR2/wBsdfborafFYPc+Nq81PWT0L4JpGizVJVUlLNW1cdbi5FWspUip&#10;6d7SsvhkZbI7e0Qfr/vh710Qnj0Ivv1r+/dboTw697csbh8jmKgUuOpZKmYrrKpYKiAhS8kjlY40&#10;BYC5IFz72BXz6XWG1325zfT2Vu0ktK0HkPUk0AH29NuWzOKwVG1fmMhSY2kUlfNVzJEryeN5RBCr&#10;HXUVDpExWNA0j2Ngfa1zmyqjA7ZWrkVaqteuiaumhVmjpKTxSqkSswDFDUFdb6Vu2kfQXLhVQhAy&#10;1f5Z6F+68rHaeWRc6RLem4UyMAaJHpYaRXNNdNTUFSVAwKlKbY7G23u3JVeOxNVreniEtOZrRPXR&#10;q8izS08LHyCONQjAOFkKtcqLGwb+2ugD0vffvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3XvajpNuVuRwsuWoIpalqWselqqaNC8nj8UUqVEKr6pAvk0uoBYcNyL2cCEqCONeH7&#10;OhDa8v3V/ssm7WSl3jmKOgyaaVYOvrTVRlFSMMKitINTkqCjqKWlq6unpp64utIk0qxmodGjQxxa&#10;yA0haZQqg3Ynge06QRcEEEfUH8f1v/re6dB8gjiOp3vr3rrXXvfY/wAfp7914fPh1724TY2qjqKe&#10;nijkqGq4KeppBFG7PPFUxiRNEYDMXQ3RgLgOrC5tf3sAmmM9LJ7KaGWKNVLiRFdSBxVhXh6jIbiA&#10;wIqaV6wvUQxRTTzSxww06yPUSzOsccCRKXkkmdyFjjWMaiWIAXn6exOw+wVmxMtNk3WmrqmeGoEq&#10;LHLJRrCkiRwlri/lM7GRQwUkLySo9qhABHqcHX5dG0FjCtu9tcOockMzCh0UqFWv5nUOBNP4Qegd&#10;3f2VFg6uLLYugr89DR0tbQRUNJVVVPBlpaqSjqaiqghFPLTVAxsWOBhqNMhMcswjAjYuzlQdd4Wm&#10;dDXT1eRfyEFdP2lMAD9HSJnmY/4iQDj6e/C3xqOaD9vRvt+1bIHiE5mmlLkNUaUUD105+w6wPXHT&#10;BUdvbgr8fLW47D4nGRjHLWQpNkxk62sirIwaWejBhx0MDU7A6keOfyFlAAIKkIstK1Rkq2RlWO1R&#10;JGkSKFSGKE+GGFFAAVIYkCgf0HtO+Xbyz0F9wkae9uXYADWQAOAC9qgU8lAAH2dGFRdCKmpm0qAX&#10;exdyBy7kBQXY8ngc+4Gj/D/ePdD9vSPSOuXvrT/h71Wnn17SOve+Nvfq9UK9e98fe+q9e9+9+691&#10;73737r3Xvfvfuvde9+9+69173//V2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3XvfIe9Hq6nr3uSnIH++/HuvTy8eve5scWv6fX3QnpfFCHHXvak23SY98xRxZKnFTDNIkcaF2VFq&#10;WdTAZVUHzRNINDKeCGv+LG8TKXAYYPRpt9rAblUlhDuwooJIGv8ADWnEE4p88+hSu+JcvBtPPVGD&#10;rlx2QpsbVVC1n2qVlRBTwRNLVyUEUsiU4ya0ysaZpllhWcL5I3S6kbZogXLqLMSBbgcWI45JAT8c&#10;W9nMbkDSTjol30x3U0hUATFgO4j04KTXAOMYP5noEevclkKXG0lLWyyVdDT0FRO1REssspkjnVVl&#10;q1jiWNp66EPK6vJJKpJuB6b4UjN9JNlJ1hvppJuSpt/T24WFKjjw6DcayqTE50LUZ4EEn8X5Z/w9&#10;CVVV9OUeqhj+6ljjePwKY5FqkjS6tSByLrI4Mf0F2UgXsT7kzIlZRzUc4ZoquCWlkIsT4pojGwBH&#10;0YA8H8fn2klQd3p/qz0P9quGe3ji0kh1Kaf40IoQD601Uzxxx4lxzGHhwO9l3JRSQebC1lLn5aaF&#10;3oB94KmpeaObVK2mlrqeqAlj0B3UDxhywALPk8dJi8lV46Ylnppmj1lCnkQ2aKUISSoliYNa5tf2&#10;iOK9B65tvpbqW3YnBwSKEgiqmnlUEGnl0crD5SlzeKx+XonV6XJUcFZCVlhm0rPGrmNpKeSaBpIW&#10;JR9LMAykX9iPsbatFnaOvhyNMZEgqKWSlqISYplaqSZZk1r/AJxP8nT0tcLckWJN6LIh1g46G3Lu&#10;wx7hZ3C3FrrRZUCsuGBkDDiKVAKrg1ArXFegD+Qvcdb0zRYHNU0uJEFfHmlrKfMx1UlNIuPGMkhk&#10;iemqKY080RrHW+oCTWAQbKVHXbu2qHCxNTUVHHCGs0rm7zyuAeZZHLuxFzYXCjkAD2lnnQKNBoOp&#10;n5S2Jdv12sdlGqkVOO4sP4iS3zAzTiAAajqr3sn5cZPflfRZCvzJTHT1ElHiKXHJ9vg47zyoWpxI&#10;5aSWXwsC7tJOpCl28YRVfqjGxSxOskcZjdWDqyh1IYEMmk3BBX6g+2UuWDCjGvQwudlt5IGMkSiM&#10;qSaivEZA9fs6jbT7hFJWUeRosrWQTU6xzU9RDameIUwp5AxkV19UMspCOulnYgspN1JTOw8OmI3F&#10;OlNRCjoZ44ZaURpohe0arOYwPQhEoN1FrXBtYj2ZV1KrYyOsWOetri2zf50tLTwrFwpSgoDQAMR5&#10;A14gUpUGlCK3HdRbzp9+7Bwe4osjHkpp454K2VTH5YqmCokUQ1KR28c4pTG3IDMrK3Oq5QnvXQN6&#10;Ev3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173DyORx+IoKzK5auo8Xj&#10;MdTTVuQyWRqoKKgoaOmjaWoq6ysqXip6WmgiUs8jsqqoJJA93jjkmkSKGNnlYgAAEkk8AAMknyA6&#10;vHG8rpHEhaRjQACpJPAADJJ9Ovewa2N8nvjX2hu2q2B1p8hujexN90CV8ldsrY3bOwt27to48VL4&#10;cpJVbcwGfyGYp0xs3oqC8IELcPY+zq/5X5m2uzTcNz5dvrawalJZbeWOM6srR3QKdQ4Zz5dG15y7&#10;zBt1qt9uGxXkFk1KSSQyIh1fDR2UKa+Wc+XXvY4+yLom69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3sIOzfkJ0H0q9JH3J3h1B1LJkPH9gn&#10;ZvZey9hvW+YVLQ/aLurNYpqnyrRTFdGrUInt+lrHO18u8wb2HOy7HeXgXj4EMktKUrXw1anEcfUe&#10;vRrt2xb3u4c7Ts91dBePgxSSU4cdCtTiP2j1697ELbO6Ns71wGK3Xs3cWC3btbO0iV+E3JtnL4/P&#10;YDM0MhZY63FZjFVFXjshSOykCSGR0JBsfZddWt1Y3Etpe20kN1GaMjqUdT6MrAEH5EdILi2uLOeW&#10;2u4HiuUNGR1Ksp9GVgCD8iOve332n6Z69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3sDOwflB8aepc3BtntX5D9GdZbjqW0023+we2tg7MzdQ2ilk0wYrce4MbXyt466F&#10;rLGeJkP0dbn23crczbvA11tPLt/dWw4vDbyyKOPFkRh5Hz8j6dHNjy5zDukLXG2bFeXFuOLRQSyK&#10;OPFkUjyPn5H0697GqiraPJUdJkcdV01fj6+mgraGuop4qqjraOqiSemq6SpgeSCppqmCRXjkRirq&#10;QQSD7JHR4neORCsikggihBGCCDkEHBB6KHR43aORSrqSCCKEEYIIPAjzHXvcn3TqvXvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;72ptpYGPcmZixks8lPG8UsrPGoZyI7egFrqmq/6iCB/T3YaQGZuAHQi5W2NOYd2i215jGGUmo86U&#10;xU1ArXiQaenSa3huOPaW2sruKWBamPGQxStA060wkEtTBTW8zI6qwM1wLeojTcXv7NTh9sUOHoYq&#10;CkiMUEZ1tf1PI54eaST6vJIRyfoBYCwAHtK13nt4dZJ7ZyhabfYx2UaFbdckevqxI4ljx8vIAAUF&#10;X+/++c1uXKz5GsqaZI46Z46ejp5YaeCGJDJUaEjlkMrinKsQCxllIF1DcBF7w69oMvIaujIocjpY&#10;yOIh9vV2F186gqySA/7sAJI4INhZyOQyCpOegNzlyft1zMZbYNHfaSSQo0vTgGqRQ+jCpPAg0FBC&#10;6n+X8OG8eD3esmXw4kiipK+mroqrMYzyedFpGjlCR1dOGhDLHLNHLBE4IJQxxAGdxbQl27S0hqZ1&#10;qKysmmCpTX+3hgp0QyankjSSSV2mSxsoUAjm9w6aACpz1FG67Adst4Wkk13LuRRfhUKASKkVJ7l9&#10;AMjPkdvr3s/Bdlrk6jb9NkYqLFrQh58jFBC9RLXNW2EMcFTUqIokowbs128g4AALJKGmmqJ4qaBD&#10;JPPIkUUa21PJIwVFF7C5Y2549++fQfjhkllSGIVkYgAfM4/1V6EOeeClgmqamaKnpqeKSeoqJ5Ei&#10;gggiQySzTSyFY4ooo1LMzEBQLn2ZzHUkWNxtBTmOBqqix8VGZzGhkB8a+bxylfIsTyKDYEA8X9q4&#10;4qlajP8Aqx0L9xuzb2McUTKPDiEat/ERxP8ApWIxw/l0SGuoMlvzsWvrqrKbgl21U7gXKw4rHZLL&#10;U+CqaDFPjKCgeuwQroKGqyLQ0QaZp6aUxtGNNmAA6JkF7cO1lFuOAT9bg8f8T7XAKaV+EdAKa9uV&#10;16ywlbBoM+ua1ovnXyPoOjEU2Iw0yU4VIaiipHkq1aU+SINIpp0MZhaMPUmL9sX1M0Zsbk++0RpZ&#10;AxJ4YE3PLMwI55U3IUfTj3pmCKQB0a7JLcy3Immnb4xWpw1RTjg1oOIJFOIND0n92VeK25ijR0dB&#10;AgkoapYVpqc+OipqN0kc6Y4amnEEE1YQkciKdb6VILgewZ3dgocblpmgqUmWteWsEGh1lphM5YiQ&#10;6REUaTVosSdI5t+Sibtc1OTmnR1uNjH4xuIJtQlJahBBGcnIAILV008vyJX3XG58turbdPXZrDS4&#10;jIQM1HUuKykrqDISQEqaygqKeTy2dNP3EckaGmqvJAGl8RkZLNEV+ot7Yr0WNBp4jpe+47cX/wB9&#10;/vufduI6SuKde9xT7sOmieve+HvfTfXvfvfuvde9+9+69173737r3Xvfvfuvde9//9bY295Edca+&#10;t/j3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde99j37rYweve8qsR/vvx79Ty6dU9e9uFPLZh&#10;/wAU/HttlwejC2lIYD1697XWIxVVPV0j6NMSzQyvUI8bxqiOshIkR2VmAH0BuD9fdoLeZnjcRnRW&#10;tf8AV59HDzxWz/qzxiYUYDUvDiKUOfy/Ppsy9etBja2pERqZYqaZoaRVd3qptDCKARoruRLJZSQp&#10;ABv9PYxC7aQACNVweCLE+k34tb6n2acKnzp0QPLNLEuor4WuoJGePEfy8xQUPGnRXY6OgxlXkJB9&#10;4tcmIENRTxVMqh5hTsamnqEEsrTJKzemRFbW7suoBWvmEJcEAhgQRdSv1+gII9t6wuadJngEjFzJ&#10;rNSDnz+RPn8+I6b03gmOjVXx9Th9C09XTw1NHXqTRqiyTx1GPhIlVV8h/aAYFmAHqUBucVOF0lrh&#10;gRwQOPyP6Hjj3V5K1A4dHW327R6Xlqsxpgih9cCop5cOP55CfsDsZa+HIUeGTHZnb8lBkZ1rqKuq&#10;5qbRaPGzxCqp6Svp5/L5Ki5dtUd1TTp9Sh/2FtSbIU4zePgknrqbRFUwwRPJLVUpbSkixxhneWmJ&#10;F+OYyST6R7SMVB+3o5v9ruNzsRfwRl7uI0IUEsy1pwGSy4PD4Samijp4+M3fm2cfmKbqPK1dLhaS&#10;upZMltc5OtMSU2XqWgnrdt0k7hsfLSZCpnqZaMJKqiaGWNdZljSNW9RUz/3cnklheOU5SeI+RWRr&#10;U0UIK6WANg7FT/Qgj8ey65cK2kHH+en+bqV/bO1Z+X3kkhKzfUsKmoNI1U0p9uD8xTy6KR/Ng7Gk&#10;w+5dlbSXJzUiUuxazPNTQpFpvnM7VUgyMkovVLNQf3UHiUWiYSSB1f0tELZAiLk/RvUNIH4u1rj6&#10;8H/Ye0ddYUDiOpQ1izaZ5B2MNQoPSp/yn7M06pqwXYLVlJR1UL1n3UtJMn20nMwq2kMBaKnkR5kZ&#10;K176CmqRiDbi54SyJpQMH1OgJQDm5Xi4sLEk/wCB97RWq1CKA8enbu+hCW0cqvrZMqBnI/z8fP59&#10;GDx27KxqhsbUS00dNja40SSyVMZqXjhnnCaZFepklpwtDGQXMo0ppudRJRubwlFmIfDlaKCeIP6F&#10;kVg4NioaOSMrLC1rglWBt9fZpDIoGlTUU6AO57JHuoP74tIzGGoAQanyGQdSmhIJDA4yfPqyf40b&#10;9ze1slIu29w1emso6JclQoYnx8rJUSrAn2NbHNFUMY5NMUwPkRXazXDIxSc6aD+J1aYukFJQxTPF&#10;Tr5ZpndIzo8rPNLI37hUsAPoDbn6+1T0rQDA6xu3trE7jcrttoIbJXIUamYkDFSWZjmlQBwBpnj1&#10;c9RCqWjpRXNG9aKeEVbQi0LVPjXzmK6qfH5L6eBx+B7Z/dOinqT797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697CvsPvXpHqGKaftj&#10;uPqvrCCnipJqibsPsLaOyooIa+c0tDLNJuTL4xIoq2pBjiZiBJJ6VuePZtt2w75vBVdp2a7umJIA&#10;hhkkqQKmmhW4DJ9Bx6MrDZt43Qhds2m5uWNaeFE8laCp+BTwGT6Dr3sL8L85PhRuTKUeD278wfi3&#10;n81kZTDj8PhfkD1NlMpXTBHlMVHj6Hds9XVSiONmKojHSpP0Hs0n5F53tonnueTt1jgUVLNaXCqB&#10;8yYwB+fRlNybzfbxvNPyruSQqMs1tMAPtJQAde9mG25uva+8KB8rtHcmA3TjI6mSikyW3Mxjs3QR&#10;1kUcUstI9ZjKiqp1qYop0Zoy2pVdSRYj2Hbm0urOQRXltJFKRWjqVNPWjAGmDn5dEVxbXNq4jurd&#10;45CK0dSpp60IBpg5697e5JI4Y5JppEiiiRpJZZGVI440Us8kjsQqIigkkkAAe2ACxCqKk9MgEkAC&#10;pPXvepL8EP543fUO2fmJ3J81Mpid9dUdcUeDk6yh2ZtXbu2mPa26M7laXavSWycvhMZRx5vG7hwt&#10;FWV33eWkyVfQ47DyVck8qaw+XXPvsZsDXPJuzckxPBu1yzeP4kjv+giKZLmVWY6WRiq6YwiM8gQK&#10;DSmT/Ons5shuOVNp5RjaHc7gt43iOz/ooql7iRWJ0lWKrpQIrO4UAGlPe1flv5e/zy/nC9P7f+Sv&#10;yK+W9D0jtfsbHf316U+L+D2DnM913t3aFcstRs7IbheDfO10iy+co/FVrkamiz2R+zqkcyRjTRQo&#10;4fcPkH2c3i45Z5c5Qa+urZvCub5pVSZ5BiQJWJ+1TVdAaJNSkUPxlJFz1yV7VbrPy9sPK5vLm3bw&#10;7i8aVVlZxiQL+m/apqugNGuoEUPxn3tn+EP/AAn3+RXxv+YXVXeW/u9epKnrzqPeEO8sd/o9qN8y&#10;783XNi1cUGDyOHzW1MHg9v4vM+VosgyZXIn7UvEqSeXWj/PP3heXOZeTt22Lb9hvBuN5CYz4wi8K&#10;MNxYMsjM7LxSsad1CSKUL3OHvjsO/wDKu5bNY7NdC/uovDPiiPw0rxYMrszFeK9i5oailD73tje8&#10;SesZOve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;9fH5lfPHv75K/K//AIbK/l17kodm7/x7ZVfkP8kanWydXYzANTDduH2fJFHPLS5HbzVCUNfXxRmr&#10;/i9THQ0j0sySVaZDcl8hcv8ALPKX+uf7jWzTbe2n6SzH+js9fDaThUPQsqE6fDUyOHBCGcuU+S9k&#10;5f5Z/wBcPny3Mti2n6W1H+jFq6Gk4VDULKpOnQC7BgQp97rp7k/4TNfJDKZXIbh2P8vuu+2dxZep&#10;hrctme5Nub82FlcnWVBm/iNXkMtiK/uquralAkZSSUs85ZtRj0AvI+zfec5aiijt77k+5tLZAQq2&#10;7xSqoHABWFsAONQOHlWuB7tP3heX44kgvOVp7W3QUVYHjkUAcAFYW4A44HDyrXHvew5/LD+G27Pg&#10;n8TNrdDb63zjd+btp9xbl3fna7b4yX91MLkN0VFPPPtzacuYgosnV4OgemMgqJqWiepqZ5pTTxa9&#10;Ix290ec7Tnzm663+wsGt7QxpGofT4jBAQHk0kqGNaUDMFUAajSvUFe4vNlrznzPc71ZWTQWpjRFD&#10;U1sEBAd9NQGNaUBagAGo0697sI9x30Beve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de697oq6w/no9U9tfPij+Fu1Ok94y7cyu99xda4juep3PQwVFbvDbaZSOqmk60lwKVFHt&#10;GqrsPMsVc+Z+9EBSWSgQlo0njdPYjdto5AfnW73uEXKQJM1sEJAjfTQeNroZAGFVEemtQJDgmZtx&#10;9mtz2vkl+brnd4hcLCsrW4QkBHpT9XVQuAwqvh6a1Ac4J97vV9wP1DPXvfvfuvde9+9+69173737&#10;r3Xvfvfuvde916fzHv5huxP5dPTmE7L3RsrOdkbk3nuU7T2JsfD5KHb1Pl8rBQTZXI1Wd3XU47MQ&#10;7dw2PoIPVKlFXVMk8saR07IZZIpE9tvbu/8AcfeZ9stb1La2hi8SWVhrKqSFAWMFS7EngWVQASWB&#10;oCOuQeRb3n3dptvtrtLe3hj1ySMNRVa6QFQFdTEnhqUAAktWgPvYg/An5i4T52fGraXyHwmyMt10&#10;M/ktwYHLbQyuVps//Cc3trJSY7IR43cFNRYpc5iZWVWhqXoqKRrlWgQryX8/8mz8h8zXfLs98lz4&#10;ao6yKpTUrrUakJbS3qoZh6Ma9IeduVJuTOYLrYprxbjQqsrqpXUrioqpLaW9RqYehPXvZyvYL6Cf&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173rSdp/LL5JfzZPklv/wCG3wH7Tbob419UUkyd8fKPG09XV7n3Ys9XWYNcbshcdkcRkE2/mchT&#10;zx42CkrsbUZiCjqKmauhpLU8mTW1cpcte0nLW3858/7V+8OZbsj6WxYgJHQBtUtQw1qCC5ZXEZZV&#10;EbP3DIPbeWOX/bLl+x5s522363mC6P8Ai1mSAiYDVkqGGpQQXLK4QsqhC3cPeyIdmf8ACYv5NQZS&#10;ao6y+TXSu/4qquqJqvJ9mYvsDrfKTrMkcz1s1Pt/FdvrPXVFbJKJFaq/SA/kZnKKPds+9Byw0Sru&#10;fLF9bkKAFhaKZR5UBdregApTt+VMVI02/wC8Ty6Ywu48vXkBCigiMUoHyqzQUAFKY+VMVPve1r8O&#10;ug674ufGHpX4/ZPd0u+8j1Zsmh2zXbqemmo4snVRz1VbOtBSVFTVz0uIx8lYaWijeRmjo4Y1NiLD&#10;E7nLmCPmrmje+YYrMW8d3OXEdQdIoAKkAAsaamNMsT1jRzXvacycxbvvkdqIY7mYuErWgoBkgAFj&#10;SrGmWJ697Mr7DPQf69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de697pH/mMfzsetvgD3TtjowdMbm7h3ZU4XDbp31VUm7KT&#10;Y2K2htzPVFQmOGInrNubkk3duOSko5KhqTTj6NEeJTW+RpUhnH249kdz9wdkut9/fUVnaB2SIGMy&#10;tI6AatQDp4aVIGrvatTooAWmDkL2h3DnfaLnef3tHaWodkjBQyM7qBXUA6aEqQNXc3HsoAT73c3t&#10;bcNFu3bO3d142Krgx25sFiNw0ENfEkFdDRZrH0+SpYq2COWeOGrjgqVEiK7hXBAYjn3C11bvZ3Vz&#10;aSkGSKRkJGRVSVNDioqMYHUS3MD2txcW0hBkjdlNOFVJBpwxUY697ffafpnr3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve3XD4+LKV9PQSViUJqZFijmljaSPyObIjaWUq0jEAX4ueSPdlUMa&#10;V6M9osIdyvoLKa8EHiGgYgkVPAYIoScCuK8SOo9XUCkpqiqaOaZaeGSdooE8k7rEhdlijuvkkKjh&#10;RyTwOfZkdl7Ko9rtJUSymsrpx4hVGHwqkB0sY4ozJIVDMt2Ym5AHAA9sytVSsZ+3qceV+V7Xlidp&#10;rh2lnftD6aChpgCpoMEk1zThjqr35V975/dOO/uvt2llx22IkeryemWGatyrx1CQUj1BRGWGGnlv&#10;4oI2fVONTliiqouxACNgSpVFvqBH9LkfS4+nsneuoYNT1NltKq28iM6sqLxB+VacKj5jy6qnzG+7&#10;q+PrKiVshVsmOo/PJLHAXkEscUoliCeWSmNeulbEFke6lGHvHJEkjoSNX1LEWta9luvN/SPdldlV&#10;s9Fl5DBc3EJK6iQSxHClcVHyHQLVvZElFDXypXCGGoghqpp/N46oytIMjNTU0+mlrY7yRKHUAowA&#10;ZVBJb2DfbVHDBhKWtCgNHXPAosbgVUbPwTx6/twSPxb2uhcyEBuIp/s/5Ooj9xdvgtNkiuo0C0uG&#10;FPMeICQa/wBLTX5U6ub/AJYna0+7W3ztiud5alNvbfzUMslXBUSqcfkcnQV1FJHrNUv2MeWo9MjA&#10;JKJDa2nkOuuttyVVUufqoz9rTu6UMbKf8qqNJjaUE2BhpyxFx9ZOByp9rlyeOB/q/wBnqJ9mstKN&#10;udzEWiOpUWnxE9pb/SipFf4q5BU9HY+RXalLtfb9btDFZlcXubMY81FXlFmp0XbmDR/LVVE3miqd&#10;dflqWnmgpohGTp1yErpjWUXpYWGs2suon6rfk3+tyQBf+v49ro3UAAceke6mUmSV6aPMYGQRTTxp&#10;QUHpQdBl1zurFZEYnHLVVFXl46GkgWqNPkPD4P4fKhjqY5KWgiqPuZaR9KpEfGXTSqxhVHBYSoGp&#10;SWAJ45sL6iQSbgkN+T9D7sZK1ocdB5LR1ckoWPE5/PjxoR6nIPDoU6reOPqoWalr4qelMyUEDmBh&#10;I1ShajZGgP7ReirKc28cfoeLhwbD30AqFwQeNPB+n4AB/JPvdSwWh6Mo2iiM7yRNrxQZ0igFB6/I&#10;V4dMk712Vhwooa+gkpppK4SVkXj/AIhUCeWpknmjbSsUMAK3k8bgORwSx9hDuiORs1WvMCCTFov9&#10;DEsEaIR9BYhf9vf2UXNRM2KDH+DoSO5uNMrZ7VH7AB+31xx6H/YcNBT7QwUWN0ClFGWIj16BVSTS&#10;y5AJ5HlbSK95bephb6Eix9oqpdbkD3RQadFd1Ioqo6V3trd739vAUFeipmqSeve45976Ybr3vr37&#10;qvXvfvfuvde9+9+69173737r3Xvfvfuvde9//9fY295Edca+t/j3737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173yBPv3VwSPs697cKdZfHJULEZIoGRZWXkxiS+guo9QRtBF7WvweSL7M&#10;bMrMBj/B0pimEZBIHHhXPrw8+ve1XgsyKeZPG4UMQJIWYCOVbWsSbhWt9D9R/vHukUsts+pSdPmP&#10;I/6vXowIs9wQRyoA/kTSor6HrDUQieJoydJI9Djko39lrAjUAfqL2I49jZjyk0KTxnVAR+rUAyni&#10;6kD6spt7M2nSVQyHJ6LzamynWKRiYlGCT8snAz5U/wAnRcN/VtTHJV4wxLBuB2p1WGOkkmpcjA07&#10;S0empmDolLNaQEAKwa6fq49u6xtpJQX/AClxcgkf0P59pywqAx+3p1oHCu0YqhNVrxqfQH9n59AH&#10;X7yw8eQoaHO1T0FVHRJS50Yt70sdJROypHUZGlDmJJIneTUXRl0KyixW85VZ1JdfWNNybi9rA/j6&#10;/wCH/G/bBIUgKcdHduZpg1tdA+N26WPoOK/P5fy6KHu7I7W2fkMdn9iZHHvtitTMtWYHHfYTQUdV&#10;V01VUUNfLBTVInpcc3lczzKDpkZvNGDLCDlCcCxIvybG3H0+l/1fj3Qtx6PLJToSESkZq3EHj9tP&#10;2fLovG7t01MOQytRU0FDLQ6KWkwzTUlNJQFvBJpqGqloQ9RQRVESTxoyiNo2MJIVSPahpCI40QKU&#10;1ElZBYqzEnUWH11Nfk/n6+yuZaszDh5jqb9muSlnaQOrKaURzQq3lnzqa09Dxx0QTsfcOa3ll6fI&#10;ZjK1GSbb9LDhqHD1j64xhcdT06UODpFKl6ahw9LD/ksKEFIpZImGvR7cZI28TL+skWUA8qXspuR9&#10;U9V/8PadWGsHgP8AN0K5bOU27RjvlNAAOKliAf8Aa0Nfl0i9pYuPJbuwMlJUT0xp6+mrK+iVIWo5&#10;YsfUx1VQYmnKimmlgg0DhBK1gtnZjJkngVrMeCouzgcfiwX/AGr3WOQioHA+XS692+OVlndiCgqz&#10;AYqOAX59CliFqlrXyddWTfw6sr3liptKjJV9RTpMpkLGNtNArnS1WraCfQgZyxjDLsDJ1mPw9Q2P&#10;o6ysqKrVSxmlhkkalEitqnkMYYqEUEKf9WR7NrQaRq8x1FHPW5z21lN9BBLLLKSg0g6kwak09BUV&#10;9aV6uH+Ae3tv7m3mMhUZako2wUdPlIsVkqqGnzGcrFR/4fHQYyWZZGpKBIRNOyLJ4VQRWCSagXeh&#10;2NufKDzjHtRQsxAkryaX/YiFlNTo/o2jSfwT7VqNRpUDqDrflPf75fH+haKI+b9v/Gfip86UPlXq&#10;2zI9obCxlc+Lm3JQVGTjSVpKHGmTJzxPFrDwVBoI6iGjqbxm0czxt/hb3BzeGoMEFpXr/v8AKMAZ&#10;oqdBHS0akcrJIzNLLMf7K2Sw5ItYFx0SMUJq/wDg6R7jt9htsSxG6abcG4gCiIPmaks3oO2nE4pq&#10;VmKyJytKlatLPS086q9MKrSlRLEQCJWhQyJHG97odbal54BHtM+2eiPpy9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9pnem89q9dbQ3Nv7fOex219m7MwWU3Nun&#10;cWWnFNjMJgcLRzZDKZOtmIJSnpKOB3awLG1lBJAKqysrvcry12+wt2lvZpFREUVZnY0VQPUk9KLS&#10;0ub+6t7KzhaS7mcIirkszGgA+ZJ6971yc52d/Mp/m+ZPOt8TtyVPwn+B8dZX4bD9ybijymE7W7rp&#10;6OWbHZDKbfXBltzNjXqo2UUtBV4bGpF5oanJVlVG1LFkhBtftn7PRQf1tthvfPukM1smloLYmhCv&#10;q7NVPxOsjk0KxIp1mfIdu9vvayOH+s9uN350oGaBaNDbk5AbV2Vp5ssj1oVjRTqPveLaf/CZL46y&#10;TT5HuH5N9/8AYGdyEUtXmMvtOk2NsWbJ7iq6n7mvzM53Rhe1qySKtd5GeKWomnMr62qG5Btd/ee5&#10;jAWPZuV9vt7dTRVkMsulAKBRoaAYxkACmAo63dfeH34BY9q5dsYIFwquZJKKBQKNDQjHqABTGnr3&#10;uo7+cr/LL+Kv8uvaPR/+hzfPdu6Owe2Nx7u+5oOzN07CzWJodnbMxmK/iVZTUO0+s9mV0GRqc3ua&#10;gSGWaqeExJOoidvXHL3sx7nc1+415vn75sbGLb7SOOhhSVWMkjNpBMk0gICo5IC1qVyBgyh7T+4f&#10;MvPl1vH71s7OOxtY0oYUkVjJIWoCXmkFAqNUAVqRkcD72eH+WF/I46Y73+K3UXyf7M7d+SvWnaXY&#10;cW6c3iE6Y33svZtNh9pHO5nbeCkiqMp1pubOx12ewlC1VM8df4pKasRNC2cEDe6PvpvWw817xytt&#10;mz7ZdbVbGNW+pikkLSaVdsLMi0RjpFUqGUmpx0DvcX3j3bZeZd05c27a9vuNtg0K3jxySFn0q7YE&#10;qLRWNBVagqTXh173cZgf5QvVtPhajZ+//lz/ADE+6+uKvHY3DVXVvaPy63dL17U4PGTU7x4OowGx&#10;MTsUzYiWnpUgMDSlI4lHhETqriGrj3g3Vp1vNv5Q5csdyDMwng2+PxgzA9weVpe6pJrSpPxVFR1F&#10;M/uluTTLdWPK+w2d+GLCaGxTxQxr3BpGk7qmtaZPGox173ri/wA4XA7IyfzB+Of8sb4tbQwfXHWX&#10;WtfsTb0eydo0rpSVfd3yByGASbcGeMjvXblz8Gyq3AoK7IVNVWWmnVpQHYe8kfZy4vouTuZPdDmq&#10;8kudzuVlfxZDkW1oH7E8kQyiU6UCrhcYHU+e1U95Hyrv/uJzJdPcbjcLI3iOci3tg3avkimQSdqg&#10;LgYx173vA7U2ziNl7X23s7b9N9ngNp4DD7ZwlJq1fa4jA46nxeNptVl1eCipUW9he3vBq7upr26u&#10;b24bVcTSM7H1ZyWY/mSesPLm4lu7m4u52rPK7Ox9WYkk/mT172/e0/THXvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3XvZZPmf3x/ssfxT7875i+3bJdbd&#10;abjze3IqsxClqt4z0v8ACtlUVT5leM09du3IUULgq5KuQFY2UijkrYf60c2cv7Aa+Fc3SK9OIjB1&#10;SkfMRhiPs4joRcpbL/WLmXZNlNfDuLhFenER11SEfMIGP5de966n/CZDqrI5dvll8oNyy1eVy2fz&#10;W2eqsZnq9paqurcixqewux5a3I1Hkmq6vIVOV2/NIdeouC0lyykZG/ef3aOH+qXK1sAkMaPOyDAA&#10;xDDQDAACygfsHA9Tz94jc44v6scuW4CxIjzFRgAYiioBwACygfy8+ve9sb3iV1jJ173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69172T7rL4BfDvpvvHdXy&#10;R606H2jtXureVTmK3Mb1pajP1r01ZuHzjP1e2MDlczX7X2RU5tKuZKyTC0OPapjmkSQssjhhlunu&#10;BzlvWxWnLW57/NLskIULEQgqEpoDuqh5QtBpEjPpIBFCB0Ktx535r3bZ7bYNw3qWXaIgoWMhRULT&#10;SHZVDyBaDSJGahAIyB172cH2Degr173737r3Xvfvfuvde9+9+69173737r3XvZd/kp8Tvjz8v9k0&#10;HXnyN6zxfZe1MVmoNxYmkq8nuLb2SxGZp4ZacVuJ3JtDMbf3Li2npp2inSCsjjqYjolV1AHsR8s8&#10;28xcnX0m48t7m9rduhRiFR1ZTmjJIro1CKglSQcih6PuX+Z995VvHv8AYNxa3uWQqxAVgynNGR1Z&#10;DQ5FVJByKde9ih1p1psHpzYm2esertp4XY2wNnY4YrbW1dvUi0WKxNF5pqqVYYlLPLUVdZUS1FRP&#10;Izz1NTLJNK7yO7Er3Pc9w3m/ut03W7efcJm1PI5qzGlM/IAAACgUAAAAAdFu4bhfbre3G47ldPNf&#10;Stqd2NWY8P2AAAAYAAAAAA697XHtB0j69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de697An5HfJXpj4m9W5buTvjeEWy9h4mrpMYch/Dcrma3I5rJCb+F4&#10;PEYnC0VfkchlMi1O4jRI9CKjSSNHEjup9y3yzvXNu6xbNsFmZ79wWpVVAUU1MzMQAoqKkn0ABJA6&#10;Otg5f3bmfcotp2W0M16wJpVVAUcWZmIAArnPyAJIHXvYO/Bz5tbV+eOwN69u9b7B3htDq7Bb/r9g&#10;7Pzu+nxtHnd+T4TGY2uzufp9u4ybIwYbBU9Tloqamd66eaeWOYSRwPEUJ1z1yRd8hbhY7PuW4Qzb&#10;rJbiWRYtRWIMxCoXahZiFJNFAAK0LA16NecuULnku+s9r3C9il3J4BLIsdSseokKpY01MQpJ7QAC&#10;KFga9e9nY9gfoIde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173V1/OT&#10;+RWR+NX8vjvHc+3q58dvDf1BQdNbQq4aj7Sqpsj2VM+GzddQVK/vwZLE7IXLVlK8X7sdRToylLa1&#10;lP2Y5cj5m9w9itbiPVZ27G5kFKgiEalBHAq0vhqwOCCRngZH9p9hj5g552a3nTVaQMZ3FKgiLuUE&#10;cCGk0KQcEE8eHXvZKP8AhNp0v/cX4Tbx7crKbx5PvTtzN1dBVeLx/cbO65pYdm4mPyMoaf7fdqZ/&#10;kMUGuwAYPcb/AHld7+v53s9oRv0rCzUEekkx8RvsrH4Xzx9nQu+8Bu/1vN9rtaN+nZWqgj0klPiN&#10;+1PC/wBVOve9hz3jr1BXXvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173Vjs/+bd8bu4flptL4ffHmh3X3PvfK5jc1JvLfGMoX231l&#10;sPEbLxWRym6clPnc3AuW3HU0kmONJSpRUDUFZVyRotcqujtK157Rcy7Nyjec48xSRWViiIY4mOue&#10;VpGCooRTpQGuptT61UElDQjqSbv2v5g2rli65q314rSzVEMcZOuaRpGAQaVOlAa6jqbUqgnRgjr3&#10;u073FPUbde9+9+69172T7uf4BfDv5DdtbR7z7o6H2j2B2hsimoqLB7jzFRn4qeejxtTLV46k3Ptv&#10;HZmh2rvimx88zmCPN0OQWFW0oFXj2Mtl9wOcuXdovNi2Xf5rfapySyKEqCRQlHKmSIkDJiZK8Tno&#10;VbTzvzXsW13WzbRvUsG2zElkULUEihKOVLxkjiY2Wvn172cH2Degr173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3XvbrT4XI1lK1ZRQGtijbRMlKRLUQMRdfJTL+/oYAkMFKcHng+3BGxUMuejG&#10;Har24tGvLWLxYlNGCmrKfmnxUPqARg5wesMtTBAUE80cPkIVDKwjV3Y2VFd7I0jH6KDqP9PcSIyU&#10;lQhdXhkidWs6sjxupDKbMAQQR7rlT6EdJ4me2nUupV1IORQgjPWb2cTaGYgzuLpayJ4pGkQCpRCL&#10;Q1KqBNE9+Us3PNrqQRwfaK7FO5agdZSco7sm9WcEwaNmYd4oKK/mDXh6+XGoweqOfmZtPLbJ3rVU&#10;0B+zxUrTVWKlmDBJcRXo7JJR1M5VJanHSHxlbqTJE45WxC1gpyDIzDixBSwN734sBza/B9l0kgIU&#10;A59ehtt+3SJNcPKnYRlcEEH5AZA+zh1U9kMrk6bM4+mIc6K2OuFYaqaXGtC4o5YJ42mCyRhZowpT&#10;yJKGV1k8TKyjqI6YlZRclRc/UIFGkrz+bgj358uQeFek1qHitUaJRUqK+ihcUz54Ip0C25cbVVOf&#10;3DjKqJKPBUuXqokiMif5dT01bWfZLTxCQIlKyshLmNtYXQL31xsG48Rjs9QfZZKFZoVqIapIPI0Z&#10;8sN9F2jZHCsjMDYjg/4+37equCK09egzzXBZ7ltU1texoxLKyIWodS4UkAg0oTX5Y8+jQfFX5B7z&#10;+Pm7s7m9qyJLTZba+Q2PTZStgSfxUuTqKeqbN0dBUCthbK4StxtHLTrLFUQVM5eF/wBvWGZ4KWGk&#10;p46Wlhhp6anGiKGGMJGq3P6QLDlrk35J5+vs0FAft6ha8mna1W3WNFjiPBVAFPKmaepz0dEb+j3b&#10;vh9xboy+ezu493xyTT5fI1dIkiyRRxoIBR0GPiiopMdC8NFGKRYqWGQaVUREj3xKIg1uNQubKQeS&#10;L/jgfn26CzHSpp0HrhkhhDTqHnbV2mtB5A0x+XlUCta06MDtrJZreGebB7SyNRgMXi6TBPWbmpZK&#10;OnyEUVUYqqOiFSBkZVZ54mWcSnWY3lKafEH9xWJddS3BP0B+o+tze359vAaTQ9EGZUIjqCxFM0zX&#10;1qPn0bGkjhwmUijzRpZ48dFNJU1VNSy1VPPTJTpEtKtO8VYSaeRomTQo1L6SCBb3AqNafpN3Itzc&#10;n6/ljqvwOfaiPS3H4evTCWKQwpQlxQgnga8STWuBn7el7s2TE5qhirpY3paDHzmWmkjjjp4JKdYh&#10;aOKhpI6EUyxzzjxBRoYIrWP09hnuLLjWYo/EWiur1TxozhhcFIWKnSsf+qH5+n0uUt3dKW8OBFPz&#10;Iqfyr/h/Z0usLW5tVjmubtw68FDdoP2ef+r06MthaOOnptcUDUkVQ5qI6f1xMPIFPmqIiQVnmsCy&#10;kal+jc3AC+qdWdm1lySST9bljySTe5J9pFBpw6ZunVnZg9Senr23k+79IWI6974e/dNde99e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v//Q2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvc6gWlebx1iv4JBpM0XMlO1xplC/SRRb1KfqPpzb3saa0Y0Hr6dOxitQVrXro3sbWJ&#10;/AJsCf6EgG1/9Y+19jNgffhZhlad6RyTHJBE7ySKDa1mZI0f8EXax/r7f+namrxBp+Wf83V1aLUV&#10;ZWx5HH+r+f59JXPbrgwMbGWiqJZRb06o0hAsxLySxmeSOIKt9RjtyL29iZjtq4nEUbU1NCzvOFNR&#10;U1IEktRbUArLYIIhqICqov8Am5+rkB8MtmoIoet3UcEix6AVpkVrWv2/5gP55A3Hdm7pyWdrKmsN&#10;CmOp3mp4sPiayGoSjUMrLNVVZhjklrPEQXlaQU6AHSikSmMP9y7I0LNkMKmjxL5ZqJCzB7cs1IOX&#10;Vl+vjPB/s/6n3qWBQupP2f5uk9sXm8TI1jh8+Naf6vMcc9Dbjt007PR0dc0qz1jvHDM8OhNdg8cU&#10;7oFhEkqk6SgsdJ1BbAsnds7qyuJrIYVSXIUsjqktEFMkzAkC9PYFxMovYfQ/Q/W/tKOwkr0vjuJZ&#10;SkEqmRK4FKsPs8/yrQ/z673jtPH7pxc0NROcdWwU9R9hmYwDJj5HjJ1zRs8cdXRBlDSQyEKwW4KO&#10;FdTMoVKRSJqRXjSVQytG2krdQ8bKsiEA8gi4/PPvVSa1z0YqDGzQlqopqONDTA8q0/n+fVQOfkny&#10;EuVqWgoMlXpkMrsrK1UU9Bknhmqa2M5BsZkpKuowGSrqsxuoKCOFhILBodZPZvIjgSXPBBAH1vcA&#10;/wCAPH1HvY7WU6elqD6mKZTIxfiD8/2flxB6DRGi6x3nsvIrsfHY2gnpqiiz1PO+Qmmp8a9JBS1b&#10;0lFR1SxnIVtNDLUKRRzwN4ze1gPcjHaJ5TTSnTMLWDEaWUKASp4LfTn6W9tXOqNPFT+z6FPJ8Vvu&#10;d4233j0v61GqgBUAVK8KkUzw9c56AD5rbe3Rs/C4Ps7qym8/U2Yo6mmra7CvX1WZwmcrcnmMuKfM&#10;R1M80OIjYZC9KoEodE0jxlUT2+iDQTcNYW5BNiRex9X04HsvMmrhSvUq2+2m2lfXr8MEcCaGnA54&#10;UAp1WDjN2NW5SMPLLVVEcxCxRUNI1cySt5qqaaRnWJojPd5A7+aORiFUAFBxneQmmiM94pp11WJX&#10;QqWJu4IdQbAfW3vcYWkr+H3qv7a/y6X3kl4ZdltFvwbae6GqmNKoK/EO4cAMGh6Nx1Zh/DNujcGO&#10;xFNUZ7A4WulxkCtDK2dyGSiNOYZsbWw1NFVVMS5Ceos0RkKxkABEuXOaQiDxxhWtYA3t9f8AU355&#10;9pEWsmpq9C3cLl1sBbWyoxrSpNP2V/l0hauGrXJUjZUzfeTzymoSa1UuOMChURJabRTPTwzkJ6Fu&#10;LhV9OgBoaCZzey6bam51H+o+hvwRzf2tEiL616BrbVuE7Fm0iJRU1qfmOBzwz/n6FfaANBI80n3/&#10;AJKSWSKkr66jnoqGGSAlJI4RYx1hrImA0U7G3kRpNI0lkBvfca4THzOjD7qbVBTINIHkZGPlZSTd&#10;Ihyf6kgfn2YW6BV8Rh9n29Ajm3mVbCK4ghNJ8rQDAJHEgngP516uA+GnXse75lyc9PP/AALGJHVV&#10;k0zvIlQwlVIMUJVhpV0zyQuV8YAWCIhvWAWKrPK00skrku8jtJI7Elnd2LMzE/Usxv7sSSSSc9QJ&#10;K5kkd2JLE1JPmT1bAAAAALAcADgAD6AD3h966b69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de697oO/nt9h5HK7e+GXw0ps3X7cwXzN+S21tn9hZTGy+Gpm682tuj&#10;YmOyuJLlgnhk3F2Dia8gqQz45VPpLK0/+w23RxXPOnOjQLJPsu2PJCrZAmkSUq326IZF/wBufOnU&#10;2ezFhHFPzbzY0KyTbTt7vEDw8V0kKt/vMTr/ALY+fXvd6G0dpba2FtXbmyNmYWg23tLaGDxe29s7&#10;fxUApsbhcFhaKHH4vGUMAv46aioqdI0FybLySefcE3l5dbhd3N9eztLeTSM7uxqzMxJZifUk16hq&#10;6uri+ubi8u5mkupXLuzZLMxqSfmSa9e9qH2m6Y6970Wv+FEHZuT7m/mDbM6I2v8A7k5ep+u9j7Gp&#10;MPA4eSTsLtGvO76lAx0pHNkMJnsBDo/smK5Pqsud33dNri2X28vd+uu0XdzLKWP++YB4Y/IMsp/P&#10;rMv2I26PaeRrverntF1PJIWP++oRoH7GWU/n173urdI9ZYzpXprqjp/C+H+FdW9cbK6+oZKdDHFP&#10;BtDbmOwK1QVv3C9WaAyuz3d3csxLEn3hNvm6S73vW7bzNXxbq5klNfIyOXp+Vaenp1iLvG4ybvu2&#10;57rNXxbm4klPyLuWp+Vade9if7Kui7r3vRc+DMkPza/n1Z7uCaBq/amG7e7h7rpTHEtQINsde02U&#10;wvVNRPKS0UbUmUO3tUoBDSCyaSylc7ueweSPYK32dW03b2dvbHyq8xVpwPtXxsenGtOsy+cgeT/Z&#10;SHag2m5e1gtz83lIaYD7R4uPTj173tS/OD+ZX8XfgRgYJu391TZjsDL0clXtfp/ZIosz2HnIbOsG&#10;RqsdLWUlJtjbss6FBkcnNTQSmORaf7iWNoveKXI3tnzTz/cMuz2gTb0aj3EtVhX1ANCXen4EDEVB&#10;bSDXrGvk72+5j52nYbVbBLFDR55KrEvyBoS7U/CgJFQW0g1697Kv/LT/AJzGx/5iXa+/+nY+lc70&#10;7uza20q7f23Hqt60e+sZunaGLzuFwGTlramHa+05du7gpqvclE4oljr4ZInlIqbxWcV+5nsvfe3O&#10;07fvJ3uO8tJZhE9IjE0cjKzrQF5NaEIw1VQg07c4EvuD7TXnIe2WO6nd0u7WWURPSMxlHKswoNb6&#10;lIRu6qkGnbnHvd03uE+oj69797917r3shfdn80D4BfHnMV+3e1flF1vi9xYqoipMvt3bEub7L3Dh&#10;6yWWph+yzGD6yw+8Mria6B6VjNDUQxS06NG0qossZcf7J7W+4PMUMdztPK1y9s4qrvphRhg1Vp2j&#10;Vga4IJByBUg0Guz+3PO++xJPtvLlw0DCqu+mJWGMq0zRqwNcEEg5pWhp72AGyf5zHxW72+Q/R3xy&#10;+Kcmf+Qe5u28rnotxbgpMFvLrPbvV+3tr4wbhzOdzjdj7LweRzsx25RZCelpqCB0mnpEp5J4XqIm&#10;9iC+9l+a9h5d33mTmwR7da2aJoQtHM87u2hVXwZGCjWUDFjUBiwVgp6PLz2m5l2XYt53/mUJY29q&#10;q6VLRzNMznSqr4UjBe8qCWOAxYKQp697tH33vzZfWGz9wdgdi7pwWydk7Ux0uW3Hunc2SpcRg8Nj&#10;4SqNU12QrJIoIVeWRY41vrlldUQM7KpiywsL3dLy32/brWSe+lbSkaKWZj6ADJ9T6CpOB1HFlZXe&#10;43UFjYWzzXkraURAWZj6ADPz+Qycde9663dn/Clj4+7V37Ds349dD7/+QuNGXpMQ28K/ccfU2Kzk&#10;lTM0IqNlYfIbT3huvMRSO8SQpk6HCTzSs66EVUeXI3ZPuzcw3e3m95i3+326XQW8MJ9Qy0FaSsJI&#10;4186lGlAFMkkgTxs/wB3zfLmyN3vu9QWEmkt4YTxitPKRg8aL510NIAKZOQPe79e6u/OpPjj1pk+&#10;2+9t84LrHY+HihFfldwVd2fIzwSzwYHD0NClXkdx7gqlp5BT0OPhqaup8beKNgDbH/ZOX935k3OL&#10;aNhsZLq+c4VB5A0LsTQIgqKs5VVqKkdQltGybpv+4R7Xstm9xePwVR5A01MTQIoqKsxCiuSOve6E&#10;MB/wpP6G3d8itk9Vbb6A3+epd3bwwWzpu49w7vw+Fz2KnzuY/gsOf/0W0eDzcdXtynmnp6iR33BT&#10;1wpXkb7XyxrDLP1x92jf7Ply+3a55gt/3vDC0n06RsyMFXUU8cstHIBA/SK6qd9DqE2T/d+3q12G&#10;83O43yD96RRNJ4CozKwVdWnxiy0c0IH6RXVTuoaj3vZP940dY/de968f/Ckvuj+4vwm2d1HR1Pjy&#10;fenbmEpK+l8vj+42d1zSzbyy0njVg0/2+7UwHBUoNdyQwS+RX3atk+v53vN3df0rCzYg+kkx8Nfs&#10;rH4vzx9vU6/d/wBo+t5vut0df07K1Yg+kkp8Nf2p4v8Aqr172sf5WG9emfgJ/KY6a7O743ritk0P&#10;Zdfuzs1oGharz26czvTcFXSbR29s/b2Mgmz+8dy5PZ+HxZWmpoJ5lu2orTxa1R+61lvXuB7ub1te&#10;wWLzyWqxwVrREWNAZHkdiEjRZGfLED7WNCl9ybTdud/c7dtu2W0aZ7dUhrwVFjUF2didMaCRnySB&#10;/tjQ+9hB3B/wojo+l+zNs7c3x8BvkbsXrvc9HBm8duztyrbqvsDL7Wmr62lXc21er81sytxm5MTJ&#10;BBE8Uq7lgikleSLWvjDyHGzfd0fe9surmx5/22fcYmKmO3HjxK4AOiSdZAyNUmo8EkChpmgNdq9i&#10;H3fbri4s+drCa/jJUpAPGiV6A6HmWQFGyajwiQKGmaD3vYZ6839tTtTYWzOzNi5WHO7M3/tfBbx2&#10;rmKe4jyOA3HjabLYur0NZ4Xlo6pC8bAPG91YBgR7x23Hb7vadwvdsv4jHe28rRyKfJ0Yqw/aOPA8&#10;R1BV/ZXO23t3t97EUu4JGjdT5MhKkftHHz697wdl9l7C6c2FurtDtDdWI2TsDZOIqM5ujdGcqPt8&#10;disdT6U1voWSoqquqqJEgpqaBJamrqZY4II5JpERrbZtm4bzuFptW1Wjz7hO4VEUVLE/yAAqWYkK&#10;qgsxABPW9v2+93a9ttu262ea+mcKiKKlif5AAZJNAoBJIAJ6971+OzP+FCMtDgc32b0J8AvkN3J8&#10;ftvZfI4bJd+bmqsv1j179zQSUdMksWYxPWnaOFpIqyrmk0xZCuoKyOLwGWCOWV4IMhNs+7wJLiDa&#10;9/8AcHbrLmGRAwtECzzUNT8LTQMaCmUV1J1UYgBmnHbvYwPPDt29872FpvkihhbIFmloan4WlhY0&#10;FMqrKTWjEAE+9nk/lw/zbOj/AOYpNuPaG3dr7i6r7i2ft2k3VnuuNyV9FnqWu2+89Bjcrm9n7qx0&#10;FAuexWCzmSp6SoNVQ42qH3UEgg0yN4wL7k+0W+e3C215c3Ud3s00hjSZAUIehZVkjJOhmVSw0s69&#10;rDVUCoN5+9sN45DFvdT3MdztUshRZUBUhqEqroSdLMoLCjOMMNWM+92t+4m6jTr3upL5tfzoPh18&#10;KNwV/Xmay2f7e7fxkzUuZ646rhxuRl2lVBEkWDfG58rkMbt7AVJViGo4Za3KQtp8tJGjK/uXeR/Z&#10;XnLne3j3GCGOz2dhVZpyw8QesSKGdx/SIVD5OSKdSfyh7S8183wJfwxJa7Uwqss1RrH/AAtFBZh/&#10;SIVD5MSKde903dg/8Kic9k9ubxxHWvxAp9r7irsXm8fsje+4+7o9ww4LJVEFRT4LcuY2PT9QY6DK&#10;tQStHUy41cukUjKYvuSvrMz7d91q3iubKbc+cDLbK6mWJLbQWAILIspuCVrkB/DqOOmuOpYsfu5Q&#10;xz2ku4c0mSBWUyRpb6dQBBZFkM5K1yA+io46fLr3vZx+LGe7Qr/jB05vP5C56jqu0tw9a4bf3ZWQ&#10;kx+I21jcDlN1UJ3dW4AUeOgosbj8bsajya4tZH1yNDQiWeaeVpJ5MX+a7fao+aN5suXYGG1R3LRQ&#10;irOzrGfDD1JLFpSuunCrUVVFFGO/MkO2pzFu1psUJG2x3DRxCrOWVDoDVJJJkI104VaigCgHvdPf&#10;yw/4UV/FHovceT2X0ftDO/KPcOHqBTV+f25uTH7J6pedJ4I6mDEb/qcRurIbhNPEZWFRQ4afHTsi&#10;CGqkRzJHMfKX3cebd9tor3fbyPardxUI6GWelDQtEGjCVxhpA4qaoCKGVOWfYbmbeYI7veLpNtgc&#10;VCuhkm86FogyBa4w0gYZqoIofe7ZfhV8pMf8xvi51f8AJmn2Xkus6PsXG5+sqNpZzKQZaTBVG2N0&#10;57aeUMOejocTFl8NPW7flnpKxqWkaekdHeGJiUWJOduVZOTeat05Ya9W6e2ZAJFUrqDoki9lW0sA&#10;4DLqajAgE8eox5u5bk5U5j3Ll5rtbh7dlAdRp1B0Vx21bS1GAZatRgQCePXvZbuyP5v/AMItjboy&#10;2xdpb03n8hN8YKnq5svtj419dbo7ikoZKeVqWCkk3HgKNNkvV5DIoaWNUyjLHPYTmFWViJdt9nue&#10;L61hv7yyh26xkI0vezJb1rknQ58WgHcapkfDUgjoQbf7Wc4XltFe3VpFY2bkaXu5UgrXJOlj4lAM&#10;nsyOFTUde9lD7n/n9da9UV1FsZ/g/wDOjE917lioRsHqzufq3AdN128arLVr4vDwUTnde992SRZX&#10;LgUsD0WByDSzXREdxoIw2X7v257sj3w552F9kiJ8We2ne4EYUamJ/Tij7V7jqlSgySBnoU7T7I7h&#10;uaPeDnHZm2iMnxZoJmnEYUVavZGnauTqkWgySBnr3u67pre+5uyeqOvd/wC8+uc71FuveG08LuDc&#10;HWO56unrs/sbKZOjjqavbuVq6eCkWarx8j6CXgppwLCaCCUPCkI71Y2u2btuO32W5R3lpDMyJOgI&#10;SVVNA6gk0B+RYejMKExDu1nb7fud9Y2l+l1bRSsqzICFkANA6g1wftI9GIoT73Wl8X/5ufXvyV+c&#10;3d3wlh6n3NsTL9X5Hf2J2lvnMbhpMgu/sn1bnXwG96LI7TiwtDU7JqI5oJ6nHKa3JfdUdPIaj7Of&#10;TTtJvNPtBuPLPImx88Hd4riG6WJpIlQjwlnXXEVk1ESihCv2ppYjTrWrCQuY/a6+5f5N2fm87nHN&#10;FcrGzxqpHhiZdUZD6iJBQgN2pRiNOsVYe9m1+YPzv+NPwa2bT7t7933Fia7LRVD7T2BgYoc32Nvd&#10;6V40qV2xtcVVK8tJSvKqz11XLSY2nd0Wapjd41YI8nchczc9XrWnL9gXjQjxJX7YYq8Nb0OT5KoZ&#10;zkhSAaBflXkvmHnK7a12Sy1ItNcrdsUdeGt6HJ8lUM5yQpAPXvdYfwq/nzbR+aPy42p8ZdufGfeG&#10;zcJvqk3XNtvsbIdg4zOZKnm2rs/J7wnO6tjUO0qWkweOqqfCVVOtRT52vKTtTgxkTOYZR529g7zk&#10;rlC75nueZ4Zp4DGHhELKp8SRYx4cpkJYgspoYkxqzgapF5u9lbrlHle55iuOYYpZoSmuIRFQdcgj&#10;7JC5LEFgaGNcas4Ffe7099782X1hs/cHYHYu6cFsnZO1MdLltx7p3NkqXEYPDY+EqjVNdkKySKCF&#10;XlkWONb65ZXVEDOyqYIsLC93S8t9v261knvpW0pGilmY+gAyfU+gqTgdQ1ZWV3uN1BY2Fs815K2l&#10;EQFmY+gAz8/kMnHXveut3Z/wpY+Pu1d+w7N+PXQ+/wD5C40ZekxDbwr9xx9TYrOSVMzQio2Vh8ht&#10;PeG68xFI7xJCmTocJPNKzroRVR5cjdk+7NzDd7eb3mLf7fbpdBbwwn1DLQVpKwkjjXzqUaUAUySS&#10;BPGz/d83y5sjd77vUFhJpLeGE8YrTykYPGi+ddDSACmTkD3u/XurvzqT449aZPtvvbfOC6x2Ph4o&#10;RX5XcFXdnyM8Es8GBw9DQpV5Hce4KpaeQU9Dj4amrqfG3ijYA2x/2Tl/d+ZNzi2jYbGS6vnOFQeQ&#10;NC7E0CIKirOVVaipHUJbRsm6b/uEe17LZvcXj8FUeQNNTE0CKKirMQorkjr3uhDAf8KT+ht3fIrZ&#10;PVW2+gN/nqXd28MFs6buPcO78Phc9ip87mP4LDn/APRbR4PNx1e3KeaenqJHfcFPXCleRvtfLGsM&#10;s/XH3aN/s+XL7drnmC3/AHvDC0n06RsyMFXUU8cstHIBA/SK6qd9DqE2T/d+3q12G83O43yD96RR&#10;NJ4CozKwVdWnxiy0c0IH6RXVTuoaj3vZP940dY/de9w8jkcfh8fXZbLV1Hi8Vi6OqyOTyeRqoKLH&#10;47H0UD1NbXV1bUvFTUlHSU0TSSyyMqRopZiACfd445JpI4YY2eV2AVQCSSTQAAZJJwAMk9Xjjklk&#10;SKJC0rEAACpJOAABkknAA49e96/fyY/4UZ/D7pvcGX2j03tPenyUzGISoifcW26zHbK6wq8lEjKl&#10;Bj945qnyedycKVSlJa2kwdRQmO0lNLVKfeQnLH3cOcd5t4bzebuDbIXp2ODJOF9TGpVVNMhWlDVw&#10;wXqcOXvYXmrdoIrrdrqHb4np2ODJMB6mNSFGOCtIGrhgvXvZO9p/z+PkJ8z+4OhvjZ8ceicT8et2&#10;dpdv7V2zuTsLIb8xvdFZj9h5H7ul3XV4Xbua6s2jhsdktvYyV8wtXUrkYwMd4mpZEkYexld/d/5d&#10;5K2bf+ZeZN+fcbS1s5HSERNbAyihjDOs8jFXb9PSNB766wQOhXdeyOxcpbVvXMG/7019a21q7pEI&#10;zbgyChQM6zOxDH9PSNJ766gR173tqe8RusYeve/e/de697An5F/JjpD4m9cS9t/IHfMXX3X0Oaxe&#10;3Wz0mA3TuZmzWaM4xtBDh9m4PcOdqJagUsjEx0rJGkbM5VQT7PuXOWN85t3IbRy9Ym43Aoz6NaJ2&#10;rTUS0jIgpUcWyTQVPR1sPL28cz342vY7Mz3xQtp1InatKnVIyqKVHE5rQde96jH8+H+Zn8b/AJh9&#10;ZdDdSfF7s6o7I2/h987m7C7In/ub2DsumxmWxOBp9u7Ep/Dv7am1qjKy1NLujNuzU6yxwCNdZ1SL&#10;bL72E9seZeTdz3/d+adrFtcPAkMI8SKQsrMXlNYpHC0KRcaE1NOHWUPst7eb/wAqbjvW6cx7cLed&#10;4UiiHiRSEqzF5D+m7gUKR8aE1xw697sE/lp/zR/5YvxN+EPQPSO7PkfDg99bf2pUZvsPGRdPd+ZV&#10;6Hfe9Mzk94bmxtTlsR1VXYrKzYTIZtqAT009RTNHSqIZZIgjGPfcz2s90ObeeeYN8tOWzJYSTBYW&#10;+otFrFGqxowVpwyhguujANVjqANR0B/cH249xOZ+cN83i12AvZSShYj49sKxxqI0IVpgV1BdVCAa&#10;sagGo6972RKnOYihwc+5clkKbE4CjxUucr8rmpP4NR4zEU9G1fVZDLS5QUn8KpqKiRpJ2qfF4FVj&#10;Jp0m2NawTPOttHGXuC+kKvcWYmgC6a6iTgUrXyr1AKwyvMtvGhactpCr3EsTQBaV1EnApWvl173r&#10;0/KL/hR98XOnN2zbN6J683L8m58VXmjzu7sfuWm63670xSvDVDau4cht7dWa3ZNTSRNaVMVTY2oU&#10;q9PWTI2oZEcrfdt5q3mzW937cYtrV1qkZQzTeo8RA8axg+niM4yGRSKdTpy57Bcybtai73q/j25W&#10;WqoUMsvy1qGRUr6ay4yGQHHXvd+3Wm+cd2f1zsDsrEUtXQ4nsPZO1d84uir/ABCupMdu3BUGfoqW&#10;tELyQirp6bIKkmhmXWDYkc+8f9zsZNr3LcNsmcNNbTyRMRwJjYoSK5oSMdQluFnJt1/fbfKwMsEz&#10;xkjgSjFSR8iRjr3siPz1/mlfHP8Al3ZTrbB90YHtPdmZ7QoNy5XD4vqrCbPzlZiMZtmow9HLX7ij&#10;3ZvvZC0dNlqrLmOiMBqTK1HUBxHoXWPeQPavmT3Gi3OfZLi0hhtWRWadpFDM4Y0Tw4palQtWrppq&#10;Wla4GfJXtvv3Pce4TbRNbRRWzIrGZpFDFwxouiOSpULVq0pqWla497PD1L2Lj+3+reuu18Rg9x7a&#10;xHZeydsb8w+B3hS42h3TisRuzD0edxdJuGhw+WzmNocvHQV0fngiq5xDIShbUCABd322TZ913LaZ&#10;p45ZrWd4meMsY2aNirFCyqxWoNCVFRmnQO3Swk2rcr/bJZo5JbeZ42ZCSjMjFSVLKpK1BoSoqM06&#10;97I583P5rHxF+CXkwHZu7a7d/a0lJHV0XTfW1PSbg3ukNREJKSs3G9TXY/b+zMdMJI3U5Osp6qog&#10;cyUtPUhWAHXI/tPzfz7S42uzWHaQaG4mJSKo4hKAvIRkdilQcOy1HQy5P9tOaOdKT7darFtlaGeU&#10;lY8cQlAWkPEdilQcMy1697Db+X9/Nj2R82+t/kd3BurrUfHTrT485HGfxLd+7uw8fuTF5TbmQxue&#10;y9RmcpNHtnbUe2q7D4/DxvVUitXx6quNYqiVrj2Z+4PtJfcj7ny3s9puf7y3PcVbTHHCUZXDIoVR&#10;rfWGLHS3Ye0kqOjDnj2yvOT9w2DarbcPr9wv1NESIoQ4KqFHe+sMWNG7T2mqjr3ukbvf+ed83/k3&#10;8jsd1n/LT2NlodmYTPpHhKKj6vx/Y2/u3MfS10VNVZneVDnMRl6br/YVbqQ2phjq2gpnM1VkoWbx&#10;004bD7E8jcr8tybn7mX6G9ePuJnMMVuSKhYyrKZZR/S1q7dqRGlWmDZfZrk7l3YJNx9wb1TduncT&#10;MYooCRULGVZTLKPnqVjhYzxb3tef8KYu7szLtH4hfH/LJSY/cOQpM93d2JhKCtNTQ47M0+Mo9lbZ&#10;SibWxqqSKuyO5YY5nFykY0k6nsg+7HscIvOcOYYSWt1KW0LEUJUsZXr6GiwkgeufLpF93rZ4Rdc0&#10;75ES0ClbeJiKEqSZHr6GghJHz+zr3u4bp3uro3+Wj8AviZsXt7OV0u836h2bT7e6p2HhG3V2t2Pv&#10;7cWLj3VurD7B2HifFkMy0e5s3Uo9ZN9tRxlkapqI3kGqG952Tffc33A5uv8AZ4FFl9ZIXnlbw4IY&#10;kbw42llbC9iqdIqxzpUgdRVuu0bz7hc78z3u1wr9J9VIWmkbRDFEp0I0kjYXsUdoqxzpUgde9kgl&#10;/wCFEu2dl/Iag6c7++F/dHx42tVV+Cpchuns3NzYTsTa2P3BDQPR7i3V03mNh4Wpx+Aj+7ed5YM3&#10;VyvQxiaKOVn8Kjkfdzur3l2TeeX+dbLcboKxCQLqhcpWqR3CysC+KUMSjUdJIAr0MB7D3F3sT7ts&#10;nNtpf3IViEhXVE5WtUSdZGBbFKGNRqNCQBXr3vZAhmhqYYqinliqKeoijmgnhkSWGaGVA8UsUqFk&#10;kikRgVYEgg3HvG1lZWKsCGBoQeIPUBEFSVYUYcR1723Z3PYPa+Fyu5NzZnFbd27gqCqyubz2dyNH&#10;iMLh8XQwvUVuSyuUyE1PQ4+go6eNnlmmkSONFLMQBf25Bbz3U8VtawvJcyMFVFBZmY4CqoBJJOAA&#10;KnpyGCa5mit7eFpJ3YKqqCzMTgBQKkkngAKnr3uhTvX+fbtHaeG3XvP4z/EPv75RdS7Dyv8ACd29&#10;+02L3D1v0TRTRSSQVclHv87C32+iGqkpo0/iNFjBOZiUOgRNNPuw+wN5dzWllzPzht+1bvcJqjtC&#10;yTXR8xWLxYvKpOhnpTOa6Zr2X2Uurqa2tOYeabHbd0mXUlsSstyfMVi8SPyqe1npTOa097NJ/LR/&#10;mxdUfzHYN6bfxOxs11J2xsDHUOez3X+Xz1Huugr9s5Cr/hy5/a26aTG4GbL0mNyTRU9clRjaGSnk&#10;qqfSJVkJQK+5vtLu3ts1lcTX6Xm03DFElVTGQ4FdDxln0llqVo7AhWrSmQ37he2W58gm0nlvEuts&#10;nYqsqqUIcCul0JbSSKlaOwIDcKZ97Y/n7/OY+L3wWqKzY6SS94960zPFU9S7EzdBSJtaf7dqiFey&#10;d5SU2VoNltP6AKRKXIZdVlSU0QhYS+3/AG/9l+aee1S+IFjsJ4XEqk+IK0Pgx1UyUz3FkjwRr1Cn&#10;T3JHtNzHzmqXhH0eynhPIpOsVp+lHVTJT+KqpgjXXHXvZqPgb83etPnx0Fhe7OvqZ9vZFKyfb3YP&#10;X1bkosrmOvd50UUM9ZgqyvipMeuVoKmkqYqqgr1p4FrKOZGMUMwmgiCvP3I+58gcwT7HuLeJHpDw&#10;zBdKzRmoDgVOkggq6VOlgRUijENc68n7hyTvc2z3zeJHTVFKBRZYzgMBU6SCCrLU6WByRRj72svm&#10;b8nMH8NvjL2t8lNw7Yym9Mb1li8LUrtXD1kGOrc5lNy7qwOy8DQHJ1FPVxYuhkzu46Y1VV4Khqal&#10;EkqwysgjZFyXyvPznzPtPLNtdJBLdOw8RgSFVI3kc6QRqOlDpWo1NQVFahJyly7NzZzDtnL8FwsM&#10;lwzDWwqFCI0jGgIqdKGgqKmgqK1HvYR/y5fnvtP+Yh0JWdz7d2Tket8rt/e2V2BvDZGRzkG5v4Nn&#10;sbi8JnYpcbuGHFYH+NYivw+4aZ453oaRxMJYjH+3qY39yOQLv2639Nlub5bmKSBZY5QpTUjMydyF&#10;n0sGRgRqbFDXNAac+8k3XIm9ptE94txG8KypIF0alLMuV1NpYMpqNTYoa5697P17j/oE9e9+9+69&#10;173Sn8if55P8v7aHWnd+I66+QrZzuvbmzOxMRsjbND1d3TSjIdnYzD5eg27i4dy5Drem2rBTvuiG&#10;FDWvW/ZiO8gkZLEzdy57F+4V5uexzbly74eySTwtK5ntjSBmUuxQTGQnRXt06q4oD1Luw+znPF1u&#10;Gzy3+xaNokmiaRzNbmkJZSx0CUvXRXt06q4pXr3vW1/kV/Jj4jfErvfuHur5T9pRdd5B+tKLYnXA&#10;n2T2RvaXLT7p3HT5nd+RgGwdnbsGMqMVS7TooDJVtTPLHkXWHyDzaMlfffljm/m7Ydm2TlTajcx/&#10;VGWaksMWkRoVjB8WSPUGMjGi1oUBNO2uQHvNy9zRzRsu1bRy3tpnT6gyS/qRR6dCFUB8SRKhi7Gi&#10;1oUFaYr73uy/GP5dfHr5kbNznYPxv39L2Ls7be5ptm5nNnZ2/Nnw0u5afFYvN1GKjpt+7X2tXVks&#10;GLzVLM7wRSxKJ1BbVcDCHmjlDmLky9g27mXbxbXksQkVfEikJQsyhqxO4FWVhQkHBx1iFzFytvvK&#10;d3DY7/Yi3u5I/EVfEjkqhYqGrG7gZVhkg44de9kv+c384/4j/BzLVOw8/lct213JS6Fr+resXxdf&#10;XbXeRIZol37uCurafDbSmmpZhIlIWqcmUZHNIIZFlI15F9meb+eoVv7eJLTZjwnn1APxH6SAFpAC&#10;Kau1K1GuoI6FvJvtRzRzjEt7BGtrtJ4TTVAf/mmoBZ841YTiNVQR1737+Vv/ADR6P+ZXi+5KlOjc&#10;t0vkOn6/ZUFTHJvmLsLB5+j3vT7lkoXo84Nn7ImpMtj5tq1AqaRqORVhlgkWZjIyR+91Pax/bOXZ&#10;VO+pex3iykfpeCyGIpWq+JKCpEg0tqGQw0igJ97j+3D+30m0qd5W7S6WQj9PwmUxlK1XxJKqdYo2&#10;oZDCmKn3sxXzI/mD/Fv4Kbcpcv33v37LcOYo5a3anWe1qRdxdl7vgiklhafD7cjqKWGhxpmp5Yxk&#10;cpU47F+aMxGpEulCHOTPbzmrny5eHYNv1WyNSSeQ6IYzxoz0JLUIOhFd6GummeiHlPkbmTnO4aLZ&#10;LKsCGjzOdMSfJnoanIOhAz0NdNM9e910fBj+ettP5wfLDEfGvb/xu3RsPDbmwG6sxt3sLKdiY3O5&#10;A1G1dvPuKppdxbKoto0NLhKOrgoqqGOpgzdewnFODFadzBI/PfsPd8jcpTczXHMsVxNFJGrwrCyi&#10;kj6AUkMhLEEqSDEmNWe0ah7zl7M3XJ3LMvME+/xzSxuitEIioo7aQVkLksQSCQY1xqzgavezT/O3&#10;+bn8UfgbXf3M3tlcv2N3DJSU1aOpeuFx+QzuHpKwRS0lXvTLV1ZS4XZ8VVSSieGColfITwMksdK8&#10;LrJ7CvIftDzZz9H9bYxJbbMCR9RNUKxHERqAWkocEgaAagsCKdBrkv2u5m51T6uzjS32qpHjy1Cs&#10;RxEagFnocEgaQagsCKde9l1/ly/zxutfnn3NUdC53pvKdGdg5TEZfNdfxSb9g7Fwm9Ytu0MmWzuK&#10;/iMeztk1eF3BSYWnqK6OBqWop5aWknP3CSKkcgj9yPYvc+QdlXf7feVv9uV1WX9IwtFrOlWp4koZ&#10;CxCk6gQzL2kEkH3Pvs5uHJW0rvcG7Le2Kuqy/pmJo9R0q1PEkDKWIUmoIZl7SCSPe70fcEdQ1173&#10;UH8rv5wnU3RHbeQ+N/RvUPa3zL+SeIhybZ3rDozFVWWo9r12LoWqajDbk3BisVubJjM0s8kKVsGL&#10;xGV/hi+YVhhqIRTSzDyn7Obvv20R8y77vFpsvLTldE90wUuGNAyIzIukiukvJHr7dGpTqEp8s+1e&#10;571tce/7zutttPL7kaZrhgpcE0DIrFBpOdJd0140VU6h72Sbp7/hSF1jl+24+q/k78YN+fGEncFD&#10;tjJbgq96nfK7MydRPNS183Ym3Mt1/wBZ7i2zjsRP4fuGggyFSkbyM0C+ICQcbz92zdIdoO68r802&#10;+6fplwgi8LxFABAhdZZkcsK0qUBNBqzgX7r7A7jFtZ3Ll3mODcf0y4UR+H4gAqPCZZZlctmlSorQ&#10;Vzj3vZUVldVdGV0dQyspDKysLqysLgqQeD7xnIpg8esfeGDx69779669173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9u+EylTh8hDWUzkFSFliJISohJGuGS1+HA4NjpNi&#10;OR7cjco1R0u268lsblJ4j55Hkw8wf9WOPUHJY6ly1FUUFYmuCoQoSAuuNrHRLEWVlWWNuVJBF/qC&#10;Lj2aGip8BurHU81TRU1dTTJqj8saPJG9rSKrfqikRiQ2kgj21cF1NVao6n7b02PmCzhE9lG8bAeQ&#10;Jr+KleBqc6adVed1bz7Y6SztdHt3dVXg5IP3o/2o63FVtHOHhhyMuOrafI4uSWaCFVVpIXKSXW8Z&#10;U2fsPh8bgYmpsbRLRQs4lZUDXkY2Gt2dndyAALkngW9pJGMgGQejDa7G32UvBa2ZijqG+EitSMnJ&#10;JNKA5+XVane3efavcM9EN6Z+m3PFQpUQ47GPQYvE/wAJhnRHkZ6PGRUsIq8gYUfUULyBYyrWQArO&#10;CVZIQUJMgBC3W5sDyB+WX/Y+yuRCrnV8PUqbdfRXNgrwsTcAUFVzjiB5kfnwp0UV6qaM5CDKRRyY&#10;qkmjq8gJGEEmPq5IVCVdJUspSGvip4lNysit4wJIiike4UNVNpkQxAPFNLHIUBWMG5sQhLEcEE3P&#10;t94Uqja8FQR69B+03q7k+rhFl+rFcOjlRRa8a6TU8CCST1y7H25g6ncFHncbkKhcXuTGYjIYencJ&#10;JkaxVgpYq2GrengpaZPHUxSwxMsPle6sbAlREkWRiw9JMhuW5LEH6WPJAHt9Sopxx0FtxS7keWMB&#10;GMpy3xEjyA8wBg9BVLuCPE18ShX8NJNGlDBHJRS0oeIWkhaR2Rj9zE2kpDpZGdXa7WHtlq1NMCW5&#10;N7BRYNwDb0/W1/rb8e10J8Xh1FXMNq+1EG4IYaiumoBNAcaeJANKkV+0dH++LFXP3dnJ8Hh6OfEz&#10;YyliylbuCoxtXW4ymnORxArXObjqUp6Gu/hbzx0azFQ8wBCyMpVsK3ZELxg3P0BsACf9twD7cNAz&#10;BW6DZDUjuJ41aRs/YPSny9OjEZKSios9u/aext9ZXbmLwhp4KgzUJrqqvzMNLNTz1/3NTUU9Zqr6&#10;ym0rURwlESMlL2YvxaJWuukKDaw5/wAbi3Nj72HIzXPSFgIldSgYHgOH8jWh/wAvQt4HcFbPU0OV&#10;TM5I12Jpqxs5WTVVHWyAS+IUYTJUyUX3uPicTQmMsDKqWZS1vYSbt3tTY2SfE48Goq4naKpm/RFC&#10;eNUSsPU8gPDWsB9L3uBd3ZxRTSvH/V/l6SB47KU6xrnXAHAD7acT8vL8qdWSdUbTmzVDiN7Z2kpI&#10;KbJ0FBl8Ti4qg10chnj81FkqgungVftTFNCFvIzuXkIcEMHGPx+X3PUEoQkIcLLUOGEEZPOhFUfu&#10;SW5Cj/YkDn3qK3L1CDA4npJc3c0gMszHRWmOHyH+rgOh6qqyno0LzOAdDusYK+R0TSHZVZl9KFwC&#10;SQASB9SLr+o68STEmloJ1jrVkWUzVKgfeWDDxu6BmhS7XUAMAQL3PPtTKkaRBIxVq1J/yfIf6vn0&#10;1bRyzM7vJpjYYHAfL5nP+wMdBXmu3cRgK6COspKqqoWZ466pxcclfJinjOmSSrgijuKeA2MjEqVW&#10;7AG1iHVdtLO0DaZcfNJzbXTL9yn1tyYdZW5/1QHtKUcAEoaft/wdOPGFYqGBNfL/AGQOhFxm4cLm&#10;KeOqx2RgnhlUPGW108joyllcQ1KQz6GUEg6bGx/p7aK/Hy45lhqWRakgM0CMJDEhF18rqSgdvwoJ&#10;Nvr+PfirLTUKH06aZFUfFU/y/b08KwYalNwb2PPNiRxf8cf7H23+69N9d+/e/de69797917r3v3v&#10;3Xuve/e/de697//R2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3XvbzQrGbXtf&#10;j2y9ejSzCefHr3tf4Otq6H00pjMTsGaORSUJFgSCpVluB+D79FcyQ1AyD5dL5bCK706q1HAg9QK/&#10;G02Ri8c4YEBhHLGQJIyRbUpZWQkf0YEf4exJocm9QulwkLkX0m7oQATdSbEFf6H6/wBfZhDLHMMq&#10;Q/28ei99suopFjSRWt2OajgB+3PpTj59AzvDZ+MxifxlKPIZGpp1lSCaglSnrQ9ZJBFNT1BXQjUt&#10;QLanP+aUEqoaxLmlyCQvkJJYgkLx9RYHXfj/ABF/8Pb7eQJp0ktKa5GgUEVOCfL+dSfyrnh0H267&#10;RxY6ny+QmxbeGnpoqyjoqiqBqJGSJx54PtFo0illJCNDN4zZv3ALe+o54EfiFUYi2oRAajwSCy3B&#10;5H9fdTCTVgRXowa8ZuxqlKYBr/npxH8uk/ktk7jyFBCBuTI1a09XJUPTybhlkjpoZBLFEyUtbDFN&#10;DG1LPZQIQxZ72Fx7kvVoAFDi9rCzC1+PSQWNiSf9Ye6CFuOnrTzRhGpINdOH2fn5nz6Q+H62zDVs&#10;VTUYqoFLT1NRKZa6kE1QVqBOPukkgxtM4Sio41VYg7TSuVW9jq9+88ZF+AbC9jbg/ngj8j6+/eG1&#10;aeXTkciBRKCASKGn+r/B1iqtl5r7tcQ81XX00VW9Tj5K1DUSI+iYTRVE1RBU641paoxCCVzoYjTy&#10;EHuLUVLRIZSNDIwWOWNtLAgg3a7WYA/g+3oog7aK1BGQenZLvwEWWui4U1VlbSykedf8HSm2v1xQ&#10;ZnIVGG+7ny+28zRCr3JtXcuMhyeHroJo5qcR0qGjjnoahlVCJVkDllBZLhrqfF59ahFpa4rHOqro&#10;b6LKLcW/tFv6g88/7H2UXe2mJjNbgmPz+XUtcr8/C9t123f3VLhR2yYo48g3nqPqfir5HPVN3zC/&#10;l013XGare1ekaTPbp2TX5TI1+ew9P5MlmtoytO8tZFOikpNgo42kKVHqSARWl/UhZwncfe04EgQJ&#10;DJI4FiLWW3Av9Qx9p4wfAkOmtWA6F1xWTmHbEjuVTw7aWRgKEaToA4VpxNT0lekdg5ev6j3zUDBy&#10;1WWyWfwdFhsnNHOZMZTGDJtkIYaiogEmjzY+Fn0SarEWW3PuG1cGkKW9KvcygEk/QWSwKk8/63t4&#10;W5ChvMjh/n6I7jfQ128BjYxK9fEAJr6haAiv7QPT0X79CZTDY9M5kJocpWZTHPRUWzppaWjjiqoY&#10;6ioWqyk0lfDkaeil+3ZlKKZpChBKqOeGTzVLhKGaur61aalRR6Sul5HKnTHGpAeWR7cBbk/63tkR&#10;K7AaMjzr0uud7uNqtprm63Mx2BA7dGkkn0qAzH5CvSG6z6k7U7w7BxGw9q7YZ3E1QmT3LLVit2/t&#10;vEwzmnqq2oq6anmoMdR0RibTGdMs0jJHCkkrCIlL3PuSp3HkpquS8dPqKUtOT/mYATpDWJUyv9XI&#10;+p/wA9rq4AHAdY+bzusm63s9yQRGWNB8vn8z5/P5AdbMPV3XWH6r2Rg9lYaSSphxVLGtXkZkWOpy&#10;2RZEFZkqhFZxG1Q62RNTeKJVQMQoPtM+9dFHQg+/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69719v+FA3w47r+SPTfR3a3QO1t0b5398d947qqZ9qbFps&#10;nkN8Tbb7BptrGsz21MRh1kyuYyu38/sbGN4KNJKxYpnmiFon95C/d75z2Tlret92nmC6ig2/cYYw&#10;JJSoi1xF6JIzdqq6SvliFqADxHU5ex3Ne0cv7tvO2b5cxw2V/Eg1yECPXEXors3aqssj5ai1AB4j&#10;r3uzP+Xbuz5Lb3+HHSm4vl1tjJbT75qsBW0+7cfnsYcDuatosfmsjQbXz27dvMkUm3t17g2xTUlX&#10;kaN44JIqqVy8FM7NTxRj7jWnLNjznvdtyfdLNsAkBjKNrQEqC6Rv+ONHLKjAkFQKMw7jHnPlry9Z&#10;817vBytcLLsocFCp1ICVBdUb8SK5ZVapBUCjMO4+9nVZlRWd2VERSzMxCqqqLszMbAKAOT7BIFcD&#10;j0EOOBx6970GPhxRSfzAf54sfZ0xhyW02+QO+PkFJNIrVFPDsTqrJ1Wb63pJEOgVULy4nAY4lgEZ&#10;ZdTKVuhz+5yce3vsYdrFVu/3fFaU4HxZ1CzH5Hulf1xg+fWbXNbjkf2cO3Cq3X0Mdt6EyTALKfl8&#10;Ur/l+fXve/R7wA6wl697K383e4H6C+IPyS7gpqpaPKbG6b33lNuTtJJCBu6fBVeN2dF5YgZIjUbp&#10;rqOMMvIL3HsVcj7MOYOcOWtmZNUU97Erj/hYYNJ+yMMehJyftQ3vmnl/amWsU13GHH9AMDJ+xAx6&#10;970tP5GeY71ou0u7tt/FrZ+NyHf3ZGyNubGxva27caazrn4+dY1GdnzPYfZm7VIIzuY/iWJwlPgM&#10;CiyLlsgGeo0wUrRz5r++sOwvtWx3PNV4y8v207ytBG1JrucKFhhj/hXS0pllx4aUC9zArlv7yRbM&#10;+27PccyXTLsdvM8hhQ0luZgoWKFP4Vo0hlkxoXC9zVX3u/b5V/AT4e/D/wCCPy17t7N2fQ/I/vvK&#10;dS7vk3F8hfkFBQ767E3F23vfHwbQ2tuDBTZ9a6h2I1HvPL0Rx0WIWGspKeNIvuZpFMz4/wDKfuBz&#10;jzjz7yjse13jbbsCXkei0tCYoUt4iZHRtFDLWNW1mSqsSTpUYEJctc781c1c6csbPt10237It0mm&#10;1tiY4lgjOt1bTQyVjVtReqsSTpAwPe66P+EwPSVTV79+S3yNrKdUosDtLb3S236liSaqt3Tl6Xe+&#10;7Y4lB0ocbTbSw2pmGoisAU21+5H+9Hvipt/LPLaN3yTPcuPQIpij/wB6Mkn+858uh794veFWy5e2&#10;BG73la4YegRTGn7S8n+8/Z173uGySRwxyTTSJFFEjSSyyMqRxxopZ5JHYhURFBJJIAA94cAFiFUV&#10;J6xVAJIAFSeve9e7ePeXb383/u3sH41/FHs/cfSPwe6cqHwvyE+SWzSIN6d17gqXmhg646pyF1+x&#10;2zkEpZWlqw4jqqAPPUiWmmpaGuyHs9i2f2e2Pb+ZubNrivueb0arSzkzHbIKEzTjzcVFFpVXoq0Z&#10;XkjnO02bavazZ7HmDmbbo7znG7Gq1tJP7O3UcZZh5uKii0qGoq0YM6e94vkv/J1/lafFz4g94drZ&#10;jpLP7gzHVvUe9s/jN47i7i7bj3Dld2Q4eti2fHNRYDeOC2Ua+u3RU0dLCgxKUjO6+WJl133yz7ye&#10;6vNXOGx7TDvkccN3eRI0aW9voWPUPEoXjeSgQMx/ULUBoQadb5e91vcjmPmnZ9si3hEiubqNTGkE&#10;GlU1DxMtG0lAgZj3lsGh4de915f8Jjvj4ub7O7/+TmXoVal2HtnD9S7MqZbMj5/etT/eHd1TSqsl&#10;4qvDYHb9BAzOtmiy7BCfXaRfvP8AMPgbXy/yvDJ33ErXEg/oRjRGD8md3P2x58uh194jffB27Y+X&#10;Yn7p5GnkH9GMaUB+TMzH7Uz5de97CndfwRl+Tnyk292X8iOw5ew/jD1ntzAV/WXxSkx32uxa7t5Z&#10;8tHnt9dr0+pqXf8AQ42i+1bF0dUJIjLNLFIkdNHNHksd9k59HK/KtxtnLm3C25oupXE9/Wsot6Lo&#10;igPGIsdWtloaAEEsVMUGbRzoOXeW59v2Gx8DmK4kYTXtayCCi6Y4TxiJOrWwoaAEEsQY/e9N35f9&#10;vbP3h/Ok3rv+o2dlN2bP68+TGyto4rrrrjF082X32/x//u11/g9ibYo8erpJUb/z+wosfDJGJGjW&#10;uDxoQiR+8zOTtnvbP2UsdvW9SG8udslkaaZiFi+r1ytK5PlEkpcg0rpoTknrK7lXarq19o7OxW7W&#10;K6n26RzLKx0x/U65WkcnyiWQsQaV05OSeve9qjq3+XXnfkpvTG/KX+Z0uN7c7QmRqzrb4urVS13x&#10;2+OG369Y5odsHbIqJcV2dvfxHTmclkRU0FVOAgiqBTU1QuKW6+40HLNlLyr7X6rPaxia+pS8vHGC&#10;+umqCL/faJpZRmq6mU417lz5Dy/aSct+3eq124YlvKUurph+PXSsMf8AvtEowGarqZeve9XfafUH&#10;X/yW/nlDrTpTZ23dmdR4/wCWVdU023tiYil25tOg6/6IyEmW3bWYGgw0MGOwNBuah2DVy0phSKJZ&#10;8hGERSyp7ymu943Dln2K/ee93sk+8NtABeVi8hluhpjDlqlyhlUNUk0Q1Jyesjbrdb7l72b/AHhu&#10;93JNujbYAWkYu5luRpQMWqWKGVQ1amimp8+ve/oKe+enWDnXvekb/wAKSOycp2b80+k+gttLUZqX&#10;rjqvFrTYakDyVR7C7g3RUzVGMpqbUUeoyG3cDt4oRZnaUKeFU+84fu1bZFtfJO+cwXRCC5u2qx4e&#10;DboAGJ9A7zfZT59ZgewG3x7dyjvG93FEFxcmrHh4UCChJ9AzS/s6972IvhF8DKzY2N6s7p+U9Jhd&#10;4d+bF692tsbp/YamDM9c/ETrnb+AxuFwnX/V1NKstBVdhHG46L+827kX7rJV2uGldKKNWqMdOeOf&#10;kvpN12TlR3h5fnuHluJcrNuEzuzNLOeIh1E+DbntRaFwXNFgjnDnVLyTcto5aZ4tkmneSeT4Zb6V&#10;mLNLMeIiqT4UHBFoWBc9vvdOv/CiLsLbvyJ7Z+Kvws6Rx8PaPyGxO69yZHLYTa4psrldsVW+aXAY&#10;jb+zKupp5JFxmSzi458nkaedofsaGjpaqo0wyI4mX7um3XPLm0c187b5IbXl14UCs9VVxEXZ5AD8&#10;SrUIhFdTM6LUgjqVvYiwn2HbOZebt4kNtsTRIFZ6gOIyzNIAeIWuhSK6mZlWpBHXveyr8S+lZvjn&#10;8ZOiOi6uuiymR6t6u2fs/MZKAsaavzuLw9NHnqyj1hXFDUZlp3gDAFYioPI94zc3b2OZOZ9+35Iy&#10;sd1dSSKDxCMx0A/MLSvzr1j7zPu43/mLet5VNMdzcu6g8QpY6QfmFpX59e90Kf8ACnfdu9sV8dvj&#10;ptHEVeRpdi7u7X3JV70Skkmhosjlts7Zpp9nY3KtEypU0/8AuTyNVHBJqjaekSXTrhRln77r1pYy&#10;8x8x3kyKb+G0QR1oSFdyJGX0PaikjNGI4Mepr+7ta2cu/b9dSqpvYrVBHXiFdyJCPQ4VSRmjEcCe&#10;ve7cv5bG7+nO5P5e/wAal68oNtV+w06Q2r1zuvaKUdBV46g3NgNtUu2eydq7kxUkTRVNTUZ+Ksar&#10;+7i1ZKKpFU4dKkO8Qe5dnvOze4fM37xklW/+ukmjkqQSjuXhkRvIBNOnSewrpFCtBF/uBa7ttPPX&#10;MH17yLe/WPKj1IJRnLxOh8gF06dJ7CNIoVoPe0r8Sf5UfxJ+FXdfYPe3SeK3tT7s35i8lgKTFbm3&#10;NTZra/X+3MxlaHMZPAbDoIcNj8jS0NXV4umHkydXlKyOGERRzIjyK6vm73Z5u522Tbth3yWA2lu6&#10;uWRCryuqlVeU6iCQGbCKikmpUkCijmj3M5o5u2ix2XeJYTawMGLIhV5XVSoaQ6iCQCcIqKSakEgU&#10;97Lv/Mp+Z/ZdR251X/LZ+Hef/hPyj+RFZR0u+exaOCWtboLqbIUlZWZvc0RpJY5qPd0u2qOqySSI&#10;fuMfiaV54glTVUE6CP2z5K2xdo3X3L5yt9fKu3KTFCSB9XcAgKmcGPWVQg4eRgpqqyKT72+5S29d&#10;r3L3A5rg1cuWAJjiJp9TMCAqZ4prISnBnIU1VXU+9n3+J/we+Ofw12XjtsdPbBxFPuIUirurtTN0&#10;NFle1ewMtL5Jclmt372npzma6WvrKiaVaRJI6Ck8zJTQRRnT7AHNvPXMnOd7JdbzuDm2r+nApKwR&#10;L+FY4gdIoABqILtQFmJz0CeZucd/5su5Ljdb5jBXshUlYYl8lSMHSKAAaiCzUBZic9e96fnzWoaP&#10;54fz4ounoaeKv2jB3V1r0fmIYF8sr7S6ro8ce3zO1PfyVFLNi9wkX0+ONERyuhmGYnJMj8hewh3k&#10;sVvDYzXSk/78nJ+npXyIaH7SSRx6yo5RduS/ZY7qW03Rs5bha/xzE+Bx8jWL7SSRx69727fml8Qq&#10;r5mbH2n1LlO7N/8AU/Ua7j+/7f2h1zTYyjyXcW04qMpR7Fr90VOqt21hUyCrLOsUNVBVxXjlgLCG&#10;WHEDkrnBOS7673eLY7e73fw6W8kxYrbyVzKEGHamBUqVOQ3EHFzlHmleU7y53SPZ4LrdPDpA8pJE&#10;D1zIEGHamBUgqcg8Qfe9Pb+ej1f8dunPkB8f/iL8Vel9mbHk6160p59yT7QwER3rvLd/aGZpINvY&#10;Pee66mKfdm/cvjcFtuiqaSbI1la8bZuVY2VnlU5jexO6cx7zy9zDzhzXvU04ubohBI/6cccCku0c&#10;YpHErM7KwRVr4QqDQdZU+zW479uux75zTzLu80wuLg6A7fpxpCp1NGg7I1LOwYIq18MV4Dr3u87+&#10;Z7sbsv4k/wAlHA9JdQRZwf3P2j051N2vm9s+V6mk2S1JHD2TnK6poo2enw27N0QJR5F0McT02Wkj&#10;ciF2UwT7XX22c3e91xvm8FP1pri4gV+Blr+ioB4tGhLIDU1jBGQD1Dft1ebfzR7vTbxupT9WWeeF&#10;X4GSv6SgHiyIdS8TVARkDr3sfqD5GdQfAH+UT118g9kdUYrrim/0D9a5bZvVz4l8HUZ/t3sTbOIG&#10;Np9xNGn8UytTkdwVsmQyeQnd6yqoIZqhnLkew/Jy3vHuD7v7ly9fbs9y318yyT6tQS3hdtRT8KgI&#10;AiIAFVyq0p0RvsO687+6V/sd5ubXDfWyrJNq1BYInapXyUBQFRR2hiFpTr3ulb+Q70lvL5mfMXuP&#10;+YB8icrXdgZfrHIxTYbM7iRKlM33NvalrBBkaOG32FJQ9abPpiKOiihigxz1+OakEa0qKs2+/e+W&#10;XJfJuze33LkS28N0tGVMabaIioPmTNIe5iSXCSa66zWXfeneLTlPlTaeR9hiWCK4XuVcaYIyMHzJ&#10;mkPcxJL6ZNVdR6973NfeFvWJnXvet30x1PtnLf8ACi35Jbz67pYYMP1v0PQbn7MmoljGLh7N35sz&#10;YG3paCLwaI1yWaos02Qqv1lqyGrMhEtwMlN63a6h+7jy1Zbi5M1zflIQfi8CKSV6mv4VK6F/olKY&#10;6n7d9zuIvYbl+0v2JluL0pFXj4MckrV+xSukf0SlMde9jl3d8CPjn8b9j/K759fLfJTfNburD7L7&#10;A3XhMt35t3DZbYG3qWOCtHW3W21epWjyux6SmjytTQYyKepgqIopZGlpo6GOSWMkWx8/8ycy33Kf&#10;t/yhENk2R54o2W1dllc1HjTSXHbKTpDuQpBIFGLkA9E2z87b9v8Aecs8k8rxjaNoeaJGW2ZllY48&#10;WV5+2QnSGcgEEgUYuQD173UJ/wAJlOhpdy9/d5fInI0crYrq3r2g692/USrpp33Z2Vk1r66opXtq&#10;lq8TtnaM0Mqg6UjyqlhdkImH7z2/i25f2LlyNx411cGZx5+HCtAD8meQEepjPoepT+8PvQt9k2bY&#10;Y3/VuZzKw89EQoAfkzuCPmnyPXvex33X8EZfk58pNvdl/IjsOXsP4w9Z7cwFf1l8UpMd9rsWu7eW&#10;fLR57fXa9Pqal3/Q42i+1bF0dUJIjLNLFIkdNHNHksbdk59HK/KtxtnLm3C25oupXE9/Wsot6Loi&#10;gPGIsdWtloaAEEsVMUB7RzoOXeW59v2Gx8DmK4kYTXtayCCi6Y4TxiJOrWwoaAEEsQY/e9N35f8A&#10;b2z94fzpN67/AKjZ2U3Zs/rz5MbK2jiuuuuMXTzZffb/AB//ALtdf4PYm2KPHq6SVG/8/sKLHwyR&#10;iRo1rg8aEIkfvMzk7Z72z9lLHb1vUhvLnbJZGmmYhYvq9crSuT5RJKXINK6aE5J6yu5V2q6tfaOz&#10;sVu1iup9ukcyysdMf1OuVpHJ8olkLEGldOTknr3vao6t/l1535Kb0xvyl/mdLje3O0Jkas62+Lq1&#10;Utd8dvjht+vWOaHbB2yKiXFdnb38R05nJZEVNBVTgIIqgU1NULiluvuNByzZS8q+1+qz2sYmvqUv&#10;Lxxgvrpqgi/32iaWUZquplONe5c+Q8v2knLft3qtduGJbylLq6Yfj10rDH/vtEowGarqZeve9Xfa&#10;fUHX/wAlv55Q606U2dt3ZnUeP+WVdU023tiYil25tOg6/wCiMhJlt21mBoMNDBjsDQbmodg1ctKY&#10;UiiWfIRhEUsqe8prveNw5Z9iv3nvd7JPvDbQAXlYvIZboaYw5apcoZVDVJNENScnrI263W+5e9m/&#10;3hu93JNujbYAWkYu5luRpQMWqWKGVQ1amimp8+ve/oKe+enWDnXveu1vbsvJfzifmNvP4l7F3LnM&#10;T/L4+MT0mQ+SO4tp1tZiav5GdhQ5Wso8J1vT7nxsqVNL1/LlcZUNGIGT72DE1lYspkfFy0+Rljtk&#10;Xs3ybZc3X9tG/uHulRZpIAws4SoLTFDgy6WFa10mREIoJQ08We3R+1PKlpzPe26NzzuNRaq4DC1i&#10;0gtKUODLpIrWukuiEUEob3u6yDbfSfxD6R3hlNh9fbM6w6x6r2NuXeuUwWycDh9r41MPs7BZDP5S&#10;qqBQU1PHUV0lJRTSS1VQZJpZXaSV2ZmYwk1zvnOG+WcV/uM11ul3OkStK7OdUjBFAqTQVIAUUAFA&#10;AAB1ELXG8c07xax3t9Nc7jczJGGkZnOqRgoAqTQVIAAoAKACnXvenf8A8J6Otavvb+YP2j8j900c&#10;MsnV+y9675FRTwMtLSdj9x5io27SLCnMUEMu2MnuPxgksNC6QbFlzI+8RuabD7ebVy3auQLqeKKh&#10;OTDbqHP2nWsNft6yr99NwTZeRtt2C2cgXM0cdDxMUChz/wAbEVeve94n3gx1h1173737r3XvYedm&#10;dQ9T904Cm2p3H1h132zteiytPnqPbfZmyttb8wFJnKSlrqClzNNh904zK46DK01Dk6mGOoWMTJFU&#10;SoGCyMCZbZvG77JcNd7NulzaXTIULwyvE5UkEqWRlJUlVJFaEgGmB0v27dNz2idrnadxntbkqVLw&#10;yPGxUkEqWQqSpIBIrSoB8h173oXfzE+q+t+7v5vR+Lvx26x2L1ps9OweoegKTBdUbI21sXC/xerG&#10;G/0gblrMNtPEY7HCsw2a3DkUqq2WKSQUmNVpG8caqmfPtzuu5bH7P/1p5j3Se5vPp7i7LTyvK2ka&#10;vCQNIxNGVEKqCBqcgCpqc1OQ9y3DZ/a3+se/bjNcXfgT3JaaR5G0jV4SBnYmjKq6VBHc+BU5973W&#10;6T+X98EKFaZab4V/E9GpFhFPM3x36jmqkanCiKVqybaMlVLUKUBMju0jN6iSefeEj+4PPsmrVztu&#10;1GrUfWXFM/ISUp8qU6xEbnjnR9Wrm7c88f8AGp6Z+WulPlw697bvlB8Pcf8ALTc3WmP7O7O3jH8f&#10;tnTV2Y338dcAkGH2v3ZuWGrx9TtSTsfc9FUQbhr9nbcanmeTApakyFQ8Msrr4NMjnK3OMnKNrucm&#10;17XCeYZgFivHqz2yUIk8FCCgkeoAlPcgBAHdUOcuc1ScsW+4Sbdt0X78lAWO6bue3ShD+EhGkSPU&#10;Uk+JRUAd2Pe9Q3+djjsT3l/NL6y+LnU+GwuCh2Vs/ob417fwe1sRj6DEYvN773FW7upKLHY3GU9H&#10;R01PQJ2rSxfbx2ihaJl9DawMwPZGSXYvavdOat2neQzzXV67OxLMsSCMksxJJPgManJqOIp1lJ7Q&#10;yS7N7b7jzJuczuZpbm7ZnYlisahCSSSST4JNTk1HHHXve9Dtnb2M2jtvb208JE8GG2xg8Tt7EQSS&#10;GaSHGYWgp8bQRSStZpXjpaZAWPLEX94JXVzLeXNxdzms0sjOx/pMSx/mesNbieS6uJ7mY1mkdmb7&#10;WJJ/meve9G/+aZX13zs/nR7Y+OuEeapwm290dS/GqlkSqMccFFFkF3L2ZlQqRj7R8Jlt25iOVx5J&#10;Hjx6tf8ARGmdPtVGnIfspdcxzgCeWK4vTjiaaIV+epY4yOAq5HqTmN7bonJftJc79MAJpI57s486&#10;aIV+epUQjgKt9pPve6B3TsXsTN9D7466+Pe88V052JVbIm2z1lvKfCxZXE7GroqWGixlRHiTFNGI&#10;aOiiMMLCKX7UlZVjkMYRsK9kv9ug3+x3LmKye924T654w2lpRUlhqxknJyNWRUVr1iVtF7YQ71Z3&#10;++2jXdgJtc0YbS0grUjV8zk5FeFRWvXveuR/OA6K6a+Bv8rqm6Z2bG26Oyu/O6tgU/ZXbW7v9y3a&#10;vbu6MCmY7E3X2Hu3ceQmrsvUk5fAxRR05qZIaGPJCKO5klkkyQ9nd+3rn73Tber0+Ftm32Upht4+&#10;2C3R9MMcMaCijtcknSCxSp4ACfPaved2519x23a7Ph7fY2cpigTthgRtMSRIgoo7WJJoC2ip4AD3&#10;siv8pb4wb3+d/SlH8ZC+f2F8OtpdrV3c3yx3di2kx2d7u7QdcTi+uOjNv5VdSrtra20ttUWbrXGv&#10;7SryTTNGlR/DpWHnu5zRY8hb2/NFI7jnKa0FtYRtlLaDuaa6df43kdo1/iVAASviDoZ+5/MVnyXv&#10;D8xUSfmuW2EFkhytvD3GW4Zf43d2jX+JUoCV8Qde97mfTPRHTfx42ZRdfdIdbbR6x2fQpGqYfaeI&#10;p8ctXLEpUV2YrVV8lnsrKGJlrK6aoq5mJZ5GYk+8Lt637euYr19x3zc5rq8b8UjE0+Sj4UX0VQFH&#10;kB1iZu29btvt299vG4S3F034nYmnyUcFX0VQFHkOve9Hf+bHnN1/LH+cjlOrtgbXXtGv2nuPqfor&#10;ZuyZMimLp9xybeoMfn93bbrcnVOKXCY7++e4c5DU1LERU9Orztb1e85vaWC05S9mYt13C6+ljmin&#10;upJaaimslI3CjLHw0iKrxJoo8usxfbKG15Y9qI9yvrn6ZJY5rmSSlSmolUcAZY+GsZA4k0Ude97g&#10;Hxc+HFH1LnMp3x3Zm8d3T8wuwKFY+wO5avHaMftTFy63g6n6OxdcjTdfdQ7ZSX7enpoBFVZV1NXX&#10;EyyLFDh5zVzm+7wRbBscDWXJtu36VsDmRvOe6Yf21w/EsarH8EeBVsWOY+a33SGPZdnha05VgP6U&#10;AOXP+/rgj+1nfiSahPhTAqfe9Zr+cDS4/wDmRfzOek/i98X0oN87t2Ls6m657I33gRBk8Jt2ql3X&#10;k9w7rOXzVC81LLgOqcNXGWtfyfs5OqqKFVNWPG+Tns60ntr7X75zTzSWgtJ5jNDE9VZx4apHpU51&#10;zsKLjKKsh7MjIX2raTkD273fmPmMtDazSmWKNqhmGgKmlTnVMwouMoFf4cj3vcs23gqPa+3cBtnH&#10;mVqDbuFxWCoWmbXM1HiKGDH0xlfjVKYaddR/J94YXM73VzcXUlPEkdmNOFWJJ/mesT7iZ7mee4kp&#10;rkcsftYkn/D173q6/wA1H5J7r+cHzh6d/lIdL7jq8V15X9hbVp/kjuHAVEiV2ayNDE+8dzbcSRFa&#10;mrsL1bsWhmys9M5eGpz8axzKj45WOU3tTyzacjcjbz7vb3bB9xW3kNmjjCg/po/qGnlIjDYKxElS&#10;RIesjfbbl+25O5O3X3Q3e3DX6wObRWGFB/TR/UNNIQgPERGoJEh697uf+X+8/jr8GvgF2Ticvitt&#10;bV6n2z07n+pdhdcxxUUcO7Mnn9rZPb23th4vGTc5mv3FPUO9c7LK5g+6raklEnkEK8nWXMfPXuDt&#10;k0Mssu7S3qXEs2f01SRXeVm/CEA7eGdCLkqOol5WtN+5y532+WKSSXc5LtZ5Jc9gVwzSE/hCgdvD&#10;OlFyVHXvevd/Ic/l8dvbs6k+S/e+W3h2F8faDvXqSp6Q6T7C2kRit5fa5DcON3HubsnbhnanrI8X&#10;jMrtbH0NJURPAa4SVognheJJxkP79+4ez2m78s7DDZ2+4yWF4Lm5hk7o6hCiQvSo1MruzAg6aJqV&#10;gSvU5+9PPO1W26cvbLFawXz2V0Li4ifujqFKpE/EVKuzMCDpompSCV697u7qf5LvwCl+P24Oi06a&#10;w1Rl9w4qtWp75ztPT7h79XeFXC7jff8ApJr4f4ymSGWYVkmOganws7Xiaj8DNGYOX3r9wBzDb78d&#10;6cQxuKWqkpaeGP8AQvBB06dPaHNZBxD6hXqHl92+dxvkG8ndnEUbClspK22gf6H4Q7aae0MayDjr&#10;rnr3vXR/k/8AYW/v5ef80ffnws7UrvtcL2buLLdI7mj1yQ4ar39tySuy3T++cbBK6yPDuqKd6PH6&#10;hqel3IjOt1GnI73i27b/AHE9rLDnbakrPaxrcp5sInotxEx9Y6an/pQkDqevdSxsuevbiy5u21Kz&#10;W8a3CfxCJ6LPGT/Q+JvnEade97YH8w/r/Edn/Bb5a7Nzciw0dX0H2XmYahlV0pMvtHbNfu/AVsiO&#10;VDx0WdwVNKwupKobMpsRiX7dbhNtfPfKN7AKuNwhUj1WRxG4/NGYfn1jNyJfS7dznyxdwiri+iWn&#10;qruEYfmrEde91k/8Ju9gVO0/5f8Am911Sm/aHfm/90Y9yhQHEYTBbN2FGisQPKEzG0q46gSLsV+q&#10;n3KH3lNwW79wYLRP+Iu3xIf9MzSS/wDHZF6kP3+vlueeIbZf+I1jEh/0zNJJ/wAddeve7/8A3j51&#10;CHXvfvfuvde96t3/AAoH6o+JXxz+IO0cT1V8Z/jx112b2725hcNRbp2L0r1ptDdlBtTa2NyW6d01&#10;WO3HgdsUOZo/Pk4MVRzrDNGZoK10clCyPlR93vdubuZOcLybduZ9xudrs7NmKS3M0kZkkZUjBR3K&#10;mimRhUGhUEZoRkf7HbnzPv8AzTdS7nzDf3G3WtqzFJLiV0LuQiAozlTQF2FQaFQRnI97FP8AkafA&#10;D495z4F7X7Q76+OfTXaW8O399b23rhsx2z1RsjfWdxeyqGrptk7fxeOqt3bfydZjsHVzbTqcnBFG&#10;yxzDImcXWRT7KvfX3B5ig5+utr2DmS9tbOzgijZbeeWJWlIMrsRG6gsBIqEnI0afI9FvvJzxvsPO&#10;tzt2yb9d21rawxxssM0kamQgyMSEYAsNYQk5Gmnl173dbn/jdtvb3RPYfTHxb/ul8QaretDlTid2&#10;dMdZbNwkG0tzZimocfXbwo9oYil2/ha7cE2Lx8dOaotDVokcbRzxyQxOkI2/Mtzcb9t29c1eNvCw&#10;MuqO5nkYyIpJEZkYuwQMSdOVyQVIYgxFBv8AcT71YbtzJ4u6rCV1JPNIxdFJIjLsWYLUk0yuSCCC&#10;Qfe9Z3+bx8PfiB/L2+AlDsnY2w6DffyB+QHa23sfku+O0aak3n3RkBt6Q7739vDF7vylHLJs9MlW&#10;4qhx1XTYc0IqoMxIJ/uC9RI+Tns/zlzj7ie4El9f37QcvbfaOVtYCY7Ya/0oo2jU/qUDM6tJq0mM&#10;adNFAyE9reauaueud3vLy9aHY7G2Yi2hJjtxq/TiQoD30DM6l9VDGKaaKB73Yh/wnq6Dq+q/5fsW&#10;/qyGXG7l+Q+/N17/AKeqqIEeopds4cRbC2gPtX0rJSNJtyrycAf/ADseQDX0Mto6+8RzAm6+4R29&#10;CGttut44iAcF2/Vkz696oacCnrXoCe+m9ruXPBskOq3sIEiIHAu36j59e9UPoV9eve15QfAnpX4g&#10;db/Jn5r/ACizdN8vPkvR7F7O7I3N3J3DtrEZOgxdDhNtZWowm0euOvsqcztzaVGMdSQ46FIlmqGW&#10;ZqSB4aJko0L5Oft75w3LljkjlaA7Pyy08EKW1u7KWLOoaSaVdLyGpLmtBjWwLguUT867vzTf8vco&#10;cuQna+XjNDEkEDsCSzgM8sq6Xc1JY1oMa2BcFz73qofyeJu/pfkJvbbnxQ2nSZH5E7+6xyGwtpdm&#10;bljjfYHx62dnc3iKnsXuvcamnrJanNYLF4unx2GpjFJDUVWUZTHUSCGkqcr/AHjHL45dsbnm27K8&#10;uW90JZIE/tbuRVYQ2yZFFZmLyGoIVBlRqdclvdUbGNis7jma6K7DBciR4U/tbqRVYRW6ZFFYkvIa&#10;ghUGVFXX3vcT6I/lCfCzqjZ2Vx/Y/V23Pk92dvQ1uS7P7r+QeBx3Ym+t57nzIaTOZ2gn3IuYGy2q&#10;qyWSSH+HSJWxag8tXUVAaofDffveHnbdr2KTbd1l2va4KCC2tHMMUaL8KkJp8SgoDrBU8AirRRin&#10;vXunzdud3FJYblJt23Q0ENvasYo40X4VITT4lBQHWNJ4BVXtHveqf8Ouo8L0x/Pq21031eMjJtTr&#10;T5Sdx7W2zD95NWZCi2dtjDdhI9BXV7TPPXNh9t0kkFXLI2uZIZGkF2ZfeV/OW8Tb17BXO9bppF3d&#10;bVbu5pQGR2hyBwGpyCoHCop69ZLc17pLu/srcbtuOkXNxtsDvigMjtFkDgNTkFQOFRTr3vef71zm&#10;5tsdI9x7l2VHLLvLb3VfYWc2lFDEJ5pNzYnaOXr8DHFAQwmlfK08QVLHUTb3gnsMFrdb5s1tfECy&#10;ku4VkrgaGkUPny7SesNdmht7jeNpt7w0tJLmJX8uxnUNn/Sk9e96o3/CZPtPr49o/K3Zm7q+kl7z&#10;7GxeyN47czueqRV7l3dt7AV+75ewKKkyuQZ66procvn8fka2JJHmrlY1EisKMumWP3ntq3H91cp3&#10;tnGRsVs8sbqgokbuI/CJUYAKo6KaUX4RTXQ5MfeH22+/dvLN3aoRs1u0kbqooiMwTwiQMAaVZVNK&#10;L8I+Oh97vf8AmL/Ka+IHzg7N2Z273Hgd243e21YqKgy+Q6/z2P2wvY+AxswloNu9h+bBZWpylDRI&#10;XhiqqKXH5VKZ/CKsRRwrHAvJvu3zjyNtd7s+zXELWMpJUSoX8FyMvD3KFJ4lWDoSK6Kkkwvyp7nc&#10;1cnbdd7XtM8TWcpJUSqX8JjxaLuUAniQwZCc6akk+92T0lLTUNLTUVHBFTUdHTw0tLTQoI4aemp4&#10;1hggijWypFFEgVQOAB7jR3aR2d2JdiSSeJJ4nqP2ZnZncksTUn1J49e95/deq9e9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvffv3XuvexO6/3gMRWw4+ukCUFTKLSvYLTT&#10;vpVZGYkBYXsA9+B+rjm9idSMhHQv5W3z6C/tkmcLBq4ngCcZNRQHzJ4ccZ6LT8nOlR23sHKHC08L&#10;b1xOPllwTSSSRDIrAXqGxDyRsoWScs/25b0CZtLFUdmU0RqyVQJFYW/zilWUiw/H4v8A717KxDQt&#10;qf8ALrIqXfnbwII9uYEDLjSwxxrXI+fy61pK+pxkWUyeE3UIINwYes+0/h2U+6GWxVdBI4qDGkNO&#10;DKKKZLmBrqH03ClveNMgb6C4Dh/0WsQPpw44N/wfdmth8QHbTj/sdJ7XmOQSeB4w8bX8NKY+TDH+&#10;qnT+Osq+gkhzeHxsmXws9C1Sdwx+B45qmCSKYw1OJqIzVK0SThJoneNwFVyqx6Q3oJHNTWRtqUXj&#10;kJ1XZ2ZP1c2JuB79IqiKBhk5H8+qWt3cPvG/20qtGhMTk1FWLJx8ia6aefDrD3Jjqug2F1tuiKb7&#10;lsiubxkmKjoxBR7bp8ZLHamTwSvDGr1NWXCMx8byX9StZOdbkabHU5eYXlIPjQWLs1iRYfqvx71B&#10;bS3UmlD2eZ6Y33mPa+W7Ey3Ueu+I7EFKsfU+YHCp/Z0AvQvxX7H+TfY0WL2hRUlJt3H5CjbdWYqp&#10;GpMHicRJUJHVTT1FHD9stZVQl/BGgZ3KkgEi3tHvXGrl+7mkUyPxGiozLFyxK3+gNhz/AL37O1tx&#10;CngovaOJ9eoL3LdJt4vX3e/lDXDcFUHSg9Bxp+Zz5nq+7aHx+xvT2zajpnrvbFRi9tRsZN27qyeY&#10;oaDM70JpaRErR4R53okkleOAsHKIhCxDUWkymZiLtIAFBvYcgm5uP6D8e6CMA0C56LriZ5O5jpUD&#10;yArX/J1g2v1ngsBUPS43b89bXZWqh0CtytYMeaOl+1gMVZCwWmyNSZleZYmZoI3ksNRJvzjqDx6l&#10;JN7c6iQfzbkmxP8AsPdWi+XTKEyaW4sM4zg+f5efp9nUjcWwaSkiyNDFQ1kFFMsKyIaOkxEEORx8&#10;ySRUSVMEdHBHJWU8BWHUvjqASFHkUh0JX7F2zWVDVDwTwSzSNJJ9vUyKJHYlmJR/Mqkm5Om3uwiJ&#10;4YA60wtpHLSx6nZiSRUftzT1rgdGgxfb3aUNFNG1LgK77GCKSWvytPJPJKljrkDY2swlMImDx+Il&#10;XMnLF/UoDxRY+ix1LHSUEaxwwX0oCWIZiSxkYltTs17kk29qUGgBaUXotvNDqsaN2Kc+g+0edM+f&#10;+XpVY/N7lyeTkyO4acU71tPpo4kVmheEWKpjfOI6yKnPmjJvTr5D+tmJUmbJWRU0ZaQFAOC0guLc&#10;jhQxLFgSQb391YAAu7gL/q+X8uqKsiyfTRws84+VRSmCM8Dxr6dQ6XalfuupjrIMjAlBMJnSkxcr&#10;RV71sVVTyN91WSUkUUC0Bplgkp/C6h1X1lQxdDZ7ceuF4KDyCQ2X7howiqp5YopOrV/iV49p5LxU&#10;VlgJ1+v/ABeelkO2zMwN2KRjy86/linGuehs2xtFMOWnnUCVyS0ZqXrCxBIVpJZk1Cyn9KnT/vQC&#10;Cup7s0jsWdiSzMSzEnm5J5JP59pFkZjUmp6tdWyKCR0ufbN7d6Kzg069769+69173737r3Xvfvfu&#10;vde9+9+69173/9LY295Edca+t/j3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9yoJCv0P0/3&#10;r6+6kV6ejcrkHr3tS4/JeIrdv9ce2ynp0ZwXemlW697XNFmadwAXANh9bD/Y/wBfe0JQ56MBcRSf&#10;iz1DqKVZlI45BBB+hvwf68H8+1ZSZJWADOGFgAVIBsPpcC1+P9j7Mop1fDN0WzWIQNLap31qQDSv&#10;2dB9ndqfcr6TpUOzjyx/cqjEh1MZm1iIq6AjgKLn6Xv7eI5kkJ8ZI9JIJFz/AE+v04/2Ht9kIAJo&#10;R0njkPi+E6lXp+L/AD9BRmdu1OOooqitWmqkFVEsyUoeKKZl0gtJChaUK4sxUa1Rv62v7b5VgqGY&#10;OpEgHpKgobm2hzYW1Fh9Lfj8e1SGSMAqe39v29NuqXJZRFQ04j+RPzr5cel7jRmsDTUxirI5qF3M&#10;tUldK1WYVVpGqaWlaabV4YYLgSmTSLnhxysaThHAkdCTo8Ze6OVBGoWKtYj/AG/t1csCVBHGtMjo&#10;yWxt2iGGElOA4E04+v8An6fKOaSeshkkpaOqiMLVSV60rQ1lHDOyOtMySJUo0quLkBo9C2BXj1Q5&#10;Z50jsJImjju1j5SRdj9fozXJtzf2+kcbNXSQx+zp0bWkkIcvWNRnJqM+lKnPSgo8ZRNVT1a01TT1&#10;NWUEzXpipMUMcSNGFMsUNo4xwgXV9SOfcRamqmXzSPTlUJ1C1SZFP1GhfK2qwW17DTe39PbxihQ6&#10;FVqn/S0/PH8vPpv9zXThZVdDEvqWqPPA8+GTTHA9TVxtLSsaeCCRFnU6vFFRRxMpBWTzuIE5Z5yx&#10;U6i5uQD6vc3I5ySTDyJR1SjMC0ESzztAvj+rqrygRSztYBVZgGvfki3sjvYXtZQqBFV6kVpmnp6H&#10;P+bo9F54e2SGO7kbcY/08swGhjUrnJyB2k0Nc4BAA3C9USbX7PmqsZtzb1H1nX0dblK2mo8NjpKx&#10;t6TS0kGPkgp4AXoMV9nU1rztFCD52QemIzPKDlVuHdUDvDU5TMUzHhoWqamAgf0C6kOn+n49lhBB&#10;o1dXz6Dj73vaDT+8p1X0Dso/KhHQzrsnZJqIK9No7WNXA8s1NWrgcSaiGSoIaeWCpFJ5Y3nIBdlY&#10;Fvzf2yVFdXVgRausqqpY9RjFRUTTiMsbtoErsE1H62+vvQAHAdIJ7y7ugoubqSQLWmpi1K8aVJpX&#10;zp0pUiijaRo4o42lKtKyIqtIyosatIVALlY0Cgn6AAfQe4nv3SbrJ797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3sjn8yr&#10;vOP45fBT5N9qJU/a5bH9X5ra+1ZlZfLHvPsMwdf7RqIoyVaf7DcO5qepkVefDC54AJA69s9iPMnP&#10;nLG0lawtdK8n/NOGssg+VUQqPmR0Mfb7Zjv/ADny7tpWsTXKu/8AzTi/VcfmqED5kde968H/AAl+&#10;6W+53X8n/kPXUiBcPgNo9N7ZrWTU8km4a+Xeu9YEckCL7aPbmBJ4JcT/AIC+rIv70e96bTlfl2N/&#10;jkkuXH+kHhxH89cv2U6nf7xe76bblzYkb43edx/pR4cZ/PXJ+zr3vcC94ddYr9e90Ef8KN+3o9hf&#10;Aal65grJosn3h25sva8lHBIsZqdubQ+97Dy1RU6kJko6XM7axcbKpVjLURnlQwOQP3b9nN/7gPuT&#10;IDFY2cj1Pk8lIVA+ZV3P2A+dOpu9hNrN7zs1+yAx2drI9fR3pEoHzKu5+wH5de9qD/hPX8eMZ1D8&#10;CcP2hUYkUm9PkbuzP76zNfOoGQl2ntnKZLZewsWxCIBi4aXF1uUpVOtr5mV9VnCIm+8RzFLvHP8A&#10;Ntay1stthSJQOHiOqySt/pqsqN/zTApipY99N9k3XnaXbVlraWESxqPLW4EkjfbUqh/5pgeVT72W&#10;/wD4Uzd+/wB0/jt0r8d8XXLFlO4Owq7e+46eIxSSNs3q6ghSCjrUbU9NT5Td266GogcBTI+JkVWs&#10;sikS/di5f+r5j3vmOWOsVnbiJD/wycmpHqVjjYEeQkHqOj/7vOyfVb9u+/SJWO1gEaH/AIZMckep&#10;CIwPoHHqOve7Cf5J/QJ+P/8ALq6Ooa6geg3N2tTZPvHdSywvTyzVfY0sNVtiSaCT9yOaDrqgwkD6&#10;rEtCTYX0iPPe7mD+sPuPvskcmq1tCtrHmtBDh6H0MxlP59AX3e3v9+c+by6Pqt7Yi3TzoIsP/wBV&#10;TIfz697LH/woK+a2S+OfxcxnRmwsy+M7K+TU2Y23kKuiqHhyOE6ixFNCu/aqGSG70826JslSYZNW&#10;kS0dVWlG1xcCj7vXJMXMnNMu+7hDr2zawrgEVDXDE+EPno0tIfRlSuD0IvY3lGPfuY5N5vYtW37c&#10;FcAjDTsT4Y+eijSfJglcHr3s+38rf4zYj4pfBzonrmloEo9z57aOL7O7LqDHoqq/sbsPGUGe3Ata&#10;wYid9vwS02Ggey6qPGQ3AN/YA90+Z5ubOet+3J5K2sczQQjyEMLFEp6azWQj+J26BXuPzDLzNzjv&#10;V+z1t0lMMQ8hFESq0/02ZD/Sc9e91w/8KR+/4uvPhrtDo3HZJIdwfILsrGJkscJo1mqevesjBu7N&#10;zmLV5ykW9TtxQQughmBa4CtJP3auXjuPOd5vskdbfbrZtJpwmnrGo9P7Lxvnw6H3sBsZv+bLreZI&#10;6wWNuaH0lmqij0/s/F/l172Zz+RL0vS9P/y3una40yQZzuLJbt7k3E6xGM1E25cu+F21KzsqSTX2&#10;HtnE8kWvcKStmIX9+d7befcreY9VYLJY7ZPloXU//VV5P8ueg77z7u268/7qmqsNoqQL8tC6n/6q&#10;O/Xvdnvc3YtD0/1B2p2zklhkx/WHXG9+wa2OolEEEtLs3bWT3FNDLMWURpNHjipNxa/uLtl21943&#10;jadoiJ8S6uYoRTJrI6oDT8+o62mwfdd123bIyfEubiOIU9ZHC/5eve9Kb/hPP0qvfnzv353/AL9i&#10;TOv0ttHNb/jqquGSXzdrdlZibC4fKzoITQ64cXPnquPWwkjrIoZIkJjLx5t/eJ3v+r/IVhy/YHwx&#10;ezLFQHhBCuplGa5YRKaYKlgTmhy799d3/cnJdlsdkdAvJVioP98xLqZR5/EI1PkVJBOaH3vcE+af&#10;eY+NPxP+QHeaTLBkeu+sdzZbbrt9vpfeFVRnEbLgYVSyU7LU7tyVFGQyuDrtpY+k4dck7F/Wbm3l&#10;7YitY7m6RX4/2YOqQ4ziMMfL7R1ityjs39YeZtj2Yisc9yivx/swdUhxnCBj/lHXverz/wAJlOhZ&#10;dydsfIX5Q56leqj2TtrFdW7VyVa8sz1O5t+Vp3JvCtgdmYtX4vCbfo4pZJDqMeXIF9TkZSfee38W&#10;208u8rW70M8rTyKMUSIaIwfkzOxAHnH9nWRv3h97FvtmxcuQNQzSGZwPJIxoQH5FmYgDzT7Ove9y&#10;T3hl1ih1738+fcmN7c/mB/zquxJ+kd3YvaXYs3e2+NwdWb63TiINxbd23D8Z8NkanrXK5/E1WNzG&#10;OmxdXB1djKcxVFHW0olqkSWGoUtHJ0Mtpdo9vfZLbl3yzebbhYRJPFGxR3N6wEyowZTqBnc1DK1F&#10;JDKcjOS3k2vkf2isF3i1aWwFlGs0aNpd/q2AlVWBU1Bmc1DKaAkFTke92efHTsH5G/L3ufeHw5+b&#10;f8z75K/Hv5Gbfrpdp5fonZXVPUvQ396mx1ZBl8jR7C7p64rPsd4y5jCeOamWXF46pyOOqPLTJkKB&#10;pl9xdzHt/LfJ+y2fOfI/tdtm48tyL4i3Uk9xdeHUFQZbaYVj0tUNR3VHFGMcmk9R1v1jsHK202nN&#10;fJ/t1t99sMg1rcyTT3OioKgyW8orHpaoNHYK4oxjeh697vr+IX8tr4nfCeWtznT+xavJdk5ikkpN&#10;w9ydiZRt59qZ5Krwvk/NuKpp6WjwsWaqoRPXQYikx1LVT2aSJtKaYC5w9y+bedwkG834XbENUt4V&#10;8OBKV00QEltINFMjOyjAOTWFOafcDmfm8JDut6F29DVYIl8OFacO0EltIwpdnIGAePXvZ8fYB6Bf&#10;XvZOfnf8N9i/Or44bx6G3pMuIra9oNw9f7xSmFVVbF7Cw0VSNvblhp9cf3VJoq5qOvgDI1Tjauoi&#10;R45HSVBnyFznf8h8y2W/2S60WqSx1oJYWprQnyOAynydVJBAIIr5L5sveTN/tN6tBrRarLHWgkia&#10;mpK+RwGU+TqpIIBB970tvhl8ofkV/Jc+Ze5eme88PlKHrfIbjxeC706+L1GQxNZhJpEjwvcnXMyR&#10;Wr66hxE/3dHPAirl8eWpJ1SYRNS5rc6crcue9fJdtvWxTI25LGzWsuAwb8VvMPIFhpYH+zejqSKh&#10;8t+beXNh92+U7fdtmlVtwWMtby4DBvxQS+gLDSwPwN3qSKhve97bs/ufZHVnSW9+/czk6at2Bsnr&#10;jNdnT5OhqY5IMtt7FYCbcNO2LqFEiVD5mljRKXSG8rzIFBLAHA3a9lvt13yx5fhiK7hPcrAFIyrs&#10;4Q6h5aTXV6AHrDDbtpvNy3iz2SKMi+muFhAIyrM2k1HlpPH0oeve9Yr/AIT84TdXyc+U/wAy/n/2&#10;7VJm99ZCal2njaubzSx0ma7KyNRuTckWIjldkx1BtfbW2MZiqCJb+DHVJgTRGtmyg+8JPacr8qcl&#10;+32zposFBkYDzWEBE1epd3eRz5uuo1J6yJ98Zrbl3lvlPkfa10WaguR6rEAiavUu7u7HzYajU9e9&#10;7P8A3Z2tt3ovp/s7uXdsqRbc6w2LuffGWDyrC1TT7cxFXkxQU7Pw1ZkpadaeBBdpJpVVQSQPeLux&#10;7Tc79vG17LZitzdTpEvyLsFqfktan0AJ6x02fbLjed127abUVuLmZI1+RdgKn5CtT6AE9e96ZP8A&#10;wnh6/wAz3j/MD7X+SG8GOSruudh713nX5doS7SdldzZt8Es7O4cQHIbfrtxuTr8h06RdS5GaP3it&#10;wh2L292nlqz7Y7m4ijC/8Jtl1U+dHEI9P5dZZ++19Ds3I+2bBa9qXE8cYX/hUC6v5MIvl/Lr3veF&#10;94M9Yd9e96GPxrVv5i/89h+xqiniy2yYO89y9uyGqqDX0kfW3R0ejrqKc30VNPkP7t4GjMagw3qv&#10;oYwfefPMxHtx7DjbVYpfGwS3wKHxrr+2p6Ea5Wrx7fXrNTmD/kBezA29TpvDZJBjB8W4/taehGuR&#10;q8cevXve+d7wG6wr6971lv8AhT1l8rT/ABk+OeCgqZkw2U71yOTyNKtxBUZHC7BztNiZZrcF6aDN&#10;1gQH/jox/HvJ77rsMTcz8yTso8ZbBVB8wGlUt+0qtfs6yG+7rFG3MW/TFR4q2QAPoGlUt+0qv7Ov&#10;ezI/8J1tt4rCfy5MTlaCnSKt3j3L2juDNzKoD1WRo58NtSCR2HL+PEbapoxf6BfYa+8bcyz+5EsU&#10;jVSGygRfkCGkP/GnY9EHvzcSTc/Sxu1UitIVX5A6nP8Axpyeve7M/mX8sOvfhd8f9696dgSpVLhK&#10;YY3Zu0oaqGnzHYO/spHLFtfZWCjkJmnrMpWIXnaKOVqSghqKpkZIHHuMeS+Utx515hsth28U1nVJ&#10;IRVYol+ORvQKMCpGpyq1qw6jzlPlm+5t3y02axFNZrI9KrFEPjkb5KOFSNTFVrUjr3spv8p34udi&#10;9KdQ7+7z+Q1O/wDs1PzD31V9291NVQrDXbegyc1fV7L6/eBWf+HQ7ZosxVVLUN/9x1TkpaMeinQA&#10;W+7XNO273vG37Fy63/IU2aAW1tTIcrQSS18y5VRq/GED8WPQn9zeY7Dd90sdm2Jv+Q1tUIt7enBq&#10;UEktfPWVA1fjCB+LHr3sl/8AwpM71br/AOG+xelqCdosp392dSLXxrUmEzbM6uipd05lfAhD1Kjd&#10;ddgLg/tqDz6ivsa/dp2H94c53+9yLWLb7U0x/ok9Y1z5fpiX5/z6Fv3f9l+u5rvd3dax2NuaY/0S&#10;aqL9nYJf9VevezAfyDOh/wDQz/Lv2DuOvoYaTcXe25dz9v5Rwt6p8TkKmLbOzUnmudUM21Ns0tbE&#10;i+mP71uA5e4e9/8Af/317i7hbRyE21hEluvpqA1yUHqJHZSfPT6U6I/e3ev3tz3fW6OTBZRpAPTU&#10;Brk/425U+un0p173a93N2LQ9P9Qdqds5JYZMf1h1xvfsGtjqJRBBLS7N21k9xTQyzFlEaTR44qTc&#10;Wv7ibZdtfeN42naIifEurmKEUyayOqA0/PqM9psH3Xddt2yMnxLm4jiFPWRwv+Xr3vSm/wCE8/Sq&#10;9+fO/fnf+/Ykzr9LbRzW/wCOqq4ZJfN2t2VmJsLh8rOghNDrhxc+eq49bCSOsihkiQmMvHm394ne&#10;/wCr/IVhy/YHwxezLFQHhBCuplGa5YRKaYKlgTmhy799d3/cnJdlsdkdAvJVioP98xLqZR5/EI1P&#10;kVJBOaH3vcE+afeY+NPxP+QHeaTLBkeu+sdzZbbrt9vpfeFVRnEbLgYVSyU7LU7tyVFGQyuDrtpY&#10;+k4dck7F/Wbm3l7YitY7m6RX4/2YOqQ4ziMMfL7R1ityjs39YeZtj2Yisc9yivx/swdUhxnCBj/l&#10;HXverz/wmU6Fl3J2x8hflDnqV6qPZO2sV1btXJVryzPU7m35Wncm8K2B2Zi1fi8Jt+jilkkOox5c&#10;gX1ORlJ957fxbbTy7ytbvQzytPIoxRIhojB+TM7EAecf2dZG/eH3sW+2bFy5A1DNIZnA8kjGhAfk&#10;WZiAPNPs697u9/nUfLTJfEz4Lb/ym0cw+F7M7erKTprr+vpZniyOLqN10tbPuzP0EkNqilrMNsfH&#10;ZFqWqRkalyEtM4YNpBg72T5Ri5u572+K8h17ZZqbmUHgwjIEaHyIaUpqU11IGFKV6h72j5Yj5n5z&#10;sY7qLXt1qDPKDwIQgIp8iGkK1HmoYcK9e9hr/IF6Doumv5emx93y00Kbn7+3LuXtfOVCqxqBjDXN&#10;tHZ9A0z8vTR7b21FWIigJHLXy2uSzMZ/eB5gfevcS+swx+l2+JIFHlqp4khp663K18wg6MPe7e33&#10;bnq8tQx+nsY0hUeVaa5D9utyvzCjr3tx/n19+03Sv8vDsbbdLkFpN1d85rbvT+3okkAqJMdkq5dw&#10;74lMAZZJKGTZO366ilcelJK6IN+oAtewXL7b37i7bctHW0sEe4f0qo0RZ9fFdWA8wp9OqeymyNu/&#10;PdhcMlbayR529KgaY8+viMrD5KfTr3stX/Cafpf+5fw97L7krKbw5Pu7tyqpKCfxafu9ndXYxMFi&#10;ZPMyq0vi3bmc/HYFkTTwdRcAT/eZ3v63nHbNlRqxWNmCR6STtqbH/NNYj6/y6EH3g93+r5q27aUa&#10;sdnagkekkx1N/wAYWI/6h173sa+8buoE69797917r3tMb33dhuv9l7v37uKb7bb+yNr5/d2dqLov&#10;2+G23iavM5ObVIyRr4qKidrswUW5IHtVY2c24XtnYWy1uJ5UjUerOwVR+0jpTZ2st9d2tlbis80i&#10;oo9Wdgo/mR173o5/yK9oZv5QfzS90/IjeNM1dU7JxHbnfOeq53kqaX+/HYuRm2vj6d5Jg7T1YqN/&#10;1tZTa7EGgMgIZFBzn997yDlb2rtOXLNtKzvb2qAYPhQqHJ+QpEqtT+OnA9Zi+811Dy57b22w2jUW&#10;Z4LZQMHw4hrJ+ykSqf8ATU4Hr3vez94HdYY9e9wMrlMdg8Xks3l6uHH4nD0FZlMnX1LaKeix2Pp5&#10;Kutq53sdMNNTQs7H8Kp9uRRSTyxQQoWmdgqgcSSaAD5k46vFHJNJHDEpaV2AAHEkmgA+09e96MP8&#10;qrH1Xzq/nO7q+ROfirqvD7e3N258mZo540jWip/4v/AOtcRMzGRYVwGR3fivBEGaQx4+1yFdhnZ7&#10;ryLyH7LWnLluVE0kVvZY8zp1zMPXWI5KnhV/mB1mV7lOvJntLbbDAQJZI4LTHmdOqVv9sEep4Vb7&#10;B173uw9z9t7J6F6p7A7k7GysOG2V1xtfKbqz9dM4U/a42BnioqRTdqjJZWrMdLSQqGknqpo40BZw&#10;DhHsu0X2/wC7bfsu2xF765lWNAPUnifRVFWY8AoJOB1iHtO13m97nY7TYRF7y4kCKPmTxPoFFSx4&#10;AAk4HXvemT/IQ2PnPk9/Mo7b+VW+KZcjU7DwvYna2UyFS89b4+0O6s7XYbHr5Z7+SWXD5rcM0csh&#10;Lq1MCq6rMmaPv9fQcr+2e0cqWLaVuHhgUCg/QtkDHh/SWEED+L0wcsvey8h5d9v9r5as20rM8UIA&#10;x+jbqGP/ABpYgQPX8j73vBe8GusPOve9M/8A4U59vHcfdvxo+PuJleqm2PsLcvYuWoaJXnebL9nZ&#10;+k25g6OeOIuXr6Wh69lkiiCiQR5AHkSL7zQ+6/s/02x8z8wzCiz3CQqTiiwIXYj5EzAE8Kp8j1ll&#10;93ba/p9n5h3yUUE06RKT/DCpdj9hMoBPCq/Lr3vZ6+Cfxsw3xK+JvSXReMxdPjcntXZOKqd8SRLT&#10;mbKdj52nTNb9ytZU07SrWS1G5q2oSJjJKI6WOGFGMcSAYvc+cyzc3c275vsspaKWdhFxosKnTEoB&#10;4UQAnAqxJIqT1jrznzBLzPzPvG8ySFo5ZmEfHESnTGoB4UQCuBViSRUnr3szm5M/jNp7dz+6c1K1&#10;Ph9tYXK5/LTqodocZhqGfI18qqWUM0dLTOQLi9vr7C9tby3dzb2kArNK6oo9WYgD+Z6DtvBJdTwW&#10;0IrLI4VR82IA/meve/nhfA3ZnzA+X3zW7v8AkD8V93YbZnyT2dg+4fkxhszufD7e3Fj8puTem4l2&#10;9ktmUx3jhc5tCm3FuWi7Jrkx9RkaRqaKWAyaqcoKmDorz9e8ncn8k7Hy9zXZvPy1NJb2TKjOhVI0&#10;1rIfDZZCiGFS4RtRBpRq6Wzs51u+VeVuUNn2PmW1ebl+V4LRlRmUhI01CQ+GyuVQxLqCNUg0o1dJ&#10;97uX+IH95/5ok+8On/kh/NM+W+C7b2xV1VL2j8XdudddcfFPcSUu3Y6/b+4MfSPtKbc+A31iMXmJ&#10;HjyMbUMU0MkSNkMZC5pp/cL84/S+1i2e88te1W0SbRKAYL55pr9KvR0J8QI8TMtCh1EEE+HKRqXq&#10;Juafp/bgWm67B7b7W+1yAGG8eWW8WrUZSdeho2K5U6iCCfDkI1Dr3vYN+KPwd+MXwq21X7c+PPWO&#10;L2fNm1gG5t11c9Vnt87q+2kllpo9wbty8tVl6uhpJZnaCjSSKhpmdjFChdiceebOeuaOdrmO55i3&#10;RpgldEYASKOvHRGtFBNBViCxoKsaDqDeZuceYubrhLjfdxaUJXQgAWNK8dKLRQT5tQsaCpNOvexA&#10;+Tnc9B8dvjx3V3nkIlqYeq+tN370p6FlLjJ5TC4arqcLidIki9WXzCwUwJdFBluWUXIL+V9lk5j5&#10;i2TYozQ3d1HGT/CrMAzf7VatwPDh0h5d2l9+33aNmQ0NzcJGT6BmAZv9qtT+XXvejj/Ji3X8g8t8&#10;0e0e+OuOhNy/KPuWq2RvKRchXbmxWyNj7S3/ANs7noJ8n2V2x2HmvLDjMZJh6fOFaGlgqMpmJZZI&#10;6RNaMfedHvTacvRclbVsG5b/ABbVsonjwEaWWSK3QhYYIVyzajF3MQkYALmh6zG92rbYouUdt2Xc&#10;N7j23aRNHgI0kjxQoQIoYl4nUY+4kJGACxoeve9m7CfytdxfIjszCd9/zNu2KH5Jby2+zzbK+POw&#10;aTK7U+KfVwmeKaSixmCyDx7q7FlFRAjPW5U0RyEQEGQpqyOOILjBP7qW/Lm2T8v+2G0ttllJ/aXc&#10;pWS/n+bMP04cHCx6tB7o2Qk1x4m9yINh26bZPbvbG2+0f+0upSr3s3zLDsiwfhTVpOY2Qk197uJo&#10;KChxVDRYvF0VJjcbjaSnoMdjqCnho6GgoaOFKekoqKkp0jp6WkpaeNUjjRVREUKoAAHuG5JJJZHl&#10;lctKxJJJqSTkkk5JJySePUUu7yO8kjlpGJJJNSSckknJJPE9e9yvdOq9e96S3/ChvZGS6F+f3RXy&#10;g2SIsZl977M2hu6nr4kMFQ/ZnRm56ekiycs9N4Znan26duRI2ryqKewYKEC5v/d1vot/9v8AfuVr&#10;6rQwTyRkcR4N0hOmhqMv4x9M8OPWX3sVeR71yRvXLl5VooZnQjy8G4QmmfV/FPpn7eve78/5sPya&#10;xu0/5X/YG8ttipmznyb2LtLqzrPC0kkk2TzVX3zjqaKsx1CtGDU1lZB19WZSpWOFGM7wCO1nuIA9&#10;peWJbv3S2+yuaCDa55J5mPwqLUmhNcAGYIKk4rXy6hL2y5dkufcaxtLigh26Z5pmPBRbE0JrgAyh&#10;BU8K18uvezo/CPoOP4vfEr4/9DGGGDJdeda4Gg3OKYq1PNvjKxPuHf8AWQFWdTDX72y9fOvqb0yD&#10;k/X2CueOYDzTzdzDv+omK5uXKV4+EvZED8xEqD8uglzhvZ5j5n3zetRMc9wxSvHw17YgfsjVR+XX&#10;vZpfYU6DfXvfvfuvde96Qn/CkLtbJ9ofNTqP4+7bFRlf9FfWmIgTD00plmk7E7ezZyM9DDSq5jWo&#10;q9tY7b+gkK7mWx9IUnOP7tm0xbXyTvHMNzRPq7pjqPDwbdaAk+gczV8seteswvYHbI9u5R3TfLii&#10;/U3Ddx/31AtAa+gcy/s6973HPj71TjuiuiunemMUsIourOstkbCjkg5Sql2tt3H4err2cojTTZGr&#10;pXnkkYBpJJGZuSfeGnMO7Sb9v2871KTru7qWXPlrcsB9gBAA8gKdYpb5ucm87zuu7SV13NxJJny1&#10;uWA/IGgHkBTr3sX/AGT9FXXvekL/AMKJe0c13f8AO3qT4xbQjfI1XV2zts7do8UlWD9z2X3dksdl&#10;zTCEkQ0r1W3jt5Qzes6iT6dPvOP7ue1QbFyHu/NF4dKXUzuWpwhtlZa186P43/F16zC9iNth2fkv&#10;dOYro6VuZXctThDbgrX50bxeve9ybozqzD9HdMdU9OYCOnTEdX9e7R2JRNTRtHFULtnBUOJlrtL/&#10;ALhlyE9K08jPd3kkLMSxJ94Zb7us2+71u283BPjXVxJKa+Wti1PyBoPKgx1ifvO5S7zu257tOT4t&#10;zO8hr5a2LU/KtB8h173VF/woC7iTq7+XFv7bcFZ9pmO7d77A6qxjRSlKo0xzP9/9xCONbl6ar23s&#10;Wqo5yw0COr0khmS8s/d82Y7r7k7fcslYbGCWdvSunwk/MPKrDzqvoD1JnsftR3Ln6yuGWsVnDLMf&#10;Sunwl/MPIGHzX5Hr3sBv+E3PxzouvPiBu35A5LGxLun5B7/ykOKybwp5v9G/WdRU7VxVHDK8XniW&#10;bfC5+SbS/jmVYCRqjB9n/wB5TmN9x5xtOXo5T9Jt1upZa48aYCRifL+y8IDzHd69Hfv/AL89/wA1&#10;WuxxyH6axgGof8NmAdj/AM4/CA8x3evXvewZuvc+C2Rtfcm890ZGHEbZ2jgMxufcWWqNX2+MwWAx&#10;1RlcvkZ9Cs/hosfSSSNYE6VNh7x5tLWe+uraytYy91NIqIo4szkKoHzJIHUG21tNeXNvaW0Ze4ld&#10;UVRxLMQqgfaSB173pz/yGuttyfJ3+YZ8jfnZuTF1MOC2zX9lbmpa+rhWQHtHv3O5iYY2lq3Pjlmx&#10;WysjmPuvDqMIqacNpSZdWZXv5udtyv7d8t8h20oNxKsKED/fFoqjUR6NII9NeOlqVKmmVnvVuFvy&#10;7yLsHJlvIDNIsSED/fNsq5I/pSCPTXjRqZB6973NWVXVkdVdHUqysAysrCzKym4KkHke8LgaZHHr&#10;Ezhkceve9D7+a7/L77S/lr/I7EfLb4w1Oa2z0vnt+Rbr2Bufa5KVnRfY89TPkzsTIDRNCNs1Uiyn&#10;CvUI9NVUBfHVKyNEWqs9fab3C2r3L5bm5R5oVJd7jt/DlR+F1CAF8UcO8Y8QCjK9JFIBomaXtnzz&#10;tvuDsEvK/MSpJu6QaJUfhcRAAeIP6Yx4lMhqSLSvb73tRfyuPnpjf5gHxkxfZddSUGE7U2dkjsbu&#10;HbWO8iUFHu6jo6esp89hoZ2aePbu7sXUx1lMpaQU8xnpPJK1M0jYp+6fIMvt9zPLtkbs+1TL4tu5&#10;4mMkgoxGNcbAq3Co0vQagOsbPcfkqTkfmKTb0Zn22VfEgc8ShJBVqY1IQVPCo0tQaqde92Qe416A&#10;HXvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69172IeC7JzuDoBjtFPkaeKwpvvTOZKeP8wq8UsbPGP7Ia+n6DgACrIGOr8XQu2vnHcNus/oXhSe&#10;AfDrLVUeYqpFR6VyOHAAAq/bXw56Y7g3bT76zdBlcButfEMlmdpy4ihqc+lMY/tVzIymFzMUr0wj&#10;sJYVgmdTpd3UKFf17ZlOgvhIldb/ALqVkpIJ/KqYrWB/Bvf3erZFaqfLpYnOFuskcqbOEuFNQ4lY&#10;kH5VHD5GvUKm+HuxKT+J08W6d6PiMpLTS1GFqJduPRMaeNI7M8e3oasFtF1eOSOWEk+N0BIIn43d&#10;MlTjEzoVVWqiMIjIYsHiYoxKgMz+r6EXuPwOQHo7SG6KQoGABrn/ACHhT59Ckc1buscu/wAUUZee&#10;BYaZOUZquUqSSa48sny4lu7I+JnX2/d2Y/pdRl6WnwUibyrq8ihlkmw2dKU4pcdUxyKKd5Z8DIHW&#10;dIWib1LqXwu6emzMkszz1Xml4sC9LUKsYckWTUGCLpsb/U8X+l/Z8liqIscOkf7Zc09eo1uLncL6&#10;eaW78SSYjiyt2/5hw/wdHO2F0jsbrTbGP2h15h6DauLo5IZahcVJRrWZmspViZ8hnaiGmhlydfUT&#10;LIJS7FTrZrDVpXLBkmSExxRlmVgysySLwWBuQyG91JP+v7pJahn1O1BT1H+fqsdtfQxulK0pXj+R&#10;pQ/8X09Z/YOMzGVjymRlkhRqWekqYknRdccsIjZIpoamCWNlaJADydBYWBsVzrW1DxrYIvDWZiAG&#10;f6gLGHMtyR/Qe2zBErGpJ/1etKdeNvd+BVnULxr6+gArX+XTW20NrUWVqZTDV1E0v2/kSOCV/DAi&#10;yRyyVNcadaLxLC4XTJI1wvB5IPKE1anXLOiISWIRixW5BI5UclvepPBI0pGS3z6QQJKukTXGla1x&#10;86ceH+qnXPNxbZrEmpqTbH8RrY4EpoPu6KOOnnSnhmWFkmJbVFFA7aSObFtIvyJ5SMkOwOo8etri&#10;9/qvJVSfzb6e0wZqEA4+XT8gRSCct8z/ADHz6Q9HX5YpPR000K0kDxyJ/D6ApIKfxMwpqryxpUVM&#10;EQAVCQNZY3JH1xz1iRKELKdPFkC8/m5vYW90OlO9q56oySX6+HE4Ea0z5f4M+XTvtbZ709fU5Zqa&#10;uasyDtUEZOaa8BkWKNo4Ss9SIWC67BF02Fvzf2ma2tV7mRxZRZVJuFFz/X8n2XXEviH5enR/AoiS&#10;ME8FAr9nQz4LBwYtJTTwpHJVTPUVMwRFaaWQgksVAuEAAA/oPaFyldFyEtz/ALf2kCknqtxdDgOl&#10;SPaKq6kyav8Afc8/8V9vqtOiOe4L1Hl1722e3OkXXvfXv3Xuve/e/de69797917r3v3v3Xuve//T&#10;2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173737r3XvfNWt791YMOve8qyf42P8Atvfu&#10;vaj173mWokX9LH/effutaj69e9zYsrWxW0TSLb6WPv3b6dPJNOKaXPXva5wlduVZIqk1qx0isC6t&#10;9vUmZAVuhQB2RCPq1wR+PZlZ2ks5FZAIftrX5Chwfngj59PSXckJjM9DnFQCPLzocf6vsTuf2zgt&#10;yUUuOy1D5oZQr6oJamhqUddWh4a2ilpqiORTfhX5BsQQfYjxZqEBCyL9wRpbUmoM30CgaRZSxtxy&#10;Pax7BzqAY+H9vRxtN1YxPCZZlWckVBBoTXApwIPA4JHQIbj6WrM81Xj33FlaTbsjI9HDjK+poK2g&#10;GsNJUffLPNLU1MekOobTC2kBkYar4lRZmuDHe9mLMkasBexICHk340i3u9TGtDU/zPQys9vsHfQk&#10;q5PdqIAIHyIP5Ux9nACtDHFioRE81bLCNUsSaamrmiPo1xpPJKX0R6bnylpPryb85ZaAQgI5TS+p&#10;ptLCRLCwAViijkfTgfn3VLkvVlBqOHkf8PRzDt1laxtGzJ4LE6tJqppTzKilfLy49Y9ubuxm4aee&#10;tx7SOkVQaaATxvTVbuih5PLRSHyxAFrgNqJUg/n22S1VNSRTsCAkIb6jSG5UNJdtKtpt+rnTYXsP&#10;anQ7lWkYAHiScD/N/q8+imTdbLb0nKKdIGBStTXjmgNBwbNPOg6VEavJLC8sdnnUM7iziPSkjCE/&#10;qKLb8cLyedRFwSy2Xlr66omQlYWcrGgJAMSkhSR/Vhz/AIE+yK9n+omqPgXA+wef58eo0vr57q6n&#10;mU6UZuHy8q/6vPp3HHH+9+8EWUq44hT+QT0wNxSVaLU04/r40lDeEkflCrf4+04cgAE1UeR/1f4O&#10;knisBSvb/q/1enXHQmovpAc6QXAszBblQzCxZQSeDxz77b+GVdyofGTm1gzPU0LH8gHS1XTL/S/m&#10;5/IHvYEbVzpP7R/nH8+rARPQatLepyP5Co/n14BhwSGHFjazWCgeq3pZma54Cgf09w6mknpWCyqN&#10;LC8cqMskMq/6qKVC0cg/1jweDz7qyMh7h/mP59VkjaM0bh5HyP2Hrl9fcb3Xpvr3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3vVF&#10;/wCFK/y82wNkdYfDXZ246HJbpr91U/anbdDiqymq5NvYbBY+vx2yNs57wTSmjrs/k8vNkzSSKlRH&#10;FjqWZgI54zJll92bk+6+u3TnO8tmW1WIwW5YEa2cgyulRkIqhNQwS7LxU0yY+77ytcfWbjzZd27L&#10;bLEYYCwI1MxBkda8QoUJqGCWYcVNPe7Hf5BvUK9Wfy2+rsvPRLQ5juPdO/e2supUCWZcjnpNobcq&#10;pXF9YrNnbMxsyf0jkA4N/cb+/wDvH719yt1hV9UNlFFbr8qJ4jj8pJHB+Y6APvZun7y9wNyiV9UV&#10;pFHAv5LrYflJI4PzHXvdzvuFeol6970tf+FM/cg3l8i/j38e8LM1c/WPXuX3hlaOmibUu6O2s3RU&#10;FHjJWIUz1cOC2LRzxhbqiZAWOpnC5r/di2b6LlvmLmKddIurhY1J/gt1JLfIF5WB+afIdZcfd52n&#10;6TYd932YUFzOqKT/AAQKST8hqkYH/S/Z173tv/GzqmLor49dHdMRLCG6s6m6/wBhVUkHiKVWR2tt&#10;bF4fKV7PCiRzTZHI0ss8kgA8kkjN9T7xE5m3Y79zFvu9Eml3dzSivkHkZlGfIAgAeQFOsXuYNzO8&#10;77vO7Gv+M3Usgr5B3LAfkCAB5AU6970tP57O5arvf+a7t/o+qyctFi9lYLorpqmkRUEeMl7Fei33&#10;kMoscsggkqzH2ZFrkbTqSnjRvSgPvNf2Htk2H2muN8SINLPJdXJ/peDWIL60/ROPUk+fWXHsxbrs&#10;vtnPvCxgyTPcTn5+FWMD7P0Tj5k+fXvezj3F88cJ1j3h1H8GviP1zD8gO8o8lszGb+2zhMutLsf4&#10;+dN4atxVFuXNdj7qgNRT4TP0O0onFDj5CZ45ZIHmjkeWko6/F/ZuQZ902Ld+eub9yO37EVkaJ2Ws&#10;t3cMGKLDGaFkMlNTjBAYAgB3jx32rkqbcdn3TnLmi/Njs2mQxOy1kup2BKLEhoWUv8TDBAYAgBnT&#10;3vWA/wCFIW6c3mv5gOH2/kJJhiNm9Cdf47b9M2pafw5fNbwz+RrYk0KjTVOQyLQySDUWWmRSfQFX&#10;KP7tlrBB7ezXEYHjTbhKXPnVVjQD8gKgf0ifPrIv2BtoYeR5Z0A8WW9lLHz7VjUD8gKgfM+vXvez&#10;0v8AN6/l77S+O+0u38l8jOvaxavZODr4erNpZyg3R3HHl5cZTxjaEvWGLm/vVic1HkQaQvkaagoY&#10;mHllniprzDF4+z/uHecx3mzxct3CkTsDPIpS306j+p47fpstO7sLseAUt29Y6/61vPV1v11tUewT&#10;ikzDxnUpBpqe/wAY9jLTu7CzHgFLY6970+v5xnb/AH53l8hNldk9+4Or6wq93db0u4uqvj3kJ55s&#10;9070xkM3lKbZcm/o2MUGN7O7EqcbW5nK0LQrVUlLLQpMVHipaXMX2a2fYNi5dvds5fnF0kNyUnuw&#10;AEuLkKpk8LzaCEFY42rpZg5Fcu+VHtTtWybNsV3t+yTC5WK4KzXQ+GecKDJ4XrDECsaNXSzByK5Z&#10;ve9oGX+Zd1X1ftH49/C3+X/gsL80vkTj+vetdk4TbfW+Ygk6h2VtLae28JiMpuXfHZtBJJtyipMd&#10;i6I6oaapk+0lIFbLTHxpNi2PbLdd0vOYudfcGd9k5ca4mlZ5lP1EkkjsypFAe8kseJUah8AbJXHQ&#10;e3u5bjdb7zdzxM+0bC08sjPKv68ju7MEjhPeSSeJA1D4A2SPe1x/Pf7rl6i/ls9oUCTRY7cPdGa2&#10;V07jI/P5SDuHIncm7aOIhENUJtkbUysGqyACTX+ApQ+wuyDePcvapCpa2skkuGx/ANEZ+VJZIz+V&#10;Pn0i9l9oG6e4G2uRqgtEknP+1GhD8qSOh/KnXvZWv+E0XT0e0PiB2p3BU0/iyvcncVRjaabxKv3O&#10;0usMJS4vEP5rB5PHujcWdTTyq245ZvYq+81vJvOcdq2ZWrFZWYYj0knYs3/GEiP+odCT7wm6m65p&#10;23alasVpaAn5PMxLf8YWPr3t/wD+FKHadXs/4P7J64oJamKXt/u/bdBlxGzJS1G2dk4TO7uqaapK&#10;sPI53PS4eWNGBU+Fm4ZF9p/u0bUl5zzfblIARZ2LlfUPKyRgj/aGQE/Onn0z937bVuucby/cAi1s&#10;3K+oeRlQEf7QuCfnTz697C/+V38k/j9/L1/lH9bdp77y8OZ3x3p2H2nufafVGzpIcv2Z2n2Cm8az&#10;rDB7W23gaYzVssxxuw8dHU1bxiloBKiyEzSRRSmnuny1zD7ie7257VYQlLGwtoEknkqsMEPhidnd&#10;zQU1SuVUHU1DTAJBj7j8v75z17obhttlEUs7KCFHmk7YoYvDEzO7HHGRiFGWoaYBI97t4zvyX7Z2&#10;F/L03v8AKXv3rmh6X7d270l2H2JkusaPKnOLtfOQQZ+brjblVX1MKFs7k6dsQlZFLGn2uQqZIXVf&#10;GQIfg5Z2jcPcSx5V5f3Jr3Z5L6GFZyunWpKCZwB+BT4hUg9yKGBNeoth5e2y956s+W9kv2u9rkvI&#10;ohMV061JXxXAH4Qdekg5UAjj173rQ/8ACZXqWo3V8lfkF3vlKZ66DrnqzHbOpMjWh5XTdPau5kyT&#10;V0FVK+qWvXB7Br4pT6yI606iNa6sm/vPbutpyzy9sETaWuboyED/AH3AmmhHpqlQj5rjgeshPvD7&#10;otty/seyxtpa4uTIQP4IUpQj01SqR81xw697Nl/wo8+JtbTYbqn589YR1mE3l1tmcHsHs7OYOeoo&#10;cnTYybKJXdUb5iq6SSBqCv2pu15caatSamR8nQKrKtMtgl923m1Gm3b2/wB0KvZXKNLArAFS2mk8&#10;VDWokjo+n4RokPFugx7Bczo0u58k7iQ9pcI0sKsAQTSk0dDWodKPp4DQ/m3XvduX8qD5vp86viRt&#10;TsDP1dI3bex6j/R13LR06R0xk3jhaOllp90RUaaVhod64Wop8gPGq08dXJU08fFOQIg92uRjyHzf&#10;d7fbof3ROPGtic/psTVK+sTApnJUKx+LqL/czk88mc0XVjAp/dcw8WAnP6bE1SvrGwK5yVCsfi69&#10;7CD+dx8y++vhT8Udrb8+PVTQ7f3lvbt7BdfVe+6/AYnc42dianbG7tzSTY7Dbgosnt+XL5ao20lN&#10;HJXUtVTxwGYCLzNFJGc+x/Jewc782XVhzErSWUFm0oiDsniMHjShZCr6VDkkKyknTmgIJr7P8p7J&#10;zfzNc2W+qXtIbVpRGGZPEYOiZZSG0qHJIUgk0zSoPvZjP5W/yW3v8ufgv0f3n2bkcHkuydx029MN&#10;viowNNRY+mkzWzOwt17QpqyrxNBopcPks1gsLR5CanjjhiVqzVFGkLxr7DfupyzY8oc977sW1xyL&#10;tkZjaIOSTpkhjkIDHLKrMyAkk9tCSwPRB7j8vWfK/OW8bNt0brt8ZjaMMSTpkiRyAxywVmZQSSe2&#10;hJIPXvevl/wpkyXWe8u3/il1zsijptzfI2mxW7MfuPGbchbJbnj2nunK7YTrLa2TpKEy1M9fmdxS&#10;5WfFUfjacCeV1ULVRmTIb7scW52Wz82blfOYuWy8ZRnOlPEjV/GkUnACpoDtWmAOKGk5fd6j3C02&#10;rma/vHMewFkKF8JrRX8ZwTgBV0B2rTAH4TT3uxz+ZXg9+fH3+RGers7WVFTvXavSvxa6g3rk4pnq&#10;DHVY7cPV23d2KauKZxLSVb4+ah8jM4ljnsSxa/uN/bOew5h9+f3rAgFlLe31xEvDBSd48eoqGpih&#10;Hy6AXt9NZb570fvKFALSW7vJ4xwwVmZMeoqGp5EfLr3uvX/hO781vjD0X05330/3d2xsLp3dVV2P&#10;T9n4XL9kbjxWz8LurbtZtHC7dqsZic7m6mkxlTmdvV+3DIaEyrVzpkVanjmCTeKQ/vF8kc0b9vOw&#10;bxse03F5ai2MDLCjSNG4kZwzKoLBXD01U0jQdRFVqOffflDmLed12Tddn2ye7thbmFliRnZGDswL&#10;KoJCsHpqppGnuIqK+9qn+cN87t9/Lz4qdmUHxL25nZvhlsDcG1KTu35J52jyO1sB29umTfGHwe3u&#10;qen6PKU1Lkd1YXDbhqoMpmK4RJG5o0S8UQi/iSX2c5CsOT+bNsk5uuYxzpcRyG2slId7dPCZnnuC&#10;pIjZkBSNa1GonJr4Sb2q5LsuVuZduk5nuEHNs8bm3tFIdoE8NmaacgkIzKCka1r3E5NfD97Hr/hM&#10;f1qMF8WO+e1ZqZIKvsTu6m2rBMVTzVmF622biKuimLqmo00eY39kYkDMbSJIQoBuxB95/c/H5r2D&#10;aVaqW1iZCPINNIwP56YkJ+RH5Ev3iNw8bmTZdsDVSCzL/Y0sjA/npiU/ZT8ve7pvnl2rU9I/C/5Q&#10;dpY+dqbMbT6S7AqNvVCuYzBujI7frMNtabWrI4WLcWSpWOlgxA9JBt7hPkHaV3znXlbapFrDNfRB&#10;x6oHDOP94DdRHyVtq7xzby5tsi1ilvIgw9UDBn/4yD173qg/8J19w9OdK5j5n/Kjune+1Ng7Z6n6&#10;y672ZLn9x5CGnnhoOw9w7i3BkqbGUatJX5Csr6vrKhggpaeGWqramSOGnSRyye8s/vG2+873DyVy&#10;psljNcXV3dTSaEFRWFEQFjwAAmYliQqgEsQM9ZM+/EG67vFyly1tFnLPcXVxLJpQVzEqqCTwAAmY&#10;kkgKASxAz173tB/BT5Y9kfMfbfZHbWY6KzXT/R9Zu2ii+NW4d2VjU+8e2euTiwtXvbN7WeM/wOkr&#10;snAKmgmikkpaqkrViiab7Vqyqxb585S23ky523aId+S831YT9akYrHbzasRK/wCIhTpcEBlZSSF1&#10;6Exz5z5Y2/lS42/a4t5S63kRH6tUFY4Za4jV/wARAwwIqGWppq0L73X9/wAKN+t23l/L3i3hDTs8&#10;3UfdvXm76mpRSxp8Vn6fcHXFRHI2oBKeoym9aG5sbyIg9yF927cvovcM2bN23ljNGB6shSYfmFjb&#10;8iehx7B7h9Jz0bQti6s5UA9WUrKPzCxt+VeveyU/yXP5hHQ/xT/lp9mZDvbdsOIl63773Tj9m7Px&#10;ifxDe3YTbv2rtDO4jAbM2+GjnzOWqNwSV6TOpWloIdE1XLBCfJ7G3vX7eb9zZ7mbZHsNoXFzt6GS&#10;RsRQ+HJIrPI/BVCaKfiY1VAxx0LvdvkbeuZfcHbo9ltSwuLJDJIcRxaHdWaRuCqF0082NQoJx172&#10;f340fGnvT5x94bT+fHz72tUbH21sWoOT+Hfw6yWubHdX0VQ1NV0faPZ2PrIYXreyMg9NT1UcVVBF&#10;VQ1MMMssVMlNRUdPH/M/M2w8i7Fd8ge390J7qcadx3FcGcioMEBBxCKlSVJUqSAWLO7AjmHmHZuT&#10;tnuuSeSLkTXEwpfXw4zEVBhhI4RCpBIJBBIBYs7t73eR7grqHOve9G7/AIUqdo1e8Pmp1n1TTzqc&#10;V1T0rhpPBNOkcUO6uxNxZnL5ednllSnp4p9vY3Cgs2m3jJZtOm2dP3Z9qSz5J3PdmX9W7vmzTjHC&#10;iqo9TRzJ+3HWY/3fdtW15R3Hc2X9W5vGzT8ESqqj1NGMn7eve9hDf/zWwfxjqfjr8Afh/sCh+UHy&#10;U2/tzq7ZeV6+2nl/s9l9S9U7LoNuYPcW7Oyt30sdZS7RkfAQqlDFU+qneqhqqoFTTUtfjzt/JE/N&#10;C8x+4POO4NtfLMkk8iyyLWS4nkLskcMZoZO/4iOIUqmdTRwZY8oTcxLv3O/NV8228vySTSCV1rJN&#10;NIXZUiQ0L93xEcaFV/Eye9t38+bun/Q//Lf7WxtLVpSZvubP7O6bwzM9nkj3Bk23HumBIwLy/dbG&#10;2nlITyAol1c2Clz2D2T98e5O0yOlYLKOS5b/AGi6EP5SyRn8ur+yu0fvXn/bJGWsNokk7f7UaEP5&#10;SOh/Lr3sq3/CaLp6PaHxA7U7gqafxZXuTuKoxtNN4lX7naXWGEpcXiH81g8nj3RuLOpp5Vbccs3s&#10;V/ea3k3nOO1bMrVisrMMR6STsWb/AIwkR/1DoS/eE3U3XNO27UrVitLQE/J5mJb/AIwsfXvb/wD8&#10;KUO06vZ/wf2T1xQS1MUvb/d+26DLiNmSlqNs7Jwmd3dU01SVYeRzuelw8saMCp8LNwyL7T/do2pL&#10;znm+3KQAizsXK+oeVkjBH+0MgJ+dPPpn7v22rdc43l+4BFrZuV9Q8jKgI/2hcE/Onn172F/8rv5J&#10;/H7+Xr/KP627T33l4czvjvTsPtPc+0+qNnSQ5fsztPsFN41nWGD2ttvA0xmrZZjjdh46Opq3jFLQ&#10;CVFkJmkiilNPdPlrmH3E93tz2qwhKWNhbQJJPJVYYIfDE7O7mgpqlcqoOpqGmASDH3H5f3znr3Q3&#10;DbbKIpZ2UEKPNJ2xQxeGJmd2OOMjEKMtQ0wCR72RP+f7233p2J0t/LxqO9utYemN87twffG/939Y&#10;UOWqMzS7cyMub2HjdpYyvyEwi82fxmy5oJa2Fo0lo6zITwsFtpA9+77tGw7dvfuKuw7mb2whktYo&#10;5yoUuNMrSMAPwNICFNSGVFboZ+yG17NYbvz2uy7gbuzie2iSYqFLjTIXIH8JkqFNaMqqeve7df5e&#10;/wDNF+CfX/8ALp6GfsHv3r3rzcXTnVeA6+3t1vlsrH/pKG4Nk48YeqqsF1/RrVbq3VSbmFEtfTVO&#10;NpaqnYVYSR45kmjjiD3D9rOfNw9x9/G3cv3FxbXt28sUyr+jolOoBpTSOMpXSwdlPbUAqQTF3PXt&#10;xznfc+b0LHZJ54Lu5aWOVV/S0yHUA0poiFK6SHKntqAQQT73r7/zvu//AJEfJPeXR3avYnW24ulv&#10;j1uPG7+j+MHXW9m/h/Yea2xiqnan94u3997YBkO3azsOTKUIx9O7kxUFCqoJI7VtbkJ7G8v8ucs2&#10;W+7Vt25x3vMUbRfXTRZhV2Emi3if8Yh0trI4u2aHsScvZ7Y9h5ftN52yw3CO732No/rJY8xK7B9M&#10;Eb/iEVG1HzZs0PYnve4F/LI61HUn8v34jbKNMlFUp0js3dWTpEVFNNmuxKI9iZ2GURoiGpjzO6Zx&#10;KRfVLqOpr6jh37n7n+9/cLm+91al+ukjU+qwnwV/LTGKfL04dYr+4m4fvTnjmi71VX6yRAfVYj4S&#10;/lpQU+Xp172en2A+gZ173737r3XvdXn85/smp6v/AJaHyky9DLLFX7l2lgutqcRSmFpqbszee3Nj&#10;5yIyBW/aO2s5Ws6kWkRSlxqv7lP2V2xd19zeVYZADHFM0x+2CN5V/wCNqtPTj5dSN7S7eu5e4XLc&#10;TiqRytKfthjeRf8Ajar9nHr3ugf/AIT2fI34kfF7rj5c9gd9909e9XbtyGU62pqeg3fmYaTceW2V&#10;gaDdVUG2Rt5Fn3BvColzWZlFZSYemrKpPDTtLGFMROQH3h+W+b+ady5Q2/YNkuLq0VJiTGpKLI5j&#10;H6r4SMaVGlpGVTVqHj1N3vpsHNHMe4cr2OybRPc2qrKSUWqLIxQfqNhUGlRpZyoy1Dx697tq6++R&#10;nzP/AJmHamzN1fGAbj+JHwQ673ti9wZPuzeW3qSTtL5PSbYy7zzbe2JtfKR1NBQdb5aSlWnqpZbx&#10;Mnk8888qzYiOI9x5b5K9stpvbTmjwt359uYGRbaNz4FlrWmuV1oTMtaqBnhpVQRMYwvtg5S9vdsu&#10;7bmLw9050nhKi3jY+DZ61+KRxQmVa1AGeGkAUlPvZwv5snauQ6Z/lzfLPe+KklgyMvWL7DpKmDV5&#10;6SbtvcGD6nWtp3Qh4aij/vr5UkBBjdA45HsHe0m1R717kco2MoBjF14pB4H6dGnofkfCoR58Ogr7&#10;Y7am7c+8sWcgrGLnxCPI+ArTUPyPh0I8+HXveqZ/It+c3xG+DdT8od1/I7cm4Nu7r3ht/rui69/g&#10;+ztwbqbOYzAVe76zc+3cfJgaOrgxuXyNdX42UNknoqJkphaoVgVbLD335E5v56Xla05bto5LSGSY&#10;zapEj0s4jCOdZBZQA47NTVb4SM9ZLe8vJvNHOS8uW2wW6SW0TymXVIqaSwQI51EEqAHHZqbPwnr3&#10;sy380DuT5XfN74e71+Ue99sbm+Mvws2vndl0PQHTuZAj7K+QW8dx7qxmJpex+0YkIgxOycHt3+I1&#10;uLgVXp5KowCmNYjjJoGPa3ZuU+RucbLlWxuot052ljkN3cL/AGNpGkbMYYPNpWfQrniF1atBHhEP&#10;+3O08s8n81WfLdncx7jzdIkhuZ1/srWNELGKHzaRn0q54hdWrQR4Z97GH+Qh2p8ffiP8BvlB8pO5&#10;t+4DaNNW93JtjOJJU00+4MjjtibA29lNm7ewuFjcZbNbizWW35lhR0cSNrW8l1QTMhP7/bVzDzfz&#10;/wArcq7Lt8kzLY61wQgMsrrI7N8KoqxR6mP2cdIJV72bbvvNHO3LnLe02TystnrXB0gySsJGZvhV&#10;VWNNTH7ONAfe9h74a93dvfIjpqPtrt/pGu6BqN1bpz9Z11sjN5QV+6azqWX7Oo2NufeFAYopNt7m&#10;zNJPL9zj3F4xEsoCpMqLjrzpsez8ub0do2ffF3BYokE0qrRBcZEqRn8aKQKP51I4gnqCebNn2vYd&#10;2O17VvAvlijUSyKKIJ8iREP40UgUbzqRxFeve9OTe+Xb59fz/cVRUYbN7Qofk9t3bVLSgGehqutf&#10;jOkMu55KUpICmL3Li+uMlXB9QP8Al7PYE6PeZVjD/rf/AHfZXfsvG2t3J4ETXtdFf6SNMi0/oU+f&#10;WVtnF/Un2Qld+y6bbncngRLd/BX5o0qL/tafPr3vfI94EdYWde91k/ziu6f9Bv8ALl+S+4Karelz&#10;W8tnR9R4EQv46mas7WyNJsnJ/bS2/amodsZbIVeoEOq0xKEPp9yf7N7J+/fcjli3ZKwQzfUP6AQA&#10;yrX5F1RfzzjqQ/anaP3zz7y9Ay1hil8dvQCEGQV+RdVX884697qX/wCEwHTzYzqz5Od81tCNW8N8&#10;7Q6rwFdLEVljpdh4Sr3RuRKSQtd6Svqt+44SELpMtEAGJRgJc+9HvPi7ryvsCSYhgkncfOVgiV+Y&#10;ET0+TfMdSf8AeL3XxNy5d2VH/soXmYfORgiV+YETU+TfPr3su38+bonefxA+XnTH8xL4/wBTU7Nr&#10;995ygXP5rFBlhw/eGyaQy0lfVw3SlkoOx9iU3iqaIo0VccXkGqNYqnUiP2D36y5x5P3r255hQTR2&#10;6HQrfitZTkDzrDKaq3FdcYWmgdH3srvVpzVytu3Ie+KJUgQ6Vb8VvIcgedYpDUNxXXHpppHXve0B&#10;8KvlHtb5lfGfqz5B7XWno/764JU3PgYJGkO1t84eV8VvHbTiRmqBFjM7SzCmeSzVFE8M49Mqk4uc&#10;7cq3XJnM+68vXRJ8CTsY/wCiRN3Rv6dykaqcG1LxHWOfN3LlzynzDuWxXNT4L9jfxxt3Rv6ZUitO&#10;DVXy697Kn/O2fKR/yuvlc2IjlkqzguuUlWLXqGLl7n64izch8as3iiwr1DP/AGdAOogXPsWex4iP&#10;unyn4xoniTf719NNp/41ToTe0AjPuPyz4pouuX9v08un/jVOve9eT/hOT8rfj/8AHnfPyh2Z3l2f&#10;sjqabtPAdT5jaG5Oxdx4vZ21qpuuKrsiLPYeXc+fmocDQ5Kpi31SzU8M9VC9SIJBEsjLYZE/eQ5T&#10;5h5isOVr3YtrnuxaSTrIkKNJIPGEOhtCVcqPCYEhTSorQdTr798s75vtny5d7Nt010LZ5ldIkMjj&#10;xRFpbQtWIHhkEgGlRWnXvdzPyf8A5zW16/ddJ8af5cG20+Yfyk3k9VicLkdqQz5LqHYs0QVqrP5X&#10;ciyUGN3nTY2jY1LTUNYmCpolaasyUaxNBJC/K3stdR2j8ze5Nz+5uVYaMwkIW4lHkiployxxRl8V&#10;jhIjUMIm5c9prlLZuYefrj91ctxUZg+J5PRQmTGScUZfEJwkZqGHvdmfw2627+6p+P2z9p/J7uJ+&#10;8e62qc/uDem9RRU1HRU9fujN1ufbauHenpaFq7B7VbINR0czwU6+CNUhgpqZIKaGMec9z5f3bmG8&#10;u+V9m+h2SiJHHUkkIoTxGqTRpKamAJySWZmLMY85s3DZNz3y6uuXdq+j2iirHHUkkIoXW1SaM9NT&#10;CpyalmYlj72aL2Feg5173q//APCoHZ9PW9A/GHf7Qq1VtnuHdez4ai7aoqffOyzmqmEC2krPJ15E&#10;xub/ALYt+bZSfdcvGTmDmjbw3ZLZxyEfOKTSD+XjH9vWRf3c7tk3vmOxr2yWqSU+ccmkfs8U/t69&#10;7RfxEyld/Mh78/l59aEtlvj9/LY+LHQHZ3a9deaXE7v+SOZ622iNm7erAZDBWVe3anCU8rCVZEEm&#10;NzMBCrOAVvOEUftry/7ibn8HMPM263cEA/FHZrNJ4jjzAcMRimHhb8PSzmmNOQNk563D4d85g3K5&#10;hhH4ktFlfxGHoGDEYp8cLeXXve1p7xO6xo69797917r3v3v3Xuve/nxbw7U677I/ntZXsnuzcuJ2&#10;51nhfnBHSZfcu6q+Kl29Rbd6b3dDtXZs+4MjWeGjxu3Zodj46OpepKU1LSO3mcRI7++htntO47b7&#10;DRbZsds8m5vsVVSMVcvcxmSQIBUs9ZXKgdzN8IqQOs5bXbb/AG/2Yi2/Z7dpNwfZ6qiCrF501yaQ&#10;Mlv1HIpktwFSB173s898/wA1uHsDeT/GT+WZtyg+WnyRzcLw1m/cI7V/x56WxpqYaWq3rvbfcDw4&#10;XctHRRy6qcUFS+NkmZENVLUaKCpxe2D2nO32Q5o9zrlto5aQ4ibF3ctSojiiPchPnrUOBU6QtZFx&#10;22X20NjaDmL3DuG2vl9DiNsXVwaVEccZ7kJ89Q1gVOkLV197sW+J/WfdXUnR209mfIXuur7/AO3I&#10;Jctlt3dh1GJo8PTTZDP5OpzE2Bw0FLSUUtRt/bs1Y1LQzVEUUz00aAQ08QjpoY45t3PZN3327veX&#10;dkG37QQqxwhixoihQ7Ek0dwNTAEgMTljVmAXM247Rum83V3sW0Cx2s6VSIMWNFAXUxJNGampgCRU&#10;nLGrH3vSs6Cz2K+VX8/mHfG7cji4dun5T9o9g0NdnK2GCip9udCYrd+5+v1mnqp0jaWjxfXGMRbE&#10;xqyarCJTbNnmC3l5U+781jZxubn91QREKCSXumjSXAHm0zn1zTiesud7hk5a9kTZ2sbGf92wxEKK&#10;ktclElwB5mVz/s9e97WHSn8wp/lJ8tsr1H8ZutpezfjN1lhdyY/uj5VjIyUGyaTs+OCjqts7O6wn&#10;ML0O/IolvHXvC5MqVqVcJSkp45cjifvft2OVeUYt35n3IWvM906G2sKVlMFSHknFaxeqAjGko1XY&#10;iPGrd+RRy3yxHunMO4fT8xXDobezpWQw1IeSbzj9VB4aSpqzER+90Rf8Kgu3fvN9/Fvoejr0C7f2&#10;pvXtncGNTl3k3ZlqHaG06uoOohft49nZhYgADaZybjTaevut7PosOat/eP8AtJYrdG/5pqZJAPt8&#10;SOv2DqZ/u57XosuZN6dPjljhU/6RS7gfb4kdfsHXvex3/Ll2ts7ZPwV+K21di7nwG8cFh+l9lxz7&#10;j2xlaLM4PJ7lrMZHkt5y0Nfj5Z6dkj3fW1yNHqMkLKY5LOrD3jb7kXd7fc+c13d/ayQzveyUR1Ks&#10;qBqR1Bof7MLngeIwR1AfPtzd3nOfMtze27xTPdyUR1KsEBpHUHP9mFzwPEYPXvdZv8635ZZ7cG3s&#10;H/LV+MMR3/8AJz5P1eN29u/b225o6qt2N1pVypX1tHnagBqLC129aWkK1AqXT7Lbi1dZUCGKWlme&#10;TvZLlK3t7if3M5oP0/K+1hnjdxQSzDAKjiwjJxpHdNoRdRDqJD9oeWIIJ5vcHmI+By7twLIz4Ekw&#10;wCo4sIycU+KXSi1IYD3uyX4J/EDbfwH+KO1ulNpww7p3Ph6DJbu7BzuPjajl7E7PytJHPnK+n86e&#10;SGjJo6fF4wSJ5IsbR0yyBpA7NGnPnONzz/zZdb3dsYrV2WOFTnwYFNFBpxOS70wXZqYoBH/OfNVx&#10;ztzNc7vckx27sEiU58KFTRQaeeS70wXZqYp173S9/Jc/mr/Kn5m/LruLqT5Fbn2jW7XrOr90dlbD&#10;27QbV29tOp2ZnNv742Xh/wC5W3KjH0dHm9wY0YDdNXNIuVnyWRVccJPMFE15r96/ajlTkvlDZt35&#10;ctZluhdJDK5keQSK8UjeK4JKodaKB4YRO+mmtOpb92/bTlrlLlbat02G2lFyLlIpGLs4kVo5G8Rw&#10;SVU6kUDQETvpTh173cV/NB3T09tX4C/KOfu+XEHZ+Y6k3Zt7F43KyRLNnewMniqkdcYrBQvJFLPu&#10;P++0NFUUZiOunlp/uCVjhd1hr2ttd5u/cDlVdjD/AFiXkbsy/hiVh4zMfJPC1Bq8QdOSwBin25tt&#10;1ueduWxs4b6pLpGYr+GIMPFLeieHqDV4g6eJA697pi/4TC9Tb7271R8mu48zBX0Owuzd19ebU2TF&#10;VRzQ0uZyPW1LvWbdmdx6ykLUUcM+9KWhFREPG9TS1ERYvAypNX3ot3sLnduWNmhZW3C1imklpkqJ&#10;jH4an0JEbNQ5oymlGqZa+8VullPufLu0wsrXtvFK8lOKiUx6FPoaRlqHNCp4Nn3vaU94rdY39e9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;bnDjXKrLWSx0FOyh1kqP89Kh+jU9Kt6iYN+CAE/qw9ueGRQv2qfX/IP9Q6d8JgNT4H8/yB64lvwA&#10;WP8Ah9BYgG7fQW1Xt9bfQH3nSpxtKT9rRGqcfpqckQyA2+sdDCREDf8AEjzKf6e/VRT2rq+3/N/n&#10;J62rovBKt88+Xp1xKux5cqvB0xgAnhgys7XOkkggqEYEfX2ocTuKWprKemr5iYnZY1cEIqte0aBE&#10;CxpEvICgBRq/1/Zhtdx4U0que6QAD5EcAPQZpjzp0bWN6ks9pb3RpbBvWnHzP+bhknzPXCKngg1m&#10;GGKNpGMkjKgDyyskaNLNIBrlkdYkDMxLEKLngexOalimiiSIsFsGQ6mKliWB5ta114tb9N+fZqJn&#10;R3ZwK+f+r/Vx6kOSwtJo4Y7d6KVqM8ckH8q8KUrSueoRqPBNI8jJ9GMqnRrESBCGWzghU8lzcN+o&#10;C4HvKtJKqaELKIAFkblwQeQQANQJP0/w/wBj7oZkLVYCrcPLql3sTeCkSOQEwx4gjiPz6h1k9Gss&#10;KzPC0laW+1iZkSSVkRndYzJIFk0KpLAWt9frb3njXS1yx0q99PDMX4HCEekAX+tuPbbGowuafy+3&#10;onm2SSpEa4BzwJP2Dyp/g8+k9laCaSCRaalQ1k0DU5mMjwRw0rCVyZaiGQSOTJawTUwc3AsD7dZY&#10;aInUryBVHkHkZl1D/AWJVb+0aSTgUKipxjon3TaYomPhROFXIJrUr+zA+RHHov8AtncfbtGgpt0Y&#10;TDzV9fVfw1/7txJPBjCrBYpqyetqKMZOV4z62iAKqb6CS1kPnN4RUUy00OPm0ItkqZXCxyHSLiMK&#10;G4UNzcg8/S31anae2YqyZbz8j9nrToiY2xMblWkAUYNAAfsz/P8AmOh12lszKY6Ouqc5kqWaqyVX&#10;LVSwY2maGKO87vGHnnkkeWbSV1lUjXWDb8H2j6neFRLfSipf6c3P9fr7QOzSGrNnq/7w0rpjhCr/&#10;AKvToQYKKmpwPGnIt6mJZjbgEk/U+2CfNVMxJZzz/S4/3319t6R0w15K5yepftskqXkvqJ5+vPvd&#10;OmjKx8zXr3uK7Bh73w6qaHieve8Pv3TfXvfvfuvde9+9+69173737r3Xvfvfuvde9//U2NveRHXG&#10;vrf49+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173yVrHn6e/dbwePXvcl&#10;JljINg1v6/7370Vr59OxyiM101PXvblBmJonR0ABUgixI+n+29uRfpEMDnp830pIJQU697fl3gwF&#10;pqVZL2DEOVc86v1WNjfn88+zOPc5I6AioHWpLiCU6pLUE+oNDxr5fPrH4lBBUlbfQA+kcBf0m4/S&#10;Le+E286gtqp4mFtJ0zSBlLJfSzBFQsVB/r7cbdl0US1XV6knz6qbuZWBildQBQZH+b/L1j+1p+D4&#10;Y9QSWNX0AOqTlWmRH/UiyMikgHkqP6e2vI7sz2TBSornWK/EMCpAgH006o1ErAA/2mPss+omGrS2&#10;mvpj+fHqrXdywYNcOQeNWOftz5dNmJ23gcF5DiMVRUDTMzSvTwqruXbW935YB39TAWBbk8+2cV9a&#10;IZKf7mbwy/5yPyNpb/XF/wA+6CWQKVDnSePVTPMUKGVtB8q46e7f7x9P8PcP230z173737r3Xvfv&#10;fuvde9zqSsMF4pkFTRyG81K5sGNtPkiezGCoUfpdefwbqSC4j6e1hWPzH+b0Pz6fhm8OquuqI8R/&#10;lB8j6EfnUY66Iv8AQ2I5B/4gji4P9P8AiffdXRiBY6iCQT0c9xFMAQyOAC1PUKQPHURgi45VgbqS&#10;PfnQLQqaoeB/z+h/1cOvTQhAsiNqibgfQ+h+Y/YfI9eBvfgggng2va5APBPDW49wPbfTHXfv3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3XuveymfLb4k435d&#10;bU2/s3Nd8/JXpDDYWuyVZkR8cuy6Hrap3nDkaSGk/hW9pq3a25hnsLQiIyQUpWOITSM7hyE0C7lH&#10;m6Xk+7uL2DYNsvpnVQPrITMI6EnVEA6aGPAtk0FBTNRPyvzPJyvcz3cOy7feSuAB9VEZRHQ11R0d&#10;NLHgTk0FBTNfe6iMn/wmd+EFeuQqE7n+W7ZisWrmXI5PfHUeTU5KoEjrW5CIdI0dVkFNU/klX7iK&#10;SXkeRSdQmCL7znPMfhqdl2jwVoKLFcL2jyH+MkDGBggeh4dSlH94XnBPDU7TtfhCmBHOMDyH+MED&#10;GBggenXvZrMB8Afnd1xtbZHWPTX81jc2wuoNg7P25sbb2zsh8MfjhufN43bu3aCPD0tHQb0hTbta&#10;kq4enijjqaimqq0Tq08s88jn2E7j3B5C3K7vt03r2niuN4uJnleQbjeIpdzqJMZ1j4iSVBVadoVQ&#10;OgzPzvyXuFzebju3tpHPus8ryNIL+6RSznUSY+4fESSAVWnaAoHXvdkvR/WeX6g6y25sLcHaHYPc&#10;+fxP8Tqc32X2fkqbJbw3Pk8xlq7L1M1V9hS0OMxuNoGrvtMfRU0KQ0dBBDFeR1eWSNN93SHeN0ud&#10;wt9qt7K3fSFhgUrGiqoUAVJZmNNTsxJZyTgUAj/eNxi3Xcbi9g26C0gagWKEEIgVQopUkkmmpmJq&#10;zEnAoB73XL3R/Jh+L/fny2b5kdj7+7+yXYkm9Ovt5y7Rp91dewdayHram23RYLbJw0vVtTuOPa9V&#10;Q7Ygiq4kyy1UolmZaiOR9ayRsvvTzTy/yh/Uzbdv29du8CaPxDHMZv1i5d9XjhNYLkqTHpFACpAp&#10;0Pto92uY9k5X/qnYWVith4MsespL4v6pcs+rxgmsFyVOigoO0gU697tz9xB1F3XvdDvzp/kS9X/N&#10;v5T1HyVru8t19YpuzFbaoe0Nn4bZ2O3HWbpyG1MFR7UxWX23unJ7ioqXZ0x2zh8fTTRS4nLRO1KZ&#10;QFaVgJ75E9+d05H5UXlmPYobowu5gkaQoEEjmRldFQmTvZ2BEkZGqmQB1NPJnvPuPJ/La8vJs0Vw&#10;YmcwyNIUCB2LsroEJk72Ygh0PdTNOve7Pfib8Mvj18KOvB1x0Bsam21Q1bwVO5dy18gy29975KBZ&#10;Fjye8NzzRJW5WaHzSeCBRFQ0QkdKWCBGK+4v5t505i533H95cwX5lkFQiDtiiU/hjQYUGgqcs1AW&#10;ZiK9R1zPzbvvN9/9fvl4ZHGEQdscYPkicF8qnLNQFmJz172Sz+Zp/KI6x/mN5DZO9pew8j0z25sj&#10;EPtWDfdBtOm3vj8/s1slNl6fb+4tszbg2pPVHDZGurJcfUQZGnMD18/kSdWRUGvth7v7p7bx31iN&#10;uW92id/EMRkMRSTTpLo4SQDUAocFDXQtCpqSLvbz3R3HkFLyzFgt3tcz6zGXMZWSmksr6XA1AKGB&#10;Q10rQjNfe0v8FP5HvxT+GOexfZGcnyPyC7mxKwy4ne2/8RjqDbO1cjHHD5MrsnryCbK0GHyn3MZk&#10;gq66sytdRcfbzxNqZ1XPnvnzZzrby7bAq7dsr11RRMS7j+GWYhSy0wVVY1b8SnACnnP3i5l5thk2&#10;+ELY7S3xRxMS7j+GSXtLCmCqqit+JTgD3sLvmn/Ij2d81/l5uf5Nbz+Sm9Nqbc3jjdn0GZ6zwexM&#10;RX5OhO0tp4racY2xvzJ7leiw9BkI8PHVvBPgK0rVz1DCQrIqxmvJPvze8kcn2vLFlyzBLcwtIVma&#10;Vgp8SRpO+JUqxGoqCJV7QopjJjyj70XfKHK1ty9acvwy3ETOVmaRgDrdn74wlWI1FaiVe0KKYz73&#10;Z98SfhD8bvhJsl9ldAbApNvHILE25t45SQZnf286iEs0dRundVRElZWxQu7NDSQiDH0pZvBTxamv&#10;F3N3PPMvPF8L7mDcDJp+CNe2KMeiRjA+bGrt+JjTqOuaOcOYOcLwXm+Xxk0/BGO2KMeiIMD5sasf&#10;xMevew9+eX8vDp7+Ybtfr/Z3c+9u3NqYDrrP5fc2LpOrM5s3CfxXL5XHQYtanOtu3Ye9/uP4XRRy&#10;rSinFNp+6m1+S6aDHkH3F3n26utwvdlsbOW4uY1RjOsjaVUlqL4csVNRpqrq+EUpmq7krnvdeRLm&#10;+u9ps7WWedFQmZZG0qpJouiSOlTSta8BSma+9jz8X/jj198SOiev/jz1ZJnajY/XNDlKPEVu6KrG&#10;1248jLms/ldzZbJZutxGJwWNqcjX5nNVEsjQ0dPH6rBAB7IOaeZNx5v37cOYt1EYvrllLBAwQaUV&#10;FVQzMwAVQBVifn0S8x7/AH3NG9X2+7kEF5cMCwQEINKqihQzMQAqgCrE/Pr3ssP8y3+XZtb+Y507&#10;tbrbL9h5Lqrcext6Rby2pvah28m8KamebGVmGzOHy+1Zs9tqPK0GUoqtXV0rqWop6mniZXMZmhmF&#10;Htl7jXftvvN1ucO3Ld208HhyRF/DJowZWWTQ+kqR5qwIJBFdLKIvb7ny55B3W53CKwW5t5ofDeMt&#10;oJyGVlfS+kgj+EggkUrQj3sKfgT/ACafir8F66h37SQV/dHedKjGDtjsGgx6DbE0sJpqk9b7Ppfu&#10;MZsv7iAkGqlnyWYUSyxrXCnlaD2bc/8AvPzXz3HJYOy2WxHjBCT3itR40ho0lD+EBI8AmPUNXRnz&#10;t7scy85o9kzLabMeMMRPf5jxXNDJQ+QCJgHRqFevezzfK/40bL+YPQm+fjt2JuLe+19k9hf3dTcG&#10;U67yODxO6/ttt7pwu7qWjosjuLbm6sbT01bksDBHUhqN2lpi8YKhyfYF5S5nveTt/sOY9utoJb63&#10;16FmDNHV0aMkhHjYkK5K9woaHy6BvLPMN3yrvdnv1hBDJeQatIlDMlXRkJIV0JIDEjuwaHy697Bv&#10;4H/y8ujf5eWzd9bL6UzPYu46bsPc1DujcOa7NzG2c1njPjMUmKxuLpKjau0Nl4+LEUMZmljR6aSb&#10;zVUpMpUoiHPPvuLvvuJe2F7vcNtG1tEURYFdUozamYiSSQ6jgEhgKKMVqSbc6c97zz1d2V3u8UEb&#10;QRlFWFXVctqJId5DqOAcgUAxxJ97Mr3v03tD5DdNdmdIb8gefaXaGzs3s/MNDb7qijy1I8NLlqAk&#10;qEyWFrvFWUrE2WogQn6ewzsO9XnLu9bZvlg1Lu1mWRa8DpNSp/osKq3yJ6D2y7tdbFu237xZGl1b&#10;Sq6+h0nKn5MKqfkT173pYfyiO6d2fy3/AOZNvz4l941E23Nudl7ln6N3omQkahxFB2JhcrO/Uu+k&#10;WaYU74rPyV70dLU6mheg3ClSHaJQxzY94NktPcn20sObtiUSXNrELqOmWMLKPqIuFdSU1MvHXCVp&#10;U9Zc+6W0WvP/ALf2XM+zKJLi3j+ojpljEy/rx+upaamHHVEVpXr3vc++Qvx86p+UnUe7eke6NtRb&#10;p2FvGkihr6QTSUWRx1fRzpV4nPYLJwEVOKzuFr4knpp0JAZdEiyRPJG+FfLvMW7cq7vab5sl0Ytw&#10;hODSoIIoyMpwysKgg/aKEAjErYt93PlvdLXeNouPDvYjg8QQcMrA4ZWGCPzFCAR73rqZj+SovxSz&#10;EGC6k/nH9l/D3aXbm46fFbX2RmMmNm5jsLdUarSUmMgrds9/dM4zsDccdLXRQxxU+HNSBIAq2kCj&#10;I6H3t/rZC0+7+zNrvN3ZxFnlVfEWGPiWIe0uWiSoJJMmnHHFep5i93f6zRNNuntRb7rdWsZZ5FHi&#10;LEnEkh7acxJUEkl6Y+XXvdkfww/k1fGH4h79XuvJZXe3yB78Soqayk7S7drqbIvt/IVWuOfKbW27&#10;TRCkos1NTlVORr5snkYm1mnqIEkdDGvOvvPzRzht52SOKDb+X6AGC3BGsDgruclQfwIEQ41KxAPU&#10;f82+7HMfNNkdojihsdkoAYYARqA4K7HJWv4VCKcalJAPXva//mWfJ/4YdcdO7k6C+Tn3/Z+V7xwy&#10;7WwHxx62pZtzdyb+rMhVwvt6TbuCxUy1e3amPcFLBNjcpWSUsIyFOgpmmqEWFi/2z5W513LebbmD&#10;lfTaxWL+I95MdFvEADr1s2HGgkOihjoJ1BVJPSL2+5c5t3Ddbfe+XdNtFZvra6lOiCMAd2pjhhpJ&#10;DooJ0k6qKa9e91B/CT/hPv1/mdyY/uL5Q7O3RszYMdTHldj/ABn3F2FS737BraGRVnope++w9nbe&#10;6/23DMpOr+A4DF0rxroSsrnZZ6Zph54+8LuENtJs3K17FPuBGmW9SExQg8D9LDI8rkf8NldgclIw&#10;NLCU+cPfG+it32rly7jmvqaZLtYjHED5/TRSNK//ADclc1yUQYYe9nE/n94janXn8ryq2RtLC4Pa&#10;G2KTs3qHa+19sbdxlBhcFjKDG11fkKXEYfE0ENNRY+jpKLEuyRQRqqrHYC1/YN+79Nd7j7pJfXc8&#10;k10bW4d3dizMWABZmJJJJbJJ8+gp7Iy3N/7jLeXUzy3Bt53d2JZiSACzMakklsknz697VX/Ceeha&#10;k/lr7KnaERDJ9o9sVyOIyhqVj3GuNMzMUXzFXx5j1AtYRhb+mwSfeJcP7l3q6q6bWAfZ2Vp8uNfz&#10;6Te+r6vcG8WtdNtCPs7K/wCWv59e92j/ACi+P22PlT8fu1Pj3vHJZLC7f7R2vNt+qzWHED5LDVcd&#10;VS5TD5ikhqVanqnxeax9POYXss6xmMsobUIs5W5huuVOYdq5isole4tZQ4Vq6WFCrKSMjUpIqOFa&#10;5p1HHLm+XPLW+bbvtpGrz20moK3BhQhlNMiqkivlWvXvdM3xB/4TtfGD4/bxod/93b4yvykz+DqY&#10;6vb23c/tCh2L1fTVcMzTQ12d2RHuDeVbuupptMYjgrMo2Mb1+ajm1J4po5w+8ZzRzDZSbfsdim1W&#10;8go7pIZZyCKELLojEYOalU18NLrQ1lnmn335j3y0ex2ezXbYHFGZXMkxFOCyaYwgOalU18KOM197&#10;2D4YYaaGKnp4oqenp4o4YIIY0ihhhiQJFFFEgVI4o0UBVAAAFh7x5ZmZizEliakniT1BhJYlmNWP&#10;E9e9lf8Amx8e6r5WfFPvH494/I4vD5bs7ZNThcFls2Ks4fGbjo62ize3K/J/YQ1NaKGkzmLp5JTF&#10;HJIEUlUY+kijkjmJOU+bNi5ikjd4bWcMyrTUyEFXC1IFSrECpA+Y6EfKG+ry1zNs2+vGzxW8wZlW&#10;mooQVcCtBUqSBUgfPr3shX8v7+Sf8ZfhNWYXsbcd++O/sY0FZRdibvxVPS7e2Xko9EgqOuNkmevo&#10;8JXU8yKYsnWTV2UjdS1PNSq7xex/7g+93M/O6Tbbbf4hy+1QYY2JeRfSaWgLAjiihUPBlYgHoa88&#10;e73MXN6zWFv/AIlsjVBiRiWkHpLJQFgfNFCofxBqA9e93M+4W6ibr3v3v3Xuve6J/n//ACNdgfOv&#10;5KU/yJqO+dy9Vz5XbuBwO/8Aa1BsXHbtO4321RjF4nJ7fztXufBLtWp/g8MME6T0OVjkMIdRGSwM&#10;8+33vruHIfLLcuLsEV2qSO8TmUx6NZ1MrqEbxBqqRRoyK0NcdTPyR7yX3JnL7bCuyx3IWRmicyFN&#10;Gs6mDKEbWNVSKMhFaZ697sf+H/wc+OXwc2C2w+g9lriXyC0z7s3xnZoMz2FvutpVZYa7du5RSUZq&#10;VhLu0NHSw0mNpWkc09NFrfVG3OPPXMnPW4fX8wXusLXw4lqsMQPlGlTT5sxZ2oNTGg6AHNXOO/8A&#10;OV99bvd3qC10Rr2xRg+SJU0+bEs7UGpjQde9oP55fy8Onv5hu1+v9ndz727c2pgOus/l9zYuk6sz&#10;mzcJ/FcvlcdBi1qc627dh73+4/hdFHKtKKcU2n7qbX5LpoX8g+4u8+3V1uF7stjZy3FzGqMZ1kbS&#10;qktRfDlipqNNVdXwilM1W8lc97ryJc313tNnayzzoqEzLI2lVJNF0SR0qaVrXgKUzX3sefi/8cev&#10;viR0T1/8eerJM7UbH65ocpR4it3RVY2u3HkZc1n8rubLZLN1uIxOCxtTka/M5qolkaGjp4/VYIAP&#10;ZBzTzJuPN+/bhzFuojF9cspYIGCDSioqqGZmACqAKsT8+iXmPf77mjer7fdyCC8uGBYICEGlVRQo&#10;ZmIAVQBVifn172WH+Zb/AC7NrfzHOndrdbZfsPJdVbj2NvSLeW1N7UO3k3hTUzzYysw2Zw+X2rNn&#10;ttR5WgylFVq6uldS1FPU08TK5jM0Mwo9svca79t95utzh25bu2ng8OSIv4ZNGDKyyaH0lSPNWBBI&#10;IrpZRF7fc+XPIO63O4RWC3NvND4bxltBOQysr6X0kEfwkEEilaEe9hT8Cf5NPxV+C9dQ79pIK/uj&#10;vOlRjB2x2DQY9BtiaWE01Set9n0v3GM2X9xASDVSz5LMKJZY1rhTytB7Nuf/AHn5r57jksHZbLYj&#10;xghJ7xWo8aQ0aSh/CAkeATHqGroz5292OZec0eyZltNmPGGInv8AMeK5oZKHyARMA6NQr172VH+a&#10;1vr4gfN7N7Y+Euy9g9hfLD5X7Wztbl9r0Px53Tt/bEHSs9QlNQ7nqOzO5tx7e3lsHau2akUtPDmq&#10;GWgyU0M0ECzLRVQpZPYt9p7DnHkeC654vdwttp5SljCubtHc3IFSghtkeOWRxUmNg6AgsRrTUOhN&#10;7aWXNXJ8Nxzhd30G2csyIFc3SM5uBkoIYEaOR3FSY2DICCxGtdQ697Xn8vH+Rp0V8Wa7Edv954zb&#10;Xb/fFO9Jk8PizFX5bqrqnIwETQHalBuIGq3huWgnAdc7k6eDxzRpLRUNDImti/3F99d+5qjm2fYp&#10;ZbPYDVWbCzzg8fEKYjQj/QkJqCQ7uDQIue/eTeeZEl2rZpJLXZTUMcLNMDx1lcRoR/oaE1BId3Bo&#10;Pe6o/wDhUFkYZe+vi9iVmVqih6h3dkZYPTqjhym80poJjb16Z3w8ii/H7Zt+fcs/dbjYbBzTNTta&#10;8jFfmsdT+zUP29SZ93OMjZOY5adpukFfsjqf+PD9vXve3b0dQtjOlen8a8Ipnx/V3X9C1OsZhWna&#10;k2niYGhWEpGYhEY9IUqum1rD3iBvriXe95kDVDXUprxrWRjXrFzeX8Td91kBqGuZTX1q7Hr3sUfZ&#10;V0W9e9+9+69172WD5l/FraPzQ+N/ZHxy3rl6/bmJ39R4lqTc2KpYK3Jbaz23c9jNzbfzVLR1MkMV&#10;YlLlsREKinMkP3NK8sPkj8mtRTyXzVeclcy7bzJZQrJLbs1UYkK6OjI6kitKqxoaHS1DQ0p0I+U+&#10;ZLrlLf8Ab9/tIlklgLVRiQHVlKMpI4VVjQ0NGoaGlOve6i/ib/wnU+KfRe48fvTvHeGc+Um4MPU/&#10;dY3Abi2zQbH6qMqSyvTTZnYNPmd2ZDcj06GMGCuzE2NmKt5qSRXCJL/Nv3jubN+tpLLYrOPardxQ&#10;ujmWf56ZSsYSucrGHGKOCKmUeZ/fnmbebeS02a1TbYHFCyuZJvnpkKoErnKxhx5MCKn3vYKoqKjx&#10;tHSY7HUlNQY+gpoKKhoaKCKlo6KjpYkgpqSkpoEjgpqamgjVI40UKigAAAe8end5XeSRy0jEkkmp&#10;JOSSTkknJJ6g13eR2kkYs7EkkmpJOSSTxJ8z172EXyG6E67+T/S+/wDoXtehrshsHsfEQ4nPQ4ut&#10;/h2UpzRZKhzeJyeKrjDUJS5TDZvF01ZTO8UsYngXXG6akJxy7v8AuPK297fv+0yKu4Wzlk1Cqmql&#10;WVhiqsrMpoQaE0IOejTYt7v+XN3sd72x1W+t21LUVBqCrAjFQykqcg0JoQc9e911fGL+R38AfjBu&#10;Sk3pj9h7j7n3li6tK3A7g77zOI3vHgKmNxLBUY3amH25tTYUldSToklPV1OJqKylljV4Jo3uxkbm&#10;j3z9weabZ7KS/jsrJxR0tFaLWPMNIzyS0IqCqyBWBIYEdDzmL3i535jt2tJL2O0tGFGW2Vo9Q9C7&#10;O8lDwKhwrA0II697N786fh/tX5z/ABt3p8eN17ny2yYtxVOFzWC3hh6OHKVO29zbbyMWTw+RnwtT&#10;VUNPnca0kbQ1dG09O01NM4jmgm8c0YP5D5xu+ROZbLmK0tUnMYZWjYlQ6ONLAMASreatQ0IFVYVU&#10;hbkzmq55N5gtN9trZZjGGVo2NA6OKMAwBKnzVqGhAqGFQfe6+fgv/If+LXxC3Jjey9+Zeu+SvbeE&#10;qxWbcz29dt47AbC2pWQOslDmNu9apkdyQ/3jpJPXHW5LJZP7eVY5qSOmmjEpkPnv365q5wtpdssI&#10;V2zaHFHSJy8sgPFXmonYfNURKiocspp0OucvenmTmm3k2+yiXb9rcUdY3LSODxV5aJ2HzVESoqGL&#10;A0697vAmjeWGWJJpaZ5IpI0qIRC01O7oVWaJaiKop2liJ1KJI3QkepSLgwapAYEqCAeBrQ/LFD+w&#10;g9Q6CAQSKj09f2UP7D173Uj8P/5MXxe+FvfK/Ivrrfnfm9ewUwu58Mg7T3V1/nsOr7uWOPMZjxbc&#10;6v2jlWzUkIkjWU1hTRUSakYsCJd5x96eaeddgPLm5WG3wbdrRv0I5Ub9P4V755F01oaaa4FCOpQ5&#10;q92uY+btlOw39lZQ2OtG/RSVW7PhXvmddPA00+QoR173bl7iDqLuveyYfOX4NdW/P7qjAdOdv7u7&#10;O2ntHAb8xvYcb9W5na2Dy2SzeIwW4sBQ0uVqd07N3pS1GIipdz1EvhjgiY1CxOX/AGwPY15F563X&#10;2+3a43nZ7O1mvJLdof11dlVWZHJURyRkNVAKknFRTPQt5N5y3Lkjc5922q1tpbp4DF+srsoVmViV&#10;CSRkNVAKknFRTPXvam+G3w/6r+DnSGL6F6grt3ZbamOz+4dzS5nfeRw2U3XlsvuStFVWVOVrdv7f&#10;2viJftqeKGlgEVDDppqeMNrcM7Jec+cd1563yXf94jhS7aNE0xBljVUFAFDu7ZNWNWOSaUFAE/Nn&#10;NW5c47xJve6pEtyyKmmMMEVUFAFDM7ZNSasck0oMde9pn+YL8U8X8z/iV250RUxxLuHN4J8713kJ&#10;Gjj/AIT2VtjVl9mVRmllgihpKzKQChrGZlBoaucXF7hV7ec2S8lc3bPvyk/TpJpmH8UL9sgpmpCn&#10;Uv8ASVelHI3MsnKXM+170p/QR9Mo/iiftkHnkA6l/pKOve9Zz/hOp8sMj053f2n8FO1pa7bidhZT&#10;J7h2LhdwGXHzbd7l2TTy4vfOz5qCsaJqLL7m25igXjZVcVWBWGxklA95OfeO5Sj3nY9q582kLIbd&#10;FSVkyHtpTqikqOKo7YPDTLXgOshffnlmPddn23nPbAshgULIy51wSGsb1HFUduPpJXgOve9vDtnq&#10;7ZfdvWW/OouxMUua2P2PtbM7P3PjdfilmxObopaKoko6nSz0WRpfKJqaoQeSnqI0kSzID7w/2jdb&#10;3Y90sN426XRfW0qyIfRlNRUeYPBhwIJBwesW9s3K72fcbLdLCTReW8qyIf6SmoqPMHgRwIJBweve&#10;9V6t/wCE53xb2t3jtzYG9P5gyYr++71eQ2P0hW7d67213jurB0nl8525lst2FV/3jej+0n8tXR7Q&#10;aFdDXiXQ18rE+8fzVdbFc7hZe3mvwKCW5DzPaxseGtVhGitRRWuK54mvWSae/XMlzs1xfWnI2rwa&#10;CS4DSvbox4a1WIaK1FFaeueOeve9if4kfBX4yfCLac+2Pj/11Q7ercpT08G6N9ZZxnOxN5fbO0sJ&#10;3LuyqjWtqKSKd2kioacU2Np3Zmhp4yzXxz5v585o54u1uuYdyaREJKRL2wx1/gjGAaYLHU5HxMeo&#10;H5o5z5i5wuVuN8vzIik6I17Yo6/wIMA+RY1cjix697N57B3QW69797917r3vV7/4UydgUmY63+K3&#10;xr2/TzZ7sjfnblZ2BjNuYuCWtzElJhMDX7CwtPFSQM0rTbmz2/Xgo4xGzVEtHKFIKENlL92Pb3h3&#10;Lmvma4YR7bb2YiZ2NFqziVjU+SJFVjXAYV49ZGfd6sWi3DmXmCdgm3wWoiLE0WrMJGNf6Cx1Y1wG&#10;FePXvdtX8rb4P4/4IfFDaPWdfBRy9qbsdN/90Zim8E/3O/MzQ0kcmApK+OJJKnB7Mx1PDjaXkxyP&#10;FNUqqNUuPcRe6nPMnPvNt5ucbMNqh/StlNRSJSe8jyaQku3mAVU10jqMPcjnF+dOZrrcUJG2xfpW&#10;6mopGpPcR5NISXPmKhc6R173Y17jfoBde9+9+69173737r3XveuN23/wnI6R7g+T/Y3eOY+QG/MB&#10;112XvbPb/wAx1NtnZmCpc5j87urNSZ/cFLh+yMlmcpQ0uCnyFZU/bU7bceWlikRBM4ju2SO0feQ3&#10;zZ+V9t2KHl+3k3K1gSJbh5GKlY10IWhCqS4AWp8YBiCdIrifNr9+942rlyw2aLY4Hv7eFYlneRip&#10;VF0qWiCglqAVPi0JBNBXHvd2/wAbPiz0N8R+u6TrDoHrzC7C21G0NRlJqKNqncG6srFAtO2e3fuO&#10;rM2Y3LmpY10+aqlfxR2ihWOFUjWEOZea9/5v3F905g3F7i5NQoOEjWtdEaDtRfkoFTk1YkmH+YOZ&#10;N65ov23HfL957jgK4VFrXSiDtRfkBk5NSSevezBew70R9e961tJ/wmo+PVd3zujsfevfHYW4eps1&#10;vDJbpxvT2H2xi9sZejpMhX1GTO2cz2cM5majLYhaiYQtLR4fFVrUgKpPHMRULkw/3meYk2C122y2&#10;C3j3dIVRrhnZ1JAC61g0qFagrRpJF1ZKle3rIFvvBb6my21hZ7LBHuaRBDOzl1JAA1rDpUK1M0Z3&#10;XVxBHb173sJdW9U9cdJbE291j1LszAbA2FtWjWhwW2Nt0MdDjqKK5eWZguqetr6yZmlqaqd5amqn&#10;dpZpHkZmOPG67tuW+X9xum73slxuErVZ3NSf8gAGFUAKooAAAB1Bm5bnf7xez7jud2897Kas7mpP&#10;+YDgFFAooAABTr3vRv8Am3iH/mAfz0q3pGeoqZdpS90bF6Dq/wCFThq7FbF6xoaKDteWhqI0mWOv&#10;pZ8ZuKsTUtoJW0v+hj7zo5HmHt97EJviqBdiyluxqGGlnJMFR6ENCvzGRx6zG5PlHI/s0m8BQLoW&#10;klyKjDSTEmGo9CDEvzHDj173cPtX/hP1vrp7cuTT43fzNPkx0V1fmcvFW5bZW1cfmMXuXKUPmhjq&#10;4cnvHYfa3XW3q/Lz4qmigSsl22yI8au0DoBCIbu/vCWG82sR5l9sdsv90RKLJIVZFNMFY5YJnChi&#10;TpE1SDTUDnqKrn3wst1t4zzB7ebde7iiUWRypQHypHJDKwUMSdIlzWmoHPXvdp/wq/lvfHD4NU+d&#10;y/W2Nzu8e1t5rK2/O7+y8jFuXszdL1dQuQyNN/FRS0lLhMRX5W9TNTUcMTVUojerkqpYo5Firnb3&#10;K5l56aCHc5Y4dph/sraEaIUoKA6akswXtBYnSKhAoJHUbc3c/wC/85NDFuEiRbZD/Z28Q0QpQUB0&#10;1JZgMAsTpFQoUEjr3s/XuP8AoE9e90I/J3+Qp1H2t3dXfIz43d79h/D7tnK7ik3fV1+xMW2d2/jt&#10;2VdRLU5Tc+0KLGbo2BunZ2Zy09TLJL9nmhSRyyEwQRLqRp+5X9/d32nY4+W+Zdhtt52hI/DAlbS5&#10;jAoqSFklSRVAAGqPUQO5ic9TZy7717ptmzpsPMGywbrtix6AJDpYoBQI5KSpIqgADVHqIGWPHr3t&#10;Lbc/kD4rfW6sNuX5vfOH5JfMun27Ua8Rt3c2W3FtjGPRAwsuJyWT3J2D2ruuPHSu1QZf4VkcRO3l&#10;XRJGUYyq7n7wMthaTW3I3Iu2bK0g7nRUdq57gqQwR14U8RJBg1BqKKbj3ulsraW35P5O2/aWkHcy&#10;Krmv8QCRQpXhTWrjBqDUU97vs2NsXZ3WWz9udf8AX22sNs7ZW0cVS4PbW2Nv0MOOw+GxVEnjp6Oi&#10;pIFWONFF2Zjd5HZncszEmAb+/vd0vLncNxuXmvpnLO7klmY8SSf9QGBjqE729u9xuri+vrh5byVi&#10;zuxqzMeJJP8AqHAY697VftJ0m69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de697zQQS1MqQwrqkc8C4UAAXZnZiFREUEsxICgXJt7sql2CqMnq8cbSMEQVPXibC//&#10;ABv/AHgck+3B56egPjotE9Qtw9e66lDfQ/ZROCqKv4kYGQ/VdH09ualjqEoX/i/zf5+PpTp92jhI&#10;WE6nHFvn/R+XzOTxFOuvqBe4/Nr/AONxcj/efx7bJJJJXaSR3kdyWZ3ZndifqWZiST7aJJNSanpO&#10;zMxLMxJPXfvjc+9dV6978CQQQSCDcEcEEfQg/wBfewSCCDkde4de9rCLeNbBTU0UcMbSwAXmdmsx&#10;BvqEcZjXW35Juf8AYcezI7nKVoVBYjJPE/6vl0b2+8T20caRL3KeNTj7AKD9tf2U6w+CItKxW5mA&#10;Emos1wFCBV1ElEAH6VstyTa5JKsxXZUESj+IUU6zWt5qR1ZfzZikjI4sT/qifbL3McmkFCB5+f8A&#10;m6Oo+dt1jVAAoYeY1KTx8wagiuOPAdB/vDYtVuWnipqTOPi6dJ453pzRJUpMyOrMrSGWN0iIUWVR&#10;YN6jc2tNTd9HWP8A8CEX9RDSMsR+o0Bi6rcpa/1P+Hs2jew0VWceWCD+fTMvM9/dyElgrUwSRg/M&#10;0Ff5/LpVQYOCmUrE1gyQqUOto1KljMyRmQognDfRQtjyb3PuK+cxwLaq0SEm+mIuYxYAKEJ+gUi/&#10;+Pu7X9smEzTokYvNI7XO4kgmtAWI/KvCh9P83TmIbWAReBbU9i559V9IAJYH2nq/cEMxkiQRGJmJ&#10;s8SSX/of3Q4Fh9LAW9lV3fTSqEAXR8wD/hqP5dURbJJXcFjU+Zx+wY6zqlgBckgAXva9v6gWBufa&#10;Qm8RYtGbg3PP9SfZZ3efTc3gsSyN1y9xGa3+v7t0mpmp4de94ySffut169769+61173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9//V2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde99+916917317117r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve59DVpTu0VQhmoajSlVCDZioN1mhN7JUwE3Rv9cG6lgbq&#10;1Kg/Cf8AVX7R0ot5VjbTKCYG+IfL1HzHEf5q9cHUsBpYo6m6ta4v+Qy3GpG/I4/wIIBGOtpGo6h4&#10;S4lSyyQzKCEnp5VEkMyA8hZI2BseQeDyPfnUoxX/AFEdVnhMEhQmq8QfUHII+0ddq2pQ1ipP1Vra&#10;lP0KnSWW4PHBI/ofcT3Tpnrl797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3vXm/nYfymsx8tcbTfJv44YmF/kfsnFU9DuradLLBjqjuDaOJS+NbHVUjwU47E2lEuiiMrxnI&#10;UAFL5PJT0cZyJ9kfduHlGRuV+ZJj/VqdyY5DUi3kb4qjJ8GT8VAdD99KM56nX2h9zouWJG5d3+U/&#10;uCZiUc5EDtxqMnwn/FSulu6lGc9e9gx8Fv5+uyNpbTo+if5j1Bv/AKn7p61i/uxmezslsbdOVh3I&#10;uIg8UMnY20MTi6zf+1uwvGscVYI8XV01bOGqXakMhhU657+7/fXd2+/e20lvd7JcnWsCyopTUc+D&#10;IzCJ4eJWrqVFFGumro25z9kry6un3rkF4LraLg61hEiLo1H/AEJ2IieLiVq6lR2jVSvXvZPv5nva&#10;nUP84z5LfFrqD4D02+e09/7YXcmI3p2i+1N07V682/sbcVbtiuTL5Gk3ZQYXP0FDsqqpq6ora2oo&#10;aBXMiU9O1bNNTogy9rtq3j2a5Z5q3jn9oLTb5dDRweIkkzyoHGkGMshMoKhVDPShZtADEir2623d&#10;fanl/mTdedmhtrGTQ0cOtHlaRA40goWUmQFQqhmpQs2gBife9tjuDfNR0N8de0eygku5qvpjpXe2&#10;+fHVpUSzbgqOutjZPP6KmOCZquSXLS4ezqkhkJkIDX594i7PYrv/ADHtW2VESXt7FFinYJpVTFRT&#10;t1YqKY4dYw7VZrvW/bbt9RGl3eRx4p2iWQLiuO3V6Ux173rif8J6dk4P5E70+U/zq7ryI7M+Stb2&#10;RSbZpNw7lMGTr9oUObwK5rKZvAw1CythZc7HVLiaRodCUOLxZoqURU7Sxtkl94i+n5csuVOQ9kj+&#10;l5ZW2LlEqokKvpVXI+LTTxGrXU763q1D1PnvpeTbDact8mbRH9Py+LcuVSoDlW0hWp8Wmmtq11O+&#10;tqtQ9e97UnvFLrGzr3vTx/4Ug/L/AG32Tufqb4S9ZZL+9ma2Lus9gdp02AlbJpRb+rsZVbY2JsVa&#10;eiSWSq3RQ4rPZCoqqddTQnIU0dvMZEjzI+7Zyfc7Za7vzvukXgwTxeFAX7axBg8stTwQsiBT56GP&#10;ChOVXsDytcbfb7nzhuMfhQzReFCWxWIEPJJU8ELKoB89LHhQn3vYw/lu/HfK/FT4QfHfo7cUC026&#10;9r7JfL7zpQQ7UO8t95vLb+3VipJv+UhsJnNzz0Qf6FKddPpCgY4e5XMcXNnPPMe+2zVtJZ9MZ9Y4&#10;lWKNqeWpUDU9T69QLz/v0XMvOO/bxAa20k2mM+scarEjfLUqBvz697O97A3QP69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve6dv5&#10;5/yZ7A+MfwJ3Ll+scpX7d3f2xvrbfStNuvEyVVPl9r4vdOH3RuDcOUxOQpJIpcTkqrAbRqaCGrVl&#10;kppKwSQsk4idZk9ieWNv5o5/tYd0iWSztIHuTG1CrsjIiKwPxKHkVyvBgtDVajqVvZrl6x5i52t4&#10;txjWS1tYXuCjUKuUZFUMD8QDOGK8DpoarUde9u38kz48dUdLfAXpTd+w8Zjajd/d21KLsfsreqw0&#10;subzueys9W0OAqsjFGJhidkQk42mo9XjhkimkK+ead3a97+Yt23v3A3uzv5WFnYzGGGOp0qigd4H&#10;DVL8bNxIIHwqoDXu/vu57vztu9reyMLWzlMUUedKqtO4D+KT4y3EggfCFA97tpr6+hxVDW5TKVtJ&#10;jcbjaSor8jka+oho6GgoaOF6irra2rqHjp6WkpaeNnkkdlREUsxABPuI445JZEiiQtKxAAAqSTgA&#10;AZJJwAOPUYIjyOkcaFpGIAAFSScAADJJPAde96FXy43ZJ/OC/m8bb2J0+1ZuDrFcztXp3bu5KT7m&#10;SjTqHYGRyOb7F7GjdIUNHg6mfJZvI0LPoeaGWmQlZpQgz65QtB7O+z9zf7zpj3TRJcOhpX6iUBYY&#10;eOWAWJG9CGPAV6zW5Xth7V+1txe7rRNx0POyGlfHlAWKL5sAI0b0IY8BXr3vfcjjjhjjhhjSKKJF&#10;jiijVUjjjRQqRxooCoiKAAAAAB7wDJLEsxqT1hQSSSSak9e98/eutde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3XverJ/OO/lV9rRdq0v8wf4MYrNHtLC53F737N2JsSB23im8tuVUGSxfcXXOKpY5Jszn&#10;WqaKNsxjqaOSqqalFrIoZ3mrLZV+zXuvtLbS/t5z3Kn7qeNooJZT+n4bgq1vMxwq0J8NyQoBKEqA&#10;nWSPtR7lbYdsbkbnKVP3a6GOGST+z8NwQYJWPwrQnQ5NAKoSoCde9jh8Rv8AhQ/8YN3bEoMF8yZc&#10;/wDH7ujbNGuM3jXwbF3juzYW6MzjylFV1+CpdlYfcu7NtV9bURyS1GMyGPSKge8SVdRa/si5v+7r&#10;zTZ38k/Jgj3DZJW1RgyxxyopyA5kZI3AFAHR6vxKL0T80exPMdrevNymEvtokNUBkjSRFOQGMjIj&#10;gCgDq1W4lF697IJ2NU7P/mvfzh+hO2fhNjd/13X3TMvVWc7t7vzOCzO3dpQwdV77yG6KPM4Sky5o&#10;sziqjO4SClxeNpqqOhrq2svJ9nHFBU1JkDbVvPab2b3/AGjneW3XcL0TrbWyuryEzxBCrFaqwViz&#10;uyllVcayWVehtYLde2ftVve2c3yQLfXfjLb26srOfGjCFWK1UhW1O5BZVXGsllXr3vcm94Y9Yode&#10;9gRtT5TfGPfe5KvZux/kb0PvLd9BXpiq7au1O3uvtxbkospJX/wqPG1eDxG4azKU9fJlP8mWF4hI&#10;Z/2wNfHs/u+VeaLC2S9vuW7+GzZdQkkt5kQrTVqDMgUjT3VrSmeHR1c8t8xWVut3ebBew2rLqDvB&#10;KqEU1VDMoBFM1rSmeHXvYLfNH+YR8avgzsTK7m7d3xiqjeS0E020uoMDk6Cs7J3rkTCHo6TH4BJn&#10;qsVipXkTz5StSGgpY2BaRpGjikOuSvbzmbnu/itdnsXFlqAkuHUiGIeZL8GbjRFq7HyoCQb8o8jc&#10;wc5XsVvtdmwtNXfOwIijHmS3At6ItWJ8qVI97qh/lp/GLuD5k/I3JfzafmxgExeXzcMEHxT6iraO&#10;f+G7N2jSRSRbc3tT0OSAmp8biaCplOBaWNZa+uq6nNlUeSkleWvczmjZ+TOW4vaPki4LwoSb+4BG&#10;qSQ/HESuCWIHi0NFVVgqQHAkz3B5i2rlPYI/bDlCfVEhJvJwcyOfjjJHEsQPEoaKqrDkBgPe9j73&#10;jZ1AXXvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9ovsjfWG6v67372X&#10;uJtG3+u9l7p31nX8iQ6MNtLB12fybeWT9uLTRY9zqb0r9Tx7XbZYTbpuW37ZbD/GLmeOJf8ATSME&#10;X+ZHSvb7KXcb+y2+3H688yRr/pnYKP5kde96Xn/Cerr7N9+fzBe5PlFu4JWVXXm0d6bzyGQIaWT/&#10;AEmd55yuxUMitN5HRKzbs25WZ9fkuAvIZiM1fvEbjBy/7e7NytZ9q3M0cYH/AAm1UMeHo4hxSn7B&#10;1lt76X0OycjbTy5a4WeWOMD/AITbqG/k3hfL9g6973d/eDnWH3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3zjjeV0ijRpJJGVERAWd3Y2VVUXJJJ97AJIAGerKrOyqoqxOB10SACSQABck8AAfUk/gD261ciUE&#10;b46ldXlb05GrjJImdSCaOFuAaSFxyR/nXF+VC+3CdClF+I8T/k/z+p+XSqYrbhraNqt+Nh5n+Ef0&#10;R/M54U64KBJpkIbjmNXWxS4Ya9JGpHZWtzyBxYG49s/trpH1k9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfve+vde98gxH0Pv1evde9+LE+/V68Mfb1731c+/de69797117r3vr37r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf8A/9bY295Edca+t/j3737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173yUaja9r/T/AF/furKAxpXr3tXVuNqK&#10;ramMyscLuMXVVuLrpApJiikeOsoWf+kV6l1DfQEge9lwwUVyOhHdWM8/L9juCxEi3keKQ04AkOlf&#10;l3EV+YHSNXdWLpd9y7Jqqulpcpk9u0+58NSTzlavLxUlbU4vcBoYnOmaLCouOMwj5T7xWYWa/tH+&#10;9dBrpZe/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3sIOzfj&#10;30H3U9JJ3J0f1B21Jj/H9g/ZvWmy9+PReEVKw/aNurC5VqbxLWzBdGnSJXt+prnO18xcwbIHGy75&#10;eWYbj4E0kVa0rXw2WvAcfQenRrt2+73tAcbTvF1ahuPgyyR14cdDLXgP2D0697fOuOoep+nMPJt7&#10;qLrDrvqvASv5JcH1xsrbWx8PJIJ6qpEkmM2xjMXRO/3NdPJcpfXM7fV2JY3LeN33mYXG8bpc3dwP&#10;xTSvK3AD4nZjwAHHgB6dM7hum57tKJ903Ge5nH4pZHkbyHFyTwAH5D0697WmVxWNzuLyWEzNDTZP&#10;EZigrMVlcbWxJPR5DG5CnkpK6hq4JAUmpqulmaORGBDKxB9oYpZYJYp4XKzIwZSMEMDUEHyIOR0j&#10;ilkhkjmicrKjBlIwQQagg+oOR173q01/8pr+YF/L3703h3R/Ky7J2zu7r7d0U61/SfYeZoMflKjF&#10;wvUVeL2fno92zUOzd6UmDqaqUYvMSZTEZamWVo2YCSomqMqY/dv299w9hs9l91dslh3GEilzCpKh&#10;sBpE8MGSMsANcYSSNqVAwqrkgnudyPz1s1rtHuRt8kV9FSlxEpIBwC66KyRlgBrjCOhpXyUL72IW&#10;+cn/AMKSvkVj5uv5esegfiLisjRyQZLsDY289lUuQlgqaqkpZKaHN0fbnfm88DWRQVDzrVYmio6i&#10;OKCTROJjEkhdYxfdq5ckXcBum4bxKrVWKWOUioBNSpt7WNxUAaZGYEkVXTUhDZx/d/2FxfDcb7dJ&#10;VNRFJHIRgE10mC2jYVFKOzAkiq0qR72Ov8ub+Rr158UN64/5BfIfeVN8gvkZR18mfwlQKauPX2wN&#10;zz1BqpdzYo5wnO753pHVF54Mzk4qQU0svliokq4o6v2Q+5HvruPNtjJy9y7ZHbuW2XQwqPGlQCmh&#10;tPbFHTBjQtqAoXKEp0Tc++8l/wAzWcmx7FaGx2ErpYVHiypSmhtPbHHTBjQtUChcqSnXvd93uAeo&#10;T69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de697LV8uvix1t8zeg98fH7tNK6Hbu76eknoc3iHijzm1Ny4eqjyG3t0YWWZH&#10;i++xOQhUtE4MVVTtLTygxSuCJuUOa9z5L5gseYdqKm5hJBVvhkRhR0b5MPMZU0YZA6EHK3Mm4cpb&#10;3Z75tpUzxEgq3wujCjI3yYefEGjDIHXvevX0r8Uf55f8s+DJ9Y/FgdKfLPouTOV9ftra2789h8Vj&#10;MIckKyprMrT4Pee/uqs/s6bIVkvnq8djNwZCgNcxmAlaSolfIje+bPYr3NaLdOa/rto34RgO8aMz&#10;NpoApaOKdJABhXeJH04xRQJ03fmb2b9wjHuPMn1m17zoAd0VmLUoApaOKZZKDCu8Stpxiige95O3&#10;Pi//AD7/AOYbj6jYPyF3D038TenMrVtS7n2DtbdmKixOcxkK4+R5Kyn62z/be593UNU0reLGZXcU&#10;NE89KzSxwjwSPraOafYH27kXcOXbe93feUFUleNtStngZkt0jI83jhLAMKE9wGtr5j9k+RHW+2KC&#10;73PdlFUldDqU54GVYEQjzdIi1CKE5A97uD/l4/yxehv5eG0cjBsZ6vffbW66GCh3/wBzbkoKeiz2&#10;cooZIKkbe29iIKitptnbMTIU61AoIp6meeZY3q6qqaCnMUOe4vuhv/uLeRtfgW+0QsTFbISUUmo1&#10;uxAMklDTWQoAqERNTVivnv3E3rnu6ja8Ag2uJiYoEJKqcjUzEAySUNNRAAFQqrqavvdkXuNegB17&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3XvYE9i/Fv4y9wZdNwdt/HTontLPRh1j&#10;zfYvUXX+98vGrxU0LqmS3Nt7J1ih4aOFCA/KxIPoq2Ptt5q5n2aE2+0cx39rbn8MNxLEvmfhR1HE&#10;ny8z69HVhzJzFtURg2vfr22gP4Yp5Y18/JGA8z+0+vXvYlbJ2DsXrXb9JtPrnZe0tgbWoFjWh21s&#10;nbmH2rt+iWKnp6OJaTDYKjoMdTLHSUsUShI1tHGij0qAC2+3C/3O4e73K9muLtuLyu0jnJOWYknJ&#10;J48ST59F95e3u4TtdX93LPctxeR2djknLMSTkk8eJPXvaF+RnWGY7r6B7p6f2/uio2TnO0Ort87C&#10;xG7aby+Tb+Q3XtvI4WkybCnK1Jp6aasBlETJMYtQjZX0sF/Le6Q7JzBsm83FqJ4LW6ilaM/jEbhi&#10;ucVIGK4rSoI6WbBuMW0b5tG6z2wmhtrmORkP4gjhiM4qaYrivGo6970RH/kA/wAztd4TbZXpvZ8m&#10;Fiq6inTsNO4usBs+phhp5J46+Gik3Mm/1pKuRBDGJMHHOJHBeNI9TjPMfeC9rzZrdfvmbxyAfB+n&#10;n8QVNKE6PCqOJpKRTgScdZoD3v8Abv6UXH72l8YgHwvAm1jPCujwqjiaSEU4EnHXvd6PwD/4Txda&#10;dE7lwvavy43Tt3vffWBqafIYLrLb1BVt0xiMnTlZYq/PybioKHN9kPTVCK8FPVUWNxwsRUUlUGXx&#10;wR7gfeK3PfrWfaeULWSwsJAQ07kfUsp8k0ErDUcSrO/8Lp5w1zv77bhvVvNtnK9tJZWTghpmI8dg&#10;fJdJKxVHEqzv/Cy+fveyeqqiqiKqIihVVQFVVUWVVUWAUAcD3jSTXJ49Y/ccnj17337117r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve9d3+Z8384X5P7e7U+M3x9+GeG2&#10;j0JnczkNsZLtF++ukKze/bWycXmHakq8djsv2LteTr3bW8qelilqsdUUdTk2pW8Es8SyVEDZGe1w&#10;9nOV7nauZ+YedHm3+NA6wfS3Iit5WXIJWF/GeMkhXDBNXcFNFbqd/br/AFquXJ9t5h3zm15d7RA4&#10;h+muBHBIVyCVifxXjJIDBgle4A0Vuve6z/gF8Q/55f8ALu3lu3cfUHxL2duTAdjQ7bo+w9kb47c6&#10;Aq8TuGl2tU5aXDVVHkMP3hicxhM5ioNw5BKWoSaSnU1bGemqFVUEm+4HOHsV7jWVnbbxzdNFcWxc&#10;wyxW92GQyBdQIa1ZWViiFgQD29rLx6kLnfmn2b57tLWDdeZ5Y57cuYpI4LkMpcLqBDW7KynStRQH&#10;twy8eve9qD4jdm/K7s3ZWcrvlt8ZMN8Zt7YnMx0GIw+E7d2l2tRbwxclOaqTPwf3RlyNPtaGkkkS&#10;kFNUV9XUTyRyS/tRlFOKnN+18p7XfQR8o8zvudi6VZmt5IDG1aaD4lC5PxagigAgZNT1jbzRt3LO&#10;3XkKcr8xPuNmyVZmgeEoa0099C9fiqFUAEDJqevezZewj0GOve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697UWKhkpsZl&#10;M2t1emMGOpGsfTU14kEsqH8PDSROB+Qzg/j24jaNTfipj/P+zo3srcpYX+58GjKon+metSP9KoP5&#10;kHptnyFOmUocOxYVVbRZHKRAD0NS4ioxVPUguJFZXFRmILCzKy6gbcXTxBH19t9FJBHHpy99e/da&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve//X2NveRHXGvrf49+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917290u4cvR46&#10;txNPWMlBkFCVUJVG1qLgqrspdAwNjYi4908NNWund0b2++7pbbfdbZFckWUwoy0Bx6AkVFfOh6TO&#10;V2btfObg2xuvLYWir9w7LbLvtbK1Cu1ThXztGmPyz0dnEQetooxGxZWIX9Nrn2ye79FHSm9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69172tq/cGJfbGIwm&#10;OoJIKinlerykkmkx1NdoMKTrIG8kgMTGysFCXCi4W5bpIWNW/T/1f6vn0LbvetrPL+27VZWbLcqx&#10;eUmlGemkMDWrYJNCAFqAK6QSFu2NnbsouyOxN7bp3NTZrGZmPb+F68wVJSy0kO0Nr46gFTmYqhXZ&#10;kqMzuDctTJJUzhpDLBSUwBRVWCJFkliSfqfbnQTJqST0KXvj791rr3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de697//Q2NveRHXGvrf49+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9/wD/2VBLAwQUAAYACAAAACEA&#10;fvGDo9sAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaNOo6SCEKeqKirE&#10;sS0IenPjJY6I15HtpuHvcU7l+DSrmbflejQdG9D51pKA5SIBhlRb1VIj4P24e3gE5oMkJTtLKOAX&#10;Payr2V0pC2WvtMfhEBoWS8gXUoAOoS8497VGI/3C9kgx+7bOyBDRNVw5eY3lpuNpkqy4kS3FBS17&#10;3Gqsfw4XI2B3ctnwZOkl0fxzc8xf3z6ar5MQ9/Nx8wws4BhuxzDpR3WootPZXkh51k3MgoD4zpSl&#10;aRb5LCBfZTnwquT/9as/AAAA//8DAFBLAwQUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbc&#10;KAgu517uOUy7f9qJPSgm452ApqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJx&#10;ScCYc9hxnuRIFlPlA7nSDD5azOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm3&#10;5PIPBTe2uAsQo6YswJIy+A6b6ho08K7lX491LwAAAP//AwBQSwECLQAUAAYACAAAACEA2vY9+w0B&#10;AAAUAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD4BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAJmf+8ugIAAPQFAAAOAAAAAAAAAAAAAAAAAD0CAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQDMdaUi/gEZAP4BGQAUAAAAAAAAAAAAAAAAACMFAABkcnMvbWVkaWEvaW1hZ2UxLmpwZ1BL&#10;AQItABQABgAIAAAAIQB+8YOj2wAAAAYBAAAPAAAAAAAAAAAAAAAAAFMHGQBkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAAAAAAAAAAAAAABbCBkAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABMCRkAAAA=&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId10" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidRPr="0034223A" w:rsidSect="0034223A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Monotype Corsiva">
-    <w:panose1 w:val="03010101010201010101"/>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="script"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BCC30A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4941258"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1765,51 +1681,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24091EC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F688422"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1878,51 +1794,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27FE004B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C964812C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2867290F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7F44E68"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1991,51 +2020,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="308F2A57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F90FD80"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B1E015A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67DCF7DE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2104,51 +2246,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DE051B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2036014E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2217,51 +2359,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55C529A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77381920"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55DD5360"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9222F06"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2330,532 +2585,649 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64973646"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E6290C0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1533496297">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1028991645">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="487551242">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="113444646">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="695161208">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6" w16cid:durableId="1077094100">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="468398712">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1851484366">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="295838229">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="10" w16cid:durableId="510799545">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034223A"/>
+    <w:rsid w:val="001121B5"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034223A"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="005C724C"/>
     <w:rsid w:val="00865FEB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="37C87291"/>
+  <w15:docId w15:val="{8AF248EA-12D2-4AB9-A816-26E5C263F1BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0034223A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...250 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -2899,58 +3271,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00865FEB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3196,68 +3568,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
-  <Characters>8</Characters>
+  <Characters>9</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8</CharactersWithSpaces>
+  <CharactersWithSpaces>9</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mary</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>