--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1,2448 +1,3731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00196C19" w:rsidP="00D809CD">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="25B18A7E" w14:textId="2C2ACFAD" w:rsidR="00EA1CC0" w:rsidRDefault="004E3E1D">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Air Americana" w:hAnsi="Air Americana" w:cs="Air Americana"/>
           <w:noProof/>
-          <w:color w:val="D12229"/>
-[...1 lines deleted...]
-          <w:szCs w:val="120"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...85 lines deleted...]
-        </mc:AlternateContent>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30D997DB" wp14:editId="5AC24EA7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-400050</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>7550150</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="984250" cy="1429385"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="377869538" name="Picture 6" descr="A close-up of a person smiling&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="377869538" name="Picture 6" descr="A close-up of a person smiling&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="984250" cy="1429385"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-    </w:p>
-[...224 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56D5860D" wp14:editId="5884886C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EC83F9F" wp14:editId="75A1CA7F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>0</wp:posOffset>
+                  <wp:posOffset>768350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>255905</wp:posOffset>
+                  <wp:posOffset>7461250</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3657600" cy="0"/>
-                <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
+                <wp:extent cx="3003550" cy="1524000"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Straight Connector 1"/>
-[...707 lines deleted...]
-                <wp:docPr id="9" name="Text Box 9"/>
+                <wp:docPr id="1016501972" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3136900" cy="1308100"/>
+                          <a:ext cx="3003550" cy="1524000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
-                        <a:effectLst/>
                       </wps:spPr>
-                      <wps:style>
-[...12 lines deleted...]
-                      </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00D809CD" w:rsidRPr="00D809CD" w:rsidRDefault="00D809CD">
+                          <w:p w14:paraId="6E118EE8" w14:textId="0DB84785" w:rsidR="004E3E1D" w:rsidRPr="004E3E1D" w:rsidRDefault="004E3E1D">
                             <w:pPr>
                               <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                                 <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-                              <w:rPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                                 <w:b/>
-                              </w:rPr>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Agent Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D809CD" w:rsidRDefault="00D809CD">
-[...16 lines deleted...]
-                            <w:r>
+                          <w:p w14:paraId="06671017" w14:textId="4CEB9087" w:rsidR="004E3E1D" w:rsidRPr="004E3E1D" w:rsidRDefault="004E3E1D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>DRE Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>NMLS ID:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:hyperlink r:id="rId6" w:history="1">
+                              <w:r w:rsidRPr="004E3E1D">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>youremail@mail.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
                             <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
                               <w:br/>
-                              <w:t>youremail@mail.com</w:t>
-[...3 lines deleted...]
-                              <w:t>youwebsite.com</w:t>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="1EC83F9F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:116pt;margin-top:.25pt;width:247pt;height:103pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8bBFMfgIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X203adcEdYosRYcB&#10;RVssGXpWZKkxJomapMTOfn0p2U6DbJcOu9gU+USRjx/XN61WZCecr8GUtDjLKRGGQ1Wbl5L+WN19&#10;uqLEB2YqpsCIku6Fpzezjx+uGzsV57ABVQlH0Inx08aWdBOCnWaZ5xuhmT8DKwwaJTjNAh7dS1Y5&#10;1qB3rbLzPL/MGnCVdcCF96i97Yx0lvxLKXh4lNKLQFRJMbaQvi591/Gbza7Z9MUxu6l5Hwb7hyg0&#10;qw0+enB1ywIjW1f/4UrX3IEHGc446AykrLlIOWA2RX6SzXLDrEi5IDneHmjy/88tf9g9OVJXJZ1Q&#10;YpjGEq1EG8gXaMkkstNYP0XQ0iIstKjGKg96j8qYdCudjn9Mh6Aded4fuI3OOCpHxehykqOJo60Y&#10;5VcFHtB/9nbdOh++CtAkCiV1WLzEKdvd+9BBB0h8zcBdrVQqoDKkKenl6CJPFw4WdK5MxIrUCr2b&#10;mFIXepLCXomIUea7kEhFyiAqUhOKhXJkx7B9GOfChJR88ovoiJIYxHsu9vi3qN5zuctjeBlMOFzW&#10;tQGXsj8Ju/o5hCw7PHJ+lHcUQ7tu+1KvodpjpR10k+Itv6uxGvfMhyfmcDSwgjju4RE/UgGyDr1E&#10;yQbc77/pIx47Fq2UNDhqJfW/tswJStQ3g708KcbjOJvpML74fI4Hd2xZH1vMVi8Ay1HgYrE8iREf&#10;1CBKB/oZt8I8voomZji+XdIwiIvQLQDcKlzM5wmE02hZuDdLy6PrWJ3Ya6v2mTnbN2TAXn6AYSjZ&#10;9KQvO2y8aWC+DSDr1LSR4I7Vnnic5NT2/daJq+L4nFBvu3H2CgAA//8DAFBLAwQUAAYACAAAACEA&#10;1/lzod8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDUEIV4lRVpAoJ&#10;waGlF25OvE0i7HWI3Tbw9Swnepyd0eybcjU7K044hcGTgvtFAgKp9WagTsH+fXO3BBGiJqOtJ1Tw&#10;jQFW1fVVqQvjz7TF0y52gksoFFpBH+NYSBnaHp0OCz8isXfwk9OR5dRJM+kzlzsr0yTJpdMD8Yde&#10;j1j32H7ujk7BS71509smdcsfWz+/Htbj1/4jU+r2Zl4/gYg4x/8w/OEzOlTM1PgjmSCsgvQh5S1R&#10;QQaC7cc0Z9nwPckzkFUpLwdUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC8bBFMfgIA&#10;AGMFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDX+XOh&#10;3wAAAAgBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:60.5pt;margin-top:587.5pt;width:236.5pt;height:120pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQVFNiGgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C817u+pe3K68hN5KqS&#10;lURyqjxjFrxILEMBe9f9+g6sb03yVPUFBmaYyzmH2W3XaLIXziswJR0OckqE4VApsy3pz+flpy+U&#10;+MBMxTQYUdKD8PR2/vHDrLWFGEENuhKOYBLji9aWtA7BFlnmeS0a5gdghUGnBNewgEe3zSrHWsze&#10;6GyU5zdZC66yDrjwHm/veyedp/xSCh4epfQiEF1S7C2k1aV1E9dsPmPF1jFbK35sg/1DFw1TBoue&#10;U92zwMjOqTepGsUdeJBhwKHJQErFRZoBpxnmr6ZZ18yKNAuC4+0ZJv//0vKH/do+ORK6b9AhgRGQ&#10;1vrC42Wcp5OuiTt2StCPEB7OsIkuEI6X4zwfT6fo4ugbTkeTPE/AZpfn1vnwXUBDolFSh7wkuNh+&#10;5QOWxNBTSKxmYKm0TtxoQ9qS3owx/18efKENPrw0G63QbTqiqpKOToNsoDrgfA566r3lS4U9rJgP&#10;T8wh19g36jc84iI1YC04WpTU4H6/dx/jkQL0UtKidkrqf+2YE5ToHwbJ+TqcTKLY0mEy/TzCg7v2&#10;bK49ZtfcAcpziD/F8mTG+KBPpnTQvKDMF7EqupjhWLuk4WTehV7R+E24WCxSEMrLsrAya8tj6ohd&#10;RPi5e2HOHmkIyOADnFTGilds9LE96otdAKkSVRHnHtUj/CjNxODxG0XtX59T1OWzz/8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQC28zzi4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8Qdr&#10;kbhRJ1EDbRqnqiJVSAgOLb1w28RuEhGvQ+y2gdeznMptZnY0O5OvJ9uLsxl950hBPItAGKqd7qhR&#10;cHjfPixA+ICksXdkFHwbD+vi9ibHTLsL7cx5HxrBIeQzVNCGMGRS+ro1Fv3MDYb4dnSjxcB0bKQe&#10;8cLhtpdJFD1Kix3xhxYHU7am/tyfrIKXcvuGuyqxi5++fH49boavw0eq1P3dtFmBCGYKVzP81efq&#10;UHCnyp1Ie9EzT2LeEhjETykjtqTLOYOKpXnMkixy+X9F8QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAQVFNiGgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC28zzi4AAAAA0BAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00D809CD" w:rsidRPr="00D809CD" w:rsidRDefault="00D809CD">
+                    <w:p w14:paraId="6E118EE8" w14:textId="0DB84785" w:rsidR="004E3E1D" w:rsidRPr="004E3E1D" w:rsidRDefault="004E3E1D">
                       <w:pPr>
                         <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                           <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-                        <w:rPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                           <w:b/>
-                        </w:rPr>
-[...7 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Agent Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00D809CD" w:rsidRDefault="00D809CD">
-[...16 lines deleted...]
-                      <w:r>
+                    <w:p w14:paraId="06671017" w14:textId="4CEB9087" w:rsidR="004E3E1D" w:rsidRPr="004E3E1D" w:rsidRDefault="004E3E1D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>DRE Lic #</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>NMLS ID:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:hyperlink r:id="rId7" w:history="1">
+                        <w:r w:rsidRPr="004E3E1D">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>youremail@mail.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
                       <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
                         <w:br/>
-                        <w:t>youremail@mail.com</w:t>
-[...3 lines deleted...]
-                        <w:t>youwebsite.com</w:t>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="6" name="Picture 6"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6681DF41" wp14:editId="6B50529A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4279900</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8143240</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2254250" cy="751205"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="856899596" name="Picture 7" descr="A black background with orange and blue text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="yourimagehere.jpg"/>
+                    <pic:cNvPr id="856899596" name="Picture 7" descr="A black background with orange and blue text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="856136" cy="1244250"/>
+                      <a:ext cx="2254250" cy="751205"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
-      </w:r>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="504E234A" wp14:editId="0B856A27">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-520700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-584200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3381375" cy="1498600"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1553761450" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3381375" cy="1498600"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="53CBE69A" w14:textId="503A5A64" w:rsidR="00EA1CC0" w:rsidRPr="005D79DF" w:rsidRDefault="00EA1CC0" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EA1CC0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="118"/>
+                                <w:szCs w:val="118"/>
+                              </w:rPr>
+                              <w:t>Save up</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00EA1CC0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                                <w:color w:val="C00000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00EA1CC0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                                <w:color w:val="3C5481"/>
+                                <w:sz w:val="68"/>
+                                <w:szCs w:val="68"/>
+                              </w:rPr>
+                              <w:t>for a</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00EA1CC0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00EA1CC0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00EA1CC0">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                                <w:color w:val="3C5481"/>
+                                <w:sz w:val="86"/>
+                                <w:szCs w:val="86"/>
+                              </w:rPr>
+                              <w:t>down payment</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="504E234A" id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-41pt;margin-top:-46pt;width:266.25pt;height:118pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFuhHCGQIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7Zz22wUZ5XuKlWl&#10;aHelbLXPBENsCTMUSOz06ztg56Jtn6q+wMAMcznnsHhoa0WOwroKdE6zQUqJ0ByKSu9z+uNt/WVG&#10;ifNMF0yBFjk9CUcflp8/LRozF0MoQRXCEkyi3bwxOS29N/MkcbwUNXMDMEKjU4Ktmcej3SeFZQ1m&#10;r1UyTNNp0oAtjAUunMPbp85JlzG/lIL7Fymd8ETlFHvzcbVx3YU1WS7YfG+ZKSvet8H+oYuaVRqL&#10;XlI9Mc/IwVZ/pKorbsGB9AMOdQJSVlzEGXCaLP0wzbZkRsRZEBxnLjC5/5eWPx+35tUS336FFgkM&#10;gDTGzR1ehnlaaeuwY6cE/Qjh6QKbaD3heDkazbLR3YQSjr5sfD+bphHY5PrcWOe/CahJMHJqkZcI&#10;FztunMeSGHoOCdU0rCulIjdKkyan09EkjQ8uHnyhND68Nhss3+7afoIdFCcczELHuTN8XWHxDXP+&#10;lVkkGWdB4foXXKQCLAK9RUkJ9tff7kM8Yo9eShoUTU7dzwOzghL1XSMr99l4HFQWD+PJ3RAP9taz&#10;u/XoQ/0IqMsMv4jh0QzxXp1NaaF+R32vQlV0Mc2xdk792Xz0nZTxf3CxWsUg1JVhfqO3hofUAc4A&#10;7Vv7zqzp8fdI3TOc5cXmH2joYjsiVgcPsoocBYA7VHvcUZORuv7/BNHfnmPU9ZcvfwMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAC1VDr3hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1&#10;SNxamyhBIcSpqkgVEoJDSy/cNrGbRPgnxG4beHq2J3qb0X6anSlXszXspKcweCfhYSmAadd6NbhO&#10;wv5js8iBhYhOofFOS/jRAVbV7U2JhfJnt9WnXewYhbhQoIQ+xrHgPLS9thiWftSObgc/WYxkp46r&#10;Cc8Ubg1PhHjkFgdHH3ocdd3r9mt3tBJe6807bpvE5r+mfnk7rMfv/Wcm5f3dvH4GFvUc/2G41Kfq&#10;UFGnxh+dCsxIWOQJbYkkni6CiDQTGbCG0DQVwKuSX2+o/gAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAFuhHCGQIAAC0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAtVQ694QAAAAsBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="53CBE69A" w14:textId="503A5A64" w:rsidR="00EA1CC0" w:rsidRPr="005D79DF" w:rsidRDefault="00EA1CC0" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EA1CC0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="118"/>
+                          <w:szCs w:val="118"/>
+                        </w:rPr>
+                        <w:t>Save up</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00EA1CC0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                          <w:color w:val="C00000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00EA1CC0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                          <w:color w:val="3C5481"/>
+                          <w:sz w:val="68"/>
+                          <w:szCs w:val="68"/>
+                        </w:rPr>
+                        <w:t>for a</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00EA1CC0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00EA1CC0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00EA1CC0">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed"/>
+                          <w:color w:val="3C5481"/>
+                          <w:sz w:val="86"/>
+                          <w:szCs w:val="86"/>
+                        </w:rPr>
+                        <w:t>down payment</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35820817" wp14:editId="0BDC33F1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>7296150</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7874000" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="163918875" name="Straight Connector 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7874000" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="3C5481"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="39FCAD86" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,574.5pt" to="620pt,574.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/TYvZuQEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KdtDEEyzk4SC9F&#10;G7TpB9DU0iLAF5asJf99l7QlB22BAEUuKy65M5wdrjb3ozXsCBi1dy1fLmrOwEnfaXdo+c/nxw9r&#10;zmISrhPGO2j5CSK/375/txlCAyvfe9MBMiJxsRlCy/uUQlNVUfZgRVz4AI4OlUcrEqV4qDoUA7Fb&#10;U63q+lM1eOwCegkx0u7D+ZBvC79SINM3pSIkZlpO2lKJWOI+x2q7Ec0BRei1vMgQ/6HCCu3o0pnq&#10;QSTBfqH+i8pqiT56lRbS28orpSWUHqibZf1HNz96EaD0QubEMNsU345Wfj3u3BOSDUOITQxPmLsY&#10;Fdr8JX1sLGadZrNgTEzS5t367rauyVM5nVVXYMCYPoO3LC9abrTLfYhGHL/ERJdR6VSSt43LMXqj&#10;u0dtTEnwsN8ZZEdBL3ez+3i7XubHIuCLMsoytLpqL6t0MnCm/Q6K6Y7Ursr1ZaxgphVSgksTr3FU&#10;nWGKJMzA+nXgpT5DoYzcDF6+Dp4R5Wbv0gy22nn8F0EaJ8nqXD85cO47W7D33am8arGGZqc4d5nz&#10;PJwv8wK//o3b3wAAAP//AwBQSwMEFAAGAAgAAAAhABRKm2LZAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMT0FOwzAQvCPxB2uRuFGnUVTREKeqkCrOLYjzOt4mobEdbDcNvJ7tAcFtdmY0O1NtZjuI&#10;iULsvVOwXGQgyDXe9K5V8Pa6e3gEERM6g4N3pOCLImzq25sKS+Mvbk/TIbWCQ1wsUUGX0lhKGZuO&#10;LMaFH8mxdvTBYuIztNIEvHC4HWSeZStpsXf8ocORnjtqToezVfCy229z/TG862L13eh8/XkKEyp1&#10;fzdvn0AkmtOfGa71uTrU3En7szNRDAp4SGJ2WawZXfW8yBjpX07Wlfy/of4BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAP02L2bkBAADVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAFEqbYtkAAAALAQAADwAAAAAAAAAAAAAAAAATBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="#3c5481" strokeweight="1.5pt">
+                <v:stroke joinstyle="miter"/>
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="612E64E9" wp14:editId="4A953A09">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>-12700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>7232650</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7981950" cy="0"/>
+                <wp:effectExtent l="0" t="19050" r="19050" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1508639310" name="Straight Connector 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7981950" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="38100">
+                          <a:solidFill>
+                            <a:srgbClr val="3C5481"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="5EFF62B8" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1pt,569.5pt" to="627.5pt,569.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAC6orsxAEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815KcJnEEyzk4SC5F&#10;EiTtB9DU0iLAF0jWkv++S8qSgzZogaIXilzuzM4OV+u7QStyAB+kNQ2tFiUlYLhtpdk39Pu3h88r&#10;SkJkpmXKGmjoEQK923y6WPeuhqXtrGrBEyQxoe5dQ7sYXV0UgXegWVhYBwYvhfWaRTz6fdF61iO7&#10;VsWyLK+L3vrWecshBIzej5d0k/mFAB6fhQgQiWooaot59XndpbXYrFm998x1kp9ksH9QoZk0WHSm&#10;umeRkR9e/kalJfc2WBEX3OrCCiE55B6wm6r8pZu3jjnIvaA5wc02hf9Hy58OW/Pi0YbehTq4F5+6&#10;GITX6Yv6yJDNOs5mwRAJx+DN7aq6vUJP+XRXnIHOh/gIVpO0aaiSJvXBanb4GiIWw9QpJYWVIX1D&#10;L1dVWea0YJVsH6RS6TL4/W6rPDkwfMPL7dWXVZWeDSnepeFJGQyeu8i7eFQwFngFQWSLupdjhTRg&#10;MNMyzsHEiVcZzE4wgRJm4Enan4Cn/ASFPHwzuPp71RmRK1sTZ7CWxvqPCOIwSRZj/uTA2HeyYGfb&#10;Y37fbA1OUXbuNPFpTN+fM/z8X25+AgAA//8DAFBLAwQUAAYACAAAACEAmT1i2d4AAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbExP0UrDQBB8F/yHYwVfpL00IVJjLkUKLaIomPoB19yaRHN7IXdJ49+7&#10;fRB9m50ZZmfyzWw7MeHgW0cKVssIBFLlTEu1gvfDbrEG4YMmoztHqOAbPWyKy4tcZ8ad6A2nMtSC&#10;Q8hnWkETQp9J6asGrfZL1yOx9uEGqwOfQy3NoE8cbjsZR9GttLol/tDoHrcNVl/laBU8r3eP+3J/&#10;SF+2yfjpnsLNlAyvSl1fzQ/3IALO4c8M5/pcHQrudHQjGS86BYuYpwTmV8kdo7MjTlNGx19OFrn8&#10;v6L4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAALqiuzEAQAA3wMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJk9YtneAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAHgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" strokecolor="#3c5481" strokeweight="3pt">
+                <v:stroke joinstyle="miter"/>
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00063867">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="073A27AF" wp14:editId="600C50C0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-539750</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1028700</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6902450" cy="6191250"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="483365800" name="Text Box 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6902450" cy="6191250"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4A86440D" w14:textId="4504FB14" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Thinking of buying or know someone who is? The first step to </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">buy a home is to round up a down payment. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4DF8529E" w14:textId="5F776794" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">How </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>much</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> down payment do I need?</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t xml:space="preserve">To qualify for an FHA-insured mortgage, the smallest down </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">payment acceptable is 3.5%. Other government mortgage </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">insurance agencies will cover mortgages on a 3% down payment. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="649F6143" w14:textId="1563536B" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">These </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>low down</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> payment conditions require you to pay a mortgage</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">insurance premium of around 1% annually over the life of the </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>mortgage loan.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5163455E" w14:textId="07ED1549" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">But a down payment equal to 20% of your home’s purchase price avoids </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">all these extra fees payable upfront and as additional premium interest. In other </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">words, a $600,000 home needs a $120,000 down payment to make a financially </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">conscientious home purchase. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="686914EB" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Are there any </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>tricks</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> for saving up for a down payment?</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t xml:space="preserve">Yes! The best thing to ensure success is a solid plan. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2254592F" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>Set up a savings account:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Create an FDIC insured savings account or CD arrangement with a direct deposit, separate from your emergency fund account. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="18EE2370" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>Convert new revenue streams</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Commit extra income from a part-time job or pay raise at work solely to your house fund. Be aggressive about locating and retaining cash.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="02D23E7B" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>Reduce extra expenses:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004E3E1D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="3C5481"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>Calculate how much money you spend on unnecessary luxury items (i.e. trips to coffee spots or nights out) and cut back. Redirect that money into savings. Consider downsizing your car to eliminate debt and free up payments for more savings. Even better, do both!</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="56B3B066" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00063867">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:kern w:val="0"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w14:ligatures w14:val="none"/>
+                              </w:rPr>
+                              <w:t>Need help navigating sources for a down payment and mortgage lending? Contact me for assistance to get the best results.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4D93BC78" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="073A27AF" id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-42.5pt;margin-top:81pt;width:543.5pt;height:487.5pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBW+P/9FwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0XxxnabYYcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV9rexp2kUmRfiTfo2a3XaPJXjivwJQ0HwwpEYZDpcy2pD+fl5++&#10;UuIDMxXTYERJD8LT2/nHD7PWFmIENehKOIIgxhetLWkdgi2yzPNaNMwPwAqDQQmuYQFdt80qx1pE&#10;b3Q2Gg4nWQuusg648B5v7/sgnSd8KQUPj1J6EYguKfYW0unSuYlnNp+xYuuYrRU/tsH+oYuGKYNF&#10;z1D3LDCyc+oNVKO4Aw8yDDg0GUipuEgz4DT58NU065pZkWZBcrw90+T/Hyx/2K/tkyOh+wYdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjIdjsY3GOIYm+TTfIQO4mSX363z4buAhkSjpA51SXSx&#10;/cqHPvWUEqsZWCqtkzbakBZRPyPkXxEE1wZrXJqNVug2HVHV1SAbqA44n4Neem/5UmEPK+bDE3Oo&#10;NfaN+xse8ZAasBYcLUpqcL/fu4/5KAFGKWlxd0rqf+2YE5ToHwbFmebjcVy25IxvvozQcdeRzXXE&#10;7Jo7wPXM8aVYnsyYH/TJlA6aF1zzRayKIWY41i5pOJl3od9ofCZcLBYpCdfLsrAya8sjdOQuMvzc&#10;vTBnjzIEVPABTlvGildq9Lk964tdAKmSVJHnntUj/biaSezjM4q7f+2nrMtjn/8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQAivB/B4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytx&#10;a+0GtUQhTlVFqpAQHFp64baJ3STCPyF228DTsznB7VvNaHYm347WsKseQuedhNVSANOu9qpzjYTT&#10;+36RAgsRnULjnZbwrQNsi9ldjpnyN3fQ12NsGIW4kKGENsY+4zzUrbYYlr7XjrSzHyxGOoeGqwFv&#10;FG4NT4TYcIudow8t9rpsdf15vFgJL+X+DQ9VYtMfUz6/nnf91+ljLeX9fNw9AYt6jH9mmOpTdSio&#10;U+UvTgVmJCzSNW2JJGwSgskhxEQV0erhUQAvcv5/RfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAVvj//RcCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAIrwfweEAAAANAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4A86440D" w14:textId="4504FB14" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Thinking of buying or know someone who is? The first step to </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">buy a home is to round up a down payment. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4DF8529E" w14:textId="5F776794" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">How </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>much</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> down payment do I need?</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t xml:space="preserve">To qualify for an FHA-insured mortgage, the smallest down </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">payment acceptable is 3.5%. Other government mortgage </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">insurance agencies will cover mortgages on a 3% down payment. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="649F6143" w14:textId="1563536B" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">These </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>low down</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> payment conditions require you to pay a mortgage</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">insurance premium of around 1% annually over the life of the </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>mortgage loan.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5163455E" w14:textId="07ED1549" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">But a down payment equal to 20% of your home’s purchase price avoids </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">all these extra fees payable upfront and as additional premium interest. In other </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">words, a $600,000 home needs a $120,000 down payment to make a financially </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">conscientious home purchase. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="686914EB" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Are there any </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>tricks</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:eastAsia="Times New Roman" w:hAnsi="Bernard MT Condensed" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> for saving up for a down payment?</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t xml:space="preserve">Yes! The best thing to ensure success is a solid plan. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2254592F" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>Set up a savings account:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Create an FDIC insured savings account or CD arrangement with a direct deposit, separate from your emergency fund account. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="18EE2370" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>Convert new revenue streams</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Commit extra income from a part-time job or pay raise at work solely to your house fund. Be aggressive about locating and retaining cash.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="02D23E7B" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>Reduce extra expenses:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004E3E1D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="3C5481"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>Calculate how much money you spend on unnecessary luxury items (i.e. trips to coffee spots or nights out) and cut back. Redirect that money into savings. Consider downsizing your car to eliminate debt and free up payments for more savings. Even better, do both!</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="56B3B066" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867" w:rsidP="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00063867">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:kern w:val="0"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w14:ligatures w14:val="none"/>
+                        </w:rPr>
+                        <w:t>Need help navigating sources for a down payment and mortgage lending? Contact me for assistance to get the best results.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4D93BC78" w14:textId="77777777" w:rsidR="00063867" w:rsidRPr="00063867" w:rsidRDefault="00063867">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00063867">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A87CBF4" wp14:editId="26A8450E">
-[...2 lines deleted...]
-            <wp:docPr id="8" name="Picture 8"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63EE3775" wp14:editId="32DD2933">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>3239770</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-711200</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3966845" cy="4692650"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="866480497" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
+                    <pic:cNvPr id="866480497" name="Picture 866480497"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2243328" cy="822960"/>
+                      <a:ext cx="3966845" cy="4692650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00063867">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3176C2A5" wp14:editId="000A6CA8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-946150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>844550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3683000" cy="6350"/>
+                <wp:effectExtent l="19050" t="19050" r="31750" b="31750"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2001735356" name="Straight Connector 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3683000" cy="6350"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="38100">
+                          <a:solidFill>
+                            <a:srgbClr val="3C5481"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="087931A8" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-74.5pt,66.5pt" to="215.5pt,67pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEv+GQxgEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815LsxjAEyzk4SC5B&#10;G7TNB9DU0iLAF0jGkv++S8qWjbZIgCAXikvuzO4MV+u7QStyAB+kNQ2tZiUlYLhtpdk39OX3w9cV&#10;JSEy0zJlDTT0CIHebW6+rHtXw9x2VrXgCZKYUPeuoV2Mri6KwDvQLMysA4OXwnrNIoZ+X7Se9ciu&#10;VTEvy2XRW986bzmEgKf34yXdZH4hgMcfQgSIRDUUe4t59XndpbXYrFm998x1kp/aYB/oQjNpsOhE&#10;dc8iI69e/kOlJfc2WBFn3OrCCiE5ZA2opir/UvOrYw6yFjQnuMmm8Hm0/Ptha5492tC7UAf37JOK&#10;QXidvtgfGbJZx8ksGCLheLhYrhZliZ5yvFsubrOXxQXrfIiPYDVJm4YqaZIUVrPDU4hYD1PPKelY&#10;GdIj6apCyhQHq2T7IJXKgd/vtsqTA8NnXGxvv62q9HJIcZWGkTJ4eBGSd/GoYCzwEwSRLbY+Hyuk&#10;GYOJlnEOJp55lcHsBBPYwgQ8tfYW8JSfoJDnbwJX71edELmyNXECa2ms/x9BHM4tizH/7MCoO1mw&#10;s+0xP3G2BgcpO3ca+jSp13GGX37NzR8AAAD//wMAUEsDBBQABgAIAAAAIQAalcCx4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8Qdrkbig1gkOqIQ4FarUClGBRMoD3HhJArEd2U4a&#10;fs/2BLeZndHsTLGeTc8m9KFzVkK6TIChrZ3ubCPh47BdrICFqKxWvbMo4QcDrMvLi0Ll2p3sO05V&#10;bBiF2JArCW2MQ855qFs0KizdgJa0T+eNikR9w7VXJwo3Pb9NkntuVGfpQ6sG3LRYf1ejkbBfbZ93&#10;1e5w97oR45d7iTeT8G9SXl/NT4/AIs7xzwzn+lQdSup0dKPVgfUSFmn2QGMiKUIQIEsmUgLH8yVL&#10;gJcF/z+i/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEv+GQxgEAAOIDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAalcCx4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAACAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" strokecolor="#3c5481" strokeweight="3pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00063867">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D2B93CB" wp14:editId="20832DF6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>908050</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3651250" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="31750"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1833655833" name="Straight Connector 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3651250" cy="6350"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="3C5481"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="59E3AB64" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,71.5pt" to="287.5pt,1in" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaHGziugEAANgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5Ts2ggEyzk4SC9F&#10;G7TNB9DU0iLAF0jWkv++S8qWg7ZAgKKXFR87s7PD1fZxNJqcIETlbEvrRUUJWOE6ZY8tff3xfP9A&#10;SUzcdlw7Cy09Q6SPu7sP28E3sHS90x0EgiQ2NoNvaZ+SbxiLogfD48J5sHgpXTA84TYcWRf4gOxG&#10;s2VVbdjgQueDExAjnj5Nl3RX+KUEkb5KGSER3VLUlkoMJR5yZLstb46B+16Jiwz+DyoMVxaLzlRP&#10;PHHyM6g/qIwSwUUn00I4w5yUSkDpAbupq9+6+d5zD6UXNCf62ab4/2jFl9PevgS0YfCxif4l5C5G&#10;GUz+oj4yFrPOs1kwJiLwcLVZ18s1eirwbrPCFZKwG9aHmD6BMyQvWqqVza3whp8+xzSlXlPysbY5&#10;RqdV96y0LptwPOx1ICeOj7farz8+1Jcab9KwYoaym/yySmcNE+03kER1KHhZypfJgpmWCwE2XXm1&#10;xewMkyhhBlbvAy/5GQpl6mZw/T54RpTKzqYZbJR14W8EabxKllP+1YGp72zBwXXn8rDFGhyf8jqX&#10;Uc/z+XZf4LcfcvcLAAD//wMAUEsDBBQABgAIAAAAIQDOhakl2gAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTE9BTsMwELwj8QdrkbhRh5AWCHGqCqni3II42/GShNrrELtp4PVsT3CbnRnNzlTr2Tsx&#10;4Rj7QApuFxkIpCbYnloFb6/bmwcQMWmy2gVCBd8YYV1fXlS6tOFEO5z2qRUcQrHUCrqUhlLK2HTo&#10;dVyEAYm1jzB6nfgcW2lHfeJw72SeZSvpdU/8odMDPnfYHPZHr+Blu9vk5tO9m2L105j88eswTlqp&#10;66t58wQi4Zz+zHCuz9Wh5k4mHMlG4RTwkMRscceA5eX9koE5M0UGsq7k/wH1LwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBaHGziugEAANgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDOhakl2gAAAAgBAAAPAAAAAAAAAAAAAAAAABQEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokecolor="#3c5481" strokeweight="1.5pt">
+                <v:stroke joinstyle="miter"/>
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D809CD" w:rsidSect="00196C19">
+    <w:sectPr w:rsidR="00EA1CC0">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bernard MT Condensed">
+    <w:panose1 w:val="02050806060905020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...35 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EBC500D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="80B64052"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2072539956">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="75"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00196C19"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D809CD"/>
+    <w:rsidRoot w:val="00EA1CC0"/>
+    <w:rsid w:val="00063867"/>
+    <w:rsid w:val="004E3E1D"/>
+    <w:rsid w:val="005D79DF"/>
+    <w:rsid w:val="008446CE"/>
+    <w:rsid w:val="00EA1CC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0BB64FE4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{FBBDA6F3-0075-4F3C-952B-368E5E99FFD5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
-    <w:name w:val="[Basic Paragraph]"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00196C19"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA1CC0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004E3E1D"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D809CD"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="004E3E1D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...253 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>309</Words>
-  <Characters>1767</Characters>
+  <Words>1</Words>
+  <Characters>10</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2072</CharactersWithSpaces>
+  <CharactersWithSpaces>10</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Mary</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Mary LaRochelle</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>