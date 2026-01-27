--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -1,548 +1,1072 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00E67E08">
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:p w14:paraId="6827E8E7" w14:textId="4943209E" w:rsidR="00FB13DB" w:rsidRDefault="00FB13DB">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="148FCEA7" wp14:editId="5CA6643D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>523875</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8331586</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="942975" cy="1369932"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="7" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="yourimagehere.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="944278" cy="1371824"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E1ED329" wp14:editId="3F8BAE68">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1495425</wp:posOffset>
+                  <wp:posOffset>1714500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8667750</wp:posOffset>
+                  <wp:posOffset>8296275</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3267075" cy="1123950"/>
+                <wp:extent cx="3267075" cy="1476375"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Text Box 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3267075" cy="1123950"/>
+                          <a:ext cx="3267075" cy="1476375"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                          <w:p w14:paraId="26601036" w14:textId="57533DAF" w:rsidR="00E67E08" w:rsidRDefault="00FB13DB" w:rsidP="00E67E08">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-                            <w:r w:rsidRPr="00E67E08">
+                            <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...2 lines deleted...]
-                            <w:r w:rsidRPr="00E67E08">
+                              <w:t>Agent</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E67E08" w:rsidRPr="00E67E08">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00E67E08" w:rsidRPr="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                          <w:p w14:paraId="4E5AAAD4" w14:textId="323CE1B8" w:rsidR="00E67E08" w:rsidRPr="00E67E08" w:rsidRDefault="00FB13DB" w:rsidP="00E67E08">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t>CalBRE</w:t>
-[...13 lines deleted...]
-                            <w:r>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E67E08">
+                              <w:t>RE Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E67E08">
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00E67E08">
                               <w:br/>
                             </w:r>
                             <w:hyperlink r:id="rId6" w:history="1">
-                              <w:r w:rsidRPr="00533761">
+                              <w:r w:rsidR="00E67E08" w:rsidRPr="00533761">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                 </w:rPr>
                                 <w:t>youremail@mail.com</w:t>
                               </w:r>
                             </w:hyperlink>
+                            <w:r w:rsidR="00E67E08">
+                              <w:br/>
+                              <w:t>youwebsite.com</w:t>
+                            </w:r>
                             <w:r>
                               <w:br/>
-                              <w:t>youwebsite.com</w:t>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5E1ED329" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:117.75pt;margin-top:682.5pt;width:257.25pt;height:88.5pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClxGALggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbCqwVKepATJMQ&#10;oMHEs+vYNJrt8+xrk+6v39lJSsf2wrSX5Hz3+Xz33Y/zi9YatlUh1uBKPj4acaachKp2zyX/9nj9&#10;4SNnEYWrhAGnSr5TkV8s3r87b/xcTWANplKBkRMX540v+RrRz4siyrWyIh6BV46MGoIVSMfwXFRB&#10;NOTdmmIyGp0WDYTKB5AqRtJedUa+yP61VhLvtI4KmSk5xYb5G/J3lb7F4lzMn4Pw61r2YYh/iMKK&#10;2tGje1dXAgXbhPoPV7aWASJoPJJgC9C6lirnQNmMR6+yeVgLr3IuRE70e5ri/3Mrb7f3gdVVyWec&#10;OWGpRI+qRfYJWjZL7DQ+zgn04AmGLampyoM+kjIl3epg05/SYWQnnnd7bpMzScrjyenZ6OyEM0m2&#10;8XhyPDvJ7Bcv132I+FmBZUkoeaDiZU7F9iYihULQAZJec3BdG5MLaBxrSn56TC5/s9AN45JG5Vbo&#10;3aSUutCzhDujEsa4r0oTFTmDpMhNqC5NYFtB7SOkVA5z8tkvoRNKUxBvudjjX6J6y+Uuj+FlcLi/&#10;bGsHIWf/Kuzq+xCy7vBE5EHeScR21eYemA6VXUG1o4IH6AYmenldU1FuRMR7EWhCqMY09XhHH22A&#10;yIde4mwN4eff9AlPjUtWzhqauJLHHxsRFGfmi6OWno2n0zSi+TA9OZvQIRxaVocWt7GXQFUZ037x&#10;MosJj2YQdQD7RMthmV4lk3CS3i45DuIldnuAlotUy2UG0VB6gTfuwcvkOhUptdxj+ySC7/sSqaVv&#10;YZhNMX/Vnh023XSw3CDoOvdu4rljteefBjq3dL980sY4PGfUy4pc/AIAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFuFCSLjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoTYpLFeJU&#10;VaQKCcGhpRdum9hNIvwTYrcNPD3Lqdx2d0az3xSryVl2MmPsg1dwPxPAjG+C7n2rYP++uVsCiwm9&#10;Rhu8UfBtIqzK66sCcx3OfmtOu9QyCvExRwVdSkPOeWw64zDOwmA8aYcwOky0ji3XI54p3FmeCbHg&#10;DntPHzocTNWZ5nN3dApeqs0bbuvMLX9s9fx6WA9f+w+p1O3NtH4ClsyULmb4wyd0KImpDkevI7MK&#10;srmUZCVhvpDUiiyPUtBQ00k+ZAJ4WfD/LcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKXEYAuCAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFuFCSLjAAAADQEAAA8AAAAAAAAAAAAAAAAA3AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:135pt;margin-top:653.25pt;width:257.25pt;height:116.25pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCby2TWaQIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dc67UdP1or68h15KpS&#10;lER1qpwxC/GqLENh7F3313dg1w+lvaTqBQbmm495cn3TVIbtlQ8l2JwPen3OlJVQlPYl59+fVh8+&#10;chZQ2EIYsCrnBxX4zfz9u+vazdQQtmAK5RmR2DCrXc63iG6WZUFuVSVCD5yypNTgK4F09C9Z4UVN&#10;7JXJhv3+JKvBF86DVCHQ7W2r5PPEr7WS+KB1UMhMzsk3TKtP6yau2fxazF68cNtSdm6If/CiEqWl&#10;R09UtwIF2/nyD6qqlB4CaOxJqDLQupQqxUDRDPqvollvhVMpFkpOcKc0hf9HK+/3a/foGTafoaEC&#10;xoTULswCXcZ4Gu2ruJOnjPSUwsMpbapBJunyajiZ9qdjziTpBqPp5IoOxJOdzZ0P+EVBxaKQc091&#10;SekS+7uALfQIia9ZWJXGpNoYy+qcT67G/WRw0hC5sRGrUpU7mrPrScKDURFj7DelWVmkCOJF6i+1&#10;NJ7tBXWGkFJZTMEnXkJHlCYn3mLY4c9evcW4jeP4Mlg8GVelBZ+if+V28ePosm7xlPOLuKOIzabp&#10;SrqB4kCV9tAOQXByVVI17kTAR+Gp66m4NMn4QIs2QFmHTuJsC/7X3+4jnpqRtJzVNEU5Dz93wivO&#10;zFdLbfppMBrFsUuH0Xg6pIO/1GwuNXZXLYHKMaA/w8kkRjyao6g9VM808Iv4KqmElfR2zvEoLrGd&#10;bfowpFosEogGzQm8s2snI3WsTuy1p+ZZeNc1JFIv38Nx3sTsVV+22GhpYbFD0GVq2pjgNqtd4mlI&#10;U9t3H0r8BS7PCXX+9ua/AQAA//8DAFBLAwQUAAYACAAAACEAxnRhx+QAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNStoQ4lRVpAoJ0UNLL9yc2E0i7HWI3Tbw9SwnuO3u&#10;jGbfFKvJWXY2Y+g9SrifCWAGG697bCUc3jZ3GbAQFWplPRoJXybAqry+KlSu/QV35ryPLaMQDLmS&#10;0MU45JyHpjNOhZkfDJJ29KNTkdax5XpUFwp3lidCLLhTPdKHTg2m6kzzsT85CS/VZqt2deKyb1s9&#10;vx7Xw+fhPZXy9mZaPwGLZop/ZvjFJ3Qoian2J9SBWQnJUlCXSMJcLFJgZFlmDzTUdErnjwJ4WfD/&#10;LcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJvLZNZpAgAAPgUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMZ0YcfkAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAwwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                    <w:p w14:paraId="26601036" w14:textId="57533DAF" w:rsidR="00E67E08" w:rsidRDefault="00FB13DB" w:rsidP="00E67E08">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-                      <w:r w:rsidRPr="00E67E08">
+                      <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...2 lines deleted...]
-                      <w:r w:rsidRPr="00E67E08">
+                        <w:t>Agent</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E67E08" w:rsidRPr="00E67E08">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00E67E08" w:rsidRPr="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                    <w:p w14:paraId="4E5AAAD4" w14:textId="323CE1B8" w:rsidR="00E67E08" w:rsidRPr="00E67E08" w:rsidRDefault="00FB13DB" w:rsidP="00E67E08">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
-                        <w:t>CalBRE</w:t>
-[...13 lines deleted...]
-                      <w:r>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E67E08">
+                        <w:t>RE Lic #</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E67E08">
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00E67E08">
                         <w:br/>
                       </w:r>
                       <w:hyperlink r:id="rId7" w:history="1">
-                        <w:r w:rsidRPr="00533761">
+                        <w:r w:rsidR="00E67E08" w:rsidRPr="00533761">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                           </w:rPr>
                           <w:t>youremail@mail.com</w:t>
                         </w:r>
                       </w:hyperlink>
+                      <w:r w:rsidR="00E67E08">
+                        <w:br/>
+                        <w:t>youwebsite.com</w:t>
+                      </w:r>
                       <w:r>
                         <w:br/>
-                        <w:t>youwebsite.com</w:t>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C8677E0" wp14:editId="39E44D0E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>6048375</wp:posOffset>
+              <wp:posOffset>5540952</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>9188450</wp:posOffset>
+              <wp:posOffset>9096375</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1409700" cy="516890"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="1669473" cy="612140"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1409700" cy="516890"/>
+                      <a:ext cx="1670502" cy="612517"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:drawing>
-[...52 lines deleted...]
-        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1669CA33" wp14:editId="71B19B3A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>390525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7648575</wp:posOffset>
+                  <wp:posOffset>7705725</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6924675" cy="628650"/>
+                <wp:extent cx="6924675" cy="409575"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6924675" cy="628650"/>
+                          <a:ext cx="6924675" cy="409575"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                          <w:p w14:paraId="72772A44" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...15 lines deleted...]
-                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="EC1C24"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>call me!</w:t>
-[...1 lines deleted...]
-                            <w:r>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> I’ll market your property to get you top dollar!</w:t>
+                              <w:t xml:space="preserve">For more information on how to beat out competing sellers and maximize results from your asking price, </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">call me today! </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
+                          <w:p w14:paraId="507ECDA6" w14:textId="77777777" w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:30.75pt;margin-top:602.25pt;width:545.25pt;height:49.5pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA03taqgQIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbSoCIFHUgpkkV&#10;oJWJZ9exaTTb59luk+6v5+wkbcf2wrSX5Hz3+Xz33Y+r61YrshXO12BKOj4ZUSIMh6o2LyX9/nT3&#10;6YISH5ipmAIjSroTnl7PPn64amwhJrAGVQlH0InxRWNLug7BFlnm+Vpo5k/ACoNGCU6zgEf3klWO&#10;Nehdq2wyGuVZA66yDrjwHrW3nZHOkn8pBQ8PUnoRiCopxhbS16XvKn6z2RUrXhyz65r3YbB/iEKz&#10;2uCje1e3LDCycfUfrnTNHXiQ4YSDzkDKmouUA2YzHr3JZrlmVqRckBxv9zT5/+eW328fHamrkuaU&#10;GKaxRE+iDeQztCSP7DTWFwhaWoSFFtVY5UHvURmTbqXT8Y/pELQjz7s9t9EZR2V+OZnm52eUcLTl&#10;k4v8LJGfHW5b58MXAZpEoaQOa5coZduFDxgJQgdIfMzAXa1Uqp8ypEGnp+jyNwveUCZqROqE3k3M&#10;qIs8SWGnRMQo801IZCIlEBWpB8WNcmTLsHsY58KElHvyi+iIkhjEey72+ENU77nc5TG8DCbsL+va&#10;gEvZvwm7+jGELDs8EnmUdxRDu2pTC5wOhV1BtcN6O+jmxVt+V2NRFsyHR+ZwQLDEOPThAT9SAZIP&#10;vUTJGtyvv+kjHvsWrZQ0OHAl9T83zAlK1FeDHX05nk7jhKbD9Ox8ggd3bFkdW8xG3wBWZYzrxfIk&#10;RnxQgygd6GfcDfP4KpqY4fh2ScMg3oRuDeBu4WI+TyCcScvCwiwtj65jkWLLPbXPzNm+LwN29D0M&#10;o8mKN+3ZYeNNA/NNAFmn3o08d6z2/OM8p5bud09cGMfnhDpsyNkrAAAA//8DAFBLAwQUAAYACAAA&#10;ACEA9BXmB+MAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7WVuFE7KamqEKeq&#10;IlVICA4tvXDbxG4S1T8hdtvA07M9wW12dzT7TbGerGEXPYbeOwnJXADTrvGqd62Ew8f2cQUsRHQK&#10;jXdawrcOsC7v7wrMlb+6nb7sY8soxIUcJXQxDjnnoem0xTD3g3Z0O/rRYqRxbLka8Urh1vBUiCW3&#10;2Dv60OGgq043p/3ZSnittu+4q1O7+jHVy9txM3wdPjMpH2bT5hlY1FP8M8MNn9ChJKban50KzEhY&#10;Jhk5aZ+KJ1I3R5KlVK8mtRCLDHhZ8P8tyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;NN7WqoECAABpBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA9BXmB+MAAAANAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="1669CA33" id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:30.75pt;margin-top:606.75pt;width:545.25pt;height:32.25pt;z-index:251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCm7YY8aQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8LwsUSEFZIpqIqhJK&#10;opIqZ+O1w6pej2sP7NJf37F3eSjtJVUvu2PPN9+8fX3TVIbtlQ8l2JwPen3OlJVQlPYl59+flh8+&#10;cRZQ2EIYsCrnBxX4zfz9u+vazdQQtmAK5RmR2DCrXc63iG6WZUFuVSVCD5yypNTgK4F09C9Z4UVN&#10;7JXJhv3+JKvBF86DVCHQ7V2r5PPEr7WS+KB1UMhMzik2TF+fvpv4zebXYvbihduWsgtD/EMUlSgt&#10;OT1R3QkUbOfLP6iqUnoIoLEnocpA61KqlANlM+i/yma9FU6lXKg4wZ3KFP4frbzfr92jZ9h8hoYa&#10;GAtSuzALdBnzabSv4p8iZaSnEh5OZVMNMkmXk+lwNLkacyZJN+pPxyQTTXa2dj7gFwUVi0LOPbUl&#10;VUvsVwFb6BESnVlYlsak1hjLavLwcdxPBicNkRsbsSo1uaM5R54kPBgVMcZ+U5qVRUogXqTxUrfG&#10;s72gwRBSKosp98RL6IjSFMRbDDv8Oaq3GLd5HD2DxZNxVVrwKftXYRc/jiHrFk81v8g7ithsGkr8&#10;orEbKA7Ubw/tKgQnlyU1ZSUCPgpPs08tpn3GB/poA1R86CTOtuB//e0+4mkkSctZTbuU8/BzJ7zi&#10;zHy1NKzTwWgUly8dRuOrIR38pWZzqbG76haoKwN6OZxMYsSjOYraQ/VMa7+IXkklrCTfOcejeIvt&#10;htOzIdVikUC0bk7gyq6djNSxSXHknppn4V03l0gTfQ/HrROzV+PZYqOlhcUOQZdpdmOd26p29adV&#10;TdPfPSvxLbg8J9T58Zv/BgAA//8DAFBLAwQUAAYACAAAACEAWIL7Z+IAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0+DQBDF7yZ+h8008WYXMFSCLE1D0pgYPbT24m1gt0C6f5DdtuindzjZ28yb&#10;lze/V6wno9lFjb53VkC8jIAp2zjZ21bA4XP7mAHzAa1E7awS8KM8rMv7uwJz6a52py770DIKsT5H&#10;AV0IQ865bzpl0C/doCzdjm40GGgdWy5HvFK40TyJohU32Fv60OGgqk41p/3ZCHirth+4qxOT/erq&#10;9f24Gb4PX6kQD4tp8wIsqCn8m2HGJ3Qoial2Zys90wJWcUpO0pP4iabZEacJ1atn7TmLgJcFv21R&#10;/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCm7YY8aQIAAEQFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBYgvtn4gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAMMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                    <w:p w14:paraId="72772A44" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...15 lines deleted...]
-                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="EC1C24"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>call me!</w:t>
-[...1 lines deleted...]
-                      <w:r>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> I’ll market your property to get you top dollar!</w:t>
+                        <w:t xml:space="preserve">For more information on how to beat out competing sellers and maximize results from your asking price, </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">call me today! </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
+                    <w:p w14:paraId="507ECDA6" w14:textId="77777777" w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2860A057" wp14:editId="1DF3F56F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251637760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="596DE3BD" wp14:editId="68F6956C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>438150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4514850</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3505200" cy="3000375"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3505200" cy="3000375"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx id="3">
+                        <w:txbxContent>
+                          <w:p w14:paraId="3247D98E" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Pricing makes your home visible to buyers.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Buyers and buyer agents search for homes first by price range, then for the most competitive asking prices.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0971DD41" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Priced right during the peak of buyer interest.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Homes attract the most buyers when they first hit the market. To start with a high asking price with a plan to drop the price when no offers are received means you missed the best opportunity for offers at the highest sales price.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7041B0B8" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>The right asking price sidesteps stale property status.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> A home that doesn’t sell right away gains the reputation something is wrong with the property. Buyers assume the longer a home sits on the market the more likely the property, the owner, or the agent has a problem. As time moves on, buyers willing to make an offer become ever more aggressive.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="23258632" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Early proper pricing eliminates never-ending staging.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Longer marketing time means more showing appointments, additional sales costs, and maintaining “showing conditions” for your home over a longer </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>period of time</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7199EFAC" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Don’t help the competition.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Comparable homes to yours available at lower asking prices are just plain more attractive to potential buyers.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6763B2F8" w14:textId="398C8C93" w:rsidR="00E67E08" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>A smooth loan process, not a fallout.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FB13DB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Even when a buyer agrees to pay an above market price, the appraisal required by the buyer’s lender may come in short, leading to a cancelled sale.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="596DE3BD" id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:34.5pt;margin-top:355.5pt;width:276pt;height:236.25pt;z-index:251637760;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbF9F+awIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8zpK26wbV0qlsGkKa&#10;tokO7dl17DbC8Rn72qT89ZydpK0GL0O8JGffd9/99tV1Wxu2Uz5UYAs+Oss5U1ZCWdl1wb8/3334&#10;yFlAYUthwKqC71Xg1/P3764aN1Nj2IAplWdEYsOscQXfILpZlgW5UbUIZ+CUJaUGXwuko19npRcN&#10;sdcmG+f5RdaAL50HqUKg29tOyeeJX2sl8VHroJCZglNsmL4+fVfxm82vxGzthdtUsg9D/EMUtags&#10;OT1Q3QoUbOurP6jqSnoIoPFMQp2B1pVUKQfKZpS/yma5EU6lXKg4wR3KFP4frXzYLd2TZ9h+hpYa&#10;GAvSuDALdBnzabWv458iZaSnEu4PZVMtMkmXk2k+pV5wJkk3yfN8cjmNPNnR3PmAXxTULAoF99SX&#10;VC6xuw/YQQdI9GbhrjIm9cZY1hT8gnwkg4OGyI2NWJW63NMcQ08S7o2KGGO/Kc2qMmUQL9J8qRvj&#10;2U7QZAgplcWUfOIldERpCuIthj3+GNVbjLs8Bs9g8WBcVxZ8yv5V2OWPIWTd4anmJ3lHEdtVS4kX&#10;fDx0dgXlnhruoduF4ORdRU25FwGfhKfhp0bSQuMjfbQBKj70Emcb8L/+dh/xNJOk5ayhZSp4+LkV&#10;XnFmvlqa1k+j8/O4felwPr0c08GfalanGrutb4C6MqKnw8kkRjyaQdQe6hfa+0X0SiphJfkuOA7i&#10;DXYrTu+GVItFAtG+OYH3dulkpI5NiiP33L4I7/q5RBrpBxjWTsxejWeHjZYWFlsEXaXZjXXuqtrX&#10;n3Y1TX//rsTH4PScUMfXb/4bAAD//wMAUEsDBBQABgAIAAAAIQB1Ereu4QAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swuYIiJL05A0JkYPrb14G9gpENldZLct+uudnvT2&#10;XubLm/eK1WwGcaLJ984qiBcRCLKN071tFezfN3cZCB/QahycJQXf5GFVXl8VmGt3tls67UIrOMT6&#10;HBV0IYy5lL7pyKBfuJEs3w5uMhjYTq3UE5453AwyiaJUGuwtf+hwpKqj5nN3NApeqs0bbuvEZD9D&#10;9fx6WI9f+4+lUrc38/oJRKA5/MFwqc/VoeROtTta7cWgIH3kKUHBQxyzYCBNLqJmMs7ulyDLQv7f&#10;UP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmxfRfmsCAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdRK3ruEAAAALAQAADwAAAAAAAAAA&#10;AAAAAADFBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox style="mso-next-textbox:#Text Box 5">
+                  <w:txbxContent>
+                    <w:p w14:paraId="3247D98E" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Pricing makes your home visible to buyers.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Buyers and buyer agents search for homes first by price range, then for the most competitive asking prices.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0971DD41" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Priced right during the peak of buyer interest.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Homes attract the most buyers when they first hit the market. To start with a high asking price with a plan to drop the price when no offers are received means you missed the best opportunity for offers at the highest sales price.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7041B0B8" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>The right asking price sidesteps stale property status.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> A home that doesn’t sell right away gains the reputation something is wrong with the property. Buyers assume the longer a home sits on the market the more likely the property, the owner, or the agent has a problem. As time moves on, buyers willing to make an offer become ever more aggressive.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="23258632" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Early proper pricing eliminates never-ending staging.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Longer marketing time means more showing appointments, additional sales costs, and maintaining “showing conditions” for your home over a longer </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>period of time</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7199EFAC" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Don’t help the competition.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Comparable homes to yours available at lower asking prices are just plain more attractive to potential buyers.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6763B2F8" w14:textId="398C8C93" w:rsidR="00E67E08" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>A smooth loan process, not a fallout.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FB13DB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Even when a buyer agrees to pay an above market price, the appraisal required by the buyer’s lender may come in short, leading to a cancelled sale.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00E67E08">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251639808" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F9B8B11" wp14:editId="5494E35A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3952875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4514850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3505200" cy="3133725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3505200" cy="3133725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -558,1011 +1082,311 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:linkedTxbx id="3" seq="1"/>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:311.25pt;margin-top:355.5pt;width:276pt;height:246.75pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXeTtzhwIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sHgTbKBqUgqkoI&#10;UEnF2fHaiYXtMbaT3fTXd+zdDVHaC1Uvu+OZb96P2VVjNNkJHxTYkg7PBpQIy6FSdl3Sn8vbT58p&#10;CZHZimmwoqR7EejV/OOHWe2mYgQb0JXwBI3YMK1dSTcxumlRBL4RhoUzcMKiUII3LOLTr4vKsxqt&#10;G12MBoOLogZfOQ9chIDcm1ZI59m+lILHBymDiESXFGOL+evzd5W+xXzGpmvP3EbxLgz2D1EYpiw6&#10;PZi6YZGRrVd/mDKKewgg4xkHU4CUioucA2YzHJxk87RhTuRcsDjBHcoU/p9Zfr979ERVJZ1QYpnB&#10;Fi1FE8lXaMgkVad2YYqgJ4ew2CAbu9zzAzJT0o30Jv0xHYJyrPP+UNtkjCNzPBlMsGGUcJSNh+Px&#10;5SjbL97UnQ/xmwBDElFSj83LNWW7uxAxFIT2kOTNwq3SOjdQW1KX9AJ9ZIWDBDW0TViRR6Ezk1Jq&#10;Q89U3GuRMNr+EBJLkTNIjDyE4lp7smM4PoxzYWNOPttFdEJJDOI9ih3+Lar3KLd59J7BxoOyURZ8&#10;zv4k7OqlD1m2eCzkUd6J1Mq+iGrZrJo8CSNcWfF61OcVVHtsv4d2fYLjtwpbdMdCfGQe9wXbijcg&#10;PuBHasBWQEdRsgH/62/8hMcxRiklNe5fScPrlnlBif5uccC/DM/P08Lmx/nkcoQPfyxZHUvs1lwD&#10;9miIoTueyYSPuielB/OMp2KRvKKIWY6+Sxp78jq2VwFPDReLRQbhijoW7+yT48l0alkawGXzzLzr&#10;pjTigN9Dv6lsejKsLTZpWlhsI0iVJzlVva1q1w1c7zzg3SlK9+P4nVFvB3P+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAS4MHVuIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;i/4oxKmqSBUSgkNLL9w2sZtExOsQu23g6dme4Da7O5r9Jl9PrhdnO4bOk4Z0loCwVHvTUaPh8L59&#10;WIEIEclg78lq+LYB1sXtTY6Z8Rfa2fM+NoJDKGSooY1xyKQMdWsdhpkfLPHt6EeHkcexkWbEC4e7&#10;XqokWUiHHfGHFgdbtrb+3J+chpdy+4a7SrnVT18+vx43w9fhY671/d20eQIR7RT/zHDFZ3QomKny&#10;JzJB9BoWSs3ZqmGZplzq6kiXj7yqWKmElSxy+b9F8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAXeTtzhwIAAHgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBLgwdW4gAAAA0BAAAPAAAAAAAAAAAAAAAAAOEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="5F9B8B11" id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:311.25pt;margin-top:355.5pt;width:276pt;height:246.75pt;z-index:251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIjh9acwIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8L8szaRFLRImoKkVJ&#10;VKhyNl4brHg9jm3Ypb++Y+/yEO0lVS+7Y883z2/Gk7u61GQvnFdgctrrdCkRhkOhzCanP1eLT58p&#10;8YGZgmkwIqcH4end9OOHSWXHog9b0IVwBJ0YP65sTrch2HGWeb4VJfMdsMKgUoIrWcCj22SFYxV6&#10;L3XW73ZvsgpcYR1w4T3e3jdKOk3+pRQ8PEnpRSA6p5hbSF+Xvuv4zaYTNt44ZreKt2mwf8iiZMpg&#10;0JOrexYY2Tn1h6tScQceZOhwKDOQUnGRasBqet2rapZbZkWqBZvj7alN/v+55Y/7pX12JNRfoUYC&#10;Y0Mq68ceL2M9tXRl/GOmBPXYwsOpbaIOhOPlYNQdIReUcNQNeoPBbX8U/WRnc+t8+CagJFHIqUNe&#10;UrvY/sGHBnqExGgGFkrrxI02pMrpDcZIBicNOtcmYkViuXVzTj1J4aBFxGjzQ0iiilRBvEjzJeba&#10;kT3DyWCcCxNS8ckvoiNKYhLvMWzx56zeY9zUcYwMJpyMS2XApeqv0i5ejynLBo89v6g7ilqZV1Gs&#10;6nWN5ee0j9so3i54XkNxQPodNJvhLV8opOiB+fDMHK4C0orrHZ7wIzUgFdBKlGzB/frbfcTjhKKW&#10;kgpXK6f+bcecoER/Nzi7X3rDYdzFdBiObvt4cJea9aXG7Mo5IEc9TN3yJEZ80EdROihf8BWYxaio&#10;YoZj7JyGozgPzcLjK8LFbJZAuH2WhQeztDy6jpTFAVzVL8zZdkoDDvgjHJeQja+GtcFGSwOzXQCp&#10;0iTHrjddbdnAzU270L4y8Wm4PCfU+S2c/gYAAP//AwBQSwMEFAAGAAgAAAAhAEuDB1biAAAADQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE4v+KMSpqkgVEoJDSy/cNrGbRMTr&#10;ELtt4OnZnuA2uzua/SZfT64XZzuGzpOGdJaAsFR701Gj4fC+fViBCBHJYO/Javi2AdbF7U2OmfEX&#10;2tnzPjaCQyhkqKGNccikDHVrHYaZHyzx7ehHh5HHsZFmxAuHu16qJFlIhx3xhxYHW7a2/tyfnIaX&#10;cvuGu0q51U9fPr8eN8PX4WOu9f3dtHkCEe0U/8xwxWd0KJip8icyQfQaFkrN2aphmaZc6upIl4+8&#10;qliphJUscvm/RfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACI4fWnMCAABTBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAS4MHVuIAAAANAQAA&#10;DwAAAAAAAAAAAAAAAADNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent/>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E67E08">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C2F42ED" wp14:editId="1C275671">
-[...447 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B612CD3" wp14:editId="6A0183A0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>390525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3800475</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6924675" cy="638175"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6924675" cy="638175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                          <w:p w14:paraId="0450D344" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-                              <w:suppressAutoHyphens/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00FB13DB">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Are you thinking about selling your home? Pricing your home right is the key to getting top dollar on your sale. Overpricing your home is tempting, but can lead to a shopworn listing and reduced sales proceeds. Here’s why I recommend you </w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> price your home:</w:t>
+                              <w:t>When you think about selling your home it is tempting to overprice it. But a distorted asking price soon leads to a shopworn reputation putting off buyers and interfering with future pricing. Here’s why I recommend a competitive asking price for your home from the start:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
+                          <w:p w14:paraId="338A0E4F" w14:textId="77777777" w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:30.75pt;margin-top:299.25pt;width:545.25pt;height:50.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtjYMcfQIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbSoGKFHUgpkkI&#10;0GDi2XVsGs32efa1SffX7+wkpWJ7YdpLcr77/Pl+X1y21rCtCrEGV/Lx0Ygz5SRUtXsp+fenm09n&#10;nEUUrhIGnCr5TkV+ufj44aLxczWBNZhKBUYkLs4bX/I1op8XRZRrZUU8Aq8cGTUEK5CO4aWogmiI&#10;3ZpiMhrNigZC5QNIFSNprzsjX2R+rZXEe62jQmZKTr5h/ob8XaVvsbgQ85cg/LqWvRviH7ywonb0&#10;6J7qWqBgm1D/QWVrGSCCxiMJtgCta6lyDBTNePQmmse18CrHQsmJfp+m+P9o5d32IbC6KvkxZ05Y&#10;KtGTapF9hpYdp+w0Ps4J9OgJhi2pqcqDPpIyBd3qYNOfwmFkpzzv9rlNZJKUs/PJdHZ6wpkk2+z4&#10;bEwy0Revt32I+EWBZUkoeaDa5ZSK7W3EDjpA0mMObmpjcv2MY00iPRnlC3sLkRuXsCp3Qk+TIuo8&#10;zxLujEoY474pTZnIASRF7kF1ZQLbCuoeIaVymGPPvIROKE1OvOdij3/16j2XuziGl8Hh/rKtHYQc&#10;/Ru3qx+Dy7rDU84P4k4itqs2t8C+sCuodlTvAN28RC9vairKrYj4IAINCJWYhh7v6aMNUPKhlzhb&#10;Q/j1N33CU9+SlbOGBq7k8edGBMWZ+eqoo8/H02ma0HyYnpxO6BAOLatDi9vYK6CqjGm9eJnFhEcz&#10;iDqAfabdsEyvkkk4SW+XHAfxCrs1QLtFquUyg2gmvcBb9+hlok5FSi331D6L4Pu+ROroOxhGU8zf&#10;tGeHTTcdLDcIus69m/LcZbXPP81z7v5+96SFcXjOqNcNufgNAAD//wMAUEsDBBQABgAIAAAAIQDu&#10;BHuO4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhfyD2EBvjWyDg+1aDsEQCqU9&#10;JM2lN9lSbFNp5VpK4vbruzk1tx3mMTtTbmZr2EVPfnAoIF5FwDS2Tg3YCTh+7J4yYD5IVNI41AJ+&#10;tIdNtXgoZaHcFff6cggdoxD0hRTQhzAWnPu211b6lRs1kndyk5WB5NRxNckrhVvDkyhacysHpA+9&#10;HHXd6/brcLYCXuvdu9w3ic1+Tf3ydtqO38fPVIjH5bx9Bhb0HP5huNWn6lBRp8adUXlmBKzjlEgB&#10;aZ7RcQPiNKF1DVl5HgGvSn6/ofoDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7Y2DHH0C&#10;AABpBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7gR7&#10;juEAAAALAQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="4B612CD3" id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:30.75pt;margin-top:299.25pt;width:545.25pt;height:50.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx/sxbawIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc67Udx0msrCM3katK&#10;URLVqXLGLMSrsgyFsXfdX9+B3bWttJdUvcDAvHnMJ9c3TWXYTvlQgs35aDDkTFkJRWlfc/79efnp&#10;krOAwhbCgFU536vAb+YfP1zXbqbGsAFTKM+IxIZZ7XK+QXSzLAtyoyoRBuCUJaUGXwmko3/NCi9q&#10;Yq9MNh4Op1kNvnAepAqBbu9aJZ8nfq2VxEetg0Jmck6+YVp9WtdxzebXYvbqhduUsnND/IMXlSgt&#10;PXqguhMo2NaXf1BVpfQQQONAQpWB1qVUKQaKZjR8E81qI5xKsVBygjukKfw/WvmwW7knz7D5DA0V&#10;MCakdmEW6DLG02hfxZ08ZaSnFO4PaVMNMkmX06vxZHpxzpkk3fTsckQy0WRHa+cDflFQsSjk3FNZ&#10;UrbE7j5gC+0h8TELy9KYVBpjWR1Jz4fJ4KAhcmMjVqUidzRHz5OEe6MixthvSrOySAHEi9Re6tZ4&#10;thPUGEJKZTHFnngJHVGanHiPYYc/evUe4zaO/mWweDCuSgs+Rf/G7eJH77Ju8ZTzk7ijiM26ocBz&#10;ftYXdg3FnurtoR2F4OSypKLci4BPwlPvU4lpnvGRFm2Akg+dxNkG/K+/3Uc8tSRpOatplnIefm6F&#10;V5yZr5aa9Wo0mcThS4fJ+cWYDv5Usz7V2G11C1SVEf0cTiYx4tH0ovZQvdDYL+KrpBJW0ts5x168&#10;xXbC6duQarFIIBo3J/DerpyM1LFIseWemxfhXdeXSB39AP3Uidmb9myx0dLCYougy9S7Mc9tVrv8&#10;06im7u++lfgXnJ4T6vj5zX8DAAD//wMAUEsDBBQABgAIAAAAIQDuBHuO4QAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BasMwEETvhfyD2EBvjWyDg+1aDsEQCqU9JM2lN9lSbFNp5VpK4vbruzk1&#10;tx3mMTtTbmZr2EVPfnAoIF5FwDS2Tg3YCTh+7J4yYD5IVNI41AJ+tIdNtXgoZaHcFff6cggdoxD0&#10;hRTQhzAWnPu211b6lRs1kndyk5WB5NRxNckrhVvDkyhacysHpA+9HHXd6/brcLYCXuvdu9w3ic1+&#10;Tf3ydtqO38fPVIjH5bx9Bhb0HP5huNWn6lBRp8adUXlmBKzjlEgBaZ7RcQPiNKF1DVl5HgGvSn6/&#10;ofoDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMf7MW2sCAABEBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7gR7juEAAAALAQAADwAAAAAAAAAA&#10;AAAAAADFBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08" w:rsidP="00E67E08">
+                    <w:p w14:paraId="0450D344" w14:textId="77777777" w:rsidR="00FB13DB" w:rsidRPr="00FB13DB" w:rsidRDefault="00FB13DB" w:rsidP="00FB13DB">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-                        <w:suppressAutoHyphens/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00FB13DB">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Are you thinking about selling your home? Pricing your home right is the key to getting top dollar on your sale. Overpricing your home is tempting, but can lead to a shopworn listing and reduced sales proceeds. Here’s why I recommend you </w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> price your home:</w:t>
+                        <w:t>When you think about selling your home it is tempting to overprice it. But a distorted asking price soon leads to a shopworn reputation putting off buyers and interfering with future pricing. Here’s why I recommend a competitive asking price for your home from the start:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
+                    <w:p w14:paraId="338A0E4F" w14:textId="77777777" w:rsidR="00E67E08" w:rsidRDefault="00E67E08"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...155 lines deleted...]
-        </mc:AlternateContent>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44CDDB6D" wp14:editId="68A3FAAE">
+            <wp:extent cx="7772400" cy="3657600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1105913699" name="Picture 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1105913699" name="Picture 1105913699"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7772400" cy="3657600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
-      <w:r>
-[...91 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00E67E08">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Walkway Black">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B872FAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10526386"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1631,551 +1455,507 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="523832965">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E67E08"/>
+    <w:rsid w:val="0027617E"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
     <w:rsid w:val="00E67E08"/>
+    <w:rsid w:val="00FB13DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="224EE221"/>
+  <w15:docId w15:val="{D601E099-748C-4EBE-8948-0929013ADA50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...286 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -2256,58 +2036,58 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E67E08"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E67E08"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2553,68 +2333,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
-  <Characters>9</Characters>
+  <Characters>8</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9</CharactersWithSpaces>
+  <CharactersWithSpaces>8</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mary</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>